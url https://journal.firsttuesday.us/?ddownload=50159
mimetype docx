--- v0 (2025-10-20)
+++ v1 (2026-01-28)
@@ -1,1657 +1,1247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00722C79">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00722C79">
+    <w:p w14:paraId="2469EB09" w14:textId="344CCCC5" w:rsidR="00821B58" w:rsidRDefault="00821B58">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="798500EA" wp14:editId="5EB0DFE1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3505200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7049135" cy="4762500"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7049135" cy="4762500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="288E35F1" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>When was the last time you inspected your roof?</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="72B81E03" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="3F533C8E" w14:textId="1C645386" w:rsidR="00991D7E" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Follow these quick tips for roof maintenance to prevent leaks, extend the life of your roof, and save money:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2538FE77" w14:textId="77777777" w:rsidR="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="7746DFB6" w14:textId="0A8C4489" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="bullet"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Inspect twice a year</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Check your roof before and after the season with the most intensive weather — either hot summers or wet winters, depending on where you live.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="750137EF" w14:textId="2B4DE7C4" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="bullet"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Clean up excess debris</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Leaves, branches, dirt and pests can pile up on your roof and in your gutters, damaging shingles and creating a breeding ground for algae and mold. Most hardware stores sell a spray to remove harmful moss and mold from your roof.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4ACBBE8A" w14:textId="179169BD" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="bullet"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Examine shingles and tiles for damage</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Peeling or curling shingles indicate an old or failing roof. Watch for these early warnings signs of a leak and replace those damaged shingles immediately. Consider caulking the cracks around vents, chimneys, and skylights to further insulate your home.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="583254EC" w14:textId="50897680" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="bullet"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Check the attic</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>Leaks in your roof will first show up as water stains in your attic. Pay close attention to the areas around vents and look for rusty nails, mold or algae as signs that moisture is making its way into your home. Wait too long and the leak will grow, damage your insulation, and eventually drip through the ceiling onto your loved ones!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="779F78CB" w14:textId="77777777" w:rsidR="00821B58" w:rsidRDefault="00821B58" w:rsidP="00991D7E">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5E5B00BB" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">When </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>you‘</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>re not comfortable doing the work yourself, contact a roofing professional to complete the inspections and maintenance.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6437F87F" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5858C7B2" w14:textId="524515EC" w:rsidR="00991D7E" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>And, as always, keep me in mind for all your real estate needs!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="798500EA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:27pt;margin-top:276pt;width:555.05pt;height:375pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjh/pebwIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0haWhgVKepATJMQ&#10;oJWJZ9exaTTH59nXJt1fz9lJ2orthWkvydn33a/v7nx51daGbZUPFdiCj05yzpSVUFb2peA/nm4/&#10;feYsoLClMGBVwXcq8Kv5xw+XjZupMazBlMozcmLDrHEFXyO6WZYFuVa1CCfglCWlBl8LpKN/yUov&#10;GvJem2yc52dZA750HqQKgW5vOiWfJ/9aK4kPWgeFzBSccsP09em7it9sfilmL164dSX7NMQ/ZFGL&#10;ylLQvasbgYJtfPWHq7qSHgJoPJFQZ6B1JVWqgaoZ5W+qWa6FU6kWIie4PU3h/7mV99ule/QM2y/Q&#10;UgMjIY0Ls0CXsZ5W+zr+KVNGeqJwt6dNtcgkXZ7nk4vR6ZQzSbrJ+dl4midis4O58wG/KqhZFAru&#10;qS+JLrG9C0ghCTpAYjQLt5UxqTfGsqbgZ6fTPBnsNWRhbMSq1OXezSH1JOHOqIgx9rvSrCpTBfEi&#10;zZe6Np5tBU2GkFJZTMUnv4SOKE1JvMewxx+yeo9xV8cQGSzujevKgk/Vv0m7/DmkrDs8EXlUdxSx&#10;XbVUeMHHQ2dXUO6o4R66XQhO3lbUlDsR8FF4Gn7qMS00PtBHGyDyoZc4W4P//bf7iKeZJC1nDS1T&#10;wcOvjfCKM/PN0rRejCaTuH3pMJmej+ngjzWrY43d1NdAXRnR0+FkEiMezSBqD/Uz7f0iRiWVsJJi&#10;FxwH8Rq7Fad3Q6rFIoFo35zAO7t0MrqOTYoj99Q+C+/6uUQa6XsY1k7M3oxnh42WFhYbBF2l2Y08&#10;d6z2/NOuppHu35X4GByfE+rw+s1fAQAA//8DAFBLAwQUAAYACAAAACEAwN8uH+EAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbExPTU/DMAy9I/EfIk/ixtKWdZpK02mqNCEhOGzsws1tvLZak5Qm2wq/&#10;Hu8EJz/bT+8jX0+mFxcafeesgngegSBbO93ZRsHhY/u4AuEDWo29s6Tgmzysi/u7HDPtrnZHl31o&#10;BItYn6GCNoQhk9LXLRn0czeQ5d/RjQYDr2Mj9YhXFje9TKJoKQ12lh1aHKhsqT7tz0bBa7l9x12V&#10;mNVPX768HTfD1+EzVephNm2eQQSawh8ZbvE5OhScqXJnq73oFaQLrhJ4pgmDGyFeLmIQFaOniG+y&#10;yOX/EsUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGOH+l5vAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMDfLh/hAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAyQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="288E35F1" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>When was the last time you inspected your roof?</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="72B81E03" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="3F533C8E" w14:textId="1C645386" w:rsidR="00991D7E" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Follow these quick tips for roof maintenance to prevent leaks, extend the life of your roof, and save money:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2538FE77" w14:textId="77777777" w:rsidR="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="7746DFB6" w14:textId="0A8C4489" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="bullet"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Inspect twice a year</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Check your roof before and after the season with the most intensive weather — either hot summers or wet winters, depending on where you live.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="750137EF" w14:textId="2B4DE7C4" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="bullet"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Clean up excess debris</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Leaves, branches, dirt and pests can pile up on your roof and in your gutters, damaging shingles and creating a breeding ground for algae and mold. Most hardware stores sell a spray to remove harmful moss and mold from your roof.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4ACBBE8A" w14:textId="179169BD" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="bullet"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Examine shingles and tiles for damage</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Peeling or curling shingles indicate an old or failing roof. Watch for these early warnings signs of a leak and replace those damaged shingles immediately. Consider caulking the cracks around vents, chimneys, and skylights to further insulate your home.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="583254EC" w14:textId="50897680" w:rsidR="00991D7E" w:rsidRPr="00821B58" w:rsidRDefault="00991D7E" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="bullet"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Check the attic</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00821B58" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>Leaks in your roof will first show up as water stains in your attic. Pay close attention to the areas around vents and look for rusty nails, mold or algae as signs that moisture is making its way into your home. Wait too long and the leak will grow, damage your insulation, and eventually drip through the ceiling onto your loved ones!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="779F78CB" w14:textId="77777777" w:rsidR="00821B58" w:rsidRDefault="00821B58" w:rsidP="00991D7E">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5E5B00BB" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">When </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>you‘</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>re not comfortable doing the work yourself, contact a roofing professional to complete the inspections and maintenance.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6437F87F" w14:textId="77777777" w:rsidR="00821B58" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5858C7B2" w14:textId="524515EC" w:rsidR="00991D7E" w:rsidRDefault="00821B58" w:rsidP="00821B58">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>And, as always, keep me in mind for all your real estate needs!</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00722C79" w:rsidRPr="00722C79">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67433055" wp14:editId="17A22332">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E6A817A" wp14:editId="26F5EA8E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>473710</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8444230</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="812165" cy="1179830"/>
             <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="812165" cy="1179830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00722C79">
+      <w:r w:rsidR="00722C79" w:rsidRPr="00722C79">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09178DA5" wp14:editId="67A19B1A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43341D22" wp14:editId="414E6922">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5710555</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>9052560</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1540510" cy="565150"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1540510" cy="565150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00722C79">
+      <w:r w:rsidR="00722C79" w:rsidRPr="00722C79">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11E6F605" wp14:editId="6478E346">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="782417A3" wp14:editId="1BABC3B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1558290</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8479155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1796415" cy="1094740"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1796415" cy="1094740"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00722C79" w:rsidRPr="00093565" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                          <w:p w14:paraId="6EA557F2" w14:textId="77777777" w:rsidR="00722C79" w:rsidRPr="00093565" w:rsidRDefault="00722C79" w:rsidP="00722C79">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00093565">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                          <w:p w14:paraId="582BCB42" w14:textId="39FBFC88" w:rsidR="00722C79" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00722C79">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                            <w:r>
+                            <w:r w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:122.7pt;margin-top:667.65pt;width:141.45pt;height:86.2pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhTrcjggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kSbsGdYqsRYcB&#10;RVusHXpWZKkxJomaxMTOfv0o2U6CbpcOu9iU+Ejx45EXl601bKtCrMGVfHwy4kw5CVXtXkr+/enm&#10;wyfOIgpXCQNOlXynIr9cvH930fi5msAaTKUCIycuzhtf8jWinxdFlGtlRTwBrxwpNQQrkI7hpaiC&#10;aMi7NcVkNDotGgiVDyBVjHR73Sn5IvvXWkm81zoqZKbkFBvmb8jfVfoWiwsxfwnCr2vZhyH+IQor&#10;akeP7l1dCxRsE+o/XNlaBoig8USCLUDrWqqcA2UzHr3K5nEtvMq5UHGi35cp/j+38m77EFhdlXzG&#10;mROWWvSkWmSfoWWzVJ3GxzmBHj3BsKVr6vJwH+kyJd3qYNOf0mGkpzrv9rVNzmQyOjs/nY7pEUm6&#10;8eh8ejbN1S8O5j5E/KLAsiSUPFDzck3F9jYihULQAZJec3BTG5MbaBxrSn76cTbKBnsNWRiXsCpT&#10;oXeTUupCzxLujEoY474pTaXIGaSLTEJ1ZQLbCqKPkFI5zMlnv4ROKE1BvMWwxx+ieotxl8fwMjjc&#10;G9vaQcjZvwq7+jGErDs8FfIo7yRiu2ozByZDZ1dQ7ajhAbqBiV7e1NSUWxHxQQSaEOoxTT3e00cb&#10;oOJDL3G2hvDrb/cJT8QlLWcNTVzJ48+NCIoz89URpc/HU6IEw3yYzs4mdAjHmtWxxm3sFVBXxrRf&#10;vMxiwqMZRB3APtNyWKZXSSWcpLdLjoN4hd0eoOUi1XKZQTSUXuCte/QyuU5NSpR7ap9F8D0vkSh9&#10;B8NsivkrenbYZOlguUHQdeZuqnNX1b7+NNCZ0v3ySRvj+JxRhxW5+A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAI1EofnjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1LTKMSp&#10;qkgVEoJDSy/cnNhNIux1iN028PUsJ7jt7oxm35Tr2Vl2NlMYPEq4XyTADLZeD9hJOLxt73JgISrU&#10;yno0Er5MgHV1fVWqQvsL7sx5HztGIRgKJaGPcSw4D21vnAoLPxok7egnpyKtU8f1pC4U7ixPk+SB&#10;OzUgfejVaOretB/7k5PwXG9f1a5JXf5t66eX42b8PLwLKW9v5s0jsGjm+GeGX3xCh4qYGn9CHZiV&#10;kC7FkqwkZJnIgJFFpDkNDZ1EsloBr0r+v0X1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGFOtyOCAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI1EofnjAAAADQEAAA8AAAAAAAAAAAAAAAAA3AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="782417A3" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:122.7pt;margin-top:667.65pt;width:141.45pt;height:86.2pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7tziXagIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xkaboGcYosRYcB&#10;QVusHXpWZCkxJouaxMTOfv0o2Xkg26XDLjYlfnx9JDW9bSrDdsqHEmzOB70+Z8pKKEq7zvn3l/sP&#10;nzgLKGwhDFiV870K/Hb2/t20dhM1hA2YQnlGTmyY1C7nG0Q3ybIgN6oSoQdOWVJq8JVAOvp1VnhR&#10;k/fKZMN+f5zV4AvnQaoQ6PauVfJZ8q+1kviodVDITM4pN0xfn76r+M1mUzFZe+E2pezSEP+QRSVK&#10;S0GPru4ECrb15R+uqlJ6CKCxJ6HKQOtSqlQDVTPoX1TzvBFOpVqInOCONIX/51Y+7J7dk2fYfIaG&#10;GhgJqV2YBLqM9TTaV/FPmTLSE4X7I22qQSaj0fXNeDS44kySbtC/GV2PErHZydz5gF8UVCwKOffU&#10;l0SX2C0DUkiCHiAxmoX70pjUG2NZnfPxx6t+MjhqyMLYiFWpy52bU+pJwr1REWPsN6VZWaQK4kWa&#10;L7Uwnu0ETYaQUllMxSe/hI4oTUm8xbDDn7J6i3FbxyEyWDwaV6UFn6q/SLv4cUhZt3gi8qzuKGKz&#10;arqWrqDYU6c9tEsQnLwvqRtLEfBJeJp6ai5tMj7SRxsg1qGTONuA//W3+4inYSQtZzVtUc7Dz63w&#10;ijPz1dKY3gxGNAsM02F0dT2kgz/XrM41dlstgNoxoDfDySRGPJqDqD1Ur7Tw8xiVVMJKip1zPIgL&#10;bHebHgyp5vMEokVzApf22cnoOnYnztpL8yq86wYSaZYf4LBvYnIxly02WlqYbxF0mYY2Etyy2hFP&#10;S5pmuXtQ4itwfk6o07M3+w0AAP//AwBQSwMEFAAGAAgAAAAhAI1EofnjAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1LTKMSpqkgVEoJDSy/cnNhNIux1iN028PUsJ7jt&#10;7oxm35Tr2Vl2NlMYPEq4XyTADLZeD9hJOLxt73JgISrUyno0Er5MgHV1fVWqQvsL7sx5HztGIRgK&#10;JaGPcSw4D21vnAoLPxok7egnpyKtU8f1pC4U7ixPk+SBOzUgfejVaOretB/7k5PwXG9f1a5JXf5t&#10;66eX42b8PLwLKW9v5s0jsGjm+GeGX3xCh4qYGn9CHZiVkC7FkqwkZJnIgJFFpDkNDZ1EsloBr0r+&#10;v0X1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHu3OJdqAgAAPgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI1EofnjAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAxAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00722C79" w:rsidRPr="00093565" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                    <w:p w14:paraId="6EA557F2" w14:textId="77777777" w:rsidR="00722C79" w:rsidRPr="00093565" w:rsidRDefault="00722C79" w:rsidP="00722C79">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00093565">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                    <w:p w14:paraId="582BCB42" w14:textId="39FBFC88" w:rsidR="00722C79" w:rsidRPr="00821B58" w:rsidRDefault="00821B58" w:rsidP="00722C79">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                      <w:r>
+                      <w:r w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00722C79" w:rsidRPr="00821B58">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00722C79">
+      <w:r w:rsidR="00722C79" w:rsidRPr="00722C79">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28E42774" wp14:editId="53CA45DC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="277F6AB1" wp14:editId="77D21AB3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3366135</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8777767</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2073275" cy="849630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2073275" cy="849630"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                          <w:p w14:paraId="5A840425" w14:textId="77777777" w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
                             <w:r>
-                              <w:t xml:space="preserve">Extra </w:t>
-[...5 lines deleted...]
-                            <w:proofErr w:type="gramEnd"/>
+                              <w:t>Extra Information</w:t>
+                            </w:r>
                             <w:r>
                               <w:br/>
                               <w:t>(delete if not needed)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:265.05pt;margin-top:691.15pt;width:163.25pt;height:66.9pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBf/YfOggIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51XX0GdImvRYUDR&#10;FmuHnhVZaoxJoiYxsbNfP0q206DbpcMutkR+pMiPj4vL1hq2VSHW4Eo+PhpxppyEqnYvJf/+dPPp&#10;jLOIwlXCgFMl36nILxcfP1w0fq4msAZTqcDIiYvzxpd8jejnRRHlWlkRj8ArR0oNwQqka3gpqiAa&#10;8m5NMRmNTooGQuUDSBUjSa87JV9k/1orifdaR4XMlJxiw/wN+btK32JxIeYvQfh1LfswxD9EYUXt&#10;6NG9q2uBgm1C/YcrW8sAETQeSbAFaF1LlXOgbMajN9k8roVXORciJ/o9TfH/uZV324fA6qrkVCgn&#10;LJXoSbXIPkPLzhI7jY9zAj16gmFLYqryII8kTEm3Otj0p3QY6Ynn3Z7b5EyScDI6nU5OjzmTpDub&#10;nZ9MM/nFq7UPEb8osCwdSh6odplSsb2NSJEQdICkxxzc1Mbk+hnHmpKfTI9H2WCvIQvjElblTujd&#10;pIy6yPMJd0YljHHflCYmcgJJkHtQXZnAtoK6R0ipHObcs19CJ5SmIN5j2ONfo3qPcZfH8DI43Bvb&#10;2kHI2b8Ju/oxhKw7PBF5kHc6YrtqcwtMh8KuoNpRvQN08xK9vKmpKLci4oMINCBUYhp6vKePNkDk&#10;Q3/ibA3h19/kCU99S1rOGhq4ksefGxEUZ+aro44+H89maULzZXZ8OqFLONSsDjVuY6+AqjKm9eJl&#10;PiY8muGoA9hn2g3L9CqphJP0dslxOF5htwZot0i1XGYQzaQXeOsevUyuU5FSyz21zyL4vi+ROvoO&#10;htEU8zft2WGTpYPlBkHXuXcTzx2rPf80z7ml+92TFsbhPaNeN+TiNwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFf77BfjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1ldhR56FEUYhT&#10;VZEqJASLlm7YObGbRLXHIXbbwNczrGA5c4/unKk2izXsqmc/OhQQryNgGjunRuwFHN93jwUwHyQq&#10;aRxqAV/aw6a+v6tkqdwN9/p6CD2jEvSlFDCEMJWc+27QVvq1mzRSdnKzlYHGuedqljcqt4YnUZRz&#10;K0ekC4OcdDPo7ny4WAEvze5N7tvEFt+meX49bafP40cmxMNq2T4BC3oJfzD86pM61OTUugsqz4yA&#10;LI1iQilIiyQFRkiR5TmwllZZnMfA64r//6L+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AF/9h86CAgAAaQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFf77BfjAAAADQEAAA8AAAAAAAAAAAAAAAAA3AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="277F6AB1" id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:265.05pt;margin-top:691.15pt;width:163.25pt;height:66.9pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFuBHcawIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xXX0GcIkuRYUDR&#10;FmuHnhVZSozJoiYxsbNfP0p2Huh26bCLTYkfXx9JTW+byrCd8qEEm/NBr8+ZshKK0q5z/v1l+ema&#10;s4DCFsKAVTnfq8BvZx8/TGs3UUPYgCmUZ+TEhkntcr5BdJMsC3KjKhF64JQlpQZfCaSjX2eFFzV5&#10;r0w27Pcvsxp84TxIFQLd3rVKPkv+tVYSH7UOCpnJOeWG6evTdxW/2WwqJmsv3KaUXRriH7KoRGkp&#10;6NHVnUDBtr78w1VVSg8BNPYkVBloXUqVaqBqBv031TxvhFOpFiInuCNN4f+5lQ+7Z/fkGTafoaEG&#10;RkJqFyaBLmM9jfZV/FOmjPRE4f5Im2qQSboc9q9Gw6sLziTprsc3l6PEa3aydj7gFwUVi0LOPbUl&#10;sSV29wEpIkEPkBjMwrI0JrXGWFbn/HJ00U8GRw1ZGBuxKjW5c3PKPEm4NypijP2mNCuLVEC8SOOl&#10;FsaznaDBEFIqi6n25JfQEaUpifcYdvhTVu8xbus4RAaLR+OqtOBT9W/SLn4cUtYtnog8qzuK2Kwa&#10;KvyssSso9tRvD+0qBCeXJTXlXgR8Ep5mn1pM+4yP9NEGiHzoJM424H/97T7iaSRJy1lNu5Tz8HMr&#10;vOLMfLU0rDeD8TguXzqML66GdPDnmtW5xm6rBVBXBvRyOJnEiEdzELWH6pXWfh6jkkpYSbFzjgdx&#10;ge2G07Mh1XyeQLRuTuC9fXYyuo5NiiP30rwK77q5RJroBzhsnZi8Gc8WGy0tzLcIukyzG3luWe34&#10;p1VNI909K/EtOD8n1Onxm/0GAAD//wMAUEsDBBQABgAIAAAAIQBX++wX4wAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNZXYUeehRFGIU1WRKiQEi5Zu2Dmxm0S1xyF228DXM6xg&#10;OXOP7pypNos17KpnPzoUEK8jYBo7p0bsBRzfd48FMB8kKmkcagFf2sOmvr+rZKncDff6egg9oxL0&#10;pRQwhDCVnPtu0Fb6tZs0UnZys5WBxrnnapY3KreGJ1GUcytHpAuDnHQz6O58uFgBL83uTe7bxBbf&#10;pnl+PW2nz+NHJsTDatk+AQt6CX8w/OqTOtTk1LoLKs+MgCyNYkIpSIskBUZIkeU5sJZWWZzHwOuK&#10;//+i/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFuBHcawIAAEQFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBX++wX4wAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAMUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
+                    <w:p w14:paraId="5A840425" w14:textId="77777777" w:rsidR="00722C79" w:rsidRDefault="00722C79" w:rsidP="00722C79">
                       <w:r>
-                        <w:t xml:space="preserve">Extra </w:t>
-[...5 lines deleted...]
-                      <w:proofErr w:type="gramEnd"/>
+                        <w:t>Extra Information</w:t>
+                      </w:r>
                       <w:r>
                         <w:br/>
                         <w:t>(delete if not needed)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00991D7E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...1013 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0187F4E7" wp14:editId="3D6E80E1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-30480</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-10633</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7857461" cy="3364992"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7857461" cy="3364992"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId9">
+                        <a:blipFill>
+                          <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.4pt;margin-top:-.85pt;width:618.7pt;height:264.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDTUY5KKQMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T22nTnNRnSpL2qlS1FZtpz4TjGMkDAzIbdP++w5gJ1VbbdK0PBAuh3P5+M7ny6t9I9CWGcuVLHB2&#10;lmLEJFUll+sCf3u+6Y0wso7IkgglWYEPzOKr6edPlzs9YX1VK1Eyg8CJtJOdLnDtnJ4kiaU1a4g9&#10;U5pJOKyUaYiDpVknpSE78N6IpJ+mF8lOmVIbRZm1sLuIh3ga/FcVo+6+qixzSBQYcnNhNGFc+TGZ&#10;XpLJ2hBdc9qmQf4hi4ZwCUGPrhbEEbQx/J2rhlOjrKrcGVVNoqqKUxZqgGqy9E01TzXRLNQC4Fh9&#10;hMn+P7f0bvtgEC/h7TCSpIEnegTQiFwLhjIPz07bCVg96QfTrixMfa37yjT+H6pA+wDp4Qgp2ztE&#10;YXM4GgzzC/BN4ez8/CIfj/vea3K6ro11X5lqkJ8U2ED4ACXZLq2Lpp2Jj7YSXN9wIVCpAV54U6Pc&#10;C3d1AMuX0Rm1cMFj/51U8SEWim4aJl1klmGCOKC1rbm2EGbCmhUDoMxtGYNAjZChD+erDa/9sz+a&#10;pem4/6U3H6TzXp4Or3uzcT7sDdPrYZ7mo2yezX/5FLN8srFsqSgRC8076mX5u2w/ZEzbBJE0gXxo&#10;SwLFI2CQUMC4SxHg9rj5XK2h/oXBDubOMEdrP60A0nYfjI8H7UUPuLcS0o9S+XWM5HcSz5HIijBz&#10;B8Gi9SOrgFzAg354ltDWbC5MzJZQCmhHMG1NSha3Byn8WpIcb4RyhASHp2xb360DLxnvfccsY3Xh&#10;KguqcEws/VNiLZjdjRBZSXe83HCpzEcOBFTVRo72HUgRGo/SSpUHaD1gb2Cx1fSGQwMsiXUPxIAI&#10;AbVBWN09DJVQuwKrdoZRrcyPj/a9PRAITjHagagV2H7fEMMwErcSVGOc5blXwbDIB8O+b5/XJ6vX&#10;J3LTzBWQCroXsgtTb+9EN62Mal5Af2c+KhwRSSF2gakz3WLuotiCglM2mwUzUD5N3FI+adr1q2/w&#10;5/0LMbpVAQfMvVOdAJLJGzGItpGLs41TFQ9KccK1xRtUMxCnVXgvy6/Xwer0HZr+BgAA//8DAFBL&#10;AwQUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj8sK&#10;wjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452ApqqBkZNe&#10;GacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5azOWMmgeU&#10;N9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b6ho08K7l&#10;X491LwAAAP//AwBQSwMEFAAGAAgAAAAhAKrgqqbfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0trwzAQhO+F/gexhV5KIlvNC9dyKIEccmwePSvWxjaVVq6l2M6/r3JqTssww8y3+Xq0hvXY+caR&#10;hHSaAEMqnW6oknA8bCcrYD4o0so4Qgk39LAunp9ylWk30Bf2+1CxWEI+UxLqENqMc1/WaJWfuhYp&#10;ehfXWRWi7CquOzXEcmu4SJIFt6qhuFCrFjc1lj/7q5Vg3uygg2u+3e8s3S43/e5wusylfH0ZPz+A&#10;BRzDfxju+BEdish0dlfSnhkJk1kkD/GmS2B3X7yLBbCzhLlYCeBFzh9fKP4AAAD//wMAUEsDBAoA&#10;AAAAAAAAIQBaWwUC3hYjAN4WIwAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hDDJFeGlmAABN&#10;TQAqAAAACAAKARIAAwAAAAEAAQAAARoABQAAAAEAAACGARsABQAAAAEAAACOASgAAwAAAAEAAgAA&#10;ATEAAgAAACIAAACWATIAAgAAABQAAAC4AhMAAwAAAAEAAQAAgpgAAgAAAB0AAADMnJsAAQAAAK4A&#10;AADph2kABAAAAAEAAAGYAAABxAAmF9YAACcQACYX1gAAJxBBZG9iZSBQaG90b3Nob3AgQ0MgMjAx&#10;NSAoV2luZG93cykAMjAxNjowMjowOCAxMDoxMzo0MgAoYykgTWF1bmdlciB8IERyZWFtc3RpbWUu&#10;Y29tAGgAdAB0AHAAOgAvAC8AdwB3AHcALgBkAHIAZQBhAG0AcwB0AGkAbQBlAC4AYwBvAG0ALwBy&#10;AG8AeQBhAGwAdAB5AC0AZgByAGUAZQAtAHMAdABvAGMAawAtAHAAaABvAHQAbwBnAHIAYQBwAGgA&#10;eQAtAHIAbwBvAGYAaQBuAGcALQBwAHIAbwBiAGwAZQBtAHMALQBpAG0AYQBnAGUAMQA1ADAAOQAx&#10;ADAANwAAAAAAA6ABAAMAAAAB//8AAKACAAQAAAABAAAISqADAAQAAAABAAADlwAAAAAAAAAGAQMA&#10;AwAAAAEABgAAARoABQAAAAEAAAISARsABQAAAAEAAAIaASgAAwAAAAEAAgAAAgEABAAAAAEAAAIi&#10;AgIABAAAAAEAAAoIAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2Jl&#10;AGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgARQCgAwEiAAIRAQMRAf/dAAQACv/EAT8A&#10;AAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoL&#10;EAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT&#10;8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2&#10;xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFC&#10;I8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE&#10;1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8Azo8APgnE93R5DRLT&#10;uQPmk3b21+AWg4i8t8CfxTy/sP4Jxu7NPzMBKD3gD70lMfTLjJ1PhyptqI1PHkFC28ViHPIceAwa&#10;qhd1CprvYDYf3nOMJWmnTcWAan5EpvUaO8DyCxHZ2S/RpDPJg1/ztXKHo5Vxkse8+Jn/AL8hxJou&#10;xbm47PpWCRzrJ/zW7lWs6tSCfTrLz2LjAVVnTcp35oZ/WKsM6TtP6Ul/kyAP856FlVMB1LMudspY&#10;0E8R/erbGPGt1pufHAMMH9VrfpKVeMypsNYAO5c7n/NCk8OY2XuawHQQC4n+S397/NTlqzW1iCAJ&#10;PiFJu48NgeWqZtdrtXuLGfuabj/Widn9RE9MREuPbVxSUxh4EmB8UxtrBj1Gjwgz+RP6dE/RaT8J&#10;KnujjRJSE2NOo32eG1p7fm7jtaohtj59aslvLamkbf8Arrp/SO/k/wA2jFx8YlRE/GNTKSlt9h12&#10;NHjLiY/zWqJOQQTvYyPBhP8A1TlOSdCD/FDtsbWGtMvsfoysfTd48fRSU//QpEsHJAUTa0cH5AKv&#10;DyZjX/XspbnBaLh2m9WeGuP4flUXl50B2DueXf8AmKEbCOXtHkNVFri46bv620/9FqCrXsood9Pd&#10;t+J1Py9z0zMan82prI/eEn8Z2ojYBkMe4+Ma/wDSTn1df0YaB3e7+DEqCbLNgaB7dPhopSJgkkqE&#10;u4mI/db/AOSTjeeXuEciRx8mpKtICdE+sFzvaBy52gjzQ9pElz3x4yYTGmtxG73OGoLyTB/kyUlM&#10;g6yzWoQz/SOHI/4Nn5/9d3s/rqTaiJcfpd3u5jwn81v8lqg6tkEkH4kk6/ekaq+zAD28SklkX1s1&#10;dY1vzCi66nbLrQRMRB57N4UC8Ne6qpgdcPpdmt87nN/6j6aTa2zuefUt1O4jQf8AEt/wf9b6aSmX&#10;q1AhoDzPYNj4fS2pG13Laj8XOaB90vSmZdoAdZHAk+KeZ0A5Gg7f66pIYbriYFbG9pLyT/W9rUg6&#10;76U1skzoCTP+ckXbWQB56aAfBRNmszwPhJmO30Uksgy13+ELe+jR3PzUGUMqnY54c76dky4/1nwn&#10;3gQG/MT3/rJFxDYO7z5HySU//9HKDADJlzvP+CkGt4DR9yW8R9B3wMD+KkHPPFfw9wErRcNTRHAi&#10;eVKO8kKJNpEDZWfOXH5fRakN7dPaSfpGDP5UrTS5J0jn70vcQCZ18VHfZzLfLnsoPyLGNDnljWnj&#10;Qyf5IbPu/soKSwdCBOhjwTtJiRqeI/3IVbsqwFzmtYDwIJdHmPzUQC4iCW/5p/JuSUu3SJ18EiTE&#10;9uw804rt439jENGn3pxW8NEWHaB2AiPuSTTFxZWPUc4Ma0e5x0/6pDnIuA2bqazy7ix4/kt/wVf8&#10;v+cRDisc4Psc5726sLiIHfc1vtan9Ng13vjmN5jy42pKYCpza9tbNjB+aJ+f0v8Aq05qdE8k9/nu&#10;SNdbtIJB8XOP8UxqqaA8sa1vcuj/ADi4lJVK2s5e8QTqJHb5+73JiWDVtjWgcmZ/6pVrM6gO9PGq&#10;F1hkAgafh7nqTMZ7nNsyn7n8itsbWn832t/P/wCghaaSOfW4ybWAxA93YfBNup5FrZHZskgeCKJ3&#10;GIB8JPh/5kpNa4jTUDmYj/zFLVWiE24wdM7iBJG08AfBIGogACx3jDHR8YO1WNrQWgAaxA5Okaa/&#10;mqREu0OoIMjUn5JKf//SzgNNdPFMbGgaczCibWiCQ6I8v70pbr7Xk+G2fyLQcNlvdOnDR2iPmo8A&#10;udoB9JxgD/OTPsaILKy4nhz/AGsH9Zyk0Y4O+y4WvbqJ0a0/yK/o/wCclaaYje8TUNoPFjh4/wCj&#10;Y6HO/rO2IjKW1u3AbrHGC86ujmP5P9hOcjFGrrmAdxKX23BaP54HTsCfkISsJpIJmYjWE4HzKCc/&#10;GMBosfroQx2v4IZ6jWPo0XO89sBCx3TRbYieYGmnKYvjy8z5cqm7qTj9DFsPxH9yieoZJOmI6SI1&#10;n/yKXEFU3HF8wdRy7uR/5im9zvEmeePx/NVIZ2dwMUk95DiUDJt6jeA17HtYdNjQQCQlaqbOT1Gq&#10;uW1fpLfEE7B/5Nyptry812959n7x0aI/caj4nS3OizIBDORWOT/X/cZ/01oGs6hwAAAAg8RpHt/d&#10;S3UgxqK6WxWNrzqXGC+PP/yCKJ2kk66+06/1G6f9Qiik/nAieex15/eUQ1xIG06Dgdo+5FS288Hn&#10;jjWY9wEJwRBPumY0E6/D81IteRJIaNDMiY/k/wBZSDCR7gWwIM+Wuv8AWSQxBAa7adJIEjWeNEiT&#10;Jg940jxT6aGYJ+kRwBrHH+cmDWkHmRAJk6R5f1klP//TzG/Lbr96mOTH0o8/NedJLRcN9Gb5xMa/&#10;D+SlrIga94+C85SQS+iCNwkaSdO0fP8AMTP37DsALjxvJABn3btsucvPEklB7uv+cdJsN2u8vAEj&#10;+QNW+l+56aONk6wfCdBEace/btXnqSCXvxEjiJG2Y518f5Kc7NuvH/R/8ivP0kkvoLNmk66/Ace9&#10;TZtn2xPePHTd/wCZLztJJT6A/wCzbnbuZHhE/wBn2f5yX6v7tpO7y3T/ANNefpJfYr7X0J3ofmby&#10;J7epMduf5Si7Zt92/g7fpztn+UvP0kvsV9r6B7NZ9QukcyD8k5LfdsFxMaCXcz32jcvPkkvsV9r3&#10;rftPuN28N2nYK9dZ/Pc6H7lPWdPUnTb4R5bvzl5+kkFF/9n/7RNsUGhvdG9zaG9wIDMuMAA4QklN&#10;BAQAAAAAADAcAVoAAxslRxwCAAACAAQcAnQAHChjKSBNYXVuZ2VyIHwgRHJlYW1zdGltZS5jb204&#10;QklNBCUAAAAAABACf2tPF08duneN7DWsl1K2OEJJTQQ6AAAAAAEHAAAAEAAAAAEAAAAAAAtwcmlu&#10;dE91dHB1dAAAAAUAAAAAUHN0U2Jvb2wBAAAAAEludGVlbnVtAAAAAEludGUAAAAAQ2xybQAAAA9w&#10;cmludFNpeHRlZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQAAAASAEgAUAAgAEwAYQBzAGUA&#10;cgBKAGUAdAAgAFAAMgAwADMANQAAAAAAD3ByaW50UHJvb2ZTZXR1cE9iamMAAAAMAFAAcgBvAG8A&#10;ZgAgAFMAZQB0AHUAcAAAAAAACnByb29mU2V0dXAAAAABAAAAAEJsdG5lbnVtAAAADGJ1aWx0aW5Q&#10;cm9vZgAAAAlwcm9vZkNNWUsAOEJJTQQ7AAAAAAItAAAAEAAAAAEAAAAAABJwcmludE91dHB1dE9w&#10;dGlvbnMAAAAXAAAAAENwdG5ib29sAAAAAABDbGJyYm9vbAAAAAAAUmdzTWJvb2wAAAAAAENybkNi&#10;b29sAAAAAABDbnRDYm9vbAAAAAAATGJsc2Jvb2wAAAAAAE5ndHZib29sAAAAAABFbWxEYm9vbAAA&#10;AAAASW50cmJvb2wAAAAAAEJja2dPYmpjAAAAAQAAAAAAAFJHQkMAAAADAAAAAFJkICBkb3ViQG/g&#10;AAAAAAAAAAAAR3JuIGRvdWJAb+AAAAAAAAAAAABCbCAgZG91YkBv4AAAAAAAAAAAAEJyZFRVbnRG&#10;I1JsdAAAAAAAAAAAAAAAAEJsZCBVbnRGI1JsdAAAAAAAAAAAAAAAAFJzbHRVbnRGI1B4bEBvNLRA&#10;AAAAAAAACnZlY3RvckRhdGFib29sAQAAAABQZ1BzZW51bQAAAABQZ1BzAAAAAFBnUEMAAAAATGVm&#10;dFVudEYjUmx0AAAAAAAAAAAAAAAAVG9wIFVudEYjUmx0AAAAAAAAAAAAAAAAU2NsIFVudEYjUHJj&#10;QFkAAAAAAAAAAAAQY3JvcFdoZW5QcmludGluZ2Jvb2wAAAAADmNyb3BSZWN0Qm90dG9tbG9uZwAA&#10;AAAAAAAMY3JvcFJlY3RMZWZ0bG9uZwAAAAAAAAANY3JvcFJlY3RSaWdodGxvbmcAAAAAAAAAC2Ny&#10;b3BSZWN0VG9wbG9uZwAAAAAAOEJJTQPtAAAAAAAQAPmlogABAAEA+aWiAAEAAThCSU0EJgAAAAAA&#10;DgAAAAAAAAAAAAA/gAAAOEJJTQQNAAAAAAAEAAAAHjhCSU0EGQAAAAAABAAAAB44QklNA/MAAAAA&#10;AAkAAAAAAAAAAAEAOEJJTScQAAAAAAAKAAEAAAAAAAAAAThCSU0D9QAAAAAASAAvZmYAAQBsZmYA&#10;BgAAAAAAAQAvZmYAAQChmZoABgAAAAAAAQAyAAAAAQBaAAAABgAAAAAAAQA1AAAAAQAtAAAABgAA&#10;AAAAAThCSU0D+AAAAAAAcAAA/////////////////////////////wPoAAAAAP//////////////&#10;//////////////8D6AAAAAD/////////////////////////////A+gAAAAA////////////////&#10;/////////////wPoAAA4QklNBAgAAAAAABAAAAABAAACQAAAAkAAAAAAOEJJTQQeAAAAAAAEAAAA&#10;ADhCSU0EGgAAAAADVQAAAAYAAAAAAAAAAAAAA5cAAAhKAAAAEABSAG8AbwBmAGkAbgBnACAAcABy&#10;AG8AYgBsAGUAbQBzAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAhKAAADlwAAAAAA&#10;AAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAABAAAAABAAAAAAAAbnVsbAAAAAIAAAAGYm91&#10;bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcAAAAA&#10;AAAAAEJ0b21sb25nAAADlwAAAABSZ2h0bG9uZwAACEoAAAAGc2xpY2VzVmxMcwAAAAFPYmpjAAAA&#10;AQAAAAAABXNsaWNlAAAAEgAAAAdzbGljZUlEbG9uZwAAAAAAAAAHZ3JvdXBJRGxvbmcAAAAAAAAA&#10;Bm9yaWdpbmVudW0AAAAMRVNsaWNlT3JpZ2luAAAADWF1dG9HZW5lcmF0ZWQAAAAAVHlwZWVudW0A&#10;AAAKRVNsaWNlVHlwZQAAAABJbWcgAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAA&#10;VG9wIGxvbmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAA5cAAAAAUmdodGxvbmcA&#10;AAhKAAAAA3VybFRFWFQAAAABAAAAAAAAbnVsbFRFWFQAAAABAAAAAAAATXNnZVRFWFQAAAABAAAA&#10;AAAGYWx0VGFnVEVYVAAAAAEAAAAAAA5jZWxsVGV4dElzSFRNTGJvb2wBAAAACGNlbGxUZXh0VEVY&#10;VAAAAAEAAAAAAAlob3J6QWxpZ25lbnVtAAAAD0VTbGljZUhvcnpBbGlnbgAAAAdkZWZhdWx0AAAA&#10;CXZlcnRBbGlnbmVudW0AAAAPRVNsaWNlVmVydEFsaWduAAAAB2RlZmF1bHQAAAALYmdDb2xvclR5&#10;cGVlbnVtAAAAEUVTbGljZUJHQ29sb3JUeXBlAAAAAE5vbmUAAAAJdG9wT3V0c2V0bG9uZwAAAAAA&#10;AAAKbGVmdE91dHNldGxvbmcAAAAAAAAADGJvdHRvbU91dHNldGxvbmcAAAAAAAAAC3JpZ2h0T3V0&#10;c2V0bG9uZwAAAAAAOEJJTQQoAAAAAAAMAAAAAj/wAAAAAAAAOEJJTQQUAAAAAAAEAAAAAjhCSU0E&#10;DAAAAAAKJAAAAAEAAACgAAAARQAAAeAAAIFgAAAKCAAYAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFk&#10;b2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwM&#10;DBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgARQCgAwEiAAIRAQMRAf/dAAQACv/E&#10;AT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcI&#10;CQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMH&#10;JZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaG&#10;lqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEU&#10;obFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSF&#10;tJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8Azo8APgnE93R5&#10;DRLTuQPmk3b21+AWg4i8t8CfxTy/sP4Jxu7NPzMBKD3gD70lMfTLjJ1PhyptqI1PHkFC28ViHPIc&#10;eAwaqhd1CprvYDYf3nOMJWmnTcWAan5EpvUaO8DyCxHZ2S/RpDPJg1/ztXKHo5Vxkse8+Jn/AL8h&#10;xJouxbm47PpWCRzrJ/zW7lWs6tSCfTrLz2LjAVVnTcp35oZ/WKsM6TtP6Ul/kyAP856FlVMB1LMu&#10;dspY0E8R/erbGPGt1pufHAMMH9VrfpKVeMypsNYAO5c7n/NCk8OY2XuawHQQC4n+S397/NTlqzW1&#10;iCAJPiFJu48NgeWqZtdrtXuLGfuabj/Widn9RE9MREuPbVxSUxh4EmB8UxtrBj1Gjwgz+RP6dE/R&#10;aT8JKnujjRJSE2NOo32eG1p7fm7jtaohtj59aslvLamkbf8Arrp/SO/k/wA2jFx8YlRE/GNTKSlt&#10;9h12NHjLiY/zWqJOQQTvYyPBhP8A1TlOSdCD/FDtsbWGtMvsfoysfTd48fRSU//QpEsHJAUTa0cH&#10;5AKvDyZjX/XspbnBaLh2m9WeGuP4flUXl50B2DueXf8AmKEbCOXtHkNVFri46bv620/9FqCrXsoo&#10;d9Pdt+J1Py9z0zMan82prI/eEn8Z2ojYBkMe4+Ma/wDSTn1df0YaB3e7+DEqCbLNgaB7dPhopSJg&#10;kkqEu4mI/db/AOSTjeeXuEciRx8mpKtICdE+sFzvaBy52gjzQ9pElz3x4yYTGmtxG73OGoLyTB/k&#10;yUlMg6yzWoQz/SOHI/4Nn5/9d3s/rqTaiJcfpd3u5jwn81v8lqg6tkEkH4kk6/ekaq+zAD28Sklk&#10;X1s1dY1vzCi66nbLrQRMRB57N4UC8Ne6qpgdcPpdmt87nN/6j6aTa2zuefUt1O4jQf8AEt/wf9b6&#10;aSmXq1AhoDzPYNj4fS2pG13Laj8XOaB90vSmZdoAdZHAk+KeZ0A5Gg7f66pIYbriYFbG9pLyT/W9&#10;rUg676U1skzoCTP+ckXbWQB56aAfBRNmszwPhJmO30Uksgy13+ELe+jR3PzUGUMqnY54c76dky4/&#10;1nwn3gQG/MT3/rJFxDYO7z5HySU//9HKDADJlzvP+CkGt4DR9yW8R9B3wMD+KkHPPFfw9wErRcNT&#10;RHAieVKO8kKJNpEDZWfOXH5fRakN7dPaSfpGDP5UrTS5J0jn70vcQCZ18VHfZzLfLnsoPyLGNDnl&#10;jWnjQyf5IbPu/soKSwdCBOhjwTtJiRqeI/3IVbsqwFzmtYDwIJdHmPzUQC4iCW/5p/JuSUu3SJ18&#10;EiTE9uw804rt439jENGn3pxW8NEWHaB2AiPuSTTFxZWPUc4Ma0e5x0/6pDnIuA2bqazy7ix4/kt/&#10;wVf8v+cRDisc4Psc5726sLiIHfc1vtan9Ng13vjmN5jy42pKYCpza9tbNjB+aJ+f0v8Aq05qdE8k&#10;9/nuSNdbtIJB8XOP8UxqqaA8sa1vcuj/ADi4lJVK2s5e8QTqJHb5+73JiWDVtjWgcmZ/6pVrM6gO&#10;9PGqF1hkAgafh7nqTMZ7nNsyn7n8itsbWn832t/P/wCghaaSOfW4ybWAxA93YfBNup5FrZHZskge&#10;CKJ3GIB8JPh/5kpNa4jTUDmYj/zFLVWiE24wdM7iBJG08AfBIGogACx3jDHR8YO1WNrQWgAaxA5O&#10;kaa/mqREu0OoIMjUn5JKf//SzgNNdPFMbGgaczCibWiCQ6I8v70pbr7Xk+G2fyLQcNlvdOnDR2iP&#10;mo8AudoB9JxgD/OTPsaILKy4nhz/AGsH9Zyk0Y4O+y4WvbqJ0a0/yK/o/wCclaaYje8TUNoPFjh4&#10;/wCjY6HO/rO2IjKW1u3AbrHGC86ujmP5P9hOcjFGrrmAdxKX23BaP54HTsCfkISsJpIJmYjWE4Hz&#10;KCc/GMBosfroQx2v4IZ6jWPo0XO89sBCx3TRbYieYGmnKYvjy8z5cqm7qTj9DFsPxH9yieoZJOmI&#10;6SI1n/yKXEFU3HF8wdRy7uR/5im9zvEmeePx/NVIZ2dwMUk95DiUDJt6jeA17HtYdNjQQCQlaqbO&#10;T1GquW1fpLfEE7B/5Nyptry812959n7x0aI/caj4nS3OizIBDORWOT/X/cZ/01oGs6hwAAAAg8Rp&#10;Ht/dS3UgxqK6WxWNrzqXGC+PP/yCKJ2kk66+06/1G6f9Qiik/nAieex15/eUQ1xIG06Dgdo+5FS2&#10;88HnjjWY9wEJwRBPumY0E6/D81IteRJIaNDMiY/k/wBZSDCR7gWwIM+Wuv8AWSQxBAa7adJIEjWe&#10;NEiTJg940jxT6aGYJ+kRwBrHH+cmDWkHmRAJk6R5f1klP//TzG/Lbr96mOTH0o8/NedJLRcN9Gb5&#10;xMa/D+SlrIga94+C85SQS+iCNwkaSdO0fP8AMTP37DsALjxvJABn3btsucvPEklB7uv+cdJsN2u8&#10;vAEj+QNW+l+56aONk6wfCdBEace/btXnqSCXvxEjiJG2Y518f5Kc7NuvH/R/8ivP0kkvoLNmk66/&#10;Ace9TZtn2xPePHTd/wCZLztJJT6A/wCzbnbuZHhE/wBn2f5yX6v7tpO7y3T/ANNefpJfYr7X0J3o&#10;fmbyJ7epMduf5Si7Zt92/g7fpztn+UvP0kvsV9r6B7NZ9QukcyD8k5LfdsFxMaCXcz32jcvPkkvs&#10;V9r3rftPuN28N2nYK9dZ/Pc6H7lPWdPUnTb4R5bvzl5+kkFF/9k4QklNBCEAAAAAAF0AAAABAQAA&#10;AA8AQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAAAAXAEEAZABvAGIAZQAgAFAAaABvAHQA&#10;bwBzAGgAbwBwACAAQwBDACAAMgAwADEANQAAAAEAOEJJTQQGAAAAAAAHAAgAAAABAQD/4Q7RaHR0&#10;cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLwA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1TTBN&#10;cENlaGlIenJlU3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1ldGEv&#10;IiB4OnhtcHRrPSJBZG9iZSBYTVAgQ29yZSA1LjYtYzA2NyA3OS4xNTc3NDcsIDIwMTUvMDMvMzAt&#10;MjM6NDA6NDIgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcv&#10;MTk5OS8wMi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIi&#10;IHhtbG5zOmRjPSJodHRwOi8vcHVybC5vcmcvZGMvZWxlbWVudHMvMS4xLyIgeG1sbnM6eG1wPSJo&#10;dHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvIiB4bWxuczpwaG90b3Nob3A9Imh0dHA6Ly9ucy5h&#10;ZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtbG5zOnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29t&#10;L3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NU&#10;eXBlL1Jlc291cmNlRXZlbnQjIiBkYzpyaWdodHM9IihjKSBNYXVuZ2VyIHwgRHJlYW1zdGltZS5j&#10;b20iIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgeG1wOkNyZWF0ZURhdGU9IjIwMTYtMDItMDhUMTA6&#10;MDg6MjktMDg6MDAiIHhtcDpNb2RpZnlEYXRlPSIyMDE2LTAyLTA4VDEwOjEzOjQyLTA4OjAwIiB4&#10;bXA6TWV0YWRhdGFEYXRlPSIyMDE2LTAyLTA4VDEwOjEzOjQyLTA4OjAwIiBwaG90b3Nob3A6Q29s&#10;b3JNb2RlPSI0IiBwaG90b3Nob3A6SUNDUHJvZmlsZT0iVS5TLiBXZWIgQ29hdGVkIChTV09QKSB2&#10;MiIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDozZTE3NGQyNi0xYmZiLTE1NDQtOTQzMy0yY2Yz&#10;ZTNhMDU5ZmEiIHhtcE1NOkRvY3VtZW50SUQ9ImFkb2JlOmRvY2lkOnBob3Rvc2hvcDphZjljNDIz&#10;OS1jZThmLTExZTUtODUzNi1hM2JjMzA4YjYwYzAiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0i&#10;eG1wLmRpZDo5NTdhYmMyMS1jYWE1LTQ1NDItYjQ5YS1hMzEwYjExOTZlYWYiPiA8eG1wTU06SGlz&#10;dG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJjcmVhdGVkIiBzdEV2dDppbnN0&#10;YW5jZUlEPSJ4bXAuaWlkOjk1N2FiYzIxLWNhYTUtNDU0Mi1iNDlhLWEzMTBiMTE5NmVhZiIgc3RF&#10;dnQ6d2hlbj0iMjAxNi0wMi0wOFQxMDowODoyOS0wODowMCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0i&#10;QWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIi8+IDxyZGY6bGkgc3RFdnQ6YWN0aW9u&#10;PSJzYXZlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDpkZDNhMDFiMy01YWQ1LTg0NDktODUw&#10;Zi1hMjYyMTgwNjY5N2IiIHN0RXZ0OndoZW49IjIwMTYtMDItMDhUMTA6MTM6NDItMDg6MDAiIHN0&#10;RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIgc3RF&#10;dnQ6Y2hhbmdlZD0iLyIvPiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0ic2F2ZWQiIHN0RXZ0Omluc3Rh&#10;bmNlSUQ9InhtcC5paWQ6M2UxNzRkMjYtMWJmYi0xNTQ0LTk0MzMtMmNmM2UzYTA1OWZhIiBzdEV2&#10;dDp3aGVuPSIyMDE2LTAyLTA4VDEwOjEzOjQyLTA4OjAwIiBzdEV2dDpzb2Z0d2FyZUFnZW50PSJB&#10;ZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPC9y&#10;ZGY6U2VxPiA8L3htcE1NOkhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwv&#10;eDp4bXBtZXRhPiAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgIDw/eHBhY2tldCBlbmQ9InciPz7/4v/iSUNDX1BST0ZJTEUAAQkACIBwQURCRQIQAABw&#10;cnRyQ01ZS0xhYiAH0AAHABoABQApADVhY3NwQVBQTAAAAABBREJFAAAAAAAAAAAAAAAAAAAAAQAA&#10;9tYAAQAAAADTLUFEQkUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAApkZXNjAAAA/AAAAHRjcHJ0AAABcAAAACt3dHB0AAABnAAAABRBMkIwAAABsAAAogZBMkIy&#10;AAABsAAAogZBMkIxAACjuAAAogZCMkEwAAFFwAACOLRCMkExAAN+dAACOLRCMkEyAAW3KAACOLRn&#10;YW10AAfv3AAAkJFkZXNjAAAAAAAAABpVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAHRleHQAAAAAQ29weXJpZ2h0IDIwMDAgQWRvYmUgU3lzdGVtcywgSW5jLgAA&#10;WFlaIAAAAAAAALVaAAC8ZwAAkjBtZnQyAAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAA&#10;AAAAAAAAAAABAAABAAACAAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1&#10;G9Ic7x4lH1kghyGyItoj/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07&#10;iTylPcI+3j/4QRFCKUNCRFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6&#10;W1FcZl14Xopfm2CtYb5iz2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4&#10;vXnDesh7zXzOfc1+zH/LgMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRA&#10;lTOWJpcZmAyY/5nymuSb1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2v&#10;a7BZsUeyNrMktBK1ALXtttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfsls&#10;ylnLRMwuzRjOAc7rz9XQvtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvj&#10;nuR75VfmM+cO5+jowema6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp&#10;++v8p/1c/gv+tP9a//8AAAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX&#10;2BjMGdYa3hvhHOEd3x7bH9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjOD&#10;NIE1fzZ/N384gDmCOn87fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQ&#10;ulHAUsdTzlTVVddW2VfbWN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzu&#10;betu6G/lcOFx3nLac9Z0zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obth9uI&#10;yom4iqaLlYyDjXGOYI9OkD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLm&#10;o9ikyqW9prGnpqibqZGqh6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/&#10;XcBjwWrCcsN7xITFisaQx5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr&#10;3Xneht+U4JzhouKo463ksuW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6&#10;bPtk/Fb9RP4v/xf//wAAAgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3&#10;GSkaNBs9HEAdPx46HzQgLCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000&#10;QTU2Nis3ITgWOQs6ADr2O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+I&#10;UIhRiVKIU4hUiFWIVolXiliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6ps&#10;q22rbqtvq3CpcahypXOjdKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgX&#10;iQyKAor3i+2M4o3Yjs2Pw5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1Kk&#10;VaVZpl+nZqhuqXiqgquOrJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kq&#10;w87E8cYVxznIXsmCyqbLysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7i&#10;x+PN5NHl0ubQ58zoxOm66qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm&#10;/RH9s/5N/uH/cf//AAAB2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8X&#10;gxiBGX0adBtmHFUdQR4sHxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5&#10;MmczVTRENTI2IjcROAE48TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM&#10;3E3QTsVPuVCtUaFSlVOIVHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdC&#10;aDBpHmoLavhr5WzSbb5uqm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuB&#10;woKog42EcoVXhjuHIIgFiOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrq&#10;m9Scv52qnpafg6BxoV+iT6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2&#10;yLfNuNO527rju+28+L4EvxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD&#10;1ifXTNhz2ZvaxNvv3RreRt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5&#10;q/r2/Dr9e/67////AIAAgADltH/Nf1TMP3+lfsOyjH+UfmmYf3+efkx943/BfmNiQX/+fpJEYYB/&#10;fwUfZIH+gBz8uH50i3nkD35XibLK235PiBSxPn5chrSXL36ChZt8k36+hLpg6X8Pg/RDAH+Wg3gd&#10;ooDkg9/6o30llwjiSH0clDHJWH0lkXqvzn1Ljx6V1n2GjQ17Tn3XizxftH43iYlBy37AiC0cBH/P&#10;iBH4v3wXorDggnwXnsnHsnwrmxSuRXxbl6OUc3yrlKZ6Dn0MkeZelX13j09Atn3/jS0ajH7Ei8n3&#10;CXtHrnXe2ntEqXrGG3tdpMSs0nuWoGaTEHvqnFp42nxbmLtdiHzPlU0/uX1SkosZPH3GjvD1hXqq&#10;ul3dWXqftEjEp3qzrourfHrwqT2R4ntMpE53snvAn7pci3w9m48+03y8mHYYF3zbkEn0OHovxnLc&#10;DXobvzvDYnonuHOqTXpksjaQ33rJrHF20ntEpxBbrnvAojA+DHw7nw8XHHwHj6DzHXnR0sja8Xm0&#10;ymHCSXm4wo2pP3nwu2GP53pZtM52BnrdrsZbBnteqYc9Y3vQpNMWSXtSjxHyKnmM34TZ/Xlm1dPB&#10;VXlgzO6oVnmUxOKPE3n+vZJ1S3qGtwdaaXsMsdw82nt6qSUVnnrIjp3t7YkTfivWfogAfbG+zYcF&#10;fVemtYYwfTOOGoWEfUh00IT8fYxaa4Sbfeg9joSffosYi4Z6gAHryYeuiQjVAIajh329jYW5hiGl&#10;foT4hQOM0IRkhCpzfYP0g4hZD4Oogwc8OYO4guAW+YV3hAPp+4Zwk/jTU4V3kXW8EIScjxmkFIP1&#10;jROLiYN1i1ZyVYMXidVX/4LYiHw7LILrh5QViIR7h6joUoVznvjRsoSDm4G6f4OymDuioYMOlTqK&#10;OIKgkqFxKYJQkENW94Ibjhw6NIIujJYUOIOJisnmyISqqhjQMoO7pa25BoLxoYKhP4JVnaSI7oHj&#10;mhJwC4GjludWAoF1k/85U4GGkgwTFYKajOflY4QMtWLO1oMdsAO3tYJSquqgBYG5pi6H1YFOocZu&#10;/YEJnbxVH4DjmjM4iYDzmDgSH4G8jEHkL4OLwNrNrIKcuoK2koHOtHqe9IE2rt+G6IDTqbBuMYCT&#10;pO1UXIBloNg33YB0nlgRVIEDi7fjKYMkzJXMr4I2xTu1mIFlvkOeA4DKt8uGCYBpsd1td4AzrI1T&#10;xoAIqFY3TYAKo1wQroBsi0fiToLQ2LvL2oHm0E60xIETyGGdNYB0wRSFToASunps1X/ftM1TPH+6&#10;sEg20X+8pRAQKn/0iu7dPJJhfJjHa5B6fEOxVo6yfBCax40afBGDl4u3fElrnoqCfLFSdYmIfTI2&#10;joknfgERMovWf97bRpEthsvGBY9ChYSwKo2DhG+Zsov8g5CCg4qtgvJqjImNgohRXoijgkA1eohJ&#10;gmAQBIqYg4bZs5AAkSTEnY4iju2u/YxjjN+YgIrxiyaBVYmzibJpaoimiHxQSofLh3Y0dod5hwUO&#10;+olWhrvYR48Im5LDLo0ymHutgYuGlZeXHooTkv2AF4jokL5oU4fmjrxPW4cTjP8znYbCjB0OFIgo&#10;iYTW6Y5KphXB0Yx4oiasJIrUnnOV0olomwp+5ogyl+pnS4c+lS1OfYZvkswy2YYckcENTocliP/V&#10;p42xsMfAm4virACq9oo+p3eUtIjWo0F94oekn1xmWIanm9pNtYXdmPkyLIWKl/IMqIZLiI/UkI0z&#10;u6W/kotntgWp8onCsKaTvohbq6R9CocwpwhlnoY2oudNDIVfn68xnYULnT8MHoWXiDHTo4zLxse+&#10;s4sDwEmpFoleuhSS54f0tEl8QobMrwRk9oXcqndMh4UFp2UxJISioToLroUEh+bS4Ixy0le9+4qw&#10;yvGoXYkNw+GSMYejvVN7nYZ6t3xkaYWLssdMDYS9rmcwt4RcoPALVYSOh6nM+5vye1u4k5lHeyGj&#10;9pa4ewmO3pRgeyZ5FZJFe3hiaZBle/lKco7afJMvY441fX4KfpAff8DLOprihP23Zpgjg+ejAZWZ&#10;gvyN+pNNgkt4K5FDgdhhfI91gZpJfo33gYEueY1XgeMJz46bgwjJ05nfjq22HJcljMKh5ZSYiviM&#10;4ZJbiYl3IZBeiFRgg46eh15ImI0qhqAtp4yMhp0JNY1HhejIqJjnmI6045Y9lc6gp5O9kzSLu5Fy&#10;kO12A4+Gjv9ff43SjVJHsYxmi/ss3ovMi80Ir4wfhd/HfJgsooazxpWEnvqfe5MLm6yKhJDSmKp0&#10;7I7ZlfRej40xk6BG7ovFkcQsO4snkb4IPIshhZHGX5ebrKWyspT1qFmebJJ+pEqJhJBKoI10AY5T&#10;nSNduIydmidGQYs0l/crroqUlzsH24pMhVDFZpcmtuyxyZSAsd6diZIIrQ6Iqo/VqJpzQI3lpI9d&#10;E4wwoRNFsYq0ntMrOooSm8gHi4mbhRrEkpbDwXixB5Qeu6WcyZGnthaH7o9ysO5yj42FrFVcfYva&#10;qJlFPopcpkEq2YmonPkHSokLhO7D4pZuzHmwZ5PKxdicKJFWv4WHTo8jubNx/o02tKpcA4uNsRNE&#10;1YoarEIqfIlpnLoHFoiZhMu9P6XQenqqHKJoek2W0Z8cekWDFJwIenJunZk4etRZLJaye2RCU5Si&#10;fAon85PzfP0EqpN/f6a7s6Tig5SpKqFagpyWFZ4KgdCCYJr9gT5t25g6gOtYY5XCgM5BgpO8gNsn&#10;NJMLgXUEaJIDgpq6iKPrjMKoF6BoiwGVJJ0ViW6Ba5oXiCls8ZddhydXipTvhmZAvJLuhegmjpI4&#10;hlsEL5C0gtS5fKMblfWm/Z+jk3qT/5xZkTmAX5lOjzNr9ZadjZFWrZQ0jDFAApI0izkl+ZF3i9kD&#10;/Y+SgrK4lqJVn2imCp7pnDOS/puqmT9/VpimlotrBJXYlC5V2ZN8kj8/UpF+kOwlbpC/kVYD046Z&#10;gpa3o6HIqQKlNZ5VpRWSLpsRoWt+gpgRnhlqOZVWmyJVIpLrmKw+w5Dslz8lAZAnlgsDr43Ign22&#10;y6FXsr2kbZ3hrh6RbJqdqcZ9ypegpdFplpTrolJUlpKAn4M+T5BsnlQkrI+gmMwDkY0agmm2D6D+&#10;vLajxp2Ct2GQypo9slx9LJc/rcxpAZSOqeBUF5Itpw0975ASpMMkZY8wmJsDeYyNglm1caCvxyyj&#10;PJ0twReQQZnqu198pZbwtj9oiJRAshJTs5Hgr0c9m4/SqagkH470mGwDZYwdgkyuHq/+eeScKave&#10;ebaKEKfeebJ3iqQXeeZkR6CYelBP+Z1zeuY6H5r2e40gKZqYfHEAAJXTf8qszq8ogoObaKrkgZmJ&#10;fqbagOB2+6MTgGNjqJ+bgCZPU5x/gCM5dJoFgEwfoZmWgRcAAJSOgACr3649iy6aiqn+iY2IvaXt&#10;iBp2MaIwhvti5J68hiBOn5umhY441ZkshUsfLpirhkYAAJNwgACrEq1qk+eZqqk3kZqHzKUwj4R1&#10;UKFojb1iEp38jFFN6Jroizg4QZhqiqIeypfXi7MAAJJ4gACqQazKnLSY2qiYmcKG86SUlxd0daDP&#10;lMBhTZ1LkrBNQpo9kSg3v5e4kGsedZcUkGEAC5GSgAepkKwspcyYL6f8ojGGSKP5nuJzyqA1m+9g&#10;qpyymVxMr5mPl2s3TZcKluUeKJZflFgAG5DEgBKo4qu5rwOXoqd9qriFwqNypsNzQJ+so0NgKZw2&#10;oE9MQZkcnjs29paAnX0d85XIlEAAKJAZgBuoQqthuHSXGacbs3uFQ6MNrudyyJ9IquRfu5vWp6lL&#10;4ZjFpeM2sJYjousdzJVPlCYAM4+PgCKnuasVwl6WpqbEvKuE1qK2t3FyYp72svpfY5uGr7pLnJh1&#10;rR82e5XdpNYdp5UJlA0API8ggCifsLqEeXSO1bWreTp90bD8eTJsZKyLeWdaOKhkedRG76Suemox&#10;66HmewcX8KJye74AAJEogACeprm2gaSOQrTCgL19YrAFgA1r86uMf55ZuKdkf3JGbKOuf4MxbKDe&#10;f8EXsKE7gLoAAJBugACd97jLidWNmrPeiEl8z68ahu5rVaqjhe1ZHqZ6hTRF4aLGhMww+p/shMQX&#10;gaAchgQAAI/LgACdaLfzkhCM+LMPj+d8Gq5SjftqqqnOjGNYfaWriy1FWaH2ilcwlZ8TiiwXXJ8c&#10;irAAAI8+gACc1bdGmmmMYrJhl6Z7e62mlTRqBqkkkxhX7aTwkV1E4aE/kDUwPp5SkCoXPp42jrgA&#10;AI7EgACcO7a/ou6L2bHRn5J6+q0PnI9pi6iPmfhXeaRal9ZEfaCSlnAv+J2elqQXJ51nj6gAAI5e&#10;gACbyLY2q6CLcLFEp6V6mKyCpBNpL6gEoQVXJaPUnpdEOaAInUkvxJzwnCcXFZyoj5sAAI4KgACb&#10;SrXXtIyLIrDUr9t6V6wDq6to6ad5qDFW36NLpbBD/J+VpJ4vnJyGoDEXFZwXj5sAAI3FgACa2bWG&#10;veuKy7B0uIN6Dquhs7ZorKcbr+NWsqLvraBD3584qqcvkZwvoCkXH5u2j6IAAI2OgACR88VjeRiC&#10;H7/SeMtyFrp8eLlho7VpeOpQcbCneVM+C6xzeeQppqmWemoPZqtZewsAAI1DgACRN8SLgOaBtr7z&#10;f/hxwrmQf0phSrRtfuJQDa+efsQ9ratffuUpXahmfzIPhanDgEQAAIz+gACQzcOSiKiBR74Ihydx&#10;Xriehdxg27N1hPNPoa6fhFk9UqpahBkpI6dKhE4Pr6hPhO4AAIzBgACQgcKpkGuA6L0jjl9w6be8&#10;jJVga7KGiyZPOq2yiiU9AKlqiZMo9qZIieMP2qcEiQIAAIyMgACQLMHomE+AlLxblbVwkrbwk3Rg&#10;C7G7kZVO6KzWkCY8w6iSj2ko16VjkBsQBKXhitQAAIxegACPx8FQoGKAQru1nTdwTbZAmnNfz7EJ&#10;mCxOrqwmlnE8lafQlbIowqSWlbwQK6Tjiu4AAIw4gACPZsDVqJR//LsqpNBwFrWqoYdforBvnt9O&#10;iauTnQc8fac6nKwouKPgmm4QTqQGiwYAAIwZgACPJsBRsPV/zLqhrJNv9rUfqMtfja/jpdhOd6sJ&#10;pBo8b6a8ov8os6NTm4UQbKNEixsAAIv/gACO1L/wucl/rrottJtv7bSbsC1fh69RrPpOe6pwq1w8&#10;gKYgp/Uo3KLIm6AQsKK4i0gAAIvrgACEtNCfePN118pZeINmrsRveFtXEb7WeH1Gs7mTeNo1B7UI&#10;eVgg9rJ3ea4H67LZe0UAAIn5gACEYs+fgG51m8l+f2dmcMOMfq1Wzr3WfkRGcbh0fik02bPMflAg&#10;9rD+fp8IZ7Dqf+cAAIoWgACESs6Fh8V1b8h8hkFmQ8KFhPpWmby9hCFGP7dLg540vrKRg4EhC6+V&#10;g/gI5q8og/4AAIovgACERs18jxZ1X8dsjRlmIMFyi2dWdrubihpGJLYoiUg0tbFmiP4hLK5JieQJ&#10;Xa2bhlUAAIpFgACEOcyYloV1WMZ4lAdmHcBwkfBWarqXkElGIbUVjyQ0xLBVjt8hWq0gj3sJzKxC&#10;hqAAAIpYgACEHcvUniF1UMWkmxpmKL+OmJBWg7mvlplGOLQvlUs0469dlUohkqwYlEAKNKsbhuYA&#10;AIpogACD/ssspc91SsTvojlmN77MnztWobjpnP1GXLNum7k1Dq6am60hzasyltsKkaofhyUAAIp1&#10;gACD3MqaraZ1RcRUqXZmSr4opgFWwrg9o45GhLLCoqE1Pa34oOkiCqqClwQK56lPh18AAIqAgACD&#10;vsoStcV1RcPFsOpmZL2TrPJW8rejqmZGwrIlqN81iK1WpDIiZanbl0ELR6iwh6AAAIqIgADyhntG&#10;eYra93uceaXC/Xv2edGqfXxYehyRcHzDeop3u307exZc9n3De6o/1n54fFwbFn/RfQ/wXHmQhO/Z&#10;OnoHg+jBcXqAgwSpFXr+gk6QHXuFgch2eXwXgWRbunyygQo+l31ngNQZdX5fgNvuangmkHTXaHis&#10;jlG/13k3jFGnknnMip+OvHppiSV1N3sRh9VakXu6hpU9dnxrhYkX9nzvhRjsmHb4nAbVn3eFmNO+&#10;IHgaldGmAXi8kw2NUnlvkKZz9XonjmtZdXrbjE08bHuFioIWmnuIiN/q8HYFp6PUAHaTo2y8inct&#10;n2+khXfXm7mL73iRmEZyvnlalSxYZ3oXkjk7dXq3j9UVZHpXjBTpgnVLs1LSmXXVriK7KXZsqSij&#10;NXcZpH6KvXfaoCJxmHinnBNXbHlrmGY6lnoCla4UVnlnjcDoUHS5vx3RbXU9uPS5/nXOsv+iE3Z6&#10;rWSJuXdDqCxws3gWo05WkXjYnus51nlmnCoTcnimjSbnV3RMywvQeXTKw+q5BnVSvQChGXX5tnaI&#10;zHbEsGhv6HeequFV53hkphw5M3jjodESuXgIjKjmkXQD1ynPuHR5zwy4OnT2xzGgRXWUv8iH/3Zc&#10;uPdvL3c4suhVRngAri04pnh3pk0SJXeLjETh44Qud+XMM4OjeDu18oMueJie/oLReQyHWoKLeZ1u&#10;8IJdektVYIJPewI5JoKZe9MT34SdfI7gH4Kggr3K94Ipgfe03YHFgU2d34F5gMyGI4FDgHRts4Ep&#10;gEBUHoEwgB437oGDgCwSeIMggKbehIFKjavJToDhi96zUYCHii+cZ4BRiMOE1IAyh4xshoAuhoFT&#10;DIBAhY4254CNhOIRPIGyhHPc54AqmJfHpH/FldWxqn92kzqa6n9GkNSDfH88jsJrWH9IjN5SCH9k&#10;iyQ1+n+sieEQK4B1h8HbYH89o5LGJH7Yn+qwMn6QnGuZgX5pmSSCL35hlhdqOn5+k2hRFX6jkPM1&#10;IX7ij0oPQH9lilDaDX6Frq3E2n4gqiSu7X3Vpb2YS32xoY+BFX2wnalpMn3LmhtQOH35lws0Xn4y&#10;lV8Oe36AicrY833zuerDyH2OtIGt2n0+rzGXPH0YqiCAI30epW9oYX0/oSdPfH1nnYwzuH2Zm2YN&#10;2H3DiVzYEH2FxVnC630fvw6s8nzIuNeWUHyZsuN/RHygrW1nnXzLqJVO2nz3pNkzLH0boFgNU30o&#10;iQLXZH010RfCPHzQyeesMHxuwsaVgnw0u/d+hHw4tc1m93xlsJdOVHyXrJYyuny3okwM6HytiLrR&#10;wY1RdpK9tYvrdwapA4qpd36TfomOeAl9MYiXeLJmBYfFeXpNnocoekkyOIclezEM1okkfHnQPIvx&#10;gMe8fIqZgD6n2oljf86SaIhVf358H4duf1dk+4auf1FMlIYef1wxNYYaf5gL7IeLgFrO4oqpixu7&#10;IYlfiZymrIgriDeRL4cwhw168oZYhhNj4oWphUZLj4UmhJYwRIUhhEQLHoYkg8LNfomPlXW5sYhJ&#10;kxelJoclkNqPzYYujs95sYVsjQtix4TMi3ZKnIRRihUvboRGiVkKa4TshrfMJoiwn9q4V4dsnKuj&#10;zoZOmZ6OgYVdlsJ4hISYlB5hwoQIkdFJwIOTj9Aur4N+jvEJ0oPhhqTK9ogAqmi3L4a9pmqiqoWe&#10;ooiNaISwntp3goPvm29g04NYmF5I+4LqleMuB4LQlQ0JUYMAhkzJ+YdytRm2N4YxsE6hsYUPq5eM&#10;dYQgpxp2p4NmovdgF4LSn0dIVYJYnHUte4I4mkkI5oJGhgTJLIcDv/+1bYXFumeg34SftN6LoYOp&#10;r5J13oLvqsJfZ4JmpqRHx4Hto/ktBIG6nnAIj4GuhcnIkYauyz20zYV0xNigL4RJvnqK6oNLuGh1&#10;NYKOswBe1YIGrrVHSoGTqtYsl4FeniYISoE1hZvCB5a9dYSvWZSKdgucDZKDdpeH8JCudzZy+I8H&#10;d/NdBo2UeMtFuYxyeaYrA4xOeowGqYz/fJzAvJV9fyyuU5NQfsubFJFTfn6HAY+IflNyCY3tfk9c&#10;HIyIfm1EzotvfpkqJ4tDfvoGLItsgBe/jpRXiNitGJI0h52Z+5A2hnWF5I54hYlw/4zqhMZbKIuS&#10;hC9D8YqBg7opY4pNg7kFvooKgya+b5NBkqer5JEokJmYuY83jqGEyI1wjONv64v0i2ZaMIqoihxD&#10;GYmeiREoqolliOcFX4jXg6G9R5JnnIWqz5BOmbKXmY5hlwODlYyqlIVu2YsokkFZQInrkFJCU4jk&#10;jscoCIigjsoFDYfQg2q8PJG/poapxY+poviWkI28n4eCl4wHnEpt8IqHmVFYbYlAlrtBp4g8lN8n&#10;fIfwlDsEyIbzgzy7W5E5sKeo6Y8lrF+VtI01qCyBwIt+pDRtLIoEoJhXxoi9nYNBGYepm5UnC4dV&#10;mL4Ej4Y8gxW6pJDPuwGoNo69tgCU+YzKsQ+BBIsOrF5seYmUqDBXKIhXpNdAnYdAotwmqobWmiQE&#10;YIWmgva6GpB8xbqnp45twAOUW4x4ulKAYIq2tPJr4ok3sE5Wp4f7rRJALYbsqMQmSIaBmeIEO4Uv&#10;gt2yw6B6dMOhSJ2IdU6PPJrHdeJ8aJg9doxosZXpd1NT6JPaeDI9oZJFeQwjZ5JJedQBSpBZfLqx&#10;sJ9gfeagfZxrfZiOfJmsfWN7qpckfVFn7JTYfWZTJJLSfZ0825FAfeEiuZEzflQBLI7Mf92wu55G&#10;hw6feZtchfSNj5ibhPl6tpYghDNnBZPdg5xSUJHhgzE8HZBTgu4iHpA1gzsBEY1vgLmvvJ1TkDGe&#10;aJptjmCMbpe0jLZ5t5UwizNmE5L6ifpRfpEFiPM7bo94iDkhlY9KiLMA+oxAgKmu1ZxwmYqddpmT&#10;lwSLcpbilKd4s5RlknNlMZIbkIJQtpAzju46yo6njdwhF45tji8A5os9gJyt85vMowicrJjun9GK&#10;qZY4nL534JO8meVkY5F9l1dP/4+KlT06OI3+lBIgqY23kuAA1opjgJGtMptNrKCb7JhvqMGJ6JW3&#10;pP53JZM6oX5jupD/nmZPbo8Km/E5wo1qmwIgVY0WldwAyImugIeskJrrtmqbUJgNseOJSJVRrXV2&#10;hZLOqVZjIJCTpctO5o6no0o5WY0AoVsgDIyQlasAvYkbgICsFJqcwJ2a05e+u2+IvpUAtlZ195J4&#10;saJin5A5rc1Oeo5Mq104/IyupmUfvow+lXYAtIilgHqkCaqRdDmTn6bsdLyCsaN8dU9xBaBFdfxe&#10;c51KdsVKvJqod6I1V5i+eGsbQJlreOwAAI2efxGjMKmWfOOTC6XnfJuCJKJwfHNwdp80fHBd2pw5&#10;fJdKIpmbfN40v5etfS0a0Jg1fZgAAIxsgACic6iKhYiSP6TkhIWBbKFmg6Rvsp4xgv5dH5s8gohJ&#10;eZijgkQ0LJaygisabZcZgsYAAItggAChsKeVji+RY6P2jIOAfaCAiv5u251EibJcVZpZiKtIy5fF&#10;h+EzoZXRh3gaE5YaiDgAAIp3gACg46bUluaQl6M1lJp/qZ/Ckn9uApyIkJ9bnJmJjvZILJb9jb8z&#10;JpUCjS8ZyJUtjO0AAImvgACgOqYin96P7aKJnPN+/J8WmjVtVpval7Za+JjalYZHoJY5k+Uyu5Q7&#10;k4kZhJRWkOoAAIkHgACfnaWhqPKPZ6IFpWd+d56KogZsyJtGnvNabphOnFtHKpWympMyYpOdmhAZ&#10;UJOikR0AAIh8gACfFqVDsjSO5qGkrhB99J4jqhVsSJrapnpZ9Zfgo5RGvpVMog4yEZMun3QZJpMQ&#10;kQEAAIgLgACeqqT5u96OfaFUtyF9hJ3Qsotr15qDrnpZkJeGq4NGbJTvqUIxzpLYoawY95K1kOEA&#10;AIewgACV8bUIc8SGfbC4dDd2kKyidMJl76jFdWxUZ6UrdjFBoqIIdwMs8J/4d6wSbqIcd6wAAIl+&#10;gACVVbQifAGGH6/Fe7R2NKuee5Bljqeye5ZT+6QRe8hBOKDpfBosj57JfGkSVKCdfK8AAIjEgACU&#10;1bMZhCyFjK7DgzR1sKqTgmVk/KapgdhTb6MHgX9AvZ/ggVssL520gWcSP58/ggkAAIghgACUTrIf&#10;jFOE7K3PisJ0+6mkiWBkWaWxiD9S1qIYh2hAPZ7yhtgr0py6hsESK54GhsoAAIeTgACTu7FTlJKE&#10;VK0EknB0WajckIhjsqTpjt9SSqFAjYQ/yJ4fjKErgZvbjKgSG5zuiuIAAIcZgACTKrC3nPmDy6xm&#10;mktz1Kg4l9VjL6RBla1RzqCUk+U/Zp1ZksMrQJsLkxMSEJvyjDYAAIazgACSvrAlpYWDYKvVoktz&#10;aKeln0pixqOtnKdRbqABmo4/G5y/mXorEJpGmJQSCZsMjDIAAIZegACSU6/FrkWDG6tsqnhzJqcs&#10;puNieKMfo8lRHZ9toY0+zpw9oLoq2pnKnPkSB5pdjDEAAIYZgACR+696t2yCyqsXsxFy1abQrvFi&#10;KqK/q3xQ3J8JqXM+npvUps0qvJlknOUSBpnmjDAAAIXigACIdr/lc1F54br1c61q2bZDdCtbJ7HK&#10;dMxKiq2edYc4k6oUdkYkUqgrdrcKWKoHdxcAAIYMgACIHr8Fey55uboIetRqrrU8eqxa9LCrerZK&#10;T6xueu44X6jVe0MkNKbHe4EKn6gufGIAAIW2gACH3r3ygul5Yrj9gfRqXrQmgS5alq+PgLVJ9qtM&#10;gHQ4GqesgGwkE6WBgJQK36aDgSYAAIVrgACHl7zniph5Abf1iRtp57Mih9RaLK6BhtdJlKpBhi03&#10;z6adhdUj8qRbhhgLF6UHhVEAAIUpgACHPrwKkmB4pbcWkGJphLJBjqZZwK2ejTNJP6lOjBw3j6Ws&#10;i5Yj16NWjD4LSqO5h6IAAITxgACG37timlN4ULZnl9ZpNbGIlZxZdazfk71I+aiMklU3XaTTkcYj&#10;w6JrkegLdKKUh78AAITCgACGh7reol94CbXan2Ro9bDvnK5ZOaw+mmtIwqfsmNs3OaQsmKojuqGY&#10;lqMLnKGUh9kAAISagACGTbpiqpV31bVapx5oxrBro/ZZD6uzoWVImqden+U3FKOmnwojqqD8mB0L&#10;wKC0h/IAAIR7gACGDboRsz53wLT4rzlot6/zq4NY9asjqKhIiKa9pzk3E6L9pA8jwqBgmC0L8aAd&#10;iBMAAIRhgAB7bssxcv1tmcW2czdfWMB/c5pQc7uCdCdAnrbfdMsvRbMhdWQbBrH4dWsDb7BNd4kA&#10;AIMkgAB7aMpAeohtq8TCehFfXr9redlQcLpJedpAmbWHeg0vUrGoelYbR7Axel8EC64vfEYAAIMi&#10;gAB7cskSgdltl8OegNhfR749gA9QTrkLf6BAfbQ6f20vULBHf3cbfa6Sf6sEl6xJgHUAAIMhgAB7&#10;cMfoiRRtfcJzh55fF70RhmdQJbfUhYVAXrMBhQIvSq8ChN8bra0dhYQFEqqbg24AAIMfgAB7W8bs&#10;kGVtZcFwjoBe/rwEjOhQArbCi6VAT7Hfis8vUK3ciqwb36vQizAFgakkg7kAAIMegAB7OcYll+Rt&#10;VMCalZBe97sfk45QA7XVkfZAT7DukOwvYazSkQEcFaqmkAsF5Kfhg/sAAIMdgAB7F8WEn3VtR7/q&#10;nLNe97pgmkdQCrUMmGZAW7All10veawAl3kcS6mjkyEGO6bOhDcAAIMdgAB69sUGpzBtP79bo/1e&#10;/LnBoSxQFrRhnxRAZ691nlkvjatWnNMceKjgk0AGh6XrhGoAAIMcgAB63MSdrz5tPr7hq5NfCbk4&#10;qFtQKrPMpjNAha7XpM4vuaqwoEUcs6gxk2cGyKVGhJYAAIMcgADmH3ZwcxjQG3dLc/G5gHgfdMyi&#10;Knjqda+KJHmydqFxY3p/d6NXhntPeJ87L3wxeZYWnX0heejkD3SHfmjOa3WJfhu3+nZ8feWgy3dl&#10;fcqI3XhLfc1wLnkzfeRWW3oVffk6B3rvfhIVIHtUfcHiMXLwidLMmnQCiGS2X3UKhxKfRnYKhf2H&#10;fncIhRFu83gGhEJVPnj2g3k4+XnEgsQTxHnVggvgaXGTlTjKzXKukr+0nHPAkGydsXTRjkyGEXXm&#10;jHZtsnb2isJUKnfyiSE3/niyh7cSlHiLhezeyXB1oJ3JMnGSnS+zAnKrmeecK3PFltWErnTlk/hs&#10;fHYHkWlTI3cLjvo3FXe7jP4Rj3dxiT/dbG+YrA3H2XC0p7qxqnHLo3+a23Lon3qDd3QPm7RrWHU1&#10;mDNSLnZBlQ82QnbhksUQtHaEi0vcTm7rt4zGwXAEsluwi3EVrTGZvnIwqDyCcnNdo5pqcnSKn0xR&#10;WnWUm3U1j3YlmSUP/nW/itDbb25twx7F5W+BvRWvo3CItwSYy3GbsSOBhXLJq6xppHP9prZQr3UJ&#10;ons09HWFnrUPanUfimzay24bzsbFRG8px+Su63AhwPOX/3EnujaAu3JPs/xo63ODrn1QCnSOqkk0&#10;Y3T9oygO9HSfihzWFX8OcbbB5X8Qcsqs9H8dc8+XH381dNGAdX9Wdd1o7n+IdvZQMX/PeAg0moBZ&#10;eQcPWIHyeTzUjH1RfH/Asn1zfHqrzn2XfHyV/n3AfI9/U33zfLln0343fPdPHn6NfTQzkH8SfXIO&#10;QYBIfYPTAHvSh1C/B3wChkKqQXwzhUSUgXxxhG99/ny7g71mon0VgyZOC312gpgyk33tgiUNTH7S&#10;gYPRbnqGkhi9ZXq8kBmooXr3jjCTDXtAjGl8qnuhit1leHwMiXJNCXx2iCExrXzehx4MeH2NhPzP&#10;83lynOm773mqmgunLXntl0GRpHo/lJh7ZnqlkhxkW3sij+dMGXuTjeEw3HvqjH8Lwnx3h/POs3ib&#10;p9K6s3jUpB+l8nkVoHGQcnlqnOZ6SnnWmZFjVnpTloRLPnrMk+YwIXsVkoILKXuNh4vNrnfxstO5&#10;sHgqrk6k6nhlqb+PbHi5pVR5WnksoTRihXmunXFKhHohmksvg3pcmHIKqnrLhzbM5HdzvfG443eq&#10;uKCkEHfcszWOi3gnret4gXibqQlhxHknpLdJ5XmcoWsu/HnBnU4KQnothvDMVXceyT64SndRwyOj&#10;X3d3vOCNy3e1tsJ3yHgksS9hIHiwrHtJVHknqPIufXlBn28J8HmvhrjGfogYcIqz/Iczcb6gkoZy&#10;ctqMG4XRc+52t4VHdQtgXITcdjVItISed1UtxYT0eFII3IZPeWDFRoaAeriy6oW7euqfc4UMexuL&#10;B4R1e1d1qoP5e6dfW4OcfAlHuoNofGks2IOyfMAIL4SqfXXEEoUOhPmxqIRchDGeX4Ozg3KJ2YMs&#10;gtJ0h4K6glReUYJrgfNGx4JEgZ8r+4KFgW4HmIM5gQvCrYPHjyqwMYMWjY2cyYJ8i/eIcYIAinxz&#10;QoGoiTZdNYFriBJF1YFKhxMrLIF4hn4HFIH4hCjBVIK9mWGu2IINlv2bdYF6lJ2HKYEFklFyG4Cw&#10;kC1cNYCEjlRFAIBojLwqeICEjAkGo4DmhH3AMIHto76tuIFAoJaaV4CrnWSGFIA4mkVxHH/nl1pb&#10;UX+2lMJERH+hkrQp13+wkhMGRH/+hD2/RIFJrjesy4Cfqk6ZZIAFpkuFIH+OoltwPX9Enrhakn8Y&#10;m4JDpn72mSIpUX74l0IF9n8/hAi+kIDOuNqsEIAmtDKYmX+Er2CETn8Cqp9vc363pk5Z2H6VoqlD&#10;DH53oHAo335em4IFtn6jg9y+FIB4w8Grgn/TvmOX7H8kuMGDk36TszVuxn5ArklZRX4gqnNCk34H&#10;pzAoeX3mm14Fg34mg7q3XJFXb7GmNY+ecO2UIY4cchKA9IzJcy5sy4uYdFRXk4qVdYZA74ngdqQm&#10;gYo7d4EDKookeb22WI/heVOlQ45HeZ6THozUeel/+YuHej9r1opfeqlWqolmeyRACoi1e5glsoj6&#10;e/QC24iEfWm1SY6LguqkDI0Cgl2SA4uSgdN+14pTgWlqzIk3gRlVu4hKgOM/NoeegLok+ofOgLgC&#10;lYcWgKK0LI1NjJWi1IvLiz6Qtopqieh9uYkqiLRpvYgfh6xUzoc+hsc+a4aYhg0kUIa2heYCWYXZ&#10;gZazBYxLlkmhworLlDiPnIlvki18i4g6kDdosIcxjmtT34ZhjOU9pYW9i68js4XEi7kCJYTKgXOy&#10;BouFoB+gvooJnVmOmIismo97kod5l9pnyoZxlVtTEoWYkzE8/oT3ka4jLITskSEB+YPlgVaxNYrp&#10;qg6f64lxppaNwIgPow16vIbZn51nBYXVnHtSaoT9mdQ8dYRKmD4iwIQwlZ0B1YMngT2wkopytCef&#10;QIj+sAKNCYeWq756AoZWp5dmUYVQo+FRxoSDoPQ78IPOn18iYYOUlz8BuIKNgSmwIIoavouevIiq&#10;ucKMboc7tMZ5XYXvr+5luYTiq8BRRIQTqOY7f4NkpTEh/4MilvwBoIISgRmom5rpbwiYjphzcEGH&#10;pZY8cWl1sJQ8coxitZJoc7dOkpDVdOc41I/CdfQeo5CGdoQAAIpye0WnypmdeCeX0pc9eICG15UO&#10;eN105JMNeUdh65E7ecVN0I+selA4GY6VesweBo81ewsAAIjZfpOm75hXgTuW0ZYJgMqF6ZPbgGVz&#10;7ZHlgBxhBZAdf/FNAY6Yf983Y42Bf9Ydd43+f/MAAIdygACl9Zc2ikCVwpTqiR+ExpLHiA1y9pDN&#10;hw9gG48ThkFMOY2WhZU2wIx+hRsc/IzdhWYAAIY7gAClC5Yuk3GUzpPskaODy5HQj+Jx9o/cjjNf&#10;Ro4WjLNLfoyli302KouMiq4cj4vQiuMAAIUwgACkNJVvnMaUDZMvmlGDCpEOl95xJI8alYZed41a&#10;k2hKyovfka41mIrFkMccI4ryj5EAAIRPgACjgZTapi6TUpKeoxmCSpB6n/pwaI6BnPxdyYzDmlNK&#10;NotGmD81JYoWl5Qb0Yosks8AAIOVgACi8ZRpr7uSvZIxrAuBq5AHqEZvx44EpKddLYxEoYpJporP&#10;n2Q0tImYndkbi4mHkp8AAIL9gACiipQWuZqSSJHgtVuBI4+usPNvOI2hrL9cqovYqVJJN4pgp0g0&#10;UokwotcbN4kYkmcAAIKEgACaUqTbboSLPKG6b697WZ7dcNJqe5w4cfRYlZnGcxtFbpevdD8wcpZl&#10;dSgV/5hNdSgAAIYgfmmZsqO7dy6KtKCkd4V6w53Bd+lp5JsReF5X/JibeOdE3ZaCeXov6pUqee0V&#10;ppbUedwAAIUAgACZC6KGf8GJ6p99f156CpyWfw1pH5ntfuBXRpd6ftBEO5VmftkvYpQHfugVVJV4&#10;fwgAAIQEgACYSqFliEqJDZ5jh0R5GJuGhlNoTpjZhYRWgJZzhONDk5RkhGou3pL/hCsVB5Q+hIAA&#10;AIMogACXfqB8kN2IQ518j0J4R5qhjb1ndJf3jFhV0ZWBixpC/JN7ijUubJIMidEUypMbiUAAAIJs&#10;gACW15+wmauHl5y5l3p3l5nflVdmyZcvk1NVL5S3kY1Ce5KbkEAuDJEnkA4UkpIUjUYAAIHOgACW&#10;Rp8coo+HGJwon893FZlEnQ1mOZaKmnRUnZQVmEFB/5H8lskttJBtloUUYZE4jcgAAIFLgACVzp6x&#10;q5eGnZu9qE52kpjSpPlltpYOoddUHpOVn1FBh5GCnhAtWI/pm+AUOZCEjawAAIDggACVdZ5itPCG&#10;O5trsSl2Iph4rUZlQZWqqa5TtJMqpw5BL5ESpTotDo99nnYUApAMjYcAAICLgACMnK80bgB+V6t7&#10;bxdvXagDcC9feaTAcUtOjKG7cmg8QZ83c3cnzZ33dCQNL6C4c8UAAIJ/gACMLK45dkF+Bqp6do5v&#10;AKbtdvJfGqOVd2xOK6CDd/s76J30eIwnhJyZeOQNOp7ieNEAAIHFgACLuq0Nfl19c6lYff9ufKXC&#10;fbtei6JpfaJNp59Wfag7eZzHfcYnM5tXfd4NP502fjsAAIEhgACLMKvqhmd8z6g6hXdtw6SrhKJd&#10;66FNg/lNEZ5Dg4E7AJu0gzYm4Jo1gy0NP5u1gxEAAICTgACKm6r5joN8NKdNjQ1tHqPBi7RdQaBi&#10;ioFMiZ1MiYk6jZrBiOwmlJkxiP8NP5pchz0AAIAagACKEKpBlsR7rqaWlM1smKMFkuxcup+hkTlM&#10;CZyFj9E6MpndjvQmW5g/j1sNQpkniPcAAIAAgACJqKmenyB7QKX4nKtsJqJkmkZcSJ79mBhLoZve&#10;llw545kulYYmNpdelNwNSpgRiPwAAIAAgACJS6k0p6d7BaWKpL1r56Hkoc5b+J5inyNLSps5nTk5&#10;ipiZnKwl85bLmXINSpc5iPwAAIAAgACJA6josIJ6vKUzrSprlaGCqcBbo532pr1K/5rFpPo5Tpgf&#10;osQlyJZRmYwNQ5agiPcAAIAAgAB/crn/bWxx4bXAbmljsbG9b3FUq63pcIBEmapgcY0zAaeTcnge&#10;u6bRcsEFvac/c20AAIAAgAB/M7kfdVBxx7TJdYxjkbCedelUiqypdmJEdqkJdvAy66Ymd3UexKUw&#10;d5IGIKUheMUAAIAAgAB++bfxfP5xb7OffJ1jRa9nfF5UM6tofFREKqfCfGsytqTVfJYeuaO1fKEG&#10;cqM2faMAAIAAgAB+qra/hJJxBbJxg7Bixq49gvFTyqo4gmZDyaaWghQycqOkgfAepKJighYGtqF/&#10;geQAAIAAgAB+TLW/jDhwpLFyiuFiW60+ibBTVak3iK1DdKWGh/AyMaKTh54ekKE0iCsG8Z/6hLEA&#10;AIAAgAB98LT+lAZwT7CtkkBiCKxxkJdTAqhijyZDJaSqjhIx/qGdjbUegaAjjeAHIZ6jhNIAAIAA&#10;gAB9n7Rpm+ZwC7ASmbZhxqvJl5lSvqevlcRC4qP2lIIx0qDelHoefp8ukqcHTp14hPEAAIAAgAB9&#10;arPpo+Vv2K+OoVBhkKs9ns1ShqcbnKlCrKNcm3AxnKBKmuIeZp58lI0HeZx2hQ4AAIAAgAB9NrOb&#10;rEdv0K8rqVZhhKrBpl1SZKaCo+tCkKKtosMxlJ+Pn/Medp3JlJkHoJvFhSgAAIAAgAByr8VIbN5l&#10;pcCsbbRYHbw5bp9J07fsb5U6dbQBcIEpU7E0cS0UlrHpcLgAAKspdHsAAIAAgAByosR3dHBlw7+x&#10;dItYOrsEdNVJ8baGdUA6lrJ2db8pja9/diEVFa/EdbsAD6npeOcAAIAAgAByo8M6e7hlqr5ye0VY&#10;Jrm1ev1J1rUkevc6iLEDexIpnq3yezgVbq3eewQAo6fTfS4AAIAAgABylcHtgtplgL0mgfhX57hq&#10;gUJJqLPSgMw6Zq+tgJYpnKyKgJAVr6wwgMwBIaX4gMQAAIAAgABydsDSigtlX7wHiMhXwLdFh7ZJ&#10;dbKohto6Ua5zhlEpnqtHhkkV7aqvhpABkaRVgQ8AAIAAgAByUb/5kWhlSrsfj8tXsrZOjlRJZ7Go&#10;jSI6Qa1sjF4pqKohjIUWJ6lYi4MB8aLqgVAAAIAAgAByML9QmNNlP7piluBXrrV/lQpJY7DPk406&#10;P6yQksIptqk4kwcWYKgtjyECR6G0gYoAAIAAgAByE77ToGBlPbnMnhpXsbTVm+5JZLAWmjo6OqvS&#10;mbYpt6h9mHkWhadNjzoCjaCzgboAAIAAgABx/r52qDZlQ7lQpaJXu7RDoyhJa693oWs6RaspoFEp&#10;0KfKnEUWqKaPj1ICup/zgdgAAIAAgADZtXGBbKrFDnLXbjevv3Qbb7eZm3VJcS2CrHZrcqNq63eK&#10;dBtSBXigdYI2enmgdsASAnp5dq3Xt29Xd97DcHDceEeuSXJBeLeYS3OPeTSBdHTSeb5px3YOelFQ&#10;63c0etY1aHghez4QznjCeq3V4m2Egx3BpG8bgmestXCZgcKWzHIAgUmAHHNegOpok3SygJxP2XXl&#10;gEo0bHa8f+8PwHdBfyLUGWvqjkq/1W2OjJCq7m8ZivCVOnCXiXV+sHIOiDFnV3N2hwROzHS0heIz&#10;gHVyhNsO1nXzgzDSemqUmW++O2xAlsypVG3WlD+Trm9ekdV9UnDij5RmJXJejZFNznOki6gypXRH&#10;ihgODnTUhqjRJmmKpJ2862s4oSOoAmzPnaqSYW5cmlF8HG/olyplCnFolD9M43K2kaYx4HM/j84N&#10;ZXPjiQ7QFWi5r9S73Wpnq4qm62v5pyuRSW2Foud7GG8YnuZkJnCfmzNMGXHol+8xOnJalhQM2XMb&#10;iLDPR2gfuxW7EGnLtgGmDGtTsMOQXmzWq5h6L25qpsZjV2/4om1LcHFDnsgwqnGXm5AMZ3J5iGLO&#10;uWe8xmC6gGlhwH2lYWraumOPnGxNtGB5bW3ars9ip29oqe9KznCuplAwGnDrn+4MDHH3iCXKWnnk&#10;a4u3fXpkbUujwXrmbuuPAntocHR5VXvucfpitXx8c39K0n0VdO4v4X3Qdh4LOX9kdjfI6Xfodjy2&#10;V3iRduSipHktd4ON7HnEeCJ4QnpdeMphr3r/eXpJ2Xuiehou9XxJepAKa32xeqjHZXYqgOS0rnbm&#10;gIehHHeVgCyMc3hDf+h28nj1f7lghXmtf5hIz3paf3MuB3rlf0AJtnwzftbF03Sli3qzC3VrijOf&#10;eHYniPKLA3bkh8R1oneuhr9fX3h4hdBH1XkthO8tMHmchDQJGXrognfEW3NdlhOxl3Qqk/aeBHTw&#10;kdmJl3W3j810ZXaJjeFeSHdmjC1G7Xggip0sbHhyiYoIk3nMhZPDJHJboMKwYnMsndecznPymt6I&#10;aHS+l/RzSnWXlTNdS3Z0kq5GG3c0kIsrvXdrj3oIInjdhYDCK3GPq36vZnJhp8ybzXMjo/mHaHPu&#10;oDNyXXTPnKxcfXWxmXZFanZpltErLHaHlVcHxHgXhUDBbnD4tk2upHHHsdma+nKBrTGGjnNEqJNx&#10;h3QmpE1bvXURoIxEznXJncAqrnXHmiMHeHd2hQ3A8HCUwTauF3FevAOaUnIJtomF1nK+sR5w1XOZ&#10;rCtbHnSEqAhEO3U7pRAqKnUjnIIHO3b2hOS7boKUapyqMYI4bHiX64H5biqEeYHRb79v/IG5cU1a&#10;cIG4ctlDgIHddEcpBIKBdVMFPIO7do26TIC9dLOpEICNdY2Ws4BldlaDT4BLdxdu5YBCd91ZcIBQ&#10;eKZCk4B4eVooLoD8ecgEyIIMetK5HH8Ofs2nwn75freVmH7ffpyCJH7YfoZtz37cfoNYeX74fo1B&#10;un8nfpInbn+OfnwEYoCRfpK3vH2UiNWmXH2Gh+6UDn18hv6AyX2BhhVskH2fhUxXYX3MhJhAzH3/&#10;g/YmqH5Eg4QECX9IgdS2bXxZkuGlC3xQkTiSv3xQj39/hHxdjchrd3yAjC1WaHy+isc//nz0iZAl&#10;/30YiQYDvn4vgoi1VXtinQyj83temqORqHtemB5+dXtulZtqeXuVkzxVinvPkR4/RnwJj3UlaHwP&#10;jwADfn1Bgly0dXqep0mjDXqdpCaQvHqZoNV9inqnnYhpoHrUmnVUznsSl78+rHs+lcYk7HsqlCAD&#10;SXx9gjmzzHoLsaCiWHoMrcaP+Hn/qa98wnoEpZlo3Hoxod1UGnp5nro+GXqjnOQkf3pqmFIDHnvd&#10;ghyzXHmnvCCh0nmnt5iPVnmNsr58FHmDreloOXmoqZdTjHnupkE9l3oao3wkC3nNmF8C/HteggSs&#10;2Iu9adqc+YqAa7uL/Yl+bXB5wIipbwhmaYfxcJhR7IdiciQ76Icgc4UhsYf1dE4AAIeBdySr84oC&#10;c2WcB4j4dFWK7ogMdTJ4uYc/dghlcYaNduJRB4YGd7w7EYXAeHgg9oZqeMcAAIWVexWq8IhqfNua&#10;1Yd7fPmJ2YaYfQt3nYXafSFkcYU0fUZQKYS4fXU6UYRyfZkgVYT0fZAAAIPmfoqp0Yb2hlqZpIYP&#10;hbeIkIU+hQB2i4SGhFNjeYPtg8NPXIN5g0k5poM4guMfxoOYgrgAAIJvgACopYXDj9uYmITgjoqH&#10;g4QXjSJ1YoNni7Zib4LWimROa4J1iUo44YIyiG4fMoJmiHsAAIEugACnq4TXmX6XloP6l36GgYMw&#10;lVx0b4KAkzNhjIHxkTBNqoGGj3g4RYFFjlIetYFYjd0AAIAggACm4oQcozKWyINFoIiFrYJ2naxz&#10;mYHCmspgxIE3mCZNAIDNlfI3x4B2lLoeUYBsklcAAIAAgACmSoOPrQiWI4K+qbqE+IHnpiZy4YEm&#10;ooxgEoCXn1ZMU4A5nNk3N3/fm7Ud+H+nlEQAAIAAgACl44MttxqVpIJgszOEXoF8rutyPICpqqBf&#10;fIAQpu9L13+vpHo2zX9YoXkdnn8NlAcAAIAAgACeppUeaU6P1JMmayN/7pF5bNRuzJADbmpcjY6w&#10;b/ZJD42dcXQz1o0QcrIZh46icvYAAIMWeryd7JOUclqPFpHIc01/FJAndDNt+o6sdRRbxI1YdflI&#10;VYxFdtkzKIutd4oY/Y0Ad4MAAIGhfh+dGJITe06OEJBie31+IY7Ge6dtAI1Ye9ha4IwNfBhHjosB&#10;fF8yfopjfJEYfot8fGwAAIBagACcGZC3hCuM/Y8Lg7N89o1+gzVsCYwQgrhZ+orWglhGzonTggkx&#10;5Ykwgc0YEYoSgdkAAIAAgACbJo+EjSyMAI3ijBB7+IxeiulrCIr2ib9ZLYm1iLJGHIi+h9wxWYgX&#10;h1AXsIjGh1gAAIAAgACaUo6gllGLP40GlJh7N4t+ksRqNYoUkPBYXojVj0ZFbYfUjfEwy4cpjU0X&#10;SYesjAUAAIAAgACZpI3vn4KKh4xanTB6eYrNmrVpeolemD1XrYghlgpE1YcclFswXoZXk/QW/4ay&#10;j40AAIAAgACZHI1oqMyJ9YvYpel53IpEos1o3IjJn7dXEoeInQ9EQIaLm0kv5oW9mikWvoXhj2EA&#10;AIAAgACYvY0IslaJhIt7rvF5VoncqzloTohSp5BWkYcGpJRD1YYEovYvhoU4nx0Wa4VIjygAAIAA&#10;gACQ2J7haMyC15xMao1z35oCbDRjxJfvbcVSh5YLb0k/7JSGcLErSpPocbMQbJbecS8AAIAAfdCQ&#10;QJ2NcWOCSJsQclFzPJjDczpjJpajdCJR8JS2dQw/ZZMqdekq05J1dnoQOJT1dfIAAIAAgACPmJwh&#10;edmBdZm6ehJyfZdtek1iYJVTepVRPZNqeuk+y5Hhe0AqWZEce3EQBpMveyUAAIAAgACOz5rMgj2A&#10;kphugdtxhJYtgXlhkJQTgSZQe5I3gOo+KpCzgMIp3o/igKkP0pGSgKoAAIAAgACOAJm0iqh/xpdZ&#10;iblwtJUdiMdgtJMHh95P1pEchww9m4+ghnopd47Bhj4PrZAWhXsAAIAAgACNVZjGk0d/F5Z4kctw&#10;AZQ8kEBgCpIfjrpPM5AzjWA9JY6fjGopIo22jF0Pi47AiZEAAIAAgACMxpgYm/d+mpXPmfhvgpOJ&#10;l9RfepFglblOno91k/E8pY3iks0oz4zYksUPaY2dimsAAIAAgACMVZeZpL9+IpVSokNvAJMDn5Ne&#10;9pDNnPFOHY7cmtQ8Jo1Pmdwoa4w4mBoPS4ysilcAAIAAgACMAZc9rcR9w5T0qtxukZKap6hegpBW&#10;pJFNtI5bolE7z4zGoPUoH4uvmyEPHIv5ijcAAIAAgACDiakTaDd2PKX2aeBoFaMea3hY4qB4bP5I&#10;i54ObnI2spw1b7ciXpvjcFoIWJ2vcCAAAIAAgACDEqfycGd13qTWcUdnraHncixYgZ8ncxZIMJyr&#10;c/42Z5rDdMsiK5pHdR4IgJt0dTEAAIAAgACClqaWeGh1P6OIeKJnIqCTeOVX753SeT1HsJtUeaA2&#10;AJlnef4h65jMehUInZlneqcAAIAAgACCAKVCgFB0kKI6gABmX59Of7ZXTpyMf4JHHJoYf2k1i5gp&#10;f18hoZd1f1gIrpeLf5MAAIAAgACBZKQliEdz8KEkh3hltZ48hq1Wn5t5hfFGlpj6hVw1G5cPhQIh&#10;WpZChRQIvJXfg9EAAIAAgACA2KNLkF9zaKBOjxllLp1hjctWFZqYjI9GE5gSi4g0yJYHivEhK5Uk&#10;i2IIzJRghfMAAIAAgACAbaKQmIdy95+Zls5kuJyolQJVnZnak01FppdRkfI0d5U8kVshFZQekOgI&#10;4pMOhgIAAIAAgACAFKIUoNNyw58bnrlkfpwXnG1VUZksmjhFUJaVmKY0F5SOmGEgxpNvlX8I6JIA&#10;hgYAAIAAgAB/0aG8qVxyfZ63puxkLpumpDJU+pitoaVFApYNoC0z2ZP8nnwgmZLYlgoI45E7hgIA&#10;AIAAgAB2tLPBZ39p9bA4aQhcgKzlaoxOGKm8bAI+h6bibVwtPaTrbmsYuaWXbmwBiaKqcAIAAIAA&#10;gAB2WrLQb1Jpyq8ocB1cV6umcPlN+ahUcd0+cKVecrwtOqNJc2oY46Onc0YB/qA3dWEAAIAAgAB2&#10;DLF8duhpYK3YdxtcAqpHd2BNoKbrd8M+KKPseC0tEKHHeIQY7qHpeFQCXp35elgAAIAAgAB1rLAd&#10;fl1o6ax9fhZbd6jzfd1NNKWUfcM9x6KZfcYs0KBqfdEY56BafbwCrJv6fq8AAIAAgAB1RK70heFo&#10;f6tYhS5bBafPhIdMt6Rtg/M9cqFkg48skJ8yg2sY2Z73g78C7Zo7gfsAAIAAgAB05K4TjYpoKKp1&#10;jHJar6bji1hMX6N5ilg9HqBoiZosX54YiWgY0p22iYMDI5i2gh8AAIAAgAB0lK1llT1n5qnBk8pa&#10;bqYjkkNMGKKtkN481J+aj+4sMJ07kAcY2pyVjlkDVpdqgkIAAIAAgAB0XazXnQJnsaktmztaMqWG&#10;mVZL2KIGl6M8lJ7slrUr65yTlnYYu5vGkLkDiZZTgmQAAIAAgAB0Lqx+pRdntKi+oxlaLqT8oNBL&#10;uKFdnsk8e54pnfMr65u+m5MY0ZrykMgDrJWMgnwAAIAAgABqMr8DZrRdzrtAaA5Q47eWaXBDI7QF&#10;asY0KrDoa/QjH68+bKIOIbFIa+MAAJ8Ec7AAAIAAgABp7b49bjJdz7o5bthQ9bZCb5xDRbJ3cG40&#10;W68ucTEjc61KcZwOta7ocOYAAJ3AeCkAAIAAgABpzbzndWRdnbjadYBQ1bTPdbhDJrDtdhk0Ua2Q&#10;dnwjkauIdq4PHKzIdiYAAJyJfCIAAIAAgABpqLtyfGtdYbdmfB5Qh7Nde+lC8q93e940LawUe/Aj&#10;k6nye/gPZ6rie9gAAJtof6EAAIAAgABperoxg39dNbYjgtpQVrIVgktCtK4rgdc0FKq3gZojlKiF&#10;gZ4Pqakwga4AAJpsgAAAAIAAgABpTrk8irtdHrUciclQRLEAiNxCnq0NiBAz/KmRh5Ijnac6h8AP&#10;5qerhrgAAJmQgAAAAIAAgABpKbh/kf5dFLRHkMhQP7AYj4JClKwbjmwz8aibjeEjp6YyjkUQIqZZ&#10;iukAAJjfgAAAAIAAgABpDbfzmVldF7Oel+ZQRK9ZllVCkqtNlQgz5KfHlLYjnKVek8wQP6VZivwA&#10;AJhIgAAAAIAAgABo+rePoOtdI7MTn0lQUa61nXxClqqbnCUz6acLm24jsaSUmCIQVqSDiwwAAJey&#10;gAAAAIAAgADNUGxtZkS5524waHWl02/YapCQ4HFjbJR7DnLfbo1kVXRPcH1MbHWkclAxrXapc9YN&#10;x3gxc7bLXGnucVS4WGvncmekbW22c3ePn29ndIZ543EGdZdjPnKWdqVLYXP6d5swsXTceFUM5nZ0&#10;d+XJiGfJfGC2kWncfFyi4WvLfF+OJm2ZfH14kW9WfKpiEnD/fN5KWXJvfQQvxnMrfQQMIXTufIPH&#10;u2Xih1C0wmgKhlChG2oLhWCMmmvyhId3Km3Ng9Ng22+Mgy9JVHEFgo0u6XGZgesLdnObgLjGGGRG&#10;kjSzKWZ8kFSfg2iNjn6LD2qDjLt112xuixdfsm5DiaJIYG/CiEEuHnArhx8K5HJ4hFLExWMAnSGx&#10;3WU/mnCeOGdVl7WJymlTlQp0pmtHkoVepW0hkDNHgm6mjiktaW7mjMUKaHGEhwnDtmH9qBOw1GRA&#10;pJedKmZVoPqIu2hUnWtzqWpSmhNdyGwzlv9Gx22xlFQs0m3LkvMKAnC5hsTC7WE8swmwDWN/rsSc&#10;U2WNqkyH22eFpdtyymmEobhc/2ttngVGJGzqmv0sT2zZmFwJr3AUhozCamC7vf6vhWL6uOebsmT4&#10;s5OHJWbirk5yF2jaqXNcXWrCpT5Fi2w3oj4rxmwAnKgJbXAShl++r3SOZWCtBHWCZ76abHZxae+G&#10;vndaa/1yD3hCbftcWnksb+5FU3oPcbsrA3rfcxkHgH0Wc329RnI9b/Cr6XNmcTuZWnR1cnCFtnV2&#10;c5hxDnZzdL1bandxdd9EdnhdduQqOHkFd5AG9XtbeBS7wHAuemuqPnFyeraX03KaevmEP3O2e0Jv&#10;wXTPe5VaRHXke+xDc3bWfDIpWHdOfD8GennWfGy6KW5dhMqomm+yhDOWMXDsg5aC13Ibgv5ueHNP&#10;goBZJ3R4gg5ChXVugZ8okXW3gS4GD3iFgDG4rmzRjymnJ24yjcOUv298jFCBbHC4it9tRnH3iYRY&#10;GnM0iFJBqHQthzsn3nREhnkFtHdkg2y3eGuWmZql9Gz/l22Tj25NlSOAQ2+RktpsMHDZkK9XKXIW&#10;jrdA4nMTjRInPnL7jFYFZ3beg6e2gmqbpBSk/GwIoSSSkm1UngV/SW6amuZrR2/rl/lWYHEulVZA&#10;PnIfkzgmvHHekiMFJ3dKg3y1y2nfrpekPmtMqueRxWyRpvh+dm3PowZqd28in2FVo3BunDc/pnFd&#10;mfMmSXDqluIE9Hehg1m1VmliuSSjuGrJtLeRI2v+r/h9xm0vqz5pz256pvJVD2/Fo2c/GHCuoQ0l&#10;x3AVmYsEynfngz2wcHz/ZKygTX0dZx2PEX1UaVd8ln2ca2do/n3xbWVURH5Wb1M+EX7VcQ8kAH+r&#10;ciYB94FndAGvU3rRbqCfM3sncBON33t6cWh7dXvVcqln83w6c+NTU3yvdRQ9OH0sdh0jQ33Jdp8B&#10;tn+ueHGuHXjVeJGd4HlNeRmMvnm2eZF6S3omegBm5HqcenZSZnsfeu08cHude0winHwCe1QBfX4r&#10;fFesuHcQgmecc3eYgiWLN3gWgc94+niWgXJlrnkngSZRWnm8gOU7j3o6gKMh5npkgFYBS33Rf7qr&#10;ZnWXjECbIHYqi0CJ5Xa0iiV3sXc/iQBknHfXh+tQZnh9hvs6x3j6hishSXjohcwBIH4YgMOqT3Rp&#10;ljKaCXUDlHiI0XWRkpZ2pHYjkKljoXbBjtZPkndjjTc6GXffi/kgv3eYi7YA/X5VgKupcHN4oC+Z&#10;JXQXnb6H6nSjmxZ1wXU1mGVizHXaleJO23aAk7E5inbrkiggUXZzkMwA336HgJeoynLBqjmYc3Ni&#10;pxaHK3Poo6x0/3RyoDliDnUYnRNOK3XHmng4/XYsmRAf73V6lPQAx36wgIaoXHJEtFiX8HLisIqG&#10;j3NbrGJ0WnPXqDhhc3R2pIFNpXUiobA4fHWDn4Yfd3SolUYAtH7RgHmif4XFZBmToIUWZomDl4Sc&#10;aMJyP4RHatFfuIQLbMpL8YPybqw2gYQgcEgcZYVhcOYAAIBMdrqhmIO4bYOSp4NFbwmCgILocG1x&#10;NYKfcb5ew4JrcwRLF4JadDs1wIJ9dTgbyINvdWYAAIAAermgi4HZdtWRZoGId4uBXYE7eCtwEoED&#10;eMBdwIDeeVVKOIDXeeQ1BYDzek8bN4GaeiwAAIAAfjqfZoAZgCWQM3/dgCKAF3+ngANvE395f95c&#10;239kf8JJgH9mf600eH9+f5Qayn/hf1cAAIAAgACeO36wiX2PJH59iM9/B35Qh/9t5H4rhx1b1n4e&#10;hkpIkX4yhZkzsn5ChQ0aOX5ZhQwAAIAAgACdRH2Qku6OJH1lkZV+Cn06kA9s8n0Zjnda9X0OjPhH&#10;130Zi7EzHH0kit0Zx3z7imYAAIAAgACcfXyqnGeNWXyGmml9PXxXmC5sJnw0leRaNHwuk8lHNHw4&#10;kgoypXwrkSYZcXvHjtkAAIAAgACb5Xv7pfOMtnvco1V8jnunoGtrd3t5nXJZiXtxmslGj3uDmMMy&#10;H3ttl/kZIHrEkP0AAIAAgACbfXt/r5+MOXtirG57/HshqNlq3nrkpTxY/nrSoh1GGXrgoBoxr3rG&#10;nZ8YuHnykLcAAIAAgACU0Y8MY5KG8o2dZfF38Ix5aCBnn4uJaidWG4q7bBVDPYoqbeEudoopb0cT&#10;yIybbxQAAIAAekCUEI0tbHqGK4v3bf53Dorlb2hmy4n0cMBVWYklcgtCkYiTcz8t34h9dB4TYop9&#10;c6wAAIAAfbaTMYtfdUeFHIpNdg52GIlIdsRl1Ihkd3BUfYefeBpB14cTeLktSYbueR8TA4h/eJoA&#10;AIAAgACSLIm4ffuEC4iyfiR08ofBfjVk6obifjtTqYYufkdBLoWpflUsy4V2flQSuYagfgYAAIAA&#10;gACRMIhMhsyDD4dThldz/IZrhcNj9YWShR1S9YTZhIFAnIRchAwsW4Qgg78Sd4Tog4YAAIAAgACQ&#10;V4c7j76CVIZKjrJzQ4VgjXdjIoSFjCdSJIPMivA/8oNEigAr0oL9iZ4SH4NniDoAAIAAgACPqIZi&#10;mLWBmoV4lxdyhYSJlTliZ4Opk0ZRbYLykYo/VYJlkEIrb4H7kB0R5YIejBkAAIAAgACPIIW8ob6B&#10;CYTZn5Zx6YPhnRthzIL0motQ1YI3mFo+uYGylvQq8IE6lkYRsoERi/cAAIAAgACOvoVFqveAl4Rl&#10;qFdxY4NipUVhP4JioiFQWIGXn5g+VoEKnmUqm4COmzURcYBFi8sAAIAAgACHfJidYxV6aZaYZVls&#10;RJTjZ3hc4ZNkaXJMSZIPa006NpEgbPUl2ZE4bgELPJOVbXQAAIAAfUaG1Zb9a4p5z5UfbQJrmZNp&#10;bmdcRZHbb79LvJB7cQY5vo+BcicleI92csgLLpEYckUAAIAAgACGIJVIc9t47pOIdKVq0pHZdWRb&#10;e5BRdh5LDI71dtQ5Lo36d3QlDo3Ud7sLHI7Id30AAIAAgACFSJOwfBZ3/pH8fExpzJBdfHNapo7a&#10;fJdKS42MfMA4kYyUfOUknIxYfOYLAYy8fQwAAIAAgACEb5JdhFl3KpCxhAdo+I8Yg6FZxo2agzFJ&#10;qIxBgsk4BYtRgockOIr+gmcK7Yrxge4AAIAAgACDupFHjMh2co+oi+9oP44PivRZGIyJietJBosu&#10;iP03nIoliFsj64nAiGsK2YlnhhQAAIAAgACDJpB0lUR18Y7dk/BnvI07kmJYhouokMVIa4pNj2g3&#10;FIlCjpgjnoiyjsYKxogdh0kAAIAAgACCsY/Wnc51do5CnAVnOoyXme9YBIr2l8xH6omTlho2j4iM&#10;lWsjNIfplBUKtocQhz4AAIAAgACCWo9kpoR1Fo3OpFtmy4wXocdXkYpnny9HhIj3nVI2PIflnHAi&#10;7oc5l54KlYZGhygAAIAAgAB6kKKlYnBuE6AmZJVgq53uZqBSIJvnaIpCWJoeak4w4pj+a8McgZnB&#10;bD8D35ihbL4AAIAAf9B5/KFBanttoJ7Ma+JgNJx/bUFRuZpdbpVCAZiAb9Iwo5dKcNQcZpfPcQcE&#10;IJYQcdIAAIAAgAB5a5+iclhs7p1CcyFfnZr0c+ZRIZjRdKxBgpbydWgwRJWxdf4cNpYFdfsEUpPF&#10;d00AAIAAgAB4xJ4Qeh1sMpu7emFezZl4epxQfJdYetxA7JWBex0v05Q8e08b95RnezEEdJHAfEwA&#10;AIAAgAB4G5y/ge9riJpygbleHpg1gXZPyJYTgS1AaJQ0gPgvZJLvgNwbtZL1gNgEjo/9gJ0AAIAA&#10;gAB3hpu6id9q+plziThdk5cwiHVPOpUJh60/4pMihwcvGZG5hrEbj5GdhxYEqI52gyYAAIAAgAB3&#10;EZrdkddqgJiekMRdFZZYj4ZOupQrjkg/bZJAjU4uxJDKjPQbhpBljKQEx40pgzsAAIAAgAB2s5pF&#10;metqS5gGmINc3ZWulstOc5NhlQw/HpFlk9YuY4/7k9IbMI+MkT0E1Ywcg0UAAIAAgAB2a5nWoitq&#10;ApeNoHtci5UnnlxOHJLMnEQ+0pDEmxkuJ49LmfAbB47NkkYE2ItSg0YAAIAAgABuBq05YZNiA6pd&#10;Y5JVOqe3ZYNHaaU7Z1c4TaMdaPcnNqIXahsSKqR/aacAAJjTbmIAAIAAgABtg6wQaT9huqkbao9U&#10;/aZGa+FHQKOgbSo4N6FgblMnP6AxbxsScaItbooAAJctc2kAAIAAgABtF6qBcLNhOaeTcXNUmKS0&#10;cjdG3qIDcwE37Z+5c7onG55ydC4SkqATc5gAAJWgeDAAAIAAgABsoajqeAhgr6YDeFNT/aMseJxG&#10;aqB6eO83iZ4zeUEm3ZzceWwSl54yePUAAJQwfGMAAIAAgABsKKeQf2xgOKSvf1BTgaHZfytF458m&#10;fwQ3MZzQfvQmnZtwfvISkpyGfuMAAJLogAAAAIAAgABrvaaHhvJf2aOlhndTJaDHheRFhZ4LhVA2&#10;2JurhOUmb5oohNUSkpsDhLgAAJHGgAAAAIAAgABrZKW3jn1fkaLSja9S35/njLJFOp0ei7s2hpq8&#10;ixsmO5kli0oSpZmoiaEAAJDbgAAAAIAAgABrJKUPlhBfVKImlPVSnJ8zk59E85xfklk2QJn0kbMl&#10;6ZhhkbwSgpitjIMAAJAngAAAAIAAgABq8KShneNfVqGknKhSmZ6YmvdE2JuimVY2M5kXmM8l/Jdq&#10;lucSqpepjJ4AC4+KgAgAAIAAgABhs7h8YIlV9LV8YlJJobKQZBg8Ya/DZcMtu62MZyUckq1EZ7gI&#10;XK6kZ2sAAJNYctgAAIAAgABhMLeRZ9tVx7RPaQJJkrEVajg8b64La2Yt5aufbGQc8KsKbLoI8awJ&#10;bGkAAJIXd24AAIAAgABg6rYLbuxVd7K/b5JJXa9ycEU8Q6xRcQct1qnOcacdFKkFcckJXKmlcZ0A&#10;AJDhe4AAAIAAgABgqrRkddhVJbEadhlI/a3QdmE8BKqrdrotqqggdwsdF6cydwYJqKd6dzgAAI+/&#10;fxYAAIAAgABgaLL1fNJU6a+sfL9IvqxdfK07uak0fJwtjqaVfKIdGaWOfJkJ6qWIfRkAAI7BgAAA&#10;AIAAgABgLrHag/FUx66Bg5dIo6skgyo7m6fxgsEtb6VIgoMdJaQQgqAKJ6PMgjkAAI3jgAAAAIAA&#10;gABf/bD8ixRUta2Nin1ImKofibw7i6bhiQgtXaQxiLYdK6LeiSAKZaJKhogAAI0zgAAAAIAAgABf&#10;2bBXkkZUsqzLkX5ImKlIkHY7haX5j4ktS6NBj2UdGKHsjrwKfKEfhxcAAIycgAAAAIAAgABfwa/d&#10;maBUu6wsmL1Io6iRl4E7h6U0loQtUqJtli0dM6EBk04KkqAihyYAAIwAgAAAAIAAgADBE2cVX+2u&#10;02k5YrSb7Ws+ZWCIIm0kZ+5zaW74amldt3C5bNFGx3JFbxAsz3MmcN0KBHYqcRS/IGQlatGtS2aK&#10;bIWajmi/biyG6GrSb8tyRmzPcWBcqG6xcutFyXBJdFMr6HDxdV0JbXRodWu9SWGVdaerhmQgdk6Z&#10;B2Z9dvOFc2izd6Vw+GrSeFxbgWzQeRFEym5wea8rD27ZegoI6XLcei27d19LgF2puGH1gA+XQ2Rs&#10;f8iD7mbBf41vl2kBf2laUmsYf01Dz2y+fykqQmzkfu0IdnGzfoa5zF1ViwSoIGAXidyVsmKmiLWC&#10;aWUMh5duUmdiho5ZNWmQhadC52s5hM0piWsZhBoIFHJZgj+4cVvAlbOm1F6Sk7uUcGEtkbWBMWOi&#10;j7ZtLWYDjdRYPGg3jB1CGmnjiqAo5Wl+ibEHwXLlhT63XFp5oGOlzF1WnZ6Tal/1mrqAMWJwl95s&#10;PWTelTFXamcaksBBcWi7kK8oYGgXj8oHfHNZhRC2jll/qw6lBVxip3ySnF7+o75/X2F2oAhrbmPn&#10;nJlWrWYsmY9A1mfJlycn7GbilSIHRHO4hOq2CljUtaykflu1sT+SA15ErKV+umCxqCFqz2MdpANW&#10;H2VgoH5ATWbwnh8nbmXImV8HGHQDhMyzN27sX0eimXBPYjGRDnGnZOl+aHL2Z3dqtHQ/ae1V6XWB&#10;bE0/vHakbncmAndab/wEMnsJcRKxwmwsaauhe23Pa4yQAG9QbVB9a3C9bv9pw3IgcJ9VDnN4cjI+&#10;+HSgc5olV3UPdHgD4XlydcmwMWm1c/SfzWt+dN+Oe20gdbh79m6tdoxoenAwd2BT7XGheC49/nLJ&#10;eNwkh3LmeSYDmXnrekaukmeCfh+eJmlmfi2M2mshfi56lWzHfilnOG5pfjBS2W/ufjs9HHEXfjwj&#10;0nDhfhADW3pTfiutEGWfiEecs2eYh4uLbGlphrp5LmsgheFmE2zRhRVR125shGc8S2+Sg8cjMG8G&#10;g1MDJnqtgYKr1mQYkn2bgGYfkPyKQWf6j1l4Dmm/ja9lBWt6jBpQ9m0Wiq87lG46iYgioG1diR8C&#10;+nr5ggOq3GLcnLWaiWTsmnKJS2bLl/53H2iVlYVkJWpckzVQNmv+kSY6/20Sj48iL2vqjtwC1Xs3&#10;geqqI2Hspu2ZzGP+o+mIhGXZoKh2VmefnWJjYGlqmmFPgGsUl9E6bmwhlhYhyWqqk5ACt3tqgdap&#10;rWFFsR+ZRmNUrVuH6GUiqU11sWbcpUVixWiioaRO+mpKnrY562tKnPohT2mKloUCn3uTgcWlpHcV&#10;XsOWenevYbqGNHhcZHR0p3kUZvth8HnTaWdOBnqba7c4i3tmbb8ey3w7btMAAIAAcmCkeHR5aI2V&#10;WnVUao6FAXYlbGlzi3b2bidg7nfLb9VNInijcWw3w3lmcsceKHnYc1EAAIAAdwWjNnIXclCUAnMf&#10;c26D5HQOdHRyaHT4dWZf7HXgdlNMRnbHdzY3EXeFd+0dnXeSeAcAAIAAexihxG/1e/eSjXEXfE+C&#10;WHIffIxxGXMefLleuHQlfOlLPHUefRg2NXXVfTYc83V3fQMAAIAAfqKgbG4mhZyROG9ahTuBCHB1&#10;hLdv1HGDhB9dtHKUg5BKVXOfgxc1fHRNgq0canOFgm8AAIAAgACfUGyvj1aQIG3vjj5/+G8TjPdu&#10;zXAsi51cvXFFilVJjXJMiTY023LyiGMb73HLiEsAAIAAgACebWuAmROPPGzIl0d/FG3ulT9t8G8L&#10;kydb7nAukTRI3HE3j4g0WXHFjnEbkHBdjVgAAIAAgACdxGqWotOOimvjoFd+WG0FnZFtNW4dmrxb&#10;Nm9CmCtIMHBSlhkz0XDUlR8bOm81kXoAAIAAgACdVGnxrJeOCGs9qXJ9wWxUpfJsl21fomtapW59&#10;n01HtW+KnQMzVm//m3gaxG5HkhkAAIAAgACYUH+XXlqKSX9wYUZ7GH94Y/hqln+eZnZY2H/XaNVF&#10;xoAuaw0w5YC+bN4WtYI9bTQAAIAAdlyXU30bZ5iJRn05aaR6AX1ka4dpkX2cbU1X7X3jbv5E+35B&#10;cI8wOX69cckWNn+zcbsAAIAAemeWOXrXcL6IAXsgcgF45XticydoeHuwdDdW+nwIdTpEL3xwdikv&#10;l3zbdtgVxX1IdoUAAIAAffOVBXjEeeeGvHkqenJ3l3mFettneXnhezlWEHpOe45DcXrAe9wvCXsb&#10;fAoVZnsde6YAAIAAgACT03cHgw6Frnd/gvN2hHfqgrBmTXhSglJVH3jHgftClnlIgbQuV3mSgXYU&#10;6XlNgVMAAIAAgACS1HWkjEuEqXYmi4d1hHaXipFlWHcGiYNUOnd+iINB4Hf2h64txngwhy0UgXfG&#10;hqYAAIAAgACSB3SClYmD23UMlCN0t3V9knxkkXXukMFTfXZsjylBQXbijeEtWnb8jVMUOXZ+ixYA&#10;AIAAgACRanOgnsyDN3QwnMp0C3Semnhj53UImBNS13WGlfNAoXYAlGYs2nYHk/4T9XV3jX4AAIAA&#10;gACQ/XL9qByCunOPpYpzfXP0opNjVXRRn49SU3TGnP1AM3U5m2osbHUzmYwTi3S0jTcAAIAAgACL&#10;LIh+XfB+EYetYMdv04cdY2pgR4a4ZdtPdIZxaCc9K4ZmajsovIbta7kOBoj+a0cAAIAAedOKUYY0&#10;Zq19OoWkaLVu7IUtappfc4TObGJOuoSKbg88j4R8b48oQITfcI8N14ZJb/UAAIAAfViJXoQHb1N8&#10;HYOkcKNt7YNCcdted4LzcvpN34K7dAs72IKxdPons4L3dYcNnoPndO8AAIAAgACIT4IUd+h6+oHF&#10;eJdsuIF4eSpdhIEyeahNAIENeh47I4EHeoEnLIEyeqsNZoHRel0AAIAAgACHSoBWgIt5/YAbgKNr&#10;wn/fgJZci3+mgG5MZ397gEk6qH99gC0m3H+OgBANUn/+f+gAAIAAgACGaH8HiU95Nn7YiNNrAn6b&#10;iCNbwn5eh1ZLjX43hpc5/X4shgkmUX4khdkNDX56hKMAAIAAgACFsX3zkhF4eX3MkQZqR32Nj7db&#10;DX1OjlBK3H0pjQ85Zn0WjCwl9XzjjDoM6n0yiJYAAIAAgACFIn0dmtV353z7mURpsHy3l19aeXxv&#10;lWJKSXxGk7I403w0krElgnvmkkoMy3wniKYAAIAAgACEuHx/o7F3dHxgoaxpL3wTnzhZ9nu8nLFJ&#10;1nuHmqw4dntrmeAlJnsMlyMMintfiHoAAIAAgAB+Q5H5XWZx2pCRYBpkaY9xYqZVuo6DZQdFvo3D&#10;Zzk0H41yaRsf0o5WahcGTo6ZahQAAIAAfMt9e4/oZahxKo6wZ6Bjso2ZaX9VGYyka0NFNovcbOUz&#10;tYt9bkUfjownbuAGaov2bvAAAIAAf958ro3XbdFwOozFbyNi5Iu8cGJUTorQcY5Ei4oNcqMzLomp&#10;c4YfNoojc8wGd4mfdCsAAIAAgAB7yYvtdelvRIrudqph3on5d1RThYkTd/FD14hdeHsyo4f2eOce&#10;3YhGeO0GfIeSeb8AAIAAgAB66YpKfgVueIlYfkRhGYhrfmRSsIeOfmpDUYbLfm0yNoZnfncenYaM&#10;fmMGjIXGfq8AAIAAgAB6Ioj6hkRtuYgWhftgXocqhYdSC4ZChPhCuoV8hHEx8oT3hCAeboT5hDsG&#10;kYQ8gtsAAIAAgAB5g4f0joxtOocajc5f44YnjMpRd4Uwi6dCGYRpirIxYIPeijIeKYOjiokGi4Lz&#10;hGwAAIAAgAB5BIcqlt1suYZUlbFfXYVZlCdQ9YRVknxBmoODkTEw1IL4kMgduIKbj9YGiYHlhGsA&#10;AIAAgAB4ooaSn01sUoW+ncte6oS4m8ZQgoOlmaJBNoLCmCUwhoIml7YdgYGvk/MGfYEUhGMAAIAA&#10;gABxr5vYXLJl8Zn3X0JZO5hgYbRLTpb8Y/s8CpXaZgcq4pV9Z54WLpeFZ8cAAJMNab8AAIAAf0pw&#10;95oOZIxlZ5hHZm9YtJaiaEBK4ZUjafg7tpPqa4Mqr5NubKsWMJUXbJQAL5C+brYAAIAAgABwT5gT&#10;bEJkopZqbY5YDpTLbsxKP5NNb/s7NJIRcQkqVpGCccoWFZLccYUAc45wdDMAAIAAgABvk5Yxc+Nj&#10;0ZSWdK1XK5MHdWVJjZGPdhI6mZBbdqgp5Y/BdwkV3pDZdq0AooxreUQAAIAAgABu15Sbe5BjF5MM&#10;e+JWcZGCfB1I0JAJfEM6Eo7PfGcpdY4xfHwVnI8OfDoAw4qqfaYAAIAAgABuMpNbg1pifJHWgz5V&#10;3JBIgvtIO47KgqE5hI2GglYpMIy+gjcVdo1kgmgA4IkngJcAAIAAgABtrJJPiydh9ZDViqFVVI9F&#10;ieRHs42/iRU5Box2iHYoz4udiFEVdYvjiAQBA4ffgK8AAIAAgABtQpGLkwphsZAXkjVVEo55kQFH&#10;aYzTj7E4vIt0jtMocIqejwQVGYrHjKABGobRgL4AAIAAgABs75D4mw5hX499mfhUuY3UmF9HEIwg&#10;lrE4coqxldEoOYnFlScU/InJjjABJ4YDgMgAAIAAgABlYqZXW7BaEqQfXhVN8KIjYGVAq6BbYo0x&#10;8p8FZGgg558TZYoL+6G7ZRoAAI2UbdIAAIAAgABks6TMYydZpqKOZPFNk6BtZrBAbJ57aFYx0pz/&#10;ab8g85zVaooMT576af0AAIv7cswAAIAAgABkK6LoanVZDKC4a7hNGZ6UbPE/+Jyabh4xf5sRbxog&#10;0JrBb5UMfZxsbwYAAIp7d6IAAIAAgABjnaEHcatYa57icnpMaJzJczw/dZrRc/UxEZlIdI0gkJje&#10;dMMMjpoZdFUAAIkUe+UAAIAAgABjDp9uePBX4Z1TeVhL3ps7ea0+45k/eewwtJepeicgTZctejEM&#10;jpgBeioAAIfRf5wAAIAAgABikJ4sgFZXcZwWgGFLdZn4gEg+fJfzgBowVZZOf/ogJZWif/gMlZYe&#10;gBEAAIa0gAAAAIAAgABiJp0th79XGZsYh3lLJJjwhvg+KJbchmYv+pUyhg4f5pRthkQMrJR0hQ0A&#10;AIXOgAAAAIAAgABh1ZxejytWzJpKjptK05gcjb492JX9jNsvrpREjHYfi5N+jK8MiZMliHoAAIUh&#10;gAAAAIAAgABhlZvLls1Wv5muliRKxZdslO89vZUok6wvq5NKk2cfsZJbke8Mv5HsiJ8AAIScgAAA&#10;AIAAgABZI7GtWmROGq9SXI1CZK0ZXqo1nKsYYJ4nLKnjYiMVk6thYmgDRam2Y1oAAIjncf0AAIAA&#10;gABYcLBnYX1Nuq3iYxtCI6tqZLk1f6kuZjonOqe9Z2AV6qjPZ3AD0qa/aFEAAIegdrIAAIAAgABY&#10;CK6SaGhNSqwLaZBB0KmJarQ1OKc4a84nGKWsbJoWCqZzbHwEOaPzbXgAAIZnet0AAIAAgABXrqyn&#10;bzpM36omb/1BV6eocLk056VVcW0m36O8cewWCqROcasEhKFccvwAAIVBfooAAIAAgABXUqr9dhxM&#10;iqiCdopBBKX/duo0iqOmdzMmuqH1d20WCaJddykEwp8GeOEAAIQ+gAAAAIAAgABW/6mtfSNMUKcq&#10;fUpA1aSdfU40XqI3fT8mkqB0fTMWG6CXfRYE/5zvfhYAAINegAAAAIAAgABWuqighC1MKaYShBZA&#10;uaN1g8c0QaECg2wmdJ80g0cWHZ8tg4cFPpshgnoAAIKtgAAAAIAAgABWhafSi0NME6Uyiv1AqqKD&#10;imc0Mp/+ic8mXZ4hicoV/54RiTYFTZmrg5YAAIIWgAAAAIAAgABWYqc0kn5MDKR6kiJAp6G6kVU0&#10;Lp8jkKQmZ50vkJkWJpz2jeQFaphwg6kAAIGAgAAAAIAAgAC1JmFTWbKj/mPRXQOSNmYvYDd/hmhx&#10;Y0xr3mqfZkZXKGyuaSVBKm5ia88n627abd0GuXSjbsWzKl3OZGGicWCaZqyQ1GM2aOZ+S2WuaxBq&#10;umgNbShWHmpAby5ANWv8cQYnGGwScl4GY3U1c0GxTlqxbwGgql2zcEqPTWCDcYx81mMmcs5pbmWs&#10;dA1U+2f+dUM/Pmm7dlYmUWlldwoGF3W1eCKvdFfleYGe3VsWedyNjF4Jejl7WWDSepdoFGN/ewFT&#10;1GXqe2s+Tmeoe8Qll2bde+sF1XYkfJqtvlV4g/KdRljOg3WMBFvjgvZ53l7Fgnlm4mGMgghSyGQR&#10;ga89dmXKgVgk8mSEgREFnXaDgG2sUlN2jmab91bpjRiKzFoUi8B4uF0Nimplzl/kiShR52JwiAo8&#10;vmQlhxkkYmJ1hp0FbnbTg6arLVHPmNWa6lVYlraJ0FiRlIN3yluYkllk716AkFRRJGEUjoU8KWK4&#10;jQwj8GDIjKIFRncWg5GqUFCEozaaHlQboEOJCldanTd3DFpkmjtkN11Ul4BQeF/xlR47nGGKk1Yj&#10;jl9skewFJndMg3upwU+YrXWZklM0qaCIeFZspbl2eVlwofhjsFxenplQBF76m8U7KGB/mgUjIl5F&#10;lh4FDXd3g2qoF2jbWUmYY2qpXK+Hz2xrX+Z2JW4fYvBjZW/KZdxPf3FfaKc6InKvayog6HLxbMwB&#10;TH3PbvOmgWWIY3eXNGelZeSGvWmaaDF1LWt2amNigG1CbH1Os27xbn85dHA+cEUgW3ACcUwBLn4B&#10;c8ek3mKIbY6Vf2TZbw6FN2b7cHhzuGj/cdRhOGrvcyZNlmy4dGk4gW39dXwfnW0udfkBFH4teGWj&#10;NF/Xd4iT1WJQeDCDlmSUeMdyX2a4eVFf/mjNedxMjGqqemM3q2vmes8e+mqdeuEA/X5UfGahqF1/&#10;gX2SYGAZgV2CLWJ8gSZw/mS4gOJe6GbhgKRLl2jUgHc26GoDgEsea2h0gB0A6n51f9SgY1uQi3uR&#10;K15CipaBCWC4iZJv6WMJiINd5mVAh4JKyWc1hqM2Q2hYhfgd7marhdoA2X6RgJOfX1n5lXSQMly8&#10;k8yAGl8+kftvBmGbkCRdEWPijm9KE2XcjPM1v2bli+Edj2Uzi4wAzH6ogIqenVi7n2GPc1uInPd/&#10;WV4NmltuSmBsl79cWmK4lWFJaGS5k2k1N2WykjcdOmQEkDYAwX66gIKeHVfYqTaO6lqlpgx+w10j&#10;oqdtsl97n05b0GHEnFhI9WPCmgc0w2SimOUcy2MNk3gAuH7JgHybNnCyWPeM1XHMXGB9Z3LxX5Bs&#10;vHQbYoxa4XVEZWRHwXZnaBMy8ndoamAZXnfNa1oAAIAAch2Z4W2HYo2Lo27uZQ98MXBBZ2lro3GM&#10;aaFZ5XLRa75G5nQHbboyOHT1b2AY0nTJb9wAAIAAdsiYhWqhbCCKP2xAbcd7EW29b1VqhW8mcMZY&#10;7nCDcihGGHHJc3QxmXKldHwYY3ImdJMAAIAAeuKXBGgFdZmIwWnLdn55g2tnd0ZpOmzsd/lXvm5s&#10;eKNFFm/CeUEwx3CJebcXym/seYwAAIAAfnGVoGXGfw6HZ2emfzx4M2lef0Zn+Gr5fzlWxmyIfyxE&#10;OW3tfygwGm6efx4XUm4GfvAAAIAAgACUe2PqiJKGTGXfiAp3Jmemh1Zm92lThoxV1mrthcxDf2xO&#10;hSsviGznhL8W6WxyhMAAAIAAgACTj2JikhKFZWRmkNh2RmY2j2ZmIWftjeJVDWmSjH1C1mr0i1Yv&#10;FWtqiqwWnWsjiccAAIAAgACS3mEum4mEsmM7maF1jmUOl3VlbmbDlTpUXmhtkz1CL2nSkbIuk2ou&#10;kSUWVmoVjeUAAIAAgACSZmBNpPOELmJdomd0+2Qpn4Rk2WXWnJxT2Gd6mhdBwWjZmFMuImkYl2AV&#10;5WlMjs4AAIAAgACOfHjnWLGBJ3lSXAlyt3nhXyhi/nqEYhNSAXsxZNQ/nXvvZ14rPHzFaVsQ3n5Q&#10;aWAAAIAAdgmNUnXhYbqAEHaZZEBxnHdSZpth/XgPaNNRH3jPaus+3XmVbNMqn3pHbkAQiHuFbfYA&#10;AIAAeh+MHXMbarV+vXQJbHlwe3Tjbh1g5XW7b6JQMnaPcRI+Gnddcl0qC3ftc0UQPXkQcssAAIAA&#10;fbWK1XCTc7J9a3GodMBvKXKhda1f6HONdodPT3R6d0s9Z3VPd/spjnW9eGkQA3bsd/AAAIAAgACJ&#10;k25rfK58UG+ZfRZuC3CpfVdeuHGlfXpOXXKefZo8inN9fboo3XPGfcMPoXUlfZ4AAIAAgACIiWyk&#10;hbZ7R23jhXptDm7/hQxdx3AJhIJNf3EHg/8743Hbg5koW3H/g2UPWnOhgvoAAIAAgACHsmssjrp6&#10;dWx5jd5sQW2cjMNdAm6ri5FMxm+wins7SHB+iaYn+nBwiWkPLnJZh3AAAIAAgACHDGoCl7l5zWtY&#10;lkRrlWx8lIFcXW2JkqlMI26OkQ86qm9bj/YngG8nj+wPAHFQiiUAAIAAgACGl2kkoLN5T2p/nrRr&#10;CmuenFFb0Gyhmd5Lp22dl9I6RW5flq4nFW4JlWUOp3CRiegAAIAAgACB14GLWF11WIFYW5dnxoFa&#10;XqFY7IF9YXdIwYG4ZBs3A4InZnEi0YMdZ/gI54SkZ98AAIAAeXOAy362YOJ0aH7KY19m1H7tZbVY&#10;F38eZ+dIC39gafI2cH/Ka7kiZ4CEbMkI34HpbJoAAIAAfQZ/unwNaV1zOXxWayllzXyXbNhXGXzc&#10;bmZHMn0tb9g1vn2WcRMh5n4YcbYIxX+GcZsAAIAAgAB+mHmmccpyDnoNcvdklnpodAVWLnq7dPdG&#10;W3sgddM1F3uHdoghdHvUdtAIsn1wdwsAAIAAgAB9gHeJektw+XgLetxjjHh5e0lVLHjae5lFtHk/&#10;e+E0i3mpfBshGXnAfCAIqnuhfJYAAIAAgAB8j3XXgt5wLHZrgt9izXbhgq1UX3dGglxE5XesghAz&#10;8ngCgd8gn3fjgdUIg3ofgVwAAIAAgAB7y3Rxi2pvZnUQit5iDHWJihBTpXXxiShENHZYiF0zXHag&#10;h9kgSnY7iA8IcnjYhVUAAIAAgAB7MXNSk/BuznP7kuBhc3RzkX9TE3TVkARDo3U5jswyy3V6jisf&#10;3HTgjg0IY3fOhasAAIAAgAB6vnJ4nHxuV3Mnmv1g83ObmRBSk3Pylw5DNXRJlYEydHR6lRIfgXO2&#10;ktYILHcKhYYAAIAAgAB1Toq3V9ppgIn7WvBcsol8Xd5OpIknYJs/NIj+Yxst84lKZSkZf4r5ZfMB&#10;9YoUZxgAAIAAfF90WIgbX+dos4eZYlNb6IcuZJ5N+IbZZsU+qYaraLktjobiaksZT4gwarsCLIds&#10;a/oAAIAAf4NzaoWRZ+dnrIU+abNbC4Tpa2ZNI4ShbPk9+IR4bmQtB4Shb30ZAIWZb6ACToUTcTYA&#10;AIAAgABycIM/b99moYMIcRlZ9oLHcjhMSoKMcz49NIJwdCMsbYKOdMoYnIM2dLICXYMKds0AAIAA&#10;gABxfYFCd+BluYEdeJFZDoDqeSJLXYC3eZg8mYCTefwr6ICpekIYSID/ehMCboFEe8AAAIAAgABw&#10;pn+Qf/Jk739/gCNYUn9VgCdKtX8hgAw8B374f/Ars37pf+UYM37zf+gCjX+9f/gAAIAAgABv9n45&#10;iAtkYX46h8ZXz34Nhz1KK33KhpQ7cn2bhgsrKX19hdQX930qhh0Cln52gcAAAIAAgABvaX0mkCRj&#10;130vj3JXRX0AjmdJqny1jTw69Xx8jGAqpHxRjDwXkHu0i1sCn31qgcYAAIAAgABu/XxTmEtjanxg&#10;l0JW03wslb9JO3vWlCI6l3uNkxIqW3tJkv8XUXp1j48CkHyggbwAAIAAgABpA5R/Vwpd0JNIWfdR&#10;rpJVXMVEUZGVX2I1eZElYbAkcpGiY1UPT5SMYycAAIgJaZoAAIAAftRoHZIjXqhdH5EUYP1RCZAh&#10;YzhDzI9RZU41F47MZx8kPo8caFsPaZFtZ/oAAIYibmQAAIAAgABnUY+2ZjdcQI7MZ/1QUI3naa1D&#10;HI0baz00jYyRbJUj4ozCbW4PXo6CbOkAAIRec6cAAIAAgABmfo1xbbxbXoyebv9PYovJcCpCZYsF&#10;cTwz7IqAciAjb4qYcp0PN4vPcg4AAIK8eJoAAIAAgABlr4t9dUxaloq8dhVOm4nxdsJBnokud1Az&#10;Zoifd8gjA4iid/0PDIlTd5QAAIFOfOUAAIAAgABk94nifPBZ7okwfUtOAIhnfXtBCYeffY0y3ocE&#10;fZki2YbMfaMPC4cSfbUAAIAbgAAAAIAAgABkWoiIhItZUofmhHdNaIcghC9AdoZUg9AyWoWwg4oi&#10;gIVYg4kPM4Uhg0cAAIAAgAAAAIAAgABj3oeAjEVZDYbvi+VNL4YfiyRAP4UsijsyL4RnibAiNoQG&#10;igEO5YOgh/IAAIAAgAAAAIAAgABjfIaxlBlYrYYhk3xMy4VNklM/4YRPkQYx44NzkG4iAoLtkCoO&#10;24JdigsAAIAAgAAAAIAAgABc4J7xVd9SQp1ZWJ9GwJwIW0U5+Zr7XbgriZp9X74aSZvNYLgGhJxK&#10;YQQAAIOjbUkAAIAAgABcBpzdXR1RrJtZX1VGN5n0YXk5lZjAY3IrUZgUZQwaUJkRZbQG35jdZeMA&#10;AIIQcjEAAIAAgABbX5qFZENQ9ZkbZfxFn5e9Z6I5BZaEaSYq6pXFalYaJpaHarUHF5WcauQAAICX&#10;dxQAAIAAgABatphAa1pQOJbnbJ5E0ZWXbc44apRhbuMqapOfb7EZ3ZQzb84HLpKxcCMAAIAAe2UA&#10;AIAAgABaDJZMcoFPkpUEc1tEMJO3dBw3xpJ8dLcqApGrdS0ZlJIcdSEHMZAqdd4AAIAAfy4AAIAA&#10;gABZc5S3echPBpN9ekNDsZIuepU3UZDpesMpmJAEet8ZcZAteswHO434e9EAAIAAgAAAAIAAgABY&#10;8JNrgRNOlpI+gTtDTJDqgSM27Y+XgOwpLo6lgM4ZII6pgOsHUIwcgOAAAIAAgAAAAIAAgABYiJJc&#10;iGBOL5E6iDtC54/mh8Q2kI6GhzYo3I1+hwYYt41zh0cHK4qjhNkAAIAAgAAAAIAAgABYN5GOj+VO&#10;CZByj6NCw48Vjs42b42Qjdso4oxXjcIY+YwIjKEHcolUhQkAAIAAgAAAAIAAgABQpqphVE1GYqiY&#10;VtI7TacNWT0u7KXkW2kghqXZXPcOl6ijXQgAAKAIYHwAAIAAcS4AAIAAgABPxqiUWypFxKbMXTc6&#10;v6UeXzIuhaPBYPcgW6NtYisOx6WyYgcAAJ1sZRUAAIAAdfgAAIAAgABPPaZTYe9FLaSWY446QaLr&#10;ZRguEaF+ZnkgE6EHZ1YO0aLhZwoAAJreae4AAIAAejwAAIAAgABOx6QLaKdEo6JZad45pKC2awEt&#10;oZ9JbAAfwJ6/bJEOxqA/bCgAAJh3bysAAIAAff8AAIAAgABOS6ILb3FEK6BrcE45M57FcREtK51M&#10;caQfjJylcfYOwJ3ZcY4ANZYAdQkAAIAAgAAAAIAAgABN16BqdmBDyp7TdvA45J0od1Us65ued5Ef&#10;WJrXd5wO2Jupd14AcZPaelQAAIAAgAAAAIAAgABNc58TfVVDf52DfaI4q5vPfbAst5o3fZ4fJpld&#10;fYwO0ZnlfbUAsJIJfs4AAIAAgAAAAIAAgABNJJ4DhFlDSpxzhHE4gZq2hDIsmZkIg98fCpgSg+QO&#10;qph3g3sAtZCZgHsAAIAAgAAAAIAAgABM8Z0pi49DKJuUi4Y4ZJnQiwgshpgQio4fE5bziq8O2Zce&#10;iEQA3Y9ngJYAAIAAgAAAAIAAgACpzlrqU6mZrV3HV3yI82CGWzV3UGMsXsxkqGW6YkNQ4WgVZZU7&#10;wmndaKMjJWlwaukD53lnbMunwlajXiCYFFngYP6Hh1zuY8Z2DV/YZnhjgGKfaRBP1mUia40602bn&#10;bdAiZWXYb2wDyHmccWel3FLMaI2WR1ZVanOF+1mnbEx0lVzGbhxiMl+7b99OtmJecZA55WQYcxUh&#10;sWKxdBkDrXnKdmKj+U9Tct2UelMgc9qEPFahdNRzH1nxdchg4V0UdrtNmV/Qd6g5AWF8eHghCmAE&#10;ePkDlXnyevWiMkxAfR2S4FBIfUSCvlP8fWhxr1dtfYZfxFqzfapMnl2Ifdg4Ol8hfgEgel3Jfh0D&#10;gXoUft+gsEmkh1mRi03dhrCBkVG5hf9wnVVOhU5ew1iphKlL2FuJhB43mF0Ng7MgAVv0g6ADcHow&#10;giufdkdxkYqQeEvTkA2Ank/PjodvxFN/jQpd91bxi6pLJ1nYinY3GltAiY8fpFp1iZYDYnpIgkme&#10;hEWsm6SPo0oumUx/4E4/lvBvGlH/lKtdV1V/kp9KjlhskN82m1m5j7AfVVlAjtUDVnpcgkKd4kRf&#10;pYaPD0jwokl/VU0JnxVum1DOnBZc61RTmXJKNVc/l0g2QFhpliAe/lhEkv8DTXprgjydh2ImU4CO&#10;pGRlV1h+9maVWwZuOmi3XohcYWrFYeZJUWypZRc0s24GZ+0b122CaZsAAIAAbfCbxF4QXXSNXmCx&#10;YGR92mMnYzVtQmV+ZeZbhGe3aHdIkmm2auQ0F2sDbQEbZ2pNbiAAAIAActOaC1paZ1mLnl1DaWZ8&#10;T1/1a1xrzGJ+bTxaPGTibwlHd2b7cLwzK2gtci4aumeRcs8AAIAAd4OYUlb9cSaJ7loicl96rl0D&#10;c4dqeF+2dJ1ZCGJFdadGdWRxdqQyYWWFd3YaK2U7d7YAAIAAe5aWuFQFeuyIdVdde195SVpqe71p&#10;Hl0+fApYAl/qfFZFjmIofKQxrWMbfOUZsGNEfO4AAIAAfxKVZFGChLWHPFUBhGR4K1gxg/poFVsl&#10;g4JXDF3jgxJE1WAkgrkxGmD0goEZSGGlgqEAAIAAgACUUU9ojnOGP1MGjV93Q1ZPjCtnP1laivJW&#10;QlwridREK15uiOYwqV8UiFIY/GBNiEkAAIAAgACTgU24mBqFe1FtlkR2iFTFlElmkVfbklJVnVq3&#10;kJNDjFz6jy0wLF14jnwYuV85jO0AAIAAgACS9Ex3oZeE7VA3nwR191OTnERmB1armZlVJVmIl0lD&#10;LFvGlY0vyVwTlPsYWV5mkHYAAIAAgACRWGmsU2KDnmtMVy9082zwWsxlG26QXjdUEHAjYXhBrHGY&#10;ZIAtdXKlZwkT0XPGZ8cAAIAAceSPymXDXL6CU2fAX7dztmmhYolkA2tvZTdTGW0nZ8BA2G6uahos&#10;x2+SbAITYXDnbFIAAIAAdpWOS2IqZiCA3WRyaElyj2aMaldi6GiBbENSKWpWbhdAFmvrb8UsOWyl&#10;cRUTEm5dcQ8AAIAAerOMt17ob25/U2FocNdw/mOrciVhoWXGc1hQ/mfDdHg/G2ljdYArcWnrdkUS&#10;kmxHdgwAAIAAfkeLRVwMeLh98l61eWlvrWEgefxgYGNZenVQEGVseuY+R2cXe1Eq0Gdoe50SNGp6&#10;e28AAIAAgACKEVmgggh80lxqggduol7ygd9fZWFGgaBPJ2NngWQ9nWULgTsqTWUkgSwR5mj3gTsA&#10;AIAAgACJGVeZi09751p9ip5txV0Yibxell9/iMhOZGGuh+08+mNLh0Ip6WMnhv8Rs2ewhkMAAIAA&#10;gACIXFX2lIJ7MVjtkydtEVuVkY5d7F4Cj+pNv2A2jns8W2HOjXEpb2FujUkRgmaqimIAAIAAgACH&#10;2VS6nZl6qle9m59sglpnmVZdXlzSlwhNRV8DlRY7+mCPk9MpCV/vk2gRJGXvi5cAAIAAgACFMHGS&#10;U0B4anKWVvNqpXOzWnhbpXTYXclLXnX3YOc5l3cOY7slmXf5ZdcLunrEZgIAAIAAdcKDx23SXA53&#10;N28wXwNpgXCEYc5apXHNZHNKgnMGZu044XQiaSQlC3TIarYLjXf3aqoAAIAAeeGCcGpdZN110mwB&#10;ZxdoWG2DaTJZjW7uaylJmHBAbP84I3Febp4kgnG8b7ILZXWCb4oAAIAAfYCBDmczbbB0cGkMbzdn&#10;AGq2cKFYlWxAcfJIvW2ucyI3fW7MdCskF27hdMsLTnNedLMAAIAAgAB/umRydoBzSGZzd2Nl3Gg+&#10;eCJXYGndeMFHz2taeVQ2pGx4edMjbWw5ehULCnGbemUAAIAAgAB+oGIdf1lyN2Q5f5pk3GYbf61W&#10;cGfQf6NG9GlUf5g2Bmpff5gi92nKf6MK33AYf8cAAIAAgAB9vGAoiCZxXmJah8pkD2RMhzRVrmYN&#10;hoZGPWeYhes1cGiThYIipGekhYoKy27PhEMAAIAAgAB9Cl6RkOVws2DUj/ZjZGLQjrtVDGSUjWtF&#10;n2YejFA01GcKi6UiLmXYi+kKs23qhzwAAIAAgAB8i11XmZJwMl+omCBi22GllkpUhGNklGFFKWTl&#10;ktY0eGW+khshyWRikVEKa25khwsAAIAAgAB4/XnuUv5tBHpiVo9gDXsAWfZR13uwXSlCR3xoYB8w&#10;/31BYq4c4n5sZCMEhIDpZO0AAIAAeSB3s3ZgW0hr9XcoXi9fDnfyYO9Q/3i4Y4VBlHl9ZeYwdHpH&#10;Z+ociHsFaPEEm34pabIAAIAAfMB2fXMNY5dqsHQXZdRd/HUJZ/NP/HXqaetAuXa/a7gvxXd9bTUc&#10;EHfLbdYEnHvFbrkAAIAAf+91RHAFa99pc3E6bX1cunJPbv5PEHNFcGA/4nQucZovIXTfcpYbpnS6&#10;cuIEn3mxdCgAAIAAgAB0E21XdDdoS26wdTpbom/edh1OBXDndt4/PHHWd4wumXJ7eBIbWHHueCIE&#10;rXgZebMAAIAAgABzDmsYfJ5nb2yPfRNa2m3PfVpNMm7ifX4+am/OfZwuAHBSfb0a4W+IfcIEmHg8&#10;foIAAIAAgAByOmkzhPlmoWq+hORaFmwKhJFMeG0lhCI9um4Qg8Qtbm51g5camG2Ig94Emng4goMA&#10;AIAAgABxkmenjUZmAGlDjLFZeGqWi81L5Guwis49KGyTigYs3GzfiboaK2v2icwEmXg6gxwAAIAA&#10;gABxFWZxlY1lhGgalI5Y92lwkyJLZWqDkZ48vWtYkIAsimuFkF8Z0Gq0jogEbHiHgv0AAIAAgABs&#10;xYLZUnthgoLNVedVSIL0WSxHy4M5XD041oOhXwEn2YR4YSwS9Ia7YZUAAIM6Za4AAIAAfANrln+E&#10;Wk5gkH/BXSFUZoAHX9BHEIBVYlM4Q4C5ZJAndIFrZkQS14L7Zl8AAIEJamIAAIAAfzZqhHxTYiNf&#10;b3zLZF5Tdn0yZnxGLn2QaG43i334aicm6n6Ka2cSlH+Jaz8AAIAAb3oAAIAAgABpbXlmafheTnoE&#10;a6FSUXqFbS1FS3r3bpg2v3tob84mTHvbcKESOXyPcEgAAIAAdP4AAIAAgABoY3bVcdNdVHeQcvVR&#10;XXglc/VEUXiidNE2I3kLdY0lyHlgdgMR9Xn4dZ4AAIAAeeIAAIAAgABnc3SgecVccHV4emJQiHYe&#10;etVDmnadeyU1f3b/e2QlfXcfe5IR13e5e2AAAIAAfgkAAIAAgABmrnLIgbNby3O9gdtP9nRrgcVD&#10;C3TjgYw06XU5gWMk93UvgWQRqXXagYkAAIAAgAAAAIAAgABmEnFJiZpbNHJNiVVPYnMBiL1CgnN0&#10;iAU0Z3O7h4skcnOJh5sRS3RqhsEAAIAAgAAAAIAAgABlmHAWkYZavnEokOpO63Hgj9tCE3JLjrM0&#10;C3J+jgIkL3IhjjYREXM/ivAAAIAAgAAAAIAAgABgpoxvUZhWB4vtVNxKd4upV/09nIuVWuQvGovX&#10;XWUeCI0pXvoJgI5qXykAAIAAaWkAAIAAfnBfj4lSWP5VK4kRW7tJqojeXlU89YjEYLwuoYjuYsYd&#10;yYn5Y/gJpIqoY/0AAIAAbikAAIAAgABen4ZBYGNULYYxYphI14YXZK88L4YEZpYuBYYkaCkdYob1&#10;aP0Jo4dRaOsAAIAAc2QAAIAAgABdsINoZ8lTMoN3aXpH1YNxaw07Z4NqbHotVYOJbZwc44QkbhgJ&#10;hoRnbgwAAIAAeFsAAIAAgABcxoDobz1SToEScHFG9IEccYU6i4EVcm8swIEncy0cZ4GOc2MJYYHj&#10;c4oAAIAAfKwAAIAAgABb9H7HdsRRiH8Kd4VGPX8feBw53X8XeI4sI38UeOIcJX8oePEJWn+0eZkA&#10;AIAAgAAAAIAAgABbPHzwfj1Q131PfpJFmX1vfrQ5R31kfrcrm31Pfrob0X0kfsQJjX3SfzMAAIAA&#10;gAAAAIAAgABarHt5hctQdHv5hc5FRnwbhXg5BnvxhP0rb3u2hMMbjXtahRsJUnxcg98AAIAAgAAA&#10;AIAAgABaO3pKjWxQBXrXjStE2Xr/jG04p3rNi5IrJ3p1i0gbYnnZizIJTHsqhkkAAIAAgAAAAIAA&#10;gABUpZbcUD1KjJXxU1U/iZVPVkozJpUCWPokz5V3WxYS75hSW6gBgpSlXY0AAIAAbRQAAIAAgABT&#10;npP9Vz9JvJNEWeA+xZKnXF0yiJJEXpskZ5KIYE8S2JTnYJkB1JEKYmkAAIAAcfgAAIAAgABSy5EM&#10;Xj9I3JB5YGc+Co/sYm0x2I+HZDkj5I+vZYcSm5GkZY4CBo3LZ2cAAIAAduQAAIAAgABSAI5CZUBI&#10;Bo3IZvE9KI1LaIExL4zpaeEjVI0BatASSo6Tap0CH4rwbKQAAIAAezwAAIAAgABROYvIbFVHRItp&#10;bZY8a4r3brUwdIqPb54i44qKcD0R/ou+b+YCLYh4cloAAIAAfwYAAIAAgABQgomrc4BGmYlndFw7&#10;0oj9dQ0v6oiMdY8iaYhoddcR4okfdYgCRYZVeEoAAIAAgAAAAIAAgABP4ofieqlGDIe4ey07WIdU&#10;e3UvgIbVe5ciBIaTe6YRqIble4sCcISCfVcAAIAAgAAAAIAAgABPYIZjgcRFiIZSgfA62IX2gdcv&#10;DIVwgachm4URgaYRL4UYgcMCYYMRgXUAAIAAgAAAAIAAgABO+IU0iTNFWoVGiUA6uYTziL0vEIQ4&#10;iBQh7YODiBoR5IMdhyQC14G0gewAAIAAgAAAAIAAgABIWKJxTl8+36E8UUI0aaBnU/YoWaAoVk4Z&#10;w6FzV78Io6MbWGUAAJGUX+QAAIAAcHoAAIAAgABHR5/mVP49+J7sV3czeJ4aWcUnj52vW7wZRZ6h&#10;XNgIp59zXVkAAI7cZH4AAIAAdVEAAIAAgABGm50NW509NJwtXawywptvX44m25r5YSQYw5u9YeoI&#10;l5vOYlAAAIxDaVEAAIAAeakAAIAAgABGB5o8Yjo8hJlvY9wx9pi8ZVYmQJhHZosYR5jtZwYIgJhM&#10;Z18AAInebnwAAIAAfYAAAIAAgABFZJe4aOg73ZcMaikxXpZYa0AlqJXSbAoX+5ZMbEsIdZUPbK8A&#10;AIfGdC8AAIAAgAAAAIAAgABExZWTb747SpUKcKcw5JRbcV8lTJO+cdMXuJQAcdAIkpIpcmQAAIYQ&#10;eWcAAIAAgAAAAIAAgABEO5PCdpw6z5NadzkwgpKud5Yk+JIBd7wXaJIed5kIgo/SeJsAAISyfcoA&#10;AIAAgAAAAIAAgABDyZJBfZA6bZH2fe0wMpFPffgkw5CIfdoXQpBzfcgIUo3wfngAAINFgAAAAIAA&#10;gAAAAIAAgABDgJEEhMY6JZDOhPQv8ZAyhLMkmY9ZhGUXSo8FhIcIhYxZg1gAAIJxgAAAAIAAgAAA&#10;AIAAgACe+1PVTdWPyFcIUh2ABFoiVlBvXF0sWmNdpWAZXlFKv2K1YhE2cWRjZYEeX2OWZ/QBe32A&#10;axmc0U6FWAiOFFIuW29+hFWyXr5uCFkRYfJcb1xDZQZJq18HZ/Y1gGCYap8drWAybHYBi31kb8+a&#10;2kmsYj6MO03AZLl871GcZyJsilVBaXtbIFioa75IjVuKbeg0mlzzb9odDl1KcSQBmn1LdOKY6EU8&#10;bGSKa0mzbfl7Mk3Ub4hrH1G5cQ1Z2lVWcoVHflhOc/AzyFmFdTQcf1radgYBpn02eYuXCkE2dniI&#10;y0YKdzh5vkp5d/VpvU6PeKpY2FJceV5GnFVoehAzF1ZmerMcCljTeyoBsX0kfYiVZz2pgH6Ha0LU&#10;gGx4m0eLgFxow0vcgEtX70/GgD5F91LegEMykVOggFgbq1cpgKgBun0UgOWUCjqWinGGSkAPiYh3&#10;sUUGiKdoAUmJh9RXO02ThxVFXFCthnsyLlE1hiEbZ1XKhpIBwn0IgTCS9TgGlD+FZT3AknZ2+ULt&#10;kMRnbkeYjzVWuUu7jdZE3E7UjLYxw08YjBsbMVSvi8sByHz9gTSSMzYPnbSEvjvymwd2cUFCmIZn&#10;BEYJlktWbEo/lGNEpU1ZkuMxiU1eklAa91PPj/ABzXz1gTiTg1q+Te6FQ11hUiB2W1/9VjlmfWKK&#10;Wi9VgWT5XftDPWcXYY8vT2hAZLEWqml1ZlQAAIAAbdKReVWZV5mD1Vi7Wv51LVu2Xkplf16NYXZU&#10;o2ExZHhCgGNqZ0ouuWRdabcWTmZgatoAAIAAcrCPmlDkYUmCAlRtY9dzmVe5ZlBkAlrPaK9TVl2l&#10;avJBY1/xbRAt0WCdbtoVsWPgb4oAAIAAd2KNykyTauuAR1BzbKdx9VQBblZitFdSb/JSKVpZcXhA&#10;alyvcuctE10KdBgVOGG4dHMAAIAAe3aMHEiudIZ+xUzbdXtwklCtdmNhYFQsdzxRNFdceA0/lFm7&#10;eNQscVm6eXsU1V/neawAAIAAfvOKsUVIfht9hEm4fk1vek3EfnJgZlF2foxQTlS/fqk+9FcdftQr&#10;9VbAfwkUh15kf1gAAIAAgACJiEJbh558fkcGhw1ul0tEhm1fnk8ehc1PlFJ+hUM+WFTUhN8rm1RM&#10;hMQUVV2ihPoAAIAAgACIoT/wkP97skTKj61t4kkwjkpfAU0mjPNPA1CVi9A9y1LcivkrLVJHisYU&#10;Kl3riZsAAIAAgACH/z4Rmh57HEMMmBZtVkeKlfVehkuSk/JOoE8KkkU9glFFkR0q4VCtkRMT315p&#10;jUAAAIAAgACIHWHsTgx6w2QHUh1ssWYmVhddm2g5WexNVmouXZE7pGvaYO8n8myYY6kOk3DrZGgA&#10;AIAAcbSGJ1z5Vxt5SF+LWndrY2H+XbZce2RRYNNMWWZyY8M6zGgpZnUnQmiHaJQOQ24RaP8AAIAA&#10;dmiEblhiYEZ3tFtbYt9qLV4cZWNbXGCjZ8VLaWLoagM6C2ShbA0muWSSbZkOE2uHbcUAAIAAeouC&#10;u1QwaWl2F1d5a0JolVp0bQtaFF0wbrpKP1+gcEo5FGFVcbQl+WDIcr0NuGl4cs8AAIAAfiOBMlBr&#10;coh0qlP0c6pnQVcpdLlY1FoPdbJJXFyfdp04TF5Ld3ElZ12DeAkNfmkxeDoAAIAAgAB/600he6dz&#10;gFDhfBdmNlRHfG9X31dWfLVIe1n2fPk3sluQfUMk9lrMfYkNUml8fgkAAIAAgAB+4UpNhLRyjk48&#10;hHhlW1HKhBlXGFT4g7BHwFelg1k3GVkmgykkpliRg0QNPGmhgxMAAIAAgAB+E0f1jaVx0kwKjMNk&#10;qk+2i7JWd1L4ipxHJ1Wqibg2hFcKiSskN1bCiWINJWnIhzYAAIAAgAB9gkYglmdxSEpTlPJkH04R&#10;kzZV81FbkXpGulQLkBc2MVVPj1Ej31VQj2QM4Wo8iLUAAIAAgAB8lWlzThNwBmsNUfxiumy3VdJU&#10;YW5YWYNExm/dXPszj3ErYBMf1HGsYjkHM3e2YxAAAIAAdYZ6s2SyVpFunGa3Wdxhg2ipXQtTWGp9&#10;YBVD4mwhYuoy0m1lZWgfRG1PZwoHH3TqZ78AAIAAea15HWBFXyttF2KmYclgSWTaZE5SN2baZq9C&#10;8WiZaOQyEGnKas4eumlNa/cHDXQVbKUAAIAAfVJ3klwuZ9Nrml7aab5e5GFEa5dRO2NybVhCF2VL&#10;busxbWZlcEUeWGXecQEHDnQTcc4AAIAAgAB2I1iHcHhqXltvcb1dtV4Jcu1QAmBUdAFBLWJBdQAw&#10;mmM7ddYduGL7dj0G53RVd4QAAIAAgAB081VTeSFpQlhpecdcsFsrek5PEV2WerxAVF+JeyIwB2BY&#10;e4MdT2CJe7sG1nRyfOoAAIAAgABz/VKRgbloYFXPgcZb4VixgaZOUFsygXM/oF0mgU8vdV3EgUsd&#10;DF5+gYgG2HRvgWkAAIAAgABzPVBDijlnr1OjiblbNlaeiPhNs1kqiCc/B1sWh4Yu3lt8h0EcnVzk&#10;h8UG03R4hJ0AAIAAgABys05wkppnLVHtkaJasFT1kEtNL1eCjuI+mFlhjdIuilmUjXkcQFuejRkG&#10;nXTThHkAAIAAgABw0XFzTeJlBnKTUaRYeHPNVVVK0XUGWN47zXYtXCAq53dDXtkWnXgwYBYAp37m&#10;YloAAIAAeNpvD2zrVdxju25qWRNXX2/cXC5J6XE2XyE7DXJqYdAqUnNaZAMWQ3QJZNcAzn6kZyEA&#10;AIAAfIRtlminXfdiUmp4YJFWNmwjYxFI2G2dZWk6Jm7dZ4gpmm+faTcVx3B9aa0A4H6GbCoAAIAA&#10;f7xsNWS0Zhdg+GbEaBJU4micafdH3mo2a705RmuEbU0o8GwRboIVXW1ubqkA835lcZYAAIAAgABq&#10;42EjbkZfuGNmb6RTu2VkcO1GymcXchY4o2hucyIobWjDc+cVG2rJc9oBE34udx4AAIAAgABpxV4D&#10;doBeyGB2d1BS52KWd/9F9GRceJA3zWWjeREn2WWqeXgUrmiaeWcBEn4we/QAAIAAgABo3FtLfqtd&#10;7V3jfvRSG2AffwxFNmHyfws3G2MrfxMnR2Lefy8UcWa7f2YBJH4Tf/oAAIAAgABoJVkDhsBdRFu7&#10;ho9ReV4LhhdEoF/jhYk2iWEIhSkmtGBhhSYUBmVUhUQBMH3+gM4AAIAAgABnnlctjsZcxVoAjjNQ&#10;91xejTZEIl4yjCI2IF8/i2omZ15hi4kTsGQ4ifMBD341gLgAAIAAgABk43oMTVpZ3Hq4UPhOB3uI&#10;VIJBA3xkV90ydH1MWtshlH6AXQ0MzICgXXgAAIAAZZ0AAIAAe7RjRXXCVN9YqHbBWAJM/Xe6WwVA&#10;KnikXdgxyHmCYFMhHHpnYhEMtHysYj0AAIAAakgAAIAAfvRh8XGnXINXXXLuXxdL7nQSYZA/L3UP&#10;Y9cw+nXmZdAggXZ4Zx4MfHlBZxoAAIAAb1YAAIAAgABgsG3VZDJWG29RZjRKsHCXaB0+N3Gsad8w&#10;HnJ+a1kf1XKzbD8MMHZYbCAAAIAAdNEAAIAAgABfhGpca+hVA2wEbV9JpG1pbrw9LG6Lb/MveG9P&#10;cPkfS28dcYgL/nPQcW4AAIAAebIAAIAAgABedmdGc7JUBmkZdKRIvmqcdXQ8amvHdiIuz2x0drAf&#10;A2vbdv0L9HGZdx8AAIAAfdMAAIAAgABdmGSTe3hTS2aVe/NIG2gzfDo70mlffGIuM2nofIseemkd&#10;fKwL12/CfT0AAIAAgAAAAIAAgABc52JKgzJSpGRtg0FHfWYhgwc7Q2dMgrMtq2ezgood7GbqgrcL&#10;im5cgnsAAIAAgAAAAIAAgABcYmBtiuxSJmKqiqVG/2RuifU6zGWViS0tS2XYiMwdqGUmiSoLWW0+&#10;hqoAAIAAgAAAAIAAgABY84NcTGBOq4OWT91DhIQEUz43CoSaVmEovIWAWQIXVoeJWlwEcYfVW6IA&#10;AIAAaTUAAIAAfhpXeH9OU3xNhH/VVopCeYBgWXE2LIDxXBsoE4GxXkkW8YMzX0MEjYQIYG4AAIAA&#10;bfEAAIAAgABWSHtaWrNMVHwfXUBBe3zJX6o1Pn1fYdcnU34CY5EWa377ZC8EioC2ZVYAAIAAcyQA&#10;AIAAgABVK3eiYfVLMXiSY/1AVnlVZeQ0WHn3Z5omiHp/aOYV03r4aS8Ec33cam8AAIAAeCAAAIAA&#10;gABUGnQ5aUdKKXVSas4/VXYvbDYzYnbQbWwl4nc3blgVR3eEbl4EWntpb+MAAIAAfHIAAIAAgABT&#10;JnEscKtJQ3Jvcbs+hHNkcqYyoXQGc2clN3Q9c+sVBXSHc9MEYnlDdd8AAIAAgAAAAIAAgABSUW53&#10;eApIc2/neKk9xHD2eRox9XGWeWskoXGbeZ8UonImeYAEkHhKe3MAAIAAgAAAAIAAgABRpmwnf3RH&#10;723Mf7g9WG73f7ExqG+Jf40kZW9Sf4kUQnA6f7AEXHiigCcAAIAAgAAAAIAAgABRJWo/hvJHb2wB&#10;huk83G1BhngxOW3OhfMkEW1khdsUEG6khbgEUXi1gusAAIAAgAAAAIAAgABM742gStdDYI1qTjY4&#10;1Y2DUWksvY3/VEQeVY9fVlcMgJHdVvYAAImKXDQAAIAAbK0AAIAAgABLk4nLUZRCOInmVIs3tYoX&#10;V1ArxYp/Wb4dmYuYW2wMOY0VW9YAAIZOYN8AAIAAcY4AAIAAgABKhYX6WGdBHIZLWuk2vIaUXTwq&#10;14bzXzsc3IfUYIQL5IieYL8AAINUZboAAIAAdogAAIAAgABJjYJUX0dAF4LIYU81q4MjYysqAYOB&#10;ZL8cIIQxZasLiIS3ZcIAAICqat4AAIAAeusAAIAAgABIm37xZjw/J3+PZ840wn/+aTcpHoBPalcb&#10;lYDBavgLO4Fgav0AAIAAcHkAAIAAfr4AAIAAgABHunvibUw+TXywbnAz/n02b2gocX19cCIa+32m&#10;cGwLE36GcIcAAIAAdlUAAIAAgAAAAIAAgABG+HkxdF09lXotdR0zXHrLdacn5nsFdgMacnrndhMK&#10;1Hw2dmwAAIAAe0cAAIAAgAAAAIAAgABGT3bQe2w863gDe9AyvXi8e/gnXXjtfAAZ+niEe/sKbXpv&#10;fK0AAIAAf3gAAIAAgAAAAIAAgABF03Tbgrw8h3ZEguAyb3cggp8nOnc5gksaJHZyglsKzni1ggYA&#10;AIAAgAAAAIAAgAAAAIAAgABAmZlFSKs3spitS+Uto5iUTtQhqplRUTsSeZwyUlMDUpm+VGAAAISy&#10;X4oAAIAAcA0AAIAAgAA/N5W8TwQ2VJWOUdksLJWZVGIgS5ZAVmYRbpihVy8DCZUVWT8AAIGuZEAA&#10;AIAAdQEAAIAAgAA+QZIWVXg1OpIZV+ErHpI+WgIfOpLXW6AQoJTDXB8C0pDPXi4AAIAAaSMAAIAA&#10;eXQAAIAAgAA9b459W/00UI6fXfYqGI7VX6keZ49kYOgP/5DXYSoCqo0GYzoAAIAAblYAAIAAfVgA&#10;AIAAgAA8mosUYpozdItpZCYpRIutZXQdmYwiZksPp40QZmcCmYnFaIcAAIAAdAQAAIAAgAAAAIAA&#10;gAA7y4fyaV0ypoiHaoEokIjla2sdBolCa/EPP4mka9YCpocDbjAAAIAAeTsAAIAAgAAAAIAAgAA7&#10;FYUpcCkx9IX+cO8n+IZ3cXkcjYa/cbQO54aucYYCloTFdFMAAIAAfZgAAIAAgAAAAIAAgAA6fIK7&#10;dwoxXYPPd3wndoRld64cLoSXd6gOo4RJd5ICboMCeisAAIAAgAAAAIAAgAAAAIAAgAA6DYCqficw&#10;54H2fk8nC4KsfjEb44LMfgEOkYJcfi4CiYGIfv8AAIAAgAAAAIAAgAAAAIAAgAAAAP//AAD//wAA&#10;//8AAG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIA&#10;AAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/&#10;JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JE&#10;XEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLP&#10;Y+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uA&#10;yYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvW&#10;nMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte22&#10;2rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+&#10;0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6Zrq&#10;cetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAA&#10;AegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf&#10;1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+&#10;PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY&#10;3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTN&#10;dcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06Q&#10;PZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqH&#10;q3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDH&#10;lsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy&#10;5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAAC&#10;BQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAs&#10;ISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY7&#10;7TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeK&#10;WItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0&#10;oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/D&#10;kLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46s&#10;nK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvK&#10;zO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brq&#10;rOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZ&#10;A40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwf&#10;FyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjx&#10;OeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hU&#10;elVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6q&#10;b5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI&#10;6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JP&#10;oz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/&#10;EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G&#10;33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACA&#10;AOZPf85/WM2Zf6h+zbTaf5l+eZwUf6N+ZYNMf8Z+hWqFf/5+wFG/gGN/PTkAgRKAD/zFfnyLNOS1&#10;fmOJbMxAfl2HzLOafm6GZprYfpiFQ4IYftmET2lafy+DZ1Cuf6+CoTgUgHaB5vq8fTaWceL7fTCT&#10;ksrLfT6Qz7I6fWmOXpmTfayMLIDvfgeKImhOfnWIE0/BfwyGADdBf+iDrPjjfC6ht+FBfDOdv8kz&#10;fE2Z8LDCfIWWV5hFfN+TGn/LfU+P82dWfdGMtU7vfnyJTTaHf2eFXPc3e2OtA9+le2an68eqe4ej&#10;Cq9ge8meaZb4fCuZ+H6yfK+Vt2ZufUORQU4uff2MezXlfvSG7/W8esq4Vd4veseyFMZDeuSsFK4Z&#10;eyymYZXce5mg2n2kfCSbWWWVfMiVqE2CfZGPgTVbfpGIX/R3elLDqtzseka8MsUJel21Cqz5eqeu&#10;O5Tpex+nm3zZe7ag6GTYfGCZ3UztfTWSUDTofj2Jp/NjeffPAdvYeePGQMP6efK95Kv3ejq17JQC&#10;eriuJHwge1umQGRIfBCd5UxvfOqU4zSJffeKxfJ1ebTaWtrreZfQMsMPeZ/GlKsYeeO9apM7emS0&#10;ant3ew2rQGPCe8yhlkwJfK+XMzQ9fb6Ltu5TiNt+NteGh8R9wsCfhsN9cKmMheZ9VZJShSp9dXsH&#10;hIZ9xmPEg/F+NUyPg3h+6TWSgyiAAOw9h32Iy9YUhnCHQL9rhYOF46hjhLuEwZEehBuD33nUg5SD&#10;LWKcgx2CjUuSgsOCFjTYgpCBwep6hkeTZdR0hU2Q2r38hG+Oc6cLg8SMWI/tgzmKd3jKgsqIvWG2&#10;gmmHA0rNgiaFTDQzggeDb+jbhU+d/tLghF+adLx6g46XFKWrgueT6I60gnKRC3e7ghWOQWDWgceL&#10;ZEoYgZeIaDOigYuFBOdchIuooNFsg52kFbsQgtSfuqRbgjeblI2AgcKXlXa6gXiTu2AIgTmPskl1&#10;gRqLZTMkgR+Ge+YAg/GzS9AbgwSturnNgjqoWKMygaOjLYx7gTaeIHXIgO6ZFF9KgL6T20jkgK+O&#10;OjK5gMGHz+TVg3O9+M76goe3Vri1gbyw4qIvgSaqqIufgMSkinURgIOeVV6ngFSX0UhpgFOQ2TJg&#10;gHKI++PWgw7Ipc4FgiTA4rfGgVe5U6FKgL+x+orQgGGqu3RrgC6jXF4pgAeblUgCgAeTOzIXgDCJ&#10;/uMAgr3TVM03gdbKWbb6gQfBmqCIgG65E4ojgBGwonPaf+KoBl23f8ae/Uerf9CVVjHcf/uK194S&#10;keJ8sMjuj/F8Y7Oxjhh8Op47jGh8R4iNit58j3LFiWl9Cl0Rh/x9qEd7hpl+kzJRhTl/8dwqkLSG&#10;l8eUjsGFUrKSjPSEPJ02i1eDW4eOieSCtnHSiIiCPVwrhzOB2Ea5hemBojHLhKKBndqjj46QlcY5&#10;jaiOV7Fyi92MPpwVileKcIZ4iPiI2XDQh7WHaFtIhneF/EYFhUaEnzFUhBmDNNlCjpual8TYjL+X&#10;bLAHiweUa5rIiYKRpIVSiDmPHW/ZhwWMqFqDhdiKJkVvhLqHjzDsg6CEr9fujeGklMOHjAmgga66&#10;ilucm5mPiN6Y5IQ6h42VT27whmuR1VnOhUqONETohD2KWzCRgzWGC9a1jUuunMJci3epna2Zicqk&#10;xJiCiFKgF4NMhwibfm4aheGW4lkrhM6SHURzg9CM/zBFgtqHRNWnjNC4o8Fciv+ysKyhiVGs2peb&#10;h92nKoKGhpuhim13hXqb0FihhGKV0EQSg3OPbDAFgo2IVtTCjGrCpsCGip27sqvPiPG01JbRh3uu&#10;EoHOhj2nW2zjhSmgglg2hBaZTkPBgyeRnC/Rgk6JQdQEjBPMqb/Vik3EoKsfiKO8pZYnhy20voE3&#10;hfGs3mxnhOCk1VfUg9mcbUN4gvSThS+nghuKBc5Pmxt7gLqimFl7Uabvlax7RpMKkyd7c37okMZ7&#10;2mqojnV8d1aIjCJ9OUKWicJ+UC9Ch0J/4sydmg+E0rmBlzyDvqYGlJeC1ZI0kiCCJH4Tj9OBrWna&#10;jZiBY1XGi1mBMUH8iRGBNy7vhqaBestCmRGOIbhElkWMLqT5k52KWpEukTeI1X0gjvqHfWkCjNGG&#10;SlUOiqWFH0F0iHCECi6lhhuC+sohmB6XjrcYlWOUuaPLksmSAZAbkFePjHwdji2NUWggjBSLKVRY&#10;ifmI+UDyh9uGwS5lhZ+EXsj/l2ag9rYHlK2dRKKvkhuZv476j72WaXsgjYmTM2dRi3+QEVO+iW2M&#10;zUCKh12JYS4uhTSFocfsltiqYLT+lCKl16GukZKhcI4LjzmdMXpMjQmZAmaXiviUzlM2iPCQdEAw&#10;hu+L0y3/hNiGwcb7lmSzv7Qgk66uVqDXkR+pBY1Bjsij0XmejKGep2YKipOZY1LGiIKT4j/nho+O&#10;DS3YhIyHu8YulgO9GbNlk062xKAhkMCwfIySjmmqRHj+jEakEWWJikSdulJriDaXFj+qhkGQCy24&#10;hEyIkMWFla/GcbLNkvy/HJ+JkHK3xov+jh2wd3h7i/upKGUgif6hslIah/2Z7D9whhGRwi2fhBqJ&#10;QL8gpId6razJoPp6jZp/nXx6logUmh962HVylt57VmK0k6V8DFAqkFt86T3hjO5+ICxqiTt/072i&#10;o5yDcKvin/KCfJnOnHOBtYdumR+BJXTFle+A0mIKkseArk+Jj4+Apj1ujDWA3CxJiJeBWbyDoqmM&#10;NqrcnwaKbpjsm4WIz4aMmEGHdXPzlRyGUGFSkgOFUE7zjtmEWz0Ki5CDhSwsiAWCxLuCod2U7KnQ&#10;nkSSW5fZmsyP+YWVl36NwnMTlGSLzWCYkVSJ5k5mjjSH+jyyivuGECwTh4SEEbqloRqdw6jpnY6a&#10;ZZbnmiGXNIShltqUJnI8k6mRP1/mkKmOa03hjZSLfTxhim+Idiv9hxWFPbm8oI+mmqgenP2iaZYk&#10;mYyeYIPflkmaf3GIkyuWr19NkCKS2k12jRWO4zwiif6KtyvqhreGRbjtoCCvWqdgnIqqWJVumRql&#10;cYM1ldugqnD3ksSb617Xj7+XFU0ejKeSCzvwiZuMwCvbhmiHKrg3n8e4CabBnC2yJ5TWmLysWIKl&#10;lX6mnHBzkmug5F5tj3CbDEzXjFmU8zvHiUuOjCvPhiiH67egn3nAtKY+m9m53pRWmGqzDoIplTCs&#10;SnAIkiCliV4ajyqepEyZjCCXgTufiRyQFCvFhfSIibCdrih6Jp+Kqc16CY6OpX56G32AoUh6amxK&#10;nSF6+FsFmPB7wEoJlKB8sTlqkBF9/ynQixx/xK9crVKCZp7UqNmBgo4GpISA0Hz+oFCAWmu/nDKA&#10;Ilp9mA+AHUmNk8qANjkhj0uAkyngimuBOa53rGuKn54Cp/eI941So52He3xHn3OGR2sTm12FSFnp&#10;l0WEc0kakwuDrjjkjpuDECnuic+Cka20q5uSz50upzSQaoxzouOOMnt7nrGMNWpcmqOKcFlUlpKI&#10;wUiwkmCHEjivjf6Fbin6iUeDyaztqv2a9ZxqppaX1IuqokmU53q0nhmSLGmwmfmPg1jNlfKM+EhU&#10;kcWKVjiCjXGHpSoEiNGE4KxEqmKjN5vJpf2fUosLobCbmXoanYSYCGkjmWaUhVhWlVGRBUgCkTCN&#10;azhajPCJryoNiG6F1Kueqe+rXptEpYCmqIqOoS2iGHmdnQCdr2izmO+ZVFf9lOaU5UfFkLuQTTg+&#10;jIiLhyoUiByGpasGqZezaJrDpR+t2ooZoMqobHkxnJ6jH2hUmJOd21ewlJWYfEeTkGqS7DgqjDWN&#10;JSoZh9iHVKqDqUy7ZJpXpMm06Im0oHWuhXjVnE2oQWgHmEaiCVd4lEubtUdukC+VMzgXjAOOgioe&#10;h6OH46Lht/x5x5MBssx5o4M8rap5uHN1qJZ6EWOZo316rFO/nkh7g0RGmN98hjVKkxx95yd/jNl/&#10;tqHkty2BjZJ3seiAsILWrLyADHMRp6N/qGMroox/h1NYnV1/nkPxl/p/1jUskkSAVSe8jBmBHKE/&#10;tkaJQpHbsQmHsIJPq9iGTXKEpsKFOWKooa6EXFLrnIaDrkOllyqDFDUWkYOCqCfyi3CCYqC3tXKQ&#10;5pFEsD6OpYGpqxKMlXHspfKKxGIgoOeJLVKBm8aHsUNglnGGOjUFkNmE2ighit6DiKAstMeYh5C3&#10;r5KVlIEZqmmS2XFbpUyQT2GmoDON6VIjmxyLm0Mnlc6JQDT4kEOG5ChIimGEjZ+btEKgJZA3rwSc&#10;eYCjqdaZAnDupLqVvGFEn6SSiVHVmn6PVUL5lTiMFDTtj7+IwShpifeFbp8us7qnsI/WrnqjQIBJ&#10;qUyfA3CcpDWa8mD9nyWW7lGhmgKS20LWlKuOqjTlj0aKZiiFiaCGL563s1yvGY+NrgypzYAOqNKk&#10;tHBeo7GfzWDCnqWa+lFxmZqWEUK8lFSRBTTlju6L2iibiVmGz55Nswq2Z488ra6wNH/LqHOqMHAo&#10;o1ekZGCcnlCetFFbmUiY70K0lBCTDTTqjraNEiitiSCHUZXswf15f4cyu/J5UHiRtfh5Ymn8r/95&#10;wltnqet6aEzso6F7Tz7rnQ58YjGFlgV90yV0jm9/qZU8wSaA2IbRuxh/+XhFtRR/XGmurw9/B1sV&#10;qPN+/Eymoqd/LD69nBN/gDGTlRaAHyXcjZ2BAZTZwDKID4ZrujOGi3frtCuFO2lNriKEQVq8qAOD&#10;hExiobyC+j6amy2CiTGllECCSyY2jOaCOJSRv1CPLoYUuVSNCHeCs0+LGWjtrTyJbVpopyWIAkwl&#10;oOWGtT5+ml+FdDG4k4SEUyaEjEiDTpRCvpOWSIXGuJKTeXczsoqQ6miZrHqOk1olpliMZUv4oCeK&#10;VD5rmayIPDHLkuKGMybHi8KEQpPkvf2dXYV7t/CZ3Hb1seGWm2hmq9KTkln2pbWQpUvWn32NwT5f&#10;mQ2K0zHdklWH5ib+i1KFFZOJvYOkToU6t2igD3bEsVGcEGg/q0GYS1nYpS+UokvEnvyQ8T5YmION&#10;LTHskdyJZScsivWFxpNNvQGrE4UOtuWmCnansM2hRmgsqr+cv1nJpLOYUku6npGT1T5VmBmPRDH6&#10;kXGKrydRiqmGWpMAvKKxtYTytnSrv3afsFGmEmgnqjmguVnMpCybjkvHnhKWVz5ul7qRETIYkTCL&#10;xidvim6G0YmVzCR5cHv1xTZ5KG5mvmh5L2Dst455j1OQsHh6PEZpqQl7LjnaoTd8TC4GmNR9ySOk&#10;j+F/nIlJyyqAZXu/xGJ/dm4vvY5+1WC0tpx+iFNbr3B+i0ZJp/Z+0TnZoB1/PC5Dl8d/9CQzjvyA&#10;6YkzyhqHInuXw2qFoG4IvJOEV2CHtZWDcFM0rmGCy0Y2puqCYDnlnxeCEi6AltaB/CSwjjaCE4kv&#10;yR2NvnuJwmeLp23ou5CJz2BqtIiIQFMfrVyG+kYwpfCF1zn3niyExS65lgWD3SUbjY2DGokjyEKU&#10;UHuCwYCRmm3mup+PLmBfs5qNAlMdrGqLBUY6pRKJKjoRnWCHUS7ulVGFlSV1jP2EAIkJx4Sa2Ht7&#10;wLaXd23wuc2UZGB1ssmRlVMvq6SO50ZQpE2MSTovnK+Jqy8flLmHICXBjIWExYjsxuGhL3t2wAqd&#10;GG39uRqZVGCOshiV2lNLqwCSf0Zuo7WPJzpQnBmLyC9LlDmIeSX/jCKFaojNxlSnUHtxv3eidm4N&#10;uIKd+GCqsYCZylNrqnCVwkaPozmRtjpym6qNpC90k9GJoSYyi9KF84ixxdCtMntxvvGnh24lt/qi&#10;PWDSsPmdV1ObqfCYo0bDosWT7jqkm0uPNy+hk4eKliZai5OGYfLPe2N5sNvde7x50sSofBx6B60l&#10;fIN6XpVxfPd63X2tfXx7gmXwfhV8Pk5Eftl9NDbLf+l+ffCyebmEz9otejSDysMqerOC6KvPezuC&#10;MpQ0e9CBqnyIfHaBQmThfS6A401VfhCAnzYBfzqAaO7MeFmQAthqeOWN2sGfeXiL0qpeehmKEJLq&#10;esmIfXtke4uHBWPkfF+Fhkx9fVuD/jVMfpuCP+0GdzObMdaud8iX77/4eGiU2KjgeRmR8pGYeeGP&#10;VHpBeruMw2Lye6eKGku4fLmHRzStfgyD/etpdkemVdUbdt6iA75yd4Wd3qd3eEGZ7JBNeRaWHXko&#10;egaScmINewaOlksCfCyKbzQkfY2FneoEdZOxb9O/diesEb0eds2m16Y3d4+hz48veG6c5ngfeWmX&#10;/WE5enyS60pfe7KNbTOvfR+HF+jadQW8e9KddZW2Drv/djevuqUkdvuplI49d+SjjXdReOqdc2CB&#10;egaXDEnUe0uQMzNNfMKIaOfndJzHcdGwdSe/7rsQdcK4e6Q3doKxK41gd3Gp+HabeIOirl/yeaqa&#10;/EleevaSuzL8fHSJjOcndFXSQdD2dNnJm7pMdWrA/6NudiS4gIyidxOwFXX0eCuniF9qeVuejkj5&#10;erGU+jK8fDaKgeKZhBF4G82Ng4V4eLgcgw544aI4gqt5ZIwJglx6DHW8gh962V+AgfB7w0lVgeJ8&#10;7DN8ggR+deDhgo6CqcxcgheB5rcSgbOBP6EogWWAwYrpgSuAa3SggQmAOV5zgP6AGUh1gRWAHzLg&#10;gVqASd9RgUGNQcrBgNmLbrWWgIKJuJ/FgE2IPomygC6G8HOUgCmFvl2PgDWEike6gGSDWDJWgL+C&#10;B92/gCiXxcklf8eU9LQBf3ySQp5cf1CPuYh0f0uNbnKHf1yLMVy3f3+I40cTf8WGdDHdgDSDrNxE&#10;f0KiQcezfuKee7KafqCa0p0HfoCXSodBfoKT3XGJfqqQk1vvfuCNIEZ7fzmJbTF0f7qFMNr6fpCs&#10;vsZ0fjGoBLFjfe6jWJvjfdOexYY9fd+aSHCefgyV0Fs5flaRNkX0fsKMOzEbf1GGjtnofgK3MsVs&#10;faSxfrBcfV6rx5rkfUOmIYVefVqgkW/mfZKa8lqefeGVF0WBflyO0TDQfvmHw9kNfZfBmMSWfTq6&#10;4q9/fO20FpoGfM2tTYSRfOemm285fS2f11oafYeYw0UhfgiRKzCTfq+IzthmfUrL7sPufO7EJ67F&#10;fJi8NZlEfG+0O4PgfIisWG6mfNWkYFmsfTucFETTfciTPTBjfnSJrdLvjOt22b+Si3x3V6u9ii13&#10;3ZdfiP54fIKph+Z5Q23Rht56NFkYhd57RkR7hPF8oTBahBp+a9F1i5SAwb5kijWAPKqjiPR/0ZZa&#10;h9V/hoGvhtJ/ZWzoheN/Z1hAhP1/e0PMhCx/ui/ug26AKtAmilSKub0WiQWJNamDh8mHypU0hr+G&#10;k4CbhdCFg2vxhPmEkVdthCyDokMrg3eCvy+NgtSB0s7OiUKUpbu0h/iSN6gQhs6P4pPphcuNs392&#10;hPWLtGr6hDOJwlaqg3yHw0KdgtuFry85gkuDXc2BiGmehLpohyKbNKbJhgCX+pKyhQaU2X5khDGR&#10;zmoWg4WO2lX6gt6LxEIfglCIeS7xgdOExsxbh76oablMhnqkNqW0hVegCZGshGKb7X15g5WX32lH&#10;gumTzlVdglSPnEGygdiLFy6zgWyGC8tmhzOyRLhehfKtJ6THhM6n/5DJg9qi33yygxedymikgnOY&#10;oFTZgd2TPUFXgXKNfi6AgRaHJ8qghse8D7echYq2AaQAhGOv1ZAEg2qpoXv8gqqjd2gLghSdMlRp&#10;gYeWpUELgR6Ppy5WgM6IGsoKhnXFzbcDhTy+wKNZhBC3fY9ZgxKwJXtiglGo1GeNgcChaFQGgT+Z&#10;sEDFgOGRiC40gJWI5MO7lfh13rHKk7J2cp9vkZB3EIyUj5F3yXlcjal4qmX+i8t5uFLLiet66j/E&#10;iA18ay1phiR+YMJ8lMF/NLDQkoN+2J6EkG1+k4u2jnp+cniFjKJ+eWU1itl+pVIUiQ9+5z87h0d/&#10;Wy0rhXSADMFZk6KIf6+ikW+HQJ17j1qGEoqvjXeFG3eWi7CERGRlifyDilFoiEaC1z7BhpSCNiz0&#10;hNeBncBFkpOR2K58kGyPupxLjmWNqomnjH2Lx3aeisyKDWORiSmIYlDCh4eGrz5Qhe+E8izFhEuD&#10;EL8nkb6bJq10j5iYMZs8jZeVUYiLi8CSiXWoig6P12LFiICNNVAphu2Kdj3thWSHkCycg9KEYr4n&#10;kRukc6x2jvigq5pCjPic6IehiyWZNXTXiXiVi2ISh+eR3E+mhmKODj2ZhOuJ/ix5g2uFjr1OkJit&#10;rquljnipDZlzjHakYIbaiqSftnQoiP6bEmGFh3OWWE85hemRbD1VhIKMNSxcgxWGkryfkDG22ar6&#10;jhOxV5jDjBCrtYYtijmmB3OIiJagWmD/hxealE7bhZSUjj0bhCyOLixFgs6HcLwZj9+/96pyjca5&#10;hpgui8Cy24WWieWsF3MBiEGlU2CThsaedE6GhU+XVTzhg/OP3ywygpWIJ7UOnz11MqRjnCh1zpNi&#10;mTd2eoHxlmV3RXAsk6N4Ol5GkOF5XkydjhF6qDs2iyx8RCqtiB5+VLQHnil9/KOjmxR9t5KumCd9&#10;joFElVt9im9+kqR9sl2jj/J+AUwKjTJ+ajrUimB/Cyqdh2V/7rMdnReGvKKtmg2FoJHRlyCEoIBk&#10;lGKD0W6ykbmDKVzzjxmCn0t+jGmCHzp9iamBuyqPhsGBa7IpnCmPYqGqmSWNf5DClkGLvH97k36K&#10;FG3dkOSInFxFjlGHLUr9i7GFvDoxiQSESiqDhjGCyLFMm0uYH6DFmFGVdI/XlXaS4n6PkruQYm0X&#10;kBSN+1ugjZSLpUqFiwOJODnsiGyGsip5hbSEA7B0mqug2qAGl7CdZY8dlNKZ+n3OkhmWoWxij4CT&#10;UlsKjPyP/0obineMkTmwh++I8ipwhUqFGK+7mi6peZ9RlzWlOo5plFWg830lkZ2csmvOjwmYdVqT&#10;jImUJknFif2PrDmCh4SK+SpphPKGCK8hmc6x/p69ltSs643Uk/KnvnyTkTaiiGtIjqSdVFojjC6Y&#10;B0l6iaWShzlbhyuMxCpjhKqG0q6qmYG6dp5Gloi0gY1Uk6OuWXwSkOOoHGrXjlCh4VnLi92bjkk2&#10;iWGVCjkwhvKOSSpehHCHeKcBqLp0wZd+pNx1W4e4oR52DHebnXV24mc5mc535lbElhl5HEahkkV6&#10;eDbgjkR8Kigvif5+SKYyp8R9Cpbzo+B8z4c2oB18t3canHN8yWa1mNF9C1ZJlSd9eEY3kV5+ATao&#10;jW1+yChLiTh/0aV/pr+FPZYzouSEOoaNnx6DWHZqm3yCrGYUl+OCKlXBlEeBykXRkIyBejZ4jKuB&#10;TChkiIqBO6TGpc+NW5VmofyLnoWxnj6KAHWqmpmIjmVnlw6HRlU3k32GEEVxj9CE2zZMi/+Dryh6&#10;h/KChaQEpRGVapSmoT+S+ITunYWQpXTnmeOOcWTIlkqMSlS5ksiKO0UdjyWIGDYoi2SF6iiNh3CD&#10;q6NjpGOdj5QHoJiaYIRPnN6XQ3ROmTyUOWQ8laaRN1RKkhmOOETUjoOLJzYIitmH9SichwGErKLP&#10;o+WllpOKoBehpIPUnFadtHPPmK+ZzmPGlSKV8lPtkZ+SCUSXjgKOADXvimeJzyiphqaFiaJOo4it&#10;epMRn7eowINdm/Kj9XNdmEafK2NflLqaZ1OYkUGVkERgjaeQljXbiguLbii0hluGQqHooz+1SJKu&#10;n2qvuIL2m6Gp/3L4l/KkPmMJlGWeh1NXkO6Yv0QzjV+S1zXEic+Myii8hh+G2Zmssmx0aYs8rcd0&#10;+nydqTp1rW2+pLN2jF6woBp3nU+im2B44kD+lnZ6TzLckUR8FCX2i7d+PJkasYt8PIrlrNx8AXxK&#10;qEJ79G1po7F8GF5Wnxd8ck9RmmN8+0C/lYB9ozLRkFt+jCY8iuN/tpihsImD6opdq+KC9nvSp0KC&#10;KmzoorSBnV3hniCBPk7zmXeBBkCClJ+A4jLHj4qA5yZ6iimBEJgir5aLe4nJqvSJ23suplqIYmxZ&#10;oceHG11inT+GA06SmKGFAUBHk9SEBjK/jtKDHyaviYiCR5eYrs6TA4k8qi+QunqcpZeOl2vHoQaM&#10;llztnHWKsU46l+SI4UATkyGHBzK4ji6FLybciP6DW5cQrjWahoi+qZOXkHojpPeUtGtVoGWR9FyH&#10;m9SPQk3wlzWMkT/qkn2J2DKzjZ6HECcCiIqES5arraWh8IhaqQaeRXnCpGqaqGr5n9iXHVw4m0qT&#10;mU24lq6QCz/NkeaMajKwjRyIuichiCqFF5ZHrUapN4gaqKCkzHmGo/WgWWq1n1Gb8Vv1msKXmU1+&#10;ljqTOD+rkYOOwTKvjLuKMic7h9yFwpX0rPywYYfQqE2rKXk9o5yl1GpxnvWghlu/mmWbUU1ald6W&#10;FD+YkTSQxzKvjHmLbCdPh52GTI0RvFJ0HH+ituN0oHIWsYR1UWRkrBd2N1acpn93VEjroK54qzu8&#10;mph6Ki8wlCN8AiQBjUl+MIy/u3h7gn99tgF7QnHwsI17O2Q5qw17b1ZtpWx730jGn518hTurmYt9&#10;TC9SkyN+VyRujGR/noyEum6Csn8utP+Bx3Gpr4SBDGPpqgKAmlYmpGOAXUiUnpyATTuYmJWAVC9w&#10;kj+AjCTNi52A6YxBuWyJvn7VtAGINXE/roqG2mOOqQKFulXXo26E0EhfnbKEATuFl7eDPy+KkXWC&#10;nCUfivGCEYvvuJWQvn6CsyqOmHDnrbKMoGMyqCuK0lWUopCJKEgxnOOHmDt2lvSGBi+ikMaEgyVk&#10;il+DFYuXt/GXuH40sn+U8HChrQGSS2Lzp3iPyVVbod6NXkgOnCmK/ztqlkeInC+2kC2GPCWfieSD&#10;9otFt3CejH3zsfebG3BprG+XvmK/puCUf1UwoUyRVkf0m5yOKztlla+K9y/Ij6iHwyXOiX+EtIsQ&#10;tvalMn3FsXyhD3A/q/Gc9mKbpl+Y81UQoM2VA0famymRDTtclTyNEC/ZjzWJEyX1iS2FUorUtqar&#10;vX2xsR6m03Axq4Gh2mKFpduc+lUCoD+YQ0fZmqGTkDtqlNOO3i/wjuuKLyYUiOuF0YENxmRz9nSK&#10;wDR0ZGf+ugV1C1tps6x1807crQd3GkKCpgt4fzbDnrR6DivKluV79SJFjrZ+JYEHxX96+XSZv096&#10;p2gEuQZ6nltnspF6207Yq9x7XkKLpNx8HTbjnYd9ACwalcl+KiLXjcB/h4EQxGCBsHSHvjuAwWfw&#10;t+yADVtKsW1/sU7DqrZ/kEKJo75/pTb+nHR/1ixglM2AOyNVjOqAxYEPw0SIN3RwvSCGumfGttKF&#10;dFspsFCEdE6sqaKDtEKForeDFTcWm32Ciiyek/CCJSPAjDOB34D7wlOOr3RbvCqMo2ewtdeKz1sM&#10;r1aJLU6gqKaHuUKJoc2GZTcvmqSFGCzWkzCD5iQci5iC1oDcwZSVH3RLu2CSfmeqtQSQCVsNroGN&#10;wk6gp9aLmEKUoPyJgzdKmeaHdS0HkoyFeyRoixaDqoC9wPmbYnRAurqYI2eqtFOVBVsTrc6SEE6p&#10;pyuPNUKkoFqMZDdlmUOJly0zkgGG3SSniqyEXICfwH6hcnQ5ujOdjGevs8KZu1scrTWWDk6zppeS&#10;gUKyn9eO+jd8mMqLeS1YkZCIDiTailWE74CHwBmnUHQ4ucCis2e6s0SeHlstrLKZtE7JphWVckLP&#10;n12RPTeamGONEy14kT2JCCUCihGFZea3drFzaNFVd5N0S7uGeHB1NKU6eUh2Ko6heiR3OXfvew94&#10;ZWFPfA95qkrPfT17KDSvfrt8/+S1dNd+c8+zdeF+K7oPduB9+qPtd9t9541weNt99Hbaeep+GmBT&#10;ew5+Skn3fF9+ljQGfft+/OLlc02Jis3xdGmIGriFdX+GxKJ9dpWFqIwrd7OEr3W/eOKDy19keiaC&#10;4kk0e5WB9TNwfUyA5OEocfyUjcwzcyOSCLbUdEaPpaD9dXGNa4rYdqyLanSgd/eJc159eVeHaUiA&#10;euGFPDLsfK+Cst+UcOifesqmchOb87VLc0GYiJ+MdHiVQomPdcSSF3OLdyqPCl2ieKKL1UfbekOI&#10;XzJ6fCSEXt5BcBOqVclZcT+l17QCcm6hYZ5Oc6ydBohwdQSYwHKHdneUfFzXeAaQGEdGebyLVjIZ&#10;e62F490rb221GchKcJivpbLvccKqIJ1BcwKkqYd/dGWfR3G7deaZ1Vwnd4GUJUbIeUqOFTHJe0eH&#10;O9xSbvO/usd2cBu5TbIRcT6ytpxccnmsGYakc+GljnEDdXCe8luadxiYAEZceOuQlDGGevOIZtuz&#10;bqXKI8bab8bCsrFhcN27Apuccg6zO4Xqc3WrfnBgdQqjp1sTdr2bd0X3eJySxjFReq+JYdcgfxVy&#10;GsOafxlzOa+Afyh0TprJf0B1aIWqf2R2l3Bif5Z35Vszf9h5TkYegD569TF+gN58/dWjfWZ8mcJy&#10;fYt8mq5ofbN8o5m4feJ8wYSefh58+29pfm19T1pRftF9skVmf11+NzEAgCF+5NQje/OHFMDXfCiG&#10;BKztfGCFAphSfKmEKINlfQGDa25cfXCCwllxffGCGES4fpiBcDCRf3WAtNKeerKRdL9Eeu+Paatg&#10;ezWNbpb1e4yLjIIufAGJ1G1VfImIJViffSWGZkQdfeeEizAvftyCZ9Eueaibxr3deeqYzan+ejmV&#10;3ZWiep2S/IEFex2QLWxbe8CNdFfdfHOKl0OQfUyHgS/aflWD98/5eNmmEryseR2iMKjSeW2eQpSD&#10;ediaWoACemSWfWt3exCSnFcte9mOnkMTfMiKSS+SfeKFYc79eDWwTLuzeHqrfafXeMemjJOOeTSh&#10;lH8necucpmrBeoSXpVaYe1aSbUKrfFeM2S9XfYGGn845d7y6aLrveAC0qqcIeEeurpK8eK+om35h&#10;eUuijmoZehOcbVYYevGWBEJSe/qPKS8mfTCHsc2vd2rEXrpcd6y9pqZfd+i2lJIIeEWvWn25eOCo&#10;JGmJea+g1lWkepqZPEH/e7CRLi7/fO+IlcgJh9JxBbY6huhyRqO3hh9zdpB2hW90p3zBhM518Gjf&#10;hDt3XFUlg7F46kGHg0N6vC57gvl8+cbchkd65bU0hX57H6KnhMl7Wo90hCl7pXvNg5t8CmgBgyF8&#10;i1RfgrR9IEDugmZ93C4ngjp+y8WzhOGEyrQAhC2EAqGig4GDQo5agvWCnnrFgnmCGmcbgheBrFOf&#10;gcqBREBhgZ2A5i3egY6Ag8Rag6WOjrKZgvSM5KAiglmLPI0MgdyJp3mfgX+INmYngTiGzlLigQOF&#10;Xj/egO6D2C2dgPaCHsMOgqSYQLFOgfaVvp7ggWWTNovbgPKQsHiVgJ6ONmVLgHGL01I7gFGJUj9t&#10;gFOGoC1mgHGDlcH1gduh9bA7gTKem53SgKKbJIrbgDSXpHewf+mUKWSIf8CQrlGpf7eNGz8Jf86J&#10;Oi03f/+E5MESgT2rm69ZgJinYpztgASi9on5f5eecXbnf1eZ8mPlfzqVZVEufzOQrT63f16LnS0Q&#10;f6CGCcBkgMa1Kq6mgCWwDZwtf4uqoYk2fxalCXYyftmfeGNHfsyZ11C4ftKUAD5wfwKNwizwf1GH&#10;BL/tgHS+oa4ef9W4mJuKfzGyGoiJfq+rX3WWfm+kr2LKfmmd8lBbfn2W/D4yfruPnSzXfxKH1bl3&#10;kK5wRqkSjuZxkpf4jUxy0IYei9R0EXPRiml1bmFaiQd28k8Zh6V4mz0DhlB6jyumhQd887h+j0R5&#10;lagsjZx56pcFjBR6Q4U3iqd6rnL3iUp7NmCVh/x73U5shrB8mjyJhXV9iCt+hEN+srd6jfmCy6cE&#10;jGOCP5X7iuGBtoQsiYWBS3ILiDuA+V/NhwSAvk3MhdCAjDwdhK6Aaitag5OAVLZojMWMAKXbizmK&#10;nZTDiciJNoMmiHCH6XEahz2Gtl8GhhqFj000hP+EYju7g/mDLCs6gvmB17VOi8yVJqTXikOS9pO7&#10;iNmQwYISh4+Oj3AshmSMaF4+hVuKT0yghFKIHTthg16FyCsggnODNrRaiw2eSaPgiYmbTZLIiCCY&#10;OYEthtuVHG9ghbaSAV2UhK2O4Uwkg7eLqTsVgtmINCsJggCEbbOSinanVaMYiPejh5H/h4yfjIBq&#10;hkabfG6yhSmXal0JhCmTRku/gzKO+jrYgmaKaCr2gaGFfLL2igKwSKJ3iIirpJFUhxmmuX/Ahcyh&#10;pm4UhLGckVyAg8CXZ0tdgtKSCzqiggiMXirngVKGYrKIia65IaH6iDizn5DChsKts38phWynj22O&#10;hE6halwWg2GbMEsJgoGUxDprgcSOCyragROHH6tamcBvu5wjlytxCoxOlMdyUXvSkoFzomrrkEN1&#10;EVnfjgJ2qUkai7Z4ZjiaiWR6cykGhwN87KqTmH94gZtxlgF454uPk6d5WHsakWV53mo6jy96hFlB&#10;jP57S0iUisJ8LDhIiIR9QikHhjV+manDl0OBLJp/lNiAvoqykoKAXno6kE+AGmlyjil/81iZjAt/&#10;5UgSieN/4jf+h7p/+SkIhX+AJ6jVliuJtJmAk8WIh4mlkXqHZXlbj0iGT2injTaFWVf3iyqEa0ee&#10;iRaDfTe/hwOCjikJhN+Bk6f2lSuSS5ibktCQXYi9kI+OcXh0jmaMhGfvjE+KpldgilmI1Uc1iFiG&#10;8jeIhl2E+SkKhFWC3KcqlHKa35flkhqYMYgLj9eVcHe3jbCSqWc8i6OP5FbQia2NHUbPh7yKQTdR&#10;hdSHOCkKg+CD/qZ/k+GjU5c2kY+f44daj0mcSXcOjSCYnWanixmU7lZYiSmRMUZ+hzWNUjcohV6J&#10;PikLg3+E96X3k3SrpZaqkSWnbIbHjtui8nZ9jKueVGYgiqaZslXliMGU/EYvhtKQIDcFhP2LCCkL&#10;gy+FyqWVkyOz3pY8kNeu1oZJjoepanX8jE6jymWvikSeJ1WNiGKYc0XrhoGSmTbbhLmMiykLgu+G&#10;d53NowtvW4+ln7Vwo4D5nItx7nHCmXNzSmI0llN0x1KRkyN2cENKj9h4PjRojHF6XyaiiOF85J02&#10;ofR3o48nnqp4DoBwm314jXE8mGB5J2GzlUJ55lIfkhx6y0Lvjt17zDRBi4Z9BibLiAh+gJyZoMl/&#10;xI5qnY5/aX/HmmB/InCOl0x/AGEZlDp+/1GikSR/GkKVjfZ/RjQdirJ/kibwh0h/+5vin7KHxo2d&#10;nH6Gt37qmVuFuG/VlkmE1GBzk0iEDlEgkEODWEI+jSaCpDP7ifWB+ycPhqGBVJsins+PtIzhm56N&#10;+X4smICMSG8UlXOKo1/fkmuJBFCrj3iHeEH0jGmF3jPgiUyEOScqhhGCiZqFngiXsYxCmuKVRH2N&#10;l8aSzm5+lLeQVF9XkbKN3VBIjriLaEG1i7qI5zPJiLWGSCdAhZiDl5n8nXmfj4vMmlacbn0WlzKZ&#10;KW3/lByV1F7dkR6Sg0/pji6PKUF8iyyLuDO0iDmIIydThTOEfpmMnRGnRItame+jaXyflsWfUG2L&#10;k6abGV5zkKiW5E+OjcKSokFBisWORzOih9SJxCdihOGFQJk4nMSu2or/mZ+qPHw5lm6lQG0kk0ig&#10;GV4akEaa9U9KjWGVxkEQinGQgjOLh46LISduhKCF35DurI5vBYO3qH5wQnYepI1xjmgboJpy9Fna&#10;nIp0f0uYmFd2OT3Kk/l4GjCDj2V6TiSBipl825CFq5t22oNsp4l3Q3XKo4d3y2fJn4V4eFmKm3F5&#10;UEtXl0R6Uj2dku97cjCIjmp80CTQibF+aJAbqnl+eYLmpnJ+KXVVomt99mdNnmx981kfmmB+FUsF&#10;lkF+Wj1tkfp+sjCLjYh/MyUViOZ/04+aqWCF8IJQpV6E+3SvoV+EHWbEnWGDZFimmWWCz0qslVSC&#10;TT07kR2B1TCKjL+BcSVRiDaBG48PqHaNWIHCpHmLw3QboH+KP2YxnIOIzVg3mIOHcUpZlIOGJT0O&#10;kFmE1DCKjA6DhiWEh5+CPY6Op8OUuYFHo8mSg3Okn8uQS2W9m82OG1fQl82L8koWk8KJzDzsj6aH&#10;ozCMi3KFbCWuhyGDOo4tpySb+4DiozCZHnM+nzGWK2VbmzKTMld8lzWQOkndky2NPDzXjwSKMzCP&#10;iueHHCXShriEEY3Xpr2jGYCtosefkXMGnrib0mUXmqKX+1c3lqCULkmdkqyQXzyvjpWMhjCQinyI&#10;mCXuhmOExY2TpnKqEoBqonKl1XK+nlmhP2TOmj2ch1b6ljeX30lxkkSTNzyWjjqOijCMijGJ1CYF&#10;hh+FV4S7tkZuqnhhsYNv2mvGrMhxJl7pp+9yllHrot90MUUEnZN1/zinmAx39Sz0kjh6PSKijCd8&#10;0oSBtW52FnhKsJl2eGurq753CF7Nps13x1HQobN4uET1nGt52Tislut7Gy0lkSd8nSMVizB+U4RM&#10;tE19O3f6r3188Wtoqpp8zl6FpaV86FGUoJB9L0TQm1V9njimleJ+Ji1OkDN+2yN4ilh/r4QDsyiE&#10;LnebrlyDTWr5qX6CjV4tpIuB/FFKn4OBmESimlaBTTiblPSBES1vj1uA8iPNiZ6A54OtsjCLEXdD&#10;rWiJnmqcqI2IRl3Mo5qHBlEInpCF50R2mXSE3jiQlCCD2C2Mjp6C4CQWiP+B+4NZsXWR7Hb3rKuP&#10;5mpTp8qN5V2GotSL81DLncuKE0RTmKmIQDiIk2SGby2kjfiEoSRSiHqC6IMPsOWYnna6rBaWAGoa&#10;pyuTUF1Ooi+QolCXnSqOA0Q2mA2LaDiHkr+IzC26jWmGLySEiA2DsoLesGmfHnaMq5ib4WnrpqeY&#10;fF0goaaVDVBunKCRqkQRl5CORjh6kkKK5i3PjO+HhySth7SEWYKusBylgnaFqzuhoGngpjWdaV0D&#10;oRuZGVBYnAmU60QMlv2QyjiDkc+MtS3ijJuIpiTNh22E4XkawDBuZW19ustvgGHOtUpwx1YKr4By&#10;PUpHqVxz5j64ouF1yTPKnBd31CmolO16MSD6jZF8yXkOv2l1b22XueR1wWHntDN2UVYirkd3Hkpf&#10;qBR4Jz7boZt5ZzQBmth6yyoGk8J8cSGNjIh+PnkQvj58Hm2BuLl7z2HWsv97tVYMrQl76UpVpth8&#10;Uj7moGp87DQombV9oypVkrl+iyIMi6N/jnkDvQOCkG1ct4GBuWGhscmBD1Xnq9eAoko8pbGAbT7l&#10;n1KAWDRFmLCAWSqYkc+AfiJ5it+AuXjnu/WI7W0/tnOHlWGAsLqGYVW/qsmFUUotpKWEaz7mnlmD&#10;pjRgl8mC6irSkQKCSCLWijiBv3jGuyaPRG0ttZmNZ2F0r9iLmVW0qeWJ40oio8WIRz7snXmGwzR6&#10;lv2FSysFkFKD5SMjiayCoHiouoWVbG0ktOmTBmFwrxyQllWwqSWOMkogow2L5T70nMqJpjSTlk6H&#10;cSsyj72FUSNiiTqDXXiOug2bYW0itF2YamFzroGVUFWxqIOSNkocom6PND71nDuMPzSklcmJWStW&#10;j0KGiSOViN2D+nh7ubShJm0ns+qdkWF8rf6ZwFW2p/iV6EokoeOSLz8Fm7iOiTS0lVmK9yttjuiH&#10;iSO+iJOEedqlcfBtKsamc1FuxLIrdKRwV50gdepx6Ye0dzBziXImeIV1Qly1efN3FUdte5R5IzKt&#10;fYp7k9i2b9t4GcUXcWt4ibDGcuN5BZvkdE95koaUdb56NHEidz1661vMeNR7r0atep58lDIlfLl9&#10;pNbvbhiDBcNbb7+CUa9EcVSBrpp7ct6BNYVXdG+A13ASdhSAilrqd9GAPUX9eb9/9DGte/t/ndU0&#10;bI+Nz8GdbkWMDa2Sb+yKY5kAcZGI1oQJc0OHdW77dQqGHFoPdumEtkVaePiDODFEe1GBetOia0eY&#10;fcASbQiVxawKbr2TG5eMcHKQhYLIcjuOBW3tdCGLnFk/dh6JFETFeEqGWDDperyDMtJYakmjGL7P&#10;bA+fdqrIbcmbyJZUb4iYI4GrcV+UjGz0c1aQ9liAdW+NR0Q/d7WJSjCcejuEwdFQaYGtl73La0mp&#10;Dam/bQKkWJVNbsWfnYC+cKqa7mwtcrKWMlfddNqRQ0PPdzaMBDBbec+GItCIaO+37L0Garayd6jr&#10;bGisuZRxbiem3n/pcBShDWt4ciubLVdVdGSVCENvds6OezAneXWHU8/+aJDCA7x8alO7lKhIa/e0&#10;xJO7ba2tx384b5imzWrecbifv1bSc/2YZ0MPdnaQoi/9eSyIU8vEehlsJLmXep5t8qa9eyhvqJMs&#10;e7ZxVH8ifExzDGrqfPF031bWfat20ELpfo95AC+af7d7mMpgeC92i7h9eOB3PKWteYh36ZInejB4&#10;nX4oeuJ5ZGoGe6l6QlYOfIl7MkJOfZd8SS85fud9k8jodoKA3bbld0mAgaQ5eAeAKpDHeMx/6nz2&#10;eZ9/v2kDeot/plU6e41/kEGyfLx/gy7jfit/c8dkdQ2LC7VTdeGJvKKrdrCIcI9wd4mHMHvFeH2G&#10;EGgEeYeE9lR0eqmD00Eme/mCnS6YfYSBNcX5c9OVJ7PwdLCS8qFLdY6Qto4edneOfXqmd3uMT2cU&#10;eKSKMVO9eeGH90Cpe02FkC5YfPKC0sTOctyfObLHc7+cJKAmdKGY8Y0EdZSVtnmndqeSfmY6d92P&#10;Q1MYeTWL8EA6erqIVS4hfHWERsPdchqpMrHXcwClOp8zc+GhC4wWdNicx3jRdfiYhGWJdz6UMFKO&#10;eKKPrj/eej6K4C30fAuFjcMncYmzBbEdcm+uKJ5rc0uo+ItMdD+jn3gQdWaeRmTldr2Y2lIUeDGT&#10;MT+PediNKi3Oe7SGpsKucSq8pbCWcgy22Z3NctywnIqhc8aqJ3dvdO2jrmRddkydIVGid86WUz89&#10;eYWPJC2xe26HkL1ggntrUqzdgh5tP5uJgdxvC4lega5wyHatgYxylGPIgXh0f1ERgXJ2iz6HgY14&#10;3Syzgdh7m7xJgLZ1G6vJgId2AJpjgF922ohLgEZ3tnWygDt4omLugER5p1BbgF16wT4EgJp8BCx5&#10;gQZ9gLsmfxd+2aqMfwZ+xplYfvF+sIc2fu9+o3S5fvt+q2IcfyB+xU+0f1p+5j2Qf7x/FCxGgEl/&#10;SbnTfa2IdKk2faWHhZfmfaSGioX3fbSFkXOdfeGEr2EwfiWD1E7/fnuC9D0afvqCBCwZf6KA8riS&#10;fH+R/Kf2fH+QOZarfIuOYITMfKqMe3KifOSKnGBefUWIyE5ifbWG3jy2fk+EzCvyfxGCdreGe5Ob&#10;gabse5qY6pWme6mWJ4PSe9CTT3HBfBaQc1+jfICNkk3YfQqKmzxdfbyHYyvSfpWD0Lavetik7qYS&#10;euShf5TJevKdzYL7exuZ93EAe26WHV8Ge+aSMU1lfHiOHjwVfUCJwiu3fi2E/rYMekuuOKVmelqp&#10;7ZQRemSlRIJDeoigZnBTeuGbgl5we2uWikz2fAqRYDvWfNuL4CugfdeGAbWheey3V6TmefyyKpN6&#10;efqsfYGkehSmjG/CemuglF35evuaiEyWe6qURjuTfIuNsSuPfZOG169miztqsqBOifRsqJBZiOBu&#10;fn+Dh+5wR24phwdyI1yghil0I0tXhVF2STpAhJB4uyn7g+x7nK6KiZJz6p9qiH906Y9dh4R13H6U&#10;hp921G1Phch34VvjhQB5CUq5hEF6SjnZg517uynngxN9ba2TiAp8/55IhxN9I45bhiV9Pn2RhVZ9&#10;YmxvhJR9mVssg+Z95Uotg0R+OzmCgr9+pCnWglJ/IKyChqWGC50ohbqFYI0phOGEoXyYhB6D52uW&#10;g3GDRFqEgtuCqUmxgliCDTk1gfaBaSnGgaiAsatjhX+O/pwshJqNlIwvg82MC3uMgxaKcWqtgnqI&#10;3Fm/ggOHVUkjgZaFvDjmgUqEBCm5gRaCHKp2hJ2X8Zs5g8CVwIs/gvWTXnqvgkOQ3WnogbGOWFki&#10;gT6L00izgOmJPTikgLaGbymugJiDX6m2g+qgx5p2gxWdzYp7gkiainnugZeXGWk5gQ6To1iYgKeQ&#10;IkhZgFSMgzhvgDiIoimlgDCEd6klg2SpgJnbgpWluInUgcOhinlIgQmdHGifgIOYqlgMgC6UKEfz&#10;f+mPhjhBf9KKlymef9uFZajEgwayF5lkgjytfYlFgWCoVXizgJii3GgegA6dYleof76X3Ueof4mS&#10;NDgSf4OMQymYf5aGKaHllBRqTpPvkgJsP4UtkC1uGHWcjnZv7GWXjMFx1VVtiwlz5kWWiUx2HjYJ&#10;h5d4pid2hel7m6E1kppzAZM+kLV0CIRlju51C3TgjTp2GWTqi413P1TaieZ4hUUfiD155jXHhp97&#10;fieIhQh9WaBskSl7jZJJj2B7xYOGjaN7/nQBi/98RWQoimR8o1Q8iNV9GESqh0R9nDWMhcB+PCeX&#10;hEB+9596j9uD75FIjhmDcoJ0jG6C7nMkitKCamNkiVCB+1Olh9iBlkRDhl+BNDVZhPeA1Sekg5GA&#10;cp6VjrSMWJBcjP+LI4GLi1+J23JAic+IhWK1iFCHNlMZhvGF80PkhZGEpDUshEODQyewgvqByJ3N&#10;jdqUv4+ojC6S04Daio6QvXGFiQCOjmIFh4uMXFKQhjCKKkOFhOSH6jT9g6yFgie6gnqC9Z0pjS+d&#10;Ao78i4qaW4AtieiXcnDeiFmUYmFwhuyRTFIahZmOK0M8hE2K8jTbgyuHiSfCghCD+JypjK+lHI51&#10;ixChtn+diWid9HBSh9GZ+WDthmaV9VGmhSKR4kLsg9+NtjS+gsGJUyfIgbmE05xPjFOtE44Mireo&#10;7H8jiQekQW/Vh2WfTGCBhfSaUVFThLSVSUKtg4CQJjSYgnOK1ifNgXOFh5TjnSRp/Yfbml1r5Hot&#10;l8htv2vXlUNvnl0gkrJxlk5VkBBzuD/xjVt2ATH5ipl4myUrh8l7l5RVm91yM4dYmTBzPXmZlpx0&#10;TmtNlBJ1cFykkYN2r03vju14Ej+mjEZ5kjHiiZd7TCVhhtt9RZO3moF6OIaVl+t6gnjulVt602qg&#10;ktx7O1wQkFt7vk18jdl8XD9ai0d9DDHMiK993yWQhgp+0JL7mTqCF4XElq6BtXgNlC2BU2nrkbWA&#10;/1twj0qAwE0DjN2AkT8NimGAaDG1h+CATCW5hVSAOJI6mCyJ4IUJlaaI2ndSky2HymkskL2Gtlro&#10;jlCFpkyYi/mEpj7NiZGDnjGkhyiCjyXbhLeBeZGal0iRs4RnlNCQA3axklmONGiYj+mMUFpjjYGK&#10;a0xBiyeIij6ZiNSGojGVhoaEoiX5hDOCk5EVlqGZY4P1lDCXC3Y/kbKUdGgcjzqRuVnpjNmO/Uvi&#10;iouMPT5niDiJbzGGhf6GgCYRg8aDhJCrlieg5oOGk7id33XKkTSafGeqjrKW5FmAjFKTSkuEihCP&#10;pz4ph8SL9jF5hZCIIiYkg2yET5Bdlc6oP4Mvk16khnVnkNGgS2dGjkWby1kqi+CXSUtEiaGSwT37&#10;h2OOLTFjhUCJgCY0gyWE9IiApmxpp3xRovhrgW+jn6VtXWJ2nElvR1UFmMpxUEeVlSlzhTqhkWZ1&#10;4i47jX94kCMhiYB7k4gSpVdxbHv8oehyc29HnoJzjWIjmxZ0w1S8l5R2HEdfk/t3nTqEkEN5Pi5P&#10;jG97HCN5iIR9MYegpAp48ntroKp5RW7MnUR5q2Gomd16MlRXlmZ62UcXkt57ojpgjzh8gC5ci3p9&#10;hyPGh6h+rIcWosSASnrNn2yAAG4gnBJ/v2EgmLJ/llPilU1/iEbGkdh/jzo3jkd/oy5liqB/yyQI&#10;humAAoaFobOHkXo8nmOGr22LmxCFy2CMl7OE61N5lFGEHkZ3kPCDXjoQjXGCoC5sieCB5iRAhkaB&#10;MoYFoOGOznnCnZeNVG0VmkGLw2AYluSKKFMSk4OIkEY9kByG/jn3jK+FbS5ziTiD0iRvhbyCO4Wi&#10;oC2V5nlcnOuTz2ysmZSRiV+zljaPKlK8ktmMyUYFj3iKZTnqjAKH/S5+iKWFiCSWhUuDHIVQn7ac&#10;13ksnHSaKWx6mQ6XIF90lZiT5VJ6kjaQsEXDjumNfzm/i4WKTS6BiDCHCCS1hO+D2YUSn2GjnHju&#10;nBWgS2w0mKOcd18rlSSYYlI9kb6UV0WYjnOQUjmnix+MTy5+h9uIRiTOhKWEcny+r+tpP3FLq9dr&#10;C2WLp8Js6Fl8o4Ju301InwRw/EEvmkxzSTWnlWN1vyrOkER4hCFXiwx7jXxtrwNwnXElqthxnWVo&#10;pp1ywVliokJ0C003nbt1gUEtmQp3JTW7lCx46ysLjx967iHOigF9H3wlrb93rHDIqZl4BWUfpVh4&#10;fFkaoPx5JE0CnH158kESl9x66DXAkw97+Ss9jhp9NSI2iRl+i3vOrHF+hHBeqFF+TWSopBl+KljC&#10;n8R+LEy5m1V+U0DplsZ+kzW9kg1+5StmjTJ/VCKPiFB/0ntwq1WFSXAApzyEimRHowiD01hdnraD&#10;J0x6mkqCmEDAlc+CHzW3kSmBrCuHjGeBSSLbh6WA83sZqn6MBm+zpmWKvmP+oiyJZFgWndiICUw7&#10;mW+Gu0ChlPKFfTWzkF6ERSuji7aDESMahxaB7XrQqdeSlm95pbuQw2PGoXqOwVfcnR+MrUwEmLuK&#10;o0CDlEWIojW3j6yGpSu9ix2EpiNOhqGCwXqfqU+Y729LpS+WimOToOiT3VepnIiRDEvVmCSOQkBX&#10;k7yLfDWojyWIwCvXipyGBSN4hkGDcXp0qPmfJm9NpMmcOWOPoGyYx1eOm/KVF0vDl4KRgkBWkx+O&#10;ADWzjqiKkSvpikCHKSOahfWEAHGBuaNo3GartQRqklvFsDFsbVDKqv9ucEXQpWlwojsNn4FzCzDy&#10;mVh1nCejkul4eh/CjHJ7h3FEuORv12artBJwyFvUrwJx8VDkqapzTkXxpAh04zs9niV2rDE1mAZ4&#10;mSgKka56xCBXi1d9DXEot6J2c2aAssp2yVu6rbB3TFDMqE94E0XrorN5CjtOnN56MTFjltJ7dihf&#10;kJV86CDXimJ+bXEHtkN8z2ZMsW98olt5rFt8mVCjpwN8w0XSoXR9HztPm7J9mzGFlbx+Lyimj51+&#10;5CFFiZB/p3DetRSDFGYmsEKCcFtRqy+B4FB0pduBZ0XBoFOBGDtQmqaA6DGjlMaAwyjjjsSAtyGj&#10;iN6AunC4tCyJUmYTr0+INltCqjWHEVBjpOGF9UWwn2CE8DtVmbeEBTG+k+uDKikXjgiCXiHwiEiB&#10;p3CXs3mPYGYLrouNyFs+qWaMCVBbpBCKQUWpnpeIjDtamPiG6THZkzCFVSlGjWqD0iIwh86Cb3B+&#10;svWVN2YNrfCTIVtCqLyQwFBZo1+ORUWfnemL3DtUmFyJhTHmkqCHQylrjOeFEiJkh2qDFXBtspaa&#10;2WYXrXKYPVtNqCyVMVBcoseR/EWjnVOO3Dtgl9CL1DHwkieI5Sl9jISGFyKNhxyDm86hbRhm+rvo&#10;buxpPai1cK1rcZTqcl5tnIC1dBJvzmxWddpyF1ggd790f0Qded93JzDJfFl6Psy+arRxxbpqbMFy&#10;5Kdgbq10BpO+cIt1MH+kcm52Z2tidGd3s1dJdn55EkN0eM96mzBie3h8Ysr5aKd8fri0atJ8gaXo&#10;bOR8jZJebuZ8tn5wcPJ882pccxd9QVZ0dVt9lkLXd9p9+zAHeqx+bMk7ZteHDbb4aRuGCqQ5a0SF&#10;FpDrbWiENX0pb5yDdmlOceqCv1WldFiCA0JFdv+BPS+3efeAVsenZVCRe7VxZ6aPi6K2aeWNno98&#10;bB6Lu3v1bm+J6GhMcOOIKFTic3WGU0HBdkCEWi9yeViCG8ZfZByb1rQyZn2ZA6F9aMaWGo5NaxCT&#10;L3rhbXSQTGdkb/6NalQzcrKKeEFLdZyHSS84eM+DtMVbYyamErM1ZY+iW6B9Z9yeco1Rai6aeHn9&#10;bKWWhmalb0SSiFOfcgyOZEDqdRKJ/i8IeFyFHcSZYnCwILJ2ZNyrgZ+yZyWmlIyAaXehhHkza/ic&#10;eWX4bqyXYlMfcYmSE0CXdKCMby7gd/2GVcQaYfe567H0ZGC0Up8ZZp+uV4vYaOioLXiRa2uiB2Vt&#10;bimb0FKncRWVXEA/dECOjC7Ad7CHWsCCdP9mNK+Pdf5opp3ldv9q9Yt4eAFtMHiKeQ5vc2Vrei5x&#10;0FJ8e2l0UD/EfNZ3FC3TfpB6S78ncshwe66Bc/9x1JzjdSNzHoqEdkZ0Z3ejd3R1vWSdeL53KlHP&#10;eiV4rj9Fe8R6Yi2Ofa98WL2vcNF6n6zqcid68ptzc2p7QIkodK97mXZ4dgV8A2Ojd3l8f1EHeQp9&#10;BD66etN9nC1SfOR+SLwobxeEmatZcIKD/pnpcd2DXofbcz2CwXVQdLqCO2KwdlOBvFBQeAuBPD5B&#10;efuAti0dfDCAGLq7bZ+Oe6n4bxuNBJiNcIuLeoaNcgCJ6HQ/c5OIXmHMdVGG4k+mdyuFVD3UeT6D&#10;qCzve5OBwrmSbHWYU6jUbfyWAJdvb3WThoV7cPqQ+XNHcqCObGEBdHGL3U8QdmuJPz10eJ2GaizJ&#10;ew2DQLima4iiC6fobRae3JaCbpKbbISWcB+X3XJ4cdiUTWBXc7yQr06TdciM7z0meBWI8Sypep2E&#10;j7f3atermKc0bGeniJXBbeGjHIPUb22egnG/cTCZ5V+5cyqVOU4gdUmQXzzid6WLNiyPekCFr7eG&#10;amG06Kaza+2v7ZUpbVyqfIMybuCkz3EpcKWfIF88cqqZYE22dNqTbDyVd0qNKSx6efWGnrLVfSFl&#10;pKN1fURoLJM5fYFqiYIcfdBsz3Bwfi5vH16Sfp1xjkzwfyF0IjuNf893ASsIgLp6VbHEewxvS6Jq&#10;e2lwz5Ibe8dyPoETfDJzp2+EfK11HV3KfUB2rExPfep4VDsifsJ6LSrmf9V8TLCceSh44aEqeat5&#10;cpENeiR5+YACeqt6fm6Ve0R7FF0Fe/p7vEu6fMt8cjrDfc19PyrIfwl+Ja9Gd3qCS5/QeBGCB4+h&#10;eKWBrn7PeUSBUW2FegOBAlwnet2AvEsVe9KAdzpefPiAMCquflR/264EdhWLoZ6PdrqKjo5md2CJ&#10;XH2keBKIF2yVeOSG1VteeeGFnEqDevWEVjoHfDyC9iqXfbeBa6z6dPiU8J2IdaiTDo1mdlaQ+Hyw&#10;dxaOxmu4d/iMjlqweQWKUkoEejeIBzm8e5uFjCqEfTGC0KwmdBSeH5yxdMyba4yPdX2YbHvhdkSV&#10;RWr+dzeSFloaeFWO2EmdeZSLfDmAexOH5yp1fMGEB6uHc2inJJwJdCSjmYvddNOfq3sydZmbhWpZ&#10;dpaXVlmLd8mTFUk3eRmOrjlLeqSKASpofGWFEKsfcvKv8ZuOc66riYtNdFSmonqcdRGhdWnSdg+c&#10;Plked0uW9kjbeK2RgjkLekyLzCpefByF7KWLhXxlO5d/hMhnyIiNhERqLHi2g95se2hRg4Nu2Fe9&#10;gzNxV0dygvBz/jdygsx29ChqgtR6XKSvg4huU5aVgxJv74eMgq9xdHfGglxy9md+ghh0iFcNgeV2&#10;NEbqgcF3/DcjgcB5+Shrgeh8PqOwgcB3RZVogXB4CYZ/gSN4u3bAgOl5b2afgL96L1ZagK17A0Zo&#10;gKp75jbbgM185ChrgRZ+AaKbgBiAI5RIf9+AIIVTf66AA3Xcf4d/4mXaf3p/y1XHf4Z/vkYFf6Z/&#10;tTamf/F/rChrgF5/oKF/fsKI75NLfpaIL4RZfnOHSXTMfl2GSmT6fmSFTVUJfpKEWEV9fs+DWTZf&#10;fzWCRyhrf7+BGKCWfbKRs5JcfZGQMYNxfXWOdnP0fWqMl2Q5fX6KsVR2fbeIx0UWfg+G0TYofpOE&#10;sShrfziCZZ/ZfNmaUpGefMKYDIK1fKeVdnM+fKCSsWOVfMKP4FP1fQqNAUTFfWuKCzX+fgmG4ihr&#10;fseDhp9KfDSiyJEGfCSfu4IUfAacQ3Kie/yYjGMDfCSUyFNzfICQ8kRqfPGNADXYfZiI1ChrfmuE&#10;e57oe8CrDJCRe7OnNIGOe42i0XIae3meHmKNe6GZX1MXfASUjkQefIePnjWnfUKKeShrfiGFRZid&#10;jjFk6YupjK5nbH3di2hp0G86ikFsKGAdiRxukVDeh/lxIEH6htdz2TNyhcl25iX/hNV6YZfojGpt&#10;eYrwiyFvGn0QifJwrm5/iNNyRV96h7xz71BZhq91uUGYhah3oTNGhLh5xSYhg+B8MJcXirR134n1&#10;iZJ2uXwxiHR3im2mh2t4X17Dhmt5Rk/LhXp6REE2hJF7VTMdg8F8hyY+gwd93ZYiiSN+Goj5iBB+&#10;R3smhwx+X2zZhhB+cV4ShS5+j09KhFt+uEDmg5F+6jL9guN/JSZYgkl/ZpU1h8uGV4gQhsiF0npH&#10;hdKFK2wChOWEbl18hAyDsU7bg1aDA0CegquCUDLggh+BkyZugaaAyJRrhsmOj4djhdGNWnmghN6L&#10;7GtJg/aKVlzPgymIvE5agnyHKUBHgeqFjjK5gXmD1CaAgRyCAJPHhfuWn4a3hQ2Utnj1hBmSemqm&#10;gzOQClw3gnGNk03jgdCLGEAIgUOIkDKggOyF3SaPgKmDDJNHhV+egYYyhHmb4nhog4GY02ofgpOV&#10;flu5gdSSIU1ugUaOvD+4gMaLSjKKgHiHqSacgEuD75LshO+mOoXJhA6i5Xfvgw2e92mlghOar1tT&#10;gU+WZE0jgMeSFD+DgFmNtTJtgB6JLSamgACEqYwolwNkrYAelNBnIHNZktRpg2XfkOhr41gEjutu&#10;V0oZjOFw9jygis1zwC+ciLx23yPMhrd6Y4uOlXhswn+Rk25uYHLBkXdv/WVZj4dxpleSjY9zZ0nC&#10;i5d1TDxniZh3Uy+Vh6F5mSQOhbV8IYrmk9p0pH7EkfB1iXIQkAZ2b2SsjiV3YVcFjEB4a0laimF5&#10;kDwpiH16zS+NhqN8MiRIhNN9u4oekld8XX3pkHx8nnEnjqd81WP2jNR9ElZpiwt9XkjqiUZ9vDvn&#10;h35+Ji+AhcJ+pSR5hA5/MYlVkRaEAn0pj0eDpXBrjXuDMWM3i7WCsVXnifKCM0iFiEmBxzuthpuB&#10;WC93hPqA7CSkg2WAfoitkA+LqnyCjk6KqW/IjImJfWKkisOIMlVmiQmG5Eg7h2OFnzuBhc6EWi9t&#10;hE2DAyTIgtaBooglj0eTLXwMjZKRjG9Ui8ePnmInifuNgVTriEqLYkfahrSJRTtVhSOHIy9kg7qE&#10;5CTlgmCCnYe5jrOafnuejQGYOG7hizGVhWG6iV6SkVSFh6+Pmkd8hieMoTsZhKKJpS9dg0KGiST9&#10;ggCDb4dojkahnntGjJWesm5/irybMmFZiN+XXVQ0hyyTh0dChamPsTrxhDOL2C9NgueH6iUQgbOE&#10;G4BCoAxkW3T2nThmv2kkmoJpIVzLl8JrjVAtlN1uFUOUkdtwyzeAjr9zqywDi5V23iHYiG56ZH+6&#10;nrpr/XSQm/RtmWi9mTJvQVx2lmRw/0/rk39y3ENqkIp04jdzjYB3Ciwkim15cyI4h198En82nTJz&#10;Y3PxmoN0U2g6l8d1Tlv4lQJ2YU+Jkix3kUMrj0144zdbjFt6Tiw+iWN75SKMhnJ9nH6em7V6m3NJ&#10;mRN682eHlmh7TFtwk7B7tU8XkPJ8NELgjit8yTc7i1N9byxPiHh+MCLVhaR+/34EmnaBwXKxl+CB&#10;iGbvlT2BQlrcko2A9k6zj9mAu0KWjSqAkDcaimmAaixch6mAUCMShPWAO319mX6I3XI0lvGIEmZ4&#10;lE+HIlpokaCGH05NjvCFHkJljECEKDcHiZeDOCxphvWCQSNGhGGBTn0SmK6PznHHliqObGYLk4mM&#10;zVoAkNuLDE31jjKJSEIti4yHhjcCiN+Fxyx5hlmD/SNwg+eCOXy9mB2WlXGXlZ6UqGXbku+STlnG&#10;kCqPtU26jX2NIkHuiu2KmDbYiFWIFSyAhduFgSOSg4SC/Xx8l7SdKHFXlSyapmWVknOXjFl/j6aU&#10;IU2BjPaQvkHHimqNZTbDh+KKFyyBhX2GwyOugzWDnXTrqVBj6GpPpeNmPV9gonJooVQfntBrHki5&#10;mu5tvj1vltlwkDK+kp9zjCjAjkh22SAiifh6YnR1qDVrI2oQpLhsul8toSRublP/nWpwREipmYNy&#10;Qj10lXl0bjLdkU92vSkHjQ55TCCeiNt8A3QVprxyFGmfo0lzDV7Zn7V0HFOxm/11U0h0mCN2rT1f&#10;lC54MDLrkBp5zilCi/Z7myEKh+J9fnOspTx40WknodR5P15Xnkx5uVNWmqJ6T0gtltx7BT06kv57&#10;1jLujwR8vClwiv19wSFnhwt+03NAo/Z/fGjAoJd/Z13wnRZ/T1LtmXJ/OkfulbZ/QT0Uke9/XjLs&#10;jg5/hSmWiiR/viG1hlV//3LhovuGHmhun6CFhV2jnB2Ez1KjmHmEDkevlMKDWjz4kP+CuDLsjTOC&#10;ICm0iWiBjiH3hbyBBHKSojeMj2gvntuLdV1qm1KKHFJol6qIpkd2k/qHOjzZkEGF2TL0jHaEgynS&#10;iMaDKiIthT2B4XJZoZmSxWf7njyRIl0ymq+PJFIxlwKM9kdEk1SKzzypj6uIrzLli+SGoSnwiD+E&#10;kCJZhNeCmXIroTCY1Wf9nciWvV0vmiaUBFIclmCQ/Ec7kqaODDy0jwOLNDL2i16IdSoEh9qFuSJ8&#10;hIWDL2oJstdjal/8ruhlqVXhqrloDUuwpiRqm0GAoSttWDeJm+hwTS49lnRzayW9kNl20x6gi1x6&#10;YGmYsfJqQF/XrdJry1XWqWltiUu6pLFveEGcn65xmze5mnRz8y6FlQ//4v/iSUNDX1BST0ZJTEUA&#10;Agl2cCYoj415KB82ijB79WlbsIRwwl+TrGBxu1Wsp/Jy20uZozV0N0GSnjx1wTfLmRV3ei64k8d5&#10;USaCjmN7Vh+3iSt9ZGkkrvl3CF9Pqtt3g1VfpnZ4Gktroch430F2nOF50DfNl9J64y7dkp98DibM&#10;jVx9WyAniEt+qmjqraJ9OV8cqYt9QVUtpSl9VEs0oIF9d0Fkm6h9xDfOlrB+Li78kZd+pycLjHZ/&#10;NiCFh41/ymi3rJmDY18AqHqC+VUXpBWCe0sen2+B/kFPmp+BlzfUlbCBTC8ZkLCBEydBi7CA5iDT&#10;hu6AwmiOq8qJW17xp56IflUOozCHaksSnouGRUFDmcSFMTfXlOKEMS83j+mDRCdyiwmCYiEUhmuB&#10;k2huqy+PG17vpvCNyVUPonWMG0sNncqKRUE4mQiIgTfNlDmG0C9Bj0+FNyeYin+DqyFIhgGCQWha&#10;qr6UoV72pmKS2VUXodiQiEsPnSeN/UE8mGeLgzfbk6OJJC9Mjs2G3yeqihSEtiFyha2CzcLPaA5g&#10;4LFKak5jv59RbHlmjIzCbplpTXnDcMNsE2aWcwhu8FOfdXJx8kDoeCB1PC8Ieyx5AsDuZUVrf6/T&#10;Z8htRZ4GaipvB4ufbIBwzHi8buNymmWucWR0f1LYdAp2fEBVdvV4sS7Bej17Ob8pYth2BK4iZYZ2&#10;t5yVaBh3bIpFapt4NnePbTB5EGSxb+Z5/FIRcsR69z/Mded8ES6BeWV9U71pYLCAWaxqY4OADprq&#10;ZjZ/zIjdaON/lnZSa6l/eWOubpB/Z1FOcaF/WT9LdPh/Uy5KeKV/TLvPXtmKjKrmYcmJWZlxZJuI&#10;JYd2Z2aG9HUvak+FzmK8bWaEu1CbcKWDnT7ZdCiCby4ad/6BHLqBXV6Uq6mpYGOSl5hDY0iQbIZW&#10;ZiuOO3QpaTCMD2HobGSJ50/+b8yHtT50c3eFWy3yd26Cv7l3XC2epqiuX0GbrpdNYjCYiYVrZSOV&#10;U3NTaEGSIWE3a5GO5098bxSLkj4jcuGICy3QdvaEMLixW0SobqfwXmGkjJaLYVOgaISqZEycJXKb&#10;Z3uX52CYauWTn08HboKPLT3ccmaKdi21dpKFbbgzWqSx6qdwXcKtC5X7YK6n3IQSY6SijXINZtid&#10;Q2AgalKX606fbgKSYj2Rcf6Mji2fdkKGd7V+b65gXqWjcSZjY5UWcp1mQoPHdBhpC3H1daNr2l/0&#10;d0luxU4xeRFx2Dy4exZ1OCwtfXB5F7QYbRNqeaSUbs5scJQZcHRuUoLechhwL3Efc89yFV87dah0&#10;FE2ed6d2MjxUeel4iSwEfH57NrKZar90bqL8bKZ1ZpKtbnR2VIGJcEV3Rm/8cit4Rl5KdDh5Wkzi&#10;dmt6fzvbeOB7xSvge6Z9NrEMaK9+NKFsarZ+RpEobKZ+TIBGbpl+UW7fcLB+ZV1lcup+hkw6dU1+&#10;rTtzd/R+3yvAeuZ/FK+bZuqH4aANaQyHGo/SaxmGPH7/bSqFUm3eb1+EblyPcceDmEugdFWCujsX&#10;dyaBzyulekCAya5vZX6Rf57qZ7KP4I68adGOGH34a/mMOmzwbkiKW1vVcMqIfksZc4CGmTrGdneE&#10;jyuOebKCUa2BZFia+Z4BZpqYf43XaMKVx30favmS8GwsbWGQFls3b/6NNEqscsqKOjqGdeOHEyt7&#10;eTuDqKzQY3ikQJ1PZcCg540dZ+ydOXxoaiiZYGuAbKCVhVqhb1iRn0pCcj2NmDpOdWmJVCtreNmE&#10;zqxfYt6tP5zQZSao/oyNZ0qkUnvSaYOfcmr4bAKak1o0bseVp0njccKQlDoKdQeLQStfeIqFw6iH&#10;d4hgBpoueDBjG4r4eO9mA3riecJo0Wo/eqZrp1lte6NunkjlfL1xwDiwfg11NSl9f6R5KadqdRFp&#10;hJkfdf5rnoncduhtnnnhd99vlGleeOxxlVizehZzskhWe2B17ThafOR4ZSlyfq17MaY4ctNy7Zfb&#10;c/F0HIjUdQJ1O3jbdh12U2h/d053eVgBeKV4tUfYeh96BTgSe9d7eClofdJ9GaTacNN8KpZ9chF8&#10;iIdmc0N8znetdH59Cmd0dd99UVcrd2N9pEc9eQp+ATe7eu5+ailgfRB+3aOSbyOFTpU9cHiE4oYx&#10;ccWEU3aJcxuDrmaUdJaDC1ZydkWCcka7eBSB1jd0eiGBMClZfGmAeKKFbceOZ5Q3by2NL4U2cImL&#10;w3WdcfWKNmXAc4iIpVXSdU2HE0ZLd0CFfDc3eXKDxSlTe9qB5qGvbK2XW5NhbiCVVYRlb4WTBXTX&#10;cP6QjGUOcqiOC1VFdIWLgUXwdoyI5DcIeN6GHilOe2ODJaEPa9SgHZK7bU+dRIO4breaC3QwcDSW&#10;nGRxce2TJVS8c+SPo0WSdgKMBjbdeGSINSlKewGENqClazyonJJCbLmk7YMtbhugw3Ojb5WcV2P1&#10;cVOX5lRbc1eTaEU+dYqOyzajeASJ/ClHerOFF5vof51f0Y7Df3pi44C+f4NlzHHaf6lon2Jtf95r&#10;flLWgCRugUOXgH9xsTS5gQZ1Nyb4gcR5N5r6fUdov43TfWtq6X+/fZ9s+nDzfeJvBWGmfjhxHlI3&#10;fqVzVEMjfyp1qzSAf954QScMgMZ7KpnweyZxh4yke3ty4H68e850Jm/6fDJ1Z2DZfKt2tFGYfUF4&#10;FkK4ffF5jzROftJ7Licdf+V8+5jPeTZ6P4t3ea16032MeiF7TG8Yep97wWAUez98OVEFe/x8wEJa&#10;fNV9UjQlfeN99Scsfx9+ppevd5iC3Yp8eCWCunySeLGCbm4QeUiCCV9KegCBplBdeuaBTEHme+WA&#10;8TPufReAkic5fnWAKZa/dk6Lb4mLduqKjXuqd4OJcW05eCuIMl6KePiG7E/SefGFp0GIexGEXjPB&#10;fGaC/CdDfeSBgJX/dUGT2IjMdeqSNXrxdoqQRWyKdz6OJl3teB6L/U9YeSyJzEFCelyHjTOje9CF&#10;KydMfWyCqZVsdHGcD4g1dSOZqXpVdcWW3mv2dnuT111jd2iQxU7eeI+NpkDwedKKdjOFe1WHGydT&#10;fQmDpZUGc9qkBofBdJKg3nnUdTCdMWt2deKZOlz2dtKVOE6LeASRKkCpeVyNBjNXeveIvSdZfLqE&#10;dY+Xh+9fqYN3hxFir3aIhmlllmjNhdtob1qYhVJrWExFhM9uaT5bhFdxpjDlg/11PCSlg8t5Qo7L&#10;hcloEIKyhS5qQHW4hKZsXmgWhCxue1n/g7pwqkvRg1hy+j4PgwN1bDDQgtF4ICTWgsN7IY3pg8Bw&#10;UYGsg1ZxwHTVgutzIWc8go10gVlNgjt18UtLgf13eT26gc95GjC2gcR65SUBgdp83Iztge94cICi&#10;gZ55LnPBgVB52GZqgQh6eViYgNp7JUrGgMF73j1pgLh8pjCcgNR9gyUngQ5+cov6gFCAgX+7gBmA&#10;lHLlf+KAhWWVf7OAXlgcf5SAO0ptf6CAIT05f7yACjCTf/9/9SVGgF9/34sofxmIj38GfvKH9XI6&#10;fsOHI2TpfpuGK1dsfpGFLknwfq6EODzmfuiDQDBzf0yCNiVhf8uBIIp/fhqQbn5aff+PJXGUfdSN&#10;i2ROfbWLwVbdfbuJ7kmDfemIFzywfjGGOTBjfrKEPyV3f1CCNYn6fVSYFn3VfUKWHHEOfRiTuGPQ&#10;fPiRElZofQiOYkkZfUyLqjxtfaSI6jBVfjSGCSWJfuyDHomYfMOfhH1sfLac3HCcfIiZpWNgfGOW&#10;HFYMfHOSiEjWfMGO7jw3fS2LSDA3fdSHiiWXfpyD3oOlkJxfc3hajwpiY2xnjatlRl/LjFpoKVLQ&#10;iv1rIUXIiZpuRDk7iDdxlC08huV1PiKJha95S4Ltjq1nWHe8jU9phGvHjAFrrV9Firht31JliWtw&#10;J0V/iCRylDkXht91Ji1KhbB3/SLWhJt7F4IxjL5vFXbli4twkGsTilRyCV6biSFziVHgh+91HkUi&#10;hsh2zzjohaZ4nS1QhJt6miMag6h8v4FgivZ2rnYIidt3iGoviL54Vl30h6B5J1FUho96AkTEhYp6&#10;8Ti5hIx78i1Tg6Z9ECNVgtV+QYCTiXF+MHVRiGh+cmmDh1x+mV1ChlJ+rlDthU1+x0R6hGt+8jiX&#10;g45/Ii1agsx/XCOHgiB/mX/eiDmFrXSmh0OFTGjhhj+EvVy6hTiEDVB5hEKDWERLg2iCtTh/gqyC&#10;GC1dgg+BciOwgYiAx39Mh0aNBXQ1hl6MCmh3hVqKv1w/hE+JQE/9g2eHwUPpgqGGTjhage+E3y1a&#10;gXGDVyPTgQqByn7YhoyUJ3PBhauSkGgChKWQhVvUg5eONE+cgrOL5kOLggGJnjgggV6HXi1ZgO6F&#10;ASPvgKOCo35/hgGbFHNlhSKY5GefhBeWElt1gwOS5k9PghyPwUNXgXGMpTgDgOCJjy1TgIiGZiQF&#10;gFGDVXgzmWZfKW2/lzJiCGLBlSFk6Vc6kwVn1ktvkMRq3j+vjmxuFzR9jAhxfSnpiap1PSCqh2h5&#10;UHeOl7hmn21GlaVoxWJOk5Bq91bikW1tPEsyjzNvnz+QjPFyLDR+iqd03yoXiGl32iEShkZ7DXb3&#10;leFt4WyZk+9vZWHCketw8FZgj9ZykUrTjbN0Sj9Yi452KDRyiWV4Iyo8h0p6UyFthUh8pHZOlCB0&#10;+WvikkF16WECkFR22FXSjlZ300phjFF44D8Sikt6BzRZiER7QypVhkx8oyG7hG1+E3Wmkqd8AGtA&#10;kNl8YWBljvl8s1U7jQd8/Un/ixR9Vz7NiS99xDQ8h0Z+PSpmhW5+yCH+g7F/WnUTkX6C/Gq5j76C&#10;z1/pjeOCe1TFi/aCEEmZig6Bqj6iiC+BVTQrhmSBCyp1hK6AwCI1gxSAd3SbkIaJympDjtSJC193&#10;jP2IDFRZixSG50k9iTaFwz5nh2eEqjQrhZ+DmyqIhAmCgSJjgpKBanQ8j9GQbGoIjimPKF8/jEqN&#10;dFQeik+LfUkJiG+Jkj4threHtjQDhQaF6SqUg4GECyKIgiiCNXPyj0mW1mnBjZ6VCF71i7mSmlPZ&#10;ibmP10jTh9iNIj4LhiWKfzP2hIaH7CqbgxmFUiKmgdOC221Com9esGN4n6RhgFlanNZkY07mmdpn&#10;YkRMlqJqhznRk0Ft4i/1j8lxaSbPjEt1Qh8HiPJ5VGypoPxlvWMcnjRn4lkPm1BqI062mERsg0Q2&#10;lQxvCjnYkbxxwTAcjlt0nicfivt3vh+Ih8J7AmwxnzpsjWKZnIVuHVismaxvwk5elqlxiUP+k4Vz&#10;cDnFkE91gTAxjQx3sSdhic96FB/3hrl8imu1nXxzMGIRmth0OVgdmBF1TE38lSJ2d0O0khl3vjmi&#10;jwF5IzA5i956oCeViMV8QSBXhdV96ms4nAB5w2GcmWx6Sletlq96zE2Nk8t7UEN2kNN77jl+jdp8&#10;pTA5itV9aie9h95+RSCphRN/ImrKmtaAS2E9mEyAUldYlZKAOk1AkrKAFEM2j8R//DlojNN//DA8&#10;ieuACCfehxaAGyDthHCAMGptmemGpGDzl2aGLFcXlKqFdE0BkcmEnkL5juWD0zlGjAODGTBHiSGC&#10;bif+hmuBvyElg+mBFWonmSqMv2CylqyLw1bWk/CKaUzGkQ2I30LHji2HXjkVi12F6zA3iISEjige&#10;hd2DKyFSg3yB1GnvmKKSsmCnliKRSVbLk1mPO0yykGCM3ELFjXWKmTkqiq2IczBQh/SGZyg2hW+E&#10;WiF2gyWCcGKsq8peGll9qHNg11A3pONjvUbRoPFm0D1pnKVqGTQ4mB1tnSu1k3dxTSP6jsd1RR2V&#10;ilR5VWIVqpBkwVkvpyJm4VAEo2dpMEa9n1xrrz1xmwpuYjRflo5xSyv8kft0WiRojWh3ox4tiRZ6&#10;+GG9qN5rJFjUpXRsvE/FocBueEaLnbhwaj1dmXdyhzRtlRN01SwxkJx3QCTFjCx52R6wiAJ8c2Fw&#10;pxpxVlh9o7xyc09poBVzqUZTnCN1CT07l/p2kjRtk7V4PSxXj196ASURixV75h8ghxV9xWEjpZJ3&#10;eFg4okF4IU8pnqJ400YTmrl5lD0llqV6fjRskn17hix2jkd8nSVRiiN9yh9/hkt+72DdpF19klgK&#10;oQ59yk8GnXF97UX0mY1+ED0NlYR+SjR1kWl+pCyVjVF/DiWIiVJ/gh/PhaN/8GCjo2aDelfqoBWD&#10;QU7wnHWC0UXgmJSCTzz7lJaB4TR1kIuBiSy0jH6BRSW5iKKBBiAQhRiAymB2oqiJKlfYn0+IgE7l&#10;m6iHeEXWl8SGSjzuk8yFLzRoj9eEKiy8i9uDPiXgiBGCVyBEhKiBf2BZohiOpFfTnq+Nh07imv+L&#10;4UXTlxeKADzzkyGINDR5jzeGgyzKi1CE7SX1h5+DaSBuhE6CEbdZYrda6ab3ZV5eWJYrZ/ZhuYTO&#10;ao1lDXL+bTpoZ2EAcA1r209Gcw1veT3cdltzaC1xegp347VyX2plVKV+YmRnuZTgZUNqF4OsaB5s&#10;dXH7axFu22Afbi1xW06McXhz+z1ddRN24C1GeQ56LLOpXIFvpKPOX7lxAZNxYtVyXIJWZetzxXDT&#10;aRt1PF8rbHp2yE3ScAp4bDznc+16QC0heCt8VbHkWel5xqIZXVZ6K5HNYKF6lYD5Y+t7B2+iZ1p7&#10;jV42avZ8I00ebsZ8xTx5cul9gi0Ad2N+W7BBV6uDxKCXW0WDRJBgXryCwX+fYi+CQG6UZcyByV1W&#10;aaSBZEx9ba2A/jwZcgiAnSzkdrSAN67lVdONqZ9bWY+MSI89XSaK1n6TYL6JXW2hZIGH6FycaH+G&#10;e0v0bL2FCzvFcUmDhyzMdh+B463OVE+XZp5dWCeVH45TW9SSt327X4eQQ2zdY22N01v7Z5CLX0uG&#10;a/GI2juEcKiGNCy5daKDW6z7UyGg552cVwudso2aWsaaT30NXoiW22w8YoeTbVttZs2P9ksea1CM&#10;YztMcCOImyypdTuEnqxzUkmqDJ0YVjyl2I0TWfihc3yIXb+dAWvFYcuYmFsNZiaUIkrKasOPhjsP&#10;b7WKrSycdOiFrKrcagxarJv6a/1eNYx2bfFhnnw8b+5k82uEcgRoUFqhdD9ry0oLdqRvdDnSeVNz&#10;dSqufFp4AKlaZvBkk5rdaTRnHIt3a2Rpk3tbbZlsAmq8b+hueln6cmRxDkmMdQ9zxjmFeAp2xyqf&#10;e1p6MKfMZCVuVplBZqZv64oNaQ1xdXoKa3py/2mfbgZ0l1kScMJ2REjec654DDkfdul6BSqRenZ8&#10;P6Y3Yah37ZexZFl4oYiNZu55SXjSaYp57WiObFF6n1g6b0h7YUhFcnF8MjjIdel9HyqFeax+KaS/&#10;X4GBaZZTYlqBR4c/ZRmBD3eVZ92Ay2eeas+Ajld0bf6AYEe7cV6ANTh9dQuADyp6eP1/6aOKXbyK&#10;0ZUxYLOJ2IYyY5CIu3acZneHi2a/aY2GW1bPbOGFMkdGcHGECDg8dE2CzipyeGiBeqKUXEmUD5RI&#10;X1iSO4VWYkmQNHXQZUqOE2YIaIKL8lY9a/mJzUbqb6iHnTgKc62FTyprd+uC2KHcWyidEZOVXkWa&#10;X4SkYUKXaHUoZFKUUGVrZ6OROVW0azuOHEaLbwuK6jfecyqHjCpld4WEBKFjWlmlvZMVXXyiKIQa&#10;YHqeO3SgY46aKWT1ZuyWHFVYapmSB0Y6boON1jemcsCJdSpgdzOE/p6lcZhajpEics1eH4LbdBhh&#10;inPEdXdk32Qodu5oPVRkeIdrv0T5ekZvcjX1fElzgSgWfpl4Gp1ibqVj2pAGcCxmfoG/ca9pCnLJ&#10;c0FrjGNSdO5uGlO4dsNwx0R7eMBzmTWzewV2tCghfZN6MZwaa/VtFY65bbxu14C3b3JwinHMcTNy&#10;NGKAcxJz7FMWdSF1vUQPd1t3qTV/eeB5yCgrfKp8J5qwaY92Jo1Wa4R3Gn9MbWd3+XCmb1N4zmF/&#10;cW15rFJMc7R6nEOCdih7nTU4eOR8uygze91995lhZ4B/HIwVaZl/Sn4aa6J/V2+JbbV/UGCtb/V/&#10;TVGgcnF/WEMPdRh/aTUBeAZ/gSg6eyx/nZhMZc+IAosOaAOHZn0maiaGm26mbFqFtF/jbryEylER&#10;cVmD5kKudC2DBDTRd0iCFShAepWBFZdvZGyQvYo5ZrSPVXxaaOuNrG3qazaL3187bbiKDlCOcHWI&#10;O0Jic2WGYTSvdqeEbShFehiCW5bJY1WZPImTZayXB3uzZ+6UfG1NakaRwV6obN+PBVAOb72MREIN&#10;csqJdTSPdiSGgShJebGDcZZZYoqhbokZZOmea3suZyya92zJaYmXTF45bC2ToE+6bx6P8EHDckaM&#10;LDRddb2IRShNeV+EWJKueWFaiIZNedxeEHkien9hd2sqeztkzFyyfAtoL04afPVruj/off1vdjIs&#10;f0BzkiWpgMJ4L5GXdpRjRIVNd2Fl83gjeDloi2pJeSFrHlv3eh9tv02Jez5wgT+GfH9zazIGffx2&#10;nyXPf7N6MJB4dAZr44QVdRBtx3cedhRvm2lWdyhxaFszeFZzQ0z3eat1Nz8peyN3STHlfNl5jyXw&#10;fsN8D49FcbR0coLecu11lXXvdBt2oWh7dVV3qFp5drV4s0xyeDx50T7ceel7AzHLe9Z8VSYMffF9&#10;xo4ab71854HbcRh9U3Twcmh9nWd0c8R90FmzdUh+CEvOdwN+TT5veOB+mjGfevl+8yYlfT1/VI0i&#10;biGFSIDpb5OE+nQNcPyEeWakcnWD2Fj/dBeDNEtTde6CmD4gd/WB/zF/ejqBXiY5fKOAs4xabM6N&#10;fIApblSMcnNWb82LIWX7cVqJp1hpcxmIKErhdQ6Gpz3ldy2FJDFreZeDjSZKfCSB5IvBa8KVdn+Q&#10;bVeTr3K9btqRimVtcHKPL1flckaMz0pudFmKbD2bdpKIAjFXeRGFeyZYe7yC5otUavqdJn8dbJma&#10;pnJBbh+XqGT0b7uUZ1eBcZeRIkokc7yN2j1bdhCKhjEveKyHGyZje2mDu4bwgW1ahHuCgThd/G9c&#10;gTJhXGJ+gURktVUvgV5oIEfOgYhrtjrhgcdvfi6AgjJzpiNsgs94QYX5ftBiuHqpfuhlaW6Hfw5o&#10;C2HJf0FqrlSff4JtY0dmf9pwPTqmgEpzQC58gOp2jiOsgbV6LoT+fGBq0nmXfLNsyG2gfQJutGDz&#10;fVxwnVPzfchymUbpflF0sTpefvR26C5wf8V5VSPjgL179oPzei5yy3iJeqh0FGyPex51TWAue5h2&#10;flNLfDR3ukZ0fOx5Cjoffb96bi5nfsF79SQTf+R9l4LyeER6vXeQeOB7WWumeXV72F9Veg98RVLI&#10;esd8ukYTe659OzntfK19yC5jfd1+ZiQ8fyp/DoIVdryCnnbYd3GCkWsAeBmCU16peMmB9VImeZyB&#10;mEWpep2BRjmqe8OA+S5QfRuAqiRffo2AWIFhdXqKTnYmdkGJlWpXdvaIlF4Pd7iHalGceKOGPEVC&#10;eb6FEjl8evmD6i5IfHWCsyR7fguBdIDVdHmRwHWedU+QW2nRdg2OlV2UdteMmFEsd9SKlkTfeQqI&#10;lDlAelyGki5Be+2EfCSSfaGCZIBsc7eY73U0dJeW5GlidVmUVF0rdiWRfFDXdymOoESkeG6LxTkQ&#10;edqI5y4me4aF/CSkfUyDKXt5icFaaXDkiOZdzWW2iDRhKVnth45kiE3KhuBoAUGlhjVrqTYFhZRv&#10;gisHhRJzuSFkhLd4T3qbh1xiHnAuhsFkzmUKhi9nellihZ9qL01ihRBs/UFjhIxv8zXuhBZzEisj&#10;g8J2fCG9g5F6KXnEhQtpt29GhKVrvGRMhDZtv1i0g8dvx0zeg11x5kEMgwZ0JTXJgr12hSs1gpZ5&#10;HCIKgo973Xjhgu9xNG5bgqxymGNggl9z8lgEghF1TkxMgdJ2uUCqgaV4PDWagYl51Ss9gY97lSJN&#10;ga59angHgSJ4nW2OgPp5ZGKbgMd6FldFgJN6vUvZgGx7bUBVgGx8LzVygHh8/itGgKd94SKGgO5+&#10;zHdGf5t/9Gzdf4+AHmH7f3CAIVa+f02ACkttfz5/9EAzf1B/7zVpf4R/9StVf91//CK1gE2AA3an&#10;fmiHImxhfnOGtGGNfluGAFZQfjyFIksAfkGERz/cfm+DeTVMfrWCsytafzOB4SLcf8eBDXYpfXKO&#10;F2vofYuND2EYfXqLolXpfWKJ+kqlfXSIVz+JfbqGvTUdfhWFLCtffqeDiyL8f1qB7HXIfLaUy2uI&#10;fNeTL2C4fMqRBFWQfLSOjUpgfMuMGz9bfR2JtDUAfY6HVStXfjuE7iMVfwOCo3B1kl5aHmaskNpd&#10;cFxtj3NgylGzjgRkNka5jHpnxDvPiuNrhjF6iU1veCfZh8tzxR+ZhnF4Wm+pkDRhYGYUjuBkDVvk&#10;jYlmxlFMjCRpkkZ0iq5sfTuxiTlvlzGGh8hy2SgUhnB2ZSAJhT56I272jf5ogGVVjNdqkltMi5xs&#10;rFDEilFu2EYUiP1xHzt8h69zjDGBhmd2GyhChTt44iBqhDF7xm47i/BvgmSTiuZxAFqJiclyf1A3&#10;iJ10CkWlh291qTs6hkp3ZDFvhS15OShihCt7NSC+g0h9QG2Fiix2cGPoiT13XlnmiDZ4QU+fhx95&#10;IEVJhg16Ejr9hQ97GTFchBh8MCh9gz19XyEFgoF+kWzkiLp9TWNZh+J9r1lohul9708theF+HkTs&#10;hOF+VTrmg/F+ojFcgx9+/CiXgm5/WiFAgdp/tmxah4WD8mLUhsKDwFjshdeDWU69hNqC1kSSg+yC&#10;WDqzgxCB5jFugkaBgyiygb2BHCFxgVGAsGvuhpiKdWKaheyJxFi+hQGIqk6Ug/SHVUR1gwaGEzqK&#10;gkmE5zFLgZ6D0ijDgSqCqyGZgOCBgmuYheGQv2JJhTmPilhthFONuk5Ng0iLnERBgluJmDptgaaH&#10;rTFGgQ+F1yjRgLiD9iG4gIeCLWXemzFZoVznmQhc5VOZludgQUntlJ9jv0AZkiJnaDZmj4lrTC1X&#10;jOdvXyUDildzxx4Hh/x4YmUimUdgfVxrlz9jKVMulRpl8Umlksxo2j/1kFhr6TZqjdlvKy2Ei1dy&#10;lyVbiO52Sh6Mhrt6HWSUlydnLFvUlT9pTFK3kzNrgEk9kPlt1j+0jqFwSjZWjERy6i2fiel1rCWk&#10;h6x4ph8AhaN7sGQElRptt1s4k0tvUFIWkVlw90jNjz1ytT9kjQp0jjYyitV2hy2qiKR4miXchpF6&#10;2B9jhLJ9G2Nzk1d0M1qwkaJ1SVGaj8B2YEhYjbZ3ej8ki6B4sDYPiZF6Ai2sh4d7ZCYHhZx84h+3&#10;g+R+W2Lwkep6pVo9kEt7OlE3jnV7uEgFjHd8Kz7iinB8sDX/iHJ9VC2whot+BSYohMh+vx/9gzh/&#10;cmKCkMGA6VnijzWBAFDpjWeA30e+i22Apj6hiXaAfjXYh42Abi27hbOAbiZIhBSAaSA3gqmAX2Iq&#10;j8+G8FmOjlOGhFCbjI6FwUd9ipiE1z5uiKiEADWmhtWDPS2phQmCkiZog32B3SBmgjaBJGHljxiM&#10;01lvjaeL+FB/i+OKhEdmid2Iyz5yh+SHODXGhhiFxy3MhGyEcSaFgwaDESCLgdqBxVuTpFxY+VNQ&#10;oZRcMUrlnqZfkUJIm2ljJjmcl+Bm+DEnlCxrCylfkGtvTCJejL1z0xyliV54aFraoqxfcFLUn/Ri&#10;Hkp9nPZk+kIEmatoBjmFliBrRzE9knxuwCmkjtNyYCLPi0d2Oh0+iA96FlproKJltVJenf1n5koh&#10;mxRqOEG4l9ZsvjlelGRvbTFBkOByTSnXjVp1SyMtifh4dx3Chux7nFoKnpZr1VHznARti0mvmTFv&#10;W0FwlhNxUjkxksJzcTE8j2N1tCn8jAd4DiN6iNF6ix40hfJ8+FmlnMtx6FGVmlNzJklel450ckEj&#10;lH91zTkWkUx3VDE6jhJ4+iobit16rSO7h9J8dh6UhR5+LFlGm1R39FFLmPF4vkklljh5fED6kzN6&#10;PDj6kA97GDFFjOh8Fyo6idh9IyPxhvd+Nh7khGx/NVj2miJ90FERl89+J0j8lR1+UUDZkiF+cTjf&#10;jwx+qTFCi/p++ypciPh/YCQihj5/wh8mg9mAFli1mS+DelDnlueDW0jelDiC7kDFkT2CZTjQjjGB&#10;9TEwiziBnipfiEuBXyRKhaWBGh9bg2OA0ViLmG+I9VDNlimIYUjJk36HU0C5kIWGGTjWjXqE/DFF&#10;io2D/Sp0h7aDFSRjhSyCNB+FgwSBaax/XONVK50yX/1ZJo2FYxFdFX1MZjBg+2yfaXRk51vEbOpo&#10;70s7cJVtKDsQdJlxuywHePp25aqLWO1fYZuwXG9iYIwzX99lV3wnY1doTGucZvRrSVroasZuYUqM&#10;btBxojqlczR1NCv3d/J5Pqi9VWdpgJn9WT5rgIrEXP9tfnrRYMNvg2p4ZK9xlln8aNVzwUnebTd2&#10;DDpAcfV4livqdwd7dqbyUj1zc5hLVmN0gokmWmR1lHmAXmx2q2lTYqZ30lkUZxt5DUk6a856XTnl&#10;cN572Svedjd9iKVCT3d9QpbLU+B9bofFWCJ9mXg0XGR9xGhbYNx9+FhJZZt+PkirapZ+jjmWb+x+&#10;9CvTdYN/bqPUTSCG8ZWLUcKGPYavVjiFf3c9WrGEu2d9X12D+1eoZFGDRUg4aY2CkjlUbyCB3SvK&#10;dOmBIqKpSymQc5SJT/uO14XPVJuNKnZ6WUCLdWbNXh6JxFcaY0OIEUfeaK2GVjkibnSEhyvDdGmC&#10;oaHESZeZsJPCTo6XJIUhU02UgnXiWBCR2mZEXROPN1afYmWMjUeEZ/uJzzj5beaG6yu9dACD6aEr&#10;SHCigZM3TXue94SgUkubXHVwVyGXxWXnXDuUOFZYYaqQnUdEZ2KM5DjKbXKI+iu5c6uE+6DVY/NV&#10;NZLUZmlZOoRJaOddJ3UZa3hhBmVxbixk7lWicRBo+UYvdChtNzcrd5Vx1ilbe1h3Cp8rYDBe5ZGj&#10;Yw9h+4NFZeBlAnQ8aLxoAmS0a71rClUKbvVuMUXDcmVxgjbzdi91Kiljekt5SZ2KXM5oeZABYABq&#10;pYHbYxtsx3LuZkFu52ObaY9xE1QqbRlzWkUhcN11wjaedPh4aylqeVt7ZZvqWcRx5Y5vXT1zNIBd&#10;YJd0enHAY/11u2KWZ5h3B1Nfa214aESXb3554TZYc+V7hilveIl9W5poVxt7NY0PWtB7r38XXmd8&#10;GXCNYgV8eWG4Zdt831Kqafh9WEQdbk593DYdcvZ+dil0d9N/JZkoVN+EaovtWMSED34TXIuDmm+j&#10;YF6DFWDoZGaCkVIZaLaCGEO6bUmBpjXrciuBNCl5dziAvpgmUwGNcIsCVw+MPH0/WvuK4m7lXveJ&#10;dGA+YzCICFGVZ66GnUNubGyFMDXHcYCDsyl8dreCI5diUYWWMYpNVbCUInyVWbeR3m5NXdCPg1+z&#10;YiyNLFEaZtaK00Mba72IcDWncPOF7il/dk2DVZbdUGqej4nKVKebo3wSWL2Yc23TXOeVKl9PYVqR&#10;6lDQZiGOpkLZaymLTzV6cIOH1CmBdfmEUpVbazVVVoiUbQRZVnsnbupdPW0EcOdhFl5ncwNk+0+p&#10;dUxpB0FTd8RtSTN2eo1x8SbZfaJ3K5PmZ6NeaodiaddhkHoIbAlko2wObkxnsF2ZcLFqyU8Ic0lu&#10;BEDjdhNxazNGeS91Jyb4fI15UZKBZGFneIYJZuppxnj+aWFsB2sXa+RuQlzTbo1wik51cXBy7kCI&#10;dIh1dDMjd/J4PCcTe5h7U5EHYXRwYYSfZEBx43eUZvRzV2n5abR0wlvcbKh2NU23b9N3v0AJczR5&#10;YjLrduN7MScqesF9Lo+tXul5LoNbYep563ZmZNV6kGjjZ8x7JVsYavd7wE0Zbmd8bD+kcgl9JjLD&#10;dfV9+Cc+egh+3o6PXMaB5IJSX/KB23V3YwmBrGgJZjGBZ1pZaYyBIkyZbSuA6T9ScQaAuTKgdSmA&#10;iydPeWuAXY2pWv6KaYF7Xk2JmHSxYYaIkWdXZNSHbVm6aF2GSUwhbCiFKT8UcCqEDDKKdH2C4idd&#10;eOiBq4z5WZCSrIDUXPqREnQQYEyPL2bEY7WNJ1kzZ2CLIUura1WJHD7Jb32HFDJ0c++E9SdpeH2C&#10;xox/WHyalYBZW/mYN3OQX1mVdmZKYtKShljQZpKPm0tkaqKMsj6KbuyJwDJLc4KGtidyeCeDsYoH&#10;crZVgH5Mc95ZcXHndSldT2TQdo5hI1dGeAtlCEmmeaxpGTx6e3VtYS/XfYVyESSBf9R3R4i5b09e&#10;BX01cNlhL3DlcmxkSmP1dA5nYlaWdc1qikkjd7dt1zwnectxUi/CfCZ1IiS3frV5Vod9bDRme3vw&#10;bg5o42/eb95rP2MHcb5tl1Xac75v/Uibde5ygjvYeEp1Ki+veux4EyTmfbh7QIY2aWJu43qwa31w&#10;jW6ubYhyJ2I0b55zvlUscd91WkgldFF3DjuadvF43S+kedV62iUPfNx9AoT9ZvV3MXmkaUJ4JW2t&#10;a394/2EvbcZ5yVRwcDx6mUeLcvB7fDs5dcx8bi+EeOh9eiUyfB1+mYP6ZOp/Z3iuZ15/pGzMacJ/&#10;t2BkbDd/slPDbtl/rkcccbd/tzr2dMp/yy9weBt/5SVPe32AAIMpYzaHaXfrZcqG72wZaE2GOF/C&#10;auSFX1Mzba+Eh0aycLeDtDrIc+2C6C9nd2yCFCVoeveBN4KGYdWPK3dRZISN+2uDZx6Mdl86ac2K&#10;xFK3bLiJE0ZGb+eHZjqGc0CFvS9bdtyEASV7eoqCP4IRYMeWm3bdY4qUvGsLZjKSZ17IaO+P11Jb&#10;a+2NSkYGbzaKwjpOcrCIOC85dm+FoCWLejODGH7SenxVn3QEewFZfWibe7BdUVyPfHNhJVAgfUNl&#10;EEOofixpKjexfzRteyxXgHVyNCJYged3X32md0pdnXMTeCtgx2e/eRZj6Fvdeg1nDU+XexZqR0NL&#10;fEBtqTeEfYtxOixifxF1HyKkgL15WHyMdFJlj3HydYBoBmbSdqZqd1sId9Ns6E7weRhvbULWeoRy&#10;EzdHfBF03ixjfdV36SLnf7d7LHtwcaRtZ3DYcwpvM2W9dGVw9FpGdcNysk5Nd0h0fEJqePF2XzcS&#10;er54XixkfL56iiMhftN813pcb0x1NW/ScOJ2VGTOcmp3YFlsc/Z4Xk3Qdah5Z0IRd416gzbreZJ7&#10;sSxse8l8+yNTfg9+V3lxbVl8728Qbxd9aGQjcMF9uljAcnN9800zdE1+MUGtdlp+gTaxeJB+3Sxh&#10;evp/QiN8fWp/qHixa7eEdG5abZOERWN8b1qD2VgqcSyDS0yvcymCwEFPdVyCQDaNd7KByCxiekiB&#10;TCOefOGAy3gaamSLtW3NbFqK4WL1bjaJtVeycB2IW0xDcjeHA0DwdI6FsjZYdwSEaixiebWDFiO6&#10;fHKBwXepaVySrm1ga2aRO2KHbVGPTVdMb0WNIEvzcXCK9UC8c96I1DYsdnWGtyxLeUeElSPPfBmC&#10;inPMgoxVmmnfgnFZZ19sgntdNFRsgo9hDUkbgqFlBD3Rgr9pMDMWgvFtkSkLg09yVCBjg9R3c3K+&#10;f5JdHGkMf8pgRl6vgAZjb1PZgENmpUiygIRp9j2UgNttdDMKgUlxHyk0geN1GyDGgp15WXHKfL5k&#10;kGgSfTxnFl3nfaxpnVMnfhlsLEgufpBu0j1BfyJxnjLtf8x0kClQgKB3vyEbgY17GHDTei1r7mcZ&#10;et5t1Vz0e31vt1J1fBtxnkeefMtzljzjfZd1qzLFfnt33Clgf4Z6OiFlgKF8rm/od/JzOGZBeM10&#10;g1wqeZR1wFGzelt29kcwezN4OTyWfDd5lDKnfVB7ASlyfo58iSGkf9Z+GW8Udgt6c2V9dw57IVt7&#10;d/d7sFEmeN58LEa9edt8sDxpewB9SzKafEh98ymEfbh+pSHZfyx/V25mdHiBfmTwdaCBlVsCdqKB&#10;clC3d52BL0ZUeLqA9TwcegOAzDKGe2iArymQfQKAjSIEfp+AaG3cczKISmRvdHOHyVqJdYqG8VBO&#10;dpeF7EX6d8yE8TvPeTaEAzJceraDIimZfGyCOCInfi2BTW1ycjCO0mQKc4WNwFondKyMME/4dcaK&#10;Y0W6dwmIoTuoeIeG7TJDeiWFRSmTe/uDmyJDfdGCCGkgiuRVXGAMiiNZHFaNiX1c6UyZiNBgzUJl&#10;iA9k2jhJh01pIC7JhpZtmyYJhf9ybx6ohZF3g2guiCBcbV9Uh6pfmVXphypi0UwdhptmHkIWhgFp&#10;jjgphW9tLy7bhOtw/SZNhIp1FR8fhE15WGdfhWxja15/hTNmA1VBhOJoo0uLhH1rV0GxhBJuJjfz&#10;g7ZxIC7ag2l0PSaBgz93lR+GgzJ7BGaRgvBqU12vguRsWFR0gr1uYEr4goVwd0E+gk9yozeygil0&#10;8C7MghJ3WSanghx57B/fgj18iGXHgMdxLFzxgONyoFPCgOB0DUpXgMp1ekDfgL53ADdzgMt4ni67&#10;gOZ6TibFgSB8GSAqgWx94WUTfvV38lxNfzV41lMzf095o0nZf1h6ZkB7f2p7NzdSf5R8Hy63f9x9&#10;FSbhgEV+FiBpgLx/DWR2fWR+fVu7fct+0lKyfgF++0ltfiF/EUAkflB/MDcofph/Xy7QfvR/nycE&#10;f4l/3CCdgCuADmP7fCiE31tqfLSEr1JxfPuEKkk+fRyDe0AIfVWC4TcGfb+CWy60fj2B6icXfu+B&#10;ayDHf7WA5WOaeyqLBVsPe8qKT1IdfCOJGkj5fFGHrD/bfJWGVTbwfQ6FFi6xfaaD6ickfniCtyDo&#10;f1eBlF7jk4hU2VaekhVYk04KkKpcZkUdjyVgYTwEjX5kjjMUi8ho+irLihZtmCNNiH9yhR0mhxx3&#10;kF4IkPtbg1X3j8Zet013jnZiA0SxjQZlcDvIi3lpCTMKieps2Cr2iGRw0iOqhv51DB2vhct5VV1Y&#10;jmdiFVVFjWRkw0zrjD1ng0Q6iu9qYjt9iY1tZDLwiC5wlSsQhtlz5yP1had3bB4mhKV68lyxi/to&#10;klSbiyBquExDih5s60PIiPtvNjsrh8hxoTLMhpt0LisdhXp21iQwhHt5ox6Ng6h8ZVwNidpvA1QC&#10;iSZwoku3iEVyRUNLh0Fz8TrrhjV1vjKrhTh3pyskhEZ5oCRhg3d7sB7jgtB9rlt1iAt1YVN7h352&#10;fEtHhrp3iELvhdB4lTqmhOB5tjKfg/969isxgzd8QCSJgpd9kB8rght+zFryhod7jVMNhh98J0rt&#10;hXN8mEKphJt8/jpug8N9dzKFgv5+CCtHgk1+pySwgdh/PB9ngYV/v1qHhUaBcFKlhP2BgUqPhGiB&#10;VEJcg6KBEjo0gt2A5TJQgjeAyis/gZOAxCTbgTKAsB+XgQyAilozhEiHSFKBhCeG60p5g6aGCUJf&#10;gs+E9DpigfuEDjKggVqDTSt8gN+CpST9gLKB6h+9gKyBL1TcnIZUI02LmlpX10X7mCBbrz4fla5f&#10;wDYmkv5kFi5gkDVosSdFjW1tfCDvisxyihvSiH53mlQEmjxaakzemFNdp0VVliphCj2kk7lknjXp&#10;kQ9oaC5hjl1sbCeFi7VwlSFhiT909xxthyB5UlN9l79glExMlfxjWkTZk/1mPT05kadpUjWsjyFs&#10;jS5ajJlv+ye3ih9zhSHCh9x3Oxzyhe964VMIlVJmo0vJk69o7EROkdBrUTzcj6ht2jVyjVBwiy5O&#10;ivpzXyfbiLN2SiIQhqZ5VR1khOl8RlKJkylspUtOkbNudEPnj+5wUzyDjd5yRTVOi7N0ZC5JiYt2&#10;oif3h3d46yJQhZp7Rh3FhAp9gVINkVRyo0rikAtz+EOWjmN1SjxNjGl2pjUvilR4Hy5XiEl5vSgY&#10;hmF7ZCKFhLR9DR4Wg1B+klGhj8p4dUqIjqx5UUNUjRt6EDwcizR6zzULiTZ7qi5Qh0Z8oSg7hXN9&#10;piK1g/J+oB5Ygrd/eVFKjod+GUpBjY1+ekMfjBJ+oTv9ijV+ujT5iEV+9C44hnV/RSg4hLp/qiLd&#10;g1B//x6OgjqAOVERjX+Dm0oNjKCDfUL0iz2DADvliWuCazT9h3+B/C5RhbyBqShUhBuBaSL9gtGB&#10;IB65gdeA1aI1VptPqpPkWilUI4VCXb9YmHYdYXhdC2aHZWhhh1bGaZpmI0dmbgpq9jh3ctpwLSrH&#10;d/t2BKAoUcpZn5JNVdpdMIPhWexgunTsXhhkQ2V9Ynxn1FXqZyNrhUa+bA1vZzgacVhzpyrPdup4&#10;bJ5NTXFji5CTUflmKIJtVndow3OXWwtrYmReX9VuDlUGZOpw2EYdakRzyjfIcAB3CyrXdfh6sZx3&#10;SYNtVY7iTnxvBYDWU1hwunJUWEhycmNIXXl0OFQvYvJ2F0WMaLN4FTeAbtR6TyredSJ8zpq0Rf52&#10;+41gS2B3yX+CUJx4m3EaVeB5bWJtW2Z6S1N9YT97PEUTZ1t8PzdEbdN9airjdGp+vZkqQu6AdowZ&#10;SK+AZX54TkCAVHA8U9eAQmGoWaeANFL8X8mANES3ZjeAPDcVbPqAUyroc82AeZfiQEyJvYsNRmGI&#10;wn2kTD6HyW+RUhuG0WEPWDGF3FKDXpWE6kR0ZUGD9zbzbEOC/Crsc0qB/pbfPh+Ss4o5RHqQxnz9&#10;SpaO4G8PUKuNA2CiVvqLK1IfXZmJTEQsZH2HYjbYa62FXirvct6DS5YoPHWbIYmeQwCYO3yBSUeV&#10;am6yT4aSsmBhVf6QA1H0XMeNQ0QEY9eKaza7azSHairycoiEYZdkXWVP/ooZYGFUaXxtY3NY0W47&#10;ZqldN1+cahBhq1DdbbZmRUKJcZlrGDS0ddxwVigvemd2MJV6WMdZaojHXElc/3tbX81gj21bY2tk&#10;Hl7iZztntVBMa05rbkImb6FvWDSLdFhzqChMeU94fZO6VJpizIcYWJJlg3nuXHxoNmwNYH1q6l3M&#10;ZLNtqk9yaTFwikGPbfBzkjRGcw127ChleFd6ppIIUNJsEIV/VTJt7HhzWXdvyGrpXdFxpFzSYmtz&#10;ik61Z0t1i0EUbG13qzQQceZ6CCh7d318ppB2TXV1N4QcUjB2P3czVs53Q2nBW3t4Q1wIYGh5TU4T&#10;ZaR6bECsax57nzPmcOh8+SiOdsF+eY8jSo5+PIL1T5d+cXY4VIN+mmjoWX5+vVtKXrV+5U2aZDh/&#10;HUBdaf9/YjPEcBB/tyiediGAGY4PSBSHC4IGTWOGaHVtUpCFsmg7V82E9VqxXUeEPU0mYwqDjUAk&#10;aQyC4zOub1mCNSirdZ2BhI05RgyPi4FLS5OOEHTLUPaMeWezVmeK2Fo7XBaJQEy8YhSHqz/faEqG&#10;FjOcbsOEbii1dTCCu4yiRHqXloDBSiuVSHROT7SSz2dJVUuQTlnrWyGN20yGYUeLZj+vZ6qI6TN8&#10;bk6GUSi+dNmDvIy+ZF1QY4BwZslUt3O6aVRZDmZ+bAFdaFjebthh1UslcehmbT3gdTFrPzEleNdw&#10;gCXAfL12WIrsX/hZMn8XYuVcyHKRZdtgWmWHaOhj7lgQbCRnkUqGb55rWz12c1JvWDEBd19ztiXx&#10;e5t4i4lUW/FiDX2nX1Nk2HF9YqlnoGSRZhFqaFdPaahtP0n6bYRwNj0kcZ1zVzDrdgt2yiYcepx6&#10;mYfCWFFqznwvXBRsz3ATX8Buz2N6Y31wzVZgZ3dy1UlIa7J0+jyzcCh3PzDCdOt5wSZBebx8foZY&#10;VRpzdHrkWS10sG7nXSt142JqYTp3EVWqZYN4Ski4ahd5mDxdbuB6/DCoc+18iSZhePx+NoUqUlN7&#10;/HnXVq18dG38WvJ82GGaX0p9MlT4Y9p9kkhKaLF+BTwbbcN+iDCTcxR/HSZ7eFl/vYQ2T/eETXj9&#10;VIyEAm08WQ2Dk2DyXaSDFFRkYnSCnUfdZ4iCMjvtbNCB0jCJcluBciaRd9GBEIN5TgaMVHhUUs2L&#10;RmygV3+KAmBrXEWIp1PrYUmHV0d0ZpaGEDutbBCE0DB/ccSDgyajd2KCMIL0TIKT9HfXUXKSMGwn&#10;VkaQFl/8Wy+N3VOVYFeLskc6ZcuJkDt6a3KHcDBfcVGFQiaxdwqDH4Iba45Qw3a2bW1U/mrub3BZ&#10;Q16rcY9dlFIOc85h/kVldj5mlzk8eN9rai2te9JwryN7fvh2e4BiZ2FZAHVxabhckmnfbBtgJV3O&#10;bpNjv1FdcS9nbkTkdAJrRzjvdwdvUy2jellzwCPAfcx4ln7vY4thSHQVZk5kI2jPaQpm/lzea9dp&#10;3FCjbsxszkRgcf1v4zimdWBzIy2aeQl2sSP8fMN6i32IYA1piXLCYy1rqGeaZjttx1wOaVZv6k/7&#10;bKRyFkPycCt0YDhzc+R2zC2bd995diQxe918Vnw6XPxxsXGpYGdzGWaVY8B0elsMZyZ11k9JasB3&#10;P0Nkbp14wDgfcqR6WC2IduR8GSRdexZ99XsnWlN5u3CtXf16cGW1YZh7DlpGZUR7oE6kaSF8PEMC&#10;bTx87TfqcYl9ry1/dgh+hSSCem9/Y3pIWA6Bjm/lW/CBkGUDX8KBaFmpY6iBLU4cZ8CA+0KibBaA&#10;2DfHcJWAxC2AdUyAtCSheeSAoHmbVi6JGW9JWkCIbmRxXj+HflkpYlGGcE2pZpuFbkI+ayeEeTeP&#10;b9SDkC19dLKCoCS6eXOBrXkeVLSQSm7WWO2O/WP+XQ6NRVi+YUCLYE1VZauJiUIHal2HwTdgbzeG&#10;Ai1jdECEPiTOeRiCindscwZRBWzxdFdVK2IcdcxZZFbVd1VdsUtCePBiHT+yerFmvTSvfJhrmCpX&#10;fsRw4CFkgRN2mXXYbxhYvWvPcNVcTGEucp5f4lYbdHNjhUq2dmJnQz9WeH5rMDSGesFvTypsfURz&#10;yyG9f9p4nXSHa3FggmqUbZJjamA0b61mVlVBcdFpS0oOdBNsWD7jdoZvjDRPeSFy7Cp1e/J2liIK&#10;fsh6e3NMaB5oOWlnapJqdV8XbPlstVR8b2Ru+0lscfxxUz57dMJzyzQhd652ZSp/esl5OCJNfdl8&#10;L3IfZSlv42hSZ+Vxc14gapBzAFOibUJ0i0j2cB52KT4qczJ34TQEdmZ5sCqQecR7qSKFfQx9t3Eh&#10;Ypx3dmeCZZd4YV1waH95N1L6a3B6BEhebol63j3Rcdh70jPVdUt82CqQeOZ98iK1fGB/D3BTYGt+&#10;0mbFY5x/GVzHZrl/NVJlaeB/QEffbTF/Vz15cLV/gjO6dFd/vSqZeCh//SLce9GAOG+wXpmF5WY0&#10;YfeFjVxBZUGE71HwaJOEM0d4bBGDhD0hb8mC5zONc5WCWSqgd4qBxyL8e12BMm85XSSMqmXHYKqL&#10;v1vWZBaKZVGOZ4iI20cuayWHYDzzbwCF+TNncviEnyqOdxeDRiMVewCB/2zSes1RFWNKe4dVLllt&#10;fGJZYE8pfUVdr0Skfi1iJTowfy1m1TBVgEprvic4gZpxDh+AgwR2smtodx9YVWJEeDxb5ViVeV5f&#10;g06EeoJjNUQve7NnCTnufQRrDzBKfnJvRydogBJz1h/sgb94ompAc6dfoGEtdR9il1e7dotlmE3G&#10;d/RoqEOleXBr1jmaexJvLzAwfNBysieKfrl2eyBJgKF6a2kocHpm32Adcj1pOFa7c+1rl00NdZ5u&#10;BEMRd2hwiTk9eVdzMTANe2F1+iehfY14+CCZf6p8CmgkbaRuC18zb6lvxlXkcZlxgkxGc4xzQ0Kk&#10;dZV1GDjzd853Di/2eht5GSe6fIZ7SCDeftd9fGc7ayp1Jl5fbW12RFUtb5l3VEu3ccR4YUI1dAd5&#10;fTjNdnJ6uS/yePp8BifUe6B9ZiEXfiV+wWZ8aQd8EV3Da4d8mFSrbed8+EtGcEF9S0HOcrV9sDiE&#10;dVR+Li/keAV+vifnet5/TyFGfZJ/12XkZz2CuV05ae6CrFQvbHyCXErebv6B8kF2cZyBnDg6dGqB&#10;XC/Ad0KBLif1ej+A+yFsfRqAwWVyZcuJHFzQaKSIg1PLa1iHgEqHbfuGU0E4cLeFOzgXc6WEOy+p&#10;dqWDTCfxeciCXyGLfLqBgGKEgtxQ4Vn0gvFU91EUgyBZKkfTg0tdgz5bg25iDTUDg5tm1ixNg9tr&#10;2CRihENxNR3VhMR2x2FDf2pXt1kDf91bT1BHgEpe+0c2gKpixD30gQhmtjTVgXtq3yxbggJvOCSq&#10;grFz3h5Sg3F4pWBDfB1ekFgMfOFhnk+EfZBkuUaPfi5n7D2AftBrQzSYf4xuySxagFxydiTigU92&#10;YR6+gkl6W19UeQ5lXlciehdn2U6lewNqX0Xwe+Rs+j0HfM5vsjRUfdJykSxOful1jyUNgBx4ux8c&#10;gUl7515wdk9sH1ZOd5huBk3jeMFv80VGedxx6jylewZ0ADQXfE52NixCfaN4gSUwfxF66h9rgG59&#10;R12lc+Ryy1WXdWx0IU1Hds51bkTCeCF2wTxBeX54KDP6evR5rixFfIF7RiVTfih86R+tf7d+elz0&#10;ccl5RFTyc496CEy3dSh6skROdqt7WTvqeDV8FDPQedh85ixde4V9yiV5fV9+rx/jfx9/gFxmcAJ/&#10;jFSIcgd/x0xnc9F/xkQZdXN/sjvHdxx/uzOmeOx/3SxCesGAFCWPfLyAQCAPfqSAXFv8bpCFmlQk&#10;cL+FTEwLcrSEnkPPdHiD0TuXdjyDIzOReCmCjyw9eiKCDyWbfEKBjCAyfkKBD1iKizpQYVD4ipRU&#10;gUkaigBYvkDdiV5dKzhxiKdh0zAyh+5mwSidh0Jr5CHYhrZxVRxghlF22Vdxh/1W11AVh7hagUhM&#10;h1peRUA+huJiLjgQhlhmSDAShddqnii/hWZvICI1hRtz4hzthPF4p1aYhNVdSU87hNhgdUechLhj&#10;sz+ohHZnEzevhChqnC/qg+huWCjVg7lyNiKBg692Rh1ng756TFXSgd1jr052gh1mU0bcgjdpBz8j&#10;gjRr2DdQgihuzy+/gixx7Cjggj91JSK+gnJ4gR3QgrZ7x1URfylqDU3Bf6tsJkY5f/5uTD6XgDFw&#10;gjcKgGFy4S+bgKR1XyjogPR37iLxgWB6kR4pgdR9F1RffMRwW00dfYpx6kWxfhdzej4tfnx1FTa+&#10;ftx2zS+If014pyjzf9J6iyMcgHR8dB5zgRd+O1PFerN2eUyUe7h3gEVCfHt4dD3ZfQx5bjZ7fZd6&#10;gy9rfjJ7sikIftZ87iNEf6p+IR6wgHt/M1NBeOd8WUwWei981kTVeyZ9LT2Ge+B9gjZAfIx98i86&#10;fVJ+eCkDfg9/DiNvfv9/lh7hf/2AA1Lgd3GCHkvMePaCF0Sgeh+Bvz1xeu2BWDZVe6OBGi9ofHyA&#10;+CknfWOA6COKfn6Azh8If5iArE7Yk/1Po0hKkoRT0kFxkRFYHTo9j4VcpDLhjdlhdiu7jCNmkyVB&#10;inpr5B+UiPZxbxsZh7R2503MkPpVuUdSj+1ZfUCAjq9dXzl9jT9hcTJsi61lwSuWih1qTyVsiJ9v&#10;AyAAh1Jz5Ru1hkd4p00Ujfhby0aMjSxfHD/VjClihDjqiuhmHDIRiYlp4yt5iDFt4CWQhu1x9yBb&#10;hd12Lxw7hQl6Pkx4ixFh0EXqinxkpD8xia9njzh7iKxqnzHJh4lt4Ctlhm9xRiWvhWp0wCCohJd4&#10;TRyvg/h7qkvaiF5nzkVTiBBqIT6uh3tsiDgQhqhvCDGihb9xuStchOJ0iiXPhBd3YiDsg316QR0Q&#10;gxB87EtBhe9tx0TGhfFvlT5AhZlxbjfEhPZzXjFzhDl1cCtjg4l3pCXwgvF52iEmgox8CR1hgk5+&#10;A0q8g9Bzk0RMhCB03D3khAJ2IjeGg4t3ezFMgvV48itagm16giYSgfd8FyFbgcB9nB2kga5+70pM&#10;ggB5L0Pngpd58j2Vgq96nzdWgl57WDEtgep8MitFgYt9ICYagTJ+FiGEgRl++R3agSx/tEn7gHx+&#10;pUOXgVJ+2z1VgZ1+5jcxgWx++TEkgQ9/MCtUgMp/fCYogJZ/0SGagJ6AGx4FgMSAVAAA//8AAP//&#10;AAD//wAAbWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAEC&#10;AwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7&#10;PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0&#10;dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6yt&#10;rq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm&#10;5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBER&#10;EhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7&#10;PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6Wn&#10;qKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g&#10;4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQEC&#10;AgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMk&#10;JCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRm&#10;aGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrL&#10;zM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy&#10;8vPz9PT19vb39/j4+fn6+/v8/P39/v7//6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHE&#10;p2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRM&#10;cuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Og&#10;h9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2&#10;wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuan&#10;TITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9Cv&#10;nYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4&#10;u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITa&#10;qFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5&#10;Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjW&#10;q5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72n&#10;gcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCW&#10;z6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+i&#10;Rkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL&#10;3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6&#10;pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZ&#10;pselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9&#10;oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfG&#10;tqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpsel&#10;ZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRUr9oUxg&#10;8qVLceapSoPaqk2Vz6lWpcioYbDFqmu1wqx1ur6rfb+6qoPFtqiHyrKmh9CroofWpJ6J3Jqaj+Ga&#10;mo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqa&#10;j+Gamo/h/6Y4Mv+jRUr9oktg8qZJceaqSILbrUqT0KxSo8msXa/Gr2ezw7FxuL+zeb24r4HEsqqH&#10;y6ymhtClo4bVnZ+G2pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYve&#10;k52L3pOdi96TnYvek52L3pOdi96TnYve/6c4Mv+jRUr9okpf8qdIcOesRoHcr0eS0rBOocqxV63I&#10;tmKwxbpstbqzeL6yroHFraqHy6enhc+gpITTmKGF14+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+f&#10;iNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja/6c4Mv+jREv+o0lf86lG&#10;b+iuRIDds0OQ07ZIn8y3UarKwFysvbhst7OyeMCtroHGqaqGyqKohM6bpYTRlKOE1Iyhh9eMoYfX&#10;jKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eM&#10;oYfX/6c3Mv+jREv+pUde86pEbumxQX/fuD6O1r1Cm8/DSqTCvlyvtrdsua6xeMGproHGpauFyZ6p&#10;hMyYp4PPkaWE0oqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG&#10;1IqjhtSKo4bUiqOG1IqjhtSKo4bU/6g3Mv+kREv+pkZe9K1Cbeq0Pn3hvTuL2sY8lsrGSKS5vFyy&#10;r7Ztu6mxecGlroLFoayEyJuqg8uVqYPNj6eEz4mmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJ&#10;pobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobR/6g3Mv+kQ0v/qENd9a8/bOy4&#10;OnrkwzeH3dM1kMHESaexul61qbVuvKSxesCir4LEna2Ex5ishMmSqoTLjamFzYiohs6IqIbOiKiG&#10;zoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO&#10;/6k2Mv+lQkv/qkFc9rI7au69NnfoyzOA0NIzk7jDS6iquWC2pLVwvKGye8CesIPDmq6ExZWthMeQ&#10;rITJi6uFyoeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeq&#10;hsyHqobMh6qGzIeqhsyHqobM/6k1Mv+lQkv/rD1a+Lc3Z/HEMXHf1yx7xdA1lbDCTqmkuGO3n7Vy&#10;vJ2zfL+bsYPBl6+Ew5KuhMWOrYXGiqyGyIesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ&#10;h6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ/6o0Mv+mQEv/sDlY+b0xYufOLWnQ&#10;4CR/uc83l6fCUqmeuma1mrVzu5izfb6XsoPAlLGFwZCwhcONr4XEia6GxYauh8aGrofGhq6Hxoau&#10;h8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG/6sz&#10;Mv+qO0n/tjJT8McqWtjeIWbC3ySCrc48mJ/DVqeZvGiylrd1uJS0fb2Ts4O+kbKFv46yhsCLsYbB&#10;iLCHwoawiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOG&#10;sIjDhrCIw4awiMOGsIjD/60xMv+wM0X4wClM39YjTcfoIGqz3iaEoc9BlpfGWaSTwGqskLx1so+5&#10;fbaPt4O4jLaEuoq1hbyItIa9hrOHvoSziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOI&#10;v4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i//68vMv+5KT/ozh4/zOYbUrfuIW2l3iyD&#10;l9JFkpDLW52MxWuli8J1qoq/fK2Hvn+whLyAsYO8grKBu4Ozf7qEtH66hrV+uoa1frqGtX66hrV+&#10;uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1/7IqMvHG&#10;HDPR4hQ6vPMbVqjuJm2Y4TV/jthKjIjQXZWGzGubhMl0oIHHeKN+xXulfMR9pnvEfqd5w4CoeMKC&#10;qXfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq&#10;d8KDqnfCg6p3woOq+r4cKNbdDiPA8BQ/rP0eV5zwLWqP5T55ht5Og4HYX4t/1GuQetFwlHfPdJd1&#10;zneYc815mnLNe5txzH2bcMt/nG/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/L&#10;gJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd2dILGMTtDimw/RZBn/8kVZH0NWWH60Zwf+VU&#10;eXvhYX923WiEcttuh2/ZcYlt2HSLa9h3jGrWeY1p1nqOaNV8jmfVfo9n1X6PZ9V+j2fVfo9n1X6P&#10;Z9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P/6M5Kv+fRkD/&#10;nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOE&#10;l8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+&#10;vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCg&#10;ZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV&#10;+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+y&#10;gZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWL&#10;wrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTI&#10;nXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQ&#10;Ze+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/S&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQ&#10;jMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCw&#10;xZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+j&#10;UXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4&#10;jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7&#10;tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXk&#10;pFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5&#10;Kv+fRkD/nk9U+qFOZO+kT3XlplGF2qVYldGiYqPJn22vxZ93tcKegLm/nYi+vJmJw7mUi8e2j43L&#10;s4qQz7GGltSug6DXp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWn&#10;gaHVp4Gh1aeBodWngaHV/6M5Kv+gRkD/nk5U+qJNZPClTnTlqE+E26dVlNKlX6HKo2mtxaJ0tMKh&#10;fbm/oIW+u52Iw7iYici1k4vNsY6O066JltinhZ3aoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg&#10;1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDW/6M5Kv+gRkD/n01U+6NMZPCnTHTmqU6D&#10;3KpTktKpW6DLpmarxqVws8Oleri/pIK9u6KHw7idh8mzmInPsJSO1auSl9qgipzcm4mf2JuJn9ib&#10;iZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y/6M4Kv+g&#10;RUD/oExU+6RLY/GoS3Pmq0yD3a1QkdSsWJ7MqmKpx6psscSqdrbAqn68vKiEwrikhsmzoYjPrJyN&#10;1aOWlNqakZzclo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y&#10;lo6e2JaOntiWjp7Y/6Q4Kv+gRUD/oEtT+6VKY/GpSXLnrUqB3rBNkNWwVZzOsF6nybBor8ayc7PD&#10;sny4vbCAwbasgsmup4XPpaGK1ZyckdqVmZzckZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGU&#10;ntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z/6Q4Kv+gRUD/oUpT+6ZIYvKrSHHor0iA37NK&#10;jta1UZrQtlqkzLhlq8q9ca7BuXu2t7KAwK6shMimqIXOnaSH1JSgjtiOn5nbjJue2YybntmMm57Z&#10;jJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57Z/6Q4Kv+hRUD/&#10;oklT/KdHYfKtRnDpskZ/4LdHjNm7TpfTv1ef0MVjpMXAcK26uHm3sLKAwKmthcegqITNl6WF0o6h&#10;ideHoJLZh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc&#10;2IehnNiHoZzY/6Q3Kv+hRED/o0hS/KlFYfOuRG/qtUN94rxEidzCSpPYylSZysZipLy9brCytni5&#10;qrGAwaSthcebqYTMk6aE0Iqjh9SDoo7WgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaC&#10;opbWgqKW1oKiltaCopbWgqKW1oKiltaCopbW/6U3Kv+hREH/pEZS/apEYPSxQm7ruEF75MFCht/M&#10;Ro3Tz1KXwcRhp7O7bbOrtXi7pbGAwZ+uhMaYq4TKkKiEzoimhtGCpIzTgKSS04CkktOApJLTgKSS&#10;04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT/6U3Kv+hREH/pUVR&#10;/qxCX/W0P2ztvD5458dAgeDWRofJzVGauMJgqqy6bbWltXi8oLGAwZuuhMWVrITIjqqEy4eohs6C&#10;p4vPf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+m&#10;j9B/po/Q/6U2Kv+iQ0H/p0NQ/64/Xfe3PGnwwjtz5tA/edPZP4q+y1Gdr8BhrKW5bragtXm8nLKB&#10;wJivhMOSroTGjKyFyIeqh8qCqYrMf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N&#10;f6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N/6Y2Kv+iQkH/qUBP/7I7W/m9OGXsyzht3Nw1eMfWPo6z&#10;yVKgp8BjrZ+5cLaatXq8mLKBv5SxhcKPr4XEi66GxYath8eCrIrIf6uNyX+rjcl/q43Jf6uNyX+r&#10;jcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J/6c1Kv+jQkH/rDxN/7c2&#10;V/LFM1/h1jZjzeMxfLrTP5GpyFShn8BlrZm6crWWtnu6lLOCvpKyhcCNsYbBibCHw4aviMSCrorF&#10;gK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWA&#10;rozF/6g0Kv+mPj//sTdK+b4wUufPL1XR4ixowOEwf63SQpOgyFehmMFnq5S8c7KSuHy3kLaCuo60&#10;hbyLs4a+iLKHwIWxicGDsYrBgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCM&#10;woGwjMKBsIzCgbCMwoGwjMKBsIzC/6kyKv+rOD3/uC9F7sgpSNbfJVLD7Clssd8xgqHSRZKXylqf&#10;kcNpp46/dK2NvHyxi7qBtIi5g7aFuIS4g7eGuYG2h7p/tYm7frWLvH61i7x+tYu8frWLvH61i7x+&#10;tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8/6swKv+xLzj2wiY83NofO8br&#10;I1ez7Cpvo981gpbUSpCPzV2ai8hroYnEdaaGwnuqg8B+rIG/gK5/voKwfb2DsXu8hbJ6u4ezebuI&#10;s3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz&#10;/60uKv67JTDj0hotyegbQbb3I1ql7C5vluE8f4zYT4uH0l+ThM1smYHKdJ5+yHihe8d7o3nGfaR4&#10;xX+ldsSBpnXDg6d0w4Soc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPC&#10;hqlzwoapc8KGqXPChqlzwoap/7QkJezKFiPN5RMsufYbRqf6JluY7jVsjOVEeoTeU4OA2WKKfNVs&#10;j3jScZN10HWVc894l3HOephwzXyZb81+mm7MgJttzIKcbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc&#10;bMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc9cEVGdHfDBi88xMxqv8eR5r8LFmO&#10;8jxnhOpLcn3lWHp54GOAdN5qhHDbb4dt2nOJa9l2imrYeItp13qMaNZ8jWfWfo5m1YCOZdWBj2XV&#10;gY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP0tIK&#10;Cb/oDR2t/xUznf8jRZD/M1SF90NffvFRaHfsXG9w6WJ0a+dnd2jlbXlm5HB7ZeNzfWPidn1i4Xh+&#10;YuF5f2Hhe39g4H2AX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff&#10;4H+BX+B/gV/gf4Ff4H+B/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aU&#10;hLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4&#10;459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+c&#10;Rjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOY&#10;wbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPE&#10;k4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459c&#10;h9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/&#10;mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyB&#10;m8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2&#10;wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qc&#10;Z5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK&#10;/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7&#10;fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+P&#10;usCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+dRjb/mlBK/55RWfegUmjtoVZ45KFahtueZJTS&#10;m26gzJh4qsaVgbLElYm2wZGOur+MkL29iJPAvISXw7qBm8W5fqDHuHynyLJ7qsiwe6rIsHuqyLB7&#10;qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI/6A4Iv+dRjf/m09K/59P&#10;WfiiUGjuo1N35aRXhdyiYJPTnmqfzZt0qceYfbHEl4a2wZSMur+Pjr68ipLCuoaVxbiCmsi3f6DL&#10;tHynzKx8qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqq&#10;fanK/6A4Iv+dRTf/nE5K/6BOWPijT2fvpVF25aZVhN2lXZHUomadzZ9wqMicerDEmoK2wZiKur6S&#10;jL+7jY/EuIiTyLaDmcy0gKHPrH2lz6Z+p8ykf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+o&#10;y6R/qMukf6jLpH+oy6R/qMukf6jL/6E4Iv+dRTf/nU1J/6FMWPmlTWbvp0915qlTg96oWpDVpmKc&#10;z6Nspsmgdq7Fnn+1wZyHur6XisC6kI3GtouSy7SIms6yhqTRpoCk0aCBp82fgafMn4GnzJ+Bp8yf&#10;gafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafM/6E4Iv+eRTf/nkxJ/6JLV/mm&#10;TGbwqU5056tRgt+rV47Xql+a0KhppMulc6zGo3yzwqCEub6ciMC5lozGtZGSy6+NmM+qiqHSoISj&#10;05uEps6ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfN&#10;/6E4Iv+eRTf/nktJ/6NKV/qnS2Xwq0xz6K1PgOCvVI3ZrlyY0q1moc2rcKnIqnmww6eBt76hhMC1&#10;m4nGrpWPzKiRlc+ijp7Smomi05aHpc+Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWH&#10;ps6Vh6bOlYemzpWHps6Vh6bO/6E3Iv+eRDf/n0pJ/6RJVvqoSWTxrEty6bBNf+GzUYvas1qV1LNj&#10;ns+zbqXLs3irw6x8t7ilgb+vnobGqJmMy6GVktCbkpvTlY6i1JGMpdCRi6bOkYumzpGLps6Ri6bO&#10;kYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bO/6E3Iv+eRDf/oElI/6VIVvuqSGTy&#10;rklx6rJMfeK2T4ncuFeS1rphmtO9baDJuHWrvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSkJWi1I2Q&#10;pdCMkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP/6E3&#10;Iv+eRDf/oElI/6ZHVfurR2PzsEhw67VKfOS6Tobev1WP2sNgldLEbZzFu3OqubN4tq6tfb+lp4LF&#10;naKIy5afjs+PnJbSi5yi04iVpNCJlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+J&#10;lKXPiZSlz4mUpc+JlKXP/6I3Iv+fRDf/oUhI/6dGVfysRWL0skZu7LhIeua/TIPhx1OK3M1ijs7I&#10;bJvAv3GqtLd3tamxfL6frIHFl6eGypCkjM6KopXRhqKh0oSbpdCFmqXPhZqlz4Wapc+FmqXPhZql&#10;z4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXP/6I2Iv+fQzf/okZH/6hEVP2uQ2H1tURs&#10;7rxGd+nES3/jz1SE2dRliMjLa5q6wnCprrp3tKO0fL2ar4HDkqyFyIupisyEp5LPgKac0ICjpc+A&#10;oabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabO/6I2Iv+f&#10;Qzf/o0VH/6pCU/6xQV/2uEFq8cFEc+rMS3ng2lZ8z9VejcDMaZuzw3Kop7t5s561f7uXsYPCjq2F&#10;xoeriMqBqY3NfKiWznuoos17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN&#10;e6mmzXupps17qabN/6M2Iv+fQzf/pUNG/6xAUv+0Pl35vT9m7shDbePWTW/V3U6BxNNZkbXJZp+p&#10;wXGroLt5s5m2gLqUsoXAjK+GxIatiMeAq4zJfKqSynqrnMp5q5/Keaufynmrn8p5q5/Keaufynmr&#10;n8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/K/6M1Iv+gQjf/pkFF/689UP64O1nzxDxh5tFD&#10;ZNnfQ3PI3EqFt9BXlarHZaKgwHCsmbp5tJS2gLqRs4W+i7GGwYWwiMOBrovFfa2Qxnqtl8Z6rZrG&#10;eq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG/6Q0Iv+hQTf/&#10;qT1D/7M5Tfm+N1XqzDpZ2907YsvlP3e72UiJq85XmKDGZaSYwHGsk7t6s5C4gbiMtYS7iLOGvoWy&#10;icCBsYvBfrCPwnuwlMN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCW&#10;w3qwlsN6sJbD/6Q0Iv+jPjb/rTlB/7g0SPDGM03f2TZQzeU2Z77kO3ut10iMoM1YmZfGZ6SSwXKr&#10;jr17sIy6gbSIuIO3hLeFuYK1iLt/tIq9fLONvnqzkb96s5O/erOTv3qzk796s5O/erOTv3qzk796&#10;s5O/erOTv3qzk796s5O/erOTv3qzk796s5O//6YyIv+mOjT/sjM998AuQuTSL0HP5C5Vv+8za6/h&#10;O36g1kqNls5bmZDIaaGMw3OoicB7rIa+f6+CvIGygLuEs326hrV7uYi2ebiLt3e3j7h3t5C5d7eQ&#10;uXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5/6cxIv+sMzH/uSs2&#10;6swmNtLhJkHB7yxasO0zbqHhPX+V102MjdBelonLa52Gx3Sig8R6pn/Dfal8wYCresCCrHm/hK13&#10;voavdb6JsHO9jLFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9&#10;jbFzvY2x/6kuIf+zKivyxSIs1t4cLcPtI0ey+Stdouw2b5XiQn2L2lKIhdRgkILQbJZ+zHObe8p3&#10;nnjJe6B2yH6idMeAo3PGgqRxxYSlcMSHpm7Eiqduw4unbsOLp27Di6duw4unbsOLp27Di6duw4un&#10;bsOLp27Di6duw4unbsOLp27Di6duw4un/6wqIPq9HyLc2RIbxesaM7T6I0qj+S5ele48bYrlSXmD&#10;31aCftpkiXrWbI5203GRc9J1lHHQeZVvz3uXbc5+mGzOgJlrzYKaas2Em2nMh5xozIicaMyInGjM&#10;iJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic/7YeGOTQDhPI6REgtfkb&#10;N6X/JkuX+jRci/FCaILqT3J85Vt6d+Fkf3LeaoNu3HCGbNt0iGrZd4lo2XmLZ9h8i2bXfoxl1oCN&#10;ZNaCjmPVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i&#10;1YWP6ccNDMraCw+39xIkp/8dOZj/K0mM/jpXg/ZJYXzwVWl17F5vbuljdGrnaXdn5W55ZeRye2Pj&#10;dXxi4nd9YeJ5fmDhe39f4X1/X+B/gF7ggoFd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+D&#10;gV3fg4Fd34OBXd+DgV3fg4Fd34OBy9AJA7riCxOo/xQmmv8hN43/MUWE/0BQfPxOWHT4V19t9F1k&#10;Z/JiZ2PwaGph7mxsX+1wbV3tcm9c7HVvW+x3cFrreXFa63pxWep8cljqf3JY6n9zWOp/c1jqf3NY&#10;6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9z/5w4Gv+aRi3/l1FB/5pTT/6c&#10;VV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHum&#10;vMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTD&#10;hJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7&#10;nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71&#10;nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5&#10;q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4&#10;Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3&#10;woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+Q&#10;hKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps&#10;7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/&#10;eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+a&#10;Ri3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGb&#10;ucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9/504Gv+aRS7/l1BB/5tRT/+dVF31nlhr7J1deeSbZIbcmG6S1ZV4nNCSgaTL&#10;j4mrx42PscWJk7XDhZe4woKausF/nrvAfaK9v3unvr95rb67eLG+tnmyvrZ5sr62ebK+tnmyvrZ5&#10;sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+/504Gv+aRS7/mE9A/51QTv+fUlz2oFVq7aBa&#10;eOWfYIXdnGqR1phzm9CVfaTLkoWrx4+NscSMkbbCh5W5wYOZu79/nb6+faK/vXqowLx5r8G0ebDB&#10;sHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDA/503Gv+bRS7/&#10;mU5A/55OTv+hUFv3olNp7qNXd+aiXYPen2aP15xvmtGYeaPLlYKrx5KJscSOj7bCiZO6v4SYvb2A&#10;ncC8faPCu3uqxLR6rcSte67Dqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuv&#10;wap7r8Gqe6/B/543Gv+bRC7/mk1A/59NTf+iTlv3pFFo76VVdeelWoLfo2KN2KBrmNKcdaHMmX6p&#10;yJWGsMSSjbbBjJG7voaWv7yBnMO6fqTFt3yrx617q8anfK3EpH2uw6R9rsOkfa7DpH2uw6R9rsOk&#10;fa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7D/543Gv+bRC7/m0xA/6BMTf+kTVr4pk9n8KhTdOio&#10;V4Dgp16M2qRoltOhcZ/OnXqnyZmDr8WVirXBj4+7vYmVwbqFncS2gqTHsICqyKd9qsiifqzFn3+u&#10;w59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67D/543Gv+bRC7/nEs/&#10;/6FKTP+lS1n5qE5m8apRc+mrVX/iq1uK26lllNWmbp3Po3elyp+ArMWZhrS/k4y8uI2TwbKJmcWu&#10;hqHIqoSpyaGAqcqcgazGm4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuB&#10;rcSbga3E/542Gv+cRC7/nEo//6JJTP+mSln5qUxl8axPcequVH3jr1mI3a5ikdata5rRqnWiy6V9&#10;q8Gdg7S5lom8spGQwayMlsaniZ3Io4emypuDqMuYg6vHloStxZaErcWWhK3FloStxZaErcWWhK3F&#10;loStxZaErcWWhK3FloStxZaErcWWhK3F/542Gv+cQy7/nUk//6NIS/+nSVj6q0tk8q5OcOuxUnvk&#10;s1eF37RgjtmzapbRsXWexqh7q7yggbSzmoe8rJSNwqaQlMagjZvJnIuky5aHqMuTh6vIkoesxZKH&#10;rMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF/582Gv+cQy7/nkg//6NH&#10;S/+oSFf7rUlj87BMb+y0UHnmuFaD4btei9q7apLNtHOewat5qrekf7SunYS8ppiKwaCUkcaakZjJ&#10;lo+hy5GMqMyPiqrIjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaO&#10;iqzG/582Gv+cQy7/nkc+/6RGSv+qRlb8rkhi9LNLbe64T3fovVV/4cFehtbAbI7It3Gdva53qrKn&#10;fbSpoYK7oZyIwZqYj8aUlpbJkJSfy4ySqMyKj6rJio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6s&#10;xoqOrMaKjqzGio6sxoqOrMaKjqzG/582Gv+cQy7/n0Y+/6VFSv+rRVX8sEZh9rZJa/C8TnTnwlV7&#10;38hhgNHDao3EunCduLJ1qa2re7OjpYC7m6GGwZSdjcWOm5TIipmdyoaZqMuGlKrJhpKrxoaSq8aG&#10;kqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvG/581Gv+dQi7/oEU9/6dESf+t&#10;Q1T+s0Rf97pHaO/BTXDlyVZ13M5keszGaY2+vm6csrZ0qKewebKeq366laaEwI6ji8SIoZLHhJ+a&#10;yYCfp8qBmqrIgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvG&#10;/6A1Gv+dQi7/oUQ9/6hCSP+vQVP/tkJd975GZezHTWvj0lht1tNhesfKZ4y5wm2brLxyp6G2d7GY&#10;sX25j62CvoiqicOCqJDGfaeZyHqnpcl7oqvIfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2e&#10;rMZ9nqzGfZ6sxn2erMZ9nqzG/6A1Gv+dQi7/okI8/6pAR/+yPlH9ukBZ88NEYOjPTmPf3Flnz9hg&#10;ecDPZoqyyGuapsJwppu8dq+RuHu3ibWBvIKyh8B9sI7DeK6WxXatocZ1rKzGd6atxXemrcV3pq3F&#10;d6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3F/6A0Gv+eQS7/pEA7/6w9Rf+1O073&#10;vz5V7MtEWeHaT1rU31FsxtpafbjTYourzmmYn8ZxpJXAd62Ou360h7eDuYG0h718soy/ebGTwXaw&#10;m8J0sKbCcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C/6Ez&#10;Gv+eQS//pz06/7A6Q/26OErwxjtP49VFTtXhRl/I4ktxut1SgazVW4+fzGablsZwpI/AeKuKvH+x&#10;hLmDtYC3h7h8tou7ebSQvHe0l712tKG9dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50&#10;s6W+dLOlvnSzpb50s6W+/6IzGv+gPi7/qjk3/7Q1P/bANUTnzzlF1988UMnnQWS75UZ2rNxOhZ/T&#10;WpKVzGecjsZxpIrCeaqFv36ugLyCsn26hrR6uYq2d7iOuHW3k7lzt5q5c7eguXO3oLlzt6C5c7eg&#10;uXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5/6MyGv+jOiz/rjQ0/roxOu3KMDva3TI/&#10;yuc4VbzsPWmt5UR5n9tOh5TTXJKNzGibiMhyoYTEeaaAwn2qfMCBrXm+ha93vYiwdLyLsnK7kLNw&#10;u5W0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0/6QwGv+n&#10;NSr/tC8w9MMqMd7YKy3M5i5FvfI1Wq3uO2yf5ER7k9tRh4vUXpCGz2qYgstznX7IeKF6xnykd8SA&#10;pnXDg6hzwoapccGJq2/AjaxtwJKtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt&#10;bL+VrWy/la1sv5Wt/6UvGv+tLSX8vCco5dAhJM7kJDO+8SxKrvgzXaDtPW2T5Ed6it1UhYPXYYx/&#10;0mySe89yl3fNd5p0y3uccsp+nnDJgaBuyIShbceHomvGiqNpxo6kaMWRpWjFkaVoxZGlaMWRpWjF&#10;kaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGl/6csGv+1JR/syRoc0OIZIb/wIjiv/StNoPg1&#10;XpPuQWyJ5k13geBYgH3cZIZ42GuLc9VxjnDTdZFu0nmTbNF8lGrQf5Zpz4KXaM+FmGbOiJllzYya&#10;ZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a/64kFvXBFxTU&#10;3w4QwO8YJrD9Izyh/y1OlPk6XYnxR2iB61JxeuZdeHTiZH1w32uBbd1whGrcdIZo23iIZtp7iWXZ&#10;fYpk2ICLYtiDjGHWhY1g1omOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WL&#10;jl/Vi45f1YuO/rkWDdTSCwbC7g4WsfwZKqL/JT2U/zJMifxAWYH2TWJ68Fhpc+xfb2zpZHNo52p2&#10;ZuVveWTkc3pi43Z8YeN5fWDie35f4X5+XuGAf13gg4Bc4IWBW9+IgVvfiIFb34iBW9+IgVvfiIFb&#10;34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iB1MgJA8TXCgey+xAZo/8cK5X/KDuK/zhIgf9FUnr8&#10;Ulpy91lga/ReZGbyZGhi8GlqYO5tbF7tcW1c7XRuW+x2b1rseXBZ63txWOt9cVjqf3JX6oJzVumE&#10;c1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzxM0IAbTdCAuk/xIa&#10;l/8fKov/LjaB/z1Bef9KSXH/UlBp/1hVY/1dWF/7Y1tc+WddWvhrX1j3bmBX93FhVvZ0YVX2dmJU&#10;9XdjU/V5Y1P0fGRS9H5kUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0&#10;gGVR9IBl/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQ&#10;oc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnl&#10;knKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dT&#10;Rf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6Wv&#10;yHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+A&#10;labNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE&#10;3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+Z&#10;V1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWp&#10;sMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;/5YzFP+VQyX/k1E3/5dTRf+ZVlL9mVtg9Zhgbe2WZ3nlk3GE35B7jtqNhJbViIqc0YSQos+AlabM&#10;fZmpy3udrMl5oa7Id6WvyHaqscd0rrLHc7SyxHS6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91&#10;urK/dbqyv3W6sr91urK/dbqy/5YzFP+WQyX/lVA3/5lRRP+bVFL+nFhf9ZtdbO2ZZHjmlmyD35N2&#10;jdqPgJbUjIid0YeOo82Dk6jLgJiryX2crsh6obHGeKWyxneqtMV1sLXFdLi1vXe4tbh3uLW4d7i1&#10;uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1/5czFP+WQyX/lk43/5pPRP+dUlH+&#10;nlVe9p5aau6cYHbnmmeC4JZyjNqSe5XUjoSd0IqLo82GkanKgpatyH6bsMZ7oLPFeaa1xHestsN2&#10;s7e+d7e3t3i2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4/5gz&#10;FP+XQyX/l003/5tNQ/+fUFD/oFNd96BYae+fXXXonWSA4Zpui9uWd5TVkYCc0I6Jo8yJj6nJhJWu&#10;x4CassV9oLXDeqe3wniuucB3tbm4eLW5sXm1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbms&#10;erW5rHq1uax6tbmserW5/5gzFP+YQyX/mEw2/5xMQ/+gTk//olFc+KNVaPCiW3TpoWF/4p5qidya&#10;c5PWlXyb0ZGFo8yMjKnJh5OvxoKZs8N+oLfCeqi5wXixu7l4s7yxebO7q3q0u6d7tbqne7W6p3u1&#10;uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6/5kzFP+YQyX/mUs2/55LQv+hTE7/pE9b&#10;+aVTZvGlWHLqpF5946Jmh92ecJHXmXiZ0pWBoc2PianJipGvxYOYtMJ/n7i9fKe7unqwvbJ6sr6r&#10;e7K9pnyzvKN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6/5kzFP+Y&#10;Qyb/mUo2/59KQv+jS07/pk5Z+qhRZfKoVnDrqFx75adihd+jbI7Zn3WX05p+n82ThqjFjY2vv4eU&#10;tbmDnLm1f6O8sX2svqx8sb+lfLG/oX6zvZ5+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7&#10;nn60u55+tLuefrS7/5kzFP+ZQyb/mkk1/6BIQf+kSU3/p0xY+qpQZPOrVG7trFp55qxgguCqaYva&#10;pnOUz598ncaXg6i+kIqwuIuRtrKGmLqtg6C9qYGov6WAsMCff7DAnICyvZqBs7uagbO7moGzu5qB&#10;s7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7/5ozFP+ZQyb/m0g1/6FHQf+lSEz/qUpX+6xO&#10;YvWvUmzusFh26LFef9+waIjVrHSQyqN6ncCbgai4lIewsY+OtquKlbumh52+ooWlwJ+Er8GZga/B&#10;l4KyvpWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8/5ozFP+ZQyb/&#10;nEc1/6JGQP+nR0v/q0lW/a9MYPayUWrutFdz5bdefN22aoPPr3KQxaZ4nbuefqeymIWwq5OLtqWO&#10;k7ufi5q+m4miwZiIrMKTha/Ckoaxv5GGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYaz&#10;vJGGs7yRhrO8/5ozFP+ZQib/nEY0/6NFQP+oRUr/rUdV/rFKX/W1UGjruVZw471ed9m7aoDLsnCQ&#10;wKl2nbaifKetnIKvpZeJtp6TkLuZj5i+lI2gwZGMqcKNiq7CjYmxv42Jsr2NibK9jYmyvY2Jsr2N&#10;ibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9/5szFP+aQib/nUU0/6REP/+qREn/r0VT/LRJXfK5&#10;T2XpvlZs4cNgctO+aYDGtW6Pu610nLCmeqenoICvn5uGtZiXjruTlZW+jpKdwYqSp8KIkK7CiI6w&#10;wIiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9/5szFP+aQib/nkQz&#10;/6VCPv+rQkj/sURS+rdIWvC9TmHmxFZn3slibc7BZ3/BuW2OtrFym6uqeKaipX6umaCEtZKdi7qM&#10;mpO+h5ibwISXpMKClq/Cg5OwwISRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSR&#10;sr6EkbK+/5szFP+aQSb/n0Iz/6ZAPf+tQEf/tEJP97tHV+3DTV3kzFhg2c1gbMnFZn68vWuNsLVx&#10;mqWvdqWcqnytk6aCtIyiibmGoJC9gZ6Zv32eosF7nq/BfZmwwH+Wsr5/lrK+f5ayvn+Wsr5/lrK+&#10;f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+/5wzFP+aQSb/oEEy/6g/PP+wPkX/t0FN9MBFU+rJTlbi&#10;1VpX0tFea8TJZH22wWqMqrtvmZ+1dKSWsHqsjayAsoaph7d/p467eqaWvneloL90pq2/d6Gxv3qd&#10;sr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+/50zFP+bQSb/oj8x/6o8&#10;Ov+zPEL7uz5J8MZETebST03c3FdWzNVdar7NY3uwx2iLpMFtl5m8c6KPuHiqhrR+sH+yhbV5sIy4&#10;dK+Vu3Gun7xur6u9caqzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0&#10;pbO8/50zFP+bQCb/pDww/605OP+2OT/1wTxD6c5ERN7dTUfS4FNYxdtcaLfTYXqpzWaJnMhrlZHE&#10;cZ+IwHanf719rXi7hLFzuou0b7iUt2y3nbhqt6i5aba2uG2vtbltr7W5ba+1uW2vtbltr7W5ba+1&#10;uW2vtbltr7W5ba+1uW2vtbltr7W5/54yFP+dPiX/pzku/7E2Nfu8NjrtyTo84NpEOtLiR0zH4k1e&#10;ud5UbqzZW3yf1GKIlNBok4rMb5uCx3eifMN+qHbAhKxyvoqvb7yRsW28mLJru6Gzarutsme6trRn&#10;ura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0/58yFP+gOiT/qjQs/7UyMfPD&#10;MjPj1Dgw0+E8P8boQlK55UhjrOJNcp/fVH+T2V2KidJnk4PNcJp9yXefeMZ9pHTEg6dwwoipbsGO&#10;q2zAlKxqv5utab+lrWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66t&#10;/6AwFP+jNiL/rzAo+7wtK+jNLCjV4DAwx+k4RLnsPles6UVnnudLdZLgU4CJ2V6JgtRokXzQcZZ4&#10;zHebdMp9nnDIgqFux4eja8WLpWnEkKZoxJanZsOeqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXD&#10;pahlw6WoZcOlqGXDpahlw6Wo/6EvFP+oLx//tSoi8MYkIdjdIyDI6S01uvI1SazxPFqe8ENpkuhM&#10;dYjhVX+B22GHe9dqjXbTcZFy0XeVb898l2zNgJpqzIWbaMuJnWbKjZ5lyZKfY8mYoGLInqFiyJ6h&#10;YsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6h/6MtFP+uKRr4vyAa3tYYE8noIiW6&#10;9Cs6rPg0TZ73PFyS8UZpiOlQc3/jWXt632SCdNxrhnDZcYpt1naNatV7j2jTf5Fm0oOSZNGHlGPR&#10;ipVh0I+WYM+Ul17PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY/6co&#10;Ev+3HxLmzhENy+YVFrv0ISqs/is+nv80TpL6P1yI8kpmf+xVb3noXnVy5GR7buFrfmrfcIFo3nWE&#10;Zdx5hWPbfYdi2oGIYNqEiV/Zh4pd2IuLXNeQjFvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b&#10;1pSNW9aUjVvWlI1b1pSN/7AeC+3GDgjN2wsIu/MVGqz/IS6e/yw/kv83TYf9RFh/9k9hePFZaHHt&#10;X21q62RxZ+hqdGTnb3di5XR5YOR4el/je3td4358XOKBfVvhhH5a4Yh/WeCMgFjgj4FY4I+BWOCP&#10;gVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+B870NBMzPCQG95QwMrP8XHp7/JC+S/y89&#10;h/89SX//SVJ4/FRacPhaX2n0X2Rk8mVnYfBqaV7vbmtc7nJtW+12blrseW9Y7HxwV+t+cFbrgXFV&#10;6oRyVOqIc1Ppi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0zMYIAL3U&#10;CAOt9Q4Pn/8aH5P/Jy2I/zQ5fv9CQ3f/TUpu/1NQZ/9ZVWL8Xlhe+2RbW/loXVn4bF5X93BgVvdz&#10;YVX2dmJU9XhiU/V7Y1L0fWRR9IBkUPODZU/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84Zm&#10;T/OGZk/zhmZP84ZmvcsGAK7bBgSf/xAQk/8dHYj/Kih+/zgydv9EOm3/S0Fl/1FGX/9XSVv/XUxY&#10;/2JOVf9mUFP/alFS/21SUP9wU0//clRO/3VUTf93VU3/eVVM/ntWS/5+V0r9gVdK/YFXSv2BV0r9&#10;gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFX/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNi&#10;YPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi&#10;0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/&#10;ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9Rx&#10;pZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN&#10;3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWR&#10;amvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvA&#10;o81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu&#10;/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3T&#10;b6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsai/40tDv+NPh3/jEwu/5RTO/+VVkf/lltU/ZVhYPaSaGvvj3B16Yt6f+SHg4ffgoqN3H6Q&#10;ktl6lpfWd5ua1XSgndNypZ/ScKmh0W6uotBttKPQbLqk0GzCpMpuxKTEb8SkxG/EpMRvxKTEb8Sk&#10;xG/EpMRvxKTEb8SkxG/EpMRvxKTEb8Sk/44tDv+OPh3/jksu/5VROv+YVEf/mFhT/pheX/aVZGrv&#10;kmx16Y52fuSKgIffhYeO24COlNh8lJjVeZqc03afn9FzpKLQcaqkz2+vpc5utqbObb2nym7Cp8Nw&#10;wqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn/48tDv+OPh7/kEot/5dP&#10;Ov+ZUUb/m1ZS/ppbXveYYWnwlWh06pFxfuSOfIbfiYSO24OLlNd/kprUe5ie0neeodB0pKTOcqqm&#10;zXCxqM1vuanLb8Gpw3HBqbxywKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3&#10;c8Cq/48tDv+PPh7/kkot/5hNOf+bT0X/nVNR/51YXPibXmjxmWVy6pVtfOSRd4bfjIGO24eJldaB&#10;kJrTfZaf0Hmdo851o6bNcqupzHCzqstvvavFcr+rvXO/rLZ0vqyxdb6tsXW+rbF1vq2xdb6tsXW+&#10;rbF1vq2xdb6tsXW+rbF1vq2xdb6t/5AtDv+QPh7/k0kt/5lMOf+dTkT/n1FQ/59WW/meXGbynGJx&#10;65hpe+WUc4Tgj32N24qGlNaEjZvSf5Wgz3qcpc12o6jLc6urynG1rcZxvq2+dL2utnW9rrB2va6s&#10;d72urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va6sd72u/5AtDv+QPh7/lUks/5tKOP+e&#10;TEP/oU9P/6JUWvqhWWXzoF9v7J1meeaYb4Pgk3mM246Ck9aHipvSgZKhz3yapsp4oqrHdautw3O0&#10;r79zvLC3dbywsHe7sKp4u7Cnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebyw&#10;/5EtDv+RPh7/lkgs/5xIN/+gSkL/o01N/6RSWPulV2P0pF1t7qFjd+iea4DimHWJ3JJ+ktOMh5rM&#10;ho+hxoCXp8F8nqy9eaavuXavsbd2urKvd7qyqnm6sqV6urKie7uxonu7saJ7u7Gie7uxonu7saJ7&#10;u7Gie7uxonu7saJ7u7Gie7ux/5EtDv+RPh7/mEcs/51HN/+hSEH/pUtM/6dQVvyoVWH1qFtr7adh&#10;dOWkaX7en3OH1Jh9kMuRhJrEioyivoSTqLiAmq20fKKwsHqrs615tbSoerm0pHu5tKB9ubOdfbqz&#10;nX26s519urOdfbqznX26s519urOdfbqznX26s519urOdfbqz/5ItDv+SPh7/mEYr/55GNv+jR0H/&#10;p0lL/6pOVfqrU17yrFlo6axgceKpaHrZpXODzZx6j8WVgZq9joiit4iQqbGEl66sgJ+xqH6ntKV9&#10;sbWhfbi2nX64tZp/ubSZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqz/5It&#10;Dv+SPh7/mUUr/59ENf+kRUD/qUhJ/6xMU/iuUlzvsFhl5rFfbd6waXbSqXGCyKB4j7+Yfpq3koWi&#10;sIyMqaqIlK6khZyyoIKktZ2BrraagLe3l4G3tpWCubSUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOU&#10;grmzlIK5s5SCubOUgrmz/5MtDv+SPR7/mkQq/6BDNf+mRD7/q0ZI/65LUfWyUFnstVdh5Ldeadq0&#10;aXPNrG+CwqR2j7mcfJmxloOiqpGKqaOMka6eiZmymYehtZaFq7eThba3kYS3t5CFuLWQhbm0kIW5&#10;tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0/5MtDv+TPR7/m0Mq/6JCNP+oQj3/rUVG&#10;/LFKT/K1T1bpulZd4b1gZNS4Z3LIr22Bvad0jrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqLeM&#10;irO4i4m3t4uIuLWLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0/5MtDv+T&#10;PR7/nEEq/6NAM/+pQTz/r0RF+rRITPC6TlPnv1ZZ3sJgYM+7ZnHDs2yBuKtyjq6keJilnn6hnpqE&#10;qJeWjK6Rk5SyjJGctYiPpreFj7G4hY62t4aNuLaHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1&#10;h4y4tYeMuLWHjLi1/5QsDv+UPR7/nUAp/6Q+Mv+rPzv/sUJC+LhHSe2+Tk/lxldT2sZeX8u+ZHG+&#10;tmqAs69wjampdpigo3yhmJ+CqJGbia2KmZKyhZaatYGVpLd/la63fpS3t4GRt7aCkLi1gpC4tYKQ&#10;uLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1/5QsDv+UPR7/nj8o/6Y9Mf+tPjn/tEFA9LxG&#10;RevETUnizlhL08pcXsbCY3C5umh/rrRujKOudJeaqXqfkqWAp4qhh6yEn4+xf52XtHucobZ4m6y3&#10;d5u3tnqXuLV8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0/5UsDv+VPR7/&#10;oD0n/6g7MP+wPDf9uD888cFEQOjLTkLe01VKzs1bXcDGYW60v2d+qLltip20cpWUr3iei6t+pYSo&#10;hap9poyveKSVsnSjn7Rxo6q1cKO4tXOeubR2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5&#10;s3abubN2m7mz/5YsDv+XPB7/ojom/6o5Lv+zOjT5vTw47shDOePVUDfX2lJIyNJZXLrLX22txWV8&#10;ocBriZe6cJONtnachLN8on2wg6h3roqscq2Tr26snbFrrKiyaa22smyou7Fvo7uxb6O7sW+ju7Fv&#10;o7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7ux/5csDv+aOx3/pDcl/602K/+3NzDzwzox5tBDMNzf&#10;SjXP31JHwdhYWrPRXmumy2N6msdpho/CbpCGv3SYfbx6n3a6gaRwuImoa7eSq2i3nK1lt6euZLe0&#10;rmWzva5orb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2u/5gsDv+dORz/pzQj&#10;/7EzKPm9Mirqyzcp3N0+KdDjRjrF4k1LuN5VWqzZXGie02J3ks9ngojLbYx+yXOUdsd5mnDFgZ9q&#10;xImiZsOSpWLDnKdgw6aoX8O0qF/BwqhhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6&#10;walhusGp/5ksDv+gNRr/qjEg/7YuI/DFLSLf2DMc0OM6LsToQkC45UlQq+FOX57eVWyS21x3h9hj&#10;gX7Vaol21HGPb9F5lGvOgJhnzIibZMqQnWLJmJ9gyaGgX8mroF/JuZ9cyMOiXMjDolzIw6JcyMOi&#10;XMjDolzIw6JcyMOiXMjDolzIw6JcyMOi/5ssDv+kMBj/rywb+L4nG+TRJhfR4i0gxOs3M7frPkWq&#10;6UVUnudMYpLlUm6G41h4feBgf3bcaYZw2HGLa9V4j2jTf5Jl0YaUYs+NlmDOlJhezpuZXc2jmlzN&#10;rZpbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbea/50sDv+oKxT/tyQV68oc&#10;EdPgHhPE6ysmt/E0OKrwPEmd70RXke5LY4btUm196Ft1deNifHDga4Fr3XKFaNp4iGTZfoti14SN&#10;X9WKjl7UkJBc05WRWtOcklnSpJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY&#10;0qyT/6ErDf+vIw/0whcM1t0QB8XrHhi39ikrqfczPJ32PEuR90RYhvZNYn3wVmp2615xbudkdmrk&#10;a3pm4nJ9ZOB3gGHffYJf3oKEXd2HhVvcjIZa25GHWNqWiFfZnYlW2aOKVtmjilbZo4pW2aOKVtmj&#10;ilbZo4pW2aOKVtmjilbZo4pW2aOK/6gjCf25FgfW0QsDxuoQC7b3Hh2p/SkunP40PpD/PkuG/kdW&#10;ffhRXnbzWWVu8F9qaO1lbmTqa3Jh6XF0X+d2dl3me3hb5X95WeSEeljjiHxX44x9VuKRflThl39T&#10;4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx//7EVA9THCQHG1goDtvcSD6j/&#10;HyCb/yswkP82PYX/QEh9/0tRdf1UWG35Wl1n9mBiY/NmZV/ya2dc8HBpWu90a1jueGxX7XxuVeyA&#10;b1TshHBT64hxUuuMcVHqkXJQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVz&#10;1r4HAMXLCAC32wkFqP8UEpv/IiGQ/y4uhf85Onz/REN0/05KbP9UUGX/WlRg/V9YXftlWlr6alxX&#10;+W5eVfhyX1T3dmBS9nlhUfZ9YlD1gGNP9IRkTvSHZE3zjGVM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85BmTPOQZkzzkGZM85BmxMIGALbRBwCo7QsGm/8XE5D/JR+F/zEqfP88NHP/Rjtq/0xBY/9T&#10;Rl7/WUla/15MVv9jTlT/aFBS/2xRUP9vUk//clNO/3ZUTP95VUv/fFVK/n9WSf6CV0j9hlhH/YpY&#10;R/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYtskEAKjZBAGb/w4Hj/8aEYX/Jxt7&#10;/zMkcf88LGj/QzJh/0o3W/9QO1b/Vj1T/1xAUP9gQU7/ZENM/2hESv9rRUn/bkZI/3FGR/90R0b/&#10;dkhF/3lIRP98SUP/gElC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK/4Io&#10;Cf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I&#10;4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58&#10;g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ&#10;/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5Hd&#10;Zr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+C&#10;ORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2i&#10;i+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pLPaNKS/4IoCf+DORb/g0cl/4xOMf+QVT3/kVtI/5BhU/6NaF74iG9o8oN4cO1+gnjp&#10;eop+5naRg+Rzl4ficJ2K4G6ijN9rp47daqyQ3WiykdxnuJPbZr+T22bHlNlm0JTPaNCTy2nQlMtp&#10;0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCU/4MoCf+DORf/hkYk/45NMP+TVDz/lFhH/5Je&#10;U/+QZV34jG1n8oZ1cO2Bf3jpfYd+5XmPhOJ1lYjgcpuM3m+hj91sp5Hca6yT22mzlNpoupbZZ8OW&#10;2WbNl9BpzpbIas6XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82X/4QoCf+EORf/&#10;iEUk/5FMMP+VUTv/llZH/5VcUv+TYlz5j2pm84pycO2Fe3jpgIR/5XuMheJ3k4rfc5qO3XCgkdtt&#10;ppTaa62W2Wm0l9hovZjYZ8iZ0WnMmclrzJnCbMyavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3L&#10;mr1ty5q9bcua/4UoCf+FORf/ikQk/5NLL/+XTzr/mFRG/5dZUP+WYFv5kmdl845vb+6JeHfpg4F/&#10;5H6KheF5kYvedZiP3HGfk9puppbYbK6Y12q2mtZowZvTacubymvLm8Jtypy7bsqduG/Knbhvyp24&#10;b8qduG/Knbhvyp24b8qduG/Knbhvyp24b8qd/4UoCf+GORf/jEQj/5VKL/+ZTTr/mlFE/5pWT/+Z&#10;XVr6lmRk9JJrbu6NdHbph35+5IGHheB8j4vdd5eQ23OeldhvppjWbK+a1Wq5nNRpxp3LbMmdw23J&#10;nrxvyJ+1cMifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccif/4YnCf+GORf/jkMj&#10;/5dJLv+aSzn/nE9D/51UTv+cWlj7mmBi9ZZobO+Rb3Xqi3l+5YWDheB/jIzdeZWR2XSdltRwpZrQ&#10;bq6dzWy3n8trw6DDbsegu2/HobVxxqGvcsahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxz&#10;xqGsc8ah/4cnCf+HORf/kEIj/5hHLf+cSTj/n0xC/6BRTP+gV1b7nl5g9Jtlau2WbHPnkHZ84YqA&#10;hNuEiYvTfpGSzniZmMl0oZzGcamfwnCyosBvvaO6cMWjs3LFpK5zxaSpdMWjpnXFo6Z1xaOmdcWj&#10;pnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWj/4cnCf+IOBf/kUEi/5pFLP+eRzb/oUpA/6NQSv6jVVT2&#10;olxd76BiZ+icaXDhlnR52pB9gtGJhovKgo2TxX2VmcB5nZ68dqWhuHOtpLVyuKWycsOmrHTDpqd2&#10;w6ajd8SloXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSl/4gnCf+IOBf/k0Ei/5tE&#10;LP+gRTX/o0k//6VOSPunVFHzplpb66VgZOOiaG3cnXN20ZV6gsmNgovCh4qTvIKRmrd9mZ+yeqGj&#10;r3eppqt2s6epdsCopHfCqKF5wqedesOnm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6ab&#10;esOm/4gnCf+JOBf/lUAh/51CK/+iRDT/pUg9/6hMRviqUk/vq1hX56tfYOCoaWnUoXB1y5l4gcKS&#10;f4u7i4aUtYaOmq+ClaCqfp2kpnump6N6sKmgebyqnXrBqZp8wamYfcKoln3Cp5Z9wqeWfcKnln3C&#10;p5Z9wqeWfcKnln3Cp5Z9wqeWfcKn/4knCf+JOBf/lj8h/55BKv+jQjP/p0Y7/qtLRPWuUUzssFdU&#10;5LFeXNutaGbPpW51xZ11gbyWfIu1kIOUroqLm6iGkqCjgpqlnoCiqJt+rKqYfrirln7Aq5R/wKqT&#10;gMGokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKo/4knCf+KOBf/mD8g/58/Kf+l&#10;QTL/qkU6/K5JQfKxT0nptVZQ4bdfV9WxZWXKqGx0wKFzgLeaeouvlIGUqI+Im6KKj6Cch5ell4Sg&#10;qJSCqaqRgrWrj4K/q46DwKqNg8GpjYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8Go&#10;/4onCf+LOBf/mT4g/6E+KP+mQDD/rEM4+bFIP/C1TkXnulVL3rteVNC0ZGXFrGtzu6RxgLGeeIqp&#10;mH6TopOFmpuPjaCWjJWlkYmdqI2Hp6uKh7KsiIe/rIiHwKuIhsCpiIbBqIiGwaiIhsGoiIbBqIiG&#10;waiIhsGoiIbBqIiGwaiIhsGo/4onCf+MNxf/mz0f/6I9J/+oPy//rkI297RHPO26TUHkwFZG2b9c&#10;U8u3Y2TAr2lztqhvf6yidYqknHyTnJiDmpWUiqCPkZKlio6bqIaNpKuDjK+sgY29rIKMv6uDisCp&#10;g4rBqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOKwamDisGp/4snCf+ONxf/nDwf/6M7Jv+qPS3/&#10;sUAz9LhFOOq/TDzix1VA08JaUse6YWO7s2dysK1tfqenc4meoXqSlp2AmY+aiJ+Jl5CkhJSYqH+T&#10;oqp8kq2repK6rHuRwKt9j8Gpfo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGo/4wn&#10;Cf+PNhb/nToe/6U6Jf+tOyv8tD4w8bxDNOfFTDbey1I/zsZZUcK+YGK2uGZwq7FsfaGscoiYp3iR&#10;kKN+mImghZ6CnY2jfZuWp3iZn6l1mKqqc5m3q3SYwKp3lMGpeJPCqHiTwqh4k8KoeJPCqHiTwqh4&#10;k8KoeJPCqHiTwqh4k8Ko/4wnCf+RNRb/nzgd/6c4I/+vOSj5uDws7sJCLuXNTC3Y0E89yclXULzD&#10;XmCwvGRvpbdqfJuycIaSrXaPiql8loKmg5x8pIuhdqKTpXKhnadvoKipbaC1qW2gwahwm8KncpnC&#10;p3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdymcKn/40mCf+UNBX/oTYb/6o2If+zNiX1vjkn&#10;6slAJuDWSSjR1U48w85WTrbIXF+qwmNtn71oepS4boSLtHSNg7F6lHyugZp1rIiecKuRomupm6Ro&#10;qaamZqmzpmaqw6VppMSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSl/44mCf+X&#10;MxT/ozQa/60zHv64MiDwxTUg49M/HNjeRSbK2006vdNUTLDOW12jyWFrmMRnd43AbIGEvXKJfLp4&#10;kHW4f5ZvtoeaarWQnWW0mqBis6WhYbSxomC1wqFir8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai&#10;ZKvGomSrxqJkq8ai/5AmCf+bMRL/pjEX/7EuGve+LRrnzjEX2d45Gc3jRCjC4E04tdtTSqjVWVqc&#10;0F9okMxlc4bJa319xnGFdcR3i27DfpBpwYaUZMCPl2DAmppdwKWbW8Cxm1rBwZtbvMqcXbfKnV23&#10;yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qd/5EmCf+fLxH/qi0U/7coFe3IJhLa3CkOzOQ2&#10;HcHmQC6240g+quBOTJ7dVlmS2l1liNZjb37Uanh20nB/btB3hWjPf4ljzoeNX86QkFvNmpJZzaWT&#10;V86yk1bPwpNWy9CUV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+V/5MmCf+jLA7/&#10;sCYP9cAfDd/VGwfN5CcTwes0I7XqPTOp50VCneVLUJHjUlyG4lhmfOBfbnTfZnVs3m16Zt51f2Hd&#10;fYJd3IaFWtuPiFjZmIpW2KGLVNisi1TYt4xT2MmLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bW&#10;i1PW1otT1taL/5ckCf+pJgr+uBwJ5s4RBc7jFwjA7iYXtPAyKKjuOzic7UNGkexLUobsUlx861lk&#10;c+tea2rqZHBl6Gx1YeZ0eF7kfHtb4oN9WeCLf1bfkoFV3pqDU96ig1LdqoRR3baEUd2/hFHdv4RR&#10;3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+E/58hBv+wGwXpxQ0D0NkLAsDuGAyz9iYcp/UxLJv1&#10;OzqQ9URHhfVMUXz1U1pz9Vlga/NfZmXwZmph7W1tXet0cFrqenNY6IF0VueHdlTmjXhT5ZR5UeSb&#10;elDkoXtP46p8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8/6gcAuu8DAHNzAkA&#10;weAMBLL6GRCl/Ccgmv0yLo/9PTuF/kVFe/9NTnL/VFVr+1paZPhgX2D2Z2Jc9G1lWfJyZ1fxeGlV&#10;8H5qU++DbFHuiW1Q7Y9uTuyUb03rmnBM66FxS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvq&#10;pnJL6qZy97MNAMzDCAC/0QgAse8OBqT/GxOZ/ykhjv80LoT/Pzl7/0dBcf9OSGr/VE5j/1pSXv5g&#10;Vlr8ZlhX+2xaVfpxXFP5dl5R+HpfT/d/YE72hGFM9YliS/WOY0r0lGRJ85plSPOeZkjznmZI855m&#10;SPOeZkjznmZI855mSPOeZkjznmZI855mzbsFAL3HBgCx2AcBo/8QCJj/HxSN/ywgg/83K3r/QTRw&#10;/0c7aP9NQWH/VEVc/1pJWP9fS1X/ZU1S/2pPUP9uUU7/clJM/3dTS/97VEn/f1VI/oRWR/6IV0b9&#10;jVdE/ZNYRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZvb8EALDOBACi4AYCl/8T&#10;CIz/IhOD/y4def84JW7/Pi1m/0UyX/9MN1n/UjtV/1g+Uf9dQE//YkJM/2ZDSv9qREn/bkVH/3JG&#10;Rv92R0X/ekhD/35IQv+CSUH/hkpA/4tLP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s/&#10;/49Lr8YCAKLWAgCW9woCi/8WB4L/JA93/y0XbP8zHmP/OiRc/0IoVv9JLFH/Ty9O/1UxS/9aM0j/&#10;XjVG/2I2RP9mN0P/aThB/2w4QP9wOT//czo+/3c6Pf97Ozz/fjw6/4M8Ov+GPTr/hj06/4Y9Ov+G&#10;PTr/hj06/4Y9Ov+GPTr/hj06/4Y9/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a&#10;/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHg&#10;YNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+F&#10;UjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1&#10;fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B&#10;/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXt&#10;Z6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj&#10;34HUY9+B1GPfgdRj34HUY9+B/3YkBv93NRD/eUIc/4JJJ/+HUTL/iFg9/4dfSP+DZlH/fm5a+3l3&#10;Yvd1gmn0cYpu8W2Sc+5rmXbsaJ9562ake+pkqn3pY69/6GK1gOdhvIHnYMSC5l/OguNf14PcYduD&#10;0mPdg89k3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2D/3ckBv94NRD/fEEc/4VIJ/+KTzL/&#10;jFY9/4tdR/+HZFH/gmxa+3x0Yvd4f2nzdIhv8HCQdO1sl3jrap576WekfuhmqoDnZLCC5mK2g+Vh&#10;voTlYMeF5WDThd1i2YXTZNyFzGXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduG/3gk&#10;Bv94NRD/fkAb/4hHJv+NTjH/j1U8/45bRv+LYlD/hmlZ/IBxYvd7e2nzdoVw73KOdexulXnqa5x9&#10;6GmjgOdmqYLlZbCE5GO3heRiwIfjYcuH32LVh9Vk2ofNZdmIxmfZicRn2InEZ9iJxGfYicRn2InE&#10;Z9iJxGfYicRn2InEZ9iJ/3kjBv95NBD/gD8b/4pGJv+QTTD/klM7/5FaRf+PYE//imdZ/IRuYfd+&#10;eGnyeYJw73SLdutwk3vpbZt/52qiguVnqYTkZbCG42S5iOJiw4niYtCK2GTYis5m2IrHZ9eLwGjW&#10;jL5p1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oy+adaM/3kjBv96NBD/gz4b/41FJf+TTC//lVE6&#10;/5RXRP+SXU7/jmVY/IhrYfeCdGnyfH9w7neIdutzkXzob5mA5muhhORoqYfiZrGJ4WS7i+Bjx4zc&#10;Y9SMz2bWjMdo1Y3AadSOumrUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SO/3ojBv97&#10;NBD/hT0a/49EJP+WSi7/l044/5dUQv+VWkz/kmFW/I5pX/aHcGjygXpw7XuFd+p2jnzmcZeB422f&#10;huBqqIndZ7CM2ma7jdZlx47RZtSPx2jTj79q05C5a9KRs2zSkbJt0pGybdKRsm3SkbJt0pGybdKR&#10;sm3SkbJt0pGybdKR/3sjBv98NBH/iDwa/5JDJP+YSC3/mkw3/5pSQf+ZWEr8l19U9pNmXfCNbmbr&#10;h3dv5oCBduF7i33cdZOD13Gch9JupIvPa6yOzGm1kclowJLHaM+Tv2vRk7hs0JOybdCUrW/Qk6tv&#10;0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GT/3wjBv99NBH/ijsZ/5RBI/+aRiz/nEs1/51Q&#10;P/+dVkj4m11R8ZhjW+uTa2TkjXVt3oZ+ddiAh3zReo+DzHaXicdyn43Eb6eRwG2wk75su5W7a8iW&#10;tm3PlrBvzparcM+WpnHPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+V/3wjBv99NBH/&#10;jDoZ/5dAIv+cRSv/n0k0/6BOPPuhVEX0oFpO7J1hWOWZaWHek3Nq1Yx7dM6Fg33If4uEwnqTir52&#10;m4+6c6OTtnGrlrNvtpixb8KYrXDNmKhyzZikc82YoHTOl590zpefdM6Xn3TOl590zpefdM6Xn3TO&#10;l590zpefdM6X/30jBv9/MxH/jjkY/5k/If+eQyn/oUcy/6NMOvilUkPwpFhL6KNfVOGfaF3XmHBo&#10;zpF4dMaKgH3AhIiFun+Pi7V7l5Cxd5+UrXWnl6pzsZmnc72bpXPLm6B1y5qddsyamnfNmZl3zZiZ&#10;d82YmXfNmJl3zZiZd82YmXfNmJl3zZiZd82Y/34iBv+AMhD/kDgY/5s/IP+gQij/pEYw/qZLOPSo&#10;UEDsqVdH5KldUNylZlrQnW5ox5V1c7+OfX25iYSFs4OMjK1/k5GpfJuVpHmkmaF3rZued7mcnHfI&#10;nJl4ypyXecublXrMmpR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJmUesyZ/34iBv+CMhD/kjcX&#10;/5w9H/+hQCf/pkQu+6lJNfGsTzzprlVD4a9dS9WoZFnLoWtnwplzc7mTen2yjYGFrIiJjKaEkJGh&#10;gJiWnX2gmpl8qpyWe7adlHvEnpJ8yp2Rfcqcj33Lm499zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99&#10;zJqPfcya/38iBv+EMRD/kzYX/548Hv+jPyX/qEIs+K1HMu+wTTnmtFQ/3bNbSdCsYlnGpGpmvJ1x&#10;crSXd3yskX6FpoyGjKCIjZGahZWWloKempKAp52Pf7KejYDBnoyAyZ6LgMqdioDLm4qAy5uKgMub&#10;ioDLm4qAy5uKgMubioDLm4qAy5uKgMub/38iBv+FMA//lTYW/587Hf+lPST/q0Eq9bBFL+y1TDTj&#10;ulQ52LdZSMuvYVjBqGhmt6Fvcq+bdXynlXyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhoS+n4WF&#10;yZ6FhMmdhYTKnIWEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5uFhMub/4AiBv+HLw//lzUW/6A6&#10;HP+nPCL+rT8n87NELOm6SzDhv1I107pYR8ezX1e8rGZlsqVtcamfc3uhmnqEmpaBi5SSiJGOj5CW&#10;iYyZmoSKop2Biq2ff4q7n36KyJ5/icmdgIjKnICIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uA&#10;iMub/4EiBv+JLg//mTUV/6I4G/+pOiD7sD0k8LhCKOa/Sirdw080zr1WRsK2Xla3sGVkralrcKSk&#10;cXqcn3iDlJt+io6XhpCIlY6VgpKWmX6QoJx6j6ueeI+4n3eQyZ55jsqdeozLm3uMy5t7jMube4zL&#10;m3uMy5t7jMube4zLm3uMy5t7jMub/4EiBv+LLQ7/mzQU/6Q3Gf+sOB74tDoh7b1AI+TGSSPXx0wz&#10;ycFVRb26XFWytGNjqK5pb5+pb3mWpXaCjqF8iYedg4+Bm4uUfJiUmHeXnZtzlqidcZa1nnCWxp1y&#10;lMqcdJLLm3WRy5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5p1kcua/4IiBv+NLA3/nTQT/6Y0GP+v&#10;NRv0uDcc6cM+HODNRR/Ry0syxMVUQ7i/W1OtuWFhorRobZmvbneQq3SAiKd6h4GkgY17oomSdaCR&#10;lnCem5ltnaabap2znGmew5xrnMubbpjMmm+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZ&#10;/4MhBv+QKw3/oDMR/6kyFf2zMRfwvjQX5cs7FdrUPx3Lz0kwvslSQrLEWVGnv2BfnLpma5K2bHWJ&#10;snJ+ga94hXqsf4t0qoeQb6iPk2qnmZZnpqSYZKaxmWOnwZlkpc2YZ6DNmGifzZdon82XaJ/Nl2if&#10;zZdon82XaJ/Nl2ifzZdon82X/4QhBv+TKQv/ojAP/60uEvi4LBLrxi8Q4NU4C9LaPRzF1EguuM9Q&#10;QKzKWE+gxV5dlcFkaIu9anKDunB6e7d2gXS1fYdus4WLaLKOj2SxmJJhsKOUXrCwlV2xv5VdsdCU&#10;YKrQlGGo0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JRhqNCU/4YhBv+XKAr/piwN/7EoDvLAJgzj&#10;0CgH1N8yC8nfPhm920cssdZPPaTRVkyZzVxZjsliZYTGaG57xG92dMF1fG3AfIJovoSGY72NiV+8&#10;l4xbvKKOWbyvj1i9vo5XvtSOWbbTj1q005BatNOQWrTTkFq005BatNOQWrTTkFq005BatNOQ/4gh&#10;Bv+cJwj/qicK/LghCenKGwXV3iAEyeUwD77jPR204UYsqN5OOpzaVUiR1ltVhtNhYHzQZ2l0zm5w&#10;bc11dmfLfHtiy4R+XsqNglrKl4RXyqOGVcqvhlTLvoZTzNWGVMTZiFXB2YlVwdmJVcHZiVXB2YlV&#10;wdmJVcHZiVXB2YlVwdmJ/40dBf+iJQb/sB8F8sIUA9nbDgHJ5iAHvegvFLLnOiKn5UMxm+NKPpDh&#10;UEqG31dUfN5eXXTdZWRs22xqZtt0b2HafHNc2YR2WdmOeVXZmHtT2qN8UdqwfVDbvn1Q3NN8UNTg&#10;flHQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R0OB//5UaA/+pHwP7uhIC1M0LAMnmDwK87SAL&#10;sO0uGaXsOSea60I1j+pJQYXpUEt76FdTcuhdWmrnY2Bk52plX+dyaVvnemxX54JuU+eLcVDnlXJO&#10;6J90TOiqdUvotXZK58N2Sujddkvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1/50WAf+x&#10;EgHTwwkAx9EKALvyEQSv8yEPo/MuHZnzOSqO80I2hPNKQXvzUkly81dQafNcVmPzY1pd82leWfNw&#10;YVXzd2NS839mT/KHZ03wj2lL75hrSu+gbEnuqW1I7rNtR+3Abkbtx25G7cduRu3Hbkbtx25G7cdu&#10;Ru3Hbkbtx25G7cdu/6cPANO6BwDFxwcAutYJAK36Ewai+iISl/ovH437OiuD/EM1ev1MPnH9UUVo&#10;/VZLYf5bT1z+YlNX/mhWVP1vWFH7dVpO+nxcTPmDXUr4il9I95FgR/aZYUb2oGJF9adjRPSxZEP0&#10;tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVk1rIEAMS+BgC3zAYArNwJAaD/FgiV/yUUi/8y&#10;H4L/PCl5/0Uyb/9KOWf/Tz9f/1VDWv9bR1X/YUpS/2dMT/9sTk3/ck9L/3hRSf9+Ukf/hFNF/4tU&#10;Q/+RVUL+mFZB/Z5XQP2mWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVhA/KlYxrgEALbEBACq&#10;0wUAnvINApT/GgmK/ygTgf80HXf/PCVt/0IsZf9HMl3/TTZX/1M6U/9ZPU//Xz9M/2RBSv9pQ0j/&#10;bkRG/3NFRP95RkL/fkdB/4RIP/+KST7/kEo9/5VLPP+cTDz/n0w8/59MPP+fTDz/n0w8/59MPP+f&#10;TDz/n0w8/59Mt7wDAKnLAgCc2wMAkv8QAon/HQiA/yoQdf8xGGv/OB9i/z4kW/9EKVT/SixQ/1Ev&#10;TP9XMkn/XDNG/2A1RP9lNkL/aTdB/244P/9zOT3/dzo8/3w7O/+CPDn/hz04/4w9N/+TPjb/lT42&#10;/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+qsQAAJzSAACP5wIAhv8RAnz/GwVx/yQLaP8rEV//&#10;MhdX/zkbUf8/Hkz/RiFI/00jRf9SJUL/VydA/1soPv9fKTz/Yyo6/2crOf9rLDf/byw2/3QtNf94&#10;LjT/fS4y/4IvMf+IMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx/4ow/2okBP9pMgr/bD4U&#10;/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1&#10;W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HDcXehw/2okBP9pMgr/bD4U/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OV&#10;YvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw&#10;3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw/2ojBP9pMQr/bj4U/3dFHv98TSj/flQz/3xcPP95ZEX/&#10;c21O/294Vf9rglr9aItf+2WUY/lim2b3YKFp9l6na/VdrWz0XLNu81q6b/JZwXDyWcpx8VjYcexZ&#10;4XHmWuRx4Fzncdhd6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx/2sjBP9qMQr/cTwU/3pD&#10;Hf+ASyj/gVMy/4BaPP98YkX/d2pO/3F0Vf9uf1v9aolg+maSZPhkmWj2YaBr9V+nbfNerW/yXLNw&#10;8lu6cfFaw3LwWc1z7lndc+ha4nThXOVz2V7mc9Bf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53TQ&#10;X+d0/2wjBP9rMQr/czsU/31CHf+CSif/hFEy/4NZO/+AYEX/e2hN/3RxVf9wfFv8bIdh+WiQZvdl&#10;mGn1Y59s82Gmb/JfrHHxXbNy8Fy7dO9bxXXvWtB16lrfduJc4nbbX+V10WDmdsph5XfKYeV3ymHl&#10;d8ph5XfKYeV3ymHld8ph5XfKYeV3/20iBP9sMQv/djoU/4BBHf+FSCf/iE8x/4dXO/+EXkT/f2ZN&#10;/3huVf9zeVz8boRi+WqNZ/Znlmv0ZJ5u8mKlcfFgrHPvXrR17l28du5bx3ftW9Z45VzgeNxf43jS&#10;YOR4y2HkecRj43rEY+N6xGPjesRj43rEY+N6xGPjesRj43rEY+N6/24iBP9tMQv/eDgT/4M/HP+J&#10;Ryb/i04w/4tVOf+IXEP/g2NM/31rVP92dVz8coBi+G2KZ/VplGzzZpxw8WOkc+9hrHXuX7R37V2+&#10;eexcy3roXNx63l/hetJh43vKYuJ8xGPifb5l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9&#10;/24iBP9uMAv/ezcT/4Y+HP+MRSX/j0wu/49TOP+NWkH/iGFL/4NpU/p8cVv3dnxi83GHaPBtkG3t&#10;aZlx6mahdehjqXjmYbJ65GC7e+Jfx3zgX9p91GLhfcpj4H7DZOB/vWbfgLdn34C3Z9+At2ffgLdn&#10;34C3Z9+At2ffgLdn34C3Z9+A/28hBP9vMAv/fjYS/4k8G/+QRCT/k0wt/5NSNv+SWUD/jmBJ+Yhm&#10;UvSCblrvfHlh63eDaOdyjG7kbZVz4Gqdd91npnraZa581mO4ftNiw4DRYtOBymTfgcFl3oK7Z92C&#10;tWjdg7Bp3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YOwad2D/3AhBP9yLwv/gTQS/4w7Gv+TQyL/&#10;l0sr/5dRNP+WVz36k11G845kT+6Ia1jognVg43x/aN53iW7ZcpF0026ZedBroX3MaKmAyWaygsdl&#10;vYPFZcuEwWbchLlo24WzaduFrmvbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuF/3Eh&#10;BP90Lgr/hDMR/486Gf+WQyH/mkkp/5pOMvyaVDv1mFtE7pRiTeePaVXhiXNe24J8ZtN8hW/Nd411&#10;yXKVesVvnX/BbKWCvmqthbtpuIe5acSIt2nYiLBr2YirbNmIp23ZiKNv2oejb9qHo2/ah6Nv2oej&#10;b9qHo2/ah6Nv2oejb9qH/3EgBP92LAr/hjIR/5I6GP+ZQiD/nEcn/55ML/ieUjjwnVhA6ZpfSeKV&#10;Z1Laj3Bc0Yd4ZsqBgW/FfIl2wHeQfLt0mIC3caCEtG+ph7Fts4mubL+KrGzPi6hu14ukb9iKoHDY&#10;ip1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2YmdcdmJ/3IgBP94Kwr/iDAQ/5Q5F/+bQR7/n0Ul&#10;/aFKLfSiUDTsolY85KBcRdybZU/Sk21cyox1ZsOGfW+9gYV2t3yNfbN4lIGudZyGq3Oliadxroul&#10;cLqNo3DJjaBx1Y2cc9aMmnTWi5d02IqXdNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiK/3MgBP96&#10;Kgn/iy8P/5Y5Fv+dPxz/oUMj+qRIKvGmTjHop1Q44adcQNWfYk7LmGtbw5FyZryLem+2hYJ3sIGJ&#10;fat9kYKmeZmGonehip91q42cdLaOmnTFj5h11I6VdtWNk3fVjZJ31ouSd9aLknfWi5J31ouSd9aL&#10;knfWi5J31ouSd9aL/3MgBP98KQn/jS8P/5g4Ff+fPRv/pEEh96hGJ+2rTC3lrVIz3KpZP9CjYU3G&#10;nGlavpVwZbaPd2+vin92qYWGfaSBjoKffpaHm3uei5d5qI6UeLOPknjBkJB505CPetSPjnrVjYx7&#10;1oyMe9aMjHvWjIx71oyMe9aMjHvWjIx71oyMe9aM/3QfBP9+KAn/ji4O/5s4FP+hPBn/pz8f9KtE&#10;JOqvSinis1Eu1q5XPsunX03BoGdauZluZbGTdW6qjnx2o4qDfZ6Gi4KZg5OHlICbi5B+pY6NfbCQ&#10;in29kYl+0JGIftOPiH7Ujod+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y2HftWN/3QfBP+AJwj/&#10;kC4O/503E/+jOhj8qT0c8a9CIOe0SCTft04s0bFVPceqXky9o2VZtJ1sZKuXc26kk3p2no6BfJiL&#10;iIKSh5CHjoWZi4mDoo6Ggq2Qg4K7kYKCzJGCgtOQgoLUj4KB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHV&#10;jYKB1Y2CgdWN/3UfBP+CJgj/ki0N/582Ev+lOBb5rDsa7rM/HeW5Rh/au0srzbRUPMKuXEu4p2NY&#10;r6FqY6accW2fl3d1mJN+fJKQhoKMjY6Hh4qWi4OIoI5/h6uQfYe4kXuHyZF8h9OQfIbUj32F1Y19&#10;hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWN/3UfBP+EJQj/lC0M/6A1EP+oNhT2rzgX67c9GOK/&#10;RRnVvkkqyLhTO72xW0qzq2JXqqZoYqGhb2yZnHV0kph8e4yVg4GGkouGgZCUi3yOno55jaiQdoy1&#10;kXSNxpF1jdOQdovUj3iJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14idWN/3YeA/+GJAf/lywL&#10;/6IyD/+rMxHyszUT6Lw6E97FPxfQwUgpxLtRObm1WUiusGBVpapnYZymbWuUonRzjZ56eoabgYCA&#10;mImFe5aSiXaUm41yk6aPb5OzkG6Tw5Buk9OPcJHUjnKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO&#10;1Y1yjtWN/3ceA/+JIgf/mSwK/6UwDfyuLw7vuDEO5MM3DdnKOxbLxUYnv79QOLO6WEeptV9Un7Bl&#10;X5asa2mOqHJxhqV4eICif356n4eDdJ2PiG+bmYtsmqSNaZqwjmebwI5nm9WOaZjVjWyU1oxslNaM&#10;bJTWjGyU1oxslNaMbJTWjGyU1oxslNaM/3geA/+MIQb/nSsI/6gsCvizKgvqvysJ4MwyBtHOORXF&#10;yUUlucRONq6/VkWju11SmbZjXZCyaWeHr3BvgKx2dnmpfXxzp4SBbqWNhWmkl4hlo6KKY6OujGGj&#10;voxgpNKLY6DXi2Wc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2IplnNiK/3odA/+PIAX/oCkH/6wn&#10;B/K4JAblxyQE2dUnBcvTNxO/zkMjs8pMNKfFVEKcwVtPkr1iWom6aGSBt25sebR0cnOye3htsIN9&#10;aK+LgWOulYRfraCGXa2th1utvIdartCHXKrah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odf&#10;pdqH/34aA/+UHwT/pSYF/bEgBOzBGgPf0xcB0NwlBMTZNRC41UEhrNBLMaDMUj+VyVlMi8VgV4LD&#10;ZmB6wGxnc75zbWy8enNnu4J3YrqKe165lH5auJ+AWLisgVa5u4FVus+BVrbegliw3YJYr92CWK/d&#10;gliv3YJYr92CWK/dgliv3YJYr92C/4QXAv+ZHAL/qh8D9bkVAt7NDADQ3xIAxeAmBbvfNg6w3UAd&#10;pNlJLZjVUTuN0VhIg89eUnvMZVpzy2thbMlyZ2bIeWxhx4FwXcaKdFnGlHZWxZ94U8aseVLGu3pR&#10;x895UcTjelO84nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8/4oUAf+fGAH/sBQB2MMKAM7R&#10;CgDE5RQBueQmCK7kNBOk4j8gmeBHLY/eTzmF3FZEe9pdTHPZZFRs12taZtZyX2HVeWRc1IJnWNSL&#10;alXUlW1S1KBuUNStb07VvHBN1tBvTdXocE7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOly&#10;/5IRAf+nEQDYuQkAy8YIAMLVCgC36hYDrOonDKLpNBiY6D4kjedHMIPmTjp65VRDceRaSmnkYVBk&#10;42hVX+NwWVrjeFxW44BfU+OJYlDjk2RN5J1lS+SpZ0rltmdJ5cZnSObfZ0rg7GdK3+xnSt/sZ0rf&#10;7GdK3+xnSt/sZ0rf7GdK3+xn/5wNANuxBgDKvQcAv8oHALXaCgCq7xkFoPAoD5bwNRuM8D8mgvBH&#10;MXnwTjlw71RAaO9aRmHvYEtd72dPWO9uUlTvdVVR8H1XTvCFWUvwj1tI8ZlcRvGjXkTyr19D8rtf&#10;QvPMYEHz52BB8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GBB8+hg3qcCAMu2BQC9wQUAss8HAKfqDQGd&#10;9xwHlPgrEor4NhyB+UAmePpIL2/6TTZn+lM8YPpYQFv7X0RW+2VHUvtsSU/8cktL/HlNSPyBT0X9&#10;ilFD/ZNSQf6cUz/+plQ9/7FVPf68Vjz+zVY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WzrAC&#10;AL26BACxxwQApdYHAJv9EAKR/yAJiP8tEoD/ORt2/z8jbf9FKmX/SzBe/1E1WP9XOFP/XTtP/2M+&#10;TP9oQEn/bkFG/3VDQ/98RED/hEY9/4xHPP+USDv/nUk6/6VKOf+tSzj/uUs4/7lLOP+5Szj/uUs4&#10;/7lLOP+5Szj/uUs4/7lLvrUCALDAAgCkzgMAl94FAI//FAKG/yMIff8uEHP/NRhq/zweYv9CJFv/&#10;SChV/04sUP9UL0z/WjFI/18zRf9kNUL/ajY//3A3Pf92OTv/fDo5/4M7OP+LPDb/kz01/5o+NP+h&#10;PjP/qj8z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj8z/6o/sboBAKPIAACW1gAAi/QJAYP/FgJ5/yAG&#10;b/8oDGf/MBJf/zcXWP8+G1L/RB9M/0oiSP9QJET/VSZB/1onPv9fKTv/ZCo6/2krOP9uLDb/dC00&#10;/3ouM/+BLzH/iDAw/48wLv+WMS3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54ypMIAAJbP&#10;AACI3wAAgP8MAXX/EgJq/xgDYv8hB1r/KQtT/zEPTf84Ekj/PhVD/0QXP/9KGTz/Txo5/1MbN/9Y&#10;HDX/XB0z/2EeMf9lHzD/aiAu/3AgLf92ISv/fCIq/4IjKP+IIyf/kCQn/5AkJ/+QJCf/kCQn/5Ak&#10;J/+QJCf/kCQn/5Ak/2AlBP9bMAb/YToN/2pBFv9vSh//cVIp/29bMv9rZDr/Z25B/2R6R/9ghEz/&#10;XY5Q/1qWU/9Ynlb/V6VY/1WrWv9UsVv/U7dc/1K+Xf5Rx178UdFf+1DgX/hQ6V/zUe1f7lPwX+hU&#10;8V/kVvJf5FbyX+RW8l/kVvJf5FbyX+RW8l/kVvJf/2AlBP9bMAb/YjkN/2xAFv9xSR//clEp/3Fa&#10;Mv9tYzr/aG1B/2V4R/9hg03/Xo1R/1uWVP9ZnVf/V6RZ/1aqW/9VsVz/VLdd/lO/Xv1Sx1/8UdNg&#10;+lDiYPZR6WDxUu5g61TvYOVW8WDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg/2ElBP9cMAb/&#10;ZTgN/24/Ff90Rx//dVAo/3RYMf9wYTr/a2pB/2d2SP9jgU3/YItS/12UVf9anFj/WKNa/1eqXP5W&#10;sF79VLdf/VO/YPxTyWH6UtZi+FHkYvNS6mLtVO5i5lbvYuBY8GLbWPFj21jxY9tY8WPbWPFj21jx&#10;Y9tY8WPbWPFj/2IlBP9dLwb/ZzYN/3E+Ff93Rh7/eE4o/3dWMf90Xzr/bmhB/2pzSP9mfk7/YolT&#10;/1+SVv9cm1r/WqJc/lipXv1XsGD8Vbdh+1TAYvtTymP5U9pk9VLmZO9U62ToVu5k4VjvZNlZ8GXT&#10;WvBm01rwZtNa8GbTWvBm01rwZtNa8GbTWvBm/2IkBP9eLwb/ajUN/3Q8Ff96RB7/fEwn/3tUMP93&#10;XDn/cmVB/2xvSP9oe07/ZIZT/2CQWP9dmVv+W6Fe/VmoYPxYsGL7Vrhj+lXBZPlUzWX3U95m8lTn&#10;ZupW62biWe5m2lruZ9Fb72jMXPBozFzwaMxc8GjMXPBozFzwaMxc8GjMXPBo/2MkBP9fLgb/bTMM&#10;/3c6FP99Qh3/gEom/39SMP98Wzj/d2NB/3BsSP9sd0//Z4JU/2ONWf1gllz8XZ9f+lunYvhZrmT3&#10;WLZm9VfAZ/RWy2jxVd1o7VbpaeNZ7GjaW+1p0Fzuasld7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve&#10;7mvFXu5r/2QjBP9hLQb/cDIM/3s4FP+BQBz/hEkl/4RRLv+BWTf/fGFA/3ZpSP9wc0/7bH9V+GiJ&#10;WvZkkl7zYZth8V+jZPBdq2buW7No7Fq8aupZx2voWdhr5Fnoa9pb62zPXe1tyF7sbsJf7G6+YOxv&#10;vmDsb75g7G++YOxvvmDsb75g7G++YOxv/2UjBP9kKwb/czAM/342E/+FPxv/iUgk/4lPLf+GVzb/&#10;gl4+/HxmRvh2cE70cXtV8G2FWu1pjl/qZZdj6GKfZuZgp2njXq9r4V25bOBcxG3eXNNu2V3mbs5e&#10;62/GX+pxv2Hqcbpi6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+ly/2YjBP9nKQb/dy4L/4I1&#10;Ev+JPhr/jUci/41OK/+MVTP8iFw89oNkRfF8bE3sd3dU6HKBWuRuimDhapNk3WabaNpko2vWYqxu&#10;02C1cNBfv3HOX81yy1/ic8Rh6HO9Yuh0t2TndLJl53SvZud0r2bndK9m53SvZud0r2bndK9m53Sv&#10;Zud0/2ciBP9qJwX/eiwK/4Y0Ef+NPRn/kUUg/5JNKP2RUzH2jlo68IlhQuqDaUvlfnRT4Hh9Wtpz&#10;hmDUbo9m0GuXasxon27JZqdxx2Svc8RjuXXCYsZ2wGLad7pk5nezZeV3rmbld6po5XeoaOZ3qGjm&#10;d6ho5neoaOZ3qGjmd6ho5neoaOZ3/2ciBP9tJgX/fSoK/4k0EP+RPBf/lUQe/5dLJviWUi7xlFg2&#10;6pBeP+SKZ0jdhHFQ1X15Ws94gmHKc4pnxm+SbMJsmnC/aqJzvGiqdrlntHi2ZsB5tGbQerFn43qr&#10;aON6p2rjeqNr5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hmha+R5/2ghBP9vJAX/gCkJ/4wzD/+U&#10;Oxb/mUMc/ZtJI/SbTyrsmVUz5ZZcO96RZUXUiW1QzIN2Wsd9fmHBeIZovXSObbhxlnK1bp11sWym&#10;eK5rr3usart8qmnKfahq4X2jbOJ8n23ifJxu4nuabuN7mm7je5pu43uabuN7mm7je5pu43uabuN7&#10;/2khA/9xIwX/gigJ/48yDv+XOxT/nEIa+Z5GIPCfTCfon1Iu4J1aNtaVYUTNjmpPxohyWb+CemK5&#10;fYJotHmKbrB2knOsc5p3qHCieqVvq32ibrZ+oG3Ff55u23+bb+B+mHDhfpZx4X2UceJ8lHHifJRx&#10;4nyUceJ8lHHifJRx4nyUceJ8/2khA/90IgT/hSgI/5ExDf+aOhL/nz8X9aJEHeykSiPkpFAp26FX&#10;Nc+aX0PHk2hPv4xwWbiHd2Gygn9orX6Gbql6jnOkd5Z4oHWee51zqH6acrOAl3HAgZZy04GTc9+A&#10;kXTgf5B04H6PdOF9j3ThfY904X2PdOF9j3ThfY904X2PdOF9/2ohA/92IAT/hycH/5QwDP+dORH9&#10;oj0V8qVBGumoRx/gqk0l1KRUNMqdXULBl2VOupFtWLKLdWGshnxop4KDbqJ/i3SdfJN4mXmbfJV3&#10;pX+Sdq+BkHa9go52zoKNd96Bi3ffgIp44H+KeOB+injgfop44H6KeOB+injgfop44H6KeOB+/2og&#10;A/94HwT/iSYH/5YwC/+fNw/6pDoT76k/F+atRRrcrkokz6hTM8ahXEG9m2RNtJVrWK2PcmCni3lo&#10;oYeBbpuDiHSXgJB4kn6ZfI58on+Leq2CiHq6g4d6y4OGe96ChXvegYV734CFe+B/hXvgf4V74H+F&#10;e+B/hXvgf4V74H+Fe+B//2sgA/96HgT/iyYG/5gvCv+hNQ33pzgQ7K08E+OyQhbXsUcjy6tSMsGl&#10;WkC4n2JMsJlpV6iUcGChj3dnm4t+bpaIhnORhY54jIKWfIiAn4CEf6qCgX+3g4B/yIR/gN2Df3/e&#10;gX9/34CAfuB/gH7gf4B+4H+AfuB/gH7gf4B+4H+AfuB//2wgA/98HAP/jSUG/5ouCf+jMwv0qjQN&#10;6bE5D9+3PxLStEYix65QMb2oWT+zomBLq51nVqOYbl+clHVnlpB8bZCNg3OLiot4hoiUfIGGnYB+&#10;hKiCe4S1g3mExYR4hd2DeYTegXqD34B6guB/eoLgf3qC4H96guB/eoLgf3qC4H96guB//20fA/9+&#10;GwP/jyQF/50sB/6mMAnwrjEL5bY1C9u8ORHOt0Ugw7JPMLisVz6vp19KpqFlVZ6dbF6XmXNmkJV6&#10;bIqSgXKFkIl3gI2RfHuLm393iqWCdImyg3KJwoNyitqDc4negXSH34B1huB/dYbgf3WG4H91huB/&#10;dYbgf3WG4H91huB//28eA/+AGwP/kiME/6ArBvqpLAftsiwH4rwxB9XANhDJu0MfvrZNLrSwVjyq&#10;q11JoaZkVJmial2RnnFlipt4a4SYf3F/loZ2eZOPenWRmH5xkKOBbpCvgmyQv4NrkdWCbY/egW+N&#10;34Bwi+B/cIvgf3CL4H9wi+B/cIvgf3CL4H9wi+B//3EcA/+DGQL/lSED/6MpBfatJwXotyYE3sMq&#10;A9DDNQ7Ev0EdubpMLa61VDulsFtHm6xiUpOoaVuLpW9jhaJ2an6ffG94nIR0c5qMeW+Zlnxrl6F/&#10;aJetgGaXvIFlmNGAZpbff2iT4H5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+/3UaAv+HGAL/&#10;mCAD/6YlA/KyIAPkvh4C18kiAsrHMw2+w0Acs79KK6m6UzmftlpFlrJhUI2vZ1mFrG1gfql0Z3im&#10;em1ypIJybaKKdmihlHlkoJ98YZ+rfl+gun5foM5+X5/hfWKb4X1jmOJ8Y5jifGOY4nxjmOJ8Y5ji&#10;fGOY4nxjmOJ8/3gYAv+LFwH/nR0C/aseAuy4FwHeyBEAz80fAsTMMAu4yD4ZrcVIKKPBUTaYvVhC&#10;j7lfTYa2ZVZ/s2tdeLFyZHKveWlsrYBuZ6yJcmKqknVfqZ14XKmqelqpuXpZqsx6WKnkeluk5Hpd&#10;oeR5XaHkeV2h5HldoeR5XaHkeV2h5HldoeR5/30VAv+QFAH/oRgB9rEUANnBCwDSzwsAyNIcAbzR&#10;LgmxzjsXpstGJZzITzORxFY/iMFdSYC/Y1J4vGpZcbpwX2u5d2Rmt39pYbaHbV21kXBZtZxyVrSp&#10;dFS0uHRTtct0U7XkdFSw53VWrOd1VqzndVas53VWrOd1VqzndVas53VWrOd1/4MSAf+WEQD/qBEA&#10;2bgKAM7ECQDH0goAv9kZAbTYKwep1jkUn9NEIpTQTS+KzVQ7gcpbRHjIYk1xx2lTa8VvWWXEdl5g&#10;w35iXMKHZljBkWhVwZxrUsGobFDBt21PwsptT8LkbE+97G5QuexvULnsb1C57G9QuexvULnsb1C5&#10;7G9Quexv/4kQAf+dDgDarwgAzbsIAMTHBwC81gsAs98aAarfKweg3jkSlt1DHozaSyqC2FM1edVa&#10;P3HTYUZq0mhMZdFvUmDQdlZb0H5aV8+HXVPPkV9Qz5xhTs+pY0zPuGNL0MtjTNDlYkrO8mVLyPJm&#10;S8jyZkvI8mZLyPJmS8jyZkvI8mZLyPJm/5INAN6mBADOtAYAwr8GALnMCACw3QwAp+UdA57lLQuU&#10;5TkWiuRCIIHjSip34lAzb+FYO2ngX0Fj4GZGXt9uSlrfdU5W331RUt+GU0/fkFZN35tXS+CnWEng&#10;tVlI4cZZSOHfWUff8FlG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVb7ZwEANGtBADCuAUAt8MF&#10;AK3RCACk7RABm+0gBZLtLg6J7DoYgOxDIXbsSipu7FAxZutWN2DrXDxb62RAV+trQ1PrckZQ63pJ&#10;TeyDS0rsjE1I7JZORe2hUEPtrlFC7rxRQe/MUkHv5VJA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VFA&#10;7fFR1KUAAMSyAwC2vAMAq8kFAKDYCACX9BMBj/UkB4f1MQ9+9jsYdPZCIGz2SCdl9k8tXvdVMVn3&#10;WzVV92I4UfdoO034bz1K+HY/R/h+QUT5h0NC+ZFFQPqbRj76pkc8+7FIO/u+STr8z0k5/ONJOfzj&#10;STn840k5/ONJOfzjSTn840k5/ONJx60AALe3AgCqwwIAntAEAJPjCQCM/RgChP4nB3v/MQ9y/zgW&#10;af9AHGL/RiJc/00mVv9TKlL/WS1O/18wSv9lMkf/azRE/3E1Qf95Nz//gTg8/4o6Ov+TOzj/nTw2&#10;/6c9Nf+xPjT/vj4z/8o/M//KPzP/yj8z/8o/M//KPzP/yj8z/8o/uLIAAKq9AACdygAAkdgCAIj7&#10;DQF//xkCdv8kBm7/LQxm/zUSX/88F1j/QxtT/0keTv9PIUr/VSRG/1smQ/9gJ0D/Zik+/2sqO/9y&#10;Kzn/eS02/4EuNP+KLzH/lDAw/5wxLv+lMi3/rzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzMs/7cz&#10;q7gAAJ7FAACQ0gAAg+AAAH3/DwFy/xYCaP8eBGH/Jwha/y8MVP83EE7/PhNJ/0QWRf9KGEH/Txk+&#10;/1UbO/9ZHDn/Xx02/2QeNP9pHzL/cCAv/3chLf9/Iiv/hyMo/5AkJ/+ZJSb/oSYl/6cmJf+nJiX/&#10;pyYl/6cmJf+nJiX/pyYl/6cmn8AAAJHNAACD2wAAePYCAG//DQFk/xICXP8ZA1T/IARO/ycGSP8v&#10;CEP/Ngo//zwMPP9CDjj/Rw81/0wQM/9RETD/VhIu/1oTLP9fFCr/ZRQo/2sVJv9xFiP/eRci/4EY&#10;IP+JGB7/kRkd/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxkd/5cZ/1YnBP9RMgX/VjUH/189Dv9kRRb/&#10;Zk4f/2RYJ/9hYi//Xm41/1p5O/9XhD//VI9D/1GYRv9PoEj/TqdK/02uS/9MtUz/S7xN/0rETv9J&#10;zk//Sd5P/0jpUP9I8lD8SfZQ90v5UPFM+k/rTvtQ6k/7UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ/1Yn&#10;BP9RMgX/WDQH/2I7Dv9nRBb/aU0f/2dWJ/9jYC//YGs1/1x3O/9YgkD/VY1E/1OWR/9Qn0n/T6ZL&#10;/06tTf9NtE7/TLxP/0vFUP9Kz1H/SeBR/0nrUf5J8lL5S/dS8035Ue1P+lHmUPpS5VD6UuVQ+lLl&#10;UPpS5VD6UuVQ+lLlUPpS/1cnA/9SMQX/WjIH/2Q6Dv9qQhb/bEsf/2pUJ/9nXi//Ymg2/150PP9a&#10;gEH/V4tF/1SVSP9SnUr/UKVM/0+tTv9OtE//TbxR/0zFUf9L0VL/SuJT/0ntU/tL81P1TPdT7k/4&#10;U+hQ+VPhUvpU4FL6VeBS+lXgUvpV4FL6VeBS+lXgUvpV/1gmA/9UMAX/XTEH/2c4Dv9tQBb/b0ke&#10;/25SJ/9qXC//ZWY2/2FxPP9dfUH/WYhG/1aSSf9UnEz/UqRO/1CrUP9Ps1H/TrtS/03EU/9Nz1T+&#10;TOBV+0zrVfhM9FXwT/dV6VH4VeJS+FbbVPlX2VT5V9lU+VfZVPlX2VT5V9lU+VfZVPlX/1kmA/9X&#10;LgX/YC8H/2o2Df9xPhX/c0ge/3JRJv9vWi7/amM2/2VuPP9hekL/XYVH/1qPSv9XmE3/VaBQ/1So&#10;Uv5Sr1P9UbdV/FDAVvpPy1b4T9xX9U/pV/JP81fqUvZX4VP3WNpV+FnRVvhaz1b4Ws9W+FrPVvha&#10;z1b4Ws9W+FrPVvha/1kmA/9aLAX/ZC0H/24zDf91PRX/eEYd/3dPJf90WC3/cGA1/2pqPP9mdkL/&#10;YoFH/l6LS/tblE/5WZ1S+FekVPZWrFb1VLRX81O8WPJTx1nwUtVa7FLmWulT8lnhVPVb11b2XM9X&#10;913IWfhdx1n4XcdZ+F3HWfhdx1n4XcdZ+F3HWfhd/1olA/9dKgX/ZyoG/3IyDP95OxT/fEUc/3xN&#10;JP96VSz/dV40/29nPPxqckL5Zn1I9mOHTPNfkFDxXZlT71uhVu1ZqFjrWLBa6le5W+hWw1zmVtFc&#10;41bkXN9W8F3VV/VfzFn2YMZa9mDAW/Zhvlz2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZh/1slA/9gKAX/&#10;aygG/3cwC/9+OhP/gUMa/4JLIv9/Uyr/e1sz+XZkOvVwbkHxbHlI7WiDTepkjFHnYZVV5V+dWONd&#10;pVrhW61c3lq2XtxZwF/aWc5g1VniYNFZ72HKWvRiwlz0Y7xd9GS3XvNktl/zZLZf82S2X/Nktl/z&#10;ZLZf82S2X/Nk/1wkA/9jJgT/byYF/3svC/+CORH/hkEY/4dJIP+FUSj4glkw8n1gOO13akDocnVH&#10;5G5/TeFpiFLdZpFX2WOZWtVgoV3SX6hgz12xYs1cu2PLXMdkyVzbZcVd62W/XfJmuF/xZ7Ng8Wev&#10;YfFnrmLxZ65i8WeuYvFnrmLxZ65i8WeuYvFn/10kA/9mJAT/ciQF/34uCv+HNxD/iz8W/4xHHfmL&#10;TyXyiFYt7INdNuZ+Zz7geHFG23N7TdVug1PQaoxYzGeUXcllnGDGY6Njw2GsZcFgtWe/X8FovV/Q&#10;abpg5mm1Ye9qr2Lvaqtj72qnZO9ppmXwaaZl8GmmZfBppmXwaaZl8GmmZfBp/14jA/9pIgT/diME&#10;/4IsCf+LNg7/jz4U/ZFFG/SRTCLtjlMq5opaMt+FZTvXfm1F0Hh2Tct0f1TGcIdawmyPXr9pl2K7&#10;Z59luGWnaLZksGqzY7trsWPKbK9j4WyrZO1tpmbtbKNn7WygaO5rn2jua59o7mufaO5rn2jua59o&#10;7mufaO5r/18jA/9rIAP/eSIE/4UrCP+ONAz/kzwS+JZDGO+WSh7nlVAm4JFYLteKYTrOhGpFyH5z&#10;TcJ5e1W+dYNbuXGLYLVukmSybJpnr2qjaqxorGypZ7Zup2fEb6Vn2m+iaOtvnmnsb5tq7G6Za+1t&#10;mGvtbZhr7W2Ya+1tmGvtbZhr7W2Ya+1t/18jA/9uHgP/eyEE/4gqB/+RMgv/lzoP9JpBFeubRxrj&#10;m00h2pZVLc+PXjnIiWdEwYNvTbt+d1W2eX9bsXaHYK1zj2WpcJZopm6fbKNsqG6ga7JwnWvAcZxr&#10;0nKabOlxl23qcJRt63CSbuxvkm7sbpJu7G6Sbuxukm7sbpJu7G6Sbuxu/2EhA/9wHQP/fiAD/4sp&#10;Bv+VMQn7mzgN8J4+EeegRBbfoEod05pSK8qTXDjCjWRDu4dtTbSCdFSvfnxbqnqEYaZ3i2WidJNp&#10;nnKbbZpwpHCXb69ylW+8c5NvzXOScOZzkHDpco5x6nGNcetwjHHrcIxx63CMcetwjHHrcIxx63CM&#10;cetw/2MgA/9yGwP/gB8D/44nBf+XLwj4njYL7aI7DuSlQBLapEYczp5RKsWXWje9kWJCtYxqTK+H&#10;clSpgnlbpH+AYJ98iGWbeZBql3eYbZN1oXCQc6xzjXO4dItzyXWKdOJ0iXToc4h16XKHdepxh3Xq&#10;cId16nCHdepwh3XqcId16nCHdepw/2UfA/90GgL/gx4C/5AmBP+aLQb0oTQJ6aY3C+CqPQ7Up0Qb&#10;yaFPKcCbWDa4lWBCsJBoS6mLb1Ojh3ZanoN+YJmAhWWUfY1qkHuWbox5n3GJeKlzhne1dYR3xXaD&#10;eN91g3jodIJ46XOCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nGCeOpx/2cdA/93GQL/hRwC/5MkA/+d&#10;KwXxpDAG5qozCNyuNwzPqkMaxaVOKLyfVzWzmV9Bq5RmSqSQbVOei3RamIh7YJOFg2WOgotqioCT&#10;boZ+nHGCfad0f3yzdX18w3Z8fdt2fH3odH186HN9fOlyfXzqcX186nF9fOpxfXzqcX186nF9fOpx&#10;/2kcAv95GAL/hxsC/5UjA/ugKQTuqCwE468vBdeyNAvLrUEZwahMJ7ejVTSvnV1Ap5lkSZ+Ua1KZ&#10;kHJZk415X46KgGSJh4hphIWRbYCDmnF8gqR0eYGxdneBwHZ2gdZ2doHndHeB6HN4gOlyeH/qcXh/&#10;6nF4f+pxeH/qcXh/6nF4f+px/2sbAv97FwL/ihoB/5ghAvijJgPqrCcD37QpA9K1MgrHsEAYvKxL&#10;JrOnUzOqols+op1jSJqZaVGUlXBYjpJ3XoiPfmSDjYZpfoqObXqJmHF2h6Jzc4audXGGvXZvh9J2&#10;cIfodHGF6HNyhOlyc4TqcXOE6nFzhOpxc4TqcXOE6nFzhOpx/20ZAv9+FgH/jRgB/5seAfSnIgLm&#10;sCAB2rohAc24MQnCtD4XuLBJJK6rUjGlplo9naJhR5WeaE+Om25XiJh1XYKVfGN9k4RoeJCMbHSP&#10;lXBwjaBybYysdGqMu3Vpjc51aY3odGuL6XNtiepxbYjqcW2I6nFtiOpxbYjqcW2I6nFtiOpx/3AX&#10;Av+BFQH/kBYB/54aAfCrGwHithYA070dAci7Lwi9uDwVs7RHI6mwUDCgq1g7mKhfRZCkZk6JoWxV&#10;gp5zW32cemF3mYFmcpeKam6Wk25qlJ5xZpSqc2STuHNjlMtzY5TmcmWS6nFnj+pwZ47qcGeO6nBn&#10;jupwZ47qcGeO6nBnjupw/3MVAv+FEwH/lBQA/KMVAOqwEgDZvgwAzcEbAcLALQe4vToTrrlGIaS1&#10;Ty2asVY5kq5eQ4qrZEyDqGpTfKVxWXajeF9xoX9jbJ+HaGiekWtknZxuYJyocF6ctnFdnMlxXZzk&#10;cF6a63BglutvYZXsb2GV7G9hlexvYZXsb2GV7G9hlexv/3cSAf+JEQH/mREA86gOANe1CgDPwQoA&#10;xsUYALzEKgWywjgRp79EHp67TSuUuFU2i7VcQISyYkl8r2lQdq1vVnCrdltrqn1gZqiGZGKnj2de&#10;pppqW6WmbFiltW1XpsdtV6bibFek7Wxan+1sWp7tbFqe7Wxanu1sWp7tbFqe7Wxanu1s/3wQAf+O&#10;EAD2ng0A2K0JAM24CQDHxAgAvsoUALXKJwSryDYPocVBG5fCSyiNv1Mzhb1aPH26YUV2uGdLcLdt&#10;UWq1dFZltHxbYLKEX1yxjmJYsZllVbClZlOws2dSscZnUrHhZ1Gv8WhTqvBoVKnwaFSp8GhUqfBo&#10;VKnwaFSp8GhUqfBo/4IOAP+UDADbpQYAzrEHAMW7BwC9xwcAtdAQAKzQIwOjzzMMmc0/GI/KSCT/&#10;4v/iSUNDX1BST0ZJTEUAAwmGyFEufcZYOHbEXz9vwmZGacFsS2TAc1Bfv3tUW76EWFe9jVtUvZhd&#10;UbykX0+8s2BNvcVgTb3gX0y88GFNt/ViTbb1Yk229WJNtvViTbb1Yk229WJNtvVi/4kLAOGcAwDQ&#10;qgUAxbUFALu/BACyywgAq9gNAKPZIAKa2C8JkNY8FIfURh9+0k8pdtBWMm/PXjlozWQ/Y8xrRF7M&#10;c0lay3pMVsqDT1LKjVJPyphUTcqlVkvKs1dKy8VXScvgVknJ8FhHx/pZSMX7WkjF+1pIxftaSMX7&#10;WkjF+1pIxfta95EEANSiAgDHrwQAurkDALDEBQCn0AkAn+EQAJjhIQOP4DAJhuA7En3fRBt13k0k&#10;bt1VK2fcXDJi22Q3XdtrO1nacj9V2npDUtqDRU7ajUhM2phKSdqlS0jbs0xH3MRMRtzeTEba7UxE&#10;2PlPQ9j7T0PY+09D2PtPQ9j7T0PY+09D2PtP25oAAMqpAgC7swIAsL0DAKXJBQCb1gkAlOgUAYzp&#10;JQSE6DMLe+g8FHPoRBtr6EsiZOdSKF7nWS1Z52AyVedoNVLnbzhP53c7TOeAPUnniT9H6JRBROif&#10;QkLprENB6bpEQOrNREDq5ERA6PVEQOf4Q0Dn+ENA5/hDQOf4Q0Dn+ENA5/hDzaMAAL2uAQCwuAEA&#10;pMQCAJnQBQCP4QoAifEaAYHxKAV48jIMcPI7E2nyQxli8kofXPNQI1bzVydS814rT/NlLUz0bDBJ&#10;9HMyRvR7NEP0hDZB9Y43PvWZOT32pDo79rA7Ove/PDn4zzw49+g8OPfsPDj37Dw49+w8OPfsPDj3&#10;7Dw49+w8v6oAALGzAACkvwAAmMoBAIzYBACE+g4AfPsbAnT7JgVs/DAKZfw4EF79QBVY/kcZU/5N&#10;HU//VCBL/1oiSP9hJUX/ZyZC/20oQP91Kj3/fSs6/4YtOP+RLjb/my80/6YwM/+yMTL/vjIx/9Ay&#10;Mf/WMjH/1jIx/9YyMf/WMjH/1jIx/9Yysq8AAKW6AACYxgAAi9IAAH/fAgB5/xEBb/8ZAmf/IgRg&#10;/ywHWv80DFT/PA9P/0MTSv9JFUf/TxdD/1UZQP9bGz7/YRw7/2YeOf9tHzb/dCA0/30hMf+GIy//&#10;kSQt/5slLP+lJiv/ryYq/7snKf++Jyn/vicp/74nKf++Jyn/vicp/74nprYAAJjCAACLzgAAftsA&#10;AHX5BwBr/w8BYv8WAlv/HgNU/yYFTv8uBkn/NQhF/zwLQf9DDT7/SA47/04QOP9TETX/WBIz/14T&#10;Mf9kFC7/ahUs/3IWKv96Fyf/gxgl/44ZJP+YGiP/oBoi/6obIf+tGyH/rRsh/60bIf+tGyH/rRsh&#10;/60bmr4AAIvKAAB+1wAAcOMAAGf/BABe/w0AVv8SAU//GQJJ/yADQ/8nBD//LgU6/zQGN/86BzP/&#10;Pwcw/0QILv9JCSz/Tgkp/1MKJ/9YCiX/Xgsj/2QLIf9sDB//dA0d/30OG/+HDhn/jw8Y/5kPGP+b&#10;EBj/mxAY/5sQGP+bEBj/mxAY/5sQ/0wqA/9IMwX/TzQG/1Q3CP9aQQ7/XEoW/1pUHf9XYCT/VGsq&#10;/1B4L/9NhDP/So82/0eZOf9GoTv/Rak8/0SwPv9Dtz//QsA//0LJQP9B1UH/QeRB/0HuQv9B9kL/&#10;Qf1C/0L/QflE/0H0Rv9C70f/Qu9H/0LvR/9C70f/Qu9H/0LvR/9C/00pA/9KMgT/UTIG/1c2CP9c&#10;Pw7/XkkW/11THf9aXiT/V2kq/1N1L/9QgTT/TY03/0qXOv9Inzz/R6c9/0auP/9FtUD/RL1B/0TG&#10;Qv9D0UL/Q+JD/0PsQ/9D9UP/Q/xD/ET/Q/VH/0PvSP9E60n/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E&#10;/00pA/9MMAT/VDEF/1k0CP9fPQ7/YUcW/2BSHf9dXCT/Wmcr/1ZzMP9TfzT/T4o4/02UO/9LnT3/&#10;SqQ//0isQP9Is0H/R7tC/0bDQ/9GzkT/Rd9E/0XqRf1F80X7RftF90b/RPBJ/0XqSv9G5Uv/R+VL&#10;/0flS/9H5Uv/R+VL/0flS/9H/04pA/9PLgT/Vy4F/10yB/9jOw7/ZUYW/2VQHf9hWST/XWQr/1pw&#10;MP9WfDX/U4c5/1CRPP9Omj//TaJA/0upQv9KsEP/SrdE/0nARf9Iykb9SNtG+kjnR/hI8kf1SPpG&#10;8Un/R+pL/0jjTP9J3k3/St5N/0reTf9K3k3/St5N/0reTf9K/08oA/9SLAT/WiwF/2EvB/9nOg7/&#10;akQV/2pOHP9nVyT/YmEr/15tMf9beDb/V4M6/1SNPf9SlkD/UJ5C/k+lRPxOrUX7TbRH+ky8SPlM&#10;x0j2S9RJ80vlSfBL8EntTPlI6Uz/SuFO/0vaT/9M01D/TdNQ/03TUP9N01D/TdNQ/03TUP9N/1Ao&#10;A/9VKgT/XSkF/2UtB/9sOA3/b0IU/29LHP9sVSP/aF4q/2NpMf9fdDb9XH87+1mJP/lWkkL3VJpE&#10;9VOiRvRSqUjyUbFJ8VC5Su9Pw0vuT89L60/iS+dP7kvkT/hN30/+TtVR/0/OUv9QyVP/UMlT/1DJ&#10;U/9QyVP/UMlT/1DJU/9Q/1EnA/9YJwT/YScE/2osBv9xNgz/dEAT/3RJGv9yUiL/blsp/WhkMPll&#10;cDb2YXs7816FQPBbjkPuWZZG7FeeSOpVpkroVK1M51O1TeVTv07jU8xO4VPfTt1T7U/YUvdR0VP9&#10;UspU/lPEVv9Tv1f/U79X/1O/V/9Tv1f/U79X/1O/V/9T/1InA/9bJQP/ZSQE/24qBv92NAv/ej0R&#10;/3pGGP94TyD7dFgo9m9hL/FrbDbtZ3Y86WOAQOZgikXkXZJI4VuaSt9Zok3dWKpP2leyUNhWvFHV&#10;VchS0lXbU85W61PLVvZVxlb9Vr9Y/Va6Wf1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1X/1MmA/9f&#10;IgP/aSED/3MoBf97Mgr/fzsQ/4BEFvt+TB70e1Ql7nZdLelxaDTkbXI74Gl8QdxlhUbYYo5K1F+W&#10;TdFdnVDOXKVSzFqtVMlZtlbHWcJXxlnQV8JZ5li/WfNZu1r7WbVb+1qwXftarV37Wa1d+1mtXftZ&#10;rV37Wa1d+1mtXftZ/1YkA/9iIAP/bSAD/3cmBP9/MAj/hDkN/YZBFPWFSRvuglEi531aKuF4ZDLc&#10;c2461G53QdBqgEfMZolMyGSRUMVimFPDYKBVwF6oWL5dsVm7XbxbuVzJXLdc4Fy0Xe9csF75Xatf&#10;+V2oYPlcpWH5XKVh+VylYflcpWH5XKVh+VylYflc/1giA/9lHgP/cR8D/3skA/+ELgf/iTYL+Is+&#10;Ee+LRhfoiE4e4YRXJtl+YTHReGo6y3NzQsZvfEjCbIRNvmmMUbtmk1W4ZJtYtWOjWrNhrFywYLde&#10;rmDEX6xg2F+pYetfp2H3X6Jj91+fZPdfnWT4Xp1k+F6dZPhenWT4Xp1k+F6dZPhe/1sgAv9oHAL/&#10;dB0C/34jA/+IKwX9jTQJ85A7DuqQQxTij0oa2opUJdCDXTDJfmc6w3hvQr50eEi5cYBOtW6IUrJr&#10;j1avaZdarGefXKllqF+mZLJhpGS/YqJk0GKgZOdinmX1Yppm9WGYZ/Zglmj2YJZo9mCWaPZglmj2&#10;YJZo9mCWaPZg/10fAv9qGgL/dxwC/4IhAv+LKQT5kTEH75U4C+aWPxDdlEcX0o5RJMqIWy/Cg2Q5&#10;vH5sQbd5dEiydXxOrnKEU6pvi1embZNbo2ubXqBqpGCdaK5jm2i6ZJloy2WXaONklWnzZJNq9GOR&#10;a/VikGv1YZBr9WGQa/VhkGv1YZBr9WGQa/Vh/18dAv9tGAL/ehsC/4UfAv+OJwP1lS4F65k1COGc&#10;OwzWmEMWzJNPIsSNWC69h2E4toJpQbB+cUirenlOp3eAU6N0iFifcZBbm2+YX5huoWKVbatkkmy3&#10;ZpBsxmaPbN9mjm3xZYxu82SLbvRjim70Yopu9GKKbvRiim70Yopu9GKKbvRi/2EcAv9vFgL/fBoB&#10;/4geAf+RJALymSsE554xBd2gNgnRnEEVx5dNIb+RVi23jF83sYdnQKuCbkilfnZOoHt9U5x4hViY&#10;do1clHSVX5FynmKOcahli3C0Z4lww2iHcNtnhnHuZoZy8mWFcvNkhHL0Y4Ry9GOEcvRjhHL0Y4Ry&#10;9GOEcvRj/2MaAv9xFQH/fxgB/4ocAfyUIQLunCcC46IsA9ikMgjMn0AUw5pLILqVVSyzkF03rItl&#10;P6WHbEegg3NNm4B7U5Z9gleSeopcjniSYIp2m2OHdaVmhHSxZ4J0wGiAdNVogHXsZ3928mZ/dfNl&#10;f3XzZH9182R/dfNkf3XzZH9182R/dfNk/2UZAv90FAH/gRcB/40aAfmXHgHroCMB36YmAtKnMAfI&#10;oz4Tv55JH7aZUyuulFs2p49jP6CLakabh3FNlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfnmvaHt5&#10;vWl6edFpeXrqaHp68mZ6efJlennzZHp582R6efNkennzZHp582R6efNk/2cXAv92FAH/hBYB/5AX&#10;AfWbGgHnpB0B26sfAc6qLwbEpj0SuqFIHrKdUSqqmFk0opRhPpyQaEWWjG9MkIl2UouGfVeGhIVb&#10;goKNX36Al2N6f6Fmd36saHV9u2lzfs5pc37oaHR+8WZ0ffJldXzzZHV882R1fPNkdXzzZHV882R1&#10;fPNk/2kWAf94EwH/hxQA/5MVAPGeFQDjqBYA1a4bAcqtLQbAqTsRtqVGHa2hUCmlnFgznphfPJeU&#10;ZkSQkW1Li450UYaMe1aBiYNbfIeLX3iGlGJ0hJ9lcYOqZ2+DuGltg8tpbYPmaG6D8mZvgvJlcIHz&#10;ZHCB82RwgfNkcIHzZHCB82RwgfNk/2sUAf97EgH/ihIA/5YSAO2iEADerQ4A0LEZAMWwKwW7rTkP&#10;sqlEG6mlTiegoVYymZ1eO5KaZEOLl2tKhpRyUICSeVV7j4Bad42JXnKMkmFuipxka4moZ2mJtmhn&#10;ichoZ4njZ2iJ8mZph/NlaobzZGqG82RqhvNkaobzZGqG82RqhvNk/24SAf9+EAD/jRAA95oOANun&#10;CgDTsAsAyrQWAMC0KQS2sTcOra5DGqSqTCWbplUwk6NcOYygY0GGnWlIgJpwTnuYd1N2ln5YcZSG&#10;XGySkGBokZpjZZCmZWOQtGZhkMZmYZDhZmGQ8mVjjvNkZIz0Y2SM9GNkjPRjZIz0Y2SM9GNkjPRj&#10;/3EQAf+CDwD/kQ0A3p8JANOqCQDMswkAxLgTALq4JgOxtjUMp7NBGJ6vSiOWrFMujqlaN4emYT+A&#10;pGdGeqFuTHWfdVFwnXxVa5yEWmaajl1jmZhgX5ikYl2YsmRbmMNkW5jeY1uY8GNclfViXpP1Yl6T&#10;9WJek/ViXpP1Yl6T9WJek/Vi/3UOAP+GDQDrlggA1aMHAMytCADFtgcAvbwRALS9IwKruzIKobk/&#10;FZi2SCCQs1EriLBYNICuXzx6q2ZDdKlsSG+oc05qpnpSZaWCVmGjjFpdopZcWqKiX1ehsGBWocFg&#10;VaLcYFWh72BWn/dfV5z3X1ec919XnPdfV5z3X1ec919XnPdf/3oMAP2LCQDamwQAzqcGAMSwBgC8&#10;uQQAtcEOAKzCIAGkwTAImr88E5G9Rh2Juk8ngbhWMHq2XThztGQ/brJqRGixcUlksHlNX66BUVut&#10;ilRYrZVXVKyhWVKsr1tQrMBbUKzaWk+r7ltPqvpbUab6W1Gm+ltRpvpbUab6W1Gm+ltRpvpb/4AJ&#10;AOGSAQDRoAQAxqsFALy0BACzvQMAq8cLAKTJHAGcyCwGk8c5D4rFRBmBw00jesFULHO/WzNtvmI5&#10;Z7xpPmK7cENeundHWrmAS1a5iU5TuJRQULigUk24rlRMuL9US7nYVEu37VRKtvlVSrP+Vkqz/lZK&#10;s/5WSrP+Vkqz/lZKs/5W+ocCANaYAADJpQMAva8DALO4AQCpwgQAoc0IAJrQFgCS0CgEis82DIHO&#10;QRV5zEoecstSJmzKWi1myWEyYchoN1zHbzxYxnY/VcZ/Q1HFiUVOxZRIS8WgSknFrktIxb9LR8bY&#10;S0fF7UtGw/lNRcL/TkXC/05Fwv9ORcL/TkXC/05Fwv9O35AAAMyfAAC/qgEAs7MBAKm9AgCfxwUA&#10;ltIJAI7aEgCI2yQCgNoyCHjZPhBx2EgYatdQH2TWWCVf1V8qW9RnL1fUbjNT03Y2UNN/OUzTiDtK&#10;05Q+R9OgP0XUrkBE1L9BQ9XYQETT7EBC0vZCQdH+REHR/kRB0f5EQdH+REHR/kRB0f5E0ZgAAMOl&#10;AAC1rgAAqbgAAJ7DAgCUzQYAitkKAITjGAF95CYDdeQyCG7jPA9n40UVYeNNG1zjVSBX410kVONk&#10;J1DiaypN4nMtSuN8MEjjhjJF45A0Q+OcNUHkqTZA5Lg3P+XLNz/l5Dc/4/M2PeL7OD3i+zg94vs4&#10;PeL7OD3i+zg94vs4xqEAALerAACqtAAAnr4AAJPJAgCI1AYAf+4OAHntGwFx7ScDau4yCGTuOw1e&#10;7kMTWO5LF1PuUhpQ71keTO9gIEnvZyNH728lRPB3J0HwgCk/8IoqPfGVLDvxoS058q4uOPK+Lzfz&#10;0C838+cvNvHzLzbx8y828fMvNvHzLzbx8y828fMvuacAAKuwAACfuwAAksYAAIbQAQB73QUAdPcR&#10;AG33HAFm+CYDX/gvBlr5OApU+UAOUPpHEUz6ThRI+1UWRftbGEL7YhpA/GgcPfxwHTr9eB84/YIg&#10;Nv2NIjT+mCMy/qQkMf+xJTD/vyYv/88mLv/jJi7/4yYu/+MmLv/jJi7/4yYu/+Mmra0AAJ+3AACS&#10;wgAAhs0AAHnaAABw8ggAaP8RAGH/GgFa/yMDVP8rBE//MwZK/zsIRv9CC0P/SQ1A/08OPf9VEDr/&#10;WxE4/2ETNf9oFDP/bxUw/3gWLv+CFyz/jRkq/5kaKf+kGij/rxsn/7ocJv/HHCb/xxwm/8ccJv/H&#10;HCb/xxwm/8ccobQAAJO/AACGygAAeNYAAGziAABj/AcAXP8PAFX/FgFP/x4CSf8mA0T/LgRA/zQF&#10;PP87Bjn/QQc2/0YIM/9MCDH/UQku/1cKLP9dCir/ZAso/2wMJf91DSP/fw4h/4oPIP+VEB7/oBAe&#10;/6gRHf+xER3/sREd/7ERHf+xER3/sREd/7ERlbwAAIbHAAB50wAAa+AAAF7tAABW/wMAT/8MAEn/&#10;EgFD/xkBPv8gAjn/JwM1/y0DMv8zBC7/OAQr/z0FKP9CBSb/RwUk/0wGIv9RBiD/VwYd/14HG/9l&#10;Bxn/bggX/3gIFf+DCBP/jQkT/5YJEv+eCRL/ngkS/54JEv+eCRL/ngkS/54J/0ItA/9CMgT/SDIE&#10;/0w2Bv9OPAj/UEcO/1BSFf9OXxr/S2sf/0h3JP9Fgyf/Qo4q/0GXLP8/oC7/P6cv/z6uMP89tTH/&#10;Pbwy/zzFMv88zjP/O98z/zvqNP878zT/O/s0/zz/M/48/zP8Pf809j//NfU//zX1P/819T//NfU/&#10;/zX1P/81/0MsA/9EMAT/SjAE/040Bv9ROgj/U0YO/1JRFf9RXRr/Tmkg/0t0JP9IgCj/RYsr/0OV&#10;Lf9CnS//QaUw/0CsMf8/szL/P7oz/z7CNP8+zDT/Ptw1/z3oNf898TX/Pvo1/T7/Nfs//zT4P/82&#10;8kH/N/BB/zfwQf838EH/N/BB/zfwQf83/0QsA/9HLgP/TS4E/1EyBf9UOQj/V0QO/1ZPFf9UWhv/&#10;UWYg/05yJf9LfSn/SIgs/0aSLv9FmzD/RKIy/0OpM/9CsDT/Qrc1/0G/Nv9ByTb/QNc3/0DlN/1A&#10;8Df6QPg390H/NvZB/zfyQf847EP/OepE/znqRP856kT/OepE/znqRP85/0UrA/9JLAP/UCwE/1Uv&#10;Bf9ZNwj/XEIO/1tNFf9YVxv/VmMg/1JvJf9Peir/TIUt/0qPMP9ImDL/R580/0amNf9FrTb/RbQ3&#10;/0S8OP5Exjj8RNI5+UPiOfZE7jnzRPc58UT/Oe9E/zrrRf875Eb/PONG/zzjRv8840b/PONG/zzj&#10;Rv88/0YrA/9NKQP/VCkE/1ksBf9eNQf/YUAN/2FKFP9eVBr/Wl8g/1drJv9Udir/UYEu/06LMf5M&#10;lDT8S5w1+0qjN/pJqjj4SLE590i5OvZHwjv1R8078kffO+5H7DvrSPY76Uf/PedH/z7hSP8/2kr/&#10;QNhK/0DYSv9A2Er/QNhK/0DYSv9A/0cqA/9QJwP/WCYD/14qBP9jMwf/Zj0N/2ZHE/9kURr/YFsg&#10;/1xnJv1Zciv6Vn0v+FOHM/ZRkDX0UJg38k6fOfFNpjvvTK087ky1PexLvj3rS8o+6UvcPuVM6j3i&#10;S/U/30v+QdxK/0LUTP9DzU3/Q8tO/0PLTv9Dy07/Q8tO/0PLTv9D/0ooA/9UJAP/XCMD/2MoBP9o&#10;MAb/bDsL/2xEEv9qThn+Zlgf+WFiJfVebSvyW3gw71iCNOxWizfqVJQ56FObO+ZRoz3lUao+41Cy&#10;P+FPu0DgT8dA3k/YQdlP6EHUT/RD0E7+Rc5O/0bIUP9GwlH/R8BR/0fAUf9HwFH/R8BR/0fAUf9H&#10;/00lAv9XIQL/YCAD/2gmA/9uLgX/cjgK/3JBEP1wSxf3bVQd8mheJO1kaSrpYXQw5V5+NOJbhzjg&#10;WY873VeXPttVn0DYVKZC1VOuQ9JSt0TQUsJFzlLQRstS5UbIUvJIxVL9ScJS/0q8VP9Kt1X/SrZV&#10;/0q2Vf9KtlX/SrZV/0q2Vf9K/1AjAv9bHgL/ZB4C/20kA/9zKwT/dzUI/ng+DvZ3RxTwdFAb6m9a&#10;IuRrZSngZ28v22N5NdZggjrSXYo+z1uSQcxZmkPKWKFFyFepR8ZWsknEVrxKwlXJS79V30u8Vu5M&#10;uVb6TbdW/02yWP9Nrln/TaxZ/02sWf9NrFn/TaxZ/02sWf9N/1MgAv9eHAL/aBwC/3EiAv94KAP/&#10;fDEH+H46C/B9QxHpekwY4nZXH9xyYSjUbWsvz2l0NstlfTvHYoVAxGCNQ8FelUa/XZxIvFukS7pa&#10;rUy4WbdOtlnDT7RZ1U+xWupQrlr3UKxa/1CoW/9QpFz/UKRd/0+kXf9PpF3/T6Rd/0+kXf9P/1Ye&#10;Av9hGQL/bBoC/3UgAv98JQP9gS4F84Q3CeqEPw7igUgV231THdF3XSfLcmcwxm5wN8JqeDy+Z4BB&#10;umWIRbdjkEi0YZhLsl+fTa9eqE+tXbJRq12+UqldzlOmXeVTpF70U6Je/1OfX/9SnGD/Uptg/1Kb&#10;YP9Sm2D/Uptg/1KbYP9S/1gcAv9kFwH/cBkB/3kdAf+AIwL4hioD7YkyBuSKOwrciEUS0YJQHMp9&#10;WibEeGMvvnNsN7lvdD21bHxCsmqERq5njEqrZZNNqGSbT6VipFKjYa5UoWG5VZ9hyFadYeFWm2Lx&#10;VZli/VWXY/9UlWT/VJRk/1OUZP9TlGT/U5Rk/1OUZP9T/1oaAv9nFQH/cxcB/30bAf+EIAHziiYC&#10;6I4uBN+QNgfUjEERy4dNG8SCVya9fWAvt3hpNrJ0cT2ucXhCqm6AR6ZsiEqjao9OoGiYUZ1noFOa&#10;ZqpVmGW1V5VlxFiUZdtYkmbvV5Fm/FePZ/5Wjmf+VY1o/lWNaP5VjWj+VY1o/lWNaP5V/1wYAf9p&#10;EwH/dhYB/4AZAf2IHQHvjiIB5JMpAtqUMQbOkD8PxotLGr6GVSW3gV4usX1mNqx5bjyndnVCo3N9&#10;R59whEucboxOmGyUUpVrnVSSaqdXkGmyWY1pwFqMadVaimrsWYpq+liJa/1Xh2v9Vodr/laHa/5W&#10;h2v+Vodr/laHa/5W/14XAf9sEgH/eBQB/4MXAPmLGgDrkh0B4JgjAdOYLwXKlD0OwY9JGbmKUySy&#10;hlstrIFkNaZ+azyhenJCnXd6R5l1gUuVc4lPkXGRUo5vmlWLbqRYiG2vWoZtvVuEbdBbg27pWoNu&#10;+FmCb/xYgm/9V4Jv/VeCb/1Xgm/9V4Jv/VeCb/1X/2AVAf9uEQH/exMA/4YUAPaPFgDnlhgA25wc&#10;AM+bLQTFlzsNvJNHGLSOUSOtilksp4ZhNKGCaTucf3BBl3x3RpN5fkuPd4ZPi3WOUohzl1WEcqFY&#10;gnGsWn9xulx+ccxcfXLnW31y9lp8cvxZfHL8V3xy/Vd8cv1XfHL9V3xy/Vd8cv1X/2IUAf9xEQH/&#10;fREA/4gSAPKSEgDjmhIA1Z8ZAMqeKwTBmzkMuJdFF7CSTyKpjlgroopfM5yGZzqXg25AkoB1RY1+&#10;fEqJfIROhXqMUoJ4lVZ+d59Ye3aqW3l1uFx3dcpcd3blXHd39Vp3dvtZd3b8WHd2/Fd3dvxXd3b8&#10;V3d2/Fd3dvxX/2QSAf9zEAD/gBAA/4sQAO+VDgDfng0A0KIXAMahKQO9njcLtJpDFqyWTSCkklYq&#10;nY5eMpeLZTmSiGxAjYVzRYiDekqEgIFOgH+KUnx9k1V4fJ1YdXuoW3N6tlxxesdccXriXHF781px&#10;e/tZcnr8WHJ6/FhyevxYcnr8WHJ6/FhyevxY/2cRAf91DwD/gw4A9I4NANuZCgDUoQsAzKQVAMKk&#10;JwO4ojYKsJ5CFaeaTB+gl1QpmZNcMZOQYziNjWo/iIpxRIOIeEl+hn9NeoSIUXaCkVVzgZtYb4Cm&#10;Wm1/tFxrf8Vca4DfXGuA8lprgPtZbH78WG1+/FhtfvxYbX78WG1+/FhtfvxY/2kQAf94DgD/hQwA&#10;4pIIANWbCQDOowkAx6gSAL2oJQK0pjQJq6JAE6OfSh6bm1InlJhaMI6VYTeIkmg9gpBvQ36Odkh5&#10;jH1MdYqFUHGIjlRth5lXaoakWWeFsVtlhcJbZYXcW2WF8FpmhftZZ4P8WGeD/Fdng/xXZ4P8V2eD&#10;/Fdng/xX/2wOAP97DADyiQkA2ZUGAM+eCADJpggAwasQALirIgKvqjIIpqc+Ep6kSByWoVElj55Y&#10;LoibXzWCmWY8fZZtQXiUdEZzkntLb5CDT2uPjFJnjpZVZI2iWGGMr1lfjMBaX4zZWV+M7llfjPtY&#10;YYr9V2GJ/Vdhif1XYYn9V2GJ/Vdhif1X/28MAP9/CQDfjQMA0pgGAMqiBgDCqQYAuq8OALKwIAGp&#10;ri8Goaw8EJipRhqRp08jiaRWLIOiXTN9n2Q5d51rP3KbcURumnlIaZiBTGWXilBhlZRTXpWgVVuU&#10;rVdalL1YWZTUV1mU7FdZk/lWW5H+VVuQ/lVbkP5VW5D+VVuQ/lVbkP5V/3MJAPWEBADYkQMAzJwF&#10;AMOlBQC7rQQAs7MMAKu1HAGjtCwFm7I5DpKwRBeKrU0gg6tUKX2pXDB3p2I2caVpPGykb0FoondF&#10;ZKF/SV+fiExcnpJPWJ6eUladq1NUnbxUU53RVFOd61NTnPhTVJr/U1SZ/1NUmf9TVJn/U1SZ/1NU&#10;mf9T/3gGAOGJAADQlgIAxqEDALypAwCzsAEAq7gIAKS6GACcuikDlLk2C4y3QRSEtUodfLNSJXax&#10;Wixwr2Aya65nOGatbjxiq3VAXqp9RFqphkhWqJFKU6idTVGnqk5PqLpPTqjPT06n6U9NpvdPTaX/&#10;T06k/09OpP9PTqT/T06k/09OpP9P+n8AANiOAADJmwEAvqUCALStAQCrtQAAob8EAJvBFACUwSUC&#10;jMAzCIS/PhF8vUgZdbxQIW+6WCdquV8tZbhlMmC3bDZctnQ6WLV8PlW0hUFRtJBETrOcRkyzqUhK&#10;s7lISbTOSEmz6UhIsfZJSLD/Skiw/0pIsP9KSLD/Skiw/0pIsP9K4oYAAM6UAADCoQAAtqkAAKux&#10;AAChugEAmMMFAJDJEACKySABg8kvBXvIOw10x0UUbsZOG2jFViFjxF0nXsNkK1rCay9WwXIzU8F7&#10;Nk/AhDlMwI88SsCbPkfAqD9GwLhARcDNQEXA6D9EvvZBQ73/QkO8/0NDvP9DQ7z/Q0O8/0NDvP9D&#10;1o0AAMabAAC4pQAAra4AAKK2AACYvwIAjcgGAIPRCwB/0hoAedIqA3LSNwhs0UIPZtFLFWHQUxpc&#10;z1sfWM9iI1TOaSdRznEqTc56LUrOgzBIzo4yRc6aNEPOqDVCzrg2Qc/NNUHO6DVAzfU3P8v+OT7L&#10;/zk+y/85Psv/OT7L/zk+y/85ypYAALyiAACvqgAAo7MAAJi8AACNxgMAgs8HAHjZCwBz3hgAbt4m&#10;AmjeMwVi3j4KXd5ID1neUBRV3lgXUd5gG07eZx5L3W8gSN54I0begSVD3ownQd6YKT/epio+37Uq&#10;PeDIKj3f4yo83fErO9z7LTrc/S463P0uOtz9Ljrc/S463P0uwJ8AALGnAACksAAAmLoAAI3DAACB&#10;zQIAdtcHAG7oDwBp6BsBY+gnAl7pMgVY6TsIVOlEDE/qTA9M6lMSSepbFUbqYhdE62oZQetyGz/r&#10;ex0864YeOuyRIDjsniE37awiNu27IzXuzyM07uYjNOv1IzTr+CM06/gjNOv4IzTr+CM06/gjs6UA&#10;AKatAACZtwAAjcEAAIDLAAB11QEAaeEGAGTzEQBe8xwBWfQmAlT0MARP9TgGS/VACEf2RwpE9k4M&#10;QfdVDj/3XA8892MROvhqEzf4cxQ1+H0WM/mIFzH5lBgv+qEZLvqvGi37vhos+88bK/vnGyv76xsr&#10;++sbK/vrGyv76xsr++sbqKoAAJq0AACNvwAAgMkAAHTTAABn3gAAXvIIAFn+EQBT/xoBTv8jAkn/&#10;KwNF/zMEQf86BT7/QQY7/0cHOP9OCDX/VAkz/1oJMf9hCi//aQss/3IMKv99DSj/iA4m/5UPJf+h&#10;ECT/rhEj/7oSIv/KEiL/0BIi/9ASIv/QEiL/0BIi/9ASnLIAAI68AACBxwAAc9EAAGfdAABZ4wAA&#10;U/0GAE3/DgBI/xYAQ/8eAT//JgI6/y0CN/8zAzP/OQMw/z8ELv9EBCv/SgUp/1AFJ/9WBiT/XQYi&#10;/2UHIP9uBx3/eQgb/4UIGv+SCRn/ngkY/6gJF/+zCRf/twkX/7cJF/+3CRf/twkX/7cJkLoAAILF&#10;AAB00AAAZ9wAAFjjAABN8AAAR/8CAEL/DAA8/xEAOP8YATT/HwEw/yUBLP8rAin/MAIl/zUCI/86&#10;AiD/PwMe/0QDHP9JAxn/TwMX/1YEFf9eBBL/aAQR/3IFD/9+BQ7/igUO/5QFDf+eBQ3/ogUN/6IF&#10;Df+iBQ3/ogUN/6IF/zkvAv88MAP/QTED/0Q0BP9EOgb/REUI/0VRDP9DXRH/QWkW/z52Gf88gRz/&#10;Oowe/zmWIP84niH/N6Uj/zerI/82siT/Nrkl/zbAJf81yib/Ndcm/zXlJv817yb/Nfgm/zb/Jv42&#10;/yb8Nv8m/Db/J/o2/yj6Nv8o+jb/KPo2/yj6Nv8o/zkvAv8+LwP/RC8D/0YyBP9IOAb/SEMI/0hP&#10;Df9HWxL/RGcW/0JzGv8/fx3/PYof/zyTIf87myP/OqIk/zmpJf85sCb/OLYm/zi+J/84xyf/ONMo&#10;/zjjKP847Sj+OPco+zj+J/k5/yf4OP8p+Dj/KvY4/yr2OP8q9jj/KvY4/yr2OP8q/zovAv9BLAP/&#10;RiwD/0ovBP9MNwX/TUEI/0xMDf9LWBL/SGQX/0ZwG/9DfB7/QYcg/z+QI/8+mCT/PaAl/z2mJv88&#10;rSf/PLQo/zu7Kf87xCn/O88p/jvgKvs76yr4O/Up9jz+KfQ8/yrzO/8r8jv/LO87/y3vO/8t7zv/&#10;Le87/y3vO/8t/zwtAv9EKQL/SikD/04sBP9RNAX/Uj4I/1JKDf9QVRL/TWEX/0ptG/9IeB//RYMi&#10;/0ONJP9ClSb/QZ0n/0CjKP9Aqin+P7Eq/T+4K/w/wSv6P8sr9z/cLPU/6SzxP/Qr7z/9LO0//y3s&#10;Pv8v6z7/MOc//zDnP/8w5z//MOc//zDnP/8w/0AqAv9IJgL/TiYD/1IpA/9WMgX/VzwH/1dHDP9V&#10;URL/Ul0X/1BpHP9NdCD/Sn8j/UiJJvtHkSj6Rpkp+EWgKvdEpyv1RK0s9EO1LfNDvS3yQ8gu8EPX&#10;LuxD5y7pRPMt5kP8MORC/zHjQv8y4UL/M9xD/zTcQ/803EP/NNxD/zTcQ/80/0MnAv9LIwL/UiIC&#10;/1gnA/9cLwT/XTkH/15DDP9bThH/WFgX/lVkHPpSbyD3UHok9E2EJ/JMjSnwSpUr70mcLe1Joy7s&#10;SKov6kexL+lHujDnR8Uw5kfSMOJI5TDfR/Iy20f7NNhG/zXVRv820kb/N81I/zfNSP83zUj/N81I&#10;/zfNSP83/0YkAv9PIAL/Vh8C/10kA/9hLAT/YzUG/2RAC/9iShD6XlQW9VtfHPFYayDuVXUl61N/&#10;KOhRiCvmT5Et5E6YL+JNoDDhTKcx30yuMt1LtzPbS8I02UrPNdVL5DXQS/A2zUr7OMpK/zrISv86&#10;xkv/O8FM/zvBTP87wUz/O8FM/zvBTP87/0ohAv9THQL/WxwC/2IiAv9nKQP/aTIF/2o8CfloRg/y&#10;ZVAV7WFbGuheZiDkW3El4Vh7Kd5WhCzbVIwv2FKUMtRRmzTSUKM10E+qN85OsjjMTrw5yk7JOshO&#10;3TrET+07wU75Pb5O/z28Tv8+uk//PrZQ/z62UP8+tlD/PrZQ/z62UP8+/00eAv9WGgH/XxoB/2cg&#10;Av9sJgL/by4E+XA4B/JvQgzrbEsS5WlXGd9lYh/aYWwl1F12KtBbfi/NWYcyylePNchWljfGVJ05&#10;xFOlO8FTrTy/Urc+vVLDP7xS0z+5Uug/tVL2QbNS/0GxU/9Br1P/QaxU/0GsVP9BrFT/QaxU/0Gs&#10;VP9B/1AcAf9aFwH/ZBgB/2wdAf9xIwL9dSoD83YzBet2PQrjc0cP3G9TF9RrXh/OZmcmymNxK8Zg&#10;eTDCXoE0v1yJN71akTq6WZg8uFigPrZXqEC0VrJCsla9Q7BVzEOtVuNEq1bzRKhX/kSnV/9EpVj/&#10;RKJY/0SiWP9Eolj/RKJY/0SiWP9E/1MZAf9dFAH/aBYB/3AaAf92IAH3eiYC7XwuA+R8OAfcekQN&#10;0nVPFstwWh7GbGMmwWhsLL1mdTG5Y301tmGEObNfjDywXZQ/rlybQatbpEOpWq1Fp1q4RqVZx0ej&#10;Wt5HoVrvR59b/EedW/9Hm1z/Rppc/0aaXP9Gmlz/Rppc/0aaXP9G/1UXAf9gEgH/axQB/3QXAP96&#10;HAHyfyIB54EpAt6CMwTTf0AMy3pMFcR2Vh6+cWAluW5oLLRrcTKxaHk2rWaAOqpkiD2nYo9ApWCX&#10;Q6JfoEWfXqlHnV60SZtdwkqZXdZKl17sSpZf+kmVX/9Jk2D/SJJg/0eSYP9HkmD/R5Jg/0eSYP9H&#10;/1gVAf9jEQH/bhIA/3cVAPt+GADtgx0A4ocjAdaHLgPMgz0LxX9JFL17Ux23dl0lsnNlLK1vbTKp&#10;bXU3pmp8O6JohD6fZoxBnGWURJljnEeXYqZJlGKwS5JhvkyQYdBMj2LoTI5j+EuNY/9KjGT/SYtk&#10;/0mLZP9Ji2T/SYtk/0mLZP9J/1oTAf9mEAD/cREA/3oSAPeCFADohxcA3YscANCLLAPHiDsKv4RH&#10;E7h/URyxe1okrHdiK6d0ajGjcXI2n295O5ttgD+Ya4hClWmQRZJomUiPZqJKjGatTIpluk2IZcxO&#10;h2bmToZn9kyGZ/9LhWj/S4Ro/0qEaP9KhGj/SoRo/0qEaP9K/1wSAf9oDwD/dBAA/30QAPOFEADk&#10;ixEA1o8XAMuOKgLCjDgJuohEErOETxusf1gjp3xgK6F4aDGddW82mXN2O5VxfT+Sb4VCjm2NRYts&#10;lkiIa6BLhWqqTYNpt06BachPgGrjT4Br9E5/a/9Mf2v/S39r/0t/a/9Lf2v/S39r/0t/a/9L/14Q&#10;Af9rDgD/dg4A+4ANAOqIDQDbjwwA0JIVAMeSJwK+jzYItoxCEa6ITRqohFYiooBeKpx9ZTCXemw1&#10;k3dzOo91ez6Mc4JCiHKLRoVwk0mCb51Mf26oTn1utU97bcZQem7gUHlv8k55b/5NeW//THlv/0t5&#10;b/9LeW//S3lv/0t5b/9L/2APAP9tDQD/eQwA7oMLANuLCQDUkQoAzJUTAMKVJQK5kzQHsY9BEKqM&#10;SxmjiFQhnYRcKZeBYy+Sfmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKmTnZys1B1csNQc3Ld&#10;UHRz8E90c/1NdHP/THRz/0x0c/9MdHP/THRz/0x0c/9M/2IOAP9vDAD8ewoA3oYGANWOCADPlAkA&#10;x5gRAL6YIwG1ljIGrZM/D6aQSRifjFIgmIlaKJOGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXp5j0l2&#10;eJlMc3ekTnF3sVBvdsFQbnfZUG53709ud/xObnf/TW93/0xvd/9Mb3f/TG93/0xvd/9M/2QNAP9y&#10;CgDwfgYA2ogFANCQBwDKlwgAwpsQALmbIQGxmjAGqZc9DqGURxeakVAflI1YJ46LXy2JiGYzhIZt&#10;OICEdD17gntBeICERXR/jUhxfZdLbXyiTmt8r09pe75QaHzVUGh87U9pfPtOaXz/TWp7/0xqe/9M&#10;anv/TGp7/0xqe/9M/2YKAP91CADhgQIA1IsFAMuTBgDEmgYAvZ4OALWfHwGsni4FpJs7DJ2YRRWW&#10;lU4ej5NWJYmQXSyEjmQyf4trN3qKcjx2iHlAcoaBRG+Fikdrg5VKaIKgTWWBrE5jgbxPYoHRT2KB&#10;605jgflNY4H/TGSA/0tkgP9LZID/S2SA/0tkgP9L/2kIAPt4BADchAEAz48EAMaXBQC/nQUAt6EM&#10;AK+jHACnoiwEn6A5C5ieQxSRm0wciphUI4SWXCp/lGIwepJpNXWQcDpxjnc+bY1/QmmLiEZlipJJ&#10;YomeS1+Iqk1eiLpOXIjOTl2I6U1dh/hMXYf/S16G/0tehv9LXob/S16G/0tehv9L/20FAOp8AADV&#10;iAAAypIDAMGaAwC5oAMAsaYJAKmnGQCipykDmqU2CZKjQRKLoUoahJ9SIX6dWih5m2AudJlnM2+X&#10;bjhrlnU8Z5R9QGOThkNgkZBGXJGcSVqQqUtYkLhMV5DMTFeQ50tXj/dKV47/SliO/0lYjv9JWI7/&#10;SViO/0lYjv9J/3EBAOCAAADPjAAAxJYCALueAgCypAAAqaoFAKKsFQCbrCYClKs0B4yqPw+FqEgX&#10;fqZQHnikWCVzol4rbqFlMGqfbDRlnnM5YZ17PF6bhEBamo5DV5maRVSZp0dSmbZIUZnKSFGY5khR&#10;l/VIUZf/R1GW/0dRlv9HUZb/R1GW/0dRlv9H9ncAANiFAADJkQAAv5sBALSiAACrqAAAobAAAJqy&#10;EQCUsyIBjbIwBYWxPAx+r0YUeK5OG3KsViFtq1wnaKljLGSoajBgp3E0XKZ5OFilgjtVpIw+UaOY&#10;QE+jpUJNo7RDTKPIQ0yj5ENLofRDS6D/REug/0RLoP9ES6D/REug/0RLoP9E430AAM+LAADClgAA&#10;t58AAK2mAACjrQAAmbUAAJC5DgCLuh4BhLotA325OQl3uEMQcbZMF2u1Ux1mtFoiYrNhJl6yaCta&#10;sW8uVrB3MlOwgTVPr4s4TK+XOkqupDxIrrM9R67HPUeu4zxGrfM9Rqv+PkWr/z9Fq/8/Rav/P0Wr&#10;/z9Fq/8/2oMAAMeRAAC7nAAAr6QAAKWrAACasgAAkLoBAIbBCQCBwhgAe8IoAnXCNQZvwUAMacBJ&#10;EmS/URdfvlgcW75fIFe9ZiRUvG4nUbx2Kk27fy1Ku4owSLuWMkW7ozRDu7I0QrvFNUO74jRCufM1&#10;Qbj9N0C3/zdAt/83QLf/N0C3/zdAt/83zosAAL+YAACyoQAAp6kAAJywAACRuAAAhsACAHvIBwB0&#10;yxIAcMwiAWvLMANmyzwHYctFDFzKThFYylYVVMpdGVHJZBxOyWwfS8l0IkjIfiRFyIgnQ8iVKEHI&#10;oio/yLErPsnEKz7J4So+x/IrPcb8LTzF/y48xf8uPMX/LjzF/y48xf8uxJMAALafAACppgAAna4A&#10;AJK3AACGvwAAe8cDAHDPBwBn1g0AZNcaAGDYKgFc2DYDWNhBBlTYSgpQ2FINTdhaEErXYhNH12kW&#10;RddyGELXfBpA2IccPdiTHjzYoR862bAgOdnDIDnZ3yA51+8gONX5IjfU/yM31P8jN9T/IzfU/yM3&#10;1P8juZwAAKukAACfrAAAk7UAAIe+AAB7xgAAcM4DAGXWBwBd4w4AWuMbAFbjJwFS5DICTuQ8BErk&#10;RAZH5U0IReVVCkLlXAxA5WQOPuZsEDvmdhI55oAUN+eMFTXnmRY056gXMui4GDLozBgx6OUYMeb0&#10;GDHl/Bgx5fwYMeX8GDHl/Bgx5fwYrqIAAKGqAACUswAAiL0AAHvGAABvzgAAY9YBAFjeBQBU7hAA&#10;Ue8bAE3vJgFJ8C8CRfA4A0HxPwQ+8UcFPPJOBjryVQc38lwINfNkCTPzbQox9HcML/SCDS30jw4r&#10;9Z0PKvarECn2vBAo9s4RJ/fmESf18REn9fERJ/XxESf18REn9fERo6gAAJayAACIuwAAe8UAAG/O&#10;AABi1wAAVt4AAE7wBwBK+hAARvsZAEL7IgE//CoBO/0yAjj9OQI1/j8DMv5GAzD/TAQu/1MFK/9a&#10;BSn/YgYn/2sGJP92ByP/gggh/5AIIP+dCR//qwke/7oJHf/JCRz/3Qkc/90JHP/dCRz/3Qkc/90J&#10;mLAAAIq6AAB8xAAAb80AAGLYAABV3gAASeQAAET7BQA//w4AO/8VADj/HAA0/yQBMf8rAS3/MQEq&#10;/zYCJ/88AiX/QgIj/0gCIP9OAx7/VQMc/10DGf9nBBf/cgQV/38EFP+MBRP/mgUS/6YFEf+yBRH/&#10;vAUR/7wFEf+8BRH/vAUR/7wFjLgAAH3CAABvzAAAYtgAAFTfAABH5QAAPvEAADn/AQA0/wsAMP8Q&#10;ACz/FgAp/xwAJv8iACL/JwEf/ywBHP8xARr/NgEY/zwBFf9BARP/SAIR/08CEP9XAg3/YQIM/2wC&#10;Cv95Agn/hgMI/5IDB/+dAwb/pQMG/6UDBv+lAwb/pQMG/6UD/zExAv82LgL/Oi8C/zsyA/87OQT/&#10;O0MF/zlPB/84XAr/NmgN/zR0EP8ygBL/MYsU/zCUFv8wmxf/L6IX/y+oGP8urxn/LrUZ/y68Gf8u&#10;xRr/Ls8a/y7gGv8u6xr/LvQa/y78Gvwv/xn7L/8a+i7/G/ou/xz6Lv8c+i7/HPou/xz6Lv8c/zMv&#10;Av85LAL/PS0C/z4wA/8/NgT/P0EF/z1NB/88WQr/OmUO/zhyEf82fRP/NYgV/zSRF/8zmRj/M6AZ&#10;/zKmGf8yrBr/MbMa/zG6G/8xwhv/Mcwb/zHdG/8x6Rv9MfMb+jL7G/gy/xv3Mv8c9jH/HfUx/x71&#10;Mf8e9TH/HvUx/x71Mf8e/zUsAv88KgL/QCoC/0ItA/9DNAT/RD8F/0JKB/9BVgr/P2IO/z1uEf87&#10;ehT/OYQW/ziOGP83lhn/Np0a/zakG/81qhz/NbAc/zW3Hf81vx3/Nckd/DXYHfo15x33NfEd9DX6&#10;HfI1/x7xNf8f8DX/IO80/yHvNP8h7zT/Ie80/yHvNP8h/zgqAv8/JwL/QyYC/0YpAv9JMgP/STwF&#10;/0hHB/9GUwv/RF8P/0JqEv9AdhX/PoAY/zyKGf88khv/O5oc/TqgHfw6px37Oa0e+jm0H/k5vB/4&#10;OcYf9jnTH/I55B/vOfAf7Dr6H+o5/yHpOf8j6Dn/JOc5/yTnOf8l5zn/Jec5/yXnOf8l/zwnAv9D&#10;IwL/SCIC/0wmAv9PLwP/UDkF/05DB/9MTwv/SlsP/0hmE/9FcRb8Q3wZ+kKGG/hBjhz2QJYe9T+d&#10;H/M/oyDyPqog8T6xIfA+uSHuPsMh7T7PIeo+4iHmP+8h4z75I+E9/yXfPf8n3j3/KNw9/yjcPf8o&#10;3D3/KNw9/yjcPf8o/z8jAf9HIAH/TB4B/1EkAv9VLAP/VjUE/1U/Bv9TSgr+UFYP+k5iE/ZLbRfz&#10;SXca8EeBHO5Gih7sRZIg60SZIelDoCLoQ6cj5kOuI+VCtiTkQsAk4kPMJN9D4CTbQ+0l1kL4KNNC&#10;/yrRQv8rz0H/K85B/yzOQf8szkH/LM5B/yzOQf8s/0MgAf9KHAH/UBsB/1chAf9bKAL/XDID/1s7&#10;BvxZRgn2VlEO8VRdE+1RaBfpT3Ia5k18HeRLhSDiSo4h4EmVI95InCTcR6Mm2kerJ9hGsyjVRrwo&#10;00bIKdFG3CrNR+wqyUb3LMdG/y7ERv8vw0b/L8JG/y/BRv8vwUb/L8FG/y/BRv8v/0YdAf9OGAH/&#10;VhgB/1weAf9gJQL/Yi0D/GI3BfRgQQjuXUwN6FpYEuNYYxffVW4b21J3H9hQgCLUT4kk0U2QJ89M&#10;lyjNTJ4qy0umK8lKrSzHSrctxkrCLsRK0S/BS+cvvUr0MbtK/zK4Sv8yt0v/M7ZL/zO2S/8ztkv/&#10;M7ZL/zO2S/8z/0oaAf9SFQH/WhYB/2EbAf9mIQH+aCkC9GgyA+xnPAblZEgL32FUENleXhfSW2kc&#10;zlhyIMtWeyTIVIMnxVKLKsNRkizBUJkuv0+hL71PqDG7TrEyuU68M7dOyjS1TuE0sk7xNa9P/Tat&#10;T/82rE//NqtP/zarT/82q0//NqtP/zarT/82/00XAf9VEgH/XxQA/2YYAP9rHQH4bSQB7W4sAuVt&#10;NgTda0MI1GdPEM1kWhfIYGQdxF1tIsFbdia9WX4pu1eFLLhWjS+2VZQxtFScM7JTpDSwUq02rVK3&#10;N6xSxTiqUto4p1LtOaVT+jmjU/85olP/OaFU/zihVP84oVT/OKFU/zihVP84/08UAf9ZEAD/YxIA&#10;/2oUAP9vGQDych8A5nQmAd10MQLTcT8Iy21LD8VpVhfAZmAdu2NpIrdgcSe0XnkrsVyALq5biDGs&#10;WY8zqliXNadXnzelV6g5o1azOqFWwDufVtI8nVbpPJtX+DyaV/88mVj/O5hY/zuYWP86mFj/OphY&#10;/zqYWP86/1ISAf9cDgD/ZhAA/20RAPpzFADrdxgA4HkfANR5LQLLdjwHxHJIDr5vUxa4a1wds2hl&#10;Iq9lbSesY3UrqWF8L6ZfhDKjXos1oV2TN55cmzmcW6Q7mVqvPZdauz6WWsw/lFrlP5Jb9T6RW/8+&#10;kFz/PZBc/zyPXP88j1z/PI9c/zyPXP88/1URAP9fDQD/aQ4A/3EOAPV3EADmexEA2X0YAM59KgLF&#10;ezkGvndFDrd0UBWxcFkcrW1iIqhqaSelaHEsoWZ4L55kgDObYoc2mGGPOJZgmDuTX6E9kV6rP49e&#10;uECNXshBi17hQYpf80CJX/8/iWD/Pohg/z6IYP89iGD/PYhg/z2IYP89/1cPAP9iDAD/bAwA+HQM&#10;AOl6DADefgwA0oEVAMiBJwHAfzYGuHxCDbJ4TRWsdVYbp3JfIqJvZieebG4sm2p1MJdofDOUZ4Q2&#10;kWWMOY5klTyMY54+iWKoQIditUKFYsVChGLeQ4Nj8UKCY/1BgmT/QIJk/z+CZP8/gmT/P4Jk/z+C&#10;ZP8//1kOAP9kCwD/bgoA6ncIANt9CADUggoAzIQSAMOFJAG7gzQFs4BADK18SxSmeVQboXZcIZxz&#10;ZCaYcWsrlG9yL5FteTOOa4E2i2qJOYhokjyFZ5s/gmamQYBmskN+ZsFEfWbZRHxn70N8Z/xBfGj/&#10;QHxo/0B8aP8/fGj/P3xo/z98aP8//1sMAP9nCQD3cQcA3noFANSABwDOhQkAx4cRAL6IIgG2hzEE&#10;r4Q+C6iBSROifVIanHpaIJd3YSaTdWgrj3NvL4txdzOIb342hW6GOoJtjz1/a5k/fGujQnlqsEN4&#10;ar9EdmrURXZr7UN2a/tCdmv/QXZs/0B2bP9Admz/QHZs/0B2bP9A/10KAP9pBwDsdAMA2nwEANCD&#10;BgDJiAcAw4oPALqLIAGyii8Eq4g8CqSFRxKdgVAZmH5YH5N8XyWOeWYqindtLoZ1dDKCdHw2f3KE&#10;OXxxjT15cJZAdm+hQnRurkRybr1FcG7RRXBv60Rwb/pDcW//QXFv/0BxcP9AcXD/QHFw/0BxcP9A&#10;/18IAP9rBADhdgAA1H8DAMuGBQDFiwYAvo0NALWPHgCuji0Dpow6CZ+JRRGZhk4Yk4NWHo6AXSSJ&#10;fmQphXxrLYF6cjJ9eHk1eneCOXd2izxzdZU/cXSfQm5zrERsc7tFa3PORWtz6URrc/hDa3P/Qmxz&#10;/0Fsc/9AbHP/QGxz/0Bsc/9A/2EFAPpuAQDdeQAA0IICAMeJBADAjgQAuZEMALGSGwCpkisDopA4&#10;CJuNQw+UikwXjohUHYmFWyOEg2IogIFpLXx/cDF4fnc1dXx/OHF7iDxuepI/a3mdQWh4qkNmeLhE&#10;ZXjMRWV450RlePdDZnj/QmZ4/0FmeP9AZnj/QGZ4/0BmeP9A/2QDAO5xAADYfAAAy4UCAMOMAwC7&#10;kQMAs5QJAKyWGAClligCnZQ2B5aSQQ6Qj0oVio1SHISLWiJ/iWAne4dnLHeFbjBzg3U0b4J9N2yB&#10;hjtpf5A+Zn6bQWN+qENhfbZEYH3JRF995UNgffZCYH3/QWF9/0Bhff9AYX3/QGF9/0Bhff9A/2cA&#10;AON0AADSfwAAx4gBAL6PAgC2lQEArpgGAKaaFQCfmiYCmJkzBpGXPwyLlUgUhZNQGn+RWCB6j18l&#10;do1lKnKLbC5uinMyaoh7NmaHhDljho48YIWZP12EpkFbhLRCWoTHQ1qE40Jag/RBW4P/QFuD/0Bb&#10;g/8/W4P/P1uD/z9bg/8//2oAAN54AADNgwAAwowAALmTAACwmAAAp50CAKCfEgCZnyMBk54xBYyd&#10;PAuFm0YSf5lOGHqXVh51ll0jcJRjKGySaixokXEwZZB5NGGOgjdejYw6WoyXPViMpD9Wi7JAVIvF&#10;QFSL4UBUivM/VYr+P1WJ/z5Vif8+VYn/PlWJ/z5Vif8+728AANZ8AADIhwAAvZEAALSYAACqnAAA&#10;oKIAAJmkEACTpSABjKQuA4WjOQl/okMPeaBMFnSfUxtvnVogapxhJWaaaCljmW8tX5h3MFuXgDRY&#10;loo3VZWVOVKVojtQlLA9T5TDPU+U3zxPk/I8T5L9PE+S/zxPkf88T5H/PE+R/zxPkf885HQAAM+B&#10;AADCjAAAuJYAAK2cAACjoQAAmKgAAJCqDQCLqxsAhasqAn6qNgZ4qUEMcqhJEm2nURhpplgcZKRf&#10;IWCjZiVdom0pWaF1LFahfi9ToIgyT5+TNU2foDdLnq84Sp7BOEme3ThJnfA4SZz8OEmb/zlJm/85&#10;SZv/OUmb/zlJm/8523oAAMiHAAC8kgAAsZoAAKagAACcpgAAkawAAIexCACBshYAfLMmAXayMwRx&#10;sj0Ja7FHDmawTxNir1YYXq5dHFqtZCBXrGsjVKxzJlCrfClNqoYsSqqSL0ipnzBGqa0yRam/MkSq&#10;2jJEqO8yQ6f7M0Om/zNDpf80Q6X/NEOl/zRDpf800IEAAMGOAAC1mAAAqZ8AAJ6lAACTrAAAiLIA&#10;AHy5AgB2uhEAcrshAG67LgJouzoGZLpDCl+6TA5buVMSV7haFlS4YRlRt2kcTrdxH0u2eiJItoQl&#10;RbaQJ0O1nSlBtawqQLa+Kj+22Co/tO4qPrP6LD2y/y09sf8tPbH/LT2x/y09sf8tx4kAALmVAACs&#10;nQAAoaQAAJarAACKsgAAf7gAAHO/AwBqxAwAZ8UaAGPFKAFfxTUDW8U/BVfFSAlUxFAMUMRYD03E&#10;XxJKw2YVSMNuF0XDeBpCw4IcQMOOHj7DnB88w6sgO8O8ITrD1SE7wu4hOcD5Iji//yQ4v/8kOL//&#10;JDi//yQ4v/8kvZEAALCbAACkogAAmKoAAIyxAACAuQAAdb8AAGrGBABezAgAWc8SAFfQIQBV0C4B&#10;UdA5Ak7QQwRL0EwGSdBTCEbQWwtD0GMNQdBrDz7QdRE80YATOtGMFDjRmhY20akXNdG7FzTS0hc1&#10;0OwWNM/3GDPO/xozzv8aM87/GjPO/xozzv8as5kAAKahAACaqQAAjrEAAIG5AAB1wAAAascAAF7N&#10;AwBU1AgATN0NAErdGABI3iYARt4yAUTfPAJC30UDP99NBD3gVQU74F0GOeBmCDfgbwk14XoKM+GG&#10;DDHhlA0w4qMOLuKzDi7jxw4t4+MOLeDyDizf+w8s3/0QLN/9ECzf/RAs3/0QqKAAAJynAACPsAAA&#10;g7gAAHbBAABqyQAAXs8AAFPVAQBJ3AYARekPAELpGQBA6iQAPeouADrrNgE47D4BNuxGAjPtTQMx&#10;7VUDL+5dBC3uZQUr7nAFKe97BijviQcm8JcHJfCnCCTxuAgj8cwIIvLlCCLw8wgi7/UIIu/1CCLv&#10;9Qgi7/UInqYAAJGvAACEuAAAd8EAAGrJAABd0AAAUdcAAEbdAAA/6gUAPPYOADn2FwA29yAAM/co&#10;ADH4MAAu+TYBK/k9ASn6RAEn+koCJftSAiP7WgIg/GMDHvxuAxz9ewMb/okEGf6YBBj/qAQX/7cE&#10;Fv/IBBb/4AQW/+QEFv/kBBb/5AQW/+QEk64AAIW3AAB4wAAAaskAAF3SAABQ2QAARN8AADrkAAA1&#10;9wMAMv8MAC7/EgAr/xoAKP8hACb/JwAj/y0AIP8zAB7/OQEc/z8BGf9FARf/TQEV/1UBE/9fARH/&#10;agIQ/3gCDv+HAg7/lgIN/6QCDP+wAgz/vgIM/8ICDP/CAgz/wgIM/8ICh7YAAHm/AABryQAAXtMA&#10;AFDbAABD4AAAOOUAAC/wAAAr/wAAJ/8IACT/DgAh/xMAHv8ZABv/HgAY/yMAFf8oABP/LQAR/zIA&#10;EP84AA7/PwAM/0YBCv9PAQf/WQEE/2UBAf9yAQD/gQEA/48BAP+bAQD/pwEA/6kBAP+pAQD/qQEA&#10;/6kB/ywvAf8wLAH/MiwC/zMwAv8xNgP/MEED/y9NBP8tWgb/K2YH/ylzCP8ofgr/J4gL/yeRDP8n&#10;mQ3/Jp8N/yalDv8mqw7/JrEP/ya4D/8mwA//JskP/ybXD/8m5g//JvAP/ib5D/sn/w/5J/8P+Sb/&#10;Efgm/xH4Jv8S+Cb/Evgm/xL4Jv8S/y4sAf8zKQH/NSoC/zYtAv82NAL/NT8D/zNLBP8yVwb/MGQH&#10;/y5wCf8sewr/LIUM/yuODf8rlg7/Kp0P/yqjD/8qqRD/Kq8Q/ym2EP8pvRH/KccR/ynTEf4p4xH7&#10;Ku8R+Cr4EPYr/xD0Kv8S9Cr/E/Mq/xTzKf8U8yn/FPMp/xTzKf8U/zEpAf82JgH/OSYB/zopAv87&#10;MgL/Oz0D/zlIBf83VAb/NWAH/zNsCf8ydwz/MIIN/zCLDv8vkw//L5oQ/y6gEf8uphH/LqwS/y6z&#10;Ev4uuhL9LsQS+y7PE/gu4RL1Lu0S8S/3Eu8v/xPuLv8V7S7/Fuwu/xfsLv8X7C7/F+wu/xfsLv8X&#10;/zQmAf85IwH/PSMB/z4mAv9BLwL/QTkD/z9FBP89UAb/O1wI/zloCv83cw3/Nn4O/zWHEP00jxH8&#10;NJYS+jOdE/kzoxP4M6kU9zOwFPYztxT0M8AU8zPMFPAz3hTtM+sU6TT2Fecz/xfmM/8Y5DL/GeQz&#10;/xrjMv8a4zL/GuMy/xrjMv8a/zgjAf89IAH/QR8B/0UjAf9HLAL/RzYD/0ZABP9ETAb/QVgI/z9k&#10;C/s+bw75PHkQ9juDEfQ6ixPzOZMU8TmZFPA4oBXuOKYW7TitFuw4tBbqOL0W6TjJFuc42xbjOeoW&#10;4Dj1GN04/xrbN/8c2Tf/Hdc3/x3WN/8e1jf/HtY3/x7WN/8e/zsgAf9BHAH/RRoB/0sgAf9NKAH/&#10;TjIC/008BP9KRwb6SFMI9kZfC/JEag7vQnQR7EF+E+pAhxToP44V5j6WFuU+nBfjPaMY4j2qGOA9&#10;shjfPbsZ3T3GGds92BrWPeka0j31Hc49/h/MPP8gyzz/Ick8/yHJPP8hyTz/Ick8/yHJPP8h/z8c&#10;Af9FFwH/SxcB/1AdAf9TJAH/VC0C/1M3A/dRQgXxTk0I7ExaC+hKZQ/lSG8R4kd5FN9FghbdRIoX&#10;2kORGdhCmRrVQp8b00GmHNFBrh3PQbcezkHBHsxB0B/JQuUfxULzIcJB/iPAQf8kvkH/JL1B/yW9&#10;Qf8lvUH/Jb1B/yW9Qf8l/0IYAf9JEwD/UBQA/1YZAP9ZIAH/WigB91oyAu9YPQToVUkH41NVCt5R&#10;YA7ZTmoS1Ex0FtBLfBjOSYQbzEiMHMpHkx7IR5ofxkahIcRGqSLCRbEjwUW8I79FySS9Rt8luUbv&#10;JrZG+ye0Rv8os0b/KLJG/yixRv8osUb/KLFG/yixRv8o/0YVAP9NEQD/VRIA/1sWAP9eGwD5YCMB&#10;72AsAeZeNgPfXEQF2FlQCtFXWw/MVGUUyFJuGMVQdxvDT38dwE6GH75NjiG8TJUjukucJLhKpCa2&#10;SqwntEq2KLNJwymxSdYprkrqKqtK+CupSv8rqEv/K6dL/yunS/8rp0v/K6dL/yunS/8r/0kSAP9Q&#10;DgD/WRAA/18SAP9jFgDyZR0A52UlAN5kMQHUYj8FzWBLCsddVg/CWmAVvlhpGbtWcRy4VHkftlOB&#10;IrNSiCSxUJAmr1CXKK1PnymrTqgrqU6yLKdOvi2mTs4uo07mLqFP9S6fT/8unk//Lp1P/y6dUP8u&#10;nVD/Lp1Q/y6dUP8u/0wQAP9UDQD/XQ4A/2MPAPlnEQDraRUA32ocANNqLAHLaDsExWVHCb9iUg+6&#10;YFwVtl1lGbJbbR2vWXUhrFh8I6pWgyanVYsopVSTKqNTmyyhU6Mun1KtL51SuTCbUskxmVLiMZdT&#10;8jGWU/8xlVT/MZRU/zCUVP8wlFT/MJRU/zCUVP8w/08OAP9YCwD/YAsA+2YMAPBrDQDkbQ4A1m4W&#10;AMxvKAHEbTcEvWtECbdoTw+yZVgVrmJhGqpgaR6nXnAhpF14JaFbfyefWocqnFmOLJpYly6YV6Aw&#10;lVaqMpNWtTORVsU0kFbdNI5X8DSNV/0zjFj/M4xY/zKMWP8xjFj/MYxY/zGMWP8x/1EMAP9bCQD/&#10;YwgA62oHAN1uCADYcQoAz3ITAMZzJQG+cjQDt3BBCLFtTA6salUUp2deGaNlZR6gY20inGF0JZpg&#10;eyiXXoMrlF2LLZJckzCPW5wyjVqmNItasjWJWsE2h1rWNoZb7TaFW/s1hVz/NIRc/zOEXP8zhFz/&#10;M4Rc/zOEXP8z/1MKAP9dBgD1ZgQA320DANVyBgDQdQkAyXYRAMB3IgC4djEDsXQ+B6txSQ6mblIU&#10;oWxbGZ1pYh2ZZ2oilmZxJZNkeCiQY38rjWGHLopgkDCIX5kzhV+jNYNerzaBXr44gF7ROH9f6jd+&#10;X/o2fmD/NX5g/zR+YP80fmD/NH5g/zR+YP80/1UIAP9gBADoaQAA2nADANB1BQDKeAcAw3oPALt7&#10;HwCzei8CrHg8B6Z1Rg2hc1ATnHBYGJduYB2Ta2chkGpuJY1odSiKZ3wrh2aELoRkjTGBY5Y0f2Oh&#10;NnxirTd6Yrs5eWLOOXhj6Dh4Y/g3eGT/Nnhk/zV4ZP81eGT/NXhk/zV4ZP81/1cFAP9iAQDhbAAA&#10;1HMCAMt4BADFewUAvn0NALZ+HQCvfiwCqHw5BqF5RAycd04Sl3RWGJJyXRyOcGQgim5rJIdsciiE&#10;a3orgWqCLn5pijF7aJQ0eGefNnZmqjh0Zrk5c2bLOnJm5jlyZ/c4cmf/N3Jo/zZyaP81cmj/NXJo&#10;/zVyaP81/1kCAPZlAADdbgAAz3YBAMd7AwDAfwQAuYAMALGCGgCqgioCo4A3BZ19QguXe0sRknhU&#10;F412WxuJdGIghXJpJIFxcCd+b3cre25/LnhtiDF2bJI0c2ucNnBqqDhuarc6bWrJOmxq5Dpta/U4&#10;bWv/N21r/zZta/82bWv/Nm1r/zZta/82/1sAAOtnAADZcQAAzHkAAMN+AgC7ggMAtIQJAK2FGACm&#10;hSgBn4Q1BZmCQAqTf0kQjX1SFol7WRuEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCbNmtv&#10;pzhpb7U6aG/HOmdv4jpnb/Q4aG//N2hv/zZob/82aG//Nmhv/zZob/82/14AAORqAADTdAAAyHwA&#10;AL+BAQC3hQEAr4cHAKiJFQChiSUBm4gzBJSGPgmOhEcPiYFQFYR/Vxp/fl4ee3xlInh6bCZ0eXMq&#10;cXh7LW53hDBrdo4zaHWZNmZ0pThkc7M5YnPEOmJz4Dpic/M4Y3P/N2Nz/zZjc/82Y3P/NmNz/zZj&#10;c/82/2EAAOBtAADPdwAAxH8AALuFAACziQAAqosDAKOMEwCcjSMBlowwA5CLPAiKiUUOhIdOE3+F&#10;VRh7g1wdd4JjIXOAaiVvf3EpbH15LGl8gi9me4syY3qXNWB5ozdeebE4XXnCOVx53TldefE4XXj+&#10;N154/zZeeP81Xnj/NV54/zVeeP819WQAANxwAADKegAAwIMAALaJAACujQAApI8AAJ2REACXkiAA&#10;kZEuA4qQOQeEjkMMf41MEnqLUxd1iVobcYhhIG6GaCNqhW8nZ4R3K2ODfy5ggokxXYGUM1uAoTZZ&#10;f683V3/AOFd/2jdXf/A3WH79Nlh+/zVYfv81WH7/NVh+/zVYfv816WgAANR0AADGfgAAu4cAALKN&#10;AACokQAAnpQAAJaWDgCRlxwAi5crAoWWNwV/lEEKeZNJEHSSURVwkFgZbI9fHWiOZiFljG0lYYt0&#10;KF6KfSxbiYcvWIiSMVWHnzNTh601Uoe+NVGH1jVRhu41UoX7NFKF/zRShf8zUoX/M1KF/zNShf8z&#10;42wAAM55AADBgwAAtosAAKyRAACilQAAl5kAAI+bCwCKnRgAhJ0nAX6cNAR5mz4Ic5pHDW+ZTxJq&#10;mFYXZpddG2OVYx5flGoiXJNyJVmSeyhVkYUrUpGQLlCQnTBOkKsxTJC8MkyQ0zJMj+0yTI76MkyN&#10;/zFMjP8xTIz/MUyM/zFMjP8x3HEAAMh+AAC7iAAAsZEAAKaWAACcmgAAkJ8AAIeiBgCBoxQAfKQj&#10;AXekMANyozsGbaJEC2ihTA9koFQTYJ9aF12eYRtZnWgeVp1wIVOceSRQm4MnTZqOKUqamyxImqkt&#10;R5m6LUaa0C1GmOstRpf5LkaW/y5Glv8uRpb/LkaW/y5Glv8u0XcAAMGEAAC2jgAAqpUAAKCbAACV&#10;nwAAiqQAAH2pAAB3qxAAc6seAG+sLAFqqzcEZatBB2GqSQtdqVEPWqlYE1eoXxZTp2YZUKduHE2m&#10;dh9KpYEhSKWMJEWlmSZDpKgnQqS4KEGkzidBo+onQKL4KECh/ylAoP8pQKD/KUCg/ylAoP8pyX4A&#10;ALqLAACvlAAAo5oAAJigAACNpQAAgqoAAHWwAABsswwAabQYAGW0JwFhtDMCXrQ9BFq0RgdWs04K&#10;U7NVDVCzXBBNsmMTSrJrFkexdBhFsX4aQrCKHUCwlx4+sKYgPLC3IDywzCA8r+ggO673ITqt/yI6&#10;rP8jOqz/Izqs/yM6rP8jwIYAALOSAACnmQAAnJ8AAJCmAACErAAAebEAAG23AABhvAUAXb0SAFq+&#10;IABYvi0BVL44AlG+QgROvkoGTL5SCEm+WQpGvmAMRL5oDkG9cRE/vXwTPL2IFTq9lRY4vaQXN721&#10;GDa9yhg3vOcXNbv2GTW6/xo0uf8bNLn/GzS5/xs0uf8buI8AAKqYAACfnwAAk6YAAIesAAB7swAA&#10;b7kAAGO+AABYxAQAUMgMAE3IFwBMySUASsoxAEfKOwFFykQCQ8pMA0HKVAQ+ylwGPMpkBzrLbgk4&#10;y3gKNsuFDDTLkg0yy6IOMcuyDzDMxw8wy+UOL8n1Dy7I/REux/8SLsf/Ei7H/xIux/8SrpcAAKGe&#10;AACVpQAAia0AAHy0AABwuwAAZMEAAFnGAABOywMARdAIAD7VDgA91RoAPNYmADvXMQA52DsAONlF&#10;ATbZTQE12VYCM9peAjHaaAMw23MELtt/BSzbjQUq3J0GKdytBijdwQYo3d4GJ9vvBybZ+Qgm2P4J&#10;Jtj+CSbY/gkm2P4JpJ0AAJilAACLrQAAfrQAAHG8AABlwwAAWckAAE3NAABD0wEAOtkGADXkDQAz&#10;5BYAMeQgADDlKgAu5jMALeY8ACvnRAAq50wBKOhUASfoXQEl6WcCI+lzAiLqgQIg6pEDH+uhAx3r&#10;sgMc7McDHOzhAxvq8QMb6fkDG+n5Axvp+QMb6fkDmqQAAI2sAAB/tQAAcr0AAGXFAABZywAATNAA&#10;AEHVAAA43AAAL+ECAC3xDQAr8RMAKPIcACbyJAAk8ysAIvQyACH0OQAf9UEAHfVJABv2UQAZ91oB&#10;F/dlARX4cgEU+YEBE/mSARL6ogIR+rMCEPvGAhD73QIQ++kCEPvpAhD76QIQ++kCj6sAAIG0AABz&#10;vQAAZsYAAFnNAABL0wAAQNkAADXeAAAs4wAAJvEAACT+CgAh/xAAH/8WABz/HAAZ/yIAF/8oABX/&#10;LgAT/zUAEv88ABD/QwAO/0wADf9WAAv/YgAJ/28ACP9/AQf/kAEF/6ABBP+uAQT/vAED/8cBA//H&#10;AQP/xwED/8cBg7QAAHW9AABnxgAAWs8AAEvVAAA/3AAAM+EAACnlAAAh7AAAHv0AABr/BQAX/wwA&#10;Ff8QABL/FAAQ/xkADv8eAA3/IwAL/ygACP8uAAb/NQAD/z0AAP9GAAD/UQAA/10AAP9rAAD/ewAA&#10;/4sAAP+ZAAD/pQAA/6wAAP+sAAD/rAAA/6wA/ycsAf8qKgH/KyoB/youAf8mNAL/JT8C/yNLA/8h&#10;WAP/IGQE/x5wBP8dewT/HYUF/x2OBf8dlgX/HZwG/x2iBv8cqAb/HK4H/xy0B/8cuwf/HMMH/xzO&#10;B/8d3wf/HesH/B31B/kd/gb3Hv8H9x3/CPYd/wn2Hf8J9h3/CfYd/wn2Hf8J/ykqAf8sJwH/LicB&#10;/y0qAf8sMgH/Kz0C/ylJA/8nVQP/JWEE/yNtBP8ieAX/IoIF/yGLBv8hkwb/IZoH/yGgB/8hpQf/&#10;IasI/yGxCP8huAj/IcEI/yHLCPwh3Aj5IekI9iH0CPMi/QfyIv8J8SL/CvEh/wvwIf8L8CH/C/Ah&#10;/wvwIf8L/ywmAf8wJAH/MSMB/zEmAf8yLwH/MToC/y9GA/8tUgP/K14E/ylpBf8odQX/J38G/yeI&#10;B/8mkAf/JpYI/yadCP4mown9JqkJ/CavCfsmtgn6Jr4J+CbICfYm2QnyJugJ7yfzCe0n/QrrJv8L&#10;6ib/Dekm/w3oJv8O6Cb/Dugm/w7oJv8O/y8jAf8zIAH/NR8B/zcjAf84LAH/ODcC/zZCAv80TgP/&#10;MloE/zBlBf8ucAb+LXsH/C2ECPosjAn4LJMJ9yyZCvYroAr0K6YK8yusC/IrswvxK7sL7yvGC+4s&#10;1AvqLOYL5izyC+Qs/A3iLP8P4Sz/EOAs/xDfLP8R3yz/Ed8s/xHfLP8R/zMfAf83GwH/OhoB/z0g&#10;Af8/KAH/PzIB/z0+Av87SQP/OVUE+zdhBvc1bAf1NHYI8jN/CfAyhwrvMo8L7TKWC+wxnAzqMaIM&#10;6TGpDOgxsA3mMbkN5THDDeMy0Q3fMuUM3DLxD9gx/BHVMf8S0jH/E9Ex/xTQMf8U0DH/FNAx/xTQ&#10;Mf8U/zcbAf87FwD/PxYA/0McAP9GJAH/Ri4B/0Q5AvxCRAP2P1AE8T1cBu08ZwfqO3EJ6Dp6CuU5&#10;gwvjOIsM4jiSDeA3mQ3fN58O3TemDts3rQ/ZNrYQ1zbBENU2zhDRN+MRzTfxE8o3+xXIN/8Wxjf/&#10;F8U3/xjEN/8YxDf/GMQ3/xjEN/8Y/zsXAP9AEwD/RRMA/0kYAP9MIAD/TCkB+kszAfJIPgLsRkoE&#10;50RWBuNDYgjfQWwK3EB1DNk/fg3VPoYP0z2NENE9lBHPPJsSzTyiE8w8qRTKO7EUyDu7Fcc7yBbF&#10;PNwWwTztF748+Rm7PP8aujz/G7k8/xu4PP8buDz/G7g8/xu4PP8b/z4UAP9EEAD/ShEA/08UAP9R&#10;GwD7UiMA8VEtAelPOAHiTUUD3EtRBdZJXAjRR2YLzkZwDstFeBDIRIASxkOHFMRCjhXDQpUWwUGc&#10;F79BpBi9QKwZvEC2GrpAwhq4QNIbtUHoG7JB9h2wQf8erkH/Hq1B/x6sQf8erEH/HqxB/x6sQf8e&#10;/0IRAP9HDQD/Tw4A/1MRAP9WFQDzVxwA6FYlAOBVMQHXUz8Cz1JMBcpQVwnGTmENw0xqEMBKchK9&#10;SXoVu0iCFrlHiRi3R5AZtUaXG7NGnxyxRacdsEWxHq5FvB+sRcwfqkXjIKdG8yGlRv8ho0b/IqJG&#10;/yGiRv8hokb/IaJG/yGiRv8h/0UOAP9LCgD/UwwA/1cNAPlaEADrWxQA31ocANRaKwDMWjsCxlhI&#10;BcFWUwm8VFwNuVJlEbVQbRSzT3UXsE58Ga5NhBqsTIscqkuSHqhKmh+mSqMhpEmsIqNJuCOhScYk&#10;n0reJJ1K8CSbSv0lmUv/JJlL/ySYS/8kmEv/JJhL/ySYS/8k/0gMAP9PCAD/VggA9VsJAOleCgDk&#10;Xg0A1V8VAMtgJwDEXzYCvl5DBbhbTgm0WVgOsFdhEqxVaRWqVHAYp1N4GqVSfxyiUYYeoFCOIJ5P&#10;liKcTp8jmk6oJZhOsyaXTsInlU7WJ5NO7CeRT/snkE//J5BQ/yaPUP8mj1D/Jo9Q/yaPUP8m/0oJ&#10;AP9TBQD4WgQA4l8DANpiBgDUYwkAzWMSAMRlIwC8ZTICtmNABbFhSwmsXlQOqFxdEqVbZRahWWwY&#10;n1hzG5xWeh6aVYIgmFSKIpVUkiSTU5smkVKlJ49SsCmNUr4qjFLQKopT6SqJU/kpiFT/KYdU/yiH&#10;VP8oh1T/KIdU/yiHVP8o/0wFAP9WAQDpXQAA3GMCANFnBQDMaAcAxmgQAL1qIAC2aS8BsGg8BKpl&#10;RwmlY1ENoWFaEp1fYRaaXmkZl1xwHJVbdx6SWn4hkFmGI41YjiWLV5cniVehKYZWrSuFVrosg1bM&#10;LIJX5iyBV/crgFj/KoBY/yqAWP8pgFj/KYBY/ymAWP8p/08CAP1ZAADiYAAA1WcAAMxqAwDGbAUA&#10;wGwOALdtHQCwbiwBqmw5BKVqRAigaE4Nm2ZXEZdkXhWUYmUZkWBsHI5fcx6LXnshiV2CJIZciyaE&#10;W5QogVueKn9aqix9WrctfFrJLnpa4y56W/Utelz/LHlc/yt6XP8qelz/Knpc/yp6XP8q/1EAAPJb&#10;AADeZAAAz2oAAMduAgDAcAQAunAMALJxGgCrcSkBpXA3A59uQgeabEsMlmpUEZJoXBWOZmMYi2Vp&#10;G4hjcB6FYnghgmF/JIBgiCZ9X5Epe1+cK3hepy12XrUudV7GL3Re4S90X/MudF//LHRg/yt0YP8r&#10;dGD/K3Rg/yt0YP8r/1MAAOheAADZZwAAy20AAMNxAQC7cwIAtXMJAK11FwCndScBoXQ0A5tyPweV&#10;cEkLkW5SEIxsWRSJamAYhWlnG4Jobh5/ZnUhfWV9JHpkhSZ3ZI8pdWOaK3JipS1wYrMvb2LEL25i&#10;3i9uY/IubmP+LW5j/yxuY/8rbmP/K25j/ytuY/8r/1UAAOVgAADTaQAAyHAAAL90AAC3dwEAsHcH&#10;AKh4FQCieSQAnHgyApZ2PQaRdEcLjHJPD4hwVxOEb14XgG1kGn1sax16a3Mgd2p6I3RpgyZyaI0p&#10;b2eXLG1noy5rZrEvaWbBMGlm2zBpZ/AvaWf9LWln/yxqZ/8ramf/K2pn/ytqZ/8r/lgAAOFjAADP&#10;bAAAxHMAALt4AACzegAAq3oEAKR7EgCefCIAmHwvApJ6OwWMeEUKh3dNDoN1VRJ/c1wWe3JiGnhw&#10;aR11b3Agcm54I29tgSZtbIspamyWK2hroS5ma68vZGq/MGNr2DBja+8vZGv8LWRr/y1la/8sZWv/&#10;LGVr/yxla/8s9FsAAN1mAADLbwAAwHYAALd7AACvfgAApn4BAJ9/EACZgB8Ak4AtAo1/OQWIfUMJ&#10;g3tLDX56UxJ6eFoWdndhGXN1ZxxwdG4fbXN2ImpyfyZocYkoZXCUK2JwoC1gb60vX2+9L15v1C9e&#10;b+0vX2/7LV9v/yxgb/8sYG//LGBv/yxgb/8s614AANhpAADHcgAAvHkAALN/AACrggAAoYIAAJmD&#10;DgCUhB0AjoQrAYiDNgSDgkAIfoBJDHl/URB1fVgUcnxfGG57ZRtremweaHl0ImV4fSVid4cnYHaS&#10;Kl11nixbdasuWnS7L1l10S9ZdOwuWXT6LVp0/yxadP8rWnT/K1p0/ytadP8r5mEAANFtAADDdgAA&#10;uX0AAK+DAACmhgAAnIYAAJSIDACOiRkAiYkoAYOJNAN+hz4HeYZHC3SFTw9whFYTbYJdF2mBYxpm&#10;gGodY39yIGB+eiNdfYQmWnyPKVh7nCtWe6ksVHu5LVN7zi1UeuotVHr5LFR5/ytVef8qVXn/KlV5&#10;/ypVef8q4WUAAMxxAAC/egAAtIIAAKuHAAChigAAlYsAAI2NCQCHjhYAgo8kAX2PMQJ4jjsFc41E&#10;CW+MTA1rilQRZ4laFWSIYRhhh2gbXoZwHluFeCFYhIIkVYSNJlKDmilQgqcqT4K3K06CzCtOgugr&#10;ToH4Kk+A/ypPgP8pT4D/KU+A/ylPgP8p22oAAMd1AAC6fwAAsIcAAKaMAACcjwAAj5EAAIaTBQCA&#10;lBIAe5UhAHeVLQFylTgEbZRCB2mTSgtlklEOYpFYEl6QXxVbj2YYWI5tG1WOdh5SjYAhT4yLI02L&#10;mCVLi6UnSYu1KEiLyihIiucnSYn3KEmI/ydJh/8nSYf/J0mH/ydJh/8n0W8AAMF7AAC1hAAAq4wA&#10;AKCQAACVlAAAiZcAAH6aAAB3mw4Ac5wcAG+dKQFrnDUCZpw/BWKbRwhfmk8LXJpWD1iZXBJVmGMV&#10;U5hrF1CXcxpNln0dSpWJH0eVlSFFlaQjRJSzI0OUyCNDlOUjQ5L1JEOR/yRDkP8kQ5D/JEOQ/yRD&#10;kP8kynUAALuBAACwiwAApJEAAJqVAACPmQAAg50AAHSiAABuowsAaqQXAGalJQBjpTEBX6Q7A1uk&#10;RAVYpEsIVaNTC1KjWg1PomEQTaJoE0qhcRVHoHsYRKCGGkKfkxxAn6IdPp+yHj2fxh49n+MdPZ30&#10;Hj2c/x88m/8fPJv/IDyb/yA8m/8gwnwAALWIAACpkAAAnpYAAJObAACHnwAAe6QAAG+oAABjrAQA&#10;X60RAFytHwBarisAV642AVSuQANRrUgFTq1PB0utVwlJrV4LRqxmDUSsbg9BrHgRP6uEEzyrkRU6&#10;q6AWOauwFzirwxc4quEXN6nzGDen/hk2pv8aNqb/Gjam/xo2pv8auoQAAK6PAACilgAAl5sAAIuh&#10;AAB/pgAAc6sAAGevAABatAAAU7YMAFG3FwBPtyQATbgwAEq4OgFIuEMCRrhLA0S4UgRBuFoGP7hi&#10;Bz24awk6uHULOLeBDDa3jg40t50PM7etDzK3wQ8xt94PMbbyEDC0/BEws/8SMLP/EzCz/xMws/8T&#10;so4AAKWVAACamwAAjqIAAIKoAAB1rQAAabMAAF63AABTuwAAR8AFAEPCEABCwhsAQMMnAD/DMgA+&#10;xDwAPMREATrETQE4xFUCNsRdAzXEZgQzxXAEMcV8Bi/FigYtxZoHK8WqCCrFvggqxdoIKsTwCCnC&#10;+wkowf8KKMH/CyjB/wsowf8LqJUAAJ2bAACRogAAhKkAAHivAABrtQAAX7sAAFS/AABJwwAAP8gE&#10;ADbNCQAzzhEAMs8cADHPJwAw0DEAL9A6AC7RQwAt0UwAK9JVACrSXwEo02kBJ9N2ASXThAIk1JQC&#10;ItSmAiHVuQIh1dICINPrAiDS9gMf0f8EH9H/BB/R/wQf0f8En5sAAJSiAACHqQAAebEAAG24AABg&#10;vgAAVMMAAEnHAAA+ywAANdABAC3VBgAl2wsAJN4SACPeHAAi3yUAIeAuACDgNwAf4UAAHuFKAB3i&#10;UwAc414AG+NqABrkeAAY5IgBF+WaARbmrAEV5sABFOfdARPl7wET4/oBE+P6ARPj+gET4/oBlqIA&#10;AImpAAB7sQAAbrkAAGHAAABUxgAASMoAAD3PAAAz0wAAKtkAACLeAgAe6woAHOwQABvtFwAZ7R8A&#10;F+4mABXuLQAU7zUAE/A9ABHwRgAQ8VAAD/JbAA7yaQAN83gADPSKAAv1nAAK9a4ACfbCAAn22QAI&#10;9e0ACPXtAAj17QAI9e0Ai6kAAH2yAABvugAAYsIAAFXJAABHzgAAO9IAADHYAAAn3QAAH+EAABno&#10;AAAW+AYAFPoNABL7EgAQ/BcADvwdAA39IwAM/SkACv4wAAj/OAAG/0EAA/9MAAD/WAAA/2YAAP93&#10;AAD/iQAA/5sAAP+rAAD/uwAA/84AAP/PAAD/zwAA/88Af7IAAHG6AABjwwAAVssAAEjRAAA61gAA&#10;L90AACXhAAAc5QAAFOkAABH3AAAP/wEADf8JAAv/DQAI/xAABv8UAAP/GAAA/x4AAP8jAAD/KgAA&#10;/zIAAP88AAD/RwAA/1QAAP9jAAD/cwAA/4UAAP+XAAD/pAAA/7IAAP+yAAD/sgAA/7IA/yIpAf8j&#10;JwH/IygB/yArAf8cMQH/Gj0B/xhJAf8WVgL/FGIC/xNuAv8SeAL/EoIC/xKLAv8SkgL/EpkC/xKe&#10;Av8SpAL/EqkC/xKvAv8StgL/Er0C/xLHAv8S1AL9EuUC+hLxAvcS+gL1E/8C9BP/A/QT/wP0E/8D&#10;9BP/A/QT/wP0E/8D/yQnAf8mJAH/JiQB/yQnAf8iLwH/IDoB/x5GAf8cUwL/Gl8C/xhqAv8XdQL/&#10;F38C/xeIAv8XjwL/F5YC/xecAv8XoQL/F6cC/xetAv8XswP+F7sD/RfFA/oX0QP3F+QC9BfvAvEY&#10;+gLvGP8D7hj/BO4Y/wTtGP8F7Rj/Be0Y/wXtGP8F/ycjAf8pIAD/KSAA/ygjAP8pLQH/JzcB/yVD&#10;Af8jTwL/IVsC/x9mAv8dcQL/HXsD/x2EA/8djAP+HZMD/ByZA/scnwP6HKQD+RyqA/ccsQP2HLkD&#10;9R3CA/MdzgPwHeED7B3uA+ke+QToHv8F5h7/BuUe/wblHv8H5R7/B+Ue/wflHv8H/ysfAP8tHAD/&#10;LRsA/y4gAP8vKQD/LzQB/yw/Af8qSwL/KFcC/yZiAv0lbQP6JHcD+COAA/YjiAP1I48D8yOVBPIj&#10;mwTxI6EE7yOoBO4jrgTtI7YE6yO/BOojzATnI+AE4yTtBOAk+QbeJP8H3CT/CNsk/wnaJP8J2iT/&#10;Cdok/wnaJP8J/y4bAP8xFwD/MhYA/zUcAP82JQD/Ni8B/zQ6Af8xRgH7L1IC9y1dAvMsaAPwK3ID&#10;7ip7BOwqhATqKosE6CqSBecpmAXmKZ4F5CmlBeMprAXhKbQF4Cq9Bd4qygXbKt4F1irtB9Iq+AnP&#10;K/8KzSr/C8wq/wzLKv8Myyr/DMsq/wzLKv8M/zIXAP81EgD/OBIA/zsYAP89IAD/PCoA/js1Afc5&#10;QQHxNk0C7DRYAugzYwPlMm0E4zJ2BOAxfwXeMYcF3DCOBtowlQbYMJsH1i+iB9QvqQjSL7EI0C+6&#10;Cc8wxgnNMNgJyTHqCsYx9wzDMf8OwTH/D8Ax/w+/Mf8PvzH/EL8x/xC/Mf8Q/zYTAP85DwD/PhAA&#10;/0EUAP9DGgD/QiMA9UEuAO0+OgHnPUYB4TxTAt06XgPZOWgE1DhxBtE4egfPN4EIzTeICcs2jwrK&#10;NpYKyDadC8Y1pAzFNawMwzW1DcE1wA3ANs8OvTbmDrk29BC3Nv8RtTb/ErQ2/xOzNv8Tszb/E7M2&#10;/xOzNv8T/zkQAP89CwD/Qw0A/0cQAP9IFAD1RxwA60YmAONEMgDcREEB1ENNAs9BWATLQGIGyD9r&#10;CMU+dAnDPXsLwT2DDL88ig29PJAOuzyXD7o7nxC4O6cQtjuwEbU7uxKzO8kSsTvgE6488RSrPP0V&#10;qTz/Fqg8/xaoPP8Wpzz/Fqc8/xanPP8W/z0NAP9CCAD/SAoA/0sMAPpMDwDsTBQA4UodANZKLADO&#10;SzsByUpIAsRIUwTAR10HvEZmCbpEbgu3Q3YNtUN9DrNChBCxQYsRsEGSEq5AmhOsQKIUqkCrFalA&#10;thanQMQXpkDZF6NB7RigQfsYn0H/GZ5B/xmdQf8ZnUL/GJ1C/xidQv8Y/0AJAP9GBQD/TAUA8U8H&#10;AOZQCQDjTw0A1U8VAMxRJwDFUTYBv1BDArpPTgW2TVgIs0xhCrBKaQ2tSXAPq0h4EalHfxKnR4YU&#10;pUaNFaNGlRahRZ4Yn0WnGZ5FshqcRb8amkXRG5hF6RuWRvgclUb/G5RG/xuTRv8bk0f/G5NH/xuT&#10;R/8b/0IFAP9KAQDyUAAA4VQBANlWBQDTVQkAzFUSAMNWIgC8VzIBt1Y/ArJUSgWtU1QIqlFdC6dQ&#10;ZA6kTmwQok1zEp9MehSdTIEWm0uJF5lKkRmXSpkalUmjG5NJrh2SSbsekEnMHo5K5R6NSvYei0v/&#10;HotL/x2KS/8dikv/HYpL/x2KS/8d/0UAAP9NAADlVAAA2VkAAM9bAwDKWwYAxFoPALtbHgC1XC4B&#10;r1s7AqpaRgWmWFAIolZZC59VYA6cU2gRmVJvE5dRdhWVUH0Xk1CEGZBPjRqOTpYcjE6fHopOqh+I&#10;Trcgh07IIYVO4iGET/Mgg0//IINP/x+CUP8fglD/HoJQ/x6CUP8e/0cAAPNRAADfWAAA0V0AAMlg&#10;AgDDYAQAvV4NALVgGgCuYSoAqWA3AqReQwSfXU0Im1tVC5hZXQ6VWGQRkldrE49WchaNVXkYi1SB&#10;GohTiRyGU5IehFKcH4JSpyGAUrQif1LEI31S3iN8U/EifFP+IXtU/yF7VP8ge1T/IHtU/yB7VP8g&#10;/0oAAOlUAADaXAAAzGEAAMNkAAC8ZAIAtmMKAK9kFwCpZScAo2Q0Ap5jQASZYUoHlV9SC5FeWg6O&#10;XWERi1toE4labxaGWXYYhFh9GoFYhhx/V48efVaZIHtWpCJ5VrEjd1bBJHZW2iR1V+8kdVf9I3VY&#10;/yJ1WP8hdVj/IXVY/yF1WP8h/00AAOVXAADTXwAAyGQAAL9nAAC3aAAAsWcHAKloFACjaSQAnmgy&#10;AZlnPQSUZUcHkGRPCoxiVw2IYV4QhV9lE4NebBaAXXMYfV16Gntcgx15W4wfdluXIXRaoiNyWq8k&#10;cVq/JXBa1SVvW+0lb1v8I29b/yJvW/8ib1v/IW9b/yFvW/8h+k8AAOFaAADPYgAAxGcAALtrAACz&#10;bAAArGoEAKRrEgCebCEAmWwvAZRrOgOPaUQGimhNCYZmVQ2DZVwQgGRiE31iaRV6YnAYeGF4GnVg&#10;gB1zX4ofcF+UIW5eoCNsXq0la168Jmpe0SZpXuwlal/7JGpf/yNqX/8ial//Impf/yJqX/8i8FIA&#10;AN1dAADLZQAAwGsAALduAACvbwAAp24BAKBvEACacB8AlHAsAY9vOAOKbUIGhmxLCYJqUgx+aVkP&#10;e2hgEndmZhR1Zm4XcmV1GnBkfh1tY4gfa2OSImliniRnYqslZWK6JmRizyZkYuomZWL6JGVj/yNl&#10;Y/8iZWP/ImVj/yJlY/8i61UAANhgAADIaAAAvG4AALNxAACrcwAAonEAAJtyDgCVcxwAkHQqAYpz&#10;NgKFckAFgXBICH1vUAt5bVcOdmxeEXNrZBRwamwXbWlzGmtpfBxoaIYfZmeQIWRnnCNiZqklYGa5&#10;Jl9mzSZfZugmYGb5JGBm/yNgZv8jYWb/ImFm/yJhZv8i6FgAANNjAADEawAAuXEAALB1AACndwAA&#10;nnUAAJZ2DQCQdxkAi3gnAIZ3MwKBdj0EfHVGB3hzTgt1clUOcXFcEW5wYxRrb2oWaW5xGWZuehxj&#10;bYMeYWyOIV9rmiNda6clW2u3JlpryiZaa+clW2v3JFtq/yNcav8iXGr/Ilxq/yJcav8i41sAAM5m&#10;AADAbgAAtnQAAKx5AACjewAAmHkAAJB6CwCKexYAhXwkAIF8MQF8ezsEd3pEBnN5TApweFMNbHda&#10;EGl2YRNndWgWZHRvGGFzeBtecoEdXHGMIFpxmCJYcKYkVnC1JVVwyCVVcOUlVXD2JFZv/yNWb/8i&#10;V2//Ildv/yJXb/8i318AAMppAAC8cgAAsngAAKl9AACffwAAkn4AAIp/BwCEgBMAgIEhAHuBLgF3&#10;gDkDcoBCBW5/SghrflELaH1YDmR8XxFie2YUX3ptF1x5dRlZeH8cV3iKHlR3liFSdqQiUXazI1B2&#10;xiRQduMjUHX1I1F1/yJRdP8hUXT/IVF0/yFRdP8h2GMAAMVtAAC4dgAArn0AAKWCAACagwAAjYMA&#10;AISEAwB9hRAAeYYeAHWHKwFxhzYCbYY/BGmFRwdlhE8KYoNWDV+DXA9cgmMSWoFrFVeAcxhUf30a&#10;UX+IHE9+lB9NfqIgS32xIUp9xCJKfeEhS3z0IUt7/yBLe/8gS3v/IEt7/yBLe/8g0GcAAMByAAC0&#10;ewAAqoIAAKCGAACViAAAh4gAAHyKAAB2jA4Aco0aAG6OJwBqjjIBZo08A2ONRAVgjEwIXItTClqL&#10;Wg1XimEQVIloElGIcRVPiHoXTIeFGkqGkhxIhqAdRoavHkWFwh5Fhd8eRYTyHkWD/h5Fgv8eRYL/&#10;HkWC/x5Fgv8eym0AALp4AACvgQAApYcAAJqLAACPjQAAgY4AAHSRAABukwoAaZQVAGaVIgBjlS4B&#10;YJU4AlyVQQRZlEkGVpRQCFSTVwpRk14MTpJmD0ySbhFJkXgURpCDFkSQkBhCj54ZQI+tGj+PwBo/&#10;j9waP43xGj+M/Rs/i/8bP4v/Gz+L/xs/i/8bwnMAALV+AACqhwAAn4wAAJSQAACIkwAAe5UAAGyZ&#10;AABlmwQAYJwQAF2dHQBbnikAWJ40AVWePQJSnUUDUJ1NBU2dVAdLnFsJSJxjC0acaw1Dm3UPQZuA&#10;ET6ajRM8mpsUOpqrFTmavRU5mtkVOZjvFjmX/BY4lv8XOJX/FziV/xc4lf8Xu3oAAK+FAACkjAAA&#10;mJEAAI2VAACBmgAAdZ0AAGigAABbpAAAVqUMAFOmFwBRpyMAT6cvAEynOAFKp0EBSKdJAkanUARD&#10;p1gFQadfBj+maAg9pnIKOqZ9Czimig02pZkONKWpDzOluw8zpdQPM6TuDzKi+xAyof8RMqH/ETKh&#10;/xEyof8RtIIAAKiMAACdkgAAkpcAAIacAAB5oQAAbaUAAGGpAABVrAAAS68FAEewEABFsBwARLEn&#10;AEKxMgBBsjsAP7JDAT2ySwE7slMCObJbAzeyZAQ1sm4FM7J5BjGyhwcvsZYILrKmCC2yuAksstAI&#10;LLDsCSuv+Qorrv8LKq3/Cyqt/wsqrf8LrYsAAKCSAACVmAAAiZ0AAH2jAABxqAAAZK0AAFmxAABN&#10;tAAAQrgAADu6CgA4uxMAN7weADW8KQA0vTIAM707ADK9RAAxvkwAL75VAS6+XgEsvmgBKr50Aim+&#10;ggInv5EDJr+iAyS/tAMjv8sDI77oAyO89wQiu/8FIrv/BSK7/wUiu/8FpJIAAJiYAACMngAAgKUA&#10;AHOrAABnsAAAW7UAAE+5AABEvAAAOsAAADDEBAAqxwsAKMgTACfJHQAmyScAJckwACTKOQAjykIA&#10;IstLACHLVQAgzF8AH8xsAB3NegAczYoAG82cABnOrgEYzsUAGM3kABjM9AEYyvwBGMr/AhjK/wIY&#10;yv8Cm5kAAI+fAACCpgAAda0AAGizAABcuQAAUL0AAETBAAA5xAAAMMgAACjMAQAg0AYAGdULABbX&#10;EAAV2BkAFdkiABTZKwAT2jQAE9o9ABLbSAAR3FMAEd1fABDdbQAQ3n4ADt+RAA7gpAAN4LgADODS&#10;AAvf7QAM3vcADN37AAzd+wAM3fsAkp8AAIWnAAB3rgAAarUAAF28AABQwQAARMUAADjJAAAuzQAA&#10;JdEAAB7VAAAW2gEAEd4GABDnDQAO5xIADegZAAzoIQAL6SkACuoxAAnqOwAH60UABetRAATrXgAD&#10;624AAeuAAADqlAAA6qcAAOu8AADr0gAA6+kAAOzvAADs7wAA7O8Ah6cAAHmvAABrtwAAXr4AAFHF&#10;AABDyQAAN80AAC3RAAAj1gAAG9sAABPfAAAO4wAADO4CAAr2CgAH9g4ABfYSAAP2GAAA9R4AAPUl&#10;AAD1LgAA9TcAAPZCAAD2TgAA9l0AAPZuAAD2gQAA9pUAAPenAAD3twAA+McAAPjQAAD40AAA+NAA&#10;e68AAG24AABgwAAAUsgAAETNAAA30QAAK9cAACHcAAAY4AAAEeQAAAznAAAH7wAABPoAAAH/AwAA&#10;/wgAAP8NAAD+EAAA/hQAAP8aAAD/IQAA/ykAAP8zAAD/PgAA/0sAAP9bAAD/bAAA/4AAAP+SAAD/&#10;oQAA/60AAP+zAAD/swAA/7MA/xwmAP8cJAD/GiUA/xUnAP8RLgD/EDoA/w5HAf8NUwH/C18B/wpr&#10;Af8KdQH/Cn8B/wqHAf8KjgH/CpUB/wqbAf8JoAH/CaUA/wmrAP8JsQD/CbgA/wnBAP4JzAD8Cd4A&#10;+QnrAPUJ9gDzCf8A8gr/APEK/wHxC/8B8Qv/AfEL/wHxC/8B/x8jAP8fIQD/HiEA/xkkAP8XLAD/&#10;FTcA/xNEAP8RUAH/EFwB/w5nAf8OcgH/DnsB/w6EAf8OiwH/DpIB/w6YAf8OnQH/DqMB/g6oAfwO&#10;rgH7DrUA+g6+APgOyQD1DtsA8g7qAO4O9QDsDv8B6w//AeoP/wHqEP8B6RD/AekQ/wHpEP8B/yIf&#10;AP8iHAD/IRwA/x8gAP8fKQD/HDQA/xpAAP8XTAH/FVgB/xRjAf8TbgH/E3cB/hOAAfwTiAH6Eo4B&#10;+RKVAfgSmgH2EqAB9RKmAfQSrAHzErMB8RK8AfASxwHtEtgB6RPoAeYT9QHkFP8B4hT/AuEV/wLh&#10;Ff8C4BX/AuAV/wLgFf8C/yUbAP8mFwD/JBYA/yUcAP8mJQD/JDAA/yE7AP8fSAD/HVQB/RtfAfka&#10;aQH3GnMB9Bl8AfIZhAHxGYsB7xmRAe4ZlwHsGZ0B6xmjAekZqgHoGbEB5xm6AeUZxQHjGdUB3xro&#10;Adwb9QLYG/8C1Rz/A9Qc/wPTHP8E0hz/BNIc/wTSHP8E/ykXAP8qEwD/KRIA/ywYAP8sIQD/LCsA&#10;/yk3AP0nQwD3JU8B8yNaAe8iZAHsIW4B6SF3AechfwHlIYYB5CGNAeIglAHhIJoB3yCgAd4gpwHc&#10;Ia8B2iG4AtghwwLVIdMC0SLnAs0i9APKI/8EyCP/Bccj/wbGI/8GxiP/BsYj/wbGI/8G/ywSAP8u&#10;DwD/MBAA/zMUAP8zGwD/MiUA+jAwAPIuPADsLEkA5ypVAeMqXwHgKWkB3SlyAdooegHXKIIC1SiJ&#10;AtMokALRKJYDzyicA84oowPMKKsDyiizA8kovgTHKMwExSniBMEq8Qa+Kv4HvCr/CLoq/wi6Kv8I&#10;uSr/Cbkq/wm5Kv8J/zAPAP8yCwD/Ng0A/zgQAP85FQD5Nx4A7zUoAOczNQDgMkIA2zJPANUxWgHQ&#10;MWQCzTBtAsswdQPJMHwDxy+DBMUvigTEL5EFwi+XBcEvnga/L6YGvS+vBrwvuQe6L8cHuDDdB7Uw&#10;7gmyMPsKsDD/C64w/wuuMP8LrTD/C60w/wutMP8L/zMMAP82BgD/PAkA/z4MAP09EADvPBUA5Dkf&#10;ANs5LQDSOjwAzTpJAcg5VAHEOV4CwThnA783bwS9N3YFuzZ9Brk2hAe3NosHtjWSCLQ1mgmzNaEJ&#10;sTWqCq81tAuuNcELrDXUC6k26gymNvgNpTb/DqM3/w6iN/8Oojf/DqI3/w6iN/8O/zcHAP87AgD/&#10;QAMA8kIFAOlCCQDlPw4A2D4WAM5AJwDHQTYAwkFEAb1BTwK5QFkDtj9hBLQ+aQaxPXEHrz14CK48&#10;fwmsPIYKqjuNC6k7lQynO50NpTumDaM6sA6iO7wPoDvND5475hCbPPURmjz/EZk8/xGYPP8RmDz/&#10;EZg8/xGYPP8R/zoBAP9AAADvRQAA4UgAANlIBQDTRgkAzEUSAMRHIgC9SDEAuEg/AbNHSgKwRlQE&#10;rEVdBapEZAenQ2wIpUJzCqNCeguhQYEMoEGIDZ5AkA+cQJgQmkChEZhArBKXQLgSlUDIE5NA4ROR&#10;QfMUkEH/FI9B/xSOQv8TjkL/E45C/xOOQv8T/zwAAPlEAADkSgAA2E4AAM5PAgDJTQYAw0sPALtN&#10;HQC1Ti0Ar046AatNRgKnTE8EpEtYBqFKYAieSWcJnEhuC5pHdQ2YRnwOlkaDD5RFixGSRZQSkEWd&#10;E45FqBSMRbQVi0XEFopF3BaIRvAWhkb9FoZG/xaFR/8VhUf/FYVH/xWFR/8V/z8AAOxIAADdTwAA&#10;z1MAAMZVAADAUwMAu1EMALNSGQCtUykAqFM2AaNSQgKfUUsEnFBUBplPXAiWTmMKlE1qDJFMcQ6P&#10;S3gPjUt/EYtKhxKJSpAUh0maFYVJpReDSbEYgknAGIFK1hl/Su0Yfkv8GH5L/xd9S/8XfUv/Fn1L&#10;/xZ9S/8W/0MAAOZMAADWUwAAyVgAAMBZAAC6WAEAtFYJAKxXFgCmWCUAoVgyAZ1XPgKYVkgElVVR&#10;BpJUWAiPUl8KjFJmDIpRbQ6IUHQQhU97EoNPhBOBTo0Vf06XF31OoRh7Ta4Zek69GnhO0Rp3Tusa&#10;d0/6GXZP/xl2T/8Ydk//F3ZP/xd2T/8X+EYAAOJQAADQVwAAxFwAALteAAC0XQAArloGAKZbEwCg&#10;XCIAm1wvAJdbOwKSWkUDj1lNBotYVQiIV1wKhlZjDINVag6BVHEQflR4EnxTgBR6UokWeFKUGHZS&#10;nxl0UqsaclK6G3FSzRxwUugbcFP5GnBT/xpwU/8ZcFP/GHBT/xhwU/8Y70kAAN1TAADLWgAAwF8A&#10;ALdiAACvYQAAqF4CAKFfEACbYB4AlmAsAJFgOAGNXkIDiV1LBYVcUgeCW1kKgFpgDH1ZZw57WG4Q&#10;eFh1EnZXfRR0V4cWclaRGG9WnBpuVqkbbFa4HGtWyx1qVuYcalf3G2pX/xpqV/8Za1f/GWtX/xlr&#10;V/8Z60wAANhWAADIXgAAvGIAALNlAACrZQAAo2IAAJxiDgCWYxwAkWQpAIxjNQGIYj8DhGFIBYBg&#10;UAd9X1cJel5dC3ddZA11XGsQc1xyEnBbexRuW4QXbFqPGGpamhpoWqccZlq2HWVayB1lWuQdZVr2&#10;HGVa/xtlWv8aZVr/GWVa/xllWv8Z6E8AANNZAADEYQAAuWYAALBoAACnaQAAnmUAAJdmDQCRZxkA&#10;jGgnAIdnMgGDZj0Cf2VGBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4IWZ16NGWVemBpj&#10;XqUcYV60HWBexx1gXuMdYF71HGBe/xtgXv8aYV7/GmFe/xphXv8a5FIAAM9cAADAZAAAtmkAAKxs&#10;AACjbAAAmWkAAJJqCwCMahYAh2skAIJrMAF+ajoCemlDBHZoSwZzZ1IIcGdZCm1mYA1rZWYPaGRu&#10;EWZkdhRkY4AWYmOLGGBilxpeYqQcXGKyHVtixR1bYuEdW2L0HFti/xtcYv8aXGL/Glxi/xpcYv8a&#10;4FUAAMtfAAC9ZwAAsmwAAKlwAACfbwAAlGwAAIxtCACGbhMAgm8hAH1vLQF5bzgCdW5BA3JtSQVu&#10;bFAHa2tXCmlrXgxmamUOZGlsEWFpdBNfaH4WXWeJGFtnlRpZZqIbV2awHFZmwx1WZt8dVmbzHFdm&#10;/xtXZv8aV2b/Gldm/xpXZv8a21kAAMdiAAC6agAAr3AAAKZzAACacwAAj3AAAIdxBQCBchEAfHMe&#10;AHhzKgB0czUBcHM/A21yRwVqcU4HZ3FVCWRwXAtib2MOX29qEF1uchJabXwVWG2GF1ZskxlUbKAb&#10;UmuvHFFrwRxRa9wcUWvxG1Jr/hpSav8aUmr/GVJq/xlSav8Z1FwAAMNmAAC2bgAArHQAAKJ3AACW&#10;dgAAiXUAAIF2AQB6dw8AdngbAHJ5JwBveTIBa3g8Amh4RARld0wGYndTCF92WgpddWEMWnVoD1h0&#10;cBFVc3kTU3OEFlFykBhPcp4ZTXGtGkxxvxtLcdkbTHHwGkxw/RpNcP8ZTW//GU1v/xlNb/8ZzmAA&#10;AL5qAACycgAAqHgAAJ17AACQegAAhHoAAHp7AAB0fAwAb34XAGx+JABpfy8BZn85AmJ/QgNffkkF&#10;XX1QB1p9VwlXfF4LVXxlDVJ7bg9QencSTnqCFEt5jhZJeZwXSHirGEZ4vRlGeNUZRnfvGEd2/BhH&#10;dv8YR3X/F0d1/xdHdf8XyWUAALpvAACudwAApH0AAJh/AACLfwAAfn8AAHOBAABsgwkAaIQTAGWF&#10;IABihiwAX4Y2AVyGPwJZhUYDV4VOBVSFVQdShFwJT4NjC02Daw1LgnQPSIJ/EUaBjBNEgZoVQoCp&#10;FkGAuhZAgNIWQX/tFkF++xZBff8WQX3/FkF9/xZBff8WwmoAALV1AACqfQAAn4IAAJKDAACFhAAA&#10;eYUAAGqJAABkigMAYIwQAF2NGwBbjicAWI4yAFWOOwFTjkMCUI5KA06NUgVMjVkGSYxgCEeMaApF&#10;i3IMQot9DkCKiQ8+ipgRPIqnEjuKuBI6is8SO4jrEjuH+hM7hv8TO4b/EzuG/xM7hv8TvHEAAK97&#10;AAClgwAAmYcAAIyIAAB/iQAAc4wAAGWQAABckwAAV5UMAFSWFgBSliIAUJctAE2XNgBLlz8BSZdH&#10;AkeXTgNFllUEQ5ZdBUGWZQY+lW8IPJV6CTqVhws4lZUMNpSlDTWUtg40lMwNNJPpDTSS+A40kP8P&#10;NJD/DzSQ/w80kP8PtXgAAKqCAACeiAAAk40AAIaOAAB5kAAAbZMAAGGXAABVmwAATZ4GAEmfEABH&#10;nxsARqAmAESgMABDoToAQaFCAT+hSQE9oVECO6FZAjmhYQM3oGsENaB2BTOggwYxoJIHMKCiCC6g&#10;swguoMkILp/nCC2d9wktnP8KLZv/Ci2b/wotm/8Kr4AAAKOJAACXjgAAjZMAAH+VAABymAAAZpwA&#10;AFugAABPpAAARacAAD6pDAA8qhQAOqofADmqKQA4qzIAN6s7ADWrQwA0rEsAMqxTATGsXAEvrGYC&#10;LaxxAiusfwMqrI4DKKyeBCessAQmrMUEJqvkAyWp9QQlqP8FJaf/BSWn/wUlp/8Fp4kAAJuPAACR&#10;lAAAhJkAAHieAABrogAAX6YAAFOqAABIrQAAPbAAADSzAwAvtQ4ALbUWACy1IAArtikAKrYyACm3&#10;OgAot0MAJ7dMACa4VQAkuF8AI7hrACK4eAEguIgBH7iZAR25qwEcucABHLjfARy28gEbtfwCG7T/&#10;Ahu0/wIbtP8Cn48AAJSVAACImwAAe6EAAG6mAABiqwAAVrAAAEqzAAA/tgAANbkAACy8AAAkvwYA&#10;H8INAB3CFAAcwh4AG8MmABrDLwAZxDgAGMRBABfESgAWxVUAFcVhABTGbwATxn8AEsaRABHHpAAQ&#10;x7kAD8fUABDG7gAQxPoAEMP/ABDD/wAQw/8Al5YAAIucAAB+ogAAcakAAGSvAABYtAAAS7gAAEC7&#10;AAA1vgAAK8EAACPFAAAbyQEAFMwGABDQCwAO0READdEZAA3RIQAM0SoADNE0AAvSPgAK0kkACdNV&#10;AAnTYgAI03IABtSEAAXUmAAE1KsAA9XAAAHV3AAB1e0AAdX2AAHV9gAB1fYAjp0AAICkAABzqwAA&#10;ZrEAAFm4AABMvQAAP8AAADTDAAAqxwAAIcoAABnOAAAS0gAADdYBAAnbBQAG3A0ABNwRAAPdGAAB&#10;3iAAAN4oAADfMQAA4DwAAOFHAADiVAAA42MAAON0AADkiAAA5JsAAOWuAADlwQAA5dUAAObnAADm&#10;5wAA5ucAg6QAAHWsAABoswAAWrsAAE3BAABAxAAAM8gAACjMAAAf0AAAF9QAABDZAAAL3QAABeEA&#10;AADkAAAA5QcAAOYNAADnEQAA6BYAAOkdAADqJQAA6y4AAO05AADvRQAA8FMAAPFkAADxdgAA8ooA&#10;APOcAADzrQAA9LsAAPTIAAD0yAAA9MgAd60AAGq1AABcvQAAT8QAAEDJAAAzzQAAJ9EAAB3WAAAU&#10;3AAADuAAAAjjAAAB5gAAAOoAAADuAAAA7gAAAO8EAADwCgAA8Q4AAPMSAAD0GAAA9iAAAPgqAAD6&#10;NQAA/UMAAP5SAAD/YwAA/3YAAP+JAAD/mgAA/6YAAP+wAAD/sAAA/7AA/xYjAP8VIQD/ESEA/w0k&#10;AP8JKwD/BjcA/wNEAP8AUQD/AF0A/wBoAP8AcgD/AHsA/wCDAP8AigD/AJEA/wCWAP8AnAD/AKEA&#10;/QCmAPsArAD5ALMA9wC7APUAxQDzANEA8gDkAPEA8QDvAPoA7gD/AO4A/wDtAP8A7QD/AO0A/wDt&#10;AP8A/xkgAP8YHQD/FR0A/xAfAP8OKQD/DDQA/wpBAP8HTQD/BVkA/wRkAP8EbgD/A3cA/wOAAP8D&#10;hwD/A40A/QKTAPsCmQD5Ap4A9wKkAPUCqgDzAbAA8QG4AO8BwgDtAc8A6wHjAOoB7wDoAvsA5wT/&#10;AOYF/wDmBv8A5gb/AOYG/wDmBv8A/xwbAP8bGQD/FxgA/xUdAP8TJQD/ETAA/xA9AP8OSQD/DFUA&#10;/wtgAP8LagD9C3MA+wt8APkKgwD3CooA9QqQAPQKlgDzCpsA8QqhAO8JpwDtCa4A6wm2AOgJwADm&#10;Cc0A5AniAOIK8ADfC/sA3gz/ANwN/wDcDf8A2w3/AdsN/wHbDf8B/x8XAP8eEwD/GxIA/xwZAP8b&#10;IgD/GCwA/xU4AP8TRAD+ElAA+RFbAPUQZgDzEG8A8BB3AO4QfwDsEIYA6hCMAOkQkgDoEJgA5g+e&#10;AOUPpQDjD6wA4Q+0AOAPvgDeD8wA2hDhANUR8ADSEvsAzxL/Ac4T/wHNE/8BzRP/AcwT/wHME/8B&#10;/yISAP8iDwD/IQ8A/yIUAP8iHAD/ICcA/x0yAPgbPgDyGUsA7hhWAOoXYADnFmoA5BZyAOIWegDg&#10;FoIA3haIANwWjwDbFpUA2RabANYWogDUFqkA0haxANAXuwDOF8kAzBjeAMgZ7gHFGvsBwxr/AsEb&#10;/wLAG/8CwBv/AsAb/wLAG/8C/yYOAP8lCwD/KAwA/ykQAP8oFgD+JiAA9CQrAOwhOADmIEQA4R9Q&#10;AN0fWwDZHmUA1R5tANIfdQDQH30Azh+DAMwfigHLH5AByR+XAcgfngHGH6UBxSCtAcMgtwHBIMQB&#10;wCHWAbwi6gK5IvgDtiL/A7Uj/wO0I/8EsyP/BLMj/wSzI/8E/ykLAP8qBQD/LggA/y8MAP8tEADz&#10;KxcA6CgiAOAmLwDZJj0A0idKAM0nVQDKKF8AxyhoAcUobwHDJ3cBwSd+Ab8nhAG+J4sCvCeSArsn&#10;mQK5J6ACtyepA7YoswO0KL8DsyjPA7Ap5gStKfYEqyr/Bakq/waoKv8GqCr/Bqgq/waoKv8G/y0F&#10;AP8wAAD/MwIA9jQGAO8yCgDoLhAA3CwYANEuKADLLzcAxjBEAMEwTwC+MFkBuzBiAbgwagK2L3EC&#10;tS94ArMvfwOxL4YDsC+NA64ulAStLpwEqy6kBakvrgWoL7oFpi/KBqQw4gahMPMHnzD/CJ4x/wid&#10;Mf8InDH/CJwx/wicMf8I/zAAAP81AADvOAAA4joAANs5BADWNQkAzjQTAMY2IgC/ODEAujg/ALY4&#10;SgGzOFQBsDddAq03ZAKrNmwDqTZzBKg2eQSmNYAFpDWHBaM1jwahNZcHnzWgB541qgicNbYImzXF&#10;CZk13QmWNu8KlDb9CpM3/wqSN/8Kkjf/CpI3/wqSN/8K/zMAAPY6AADkPwAA2EIAAM5CAQDJPgYA&#10;xDsPALs+HQC1PywAsT86AK0/RQGpP08Bpj5YAqM9XwOhPWcEnzxtBZ08dAacO3sGmjuCB5g7igiW&#10;O5MJlTqcCpM6pguROrILkDvADI471QyMPOwNijz7DYk8/w2JPP8MiDz/DIg8/wyIPP8M/zcAAOo/&#10;AADcRQAAzkkAAMVJAAC/RgIAukMMALNEGQCtRScAqEY1AKRFQQGgRUsCnURTAppDWwOYQ2IFlkJp&#10;BpRBcAeSQXYIkEB+CY5AhgqNQI4Li0CYDIlAog2HQK4OhUC8D4RAzw+CQekPgUH5D4BB/w+AQv8O&#10;gEL/DoBC/w6AQv8O+jsAAOVEAADTSwAAx04AAL5PAAC4TAAAskkJAKtJFQClSyMAoEsxAJxLPQGY&#10;SkcClUlPA5JJVwSQSF4FjkdlBotHaweJRnIJiEZ5CoZFgguERYoNgkWUDoBEnw9+RKsQfEW5EXtF&#10;yxF6ReYReUb3EXhG/xB4Rv8QeEb/D3hG/w94Rv8P8D8AAN9JAADNTwAAwVMAALhUAACxUgAAq04F&#10;AKROEQCeTyAAmVAtAJVQOQGST0MBjk5MA4tNUwSJTVoFhkxhBoRLaAiCS24JgEp2C35Kfgx8SYcO&#10;ekmRD3hJnBB2SagSdEm2EnNJyBNySuMTcUr1EnFK/xFxS/8RcUv/EHFL/xBxS/8Q7EMAANlMAADI&#10;UwAAvVcAALRYAACsVwAApVIBAJ5TDwCYVBwAk1QpAI9UNQCLU0ABiFNIAoVSUASCUVcFf1BeBn1Q&#10;ZAh7T2sJeU9yC3dOew11ToQOc02OEHFNmRFvTaUTbU2zFGxNxRRrTuEUa070E2tO/xJrTv8Sa07/&#10;EWtO/xFrTv8R6EYAANNQAADEVgAAuVoAALBcAACmWgAAn1YAAJhWDQCSVxkAjlgmAIlYMgCGWD0B&#10;gldFAn9WTQN8VVQFeVRbBndUYQh1U2gJc1NwC3FSeA1vUoEPbVKLEGtRlxJpUaMTZ1GxFGZRwxVl&#10;Ut4VZVLyFGVS/xNlUv8SZVL/EmVS/xJlUv8S5EoAAM9TAADAWgAAtV4AAKxgAACiXgAAmlkAAJJa&#10;CwCNWxYAiFwjAIRcLwCAWzoBfVtDAnlaSwN2WVIEdFhYBnFYXwdvV2YJbVdtC2tWdQ1pVn4PZ1aJ&#10;EWVVlRJjVaEUYlWvFWFVwRZgVdsWYFbxFWBW/hRgVv8TYVb/EmFW/xJhVv8S4E0AAMtWAAC9XQAA&#10;smEAAKhjAACdYQAAlV0AAI1eCQCHXhMAg18gAH9fLAB7XzcBd15AAnReSANxXU8Eb1xWBWxcXAdq&#10;W2MJaFtrC2Zacw1kWnwPYlqHEWBZkxJeWaAUXVmuFVtZvxZbWdgWW1nvFVtZ/RRcWf8TXFn/ElxZ&#10;/xJcWf8S3FAAAMdZAAC6YAAAr2QAAKRlAACZZAAAkGAAAIhhBgCCYhEAfmMdAHpjKgB2YzQBc2I9&#10;AW9iRgJsYU0EamFUBWdgWgdlYGEIY19pCmFfcQxfXnoOXV6FEFtekRJZXZ4UWF2sFVddvRZWXdUW&#10;Vl3uFVdd/BRXXf8TV13/Eldd/xJXXf8S1lMAAMRcAAC3YwAArGgAAKBoAACVZwAAimMAAINlAgB9&#10;Zg8AeGYaAHRnJwBxZzIAbmc7AWtmQwJoZksDZWVSBWNlWQZhZF8IXmRnClxjbwxaY3gOWGODEFZi&#10;jxJUYpwTU2KqFVJiuxVRYtIVUWHtFVJh+xRSYf8TU2H/ElNh/xJTYf8S0VYAAMBfAACzZgAAqWsA&#10;AJxrAACQagAAhWcAAH1pAAB3ag0Ac2sXAG9rJABsbC8AaWw4AWZrQQJja0kDYWtQBF5qVwZcal0H&#10;WmllCVhpbQtVaHYNU2iBD1FnjRFPZ5oSTmepFE1nuRRMZ88UTGbrFE1m+xNNZv8STmX/Ek5l/xJO&#10;Zf8SzFoAALxjAACwagAApW8AAJhuAACMbQAAgGwAAHdtAABxbgsAbW8UAGlwIQBmcSwAZHE2AWFx&#10;PgFecUYCXHBNA1lwVAVXcFsGVW9iCFNvagpQbnMMTm5+DkxtihBKbZgRSWynEkhsuBNHbM0TR2zq&#10;E0hr+hJIa/8SSGr/EUhq/xFIav8Rx14AALhnAACsbgAAoXIAAJNyAACHcQAAenEAAHFyAABrdAcA&#10;ZnURAGN2HQBgdygAXnczAFt4PAFZd0MCVndLA1R3UgRSdlkFUHZgB051aAhLdXEKSXR8DEd0iA5F&#10;c5YPQ3OlEEJzthFBc8sRQnLoEUJy+BFCcf8QQ3D/EENw/xBDcP8QwWMAALNsAACocwAAm3YAAI51&#10;AACBdgAAdXYAAGl4AABjegIAXnwOAFx9GQBZfiQAV38vAFV/OAFTf0ABUH9IAk5+TwNMflYESn5d&#10;BUh9ZQZGfW4IQ3x5CkF8hgs/e5QNPnujDjx7sw48e8gOPHrmDjx59w48eP8OPHj/Dj13/w49d/8O&#10;vGgAAK9yAACkeQAAlnoAAIh6AAB8egAAcHwAAGN/AABcggAAV4QLAFOFFABRhiAAT4YqAE6HNABM&#10;hzwBSodEAUiHSwJGh1MCRIZaA0KGYgRAhmwGPoV2BzuFgwg5hZEKOISgCzaEsQs2hMYLNoPkCzaC&#10;9gs2gf8MNoD/DDaA/ww2gP8Mtm8AAKp4AACffwAAkH4AAIN/AAB3gAAAa4IAAF6HAABVigAATowG&#10;AEqOEABIjxoAR48lAEWQLwBEkDgAQpBAAECQRwE/kE8BPZBWAjuQXwI5kGgDN49zBDWPgAUzj44G&#10;MY+eBzCOrwcvjsMHL47hBy+M9Agvi/8IL4r/CC+K/wkviv8JsHYAAKV/AACYhAAAioQAAH2FAABw&#10;hwAAZYoAAFqOAABPkgAARpUAAEGYDAA+mBQAPZkfADuZKAA6mjEAOZo6ADeaQgA2mkoANZpSATOa&#10;WgExmmQBL5pvAi2aewIsmooDKpqaAymarAQomsAEJ5neAyeX8gQnlv0FJ5X/BSeV/wUnlf8FqX4A&#10;AJ6FAACSiQAAhIoAAHaMAABqjwAAXpMAAFSXAABJmwAAQJ8AADeiBAAyow4AMaMXADCkIQAupCoA&#10;LaQyACylOgArpUMAKqVLACmlVAAopV4AJqVpACWldgEjpYUBIqWWASCmqAEfpbsBHqXXAR6k7wEe&#10;ovsCHqH/Ah6h/wIeof8CooYAAJeMAACLjwAAfZEAAG+UAABjmAAAV50AAE2hAABDpQAAOKgAADCr&#10;AAAorgcAJK8QACOvFwAhryEAILApAB+wMQAesDoAHbFCAByxTAAbsVYAGrFhABmybwAYsn4AFrKQ&#10;ABWyogAUsrYAE7LOABOx6wATr/kAE67/AROu/wETrv8Bmo0AAJCSAACElwAAdZoAAGifAABbowAA&#10;UKgAAEWsAAA7sAAAMbIAACe1AAAguAAAGLoHABS8DgATvBUAErweABG9JgARvS4AEL03ABC+QQAO&#10;vkwADr5XAA2+ZQAMv3QAC7+GAAq+mQAIvqwAB77CAAe+3wAIvvAACL36AAi9/AAIvfwAk5QAAIeZ&#10;AAB6nwAAbKUAAGCqAABTrwAAR7MAADy2AAAxuAAAJ7sAAB++AAAXwQAAEcQBAAzICAAIyQ4AB8kU&#10;AAbJHAAFySQABMosAAPKNgACykAAAMtMAADLWQAAy2gAAMt5AADMjAAAy58AAMuzAADLyAAAzOIA&#10;AMzvAADM8QAAzPEAipoAAHyhAABvpwAAYq0AAFWzAABIuAAAO7sAADC+AAAmwQAAHcQAABXIAAAP&#10;ywAACs4AAATSAgAA0woAANMPAADUFAAA1RoAANYiAADXKgAA2TQAANo/AADcSwAA3FoAAN1qAADd&#10;fQAA3ZEAAN2kAADetgAA3sgAAN7eAADe4gAA3uIAf6IAAHGpAABksAAAVrcAAEm8AAA8wAAAL8QA&#10;ACTHAAAbywAAE88AAA3SAAAH1gAAANsAAADeAAAA3wMAAOAJAADhDgAA4hIAAOMXAADlHgAA5icA&#10;AOgxAADqPQAA7EsAAOxaAADtbAAA7oAAAO6UAADupQAA7rQAAO7CAADuxgAA7sYAdKoAAGayAABY&#10;uQAAS8AAAD3FAAAvyQAAJM0AABnRAAAR1gAAC9sAAAPeAAAA4QAAAOUAAADoAAAA6QAAAOoAAADr&#10;BgAA7QsAAO8PAADwEwAA8hoAAPQjAAD3LgAA+TsAAPtKAAD8WwAA/W0AAP2AAAD+kwAA/qIAAP6t&#10;AAD+rwAA/q8A/xAfAP8OHQD/Ch0A/wEgAP8AKAD/ADUA/wBBAP8ATgD/AFoA/wBlAP8AbgD/AHcA&#10;/wB/AP4AhgD8AIwA+wCSAPkAlwD4AJwA9wCiAPYApwD1AK0A8wC1APIAvQDxAMkA7wDcAO4A6wDt&#10;APcA7AD/AOsA/wDqAP8A6gD/AOoA/wDqAP8A/xMcAP8RGQD/DRkA/wYcAP8DJQD/ADEA/wA+AP8A&#10;SgD/AFYA/wBhAP8AawD9AHMA+gB7APcAgwD1AIkA9ACPAPIAlADxAJkA8ACfAO4ApADtAKsA7ACy&#10;AOoAugDoAMYA5wDWAOUA6ADkAPUA4wD+AOIA/wDhAP8A4QD/AOEA/wDhAP8A/xUYAP8TFAD/DxQA&#10;/w0ZAP8LIgD/CC0A/wQ5AP8BRgD/AFEA/gBcAPoAZgD2AG8A8gB3AO8AfgDtAIUA6wCLAOoAkQDo&#10;AJYA5wCcAOYAoQDkAKgA4wCvAOEAuADfAMMA3QDRANsA5gDZAPMA1wD9ANUC/wDUAv8A1AP/ANQD&#10;/wDUA/8A/xgTAP8VEAD/Eg8A/xIVAP8RHQD/DigA/ww0AP8KQQD5CEwA9QZXAPEGYQDtBmoA6QVy&#10;AOYFegDkBYEA4gWHAOAGjQDfBpIA3QaYANsGngDZBqUA1watANQGtQDSBsAA0AfPAM4I5QDMCfQA&#10;ygv/AMgM/wDHDP8Axwz/AMYM/wDGDP8A/xsOAP8ZDAD/GA0A/xgRAP8XGAD/FCIA+xEuAPMQOgDt&#10;DkYA6A1SAOUNXADhDWUA3g1tANsNdQDYDXwA1Q2CANMNiQDRDY8A0A2VAM4NnADNDqMAyw6rAMkO&#10;tADIDsAAxg7PAMMQ5gDAEfUAvRL/ALwS/wC7Ev8AuhL/AboS/wG6Ev8B/x8KAP8cBAD/HwgA/x8N&#10;AP8dEgD4GhsA7hYmAOYUMwDgEz8A2hNLANQTVgDQE18AzhRoAMsUbwDJFHcAxxV9AMYVhADEFYoA&#10;wxWRAMEWmADAFp8AvhanALwXsAC7F7wAuRfLALcY4gCzGfIBsRr/Aa8b/wGuG/8Brhv/Aa0b/wGt&#10;G/8B/yIEAP8iAAD/JQIA/CQHAPchDADsHRIA4RocANgaKgDQGzgAyx1FAMcdUADDHloAwB5iAL4e&#10;agC8H3EAuh94ALkffgC3H4UAth+MALQfkwCzH5oBsSCjAbAgrAGuILcBrCHGAash3QGnIu8CpSL9&#10;AqMj/wKiI/8CoiP/AqEj/wKhI/8C/yUAAP8oAADyKgAA5SsAAN8oBQDcIQsA0iEUAMkkJADDJTIA&#10;viY/ALonSgC3J1QAtCddALInZACwJ2wAridyAa0neQGrJ38BqieGAagnjgGnJ5YCpSeeAqMoqAKi&#10;KLMCoCjBAp8o1QKcKewDmir6A5gq/wSXKv8Elyr/BJYq/wSWKv8E/ygAAPUuAADlMwAA2jUAANAz&#10;AQDMLQYAxioQAL4tHgC4LiwAsy86AK8vRQCsME8AqS9YAKcvXwGlL2YBoy9tAaEvcwKgLnoCni6B&#10;Ap0uiQKbLpEDmS6aA5gupASWL68ElS+9BJMvzwSRMOgFjzD4BY0x/wWNMf8FjDH/BYwx/wWMMf8F&#10;/y0AAOo1AADcOgAAzj0AAMY8AADANwIAuzMNALM0GQCuNicAqTc0AKU3QACiN0oAnzdTAZ02WgGb&#10;NmEBmTZoApc1bwKVNXUDlDV8A5I1hASQNY0EjzWWBY01oAWLNasGijW5Bog1ygeHNuUHhTb2B4Q3&#10;/weDN/8Hgzf/B4I3/weCN/8H9DIAAOM7AADSQQAAxkQAAL1DAAC3PwAAsTsJAKo7FAClPCIAoD0w&#10;AJ09OwCZPUUAlj1OAZQ8VgGSPF0CkDxjAo47agOMO3EEijt4BIg6gAWHOogGhTqSBoM6nAeBOqgI&#10;gDq1CX47xgl9O+EJezzzCXs8/wl6PP8Iejz/CHo8/wh6PP8I7jcAAN1BAADLRgAAv0kAALZJAACu&#10;RgAAqUEEAKNBEQCdQh4AmEMrAJVDNwCRQ0EAjkJKAYxCUgGJQVkCh0FfA4VBZgODQG0EgUB0BYBA&#10;ewZ+P4QHfD+OCHo/mQl4P6UKd0CyCnVAwwt0QN0Lc0HxC3JB/wpyQf8KckH/CXJB/wlyQf8J6TwA&#10;ANVFAADFSwAAuk4AALBOAACnSwAAokYAAJtGDgCWRxoAkUgnAI5IMwCKSD0Ah0dGAYRHTgGCRlUC&#10;gEZcA35FYgR8RWkEekVwBXhEeAZ2RIEIdESLCXJElgpwRKILb0SvDG5EwAxtRdkNbEXvDGtF/Qtr&#10;Rv8La0b/CmtG/wprRv8K5UAAAM9JAADBTwAAtVIAAKtSAAChTwAAm0oAAJRKDACPSxcAi0wkAIdM&#10;LwCETDoAgUxDAX5LSwF7S1ICeUpYA3dKXwR1SWYFc0ltBnFJdQdvSX4IbUiICWtIkwtqSJ8MaEit&#10;DWdJvQ1mSdQOZUntDWVK/AxlSv8LZUr/C2VK/wtlSv8L4EQAAMtNAAC9UgAAslYAAKZVAACcUgAA&#10;lU4AAI5OCQCJTxQAhVAgAIFQLAB+UDcAe1BAAXhQSAF1T08Cc05VA3FOXARvTmMFbU1qBmtNcgdp&#10;TXsIZ02FCmVNkQtkTJ0MYk2rDWFNuw5gTdEOYE3sDmBN+w1gTf8MYE3/C2BN/wtgTf8L3EcAAMdQ&#10;AAC5VgAArlkAAKJYAACYVgAAkFEAAIlSBgCDUxEAf1MdAHtUKQB4VDQAdVQ9AXJTRQFwU0wCbVJT&#10;AmtSWQNpUmAEZ1FnBmVRbwdjUXgIYlGDCmBRjwteUJsNXVCpDltRuQ5bUc4PWlHqDltR+g1bUf8M&#10;W1H/DFtR/wtbUf8L1koAAMNTAAC2WQAAq1wAAJ5aAACTWQAAi1QAAIRWAwB+VhAAelcaAHZXJgBz&#10;WDEAcFc6AG1XQgFqV0kCaFZQAmZWVwNkVl4EYlVlBWBVbQdeVXYIXVWBCltVjQtZVJoNWFSnDlZV&#10;uA9WVcwPVlXpDlZV+Q1WVf8NV1T/DFdU/wxXVP8M0U0AAMBWAACzXAAAp14AAJpdAACPXAAAhlgA&#10;AH9ZAAB5Wg0AdFsXAHFbIwBuWy4Aa1s3AGhbQAFlW0cBY1pOAmFaVQNfWlwEXVpjBVxaawZaWXQI&#10;WFl/ClZZiwtUWZgNU1imDlJZtg5RWcoPUVnnDlFY+A1SWP8NUlj/DFJY/wxSWP8MzVEAALxZAACw&#10;XwAAo2EAAJZgAACLXwAAgVsAAHldAABzXgwAb14VAGtfIABoXysAZmA1AGNgPQFhX0UBX19MAl1f&#10;UwNbX1oEWV5hBVdeaQZVXnIIU159CVFdiQtQXZYMTl2kDU1dtA5MXcgOTF3mDk1d9w1NXP8MTVz/&#10;DE5c/wxOXP8MyVQAALlcAACtYwAAn2MAAJJjAACHYgAAfGAAAHRhAABuYgkAaWMSAGZjHQBjZCgA&#10;YWQyAF5kOwBcZEMBWmRKAlhkUQJWZFgDVGRfBFJjZwVQY3AHTmN6CExihgpLYpQLSWKiDEhisg1H&#10;YscNR2LkDUhh9gxIYf8MSGD/C0lg/wtJYP8LxFgAALVgAACqZgAAm2YAAI1mAACCZQAAdmQAAG5l&#10;AABoZgUAY2cQAGBoGgBdaSUAW2ovAFlqOABXakABVWpHAVNqTgJRalUDT2ldBE1pZAVLaW0GSWh4&#10;B0dohAlGaJIKRGehC0NnsQxCZ8UMQmfiDEJm9QxDZv8LQ2X/C0Nl/wtDZf8Lv1wAALFkAACmagAA&#10;lmkAAIlpAAB9aQAAcWkAAGdqAABibAEAXW0NAFluFgBXbyEAVXArAFNwNQBRcD0AUHBFAU5wTAFM&#10;cFMCSnBaA0hwYgRGb2sFRG91BkJvggdAbo8JP26eCj1urwo9bsIKPG7gCj1t9Ao9bP8KPWv/Cj5r&#10;/wo+a/8KumAAAK1pAACgbgAAkW0AAIRtAAB4bQAAbG4AAGFwAABbcgAAVnQKAFJ1EgBQdh0ATncn&#10;AEx3MQBLeDkASXhBAEh4SQFGeFABRHdXAkJ3XwNAd2gDPndzBDx2fwY6do0HOXacCDd1rQg3dcAI&#10;NnXeCDd08gg3c/4IN3L/CDdy/wg3cv8ItWYAAKlvAACacQAAi3EAAH5xAABzcgAAaHMAAFx2AABU&#10;eQAATnsFAEp9DwBIfhgARn8jAEV/LABDgDUAQoA9AEGARQA/gEwBPYBUATyAXAI6f2UCOH9vAzZ/&#10;fAQ0f4oEMn+aBTF+qgYwfr0GMH7aBjB98AYwe/0GMHv/BjB6/wYwev8GsGwAAKR1AACUdQAAhnUA&#10;AHl2AABudwAAY3kAAFd9AABPgQAAR4QAAEKGDAA/hxMAPYgdADyIJwA7iTAAOok4ADiJQAA3iUgA&#10;NolPADSJWAEziWEBMYlsAS+JeAItiYcCLImXAyqIpwMpiLoDKYjUAymG7gMphfwEKYT/BCmE/wQp&#10;hP8EqnQAAJ57AACOegAAgHoAAHR7AABofgAAXYEAAFKFAABJiQAAQYwAADmQBQA1kQ8AM5IXADKS&#10;IQAxkikAMJMyAC6TOgAtk0EALJNKACuUUgAqlFwAKJRnACeUcwEllIIBJJSTASKTpAEhk7cBIJPP&#10;ASGS7AEgkPoCII//AiCP/wIgj/8CpHwAAJeAAACHfwAAe4AAAG6CAABihQAAV4kAAE2OAABCkgAA&#10;OpYAADKZAAAqnAkAKJ0RACadGQAlnSIAJJ4qACOeMgAinjoAIZ5CACCeSwAfn1UAHp9gAByfbQAb&#10;n3wAGp+NABifnwAXn7IAFp/JABae6AAWnPcAFpv/AReb/wEXm/8BnYMAAI+GAACChgAAdIcAAGeL&#10;AABbjwAAUJMAAEaYAAA8nAAAM6AAACujAAAjpgAAHKgLABqpEQAYqRgAF6khABaqKQAVqjEAFKo5&#10;ABOqQwATq00AEqtYABGrZQAQq3QADquGAA6rmQANq6wADKvBAAyq3wAMqfIADaj8AA2o/wANqP8A&#10;looAAImMAAB6jQAAbJEAAGCVAABUmgAASZ8AAD+jAAA1pwAAK6oAACOuAAAbsAAAFLMBAA+1CgAN&#10;thAADLYWAAu2HwAKticACbYvAAi2OQAHt0MABrdPAAS3WwADt2oAArd7AAC3jgAAt6EAALa0AAC2&#10;ywAAtuUAALXxAAC19wAAtfcAj5EAAIGUAABylwAAZZwAAFihAABMpgAAQasAADevAAAssgAAI7UA&#10;ABq4AAATuwAADr0AAAnABQADwQ0AAMERAADBFwAAwh4AAMImAADCLwAAwzkAAMREAADEUAAAxF4A&#10;AMVvAADFgQAAxZUAAMWoAADFvAAAxNEAAMTmAADE7gAAxO4AhpgAAHmeAABrowAAXakAAFCuAABE&#10;swAAN7YAACy5AAAivAAAGb8AABHCAAAMxQAABsgAAADLAAAAzAcAAMwNAADNEQAAzRYAAM4dAADP&#10;JAAA0C0AANI4AADURAAA1FIAANVhAADVcwAA1ocAANabAADWrQAA178AANjOAADY3QAA2N0Ae6AA&#10;AG6mAABgrQAAU7MAAEW4AAA4vAAAK78AACHCAAAXxgAAEMkAAArMAAAC0AAAANQAAADXAAAA2AAA&#10;ANoFAADbCwAA3A4AAN4TAADfGQAA4SEAAOMqAADlNgAA50MAAOdTAADoZAAA6XcAAOmMAADqnwAA&#10;6q4AAOq6AADqwwAA6sMAcKgAAGKvAABVtgAAR7wAADnAAAAsxAAAIMgAABbMAAAO0AAAB9QAAADZ&#10;AAAA3QAAAOEAAADjAAAA5AAAAOYAAADnAQAA6QcAAOsMAADsEAAA7hUAAPAdAADzJwAA9jMAAPdD&#10;AAD4VAAA+WYAAPl6AAD6jgAA+p4AAPupAAD7sAAA+7AA/wsbAP8HGQD/ABkA/wAcAP8AJQD/ADIA&#10;/wA/AP8ASwD/AFcA/wBiAP8AawD/AHMA/QB7APsAggD6AIgA+ACNAPcAkgD2AJgA9QCdAPQAogDz&#10;AKkA8QCwAO8AuADuAMMA7ADRAOsA5gDpAPMA6AD+AOgA/wDoAP8A6AD/AOgA/wDoAP8A/w4YAP8K&#10;FQD/ARQA/wAYAP8AIgD/AC4A/wA7AP8ARwD/AFMA/QBeAPoAZwD3AG8A9QB3APMAfgDyAIQA8ACJ&#10;AO8AjwDuAJQA7ACaAOsAnwDpAKUA6ACsAOYAtADkAL8A4wDMAOEA4gDfAPAA3gD7AN4A/wDdAP8A&#10;3QD/ANwA/wDcAP8A/xATAP8NEQD/BhAA/wIVAP8AHgD/ACkA/wA2AP8AQgD6AE4A9ABZAPEAYgDu&#10;AGsA7AByAOoAeQDoAH8A5wCFAOUAiwDkAJAA4gCWAOEAnADfAKIA3QCpANoAsQDYALsA1QDIANIA&#10;3QDRAO0A0AD5AM8A/wDOAP8AzQD/AM0A/wDNAP8A/xEPAP8ODQD/DA0A/wsSAP8HGQD/AiQA/wAw&#10;APYAPADvAEkA6gBTAOcAXQDkAGYA4QBtAN8AdADdAHsA2wCBANkAhgDWAIwA1ACSANIAmADQAJ4A&#10;zgCmAMwArgDKALgAyADEAMYA1wDFAOoAwwD3AMIA/wDBAf8AwAL/AMAC/wDAAv8A/xQLAP8QBgD/&#10;EAkA/xAOAP8OFAD/Ch4A9QYpAOsENgDjA0IA3wNOANsEVwDWBGAA0wRoANAEbwDOBXYAzAV8AMoF&#10;ggDJBYgAxwWOAMYFlADEBZsAwgWjAMAGqwC+BrUAvQbCALsI1AC6CekAtwv4ALUM/wC0DP8AtAz/&#10;ALQM/wC0DP8A/xcEAP8UAAD/FgMA/xQJAP8RDgDyDhUA6AwhAN4KLgDWCzsA0AxHAMwMUQDJDFoA&#10;xg1iAMQNagDCDXEAwA13AL8NfQC9DoMAvA6KALoOkQC5DpgAtw6gALYOqQC0D7QAsg/BALEQ1ACu&#10;EesAqxL6AKkS/wCoE/8ApxP/AKcT/wCnE/8A/xoAAP8bAAD5GwAA6xkAAOUUBgDlEA4A2Q4XAM8R&#10;JgDIEjQAxBNAAL8USwC8FFQAuRVdALcVZAC1FWsAtBVxALIVeACxFn4ArxaFAK4WjACsFpQAqxec&#10;AKkXpgCnGLAAphi9AKQYzwCiGucAnxr3AJ0b/wGcG/8BnBv/AZsb/wGbG/8B/x0AAPchAADoJAAA&#10;3SUAANQhAQDPGwgAyhcRAMIaIAC8HC0Atx06ALMeRQCwHk8ArR5XAKseXwCpH2YAqB9sAKYfcwCl&#10;H3kAox+AAKIfhwCgII8AnyCYAJ0gogCbIKwBmiG5AZghygGWIuQBlCP1AZIj/wGRI/8BkCP/AZAj&#10;/wGQI/8B/yIAAOspAADdLgAAzy8AAMctAADBJwMAvSINALYjGgCwJSgArCY0AKgmQAClJ0kAoidS&#10;AKAnWgCeJ2EAnCdnAJsnbQCZJ3QAmCd7AZYnggGVJ4sBkyeUAZEongGQKKkBjii1Ao0pxgKLKd8C&#10;iSryAocq/wKGKv8Chir/AoYq/wKGKv8C9CgAAOMxAADRNgAAxTgAALw2AAC2MAAAsisJAKssFACm&#10;LSIAoi4vAJ4uOgCbLkQAmC9NAJYvVQCULlwAki5iAJAuaQGPLm8BjS52AYwufgGKLoYCiC6PAocu&#10;mgKFL6UDgy+yA4IvwgOBMNoDfzDvA30x/gN9Mf8DfDH/A3wx/wN8Mf8D7S8AANs3AADJPQAAvj4A&#10;ALM8AACsOAAApzMEAKIyEQCdNB0AmTUqAJU1NQCSNUAAjzVJAI01UACLNVcAiTVeAYc1ZAGFNGsB&#10;hDRyAoI0eQKANIICfjSLA300lgN7NaEEeTWuBHg1vgV3NtQFdjbtBXQ3/AV0N/8EdDf/BHQ3/wR0&#10;N/8E5zUAANI9AADDQgAAuEQAAKxCAACkPgAAnzkAAJo4DgCUOhkAkDomAI07MQCKOzsAhztEAIQ7&#10;TACCO1MBgDpaAX46YAF9OmcCezpuAnk6dQJ3On4DdjqIBHQ6kwRyOp4FcTqrBW87uwZuO88GbTvq&#10;Bm08+gZsPP8FbDz/BWw8/wVsPP8F4jkAAMxCAAC+RwAAsUgAAKVGAACdQwAAlz8AAJI+CwCNPxUA&#10;iT8hAIVALQCCQDcAf0BAAH1ASAB7QE8BeUBWAXc/XQF1P2MCcz9qAnE/cgNwP3oDbj+EBGw/kAVr&#10;P5wGaT+pBmg/uAdnQMwHZkDoB2ZA+QZlQP8GZUD/BmVA/wVlQP8F3D4AAMdGAAC5SwAArEwAAKBK&#10;AACXRwAAkUMAAItDCACGQxIAgkQeAH5EKQB7RTQAeUU9AHZFRQB0REwBckRTAXBEWQFuRGACbENn&#10;AmtDbwNpQ3cEZ0OBBWZDjQZkQ5kGYkOnB2FEtghgRMoIYETmCF9F+AdfRf8HYEX/BmBE/wZgRP8G&#10;1kEAAMNJAAC2TgAAp08AAJtNAACSSwAAjEcAAIVHBACARxAAfEgaAHhIJgB1STAAc0k6AHBJQgBu&#10;SUkBbEhQAWpIVgFoSF0CZkhkAmVIbANjSHUEYUd/BWBHigZeSJcHXUilCFtItAhbSMcJWkjkCFpJ&#10;9ghaSf8HWkj/BlpI/wZaSP8G0UUAAL9MAACyUgAAo1EAAJdQAACNTgAAhkoAAIBKAQB6Sw4AdkwX&#10;AHJMIwBvTC0AbU02AGpMPwBoTEYAZkxNAWRMUwFiTFoCYUxhAl9MaQNeTHIEXEx8BVpMiAZZTJUH&#10;V0yjCFZMsghVTMYJVUziCVVM9QhVTP8HVUz/B1ZM/wZWTP8GzEgAALxQAACvVQAAoFQAAJNTAACJ&#10;UQAAgU0AAHpOAAB1TwwAcE8VAG1QIABqUCoAZ1AzAGVQPABjUEMAYVBKAV9QUQFdUFgCXFBfAlpQ&#10;ZwNZUHAEV1B6BVVQhgZUUJMHUlChCFFQsQlQUMQJUFDhCVBQ9AhRUP8HUU//B1FP/wZRT/8GyUsA&#10;ALlTAACrVwAAnFYAAI9VAACFVAAAfFAAAHVRAABwUgkAa1MSAGhUHQBlVCcAYlQxAGBUOQBeVEEA&#10;XFRIAVpUTwFZVFYBV1RdAlZUZQNUVG4EUlR4BVFUhAZPVJEHTlSgCExUrwhMVMIJS1TfCUxU8whM&#10;U/8HTFP/B01T/wZNU/8GxU4AALZWAACnWgAAmFkAAItYAACBVwAAd1QAAHBVAABqVgYAZlcQAGJX&#10;GgBgWCQAXVguAFtZNwBZWT8AV1lGAFZZTQFUWVQBU1lbAlFZYwJPWGwDTlh2BExYggVKWI8GSVie&#10;B0hYrghHWMAIR1jdCEdY8ghHV/8HSFf/B0hX/wZIV/8GwVEAALJZAACjXAAAlFsAAIdbAAB9WgAA&#10;clgAAGtZAABlWgMAYFsOAF1cFwBaXCEAWF0rAFZdNABUXjwAU15EAFFeSwFQXlIBTl5ZAkxeYQJL&#10;XWoDSV10BEddgAVFXY0GRF2cB0NdrAdCXb4IQl3aCEJc8QdCXP4HQ1v/BkNb/wZDW/8GvVUAAK9d&#10;AACfXwAAkF4AAINeAAB4XQAAbVwAAGVdAABfXwAAWmAMAFdhFABVYh4AUmIoAFFjMQBPYzkATmNB&#10;AExjSABLY08BSWNWAUdjXgJFY2cCRGNxA0JjfQRAYosFP2KaBj5iqgY9YrwHPGLWBz1h7wY9Yf0G&#10;PmD/Bj5g/wY+YP8GuVkAAKthAACaYQAAi2EAAH9hAAB0YQAAaWEAAF9iAABZZAAAVGYJAFFnEQBO&#10;ZxoATGgkAEtpLQBJaTYASGk+AEZqRQBFakwAQ2pUAUJqXAFAaWUCPmlvAjxpewM7aYkEOWmYBTho&#10;qAU3aLoFN2nTBTdo7gU3Z/wFOGb/BThm/wU4Zv8FtF4AAKdlAACVZQAAhmQAAHplAABvZQAAZGYA&#10;AFloAABSagAATWwEAEluDgBHbhYARW8gAERwKQBCcDIAQXA6AEBxQgA/cUkAPXFRADxxWQE6cWIB&#10;OHFsAjZweAI1cIYDM3CVAzJwpgQxcLgEMHDQBDFv7AQxbvsEMW3/BDFs/wQxbP8Er2QAAKFpAACP&#10;aAAAgWgAAHVpAABraQAAYGsAAFVuAABNcQAARnMAAEJ1CwA/dhIAPXccADx3JQA6eC0AOXg1ADh5&#10;PQA3eUUANnlNADV5VQAzeV4AMXloATB5dAEueYMCLXmSAit4owIqeLUCKnjMAip36gIqdvkDKnX/&#10;Ayp0/wMqdP8DqmoAAJptAACJbAAAfG0AAHBtAABmbgAAW3EAAFB1AABIeAAAQXsAADp+BQA2fw4A&#10;NIAWADOBIAAygSgAMIEwAC+COAAugkAALYJIACyCUAArgloAKoJkACiCcAAmgn8BJYKPASSCoAEj&#10;grIBIoLJASKB5wEif/cBIn7/AiJ9/wIiff8CpXEAAJNxAACDcQAAdnEAAGxyAABgdQAAVngAAEx8&#10;AABDgAAAO4MAADOGAAAtiQoAKooRACmLGQAniyIAJosqACWMMQAkjDkAI4xCACKNSgAhjVQAII1e&#10;AB+NawAdjXkAHI2KABuNnAAZja4AGIzEABiM4wAZivUAGYn/ARmI/wEZiP8BnXcAAIx2AAB9dgAA&#10;cncAAGV5AABafAAAUIAAAEaEAAA8iQAANIwAAC2QAAAlkwIAH5UMAB2WEgAclhoAG5ciABqXKgAZ&#10;lzIAGJg6ABeYQwAWmE0AFZhYABSYZAATmHMAEZiEABCYlgAQmKkADpi/AA6X3QAPlvIAEJX8ABCU&#10;/wAQlP8AlX0AAIV8AAB4fAAAa34AAF+BAABUhgAASooAAECPAAA2kwAALZcAACaaAAAenQAAF6AD&#10;ABKiDAAQoxIAEKMZAA+jIQAOpCkADqQxAA2kOgAMpEUAC6RQAAqkXAAJpGoAB6R7AAajjgAEo6EA&#10;AqO0AAOiywADouYAA6HzAAOh+wADofsAjYMAAH+CAABxhAAAZIcAAFiMAABNkQAAQpYAADiaAAAv&#10;ngAAJqIAAB6lAAAXqAAAEasAAAyuBwAHrw0AA68SAAKvGQABryEAAK8pAACwMgAAsDwAALBHAACw&#10;UwAAsGEAALBxAACwgwAAr5cAAK+qAACvvwAArtkAAK7rAACu9AAArvQAh4kAAHiKAABqjgAAXZMA&#10;AFGYAABFnQAAO6IAADCmAAAnqgAAHq4AABaxAAAQtAAAC7YAAAW5AwAAugoAALoOAAC6EwAAuxkA&#10;ALshAAC8KAAAvDEAAL08AAC+SAAAvlYAAL5lAAC+dwAAvowAAL6fAAC9swAAvscAAL7eAAC96wAA&#10;vesAf5IAAHCVAABimgAAVZ8AAEmlAAA9qwAAMq8AACi0AAAetgAAFbkAAA68AAAJvwAAAsIAAADE&#10;AAAAxQQAAMYKAADGDgAAxxIAAMgYAADJHwAAyicAAMwwAADOPAAAzkkAAM9ZAADPagAAz34AAM+T&#10;AADPpgAAz7gAAM/IAADP2wAAz9sAd5wAAGihAABbpwAATq4AAEG0AAA0twAAKLoAAB29AAATwAAA&#10;DcQAAAbHAAAAygAAAM4AAADQAAAA0QAAANICAADTCAAA1QwAANYQAADZFQAA2xwAAN0kAADgLwAA&#10;4jwAAONLAADkXAAA5G8AAOWDAADlmAAA5akAAOW2AADlwwAA5cMAbKUAAF+sAABRsgAARLkAADW8&#10;AAAowAAAHMQAABLIAAAMywAAA88AAADTAAAA2AAAANwAAADfAAAA3wAAAOEAAADjAAAA5AMAAOYI&#10;AADoDQAA6REAAOwYAADuIgAA8S4AAPM8AAD0TQAA9V8AAPZzAAD3hwAA95kAAPilAAD4sAAA+LAA&#10;/wMXAP8AFQD/ABUA/wAYAP8AIwD/AC8A/wA8AP8ASAD/AFQA/wBeAP8AZwD9AG8A+wB2APkAfQD4&#10;AIMA9gCIAPUAjgD0AJMA8gCYAPEAngDwAKQA7gCrAO0AswDrAL0A6gDLAOgA4QDnAPEA5gD9AOUA&#10;/wDkAP8A5AD/AOQA/wDkAP8A/wcTAP8AEQD/ABEA/wAVAP8AHwD/ACsA/wA3AP8ARAD+AE8A+gBa&#10;APcAYwD0AGsA8gByAPAAeQDvAH8A7QCEAOsAigDqAI8A6ACUAOcAmgDlAKAA5ACnAOIArwDgALkA&#10;3gDGANwA2gDaAOwA2AD5ANYA/wDWAP8A1wD/ANgA/wDYAP8A/woQAP8DDgD/AA0A/wASAP8AGgD/&#10;ACYA/AAyAPcAPwD0AEoA8QBVAO0AXgDqAGYA6ABuAOUAdADjAHoA4gCAAOAAhQDeAIsA3ACQANsA&#10;lgDYAJwA1QCjANMAqwDRALUAzgDBAMwA0QDLAOcAyQD1AMgA/wDIAP8AyAD/AMgA/wDIAP8A/wwM&#10;AP8GCAD/AgoA/wAPAP8AFQD8ACAA8QAsAOwAOQDpAEUA5QBPAOEAWQDeAGEA2wBoANcAbwDUAHUA&#10;0gB7ANAAgADOAIYAzACMAMsAkgDJAJgAxwCgAMUAqADDALEAwQC8AL8AywC9AOMAvADyALsA/QC7&#10;AP8AugD/ALoA/wC6AP8A/w4FAP8JAAD/CQUA/wYLAP8BEADwABkA5gAlAOEAMgDcAD8A1gBJANEA&#10;UwDOAFsAywBjAMgAagDGAHAAxQB2AMMAewDBAIEAwACHAL4AjgC8AJQAuwCcALkApAC3AK4AtQC5&#10;ALMAyACxAN8AsAHvAK8B+wCuAv8ArQP/AK0D/wCtA/8A/xAAAP8OAAD/DQAA9gsDAPIHCgDiAREA&#10;2wIdANIDKwDMAzcAyARDAMQETQDBBFYAvgVdALwFZAC6BWsAuAVxALcFdgC1BXwAswaDALIGiQCw&#10;BpEArweZAK0HoQCrB6sAqQi3AKgJxgCmCt0ApQvwAKMM/QCiDf8AoQ3/AKEN/wCgDf8A/xEAAPwS&#10;AADsEwAA4hMAANsPAwDWCQsAzggUAMYKIgDADDAAvA08ALgNRgC1DU8Asg5XALAOXwCuDmUArQ5r&#10;AKsOcQCqDngAqA5+AKcPhQClD40ApA+WAKIQnwCgEKkAnxC1AJ0RxQCbEd4AmRLxAJcT/wCWFP8A&#10;lRT/AJUU/wCUFP8A/xUAAO0bAADgHwAA0h8AAMkbAADEFAUAwRAOALoSGwC0EykAsBQ1AKwVQACp&#10;FUkAphVSAKQWWQCiFmAAoRZmAJ8WbACeFnIAnBZ5AJsXgACZF4gAmBeRAJYYmwCUGKYAkxmyAJEZ&#10;wQCQGtgAjRvuAIsc/QCKHP8Aihz/AIkc/wCJHP8A9B0AAOQlAADTKQAAxyoAALwmAAC2IAAAtBkL&#10;AK4aFQCoHCMApB0vAKEeOgCeHkQAmx5MAJkeVACXH1sAlR9hAJQfZwCSH20AkR90AI8gfACOIIQA&#10;jCCNAIoglwCJIaIAhyGuAIYivQCFItEBgiPrAYEk+wGAJP8BfyT/AX8k/wF/JP8B7CUAANstAADJ&#10;MQAAvDEAALEuAACrKQAApyQFAKMjEQCeJB0AmiUqAJYmNQCTJj8AkSZHAI8mTwCNJlYAiydcAIkn&#10;YgCIJ2kAhidvAIUndwCDJ38AgSeJAYAokwF+KJ4BfSmrAXspuQF6Kc0BeCroAXcr+QF2K/8Bdiv/&#10;AXUr/wF1Kv8B5SwAANA0AADBOAAAszgAAKg1AACiMQAAnS0AAJkqDgCUKxgAkCwkAI0tMACKLToA&#10;hy1DAIUtSgCDLVEAgS5YAIAuXgB+LmQAfS5rAHsucwF5LnsBeC6FAXYujwF0L5sBcy+oAnEvtgJw&#10;MMkCbzDlAm4x9wJtMf8CbTH/Am0x/wJtMf8C3zIAAMk5AAC7PgAArD0AAKE6AACaNwAAlTMAAJAx&#10;CgCMMRQAhzIgAIQzKwCBMzUAfzM+AH0zRgB7M00AeTNUAHczWgB2M2EAdDNnAXI0bwFxNHcBbzSB&#10;AW40jAJsNJgCajWlAmk1swNoNcYDZzbiA2Y29QNmNv8CZjb/AmY2/wJmNv8C2DcAAMQ+AAC1QgAA&#10;pkEAAJs/AACTPAAAjTgAAIg2BwCENxEAgDccAHw4JwB6ODEAdzk6AHU5QgBzOUkAcTlQAHA5VwBu&#10;OV0AbDlkAWs5awFpOXQBaDl+AmY5iQJkOZUDYzqiA2I6sQNhOsMDYDvgBF878wNfO/8DXzv/A187&#10;/wJfO/8C0TsAAMBCAACwRQAAoUQAAJVDAACNQAAAhz0AAII7AgB9Ow4AeTwYAHU9IwBzPS0AcD02&#10;AG49PwBsPUYAaz1NAGk9UwBnPVoAZj1hAWQ9aAFjPXEBYT57Al8+hgJePpMDXD6gA1s/rwRaP8EE&#10;Wj/dBFk/8gRZP/8DWT//A1k//wNZP/8DzD8AALxGAACrSAAAnEcAAJFGAACIRAAAgkAAAHw/AAB3&#10;QAwAc0AVAG9BIABsQSoAakEzAGhBOwBmQkMAZEJKAGNBUABhQVcAYEJeAV5CZQFdQm4CW0J4AlpC&#10;hANYQpADV0KeBFZDrQRVQ78EVEPaBFRD8QRUQ/4DVEP/A1RD/wNUQ/8DyEIAALhJAACnSwAAmEoA&#10;AI1JAACDRwAAfUMAAHZDAABxRAoAbUQSAGpFHQBnRScAZEUwAGJFOABgRT8AX0VHAF1FTQBbRVQA&#10;WkZbAVlGYwFXRmwBVkZ2AlRGgQNTRo4DUkecBFBHqwRQR70ET0fWBU9H7wRPR/0ET0f/A09H/wNQ&#10;R/8DxEUAALVNAACjTQAAlUwAAIlLAAB/SgAAeEYAAHFHAABsRwcAaEgQAGRIGgBhSSQAX0ktAF1J&#10;NQBbST0AWUlEAFdJSgBWSVEAVUpZAVRKYQFSSmkBUUp0Ak9KfwNOSowDTUqbBExLqgRLS7wESkvT&#10;BUpL7gRLS/0ES0r/A0tK/wNLSv8DwUgAALJQAACgTwAAkU8AAIVOAAB7TQAAc0kAAGxKAABnSwQA&#10;YkwOAF9MFwBcTSEAWk0qAFhNMgBWTToAVE1BAFNOSABSTk8AUE5XAU9OXwFOTmcBTE5yAktOfQJJ&#10;TosDSE6ZBEdPqARGT7oERk/RBEZP7QRGTvwERk7/A0dO/wNHTv8DvUwAAK5SAACcUQAAjVEAAIFR&#10;AAB3UAAAbkwAAGdOAABiTwAAXVANAFpQFABXUR4AVVEnAFNRMABRUjgAUFI/AE5SRgBNUk0ATFNV&#10;AEpTXQFJU2UBSFNvAkZTewJFU4kDQ1OXA0JTpwRBU7gEQVPPBEFT7ARBUvsDQlL/A0JS/wNCUf8D&#10;uk8AAKpUAACYVAAAiVQAAH1TAABzUwAAaVEAAGJSAABcUwAAWFQKAFRVEgBSVRsAT1YkAE5WLQBM&#10;VzUAS1c8AEpXRABIV0sAR1hSAEZYWgFEWGMBQ1htAUFYeQJAWIYCPliVAz1YpQM8WLcEPFjNBDxX&#10;6gM8V/oDPVb/Az1W/wM9Vv8DtlMAAKVXAACUVwAAhVYAAHlWAABvVgAAZVUAAFxWAABXWAAAUlkH&#10;AE5aEABMWhgASlshAEhcKgBHXDIARVw6AERdQQBDXUgAQl1QAEBdWAA/XWEBPV1rATxddgI6XYQC&#10;OV2TAjhdowM3XbUDNl3LAzZc6AM3XPkDN1v/Azhb/wM4Wv8DslcAAKBaAACPWQAAgVkAAHVZAABr&#10;WQAAYFoAAFZbAABRXQAATF4CAEhgDQBFYBQARGEeAEJiJgBAYi4AP2I2AD5jPgA9Y0UAPGNNADtj&#10;VQA5Y14AOGNoATZjdAE1Y4EBM2ORAjJjoQIxY7MCMWPIAjFi5wIxYfgCMWH/AjJg/wIyYP8CrlwA&#10;AJtdAACKXQAAfF0AAHBdAABmXQAAXF4AAFJgAABMYgAARWUAAEFmCgA+ZxEAPGgaADtoIgA5aSsA&#10;OGkyADdqOgA2akEANWpJADRqUgAzalsAMWplADBqcAEuan4BLWqOASxqnwErarABKmrGASpp5QEq&#10;aPYCK2f/Aitn/wIrZ/8CqWEAAJVgAACEYAAAd2AAAGxhAABiYQAAWGMAAE5mAABHaAAAQGsAADpu&#10;BQA2bw4ANHAVADNwHgAycSYAMHEuAC9xNQAucj0ALXJFACxyTQArclcAKnJhAClybQAncnsAJnKL&#10;ACRynAEjcq4BI3LDASNx4gEjcPQBI2//ASNu/wEjbv8BoWUAAI5kAAB/ZAAAcmQAAGhlAABeZgAA&#10;VGkAAElsAABCbwAAO3IAADR1AAAueAoAK3kRACp5GAApeiEAJ3ooACZ6MAAlezgAJHtAACN7SAAi&#10;e1IAIXtcACB7aAAffHYAHXyGABx7mAAbe6oAGnu/ABp73gAaefIAG3j+ABt3/wEbd/8BmWkAAIhp&#10;AAB5aQAAbWkAAGNqAABZbAAAT28AAEVzAAA9dwAANXoAAC59AAAngQMAIoMNACCEEgAfhBoAHYQi&#10;AByFKgAbhTEAGoU5ABmFQgAYhkwAF4ZWABaGYwAVhnEAFIaBABKGkwARhqYAEYW7ABCF1gARg+8A&#10;EYL7ABKC/wASgf8AkW4AAIFtAAB0bgAAaW4AAF1wAABTcwAASXcAAEB8AAA3gAAAL4MAACeHAAAh&#10;igAAGo0GABWPDQATkBMAEpAaABKQIgARkCoAEJEyABCROwAPkUQADpFPAA2RXAAMkWoAC5F6AAqR&#10;jQAIkJ8AB5CzAAePyQAHj+YAB470AAiN/AAIjf8AiXMAAHtzAABvcwAAY3UAAFd4AABNfQAAQ4EA&#10;ADmGAAAwigAAKI4AACGRAAAalQAAE5cAAA6aCAALnA4ACZwTAAicGgAHnCIABpwqAAScMwADnD0A&#10;Ap1IAACdVAAAnWIAAJxyAACchAAAnJcAAJuqAACbvwAAmtsAAJrsAACa9QAAmfgAgnkAAHZ5AABo&#10;egAAXH4AAFGCAABGhwAAPIwAADKRAAAplQAAIZkAABmdAAASoAAADqMAAAmmBQADpwwAAKcQAACn&#10;FQAAqBwAAKgjAACoKwAAqTQAAKk/AACpSwAAqVkAAKloAACpegAAqY4AAKmhAACotQAAqMsAAKfk&#10;AACn7wAAp/MAfYAAAG+BAABhhAAAVYkAAEmOAAA+lAAANJkAACqeAAAhogAAGaYAABKpAAANrAAA&#10;B68AAACyAAAAswcAALMMAACzEAAAtBUAALQbAAC1IgAAtisAALc1AAC3QAAAuE4AALhdAAC4bgAA&#10;uIIAALiXAAC4qgAAt74AALfSAAC35gAAt+oAdogAAGeLAABakAAATpYAAEKcAAA3ogAALKcAACKr&#10;AAAZrwAAEbMAAAu2AAAEuQAAALwAAAC+AAAAvgAAAL8GAADACwAAwQ8AAMITAADDGQAAxCAAAMUp&#10;AADHNAAAyEIAAMlRAADJYgAAyXUAAMmKAADJnwAAyrEAAMrBAADJ0QAAydkAbpMAAGCYAABTngAA&#10;RqQAADqrAAAvsAAAJLUAABm4AAAQvAAACr8AAAHBAAAAxAAAAMgAAADKAAAAygAAAMwAAADNAwAA&#10;zggAANANAADREAAA0xYAANYeAADaKAAA3TQAAN5DAADfVAAA32cAAOB8AADgkQAA4KQAAOCyAADg&#10;vgAA4MMAZp8AAFmmAABMrQAAP7QAADK4AAAkvAAAGL8AABDDAAAIxwAAAMoAAADNAAAA0QAAANUA&#10;AADYAAAA2QAAANsAAADdAAAA3wAAAOEEAADjCgAA5Q4AAOcTAADqHAAA7ScAAPA1AADxRgAA8lgA&#10;APNrAADzgAAA9JQAAPSjAAD0rgAA9LIA/wATAP8AEQD/ABEA/wAVAP8AHwD/ACwA/wA5AP8ARQD/&#10;AFAA/wBaAP4AYwD7AGsA+QByAPcAeAD1AH4A9ACEAPIAiQDxAI4A8ACTAO4AmQDtAJ8A7ACmAOoA&#10;rgDoALgA5gDFAOUA2wDjAO0A4gD7AOIA/wDhAP8A4QD/AOEA/wDhAP8A/wAQAP8ADgD/AA0A/wAS&#10;AP8AGwD/ACgA/wA0AP4AQQD7AEwA9wBWAPQAXwDxAGYA7wBtAOwAdADqAHoA6QB/AOcAhQDmAIoA&#10;5QCPAOMAlQDhAJsA4ACiAN4AqgDbALQA2QDAANYA0ADTAOgA0gD3ANEA/wDRAP8A0AD/ANAA/wDQ&#10;AP8A/wANAP8ACQD/AAoA/wAPAP8AFgD7ACIA9wAvAPQAOwDwAEcA7QBRAOkAWgDlAGIA4gBpAOAA&#10;bwDeAHUA3AB6ANoAgADYAIUA1QCLANMAkQDRAJcAzwCeAM0ApgDLAK8AyQC6AMcAyQDFAOIAxADy&#10;AMMA/gDCAP8AwQD/AMIA/wDCAP8A/wMGAP8AAQD/AAYA/wAMAPkAEQDxAB0A6wApAOcANgDjAEEA&#10;3wBLANsAVADVAFwA0gBjAM8AagDNAHAAywB1AMkAewDIAIAAxgCGAMUAjADDAJMAwQCaAL8AogC9&#10;AKsAuwC2ALkAxAC3ANoAtgDtALQA+gC0AP8AtAD/ALQA/wC0AP8A/wQAAP8AAAD/AAAA/wAGAOwA&#10;DQDlABYA3gAiANcALwDRADsAzQBFAMoATgDGAFcAxABeAMEAZAC/AGoAvQBwALwAdQC6AHsAuQCB&#10;ALcAhwC1AI4AswCVALIAngCwAKcArgCyAKwAvwCqANEAqADoAKgA9wCnAP8ApwD/AKYA/wCmAP8A&#10;/wYAAP8FAADxAwAA6AAAAOEABwDVABAAzQAbAMcAJwDDADMAvwA+ALwASAC5AFEAtgBYALQAXwCy&#10;AGUAsABqAK8AcACtAHYArAB8AKoAggCpAIkApwCRAKUAmgCjAKQAoQCuAKAAuwCeAc0AnQLmAJwE&#10;9ACbBP8AmgX/AJoF/wCZBf8A/woAAPEOAADkEAAA2Q8AAM4LAADIAwsAwgATALwCHwC3AywAswQ3&#10;ALAFQgCtBkoAqgZSAKgHWQCmB18ApQdlAKMHawCiCHEAoAh3AJ8IfgCdCIUAmwmOAJoJlwCYCqEA&#10;lgqsAJULugCTC8wAkgzlAJAN9gCPDv8Ajg7/AI4O/wCNDv8A9hEAAOYXAADWGwAAxxkAAL4VAAC5&#10;EAAAtwoNALELFwCsDSQAqA4wAKUOOwCiDkQAnw9MAJ0PUwCbD1oAmg9gAJgQZgCXEGwAlRByAJMQ&#10;eQCSEIEAkBCKAI8RlACNEZ8AixGqAIoSuACIEssAhhPmAIUU9wCDFf8AgxX/AIIV/wCCFf8A7RoA&#10;ANwhAADKJQAAuyIAALEfAACrGgAAqRQGAKUSEQCgFB4AnBUqAJkVNQCWFj4AlBZHAJIWTgCQFlUA&#10;jhdbAIwXYQCLF2cAiRdtAIgXdACGGHwAhRiGAIMZkACBGZsAgBqnAH4atQB9G8cAfBziAHod9QB5&#10;Hf8AeB3/AHgd/wB4Hf8A5SIAANApAAC/LAAAsCoAAKcnAACgIwAAnR8AAJoaDgCVHBgAkR0kAI4e&#10;LwCMHjkAiR5BAIcfSQCFH1AAgx9WAIIfXACAH2IAfx9pAH0gcAB8IHgAeiCBAHkhjAB3IZcAdSKk&#10;AHQisgBzI8MAciPfAHAk8wBvJP8AbyT/AG4k/wBuJP8A3SkAAMgwAAC3MgAAqDAAAJ4uAACXKgAA&#10;kycAAJAjCgCMIxMAiCQfAIQlKgCCJTQAgCY9AH0mRAB8JksAeiZSAHgmWAB3Jl4AdSZlAHQnbABy&#10;J3QAcSd9AG8oiABuKJQAbCihAGsprwFqKcABaSrbAWcq8QFnK/8BZiv/AWYq/wFmKv8B1C8AAMI2&#10;AACvNgAAoTUAAJY0AACQMAAAii0AAIcqBgCDKRAAfyoaAHwrJQB5Ky8Adyw4AHUsQABzLEcAcSxN&#10;AHAsVABuLFoAbSxhAGstaABqLXAAaC16AGcuhQBlLpEBZC6eAWIvrAFhL70BYTDVAWAw7wFfMP0B&#10;XzD/AV8w/wFfMP8BzTQAALw7AACpOgAAmzoAAJA4AACJNQAAgzIAAH8wAQB7Lw4AdzAWAHQwIQBx&#10;MSsAbzE0AG0xPABrMUMAajFKAGgyUABnMlcAZTJdAGQyZQBiMm0AYTN3AF8zggFeM44BXTScAVs0&#10;qgFaNbsBWjXSAVk17QFZNfwBWDX/AVg1/wFZNf8ByDgAALc+AACkPgAAlj0AAIs8AACDOgAAfTcA&#10;AHg0AAB0NAsAcDUTAG01HQBqNScAaDYwAGY2OABkNj8AYzZGAGE2TQBgNlMAXjdaAF03YgBcN2oA&#10;Wjh0AVk4fwFXOIwBVjmZAVU5qAJUObkCUzrPAlM66wJTOvsBUzr/AVM5/wFTOf8BxDwAALJBAACg&#10;QAAAkkAAAIY/AAB+PQAAeDoAAHM4AABuOQgAajkRAGc5GgBkOiQAYjosAGA6NABeOjwAXTtDAFs7&#10;SgBaO1AAWDtXAFc7XwBWPGcAVDxxAVM8fAFSPYkBUT2XAU89pgJOPrcCTj7NAk4+6QJNPvoCTj7/&#10;AU49/wFOPf8BwD8AAK5DAACcQwAAjkMAAIJCAAB6QAAAcz0AAG08AABoPQUAZD0OAGE+FwBePiEA&#10;XD4pAFo+MQBYPjkAVz5AAFU/RgBUP00AUz9VAFJAXABQQGUAT0BvAU5BegFNQYcBS0GWAUpBpQJJ&#10;QrUCSULLAklC6AJJQvkCSUH/AklB/wFJQf8BvUMAAKpFAACYRQAAikUAAH9FAAB2QwAAb0AAAGhA&#10;AABjQQEAX0ENAFxBFABZQh0AV0ImAFVCLgBTQjYAUUI9AE9CQwBPQ0sATkNSAE1EWgBMRGMASkRt&#10;AUlFeAFIRYUBR0WUAUVFowJFRrQCREbJAkRG5wJERfgCREX/AkVF/wJFRf8BukYAAKZIAACUSAAA&#10;hkgAAHtHAAByRgAAakIAAGNDAABeRAAAWkULAFZFEgBURhsAUUYjAE9GKwBORjMATEc6AEtHQQBK&#10;R0kASUhQAEhIWABHSGEARklrAERJdgFDSYMBQkmSAUFJogJASbMCP0rHAj9K5QI/SfcCQEn/AkBI&#10;/wJASP8BtkkAAKJKAACRSgAAg0oAAHdKAABuSQAAZUUAAF5HAABZSAAAVUkIAFFKEABPShgATEoh&#10;AEpLKQBJSzEAR0s4AEZMPwBFTEYARExOAENNVgBCTV8AQU1oAEBNdAE+TYEBPU2QATxNoAE7TrEC&#10;Ok7GAjpO5AI7TfYCO03/ATtM/wE8TP8Bs00AAJ5MAACNTAAAf0wAAHRMAABqTAAAYEoAAFlLAABU&#10;TAAAUE0FAExODgBJTxUAR08eAEVPJgBEUC4AQlA1AEFQPQBAUUQAP1FLAD5RUwA9UlwAPFJmADpS&#10;cgA5Un8BOFKOATdSngE2Uq8BNVLEATVS4gE2UvUBNlH/ATZQ/wE3UP8Brk8AAJlPAACJTwAAe08A&#10;AHBPAABmTwAAXE4AAFRPAABPUQAASlIBAEZTDABDVBIAQVQbAEBVIwA+VSsAPVYyADxWOgA7VkEA&#10;OlZJADlXUQA4V1oANldjADVXbwA0V3wBM1eMATFXnAEwV60BMFfCATBX4AEwVvQBMVb/ATFV/wEx&#10;Vf8BqFIAAJVSAACEUgAAd1IAAGxSAABiUgAAWFMAAE9UAABJVgAARFcAAEBZCAA9WhAAO1oXADlb&#10;IAA4WycAN1wvADZcNgA1XD4ANFxGADNdTgAxXVcAMF1hAC9dbAAuXXoALF2JACtdmgEqXasBKl2/&#10;ASld3gEqXPIBKlv+AStb/wErWv8Bo1UAAI9VAAB/VQAAclUAAGdWAABeVgAAVFcAAExZAABFWwAA&#10;P10AADpfBAA2YA0ANGETADJiHAAxYiMAMGIrAC9jMgAuYzoALWNCACxjSgAqZFMAKWRdAChkaQAn&#10;ZHYAJmSGACVklwAkZKkAI2S9ACJk2gAjY/EAI2L9ASRh/wEkYf8BnFgAAIlYAAB6WQAAblkAAGNZ&#10;AABaWgAAUFwAAEheAABBYAAAOmMAADRmAAAvaAoALGkQACppFwApah8AKGomACdqLgAmazUAJWs9&#10;ACRrRgAja08AImxZACBsZQAfbHIAHmyCAB1slAAcbKYAG2u6ABpr1AAbau4AHGn8ABxo/wAcaP8A&#10;lVwAAINcAAB1XAAAaV0AAF9dAABWXgAATGEAAENkAAA8ZwAANWoAAC9tAAAocAQAI3INACFyEgAg&#10;cxoAH3MhAB5zKAAddDAAHHQ4ABt0QAAadEoAGXRUABd1YAAWdW4AFXV+ABR1kAATdKIAEnS2ABF0&#10;zwASc+wAEnL6ABNx/wATcf8AjmAAAH1gAABvYQAAZWEAAFtiAABRZAAASGcAAD5rAAA3bgAAMHEA&#10;ACl1AAAieAAAHHsHABd9DgAWfRMAFX0bABR+IgATfioAEn4xABF+OgARfkQAEH9OAA9/WgAOf2gA&#10;DX94AAx/igALfp0ACn6wAAl9xgAKfeQACnz0AAt7/QALev8AhmUAAHdlAABqZQAAYWYAAFZoAABM&#10;awAAQm8AADlzAAAxdwAAKnoAACN+AAAcgQAAFYQAABCHCAANiQ4ADIkUAAyJGwALiSMACokrAAmJ&#10;MwAIiT0ABolIAAWJVAAEiWEAAolxAAGJgwAAiZYAAIipAACHvgAAh9oAAIbsAACG9QAAhvoAfmoA&#10;AHFqAABnawAAW2wAAFBwAABGdAAAPHgAADN9AAAqgQAAI4UAAByIAAAVjAAAEI8AAAySBgAGkwwA&#10;ApMRAACUFgAAlB0AAJQkAACVLAAAlTUAAJVAAACVTAAAllkAAJZpAACVegAAlY4AAJShAACUtQAA&#10;k8wAAJLmAACS8gAAkvcAeHAAAG1wAABgcgAAVHUAAEl5AAA/fgAANYMAACyIAAAjjQAAG5EAABSU&#10;AAAPlwAACpoAAASdAwAAngkAAJ8OAACfEgAAoBcAAKAdAAChJQAAoi0AAKI3AACjQwAAo1AAAKNf&#10;AACjcQAAo4QAAKKZAACirQAAocIAAKHcAACh6wAAoPIAc3YAAGZ3AABZewAATYAAAEKFAAA4iwAA&#10;LpAAACSVAAAbmgAAFJ4AAA6hAAAJpAAAAqcAAACqAAAAqwQAAKsKAACsDQAArREAAK0WAACuHAAA&#10;ryQAALAtAACxOQAAsUYAALJVAACyZgAAsnkAALKOAACxowAAsrcAALHKAACx4AAAsekAbH4AAF+C&#10;AABShwAARo0AADuTAAAwmQAAJp4AAByjAAATpwAADasAAAeuAAAAsgAAALUAAAC3AAAAuAAAALkC&#10;AAC5CAAAugwAALsQAAC8FAAAvRsAAL8jAADBLQAAwjoAAMJJAADDWgAAw2wAAMSCAADElwAAxKsA&#10;AMS8AADEywAAxNoAZYkAAFiOAABLlQAAP5sAADOiAAAoqAAAHa0AABSxAAANtgAABrkAAAC8AAAA&#10;vwAAAMMAAADEAAAAxQAAAMYAAADHAAAAyQQAAMoJAADLDQAAzREAAM8YAADSIQAA1S0AANY8AADY&#10;TQAA2V8AANpzAADaigAA254AANuuAADbugAA3MMAXpYAAFGcAABEowAAOKoAACyxAAAgtwAAFbsA&#10;AA2+AAAEwgAAAMUAAADJAAAAzQAAANAAAADSAAAA0gAAANUAAADWAAAA2QAAANsAAADeBQAA4AoA&#10;AOIPAADlFgAA6CAAAOwtAADtPgAA7VEAAO5lAADvegAA748AAPCfAADwqwAA8LMA/wAQAP8ADgD/&#10;AA4A/wASAP8AHQD/ACkA/wA1AP8AQQD/AE0A/gBWAPsAXwD4AGYA9gBtAPQAdADyAHkA8QB/APAA&#10;hADuAIkA7QCPAOsAlQDqAJsA6ACiAOYAqgDlALMA4wDAAOEA0gDgAOoA3wD5AN0A/wDdAP8A3QD/&#10;AN4A/wDeAP8A/wANAP8ACgD/AAkA/wAPAP8AGAD/ACQA/gAxAPsAPQD4AEgA9ABSAPAAWgDtAGIA&#10;6wBpAOkAbwDnAHUA5QB6AOMAfwDiAIUA4ACKAN4AkADcAJYA2gCdANgApQDVAK8A0gC6ANAAygDO&#10;AOMAzQD0AMsA/wDLAP8AywD/AMsA/wDLAP8A/wAIAP8AAwD/AAUA/wAMAPwAFAD3AB8A8gArAO8A&#10;NwDrAEIA5wBMAOQAVQDgAF0A3QBkANoAagDYAHAA1QB1ANIAegDQAIAAzwCFAM0AiwDLAJIAyQCZ&#10;AMcAoQDFAKoAwwC1AMEAwwC/ANoAvgDuAL0A/AC8AP8AvAD/ALwA/wC8AP8A/wAAAP8AAAD/AAAA&#10;+QAHAPEAEADqABoA5AAlAN8AMQDbADwA1wBHANIAUADOAFcAywBeAMkAZQDGAGoAxQBwAMMAdQDB&#10;AHoAwACAAL4AhgC8AI0AugCUALkAnAC3AKUAtQCwALMAvQCxAM8ArwDoAK4A+ACuAP8ArQD/AK0A&#10;/wCtAP8A/wAAAP8AAAD9AAAA7gABAOMADADaABQA0QAfAMwAKwDIADYAxQBAAMIASgC/AFIAvABZ&#10;ALoAXwC4AGUAtgBqALQAbwCzAHUAsQB6ALAAgQCuAIgArQCPAKsAmACpAKEApwCrAKUAuACjAMgA&#10;ogDiAKEA8wCgAP4AoAD/AKAA/wCgAP8A/wAAAPYAAADqAAAA4AAAANMABgDJAA8AwgAYAL0AJAC5&#10;AC8AtgA6ALQAQwCxAEwArgBTAKwAWQCqAF8AqQBkAKcAagCmAG8ApAB1AKMAewChAIIAoACKAJ4A&#10;kwCcAJ0AmgCnAJgAtACWAMMAlQDcAJQA7wCTAPsAkwD/AJMA/wCSAP8A+QUAAOoLAADcDQAAywoA&#10;AMIFAAC8AAoAtgARALEAHACuACgAqgAzAKcAPQCkAEUAogBNAKAAUwCeAFkAnABfAJsAZACaAGoA&#10;mABwAJcAdgCVAH4AkwCGAJIBjwCQAZkAjgKkAIwCsQCLA8AAiQXWAIgG7QCIB/oAhwj/AIYI/wCG&#10;CP8A7w8AAN4UAADKFQAAvBIAALMQAACuDAAAqwYNAKcDFQCiBSAAnwcsAJwINgCZCD8AlwlHAJUJ&#10;TgCTCVQAkQpaAJAKXwCOCmUAjQprAIsKcgCKC3kAiAuCAIcLjACFDJcAgwyiAIENsACADcAAfw3Y&#10;AH0O7wB8D/0Aew//AHsQ/wB7EP8A5hcAANEeAAC9HQAArxwAAKYZAAChFQAAnhAEAJ0NDwCYDhkA&#10;lA4lAJEPLwCPEDkAjBBBAIoQSACIEE8AhxBVAIUQWwCEEWEAghFnAIARbgB/EXUAfRF+AHwSiAB6&#10;EpQAeBKgAHcTrgB1E74AdBTVAHMV7gBxFv0AcRb/AHEW/wBwFv8A3B8AAMYlAACzJQAApSMAAJwh&#10;AACWHgAAkhkAAJEUCwCNFBQAiRUfAIYWKQCDFjMAgRc8AIAXQwB+F0oAfBdQAHoXVgB5GFwAdxhi&#10;AHYYaQB0GHEAcxl6AHEZhABvGpAAbhqdAGwbqwBrHLsAahzQAGkd7ABoHvsAaB7/AGce/wBnHv8A&#10;0SYAAL0qAACrKgAAnSoAAJMoAACNJQAAiCIAAIYdBgCDGxAAfxwaAHwdJAB6HS4Adx42AHYePgB0&#10;HkUAch9LAHEfUQBvH1gAbh9eAGwfZQBrIG0AaSB2AGghgQBmIY0AZSKaAGMiqABiI7gAYSPNAGAk&#10;6QBgJPoAXyT/AF8k/wBfJP8AyiwAALYvAACkLwAAli8AAIwtAACFKgAAgCgAAH0kAAB6Ig0AdiMV&#10;AHMjIABxJCkAbyQyAG0kOgBrJUEAaiVHAGglTQBmJVQAZSVaAGQmYQBiJmkAYSZyAF8nfQBeJ4oA&#10;XSiXAFsppQBaKbUAWirKAFkq5wBYKvgAWCr/AFgq/wBYKv8AxTEAAK8zAACeMwAAkDMAAIYyAAB/&#10;LwAAeS0AAHUqAAByKAoAbygSAGspGwBpKSUAZyotAGUqNQBjKj0AYipDAGAqSgBfK1AAXitXAFwr&#10;XgBbLGYAWSxvAFgtegBXLYcAVi6VAFQuowBTL7MAUy/HAFIv5QBSL/cAUi//AFIv/wBSL/8AwTYA&#10;AKo2AACZNgAAizYAAIE1AAB5MwAAczEAAG8vAABrLgYAaC0QAGQuGABiLiEAYC8qAF4vMQBcLzkA&#10;Wy9AAFkvRgBYL00AVzBTAFYwWwBUMWMAUzFsAFIydwBRMoQATzOSAE4zoQBNM7EATTTFAUw04wFM&#10;NPYATDT/AEw0/wBMM/8AuzkAAKY5AACVOQAAhzkAAHw5AAB0NwAAbjQAAGkzAABlMgIAYTINAF4y&#10;FABcMx4AWjMmAFgzLgBWMzUAVTQ8AFM0QwBSNEoAUTRQAFA1WABONWAATTZqAEw2dQBLN4IASjeQ&#10;AEk4nwBIOLABRzjDAUc44QFHOPUBRzj/AUc4/wFHOP8BtzsAAKI8AACRPAAAgzwAAHg8AABwOgAA&#10;ajcAAGQ2AABgNgAAXDYLAFk3EgBWNxoAVDcjAFI3KwBQNzIATzg5AE04QABMOEcASzhOAEo5VQBJ&#10;OV4ASDpoAEc6cwBGO4AARTuOAEQ8ngBDPK4BQjzCAUI93wFCPPMBQjz/AUI8/wFCO/8Bsz0AAJ4+&#10;AACNPgAAfz4AAHU+AABsPQAAZjoAAGA5AABbOgAAVzoIAFM7EABROxgATjsgAEw7KABLOy8ASTw2&#10;AEc8PQBHPEQARj1LAEU9UwBEPlwAQz5mAEI/cQBBP34AQD+NAD9AnAA+QK0BPUDAAT1A3QE9QPIB&#10;PUD/AT4//wE+P/8BrkAAAJpAAACJQQAAfEEAAHFBAABoQAAAYTwAAFs9AABWPgAAUj4FAE4/DgBM&#10;PxUAST8dAEdAJQBGQCwAREAzAENAOgBCQUIAQUFJAEBBUQA/QloAPkJjAD1DbwA8Q3wAO0OLADpE&#10;mwA5RKsBOUS+AThE2wE5RPEBOUP+ATlD/wE5Q/8BqkIAAJZDAACGQwAAeEMAAG5DAABlQwAAXUAA&#10;AFZAAABRQgAATUICAElDDABGQxIAREQaAEJEIgBBRCoAP0UxAD5FOAA9RT8APEZHADtGTwA6RlcA&#10;OUdhADhHbAA3R3oANkiJADVImQA0SKoANEi9ADNI2QA0SPAANEf9ADRH/wA1Rv8ApkQAAJJFAACC&#10;RgAAdUYAAGpGAABhRQAAWUQAAFFEAABMRgAASEcAAERHCgBBSBAAP0kYAD1JIAA8SScAOkouADlK&#10;NgA4Sj0AN0tEADZLTAA1S1UANExfADNMagAyTHcAMUyGADBMlwAvTagALk27AC5N1QAuTO8AL0z9&#10;AC9L/wAwS/8AoUcAAI5IAAB+SAAAcUgAAGZJAABdSAAAVUgAAExJAABHSgAAQksAAD9MBgA7TQ4A&#10;OU4VADdOHQA2TyQANU8rADNPMwAyUDoAMVBCADBQSgAvUVIALlFcAC1RZwAsUXUAK1GEACpSlQAp&#10;UqYAKVK5AChS0gApUe4AKVD8ACpQ/wAqT/8AnEoAAIlKAAB6SwAAbUsAAGNMAABaTAAAUUwAAEhN&#10;AABDTwAAPVAAADlSAgA1UwwAM1QSADFUGQAwVSEALlUoAC1VLwAsVjcAK1Y+ACpWRgApVk8AKFdZ&#10;ACdXZAAmV3IAJVeBACRXkgAjV6QAIle3ACJXzwAiV+wAI1b6ACNV/wAkVf8Alk0AAIROAAB1TgAA&#10;aU4AAF9PAABWTwAATVAAAEVSAAA/UwAAOVYAADNYAAAvWggAK1sPACpbFQAoXB0AJ1wkACZcKwAl&#10;XDMAJF06ACNdQwAiXUwAIV1WACBeYQAfXm4AHl5+AB1ejwAcXqEAG160ABpdzAAbXekAG1z5ABxb&#10;/wAcW/8AkFEAAH5RAABwUQAAZFIAAFtSAABSUwAASlQAAEFXAAA7WQAANVsAAC5eAAAoYAMAJGIM&#10;ACJjEQAhYxgAH2QgAB5kJwAdZC4AHGQ2ABtlPgAaZUcAGWVRABhlXQAXZWoAFmV6ABVliwAUZZ4A&#10;E2WxABJlyAASZOcAE2P3ABRi/wAUYv8AiVQAAHhVAABrVQAAYFYAAFdWAABPVwAARlkAAD1cAAA2&#10;XwAAMGIAAClkAAAjZwAAHWoHABlsDgAYbBMAFm0aABVtIQAUbSkAFG0wABNtOQASbkIAEW5MABBu&#10;WAAPbmUADm51AA1uhwANbpoADG2tAAttwgALbOAADGvzAA1r/QANav8AglkAAHJZAABmWQAAXFoA&#10;AFRaAABKXAAAQV8AADljAAAxZgAAKmkAACRsAAAdbwAAF3IAABJ1CQAPdw8ADncUAA53GwANdyMA&#10;DHcqAAt3MwAKdzwACXdHAAh3UgAHd18ABXdvAAR3gAADd5QAAXanAAB2uwABddUAAXTrAAJ09gAC&#10;dPwAe10AAG1dAABiXgAAWV4AAE5gAABFYwAAPGcAADNrAAArbgAAJHIAAB51AAAXeQAAEnwAAA1/&#10;BgAJgQwABYERAAOBFgACgR0AAYEkAACBLQAAgjYAAIJAAACCTAAAglkAAIJoAACCeQAAgo0AAIGg&#10;AACAtAAAgMsAAH/nAAB+8gAAfvkAdGIAAGhiAABeYgAAU2QAAElnAAA/awAANnAAAC10AAAleAAA&#10;HnwAABeAAAARgwAADYYAAAiJBAACiwoAAIsOAACLEwAAjBgAAIwfAACNJgAAjS8AAI45AACORAAA&#10;jlEAAI5gAACOcQAAjoUAAI6ZAACNrQAAjMMAAIzfAACL7gAAi/YAbmgAAGRnAABYaQAATWwAAEJx&#10;AAA4dgAAL3sAACZ/AAAehAAAFogAABCMAAAMjwAABpIAAACVAAAAlgcAAJcMAACXDwAAmBMAAJkY&#10;AACaHwAAmyYAAJswAACcOwAAnEgAAJxXAACcaAAAnHsAAJyQAACbpQAAm7oAAJrQAACa5wAAmvEA&#10;am0AAF5vAABRcgAARncAADt8AAAxggAAJ4cAAB6MAAAWkQAAEJUAAAqZAAAEnAAAAKAAAACiAAAA&#10;owEAAKMGAACkCwAApQ4AAKYSAACnFwAAqB4AAKomAACrMQAAqz4AAKxNAACsXQAArHAAAKyFAACs&#10;mwAAq68AAKvDAACr2QAAqugAZHUAAFd5AABLfgAAP4QAADSKAAApkAAAH5YAABabAAAQnwAACaMA&#10;AAGnAAAAqgAAAK4AAACwAAAAsAAAALEAAACyAwAAtAgAALUNAAC2EAAAtxUAALkdAAC7JgAAvDMA&#10;AL1BAAC9UgAAvWQAAL55AAC+kAAAvaQAAL23AAC9xgAAvdcAXH8AAFCFAABEiwAAOJIAACyZAAAh&#10;nwAAF6QAABCpAAAJrgAAALIAAAC2AAAAuQAAAL0AAAC/AAAAvwAAAMAAAADBAAAAwwAAAMQFAADG&#10;CgAAxw4AAMkTAADLHAAAziYAANA1AADRRQAA0lcAANJrAADTggAA05cAANOpAADSuAAA0sQAVYwA&#10;AEmTAAA9mgAAMKIAACWoAAAargAAEbQAAAm5AAAAvQAAAMEAAADEAAAAyAAAAMsAAADNAAAAzQAA&#10;AM8AAADQAAAA0gAAANQAAADYAAAA2gYAAN0MAADgEQAA4xoAAOYnAADnOAAA6EoAAOldAADqcgAA&#10;64gAAOubAADsqAAA7LIA/wANAP8ACwD/AAsA/wAQAP8AGgD/ACYA/wAyAP8APQD/AEgA+wBSAPgA&#10;WgD2AGIA8wBpAPEAbwDwAHUA7gB6AOwAfwDrAIQA6QCKAOgAkADmAJYA5ACdAOIApQDhAK8A3wC7&#10;AN0AywDbAOYA2QD3ANgA/wDYAP8A1wD/ANcA/wDUAP8A/wAIAP8ABAD/AAQA/wANAP8AFQD+ACEA&#10;+gAsAPcAOAD0AEMA8ABNAO0AVQDqAF0A5wBkAOQAagDiAHAA4AB1AN4AegDdAH8A2wCFANkAiwDV&#10;AJEA0wCZANEAoADPAKoAzQC1AMsAxADJAN0AyADxAMcA/wDGAP8AxgD/AMYA/wDHAP8A/wAAAP8A&#10;AAD/AAAA/wAKAPgAEQDxABwA7AAnAOkAMgDmAD0A4gBHAN0AUADZAFgA1QBfANIAZQDQAGoAzgBw&#10;AMwAdQDKAHoAyQB/AMcAhQDFAIwAwwCUAMEAnAC/AKUAvQCwALsAvQC6ANAAuADrALcA+wC2AP8A&#10;tgD/ALYA/wC2AP8A/wAAAP8AAAD9AAAA8wAFAOkADgDhABYA2wAhANUALQDRADcAzgBBAMoASgDH&#10;AFIAxABZAMIAXwDAAGUAvgBqALwAbwC7AHQAuQB6ALcAgAC2AIcAtACOALIAlwCwAKAArgCqAK0A&#10;twCrAMgAqQDjAKgA9QCnAP8ApwD/AKcA/wCmAP8A/wAAAP4AAADxAAAA5QAAANcACgDNABEAxwAc&#10;AMIAJgC/ADEAvAA7ALoARAC3AEwAtABTALIAWQCxAF8ArwBkAK0AaQCsAG8AqgB0AKkAegCnAIEA&#10;pgCJAKQAkQCiAJsAoAClAJ4AsgCdAMEAmwDaAJoA7wCZAP0AmAD/AJgA/wCYAP8A/QAAAPAAAADh&#10;AAAA0QAAAMYABAC9AA0AtwAVALMAIACwACsArQA1AKsAPgCoAEYApgBNAKQAVACjAFkAoQBfAKAA&#10;ZACeAGkAnQBuAJsAdQCaAHsAmACDAJYAjACVAJYAkwChAJEArQCPALsAjQDPAIwA6QCLAPgAjAD/&#10;AIwA/wCMAP8A8wIAAOIHAADMBwAAvwQAALcAAACxAAgAqwAQAKcAGQCkACQAoAAuAJ4ANwCcAEAA&#10;mgBHAJgATgCWAFQAlQBZAJMAXgCSAGQAkABpAI8AbwCNAHYAiwB+AIoAiACIAJIAhgCdAIUAqQCD&#10;ALgAgQDKAIAA5QCAAPUAfwD/AH8A/wB/AP8A6A0AANAQAAC+EAAAsQ4AAKgNAACjCAAAoAIMAJwA&#10;EwCYAB0AlQAnAJIAMQCQADkAjgFBAIwBSACKAk4AiQJUAIcCWQCGAl8AhANkAIMDawCBA3IAgAR6&#10;AH4EhAB9BY4AewWaAHkGpwB4BrUAdgfIAHUI4wB1CfQAdAr/AHMK/wBzCv8A3RUAAMQXAACxFwAA&#10;pRYAAJwTAACWEQAAlA0EAJMIDQCOBxUAiwkgAIgJKgCFCjMAgws7AIELQgCAC0kAfgtPAH0MVAB7&#10;DFoAegxgAHgMZwB3DG4AdQ12AHQNgAByDYwAcA2ZAG8OpgBtDrUAbA7JAGsP5gBqEPcAaRD/AGkQ&#10;/wBpEP8A0B0AALkeAACoHgAAmx0AAJIbAACLGQAAiBUAAIcRBwCFDhAAgQ8aAH4QJAB7EC0AeRA2&#10;AHcRPQB2EUQAdBFKAHMRUABxEVYAcBFcAG4SYgBtEmoAaxJzAGkTfQBoE4kAZhOWAGUUowBjFbMA&#10;YhXGAGIW4wBhFvYAYBf/AGAX/wBgF/8AxyIAALAjAACfJAAAkiMAAIkiAACCIAAAfh0AAHwZAAB6&#10;FQ0AdxUVAHQWHwBxFigAbxcwAG4XOABsFz8AaxdFAGkYSwBoGFEAZhhYAGUYXgBjGWYAYhlvAGAZ&#10;eQBfGoUAXRuSAFwboQBbHLAAWhzDAFkd4ABYHvQAWB7/AFge/wBYHv8AvycAAKkoAACZKAAAiygA&#10;AIInAAB7JQAAdiMAAHMgAABxHAkAbhwRAGscGgBpHSMAZx0sAGUdMwBjHjoAYh5BAGAeRwBfHk0A&#10;Xh5UAFwfWwBbH2IAWSBrAFggdgBWIYIAVSGQAFQingBTIq4AUiPAAFEj3QBRJPIAUST/AFEk/wBR&#10;I/8AuSsAAKMsAACTLAAAhi0AAHwsAAB0KgAAbygAAGslAABpIgUAZiEOAGMiFgBhIh8AXyMnAF0j&#10;LwBcIzYAWiM9AFkkQwBXJEoAViRQAFUkVwBTJV8AUiVoAFEmcwBPJn8ATieNAE0onABMKKwASym+&#10;AEsp2gBKKfEASin/AEsp/wBLKf8Asy4AAJ4vAACOMAAAgTAAAHcvAABvLgAAaisAAGUqAABjJwEA&#10;XycMAFwnEwBaJxsAWCgkAFYoKwBVKDIAUyg5AFIpQABQKUYATylNAE4pVABNKlwATCplAEorcABJ&#10;K3wASCyLAEctmgBGLaoARS68AEUu1gBFLu8ARS7+AEUu/wBFLf8ArjEAAJoyAACJMwAAfDMAAHIz&#10;AABrMQAAZS8AAGAtAABdLAAAWSwJAFYsEABULBgAUiwgAFAsKABOLS8ATS02AEwtPABKLUMASS1K&#10;AEguUQBHLlkARi9jAEUwbQBDMHoAQjGJAEExmABBMqgAQDK7AD8y0wA/Mu4AQDL9AEAy/wBAMv8A&#10;qjMAAJY1AACGNQAAeTYAAG41AABmNQAAYTIAAFwwAABXMAAAVDAGAFEwDgBOMBUATDEdAEoxJQBI&#10;MSwARzEyAEYxOQBEMUAAQzJHAEIyTwBBM1cAQDNgAD80awA+NXgAPTWHADw2lgA7NqcAOza5ADo2&#10;0QA6Nu0AOzb8ADs2/wA7Nv8ApjYAAJI3AACCOAAAdTgAAGs4AABjNwAAXTYAAFczAABTNAAATzQD&#10;AEs0DABJNBIARjUaAEU1IgBDNSkAQTUvAEA1NgA/Nj0APjZEAD03TAA8N1UAOzheADo4aQA5OXYA&#10;ODmFADc6lQA3OqUANjq4ADU6zwA2OuwANjr7ADY5/wA3Of8AojgAAI45AAB+OgAAcjsAAGg7AABf&#10;OgAAWTkAAFM2AABONwAASjgAAEY4CgBEORAAQTkXAD85HwA+OSYAPDktADs6NAA6OjsAOTtCADg7&#10;SgA3O1MANjxcADU8ZwA0PXQAMz2DADM+kwAyPqQAMT62ADE+zQAxPuoAMT76ADI9/wAyPf8AnjsA&#10;AIs8AAB7PAAAbj0AAGQ9AABcPQAAVTwAAE46AABJOwAARTwAAEE9BwA+PQ4APD0VADo+HAA5PiMA&#10;Nz4qADY/MQA1PzgAND9AADNASAAyQFAAMUBaADBBZQAvQXIALkKBAC1CkQAtQqIALEK1ACtCywAs&#10;QukALEL5AC1B/wAtQf8AmT0AAIc+AAB3PwAAaz8AAGFAAABZPwAAUj8AAEk+AABEPwAAQEAAADxB&#10;BAA5Qg0AN0ISADVDGQAzQyEAMkMoADFELwAwRDYAL0Q9AC5FRQAtRU4ALEVYACtGYwAqRm8AKUZ+&#10;AChGjwAnR6EAJkezACZHyQAmRucAJ0b4AChF/wAoRf8AlUAAAIJBAABzQgAAZ0IAAF5CAABVQgAA&#10;TkIAAEVCAAA/RAAAO0UAADdGAAA0RwoAMUgQAC9IFgAuSR4ALEklACtJLAAqSTMAKUo6AChKQgAn&#10;SksAJktVACVLYAAkS20AI0t8ACJLjQAhTJ8AIUyxACBMxwAgS+YAIUv3ACJK/wAiSv8AkEMAAH5E&#10;AABvRAAAZEUAAFpFAABSRQAASkYAAEFHAAA8SAAAN0kAADJLAAAuTQcAK04OAClOEwAnTxoAJk8h&#10;ACVPKAAkTzAAI1A3ACJQPwAhUEgAIFBSAB9RXQAeUWoAHVF5ABxRigAbUZwAGlGvABlRxQAZUeQA&#10;GlD2ABtP/wAcT/8AikYAAHlHAABrRwAAYEgAAFZIAABOSAAAR0kAAD5LAAA5TAAAM04AAC5QAAAo&#10;UwIAJFQLACJVEAAgVRYAH1YeAB5WJAAdViwAHFYzABtXOwAaV0QAGVdOABhXWQAXWGYAFVh1ABRY&#10;hwAUWJoAE1esABJXwgASV+EAE1b0ABRV/wAUVf8AhEkAAHRKAABmSwAAXEsAAFNLAABLTAAARE0A&#10;ADxPAAA1UQAAL1QAAClWAAAkWQAAHlsHABpdDQAYXRIAF10ZABZeIAAVXicAFF4uABNeNwASXkAA&#10;EV9KABFfVQAQX2IAD19xAA5fgwANX5YADV+pAAxevgAMXtoADV3wAA1c/AAOXP8Afk0AAG5OAABi&#10;TgAAWE8AAE9PAABIUAAAQFIAADhUAAAwVwAAKloAACRdAAAfXwAAGWIBABNlCQARZg8AEGYUAA9m&#10;GwAOZyIADWcpAA1nMgAMZzsAC2dFAApnUAAJZ10AB2dsAAZnfQAFZ5AABGajAAJmtwADZc8ABGXp&#10;AARk9QAEZPwAd1EAAGlSAABdUgAAVFIAAExTAABDVQAAO1gAADNbAAArXgAAJWEAAB9kAAAZZwAA&#10;E2oAAA9tBgALcAwACHD/4v/iSUNDX1BST0ZJTEUABAkRAAdwFgAFcB0ABHAkAANwLAACcDUAAHA/&#10;AABwSgAAcFcAAHBlAABwdgAAcIoAAG+eAABvsgAAbsgAAG3lAABt8gAAbfkAcFYAAGNWAABZVgAA&#10;UVcAAEdYAAA+WwAANl8AAC5iAAAmZgAAH2oAABltAAATcAAADnMAAAt2BAAFeAsAAXgPAAB5EwAA&#10;eRkAAHkfAAB6JgAAei8AAHo5AAB6RAAAelAAAHpfAAB6cAAAeoMAAHqYAAB6rAAAecIAAHjfAAB4&#10;7wAAd/cAalsAAF9bAABWWwAATFwAAEJgAAA5YwAAMGgAAChsAAAgcAAAGXQAABN3AAAOewAACX4A&#10;AASBAgAAgggAAIMNAACDEAAAhBQAAIUZAACGIAAAhigAAIcxAACHPAAAh0kAAIdXAACHaAAAh3sA&#10;AIeQAACGpQAAhboAAIXTAACE6gAAhPQAZWAAAFxgAABRYQAARmQAADxpAAAybQAAKXIAACF3AAAZ&#10;ewAAEoAAAA2DAAAIhwAAAooAAACNAAAAjgQAAI4JAACPDQAAkBAAAJEUAACSGQAAkyAAAJQpAACV&#10;MwAAlUAAAJZOAACWXwAAlXIAAJWIAACVnQAAlLIAAJTIAACT4gAAk+4AYWUAAFZmAABKagAAP24A&#10;ADV0AAAreQAAIX8AABmEAAARiQAADI0AAAaRAAAAlAAAAJgAAACaAAAAmwAAAJwCAACdBwAAngsA&#10;AJ8OAAChEgAAohgAAKMgAAClKQAApjYAAKZEAACmVQAApmgAAKZ9AACmlAAApakAAKS9AACk0QAA&#10;pOQAW2wAAE9wAABDdQAAOHsAAC2BAAAjhwAAGY0AABGSAAALlwAABJwAAACgAAAAowAAAKYAAACo&#10;AAAAqQAAAKoAAACsAAAArQQAAK4JAACwDQAAsREAALMXAAC1IAAAtisAALc6AAC3SwAAuFwAALhx&#10;AAC4iAAAuJ0AALixAAC3wgAAt9AAVHYAAEh8AAA8ggAAMYkAACaQAAAblwAAEp0AAAyiAAADpwAA&#10;AKsAAACuAAAAsgAAALYAAAC4AAAAuAAAALoAAAC7AAAAvQAAAL4AAADABQAAwQsAAMMQAADGFgAA&#10;ySAAAMouAADLPgAAzFAAAMxkAADNegAAzZEAAM2kAADNtAAAzcAATYMAAEGKAAA1kQAAKZkAAB6g&#10;AAATpgAADKwAAAOxAAAAtgAAALoAAAC+AAAAwgAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM4A&#10;AADQAAAA0gEAANUIAADZDgAA3RUAAOEhAADiMQAA5EMAAOVWAADmawAA5oIAAOeWAADnpQAA5rAA&#10;/wAJAP8ABQD/AAYA/wAOAP8AFgD/ACEA/wAtAP8AOAD9AEMA+QBNAPUAVQDyAF0A8ABjAO4AaQDs&#10;AG8A6gB0AOkAegDnAH8A5gCFAOQAiwDjAJEA4QCZAN8AoQDcAKoA2gC2ANcAxgDVAOEA0wD0ANIA&#10;/wDRAP8A0QD/AM8A/wDKAP8A/wABAP8AAAD/AAEA/wAMAP8AEgD6AB0A9gAoAPMAMwDwAD4A7ABI&#10;AOgAUADlAFgA4gBeAN8AZADdAGoA2wBvANkAdADWAHoA1AB/ANIAhQDQAIwAzgCTAMwAnADJAKUA&#10;xwCwAMYAvgDEANQAwgDuAMEA/gDAAP8AwAD/AL8A/wC+AP8A/wAAAP8AAAD/AAAA+gAHAPEADwDr&#10;ABgA5gAjAOIALgDgADgA2wBCANUASwDRAFIAzgBZAMsAXwDJAGUAxwBqAMYAbwDEAHQAwgB6AMEA&#10;gAC/AIYAvQCOALsAlgC5AKAAtwCqALYAtwC0AMoAsgDmALEA+ACwAP8ArwD/AK8A/wCwAP8A/wAA&#10;AP8AAAD3AAAA6gACAOEADADXABMA0AAdAMwAKADJADIAxgA8AMIARQC/AE0AvABTALoAWQC4AF8A&#10;twBkALUAaQC0AG4AsgB0ALEAegCvAIAArQCIAKwAkQCqAJoAqAClAKYAsQCkAMEAowDcAKEA8gCh&#10;AP8AoAD/AKAA/wChAP8A/wAAAPcAAADoAAAA2QAAAMsACADDABAAvQAYALkAIgC2ACwAtAA2ALIA&#10;PwCvAEcArABNAKsAVACpAFkApwBeAKYAYwClAGgAowBuAKIAdACgAHoAngCCAJwAiwCbAJUAmQCf&#10;AJgArACWALoAlADPAJMA6wCSAPsAkgD/AJIA/wCRAP8A9wAAAOcAAADTAAAAxgAAALsAAgCzAAwA&#10;rQASAKoAHACnACYApAAwAKMAOACgAEAAngBHAJwATgCaAFMAmQBYAJcAXQCWAGMAlQBoAJMAbgCS&#10;AHQAkAB8AI8AhQCNAI8AiwCaAIoApwCIALUAhgDHAIUA5ACEAPUAhAD/AIMA/wCDAP8A7AAAANMA&#10;AADBAQAAtAAAAKwAAACmAAcAoAAOAJ0AFgCaACAAlwApAJUAMgCTADoAkQBBAI8ASACNAE0AjABT&#10;AIsAWACJAF0AiABjAIcAaQCFAG8AgwB3AIIAgACAAIoAfgCWAH0AowB7ALAAegDCAHkA3QB4APEA&#10;dwD9AHgA/wB4AP8A3goAAMQLAACyDAAApgsAAJ0IAACZBAAAlQAKAJEAEQCOABkAiwAjAIkALACH&#10;ADQAhQA7AIMAQgCCAEgAgABOAH8AUwB9AFgAfABeAHsAZAB5AGoAeAByAHYAewB0AIYAcwCSAHEA&#10;nwBwAK0AbgC+AG0B1gBtAu0AbAP6AGwD/wBsA/8AzhAAALcRAACmEgAAmhEAAJEQAACLDgAAiQsD&#10;AIcFDACEARMAgQEcAH4CJQB8Ay4AegM2AHgEPAB3BEMAdQVIAHQFTgBzBVQAcQVZAHAGXwBuBmYA&#10;bQZuAGsHeABqB4MAaAiQAGcJnQBlCawAZAm8AGMK1ABjC+wAYgz6AGIM/wBiDP8AwxYAAK0XAACd&#10;GAAAkBgAAIcWAACBFAAAfREAAHwOBgB8Cg4AeAoWAHULHwByCygAcAwwAG8MNwBtDD4AbAxEAGsN&#10;SgBpDU8AaA1VAGcNXABlDWMAYw5rAGIOdQBgDoEAXw6OAF0PnABcEKsAWxC9AFoQ1gBZEfAAWRH9&#10;AFkR/wBZEf8AuRsAAKUdAACUHgAAiB4AAH4dAAB4GwAAdBgAAHEVAABxEQkAbxARAGwQGQBpECIA&#10;ZxEqAGYRMgBkETkAYxE/AGIRRQBgEksAXxJRAF0SWABcEl8AWhNoAFkTcgBXFH0AVhSLAFQVmQBT&#10;FakAUha6AFEW0gBRF+0AURf9AFEX/wBRF/8AsiAAAJ4iAACOIgAAgSMAAHciAABwIQAAbB4AAGkb&#10;AABnGAQAZhUOAGMWFQBhFh4AXxYmAF0WLQBcFzQAWhc7AFkXQQBYGEcAVhhNAFUYVABTGFwAUhlk&#10;AFEZbgBPGnoAThuIAE0blwBLHKYAShy4AEodzwBJHesASR37AEkd/wBKHf8ArCQAAJglAACIJgAA&#10;eycAAHEmAABqJQAAZiMAAGIhAABgHgAAXhwLAFsbEgBZHBoAVxwiAFUcKQBUHDAAUx03AFEdPQBQ&#10;HUMATx1KAE0eUQBMHlgASx9hAEkfawBIIHcARyCFAEYhlABEIqQARCK2AEMizABDI+kAQyP6AEMj&#10;/wBDIv8ApicAAJMpAACDKgAAdioAAG0qAABlKQAAYCcAAFwlAABZIwAAVyEHAFUhDwBSIRYAUCEe&#10;AE4hJQBNIiwATCIzAEoiOQBJIkAASCJGAEcjTQBFI1UARCReAEMkaQBCJXUAQCaDAD8mkgA+J6MA&#10;Pie0AD0nygA9KOgAPSj5AD0n/wA+J/8AoioAAI4rAAB/LQAAci0AAGgtAABhLAAAXCsAAFgoAABU&#10;JgAAUSYEAE4lDQBMJRMASiYaAEgmIgBHJikARSYvAEQmNgBDJzwAQSdDAEAnSwA/KFMAPilcAD0p&#10;ZgA8KnIAOyqBADorkAA5K6EAOCyyADcsyAA3LOYAOCz4ADgs/wA4LP8AnSwAAIouAAB7LwAAbzAA&#10;AGUwAABdLwAAWC4AAFMrAABQKgAATCoAAEkqCwBGKhEARCoXAEIqHwBBKiUAPyosAD4rMwA9KzkA&#10;PCtAADssSAA6LFAAOS1ZADguZAA3LnAANi9/ADUvjwA0MJ8AMzCxADIwxwAyMOUAMzD3ADMw/wA0&#10;L/8AmS8AAIcxAAB3MgAAazIAAGIyAABaMgAAVDEAAE8vAABLLQAARy4AAEQuCABBLg4APy4UAD0u&#10;HAA7LiIAOS8pADgvLwA3LzYANjA+ADUwRgA1MU4ANDFXADMyYgAyMm4AMTN9ADAzjQAvNJ4ALjSw&#10;AC00xQAtNOMALjT2AC8z/wAvM/8AlTEAAIMzAAB0NAAAaDUAAF41AABXNAAAUTQAAEsyAABGMQAA&#10;QjIAAD8yBQA8Mg0AOTMSADgzGQA2MyAANDMmADMzLQAyNDQAMTQ7ADA1QwAwNUwALzZVAC42YAAt&#10;N2wALDd7ACs3iwAqOJwAKTiuACg4wwAoOOIAKTj1ACo3/wAqN/8AkjQAAH81AABxNgAAZTcAAFs3&#10;AABUNwAATTYAAEc2AABCNQAAPTYAADo2AgA3NwsANDcQADI3FgAxOB0ALzgkAC44KwAtOTIALDk5&#10;ACs5QQAqOkkAKjpTACk7XgAoO2oAJzt5ACY8iQAlPJsAJDytACM8wgAjPOAAJDz0ACU7/wAlO/8A&#10;jTYAAHw4AABtOQAAYjkAAFg6AABROQAASjkAAEQ5AAA9OQAAOToAADU7AAAyOwgALzwOAC09FAAs&#10;PRoAKj0hACk9KAAoPi8AJz42ACY+PgAlP0cAJD9QACNAWwAiQGgAIUB2ACBAhwAfQZkAH0GrAB5B&#10;wAAeQd4AH0DzAB9A/gAgP/8AiTkAAHg6AABpOwAAXjwAAFU8AABNPAAARzwAAEA8AAA4PQAAND4A&#10;ADBAAAAtQQUAKkIMACdCEQAmQxgAJEMeACNDJQAiQywAIUQzACBEOwAfREQAHkVOAB1FWQAcRWUA&#10;G0V0ABpFhQAZRpcAGUapABhGvgAXRdwAGEXxABlE/QAaRP8AhDwAAHM9AABmPgAAWz8AAFI/AABK&#10;PwAARD8AAD1AAAA2QQAAMUMAACxEAAAnRgEAJEcKACFIDwAgSRQAHkkbAB1JIgAcSSkAG0owABpK&#10;OAAZSkEAGEpLABdLVQAWS2IAFUtxABRLggATS5QAEkunABJLvAARS9kAEkrwABNK/AAUSf8Afz8A&#10;AG9AAABhQQAAV0IAAE5CAABHQgAAQUIAADpDAAAyRQAALUcAAChJAAAjSwAAHk0GABtPDQAYUBEA&#10;F1AXABZQHgAVUCUAFFAsABNRNAASUT0AEVFHABFRUgAQUV8AD1JtAA5SfgANUZEADVGkAAxRuAAM&#10;UdEADVDsAA1Q+gAOT/8AeUMAAGpEAABdRAAAU0UAAEtFAABERQAAPkYAADZIAAAvSgAAKUwAACRP&#10;AAAfUQAAGlMAABRWCQARVw4AEFgTABBYGQAPWCAADlgoAA1YMAANWDkADFhDAAtYTgAKWFoACFho&#10;AAdYeQAGWIwABVifAARYswAEV8oABVfmAAVX8wAGVvwAc0YAAGRHAABZSAAAUEgAAEhIAABBSQAA&#10;OkoAADJNAAArUAAAJVIAACBVAAAaWAAAFVoAABBdBgAMYAwACmAQAAlgFQAIYBwAB2AjAAVgKwAE&#10;YDQAA2A9AAFgSQAAYFUAAGBjAABgcwAAYIYAAF+aAABfrgAAX8QAAF7iAABe8AAAXvgAbEoAAF9L&#10;AABVSwAATEwAAEVMAAA9TgAANVAAAC5TAAAnVgAAIFkAABpcAAAVXwAAEGIAAA1lBAAIZwsAA2cO&#10;AABoEwAAaBgAAGgfAABpJgAAaS4AAGk4AABpQwAAaU8AAGldAABpbQAAaYAAAGmUAABoqQAAaL8A&#10;AGfcAABm7gAAZvcAZk8AAFpPAABRTwAASk8AAEFRAAA4VAAAMFcAAChbAAAhXgAAGmIAABRlAAAQ&#10;aAAADGsAAAduAwABcAkAAHANAABxEAAAcRQAAHIaAABzIQAAcygAAHMxAABzPAAAdEgAAHNWAABz&#10;ZgAAc3kAAHOOAABzowAAcrkAAHHSAABx6wAAcPQAYVMAAFZTAABPUwAARVUAADtYAAAyXAAAKmAA&#10;ACJkAAAbaAAAFGwAAA9vAAALcgAABnYAAAB5AAAAegYAAHoKAAB7DgAAfBEAAH0VAAB+GwAAfyIA&#10;AIAqAACANQAAgEEAAIBPAACAXwAAgHEAAICGAACAnQAAf7IAAH7KAAB+5QAAffEAXFgAAFRYAABJ&#10;WgAAP10AADVhAAAsZQAAI2oAABtvAAAUcwAADncAAAl7AAADfwAAAIIAAACEAAAAhgEAAIYGAACI&#10;CgAAiQ0AAIoQAACLFQAAjBsAAI4iAACPLAAAjzgAAI9GAACPVgAAj2gAAI9+AACPlQAAjqsAAI3B&#10;AACN3AAAjOsAWV0AAE5fAABDYgAAOGYAAC5sAAAkcQAAHHcAABR8AAAOgQAACIUAAACJAAAAjQAA&#10;AJAAAACSAAAAkwAAAJQAAACWAwAAlwgAAJgMAACaDwAAmxMAAJ0aAACfIwAAoC4AAKA8AACgTAAA&#10;oF4AAKB0AACfjAAAn6IAAJ+3AACeywAAnuAAU2QAAEdoAAA8bQAAMXMAACd5AAAdfwAAFIUAAA2L&#10;AAAGkAAAAJQAAACYAAAAnAAAAJ8AAAChAAAAogAAAKQAAAClAAAApwAAAKgEAACqCQAArA0AAK0S&#10;AACwGQAAsiMAALIxAACyQgAAslQAALJpAACygAAAspgAALGsAACyvwAAsc4ATG4AAEBzAAA1egAA&#10;KoEAAB+IAAAVjgAADpUAAAaaAAAAnwAAAKQAAACoAAAArAAAAK8AAACxAAAAsQAAALMAAAC1AAAA&#10;tgAAALgAAAC6AAAAvAYAAL4MAADAEQAAwxkAAMUmAADFNwAAxkkAAMZdAADHcgAAx4oAAMifAADI&#10;rwAAyLwARnoAADmBAAAuiQAAIpAAABeYAAAPnwAAB6UAAACqAAAArwAAALMAAAC3AAAAvAAAAL8A&#10;AADBAAAAwgAAAMQAAADFAAAAxwAAAMkAAADLAAAAzQAAAM8DAADSCgAA1hAAANwaAADdKgAA3jwA&#10;AN9QAADgZQAA4XsAAOGRAADiogAA4q0A/wACAP8AAAD/AAMA/wAMAP8AEwD/AB0A/wAoAP4AMwD7&#10;AD4A9wBIAPMAUADwAFcA7QBeAOsAZADoAGkA5wBvAOUAdADjAHkA4gB/AOAAhQDeAIwA3ACTANkA&#10;nADWAKYA0wCxANEAwADPANoAzgDxAMwA/wDLAP8AywD/AMYA/wDBAP8A/wAAAP8AAAD/AAAA/wAI&#10;APsAEAD2ABkA8gAkAO8ALgDtADkA6ABCAOMASwDgAFIA3QBZANkAXwDWAGQA0wBpANEAbgDPAHQA&#10;zgB5AMwAfwDKAIYAyACOAMYAlgDEAKAAwgCrAMAAuQC+AM0AvADqALsA/AC6AP8AugD/ALoA/wC2&#10;AP8A/wAAAP8AAAD+AAAA9AAEAOsADQDkABQA3wAfANsAKQDYADMA0wA9AM4ARQDKAE0AxwBTAMUA&#10;WQDDAF8AwQBkAL8AaQC9AG4AuwBzALoAeQC4AIAAtgCIALQAkACyAJoAsQClAK8AsgCtAMQArADh&#10;AKsA9gCqAP8AqgD/AKoA/wCqAP8A/wAAAP0AAADuAAAA4gAAANUACgDNABEAxwAZAMQAIwDBAC0A&#10;vwA3ALsAPwC3AEcAtQBOALIAUwCwAFkArwBeAK0AYwCsAGgAqwBtAKkAcwCoAHoApgCBAKQAigCj&#10;AJQAoQCfAJ8ArACeALsAnADSAJsA7gCaAP8AmgD/AJkA/wCZAP8A/gAAAO4AAADeAAAAywAAAMEA&#10;BQC5AA0AtAAUALEAHgCuACcAqwAwAKoAOQCnAEEApABIAKIATQChAFMAnwBYAJ4AXQCdAGIAmwBn&#10;AJoAbQCYAHMAlwB7AJUAhACUAI4AkgCZAJAApgCOALQAjQDIAIwA5gCLAPkAigD/AIoA/wCLAP8A&#10;8AAAANsAAADHAAAAugAAALAAAACoAAoApAAQAKAAGACdACEAmwAqAJoAMwCYADsAlgBBAJQASACS&#10;AE0AkQBSAI8AVwCOAFwAjABhAIsAZwCKAG4AiAB1AIcAfgCFAIgAgwCUAIIAoACAAK8AfwDAAH4A&#10;3QB9APIAfQD/AH0A/wB9AP8A4AAAAMYAAAC1AAAAqgAAAKIAAACbAAUAlQANAJIAEwCQABwAjQAk&#10;AIsALQCKADQAiAA7AIYAQgCFAEcAgwBNAIIAUgCBAFcAfwBcAH4AYgB9AGgAewBwAHoAeQB4AIMA&#10;dgCPAHUAnAB0AKoAcgC6AHEA0QBwAOwAcAD7AHAA/wBwAP8AzQQAALcGAACnBwAAmwYAAJMEAACO&#10;AAAAigAIAIYADwCEABYAgQAeAH8AJwB9AC4AfAA2AHoAPAB5AEIAdwBHAHYATAB1AFIAcwBXAHIA&#10;XQBxAGMAbwBrAG4AdABsAH4AawCKAGkAmABoAKYAZwC2AGYAywBlAOcAZQD3AGUA/wBlAP8AwAwA&#10;AKsNAACbDgAAjw4AAIYNAACBCwAAfgcBAHwBCwB5ABEAdwAYAHUAIQBzACkAcQAwAG8ANgBuADwA&#10;bABCAGsARwBqAE0AaQBSAGgAWABmAF8AZQBnAGMAcABiAXoAYAGHAF8ClQBeAqMAXAOzAFwDxwBb&#10;BOQAWwX0AFsG/gBbBv8AtRAAAKESAACREwAAhRMAAHwSAAB2EQAAcw4AAHIMBABxBw0AbgQSAGwE&#10;GwBpBSMAZwUqAGYGMQBkBjcAYwY9AGIHQwBhB0kAXwdOAF4IVQBdCFwAWwljAFoJbQBYCngAVwqF&#10;AFYLkwBUC6IAUwuzAFIMxwBSDOQAUQ31AFEN/wBRDf8ArRUAAJkXAACJGAAAfRkAAHQYAABtFwAA&#10;ahQAAGcRAABnDgcAZgwOAGMMFQBhDB0AXwwlAF0NLABcDTMAWw05AFoNPwBYDUUAVw1LAFYOUQBV&#10;DlkAUw5hAFIOawBQD3YAThCDAE0QkgBMEKIASxCyAEoRyABJEeUASRH3AEkS/wBJEf8ApRkAAJIc&#10;AACDHQAAdh4AAG0dAABmHAAAYhoAAF8XAABeFAEAXhEKAFsQEQBZERgAVxEgAFURJwBUES4AUxE0&#10;AFEROwBQEkEATxJHAE4STgBMElUASxNeAEkTZwBIFHMARhSAAEUVjwBEFZ8AQxawAEIWxQBCF+MA&#10;Qhf2AEIX/wBCF/8Anx0AAIwgAAB9IQAAcSIAAGgiAABhIQAAXB8AAFkcAABXGQAAVRYGAFQVDgBR&#10;FRQATxYcAE4WIwBMFioASxYwAEoWNwBJFz0ARxdDAEYXSgBFGFIAQxhaAEIZZABBGXAAPxp9AD4b&#10;jQA9G50APByuADscwwA7HOEAOx31ADsc/wA8HP8AmiEAAIcjAAB4JAAAbCUAAGMlAABcJAAAVyMA&#10;AFMgAABRHgAATxwCAE0bDABLGhEASBsYAEcbIABFGyYARBstAEMcMwBCHDkAQBxAAD8dRwA+HU8A&#10;PR5YADweYgA6H20AOR97ADggiwA3IZsANiGtADUhwQA1Id8ANSHzADYh/wA2If8AliMAAIMmAAB0&#10;JwAAaCgAAF8oAABYJwAAUyYAAE8kAABMIgAASSAAAEcgCQBEHw8AQh8VAEAgHAA/ICMAPiApADwg&#10;LwA7ITYAOiE9ADkhRAA4IkwANyJVADYjXwA0I2sAMyR5ADIliQAxJZoAMCWrADAmvwAvJtwAMCby&#10;ADAm/wAxJf8AkSYAAH8oAABxKgAAZSoAAFwqAABVKgAATykAAEsoAABIJQAARCQAAEEkBQA/JA0A&#10;PSQSADskGQA5JB8ANyQmADYkLAA1JTMANCU6ADMmQQAyJkoAMSdTADAnXQAvKGkALil3AC0phwAs&#10;KZgAKyqqACoqvQAqKtoAKyrxACsq/gAsKf8AjSgAAHwqAABtLAAAYi0AAFktAABRLQAATCwAAEcr&#10;AABDKAAAPygAADwoAgA5KAsANygQADUoFgAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0cALCtR&#10;ACssWwAqLGcAKS11ACgthQAnLZcAJi6oACUuvAAlLtgAJi7wACYu/QAnLf8AiisAAHgtAABqLgAA&#10;Xy8AAFYvAABOLwAASC4AAEMtAAA/LAAAOywAADcsAAA0LAkAMiwOADAtEwAuLRoALS0gACstJwAq&#10;Li0AKi41ACkvPQAoL0UAJzBOACYwWQAlMWUAJDFzACMxgwAiMpUAITKnACEyuwAgMtQAITLvACIx&#10;/AAiMf8Ahi0AAHUvAABnMAAAXDEAAFMxAABLMQAARTEAAEAwAAA7MAAANjAAADMwAAAwMQYALTEN&#10;ACsxEQApMhcAKDIeACcyJAAlMysAJTMyACQzOgAjNEMAIjRMACE1VwAgNWMAHzVxAB42gQAdNpMA&#10;HDalABs2uQAbNtIAHDbtAB02+wAdNf8AgjAAAHEyAABjMwAAWTQAAFA0AABJNAAAQjMAAD0zAAA3&#10;MwAAMTQAAC41AAArNQIAKDYLACU3EAAkNxUAIjcbACE4IgAgOCgAHzgwAB44NwAdOUAAHDlJABs6&#10;VAAaOmAAGTpuABg6fwAXO5EAFzukABY7twAVO9AAFjrsABc6+gAYOf8AfTIAAG00AABgNQAAVTYA&#10;AE02AABGNgAAQDYAADo2AAA0NgAALjgAACo5AAAmOgAAIzsIACA8DgAePRIAHT0YABw9HwAbPiUA&#10;Gj4tABk+NAAXPj0AFj9HABU/UQAUP14AFD9sABNAfAASQI8AEUCiABFAtgAQQM4AET/rABI/+QAS&#10;Pv8AeTUAAGk3AABcOAAAUjkAAEo5AABDOQAAPTkAADc5AAAxOgAAKzwAACc9AAAiPwAAHkEEABpC&#10;CwAYQxAAF0MVABVEGwAURCIAE0QpABNEMQASRDoAEUVDABBFTgAQRVsADkVpAA5FeQANRYwADUWf&#10;AAxFsgALRckADEXlAA1E9gANRP8AdDkAAGU6AABYOwAATzsAAEc8AABAPAAAOjwAADQ8AAAuPgAA&#10;KEAAACNCAAAfRAAAGkYAABVICAASSg0AEUoSABBKGAAPSx4ADkslAA1LLQANSzYADEtAAAtLSgAK&#10;S1YACUtkAAhLdAAHS4cABUuaAARLrgAESsQABUrgAAVK8AAGSfoAbjwAAGA9AABUPgAASz4AAEQ+&#10;AAA9PgAANz8AADFAAAAqQgAAJEUAAB9HAAAaSQAAFUwAABFOBQAOUQsAC1EQAApRFAAJURsACFEi&#10;AAdRKQAFUTIABFI7AANSRgABUlIAAFJfAABSbwAAUoEAAFGWAABRqQAAUb8AAFDcAABQ7gAAUPcA&#10;aEAAAFtBAABQQQAASEEAAEFBAAA7QgAANEMAAC1FAAAmSAAAIEsAABtNAAAWUAAAEVMAAA5VBAAK&#10;WAoABlgOAAJYEgAAWRcAAFkdAABZJQAAWS0AAFk2AABZQQAAWU0AAFpaAABaaQAAWXwAAFmQAABZ&#10;pQAAWLoAAFjVAABX7AAAV/YAY0QAAFZFAABNRQAARUUAAD9FAAA3RwAAL0kAAChMAAAiTwAAG1IA&#10;ABZVAAARWAAADVoAAAldAwAEXwkAAGANAABgEAAAYRQAAGEZAABiIAAAYicAAGIxAABiOwAAYkcA&#10;AGJVAABjZAAAYnYAAGKLAABioAAAYbYAAGHPAABg6gAAYPUAXUgAAFJJAABKSAAAQ0gAADpKAAAy&#10;TQAAKlAAACNTAAAcVwAAFloAABFdAAANYAAACGMAAANmAQAAZwYAAGgLAABpDgAAahEAAGsVAABs&#10;GwAAbSIAAG0qAABtNAAAbUAAAG1OAABtXQAAbW8AAG2EAABsmgAAbLAAAGvIAABr5gAAavMAWE0A&#10;AE5NAABITAAAPk4AADVRAAAsVAAAJFgAAB1cAAAWYAAAEGQAAAxnAAAHawAAAW4AAABwAAAAcgMA&#10;AHIHAABzCwAAdQ4AAHYRAAB3FgAAeBwAAHkjAAB6LQAAejkAAHpHAAB6VgAAeWgAAHp8AAB5lAAA&#10;eKoAAHjBAAB33wAAd+8AVFEAAExRAABCUgAAOFUAAC9ZAAAmXgAAHmIAABZnAAAQawAAC28AAAVz&#10;AAAAdwAAAHoAAAB8AAAAfgAAAH8CAACABgAAgQoAAIMNAACEEQAAhhUAAIgcAACJJQAAijAAAIo+&#10;AACJTQAAiV8AAIlzAACIiwAAiKIAAIe5AACH0QAAhugAUlYAAEdXAAA8WgAAMl8AAChkAAAfaQAA&#10;Fm8AABB0AAAKeQAAAn0AAACBAAAAhQAAAIgAAACKAAAAjAAAAI0AAACPAAAAkAQAAJIIAACTDAAA&#10;lRAAAJcVAACZHQAAmycAAJs0AACbRAAAmlYAAJpqAACZggAAmpoAAJiwAACYxwAAl94AS1wAAEBg&#10;AAA1ZQAAK2oAACFxAAAXdwAAEH0AAAmDAAABiAAAAIwAAACRAAAAlQAAAJgAAACaAAAAmwAAAJ0A&#10;AACfAAAAoAAAAKIAAACkBQAApgoAAKgOAACqFAAArR0AAK0qAACtOQAArUsAAK1fAACtdwAArJAA&#10;AKunAACrugAAq8sARWYAADlrAAAucQAAI3gAABl/AAAQhgAACY0AAACTAAAAmAAAAJ0AAAChAAAA&#10;pQAAAKgAAACrAAAAqwAAAK4AAACvAAAAsQAAALMAAAC1AAAAtwEAALkHAAC8DQAAvxMAAMIfAADC&#10;LgAAwkAAAMJUAADBawAAwYMAAMCbAADBrQAAwbwAPnIAADJ4AAAngAAAHIgAABKQAAAKlwAAAJ0A&#10;AACjAAAAqAAAAK0AAACyAAAAtgAAALkAAAC7AAAAvAAAAL4AAADAAAAAwgAAAMQAAADGAAAAyAAA&#10;AMsAAADOBQAA0Q0AANYUAADXIwAA2DUAANlJAADaXgAA23UAANuMAADcnwAA3KsA/wAAAP8AAAD/&#10;AAAA/wAJAP8AEAD/ABkA/gAkAPwALwD5ADkA9ABDAPAASwDtAFIA6gBZAOcAXwDkAGQA4gBpAOAA&#10;bgDeAHMA3AB5ANoAfwDXAIYA1ACOANEAlgDPAKEAzACsAMoAuwDIANIAxgDuAMYA/wDFAP8AxQD/&#10;AL8A/wC6AP8A/wAAAP8AAAD/AAAA/gAFAPcADgDyABUA7gAfAOsAKgDpADQA4wA9AN4ARQDZAE0A&#10;1ABTANEAWQDOAF4AzABjAMoAaADJAG0AxwBzAMUAeQDDAIAAwQCIAL8AkAC9AJsAuwCmALkAtAC3&#10;AMgAtgDmALUA+wC0AP8AtAD/ALMA/wCuAP8A/wAAAP8AAAD4AAAA7QAAAOUACwDdABEA1wAaANIA&#10;JADPAC4AywA3AMcAQADDAEcAwABOAL4AUwC8AFkAugBeALgAYwC2AGgAtQBtALMAcwCxAHkArwCB&#10;AK0AigCrAJQAqQCgAKgArQCmAL4ApQDbAKQA9ACkAP8AowD/AKMA/wCiAP8A/wAAAPYAAADmAAAA&#10;1wAAAMsABgDEAA4AvgAVALsAHwC5ACgAtwAxALQAOgCwAEEArQBIAKsATgCpAFMApwBYAKYAXACk&#10;AGEAowBnAKEAbACgAHMAngB6AJ0AgwCbAI4AmQCZAJcApgCWALYAlQDMAJQA6wCTAP0AkwD/AJMA&#10;/wCTAP8A9wAAAOQAAADQAAAAwQAAALcAAgCvAAsAqwARAKcAGQClACIAowArAKIAMwCfADsAnABC&#10;AJsASACZAE0AlwBSAJYAVwCVAFsAkwBhAJIAZgCQAG0AjwB0AI0AfQCMAIcAigCTAIgAoACHAK8A&#10;hQDCAIUA4gCEAPcAhAD/AIQA/wCEAP8A5QAAAM0AAAC8AAAArwAAAKYAAACeAAcAmgAOAJYAFACU&#10;AB0AkgAlAJEALQCQADUAjQA8AIwAQgCKAEcAiABMAIcAUQCGAFYAhABbAIMAYACBAGcAgABuAH4A&#10;dwB9AIEAewCNAHoAmgB4AKkAdwC6AHYA0wB2AO8AdgD+AHUA/wB1AP8A0AAAALsAAACrAAAAnwAA&#10;AJcAAACQAAIAiwALAIgAEACGABcAhAAgAIIAJwCBAC8AfwA1AH0APAB8AEEAewBGAHkASwB4AFAA&#10;dwBVAHYAWwB0AGEAcwBpAHEAcQBwAHsAbgCHAG0AlQBrAKMAagC0AGoAyQBpAOgAaQD5AGkA/wBp&#10;AP8AwAAAAKwAAACcAgAAkAIAAIgAAACDAAAAfwAGAHsADQB5ABIAdwAaAHYAIgB0ACkAcwAwAHEA&#10;NgBwADwAbwBBAG0ARgBsAEsAawBQAGoAVgBoAFwAZwBkAGUAbABkAHYAYwCCAGEAkABgAJ8AXwCv&#10;AF4AwwBeAOEAXgD0AF0A/wBdAP8AtAcAAKAJAACQCwAAhAsAAHwKAAB3BwAAdAQAAHEACQBvAA8A&#10;bQAVAGsAHABpACMAaAAqAGcAMQBlADYAZAA8AGMAQQBiAEYAYABMAF8AUgBeAFgAXQBfAFsAaABa&#10;AHIAWAB+AFcAjABWAJsAVQCrAFQAvgBUANoAUwDvAFQA+wBUAP8AqQ0AAJYOAACHEAAAehAAAHIQ&#10;AABsDgAAaQwAAGcJAwBmBAsAZAAQAGIAFwBgAB4AXgAlAF0AKwBcADEAWgA3AFkAPABYAEIAVwFH&#10;AFYBTgBVAlQAUwJcAFIDZQBRA28ATwR7AE4EigBNBZkATAWpAEsFvABKBtQASgftAEoH+QBKB/8A&#10;oRAAAI4SAAB+FAAAcxQAAGoUAABkEwAAYBEAAF4PAABdDQUAXQkNAFoGEgBYBxkAVgcgAFUHJwBT&#10;By0AUggzAFEIOABQCD4ATwlEAE4JSgBMCVEASwpZAEoKYgBIC20ARwt6AEYMiABEDJgAQwypAEIN&#10;vABCDdUAQg3uAEIN+wBCDf8AmhQAAIcWAAB4GAAAbBkAAGMZAABdGAAAWRYAAFYTAABUEQAAVA4I&#10;AFMNDgBRDRQATw0bAE0NIgBMDSgASw0uAEoNNABJDToARw5BAEYORwBFDk8ARA5XAEIPYQBBEGwA&#10;PxB5AD4QiAA9EZgAOxGpADsRvAA6EdYAOhHwADoS/QA7Ef8AkxgAAIEaAABzHAAAZx0AAF4dAABY&#10;HAAAUxsAAFAYAABOFgAATBMDAEwRCwBKEBAASBEXAEYRHgBFESQARBEqAEIRMABBETcAQBI9AD8S&#10;RAA9EkwAPBNUADsTXgA5FGkAOBR2ADcVhQA2FZYANBanADQWugAzFtMAMxbuADQW/AA0Fv8AjhsA&#10;AHwdAABuHwAAYyAAAFogAABTIAAATh4AAEodAABIGgAARhgAAEUWBwBDFQ4AQRUTAD8VGgA+FSAA&#10;PRUnADsVLQA6FjMAORY6ADgWQQA3F0kANRdRADQYWwAzGWYAMhlzADAagwAvGpQALhulAC0buAAt&#10;G9AALRvsAC4b+wAuG/8Aih4AAHggAABqIgAAXyMAAFYjAABPIgAASiEAAEYgAABDHgAAQRsAAD8a&#10;AwA9GgwAOxkRADkZFgA3Gh0ANhojADUaKQA0GjAAMxs2ADEbPgAwHEYALxxPAC4dWQAtHWQALB5x&#10;ACsfgQAqH5IAKR+kACggtwAnIM4AJyDrACgg+gApH/8AhiAAAHQjAABnJAAAXCUAAFMlAABMJQAA&#10;RyQAAEIjAAA/IQAAPR8AADoeAAA3HgkANR4OADMeEwAxHhoAMB4gAC8eJgAuHy0ALR8zACwgOwAr&#10;IEMAKiFMACkhVgAoImIAJiJvACUjfwAkI5AAIyOiACIktQAiJMwAIiTpACMk+QAkI/8AgiMAAHEl&#10;AABjJgAAWScAAFAoAABJJwAAQycAAD8mAAA7JAAAOCIAADUiAAAyIgYAMCINAC4iEQAsIhcAKiId&#10;ACkiIwAoIyoAJyMxACYkOAAlJUEAJCVKACMmVAAiJmAAISdtACAnfQAfJ48AHiihAB4otAAdKMoA&#10;HSjoAB4o+AAfJ/8AfiUAAG4nAABgKQAAVikAAE0qAABGKgAAQSkAADwoAAA3JwAANCYAADAmAAAt&#10;JgMAKycLACgnEAAnJxQAJScaACQnIQAjKCcAIiguACEpNgAgKT4AHypIAB4qUgAdK14AHCtrABsr&#10;ewAaLI0AGSyfABgssgAYLMkAGCznABkr9wAaK/8AeicAAGoqAABdKwAAUywAAEosAABDLAAAPisA&#10;ADkrAAA0KgAAMCoAACsqAAApKwAAJisIACMsDgAiLBIAICwYAB8sHgAeLSUAHS0sABwtMwAbLjwA&#10;Gi5FABkvUAAYL1wAFy9pABYweQAVMIsAFDCeABQwsQATMMcAEzDlABQw9gAVL/8AdioAAGcsAABa&#10;LQAAUC4AAEguAABBLgAAOy4AADYtAAAxLQAALC0AACcvAAAkLwAAITAFAB8xDAAcMRAAGzIVABoy&#10;HAAZMiIAGDIpABczMQAWMzkAFTNDABQ0TQATNFkAEjRnABE1dwARNYkAEDWcABA1sAAONcYADzTk&#10;ABA09QAQNP8AciwAAGMuAABXMAAATTAAAEUwAAA+MAAAODAAADMwAAAvMAAAKTEAACQyAAAhMwAA&#10;HTUCABo2CQAXNw4AFTcTABQ4GQATOB8AEjgmABI4LgAROTYAEDlAABA5SwAOOVcADjpkAA06dAAM&#10;OoYADDqZAAs5rAAKOcEACjneAAs58QAMOPwAbi8AAF8xAABTMgAASjMAAEIzAAA7MwAANjMAADEy&#10;AAAsMwAAJzQAACE2AAAdOAAAGTkAABU7BgASPQwAED4QABA+FQAOPhwADj4jAA0+KgAMPjMADD48&#10;AAs/RwAKP1IACD9gAAc/bwAGP4EABT+UAAQ/qAADPrwABD7XAAU+7AAFPvcAaTMAAFs0AABQNQAA&#10;RzUAAD81AAA5NQAANDUAAC41AAApNwAAIzgAAB47AAAaPAAAFj8AABJBBAAOQwoADEQOAApEEwAJ&#10;RBkACEQgAAdEJwAGRC8ABUQ4AANFQgACRU4AAEVbAABFagAARXwAAEWQAABEpAAARLkAAETRAABE&#10;6gAAQ/UAZDYAAFc3AABMOAAAQzgAADw4AAA3OAAAMTgAACs5AAAlOwAAID0AABpAAAAWQgAAEkQA&#10;AA5HBAALSQkAB0oNAARLEQABSxYAAEscAABLIwAASysAAEs0AABLPgAATEkAAExXAABMZgAATHcA&#10;AEuMAABLoQAAS7UAAErOAABK6QAASvUAXzoAAFI7AABIOwAAQDsAADo7AAA0OwAALjwAACc+AAAi&#10;QQAAHEMAABZGAAASSQAADksAAAtOAwAHUAgAAlEMAABREAAAUhMAAFMYAABTHwAAUyYAAFMvAABT&#10;OQAAU0UAAFNSAABTYQAAU3IAAFOHAABSnAAAUrEAAFHKAABR5wAAUfQAWT4AAE4+AABFPgAAPj4A&#10;ADg+AAAwQAAAKUIAACNEAAAdRwAAF0oAABJNAAAOUAAAC1MAAAZVAgAAVwcAAFgLAABZDgAAWhEA&#10;AFoVAABbGgAAXCEAAFwqAABcNAAAXD8AAFxNAABcWwAAXGwAAFyBAABblwAAW60AAFrFAABa5AAA&#10;WfMAVEIAAEpCAABCQgAAPEIAADRDAAAsRgAAJUkAAB5MAAAXTwAAElMAAA5WAAAKWQAABVsAAABe&#10;AAAAYAQAAGEIAABiDAAAYw4AAGQRAABlFgAAZhwAAGcjAABnLQAAZzkAAGdGAABnVQAAZ2YAAGd6&#10;AABmkQAAZagAAGXAAABk3gAAZPAAT0YAAEdGAABARQAAN0cAAC9KAAAmTQAAH1EAABhVAAASWQAA&#10;DVwAAAhgAAACYwAAAGYAAABoAAAAagAAAGsEAABsCAAAbQwAAG8OAABwEgAAchcAAHMdAAB0JgAA&#10;dDIAAHQ/AAB0TgAAc18AAHRyAABzigAAcqEAAHG4AABx1AAAcOwATEoAAEVKAAA7SwAAMk4AAClS&#10;AAAgVgAAGFsAABJfAAANZAAAB2gAAABrAAAAbwAAAHIAAAB1AAAAdgAAAHcAAAB5AgAAegYAAHwK&#10;AAB+DgAAgBEAAIIWAACEHgAAhCkAAIQ2AACERQAAhFYAAINqAACDgQAAgpkAAIGxAACAyQAAgOUA&#10;Sk4AAD9QAAA1UwAAK1cAACJcAAAZYgAAEmcAAAxsAAAFcQAAAHUAAAB5AAAAfQAAAIEAAACDAAAA&#10;hQAAAIYAAACIAAAAiQAAAIsEAACNCAAAjw0AAJIQAACUFgAAliAAAJYsAACWOwAAlkwAAJVgAACV&#10;dgAAlJAAAJOnAACSvQAAktUARFUAADlZAAAvXQAAJGMAABppAAASbwAADHUAAAR7AAAAgAAAAIUA&#10;AACJAAAAjQAAAJEAAACTAAAAlAAAAJYAAACYAAAAmgAAAJwAAACeAAAAoAYAAKILAAClEAAAqBcA&#10;AKkjAACpMQAAqUMAAKlWAACobQAApocAAKeeAACmswAApccAPl4AADJjAAAnagAAHXAAABN4AAAM&#10;fwAAA4UAAACLAAAAkQAAAJYAAACbAAAAnwAAAKIAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACw&#10;AAAAsgAAALUCAAC3CQAAuxAAAL4YAAC+JgAAvjgAAL5LAAC9YQAAvHoAALuUAAC6qQAAurkAN2oA&#10;ACtwAAAgeAAAFoAAAA2IAAAFjwAAAJYAAACcAAAAogAAAKcAAACsAAAAsAAAALMAAAC2AAAAtwAA&#10;ALkAAAC7AAAAvQAAAL8AAADCAAAAxQAAAMgAAADKAAAAzggAANIQAADVGwAA1SwAANRAAADUVwAA&#10;024AANSGAADUmwAA06sA/wAAAP8AAAD/AAAA/wAFAP8ADgD/ABUA/AAgAPkAKgD2ADQA8QA9AO0A&#10;RgDpAE0A5gBTAOQAWQDhAF4A3gBjANwAaADZAG4A1QBzANMAeQDQAIAAzgCIAMsAkQDJAJwAxgCn&#10;AMQAtwDCAMwAwADsAL8A/wC+AP8AvQD/ALcA/wCyAP8A/wAAAP8AAAD/AAAA+gABAPMACwDtABIA&#10;6AAbAOUAJQDkAC4A3wA4ANgAQADSAEcAzgBOAMsAVADIAFkAxgBeAMQAYwDCAGcAwABtAL8AcwC9&#10;AHoAuwCBALkAiwC2AJUAtAChALIArwCwAMIArgDjAK4A+gCsAP8ArQD/AKkA/wCmAP8A/wAAAP8A&#10;AADyAAAA5gAAAN0ABwDSAA4AzQAWAMoAIADIACkAxQAyAMAAOgC8AEIAuQBIALcATgC1AFMAswBY&#10;ALEAXQCwAGIArgBnAKwAbACqAHMAqQB7AKcAhAClAI4AowCaAKEAqACfALkAngDSAJ0A8gCcAP8A&#10;nQD/AJwA/wCZAP8A/AAAAO4AAADdAAAAzAAAAMEAAgC6AAwAtgASALIAGgCwACMArwAsAK0ANACp&#10;ADwApgBCAKQASACiAE0AoABSAJ4AVwCdAFsAnABgAJoAZgCZAGwAlwB0AJUAfQCTAIcAkQCTAJAA&#10;oQCOALEAjQDGAIwA6ACLAP0AjAD/AIwA/wCMAP8A7QAAANgAAADFAAAAtwAAAKwAAACmAAgAoQAO&#10;AJ8AFQCdAB4AmwAmAJoALgCXADUAlQA8AJMAQgCRAEcAkABMAI4AUQCNAFUAiwBaAIoAYACJAGYA&#10;hwBtAIUAdgCEAIAAggCMAIAAmgB/AKkAfQC8AHwA3AB8APUAfAD/AHwA/wB8AP8A2QAAAMEAAACx&#10;AAAApAAAAJwAAACUAAMAkAAMAI0AEQCLABgAiQAgAIkAKACHAC8AhQA2AIMAPACCAEEAgABGAH8A&#10;SwB9AE8AfABUAHsAWgB5AGAAeABnAHYAcAB1AHoAcwCGAHEAkwBwAKIAbwC0AG4AzABuAO0AbgD+&#10;AG4A/wBuAP8AxAAAAK8AAACgAAAAlAAAAIwAAACGAAAAgQAIAH4ADgB8ABQAewAbAHkAIgB4ACkA&#10;dwAwAHUANgB0ADsAcgBAAHEARQBwAEoAbwBPAG0AVABsAFsAawBiAGkAagBoAHQAZgCAAGUAjgBj&#10;AJ0AYgCtAGEAwgBhAOQAYQD4AGEA/wBhAP8AtAAAAKAAAACRAAAAhgAAAH4AAAB5AAAAdQADAHEA&#10;CwBvABAAbQAWAGwAHQBrACQAawAqAGkAMABoADYAZgA7AGUAQABkAEUAYwBKAGEATwBgAFYAXwBd&#10;AF0AZQBcAG8AWgB6AFkAiABYAJgAVwCoAFYAuwBWANgAVgDxAFYA/wBWAP8AqAEAAJQFAACFBwAA&#10;egcAAHIGAABsBAAAaQEAAGcABwBkAA0AYwARAGEAGABgAB8AXwAlAF4AKwBdADAAWwA2AFoAOwBZ&#10;AEAAWABFAFcASwBWAFEAVQBYAFMAYQBSAGoAUAB2AE8AhABOAJMATQCkAEwAtgBMAM0ATADrAEwA&#10;+gBMAP8AnQkAAIsLAAB8DQAAcA0AAGgNAABiDAAAXwoAAF0GAQBcAQkAWgAOAFgAEwBXABkAVgAg&#10;AFUAJgBTACsAUgAxAFEANgBQADsATwBBAE4ARwBNAE0ASwBVAEoAXQBJAGcARwBzAEYAgABFAJAA&#10;RAChAEMAsgBDAMgAQwDmAEMA9QBDAP8AlQ0AAIMPAAB0EAAAaREAAGARAABaEAAAVg4AAFQNAABT&#10;CgQAUwYLAFEDEABPARUATgEbAEwBIQBLAScASgIsAEkCMgBIAjcARwM9AEUDQwBEA0oAQwRRAEIE&#10;WgBABWQAPwVwAD4GfgA9Bo4APAefADsHsQA6B8YAOgfjADoH8wA6CPwAjhAAAHwSAABuFAAAYhUA&#10;AFoVAABUFAAAUBMAAE0RAABLDgAASw0GAEoKDABJCBEARwgWAEUIHQBECCMAQggoAEEJLgBACTMA&#10;Pwk5AD4KQAA9CkcAPApPADoLWAA5C2MAOAxvADYMfgA1DI4ANA2fADMNsQAyDccAMg3jADIN9AAy&#10;Df4AiBMAAHcVAABpFwAAXhgAAFUYAABPGAAAShYAAEcVAABFEwAAQxACAEMOCABCDQ4AQA0SAD8N&#10;GAA9DR8APA0kADsNKgA5DTAAOA43ADcOPQA2DkUANQ5NADMPVwAyD2IAMRBuAC8QfQAuEI4ALRGg&#10;ACwRsgArEcgAKxHmACsR9gAsEf8AgxYAAHIZAABkGgAAWRsAAFEbAABLGwAARhoAAEIYAAA/FwAA&#10;PhQAADwSBAA7EQoAOhAQADgQFQA3EBsANREhADQRJwAzES0AMhEzADAROgAvEkIALhJLAC0TVAAr&#10;E18AKhRsACkUewAoFIwAJxWeACYVsAAlFcYAJRXkACUV9gAmFf8AfhkAAG4bAABgHQAAVh4AAE0e&#10;AABHHgAAQh0AAD4cAAA6GgAAOBgAADcWAAA1FQcANBQNADIUEgAwFBcALxQdAC0UIwAsFSoAKxUw&#10;ACoVNwApFj8AKBZIACcXUgAmGF0AJBhqACMZeQAiGYoAIRmcACAZrwAfGcQAHxniACAZ9AAgGf8A&#10;ehsAAGoeAABdHwAAUyAAAEogAABEIAAAPh8AADoeAAA3HQAANBwAADIZAAAwGQQALhgLACwYEAAq&#10;GBQAKRgaACcYIAAmGSYAJRktACQaNQAjGj0AIhtGACEbUAAgHFsAHx1oAB4ddwAdHYgAHB6bABse&#10;rQAaHsMAGh7gABod8wAbHf8Adx0AAGcgAABaIQAAUCIAAEgiAABBIgAAOyIAADchAAAzIAAAMB8A&#10;AC0dAAArHQAAKB0IACYdDgAlHRIAIx0XACEdHQAhHSQAIB4qAB8eMgAeHzoAHR9DABwgTQAbIVkA&#10;GiFmABkhdQAYIocAFyKZABYirAAVIsEAFSLfABUh8gAWIf4AcyAAAGQiAABXIwAATSQAAEUlAAA+&#10;JAAAOSQAADQjAAAwIgAALCIAACkhAAAmIQAAJCEGACIhDAAgIRAAHiEVAB0iGwAbIiEAGyIoABoj&#10;LwAZIzgAGCRBABckSwAWJVcAFSVkABQmcwATJoUAEiaYABEmqwARJsAAECbdABEl8QASJf0AcCIA&#10;AGEkAABUJgAASiYAAEInAAA8JgAANiYAADElAAAtJQAAKSQAACYkAAAiJQAAHyUDAB0mCgAbJg4A&#10;GScSABgnGAAXJx8AFiclABUoLQAUKDUAEyk+ABIpSQARKVUAESpiABAqcQAPKoMADiqWAA4qqQAN&#10;Kr0ADSrXAA0q7gAOKfsAbCQAAF0mAABRKAAASCgAAEApAAA5KAAANCgAAC8oAAArJwAAJycAACIo&#10;AAAeKQAAGyoAABgrBwAWKw0AFCwRABMsFgASLBwAES0jABAtKgAQLTIADy48AA4uRgANLlIADS5f&#10;AAwvbgALL38ACi+SAAkvpQAJLrkACC7QAAku6QAKLvcAaCcAAFopAABOKgAARSsAAD0rAAA3KwAA&#10;MSoAAC0qAAApKgAAJCoAACArAAAbLQAAGC4AABUvBAASMQoAEDIOAA8yEwAOMhkADTIgAA0yJwAM&#10;Mi8ACzM4AAozQgAJM04ACDNbAAY0agAFNHsABDOOAAMzogACM7YAAjPNAAMz5wAEMvMAZCoAAFYs&#10;AABLLQAAQi0AADotAAA0LQAALywAACssAAAmLAAAIi0AAB0vAAAZMQAAFTIAABI0AwAPNgkADDgN&#10;AAo4EQAJOBYACDgdAAc4JAAGOCwABDg0AAM4PgACOUoAADlXAAA5ZQAAOXcAADmLAAA4nwAAOLMA&#10;ADjKAAA45gAAN/IAXy0AAFIuAABILwAAPzAAADgvAAAyLwAALS8AACkvAAAkMAAAHzEAABozAAAV&#10;NQAAEjcAAA85AwAMOwgACD0NAAU+EAADPhQAAD4aAAA+IQAAPigAAD4xAAA/OwAAP0YAAD9TAAA/&#10;YQAAP3MAAD+HAAA+nAAAPrAAAD3HAAA95AAAPfIAWjAAAE4yAABEMgAAPDIAADUyAAAwMQAAKzEA&#10;ACYyAAAgNAAAGzYAABY4AAASOwAADz0AAAw/AwAIQQgABEMMAABDDgAARBIAAEUWAABFHQAARSQA&#10;AEUtAABGNgAARkIAAEZOAABGXQAARm4AAEWCAABFmAAARK0AAETEAABD4wAAQ/IAVTQAAEo1AABB&#10;NQAAOTUAADM0AAAuNAAAKDUAACI3AAAdOgAAFzwAABI/AAAPQQAADEQAAAhGAQADSAYAAEkKAABK&#10;DQAASxAAAEwUAABNGQAATiAAAE4oAABOMgAATT0AAE5KAABOWAAATWkAAE19AABMlAAATKoAAEvB&#10;AABL4QAASvIAUDgAAEY4AAA9OAAANzgAADE3AAAqOQAAJDsAAB49AAAYQAAAE0MAAA9GAAALSQAA&#10;B0sAAAJOAAAAUAQAAFEIAABSCwAAUw4AAFQRAABVFQAAVhsAAFcjAABXLAAAVzgAAFdEAABXUgAA&#10;VmMAAFZ3AABWjgAAVaUAAFS9AABT3QAAU/AASzwAAEI8AAA7OwAANTsAAC08AAAmPwAAH0IAABlF&#10;AAATSAAADksAAAtPAAAFUQAAAFQAAABXAAAAWAEAAFoFAABbCAAAXAwAAF0OAABfEQAAYBYAAGId&#10;AABiJgAAYjEAAGI+AABhTAAAYV0AAGFwAABgiAAAYKAAAF+3AABe1AAAXe4AR0AAAD8/AAA6PwAA&#10;MUAAAClDAAAhRgAAGkoAABNOAAAOUQAAClUAAARYAAAAWwAAAF4AAABhAAAAYwAAAGQBAABlBAAA&#10;ZwgAAGgLAABqDgAAbBIAAG4XAABvIAAAbyoAAG82AABuRQAAblUAAG5oAABtfwAAbZgAAGywAABr&#10;ygAAaugAREQAAD5DAAA1RAAAK0cAACNLAAAbTwAAE1QAAA5YAAAIXAAAAmAAAABkAAAAZwAAAGsA&#10;AABtAAAAbwAAAHAAAAByAAAAdAIAAHUGAAB3CgAAeQ4AAHwSAAB+GAAAfyIAAH8uAAB/PQAAfk0A&#10;AH1hAAB9dwAAfJAAAHuoAAB6wAAAed8AQ0cAADlJAAAvTAAAJVAAABxVAAAUWwAADmAAAAdlAAAA&#10;agAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAH8AAACBAAAAgwAAAIUAAACHAwAAiggAAIwNAACP&#10;EQAAkhkAAJIlAACSMwAAkkQAAJFXAACQbQAAj4YAAI6fAACNtQAAjM0APU4AADJRAAAoVgAAHlwA&#10;ABViAAAOaAAAB24AAAB0AAAAeQAAAH4AAACCAAAAhgAAAIkAAACMAAAAjgAAAJAAAACSAAAAlAAA&#10;AJYAAACYAAAAmwAAAJ4GAAChDAAApBEAAKYbAACmKQAApjoAAKVNAAClYgAApHsAAKOUAAChqwAA&#10;ob8ANlcAACxcAAAhYgAAF2kAAA9wAAAHdwAAAH4AAACEAAAAigAAAI8AAACUAAAAmAAAAJsAAACe&#10;AAAAnwAAAKIAAACkAAAApgAAAKgAAACrAAAArQAAALAAAACzBAAAtwwAALsSAAC7HwAAuzAAALtD&#10;AAC6WAAAuXAAALeLAAC3oQAAt7MAMGIAACVpAAAacAAAEHgAAAmAAAAAiAAAAI8AAACWAAAAmwAA&#10;AKEAAACmAAAAqgAAAK4AAACwAAAAsQAAALQAAAC2AAAAuAAAALsAAAC9AAAAwAAAAMMAAADHAAAA&#10;ywMAAM8MAADTFQAA0iUAANI4AADRTgAA0GUAAM9+AADNlgAAzKkA/wAAAP8AAAD/AAAA/wADAP8A&#10;CwD8ABEA+QAbAPcAJQDzAC8A7gA4AOkAQADmAEgA4gBOAN8AVADcAFkA2QBeANUAYwDTAGgA0ABt&#10;AM4AcwDLAHoAyACCAMYAjADDAJcAwACjAL4AsgC8AMgAugDqALkA/wC4AP8AsQD/AKoA/wCnAP8A&#10;/wAAAP8AAAD7AAAA9gAAAO0ABwDnAA8A4gAWAN8AIADeACkA2QAzANEAOwDMAEIAyABIAMUATgDC&#10;AFMAwABYAL4AXQC8AGIAugBnALkAbQC3AHQAtQB7ALIAhQCwAJAArgCcAKwAqgCpAL0ApwDeAKYA&#10;+QClAP8AowD/AJ0A/wCbAP8A/QAAAPYAAADrAAAA3wAAANEAAwDKAAwAxQASAMMAGwDAACQAvgAs&#10;ALkANQC2ADwAswBDALAASACuAE4ArABSAKsAVwCpAFwApwBhAKYAZwCkAG0AogB0AKAAfQCeAIgA&#10;nACVAJoAowCYALQAlgDNAJUA8QCUAP8AlQD/AJAA/wCOAP8A8wAAAOYAAADRAAAAwgAAALgAAACx&#10;AAgArQAPAKoAFgCoAB4AqAAnAKYALwCiADYAnwA8AJ0AQgCbAEcAmQBMAJcAUQCWAFUAlABaAJMA&#10;YACRAGYAkABuAI4AdgCMAIEAigCNAIgAmwCGAKwAhQDBAIQA5gCDAP0AhAD/AIMA/wCBAP8A5AAA&#10;AMsAAAC6AAAArAAAAKIAAACcAAQAmAAMAJYAEQCUABkAkwAhAJIAKACPADAAjQA2AIsAPACJAEEA&#10;iABGAIYASwCFAE8AhABUAIIAWgCBAGAAfwBnAH4AbwB8AHoAegCGAHgAlAB3AKQAdQC3AHQA1ABz&#10;APQAdAD/AHQA/wB0AP8AywAAALYAAACmAAAAmgAAAJIAAACKAAAAhgAIAIMADgCBABQAgQAbAIAA&#10;IwB/ACoAfQAwAHsANgB6ADsAeABAAHcARQB1AEkAdABOAHMAVABxAFoAcABhAG4AaQBtAHMAawB/&#10;AGkAjQBoAJ0AZwCuAGYAxwBlAOoAZgD/AGYA/wBnAP8AuAAAAKQAAACVAAAAigAAAIEAAAB8AAAA&#10;dgAEAHQADAByABAAcQAWAHAAHQBwACQAbgAqAG0AMABrADUAagA6AGkAPwBoAEQAZwBJAGUATgBk&#10;AFQAYwBbAGEAYwBgAG0AXgB5AF0AhwBbAJYAWgCoAFkAvQBZAN8AWQD4AFoA/wBaAP8AqAAAAJUA&#10;AACHAAAAewAAAHMAAABuAAAAagABAGcACABlAA4AZAASAGMAGABjAB8AYgAlAGEAKgBfADAAXgA1&#10;AF0AOgBcAD4AWwBEAFkASQBYAE8AVwBWAFYAXgBUAGgAUwBzAFEAgQBQAJEATwCiAE4AtQBOANAA&#10;TgDwAE4A/wBPAP8AnAAAAIkAAAB7AwAAcAMAAGgDAABiAQAAXwAAAF0ABABbAAsAWQAPAFgAFABX&#10;ABkAVwAgAFYAJQBVACoAUwAwAFIANABRADkAUAA/AE8ARABOAEsATQBSAEsAWgBKAGMASQBvAEcA&#10;fABGAIwARQCdAEUAsABEAMcARADoAEQA+gBFAP8AkgQAAIAHAABxCgAAZgoAAF4KAABZCQAAVQcA&#10;AFQEAABSAAcAUAAMAE8AEABOABUATQAbAEwAIABLACYASgArAEkAMABIADUARwA6AEYAQABFAEYA&#10;QwBOAEIAVgBBAF8AQABrAD4AeAA9AIgAPACZADwAqwA8AMEAOwDgADsA9AA7AP8AiQoAAHgMAABq&#10;DgAAXw4AAFcOAABRDgAATQwAAEsLAABKCAIASQQJAEgADQBGABEARQAWAEQAHABDACEAQgAmAEEA&#10;KwA/ADEAPgA2AD0APAA8AEMAOwBKADoAUgA5AFwAOABoADYAdQA1AIUANACWADQAqAAzALwAMwDY&#10;ADMA7wAzAPsAgg0AAHEPAABkEAAAWREAAFERAABLEQAARxAAAEQOAABCDQAAQQsFAEEHCwA/BQ4A&#10;PgMSADwCGAA7Ah0AOgMiADkDKAA4Ay0ANwMyADYEOQA1BD8ANAVHADMFUAAxBloAMAZmAC8HcwAu&#10;B4MALQeVACwHpwArB7oAKwfSACsH6wArB/cAfRAAAGwRAABfEwAAVBQAAEwUAABGFAAAQhMAAD4S&#10;AAA8EAAAOg4BADoNBgA6CgwAOAkQADYIFAA1CBkANAkfADIJJAAxCSkAMAkvAC8KNgAuCj0ALQpF&#10;ACwLTgArC1kAKQxlACgMcwAnDIMAJg2VACUNpwAkDbsAIw3SACMN6wAjDfcAeBIAAGgUAABbFgAA&#10;URcAAEgXAABCFgAAPRYAADkVAAA3EwAANREAADMQAwAzDggAMg0NADANEQAvDRYALQ0bACwNIQAr&#10;DScAKg0tACkONAAoDjsAJw5EACUOTgAkD1kAIxBlACEQcwAgEIQAHxCWAB4QqQAdEL0AHBDYAB0Q&#10;7gAdEPkAcxQAAGQWAABXGAAATRkAAEUZAAA/GQAAOhgAADUXAAAyFgAAMBUAAC4TAAAtEQQALBAK&#10;ACsQDgApEBIAKBAYACYQHgAlECQAJBAqACMRMQAiETkAIRFCACASSwAeElYAHRNjABwTcQAaE4IA&#10;GRSVABgUpwAXFLsAFxPUABcT7gAYE/oAcBYAAGAZAABUGgAAShsAAEIcAAA8GwAANhsAADIaAAAv&#10;GQAALBgAACoWAAAoFAEAJhMHACUTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULgAcFTYAGxU/ABoW&#10;SQAZFlQAGBdhABYXcAAVGIEAFBiTABMYpgASGLoAEhfSABIX7AATF/oAbBkAAF0bAABRHQAARx0A&#10;AD8eAAA5HQAANB0AAC8cAAArGwAAKBoAACYZAAAkGAAAIhcEACAXCgAeFw4AHBcSABoXFwAZGB4A&#10;GRgkABgZLAAXGTQAFho9ABUaRwAUG1IAExtfABIcbgARHH8AEBySABAcpQAPHLkADhzQAA4b6gAP&#10;G/gAaRsAAFodAABOHwAARR8AAD0gAAA2HwAAMR8AAC0eAAApHQAAJR0AACMcAAAgGwAAHRsBABsb&#10;BwAZHA0AFxwQABYcFQAVHBsAFB0iABMdKQASHjEAER46ABEfRQAQH1AADyBdAA4gbAANIHwADSCP&#10;AAwgogALILUACyDKAAsg5QAMH/QAZR0AAFcfAABMIQAAQiEAADohAAA0IQAALyEAACogAAAmHwAA&#10;Ix8AACAeAAAdHgAAGSAAABYgBAAUIAsAEiEOABEhEwARIhkAECIfAA8iJgAOIy8ADiM3AA0jQQAM&#10;JE0ACyRZAAokZwAJJHgACCSLAAckngAHJLEABiTHAAYj4wAHI/EAYh8AAFQhAABJIwAAQCMAADgj&#10;AAAyIwAALCMAACgiAAAkIQAAISEAAB4hAAAaIQAAFiMAABMkAwARJQgADyYNAA4nEQANJxYADCcd&#10;AAsnIwAKJysACSg0AAgoPgAHKEkABihVAAUpZAAEKXQAAymHAAIpmwABKK8AACjFAAEo4QABJ/AA&#10;XiIAAFEkAABGJQAAPSUAADUlAAAvJQAAKiQAACYkAAAiIwAAHyMAABskAAAYJQAAFCYAABEoAwAP&#10;KQgADCwMAAosEAAILBQABywaAAYsIQAFLCgAAy0wAAItOgABLUUAAC1SAAAuYAAALnEAAC2EAAAt&#10;mQAALa0AACzCAAAs4AAALPAAWiQAAE0mAABDJwAAOicAADMnAAAtJwAAKCYAACQmAAAhJgAAHSYA&#10;ABknAAAVKQAAESsAAA8sAwANLgcACTAMAAYxDgADMRIAATIXAAAyHgAAMiUAADItAAAyNgAAM0IA&#10;ADNOAAAzXQAAM20AADOBAAAylgAAMqsAADHBAAAx3wAAMfAAVicAAEopAAA/KgAANyoAADAqAAAr&#10;KQAAJygAACMoAAAeKQAAGioAABYsAAASLgAADzAAAA0xAgAKNAcABTULAAI2DgAANxAAADgUAAA4&#10;GgAAOCIAADgqAAA5MwAAOT4AADlKAAA5WQAAOWkAADl9AAA4kwAAOKgAADe/AAA33gAANvAAUSsA&#10;AEYsAAA8LAAANCwAAC4sAAAqKwAAJSsAACAsAAAbLQAAFy8AABMxAAAQMwAADTUAAAk3AgAFOgYA&#10;ATsKAAA8DQAAPQ8AAD4SAAA/FwAAQB4AAEAlAABALwAAQDoAAEBGAABAVAAAQGUAAD94AAA/jwAA&#10;PqYAAD69AAA93AAAPfAATS4AAEIvAAA5LwAAMi8AAC0uAAAoLgAAIi8AAB0wAAAYMgAAEzUAABA3&#10;AAAMOgAACTwAAAU+AAAAQQQAAEIIAABDCwAARA0AAEYQAABHFAAASBkAAEghAABIKgAASDUAAEhB&#10;AABITwAASGAAAEdzAABHigAARqIAAEW5AABF2QAARPAASDIAAD4yAAA2MgAAMDEAACsxAAAlMgAA&#10;HzQAABk2AAATOQAAEDwAAAw/AAAIQgAAA0QAAABGAAAASAIAAEoFAABLCAAATAsAAE4OAABPEQAA&#10;URUAAFIcAABSJQAAUjAAAFI8AABRSgAAUVoAAFFtAABQhAAAT50AAE61AABN0gAATe4AQzYAADs2&#10;AAA0NQAALzQAACc1AAAhOAAAGjsAABQ+AAAQQQAADEQAAAdHAAACSgAAAE0AAABPAAAAUQAAAFMC&#10;AABUBQAAVQgAAFcLAABZDgAAWxEAAF0XAABdHwAAXSoAAF02AABcRAAAXFQAAFtnAABbfgAAWpcA&#10;AFmvAABYywAAV+oAPzkAADg5AAAzOAAAKzkAACM8AAAcPwAAFUMAABBHAAALSgAABU4AAABRAAAA&#10;VAAAAFcAAABaAAAAXAAAAF0AAABfAAAAYAQAAGIHAABkCwAAZg4AAGgSAABrGQAAayMAAGouAABq&#10;PAAAak0AAGlfAABodQAAZ48AAGaoAABlwgAAZOMAPT0AADc8AAAuPQAAJUAAAB1EAAAWSQAAEE0A&#10;AApRAAAEVQAAAFoAAABdAAAAYAAAAGMAAABmAAAAaAAAAGoAAABrAAAAbQAAAG8CAABxBgAAdAoA&#10;AHYOAAB5EwAAexsAAHsnAAB6NQAAeUUAAHhZAAB4bQAAd4YAAHafAAB1twAAdNIAPEEAADJCAAAo&#10;RQAAIEoAABdOAAAQVAAAClkAAAJeAAAAYwAAAGcAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7&#10;AAAAfQAAAH8AAACCAAAAhAMAAIcJAACKDgAAjhMAAI8eAACOKwAAjjsAAI1OAACLYwAAinwAAIqV&#10;AACIrQAAh8UANkcAACxLAAAiTwAAGVUAABBbAAAKYQAAAWcAAABtAAAAcgAAAHcAAAB7AAAAfwAA&#10;AIMAAACGAAAAiAAAAIoAAACNAAAAjwAAAJEAAACUAAAAlwAAAJoBAACdBwAAoQ0AAKUUAACkIQAA&#10;pDEAAKNEAACiWQAAoHAAAJ+LAACdogAAnbcAMFAAACVVAAAbWwAAEmIAAAtpAAABcAAAAHcAAAB9&#10;AAAAgwAAAIgAAACNAAAAkQAAAJUAAACYAAAAmgAAAJwAAACfAAAAoQAAAKMAAACmAAAAqQAAAKwA&#10;AACwAAAAtAcAALgOAAC6GAAAuicAALk5AAC4TgAAt2UAALZ+AAC1lgAAs6sAKVsAAB5iAAAUaQAA&#10;DHEAAAJ5AAAAgQAAAIkAAACPAAAAlgAAAJsAAACgAAAApAAAAKgAAACrAAAArAAAAK8AAACyAAAA&#10;tAAAALYAAAC5AAAAvAAAAMAAAADEAAAAyAAAAM0HAADSEAAA0h0AANEvAADQRAAAz1sAAM1zAADL&#10;jQAAyqEA/wAAAP8AAAD7AAAA+gAAAPwACAD4AA8A9QAXAPQAIADxACoA6wAzAOYAOwDiAEMA3gBJ&#10;ANoATwDWAFQA0wBZANAAXgDOAGMAywBoAMkAbgDGAHUAwwB9AMEAhgC+AJIAuwCeALkArgC2AMMA&#10;tADoALMA/wCvAP8ApQD/AJ4A/wCbAP8A/QAAAPcAAADyAAAA8AAAAOcAAwDhAAwA3AASANgAGwDW&#10;ACQA0gAtAMwANgDGAD0AwgBDAL8ASQC8AE4AugBTALgAWAC2AF0AtQBiALMAZwCxAG4ArwB2AKwA&#10;fwCqAIoAqACXAKUApgCjALkAoQDZAKAA+QCeAP8AmAD/AJIA/wCPAP8A8wAAAOwAAADjAAAA0wAA&#10;AMgAAADBAAkAvQAPALsAFgC5AB8AtwAnALMALwCvADcArAA9AKoAQwCoAEgApgBNAKQAUgCjAFYA&#10;oQBbAJ8AYQCeAGcAnABvAJoAeACXAIMAlQCQAJMAngCRALAAkADIAI4A8ACNAP8AigD/AIUA/wCC&#10;AP8A5wAAAN0AAADGAAAAuAAAAK4AAACoAAQApQAMAKEAEgChABkAoAAiAJ8AKQCbADAAmAA3AJYA&#10;PQCTAEIAkgBHAJAASwCPAFAAjQBVAIwAWgCKAGEAiABoAIcAcACFAHsAgwCIAIEAlgB/AKcAfQC8&#10;AHwA4wB8AP0AfAD/AHgA/wB2AP8A1gAAAMAAAACvAAAAowAAAJkAAACTAAAAjwAJAI0ADgCLABQA&#10;igAcAIoAIwCIACoAhQAwAIMANgCCADsAgABAAH8ARQB+AEoAfABPAHsAVAB6AFoAeABhAHYAaQB1&#10;AHMAcwCAAHEAjgBvAJ8AbgCyAG0AzwBsAPQAbAD/AGsA/wBpAP8AwAAAAKsAAACbAAAAjwAAAIcA&#10;AACAAAAAfAAEAHoADAB4ABEAeAAXAHgAHgB3ACQAdQAqAHMAMABxADUAcAA6AG4APwBtAEQAbABJ&#10;AGsATgBqAFQAaABbAGcAYwBlAG0AZAB4AGIAhwBgAJcAXwCqAF4AwgBeAOkAXgD/AF4A/wBdAP8A&#10;rAAAAJkAAACKAAAAfwAAAHcAAABxAAAAbQAAAGoACABpAA4AaAASAGcAGABnAB8AZwAlAGUAKgBj&#10;AC8AYgA0AGEAOQBgAD4AXwBDAF4ASABdAE4AWwBVAFoAXQBYAGcAVwByAFUAgQBUAJEAUwCjAFIA&#10;uABRANwAUQD5AFIA/wBSAP8AnQAAAIsAAAB8AAAAcQAAAGkAAABkAAAAYAAAAF4ABQBcAAsAWwAP&#10;AFsAFABaABkAWgAfAFkAJQBXACoAVgAvAFUANABUADgAUwA9AFIAQwBQAEkATwBQAE4AWABNAGIA&#10;SwBtAEoAegBJAIsASACdAEcAsQBHAMwARgDwAEcA/wBHAP8AkAAAAH4AAABwAAAAZgAAAF4AAABZ&#10;AAAAVgAAAFMAAQBSAAgAUAANAE8AEABPABUATgAaAE4AIABNACUATAAqAEoALgBJADMASAA4AEcA&#10;PgBGAEQARQBLAEQAUwBDAF0AQQBoAEAAdQA/AIUAPgCXAD0AqwA9AMMAPQDmAD0A+wA+AP8AhwAA&#10;AHUDAABoBgAAXQcAAFUGAABQBgAATAQAAEoBAABJAAQARwAKAEYADgBFABEARQAWAEQAGwBDACAA&#10;QgAlAEEAKgBAAC8APwA0AD4AOgA9AEAAOwBHADoATwA5AFkAOABkADcAcQA2AIEANQCTADQApgA0&#10;ALsANADdADQA9QA1AP8AfgYAAG0JAABgCwAAVgwAAE4MAABICwAARAoAAEIIAABABQEAPwEHAD4A&#10;CwA9AA4APAASADsAFwA7ABwAOgAhADkAJQA3ACoANgAwADUANQA0ADwAMwBDADIATAAxAFUAMABg&#10;AC8AbQAuAH0ALQCPACwAogAsALYALADQACwA7gAsAPwAdwoAAGcMAABaDgAAUA4AAEkOAABDDgAA&#10;Pg0AADsMAAA5CwAAOAkDADcFCAA2Ag0ANQEQADQAEwAzABgAMgAdADEAIgAwACcALwAsAC4AMgAt&#10;ADgALABAACsASQAqAFIAKQBdACgAawAnAXoAJgGMACUAnwAlALIAJQDKACUA6AAlAPcAcg0AAGIO&#10;AABWEAAATBEAAEQRAAA+EQAAORAAADYPAAAzDgAAMQ0BADALBQAwCAoALwYNAC4FEQAsBBQAKwMZ&#10;ACoDHgApAyMAKAQpACcELwAmBTUAJQU9ACQFRgAjBlAAIgZcACEHaQAgB3kAHweLAB4HnQAeB7AA&#10;HQbGAB0G4wAdBfMAbQ4AAF4RAABSEgAASBMAAEATAAA6EwAANRIAADERAAAuEAAALA8AACoOAwAq&#10;DQcAKQsLACgJDgAnCREAJQgWACQIGwAjCSAAIgkmACEJLAAgCjMAHwo7AB4LRAAdC08AHAxbABsM&#10;aQAaDHkAGAyLABgMngAXDLAAFgzFABYM4QAWC/AAaRAAAFoSAABOFAAARRUAAD0VAAA3FQAAMRQA&#10;AC0TAAAqEgAAKBEAACYQAQAkEAQAIw4IACMNDAAiDA8AIAwTAB8MGAAeDR0AHQ0jABwNKgAbDTIA&#10;Gg46ABgORAAXDlAAFg9cABUPagATEHsAEhCNABEQoAARELMAEA/JABAP5AARD/IAZRIAAFcUAABL&#10;FgAAQhcAADoXAAA0FwAALxYAACoVAAAnFAAAJBMAACITAAAgEgMAHhEGAB0QCQAcEA0AGw8QABkQ&#10;FQAYEBsAFxAhABYQKAAVETAAFBE5ABMRQwASEk4AERJaABASaQAQE3kADhOMAA4TngANE7EADRLF&#10;AAwS4QANEvEAYhQAAFQWAABJGAAAPxkAADcZAAAxGQAALBgAACgXAAAkFgAAIRYAAB8VAAAcFAIA&#10;GhMEABkSBgAXEgsAFRIOABQSEgATExgAEhMfABETJgARFC0AEBQ2AA8VQQAOFUwADhZXAA0WZQAM&#10;F3UACxeHAAoXmgAJFq0ACBbBAAgW3QAJFe4AXxYAAFEYAABGGgAAPRoAADUbAAAvGgAAKhoAACUZ&#10;AAAiGAAAHxgAABwXAAAZFgEAFxYDABUWBAATFgkAERYNABAXEQAPFxYADhccAA4YIwANGCoADBkz&#10;AAwZPAALGkcAChpTAAkaYQAHG3EABhuDAAUblwAEGqoAAxq/AAMZ2gAEGewAXBgAAE4aAABDHAAA&#10;OhwAADMcAAAsHAAAJxwAACMbAAAgGgAAHRkAABoZAAAXGAEAFRgCABIZBAAQGwcADhsMAA0cEAAM&#10;HBMACxwZAAocHwAJHScACB0vAAceOQAGHkMABB5QAAMfXgACH24AAR+AAAAflQAAHqkAAB69AAAd&#10;2AAAHewAWBoAAEscAABBHgAAOB4AADAeAAAqHgAAJR0AACEcAAAeHAAAGxsAABgbAAAWGwEAExsC&#10;ABEcBAAOHgcADB8LAAogDgAIIBIABiEXAAUhHQAEISQAAiIsAAEiNQAAIkAAACNNAAAjWgAAI2sA&#10;ACN+AAAjkwAAIqcAACK8AAAh1wAAIe0AVR0AAEgfAAA+IAAANSAAAC4gAAAoIAAAIx8AACAeAAAd&#10;HQAAGh0AABYdAAATHgAAER8CAA4gBAANIgcACiQLAAYlDQAEJRAAAiYUAAAmGgAAJiEAACcpAAAn&#10;MgAAJz0AACdJAAAoVwAAKGcAACd7AAAnkAAAJ6UAACa7AAAm1gAAJe0AUSAAAEUhAAA7IgAAMiIA&#10;ACwiAAAmIQAAIiEAAB4gAAAbHwAAGCAAABQgAAARIgAADyMAAA0lAwAKJgYABigKAAMpDQAAKw8A&#10;ACwSAAAsFwAALB4AACwmAAAtLwAALTkAAC1GAAAtVAAALWQAAC13AAAsjQAALKQAACu6AAAr1gAA&#10;Ku4ATSIAAEEkAAA4JAAAMCQAACkkAAAkIwAAISIAAB0iAAAZIgAAFSMAABIkAAAPJgAADSgAAAoq&#10;AgAGLAUAAi4JAAAvCwAAMA4AADIQAAAzFQAAMxsAADMiAAAzKwAAMzYAADNCAAAzUAAAM2AAADNz&#10;AAAyigAAMqEAADG4AAAw1gAAMO8ASSUAAD4mAAA0JwAALScAACgmAAAjJQAAHyQAABslAAAWJgAA&#10;EigAABAqAAANLAAACi4AAAYwAQACMgQAADQHAAA1CgAANwwAADgOAAA6EgAAOhcAADofAAA6JwAA&#10;OjIAADo+AAA6TAAAOlwAADpvAAA5hgAAOJ4AADi2AAA31AAANu8ARCkAADopAAAxKQAAKykAACYo&#10;AAAiJwAAHSgAABgpAAATKwAAEC4AAA0wAAAJMgAABTUAAAE3AAAAOQIAADsFAAA8CAAAPgsAAD8N&#10;AABBEAAAQxQAAEMbAABDIwAAQy4AAEM5AABDRwAAQlcAAEJqAABBgQAAQJoAAD+yAAA+zwAAPu8A&#10;PywAADYsAAAvLAAAKisAACUqAAAfKwAAGS0AABQvAAAQMgAADTUAAAg4AAAEOgAAADwAAAA/AAAA&#10;QQAAAEMCAABFBQAARggAAEgLAABKDgAATBEAAE0WAABNHgAATSgAAE00AABMQgAATFEAAEtkAABL&#10;ewAASpQAAEmtAABIygAAR+wAOzAAADMvAAAtLwAAKC0AACIvAAAbMQAAFTQAABA3AAANOgAACD0A&#10;AAJAAAAAQwAAAEYAAABIAAAASgAAAEwAAABOAQAATwQAAFEHAABTCwAAVQ4AAFgSAABZGQAAWCIA&#10;AFguAABXPAAAV0sAAFZeAABWcwAAVY0AAFSnAABSwgAAUuYAODMAADEyAAAsMQAAJTIAAB01AAAW&#10;OAAAETwAAAxAAAAHRAAAAEcAAABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABZAAAAWgAAAFwDAABe&#10;BwAAYQsAAGQOAABmEwAAZxwAAGYnAABmNAAAZUQAAGRXAABkawAAYoUAAGGfAABguQAAXtwANTcA&#10;ADA1AAAoNwAAIDoAABg9AAARQgAADEYAAAZKAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAA&#10;AGQAAABlAAAAZwAAAGkAAABsAQAAbgYAAHELAAB0DwAAdxUAAHcgAAB2LQAAdj0AAHVPAAB0YwAA&#10;c3sAAHKVAABwrwAAb8kANToAACs7AAAiPwAAGkMAABJIAAAMTQAABVIAAABXAAAAXAAAAGAAAABk&#10;AAAAaAAAAGsAAABuAAAAcQAAAHMAAAB1AAAAdwAAAHoAAAB8AAAAfwAAAIIEAACGCgAAig8AAIwX&#10;AACLJAAAijMAAIlFAACHWwAAhnIAAIWLAACDpQAAgrwAL0AAACVEAAAcSQAAE04AAA1UAAAEWgAA&#10;AGEAAABmAAAAawAAAG8AAAB0AAAAeQAAAH0AAACAAAAAgwAAAIUAAACHAAAAigAAAIwAAACPAAAA&#10;kgAAAJYAAACZAgAAngkAAKIQAACiGgAAoSkAAKA7AACfUAAAnWcAAJqBAACamQAAma8AKUkAAB9O&#10;AAAVVAAADlsAAAViAAAAaQAAAHAAAAB3AAAAfQAAAIIAAACGAAAAiwAAAI8AAACTAAAAlQAAAJcA&#10;AACaAAAAnQAAAKAAAACjAAAApgAAAKoAAACuAAAAsgAAALcKAAC7EQAAuh8AALkwAAC3RQAAtVwA&#10;ALR0AACxjgAAr6QAIlQAABhbAAAQYgAAB2oAAABzAAAAewAAAIIAAACJAAAAkAAAAJUAAACaAAAA&#10;nwAAAKMAAACmAAAAqAAAAKsAAACuAAAAsAAAALMAAAC2AAAAugAAAL0AAADCAAAAxwAAAMwBAADT&#10;CwAA1BUAANMmAADROgAA0FEAAM1oAADLgQAAypYA/AAAAPYAAADyAAAA8QAAAPMABQD0AAwA8gAT&#10;APAAHADtACUA6AAuAOIANgDeAD4A2QBEANQASgDRAE8AzgBUAMsAWQDJAF4AxgBjAMQAaQDBAHAA&#10;vgB4ALwAgQC5AI0AtgCaALMAqwCxAMAArwDmAK4A/wClAP8AmgD/AJQA/wCPAP8A9AAAAOwAAADo&#10;AAAA5wAAAN8AAADZAAkA0gAQAM8AFwDPACAAzAAoAMYAMADAADcAvAA+ALkARAC3AEkAtQBOALMA&#10;UwCxAFcArwBdAK0AYgCrAGkAqQBxAKcAegClAIUAogCTAKAAogCdALYAmwDUAJkA+QCWAP8AjQD/&#10;AIgA/wCEAP8A6AAAAN8AAADZAAAAyQAAAL8AAAC4AAQAtQANALMAEgCxABoAsAAiAK0AKgCpADEA&#10;pgA4AKQAPQCiAEMAoABIAJ4ATACcAFEAmwBWAJkAXACXAGIAlQBpAJMAcgCRAH0AjwCLAI0AmgCL&#10;AKwAiQDFAIgA7gCGAP8AfwD/AHoA/wB4AP8A2QAAAM0AAAC7AAAArgAAAKUAAACfAAAAnAAJAJkA&#10;DwCZABUAmQAdAJgAJACUACsAkQAxAI4ANwCMADwAiwBBAIkARgCIAEsAhgBQAIUAVQCDAFsAggBi&#10;AIAAawB+AHUAfACCAHoAkgB4AKMAdwC5AHYA4AB1AP8AcgD/AG4A/wBsAP8AxwAAALUAAAClAAAA&#10;mQAAAI8AAACJAAAAhQAEAIQADACCABEAggAXAIIAHgCAACUAfgArAHwAMQB6ADYAeQA7AHcAQAB2&#10;AEQAdQBJAHMATwByAFUAcABcAG8AZABtAG4AbAB6AGoAigBoAJsAZwCvAGYAzABlAPUAZAD/AGEA&#10;/wBgAP8AtAAAAKAAAACQAAAAhQAAAH0AAAB3AAAAcwAAAHAACABvAA4AbwASAG8AGABvAB8AbQAl&#10;AGsAKgBpADAAaAA0AGcAOQBmAD4AZQBDAGMASABiAE4AYQBVAF8AXgBeAGcAXABzAFsAggBZAJMA&#10;WACmAFcAvwBXAOoAVwD/AFYA/wBUAP8AoQAAAI4AAAB/AAAAdQAAAGwAAABoAAAAZAAAAGEABABg&#10;AAsAXwAPAF8AEwBfABkAXwAfAF0AJQBcACoAWwAvAFkAMwBYADgAVwA9AFYAQwBVAEkAUwBQAFIA&#10;WABRAGEAUABtAE4AewBNAIwATACfAEsAtQBKANwASgD6AEoA/wBKAP8AkgAAAIAAAAByAAAAZwAA&#10;AF8AAABaAAAAVwAAAFUAAQBTAAcAUgAMAFIAEABSABQAUgAaAFEAHwBPACQATgApAE0ALgBMADMA&#10;SwA4AEoAPQBJAEMASABKAEYAUgBFAFwARABnAEMAdQBCAIYAQQCYAEAArgBAAMsAPwDyAEAA/wBA&#10;AP8AhQAAAHQAAABnAAAAXQAAAFUAAABPAAAATAAAAEoAAABIAAQARwAKAEcADQBGABEARgAVAEYA&#10;GgBFAB8ARAAkAEMAKQBCAC0AQQAzAD8AOAA+AD4APQBFADwATgA7AFcAOgBiADkAbwA4AIAANwCT&#10;ADYApwA2AMAANgDoADYA/gA2AP8AfAAAAGsAAABeAgAAVAMAAE0DAABHAwAAQwEAAEEAAAA/AAEA&#10;PgAHAD0ACwA9AA4APAARADwAFgA8ABoAOgAfADkAJAA4ACkANwAuADYAMwA1ADoANABBADMASQAy&#10;AFMAMQBeADAAawAvAHsALgCOAC0AogAtALgALQDdAC0A+AAuAP8AcwEAAGQFAABXBwAATQgAAEYI&#10;AABACAAAOwcAADgFAAA3AwAANgAEADUACAA0AAwANAAPADQAEgAzABYAMgAbADEAIAAwACQALwAp&#10;AC4ALwAtADYALAA9ACsARQAqAE8AKQBaACgAZwAnAHcAJgCJACYAnQAlALMAJQDPACUA8AAmAP8A&#10;bQYAAF4JAABSCwAASAwAAEAMAAA6CwAANgsAADIKAAAwCAAALgYCAC4DBgAtAAoALAANACwAEAAr&#10;ABMAKgAXACkAHAAoACAAJwAlACYAKwAlADIAJAA5ACMAQgAiAEsAIgBXACEAZAAgAHMAHwCFAB8A&#10;mQAeAK4AHgDHAB4A6QAfAPoAaAkAAFkMAABNDQAAQw4AADwOAAA2DgAAMQ0AAC0NAAAqDAAAKAsA&#10;ACcJBAAmBggAJgQLACUDDgAkARAAJAEUACIBGAAhAR0AIQAiACAAKAAfAC4AHgE2AB0BPwAcAUkA&#10;GwFUABoBYQAaAXAAGQGCABgAlgAYAKoAGADBABgA4QAYAPQAYwwAAFUOAABJDwAAQBAAADgQAAAy&#10;EAAALQ8AACkOAAAmDgAAIw0AACIMAwAgCwYAIAkJAB8HDAAeBg4AHgURABwFFQAbBRoAGgUfABoF&#10;JQAZBSsAGAUzABcGPAAWBkYAFgZSABUHXwAUB24AEweAABIHlAASBqcAEgW8ABIE2QASA+8AXw4A&#10;AFEPAABGEAAAPBEAADURAAAvEQAAKhEAACYQAAAiEAAAIA8AAB0OAgAcDQUAGg0HABoLCgAZCg0A&#10;GAkQABcJEgAWCRcAFQkcABQJIgAUCikAEwoxABIKOgASC0UAEQtRABAMXwAPDG4ADgyAAA4MlAAN&#10;C6cADQu6AA0K0gANCuoAXA8AAE4RAABDEgAAOhMAADITAAAsEwAAJxIAACMRAAAfEQAAHBAAABoQ&#10;AgAYDwQAFg4HABUOCQAUDQsAEwwNABIMEAASDBQAEQwaABENIAAQDSgADw0wAA4OOwANDkYADQ5R&#10;AAwPXgALD20ACg9/AAkPkwAJD6YACA65AAgO0AAHDugAWBEAAEsSAABAEwAANxQAADAUAAApFAAA&#10;JRQAACETAAAdEgAAGhIAABcRAgAVEQUAExAHABIQCQARDwoAEA4MAA4ODgAODxIADRAYAA0QHgAM&#10;ECUADBAtAAsRNgAKEUEACRFNAAgSWgAHEmoABhJ8AAUSkAAEEqQAAxG4AAMRzwACEegAVRIAAEkU&#10;AAA+FQAANRYAAC0WAAAnFgAAIhUAAB4UAAAbFAAAGBMAABUSAwATEgUAEhEHABARCQAPEQoADREL&#10;AAwSDgALEhEAChIVAAkTGwAJEyIACBMqAAcUMwAFFD4ABBVKAAMVWAACFWcAARV6AAAVjgAAFaMA&#10;ABS3AAAUzwAAE+kAUhQAAEYWAAA7FwAAMhcAACsXAAAlFwAAIRYAABwWAAAZFQAAFhQBABQTBAAS&#10;EwYAERIIAA8SCAAOEwkADBQKAAoVDQAIFhAABhYTAAUWGQAEFx8AAxcnAAIYMAABGDsAABlHAAAZ&#10;VQAAGWQAABl3AAAZjAAAGKIAABi3AAAXzwAAF+oATxYAAEMYAAA5GQAAMBkAACkZAAAjGQAAHxgA&#10;ABsXAAAYFgAAFRUCABMVBQARFAYAEBQGAA4VBwAMFggAChcKAAcZDAAEGg4AAhsSAAEbFgAAGx0A&#10;ABwkAAAcLQAAHDgAAB1EAAAdUgAAHWIAAB11AAAdigAAHKAAABy2AAAb0AAAGusATBgAAEAaAAA2&#10;GwAALRsAACYbAAAhGgAAHRkAABkZAAAXGAAAFBcDABIWBAAQFwQADhcEAAwZBQAKGgcABxwJAAMd&#10;CwAAHw0AACAQAAAgFAAAIRoAACEiAAAhKgAAITUAACJBAAAiTwAAIl8AACJyAAAhiAAAIZ8AACC2&#10;AAAf0QAAH+0ASBoAAD0cAAAzHQAAKx0AACQdAAAgHAAAHBsAABgaAAAWGQEAExkBABEZAQAOGgEA&#10;DBwCAAodAwAHHwUAAyEIAAAiCgAAJAwAACYOAAAmEgAAJhgAACcfAAAnJwAAJzIAACc+AAAnSwAA&#10;J1wAACduAAAmhQAAJp0AACW0AAAk0QAAI+4ARB0AADkfAAAwHwAAKB8AACMeAAAeHQAAGxwAABgb&#10;AAAUHAAAERwAAA4dAAANHwAACiEAAAYiAQADJAQAACYGAAAoCAAAKgsAACsNAAAtEAAALRUAAC0c&#10;AAAtJAAALi4AAC46AAAuSAAALVgAAC1qAAAtgQAALJoAACuyAAAq0AAAKe8AQCAAADYhAAAtIQAA&#10;JiEAACEgAAAdHwAAGh4AABYeAAASHwAADyEAAA0iAAAKJAAABiYAAAIoAAAAKwIAAC0EAAAvBgAA&#10;MAkAADIMAAA0DgAANRIAADUYAAA1IAAANSoAADU2AAA1QwAANVMAADRmAAA0fAAAM5YAADKvAAAx&#10;zQAAMO8APCMAADIkAAAqJAAAJCMAACAiAAAcIQAAFyEAABMjAAAQJQAADScAAAkpAAAFKwAAAS4A&#10;AAAwAAAAMgAAADQBAAA2BAAAOAYAADoJAAA8DQAAPhAAAD4UAAA+HAAAPiYAAD4xAAA+PwAAPU4A&#10;AD1hAAA8dwAAO5EAADqrAAA5yQAAOO0ANycAAC8nAAAoJgAAIyUAAB8kAAAZJQAAFCYAABAoAAAN&#10;KwAACS4AAAUwAAAAMwAAADUAAAA4AAAAOgAAADwAAAA+AQAAQAMAAEIHAABECgAARg0AAEkRAABJ&#10;FwAASCEAAEgsAABHOgAAR0kAAEZbAABFcQAARIsAAEOlAABCwwAAQegANCoAACwqAAAnKAAAIicA&#10;ABwoAAAWKgAAES0AAA0wAAAJMwAAAzYAAAA5AAAAPAAAAD4AAABBAAAAQwAAAEYAAABIAAAASgAA&#10;AEwDAABOBgAAUAoAAFMOAABUEwAAVBwAAFMnAABTNAAAU0MAAFJVAABRagAAUIMAAE+eAABNuQAA&#10;TOAAMC0AACssAAAmKwAAHywAABguAAASMgAADTUAAAg5AAACPQAAAEAAAABDAAAARgAAAEkAAABM&#10;AAAATgAAAFEAAABTAAAAVQAAAFcAAABZAQAAXAYAAF8KAABiDgAAYxUAAGMfAABiLAAAYTwAAGBO&#10;AABfYgAAXnsAAFyWAABbsAAAWc8ALzAAACovAAAiMAAAGjMAABM3AAAOOwAACD8AAAFEAAAASAAA&#10;AEwAAABPAAAAUgAAAFUAAABYAAAAWwAAAF0AAABgAAAAYgAAAGQAAABmAAAAaQAAAG0FAABwCwAA&#10;dBAAAHQYAABzJQAAcjQAAHJFAABwWQAAb3EAAG2LAABrpgAAasAALjMAACU1AAAdOAAAFDwAAA5B&#10;AAAHRwAAAEwAAABRAAAAVQAAAFkAAABdAAAAYQAAAGUAAABoAAAAawAAAG0AAABvAAAAcgAAAHQA&#10;AAB3AAAAegAAAH4AAACCBAAAhgsAAIoRAACJHAAAiCsAAIY9AACEUgAAg2cAAIGBAAB/mwAAfrIA&#10;KToAACA9AAAWQgAAD0gAAAhOAAAAVAAAAFoAAABgAAAAZAAAAGkAAABuAAAAcgAAAHYAAAB6AAAA&#10;fQAAAIAAAACCAAAAhQAAAIgAAACLAAAAjgAAAJIAAACWAAAAmwMAAKAMAACiEwAAoCEAAJ8zAACd&#10;RwAAml4AAJh3AACXjwAAlacAI0MAABlIAAARTgAACVUAAABcAAAAYwAAAGoAAABxAAAAdgAAAHsA&#10;AACAAAAAhgAAAIoAAACOAAAAkQAAAJMAAACWAAAAmQAAAJwAAACgAAAAowAAAKcAAACrAAAAsAAA&#10;ALYEAAC8DQAAuhcAALkoAAC3PAAAtFIAALJqAACvhQAArZwAHE4AABNUAAALXAAAAWQAAABsAAAA&#10;dAAAAHwAAACDAAAAiQAAAI8AAACUAAAAmgAAAJ8AAACiAAAApAAAAKcAAACqAAAArgAAALEAAAC0&#10;AAAAuAAAALwAAADBAAAAxwAAAM0AAADUBQAA2BAAANUeAADTMQAA0EgAAM1fAADLdgAAyI4AAAAA&#10;AAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4&#10;OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCB&#10;goOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJ&#10;y8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////&#10;/////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMU&#10;FhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xd&#10;XmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Sm&#10;p6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u&#10;8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8AAAAA&#10;AAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5&#10;Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGC&#10;g4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnL&#10;zM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////&#10;////////////////////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8g&#10;ISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZ&#10;WltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGS&#10;k5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrL&#10;zM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEA&#10;AAAAAwQhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsM&#10;DQ4PEBESExQVFhcYGRoaGxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJD&#10;REVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8&#10;fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2&#10;t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x&#10;8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcY&#10;GRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZI&#10;SUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3&#10;ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn&#10;6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcI&#10;CAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKiss&#10;LS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6B&#10;g4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU&#10;1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4&#10;+Pn5+vv7/Pz9/f7+/9rLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofV&#10;rZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCz&#10;aLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ46&#10;6cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Ol&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I&#10;2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7&#10;rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQ&#10;YNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2aud&#10;idyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvE&#10;taiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzI&#10;DpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyq&#10;nIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiI&#10;y7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLL&#10;ujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIve&#10;qJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Ol&#10;h9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKs&#10;xrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trL&#10;CRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN&#10;4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9Gw&#10;oofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5tnLCRvnzg056M0QYNzJDZLLuzCrxrhP&#10;tMCzZ727rnvEtamIy7Kmh9Gvo4fVraCI2aueidypnIrep5uM4KWZj+OhmJDkoZiQ5KGYkOShmJDk&#10;oZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5NnLCRrk&#10;zg05584OYNrKDJLLvC6rxblNtMC0Zr26rnrFtamHy7Gmh9Guo4fVrKCI2aqeidynnIrepZuL4KKa&#10;jeKemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP&#10;456Zj+OemY/jnpmP49jLCRrhzww55c8OYNnKDJHLviyrxblMtb60Z725rnvFtKqHzLCmh9Gto4fV&#10;q6CI2aieiNulnYndo5yK35+ai+GbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKb&#10;mY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4tjLCRrc0As549ANYNjLC5HLvyurxLpMtb2z&#10;Z764rnvFtKmHzLCmh9Gso4fVqaCH2KafiNujnYjdoJyJ3p2biuCYmo3hmJqN4ZiajeGYmo3hmJqN&#10;4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4dfMCRra0Qs4&#10;3tEMX9bLC5HLwCmswrlNtryzaL63rnvGs6mHzK+mh9Gqo4bVp6GH2KSfh9qhnofcnp2I3Zqcid6V&#10;m4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWb&#10;jOCVm4zglZuM4NbMCRnZ0Qs42tMMX9TMC5HJwCmtwLlOtrqzab+1rnzGsqmHzK2mhtGpo4bUpaGG&#10;16Kghtmfn4bam56H3JediN2TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve&#10;k5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3tXMCRnY0gs32NMLXtLMC5PHvyutvrhQt7myar+0&#10;rXzGsKmHzKumhtCnpIXUo6KF1p+hhdicoIXZmJ+G2pSeh9yQnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCd&#10;it2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3dTNCRnW0gs31tQL&#10;XtDLCpXEvi2uvLhRuLeyasCzrXzGrqmHzKmmhtClpIXToKOE1Z2ihNaZoYXYlaCF2ZGfh9qOnonb&#10;jp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduO&#10;nonbjp6J29PNChjV0ws21NQLX87LCZfBvjCvurdTuLWybMCwrX3HrKqGy6enhc+ipYTRnqSE05qj&#10;hNWWooTWk6GF14+ghtiLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ&#10;2YugidmLoInZi6CJ2YugidmLoInZi6CJ2dLOChfT1As10dMKYsvMCZm+vTOxt7dVubKxbcGtrX3G&#10;qqqGy6SohM6fp4TQm6WD0pekg9OTo4TUkKOF1YyihtaJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJ&#10;oYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI19DPChbR1As3ztMKZcbK&#10;C525vDiytLZYuq2xbsGqrn3Gp6uFyaGphMycqIPOl6eDz5Omg9GQpYTSjaWF04qkhtOHo4jUh6OI&#10;1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jU&#10;h6OI1M7QChXO1Ao6ytMKaMDID6G1uz60rbVbu6mxb8Gmr33Eo62Ex52rg8qYqoPLk6mDzZCohM6N&#10;p4TPiqeFz4emh9CFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWm&#10;iNGFpojRhaaI0YWmiNGFpojRhaaI0czQCRjK1Ao+xdMKbbjFFqWuuUS1p7Veu6OycMChsH3Dn66E&#10;xZmtg8eUrITJkKuEyo2qhcuKqoXLiKmGzIWph82DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInN&#10;g6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzcjRCRvF1QpCv9MKcrHEHqel&#10;uUm2obZgu56zcL6dsX3Bm7CEw5WvhMSRroTGja2Fx4qthseIrIbIhqyHyISricmCq4rJgquKyYKr&#10;ismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquK&#10;ycTSCCDA1glIuNQKeKnPF5ievkeumrZiupi1cbyXs3y+l7KEwJKxhcKNsIXDiq+GxIivh8SGr4jF&#10;hK6JxYOuisWBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WB&#10;rovFga6LxYGui8WBrovFga6Lxb/UByW61wlOrtoLcKDbE4eXzTmaksNYqJG8bLKRt3q5krSDvY6z&#10;hr+LsofAiLGHwIaxiMGEsYnBg7GKwYKxi8KAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCM&#10;woCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwvfAEBX4wBYx+b0gU+q3KHzMqESq&#10;xqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfA&#10;EBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN&#10;1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3&#10;mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVd&#10;tMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4&#10;wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+K&#10;kNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjK&#10;tZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKj&#10;cLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx&#10;+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNau&#10;iJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJ&#10;zbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+&#10;on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0g&#10;U+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPY&#10;rYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOS&#10;itCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfADxX4wBYw+b0gU+q4J3zMqESrxqVdtMKkcLq+on+/&#10;vKCIw7mbiMe3mIjKtZWJzrOSitCxj4vTsI2N1a+Kj9etiJPZrYaY2quGndqrhp3aq4ad2quGndqr&#10;hp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2vfBDxX3wRYw+L4fU+q4&#10;JnzLqUOrxqZctMKkb7q+on6/u6CIw7mdh8i2mofMs5eIz7GUidKwkorVro+M162NjtmsipLcq4mZ&#10;3aeInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb&#10;p4ic2/bBDhT3wRUw+L8eU+q5JXzLqUKrxqdbs8Klbrq+o36/u6GIxLieh8m1nIfNspmH0bCWiNSu&#10;lInXrZKL2quQjdypjZLfqI2a36OLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOL&#10;nNyji5zco4uc3KOLnNyji5zco4uc3PbBDhT2whUw978eU+q6JHzLqUGsxqdas8Klbbq+o32/u6OI&#10;xLegh8m0nYfOsZuH06+ZiNatl4naq5WK3KmTjd+nkpHipJGZ4KCOnNygjpzcoI6c3KCOnNygjpzc&#10;oI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3PXCDhT1whQw9sAdU+q6I3zL&#10;qkGsxqhZs8Kmbbq+pH2/uqSHxbehh8qzn4fPsJ2H1K6biNirmYncqZiL36eYjuKll5LmoJaZ4JyT&#10;m92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb&#10;3fTCDRT1wxQw9sAcU+q7InzKqkCsxqhYs8KmbLq+pHy/uqWFxbajh8uzoYfQsJ+H1a2diNqqnYrd&#10;p5uM4KSajuKfmI/jnZqY4ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Z&#10;l5vdmZeb3ZmXm92Zl5vdmZeb3fLDDRT0wxMw9cEbU+q8IXzKqz+txqlXs8Kna7q+pXu/uqaExbal&#10;h8uyo4fRr6GH1qufiNqnnYndpJyK36Cbi+Cbmo3il5qT4Zecm96XnJvel5yb3pecm96XnJvel5yb&#10;3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3vDDDRT0xBMv9cIaUuq9IHzKqz6s&#10;xqpWs8Koa7q+p3m/uqiDxbanh8yypYfRrKKH1qigh9mknojcoZ2I3Zycid6Xm4vgk5uP4JKdl96S&#10;nZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3u3E&#10;DBPzxRIv9MIZUuq9H3zKrDysxqtVs8Koarm+qXe/uqqAxbWph8yvpYfSqqKH1qWghtihn4banZ6H&#10;25mdh92UnYnekJyN3o6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd&#10;jp2T3Y6dk92OnZPdjp2T3erFDBPyxREv88MYUuq+HXzLrTqsxqxUs8Kpabm+rHO/uq1+xbKph8ys&#10;pYbRp6OG1aKhhdeeoIXYmqCF2pafhtuRnojcjZ6L3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iue&#10;j9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3ObFCxPxxhEv8sQXUurAG3zLrzisxq1S&#10;ssKrZrm/sG++t61+xrCph82qpobRpKSF05+jhNWbooTWl6GF2JOghdmPoIfZi5+K2oifjdqIn43a&#10;iJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2uHGChPw&#10;xxAu8MYWUerBGXzLsDWrx69PssOwYLi8smy/sq1+x62phsynp4XPoaWE0pykhNOYo4TUlKOE1ZCi&#10;hdaNoYbXiaGI2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL&#10;2Iehi9iHoYvYh6GL2NvHCRLuyQ8u7sgUUevEFnzMszCrx7FMscS4Vre2sW7Brq1/x6mqhsujqITO&#10;nqeDz5mmg9GVpYPSkaSE046khdSLo4bUiKOI1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWF&#10;o4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1drICRLryw0t68oRUOvHEnzMtiqqyLdEsLq2&#10;WbqvsXDCqq1/x6arhcqgqoTMmqiDzZaog86Sp4PPj6aE0IymhdGJpYbRh6WH0oWlidKFpYnShaWJ&#10;0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0tjJCRHfzQss&#10;580PT+jLDnvNvCKowrw8sbG1XrypsXLCpq5/xaKthMecq4PJl6qDypOqhMuQqYTMjamEzYuohc2I&#10;qIbOhqeHzoSnic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Sn&#10;ic+Ep4nPhKeJz9XJCRDYzwor2tMLTtjQC3rNwxaos7pGtam0Yr2ksXTBobB/w56uhMWZrYTHlKyE&#10;yJCrhMmOq4TKi6qFy4mqhsuHqYfMhamIzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM&#10;g6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzNLLCQ/U0Qop1dULTNDQCn64vyWuqLhPuKG0Zrye&#10;snW/nbF/wZuwhMOWroTFka6Exo6thceLrIXHiayGyIesh8mGq4fJhKuJyYKrisqCq4rKgquKyoKr&#10;isqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKys/MCQ3Q0gooztQK&#10;UsXRCoOqwy2onrdXuJu1aLuatHW+mbJ/v5exhMGTsIXCj6+Fw4yvhcSKrobFiK6HxYauiMaErYjG&#10;g62KxoGti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eB&#10;rYvHga2Lx8zNCQzL0wotx9QKWbLYC4CezSuamMFQq5a4Z7eVtXW8lLR+vpSzhb+QsoXAjLGGwYqx&#10;h8KIsIfChrCIwoWwicODsIrDgq+Lw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+M&#10;w4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw8fPCBDF1Ak0uNkKW6LnEnaX2iWJkM9FmI7HXaONwW6r&#10;jb15sYy6gbSJuIO3hreFuYS2hrqDtYe7grWIvIG0ib2AtIq9f7SLvn6zjL5+s4y+frOMvn6zjL5+&#10;s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvsLRBxa91gg6p/EOVZvx&#10;G2iR5i14id1AhYXVVo+Dz2eXgstznX7IeKF7xnykecR/pnfDgqh1woSpdMKFqnPBh6tywYircsCK&#10;rHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus&#10;ccCLrP+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3&#10;io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuI&#10;vb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmne&#10;p0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOA&#10;ndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/K&#10;toiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6Z&#10;icC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KP&#10;x5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGy&#10;f6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4&#10;FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiR&#10;zLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8&#10;lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5ti&#10;scSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/&#10;uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWF&#10;k820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0f+4FA7/uB0n/7UpRvewNWneqEGQx5xhscSccbbCm365v52Gvb2aicG7l4nE&#10;uZOKx7ePjMq1jI7MtImQzrOHktCyhJXSsYKZ07GBntSugKLUrICj0qyAo9KsgKPSrICj0qyAo9Ks&#10;gKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0v+5Ew7/uRwn/7YoRvewNGrdqECQx51gscSc&#10;cbbCnHy6v56FvryciMK6mYjFuJWJybaRisy0jozPsouO0bGIkdOwhpTVr4SZ1q+Dn9eqgqHVp4Ki&#10;06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki0/+5Ew7/uRwn&#10;/7YoRvexM2rdqT+Rx51gscSdcLbCnnu6v5+DvryeiMK5m4jHt5eIyrWUic6zkIvRsY2N06+KkNau&#10;iJPYrYaZ2aqFntmlhKHVpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSE&#10;otSkhKLUpISi1P+6Eg7/uhsn/7cnRvexMmrdqT6Rx55fscSdb7bBn3m6vqCCv7ugiMO4nIfItpmI&#10;zLOWiNCxkorTr4+M1q6MjtisipPbq4mZ3KaHndqihqDWoIai1KCGotSghqLUoIai1KCGotSghqLU&#10;oIai1KCGotSghqLUoIai1KCGotSghqLUoIai1P+6Eg7/uhsm/7cmRvayMWrdqj2Rx55escSdb7bB&#10;oHi6vqGBv7uhiMS4nofJtZuHzbKYiNGwlYnVrpKL2KyPjduqjZLeqIya36KKndqeiaDWnImh1JyJ&#10;odSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1P66EQ7/uxom/7gm&#10;RvayMGrdqjyRx55dscSebrbBoXa6vqJ/v7ujiMS3oIfKtJ2Hz7Gah9OumIjXrJWK26qTjd6okZLi&#10;pJCZ4J6NnduajKDXmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZ&#10;i6HVmYuh1f67EQ7+uxom/7glRvazMGrcqzuSx59dscSfbLbBonS6vqR+v7qkh8W3oofKs5+H0LCc&#10;h9WtmojZqpmK3qiYjuKll5Pmn5WZ4JqRnNuXj5/Xlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h&#10;1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1f27EQ7+uxom/7klRvazL2rcqzqSx59cscSgarbBo3O6&#10;vqV8wLqlhcW2o4fLs6GH0a+fh9asnonbqJyL36SajeGfmY/jnJqY4ZeWnNyUk5/Yk5Kg1pOSoNaT&#10;kqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1v27EQ39vBkm/rkkRva0&#10;LmrcqzqSx6BcscShaLbBpXG6vqd6wLqnhMW2pofMsqSH0a6ih9epn4jbpJ2J3qCbiuCamozhlpuT&#10;4ZWbm92Sl57YkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX&#10;kZWg1/y8EA39vBkm/rojRva0LWrcrDmSx6BbscSjZrXBpm66vql4wLqpgsW2qIjMsKWH0qqih9em&#10;n4faoZ6H3JudiN6WnIrfkZuQ35Gdmd2Pm57Zj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Z&#10;n9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf1/y8EA38vBgm/boiRfa1LGrcrTeTx6FascWlY7XCqWu6vqx1&#10;v7qtf8WzqYfMraWG0qeihtaioYbYnZ+G2pieh9uSnYndjp2N3YyelNyNoJ7ZjJ6f14yen9eMnp/X&#10;jJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f1/u9EA37vRcl/bsiRfa2K2rb&#10;rTaTx6JZscWnX7XCrWa5v7FwvretfsawqYfNqqaG0aSkhdSeooXWmaGF2JSghtmPn4fai5+L24if&#10;kNuIoJjYiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd&#10;1/q9Dg36vhYl/LwgRfa3KmrbrzSUyKRVscarWLTDs1+3u7Juv7KtfsesqYbMpqeF0KClhNKbpITU&#10;lqOE1ZGihdaNoYbXiaGJ2IahjdiEoZPXhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aE&#10;opfWhKKX1oSil9aEopfWhKKX1vm+Dgz5vxUl+r0fRfa4J2rbsDGUyKhNr8eyTrLBuFi4tLFwwa2t&#10;f8epqoXLoqiEzp2ng9CXpoPRkqWE0o6khdOLo4bUiKOI1YSji9WCo5DVgaOT1YGjk9WBo5PVgaOT&#10;1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1fTADQz3wBMk+b8dRPa6JWrasi6V&#10;yq9Arci9Pa+3tl26rrFywqmtf8alq4XJn6qDy5mpg82UqIPOkKeEz4ymhdCJpobRhqWH0oSlitKB&#10;pY3SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0uzB&#10;Cwz1whIk9sEaRPe9IWratCmWzbwoqbu7Q7OutWG8qLFzwaWuf8WhrYTHm6yDyZarg8qRqoTLjqmE&#10;zIuphc2IqIbOhqiHzoOoic6Bp4zPgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P&#10;gKeNz4Cnjc+Ap43PgKeNz9/ECQvyxRAj88QWQ/TBHGnewhWPwcAjrK+5TLamtGW9orJ1wKCwgMOd&#10;roTFl62ExpOthMePrITIjKuFyYmrhsqHq4bKhaqIyoOqicuBqovLgKqMy4CqjMuAqozLgKqMy4Cq&#10;jMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy9rFCArryQ0i7sgSQu/GFWjQ0gqHsb4v&#10;rqW4VLiftWi8nbN2v5uxf8GZsITClK+Ew5CvhcSNroXFiq6GxoithsaHrYfGha2Ix4OticeBrYvH&#10;gKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx9XGCAnZ&#10;zAog5c8NQNjVC1+91guIpcQ0ppy3WriZtWu7l7R3vZazf76VsoXAkbGFwY6xhcGLsIbCibCHwoiw&#10;h8OGsIjDha+Jw4OvisSCr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+L&#10;xIGvi8SBr4vEga+LxNLICAfTzwod1dQLPcLZC2Or3hCDm84zmZTEU6aRvmevkLp0tJC3fbmRtYS8&#10;jrOGvoyyhr+KsofAiLKIwIaxiMGFsYnBhLGKwYKxi8GBsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKA&#10;sYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMws7KCAbO0QocxtcKQa/qDmGd5hx4kNoyiIvS&#10;TJSJy1+ciMZuo4jDeKiFwHyrg79/roC9gbB/vIOxfbyEsny7hrN7u4e0erqItHm6ibV4uYu1eLmM&#10;tni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtsnLCAbI0gki&#10;s98JQqD8FVqT8Chqi+Y5d4TfSYKB2FuLgNNpkXzQcZZ5zXaadst6nXTKfZ5yyX+gcciBoXDHg6Jv&#10;x4WjbsaGo23GiKRsxYqlbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzF&#10;i6VsxYulbMWLpcTOBwq32Qcmo/sOPZb/Hk6N+i9bhvI/Z4DrTnF75Vt5duBlgHHdbIRu2nKIa9l3&#10;i2nXeo1n1n6OZtWAj2XUgpBk1ISRY9OGkWLTiZJh0ouTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT&#10;YdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk/+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDF&#10;lX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64x&#10;Ov+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnH&#10;uICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyM&#10;j8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21&#10;w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+p&#10;Plntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICb&#10;yLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7&#10;iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eF&#10;uMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlnt&#10;okt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+&#10;nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yv+xFwn/siIe/64wOv+pPVnso0p52JtbmMeVcrHFl3u1w5iDuMGZiru/lYu+vZGMwbuOjsO6ipDF&#10;uYeSx7iElcm3gpjKtoCby7Z+nsy1faPMs3ynza98qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuv&#10;fKjLr3yoy698qMuvfKjLr3yoy/+yFwn/siEe/68vOv+qPFnspEl62JtamcaWcbLEmHi1wpmBucCb&#10;iLy+l4q/vJSLwrqQjcW5jI7Ht4iRybaFlMu1g5fNtIGazrR/n8+zfqTPrn2mzqt9qMyrfajMq32o&#10;zKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozP+yFgn/syEe/7AuOv+rO1nspEh6&#10;15xZmsaXb7LEmXa2wpt/ucCch729monAu5aKw7mSi8a3jo3JtoqPzLSHks6zhJbQsoGa0bKAn9Ku&#10;f6PSqn+lz6Z/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzf+z&#10;Fgn/syAe/7AtOv+rOlnspUd61pxZmsaYbbLEmnS2wpx9ub+dhb29nIjBu5iJxbiUisi2kIvLtIyO&#10;zrOIkdGxhZXTsIOa1LCCoNWqgaLTpoGl0KOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN&#10;o4GnzaOBp82jgafNo4Gnzf+zFQj/tCAe/7EtOv+sOVnrpUZ71pxYm8aZa7LEnHK2wp17ub+fg768&#10;nojCupqIxreWicq1korNs46M0LGKj9Ovh5TWroWa2KuDn9emg6LUooOk0J+Dps2fg6bNn4OmzZ+D&#10;ps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4Omzf+0FQj/tB8e/7EsOv+sOVnrpkV71Z1Y&#10;m8eaabLEnXC2wp95ur+ggr68n4jCuZyIx7aYiMu0lInPsZCL06+MjtatiZPZrIeb26aGntmihaHV&#10;noWk0ZyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzv+0FAj/&#10;tB8d/7EsOv+tOFnrpkV71Z1XnMebZ7LEnm62wqB3ur+hgL67oYjDuJ6HyLWah82yl4jRsJOK1a2P&#10;jdmrjJPdqIqb3qKIntmeiKHVm4ek0ZmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYem&#10;zpmHps6Zh6bOmYemzv+0FAj/tR4d/7IrOv+tOFrrpkR71Z1XnMecZbLEn2y1wqF1ur6ifr+7o4fE&#10;uKCHybSdh86xmYjTrpaJ2KuTjNyokJLho46a356Mntqai6HVl4qk0ZaJps6WiabOlommzpaJps6W&#10;iabOlommzpaJps6WiabOlommzpaJps6WiabOlommzv+0FAj/tR4d/7IqOv+tN1rrp0N81Z5Vnced&#10;Y7LEoGq1wqNzur6kfL+7pIXEt6KHyrOfh9CwnYfVrJqJ26mYjOCll5PmnpSa35mRndqWj6DWlI2j&#10;0pOMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz/+1Ewj/tR4d&#10;/7MqOv+uNlrrp0N81Z9TnceeYLLFomi1wqVwur6mer+7poPFt6WHy7Oih9GvoIfXqp6J3KSbi+Cd&#10;mY7jmpuZ4JWWnNuTk6DXkZGj05CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CP&#10;pc+Qj6XPkI+lz/+1Ewj/th0d/7MpOv+uNlrrqEJ81aBRncefXrHFpGS1wqdtub6pd7+7qYHEtqiI&#10;y7Glh9GroofXpZ+I256diN2Xm4vgkpuT35KcnNyPmJ/XjpWi042TpNCNk6TQjZOk0I2TpNCNk6TQ&#10;jZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0P+1Ewj/th0d/7QpOv+vNVrqqEF81aJOnMehWrHF&#10;pmC0wqppub+tc767rn3EtKqHy62lhtGnoobVoKCG2JmfhtuSnYndjZ2O3YyemNuMnp/Yi5qi1IqX&#10;pNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0f+2Egj/txwd/7Qo&#10;Of+wNFrqqUB91aRJnMikVbDGqluzw69jt8CzbL22rnzFsKmHzKmmhtCjpIXUnKKE1pWhhdiPn4fa&#10;ip+L24efktqIoZzXiJ+h1IecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGH&#10;nKTRh5yk0f+2Egj/txsd/7UnOf+wM1rqqj591qhEm8moT6/HsFOyxbhZtbmzbb+xrX3GrKqGy6Wn&#10;hc+fpoTRmKSE05KjhNWMoobXiKGK14WhjteDopbWhKSf1ISio9GEoqPRhKKj0YSio9GEoqPRhKKj&#10;0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0f+3EQf/uBoc/7YlOf+xMVrqqzx+16w7mcqtRK3JuUWu&#10;vbhZuLKyb8Csrn7GqKuFyqGphM2bp4PPlaaD0I+lhNKKpIbThqOI1IOjjNSBo5HUgKSZ04CmodGA&#10;pqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0f+4EAf/uRkc/7ckOf+z&#10;L1rprTl+2bQvlsy4MqnCvUCws7ZduqyxccGnrn7FpKyFyJ2rg8qXqYPMkqiEzo2nhM+Jp4bQhaaI&#10;0IKmi9GApo7RfqaU0H2nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP&#10;faeaz/+5Dwf/uhcc/7kiOf+1LVrsszB63cAfkMnDIai1uki0q7VivKayc8Cjr37DoK6Expmsg8iU&#10;q4TJj6qEyouqhcuIqYbMhamIzYKois2AqI3OfqiRzXypls18qZbNfKmWzXypls18qZbNfKmWzXyp&#10;ls18qZbNfKmWzXypls18qZbNfKmWzfy7Dgf8vBUb/rsfOP+3KVrwvSR039MOhrnBKqqquU+2pLVl&#10;vKCydL+esX/Cm6+Ew5auhMWRrYTGja2Fx4qshsiHrIfJhauIyYKrisqAq4zKfquPynyrksp8q5LK&#10;fKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSyvG9DAb5vhIa+r4bN/y6JVrn&#10;zhNoyNkLia3DMqehuFa4nbVou5uzdb6Zsn/AmLGEwZOwhcKPr4XDjK+GxImuhsWGrofFhK6IxoOt&#10;isaBrYvGf62Ox32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Q&#10;x9/ACAX1wg8Z9sIWNu7IFVDN3AxmtdoPiKLJNqCavlawl7dquZW1dryUtH6+lLOEv5CyhcCNsYbB&#10;irGGwYixh8KGsIjChLCJwoOwisOBsIvDgK+Nw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+&#10;r4/Dfq+Pw36vj8N+r4/Dfq+Pw9nCBwXkxwsY78gQNNHaC0W66Q5opt4YgpjRN5WRyFOhj8JlqY6+&#10;cq6NvHuyjLqBtYm4greHuIS4hbeFuYO2hrqCtoe6gbWIu4C1ibt+tYq8fbSMvHy0jb18tI29fLSN&#10;vXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvdTEBwTWywkV09QLJ73iDEmp9BRl&#10;meYleI7cOYaI1E+Qhs9gl4TMbZyDyXWgf8d4on3Ge6R6xX2mecSAp3fDgah2woOpdcKEqnTBhqtz&#10;wYercsCJrHG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+Lrc/G&#10;BwLQzQkSwNkJLKz3D0ib+h5cj+8xa4bnQnaA4lB+ft1fhXvZaYp31W6PdNNzknHRd5Rw0HqWbs99&#10;l23Of5lszYGZa82DmmrMhZtpzIecaMuJnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoyd&#10;Z8qMnWfKjJ1nyoydZ8qMncrICAHC0gcTruYJLZ3/FUGR/yhQh/o5XIHzSGZ87VRud+hedXHkZXpt&#10;4Wt+at9wgWjedYRm3HiFZdt7h2Pafohi2oGJYdmDimDZhYpg2IeLXtiKjF7WjY1e1o2NXtaNjV7W&#10;jY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjcTKBwOx2gQVn/8NKJL/HTeJ/y5Dgv89&#10;Tnz9S1d3+FZfb/NdZWjwYmpk7WluYetvcV/pc3Nd6Hd1XOd7dlvmfnda5oB4WeWDeVjlhXpY5Ih6&#10;V+SLe1bjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfP+qHAX/&#10;qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76C&#10;mcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64&#10;wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyT&#10;bpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqo&#10;w7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX&#10;/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9&#10;gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6Q&#10;usCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPP&#10;knilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5&#10;rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qGwX/qicX/6c1&#10;L/+jREr6nVFl6ZdeftuUbZTPknemxZKBtMSTiLbDko24wY+PusCLkby/iJO+voWWv72CmMG8gJvC&#10;vH6ewrx9ocO7e6TEu3qpxLp5rcS1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1&#10;ea7DtXmuw/+rGwX/qyYX/6g0L/+kQ0r5nlBl6Zhdf9qVaZXNlHSoxZR+tMSVhrbClYy5wZGOu7+N&#10;kL2+iZK/vYaUwbyDl8O7gZrEun6dxbp9oca6e6XGuXqqxrV6rMaxeq3EsXqtxLF6rcSxeq3EsXqt&#10;xLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxP+rGgX/qyUX/6k0L/+kQkr5n09m6JlcgNqWZpbMlXGp&#10;xZV8tMSWg7fCl4u6wJOMvL6Pjr+9i5DBvIeTw7qElsW5gZnGuX+dx7h9oci4fKbJtXqqybB7q8es&#10;e63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxf+sGQX/rCQW/6kzL/+l&#10;QUr5n09m6JlbgdmYY5bMlm+qxZZ5tMOXgbfBmIm6v5WLvb6RjcC8jY/CuoiSxbmFlce4gpjJt3+d&#10;yrZ9osu2fKjLsHupyqx8qsiofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF&#10;qH2sxf+sGQX/rCQW/6oyL/+lQUv5oE5n55pZgdmZYZfLl22rxZd3tMOZf7fBmoe7v5eKvr2TjMG7&#10;jo7EuYqQx7iGk8m2gpjLtX+dzbR+o86xfKbOrH2oy6h9qsmlfqzGpX6sxqV+rMalfqzGpX6sxqV+&#10;rMalfqzGpX6sxqV+rMalfqzGpX6sxv+sGQX/rSMW/6oyL/+mQEv4oE1n55xXgdmaXpfLmGqsxZl0&#10;tMOafbfBm4W7vpmJv7yVisK6kIzFuIyPyLaHksu0g5fOs4Cd0LJ/pNGsfqXPqH6nzKR/qcmhgKzG&#10;oYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxv+tGAX/rSMW/6sxL/+mP0v4&#10;oE1n551VgdmcXJfKmWisxZpytMOcerjAnIO7vpyJv7uXicO5k4vHt46Ny7SJkM6yhJbRsYGd06yA&#10;otOngKXQpICnzaCBqcqegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGr&#10;xv+tGAX/rSIW/6sxL/+nP0v4oUxn555TgdmdWZfKm2WsxZxvtMOdeLjAnoG8vZ6IwLuaiMS4lYnJ&#10;tZCLzbKLj9GwhpXVroSe16eCodSjgqTRn4KnzZyDqcqag6vHmoOrx5qDq8eag6vHmoOrx5qDq8ea&#10;g6vHmoOrx5qDq8eag6vHmoOrx/+tFwX/riIW/6swL/+nPkv4oUto559RgdmfVpfKnGKsxZ1stMOf&#10;dbjAoH68vaCHwbqdiMa3mIjLs5OJz7COjdStiZTZqIad2qKFodWehaTRm4WmzpmFqcqXhavHl4Wr&#10;x5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx/+uFwT/riIW/6wwL/+nPkv4okto&#10;6KFPgdmgU5fKnl+sxp9ptMOhcrjAony8vaKEwbmgh8e1nIfNspeI0q6Ti9iqjpPfoouc3JyJoNaZ&#10;iKPSl4imzpWIqcqUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx/+u&#10;FwT/riEW/6wvL/+oPUv4okpo6KJNgNmiUJfLoFysxqFls8OkbrfApXi8vKWCwrikh8i0oIfOsJ2I&#10;1auZit2ll5Pmm5Gb3ZaPoNeUjaPTkoymz5GLqMuQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI&#10;kIqryJCKq8iQiqvIkIqryP+uFgT/ryEW/60vL/+oPEv3oklo6KRKgNmkTZbLolirxqRhs8SnarfA&#10;qXS8vKl+wrioh8izpofPrKKH16Sdid2amo3hlZqb3pGVn9iPk6LTjpCl0I6PqMyNjqrJjY6qyY2O&#10;qsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyf+vFgT/ryEW/60uL/+pPEv3o0lp6KZI&#10;f9qnSJXMpVOqx6hcssSsZLbBrm67va94wLashMmup4fQpqOG1Z2ghtmTnYndjZ2U3Y2dn9iLmaHU&#10;i5ak0IqTp82KkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyf+vFQT/&#10;sCAW/64uL/+pO0v3pEdp6ahEfturQ5TNqUypyK1UsMazXLPCt2a5t7B3wrCrhMmpp4bPoaSE05ei&#10;hNaOoIfZiJ+P2oehmtiHoKHUh5uk0YeYps6HlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wp&#10;yoeVqcqHlanKh5Wpyv+wFQT/sCAV/64tL/+qOkv4pkRo6qtAfdyvPJLPr0KmyrVJrca8UrG5tWe7&#10;sLB4w6ushMmkqYTNnKaD0JOkhNOLo4bVhaKM1oKilNaDpJ3Ug6Kk0YOeps6EmqjLhJqoy4SaqMuE&#10;mqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy/+wFAT/sR8V/68sLv+rOUv4qUBn6687e962&#10;M4/SujShzMI5qru6VbWwtGq9qrB5w6ethMefqoTLmKiDzZCnhNCJpYbShKSK04CkkNN/pZfSf6ag&#10;0H+lps6AoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy/+xEwT/sh4V&#10;/7ArLv+sN0z6rDtl7bU0eOK/KYnYzCCYvr89rrC4Wbips2y+pbB6wqKuhMWbrIPIlKqEyo6phMyI&#10;qIbOg6eJz4Cnjc9+p5PPfKiaznypos18p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3yn&#10;qMt8p6jLfKeoy/+yEgT/sx0V/7EpLv+tNkz8sTVi8b0qcubNH4DIzCGbsbxFsqi3Xrmjs2++oLF7&#10;wZ6vhMOXroTGkayEx4yrhcmHqofKg6qJy4CqjMx9qZDMfKqVy3qqnMp5q6TKeaukynmrpMp5q6TK&#10;eaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukyv+zEQT/tBsU/7MmLv+vM0z9uStd68ofadLfEX+5&#10;zCecp71MsaC3YrmdtHG9m7J8v5qxhMGUsITDj6+FxYquhsaGrYfHg6yJx4Csi8h+rI7IfKySyHus&#10;l8h5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex/+1EAP/thkU/7Uk&#10;Lf+0LEnyxR9U1t0SYsHfE4GszS6an8BPq5q4ZbeXtXK7lrR8vZWyg7+RsYXBjbGGwomwh8OGr4jD&#10;g6+JxIGvi8R/ro3Ffa6QxXuulMV6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6&#10;r5nEeq+ZxP+3DgP/uBYT/7cgLfm/H0Hc2RFExOsSZrHfGIGg0DOVl8ZQo5PAY62Ru3Gzkbh7uJC2&#10;gruOtIW9i7OGv4iyh8CGsonAhLGKwYKxi8GAsY3BfrGPwnyxksJ7sZXBe7GVwXuxlcF7sZXBe7GV&#10;wXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwfS6CwP9uxIS/rsbLOXQDzLI6Q9KtPIVZ6LiIn2W1jeN&#10;j85PmIzIYaCKxG6misF4qoe/fa2EvoCwgbyCsX+7hLN9u4W0e7qHtXq5ibV5uYu2d7mNtna4j7d0&#10;uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt9y+BgL4wA4R7sgOIsvb&#10;Cy62+BFMpfUdY5foLHWN3z2Bh9hQi4PTYJKCz2yXf81zm3zLd515yXqgd8h9oXXHf6NzxoKkcsWE&#10;pXDFhqVvxIimbsSKp23Djadrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co&#10;a8OQqNfABgHbxggOy9MKFbjoDDKm/xVKmPomXI3wN2mF6UZ0f+RTe3zfYIF43GiFdNptiXDYcYtu&#10;1nWNbNV4j2rUe5Bp036RZ9OAkmbSg5Nl0oWUZNGHlGPQipVi0I6WYtCOlmLQjpZi0I6WYtCOlmLQ&#10;jpZi0I6WYtCOlmLQjpZi0I6WYtCOltHCBgHNywkFutoHGaj+DjGZ/x1Djv8vUYX6P1x+9E1kefBY&#10;anPsX29t6mNzaedpdmflbnll5HJ7Y+N2fWLieX5g4Xx/X+B+gF7fgYFd34OCXN6Gg1vdiYRa3Y2F&#10;Wt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhcvEBgC70QYHqecGGpr/EyuO&#10;/yQ5hf82RH7/RE15/1FVcftXW2v3XWBl9GJkYvJoZ1/wbWpd73FsW+11bVrteG9Z7HtwWOt+cVfq&#10;gXJW6oRyVemHc1TpinRT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iO&#10;dbzJBQCr2wEImv8LFo//GSOF/ystfv85N3j/RkBw/05Haf9UTWL/WlJe/mFWWvxmWVj7a1tV+XBd&#10;VPh0XlL3eF9R93tgUPZ+YU/1gWJP9YRjTvSHZE30i2VM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM&#10;85BmTPOQZkzzkGZM85BmTPOQZv+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GN&#10;h6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT&#10;+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvA&#10;eqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+g&#10;GAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZ&#10;ucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LM&#10;jI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJk&#10;Z+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7&#10;wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+hGAP/&#10;oysQ/6A6Jf+cSDz/l1ZT+JNjaOySaXrhkXOK2I98mNCOhKTKjoytxo2QtMSKk7fDhpW4woSYucGB&#10;m7rBf527wH2gvMB7pLzAeqe9wHmsvcB4sL29eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHiz&#10;vLh4s7y4eLO8uHizvP+hGAP/oyoQ/6E5Jf+dSD3/mFVU95RhaeuUZnvgkm+M1pF4ms6QgqbIj4mw&#10;xI+PtsOLkbfCiJS5wYSXusCCmrzAf529v32gvr97pL6+eqi/vnitv714sb64eLK+tHmzvbR5s720&#10;ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmzvf+iGAP/pCkQ/6E4Jf+dRz3/mVVU95ZeaeuV&#10;Y3vglGyN1ZJ1nM2Rf6jHkYeyxJGOtsONkLjBiZO6wIaWvL+Cmb2/f5y+vn2gv717pcC9earAvXiw&#10;wLh5sMC0ebG/r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyvf+jGAP/pCkQ&#10;/6I4Jf+eRj3/mVRV95dcaeuXYHzflmmN1ZNyncySfKrFkoW0xJKMtsKPj7nBi5K7wIeVvb6DmL+9&#10;gJzAvX2gwbx7pcK8eavCuXmvwrR5r8GwerDArHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7&#10;sr6se7K+rHuyvv+jGAL/pSgQ/6I3Jf+fRj3/mlNV95laaeuZXnzfl2WO1JVvncuUeavFk4K0xJSK&#10;t8KRjrnAjJC8v4iTvr2El8C8gJvCu32gw7t7psS6eq3FtHquxK96r8Kse7DAqHyxv6h8sb+ofLG/&#10;qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv/+kGAL/pSgQ/6M2Jf+fRT3/mlNV95pXaeubW3zf&#10;mWKO1JdrnsuVdqzFlIC0w5WIt8GTjbrAjo+9vomSwLyFlcK7gZrEuX2gxrl7qMe0eqvHr3utxat7&#10;rsOnfK/BpH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv/+kGAL/picQ/6M2&#10;Jf+gRD3/m1JW95xVaeucWHzfm16O1JlnnsqXc6zFlny0w5eFt8GWi7u/kY2+vYuQwbuGlMS5gZnH&#10;t36gybZ8qcque6rIqnysxqZ9rcSjfq/BoH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+g&#10;frG/oH6xv/+lGAL/piYP/6Q1Jf+gRD3/nFFW955TaeueVXvfnlqN1JtknsqZb6zFmHm0w5mCuMGZ&#10;iru+lIy/vI6Ow7mIkse3gpjLtX6hza98p82pfanKpX6rx6J/rcSff6/CnYCxv52Asb+dgLG/nYCx&#10;v52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv/+mGAL/pyYP/6Q1Jf+gQz7/nVBV959RaOugU3vgoFeN&#10;1J5fnsqba6zFm3W0w5t+uMCbh7y9l4rAupGMxbeKkMq0hJfPsoCj0qh/pc+jgKjLoICrx52BrcWb&#10;ga/CmYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv/+mGAL/pyUP/6U0Jf+h&#10;Qz7/nk5V+KFOaOyiUHrgo1KM1aFbncueZqzGnXG0w556uMCehLy8m4jCuZWKx7WNjc6whpbUqYKg&#10;1qGCpNCdgqjLmoOqyJmDrcWXhK/CloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA&#10;loSwwP+mGAL/pyUP/6U0Jf+hQj7/n0xV+KJMZ+ylTXnhpk6L1aRWnMyhYarGoWyzw6J2t8CigL28&#10;oIfDt5qIyrKTitKsi5TboIef2JqGpNGXhqfMlYaqyJSHrMWTh67DkoewwJKHsMCSh7DAkoewwJKH&#10;sMCSh7DAkoewwJKHsMCSh7DAkoewwP+nGAL/qCQP/6YzJf+iQj7/oEpU+aRKZu2nSnjiqUuK1qhR&#10;ms2mW6nHpWWyxKdwtsCnery8poPDtqKHy6+diNall5Xml4+e2pONo9KRi6fNkIuqyZCKrMaPiq7D&#10;j4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwf+nGAL/qCQP/6YzJf+iQT7/&#10;okhU+aZHZu6qR3fjrUeI2a1LmM+sVKbIrF6vxq9os8Kxc7m+sn3AsqqHy6WihtWUnIvej5qd2o2V&#10;otOMkqbOi5CpyouOq8eLja3EjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyv&#10;wf+oGAL/qSQP/6cyJf+jQT7/pEZT+qlEZO+tQ3XksUKF27RElNK1SqHLt1Oryr5frb23briysHzC&#10;qaqGy5ylhNKNoIfYhqCX2YeeotOHmKXPh5Woy4eTqsiIka3FiJCvwoiQr8KIkK/CiJCvwoiQr8KI&#10;kK/CiJCvwoiQr8KIkK/CiJCvwv+oGAL/qSMP/6cyJf+jQD7/pkNS+6tBY/CxP3Pntz2C3r47j9bE&#10;P5rMxUqmvLxdsrG1b7uqsH3Do6uEyZang86KpIbTgaOQ1YGln9KCoaXPgpyozIOZqsmElqzGhZSu&#10;w4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw/+pGAL/qiMP/6gxJf+kPz7/qEBR&#10;/K88YfO2OXDqvzd948o1h9TRN5W+wkupsLlgtai0cL2jsH7Cna2Ex5KqhMuIp4bOgKaN0H2nmNB9&#10;qKTOfqSoy3+fqsmAm6vGgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxP+q&#10;FwL/qiIP/6gwJf+lPj7/qztP/7Q3Xfa9M2rryjF13NopgsTOOJmywU+rp7hjt6G0c7yesX/BmK+E&#10;xI+shMiHqofKgKmMzHypk8x6qpzLeaumynqnqsh8oqvHfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E&#10;fZ6txH2ercR9nq3EfZ6txP+qFgL/qyEO/6kuJf+nPD7/sDZM/LowWe/ILGLe2Sdty9wmhrbMPJuo&#10;wVSrn7lmtpu1dLyZsn+/lbCEwo2vhcSGrYfGgayLyH2skMh7rJjIea2fx3etp8d3qqzGeaWtxHml&#10;rcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxP+rFQL/rCAO/6stJP+rNjv/ti9I88Qo&#10;UeDWJlbM5CJxu9ooiKrMQZufw1epmbxpspa3drmUtIC9kbKFwIuxhsGGsIjDga+LxH6uj8V7rpTF&#10;eq+axHivoMR1r6fEdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw/+sFAL/&#10;rR8O/6wrJP+wLzf6vyVB5NEgRc7kHVu96SJ0rdosiZ/ORZmXxlqkk8BqrZG7drOQuH+3jbaEu4m0&#10;hr2Fsoi/grGLwX+xjsF8sZLCerGWwXmxm8F4sqHAdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGn&#10;wXSxp8F0safBdLGnwf+uEgH/rx0N/64oJP+4JDHqyxo10OIXQ7/wHV6v6CV1oNsxh5bRSJSQylye&#10;jcVqpYvBdqqJvn2vhbyAsoK6g7R+uYa2fLiJt3m3jLh3t4+5draTunW2l7p0tp26c7ekuXO3pLlz&#10;t6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuf+wEAH/sRoN/7ElI/PEFyfU3xArwe8XSLD3&#10;IGCh6itzld85go3XTI2I0V2Vhsxqm4TJdKCAxnmkfcR9pnrCgKl3wYOqdcCGrHO/iq1xv42ub76Q&#10;r26+lK9svpmva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr/+zDgH/tBYM&#10;/LwXGtbWCxbD7RAwsvwZSqL5JV6W7TNujOVBeoXeT4OB2V6Kf9Vqj3rScJN2z3WXc855mXHMfZtv&#10;y4CdbcqEnmvJh59pyYqgaMiOoWfHkqJlx5aiZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2TH&#10;nKNkx5yjZMeco/S2CgH/uBIL1cwKC8TbChmy/BEzo/8dSJb8LFiM8ztlhOxJb37nVXZ642B8dd9n&#10;gXHdbYRt23KHatl2iWjYeotm132NZNaBjmPVhI9h1IiQYNOLkV/Tj5Je0pSSXNKZk1zSmZNc0pmT&#10;XNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk9y7BADYwwcExNEIB7PoChyj/xQxlv8kQ4z/NFCE&#10;+0JaffZPYnjxWmhx7l9ta+tkcWfpaXRk5252YuZzeGDld3lf5Hp7XeN+fFzigX1b4oV+WuGIf1ng&#10;i4BX4JCAVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgdS9BQDEyAcAtNkF&#10;CqP+DRyW/xosi/8rOoP/OkR8/0hNdf9SU279V1hn+l1cY/diX2D2Z2Jd9GtkW/NvZVnyc2dX8Xdo&#10;VvF6aVXwfWpU74BrU++Ea1Luh2xQ7ottT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P&#10;7ZBuT+2QbsbABQC00AQBo+MCCpb/EBiL/yAkgv8wL3r/Pzdy/0g+av9OQ2T/VEhe/1lMW/9fT1j/&#10;ZFJV/2lUU/9tVVL+cVdQ/XRYT/x4WU77e1pN+39bTPqDXEv5hl1J+YteSPiQX0j4kF9I+JBfSPiQ&#10;X0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX7XHAgCk2gABlv8GB4r/FBGB/yQaef8zInD/Oypo/0Ix&#10;Yf9KNlz/UTtX/1c/U/9dQlD/YkRO/2dGTP9sSEr/cElJ/3RKSP93S0b/e0xF/39NRP+DTkP/h05C&#10;/4tPQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUP+REgH/lScL/5U7HP+T&#10;Sy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSm&#10;qM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;xHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvT&#10;epif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8&#10;feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yr&#10;yHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//&#10;j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1y&#10;qanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHA&#10;qv+SEgH/licK/5Y7HP+USzD/kFlD/49jVPqOaWTxjXBy6Yt6fuKJgonchYmS2IKOmdR/k57RfZei&#10;z3ubps15nqjMd6Kqy3alrMp0qa3Jc62uyXKyr8lxt6/IcbyvwnO9rr50va++dL2vvnS9r750va++&#10;dL2vvnS9r750va++dL2vvnS9r/+TEgH/lycK/5g7HP+VSzD/kVlE/5FgVfqQZmTwj21z6I13gOGM&#10;gIvbiIeU1YWNnNKCkaHPf5amzH2Zqct7nazJeaGuyHelsMd2qbHGda2yxnSys8ZzubPCdbqzvHW6&#10;s7h2urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqzuHa6s/+UEQH/mCcK/5k7HP+WSzD/kllE&#10;/5JeVfqSZGXwkWp0549zgeCOfYzZi4WW1IiLntCFkKTNgpSpyn+Yrch9nLDHe6CyxnmktMV4qLXE&#10;dq62xHW0tsF2t7a8d7e2t3e3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3tv+V&#10;EQH/mScK/5k7HP+XSjD/k1hE/5RcVfqUYWXwk2d055Fwgt+Peo7YjYOY0ouKoM6Hj6fLhJOsyIGX&#10;sMZ/m7PEfZ+1w3ukt8J5qbnCd6+5wna1ubx4tri4eLa4s3i2t7B5t7ewebe3sHm3t7B5t7ewebe3&#10;sHm3t7B5t7ewebe3sHm3t/+WEQH/micK/5o7HP+XSjH/lFVE/5ZZVfqWXmXwlWR055Nsgt6Rdo7Y&#10;j3+Z0Y2Ios2KjqnJh5KuxoSWs8SBmrbCfp+5wnukusF5qrrBd7G6vXi1urd4tbmzebW5r3m2uKx6&#10;tresera3rHq2t6x6tresera3rHq2t6x6tresera3rHq2t/+XEQH/myYK/5s7HP+YSTH/llNE/5hX&#10;VfqYW2Xwl2F055Zogt6Tco/WkXua0I+Eo8uNjKvHipGxxIaVtsODmbjBf566wXuku8B5q7y/d7O8&#10;uHizu7J5tLuuebW6q3q1uah7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uP+XEQH/&#10;myYK/5w6HP+YSTH/mFFE/5pUVPqbWGTwml1055hjgt6WbY/Wk3ea0JGApMqPiazGjY+zw4mUt8KE&#10;mLrAf568v3ulvr95rr65eLK+snmyva16s7ype7S6pnu1uaR8trikfLa4pHy2uKR8trikfLa4pHy2&#10;uKR8trikfLa4pHy2uP+YEQH/nCYK/5w5HP+ZSDH/mU9E/5xSVPudVWPxnVpz55tfgd6ZaY/WlnKa&#10;z5N8pcqRha3FkI20w4uSuMGFlru/gJ2+vXulwbt5r8GyerDArHuxvqh7s72lfLS7on21uaB9trig&#10;fba4oH22uKB9trigfba4oH22uKB9trigfba4oH22uP+ZEQH/nSYK/505HP+ZRzH/m01D/55PU/uf&#10;UmPxoFZy6J9bgN+dZI7Xmm2a0Jd3pMqUga3Fkoq1wo6Qub+Hlb29gJzBu3unxLN6rcSre6/Cpnyx&#10;v6N9sr2gfrS7nn+1uZx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uP+ZEQH/niYK&#10;/504HP+aRzH/nEtC/6BNUvyiUGLyo1Nx6aNXf+ChXozYnmeY0Jtxo8qYe63FlYW0wpKNur6Kkr+6&#10;gZvFt3ypyat8q8ekfa7DoH6wwJ1/sr2bgLO7mYG1upiBtriYgba4mIG2uJiBtriYgba4mIG2uJiB&#10;triYgba4mIG2uP+aEQH/niYK/544HP+aRjL/nklC/6JKUf2kTWDzplBv6qdUfeGmWIrapGKW0qFr&#10;ocuddavGmoCzwpiKuryOj8K2g5nLrH2mzqJ/qsmdgK3EmoGwwJiCsr6Xg7O8lYO1upSDtriUg7a4&#10;lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uP+aEQH/nyYK/543HP+bRjL/n0dB/6RIUP6nSl/0&#10;qUxt66tQe+OsVIfcq1yT1Kllnc6mb6fIo3qww5+EuLuWi8SwjJnOoIOk0ZmEqcqWha3FlIWvwZOF&#10;sb6ShbO8kYW0upGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uf+bEQH/nyYK/583&#10;HP+bRTL/oUVA/6ZGT/+qR132rUlr7bBMeOazT4PftFWO2bVfl9O1aaDOtXanwat8trCfhcShlZLO&#10;lI6j0pCLqMuPiqzGjoqvwo6Jsb+OibK9joi0u46ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmO&#10;iLW5joi1uf+bEQH/oCYK/582HP+cRDH/o0M//6hDTv+tRFv4sUVo8LZIdOm7TH7jwFGH38ZbjtbI&#10;a5TGvXGmtbN4taWogcOUn43NiZyi0oeUp8yIkavHiY+uw4mOsMCJjbK+ioyzvIqLtLqKi7S6iou0&#10;uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0uv+cEAH/oSYK/6A2HP+eQjH/pUA+/6tATP+xQFn6t0Fk&#10;871Eb+7FSXflzlJ83dZif8zOaJK8xW6kq7t2tJqxf8GKqorLf6edz4CfqMyCmavHg5WtxISTr8GF&#10;kbG/ho+zvYeOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u/+dEAH/oiYK/6A1HP+g&#10;PzD/pz09/648Sv+1PFX6vT1g8MZCZ+bRSmze3k52zdpXh77QYpauxW6lobx5spW0g72GrYjGe6qU&#10;ynirqMl7oqvHfpytxICZr8KBlrDAgpSyvoOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8&#10;g5KzvP+eEAH/oiYK/6E0HP+iPC7/qjo7/7I4R/y7N1HyxTpY5tFBXNveQmnN4kZ8vtdRjK7MX5uh&#10;w22omLx5spG1hLuFsYnCfK6RxXiun8V1razFeKWuxHqgr8J8nLDAfpmxvn+Wsr1/lrK9f5ayvX+W&#10;sr1/lrK9f5ayvX+Wsr1/lrK9f5ayvf+eEAH/oyUJ/6I0HP+lOS3/rjU4/7gzQvTDM0rn0DhO2d45&#10;WsvmPW6+4EKArtRQkKHLX52Yw22okb15sYu4g7iDtIi9fbGQwXmxmsF1saXBcq+vwnWor8F3o7DA&#10;eZ+xv3ucsr17nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvf+gEAH/pCQJ/6MyHP+oNCv/&#10;sy80+b8tPOnNL0DZ3i9Kyuc0X73qOnOv3kGDodNRkZfLYJ2QxG6mjL96rYa7gbN/uIe4eraNu3e1&#10;lbx1tZ+8crSovW6zsr5xrLK+dKeyvnajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOy&#10;vf+hEAH/pSMJ/6QxHP+tLif/uSkv7sgmM9rcJjfK5yxPvfIyY6/oOXWh3UKEltRTkI/NYpqKx3Ci&#10;hsN6qIC/gK17vYWxdruLtHO5krVxuZq2cLmjtW25q7ZquLS4a7K2uG6strhurLa4bqy2uG6strhu&#10;rLa4bqy2uG6strhurLa4bqy2uP+jEAH/pyIJ/6UvG/+zJyL0wiEm3dgdJMvnIzy98ipTr/MyZqHn&#10;O3aV3kaDjdZWjYfQZJaEy3Gcf8h4oXrFfqV2woOpcsGJq2+/j61sv5aua76drmq/pq5ov66uZb24&#10;sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sP+lEAH/qCAI/6wmF/y7HRrj0RMZ&#10;zOUZKb3yIkGv/SpVofM0ZpbpP3SM4Ut/hdtZiIDVZo980W+Ud852mXPLfJxwyYGfbciHoWrHjKNo&#10;xpKkZsWZpWTFoKVkxailY8aypGDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pv+o&#10;EAD/qh4I/7MdEezJDg/O4w4VvvIYLa/+IkOh/y1VlvQ5ZIzsRW+E5VF5fuBcgHncZ4Z02W6KcNZ0&#10;jmzTeZFp0n+TZ9CElWTPipdizo+YYM2VmV/NnJpezaKbXc2rm1zNtJpczbSaXM20mlzNtJpczbSa&#10;XM20mlzNtJpczbSaXM20mv+rDwD/rRoH8sANCM7TCga+8A4ar/4ZMKH/JEOV/zJSi/g/XoPxS2h9&#10;7FZwd+hfdnHkZXps4Wx+ad9ygWbdeIRj3H2GYduCiF/ah4ld2YyLW9iSjFnXmI1Y1p6NV9aljlbV&#10;rI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWsjv+vDQD/tw4DzckIAb7YCQmu/RAcof8c&#10;L5X/KT+L/zdMgv5FVnz5UF519FlkbvFfaWjuZG1k62pwYepwc1/odXVd53p3W+Z/eFnlhHlY5Il7&#10;VuOOfFXik31U4ph+UuGeflHhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf/G0CADO&#10;wAYAvc4HAa7gBwug/xIclP8gK4r/LziB/z1Dev9JS3P/UlFs/ldXZftdW2H5Y15e92hgW/VtYlj0&#10;cmRW83dmVfJ7Z1PxgGhR8IRpUPCJak/vjmtO7pNsTO6ZbUvtn25L7Z9uS+2fbkvtn25L7Z9uS+2f&#10;bkvtn25L7Z9uS+2fbtG5AwC8xQUArdYDAZ/4CwuT/xYYif8kJID/NC95/0E3cP9IPmj/T0Ni/1VH&#10;Xf9aS1n/YE1W/2VQU/9qUVH/blNP/3JUTv92VUz+e1ZL/X9XSf2EWEj8iFlH+41aRvuTW0X6mFxF&#10;+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqYXL29AwCtzQEAnt8AAZL/DQiH/xkSfv8pG3X/&#10;NSNs/zwqZP9DL17/SjRY/1A3VP9WOlH/WzxO/2A+S/9kQEr/aEFI/2xCRv9wQ0X/dERE/3hFQv99&#10;RkH/gUdA/4ZIP/+MST3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSq7FAACe1wAA&#10;j/UAAYb/DwR8/xsLcf8kEWf/LBdf/zUcWf89IVT/RSZP/0spTP9SLEj/Vy9G/10wRP9hMkL/ZjNA&#10;/2o1P/9uNj3/czc8/3c4O/98OTr/gTo4/4Y6N/+MOzb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/&#10;kjw2/5I8Nv+SPP+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWP&#10;fedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/&#10;f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxl&#10;wZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1&#10;FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN&#10;32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHO&#10;aNKRzmjSkf+EEwH/hSIG/4Y1FP+ERiT/gFU0/4RdQ/+FZVD/g21d+IB1aPJ9fnHseoZ56HeNf+V1&#10;k4XicpiJ4HCdjN9uoo7dbKaQ3Gurkttpr5TaaLWV2me7ldpmw5baZsyW02jPlsxpz5XIas+WyGrP&#10;lshqz5bIas+WyGrPlshqz5bIas+WyGrPlv+FEgH/hyIG/4c1FP+FRiT/hFQ1/4hcQ/+IZFH+h2te&#10;94NyafGAfHPrfYV753qMguN3kofgdJeM3nKcj9xwoZLbbqaU2WyqltlqsJjYabaZ12i9mddoxprT&#10;aMyazGrMmcZrzJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmv+GEgH/iCEG/4g1FP+G&#10;RiX/h1M1/4tbQ/+MYlH+impe9odxavCEenTqgIN95X2KhOJ6kIredpaP3HSbktpxoJXYb6WY1m2r&#10;mtVrsJvVarec1Gm/ndRpyZ3Ma8qdxmzJncBtyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd&#10;vW7Jnf+HEgH/iSEG/4o1FP+IRiX/ilI1/45aQ/+PYVH+jmhe9otvau+HeHXphIF+5ICIhuB8j4zd&#10;eZSR2naaldhzn5nVcKWb1G6qntNtsZ/Sa7ig0mvCoc1sx6HGbsehwG7Hobtvx6G4cMehuHDHobhw&#10;x6G4cMehuHDHobhwx6G4cMehuHDHof+IEQH/iiEG/4s1FP+JRiX/jVE1/5JYQ/+SXlH+kGVe9o5s&#10;a++LdXboh36A44SGiN5/jY/be5OU2HiZmdV1npzTcqSf0XCqotBusqPQbbqkzmzEpcZvxKS/cMSl&#10;unHEpbVxxKWycsSksnLEpLJyxKSycsSksnLEpLJyxKSycsSksnLEpP+JEQH/iyEG/4w0FP+KRiX/&#10;kE80/5RWQ/+UW1H+k2Fe9pFoa+6OcHboi3uA4oeDid2DipHZfpGX1XqXnNN3naDQdKSjz3Gqps5v&#10;s6fNbr2ox3DCqL5xwam4csGptHPBqa90wqitdMKnrXTCp610wqetdMKnrXTCp610wqetdMKnrXTC&#10;p/+KEQH/jCEG/400FP+LRib/k040/5ZTQv+XWFD+ll5e9pRkau6SbHbnj3aB4YyAityHiJLYgo+Z&#10;032Vn9B5nKPOdaOnzHKrqstwtKvIcL+sv3O+rLd0vq2ydb6srna/rKp2v6uod8CqqHfAqqh3wKqo&#10;d8CqqHfAqqh3wKqod8CqqHfAqv+LEQH/jSAG/440FP+NRSb/lk0z/5lQQf+aVU//mlpd95hgae+V&#10;aHXoknCA4Y97ityLhJPWhoya0oCToc57mqbMd6KqynSrrshyuK/AdLyvt3W8sLB2vLCrd7yvqHi9&#10;r6V5vq2jeb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6to3m+rf+LEAH/jiAG/480FP+PRCX/mEoz&#10;/5tNQP+dUU7/nVdb+JxcaPCaY3Tol2p/4pN1ityPgJPWiomb0YSQo81+mKnJeaKux3WtscR0urO3&#10;drmzr3i5s6p5urOmerqyo3u7saB7vLCffL2un3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rv+M&#10;EAH/jyAG/5A0FP+SQyX/mkgy/51KP/+fTk3/oFNa+aBYZvGfX3LqnGV945hviNyTepLWj4Sb0IiN&#10;o8uBlqvHe6GxxXawtbp3t7avebe2qHq4tqN8uLT/4v/iSUNDX1BST0ZJTEUABQmgfLmznn26spx+&#10;u7Gbfrywm368sJt+vLCbfrywm368sJt+vLCbfrywm368sP+NEAH/jyAG/5E0FP+UQyT/m0Yx/6BI&#10;Pv+iS0v/pFBY+qRVZPOkWnDromF75J9phd6ac5DXlX6Z0I6Io8qFk6zEfaC0vXiwua95tbmme7a4&#10;oX23tp1+uLWbf7m0mX+6s5iAurKXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sf+NEAH/&#10;kCAG/5E0FP+XQiT/nUMw/6JFPf+lSEn/qExV/KlRYfWqV2zuqV1356hjgeGkbYvWnnmWy5WDosCL&#10;jq22g5q2rn6qu6R8s7yefrW6moC3t5iBuLWWgbm0lYK6s5SCurKTgruxk4K7sZOCu7GTgruxk4K7&#10;sZOCu7GTgruxk4K7sf+OEAH/kSAG/5I0FP+ZQSP/n0Ev/6RCO/+oRUf/rElT/q5OXvWwU2jsslpy&#10;5LNhe9uvboTMpnaUwJx+orSSiK6pipS3oIWkvZmCsb6Vg7S7k4S2uJKEuLaRhLm0kIS5s5CEurKQ&#10;hLqykIS6spCEurKQhLqykIS6spCEurKQhLqykIS6sv+PDwH/kiAG/5M0FP+aPyL/oT8u/6dAOv+s&#10;QkX/sEZQ+bNLWvC3UmPou1lr371kctG2bILErHOTtqN6oaqZg66ekpC3lI2fvo6Lsb+MibO8jIm1&#10;uYyIt7aMiLi1jIe5tIyHurOMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qyjIe6sv+PDwH/kh8G&#10;/5Q0FP+cPSH/ozwt/6o9OP+vQEL/tERM9bpJVey/UVzkxlph2MVib8m8aYG7snCSrap3oKChgK2T&#10;m4u3iZabvYOVr7+EkbO8ho61uYeNtreHjLe2iIu4tYmKubSJirqyiYq6somKurKJirqyiYq6somK&#10;urKJirqyiYq6sv+QDwH/kx8G/5U0Ff+eOyD/pTkr/6w6Nf+zPT/7ukJH8cFITujJUVLf0VtZz8pg&#10;bcHCZ4CyuW2QpLF0n5eqfauKpIi1f6CXu3ifrL58mrO8f5W0uoGStriDkLe3hI+4tYSNubOFjbqy&#10;hY26soWNurKFjbqyhY26soWNurKFjbqyhY26sv+RDgH/lB8G/5YzFf+gOB//qDYp/7A4Mv+4Ojv2&#10;wD9B7MpHRePWVEXW2VdYx9Bea7jIZH6qwWuOnLpynI60eqiAroWydquUuG+rqbpypbW6d521uXqZ&#10;trd9lre2fpO5tH+RurKAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sf+SDgH/lR8G/5cz&#10;Ff+iNR7/qzMn/7Q0L/m+NjXtyT044tZIONngTUXN31ZWv9hcabDQYnuhyWiLk8NvmYW+d6R4uoOt&#10;briTs2i4qLZpsri2b6e3tnOhuLV2nLm0eJm6s3qWu7F7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7&#10;lbywe5W8sP+TDgH/lh8F/5kzFP+lMBz/rzAj/bovKfDGMi3j1Dss1uBAOsvlSEzA4U5cs91WbKXY&#10;XXqY0mWIis5tlH3Jdp9zxIOnbMCRrGe+oa9lvravZrS7sWuru7FupbuxcaC8sHOdva90mr2udJq9&#10;rnSava50mr2udJq9rnSava50mr2udJq9rv+UDgH/mB4F/50xEv+pLRn/tCoe9cIpIuTRLSHV4DMs&#10;yeg8P77oQ1Gx5UlhpOJPcJffVn2K2mCIgNNrknjNd5pwyIKhasWOpWbDm6hlw6ynYcK9qmO4v6tm&#10;sL+saaq/rGylv6ttosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCqbaLAqv+VDQD/mh4F/6IsEP+t&#10;KBX7uyMY6M0gF9XfJR3I6DAxvO85RLDsQFWj6kZkl+hNcYvjVX2B3GGGedVsjnLRd5VszYGaZ8qL&#10;nmTIlqBhyKOhYMizoV3Hw6NfvsSlYbbDpWSww6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl&#10;ZazDpf+XDQD/nB4F/6YmDf+0IA/vxhcP1t0WDsjpIyK78y42r/Q2SKLyPliX8UZli+tPcIHlWHp6&#10;32SCc9ptiG3Wdo1o03+SZNCIlWDPkphezp2ZXM2pmlvOuZlZzciaWsXKnFy9yZ1euMmeXrjJnl64&#10;yZ5euMmeXrjJnl64yZ5euMmeXrjJnv+aDAD/nx0F/6wfCPi+EwjY1gsEyOgVE7r0Iieu+i05ovo2&#10;Spb6P1iL9Uhjgu5SbXroXHVy5GR7beBtgGjddYVk2n6IYNiGi13Wj41a1ZiPWNSikFfUrpFW1LyQ&#10;VtTNkFbN0ZJXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk/+cCwD/ox0E/7USA9TJCgLI&#10;2gsGufQWF6z/Iyqh/y47lf84SYv/QlWC+ExfevJWZ3PuXm1r6mRyZudsd2LkdHpf4nx9XOGDf1rf&#10;i4JX3pODVd2chVTcpYZS3K+GUty7hlHczIVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtra&#10;hf+gCgD/rRMB1MAIAMbOCAC54wsIq/8XGZ//JCqU/zA5iv86RYH/Rk96/VFYcvhYXmv1XmNl8mVo&#10;YO9sa13tcm5a63lwV+qAclXph3RT5492UeaWd1DmnnhO5ad5TeWvek3ku3pM5MV6TOTFekzkxXpM&#10;5MV6TOTFekzkxXpM5MV6TOTFev+kBwDYuAQAxMQGALfTBwGq8w0Lnv8aGpP/JyiJ/zM1gP8/P3n/&#10;Skdw/1FOaf9XU2L9XVde+2RbWvlqXlf3cGBU9nZiUvR8ZFDzg2VO8opnTPGRaEvwmGlK8J9qSe+n&#10;a0jvsGxH7rdsR+63bEfut2xH7rdsR+63bEfut2xH7rdsR+63bN2vAADFvAQAtcoEAKjbBQKc/xAL&#10;kf8dF4f/KiN+/zYtdv9BNm3/SDxm/09CYP9VRlv/W0pX/2FMU/9nT1H/bVFO/3JSTP94VEr/flVI&#10;/oRWR/2LWEX8kllE+5haQ/ufW0L6p1xB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXMi2&#10;AQC1wQMAp9EBAJnrBQKP/xIJhf8gEnz/LBtz/zUjav89KmL/RDBc/0s0V/9SOFP/WDtP/149TP9j&#10;P0r/aEBH/21CRf9yQ0T/d0RC/31FQP+DRj//ikg9/5BJPP+XSTv/nko7/6NLO/+jSzv/o0s7/6NL&#10;O/+jSzv/o0s7/6NLO/+jS7a6AgCmygAAmNwAAIz/CAGD/xQFeP8eDG7/JhJl/y8ZXf83Hlf/PyJS&#10;/0YmTf9MKEr/UitG/1gtRP9dLkL/YS9A/2YxPv9rMjz/cDM6/3U0Of96NTf/gDY2/4Y3Nf+MODP/&#10;lDgz/5g5M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5M/+YOafDAACX1AAAiOQAAID/CgFy/w4CZ/8T&#10;BV//HQlX/yYNUf8vEUz/NxVH/z4XQ/9FGUD/Sxs9/1AdO/9VHjn/WR83/14hNf9iIjT/ZyMy/2wk&#10;Mf9yJS//dyYu/30nLf+EKCv/iykr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKf92FQL/&#10;cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFi&#10;pnPvYat17mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDj&#10;edVg43nVYON51WDjef92FQL/cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh&#10;+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat17mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnY&#10;YON51WDjedVg43nVYON51WDjedVg43nVYON51WDjef92FQL/cx8E/3QxDf9yQhn/dE8n/3hYM/95&#10;YD//d2lK/3NxVP9xfFz7boZj92uOafRplG3yZ5tx8GWgdO9kpXbtYqp47GGweetgtXvrX7x86l7E&#10;fepdzX3nXdl94V/efdpg4HzRYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhff93FQL/dB8E&#10;/3UxDf9zQhr/d00n/3tWNP98X0D/emdL/3dvVf5zel76cYNl9m6Ma/Nrk3DwaZlz7mefd+xlpXnr&#10;ZKp76mKvfelhtX7oYL1/6F/FgOhe0IHiX9qA22HegNJi34DLY9+BymTfgcpk34HKZN+BymTfgcpk&#10;34HKZN+BymTfgf94FAL/dR8E/3YxDf90Qhr/ekwn/39VNP+AXUD/fmVM/3puVv52d1/5dIFm9XCK&#10;bfFtkXLua5h27GmeeetnpHzpZal+6GOvgOditoLmYb2D5mDHhOVf04TdYdqE02Pdg8xk3ITGZdyE&#10;xWXchMVl3ITFZdyExWXchMVl3ITFZdyExWXchP95FAH/dh4D/3cwDf92Qhr/fksn/4JTNP+DXED/&#10;gmRM/39sVv16dGD4d39o83OIb/Bwj3TtbZZ56mudfOhoo3/nZqmC5WWvhORjtoXkYr+H42HJh+Bh&#10;1YfVZNqHzWXaiMdm2YjBZ9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiP96FAH/eB4D/3kw&#10;Df94QRr/gUkn/4ZSM/+IWkD/h2JM/4NpV/x+cWH3e3tp8neFce5zjXfrcJR86G2bgOZqooPkaKiG&#10;42aviOJkt4rhY8GL4WLOi9hk1ovNZtaLxmfWjMBo1oy7adaMumnWjLpp1oy6adaMumnWjLpp1oy6&#10;adaMumnWjP97EwH/eR0D/3owDf98Pxr/hUgm/4pQM/+MWED/i19M/4hnV/yEbmH2f3hq8XuCcu13&#10;innpc5J+5m+Zg+RsoYfiaqiK4GevjN9luI7eZMSP22TSj85n04/GaNOQv2rTkLpr05C1bNOQtGzT&#10;j7Rs04+0bNOPtGzTj7Rs04+0bNOPtGzTj/98EwH/eh0D/3swDf9/Phr/iUYm/49OMv+RVj//kF1L&#10;/45kVvyJa2H2hHNr8H9+c+x7h3rodpCB5HKXhuFun4rfa6eO3WiwkNxmu5LbZcqT0GjRk8Zq0JS+&#10;a9CUuGzQlLNt0JSvbtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk/99EgH/exwD/3wvDf+D&#10;PBn/jUUl/5NNMf+VUz7/lFlK/5JgVf2PaGD2inBq8IR5dOt/g3zmeoyD4nWViN9xno3dbaeR22mx&#10;lNlnv5bUZ86Xx2vNmL1szZi2bs2YsG/NmKxwzpepcc6WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W&#10;qHHPlv9+EgH/fBwD/34vDf+GOxn/kUMk/5ZLMP+YUDz/mFVI/5ZcVP2TY1/3j2tp8Ip0c+uEf3zm&#10;fomE4XiSi91znJDabqaV2GqzmdZoxZvJa8ubvW7KnLRvypyuccqcqnLLm6Zzy5qjc8yZonTNmKJ0&#10;zZiidM2YonTNmKJ0zZiidM2YonTNmP9/EgH/fRsD/38vDf+JOhj/lEIj/5lHL/+bTDv/nFJG/5tY&#10;Uv+ZX134lWZo8ZBucuuKeXvlg4SE4HyPjNx2mpPYb6aZ0mu1nc5qyJ++bsifs3HHoKxyx6CndMif&#10;o3XJnqB2yp2edsubnXbLmp12y5qddsuanXbLmp12y5qddsuanXbLmv+AEQH/fhsD/4AvDf+MOBj/&#10;l0Ai/5xELf+fSTn/oE5E/6BVT/yeW1r1nGJl7pdqb+iRdHnhin+D2YOKjM97lZXIdaCcw3Cuob5v&#10;v6OzcsWjqnTFo6R2xaOgd8ahnXjHoJt4yJ6ZecqdmHnKnJh5ypyYecqcmHnKnJh5ypyYecqcmHnK&#10;nP+AEQH/fxsD/4EvDf+PNxf/mj8h/59CLP+iRjf/pExC/6RSTPekWFfvo19h56Bma+CacXXVk3yB&#10;y4qFjcOCj5a7e5qetXanpLB0uKeodsKnoXjDpp15xKWaesWjmHvGopZ7x6CUe8melHzJnZR8yZ2U&#10;fMmdlHzJnZR8yZ2UfMmdlHzJnf+BEQH/gBsD/4IuDv+RNhb/nDwg/6FAKv+lRDT/qEo/+qlQSfKq&#10;VlLqql1c4qlmZteib3LLmXiBwZCBjbiIipevgZWgqHyipqN6sqmeesGpmXzBqJZ9w6aUfsSkkn7F&#10;o5F+x6GQfsifkH7JnpB+yZ6QfsmekH7JnpB+yZ6QfsmekH7Jnv+CEQH/gRsD/4QuDf+UNRb/njoe&#10;/6Q+KP+oQjL/rEc79q9NRO2xVE3ls1tV3LBlYc6obHHDn3SAuJZ8ja6PhpiliJGhnYOdp5eArauT&#10;gL+rkYHBqY+BwqeOgcOljYHFo42BxqKMgcifjIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn/+C&#10;EQH/gRoD/4YtDf+WNBX/oDkd/6Y8Jv+rQC/7sEU48rRLP+m5U0bhvVxN07ZiYMataXC7pXF/sJ15&#10;jKWVgpebj42hk4qZp4yHqauIh7+siIfAqoiGwqiIhcOmiIXFpIiExqKIhMigiITIn4iEyJ+IhMif&#10;iITIn4iEyJ+IhMifiITIn/+DEAH/ghoD/4grDP+ZMhT/ojcb/6k5JP+vPSz3tUIz7btJOeXCUj7a&#10;wlhMzLpgX7+yZ2+zq25+qKN2i52cfpeSl4mgiZKWp4KPpat+j7qsgI3AqoGLwqiCisOmg4nFpIOI&#10;xqKEh8ighIfIn4SHyJ+Eh8ifhIfIn4SHyJ+Eh8ifhIfIn/+EEAH/gxoD/4sqDP+cMRL/pTQa/6w2&#10;If6zOijzu0At6cNIMeHLUTfSx1ZLxcBeXbi4ZW6ssWx9oKpzipSke5WKn4aegJuSpXmYoqp0mLer&#10;d5XBqXqRwqd8j8OlfY3Fo36MxqF/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn/+FEAH/&#10;hBoD/44oC/+fMRH/pzIX/7AzHfm5NiLuwj0m5s1HJtvTTDXLzFRJvsVcW7G+Y2ykuGp6mLJxh4ys&#10;eZOBqIKcd6SPo3Cin6dsorSobp/Cp3KZw6Z1lcSkd5LGoniQx6F6jsifeo7JnnqOyZ56jsmeeo7J&#10;nnqOyZ56jsmeeo7Jnv+GEAH/hRkD/5EmCv+hLw//qy4V/7UvGfS/Mhzpyzoc39lEHdHaSjPE0lJH&#10;t8taWanGYWmcwGd4kLpuhIS2do95soCYb6+Nn2itnaNkrbKkZarFpGqixaNtncaicJnHoXKWyJ90&#10;k8mddZPKnXWTyp11k8qddZPKnXWTyp11k8qddZPKnf+HDwH/hxkD/5UkCf+kKw3/rykR+rspE+zI&#10;LBPe2DcQ0+FBHsnfSTC82lFEr9NYVqHNX2aUyGV0iMRsgHzAdIpxvX+TabuMmWK5nJ1eurGeXbjJ&#10;nmKuyJ9mpsifaaHJnmudyp1umsubbpnLm26Zy5tumcubbpnLm26Zy5tumcubbpnLm/+IDwH/iRkD&#10;/5ojB/+oJwr/tSIM8cQgDODVJAnR4TAUx+Y9JL3jRjSy4E5EptxWUpnXXWGM0mNvgM9renTMc4Rr&#10;yn6LYsiMkVzInJVZyLGWV8jOllu7zZhessyZYavMmWSmzZlnos2YZ6DNl2egzZdnoM2XZ6DNl2eg&#10;zZdnoM2XZ6DNl/+KDgH/ixgD/58hBf+uIAb4vRgG49ETBNDhHgnF6i4Zuuk6KbDnQzmk5EpImOJQ&#10;VozgV2KA3V9sdttodWzacn1j2H6DXNiMiFfYnYtU17CNVNjNjFXL049XwNKRWrjRk1yy0ZNfrNGT&#10;YKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk/+MDgH/jxYC/6UeA/+1FQPaygsC0OEOAsTrHg24&#10;7ywdre43LqLsQD2X60hKjOlPVoHoVmB2515pbOdlcGTmcHde43x8WeCJgFbel4NT3aaEUdy4hVHd&#10;1IRT0NqHVMbYiVa/14pYuNaLWbbWi1m21otZttaLWbbWi1m21otZttaLWbbWi/+ODQD/lxIB/60V&#10;Adm/CQDMzgkAw+sOBLb1HhGr9SwhofQ3MJbzQD6L80hKgfNQVHfzV11t811kZfBmal/tcG5a6npy&#10;VueFdlPlkXlR5J57T+OsfE3jvXxN49l8UNjgfFHO4H9Sxt6BU8TegVPE3oFTxN6BU8TegVPE3oFT&#10;xN6BU8Tegf+SDAD/oA0A27cGAMrDBwDA0gkAtfQQBqn7HxSf/CwjlPw3MYr8QT2B/UlHeP1RUG79&#10;V1dl+l5cYPZmYVv0b2VW8XhoU++Ca1DujG1O7JdvTOujcUrqsHJJ6sFySOrYckvj5HJO2OZzTtXn&#10;dE7V53RO1ed0TtXndE7V53RO1ed0TtXndP+WCgDerAIAy7oFAL3HBgCy2AgBp/8SCJz/IRaS/y4j&#10;if85L4D/Qjl3/0pCbf9QSWX/Vk5f/15TWv5lVlX8bVpS+nVcT/h+X0z3h2FK9ZFiSPScZEbzpmVF&#10;8rNmRPLBZ0Py1GdF7udnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hnRuvoZ+6iAADNtAIAvL4EAK/N&#10;BACk3gcBmv8VCZD/JBWH/zAgfv87KnT/QjJr/0g5Y/9OP13/VUNY/11HU/9kSlD/a01N/3JPSv95&#10;UUf/glNF/4tUQ/6UVkH9nldA/ahYP/yzWT78v1o++9FaPfvbWj3721o9+9taPfvbWj3721o9+9ta&#10;PfvbWtKtAAC9uAIArsUCAKHVAgCW9wsCjf8YCIT/JhF8/zEacf84Imj/Pilg/0UvWv9MM1T/UzdQ&#10;/1o6TP9gPEn/Zj5G/21ARP90QkH/e0M//4NFPf+MRjv/lUc6/55JOf+nSjj/sUo3/75LN//CSzf/&#10;wks3/8JLN//CSzf/wks3/8JLN//CS7+zAACuvgAAoM0AAJLeAACJ/w0Bgf8aBXf/Iwxt/yoTZP8x&#10;GVz/OB5V/0AiUP9IJkz/TylI/1UrRP9bLUL/YS8//2cxPf9tMjv/czM5/3o1N/+CNjX/izcz/5Q4&#10;Mv+cOTH/pDow/687MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7MP+yO7C4AACgxwAAkdgAAITvAAB8&#10;/w0Bb/8RA2b/GQZe/yEKVv8pD1D/MhNL/zoWRv9BGUL/SBs//04dPP9THjn/WSA3/14hNf9kIjP/&#10;aSMx/3AkL/93JS3/fiYs/4cnKv+PKCn/lyko/6AqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqKP+j&#10;KqHCAACR0QAAguEAAHj/AABs/wgBYP8NAlf/EQNP/xgFSP8gBkP/KQg//zEKO/84DDj/Pg41/0QP&#10;Mv9JEDD/ThEu/1MSLP9YEyr/XRQp/2MVJ/9pFiX/bxck/3cXIv9+GCH/hRkf/48aH/+RGh//kRof&#10;/5EaH/+RGh//kRof/5EaH/+RGv9oGQL/ZCME/18vBv9eQBD/Y0sa/2dUJf9oXS//Zmc5/2RyQf9i&#10;fUj/YIdO/12QUv9bmFb/Wp5Z/1ikW/9Xql3+VrBf/VW1YPxUvGH8VMRi+1PNY/lS3GP2UuZj8VPq&#10;Y+xU7WPmVu9i4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj4FfwY/9pGAL/ZSME/2AuBv9fQBD/Zkka&#10;/2pTJf9rXDD/aWU6/2dwQv9ke0n/YoVP/1+OVP9dllj/W51b/1qjXf1YqV/8V69h+1a1YvpVvGT6&#10;VcRl+VTOZfdT3WbzU+Zm7lXqZudW7WXhWO5l21nvZttZ72bbWe9m21nvZttZ72bbWe9m21nvZv9q&#10;GAL/ZiIE/2EuB/9gPxD/aUgb/21RJv9uWzD/bGQ6/2luQ/9neUv/ZINR/2GMVv9flVr/XZxd/Vui&#10;YPtaqWL6Wa9k+Vi1ZflXvGf4VsVo91XPaPVU4GnwVeZp6VfqaOJZ7GjbWu1p01vuadNb7mnTW+5p&#10;01vuadNb7mnTW+5p01vuaf9qGAL/ZyIE/2IuB/9jPhD/bEYb/3FQJv9yWTH/cGI7/2xrRP9pdkz/&#10;Z4FS/2SLWP9hk1z9X5tg+12hYvpbqGX5Wq5n+Fm1aPdYvGn2V8Zq9VbRa/JV4WzsV+ds5Fnpa9xb&#10;62vUXOxszV3tbM1d7WzNXe1szV3tbM1d7WzNXe1szV3tbP9rFwL/aCED/2MtB/9nPBD/cEUb/3RO&#10;Jv92VzH/dGA7/3BpRf9tc03/an5U/2aIWv5jkV77YZli+V+gZfhdp2j2XK1q9Vq0bPRZvW30WMdu&#10;8lfUb+5X4m/mWeZv3VzpbtNd6m/NXutwx1/rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcP9sFwL/&#10;aSED/2UtB/9rOhD/dEMb/3lMJv96VTH/eV08/3VmRf9wcE7/bXtW/2qFXPxmj2H6ZJdl92GfaPZf&#10;pmv0Xa1t81y0b/JavXHxWcly71jac+ha43PeXeZy017oc8tf6HTGYOh0wWHodMFh6HTBYeh0wWHo&#10;dMFh6HTBYeh0wWHodP9tFgL/aiAD/2YtB/9vOBD/eEEa/31KJf9/UjH/fls8/3tjRv92bE//cXdX&#10;/m2CXvtqjGP4ZpVo9WSdbPNhpG/yX6xx8F20c+9cv3XuW8t26lvdd+Bd43bTYOV3ymHleMRi5Xi+&#10;Y+V4umTleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4umTleP9uFgL/ayAD/2gsB/9zNhD/fT8a/4JHJf+E&#10;UDD/hFg7/4FgRf98aU//dnJX/nF9X/ltiGX2apJq82abb/Fjo3LvYat17V+1eOxdwXnsXNB6413f&#10;e9Rh4nvKYuJ8wmThfbxl4X23ZuJ8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifP9wFQH/bB8D&#10;/2ksB/93NA//gTwZ/4dFJP+KTS//iVU6/4ddRf+CZU//fG5Y/XZ4YPhyhGf1bY5t8WmYcu9moXbs&#10;Y6t562C2fOlexH7nXth/2GHffspj34DBZd6BuWfegbRo3oGwad+ArGnff6xp33+sad9/rGnff6xp&#10;33+sad9/rGnff/9xFQH/bR8D/2srB/97Mg//hjoY/4xDIv+PSy3/j1M4/41aQ/+JYk3/g2lX/Xxy&#10;YPh2f2f0cYpu8GyVdO1on3nqZKp96GG3gOZfyILdYduDzGTchMBm3IW4aNuFsWrbha1r3ISpbN2D&#10;pmzdgqZs3YKmbN2CpmzdgqZs3YKmbN2Cpmzdgv9yFAH/bx4D/28pB/9/MA7/ijgX/5FBIf+USiz/&#10;lVE2/5NYQf+QYEv7i2dV9YRvX/B9emfrd4Vv53KQduNtm3zeaKaB2mWzhNVjxIbPZNqHwWfZiLdp&#10;2Imva9iJqm3ZiKZu2oejbtqGoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uFoG/bhf9yFAH/cB4D/3Io&#10;B/+CLg3/jjYW/5VAH/+ZSCn/mU80/5hVPvqWXEn0kmRT7YxrXeeFdmbhf4Fv23iMd9Nyln7NbaGE&#10;yWqticVou4vBaNCMtmvVja5t1Y2nb9aMo3DWi59x2IqdcdmJm3Lah5ty2oebctqHm3Lah5ty2oeb&#10;ctqHm3Lah/9zFAH/cB0D/3UmBv+GLA3/kTYV/5lAHf+cRif/nUwx/J1SO/ScWUXtmWBP5pRoWd+O&#10;c2PVhn1uzX+HeMZ4kYDAc5uHu2+njLZttI+zbMiRrG7SkaVw05CgctSPnHPVjZl01oyXdNiKlnXZ&#10;iZZ12YmWddmJlnXZiZZ12YmWddmJlnXZif90EwH/cR0D/3gkBv+JKwz/lTUT/5w+G/+gQyT/okku&#10;96NQN++iVkHnoV1K351nVNSVb2LLjXhuw4WCebt/jIK1eZaJr3Whjqpyr5KmccGUoXPQlJx00ZKY&#10;dtKRlnfTj5R31Y2Sd9aMkXjYipF42IqReNiKkXjYipF42IqReNiKkXjYiv91EwH/chwD/3sjBv+M&#10;KQv/mDQS/588Gf+jQSL7pkYq8qhNM+qpVDziqVtE16NjU8yabGLCk3Vuuot+ebKFh4Oqf5GKpHuc&#10;kJ54qpSadruWl3fPlpR50JSRetGSj3rTkI561I+NetWNjHrXi4x614uMeteLjHrXi4x614uMeteL&#10;jHrXi/91EwH/cxwD/30hBf+OKQr/mzQQ/6I5F/+mPh/3qkQm7q5KLuWxUjXcr1lBz6hhUsWgaWG7&#10;mHJusZF6eamLg4OhhY2LmoGYkZR+pZaQfLaYjX3Nl4x+z5WKftCTin7SkYl+04+JfdWNiH3Wi4h9&#10;1ouIfdaLiH3Wi4h91ouIfdaLiH3Wi/92EgH/dBwD/4AgBf+RKAn/njMP/6Q3Ff6qOxvzr0Ei6rRI&#10;KOK5UC7UtFZAya1fUb6lZ2C0nm9tqpd3eKGRgIKZjIqLkYeVkYuEopaGg7KZg4TLmISDzpaEg9CU&#10;hILSkoSB05CEgdSOhIDWjISA1oyEgNaMhIDWjISA1oyEgNaMhIDWjP93EgH/dBsD/4IeBP+UJwj/&#10;oDIN/6c0E/quOBjvtT0c5rxGIdy/TCzOuVQ/w7FdULeqZV+tpGxso510d5mYfIGRk4aKiY+SkYKM&#10;n5Z9iq+YeovHmHyJzpZ9iNCUfobSkn+F05B/hNSOgIPWjICD1oyAg9aMgIPWjICD1oyAg9aMgIPW&#10;jP94EgH/dRsD/4UcBP+XJgf/oy8L/6swEPWzNBTruzoX4sREGNXESCvIvVM9vLZbTrGwY12mqmpq&#10;nKRxdpKfeoCJmoOJgZaOkHmTnJV0kqyXcZLDmHORz5Z2jtCUeIvSkXmK05B6iNWOe4fWjHuH1ox7&#10;h9aMe4fWjHuH1ox7h9aMe4fWjP94EgH/dhsD/4gbA/+aJQb/pisJ/q8sDPG5Lw7mwzYP3c08Fs7I&#10;RynCwlE7trxZTKq2YVufsGholatvdIumd36BooCGeZ+LjXGcmZJsm6mVaZu/lmuZ0JRulNGScZHS&#10;kXOP1I91jdWNdovWi3aL1ot2i9aLdovWi3aL1ot2i9aLdovWi/95EQH/eBoC/4wZA/+eIwT/qiYG&#10;+LQlCOvAKAjhzTAH1NI3FMjNRSe7yE85r8JXSqO9X1iYuGZljbNtcYOvdXt6q36DcaiJimqmlo9l&#10;paeSYqa9kmOj0pFnndOQapjUj22V1Y1uktaMcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYiv97&#10;EQH/fBcC/5AXAv+iIQP/riAE8rsdBOXKHgPa2yQDzNk1EsDTQyS0zk02qMlVR5zEXVWRwGRihrxr&#10;bXu4c3ZytXx+arOHhWOxlYpesKWMW7G8jVuv1Y1fp9WNY6HWjGac14tomdiKapbZiGqW2YhqltmI&#10;apbZiGqW2YhqltmIapbZiP98EAH/gRQC/5UVAf+nHQL8tRYC68YQAdrbDwDN4CUEw982D7jbQSGs&#10;1UszoNFTQ5TNWlGJyWJdfsZpZ3TDcXBrwXt4ZL+Gfl2+lIJYvaWFVr67hlW924ZYs9qHXKvah1+m&#10;2odhoduGY53bhWOd24VjnduFY53bhWOd24VjnduFY53bhf9+EAH/hxEB/5oRAP+tFADavgoA0c0K&#10;AMvkEAHB5CUHt+M1E63hQCGj3kkvl9tSPovXWUuA1GBXdtFoYW3PcGllzXpwXsyGdVjMlXlUzKZ7&#10;Uc28fFDM4nxTweB/VbffgFix3oFaq96BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgf+ADwH/&#10;jg4B/6INANu1CADOwQgAxtAJAL7pEgK06SUKqugzF6DmPiWW5Ucyi+NOP4DhVUl24F1Tbd5mW2Xd&#10;b2Fe3XpnWNyGa1PclW9Q3aZxTd67ck3f4XFO0ed0UMbmd1K+5HhTuOR5VbLjelWy43pVsuN6VbLj&#10;elWy43pVsuN6VbLjev+DDgH/lgsA3asEAM24BgDCxAYAutQJALHvFAOn7iUNnu4zGpTtPSeK7EYz&#10;gOtOPnbrVUds6ltOZOpjVV3qbVpY6ndeU+qDYk7qkWVK66FnR+yzaUbt0GlI5uhpS9nrakzP7G1O&#10;x+tvT8DqcE/A6nBPwOpwT8DqcE/A6nBPwOpwT8DqcP+JCwDpoAEA0LEEAMG8BQC3yQYArtoJAKT1&#10;FwWb9ScQkvU0HIj2Pid/9kcydvZOO2z2VEJk9lpIXfZiTVf2a1FS9nVVTfeAWEj4jVpF+JtcQvir&#10;XkH3vl9A999gQ+7sYEfj8V9I2/FhSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY/6VAADUqQAA&#10;wrUDALXBAwCqzwUAoOcLAZj9GgaP/ikQhv81G37/QCV0/0Yta/9MNWP/Ujpc/1k/Vv9gQ1D/aEdM&#10;/3FKR/97TEP/h05A/5RQPv+hUj3/sFQ7/8NVO/7hVTz58FVA8PRVQ+f3VEPn91RD5/dUQ+f3VEPn&#10;91RD5/dUQ+f3VNuhAADFsAAAtboCAKjHAgCd1gQAk/wOAYv/HQaD/ysPev81F3H/PB9o/0ImYP9J&#10;LFn/TzFT/1Y1Tv9dOEn/ZTtF/209Qf92Pz7/gEE7/4tDOf+YRTj/pEY2/7JHNf/ESDX/3Uk0//BJ&#10;N/74STf++Ek3/vhJN/74STf++Ek3/vhJN/74ScmrAAC2tAAAqMEAAJvPAACO3wEAh/8RAX7/HQR1&#10;/ycLbP8vEmT/Nxhc/z4dVv9FIlD/SyVL/1IoRv9YK0H/Xy0+/2cvO/9vMTj/eDM2/4I0M/+NNjH/&#10;mTcw/6U4L/+yOi7/wDsu/9M7Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPLiwAACovAAAmskA&#10;AIzZAACB9QMAef8QAW7/FgNl/x8GXv8nC1f/MA9R/zcTS/8+F0b/RRlB/0wbPf9SHTn/WB82/18h&#10;NP9mIjH/biQv/3clLf+AJiv/jCgp/5cpKP+iKif/rSsm/7ksJv/JLSb/yS0m/8ktJv/JLSb/yS0m&#10;/8ktJv/JLaq3AACaxQAAi9MAAH3iAAB1/wUAaf8MAV//EQJX/xcDUP8fBUn/JgdE/y4JP/82Czv/&#10;PQ03/0MPM/9JETD/TxIu/1UTLP9bFCr/YhUn/2kWJf9yFyP/exgh/4YZH/+RGh7/nBse/6UcHf+w&#10;HR3/sB0d/7AdHf+wHR3/sB0d/7AdHf+wHZzAAACMzgAAfN4AAHD1AABl/wAAWv8GAVH/DQFJ/xEC&#10;Q/8XAz3/HwQ4/yYFNP8tBjD/Mwct/zkHKv8+CCf/Qwgl/0kJI/9OCSH/VAkf/1oKHf9hChv/aQsZ&#10;/3IMF/98DRb/hg0U/48OFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oPFP+aD/9cHAL/VyYD/1EyBv9O&#10;PAj/V0UQ/1tOGf9cWCL/W2Mr/1lvMv9Xejj/VIU9/1KQQf9QmUX/T6BH/06nSf9Nrkv/TLRM/0u7&#10;Tf9Kw07/Sc1P/0ndUP9I6VD/SPJQ+0n2UPZL+VDwTftP6k/7UOdP/FDnT/xQ50/8UOdP/FDnT/xQ&#10;50/8UP9cHAL/WCYD/1IyBv9ROgj/WkMQ/19NGf9fVyP/XmEr/1xtM/9ZeTr/V4Q//1SOQ/9Sl0f/&#10;UJ9J/0+mS/9OrU3/TbRP/0y7UP9Lw1H/S85S/0rfUv9J6lP9SvJT+Ev2U/FN+FLrT/pS5VD6U+JR&#10;+lPiUfpT4lH6U+JR+lPiUfpT4lH6U/9dGwL/WSYD/1MxBv9UOQj/XUIQ/2JLGv9iVSP/YF8s/19r&#10;NP9cdzv/WYJA/1aMRf9UlUj/Up5L/1GlTv9QrE//T7NR/067Uv9NxFP/TM9U/0vgVf9L61X6TPJV&#10;9E32VexQ+FTmUfhV31L5VtxT+VbcU/lW3FP5VtxT+VbcU/lW3FP5Vv9eGwL/WiUD/1QxBv9YNwj/&#10;YUAR/2VJGv9mUyP/ZF0t/2JoNf9fdDz/XH9C/1mKR/9Wk0v/VJxO/1OkUP9Rq1L/ULNU/0+6Vf9O&#10;xFb/TdBX/03iWPxM7Vj2TvJY7lD1WOZT9ljfVPdZ11X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ01X4&#10;Wf9fGgL/WyUD/1UwBv9cNAj/ZT0R/2pHGv9rUST/aVot/2ZkNv9jcD3/X3xD/1yHSf9ZkU3/V5pQ&#10;/1WiU/9TqlX/UrJX/1G6Wf9QxVr/T9Jb/E7kW/hP7VzwUfJb51T0W95V9VzVVvZdzlj3XctY913L&#10;WPddy1j3XctY913LWPddy1j3Xf9gGgL/XCQD/1YvBf9gMgj/ajsQ/29EGv9wTiP/b1ct/2thNv9n&#10;bD7/Y3hF/2CDS/9cjk//WphT/1egVv9WqVn/VLFb/1O6XP5Rxl78UNZf+VDnX/JS7l/nVfFf3Vfy&#10;YNJY82HLWfVixVv1YsNb9WLDW/Viw1v1YsNb9WLDW/Viw1v1Yv9hGQL/XSMD/1otBf9lLwj/bzgQ&#10;/3RBGf92SyP/dVQt/3FdNv9sZz//aHNG/2R/TP9gilL/XZVW/1qeWf9Yp1z+VrBf/VS6YPxTx2L5&#10;Utxj81PoY+lV7mPeWPBk0FrxZchc8mbCXfJmvV7yZrte8ma7XvJmu17yZrte8ma7XvJmu17yZv9i&#10;GQL/XiMD/14qBf9pLQj/dDUP/3o+GP98SCL/e1Es/3haNv9zYz//bW1H/2l6Tv9khlT/YJFY/12c&#10;XP1apWD7WLBi+la7ZfhVymb1VOBn7FbqZ99a7WfQXO9pxl3var9f72q5YO9qtWHvarNh72qzYe9q&#10;s2HvarNh72qzYe9qs2Hvav9jGAL/YCID/2InBf9uKgf/eTIO/388F/+CRiH/gk8r/39YNf97YD7/&#10;dWlH/290TvtqgVX4Zoxb9WKXX/NfoWPwXKtm7lq2aexZxGrpWNpr4Vrqa9Bd7G3FX+xuvGHrb7Zi&#10;7G+xY+xurWTsbqtk7W2rZO1tq2Ttbatk7W2rZO1tq2Ttbf9kGAL/YSID/2YlBP9yJwf/fjAN/4U7&#10;Fv+IRR//iE0p/4ZVM/+CXj37fWZG9nZwTvJyfFXubYdc6miSYuZknGbjYaZq4F+ybd1dv2/aXdNw&#10;0l7qcMRg6XK6Yuhzs2Toc61l6XOpZulypmfqcaRn6nCkZ+pwpGfqcKRn6nCkZ+pwpGfqcP9lFwL/&#10;YiED/2kjBP93JQb/gi8M/4o5FP+OQx3/j0wm/41TMPmKWzrzhWNE7X9sTeh5d1XjdIJd3m6NY9lp&#10;l2nTZqFuz2OsccthuXTIYcp1xWHldrlk5newZuV3qmjmd6Vp5naiaud1n2roc55r6XOea+lznmvp&#10;c55r6XOea+lznmvpc/9mFwH/YyED/20gBP97IwX/hy4L/484Ev+TQRr/lUoj+pRRLfORWTfsjWBB&#10;5YdpSt+BdFPWen5dz3SIZcpvkWzFa5txwWimdb1msni6ZcJ6t2Xde65o43unauN7omvkep5s5Xib&#10;beV3mW3ndphu53WYbud1mG7ndZhu53WYbud1mG7ndf9nFgH/ZCAD/3AeA/9+IgX/iywJ/5M3EP+Y&#10;QBj9mkgg9JpOKeyYVTPllV083Y9mR9OIb1PLgXlexXuDZr91jG65cZZ0tW6heLBrrHytart+qmrS&#10;f6Rs4H6ebeF9mm/ifJdw43qVcOR5k3Dld5Nx5neTceZ3k3Hmd5Nx5neTceZ3k3Hmd/9oFgH/ZCAD&#10;/3McA/+BIAT/jisI/5c1Dv+dPhX4n0Qc76BLJeefUi3fnVo305VjRsqObFPDh3Veu4F+Z7V7iG+v&#10;d5F1qnOceqVwqH6hb7aBnm/Kgptw3oGWcd+Ak3LhfpFz4nyQc+N6jnPkeY5z5XiOc+V4jnPleI5z&#10;5XiOc+V4jnPleP9pFgH/Zh4D/3YaA/+EHwP/kioH/5s0DP6gOxLzo0EY6qZIIOKnTyfYolY2zJpg&#10;RcOTaVK7jXJes4Z6Z6yBhG+mfY12oHmYfJt2o4CXdLGDlHTFhJF13YOPdt6BjXbgf4t34X2Kd+J7&#10;iXbkeol25HmJduR5iXbkeYl25HmJduR5iXbkef9pFQH/aR0D/3gZAv+HHgP/lSgG/54yCvqkNw/v&#10;qD0U5qxEGt2tSyTQplQ1xp9eRLyZZlK0km9drIx3Z6SHgG+egop3mH6UfZJ7oIGNeq2EinnAhYh6&#10;3ISHet2ChnrfgIZ64H6FeuJ8hXnjeoV55HmFeeR5hXnkeYV55HmFeeR5hXnkef9qFQH/axsC/3sX&#10;Av+KHAL/mCYF/6IwCPWoMwzrrjkQ4rNBFNaxRyPKq1I0wKRcQ7aeZFGtmGxcpZJ0Zp2NfW+WiIZ2&#10;j4WRfYqCnIKFgKqFgX+8hoCA24WAgN2DgH/egYB+4H+AfeF9gH3je4B85HqAfOR6gHzkeoB85HqA&#10;fOR6gHzkev9rFQH/bRkC/34VAv+NGwL/myQD/qUsBvGsLwjnszQL3bo6ENC1RiHFr1EyuqlaQrCj&#10;Yk+nnWpbnphyZZaTem6Pj4N2iIuOfIKImYF8hqeFeYa5hneH14V4hd2DeoPegXqC4H97geF9fIDj&#10;e3x/43p8f+N6fH/jenx/43p8f+N6fH/jev9rFAH/cBgC/4EUAf+QGQH/nyIC+qkmBO2xKQXiui8G&#10;1r82D8q6RCC/tE8xtK5YQKqoYE6ho2damJ5vZI+ad22IloB1gJKLe3qPloB0jqSEcY22hW+O0YVx&#10;i92Dc4nfgXWH4H52heF9d4Tje3eD5Hp3g+R6d4PkeneD5Hp3g+R6d4Pkev9sFAH/cxYC/4UTAf+U&#10;FgH/oh4B9a0gAue4IQLdwyYC0MM0DcS+Qh65uU0vrrNWPqSuXkyaqWVXkaVtYomhdWuAnX5yeZqI&#10;eXKXlH5tlqKCaZWzhGeWzYNpk96CbI/fgG+M4X5wiuJ8cojjenKH5Hlyh+R5cofkeXKH5Hlyh+R5&#10;cofkef9tEwH/dhMB/4gSAf+YEwD/pxkB77MWAeLAFQDVyh4ByccyDL7DQByzvkssqLpUPJ61XEmU&#10;sGNViqxrX4Gpcmh5pXtvcqOFdmugkXtmn59/Yp+xgWCfyoBinOB/ZZfhfmiT4nxqkON7bI3keW2M&#10;5XhtjOV4bYzleG2M5XhtjOV4bYzleP9uEwH/exEB/40QAP+dEAD6rBEA2rsLANXJCwDNzhsBwswv&#10;CrfJPRmsxUkpocBSOJe8WkaNuGFRg7VoW3qycGRyr3lra6yDcWSrj3ZfqZ56W6mvfFmqyXxap+J7&#10;XqDje2Gb43pjl+R5ZpTld2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd/9wEgH/gA4B/5IOAPKjCwDZ&#10;swkAz74JAMvMCQDE0xcAutIsB7DPOxalzEYmmshQNY/EWEGFwV9NfL5nVnO8b15ruXdlZLiCa162&#10;jnBZtZ1zVbWudVS2yHVTs+d2V6vmdlqk5nZcoOd1X5zndGCa6HRgmuh0YJrodGCa6HRgmuh0YJro&#10;dP9yEgH/hgwA+5gJANmpBgDOtQcAxsEHAMDPCQC62xMAsdopBafYNxKc1EQhktFNMIfOVTx9y11H&#10;dMllUGzHbVdlxXZeXsSBY1nDjmhUw51rUcOubE/EyG1Owu1tULjrb1Ow63BVq+pwWKbrcFmj63BZ&#10;o+twWaPrcFmj63BZo+twWaPrcP93DwH/jQgA3qACAM+uBQDEuQUAu8UGALXTCgCu4RYBpuEpBp3g&#10;NxGT3kIdidxMKX/aVDV111w/bdVkSGXTbE9f0nZUWdKBWVTRjl1Q0Z1gTdKwYkvTyWJK0u1iS8jy&#10;Zk2/8WhPuPBpUbLwaVKv72lSr+9pUq/vaVKv72lSr+9pUq/vaf9/CgDtlgAA0qYBAMSyAwC5vAMA&#10;sMkGAKnYCgCh5xkCmecqCZDnNxSH5kIffeVKKXTkUTNr41k6ZOJhQV7ia0dY4nVLU+GAT0/ijVNL&#10;4ptVSeOsV0fkxFdG4+lXRt32WUfQ91xJyPdeSsH2YEu99mBLvfZgS732YEu99mBLvfZgS732YP+J&#10;AADZngAAx6wBALm2AgCuwQMApc4GAJzkDACV7x0Dje8sC4XvORV870Eec+9JJ2ruUC9i7lc1XO5f&#10;OlbuaD9S7nFCTe98RknviUlG8JZLQ/CmTUDxuU4/8ttPPvD3TkLm+09D3ftRRNT8U0XP/FRFz/xU&#10;Rc/8VEXP/FRFz/xURc/8VOGVAADLpgAAu7AAAK67AQCiyAIAmNUFAJD4DwGJ+CAEgvguC3n5NxNw&#10;+T8baPlGImD6TSha+lQtVPpcMU/7ZTVL+204R/x3O0P8gz0//ZA/PP2fQTr+r0M4/8ZEN//qRTb8&#10;/UU78v9EPur/RD7m/0Y+5v9GPub/Rj7m/0Y+5v9GPub/RtCfAAC9rAAArrUAAKLCAACVzwAAit0D&#10;AIT/EgF7/x4DdP8qCWz/Mw9k/zsWXf9DG1f/SiBR/1EkTP9YJ0j/YCpE/2gsQP9xLjz/ezE5/4gy&#10;Nf+WNDP/pDYx/7Y3L//QOC7/7zkt//85Mf//OTP8/zkz/P85M/z/OTP8/zkz/P85M/z/OcGoAACv&#10;sQAAor0AAJTKAACH2AAAffMHAHb/EgFt/xoDZf8kBV7/LQpY/zYPUv89E0z/RRZI/0wZQ/9TGz//&#10;Wh48/2EgOP9pITX/ciMx/30lLv+KJiv/mSgp/6cpJ/+5Kyb/0iwl/+8sJP//LST//y0k//8tJP//&#10;LST//y0k//8tJP//LbGuAACjuQAAlMYAAIbTAAB54QAAcf8IAGf/DwFf/xUCV/8eA1H/JgVL/y4H&#10;Rv82CkH/PQw9/0QOOf9LEDb/URIy/1gTL/9fFSz/ZxYp/3EXJv98GCP/iRog/5gbH/+mHB3/tx0c&#10;/8oeHP/mHxv/8B8b//AfG//wHxv/8B8b//AfG//wH6S1AACVwgAAhs8AAHfeAABr9AAAYv8DAFn/&#10;CwFR/xEBSv8XAkT/HwM//yYEOv8tBTb/NAYy/zoHLv9ACCv/Rggo/0wJJf9SCSL/WQog/2ILHf9r&#10;DBr/dg0X/4QOFf+SDxT/oBAT/60RE/+6ERP/wxIT/8MSE//DEhP/wxIT/8MSE//DEpe+AACGzAAA&#10;d9sAAGnnAABc/QAAVP8AAEv/BQBD/wwBPf8RAjf/FwIy/x4DLv8kAyr/KgQl/y8EIv81BR//OgUd&#10;/z8FGv9FBhj/SwYW/1IGFP9aBxL/YgcQ/2wHD/93CA3/hAgM/5AIDP+cCAz/oggM/6IIDP+iCAz/&#10;oggM/6IIDP+iCP9QIAL/SyoD/0Q2Bf9HOgb/Sj8I/05JD/9PVBf/T2Ae/01sJP9KeSr/SIUu/0aQ&#10;Mv9EmjT/Q6I3/0KqOP9BsTr/QLk7/0DBPP8/yz3/Ptw+/z7oPv898z7/Pfs//z7/Pv9A/z76Q/89&#10;9ET/Pu5G/z/uRv8/7kb/P+5G/z/uRv8/7kb/P/9QIAL/SyoD/0U1Bf9KOAb/TT0I/1FID/9SUhf/&#10;UV4e/09qJf9Ndyv/SoMv/0iOM/9GmDb/RKE4/0OpOv9CsDz/Qrg9/0HBPv9Ayz//QNxA/z/pQP8/&#10;9ED/Pv1B/0D/QP1C/0D2Rf9A8Eb/QelI/0HpSP9B6Uj/QelI/0HpSP9B6Uj/Qf9RHwL/TCkD/0c0&#10;Bf9NNgb/UTsI/1VGEP9WUBj/VVwf/1JoJv9QdCz/TYAx/0qMNf9Ilzj/RqA7/0WoPP9EsD7/Q7g/&#10;/0PBQf9CzEH/Qd5C/0HrQ/9A9UP/QP1D/0P/Q/hG/0LwSP9D6kn/RONK/0XjSv9F40r/ReNK/0Xj&#10;Sv9F40r/Rf9SHwL/TSkD/0oyBP9QMwb/VTkI/1lDEP9aTRj/WVgg/1ZkJ/9TcS3/UH0z/02JN/9L&#10;lDr/SZ49/0emP/9GrkH/RbdC/0TBRP9EzEX/Q99F/0LtRv9C90b/Q/1G+Ub/RvBJ/0bpS/9H4kz/&#10;SNtN/0jbTf9I203/SNtN/0jbTf9I203/SP9THgL/TigD/04vBP9UMAb/WjYI/15AEP9gShj/XlUg&#10;/1tgKP9YbS//VHk0/1GFOf9OkT3/TJtA/0qkQv9JrUT/SLZG/0fBR/9GzUj/ReFJ/0TvSv9F+Er7&#10;R/1K8Ur/SehN/0vfTv9M10//TM9R/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/TP9UHQL/UCcD/1IsBP9Z&#10;LQX/XzII/2Q8EP9mRxj/ZFIg/2FcKP9daDD/WnU2/1aBO/9SjT//T5hD/02iRf9Mq0j/SrVJ/0m/&#10;S/9IzEz/SOFN/0juTfxI+U7yS/xN5079T91Q/VDSUv5QzFP/UcZU/1HGVP9RxlT/UcZU/1HGVP9R&#10;xlT/Uf9VHQL/UScD/1YpBP9eKgX/ZC8I/2o6D/9sRRf/bE8g/2hZKP9kYzD/YHA3/1x8Pf9YiEL/&#10;VZNG/1OdSf9Rpkv/T7BN/066T/1NxlD6TdlR9kzqUfJN91HnUPpS21L7VM5U/FXHVv1VwVf+VbxY&#10;/lW8WP5VvFj+VbxY/lW8WP5VvFj+Vf9XHAL/UiYD/1omBP9iJgT/aiwH/3E3Dv9zQhb/c0wf/3BW&#10;KP9rYDD/Zms4/2N3Pv5fg0T7W45I+ViYTPdWoU/1VatR81O1U/FSwVTvUdBV61HnVeZS9lbaVPlY&#10;zFb6WcNY+1q8Wvtat1v7WbNc+1mzXPtZs1z7WbNc+1mzXPtZs1z7Wf9YGwL/UyUD/14jA/9nIwT/&#10;cCoG/3c1Df96QBX/ekod/3hTJv9zXC/8bmY3+GlyP/RlfkXxYYlK7l6TTutcnVLoWaZV5liwV+RX&#10;vFjiVsxZ3lbkWdhW9FvKWPddwFr4Xrhc+F6zXfherl74Xatf+VyrX/lcq1/5XKtf+VyrX/lcq1/5&#10;XP9ZGwL/ViMD/2IgA/9sIAP/dSgF/30zC/+APRP/gUcb/39QJPl7WS30dmI27nFtPupseUXmaIRL&#10;4mSOUd5hmFXbXqJZ1lysW9NbuF7QWsZfzVrfYMha8mG+XPVitV70Yq5g9WKqYfVhpmL2YaNj91+j&#10;Y/dfo2P3X6Nj91+jY/dfo2P3X/9aGgL/WSEC/2YdAv9wHgP/eiYE/4IxCf+GOxD/iEQZ+YZNIfKD&#10;Vivrfl405XlpPeB0dEXab39M02qJU89mkljLY5xdx2GmYMRfsWPBXr9kvl7SZbpf7GayYPJmq2Ly&#10;ZqVk8mWhZfNkn2X0Y5xm9WKcZvVinGb1Ypxm9WKcZvVinGb1Yv9bGgL/XB8C/2kbAv91HAL/fiQD&#10;/4cuCP+MOA77jkIW8o5KHuuLUifkh1sw3YFmOtN6cEXNdXpOyHCDVcNsjVu+aZZgumagZLdkq2e0&#10;Y7hpsWLKaq5j5mqoZO9qombvaZ1n8GiaaPFnmGnyZpZp82SWafNklmnzZJZp82SWafNklmnzZP9b&#10;GQL/XxwC/2wYAv95GwL/gyED/4wsBv+RNgv1lD8S7JVHGeSTTyLcjlgt0odiOsqBbEXDe3VOvnZ/&#10;VrhyiF20bpFir2ubZqtppmqoZ7NspWfDbqJn4G6eae1tmWrubJZr72qTbPBpkmzxZ5Bs8maQbPJm&#10;kGzyZpBs8maQbPJmkGzyZv9cGQH/YhoC/3AWAv98GQL/hh8C/5ApBPqWMwnwmjwO55tEFd+aSx3T&#10;lFUsyo1fOcKHaUW7gXFPtXx7V694hF6qdI1jpXGXaKFuomydbK5vmmy+cJhs2XGVbetvkW7sbo9v&#10;7WyNb+9qjG/waYtv8WeLb/Fni2/xZ4tv8WeLb/Fni2/xZ/9dGQH/ZBkC/3IUAf9/GAH/ih0B/5Qm&#10;A/abMAbrnzgK4qI/ENifRxzNmVIrxJJdObuMZkS0h25OrYJ3V6d9gF6ieYlknXaTaZhznm2Ucapx&#10;kHG6co5x0XOMcupxinPrb4hz7W2Hc+5rh3PvaoZy8GiGcvBohnLwaIZy8GiGcvBohnLwaP9eGAH/&#10;ZxcB/3UTAf+DFgH/jhoB/pgjAvGfLATnpTMH3ag5DNGjRRvHnVAqvpdaOLWSY0StjGxOpod0V6CD&#10;fF6af4ZklXyPapB5mm6Ld6ZyiHa2dIV2zHSEd+lyg3fqcIJ37G6Cdu1sgnbvaoF28GmBdvBpgXbw&#10;aYF28GmBdvBpgXbwaf9eGAH/aRUB/3gSAf+GFAH/kRgB+pwfAe2kJwLiqiwE1qw0C8unQxrBok4p&#10;uJxYNq+XYUOnkWlNoI1xVpmIeV6ThYJkjYGMaoh/l2+DfaRyf3yzdH18yHV8fehzfHzqcXx77G99&#10;eu1tfXnua3158Gl9efBpfXnwaX158Gl9efBpfXnwaf9fGAH/axMB/3sRAf+JEwD/lRUA9aAaAeip&#10;IAHdsCQB0LAyCsasQRi8pkwns6FWNaqcX0Gil2dMmpJvVZOOd12Mi4BkhoiKaYGFlW58g6Fyd4Kw&#10;dHWCxXV0g+dzdYHqcXZ/6293fu1teH3ua3h88Gl4fPBpeHzwaXh88Gl4fPBpeHzwaf9gFwH/bhIB&#10;/34QAP+MEQD/mREA8aQTAOOuFgDWthwBy7QwCMGwPxe3q0slraZUM6ShXUCcnWVKlJhsU4yVdFuG&#10;kX1if46HaHmMkm10ip5xcIitdG2IwXRtieRzb4fqcXCE7G9yg+1tc4Hua3SA8Gl0gPBpdIDwaXSA&#10;8Gl0gPBpdIDwaf9hFwH/cRAB/4IOAP+QDgD1nQ0A46kMANm1DADPuRoAxbguB7u0PRWxsEkjp6tS&#10;MZ6nWz6Wo2NIjp9qUYabcll/mHpgeJWEZnKTj2xtkZxvaZCqcmaQvnNlkeFyaI7rcGqK7G5siO1s&#10;bYbva26E8GluhPBpboTwaW6E8GluhPBpboTwaf9jFQH/dQ4B/4YNAPiUCwDcoggA1K0JAM+4CgDJ&#10;vRcAv7wrBrW5OxOrtkchobFQL5itWTuPqmFGh6ZoT3+jcFd4oHhecp6BZGubjGlmmpltYpmob1+Z&#10;vHBemd9vYJbsbmOR7W1mju5rZ4vvammJ8GhpifBoaYnwaGmJ8GhpifBoaYnwaP9nEgH/eQwA/4oK&#10;AN+aBADTpgcAzLEIAMe7CADBwhMAuMIoBK6/OBClvEQem7hOLJG1VziIsV5CgK5mS3irbVNxqXZa&#10;a6d/YGWlimRgo5doW6Oma1mjumxYo9xrWaDua1ya72pflvBpYZLxaGOP8WZjj/FmY4/xZmOP8WZj&#10;j/FmY4/xZv9rEAH/fgkA8ZAEANaeAwDMqgYAxLQGAL6+BQC4yBAAsMgkA6fGNQ2dw0Ibk8BMKIq9&#10;VDOBulw+ebdkRnG1a05rs3RUZLF+Wl+wiV9ar5ZiVq6lZVOuuWZSr9tlUqvyZlWk8mZYn/JmWpvz&#10;ZVyX82Rcl/NkXJfzZFyX82Rcl/NkXJfzZP9wDQD/hAQA3ZYAAM6jAwDErgQAu7cEALTCBQCuzQwA&#10;p84gAp7NMQqVyz4Wi8hJI4LGUi56w1o4csFiQGvAakdkvnNNXr18U1m8iFdUu5VbULulXU67uV5N&#10;vNtdS7n3X06x9mBRqvZgU6X2YFWh9mBVofZgVaH2YFWh9mBVofZgVaH2YP93CADrjAAA05sAAMao&#10;AgC7sQIAsrsCAKrHBgCi0woAndYaAZXWLAaM1DoRg9JGHXrQTydyzlgxas1gOGTLaD9eynJFWMp8&#10;SVTJiE1PyZVRTMmlU0rJuVRJytxTR8j3VUjA/FhKuPtZTLL7Wk6t+lpOrfpaTq36Wk6t+lpOrfpa&#10;Tq36Wv9/AADckwAAyqIAALysAQCxtQAAqMADAJ/LBgCW2QsAkeAbAYrfLAaC3zkOed5DF3HdTSBq&#10;3FYoY9tfL13aZzVY2XE6U9l7Pk/ZiEJL2ZZFSNmmR0baukhF29tHRNj0SULT/01Eyf9PRcL/UEe7&#10;/1JHu/9SR7v/Uke7/1JHu/9SR7v/UuaKAADPmwAAv6cAALKwAACnuwAAnMYDAJPRBgCL6g4Ahegf&#10;An7oLQZ26DgObuhBFmbnSh1f51IjWedbKVXnZC1Q520xTOd4NUnnhDhG6JE6Q+igPEDpsj4/6ss+&#10;PujvPj3m/z894P9CP9f/REDO/0ZAzv9GQM7/RkDO/0ZAzv9GQM7/RtaTAADEowAAtKwAAKe2AACb&#10;wQAAkMwCAIbZBgCA8hIAefIfAnHyKwZq8jYMY/M/El3zRxhX808dUvNXIU30YCRJ9GkoRvRzKkL1&#10;fi0/9YsvPPaZMTr2qTM49740NvjhNTb1+TU18/80N+z/Njnl/zg55f84OeX/ODnl/zg55f84OeX/&#10;OMieAAC2qQAAqLIAAJu9AACPyAAAg9QAAHnoBwBz/BIBa/0dAmT9JwRe/jEIWP47DVP/QxFN/0sV&#10;Sf9TGEX/WhpB/2MdPv9sHzv/diE3/4IjNP+QJTL/nycw/7AoLv/IKS3/6ios//8qLP//Ki/5/yov&#10;+f8qL/n/Ki/5/yov+f8qL/n/KrmmAACqrgAAnLkAAI7FAACB0QAAdd4AAG36CQBl/xEBXv8aAlf/&#10;IwNS/ywFTP80B0j/PApD/0QMP/9MDjz/UxA4/1sSNf9jFDL/bBYv/3cXLP+EGSn/kxon/6IcJf+0&#10;HST/zB4j/+0eIv/9HyL//x8i//8fIv//HyL//x8i//8fIv//H6yrAACdtgAAj8IAAIDOAABz3AAA&#10;Z+kAAF//BgBY/w4AUf8VAUv/HQJG/yYDQf8tBDz/NQU4/zwGNP9CBzH/SQgu/1AJK/9XCij/Xwol&#10;/2kMI/90DSD/gg4d/5IPG/+iEBr/shEZ/8gSGP/lExf/+hQX//oUF//6FBf/+hQX//oUF//6FJ+z&#10;AACQvwAAgMwAAHLaAABk5AAAWPUAAFH/AQBK/wsARP8QAT7/FwE5/x4CNP8lAjD/LAMs/zIEKP84&#10;BCX/PgUi/0QFH/9KBRz/UQYa/1kGF/9jBxT/bgcS/3wIEP+MCA//nAgO/6wJDv+7CQ3/0wkN/9MJ&#10;Df/TCQ3/0wkN/9MJDf/TCZG8AACByQAActcAAGTkAABU6wAAS/8AAET/AAA9/wQAN/8MADH/EAEs&#10;/xYBKP8cAST/IgIg/ycCHP8sAhn/MQMW/zYDE/88AxH/QgMP/0kEDf9RBAv/WgQJ/2YEBv9zBQP/&#10;gQUC/5AFAf+cBQH/qwUB/6sFAf+rBQH/qwUB/6sFAf+rBf9EJAL/Py4D/zw2BP9AOAT/QT0G/0FF&#10;CP9BUQ3/QF0T/z9qGP88dxz/OoQg/zeRI/82myX/NaQn/zSsKP80tSr/M74r/zLIK/8y1Sz/MeUt&#10;/zHxLf8x+y3/MP8t/zD/Lf8z/y3/Nv8s/jj/Lfk6/y72O/8u9jv/LvY7/y72O/8u9jv/Lv9FIwL/&#10;Py4D/z40A/9CNgT/RDsG/0RDCP9FTw3/RFsT/0FoGf8/dR3/PIIh/zqPJP84mif/N6Mp/zasKv82&#10;tCz/Nb0t/zTILv801i7/M+Yv/zPyL/8y/DD/Mv8w/zP/L/82/y//Of8v+Tv/MPQ9/zHxPf8x8T3/&#10;MfE9/zHxPf8x8T3/Mf9GIwL/QC0D/0EyA/9GMwT/SDgG/0hACP9JTA7/SFgU/0VlGv9Cch//QH8j&#10;/z2MJv87mCn/OqEr/zmqLf84sy7/N70v/zbHMP821TH/NuYy/zXxMv81+zL/Nf8y/zb/Mv86/zH6&#10;Pf8z8z7/NO1A/zTqQf806kH/NOpB/zTqQf806kH/NP9HIgL/QSwD/0UvA/9JMAT/TDUG/009CP9O&#10;SA7/TVQV/0thG/9IbiD/RXsl/0KIKP8/lCv/Pp4u/z2nL/88rzH/PLgy/zvDM/86zzT/OuE1/zru&#10;Nf86+DX/Ov81/zr/Nfs+/zXyQf8360L/OOVE/zjhRf844UX/OOFF/zjhRf844UX/OP9IIgL/QywD&#10;/0gsA/9OLQT/UTEF/1M5CP9VRQ7/U1EV/1FdHP9OaiH/S3cm/0iDK/9Fjy7/RJkw/0KiM/9BqzT/&#10;QbQ2/0C9N/8/yTj/P9s4/z/qOf8/9Tn/P/85+0D/OPFD/zroRf884Uf/PNpI/z3VSf891Un/PdVJ&#10;/z3VSf891Un/Pf9JIQL/RCoD/00oA/9TKQT/Vy0F/1k2CP9cQg7/W04V/1hZHP9VZSL/UnIo/09+&#10;Lf9MijD/SpQz/0ieNv9Hpjj/Rq85/0W4O/9FxDz/RNI8/ETlPfhE8j31Rf488UX/PuZI/0DcSv9B&#10;0kv/QcxN/0HJTf9ByU3/QclN/0HJTf9ByU3/Qf9KIAL/SCcC/1ElA/9YJQP/XSoE/2AzB/9jPw7/&#10;YkoV/2BVHP9cYSP/WW0p/1V5Lv9ShDP/UI82/U6ZOftMojv6S6o9+Eq0P/dKvkD1ScxA8UnhQe1K&#10;8EHqSvxC5Er/RNhM/0XMT/9GxlD/RsBR/0a+Uf9GvlH/Rr5R/0a+Uf9GvlH/Rv9MIAL/TCQC/1Uh&#10;Av9dIQP/YycE/2cxBv9qPAz/akcU/2dSG/9jXCP/X2gq+1x0MPdZfzX1Voo58lSUPPBSnT/uUaZB&#10;7FCvQ+pPukToTsdE5k/dReFP7kXdTvtI1E//SchR/0rAU/9KulT/SrZV/0q0Vv9KtFb/SrRW/0q0&#10;Vv9KtFb/Sv9NHwL/UCEC/1oeAv9iHgL/aSUD/20tBf9xOQv/cUQS/29OGvtrWCL1ZmMp8WNvMO1g&#10;ejbpXIU75lqPP+RYmELhVqJE31WrRtxTtkjaUsNK1lLYStFT7EvMU/pNxVT/TrxW/0+1V/9PsFj/&#10;TqxZ/02qWv9Nqlr/Tapa/02qWv9Nqlr/Tf9OHgL/Ux4C/14bAv9nGwL/biID/3MqBP93NQn/eEAQ&#10;+XdKGPJzVCDsb14o52tqMOJndTbeY4A82V+KQdRdk0bRW51JzlmmTMtYsE7IV7xQxlbNUcNX5lG+&#10;V/dSuFj/U7Ba/1OrXP9Sp13/UqNd/1GiXf9Qol3/UKJd/1CiXf9Qol3/UP9PHgL/VxsC/2IXAf9s&#10;GQL/dCAC/3knA/9+Mgf5gDwN8X9GFep7UB3kd1sm3XNmLtVtcDfQaXo+y2WERMdijknEYJdNwF6g&#10;UL1dqlO7W7ZVuFvFVrVb31ayXPNXrF39V6Ze/VahYP5VnmD/VJxh/1OaYf9TmmH/U5ph/1OaYf9T&#10;mmH/U/9QHQL/WhkB/2UVAf9wFwH/eB0B/38kAv2ELgXzhjgK6oZCEeOESxnbf1cj0XliL8t0bDjF&#10;b3ZAwGx/RrxoiEu4ZpFQtWObU7FhpVauYLBZq1+/Wqlf1FumYO9bomH6Wp1j+1mZZPxYlmT9V5Vl&#10;/lWUZf5VlGX+VZRl/lWUZf5VlGX+Vf9QHQL/XRcB/2kSAf90FQH/fRoB/4QhAfeJKgPtjTQH5I09&#10;DdyLSBbRhVQjyX9eLsJ6aDi8dXFAt3F6R7JuhE2ua41SqmiWVqdmoFmjZatcoGS5Xp5kzV6bZOpe&#10;mGb4XZRn+VySaPtakGj8WY5o/VeOaP1Wjmj9Vo5o/VaOaP1Wjmj9Vv9SHAH/XxQB/2wRAf94EwH/&#10;gRcB/4gdAfKPJQLnky8E3pU4CdOQRRXKi1EiwoVbLruAZTi0e25Br3d3SKp0f06lcIhToW6SV51r&#10;nFuZaqdelmm1YJRoyGGSaeZgj2r3X41r+F2La/lciWz7Wohs/FiIa/xYiGv8WIhr/FiIa/xYiGv8&#10;WP9UGgH/YhMB/28QAf97EgD/hRQA+o0ZAO2THwHimSgC2JkzCMyVQhTEkE4hvItZLbSFYjeugWtA&#10;qHxzSKJ5fE6ddoVUmXOOWJVxmFyRb6RgjW6xYottw2OJbuJih2/2YYZv91+Fb/ldhG/6W4Nv+1mD&#10;b/xYg2/8WINv/FiDb/xYg2/8WP9WGAH/ZBEB/3IOAP9+EAD/iBEA9ZEUAOiYGQDdniAB0Z4xB8ea&#10;QBO+lUwgtpBWLK6LYDenhmhAoYJwSJx+eU6We4JUkniLWY12lV2JdKBhhXOuY4Jyv2SAc95kgHT1&#10;Yn909mB/c/hefnP5XH5y+lp+cvtZfnL7WX5y+1l+cvtZfnL7Wf9YFwH/ZxAB/3UOAP+BDgD/jA4A&#10;8ZUQAOOdEQDWoxsAy6EvBsKePhK5mUoesJRUK6mQXTaii2Y/m4duR5WEdk6QgH9Ui36IWYZ7kl2B&#10;eZ5hfXirZHp4vGV5eNlleHn0Ynl49mB5d/heeXb5XHl1+lp5dftaeXX7Wnl1+1p5dftaeXX7Wv9a&#10;FQH/aQ4A/3gMAP+EDADvkAsA3ZoKANmiCwDQphgAxqUsBb2iPBC0nkgdq5lSKaOVWzSckWM+lY1r&#10;Ro+Jc02JhnxThISFWH+BkF16f5thdn6oZHN9uWVxftNlcX7yY3J99mBze/dedHr5XHR5+lt1efta&#10;dXn7WnV5+1p1eftadXn7Wv9dEwH/bA0A/3sLAPaICQDckwYA1Z0JANGlCgDKqhUAwakqBLemOg+u&#10;okYbpp5QKJ6aWTOWlmE8j5NpRImPcUyDjXlSfYqDV3iIjVxzhplgb4SmY2yEt2RqhM9kaoTwYmyC&#10;9mBtgPdeb3/5XG99+ltwfPtacHz7WnB8+1pwfPtacHz7Wv9fEQH/bwoA/34IAOOMAwDWlwUAz6AH&#10;AMqoCADErhMAu60nA7KrNw2pp0QZoKROJpigVzGRnF86iplnQ4OWb0p9k3dQd5GAVnKPilptjZZe&#10;aIujYWWLtGNji8xjY4vuYWWJ919nhvheaYT5XGqC+lprgftaa4H7WmuB+1prgftaa4H7Wv9iEAD/&#10;cgcA+IIDANuPAgDPmgUAyaMGAMOsBgC9shAAtbIkAqywNQujrUIXm6pMI5KmVS6Ko104g6BlQH2d&#10;bEd2m3RNcJl9U2uWiFhmlZRcYpShX1+TsmBdk8lgXZPtX16Q+F5hjPlcY4r6W2SH+1plhvtZZYb7&#10;WWWG+1llhvtZZYb7Wf9mDQD/dwMA44cAANOTAQDKngQAwqcEALuvBAC1tg0ArrchAqW2Mgmdsz8V&#10;lLBKIIytUyuEqls0fahjPHalakNwo3JKaqF7T2WghlRgnpFYW52fW1idsF1WncddVp3rXFea+lta&#10;lfpaXJH7WV6O/FhfjfxXX438V1+N/FdfjfxXX438V/9qCgD/fAAA3IwAAM2YAADDowMAuqoCALOz&#10;AQCsvAoApr0dAZ68LwaWujwRjbhHHIW1UCd9s1kwdrFgOG+vaD9prXBFY6t5Sl6qhE9aqZBSVaie&#10;VVKnr1dRqMZXUKfqV1Cl/FdTn/1XVZr9VleW/lZYlf5VWJX+VViV/lVYlf5VWJX+Vf9vBADmggAA&#10;0pEAAMadAAC7pgEAsq4AAKq3AQCiwgUAnMQYAJXDKgSNwjkNhcBEGH2+TiF1vFYqbrpeMmi5Zjhi&#10;t24+XbZ4Q1i1gkdUtI9LULSdTk2zrlBLtMVQS7PqUEqx/1FMq/9STqX/UlCh/1JRnv9RUZ7/UVGe&#10;/1FRnv9RUZ7/Uf92AADdiQAAypcAAL6iAACzqgAAqbMAAKC8AgCYxgYAkcwSAIvMJQKEyzQJfMlA&#10;EnXIShttx1MjZ8VcKmHEZDBcw202V8J2OlPCgT9PwY5CS8GdRUjBrkZHwcVGR8HqRkS+/0lFuf9K&#10;R7P/S0mt/0xKq/9MSqv/TEqr/0xKq/9MSqv/TOl/AADRkAAAwp4AALWnAACqrwAAoLgAAJbBAgCM&#10;ywcAhNUNAIDVHgF51S4FctQ8DGzTRxRl0lAbX9FZIVrRYidV0GssUdB1ME3PgTRJz443Rs+dOUTQ&#10;rjtC0MY7Q9DqOkDN/T4+y/9AQMP/QkG9/0NCuf9EQrn/REK5/0RCuf9EQrn/RN2IAADHmAAAuKMA&#10;AKurAACgtAAAlb4AAIvIAwCA0QcAeOENAHThHQFu4SsDaOA3CGHgQg5c4E0UV+BWGVPgXx1P4Gki&#10;S+BzJUfgfihE4IsrQuCaLT/hqy8+4sEvPuLlLzzf+jE53v80Odn/NjrQ/zg7zP85O8z/OTvM/zk7&#10;zP85O8z/Oc2SAAC8oAAAragAAKGxAACVuwAAicUAAH7PAgB02gYAbusRAGjrHgFi6yoDXew1Blfs&#10;PwtS7EgPTexRE0rtWhZG7WMZQ+1tHEDteB497oUhOu6TIzjvoyQ28LYmNfHSJjTv8yY07P8mMuv/&#10;KDLn/ysz5P8sM+T/LDPk/ywz5P8sM+T/LMGcAACwpgAAo64AAJa4AACJwwAAfc0AAHHYAABn5gYA&#10;YvYRAFz3HQFX9ycCUvcxBE34OgZI+UIJRPlLC0H6VA4++lwQO/tlEjj7bxQ1+3sWMvyJGDD9mBku&#10;/aobLP6/HCv/4x0q/PodKvr/HSr3/xwq9/8dKvf/HSr3/x0q9/8dKvf/HbOjAACkqwAAl7YAAInB&#10;AAB7ywAAb9YAAGPfAABb9QYAVf8QAFD/GQFL/yMCRv8sA0L/NAQ+/zwFOv9DBjf/Swc0/1MIMf9b&#10;CS7/ZAor/28MKP98DSb/iw4k/5wQIv+uESH/xRIg/+kTH//8Ex7//xMe//8THv//Ex7//xMe//8T&#10;Hv//E6apAACYswAAir8AAHvKAABu1QAAYN8AAFTnAABO/wQASf8OAEP/FAA//x0BOv8lAjb/LAIy&#10;/zMDL/86Ayv/QQQo/0gEJf9PBSL/VwUg/2AGHf9sBxr/eQcY/4oIFv+bCBX/rQkU/8MJE//jCRP/&#10;+AkT//8KE///ChP//woT//8KE///CpqxAACLvQAAfMgAAG3UAABf4AAAUeYAAEf1AABB/wAAPP8J&#10;ADf/EAAy/xUBLv8dASr/IwEm/ykBIv8vAh//NQIc/zsCGf9CAxb/SQMT/1EDEf9aAw//ZgQN/3QE&#10;C/+FBAr/lgUJ/6gFCP+5BQf/0AUH/+MFB//jBQf/4wUH/+MFB//jBY26AAB9xwAAbdMAAF/gAABQ&#10;5wAAQu0AADr/AAA1/wAAL/8CACr/CgAm/w8AIv8UAB7/GgEa/x8BFv8jARP/KAEQ/y0BDv8zAQz/&#10;OQIK/0ECB/9JAgP/UwIA/14CAP9sAgD/fAMA/40DAP+dAwD/rAMA/7UDAP+1AwD/tQMA/7UDAP+1&#10;A/85JwL/MzIC/zU0A/84NgP/ODsE/zZDBf8zTgf/MVsJ/y9oDf8tdhH/K4QU/ymRFv8pmxj/KKQZ&#10;/yitGv8otRv/J74c/yfIHP8n1B3/J+Qd/yfvHv8n+R7/J/8e/yf/Hv8n/x3/KP8d/yv/Hv8t/x/8&#10;L/8f/C//H/wv/x/8L/8f/C//H/86JwL/NDEC/zgxA/87NAP/OzkE/zpBBf83Swf/NVgK/zNlDv8x&#10;cxL/L4EV/y2OF/8tmBn/LKEb/yyqHP8rsh3/K7se/yvEH/8r0B//KuEg/yrtIP8q9yD/Kv8g/yv/&#10;IP8r/x//LP8f/y//Ifwx/yL3M/8i9zP/Ivcz/yL3M/8i9zP/Iv87JgL/NTAC/zsvAv8+MQP/PzYE&#10;/z49Bf88SAf/O1UL/zliD/83bxP/NX0X/zOKGf8ylRv/MZ4d/zCnHv8wrx//MLcg/y/AIf8vyyL/&#10;L9wi/y/qI/8v9SP/L/4j/y//Iv8w/yL/MP8j+zP/JfU1/yXwN/8m8Df/JvA3/ybwN/8m8Df/Jv88&#10;JgL/OS0C/z8sAv9DLQP/RDIE/0M5Bf9DRQf/QlIL/0BfEP8+axX/O3gY/zmFG/83kB7/N5og/zaj&#10;If81qyL/NbMj/zS8JP80xiX/NNQl/zTmJv808Sb/NPsm/zX/Jf41/yb6Nv8o8zj/Kew6/ynmPP8q&#10;5jz/KuY8/yrmPP8q5jz/Kv89JQL/PSoC/0MoAv9HKQP/SS0E/0o2Bf9KQQf/SU0M/0daEf9FZxb/&#10;QnQa/0CAHf8+jCD/PZUi/zyeJP87pib/O64n/zq3KP86wSj/Os0p/zrhKf467in7Ovkp9zv/KfY6&#10;/yvwO/8t6D3/LuE//y7bQf8u20H/LttB/y7bQf8u20H/Lv8+JQL/QSYC/0gkAv9MJQL/TykD/1Iz&#10;Bf9RPgf/UUkM/09WEv9MYhf/Sm8c/0d7IP9FhiP/Q5El/0KaJ/9Boin/Qaoq/UCyK/xAvCz7P8gt&#10;+D/bLfRA6y3wQPct7UD/L+s//zHkQf8y20P/M9FE/zPLRv8zy0b/M8tG/zPLRv8zy0b/M/9AJAL/&#10;RSMC/0wgAv9SIQL/ViYD/1kvBP9ZOgf/WUYM/1ZREv9UXRj/UWod/k51IfxMgSX5Soso90mVK/VH&#10;nSzzR6Yu8kauL/BFuDDvRcQx7UXTMehG6DHlRvYy4kX/Nd9E/zbTR/83ykj/OMRK/zi/S/83v0v/&#10;N79L/ze/S/83v0v/N/9BIwH/SR8B/1EcAf9XHAL/XCMC/2AsA/9gNgb/YEEL/15NEf1bWBj4WGQd&#10;9FVwI/FTfCfuUIYr60+QLulNmTDnTKEy5UyqM+NLtDTiS8A14EvPNdtL5jbVSvQ40Ur/Os5K/zzE&#10;TP88vU3/PLhP/zy0T/87tE//O7RP/zu0T/87tE//O/9CIgH/TBwB/1UYAf9cGQH/YyAC/2YoA/9o&#10;MgX/aD0J+mZIEPRjUxfuYF8d6l1rI+ZadijiV4Et31WLMNxTlDPZUZ021VCmONNPrzrQT7s7zk7J&#10;PMtP4T3HT/I+w0//QMBP/0G3Uf9BsVL/QK1T/0CqVP8/qlT/P6pU/z+qVP8/qlT/P/9GHwH/UBkB&#10;/1kVAf9iFwH/aB0B/2wkAv9vLgP5bzgH8W5EDutrThXlaFsc32RnI9pgcSrUXXsv0FuFNMxYjjjJ&#10;V5c7x1WgPcRUqT/CU7RBv1PCQr1T1kO5U+1EtlP9RbNU/0WsVv9Ep1f/RKRY/0OhWP9CoVj/QqFY&#10;/0KhWP9CoVj/Qv9IHQH/UxYB/10SAf9mFAH/bRkB/3IhAft1KQLydjMF6XY+C+JzShLbb1ca0mti&#10;I81nbCvIZHYxxGF/N8BeiTu9XJI+uluaQbdZpES1WK5Gsle7R7BXzUitWOhIqlj6SadZ/0ihWv9I&#10;nVv/R5tc/0aZXP9FmVz/RZlc/0WZXP9FmVz/Rf9LGgH/VxMB/2EQAP9rEgD/chYA/3gcAfV7JAHr&#10;fS0D4n45B9l7RhDQdlMayXFeJMNtaCy+anEzumd7OLZkgz2yYoxBr2CVRaxen0epXalKply2S6Rc&#10;x0yiXOJNn133TJxe/0yYX/9KlWD/SZNg/0iRYP9HkWD/R5Fg/0eRYP9HkWD/R/9OGAH/WhEB/2QO&#10;AP9vEAD/dhMA/H0XAO+BHgHkhCcC24Q0BdCBQw/IfE8ZwXhaI7tzZCy1cG0zsWx2Oq1qfz+pZ4hD&#10;pWWRR6Jjm0qfYqVNnGGxT5lgwVCXYNxQlWHzT5Ni/06QY/9MjmT/S4xk/0qLZP9Ii2T/SItk/0iL&#10;ZP9Ii2T/SP9QFgH/XBAA/2gNAP9yDgD/ehAA9oESAOmGFwDeiiAB0oowBMmGQA7Bgk0Zun1XI7R5&#10;YSyudWo0qXJyOqRve0CgbIREnWqNSJlol0yVZ6FPkmatUZBlvVKOZdRTjGbwUYtn/1CIZ/9Oh2j/&#10;TIZo/0uFZ/9JhWf/SYVn/0mFZ/9JhWf/Sf9SFAH/Xw4A/2sLAP91DAD5fg0A8IUOAOOLEADWjxoA&#10;zI4uBMOLPQ27h0oYtINVIq1+Xiune2czondvOp10eECZcoBFlW+JSZFtk02NbJ5QimqqU4dquVSF&#10;as9UhGvuU4Ns/1GCbP9PgWv/TYBr/0yAa/9KgGv/SoBr/0qAa/9KgGv/Sv9UEgH/YQwA/24KAP14&#10;CQDogggA3IkJANiPCwDQkxcAxpMrA76QOwy2jEgXrohSIaeEXCuhgGQznHxtOpd5dUCSd31FjnWG&#10;SopykE6GcZtRgm+nVH9vtlV9b8tWfG/rVHxw/1J7cP9Qe2//Tntv/017bv9Le27/S3tu/0t7bv9L&#10;e27/S/9XEQD/YwoA/3AHAPB8BQDchQUA1IwIANCTCQDKlhQAwZcpA7mUOQuxkEYWqY1QIKKJWiqc&#10;hWIyloJqOZF/cj+MfHpFh3qDSoN4jU5/dphRe3WkVHh0s1Z2dMhWdXToVXV1/VN1dP9RdXP/T3Zy&#10;/012cf9MdnH/THZx/0x2cf9MdnH/TP9ZEAD/ZgcA/3MEAOF/AQDWiAQAz5AGAMqWCADEmhIAvJsm&#10;ArSYNwmslUQUpJFOH52OVyiWimAxkIdoOIuEcD+GgnhEgX+BSX19i014e5ZRdHqiVHF5sVZvecVW&#10;bnrmVW56/FNvef9RcHf/T3F2/01xdf9McXX/THF1/0xxdf9McXX/TP9bDgD/aQQA9ncAAN2CAADQ&#10;iwMAyZMFAMSZBgC+nhAAtp8kAq6dNAimmkETn5ZMHZiTVSeRkF4vi41lN4WKbT2AiHVDe4V+SHaD&#10;iExygpNQboCgU2t/rlVof8JWZ3/jVWiA+lNpfv9Ranz/T2t7/01sef9MbHn/TGx5/0xsef9MbHn/&#10;TP9eDAD/bAEA5noAANaGAADLjwIAxJcEAL6dBAC4og4AsaMhAamiMgehnz8RmZxKG5KZUyWLllwt&#10;hZNjNX+Razt6jnNBdYx8RnCKhUtriJFPZ4edUmSGrFRihr9VYYbhVGGG+VJjhP9QZYH/T2Z//01n&#10;fv9MZ37/TGd+/0xnfv9MZ37/TP9hCgD/bwAA4H4AANCJAADGkwEAv5sDALihAgCxpgsAqqgeAaOn&#10;LwWbpT0PlKJIGYyfUSKFnFkrf5phMnmYaTl0lXE/b5N5RGqSg0hlkI5MYY+bT16OqlJbjr1SWo7e&#10;UluN+FBci/9PXoj/TmCF/0xhg/9LYYP/S2GD/0thg/9LYYP/S/9kBQD1dAAA2oIAAMuOAADBlwAA&#10;uJ4BALGlAACpqwcAo60aAJysLASVqzoMjahFFoamTx9/pFcoeaJfL3OgZjVtnm47aJx3QGOagUVf&#10;mYxJW5iZTFeXqE5Vl7tPVJfcTlSW9k5VlP9NWJD/TFmN/0tbiv9KW4r/SluK/0pbiv9KW4r/Sv9o&#10;AADleQAA0YcAAMWSAAC7nAAAsaIAAKmpAAChsQIAm7MVAJWzKAKOsjYJhrBCEn+uTBt4rFQjcqpc&#10;KmyoZDFnp2w2YqV1O12kf0BZo4pDVaKXR1Ghp0lPobpKTqLZSU6g9UlOn/9JUJn/SVKW/0hUkv9H&#10;VJL/R1SS/0dUkv9HVJL/R/9uAADefwAAyo0AAL6YAACzoAAAqqcAAKGuAACXtgAAkboQAIy6IwGF&#10;uTIGfrg+Dne2SRdxtVIea7NaJWWyYitgsWowW7BzNVevfTlTrok9T62WQEytpUJKrblDSa7YQkir&#10;9UNHqv9ESaX/REug/0RNnP9ETZz/RE2c/0RNnP9ETZz/ROp1AADShgAAw5MAALedAACspAAAoqsA&#10;AJizAACOuwEAhcEMAIHCHQB7wi0DdcE6CW/ARRFpv08YY75XHl69XyNZvGgoVbtxLVG7ezBNuoc0&#10;SrqVN0e6pTlFurg6RLrXOUO49TtCtv89QrP/PkSu/z5Fqf8+Ran/PkWp/z5Fqf8+Ran/PuB9AADJ&#10;jQAAu5oAAK6iAACjqQAAmLEAAI65AACEwQIAeckHAHTLFABwzCYBa8s1BWXLQApgyksQW8pUFlfJ&#10;XRpSyWUfTshvI0vIeiZHyIYpRMiULELIpC5AyLgvP8nXLz/H9TA9xP8zO8P/NTy+/zY9uP83Pbj/&#10;Nz24/zc9uP83Pbj/N9GGAADAlQAAsp8AAKWnAACarwAAjrcAAIO/AAB4xwMAbs8HAGXXDQBj2B0A&#10;YNgtAlvYOgRX2EYJU9hQDU/YWRFL12IVR9dsGETXdxtB14QePtiTIDzYoyE72bciOtrVIjrW8iM3&#10;1P8nNtL/KTTR/ys2yv8tNsr/LTbK/y02yv8tNsr/LcWQAAC2nQAAqKUAAJytAACPtgAAg74AAHfH&#10;AABszwIAYtYHAFrkDgBY5BwAVOQpAVDkNQNM5T8FSOVJB0XlUwpC5lwNP+ZmDzzmcRI6534UN+eM&#10;FjXnnBcz6K4ZMunGGTLo6hkx5f4ZL+T/HC7k/x4t4v8gLeL/IC3i/yAt4v8gLeL/ILqaAACqowAA&#10;nasAAJC0AACDvQAAd8YAAGvPAABf1gAAVN4EAFHwEABN8BsASvAmAUbxMAJC8joDPvJDBDvzSwU4&#10;81QHNvRdCDP0aAkw9XQLLvWBDCz2kQ4q9qIPKPe3ECf41hEn9vQRJvP/ESbx/xEl8f8TJfH/EyXx&#10;/xMl8f8TJfH/E62hAACgqQAAkrMAAIS8AAB2xgAAac8AAF3YAABR3wAASe4EAEb8DgBC/RcAPv4h&#10;ADv+KgE3/zMCNP86AjD/QgMt/0oDK/9TBCj/XAUl/2YFIv9zBiD/gwcf/5QIHf+mCBz/vAgb/+IJ&#10;Gv/5CRr//wkZ//8JGf//CRn//wkZ//8JGf//CaKnAACTsQAAhbsAAHbGAABp0AAAW9oAAE7gAABD&#10;5QAAPvsBADr/DAA2/xMAMv8bAC//IwAr/yoBKP8xAST/NwEh/z8CH/9GAhz/TgIZ/1gDFv9jAxP/&#10;cAMS/4EEEf+TBBD/pwQP/70FDv/gBQ7/9gUO//8FDv//BQ7//wUO//8FDv//BZWvAACGugAAd8UA&#10;AGjQAABa2wAATOEAAEDnAAA38wAAMv8AAC7/BwAq/w4AJv8TACP/GgAf/yAAG/8mABj/KwEV/zIB&#10;Ev84ARD/QAEO/0gBDP9SAQn/XQIG/2sCBP99AgL/kAIB/6MCAP+2AgD/zQMA/+wDAP/sAwD/7AMA&#10;/+wDAP/sA4i5AAB4xAAAadAAAFvdAABL4wAAPukAADLuAAAr/wAAJv8AACH/AAAd/wgAGv8NABb/&#10;EQAT/xYAEP8aAA7/HwAL/yQACf8qAAb/MAAC/zcBAP9AAQD/SgEA/1YBAP9kAQD/dQEA/4gBAP+a&#10;AQD/qgEA/7sBAP+7AQD/uwEA/7sBAP+7Af8vKwH/KzIC/y8xAv8wNAL/LzkD/ytBA/8nTAT/I1gF&#10;/yFmBv8gdAf/HoIJ/x6OC/8emAz/HqEN/x6pDv8esA//HbgP/x3BEP8dyxD/HdsR/x3oEf8d8hH/&#10;HfwR/x7/Ef8e/xD/Hv8Q/x//Ef8f/xL/If8T/yL/E/8i/xP/Iv8T/yL/E/8vKwH/LjAC/zIvAv8z&#10;MQL/MjYD/y8+A/8rSQX/KVYG/ydjB/8lcQj/JH4L/yOKDP8jlQ7/Ip4P/yKmEP8irRH/IrUR/yK9&#10;Ev8ixxL/ItQT/yLlE/8i8BP/IvoT/yL/E/8j/xL/I/8S/yP/FP8k/xX+Jv8W/Cf/Fvwn/xb8J/8W&#10;/Cf/Fv8wKgH/MS0C/zUrAv83LQL/NjID/zQ6A/8yRQX/L1IG/y1gB/8sbQr/KnoM/ymGDv8okRD/&#10;KJoR/yiiEv8nqhP/J7EU/ye5FP8nwxX/J88V/yfhFf8n7RX/J/gV/yj/Ff8o/xX/KP8W/yf/F/wp&#10;/xj2K/8Z9Cz/GfQs/xn0LP8Z9Cz/Gf8xKQH/NCkB/zkoAv87KgL/PC4C/zo2A/85QgX/N08G/zVc&#10;CP8zaQv/MXYO/zCCEP8vjRL/LpYU/y6eFf8tphb/La0W/y21F/8tvhj/LcoY/y3cGP8t6hj/LfUY&#10;/S7/GPou/xj5Lf8a+S3/HPMv/xztMf8d6jL/Heoy/x3qMv8d6jL/Hf8zKQH/OCYB/z0kAf9AJQL/&#10;QSkC/0IzA/9BPgX/P0oG/z1XCf87ZAz/OXAP/zd9Ev82iBT/NZEW/zWaF/80ohn/NKkZ/zOxGv8z&#10;uhv/M8Ub/TPTG/oz5hv3NPMb8zX+G/E0/x3wM/8f7jP/IOc2/yHhN/8h3jj/Id44/yHeOP8h3jj/&#10;If81JwH/PSIB/0IgAf9GIAH/SCUC/0ovA/9JOgT/R0YG/0VSCf9DXw3/QWsR/z93FP89ghf+PIwZ&#10;/DyVGvs7nRz5O6Ud+DqtHvY6th71OsAf8zrOH/A64x/rO/Ef6Dr9IeY6/yPkOv8l4Tr/Jdg8/ybQ&#10;Pf8mzT7/Js0+/ybNPv8mzT7/Jv85JAH/QR4B/0cbAf9LGwH/TyIB/1ErAv9RNgT/T0EG/0xNCf9L&#10;Wg78SWYS+EdyFvVFfRnzQ4cb8UKRHe9CmR/tQaEg7EGpIepAsiLoQLwi50DKI+RB3yPgQe8k3ED8&#10;J9hA/ynUP/8qz0D/KsdC/yrCQ/8qwEP/KsBD/yrAQ/8qwEP/Kv88IAH/RRoB/0sXAf9RFwH/Vh8B&#10;/1gnAv9YMQP/VzwF/FVICfZSVA7yUGET7k5tF+pMeBvnSoIe5UmMIOJIlSLgR50k3kelJdxGriba&#10;Rbkn2EXGKNRF3CnPRu4qy0X7LchF/y7FRf8vwEb/L7pI/y+1Sf8utEn/LrRJ/y60Sf8utEn/Lv9A&#10;HQH/SRYB/1ATAf9WFAD/XBsB/18jAf9gLAL6XzcE811CCO1aTw3nWFwT4lZoGN5TchzaUX0g1k+G&#10;JNJOjyfQTZgpzUygK8tLqS3JSrMux0q/L8VK0DDCS+gwvUv4MrpK/zO4S/8zs0z/M65N/zOqTv8y&#10;qU7/MqlO/zKpTv8yqU7/Mv9DGgH/TBMA/1QQAP9cEgD/YRcA/2UeAftmJwHyZjED6mU9BuNjSgvc&#10;YFcS1V1iGdBabR/MV3cjyFWAJ8VUiSvCUpIuwFGaML5QozK7T600uU+5NbdPyDa0T+I2sU/0N65Q&#10;/zisUP84p1H/N6NS/zagU/81n1P/NZ9T/zWfU/81n1P/Nf9GFwH/UBEA/1gNAP9gEAD/ZhMA/2oZ&#10;APRsIQHqbSsC4Ww3BNlqRQrQZ1ISymNeGsVgaCDBXnImvVx7KrpahC63WIwxtFeVNLFVnjavVKg4&#10;rVSzOqpTwjuoU9o7pVTwPKJV/zyhVf87nVb/OppX/zmXV/84l1f/N5dX/zeXV/83l1f/N/9JFAD/&#10;Uw4A/1wMAP9lDQD/aw8A+m8TAOxyGQDidCMB2HMyA85xQgnHbU8SwWpaGrtnZCG3ZG0ns2J2LK9f&#10;fzCsXoc0qVyQN6dbmTqkWaM8oVmuPp9YvT+dWNFAmlnsP5hZ/j+XWv8+lFv/PJFb/zuPW/86j1v/&#10;Oo9b/zqPW/86j1v/Ov9MEgD/Vg0A/2AJAP9oCgD6bwwA83MOAOV3EQDaeRsAz3kuAsd3Pgm/dEsR&#10;uXBWGrNtYCGvamkoqmdyLadlejKjY4M2oGGMOZ1glTyaXp8/l12qQZVduEKTXctDkF3oQ49e/EGO&#10;X/9Ai1//Popf/z2IX/88iF//O4hf/zuIX/87iF//O/9OEQD/WAoA/2MHAPpsBgDncwYA3XgIANp7&#10;CwDRfhcAyH4rAsB8Owi5eUgRsnZTGaxyXSGnb2Yoo21uLp9qdzObaH83mGaIO5VlkT6RY5tBjmKn&#10;Q4xhtEWJYcdFiGLlRYZi+kOGY/9ChGP/QINj/z6CY/89gmP/PIJj/zyCY/88gmP/PP9QDwD/WwcA&#10;/2YDAOxvAgDcdgMA1HwHANGACQDKghQAwoMoArqBOQezfkYQrHtRGaZ3WiGhdGMonHJrLphvczOU&#10;bXw3kWuEO41qjj+KaJhChmejRIRmsUaBZsNHf2bhR39n+EV+aP9Dfmj/QX1n/z98Z/8+fGf/PXxn&#10;/z18Z/89fGf/Pf9SDgD/XQMA/WkAAOFyAADWegIAzn8FAMqDCADFhhIAvIcmAbWGNgaug0MPp4BO&#10;GKF8WCCbeWAnlndpLZJ0cDOOcnk3inCBPIZuiz+DbZVDf2yhRXxrrkd6a79IeGvdSHhs9kZ4bP9E&#10;d2z/Qndr/0B3av8/d2r/Pndq/z53av8+d2r/Pv9UDAD/XwAA8mwAAN12AADQfQIAyYMEAMSHBgC/&#10;ihAAt4wjAbCKNAWpiEEOooVMF5yBVR+Wf14mkXxmLYx5bjKId3Y3hHV/O4B0iD98cpJDeHGeRnVw&#10;rEhzb71JcXDZSXFw9Edxcf9EcnD/QnJv/0Fybv8/cm7/PnJu/z5ybv8+cm7/Pv9WCgD/YgAA5m8A&#10;ANd5AADMgQEAxYcDAL+LBAC5jg4AspAgAauPMQWkjD8NnYpKFpaHUx6RhFwli4FkLIZ/azGCfXM2&#10;fnt8O3p5hj92d5BCcnacRW91qUhsdbpJa3XUSWt18kdrdf9FbHX/Q21z/0Ftcv8/bXL/P21y/z9t&#10;cv8/bXL/P/9ZBwD/ZQAA4nIAANF8AADHhAAAwIoCALmPAgCzkgwArJQdAKaTLwSekTwLmI9IFJGM&#10;URyLiVokhodiKoGFaTB8gnE1eIF6OnR/gz5wfY5CbHyaRWl7p0dmerhIZHvQSGR78Edle/9EZnr/&#10;Q2d4/0Fodv8/aHb/P2h2/z9odv8/aHb/P/9bBAD3aQAA3XYAAM2AAADDiAAAu44AALSTAQCtlwkA&#10;p5gaAKCYLAOZljoKkpRFEoySTxqGj1cigI1fKHuLZy52iW8zcod3OG2FgTxphItAZoKXQ2KBpUZg&#10;gbZHXoHNR16B70Zfgf9EYH//QmF9/0Fie/8/Y3r/P2N6/z9jev8/Y3r/P/9eAADpbQAA1nkAAMiE&#10;AAC+jAAAtpMAAK6XAACmmwQAoJ0XAJqdKQKTnDcIjJpDEIaYTRiAllUfepRdJnWSZSxwkGwxbI51&#10;NmeNfjpji4k+X4qVQVyJo0RaibRFWInLRViI7URYiP9DWYb/QVuD/0Bdgf8+XYD/Pl2A/z5dgP8+&#10;XYD/Pv9iAADkcQAAz34AAMOIAAC5kQAAsJcAAKebAACeoQAAmKMTAJOjJQGNojQGhqFADYCfShV5&#10;nVMcdJtaI2+ZYihqmGouZpZyMmGVfDddlIY6WZKTPlaSoUBTkbJBUpLJQlKR60FSkP9AUo//P1WL&#10;/z5WiP89V4f/PVeH/z1Xh/89V4f/PflnAADddgAAyYMAAL2NAACzlQAAqZsAAKCgAACWpwAAj6kP&#10;AIuqIQGFqTAEf6g8CninRxJzpVAYbaNYHmiiYCRkoWcpX6BwLlueeTJXnYQ2U5yROVCcnztOm7A9&#10;TJzHPUyb6jxMmf88TJj/PE2V/zxPkf87UI//O1CP/ztQj/87UI//O+ttAADTfAAAw4kAALeTAACs&#10;mgAAop8AAJmlAACOqwAAhbALAIGxGwB8sSsCd7A4B3GvQw1rrk0UZq1VGWGsXR5dq2UjWapuJ1Wp&#10;dytRqIIvTaePMkqnnjVIp682R6fGNkam6TZFpP43RaP/N0ag/zdInP83SZr/N0ma/zdJmv83SZr/&#10;N+J0AADKgwAAvI8AALCYAAClngAAm6QAAJCrAACFsQAAergEAHa5FAByuSUBbbkzBGi4PwhjuEkO&#10;XrdSE1q2WhhWtmIcUrVrIE60dSRLtIAnSLOOKkWznSxCs64tQbPFLkGz6S1AsP4vP6//MT6t/zJA&#10;qP8yQab/MkGm/zJBpv8yQab/MtV8AADCigAAtZYAAKidAACdowAAkqoAAIexAAB8twAAcL4DAGjC&#10;DgBmwx0AY8MtAV7DOQRaw0QIVsJODFLCVxBPwV8US8FpF0jBcxpFwH4dQsCMID/AmyI9wK0jPMHE&#10;IzzA6SM6vv4mOLz/KDe7/yk4uP8qOLb/Kzi2/ys4tv8rOLb/K8mFAAC5kwAArJwAAKCiAACUqgAA&#10;iLEAAHy4AABxvgAAZsUDAFvLCABXzRMAVs4jAFPOMgFQzj4DTc9IBUnPUghGz1sLQ89lDkDPbxA+&#10;z3sTO8+JFTnPmRc3z6sYNtDDGDbP6Bg0zfsbMsv/HTHK/x8wyf8hL8j/IS/I/yEvyP8hL8j/Ib6P&#10;AACvmgAAoqEAAJapAACKsAAAfbgAAHG/AABmxgAAW8wCAFDSBwBH2gwARtwYAEXcJwBE3TUBQd1A&#10;Aj/eSwM93lUEOt9fBjjfaQc133YJM+CECzHglAwv4aYNLuG8Di3i4A4t3vgPK93/Eirc/xQp2v8W&#10;KNr/Fija/xYo2v8WKNr/FrOYAACloAAAmacAAIuwAAB+uAAAccAAAGXIAABZzgAATtMAAETbBAA/&#10;6Q0APekXADvqIwA56i4ANus4ATTrQgEx7EsCL+1VAy3tXwMq7msEKO54BSbviAYl75oHI/CuByLx&#10;yAci8O0HIez/ByHr/wgg6/8KH+r/Cx/q/wsf6v8LH+r/C6ifAACbpgAAja8AAH+4AABxwQAAZMoA&#10;AFjQAABM1gAAQd0AADjkAAA19gwAM/cUADD3HgAu+CcAK/kwACj5OAEm+kABI/tJASH7UgEe/F0C&#10;HP1pAhr9eQMY/osDF/+eAxX/swQU/9MEFP70BBP8/wMT+v8DE/n/AxP5/wMT+f8DE/n/A52lAACP&#10;rgAAgLgAAHLCAABkywAAVtMAAEnaAAA+3wAANOQAAC70AAAr/woAKP8QACX/FwAi/x8AH/8mABz/&#10;LQAZ/zQAF/88ABT/RAES/04BEP9ZAQ7/ZwEM/3cBC/+KAgr/nwIJ/7UCCP/VAgf/9AIH//8CB///&#10;Agf//wIH//8CB///ApGtAACCuAAAc8IAAGTMAABW1QAASN0AADviAAAw5wAAJ+4AACP/AAAg/wQA&#10;HP8MABn/EQAW/xYAE/8bABH/IQAO/ycADf8uAAr/NgAH/z4ABP9IAAD/VAAA/2IBAP9zAQD/hwEA&#10;/50BAP+yAQD/ygEA/+oBAP/zAQD/8wEA//MBAP/zAYS3AAB0wQAAZcwAAFbYAABH3wAAOeUAAC3q&#10;AAAj7gAAHP0AABj/AAAV/wAAEf8EAA//CwAN/w4ACf8RAAb/FQAD/xoAAP8gAAD/JgAA/y4AAP83&#10;AAD/QQAA/00AAP9cAAD/bQAA/4IAAP+WAAD/qAAA/7oAAP/DAAD/wwAA/8MAAP/DAP8kLwH/JS8B&#10;/ygvAf8nMQH/JDYC/yA+Av8aSQP/F1YD/xVkA/8TcgT/En8E/xKKBP8SlAT/Ep0F/xKkBf8SrAb/&#10;ErMG/xK6Bv8Swwb/E84H/xPfB/8T6wf/E/YH/xP/B/8T/wb/E/8G/xT/B/8U/wj/E/8I/xX/Cf8V&#10;/wn/Ff8J/xX/Cf8lLgH/KS0B/yssAf8rLgH/KTMC/yQ7Av8fRgP/HVMD/xthBP8ZbgT/F3sE/xeH&#10;Bf8XkQX/F5oG/xehBv8XqQf/F7AH/xe3CP8XwAj/GMoI/xjbCP8Y6Aj/GPQI/xj9CP8Z/wj/Gf8I&#10;/xn/Cf8Z/wr/GP8L/xr/C/8a/wv/Gv8L/xr/C/8mLQH/LCkB/y4oAf8vKgH/LS8C/yk3Av8nQwP/&#10;JFAD/yJdBP8gagX/HncF/x6DBv8ejQf/HpYH/x6eCP8epQn/HqwJ/x6zCf8evAr/HsYK/x7TCv8e&#10;5Qr/HvEK/x/8Cv4f/wr9H/8L/B//DPwe/w38H/8O9yH/Dvch/w73If8O9yH/Dv8qKgH/LyYB/zIk&#10;Af8zJQH/MioB/zE0Av8vPwP/LUwD/ypZBP8oZgX/JnIG/yV+B/8liQj/JZIJ/yWaCv8loQv/JagL&#10;/ySwDP8kuAz/JcEM/yXODf8l4Q38Je8N+Sb6DPYm/w31Jv8P9CX/EPQl/xHyJv8S7Sf/Eu0n/xLt&#10;J/8S7Sf/Ev8uJgH/NCIB/zcgAf85IQH/OCUB/zkvAv84OwL/NUcD/zNUBf8xYQb/L20H/y55Cf8t&#10;hAr/LY0M/yyWDf8snQ3/LKUO/SysD/wstA/7LL0P+SzJEPYs3RDzLewP7y34D+0t/xLrLP8U6iz/&#10;Feks/xblLf8W4C7/FuAu/xbgLv8W4C7/Fv8yIwH/OB0B/zwbAf8+GwH/QCIB/0ErAf9ANgL/PkID&#10;/zxPBf85XAb/OGgI/TZzC/s1fgz4NYgO9zSRD/U0mRDzNKAR8jOoEvAzsBLvM7kT7jPFE+s01xPn&#10;NOoS4zT3FOE0/xfeM/8Z3DP/Gtsz/xrUNP8azjX/Gs41/xrONf8azjX/Gv82HwH/PBkB/0EWAP9E&#10;FgD/Rx4B/0knAf9IMgL/Rj0D/0RJBfpCVgf2QGIJ8j9uDO89eQ/tPIMQ6jyMEug7lBPnO5wU5Tuk&#10;FeM6rRXiOrYW4DvCFt870hbaO+gX1Dr2GtA6/xzNOv8eyzr/Hso6/x/EO/8fwDz/HsA8/x7APP8e&#10;wDz/Hv85GwH/QBUA/0URAP9KEwD/ThkA/1AiAf9QLAH9TjcC9ktDBPBJUAfrSF0K50ZpDeNFdBDg&#10;RH4T3UOHFdtCkBfYQZgY1UCgGdNAqRvRQLIcz0C9Hc1AzB3KQeQexkD0IMJA/yK/QP8jvUD/I7tA&#10;/yO2Qf8js0L/IrNC/yKzQv8is0L/Iv89FwD/RBEA/0oOAP9QEAD/VBUA/1YdAP1WJgHzVTEB61M9&#10;A+VSSwbfUFgK2k5jDtRMbhPQSngWzUmBGctIihvIR5IdxkeaH8RGoyHCRqwiwEW3I75FxSS8Rdwk&#10;uEbwJbVG/yeyRv8nsEb/J65G/yeqR/8mp0j/JqdI/yanSP8mp0j/Jv9AFAD/SA4A/04LAP9VDgD/&#10;WREA/1wWAPRdHwDqXCoB4ls3AtpaRgXSV1MLzFVeEMhTaBXEUXIZwVB7HL5PhB+8TYwiuU2VJLdM&#10;nSa1S6cns0uxKbFKvyqvStEqrEvrK6lL/CymS/8spUz/K6NM/yqfTf8qnU3/KZ1N/ymdTf8pnU3/&#10;Kf9DEQD/SwwA/1MIAP9aCwD/Xg0A+WAQAOthFgDhYiEA1mIxAc5hQQXHX04LwlxZEb1aZBe5WG0b&#10;tlZ2H7NVfiKwU4clrlKPKKtRmCqpUKIsp1CsLaVPuS+jT8svoFDmL55Q+TCcUP8vmlH/LphR/y2W&#10;Uv8slFL/K5RS/yuUUv8rlFL/K/9GEAD/TgkA/1YFAP5eBgDvYgcA52UKAORmDgDWZxkAzWgtAcVn&#10;PQW/ZUoLuWNVErRgXxewXmkcrFxxIalaeiSmWYIopFiLK6FWlC2fVZ0vnFWoMZpUtDOYVMUzllTh&#10;NJNV9jOSVf8ykVb/MY9W/zCNVv8ujFf/LYxX/y2MV/8tjFf/Lf9JDgD/UQUA/1oBAO5iAADfZwMA&#10;2GoGANVrCgDNbRUAxW4pAb5tOQS3a0cLsWhSEaxmXBioZGUdpGJtIqFgdSaeXn4pm12GLZhcjy+V&#10;Wpkyk1mkNJBZsDaOWcA2jFnbN4pZ8zaJWv80iFv/M4db/zGGW/8whVv/L4Vb/y+FW/8vhVv/L/9L&#10;DAD/VAAA+14AAOJlAADYawEAz24FAMxwCADGchIAvnMmAbdzNgSxcEQKq25PEaZrWRihaWEdnWdq&#10;IpllcieWY3oqk2KDLpBgjDGNX5U0il6gNoderTiFXbw5g13UOYJe8DiBX/82gF//NIBf/zN/X/8x&#10;fl//MH5f/zB+X/8wfl//MP9NCQD/VgAA7mEAAN1pAADRbwAAynMDAMV1BgDAdhAAuHgjALF4MwOr&#10;dkEJpXNMEJ9wVhebbl8dlmxnIpNqbyePaHcrjGd/L4lliDKFZJI1gmOdN4Biqjl9Yrk6e2LPO3pi&#10;7jl6Y/84emP/Nnlj/zR5Y/8yeWL/MXli/zF5Yv8xeWL/Mf9PBwD/WQAA5mQAANdsAADMcwAAxHcC&#10;AL95BAC5eg4AsnwgAKx8MQOlej4Jn3hKEJp1UxeVc1wdkXFkIo1vbCeJbXQrhWx8L4JqhTJ/aY81&#10;fGibOHlnpzp2ZrY7dGbMPHNn6ztzZ/84c2j/NnNo/zVzZ/8zc2b/MnNm/zJzZv8yc2b/Mv9RBAD/&#10;XAAA4mcAANJwAADHdgAAwHoAALp9AgC0fwwArYEdAKeBLgKgfzwImn1HD5V6URaQeFoci3ZiIYd0&#10;aSaDcnErf3F6L3xvgzJ4bo01dW2YOHJspTtwa7Q8bmvJPG1r6TttbP45bWz/N25s/zVua/80bmr/&#10;Mm5q/zJuav8ybmr/Mv9TAAD0XwAA3moAAM1zAADDegAAu34AALWBAACugwkAqIUaAKKFKwKbhDoH&#10;lYJFDpB/TxWKfVgbhntfIIF5ZyV9d28qenZ3LnZ0gDJzc4s1b3KWOGxxozppcLI8aHDGPGdw5ztn&#10;cfw5aHH/N2hw/zVpb/80aW7/M2lu/zNpbv8zaW7/M/9WAADrYgAA2G4AAMl2AAC/fQAAt4IAALCF&#10;AACohwYAookXAJyKKQGWiTcGkIdDDIuFTROFglUZgIBdH3x/ZSR4fW0pdHt1LXB6fjFteYg0aXeU&#10;N2Z2oTpjdrA7YXbEPGF25Tthdvs5Ynb/N2N1/zVjc/80ZHL/M2Ry/zNkcv8zZHL/M/9YAADmZgAA&#10;0nEAAMV6AAC7gQAAsocAAKuKAACijAIAnI4UAJePJgGRjjQFi4xAC4WKShGAiFMYe4ZbHXaFYyJy&#10;g2onboJyK2qAey9nf4YzY36RNmB9njldfK46W3zBO1t84zpbfPo4XHv/N117/zVeef80X3f/M193&#10;/zNfd/8zX3f/M/5cAADhagAAzXUAAMB+AAC2hgAArosAAKWOAACbkQAAlZMRAJCUIgGLkzEDhZI9&#10;CX+RSA96j1EWdY1ZG3GMYCBsimglaIlwKWSHeS1hhoMxXYWPNFqEnDZXg6w4VYO/OVWD4ThVgvk3&#10;VoL/NVaB/zRYf/8zWX3/Mll9/zJZff8yWX3/Mu9gAADbbgAAx3oAALuDAACyiwAAqJAAAJ+TAACU&#10;lgAAjZkOAImaHgCEmi4Cfpk6B3mXRQ10lk4Tb5VWGGqTXh1mkmUhYpFtJl6PdipbjoEtV42NMFSM&#10;mjNRjKo1T4y9NU+M3jVPi/c0T4r/M1CJ/zJRhv8xUoT/MVKE/zFShP8xUoT/MeplAADScwAAwn8A&#10;ALaIAACskAAAopQAAJiYAACMnAAAhJ8KAICgGQB8oSkBd6A2BXKfQQptnksPaJ1TFGScWxlgm2Md&#10;XJprIViZdCVVmH4pUZeKLE6WmC5LlqgwSpa8MUmW3DBJlPYwSZP/MEmS/zBKkP8vS43/L0uN/y9L&#10;jf8vS43/L+JrAADKeQAAvIUAALGPAACmlAAAm5kAAJGdAACGogAAeqYDAHanEwBzqCQAbqgyA2qo&#10;PQZlp0cLYaZQD12lWBRZpGAYVaNoHFKjcR9OonwjS6GIJkihlihFoKYqRKG6K0Oh2ipDn/UrQp3/&#10;K0Kc/yxCm/8sRJf/K0SX/ytEl/8rRJf/K9dyAADDgAAAtowAAKqUAACfmQAAlJ4AAImjAAB+qAAA&#10;cK4AAGqwDgBosR0AZbEsAWGxOANdsEMGWbBMClWvVA5Sr10RTq5lFUuubxhIrXkbRa2GHkKslSA/&#10;rKUiPq25Iz2t2CI9q/UjPKn/JTun/yY7pv8mO6T/Jjuk/yY7pP8mO6T/Jsx6AAC7iAAArpIAAKKZ&#10;AACXngAAjKQAAICqAAB1rwAAabQAAF65BgBbuhQAWbskAFa7MQFTuz0DULtHBU27UAdKulkKR7pi&#10;DUS6bBBBuncTPrmEFTy5kxc5uaMYOLm3GTe61hk3uPQaNbb/HDS0/x4zs/8fM7L/IDOy/yAzsv8g&#10;M7L/IMGDAAC0kQAAppgAAJueAACPpQAAgqsAAHaxAABrtgAAX7wAAFTBAwBMxQ0AS8UZAEnGKABI&#10;xjUARcdAAUPHSgNAx1MEPsddBjvHZwg5x3MKN8eADDTHkA0yx6EOMci1DzDI0w8wxvQQLsT/Ey3C&#10;/xUswf8WK8D/FyvA/xcrwP8XK8D/F7iNAACqlwAAnp4AAJGlAACErAAAeLIAAGu5AABgvwAAVMMA&#10;AErIAgBAzQcAOtIOADnSGwA40ygAN9M1ADbUQAA01UsBM9VVATHWYAIv1mwDLdd6BCvYiwUq2J0F&#10;KNmxBifazQYn1+8GJtT/CSXS/wsk0f8MI9D/DSPQ/w0j0P8NI9D/Da6WAACgnQAAlKQAAIasAAB5&#10;tAAAbLsAAGDCAABUxgAASMsAAD7QAAA11QQALd0KACzhEwAr4h8AKeMqACjkNQAn5D8AJuVKACTm&#10;VQAj5mEBIeduASDnfgIe6JACHemkAhvpvAIa6uICGub8Ahnl/wMZ5P8EGOP/BRjj/wUY4/8FGOP/&#10;BaOdAACWpAAAiKwAAHq1AABsvQAAX8QAAFPKAABHzgAAPNMAADLaAAAq3wAAJe4JACPwEQAh8RkA&#10;H/EiAB3yKwAb8zQAGfQ+ABf0SAAV9VIAE/ZfABL2bgER94ABEPiUAQ/5qgEO+cYBDvntAQ32/wEN&#10;9P8BDfP/AQ3z/wEN8/8BDfP/AZmjAACLrAAAfLUAAG2+AABfxgAAUs0AAEXSAAA52AAAL94AACbi&#10;AAAf6gAAHPsGABn/DgAX/xMAFP8aABL/IQAQ/ygADv8wAA3/OQAL/0MACf9OAAb/XAAE/2wAAv+A&#10;AAH/lgAA/60AAP/KAAD/8AAA//8AAP//AAD//wAA//8AAP//AI2rAAB9tQAAbr8AAGDIAABS0AAA&#10;Q9cAADfdAAAr4gAAIuYAABnqAAAV+QAAEv8AABD/CAAO/w4ADP8RAAn/FgAG/xwAA/8iAAD/KgAA&#10;/zMAAP89AAD/SQAA/1cAAP9pAAD/fgAA/5UAAP+sAAD/xwAA/+gAAP/6AAD/+gAA//oAAP/6AIC1&#10;AABwvwAAYckAAFLTAABD2wAANeEAACnmAAAe6gAAFe4AABD4AAAO/wAAC/8AAAj/AAAE/wYAAP8K&#10;AAD/DgAA/xEAAP8VAAD/GwAA/yMAAP8rAAD/NgAA/0MAAP9TAAD/ZQAA/3oAAP+RAAD/pgAA/7gA&#10;AP/PAAD/zwAA/88AAP/PAP8cLwH/ICwB/yEsAf8eLgH/GjMB/xQ8Af8PRgH/DVQC/wthAv8JbwL/&#10;CXsC/wmGAv8JkAL/CZkC/wmgAv8JpwL/Ca0C/wm0Av8JvAH/CcUB/wnRAv8J4wL/Ce8C/wn5Af8K&#10;/wH/Cv8B/wr/Av8K/wL/Cv8C/wv/A/8L/wP/C/8D/wv/A/8fLQH/IykB/yQpAf8iKwH/HjAB/xg4&#10;Af8UQwH/EVAC/xBeAv8OawL/DncC/w6DAv8OjQL/DpUC/w6dAv8OpAL/DqoC/w6xAv8OuQL/DsEC&#10;/w7NAv8O3wL/DuwC/w74Av8O/wL/Dv8C/w//A/8P/wP/D/8E/xD/BP8Q/wT/EP8E/xD/BP8jKgH/&#10;JiYB/yglAf8nJwH/IysB/x4zAf8bQAH/GU0C/xZaAv8UZwL/E3MC/xN+Av8TiQP/E5ED/xOZA/8T&#10;oAL/E6cD/xOuA/8TtQP/E74D/xPJA/8T2gP/FOkD/hT2A/sU/wP5Ff8D+RX/BPgV/wX4Ff8G+BX/&#10;BvgV/wb4Ff8G+BX/Bv8mJgH/KiIB/ywgAP8rIgH/KCYB/ycwAf8kPAH/IkkC/x9VAv8dYgL/G24D&#10;/xt6A/8ahAP/Go0D/xqVA/8anAT/GqME/xuqBP8bsgT/G7oE/xvFBPwb0wT5G+cE9Rz0BPIc/wXx&#10;HP8G8Bz/B+8d/wjvHf8J7xz/Ce4c/wnuHP8J7hz/Cf8qIgH/Lh0A/zAbAP8wHAD/MCIA/zAsAf8u&#10;NwH/K0QC/yhRAv8mXQP/JGkD/yN1BP8jfwT+I4gE/SORBfsjmAX6I6AF+COnBvcjrgb1I7cG9CPB&#10;BvIkzwbuJOQG6iXyBugl/gjmJP8K5CX/C+Ml/wzjJP8M4iT/DOEk/w3hJP8N4ST/Df8uHgD/MxgA&#10;/zUWAP81FQD/OB0A/zgnAf83MwH/ND8B/zJLAv8vWAP7LmQE+C1vBPUsegXzLIMG8SyMBu8slAft&#10;LJwI7CyjCOosqwjpLLMI5yy+CeYszAniLeII3i3xCtss/gzWLf8O1Cz/D9Is/xDRLP8Qzyz/EM4t&#10;/xDOLf8Qzi3/EP8yGQD/NxQA/zoRAP88EgD/PxkA/0AiAP8+LQH/PDkB+jpFAvQ4UgPwN14E7DZq&#10;Bek1dAbmNX4I5DSHCOI0kAngNJgK3jSfCtwzpwvaM7AM2DO7DNUzyQ3SNN8NzjTwD8o0/RLHNP8T&#10;xTT/FMM0/xXDM/8VwDT/Fb80/xS/NP8UvzT/FP82FQD/OxAA/z4NAP9DDwD/RhQA/0YcAP9GJgD2&#10;RDIB70I/AelATAPkP1kE3z5kBts9bwjYPHkK1DyCDNE7iw3PO5MPzTqaEMs6ohHJOqsSyDq1E8Y6&#10;whPEOtUUwDvrFbw6+xe5Ov8Ytzr/GbY6/xm1Ov8Ysjv/GLE7/xixO/8YsTv/GP85EgD/Pw0A/0MJ&#10;AP9IDAD/SxAA/0wVAPVMHwDrSioA5Ek3Ad1JRgLVR1ME0EZfCMxFaQvJRHMNxkN8EMNChBLBQowT&#10;v0GVFb1BnRa7QKYXukCwGLhAvBm2QMwas0HmGq9B9xytQf8dq0H/HalB/xypQf8cpkH/G6VB/xul&#10;Qf8bpUH/G/89EAD/QgkA/0gFAP9NCAD/UAsA+VEPAOtQFQDhTyAA2FAxAM9QQQLJT04FxE5aCcBM&#10;ZA29S20Qukp2E7dJfhW1SIcXs0ePGbFHlxuvRqAcrUaqHqtFth+pRcYfp0bgIKRG9CChRv8hn0f/&#10;IJ5H/yCeR/8fm0f/HppH/x6aR/8emkf/Hv9ADQD/RgQA/0wAAPhSAgDoVQQA4VUIAOJVDQDVVRkA&#10;zFcsAMVXPAK/VkoGulVVCrZTXw6yUmgSr1BxFaxPeRiqToEaqE2KHaVMkh+jTJwgoUumIp9LsSOd&#10;S8Akm0vYJZlL8CWWTP8klUz/JJRM/yOTTP8ikU3/IZFN/yGRTf8hkU3/If9CCgD/SQAA/1EAAOZX&#10;AADdWwEA1VwFANJbCQDLXBQAw14oALxeOAK2XUYGsVtRCq1ZWw+pWGQTplZsF6NVdBqgVH0dnlOF&#10;H5tSjiKZUZckl1ChJpVQrSeSULwokVDQKI5Q7CiNUf4ni1H/JotR/yWKUv8kiVL/I4hS/yOIUv8j&#10;iFL/I/9FBwD/SwAA8FUAAN9bAADTYAAAzGEDAMhhBgDDYREAu2QkALVkNAKvY0IFqmFOCqVfVw+h&#10;XWAUnlxoGJtbcBuYWXgelViBIZNXiiSQVpMmjlWeKItVqSqJVLcrh1TLK4VV6SuEVfwqg1b/KINW&#10;/yeCVv8lgVb/JIFW/ySBVv8kgVb/JP9HAwD/TwAA51gAANlgAADNZAAAxmYBAMFmBAC7Zg4AtGkg&#10;AK5pMQKoaD8Fo2ZKCp9lVA+aY10Ul2FlGJNgbRyQXnUfjl19IotchiWIW5AohVqaKoNZpiyAWbQt&#10;f1nHLn1Z5i18Wvose1r/Kntb/yh7W/8ne1r/Jnpa/yV6Wv8lelr/Jf9JAAD7UgAA41wAANJjAADH&#10;aAAAwGsAALprAgC1aw0Arm0dAKhuLgGjbTwFnWtICplqUQ+UaFoUkGZiGI1lahyKY3Igh2J6I4Rh&#10;gyaBYIwpfl+XK3teoy15XrEvd13EL3Ve4i91XvktdV//K3Vf/yl1X/8odV7/JnVe/yZ1Xv8mdV7/&#10;Jv9LAADwVQAA3l8AAM1nAADDbAAAu28AALVwAACvbwoAqHEaAKNyKwGdcjkEmHBFCZNuTw6PbVgU&#10;i2tgGIdpZxyEaG8ggWd3I31mgCZ6ZIopd2OULHVjoS5yYq8vcGLBMG9i3zBuY/cub2P/LG9j/ypv&#10;Y/8ob2L/J29i/ydvYv8nb2L/J/9NAADrWAAA2WMAAMlqAAC/cAAAt3MAALB0AACpdAcAo3YXAJ53&#10;KAGYdjcEk3VCCI5zTA6JcVUThXBdGIFuZRx+bWwfe2x0I3hqfSZ0aYcpcWiSLG5nni5sZ6wwame+&#10;MWln3DBpZ/UuaWf/LGln/ypqZ/8pamb/KGpm/ydqZv8namb/J/9QAADnWwAA02YAAMVuAAC7cwAA&#10;s3cAAKt5AACkeAMAnXoUAJh7JQGTezQDjnpAB4l4Sg2EdlMSgHVbF3xzYht4cmofdXFyInJveyZv&#10;boUpbG2QLGlsnC5mbKowZGy8MWNs2TBjbPQvY2z/LWRs/ytka/8pZWr/KGVq/yhlav8oZWr/KP1T&#10;AADjXwAAzmkAAMFxAAC3dwAAr3sAAKd9AACefQAAmH4RAJOAIgCOgDECiX8+BoR9SAx/fFERe3pZ&#10;Fnd5YBpzd2geb3ZwIWx1eCVpdIIoZnOOK2Nymi5gcagvXnG6MF1x1DBdcfIuXnH/LF5w/ytfcP8p&#10;YG//KGBu/yhgbv8oYG7/KPFVAADeYgAAym0AAL11AACzewAAq4AAAKKCAACYgQAAkYMPAI2FHwCI&#10;hS4Cg4Q7BX6DRQp6gU4PdYBWFHF/XhhufWYcanxtIGd7diNjeoAnYHmLKl14mCxad6YuWHe4L1d3&#10;0S9Xd/EuWHb/LFh2/ypZdf8pWnT/KFp0/ydadP8nWnT/J+1ZAADXZgAAxXEAALl6AACvgAAApoQA&#10;AJ2GAACRhwAAiokMAIaKGwCCiysBfYo4BHiJQgh0iEwNb4dUEmyFWxZohGMaZINrHmGCdCFdgX0k&#10;WoCJKFd/lipVfqQsUn62LVF+zi1Rfe8sUn3/K1J8/ylTe/8oVHr/J1R6/ydUev8nVHr/J+heAADQ&#10;awAAwHYAALR+AACrhQAAoYkAAJeLAACJjQAAg48IAH6QFwB7kScBdpE0A3KQPwZtj0kLaY5RD2WN&#10;WRNijGAXXotoG1uKcR5XiXshVIiGJFGHlCdPhqIpTYa0KkuGzCpLhe4pTIT/KUyD/yhMg/8nTYH/&#10;Jk6B/yZOgf8mToH/JuFjAADJcAAAu3sAALCEAACmigAAm44AAJGRAACEkwAAepUCAHWXEgBymCIA&#10;b5gwAmqXOwRml0UIYpZODF+VVg9blF0TWJNlF1WTbhpRkngdTpGEIEuQkSNJkKEkR5CyJkWQyiZF&#10;j+0lRY3/JUWM/yVGi/8kRor/JEaK/yRGiv8kRor/JNhpAADDdgAAtYEAAKuKAACfjwAAlZMAAIqW&#10;AAB+mgAAcJ0AAGufDgBonxwAZqAqAWKgNwJfn0EFW59KCFieUgtUnloOUZ1iEk6caxVLnHUYSJuB&#10;GkWbjx1Cmp8fQJqwID+ayCA/mesfP5j/ID6W/yE+lf8hP5T/IT+U/yE/lP8hP5T/Ic1wAAC8fQAA&#10;sIgAAKSPAACZlAAAjpgAAIOdAAB3oAAAaaQAAGCnCABdqBQAW6kkAFmpMQFWqTwCU6lFBFCoTgZN&#10;qFcJSqhfDEenaA5Ep3MRQaZ/FD6mjRY8pp0XOqavGDmmxxg5peoYOKP/Gjeh/xs3oP8cN5//HDef&#10;/xw3n/8cN5//HMR4AAC1hQAAqY8AAJ2VAACSmgAAhp8AAHqjAABuqAAAYqwAAFWwAABQsg4ATrIb&#10;AE2zKABLszUASbM/AUazSQJEs1IEQbNbBj+zZAg8s28KOrN7DDezig41spoPM7OtEDKzxRAysukQ&#10;MbD+EjCu/xQvrf8VL6z/Fi+s/xYvrP8WL6z/FruBAACujgAAoZUAAJaaAACJoAAAfaYAAHGrAABl&#10;rwAAWbQAAE63AABDvAUAQL0RAD+9HgA+visAPL42ADu/QQA5v0sBN79UAjXAXwIzwGoEMcB3BS/A&#10;hgYtwJcHK8CqCCrBwggqwOcHKb39Cii8/wwnuv8NJ7n/Die5/w4nuf8OJ7n/DrKMAACllAAAmZoA&#10;AI2hAAB/pwAAcq0AAGazAABauAAAT7sAAES/AAA6xAIAMMkIAC7KEQAtyh0ALMspACvLNQArzEAA&#10;Ks1KACjNVgAnzmEAJs5vASTOfwEjz5ECIc+lAiDQvQIgz+QCH836Ax7L/wQeyv8FHcn/Bh3J/wYd&#10;yf8GHcn/BqiUAACcmgAAkKEAAIKoAAB0rwAAZ7YAAFu8AABOwAAAQ8MAADnHAAAvzAAAJ9AEAB/W&#10;CgAb2hAAG9saABrbJgAa3DEAGd08ABjdSAAY3lUAF99iABbgcgAV4IUAFOGaABPisQAS488AEuD0&#10;ABLe/wER3f8BEdv/AhHb/wIR2/8CEdv/Ap6aAACSoQAAhKkAAHaxAABouAAAW78AAE7EAABCyAAA&#10;N8wAAC3QAAAk1QAAHNsAABXfBQAU6Q4AEuoUABHrHQAQ6yYADuwwAA7tOgAN7kYAC+5TAArvYgAJ&#10;8HQACPGJAAfyoAAF8roABPHkAALx/QAC7/8AA+3/AAPt/wAD7f8AA+3/AJWhAACGqQAAeLIAAGm6&#10;AABbwgAATcgAAEDMAAA00QAAKtYAACHbAAAZ4AAAEuQAAA/wAQAN+QoAC/oPAAn7FQAH+xwABPwk&#10;AAH8LAAA/DcAAPxCAAD8UAAA/GEAAP11AAD8jAAA/KQAAPzBAAD86wAA/P8AAP3/AAD9/wAA/f8A&#10;AP3/AImpAAB5sgAAarsAAFzEAABOzAAAP9EAADLXAAAn3QAAHeEAABXlAAAO6AAACvEAAAj9AAAF&#10;/wMAAf8JAAD/DgAA/xIAAP8XAAD/HwAA/ycAAP8xAAD/PgAA/00AAP9fAAD/dQAA/40AAP+mAAD/&#10;wgAA/+cAAP/8AAD//wAA//8AAP//AHyzAABsvAAAXcYAAE7PAAA/1gAAMd0AACXiAAAa5gAAEeoA&#10;AAzuAAAF8gAAAP8AAAD/AAAA/wAAAP8AAAD/BQAA/woAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zkA&#10;AP9KAAD/XQAA/3MAAP+MAAD/pAAA/7kAAP/UAAD/3gAA/94AAP/eAP8YLAD/GSkA/xkoAP8VKwD/&#10;EDAA/ws4Af8DRAH/AFEB/wBeAf8AbAH/AHgB/wCCAf8AjAH/AJQB/wCcAP8AogD/AKgA/wCvAP8A&#10;tgD/AL4A/wDIAP8A1wD/AOcA/wDzAP8A/QD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8bKQD/HSYA/xwlAP8ZJwD/EywA/w40AP8LQAH/CE4B/wVbAf8DaAH/AnQB/wJ/Af8CiAH/ApEB&#10;/wKYAf8CnwH/AaUA/wGsAP8BsgD/AboA/wHEAP8B0QD/AOQA/wDxAP8A/AD8Af8A/AL/APwD/wD8&#10;BP8B/AX/AfwF/wH8Bf8B/AX/Af8fJgD/ISIA/yAhAP8eIwD/GCcA/xMwAP8RPAH/DkoB/w1XAf8L&#10;YwH/Cm8B/wp6Af8KhAH/Co0B/wqUAf8KmwH/CqIB/wqoAf8KrwH/CrcB/wrAAP8KzAD/CuAA+wrv&#10;APcK+gD1C/8B9Qz/AfQN/wH0Df8C9A3/AvQN/wL0Df8C9A3/Av8iIgD/JB0A/yQcAP8iHQD/HiIA&#10;/xwsAP8ZOAD/FkUB/xNSAf8SXgH/EGoB/xB1Af8QfwH/EIgB/xCQAf8QlwH/EJ4B/xClAf0QrAH8&#10;ELMB+hC9AfkRyQH1Ed0B8RHtAe4R+QHsEv8C6xP/AuoT/wPpE/8D6RP/A+kT/wPpE/8D6RP/A/8m&#10;HQD/KBgA/ygWAP8mFgD/Jh0A/yYoAP8jNAD/IEAA/x1NAf8bWQH/GWUB/hlwAfwYegH5GIMB9xiM&#10;AfYYkwH0GJoB8xihAfEZqAHwGbAC7hm6Au0ZxgLqGtkC5hrrAeIb+QLgG/8D3hz/BN0c/wXcHP8F&#10;3Bz/Bdsc/wXbHP8F2xz/Bf8qGQD/LRMA/y0RAP8tEQD/LhkA/y0iAP8sLgD/KToA/yZHAfokVAH2&#10;I2AB8iJrAe8idQLtIn4C6yKHAukijwLnIpYC5SKeAuQipQLiIq0C4SO3At8jwwLdI9YC2CTqA9Ik&#10;+QXPJf8GzSX/B8sl/wjKJf8IyiT/CMok/wjKJP8IyiT/CP8uFAD/MRAA/zINAP80DgD/NRQA/zUc&#10;AP8zJwD6MTQA8y9BAO4tTgHpLFoB5SxlAuIscALfK3kC3SuCA9oriwPYK5IE1SuaBNMrogTRK6oF&#10;zyuzBc0rvwbMLM8GyC3nB8Qt9wnBLf8Kvy3/C70t/wy8Lf8MvCz/DLss/wy7LP8Muyz/DP8xEQD/&#10;NQwA/zYHAP86CwD/PBAA/zsVAPg5HwDvNysA5zY5AOE1RwDcNVQB1TVgAtE1agPONHMEzDR8Bco0&#10;hQbINI0HxjOUCMQznAnCM6UJwTOuCr8zuQu9M8gLuzThC7c08w20NP8PsTT/D7A0/xCvNP8QrjT/&#10;D640/w+uNP8PrjT/D/81DgD/OAcA/zwCAP9ABgD/QQsA+kEPAO0/FgDjPCIA2j0xANI+QQDMPk8C&#10;yD5aA8Q9ZAXBPW4Hvzx2CLw8fgq6O4cLuDuPDLc7lw21Op8OszqpD7E6tBCvOsIRrjrZEao77xKn&#10;O/8TpTv/FKQ7/xOjO/8Tojv/E6I7/xKiO/8Sojv/Ev84CgD/PAAA/0EAAPVFAADmRgIA4UUHAONC&#10;DQDVQxkAzEUsAMZHPAHBR0kCvEZVBLlFXwa1RGgJs0NxC7BDeQ2uQoEPrEKJEKpBkRKoQZoTp0Ck&#10;FKVArxWjQLwWoUDQFp5B6hecQfwXmkH/F5hB/xeYQf8Wl0H/FZdB/xWXQf8Vl0H/Ff87BgD/PwAA&#10;+UYAAOVLAADcTgAA000EANFKCQDKShQAwk0nALxONwG3TkUCsk1QBa9MWgirS2MKqEpsDaZJdA+k&#10;SXwRoUiEE59HjBWdR5UXm0afGJlGqhmXRrgalkbKG5NG5huRR/kbj0f/Go5H/xmOR/8YjUf/GI1H&#10;/xeNR/8XjUf/F/8+AgD/QwAA60sAAN1RAADRVAAAylQBAMZSBQDBUREAuVMiALNVMwGuVEECqlRM&#10;BaZTVgiiUV8Mn1BnD51PbxGaTncUmE5/FpZNiBiTTJEZkUybG49Lph2NS7Mei0vFHolL4h6HTPce&#10;hkz/HYVM/xyFTf8ahUz/GYVM/xmFTP8ZhUz/Gf9AAAD8RwAA5VAAANVWAADKWQAAwloAAL1YAwC4&#10;Vw4AsVkeAKxaLwGnWj0CollJBZ5YUwmbV1sMl1ZkEJVVaxKSVHMVj1N7F41ShBqLUY0ciFGXHoZQ&#10;ox+EULAgglDBIYBQ3SF+UfQgfVH/H31R/x19Uf8cfVH/G31R/xp9Uf8afVH/Gv9CAADwSgAA31QA&#10;AM5aAADEXgAAvF8AALZeAACxXAsAq14aAKVgKwCgYDoCnF9FBZdeUAmUXFgMkFtgEI1aaBOLWXAW&#10;iFh3GIVXgBuDVokdgFaUH35VnyF7Va0ieVS9I3hV1yN3VfIidlb/IHZW/x92Vv8ddlb/HHZW/xt2&#10;Vv8bdlb/G/9FAADsTgAA2lgAAMleAAC/YgAAt2QAALFjAACrYQgApGMXAJ9kKACaZTcClmRDBZFj&#10;TQiOYVUMimBdEIdfZROEXmwWgV10GX5cfRx8W4YeeVqRIHdanSJ0Waokclm6JXFZ0iVwWvAjb1r/&#10;Im9a/yBwWv8ecFr/HXBa/xxwWv8ccFr/HP9IAADnUgAA01sAAMViAAC7ZgAAs2gAAKxoAAClZgUA&#10;n2cUAJppJQCVaTQCkGhABIxnSgiIZlMMhGVbEIFkYhN+Y2oWe2JyGXhhehx2YIQec1+OIXBemiNu&#10;XqglbF24JWpeziZpXu4kaV7/Impe/yBqXv8fal7/Hmpe/x1qXv8dal7/HflKAADjVQAAz18AAMFl&#10;AAC3agAAr2wAAKdsAACfagEAmWsRAJRtIgCQbjEBi209BIdsRweDa1ALf2pYD3xoYBN4Z2cWdmdv&#10;GXNmeBxwZYEebWSMIWpjmCNoYqYlZmK2JmRizCZkYuwlZGL/I2Ri/yFlYv8fZWL/HmVi/x1lYv8d&#10;ZWL/HfJMAADfWAAAymIAAL1pAACzbgAAq3AAAKJwAACZbgAAk3AQAI9yHwCKci4BhnI7A4JxRQd9&#10;cE4Lem5WDnZtXhJzbGUVcGttGG1qdRtqaX8eZ2mKIWVoliNiZ6QlYGe0Jl9nySZeZ+olXmf+I19n&#10;/yFfZv8fYGb/HmBm/x5gZv8eYGb/Hu9PAADaXAAAxmUAALptAACwcgAAp3UAAJ10AACUcwAAjXQN&#10;AIl2HACFdysBgXc4A3x2QwZ4dUwJdHRUDXFzWxFucmMUa3FrF2hwcxplb3wdYm6HIF9tlCJdbKIk&#10;WmyyJVlsxyVYbOglWWz9I1lr/yFaa/8fW2v/Hltq/x5bav8eW2r/HutTAADTYAAAwmkAALZxAACs&#10;dgAAo3kAAJl5AACNdwAAh3kLAIN7GAB/fCgAe3w1And7QAVzekkIb3lRDGx4WQ9od2ETZXZoFmJ1&#10;cBlfdHocXHSFH1pzkSFXcqAjVXKwJFNyxSRTcuckU3H8IlRx/yBUcP8fVXD/HlVv/x1Vb/8dVW//&#10;HeVXAADNZAAAvm0AALJ1AACoewAAn34AAJN9AACHfQAAgH8HAHyAFQB4gSQAdYIyAXGBPQRtgEYH&#10;aYBPCmZ/Vg1jfl4RYH1mFF18bhdae3caV3qCHVR6jx9ReZ0hT3muIk55wyJNeOUiTXf7IU53/x9O&#10;dv8eT3X/HU91/x1Pdf8dT3X/Hd9cAADIaAAAuXIAAK56AAClgAAAmoIAAI6CAACAgwAAeYUCAHSG&#10;EQBxiCAAboguAWqIOQJnh0MFY4dMCGCGUwtdhVsOWoRjEVeEaxRUg3UXUYKAGk6BjRxLgZseSYGs&#10;H0iAwSBHgOMfR3/6Hkh+/x5Iff8dSXz/HEl8/xxJfP8cSXz/HNZhAADCbgAAtHgAAKqAAACfhQAA&#10;lIcAAIiHAAB7iQAAcIwAAGuODQBojxoAZo8pAGKQNQFfjz8DXI9IBVmOUAhWjlgLU41gDlCMaBBN&#10;jHITSot9FkiKihhFipkaQ4qqG0KKvxtBiuEbQYj5G0GG/xtBhf8bQoX/GkKE/xpChP8aQoT/Gs1n&#10;AAC8dAAAr34AAKWGAACaigAAjowAAIKNAAB1kAAAZ5QAAGGVCABelxQAXJcjAFqYLwBXmDoBVJhE&#10;A1KXTAVPl1QHTJdcCUmWZQxHlm8ORJV6EUGViBM/lJcVPZSoFjuUvRY7lN8WOpL4FzqQ/xc6j/8X&#10;Oo7/FzqO/xc6jv8XOo7/F8VuAAC2ewAAqoUAAJ6LAACUjwAAiJIAAHuUAABulwAAYpsAAFeeAABS&#10;oA4AUaAbAE+hKABNoTQAS6E+AUmhRwJHoVADRKFYBUKhYQc/oGsJPaB3CzqghQ04oJQONqCmDzWg&#10;uxA0oN0PNJ33EDOc/xIzmv8SM5n/EzOZ/xMzmf8TM5n/E713AACvgwAAo4sAAJiRAACNlQAAgZkA&#10;AHOcAABnnwAAW6IAAE+mAABHqQgARKoSAEOqHwBBqysAQKs3AD+sQQA9rEoBO6xTAjmsXAM3rGcE&#10;NaxzBTKsgQYwrJEHLqyjCC2suAksrNkILKr1Ciuo/wsqpv8MKqX/DSql/w0qpf8NKqX/DbWAAACo&#10;iwAAnJEAAJGWAACFnAAAeKAAAGulAABfqAAAU6wAAEivAAA9sgAANrULADS1FQAztiEAMrYsADG3&#10;NwAwt0EAL7hLAC64VQAsuGABKrhtASm5ewInuY0CJbmfAyS5tAMjudIDI7f0BCK1/wUhtP8GIbP/&#10;ByGy/wchsv8HIbL/B62KAACgkQAAlZcAAIidAAB7owAAbqgAAGGtAABVsQAASrQAAD+3AAA0uwAA&#10;K74DACTCDAAiwhQAIsMfACHDKgAgxDQAH8Q/AB7FSgAdxlYAHMZjABvHcwAax4UAGceZABjIrgAX&#10;yMsAF8bxARfE/wEWw/8CFsH/AxbB/wMWwf8DFsH/A6ORAACYmAAAi54AAH2lAABwqwAAYrEAAFa2&#10;AABKuQAAPr0AADTAAAAqxAAAIsgAABnMBAAT0AoAEdIRABDSGgAQ0yUAD9MwAA7UPAAO1EgADdVW&#10;AA3VZQAM1ngADNaNAAvYpAAK2L4ACdnmAArW/gAL1P8AC9L/AAvS/wEL0v8BC9L/AZqYAACOnwAA&#10;gKYAAHKtAABktAAAV7oAAEm/AAA9wgAAMsYAACjJAAAfzQAAF9EAABHWAAAM2wUACN4LAAbfEQAF&#10;3xoABOAkAALhLgAB4joAAONHAADkVgAA5GcAAOV7AADmkgAA5qoAAOfIAADn8AAA6P8AAOj/AADo&#10;/wAA6P8AAOj/AJGfAACCpwAAdK8AAGW3AABXvgAAScMAADzHAAAwywAAJc8AABzUAAAU2QAADt0A&#10;AAnhAAAC5QAAAOkGAADpDQAA6REAAOoYAADrIQAA7SsAAO83AADxRQAA8lYAAPNoAADzfgAA9JcA&#10;APWwAAD20AAA9/MAAPf/AAD3/wAA9/8AAPf/AIWnAAB2sAAAZrgAAFjBAABKyAAAO8wAAC7RAAAj&#10;1gAAGdwAABHgAAAM4wAABOcAAADqAAAA9QAAAPQAAAD1BQAA9QsAAPYPAAD2FAAA+B0AAPonAAD8&#10;NAAA/0MAAP9VAAD/aQAA/4EAAP+aAAD/sgAA/88AAP/tAAD/+QAA//kAAP/5AHiwAABougAAWcMA&#10;AEvLAAA70QAALdgAACHdAAAW4gAADuYAAAjqAAAA7QAAAPAAAAD4AAAA/wAAAP8AAAD/AAAA/wAA&#10;AP8GAAD/DAAA/xAAAP8YAAD/IgAA/zAAAP9AAAD/UwAA/2kAAP+BAAD/mQAA/68AAP/DAAD/1QAA&#10;/9UAAP/VAP8TKAD/EyUA/xElAP8NJwD/Bi0A/wA1AP8AQQD/AE8A/wBcAP8AaQD/AHQA/wB+AP8A&#10;iAD/AJAA/wCXAP8AnQD/AKQA/wCqAP8AsAD/ALcA/wDAAP8AzAD/AN8A/wDsAP8A+AD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8WJQD/FiIA/xQhAP8QIwD/CigA/wAwAP8APQD/AEsA&#10;/wBYAP8AZAD/AHAA/wB6AP8AhAD/AIwA/wCTAP8AmgD/AKAA/wCmAP8ArQD/ALQA/wC8AP4AyAD9&#10;ANkA+wDpAPoA9gD5AP8A+AD/APgA/wD4AP8A+AD/APkA/wD5AP8A+QD/AP8aIgD/Gh4A/xgdAP8T&#10;HgD/DiIA/wosAP8HOQD/A0YA/wBTAP8AYAD/AGsA/wB2AP8AfwD/AIgA/wCPAP8AlgD/AJ0A/wCj&#10;AP4AqQD8ALAA+gC5APcAxAD1ANIA8wDmAPIA9ADxAP8A8AD/AO8A/wDvAP8A7wD/APAA/wDwAP8A&#10;8AD/AP8eHQD/HhkA/xwXAP8XGAD/Ex4A/xEoAP8ONAD/DEEA/wpOAP8IWwD/B2YA/wZxAP8GegD/&#10;BoMA/gaLAPwGkgD6BpkA+AafAPYGpgD0Bq0A8ga1APAFwADtBc4A6wXkAOkG8wDmCP8A5Qr/AOQL&#10;/wDkC/8B5Av/AeQL/wHkC/8B5Av/Af8hGAD/IRMA/yARAP8bEgD/HBoA/xokAP8WLwD/EzwA/xFJ&#10;AP8QVQD8DmEA+Q5rAPYOdQD0Dn4A8g6GAPAOjgDuDpUA7Q6bAOsOogDqDqoA6A6zAOYPvQDlD8wA&#10;4Q/jAN0Q8wDZEf8B1hL/AdQT/wHTE/8C0hP/AtIT/wLSE/8C0hP/Av8lEwD/JRAA/yQNAP8jDgD/&#10;IxQA/yIeAP8fKQD/HDUA+RlDAPQYTwDvF1sA7BdmAOkXcADmF3kA5BeBAOIXiQDgF5EA3xeYAN0X&#10;nwDbF6cA2RixANYYuwDUGcoA0BrhAcwb8wHJHP8Cxhz/AsQc/wPDHP8Dwxz/A8Mc/wPDHP8Dwxz/&#10;A/8oEAD/KQsA/ygGAP8rCwD/KxAA/ykXAP0mIgD0Iy4A7CE7AOYgSQDiIFUA3iBgANohagDWIXQA&#10;0yF8AdAhhAHPIowBzSKTAcsimwHJIqMByCOsAsYjtgLEI8QCwiTbAr4l7gO7Jf4EuCX/BbYl/wW1&#10;Jf8GtSX/BrUl/wW1Jf8FtSX/Bf8sDQD/LQUA/y4BAP8xBQD/MQsA/S8QAPErGADnKSUA3ygzANgo&#10;QgDRKk8AzStaAMkrZQHHK24BxCx2AsIsfgLALIYDviyOA70slgO7LJ4EuSynBLgssQW2LL8FtS3R&#10;BbEt6gauLvsHqy7/CKku/wioLv8IqC3/CKgt/wioLf8IqC3/CP8vCAD/MQAA/zUAAPY3AADqNgIA&#10;5zMIAOQvDwDZLhsAzzEsAMkzPADENEkAwDVVAbw1XwK6NWgCtzVwA7U0eASzNIAFsTSIBrA0kAau&#10;NJkHrDSiCKs0rAmpNLkJpzTKCqU15QqhNfgLnzX/DJ01/wydNf8LnDX/C5w1/wucNf8LnDX/C/8z&#10;AgD/NQAA9joAAOU+AADcQAAA1D0EANI3CQDLOBUAwzomAL09NgC4PkQBtD5QAbE9WgOuPWMErD1r&#10;Bak8cwanPHsIpjyDCaQ7iwqiO5QLoDudDJ47qA2dO7QOmzvFDpk74A6WO/QPlDz/D5I8/w+SPP8O&#10;kTz/DZE8/w2RPP8NkTz/Df81AAD/OQAA6kEAAN1GAADQRwAAyUYAAMZBBQDAQBEAuUIhALNEMgCv&#10;RUABq0VLAqdFVQOkRF4FoURmB59DbgidQ3YKm0J+C5lChg2XQY8OlUGZD5NBpBGRQbASkEHAEo5B&#10;2RKLQfESiUL/EohC/xGIQv8Qh0L/EIdC/w+HQv8Ph0L/D/84AADzPQAA40cAANJMAADITgAAwE0A&#10;ALtKAgC2Rw4AsEkdAKtLLQCmTDsBokxHAp5LUQSbS1oGmUpiCJZJagqUSXEMkkh5Do9Igg+NR4sR&#10;i0eVEolGoBSHRqwVhUa7FoRG0RaCR+4WgEf/FX9H/xR/R/8Sf0f/EX9H/xF/R/8Rf0f/Ef87AADu&#10;QwAA3EwAAMxRAADBVAAAuVQAALRRAACuTQsAqE8ZAKNRKQCeUjcBmlJDApdRTgSUUVYGkVBeCY5P&#10;ZguMTm0NiU51D4dNfhGFTYcTgkyRFYBMnBZ+S6kXfEu4GHtLzRh5TOsYeEz+F3dM/xV3TP8Ud0z/&#10;E3dM/xJ3TP8Sd0z/Ev8+AADoRwAA1VAAAMZWAAC8WAAAtFkAAK1WAACnUwcAoVQVAJxWJQCYVzQB&#10;lFdAApBXSgSNVlMGilVbCYdUYwuEVGoOglNyEIBSehJ9UoMUe1GOFnhQmRh2UKYZdFC1GnNQyRpx&#10;UOgacFH8GHBR/xdwUf8VcFH/FHFQ/xNxUP8TcVD/E/VAAADkSwAAz1QAAMFaAAC3XQAAr14AAKdb&#10;AAChWAMAm1kSAJZbIgCSXDEBjlw9AopcRwSHW1AGg1pYCYFZYAx+WWcOe1hvEHlXdxN2VoAVdFaL&#10;F3JVlhlvVaMabVSyG2xUxhtqVeYbalX7GWpV/xdqVf8WalX/FWtV/xRrVf8Ua1X/FPJDAADfTwAA&#10;y1gAAL1dAACzYQAAq2IAAKJgAACbXAAAlV4QAJBgHwCMYS4AiGE6AoRgRQSBYE4Gfl9WCXteXQt4&#10;XWUOdlxsEHNcdBNwW30VblqIF2talBlpWaEbZ1mwHGVZwxxkWeMcZFn6GmRZ/xhkWf8XZVn/FWVZ&#10;/xRlWf8UZVn/FO9GAADaUgAAxlsAALphAACwZQAApmYAAJ1jAACVYQAAj2IOAItkHACHZSsAg2U3&#10;AX9lQgN8ZEsGeGNTCHVjWwtzYmIOcGFqEG1gchNrYHsVaF+GF2ZekRljXp8bYV2uHGBdwRxfXeEc&#10;X134Gl9d/xhfXf8XYF3/FmBd/xVgXf8VYF3/FetKAADUVgAAw14AALZlAACsaQAAomkAAJhnAACP&#10;ZQAAiWYMAIVoGQCBaSgAfmo1AXppPwN2aUkFc2hRCHBnWQptZ2ANa2ZnEGhlcBJlZHkVY2SDF2Bj&#10;jxleYp0bXGKsHFpivxxZYt8cWWL3Glpi/xlaYf8XW2H/Flth/xVbYf8VW2H/FedNAADPWQAAv2IA&#10;ALNoAACpbQAAnm0AAJNrAACJaQAAg2sJAH9tFQB8biUAeG4yAXVuPQJxbkYEbm1PB2tsVglobF4M&#10;ZWtlD2NqbRFgaXYUXWmBFltojRhYZ5saVmeqG1VnvRxUZ9wcVGf2GlRm/xhVZv8XVWX/FlZl/xVW&#10;Zf8VVmX/FeJRAADKXQAAu2YAAK9sAACmcQAAmXAAAI5vAACDbgAAfXAFAHhyEgB1cyEAcnMvAW9z&#10;OgJsc0QEaXJMBmZyVAhjcVsLYHBjDV1waxBbb3QTWG5/FVVuixdTbZkZUW2oGk9tuxtObdkaTmz0&#10;GU9r/xhPa/8XUGr/FlBq/xVQav8VUGr/Fd1VAADFYQAAt2oAAKxxAACidQAAlHQAAIl0AAB8cwAA&#10;dnUAAHF3EABveB0AbHkrAGl5NwFmeUADY3lJBWB4UQddd1gJW3dgDFh2aA5VdXERUnV8E1B0iBZN&#10;dJcXS3OmGElzuRlIc9UZSXLzGElx/xdKcf8WSnD/FUtw/xRLcP8US3D/FNRaAADAZgAAs28AAKh2&#10;AACdeQAAj3gAAIR4AAB3eQAAb3wAAGp9DQBnfhkAZH8mAGKAMgFfgD0CXIBGA1p/TgVXf1UHVH5d&#10;CVJ9ZQxPfW8OTHx5EUp8hhNHe5QVRXukFkR7txZDe9IWQ3ryFkN5/xVDeP8URHf/FER2/xNEdv8T&#10;RHb/E81fAAC7awAArnQAAKR8AACXfgAAin0AAH9+AAByfwAAZoMAAGGECABehhMAXIchAFqHLgBY&#10;hzgBVYdCAlOHSgNQh1IFToZaB0uGYglJhWwLRoV3DUOEgw9BhJIRP4SiEj2EtRM8hM8TPILwEjyB&#10;/xI9gP8SPX//Ej1+/xE9fv8RPX7/EcVmAAC1cQAAqnsAAJ+CAACSggAAhYIAAHmDAABthgAAX4oA&#10;AFiNAQBUjg8AUo8bAFCPJwBPkDMATZA9AUuQRQJJkE4DRpBWBESPXwVCj2gHP49zCT2OgAs6jo8M&#10;OI6gDTeOsw42jswONo3vDjWL/w41if8PNYj/DzaH/w82h/8PNof/D75tAACweQAApYIAAJmHAACM&#10;iAAAf4gAAHKKAABmjQAAWpEAAFCVAABJlwkAR5gTAEWYIABEmSsAQ5k2AEGaQABAmkgBPppRAjya&#10;WgI6mmQDN5pvBTWZfQYzmYwHMZmdCC+ZsAgumcoILpjtCC6W/wotlP8KLZP/Cy2S/wstkv8LLZL/&#10;C7Z1AACqgQAAnogAAJONAACGjgAAeI8AAGuSAABflQAAVJkAAEmdAABAoAAAOqINADijFwA3oyIA&#10;NqQtADWkNwA0pEEAM6VLADGlVAEwpV4BLqVqASyleAIqpYgDKKWaAyelrQQmpcYDJqTrBCWi/wUl&#10;oP8GJJ//BiSe/wcknv8HJJ7/B69+AACjiAAAl44AAI2TAAB+lQAAcJgAAGObAABXnwAATKIAAEKm&#10;AAA4qQAAL6wDACquDgAprhgAKK8jACevLQAmsDcAJbBBACSwSwAjsVYAIrFjACGxcQAfsYIAHrKU&#10;ARyyqQEbssEBG7HnARuv/gIarf8CGqz/Axqr/wMaq/8DGqv/A6iIAACbjwAAkZQAAISaAAB2nwAA&#10;aKIAAFulAABPqQAARK0AADmwAAAvswAAJrYAAB65BQAYuw4AF7sWABe8IAAWvCoAFb01ABS9QAAT&#10;vksAEr5YABK+ZwARv3gAEL+MABDAogAOwLoADsDhAA+9+wAPvP8AELr/ARC6/wEQuv8BELr/AZ+P&#10;AACUlQAAh5sAAHmhAABrpwAAXqwAAFKxAABFtAAAOrYAAC+5AAAlvAAAHb8AABXDAAAPxgUAC8oN&#10;AAnKFAAIyh0AB8onAAfKMgAGyz4ABctLAATMWgADzGoAAsx+AAHMlAAAzKsAAM3IAADM7QAAzP8A&#10;AMv/AAHK/wAByv8AAcr/AJeWAACKnAAAfKMAAG6qAABgsAAAUrYAAEW5AAA5vAAALr8AACPDAAAb&#10;xgAAE8oAAA3NAAAI0QAAAdQJAADUDgAA1RUAANYeAADYJwAA2TEAANs+AADcSwAA3VsAAN5uAADe&#10;hAAA35sAAN+0AADe2QAA3/cAAN//AADf/wAA3/8AAN//AI2dAAB/pQAAcKwAAGGzAABTugAARb8A&#10;ADjCAAAsxgAAIckAABjNAAAQ0QAAC9UAAATaAAAA3gAAAOABAADhCQAA4g4AAOQTAADlGwAA5yQA&#10;AOkvAADrPAAA7UsAAO5dAADucQAA74kAAPCiAADwvAAA8OMAAO/5AADw/wAA8P8AAPD/AIGlAABy&#10;rQAAY7UAAFS9AABGxAAAN8gAACrMAAAf0AAAFdUAAA7aAAAH3gAAAOIAAADmAAAA6QAAAOoAAADs&#10;AAAA7gUAAO8MAADxEAAA8xcAAPUgAAD4KwAA+zkAAP1KAAD+XgAA/3QAAP+NAAD/pgAA/8AAAP/h&#10;AAD/9QAA//UAAP/1AHSuAABltwAAVsAAAEfIAAA4zQAAKtIAAB3YAAAT3QAADOIAAAPmAAAA6QAA&#10;AOwAAADwAAAA8wAAAPQAAAD2AAAA+AAAAPoAAAD9BwAA/w0AAP8SAAD/GwAA/ygAAP83AAD/SgAA&#10;/14AAP92AAD/jwAA/6YAAP+6AAD/0QAA/9EAAP/RAP8PJAD/DiIA/wshAP8DJAD/ACkA/wAyAP8A&#10;PgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AhAD/AIwA/wCSAP8AmQD/AJ8A/wClAP8AqwD/ALIA/wC6&#10;AP8AxQD/ANMA/wDnAP8A9AD/AP8A/gD/AP8A/wD+AP8A/gD/AP4A/wD+AP8A/gD/AP8RIQD/EB4A&#10;/w0dAP8HHwD/ACMA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlQD/&#10;AJsA/wChAP8ApwD+AK4A/QC2APwAwAD7AM0A+QDiAPgA8AD3APwA9gD/APUA/wD1AP8A9QD/APUA&#10;/wD1AP8A9QD/AP8VHQD/ExoA/xAZAP8LGQD/AB0A/wApAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBx&#10;AP8AegD+AIMA/ACKAPoAkQD5AJcA+ACdAPcAowD1AKoA9ACyAPIAuwDxAMgA7wDcAO4A7ADtAPoA&#10;6wD/AOoA/wDqAP8A6gD/AOoA/wDqAP8A6gD/AP8YGQD/FhUA/xMTAP8OEwD/CxoA/wckAP8CMAD/&#10;AD4A/wBLAP8AVwD/AGIA/ABsAPgAdQD1AH4A8gCFAPEAjADvAJMA7gCZAOwAoADrAKYA6QCuAOcA&#10;twDmAMMA5ADUAOIA6QDhAPcA3wD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8bEwD/GhAA/xYO&#10;AP8SDgD/EhUA/w8fAP8MKwD/CTgA/wZFAPsDUQD3AlwA8gJmAO4CcADqAngA5wKAAOYDhwDkA44A&#10;4gOVAOEDnADfBKMA3QSrANsEtADYBcAA1gXQANMG5wDQCPgAzgr/AMwL/wDLDP8Aywz/AMsL/wDL&#10;C/8Aywv/AP8fEAD/HgsA/xoHAP8ZCwD/GBEA/xYZAP8SJAD6EDAA8w4+AO4NSgDpDFYA5QxhAOIM&#10;agDeDXMA2w17ANkNgwDWDYoA1A2RANINmQDQDqAAzw6pAM0OswDLDr8Ayg/QAMYR6QDCEvkAvxP/&#10;AL0T/wG8E/8BvBP/AbwT/wG7E/8BuxP/Af8iDAD/IQQA/yAAAP8hBQD/HwwA/xwRAPYYHADsFSgA&#10;5RM2AN8SQwDZE08A0xRaANAVZADNFm0AyxZ1AMkXfQDHF4UAxRiMAMQYlADCGZwAwBmlAL4ZrwC9&#10;GrsAuxrLALgb5QG0HPYBsh3/ArAd/wKvHf8Crh3/Aq4d/wKuHf8Crh3/Av8mBgD/JQAA/yYAAPsn&#10;AADxJQMA8CELAOgcEgDeGR0A1BstAM0dPADIH0kAxSBVAMEhXwC/ImgAvCJwALojeAC5I38BtyOH&#10;AbUjjwG0JJcBsiSgAbEkqgKvJLYCrSXGAqsl3wKoJvMDpSb/A6Mm/wOiJv8EoSb/A6Em/wOhJv8D&#10;oSb/A/8pAAD/KAAA9i0AAOcwAADfLwAA2SsEANYiCgDOIxYAxiYnAMAoNgC7KkQAuCtPALUsWQCy&#10;LGIBsCxqAa4tcgGsLXoCqi2BAqktigKnLZIDpS2bA6QtpQSiLbEEoC3ABJ8t2AScLu8FmS7/Bpcv&#10;/waWL/8GlS7/BZUu/wWVLv8FlS7/Bf8sAAD/LgAA6jUAAN05AADROQAAyjYAAMcvBgDBLREAujAh&#10;ALQyMQCwND4ArDVKAKk1VAGnNV0BpDVlAqI1bQKgNXQDnzV8BJ01hASbNY0FmjSXBpg0oQaWNK0H&#10;lDW7CJM10AiQNewIjjb+CIw2/wiLNv8Iizb/B4o1/weKNf8HijX/B/8vAADyNAAA4jwAANJBAADH&#10;QgAAwEAAALs6AQC2Ng4AsDkcAKo7LACmPDoAoz1GAJ89UAGdPVkCmj1hA5g9aASWPHAFlDx3BpI8&#10;gAeRPIgHjzuSCI07nQmLO6kKiTu3C4g7yguFPOgLgzz7C4I8/wqBPP8KgTz/CYE8/wiBPP8IgTz/&#10;CP8zAADsOgAA2kMAAMpHAAC/SQAAt0cAALFCAACtPgoApkAXAKJCJwCeQzUAmkRCAZdETAGURFUC&#10;kUNdA49DZAWNQ2sGi0JzB4lCewiHQoQKhUGOC4NBmQyBQaUNf0GzDn5Bxg58QeQOekL5DXlC/wx4&#10;Qv8LeEL/C3hC/wp4Qf8KeEH/CvY2AADmQAAA0UgAAMNNAAC5TgAAsU0AAKlJAACkRQYAn0YTAJpI&#10;IwCWSTIAkko+AY9KSAKMSlEDiklZBIdJYAWFSWgHg0hvCIFIdwp/R4ALfUeKDXpHlQ54RqIPdkaw&#10;EHVGwhBzRuAQckf3D3FH/w5xR/8NcUf/DHFH/wtxRv8LcUb/C/M5AADgRAAAzEwAAL5RAAC0UwAA&#10;qlIAAKJOAACdSgEAl0sRAJNNIACPTy4AjE86AYhPRQKFT04Dg09WBIBOXQZ+TmQHfE1sCXlNdAt3&#10;TH0MdUyHDnNMkg9xS58Rb0utEm1LvxJsS9wSa0z1EWpM/w9qTP8Oakv/DWpL/wxqS/8Makv/DPA9&#10;AADbSAAAx1AAALpVAACwWAAApVYAAJxTAACXTwAAkVAOAIxSHACJVCsAhVQ3AIJUQgF/VEsDfFRT&#10;BHpTWgZ4U2IIdVJpCXNScQtxUXoNblGED2xQkBBqUJwSaFCrE2ZQvBNlUNgTZFDzEmRQ/xBkUP8P&#10;ZFD/DmVP/w1lT/8MZU//DOxBAADUTAAAw1QAALZZAACsXAAAoFoAAJdXAACRVAAAi1UMAIZXGQCD&#10;WCcAgFk0AH1ZPwF6WUgDd1hQBHRYWAZyV18Hb1dmCW1WbgtrVncNaFWBD2ZVjRFkVJoSYlSpE2BU&#10;uhRfVNMUXlTyE15U/xFfVP8PX1T/Dl9T/w1fU/8NX1P/DedEAADPUAAAv1gAALNdAACoXwAAnF0A&#10;AJJbAACLWAAAhVoKAIFbFgB9XCQAel0xAHddPAF0XUYCcV1OBG9cVQVsXF0HalxkCWhbbAtlWnUN&#10;Y1p/D2FZixFeWZgSXFinFFtYuBRZWdAUWVjwE1lY/xFaWP8QWlj/DlpX/w1aV/8NWlf/DeNIAADL&#10;UwAAu1sAALBhAACkYgAAl2EAAI5fAACFXAAAf14HAHtfEwB4YSEAdWIuAHJiOQFvYkMCbGFLA2ph&#10;UwVnYVoHZWBiCWNgagtgX3MNXl59D1teiRFZXZYSV12lE1VdthRUXc4UVF3uE1Rd/xFVXP8QVVz/&#10;DlVb/w5WW/8NVlv/Dd5MAADHVgAAuF8AAK1kAACgZQAAk2QAAIljAAB/YQAAeWIDAHVkEQByZR4A&#10;b2YrAGxnNwFqZ0ACZ2ZJA2VmUQRiZVgGYGVgCF1kZwpbZHAMWWN7DlZjhhBUYpQSUmKjE1BitBNP&#10;YswTT2LtEk9h/xFPYf8QUGD/DlBg/w5QYP8NUGD/DdlPAADDWgAAtGMAAKlpAACbaAAAj2cAAIRn&#10;AAB5ZQAAc2cAAG9pDgBsahsAaWsoAGdsNABkbD0BYmxGAl9rTgRda1YFWmpdB1hqZQlWaW4LU2l4&#10;DVFohA9OaJIQTGehEktnshJJZ8kSSWfrEklm/xBKZv8PSmX/Dktl/w1LZP8NS2T/DdFUAAC+XgAA&#10;sWcAAKZtAACXbAAAimsAAH9rAABzawAAbW0AAGhuDABlcBcAYnEkAGBxMABecToBXHFDAllxSwNX&#10;cVMEVXBaBlJwYgdQcGsJTm91C0tvgg1Jbo8PR26fEEVusBFEbscRQ23qEERs/w9Ea/8ORWv/DUVq&#10;/w1Fav8NRWr/DctYAAC6YwAArWwAAKFxAACScAAAhW8AAHpvAABucAAAZXMAAGB1BwBddhIAW3cf&#10;AFl4KwBXeDYAVXg/AVN4SAJReE8DT3dXBEx3XwVKd2gHSHZzCUV2fwtDdY0MQXWdDj91rg4+dcUO&#10;PXXoDj5z/Q0+cv8NPnH/DD9x/ww/cP8MP3D/DMVeAAC1aQAAqXEAAJx1AACNdAAAgHQAAHV0AABp&#10;dgAAXnkAAFh8AQBUfQ4AUn4aAFF/JgBPfzEATYA7AEyAQwFKgEsCSH9UAkZ/XARDf2UFQX9wBj9+&#10;fAg8fooJOn6aCjl+rAs3fsMLN33mCzd7/As3ev8LN3n/Cjh4/wo4eP8KOHj/Cr5kAACwbwAApXgA&#10;AJZ5AACHeQAAe3kAAHB6AABkfAAAWIAAAFCDAABLhQoASIYUAEeHIABFiCsARIg1AEOIPgBBiUcB&#10;QIlPAT6IWAI8iGEDOohsBDeIeAU1iIcGM4iYBzKHqgcwiMAHMIfkBzCF+wgwg/8IMIL/CDCB/wgw&#10;gf8IMIH/CLdrAACqdgAAoH8AAJB+AACCfgAAdn8AAGqAAABegwAAU4cAAEqLAABBjgIAPZAOADuQ&#10;GAA6kSMAOZEtADiSNwA3kkAANpJJADSTUgAzk1wBMZNnAS+TdAItkoMDK5KUAyqSpwMokr0EKJLh&#10;AyeQ+gQnjv8FJ43/BSeM/wUnjP8FJ4z/BbF0AAClfgAAmYUAAIqEAAB9hAAAb4UAAGOIAABYiwAA&#10;TY8AAEOTAAA6lwAAMpoHAC6bEAAtmxoALJwkACucLgAqnTgAKZ1BACidSwAnnlUAJp5hACWebgAj&#10;nn4BIp6QASCeowEfnrkBHp7dAR6c+AIemv8CHpn/Ax6X/wMel/8DHpf/A6p9AACehQAAk4sAAIWK&#10;AAB1iwAAaI4AAFuRAABQlQAARpkAADudAAAyoAAAKqMAACKmCQAfpxEAHqcaAB2oJAAcqC0AG6g3&#10;ABqpQQAZqUwAGKlYABeqZgAWqnYAFaqJABSqngATq7QAEqvTABKo9QATp/8BE6X/AROl/wETpP8B&#10;E6T/AaOGAACXjAAAjZEAAH2SAABtlQAAYJgAAFScAABIoAAAPqQAADSnAAAqqwAAIa4AABmxAAAS&#10;swcAD7UQAA61FwAOtSEADbUrAA21NgAMtkEAC7ZOAAq2XAAJtmwACLZ/AAe2lAAGtqoABbbFAAa2&#10;6gAHtf8ACLT/AAiz/wAJsv8ACbL/AJqNAACQkwAAhJgAAHScAABloAAAV6QAAEuoAABArAAANbAA&#10;ACqzAAAhtQAAGLgAABG7AAAMvgIABsALAALAEQABwRkAAMEiAADCKwAAwjYAAMNCAADDUAAAxF8A&#10;AMRxAADEhwAAxJ0AAMS1AADE2gAAxPYAAMP/AADD/wAAw/8AAMP/AJOUAACHmgAAeKAAAGqmAABc&#10;rAAAT7EAAEG1AAA1twAAKboAAB+9AAAWwAAAEMMAAArGAAADygAAAMwFAADMDAAAzREAAM4YAADO&#10;IQAA0CoAANE1AADTQwAA1FIAANRjAADVeAAA1Y8AANWnAADWwgAA1ukAANb9AADW/wAA1v8AANb/&#10;AIqbAAB7ogAAbKkAAF6wAABQtgAAQroAADS9AAAowQAAHcQAABTHAAANywAABs4AAADSAAAA1wAA&#10;ANkAAADaBQAA3AsAAN0QAADfFQAA4R0AAOMnAADlMwAA50IAAOhUAADoZwAA6X4AAOmXAADqrwAA&#10;6s4AAOvvAADr/gAA6/8AAOv/AH2jAABuqwAAX7IAAFG6AABCwAAANMMAACfHAAAbywAAEs8AAAvT&#10;AAAC2AAAAN0AAADhAAAA5AAAAOUAAADnAAAA6QAAAOsHAADtDQAA7xEAAPEZAAD0JAAA9zEAAPlB&#10;AAD6VQAA+moAAPuEAAD7nQAA/LYAAPzSAAD97QAA/fQAAP30AHGsAABhtQAAUr0AAETEAAA0yQAA&#10;Js0AABrSAAAQ2AAACN0AAADhAAAA5QAAAOgAAADsAAAA7wAAAPEAAADzAAAA9QAAAPcAAAD5AQAA&#10;+wgAAP4OAAD/FQAA/yEAAP8vAAD/QQAA/1YAAP9tAAD/hwAA/6AAAP+2AAD/ygAA/9QAAP/UAP8L&#10;IAD/Bx4A/wAdAP8AIAD/ACUA/wAuAP8AOwD/AEkA/wBWAP8AYgD/AG0A/wB2AP8AfwD/AIcA/wCO&#10;AP8AlAD/AJoA/wCgAP8ApgD/AK0A/wC1AP8AvgD/AMsA/wDhAP8A8AD+AP0A/QD/AP0A/wD9AP8A&#10;/QD/APwA/wD5AP8A+QD/AP8NHQD/CxoA/wQZAP8AGgD/AB8A/wAqAP8ANwD/AEUA/wBRAP8AXgD/&#10;AGgA/wByAP8AegD/AIIA/wCJAP8AkAD/AJYA/wCcAP4AogD8AKkA+wCwAPkAuQD4AMYA9gDZAPUA&#10;6wD0APkA8wD/APIA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8QGQD/DhUA/wgUAP8AFAD/ABkA/wAl&#10;AP8AMgD/AEAA/wBMAP8AWQD/AGMA/gBtAPwAdQD6AH0A+QCEAPcAiwD2AJEA9ACXAPMAngDyAKQA&#10;8ACsAO4AtADtAMAA6wDPAOkA5gDoAPUA5gD/AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AP8SFAD/&#10;EBAA/wwPAP8DEAD/ABUA/wAgAP8ALAD/ADoA/wBHAPoAUwD3AF4A9ABnAPEAcADvAHgA7QB/AOsA&#10;hgDqAIwA6ACTAOcAmQDlAKAA4wCnAOEAsADfALoA3QDJANsA4ADYAPAA1wD+ANUA/wDUAP8A0wD/&#10;ANMA/wDTAP8A0wD/AP8VEAD/EgwA/w4JAP8LDAD/CRIA/wMaAP8AJgD9ADMA9ABAAO8ATQDrAFgA&#10;6ABhAOUAagDiAHIA4AB6AN4AgADcAIcA2gCOANgAlQDUAJwA0gCjANAArADOALYAzADEAMoA2QDI&#10;AO0AxwD7AMUA/wDEAf8AwwH/AMQB/wDEAf8AxAH/AP8YCwD/FQUA/xAAAP8QBgD/Dw0A/wwUAPwH&#10;HwDxAysA5wA5AOIARgDeAVEA2gJbANUCZADSA2wAzwN0AM0EewDLBIIAygSJAMgFkADGBZgAxAWg&#10;AMIGqQDBBrQAvwbBAL0I1QC7CewAuAv9ALYM/wC1Df8AtA3/ALQN/wC0Df8AtA3/AP8bBQD/GAAA&#10;/xcAAP8WAAD7EwYA+hAOAO4MFgDjCSIA2gkwANMKPgDOC0oAygxVAMcNXgDFDWcAwg5vAMEOdgC/&#10;Dn4AvQ+FALwPjQC6EJUAuBCdALcQpwC1EbIAsxHAALIR1QCuE+4AqxT+AKkV/wCnFf8ApxX/AKYU&#10;/wGmFP8BphT/Af8fAAD/HAAA+h4AAOseAADjHAAA3xUFAN4ODQDTDhgAyxEoAMUTNwDAFEQAvBZP&#10;ALkXWQC3F2EAtBhpALMZcQCxGXgArxqAAK4aiACsG5AAqxuZAKkbowCnHK4Aphy8AKQdzwChHuoB&#10;nh78AZwf/wGbH/8Bmh//AZoe/wGZHv8BmR7/Af8iAAD/IQAA7CcAAOAqAADUKQAAzSQAAMocCADE&#10;GRIAvRwiALceMQCzID4AryFJAK0iUwCqI1wAqCRkAKYkbACkJHMAoyR6AKElggGgJYsBniWUAZ0l&#10;ngGbJqoBmSa3AZgmyQKVJ+YCkif5ApAo/wKPKP8Cjif/Ao4n/wKOJ/8Cjif/Av8mAADyKQAA4zEA&#10;ANI0AADINAAAwDAAALspAgC4Iw4AsSYcAKwoKwCoKjgApCtEAKEsTgCfLVcAnS1fAJstZwGZLW4B&#10;mC51AZYufQKULoYCky6QApEumgOPLqYDjS6zA4wuxQOKL+EEhy/2BIUv/wSEL/8DhC//A4Mv/wOD&#10;L/8Dgy//A/spAADrMQAA2TgAAMk8AAC/PAAAtjkAALAyAACsLQsApy8XAKIxJgCeMzQAmjRAAJg1&#10;SgCVNVMAkzVbAZE1YgGPNWkCjTVxAow1eQOKNYIDiDWLBIY1lgSENaIFgjWvBYE1wAZ/NtwGfTb0&#10;Bns2/wV7Nv8Fejb/BHo2/wR6Nf8EejX/BPUtAADkNwAA0D8AAMJDAAC3RAAArUAAAKc6AACjNgYA&#10;nTcTAJk5IgCVOi8Akjw7AI88RgCMPE8BijxXAYg8XgKGPGUChDxtA4I8dQSAPH0EfzyHBX08kgZ7&#10;O54HeTusB3c7vAh2PNUIdDzxCHM8/wdyPP8Gcjz/BXI8/wVyO/8Fcjv/BfEyAADePQAAyUQAALxI&#10;AACwSQAApkYAAJ9BAACbPQEAlT0QAJE/HQCNQSsAikI4AIdDQgCEQ0sBgkNTAYBDWwJ+QmIDfEJp&#10;BHpCcQV4QnoGdkGEB3RBjwhyQZsIcEGpCW9BuQptQdAKbEHuCWtC/whqQv8HakH/BmpB/wZqQf8F&#10;akH/Be03AADWQgAAxEkAALdNAACrTQAAoEoAAJhHAACTQgAAjkMNAIlFGgCGRigAg0c0AIBIPwB+&#10;SEgBe0hQAnlIVwJ3SF8DdUhmBHNHbgVxR3YGb0eAB21GjAlrRpgKaUamC2dGtgtmRswLZUbsC2RH&#10;/wlkRv8IZEb/B2RG/wZkRf8GZEX/Bug7AADQRgAAv00AALNRAAClUQAAmk4AAJJLAACNRwAAh0gL&#10;AINKFgB/SyQAfUwxAHpNPAB3TUUBdU1NAnNNVQJxTVwDb01jBG1MawVrTHMHaUt9CGZLiQlkS5YK&#10;YkukC2FLtAxfS8oMXkvqC15L/gpeS/8JXkr/CF5K/wdeSv8HXkr/B+M/AADLSQAAvFEAALBVAACh&#10;VAAAllIAAI1QAACHTAAAgU0IAH1PEwB6UCEAd1EuAHRSOQByUkIBb1JLAW1SUgJrUVkDaVFhBGdR&#10;aAZlUHEHY1B7CGFQhgpfT5MLXU+hDFtPsg1ZT8cNWU/oDFhP/QtYT/8JWU//CFlO/wdZTv8HWU7/&#10;B99DAADHTQAAuFQAAKxZAACdVwAAkVUAAIhUAACBUAAAe1IEAHdTEQB0VB4AcVUrAG9WNgBsVkAB&#10;alZIAWhWUAJmVlcDZFZeBGJVZgVgVW8HXVV4CFtUhApZVJELV1SgDFVTsA1UU8UNU1PmDFNT/AtT&#10;U/8JVFL/CFRS/whUUv8HVFL/B9pGAADDUAAAtVgAAKhbAACZWgAAjVgAAIRXAAB7VAAAdlYBAHFX&#10;DwBuWRsAbFooAGlaMwBnWz0BZVtFAWNbTQJhWlUDX1pcBF1aZAVbWWwGWFl2CFZZgglUWI8LUlie&#10;DFBYrg1PWMMNTljkDE5Y+wtPV/8JT1f/CE9W/whQVv8HUFb/B9NKAADAVAAAslwAAKNeAACVXQAA&#10;iVwAAH9bAAB2WQAAcFoAAGtcDQBoXRgAZl4kAGRfMABiXzoAYF9DAV5fSwJcX1ICWl9aA1hfYQVV&#10;XmoGU150B1FdfwlPXY0KTV2cC0tdrAxKXcEMSV3jDElc+gpJW/8JSlv/CEpa/whKWv8HSlr/B85O&#10;AAC8WAAArmAAAJ9hAACRYAAAhV8AAHtfAABwXQAAal8AAGVhCgBiYhQAYGMhAF5kLQBcZDcAWmRA&#10;AVhkSAFWZFACVGRXA1JkXwRQZGcFTmNxBkxjfQhJYosJR2KaCkZiqgtEYr8LRGLhC0Rh+QpEYP8J&#10;RGD/CEVf/wdFX/8HRV//B8hSAAC4XAAAq2QAAJtkAACMYwAAgGMAAHZjAABqYgAAY2QAAF9mBgBb&#10;ZxEAWWgdAFdpKQBWajMAVGo8AFJqRQFQakwBTmpUAkxqXANKamUESGlvBUZpegdEaYgIQmiYCUBo&#10;qQo/aL0KPmjeCT5n9wk+Zv8IP2X/Bz9l/wc/ZP8HP2T/B8NXAACzYQAAp2kAAJZoAACHZwAAe2cA&#10;AHFnAABlaAAAXGoAAFhsAQBUbg4AUm8YAFBvJABOcC4ATXA4AEtxQQBKcUkBSHFRAUZxWQJEcGID&#10;QnBsBEBweAU+cIYGPG+VBzpvpgg4b7sIOG/bBzhu9gc4bf8HOGz/Bjlr/wY5av8GOWr/Br1cAACv&#10;ZgAAom0AAJFsAACCawAAd2sAAGxsAABhbgAAV3AAAFBzAABMdQoASXYTAEd3HwBGdykARXgzAEN4&#10;PABCeEQAQXhNAT94VQE9eF4CO3hoAjl4dAM3eIIENXiTBTN3pAUyd7kFMXjXBTF29QUxdP8FMXP/&#10;BTFy/wUycv8FMnL/BbdjAACqbQAAnHEAAItwAAB9cAAAcnAAAGdxAABccwAAUXcAAEp6AABCfQMA&#10;P34OAD1/GAA8fyMAO4AtADqANgA5gT8AOIFIADaBUAA1gVoBM4FkATGBcAEvgX8CLYGPAyyBoQMq&#10;gbYDKYHSAyl/8wMpff8DKXz/Ayl7/wMpe/8DKXv/A7FqAACldAAAlXYAAIV1AAB4dQAAbXUAAGF3&#10;AABXegAATH4AAEOBAAA7hQAANYgJADKJEQAxiRsAMIklAC+KLwAuijgALYtBACyLSgAqi1QAKYtf&#10;ACiLawAmi3oBJIuLASOLngEii7MBIYzOASGK8QEgiP8CIIb/AiCF/wIhhf8CIYX/AqtyAAChfAAA&#10;j3sAAIB6AABzegAAZnwAAFt/AABQggAARoYAADyKAAA0jQAALJEAACaTDAAklBMAI5QcACKVJgAh&#10;lS8AIJU4AB+WQgAelkwAHZZYAByWZAAal3QAGZeGABiXmQAXl64AFZfJABaV7gAWk/8BFpL/ARaR&#10;/wEWkP8BFpD/AaV7AACZgwAAiYEAAHuAAABsggAAX4QAAFSIAABJiwAAP5AAADWUAAAtlwAAJZoA&#10;AB2eAQAWoAwAFKESABShGwAToSUAEqEuABGiOAARokMAEKJPAA+iXAAOo2sADaN9AA2jkgAMo6cA&#10;CqLAAAui5gAMoP4ADZ//AA2e/wANnf8ADZ3/AJ6EAACSiQAAg4gAAHOIAABliwAAWI4AAEySAABB&#10;lwAAN5sAAC6eAAAkogAAHKUAABWoAAAPqwQACq4MAAetEgAGrRsABa0kAASuLgACrjkAAa5FAACu&#10;UgAArmEAAK5zAACuhwAArp0AAK60AACu1QAArfQAAK3/AACs/wAAq/8AAKv/AJaLAACMkAAAe5AA&#10;AGuSAABdlgAAUJoAAESfAAA5owAAL6cAACWrAAAcrgAAFLEAAA60AAAJtwAAAbgJAAC4DgAAuRQA&#10;ALkcAAC6JQAAui8AALs6AAC8RwAAvFYAALxnAAC8ewAAvJEAALypAAC8xAAAvOsAALv+AAC7/wAA&#10;u/8AALv/AJCSAACDmAAAc5sAAGOfAABVowAAR6gAADutAAAwsQAAJbQAABu3AAASugAADL0AAAW/&#10;AAAAwwAAAMQCAADFCgAAxQ4AAMYUAADHGwAAyCQAAMouAADMOgAAzUkAAM1ZAADNbAAAzoMAAM6b&#10;AADNtQAAztoAAM72AADN/wAAzf8AAM3/AIaZAAB3oAAAaaYAAFqsAABMsgAAPrYAADC5AAAkvAAA&#10;Gb8AABHCAAAKxQAAAskAAADMAAAA0AAAANEAAADSAQAA0wgAANUNAADXEQAA2hgAANwhAADfLAAA&#10;4ToAAOJKAADjXQAA5HIAAOSLAADlpQAA5cAAAOXmAADl+AAA5f8AAOX/AHqhAABrqQAAXK8AAE22&#10;AAA/vAAAML8AACPDAAAXxwAAD8oAAAfOAAAA0QAAANYAAADcAAAA3wAAAOAAAADiAAAA5AAAAOYD&#10;AADoCQAA6Q4AAOwVAADuHgAA8SsAAPQ6AAD1TQAA9mEAAPd5AAD4kwAA+K0AAPnGAAD55AAA+fMA&#10;APnzAG2qAABesgAAT7oAAEDBAAAxxQAAIskAABbOAAAN0gAABNgAAADdAAAA4QAAAOQAAADoAAAA&#10;6wAAAO0AAADvAAAA8QAAAPMAAAD2AAAA+AMAAPoLAAD9EQAA/xsAAP8pAAD/OwAA/08AAP9mAAD/&#10;fwAA/5kAAP+vAAD/wwAA/9YAAP/WAP8EHAD/ABkA/wAZAP8AHAD/ACIA/wArAP8AOAD/AEYA/wBT&#10;AP8AXgD/AGkA/wByAP8AegD/AIIA/wCJAP8AjwD/AJUA/wCbAP8AoQD/AKgA/wCvAP8AuQD/AMUA&#10;/wDZAP4A7AD9APsA+wD/APsA/wD7AP8A+gD/APQA/wDwAP8A8AD/AP8HGAD/ARUA/wAUAP8AFgD/&#10;ABsA/wAmAP8ANAD/AEIA/wBOAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD9AJAA/ACWAPoA&#10;nQD5AKMA+ACrAPcAtAD1AL8A9ADOAPMA5gDxAPYA8AD/AO8A/wDvAP8A7gD/AO4A/wDqAP8A6gD/&#10;AP8LFAD/BhEA/wAQAP8AEAD/ABYA/wAiAP8ALgD/ADwA/wBJAP8AVAD+AF8A+wBoAPkAcAD3AHgA&#10;9QB/APMAhQDyAIsA8ACSAO8AmADtAJ8A7ACmAOoArgDoALkA5wDHAOUA3gDjAPAA4gD+AOAA/wDg&#10;AP8A4QD/AOEA/wDhAP8A4QD/AP8NEAD/CQ0A/wEMAP8ADAD/ABIA/wAcAP8AKAD8ADYA+QBDAPYA&#10;TgDyAFkA7wBiAOwAawDqAHIA6AB5AOYAgADkAIYA4gCMAOEAkwDfAJoA3QChANsAqgDYALQA1QDA&#10;ANIA0wDQAOoAzgD6AM0A/wDNAP8AzQD/AMwA/wDMAP8AzAD/AP8QDAD/DAcA/wMCAP8ACAD/AA4A&#10;/wAWAPYAIgDwAC8A7AA8AOkASADlAFMA4QBcAN4AZQDbAGwA1wBzANQAegDSAIAA0ACHAM4AjgDM&#10;AJUAygCdAMgApQDGAK8AxAC7AMIAywDAAOUAvgD1AL0A/wC8AP8AvAD/ALwA/wC8AP8AvAD/AP8R&#10;BQD/DgAA/woAAP8IAQD/BAoA+AAQAOkAGgDjACgA3gA1ANkAQQDTAEwAzwBWAMsAXwDJAGYAxgBu&#10;AMQAdADCAHsAwQCCAL8AiQC9AJAAvACYALoAoQC4AKsAtgC3ALQAxwCyAOAAsQHyAK8C/wCuA/8A&#10;rQT/AK0E/wCtBP8ArQT/AP8UAAD/EAAA/w8AAPINAADqCgAA6QMJAN0AEgDUAB8AzQEtAMgCOgDE&#10;A0UAwANQAL0EWQC7BWEAuQVoALcGbwC1BnYAtAd9ALIHhACxCIwArwiVAK0JngCrCagAqgq1AKgK&#10;xQCmC98ApA30AKIO/wCgDv8Anw7/AJ8O/wCfDv8Anw7/AP8XAAD/EwAA7xgAAOQZAADbFgAA0hAC&#10;AM8JCwDICBYAwQokALwMMgC3DT4AtA5JALEOUwCvEFsArRBjAKsQagCpEXEAqBF4AKYRgAClEYgA&#10;oxKRAKESmwCgE6YAnhOzAJwTwwCbFN4Alxb0AJUW/wCUF/8Akxf/AJIX/wCSFv8Akhb/AP8aAAD0&#10;HQAA5SMAANUlAADKJAAAwh0AAL4WBAC7EBAAtBMdAK8VKwCrFjgApxhDAKUZTQCiGVYAoBpdAJ4b&#10;ZQCdG2wAmxxzAJocewCYHIMAlx2NAJUdlwCTHqIAkh6vAJAevwCPH9gAjCDxAYkg/wGIIP8BhyD/&#10;AYcg/wGGIP8BhiD/AfoeAADrJgAA2i0AAMowAAC+LgAAtSgAALAiAACuGwwAqB0XAKMfJgCfITMA&#10;nCI+AJkjSACXJFEAlSRZAJMlYACSJWcAkCZuAI4mdgCNJn8AiyaIAYonkwGIJ54BhierAYQnuwGD&#10;KNEBgCjuAX4p/wF9Kf8BfCj/AXwo/wF8KP8BfCj/AfUkAADjLgAAzzUAAME4AAC0NgAAqzEAAKUs&#10;AACiJgYAniYTAJkoIQCVKi4Akis5AI8sRACNLUwAiy1UAIkuXACHLmMAhi5qAYQucgGCLnoBgS+E&#10;AX8vjwJ9L5oCey+nAnovtwJ4L8wCdjDqAnUw/gJzMP8CczD/AnMv/wJzL/8Ccy//AvAqAADcNQAA&#10;xzsAALo/AACsPAAAojgAAJwzAACYLwAAlS4QAJAwHACMMikAiTM1AIY0PwCENUkAgjVRAIA1WAB+&#10;NV8BfTVmAXs2bgF5NXYCeDWAAnY1iwN0NZcDcjakA3A2tARvNsgEbTbnBGw2/ANrNv8Dazb/Amo2&#10;/wJqNf8CajX/AuowAADTOgAAwkEAALNDAAClQQAAmz4AAJU6AACQNgAAjDUNAIg3GACEOCUAgTox&#10;AH87PAB8O0UAejxNAHg8VQF3PFwBdTxjAXM8agJxPHMCcDx8A247hwNsO5QEajuhBGg7sQVnPMUF&#10;ZTzlBWQ8+gRkPP8DYzv/A2M7/wNjO/8CYzv/AuU1AADNPwAAvUYAAK5HAACfRQAAlUMAAI5AAACJ&#10;PAAAhDwKAIA9FAB9PiIAej8uAHhAOAB1QUIAc0FKAHJBUQFwQVkBbkFgAmxBZwJqQXADaEF5A2dB&#10;hARlQZEFY0GfBWFBrgZgQcIGXkHiBl5B+QVdQf8EXUD/A11A/wNdQP8DXUD/A985AADIQwAAuUoA&#10;AKlLAACbSQAAkEcAAIhEAACDQQAAfkEGAHpCEQB2Qx4AdEUqAHFFNQBvRj8AbUZHAGtGTwFqRlYB&#10;aEZdAmZGZQJkRm0DYkZ2BGBGggReRo4FXEWcBltFrAZZRr8HWEbfBlhG9wVXRf8EV0X/BFdE/wNY&#10;RP8DWET/A9o9AADERwAAtU4AAKROAACWTAAAi0sAAINJAAB9RQAAeEYCAHRHEABwSBsAbkknAGtK&#10;MgBqSzwAaEtEAGZLTAFkS1MBYktaAmBLYgJfS2oDXUt0BFtKfwVZSowFV0qaBlVKqgdUSr0HU0rc&#10;B1JK9gZSSv8FUkn/BFJJ/wNSSP8DU0j/A9RBAADASwAAslEAAKBQAACSTwAAh04AAH5MAAB4SAAA&#10;ckoAAG5LDQBrTRgAaE4kAGZOLwBkTzkAYk9CAGFQSQFfUFEBXVBYAltPYAJZT2gDV09yBFVPfQVT&#10;T4oFUk6YBlBOqAdOTrsHTU7ZB01O9QZNTv8FTU3/BE1N/wROTP8DTkz/A85EAAC8TgAArlQAAJxT&#10;AACOUgAAg1EAAHpQAAByTQAAbE8AAGhQCwBlURUAY1IhAGFTLABfUzYAXVQ/AFtURwBaVE4BWFRW&#10;AVZUXQJUVGYDUlNvA1BTewROU4gFTFOXBktTpwdJU7oHSFPVB0hS8wZIUv8FSFH/BElR/wRJUP8D&#10;SVD/A8pIAAC5UgAAqlcAAJhWAACKVQAAf1QAAHZTAABsUQAAZ1MAAGJUCABfVhIAXVceAFtXKQBZ&#10;WDMAWFg8AFZZRABVWUwBU1lTAVFZWwJPWGQCTVhtA0tYeARJWIYFR1eVBkVXpQZEV7gGQ1jSBkNX&#10;8gZDVv8FQ1X/BERV/wREVP8DRFT/A8ZMAAC1VgAApVoAAJRZAACGWAAAe1gAAHFXAABmVgAAYVgA&#10;AF1ZBABZWhAAV1sbAFVcJgBTXTAAUl05AFFeQQBPXkkATV5RAUxeWAFKXmECSF1rA0ZddgNEXYME&#10;Ql2SBUBdowY/XbYGPl3QBj1c8QU+W/8EPlr/BD5a/wM+Wf8DP1n/A8FQAACxWgAAoV0AAJBcAACC&#10;WwAAdlsAAG1bAABhWwAAW10AAFZeAABSYA0AUGEXAE5iIgBNYiwATGM1AEpjPgBJY0YAR2NOAEZj&#10;VgFEY14BQmNoAkBjcwM+Y4EDPGOQBDpioQQ5YrQFOGPNBThi7wQ4Yf8EOGD/Azhf/wM5Xv8DOV7/&#10;A7xVAACtXwAAnGAAAItfAAB9XwAAcl8AAGhfAABdYAAAVWIAAE9kAABLZgoASWcSAEdoHQBFaCcA&#10;RGkxAENpOQBCakIAQGpKAD9qUgA9alsBPGplATpqcAI4an4CNmmNAzRpnwMzabIDMWnLAzFo7QMx&#10;Z/8DMWb/AzJl/wMyZP8DMmT/A7dbAACpZAAAlmQAAIZjAAB4YwAAbWMAAGRkAABZZQAAUGgAAElr&#10;AABDbQQAQG4OAD5vGAA9byIAPHArADpwNAA5cT0AOHFFADdxTgA2cVcANHFhATJxbQExcXoBL3GK&#10;Ai1xnAIrca8CKnHIAipw6wIqb/8CKm3/Aips/wIrbP8CK2z/ArFhAACkaQAAkGgAAIBnAAB0ZwAA&#10;aWcAAF9oAABVawAAS24AAENxAAA8dAAAN3YKADR3EgAzeBwAMnglADF5LgAweTcAL3k/AC55SAAs&#10;elIAK3pcACp6aAAoenYAJnqHASV6mQEjeqwBInrFASJ56QEid/8BInb/ASJ1/wIidP8CI3T/Aqxo&#10;AACdbgAAim0AAHtsAABvbAAAZWwAAFpuAABQcQAARXUAAD14AAA2fAAALn8CACmBDQAnghQAJoIe&#10;ACWCJwAkgi8AI4M4ACKDQgAhg0sAIIRWAB+EYgAehHEAHISCABuElQAahKkAGITBABiD5gAYgf0A&#10;GYD/ARl//wEZfv8BGX7/AaZwAACVcwAAhHIAAHZxAABrcQAAXnMAAFR2AABJeQAAP30AADeBAAAv&#10;hAAAJ4gAACCLBQAbjQ4AGo0VABmNHgAYjicAF44wABaOOQAVjkMAFI9PABOPWwASj2oAEY97ABCP&#10;jwAPj6QADo+7AA2P4AAOjfoAD4v/ABCK/wAQif8AEIn/AKF6AACOeQAAfncAAHJ3AABkeAAAWHsA&#10;AE1+AABCggAAOYYAAC+KAAAnjgAAIJEAABiVAAASmAUADpoOAA2aFAAMmh0AC5omAAuaMAAKmjsA&#10;CZpGAAiaUwAGm2EABZpyAASahgACmpsAAJqxAAGZzwACmfAAApj/AASX/wAFlv8ABZb/AJmBAACH&#10;fwAAen4AAGt+AABdgQAAUIUAAEWJAAA7jQAAMZIAACiWAAAfmQAAGJ0AABGgAAAMowIABqUKAAGl&#10;EAAApRYAAKYfAACmKAAApjIAAKc9AACnSgAAp1gAAKdoAACnfAAAp5EAAKaoAACmwwAApekAAKX8&#10;AACl/wAApP8AAKT/AJGHAACChgAAcoYAAGOIAABVjAAASZEAAD2WAAAymgAAKJ4AAB+iAAAXpgAA&#10;EKkAAAusAAAErwAAALEGAACxDAAAshEAALIXAACzHwAAsygAALQyAAC1PwAAtU0AALVdAAC1cAAA&#10;tYYAALWdAAC1tgAAtdwAALT3AAC0/wAAtP8AALT/AIuPAAB6jgAAapEAAFuVAABNmgAAQJ8AADWk&#10;AAAqqAAAIKwAABawAAAPtAAACbcAAAG5AAAAvQAAAL4AAAC+BgAAvwwAAMAQAADBFgAAwh0AAMMn&#10;AADFMgAAxkAAAMZRAADHYwAAx3gAAMeRAADHqQAAx8cAAMfsAADH/gAAx/8AAMf/AIOXAABxmgAA&#10;YZ4AAFKjAABFqQAAOK4AACyzAAAgtwAAFroAAA69AAAGwAAAAMMAAADHAAAAyQAAAMoAAADMAAAA&#10;zQMAAM4JAADQDgAA0hMAANQbAADYJQAA2zIAAN1CAADdVAAA3mkAAN6BAADenAAA37UAAN/ZAADf&#10;8wAA3/8AAN//AHefAABopgAAWa0AAEqzAAA7uAAALbsAAB+/AAAUwgAADMYAAAPJAAAAzAAAANAA&#10;AADVAAAA2QAAANoAAADcAAAA3gAAAOAAAADiBQAA5AsAAOcQAADqGAAA7SQAAPAyAADxRAAA8lgA&#10;APNvAAD0igAA9KQAAPS/AAD03wAA9PMAAPT0AGqoAABbrwAATLcAAD29AAAtwQAAH8YAABPKAAAL&#10;zgAAANIAAADXAAAA3AAAAOAAAADlAAAA5wAAAOkAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYHAAD5&#10;DgAA/BYAAP8iAAD/MwAA/0cAAP9dAAD/dgAA/5EAAP+pAAD/vgAA/9gAAP/bAP8AGAD/ABYA/wAV&#10;AP8AGAD/AB4A/wAnAP8ANgD/AEMA/wBPAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD/AJAA&#10;/wCWAP8AnAD/AKMA/wCrAP8AtAD+AL8A/QDPAPsA5wD6APgA+QD/APkA/wD5AP8A9QD/AO4A/wDp&#10;AP8A5wD/AP8AFAD/ABEA/wARAP8AEgD/ABcA/wAjAP8AMQD/AD4A/wBKAP8AVgD/AGAA/wBoAP8A&#10;cAD/AHgA/QB+APwAhQD6AIsA+QCRAPgAmAD3AJ4A9QCmAPQArgDyALkA8QDHAO8A4ADuAPIA7AD/&#10;AOwA/wDsAP8A6wD/AOUA/wDgAP8A3gD/AP8DEAD/AA4A/wANAP8ADQD/ABMA/wAeAP8AKwD/ADgA&#10;/wBFAP4AUAD7AFoA+ABjAPUAawDzAHIA8QB5AO8AfwDuAIYA7ACMAOoAkgDpAJkA5wCgAOYAqQDk&#10;ALMA4QDAAOAA0wDeAOsA3AD7ANsA/wDaAP8A2gD/ANkA/wDUAP8A0gD/AP8HDQD/AAkA/wAGAP8A&#10;CQD/AA8A/wAYAPsAJQD4ADIA9QA/APIASgDtAFQA6gBdAOcAZQDkAGwA4gBzAOAAegDeAIAA3ACG&#10;ANoAjQDXAJQA1ACbANIApADPAK0AzQC5AMsAyQDJAOQAyAD2AMYA/wDFAP8AxgD/AMcA/wDHAP8A&#10;xwD/AP8KBgD/AQAA/wAAAP8ABAD/AAsA9AASAO8AHwDqACwA5QA4AOIAQwDdAE4A2QBXANQAXwDR&#10;AGcAzgBtAMwAdADKAHoAyACAAMYAhwDFAI4AwwCWAMEAngC/AKgAvQCzALoAwgC5ANsAtwDwALUA&#10;/wC2AP8AtQD/ALUA/wC1AP8AtQD/AP8MAAD/BAAA/wAAAP4AAAD2AAMA6AANAOAAFwDZACQA0QAx&#10;AM0APADKAEcAxgBRAMMAWQDAAGAAvgBnALwAbgC6AHQAuQB7ALcAggC1AIkAswCRALIAmgCwAKQA&#10;rgCvAKwAvQCqANAAqADrAKcA+wCmAP8ApgD/AKUA/wClAP8ApQD/AP8NAAD/BwAA9AkAAOoJAADi&#10;BAAA2gAHAM8AEQDIABwAwgApAL4ANQC7AEAAtwBKALQAUwCyAFsAsABiAK4AaACsAG8AqwB1AKkA&#10;fQCoAIQApgCNAKQAlgCjAKAAoQCrAJ8BuQCdA8wAnAToAJoG+QCZB/8AmAj/AJcI/wCXCP8Alwj/&#10;AP8QAAD3EAAA6BQAANwVAADOEQAAxg0AAMIECwC8ABQAtwEhALIDLgCuBToAqwZEAKgITQCmCFUA&#10;pAlcAKIKYwCgCmoAnwtxAJ0LeACcC4AAmgyJAJkMkwCXDJ4AlQ2qAJQNuACSDcwAkA7qAI4Q/ACM&#10;EP8AixD/AIsQ/wCLEP8AihD/APsTAADtGgAA3SAAAMwhAAC/HQAAtxcAALMRAACyCw0Aqw0ZAKcO&#10;JgCjDzMAnxA+AJ0RRwCaEVAAmBJXAJYSXgCVE2UAkxNsAJITcwCQFHwAjxSFAI0VjwCLFZoAihWn&#10;AIgWtQCGFskAhBfnAIIY+wCAGf8Afxn/AH8Z/wB/GP8Afxj/APUaAADkIwAAzykAAMAqAACzJgAA&#10;qiIAAKUcAACkFQgAoBQTAJsWIQCXGC0AlBk4AJEaQgCPG0sAjRxSAIscWQCJHWAAiB1nAIYebwCF&#10;HncAgx+AAIIfiwCAH5cAfiCjAH0gsgB7IMUAeSHkAHci+QB2Iv8AdSL/AHQh/wB0If8AdCH/AO8h&#10;AADbKwAAxzEAALYxAACpLgAAoCoAAJsmAACYIQEAlR4QAJAgGwCNISgAiSMzAIckPQCFJEYAgyVO&#10;AIEmVQB/JlwAfiZjAHwnawB7J3MAeSd8AHgohwB2KJMAdCigAXIorwFxKcEBbyngAW0p9wFsKf8B&#10;ayn/AWsp/wFrKP8Bayj/AegoAADQMgAAwDgAAK43AAChNQAAmDIAAJItAACOKQAAiycMAIcoFwCD&#10;KiMAgCsvAH4sOQB8LEIAei1KAHguUQB3LlgAdS5gAHMvZwByL28AcC95AW8vgwFtL5ABay+dAWkv&#10;rAFoML4BZzDbAWUw9QFkMP8BYzD/AWMv/wFjL/8BYy//AeIuAADKOAAAuj0AAKg8AACaOgAAkTcA&#10;AIozAACGMAAAgy4JAH8vEwB7MB8AeDIrAHYzNQB0Mz4AcjRGAHA0TgBvNVUAbTVcAGw1ZABqNWwB&#10;aDV1AWc1gAFlNYwBYzWaAmE2qQJgNrsCXzbWAl028wJdNv8CXDb/AVw1/wFcNf8BXDT/AdwzAADF&#10;PAAAtEEAAKJAAACVPgAAizwAAIQ5AAB/NgAAezQEAHc1EAB0NxwAcTgnAG85MgBtOTsAazpDAGo6&#10;SwBoO1IAZztZAGU7YQFjO2kBYjtyAWA7fQFeO4oCXDuXAls7pwJZO7gDWDv/4v/iSUNDX1BST0ZJ&#10;TEUABgnSA1c78QJWO/8CVjv/AlY6/wFWOv8BVjn/AdQ3AADAQQAAr0QAAJ1DAACQQgAAhUAAAH4+&#10;AAB5OwAAdDoAAHE6DgBtPBgAaz0kAGk+LwBnPzgAZT9AAGRASABiQE8AYUBXAF9AXgFdQGYBXEBv&#10;AVpAegJYQIcCVkCVAlRApANTQLYDUkDPA1FA7wNQQP8CUD//AlA//wJRPv8BUT7/Ac87AAC9RQAA&#10;qkcAAJlGAACLRQAAgUQAAHlCAAB0PgAAbz8AAGtADABnQRUAZUIhAGNDKwBhQzUAX0Q+AF5ERQBd&#10;RU0AW0VUAFlFXAFYRWQBVkVtAVRFeAJSRYUCUUSTA09EowNNRbQDTEXMA0tF7QNLRP8CS0T/AktD&#10;/wJMQv8CTEL/Aso/AAC5SAAApkoAAJVJAACHSAAAfUcAAHVFAABuQgAAaUMAAGVECQBiRRMAX0Ye&#10;AF1HKABcSDIAWkg7AFlJQwBXSUoAVklSAFRJWQFTSWEBUUlrAU9JdgJNSYICS0mRA0pJoQNISbMD&#10;R0nKA0ZJ7ANGSP8CRkj/AkdH/wJHRv8CR0b/AsZDAAC2TAAAokwAAJFMAACESwAAeUoAAHBJAABp&#10;RgAAZEcAAF9JBgBcShAAWksbAFhMJQBWTC8AVU04AFNNQABSTUgAUU5PAE9OVwBOTl8BTE5pAUpO&#10;cwJITYACRk2PA0VNnwNDTbEDQk3IA0FN6gNBTP8CQUz/AkJL/wJCSv8CQkr/AsJHAACzTwAAnk8A&#10;AI1OAACATgAAdU0AAGxMAABjSgAAXkwAAFpNAgBWTg4AVE8YAFJQIgBRUSwAT1E1AE5SPQBNUkUA&#10;TFJNAEpSVABJUl0BR1JmAUVScQFDUn4CQVKNAj9SnQM+Uq8DPVLGAzxS6QI8Uf4CPFD/Aj1P/wI9&#10;T/8CPU7/Ar5LAACuUwAAmlIAAIlRAAB8UQAAcVAAAGhQAABeTgAAWFEAAFRSAABRUwwATlQUAExV&#10;HwBLVikASVYyAEhWOgBHV0IARldKAERXUgBDV1oAQVdkAUBXbgE+V3sCPFeLAjpXmwI4V60CN1fE&#10;AjdX5wI3Vv0CN1X/AjdU/wI3U/8COFP/ArpPAACpVgAAlVUAAIVUAAB4VAAAbVQAAGRUAABYVAAA&#10;UlYAAE5XAABKWQkAR1oRAEZaGwBEWyUAQ1suAEJcNgBBXD4AP1xGAD5dTwA9XVcAO11hADpdbAE4&#10;XXkBNl2IATRdmQIzXasCMV3CAjFc5QIxW/wCMVr/AjFZ/wIyWf8BMlj/AbZUAACkWQAAkFgAAIBY&#10;AABzVwAAaVcAAGBYAABUWQAATlsAAEhdAABDXwQAQGAOAD5hFwA9YSAAO2IpADpiMgA5YjoAOGNC&#10;ADdjSwA2Y1QANGNdADNjaAAxY3YBL2OFAS5jlgEsY6kBK2O/ASpj4wEqYvsBKmD/AStf/wErX/8B&#10;K17/AbFZAACeXAAAi1wAAHtbAABvWwAAZVsAAFxcAABRXgAASWAAAENiAAA8ZQAAOGcKADVoEgA0&#10;aBsAM2kkADJpLQAxaTUAL2o9AC5qRgAtak8ALGpZACtrZQApa3IAKGuCACZrkwAka6cAI2u9ACJq&#10;4AAjafkBI2f/ASNm/wEjZv8BJGX/AaxgAACYYAAAhWAAAHZfAABqXwAAYWAAAFdgAABNYwAARGYA&#10;AD1oAAA2awAAMG4EACxwDgAqcRUAKXEeAChxJgAnci8AJnI3ACVyQAAkckoAInJUACFzYAAgc20A&#10;HnN9AB1zkAAbc6MAGnO5ABlz3AAacfcAGnD/ABtv/wAbbv8BG23/AaZmAACRZQAAf2QAAHFkAABm&#10;ZAAAXWQAAFJmAABIaQAAP2wAADdvAAAwcwAAKXYAACJ5CAAfexAAHnsXABx7HwAbeygAGnswABl8&#10;OQAYfEMAF3xOABZ8WgAVfGcAFH14ABJ9iwARfZ8AEH21AA991QAQe/UAEXn/ABF4/wASd/8AEnf/&#10;AJ5rAACKagAAemkAAG1pAABiaQAAV2oAAExtAABDcAAAOXQAADF4AAApewAAIn8AABuCAAAUhQkA&#10;EYYQABGGFwAQhx8AEIcoAA6HMQAOhzsADYdGAAyHUwALh2EACodxAAmHhAAHh5gABoauAAWGyQAG&#10;hewAB4T/AAiD/wAJgv8ACYL/AJVxAACDbwAAdG4AAGluAABcbwAAUHIAAEZ1AAA8eQAAMn0AACqB&#10;AAAihQAAG4kAABSMAAAPjwMACpILAAaSEQAEkhgAApIgAAGSKQAAkjMAAJM+AACTSwAAk1kAAJNp&#10;AACTewAAkpAAAJKmAACRvwAAkeUAAJD6AACP/wAAj/8AAI//AI13AAB9dQAAcHQAAGJ1AABVeAAA&#10;SXwAAD+AAAA0hAAAK4kAACKNAAAakQAAE5QAAA6XAAAJmwAAAZ0IAACdDgAAnRMAAJ4aAACeIgAA&#10;nysAAJ81AACgQgAAoFAAAKBfAACgcQAAoIcAAJ+dAACftQAAntoAAJ32AACd/wAAnP8AAJz/AIZ9&#10;AAB4fAAAaXwAAFt/AABOgwAAQYgAADaMAAAskQAAI5YAABqaAAASngAADaEAAAakAAAApwAAAKkD&#10;AACpCgAAqg4AAKsTAACsGQAArSIAAK4rAACvNwAAr0UAAK9UAACvZgAAr3sAAK6UAACuqwAArskA&#10;AK7vAACt/wAArf8AAK3/AIGEAABxhAAAYYcAAFOLAABGkAAAOZYAAC6bAAAjoAAAGqQAABKoAAAM&#10;rAAABK8AAACyAAAAtgAAALcAAAC3AgAAuAgAALkNAAC6EgAAuxgAAL0hAAC+KwAAwDgAAMBIAADA&#10;WgAAwW4AAMGGAADBoAAAwboAAMHjAADA+QAAwP8AAMD/AHmNAABokAAAWZQAAEuaAAA9oAAAMaUA&#10;ACWrAAAarwAAEbMAAAu4AAACuwAAAL4AAADBAAAAxAAAAMUAAADGAAAAxwAAAMgFAADKCwAAzA8A&#10;AM4VAADQHwAA0ysAANU6AADVTAAA1mAAANh3AADYkgAA2KwAANnJAADZ7AAA2fsAANj/AHCZAABg&#10;ngAAUaQAAEOqAAA1sAAAKLYAABy6AAARvgAACcEAAADFAAAAyAAAAMsAAADPAAAA0gAAANMAAADW&#10;AAAA2AAAANsAAADdAAAA3wcAAOINAADlEwAA6B0AAOwqAADtPAAA7VEAAO5nAADvgQAA75wAAPC3&#10;AADw0wAA8OwAAPD0AGemAABYrQAASbQAADq6AAAqvgAAHMIAABDGAAAHygAAAM4AAADSAAAA1gAA&#10;ANwAAADgAAAA4wAAAOQAAADmAAAA6AAAAOsAAADtAAAA7wAAAPICAAD1CgAA+BEAAPwcAAD/LAAA&#10;/z8AAP9VAAD/bgAA/4oAAP+kAAD/ugAA/9EAAP/hAP8AFAD/ABIA/wASAP8AFAD/ABkA/wAlAP8A&#10;MgD/AD8A/wBLAP8AVgD/AGAA/wBoAP8AcAD/AHgA/wB/AP8AhQD/AIsA/wCRAP8AmAD/AJ4A/gCm&#10;AP0ArgD8ALkA+gDIAPkA4gD4APQA9wD/APYA/wD2AP8A7wD/AOcA/wDiAP8A3gD/AP8AEQD/AA4A&#10;/wAOAP8ADwD/ABQA/wAgAP8ALQD/ADoA/wBGAP8AUQD/AFsA/wBjAP4AawD8AHMA+gB5APkAgAD3&#10;AIYA9gCMAPUAkgDzAJkA8gCgAPAAqQDuALMA7QDBAOsA1gDqAO4A6QD+AOcA/wDnAP8A5QD/AN0A&#10;/wDVAP8A0QD/AP8ADQD/AAoA/wAIAP8ACQD/ABAA/wAbAP8AKAD/ADUA/wBAAPoASwD2AFUA8wBe&#10;APEAZgDuAG0A7AB0AOsAegDpAIAA5wCGAOYAjQDkAJMA4gCbAOAAowDeAK0A3AC5ANoAygDXAOYA&#10;1AD4ANIA/wDSAP8A0gD/AM4A/wDJAP8AxgD/AP8ACAD/AAMA/wAAAP8AAwD/AA0A/AAWAPcAIgDz&#10;AC4A7wA6AOwARQDoAE8A5ABYAOEAYADeAGcA2wBtANkAdADVAHoA0wCAANEAhwDPAI4AzQCVAMsA&#10;ngDJAKcAxwCzAMUAwgDDANwAwQDxAL8A/wC/AP8AvgD/AL4A/wC9AP8AuwD/AP8AAAD/AAAA/wAA&#10;AP8AAAD2AAgA7gARAOcAGwDhACcA3QAzANkAPgDTAEkAzwBSAMsAWQDIAGEAxgBnAMQAbQDCAHMA&#10;wAB6AL8AgAC9AIgAuwCQALkAmAC4AKIAtQCtALMAuwCxAM4AsADqAK8A/ACtAP8ArQD/AK4A/wCu&#10;AP8ArgD/AP8CAAD/AAAA/QAAAPIAAADoAAAA3gAMANMAFQDMACEAyAAsAMQAOADBAEIAvQBLALoA&#10;UwC4AFoAtgBhALQAZwCyAG0AsAB0AK8AegCtAIIArACKAKoAkwCoAJ0ApgCoAKQAtQCiAMYAoQDj&#10;AJ8A9gCeAP8AngD/AJ4A/wCeAP8AngD/AP8GAAD7AAAA7gUAAOIEAADVAAAAywAGAMMADwC9ABkA&#10;uAAlALQAMQCxADsArgBFAKwATQCpAFUApwBbAKUAYgCkAGgAogBuAKEAdQCfAHwAngCFAJwAjgCa&#10;AJgAmACkAJYAsACVAMEAkwDcAJIA8gCRAP8AkAD/AJAA/wCPAP8AjwD/AP0KAADwDgAA4REAAM4Q&#10;AADCDQAAuwcAALcACgCxABIArAAeAKgAKQClADQAogA+AJ8ARwCdAE8AmwBWAJkBXACXAWMAlgJp&#10;AJQCcACTA3gAkQOAAJAEigCOBJUAjAWhAIoFrgCJBr4AhwjYAIYJ8ACECv8Agwv/AIML/wCDC/8A&#10;gwv/APYQAADmFwAA0hwAAMAaAACzFgAArBIAAKgNAACmBw0AogUWAJ0HIgCZCS4Algo4AJQLQQCS&#10;DEoAkAxRAI4NWACMDV4Aiw1lAIkNbACIDnQAhg59AIUOhwCDDpMAgQ+fAIAQrQB+EL4AfRDbAHoR&#10;9AB4Ev8AdxL/AHcS/wB3Ev8AdxL/AO8XAADbIQAAxiQAALQjAACoIAAAoBwAAJsXAACZEQQAmA4Q&#10;AJMQGwCPEScAjBIyAIkTPACHE0QAhRRMAIMUUwCBFVoAgBVgAH4WaAB9Fm8AexZ4AHkXgwB4F48A&#10;dhicAHQYqgBzGbsAchnUAG8a8QBuG/8AbRv/AG0a/wBtGv8AbRr/AOcgAADQKQAAvCsAAKsqAACe&#10;KAAAliQAAJAgAACNHAAAjBcMAIgYFgCEGiIAgRstAH4cNwB8HUAAeh1IAHkeTwB3HlUAdh9cAHQf&#10;YwBzH2sAcSB0AHAgfwBuIYsAbCGYAGshpwBpIrgAaCLPAGYi7gBlI/8AZCP/AGQi/wBkIv8AZCH/&#10;AOAmAADILwAAtDEAAKMwAACWLgAAjSsAAIcoAACEJAAAgiAIAH4gEgB7Ih4AeCMpAHUkMwBzJTwA&#10;cSVDAHAmSwBuJlIAbSdZAGsnYABqJ2gAaShxAGcoewBlKIgAZCmVAGIppABgKbUAXynLAF4q7ABc&#10;Kv8AXCn/AFwp/wBcKf8AXCj/ANgsAADDNQAArTUAAJ00AACQMwAAhjEAAIAtAAB8KwAAeSgDAHYn&#10;EAByKRoAcColAG0rLwBrLDgAaixAAGgtRwBnLU4AZS5VAGQuXQBjLmUAYS9uAF8veABeL4QAXC+S&#10;AFovoQFZL7IBWDDIAVYw6QFVMP4BVS//AFUv/wBVLv8AVS7/ANAxAAC9OgAAqDkAAJc4AACKNwAA&#10;gDYAAHoyAAB1MAAAci4AAG4uDQBrLxYAaTAhAGYxKwBkMjQAYzI9AGEzRABgM0sAXzRSAF00WgBc&#10;NGIAWjRrAFk1dQBXNYIAVTWQAVQ1nwFSNbABUTXGAVA15wFPNf0BTzX/AU80/wFPNP8BTzP/Acs2&#10;AAC4PQAAozwAAJI8AACFOwAAezoAAHQ3AABvNQAAbDMAAGg0CgBlNRMAYjYeAGA3KABeNzEAXTg6&#10;AFs4QQBaOUgAWTlQAFc5VwBWOl8AVDpoAFM6cwBROn8BTzqNAU46nQFMOq4BSzrDAUo65QFJOvwB&#10;STn/AUk5/wFJOP8BSjj/Acc6AACzQAAAnj8AAI4/AACBPgAAdz0AAHA7AABqOAAAZjgAAGI5BwBf&#10;OhEAXDsbAFo7JQBZPC4AVz03AFY9PgBUPkYAUz5NAFI+VQBRPl0ATz9mAE0/cABMP30BSj+LAUg/&#10;mwFHP6wBRT/BAUQ/4wFEPvsBRD7/AUQ9/wFEPf8BRTz/AcM+AACvQwAAmkIAAIpCAAB9QQAAc0AA&#10;AGs/AABlPAAAYDwAAFw+BABZPg8AVz8YAFVAIgBTQSsAUkE0AFBCPABPQkMATkJLAE1DUgBLQ1oA&#10;SkNkAEhDbgBHQ3sBRUOJAUNDmQFCQ6sBQEPAAT9D4QE/Q/kBP0L/AT9B/wFAQf8BQED/Ab9BAACq&#10;RQAAlkUAAIZFAAB5RAAAb0QAAGdCAABgPwAAW0EAAFdCAABUQw0AUUQVAE9FHwBORSgATEYxAEtG&#10;OQBKR0EASUdIAEhHUABGR1gARUdhAENIbABCSHgBQEiHAT5IlwE8SKkBO0i+ATpI3wE6R/gBOkb/&#10;ATpF/wE7Rf8BO0T/AbtFAACmSAAAkkcAAIJHAAB2RwAAa0cAAGNGAABbQwAAVkUAAFJHAABOSAoA&#10;TEkSAEpJHABISiUAR0ouAEZLNgBFSz4AQ0tGAEJMTQBBTFYAQExfAD5MagA8THYAO0yFATlMlQE3&#10;TKcBNky8ATVM3QE1S/cBNUv/ATVK/wE2Sf8BNkn/AbhJAACiSwAAjkoAAH5KAABySgAAaEoAAF9J&#10;AABVSAAAUEoAAExLAABJTAcARk0QAEROGQBCTyIAQU8rAEBQMwA/UDsAPlBDADxRSgA7UVMAOlFc&#10;ADhRZwA3UXMANVGCADNRkwEyUaUBMFG6AS9R2gEvUPYBL0//ATBO/wEwTv8BME3/AbRNAACdTQAA&#10;ik0AAHpNAABuTQAAZE0AAFtNAABRTQAAS08AAEZQAABCUgMAP1MNAD1UFQA8VB4AOlUnADlVLwA4&#10;VTcAN1Y/ADZWRwA1VlAAM1ZZADJXZAAwV3EAL1eAAC1XkQArV6MAKle4AClX1gApVvUAKVX/ACpU&#10;/wEqU/8BKlL/Aa9RAACYUQAAhVEAAHZQAABqUAAAYFAAAFhRAABOUgAAR1MAAEFVAAA7WAAAOFkK&#10;ADVaEQA0WhoAM1siADJbKwAxWzMAL1w7AC5cQwAtXEwALFxWACtdYAApXW0AKF18ACZdjgAkXaEA&#10;I121ACJd0gAiXPMAIlv/ACNa/wAjWf8AJFj/AKhVAACSVAAAgFQAAHFUAABmVAAAXFQAAFRVAABK&#10;VgAAQ1gAADxbAAA2XQAAMGAFAC1hDgArYRUAKmIdACliJQAoYi4AJ2M2ACZjPgAlY0cAI2NRACJk&#10;XAAhZGkAH2R5AB5kigAcZJ4AG2SzABlkzgAaY/EAG2H/ABtg/wAcYP8AHF//AKFZAACMWAAAe1gA&#10;AG1YAABiWAAAWVgAAFBZAABHWwAAPl4AADdgAAAxYwAAKmYAACRpCQAhahAAIGoXAB9qIAAeaygA&#10;HWswABxrOQAba0IAGmxMABlsWAAXbGUAFmx0ABRshgATbJoAEmyvABFsygARa+8AEmn/ABNo/wAT&#10;aP8AE2f/AJldAACFXQAAdVwAAGhcAABeXAAAVVwAAEteAABCYQAAOWQAADJnAAAragAAJG0AAB5w&#10;AQAXcwsAFXQRABR0GAATdCEAEnUpABF1MgARdTsAEHVGAA91UgAOdV8ADXVuAAx1gQALdZUACnWq&#10;AAh0wwAJdOcACnP9AAtx/wAMcf8ADHD/AJFiAAB/YQAAcGEAAGRhAABaYQAAT2IAAEVlAAA8aAAA&#10;M2wAACtvAAAkcgAAHXYAABd5AAARfAQADX8MAAt/EgAKfxkACX8iAAh/KgAGfzQABX8/AAR/SwAC&#10;f1gAAX9nAAB/eQAAf44AAH+jAAB+uwAAfeAAAH33AAB8/wAAe/8AAHv/AIlnAAB4ZwAAa2YAAGFm&#10;AABUZwAASWkAAD9tAAA1cQAALHUAACR5AAAdfAAAFoAAABCDAAAMhgIABokKAAGJDwAAiRQAAIob&#10;AACKIwAAiywAAIs3AACLQwAAi1AAAItfAACLcQAAi4YAAIucAACKswAAidMAAIjzAACI/wAAh/8A&#10;AIf/AIJtAABzbAAAaGwAAFptAABObwAAQnMAADh3AAAuewAAJYAAAB2EAAAViAAAEIwAAAuPAAAE&#10;kgAAAJQGAACVDAAAlRAAAJYVAACXHAAAmCQAAJguAACZOQAAmUcAAJlWAACZaAAAmX0AAJmUAACY&#10;qwAAl8gAAJbuAACW/wAAlf8AAJX/AHt0AABvcwAAYXMAAFN2AABGegAAO38AADCEAAAmiAAAHY0A&#10;ABSSAAAOlgAACZkAAAGcAAAAoAAAAKEAAACiBgAAogwAAKQQAAClFAAApRwAAKckAACoLwAAqD0A&#10;AKlMAACpXgAAqXIAAKiJAACoogAAqLwAAKflAACm+wAApv8AAKX/AHd7AABoewAAWX4AAEuCAAA+&#10;hwAAMo0AACeSAAAdlwAAFJwAAA6gAAAHpAAAAKgAAACrAAAArgAAAK8AAACwAAAAsQQAALMKAAC0&#10;DgAAtRMAALYbAAC4JAAAujEAALpAAAC6UgAAu2UAALt9AAC6lwAAurEAALrSAAC68wAAuf8AALn/&#10;AG+DAABfhgAAUYsAAEOQAAA2lwAAKp0AAB+iAAAVpwAADawAAAWwAAAAtAAAALcAAAC7AAAAvgAA&#10;AL8AAADAAAAAwQAAAMMBAADEBwAAxQ0AAMcRAADKGQAAzSQAAM4zAADPRAAA0FgAANBuAADRiAAA&#10;0KQAANDBAADR5gAA0fgAANH/AGePAABXlAAASZoAADuhAAAupwAAIa0AABazAAAOuAAABrwAAADA&#10;AAAAwwAAAMYAAADLAAAAzQAAAM4AAADQAAAA0QAAANQAAADWAAAA2gIAANwJAADfDwAA4xcAAOYk&#10;AADnNgAA6EkAAOlfAADqeAAA65QAAOuvAADrzAAA7OgAAOz2AF+eAABQpAAAQqsAADSyAAAmuQAA&#10;Gb4AAA7CAAAExQAAAMoAAADNAAAA0QAAANgAAADbAAAA3wAAAOAAAADiAAAA5AAAAOYAAADpAAAA&#10;6wAAAO4AAADxBQAA9Q0AAPkWAAD8JQAA/TkAAP5PAAD/ZwAA/4IAAP+dAAD/tQAA/8sAAP/kAP8A&#10;EQD/AA8A/wAPAP8AEQD/ABYA/wAiAP8ALwD/ADsA/wBHAP8AUgD/AFsA/wBkAP8AbAD/AHMA/wB6&#10;AP8AgAD/AIYA/wCMAP4AkwD9AJkA+wChAPoAqQD4ALQA9wDCAPYA2gD1APEA9AD/APMA/wDzAP8A&#10;6QD/AOAA/wDYAP8A0wD/AP8ADgD/AAsA/wAKAP8ACwD/ABEA/wAdAP8AKgD/ADYA/wBBAP8ATAD/&#10;AFYA/gBfAPsAZgD5AG0A9wB0APUAegD0AIAA8gCGAPAAjQDvAJQA7QCbAOwApADqAK4A6QC6AOcA&#10;zQDlAOkA5AD7AOMA/wDiAP8A3gD/ANEA/wDMAP8AyAD/AP8ACQD/AAQA/wABAP8ABAD/AA4A/wAY&#10;AP8AJAD9ADAA+wA7APcARgDzAFAA7wBZAOwAYADqAGcA5wBuAOYAdADkAHoA4gCAAOAAhwDeAI4A&#10;3ACVANoAngDWAKgA1ACzANEAwwDPAN8AzgD0AMwA/wDLAP8AywD/AMUA/wC/AP8AvAD/AP8AAgD/&#10;AAAA/wAAAP8AAAD9AAsA9wATAPEAHgDtACoA6gA1AOcAQADiAEoA3QBSANkAWgDVAGEA0gBnANAA&#10;bQDOAHMAzAB6AMoAgADIAIcAxgCPAMQAmADCAKEAwACtAL4AuwC8ANAAugDtALkA/gC4AP8AuAD/&#10;ALcA/wCzAP8AsAD/AP8AAAD/AAAA/wAAAPkAAADuAAUA5QAOAN4AGADYACMA0gAuAM8AOQDLAEMA&#10;xwBMAMQAVADBAFsAvwBhALwAZwC7AG0AuQBzALcAegC1AIEAtACJALIAkgCwAJsArwCnAKwAtACr&#10;AMYAqQDkAKcA+ACmAP8ApgD/AKUA/wClAP8ApAD/AP8AAAD/AAAA9QAAAOoAAADeAAAA0AAKAMgA&#10;EgDCAB0AvgAoALsAMwC5AD0AtQBGALIATQCwAFUArQBbAKwAYQCqAGcAqABtAKcAcwClAHoApACC&#10;AKIAjACgAJYAnwChAJ0ArgCbAL4AmQDYAJcA8QCWAP8AlgD/AJcA/wCXAP8AlwD/AP8AAAD1AAAA&#10;5wEAANQAAADJAAAAwAAEALgADgCzABYArwAhAKsALACoADYApgA/AKMARwChAE8AnwBVAJ0AWwCb&#10;AGEAmgBnAJgAbgCXAHUAlQB9AJQAhgCSAJEAkACcAI4AqQCMALgAiwDNAIkA6wCIAP0AiAD/AIgA&#10;/wCIAP8AiAD/APkGAADpDAAA1A4AAMMMAAC3CQAAsAIAAKsACQCmABAAogAaAJ4AJQCbADAAmAA5&#10;AJYAQQCUAEkAkgBQAJAAVgCOAFwAjQBiAIsAaQCKAHAAiAB4AIcAgQCFAIwAhACYAIIApQCAALQA&#10;fgDIAH0B5wB8AvkAewP/AHsE/wB7BP8AewT/APEOAADeFQAAxRUAALQUAACpEQAAoQ4AAJ4KAACb&#10;AwwAlwATAJMAHgCQASkAjQIzAIoDPACIBEMAhgVLAIUGUQCDBlcAggdeAIAHZAB/CGwAfQh0AHwI&#10;fgB6CYkAeAmWAHcKowB1CrMAcwvHAHIM5gBwDfsAcA3/AG8N/wBvDf8Abw3/AOgWAADQHgAAuR0A&#10;AKkcAACdGgAAlRYAAJATAACPDgMAjgoOAIkLFwCGDCMAgw0tAIANNgB+Dj4AfA5GAHsOTQB5D1MA&#10;eBBaAHYQYQB1EGgAcxBxAHERewBwEYcAbhGUAGwRogBrErIAaRLHAGgT5wBmE/0AZRT/AGUU/wBl&#10;E/8AZRP/AN8eAADGJAAAsCQAAKAjAACUIQAAix8AAIYbAACDFwAAghIIAH8REgB8Eh0AeRQoAHYU&#10;MQB0FToAchZBAHEWSABvF08AbhdWAGwXXQBrGGQAaRhtAGgZdwBmGYMAZBmQAGManwBhGq8AYBrE&#10;AF4b5ABdHPsAXBz/AFwb/wBcG/8AXBv/ANUlAAC9KgAAqCkAAJgpAACMKAAAgyUAAH0iAAB5HwAA&#10;eBsDAHYZDwByGhgAbxwjAG0dLQBrHTUAaR49AGgeRABmH0sAZR9SAGMgWQBiIGEAYSBpAF8hcwBd&#10;IX8AXCGNAFoinABZIqwAVyLAAFYj4QBVI/kAVCP/AFQi/wBUIv8AVCL/AM0rAAC2LgAAoi4AAJIu&#10;AACFLQAAfCsAAHYoAAByJgAAbyMAAG0hDABqIhUAZyMfAGUkKQBjJDEAYiU5AGAmQQBfJkgAXSZP&#10;AFwnVgBbJ10AWSdmAFgocABWKHwAVCiKAFMpmQBRKaoAUCm+AE8p3gBOKfcATSn/AE0p/wBNKP8A&#10;Tij/AMgwAACwMgAAnDIAAIwyAACAMQAAdjAAAHAtAABrKwAAaCkAAGYoCQBjKBEAYCkcAF4qJQBc&#10;Ky4AWys2AFksPQBYLEQAVy1MAFUtUwBULVsAUy1jAFEubgBQLnoATi6IAEwvlwBLL6gASS+7AEgv&#10;2wBIL/YARy//AEcu/wBHLf8ASC3/AMQ0AACrNQAAlzUAAIc1AAB7NQAAcjQAAGsyAABmLwAAYi4A&#10;AF8tBQBcLhAAWi8YAFgwIgBWMCsAVTEzAFMxOgBSMkIAUTJJAFAyUABOM1gATTNhAEszawBKM3cA&#10;SDSFAEc0lQBFNKYAQzS5AEI01gBCNPQAQjT/AEIz/wBCMv8AQjL/AMA4AACnOAAAkzgAAIM4AAB3&#10;OAAAbTcAAGY2AABhMwAAXTIAAFkyAgBXMw0AVDQVAFI1HwBRNSgATzYwAE42OABMNz8ASzdGAEo3&#10;TgBJOFYARzhfAEY4aQBEOHUAQziDAEE5kwBAOaQAPjm4AD050wA8OfMAPDj/AD03/wA9N/8APTb/&#10;ALs7AACiOwAAjzsAAH87AABzOwAAajoAAGI5AABdNwAAWDYAAFQ3AABROAsATzkTAE05HABLOiUA&#10;SjotAEg7NQBHOzwARjxEAEU8SwBEPFMAQjxcAEE9ZwA/PXMAPj2BADw9kQA6PaMAOT22ADg90QA3&#10;PfIANzz/ADg7/wA4O/8AODr/ALY9AACePgAAiz4AAHw+AABvPgAAZj0AAF49AABYOwAAUzoAAE87&#10;AABMPAgAST0RAEc+GQBGPyIARD8qAEM/MgBCQDoAQUBBAEBASQA+QVEAPUFaADxBZAA6QXAAOEF/&#10;ADdBjwA1QqEANEK0ADJCzgAyQfAAMkD/ADNA/wAzP/8AND7/ALFAAACaQAAAh0AAAHhBAABsQQAA&#10;YkAAAFtAAABUPwAATj8AAEpAAABGQQUAREIOAEJDFgBAQx8AP0QnAD5ELwA8RDcAO0U+ADpFRgA5&#10;RU4AOEZYADZGYgA1Rm4AM0Z8ADFGjQAwRp8ALkazAC1GzAAtRu8ALUX/AC5E/wAuQ/8ALkP/AKxD&#10;AACWQwAAg0MAAHRDAABoQwAAX0MAAFdDAABQQwAASEMAAERFAABBRgEAPkcMADxIEwA6SBwAOUkk&#10;ADhJLAA2STQANUo7ADRKQwAzSkwAMkpVADBLXwAvS2sALUt6ACxLiwAqS50AKEuxACdLygAnS+0A&#10;J0r/AChJ/wAoSP8AKUf/AKdGAACRRgAAf0YAAHBGAABlRgAAW0YAAFRGAABMRwAAREgAAD9KAAA7&#10;SwAAN0wJADVNEAAzThgAMk4gADFPKAAwTzAAL084AC5PQAAsUEgAK1BSACpQXAAoUGgAJ1B3ACVQ&#10;iAAkUJsAIlCvACFQyAAgUOsAIU//ACJO/wAiTf8AI03/AKFJAACMSQAAekkAAGxKAABhSgAAWEoA&#10;AFBKAABJSwAAQEwAADtOAAA1UAAAMVIEAC1TDQAsVBQAKlQcAClVJAAoVSwAJ1UzACZVPAAlVkUA&#10;JFZOACJWWQAhVmUAH1Z0AB5WhQAcVpgAG1asABlWxQAZVukAGlX/ABtU/wAbU/8AHFL/AJtNAACG&#10;TQAAdU0AAGhNAABdTQAAVE0AAE1OAABFTwAAPFEAADZTAAAxVQAAK1gAACZaCQAjWxAAIlsXACFc&#10;HwAgXCcAH1wuAB1cNwAcXUAAG11KABpdVQAYXWEAF11wABVdgQAUXZUAE12qABFdwgARXecAElv+&#10;ABNa/wATWv8AFFn/AJRRAACAUQAAcFEAAGRRAABZUQAAUVEAAElSAABBUwAAOFYAADJZAAArWwAA&#10;JV4AAB9hAwAaYwwAGGQRABdkGQAWZCEAFWQpABRlMQATZToAEmVEABFlUAAQZV0AD2VrAA5lfQAN&#10;ZZEADGWlAApkvAAKZOAAC2P5AAxi/wANYf8ADWH/AI1VAAB6VQAAa1UAAF9VAABWVQAATlUAAERX&#10;AAA8WQAANFwAACxfAAAmYgAAH2UAABloAAATawUAEG0NAA5uEgANbhoADG4iAAxuKwALbjQACm4+&#10;AAhuSgAHblcABm5lAARudgACbooAAG2fAABttgAAbNYAAGzzAAFr/wACav8AA2r/AIVaAAB0WgAA&#10;ZloAAFxZAABTWQAASFoAAD9dAAA2YAAALmMAACZnAAAfagAAGW0AABNxAAAOdAMACncKAAV3EAAB&#10;dxUAAHccAAB3JAAAeC0AAHg3AAB4QwAAeFAAAHheAAB4bwAAeIQAAHiZAAB3sAAAds0AAHXwAAB1&#10;/wAAdP8AAHT/AH5fAABuXwAAYl4AAFleAABNXwAAQmIAADllAAAwaAAAJ2wAAB9wAAAYdAAAEncA&#10;AA17AAAIfgAAAoAIAACBDQAAgREAAIIXAACDHgAAgyYAAIQwAACEOwAAhEgAAIRXAACEaAAAhHwA&#10;AISTAACDqgAAgsUAAIHrAACB/gAAgP8AAID/AHdlAABpZAAAX2MAAFJkAABHZwAAPGsAADFvAAAo&#10;cwAAIHcAABh8AAARfwAADIMAAAaHAAAAigAAAIwDAACMCQAAjQ4AAI4RAACPFwAAkB4AAJEnAACS&#10;MgAAkj8AAJJOAACSXwAAknMAAJKLAACRogAAkbwAAJDlAACP/AAAjv8AAI7/AHFrAABmagAAWGsA&#10;AEttAAA/cQAANHYAACp7AAAggAAAF4UAABCJAAALjQAABJEAAACVAAAAmAAAAJkAAACaAwAAmwgA&#10;AJwNAACeEQAAnxYAAKAeAACiKAAAojUAAKNEAACjVQAAo2kAAKKAAACimgAAobMAAKDYAACg9gAA&#10;n/8AAJ//AG5xAABfcgAAUXUAAER5AAA3fgAALIQAACGKAAAXjwAAEJQAAAqZAAABnQAAAKAAAACk&#10;AAAApwAAAKgAAACpAAAAqgAAAKwGAACtCwAArxAAALAVAACyHgAAtCkAALQ5AAC0SgAAtV0AALVz&#10;AAC1jgAAtagAALTGAACz7QAAsv8AALL/AGZ6AABXfQAASYIAADyHAAAvjgAAI5QAABiaAAAQnwAA&#10;CaQAAACpAAAArQAAALAAAAC0AAAAtwAAALgAAAC5AAAAuwAAALwAAAC+AgAAwAgAAMIOAADEFAAA&#10;xx4AAMgsAADJPQAAylAAAMpmAADKfwAAypsAAMq4AADK3QAAyvUAAMr/AF6GAABPiwAAQZEAADOY&#10;AAAnnwAAG6UAABGrAAAJsAAAALUAAAC5AAAAvQAAAMEAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4A&#10;AADQAAAA0gAAANQFAADZDAAA3RIAAOEeAADiLgAA40IAAORXAADlbwAA5owAAOaoAADlxQAA5ecA&#10;AOb2AFaUAABImwAAOqIAACypAAAfsAAAE7YAAAu8AAAAwQAAAMUAAADJAAAAzQAAANIAAADWAAAA&#10;2gAAANsAAADeAAAA4AAAAOIAAADkAAAA5wAAAOkAAADtAAAA8AoAAPQRAAD4HwAA+TIAAPpIAAD7&#10;XwAA/HoAAP2XAAD9rwAA/ccAAP3kAP8ADgD/AA0A/wAMAP8ADgD/ABMA/wAeAP8AKgD/ADYA/wBC&#10;AP8ATQD/AFcA/wBfAP8AZwD/AG4A/wB0AP8AegD/AIEA/QCHAPwAjQD6AJQA+QCcAPcApQD1AK8A&#10;9AC8APMAzwDxAOwA8AD+AO8A/wDvAP8A4wD/ANcA/wDOAP8AygD/AP8ACgD/AAYA/wAEAP8ACAD/&#10;ABAA/wAZAP8AJQD/ADEA/wA9AP8ARwD+AFEA+wBZAPkAYQD2AGgA9ABuAPMAdADxAHoA7wCBAO4A&#10;hwDsAI4A6gCWAOgAnwDmAKkA4wC1AOIAxgDgAOMA3wD4AN0A/wDdAP8A1AD/AMkA/wDCAP8AvgD/&#10;AP8AAwD/AAAA/wAAAP8AAQD/AA0A/wAUAP0AIAD6ACsA9wA2APMAQQDvAEsA7ABUAOgAWwDmAGIA&#10;4wBoAOEAbgDfAHQA3AB6ANoAgQDYAIgA1ACQANIAmADPAKIAzQCuAMsAvADJANMAxwDwAMYA/wDE&#10;AP8AxAD/ALsA/wC2AP8AswD/AP8AAAD/AAAA/wAAAP8AAAD3AAgA8AAQAOsAGgDnACUA5AAwAOEA&#10;OwDcAEUA1QBNANEAVQDOAFsAywBiAMkAZwDHAG0AxQBzAMMAegDBAIEAvwCJAL0AkgC7AJwAuQCn&#10;ALcAtQC1AMgAswDmALIA+wCxAP8AsAD/AK4A/wCqAP8ApwD/AP8AAAD/AAAA/gAAAPEAAADlAAIA&#10;3AANANMAFADNAB8AygAqAMcANADEAD4AwABHALwATgC6AFUAtwBbALUAYQCzAGcAsgBtALAAcwCu&#10;AHoArACCAKoAiwCoAJUApwCgAKUArQCjAL4AoQDbAKAA9ACfAP8AngD/AJ8A/wCdAP8AmwD/AP8A&#10;AAD8AAAA7gAAAOAAAADQAAAAxQAIAL4AEAC5ABkAtQAjALMALgCwADcArQBAAKoASACoAE8ApQBV&#10;AKMAWwCiAGAAoABmAJ8AbACdAHMAmwB7AJoAhACYAI4AlgCaAJUApwCTALcAkQDMAJAA7ACPAP8A&#10;jgD/AI4A/wCOAP8AjwD/APwAAADvAAAA2wAAAMkAAAC9AAAAtQACAK4ADACpABMApQAdAKIAJwCg&#10;ADEAnQA6AJoAQgCYAEkAlgBPAJQAVQCTAFsAkQBgAJAAZwCOAG0AjQB1AIsAfgCJAIkAiACVAIYA&#10;ogCFALEAgwDEAIEA5ACAAPkAfwD/AIAA/wCAAP8AgAD/APQCAADgCQAAxwgAALcHAACsAwAApgAA&#10;AKAABwCbAA8AmAAXAJUAIQCSACoAjwAzAI0APACLAEMAiQBJAIcAUACGAFUAhABbAIMAYQCBAGgA&#10;gABwAH4AeQB8AIQAewCQAHkAnQB4AKwAdgC+AHUA3QBzAPQAcwD/AHMA/wBzAP8AcwD/AOkNAADP&#10;EAAAuRAAAKkQAACeDgAAlwsAAJMGAACQAAsAjAARAIkAGgCGACQAgwAuAIEANgB/AD4AfQBEAHwA&#10;SwB6AFEAeQBXAHcAXQB2AGQAdABsAHMBdQBxAYAAbwKNAG4CmgBsA6oAawO7AGkE1gBoBvEAaAf/&#10;AGcH/wBnB/8AZwf/AN8UAADDFwAArhcAAJ4WAACTFQAAixIAAIYQAACEDAIAgwYNAIADFAB8BR4A&#10;eQcoAHcIMAB1CDgAcwlAAHIJRgBwCkwAbwpTAG0LWQBsC2EAagtpAGkMcgBnDH4AZgyLAGQNmQBi&#10;DakAYQ27AGAN2ABeDvMAXQ7/AF0O/wBdDv8AXQ7/ANQcAAC5HQAApB4AAJUdAACJHAAAgRoAAHsX&#10;AAB4EwAAeBAGAHcNDwBzDhgAcA4iAG4PKwBsEDMAahA7AGkQQgBnEUkAZhFPAGQRVgBjEl0AYRJm&#10;AGASbwBeEnsAXBOIAFsTlwBZE6cAVxS6AFYU1QBVFfMAVBX/AFQV/wBUFf8AVBT/AMoiAACwIgAA&#10;nSMAAI0jAACBIgAAeSEAAHMeAABvGwAAbhcAAG0TDABqFBQAZxUeAGUWJwBjFi8AYRc3AGAXPgBe&#10;GEUAXRhLAFwZUgBaGVoAWRliAFcabABWGncAVBqFAFIblABRG6QATxu3AE4b0ABNHPEATBz/AEwc&#10;/wBNHP8ATRv/AMMmAACqJwAAlicAAIcoAAB7JwAAciYAAGwkAABoIQAAZh4AAGQbCABiGxEAXxwa&#10;AF0dIwBbHisAWh4zAFgfOgBXH0EAViBIAFQgTwBTIFcAUSFfAFAhaQBOIXQATSGCAEsikQBJIqIA&#10;SCK0AEcizQBGI+8ARSP/AEUi/wBGIv8ARiH/ALwqAACkKwAAkSsAAIIsAAB2KwAAbSoAAGYpAABi&#10;JgAAXyQAAF0iBABbIQ4AWCIWAFYjHwBUJCgAUyQwAFIlNwBQJT4ATyZFAE4mTABMJlQASydcAEkn&#10;ZgBIJ3EARid/AEUojwBDKKAAQSiyAEAoywA/KO0APyj/AD8o/wBAJ/8AQCf/ALctAACfLgAAjC8A&#10;AH0vAABxLwAAaC4AAGEtAABdKwAAWigAAFcnAABUJwwAUigTAFApHABOKSUATSosAEsqNABKKzsA&#10;SStCAEgsSQBGLFEARSxaAEQsZABCLW8AQC19AD8tjQA9LZ4APC2wADotyAA6LesAOi3/ADot/wA6&#10;LP8AOiz/ALIwAACbMQAAiDIAAHkyAABtMgAAZDIAAF0xAABYLwAAVSwAAFEsAABPLQkATC0RAEou&#10;GQBJLyIARy8qAEYwMQBFMDgAQzA/AEIxRwBBMU8AQDFXAD4xYQA9Mm0AOzJ7ADkyiwA4MpwANjKv&#10;ADUyxwA0MukANDL/ADUx/wA1Mf8ANTD/AK0zAACWNAAAhDUAAHU1AABpNQAAYDUAAFk0AABUMwAA&#10;UDAAAEwxAABJMQYARzIPAEUzFgBDMx8AQjQnAEA0LgA/NTYAPjU9AD01RAA8NkwAOjZVADk2XwA3&#10;NmsANjZ4ADQ3iQAyN5oAMTetAC83xQAvN+gALzb+ADA1/wAwNf8AMDT/AKk2AACSNgAAgDcAAHI4&#10;AABmOAAAXTcAAFY3AABQNgAASzQAAEc1AABENgMAQTcNAD84FAA+OBwAPDkkADs5LAA6OTMAOTo6&#10;ADg6QgA2OkoANTpTADQ7XQAyO2gAMDt2AC87hwAtO5kALDusACo7wwApO+YAKjr9ACo6/wArOf8A&#10;LDj/AKQ4AACOOQAAfDoAAG46AABjOgAAWjoAAFM6AABNOgAARjgAAEI6AAA/OwAAPDwLADo8EQA4&#10;PRkANz0hADY+KQA0PjAAMz43ADI/PwAxP0cAMD9QAC4/WgAtQGYAK0B0AClAhAAoQJcAJkCqACVA&#10;wQAkQOUAJD/8ACU+/wAmPf8AJj3/AJ87AACKPAAAeD0AAGo9AABfPQAAVj0AAE89AABJPQAAQj0A&#10;ADw+AAA5PwAANkEIADRBDwAyQhYAMUIeAC9DJQAuQy0ALUM0ACxEPAArREQAKkRNAChEWAAnRWMA&#10;JUVxACNFggAiRZUAIEWoAB9FvwAeROMAH0T7AB9D/wAgQv8AIUH/AJo+AACFPwAAdEAAAGdAAABc&#10;QAAAU0AAAExAAABGQAAAPkEAADhDAAA0RQAAMEYDAC1HDQArSBIAKkgaAClIIgAoSSkAJ0kxACVJ&#10;OQAkSUEAI0pKACJKVQAgSmEAH0pvAB1KfwAbSpIAGkqmABhKvQAXSuAAGEn6ABlI/wAaR/8AGkf/&#10;AJVCAACAQgAAcEMAAGNDAABYQwAAUEMAAElDAABCRAAAO0UAADVHAAAwSQAAK0sAACZNCQAkThAA&#10;Ik4WACFPHQAgTyUAH08sAB5PNQAdTz0AHFBHABpQUQAZUF0AF1BrABZQfAAUUI8AE1CkABFQugAR&#10;UN4AEU/4ABJO/wATTf8AFE3/AI9FAAB7RgAAa0YAAF9HAABVRwAATUcAAEZHAAA/RwAAN0oAADFM&#10;AAArTgAAJlAAACBTAwAcVQwAGlYRABlWGAAXViAAFlYnABVWMAAUVjkAE1dCABJXTQARV1kAEFdo&#10;AA9XeQAOV4wADVegAAtXtgALVtQAC1b0AAxV/wANVP8ADlP/AIhJAAB2SgAAZ0oAAFtKAABRSgAA&#10;SkoAAENKAAA7TAAAM04AACxRAAAmVAAAIVYAABtZAAAVXAcAEV4NABBeEwAQXhoADl4iAA5eKgAN&#10;XjMADF49AAteSAAKXlQACF5iAAdecwAFXoYAA16bAAJesQACXcwAAl3uAANc/wAEW/8ABVv/AIFO&#10;AABwTgAAYk4AAFdOAABOTgAAR04AAD5PAAA2UQAALlQAACdXAAAhWgAAG10AABVgAAAQYwMADGYL&#10;AAhnEAAGZxUABWccAARnJAACZy0AAWc3AABnQgAAZ04AAGdcAABnbQAAZ4AAAGaVAABmrAAAZccA&#10;AGXrAABk/AAAZP8AAGP/AHpSAABqUwAAXVIAAFRSAABLUgAAQlMAADlVAAAwWAAAKFsAACFfAAAa&#10;YgAAFGUAABBoAAAMawEABm4JAABvDgAAbxIAAG8YAABwHwAAcCcAAHEwAABxOwAAcUgAAHFWAABx&#10;ZgAAcXkAAHGPAABwpwAAb8EAAG/nAABu/AAAbf8AAG3/AHNYAABlVwAAWlcAAFFWAABGVwAAPFoA&#10;ADJdAAAqYQAAImQAABpoAAAUbAAADm8AAApyAAAEdgAAAHgFAAB4CwAAeQ4AAHoTAAB7GQAAfCAA&#10;AH0pAAB9MwAAfUAAAH1OAAB9XgAAfXIAAH2IAAB8oQAAfLoAAHviAAB6+gAAef8AAHj/AG1dAABg&#10;XAAAV1wAAEtdAABAXwAANWMAACtnAAAjawAAGm8AABNzAAAOdwAACHsAAAJ+AAAAggAAAIMBAACE&#10;BgAAhQsAAIYPAACIEwAAiRkAAIohAACLKwAAizcAAIxGAACLVgAAi2kAAIuAAACLmQAAirMAAInY&#10;AACI9wAAiP8AAIf/AGhjAABeYgAAUWIAAERlAAA4aQAALm4AACRzAAAaeAAAE30AAA2BAAAGhQAA&#10;AIkAAACNAAAAkAAAAJIAAACSAAAAlAUAAJUKAACXDgAAmBIAAJoYAACbIQAAnC0AAJ08AACdTAAA&#10;nF8AAJx2AACbkQAAm6sAAJrJAACa8AAAmf8AAJj/AGVpAABXaQAASWwAAD1xAAAwdgAAJXwAABuB&#10;AAAShwAADIwAAASRAAAAlQAAAJkAAACdAAAAoAAAAKEAAACiAAAApAAAAKUBAACnBwAAqQwAAKoR&#10;AACtGAAAryIAAK8wAACvQQAAr1QAAK9rAACuhQAArqEAAK6+AACt5gAArPwAAKz/AF5xAABPdAAA&#10;QnkAADV/AAAohQAAHYwAABOSAAAMmAAAA50AAACiAAAApgAAAKoAAACuAAAAsAAAALEAAACzAAAA&#10;tAAAALYAAAC4AAAAugQAALwKAAC+EAAAwRcAAMMkAADDNQAAxEkAAMReAADFdwAAxZMAAMWvAADF&#10;0QAAw/IAAMP/AFZ8AABHggAAOogAACyPAAAglgAAFJ0AAA2jAAADqQAAAK4AAACyAAAAtwAAALsA&#10;AAC/AAAAwgAAAMIAAADFAAAAxgAAAMgAAADKAAAAzQAAAM8AAADSCAAA1Q4AANsYAADdJwAA3joA&#10;AN9QAADgaAAA4IQAAOGhAADhvQAA4eIAAOD0AE6LAABAkgAAMpkAACWhAAAYqAAADq8AAAW1AAAA&#10;ugAAAL8AAADEAAAAyAAAAM4AAADRAAAA1AAAANUAAADYAAAA2gAAAN0AAADfAAAA4gAAAOQAAADn&#10;AAAA6wUAAO8OAAD0GQAA9SsAAPZBAAD3WAAA+HIAAPmQAAD5qwAA+MQAAPjhAP8ACwD/AAgA/wAJ&#10;AP8ADAD/ABIA/wAaAP8AJgD/ADIA/wA+AP8ASAD/AFIA/wBaAP8AYgD/AGkA/wBvAP8AdQD+AHsA&#10;/ACBAPsAiAD5AI8A9wCXAPUAoADzAKoA8gC3AO8AyQDtAOYA7AD7AOsA/wDrAP8A3QD/AM4A/wDG&#10;AP8AwgD/AP8ABAD/AAAA/wAAAP8ABQD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD9AEwA+QBUAPcA&#10;XAD0AGMA8gBpAPAAbwDuAHUA7AB7AOoAggDoAIkA5wCRAOQAmgDiAKQA4ACwAN0AwADaANwA2AD0&#10;ANUA/wDTAP8AywD/AMEA/wC7AP8AtwD/AP8AAAD/AAAA/wAAAP8AAAD/AAoA/QARAPkAGwD2ACcA&#10;9AAyAPAAPADsAEYA6ABOAOQAVgDhAFwA3gBjANwAaADZAG4A1QB0ANIAewDQAIIAzQCKAMsAkwDI&#10;AJ0AxgCoAMQAtwDBAMwAwADrAL4A/wC9AP8AvQD/ALQA/wCuAP8AqwD/AP8AAAD/AAAA/wAAAPoA&#10;AADyAAUA6gAOAOUAFgDgACEA3QArANsANgDTAD8AzgBIAMoATwDHAFYAxABcAMIAYQDAAGcAvgBt&#10;ALwAcwC6AHoAuACCALYAiwC0AJYAsgChALAArwCuAMEArQDgAKsA9wCqAP8AqQD/AKYA/wChAP8A&#10;nwD/AP8AAAD/AAAA9wAAAOgAAADcAAAA0AAKAMoAEQDFABsAwgAlAL8ALwC8ADgAuABBALUASACy&#10;AE8AsABVAK4AWwCsAGEAqgBmAKgAbACnAHMApQB7AKMAhAChAI4AnwCaAJ0ApwCbALgAmgDQAJkA&#10;7wCYAP8AlwD/AJYA/wCUAP8AkgD/AP8AAAD2AAAA5AAAANIAAADFAAAAuwAFALUADgCwABUArAAf&#10;AKoAKQCoADIApQA6AKIAQgCgAEkAngBPAJwAVQCaAFoAmABgAJYAZgCVAGwAkwB0AJIAfQCQAIcA&#10;jgCTAIwAoQCLALAAigDFAIgA5gCHAPsAhgD/AIcA/wCHAP8AhgD/APgAAADlAAAAzQAAAL0AAACz&#10;AAAAqgAAAKMACgCfABEAmwAZAJkAIwCXACwAlQA0AJIAPACQAEMAjgBJAIwATwCKAFQAiQBaAIcA&#10;YACGAGYAhABuAIMAdwCBAIEAfwCNAH4AmwB8AKoAewC8AHoA2wB4APUAeAD/AHgA/wB4AP8AeAD/&#10;AO0AAADRAgAAuwIAAKwBAACiAAAAmwAAAJYABQCRAA0AjQAUAIsAHQCIACYAhgAuAIQANgCCAD0A&#10;gABDAH4ASQB9AE8AfABVAHoAWwB5AGEAdwBpAHUAcQB0AHwAcgCIAHEAlgBvAKUAbgC2AG0AzgBs&#10;AO4AawD/AGsA/wBrAP8AawD/AN8LAADCDAAArgwAAJ4MAACTCwAAjAcAAIgCAACFAAkAgQAQAH8A&#10;FwB8ACAAegAoAHgAMAB2ADgAdAA+AHMARABxAEoAcABQAG4AVgBtAF0AbABkAGoAbQBoAHcAZwCE&#10;AGUAkgBkAKEAYwCyAGEAyQBgAOkAYAD8AGAA/wBgAP8AYAD/ANAQAAC2EQAAohIAAJMSAACIEQAA&#10;gA8AAHwNAAB5CQEAeAMLAHUAEQBzABoAcAAjAG4BKwBsATMAagI5AGkDQABnA0YAZgRMAGUEUgBj&#10;BVkAYgVhAGAFagBfBnQAXQaBAFwHjwBaB58AWQewAFcHxgBWCecAVgr7AFUK/wBVCv8AVgr/AMYV&#10;AACtFwAAmRgAAIoYAAB/FwAAdhYAAHETAABuEAAAbQ0FAG0JDQBqCRQAZwodAGUKJgBjCy4AYgw1&#10;AGAMPABfDEIAXg1IAFwNTwBbDVYAWQ1eAFgOaABWDnMAVQ6AAFMOjwBRDp8AUA6xAE4OyABNEOoA&#10;TRD9AE0Q/wBNEP8ATRD/ALwbAAClHAAAkh0AAIMeAAB3HQAAbxwAAGkaAABmFwAAZBQAAGQQCABi&#10;DxAAXxAYAF0QIQBbESkAWhExAFgSOABXEj4AVhJFAFQSTABTE1MAURNbAFATZQBOFHAATBR9AEsU&#10;jABJFJwARxWuAEYVxQBFFegARRb+AEUW/wBFFf8ARRX/ALUfAACeIQAAiyIAAHwiAABxIgAAaCEA&#10;AGIfAABfHQAAXBoAAFsXAgBaFQ0AVxYUAFUWHQBUFyUAUhgtAFEYNABPGDsAThlCAE0ZSABLGlAA&#10;ShpYAEgaYgBHGm0ARRt6AEMbiQBCG5oAQBusAD8bwgA+HOUAPRz8AD4c/wA+G/8APhv/AK8jAACY&#10;JAAAhiUAAHcmAABsJgAAYyUAAF0kAABZIgAAVh8AAFQdAABTHAsAURwSAE4dGgBNHSIASx4pAEoe&#10;MQBJHzcARx8+AEYgRQBFIE0AQyBVAEIgXwBAIWoAPyF3AD0hhwA7IZgAOSGqADgiwAA3IuMANyL7&#10;ADci/wA4If8AOCH/AKomAACUJwAAgSkAAHMpAABnKQAAXykAAFgoAABUJgAAUSMAAE8iAABMIgcA&#10;SiIQAEgiFwBHIx8ARSQmAEQkLgBCJDQAQSU7AEAlQwA/JUoAPSZTADwmXAA6JmcAOSZ1ADcnhAA1&#10;J5YANCeoADInvgAxJ+EAMSf5ADIm/wAyJv8AMyX/AKUpAACPKgAAfSwAAG8sAABkLQAAWywAAFUr&#10;AABQKgAATCgAAEomAABHJwQARCcNAEIoFABBKBwAPykjAD4pKwA9KTIAPCo5ADsqQAA5KkgAOCtQ&#10;ADYrWgA1K2UAMytyADErggAwLJQALiynACwsvAArLN4ALCz4ACwr/wAtKv8ALSr/AKEsAACLLQAA&#10;eS4AAGsvAABgLwAAWC8AAFEuAABMLgAASCwAAEUrAABBKwAAPywLAD0sEQA7LRkAOi4hADkuKAA3&#10;Li8ANi82ADUvPgA0L0UAMy9OADEwWAAwMGMALjBwACwwgAAqMJIAKTClACcwugAmMNwAJjD3ACcv&#10;/wAoL/8AKC7/AJwuAACHMAAAdjEAAGgyAABdMgAAVTIAAE4xAABIMQAARDAAAEAvAAA8MAAAOjEJ&#10;ADcxEAA2MhYANTIeADMzJQAyMywAMTMzADA0OwAvNEMALTRMACw0VgAqNWEAKTVuACc1fgAlNZAA&#10;IzWjACI1uQAhNdkAITT2ACI0/wAjM/8AIzL/AJgxAACDMwAAcjQAAGU0AABaNQAAUTUAAEs0AABF&#10;NAAAQDQAADozAAA3NAAANDUGADI2DgAwNxMALzcbAC43IgAtOCkAKzgxACo4OAApOUAAKDlJACY5&#10;UwAlOV8AIzlsACE6fAAgOo4AHjqiABw6twAbOdUAHDn1AB04/wAdOP8AHjf/AJM0AAB/NgAAbjcA&#10;AGE3AABXNwAATjcAAEg3AABCNwAAPDcAADU4AAAyOQAALzoCACw7CwAqPBEAKTwYACg9HwAmPSYA&#10;JT0uACQ9NQAjPj0AIj5GACA+UAAfPlwAHT9pABs/eQAaP4wAGD+gABY/tQAVPtIAFj7zABc9/wAY&#10;PP8AGDz/AI43AAB6OAAAajkAAF46AABTOgAASzoAAEU6AAA/OgAAOToAADI8AAAuPgAAKUAAACZB&#10;CAAkQg4AIkIUACFCGwAgQyMAH0MqAB5DMgAcQzoAG0RDABpETQAYRFkAF0RnABVEdwATRIoAEkSe&#10;ABFEswAQRNAAEEPyABFC/wASQv8AE0H/AIk7AAB2PAAAZj0AAFo9AABQPQAASD0AAEI9AAA8PQAA&#10;Nj4AAC9AAAAqQgAAJUQAACFGAwAdSAwAG0kRABlJFwAYSR4AF0kmABZJLgAVSjYAFEpAABNKSgAR&#10;SlYAEEpkAA9KdAAOSocADUqbAAxKsAAKSsoAC0nsAAxI/wANR/8ADUf/AIM+AABxPwAAYkAAAFZA&#10;AABNQAAARUAAAD9AAAA5QQAAMkIAACtFAAAmRwAAIUkAABxLAAAWTgcAE1AOABJQEwARUBkAEFAh&#10;AA9QKQAOUDEADVA7AA1RRgALUVEAClFfAAlRbwAHUIEABVCWAANQqwACUMUAA0/oAANP+wAFTv8A&#10;Bk3/AH1CAABrQwAAXUQAAFJEAABKRAAAQ0MAADxEAAA1RQAALkcAACdKAAAhTAAAHE8AABdRAAAS&#10;VAMADlcKAAtYEAAKWBUACFgcAAdYJAAGWCwABVg2AANYQAABWEwAAFhaAABYaQAAWHwAAFiRAABX&#10;pwAAV8AAAFblAABW+QAAVf8AAFX/AHZHAABmRwAAWUgAAE9HAABHRwAAQEcAADhIAAAwSgAAKU0A&#10;ACJQAAAcUwAAFlUAABFYAAANWwIACV4JAARfDgAAXxIAAF8YAABgHwAAYCcAAGAwAABgOwAAYEcA&#10;AGBUAABgYwAAYHYAAGCLAABfogAAX7sAAF/iAABe+QAAXf8AAF3/AG9LAABhTAAAVUwAAExLAABE&#10;SwAAO0wAADJOAAArUQAAI1QAABxXAAAWWwAAEV4AAA1gAAAIYwAAAmYHAABnDAAAZw8AAGgTAABp&#10;GQAAaiEAAGopAABqNAAAakAAAGpNAABqXQAAam8AAGqFAABqnQAAabYAAGjdAABo9wAAZ/8AAGb/&#10;AGlRAABcUAAAUlAAAEpPAAA/UAAANVMAAC1WAAAkWQAAHV0AABZgAAAQZAAADGcAAAZqAAAAbgAA&#10;AG8DAABwCAAAcQ0AAHIQAAB0FAAAdRsAAHYjAAB3LAAAdzgAAHZGAAB2VgAAdmgAAHZ+AAB2lwAA&#10;dbEAAHTTAABz9QAAc/8AAHL/AGNWAABYVQAAUFQAAERVAAA5WAAAL1sAACZfAAAdYwAAFWcAABBs&#10;AAAKcAAABHMAAAB2AAAAegAAAHwAAAB8AwAAfggAAH8MAACBEAAAghQAAIQbAACFJAAAhi8AAIY9&#10;AACGTQAAhV8AAIV1AACFjwAAhKkAAIPJAACC8QAAgf8AAID/AF9bAABWWgAASVsAAD1eAAAyYQAA&#10;J2YAAB5rAAAVcAAADnUAAAl5AAABfgAAAIEAAACFAAAAiAAAAIoAAACLAAAAjQEAAI4GAACQCwAA&#10;kQ8AAJMUAACVGwAAlyYAAJc0AACXRAAAl1YAAJZsAACVhgAAlaIAAJTBAACT6gAAkv8AAJL/AF1h&#10;AABPYQAAQmQAADZpAAAqbgAAH3QAABV5AAAOfwAAB4QAAACJAAAAjgAAAJIAAACWAAAAmAAAAJoA&#10;AACbAAAAnQAAAJ8AAAChAwAAowgAAKUNAACnEwAAqRwAAKooAACqOQAAqksAAKphAACpegAAqJkA&#10;AKi1AACn3QAAp/gAAKb/AFZoAABIbAAAOnAAAC52AAAifQAAF4QAAA6KAAAHkAAAAJYAAACaAAAA&#10;nwAAAKMAAACnAAAAqgAAAKsAAACtAAAArwAAALEAAACzAAAAtQAAALgFAAC6DAAAvRIAAMAcAADA&#10;LQAAwEAAAL9VAAC/bgAAvosAAL6oAAC+yQAAve8AALz+AE50AABAeQAAMn8AACWHAAAZjgAAEJUA&#10;AAecAAAAogAAAKcAAACsAAAAsAAAALUAAAC5AAAAvAAAAL0AAAC/AAAAwQAAAMMAAADGAAAAyAAA&#10;AMoAAADNAgAA0AsAANUSAADWIQAA1zQAANhJAADZYAAA2nwAANqaAADbtQAA29kAANvyAEaCAAA4&#10;iQAAK5AAAB2YAAASoAAACqcAAACuAAAAtAAAALkAAAC+AAAAwgAAAMgAAADLAAAAzgAAAM8AAADS&#10;AAAA1AAAANYAAADaAAAA3QAAAN8AAADiAAAA5gAAAOoKAADvEwAA8CUAAPI6AADzUQAA9GsAAPSJ&#10;AAD1pQAA9b8AAPXdAP8ABgD/AAMA/wAFAP8ACwD/ABAA/wAXAP8AIgD/AC0A/wA5AP8ARAD/AE0A&#10;/wBVAP8AXQD/AGQA/wBqAP8AcAD9AHYA+wB8APkAgwD3AIoA9QCSAPMAmwDwAKYA7gCzAOsAxADp&#10;AOQA5wD5AOYA/wDlAP8A0wD/AMcA/wC/AP8AuwD/AP8AAAD/AAAA/wAAAP8AAgD/AAsA/wASAP8A&#10;HQD/ACgA/wAzAP8APgD8AEcA+ABPAPQAVwDxAF0A7gBjAOwAaQDqAG8A6AB1AOYAfADkAIMA4gCL&#10;AN8AlQDcAJ8A2QCrANUAuwDSANQAzwDyAM0A/wDMAP8AxQD/ALoA/wC0AP8AsAD/AP8AAAD/AAAA&#10;/wAAAP8AAAD/AAYA+QAPAPUAFwDzACIA8QAtAO0ANwDnAEAA4gBJAN8AUADbAFcA1wBdANQAYwDR&#10;AGgAzwBuAMwAdQDKAHwAyACEAMUAjQDCAJgAwACkAL0AsgC7AMYAuQDoALgA/QC3AP8AtgD/AK0A&#10;/wCnAP8AowD/AP8AAAD/AAAA/wAAAPUAAADrAAEA5AAMAN4AEwDZABwA0wAmANEAMADMADoAyABC&#10;AMQASgDAAFAAvQBWALsAXAC5AGEAtwBnALUAbQCzAHQAsQB8AK8AhQCtAJAAqgCcAKgAqgCmALsA&#10;pQDaAKMA9QCjAP8AogD/AJ4A/wCaAP8AlwD/AP8AAAD+AAAA7wAAAN8AAADQAAAAxwAHAMEADwC8&#10;ABcAuQAgALcAKgC1ADMAsAA7AK0AQwCrAEkAqABPAKYAVQCkAFoAowBgAKEAZgCfAG0AnQB0AJwA&#10;fQCaAIgAmACUAJYAogCUALIAkgDJAJEA6wCRAP8AkAD/AJAA/wCMAP8AigD/APwAAADsAAAA2QAA&#10;AMcAAAC6AAAAsQACAKsADACnABIApAAbAKEAJACgACwAngA1AJsAPACYAEMAlgBJAJQATwCSAFQA&#10;kABaAI8AXwCNAGYAiwBtAIkAdgCIAIAAhgCMAIQAmgCCAKoAgQC+AIAA4ACAAPkAfwD/AH8A/wB/&#10;AP8AfgD/APEAAADYAAAAwgAAALMAAACoAAAAoAAAAJkABwCVAA4AkgAVAJAAHgCOACYAjQAuAIoA&#10;NgCHAD0AhQBDAIQASQCCAE4AgQBUAH8AWQB+AGAAfABnAHoAbwB5AHoAdwCGAHUAlAB0AKMAcgC1&#10;AHIAzwBxAPEAcAD/AHAA/wBwAP8AcQD/AOEAAADEAAAAsAAAAKIAAACXAAAAkQAAAIsAAgCGAAsA&#10;gwARAIEAGAB/ACEAfQApAHwAMAB5ADcAeAA9AHYAQwB0AEkAcwBOAHIAVABwAFoAbwBiAG0AagBr&#10;AHQAagCAAGgAjgBnAJ0AZQCvAGUAxgBkAOgAZAD9AGMA/wBjAP8AZAD/AM8FAAC2BwAAowgAAJQI&#10;AACJBwAAggMAAH4AAAB7AAYAdwAOAHUAEwByABsAcQAjAG8AKwBtADIAbAA4AGoAPgBpAEQAZwBJ&#10;AGYATwBlAFYAYwBdAGIAZQBgAG8AXwB7AF0AiQBcAJkAWwCqAFkAvwBZAOEAWAD4AFgA/wBYAP8A&#10;WQD/AMIMAACqDQAAlw4AAIkOAAB9DgAAdg0AAHEKAABvBgAAbQAKAGsAEABpABYAZwAeAGUAJgBj&#10;AC0AYQAzAGAAOQBfAD8AXQBFAFwASwBbAFIAWgBZAFgAYgBXAGwAVQB4AFMAhgBSAJYAUQCnAFAA&#10;uwBPAdsATgL0AE4D/wBOBP8ATgP/ALgQAAChEgAAjhMAAH8TAAB0EwAAbBIAAGcQAABlDgAAYwsD&#10;AGMGDABhBBEAXgMZAFwEIQBbBSgAWQYvAFgGNQBWBzsAVQdCAFQHSABTCE8AUQhWAFAJXwBOCWkA&#10;TQl2AEsKhABJCpQASAqmAEcKugBGCtgARQvzAEUM/wBFDP8ARQz/ALAUAACZFgAAhxgAAHgZAABt&#10;GAAAZRcAAF8WAABcEwAAWhEAAFoOBgBaDA0AVwwUAFUMHABTDSQAUg0rAFANMQBPDjgATg4+AE0O&#10;RQBLDk0ASg5VAEgPXgBHD2gARQ91AEMQhABBEJUAQBCmAD4QuwA9ENwAPRH2AD0R/wA9EP8APhD/&#10;AKkZAACSGwAAgRwAAHIdAABnHQAAXxwAAFkbAABVGQAAUxYAAFITAABSEQoAUBAQAE4RGABMESAA&#10;ShInAEkSLgBIEzQARxM7AEUTQgBEE0kAQxRSAEEUWwA/FGUAPhVyADwVgQA6FZIAOBWkADcVuQA1&#10;FdgANRb1ADYW/wA2Fv8ANxX/AKMcAACNHgAAeyAAAG0hAABiIQAAWiEAAFQfAABQHgAATRsAAEwZ&#10;AABLFgYASRYOAEcXFQBFFxwARBgkAEIYKgBBGDEAQBk4AD8ZPwA9GUYAPBpPADoaWAA5GmMANxtv&#10;ADUbfgAzG5AAMhuiADAbtwAvG9MALxzzAC8b/wAwG/8AMBv/AJ0fAACIIgAAdyMAAGkkAABeJAAA&#10;ViQAAFAjAABLIgAASCAAAEYdAABFHAIAQxwMAEEcEgA/HRkAPh0hADweJwA7Hi4AOh81ADkfPAA3&#10;H0QANh9MADQgVgAzIGAAMSBtAC8gfAAtIY4ALCGgACohtQApIdAAKSHyACkh/wAqIP8AKyD/AJki&#10;AACEJQAAcyYAAGUnAABbJwAAUycAAEwmAABHJQAARCQAAEIhAAA/IQAAPSEJADshEAA5IhYAOCIe&#10;ADYjJQA1IysANCQyADMkOQAyJEEAMCRKAC8lUwAtJV4AKyVrAColegAoJYwAJiWfACQlswAjJc4A&#10;IyXwACQl/wAlJP8AJST/AJQlAACAJwAAbykAAGIqAABXKgAATyoAAEkpAABEKAAAQCcAAD0mAAA6&#10;JQAANyYGADUmDgA0JxQAMicbADEoIgAwKCkALygwAC0pNwAsKT8AKylHACkpUQAoKlwAJippACQq&#10;eAAjKooAISqdAB8qsgAeKswAHirvAB8p/wAgKf8AISj/AJAoAAB8KgAAbCsAAF8sAABULAAATCwA&#10;AEYsAABBKwAAPCsAADgqAAA1KgAAMisDADArDAAuLBEALSwYACwsHwAqLSYAKS0tACgtNAAnLjwA&#10;Ji5FACQuTwAjLloAIS9nAB8vdgAdL4gAHC+bABovsAAYL8oAGC7tABku/wAbLf8AGy3/AIwrAAB4&#10;LQAAaC4AAFsvAABRLwAASS8AAEMvAAA+LgAAOS4AADQuAAAwLgAALS8AACswCgApMRAAJzEVACYx&#10;HAAlMiMAJDIqACMyMQAhMzkAIDNCAB8zTAAdM1cAGzNkABo0dAAYNIYAFjSaABQzrgATM8gAEzPs&#10;ABQz/wAVMv8AFjH/AIcuAAB0LwAAZTEAAFgxAABOMgAARjIAAEAxAAA7MQAANjEAADExAAArMwAA&#10;KDQAACU1BgAjNg0AITYSACA3GQAfNyAAHjcnAB04LgAbODYAGjg/ABk4SQAXOVUAFTliABQ5cQAS&#10;OYQAETmYABA5rQAOOMcADjjrABA4/wAQN/8AETb/AIMxAABwMgAAYTQAAFU0AABLNAAARDQAAD00&#10;AAA4NAAAMzQAAC01AAAoNwAAJDkAACA6AgAdOwsAGzwQABk9FQAYPRwAFz0jABY9KwAVPjMAFD48&#10;ABI+RgARPlIAED5fAA8+bwAOPoEADD6VAAs+qQAKPsEACj3kAAs9+wAMPP8ADTv/AH00AABrNgAA&#10;XTcAAFE3AABINwAAQTcAADs3AAA1NwAAMDcAACo5AAAlOwAAID0AABw/AAAXQQYAFEMNABJDEgAR&#10;QxgAEUMfABBEJwAPRC8ADkQ5AA1EQwAMRE4AC0RbAAlEagAHRHwABkSQAARDpQACQ70AA0PgAAND&#10;9gAEQv8ABkH/AHg4AABnOQAAWToAAE46AABFOgAAPjoAADg6AAAzOgAALTsAACc9AAAhQAAAHEIA&#10;ABdEAAATRgMAD0kKAA1KDwAMShQAC0obAAlKIwAISisAB0o0AAVKPgAESkkAAkpWAABKZQAASncA&#10;AEqLAABKoQAASbkAAEndAABJ9QAASP8AAEj/AHI8AABiPQAAVT4AAEo+AABCPQAAPD0AADY9AAAv&#10;PgAAKUAAACNCAAAdRQAAF0cAABNKAAAPTAIAC08JAAdQDQADUREAAFEXAABRHgAAUSYAAFEvAABR&#10;OQAAUUQAAFJRAABSYAAAUXIAAFGHAABRnQAAUbUAAFDYAABQ9QAAT/8AAE//AGxAAABdQQAAUUEA&#10;AEdBAABAQAAAOUAAADJBAAAqQwAAJEYAAB5IAAAXSwAAEk4AAA5RAAALUwEABlYHAABXDAAAWBAA&#10;AFgTAABZGQAAWiEAAFopAABaMwAAWj8AAFpMAABaWgAAWmwAAFqBAABZmQAAWbEAAFjRAABY9AAA&#10;V/8AAFf/AGVFAABYRQAATUUAAEVEAAA+RAAANUUAAC1HAAAlSgAAHk0AABhQAAASUwAADlYAAApZ&#10;AAAEXAAAAF4EAABfCQAAYA0AAGEQAABiFQAAYxsAAGQjAABkLQAAZDgAAGRFAABkVAAAZGYAAGR7&#10;AABjkwAAY60AAGLMAABh8gAAYf8AAGD/AF9KAABTSgAASkkAAENIAAA5SQAAL0wAACdPAAAfUgAA&#10;GFUAABJZAAANXQAACGAAAAJjAAAAZgAAAGgBAABpBQAAagoAAGsNAABtEQAAbhYAAHAdAABxJgAA&#10;cTEAAHA+AABwTgAAcF8AAHBzAABvjQAAb6cAAG7GAABt7wAAbP8AAGz/AFpPAABQTgAASE0AAD1O&#10;AAAzUQAAKVQAACBYAAAYXAAAEWAAAAxkAAAGaAAAAGsAAABvAAAAcgAAAHQAAAB1AAAAdwQAAHgJ&#10;AAB6DQAAfBAAAH0WAAB/HgAAgCgAAIA1AACARQAAf1YAAH9rAAB/hAAAfqAAAH2+AAB86QAAe/8A&#10;AHr/AFZUAABOUwAAQlQAADdWAAAsWgAAIl8AABhjAAARaAAAC20AAANyAAAAdgAAAHoAAAB9AAAA&#10;gAAAAIMAAACEAAAAhgAAAIcCAACJBwAAiwwAAI0QAACQFgAAkh8AAJIsAACSOwAAkk0AAJFiAACR&#10;egAAj5cAAI+0AACO4QAAjPsAAIz/AFVZAABIWgAAO10AAC9hAAAkZgAAGWwAABFyAAAKdwAAAn0A&#10;AACCAAAAhgAAAIsAAACOAAAAkQAAAJMAAACVAAAAlwAAAJkAAACbAAAAnQQAAJ8KAACiDwAApBYA&#10;AKYhAACmMQAApkMAAKVXAACkcAAAo44AAKOrAACh0AAAoPUAAJ//AE5hAABAZAAAM2kAACduAAAb&#10;dQAAEXwAAAuDAAAAiQAAAI4AAACTAAAAmAAAAJ0AAAChAAAApAAAAKUAAACnAAAAqQAAAKsAAACt&#10;AAAAsAAAALIAAAC1CAAAuA4AALwWAAC8JQAAvDcAALtMAAC6ZAAAuYEAALeiAAC3wAAAt+oAALf8&#10;AEZrAAA5cAAAK3cAAB9/AAAThgAAC44AAAGVAAAAmwAAAKEAAACmAAAAqwAAALAAAACzAAAAtwAA&#10;ALcAAAC6AAAAvAAAAL8AAADBAAAAxAAAAMcAAADKAAAAzQUAANEOAADUGQAA1CsAANRAAADTWAAA&#10;03QAANOSAADSsAAA0tMAANLyAD55AAAxgAAAI4gAABeRAAANmQAAA6AAAACnAAAArgAAALMAAAC4&#10;AAAAvQAAAMIAAADGAAAAygAAAMoAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADfAAAA4wAAAOcF&#10;AADrDwAA7B8AAO0zAADuSwAA72QAAO+CAADwnwAA8bkAAPHYAP8AAAD/AAAA/wAEAP8ACQD/AA4A&#10;/wAVAP8AHgD/ACkA/wA0AP8APwD/AEgA/wBQAP8AWAD/AF4A/wBlAP0AawD7AHEA+QB3APgAfgD2&#10;AIUA8wCNAPEAlwDuAKIA6wCvAOgAwADmAOAA4wD4AOIA/wDbAP8AywD/AMEA/wC5AP8AtAD/AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAkA/wAQAP8AGQD/ACMA/wAuAP0AOQD5AEIA9QBKAPIAUgDuAFgA6wBe&#10;AOkAZADmAGoA5ABwAOIAdgDfAH0A3QCGANkAjwDVAJoA0QCnAM4AtgDLAM4AyQDwAMcA/wDFAP8A&#10;uwD/ALQA/wCtAP8AqQD/AP8AAAD/AAAA/wAAAP8AAAD7AAIA9gANAPEAEwDtAB4A7AAoAOkAMgDj&#10;ADsA3QBEANgASwDTAFEA0ABYAM0AXQDLAGMAyQBoAMYAbwDEAHYAwgB+AL8AhwC8AJIAugCfALcA&#10;rQC1AMEAsgDkALEA/QCvAP8ArAD/AKUA/wCgAP8AnAD/AP8AAAD/AAAA+wAAAO4AAADkAAAA3AAI&#10;ANMAEADPABgAywAiAMkAKwDGADQAwQA9AL0ARAC6AEsAtwBRALUAVgCyAFwAsABhAK4AZwCsAG4A&#10;qgB2AKgAfwCmAIoAowCWAKEApQCfALYAnQDRAJwA8wCbAP8AnAD/AJYA/wCTAP8AkAD/AP8AAAD2&#10;AAAA5wAAANMAAADGAAAAvQADALgADQCzABMAsQAcAK8AJQCuAC4AqQA2AKYAPQCjAEQAoQBKAJ8A&#10;TwCdAFUAmwBaAJoAYACYAGYAlgBuAJQAdwCSAIEAkACOAI4AnACMAK0AigDDAIkA6ACIAP8AiQD/&#10;AIcA/wCFAP8AggD/APMAAADjAAAAzAAAALwAAACwAAAApwAAAKEACACeAA8AmwAWAJkAHwCYACcA&#10;lgAvAJMANwCRAD0AjgBDAIwASQCLAE4AiQBUAIcAWQCFAGAAhABnAIIAbwCAAHoAfgCGAHwAlAB6&#10;AKQAeQC4AHgA2AB3APcAeAD/AHgA/wB3AP8AdQD/AOYAAADLAAAAtwAAAKgAAACeAAAAlgAAAI8A&#10;BACLAAwAiAASAIcAGQCFACEAhAApAIIAMAB/ADcAfQA9AHwAQwB6AEgAeQBNAHcAUwB2AFkAdABh&#10;AHIAaQBxAHMAbwB/AG0AjQBsAJ0AagCvAGkAyABoAO0AaQD/AGkA/wBpAP8AaQD/ANIAAAC4AAAA&#10;pQAAAJcAAACNAAAAhgAAAIEAAAB8AAgAeQAOAHcAFAB2ABwAdAAjAHMAKwBxADEAbwA3AG4APQBs&#10;AEMAawBIAGoATgBoAFQAZwBbAGUAYwBjAG0AYgB4AGAAhwBfAJYAXQCoAF0AvgBcAOQAXAD7AFwA&#10;/wBcAP8AXAD/AMIAAACqAQAAmAMAAIkEAAB/AgAAeAAAAHQAAABwAAQAbQAMAGsAEQBpABcAaAAe&#10;AGYAJQBlACwAYwAyAGIAOABgAD0AXwBDAF4ASQBcAE8AWwBWAFoAXgBYAGgAVwBzAFUAgQBUAJEA&#10;UgCjAFEAtwBRANYAUQD1AFEA/wBRAP8AUgD/ALYHAACfCQAAjQsAAH4MAABzCwAAbAoAAGgHAABl&#10;AwAAYwAHAGEADQBfABMAXQAaAFwAIQBbACcAWQAtAFgAMwBWADkAVQA/AFQARQBTAEsAUQBSAFAA&#10;WgBPAGQATQBvAEwAfQBKAI0ASQCfAEgAsgBHAMwARwDvAEYA/wBHAP8ARwD/AKwMAACVDgAAgxAA&#10;AHUQAABrEAAAYw8AAF4OAABbDAAAWgkCAFkECgBXAA8AVQAVAFMAHABSACMAUQApAE8ALwBOADUA&#10;TQE7AEwBQQBKAkgASQJPAEgCVwBGA2EARQNtAEMDegBCA4sAQAOcAD8DrwA+A8gAPQTqAD0F/AA9&#10;Bv8APgb/AKQQAACOEgAAfBMAAG4UAABkFAAAXBMAAFYSAABTEQAAUQ4AAFAMBQBQCQwATwcRAE0H&#10;FwBLCB8ASQglAEgJKwBHCTEARgk4AEQKPgBDCkUAQgpNAEALVQA/C18APQtrADwLeQA6DIoAOAyc&#10;ADcMrwA1DMcANQzpADUN/QA1Df8ANgz/AJ0TAACHFQAAdhcAAGkYAABeGAAAVhgAAFAXAABNFQAA&#10;ShMAAEkRAABJDgcASA0OAEYNEwBEDRoAQw4hAEIOKABADi4APw41AD4PPAA9D0MAOxBLADoQVAA4&#10;EF4ANhBrADQQeQAyEIoAMRCcAC8QsAAtEMkALRHsAC0R/wAuEf8ALxD/AJcWAACCGQAAcRsAAGQc&#10;AABZHAAAURwAAEwbAABHGgAARBgAAEMVAABCEwIAQRILAEAREAA+EhcAPBIeADsTJQA6EysAOBMy&#10;ADcTOQA2FEAANBRIADMUUQAxFFwAMBVoAC4VdwAsFYgAKhWaACgVrgAnFccAJhXqACcV/wAoFf8A&#10;KRX/AJEaAAB9HAAAbR4AAGAfAABWHwAATh8AAEgeAABDHQAAQBwAAD4aAAA9GAAAOxcHADkWDgA4&#10;FxQANhcbADUYIgAzGCgAMhgvADEZNgAwGT0ALhlGAC0aTwArGlkAKhpmACgadAAmGoYAJBqZACIa&#10;rQAhGsUAIBroACEa/gAiGv8AIxr/AI0dAAB5HwAAaSEAAFwiAABSIgAASiIAAEQhAAA/IQAAPCAA&#10;ADkeAAA4GwAANRwEADQcDQAyHBIAMB0YAC8dHwAuHSUALR4sACseMwAqHjsAKR9DACcfTQAmH1cA&#10;JB9kACIfcgAgH4QAHx+XAB0fqwAbH8MAGx/nABsf/QAdH/8AHh7/AIkgAAB1IgAAZSMAAFkkAABP&#10;JQAARyUAAEEkAAA8IwAAOCMAADUiAAAzIAAAMCABAC4hCgAsIRAAKyEVACoiHAAoIiMAJyIpACYj&#10;MAAlIzgAIyNBACIkSgAhJFUAHyRhAB0kcAAbJIIAGSSVABckqgAWJMEAFSTlABYk/AAXI/8AGSP/&#10;AIUiAABxJAAAYiYAAFYnAABMJwAARCcAAD4nAAA5JgAANSYAADElAAAuJAAAKyUAACklBwAnJg4A&#10;JSYTACQnGQAjJyAAIicnACEoLgAgKDYAHig+AB0oSAAbKVMAGSlfABgpbgAWKYAAFCmUABIpqAAR&#10;KcAAESjkABEo+wATKP8AFCf/AIAlAABuJwAAXygAAFMpAABJKgAAQikAADspAAA2KQAAMigAAC4o&#10;AAAqKAAAJikAACQqBAAiKwwAICsRAB8sFgAdLB0AHCwkABstKwAaLTMAGC08ABctRQAWLlAAFC5d&#10;ABIubAARLn4AEC6SAA4upwANLb0ADS3fAA0t+QAOLP8AECz/AHwoAABqKgAAWysAAFAsAABGLAAA&#10;PywAADksAAA0KwAALysAACsrAAAmLAAAIi4AAB8vAAAcMAkAGjEOABkxEwAXMRoAFjIhABUyKAAU&#10;MjAAEzI5ABIzQwARM04AEDNbAA4zaQANM3oADDOOAAozogAIMrkACDLZAAgy9AAKMf8ACzH/AHcr&#10;AABmLQAAWC4AAE0vAABDLwAAPC4AADYuAAAxLgAALS4AACkuAAAjMAAAHzIAABszAAAXNQUAFDYM&#10;ABI3EQARNxYAETcdABA4JAAPOCwADjg1AA04PwAMOEoACzhXAAk4ZQAHOHYABTiKAAM4nwABN7UA&#10;ATfTAAI38QADNv8ABTb/AHMuAABiMAAAVDEAAEkxAABBMQAAOTEAADQxAAAvMAAAKzAAACUyAAAg&#10;MwAAGzYAABc4AAATOgIAEDwJAA09DgAMPRMACz0ZAAo9IQAJPSkACD0xAAY+OwAFPkYAAz5SAAE+&#10;YQAAPnIAAD6GAAA9nAAAPbIAAD3QAAA88AAAPP8AADz/AG0yAABdMwAAUDQAAEY0AAA+NAAANzQA&#10;ADIzAAAtMwAAJzQAACI2AAAdOAAAGDoAABQ9AAAQPwIADUEIAAlDDQAGRBEAA0QWAAJEHQAARCQA&#10;AEQtAABENgAAREEAAEROAABEXAAARG0AAESBAABEmAAAQ68AAEPNAABC8AAAQv8AAEL/AGg2AABY&#10;NwAATDgAAEM4AAA7NwAANTYAADA2AAApNwAAIzkAAB47AAAYPQAAE0AAABBCAAANRQEACEcHAANJ&#10;DAAASQ8AAEoTAABLGQAASyAAAEsoAABLMgAASz0AAExJAABMVwAAS2gAAEt9AABLlAAASqwAAErK&#10;AABJ7wAASf8AAEn/AGI6AABUOwAASTsAAEA7AAA5OgAAMzkAACw6AAAlPAAAHz8AABlBAAATRAAA&#10;EEcAAAxJAAAITAAAAk8FAABQCgAAUA0AAFEQAABSFQAAVBsAAFQjAABULAAAVDcAAFREAABUUgAA&#10;VGMAAFR3AABUjwAAU6gAAFLGAABS7QAAUf8AAFH/AFw/AABPPwAART8AAD4+AAA3PQAALz4AACdA&#10;AAAgQwAAGUYAABNJAAAPTAAAC08AAAZSAAAAVAAAAFcCAABYBwAAWQsAAFoOAABbEQAAXRYAAF4d&#10;AABfJgAAXzEAAF49AABeTAAAXl0AAF5xAABdiQAAXaMAAFzBAABb6wAAWv8AAFr/AFZEAABLQwAA&#10;Q0IAADxBAAAyQgAAKUUAACFIAAAaSwAAE04AAA5SAAAKVQAAA1kAAABbAAAAXgAAAGAAAABiAgAA&#10;YwYAAGUKAABmDgAAaBEAAGoXAABrHwAAaykAAGs2AABrRQAAa1YAAGpqAABqggAAaZ0AAGi7AABn&#10;5wAAZv8AAGX/AFFIAABISAAAQUYAADdHAAAsSgAAI00AABtRAAATVQAADlkAAAhdAAABYQAAAGQA&#10;AABnAAAAagAAAGwAAABuAAAAcAAAAHIFAABzCQAAdQ0AAHcRAAB6GAAAeyEAAHsuAAB6PQAAek4A&#10;AHliAAB5eQAAeJYAAHezAAB14AAAdPwAAHP/AE5NAABHTAAAO00AADBPAAAmUwAAHFgAABNcAAAN&#10;YQAABmYAAABqAAAAbwAAAHIAAAB2AAAAeQAAAHwAAAB9AAAAfwAAAIEAAACDAgAAhgcAAIgMAACL&#10;EQAAjhgAAI4kAACOMwAAjUQAAIxYAACLbwAAiowAAImqAACIzwAAhvcAAIX/AE1RAABBUwAANFUA&#10;AClaAAAeXwAAFGUAAA1qAAAFcAAAAHYAAAB7AAAAfwAAAIMAAACHAAAAigAAAI0AAACOAAAAkQAA&#10;AJMAAACVAAAAmAAAAJoFAACdDAAAoBEAAKMaAACjKAAAojoAAKFOAACgZQAAoIEAAJ6gAACdwQAA&#10;m+4AAJr/AEZZAAA5XAAALWEAACFnAAAWbgAADnUAAAV7AAAAgQAAAIcAAACNAAAAkgAAAJYAAACa&#10;AAAAnQAAAJ8AAAChAAAApAAAAKYAAACoAAAAqwAAAK4AAACxAwAAtAsAALgRAAC5HgAAuS8AALhD&#10;AAC3WgAAtXYAALSXAAC0tQAAseIAALD8AD9kAAAxaQAAJW8AABh3AAAPfwAABocAAACOAAAAlAAA&#10;AJoAAACgAAAApQAAAKoAAACuAAAAsQAAALIAAAC1AAAAtwAAALoAAAC8AAAAvwAAAMMAAADGAAAA&#10;yQAAAM4KAADSEwAA0iMAANE3AADQTwAAzmoAAM2KAADKqwAAy8sAAMvvADdxAAApeAAAHYAAABGJ&#10;AAAIkQAAAJoAAAChAAAApwAAAK0AAACzAAAAuQAAAL4AAADCAAAAxQAAAMYAAADJAAAAzAAAAM4A&#10;AADSAAAA1QAAANoAAADeAAAA4QAAAOUAAADqCwAA6xcAAOorAADqQwAA6l4AAOp6AADrmQAA67UA&#10;AOvVAP8AAAD/AAAA/wABAP8ABwD/AA0A/wASAP8AGwD/ACUA/wAvAP8AOgD/AEMA/wBLAP8AUwD/&#10;AFoA/QBgAPsAZgD6AGsA+AByAPYAeAD0AIAA8QCJAO8AkgDsAJ0A6QCqAOYAvADjANwA3wD3AN0A&#10;/wDMAP8AvgD/ALUA/wCwAP8ArQD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFAD/AB8A/wAp&#10;APsAMwD3AD0A8wBFAO8ATQDsAFMA6ABZAOUAXwDjAGUA4ABqAN0AcQDaAHgA1gCAANIAigDPAJUA&#10;zACiAMgAsgDFAMkAwgDtAMAA/wC7AP8AsAD/AKgA/wCkAP8AoQD/AP8AAAD/AAAA/QAAAPoAAAD4&#10;AAAA8AAJAOwAEQDoABkA5wAjAOUALQDeADYA1gA+ANEARgDNAEwAygBSAMgAWADFAF0AwwBjAMAA&#10;aQC+AHAAvAB4ALkAgQC3AI0AtACaALEAqQCuALwArADhAKoA/ACoAP8AoAD/AJkA/wCWAP8AlAD/&#10;AP8AAAD5AAAA8gAAAOcAAADbAAAA0QAEAMoADQDHABQAxAAdAMIAJgC/AC8AuwA3ALcAPwC0AEUA&#10;sQBLAK4AUQCsAFYAqgBcAKgAYQCmAGgAowBwAKEAeQCfAIQAnQCRAJoAoACYALEAlgDMAJUA8QCU&#10;AP8AkQD/AIsA/wCIAP8AhgD/APcAAADsAAAA3gAAAMkAAAC8AAAAtAAAAK8ACgCrABAAqQAXAKgA&#10;IACnACgAogAwAJ8AOACcAD4AmgBEAJgASgCWAE8AlABVAJMAWgCRAGEAjwBoAI0AcQCLAHsAiQCI&#10;AIcAlwCFAKgAgwC+AIEA5ACAAP8AgAD/AHwA/wB7AP8AeQD/AOkAAADXAAAAwQAAALEAAACmAAAA&#10;nQAAAJcABQCUAA0AkgASAJAAGgCPACIAjgAqAIsAMQCJADgAhwA+AIUAQwCDAEgAgQBOAH8AVAB+&#10;AFoAfABhAHoAaQB4AHMAdgB/AHUAjgBzAJ8AcQCzAHAA0ABvAPYAbwD/AG8A/wBtAP8AbAD/ANoA&#10;AAC/AAAArAAAAJ4AAACTAAAAjAAAAIUAAACCAAkAfwAPAH4AFQB9ABwAfAAkAHoAKwB3ADEAdQA3&#10;AHQAPQByAEIAcQBIAG8ATQBuAFMAbABaAGsAYgBpAGwAZwB4AGYAhgBkAJcAYgCqAGEAwgBgAOsA&#10;YQD/AGEA/wBhAP8AYAD/AMUAAACtAAAAmwAAAI0AAACDAAAAfAAAAHcAAAByAAUAcAAMAG4AEQBs&#10;ABcAbAAeAGsAJQBpACwAZwAxAGYANwBkAD0AYwBCAGIASABgAE4AXwBVAF0AXQBcAGYAWgByAFkA&#10;gABXAJAAVgCjAFUAuQBUAN4AVAD7AFQA/wBVAP8AVQD/ALYAAACfAAAAjQAAAH8AAAB1AAAAbgAA&#10;AGkAAABmAAEAYwAJAGEADgBgABMAXwAZAF4AIABdACYAWwAsAFoAMgBYADcAVwA9AFYAQwBVAEkA&#10;UwBQAFIAWABRAGEATwBsAE4AegBMAIoASwCcAEoAsQBJAM4ASQDzAEkA/wBJAP8ASgD/AKoBAACU&#10;BQAAggcAAHQIAABqCAAAYwYAAF4EAABbAAAAWQAFAFcADABWABAAVAAVAFMAGwBSACIAUQAoAFAA&#10;LQBOADMATQA4AEwAPgBLAEUASgBMAEgAVABHAF0ARgBoAEQAdQBDAIUAQQCYAEAAqwBAAMUAPwDq&#10;AD8A/wBAAP8AQAD/AKAIAACKCwAAeQ0AAGwNAABhDQAAWg0AAFULAABSCQAAUAYAAE8CCABOAA0A&#10;TAASAEsAFwBKAB4ASQAjAEcAKQBGAC8ARQA0AEQAOgBCAEEAQQBIAEAAUAA+AFoAPQBkADwAcgA6&#10;AIIAOQCUADgApwA3AL4ANgDjADYA+QA2AP8ANwD/AJgNAACDDgAAchAAAGURAABbEQAAUxAAAE4Q&#10;AABKDgAASA0AAEcKAwBHBwoARQQOAEQCEwBCAhoAQQIgAEADJQA+AysAPQQxADwENwA7BD4AOgVF&#10;ADkFTgA3BVcANgViADQGcAAyBoAAMQaSADAGpQAvBbsALgXdAC4G9QAtB/8ALgf/AJEQAAB9EQAA&#10;bBMAAF8UAABVFAAAThQAAEgTAABEEgAAQRAAAEAOAABADQYAQAoMAD4JEAA8CRYAOwocADkKIgA4&#10;CigANwsuADYLNQA1CzsAMwtDADIMTAAwDFYALwxhAC0MbwArDH8AKgySACgMpQAnDLsAJQzdACUN&#10;9QAmDf8AJw3/AIsSAAB3FAAAZxYAAFsXAABRGAAASRcAAEMXAAA/FQAAPBQAADoSAAA5EQEAOQ8I&#10;ADgODQA3DhIANQ4YADQOHwAyDiUAMQ8sADAPMgAvEDoALRBCACwQSwAqEFUAKBBhACYQbwAkEIAA&#10;IxCTACEQpwAfEL0AHhDgAB4R9wAfEP8AIBD/AIYUAABzFwAAYxkAAFcaAABNGwAARRoAAEAaAAA7&#10;GQAAOBgAADUWAAA0FAAAMxIEADISCwAxEhAALxIVAC0SHAAsEyIAKxMpACoTMAAoEzcAJxQ/ACYU&#10;SAAkFFMAIhRfACAVbQAfFX4AHRWRABsVpQAZFbsAGBXeABgV+AAZFP8AGhT/AIIXAABvGgAAXxwA&#10;AFMdAABKHQAAQh0AADwdAAA3HAAANBsAADEaAAAvGQAALhYAACwXCAArFg4AKRcTACgXGQAnGCAA&#10;JRgmACQYLQAjGDQAIhk9ACAZRgAeGVEAHRldABsaawAZGnwAFxqPABUaowAUGboAEhnbABMZ9gAU&#10;Gf8AFRj/AH0aAABrHQAAXB8AAFAgAABHIAAAPyAAADkfAAA0HwAAMR4AAC0dAAArHAAAKRsAACcb&#10;BQAlGwwAJBwRACIcFgAhHB0AIB0jAB8dKgAeHTIAHB46ABseRAAZHk4AFx5bABYeaQAUH3oAEh6N&#10;ABEeogAQHrgADh7YAA8e9QAQHf8AER3/AHodAABnHwAAWSEAAE0iAABEIgAAPCIAADYiAAAyIQAA&#10;LiEAACogAAAnIAAAJB8AACIgAgAgIAoAHiEPAB0hFAAcIRoAGyIhABkiJwAYIi8AFyI4ABUjQQAU&#10;I0wAEiNYABEjZwAQI3gADiOLAA0jnwAMI7QACyPQAAsi8AAMIv8ADSH/AHYfAABkIgAAViMAAEsk&#10;AABBJAAAOiQAADQkAAAvIwAAKyMAACgjAAAkIwAAICMAAB0kAAAbJQcAGSYNABcmEQAWJhcAFSce&#10;ABQnJQATJywAEic1ABEoPwAQKEoADihWAA0oZAAMKHQACiiHAAkomwAHJ7EABSfMAAYn7AAHJv4A&#10;CCb/AHEiAABgJAAAUyYAAEgnAAA/JwAANyYAADEmAAAtJgAAKSUAACUlAAAiJQAAHScAABkoAAAW&#10;KgQAFCsLABIsEAARLBQAECwbABAsIgAOLCkADi0yAA0tOwALLUYACi1SAAgtYAAGLXAABC2DAAIt&#10;mAAALK4AACzJAAAs6wABK/wAAiv/AG0lAABdJwAATygAAEUpAAA8KQAANSkAAC8oAAArKAAAJycA&#10;ACMnAAAfKAAAGyoAABcsAAATLgIAEDAIAA4xDQANMRIADDEXAAsxHgAKMSYACDIuAAcyNwAFMkIA&#10;AzJOAAEyXAAAMmwAADJ/AAAylQAAMawAADHHAAAw6gAAMPwAADD/AGgpAABYKgAATCsAAEEsAAA5&#10;LAAAMisAAC0rAAApKgAAJSoAACArAAAcLAAAFy4AABMwAAAQMgIADjQHAAo3DAAHNxAABTcUAAM3&#10;GwACNyIAADcqAAA4MwAAOD4AADhKAAA4WAAAOGgAADh8AAA3kgAAN6kAADbFAAA26gAANv0AADX/&#10;AGMsAABULgAASC8AAD4vAAA2LgAAMC4AACstAAAnLQAAIi0AAB0vAAAYMQAAFDMAABA1AAAONwEA&#10;CjoHAAY7CwACPA4AAD0SAAA+FwAAPh4AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD53AAA+jwAA&#10;PacAAD3DAAA86QAAPP0AADv/AF4wAABQMQAARDIAADsyAAA0MQAALjAAACkvAAAkMAAAHjIAABk0&#10;AAAUNgAAEDkAAA07AAAKPQAABUAFAABBCgAAQg0AAEMQAABEFAAARRoAAEYiAABGKwAARjUAAEZB&#10;AABGTwAARl8AAEZzAABFigAARaQAAETAAABD6AAAQ/4AAEL/AFg0AABLNQAAQTUAADk1AAAyNAAA&#10;LTMAACY0AAAgNQAAGjgAABQ6AAAQPQAADUAAAAlCAAAERQAAAEcDAABIBwAASgsAAEsOAABMEQAA&#10;ThUAAE8cAABPJQAATy8AAE88AABPSgAAT1oAAE5tAABOhQAATaAAAEy8AABL5wAAS/4AAEr/AFM5&#10;AABHOQAAPjkAADc4AAAxNwAAKTcAACE5AAAbPAAAFT8AABBCAAAMRQAAB0gAAAJKAAAATQAAAE8A&#10;AABRBAAAUgcAAFQLAABVDgAAVxEAAFkXAABaHwAAWSkAAFk2AABZRAAAWVQAAFhnAABYfwAAV5oA&#10;AFa3AABV4wAAVP0AAFT/AE49AABDPQAAPDwAADU7AAAsPAAAJD4AABxBAAAVRAAAEEgAAAtLAAAF&#10;TgAAAFEAAABUAAAAVwAAAFkAAABbAAAAXQIAAF4GAABgCwAAYg4AAGQSAABnGAAAZyIAAGYuAABm&#10;PAAAZk0AAGVgAABldwAAZJMAAGOxAABh3QAAYPwAAF//AElCAABBQQAAOj8AADBAAAAmQwAAHkYA&#10;ABVKAAAQTgAAClIAAANWAAAAWgAAAF0AAABgAAAAYwAAAGUAAABnAAAAaQAAAGsBAABtBQAAbwoA&#10;AHIOAAB1EgAAdxsAAHYmAAB2NQAAdUYAAHRZAAB0bwAAc4sAAHKpAABwzQAAb/cAAG7/AEZGAABA&#10;RQAANUYAACpIAAAgTAAAF1EAABBWAAAJWgAAAV8AAABjAAAAaAAAAGsAAABvAAAAcgAAAHUAAAB3&#10;AAAAeQAAAHsAAAB9AAAAgAMAAIMIAACGDQAAiRMAAIodAACKKwAAiTwAAIhPAACGZgAAhYEAAISg&#10;AACCwgAAgfAAAH//AEZLAAA6TAAALk8AACNTAAAYWAAAEF4AAAlkAAAAaQAAAG8AAAB0AAAAeAAA&#10;AHwAAACBAAAAhAAAAIcAAACIAAAAiwAAAI4AAACQAAAAkwAAAJYAAACZBwAAnQ0AAKEUAACgIQAA&#10;oDEAAJ5EAACdWwAAnHYAAJmWAACZtQAAluUAAJX+AD9SAAAyVQAAJloAABtgAAARZwAACW0AAAB0&#10;AAAAewAAAIEAAACGAAAAiwAAAJAAAACUAAAAlwAAAJkAAACcAAAAnwAAAKEAAACkAAAApwAAAKoA&#10;AACtAAAAsQYAALUNAAC4FgAAtyYAALY5AAC1UAAAtGoAALKJAACwqgAArs8AAK31ADdcAAArYQAA&#10;HmgAABNwAAALeAAAAIAAAACHAAAAjgAAAJUAAACaAAAAnwAAAKQAAACoAAAArAAAAK0AAACwAAAA&#10;swAAALUAAAC4AAAAuwAAAL8AAADDAAAAxwAAAMsFAADRDgAA0RsAANAuAADPRQAAzV8AAMt+AADJ&#10;ngAAyL4AAMXpAC9pAAAjcAAAFnkAAA2BAAABiwAAAJMAAACbAAAAogAAAKgAAACuAAAAtAAAALgA&#10;AAC9AAAAwAAAAMIAAADFAAAAyAAAAMsAAADOAAAA0QAAANYAAADbAAAA3wAAAOQAAADoBgAA6xEA&#10;AOojAADqOgAA6VQAAOdyAADlkwAA47MAAOPUAP8AAAD/AAAA/wAAAP8ABAD/AAsA/wAQAP8AFwD/&#10;ACEA/wArAP8ANQD/AD4A/wBHAP8ATgD/AFUA/ABbAPoAYQD4AGYA9gBtAPQAcwDyAHsA7wCEAO0A&#10;jgDqAJkA5gCnAOMAuQDfANUA2wD3ANYA/wDAAP8AsgD/AKoA/wClAP8AogD/AP8AAAD/AAAA/gAA&#10;APwAAAD8AAMA/gALAP8AEQD/ABoA/QAkAPkALgD0ADgA8ABAAOwASADpAE4A5gBUAOIAWgDfAF8A&#10;3ABlANgAawDUAHIA0AB7AM0AhQDKAJEAxwCeAMMArgDAAMUAvQDrALsA/wCwAP8ApAD/AJwA/wCY&#10;AP8AlQD/AP8AAAD6AAAA9AAAAPEAAADyAAAA6gAFAOcADgDiABUA4QAeAOEAKADYADEA0AA5AMsA&#10;QADIAEcAxQBNAMIAUwC/AFgAvQBeALsAZAC5AGsAtgBzALQAfACxAIgArgCVAKsApACoALgApgDc&#10;AKMA+wCfAP8AlQD/AI8A/wCLAP8AiQD/APkAAADvAAAA5wAAAN8AAADPAAAAyAAAAMEACgC/ABEA&#10;vAAYALsAIQC5ACoAtAAyALEAOgCuAEAAqwBGAKgATACmAFEAowBWAKEAXACfAGMAnQBqAJsAcwCZ&#10;AH4AlgCMAJQAmwCSAK0AkADHAI4A8ACNAP8AhgD/AIAA/wB9AP8AfAD/AO0AAADgAAAA0QAAAL8A&#10;AACzAAAAqgAAAKYABQCiAA0AoQATAKAAGwCfACMAmwArAJgAMgCVADkAkwA/AJEARACPAEoAjgBP&#10;AIwAVQCKAFsAiABjAIYAawCEAHYAggCCAIAAkgB+AKMAfAC6AHoA4QB5AP8AdwD/AHIA/wBwAP8A&#10;bwD/AN0AAADLAAAAtgAAAKcAAACdAAAAlAAAAI4AAQCLAAoAiQAQAIgAFQCHAB0AhwAlAIQALACC&#10;ADIAfwA4AH0APQB7AEMAeQBIAHgATgB2AFQAdQBbAHMAYwBxAG4AbwB6AG0AiQBsAJoAagCuAGkA&#10;zABoAPYAZwD/AGUA/wBkAP8AYwD/AMoAAAC0AAAAoQAAAJMAAACJAAAAggAAAHsAAAB4AAUAdgAM&#10;AHUAEQB0ABgAcwAfAHIAJQBwACwAbgAyAGwANwBqADwAaQBCAGgASABmAE4AZQBVAGMAXQBiAGYA&#10;YAByAF4AgABdAJIAWwClAFoAvgBZAOkAWQD/AFkA/wBYAP8AWAD/ALkAAACiAAAAkAAAAIMAAAB5&#10;AAAAcQAAAG0AAABpAAEAZgAJAGUADgBkABMAYwAZAGMAIABhACYAYAAsAF4AMQBcADcAWwA8AFoA&#10;QgBYAEgAVwBPAFYAVwBUAGAAUwBsAFEAeQBQAIoATwCeAE4AtABNANoATQD7AE0A/wBNAP8ATQD/&#10;AKoAAACUAAAAggAAAHUAAABrAAAAZAAAAGAAAABdAAAAWgAFAFgADABXABAAVgAVAFYAGwBVACEA&#10;UwAnAFIALABRADEATwA3AE4APQBNAEMATABKAEoAUgBJAFsASABmAEYAcwBFAIQARACXAEMArABC&#10;AMkAQgDxAEIA/wBDAP8AQwD/AJ4AAACJAAAAeAMAAGoEAABhBAAAWgMAAFUBAABSAAAAUAACAE4A&#10;CQBNAA0ATAARAEsAFwBKABwASQAiAEgAJwBHAC0ARQAyAEQAOABDAD4AQgBFAEEATQA/AFYAPgBh&#10;AD0AbgA7AH4AOgCRADkApgA4AL8AOADoADgA/wA5AP8AOQD/AJUDAACABwAAbwkAAGIKAABYCwAA&#10;UQoAAEwIAABJBgAARwMAAEYABgBEAAsAQwAPAEIAEwBBABgAQQAeAD8AIwA+ACkAPQAuADsANAA6&#10;ADoAOQBBADgASQA3AFIANgBdADQAagAzAHoAMgCMADEAoQAwALgALwDeAC8A+QAvAP8AMAD/AIwJ&#10;AAB4DAAAaA0AAFwOAABSDgAASw4AAEUNAABBDAAAPwoAAD4IAgA9BAgAPAENADsAEAA6ABUAOQAa&#10;ADgAIAA2ACUANQArADQAMAAzADcAMgA+ADEARgAvAFAALgBaAC0AZwArAHcAKgCJACkAnQAoALMA&#10;JwDRACcA8gAnAP8AJwD/AIYMAAByDgAAYxAAAFYRAABNEQAARREAAEAQAAA8DwAAOQ4AADcNAAA2&#10;CwQANggKADUGDgA0BRIAMgQXADEFHAAwBSIALwUoAC4GLgAtBjQAKwY8ACoGRAApB04AJwdZACYH&#10;ZQAkB3UAIweHACIHmwAgBrAAIAbLAB8F7QAfBv4AHwf/AIAOAABtEQAAXhIAAFITAABIEwAAQRMA&#10;ADsTAAA3EgAANBEAADIQAAAwDwEAMA0GADALCwAvChAALQoUACwLGQAqCx8AKQslACgMKwAnDDIA&#10;Jgw6ACQMQwAjDE0AIQ1YACANZQAeDXUAHA2IABoNnAAZDbEAGAzKABcM6wAXDfwAGAz/AHsRAABp&#10;EwAAWhUAAE4WAABFFgAAPRYAADgVAAAzFQAAMBQAAC0TAAArEgAAKhADACoPCAApDg0AKA4RACYO&#10;FgAlDx0AJA8jACMPKQAhEDEAIBA5AB4QQgAdEEwAGxBYABkQZgAXEHYAFRCJABQQngASELMAERDO&#10;ABEQ7gASEP4AEhD/AHcTAABlFQAAVxcAAEsYAABCGQAAOhkAADQYAAAwFwAALBcAACkWAAAnFQAA&#10;JhQBACUSBAAjEgsAIhIPACESFAAgEhoAHhMgAB0TJwAcEy4AGhM2ABkUQAAXFEoAFhRWABQUZAAS&#10;FHQAERSHABAUnAAOFLEADRTKAA0U6wAOE/4ADhP/AHMVAABhGAAAUxoAAEgbAAA/GwAANxsAADIa&#10;AAAtGgAAKRkAACYYAAAkGAAAIhcAACAWAQAeFggAHRYNABsXEgAaFxcAGRcdABgYJAAWGCsAFRg0&#10;ABQYPQASGUgAERlUABAZYgAOGXIADRmEAAwZmAAKGa0ACRjGAAkY5wAJGPoAChf/AG8YAABeGgAA&#10;UBwAAEUdAAA8HQAANR0AAC8dAAAqHAAAJhsAACMbAAAhGgAAHhoAABwaAAAaGwUAGBsMABYcEAAV&#10;HBUAFBwbABMcIgASHSkAER0xABAdOwAOHUUADR5RAAweXgAKHm0ACR6AAAcelAAFHaoAAx3CAAMd&#10;5gAEHPgABRz/AGsaAABbHQAATR4AAEIfAAA6HwAAMh8AAC0fAAAoHgAAJB4AACEdAAAeHQAAHB0A&#10;ABgeAAAVHwIAEyAJABIhDgAQIRIAECEYAA4hHwAOIiYADSIuAAwiNwAKIkEACSJNAAciWgAFImkA&#10;AyJ8AAEikQAAIqgAACHAAAAh5QAAIPgAACD/AGcdAABXHwAASiEAAEAhAAA3IgAAMCEAACohAAAm&#10;IAAAIiAAAB8fAAAcHwAAGSAAABYhAAASIwIAECQHAA4mDAAMJhAACyYVAAomHAAJJiIACCYqAAYn&#10;MwAEJz0AAydJAAEnVgAAJ2YAACd5AAAnjwAAJqYAACa/AAAl5AAAJfkAACT/AGMgAABUIgAARyMA&#10;AD0kAAA0JAAALiMAACgjAAAkIgAAISIAAB4hAAAaIgAAFyMAABMkAAAQJgIADigHAAsqCwAIKw4A&#10;BisTAAQrGAACKx8AASwnAAAsMAAALDoAACxFAAAsUwAALGMAACx2AAAsjAAAK6QAACu+AAAq5AAA&#10;KvoAACn/AF8jAABQJQAARCYAADomAAAyJgAAKyYAACYlAAAjJAAAHyQAABskAAAXJQAAFCcAABEp&#10;AAAOKwIACy0GAAcvCwAEMA4AADARAAAxFQAAMRwAADEjAAAyLAAAMjYAADJCAAAyTwAAMl8AADJy&#10;AAAxiQAAMaIAADC8AAAw5AAAL/sAAC//AFonAABMKAAAQCkAADcpAAAvKQAAKSgAACUnAAAhJgAA&#10;HCcAABgoAAAUKgAAESwAAA4uAAALMAEABzIFAAM0CQAANQwAADYPAAA3EgAAOBgAADggAAA4KAAA&#10;ODIAADk9AAA5SwAAOVsAADhuAAA4hQAAN58AADe6AAA25AAANfwAADX/AFUqAABILAAAPSwAADQs&#10;AAAtKwAAKCoAACQpAAAeKgAAGSsAABQtAAARLwAADTEAAAo0AAAHNgAAAjgEAAA6BwAAOwoAAD0N&#10;AAA+EAAAQBQAAEAbAABAJAAAQC4AAEA5AABARwAAQFYAAEBpAABAgAAAP5sAAD63AAA94wAAPPwA&#10;ADz/AFAvAABDLwAAOS8AADIvAAAsLQAAJywAACAtAAAaLwAAFTEAABEzAAANNgAACTgAAAU7AAAA&#10;PQAAAEABAABBBAAAQwcAAEULAABGDgAASBEAAEoWAABKHgAASigAAEo0AABJQgAASVEAAElkAABI&#10;ewAASJcAAEe0AABG4AAARfwAAET/AEozAAA/MwAANjMAADAxAAAqMAAAIzEAABwzAAAWNQAAETgA&#10;AA07AAAIPgAAA0EAAABDAAAARgAAAEgAAABKAAAATAQAAE4HAABPCwAAUQ4AAFQSAABVGQAAVSIA&#10;AFQuAABUPAAAVEsAAFNeAABTdAAAUpAAAFGuAABQ1wAAT/sAAE7/AEU3AAA8NwAANTYAAC80AAAm&#10;NQAAHjcAABc6AAARPQAADEEAAAdEAAAASAAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFgCAABb&#10;BgAAXQsAAF8OAABiEwAAYhsAAGInAABiNAAAYUUAAGBXAABgbQAAX4kAAF2nAABczAAAWvgAAFn/&#10;AEE8AAA6OwAANDkAACo6AAAhPAAAGEAAABFDAAAMRwAABksAAABPAAAAUwAAAFYAAABZAAAAXAAA&#10;AF8AAABhAAAAYwAAAGUAAABnAQAAagUAAG0KAABwDgAAcxUAAHIgAAByLQAAcT0AAHBPAABvZQAA&#10;boAAAG2fAABrwQAAafEAAGj/AD9AAAA5PgAALj8AACRCAAAaRgAAEkoAAAxPAAAEVAAAAFgAAABd&#10;AAAAYQAAAGUAAABoAAAAawAAAG4AAABxAAAAcwAAAHUAAAB4AAAAewAAAH4DAACBCgAAhQ8AAIcX&#10;AACGJAAAhTQAAIRGAACCXQAAgXYAAH+WAAB+tgAAfOcAAHr/AD9EAAAzRQAAKEgAAB1MAAATUgAA&#10;DFcAAANdAAAAYwAAAGgAAABtAAAAcQAAAHYAAAB6AAAAfgAAAIEAAACDAAAAhgAAAIkAAACLAAAA&#10;jgAAAJIAAACVAQAAmQkAAJ4QAACeGgAAnSkAAJw8AACaUgAAmGwAAJaLAACUqgAAktQAAJD6ADhL&#10;AAAsTgAAIFMAABVZAAANYAAAA2cAAABuAAAAdAAAAHoAAACAAAAAhAAAAIoAAACOAAAAkgAAAJUA&#10;AACXAAAAmgAAAJ0AAACgAAAAowAAAKcAAACrAAAArwAAALQJAAC4EAAAtx4AALUwAACzRgAAsWAA&#10;AK9+AACsoAAAq8EAAKnuADFVAAAkWwAAGGEAAA5pAAAFcQAAAHkAAACBAAAAiAAAAI8AAACUAAAA&#10;mgAAAJ8AAACkAAAAqAAAAKkAAACsAAAArwAAALMAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMsAAADR&#10;CgAA0xQAANElAADQOwAAzVQAAMpxAADIkgAAxbMAAMPeACliAAAcaQAAEXEAAAd7AAAAhAAAAI0A&#10;AACVAAAAnQAAAKMAAACpAAAArwAAALQAAAC5AAAAvAAAAL4AAADCAAAAxQAAAMgAAADMAAAA0AAA&#10;ANQAAADaAAAA3wAAAOQAAADqAAAA7gwAAO0aAADsLwAA6kkAAOhlAADmhgAA5KUAAOLGAP8AAAD/&#10;AAAA/wAAAPwAAQD8AAgA/gAOAP8AFAD/AB0A/wAmAP8AMAD/ADoA/wBCAP8ASQD+AFAA+wBWAPkA&#10;XAD2AGIA9ABoAPIAbwDwAHYA7QB/AOoAiQDnAJUA5ACjAOAAtQDbANAA1QD2AMoA/wC2AP8AqAD/&#10;AJ8A/wCaAP8AlgD/AP8AAAD7AAAA9gAAAPMAAADzAAAA9gAJAPoADgD9ABYA+wAgAPcAKgDyADMA&#10;7QA7AOkAQwDmAEkA4gBPAN4AVQDbAFsA1gBgANIAZwDPAG4AzAB2AMkAgADGAIwAwgCaAL8AqgC7&#10;AMEAuADpALYA/wCnAP8AmgD/AJIA/wCNAP8AigD/APoAAADxAAAA6gAAAOcAAADnAAAA5AABAOAA&#10;CwDbABEA2gAaANsAIwDRACwAygA0AMYAOwDCAEIAvwBIALwATgC6AFMAuABZALYAXwCzAGYAsQBu&#10;AK4AdwCsAIMAqQCRAKYAoQCjALUAoADYAJ4A+wCVAP8AiwD/AIUA/wCAAP8AfgD/AO8AAADjAAAA&#10;2gAAANMAAADGAAAAvwAAALkABgC3AA4AtAAUALQAHQCzACUArgAtAKsANACnADsApABBAKEARgCf&#10;AEwAnQBRAJsAVwCZAF4AlwBlAJUAbgCTAHkAkACHAI4AlwCMAKkAiQDEAIgA7wCFAP8AfAD/AHYA&#10;/wBzAP8AcgD/AOAAAADQAAAAxgAAALYAAACpAAAAoQAAAJ0AAQCZAAoAmAAQAJgAFgCXAB4AlAAm&#10;AJEALQCPADQAjAA6AIoAPwCIAEUAhwBKAIUAUACDAFYAgQBeAIAAZgB+AHEAfAB9AHkAjQB3AKAA&#10;dQC2AHMA3wByAP8AbgD/AGkA/wBnAP8AZQD/AMwAAAC+AAAAqwAAAJ0AAACTAAAAigAAAIUAAACC&#10;AAUAgAANAH8AEQB/ABgAgAAgAH0AJgB6AC0AdwAzAHUAOAB0AD4AcgBDAHAASQBvAE8AbQBWAGwA&#10;XgBqAGgAaAB1AGcAhABlAJYAZACrAGIAyQBhAPYAYAD/AFwA/wBbAP8AWgD/AL0AAACpAAAAlwAA&#10;AIkAAAB+AAAAeAAAAHMAAABvAAEAbQAJAGwADgBrABMAawAZAGoAIABoACYAZgAsAGUAMgBjADcA&#10;YgA8AGAAQgBfAEgAXQBPAFwAVwBaAGEAWQBtAFcAewBWAI4AVQCiAFMAuwBSAOkAUgD/AFAA/wBP&#10;AP8ATwD/AK0AAACYAAAAhgAAAHgAAABuAAAAZwAAAGMAAABgAAAAXQAFAFwACwBbABAAWwAVAFsA&#10;GwBaACEAWAAmAFYALABUADEAUwA2AFIAPABRAEIATwBJAE4AUQBNAFsASwBmAEoAdABJAIUASACZ&#10;AEcAsQBGANgARgD8AEUA/wBFAP8ARQD/AJ8AAACJAAAAeAAAAGwAAABiAAAAWwAAAFYAAABTAAAA&#10;UQACAE8ACABPAA0ATgARAE4AFgBNABwATAAhAEoAJgBJACwASAAxAEcANwBFAD0ARABEAEMATABC&#10;AFUAQABgAD8AbgA+AH4APQCSADwAqQA7AMcAOwDzADsA/wA7AP8APAD/AJMAAAB+AAAAbgAAAGEA&#10;AABYAAAAUQAAAEwAAABJAAAARwAAAEUABQBEAAsAQwAOAEMAEgBDABcAQgAdAEAAIgA/ACcAPgAs&#10;AD0AMgA7ADgAOgA/ADkARwA4AFAANwBbADUAaAA0AHgAMwCMADIAogAxALwAMQDnADEA/wAyAP8A&#10;MwD/AIkAAAB2AwAAZgUAAFkHAABQBwAASQYAAEMFAABAAwAAPgEAADwAAwA7AAgAOgANADoAEAA5&#10;ABQAOQAZADcAHgA2ACMANQAoADQALgAzADQAMgA7ADAAQwAvAEwALgBXAC0AZAAsAHMAKwCHACoA&#10;nAApALUAKQDcACkA+wApAP8AKgD/AIEEAABuCAAAXwoAAFMLAABKCwAAQgsAAD0KAAA5CQAANggA&#10;ADUFAAA0AgYAMwAKADIADgAxABEAMQAVADAAGgAvAB8ALgAkACwAKgArADAAKgA3ACkAPwAoAEkA&#10;JwBUACYAYAAkAG8AIwCCACIAlwAhAK4AIQDMACEA8wAhAP8AIgD/AHsJAABoDAAAWg0AAE4OAABF&#10;DgAAPQ4AADgNAAAzDQAAMAwAAC4LAAAtCQMALQYIACwEDAArAg8AKgESACkBFwAoARwAJwAhACYA&#10;JwAlAC0AJAA0ACMBPQAiAUYAIQFRAB8BXQAeAWwAHAF/ABsAlAAaAKoAGgDFABoA6wAZAP8AGgD/&#10;AHUMAABkDgAAVQ8AAEoQAABAEAAAORAAADMQAAAvDwAALA4AACkOAAAnDQEAJwwFACcKCgAmCA0A&#10;JQcQACQGFAAiBhkAIQYfACAHJAAfBysAHgcyAB0HOgAcCEQAGghPABkIXAAXCGsAFgh9ABUHkQAU&#10;B6cAEwa/ABIF5AASBfoAEgX/AHEOAABfEAAAUREAAEYSAAA9EgAANhIAADASAAArEQAAKBEAACUQ&#10;AAAjEAAAIg4EACENBwAhDAsAIAsOAB8LEgAdCxcAHAwcABsMIgAaDCkAGQwxABgMOQAWDUMAFQ1P&#10;ABMNXAASDWsAEA1+AA8NkgAODacADQy+AA0M4AANDPUADQz/AG0QAABcEQAAThMAAEMUAAA6FAAA&#10;MhQAAC0UAAAoEwAAJRMAACISAAAgEQAAHhEDABwQBQAcDwgAGw8MABoOEAAZDxQAFw8aABYPIQAV&#10;ECgAFBAwABIQOQAREEQAEBBQAA4QXQANEGsADBB8AAsQkAAJEKUACBC8AAcQ3wAHEPQABw//AGkR&#10;AABYFAAASxUAAEAWAAA3FgAAMBYAACoWAAAmFQAAIhUAAB8UAAAdEwAAGhMCABkSBAAXEgYAFhIK&#10;ABUSDgAUEhIAEhIYABETHgAREyUAEBMuAA4TNwANFEAADBRLAAsUWAAJFGcABxR4AAYUjQAEFKMA&#10;AxO7AAIT3QABEvQAAhL/AGUTAABVFgAASBcAAD0YAAA0GAAALRgAACgYAAAjFwAAIBcAAB0WAAAa&#10;FQAAGBUCABYVBAAUFQUAEhYIABEWDQAQFxAADhcVAA4XGwANFyIADBcpAAsYMgAJGDwABxhHAAUY&#10;VAAEGGMAAhh1AAEYiwAAF6EAABe5AAAX3QAAFvUAABb/AGEWAABSGAAARRoAADsaAAAyGgAAKxoA&#10;ACUaAAAhGQAAHhgAABsYAAAYFwAAFhcCABQXAwASGAUAEBkHAA4bCwAMGw8ACxsTAAobGAAIHB8A&#10;BxwmAAUcLwAEHDgAAhxEAAAdUQAAHWAAAB1yAAAciAAAHKAAABu5AAAb3gAAGvYAABr/AF4YAABP&#10;GgAAQhwAADgcAAAvHQAAKRwAACMcAAAfGwAAHBoAABkZAAAXGQEAFBkCABIaAwAQGwQADh0HAAwe&#10;CwAJHw4ABiARAAUgFgADIBwAASEjAAAhKwAAITUAACFAAAAhTgAAIV0AACFvAAAhhgAAIJ4AACC4&#10;AAAf3gAAHvgAAB7/AFobAABLHQAAPx4AADUfAAAtHwAAJx4AACIdAAAeHQAAGxwAABgbAAAVGwAA&#10;EhwAABAdAgAOHwQADCEGAAkiCgAFIw0AAiQQAAAlEwAAJRkAACYgAAAmKAAAJjIAACY9AAAmSgAA&#10;JloAACZsAAAmgwAAJZwAACW3AAAk3wAAI/kAACP/AFUeAABHIAAAPCEAADIhAAArIQAAJSAAACAf&#10;AAAdHgAAGh0AABYeAAATHgAAECAAAA4hAAAMIwIACCUFAAUnCQAAKAsAACoOAAArEQAALBYAACwd&#10;AAAsJQAALC4AACw6AAAsRwAALFYAACxpAAAsgAAAK5oAACq1AAAp3wAAKfsAACj/AFEiAABEIwAA&#10;OCQAAC8kAAAoIwAAIyIAAB8hAAAcIAAAFyAAABMhAAAQIwAADiQAAAsmAAAIKAAABCoEAAAsBwAA&#10;LgkAADAMAAAxDwAAMxMAADMZAAAzIQAAMyoAADM1AAAzQwAAM1IAADNlAAAyewAAMpcAADGzAAAw&#10;3gAAL/sAAC7/AEwlAAA/JgAANScAAC0mAAAnJQAAIiQAAB4jAAAZIwAAFCQAABEmAAAOKAAACyoA&#10;AAcsAAADLwAAADECAAAzBAAANQcAADcKAAA5DQAAOhAAADsVAAA7HQAAOyYAADsxAAA7PgAAO04A&#10;ADtgAAA6dwAAOZIAADiwAAA32wAANvwAADX/AEcpAAA7KgAAMioAACspAAAlJwAAISYAABsnAAAV&#10;KAAAESoAAA4sAAAKLwAABjEAAAE0AAAANgAAADgAAAA7AQAAPQQAAD8HAABBCgAAQw4AAEURAABF&#10;GAAARSEAAEUsAABEOQAAREgAAERbAABDcQAAQo0AAEGrAABA0gAAP/oAAD7/AEItAAA4LgAALy0A&#10;ACkrAAAkKgAAHSoAABcsAAARLgAADTEAAAk0AAAENwAAADoAAAA8AAAAPwAAAEEAAABEAAAARgAA&#10;AEgDAABKBwAATAsAAE4OAABQEwAAUBwAAFAnAABPNAAAT0MAAE9VAABOagAATYYAAEykAABKygAA&#10;SfgAAEj/AD4yAAA1MQAALi8AACkuAAAgLgAAGTEAABIzAAAONwAACToAAAI9AAAAQAAAAEQAAABH&#10;AAAASQAAAEwAAABPAAAAUQAAAFMAAABVAQAAWAYAAFoLAABdDgAAXxUAAF4gAABeLAAAXTwAAFxO&#10;AABbYwAAWn4AAFidAABXwAAAVfIAAFT/ADo2AAAzNAAALTIAACQzAAAbNgAAEzkAAA49AAAIQQAA&#10;AEUAAABJAAAATAAAAFAAAABTAAAAVgAAAFkAAABbAAAAXQAAAGAAAABiAAAAZQAAAGgFAABrCwAA&#10;bxAAAG8YAABuJQAAbTQAAG1GAABrWwAAanUAAGiUAABmtgAAZOkAAGL/ADg5AAAyNwAAKDkAAB47&#10;AAAVPwAADkQAAAdJAAAATQAAAFIAAABWAAAAWgAAAF4AAABiAAAAZQAAAGgAAABrAAAAbQAAAHAA&#10;AABzAAAAdgAAAHkAAAB9BAAAgQsAAIURAACEHQAAgiwAAIA+AAB+VAAAfmsAAHuKAAB6qgAAd9YA&#10;AHX9ADg9AAAsPgAAIkEAABdGAAAPSwAAB1EAAABXAAAAXAAAAGIAAABmAAAAawAAAG8AAAB0AAAA&#10;eAAAAHsAAAB+AAAAgAAAAIMAAACGAAAAigAAAI0AAACRAAAAlgMAAJsMAACdEwAAmyEAAJozAACX&#10;SQAAlGIAAJN/AACQoAAAjsUAAIzzADFEAAAlSAAAGk0AABBTAAAIWgAAAGEAAABoAAAAbgAAAHQA&#10;AAB5AAAAfwAAAIQAAACJAAAAjQAAAJEAAACTAAAAlgAAAJkAAACdAAAAoAAAAKQAAACoAAAArAAA&#10;ALIDAAC3DQAAtxcAALUoAACyPgAAsFYAAKxzAACqlAAAqbQAAKXlACpPAAAeVAAAElsAAApiAAAA&#10;agAAAHMAAAB7AAAAggAAAIkAAACOAAAAlAAAAJoAAACfAAAApAAAAKYAAACpAAAArQAAALAAAACz&#10;AAAAtwAAALsAAADAAAAAxQAAAMsAAADRBAAA1Q4AANMdAADQMgAAzUsAAMpmAADGhwAAwqkAAMHL&#10;ACJbAAAWYgAADGsAAAF0AAAAfQAAAIcAAACQAAAAlwAAAJ4AAACkAAAAqwAAALEAAAC2AAAAugAA&#10;ALwAAADAAAAAxAAAAMgAAADLAAAAzwAAANQAAADaAAAA4AAAAOYAAADrAAAA8QYAAPATAADuJwAA&#10;7D8AAOpbAADnegAA5JsAAOC7AP8AAAD7AAAA9gAAAPMAAAD0AAUA9gAMAPoAEQD/ABkA/wAiAP8A&#10;LAD/ADUA/wA9AP8ARQD8AEwA+gBSAPcAWAD1AF4A8wBkAPEAagDuAHIA7AB6AOkAhQDlAJEA4QCg&#10;AN0AsgDYAM4A0gD2AMEA/wCtAP8AngD/AJYA/wCQAP8AjAD/APoAAADyAAAA7AAAAOkAAADpAAAA&#10;7AAFAPIADAD4ABIA9wAbAPUAJQDwAC4A6wA3AOYAPgDiAEUA3QBLANgAUADTAFYA0ABcAM0AYgDK&#10;AGoAyAByAMUAfADCAIgAvgCWALoAqAC3AL8AtADoAK4A/wCdAP8AkAD/AIgA/wCDAP8AgAD/APAA&#10;AADlAAAA3gAAANoAAADbAAAA3AAAANgABwDRAA4A0QAVANIAHgDLACcAxQAvAMAANwC9AD0AugBE&#10;ALcASQC1AE8AsgBVALAAWwCuAGEArABpAKkAcwCnAH8ApACNAKEAngCeALIAmwDVAJkA/ACMAP8A&#10;ggD/AHsA/wB2AP8AdAD/AOIAAADTAAAAygAAAMcAAAC8AAAAtgAAALAAAQCvAAsArAARAK0AGACt&#10;ACAAqAAoAKQALwCgADYAnQA8AJsAQgCZAEcAlwBNAJUAUwCTAFkAkQBhAI8AagCMAHUAigCDAIgA&#10;lACGAKcAgwDCAIIA8AB8AP8AcwD/AG0A/wBqAP8AaAD/AM8AAADBAAAAuQAAAK0AAACgAAAAmAAA&#10;AJQAAACRAAYAkAANAJAAEgCPABkAjgAhAIsAKACIAC8AhgA1AIQAOgCCAEAAgABFAH4ASwB8AFIA&#10;egBZAHgAYgB2AGwAdAB5AHIAiQBxAJ0AbwC0AG0A3wBsAP8AZQD/AGAA/wBeAP8AXAD/AL4AAACx&#10;AAAAoAAAAJIAAACJAAAAggAAAHwAAAB6AAEAeAAJAHcADgB4ABQAdwAaAHQAIQByACcAcAAtAG4A&#10;MwBsADgAawA+AGkARABoAEoAZgBRAGQAWgBjAGQAYQBwAF8AfwBeAJMAXQCpAFwAyABbAPcAVwD/&#10;AFQA/wBSAP8AUQD/ALAAAACfAAAAjQAAAH8AAAB0AAAAbgAAAGoAAABmAAAAZQAEAGMACwBjABAA&#10;YwAVAGMAGwBhACEAXwAnAF0ALABcADIAWgA3AFkAPQBXAEMAVgBLAFUAUwBTAFwAUgBoAFAAdwBP&#10;AIkATgCfAE0AugBMAOkASwD/AEkA/wBHAP8ARwD/AKIAAACNAAAAfAAAAG4AAABlAAAAXgAAAFkA&#10;AABXAAAAVQABAFQABwBTAA0AUwARAFQAFgBSABsAUQAhAE8AJgBOACsATAAxAEsANwBKAD0ASQBE&#10;AEcATABGAFYARABhAEMAcABCAIEAQQCXAEAArwA/ANcAPwD/AD4A/wA9AP8APgD/AJQAAAB/AAAA&#10;bwAAAGMAAABZAAAAUQAAAE0AAABKAAAASAAAAEcABABHAAoARgAOAEYAEQBHABYARQAcAEQAIQBC&#10;ACYAQQArAEAAMQA+ADcAPQA+ADwARwA6AFAAOQBbADgAaQA3AHoANgCPADUApwA1AMYANAD1ADQA&#10;/wA0AP8ANQD/AIgAAAB0AAAAZQAAAFgAAABPAAAASAAAAEMAAAA/AAAAPQAAADwAAgA8AAcAOwAM&#10;ADsADwA7ABIAOgAXADkAHAA3ACEANgAmADUALAA0ADIAMwA5ADEAQQAwAEsALwBWAC4AYwAtAHMA&#10;LACIACwAoAArALsAKwDqACsA/wArAP8ALAD/AH8AAABsAAAAXQEAAFECAABIAwAAQAMAADsCAAA3&#10;AAAANAAAADMAAAAyAAUAMgAJADIADQAxABAAMQATADAAGAAvAB0ALQAiACwAKAArAC4AKgA1ACkA&#10;PQAoAEYAJwBRACYAXgAlAG4AJACCACMAmQAjALMAIgDeACIA/wAjAP8AJAD/AHcAAABlBAAAVgYA&#10;AEsHAABCCAAAOggAADUHAAAwBgAALQUAACwDAAArAAMAKgAHACkACwApAA4AKQARACgAFQAnABkA&#10;JgAeACUAJAAkACoAIwAxACIAOQAhAEMAIABOAB8AWgAeAGkAHQB8ABwAkwAbAKwAGwDNABsA9gAb&#10;AP8AHAD/AHAFAABfCAAAUQoAAEYLAAA9CwAANQsAADALAAArCgAAKAkAACUIAAAkBwIAIwQGACMC&#10;CQAiAQwAIgAPACEAEgAgABYAHwAbAB4AIAAdACYAHAAuABsANgAaAD8AGQBKABgAVwAXAGYAFgB4&#10;ABUAjwAVAKYAFADDABQA7gAUAP8AFQD/AGsIAABbCwAATQwAAEINAAA5DQAAMQ0AACwNAAAnDQAA&#10;IwwAACEMAAAfCwEAHgoFAB0ICAAdBgsAHAUNABwEEAAbBBQAGQQYABkEHgAYBCMAFwQrABYEMwAV&#10;BDwAFARHABMDVAASA2MAEQN1ABACigAQAaIADwC8AA8A5QAPAP4AEAD/AGcLAABXDQAASQ4AAD4P&#10;AAA1DwAALg8AACgPAAAkDgAAIA4AAB0OAAAbDQEAGQ0EABgMBwAYCwkAFwkMABcJDgAWCRIAFQkW&#10;ABQJGwATCSEAEgkoABIJMAARCToAEAlFAA8JUgAOCWEADQlzAAwIiAALCJ8ACge3AAoG2wAKBfYA&#10;CgT/AGMNAABTDgAARhAAADsRAAAyEQAAKxEAACUQAAAhEAAAHRAAABoPAAAYDwEAFg4EABUOBwAU&#10;DQkAEw0LABMMDQASDBAAEQwUABAMGQAQDB8ADwwnAA4NLwANDTkADA1FAAsNUQAJDWAACA1xAAYN&#10;hgAFDZ0ABAy0AAMM0gACDPEAAgv/AF8OAABQEAAAQxEAADgSAAAvEgAAKBIAACMSAAAeEQAAGxEA&#10;ABgRAAAVEAIAFBAFABIQBwARDwkAEA8KABAODAAODg4ADg8SAA0PFwAMEB0ADBAkAAoQLAAJEDYA&#10;CBBBAAYQTgAFEF0AAxBvAAEQhAAAEJwAAA+0AAAO1AAADvMAAA7/AFwQAABNEgAAQBMAADYUAAAt&#10;FAAAJhQAACETAAAcEwAAGRIAABYSAAAUEQMAEhEGABERCAAQEAoADhALAA0RCwAMEQ0ACxIRAAoS&#10;FQAJEhoACBIhAAYTKQAFEzMAAxM+AAITSwAAE1oAABNsAAATggAAEpsAABK0AAAR1wAAEfUAABH/&#10;AFgSAABJFAAAPRUAADMWAAArFgAAJBUAAB8VAAAaFAAAFxQAABQTAQATEgQAERIHABASCQAOEgkA&#10;DRIJAAsTCgAJFA0ABxUPAAYWEwAEFhgAAxYfAAIWJwAAFzAAABc7AAAXSAAAF1gAABdqAAAWgAAA&#10;FpkAABW0AAAV2QAAFPcAABP/AFUUAABGFgAAOhcAADAYAAAoGAAAIhcAAB0WAAAZFgAAFhUAABMU&#10;AwASEwYAEBMHAA8TBwANFAcACxUIAAkWCQAGGAwAAxoOAAEaEQAAGhYAABscAAAbJAAAGy0AABs4&#10;AAAbRgAAHFUAABtnAAAbfQAAG5cAABqzAAAZ2wAAGPkAABf/AFEWAABDGAAANxkAAC4aAAAmGgAA&#10;IBkAABsYAAAYFwAAFRYBABMVBQARFQQADxUEAA0WBAALFwUACRkGAAYaCAACHAoAAB4NAAAgEAAA&#10;IBMAACAZAAAgIQAAISoAACE1AAAhQgAAIVIAACBkAAAgegAAH5UAAB+xAAAe2wAAHfoAABz/AE0Z&#10;AAA/GwAANBwAACscAAAkHAAAHhsAABoaAAAXGAAAFBcCABIXAgAQGAEADRkBAAsaAgAIHAMABR0E&#10;AAIfBgAAIQgAACMLAAAlDgAAJhEAACYWAAAmHgAAJycAACcyAAAnPwAAJk4AACZgAAAmdwAAJZIA&#10;ACSvAAAj2gAAIvsAACH/AEgdAAA8HgAAMR8AACgeAAAiHgAAHRwAABkbAAAWGgAAEhoAABAbAAAN&#10;HAAACx0AAAgfAAAEIQAAASMCAAAlBAAAJwYAACkJAAAsDAAALg8AAC4TAAAuGgAALiMAAC4uAAAu&#10;OwAALkoAAC1cAAAtcgAALI4AACusAAAq1AAAKfsAACj/AEQgAAA4IQAALiEAACYhAAAgIAAAHB4A&#10;ABgdAAAUHQAAEB4AAA4fAAALIQAAByMAAAMlAAAAJwAAACkAAAAsAQAALgMAADAGAAAzCgAANQ0A&#10;ADYRAAA2FwAANh8AADYpAAA2NgAANkUAADVXAAA1bQAANIkAADKoAAAxzwAAMPoAAC//AD8kAAA0&#10;JAAAKyQAACQjAAAfIQAAGyAAABYgAAARIQAADiMAAAolAAAGKAAAAioAAAAtAAAALwAAADIAAAA0&#10;AAAANwAAADkDAAA7BgAAPgoAAEAOAABBEgAAQRoAAEAlAABAMQAAQEAAAD9SAAA+ZwAAPYIAADyi&#10;AAA6xwAAOfgAADj/ADooAAAwKAAAKScAACMlAAAfIwAAGCQAABIlAAAOKAAACioAAAUtAAAAMAAA&#10;ADMAAAA2AAAAOAAAADsAAAA+AAAAQAAAAEIAAABFAgAARwYAAEoKAABNDgAATRUAAEwfAABMKwAA&#10;SzoAAEpMAABJYQAASHwAAEebAABFvwAAQ/MAAEL/ADYsAAAtKwAAJykAACMnAAAbKAAAFCoAAA4t&#10;AAAKMAAABDMAAAA3AAAAOgAAAD0AAABAAAAAQwAAAEYAAABIAAAASwAAAE0AAABQAAAAUwEAAFYG&#10;AABZCwAAWxAAAFsZAABaJQAAWTQAAFhGAABXWgAAVXQAAFSTAABStQAAUOoAAE//ADMwAAAsLgAA&#10;JywAAB4tAAAWLwAAEDIAAAo2AAADOgAAAD8AAABCAAAARgAAAEkAAABMAAAATwAAAFIAAABVAAAA&#10;WAAAAFoAAABdAAAAYAAAAGMAAABnBgAAawwAAGwSAABrHgAAaywAAGk9AABnUgAAZmoAAGSJAABh&#10;qwAAX9wAAF3/ADEzAAAsMQAAIjIAABk1AAAROQAACj0AAAJCAAAARwAAAEwAAABQAAAAVAAAAFgA&#10;AABbAAAAXwAAAGIAAABlAAAAaAAAAGsAAABuAAAAcQAAAHUAAAB5AAAAfQYAAIINAACCFgAAgCQA&#10;AH41AAB8SQAAe2EAAHh/AAB2nwAAc8YAAHD3ADE2AAAmOAAAHDsAABJAAAALRQAAAksAAABRAAAA&#10;VgAAAFsAAABgAAAAZQAAAGkAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4AAACCAAAAhQAAAIkAAACO&#10;AAAAkwAAAJgGAACcDgAAmxoAAJgrAACWQAAAklkAAJFzAACNlQAAi7UAAIjoACs+AAAgQQAAFUcA&#10;AA1NAAACVAAAAFsAAABhAAAAaAAAAG4AAABzAAAAeQAAAH4AAACDAAAAiAAAAIwAAACPAAAAkgAA&#10;AJUAAACZAAAAnQAAAKEAAAClAAAAqgAAALAAAAC3BwAAuBEAALUhAACyNQAAr00AAKppAACoiAAA&#10;pqgAAKLRACNIAAAYTgAADlQAAARcAAAAZAAAAG0AAAB1AAAAfAAAAIMAAACJAAAAjwAAAJUAAACb&#10;AAAAoAAAAKMAAACmAAAAqQAAAK0AAACxAAAAtQAAALkAAAC+AAAAxAAAAMoAAADSAAAA2goAANYW&#10;AADSKQAAzkEAAMpcAADFfAAAwp0AAMG9ABxVAAARXAAAB2UAAABuAAAAdwAAAH8AAACIAAAAkAAA&#10;AJgAAACfAAAApQAAAK0AAACzAAAAuAAAALoAAAC+AAAAwgAAAMYAAADKAAAAzgAAANMAAADaAAAA&#10;4AAAAOcAAADtAAAA8wAAAPQOAADyHgAA7zYAAOxRAADobgAA5JAAAN+xAAAAAAAAAAAAAAAAAAAA&#10;AAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVG&#10;R0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6P&#10;kJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX&#10;2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////&#10;//////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEi&#10;JCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWpr&#10;bG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0&#10;tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8&#10;/v//////////////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAA&#10;AAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZH&#10;SUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+Q&#10;kZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ&#10;2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////&#10;/////////////////wABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSor&#10;LC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNk&#10;ZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5yd&#10;np+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW&#10;19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAA&#10;AAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcY&#10;GRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BR&#10;UlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImK&#10;i4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLD&#10;xMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8&#10;/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4f&#10;ICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdY&#10;WlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPE&#10;xcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u&#10;7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0O&#10;Dw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1&#10;Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mb&#10;nZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc&#10;3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+&#10;/v//pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9&#10;y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbX&#10;unCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tL&#10;Mv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7Gd&#10;gtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZ&#10;zLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/B&#10;VUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG&#10;/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOr&#10;moncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0&#10;qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+&#10;w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6Qw&#10;Dv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmonc&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOr&#10;dre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a&#10;8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+m&#10;Ohj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9&#10;pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRl&#10;cOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/&#10;sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnC&#10;t6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/piUG/6QwDv+nOhj/skMi/7xLMv/DVEX8xl1a8chkcePG&#10;aofWwG+by7hyrMKxdLq7rXfEtKl7zaujf9SinoXbmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO&#10;4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuH/piUG/6UwDv+oOhf/s0Mi&#10;/75LMf/FVEX5yVxb781jcePMaYjVxm2cyb9wrr22crq0sHXDq6p4yqKlfNGZoYHYkJ2J3ZCdid2Q&#10;nYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCd&#10;id3/piUG/6UwDv+qOhf/tUMi/8BLMf3IU0X2zVtb7dFhcuHQZ4nRy2udwsBurba3cbissXPBo6x2&#10;yJqoec6SpH7UiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY&#10;iaCF2ImghdiJoIXYiaCF2Imghdj/pyUG/6UwDv+rOhf/tkMh/8FLMfrLUkTz0Vpa6tlgct7WZYnL&#10;zGqcu8Ftq6+5cLaltHK+nK90xJSrd8qLp3vPhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISk&#10;gdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdT/pyUG/6YwDv+tOhb/uEIh/sRK&#10;MPfOUkTw1lha5+BectbaZIjEzWmatMNsqKi7b7KetnC6lrJywI6udsaGqnrKf6d/zn+nf85/p3/O&#10;f6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf87/&#10;qCUG/6cwDv+uORb/ukIg+8ZKL/TTUUPr3Vda4+Zccc7bZIe9z2mYrsVrpaK+bq+YuW+2kLVxvIix&#10;dMGBrnjFe6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9&#10;yXusfcl7rH3Je6x9yXusfcn/qCQG/6cwDf+wORX/vUIf98lKL+/YUELm41VZ3OhbcMbdY4W20WiV&#10;p8hroZzBbaqTvG+xirlxtoS1dLt9sne/d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3&#10;sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfML/qSQF/6gwDf+zORT+wEIe881KLend&#10;T0Dh6VNZ0+pbb7/fY4Kv02eRoctqnZbFbaWNwG+rhr1xsH+6c7V6t3e4dLV7u3S1e7t0tXu7dLV7&#10;u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7v/qiQF&#10;/6kvDf+2OBP5xEEd7dJJK+LjTUDb71JYyu1abbfhYn+o1meNm89ql5HJbZ+IxW+lgsJxqXu/dK12&#10;vXewcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7&#10;e7Nxu3uzcbt7s3G7e7P/qyQF/6svDf+6OBLzyUEb5NpJKNjoTEDO81FXwO9Za67kYXqg3GeGlNRr&#10;kIvPbpeEzHCcfclzoHjGdaNzxHimbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp&#10;bsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKn/rSQF/7AvC/vAOA/q0EEX2uJGKMzuTEHD&#10;+VBVtfNYZqXpYXSX4Wd+jdtrhoXXb4x/1HKRetF1lHXPeJdxzXuabMx+nGzMfpxszH6cbMx+nGzM&#10;fpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpz/ryME/7Yt&#10;CfHINgzd3D0TzepGKsH2S0C2/09RqvdYYJvvYWuP6Gh0heRte3/gcYB53nSDddx4hnLae4lu2H6L&#10;a9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r&#10;1oKNa9aCjWvWgo3/sSME+r8sBuPULwfO5jsWwfNFK7T/ST2o/05Mnv1XWJH2YWGG8Wlpf+1vbnnq&#10;dHJ16Hd1ced6d27lfXlr5IB7aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOE&#10;fGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHz/tSID68siAtDjJwfC8ToZtP5CKqb/Rjmb/01F&#10;kv9WT4b+YlZ++mpcd/dwYHP1dWNv83hlbfJ8Z2rxf2ho8IJqZu+Fa2bvhWtm74VrZu+Fa2bvhWtm&#10;74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWv2whsB1N8RAcLv&#10;Jgu1/Doap/8+J5n/RDON/0s9hf9VRXz/YUt1/2pPcP9wUmz/dVRq/nlWaP18V2b8f1hk/IJaY/uG&#10;W2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb&#10;Y/uGW2P7hlvUzwoAxO0SArX7Jg2o/zYZmf87I4z/QSyA/0o0eP9TOnH/Xz9s/2lDaP9vRWX/dEdj&#10;/3dIYv97SWH/fkpf/4FKXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/&#10;hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEv/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7Zm&#10;Y+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/&#10;qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9&#10;oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sx&#10;wo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60&#10;b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe&#10;/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+u&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2I&#10;ub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3fi&#10;rHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJ&#10;K/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/&#10;nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6I&#10;jL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ&#10;2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2&#10;Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF&#10;/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6&#10;g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7&#10;mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+fOBX/qkAe/7NJK/+5Ujz/&#10;u1xP+rplZO24bXjhsHOL1ah5nMyffarFl4G1v5GFvrqMicW2h4/MsoOW0q+BoNanfqLTp36i06d+&#10;otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otP/nyIF/54t&#10;DP+gNxT/q0Ae/7RJK/+7Ujz/vVtQ+r5kZOy8bHngtXKN0613nsqkeq3CnH65vJaCw7eQh8qyi4zS&#10;roeV2KaDndqhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWh&#10;gqHVoYKh1aGCodX/oCIF/54tDP+hNxT/rEAd/7ZIK/+9UTz/wFpQ+sFjZezBanreuXCP0rF1ocio&#10;eLDAoXu8uZt/x7SWhM+wlI3Vq5GX2qCJnNyaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig&#10;15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNf/oCIF/54tDP+iNxT/rUAd/7dIKv+/UTz/wlpQ&#10;+cRiZevFaXvevm6Q0bZzo8audrO+p3nAuKN/ybShhs+snI3Vo5aU2pqRnNyVjp/YlY6f2JWOn9iV&#10;jp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9j/oCIF/58tDP+j&#10;NxT/rkAd/7hIKv/BUDz+xVlQ98hgZuvKZ3zdw22Rz7xxpcW0dLW9sHnAtqx/yK6nhc+loYrVnJyR&#10;2pWZnNyPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y&#10;j5Sf2I+Un9j/oSIF/58tDP+kNxT/sD8c/7pIKv/DUDv7yFhQ9ctfZunPZnzcyWuSzsNvpsG6crW2&#10;snbArKx7yKSof86cpIXUlKCN2I2fmduKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqc&#10;n9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9j/oSIF/6AtDP+mNhP/sT8c/7tIKf7GTzv4y1dQ8tBe&#10;ZufUZH3az2mTyMVtprq7cLSts3O/o612x5qoes2SpX/SiqKG14SgkdmEopzXhKKc14SinNeEopzX&#10;hKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNf/oSIF/6AtDP+nNhP/&#10;sz8c/71HKfzITjv1zlZP7tVdZuTaYn3T0miSwcZspLO8b7GmtXK8nK90xJOrd8qLp3vPg6SB1H2i&#10;i9Z7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV&#10;1XujldX/oiEF/6AtDP+oNhL/tD8b/79HKPnLTjry01VP6txbZuDgYX3M02eRu8hroqy+bq+gt3C4&#10;lbJzwI2udsWFqnrKfqh/znimh9F1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1&#10;pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9L/oiEF/6EsC/+qNhL/tj4b/cJHKPXNTjnu2VRO5uNZZdji&#10;YHvF1WaPtMpqn6XBbauZum+0kLVyu4ixdcCBrnjFeqx9yXSqhMtxqYvMcamLzHGpi8xxqYvMcamL&#10;zHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8z/oyEF/6IsC/+sNRH/uT4a&#10;+cVHJ/DRTTjp4FJM4ulXZM7kX3q912aMrcxqm5/EbKeTvm+virlxtYO2dLp8s3e+drF8wnGvgsRu&#10;rofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6u&#10;h8b/pCEF/6MsC/+vNRD/vD4Y9MlGJerYTTbi509M3O9VY8bmX3i02mWJpdBplpjIbKGNw2+ohb9x&#10;rn67dLJ4uXe2c7d7uW61gLxrtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+&#10;a7SFvmu0hb5rtIW+a7SFvmu0hb7/pSEE/6QsC/+zNQ/7wT4X7c9GIuHfSzTY609Mz/NUYrzoXnSr&#10;3mSEndRpkJHObZmHyW+ggMVypXrCdKl0wHiscL57r2u8gLJou4SzaLuEs2i7hLNou4SzaLuEs2i7&#10;hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLP/piEE/6grCv+4NA3zxz0U5NhF&#10;HtbmSTXL8U5MxPdTX7HsXXCh4mR9ldtph4rVbo+C0HGVe810mnbLd51xyXmgbcd9omnFgaVmxIWm&#10;ZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhab/&#10;qCAE/64qCPy/MwvpzzwQ1+FCHsrtSTW/+E1Kt/tSW6bxXWmY6WV0jOJqfYPdb4R82nOJd9d3jHPV&#10;eo9v032RbNGAlGjQhJZlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+H&#10;l2XPh5dlz4eXZc+Hl2XPh5f/qiAD/7UpBvDIMQfa3TMMy+pCIb72SDWy/0xGqf9RVZv3XWCO8GVq&#10;hetscX3ncXZ35HZ6c+J5fW/hfH9s34CBad6Dg2fdh4Vl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl&#10;3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYb/rR8D+b8lA9/WIgLL6DIPvvRBIrD/&#10;RTOk/0pBnP9RTY/+XVaF+WZeffRuZHbyc2hy73hrbu58bWztf29q7IJwZ+qFcmXqiXNj6Yx0Y+mM&#10;dGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHT/thwC&#10;6M0UAczmHQS+8zESsf8+IqP/Qi+W/0g6jf9QRIT/XEt7/2dRdP5uVm/8c1ls+3hbafl8XWf4f15m&#10;+INfZPeGYGL2iWFh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2&#10;jGJh9oxiYfaMYmH2jGLzxA8AztoLAL3zHQex/zIUo/86H5X/PyqJ/0YzgP9POnj/W0Bx/2ZFbP9t&#10;SGj/c0pm/3dMZP97TWL/f05h/4JPYP+FUF7/iVFe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tR&#10;Xv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1HMywkAvuYMAa//Hgmk/zATlf81HIf/PCR8&#10;/0Qrc/9NMWz/WDVn/2M5Y/9rO2H/cT1f/3U+Xf95P1z/fEBb/39BWv+CQVn/hkJY/4hCWP+IQlj/&#10;iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEL/mR8F/5Yr&#10;C/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmx&#10;xXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uS&#10;hZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF&#10;/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+V&#10;NhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXme&#10;tcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTU&#10;i4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61l&#10;V/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/&#10;oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2&#10;o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4ye&#10;z4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ip&#10;b2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a&#10;/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nA&#10;dKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb//mR8F/5crC/+XNhL/oT4a/6pGJf+wUDT/sVpF/7BkV/esbWnsp3d74Z59itmWg5fRjomiy4iO&#10;q8eCk7HEfpe3wXqcu753or+8darCtXGuw7Nyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B&#10;s3KvwbNyr8Gzcq/Bs3KvwbNyr8H/mR8F/5cqCv+YNRL/oz0a/6xGJf+zTzT/tFlG/7RjWPaxbGvq&#10;rXV936N7jdWbgZzNkoaox4uKscKFj7m/gJS+u3yaw7l5oce1dqnKrXWsxqt2rcSrdq3Eq3atxKt2&#10;rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcT/mh8E/5gqCv+aNBL/pT0Z/65G&#10;Jf+1TjT/t1hG/7dhWfW1amzpsnN/3ah4kNOffqDKloKsxI6Ht76IjL+6g5HFt3+Yy7R8oc+reKXP&#10;pXmqyKR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMb/&#10;mh8E/5gqCv+bNBH/pj0Z/69FJf+3TjT/uldG/7tgWfS5aW3ntnGB3Kx2k9Cke6PImn+xwJOEvLuM&#10;icW3iJDLtIaZzrKGpNGkfKTRn32pyp59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2q&#10;yJ59qsiefarInn2qyJ59qsj/mx8E/5kqCv+cNBH/pzwZ/7FFJP+5TTT/vFdG/r5fWfS9Z27num+C&#10;2rF0lc+oeabFn320vpeBwLmUisa1kZLLr42Yz6qKodKegqPTmYGozJiCqcqYgqnKmIKpypiCqcqY&#10;gqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcr/mx8E/5kqCv+dNBH/qTwY/7JFJP+7&#10;TTP/v1ZG/cFeWvPBZm/mv22D2bZzl82td6jEpXu3vqGDwLabicaulY/MqJGVz6KOntKZh6LTlIan&#10;zZOGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMv/mx8E&#10;/5kqCv+eMxH/qjwY/7NFJP+8TDP/wVVG+8RdWvPFZW/lw2yE2LtxmMyydavDrXy2uaWBv7Cehsao&#10;mYzLoZWS0JuSm9OUjqLUj4qmzo+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+K&#10;qMuPiqjLj4qoy4+KqMv/mx8E/5oqCv+fMxD/qzwY/7VEI/++TDP+w1VF+cdcWvHJZG/lyGqF1sFv&#10;msq5dKq+sHq2s6l/v6qihMainYrLm5qQz5WXmdKPlKLUipCmzoqPqMyKj6jMio+ozIqPqMyKj6jM&#10;io+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMz/nB8E/5oqCv+gMxD/rDwY/7ZEI/+/TDL8&#10;xlRF9spcWu/NYnDkzWiG08VtmsW8c6q5tHi1rq19vqWngsWdoojLlZ+Oz4+cltKLnKLThpWmzoaU&#10;p8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8z/nB8E/5op&#10;Cv+iMxD/rTsX/7dEI//BTDL5yVNF881aWuzSYHDg0GaGzshsmsC/cam0uHe1qbF8vp+sgcWXqIbK&#10;kKSMzoqildGFoqHSgZymzoGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yB&#10;mqfMgZqnzIGap8z/nB4E/5spCv+jMxD/rzsX/7lEIv3DSzH2zFJE8NJZWejaX3Db1WSGycxqmbrD&#10;b6itu3S0orR5vZivfcOQrIPIiamJzIOnkc9+ppzQfaSmzXyiqMt8oqjLfKKoy3yiqMt8oqjLfKKo&#10;y3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMv/nR4E/5spCv+lMg//sTsW/7xEIfrGSzHz0VFD&#10;69pXWePfXW/T22OFws9pl7HEbaekvHCymLV0u46xeMKGrX3GgKuCynqpis12qJTOdqmjzHerqMp3&#10;q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMr/nR4E/5wpCv+n&#10;Mg//szsW/75DIPXKSy/u1lBC5uFWV9zkW27L3mODutFolKnHbKObvm6ukLhxt4a0dL1+sHjCd658&#10;xnKsg8ltq4zKbauZyW6sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H&#10;bqyfx26sn8f/nh4E/50pCf+pMg7/tjoU+sJDH/DOSi7n3U9A4ulSV9LoWm3B4GKAsdRnkaHKa56U&#10;w26oib1xsIC5dLZ5tne6dLR7vW6ygcBqsIjCZ7CSw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2aw&#10;lsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsP/nx4E/54pCf+tMQ3/ujoT9MdCHejVSivf5Ew/1+xR&#10;VsnuWWu342F8qNhni5rPa5eNyW6gg8Rxp3vAdKx1vXiwcLt7s2y5gLZouIa4ZLePuWO2kbpjtpG6&#10;Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbr/oB4E/6EoCP+xMAv7&#10;wDkR7M5CGd/fRyjT6UxAyvFRVb7yWGit5mF3nt1nhJLVbI+Hz2+WfstznHjIdqFyxnmkbsR8p2nC&#10;galmwIasYr+NrWG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+P&#10;rmG/j67/oh0D/6YnB/+3LwnyxzgN4dhBFNLmRirH8ExAvvhQU7L1V2Oi62FwleNne4rdbYSB2HGL&#10;etR1kHTSeZNw0HyWbM5/mWjMg5tky4idYcqNn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59g&#10;yY+fYMmPn2DJj59gyY+fYMmPn2DJj5//pB0D/60mBfu+LQbm0DQI0+I8FsfuRiu7+Uo+sP5PT6b6&#10;V1yY8WFojOtocYPmbnh74nN9dd94gXHde4Rt23+HatqDiWfZhopk14uMYdaQjmDVkY5g1ZGOYNWR&#10;jmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY7/pxwD/7UjA+7JJgPV3ykH&#10;x+w8Gbr4RCut/0g7o/9NSZr/V1SN+WFdhPRqZXzwcGp27XZucet6cW3pfnRr6IJ2aOaFd2bliHlj&#10;5Ix6YeORfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDj&#10;knz/qxsC98AdAdncEgHH6ygKuvc7Gqz/QSmg/0Y2lf9MQY3/VkuD/2FSe/1rV3T6cVxv+HZfbPZ7&#10;YWn1f2Nn9INkZfOGZmPyimdh8Y5oX/CSaV/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq&#10;X/CTal/wk2pf8JNqX/CTal/wk2r/txUB1s8LAMfqEwK59ykNrP85Gp7/PiaS/0Qwh/9LOYD/VEB4&#10;/2FGcv9qSmz/cE1p/3ZQZv97UWT/f1Nj/4NUYf+GVWD+iVZe/o1XXf2SWFz9k1hc/ZNYXP2TWFz9&#10;k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1jWxAgAxtQJALj3FASr/ykOnv80&#10;GJD/OiGE/0Epev9JMHL/UjZs/146aP9oPWT/b0Bh/3RBX/95Q17/fURd/4BFXP+ERVv/h0Za/4pH&#10;WP+PR1j/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEjE&#10;xwcAt9sHAan/Fgaf/yoNkP8wFYP/Nhx3/z4ibv9HKGb/UCxh/1ovXf9kMVv/bDNZ/3E1WP91Nlb/&#10;eTZW/3w3Vf9/N1T/gjhT/4U5Uv+JOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+K&#10;OVL/ijlS/4o5Uv+KOVL/ijn/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq&#10;7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+m&#10;Ti3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1&#10;qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E&#10;/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nU&#10;eKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWB&#10;d+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/&#10;p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qspt&#10;vq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5Ap&#10;Cf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe&#10;0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eO&#10;iYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8&#10;/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kx0E/5ApCf+P&#10;NBD/mjsX/6JEIP+pTS3/qlg8/6hiTP+kbFz1n3Zs7Jl/euSRh4beiY2Q2IOTmNN+mZ/Qep2kzXai&#10;qct0p6zJca2vx2+0ssFsubS8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux&#10;vGy7sbxsu7H/lB0E/5EoCf+RMxD/nDoW/6RDIP+sTC3/rVY9/61gTf6pal70pXRu6p99feGWg4vZ&#10;joqW04eQoM6BlafKfJqtx3ifssR1pbbCcqu5wHC0u7dutbmzb7i1s2+4tbNvuLWzb7i1s2+4tbNv&#10;uLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLX/lB0E/5IoCf+TMg//njoW/6dDIP+uSy3/sVU9/7Bf&#10;Tv2uaF/yqnJw56R6gd6agI/VkoeczouMpsmEka/Efpe1wXmcu752o7+8dKvCtG+uw65ys7yrc7a4&#10;q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrj/lRwE/5IoCf+VMg//&#10;oDoW/6lCH/+wSi3/tFQ9/7ReTv2zZ2Dxr3By5ql4g9uffpPSl4Ohy46JrMSGjrXAgJS9vHuaw7p6&#10;o8W3eavHrHOsxqd1sb+ld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1&#10;uqV3tbr/lRwE/5MoCf+WMQ//oTkV/6pCH/+ySiz/tlM8/7ddTvu2ZWHwtG505K11htmke5bPm4Cl&#10;x5KFscGKi7u9h5TAu4WdxLaCpMewfqrIpXeqyKF5sMGferO8n3qzvJ96s7yferO8n3qzvJ96s7yf&#10;erO8n3qzvJ96s7yferO8n3qzvJ96s7z/lRwE/5MoCf+XMQ//ozkV/6xCH/+0Siz/uVM8/7pcTvi6&#10;ZGLvuGx147JziNipeZnNn36pxZiEtL+TjLy4jZPBs4mZxa6GociqhKnJn3ypypt9rsKZfrK9mX6y&#10;vZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr3/lhwE/5MoCf+YMA7/pDkV&#10;/61BHv+1SSz/u1I8/b1bTva9Y2LuvWt24rZxidWud5vLpXyqwp2DtLmWibyykZDBrIyWxqeJncij&#10;h6bKmYCoy5aBrsSVgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWB&#10;sb7/lhwE/5QnCf+ZMA7/pTkU/65BHv+3SSv/vVE8/L9aTvTBYmLswWl34btwi9KxdJ3HqHuqvKCB&#10;tLSah7yslI3CppCUxqCNm8mci6TLlYaoy5GFrcWQhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/&#10;kIWxv5CFsb+QhbG/kIWxv5CFsb//lhwE/5QnCP+aMA7/pjgU/7BBHf+4SSv/v1E8+sJZTvLEYWPp&#10;xWh33b5tjM20c53Cq3mqt6R+tK6dhLymmIrBoJSRxpqRmMmWj6HLkIuozIyJrMWMibDAjImwwIyJ&#10;sMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMD/lxwE/5UnCP+bMA7/pzgU/7FB&#10;Hf+6SSv/wlA7+MZYTvDIX2PmyGZ42MFrjcm3cZ29r3epsqd8s6mhgruhnIjBmpiPxpSWlsmQlJ/L&#10;i5GozIeOrMaHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMH/&#10;lxsD/5UnCP+dLw3/qTgT/7NAHf+8SCr8xU879slXTu3NXmPiy2R40sRqjMS7b5y4snWprat7s6Om&#10;gLuboYbBlJ2NxY6blMiKmZ3Khpmoy4KTrMaCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKv&#10;wYKSr8GCkq/BgpKvwYKSr8H/lxsD/5UnCP+eLw3/qjgT/7VAHP++SCn5yE46881WTerTXGLez2J4&#10;zcdoi7++bpuyt3Oop7B5sp6rfrqVp4TAjqOLxIihkseDn5rJgKCnyn2arMZ9mK/BfZivwX2Yr8F9&#10;mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8H/mBsD/5YnCP+gLw3/rDcS/7dAG/3B&#10;SCj2y04579NUTObZWmLY1GF3x8tnirnDbJqtvHKnobZ3sZixfbiPrYK+iKqJw4KokMZ9p5nIeqel&#10;yXeirMV4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMH/mBsD&#10;/5cmCP+iLwz/rjcS/7k/GvnERyfxzk046ttTS+DfWWDQ2l92wdBlibPJa5mmwnClm711r5G4e7aI&#10;tYC8gbKGwHuwjcN2rpbFc66hxnKtrcRyqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKp&#10;sMByqbDAcqmwwHKpsMD/mRsD/5gmCP+kLgv/sTYR/r0/GfTIRyXr1E025eNQSdnjV1/J3150utdk&#10;hqzPaZadx22jkcBxrIa7dbN+t3q5d7R/vXKyhb9tsY3BarCXwmmxpcFstLK9bLSyvWy0sr1stLK9&#10;bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr3/mhsD/5kmCP+nLQr/tTYP+cE/F+7ORiPk&#10;3Ewy3edPSc/oVl7A5F1yst5kgqPUaZGVy22cicVwpX/Ac6x3vHexcLl8tWu3gbhntoe6Y7WQu2G1&#10;m7xjt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prn/mxsD/5sl&#10;B/+rLQn/uTUN8sc+FeXVRh/a40kzz+tOScbtVF236lxuqOJjfZrZaYqO0m2UhMxxm3vIdaFzxHim&#10;bsJ8qWnAgaxlvoeuYr2OsF+9l7FevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFe&#10;vJ6xXryesV68nrH/nBoD/6AkBv+wLAj5wDQL6c89ENrfQh3O6UkzxPFOSLvyUlqt8FtpnudjdpLg&#10;aYGH2m+JftRzkHfRd5VxznuZbMx/nGjKg55kyYigYceOol7GlaRcxpukXMabpFzGm6RcxpukXMab&#10;pFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6T/nhoD/6UjBf+3KgXwyDIH3Ns1DM7nQh/C8Ug0&#10;uPlMRq/3UVWi9Vtile1kbYrna3aA4nB9ed51gnPbeodu2X6Ka9eCjGfVho5k1IuQYdOQkl7RlpRc&#10;0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5X/oRkC/60hA/i/&#10;JgPi1CUDzuUzD8LwQiG2+kczq/5LQqL+UE+X+1tai/VlY4LwbGp67HJwdOl4dG/nfHds5YF6aOOE&#10;fGbiiH1j4Yx/YOCRgV7floJc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD&#10;XN6ag1zemoP/oxkC/7YdAenMFwHP4x4DwvAzErX6QCKp/0Qwnf9JPZX/UEiL/1tQgv1lV3r5bV10&#10;9nNhb/R5ZGvyfmdo8YJpZvCGamTvimxi7o5tYO2Sbl3sl3Bc65txXOubcVzrm3Fc65txXOubcVzr&#10;m3Fc65txXOubcVzrm3Fc65txXOubcVzrm3H/rBUB88MQANHaCwDB7x8GtPszE6j/PCCb/0IskP9I&#10;Nof/Tz9//1pGeP9lS3H/bU9s/3NSaf95VWb+fldk/YJYYvyGWWH7ilpf+o5bXvqSXFz5l11b+Jte&#10;W/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m176uQ4AzcsJAMDmDQGy&#10;/CAIp/8zE5r/OR2N/z8mgv9GLnr/TjVz/1g6bf9jP2n/bEJl/3JEYv93RmD/fEdf/4FIXf+FSVz/&#10;iEpb/4xLWv+QTFj/lU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+Z&#10;TVf/mU3NwQYAvtAHALH2DgKl/yEJmf8uEoz/NBmA/zsgdv9DJ23/TCxm/1QwYv9gM17/aTVc/283&#10;Wv90OFn/eTlY/306V/+AO1b/hDtV/4c8VP+LPVP/kD1S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S&#10;/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz69xQUAsNcFAKP/EAOZ/yIJi/8pD37/MBVz/zgaaf9AH2L/&#10;SSNb/1EmV/9aKFX/YipS/2krUf9vLFD/cy1P/3cuTv96Lk7/fS9N/4AvTP+EMEv/iDBL/4swS/+L&#10;MEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izD/ixwE/4goCP+ENA7/jzoU&#10;/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHb&#10;bbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5v/4v/iSUNDX1BST0ZJTEUABwn/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//&#10;k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dC&#10;HP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU&#10;2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/&#10;ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4&#10;nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc&#10;+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+e&#10;Syf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5&#10;lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE&#10;/4koCP+FMw7/kDkU/5hCHP+eSyf/n1Y0/55hQv+abVD/lXdd94+BaPGJi3Lrg5J7532YguN4nYjg&#10;dKOM3XKokNtvrZPabrOW2Gy6mNZrwpvRacqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpm&#10;ypzKZsqcymbKnMpmypz/jBwD/4knCP+IMg7/kzgU/5tBHP+iSif/pFQ0/6JfQ/+falH9mnRf9ZR+&#10;bO2OiHjnh4+B4oCVit17mpDad6CW1nSmmtRxrJ7Sb7Kh0G25o89sw6bFZ8OmwGnHocBpx6HAaceh&#10;wGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6H/jRwD/4onCP+KMQ3/ljcT/55AG/+lSSf/&#10;p1M0/6ddQ/+kaFP8oHJi8pp8cOqUhX3ji4uI3YSSkdh+mJjTep6f0HWkpM1yqqjLb7CryW24rsJp&#10;vLC8a8Cqt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKX/jRsD/4sn&#10;CP+MMA3/mDcT/6BAG/+nSCb/q1I0/6tcRP+pZlT6pXBk8J95c+eYgoHfj4iN2YiPl9KBlaDOe5un&#10;ynahrcdzqLHFcK+1wW23t7lruLWzbr2usHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiw&#10;cMGosHDBqLBwwaj/jhsD/4smCP+OMA3/mjYS/6I/Gv+pSCb/rlE0/65bRP+sZFX5qm5l76V3duWd&#10;f4XclIWS1IyMnc6EkqfJfZivxHietcJ1p7nBdLG7uHCzu7FvtriscbuxqXO/q6lzv6upc7+rqXO/&#10;q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6v/jhsD/4wmCP+QLw3/mzYS/6Q/Gv+rRyb/sVA0&#10;/7FZRPywY1X2rmxn7ap1eOOhfIjZmIOW0ZCJo8qHj63Fgpe0wn+guL58qLu7erC9sXSyvalytLum&#10;dLmzo3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq3/jxsD/4wmB/+R&#10;Lgz/nTYS/6Y+Gv+tRyX/s080/7RYRPq0YVbzsmpo7K9zeuGmeovWnYCazZSGp8aNja+/h5S1uoKc&#10;ubV/pLyyfay+q3mxv6N2sr2geLi1nnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2v&#10;nnm9r555va//jxsD/40mB/+TLgz/njUR/6g+Gf+vRiX/tk4z/rdXRPe3YFbwtmhp6LNwe96qd43Q&#10;n3ydx5eDp7+Qiq+4i5G2soaYuq2DoL2pgam/pX6wwJx5sb+ae7e3mH27sJh9u7CYfbuwmH27sJh9&#10;u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7D/kBoD/40mB/+ULQz/oDUR/6k+Gf+xRiT/uE0z/LtW&#10;RPW7X1btu2dp47Vufdasc4/Ko3qdwZuAp7iUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZZ+sMGUf7a4&#10;k4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7L/kBoD/44mB/+VLQz/&#10;oTUR/6s9GP+zRiT/uk0z+r5VRPO/XVbqv2Vq37hrftCvcY/Fpnicu59+p7KYha+rk4u2pY6Tu5+L&#10;mr6biaLBmIiswpCCr8KPg7W5j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6&#10;s4+EurP/kBoD/44lB/+WLAv/ojUQ/6w9GP+1RSP/vEwy+MFUQ/DDXFbnw2Nq2rtpfsyycI/Aqnac&#10;tqJ8p62cgq+ll4m2npOQu5mPmL6UjaDBkYypwouIrsKKiLS6ioi5tIqIubSKiLm0ioi5tIqIubSK&#10;iLm0ioi5tIqIubSKiLm0ioi5tIqIubT/kRoD/48lB/+YLAv/pDQQ/649GP+3RSP/v0wy9sVTQ+7I&#10;W1bjxmFq1L9ofse2bo67rXScsaZ6pqeggK+fm4a1mJeOu5OVlb6Okp3BipKnwoaOrsKEjbS7hYy5&#10;tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubT/kRoD/48lB/+ZLAv/pjQP&#10;/7A8F/+5RCL8wUsx9MlSQuvNWVXfyWBqz8JmfcK5bI22sXKbq6t4pqKlfq6ZoIS1kp2Luoyak76H&#10;mJvAhJelwoCWr8J/krO8gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCR&#10;uLX/khoD/5AlB/+bLAr/pzQP/7I8Fv+7RCH5xUsw8c5RQefSWFTazl5pysZlfL29a4ywtnCapbB2&#10;pZyqfK2TpoK0jKOJuYagkL2Bnpm/fZ6iwXuer8F5mbO8epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1&#10;epe4tXqXuLV6l7i1epe4tXqXuLX/khkD/5AlB/+dKwr/qjMO/7U8Ffy/RCD0yEou7dNQP+PYVlPT&#10;0l1oxcpje7fCaYuqu2+Yn7Z0o5WxeqyNrYCyhaqHt3+njrt6ppe+d6agv3Smrb9zobS7dJ64tXSe&#10;uLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLX/kxkD/5EkB/+fKwn/rDMN/7g7&#10;FPjDQx7vzUos59pPPd3eVVHN2Ftnvs9ierDIZ4mkwm2XmbxyoY+4eKmGtX6wf7KFtXmwjLh0r5W7&#10;cK+fvG6vrLxtq7W5bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubT/&#10;lBkD/5IkB/+iKgj/sDIM/rw6EvLHQhzo00kp4eFMO9TjU1HG3Vplt9VgeKnPZoedyWuUkcVwnofB&#10;dqZ/vnyseLyEsXK6i7RtuZO2aricuGe3p7hnt7e2aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7&#10;sWiyu7FosruxaLK7sWiyu7H/lRgD/5UjBv+lKQf/tDEK+ME6EOvOQhjg3Ucl1eVLO8vnUVC941lj&#10;r95fdKLYZYOW02qPis5vmX/Ic6F1xHinbsF9q2m+hK5lvYuxYbyTsl+8nbJfvKyxYr++rWK/vq1i&#10;v76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq3/lhgD/5khBf+qKAb/uTAI8Mg4DeHY&#10;QBPU40UmyutLO8HsT0+z6FdgpuVfb5riZnyO3GyGhNVxj3rQdZVzzXqbbMp/n2fHhKJjxoqkX8SR&#10;plzEmadaw6SnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKf/mBcC&#10;/54gBP+vJgX4wC4G5tAzCNXhPBTJ6kUov/JKO7XxTkyp71Zbne1faJLqZ3OH4218ft5ygnbaeIhw&#10;132Ma9SCkGbSh5Jj0YyVX8+SllzOmZhZzqKZWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljN&#10;q5pYzauaWM2rmljNq5r/mhcC/6UeA/+3IwPtySYD1t4pBsnpOxe+80Qps/hJOqj3TUif9lVVlPVf&#10;YInxaGiA7G9weOh1dXLlenlt4n99aeCEgGXfiYJi3Y6EX9yThl3bmYda2qGJWNmoiVjZqIlY2aiJ&#10;WNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIn/nBYC/60bAvbBHQHb2hMByegpCb3zOxmy&#10;/UMopv5HNpz9TEOT/VVNiv1fVoH5aV159XBic/J2Z27wfGpq7oFtZ+yGb2Tri3Fh6o9yX+mUdF3o&#10;mXVa56B3WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnj/ohUB/7cV&#10;ANjPCwDK5xMCvPMpC7H9Oxmk/0Ammf9FMo//SzyH/1REf/9fS3j/aVBx/3BUbP12WGn7fFpm+oFc&#10;Y/iGXmH3i19f9pBhXvaVYlz1mmNa9KBkWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY&#10;86VlWPOlZVjzpWX/rRAA1sMIAMjTCgC79BUDr/8qDaP/NxiX/z0ii/9DLIH/SjR6/1I6c/9eP27/&#10;aENp/29HZv91SWP/e0th/4FMX/+FTl3/ik9c/49QWv+TUVn/mFJX/55TVv+jVFb/o1RW/6NUVv+j&#10;VFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1TZugUAxccHALnZCACs/xcFov8rDZX/MxaJ/zke&#10;fv9AJXX/SCtt/1AwZ/9aNGP/ZTdg/205Xv9zO1z/eD1a/30+WP+CP1f/hkBW/4tAVf+PQVT/lEJT&#10;/5pDUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0PGvgUAt80FAKrk&#10;CAGf/xkGlP8oDIf/LhN7/zUZcf89Hmn/RSNi/00mW/9WKVj/XyxW/2gtVP9uL1P/czBS/3gxUf98&#10;MVD/gDJP/4QzTv+IM03/jDRM/5I0S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1&#10;S/+WNUv/ljW3xAMAqdQCAJz5CwKT/xsFhf8jCnn/KQ9u/zEUZf85GF3/QRtX/0oeU/9SIFD/WSJN&#10;/2AjS/9mJEr/ayVJ/28lSP9zJkf/dyZG/3snRf9+J0X/gihE/4coQ/+LKUP/iylD/4spQ/+LKUP/&#10;iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iyn/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5Nh&#10;Of+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F&#10;3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/&#10;hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueups&#10;s33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo&#10;9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+Q&#10;bUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPY&#10;htNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR&#10;/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33p&#10;arl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2of/gxwD/4AnB/99Mgz/iDcR/5A/GP+VSSL/l1Qt/5ZfOf+Ta0X/jndR/4iCW/qEjGT1f5Rr8Xqb&#10;cu52onfrcqd76W+tf+dssoLlariE5Gm/h+Jox4ngZs+K1mPWjM9i2IrPYtiKz2LYis9i2IrPYtiK&#10;z2LYis9i2IrPYtiKz2LYis9i2Ir/hBsD/4EnB/+AMQz/izYR/5M+GP+ZRyL/nFIt/5pdOv+YaUf/&#10;k3RT/o5+X/eIiWnxgpFy7X2Yeel4n3/ldKSE43CqiOBtsIzea7eP3Wq/kdtpyJPVZs+Vy2TRk8Zl&#10;1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7/hRsD/4ImB/+CMAz/jjUQ/5Y9&#10;GP+cRiH/oFAt/59bO/+cZkj/mHFW+5N8YvSNhm3uh4536ICVgOR6nIfgdaKM3XKokdpvr5XYbbeZ&#10;1WvAnNJpyZ7JZcmewmfNmL5p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZP/&#10;hhsD/4MmB/+FLwv/kDQQ/5k9F/+fRiH/o08t/6NaO/+gZEn/nW9Y+ph5ZfGSg3Hqi4x85IOSht99&#10;mY7aeKCV1nSnmtNwrp/Rbbajz2vApcdmwqfAaMaiu2rLm7dszpa3bM6Wt2zOlrdszpa3bM6Wt2zO&#10;lrdszpa3bM6Wt2zOlrdszpb/hhsD/4MmB/+HLgv/kzQQ/5s8F/+hRSD/p00t/6ZYO/+kYkr8oWxZ&#10;95x2aO+WgHXnj4mB4IeQjNqAlpXVep6d0XWlo81wrKjLbbWsx2u+rb1ov6y4a8Oms23In7BvzJmw&#10;b8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJn/hxoD/4QlB/+JLQv/lTMP/508Fv+k&#10;RCD/qkwt/6pXO/6oYEv4pWpa86F0au2cfnnkk4aG3IuNktWDlJzPfJuly3ejqsd0q63Ec7Wvv3C8&#10;sLVrvLCwbsGprHDGoqlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypz/hxoD&#10;/4QlB/+LLAr/lzMP/587Fv+mRB//rEss/65VO/usX0v1qmhc7qZxbOegenzfl4KK1Y6ImM2Fj6HH&#10;gJenwnuerL14p6+6drCxt3W6sq1wurKpcb+spXTEpKN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1&#10;yZ6jdcmeo3XJnqN1yZ7/iBoD/4UlB/+MKwr/mDIO/6E7Ff+pQx//r0ss/7FUO/ixXUvxr2Zc6qtv&#10;buGjdn/VmX2PzJGEmcWKjKK+hJOouX+arbR8o7CwequzrXm2tKZ0ubSidb2vn3fDpp15x6Cdeceg&#10;nXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15x6D/iBoD/4UlB/+OKgr/mjIO/6M6Ff+rQh7/&#10;sUor/bVTO/a1XEvus2Rd5a5sb9ulc4HOnXqPxZWBmb6OiKK3iJCpsYSXrqyAn7Gofqi0pX2ytZ96&#10;uLabebuxmXvBqJh8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqL/iRoD/4Yl&#10;Bv+QKgr/nDEN/6U6FP+tQh7/tEor+7hSOvO5WkvquGJe4bFqcNOpcIHIoHePv5l+mbeShaKwjIyp&#10;qoiUrqWEnLKggqS1nYGutpl/t7eUfbqzk3/AqpJ/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOS&#10;f8Wjkn/Fo5J/xaP/iRkD/4YkBv+RKQn/nTEN/6c5FP+vQh3/tkkq+LxQOvC9WUvnvGFe3LVncc6s&#10;b4HDpHWOuZx8mbGWgqKqkYqpo4yRrp6JmbKZhqG1loWrt5OFtreOgbm0joO/q42DxKWNg8SljYPE&#10;pY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKX/iRkD/4ckBv+TKQn/nzEN/6k5E/+xQRz/uUkp&#10;9sBPOe3CV0rkv19d1rlmcMmwbYC+qHOOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qpt4yKtLiI&#10;hri1iIe+rIiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6b/ihkD/4ckBv+U&#10;KQn/oTAM/6s5Ev+0QRz8u0go9MNOOOvHVkrgw15d0bxlb8Sza4C5q3GNr6R3mKaefqGemoSol5aM&#10;rpGTlLKMkZy1iI+mt4WPsbiCjLe2goy+rYOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm&#10;g4zDpoOMw6b/ihkD/4gkBv+WKAj/ozAM/604Ev+2QBv6vkgn8cdON+fMVUjcx1xczL9jb7+3aX+0&#10;sHCMqal1l6Cje6CYn4KokZuJrYqZkrKFlpq1gZWkt36Vr7d7kre2fZG9rn2Qwqd9kMKnfZDCp32Q&#10;wqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqf/ixkD/4kkBv+YKAj/pS8L/7A4Ef+5QBn4wkcm7stN&#10;NeTQVEbVy1tbx8Nibrq7aH6utG6Lo65zlpqpep+SpYCmiqGHrISfj7F+nZi0epyhtnibrLZ1mre2&#10;d5i9rniWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqf/jBgD/4ojBv+aJwf/&#10;py8K/7M3D/y9PxjzxkYj6tBMMuDVUkXPz1lawchgbLTAZnyoumyKnbRylZSweJ6LrH6lg6iFqn2m&#10;jK94pJWydKOftHGjqrVvpLm0cKC+rXKdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3C&#10;p3Kdwqf/jBgD/4wiBv+dJwf/qi4J/7Y2DvfBPhbtzEYg5NhLLtncUETJ1FhYu81ea67GZXqiwGqI&#10;l7twko23dZuEs3yifbGDqHaviqxxrZOvba2dsWqtqbJprbexaqm/rGumw6ZrpsOma6bDpmumw6Zr&#10;psOma6bDpmumw6ZrpsOma6bDpmumw6b/jRgC/48gBf+gJgb/ri0I/bs1DPHHPRPl00Qc3eBILdDh&#10;T0LC21ZWtNNdaKfNY3iayGiFj8Nuj4XAdJh9vXqedrqBpHC5iahruJKqZ7ecrGW4qK1juLatZLXB&#10;qWWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaT/jhcC/5MfBP+kJQX/sywG&#10;98EzCejOPA/c3kAZ0OVILsflTUK54FVUrNtbZZ/VYXSS0GaBh81si37KcpN2yHmZb8aBnmrFiaJl&#10;xZKkYsSdpl/Ep6ddxLSnXsPEpF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9&#10;yKD/kBcC/5gdBP+pIwT/uSkE7sgxBt3aNArQ5EEbxutHLrzqTEGw5lNSo+NaYZfgYW6M3Wh5gttu&#10;gnrZdYly1XyPa9KCk2XPiJdgzY+aXMyXnFrLoJ1Yy6udV8u6nVnMzJlZzMyZWczMmVnMzJlZzMyZ&#10;WczMmVnMzJlZzMyZWczMmVnMzJn/khYC/50cA/+vIAL2wCUC4tMkA9DjMgzF7EAduvFHL7DvSz+l&#10;7VFOmutaWo/qYmWF6GpufedydXXjeHtv4H6Aad2EhGTbiodg2ZGJXdiYi1rWoI1Y1qiOVtW0jlTV&#10;wY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY7/lBUC/6QZAv+3HAHpyxYB0eEd&#10;AsXsMQ669UAervdFLqP1Sjya9FBIkPNaU4bzY1t+8mxid/FzaHHuem1s64BwZ+mGc2PnjHZg5pJ4&#10;XeSYelrjnntY46V9VuKvflThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH7/&#10;mBMB/60UAfPDDwDS2AsAxOweBLj2MRGt/T4eov1DK5f8SDeO/E9BhfxZSX38Y1B3/G1WcPt0Wmv5&#10;el5o94FhZPWHY2HzjWVf8pNnXfGZaFrwnmlY76VrVu+tbFTutG1U7rRtVO60bVTutG1U7rRtVO60&#10;bVTutG1U7rRtVO60bVTutG3/oxAA8bkMAM7JCQDE3wsAtvcfBqz/MhKg/zsdlP9BJ4r/RzGB/045&#10;ev9YP3P/YkVu/2xJaf9zTGb/ek9j/4BRYP+GU17/jFRc/5JVWv6YV1n9nVhX/KRZVfurWlT7sVtU&#10;+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVvwrwgAzb8HAMDNCAC07g4Cqf8hCJ//&#10;MRGS/zcah/8+In3/RSl1/00wbv9VNWn/YDll/2o8Yf9xPl//d0Bc/35CWv+EQ1n/iURX/49FVv+U&#10;RlX/mkdT/6BIUv+nSVH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUrPuAQA&#10;vsMFALLUBgCm/hADnP8jCJD/LQ+E/zMWef87HHD/QyJp/0onYv9SKl3/XC1a/2UwWP9tMVb/czNU&#10;/3k0U/9+NVL/hDZQ/4k3T/+OOE7/kzhN/5k5TP+gOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/&#10;pjpL/6Y6S/+mOkv/pjq/vAMAsMoDAKPcAwGZ/xIDj/8iCIL/KA12/y8Sbf83F2X/Pxte/0ceWP9O&#10;IVT/VyNR/18lTv9lJk3/bCdL/3EoSv92KUn/eypI/4AqR/+FK0b/iStF/44sRP+ULEP/mi1D/5ot&#10;Q/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi2xwgEAo9IAAJXrAwGM/xMDgP8cBnT/Iwpp&#10;/yoOYP8yEln/OhVT/0IXTv9JGUv/URpI/1gcRv9dHUT/Yx1D/2ceQf9sH0D/cB8//3QgPv94ID3/&#10;fCA8/4EhO/+HITv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCL/eh0D/3Yo&#10;Bv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k&#10;+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97&#10;kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn&#10;/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/s&#10;YdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9y&#10;Mwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0&#10;Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc91b5nP/ehwD/3cnBv90Mgv/fzYP/4Y9Ff+LRx3/jlEn/4xeMf+Jazz/hXdG/4GDTv99j1b/&#10;eZhc/HWgYflypmX3b61p9WyzbPNquW/yaMBx8GbIc+xkzXXoYdR241/ed9td43nVXeV21V3ldtVd&#10;5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd5Xb/exwD/3cnBv93MAr/gjUO/4o8Ff+PRh3/kk8n/5Fc&#10;Mv+OaD3/inRI/4aAUv+Bi1r8fZVh+HidZ/V0pG3ycapx8G6wdO5rtnfsab566mfHfedlzn/iYtaA&#10;2V/dgdBf4H7MYON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje8xg43v/fBwD/3gmBv96Lwr/&#10;hTMO/407FP+SRBz/lk4n/5VaMv+SZT7/jnFK/4p9Vf6FiF75gJJn9HuabvB2oXPtcqd46m+ufehs&#10;tIDmabyD5GfGhuFlz4jZYteKz2HZiMhi3YLEY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPg&#10;f8Rj4H//fRsD/3kmBv98Lgr/iDIO/5A6FP+VQxz/mkwn/5lYM/+WYz//km5M/456V/yJhWL1hI9r&#10;8H6Xc+x5nnrodKWA5XCrheJss4ngaruM3mjGj9pm0ZLOYtGSx2TVjMFl24a9Zt2CvWbdgr1m3YK9&#10;Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YL/fRsD/3omBv9/LAr/izEN/5M6E/+YQhz/nUsm/51WM/+b&#10;YUD/l2xN+5J2WveNgWbyiIxw7IKUeed7m4HjdaKI33GpjtxtsZLZa7uW12nImcxky5vFZc6XwGfS&#10;kbpo2Iq2aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24b/fhsD/3smBv+BKwn/jTEN&#10;/5U5E/+bQhv/oEom/6FUM/+fX0H7nGlP9pdzXfGSfmrsjIh154WRgOJ+mIndeKCR2HKnl9Jtr53P&#10;bLmfzGvFoMNnx6C8aMubt2rQlLJs1Y2vbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s&#10;2Yn/fhoD/3slBv+DKgn/jzAM/5g4Ev+eQRv/o0km/6ZSM/2kXUH3oWdQ8ZxxX+uXe23lj4N63oeL&#10;htV+kpHPeJmXynShnMdxqp/Db7OhwW6/o7prxaOza8ifr23NmKtv0pGpcNaMqXDWjKlw1oypcNaM&#10;qXDWjKlw1oypcNaMqXDWjKlw1oz/fxoD/3wlBv+GKQj/ki8M/5s4Ev+hQBr/p0gl/6pRMvmpW0Hz&#10;pmRR7KJuYeWadnDckX5/0omGi8uCjZPFfZWZwHidnrx1paG5c66ktnK5pbJww6arb8aiqHHLm6Rz&#10;0JOidNSOonTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjqJ01I7/gBoD/3wlBv+IKAj/lC8L/503&#10;Ef+kPxn/qkck/a5PMvatWUHvq2JS56ZrYt6ecnPSlXqByo2Ci8OHipO9gZGat32Zn7N5oaOvd6qm&#10;rHa0p6p2waijc8OloHXJnp53z5acd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pH/&#10;gBoD/30lBv+KJwj/li4L/582EP+nPxj/rUcj+7JOMfOyV0HrsWBS4qpoZNaicHTMmXeBw5J/i7yL&#10;hpS1ho6ar4GVoKp+naSme6ano3qwqaF5vKmbd8GomXnHoJh6zZiXe9GTl3vRk5d70ZOXe9GTl3vR&#10;k5d70ZOXe9GTl3vRk5d70ZP/gRoD/34kBv+MJgf/mC4K/6I2EP+pPhj/r0Yj+LVNMPC3VkDntV5S&#10;3a5mZNClbnPGnXWAvZZ8i7WQg5SuioubqIaSoKOCmqWff6Oom36tqph9uauUe8Cqk33GopJ+zJmR&#10;f9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlJF/0JT/gRkD/34kBv+NJgf/mi0K/6Q1D/+s&#10;PRf+skUi9rhMMO28VEDkuF1R17JkY8upbHPAoXOAt5p6i6+UgJOoj4ibooqPoJyHl6WXhKColIKp&#10;qpGCtauNgb+rjYHFpIyCy5uMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5X/ghkD&#10;/38kBv+PJQf/nC0J/6Y1Dv+uPRb8tUUh87xLLurBUj/gvFtR0bVjY8atanK7pXF/sp53iqmYfpOi&#10;k4Wam4+NoJaMlaWRiZ2ojYenq4qHsqyHh7+shobEpYeGypyHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eG&#10;zpeHhs6Xh4bOl4eGzpf/ghkD/4AjBf+RJQb/niwJ/6g0Df+xPBX6uEQf8L9LLefFUT3cwFpQzbhh&#10;YsGwaHG2qW9+rKJ1iaSdfJKcmIKalZSKoI+RkqWKjpuoho2lq4OMsKyBjb6sgIvDpoGLyZ2Bi82Y&#10;gYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGLzZj/gxkD/4IiBf+TJAb/oCwI/6szDf+0PBT3&#10;vEMe7sRKK+TJUTvVxFhPyLxgYby0Z3CxrW19p6dziZ6ieZKWnYCZj5qIn4mXkKSDlJiof5OiqnyS&#10;rat6krusepHDpnuQyZ58j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZj/gxgC/4Qh&#10;Bf+VJAb/oisI/60zC/63OxL0wEIc6slJKODNTznQx1dOw8BeYLe4ZW+rsmt8oaxxh5ineJCQo36Y&#10;iaCFnoKdjaN9m5aneJmgqXWZq6pzmbirc5jDpnWWyZ52lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2&#10;lc2ZdpXNmXaVzZn/hBgC/4cgBf+XIwX/pSoH/7EyCvu7OhDxxUEZ589IJdvSTTjLy1VMvcRdXrG+&#10;Y26luGp7m7JvhpKudo+JqnyWgqeDnHuki6F2opSlcaGdp26gqalsobapbaHDpm+dyZ5wnM2YcJzN&#10;mHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZj/hRgC/4oeBP+aIgT/qCkG/7UwCPbAOA7ry0AV&#10;4dhGINPYSzbF0FRLt8lbXKvDYmyfvmh4lLlug4u1c4yDsnqTe6+BmXWtiZ5vq5Kia6qcpGiqp6Vm&#10;qrSmZqvFpGimypxppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZf/hhcC/40cBP+e&#10;IQT/rCcF/bovBu/HNgrj1D4Q2N9DH8veSjS+1lJIsNBaWqTKYGmYxmZ2jcFsgIS+col7u3iQdLl/&#10;lW63h5pptpCdZbWboGK0pqFgtbOhX7bFoGGxzJpirs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V&#10;Yq7PlWKuz5X/hxcC/5EaA/+iIAP/siUD9cArBObPMQbY3jgPzOVDIMPiSTO23lFGqdhYV5zSXmWQ&#10;zmRyhstqfHzIcIR0xneKbsR+j2jDh5RjwpCXX8GbmVzBpppbwrObWsPFmlu+z5VcutKRXLrSkVy6&#10;0pFcutKRXLrSkVy60pFcutKRXLrSkVy60pH/iRYC/5YZAv+oHQL+uCEC7MkiAtndJQTM5TcRwupD&#10;IrfnSDOs5E9EoOBWU5TdXWCI2mNrftZqdXXUcH1u0neDZ9F/iGLQh4te0JGOWtCckFjQp5FW0LWS&#10;VdLHkVbN1I5WyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1ov/ixUC/50XAf+vGQH0&#10;wRgB3dgRAMzlJgXB7jcTtu9CI6vtRzKh60xAlulVTYvnXViC5mVheeRsaXLkdG9s43x0Z+KEeGLi&#10;jXte4pV+W+CegFjfp4JV3rGDU96+g1Le0oNR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdnc&#10;glHZ3IL/jxMC/6QTAf64EgDWzAsAzOQRAcDvJge19TgVqvRAIp/zRjCV8ks8jPFURoLwXU968GZW&#10;dPBuXG7vdmFp735kZe+GaGHvjmpe7pZtW+2eb1jrpXBW665xVOq4clLqx3NR6dVzUenVc1Hp1XNR&#10;6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XP/mBAB/64OANTBCQDJzwkAvvASArP5Jwqp+zgVnvs+IZP7&#10;RCyJ+ko1gfpTPnn6XUVy+mZKbfpvTmj6dlJk+n5VYfqGV1/7jlpc+pZbWvmdXVf4pV5V96xgU/e1&#10;YVL2wWFQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymL/owsA1rgGAMbEBwC71AkA&#10;sPwUA6b/KQuc/zUVkP87Hob/QiZ9/0kudf9RNG//Wzpp/2U+Zf9uQWL/dURf/3xGXP+DSFr/i0lY&#10;/5NLVv+bTFX/ok1T/6lOUf+xT1D/u1BP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//&#10;w1HarwIAxrwFALnJBQCt2wgAo/8XBJr/KwuO/zESg/84Gnn/QCBw/0cmaf9PK2P/WC9f/2IyXP9r&#10;NFr/cjZY/3g4Vv9/OVT/hjtS/408Uf+VPU//nD5O/6M+Tf+qP0v/s0BK/7lBSv+5QUr/uUFK/7lB&#10;Sv+5QUr/uUFK/7lBSv+5QUr/uUHItQIAuMEEAKvQAwCf6wkBlv8aBYv/Jgp//y0Pdf81FWz/PRpl&#10;/0QeXv9MIlj/VCVV/10nUv9lKVD/bCpO/3MrTf95LEz/fy1K/4UuSf+ML0j/kjBH/5kwRf+gMUT/&#10;qTJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjK4ugIAqsgAAJ3ZAACS/wwCif8a&#10;BH3/IQhy/ygMaP8wEGD/OBRa/0AXVP9IGk//TxxM/1cdSf9dHkf/YyBF/2kgRP9vIUL/dCJB/3oi&#10;QP+AIz//hiQ+/4wkPf+SJTz/mSU7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niar&#10;wQAAndAAAI/hAACG/w4Cev8VA27/HAZk/yMJXP8rDFX/Mw9P/zsRSf9CE0b/SRRC/08WQP9VFj7/&#10;Whc8/18YO/9kGDn/aBk4/20ZN/9yGjb/dxo1/3waNP+BGzP/iBsy/40bMv+NGzL/jRsy/40bMv+N&#10;GzL/jRsy/40bMv+NGzL/jRv/cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5&#10;/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/n&#10;We9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99&#10;Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HM&#10;W/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D&#10;/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/&#10;abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ&#10;8V/lWfFf5VnxX+VZ8V//cB4D/2woBv9rMQn/dTYN/3s8Ev9/Rhn/g1Ah/4FeKv9+azP/e3g7/3iG&#10;Qv91kkj/cptN/3CkUf9trFT/a7JX/2m5Wv9nwVz8Zcde+GLMX/Vg02HwXt1i7FzkY+hb6WTiWu9k&#10;4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYuBa8GL/cR0D/20oBv9uMAn/eDQM/387Ev+DRBn/&#10;h04h/4ZbK/+DaDT/f3U9/3yCRf95jkz/dplS/3KhVv9vqVr+bbBe/Gq3YftovmP5ZsZl9GPMZ/Bh&#10;02nrX95r5l3lbOBb6W3ZXO5o1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72f/ch0D/24o&#10;Bv9xLgn/ezIM/4M6Ef+HQxj/ikwh/4pZK/+HZTX/g3I//39+SP98i1D/eZZW/3WfXP1ypmD6bq1k&#10;+Gy0aPZpvGv0Z8Vt8GTMcOth03LlX99z3lzldNZc6HHPXu1szV7ua81e7mvNXu5rzV7ua81e7mvN&#10;Xu5rzV7ua81e7mv/cxwD/28nBv90LQj/fjEM/4Y5Ef+LQhj/jksh/45WK/+LYzb/h29B/4N7S/9/&#10;h1P+fJJb/HicYfl0pGf2cKtr822yb/FqunPvaMN262XMeOZi1XreX998013je81f5nbHYOpwxmDs&#10;bsZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7/dBwD/3AnBv92Kwj/gS8L/4k4EP+OQBj/kkkh&#10;/5NULP+QYDf/jGxD/4d3TfuDg1f4f45g9nqXZ/N2oG7wcqhz7W6veOtruHzoaMJ/5mbNgt9i2ITR&#10;X9yFymDgf8Vh43q/Y+h0vmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XL/dBwD/3AmBv95&#10;Kgj/hS4L/403EP+SPxf/lkgg/5dSLP+VXjj+kWlE+ox0UPWHf1vygoll7n2Tbup3m3XncqN85G6r&#10;geFqs4beZ72K2mXKjdJi1I7IYtiKwmPchLxl4H63ZuV4tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2&#10;tmbmdrZm5nb/dRsD/3EmBv98KAf/iC0K/5A2D/+WPhb/mkcg/5xQK/+aWzj5l2ZF9JJwUu+Me1/q&#10;hYVq5X6NdOB4lX3bcp2F1G2ki9BqrY7NaLeQy2jDkchn0ZK/ZdSPuWfZibRo3YKwaeJ8rmrkea5q&#10;5HmuauR5rmrkea5q5HmuauR5rmrkea5q5Hn/dhsD/3ImBf9/Jwf/iiwK/5M1Dv+ZPRb/nkYf/6FO&#10;K/ugWTj1nGNG75htVOiQd2LiiH9v2oCHe9J6j4PNdZeJyXGfjcVuqJHCbLGTv2u8lb1ry5W2adCU&#10;sWvVjaxs24aobeB/p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt4nz/dhsD/3MlBf+BJgf/&#10;jSwJ/5Y0Dv+dPBX/oUQe/qVMKvelVzjwomFH6ZxqVuGUcmXYjHtzz4WDfMl/i4TDepOKv3abj7pz&#10;o5O3cKyWtG+3l7FvxJisbc2YqW/TkKVw2Imhcd6CoHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHg&#10;f6Bx4H//dxsD/3QlBf+DJQb/kCsJ/5kzDf+gOxT/pUMd+6lLKfOqVDjsqF5H46FnV9qZb2fPkXhz&#10;x4qAfcGEiIW7f4+LtXqXkLF3n5StdKiXqnOymadyv5qkcsuaoXPQk5501oybddyEmnXegZp13oGa&#10;dd6BmnXegZp13oGadd6BmnXegZp13oH/eBoD/3YkBf+GIwb/kioI/5syDP+jOhP/qEIc+K1KKPCv&#10;UjfnrFxH3qVkWNGdbWbIlXVzwI58fbmJhIWzg4yMrX+Tkal7m5WleaSZoXeum552upydd8qcmXfP&#10;lpd41I6VeNuGlHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg5R43YP/eBoD/3gjBf+IIwb/lCoI&#10;/54xC/+mOhL+q0Ib9bBJJ+y1UDbjsFpG2KljV8yha2bCmnJyupN6fLONgYWsiImMpoSQkaGAmJad&#10;faGamXuqnJZ7tp2Ue8aeknvNmJF805CPfNmIj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchY98&#10;3IX/eRoD/3oiBf+KIgX/likH/6AxC/+oORH7r0Ea8rRIJum5TzTftFlF0q1hVselaWW9nnBytJd3&#10;fK2RfoWmjIaMoIiNkZqFlZaWgp6akoCnnY9/s56NgMKei4DMmouB0pKKgNiJiYDbhomA24aJgNuG&#10;iYDbhomA24aJgNuGiYDbhomA24b/eRoC/3shBP+LIgX/mCgH/6MwCv+rOBD5skAY77hHJOa9TjPb&#10;uFdEzbBgVsKpZ2S4om5xr5t1e6eWfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+FhL+fhYXLm4WF&#10;0ZOFhdiKhITah4SE2oeEhNqHhITah4SE2oeEhNqHhITah4SE2of/ehkC/30gBP+NIQX/mygG/6Uv&#10;Cf+uNw72tj8X7LxGIuPBTjDVvFZDyLReVb2sZmOzpmxwqp9ze6GaeoSaloGLlJKIkY6PkJaJjJma&#10;hIqjnYGKrp9+iryfforKnH+K0JR/idaLf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yj/&#10;ehkC/38eBP+QIQT/nScF/6guCP6yNg3zuj4V6cFFH9/FTC/Qv1RCxLddU7iwZGKuqmpvpKRxepyf&#10;d4OUm36KjpiGkIeVjpWCkpeZfZCgnHqPq554j7mfd5HKnXmQz5V5jtaMeY3YiXmN2Il5jdiJeY3Y&#10;iXmN2Il5jdiJeY3YiXmN2In/exkC/4EdBP+SIAT/oCYF/6stB/u1NQvwvj0S5sdEHNrJSS7Lw1NB&#10;vrxbUrO1YmGor2lun6pveJaldYGOoXyJh56Dj4Gbi5R7mZSYd5eem3OWqZ1xlraecJfInXKWz5Vz&#10;lNWMdJPYiXST2Il0k9iJdJPYiXST2Il0k9iJdJPYiXST2In/fBgC/4QcA/+VHwP/oyUE/68sBve6&#10;MwnsxDsP4s5CGNPOSCzGx1JAucBaUa26YV+jtGdsmbBtd5CrdICIqHqHgaWBjXqiiZJ1oJKWcJ6b&#10;mWyep5tqnrScaZ/Fm2ye0JRtmtaMbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2In/fRgC&#10;/4caA/+YHgP/piMD/7MpBPPAMQfnyzgL3dg6Fs3SRirAzFA+s8ZYT6fAX12cu2VqkrdrdImzcX2B&#10;r3iEeq1/inSqh49uqY+TaaealmanpZhjp7KZYqjDmGWn0ZNmo9aLZ6HZiWeh2YlnodmJZ6HZiWeh&#10;2YlnodmJZ6HZiWeh2Yn/fhcC/4sYAv+cHAL/qyEC+7kmA+3HLATf1TEG0945FMbYRCi50U47rMxW&#10;TKDHXVqVwmNni79pcYK7b3l6uHaAc7Z9hm20hYtos46PY7KYkmCxpJNesrGUXLLClF6y05BfrNmJ&#10;YKrahmCq2oZgqtqGYKrahmCq2oZgqtqGYKrahmCq2ob/fxcC/5AWAv+hGgH/sR0B9MAgAePRIAHT&#10;3ywGyeI7FL7fRCWy2Uw4pdNUSZnPW1eOy2FjhMhobHvFbnVzw3V7bMF8gWfAhIViv46JXr6Yi1q+&#10;pI1YvrGOV7/CjVi/14tZuNyFWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YP/gRYC/5UU&#10;Af+nFgH9uBcA6csRANPfFgHI5ywHvuY7FrPkRCWo4Us1nN1SRJHZWVKG1WBdfNNmZnTRbW5sz3R0&#10;Zs58eWHNhX1czI6AWcyZg1bMpYRUzLOFU83EhVPN3YNTxuB+VMPhfVTD4X1Uw+F9VMPhfVTD4X1U&#10;w+F9VMPhfVTD4X3/hxMB/5wSAf+uEQDawgoA0NIKAMfoGAG87CwKsus8F6jqQyWd6EgzkuZQQIjk&#10;WUt+4mBUduFoXG/gb2Jo33doY95/bF7eiHBa3pFzV96bdVTep3dS37R4UN/EeE/g3nhP1uV1T9Pn&#10;dE/T53RP0+d0T9PndE/T53RP0+d0T9PndE/T53T/jw8B/6QOANu4CADNxQkAxdUKALrxGgOw8i0M&#10;pvE7GJvwQSSR70cvh+5OOn7uWEN37WFKcO1pUGrscVVl7HlZYeyBXF3sil9a7JNhV+2dY1Xtp2VS&#10;7bNmUe7AZ0/v1GhO6+ZoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaE3o6Gj/mQsA3a4EAMy8&#10;BgDByQcAuNsKAK34HASk+C8Nmfg5F4/4PyGF+EYqfPhNMnX3Vzlu92A/afdpQ2T4cUdh+HlKXfiB&#10;TFr4iU9Y+JJRVvmbUlP5pVRR+q9VUPq7Vk76yldN++NXTPvpV0z76VdM++lXTPvpV0z76VdM++lX&#10;TPvpV0z76VflpQAAzrQEAL+/BQC0zgYAqusNAaD/HwaX/y8NjP82FYL/PR14/0QkcP9MKmr/VC9l&#10;/14zYf9nN13/bzla/3Y8WP9+Plb/hj9T/45BUf+XQlD/oENO/6lFTf+zRUv/vkZK/9BHSf/cR0n/&#10;3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EfRrgAAv7kDALLFAwCn1QUAnP0PApT/IgaJ/ysMfv8y&#10;EnX/Ohhs/0IdZf9JIl//USVa/1ooV/9jK1T/ay1S/3IvUP95ME//gDFN/4gyS/+QNEr/mDVI/6E1&#10;R/+qNkb/szdE/784RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOET/xTjBswAAsr4CAKXMAQCZ&#10;3QMAkP8SAob/HwV7/ycKcf8uDmj/NhNh/z4XWv9GGlX/TR1R/1UfTv9dIEv/ZCJJ/2sjR/9xJEb/&#10;eCVE/38mQ/+GJ0H/jihA/5YoP/+eKT3/pyk8/7AqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0&#10;Kjz/tCqzuAEApcYAAJfVAACL7wQBhP8TAnf/GgRt/yIHZP8qC1z/Mg5V/zkRUP9BE0v/SBVI/08X&#10;Rf9WGEL/XBlA/2EaPv9nGjz/bRs7/3McOf95HDj/gB02/4gdNf+PHjT/lx4y/6AfMv+kHzL/pB8y&#10;/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB+mwAAAl84AAIneAAB//wcBdP8QAmn/FQNf/xwFV/8kCFD/&#10;LApK/zMMRf87DkH/QQ89/0cQOv9NETj/UhE2/1cSNP9cEzL/YRMx/2YUL/9rFC7/cRUt/3cVLP99&#10;FSr/gxYp/4sWKf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFin/jhb/ZiAD/2EqBf9hMwj/aTYL&#10;/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/&#10;Xs1I/1zUSv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV&#10;+E3/ZiAD/2EqBf9hMwj/aTYL/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aq&#10;QP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zUSv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN&#10;7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD/2IqBf9jMQj/azUL/3A8D/9zRRX/dU8c/3ZdI/9zbCr/&#10;cHox/22HNv9rlDv/aZ8//2ioQv9msEX/ZLhH/2PASf9hx0r/X8xM/13TTfxc3k75WuRP9VnqUPFY&#10;71HtV/RR6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VD/Zx8D/2MqBf9lMAj/bjML/3Q6&#10;D/93QxX/eU4c/3paJP93aCv/dHYz/3GEOf9ukD//bJtD/2qlR/9orUr/Z7ZM/2W+Tv9jxVD/YctS&#10;/V/SVPld3VX0W+RW8FrqV+tY8FjnWPVX41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lT/&#10;aB8D/2MpBf9oLgf/cTIK/3c4D/97QhX/fUwc/35YJP97Zi3/d3M1/3SAPP9xjEL/b5dH/2yhS/9q&#10;qk//aLJS/2e7VP9lxFb+YspY+WDRWvVe3FzwXORd6lrrXuZZ8V/iWvVb3Fv5V9xb+VfcW/lX3Fv5&#10;V9xb+VfcW/lX3Fv5V9xb+Vf/aR4D/2QpBf9rLQf/dDAK/3s3Dv9/QRX/gUoc/4JVJf9/Yy7/e3A2&#10;/3h8Pv91iUX/cZRL/2+eUP9splT/aq5Y/Wi3W/xmwF36ZMlg9WHQYvBe3GPqXOVl5VvsZt5a8GPY&#10;W/Rg0V34W9Fd+FvRXfhb0V34W9Fd+FvRXfhb0V34W9Fd+Fv/aR4D/2UoBf9uKwf/eC4K/382Dv+D&#10;PxT/hUgc/4dTJf+EYC//gGw4/3x5Qf94hUn+dJBQ+3GZVvluolr4a6pf9miyYvRmu2XzZMVo8GLQ&#10;a+pf3W3jXedu21vqbdNc72jNXvNkyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91//ah4D&#10;/2YoBf9xKQf/eywJ/4M1Df+HPhT/ikcb/4xQJf+JXS//hWk6/YF1RPp8gE33eItV9HOVXPFvnWLv&#10;bKVn7Wmta+tmtm/oY8By5mHMdeNg33fWXOR4zl7pcslf7W3EYPBov2L0Y79i9GO/YvRjv2L0Y79i&#10;9GO/YvRjv2L0Y79i9GP/ax0D/2cnBf90Jwb/fysI/4czDf+MPBP/j0Ub/5FOJf+PWjD8i2Y7+IZx&#10;RvOBfFHvfIda7HaQYuhxmGnlbKBw4Wiodd5ksHrbYrp+2GHHf9Rh2n/LX+F+xGHld79i6XK7Y+1t&#10;tmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk8Wf/bB0D/2omBf93Jgb/gioI/4oyDP+QOxL/&#10;k0Ma/5ZMJP2VVzD3kWI88oxtSeyGeFTnf4Ff4niKadxyknLWbZp40mqifM5nq3/LZrSByWW/g8dk&#10;zoTBY92DumTifLZm5nayZ+pxrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvaq5o72r/bRwD/2wk&#10;Bf96JAX/hSkH/44xC/+UORH/mEIZ/5tKJPibVDDyl18965JqS+WKc1jegnxk1XyFbs92jXXKcpV6&#10;xm6dfsNspYK/aq+EvWm5hrpox4e3aNqHsWjega1p43qpa+h0pmvsbaZs7W2mbO1tpmztbaZs7W2m&#10;bO1tpmztbaZs7W3/bRwD/24jBP99IgX/iCgH/5EwCv+YOBD/nEAY+59JI/ShUi/tnVw95ZZmTN2O&#10;b1rTh3hlzIGBbsZ7iXbBd5F7vHOZgLhwoYS1bqqHsm20ia9swYqtbNKKqGzchaVt4X6ibuV3n2/r&#10;cJ9v63Cfb+twn2/rcJ9v63Cfb+twn2/rcJ9v63D/bhwD/3EiBP9/IQX/iycG/5QvCf+bNw//oD8X&#10;+KRHIfCnTy7oolo935tjTdSUbFrLjHVlxIZ9b76AhXa4fI18s3iVga91nYWrcqWJqHGvi6Vwu4yj&#10;cMuNoHHZiJ1x34GbcuR6mXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcplz6XL/bxsD/3MgBP+C&#10;IAT/jiYG/5cuCP+fNg79pD4V9KhGIOysTS3jp1g82aBhTM2YalnFkXJlvYt6braFgnawgIl9q32R&#10;gqd5mYajd6KKn3WrjZx0t46adMaPmHXWi5Z23YOUduJ8k3bndJJ26HSSduh0knbodJJ26HSSduh0&#10;knbodJJ26HT/bxsC/3UfBP+EHwT/kCUF/5otCP+iNQz6qD0U8axFHuiwTCvfq1c70qRfS8icaFm/&#10;lW9kt493brCKf3aqhYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMKQkXrVjY9624WOeuF+jXrmdo16&#10;5naNeuZ2jXrmdo165naNeuZ2jXrmdo165nb/cBsC/3YeA/+GHgT/kyUF/50sB/+lNAv3qzwS7rFD&#10;HOW0Synar1U6zaheSsKgZli5mm1ksZN1bqqOfHajioN9noaLgpmCk4eUgJuLkH6ljo19sJCKfb6R&#10;in/Tj4l+2oeIft9/h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+5Xf/cBsC/3gdA/+IHgP/&#10;lSQE/6ArBv+oMgr0rzoR67VCGuG4SifUs1M5yKtcSb6kZFe0nmtjrJhybaSTeXWejoF8mIuIgpKH&#10;kIeNhZmLiYOijoaCrpGDgryRgoPOkYOD2YiCgt+BgoLkeYKC5HiCguR4goLkeIKC5HiCguR4goLk&#10;eIKC5Hj/cRoC/3ocA/+KHQP/lyME/6IpBfysMQnxszkP6LpAF928SCXPtlI4w69bSLmoYlavompi&#10;p5xwbJ+Xd3WYk358kpCGgoyNjoeHipeLg4igjn+Hq5F8h7mRe4fLkXyI2Il9h96CfYbken2G5Hl9&#10;huR5fYbkeX2G5Hl9huR5fYbkeX2G5Hn/cRoC/3waA/+NHAP/miID/6UoBPmvLwfuuDcM5L8/FNjA&#10;RiTKulA3v7NZR7SsYVWqpmhhoaFua5mcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejniNqZB2jLaRdI3I&#10;kXaO2Ip3jN2Cd4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjeneK43r/choC/38ZAv+PGwL/nSAD&#10;/6kmA/azLQXqvTUJ4MY8ENLERCPFvU81urdYRq+xX1Slq2ZgnKZtapSic3OMnnp6hpuBgICYiYV6&#10;lpKJdZSbjXKTpo9vk7SQbZTFkHCV2Ipwkt2DcZDje3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ&#10;43v/cxkC/4IXAv+SGgL/oB8C/60kAvK4KgTmwzEG28w1D8zIQiHAwk00tLxWRKm2XlKfsWRelqxr&#10;aI6pcXGGpXh4f6J/fnmgh4N0nY+Ib5yZi2ubpI1om7KOZ5vCjmmd2Ipqmd2Ca5bje2uW43trluN7&#10;a5bje2uW43trluN7a5bje2uW43v/dBkC/4UVAv+WGAH/pBwB+7IgAe2/JQLhzCoD1NEyDcfMQR+6&#10;x0wxrsFUQqO8XFCZt2JckLNpZoewb26ArXZ1eap9e3OohIBtpo2FaKWXiGWko4pipLCLYKTBi2Km&#10;2Yhjot6BZZ7jemWe43plnuN6ZZ7jemWe43plnuN6ZZ7jemWe43r/dhgC/4kTAf+aFgH/qRgB9rgb&#10;AefHGgHb2RwBzdYwC8DSPx20zUovqMhSP53DWk2Sv2FYibtnYoC4bWt5tnRxcrN7d2yxg3xnsIyA&#10;Yq+Wg16uoYZcrq+HWq+/h1uw2oRdrOB/XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xj/&#10;ehUC/44SAf+fEwD/sBMA78AQANnUDADO3xwBxN0vCbnZPRqt00gsoc9QO5XLWEmLx19UgsRlXnnC&#10;bGZywHJsa756cma9gnZhu4t6XLuVfVm6oX9Xuq+AVbu/gFW82X9WuON6WLLndViy53RYsud0WLLn&#10;dFiy53RYsud0WLLndFiy53T/gBIB/5QQAP+mDwDjuAsA0sYKAMzXCwDD4x4CueIxCq/gPRik3UYn&#10;mdlON43UVkSD0V1Pes9kWHLNal9ry3JlZcp5amDJgm9byYtyV8iWdVTIondSyK94UcnAeFDK23dR&#10;xuhzUsDrb1K/7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb1K/7G//hw4B/5sNAN+uBwDQvAgAx8kIAMHb&#10;CwC36CADrecxDaTmPRmZ5EQmjuJMM4TgVD573lxHc91jT2vcalZl2nJcYNp6YFvZg2RX2YxnU9mX&#10;alDZo2xO2bFtTdrCbUzb3GxN2OxqTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8Gf/jwsA&#10;6aQEANG0BgDFvwYAvM0IALTpDgGq7iIFou4zDpftOxmN7EIkg+tJLnvqUzZz6Vw+bOlkRGfpbEli&#10;6HRNXuh8UVrohVRW6I5WU+mYWVHpo1pO6bBcTeq+XEzr0l1L6uldSuPzXErj81xK4/NcSuPzXErj&#10;81xK4/NcSuPzXErj81z5mQMA1KwCAMW3BAC5wwUAsNIIAKf2EQGe9SQGlfUyDor1OheB9UEgePVI&#10;J3D1UC5q9Fo0ZfRjOGD0azxd9XQ/WfV8Qlf1hERU9Y1GUfaXSE/2oUpN9qxLS/e5TEr3yE1J+OBN&#10;SPfzTUj39E1I9/RNSPf0TUj39E1I9/RNSPf0TUj39E3aowAAx7ECALi7AwCtyQQAo9kHAJr9FAKS&#10;/ScHh/4vDX3+NxR0/z8bbP9HIGb/TiVg/1cpXP9gLVn/aTBW/3EyU/94NFH/gDZP/4k3Tf+SOUv/&#10;nDpJ/6Y7SP+xPEb/vT1F/8w9RP/mPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z7LrAAAubYB&#10;AKzCAQCg0AIAleUHAI7/GAOE/yQGev8sC3D/NBBo/zwVYf9EGVv/Sx1W/1MgU/9bIlD/YyRN/2sm&#10;S/9zJ0n/eilI/4IqRv+KK0T/lCxC/54tQf+nLkD/sS4//7wvPv/NMD7/zTA+/80wPv/NMD7/zTA+&#10;/80wPv/NMD7/zTC7sQAArLwAAJ/JAACT2QAAifwLAYD/FwJ2/yAFbP8oCWT/MA1d/zgQV/9AE1H/&#10;RxZN/04YSv9WGUf/XBpE/2McQv9pHUD/cB4//3gePf+AHzv/iCA6/5EhOP+bIjf/pCI2/60jNf+4&#10;IzX/uSM1/7kjNf+5IzX/uSM1/7kjNf+5IzX/uSOttgAAn8QAAJLSAACE4QAAff8NAXL/EwJo/xsE&#10;X/8jBlj/KwlR/zMLTP86DUf/QQ9D/0gRQP9OEj3/VBM7/1oUOf9fFDf/ZRU1/2sWM/9yFjH/ehcv&#10;/4IXLv+LGCz/kxgr/5wZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxmhvwAAkswAAITc&#10;AAB49wAAbv8KAWP/EAJa/xUDUv8dBEv/JAZG/ywIQf8zCTz/Ogo5/0ALNf9FDDL/Sg0w/1ANLv9U&#10;Diz/WQ4q/14PKP9kDyb/ag8l/3EQI/94ECL/gBEg/4gRH/+RER//kREf/5ERH/+RER//kREf/5ER&#10;H/+RER//kRH/XCID/1ctBf9YMwf/XzYJ/2M9Df9lRhL/ZlAX/2VeHP9kbiL/YXwn/1+KK/9eli7/&#10;XKEx/1uqM/9asjX/Wbo2/1jDN/9YzTn/V9g5/1bgOv9V5jv/VOw8/1PxPPxS9T34Uvk99VH9PfNR&#10;/z3zUf8981H/PfNR/z3zUf8981H/PfNR/z3/XCID/1csBf9aMgf/YTUJ/2U8Df9nRRL/aE8X/2hc&#10;Hf9mbSL/Y3so/2GILP9flC//Xp8y/12pNf9bsTf/Wrk4/1rBOv9Zyzv/WNU8/1ffPf9W5j7/Ves+&#10;/VTwP/lT9T/2UvlA81L9QPBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/PvBS/z7/XSED/1gsBf9cMAf/&#10;ZDMJ/2g6Df9rQxL/bE4X/2xaHf9qaiT/Z3gp/2SFLv9ikTL/YZw2/1+mOP9erjr/XbY8/1y+Pv9b&#10;yD//WtJB/1ndQv9X5UP9VupE+VXwRPVU9UXxVPpF7lT+ROxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/&#10;QuxU/0L/XiED/1ksBf9fLgb/ZjIJ/2w4DP9vQRH/b0wX/3FXHv9uZyX/a3Ur/2iCMP9ljjX/ZJk5&#10;/2KjPP9gqz7/X7NB/167Qv9dxET/XM5G/1rcR/5Z5Ej6V+pJ9VbwSvBV9krtVfpK6Vb+R+dW/0Xn&#10;Vv9F51b/RedW/0XnVv9F51b/RedW/0X/XiED/1krBf9iLQb/ajAI/282DP9yQBH/dEoY/3VVHv9y&#10;ZCb/b3It/2x/M/9pizj/ZpY8/2WgQP9jqEP/YbBG/2C4SP9ewUr/XctL/1zaTfpa4071WepP8Ffx&#10;UOtW9lHnV/tO5Fj/S+FZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0n/XyAD/1orBf9lKwb/bS4I&#10;/3M1DP93PhH/eEgX/3lSH/93YCf/dG4u/3B7Nf9thzv/apJB/2ebRf9lpEn+Y6xM/WG0TvtgvFH6&#10;XsZT+V3UVfVb41bvWupY6VjyWeVZ91bgWvtT21v/T9db/03XW/9N11v/Tddb/03XW/9N11v/Tddb&#10;/03/YCAD/10pBf9oKQb/cSsH/3gzC/98PBD/fUYX/35QH/99XSj/eWow/3V2OP9xgj/8bY1F+mqX&#10;S/hnn0/2ZadT9GKvVvNguFnxX8Fc8F3NXu1c4GDoWuxh4VryYNpb9lvTXPpXz139U8xe/1HMXv9R&#10;zF7/Ucxe/1HMXv9RzF7/Ucxe/1H/YR8D/2AnBP9rJgX/dSkH/3wxCv+BOhD/g0QX/4RNH/+DWSj/&#10;f2Yy/HpyO/h1fkP1cYhL8m2SUe9pmlbtZqJb6mOqX+hgsmPmXrxm5FzIaeFb2mvdWupr01zwZs1e&#10;9WHIX/lcxGD8WMFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+VcFh/lX/Yh8D/2MlBP9vJAX/eSgG/4Ew&#10;Cv+FOQ//iEIW/4lLHv+JVij6hWIz9YBuPfB6eUfsdYNQ6XCMWOVrlV7hZp1k3mOkadtgrW3XX7dv&#10;1F7DcNFe0nHNXedxx1/ua8Jh8ma+YvZhumP5XLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fj/&#10;Yx8D/2YjBP9yIgT/fScG/4UuCf+KNw7/jUAV/49JHvqPUyj0jF807oZqP+l/dEvjeH5V3nKGXtht&#10;j2XTaphqz2egbcxlqHDJY7FzxmK8dMRhyXXBYeB2vGPqcbdk72q0ZfNlsGb2YK5n+VyuZ/lcrmf5&#10;XK5n+VyuZ/lcrmf5XK5n+Vz/Yx4D/2ghBP91IAT/gSUF/4ktCP+PNQz/kj4U/JRHHfWWTyjukVs0&#10;54tmQeCEb07ZfXlY0XeCYMxzimfHb5NsxGybcMBpo3O9Z6x2uma2eLhlwnm2ZdV5smbmdq5o7G+q&#10;afBpqGn0Y6Zq91+mavdfpmr3X6Zq91+mavdfpmr3X6Zq91//ZB4D/2sgA/94HgT/hCQF/40sB/+T&#10;NAv/lzwS+JlFG/CbTSfol1k04ZBiQteJbE7Og3VYyH1+YcN4hmi+dI5tuXCWcrZunnWybKd4r2qx&#10;e61pvXyqac19qGrjeqVs6XKibO1soG3yZp5u9WKebvVinm71Yp5u9WKebvVinm71Yp5u9WL/ZR0C&#10;/20eA/97HQP/hyME/5AqBv+XMgr9nDsQ9J9DGeyhSyXjnFYz2pZgQc+OaU7HiHJYwIJ6Ybp9gmi1&#10;eYpusXWSc6xymnepcKN6pm6sfaNtuH6hbcd/n27gfpxw53WacOtvmXHwaJdx82SXcfNkl3HzZJdx&#10;82SXcfNkl3HzZJdx82T/ZR0C/28dA/9+HAP/iiIE/5MpBf+bMQn5oDkP8KNBGOemSSPeoVQx0ppe&#10;QMiTZ03AjG9YuYd3YbOCf2iufYduqXqOc6R3lnigdJ97nXOofppxtICYccKBlnLYgZV05XiTdOpx&#10;knXva5F18maRdfJmkXXyZpF18maRdfJmkXXyZpF18mb/Zh0C/3EbA/+AGwP/jCED/5YoBf+eLwj2&#10;pDcN7Kg/FeOrSCDYplIwzJ5cQMOXZU27kW1Xs4t0Ya2GfGingoNuon6LdJ17k3iZeZx8lXelf5J2&#10;sIGQdb6CjnbRgo5443qNeOhzjHjtbIt48WiLePFoi3jxaIt48WiLePFoi3jxaIt48Wj/ZxwC/3Ma&#10;Av+CGgL/jyAD/5kmBP6iLgbzqDUL6a09E9+vRh7SqVEvx6JaP76bY0y1lWpXro9yYKeLeWihh4Fu&#10;nIOIdJeAkHiSfZl8jnyigIt6rYKIeruDh3rNg4d84nyHfOd1hnzsboZ88GmGfPBphnzwaYZ88GmG&#10;fPBphnzwaYZ88Gn/ZxwC/3UZAv+FGQL/kh8C/5wlA/ulLAXwrDQJ5rI7ENuzRB3NrU8uw6ZZPrmf&#10;YUuwmWhWqJRwX6GPd2ebi35uloiGc5CFjniMgpZ8iICggIR/q4KBf7iDf3/KhIGB4X2BgeZ2gYDr&#10;b4CA72qAgO9qgIDvaoCA72qAgO9qgIDvaoCA72r/aBwC/3gXAv+HGAL/lB0C/58jA/ipKgTssTEH&#10;4rc5DdW3QhzJsE4tvqpXPbSjX0qrnmdVo5huX5yUdWaWkHxtkI2Dc4uKi3iGiJR8gYaegH2EqIJ7&#10;hLWEeYTHhHqG4H97heZ3e4XrcHuE7mt7hO5re4Tua3uE7mt7hO5re4Tua3uE7mv/aRsC/3oWAv+K&#10;FwL/lxwC/6MhAvStJwPotS4F3r01CtC6QBvEtEwsuq5WO6+oXkmmomVUnp1sXZeZc2aQlXlsipKB&#10;coWQiXd/jZJ8e4ubf3eKpoJ0ibODcorEg3SM4H90i+V4dYnqcXaI7Wx2iO1sdojtbHaI7Wx2iO1s&#10;dojtbHaI7Wz/axoC/30UAv+NFgH/mhoB/6YeAfCxIwLkuykD2cIwCcu9PxnAuEoqtbJUOqqsXEeh&#10;p2NSmaNqXJGfcWSKm3drhJh/cX6WhnZ5k497dJKZfnCQpIFtkLGCa5DBgm2S3X9ukeV4b4/qcXCO&#10;7Wxwju1scI7tbHCO7Wxwju1scI7tbHCO7Wz/bhgC/4ASAf+QFQH/nhcB+6saAey3HgHgwyEB0sYt&#10;CMbBPRi6vEkor7dSOKWyWkWcrWFRk6loWoulb2KEonVpfp98b3idhHRzm415bpmWfGqYon9nl66A&#10;ZZi/gWWZ2H9omOV4aZbqcWqU7WxqlO1sapTtbGqU7WxqlO1sapTtbGqU7Wz/cRYC/4MRAf+UEwH/&#10;ohQA9bAUAOa+FADZzBUAzMorB8DGOxa1wUcmqrxRNp+4WEOWs2BOjbBmWIWsbWB+qnNnd6d6bHKl&#10;gnJso4t2aKKUeWShoHxgoK19X6G9fl6i1H1hoeZ2Yp3rcGOb7mxjm+5sY5vubGOb7mxjm+5sY5vu&#10;bGOb7mz/dBMB/4cQAf+YEAD+pxAA57cNANbFCwDQ0BEAxc8oBbnLORSux0Ujo8NPM5m/V0CPu15L&#10;hrhkVH61a1x3snFjcbB4aWuugG1mrYlyYauTdV2rnnhbqqx5Wau8eVis0nlaq+hzXKfsbl2k72pd&#10;pO9qXaTval2k72pdpO9qXaTval2k72r/eREB/4wOAP+eDQDcrggA0rsJAMzICQDH1g4AvdUlBLLS&#10;NhGnzkIgnMpML5LHVDyIw1xHf8FiUHe+aVdwvHBeart3Y2W5f2hguIhsXLeSb1i2nnFVtqtzU7e7&#10;c1K30nNUt+tvVrLvalev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8Wf/fw4B/5MLAOGlBQDSswcA&#10;yb4HAMLLCAC83Q4AtN0jA6raMw2f1kAclNNKKorQUjeAzVpBeMthSnDJaFFqyG9XZMZ2XF/Ff2Ba&#10;xYhkVsSSZ1PEnmlQxKxqT8S8a07F02pPxe1oUMDzZFG99WFRvfVhUb31YVG99WFRvfVhUb31YVG9&#10;9WH/hgoA8JoEANSqBADItgYAvsEFALfPCQCw4xEAqOMlBJ/iNQ2V4D4Zi95IJYHcUDB42lg6cNhf&#10;QmnWZ0lj1W5PXtR2U1nTf1dV04laUtOTXU/ToF9N061gS9S+YErV2GBL1O1eTNH3XEzM+VpMzPla&#10;TMz5WkzM+VpMzPlaTMz5WkzM+Vr/jwMA2qIAAMqvAwC9uQQAtMYFAKvUCQCk6hQBnOkoBpPpNA6J&#10;6D0Yf+dEInfmTipv5lcyaeVfOGPlZz1f5G9CWuR3RVbkgElT5IpLUOSUTk3kn1BL5axRSeW7Ukjm&#10;z1JI5uhSSOT4UUjh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T0jh/E/hmQAAzakAAL6zAgCzvgMAqMsF&#10;AJ/aCQCY8hgCkPIqB4byMw588TsWdPFDHWzxSyNm8VQpYfFdLV3xZjFZ8W41VvF2N1PxfzpQ8og8&#10;TfKSPkvynUBJ86lBR/O2Qkb0x0NF9N9DRPTwQ0Ty+kJE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kLR&#10;ogAAwK4AALK4AQCnxAIAnNIEAJLtDACM+xwDgvsoB3n7MQxw/DkSafxBF2L8SRxc/FAgV/xZI1T9&#10;YiZR/WooT/1zKkz+eyxK/oMuSP6NL0b/mDFE/6IyQ/+uM0H/uzRA/8s0P//jND//7zU//+81P//v&#10;NT//7zU//+81P//vNT//7zXEqgAAs7MAAKe/AACaywAAj9oCAIb/DwF+/xwDdf8lBmz/LQpk/zYO&#10;Xf8+Elj/RRVS/00YT/9VGkz/XBxJ/2QeR/9rH0T/cyBC/3wiQf+FIz//jyQ9/5olO/+kJjr/ryY5&#10;/7onOP/KJzj/3Cg4/9woOP/cKDj/3Cg4/9woOP/cKDj/3Ci1rwAAp7oAAJrGAACN1AAAgeYBAHr/&#10;EAFw/xgCZ/8hBV//KQdY/zEKUv85DU3/QQ9J/0gRRf9PE0L/VRRA/1wVPf9iFjv/aRc5/3AYN/95&#10;GTX/ghkz/4waMv+XGzD/oRsv/6ocL/+1HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxyptQAA&#10;msIAAIzPAAB/3gAAdv8FAGz/DgFi/xQCWv8bA1P/JAVN/ysHR/8zCUP/Ogo//0ELO/9HDDj/TQ01&#10;/1MOM/9YDzH/Xg8v/2QQLf9rESv/cxEp/3wSJ/+GEiX/kBMk/5kTI/+jFCL/qxQi/6sUIv+rFCL/&#10;qxQi/6sUIv+rFCL/qxScvgAAjcsAAH7aAABw5gAAZ/8AAF3/CgFU/xABTf8VAkf/HQNB/yQEPP8r&#10;BTf/MgY0/zgHMP89CC3/Qwgq/0gJKP9NCSb/Ugok/1cKIv9dCyD/Ywse/2sLHP9zDBr/fAwY/4QM&#10;F/+ODRX/lQ0V/5UNFf+VDRX/lQ0V/5UNFf+VDRX/lQ3/UiUD/00vBP9RMgb/VzUH/1o8Cv9bRQ7/&#10;Wk8T/1ldF/9YbRv/Vnsf/1WJIv9TlSX/UqAn/1GoKf9QsSr/ULgr/0/BLP9Pyi3/TtYu/07kLv9O&#10;7S//TvMv/034MP9N/DD/TP8w/Ez/MPlM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y//UyQD/00v&#10;BP9UMAX/WTQH/106Cv9fQw7/Xk4T/11aGP9bahz/Wnkh/1iGJP9Wkif/VZ0p/1SmK/9Tri3/UrYu&#10;/1K+L/9RxzD/UdIx/1DhMv9Q6zL/T/Iz/0/3M/9O/DT7Tv80+E3/NPVO/zL0Tv8y9E7/MvRO/zL0&#10;Tv8y9E7/MvRO/zL/UyQD/04uBP9WLwX/XDIH/2A4Cv9iQQ7/YkwT/2BYGP9faB3/XXYi/1uDJv9Z&#10;jyn/WJos/1ajLv9VrDD/VbMx/1S7M/9TxDT/U841/1LeNv9S6Tf/UfE3/1H2OPtQ+zj3T/849E//&#10;N/FQ/zXwUP808FD/NPBQ/zTwUP808FD/NPBQ/zT/VCMD/1AtBP9ZLQX/XzAH/2M2Cv9mQA7/ZkoT&#10;/2VVGf9jZR7/YXMj/16AKP9cjCz/W5cv/1mhMf9YqTT/V7A1/1a4N/9VwTj/Vcs5/1TaOv9U5zv/&#10;U/A8+1L2PfZR+z3yUf8971L/O+xS/zjrUv8461L/OOtS/zjrUv8461L/OOtS/zj/VSMD/1IrBP9c&#10;KwX/Yy4H/2c0Cv9qPg7/a0gT/2pTGf9oYR//ZnAl/2N9Kv9giC//XpMz/1ydNv9bpTj/Wq06/1i1&#10;PP9XvT7/V8c//1bTQfxV5EL5Ve5D9VT2RPBT/ETsVP9B6VX/P+ZV/zzlVf875VX/O+VV/zvlVf87&#10;5VX/O+VV/zv/ViID/1UpBP9fKAX/ZysG/2wyCf9vPA3/cEYT/3BQGf9uXSD/a2sn/2h5Lf9lhDL/&#10;Yo83/2CZO/5eoT79XKlB+1uxQ/pZuUX5WMJH91fOSPVW4ErxVuxL7lX2TOlW/ErlV/9G4lj/Q95Z&#10;/0DdWf8/3Vn/P91Z/z/dWf8/3Vn/P91Z/z//VyID/1knBP9jJgT/aygG/3EwCP90OQ3/dUMT/3VN&#10;Gf91WSH/cWcp/210MP1qgDb6Zoo8+GOUQPZhnET0XqRI8lysS/FbtE3vWb1Q7VjJUutX2lPnVulV&#10;5Ff1VOFZ/U/bWv9L1Vv/SNBc/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c/0T/WCID/1wkA/9mIwT/&#10;byYF/3YuCP96Nwz/e0ES/3tLGf97VSH+d2Mq+XNvMvZuezryaoVB72aPR+xjl0zqYJ9Q6F2nVOVb&#10;r1fjWbha4VfDXd9X0l7aVuZe1lnzWtJc/FXNXv9QyV7/TMVf/0nEX/9IxF//SMRf/0jEX/9IxF//&#10;SMRf/0j/WSEC/18iA/9qIQT/dCQF/3ssB/9/NQv/gT4R/4JIGf2CUiH3fl8r8nlrNe1zdT7pboBG&#10;5WmJTeFlkVTeYZlZ2l+iXNZdql/TXLNh0Fu+Ys5bzGPLWuJjyFzxYMZf+lrBYP5VvWH/Ubpi/025&#10;Yv9LuWL/S7li/0u5Yv9LuWL/S7li/0v/WSEC/2IgA/9uHwP/eCME/38rBv+EMwr/hzwQ/ohFF/eI&#10;TiHwhFsr6n5mNuR4cEHfcnpL2W2DUtNpjFjPZpVczGSdX8lipWLGYK5kw1+4ZsFexGe/XthovF/r&#10;Zrpj91+2ZPtZs2X+VbBl/1CvZf9Pr2X/T69l/0+vZf9Pr2X/T69l/0//WiAC/2UeA/9xHAP/fCID&#10;/4QpBf+JMQn/jDoO+Y5DFvGOTCDqilgr44RiN9t+bEPTeHZMzXN/U8hvh1nEa5BewGmYYr1moGW6&#10;Zahot2OyarVivmuzYs5ssGLla69m9GSsZ/hdqWj8WKdp/1Omaf9Spmn/UqZp/1Kmaf9Spmn/UqZp&#10;/1L/WyAC/2ccAv90GgL/fyAD/4gnBP+OLwf9kjcM9JRAFOyVSR7kkFUq24pfN9GEaUPKfXJMxHh7&#10;VL90g1q6cYtftm6TZLNrm2evaaRqrWetbKpmuG6oZsdvpWbfb6Vq8Wiia/ZhoGz5W55s/VaebP5V&#10;nmz+VZ5s/lWebP5Vnmz+VZ5s/lX/XB8C/2oaAv93GQL/gx8D/4wlBP+SLQb5lzUL75k+EuebRhze&#10;llIp0pBcN8qJZkLDg29MvH53VLd5f1uydYdgrnKPZapwl2imbZ9so2ypbqBrtHCeasJxnGrXcZxu&#10;7muab/NkmW/4Xpdw/FiXcP1Xl3D9V5dw/VeXcP1Xl3D9V5dw/Vf/Xh4C/2wZAv96GAL/hh0C/48j&#10;A/+WKwX1mzMJ6587EOKgRRnXm1AozJRaNsSNY0K8iGxMtYJ0VLB+fFureoRgpneLZaJ0k2mecpxt&#10;m3ClcJhvsHKVbr1zk2/Qc5Ry626Tc/JmknP2YJBz+lqQc/tZkHP7WZBz+1mQc/tZkHP7WZBz+1n/&#10;Xx0C/24XAv99FwL/iRwC/5IiAv2aKQTxoDAH56Q5Dd6lQxfRn04nx5hYNb6SYUG2jGlLr4dxVKmC&#10;eVukf4Bgn3yIZZt5kGqXdpltk3WicZBzrHONc7p0i3PLdYx253CMd/Boi3f1Yop3+VyKd/painf6&#10;Wop3+lqKd/painf6Wop3+lr/YRsC/3EWAv9/FgH/ixoB/5UgAvmeJgPtpC4F46k2CtipQBbMo0wm&#10;wpxWNLmWX0CxkGdKqotvU6SHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qnSGd7Z1hHfHdoV65HKG&#10;e+9qhXv0ZIV7+F2Fe/lchXv5XIV7+VyFe/lchXv5XIV7+Vz/YxoC/3MUAf+BFQH/jhkB/5keAfah&#10;IwLqqSoE4K8yB9KsPhXHpkskvaBVM7SaXj+slWVKpZBtUp6MdFmYiHtgk4WDZY6Ci2qKgJNuhn6d&#10;cYJ9p3R/fLR2fXzFdn1+4HN/f+5rf3/zZX9+915/fvhdf374XX9++F1/fvhdf374XX9++F3/ZRgC&#10;/3UTAf+EFAH/kRcB/5wbAfKlIAHmriYC27QuBs6vPRTDqkkjuaRTMa+eXD6nmWRJoJRrUZmQclmT&#10;jXlfjoqAZImHiGmEhZFugIOacXyCpXR5gbJ2d4HCdnaC3XR5hO1seYPyZnqC9196gvheeoL4XnqC&#10;+F56gvheeoL4XnqC+F7/ZxcC/3cRAf+HEwH/lBUA/p8YAO6qHAHisyEB1bcqBcmzOxO+rkgitKhS&#10;MKujWj2inmJHm5lpUJSVcFiOkndeiI9+ZIONhml+i49teYmYcXaHo3Nyhq91cIa/dm+H13Vzie1t&#10;c4jyZnSH9mB0h/dfdIf3X3SH9190h/dfdIf3X3SH91//aRUB/3oQAf+KEQD/lxIA+aMUAOquFQDd&#10;uRcAz7ooBMS3ORG5skYgr6xQL6anWDudo2BGlZ9nT46bblaImHVdgpV8Y32ThGh4kYxsc4+WcG+O&#10;oHJsja10ao29dWmN0nVskO1tbY7xZ26M9mBujPdfboz3X26M919ujPdfboz3X26M91//bBMB/30P&#10;Af+NEAD/mxAA9KgPAOW1DQDVvxAAyr4mA7+7NxC0tkQeqrFOLaGtVzmYqV5EkKVlTYmibFWCn3Nb&#10;fJx6YXeagWZymIpqbZaUbmmVnnFmlKtzY5S6c2KVz3Nml+xsZ5XxZmiT9mBokvdfaJL3X2iS919o&#10;kvdfaJL3X2iS91//bxEB/4EOAP+RDgDyoAwA2q0JANO4CgDOww4AxMIjA7m/NQ6vu0IcpLdMKpuz&#10;VTeSr1xBiqxjSoOpalJ8pnFZdqR4XnCif2NroIhnZ56Ra2OdnW5fnalwXZ25cFydzXBfn+trYZ3y&#10;ZWKa9mBimfdeYpn3XmKZ915imfdeYpn3XmKZ917/cxAB/4UMAPqWCgDbpQYA0bEIAMu7CADGxwsA&#10;vccgArLFMguowUAZnr5KJ5S6UzSLtlo+g7RhR3yxaE91r29Vb612WmqrfV9lqYZjYaiQZ12nm2pZ&#10;p6hrV6e4bFanzGxYqOloWqf0Y1uj+F5co/ldXKP5XVyj+V1co/ldXKP5XVyj+V3/eA0A/4sJAN+c&#10;AwDSqQYAybQHAMK+BgC8zAgAtc0cAavLLwmhyD0Wl8VII43CUS+Ev1g6fLxfQ3W6ZkpvuG1Qabd0&#10;VWS1fFpftIVeW7OPYVezmmRUsqdlUrK3ZlGzzGZSs+ljVLL3X1Wu+ltWrftaVq37Wlat+1pWrfta&#10;Vq37Wlat+1r/fgkA8pECANahAgDKrQUAwLcFALjCBQCyzwkAq9QXAKPTKwaZ0DoSj85FH4XLTip9&#10;yVY0dcddPW7FZURoxGxJY8JzTl7Be1NZwYRWVcCPWVK/m1xPv6hdTb+4XkzAzV5MwOpcTr/5WU+8&#10;/lVQuv5VULr+VVC6/lVQuv5VULr+VVC6/lX/hQIA3ZgAAM2mAgDBsQMAt7oDAK7GBgCn0woAoN0V&#10;AJndKASQ2zcOhtlCGX3WSyR11FQtbdJcNWfRYzxh0GtBXM9yRljPe0lUzoRNUM6PUE3Om1JLzqlT&#10;Sc65VEjPz1RIzutTSc74UErL/05Kyv9NSsr/TUrK/01Kyv9NSsr/TUrK/03njwAA0Z8AAMOrAQC3&#10;tAIArb8DAKPLBgCb2QoAlOUaAY3lKwaE5DUNe+M/FnPiSB5s4VImZuFaLGDgYjJb4Go2V+ByOlPf&#10;ez1Q34VATd+PQ0rgm0VI4KhGRuC4R0XhzEdF4OhHRd/2RkXe/0RF3v9ERd7/REXe/0RF3v9ERd7/&#10;REXe/0TZlwAAx6YAALiwAACsuQEAosUCAJjRBgCP6w0Aie4fAoDuKwZ47TQMcO09E2jtRhli7U4e&#10;Xe1XI1ntYCdV7WgqUu1xLU/teS9M7YMySu6NNEfumDVF7qU3Q++zOELwxDhB8N85Qe/vOEDt/ThA&#10;7P84QOz/OEDs/zhA7P84QOz/OEDs/zjLoAAAuqsAAK20AAChwAAAlswBAIvZBQCE+BEBfPgfAnT4&#10;KQZs+DIKZPg7D175QxNY+UsXU/lTGlD5Wx1N+mQfSvpsIUj6dCNG+n4lRPuIJkH7kyhA+54pPvyr&#10;Kj38uSs7/csrO/3iKzr89Cs6/PcrOvz3Kzr89ys6/PcrOvz3Kzr89yu9qAAArrAAAKG8AACVyAAA&#10;idQAAH7oBQB3/xIBb/8cAmf/JgVg/y8IWf83C1T/Pw5P/0cRS/9OE0f/VhVE/10WQv9kGED/bBk9&#10;/3UaO/9+Gzn/iRw3/5QdNv+gHjX/rB8z/7kfM//IHzL/4iAy/+cgMv/nIDL/5yAy/+cgMv/nIDL/&#10;5yCwrQAAorcAAJXEAACH0AAAe90AAHL9CQBq/xEBYf8ZAlr/IgNU/yoFTv8yB0n/OglF/0ELQf9I&#10;DD7/Tg47/1UPOP9bEDb/YhE0/2kRMv9yEi//exMt/4YUK/+SFSr/nhUp/6kWKP+zFif/whYn/8cW&#10;J//HFif/xxYn/8cWJ//HFif/xxaktAAAlsAAAIfMAAB62gAAbesAAGT/BQBc/w4BVP8UAU3/HAJI&#10;/yQEQv8sBT7/MwY6/zkHNv9ACDP/RQgw/0sJLv9RCiv/Vwop/10LJ/9kCyT/bAwi/3YNIP+ADR7/&#10;jA4d/5cOHP+hDhv/rA8b/64PG/+uDxv/rg8b/64PG/+uDxv/rg+XvAAAiMkAAHnWAABr4wAAX/YA&#10;AFb/AABO/woAR/8QAUH/FgI8/x0CN/8kAzL/KgMv/zAEK/82BSf/OwUl/0AFIv9FBiD/SgYe/1AG&#10;G/9WBxn/XAcX/2QIFf9tCBP/dwgR/4EJEP+LCRD/lQkP/5gJD/+YCQ//mAkP/5gJD/+YCQ//mAn/&#10;SScC/0QxBP9LMQT/UDQG/1I6CP9SQwv/UU4P/09cE/9Naxb/THkZ/0uHG/9Jkx3/SJ0f/0imIP9H&#10;riH/R7Ui/0a9I/9GxiP/RtAk/0bgJP9G6iX/RvMl/0b6Jf9G/yX/Rv8l/0b/Jf9G/yT9Rv8j/Ub/&#10;I/1G/yP9Rv8j/Ub/I/1G/yP/SScC/0YvA/9NLwT/UjIG/1U5CP9VQgv/VE0P/1JZE/9QaBf/T3ca&#10;/06EHf9MkR//S5sh/0qkIv9KrCP/SbMk/0m7Jf9IxCb/SM0m/0jdJ/9I6Cf/SPEo/0j5KP9I/yj/&#10;SP8o/kj/KPtI/yf5SP8m+Uj/JvlI/yb5SP8m+Uj/JvlI/yb/SicC/0gtA/9QLQT/VTAG/1g2CP9Z&#10;QAv/WEsP/1VWE/9UZhj/UnQb/1GBHv9PjiH/Tpgj/02hJf9NqSb/TLEn/0u4KP9LwSn/S8oq/0rZ&#10;Kv9K5iv/SvAr/0r4LP9K/yz9Sv8s+kr/K/dK/yn1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj/SyYC&#10;/0srA/9SKwT/WC4F/1s0CP9dPgv/XUkP/1pUFP9ZYhj/V3Ed/1V+IP9TiiP/UpUm/1GeKP9Qpir/&#10;T64r/061LP9OvS3/Tccu/03TL/9M4zD/TO0w/Ez2MfpM/jH3TP8x9U3/L/JN/y3wTf8r8E3/K/BN&#10;/yvwTf8r8E3/K/BN/yv/SyYC/04pA/9WKQT/XCsF/2AxB/9iOwv/YkYP/2BRFP9eXxn/XG0e/1p6&#10;I/9Yhib/VpEp/1WaLP9Toi7/Uqow/1GxMf9RuTP/UMM0/k/ONftP3zb4Tus39U71OPJO/TjwT/81&#10;7lD/M+tR/zHpUf8v6VH/L+lR/y/pUf8v6VH/L+lR/y//TCUC/1EnA/9aJgP/YCgF/2UvB/9oOQr/&#10;aEMP/2dOFf9lWhr/Ymgg/192Jf9dgSr/Wowu/liWMfxXnjT7VaY2+VStOPhTtTr3Ur479VHJPfNR&#10;2j7wUOg/7FDzQOlR/T7oU/875lT/OONV/zXhVf8z4VX/M+FV/zPhVf8z4VX/M+FV/zP/TSQC/1Qk&#10;A/9dIwP/ZSUE/2otBv9tNgr/bkAO/21LFP9rVhv/aGQh/mVxKPtifS34X4cy9lyRNvNamTryWKE9&#10;8FepQO5VsULsVLlE61PERulS0kjlUeVJ4lLySN9U/ETdVv9A21j/PdZZ/zrSWf840ln/ONJZ/zjS&#10;Wf840ln/ONJZ/zj/TiQC/1ghA/9hIAP/aiME/3ArBf9zNAn/dD4O/3RIFP9yUhv7b18j9mtsKvJn&#10;dzHvY4I37GCLPeldlEHmWpxF5FikSeJWrEzgVLRO3VS/UNtUzVDXU+JR0lTwTtBX+0rOWv9FzVz/&#10;Qslc/z7FXP88xVz/PMVc/zzFXP88xVz/PMVc/zz/TyMC/1sfAv9lHQL/biED/3UpBf95MQj/ejsM&#10;/3pEE/p5Thv0dlsj7nFnLOlscjXlaHw84WOFQ91gjkjZXZdM1VyfT9Jap1HPWbBTzVi6VMtYxlXJ&#10;V9pWxVfsVcNb+U/CXv9KwF//Rr1g/0K6YP9AumD/QLpg/0C6YP9AumD/QLpg/0D/UiEC/14dAv9p&#10;GgL/cx8D/3omBP9+Lwb/gTgL+4FBEvOASxrsfFcj5ndjLeBxbTjabXdA02mARs9liUvLY5FPyGCZ&#10;UsVfoVXCXapXwFyzWb5cv1q8W85buFvlW7de9VW3Yv9PtWP/SrJk/0awZP9DsGT/Q7Bk/0OwZP9D&#10;sGT/Q7Bk/0P/VR8C/2EaAv9tGAL/dx0C/34kA/+ELAX+hzUJ9Yg+EO2HSBjlg1Qi3n5fLtR4aTjO&#10;c3NAyW58R8RrhEzAaIxRvWWUVLpjnFe3YqVatGCuXLJguV6wX8derV/fX6xi8VmsZf5Tqmf/Tqhn&#10;/0qmZ/9Gpmf/RqZn/0amZ/9Gpmf/RqZn/0b/Vx0C/2QYAv9wFgL/exwC/4MiAv+JKgT5jDIH7447&#10;DeeORBbeilEh1IRcLcx+ZjjFeG9BwHR3SLtwgE23bYhSs2qQVrBomFmsZqBcqmWpX6dktGClY8Jh&#10;o2PVYqJl7V2iaftXoWr/UZ9r/0yea/9Jnmv/SZ5r/0mea/9Jnmv/SZ5r/0n/WRwC/2cWAf9zFQH/&#10;fhoB/4cgAv+NJwP0ki8G6pQ4C+GUQhPWj04gzIlZLcWDYze+fWtAuHl0SLN1fE6ucoRTqm+MV6dt&#10;lFuja5xeoGmlYJ5osGObZ71kmWfOZJhp6GGabflamW7/VJdu/0+Wbv9Llm7/S5Zu/0uWbv9Llm7/&#10;S5Zu/0v/WxoC/2kUAf92FAH/gRgB/4odAfyRJALwlywE5Zo0CNyaPxHPlEwfxo5XLL6IYDe3gmlA&#10;sX5xSKx6eU6nd4BTo3SIWJ9xkFybb5hfmG2hYpVsrGSTbLlmkWvJZpBt5GSRcfZckXL+VpBy/1GQ&#10;cv9NkHL/TZBy/02Qcv9NkHL/TZBy/03/XRgB/2sTAf95EwH/hBYB/44bAfiVIQHrmygD4aAwBtWe&#10;PRDKmEoewZJUK7mMXjaxh2Y/q4JuR6Z+dk6he31TnHiFWJh2jVyUdJVfkXKeY45xqWWLcLVniXDF&#10;Z4hw4GaKdPRei3b8WIp2/1KJdv9OiXb/Tol2/06Jdv9OiXb/Tol2/07/XxcB/24RAf97EgH/hxQA&#10;/5EYAfSZHQHnoCMC3aUrBM+hOw/FnEgdvJZTKrSQXDWsi2Q/podsR6CDc02bgHpTln2CV5J6ilyO&#10;eJJginacY4d1pmaEdLJognTCaIB022iDePJghHr7WYR5/1SEef9PhHn/T4R5/0+Eef9PhHn/T4R5&#10;/0//YRUB/3AQAf9+EQD/ihIA/5QVAPCdGQDjpR4B16goA8ulOQ7Bn0Ybt5pRKa+VWjSnkGI+oYtq&#10;RpuHcUyVhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z9ebBoe3m/aXp51ml8fPBhfn76Wn59/lV+ff9R&#10;fn3/UX59/1F+ff9Rfn3/UX59/1H/YxQB/3IPAf+BEAD/jREA/JgSAOyhEwDfqhYA0awmA8eoNw28&#10;o0Qas55PJ6qZWDOjlGA9nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo5ffoCXY3p/oWZ3fq1odX69aXN+&#10;0ml2ge5ieIL6W3iC/lZ5gf9ReYH/UXmB/1F5gf9ReYH/UXmB/1H/ZRMB/3UOAP+DDgD/kA4A9ZsO&#10;AOimDgDZrw8AzK8kAsKrNQy4p0MZrqJOJqadVjGemV47l5VmRJCRbUuLjnRRhox7VoGJg1t8h4tf&#10;eIaVYnSEn2Vxg6toboO6aW2Dzmlvhutjcof5XHOG/VZzhf9Sc4X/UnOF/1Jzhf9Sc4X/UnOF/1L/&#10;aBEB/3gNAP+GDQD2kwwA3qAJANapCgDSsg0Ax7IiAr2vMwqzq0EXqqdMJKGiVTCZnl06kppkQouX&#10;a0mFlHJQgJJ5VXuPgVp2jYlecoySYm6KnWVrialnaIm4aGeJy2hpi+ljbI35XG2M/Vdtiv9SbYr/&#10;Um2K/1Jtiv9SbYr/Um2K/1L/axAB/3sLAP+KCgDimAYA1qMIANCsCQDLtQsAwbYfAbi0MQmusD8W&#10;pKxKIpyoUy6UpFs4jKBiQIaeaUiAm3BOepl3U3WWflhwlIdcbJOQYGiSm2NkkadlYpC2ZmCRyWZi&#10;kudiZZT4XGeS/Vdnkf9SZ5H/UmeR/1Jnkf9SZ5H/UmeR/1L/bg4A/38JAPGOBQDZmwUAz6YHAMmv&#10;BwDEuQgAu7ocAbK4LweotT0Tn7FIIJauUSuOqlk1hqdgPoClZ0V6om5LdKB1UW+efFVqnIVZZpuO&#10;XWKamWBemaZiXJm0Y1qZx2NbmuVgX5v3W2Ca/lZhmP9SYZj/UmGY/1JhmP9SYZj/UmGY/1L/cgsA&#10;/4MFAN+TAQDRnwQAyaoGAMGyBQC7vQQAtL8YAKu+LAWiuzoRmbhFHZC1TyiHslcygK9eOnmtZUJz&#10;q2xIbqlzTWmnelFkpoNWX6SNWVyjmFxYo6ReVqOzX1Wjxl9VpORdWKT2WFqj/1Rbof9QW6H/UFuh&#10;/1Bbof9QW6H/UFuh/1D/dwcA8IkAANaYAADLpAMAwa0EALm2AwCywAQAq8UUAKPFKASbwjcOkcBD&#10;GYm9TCSAulUuebhcNnK2Yz1ttGpDZ7NxSGKxeUxesIFQWq+LVFavl1ZTrqNYUK6yWU+uxllPruRY&#10;Ua72VFOu/1BUrP9NVKz/TVSs/01UrP9NVKz/TVSs/03/fQAA348AAM6dAADDqAIAubACALC6AgCo&#10;xAUAocwPAJvMIwKSyjMKicg/FYHGSR95xFIocsJaMGvBYTdmv2g8Yb5wQVy9eEVYvIFJVLyLTFG7&#10;lk9Ou6NRTLuzUkq7xlJKu+RRTLv2Tk26/0tOuf9JTrn/SU65/0lOuf9JTrn/SU65/0nvhQAA1JUA&#10;AMejAAC6rAEAsLQAAKe/AwCeyQYAldQLAJDVHQGJ1C4GgNI8EHjQRhlxz08has5YKWTNXy9fzGc0&#10;WstuOVbKdz1SyoBAT8mLQ0zJl0VJyaRHR8mzSEbKyEhGyuZHR8n3RUfI/0NIx/9CSMf/QkjH/0JI&#10;x/9CSMf/QkjH/0LejQAAy5wAAL2nAACxsAAAproAAJzEAwCTzwcAit0MAIXfHQF+3ywFdt43C2/e&#10;QxNo3U0aYtxVIF3bXSZY22UqVNptLlDadjJN2oA1StqLN0falzlF2qQ7Q9u0PELcyDxC2+U7Qtr0&#10;OkLZ/jpD2P85Q9j/OUPY/zlD2P85Q9j/OUPY/znQlgAAwaMAALKsAACntQAAnMAAAJHKAwCH1gcA&#10;gOkRAHnpIAJy6SwFa+k2CmTpPw9e6UgUWelRGVXoWhxR6WIgTulrI0vpdCVI6X0nRumIKkPpkytB&#10;6qAtQOqvLj7rwC497NsuPervLj3o/C495/8tPef/LT3n/y095/8tPef/LT3n/y3FnwAAtakAAKix&#10;AACcvAAAkMcAAITSAQB63wYAdPQTAG30IAJm9CoEX/Q0CFr1PQtU9UUPT/VMEkz1VRRJ9l0XRvZl&#10;GET2bhpB9nccP/eBHT33jR8795kgOfimITj4tSI3+cgiNvnjIjb48yI29/wiNvf8Ijb3/CI29/wi&#10;Nvf8Ijb3/CK3pgAAqa4AAJy5AACQxAAAg88AAHfbAABv9goAZ/8TAWD/HQJa/ycDVP8wBU//OAhK&#10;/0AKRv9IDEP/Tw5A/1YPPf9eEDv/ZRI4/24TNv93FDT/ghUy/48WMP+bFy//qRcu/7cYLf/IGCz/&#10;4Rgs/+8YLP/vGCz/7xgs/+8YLP/vGCz/7xirqwAAnrUAAJDBAACCzAAAddkAAGnkAABh/wkAW/8R&#10;AFT/GQFO/yICSf8rBET/MgVA/zoGPP9BBzn/Rwg2/04JM/9UCjH/Wwsu/2IMLP9rDCn/dQ0n/4AO&#10;Jf+NDiT/mg8j/6YQIv+zECH/wRAh/9AQIf/QECH/0BAh/9AQIf/QECH/0BCfsgAAkb4AAIPKAAB1&#10;1gAAZ+IAAFvxAABU/wYATv8OAEj/FAFC/xwCPf8kAjn/KwM1/zIEMf84BC7/PgUr/0MFKP9JBiX/&#10;TwYj/1YHIf9dBx7/ZQgc/28IGf96CRf/hwkW/5QJFf+fChT/qgoU/7MKFP+zChT/swoU/7MKFP+z&#10;ChT/swqTuwAAhMcAAHXTAABn4QAAWOgAAE77AABI/wAAQf8KADv/EAE2/xUBMf8cAS3/IgIp/ygC&#10;Jf8tAiL/MgMf/zgDHP89Axr/QgMX/0gEFf9OBBP/VQQR/10FD/9nBQ3/cgUM/30FCv+JBgr/kwYJ&#10;/5wGCf+cBgn/nAYJ/5wGCf+cBgn/nAb/PyoC/z8wA/9EMAP/SDME/0k5Bv9IQgj/Rk0L/0VbDv9D&#10;aRH/QXcT/0CFFf8/kRb/PpsY/z6kGP89qxn/PbMa/z26Gv89wxr/PMwb/zzbG/885xv/PPAb/zz4&#10;G/89/xv/Pf8b/z3/G/89/xr/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/QCoC/0EuA/9HLgP/SjEE&#10;/0w3Bv9LQAj/SksL/0hZD/9GZxH/RHUU/0OCFv9Cjxj/QZkZ/0GiGv9AqRv/QLEb/z+4HP8/wBz/&#10;P8kd/z/WHf8/5R3/P+8d/z/3Hv8//h3/P/8d/z//Hf9A/xz+QP8b/kD/G/5A/xv+QP8b/kD/G/5A&#10;/xv/QCoC/0MsA/9JLAP/TS8E/081Bv9QPgj/TkkM/0xWD/9KZBL/SHIV/0d/GP9Gixn/RZYb/0Sf&#10;HP9Epx3/Q64e/0O1H/9CvR//QsYg/0LRIP9C4iH/Qu0h/0L1If9C/SH9Qv8h+0P/IPpD/x/5Q/8e&#10;+UP/HvlD/x75Q/8e+UP/HvlD/x7/QSkC/0YqA/9MKQP/USwE/1MyBv9UPAj/VEcM/1FSD/9PYBP/&#10;TW8X/0x8Gf9KiBz/SZIe/0ibH/9HoyH/R6si/0ayI/9GuiP/RsMk/0XNJf9F3iX/Reom/EX0JvlF&#10;/Cb2Rf8m9Ub/JPRG/yPzR/8h80f/IfNH/yHzR/8h80f/IfNH/yH/QigC/0knAv9QJgP/VSgE/1gv&#10;Bf9aOQj/WkQM/1dPEP9VXBT/U2oY/1F3G/9Pgx//To4h/02XI/9MnyX/S6cm/0quJ/9Ktin+Sb4q&#10;/UnJKvpI2Sv3SOcs9EjyLPFI+yzvSf8q7Ur/KOxK/yfrS/8l60z/JetM/yXrTP8l60z/JetM/yX/&#10;QygC/00kAv9UIwP/WiUD/14sBf9gNgf/YEEL/15MEP9bVxX/WWYZ/1dyHv9VfiL+U4kl/FGTKPpQ&#10;myr5T6Ms906qLvZNsi/0TLow80zEMvJL0TPuS+Q06krwNOdL+jPlTf8w5E7/LeJP/yvhUP8p4VD/&#10;KeFQ/ynhUP8p4VD/KeFQ/yn/RiUC/1AhAv9YIAL/XyED/2QqBP9mMwf/Zj0L/2VIEP9iUxX/YGEb&#10;/F1tIPhaeSX1WIQp81aNLfBUljDuUp4z7VGlNetQrTfpTrU5506/O+ZNzDzjTOA9303uPNxP+TnZ&#10;Uf811lL/MtRT/zDTVP8t01X/LdNV/y3TVf8t01X/LdNV/y3/SiMC/1QeAv9cHAL/ZB8C/2knBP9s&#10;MAb/bToK/2xED/1qTxX4Z1wc82NoIu9gdCjrXX4u6FqIM+VXkTfjVZk64FOgPt5SqEDcUbFB2VC7&#10;QtZQyEPTUNxEz1DsQ8xS+D/LVf87yVf/N8hY/zTHWf8yxln/McZZ/zHGWf8xxln/McZZ/zH/TSAC&#10;/1cbAv9gGQL/aR0C/28lA/9yLQX/dDcI/XNBDvZxSxTwblgc6mpkJOVlbivgYXkz3F6CONhcizzT&#10;WpQ/0FicQs5Xo0TLVaxGyVW1R8dUwEnFVNBJwlPmScBW9UW+Wf9AvVv/PLxc/zm7Xf81ul3/Nbpd&#10;/zW6Xf81ul3/Nbpd/zX/UB4C/1sZAf9kFgH/bRsC/3QiAv94KgT/ejMH9no9DO94RxPndVQb4XBf&#10;Jdprai3TZ3Q0zmR9Osphhj/HX45CxF2WRcFbnki/WqZKvFmvTLpYuk24WMhOtljfTrRZ8EuzXP1F&#10;sl//QLJg/zywYf85sGH/OLBh/ziwYf84sGH/OLBh/zj/UhsB/14WAf9oFAH/chkB/3kfAv9+JwP5&#10;gDAF8IE5CueAQxHgfFAa1ndbJM9yZi7JbW81xGp4O8BngUC8ZIlEuWKRSLZgmUqzX6FNsV2qT65c&#10;tFGsXMFSqlzUUqhd61CoYPpJqGP/RKhk/0CmZf88pmX/O6Zl/zumZf87pmX/O6Zl/zv/VRkB/2EU&#10;Af9sEgH/dhcB/30cAf+DIwL0hiwE6og1B+GHQA7WgkwZzX1YJMZ3Yi3Ac2s1u290PLdsfEGzaYRG&#10;r2eMSaxllEypY5xPpmKlUaRhr1OiYLxVoGDNVZ5g5lSeZPdNn2f/R59p/0Oeaf8/nWn/PZ1p/z2d&#10;af89nWn/PZ1p/z3/VxcB/2MSAf9vEQH/eRQB/4EZAfuHIAHvjCcC5I4wBdqNPQzPh0oYx4JVI799&#10;Xy25eGg1s3RwPK9xeEKrboBGp2yISqRpkE6gaJhRnWahU5tlq1WYZLhXlmTIWJRk4ViVaPRQlmv/&#10;Spds/0WWbf9Blm3/QJZt/0CWbf9Alm3/QJZt/0D/WRUB/2YQAf9yEAD/fRIA/4UWAPaMGwHqkSIB&#10;35QrA9OROgvJjEcXwIdTIrmCXCyyfWU1rXltPKh1dUKjc31HoHCES5xujE6ZbJVSlWueVJJpqFeQ&#10;abRZjmjDWYxo3FqNbPJTj27/TJBw/0ePcf9Dj3H/QY9x/0GPcf9Bj3H/QY9x/0H/WxQB/2gPAP91&#10;DwD/gBEA/4kTAPKQFwDllhwA2ZkmAs2VOArEkEUWu4tRIbOGWiytgmM0p35rO6F6ckGdd3pGmXWB&#10;S5VziU+ScZFSjm+bVYtupViIbbBahmy/W4Rt1VuGb+9ViHL9Tol0/0mJdP9EiHT/Q4h0/0OIdP9D&#10;iHT/Q4h0/0P/XRIB/2sOAP94DgD/gw8A/YwQAO2UEgDgmhUA05wkAsiZNgm/lEMVto9PIK6KWCun&#10;hmEzoYJoO5x/cEGXfHdGk3l+S493hk+LdY9SiHOYVoRyoliBca5af3G8XH1x0Fx/c+xWgXb7T4N4&#10;/0qDeP9Fgnj/RIJ4/0SCeP9Egnj/RIJ4/0T/XxEB/20MAP96DQD/hQ0A8o8NAOeYDQDbnw4Azp8i&#10;AcSdNAi6mEIUspNNH6qPViqjil8ynIZmOpeDbUCSgHVFjX58Sol8hE6FeoxSgniVVn53oFl7dqtb&#10;eXW6XHd2zVx4d+pYe3r6UX18/0t9fP9GfXz/RX18/0V9fP9FfXz/RX18/0X/YRAB/28LAP99CwD1&#10;iAoA35MIANibCgDTogwAyaMfAb+gMge2nEATrZdLHqWTVCiej10xmItkOZKIaz+NhXJFiIN6SoSA&#10;gU6Af4pSfH2TVXh8nVh1e6lbcnq4XHF6ylxyfOhYdX75UXeA/0x3gP9Hd4D/RneA/0Z3gP9Gd4D/&#10;RneA/0b/ZA8A/3IJAP9/CADljAUA2JYHANGeCQDOpQoAxKYdAbqkLwaxoD4RqJxJHaCYUyeZlFsw&#10;k5BiOI2NaT6IinBEg4h4SX6Gf016hIhRdoKRVXKBm1hvgKdabH+1XGuAyFxrgeVZboP3UnGE/01y&#10;hP9IcoT/R3KE/0dyhP9HcoT/R3KE/0f/Zg0A/3UHAPaDBQDcjwMA0pgGAMyhBwDIqAgAv6kaALWo&#10;LQWspDwQpKBHG5ydUSWUmVkvjpZgNoiTZz2CkG5DfY52SHmMfUx0ioVQcIiPVGyHmVdphqVZZoaz&#10;W2WGxVtlhuNZaIj2UmuK/01siv9IbIn/R2yJ/0dsif9HbIn/R2yJ/0f/aQsA/3gEAOWHAADWkgMA&#10;zZwFAMakBgDBqwYAua0XALCsKwSnqToOn6ZFGZaiTyOPn1ctiJxfNYKZZjt9l2xBeJVzRnOTe0tu&#10;kYNPao+NUmaOl1VjjaNYYI2xWV+Nw1pejeBYYo/1UmSQ/01mkP9IZo//R2aP/0dmj/9HZo//R2aP&#10;/0f/bAgA/nwAAN6KAADQlgIAyJ8EAMCnBAC5rgMAsrIUAKqxKAOhrzcMmaxDF5GoTSGJpVUqgqNc&#10;MnygYzl3nmo+cpxxRG2aeUhomYFMZJeLUGCWlVNdlqJVWpWwV1mVwVdYld5WW5bzUF2X/0xfl/9H&#10;YJb/RmCW/0Zglv9GYJb/RmCW/0b/cAMA64EAANaPAADKmgEAwaMDALmqAgCxsgEAqrcRAKO3JAKb&#10;tTQKk7JAFIqvSh6DrVMnfKtaLnaoYTVwp2g7a6VvQGejd0Rion9IXqGJTFqglE9Xn6BRVJ+uU1Of&#10;wFNSn91SVZ/zTleg/0pZoP9GWZ//RVmf/0VZn/9FWZ//RVmf/0X/dQAA4IYAAM+TAADEnwEAuqcB&#10;ALGuAACptgAAob0NAJu9IAGUvDEHi7o9EIO3SBp8tVAidbNYKm+yXzBqsGY2Za9tO2CtdT9crH5D&#10;WKuHR1Wqk0pRqp9MT6quTU2qwE1NqtxNTqrySVCq/kZSqf9DUqn/QlKp/0JSqf9CUqn/QlKp/0Ly&#10;fAAA14wAAMiZAAC9owAAsqsAAKmyAACguwIAl8QJAJLFGwCLxCwEg8I6DHvBRBV0v04dbr1WJGi8&#10;XSpju2QwX7psNFq5dDlWuHw8U7eHP0+3kkJMtp9ESratRki2wEZIt91FSbbyQ0q1/0FLtf8+S7T/&#10;PUu0/z1LtP89S7T/PUu0/z3igwAAzZIAAMGfAAC0pwAAqq8AAKC4AACWwAMAjMoHAIbNFACBzSYC&#10;esw1CHPLQQ9sykoXZslTHWHIWyNcx2IoWMZqLFTGcjBQxXwzTcWGNkrEkjlHxJ87RcSuPETFwTxD&#10;xd88RMTzO0TD/zlFwv83RcH/N0XB/zdFwf83RcH/N0XB/zfViwAAxZoAALekAACrrAAAoLQAAJa+&#10;AACLxwQAgdAIAHjZDgB12SABb9gvBGnYPAlj1kYQXtZQFVnVWBpV1GAfUdRoIk7UcSZL03spSNOF&#10;K0XTki5C1J8vQdSvMD/VwjE/1eEwP9PyMD/S/S8/0f8uP9D/Lj/Q/y4/0P8uP9D/Lj/Q/y7KlAAA&#10;u6EAAK2pAACisQAAlrsAAIvEAACAzQMAddgIAG/kEQBq5CABZOQtA17kOAdZ5EELVeRLD1HkVBJN&#10;5F0WSuRlGEfkbhtF5HcdQuSCH0DkjiE+5ZsjPOWqJDvmvCQ65tMkOeXuJDnj+iM54v8kOeL/JDni&#10;/yQ54v8kOeL/JDni/yS/ngAAr6YAAKOuAACXuAAAisIAAH7MAABz1gIAaeUJAGTvFABf8CABWfAr&#10;A1TwNQVP8D4HS/FGCkfxTgxE8VcOQvFfED/yZxI98nAUOvJ7FTjzhxY285QYNfSiGTP0sRky9cUa&#10;MfXiGjH08Rkx8f4ZMfH/GTHx/xkx8f8ZMfH/GTHx/xmypAAApasAAJi2AACLwAAAfsoAAHHVAABl&#10;3gAAXvUKAFn8EwBT/B4BTvwnAkr9MANF/TkFQf1ABj7+SAc7/k8JOP9XCjb/Xgsz/2cMMf9wDS7/&#10;fA4s/4kPK/+WECn/pBAo/7QRJ//HESf/4REm//IRJv/2ESb/9hEm//YRJv/2ESb/9hGnqQAAmbMA&#10;AIu+AAB+yQAAcNMAAGTeAABY5wAAUv8JAE3/EQBH/xkBQ/8iAT7/KgI6/zIDN/85AzP/PwQw/0YF&#10;Lf9NBSv/VAYo/1sHJv9jByP/bQgh/3kJH/+HCR7/lQod/6MKHP+xChv/wAsa/9YLGv/fCxr/3wsa&#10;/98LGv/fCxr/3wubsQAAjbwAAH7HAABw0gAAY94AAFXkAABL9QAARv8FAED/DgA7/xQAN/8bATP/&#10;IwEv/ykCK/8wAij/NQIl/zsDIv9BAx//RwMd/04DGv9VBBj/XgQV/2gFE/90BRH/ggUQ/5AGEP+d&#10;Bg//qQYO/7UGDv+6Bg7/ugYO/7oGDv+6Bg7/ugaOugAAf8UAAHDRAABi3gAAVOUAAEbrAAA//gAA&#10;Of8AADT/CQAv/w4AK/8UACf/GgEj/yEBH/8lARz/KgEZ/y8BFv80AhT/OgIR/0ACEP9GAg7/TgIM&#10;/1YCCf9gAwf/bAME/3gDA/+GAwL/kQMB/50DAf+hAwH/oQMB/6EDAf+hAwH/oQP/Ni0C/zkuAv8+&#10;LgP/QDID/0A4BP8+QQb/PEwI/zpaCv84aAz/NnYO/zWDD/80jxD/M5kR/zOhEf8zqRL/MrAS/zK3&#10;Ev8yvxL/MsgT/zLTE/8y4xP/Mu0T/zL2Ev8z/hL/M/8S/zP/Ev8z/xH/M/8R/zP/EP8z/xD/M/8Q&#10;/zP/EP8z/xD/Ni0C/zssAv9ALAP/Qy8D/0M1BP9CPgb/QEoI/z5XC/88ZQ3/OnMP/ziAEP83jBH/&#10;N5YS/zafE/82pxP/Nq4U/za1FP82vBT/NcUV/zXQFf814BX/NusV/zb0Ff82/RT/Nv8U/zb/FP43&#10;/xP+Nv8T/Tb/Ev02/xL9Nv8S/Tb/Ev02/xL/NywC/z4qAv9DKgL/Ri0D/0cyBP9GPAb/RUgI/0NV&#10;C/9BYg3/P3AQ/z19Ef88iRP/O5MU/zucFf86pBb/OqsW/zqyF/86uRf/OcIX/znMF/853Rj/OekY&#10;/znzGP86+xj8Ov8X+jr/F/k6/xb4Ov8W+Dr/Ffg6/xX4Ov8V+Dr/Ffg6/xX/OSsC/0EnAv9GJwL/&#10;SikD/0svBP9MOQb/S0UI/0hRC/9GXg7/RGwR/0J5E/9BhRX/QI8X/0CYGP8/oBj/P6cZ/z6uGv8+&#10;thr/Pr4b/z7IG/891hz+PeYc+z7xHPg++hz1Pv8c8z7/GvI//xnxP/8Z8T//GPE//xjxP/8Y8T//&#10;GPE//xj/PSgC/0UkAv9KIwL/TiUD/1EsBP9SNgb/UUEI/09NDP9MWg//SmcS/0h0Ff9HgBf/RosZ&#10;/0WUG/9EnBz/Q6Qd/kOrHv1Csh/8Qrog+kLEIPlC0CH2QeIh8kLuIu9C+SLtQv8g60P/H+pD/x3p&#10;RP8c6ET/G+hE/xvoRP8b6ET/G+hE/xv/QCUC/0ghAv9PIAL/UyEC/1cpA/9ZMwX/WD4I/1ZJDP9S&#10;VRD/UWMU/09vF/5Nexr7S4Yd+UqPH/dJmCH2SJ8i9EemJPNHriXxRrYm8Ea/J+9FyyjsRd4p6EXs&#10;KeVG+CjiR/8m4Uj/JN9J/yLeSf8g3Un/H91J/x/dSf8f3Un/H91J/x//QyIC/0weAf9THAL/WR4C&#10;/10mA/9fMAT/XzoH/11FC/9aUBD9WF4V+FVqGfVTdh3yUYAh70+KJO1NkybrTJop6UuiK+dKqSzl&#10;SbEu5Ei7L+JIxzHgSNkx3EjqMdhJ9i7US/8r0kz/KdBN/ybPTv8lzk7/I85O/yPOTv8jzk7/I85O&#10;/yP/Rx8B/1AaAf9XGAH/XhwB/2MjAv9mLAT/ZjYG/2RBCvpiTA/0X1kV71xlG+tZcCDnVnsl5FSE&#10;KeFRjS3eUJUw3E+dMtlOpTPWTa010023NtFMwjfPTNE4zEzmOMlN9DXHT/8xxVH/LsRS/yvDU/8p&#10;wlP/J8JT/yfCU/8nwlP/J8JT/yf/ShwB/1QXAf9cFQH/YxkB/2kgAv9sKQP/bTIF+Ww9CfJpRw7r&#10;ZlQV5WNgHOBfayLbXHUo1ll/LdJXiDDPVZAzzFSYNspToDjHUqc6xVGwO8NQuzzBUMk9v1DfPbxR&#10;8Du6U/w3uVX/M7hX/y+3WP8tt1j/K7dY/yu3WP8rt1j/K7dY/yv/TRoB/1cUAf9gEgH/aBcB/24d&#10;Af9yJQL7cy4D8nM4B+lxQw3iblAU22lcHNNlZiTOYnAqyV96L8ZcgjPDW4o2wFmSOb1Ymju7VqI+&#10;uFWrP7ZVtUG0VMJCslTUQrBV6kGuV/k8rln/N61b/zOtXP8wrV3/Lq1d/y6tXf8urV3/Lq1d/y7/&#10;UBcB/1oSAf9kEAD/bRQA/3MaAf93IQH0eSkC6nozBeJ4PwrZdEwTz3BYHMlrYiTEaGwrv2V1MLti&#10;fTW4YIU4tV6NPLJclT6vW51BrVqmQ6tZr0SpWbxFp1jMRqRY5UakW/ZAo17/O6Nf/zejYP8zo2H/&#10;MaNh/zGjYf8xo2H/MaNh/zH/UxUB/10QAP9oDwD/cBIA/3cWAPt8HAHufyQB5IAtA9p/OwjPekkS&#10;x3VUG8FxXyS7bWgrtmpwMbJneTavZYA6q2OIPahhkECmYJhDo16hRaBeq0eeXbdInF3GSZpc30ma&#10;X/JEmmL/Pppj/zmbZf82m2X/M5tl/zObZf8zm2X/M5tl/zP/VRMB/2AOAP9rDgD/dBAA/3sSAPWB&#10;FwDohB4A3ocnAdGENwfIf0YRwHtRG7l2WyO0cmUrr29tMapsdTananw6o2iEPqBmjEGdZJREmmOd&#10;R5dip0mVYbJLk2HBTJFh2EyRY+9HkmX9QZJn/zyTaf84k2r/NZNq/zWTav81k2r/NZNq/zX/VxEB&#10;/2MNAP9uDAD/dw4A/38PAPCFEQDjiRYA1osjAcuINQbChEMQuoBPGrN7WSOtd2IqqHRqMaNxcTaf&#10;bnk7nGyBP5hqiEKVaZFFkmeaSI9mo0qNZa9MimW9TYll0U6JZ+xKimn7Q4tr/z6Mbf86jG7/N4xu&#10;/zeMbv83jG7/N4xu/zf/WRAA/2ULAP9xCwD/egsA8YIMAOiJDQDdjg4Az48gAcaNMga9iUEPtYRN&#10;Ga6AViKnfF8qonhnMJ11bzaZc3Y6lXF9P5JvhUKObY5Gi2yWSYhqoEuFaqxNg2m6T4FpzE+BauhM&#10;g235RYRv/z+FcP87hnH/OIZx/ziGcf84hnH/OIZx/zj/Ww8A/2cIAP9zCADzfQgA3oYHANmMCQDV&#10;kQsAypIeAMGQMAW4jT8OsIhKGKmEVCGigF0pnX1lMJh6bDWTd3M6j3V7PoxzgkKIcotGhXCUSYJv&#10;nkx/bqlOfG23T3ttyVB6buZNfHH4Rn5z/0F/dP89gHX/OoB1/zqAdf86gHX/OoB1/zr/XQ4A/2oG&#10;AP92BgDkgAMA2YkGANKPCADPlAoAxZYbALyULgSzkT0Nq41IF6SIUiCehVsomIFjL5N+ajWOfHE5&#10;inp4PYZ4gEKDdohFf3WRSXxzm0x5cqdOdnK1UHRyxlB0cuNPdnX2R3h3/0J6eP8+e3n/Ont5/zp7&#10;ef86e3n/Ont5/zr/XwwA/2wEAPV5AgDegwIA04sFAM2SBwDJlwgAwJkZALeYLAOvlTsMp5FHFp+N&#10;UB+ZiVknk4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFeXqPSXZ4mUxzd6VOcHeyUG53xFBtd+BPcHn1&#10;SHJ7/0N0fP8+dX3/O3V9/zt1ff87dX3/O3V9/zv/YQoA/28CAOh8AADZhgEAz44EAMiVBgDDmgYA&#10;u5wWALOcKgOqmTkLopVFFJuRTh2UjlcmjotfLYmIZjOEhm04gIR0PXuCe0F3gIRFdH+NSHB9l0tt&#10;fKNOanywT2h8wVBnfN1Qan7zSW2A/0Nugf8/b4H/PG+B/zxvgf88b4H/PG+B/zz/ZAgA/3IAAOF/&#10;AADTiQEAypIDAMOYBAC9ngQAtqATAK6gJwKlnTYJnZpDE5aXTRyPk1UkiZFdK4SOZDF/jGs3eopy&#10;O3aIeUByhoJEboWLR2qDlUpngqFNZIKuT2KCv09hgtpPZITySWaF/0Nohv8/aob/PGqG/zxqhv88&#10;aob/PGqG/zz/ZwQA9nYAANyCAADOjQAAxZUCAL6cAwC3oQIAr6QRAKikJAKgojQImJ9AEZGcShqK&#10;mVMihJdbKX6VYjB5kmk1dZBwOnCPdz5sjX9CaIyJRmWKk0lhiZ9LXomsTV2JvU5cidZNXorwSGCL&#10;/kNii/8/Y4z/PGOM/zxjjP88Y4z/PGOM/zz/agAA5noAANWGAADJkQAAwJkBALifAQCwpQAAqKkO&#10;AKKpIQGaqDEGk6U+D4ujSBiEoFEgfp5ZJ3icYC1zmmcyb5huN2qWdTxmlX0/YpSHQ1+SkUZbkp1J&#10;WZGrSleRu0tWkdNLV5LvR1qS/UJck/8+XZP/O12T/ztdk/87XZP/O12T/zv/bgAA4H4AAM6LAADE&#10;lQAAup0AALGjAACpqQAAoa4LAJuvHQGUri4EjKw7DIWqRhV+qE4ceKZWI3KkXSptomQvaaFrNGSf&#10;czhgnns8XJ2FP1mcj0JVm5xFU5uqR1GbukdQm9FHUZvuRFOb/EBVm/88Vpv/Olab/zpWm/86Vpv/&#10;Olab/zrxdAAA2YMAAMiQAAC+mgAAs6EAAKqnAAChrgAAl7UGAJK2GACMtSoDhbQ3CX6yQhF3sEwY&#10;ca5UH2ytWyVnq2IqYqppL16pcTNaqHo3VqeDOlOmjj1QpptATaWpQUulukJLptFCS6XtP02l/DxO&#10;pP85T6T/N0+k/zdPpP83T6T/N0+k/zfkegAAz4kAAMKVAAC2nwAArKUAAKKsAACYswAAjrsCAIi9&#10;EgCDvSUBfLwzBna7Pw1vukkUarhRGmW3WR9gtmAkXLVnKVi0byxUs3gwUbOCM02yjTZKspo4SLGo&#10;OkayuTpFstE6RrHtOUew/DZHsP80SK//M0iv/zNIr/8zSK//M0iv/zPbggAAx5AAALucAACuowAA&#10;pKoAAJmxAACPuQAAhMADAHvGDQB4xh4Ac8YuA23FOghnxEUOYsNOE13DVhhZwl4dVcFmIVHBbiRO&#10;wHcoS8CBK0i/jC1Fv5ovQ7+oMUG/ujFBwNIxQb7uMEG9/S9BvP8uQbz/LUG8/y1BvP8tQbz/LUG8&#10;/y3OigAAv5gAALGgAACmqAAAm7AAAJC4AACFvwAAescEAG/PCQBr0RUAZ9EmAWPRNARe0EAIWdBK&#10;DFXPUxBRz1sUTs9jGEvOaxtIznUeRc5/IELOjCJAzpkkPs6oJjzOuiY8z9QmPM3vJTvM+yU7y/8l&#10;O8r/JTvK/yU7yv8lO8r/JTvK/yXDkwAAtZ4AAKimAACdrgAAkbYAAIW/AAB5xwAAb84EAGTWCQBe&#10;3hEAW94gAFfeLQJT3zoEUN9EBkzfTglJ31cMRt9fD0PfaBFB33ETPt98FTzfiRc64JYZOOClGjfg&#10;txo24c0aNt/sGjXe+Ro03f8bNNz/GzTc/xs03P8bNNz/GzTc/xu5nAAAqqQAAJ6rAACStQAAhb4A&#10;AHnHAABtzwAAYtYDAFjhCABV6hMAUesgAE3rKwFJ6zUCRew+BELsRwU/7E8HPe1YCTrtYAo47WoM&#10;Nu50DTPugA4y7o4PMO+dEC7vrREt8MARLfDeESzu8REs7P4RLOv/ECzr/xAs6/8QLOv/ECzr/xCt&#10;ogAAoKkAAJOzAACGvQAAecYAAGzPAABg2AAAVd4AAE7zCgBK9xMARvgdAEP4JwE/+DACO/k4Ajj5&#10;QAM1+kcEM/pPBTD7VwUu+18GK/xpByn8dAgn/IIJJf2QCST9oAoj/rAKIv7ECyH/4Ash/fIKIPz8&#10;CiD8/Aog/PwKIPz8CiD8/AqipwAAlbEAAIe7AAB5xgAAbM8AAF/ZAABS3wAASOgAAEP/CAA//xAA&#10;O/8ZADf/IQA0/ykBMP8wAS3/NwIq/z4CJ/9EAiX/SwMi/1MDIP9cAx3/ZgQb/3IEGf+ABRf/jwUW&#10;/58GFf+vBhT/wAYU/9YGE//pBhP/6QYT/+kGE//pBhP/6QaXrwAAiLoAAHrFAABszwAAXtoAAFDg&#10;AABE5gAAPPUAADf/BAAz/w0AL/8TACv/GgAo/yEAJf8nASH/LQEe/zIBG/84ARn/PwEW/0YCFP9N&#10;AhH/VgIQ/2ACDv9sAgz/ewML/4sDCv+aAwr/qAMJ/7UDCP/CAwj/wgMI/8IDCP/CAwj/wgOKuAAA&#10;e8MAAGzOAABe2wAAT+IAAELnAAA27AAAMf8AACz/AAAn/wcAI/8OACD/EgAc/xgAGP8dABX/IQAS&#10;/yYAEP8sAQ7/MQEN/zcBCv8+AQj/RgEF/08BAf9ZAQD/ZgEA/3QBAP+CAgD/kAIA/5wCAP+mAgD/&#10;pgIA/6YCAP+mAgD/pgL/Li8C/zMsAv83LQL/ODAC/zc2A/80PwT/MUsG/y9YB/8sZgj/KnQJ/ymB&#10;Cv8ojQv/KJcL/yifC/8opgz/J60M/ye0DP8nuwz/J8QM/yfODP8o3gv/KOkL/yjzC/8o+wv/KP8K&#10;/yn/Cv8p/wr/Kf8K/yj/Cv8o/wr/KP8K/yj/Cv8o/wr/MC0C/zYqAv85KgL/Oy4C/zo0A/84PAT/&#10;NkkG/zNWB/8xYwn/L3EK/y1+C/8tigz/LJQM/yycDf8spA3/LKsN/yyxDf8suQ3/K8EN/yzLDf8s&#10;2g3/LOcN/yzxDf8s+g3/LP8M/i3/DP0t/wz9Lf8M/Sz/C/0s/wv9LP8L/Sz/C/0s/wv/MisB/zko&#10;Av89KAL/PyoC/z4wA/89OgT/PEYG/zlTCP83YAn/NW0L/zN6DP8yhg3/MZAO/zGZDv8xoQ//MagP&#10;/zCuD/8wtQ//ML0Q/zDHEP8w1BD/MOQQ/zHvEP4x+Q/7Mf8P+TH/D/gx/w73Mf8O9zH/DvYx/w72&#10;Mf8O9jH/DvYx/w7/NSgB/zwlAf9AJAL/QycC/0MsA/9ENwT/QkMG/0BPCP89XAr/O2kM/zl2Df84&#10;gg//N4wQ/zeVEf82nRH/NqQS/zarEv82shP/NboT/zXDE/81zxP8NeET+TbtE/Y29xPzNv8T8Tb/&#10;EvA2/xLwN/8R7zf/Ee83/xDvN/8Q7zf/EO83/xD/OSUB/0AhAf9FIAH/RyIC/0kpAv9KNAT/ST8F&#10;/0ZLCP9EWAr/QmUN/0BxD/8+fRH/PYcS/z2RFP48mRX9PKAV/DunFvo7rhf5O7YX+Du/F/Y7yhj0&#10;O9wY8DvqGO079hjqO/8X6Dz/F+c8/xbmPf8V5T3/FOU9/xTlPf8U5T3/FOU9/xT/PSIB/0QeAf9J&#10;HAH/TR4B/1AmAv9RMAP/UDsF/05GCP9LUwv/SGAO/0ZsEftFeBP4RIIV9kOMF/RClBjzQZwZ8UGj&#10;G+9AqhvuQLIc7T+7Hes/xh7pP9Ue5T/oH+JA9B7fQP4d3UH/G9tC/xrZQv8Y2EL/F9hC/xfYQv8X&#10;2EL/F9hC/xf/QB8B/0gaAf9OGAH/UhsB/1YjAv9YLAP/VzcE/1VCB/9STQv5UFoO9U1nEvFMchbu&#10;Sn0Y60iGG+lHjx3nRpcf5UWeIONEpiLhRK4j4EO3JN5DwiXcQ9Am10PlJtNE8yTQRf4izUb/IMxH&#10;/x7KR/8cyUj/G8lI/xvJSP8byUj/G8lI/xv/RBsB/0wWAf9SFAH/WBgB/10fAf9fKAL/XjID/V09&#10;BvZaSQrwV1UP6lViE+ZSbRjiUHcc306BH9xMiiLZS5Ik1UqaJtNJoSjRSakpz0iyKs1IvCvLSMks&#10;yEjfLMVI7yvCSvwowEv/Jb9M/yK+Tf8gvU3/H71N/x69Tf8evU3/Hr1N/x7/RxgB/08TAf9WEQD/&#10;XhUA/2IcAf9lJAH+ZS0C9GQ4Be1hQwnmX1EO4FxdFNpYaBrUVnIe0FR7IsxShCbKUIwox0+UKsVO&#10;myzDTqMuwU2sL79MtjC9TMIxu0zTMrhM6TG2TvgttFD/KrNR/yezUv8kslL/IrJS/yKyUv8islL/&#10;IrJS/yL/ShUB/1MRAP9bDwD/YhIA/2gXAP9qHwH2aygB7GsyA+RpPgfcZkwN02JYFM1fYxvIXG0g&#10;xFp2JMFYfii+VoYru1WOLrlTljC2Up4ytFKmM7JRsDWwUbw2rlDLN6xQ4zeqUvQzqVT/LqhW/yuo&#10;V/8oqFf/JahX/yWoV/8lqFf/JahX/yX/TRMA/1YOAP9fDQD/ZxAA/2wTAPtwGQDvcSIB5HEsAttw&#10;OgXRbEgMyWhUFMNlXxu+Ymghul9xJrZdeSqzW4EtsFqJMK5YkTOrV5k1qVahN6dWqzilVbY6o1XF&#10;O6FV3TufVvA3n1j+Mp9a/y6eW/8rnlz/KJ5c/yieXP8onlz/KJ5c/yj/UBEA/1kMAP9jDAD/aw0A&#10;/3AQAPV0EwDodhoA3XclAdF2NgTIckQMwW5QFLtrWxu2Z2QhsWVtJ61idSuqYHwvp1+EMqRdjDSi&#10;XJQ3n1udOZ1apjuaWbE9mFm/PpdZ0z6VWuw7lV37NZZe/zGWX/8tlmD/KpZg/yqWYP8qlmD/KpZg&#10;/yr/Ug8A/1wKAP9mCQD/bgoA9nQMAO94DgDhexIA1HwgAMp7MwTBd0ELunRNE7RwWBuubGEhqWpp&#10;J6ZncSuiZXgvn2SAM5xiiDaZYZA4ll+ZO5Reoj2RXq0/j127QI1dzUGMXug/jWH5OI1i/zOOZP8w&#10;jmT/LI5l/yyOZf8sjmX/LI5l/yz/VQ4A/18GAP9pBgD0cgYA4ngGANt8CQDZfwwAzYEdAMR/MAO7&#10;fD8KtHhLEq11VRqocV4ho25mJp9sbiubanUvmGh9M5VnhDaSZYw5j2SVPIxjnz6JYqpAh2G3QoVh&#10;yUKEYuRBhWT3O4Zm/zWHZ/8xh2j/Lodp/y2Haf8th2n/LYdp/y3/VwwA/2EEAP5sAwDkdQEA23sF&#10;ANOACADQgwoAx4UaAL6ELQO2gTwJr31IEqh5UhmidlsgnXNjJplwayuVbnIvkW15M45rgTaLaYk6&#10;iGiSPIVnnD+CZqdBgGa0Q35mxUR8ZuFDfmj1PH9q/zeAa/8zgWz/L4Fs/y+BbP8vgWz/L4Fs/y//&#10;WQsA/2MBAPRvAADfeAAA1H8EAM6DBgDKhwgAwogYALmHKwKxhToIqoFGEaN+UBidelkfmHdhJZN1&#10;aCqPc28vi3F3M4hvfjaFboY6gmyPPX9rmUB8aqVCeWqxRHdqwkR2at1EeGzzPnlu/zh6b/80e3D/&#10;MHxw/zB8cP8wfHD/MHxw/zD/WwgA/2YAAOdyAADaewAAz4IDAMmHBQDEigYAvIwVALSLKAKsiTgH&#10;pYVEEJ6CThiYf1cek3xfJI55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwl0B2b6JCc26vRHFuwEVw&#10;btlFcnDxP3Ny/zl1c/81dnT/MXZ0/zF2dP8xdnT/MXZ0/zH/XQYA/2kAAOJ0AADUfQAAy4UCAMSK&#10;BAC/jQUAt48TALCPJgGojTUHoIpCDpqGTBaTg1UdjoFdJIl+ZCmFfGstgXpyMn14eTV6d4I5dnaL&#10;PHN1lUBwdKBCbXOtRGtzvUVqc9VFbHTvQG52/jpvd/82cXj/MnF4/zFxeP8xcXj/MXF4/zH/XwIA&#10;92wAAN53AADQgQAAx4gBAMCNAwC5kQMAspMRAKuTIwGjkTMGnI5ADZWLShWPiFMciYZbIoSDYiiA&#10;gWktfH9wMXh+dzV0fIA4cXuJPG56kz9reZ5CaHirRGZ4u0VkeNFFZnnuQGh7/Tpqe/82a3z/Mmt8&#10;/zJrfP8ya3z/Mmt8/zL/YQAA6m8AANl6AADMhAAAw4sAALuRAQC0lQEArJcOAKWXIQGeljEFl5M+&#10;DJCQSBSKjlEbhItZIX+JYCd7h2crd4VuMHOEdTRvgn03a4GHO2iAkT5lf5xBYn6pQ2B+uURffs9E&#10;YH/sQGKA/DpkgP82ZYH/M2aB/zJmgf8yZoH/MmaB/zL/ZAAA5XIAANN+AADHhwAAvo8AALaVAACu&#10;mQAAppsMAKCcHgCZmy4Ekpk7CouWRhKFlE8Zf5FXH3qPXiV1jmUqcYxsLm2KczJpiXs2ZoiEOWKG&#10;jz1fhZo/XIWoQVqFt0JZhcxCWoXqP1yG+zpehv82X4f/Ml+H/zJfh/8yX4f/Ml+H/zL9aAAA4HYA&#10;AM2CAADCjAAAuZMAALCZAAConQAAn6AJAJmhGgCToCsDjJ84CIWdQxB/mkwXeZhUHXSXXCJwlWMn&#10;a5NqLGeScTBkkXkzYI+CN1yOjTpZjZk9V42mP1SNtkBTjctAVI3pPVaN+jlXjf81WY7/MlmO/zFZ&#10;jv8xWY7/MVmO/zHtbQAA2XsAAMiHAAC9kAAAtJgAAKqdAAChoQAAl6YEAJGnFQCMpycChaY1Bn+k&#10;QA15okoUc6BSGm6fWR9pnWAkZZxnKGGbbyxemncwWpiAM1aXizZTl5c5UZalO0+WtDxOlsk8Tpbo&#10;Ok+W+TZRlv8zUpb/MFKW/zBSlv8wUpb/MFKW/zDmcgAA0IAAAMKMAAC4lgAArZwAAKOhAACZpgAA&#10;jq0AAIiuEQCDriIBfa0xBHesPQpyqkcQbKlPFmeoVxtjp14fX6ZlJFukbSdYpHUrVKN/LlGiiTFO&#10;oZY0S6GkNkmhtDZIocg3SKDnNUmg+TJKn/8wS5//Lkuf/y1Ln/8tS5//LUuf/y3deQAAyYYAALyS&#10;AACxmgAApqAAAJymAACRrAAAhrIAAH22DQB5th0AdbYsAm+1OQZqtEMLZbNMEWCyVBZcsVsaWLBj&#10;HlWvayFRr3MlTq59KEutiCpIrZUtRa2jLkStsy9DrcgvQqznL0Or+S1Eq/8rRKr/KUSq/ylEqv8p&#10;RKr/KUSq/ynRgAAAwY0AALWYAACpnwAAnqUAAJOsAACIsgAAfbgAAHG+BgBuvxUAar8mAWa/MwNh&#10;vj8HXb5IC1m9UQ9VvVkTUbxgF068aBpLu3EdSLt7H0W6hyJCupQkQLqiJj66syY9usgmPbroJj24&#10;+SU9t/8kPbb/Iz22/yM9tv8jPbb/Iz22/yPHiAAAuZUAAKydAAChpAAAlqsAAIqyAAB/uQAAc78B&#10;AGjGBQBgyg4AXsodAFvKLAFXyjgDVMpDBVDKTAhNyVULSsldDkfJZhFEyW8UQcl5Fj/IhRg8yJMa&#10;OsiiGznJsxw4yckcOMjoHDfH+Rw3xf8cNsT/HDbE/xw2xP8cNsT/HDbE/xy+kQAAsJsAAKSjAACY&#10;qgAAjLIAAIC5AAB0wAAAaMcAAF3NBQBT0woAT9cSAE3YIgBL2DAASdg8AkbYRgNE2U8EQdlYBj/Z&#10;YQg82WsKOtl2DDfZgg412pAPNNqgEDLasREx28cRMdrnETDY9hIw1v8TL9T/Ey/U/xMv1P8TL9T/&#10;Ey/U/xOzmgAApqEAAJqpAACNsQAAgLoAAHTBAABoyQAAXM8AAFLVAwBI3AgAReUSAEPlHgBB5ioA&#10;PuY1ATvnPgE550cCN+dQAzToWQQy6GIFMOhtBi7peQcs6YcIK+qWCSnqpwoo6roKJ+vWCifp8Aon&#10;5/0JJub/Cibm/wom5v8KJub/Cibm/wqooAAAnKcAAI+wAACCuQAAdMIAAGjKAABb0QAAT9cAAEXd&#10;AAA+7gkAPPIRADnzGwA28yUANPQuADH0NwEu9T8BLPVHASn2TwIn9lcCJfdhAyP3bAMh+HoEH/iJ&#10;BB75mgUc+asFG/rABRr63gUa+fIFGvf9BRn2/wUZ9v8FGfb/BRn2/wWepgAAka8AAIO5AAB1wgAA&#10;Z8sAAFrTAABN2gAAQt8AADjlAAA1+wcAMf8PAC7/FgAr/x8AKf8mACX/LQAj/zQAIP87AR7/QwEb&#10;/0sBGf9TARb/XQIU/2oCEv94AhH/iAIQ/5oCEP+rAw7/vgMO/9UDDv/tAw7/8AMO//ADDv/wAw7/&#10;8AOTrgAAhLgAAHbCAABnzAAAWtUAAEzcAAA/4QAANeYAAC30AAAq/wIAJv8LACP/EQAg/xcAHf8d&#10;ABn/IwAW/ykAFP8vABL/NQAQ/z0ADv9FAQz/TgEK/1gBB/9lAQX/dAED/4UBAv+WAQH/pgEA/7UB&#10;AP/GAQD/ygEA/8oBAP/KAQD/ygGGtwAAd8EAAGjMAABa1wAAS94AAD7kAAAy6QAAJ+0AACP/AAAf&#10;/wAAG/8FABf/DAAU/xAAEf8UAA//GAAN/x0AC/8iAAj/KAAF/y4AAv81AAD/PQAA/0cAAP9SAAD/&#10;XgAA/20AAP9+AQD/jgEA/5sBAP+pAQD/qwEA/6sBAP+rAQD/qwH/Ki0B/y4rAf8wKwH/MC4C/y41&#10;Av8pPQP/JUkE/yNXBP8hZAX/H3IG/x1/Bv8digb/HZQG/x2cB/8cowf/HKoH/xyxB/8cuAb/HL8G&#10;/xzJBv8c1gb/HeUG/x3vBv8d+QX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/&#10;LCsB/zAoAf8zKAH/MysC/zExAv8tOgP/K0cE/yhUBf8mYQX/JG8G/yJ8B/8ihwf/IpEH/yGZB/8h&#10;oQj/IacI/yGuCP8htQj/IbwI/yHGB/8h0Qf/IeIH/yLtB/8i9wf/Iv8G/SL/Bvwi/wb8Iv8G/CL/&#10;Bvsi/wb7Iv8G+yL/Bvsi/wb/LigB/zMlAf82JQH/NycB/zUtAv80OAP/MkQE/y9RBf8sXgb/KmsH&#10;/yl3B/8ogwj/J40I/yeWCf8nnQn/J6QJ/yerCf8nsgn/J7kJ/yfCCf8nzQn/J94J/yfrCfwn9gj5&#10;KP4I9yj/CPYo/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CPUo/wj/MiUB/zciAf86IQH/OyMB/zspAv87&#10;NAL/OUAE/zZNBf80Wgb/MWYH/zBzCP8ufwn/LokK/y6SCv8tmQv/LaEL/y2nC/8trgv/LbUM/y2+&#10;DP4tyQz7LdkM+C3oC/Qu9AvxLv4L7y7/C+4u/wvtLv8L7C7/Cuwu/wrsLv8K7C7/Cuwu/wr/NSIB&#10;/zseAf8/HQH/QB8B/0ImAf9CMQL/QDwD/z5IBf87VQb/OWII/zduCv82eQv/NYQM/TSNDfw0lQ36&#10;NJwO+TOjDvczqg/2M7IP9TO6D/MzxQ/yM9IP7jPlD+o08g/nNP0P5TT/D+Q0/w7iNf8O4jX/DeE1&#10;/w3hNf8N4TX/DeE1/w3/OR4B/z8aAf9DGAH/RhoB/0kjAf9JLQL/SDgD/0VEBf9DUAf/QF0J+z5p&#10;C/g9dA31PH8O8zuID/E7kBDvOpgR7TqfEuw5phPqOa4T6Tm2FOc5wRTmOc4V4jnjFd458RXbOvwU&#10;2Dr/E9U7/xLTO/8S0jv/EdI7/xDSO/8Q0jv/ENI7/xD/PRsB/0MWAP9IFAD/TBcB/08fAf9QKAH/&#10;TzMC/00/BPtKSgb1R1cJ8UZkDO1Ebw7pQ3kR50KDE+RBixTiQJMW4D+bF98/ohjdPqoZ2z6zGtg+&#10;vRrWPsob0j7fG84+7xvLP/sayUD/GMdA/xfGQf8VxUH/FMRB/xTEQf8UxEH/FMRB/xT/QRcA/0cS&#10;AP9MEAD/UhQA/1YbAP9XJAH/Vi4C+FQ5A/FRRQbrT1IJ5k1eDOFLaRDdSXQT2Uh9FtVGhhjSRY4a&#10;0EWWHM5EnR3MRKUeykOtH8hDtiDGQ8MhxUPTIcFD6SG+RPcfvEX/HbpG/xu5R/8ZuEf/GLhH/xe4&#10;R/8XuEf/F7hH/xf/RBQA/0sQAP9RDgD/VxEA/1sWAP9dHgD5XSgB71szAudZPwTgV00I2lRZDdNS&#10;ZBLOUG4Wyk53GcdMgBzFS4gewkqQIMBKlyG+SZ8jvEinJLpIsCW4SLwmt0jLJ7RH4yeySfMlsEr/&#10;Iq5L/x+uTP8drUz/G61N/xqtTf8arU3/Gq1N/xr/RxEA/08NAP9WDAD/XA4A/2ASAP1iGADwYyEA&#10;5mIsAd5gOgPUXkgHzVtUDcdYXxPDVmkXv1RyG7xSeh65UYIhtlCKI7RPkSWyTpknsE2iKK5Nqyqs&#10;TLYrqkzELKhM2yymTe8qpE/9JqRQ/yOjUf8go1L/HqJS/x2iUv8dolL/HaJS/x3/Sg8A/1IKAP9a&#10;CQD/YAsA/2UOAPVnEQDoaBgA3WckANJmNQLKZEQHw2FQDb1eWxO5XGQYtVptHLFYdSCuV30jrFWE&#10;JalUjCinU5QqpVKdLKNSpi2hUbEvn1G+MJ1R0TCbUeovmlP6KppV/yaZVv8jmVb/IZlX/x+ZV/8f&#10;mVf/H5lX/x//TQ0A/1UGAP9dBQD7ZAcA72kJAOlrDADhbBAA020eAMlsMQLCakAHu2dMDbVkVxOw&#10;YWAZrF9pHahdcSGlXHgkolqAJ6BZhyqdWJAsm1eYLplWojCWVawylFW5M5NVyjORVeUzkVf3LZFZ&#10;/ymRWv8lkVv/I5Fb/yGRW/8hkVv/IZFb/yH/TwsA/1cCAP9hAgDqaAEA3m0EANhwCADVcAsAy3Ib&#10;AMJxLgK6bz0GtGxJDa5pVBOpZ10ZpGRlHaFibSGdYXQlml98KJhegyuVXYstkluUMJBbnjKNWqg0&#10;i1m1NYpZxjaIWeE2iFz0MIhd/yuJXv8oiV//JYlf/yOJX/8jiV//I4lf/yP/UQkA/1oAAPVkAADg&#10;bAAA13EDANB0BgDNdQkAxHYXALx2KgG0dDoFrnFGDKduURKia1oYnmliHZpnaSGWZXElk2R4KJBi&#10;gCuNYYgui2CRMYhfmjOGXqU1g16yN4JewjeAXtw4gF/yM4Fh/y2CYv8pgmP/JoJk/yWCZP8lgmT/&#10;JYJk/yX/UwYA/10AAOdnAADbbwAA0HQCAMp4BQDGeQcAvnoVALZ6KAGveDcFqHZEC6JzThKccFcY&#10;mG1fHZRrZyGQam4ljWh1KIpnfSuHZYUuhGSOMYFjlzR/YqI2fGKvOHpivjl5YtU5eWPvNHpl/i97&#10;Zv8rfGf/KHxn/yZ8Z/8mfGf/Jnxn/yb/VQMA/2AAAONqAADVcgAAzHgBAMV7AwDAfQUAuX4SALF+&#10;JQGqfTUEo3pBCp13TBGXdFUXknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmLMXtnlTR4Z6A2dmas&#10;OHRmvDlzZtE6c2ftNnRp/TB1av8sdmv/KXdr/yd3a/8nd2v/J3dr/yf/VwAA9mMAAN9tAADRdQAA&#10;yHsAAMF/AgC7gAMAtIEQAKyCIwGlgTIEnn4/CZh7ShCSeVMWjXZbG4l0YiCFcmkkgXFwJ35vdyt7&#10;bn8ueG2IMXVskjRza543cGqqOW5quTptas46bWvrN29t/DFwbv8tcW7/KnFv/yhxb/8ocW//KHFv&#10;/yj/WQAA62UAANtwAADNeAAAxH4AALyCAQC2hAEAroUOAKeGIACghTADmoI9CJOASA+OfVEViXtZ&#10;GoR5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJw3am+oOWhvtzpnb8s6Z3DpN2lx+jJrcv8t&#10;bHP/Kmxz/yhsc/8obHP/KGxz/yj/XAAA52gAANVzAADJewAAwIIAALiGAACxiAAAqYkNAKKKHQCc&#10;iS4ClYc7B4+FRQ6Jgk8UhIBXGX9+Xh57fGUieHtsJnR5cypxeHstbneEMGt2jjNodZo2ZXSmOGN0&#10;tTlhdMk6YXTnOGN2+TJldv8uZnf/K2d3/ylnd/8pZ3f/KWd3/yn/XwAA42wAANB2AADFfwAAvIUA&#10;ALSKAACsjAAAo44KAJ2OGgCXjisCkIw4BoqKQwyEh0wSf4VVGHqEXB12gmMhc4BqJW9/cSlsfnks&#10;aH2CL2V8jDJie5g1X3qkN116szhcesc5XHrlN157+DJfe/8uYHz/K2F8/ylhfP8pYXz/KWF8/yn1&#10;YgAA3m8AAMx6AADAgwAAt4kAAK+OAACmkQAAnZIGAJeTFwCRkygBi5I2BYWQQQt/jkoReoxSFnWK&#10;WhtxiGEfbYdoI2qGbydmhHcrY4OALmCCijFdgZY0WoGjNliAsjdWgMU3VoDjNliB9zFZgf8tW4L/&#10;KluC/ylbgv8pW4L/KVuC/ynsZgAA2HMAAMd+AAC8hwAAs44AAKmSAACglQAAlpgBAJCZEwCKmSQB&#10;hZgyBH+WPgl5lEgOdJNQFG+RVxlrkF4daI5lIWSNbSVgjHUoXYt+K1qKiC5XiZQxVImhM1KIsDRR&#10;iMM1UIjiNFKI9jBTiP8sVIj/KVWI/yhViP8oVYj/KFWI/yjmawAA0HgAAMKDAAC3jAAArZIAAKOW&#10;AACamgAAjp4AAIefEACDnyAAfp8vAnidOwdznEUMbptNEWmZVRZlmFwaYZdjHl6WaiFblXIlV5R8&#10;KFSThitRkpIuTpKgMEySrzFLksIxSpHgMUyR9S1Nkf8qTpD/KE6Q/yZOkP8mTpD/Jk6Q/ybecAAA&#10;yX0AALyJAACykgAAp5cAAJ2bAACTnwAAhqQAAH6mDAB6phsAdaYqAXCmNwRspUEJZ6NKDWOiUhJf&#10;oVkWW6FhGVigaB1Un3AgUZ56I06dhCZLnZEpSJyeKkacrixFnMEsRZzfK0Wb9ClGmv8nR5r/JUea&#10;/yRHmv8kR5r/JEea/yTUdwAAwoQAALaPAACrlgAAoZwAAJagAACLpQAAf6oAAHSuBQBvrxQAbK8k&#10;AGivMgJkrj0FX61GCVusTw1YrFYRVKteFFGqZhdOqm4aS6l4HUipgyBFqI8iQ6idJEGorSVAqMAl&#10;P6jfJT+m9CNApf8iQKX/IUCk/yBApP8gQKT/IECk/yDKfgAAu4sAAK+VAACkmwAAmaEAAI6mAACC&#10;rAAAd7EAAGq2AABjuA4AYbgdAF64LAFauDgCV7hCBVO4SwhQt1MLTbdbDkq2YxBHtmsTRLV1FkK1&#10;gRg/tY4aPbWcHDu1rBw6tcAdObXfHDmz9Bw5sv8cObH/Gzmw/xs5sP8bObD/Gzmw/xvBhgAAtJMA&#10;AKeaAACcoAAAkacAAIWtAAB5swAAbbgAAGK9AQBWwgcAU8MUAFLDIwBQxDABTcQ7AkrERQNHxE4F&#10;RcRXB0LDXwlAw2gLPcNyDTvDfg84w4wRNsObEjXDqxMzw8ATM8PgEzPB9RMywP8UMr//FDG+/xQx&#10;vv8UMb7/FDG+/xS4kAAAq5kAAJ+gAACTpwAAh64AAHu0AABuuwAAY8AAAFjFAQBNygUARM8MAEPQ&#10;FwBC0CUAQNAyAD/RPQE90UcBO9FQAjnSWQM20mMENNJuBTLSegcw0ogILtKYCS3TqQks074KLNPf&#10;CSvR8woqz/4LKc7/DCnN/w0pzf8NKc3/DSnN/w2umAAAop8AAJamAACJrgAAfLYAAG+9AABjwwAA&#10;V8gAAEzNAABC0gMAOdkJADXfEAA03xsAMuAnADHhMgAw4T0ALuJHAC3iUAEr4loBKuNlAijjcQIm&#10;5H8DJeSPAyPloQQi5bQEIeXNBCDk7AQg4vsEH+H/BR/g/wUf4P8FH+D/BR/g/wWkngAAmKUAAIuu&#10;AAB9tgAAcL4AAGPGAABWywAAS9AAAEDVAAA23AAAL+UHAC3tEAAr7hgAKe4iACfvKwAl7zQAI/A8&#10;ACHwRQAf8U4AHfJYARvyZAEZ83EBGPOBARf0kgIV9KUCFPW6AhP11gIT9O8CEvL8AhLw/wIS8P8C&#10;EvD/AhLw/wKapAAAja0AAH+2AABxvwAAY8cAAFbOAABJ0wAAPdoAADPfAAAq4wAAJvQFACT7DQAh&#10;/BMAHv0bABz9IgAZ/ikAF/4xABX/OQAT/0EAEf9KABD/VQAO/2EADP9vAQz/gAEK/5MBCf+mAQj/&#10;ugEH/9QBB//rAQb/9gEG//YBBv/2AQb/9gGPrAAAgLYAAHK/AABjyQAAVtEAAEjYAAA73QAAMOIA&#10;ACbmAAAf8AAAHP8AABn/CQAW/w4AFP8TABH/GQAP/x4ADf8kAAv/KwAJ/zIABv87AAP/RAAA/08A&#10;AP9cAAD/awAA/30AAP+QAAD/owAA/7QAAP/GAAD/1gAA/9YAAP/WAAD/1gCCtQAAc78AAGTJAABW&#10;0wAAR9sAADrgAAAu5QAAI+kAABrtAAAV/QAAEv8AABD/AgAO/wkAC/8NAAj/EAAE/xMAAf8YAAD/&#10;HgAA/yQAAP8rAAD/MwAA/z0AAP9JAAD/VgAA/2YAAP94AAD/igAA/5sAAP+oAAD/sQAA/7EAAP+x&#10;AAD/sQD/JSsB/ygpAf8pKQH/KCwB/yMyAf8eOwL/GkcC/xdVA/8VYgP/E3AD/xJ8A/8ShwP/EpED&#10;/xKZA/8SoAP/EqcD/xKtA/8RtAP/EbsD/xHEA/8RzgP/Ed8D/xHrAv8S9gL/Ev4C/xL/Av8S/wL/&#10;Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/KCkB/ysmAf8sJgH/KykB/ygvAf8iOAL/IEQC/x1SA/8b&#10;XwP/GGwD/xd5BP8XhAT/F44E/xeWBP8WnQT/FqQE/xaqBP8WsQT/FrgE/xbAA/8WygP/FtsD/xbo&#10;A/8X9AP/F/0D/Bf/AvsX/wP7F/8D+hf/A/oX/wP6F/8D+hf/A/oX/wP/KiYB/y4jAf8vIgH/LyUB&#10;/ywrAf8qNQL/J0EC/yROA/8iWwP/IGgE/x50BP8dgAT/HYoE/x2SBf8dmgX/HaEF/x2nBf8drQX/&#10;HbQE/x29BP8dxwT/HdQE/h3mBPsd8gT3HvsD9R7/BPQe/wTzHv8E8x7/BPIe/wTyHv8E8h7/BPIe&#10;/wT/LiIB/zIfAf80HgH/MyAB/zImAf8yMgH/Lz4C/yxKA/8qVwP/J2QE/yZwBf8lewX/JIUF/ySO&#10;Bv8klgb/JJ0G/ySjBv8kqgb9JLEG/CS5Bvskwwb5JM8G9iTjBvIk8AXuJfoF7SX/Busl/wbqJf8G&#10;6SX/Bukl/wbpJf8G6SX/Bukl/wb/Mh4B/zYbAP84GQD/OBsB/zojAf85LQH/ODoC/zVGA/8yUgT/&#10;MF8E/y5rBf8tdgb9LIAH+iyJB/krkQf3K5kI9SufCPQrpgjzK60I8Su1CPArvwjuK8sI6yvfCOcs&#10;7gjkLPoI4iz/CeAs/wneLP8I3iz/CN0s/wjdLP8I3Sz/CN0s/wj/NRoA/zoWAP89FAD/PxcA/0Ef&#10;AP9BKQH/QDQB/z1BAv86TQP8OFoF+DZlBvQ1cQfxNHsI7zOECe0zjQnrMpQK6TKbCugyogvmMqoL&#10;5DKyDOMyuwzhMsgM3zLcDNoy7A3VM/gN0jP/DdAz/wzOM/8MzTT/C8w0/wvMNP8LzDT/C8w0/wv/&#10;ORYA/z4SAP9BEAD/RRMA/0gbAP9IJAD/Ry8B/kQ7AvdCRwPxP1QF7D5gBug8awjlO3YJ4jt/C+A6&#10;iAzdOZAN2zmXDtk4ng/WOKYQ1DiuEdI4txHQOMMSzjjTEso46BLHOfcSxDn/EcI6/xDBOv8PwDr/&#10;Dr86/w6/Ov8Ovzr/Dr86/w7/PRMA/0IPAP9GDQD/SxAA/04WAP9PHwD9TikB9Ew0AexIQQLmR04E&#10;4EVbBttEZgnWQnAM0kF5Ds9AghDNQIoRyj+RE8k/mRTHPqAVxT6oFsM+sRfBPrwXwD7LGL0+4hi6&#10;PvIXtz//FrVA/xS0QP8Ts0H/EbNB/xCzQf8Qs0H/ELNB/xD/QBAA/0YMAP9LCgD/UQ0A/1MRAP9U&#10;GADzVCIA6VItAeFQOwHaT0kD0k1VB8xLYAvISWoOxUhzEcJHexO/RoMVvUWLF7tFkxi5RJoZt0Oi&#10;GrVDqxu0Q7YcskPEHbBD2R6tQ+0dq0X8GqlF/xioRv8WqEb/FadH/xOnR/8Tp0f/E6dH/xP/RA4A&#10;/0oIAP9QBgD/VQoA/1gNAPdZEQDqWBgA31ckANRXNQHMVUQExlRQCMFSWwy9UGUQuU5tE7ZNdha0&#10;TH0YsUuFGq9KjRutSZUdq0mdHqlIpiCnSLAhpUi9IqRIzyKhSOgioEn4Hp9L/xueS/8ZnUz/F51M&#10;/xadTP8WnUz/Fp1M/xb/RwsA/00CAP9UAgD3WgQA610HAOddCwDhXBAA010eAMpdMAHDXD8EvVpM&#10;CLdYVwyzVmARr1RpFKxTcRepUXgap1CAHKRPhx6iT48goE6YIZ5NoSOcTaskmk24JZlMyCaWTOIm&#10;lU71IpRP/x+UUP8clFH/GpRR/xiUUf8YlFH/GJRR/xj/SQgA/1AAAPtYAADlXgAA3WIDANZjBwDU&#10;YQoAymIZAMJjLAG7YjsDtGBICK9dUwyqW1wRplpkFaNYbBigV3QbnVV7HZtUgyCZVIsillOTJJRS&#10;nSWSUacnkFGzKI5RwymNUd0qjFLyJotU/yKLVf8ei1b/HItW/xqLVv8ai1b/GotW/xr/TAQA/1MA&#10;AOxcAADfYgAA1GYBAM5oBQDLZwgAwmcWALpoKAGzZzgDrWVFB6hjUAyjYVkRn19hFZtdaBiYXHAb&#10;lVp3HpNZfyGQWIcjjlePJYxXmSeJVqMph1avKoVVvyuEVtUsg1fvKYNY/iSDWf8ghFr/HoRa/xyE&#10;Wv8chFr/HIRa/xz/TgEA/1cAAOVfAADYZgAAzmoAAMdsAwDDawUAvGwSALRtJQCtbDUDp2pCB6Fn&#10;TQycZVYRmGNeFZRiZRiRYGwbjl90HoxeeyGJXYMkhlyMJoRblSiBWqAqf1qsLH1auy18Ws8ue1vs&#10;K3xc/CZ8Xf8ifV7/H31e/x19Xv8dfV7/HX1e/x3/UAAA9VkAAOFjAADSagAAyW4AAMJwAQC9cAMA&#10;tnAQAK5xIgCocDICoW4/BpxsSguXalMQkmhbFI5mYhiLZWkbiGNwHoVieCGCYYAkgGCJJn1fkil7&#10;Xp0reF6pLXZeuC51XswvdF7pLXVg+id2Yf8jd2L/IHdi/x53Yv8ed2L/Hndi/x7/UgAA7FwAANxm&#10;AADObQAAxHIAAL10AAC3dAEAsHQOAKl1HwCidC8CnHI9BZdwRwqRblEPjWxZFIlqYBeFaWcbgmhu&#10;Hn9mdSF9ZX0kemSGJ3djkCl1Y5sscmKnLnBiti9vYskvbmLmLm9k+ShwZf8kcWb/IXFm/x9xZv8f&#10;cWb/H3Fm/x//VAAA6F8AANdpAADKcAAAwHUAALl4AACyeAAAq3gNAKR5HQCeeC0Bl3c6BZJ1RQqM&#10;ck4OiHBWE4RvXheAbWQafWxrHXprcyB3ansjdGmDJnJojSlvZ5ksbGalLmpmsy9pZsYwaGbkL2po&#10;9ylraf8lbGn/Imxq/yBsav8gbGr/IGxq/yD/VwAA5GIAANJsAADGcwAAvXgAALV7AACtfAAApXwK&#10;AJ99GgCZfCoBk3s4BI15QwmId0wOg3VUEn9zWxZ7cmIZeHBpHXVvcCBybngjb22BJmxsiylqbJcs&#10;Z2ujLmVrsi9ka8QwYmvhL2Rs9ipmbf8mZm3/I2du/yBnbv8gZ27/IGdu/yD2WQAA4GUAAM5vAADC&#10;dgAAuXwAALF/AACpgAAAoIAHAJmBFwCUgSgBjoA1A4h+QQiDfEoNfnpSEXp4WRV2d2AZc3ZnHHB0&#10;bh9tc3YjanJ/JmdxiSlkcZUrYnChLWBwsC9ecMIvXXDfL19x9Spgcf8mYXL/I2Jy/yBicv8gYnL/&#10;IGJy/yDvXAAA3GkAAMpyAAC+egAAtYAAAK2EAACkhQAAmoUDAJSFFACOhiUBiYQzA4ODPgd+gUgL&#10;eX9QEHV+VxRxfV4YbntlG2t6bB5oeXQiZXh9JWJ3hyhfdpMqXHafLFp1ri5ZdcAuWHXdLll28ypb&#10;dv8mXHf/I1x3/yBcd/8gXHf/IFx3/yDqYAAA1WwAAMV2AAC6fgAAsYQAAKiIAACfiQAAlIoAAI2K&#10;EQCIiyEAg4owAn6JOwV5h0UKdIZODnCEVRJsg1wWaYJjGmaBah1igHIgX397I1x+hSZZfZEpV3ye&#10;K1V8rCxTfL4tUnzaLVN88ilVfP8lVnz/Ild8/yBXfP8gV3z/IFd8/yDlZAAAz3AAAMF6AAC2gwAA&#10;rYkAAKOMAACZjgAAjY8AAIaQDgCBkR0AfZAsAXiPOARzjkIIbo1LDGqMUxBniloUY4lhF2CIaBtd&#10;h3AeWoZ5IVaFgyRUhY8mUYScKE+EqipNhLwqTYTXKk2D8SdPg/8kUIP/IlCD/x9Qg/8fUIP/H1CD&#10;/x/eaQAAyXUAALyAAACyiAAAqI0AAJ2RAACTkwAAhZYAAH6XCwB5lxkAdZcoAXGXNQNslj8GaJVI&#10;CmSUUA1hk1cRXZJeFVqRZhhXkG4bVI93HlGOgSBOjo0jS42aJUmNqSZIjbsnR43UJ0eM8CRIjP8i&#10;SYv/IEqL/x5Ki/8eSov/HkqL/x7VbgAAw3sAALeFAACsjQAAopIAAJeWAACMmQAAf5wAAHWeBQBw&#10;nxMAbZ8jAGmfMAFlnjsEYZ5FB12dTQpanFQNV5tcEVSaYxRRmmsXTpl0GUuYfxxImIseRZeZIEOX&#10;qCFCl7oiQZfTIkGW7yBClf4eQpX/HUOU/xxDlP8cQ5T/HEOU/xzMdQAAvIEAALGMAACmkgAAm5cA&#10;AJGbAACFnwAAeaMAAGqnAABlpw4AY6gcAGCoKwFdqDYCWadABFanSQZTplEJUKZZDE2lYA5KpWkR&#10;R6RyFESkfRZCo4kYP6OXGj2jpxs8o7kcO6PSGzui7xs7oP4aO5//GTyf/xg8n/8YPJ//GDyf/xjE&#10;fAAAtokAAKqSAACflwAAlZwAAImhAAB9pgAAcaoAAGSuAABasQgAV7EUAFWyIwBTsjABULI7Ak2y&#10;RANLsU0FSLFVB0WxXQlDsWULQLBvDT6weg87sIcROa+WEzevphQ2r7gUNbDRFDWu7xQ0rf4UNKz/&#10;FDSr/xQ0q/8UNKv/FDSr/xS7hQAAr5AAAKOXAACYnQAAjKMAAICoAAB0rQAAaLIAAFy2AABQugEA&#10;SbwNAEi8GQBGvScARb0zAEO9PQFBvUcBP71QAj29WAM6vWEFOL1rBja9dwg0vYQJMr2TCjC9pAsv&#10;vbcMLr7QCy687gwtuv4NLLn/DSy4/w4suP8OLLj/Diy4/w6zjwAAppcAAJudAACPowAAg6oAAHaw&#10;AABqtQAAXroAAFK+AABHwgEAPccGADjJEAA3yRsANsonADXKMwA0yz0AM8tHADHLUQEwy1sBLsxl&#10;AizMcQIqzH8DKcyQBCfMoQQmzbQEJc3OBCXL7gQkyfwGI8j/ByPH/wcjx/8HI8f/ByPH/weplgAA&#10;np0AAJKjAACFqwAAeLIAAGu4AABfvgAAUsIAAEfGAAA9ygAANM8EACvUCQAm2Q8AJdkZACXaJQAk&#10;2jAAI9s7ACPbRQAi3FAAId1bACDdaAAe3nYAHd6HARzfmQEa36wBGd/EARje5wEY3PgBGNv/Ahfa&#10;/wIX2v8CF9r/Ahfa/wKgnAAAlKMAAIerAAB5swAAbLoAAF/BAABSxgAARsoAADvOAAAx0wAAKdkA&#10;ACHeBQAe6A4AHegVABvpHgAZ6ScAGOowABbqOQAV60MAFOxOABLsWgAR7WcAEO53ABDuigAO754A&#10;DvCzAA3wzQAM7+wADO38AAzr/wAM6/8ADOv/AAzr/wCXowAAiasAAHu0AABtvAAAX8QAAFLKAABF&#10;zgAAOdMAAC/YAAAl3QAAHeEAABjsAgAW9wsAFPcRABH4FwAQ+B4ADvklAA35LQAL+jUACfs/AAf7&#10;SgAE/FcAA/1mAAL+dwAA/YsAAP2fAAD8tQAA/NEAAPztAAD8/AAA/P0AAPz9AAD8/QCLqwAAfbQA&#10;AG69AABgxgAAUs0AAETSAAA32AAALN0AACLhAAAZ5QAAE+oAABD6AAAO/wYADf8MAAr/EAAH/xQA&#10;BP8aAAH/IAAA/ycAAP8wAAD/OgAA/0UAAP9TAAD/YgAA/3UAAP+KAAD/nwAA/7MAAP/HAAD/5QAA&#10;/+UAAP/lAAD/5QB/tAAAcL0AAGHHAABT0AAAQ9YAADbdAAAq4gAAH+YAABbqAAAQ7QAADPoAAAn/&#10;AAAG/wAAAv8EAAD/CQAA/w0AAP8QAAD/FAAA/xoAAP8hAAD/KQAA/zQAAP9AAAD/TgAA/14AAP9y&#10;AAD/hwAA/5oAAP+qAAD/uQAA/7kAAP+5AAD/uQD/ICkB/yInAf8iJwH/HyoB/xkwAf8SOQH/EEUB&#10;/w1TAf8MYAH/Cm0C/wl5Av8JhAL/CY4B/wmWAf8JnQH/CaMB/wmpAf8JsAH/CLcB/wi+Af8IyAH/&#10;CNYB/wjmAf8I8QH/CPsA/wj/AP8I/wD/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8J/wH/IyYB/yUkAP8l&#10;JAD/IycB/x0sAf8YNQH/FUIB/xJQAf8QXQL/DmoC/w52Av8OgAL/DooC/w6SAv8OmgL/DqAC/w6m&#10;Af8NrQH/DbMB/w27Af8NxQH/DdEB/w3jAf8N7wH+DfoB+g3/AfkO/wH5Dv8B+Q7/AfgO/wH4Dv8B&#10;+A7/AfgO/wH/JiMA/yggAP8oIAD/JiIA/yIoAf8gMgH/HD8B/xlMAf8XWQL/FWUC/xNxAv8TfAL/&#10;E4YC/xOOAv8SlgL/Ep0C/xKjAv8SqQL/ErAC/xK3Av8SwQL/EswB/RLfAfkT7QH1E/gB8xP/AfIT&#10;/wHxE/8C8BT/AvAU/wLwFP8C8BT/AvAU/wL/Kh8A/ywcAP8sGwD/Kx0A/ykkAP8oLwH/JTsB/yJI&#10;Af8fVAL/HWEC/xttAv8adwL/GoEC/xqKAv8akgL/GpkC/RqfAvwapgL7GqwC+Rq0AvgavQL2GsgC&#10;8xrbAu8a6gLsG/cC6Rv/Augb/wPnHP8D5hz/A+Uc/wPlG/8D5Rv/A+Ub/wP/LRsA/zAXAP8xFQD/&#10;MBYA/zEgAP8wKgD/LjYB/ytDAf8oTwL/JlwC/yRnAvwjcgP5I3wD9yKFA/UijQPzIpUD8iKbA/Ai&#10;ogPvIqkD7SKxA+wiuQPqIsUD6CLVA+Qj6QPgI/YE3iP/BNsk/wTZJP8E2CT/BNck/wTWJP8E1iT/&#10;BNYk/wT/MRYA/zQSAP82EQD/NxMA/zkbAP84JQD/NjEB/zM9Af0xSgH4LlYC9C1iA/AsbQPtK3cD&#10;6iuABOgqiATmKpAE5SqXBOMqngXhKqUF4CqtBd4qtgXcKsIF2irSBtUr5wbQK/UHzSz/B8ss/wfJ&#10;LP8HyCz/B8cs/wbHLP8Gxyz/Bscs/wb/NRIA/zkOAP86DQD/PhAA/0AWAP8/IAD/PSoA+Ts3AfI4&#10;RAHsNlEC5zVcA+M0ZwPgM3IE3TN7BdoygwbWMosG1DKTB9IxmgjQMaEIzjGpCcwxsgnLMbwKyTHK&#10;CsYy4QvCMvELvzP+C70z/wq7M/8KujP/Cboz/wm6M/8JujP/Cboz/wn/ORAA/z0LAP9ACQD/RA0A&#10;/0YRAP9FGQD3RCMA7kEvAOY/PAHgPkoB2j1XAtM8YgTPO2wGzDp1B8k6fQnHOYUKxTmMC8M4lAzB&#10;OJsNwDijDb44rA68OLYPujjDD7k41xC1OOwQsjn7D7A6/w6vOv8Nrjr/DK06/wutOv8LrTr/C606&#10;/wv/PA0A/0AGAP9FBAD/SQkA/0sNAPlKEQDtSRoA40YmANpGNgDRRkUBy0VRA8ZEXAXCQmYIv0Jv&#10;CrxBdwu6QH8NuD+GDrY/jhC0PpURsj6dErA+phOvPrAUrT69FKs+zRWpPuYVpj/3E6RA/xKjQP8Q&#10;okD/D6JA/w6iQf8OokH/DqJB/w7/PwkA/0QAAP9KAAD3TgIA7FAGAOpPCwDjTBAA1kweAM1NMADG&#10;TT8BwExMBLtLVwa3SWEJtEhpDLFHcQ6uRnkQrEaAEapFiBOoRJAUpkSYFqRDoReiQ6sYoEO3GZ9D&#10;xxmdQ+Aam0TzF5lF/xWYRv8TmEb/EZhG/xCXRv8Ql0b/EJdG/xD/QgUA/0cAAPdPAADlUwAA3VUB&#10;ANdVBgDVUgsAy1MZAMNUKwC8VDsBtlJIBLFRUgetUFwKqU5kDaZNbA+kTHQRoUt7E59KghWdSooX&#10;m0mTGJlJnBqXSKYblUiyHJRIwR2SSNgdkEnvG49K/hiPS/8Wjkv/FI5M/xKOTP8Sjkz/Eo5M/xL/&#10;RQAA/0sAAOlTAADeWAAA01sAAM1bBADKWAcAwlgVALpaJwCzWjcBrlhEBKlXTwekVVgKoVRgDZ5T&#10;aBCbUW8TmFB2FZZQfheUT4YZkk6OGo9OmByNTaIdi02uH4pNvCCITdAgh03rH4ZP/BuGUP8YhlD/&#10;FoZQ/xSGUf8UhlH/FIZR/xT/RwAA+E8AAORXAADVXQAAzGAAAMVgAgDBXgUAul0RALNfIwCsXzMB&#10;pl5AA6FcSwedWlQKmVlcDpZYZBGTVmsTkFVyFo5UehiLVIIaiVOKHIdSlB6FUp4fg1GqIYFRuCJ/&#10;UcsiflLnIX5T+R1+VP8aflX/F35V/xZ+Vf8VflX/FX5V/xX/SgAA7lIAAN5bAADPYQAAxmQAAL9l&#10;AAC6YwIAs2IPAKxjIACmYzABoGI9A5thSAaWX1EKkl5ZDY9cYRGMW2gTiVpvFoZZdhiEWH4agleH&#10;HH9XkB99Vpshe1anInlWtSN3VsckdlbkJHZX9x93WP8bd1n/GXdZ/xd3Wf8Wd1n/FndZ/xb/TAAA&#10;6VYAANlfAADLZQAAwWgAALppAAC0aAAArWcNAKZoHACgaC0Bmmc6A5VlRQaQY04KjGJXDYlhXhCG&#10;X2UTg15sFoBdcxh+XHsae1yDHXlbjR92WpghdFqkI3JasiRxWsQlb1rhJXBb9iBxXP8ccV3/GnFd&#10;/xhxXf8XcV3/F3Fd/xf9TwAA5VkAANNiAADHaAAAvWwAALZtAACvbAAAp2sLAKBsGQCbbCoBlWs3&#10;ApBpQwWLaEwJh2ZUDINlWxCAY2ITfWJpFXphcBh4YXgadWCBHXNfix9wXpYibl6iJGxesCVrXsEm&#10;aV7eJmpf9CFrYP8da2H/G2xh/xlsYf8YbGH/GGxh/xj1UQAA4lwAAM9lAADDawAAuW8AALFxAACq&#10;cQAAom8IAJtvFwCWcCcAkG81AotuQAWGbEkIgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXYacGR+HW1j&#10;iB9rY5MiaWKgJGZiriVlYr8mZGLaJmRj8iJlZP8eZmT/G2dk/xlnZf8YZ2X/GGdl/xjwUwAA3V8A&#10;AMtoAAC/bwAAtnMAAK51AACmdQAAnXMFAJZzFACRdCQAi3MyAoZyPgSBcEcIfW9PC3ltVw52bF4R&#10;c2tkFHBqbBdtanMaa2l8HGhohh9mZ5EiY2eeJGFmrCVgZr0mX2fWJl9n8SJgaP8eYWj/HGJo/xpi&#10;aP8ZYmj/GWJo/xnsVwAA2WIAAMdrAAC8cgAAs3cAAKp5AACheQAAl3cBAJB4EQCLeCEAhngvAYF3&#10;OwR8dUUHeHRNCnRyVQ5xcVwRbnBjFGtvahZobnEZZm56HGNthB5gbI8hXmycI1xrqiVaa7smWWzT&#10;Jlps7yNbbP8fXG3/HF1t/xpdbf8ZXW3/GV1t/xnoWgAA0mYAAMNvAAC4dgAAr3sAAKZ+AACdfgAA&#10;kXwAAIp8DwCFfR4AgX0tAXx8OQN3ekMGc3lLCXB4Uwxsd1oQaXZhE2Z1aBZjdG8YYXN4G15ygh5b&#10;co0gWXGaIldxqCRVcbklVHHQJVRx7iJWcf4eV3H/HFdx/xpYcf8ZWHH/GVhx/xnjXgAAzWkAAL9z&#10;AAC0egAAq38AAKKCAACYgwAAi4EAAISBDQB/ghoAe4IpAXaBNgJygUAFbn9JCGp+UAtnfVcOZHxe&#10;EWF7ZhReem0XW3p2GVl5gBxWeIsfU3iYIVF3piJQd7cjT3fOI0937CFQd/0eUXf/G1J3/xlSd/8Z&#10;Unf/GVJ3/xneYgAAyG4AALt3AACwfwAAp4QAAJ2HAACShwAAhIcAAH2HCQB4iBYAdIgmAHCIMgJs&#10;hz0EaIZGBmWFTglhhVUMXoRcD1uDYxJZgmsVVoF0F1OAfhpQgIkcTn+WHkx/pSBKf7YhSX/MIUl+&#10;6x9KfvwcS37/Gkt+/xlMfv8YTH7/GEx+/xjVZwAAw3MAALZ8AACshAAAookAAJiLAACNjQAAfI0A&#10;AHWOBABvjxIAbZAhAGmQLgFljzkCYo5CBF6OSwdbjVIKWIxZDFaLYQ9Ti2gSUIpxFE2JexdKiYcZ&#10;SIiVG0aIox1EiLQdQ4jKHUOH6hxEhvsaRIb/GEWG/xdFhf8XRYX/F0WF/xfNbQAAvXgAALGCAACn&#10;igAAnI4AAJKQAACGkwAAeZUAAGyXAABmlw4AY5gbAGGYKQBemDUBWpc+A1eXRwVVlk8HUpZWCU+V&#10;XgxMlGYOSpRvEEeTeRNEk4UVQpKTF0CSohg+krMZPZLJGT2R6Rg9kPoXPo//Fj6P/xU+j/8VPo//&#10;FT6P/xXFcwAAt38AAKyJAAChjwAAlpMAAIuWAAB/mQAAc5wAAGSfAABcoAkAWaAUAFehIgBVoS8A&#10;UqE5AVChQwJNoEsESqBTBUigWgdFn2MJQ59sC0Cedg4+noMQO56RETmdoBI4nbITN57IEzed6BI2&#10;m/oSNpr/EjaZ/xE3mf8RN5n/ETeZ/xG+ewAAsYcAAKWPAACblAAAkJgAAIScAAB3oAAAa6QAAF+n&#10;AABSqgAATasOAEurGgBKqycASKszAEarPQFEq0YBQqtOAkCrVgM+q18FO6toBjmqcwg3qoAJNKqP&#10;CzKqnwwxqrAMMKrHDDCp5wwvp/oNL6b/DS+l/w0vpf8NL6X/DS+l/w22hAAAqo4AAJ6UAACUmQAA&#10;h54AAHujAABvqAAAY6wAAFevAABLsgAAQbUGAD62EQA9th4AO7YpADq3NAA5tz4AN7dHADa3UAE0&#10;t1oBMrdkAjC3bwMut3wELLeLBSq3nAUpt64GKLjFBSi35gUntfkHJrP/Byay/wgmsv8IJrL/CCay&#10;/wivjQAAopQAAJeaAACLoAAAfqYAAHGrAABlsAAAWbQAAE23AABCuwAAOL4BAC/CCQAtwxIALMMe&#10;ACvDKQAqxDMAKcQ9ACjFRwAnxVEAJsVcACXGaAAjxnYBIsaGASDGmAEfxqsBHsfBAR7G5AEdxPgC&#10;HML/AxzB/wMcwf8EHMH/BBzB/wSllAAAmpoAAI6hAACBpwAAc64AAGe0AABauQAATr0AAELAAAA4&#10;wwAAL8cAACbLBAAe0AoAG9ERABrSGgAZ0iUAGNMvABjTOgAX1EQAFtRQABXVXQAU1WsAE9Z8ABLX&#10;jwAR2KQAENm7ABDZ3gAQ1fMAENP/ABDS/wEQ0f8BENH/ARDR/wGcmgAAkaEAAIOoAAB1sAAAaLcA&#10;AFu9AABOwQAAQsUAADfIAAAtzAAAJNAAABzVAAAV2gUAEOILABDjEQAO5BoADuQjAA3lLQAM5TcA&#10;C+ZCAArmTwAJ510ACOdtAAbmgAAF5pUABOarAALmxAAB5uYAAOf5AADn/wAA5v8AAOb/AADm/wCT&#10;oQAAhakAAHexAABpuQAAW8AAAE7GAABBygAANc4AACrSAAAh1gAAGdsAABLfAAAN4wAAC/EIAAnz&#10;DgAH8xMABPIaAALyIgAA8ioAAPI0AADyPwAA8kwAAPJcAADybQAA8oIAAPKYAADzrQAA88YAAPTl&#10;AAD09gAA9PsAAPT7AAD0+wCHqQAAebIAAGq6AABcwgAATskAAEDOAAAz0wAAKNgAAB7dAAAV4QAA&#10;D+QAAAroAAAF8wAAA/0BAAD8CAAA+w0AAPsRAAD7FgAA/B4AAPwmAAD8MAAA/TwAAP5JAAD+WgAA&#10;/m0AAP+CAAD/mAAA/6wAAP/AAAD/2AAA/+QAAP/kAAD/5AB7sgAAbLsAAF3EAABPzQAAQNIAADLZ&#10;AAAm3gAAG+IAABLmAAAM6gAABe0AAAD0AAAA/wAAAP8AAAD/AAAA/wQAAP8JAAD/DgAA/xIAAP8Y&#10;AAD/IQAA/ysAAP83AAD/RgAA/1gAAP9rAAD/gAAA/5UAAP+mAAD/swAA/7sAAP+7AAD/uwD/GyYA&#10;/xwkAP8aJAD/FScA/xAtAP8KNgD/BUMA/wFQAf8AXgH/AGsB/wB2Af8AgQD/AIoA/wCSAP8AmgD/&#10;AKAA/wCmAP8ArAD/ALIA/wC5AP8AwgD/AM0A/wDfAP8A7AD/APgA/wD/AP0A/wD9AP8A/QD/AP0A&#10;/wD9AP8A/QD/AP0A/wD/HyMA/x8hAP8eIQD/GSMA/xMpAP8OMgD/DEAA/wlNAf8HWgH/BGcB/wNz&#10;Af8DfQH/A4cB/wOPAP8ClgD/ApwA/wKiAP8CqAD/Aq8A/wG2AP8BvgD/AckA/wHbAP8A6gD8APYA&#10;+AD/APcC/wD3A/8A9gT/APYE/wD2Bf8A9gX/APYF/wD/Ih8A/yIcAP8hHAD/Hh8A/xgkAP8VLwD/&#10;EjwA/xBJAP8OVgH/DGIB/wtuAf8LeQH/C4IB/wuLAf8LkgH/CpkB/wqfAP8KpQD/CqsA/wqyAP8K&#10;uwD9CsYA+wrUAPcK5wDzCvQA8Ar/AO8L/wDuDP8A7Qz/Ae0M/wHtDP8B7Qz/Ae0M/wH/JRsA/yYY&#10;AP8lFwD/IRgA/yAhAP8eKwD/GjcA/xdFAP8UUQH/El4B/xFpAf8RdAH/EX0B/xCGAf0QjgH8EJUB&#10;+hCbAfkQoQH3EKgB9hCvAfQQtwDzEMIA8RDQAO0Q5QDoEfIA5hH+AeQS/wHjEv8B4hL/AeIS/wHh&#10;Ev8B4RL/AeES/wH/KRYA/yoTAP8pEgD/JxMA/ygcAP8nJwD/IzMA/yA/AP8dTAD/G1gB/BlkAfgZ&#10;bgH2GHgB8xiBAfEYiQHvGJAB7hiXAewYngHqGKQB6RisAecYtAHmGL8B5BjNAeAZ4wHcGvEB2Br+&#10;AtQb/wLSG/8C0Rv/AtAb/wLQG/8C0Bv/AtAb/wL/LRIA/y4PAP8uDQD/LxAA/y8XAP8uIQD/LC0A&#10;/yk5APkmRgD0JFMB7yJeAesiaQHoIXMB5iF8AeMhhAHhIYwB4CGTAd4hmgHcIaEB2iGpAdghsQLV&#10;IbwC0yLJAtAi3wLMI/ADyCP9A8Yk/wPEJP8DwyT/A8Ik/wPBJP8DwST/A8Ek/wP/MA8A/zILAP8z&#10;CAD/Ng0A/zYSAP81GgD9MiUA9DAyAO0tPwDnLEwA4itYAd0rYwHZKm0B1Sp2AtIqfwLQKoYCziqO&#10;A8wqlQPKKpwDySqjBMcqrATFKrYEwyrDBcIq1QW+K+sFuiv5Brgs/wa2LP8FtSz/BbQs/wW0LP8F&#10;tCz/BbQs/wX/NAwA/zYFAP85AwD/PAgA/zwNAP07EwDxOB0A6DUpAOA0NwDZM0YA0TRSAc0zXQHJ&#10;M2cCxjNwA8QyeATBMoAEvzKHBb4yjwa8MpYGujGeB7gxpge3MbAItTK8CLMyzAmxMuUJrTP1Casz&#10;/wmqM/8IqDP/B6gz/wenM/8HpzP/B6cz/wf/NwcA/zoAAP8+AAD6QQEA8UEGAPE/DQDmPBIA2zof&#10;ANA7MQDKPEAAxDxNAcA8WAK8O2EDuTtqBbY6cga0OnoHsjmBCLA5iAmvOZAKrTiYCqs4oQupOKoM&#10;qDi2DaY4xQ2kON4OoTnxDZ86/wyeOv8LnTr/Cpw6/wmcOv8JnDr/CZw6/wn/OwIA/z4AAPdEAADm&#10;RwAA30gBANpGBgDZQAsAzUIZAMVEKwC+RDsAuURIAbVDUwOxQlwErkJlBqtBbAepQHQJpkB7CqQ/&#10;gwujP4oNoT6TDp8+nA+dPqUQmz6xEZo+vxGYPtQSlj/tEZQ//A+TQP8OkkD/DJJB/wuSQf8LkkH/&#10;C5JB/wv/PQAA/0MAAOlJAADeTgAA008AAM1OAwDKSQgAwkkUALtKJgC1SzYAr0tDAqtKTgOnSVcF&#10;pEhgB6FHZwmeRm8KnEZ2DJpFfQ6YRYUPlkSOEJRElxKSQ6ETkEOsFI9DuhWNQ80Vi0ToFYpF+hKJ&#10;Rv8QiUb/DohG/w2IRv8NiEb/DYhG/w3/QAAA8kcAAONPAADUUwAAy1UAAMRUAADAUAQAuU8RALJQ&#10;IgCsUTIAp1E/AqJQSgOeT1MFm05cCJhNYwqVTGoMk0txDZFKeQ+OSoARjEmJEopJkhSISJwVhkio&#10;FoVItReDSMcYgUjkGIFK9xWASv8SgEv/EIBL/w+AS/8OgEv/DoBL/w7/QwAA7EsAAN1TAADOWAAA&#10;xFoAAL1aAAC4VwEAsVQOAKpWHgClVi4An1Y7AZtVRgOXVFAFk1NYCJBSXwqNUWYMi1BtDohPdBCG&#10;T3wShE6FE4JOjhWATZkXfk2kGHxNshl6TcMaeU3fGnhO9Bd4T/8UeE//EnhQ/xB4UP8PeFD/D3hQ&#10;/w/9RgAA508AANZXAADIXAAAv18AALdfAACxXAAAqlkMAKRaGgCeWyoAmVs4AZRaQwOQWUwFjFhV&#10;CIlXXAqGVmMMg1VqDoFUcRB/U3kSfVOBFHpSixZ4UpUYdlGhGXRRrxtzUcAbcVHbHHFS8hlxU/8V&#10;cVT/E3JU/xFyVP8QclT/EHJU/xDzSAAA41MAANBbAADEYAAAumMAALNjAACsYQAApF4JAJ1fFwCY&#10;XycAk181AY5eQAOKXUoFhlxSB4NbWQqAWmAMfVlnDntYbhB4WHUSdld+FHRWiBdyVpMYb1afGm5V&#10;rBtsVb0ca1bVHWtW8BprV/8Xa1j/FGxY/xJsWP8RbFj/EWxY/xHxSwAA31YAAMxeAADAZAAAt2cA&#10;AK5oAACnZgAAn2IGAJhjFACSZCQAjWMyAYliPQKEYUcEgWBPB31fVgl6Xl0Ld11kDXVcaxBzXHMS&#10;cFt7FG5bhRdsWpAZalqcG2hZqhxmWrodZVrRHWVa7htlW/4XZlv/FWZc/xNnXP8SZ1z/Emdc/xLt&#10;TgAA2lkAAMhhAAC8ZwAAs2oAAKtsAACiagAAmWcCAJJnEQCNZyEAiGcvAYRmOwJ/ZUQEe2RNBnhj&#10;VAl1YlsLcmFhDXBhaQ9tYHASa195FGlfgxdmXo4ZZF6aG2JeqBxhXrgdX17OHV9e7BtgX/0YYV//&#10;FWFf/xNiX/8SYl//EmJf/xLqUQAA1FwAAMRkAAC5agAAsG4AAKdwAACebgAAlGsAAI1qEACHax4A&#10;g2ssAH5rOAJ6akIDdmlKBnNoUghwZ1kKbWZgDWtlZw9oZG4RZmR3FGRjgRZhY4wYX2KYGl1iphxb&#10;YrYdWmLMHVpi6hxbY/wYXGP/Flxj/xRdY/8TXWP/E11j/xPmVQAAz18AAMFoAAC2bgAArHIAAKR0&#10;AACacwAAjm8AAIdvDQCCbxsAfXApAHlvNQF1bj8Dcm1IBW5sUAdrbFcKaWteDGZqZQ5kaWwRYWl1&#10;E19ofxZcaIoYWmeWGlhnpBxWZ7QdVWfKHVVn6BtWZ/sYV2f/Fldo/xRYZ/8TWGf/E1hn/xPhWAAA&#10;y2MAAL1rAACycgAAqXYAAKB4AACWdwAAiHMAAIFzCwB8dBcAeHQmAHR0MgFwcz0CbXNGBGpyTgdn&#10;cVUJZHBcC2FwYw5fb2oQXG5zElpufBVXbYgXVWyUGVNsoxtRbLMcUGzIHE9s5xtRbPoYUWz/FVJs&#10;/xRSbP8TUmz/E1Js/xPcXAAAx2cAALlvAACvdgAApXsAAJx8AACRfAAAgngAAHp5BwB1eRQAcnoj&#10;AG56LwFreToCaHlDA2R4SwVhd1IIX3dZClx2YAxZdWgPV3RwEVR0ehNSc4YWT3OTGE1yoRlMcrEa&#10;SnLGGkpy5RpLcvkXTHL/FUxy/xNNcv8STXL/Ek1y/xLUYAAAwmsAALV0AACrewAAon8AAJeBAACM&#10;gQAAen4AAHN/AgBufxEAa4AeAGiALABlgDcBYoBAA19/SARcflAGWX5XCFd9XgtUfGYNUXxuD097&#10;eBFMe4MUSnqRFkh6nxdGeq8YRXrEGER65BhFefgWRnn/FEZ4/xJHeP8RR3j/EUd4/xHNZQAAvXAA&#10;ALF5AACngAAAnIQAAJKGAACGhgAAd4YAAGuGAABmhw0AY4cZAGCIJwBeiDMBW4g8AliHRQNWh00E&#10;U4ZUBlCGWwhOhWMKS4RsDEmEdg9Gg4ERRIOPE0KDnRRAgq4VP4PCFT6C4hU/gfcTP4H/EkCA/xFA&#10;gP8QQID/EECA/xDGawAAt3YAAKx/AACihQAAl4kAAIyLAACBjQAAc44AAGWPAABdjwkAWpAUAFiQ&#10;IQBWkS0AU5A4AVGQQQJOkEkDTJBQBEqPWAVHj2AHRY5pCUKOcwtAjX8NPo2NDzyNnBA6jawROY3B&#10;ETiN4RA4i/YQOIr/DzmJ/w85if8OOYn/DjmJ/w6/cgAAsn0AAKeGAACcigAAkY4AAIaRAAB6kwAA&#10;bZUAAF+XAABUmQEAT5kPAE6aGgBMmicASpoyAEiaPAFGmkQBRJpMAkKaVANAmVwEPplmBTuZcAc5&#10;mHwIN5iKCjWYmgszmKsLMpi/DDKY3wsxlvULMZX/CzGU/wsxk/8LMZP/CzGT/wu4egAArIUAAKGL&#10;AACWkAAAi5QAAH+XAABymwAAZp0AAFqgAABOogAARaQJAEKkEwBApB8AP6QqAD6lNAA8pT4AO6VH&#10;ATmlTwE3pVgCNaVhAjOlbAMxpXkEL6SHBS2klwYspKkGK6S9Biqk3gYqovUHKaH/Bymg/wgpn/8I&#10;KZ//CCmf/wixggAApYsAAJqRAACQlgAAg5oAAHafAABqogAAXqYAAFKpAABGqwAAPK0AADWvDAAz&#10;sBUAMrAhADGwKwAvsDUALrE+AC2xSAAssVEAK7FbACmxZwEnsXQBJrGDASSxlAIjsaYCIrK7AiGy&#10;2wIhr/MDIK7/AyCt/wQfrP8EH6z/BB+s/wSqiwAAnZEAAJOXAACHnAAAeqIAAG2nAABgqwAAVa8A&#10;AEmxAAA+tAAAM7cAACq6AwAkvA0AIr0VACG9IAAhvSoAIL0zAB++PQAevkcAHb5SABy/XgAav2wA&#10;Gb98ABi/jgAXwKEAFsC2ABTA0wAVvvEAFbz/ARW7/wEUuv8CFLr/AhS6/wKhkgAAlpgAAIqeAAB9&#10;pAAAb6oAAGKvAABWtAAASrcAAD66AAAzvQAAKsAAACHEAAAZxwUAE8sLABHMEgARzBsAEMwlAA/N&#10;LwAOzToADs1GAA3NUgANzmAADM5wAAvOgwAKzpcACc6sAAjOxgAIzugACM37AAnL/wAJy/8ACcv/&#10;AAnL/wCYmAAAjZ4AAH+lAABxrAAAZLMAAFe5AABKvQAAPsAAADLDAAAoxgAAH8oAABfNAAAR0QAA&#10;DNYFAAjZDAAG2RIABdobAATaJAAD2y4AAds5AADcRQAA3VIAAN5iAADecwAA3ogAAN+dAADfswAA&#10;384AAODuAADf+gAA3/8AAN//AADf/wCPnwAAgaYAAHOuAABltQAAWL0AAErCAAA9xQAAMckAACbM&#10;AAAd0AAAFNQAAA7ZAAAJ3QAAA+EAAADjBwAA4w0AAOQSAADlGQAA5iIAAOcrAADpNgAA60MAAOxS&#10;AADsYgAA7XYAAO6MAADuoQAA77cAAO/RAADv6wAA8PYAAPD2AADw9gCEpwAAda8AAGe3AABZvwAA&#10;S8YAADzKAAAvzgAAJNIAABrYAAAS3AAADOAAAAXjAAAA5wAAAOsAAADrAAAA7QUAAO4LAADwEAAA&#10;8RUAAPMeAAD0JwAA9zMAAPlAAAD6UQAA+2MAAPx3AAD9jQAA/aMAAP62AAD+yQAA/98AAP/fAAD/&#10;3wB3sAAAaLkAAFrBAABMygAAPM8AAC7UAAAi2gAAF94AABDiAAAJ5gAAAOkAAADsAAAA8AAAAPYA&#10;AAD2AAAA9wAAAPgAAAD6BwAA+w0AAP0RAAD/GQAA/yMAAP8vAAD/PgAA/08AAP9iAAD/dwAA/40A&#10;AP+fAAD/rgAA/7oAAP+6AAD/ugD/FiMA/xUhAP8SIQD/DiQA/wYqAP8AMwD/AEEA/wBOAP8AXAD/&#10;AGgA/wB0AP8AfgD/AIcA/wCPAP8AlgD/AJwA/wCiAP8AqAD/AK4A/wC1AP8AvQD/AMcA/wDWAP8A&#10;5wD+APMA/gD+AP0A/wD8AP8A+wD/APsA/wD7AP8A+wD/APsA/wD/GiAA/xkeAP8WHgD/ECAA/wol&#10;AP8EMAD/AD0A/wBLAP8AWAD/AGQA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA&#10;/wCxAP0AuQD7AMMA+gDQAPgA4wD3APEA9gD8APQA/wD0AP8A8wD/APMA/wDzAP8A8wD/APMA/wD/&#10;HRwA/xwZAP8ZGQD/FBsA/w7/4v/iSUNDX1BST0ZJTEUACAkhAP8MLAD/CTkA/wVGAP8CUwD/AF8A&#10;/wBrAP8AdQD/AH4A/wCGAP8AjgD/AJQA/gCbAPwAoQD6AKcA+ACuAPUAtQDzAL8A8QDLAPAA3wDu&#10;AO4A7AD5AOsA/wDqAP8A6gH/AOkB/wDpAf8A6QH/AOkB/wD/IBcA/x8UAP8cEwD/FxUA/xYdAP8T&#10;KAD/EDQA/w1BAP8MTgD/CVoA/whmAP8IcAD+B3kA/AeBAPoHiQD4B5AA9gaWAPMGnQDxBqMA7waq&#10;AO0GsgDqBrsA6AbIAOYG3ADkBuwA4gj6AOAK/wDeC/8A3Qv/AN0M/wDcDP8A3Az/ANwM/wD/IxIA&#10;/yMQAP8hDgD/HhAA/x4YAP8cIwD/GC8A/xQ7AP8SSQD8EFUA+A9gAPQPagDxD3QA7w58AO0OhADr&#10;DosA6Q6SAOcOmQDmDqAA5A6nAOIOrwDgDrgA3g7FANwO2gDWEOwA0hH6AM8S/wDNEv8BzBL/AcsT&#10;/wHKE/8ByhL/AcoS/wH/Jw8A/ycMAP8lCQD/Jg0A/yUTAP8jHAD/ICgA+xw1APUaQgDvGE8A6hda&#10;AOYWZQDjFm4A4BZ3AN4WfwDcFocA2RaOANYWlQDUFpwA0hejANAXqwDOGLUAzBjBAMsY0gDHGugB&#10;wxv4AcAb/wG+HP8BvRz/Arwc/wK8G/8CvBv/Arwb/wL/KwwA/ysFAP8rAwD/LQkA/ywOAP8pFQD3&#10;JiAA7iMtAOchOgDhH0gA2x9UANUgXwDRIGgAziBxAMwheQDKIYEByCGIAcYhjwHEIZYBwyGeAcEi&#10;pgG/Iq8BvSK7ArwjygK5I+MCtST0ArMk/wOxJP8DryT/A68k/wOuJP8DriT/A64k/wP/LwYA/y8A&#10;AP8yAAD/MwIA+TIIAPcvDgDrKxYA4SciANgnMgDQKUEAyypOAMYqWQDDKmIBwCprAb0qcwG7KnoC&#10;uSqCArgqiQK2KpACtCqYA7MqoQOxKqoDryu1BK4rxASsK9sEqCzvBKYs/gWkLP8Eoy3/BKIt/wSi&#10;LP8Eoiz/BKIs/wT/MgAA/zMAAPk4AADpOQAA4jkAAN41BwDeLg0A0S8bAMkxLADDMzsAvTNIALk0&#10;UwG2M1wBszNlArAzbQKuM3QDrDJ7A6sygwSpMooEpzKTBaUymwakMqUGojKwB6AyvgefMtEHnDPq&#10;B5oz+weYNP8HlzT/BpY0/waWNP8FljT/BZY0/wX/NQAA/zgAAOo+AADfQgAA1UIAAM8/AwDNOAgA&#10;xTgVAL06JgC3OzYAsjxDAK48TgGqO1cCpztgA6U6ZwOjOm8EoTp2BZ85fQadOYUHmzmNB5k4lgiY&#10;OKAJljirCpQ4uAqTOcoLkTnlC4869wqNOv8JjDv/CIw7/weMO/8HjDv/B4w7/wf/OAAA8T4AAONF&#10;AADUSQAAy0oAAMVHAADBQQQAuj8RALNBIQCtQjEAqEM+AKRDSQGgQlMCnUFbA5tBYgSYQGoFlkBx&#10;BpQ/eAeSP38IkD+ICo8+kQuNPpsMiz6mDYk+sw2IPsQOhj/gDoQ/9A2DQP8Lg0D/CoJA/wmCQf8I&#10;gkH/CIJB/wj/PAAA60MAANxKAADMTwAAw1AAALxOAAC3SQEAsUYOAKpIHACkSSwAoEk6AJtJRQGY&#10;SE4ClEdXA5JHXgWPRmUGjUZsB4tFcwmJRXsKh0SDC4VEjQyDRJcOgUOiD39DrxB+Q8AQfETaEXtE&#10;8Q96Rf8Nekb/C3pG/wp6Rv8Jekb/CXpG/wn1PgAA5kgAANNPAADHVAAAvVUAALZUAACwUAAAqUwL&#10;AKJNGACdTigAmE42AJROQQGQTUsCjU1TBIpMWgWHS2EGhUtoCINKbwmASncLfkl/DHxJiQ56SJMP&#10;eEifEHdIrBJ1SLwSdEnSE3NJ7hFySv8Pckr/DXJK/wtySv8Lckr/CnJK/wryQgAA4EwAAM5TAADB&#10;WAAAuFoAALBZAACpVgAAolIHAJtSFQCWUyQAkVMyAI1TPgGJUkcChlFQBINRVwWAUF4Gfk9lCHtP&#10;bAl5TnMLd057DXVNhQ5zTZAQcU2cEm9NqRNuTbkUbE3OFGxN6xNsTv0QbE//DmxP/wxsT/8LbE//&#10;C2xP/wvuRQAA3FAAAMlXAAC9XAAAtF4AAKxeAACkWwAAnFYEAJVWEgCQVyEAi1gvAIdXOwGDVkQC&#10;f1ZNA3xVVAV6VFsGd1RiCHVTaAlzU3ALcVJ4DW9Sgg9tUY0Ra1GZEmlRphRnUbYVZlHLFWVS6RRl&#10;UvsRZlP/D2ZT/w1mU/8MZlP/DGZT/wzqSQAA1VMAAMVaAAC6XwAAsGIAAKhiAACfXwAAlloAAI9a&#10;EACKWx4AhVssAIFbOAF9W0ECelpKA3dZUQR0WFgGcVhfB29XZgltV20La1Z2DWlWfw9nVYoRZVWX&#10;E2NVpBRhVbQVYFXIFl9V5xVgVvoSYFb/D2FX/w5hV/8NYVf/DGFX/wznTAAA0VYAAMFeAAC2YwAA&#10;rWYAAKRmAACbZAAAkF4AAIleDgCEXxsAgF8pAHxfNQF4Xz8CdF5HA3FdTwRvXFYFbFxcB2pbYwlo&#10;W2sLZlpzDWRafQ9iWogRX1mUE15ZohRcWbIVW1nGFlpZ5RVbWvkSW1r/EFxa/w5cWv8NXFr/DVxa&#10;/w3jTwAAzVkAAL5hAACzZgAAqWkAAKBqAACXaAAAi2IAAINiDAB+YxgAemMmAHZjMgBzYzwBb2JF&#10;AmxhTARqYVQFZ2BaB2VgYQhjX2kKYV9xDF9eew5dXoYRWl6TElhdoBRXXbAVVl7EFlVe4xVWXvcS&#10;Vl7/EFde/w5XXv8NV17/DVde/w3eUwAAyF0AALtkAACwagAApm0AAJ1uAACTbQAAhWcAAH5nCQB4&#10;ZxUAdGcjAHFoLwBuZzkBa2dCAmhmSgNlZlIFY2VYBmBlXwheZGcKXGRvDFpjeQ5YY4QQVWKRElNi&#10;nxNSYq4VUWLCFVBi4RVRYvYSUWL/EFJi/w5SYv8NUmL/DVJi/w3ZVgAAxGAAALdoAACsbgAAo3EA&#10;AJpzAACPcQAAf2sAAHhrBQByaxIAbmwfAGtsLABobDcBZmxAAmNrSANga08EXmpWBlxqXQdZaWUJ&#10;V2ltC1Vpdw1TaIIPUGiPEU5nnRNNZ6wUS2jAFEto3hRLZ/USTGf/D0xn/w5NZ/8NTWf/DU1n/w3S&#10;WgAAwGQAALNsAACpcgAAoHYAAJZ3AACKdgAAeXEAAHFxAABrcQ8AaHEcAGZyKABjcjQAYHI9AV5y&#10;RQJbcU0DWXFUBVdwWwZUcGMIUm9rClBvdAxNboAOS26NEElumxFHbasSRm6+E0Vu3BJGbfQRRm3/&#10;D0dt/w5HbP8NR2z/DUds/w3MXwAAvGkAALBxAACldwAAnHsAAJF8AACGewAAdXgAAGt3AABldwwA&#10;YXgXAF94JABdeTAAWnk6AVh5QgJWeEoCU3hRBFF3WAVPd2AHTHZoCEp2cgpIdX0MRXWKDkN1mQ9C&#10;dakQQHW8EEB12RBAdPMPQHT/DkFz/w1Bc/8MQXP/DEFz/wzGZAAAt24AAKt2AACifAAAl38AAIyB&#10;AACBgQAAcoAAAGV/AABdfwgAWX8TAFeAIABVgCsAU4E2AFGAPgFPgEYCTYBOAkt/VQNJf10FRn9m&#10;BkR+cAhCfnsJP36ICz19lww8facNOn26Djp+1g06fPENOnv/DDp7/ws6ev8LOnr/Czp6/wvAaQAA&#10;snQAAKd8AACdgQAAkoQAAIeGAAB7hwAAbocAAGCHAABVhwEAUIgOAE6IGgBNiSYAS4kwAEmJOgBI&#10;iUIBRolKAUSJUgJCiVoDQIhjBD2IbQU7iHgGOYeGCDeHlQk1h6YKNIe5CjOH0wozhvAJM4X/CTOE&#10;/wkzg/8JM4P/CTOD/wm5cAAArXoAAKKCAACXhwAAjYoAAIGMAAB1jgAAaI8AAFqQAABPkQAAR5IK&#10;AESSEwBDkx8AQZMqAECTNAA/kz0APZNFADuTTQE6k1YBOJNfAjaTaQM0k3UDMpKDBDCSkwUukqQG&#10;LZK3BiyS0QYske8GK4//BiuO/wYrjf8HK43/ByuN/wezeAAAp4IAAJyIAACRjAAAh5AAAHqTAABt&#10;lQAAYZcAAFWZAABJmwAAP5wBADmdDgA3nRcANp4iADSeLAAznjUAMp4+ADGeRwAwn1AALp9aAC2f&#10;ZAErn3EBKZ5/AieekAImnqECJJ61AiOezgIjne4DI5v+AyKa/wQimf8EIpn/BCKZ/wSsgQAAoIgA&#10;AJWOAACLkgAAf5YAAHKaAABlnQAAWaAAAE6jAABCpAAAN6YAAC6oBQApqQ8AKKkYACeqIgAmqiwA&#10;Jao1ACSqPwAjqkgAIqtTACGrXgAgq2oAHqt5AB2riwAbq50AGquxABmrygAZquwBGaj9ARin/wIY&#10;pv8CGKb/Ahim/wKliQAAmY8AAI+UAACDmQAAdZ4AAGiiAABcpgAAUKkAAESsAAA5rgAAL7AAACaz&#10;AAAetQYAGbcPABi3FwAXtyEAFrcqABW3NAAUuD4AE7hJABK4VAASuWIAEblxABC5gwAPuZcADrms&#10;AA25xAANuOcADrb7AA61/wAOtP8ADrT/AA60/wCckAAAkpUAAIabAAB5oAAAa6YAAF6rAABSrwAA&#10;RrIAADq1AAAvtwAAJboAAB29AAAVwAAAEMMGAAvGDgAKxRUACcUeAAjFKAAHxTIABsY9AAXGSQAF&#10;xlcAA8ZmAALGdwABxosAAMagAADFtgAAxtIAAMXvAADF/AAAxf8AAMX/AADF/wCVlgAAiZwAAHuj&#10;AABtqQAAYK8AAFO0AABGuAAAOrsAAC6+AAAkwQAAG8QAABPHAAAOygAACM4BAAHQCgAA0BAAANAW&#10;AADRHgAA0icAANMxAADUPAAA1UkAANZYAADWaQAA1nwAANaSAADWpwAA1r8AANbgAADW8wAA1v4A&#10;ANb/AADW/wCMnQAAfqQAAG+rAABhsgAAVLkAAEa9AAA5wQAALcQAACLHAAAZywAAEc4AAAzSAAAF&#10;1QAAANsAAADcAwAA3QoAAN4PAADfFAAA4RwAAOIkAADkLgAA5joAAOdJAADoWQAA6GsAAOmBAADp&#10;mAAA6a0AAOnFAADp4gAA6fIAAOn1AADp9QCApQAAca0AAGO1AABVvAAAR8IAADnGAAAsygAAIM4A&#10;ABbSAAAP1gAACNsAAADfAAAA4wAAAOUAAADnAAAA6AEAAOoHAADrDQAA7REAAO8YAADxIQAA8ysA&#10;APY4AAD3SAAA+FoAAPltAAD6hAAA+psAAPqvAAD6wgAA+toAAPrfAAD63wB0rgAAZbYAAFa+AABI&#10;xgAAOcsAACvQAAAf1AAAFNoAAA3fAAAF4wAAAOYAAADpAAAA7QAAAO8AAADxAAAA8wAAAPUAAAD2&#10;AgAA+AkAAPoOAAD9EwAA/xwAAP8oAAD/NgAA/0cAAP9aAAD/bgAA/4UAAP+aAAD/qwAA/7kAAP+8&#10;AAD/vAD/ESAA/xAeAP8MHgD/BCEA/wAnAP8AMAD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIMA&#10;/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA/wCwAP8AuAD/AMIA/wDOAP8A4gD+APAA/QD7APsA/wD7&#10;AP8A+wD/APoA/wD6AP8A+gD/APoA/wD/FBwA/xIaAP8OGgD/CBwA/wAhAP8ALQD/ADoA/wBIAP8A&#10;VQD/AGEA/wBsAP8AdgD/AH8A/wCHAP8AjgD/AJQA/wCaAP4AoAD9AKYA/ACsAPsAtAD5AL0A+ADJ&#10;APcA3AD1AOwA8wD4APMA/wDyAP8A8QD/APAA/wDwAP8A8AD/APAA/wD/FxgA/xUWAP8RFQD/DBcA&#10;/wUdAP8AKAD/ADYA/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/ACCAPoAiQD4AJAA9wCWAPUAnAD0&#10;AKIA8wCoAPEAsADwALgA7gDDAOwA0wDqAOcA6QD1AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AOUA&#10;/wD/GhMA/xgRAP8UEAD/DxEA/w0ZAP8KJAD/BTAA/wE+AP8ASwD/AFcA/gBiAPoAbAD1AHUA8gB9&#10;APAAhADuAIsA7ACRAOsAlwDpAJ4A5wCkAOYArADkALQA4gC/AOAAzQDeAOMA3ADyANoA/QDYAP8A&#10;1gD/ANUB/wDVAf8A1QL/ANUC/wD/HhAA/xwNAP8XCwD/FQ4A/xQVAP8RHwD/DioA/ws4AP0IRQD4&#10;BlEA9ARcAO4EZgDqBG8A5gN3AOQEfwDiBIYA4ASMAN4EkwDdBZoA2wWgANgFqADVBbEA0gW7ANAG&#10;yQDOB+AAzAjxAMkK/wDHC/8Axgz/AMUM/wDFDP8AxQz/AMUM/wD/IQwA/yAGAP8cAwD/HQoA/xsQ&#10;AP8YGAD/FCMA9hEwAO8OPgDqDkoA5Q1WAOENYADdDWkA2Q1xANUNeQDTDYEA0Q2IAM8NjwDNDpYA&#10;yw6dAMoOpQDIDq4Axg+5AMQQyADCEN8AvhHyALsS/wC5E/8AtxP/AbYT/wG2E/8BthP/AbYT/wH/&#10;JQYA/yMAAP8jAAD/JAMA/yEKAP0dEQDxGhsA6BYnAOEUNQDaE0MA0xRPAM4VWQDLFWMAyBZrAMUW&#10;cwDDF3sAwReCAMAYiQC+GJAAvBiYALsZoAC5GakAtxm0ALUawgC0GtYAsBvtAa0c/AGrHf8BqR3/&#10;Aakd/wGoHf8BqB3/Aagd/wH/KAAA/ycAAP4qAADvKgAA5ycBAOciCQDkHRAA2RsdAM8dLQDJHjwA&#10;xCBJAL8gUwC8IV0AuSFlALcibQC1InQAsyJ8ALEigwGwIooBriKSAawjmwGrI6QBqSOvAacjvAGm&#10;JM4BoyToAqAl+QKeJf8CnSX/Apwl/wKbJf8CmyX/Apsl/wL/LAAA/y0AAO0yAADiNAAA2jMAANMu&#10;AwDSJQoAySUXAMEnJwC7KTYAtipDALIrTgCvK1cArCtgAKorZwGoK28Bpit2AaQrfQGjK4QCoSuN&#10;Ap8rlQKeK58CnCuqA5ortgOZLMcDlyziA5Qt9QSSLf8DkS3/A5Au/wOQLf8DkC3/A5At/wP/MAAA&#10;8jMAAOQ6AADWPQAAzDwAAMc5AADDMQUAvS4RALUwIQCwMjAAqzM9AKczSQCkM1IAoTNaAZ8zYgGc&#10;M2kCmjNwApkzdwKXMn8DlTKHA5MykASSMpoEkDKlBY4ysQWNM8IGizPcBok08gaHNP8FhjT/BYY0&#10;/wSFNP8EhTT/BIU0/wT8MwAA6zoAANxBAADNRAAAw0QAAL1BAAC4OwEAsjcOAKs4HAClOSsAoTo4&#10;AJ07RACaO00BlzpWAZQ6XQKSOmQCkDprA445cgOMOXoEijmCBYk5iwWHOZUGhTmgB4M5rQeCObwI&#10;gTnTCH867gh9Ov4HfDv/Bnw7/wV8O/8FfDv/BXw7/wX0NwAA5UAAANJHAADFSgAAvEsAALVJAACv&#10;QwAAqT4LAKI/FwCdQCYAmEE0AJRBPwCRQUkBjkFRAYtAWQKJQGADh0BnA4U/bQSDP3UFgT99Bn8+&#10;hwd9PpEIez6cCXo+qQl4PrgKdz/NCnU/6gp0QPwIdED/B3RA/wZzQP8Gc0D/BnNA/wbxOwAA30UA&#10;AMxMAAC/TwAAtlAAAK5PAACnSgAAoEQHAJpFFACVRiIAkEYwAIxHPACJRkUBhkZOAYNGVQKBRVwD&#10;fkVjBHxEagR6RHEFeUR5BndEggh1Q40Jc0OZCnFDpgtwQ7UMbkTJDG1E5wxtRfoKbEX/CGxF/wds&#10;Rf8HbEX/B2xF/wfsPwAA2EkAAMdQAAC7VAAAsVUAAKlUAAChUAAAmUoCAJJJEQCNSh8AiUssAIVM&#10;OACCS0IBf0tKAXxKUgJ5SlgDd0pfBHVJZgVzSW0GcUl2B29IfwhtSIoJbEiWC2pIowxoSLINZ0jF&#10;DWZJ5A1mSfgLZkn/CWZK/whmSf8HZkn/B2ZJ/wfoQwAA0k0AAMJTAAC3WAAArVkAAKRYAACcVQAA&#10;k04AAIxODgCHTxsAgk8pAH9QNQB7UD8BeE9HAXZPTwJzTlUDcU5cBG9NYwVtTWoGa01yB2lNfAhn&#10;TIcKZUyTC2NMoA1iTK8OYU3CDmBN4Q5gTfYMYE7/CmBO/wlgTv8IYE7/CGBO/wjjRwAAzVAAAL5X&#10;AACzWwAAql0AAKFdAACYWgAAjVMAAIZSDACAUxgAfFMlAHlUMQB1VDwAc1NEAXBTTAJtUlMCa1JZ&#10;A2lSYARnUWgGZVFwB2NReQhhUYQKYFCRDF5Qng1cUK0OW1HADlpR3g9aUfUMWlL/CltS/wlbUf8I&#10;W1H/CFtR/wjfSgAAyVMAALtaAACwXwAApmEAAJ1hAACUXgAAiFcAAIBWCgB6VxUAdlciAHNYLgBw&#10;VzkAbVdBAWpXSQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdwhcVYIKWlWODFlVnA1XVasOVlW+D1VV&#10;2w9VVfMNVVX/C1ZV/wlWVf8JVlX/CFZV/wjbTQAAxVcAALheAACtYgAAo2UAAJplAACQYwAAg1wA&#10;AHtbBgB1WxIAcVsfAG5cKwBrXDYAaFs/AWVbRwFjW04CYVpVA19aXARdWmMFW1prBllZdQhXWYAK&#10;VVmMC1RZmg1SWaoOUVm8DlBZ2A5QWfINUVn/C1FZ/wpRWf8JUVn/CFFZ/wjUUQAAwloAALRhAACq&#10;ZgAAoGgAAJdpAACMZwAAfWAAAHVfAwBvXxAAa18cAGhgKABmYDMAY2A8AWFgRAFfX0wCXF9TA1tf&#10;WgRZX2EFV15pBlVecwhTXn4JUV2KC09dmQxNXagNTF66Dkte1A5LXvEMTF7/C0xd/wpMXf8JTF3/&#10;CExd/wjPVAAAvl4AALFlAACnagAAnW0AAJRtAACJbAAAeGUAAG9kAABpZA4AZWQZAGJkJQBgZTAA&#10;XmU6AFxlQgFaZUoCWGRRAlZkWANUZF8EUmRnBVBjcQdOY3sJTGOICkpjlwtIY6YMR2O4DUZj0Q1G&#10;Y+8MRmL/Ckdi/wlHYv8JR2L/CEdi/wjKWAAAumIAAK5pAACjbgAAmnEAAJByAACEcQAAdGsAAGlp&#10;AABjaQsAX2kVAFxqIQBaai0AWGs2AFZrPwFVa0cBU2pOAlFqVQNPal0ETWplBUppbgZIaXkHRmmG&#10;CURplQpDaKULQWm3DEBpzwxAaO4LQWj/CkFn/wlBZ/8IQmf/CEJn/wjFXQAAtmYAAKptAACgcwAA&#10;lnYAAIt3AACAdgAAcHIAAGVxAABccAcAWHARAFZwHQBUcSgAUnEzAFBxPABPckQBTXFLAUtxUwJJ&#10;cVoDR3FiBEVwbAVDcHcGQXCEBz9wkwg9b6MJO3C1CjtwzQo6b+wJO27+CDtu/wg7bf8HO23/Bztt&#10;/we/YgAAsWsAAKZzAACdeQAAknsAAId8AAB7fAAAbXoAAGB4AABWdwEAUHcOAE54GABMeCQAS3ku&#10;AEl5NwBIeUAARnlIAUR5TwFCeVcCQXlgAj94aQM8eHQEOniCBTh4kQY3eKEHNXizBzR4ywc0d+sH&#10;NHb9BzR1/wc1df8GNXT/BjV0/wa5aAAArXEAAKJ5AACYfgAAjYAAAIKBAAB2ggAAaYEAAFuBAABR&#10;gQAASIAKAEWBEwBDgR4AQoIpAEGCMgBAgjsAPoJDAD2CSwA7glMBOYJcATeCZgI1gnEDM4J/AzGB&#10;jgQwgZ8ELoGxBS2ByAUtgekELX/8BS1+/wUtff8FLX3/BS19/wWzbgAAqHgAAJ1/AACSgwAAiIYA&#10;AH2HAABwiAAAY4kAAFWKAABLigAAQYoCADuLDgA5ixcAOIwiADeMLAA2jDUANIw9ADOMRgAyjU8A&#10;MY1YAC+NYgEtjG4BK4x7ASqMiwIojJwCJoyvAiWMxgIli+gCJYr7AyWI/wMliP8DJYf/AyWH/wOt&#10;dgAAo4AAAJeFAACNiQAAgowAAHaOAABpkAAAXJIAAFCTAABElAAAOpUAADGWCAAtlxEALJcaACuX&#10;JAAqly0AKZc2ACiYPwAnmEgAJphSACWYXAAjmGgAIph3ACCYhwAfmJkBHZisARyYwwEcl+UBHJX6&#10;ARuU/wEbk/8CG5P/AhuT/wKnfwAAnIYAAJGLAACHjwAAepIAAG2VAABhmAAAVZsAAEmdAAA9ngAA&#10;M58AACqhAAAhowoAH6MRAB6jGgAdpCQAHKQtABukNgAapD8AGaRKABikVQAWpWEAFaVwABSlgQAT&#10;pZQAEqWoABGlvwAQpOIAEaL4ABGh/wARoP8BEaD/ARGg/wGghgAAlYwAAIyRAAB/lQAAcZoAAGSe&#10;AABYoQAATKQAAECmAAA1pwAAKqkAACKsAAAZrgAAErAJABCxEAAQsRgADrEiAA6xKwANsTUADbFA&#10;AAyxSwALsVgACrFnAAixeAAHsYsABbGgAASwtQAEsNAABLDvAAWv/gAGrv8ABq7/AAau/wCYjgAA&#10;j5MAAIKYAAB1nQAAZ6IAAFqnAABOqwAAQa0AADWvAAArsQAAIbQAABi2AAARuQAADbwDAAe+DAAD&#10;vRIAAb0ZAAC+IgAAvisAAL42AAC+QQAAv04AAL9cAAC/bQAAv4AAAL6VAAC+qgAAvsIAAL3kAAC9&#10;9gAAvf8AAL3/AAC9/wCSlAAAhZoAAHigAABqpgAAXKsAAE+wAABCswAANbYAACq4AAAguwAAF74A&#10;ABDBAAALxAAABMcAAADJBwAAyQ0AAMkSAADKGQAAyyIAAMsrAADNNQAAzkEAAM5QAADPYAAAz3IA&#10;AM+HAADPnQAAz7MAAM/OAADP6wAAzvgAAM7+AADO/gCImwAAeqIAAGyoAABerwAAULUAAEK5AAA1&#10;vAAAKb8AAB7CAAAVxgAADskAAAjMAAAA0AAAANMAAADVAAAA1gYAANgMAADZEQAA2xYAANwfAADe&#10;KAAA4DQAAOJBAADiUQAA42MAAON3AADkjgAA5KQAAOS6AADl1AAA5eoAAOXzAADl8wB8owAAbqoA&#10;AGCyAABRuQAAQ74AADXCAAAoxgAAHMkAABPNAAAM0QAABNUAAADaAAAA3gAAAOEAAADiAAAA5AAA&#10;AOUDAADnCQAA6Q4AAOsSAADtGgAA7yQAAPIxAAD0QQAA9FMAAPVmAAD1fAAA9pMAAPapAAD3vAAA&#10;984AAPffAAD33wBwrAAAYbQAAFO7AABFwwAANscAACfMAAAb0AAAEdUAAArbAAAA3wAAAOIAAADl&#10;AAAA6QAAAOwAAADtAAAA8AAAAPEAAADzAAAA9QQAAPcKAAD6EAAA/BYAAP8hAAD/LgAA/0AAAP9T&#10;AAD/aAAA/4AAAP+WAAD/qAAA/7YAAP+/AAD/vwD/DRwA/wobAP8CGwD/AB4A/wAkAP8ALgD/ADwA&#10;/wBKAP8AVgD/AGMA/wBtAP8AdwD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCsAP8AtAD/&#10;AL0A/wDJAP4A3QD9AO0A/AD6APsA/wD6AP8A+QD/APoA/wD6AP8A+gD/APoA/wD/EBkA/w0XAP8G&#10;FgD/ABgA/wAeAP8AKgD/ADcA/wBFAP8AUgD/AF4A/wBpAP8AcgD/AHsA/wCCAP8AiQD/AJAA/gCW&#10;AP0AnAD8AKEA+wCoAPkArwD4ALgA9gDDAPQA0gDzAOcA8gD2APAA/wDvAP8A8AD/AO8A/wDvAP8A&#10;7gD/AO4A/wD/EhQA/w8SAP8LEgD/ABIA/wAaAP8AJQD/ADMA/wBAAP8ATQD/AFkA/wBkAP0AbQD7&#10;AHYA+QB9APcAhAD1AIsA9ACRAPMAlwDxAJ0A8ACjAO4AqgDsALMA6gC9AOgAywDnAOEA5QDxAOMA&#10;/QDjAP8A4gD/AOEA/wDhAP8A4AD/AOAA/wD/FBAA/xEOAP8NDQD/Bw8A/wIVAP8AIAD/AC0A/wA6&#10;AP8ARwD5AFMA9QBeAPIAaADwAHAA7QB4AOsAfwDpAIUA6ACMAOYAkgDlAJgA4wCfAOEApgDfAK4A&#10;3AC4ANoAxQDWANkA1ADsANIA+QDRAP8AzwD/AM4A/wDOAP8AzgD/AM4A/wD/FwwA/xQIAP8PBQD/&#10;DgsA/wwRAP8HGgD/ASYA/AA0APQAQQDtAE0A6QBYAOYAYgDjAGoA4AByAN4AeQDbAIAA2QCGANYA&#10;jQDTAJMA0QCaAM8AoQDNAKoAywCzAMkAvwDGANAAxQDoAMMA9gDBAP8AwAL/AL8D/wC/A/8AvwP/&#10;AL8D/wD/GwYA/xcAAP8UAAD/EwUA/xENAP8OFAD5Ch8A8AYsAOYDOQDgA0YA3ANRANYEWwDSBGQA&#10;zwVsAMwFcwDKBXoAyAWBAMYFhwDFBo4AwwaWAMEGnQC/BqYAvQawALsHvAC5CM0AuArlALUL9wCz&#10;Df8AsQ3/ALAN/wCwDv8Arw7/AK8O/wD/HgAA/xsAAP8bAAD6GgAA9RYFAPYRDQDrDhUA4gsiANgL&#10;MQDQDD4Ayw1KAMcNVQDEDl4AwQ5mAL8ObQC9DnQAuw97ALkPggC3EIoAthCRALQQmgCyEKMAsBGt&#10;AK8RugCtEcoAqhLlAKcU9wClFf8AoxX/AKIV/wCiFf8AohX/AKIV/wD/IgAA/yAAAPAjAADmJAAA&#10;4CEAANwZBQDbEAwA0BEZAMgTKQDCFTcAvRZEALkXTgC1F1cAsxhgALAYZwCuGG4ArBl1AKsZfACp&#10;GYQAqBqMAKYalACkGp4AoxuoAKEbtACfHMUAnhzfAJod8wGYHv8Blx7/AZYf/wGVH/8BlR//AZUf&#10;/wH/JgAA9CcAAOYtAADaLwAAzy0AAMonAADHHwgAwRwTALoeIgC0HzEAryA9AKshSACoIlIApiJa&#10;AKMjYgChI2kAoCNvAJ4jdwCcI34AmyOGAJkkjwGXJJkBliSjAZQksAGSJb8BkSXWAY4m7wGMJ/8C&#10;iyf/Aoon/wKJJ/8CiSf/AYkn/wH6KQAA7DAAAN02AADNOAAAxDcAAL4yAAC6KwIAtSUOAK4nHQCo&#10;KSsApCo4AKAqQwCdK0wAmitVAJgrXACWK2MAlCtqAZIrcQGQLHgBjyyBAY0sigGLLJQCiiyfAogs&#10;qwKGLLoChS3OA4Mu6gOBLvwDgC7/An8u/wJ/Lv8Cfi7/An4u/wL0LgAA5DcAANI9AADFPwAAuz8A&#10;ALQ8AACvNQAAqS8LAKMvFwCeMSYAmTIzAJYyPgCSM0gAkDNQAI0zWACLM14BiTNlAYczbAGGM3MB&#10;hDN8AoIzhQKAM48DfzOaA30zpwN8M7UEejPJBHk05gR3NfkEdjX/A3U1/wN1Nf8DdTX/A3U1/wPw&#10;MwAA3T0AAMpDAAC+RQAAtUYAAK1DAACmPQAAoDYGAJk2EwCUOCEAkDkuAIw5OQCJOUMAhzlMAIQ5&#10;UwGCOVoBgDlhAX45aAJ8OW8Cejl3Ank5gAN3OYsEdTmWBHQ5owVyObEFcTnEBm864gZuOvcFbjv/&#10;BG07/wRtO/8DbTr/A206/wPqOQAA1UIAAMRIAAC5SwAAr0sAAKdJAACfRAAAmD4BAJE8EACMPR0A&#10;iD4qAIQ/NQCBPz8Afj9IAHw/TwF6P1YBeD9dAXY+ZAJ0PmsCcj5zA3A+fANvPocEbT6TBWs+oAZq&#10;Pq4GaT/AB2c/3gdnP/UGZkD/BWZA/wRmQP8EZj//BGY//wTlPQAAz0YAAL9MAAC0TwAAqlAAAKJP&#10;AACZSgAAkUQAAIpBDQCEQhkAgEMmAH1EMgB6RDwAd0REAHVETAFyRFMBcENZAW9DYAJtQ2cCa0Nv&#10;A2lDeQRoQ4MFZkOPBmRDnQdjQ6sHYUO9CGBE2QhgRPMHYET/Bl9E/wVfRP8EYET/BGBE/wTgQQAA&#10;ykoAALtQAACwUwAAp1UAAJ5TAACVTwAAi0kAAINHCwB9RxUAeUciAHZILgBzSDgAcUhBAG5ISQFs&#10;SFABakhWAWhIXQJmR2QCZUdsA2NHdgRhR4AFYEeNBl5HmgdcR6kIW0i7CFpI1AhaSPEHWkn/BlpJ&#10;/wVaSP8FWkj/BFpI/wTbRAAAxk0AALhTAACtVwAAo1kAAJpYAACRVAAAhk4AAH1LCAB3SxIAc0wf&#10;AHBMKwBtTDUAa0w+AGhMRgBmTE0BZExTAWJMWgJhTGICX0xqA15McwRcS34FWkuKBlhLmAdXTKcI&#10;Vky5CVVM0QlUTO8IVE3/BlVM/wZVTP8FVUz/BVVM/wXVSAAAwlEAALVXAACqWwAAoFwAAJdcAACN&#10;WQAAgVMAAHdPBABxTxAAblAcAGpQKABoUDIAZVA7AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1hQ&#10;cQRXUHsFVVCIBlNQlgdSUKUIUFC3CVBQzglPUO0IUFD/B1BQ/wZQUP8FUFD/BVBQ/wXQSwAAv1QA&#10;ALJaAACnXgAAnWAAAJRgAACJXQAAfFcAAHJUAABsUw4AaFQZAGVUJABiVC8AYFQ4AF5UQABcVEgB&#10;WlRPAVlUVgFXVF0CVVRlA1RUbgRSVHkFUFSGBk5UlAdNVKQIS1S1CEtUzAlKVOsIS1T+B0tU/wZL&#10;VP8FS1T/BUtU/wXMTgAAu1cAAK5eAACkYgAAmmQAAJFkAACGYgAAd1sAAG1YAABmWAwAYlgWAF9Y&#10;IgBdWSwAW1k2AFlZPgBXWUYAVllNAVRZVAFSWVsCUVljA09ZbANNWXcES1iEBUlYkgdIWKIHR1mz&#10;CEZZyghFWeoIRln9BkZY/wZGWP8FR1j/BUdY/wXHUgAAuFsAAKthAAChZgAAmGgAAI5pAACDZwAA&#10;cmAAAGheAABhXQkAXF0TAFpdHgBXXSkAVl4zAFReOwBSXkMAUV5KAU9eUgFOXlkCTF5hAkpeagNI&#10;XnUERl6CBURdkAZDXqAHQV6xB0BeyAdAXugHQF38BkFd/wVBXf8FQVz/BUFc/wXDVgAAtF8AAKhm&#10;AACeagAAlW0AAIptAAB/bAAAb2cAAGRkAABbYgUAVmIQAFRiGwBSYyUAUGMvAE5kOABNZEAAS2RI&#10;AEpkTwFIZFcBRmRfAkVkaAJDZHMDQWN/BD9jjgU9Y54GPGOwBjtkxgY7ZOYGO2P6BTti/wU7Yv8F&#10;PGH/BDxh/wS+WwAAsGMAAKVqAACbbwAAkXIAAIZyAAB7cQAAbG0AAGBrAABVaQAAT2gNAE1pFwBL&#10;aSEASWorAEhqNABHaj0ARWtEAERrTABCa1QBQWtcAT9qZQI9anACO2p9AzlqjAQ3apwENmquBTVq&#10;xAU1auUFNWn5BDVp/wQ1aP8ENWj/BDVo/wS5YAAArGkAAKFwAACYdQAAjXcAAIJ3AAB3dwAAaXQA&#10;AFxzAABRcQAASHAKAEVwEgBDcR0AQnEnAEByMAA/cjgAPnJAAD1ySAA7clAAOnJZAThyYwE2cm0C&#10;NHJ6AjNyiQMxcpoDL3KsAy5ywQMucuMDLnH4Ay5w/wMub/8DLm//Ay5v/wOzZgAAp28AAJ12AACT&#10;egAAiHwAAH59AAByfQAAZHwAAFd7AABMegAAQnkDADx5DgA6ehcAOXohADh6KgA3ezMANns7ADR7&#10;RAAze0wAMntVADB7XwAve2oBLXt3ASt7hwEqe5gCKHuqAid7vwIme+ECJnr3AiZ4/wImeP8CJ3f/&#10;Aid3/wKubAAAo3YAAJl8AACOfwAAhIIAAHiDAABshAAAX4QAAFGEAABHhAAAPIQAADOECQAwhBEA&#10;L4QaAC2EJAAshS0AK4U1ACqFPgAphUcAKIZQACeGWgAmhmYAJIZzACOGgwAhhpUAIIanAR6GvAEe&#10;ht4AHoT1AR6C/wEegv8BHoH/AR6B/wGodAAAnn0AAJOCAACJhQAAfogAAHGKAABliwAAWIwAAEyN&#10;AABAjgAANo4AACyPAAAlkAwAI5ATACKQHAAhkCUAIJEuAB+RNgAekUAAHZFJAByRVAAakWAAGZFu&#10;ABiRfgAWkpAAFZKkABSRuQATkdgAE4/0ABSO/wAUjf8AFIz/ARSM/wGjfQAAmIMAAI6IAACEjAAA&#10;d48AAGmRAABdkwAAUJUAAEWXAAA5mAAALpkAACWaAAAdmwIAFp0MABWdEwAUnRsAE50kABKdLQAR&#10;njcAEZ5BABCeTAAPnlgADp5nAA2edwAMnooAC52eAAqdsgAJncwACZzsAAqb/gALmv8AC5n/AAuZ&#10;/wCchAAAkYoAAIiOAAB7kgAAbZYAAGCZAABUnAAASJ8AADygAAAwoQAAJqMAAB2lAAAVpwAAEKkF&#10;AAurDQAIqhMAB6obAAaqJAAFqi4ABKo4AAKqRAABqlAAAKpeAACqbgAAqoEAAKqVAACpqgAAqcEA&#10;AKjkAACo9gAAp/8AAKf/AACn/wCViwAAjJAAAH+VAABxmgAAY54AAFaiAABKpgAAPagAADGqAAAm&#10;qwAAHa0AABSwAAAOsgAACbUBAAK2CgAAtg8AALYVAAC3HQAAtyUAALcvAAC4OQAAuEYAALhUAAC4&#10;ZAAAuHYAALiLAAC3oAAAt7YAALfTAAC27wAAtvwAALb/AAC2/wCPkgAAgpcAAHSdAABmogAAWKcA&#10;AEusAAA+rwAAMbEAACazAAActgAAE7gAAA27AAAGvgAAAMEAAADCBAAAwgsAAMMQAADEFQAAxBwA&#10;AMUkAADGLgAAyDoAAMlHAADJVwAAyWkAAMl9AADJlAAAyKoAAMjDAADI5AAAyPQAAMj9AADI/QCF&#10;mQAAd58AAGimAABaqwAATbEAAD+1AAAxuAAAJboAABq9AAARwAAAC8MAAAPHAAAAygAAAM0AAADO&#10;AAAAzwMAANAJAADRDgAA0xIAANUZAADXIgAA2i0AAN05AADeSQAA3loAAN9uAADfhQAA35wAAN+y&#10;AADeywAA3uYAAN/0AADf9AB5oQAAa6gAAFyvAABOtQAAQLsAADG+AAAkwQAAGcUAABDIAAAJzAAA&#10;AM8AAADTAAAA2QAAANwAAADdAAAA3wAAAOEAAADiBQAA5AsAAOYQAADoFgAA6iAAAO0rAADwOgAA&#10;8UsAAPFeAADycwAA84sAAPOiAADztgAA88kAAPPhAADz4QBtqgAAXrEAAFC5AABBvwAAMsQAACTI&#10;AAAXzAAADtAAAAbVAAAA2gAAAN4AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4AAADwAAAA8gAAAPQG&#10;AAD2DAAA+RIAAPwcAAD/KQAA/zoAAP9NAAD/YgAA/3gAAP+QAAD/owAA/7MAAP/BAAD/wQD/BxkA&#10;/wEXAP8AFwD/ABoA/wAhAP8AKwD/ADkA/wBHAP8AVAD/AF8A/wBqAP8AcwD/AHsA/wCDAP8AigD/&#10;AJAA/wCWAP8AmwD/AKEA/wCoAP8ArwD/ALgA/wDEAP4A1QD8AOoA+wD4APoA/wD5AP8A+AD/APgA&#10;/wD2AP8A8wD/APEA/wD/CxUA/wUTAP8AEwD/ABQA/wAaAP8AJwD/ADQA/wBCAP8ATwD/AFsA/wBl&#10;AP8AbgD/AHYA/wB+AP8AhQD+AIsA/QCRAPsAlwD6AJ0A+ACjAPcAqwD2ALMA9AC+APMAzADxAOMA&#10;7wDzAO4A/wDtAP8A7AD/AOsA/wDsAP8A7AD/AOsA/wD/DREA/wkQAP8ADwD/ABAA/wAWAP8AIgD/&#10;AC8A/wA9AP8ASgD/AFUA/QBgAPoAaQD4AHEA9gB5APQAfwDzAIYA8QCMAO8AkgDuAJgA7ACfAOsA&#10;pgDpAK4A5wC4AOUAxQDjANoA4QDtAN8A+wDeAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/Dw0A/wwL&#10;AP8DCQD/AAwA/wASAP8AHQD/ACkA+wA3APgARAD1AFAA8gBaAO4AYwDsAGsA6QBzAOcAegDlAIAA&#10;4wCGAOEAjADfAJMA3QCZANsAoQDZAKkA1QCyANIAvgDQAM4AzgDmAMwA9gDKAP8AygD/AMkA/wDI&#10;AP8AyAD/AMgA/wD/EQgA/w0CAP8HAAD/BQgA/wAOAP8AFgD3ACIA7wAwAOsAPQDoAEkA5ABUAOAA&#10;XQDdAGUA2QBtANUAcwDSAHoA0ACAAM4AhwDMAI0AygCUAMgAmwDGAKQAxACtAMIAuADAAMcAvQDf&#10;ALwA8QC7AP4AuQD/ALgA/wC4AP8AuAD/ALgA/wD/FAAA/w8AAP8NAAD/DAAA/wcJAPgBEADoABoA&#10;4wAoAN0ANgDYAEIA0gBNAM4AVwDKAF8AxwBmAMUAbQDDAHQAwQB6AL8AgQC9AIgAuwCPALkAlwC3&#10;AJ8AtQCoALMAswCxAMIArwDYAK4C7QCsA/sAqwX/AKoG/wCpBv8AqQb/AKkG/wD/FgAA/xIAAPcS&#10;AADsEQAA5g4AAOUGCADdAxIA1AMgAM0ELQDIBDoAwwVGAL8FUAC8BlgAuQZgALcHZwC1B24Aswd1&#10;ALEIewCvCIIArgmKAKwJkgCqCZsAqAqlAKYKsAClC78AowzUAKEN7QCfDv4AnQ7/AJwP/wCbD/8A&#10;mw//AJsP/wD/GgAA9xkAAOoeAADfHgAA1RoAANATAgDODAsAxwsWAMANJQC6DjIAtg4/ALIPSQCv&#10;EFIArBBaAKoQYQCoEWgAphFvAKQRdgCiEX0AoRGFAJ8SjgCdEpcAnBKiAJoTrQCYE7wAlxTQAJQV&#10;7ACSFv0AkBf/AI8X/wCOF/8Ajhf/AI4X/wD6HQAA7iMAAN8oAADQKgAAxycAAMEhAAC9GQUAuRIQ&#10;ALIVHgCtFiwAqBc4AKQYQwChGUwAnxlUAJwaXACaGmIAmRppAJcbcACVG3cAlBt/AJIciACQHJIA&#10;jxydAI0dqQCLHbcAih7KAIgf5wCGIPoAhCD/AYMg/wGDIP8BgiD/AYIg/wH1JAAA5SwAANMxAADG&#10;MwAAvDEAALYtAACwJQAArB0MAKYeGAChICYAnCEyAJkiPQCVIkcAkyNPAJEjVgCPI10AjSRkAIsk&#10;awCJJHIAiCR6AIYkgwCEJY0AgyWYAYElpAGAJrIBfibFAX0n4gF7J/cBeSj/AXgo/wF4KP8BeCj/&#10;AXgo/wHvKwAA3TMAAMo5AAC+OwAAtDoAAK02AACmLwAAoSgHAJsnEwCWKCAAkSktAI4qOACLK0IA&#10;iCtKAIYrUgCEK1gAgixfAIAsZgB/LG0AfSx1AHssfgF6LIgBeCyUAXYtoAF1La4CdC3AAnIu3QJx&#10;LvQCcC//Am8v/wJvL/8Bbi//AW4v/wHoMQAA0zoAAMM/AAC3QQAArkEAAKY+AACeOAAAlzEBAJEu&#10;EACMLxwAiDAoAIQxMwCBMj0AfzJGAH0yTQB7MlQAeTJbAHcyYQB1MmkBdDJwAXIyeQFwM4QBbzOQ&#10;Am0znQJsM6sCajS8Amk01QNoNfECZzX/Amc1/wJmNf8CZjX/AmY0/wLiNgAAzD8AAL1EAACyRwAA&#10;qEcAAKBEAACYPwAAkDkAAIg0DQCDNRcAfzYkAHw3LwB5NzkAdzhCAHQ4SQByOFAAcThXAG84XgBt&#10;OGUBbDhtAWo4dQFoOIACZziMAmU4mQNkOagDYjm5A2E60ANgOu4DYDr/A186/wJfOv8CXzr/Al86&#10;/wLdOwAAx0MAALlJAACuSwAApEwAAJtKAACSRQAAiT8AAIE6CQB7OhQAdzsgAHQ8KwByPDUAbz0+&#10;AG09RgBrPU0AaT1TAGg9WgBmPWEBZD1pAWM9cgFhPX0CYD2JAl49lgNdPqUDWz62BFo+zARaP+wE&#10;WT/+A1k//wNZP/8CWT//Alk+/wLWPwAAw0cAALVMAACqUAAAoFAAAJdPAACOSwAAhEUAAHpABgB1&#10;PxEAcUAcAG1AKABrQTIAaUE7AGdBQgBlQUkAY0FQAGFBVwBgQV4BXkFmAV1CbwJbQnoCWkKGA1hC&#10;lANXQqMEVUOzBFRDyQRUQ+kEU0P9A1ND/wNUQ/8DVEP/AlRD/wLQQgAAv0oAALJQAACnUwAAnVQA&#10;AJRTAACKUAAAf0oAAHVFAgBuQw4Aa0QZAGdFJABlRS4AYkU3AGFFPwBfRUYAXUVNAFtFVABaRlsB&#10;WUZjAVdGbAJWRncCVEaDA1NGkQNRRqEEUEexBE9HxwROR+cETkf7BE5H/wNOR/8DT0f/A09H/wPM&#10;RgAAu04AAK9UAACkVwAAmlgAAJFXAACGVAAAe04AAHBKAABpSA0AZUgWAGJJIQBfSSsAXUk0AFtJ&#10;PABZSUMAV0lKAFZJUgBVSlkBVEphAVJKagFRSnUCT0qBA05KjwNMS58ES0uwBEpLxQRJS+YESUv6&#10;BElL/wNKS/8DSkv/A0pL/wPISQAAuFEAAKxXAAChWwAAmFwAAI5cAACDWQAAdlMAAGtOAABkTQoA&#10;X0wTAFxNHgBaTSgAWE0xAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU1OaAFMTnMCSk9/AklPjQNH&#10;T50ERk+uBEVPwwREUOQERE/5BEVP/wNFT/8DRU7/A0VO/wPETAAAtVUAAKlbAACfXgAAlWAAAItg&#10;AACAXgAAclcAAGdTAABeUQcAWVERAFdRGwBUUSUAUlIvAFFSNwBPUj8ATlJGAE1TTQBMU1UASlNd&#10;AUlTZgFHU3ACRVN9AkRTiwNCU5sDQVSsBEBUwQQ/VOIEP1T4A0BT/wNAU/8DQFP/A0BS/wPAUAAA&#10;slgAAKZeAACcYgAAkmUAAIhlAAB9YgAAblwAAGNZAABZVgMAVFYOAFFWGABPViIATVcsAExXNABK&#10;VzwASVhEAEhYSwBHWFMARVhbAURYZAFCWG4BQFh7Aj9YiQI9WJkDPFiqAztZvwM6WeADOlj3AzpY&#10;/wM7V/8DO1f/AztX/wO8VAAArlwAAKNjAACZZwAAkGkAAIVpAAB5ZwAAa2IAAGBgAABVXQAATlsM&#10;AEtbFABJXB8AR1woAEZdMQBFXTkAQ11BAEJdSABBXlAAQF5YAD5eYQE8XmwBO154AjlehwI3XpcC&#10;Nl6pAzVevQM0X90DNF71AzVd/wI1Xf8CNVz/AjVc/wK4WQAAqmEAAKBnAACWbAAAjG4AAIFuAAB2&#10;bAAAZ2kAAFxmAABRZAAASGIJAERiEQBCYhsAQWMkAD9jLQA+YzUAPWQ9ADxkRQA7ZE0AOWRVADhk&#10;XwA2ZGkBNWR2ATNkhQExZZUCMGWnAi9luwIuZdoCLmT0Ai5j/wIvY/8CL2L/Ai9i/wKzXgAAp2YA&#10;AJxtAACTcQAAiHMAAH1zAABycgAAZHAAAFhuAABNbAAAQmoDADxpDgA6ahYAOWogADhqKAA2azEA&#10;NWs5ADRrQQAzbEkAMmxSADFsXAAvbGYALmxzACxsggEqbJMBKWylAShsuQEnbdYBJ2vyASdq/wEn&#10;av8BKGn/Aihp/wKuZAAAo2wAAJlzAACOdgAAhHgAAHl5AABteAAAYHcAAFN2AABIdQAAPnMAADRy&#10;CgAxcxEAMHMaAC9zIwAucysALXQ0ACx0PAArdEQAKXRNACh1VwAndWMAJXVvACR1fwAidZAAIXWi&#10;ACB1twAfddIAH3TxAB9z/wEfcv8BIHH/ASBx/wGpawAAnnMAAJR5AACKfAAAgH4AAHR/AABnfwAA&#10;Wn8AAE1+AABDfgAAOH0AAC99AgAofQ0AJn0UACR9HAAjfiUAIn4tACF+NgAhfj8AH39IAB5/UgAd&#10;f14AHH9rABp/egAZf4wAF3+fABZ/swAVf84AFX7vABZ8/wAWe/8AFnv/ABd7/wCkcgAAmnoAAI9/&#10;AACFggAAe4QAAG2GAABghwAAVIcAAEiIAAA8iAAAMogAACiIAAAgiAUAGokOABmJFQAYiR0AF4om&#10;ABaKLgAVijcAFIpBABOKTAASi1gAEYtlABCLdQAPi4cADoqbAA2KrwAMisgADInqAA2H/AAOh/8A&#10;Dob/AA6G/wCfewAAlIEAAIqFAACAiAAAc4sAAGWNAABZjwAATJAAAEGSAAA0kgAAKpIAACGTAAAZ&#10;lAAAEpYGAA6XDgANlxUADJcdAAyXJgALly8ACpc5AAmXRAAIl1AABpdeAAWXbgADloAAAZaUAACV&#10;qAAAlb4AAJTgAACU9AAAk/8AAZL/AAGS/wCYggAAjogAAIWMAAB3jwAAapIAAF2VAABQmAAARJoA&#10;ADibAAAsnAAAIp0AABmeAAASoAAADaICAAejCwABoxAAAKMXAACjHwAAoycAAKMxAACkPAAApEgA&#10;AKRWAACkZQAAo3cAAKOLAACjoAAAorYAAKHSAACh8AAAoPsAAKD/AACg/wCRigAAiY4AAHuSAABt&#10;lwAAYJsAAFOeAABGoQAAOaMAAC2kAAAjpgAAGagAABGqAAAMrAAABa4AAACvBwAArw0AAK8RAACw&#10;GAAAsCAAALEoAACxMgAAsj4AALJMAACyWwAAsmwAALKBAACxlwAAsawAALDGAACw6AAAr/cAAK//&#10;AACv/wCMkAAAf5UAAHGaAABjnwAAVaQAAEeoAAA6qgAALawAACKuAAAYsAAAELMAAAq1AAACuAAA&#10;ALsAAAC7AAAAvAcAALwNAAC9EQAAvhYAAL8eAADAJwAAwTIAAMJAAADDTwAAw2AAAMN0AADDiwAA&#10;w6EAAMO4AADC1wAAwu8AAML6AADB/gCBlwAAc50AAGWjAABXqAAASa0AADuxAAAtswAAIbYAABa5&#10;AAAOuwAAB74AAADBAAAAxQAAAMcAAADIAAAAyQAAAMoFAADLCwAAzQ8AAM4UAADQHAAA0yYAANYy&#10;AADYQQAA2FMAANlmAADZfAAA2ZQAANmrAADZwwAA2eEAANnwAADZ9AB2nwAAZ6YAAFmsAABLsgAA&#10;PLcAAC66AAAhvQAAFcAAAA3EAAAFxwAAAMoAAADOAAAA0gAAANUAAADWAAAA2QAAANsAAADdAAAA&#10;3wcAAOEMAADjEQAA5hkAAOkkAADsMgAA7UMAAO5WAADvawAA74QAAO+cAADvsgAA78YAAO/dAADv&#10;5ABqqAAAW68AAEy2AAA+vAAAL8AAACDEAAAUyAAADMwAAALQAAAA1AAAANkAAADeAAAA4gAAAOUA&#10;AADmAAAA6AAAAOkAAADsAAAA7gAAAPACAADyCQAA9Q8AAPgXAAD8IwAA/zMAAP9GAAD/WgAA/3EA&#10;AP+JAAD/nwAA/7EAAP/AAAD/xgD/ABUA/wAUAP8AFAD/ABcA/wAdAP8AKAD/ADcA/wBEAP8AUQD/&#10;AFwA/wBmAP8AbwD/AHcA/wB+AP8AhQD/AIsA/wCRAP8AlwD/AJ0A/wCkAP8AqwD/ALQA/gC/AP0A&#10;zgD7AOYA+QD2APgA/wD3AP8A9wD/APcA/wDwAP8A7AD/AOkA/wD/AxIA/wAQAP8AEAD/ABEA/wAX&#10;AP8AJAD/ADIA/wA/AP8ATAD/AFcA/wBhAP8AagD/AHIA/wB5AP0AgAD8AIYA+gCMAPkAkgD4AJgA&#10;9gCfAPUApgD0AK4A8gC5APAAxgDuAN4A7QDwAOsA/gDqAP8A6QD/AOkA/wDnAP8A4wD/AOAA/wD/&#10;Bw4A/wANAP8ACwD/AAwA/wATAP8AHwD/ACwA/wA6AP8ARgD+AFIA+wBcAPgAZQD1AGwA8wB0APEA&#10;egDvAIEA7gCHAOwAjQDqAJMA6QCaAOcAoQDmAKkA4wCzAOEAvwDfANAA3QDpANoA+QDZAP8A1wD/&#10;ANUA/wDVAP8A1QD/ANQA/wD/CQoA/wEFAP8AAwD/AAkA/wAQAP8AGQD7ACYA9wA0APQAQADyAEwA&#10;7gBWAOoAXwDnAGcA5ABuAOIAdADgAHsA3gCBANwAhwDaAI0A1gCUANQAmwDRAKMAzwCtAMwAuADK&#10;AMcAyADgAMYA8wDFAP8AwwD/AMMA/wDDAP8AwwD/AMMA/wD/CwEA/wMAAP8AAAD/AAMA/wALAPMA&#10;EgDuAB8A6gAtAOYAOgDiAEUA3gBPANkAWADUAGAA0QBoAM4AbgDMAHQAygB7AMgAgQDGAIcAxACO&#10;AMIAlgDAAJ4AvgCnALsAsgC5AMAAtwDUALUA7ACzAPsAswD/ALIA/wCyAP8AsQD/ALEA/wD/DQAA&#10;/wYAAP8DAAD3AAAA9AADAOcADQDgABgA2gAlANMAMgDOAD4AygBJAMYAUgDDAFoAwABhAL4AaAC8&#10;AG4AugB0ALgAewC2AIEAtACIALIAkACwAJkArgCiAKwArQCqALoAqADLAKYA5gClAPcApAD/AKMA&#10;/wCiAP8AogD/AKIA/wD/EAAA+wwAAO8OAADmDQAA3wkAANoABgDQABEAyQAdAMQAKgC/ADcAuwBC&#10;ALcASwC0AFQAsgBbAK8AYgCtAGgAqwBuAKkAdQCoAHsApgCDAKQAiwCiAJQAoACeAJ4BqACcArUA&#10;mwPGAJkF4gCYBvQAlgj/AJUJ/wCUCf8AlAn/AJQJ/wD8EQAA8RUAAOMZAADWGQAAzBUAAMcQAADE&#10;BwoAvQMUALcEIQCyBi4Argg6AKoJRACnCU0ApApVAKIKXACgCmIAngtpAJwLbwCbC3YAmQx+AJcM&#10;hgCWDJAAlAyaAJINpgCRDbMAjw3FAI0O4gCLEPYAiRD/AIgR/wCHEf8AhxH/AIcR/wD2GQAA5yAA&#10;ANYkAADIJQAAvyIAALkcAAC0FAEAsQ0OAKoOGQClDycAoRAzAJ0RPgCaEUcAmBJPAJUSVgCTElwA&#10;kRJjAJATaQCOE3AAjBN4AIsTgQCJFIsAhxSWAIYVogCEFbAAgxbBAIEX3QB/GPQAfRn/AHwZ/wB8&#10;Gf8Aexn/AHsZ/wDvIQAA3SkAAMotAAC+LwAAtSwAAK4nAACoIAAAoxcIAJ4WEwCZFyEAlBktAJEa&#10;OACOGkEAixtJAIkbUACHG1cAhRxeAIQcZACCHGsAgBxzAH8dfAB9HYYAfB6RAHoengB4H6sAdx+8&#10;AHYg1AB0IfAAciH/AHEi/wBxIf8AcSH/AHEh/wDoKAAA0jAAAMI1AAC3NwAArTUAAKUxAACeKwAA&#10;mCMCAJIeEACNIBsAiSEnAIYiMgCDIzwAgSNEAH4jSwB8JFIAeyRZAHkkXwB3JGYAdiVuAHQldwBz&#10;JYEAcSaNAG8mmQBuJqcAbSe4AGwnzgFqKO0BaSn/AWgp/wFoKf8BaCj/AWgo/wHhLgAAyzYAALw7&#10;AACxPQAApz0AAJ85AACXMwAAjy0AAIgnDACDJxYAfygiAHwpLQB5KjcAdyo/AHUqRwBzK04AcStU&#10;AHArWwBuK2IAbCtqAGsscgBpLH0AaCyJAGYtlgFlLaQBZC60AWMuygFhL+kBYC/9AWAv/wFgL/8B&#10;YC//AWAu/wHaNAAAxTwAALdBAACsQwAAokMAAJlAAACQOgAAiDQAAIAuCAB6LRIAdy4eAHMvKQBx&#10;MDMAbzA7AG0wQwBrMUoAaTFRAGcxVwBmMV4AZDFmAGMybwBhMnkAYDKFAV8ykgFdM6EBXDOxAVs0&#10;xgFaNOYBWTX7AVk1/wFZNP8BWTT/AVk0/wHSOAAAwEAAALNFAACoSAAAnkgAAJVGAACLQAAAgjsA&#10;AHk1BABzMxAAbzQaAGw0JQBpNS8AZzU3AGU2PwBjNkYAYjZNAGA2VABfNlsAXTdjAFw3awBbN3YB&#10;WTeCAVg4jwFWOJ4BVTivAlQ5wwJTOeQCUzr5AVM5/wFSOf8BUzn/AVM5/wHNPAAAvEQAAK9JAACk&#10;TAAAmkwAAJFLAACHRgAAfUAAAHM7AABsOA0AaDkXAGU5IgBjOisAYDo0AF46PABdOkMAWzpKAFo7&#10;UABYO1gAVztgAFY7aABVPHMBUzx/AVI8jQFQPZwBTz2sAk4+wQJNPuECTT74Ak0+/wFNPv8BTT3/&#10;AU09/wHJQAAAuEgAAKxNAAChUAAAl1EAAI5PAACESwAAeUUAAG5AAABmPQsAYj0UAF89HgBcPigA&#10;Wj4xAFg+OABXPkAAVT9GAFQ/TQBTP1UAUkBdAFBAZgBPQHABTkB8AUxBigFLQZoCSkGrAklCvgJI&#10;Qt4CSEL2AkhC/wJIQv8BSEH/AUhB/wHFRAAAtUsAAKlQAACeVAAAlVQAAItTAACAUAAAdUoAAGpG&#10;AABhQggAXEERAFlCGwBXQiUAVUIuAFNCNQBRQj0AT0JDAE9DSwBOQ1IATURaAEtEYwBKRG4BSUV6&#10;AUdFiAFGRZgCRUapAkRGvQJDRtwCQ0b1AkNG/wJDRv8BQ0X/AUNF/wHBRwAAsk8AAKZUAACcVwAA&#10;klgAAIhYAAB+VQAAcU8AAGZKAABcRgUAV0YPAFRGGABRRiIAT0YrAE5GMwBMRzoAS0dBAEpHSQBJ&#10;SFAASEhYAEdIYQBFSWwAREl4AUJJhgFBSZYBQEqnAj9KuwI+S9gCPkrzAj5K/wI+Sf8BP0n/AT9J&#10;/wG9SgAAr1IAAKNYAACZWwAAkF0AAIZcAAB7WQAAbVMAAGJPAABXTAEAUUoNAE5KFQBMSx8ASkso&#10;AElLMABHSzgARkw/AEVMRgBETE4AQ01WAEJNXwBATWoAP012AT1OhAE8TpQBO06lATlPuQI5T9QC&#10;OU/yATlO/wE5Tv8BOU3/ATpN/wG6TgAArFYAAKFbAACXXwAAjWEAAINhAAB4XgAAaVgAAF9WAABU&#10;UgAATE8LAElPEgBHUBwARVAlAENQLQBCUDUAQVE8AEBRRAA/UUwAPlJUADxSXQA7UmcAOlJzADhT&#10;ggE3U5IBNVOkATRTtwEzVNEBM1PxATRT/wE0Uv8BNFL/ATRS/wG2UgAAqVoAAJ5gAACUZAAAi2YA&#10;AIBlAAB0YwAAZl4AAFxcAABRWAAAR1UHAEJVEABAVRgAP1YhAD1WKgA8VjIAO1Y5ADpXQQA5V0kA&#10;OFdRADdYWgA1WGUANFhxADJYgAExWJABL1miAS5ZtQEtWc8BLVnvAS5Y/wEuV/8BLlf/AS5W/wGy&#10;VwAApV8AAJtlAACRaQAAh2oAAHxqAABxaAAAY2UAAFhiAABNXwAAQ10CADxbDQA6XBQAOFwdADdc&#10;JgA1XS4ANF02ADNdPgAyXUYAMV5OADBeVwAvXmIALV5uACxffQAqX44AKV+gAChfswEnX8wAJ1/t&#10;ASde/wEnXf8BKF3/AShc/wGtXAAAomQAAJhqAACObgAAg28AAHlvAABubgAAYGsAAFRpAABJZwAA&#10;P2UAADVjCQAyYxEAMGMZAC9kIQAuZCkALWQxACxkOQArZUIAKmVKAChlVAAnZV8AJmZrACRmegAj&#10;ZosAImadACBmsQAfZskAH2brACBl/gAgZP8AIGP/ASFj/wGpYgAAnmoAAJVwAACKcwAAgHUAAHV1&#10;AABpdAAAXHIAAE9xAABEbwAAOm4AADBtAwApbA0AJ2wUACZsHAAlbSQAJG0sACNtNAAibT0AIW5G&#10;ACBuUAAeblsAHW5nABxudgAabocAGW+aABhvrgAWb8YAFm7pABdt/AAYbP8AGGv/ABhr/wCkaQAA&#10;mnEAAJB2AACGeQAAfHsAAHF7AABkewAAV3oAAEp5AAA/eAAANXgAACt3AAAidgcAHXYPABx3FgAb&#10;dx4AGncmABl3LgAYdzcAF3hAABV4SgAUeFYAE3hjABJ4cgAReIMAEHiXAA94qwAOeMMADnfmAA52&#10;+gAPdf8AEHX/ABB0/wCfcQAAlXgAAIt8AACCfwAAd4EAAGqCAABdggAAUIIAAESCAAA4ggAALoIA&#10;ACSCAAAcggAAFIIJABGDEAAQgxYAEIMeAA6DJwAOgzAADYM5AA2DRAAMg1AAC4NdAAmDbAAIg34A&#10;BoORAAWCpQADgrsABIHbAASB8gAFgP8ABn//AAZ//wCaeQAAkH4AAIaDAAB9hQAAb4cAAGKJAABV&#10;igAASYsAAD2MAAAxjAAAJowAAB2NAAAVjgAAD48DAAqQDAAGkBEABI8YAAOPIAABjykAAI8yAACQ&#10;PQAAkEkAAI9WAACPZQAAj3YAAI+KAACOnwAAjrQAAI3PAACM7gAAjPsAAIv/AACL/wCUgAAAi4UA&#10;AIKJAAB0jAAAZo8AAFmRAABMkwAAQJUAADSWAAAolgAAHpcAABWYAAAPmgAACpsAAAKcCQAAnA4A&#10;AJwTAACcGgAAnCIAAJ0rAACdNQAAnUAAAJ1OAACdXAAAnW4AAJyBAACclwAAnKwAAJvGAACa6AAA&#10;mfkAAJn/AACY/wCOiAAAhowAAHiQAABqlAAAXJcAAE+aAABCnQAANp4AACmfAAAfoQAAFaIAAA6k&#10;AAAIpgAAAKgAAACpBAAAqQoAAKkOAACpEwAAqhoAAKoiAACrKwAArDYAAKxEAACsUwAArGMAAKx3&#10;AACrjgAAq6QAAKu8AACq3gAAqfQAAKn9AACp/wCJjgAAe5MAAG2XAABfnAAAUaAAAESkAAA2pgAA&#10;KqgAAB6pAAAUqwAADa4AAAawAAAAsgAAALUAAAC1AAAAtQMAALYJAAC3DgAAuBIAALgZAAC6IQAA&#10;uysAALw4AAC9RwAAvVgAAL1rAAC9gQAAvZkAAL2wAAC9zAAAvOoAALz3AAC7/gB+lQAAcJsAAGKg&#10;AABTpQAARqoAADitAAAqrwAAHrEAABO0AAAMtwAAA7kAAAC8AAAAvwAAAMIAAADCAAAAwwAAAMQA&#10;AADGBgAAxwwAAMgQAADKFgAAzCAAAM8rAADQOgAA0UsAANFeAADScwAA0osAANKkAADTuwAA09gA&#10;ANPtAADT9gBznQAAZKMAAFapAABHrwAAObMAACq2AAAduQAAErwAAAq/AAAAwwAAAMYAAADJAAAA&#10;zQAAAM8AAADQAAAA0gAAANQAAADWAAAA2QIAANsIAADeDgAA4RMAAOQdAADoKgAA6DwAAOlPAADp&#10;ZAAA6nwAAOuVAADrrAAA68IAAOzVAADs5QBmpgAAWKwAAEmzAAA7uQAAK7wAAB3AAAARxAAACcgA&#10;AADMAAAAzwAAANMAAADZAAAA3QAAAOAAAADhAAAA4wAAAOUAAADnAAAA6gAAAOwAAADuBAAA8QsA&#10;APUSAAD4HAAA+ysAAP0+AAD+UwAA/moAAP+DAAD/mwAA/64AAP++AAD/ygD/ABIA/wAQAP8AEQD/&#10;ABMA/wAZAP8AJgD/ADQA/wBBAP8ATQD/AFgA/wBiAP8AawD/AHMA/wB6AP8AgQD/AIcA/wCNAP8A&#10;kwD/AJkA/wCgAP8ApwD+AK8A/AC6APoAyQD5AOEA+ADzAPcA/wD2AP8A9QD/APEA/wDpAP8A5AD/&#10;AOEA/wD/AA8A/wANAP8ADQD/AA4A/wAUAP8AIQD/AC4A/wA8AP8ASAD/AFMA/wBdAP8AZgD+AG0A&#10;/AB1APsAewD5AIIA+ACIAPcAjgD2AJQA9ACbAPMAogDxAKoA7wC0AO0AwQDrANUA6gDsAOgA/ADn&#10;AP8A5QD/AOYA/wDgAP8A2QD/ANQA/wD/AAsA/wAIAP8ABgD/AAkA/wAQAP8AHAD/ACkA/wA2AP8A&#10;QgD7AE4A9wBXAPQAYADyAGgA7wBvAO0AdgDsAHwA6gCCAOgAiADnAI4A5QCVAOMAnADhAKQA3wCu&#10;AN0AuQDaAMoA1wDkANQA9gDRAP8A0AD/ANAA/wDPAP8AywD/AMcA/wD/AAMA/wAAAP8AAAD/AAQA&#10;/wANAPoAFgD2ACMA8wAwAPAAPADtAEcA6QBRAOUAWgDiAGIA3wBpAN0AbwDaAHYA2AB8ANQAggDS&#10;AIgA0ACPAM0AlgDLAJ4AyQCoAMcAswDFAMEAwgDYAMAA7wC/AP4AvgD/AL0A/wC8AP8AvAD/ALwA&#10;/wD/AgAA/wAAAP8AAAD/AAAA9AAHAO0AEQDoABwA4wApAN8ANQDbAEEA1gBLANEAVADNAFwAygBj&#10;AMgAaQDGAG8AwwB1AMEAewC/AIIAvgCIALwAkAC6AJgAuACiALUArACzALkAsQDLAK8A5wCuAPgA&#10;rAD/AKsA/wCsAP8ArAD/AKsA/wD/BAAA/wAAAPYAAADuAAAA5wAAAN8ADADWABUAzwAiAMoALgDH&#10;ADoAwwBEAMAATQC8AFUAuQBcALcAYwC1AGkAswBvALEAdQCvAHsArQCCAKsAigCpAJIApwCcAKUA&#10;pgCjALMAoQDDAJ8A3gCeAPIAnQD/AJwA/wCcAP8AmwD/AJsA/wD/BwAA9gkAAOkLAADfCgAA1QQA&#10;AM4ABQDGABAAwAAaALsAJwC3ADIAswA9ALAARgCtAE8AqgBWAKgAXACmAGMApABoAKIAbwChAHUA&#10;nwB8AJ0AhACbAI0AmQCXAJcAogCVAK4AkwC9AJEA0wCQAO0AjwD8AI4A/wCNAf8AjQH/AI0B/wD5&#10;DgAA6hIAANwVAADNFQAAxBEAAL4MAAC6AgoAtAASAK4AHgCqACoApgA1AKIAPwCgAEgAnQFQAJsC&#10;VgCZAlwAlwNjAJUDaQCTA28AkQR2AJAEfwCOBYgAjAWSAIoGngCIBqoAhge6AIUIzwCECusAggv8&#10;AIEM/wCADP8AgAz/AIAM/wDxFQAA4B0AAM0gAADBIQAAuB0AALEXAACsEAAAqAkNAKIHFgCdCSMA&#10;mQouAJULOACTDEEAkAxJAI4NUACMDVcAig1dAIgNYwCHDWoAhQ5xAIMOegCCDoQAgA6PAH4PmwB8&#10;D6gAexC4AHoQzgB4EewAdhL/AHUS/wB0E/8AdBP/AHQT/wDoHgAA0yYAAMMqAAC4KgAArigAAKcj&#10;AACgHAAAmxMDAJYPEACQEBsAjBEnAIkSMgCGEzsAhBNDAIIUSwCAFFEAfhRXAHwUXgB7FWUAeRVs&#10;AHcVdAB2Fn4AdBaKAHIXlgBxF6QAbxi0AG4YyQBtGegAaxr8AGob/wBqG/8Aahv/AGob/wDgJgAA&#10;yi0AALwxAACwMwAApzEAAJ8sAACXJgAAkB8AAIoXDACFGBYAgRkiAH4aLAB7GzYAeRs+AHccRQB1&#10;HEwAcxxTAHEdWQBwHWAAbh1nAG0ecABrHnoAah6FAGgfkgBnH6AAZSCwAGQhxQBjIeQAYiL6AGEi&#10;/wBhIv8AYSL/AGEi/wDXLAAAwzQAALY4AACqOQAAoTgAAJg1AACQLwAAiCgAAIAhCAB7IBIAdyEd&#10;AHQiJwBxIjEAbyM5AG0jQQBrI0gAaSNOAGgkVQBmJFsAZSRjAGMlawBiJXUAYSWBAF8mjgBeJp0A&#10;XSetAFsowQBbKOAAWin3AFkp/wBZKf8AWSn/AFko/wDPMgAAvjkAALE9AACmPwAAnD8AAJM8AACK&#10;NgAAgTAAAHkqAwByJg8AbicZAGsoIwBpKCwAZik1AGUpPABjKUMAYSpKAGAqUQBeKlcAXSpfAFwr&#10;aABaK3IAWSx9AFgsiwBWLZoAVS2qAFQuvQBTLtwAUi/1AFIv/wBSLv8AUi7/AFIu/wDKNgAAuj0A&#10;AK1CAACiRAAAmEQAAI9BAACFPAAAezcAAHIxAABrLAwAZy0VAGQtHwBhLigAXy4xAF0uOQBcL0AA&#10;Wi9GAFgvTQBXL1QAVjBcAFUwZABTMW4AUjF6AFExiABQMpcATjKoAE0zuwBNNNgATDTzAEw0/wBM&#10;NP8ATDP/AEwz/wDGOgAAtkIAAKlGAACeSQAAlUkAAItHAACBQgAAdz0AAG03AABkMgkAYDISAF0y&#10;HABaMiUAWDMtAFYzNQBVMzwAUzRDAFI0SgBRNFEAUDRZAE81YQBNNWwATDZ3AEs2hQBKN5UASDem&#10;AEc4uAFHONMBRjjxAUY4/wFGOP8ARjj/AEY3/wDBPgAAskUAAKZKAACcTQAAkk0AAIhLAAB+RwAA&#10;c0IAAGk9AABfNwYAWjYQAFc3GABUNyIAUjcqAFA3MgBPODkATThAAEw4RwBLOE4ASjlWAEk5XwBI&#10;OmkARzp1AEU7gwBEO5MAQzykAUI8tgFBPdABQT3wAUE9/wFBPP8BQTz/AUE8/wC+QgAAr0kAAKNO&#10;AACZUAAAj1EAAIVQAAB7TAAAb0YAAGVCAABaPQIAVDsOAFE7FQBPOx8ATTsnAEs7LwBJPDYARzw9&#10;AEc8RABGPUsART1UAEQ+XABDPmcAQj9zAEA/gQA/P5EAPkCiAD1AtQE8Qc4BPEHuATxB/wE8QP8B&#10;PED/AT0//wG6RQAArEwAAKFRAACXVAAAjVUAAINUAAB4UQAAbEsAAGFHAABWQgAAT0AMAEw/EwBJ&#10;QBwAR0AkAEZALABEQDMAQ0A6AEJBQgBBQUkAQEJRAD9CWgA+Q2UAPUNxADtDfwA6RI8AOUSgADhF&#10;swE3RcsBN0XsATdF/wE3RP8BOET/AThD/wC3SQAAqVAAAJ5VAACUWAAAi1kAAIBYAAB2VgAAaFAA&#10;AF1MAABTSAAASkUJAEZEEQBERBkAQkQiAEFFKQA/RTEAPkU4AD1FPwA8RkcAO0ZPADpHWAA5R2IA&#10;OEhuADZIfAA1SI0ANEmeADNJsQAySckAMUnrADJJ/gAySP8AMkj/ADNI/wC0TAAAp1QAAJxZAACS&#10;XAAAiF0AAH5dAABzWgAAZVUAAFtSAABQTgAARkoFAEBJDgA+SRYAPUkeADtKJgA6Si4AOUo1ADhL&#10;PQA3S0QANktNADRMVgAzTGAAMkxsADFNegAwTYsALk2cAC1OrwAsTscALE7pACxN/QAtTf8ALUz/&#10;AC1M/wCwUAAApFgAAJldAACPYQAAhmIAAHthAABwXwAAYlsAAFhYAABOVQAAQ1EBADtPDAA4TxMA&#10;Nk8bADVPIwA0UCsAM1AyADJQOgAxUEIAMFFKAC5RUwAtUl0ALFJpACtSeAApUogAKFOaACdTrQAm&#10;U8UAJlPnACZT/AAnUv8AJ1H/ACdR/wCsVQAAoFwAAJZiAACNZgAAg2cAAHhmAABtZQAAYGEAAFVe&#10;AABKWwAAP1gAADVWCAAxVRAAMFYXAC5WHwAtVicALFYvACtXNgAqVz4AKVdHAChXUAAmWFoAJVhn&#10;ACRYdQAjWYYAIVmYACBZqwAfWcIAH1nlAB9Y+gAgWP8AIFf/ACFX/wCoWgAAnWIAAJNnAACKawAA&#10;f2wAAHVsAABqawAAXWgAAFFlAABGYwAAO2AAADFeAwAqXQ0AKF0TACZdGwAlXiMAJF4qACNeMgAi&#10;XjoAIV5DACBfTAAfX1cAHl9jABxgcQAbYIIAGWCVABhgqQAXYMAAFmDiABdf+QAYXv8AGV7/ABld&#10;/wCkYAAAmWgAAJBuAACGcAAAfHIAAHJyAABmcQAAWG4AAExsAABBawAANmkAAC1nAAAjZggAH2YP&#10;AB1mFQAcZh0AG2YlABpmLQAZZzUAGGc+ABdnSAAWZ1MAFWhfABNobgASaH8AEWiSABBopgAPaL0A&#10;DmjgABBn9wAQZv8AEWX/ABFl/wCfZwAAlm8AAIxzAACCdgAAeHgAAG14AABgdwAAU3YAAEZ0AAA7&#10;cwAAMXIAACdxAAAecQAAFnAKABNwEAATcBcAEnAfABFxJwAQcS8AEHE4AA5xQgAOcU4ADXFbAAxx&#10;aQALcXoACnGNAAhxoQAGcbYABnDSAAdw7wAIb/8ACW7/AAlu/wCbbwAAkXUAAId5AAB+fAAAdH4A&#10;AGZ+AABZfgAATX4AAEB9AAA1fQAAKnwAACF8AAAYfAAAEXwEAAx8DAAKfBEACXwZAAh8IQAHfCkA&#10;BnwyAAR8PQADfEgAAXxVAAB8YwAAfHQAAHyHAAB7nAAAe7EAAHrLAAB56wAAefoAAHn/AAB4/wCW&#10;dwAAjHwAAIOAAAB5gwAAbIQAAF6FAABRhgAARYcAADmHAAAthwAAI4cAABqHAAAShwAADYgBAAaJ&#10;CgABiQ8AAIkUAACIGwAAiCMAAIksAACJNgAAiUIAAIhOAACIXQAAiG0AAIiBAACHlQAAh6sAAIbE&#10;AACF5gAAhPgAAIT/AACE/wCQfgAAh4MAAH6HAABxiQAAY4sAAFaNAABJjwAAPJEAADCRAAAkkQAA&#10;GpIAABKTAAANlAAABpUAAACWBgAAlgwAAJUQAACWFQAAlh0AAJYkAACWLgAAljkAAJZGAACWVQAA&#10;lmUAAJZ4AACVjgAAlaQAAJS8AACT3wAAk/UAAJL/AACS/wCLhgAAg4oAAHWNAABnkAAAWZQAAEyX&#10;AAA/mQAAMpoAACabAAAbnAAAEp0AAAyfAAAEoAAAAKIAAACjAQAAowcAAKMMAACjEAAApBUAAKQc&#10;AAClJQAApi8AAKY8AACmSwAAplsAAKZuAAClhAAApZsAAKSzAACj0AAAo+8AAKL8AACi/wCGjQAA&#10;eJEAAGqVAABcmQAATp0AAEGgAAAzogAAJqMAABulAAARpwAACqkAAAGrAAAArQAAAK8AAACwAAAA&#10;sAAAALAFAACxCwAAsg8AALMUAAC0GwAAtSQAALcwAAC3PwAAt1AAALdiAAC3eAAAt5AAALapAAC2&#10;wgAAtuQAALb1AAC1/gB7kwAAbZgAAF+dAABQogAAQqYAADSpAAAmqwAAGq0AABCvAAAJsgAAALQA&#10;AAC3AAAAugAAALwAAAC9AAAAvgAAAL4AAADAAgAAwQgAAMINAADEEgAAxhkAAMkkAADKMgAAy0MA&#10;AMtVAADMagAAzIMAAMycAADLtQAAzM4AAMzpAADM9gBwmwAAYaEAAFKmAABEqwAANrAAACeyAAAa&#10;tQAAELgAAAe7AAAAvgAAAMEAAADEAAAAyAAAAMsAAADLAAAAzQAAAM4AAADQAAAA0gAAANUDAADY&#10;CgAA2xAAAN4YAADiJAAA4zUAAORIAADlXAAA5nMAAOaNAADmpQAA5rwAAObTAADn5wBjpAAAVaoA&#10;AEawAAA4tQAAKLkAABq8AAAPwAAABcQAAADHAAAAywAAAM8AAADUAAAA2AAAANwAAADdAAAA3wAA&#10;AOEAAADjAAAA5QAAAOgAAADqAAAA7QYAAPEOAAD1FgAA+CUAAPk4AAD5TQAA+mMAAPt8AAD8lQAA&#10;/KoAAPy7AAD9ywD/AA8A/wAOAP8ADgD/ABAA/wAWAP8AIwD/ADAA/wA9AP8ASQD/AFQA/wBeAP8A&#10;ZgD/AG4A/wB2AP8AfAD/AIIA/wCJAP8AjwD/AJUA/gCbAP0AowD7AKsA+gC1APkAwwD3ANsA9gDw&#10;APQA/wDzAP8A8gD/AOwA/wDiAP8A3AD/ANYA/wD/AAwA/wAJAP8ACAD/AAoA/wASAP8AHgD/ACsA&#10;/wA4AP8ARAD/AE8A/wBZAP4AYQD8AGkA+gBwAPgAdwD3AH0A9gCDAPQAiQDyAI8A8QCWAO8AnQDt&#10;AKUA7ACvAOoAvADoAM0A5gDoAOQA+gDjAP8A4gD/AOAA/wDVAP8AzgD/AMsA/wD/AAYA/wABAP8A&#10;AAD/AAQA/wAOAP8AGQD/ACUA/QAyAPsAPgD3AEkA8wBTAPAAXADuAGMA7ABqAOoAcQDoAHcA5gB9&#10;AOQAgwDiAIkA4ACQAN4AlwDcAJ8A2QCpANYAtADTAMQA0ADeAM4A8wDMAP8AywD/AMoA/wDIAP8A&#10;wgD/AL4A/wD/AAAA/wAAAP8AAAD/AAAA+wALAPYAEwDxACAA7QAsAOoAOADnAEMA4wBNAOAAVgDc&#10;AF0A2QBkANUAawDSAHEA0AB2AM4AfADMAIMAygCJAMgAkQDGAJkAxACjAMEArQC/ALsAvQDPALsA&#10;6wC5APwAtwD/ALcA/wC2AP8AtAD/ALEA/wD/AAAA/wAAAP8AAAD2AAAA7gAFAOcADwDhABkA2wAl&#10;ANUAMQDSADwAzgBGAMoATwDHAFcAxABeAMEAZAC/AGoAvQBwALsAdgC5AHwAuACDALYAigCzAJMA&#10;sQCcAK8ApwCtALMAqwDFAKkA4QCnAPUApgD/AKUA/wCkAP8ApAD/AKQA/wD/AAAA/AAAAPEAAADo&#10;AAAA4AAAANQACwDMABMAxwAfAMIAKgC/ADUAvAA/ALgASAC1AFAAswBXALAAXgCuAGQArABpAKsA&#10;bwCpAHUApwB8AKUAhACjAIwAoQCWAJ8AoQCdAK0AmgC8AJgA0gCXAO4AlQD+AJQA/wCVAP8AlQD/&#10;AJUA/wD8AQAA8AUAAOMHAADVBQAAzAAAAMUABAC+AA4AuAAXALMAIwCvAC4AqwA4AKkAQQCmAEoA&#10;owBRAKEAVwCfAF0AnQBjAJsAaQCaAG8AmAB2AJYAfQCUAIYAkgCQAJAAmwCOAKcAjAC2AIoAyQCI&#10;AOcAhwD5AIcA/wCGAP8AhgD/AIYA/wD0DAAA5BAAANESAADFEQAAvQ4AALYIAACxAAgAqwARAKYA&#10;GwChACYAngAxAJoAOgCYAEMAlQBKAJMAUQCRAFcAjwBdAI4AYwCMAGkAigBwAIgAdwCGAIAAhACL&#10;AIIAlgCAAKMAfgCxAH0AxAB7AuEAegP1AHoF/wB5Bf8AeAb/AHgG/wDqEwAA1hoAAMYdAAC6HAAA&#10;sRkAAKoTAACkDQAAnwUMAJkAFACVAB8AkQIpAI0DMwCLBDwAiAVEAIYGSwCEBlEAggdXAIEHXQB/&#10;B2MAfQhqAHsIcgB6CHwAeAmGAHYJkgB0CqAAcwqvAHELwQBwDN8Abw32AG4O/wBtDv8AbQ7/AG0O&#10;/wDhHAAAyyMAALwmAACxJgAAqCQAAKAeAACZGAAAkxACAI4LDgCICxcAhAwiAIENLAB+DTUAfA49&#10;AHoORQB4DksAdw5RAHUPWABzD14AcRBlAHAQbgBuEHcAbBCCAGsQjwBpEZ0AaBGtAGYSwABlEt8A&#10;ZBP2AGMU/wBjFP8AYhT/AGIU/wDWJAAAwyoAALUuAACqLwAAoC0AAJgoAACQIgAAiRsAAIITCAB9&#10;ERIAeRIcAHYTJwBzFDAAcRQ4AG8VPwBtFUYAbBVMAGoWUwBoFlkAZxZhAGUWaQBkF3IAYhd+AGEY&#10;iwBfGJkAXhmpAFwZvABcGtgAWhvzAFoc/wBZHP8AWRz/AFkc/wDNKgAAvTEAAK81AACkNgAAmzQA&#10;AJIxAACJKwAAgSUAAHkdAwBzGA4AbxkYAGwaIgBpGysAZxszAGUcOwBkHEEAYh1IAGAdTgBfHVUA&#10;XR1cAFweZABbHm4AWR95AFgfhwBWIJYAVSCmAFQhuABTIdIAUiLxAFIj/wBSI/8AUiL/AFIi/wDI&#10;LwAAuDYAAKs6AACgPAAAljsAAI04AACDMgAAei0AAHImAABqIAwAZiATAGMhHQBhISYAXyIvAF0i&#10;NgBbIj0AWiNEAFgjSgBXI1EAVSNYAFQkYQBTJGoAUSV2AFAlgwBPJpMATiejAEwntQBMKM4ASyju&#10;AEsp/wBLKP8ASyj/AEso/wDDNAAAszsAAKc/AACcQQAAkkAAAIk+AAB/OQAAdTMAAGwtAABjJwgA&#10;XiYRAFwmGQBZJyIAVycrAFUoMgBUKDkAUihAAFEoRgBQKU0ATilVAE0pXQBMKmcASypzAEkrgABI&#10;K5AARyyhAEYtswBFLcsARS7sAEQu/wBELv8ARS3/AEUt/wC+OAAAsD8AAKRDAACZRQAAj0UAAIVD&#10;AAB7PgAAcTkAAGc0AABeLgQAWCsOAFUrFgBSLB8AUCwnAE8sLwBNLTYATC08AEotQwBJLUoASC5S&#10;AEcuWgBGL2QARS9wAEMwfgBCMI0AQTGeAEAysQA/MsgAPzPqAD8z/gA/Mv8APzL/AD8y/wC7PAAA&#10;rUMAAKFHAACWSQAAjEkAAINIAAB4RAAAbT4AAGM5AABaNAAAUjAMAE8wEwBMMBwASjAkAEkxKwBH&#10;MTIARjE5AEQxQABDMkcAQjJPAEEzWABAM2IAPzRtAD40ewA9NYsAPDacADs2rwA6N8YAOTfoADk3&#10;/AA6N/8AOjb/ADo2/wC3QAAAqkYAAJ5LAACUTQAAik4AAIBMAAB1SAAAakMAAGA+AABWOQAATTUJ&#10;AEk0EQBHNRkARTUhAEM1KABBNS8AQDU2AD82PQA+NkUAPTdNADw3VQA7OGAAOjhrADk5eQA4OYkA&#10;NzqbADU6rQA1O8QANDvmADQ7+wA1O/8ANTr/ADU6/wC0QwAAp0oAAJxOAACSUQAAiFIAAH5QAABz&#10;TQAAZ0gAAFxEAABSPwAASDoGAEQ5DwBBORYAPzkeAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc8&#10;UwA2PF0ANT1pADQ9dwAzPocAMT6ZADA/qwAvP8IALz/kAC8/+gAwP/8AMD7/ADA+/wCxRwAApE0A&#10;AJlSAACPVQAAhlYAAHxVAABxUgAAZEwAAFlJAABPRQAARUADAD8+DQA8PhMAOj4bADk+IwA3PioA&#10;Nj8xADU/OAA0P0AAM0BIADJAUQAxQVsAMEFnAC5CdQAtQoUALEOXACtDqgAqQ8AAKUTiACpD+QAq&#10;Q/8AK0L/ACtC/wCuSgAAoVEAAJdWAACNWQAAg1oAAHlaAABuVwAAYVIAAFdOAABNSwAAQ0cAADpD&#10;CgA2QxEANEMYADNDIAAyRCcAMUQvADBENgAvRT0ALUVGACxFTwArRlkAKkZkAClHcgAoR4MAJkeV&#10;ACVIqAAkSL4AI0jgACRI9wAlR/8AJUf/ACZH/wCqTwAAn1UAAJRaAACLXgAAgV8AAHdeAABrXAAA&#10;X1gAAFVVAABLUQAAQE0AADVKBwAwSQ4ALkkVAC1JHQAsSSQAK0orACpKMwAoSjsAJ0tDACZLTAAl&#10;S1YAJExiACNMcAAhTIAAIE2TAB9NpgAeTbsAHU7dAB5N9gAeTP8AH0z/ACBL/wCnUwAAnFoAAJJf&#10;AACIYwAAfmQAAHRjAABpYQAAXF4AAFJbAABHWAAAPFUAADJSAgAqUAwAJ08SACZQGQAlUCAAJFAo&#10;ACNQLwAiUTcAIVFAACBRSQAeUlMAHVJfABxSbQAaU30AGVOQABhTpAAWU7kAFVPZABZT9AAXUv8A&#10;GFH/ABlR/wCjWQAAmGAAAI9lAACFaAAAe2kAAHFpAABmZwAAWWQAAE1hAABCXwAAOFwAAC5aAAAl&#10;WAgAIFcOAB5XFAAdVxwAHFgjABtYKwAaWDMAGVg8ABhYRQAWWVAAFVlbABRZaQATWnoAElqNABFa&#10;oQAQWrcADlrVABBZ8wAQWf8AEVj/ABFY/wCfXwAAlWYAAIxrAACCbQAAeG4AAG5vAABibQAAVWoA&#10;AEhoAAA+ZgAAM2UAACljAAAgYQEAGGALABVgEAAUYBcAE2AeABJgJgASYC4AEWE3ABBhQAAPYUsA&#10;DmFYAA1hZgAMYnYAC2KJAAphnQAJYbIACGHLAAhh6wAJYP0ACl//AAtf/wCbZgAAkm0AAIhxAAB+&#10;cwAAdXUAAGp0AABccwAAT3IAAENwAAA4bwAALW4AACRsAAAbawAAE2sEAA5qDAANahIADGoZAAtq&#10;IQAKaikACWoyAAhqPAAHa0cABWtTAARrYQACa3EAAGqEAABqmAAAaq0AAGnGAABp5wAAafgAAGj/&#10;AABo/wCXbQAAjXMAAIR3AAB7egAAcHsAAGN7AABWegAASXoAAD15AAAxeAAAJ3cAAB12AAAVdgAA&#10;D3YCAAl2CgAEdg8AAHYVAAB2HAAAdiQAAHUsAAB1NgAAdUEAAHVOAAB1XAAAdWwAAHV+AAB0kwAA&#10;dKgAAHPAAABz4wAAcvcAAHL/AABx/wCSdQAAiXoAAIB+AAB2gAAAaYEAAFuCAABOggAAQYIAADWD&#10;AAApggAAH4EAABaBAAAQggAACoIAAAKDBwAAgg0AAIIRAACCFwAAgh4AAIImAACCLwAAgjsAAIJH&#10;AACCVQAAgWUAAIF4AACBjQAAgKIAAH+6AAB/3QAAfvQAAH3/AAB9/wCNfAAAhIEAAHuEAABuhgAA&#10;YIgAAFKKAABFiwAAOYwAACyMAAAhjAAAF4wAABCNAAAJjgAAAo8AAACQAwAAjwkAAI8OAACPEgAA&#10;kBgAAJAfAACQKAAAkDIAAJA/AACQTQAAkF0AAI9wAACPhQAAjpwAAI6zAACN0AAAjPAAAIv+AACL&#10;/wCIhAAAgIgAAHKLAABkjQAAVpAAAEiTAAA7lQAALpYAACKWAAAXlwAAD5gAAAiZAAAAmwAAAJ0A&#10;AACdAAAAnQMAAJ0JAACdDQAAnhEAAJ4XAACfHwAAnykAAKA1AACgQwAAoFQAAKBmAACfewAAnpMA&#10;AJ6rAACdxgAAnekAAJz5AACc/wCDiwAAdY4AAGeSAABZlgAAS5kAAD2cAAAwngAAI58AABegAAAO&#10;ogAAB6QAAACmAAAAqAAAAKoAAACqAAAAqgAAAKsBAACrBwAArAwAAK0QAACuFgAArx4AALEpAACx&#10;OAAAsUgAALFaAACxbwAAsYgAALGgAACwugAAr90AAK/yAACv/QB4kQAAapYAAFyaAABNnwAAP6MA&#10;ADGmAAAjpwAAF6kAAA6rAAAFrgAAALAAAACyAAAAtQAAALcAAAC3AAAAuAAAALkAAAC6AAAAvAMA&#10;AL0JAAC+DgAAwBQAAMMeAADFKwAAxTwAAMZOAADGYgAAxnoAAMaUAADGrQAAxsgAAMXlAADF8wBs&#10;mQAAXp4AAE+kAABBqAAAMqwAACSvAAAWsQAADbQAAAO3AAAAugAAAL0AAADAAAAAxAAAAMYAAADG&#10;AAAAyAAAAMkAAADLAAAAzAAAAM4AAADQBgAA0w0AANgTAADcHgAA3i0AAN9AAADgVAAA4WsAAOGF&#10;AADhnwAA4bcAAOHPAADh5gBgoQAAUqcAAEOtAAA0sgAAJbUAABe5AAANvAAAAb8AAADDAAAAxwAA&#10;AMoAAADPAAAA0wAAANYAAADXAAAA2gAAANwAAADfAAAA4QAAAOMAAADmAAAA6QEAAOwLAADwEgAA&#10;8x8AAPQxAAD2RgAA91wAAPh0AAD4jwAA+aYAAPm4AAD4yQD/AA0A/wALAP8ACwD/AA4A/wATAP8A&#10;HwD/ACwA/wA5AP8ARQD/AFAA/wBZAP8AYgD/AGoA/wBxAP8AdwD/AH4A/wCEAP4AigD9AJAA/ACX&#10;APoAngD5AKcA9wCxAPYAvgD1ANIA8wDsAPEA/gDwAP8A8AD/AOYA/wDcAP8A0gD/AM0A/wD/AAcA&#10;/wAEAP8AAgD/AAYA/wAQAP8AGwD/ACcA/wAzAP8APwD/AEoA/gBUAPsAXQD5AGQA9wBrAPUAcgDz&#10;AHgA8gB+APAAhADvAIoA7QCRAOwAmQDqAKEA6ACrAOYAtgDkAMcA4gDjAOAA9wDeAP8A3QD/ANkA&#10;/wDMAP8AxQD/AMEA/wD/AAAA/wAAAP8AAAD/AAEA/wANAP8AFgD8ACIA+QAuAPYAOQDzAEUA7wBO&#10;AOwAVwDpAF4A5gBlAOQAbADiAHIA4AB3AN8AfgDdAIQA2wCLANgAkgDVAJsA0gCkAM8ArwDNAL4A&#10;ywDVAMkA7wDHAP8AxQD/AMQA/wC+AP8AuAD/ALUA/wD/AAAA/wAAAP8AAAD+AAAA9wAJAPEAEQDr&#10;ABwA5wAoAOQAMwDhAD4A3QBIANgAUQDTAFgA0ABfAM4AZQDMAGsAygBxAMgAdwDGAH0AxACEAMIA&#10;jADAAJQAvgCeALsAqAC5ALYAtwDIALUA5gCzAPoAsQD/ALAA/wCwAP8ArAD/AKkA/wD/AAAA/wAA&#10;APoAAADxAAAA6AADAOAADQDYABYA0QAiAM0ALQDKADcAxgBBAMIASgC/AFIAvQBZALoAXwC4AGUA&#10;twBqALUAcACzAHYAsQB9AK8AhQCtAI0AqwCXAKkAoQCnAK4ApQC+AKIA2ACgAPIAnwD/AJ4A/wCe&#10;AP8AngD/AJwA/wD/AAAA9wAAAOsAAADhAAAA1gAAAMsACQDFABEAvwAbALsAJgC3ADEAtAA6ALEA&#10;QwCuAEsAqwBSAKkAWACnAF4ApgBkAKQAaQCiAHAAoAB2AJ4AfgCcAIYAmgCQAJgAmwCWAKcAlAC2&#10;AJIAygCQAOkAjwD8AI4A/wCNAP8AjAD/AI0A/wD4AAAA6QIAANsDAADMAQAAxAAAAL0AAgC2AA0A&#10;sAAVAKsAIACnACoApAA0AKEAPACeAEQAnABLAJoAUgCYAFgAlgBdAJUAYwCTAGkAkQBwAI8AdwCN&#10;AIAAiwCKAIkAlQCHAKEAhQCvAIMAwQCBAOAAgAD1AH8A/wB/AP8AfwD/AH8A/wDuCgAA3A4AAMoQ&#10;AAC+DgAAtQsAAK8DAACpAAcAowAQAJ4AGACZACMAlgAsAJMANQCQAD4AjgBFAIwASwCKAFEAiABX&#10;AIYAXQCFAGMAgwBqAIEAcQB/AHoAfQCEAHsAjwB5AJwAdwCqAHUAuwB0ANQAcgDwAHIA/wByAP8A&#10;cQD/AHEA/wDjEQAAzRcAAL8ZAACzGQAAqhUAAKMQAACdCgAAlwEKAJEAEgCNABsAiQAlAIUALwCD&#10;ADcAgAA+AH4ARQB9AEsAewBRAHkAVwB4AF0AdgBkAHQBawByAXQAcAJ/AG4CiwBsA5gAawOmAGkE&#10;twBoBc4AZwfsAGYI/QBmCf8AZQn/AGUJ/wDWGgAAxCAAALYjAACrIwAAoSAAAJkbAACSFAAAjA4B&#10;AIYHDQCABBQAfAYeAHkHKAB2CDAAdAg4AHIJPwBwCUUAbwpMAG0KUgBsClgAagtfAGgLZwBnC3AA&#10;ZQx6AGMMhwBiDJUAYA2kAF8NtgBeDc4AXA7tAFwP/wBbEP8AWxD/AFsQ/wDNIQAAvCgAAK8rAACk&#10;KwAAmikAAJIkAACJHwAAghgAAHsRBQB1DQ8AcQ0XAG4OIQBrDioAaQ8yAGcQOQBlEEAAZBBGAGMQ&#10;TQBhEFMAXxFaAF4RYgBcEWsAWxF2AFkSgwBYEpIAVhOiAFUTtABUE8sAUxTsAFIV/wBSFv8AUhX/&#10;AFIV/wDGKAAAti4AAKkyAACfMgAAlTEAAIwtAACDJwAAeiEAAHIaAABrEwsAZxMTAGQUHABhFCUA&#10;XxUtAF0VNABcFTsAWxZCAFkWSABYFk8AVhdWAFUXXgBTF2cAUhhyAFAYfwBPGY4AThqfAEwasABL&#10;G8cASxvpAEoc/QBKHP8AShz/AEoc/wDBLQAAsTQAAKU3AACaOAAAkDcAAIc0AAB9LwAAdCkAAGwj&#10;AABkHAcAXhkQAFsaGABZGyEAVxspAFUbMABUHDcAUhw9AFEcRABPHUsATh1SAE0dWgBLHmMASh5u&#10;AEkffABHH4sARiCcAEUhrgBEIcQAQyLmAEMi/ABDIv8AQyL/AEMi/wC8MgAArTgAAKE8AACXPgAA&#10;jT0AAIM6AAB5NQAAbzAAAGYqAABeJAIAVyANAFQgFABRIB0ATyElAE4hLABMITMASyI6AEkiQABI&#10;IkcARyJOAEYjVwBEI2AAQyRrAEIkeQBBJYgAPyaZAD4mqwA9J8EAPSfjAD0o+gA9KP8APSf/AD0n&#10;/wC4NgAAqj0AAJ5AAACUQgAAikIAAIA/AAB2OwAAbDYAAGIwAABZKgAAUSULAE0lEQBLJRkASSUh&#10;AEcmKABFJi8ARCY2AEMmPQBCJ0QAQSdLAD8oVAA+KF0APSlpADwpdgA7KoYAOSuXADgrqQA3LL8A&#10;NyzgADcs+AA3LP8ANyz/ADgs/wC1OgAAp0AAAJxEAACRRgAAh0YAAH1EAABzQAAAaDsAAF82AABV&#10;MQAATCsHAEcpDwBFKhYAQyoeAEEqJQA/KiwAPiszAD0rOQA8K0EAOyxIADosUQA5LVsAOC5mADYu&#10;cwA1L4MANC+VADMwpwAyML0AMTHeADEx9wAyMf8AMjD/ADMw/wCxPgAApEQAAJlIAACPSgAAhUoA&#10;AHtJAABwRQAAZUAAAFs7AABSNgAASDEEAEIuDQA/LhMAPS4bADsuIgA5LykAOC8vADcvNgA2MD4A&#10;NTBGADQxTwAzMVkAMjJkADEycQAwM4EALzSTAC40pgAsNbsALDXbACw19QAtNf8ALTT/AC40/wCu&#10;QQAAokgAAJdMAACNTgAAg04AAHlNAABuSgAAYkUAAFhAAABOPAAARTcAAD0zCwA5MxEANzMYADYz&#10;HwA0MyYAMzMtADI0NAAxNDwAMDVEAC81TAAuNlYALTZiACw3bwArN38AKjiRACg4pAAnObkAJjnY&#10;ACc59AAoOf8AKDj/ACk4/wCrRQAAn0sAAJRPAACLUgAAgVMAAHdSAABsTwAAX0kAAFZGAABMQgAA&#10;Qj0AADg4CAA0OA8AMjgVADE4HQAvOCQALjgrAC05MgAsOTkAKzpBACo6SgApO1QAKDtfACc8bQAl&#10;PH0AJD2PACM9ogAiPbcAIT7UACE+8wAiPf8AIz3/ACM8/wCoSQAAnU8AAJJTAACJVgAAf1cAAHVW&#10;AABqUwAAXU8AAFNMAABKSAAAQEQAADZABQAvPQ0ALT0TACs9GgAqPiEAKT4oACg+LwAnPjcAJj8/&#10;ACQ/SAAjQFIAIkBdACFBagAgQXoAHkGNAB1CoAAcQrUAG0LRABtC8QAcQv8AHUH/AB5B/wClTQAA&#10;mlMAAJBYAACGWwAAfVwAAHJbAABnWAAAW1QAAFFSAABITgAAPUoAADNHAAAqQwsAJkMQACVDFgAk&#10;Qx4AI0QlACJELAAhRDQAIEU8AB5FRQAdRU8AHEZaABtGaAAZRngAGEeKABdHngAWR7MAFEjOABVH&#10;7wAWR/8AF0b/ABdG/wCiUgAAl1gAAI1dAACEYAAAemEAAHBgAABlXgAAWVoAAE9YAABEVAAAOVEA&#10;AC9OAAAmSwYAIEoOAB5KEwAdShoAHEohABtLKAAaSzAAGUs4ABdLQgAWTEwAFUxXABRMZQATTXUA&#10;Ek2IABFNnAAQTbEADk7MAA9N7gAQTf8AEUz/ABFM/wCeVwAAlF0AAItiAACBZQAAd2YAAG1mAABj&#10;ZAAAVmEAAEpeAAA/WwAANVgAACtWAAAiVAEAGlIKABZSEAAVUhYAFFIdABNSJAASUiwAEVI0ABFS&#10;PgAQU0gAD1NUAA5TYgANVHIADFSEAAtUmAAJVK0ACFTFAAlU5wAKU/sAC1L/AAtS/wCbXQAAkWQA&#10;AIhoAAB+awAAdGwAAGtsAABfagAAUmcAAEVkAAA6YgAAMGAAACZeAAAdXQAAFVsFABBaDAAOWhEA&#10;DloYAA1bIAAMWycAC1swAApbOgAJW0UAB1tRAAZbXgAEW20AA1uAAAFblAAAW6gAAFvAAABa4gAA&#10;WvYAAVr/AAJZ/wCXZAAAjmsAAIRuAAB7cAAAcnIAAGdxAABZcAAATG4AAEBsAAA1awAAKmkAACFn&#10;AAAYZgAAEWYBAAxlCgAHZQ8ABGUUAANkGwACZCMAAGQsAABkNQAAZEAAAGRMAABkWgAAZGkAAGR7&#10;AABkjwAAY6QAAGO7AABi3QAAYvQAAGL/AABh/wCTbAAAiXEAAIB1AAB4dwAAbXgAAGB3AABSdgAA&#10;RnUAADl0AAAudAAAI3IAABpxAAAScQAADXEAAAZxCAAAcA0AAHASAABwFwAAbx8AAG8mAABvMAAA&#10;bzsAAG9HAABvVAAAb2QAAG91AABuigAAbaAAAG22AABs1gAAa/IAAGv/AABr/wCOcwAAhXgAAH17&#10;AABzfQAAZX4AAFh+AABLfgAAPn4AADJ+AAAmfQAAHHwAABN8AAANfAAABn0AAAB9BQAAfAsAAHwP&#10;AAB8EwAAfBkAAHwhAAB8KQAAfDQAAHtAAAB7TgAAe14AAHtvAAB6hAAAepoAAHmxAAB4zgAAd+8A&#10;AHb+AAB2/wCJegAAgX8AAHiCAABrgwAAXYUAAE+GAABChwAANYgAACmHAAAdhwAAFIcAAA2IAAAG&#10;iQAAAIoAAACKAAAAiQYAAIkMAACJDwAAiRMAAIkaAACKIgAAiiwAAIo4AACKRgAAiVYAAIloAACJ&#10;fAAAiJQAAIerAACGxgAAheoAAIX7AACE/wCFggAAfYYAAG+IAABhiwAAU40AAEWPAAA4kQAAK5EA&#10;AB+SAAAUkgAADZMAAASUAAAAlgAAAJcAAACYAAAAlwAAAJcFAACXCwAAmA4AAJgTAACZGgAAmSIA&#10;AJouAACaPQAAmU0AAJleAACZcwAAmIsAAJijAACXvAAAluIAAJb3AACV/wCAiQAAcowAAGSPAABW&#10;kwAASJYAADqZAAAsmgAAH5sAABScAAAMngAAA58AAAChAAAAowAAAKUAAAClAAAApQAAAKUAAACm&#10;AgAApwgAAKcNAACoEQAAqRkAAKsjAACrMQAAq0EAAKxTAACsZwAAq4AAAKqaAACqswAAqtAAAKnv&#10;AACp+wB1jwAAZ5QAAFmYAABKnAAAPJ8AAC2iAAAgowAAE6UAAAunAAABqQAAAKsAAACuAAAAsQAA&#10;ALIAAACyAAAAswAAALQAAAC1AAAAtgAAALgEAAC5CwAAuxAAAL0YAAC/JAAAvzUAAMBHAADAWwAA&#10;wHIAAMCNAADBpgAAwMEAAL/jAAC+8wBqlwAAW5wAAE2hAAA+pQAAL6kAACGrAAATrQAAC7AAAACz&#10;AAAAtQAAALgAAAC8AAAAvwAAAMEAAADBAAAAwwAAAMQAAADGAAAAxwAAAMkAAADLAAAAzggAANEP&#10;AADVGAAA2CcAANk5AADaTQAA22QAANt+AADcmQAA3LAAANzJAADc4wBdnwAAT6UAAECqAAAyrwAA&#10;IrIAABS1AAAKuAAAALsAAAC/AAAAwwAAAMYAAADLAAAAzgAAANEAAADRAAAA1AAAANYAAADZAAAA&#10;2wAAAN4AAADgAAAA5AAAAOcGAADrDgAA7xkAAPAqAADyPwAA81UAAPRtAAD0iAAA9KEAAPS2AAD0&#10;xwD/AAkA/wAGAP8ABwD/AAwA/wARAP8AHAD/ACgA/wA0AP8AQQD/AEwA/wBVAP8AXQD/AGUA/wBs&#10;AP8AcgD+AHgA/AB+APsAhAD6AIsA+QCSAPcAmQD2AKIA9ACsAPMAuQDxAMsA8ADoAO4A+wDtAP8A&#10;7AD/AOEA/wDSAP8AyQD/AMQA/wD/AAEA/wAAAP8AAAD/AAQA/wAOAP8AFwD/ACMA/wAvAP8AOwD9&#10;AEYA+gBQAPcAWAD0AF8A8gBmAPAAbADvAHIA7QB4AOwAfgDqAIUA6QCMAOcAkwDlAJwA4wCmAOEA&#10;sQDfAMEA3QDdANsA9ADZAP8A1gD/AM8A/wDEAP8AvQD/ALkA/wD/AAAA/wAAAP8AAAD/AAAA/wAL&#10;APwAEwD3AB4A9AAqAPIANQDuAEAA6QBKAOYAUgDjAFkA4ABgAN4AZgDcAGwA2gByANcAeADUAH4A&#10;0gCFANAAjQDOAJUAzACfAMkAqgDHALgAxQDNAMMA6wDAAP4AvwD/AL4A/wC2AP8AsAD/AK0A/wD/&#10;AAAA/wAAAP8AAAD5AAAA8gAGAOsADwDmABkA4QAkAN4ALwDaADkA0wBDAM8ATADMAFMAyQBaAMcA&#10;YADFAGYAwwBrAMEAcQC/AHcAvQB+ALsAhgC5AI4AtwCYALUAowCzALAAsQDCAK4A4ACsAPcAqwD/&#10;AKoA/wCoAP8AowD/AKAA/wD/AAAA/wAAAPUAAADrAAAA4QAAANYADADPABMAygAeAMYAKQDCADMA&#10;vwA9ALsARQC4AE0AtgBUALMAWgCxAF8AsABlAK4AagCsAHAAqwB3AKkAfwCnAIcApQCRAKMAnACg&#10;AKkAngC4AJwAzgCaAO4AmQD/AJcA/wCWAP8AlgD/AJMA/wD9AAAA8QAAAOUAAADZAAAAzQAAAMQA&#10;BgC9AA8AtwAYALMAIgCwACwArQA2AKkAPgCnAEYApABNAKIAUwCgAFkAnwBeAJ0AZACbAGoAmgBw&#10;AJgAdwCWAIAAlACKAJEAlQCPAKIAjQCwAIsAwwCJAOMAiAD5AIYA/wCGAP8AhgD/AIYA/wDzAAAA&#10;4wAAANEAAADFAAAAvQAAALYAAACuAAsAqAASAKQAHACgACYAnAAvAJoANwCXAD8AlQBGAJIATACR&#10;AFIAjwBYAI0AXQCLAGMAigBqAIgAcQCGAHkAhACDAIIAjwB/AJsAfgCpAHwAuwB6ANUAeADyAHgA&#10;/wB3AP8AdwD/AHcA/wDnBwAA0QwAAMMNAAC4DAAArggAAKgAAACiAAUAmwAOAJYAFQCSAB8AjgAo&#10;AIsAMQCIADkAhgBAAIQARgCCAEwAgABSAH8AVwB9AF0AewBjAHoAawB4AHMAdgB9AHQAiABxAJUA&#10;cACkAG4AtABsAMoAawDqAGoA/ABqAP8AagD/AGoA/wDaEAAAxhQAALgWAACtFQAApBIAAJwOAACW&#10;BwAAkAAJAIoAEACFABgAgQAhAH4AKgB7ADIAeQA5AHcAQAB1AEYAcwBMAHIAUQBwAFcAbgBeAG0A&#10;ZQBrAG4AaQB3AGcAgwBlAJEAYwCfAGIArwBgAMQAXwDkAF8B+ABeAv8AXgL/AF4C/wDOGAAAvR0A&#10;ALAgAAClHwAAmxwAAJMXAACLEQAAhAwAAH4ECwB5ABIAdQAbAHIAIwBvACsAbQEzAGsBOgBpAkAA&#10;ZwNGAGYDTABkBFIAYwRZAGEEYABfBWkAXgVzAFwGfwBaBo0AWQecAFcIrQBWCMEAVQnhAFQL9gBU&#10;C/8AVAv/AFQL/wDGHwAAtiUAAKkoAACeKAAAlCUAAIshAACDGwAAexQAAHQOAwBuCQ0AaQgUAGYJ&#10;HQBkCiUAYgotAGALNABeCzoAXQtAAFsMRwBaDE0AWAxUAFcNXABVDWQAVA1vAFINewBQDooATw6a&#10;AE4OrABMD8IATBDjAEsQ+QBLEP8ASxH/AEsQ/wC/JgAAsCsAAKQvAACZLwAAjy0AAIYpAAB9JAAA&#10;dB4AAGwXAABlEQcAXw4QAFwPFwBaEB8AWBAnAFYQLgBUEDUAUxA7AFIRQgBQEUgATxFQAE4RVwBM&#10;EmAASxJrAEkSeABIE4cARhOXAEUUqQBEFL4AQxXfAEMW+ABDFv8AQxb/AEMW/wC6KwAAqzEAAKA0&#10;AACVNQAAizQAAIExAAB4KwAAbyYAAGYgAABeGQEAVxQNAFQUEwBRFBsATxUjAE4VKgBMFTEASxY3&#10;AEkWPgBIFkQARxdMAEUXVABEF10AQxhnAEEYdABAGYMAPxqUAD0apgA8G7sAOxvbADsc9gA8HP8A&#10;PBz/ADwc/wC1MAAAqDYAAJw5AACROwAAhzoAAH43AABzMgAAai0AAGEnAABZIQAAURsJAEwZEABK&#10;GhcASBofAEYaJgBFGy0AQxszAEIbOgBBHEEAQBxIAD4cUAA9HVkAPB5kADsecQA5H4AAOB+SADcg&#10;pAA2ILgANSHWADUh9AA1Iv8ANSH/ADYh/wCyNAAApDoAAJk+AACPPwAAhT8AAHs8AABwOAAAZzIA&#10;AF0tAABUKAAATCIFAEYfDgBDHxQAQR8bAD8fIgA+ICkAPSAwADsgNgA6IT0AOSFFADgiTQA3IlcA&#10;NiNiADQjbgAzJH4AMiSPADElogAvJbYALybSAC8m8gAvJv8AMCb/ADAm/wCvOAAAoj4AAJZCAACM&#10;QwAAgkMAAHhBAABuPQAAYzgAAFozAABRLgAASCgBAEAkDAA9IxEAOyQYADkkHwA4JCYANiQsADUl&#10;MwA0JToAMyZCADImSgAxJ1QAMCdfAC8obAAuKHsALCmNACsqoAAqKrQAKSrPACkr8AAqK/8AKir/&#10;ACsq/wCsPAAAn0IAAJRGAACKRwAAgEcAAHZFAABsQgAAYT0AAFc4AABOMwAARC4AADwpCQA3KBAA&#10;NSgVADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rSAAsK1IAKyxdACosagAoLXkAJy2LACYungAl&#10;LrMAJC/NACQv7gAlL/8AJS//ACYu/wCpPwAAnUUAAJJJAACISwAAfkwAAHRKAABqRwAAXkIAAFQ9&#10;AABLOQAAQTQAADgvBgAyLQ0AMC0TAC4tGQAtLSAAKy0nACouLgApLjUAKS89ACgvRgAnME8AJTBb&#10;ACQxaAAjMXcAIjKJACEynQAfM7EAHjPLAB4z7QAfM/8AIDP/ACEy/wCmQwAAmkkAAJBNAACGTwAA&#10;fFAAAHNPAABoTAAAXEYAAFJDAABJPwAAPzsAADY2AgAuMgwAKzIRACkyFwAoMh4AJjIkACUzKwAk&#10;MzIAIzQ6ACI0QwAhNU0AIDVYAB82ZQAeNnUAHDeHABs3mwAaN68AGTjIABk46wAaOP8AGzf/ABs3&#10;/wCjRwAAmE0AAI5RAACEUwAAe1QAAHFTAABmUAAAWkwAAFBJAABHRQAAPUEAADM9AAAqOQkAJTcO&#10;ACM3FAAiOBsAITgiACA4KAAfODAAHjk4AB05QQAcOksAGjpWABk7YwAYO3IAFjuFABU8mQAUPK0A&#10;Ez3GABM96QAUPP0AFTz/ABY7/wCgSwAAlVEAAItVAACCWAAAeVkAAG5YAABkVgAAWFEAAE5PAABF&#10;SwAAOkcAADBDAAAnQAUAID4NAB0+EQAcPhcAGz4eABo+JQAZPi0AGD81ABY/PgAVP0gAFEBTABNA&#10;YAASQXAAEUGCABBBlwAPQawADkLEAA5C5wAPQfwAEEH/ABBA/wCdUAAAk1YAAIlaAACAXQAAdl4A&#10;AGxdAABiWwAAVlcAAExVAABBUQAANk4AACxLAAAjSAAAG0UJABdEDwAVRBQAFEUbABNFIgASRSkA&#10;EUUxABFFOwAQRkUAD0ZQAA5HXgANR20ADEd/AAtHkwAJR6cACEe+AAhH4AAJR/YACkb/AAtG/wCa&#10;VQAAkFsAAIdgAAB9YgAAc2MAAGpiAABgYQAAU14AAEdaAAA8VwAAMlUAAChSAAAfUAAAF04EABFM&#10;DAAPTBEADkwXAA5MHgANTSUADE0uAAtNNwAKTUIACU1NAAdOWgAGTmkABE57AAJOjwABTqQAAE26&#10;AABN2wABTfIAAU3/AAJM/wCWWwAAjWIAAIRmAAB6aAAAcWkAAGhpAABcZwAAT2QAAEJhAAA3XwAA&#10;LVwAACNaAAAaWAAAElcBAA1WCQAJVQ4AB1UTAAZVGgAEVSIAA1UqAAJVNAAAVT4AAFVKAABWVwAA&#10;VmUAAFV3AABViwAAVaAAAFW2AABU1AAAVPEAAFP9AABT/wCTYgAAimgAAIBsAAB3bgAAb28AAGNu&#10;AABWbAAASWoAAD1oAAAyZgAAJ2UAAB1jAAAVYgAADmEAAAlgCAADYA0AAF8RAABfFwAAXx4AAF8m&#10;AABfLwAAXzoAAF9FAABfUwAAX2EAAF5yAABehwAAXZwAAF2yAABczwAAXO8AAFv9AABb/wCQagAA&#10;hm8AAH1yAAB1dAAAanUAAF10AABPcwAAQnIAADZwAAArbwAAIG4AABdtAAAQbAAACmwAAAJrBgAA&#10;awsAAGoPAABqFAAAahoAAGohAABpKgAAaTQAAGlAAABpTgAAaVwAAGltAABoggAAaJgAAGeuAABm&#10;ygAAZe0AAGX8AABk/wCLcQAAgnYAAHp5AABwewAAYnsAAFV7AABIegAAO3oAAC96AAAjeQAAGXgA&#10;ABF3AAAKdwAAA3cAAAB3AgAAdwgAAHYNAAB2EAAAdhUAAHYbAAB2IwAAdi4AAHU6AAB1RwAAdVYA&#10;AHVoAAB0fAAAdJIAAHOqAAByxAAAcekAAHD7AABw/wCGeQAAf30AAHZ/AABogQAAWoIAAEyCAAA/&#10;gwAAMoQAACWDAAAagwAAEYMAAAqDAAACgwAAAIQAAACFAAAAhAMAAIMIAACDDQAAgxAAAIMVAACE&#10;HAAAhCYAAIQyAACEPwAAg08AAINgAACCdQAAgowAAIGkAACAvQAAf+MAAH75AAB+/wCCgAAAeoQA&#10;AGyGAABeiAAAUIoAAEKLAAA1jQAAJ40AABuNAAARjgAACo4AAACPAAAAkQAAAJIAAACSAAAAkgAA&#10;AJIBAACSBwAAkgwAAJIQAACTFQAAkx0AAJQoAACUNgAAlEUAAJNXAACTawAAk4IAAJKcAACRtgAA&#10;kNgAAI/zAACP/wB+hwAAcIoAAGGNAABTkAAARZMAADeVAAAplgAAHJcAABGYAAAJmQAAAJsAAACc&#10;AAAAngAAAKAAAACgAAAAoAAAAKAAAAChAAAAoQQAAKIJAACjDgAApBQAAKUdAACmKgAApjoAAKZM&#10;AAClYAAApXgAAKWSAACkrAAApMkAAKPrAACi+gBzjgAAZJEAAFaVAABHmQAAOZwAACqeAAAdoAAA&#10;EaEAAAijAAAApQAAAKcAAACpAAAArAAAAK4AAACuAAAArgAAAK8AAACwAAAAsQAAALIAAACzBgAA&#10;tQ0AALcTAAC5HgAAuS4AALpAAAC6VAAAu2oAALqFAAC5oQAAubsAALreAAC58gBnlQAAWJkAAEqe&#10;AAA7ogAALKYAAB2oAAARqgAAB6wAAACvAAAAsQAAALQAAAC4AAAAuwAAALwAAAC8AAAAvgAAAL8A&#10;AADAAAAAwgAAAMQAAADGAAAAyAMAAMsLAADPEgAA0SAAANEyAADSRgAA010AANR2AADUkgAA1asA&#10;ANXEAADU4gBbnQAATKIAAD2nAAAvrAAAH68AABGxAAAHtQAAALgAAAC7AAAAvgAAAMIAAADHAAAA&#10;ygAAAMwAAADMAAAAzgAAANAAAADSAAAA1QAAANgAAADbAAAA3wAAAOIAAADmCwAA6xMAAOwkAADt&#10;OAAA7k4AAO9nAADwggAA8JwAAPCyAADxxQD/AAMA/wABAP8ABAD/AAkA/wAPAP8AGAD/ACQA/wAw&#10;AP8APAD/AEcA/wBRAP8AWQD/AGAA/QBnAPwAbQD6AHMA+QB5APgAfwD2AIUA9QCMAPMAlADyAJ0A&#10;8ACnAO4AswDsAMQA6wDhAOoA+ADpAP8A5wD/ANkA/wDLAP8AwgD/AL0A/wD/AAAA/wAAAP8AAAD/&#10;AAAA/wAMAP8AFAD/ACAA/wArAP4ANwD6AEIA9gBLAPIAUwDwAFsA7gBhAOwAZwDqAG0A6ABzAOcA&#10;eQDlAH8A4wCGAOEAjgDfAJYA3QCgANsArADYALsA1ADRANMA8ADQAP8AzgD/AMgA/wC9AP8AtgD/&#10;ALIA/wD/AAAA/wAAAP8AAAD/AAAA/QAIAPcAEADzABoA7wAmAO0AMQDoADsA4wBFAOAATQDcAFUA&#10;2QBbANYAYQDTAGcA0QBsAM8AcgDNAHgAywB/AMkAhwDHAJAAxQCaAMMApQDAALIAvgDFALwA5QC6&#10;APsAuAD/ALcA/wCwAP8AqQD/AKUA/wD/AAAA/wAAAP4AAAD1AAAA7AADAOUADQDfABUA2gAgANQA&#10;KgDQADUAywA+AMgARwDFAE4AwgBVAMAAWwC+AGEAvABmALoAbAC4AHIAtgB4ALUAgACzAIgAsQCS&#10;AK4AngCsAKoAqQC7AKgA1QCmAPMApAD/AKMA/wChAP8AmwD/AJgA/wD/AAAA+wAAAPAAAADlAAAA&#10;2AAAAM4ACQDHABEAwgAaAL4AJAC7AC4AtwA4ALQAQACxAEgArgBOAKwAVACqAFoAqQBfAKcAZQCl&#10;AGsApABxAKIAeACgAIEAngCLAJwAlgCZAKMAlwCyAJYAxwCTAOgAkgD+AJEA/wCQAP8AjQD/AIsA&#10;/wD5AAAA6wAAAN0AAADPAAAAxgAAALwABAC1AA0AsAAVAKwAHgCoACgApQAxAKIAOQCfAEEAnQBI&#10;AJsATgCZAFMAlwBZAJYAXgCUAGQAkgBqAJAAcQCOAHoAjACDAIoAjwCIAJwAhgCqAIQAvACCANwA&#10;gQD2AIAA/wB/AP8AfwD/AH4A/wDsAAAA2gAAAMkAAAC+AAAAtgAAAK4AAACnAAkAoQAQAJwAGACY&#10;ACIAlQAqAJIAMgCQADoAjQBBAIsARwCJAE0AhwBSAIYAWACEAF0AggBkAIEAawB/AHMAfQB9AHsA&#10;iAB4AJUAdgCjAHUAtABzAMwAcQDtAHAA/wBwAP8AcAD/AHAA/wDfBQAAygoAALwLAACxCQAAqAQA&#10;AKEAAACbAAMAlAAMAI8AEwCKABsAhwAkAIQALACBADMAfwA6AH0AQQB7AEcAeQBMAHcAUgB2AFcA&#10;dABdAHIAZABwAG0AbwB2AGwAggBqAI8AaQCdAGcArgBlAMMAZADkAGMA+gBjAP8AYgD/AGMA/wDQ&#10;DgAAvxIAALITAACnEgAAnRAAAJULAACPAwAAiQAHAIIADgB+ABUAegAeAHYAJQB0AC0AcQA0AG8A&#10;OgBuAEAAbABGAGoATABpAFIAZwBYAGYAXwBkAGcAYgBxAGAAfABeAIkAXACYAFsAqQBZALwAWADc&#10;AFgA9ABYAP8AVwD/AFcA/wDGFgAAthoAAKodAACfHAAAlRkAAI0UAACFDwAAfgkAAHcBCgByABAA&#10;bgAXAGoAHwBoACcAZQAuAGQANABiADsAYABAAF8ARgBdAEwAXABTAFoAWgBYAGIAVwBsAFUAdwBT&#10;AIUAUgCUAFABpQBPAbgATgLSAE0E8ABNBf8ATQX/AE0F/wC/HQAAsCIAAKMlAACZJQAAjyIAAIUd&#10;AAB9GAAAdRIAAG4NAgBnBgwAYwMRAF8CGQBdAyEAWwQoAFkELwBXBTUAVgU7AFQGQQBTBkcAUQZO&#10;AFAHVQBOB14ATQhnAEsIcwBJCYEASAmSAEcKowBFCrYARAvQAEQM7wBDDf8AQw3/AEQN/wC5JAAA&#10;qikAAJ4sAACULAAAiioAAIAmAAB3IQAAbhsAAGYUAABfDwUAWQsNAFUKEwBTCxsAUQsiAE8MKQBN&#10;DC8ATAw2AEsNPABJDUIASA1JAEYNUQBFDloARA5kAEIOcABADn8APw+QAD4QogA8ELYAOxDRADsR&#10;8QA7Ef8AOxH/ADwR/wC0KQAApi8AAJoyAACQMgAAhjEAAHwtAAByKAAAaSMAAGEdAABZFgAAUREI&#10;AEwPEABKEBYASBAdAEYQJABFECsAQxExAEIRNwBBET4AQBFFAD4STQA9ElYAPBJhADoTbQA5E3wA&#10;NxSNADYUnwA1FbMANBXNADMW7gA0Fv8ANBb/ADQW/wCvLgAAojQAAJc3AACMOAAAgjYAAHg0AABu&#10;LgAAZSoAAFwkAABUHgAATBgEAEYUDQBCFBIAQBQZAD8UIAA9FScAPBUtADsVNAA5FjoAOBZCADcW&#10;SgA2F1MANRdeADMYagAyGXkAMBmKAC8anQAuGrEALRvKAC0b7AAtHP8ALhv/AC4b/wCsMgAAnzgA&#10;AJQ7AACKPAAAgDwAAHY5AABrNAAAYi8AAFkqAABQJQAARx8AAEAaCgA8GRAAOhkWADgZHQA2GiMA&#10;NRopADQaMAAzGjcAMhs+ADEbRwAvHFAALh1bAC0dZwAsHnYAKh6IACkfmwAoH64AJyDHACYg6gAn&#10;IP4AKCD/ACgg/wCpNgAAnTwAAJI/AACHQQAAfUAAAHQ+AABpOgAAXzUAAFYwAABNKwAARCUAADsg&#10;BwA2Hg4AMx4TADIeGQAwHiAALx4mAC4fLQAtHzQALCA7ACsgRAAqIU4AKSFYACciZQAmInQAJSOF&#10;ACMjmQAiJK0AISTFACEl6AAiJf0AIiT/ACMk/wCmOgAAmj8AAI9DAACFRQAAe0QAAHJDAABnPwAA&#10;XToAAFM2AABKMQAAQSwAADgmAwAxIwwALiIRACwiFgAqIh0AKSIjACgjKgAnIzEAJiQ5ACUlQQAk&#10;JUsAIyZWACImYwAhJ3IAHyeDAB4olwAdKKsAGynDABsp5gAcKfsAHSn/AB4o/wCjPgAAmEMAAI1H&#10;AACDSQAAekkAAHBHAABmRAAAWj8AAFE7AABHNwAAPjIAADUtAAAsKAkAKCcPACcnFAAlJxoAJCch&#10;ACMoJwAiKC4AISk2ACApPwAfKkkAHipUAB0rYAAbK28AGiyBABkslQAXLakAFi3BABYt5AAXLfoA&#10;GC3/ABkt/wChQQAAlUcAAItLAACCTQAAeE0AAG5MAABkSQAAWEQAAE9AAABGPQAAPTgAADM0AAAq&#10;LwYAJCwNACEsEgAgLBgAHy0eAB4tJQAdLSwAHC40ABsuPAAaL0YAGC9RABcwXgAWMG0AFTF/ABMx&#10;kwASMagAETK/ABEy4gASMvkAEzH/ABMx/wCeRQAAk0sAAIlPAACAUQAAdlIAAG1QAABiTgAAVkkA&#10;AE1GAABEQwAAOz8AADE6AAAnNgMAHzILABwyEAAbMhUAGTIbABgyIgAXMykAFjMxABU0OgAUNEQA&#10;EzRPABI1XAARNWsAEDZ9AA82kQAONqYADTe8AA033QANNvYADjb/AA82/wCbSQAAkU8AAIdTAAB+&#10;VgAAdVYAAGpVAABgUwAAVU8AAExMAABCSQAAOEUAAC5BAAAkPQAAHDoIABY4DgAVOBIAFDgYABM5&#10;HwASOSYAETkuABA5NwAPOkEADjpMAA07WQANO2gACzt6AAo7jQAJPKIABzy4AAc81QAIPPAACTv/&#10;AAo7/wCYTgAAjlQAAIVYAAB8WwAAclsAAGhaAABeWAAAU1UAAElSAAA+TgAANEsAACpHAAAhRAAA&#10;GEIDABJACwAQPxAADj8VAA4/HAANQCMADEArAAtANAAKQD4ACUFKAAdBVgAGQWUABEF2AANBigAB&#10;QZ8AAEG0AABB0AABQe4AAUH8AAJA/wCVVAAAjFkAAINeAAB5YAAAcGAAAGZgAABdXgAAUVsAAEVX&#10;AAA6VAAAL1EAACVPAAAcTAAAFEoAAA5ICAALRw4ACEcSAAdHGQAGRyAABUgoAANIMQACSDsAAEhH&#10;AABIUwAASGIAAEhzAABIhgAASJsAAEixAABHzAAAR+0AAEf7AABH/wCSWgAAiWAAAIBjAAB3ZQAA&#10;bmYAAGVmAABZZAAATGAAAEBdAAA1WwAAKlkAACBXAAAXVQAAEFMAAAtSBwAFUQ0AAVARAABQFgAA&#10;UB0AAFAlAABQLgAAUDgAAFBDAABQUAAAUF4AAFBvAABQgwAAT5gAAE+uAABOyQAATusAAE37AABN&#10;/wCPYQAAhmYAAH1pAAB0bAAAbG0AAGFrAABTaQAARmcAADpkAAAvYwAAJGEAABpfAAASXgAADFwA&#10;AAZcBgAAWwsAAFoPAABaEwAAWhkAAFkhAABZKQAAWTMAAFk/AABZTAAAWVoAAFlrAABYfgAAWJQA&#10;AFerAABXxQAAVukAAFX7AABV/wCMaAAAgm0AAHpwAABycgAAZ3IAAFpxAABMcAAAP24AADNtAAAo&#10;awAAHWoAABRoAAANZwAAB2cAAABmAwAAZgkAAGUNAABlEQAAZBUAAGQcAABkJAAAZC4AAGQ6AABj&#10;RwAAY1UAAGNmAABjegAAYpAAAGGnAABgwQAAX+YAAF/6AABe/wCHbwAAf3QAAHh3AABueAAAYHgA&#10;AFJ3AABFdwAAOHYAACt2AAAgdAAAFnMAAA5zAAAHcgAAAHIAAAByAAAAcQUAAHEKAABxDgAAcBEA&#10;AHAXAABwHgAAcCcAAHAzAABvQAAAb1AAAG9gAABudAAAbosAAG2iAABsvAAAa+IAAGr4AABp/wCD&#10;dwAAfHsAAHN9AABlfgAAV38AAEl/AAA8fwAAL4AAACJ/AAAXfgAAD34AAAd+AAAAfwAAAH8AAAB/&#10;AAAAfgAAAH4FAAB+CgAAfg0AAH4RAAB+FwAAfiAAAH4rAAB9OQAAfUgAAH1ZAAB8bQAAfIQAAHuc&#10;AAB6tgAAedoAAHj1AAB3/wCAfwAAd4IAAGmDAABbhQAATYYAAD+IAAAyiQAAJIkAABiJAAAPiQAA&#10;B4oAAACLAAAAjAAAAI0AAACNAAAAjAAAAIwAAACMAwAAjAgAAI0NAACNEQAAjRcAAI4iAACOLwAA&#10;jj8AAI1QAACNZAAAjHsAAIyVAACLrgAAis0AAInvAACJ/wB7hQAAbYgAAF6KAABQjQAAQo8AADSR&#10;AAAmkgAAGZMAAA6UAAAGlQAAAJYAAACYAAAAmgAAAJsAAACbAAAAmwAAAJsAAACbAAAAnAAAAJ0F&#10;AACdCwAAnhAAAJ8XAACgJAAAoDQAAKBGAACgWQAAn3AAAJ+KAACepQAAnsIAAJ3oAACc+QBwjAAA&#10;YY8AAFOSAABElgAANpkAACebAAAZnAAAD50AAAWfAAAAoQAAAKMAAAClAAAAqAAAAKkAAACpAAAA&#10;qQAAAKoAAACrAAAArAAAAK0AAACuAQAAsAkAALIPAACzGAAAtCcAALQ5AAC1TQAAtGQAALR+AACz&#10;mgAAs7QAALPVAACz8ABkkwAAVZcAAEebAAA4nwAAKaIAABqkAAAOpgAABKgAAACrAAAArQAAALAA&#10;AAC0AAAAtgAAALgAAAC4AAAAuQAAALoAAAC8AAAAvQAAAL8AAADAAAAAwwAAAMUHAADJDwAAyhoA&#10;AMssAADMQAAAzVYAAM5vAADNiwAAzKgAAMzCAADM4gBYmwAASaAAADqlAAAsqQAAHKsAAA+uAAAE&#10;sQAAALQAAAC3AAAAugAAAL4AAADDAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzwAAANIAAADV&#10;AAAA2QAAAN0AAADhBQAA5g8AAOceAADoMgAA6UgAAOpgAADrewAA65cAAOyuAADswgD/AAAA/wAA&#10;AP8AAAD/AAYA/wANAP8AFQD/ACEA/wAsAP8AOAD/AEMA/wBMAP4AVAD7AFsA+gBiAPgAaAD2AG4A&#10;9QB0APQAegDyAIAA8QCHAO8AjwDtAJcA6wChAOkArQDnAL0A5QDYAOQA8wDiAP8A4AD/ANAA/wDE&#10;AP8AvAD/ALYA/wD/AAAA/wAAAP8AAAD/AAAA/wAJAP8AEQD/ABwA/QAnAPkAMgD1AD0A8QBGAO0A&#10;TwDrAFYA6ABcAOYAYgDkAGgA4wBuAOEAcwDfAHkA3QCAANoAiADYAJEA1ACbANIApgDPALQAzADJ&#10;AMkA6QDIAP8AxwD/AMEA/wC3AP8ArwD/AKsA/wD/AAAA/wAAAP8AAAD/AAAA+AAFAPIADgDuABcA&#10;6gAiAOYALADhADcA3QBAANgASQDTAFAA0ABWAM4AXADMAGIAygBnAMgAbQDGAHMAxAB5AMIAgQDA&#10;AIoAvgCUALwAnwC5AKwAtgC+ALQA3QCzAPcAsQD/ALAA/wCoAP8AogD/AJ4A/wD/AAAA/wAAAPkA&#10;AADvAAAA5gAAAN8ACwDWABIA0AAcAMwAJgDIADAAxAA6AMAAQgC9AEoAuwBQALgAVgC2AFsAtQBh&#10;ALMAZgCxAGwAsAByAK4AegCsAIIAqQCMAKcAmAClAKUAowC0AKAAywCfAO4AnQD/AJwA/wCZAP8A&#10;lAD/AJEA/wD/AAAA9gAAAOoAAADdAAAAzwAAAMcABgDAAA8AuwAXALcAIACzACoAsAAzAK0AOwCq&#10;AEMApwBJAKUATwCjAFUAogBaAKAAXwCeAGUAnQBrAJsAcgCZAHsAlwCFAJQAkACSAJ0AkACsAI4A&#10;vwCMAOIAiwD6AIkA/wCJAP8AhgD/AIMA/wD0AAAA5AAAANQAAADIAAAAvwAAALUAAQCuAAsAqQAS&#10;AKUAGwChACMAngAsAJsANACYADwAlgBDAJQASQCSAE4AkABTAI4AWQCNAF4AiwBkAIkAawCHAHMA&#10;hQB9AIMAiACBAJUAfwCkAH0AtQB7AM8AeQDxAHgA/wB3AP8AdwD/AHUA/wDlAAAA0QAAAMMAAAC4&#10;AAAArwAAAKgAAACgAAYAmgAOAJUAFQCRAB4AjgAmAIsALQCIADUAhgA8AIQAQgCCAEcAgABNAH8A&#10;UgB9AFgAewBeAHkAZQB4AG0AdgB2AHMAgQBxAI4AbwCdAG0ArgBsAMQAagDnAGkA/QBoAP8AaAD/&#10;AGkA/wDVAwAAwwcAALYIAACrBgAAogAAAJsAAACUAAAAjQAKAIgAEACDABgAfwAgAHwAJwB6AC4A&#10;dwA1AHUAOwB0AEEAcgBHAHAATABvAFIAbQBYAGsAXwBpAGYAZwBwAGUAewBjAIgAYgCXAGAApwBe&#10;ALsAXQDcAFwA9gBcAP8AWwD/AFsA/wDJDQAAuRAAAKwRAAChEAAAlw0AAI8IAACIAAAAggAFAHsA&#10;DQB3ABIAcwAaAG8AIQBsACgAagAvAGgANQBnADsAZQBBAGMARgBiAEwAYABSAF8AWQBdAGEAWwBq&#10;AFkAdQBXAIIAVQCRAFQAogBTALUAUQDPAFAA7wBQAP8AUAD/AFAA/wC/FAAAsBgAAKQaAACZGQAA&#10;jxYAAIcRAAB/DQAAdwYAAHEACABrAA4AZwAUAGQAGwBhACIAXgApAF0ALwBbADUAWQA7AFgAQQBW&#10;AEYAVQBNAFMAVABSAFwAUABlAE4AcABMAH0ASwCNAEkAngBIALAARwDHAEYA6QBGAPsARgD/AEUA&#10;/wC4GwAAqiAAAJ4iAACTIgAAiR8AAIAaAAB3FQAAbxAAAGgLAABhBAoAXQAQAFkAFgBWAB0AVAAj&#10;AFIAKgBQADAATwA1AE4AOwBMAEEASwBIAEkATwBHAVcARgFhAEQCbABDAnkAQQOJAEADmgA+BK0A&#10;PQTEADwF5QA8B/gAPAf/ADwH/wCyIgAApScAAJkpAACOKQAAhCcAAHsjAABxHgAAaRgAAGESAABa&#10;DQMAUwgMAE8FEQBMBRcASgYeAEgGJABHBioARQcwAEQHNgBDCD0AQQhDAEAISwA+CVMAPQldADsK&#10;aAA6CnYAOAuHADcLmQA1C6wANAzCADMM5AAzDfkAMw3/ADQN/wCtJwAAoCwAAJUvAACLLwAAgC4A&#10;AHcqAABtJQAAZCAAAFwaAABUFAAATA8GAEYMDQBDDBIAQQwYAD8MHwA+DCUAPA0rADsNMgA6DTgA&#10;OA0/ADcORwA2DlAANA5aADMOZgAxD3QAMA+FAC4QmAAtEKsALBDDACsR5QAsEfoALBH/AC0R/wCq&#10;LAAAnTEAAJI0AACHNQAAfTQAAHQxAABqKwAAYCcAAFghAABPGwAARxYAAEARCQA7EA8AORAUADcQ&#10;GwA2ECEANBAnADMRLQAyETQAMRE7ADARQwAuEk0ALRJXACwSYwAqE3EAKROCACcUlQAmFKkAJRXA&#10;ACQV4wAlFvoAJhb/ACYV/wCmMQAAmjYAAI85AACFOgAAezkAAHE2AABnMQAAXS0AAFQoAABMIgAA&#10;Qx0AADsXBQA1FA0AMhMRADEUFwAvFB0ALhQkACwUKgArFTEAKhU4ACkWQAAoFkoAJxdUACYXYAAk&#10;GG8AIxiAACEZkwAgGacAHxm+AB4a4AAfGvgAIBr/ACAa/wCjNAAAmDoAAI09AACDPgAAeT0AAG87&#10;AABlNwAAWzIAAFItAABJKAAAQCMAADgeAQAwGQoALBgPACoYFAApGBoAJxggACYZJwAlGS0AJBo1&#10;ACMaPgAiG0cAIRtSACAcXgAfHWwAHR1+ABwdkQAaHqUAGR68ABgf3QAZH/YAGh//ABse/wChOAAA&#10;lT0AAItBAACBQgAAd0IAAG1AAABjPAAAWTcAAE8zAABGLgAAPSkAADUkAAAtIAcAJx0NACUdEgAj&#10;HRcAIR0dACEdJAAgHisAHx4yAB4fOwAdH0UAHCBPABohXAAZIWoAGCJ7ABYijwAVIqMAFCO6ABMj&#10;2gAUI/UAFSP/ABYj/wCePAAAk0EAAIlEAAB/RgAAdUYAAGxEAABiQQAAVzwAAE04AABENAAAPDAA&#10;ADMrAAAqJgMAIyILACAhEAAeIRUAHCIbABsiIQAaIigAGiMwABkjOAAYJEIAFiVNABUlWQAUJmgA&#10;EyZ5ABImjQARJ6IAECe4AA4n1gAQKPQAESf/ABEn/wCcQAAAkUUAAIdIAAB9SgAAdEoAAGpJAABg&#10;RgAAVUEAAEw+AABDOgAAOjYAADEyAAAoLQAAICkJABsnDgAZJxIAGCcYABYnHwAVKCUAFCgtABMo&#10;NgASKUAAEilLABEqVwAQKmYADit3AA4riwANLJ8ADCy1AAsszwAMLO8ADSz/AA0r/wCZRAAAj0kA&#10;AIVMAAB8TgAAc08AAGlOAABeSwAAU0cAAEpEAABCQAAAOT0AAC84AAAlNAAAHTAFABYtDAAULBAA&#10;Ey0VABItHAARLSMAEC0qAA8uMwAOLj0ADS9IAA0vVQAMMGMACjB0AAkwiAAIMZwABjGxAAYxywAG&#10;MesABzD8AAgw/wCXSAAAjU0AAINRAAB6UwAAcVQAAGdSAABdUAAAUkwAAElKAABARgAANUIAACs+&#10;AAAiOgAAGjcBABI0CQAPMw4ADjMTAA0zGQANMyAADDQoAAs0MQAKNTsACDVGAAc1UgAFNmAABDZx&#10;AAI2hAAANpkAADavAAA2yAAANugAADb5AAE1/wCUTQAAilIAAIFWAAB4WAAAb1kAAGVYAABbVQAA&#10;UVIAAEdPAAA8TAAAMUgAACdEAAAeQQAAFj8AABA8BwALOg0ACToRAAg7FwAGOx4ABTsmAAQ7LgAC&#10;OzgAATxDAAA8TwAAPF4AADxuAAA8gQAAPJcAADysAAA7xQAAO+cAADv4AAA7/wCRUgAAiFgAAH9c&#10;AAB2XQAAbV4AAGNdAABaXAAATlgAAEJUAAA3UQAALU4AACNLAAAaSQAAEkYAAA1EBgAHQwwAA0MQ&#10;AABDFQAAQxsAAEMjAABDKwAAQzUAAENAAABDTQAAQ1sAAENrAABDfgAAQ5QAAEKqAABCwwAAQeYA&#10;AEH5AABB/wCOWAAAhl4AAH1hAABzYwAAa2QAAGJjAABXYQAASV0AAD1aAAAyWAAAJ1UAAB5TAAAV&#10;UQAADk8AAAlNBQACTQsAAEwOAABMEwAASxgAAEsfAABLKAAASzIAAEs9AABLSQAAS1cAAEtnAABK&#10;ewAASpAAAEmnAABJwAAASOQAAEj4AABH/wCLXwAAg2QAAHpnAABxaQAAaWoAAF5pAABQZgAAQ2QA&#10;ADdhAAAsXwAAIV0AABhbAAAQWQAAClgAAANXAwAAVwkAAFYNAABVEAAAVRUAAFQbAABUIwAAVC0A&#10;AFQ5AABURQAAVFMAAFRkAABTdwAAU40AAFKkAABRvQAAUOIAAFD4AABP/wCIZwAAf2sAAHduAABv&#10;cAAAZXAAAFduAABKbAAAPWsAADBpAAAlaAAAGmYAABFkAAALYwAABGIAAABiAQAAYQYAAGALAABg&#10;DgAAXxIAAF8XAABfHgAAXigAAF4zAABeQAAAXk8AAF5fAABdcgAAXYgAAFygAABbuQAAWt8AAFn3&#10;AABY/wCEbgAAfHIAAHV1AABrdgAAXXUAAE90AABCcwAANXMAAChyAAAdcAAAE28AAAxuAAAEbgAA&#10;AG4AAABuAAAAbAIAAGwHAABrCwAAaw4AAGsSAABqGQAAaiIAAGotAABqOgAAaUkAAGlaAABpbAAA&#10;aIMAAGebAABmtQAAZdgAAGT1AABk/wCAdQAAenkAAHB7AABiewAAVHwAAEZ8AAA5fAAALHwAAB97&#10;AAAUegAADXoAAAR6AAAAegAAAHoAAAB6AAAAeQAAAHkBAAB4BgAAeAsAAHgOAAB4EwAAeBoAAHgl&#10;AAB4MgAAd0EAAHdSAAB3ZQAAdnwAAHWVAAB0rwAAc84AAHLxAABx/wB+fQAAdYAAAGeBAABYggAA&#10;SoMAADyEAAAuhQAAIYUAABWFAAANhQAAA4UAAACGAAAAhwAAAIgAAACIAAAAhwAAAIcAAACHAAAA&#10;hwQAAIcJAACHDgAAiBMAAIgcAACIKQAAiDgAAIdKAACHXQAAhnMAAIaNAACFpwAAhMUAAIPsAACC&#10;/gB4hAAAaoYAAFyIAABNigAAP4wAADGOAAAjjwAAFo8AAA2QAAACkQAAAJIAAACTAAAAlQAAAJYA&#10;AACWAAAAlgAAAJYAAACWAAAAlwAAAJcAAACXBwAAmA0AAJkTAACaHwAAmi0AAJo/AACaUgAAmmgA&#10;AJmDAACZnwAAmLoAAJfiAACW+ABtigAAX40AAFCQAABBkwAAM5YAACSXAAAWmAAADZkAAAGbAAAA&#10;nQAAAJ8AAAChAAAApAAAAKUAAACkAAAApQAAAKUAAACmAAAApwAAAKgAAACpAAAAqgQAAKwMAACu&#10;EwAAriEAAK4zAACuRwAArl0AAK52AACukwAArq4AAK3NAACs7wBhkQAAU5UAAESYAAA1nAAAJp8A&#10;ABehAAANowAAAKUAAACnAAAAqgAAAKwAAACwAAAAsgAAALQAAACzAAAAtAAAALUAAAC3AAAAuAAA&#10;ALkAAAC7AAAAvQAAAL8BAADDCwAAxRUAAMUlAADGOQAAx08AAMdoAADGhQAAxqIAAMa8AADG3gBV&#10;mQAAR50AADiiAAAppgAAGagAAA2rAAAArQAAALEAAAC0AAAAtwAAALoAAAC/AAAAwQAAAMQAAADD&#10;AAAAxQAAAMYAAADIAAAAygAAAM0AAADPAAAA0gAAANYAAADbAAAA4AwAAOEYAADjKwAA5EEAAOVa&#10;AADmdAAA5pEAAOWsAADlxAD/AAAA/wAAAP8AAAD/AAEA/wAKAP8AEgD/AB0A/wAoAP8ANAD/AD4A&#10;/QBIAPoAUAD3AFcA9QBdAPQAYwDyAGkA8ABvAO8AdADtAHsA6wCBAOkAiQDoAJIA5gCcAOQAqADi&#10;ALcA3wDNANwA7gDZAP8A2QD/AMoA/wC+AP8AtQD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8A&#10;DwD8ABgA+AAjAPQALgDwADgA6wBCAOgASgDlAFEA4gBYAOAAXQDeAGMA3ABoANkAbgDWAHQA1AB7&#10;ANEAggDPAIsAzQCVAMoAoQDIAK8AxQDBAMIA4wDAAPsAwAD/ALsA/wCwAP8AqAD/AKQA/wD/AAAA&#10;/wAAAP8AAAD7AAAA8wABAO0ADADoABMA4wAeAOAAKADaADIA0wA8AM8ARADMAEsAyQBRAMYAVwDE&#10;AF0AwgBiAMEAZwC/AG0AvQB0ALsAewC5AIQAtwCOALQAmQCyAKcArwC3AK0A0ACrAPIAqgD/AKkA&#10;/wChAP8AmwD/AJcA/wD/AAAA/wAAAPQAAADpAAAA4AAAANUACADOABAAyQAYAMUAIgDBACsAvAA1&#10;ALkAPQC2AEUAswBLALEAUQCvAFYArgBbAKwAYQCqAGYAqQBtAKYAdACkAHwAogCGAKAAkgCeAJ8A&#10;nACuAJkAwwCXAOcAlgD/AJUA/wCSAP8AjQD/AIoA/wD8AAAA8AAAAOMAAADUAAAAyAAAAL8AAwC5&#10;AA0AswATAK8AHACsACUAqQAuAKUANgCjAD4AoABEAJ4ASgCdAFAAmwBVAJkAWgCXAF8AlgBmAJQA&#10;bACSAHUAkAB+AI4AigCLAJcAiQCmAIcAuACFANYAhAD2AIIA/wCBAP8AfgD/AHwA/wDtAAAA3QAA&#10;AMwAAADBAAAAuAAAAK4AAACnAAkAogAQAJ4AFwCaAB8AlwAnAJQALwCRADcAjwA9AI0AQwCLAEkA&#10;iQBOAIgAUwCGAFkAhABfAIIAZQCAAG0AfgB3AHwAggB6AI8AeACeAHUArwBzAMcAcgDsAHEA/wBw&#10;AP8AcAD/AG4A/wDdAAAAyQAAALwAAACxAAAAqQAAAKEAAACZAAMAkwAMAI4AEgCKABkAhwAhAIQA&#10;KQCBADAAfwA3AH0APQB7AEIAeQBIAHgATQB2AFIAdABYAHIAXwBxAGcAbwBwAGwAewBqAIgAaACX&#10;AGYAqABlALwAYwDhAGIA+gBhAP8AYQD/AGEA/wDNAQAAvAUAAK8FAAClAgAAnAAAAJQAAACNAAAA&#10;hgAIAIEADgB8ABQAeAAbAHUAIwByACkAcAAwAG4ANgBtADwAawBBAGkARwBoAEwAZgBSAGQAWQBj&#10;AGAAYQBpAF8AdABdAIEAWwCQAFkAoQBXALQAVgDQAFUA8gBVAP8AVAD/AFUA/wDBDAAAsg4AAKYP&#10;AACbDgAAkgsAAIkFAACCAAAAewACAHUACwBwABAAbAAWAGgAHQBmACMAYwAqAGEAMABgADYAXgA7&#10;AF0AQQBbAEYAWgBMAFgAUwBWAFsAVABkAFIAbgBRAHsATwCKAE0AmwBMAK4ASwDGAEoA6gBJAP4A&#10;SQD/AEkA/wC5EgAAqhYAAJ4XAACUFgAAihMAAIEQAAB5CwAAcQMAAGsABgBlAA0AYQARAF0AGABa&#10;AB4AWAAkAFYAKgBUADAAUwA2AFEAOwBQAEEATgBHAE0ATgBLAFYASQBfAEcAaQBGAHYARACFAEMA&#10;lwBBAKkAQAC/AD8A4gA/APgAPgD/AD8A/wCyGQAApB4AAJgfAACOHwAAhBwAAHoYAAByEgAAag4A&#10;AGIIAABcAQgAVwAOAFMAEwBQABkATgAfAEwAJQBKACsASAAwAEcANgBGADwARABCAEMASQBBAFEA&#10;PwBaAD4AZQA8AHIAOgCBADkAkwA4AKUANgC6ADYA2wA1APQANQD/ADUA/wCsIAAAnyQAAJQmAACJ&#10;JgAAfyQAAHUgAABsGwAAZBUAAFwQAABUDAEATgYKAEoCDwBHABQARAAaAEIAIABAACUAPwArAD4B&#10;MQA8ATcAOwI+ADkCRQA4A00ANgNWADUEYQAzBG4AMQV+ADAFkAAvBaMALQa4ACwG1AAsB/AALAj/&#10;ACwI/wCoJQAAmyoAAJAsAACGLQAAeysAAHInAABoIgAAXx0AAFcXAABPEgAASA4EAEEKCwA+BxAA&#10;OwYVADkHGwA4ByEANggmADUILAAzCDIAMgk5ADEJQQAvCUkALgpTACwKXgArC2wAKQt8ACgMjwAm&#10;DKIAJQy3ACQM0wAjDfAAJA3/ACUN/wCkKgAAmC8AAI0yAACDMgAAeTEAAG8uAABlKQAAXCQAAFMf&#10;AABLGQAAQxMAADwQBgA1DQwAMwwRADEMFgAvDBwALg0iAC0NKAArDS4AKg01ACkNPQAnDkYAJg5Q&#10;ACQOXAAjD2oAIg97ACAQjgAfEKIAHRC3ABwQ1AAdEfIAHRH/AB4R/wChLwAAlTMAAIo2AACANwAA&#10;djYAAG0zAABjLwAAWSoAAFAlAABIIAAAPxoAADgVAAAwEQgALBAOACoQEgAoEBgAJxAeACUQJAAk&#10;ECoAIxEyACIROgAhEUMAIBJOAB4SWgAdE2gAGxN4ABoTiwAYFKAAFxS1ABYU0QAWFfEAFxX/ABgU&#10;/wCeMwAAkzcAAIg6AAB+OwAAdDsAAGs4AABhNAAAVy8AAE4rAABFJgAAPSEAADQcAAAtFwUAJhMM&#10;ACMTEAAiExUAIBMaAB8TIQAeFCcAHRQvABwVNwAbFUEAGhZLABkWVwAXF2UAFhd2ABQYiQATGJ4A&#10;EhizABEZzgARGe8AEhn/ABMZ/wCcNgAAkTsAAIY+AAB8PwAAcz8AAGk9AABfOQAAVTUAAEwwAABD&#10;LAAAOicAADIiAAAqHgEAIhkJAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj4AFRpJABMb&#10;VQASG2MAERx0ABAchwAPHZwADh2xAA0dywANHewADh3/AA8d/wCZOgAAjz8AAIRCAAB7RAAAcUMA&#10;AGhCAABePgAAUzoAAEo2AABBMgAAOS0AADEpAAAoJQAAICAGABodDAAXHBAAFRwVABQdGwAUHSIA&#10;Ex0pABIeMgARHzwAEB9GABAgUwAOIGEADSFxAAwhhQALIpkACiKuAAkixwAJIucACiL7AAsh/wCX&#10;PgAAjEMAAINGAAB5SAAAcEgAAGdGAABcRAAAUj8AAEk7AABAOAAAODQAAC8wAAAnLAAAHicDABYj&#10;CgASIQ4AESETABAiGQAQIiAADyInAA4jLwANJDkADCREAAslUAAKJV4ACSZvAAcmggAGJpYABCas&#10;AAMmxAAEJuUABCb3AAYm/wCVQgAAikcAAIFKAAB4TAAAb0wAAGVLAABbSAAAUEQAAEdBAAA/PgAA&#10;NzsAAC02AAAkMQAAGy0AABMqBwAPKA0ADScRAA0oFgAMKB0ACyglAAopLQAJKTcABypCAAYqTgAE&#10;K1wAAytsAAErfwAAK5QAACupAAArwQAAK+MAACv2AAAq/wCSRgAAiEsAAH9PAAB2UQAAbVEAAGNQ&#10;AABaTQAAT0oAAEdHAAA+RAAAM0AAACk8AAAgOAAAFzQAABExBQAMLwwACS4QAAcuFQAGLxsABS8j&#10;AAMvKwACMDUAADA/AAAwTAAAMVkAADFpAAAxfAAAMZEAADGnAAAwvwAAMOEAADD1AAAv/wCQSwAA&#10;hlAAAH1UAAB1VgAAa1YAAGJVAABYUwAATlAAAEVNAAA6SQAAL0UAACVCAAAcPgAAFDsAAA45BQAJ&#10;NwsABDYPAAE2EwAANhkAADYgAAA2KQAANjIAADc9AAA3SQAAN1cAADdnAAA3eQAAN48AADalAAA2&#10;vQAANuAAADX1AAA1/wCNUAAAhFYAAHxaAAByWwAAaVsAAGBbAABXWQAATFYAAEBSAAA1TgAAKksA&#10;ACBIAAAXRgAAEEMAAAtBBAAEQAoAAD8OAAA+EQAAPhYAAD4dAAA+JgAAPi8AAD46AAA+RgAAPlQA&#10;AD5kAAA+dgAAPYwAAD2jAAA8uwAAPN4AADv1AAA7/wCKVwAAglwAAHlfAABwYQAAaGEAAF9hAABU&#10;XgAAR1sAADpXAAAvVQAAJVIAABtQAAASTQAADEsAAAZKAwAASQkAAEgNAABHEAAARxQAAEYaAABG&#10;IgAARiwAAEY3AABGQwAARlEAAEZgAABFcwAARYkAAESgAABEuAAAQ9wAAEL1AABC/wCIXQAAf2IA&#10;AHdlAABuZwAAZ2gAAFtmAABOYwAAQWEAADReAAApXAAAH1oAABVXAAAOVgAAB1QAAABTAQAAUgYA&#10;AFELAABRDgAAUBEAAE8WAABPHgAATycAAE8yAABPPwAAT00AAE5dAABObwAAToUAAE2dAABMtQAA&#10;S9gAAEr1AABK/wCFZQAAfGkAAHRsAABtbgAAYm0AAFRrAABHaQAAOmcAAC1lAAAiZAAAGGIAABBg&#10;AAAJXwAAAF4AAABeAAAAXQMAAFwIAABbDAAAWg8AAFoTAABZGQAAWSIAAFktAABZOgAAWUgAAFhY&#10;AABYawAAV4EAAFeZAABWsgAAVdIAAFT0AABT/wCBbAAAeXAAAHNzAABocwAAWnIAAExxAAA/cAAA&#10;Mm8AACVuAAAabAAAEWsAAAlqAAAAagAAAGkAAABpAAAAaAAAAGcDAABmCAAAZgwAAGYPAABlFAAA&#10;ZRwAAGUnAABkNAAAZEMAAGRTAABkZQAAY3sAAGKUAABhrQAAYM0AAF/xAABe/wB9dAAAd3cAAG55&#10;AABfeQAAUXkAAEN5AAA2eAAAKXgAABx3AAARdgAACnUAAAB1AAAAdQAAAHYAAAB1AAAAdAAAAHQA&#10;AABzAgAAcwcAAHMMAAByEAAAchUAAHIgAAByLAAAcjsAAHFMAABxXwAAcXQAAHCOAABvqAAAbsYA&#10;AGztAABr/wB7ewAAcn4AAGR+AABVfwAAR4AAADmBAAArggAAHoEAABKBAAAKgQAAAIEAAACCAAAA&#10;gwAAAIMAAACDAAAAggAAAIIAAACCAAAAggAAAIIFAACCCgAAgg8AAIIXAACCIwAAgjIAAIJDAACB&#10;VgAAgWwAAICGAAB/oQAAfr0AAH3mAAB8/AB2ggAAaIMAAFmFAABLhwAAPIkAAC6KAAAgiwAAE4sA&#10;AAqLAAAAjAAAAI0AAACPAAAAkQAAAJIAAACRAAAAkQAAAJEAAACRAAAAkQAAAJIAAACSAgAAkwkA&#10;AJQPAACUGQAAlCcAAJQ4AACUTAAAk2IAAJN8AACTmAAAkrMAAJHYAACQ9gBqiAAAXIoAAE2NAAA/&#10;kAAAMJIAACGUAAAUlQAACpYAAACXAAAAmQAAAJsAAACdAAAAnwAAAKAAAACgAAAAoAAAAKAAAACh&#10;AAAAogAAAKMAAACkAAAApQAAAKYHAACoEAAAqBwAAKgtAACpQAAAqVYAAKlvAACpiwAAqKgAAKfH&#10;AACm7ABfjwAAUJIAAEGWAAAzmQAAI5wAABSdAAAKnwAAAKEAAACjAAAApgAAAKgAAACsAAAArgAA&#10;AK8AAACvAAAAsAAAALAAAACyAAAAswAAALQAAAC2AAAAtwAAALoAAAC9BwAAvxAAAL8fAADAMwAA&#10;wEkAAMBiAADAfgAAwJsAAMC3AAC/2ABTlwAARJsAADWfAAAmowAAFqUAAAunAAAAqgAAAK0AAACw&#10;AAAAswAAALYAAAC7AAAAvQAAAMAAAAC/AAAAwQAAAMIAAADEAAAAxgAAAMgAAADKAAAAzAAAAM8A&#10;AADTAAAA2gcAANsTAADdJQAA3jsAAN9TAADgbgAA34wAAN2pAADdwgD/AAAA/wAAAP8AAAD/AAAA&#10;/wAHAP8AEAD/ABkA/wAkAP8ALwD8ADoA+QBDAPUASwDzAFIA8QBZAO8AXgDtAGQA6wBpAOkAbwDn&#10;AHUA5gB8AOQAhADiAI0A4ACXAN0AogDaALEA1QDFANIA6ADQAP8AzwD/AMQA/wC4AP8ArwD/AKkA&#10;/wD/AAAA/wAAAP8AAAD/AAAA/wACAPsADQD3ABUA8wAfAO8AKQDqADQA5gA9AOIARQDeAEwA2wBT&#10;ANgAWADUAF4A0gBjANAAaQDOAG4AzAB1AMoAfQDIAIUAxgCQAMIAmwDAAKkAvgC6ALsA2QC5APcA&#10;uAD/ALQA/wCpAP8AogD/AJ0A/wD/AAAA/wAAAP8AAAD2AAAA7gAAAOcACgDhABEA3AAaANcAIwDQ&#10;AC4AywA3AMcAPwDEAEYAwQBNAL8AUgC9AFgAuwBdALkAYgC4AGgAtgBuALQAdQCxAH4ArwCIAK0A&#10;kwCqAKEAqACxAKYAyACkAO0AogD/AKIA/wCbAP8AlQD/AJEA/wD/AAAA/AAAAO4AAADjAAAA2AAA&#10;AM0ABQDGAA4AwQAVAL0AHgC5ACcAtQAwALIAOACvAEAArABGAKoATACoAFEApwBWAKUAWwCjAGEA&#10;oQBnAJ8AbgCeAHYAmwCAAJkAjACXAJkAlACoAJIAvACQAN8AjgD7AI4A/wCLAP8AhgD/AIMA/wD4&#10;AAAA6QAAANwAAADMAAAAwQAAALgAAACyAAoArAARAKgAGAClACEAogApAJ4AMgCcADkAmQA/AJcA&#10;RQCVAEoAlABQAJIAVQCQAFoAjwBgAI0AZwCLAG8AiQB4AIYAhACEAJEAggCgAIAAsgB9AMwAfADx&#10;AHsA/wB6AP8AdwD/AHUA/wDmAAAA0wAAAMYAAAC7AAAAsQAAAKcAAAChAAUAmwANAJcAEwCTABsA&#10;kAAjAIwAKwCKADIAiAA4AIYAPgCEAEQAggBJAIEATgB/AFMAfQBZAHsAYAB5AGgAdwBxAHUAfABz&#10;AIkAcACYAG8AqQBtAL8AawDmAGoA/wBpAP8AaQD/AGcA/wDTAAAAwwAAALUAAACrAAAAowAAAJsA&#10;AACSAAAAjAAKAIcAEACDABYAfwAdAH0AJAB6ACsAeAAyAHYAOAB0AD0AcgBCAHEASABvAE0AbQBT&#10;AGwAWQBqAGEAaABqAGYAdABkAIEAYQCRAF8AogBeALYAXADVAFsA9wBbAP8AWgD/AFoA/wDFAAAA&#10;tgIAAKkCAACfAAAAlgAAAI4AAACHAAAAgAAFAHoADAB1ABEAcQAYAG4AHgBrACUAaQArAGcAMQBm&#10;ADcAZAA8AGMAQQBhAEcAXwBNAF4AUwBcAFsAWgBkAFgAbgBWAHsAVACKAFIAmwBRAK4AUADIAE8A&#10;7gBOAP8ATgD/AE0A/wC7CgAArA0AAKANAACVDAAAjAgAAIMCAAB8AAAAdQAAAG4ACABpAA4AZQAT&#10;AGIAGQBfAB8AXQAlAFsAKwBZADEAWAA2AFYAOwBVAEEAUwBHAFEATgBQAFUATgBeAEwAaABKAHUA&#10;SACEAEcAlQBFAKgARAC/AEMA5ABCAPwAQgD/AEIA/wCyEQAApRQAAJkVAACOEwAAhBEAAHsNAABz&#10;CAAAbAAAAGUAAwBfAAsAWwAPAFcAFABUABoAUQAfAE8AJQBOACsATAAwAEsANgBJADwASABCAEYA&#10;SABFAFAAQwBZAEEAYwA/AG8APgB+ADwAkAA7AKMAOgC4ADkA2QA4APUAOAD/ADgA/wCsFwAAnxsA&#10;AJMdAACJHAAAfxkAAHUVAABsEAAAZAwAAF0GAABWAAYAUQAMAE0AEABKABUARwAaAEUAIABEACYA&#10;QgArAEEAMQA/ADYAPgA9ADwARAA7AEsAOQBUADcAXwA2AGsANAB6ADIAjAAxAJ4AMACzAC8AzgAv&#10;AO8ALgD/AC4A/wCnHgAAmiIAAI8kAACEJAAAeiEAAHEdAABnGAAAXxMAAFcOAABQCgAASQMIAEUA&#10;DQBBABEAPgAWADwAGwA6ACEAOQAmADcALAA2ADIANAA4ADMAPwAxAEcAMABQAC4AWwAtAGcAKwB2&#10;ACoAiAAoAJwAJwCwACYAyQAlAOoAJQH7ACUB/wCiIwAAligAAIsqAACBKgAAdygAAG0lAABkIAAA&#10;WxsAAFIVAABLEAAAQwwCAD0HCQA5Aw4ANgESADMBFwAxARwAMAEiAC8CJwAtAi0ALAM0ACoDOwAp&#10;BEMAKARNACYFWAAlBWUAIwZ0ACIGhgAgBpoAHweuAB4HxgAdB+cAHQj4AB0J/wCfKAAAky0AAIgv&#10;AAB+LwAAdC4AAGorAABhJgAAWCEAAE8cAABHFwAAPxIAADgOBAAxCwoALggOACsHEgApBxcAKAgd&#10;ACcIIwAlCCkAJAkwACMJNwAhCkAAIApKAB8LVQAdC2IAGwxyABoMhQAYDJkAFwytABYMxgAVDeYA&#10;FQ35ABYN/wCcLQAAkDEAAIY0AAB8NAAAcjMAAGgxAABfLAAAVScAAEwjAABEHQAAPBgAADQTAAAt&#10;EAYAJg0LACQMDwAiDBMAIQwZAB8MHwAeDSUAHQ0sABsNNAAaDj0AGQ5HABcOUwAWDmEAFA9xABMQ&#10;hAASEJgAERCuABAQxgAQEOgAEBD7ABEQ/wCZMQAAjjUAAIQ4AAB6OQAAcDgAAGc2AABdMgAAUy0A&#10;AEooAABCJAAAOR8AADEaAAAqFQEAIxEHAB0QDQAbDxAAGQ8VABgQGwAXECEAFhApABUQMQAUEToA&#10;ExFFABISUQAREl8AEBJvAA4TggAOE5YADROrAAsTwgALFOMADBT6AA0T/wCXNQAAjDkAAII8AAB4&#10;PQAAbz0AAGU6AABbNwAAUjIAAEkuAABAKgAANyUAAC8hAAAoHAAAIBgDABkUCgAVEg4AFBISABMT&#10;GAASEx8AERQmABEULgAQFDgADxVCAA4WTwANFlwADBdsAAsXfwAJGJMACBioAAYYvwAHGOAABxj1&#10;AAkY/wCVOAAAij0AAIBAAAB3QQAAbUEAAGQ/AABaPAAAUDgAAEczAAA+MAAANisAAC4nAAAnIwAA&#10;Hx8AABcaCAASFw0AEBcRAA8XFgAOGBwADhgjAA0ZLAAMGjUACxpAAAobTAAJG1oABxxpAAUcfAAE&#10;HZEAAh2mAAEdvAACHN0AAhzyAAMc/wCTPAAAiEEAAH9EAAB1RQAAbEUAAGNEAABZQQAATz0AAEY5&#10;AAA+NgAANTIAAC4uAAAlKgAAHSUAABQhBAAPHQsADR0QAAwdFAALHRoACh4iAAgeKgAHHzMABiA+&#10;AAQgSgADIVcAASFnAAAheQAAIY4AACGkAAAhugAAIdsAACHyAAAg/gCQQAAAhkUAAH1IAAB0SgAA&#10;a0oAAGJJAABYRgAATkIAAEU/AAA9PAAANTkAACs0AAAiLwAAGSsAABIoBAANJAoACSMOAAYjEgAF&#10;IxkABCQgAAIkKAABJTEAACU8AAAlSAAAJlUAACZlAAAmdwAAJowAACaiAAAmuQAAJtkAACXyAAAl&#10;/gCORQAAhEkAAHtNAABzTwAAak8AAGBOAABXSwAATUgAAERFAAA8QgAAMT0AACc5AAAeNQAAFTIA&#10;AA8uAwAKLAoABSsOAAEqEQAAKhYAACoeAAAqJgAAKy8AACs5AAArRQAALFMAACxiAAAsdQAALIoA&#10;ACugAAArtwAAK9YAACryAAAq/wCMSQAAgk4AAHpSAABxVAAAaFQAAF9TAABWUQAATE4AAENLAAA3&#10;RwAALUMAACM/AAAaPAAAEjgAAAw2AwAGMwkAADINAAAyEAAAMRQAADEbAAAxIwAAMSwAADI3AAAy&#10;QwAAMlAAADJgAAAycgAAMocAADGeAAAxtQAAMNQAADDyAAAv/wCJTwAAgFQAAHhXAABvWQAAZlkA&#10;AF5ZAABVVwAASVMAAD5PAAAyTAAAKEgAAB5FAAAVQgAADkAAAAg9AgABPAgAADsMAAA6DwAAORIA&#10;ADkYAAA5IAAAOSkAADk0AAA5QAAAOU4AADldAAA5bwAAOIUAADicAAA3swAAN9IAADbyAAA1/wCH&#10;VQAAf1oAAHZdAABtXwAAZV8AAF1fAABSXAAARFgAADhVAAAtUgAAIk8AABhMAAAQSgAACkgAAANG&#10;AQAARQYAAEQKAABDDQAAQhAAAEEVAABBHQAAQSYAAEExAABBPQAAQUoAAEFaAABBbAAAQIEAAD+Z&#10;AAA/sQAAPtAAAD3yAAA8/wCEXAAAfGAAAHNjAABsZQAAZGYAAFlkAABLYQAAPl4AADJbAAAmWQAA&#10;HFYAABJUAAAMUgAABFEAAABPAAAATgMAAE0IAABMDAAASw4AAEsSAABKGQAASiIAAEosAABKOQAA&#10;SkcAAEpWAABJaAAASX4AAEiWAABHrwAARs0AAEXxAABE/wCBYwAAeWcAAHJqAABrbAAAYGsAAFJp&#10;AABEZgAAN2QAACpiAAAfYAAAFV4AAA1dAAAGWwAAAFoAAABZAAAAWAAAAFcEAABWCAAAVgwAAFUQ&#10;AABUFAAAVB0AAFQnAABUNAAAVEIAAFNSAABTZAAAUnkAAFKSAABRqwAAUMoAAE/vAABO/wB+agAA&#10;d24AAHBxAABmcQAAWHAAAEpvAAA8bQAAL2wAACJqAAAXaQAADmcAAAZmAAAAZQAAAGUAAABlAAAA&#10;YwAAAGIAAABiBAAAYQgAAGENAABgEAAAYBcAAGAhAABfLgAAXzwAAF9NAABeXgAAXnQAAF2NAABc&#10;pwAAW8UAAFrtAABZ/wB7cgAAdXYAAGt3AABddgAAT3YAAEF1AAAzdQAAJnQAABlzAAAQcgAAB3EA&#10;AABxAAAAcQAAAHEAAABxAAAAbwAAAG8AAABuAAAAbgIAAG4IAABtDAAAbREAAG0aAABtJgAAbDUA&#10;AGxGAABrWAAAa20AAGqGAABpoQAAaL4AAGfoAABm/gB5egAAcHwAAGF8AABTfQAARH0AADZ+AAAo&#10;fgAAG30AABB9AAAHfQAAAH0AAAB9AAAAfgAAAH8AAAB+AAAAfQAAAH0AAAB8AAAAfAAAAHwAAAB8&#10;BgAAfAwAAHwSAAB8HQAAfCwAAHw8AAB8TwAAe2UAAHt+AAB6mgAAebYAAHjfAAB3+gBzgAAAZYEA&#10;AFaDAABIhAAAOYYAACuHAAAdhwAAEYcAAAeIAAAAiAAAAIkAAACKAAAAjAAAAI0AAACNAAAAjAAA&#10;AIwAAACMAAAAjAAAAIwAAACNAAAAjQQAAI4MAACOEwAAjyEAAI4yAACORgAAjlsAAI10AACNkAAA&#10;jK0AAIvOAACK8wBohgAAWogAAEuLAAA8jQAALY8AAB6QAAARkQAAB5IAAACTAAAAlQAAAJcAAACZ&#10;AAAAmwAAAJwAAACbAAAAmwAAAJwAAACcAAAAnQAAAJ4AAACeAAAAnwAAAKEDAACiDAAAohYAAKMm&#10;AACjOgAAo08AAKNoAACihgAAoqIAAKLAAACh6ABcjQAATZAAAD+TAAAwlgAAIZkAABKaAAAHmwAA&#10;AJ0AAACgAAAAogAAAKQAAACoAAAAqgAAAKsAAACqAAAAqwAAAKwAAACtAAAArgAAAK8AAACxAAAA&#10;sgAAALQAAAC3AQAAuQ0AALkaAAC6LQAAukMAALpbAAC6dwAAu5QAALuxAAC50gBQlQAAQZgAADKc&#10;AAAjoAAAE6IAAAikAAAApwAAAKoAAACsAAAArwAAALIAAAC3AAAAuQAAALsAAAC6AAAAvAAAAL0A&#10;AAC/AAAAwAAAAMIAAADEAAAAxgAAAMkAAADNAAAA0gEAANQPAADVHwAA1zUAANhNAADYaQAA14YA&#10;ANejAADWvQD/AAAA/wAAAP8AAAD/AAAA/wADAP8ADQD/ABUA/wAgAPwAKwD4ADUA9AA/APAARwDu&#10;AE4A6wBUAOkAWgDnAF8A5QBkAOMAagDhAHAA3wB2AN0AfgDbAIcA2ACRANMAnQDPAKsAzQC9AMsA&#10;4ADJAPsAxwD/AL0A/wCxAP8AqQD/AKMA/wD/AAAA/wAAAP8AAAD/AAAA/AAAAPYACwDxABEA7QAb&#10;AOkAJQDkADAA3wA5ANoAQQDVAEgA0QBOAM8AVADNAFkAywBeAMkAYwDHAGkAxQBvAMMAdwDAAH8A&#10;vgCKALsAlQC4AKMAtgC0ALQAzQCyAPIAsAD/AKwA/wCjAP8AnAD/AJcA/wD/AAAA/wAAAPoAAADx&#10;AAAA6AAAAOAABgDZAA4A0gAWAM4AHwDIACkAxAAyAMAAOgC9AEEAugBIALgATQC2AFMAtABYALIA&#10;XQCwAGIArgBpAKwAbwCqAHgAqACCAKYAjgCkAJsAoQCrAJ8AwACdAOYAmwD/AJoA/wCUAP8AjgD/&#10;AIoA/wD/AAAA9gAAAOgAAADcAAAAzgAAAMYAAQC/AAsAugARALYAGgCyACIArgArAKoANACoADsA&#10;pQBBAKMARwChAEwAnwBRAJ4AVgCcAFwAmgBiAJkAaACXAHAAlQB6AJIAhgCQAJMAjQCiAIsAtQCJ&#10;ANMAhwD3AIYA/wCEAP8AfwD/AHwA/wDyAAAA4wAAANIAAADFAAAAugAAALEAAACrAAcApQAOAKEA&#10;FACeABwAmgAlAJcALQCUADQAkgA6AJAAQACOAEUAjQBKAIsAUACJAFUAiABbAIYAYQCEAGkAggBy&#10;AH8AfQB9AIsAewCaAHgAqwB2AMQAdADrAHMA/wBzAP8AcAD/AG4A/wDfAAAAzAAAAL8AAAC0AAAA&#10;qwAAAKEAAACaAAIAlAALAJAAEACMABcAiAAeAIUAJgCDAC0AgQAzAH8AOQB9AD8AewBEAHkASQB4&#10;AE4AdgBUAHQAWgBzAGIAcABrAG4AdQBsAIMAagCSAGgAowBmALgAZADeAGMA+wBiAP8AYgD/AGAA&#10;/wDMAAAAvAAAAK8AAAClAAAAnQAAAJQAAACMAAAAhgAHAIEADQB8ABIAeAAZAHUAHwBzACYAcQAt&#10;AG8AMgBtADgAawA9AGoAQgBoAEgAZwBOAGUAVABjAFsAYQBkAF8AbgBdAHsAWwCKAFkAmwBXAK8A&#10;VgDLAFUA8gBUAP8AVAD/AFQA/wC+AAAAsAAAAKQAAACZAAAAkAAAAIgAAACBAAAAeQACAHMACgBv&#10;AA8AawAUAGcAGgBlACAAYwAmAGEALABfADIAXgA3AFwAPABbAEIAWQBHAFcATgBWAFUAVABeAFIA&#10;aABQAHQATgCDAEwAlQBKAKgASQDAAEgA6ABHAP8ARwD/AEcA/wC0CQAApgsAAJsMAACQCgAAhgUA&#10;AH4AAAB2AAAAbwAAAGgABQBjAAwAXwAQAFsAFQBYABoAVgAhAFQAJgBTACwAUQAxAFAANgBOADwA&#10;TQBCAEsASABJAFAASABYAEYAYgBEAG4AQgB9AEAAjgA/AKIAPQC4AD0A3QA8APgAPAD/ADwA/wCs&#10;EAAAnxIAAJQSAACJEQAAfw8AAHYMAABuBQAAZgAAAGAAAQBZAAgAVQANAFEAEQBOABYASwAbAEkA&#10;IQBIACYARgArAEUAMQBDADYAQgA8AEAAQwA+AEsAPQBTADsAXQA5AGkANwB4ADYAiQA0AJwAMwCx&#10;ADIAzgAyAPEAMQD/ADEA/wCmFgAAmhkAAI4aAACEGgAAehYAAHASAABoDgAAXwoAAFgDAABRAAQA&#10;TAAKAEgADgBEABIAQQAWAD8AGwA9ACEAPAAmADoALAA5ADEANwA3ADYAPgA0AEYAMwBPADEAWQAv&#10;AGUALgBzACwAhQArAJgAKgCtACkAxgAoAOoAKAD+ACgA/wChHAAAlSAAAIohAAB/IQAAdR8AAGwa&#10;AABjFgAAWhEAAFINAABLBwAARAAGAEAACwA8AA8AOAASADYAFwA0ABwAMwAhADEAJwAwACwALgAz&#10;AC0AOgArAEIAKgBLACgAVQAmAGEAJQBwACQAgQAiAJUAIQCpACAAwQAgAOQAHwD5AB8A/wCdIgAA&#10;kSYAAIYoAAB8JwAAciUAAGkiAABfHQAAVxgAAE4TAABGDgAAPwsAADgFBwA0AAwAMQAQAC4AEwAs&#10;ABgAKgAdACkAIgAnACgAJgAuACQANgAjAD4AIgBHACAAUgAfAF4AHQBtABwAfgAaAJIAGQCnABgA&#10;vQAXAN8AFwH1ABcC/wCaJwAAjisAAIQtAAB5LQAAcCsAAGYoAABdJAAAVB8AAEsaAABDFAAAOxAA&#10;ADQNAgAtCQkAKQUNACYDEAAkARMAIgIZACECHgAgAiQAHgMqAB0DMgAbBDoAGgVEABkFTwAXBlwA&#10;FgZqABQHfAATB5AAEgelABEHuwAQB9sAEAjyABAJ/wCXKwAAjC8AAIExAAB3MgAAbjEAAGQuAABb&#10;KgAAUSUAAEkgAABAGwAAOBYAADESAAApDgQAIwwJAB8JDQAdBxAAGwcVABkIGgAYCCAAFwknABYJ&#10;LgAVCjcAEwpBABILTQARC1oAEAtpAA4MewAODJAADQylAAwNuwALDdkACw3xAAwN/wCVLwAAijMA&#10;AH82AAB2NgAAbDUAAGMzAABZLwAAUCsAAEcmAAA+IQAANh0AAC4YAAAnEwAAIBAFABkOCgAVDA4A&#10;FAwRABMMFgASDBwAEQ0jABANKwAPDTQADg4/AA0OSgAMD1gACw9nAAoQeQAIEI0ABxCiAAYQuAAF&#10;ENQABRDvAAYQ/wCSMwAAiDcAAH46AAB0OwAAazoAAGE4AABYNQAATjAAAEUsAAA9JwAANSMAAC0f&#10;AAAmGgAAHhYBABcTBgAREAsADg4OAA4PEwANEBkADRAgAAwQKAALETIAChE8AAgSSAAHElUABhNl&#10;AAQTdgADE4sAARSgAAATtgAAE9EAABPuAAAT+wCQNgAAhjsAAHw+AABzPwAAaj8AAGA9AABXOQAA&#10;TTYAAEQxAAA8LgAANCoAACwmAAAlIgAAHh4AABYaAgAQFQkADBMOAAoTEgAJFBcACBQfAAcVJgAG&#10;FS8ABBY6AAMWRgABF1MAABdiAAAYdAAAGIkAABifAAAYtQAAF9AAABftAAAX+wCOOgAAhD8AAHtC&#10;AAByQwAAaEMAAF9CAABWPwAATDsAAEM3AAA7NAAAMzAAACwsAAAkKQAAGyQAABMfAgANGwkACRkN&#10;AAYZEQAEGRYAAhkdAAEaJAAAGi0AABs4AAAbRAAAHFEAABxgAAAdcgAAHYcAABydAAAcswAAHM4A&#10;ABvtAAAb/ACMPgAAgkMAAHlGAABwSAAAaEgAAF5GAABVRAAAS0AAAEM9AAA7OgAAMzcAACoyAAAg&#10;LQAAFykAABAlAgALIgkABSANAAEfEAAAHxQAAB8bAAAgIgAAICsAACE2AAAhQQAAIU8AACFeAAAi&#10;cAAAIoUAACGbAAAhsgAAIc0AACDtAAAf/ACKQwAAgEgAAHhLAABvTAAAZk0AAF1LAABUSQAASkYA&#10;AEJDAAA6QAAALzsAACU3AAAcMwAAEy8AAA0sAgAHKQgAAScMAAAmDgAAJRIAACYZAAAmIQAAJikA&#10;ACYzAAAnPwAAJ00AACdcAAAnbQAAJ4IAACeZAAAmsAAAJcwAACXuAAAk/QCISAAAf0wAAHZQAABu&#10;UQAAZVIAAFxRAABTTwAASkwAAEFJAAA1RAAAK0AAACE8AAAXOQAAEDYAAAoyAQADMAcAAC8LAAAu&#10;DgAALREAAC0WAAAtHgAALScAAC0xAAAtPQAALUoAAC1ZAAAtawAALYAAACyXAAAsrwAAK8sAACru&#10;AAAq/gCFTQAAfVIAAHVVAABsVwAAY1cAAFtWAABTVQAAR1EAADtNAAAwSQAAJUYAABxDAAATPwAA&#10;DT0AAAY6AAAAOAUAADcJAAA2DQAANQ8AADQUAAA0GwAANCQAADQuAAA0OgAANEcAADRXAAA0aAAA&#10;NH0AADOVAAAyrQAAMcoAADHuAAAw/wCDUwAAe1gAAHNbAABqXQAAYl0AAFtdAABPWgAAQlYAADZS&#10;AAAqTwAAIEwAABZJAAAORwAACEQAAABCAAAAQQMAAD8HAAA+CwAAPQ4AAD0RAAA8GAAAPCEAADwr&#10;AAA8NwAAPEQAADxTAAA8ZQAAO3oAADqSAAA6qwAAOcgAADjtAAA3/wCBWgAAeV4AAHFhAABpYwAA&#10;YmQAAFdiAABJXgAAPFsAAC9YAAAkVQAAGVMAABBRAAAKTwAAAU0AAABMAAAASgAAAEkEAABICAAA&#10;RwwAAEYPAABGFAAARRwAAEUnAABFMwAARUAAAEVQAABEYQAARHYAAEOPAABCqAAAQcYAAEDsAAA/&#10;/wB+YQAAdmUAAG9oAABoagAAXWkAAE9mAABCZAAANGEAAChfAAAdXQAAElsAAAtZAAACWAAAAFYA&#10;AABWAAAAVAAAAFMAAABSBAAAUQkAAFANAABQEAAATxgAAE8iAABPLgAATzwAAE9LAABOXQAATnIA&#10;AE2LAABMpQAAS8IAAEnqAABI/wB7aQAAdGwAAG5vAABkbwAAVW0AAEdsAAA5agAALGkAACBnAAAU&#10;ZQAADWQAAANiAAAAYgAAAGEAAABgAAAAXwAAAF4AAABdAAAAXAQAAFwJAABbDQAAWxIAAFscAABa&#10;KAAAWjYAAFpGAABZWAAAWW0AAFiFAABXoAAAVr0AAFXoAABT/gB5cAAAc3QAAGl1AABbdAAATHMA&#10;AD5zAAAwcgAAI3EAABZvAAANbgAABG0AAABtAAAAbQAAAG0AAABsAAAAawAAAGoAAABpAAAAaQAA&#10;AGkDAABoCQAAaA4AAGgVAABnIQAAZy8AAGc/AABmUgAAZmYAAGV/AABkmgAAY7cAAGLhAABh/AB3&#10;eAAAbXoAAF96AABQegAAQnoAADN7AAAlewAAGHoAAA55AAAEeQAAAHkAAAB5AAAAegAAAHoAAAB6&#10;AAAAeAAAAHgAAAB3AAAAdwAAAHcAAAB3AQAAdwgAAHcOAAB3GAAAdyYAAHY2AAB2SQAAdV8AAHV3&#10;AAB0kwAAc68AAHLTAABx9wBxfgAAY38AAFSAAABFggAANoMAACiEAAAahAAADoMAAASEAAAAhAAA&#10;AIUAAACGAAAAiAAAAIkAAACIAAAAhwAAAIcAAACHAAAAhwAAAIcAAACIAAAAiAAAAIgHAACJEAAA&#10;iRwAAIksAACIPwAAiFUAAIhtAACHiQAAhqcAAIXHAACE7wBmhAAAV4YAAEiIAAA5igAAKowAABuN&#10;AAAPjQAABI4AAACQAAAAkQAAAJMAAACVAAAAlwAAAJgAAACWAAAAlwAAAJcAAACXAAAAmAAAAJgA&#10;AACZAAAAmgAAAJsAAACdBwAAnREAAJ0hAACdMwAAnUkAAJxiAACcfwAAnJwAAJy5AACb4gBaiwAA&#10;S44AADyRAAAtkwAAHpUAABCWAAAEmAAAAJoAAACcAAAAngAAAKEAAACkAAAApgAAAKcAAACmAAAA&#10;pwAAAKcAAACoAAAAqQAAAKoAAACsAAAArQAAAK8AAACxAAAAswkAALMVAAC0JwAAtD0AALVVAAC1&#10;cAAAtI4AALSsAAC0zABNkgAAP5YAAC+aAAAgnQAAEZ8AAAWhAAAAowAAAKYAAACpAAAArAAAAK8A&#10;AACzAAAAtQAAALcAAAC2AAAAtwAAALgAAAC6AAAAuwAAAL0AAAC/AAAAwQAAAMQAAADHAAAAywAA&#10;AM0MAADOGgAAzy8AAM9IAADQYgAA0IAAANCdAADQuAAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoL&#10;DQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNU&#10;VVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpyd&#10;np+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm&#10;5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////&#10;////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8w&#10;MjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5&#10;enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HC&#10;w8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////&#10;/////////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsN&#10;Dg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RV&#10;V1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2e&#10;n6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn&#10;6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////////////&#10;//8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2&#10;Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5v&#10;cHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeo&#10;qaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh&#10;4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADASEAAAEAAAAAAAAAAAAAAAAA&#10;AAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAh&#10;IiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZ&#10;WltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGS&#10;k5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvM&#10;zc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwME&#10;BAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYm&#10;JygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1v&#10;cXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3O&#10;z9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P0&#10;9PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQU&#10;FRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9A&#10;QkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2v&#10;sLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj&#10;5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////4oHwSUNDX1BST0ZJTEUACQn/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////T/////////////////////////////////////////&#10;69H/////////////////////////////////////////9+n+////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////4c3X&#10;///////////////////////////////////////dr5a39P//////////////////////////////&#10;///////FjGin5//////////////////////////////////////MnImk5///////////////////&#10;///////////////////6zrvG9f//////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////3MW99f//////////////////////////////////&#10;//+/k3qFxf///////////////////////////////////9uQWz1lqPb/////////////////////&#10;/////////////rx1NABUm+v/////////////////////////////////05R+SSxOmuz/////////&#10;///////////////////////Y1MqzfmVtpfn////////////////////////////////////0xa6v&#10;yf//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;8NbG7P///////////////////////////////////+a7kXRjq/f/////////////////////////&#10;///////2xJpzRSY0fcz///////////////////////////////+1gFUwCgAZYLL/////////////&#10;/////////////////890NQsAAAAKUqf//////////////////////////////5Y0AAAAAAAAT6f/&#10;////////////////////////////9mkdAAAJDAYJUrH/////////////////////////////yzsO&#10;EzVMW01MXsP/////////////////////////////qWA2YIaftqypuNn/////////////////////&#10;////////4JeNvuX//////////////////////////////////////+35////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////r2cq8x///////////////////////////////&#10;////z5qBbVpGiOr////////////////////////////////EfD4mEAAAVLD/////////////////&#10;/////////////+CDPAAAAAAALoft/////////////////////////////6xTEAAAAAAAF23W////&#10;////////////////////////+4AxAAAAAAAACWHM////////////////////////////0loCAAAA&#10;AAAAAF3M////////////////////////////qDUAAAAAAAAAAFzT////////////////////////&#10;////fQ0AAAAAAAAAAFTW///////////////////////////ufUUAAAAAAAAAAETU////////////&#10;///////////////8qmQvAgAABCI3SVjO////////////////////////////6aRrQSg/Y3+Vp7ra&#10;///////////////////////////////VsqyyzOT6////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///lu5d3Ysj/////////////////////////////////255nNgoAAoz/////////////////////&#10;///////////Ifz8FAAAAAF7P/////////////////////////////9mBOQAAAAAAADyq////////&#10;/////////////////////55MAAAAAAAAACOQ////////////////////////////3G8aAAAAAAAA&#10;ABB9+f//////////////////////////r0gAAAAAAAAAAABv7v//////////////////////////&#10;hBMAAAAAAAAAAABk5v/////////////////////////sUQAAAAAAAAAAAABX3v//////////////&#10;//////////+4FQAAAAAAAAAAAABI1v////////////////////////90FAAAAAAAAAAAAAA4z///&#10;//////////////////////miWhMAAAAAAAAAAAAjxf/////////////////////////fm1wsAAAA&#10;AAAAAAANuv//////////////////////////77F9VTkiEQcBAhEisv//////////////////////&#10;////////37+lmZiaoKy92v//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////476dgHz7////////////////////////&#10;////////8reEVzAOAB2s///////////////////////////////SikwVAAAAAABy8///////////&#10;/////////////////9Z/NgAAAAAAAABLyf//////////////////////////+pE+AAAAAAAAAAAv&#10;q///////////////////////////wFoAAAAAAAAAAAAalf//////////////////////////jSQA&#10;AAAAAAAAAAAIhP/////////////////////////nXgAAAAAAAAAAAAAAd///////////////////&#10;//////+0JQAAAAAAAAAAAAAAav////////////////////////99AAAAAAAAAAAAAAAAW/T/////&#10;//////////////////0rAAAAAAAAAAAAAAAATOv//////////////////////6UAAAAAAAAAAAAA&#10;AAAAPOH//////////////////////zAMAAAAAAAAAAAAAAAALdn/////////////////////mYph&#10;JwAAAAAAAAAAAAAAJ9f//////////////////////+2+iVUnAAAAAAAAAAAAJdz/////////////&#10;/////////////sqddl1KPDItLDA5R97///////////////////////////////3m3dbS0NPZ5P//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////v1LvW/////////////////////////////////+e4j2pLLxVv////////////////&#10;///////////////koWc0BwAAAAA8yf///////////////////////////9aCOwAAAAAAAAASl///&#10;////////////////////////7YUxAAAAAAAAAAAAb///////////////////////////pkIAAAAA&#10;AAAAAAAAUOH////////////////////////saQAAAAAAAAAAAAAAN8n/////////////////////&#10;//+zLwAAAAAAAAAAAAAAIrb///////////////////////95AAAAAAAAAAAAAAAAEKf/////////&#10;//////////////I0AAAAAAAAAAAAAAAAAJn//////////////////////6kAAAAAAAAAAAAAAAAA&#10;AIz//////////////////////0YAAAAAAAAAAAAAAAAAAH//////////////////////3wAAAAAA&#10;AAAAAAAAAAAAAHT/////////////////////lwAAAAAAAAAAAAAAAAAAAGr/////////////////&#10;////zgAAAAAAAAAAAAAAAAAAAGP//////////////////////ykiAQAAAAAAAAAAAAAAAGH/////&#10;/////////////////7mjgFc3FwAAAAAAAAAAAGj///////////////////////////rTrpSGfHVx&#10;cHJ3gZT/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////27qdgmlp0///////////////////////////////yJNlPRkAAAAdnv//////&#10;/////////////////////9uOTBMAAAAAAAAAbv//////////////////////////23wsAAAAAAAA&#10;AAAARdf/////////////////////////iyoAAAAAAAAAAAAAIrT////////////////////////C&#10;RAAAAAAAAAAAAAAAA5f///////////////////////99AQAAAAAAAAAAAAAAAH//////////////&#10;/////////+c2AAAAAAAAAAAAAAAAAGr//////////////////////50AAAAAAAAAAAAAAAAAAFj/&#10;/////////////////////0YAAAAAAAAAAAAAAAAAAEf4////////////////////6QAAAAAAAAAA&#10;AAAAAAAAADXp////////////////////lgAAAAAAAAAAAAAAAAAAACXb////////////////////&#10;vAAAAAAAAAAAAAAAAAAAABjO////////////////////6wAAAAAAAAAAAAAAAAAAAA/C////////&#10;/////////////wAAAAAAAAAAAAAAAAAAAAq5/////////////////////ycAAAAAAAAAAAAAAAAA&#10;AAq1/////////////////////3AAAAAAAAAAAAAAAAAAAA25/////////////////////+CcjHBV&#10;QjMmGxQPDQ4SGia/////////////////////////////+eTY0s7My8zP1uD8////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////69O84///////////&#10;/////////////////////9KphWVILBIBhf////////////////////////////GrcTwPAAAAAAAA&#10;T+D/////////////////////////1X81AAAAAAAAAAAAH7L////////////////////////jdR0A&#10;AAAAAAAAAAAAAIn///////////////////////+QIwAAAAAAAAAAAAAAAGf/////////////////&#10;/////9VDAAAAAAAAAAAAAAAAAEj2/////////////////////4oAAAAAAAAAAAAAAAAAAC7d////&#10;/////////////////zgAAAAAAAAAAAAAAAAAABfI////////////////////vgAAAAAAAAAAAAAA&#10;AAAAAAS2////////////////////nAAAAAAAAAAAAAAAAAAAAACl////////////////////ugAA&#10;AAAAAAAAAAAAAAAAAACT////////////////////3AAAAAAAAAAAAAAAAAAAAACC////////////&#10;/////////wAAAAAAAAAAAAAAAAAAAAB0/////////////////////xMAAAAAAAAAAAAAAAAAAABo&#10;/////////////////////0IAAAAAAAAAAAAAAAAAAABg/////////////////////3oAAAAAAAAA&#10;AAAAAAAAAABd/////////////////////9EAAAAAAAAAAAAAAAAAAABh////////////////////&#10;//8kAAAAAAAAAAAAAAAAAABm///////////////////////JrJmJfXZxbGlnZmdrcHqM////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////4sWqkXlhd///&#10;///////////////////////////dpndQLAwAAAAAMcT/////////////////////////4JJOEwAA&#10;AAAAAAAAAI/////////////////////////ScB0AAAAAAAAAAAAAAGD/////////////////////&#10;/+5vDwAAAAAAAAAAAAAAADfi/////////////////////5YcAAAAAAAAAAAAAAAAABTA////////&#10;/////////////0AAAAAAAAAAAAAAAAAAAACj////////////////////rgAAAAAAAAAAAAAAAAAA&#10;AACJ////////////////////ngAAAAAAAAAAAAAAAAAAAABy////////////////////vAAAAAAA&#10;AAAAAAAAAAAAAABf////////////////////2gAAAAAAAAAAAAAAAAAAAABN////////////////&#10;////+gAAAAAAAAAAAAAAAAAAAAA7/////////////////////w4AAAAAAAAAAAAAAAAAAAAq+f//&#10;/////////////////zMAAAAAAAAAAAAAAAAAAAAb6f///////////////////14AAAAAAAAAAAAA&#10;AAAAAAAP2////////////////////48AAAAAAAAAAAAAAAAAAAAG0P///////////////////9AA&#10;AAAAAAAAAAAAAAAAAAAAyv////////////////////8rAAAAAAAAAAAAAAAAAAAAyP//////////&#10;//////////+AAAAAAAAAAAAAAAAAAAAAy//////////////////////3FgEFBQMBAAAAAAABBg0Y&#10;y////////////////////////Ovh2M/Mzc/Q0tTX3OLq////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////Haxv//////////////////////////////8cajhGhN&#10;MhgAFav//////////////////////////7l8RhgAAAAAAAAAAHH////////////////////////X&#10;fC8AAAAAAAAAAAAAADvj/////////////////////99kCQAAAAAAAAAAAAAAAAy1////////////&#10;/////////3QDAAAAAAAAAAAAAAAAAACN////////////////////xRUAAAAAAAAAAAAAAAAAAABq&#10;////////////////////mQAAAAAAAAAAAAAAAAAAAABL////////////////////tgAAAAAAAAAA&#10;AAAAAAAAAAAw/f//////////////////1wAAAAAAAAAAAAAAAAAAAAAZ5///////////////////&#10;9gAAAAAAAAAAAAAAAAAAAAAF0////////////////////w4AAAAAAAAAAAAAAAAAAAAAwf//////&#10;/////////////y8AAAAAAAAAAAAAAAAAAAAAr////////////////////1IAAAAAAAAAAAAAAAAA&#10;AAAAnv///////////////////3kAAAAAAAAAAAAAAAAAAAAAjv///////////////////6UAAAAA&#10;AAAAAAAAAAAAAAAAgP///////////////////9gAAAAAAAAAAAAAAAAAAAAAdP//////////////&#10;//////82AAAAAAAAAAAAAAAAAAAAbf////////////////////98AAAAAAAAAAAAAAAAAAAAaf//&#10;///////////////////XDQAAAAAAAAAAAAAAAAAAaP//////////////////////cAAAAAAAAAAA&#10;AAAAAAAAYf///////////////////////1A8Rk5UWV1hZGhscHZ+if//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////79W7o4tzWpX///////////////////////////i/&#10;jmRBIQUAAAAAAFL8///////////////////////3nVYYAAAAAAAAAAAAABfB////////////////&#10;/////+VsFgAAAAAAAAAAAAAAAACN/////////////////////2MAAAAAAAAAAAAAAAAAAABe////&#10;////////////////nQAAAAAAAAAAAAAAAAAAAAA1/P//////////////////oQAAAAAAAAAAAAAA&#10;AAAAAAAR2f//////////////////ygAAAAAAAAAAAAAAAAAAAAAAu///////////////////7gAA&#10;AAAAAAAAAAAAAAAAAAAAof///////////////////wwAAAAAAAAAAAAAAAAAAAAAiv//////////&#10;/////////y0AAAAAAAAAAAAAAAAAAAAAdv///////////////////00AAAAAAAAAAAAAAAAAAAAA&#10;ZP///////////////////28AAAAAAAAAAAAAAAAAAAAAUv///////////////////5QAAAAAAAAA&#10;AAAAAAAAAAAAQP///////////////////7wAAAAAAAAAAAAAAAAAAAAAMP//////////////////&#10;/+oOAAAAAAAAAAAAAAAAAAAAIv////////////////////9EAAAAAAAAAAAAAAAAAAAAFf//////&#10;//////////////+BAAAAAAAAAAAAAAAAAAAAC/X////////////////////ICwAAAAAAAAAAAAAA&#10;AAAAAuz/////////////////////XgAAAAAAAAAAAAAAAAAAAOX/////////////////////yRwA&#10;AAAAAAAAAAAAAAAAANr//////////////////////50BAAAAAAAAAAAAAAcOF8X/////////////&#10;///////////VubzBx87V2+Hm7fT7////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////438//////////////////////////////7MaliG1UOyEHADLe////////////////////&#10;////15JZKQAAAAAAAAAAAACg//////////////////////+JNgAAAAAAAAAAAAAAAABn////////&#10;/////////////2YAAAAAAAAAAAAAAAAAAAAy9v//////////////////lQAAAAAAAAAAAAAAAAAA&#10;AAADyP//////////////////pwAAAAAAAAAAAAAAAAAAAAAAoP//////////////////1wAAAAAA&#10;AAAAAAAAAAAAAAAAfP///////////////////wAAAAAAAAAAAAAAAAAAAAAAXv//////////////&#10;/////yUAAAAAAAAAAAAAAAAAAAAAQ////////////////////0gAAAAAAAAAAAAAAAAAAAAALP//&#10;/////////////////2oAAAAAAAAAAAAAAAAAAAAAGP///////////////////4sAAAAAAAAAAAAA&#10;AAAAAAAABfP//////////////////68AAAAAAAAAAAAAAAAAAAAAAOH//////////////////9UA&#10;AAAAAAAAAAAAAAAAAAAAAM////////////////////8kAAAAAAAAAAAAAAAAAAAAAL7/////////&#10;//////////9UAAAAAAAAAAAAAAAAAAAAAK7///////////////////+LAAAAAAAAAAAAAAAAAAAA&#10;AJ/////////////////////LDgAAAAAAAAAAAAAAAAAAAJL/////////////////////VwAAAAAA&#10;AAAAAAAAAAAAAIb/////////////////////qgoAAAAAAAAAAAAAAAAAAHn/////////////////&#10;/////20AAAAAAAAAAAAAAAAAAGb///////////////////////dVAAAAAAAAAAAAAAAAAEX/////&#10;////////////////////aiMrNT9KVWBqdX6HkZz/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+jPtp2DaU65/////////////////////////+yyg1w6HQIAAAAAAAB7////////////&#10;///////////FbSkAAAAAAAAAAAAAAABA/////////////////////4MbAAAAAAAAAAAAAAAAAAAH&#10;y///////////////////kgAAAAAAAAAAAAAAAAAAAAAAmP//////////////////pAAAAAAAAAAA&#10;AAAAAAAAAAAAav//////////////////3QAAAAAAAAAAAAAAAAAAAAAAQf//////////////////&#10;/w4AAAAAAAAAAAAAAAAAAAAAHf///////////////////zkAAAAAAAAAAAAAAAAAAAAAAOj/////&#10;/////////////2AAAAAAAAAAAAAAAAAAAAAAAM7//////////////////4UAAAAAAAAAAAAAAAAA&#10;AAAAALf//////////////////6gAAAAAAAAAAAAAAAAAAAAAAKP//////////////////8sAAAAA&#10;AAAAAAAAAAAAAAAAAJD//////////////////+8WAAAAAAAAAAAAAAAAAAAAAH3/////////////&#10;//////8+AAAAAAAAAAAAAAAAAAAAAGz///////////////////9pAAAAAAAAAAAAAAAAAAAAAFr/&#10;//////////////////+ZAAAAAAAAAAAAAAAAAAAAAEn////////////////////SFgAAAAAAAAAA&#10;AAAAAAAAADn/////////////////////WAAAAAAAAAAAAAAAAAAAACn/////////////////////&#10;ogAAAAAAAAAAAAAAAAAAABn/////////////////////9VYAAAAAAAAAAAAAAAAAAAT/////////&#10;/////////////7svAAAAAAAAAAAAAAAAAAD4//////////////////////+rKQAAAAAAAAAAAAAA&#10;AADP////////////////////////yUcAAAAABxMgLj5SaITt////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////9NXJ////////////////&#10;////////////+tKwknddQigMAABK////////////////////////xX1FFwAAAAAAAAAAAAAR2P//&#10;/////////////////8RQAAAAAAAAAAAAAAAAAAAAn///////////////////ogwAAAAAAAAAAAAA&#10;AAAAAAAAaP//////////////////lAAAAAAAAAAAAAAAAAAAAAAANv//////////////////2gAA&#10;AAAAAAAAAAAAAAAAAAAAB+z//////////////////xUAAAAAAAAAAAAAAAAAAAAAAMT/////////&#10;/////////0gAAAAAAAAAAAAAAAAAAAAAAKL//////////////////3UAAAAAAAAAAAAAAAAAAAAA&#10;AIP//////////////////50AAAAAAAAAAAAAAAAAAAAAAGn//////////////////8MAAAAAAAAA&#10;AAAAAAAAAAAAAFL//////////////////+cPAAAAAAAAAAAAAAAAAAAAAD7/////////////////&#10;//8zAAAAAAAAAAAAAAAAAAAAACv///////////////////9YAAAAAAAAAAAAAAAAAAAAABj/////&#10;//////////////+BAAAAAAAAAAAAAAAAAAAAAAX///////////////////+sAAAAAAAAAAAAAAAA&#10;AAAAAAD////////////////////eIgAAAAAAAAAAAAAAAAAAAADy////////////////////XAAA&#10;AAAAAAAAAAAAAAAAAADf////////////////////nwAAAAAAAAAAAAAAAAAAAADM////////////&#10;////////6EoAAAAAAAAAAAAAAAAAAAC3/////////////////////6AWAAAAAAAAAAAAAAAAAACc&#10;//////////////////////96AgAAAAAAAAAAAAAAAAB3////////////////////////egsAAAAA&#10;AAAAAAAAAAVM/////////////////////////6JXaHSAjZyrvNDn////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////+3j////////&#10;///////////////////So3pYOikjHBYOBgAAn/////////////////////+sUg4AAAAAAAAAAAAA&#10;AAAAaf//////////////////5EMAAAAAAAAAAAAAAAAAAAAANP//////////////////eQAAAAAA&#10;AAAAAAAAAAAAAAAAAOP/////////////////zQAAAAAAAAAAAAAAAAAAAAAAALL/////////////&#10;/////xMAAAAAAAAAAAAAAAAAAAAAAIX//////////////////08AAAAAAAAAAAAAAAAAAAAAAF3/&#10;/////////////////4MAAAAAAAAAAAAAAAAAAAAAADr//////////////////7IAAAAAAAAAAAAA&#10;AAAAAAAAABz//////////////////9sDAAAAAAAAAAAAAAAAAAAAAAL///////////////////8q&#10;AAAAAAAAAAAAAAAAAAAAAAD7//////////////////9PAAAAAAAAAAAAAAAAAAAAAADn////////&#10;//////////90AAAAAAAAAAAAAAAAAAAAAADU//////////////////+bAAAAAAAAAAAAAAAAAAAA&#10;AADA///////////////////EBwAAAAAAAAAAAAAAAAAAAACt///////////////////wMwAAAAAA&#10;AAAAAAAAAAAAAACa////////////////////ZwAAAAAAAAAAAAAAAAAAAACG////////////////&#10;////owAAAAAAAAAAAAAAAAAAAABy////////////////////40QAAAAAAAAAAAAAAAAAAABc////&#10;/////////////////5EGAAAAAAAAAAAAAAAAAABB/////////////////////+tfAAAAAAAAAAAA&#10;AAAAAAAd///////////////////////KSwAAAAAAAAAAAAAAAAAA////////////////////////&#10;y1cAAAwYJDE/TmB0i6fH///////////////////////////X5/L/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////r1M3Hwr66t7Owramopf///////////////////91+Uz8wIxkR&#10;CQIAAAAAAAAAANv/////////////////dgAAAAAAAAAAAAAAAAAAAAAAAKf/////////////////&#10;ugAAAAAAAAAAAAAAAAAAAAAAAHX//////////////////wcAAAAAAAAAAAAAAAAAAAAAAEb/////&#10;/////////////04AAAAAAAAAAAAAAAAAAAAAABr//////////////////4wAAAAAAAAAAAAAAAAA&#10;AAAAAAD9/////////////////8EAAAAAAAAAAAAAAAAAAAAAAADb//////////////////EZAAAA&#10;AAAAAAAAAAAAAAAAAAC+//////////////////9EAAAAAAAAAAAAAAAAAAAAAACk////////////&#10;//////9rAAAAAAAAAAAAAAAAAAAAAACN//////////////////+RAAAAAAAAAAAAAAAAAAAAAAB5&#10;//////////////////+3AAAAAAAAAAAAAAAAAAAAAABm///////////////////eIQAAAAAAAAAA&#10;AAAAAAAAAABT////////////////////SgAAAAAAAAAAAAAAAAAAAAA/////////////////////&#10;dwAAAAAAAAAAAAAAAAAAAAAr////////////////////rAoAAAAAAAAAAAAAAAAAAAAW////////&#10;////////////50UAAAAAAAAAAAAAAAAAAAAA/////////////////////4oAAAAAAAAAAAAAAAAA&#10;AAAA/////////////////////9ZNAAAAAAAAAAAAAAAAAAAA/f////////////////////+nLgAA&#10;AAAAAAAAAAAAAAAA1f//////////////////////mCoAAAAAAAAAAAYYLUVg4P//////////////&#10;/////////6hjdIGPnKu7zeL6////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////n&#10;y7epnZWOiYSAfHh0cGxoZZD/////////////////vGpILRkKAAAAAAAAAAAAAAAAADH/////////&#10;/////////wAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////0IAAAAAAAAAAAAAAAAAAAAA&#10;AADc/////////////////44AAAAAAAAAAAAAAAAAAAAAAACy/////////////////84AAAAAAAAA&#10;AAAAAAAAAAAAAACN//////////////////8pAAAAAAAAAAAAAAAAAAAAAABr////////////////&#10;//9aAAAAAAAAAAAAAAAAAAAAAABO//////////////////+GAAAAAAAAAAAAAAAAAAAAAAA0////&#10;//////////////+uAAAAAAAAAAAAAAAAAAAAAAAe///////////////////UFwAAAAAAAAAAAAAA&#10;AAAAAAAK///////////////////6PQAAAAAAAAAAAAAAAAAAAAAA////////////////////ZQAA&#10;AAAAAAAAAAAAAAAAAAAA////////////////////jgAAAAAAAAAAAAAAAAAAAAAA////////////&#10;////////vBkAAAAAAAAAAAAAAAAAAAAA7///////////////////8U4AAAAAAAAAAAAAAAAAAAAA&#10;2P///////////////////4sAAAAAAAAAAAAAAAAAAAAAv////////////////////8xDAAAAAAAA&#10;AAAAAAAAAAAAof////////////////////+RGQAAAAAAAAAAAAAAAAAAev//////////////////&#10;///ydAoAAAAAAAAAAAAAAAARX///////////////////////6HQTHyw4RVNicoWbtNL1////////&#10;///////////////////X6PT/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////v38/Hu7Ovr7PH//////////////////9mymYd5bWRdVlFLRkE8ODItKCPE&#10;/////////////////0slCwAAAAAAAAAAAAAAAAAAAACS/////////////////4gAAAAAAAAAAAAA&#10;AAAAAAAAAABm/////////////////9cAAAAAAAAAAAAAAAAAAAAAAAA9//////////////////8z&#10;AAAAAAAAAAAAAAAAAAAAAAAY//////////////////9sAAAAAAAAAAAAAAAAAAAAAAAA////////&#10;//////////+dAAAAAAAAAAAAAAAAAAAAAAAA///////////////////JDAAAAAAAAAAAAAAAAAAA&#10;AAAA9v/////////////////xNQAAAAAAAAAAAAAAAAAAAAAA3///////////////////WwAAAAAA&#10;AAAAAAAAAAAAAAAAy///////////////////ggAAAAAAAAAAAAAAAAAAAAAAt///////////////&#10;////qQYAAAAAAAAAAAAAAAAAAAAAo///////////////////0y8AAAAAAAAAAAAAAAAAAAAAjf//&#10;/////////////////14AAAAAAAAAAAAAAAAAAAAAd////////////////////5MHAAAAAAAAAAAA&#10;AAAAAAAAXv///////////////////81DAAAAAAAAAAAAAAAAAAAAQP////////////////////+H&#10;EAAAAAAAAAAAAAAAAAAAHP/////////////////////YXgAAAAAAAAAAAAAAAAAAAP//////////&#10;////////////v04AAAAAAA4cLD5SaoalyP///////////////////////8J8jJqntsXW6P3/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////+7h18/Jw766trGt&#10;qaempqeu/////////////////76GbVtMQDcvKCIcFhALBAAAAAAU/////////////////9cFAAAA&#10;AAAAAAAAAAAAAAAAAAAA//////////////////80AAAAAAAAAAAAAAAAAAAAAAAA9v//////////&#10;//////92AAAAAAAAAAAAAAAAAAAAAAAA0v////////////////+wAAAAAAAAAAAAAAAAAAAAAAAA&#10;sv/////////////////hJAAAAAAAAAAAAAAAAAAAAAAAlv//////////////////UQAAAAAAAAAA&#10;AAAAAAAAAAAAfP//////////////////eQAAAAAAAAAAAAAAAAAAAAAAZv//////////////////&#10;oAAAAAAAAAAAAAAAAAAAAAAAUf//////////////////xyMAAAAAAAAAAAAAAAAAAAAAPP//////&#10;////////////7ksAAAAAAAAAAAAAAAAAAAAAJ////////////////////3QAAAAAAAAAAAAAAAAA&#10;AAAAEP///////////////////6MWAAAAAAAAAAAAAAAAAAAAAP///////////////////9hMAAAA&#10;AAAAAAAAAAAAAAAAAP////////////////////+IDwAAAAAAAAAAAAAAAAAAAP//////////////&#10;///////LUwAAAAAAAAAAAAAAAAAAAP//////////////////////pTgAAAAAAAAAAAkdNE5rjP//&#10;/////////////////////5k5Q1Ffbn2OoLXL5f/////////////////////////////r+f//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////rzLmsoZmRi4aBfHh0cGtoZmZo8f//////////////&#10;//9hRTIjGA4GAAAAAAAAAAAAAAAAnv////////////////9+AAAAAAAAAAAAAAAAAAAAAAAAdf//&#10;///////////////DAAAAAAAAAAAAAAAAAAAAAAAAUv/////////////////7NwAAAAAAAAAAAAAA&#10;AAAAAAAAMv//////////////////agAAAAAAAAAAAAAAAAAAAAAAFv//////////////////lgAA&#10;AAAAAAAAAAAAAAAAAAAAAP//////////////////vxsAAAAAAAAAAAAAAAAAAAAAAP//////////&#10;////////5kIAAAAAAAAAAAAAAAAAAAAAAP///////////////////2kAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////5ACAAAAAAAAAAAAAAAAAAAAAP///////////////////7ksAAAAAAAA&#10;AAAAAAAAAAAAAPT//////////////////+hcAAAAAAAAAAAAAAAAAAAAANn/////////////////&#10;//+RGAAAAAAAAAAAAAAAAAAAALz////////////////////KUwAAAAAAAAAAAAAAAAAAAJ3/////&#10;////////////////mC4AAAAAAAAAAAAAEClGZsT/////////////////////7n8dDBooN0ZXaX6V&#10;r8zu/////////////////////////+egqrnI2On8////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////fXw6+bi39vY1NLR0NLX4P//////&#10;///////////Onop8cWlhW1ZRTEhDPjo2Mi8uMf/////////////////SJREDAAAAAAAAAAAAAAAA&#10;AAAAAP//////////////////QgAAAAAAAAAAAAAAAAAAAAAAAP//////////////////fQAAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////sAsAAAAAAAAAAAAAAAAAAAAAAPb/////////////&#10;////3TkAAAAAAAAAAAAAAAAAAAAAANz//////////////////2IAAAAAAAAAAAAAAAAAAAAAAMX/&#10;/////////////////4kAAAAAAAAAAAAAAAAAAAAAAK///////////////////68iAAAAAAAAAAAA&#10;AAAAAAAAAJn//////////////////9ZIAAAAAAAAAAAAAAAAAAAAAIL///////////////////9y&#10;AAAAAAAAAAAAAAAAAAAAAGn///////////////////+hKAAAAAAAAAAAAAAAAAAAAE7/////////&#10;///////////TXAAAAAAAAAAAAAAAAAAAADP/////////////////////li4AAAAAAAAAAAAAABUy&#10;Unf/////////////////////4HITAAABDx8vQlhwi6jI7P///////////////////////8pvbn6O&#10;nrDD2O//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////+eDSyMC6tbCsqKWin52bm5ygp///////////////////gmRWS0M8NjAr&#10;JyIdGBMOCQQAANT/////////////////kgAAAAAAAAAAAAAAAAAAAAAAAK3/////////////////&#10;zB4AAAAAAAAAAAAAAAAAAAAAAIv/////////////////+1IAAAAAAAAAAAAAAAAAAAAAAG3/////&#10;/////////////4AAAAAAAAAAAAAAAAAAAAAAAFH//////////////////6kbAAAAAAAAAAAAAAAA&#10;AAAAADr//////////////////9BCAAAAAAAAAAAAAAAAAAAAACP///////////////////VoAAAA&#10;AAAAAAAAAAAAAAAAAAz///////////////////+PFAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;//////+4PgAAAAAAAAAAAAAAAAAAAAD////////////////////lbQMAAAAAAAAAAAAAAAAAAAD/&#10;////////////////////nzcAAAAAAAAAAAAAABAvUHT/////////////////////3XIUAAAAAAYX&#10;KkFadZS22v///////////////////////7xYRFRkdYaar8jj////////////////////////////&#10;///SzeHx////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////8+/r7/f//////////////////////7rmo&#10;nZaPioaCf3t4dnRyc3V4f5D/////////////////6086MCghGxUQCwcCAAAAAAAAACP/////////&#10;/////////2kAAAAAAAAAAAAAAAAAAAAAAAD//////////////////5sKAAAAAAAAAAAAAAAAAAAA&#10;AAD//////////////////8g5AAAAAAAAAAAAAAAAAAAAAAD///////////////////BjAAAAAAAA&#10;AAAAAAAAAAAAAAD///////////////////+KDgAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//+wNAAAAAAAAAAAAAAAAAAAAAD////////////////////VWwAAAAAAAAAAAAAAAAAAAAD/////&#10;////////////////hRoAAAAAAAAAAAAAAAAAAAPs////////////////////sUkAAAAAAAAAAAAA&#10;ABg5XYH/////////////////////5XseAAAAAAAMIThSb4+z2f///////////////////////7tY&#10;KTlJWmyAl7DN7f////////////////////////////+znrTF1+v/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////67+fh3NnW1NLQ0NDR09ng6/f//////////////////7iKfndxbGhkYV5bWVhXV1leZXH/&#10;/////////////////78xHxYQCgUAAAAAAAAAAAAAAAD//////////////////+1WAAAAAAAAAAAA&#10;AAAAAAAAAADo//////////////////+CBAAAAAAAAAAAAAAAAAAAAADM//////////////////+r&#10;LwAAAAAAAAAAAAAAAAAAAACz///////////////////SVwAAAAAAAAAAAAAAAAAAAACb////////&#10;///////////3fBAAAAAAAAAAAAAAAAAAAACF////////////////////ojcAAAAAAAAAAAAAAAAA&#10;BSuU////////////////////y2ECAAAAAAAAAAAADCxQdp7R////////////////////9Y0wAAAA&#10;AAANIztXdpm+5f///////////////////////8NjGCo7TF90jafG5///////////////////////&#10;//////+of5aou9Dn/////////////////////////////////////f//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////dzsW/vLm2tLOxsrK1&#10;ucDJ1eP///////////////////+XbGReWVVRT0xKSEdGSEtQWWah//////////////////+nJg4H&#10;AgAAAAAAAAAAAAAAAABW///////////////////OUAAAAAAAAAAAAAAAAAAAAAA6////////////&#10;///////0eQsAAAAAAAAAAAAAAAAAAAAh////////////////////nzIAAAAAAAAAAAAAAAAAAAAO&#10;////////////////////xFgAAAAAAAAAAAAAAAAIMVqE////////////////////6X8fAAAAAAAA&#10;AAAGJ0txmsLp/////////////////////6dJAAAAAAIXL0poiq7V/P//////////////////////&#10;/9N1HiY4Sl51j6vL7/////////////////////////////+ucoWYrMLb9v//////////////////&#10;////////////////3+//////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////v7KqpqOhoJ+foaOmrLTAzd3s////////////////&#10;////ilpTT0tIRkRDQkFCQ0dOWWl9////////////////////ni4GAAAAAAAAAAAAAAAAAAAA////&#10;////////////////w1YAAAAAAAAAAAAAAAAAABVB////////////////////53saAAAAAAAAAAAA&#10;AAk0YIu0/////////////////////58/AAAAAAAAAAQlSnGZwuv//////////////////////8Zm&#10;DwAAABMqRGKDp831/////////////////////////+uONSs+UWiBnbze////////////////////&#10;//////////++dn+UqcHc+f//////////////////////////////////0tjz////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////28vDv7+/x8/j9////////////////&#10;////////////+LCfmpeWlpaYm5+krLbC0eHu/////////////////////o5QSkdFRERERUZHS1Fa&#10;aIOp/////////////////////6ZBAQAAAAAAAAAABzZjj7rh/////////////////////8ZlCgAA&#10;AAAABCdMc5zE7P///////////////////////+WILwAAEypEYoKmzPT/////////////////////&#10;//////+rUDZKYXuWtNb6///////////////////////////////Sh3yYscvp////////////////&#10;////////////////////1M7t////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////t5ePj5Obo7fH5//////////////////////////////2xlJKSlZmd&#10;o6myvNDt//////////////////////////+dU0dJTVFWYHOKr9b8////////////////////////&#10;//+yVgAaNVBti67S9//////////////////////////////Nbz5fe5m31/n/////////////////&#10;///////////////un4OmwuH/////////////////////////////////////487r////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAD/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////wAAAP/uAA5BZG9iZQBkQAAAAAL/2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEB&#10;AQECAQEBAQEBAgICAgICAgICAgICAgIDAwMDAwMDAwMDAwMDAwMBAQEBAQEBAgEBAgMCAgIDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABQIA5cISgQB&#10;EQACEQEDEQEEEQD/3QAEAQr/xAGiAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEB&#10;AQAAAAAAAAAAAAYFBAMHAggBCQAKCxAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEy&#10;IxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSD&#10;dJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4&#10;ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEG&#10;ACITQVEHMmEUcQhCgSORFVKhYhYzCbEkwdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC&#10;0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dI&#10;WGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6vr/2gAOBAEAAhEDEQQAAD8Aj6f6&#10;fk/7b/D3gqMjPXd/A63HvKb/ANQAfrfkn/W99kEW4vxe9uBx/j7rUcK9epqHXlNyTcgD/eRfgG1v&#10;fVgBz+T/AL7g+/VqaDy60R1zUsWvb+zza3BB/wBh+OOPfVjcN+P9hyb296OarXrxrXrtWHA5/rqP&#10;0t9SRf3yDLxwT/trj8fj3QRsK5p1vzyOvPz+SLk3/wBqvzx75Dn1EgC4+nJ/3j3aoXt/1f6v8vWt&#10;NesNvqAGJt/T02/417yarAn8/wCJH54P++/HtssDgcP9X+r59WWhNT10ImJ5H9Bf62H4t/vXvDJM&#10;o+hH9Lk/7yPdlrivn1o0I6zLTE3NrAEfQWtc8jj3gNVa44Fz9Ln6W/p7vpqetedOpC0fAP1/Nj9B&#10;z+bc+8D1Oo/QWvYfU/j+nvYWnnXr1B1IWlCj+n1NhwD/AI398BISQLHg/X+vPBPvenquknh1kMag&#10;X/FvpwbAD+nvIJABa1x/vNx/re9aTXren16wtFcXHH5/wt/Xn3yEzWI4H04/1hx7sBU162PLrG0I&#10;Bvpvbi9v8bkX98A/9b/Xn6/7D3sgAYx16grXrn4/6WP1/I/2JPH+9++WsfW5/wBb+tzwR70AT8ut&#10;ZJ680fAFgbkgXufoSSLD300pt9bWH9OPr9Le/Kun59eA08eHXhFc/T8m30+n+v7wtJf6kj/Y34v/&#10;ALH3Y04jrZIHDrOkVrAWJ4/29rnk+47yW+n+IH/EH3sEefWq/LqUsP8AX6Wv/sf6W9xmcW4/xufz&#10;/rn26AQ2k+fVST1mWM/WxNriwNx6v6/4+4ck1vqf68fn/eD7dxj59a4dSo4iQTyLHng/j+t/cY1B&#10;5tflfpfn3p4qgHrRNepSxAGxA+v1H9f6+8XlJIbn6e/AClOt9ZNH44vf6/X3yDg2v9bW/wAP9h79&#10;T0611xKkX/IBvyfrzx76LD6D8/04PI9+owyOt9esB9f+NWvb6++Jc3H1+v0/2PP+t/re7hagmvXq&#10;+XXYUc/639L244H+PvoXb8j/AF/6f4+6HAx177OuRABH1A+n1PJ/A9+Oo3uPoef6cfj34VYUGOvc&#10;R136VN7g3H0ufz9Tx76COeRbk/k3uQebe7rVcHz60K+vXTOh4te3AsLfjj3y8TEj/itv9sfe6V49&#10;ePXDyqP8LH+l/wDY2981pz+TwLAr/h/sffjlh8v9X7evcTjri0wt+NRJII+t/eUUw5I/3r/efe2N&#10;SD5DrRoMdYhUfXk3+n1/3i/vn4BwLcD8fX88+7LGtAf9X+z16gOOsZqTz+Prc/QH8Ae88cKj6D6H&#10;8e/FRXrxGOo8lS/5PH9rj/bA/wDE+86xD8n/AF7/ANPr7spBqo/1f6vTrWSadRHmbg8kfggfQ/T6&#10;e8giXj8f7xf3cYqR1vz6wtO35N7f0+hP+sffPRf8f4/8QOT78UNcHr3Drj5ABc3+tuLfjm4/w/Pv&#10;i8f1sP8AWNv6+/R6cE9ep59diUni5Bvcf1P+2/wHvgq+mx+vI/2P097Yrr1D169xNeuZY83t/X8D&#10;j6+8gWwP+tf36uo93XuuBb6H682/1vxf/Ye8ZHN+P6g35P8Arj34qcU61w65qwsRcn8Efge+Fh9W&#10;H1/2P+PuxA004HHWyPTrnqN7KeL/AE+g+lvp74afoRwCeb/0/wBh7brkjzHXjTrPr/xubcW/r+Pr&#10;78dI/p/T+g9+qVBPXvLrpQWt9fr+bk3+nvgXAcf0taw/w/J9uI9Ys9b8qHrmYiFsPyfrz+eePfJp&#10;1FrWABv9QDz/AMV9t6sZ61TritM7Ek8mwHIP4/1/8PcaSrC/n6fW3+J491LV4dbrjHUyKjJ4I+v0&#10;PuE1cdNr8j8n8+9ECuB16vUtaMXubW0/S3It7jtWEi17/wC93/xA/HvRNOtdSBTqP8LA/j/iT+fe&#10;EzM3P/Ffdhjh16vWQIF4t9OOfeZHJ+v5J/J/rf3oU4nr1MdcHUWAAtYf4f04v/r+8hckEC/+BP0v&#10;/h739vWxgdYwgH1t/rfi3+35942Df1/PB/px7qtD5f6v9WevUp1lBH5H++/HvFcg/wCw/IsffgaD&#10;OOvZHWT/AHm/+8+/Esx/1/pfi3Nrf7x73/hHXgeugAo4/wCN/wCx98xyCp/4n+v5I968uvddG4IP&#10;45JHH+3599EHULc/425/1r+99a67B4+o/P8Axs+8qxM3FvqL34/2I9+Hy638+sTyhb8n+n/FD7cY&#10;aWwu3F7j+v8At/bbErnj14jPUGWpDWUG5BvbgD+v1PuYlOtxccjkEcW/r72rMagefW/OnUCWoawI&#10;a45BAvY8ce3CKmZrgX+l72/P+H/GvddVBU/6v9X+rPVqdNs1UoI5/wACL3t+Qb/n3NSlIPC8/wCu&#10;D9D+B7oXSnd16h4dQHqibnXZR/T62/IJ/wCI9ykpVNrrY/0tb/e/bTnyB62ASK9RWrmQEKRa3J4/&#10;pY8/4fX3KWnUAAXB/IPIBt73qIIqOHXhnh03vVsxPK2ubG+k2v8AUAe+ngK2PH0tf/fcn3QSCuMd&#10;bBIz1kSo1CxuSADxz6iP+Ke8BsvJP4HAt9fp70zngvWm4VHU2NWf6/48kjjm/uOWLEgEC3F+eTf8&#10;e76hprTrVKjqSkejk3Nxcf639B/seffExfkc8/7yfqPdWYH/ACdbpQV6yLJa6kEXB1Dj6f1H9f8A&#10;D3zBsBa9/wA8G3P9PdFqTnrdKivXFgD9bWFrf1uP9c/n3k+ouSLjkfT/AFvp/vfvYOg14jps4PWH&#10;6kKAR6iCOfoCCfp/T3gaRrj/AB4sPrf+nvzBadW8upMcX6hf6EkEn8/0I/rz/X30ZgATwTbn/Dn/&#10;AFv9j78ENc9aUE9diLUBbixNjyf959wpKnnlhYE8WH0/r7toByvW+FR1PjpgVF1PIH5ve/B/r7jt&#10;UK9xz9b8Aj3dVYUHWx1nFOU9XFrAX/JFvfBpWBFvwR+foPx9fbqqSKk9VHp1y8Sc8fW4t/vH095N&#10;VwDf8f69vx7rjy6sM9YtBB02JvcfW17c3PvG0oXkEcD/AB/1vfh3GnXvPrKkJI5U3JH15tf/AFvc&#10;ZqhTb8fT62+v9L+3AukkHj1o/PqQtOwBP+P1Fwf6Xt/xPuDLUEXsb8fj3dAK0pjqmD1OSAEAn6/T&#10;ngf7Afj3G85+v4te/wBb/wCP+Hu1PIdbrnHWfwj6X5vz9Pp/sf8AD3jaoUqbk8c2uRbi/u1CQDTq&#10;tfLrtYbN+P6fS5/w9wZp+eDf/W4/3j3sAH7eqnjjqUicW/A/r+fcYzE3P4H1H9f9f3sJ/PrVfPrJ&#10;ot/r3Bv7jtUmxt9T9Rf6H6cH34I2o163U1z1zEam3P0+ht/vfuP5XP8Aj/vfP9b+7hB6dVrnrIVF&#10;jc2/1v8AbfQe+EgdgDf+vPPN/wAH/ivu2nNOtFqdeW3+Fzbi/wDj78qkgj6kG355PvwXqoJIJXrs&#10;sOL/AOvzb/Yce+lgYn8g2P8AgPr/AIe/UoMDqhz10XA+nPvkaVmH0/wPF7f4c+96c/Z16h668i/8&#10;U5H+x9546M6rkE/QC4t78B5Hr1DXrg0o/H+8WJ9u0NKrA3HI/wCKe7BcdWWp6hyTlbW/3g8f48+8&#10;y0oFvTzz+L8f4/6/u3XjUY6xNUHnm4/1z9f+Ne3GOkDAWFja/P1IP5B9+49bHcMeXUGWr0Egm/Nr&#10;g/7x75ilS5vwT9f96+p9+ZaDHWgMfZ1j+7YgFRqA/wB5P+J99mmsOLWIsAbG/wDrj3oUrUdXQZqO&#10;uxUlib3JB5I4/wBgD7wSQoOCPr/QW+nvQrx9Ot06zpKx5Bt9eCf8be4xiA5A/wAD+bcfX3sseHWh&#10;Snz6kBybc24/3wHPv1g11I44I/1/8fftXrnrQ+fXr29Skg83+g/wPvsWFgbWtwR7rx60VBNOvG5F&#10;xe9/ofp9fcaZxewAItbjgfWw9+PHqxpXrNECF5J59xiVW3Iuefr/AE/p72D02eOOsoBP0B99+ZFu&#10;xIDcc/7x7rqHl1Yt17QTwAbfS3+w/wB9z76+7SxII/xN/wCvu4lIWn+r/V9nVdWOuvBzaxvwfr/v&#10;HHv3363tx/vf+tf3UvivW6jTTrwprf7H/Ej/AFwLe+xXoAP+R8/nke29ZJ62tQ3Xf2t/wP8AD/fH&#10;3FlyB/SL255/x/A96JxVutilaU6yrTgc/wCt/r/7z7bqirckEXuPre/+29+AFfn/AKv2deIqes6o&#10;q/j8+216mQNe55ve9z/vXvdCD6de49c7D+nv33BkKm/H+BvY/wCF/ddND17r3ubHfTqvf6/U/kC3&#10;1Puxp1vr3+Hvkz/UD+lvyDqvze3vVfLr3DroD/iP949xyrEk/wC3H+PupbTSvWuHXfvtAR/Ukkm3&#10;0uf6c/X3UEau3hTrdD173NRdQ+liP999Pe60OOrhR59cTwOTb/iv+v75+I/W/IuTz/hx7pQE9eoO&#10;vah/rX+h/wCK+8sa/X+v0N+fr72akdb64Fvpz/j+Prb3m0A8MBa3F/p9Peq+XXuuN/6E/wCPvGaf&#10;kEKf9sDwPdtTdap13rHP0+v9f6/195DEBwFXn8cXvfg391BatW691xDD6j8c/S345495UiC2JW9v&#10;x/rf0HvxYAkcBx63TriWv9D9eP6Hkfk+8vjBH0+v9Lf7C3uuoE18+vU64lyDbjgn+vvEYrL9AR/t&#10;/wDY8e/BxxHXjjj1z1XJH5/1rX9xkjYsVsbX/H+vx7eDA8etAefXMm3quP8AH+tyOePcxIeQSP8A&#10;W+l+Pp7qwByM9b+XWEyfW3BP+9e8pUj6AX96Jr175dcQR9D9OP8AkfvKsDy8EWH0t9efdSgwx69w&#10;64GRY72NyOeLXt/sfc+CiZQCVBNxb/evr/vPvdPLy6t5dQ5qtedLfS4Y/wCNvp7dUgVVP9Lf0+n9&#10;Ln3XTU16uAD01PUMWC3Bv9R/qh+bf8b98Slr/Uf0+oufze3veRw8+q09OsgcGxP1+v8AUgfi3+9e&#10;8keogj6/7f8AHvYRRnrXn1jkaxXk/jnj/Y2v75RqeSRxyTze3H+PvTaQadbAr1wle9lB5GmxPBP+&#10;Pvk7D8C/4H+va/59t6TXPXvPr0YIFieTz9bmwP5/1/bfOzNqNzYfgf73x72CK0PXh88dOMMYUC1r&#10;mwv9Pr+Ln3APHP8AgLi3+2v7cp1XqYObi3NyBz9D9L++EpRkB4J4+g+nvS5WpFOtcM9c0VlYgn02&#10;Nr8/n3EWQAnkC34/w9763XrMQbf4H/fH6e+pLyqQePqR/h/X3senWvPPXlOk/wCH0/4p77hkCfj6&#10;jgn6/wCx96IBNet/Z151LXFza/Nhb/ff6/vKZyCQDxa39b/4WP59+FDx68D1w8a8XHP1BvY2H+t7&#10;4CojII9I5+lv95F/z73X16359cjG3B54v/Qnn/W9xZjqHBuL/i97/X8e/ZOPXqp6ypwf9qtf8fT8&#10;ce40aaXJuSB+L2/Fube7aqCh691kYkgfj6/4j6/Xn3lM9uFU2+n9P99z7qc54de64iP6Em/55/29&#10;/cmOYooHIv8A64F/6+2yCSD5dbr5nrgyBiT9SPoOOP8AX9xpJOfrc3J/w4P9PbhoOt1HXNF4t9Cf&#10;9v74CcAH8Dix4P0FvdtIpUdVB67KXa1rkf4/T8/X3xjnJYm3+2twPx9feyV62poa9e0WABtbiwNx&#10;z+b+5CyNa59Q+vP+8e6VFK9er6dcCoP9Af8AD/invLHUnkD6m/BP0/xt/j7sFPEjHWq9cGj/ADfk&#10;f8j9xZJ5BwOf6f05970rUenWq9ZVQfgc/Xn68c+44Mkl+bX/AN7HvejPXtVfy6yekW/3n83v/vre&#10;+Jhl4IB5b/e/r9PdwgHVTXrxkHINj/S/+8Ej3IWCRitlYC3Itf8AP1970Z61Unh1iMq83YE/j/X9&#10;uENG402UkH+o/r/T3UgVzjr2vqO8683YCwP0+n9Obf7z7dFxryaSUJAtcc/n8+9rGKHqy93Te+Sj&#10;jB9ag2NufyPqPbpBg2POi3+w/wB459+BANKV+3rWvS1Omip3BEgP7i8/8T9Df3zbGSD0KtuCRcct&#10;+D7sVNa0p1Utmox1wjzNOy+RpAykgEgggH/Ye+C4SZlZmQkm59NxY/6/vXhmtV/n1TURmvXN9x0a&#10;MqCZB9OCwH05Pp95YcBMTdo+LWtbn/Y+3FhYeVevUHUOp3bQILCddXB+txb6XFvbtFtyQqSI+PpY&#10;ra/49uCI1wafz63qFKdJyp35j45AjVA1kG1iLDTyfr/T26QbXQc6ACR/sP8AY+/BQWoM9WNePSZr&#10;uzIk1fuqFUkXJ5W3BNz7nx7WH1KILknlR+fz7cMYY6U6qCOB6TVT2/SRXBmkb6D0tzx/UNb8fn3n&#10;G2UUgsgC/wCA5J/I9+MBFTXPVga1B6b/APTBTT3SCfU4BHqYFf8AXt/rH3Pi29Ti2oA8/Qjkf4f7&#10;f3qNowKEZ61QE4PSfyfaOQUnwghVA1SavT9Rdjbn6EEf7z7c4sHTIvMalj+Tb6HgG3uxejdvD/V6&#10;f6v8vixqAOkNWdo5OWYAVEiwpwQpuSwNzYtz/r+5CYiBf1Kpt+bfQfUD3ZwtO0dWOTjpmk7OycjH&#10;RJKA9yFubkrYMzH6/X+nvMaWnjFtC2H+08k+2g4GBx/1ef8AqPW9NRQ9YEzubr5EkMrqr2sTI3pU&#10;fi39R7ws6KLKlgOL6fp7pXOf9X+o9VEbE935dP0FDUudVTWNIxKnT5GBBH1FuAR74+WxtpUC35tw&#10;fxcf7xb3VpVA4/s62EJNSepa4ot61aaRg9kI1BRfk2ItewvyfeDV67l0Uf7A/Q/n2wZloet+GCM9&#10;KBKF1p10080rAeqxYcsLDSebfU/8R77mEfpLvf0kixHF/ra309tpcKK04/6v29aWOhqOudJT1rKy&#10;wUoRTIF1Pc6uLi+r/Y+4MtTTIP1avooJNgD/ALD+nts3EmcdbKYOOPSmocFXSmMEaDYu+hebk24v&#10;+D9Pp7b3r4QSE4tYC3Fx/h7sLhtGCK/7P+r9vTgAAx0ok2vUOUafyMCCzhh+bW5v7ivl7EJe31/P&#10;0I+h+vtM5diWP+r160VPT5T7TiRQwT+gNxxb+lv9794hky1rsfyD+Pp+CD7qkjINPHhT5fP/AFf5&#10;+vAH7Opcu14eWCL9ORYfQg3N1/21uPcqPIyt9L2Fr+7M+nzrSv8Aq/Lp1UqemqXbFGoAKLqci30v&#10;wbk3Av8A8b9tlbXSs9iTpIHF/wA/i/vZYcQM9bZdJ6UeIwlLDCAiKGDE3CgcfTj+n59tH3M2pm1N&#10;pA/r6f8Abe9M4rw49VpjpSigptATSl/x6Rf6fj3y+6eRBqJC8/nj6/T3XxGDdWABGeuhjoYiWRU1&#10;G9zYXP49slW55K/T8c3P+Ht1nJp1Qjp+oYlUEMPUPqbcfXngf09t6yOZLW/x4NuP6m/+8e6EZweP&#10;XgDXp0Kp4yxPA/rb6/Xj/fce+bq7tdTwPrf/AG1r+9/Lq1PPrGpRVsRyf0gX/wBe49wJY2PNzcGx&#10;+tv6G/t6lB02c56kxuBx+PwfqTx9OPeEX0sWJtaw/p/sT79wHXqY6zcXsAL35/r9Px7yLdQNKggj&#10;8fj3qprjgPy638uuLWIszEE/QA/48cD3LowJGIZWC3uTb6n/AA9ppJDWo4dWAxnrBUDQo0m7WOkX&#10;/wAPyfbreEBgoJ5AF/8ADg+7AmmMY62OHTVpmLAtYABifqBz9D76kWNwoawFvobXJ/rY+3EbRlv9&#10;VetEimeukMqklDz+QvACj+n9f9v7gT0qXVgb/X0rax/H19uBgcj/AGevKop1NhqXN0ZbW41Ne3H9&#10;PcOZFK6dYB5v9fx/U+6Bskdax1NjY/WxsbG4/wCI94YY9L6gwa36QAQCPzY+2SQw/PrYAHWZ29Ni&#10;LXvck8gkcH2+Qp5UU2swvyeb/kWHuqilQet+dR00zyGJvrdeAbD6er63/wCK++Dwuw0kL+bf4/ge&#10;3AP5dV8sddrUIOQSORf6cD8/X2n56WVZSSLJ+CB/vVvakKCta9Nn5dOsU6MoCm5sCRc/n/X94lVy&#10;6iMv+Li31/rc/wDEe22qMDryHPWS62JbSB/gbH29mCUrExbhR6lP0P5591JIU1HTprxPTaJ4dcir&#10;YsxIBH+9+8VRI6qpQEAg82/oePeimpccf9X+r0619nWWFVLtrIJBXi/PP198qaseOI3NwDccjTc+&#10;6eF3Z4deLU+3rjPTpI6mwuRb/GwPPv0eXZ9Sv/Xj8E2/NvboTS2OtBhTrHJjI+GUAH+v1A4/w9w5&#10;JS7sQbA/Qk/7EXPt1mx9vVGJ6lxxCNVH1I/4pb3winlhk4YNc8cn/Y29sOmodWU+XWRkR1sV+gsf&#10;6e3pZ2Ef7khuRwATb+tvfolTgf8AV/qp1fy+fTVLCDINEakA8sbcfS1r2/2/tulqgga9h/gByfxz&#10;b/e/b5jA8/z6bLenUyOEtp+tj+PpwOeP9f21rVNNJpUG35vfn/W90I76+vDrw1EV6m+IRp9RcfgW&#10;/wBjce5a2PMjEc/S3H+t/h78Q1MdWHWIk/gA35+vt1pyuk29LAcXNy3++/HttRnq2Tw6gVAa4B9S&#10;3ubfRf8Affn3Eq0VonLKdTX/AFDm305HtTHWueA/1U6aevl1lhazgKykD/UkW+lyRz/vHtPCmkEl&#10;wfST/qTcfi3+HvbE0qMdaQEcenTyJpsfqP8AffX2oYEp/FoCKXUci1rf1ube0xajEk9OmvTdKZtY&#10;Oqyk/qv9f9h7iTlFjIYDUv6VA4H9OPboya9a+XUiMEsNJ9JsSSbE/wCt7YppmYEX5BJuP96I/r72&#10;o8j1U9TlW1j/AIfT/inuPHkJgpRQWt9ADx/jyDx7qKkkHquo9eMasbkc/wC9/wCv7m09Yzgljz+m&#10;3P1+v491CkGg69UkY64PEv1A4+pt7UFA7AlpRYHlbm3FuSB7q4Dd3TgJ4dN9ULppRv6X4vzfgE+3&#10;6SujiAAVWJH1H1F/rc+/EgqFXy6sXqaDphix0kjlncjn6E8WvxYfS/tMV9QRMXUmx+n4tf8AHtwM&#10;HA+XTXn0oqWDTEFtyPrzf/Y/8T7aRVMkwHq9ZsL3/wBube9suQQOtk0x1M8alefwPx+PyRz7dKep&#10;k1j1XYE8H6H+gt7qVJGevKT1FkjS1rWB+pAsbgf19qanqntZ4yFPFgPrb2lcZquenO4DHTJPSxsb&#10;rIAw/JtcX/r/AMj9z9eqI+kqL86V/H15B90U0Ocnq2SM9QTCBKCrhivPJ+p+hsB/xX3CAYvZWOkm&#10;4JFybfUW97apOqnVMg46ngxhP3FBexFhwBf/AB/4r7nxSt6gwJA/w0/i3+x9+VSxB6crXj02VESA&#10;LpYKW/2P1/2P+29ttQ8eo3HquTYAE2ve/A/3n2s01+zpqvUymSXSPUQv9SSORx/vh7hrKWbR+Cfo&#10;ASR/S59tPhv+K68KnPTj4wqhze45ufzxYn26weQKvoQhePoOf6C559tOpAqv2/ZXpzPl02TGFnIZ&#10;2GocC5+v9bD28pIY4GJ4ZjdgP6f4D2wAS3W9NR0yTRCSoRbgovCk2sWt9T7Yq2lSrLO3ptcAfhv9&#10;e3t4SEYOeqNQ4PT9RTGlURqC2rkkf2b/AJt75UGOMhQIVGg34Xngcc+6vIpbOOrqozXrrIZIUyMz&#10;K51GxueBqNgf+Ne51WpoltyXP0Nx9L/S/t1FR46jNP8AV8/9Xl1U9NlJKa6W9gsQIJWzAkWuDY29&#10;w45i4IYlm/1Jta3tK9Q1ero+COnd4FSxQBR9QykgiwH+8e4EynUHCaGB/wCQQPxYj/ff4e3AMFj5&#10;dMnjXqZGwI0B9QP1/wBUT9T/AMa9vlBqmXRrOqwHpNl+nBv9PbWoDj59Or3DPTDkgtOxk0DStySw&#10;u3+sB9f9h7gZOlWEsCvkb8IvPP4JI+ntapRkB6o6+nUnFVjzWt6IwR6m+tj9QL+26hR0dWdLcm6A&#10;cf0HP/Ee08ozQZH29eQ6Tnp3qnVo2CsLkW1cE/1sBx/t/b3K8VSltEcYFhxa1xxfn/efe0YpivVy&#10;ynJ6Yo4ZqWTV5JJWJY8ki1z9LD8D2nHhjMhMSrfUQGNxyPa0Go7/AD6pUA06f1lcINZYcAlQAfqP&#10;+I9v2LxMlWwlkiDqAAW/Vo/1/aSSQ10r6/z6seFemHL5unx6FPNodrlVayl+PoLn2JuB2nDLKrAI&#10;xtdtSkAW/HtNNdmgHDrSjVnovnYPa429j6iWZplIB+3EbRtLIbngBiP8Ln2MFDi46WNTZRoA02XS&#10;ARxex9owviEon4urIB+LquDf3clfk62ZQZGhaVzI004kmJJtYWv9D/vPvnkMtBTwMqsPSCDzYX+p&#10;Jt9fZltm1mGUPNnz8vQ9bkZSO3pA0W2M92LkKZYaWSmpjIqg3d5JAzDk/wCv+Px/sPYG7n3UUkfx&#10;y8i4Pq+p9iScRNGFXpGSynHVm3R/SdNt/EUy1dGhJAIJjuwUgX18XNzySfYRV+5KqsZlSRr8/Rr3&#10;59loVQxAzX/V/q/4rq2piKno3mO23j8fGgSCNQoFhoAAtwAB7TkVdPUSNFOzFmJ0sQSb3/T7YlJh&#10;bGa9bVw3DpQ+CJFBjVVUD6AACw9v0OGkMYm8jMSQSpBVQSf0/wDFPbfiK5qcdXK+fTdLkUjk8RUf&#10;mx4JIH5Nvc6TH1MiqqKxUDkgHgDg/T3dHT4SeraKj7Ooa11Ohd3ZVJbhSbf6x59tUtNVQuFEch49&#10;RYEfT6Wv9P6+7keuOm+4dvThFUU8yahIh/wBBsT/AL63ubRVTwtZgCpvwSSb/wCN/bEqsGwD04hY&#10;Z6wVVOkyHkgi3IsLC3uU9V5JWbSCB9L3Nh9T7adtdAOtMSxr1ihpfBFp1G/P4Av/AEPtT42WlqqR&#10;1mQIQLITz/sSP6+24mdJdNag9XJVlp0lM3BWU1TBLSuX9V5UFwoA/oef9t/r+26aleCRjGVZDyNN&#10;iSP8SL/T2qmVGGsH/V6dNkZx04Udes8SrKrJIBYlr2B55AP/ABPttrY51p3cpLqAOkeoAf0IH197&#10;hUN156gY6dKeaFqhUV4iCB+FNx+QTe3+I9pVXq4gJGuouWsTe3PBv7t4YkqMf8V1U9tOn79onSAD&#10;YfjgG4/p7W+H3BJEgjZtWoAl+LC30+v19oGtwjauFOnVkJFD0lczgIK27FACDwlrEk8/X3mrMtBd&#10;5bsTcgEXuP8ADj2rjYuNLitPPqpbT1Eo8JLCEiUqiWF0IFvxbj2m6rPmRFWzPybAAluOOW/r/r+3&#10;iCi1U46qWJFen+lwsULlwOT+o2sDfnhfc3HtBWreeLVcf4EggcD/AA9p0ldTQHHXlofi6x5BZaYB&#10;oHKkH/GxB+p9zitNGSkYVb8DV9f6afdZlJYH1/w9XpXHUWGSpddUpJYcnTwCByDb2ksrFTxSyF43&#10;DOLB+eNX4AH+8e1KlUUNSv8AsdNMAMDj0+0byyRr61IX6j/jY9t+Px1SjGoacPFcsNQIKH+vtJKI&#10;5GJUUr1ZAQKjqVJMinQb6jwPpb/Hn2sYq8xxqF5PAJk4HPB5P9feljrjq2Sc9Ms1GskhZr/kjR9b&#10;Xve39feSfIfbxghV1km7g/2SLhQPbiwg1LHrzEdYY6PzSH1N4xb0kf2geSSfeKkqqbJN4HmKM1jo&#10;X1MSDzb2yJzBJU8P9XHqyjxBTrLVU81LGZYYlkKA2uQoF/zYf717h5Pb1Qkqz0wcRp6gz8BuP6/8&#10;V9mp8G5g/wBXH/V8+mdBQ1brDj89BJ+xUPF5yxUpESSObfT3Ix+SqKVkjlI9J06CA6kfQck+yl0C&#10;NQeXVw1T1JrsfBWIzAG7rwwOhh+eAPfDN5EFQ9OyqzElkPGk35sB7Xx6ZoqNxHVXJZhTrDice9Ox&#10;Sa7gaVR731KORe//ABv3gxtbVRxs4blyFPJJP9BY+y+SLvB/h/1f6sdOKTgdOFXTU8v7brcAE/Qf&#10;7e/t51Sf6kf8dPr/AGv6f6/u3iSfy69T5jj01+KD/VH9Xj+g+n+2+nv/0OmtzcEaT9fqP6+8Dxq4&#10;8R13gOmtOtxgabCx5JNwfxzYAW/oPfAi31Av+BYj/Y+9DjQHh69aBA+zrKG4+npJt6frb+nI594n&#10;t/T/AGI5/wBifd0amDTrZAAx1mRTa4J+lzfg/Qfn3w8otaw4P9fwPrwf6+90zUHj9nVeHXPxMT+b&#10;AAWsb/W4BI/P9PfAzqSbf7YC9v8AE391o64rXr1a9SPATYkW/wBe3P8ArW98DUD6Cx/oPxf/ABv7&#10;qVavcOrihFD1zWmsD9Vt9frc/nj/AA94JKhgb3uPrY8cn68f4+7KqkU4fP8A1f6vLqpFDjh1nSmH&#10;HHI44H4B/wBt/t/979xmdmt+ePpz/sbf8V9uDHHrVaY6lLEovYEH8/T8Di1vx/r++gCQL/Wx/p/t&#10;x7tStadVrnHXTMqfhfqPpfn3mVLc2/x5/wB6v798h1qpPUdnuPrYf74/717yAAci3IB+vH+w97K/&#10;iJyOt0pg9YS5YgWP1t+BYX+ht74axz+Tb/WNvyb+9cB14k+XWXSSR/QWP4I/pbj+nvjr9QF7/wDG&#10;uPp72FqNQHWqGleuytgb8E8fS3++t74+T6XP+2P5J/33Pu7gjI/1f8X1vu67RFPHI/3kE+8Rl0sb&#10;3P1I+gHI497KgrUY4dezTrKsN/6fU/W/44J/33098TPwTfk2t/xX37TwXrQwadcxBzfmw+vH1BPH&#10;/FPeLyk8k/S5/wAP9jb3t1UYUZ60R1lWO3HNj+Tck3/p7hyVFrkfX+n9Px7syFqDrxz1LihHNxfn&#10;j6fS3uM9QxvY2B4Fibf4+/BRivEdax1JWIA3/wAT/tv8PcVmY88m9/rxf/Dn27xx17rMqqL8D8c/&#10;q/Pvhcnj6f14JsPe2Yg1HWjQdc9KgC/B/p/Un/W98wtz/vQ+nJPuqq1Knr3XBnVeOb/7E3A/qB7y&#10;iJjyAefz+Ppxz7uFABz1vrCZBxe354vc2/Nh7zpAzfj6XP8AW4+g92CjTnrfUd51Ujn/AFgOLf7D&#10;3l+2tYkW/HIH+9n3VsinXuuH3IJsCDfn6/j+p99mFABb6gf05/2/vUak5b/Vjqo6807XIF9N/wDD&#10;+v8AT32sCk3t/sT/AIf63192qKY6tjieuDzuAR/S/wDr2J/p7yiJQfzz/wAV4I/4172akCnWvmMd&#10;YTMbH82/rb6kc+8hiXi44Fvr7qlR29eHDHXBpiTwb/W44/B/w/PvmYgPqOD/AMR/re9UJwp6rT59&#10;cBNwfqSB/sPfELze3+uf969uaQqUr/q8+vD0695LkcfQ2H5Iv+Cf9499Diw5/qfp/vPvzfDU9Wpj&#10;rv6tcW4H5HH05981v+T/AFHP+tb6+/LQCo8+q8euEguSALHhrX+tvzb3lU/69j/vr+7cGrT9nVuO&#10;B1Ha4/P0Nzf/AHge+YtyTc/i35PHuxxgf6v9X/FdaqesRDEW4t/WwIHNha/598xY/W30Frc3/wBh&#10;7rVgCK9eU1HXBlsRb+p454/wv+feN5B9F5/5Hb3sBhx69jrIkQ+vN7X4/HH9ffBSP+JsePr9fdyO&#10;4UPXuuZvbi/+v/S3P059+Lj9N7fX8/j+hv8A7x722kdwP+rP+DrZHmOvLGx9VifpwBYXv/h7xPIo&#10;vzz9Ln8D88e04kJagOOq06lpA7AXU2P0H54+vvA840+k2+g+vJ9vBu4hvP8A1evXhx6ypTH83Njz&#10;x9D+Le4rVCj6sLcj/WHP9PdCSa0/b1unUtacn6g344H+3+o9xHrLm172P0/AF+Rf3VjQAdVOOHUt&#10;KYDkgDgfQfX+h/w9xzWG4+nH05t/vXtvRIBjr1OpAhQ/gn8W+t/eJqlmP14B/ryb/wCPtwcOrdcl&#10;hVbgL/sDzYf63uPJKxNiTbn/AA4t9SPe/s699nWRV4uOOQP8Tb/W98NDt/vH/Ix7tgZI691yLAfT&#10;n/Yn3zCEfTkAD6/4/wCJ96691xJvf6/74j3kjW5/P+PB/wBt7qa8R16lc9cT/vv8B7mKhtzf/X/3&#10;oe/V69nrCz/0sePpwf8AEkf1/wAPfPQVP+vbgg3/ANv70anh5dbpXrjrB+o+l+bj/b29+Ki/PP8A&#10;S4/2PPumpq468QQevXuPzf8A17iw4498Str3Fr/0/wBsTb3evZU9az12G1EBTcj+v9T+L+8drkAD&#10;gn8f8b91XjX5efW/t6yk2B+l/wCh/wBv+PeYIWsAv1tzyfr/AIj34Cuf9X+qnWyM9YjIFuSfpfi4&#10;sCPoDf8Ax9yUpfw1x+LEk/X3bUDkZ61TqK9Tb6fX8ED+nFvcyOIL+Prxzz/gLe/cerADqHJMWH1/&#10;x/w+mrn3NSL/AAuP+KfX6e9F6Cnp16nTe0h+v05+pH9eQfcyGC5At+eP6f1+vurHFQf8/VqUOeoU&#10;89r8j+nIP54vb26QRm3N/wDW+v5/3ge2WUAg9bz0zVNRz6bW+rNc/kce3aOFSgtx9CTwD/t/bLsV&#10;ND+zq5GAvn0wvUvrJ1EgghSCTfi5PPvL9uADdrHkf7b3UMAajrWmnHrD92WYDSSpJ1XuAL88f4f4&#10;j3jfRGLn62Nuefpb8f8AFPetZYUGeqVzQdSIo5JG+lgfqPr+b2BIH+9+2+SUn6f63+8f197x1YZP&#10;TzDAEABJP5/1/wDDn/D3CJuWDEfX/kdvdjgA9VPToq2tpB+g/H0sPqw99L9Tb6k3/F/p/vr+/fhp&#10;1o8K9ea31a+kfX62/wBj/wAR7yC3+xJH0+n+vb3o1HW6kADrGb2HNlFwQQfp+FJ/1vfeoA/1/Fvr&#10;/sffqVHW+PXQVrG/HN7j0/T6Cw94Zm03INifqw/w/p7uh8utVHDrLEhYLx+eQfpyeL2+vuAz2JN7&#10;gngj6/4g39uUqKHH+r/V/q41I6cETgW5t+LH8D6gD/e/cZ5Tz+fr/r/1HuzAg9erTh1KhiVrH6Dj&#10;n8D+twPcJ5rj62K3PHvarnrRPr1OWHT/AEKmwBPJF/yB7jtN/aJAJv8A4nk8e7qvbQDHXhk9Z/GA&#10;foSBb6/i31uBx78tTzz+QPqf9v8A7D3vRTFajrxPXTQXB0r9Cebf4fT3lM4KnSb3HP8Axse9BCDn&#10;r1cY6x+HkXvx9fpx/vv9f23yVLXt/gfyfr/Qn3fQta9eJHU2OAaQfpz/ALC3594WnaxA55/A/wAB&#10;9Le70Pp1U16yrEoOo/0/3r+t/cRnJv8A7fk8/wC8+/Cur5daJH5dZgB/xTj8/T365Itc3t9Pp/re&#10;96MnrRNOHXvcVw1zcn6gH62593CkDIqOqE0z1lUr+BY/7f3xaFm/BP0Jv/X6fn3cJUV63xFevCQD&#10;/D6/61v8ffvt2+n+JNh/X/X9+C560Sa9e8g/1vp/vPvH9qb/AFN+efdiKnrR+XXflH9P9v8Aj/EH&#10;34U3IBH5txz9D/j/AMV92/wdVNfPr3k+tiQfr/yO3uWlMCpU8EfpA5vY8ce96R1sAt1haYgg/UHg&#10;/wBB+b+8qUn4YfUc2/w/I9+oPLrenFOsbVH+puTc/X/H/H3l+1UWt9fxxcf429+FPPrwXGeuAnJv&#10;cf7yb/776e/fbG/A/wCKD/XJ9+qBg9VIp135h/vP+3/1h7zCEjix+lv0/U/jn/evdCRXr1CTTrH5&#10;vzf/ABPPAH5tf3NghC/X/W/3w92rXHV9Hr1BnlJ/TY2/pcj3JCoxsf68G31/Pv1T9vXiPLqOWYC/&#10;INuRf+nvmDoAtwLmx+lv6C3vxY9b06esZVZD/XjgC/1/Pvi8q34IH+N7g/4f196Dk9eodWeuccDA&#10;A8n/AAta1/zb/Ye8LS/ksLXH+BPH9PeqgY8+vaguOs6xEj6Ncg/0+t+R7hzTqCLEXt/W5/w96BHl&#10;1UMKfPqZFA1v+K/Q82/1/cYTp6iTx/T6H3uvWq0NesxiY2At9b3+v+394Hqk+otYH3UsR15TnPWZ&#10;YSPrz/r/APEn3DeuChufqbn6/T3XxO6nV8eXWcQX03H0vY/0/r7bJsla9iSDx/j/ALb3eoJ6oRU9&#10;ZliA/px9P+R+4kla/LX/AOK/63vwI4jquk165hQOLcf09x5auRkH54/r9f8Ab/T3Wp8h1or12AB9&#10;B79BLKy/U2/p/W5+vvwAqTwr1rSeu7e8qsxLA3I4HNx+fpb3vByT1taVz173LC3UA3/Fv6j+nuuK&#10;46eApgddX/3w/wB599spawB/P0IB/wB491DVGf8AV/q+XXq+nXuB7jyIb3PN+Px9fxe/uwwOvHj1&#10;37jug5JuLj/E/n8j3rVUduadVx173gSIhja5H5B/23HutST6deXr3ufEC0djexv/ALA/T6j36oGB&#10;1YL173xKNewHFv8AevoePetZ4HrQz173JjiNgGvb8/Xj3osa563QA066Jt7y+HQWIuV4B/wP05v7&#10;8MkdXAr1x1cf0Nr/APFfpf3MjiJso4JB5t9QR/j78zef+r7etgdYy/1J/wAP9uPxxb3K8QBuRb8X&#10;twP9e/uoyMde8usev/WsOf6c/wCHvvw2P55HFhzyfeic0HXuutZP+w/31vfPx3sORYfW3FvyD73m&#10;mevHrjqsT/Q/j6e8ixsDyPrx9OPpwffq8D17rjcH8jj/AB+luPfJogBcL+P6fm9ja/veT+fXuvar&#10;G17fT8299FfQSPqoNuP9uL+2iCDQdbp12Dzz+Tz+P9j7wh7NYk3H0JFv9t7sy1Fetdc7cG3+2Bvc&#10;f0N/fI2Ivxc3Fr8X+nHuwXTw68ePXC54/wADf/W99xpq5083H+x/2P8AX3YKOI61gHHXRa17nj/H&#10;ngc/n3OSmLEXBIt9P9fge6hgDQ9WGcdR5Jwo4IH4B/1uT7cosbq0HR9frf8AH+x97DKc9eI6bJcl&#10;oLjUCRwPpyT/AIe5gpFjJFufp9Pz/j73pFa1oet0p1CNc0guB6bc8/g/Q2HvtmEdgo+o/wCRH3oq&#10;fM9UJp13GnkuzHm4/P5vyAB/sPfFJGKHULEngf1/HHu5Ck0TgOrVrkdeeIBx/rEEm9xzfkf7xb3w&#10;Z1Qc25/1iB7bwSRwI/1f6vz61U9ZljZmBAJ+vJuP8Ofxx7wiqQ8KLH/D63/F/dTrrnh1vz6zmlP6&#10;uf8ADj02/wCNe+1lNzc8Nzb6/wC8j3tiKVPW6jrpoRwFBJH5va39Lg++mqVUHjkD6j+n0N/fhXrx&#10;4deFMSeSOTyLn/ePcVmHLG5vex5Atb6f196erYGOtE4x1LRNNha9jz+fp/X201DmPVoN/wA8cW/1&#10;vboNVoem2JA6nxqDa4t/r/697e28VJYhfoQSeT9T72KDHWupHj4J+vAt/W1rXPuWn9W/tWH0t+Pe&#10;jg1HDqw6xH+nPpJ/P+Nh753CBr/7Dm9h+fp7qONR1vj11Yn6D+v++59w53EamwuPr/t+Tf3smuT1&#10;7gOssaknnj8f7b+n+29wBUAnSfp9P6/T8X96IbiOq1NepGkXv/vr/wBffRk0gm5PP+wsP8ffgCD/&#10;AKq9WrTrxUEf0/4i5v7yJKzc3Fh/T8m/0592BxjrWa9cSoH/ACK/+x499vIyH9JP+8+/BS2eHXia&#10;ddBQR9fr9OPofqffGN3c3tp5NwAfx/r+7FRwHl15c9dsAoA/P+J/H9OPfKUsCB9bf7a9+ffl4Z4d&#10;eJp14WPP5v8A4/77n3xQSPwPx+fr78QdVW61UnrzFVubf8Ut9Px7lJRO3BJAvb8fn8e75pjrw6wm&#10;ZVuf6j688fj6n3KTHMrcG3B+ovb82NvdStTnrWoU6xNVpp555/2N/wDinuStCRbjj6Hj/DkC/uwX&#10;yr03Vh1haqXkfn6j8f4g/wC9++ZpFFrH1fn/AFvbumuKdWyWp1w+4J+vK/7H/fc/T3xFCCovYm/H&#10;1/1r+66etlSePXI1QBP14AueLcj3nixy/wBlPV9Tx+f9f3ZPKvVkUDrDNW6QSWAH0vcXt/re32mx&#10;HkUDxjVxawtfm/vx+Q63TpP1ecSAsTMoQX/URa9rAc/19vVPt3UOY+T/AEuLC1z72Aa569546Stb&#10;vSng+k66R9Cbeog2A4/4n28022m9FowQPzax/wBf3sqCeqMan5dJDJdnY+mSUyVSo1idIbVyObf7&#10;4+1JTbY4u6c8Ecfj83Ht1I14daDrwB6BzPd642mYpFWA6SVuSTqP+0lTawP+29ucO3li/s2/qBb/&#10;AHge7GFQ1K8f5f6s/wDF9NykUqOPSGr++KeqUBJtTA2Fje7W+tub2/xH+8e+b4enj5ZF+n9L/wCt&#10;z726rSvmOmv1Pz6443tXI5OTwU8koDMbtcqoINgFB/PuFJS08ZKhRzzwP9t9Pp794mQaUP8Axfl1&#10;ZY3IyelvSZjL1iCVp3ZLfpLG+q1zY2uf6+8SQxatR/B+lgb/ANPfnmDDSooB08iU49OMlVXLFYyX&#10;d0BuSwKX+um4+nHueEhXj6/0F+Of6+6JIzKCcdVERrXpLVDZCV202QMTeSx1Xtb0BgQffETAkfpA&#10;B+nBt+ePdi6KCVHlx68Vc4PXIYmcj1vJJIQBdiw1gg8EN9PqPedZgf6AD/Y/Ue6m6VRpByf9Xl/s&#10;da8LzJ6aZttMSzeJpC1wxC8KL8WY/wC+598mq1vp1cDk/S1r2uLe2ZJ1VdfGv+rz/wAvV1ioMefX&#10;dDs2oLFhAUcsEQm40/n6gc/n32lVASbNcj8/g/nn6e0/1VKYwenNOOpFVs7KFWLIQrAsy6SbC9ri&#10;1/8Abn3zNbECLtx+efpb3s3Wlagf6v8AV/k68qU6hx7ErJbqEIY2VSqsODc/2vqCPr7xzZOMEAMv&#10;AH0sCT/W3tj6llGTWv8Ag/1cP9Q62Voajp0x3Wrm7tE4ILE8Ei6i9h9bf4j/AHv22y5VWvYi9x9P&#10;r9fp9fdTNoz5Z6vpHS7x+wghTUh0hQFLA2+lrkWtyDe/uBJlLBgCOLAkn/Dn20JlYg8D/q/1en+X&#10;1AfPpVU2ywjLdNQsbhUB0k202LA/7H2xVGbZAWJ/w+tj/sfdtWokjq1COltRbNpxoTxrzaw0XFz9&#10;fr7hHLSP6gxB+ouf9b6+9KQwNevZ49PC7bpqcCMRAgcEaFI45JAPvOldJN+p3v8ATg/0+nN/eyQF&#10;qvWvLqLJhoKdrLDEAeT/AFBP4AHvBPJLc2/T9NJN+Sfz70SCvd1YgcOp1HT068qt2+pYAAgfgD8j&#10;3BRpAx1c3vYgm3+t70wAoQetBQeHTm4jdLAEAfqBFib8H6/7z75FQ7DVcDm1jbm39fdC7Up1alOu&#10;x+2pK2JJ5BH4va1/p/vPuSsQSzKSRcXJ/wB5tf3Tvb5dV6jSThrq2nVp4t9L/wDIPuWZUC8cAW1E&#10;2Fz/AIe/LUHSet8Om56eRm1NyTfTYXsP8be4tQ8RQEG7EH6gnj/g3+v72C4Pfw68Mmh6nUsMgcry&#10;FB5P0seL8D8/X20vPbShXk3F+Qv+3964HWOrYBp0+x0+oF9RsACOLt/rAfj31JIqxmwAY8Bv6Aix&#10;+ntypJ+XVTjB66jhLygm5C/VbfUg+ki/tvexKC+vV/vY5PPv2G/LrVRSnTlGWTUdOm30A5NjwLj/&#10;AFvcqKnhspLKpYn6fUD+vtsuRjqwAp1Glnmu2lWYBQebgcD6H3IejWxCstxzxb6f4/4+34ipNT59&#10;exSvUH7+RSA6ta+m5/rf6D21vAQWX66uCfr9P9f3Z3zSnDpunTvDOGUOTYcm39feCSkQLpN7f776&#10;+9Mxwet+XWaKpZ2JHBPJv9GF+Lf737ijxRWQDUT9eb2/IIB91JYZ63jqVZ5fUSAo+nubCy24JX/a&#10;b8AfW5/x/wAfbBwc9bpnrDIp5uL/AOP5P9LH/e/fnJDAqV+tjz/X6m/txWHAA9VHy64Kt1Ifn82/&#10;1voBb3K8CS6dcmkkDlSPp+f9b24JCFpStOt8eoTTPFfQhIvwGH9fof8AivvjIkMakBwfrfnUOP8A&#10;H3ZWYAMB17gMddo8ssmpo9PIsbWNr8f717bpIo5EJHH/ABI+nvWotinWhSvTkkjxuL8j8kn/AGP0&#10;/wAPfGNQVsFt9SGtccfge9aCpoDXr2R1ykbkHV/hpvY88/T/AHr3NpnZTy30Fv6fn3XQAKeXXvLH&#10;USpAcA6b8/j8f4n25oCRe1z/AID6f4+/A04db6aJDZrH0jjgkj6/4+2+pgLst+Bb8H+v+Ht8NQYP&#10;VdOenClnAUkrck/X6cgcG59x/tRHpaMfpN2LHgn68e/FtYyet0A6kfdFriQ/10hbg8cG5/P+395f&#10;KZr3FlHBtxfT+QPdSCBWtadbrXrh4xERp5Y8gm9hfnk/7376aONxbn625tfkW4A961FeHXgeuw7q&#10;1yB/ri9v9cm9/bJkkkhQLEp02Nj+bkfUe3EBYV/1fn/q/Ppp6g9OVI6Slizc8X+v4PA/PthSSSI/&#10;m/8AaP1vf6gn3srmo6bVs1HTkQri34/31vbvTlqtlVWUH/G4Fre6MyLx6eAHUSQCJSSrEWvwLm9/&#10;bl/DZUPrIt9bj6KAffi4I6tpPHqCtbE99AN/pY8En82HvnJTyWtGGYWJJX6iw96WnHqpRjw67WdA&#10;T5CFN7c2+h/xPtpeJ+Q4J/PJ5Nz+PbtCBj+XVCCB1NV1Nilv8fyPp7z0UDFm0jTqNhcE3H+qJ9p5&#10;GoKnq4yOuM8gAF+QP8bDj/D3OEccLDyN5GY3tb03+gv7uhPHqxp5dRWeSVSEGgD6kEXt/h79FN/l&#10;BIvx+OBx/re9sBp60Pl108X7NjYk8X+p5+n+v7cJwtQmkNpuOTfj/W597ilVRpf8uvEDz6gRK9PJ&#10;qC6gD+kfUX4/HtkaCSNiFBbmxb8D+nI93bS2Qeq0p06pMrqCSFNr24H4HNveZB4EZmf8jUSOeeD7&#10;T0q9af6v9X+Xq5FB1xY+QhVH11WN/wCnuFMRICFN7nkfkXHB9uIxJz1XB6kJ6AOPoOP8bcfn23nH&#10;iX1KdLE2AH1a/wBTc+3AVJPWtOa9ZjPoHP0AuT+QP6W954MS51DxAkklj9OALfj3XWq+fVgnXCSq&#10;jWxLW+lhx9fr7zHHullRfGALk8fji4911Bsde0nritQp5Yg/0/1zza3vsPMjBQNWkAajzx+b396I&#10;Ix5de69ZGHNxf8fT3KDuVBtZ2+nFwT9LW91wFJPXqVHWOwv+NIuD9Lgf4n3Cq4p/1ldZve39ePwD&#10;/sfdkC07T1oih6zQulyL2/ob8/4En3xgh1C8kTAnkXHK3/p72JDwPDr1fXrt2A/S34N/6H8Wv7da&#10;fHldMn6jzYc2tf8ANh72ZCwPr1uma9QJ6tQdF7D6kj/W/HtTUSHx2VVdh9QeePyAPaNiA2elCAEU&#10;PTBXuCwLM0a6QAR9Lk8Fm49qCCGBkaSZQFt9L/n62AH+8+2qPXpumluk1V1VQjpFTN6iwsfqBf6E&#10;n6n/AFvbRWtDyYowBfi1wTa31t7VKhKVbrTEk56d8eJ76ZpGdvo17WAJP0v7gxPIzEOQi86Tf63/&#10;AMB/vXupbSRXqygHj05TRRhB4wXe/qAHAtzwD7iVEkSORJ/QqCv+v9bn8e3mZgKqOmic9SaWJ3Qe&#10;MkAMG0t/W/0Av9feWgpafUbBlLm451E/6xPtO0pJr6dXQClOuq+eoVP7LBQSTwtiP6jn2pYcVIqh&#10;xcqQfSDa355J9t69Yx06FB8+kjUZyBZHichXUgByLhj/ALSF/wB79yjRFAQSDqFtAP8Aj+Sfp7so&#10;8jw68CoNK/s6gnLrKwKI4KEWkK2H0/sj21V+M1JqWUAW+ig/mxAsfd1UZHVNIbA6eMXnAXEbU7g6&#10;iLta4twW/wAL/wCPvDSItLyZrHSbfgkf1JPtOwBwR16unpzrJGqwypCGW4LXAYD88f19y6gLUQ/U&#10;FrcG1ySfryPd4n0H/V/q/n1o1PTdAHp57kFUuCfVYAD8afbXTY5xKAsvJNyCtzyL/X8e25SrZIp1&#10;tFFc9Pc2TRYTqi1Lo+oYAXH0Fv8AinuRlKWAKij1yAXLD0qf9cfT2qgBWLIx/q/1fl16TSOm3F10&#10;8ssjM3jjZiNDHUwueCCP8D7aVkeJLKzKtudDG9x/Z9+8HUa1/I9UFaVHT84SRrMgdgeCw4sf7XP+&#10;9X9wJso8Tiyhh/VzwR/xH+v7dMPYT/qHVdZ4dSI6CN1AJI/rpH+3/wCRe+RyYmIREtcC5A/PvQQq&#10;tT1upp1xGPEepmdmP0AJNgv19yKWmq6hiACy34PNv6nj35vDBFcV/wBX/FdeFTnrBV1dNSx6mKpY&#10;c8gG44+v+H9Paopdr1cyCTxsxY8Kg9R/2J9p3n0Ej09eraan59Iuu3ziKRzHJVRxAA6nlYaAR+Sf&#10;r9fx/tvYvbU228FOpqacQhrFUupJB49Q/wCJ9lbSu8xof+L4+X2/l06FAWjceig979z4igjNNiso&#10;9XWKrlmhR/2ubLYm35Xj2I0NLT0i2VFQaeLKq/4fn/fH3cRPLQV8/wDZ/wBXp+XVFBUk9V57j7F3&#10;BuComlqXrKtnv4w7u4QNcXCAn/ifp7acplIoY3BkUEKQArfUAX+g/wAeL+xDYWkcWSOOfz/1Zp0x&#10;J3tQde2N13uTeOVpZpKKo+1M8euV4mRNB5sQ17n68+wg3LuFfExWQgi91vyfxwDb2oLBCU/Yf5j/&#10;ADfb1pRQUPVpPUPU8OGWEvTJcRRjXoUWKgajqUAXP1t/xr2BWfynmkuwKj6c3u3+I/PvWoiM1z1T&#10;TTo4OHxyUUIRCCB+QAB/gLfT3gxb0koCNpEhAtb8H6/7z7K/GkSSpGOnAQRTpxqVl06kP05P05H+&#10;PvlJQvHMZYmII5IFuTe49q5isiAnj1XSAeuEVQrLoccHj8/0+ntZ4xy1HaoNrW/pc24+v+w9lNXE&#10;hHEdKsaKnj0ncnGPuUaADV6r21fT68Ae3GDJx00ixixT8kEAX/PP9P8AD3SRHOVwfTrSPQ0PUCbF&#10;GrhZ3/XyQCPrxYDj/ez7zVNXQzsRZfpzdATY8/X2ojaZQBXj1ola9N9Lj66nTVdzY/hyBwbcr+P9&#10;j7YKv7BGYxRhpGFtbmyL/iB/xX2p8VqVl/LqrEAdP9FHkHCCSXTGpuUXlmB+gLH/AHu/vJj6fzBl&#10;soLWGpVA/wBYD2mJzXryDUKdcsjVfbBGu1l/sluD/Xn8e8VdTVFDqPlsp5HpYBbm2n2qjjVqFfz/&#10;AM/+rh1RxTI8uuqCupshx4/UPqNSm4tfUPbRDl3iks0usg2H+393mQBeqrLnpzfHRSqLR6AeSAAT&#10;7WKOK6kUsFuR/W5N/wCt+P6+0EMxWQqeHShlFASekvNT/YVJKa7A/T6ICD9F0/n+vtqqKBChiJjI&#10;HH0BspP049qVfQdYzXqmCKdOMFezMH0uDexsSCWH+B/HtO1EccEoEBI08EHhSfbpKutGHz6pTNOn&#10;6B5JE1SWOr6WPNvx9P8AiPbnS0zV0TcaWUNdbDT9Lf1/3r2lSVY5NPmerhKrXqJVzijKseVJFjc6&#10;v8Rb/e/bE1GUnZAw9P8AqiFBuefr7WSkUz5+nTajy9OnGOoEkSuBcMBbgk/T/D3lnlmowCrILAfQ&#10;Cxt+fT/T/H3VYUZMdeZgoz1xQJMSGVuSfr/j/r+4tPk2qZhrNypGq1x/sLj8+2ZK/B14MDnrMaZI&#10;lOgW/wBgP+J95MjUtIlgyAg/qbn/AGBPt8RME0/6v8PVSwLceuFLEsZJAPJ+g4F7/W3HuTjTrhc6&#10;9ZVR9RwLcgi/+x+vtCSBJ28engKKCM9dVIsU40qW/H15/wAR/t/fUk5aeKFirICtyfwT9bn2+AQm&#10;oefVcV66EYVXcDmx+l+ebjj2/HH01XdY2jLIvJJLWP8AsD7qlwFbS/n/AD6tRWBJ6Zmq6mlGuRHK&#10;s1gAALA/T6/k+2GPG1FDWioQ+kOuk8D6n/Ye2rxFkFV60tUOOniOriqYSp4JQ6l54Fvahy2UqDTh&#10;JH5K2IH9LcG/9fb1nGUhrw6blLMemGhxlItZJNDGLl2bX9CSTbgD8e0lSrJJLG92VQ1/WOSf8Afe&#10;5lZqt+09eGDnpTOUVWWwJtbg8WA9ysti5ijTGTSWAMbLw304JHty3cFdPViPPqLSVkTt41vqBIYf&#10;0INuPbXQ5iXHEJVKGRTYGVTzb+0bfk/j23JE1arw60HKnqTUUqVCmzFCRwyG3+H49qL+8lF/qf8A&#10;dPl+o+ntur/6v8HTmr5/y6aP4M//AB0/tW/P/Jfv/9HC06i4A45seL6fzf8Ax94Gita167wFcV40&#10;63IlpWIH+3PH5/oOf9h/sPcVqkANx+Te97f1HHux4jPW1XzB6mR0ZNv94H0It9b+8Dz3BJ/P+sR/&#10;jx70qMTjA6oeNOpa06qBa1xxYgk/4g/j3HZrjk3+v+F/9c+3TUGi9WFKVPWVEX8i30FrAD/Xv74a&#10;uASfr9fejqBKr5f6v9Xl17HEfs6yhFPP+J/x5/1/fAst7jn+nJt9PqL+7Lqp3H/V8+tVAHd13oBs&#10;OQOb/T8/i/vkIzIbgfU/63vdT59aNR1xaRYwRf6C/J/29yPchYgvJ/w/2Nvxf3riOqnOB1EactwA&#10;TzY/ge/fT8kWBJt+R7voNK061TPXQcMbGxN7D82a304/P+PvhrsPpxfk/k+7hQc1z1ulDjrvSb/6&#10;9iB+P9cH3iL34txxb68c8293IKDt/wAnXqHrmqBjybW/17f6x98C1uP6fkf7yfbbEE1b/Uf9X8uq&#10;/M9Z1QgCx+pN7m11/pcf717wmTk835/2H9OfbqqdIpjrYJp1k8Y/p/Uf4gfXgj3jMhvcfT/X+vHv&#10;ZUEUPXqdZFQC3K8H/YfXm5PvAXJuDb+vPH09+PGoFetVpw6kLHb8nn6cX+v9bce8Rk/p9Re/14/p&#10;b3oFtWRjH+r/AGOtVPWXQLcm/H4A5I/qPpf3w1SE8i4I5P093pTj1vyr12BGBYW4PH0/pcn37xH/&#10;ABPF7XJ/xPv3HrXXvKo/Kjn+g/Hvj4CTf8G3+I54HvzKQakZ60QePXITra1xxe/4/wAb/wCP9ffI&#10;0x4Jub82P0P9Tx7tQFT69b4jrGKkBja1uACLk/0tc++1prn6c/7Hnn8+9KoGa1HWqU/Prz1IA+v9&#10;P9Yfiw/2PuSlMB/Zt/iP+Ke3Qe3HXsjqJJU/7Uef98efzYe5iUtxcgf7wPr/AIe/UUCo49W+3pve&#10;ssStyPqB+fz9L+5CwC1x+Lf7H6cX9+Y+g698uozVLEjk8m1/rb/YH30YTzbn62A5496B9evEjrsT&#10;jVb6f4/S5/IHvC0NuQBf/bn+o92D40+X+rz68R6dZxLfksT9CP6Nz/T/AHj3jsAfoLj8c/63096A&#10;1HPCvVTXgesxLECxYEgE/wBeP8feRV4Fvzb88/4+7FqY9OHW6HrCWte9/wCp44Nv9t75hb8f8aBP&#10;491HHPVqdY2bTb/XFwBcj+vvmAfV/h/hx/S5v72VANR/q/1HrXA9YzJwoJ+ov9bn68jj/evfAr/v&#10;r/7b34n169T06yK31+tuALD/AB/5F7xBCD/W9/6/7ew93Livpw60R1kLAj8jn6H8f4WPvsL+OLX/&#10;AOI+ot7qpGTw/wBX+r/P14AnB67LH/G4FuQTz/iT75ggCx/PP+v/AEsfe+B1g8P9jr1D1jNzwP8A&#10;WP45PP0/PvoyJ/vHp/2H4PuuqjAjrxBOOu1gex4NjcEf4k/Ue471AAP04/x/4j3qRgxqMV60eHp1&#10;LipWNrgkfXn/ABP+PuO1So+hF/wP96t/T35ZKHJ/1efXupIoy34I5+v+sP8AfD3hNaoP1uDz+Of9&#10;Ye/Emnbg/wCr/V/qp1vyx1mSiJP+wIP9ODf6+8MlXe5H1B/2w+vvxBOCevdZoqUL/ZuvP1sfz/U+&#10;4j1bN9L3P1PPvdB1rHUlYAPr/sB/r+8Zmcn9VhxcA/0/HvwA69QcOsgjUfg/4X5t/re8bOT9eSPx&#10;/X/X9769w652H+t7x6b82/1v6f05v71pUGo619nXK5tb/ffW/vgYzyf6XIB/PvfW+uWri344+nB/&#10;x9+VT+QP9h/xI96qOCnrx9B10T/rm55/4pf3yCBiL/X/AFz72OvDrq5F7E/7D3ICAfUfUf6/+t79&#10;g9vW+uBb+n+x5A/1vr75BAByP8TxyAfelqDSuOvceHXEv+B/X68fg+86qvH0sPoT/vfvdTT59eAo&#10;eo7sTf6i/wBQPoL8/X3NVAQo+gA/wvf+vtssfzwOtgdRyxBY8n/WB4A4+n+398WUDi3+8i9vx/xP&#10;vakHFevdcwSeRb/W5/r/AF9xn+tx+Twfx/iPfgAO09aJznrOn0v/AE4t/X/W94AHa31P+8/7Yj34&#10;rUUPXjTy6y6kX8W+vB/rf3KiiJtf6ix/3x9+FeB68Oo00gBuBwf9he3IFvbjGnIFv9v/AE/rz78Q&#10;Ateraem6WRjfk3t9Da1x/re5YQaRx+P9b8+6as1HW6V49QmckkX/ADyf9b+o595BFcavze30BNz/&#10;AIj3YGpoOvBQOsLS2Okn+vH0t7zxoRx/S5/2P+I90YgHA69T16wu4I/VbgWN+LfXjj25xngXFiLc&#10;fQC3Nv8AH21TPqD1ulDQ9Nc39ohm/N/x+Lf8a9uCPGluOGseP8fr7acsck8OvV6aXikkLKL6lNjq&#10;/P5vf/W/PvL90gNrW/H0+v8AsfdGJIrWvW9Rp1gGNf8A19LX1E8XIta3+w+vvG9Uwaw/TyP9j9Sf&#10;dQtR14VPHqVFQoVDMLMpBAP/ACSBb3Gkk1Akm5/r9LW92AI60Aa9ToorEKFsL+oW5sTz/wAV9xXl&#10;sP6Di/Fv959+GD16uepqU4v+T/S9/r/Tj3AaVVNydRF7Xuf8Pb2mvn148Op6RuwsAV55tp/FuTfj&#10;3xNX9ASP9e/Pv3h4x1oU8+uYpSeQpF+R+Prz+ffEVa6v1f8ASJP54960N1uvr1y+19PAN/8AG9zb&#10;/kXvxqhyODa9je/5592Efr17z66+1N7gEfS4/wB5+v8AvfuPJVD6Hnjk25/2/twCgwOq8OHUhKTm&#10;/wDQ2HIta3+P59wnqP6f7b8/7Ee7hR5nrR6mpBb6gcf61j/jce4pmZr25/4p9Tz/ALD3alDkcevV&#10;6kLCqf1/BsfybWHHuDLI2r8k2NrC3A/r7sun4R1QsKZ6mxxi1zY82t9fxf30rk2/rxYfS3HIt7sQ&#10;a48uvE9eKKDc/nn6X4vwb/8AFffagknj/bkn6m/u+gsoHWtXn1xZlUfX6ccAcD8e5KoW+gPF7/nm&#10;39B7qFNM9eL+nUd3Uc3+tvz/AL1f3HeBrtwBz/sfr+fdwhqCeqaqHqQs6hRz/T6/Qj/XHvr7c2vx&#10;x9f6H8c3+nuzJpNf9X8ut1NaEdcRUAnT/sPzcH6/X3haL6kD9P8At/8AG3u1PI+fW6GvWVZPpc3v&#10;f/it/fAIdX0At9QR/Q8e9gKKAeXVCa4B65luOCTfm4+nPvn41YgkX44sBcfkfX3cVGD1qh8+sZcg&#10;ccEf154H+A95hGg+nP4/pb/Hn3YADragjrCZHP1Nrf8AEf1t77aMH8f7b+o/r7qfQdbHcaHroOQB&#10;+b/g/wDEH3iaNSSBwfx/xr88+9ZGet0NMdZQ7W5sR+Sf8fzzx7xFbcEf617c/wCufe8HrWkD7esg&#10;YkXF/wA/1Fv9h/vXvIAOG+h/2PHNr8e9Vr1rjgf6vTriSf0nkWH9OT9T7mAAi5Ivxxzz/sfewfLq&#10;3DHUQkgkAE3+h/2H9PfYtz9B+LH3onPXhx64kGw+p+puD/vXvmpUX+n+J96P29eIXFeumDW/PAFg&#10;P62/HvkGU/gf7wf9c+6sQPh62FC8OuOluSSTf6A8W/Frn3086ggBhYfk8H/Ye9LxqePW+u1hJUkg&#10;gn/A2/2P194xVhRzb62H0/1/oPdtQrjqhrSnXM0Za4+nH0sf9f6k+8c9chH1BNv6/X/W96I+eK9e&#10;BJ4f6v8AV/qHWSGkZSbAjn68WFz/AMT7ZpMgNZs1h/xH09+AI49VyTqPTitONI9P5/1/8eb+8Zrz&#10;6vzxxzxwL+/MfTqxzk9chTKLcD+v055Nj7hSV7FuDzbn/b/4+/L8+HVDQZPWYQrbn/ff7b3iFUzA&#10;6W/BBt+P8Le9560eFfLrl4x/vN/cczn8ni/PP/E+61BJHXgKnrnYD3DkkuWsTY/T6kX/AAT/AMi9&#10;1ooz59Xx137bZHb9J+n9QSD7sOtde95YbkHVzc/Xm4t/Ue/VoAOtKpAoeve5Hj1Na1xYWt/vfH19&#10;+DUz1fh173NjjCW/IP5JI90LUPXtNOHXvfbo31W1v+J+n09+JXgfPr1PPr3vPFcAE3tYf7f8+/EU&#10;GOrZ66P9L+5HjLEG1xxwPx7rUUqePWwOuNwOORb6Xvz/ALb31JG3Fhx9P8b+7AhhQ9eI9OvagD/v&#10;vpb3GEBJJ5N73F+Lg8H/AG3uoJVc460ATnrlcf71/vP098vFa3A+tr+9nIx16gHXdxe359yYqe4P&#10;FiTf8f7z7pgcergevXBnseP96PPNre5H26ryynn/AG9vz79UU68AfLrhrJ4BH+w/1vfEg306bgni&#10;x/x4/wBb37rVM068PoTc/wBP8P6H3JWIngi5tf8AP1/p79jz62OOesRewuD+f9bi3PHuasRFuLW4&#10;tb/H6W9+I8utgDrCXH5P1P8AxH9PckJdeRwLf8T7a4DHHPXj1jL+q1/qOPz/ALf/AHn3kjhDHm3H&#10;0/2/096LGgPp17ri8luBfn63/pb8fj3yePggen6W4PPNyBb34Gi1Pn1s+o64LIdQJ5te4v8ATi1+&#10;ffEILfjgX/Nif9Y+7LwoetefXbSG/wCRfg88j/WI945iFHAH0/17n3euodewOHXOIEnkk/64tb8H&#10;3F830FrcXIH0+v8AT3ZRinHrxPWbTzf682BvwPeF1DDVYm4sLX4v+be9grjqvXIErx/tx75RQO31&#10;BIH0+p4t+B/X3o0FT5db+3rp5FH9FJ/xAub/ANfb5TUY06rfX63/ANbj3TJPWwtTUdNVTWBTp5+v&#10;Fj/t/bvDCgIsATYC31/2N/e6ADPW6Dj0y1FRIbi5Au3Itxwb3H+x9uyRqBcEGw5HH+x9thirU4V/&#10;Z1egI6ZpJGb9V7krY355P5/5F/t/ceQgXGkfQ3N7n/C3t5eNetAY6zoCbc3HpNrW+g/PtplZfVyB&#10;b8Hj6cce3WwoqOmyB59PNOrkj62IH0F7fm/HuG84AIU3/wB4/wB9x70KjPWq9Tkp9RXUAOQf62v/&#10;AE9trys5K6vp9OeTbk8+23AOeFevEE9OUcYQXsb6bccC1/wPfY/DE/8AFTb8EH3Qg0p6dbFR13+d&#10;AHH0/wBpseLj339z9bcari3H0+v49+IFKHr3XQgFwSb29xPudIYXvc8/X+n592OTU9az59ZhEDbi&#10;1gSObf7b3jeq9J9Wo/QDj6kWtb3ricdaqCcdc1i5vpt/U/W9ufcNpgbBuSTxzb3cV/D1rrMIxYkX&#10;HH1t/X3AmlCtfi/+t/xPuxFaECvWsdZVBA5/3x+h95EqyQB9bfn6c/6x90FQMjqw4ddGNf8AeP6f&#10;7fn3mac/6/8Aqm+hHvYNM9bOOuIjH+t9bD8Ee4tTJeP0XP1uPyb/AE/4172oINT1UmvXNBb6j+lv&#10;p7bUM2v6H+nPJsf8B9PblDTqvnXrn7lJGzAg3N+BwSfr+SfddJ48Ot166JA+p9ulNSXW1ubAnjj6&#10;fj3UirfLrfWCSYL9Dbmw5/N/z7nLQtI1goKkAcjkf4n/AIj3dVFet1rw6jvUhBctzcng/X+v++v7&#10;yx44xt+n6/6/44/2/t4rjPWqU6wNWoyk3+n15+n195zjtZBK8X+o/P8AUj3oLQUA69pPXA1yqCNX&#10;I/r+P9f24QYgKQ2m/HC/Tj/X93CagOthDTpsnzCi66tNv7X1F/8AWJ9u8OOuwXxH68G3A/wufbZV&#10;jlfLrwUk18umioy6RoztOPoSwDXPJvcj8W9uBxSsLhSRblgAB72KHtOD1bSDg9M/94PGwJkA5vpJ&#10;ux/230/2Hvy4Z2YKI7gDj8f6wP4v70cA56rQUr10+5qZF1NMoLaiRfiwPJB/p/sfeVMAWBLL6h/X&#10;88f09+JZRjrVQM8Oo8m8IFayyKy2vdTfTf6fT3mTb7MR6BpX6j/iPd6Y+Z6sacOoMu96WMNrlNzf&#10;Sbj6AWJF7f7z7e6Lblzymnn+l+P8L+25CEzWvVG1D4c06R2Y7Ip4Vukpf08fj1Hj8C/P+t7V9DgY&#10;oACItRuPr9eT/Q/Qfn22JhrK1AP7f9jrZJ4DoDt09n1VTGzLUiKNfQVDKoVbXDueb8cCw9qFMUjL&#10;YRqLHn0/7f3eOdVbuNa9aUPx6AHNdm1lO3kWtqGJ1KsYYtpCcLe5sL2/3o+3CLFqrCwA/A4+n+sP&#10;b4njKl+qsrVyOPQPZ/tmvdTCXndma5s9n1NcEMeLf6/+9+5qUIF2LfT+gH0H1P1/2PuxuI1AU8T/&#10;AKv8tM9eWEFsjPQYV+/MhXFYIKeQsSfq7SMLkn02H+PuLUSU0anUwBtawNzf/W90eV9R7agefV2j&#10;AbPHoQtnbf3PlHp3VHRZyGsQR6Xtq1BxfkfT/A3N/aZraqAXIcW/N2BI/wBt/wAT7bN5ghhQ+WP9&#10;X+ry9NqvRudnbHytOsaNELmys6AqpsLfRx/0L/vHtKT5WlR31FfqB/r+0rzyVqOnaAHoxWL2TWPS&#10;QqocWXkt+oELyB+R7a5M/Dq0oBa5uVA54sLf096WRyK1/wBjrRXPSph2EwGufWXKgDUSbf64/P19&#10;8Rnw2rT9Lc8/n6ce6azgk9eCjh1nOwolCBkXUW+pXVYHm3+9fS3uOMz6SBq1ElgSPdzI5NFIpw/L&#10;qpU+fTh/dCnVw8ij0hQAB6dVvzfg+48uYmC3D8/gAnj/AF/dSCW0k469Q/Z04U216BSB9uv15YgX&#10;/wBh+PeBcpIwuxa9rn6WP5I49+aq4rjqw4dSzt+lVv24U5JAIHqF/wA83/3v3JjyMjcs1jbjkjj/&#10;AFvacgI4AyD17APWGXCQ+MhUW4NmFiQSfz/sfz7krWyFSSSdXH1I4/rY+9GtcmvVqZ6hNiKdSqxx&#10;xp4zcGw44/SG+vHPuJNVEcq7cXPB+lvwCD78zFlwM9eI6caPGxg2ZBY8cixIP0Y8f8T7jfenSLEj&#10;k/67H/D3RS7NU+XWuJr05tjY1P0U8DTb6AW94fJ5GJckL/QkfW9ufdnBOVz1byx1nWIQqQo1G/BA&#10;PA/3w/3j3CrVBHpswtf/AJGR72mKEdaPCp6nULH6OLEXAJ/178L+PcOOUGykc/Tj/D3eigfPqo6n&#10;TRNfWCNP5vx/iPblT1BBKWI5vf8Aoo/PvRpgdXUZ6aaqkDfuDm3Fhzcni3+A956mqFgqEXI5NuVt&#10;/Q/QH3tV7anNP2f6v8vWvOnUWkoyHOu4Grjn6ljxf+v9PbUKvQ3qIPPBJ93Kk8MdaxTp5NIGWy3A&#10;IN7L/h9f+J49+fIKtzqXgEf1/wBjb3vT28OHWvPrimO1G1m5t/h9Pr/t/flzIVAtyxa5B5/2N7+6&#10;aK56tXz67bCBnLWA0m1uP9gBb31/EGcliy6bEc3+vurx5FPl1Uny6yLj0jXToN/wbD8f1Jt7xSVd&#10;gvr/ADwL8fX3unW606zR0gu3oABHPHN7f77n3lSVHF7gkm9za30/H9PbPaD3A9erjrqSKRANP0AA&#10;Nv8AD63/AON++TgPZQR/xWw+hHuysoFR1vj1iXWhLFTe9rj/AFr3B94HCqAbm/F+Pz/Uf4+9h1rn&#10;rRIHUhQ7g2sB9Rf6kH8e+41JcOLgKbfX62PurUrTj14L127BUKEjU34I4H++/wBf3IEzRkhiADzw&#10;f6/1PuxYYVevH06hmnEoLKDq+huPr+AQDx7wvVItzpufrc34/wBt7dA1GnE9a65pSSEAFyq/QgW5&#10;B4tf/iPbfNVqQQSFBP4ub2+tv9b3pK1yOt9OMVLpAtdiF+psP99f21eVGkJ4t/qhwRfjk+3WAK1H&#10;VT6dOAVlUL9P9e5H+JAPtyVkaPQg9R4Bte4/PI9sAUPDrYqRXqI2oNqc8fUj+n+sPebwS+O4VgTy&#10;Sx/r/h72Dnq2mnHrD54tVi4PNuP6/wDG/fSxSBCA3JvfkfT8/wC9+9jJz1o4HXmlj13K8LwP9hx7&#10;xsjaDwAfwbk3v9T/AL4+3lpSnp1SvXIOpcX1EfU8f4/S/wDxr33B+ooyhiPqPxf+ntsjQa16sOup&#10;zdAVLKPx/X/H3LaEyA2bSgH0X6Dn6e3Ex+fWzQdQxUCMgEFmv9W5/HuOqiNjc8EgAav6f1v7rJQE&#10;Eft69U1z1K1GSPgc2/1Nvr+Bf25LOBGAtlY/UD6/4En2mVmDZ63TGeoEtIGfUwLKBwSTpA/3r3gL&#10;NIWNzf8AH1uT9LE+3hg56r1lCrEqjgi39RpsPyB74N5Vj5W3BAH+B+h9+Ao+MetetqK9cx4Hf9Qb&#10;kNxwP8R/t/bW87U/BVjqP1te1jz9P9f27QtX/V/qHVSaMenBY1mtZgNN7fi/F7n6e8aVMszgIpKg&#10;3Nv6D6D3rwxx4daAzXrm0UcaHUwufofzf+vB9ypHM9kYKAosCeS1xYgH3ZaqtP2derq6jooiOtdR&#10;ufUONK2Nwbj/AHoe22allAI8QAJ4Nx9L/U/4e9hhTj5de8MnqbHPGzXD3/FueOPp79S0zwtc2Q3/&#10;AB9bf4e2WWuOPXgOu5pkdbC7X+oH9fxcj26JU6yqEkgcck3J+ljb34KBUHHVwTTqA8Gm7hQCT+B9&#10;P8ef+J9zLOunxt6SQWP+w5t7syrp+fXq9QwUbV5Qbj9II+pFyDx/vv8AW99tQRVA1BhHYAkEg3I+&#10;tgfdBLpOet0Bz1xFbLB6dJkBJAsLcHkC9v6e8SUiK51EkDnm34+nA90lY01f4OvMNPDqSaosllWz&#10;E2tc/nj9Tf09t1aFdgU1Lbi5IBP5NvahQSlTw/l02eplKWUEPYm9+BcC/wDX3wjp7KJFcLqPq+up&#10;rj6kn6e6kpSnp5dbHp1keY6tBTVYfX+zx+LD3NeJ41RmbgAMAvAvx9fbVNQ1dWK+Z6ipMjM6IOSb&#10;EtYk/jg++Kz+Vgl9JBGoH/Dke6MSvXhkV6yeEIC59f1tb8cWtc+/S05kvZfT/aJ4+vNz7sjA468Q&#10;T10sojIufrew+p44sP6e2eYrDII2sB/sQTf+g9v6WpXy6r9nU6P9xdY+v1/wv/ifbhSUqMRIGuPq&#10;AxNxz/j7TPI48qdVJp1gmksCnN7c2HB/1gPanp4YY4xrFwR9AD9fbWo5I6eBoPXpN1Ms8sn7fpIv&#10;yTfj6e8VTSLJGWhIAN7G3JJtwQP6e7IwBoevMc9ZKardJAkoLMOSL/S3BIva/tPvR1EbkNHweAw5&#10;/HtQGDdVI6fVqoHW4f6fjkHj+t/eenpKlgSIwxuChIP1/N/9h7q2knT14KesM9XAl9UgWws/I+n+&#10;HuXNTSvEdcZ12sSBYXv/AL7n24i6B8/8nWiPQ9Qo6qHy+iQaPrYk6v63HvlS0d1AKsWvyQl7X44P&#10;vxZeA4HrVDXrjVVukl9cai11BcC4H+qHtRnDSCEaJAupeBa7DjkH3WKSJjp/b/k/1fPq2Dw6SDbi&#10;QVD+WF2CNbUOEb86vx/tre40NHJQBmIMpsCrcn/D3t4RI4Kmn+r/AFf5+tEkHHU58rDkl0D9oA6S&#10;CRcC1wePx7nUkxljl80Wm19A/Jb8f63tMwcShR17U3l1FrYEhMLQz3vw5uOF+hA/P49tdeylG40O&#10;t/0LdRxx7WQtXsYf6v8AY68ysVr044+N0lRlbXGwUXkazG55/PPtP08x9Qcsx/F+Af6/T3qRW1Cg&#10;6rU4HSmmiWwK6FFhfSQSOPofbgIzKdSxFzwLFbqDa/19tEmpU8B1crXqC0iwrZpVS/N9XrK/63/E&#10;e1Ji6SNSmtQCR9FX6cfk/wCPtiXPTqUPSUzNfLol8RuoII1OOf6WA9v9ZK1NDe91t+CLni1vr7qs&#10;atTT/q/l1UdrVPSQxsa19VIHj0tqNi2q173DAf09pWpySw2kDEXsQD9ef8PawLVe7rRK1PS3pMR5&#10;Q0ZQHjSzAWHHIPvH/EvKoktq9NwCbL9P8fr7qaP21pT/AFZ68XzjrOuG+2bxi6hnGoj1Ne9za30t&#10;/gfbTUTpMQ+oRsPqFPF/6gD/AIp7o69vVSQen6khenDR8uh/SSPV/rHV7l09ekkel7KRwWP1Nvyb&#10;f7x7SKtDT59bqK46w1VBIsmtCx4uFAuB/gL/AO8+5kc6IpaMsef1c3J/HHt5ow41eg60fU9NjxTF&#10;hHKF9Vxp/s/6xb3hqnaZG0g2Cn6D1D/E/wCv7egcAaRjP+r/ADdeNSuPLrJBCtPKhdlJNh+LW/w/&#10;1vr7SElRPTykFbIeTqNvzxx7USxau4GnVA2nj0rI0hljuLM3+08n3kjjgyLhAmogiyj66j/rfX3U&#10;SiOgP5nqyqHOOPXCVpKONnLBVAYkn8C1/bzDt+qV0Ah4BuLc2/1wP+J9uuFdaqcdaKNWnSfm3Rj1&#10;STVOisosQTbn/An6/wBePYx7M2uSplqIywFwARdAfr/sf9b2USzEzaR5U6fC6FqePRS/kF3HSbYx&#10;OmjrI455SwbSWM7gKfSiixHNuR7FODHQQCywrYAeu1jx9fp/vXt54EkUEGhPlj/V/h6aYsTk0A6r&#10;YyfeG5MlVyGprqtoLkIsUrCyFiy2+vP9feOryS0Kgrp4Fub8AD6/X25DswdCzcc/6qf6jnrZkFNI&#10;HTrtyHJ9hV0cDxVK0jmMNIz/ALsrtZNJkA/PtA5TeyxsUDfS4uCRb/X91Nv4Daa/6v8AVX+fVdRp&#10;Q9Hb2N8acWaSGepoYhI6DWWGp2Nr3uf9cHj2hMjugya9LamN7Xa91/rf+vtYs7kg8B9nTRHmMdGM&#10;2z1LjMPFBFFTIiRfgLYq9/oD9bf0v7DLJV1TUs7epirE/wCxP4v/AE9vMQRnj1vIFeh1xmOpqKKO&#10;NFVV0gWsPxxyD/j7StXFPUlX8Z1gfUi/0P5+vuofGg8B1VtRz0+x6EBAYAcccD8X49uOEoZxOZGR&#10;f9YXuAPxf/H2imAJx04q0XPWCsqI0iILWubA/wC8e36rjia4byKQpta9r/09uhW0gHrZAOem2mke&#10;4I0EEj8gkX+hP/FfceKqWnUI5Z1PAUngX55t7YaM/EvW9dMdSpIDM2oAKw/Itc/ji/vif3mZ0Zvp&#10;6UBNx/TTb+nvRIqFp9vWjnPXJQI10tpHNieOfzcn/b+4tq1Q6lZbtwCb/wC9/T28QlQV4DrVPTrn&#10;eE25T/EC31PPuSsQSMNOZCSf9cXt/T20Q0mfIdbI8uuBca7Rafpci/4+n1HsRNrUHlj+4DDTcgIS&#10;CdVv1H2iMlZfC9OPShI9I1dBrvnKfZQmNlZWYcSIp9I1cr/sR757hGgsrr5Fa3pAAtb8ezhIikQZ&#10;Dmn+r/V/m6Su41kHpn2VUirUut4SjH1Fi2q/ANvYeVFFSqxlYMqlr6LfUj8X93dmkWnXtAGehWpq&#10;mc2jurkKPXe1v8be5tJkkWMRcIAQFB54udJN/ZY8JVyw6cJqKDrjUUZkbXy5Nyxv9T/QAe5Es5LL&#10;JIA0Zt9D+PoSEH+8e33YGOgyeq1IND1Ggp9GtIyyMNX1HFzz+s/7174VFGKmIvAR+T6lK2A/r73C&#10;ykhX62VqtevJWGmk0zg8kD0trFz+f+Ke2RMo+MkaLQWABVnHC8+/SwEdwznrQkIHy6dXo466NWY2&#10;+jAcXH559yI5FyaMYliZ7g3YkAW+vI491DnVR+HWwpfI64FBQ6bs4QAjSoB+v6fbNk1EbpBPqjIO&#10;kMpJUqfp+PZkI/DjqvA9NEDVnqVSSLMpljIYMfz9QbfQ+8WPjgpJmmDGRG+uogjjjgf4e0UwMhBX&#10;j16gUY6yy65EKfpJ/p9f6e3CtpIa+nMkYdCTYD8gg/0H+P09vxTKi6ZOI6o8dcjqLFJJDLoazKfz&#10;9D/W35988XSVVCjB18ijkuTcBbfQj2hdA71TpSgKpTrupmgkUL5LE8Afkm/FvcCrrFEzMEYm4ALD&#10;03HHHtSIygoem9WaDqRFEdAFwB/h9bf6/tSYDMwq6QTog8moPJYBRc8ah+beyy7jdG8QZoenY6Ht&#10;PDpryuNeeJmieQFRdFDc3tyBf+vt/q6mBHCReKUD1ksupT/goPtxBqXUcE9V7QemSkpallLzGWK/&#10;oAVtLAfTUbfk+0nlKyMnykFhcKsN7G5P0F/949qgSEp6dVOTXpRUNKYl0D6/VpP7R54v/vXtywqR&#10;1EQ1UguCTdzdv9pv/wAR7QtclW0k8enhHUdRcoJYhrjqWQBVFgBpt/av/sP6++WZmp6V180ZCm1v&#10;1Ei/Fhb2YoWEQbph20tpHUTEJJUIzJLdgxDEabE/X8+09k8Y1fSh4wPFbUf7LEEfkn/evaqF0dSB&#10;x6rIQB07w1KwzGGUnWbAc3X/AGFvaV/hU/8AqJf839t+r/dX9P8AX9pvAX18/wDV59U7/wCXTprT&#10;/VL/AF+vv//STwmIP1/P+uP6D3goyhhnru9Wo63PxFbm3+JB/wB5Pvi0hI/P+PB5/Iv78EAbH+r7&#10;P9Xn1vNKdZFTgCygfjm5HJHI/wAfeAtf6/1/Fv8AYe78Mdax1kCn8f0/xtb8/T6f6/vrX9AD9Ppx&#10;/sb396B61qFadc/EbFiPrf8A1/6AW98wpb/b/X/D/Y+9jrdesbsFF7/7D/H82PuUkI+p+o55t+fw&#10;PdWOaeXVSR9nURqg/i/NwbXt/Uf7H/D3nBCDgG5N/wAEn/D34jrxFOo5vITc/QAfkAX5Nvz76eRR&#10;xbj8/wCBP5BN/do6lvT06117xmwIJ4PP15H5Bv7jNJ/T8X/wvfg8e1GgVqet+fWREP0P5I5/A/1z&#10;/tveMsx/p/rf8Vt70AvkKZ69Wgp1lsAbnkab/jgfUjn3i5tYav8AAn/ff7D3Z1Fc/s6qeOPPrMrA&#10;8kKSfz/sD9L++tLN+Pp/h/j/AI+9+GvE9eOePXvMFFhz+PqL/wC8fj314T9SCB/X/X/x96x59e+f&#10;XIzg8A3P9D/r/wC8++DJ+frxY2uBYcfj3auKDHWq1Feu1kueD/W3+wJuefx74GHUT/Q/7xxzf3pd&#10;QAI60OHWU1CgWJF7WNvzz/tv6+8opwPoOSL8j/eveqknrwUk58usbVJsRfUDx9R/tzb3yENj+Prx&#10;/tvwfbhowB4HqxBp1gNQRcC9tPPNv9jb3k8A5BH1P9L/AF+nvykUx1ocOsTVJ1A3+n4vawA5+v8A&#10;vXvrxBfoP9b+n9OPewanrdK8euXmJHJuf6gj6X/PvsQk/Qcc/wBf+R+/CladaoB1wNRa5JLcc/T8&#10;ix4+nvMkIFri/F+P9b3YIXag60aVz1HlqiBe5sT9CeR9f6+5KwgW4sP9h7sqaeOet/b1DkqS17MQ&#10;3+tb/bC3uUsdhxySbj/Yfge2zhqNjrfz6iNKGPB/SOTxYX/N/feng3W1z+OCT+PfiCM8R17riJQb&#10;Wa/1ufqAL3494yAL/Qg/j/W49tlWc4wB17jx6kq/HIJe/wDUgcHkE+4siAkH/YWvb28BUV69w6kR&#10;OVBFzf6jgc/i9/6f63vAUAJ/r/jxf/Y+6M1Bjr329S1csAAbA/UD8e8f6bD/AHrm35921hlrTrwo&#10;Ouem5PJ/pb6XH0t7zAg/0H0sb8gf7H3ZQBk9eFQcdRmDLe1yCeRa4v8Ak++y6i/0/H9f9v70WFcn&#10;r1D15YpDYqDf8Ej/AGwHuO06Lxwfpz/sPx70SOJ69x6lJTSPzYjgjT9bfnn3HapW5sR9Px/r+9ag&#10;1Pl149Slo2AsQf8AC3P++/oPeBqtQLAi/P8Ar/W3HveagevXq+vWdaM3JtwLAfT6n8H3GesP4H+3&#10;4/1yPeiaY69XHUpKEEknj/WAPH4v/j7jvVMeASPobAf7b34VOQOtfPqUtKo+vNvp9D/r+47yM1jy&#10;OBa9vz/gPfkX+Lj1r7epCoF+g/1/rz/t/eLWeRcX55593oOPXuuWkf77/iffG9zyefre1x/h/t/e&#10;qCtet0oOu/p74F/wD9L/AF5P+N/fhTy6oKjrux/p77Vbnj8i/u3Vh119PfK3P+8G30H9B79X+XXu&#10;HXvftJuOOL3vfj/ePeifTrZ69/vvp77sQDybg/gHm4+vPupNCD5dep1736xP4BtxYX/1/dgCTXgO&#10;tddXA982S4H4/P1/B+vPvwArTreT1xDD/E/7D8/7D+vvyxkEmx4+gvz/AK3PurMoFB17h14sOP8A&#10;Ef0v/vXvPpB5AP4N/wA/096DEcevU9OsZPPJHF1/H1+o95fGDpFrW/qD+Pqbj36tHLdeHWLWbf1H&#10;14IIN/p7zpEPze455FwffizDq3HrA78/jnjg2N/p/sPeY8Af4C35/r/j7p20z1o9cFuxP4JNwLi9&#10;v9h/re8RUN/vAP1tYH35SQKnHWust7G3/Gz77FOG54sD/Q+/KTqp/q/1enWyPLri02kf0P1Ci3+w&#10;BP8AvfvJHCqkEjg3sP8AC9gfdn1AVX/V+XWs+XWFp7gj6E8XNxz/AIH3LWNSAeD/AL19Lc+6EmtO&#10;rAHqKXIPPH+ueSfp6fciOPnj63P4uP6+7E1XJ4depTqJJKfxexABubfT/D3I0WtYcW/3n8/X3Wq0&#10;x/q/1f6qdb6jiUknUw+pN+f9gP8AYe8oIUEcf6w/H+v7qdXGhqeveWesJGrkk2A5Y/T/AH1/faso&#10;5P0H5PPFr8e/EsRTqxOOuJQk2H/ED88fX3wNSq/Tgn6/W/8Ah78eFD5dVqesi0bMRwTzcHi1xa/1&#10;HvkKsubX/wBbm/A/x9sEYJHDrf2dZPskjA4vcHi39eeB/wAb95VmItqa5J/3j68D3oiorTrYp5dY&#10;ngDalUaRp5/1/ob/AOxHvk062/2PH9P9f37u8h14kgdcFpSDci3pP5P+taw/4r7xtVAkC4N72P15&#10;+n/IvdghpXqoxx65rTEf4WAuBb/Y3v7g1NRwOSePoPrY+3I1Oo1HHrWAT1PpoB+LWuSb3tcH8/T/&#10;AGPtqlqj+D9fx/seSfbwi8j+3rRPTrHAo5I5H+wsB/X3G8xNjc3F72P9fd1U0NetVHWcxqvFuDbi&#10;39P8ffmlYW/4m/Fv6e9FamvXuvKiG/8ArH+n+9n3lR2YD9X1J+v9ePr/AF9+Kita069X06xuqqTw&#10;PpYcH6f6w/HuQsZcfQ/8bB+t/e2XSuOvAj9vUUzhX5PP0t/rjkHj+vvv7c3v/vP+H9felHbQ9eB6&#10;8asfi3HFhzf/AFveNqW4Om35tz/U3J/x9uxqpGTTrxPXf3gB9Q/2Nj/rcX94GpRcf0H4P1uD7dVf&#10;9X8+m2BIx1mFUSDY8/4G4sf6e+xSccC9zzb6i44t70BXI8uqefz/ANXDri1YAfUbf6/5H0N/ctKM&#10;2+luf6fjjj/be9jGf5ft63WgoOoklcpYgH082Opfr/vvz7kJTBRz9Ryf63/Hu9QcHrwapp1DerZm&#10;4+n0FrW/xFyB7wyxAn6D/C/9R7sDQdvXmBoSOs8U/ADX+nPHNj/h7xhQePobfkf8T7qxPxH/AFfZ&#10;1tK8T1mLH8cg8gg/j/H3ElgH6lsBc83Iv73xwevCtTXqVFOfow5A+lgSP9t/xHuN4yCbf43H+x+o&#10;PvwAA68BpPUoyBhz/sDwPfBlCXN73Nx/vd7+9gnz61Unj1yBLWHAsOf9b6cj30rqQRexP1/P5+v+&#10;Hux4deUeZ68ytf8AJA+n+t9PeQkWIv8Aj+nvVaGtK9WFBnrjb6f4+45IB/Uv+vxz/gfbevuz1XUD&#10;w6kabrwD/je/5/oPfBmQHkgj/Hn/AHn37XXHDqxOMddhDa9rEX/Nv9Ye/CaNSOf9j/rn3auM9UU+&#10;XXmjdh/yP/X/AOR+/NWIAeR9Pr+D/tv8fflIPacU63Trr7dr/wDI/wCvuG9eoNww/wBj/vIt7qzU&#10;FAOqHSBTz6zrTXtx/vX4/I94nyVgR/vX+P0N/ejU0PDry/4Osi0q/Xj6/wBLe8KZBj+f9bji3+x9&#10;0J09vl1cZXHXM04+v1P5+l/fN6p2+jXH+vzz9Bf/AI172Bwr1sY64iNV4t+foAOLf63uJLUsn1Nv&#10;9c3/AMLe90r/AKv9nrR9esyoPrx/sBb3ENUWuQ30t/a/23u2AOqEgY41656Re9vcQTAsTf8Awv8A&#10;Tm/Pu2ryA69XVw65e+2kJ/Sf9tb/AG3uvE0PWlxx6974KS5H5a/P5/2w93A9OvHuyOve86wvYkCx&#10;/Av+L/776+6kjy68oOqvXVx/vv8AivvoxtwLc/nj/b/8j96rTPVtIr1376MClW+oJF/63H+Fvder&#10;U697iGC7Wa31It+bf8T795daoTjr3vPBBY2PIF/xz9PdS+cdWA9eve3FKa55Xjj/ABv/AI2911Vx&#10;WnW6ADPXEsB/vrfj3OFKNIAsOfz/ALxe/vVADTj1sCnWEy8/X6W+n0/offE04+pP+wv+fqffgadb&#10;p5dcvIfx/t+f9bj334gBxYWuLcjk+9lsY60BTPXV+fqb/wDEfn6++cYAJF/z9OPdCSuevcDXrprk&#10;f7CwPvm0d1LD63/p9P8AG3u3HrfXWqxAt9f8f8P6e+EcDf2r2v8AX+ovf349bI67aQD/AF/6f7x/&#10;vXvN9rqBH5uLfjn6fn3rz69g564+Qg/61+f9f+n/ABX3l+3eMD/WB/r+Pr7arU0Pn16lOuIlBv8A&#10;4cf48cW95iCOCb8fT/YX593Vq4pnrfl1j941iF9Q+hNv6/X3Ukk0B61nrmW4sR9PyeLe5Cofr+V/&#10;3kg3v78pHW6Yz1iYgcf1/wB695Ue7c2Nj/tz+L+7Lqp1qtMjrg6ixt+bD/ePx7nBQ1j+frwADf68&#10;e22FMeXViST1F1W/PH05/p7yMgRbj+l7ccD8+9gEEHrfWJZNbMObXtq5/wB4PPuLLIFH+03P9Tf/&#10;AG3vxBY16rw6kRoT/TVx/hb3HEpIJJuBYf8AEj24BnAPWiaHrOY14AAB/r/rfW3vC2qW5HqsLfQj&#10;6fk+96Qo60euYsnHA+lueffNafyLax/w+pPB+hA9uIMEnr3WN5gjDn/XuR9fxY+8sVIdViCFFvqL&#10;XH591cUOo8evKOsT1SBCVNzz9CLg349u8MUcd1PJ/B/Fx/gPelIABPW/l01zySyEFTxfkf6/+J98&#10;/KATawA+v9P8OfegopUdWU+XXDwk6Q12b/A3/F+B75LOSwCtawFj9P8AH3s4Gr8uvZ4dcGpgEOpb&#10;nkm4vz7l/dCMElgTpsefx7pSox16uMdQzRF2UaSATdePz+Rb/ePcObIKqkBrk3PP+2/417spyMV6&#10;0WPHqZDjCzBioUAWtb+v5H+8e2Gsq9RupFzc8G/093qSSp6bfuHT5S0wjUAi1rfjjkfT3C+6Yg/U&#10;k/4/09+KmoI49eBIFOpQiAt9AB9OL/U+8QqOfV9b8W+o/wBt723CnVuOeufj/oePeb7pdBBYf1v9&#10;DwfdKHrfWMRHVcA3+lr8c/4e2x6ki9iTe5Njbj/C/vwHketcB1LWMfkWI+n9fpbn3CapZn4vcm31&#10;/H9Pe2Uk0HDqhNadcwoA+g/4r/j75CSRn+vHH1vf/Ye7Ig4ceteeOuzYD/eP+I95UjeS9/6XBsbe&#10;908h1sevXFmAP1H1AIv9T+PfvtWcgWJtex/r/X/fH3sY49e+XXHyKAT/AI/76/vNFQSKTwWufx+B&#10;/j7uQGNR1sY64NOo/tAH/ffS/uTHQOSQw/1vxx7r4dDUdeJNOsbVKgDn6/634/1vfbUDE/p4/wBp&#10;4+n5P+PHtwY6rU9dfcLb9X+w1e8sOOu36f8AWuOT/t/ezSnWjUCvWOSqAX6g/T83sL+3amxa/qZO&#10;bjjm973PtslageXVlUUqMdN9RkdPCEfQ3/HBH+w9vS4tNII9JIuRbj3oSeVMdWxw6ZpMq+qx5F7D&#10;k8gfkH339i0fIN7kcWF/6X/4j3tDVqkcP9X2dbAH7OuJyUcosSB9eb/n/W9yY6N3sTHpBsLnjg+3&#10;K0qpPVvhHUOWviQELLrZTew/3m3t2psUHAU2sSOSOb/0sPfi4H5dVMgB6TddnzFqdQWYcAKeDz9Q&#10;T+fb1T4izqQb3+nA491Dg/7PWiw6SOR3YqwSavSVNmsxN/8AAD2+R4xbgFBzbkD6E/U/8R7qXIat&#10;cD/Z/wCL69U8ekHU7sIR2SYh11EDUASo+gPPueuNVQFCAC4+o/p+Bb2yGo2onj/qr1qpp0npd4GQ&#10;OzSsWW4bSeT/AKrgcH8X5/2HvJHjlJubCxP0A4NvbcspU6eNeNet01DrGd1s0TBfIBo1Kb8sfwLD&#10;83/HudHi4/6E3N/624/w9ttcO3DFP9X+r/L1oL+Hj0m6reLxBlaUIdCgkOLBv9UCfpz9f8Pc6LFC&#10;wKREg8AC/wCP9f8APv3jO7EN5ca/6uHT/gknPSPy3YFPSqfPk4k5OllkVipP+qK3/F/oD/xPt1hx&#10;LhQUW9/rx9T9bD/jfupmLtpftp/q/wBVP29aEQBz0FOc7UxUNzPWrOpN4wslkIAIBNvyTz9f949u&#10;8NEyWBAuOP6LYfQD/H2wYWk72J/y1zx/1ft63oSoJOT0EGc7exVnhpdTm8mpzf1XtcAD6D6/8R7n&#10;eJAOePp9PyPrYn3aK3ZDU562CgPb/PoKshvupyMjLRxLpZrBiHvyR+Sb/wCtc298XaBACWAW4/A+&#10;n9R7eErrXSO6n8/9XzHnjr0lQwJ6i02EzmakBtM5ewJAbxBCQFJI+g/1/bBkMnEinS4Fr/4XI/xP&#10;tYjyU0sOI/YKdVJAX1J6H3rrpyonniqqiIznXH+oG3LeqyD8D/Vf7b2GuYzZUvpcg/kXN7Xt9fbg&#10;rpoeHTBBrQHqwjYfXNHSxU5NMjlQFVzGFuQPowI/1rX9h1ktyyRkgMTzzyT9P8P9j7ZIAx6/6v8A&#10;N1cGgz0YnD7NpEVSYkW2kgaR9RzYH+nHtNyZSScEliSTwdXP049tVAOnq2r06WcOLhp7aVUAW402&#10;F/zb31TzuSLsbNx/iD7q4oajrfnTrNLAljZfpz/vj7f6QK3BJ5te3A9tM9Bqp1sHpP1gYfQD8/8A&#10;BuLA/T26iGyEqvPNuL8+2/EGoV4dWbBp00tJqdVZuRyefxb/AH319wihNw1lIJLf6w9qgaio6rkH&#10;qQH02t6hpGj+gJAv7iPqDELb6+kEEc/63vT8OvH16nwhWAMgP0Go3Bt/j/xT3IiVyUDcckH+v0+n&#10;HtoIOIP8+tj59YaiVQG0i4C3HpAH1/JPt2X0/qtpNh/Uf4296oTkdaHp0xSXP6B6gLgcg/W5F/cW&#10;QBmKqCbnjmw/1zfn+vvxIGet54DqfDqVAzkhgPV+Tcn6Aj/efeEIV5+tgODbj20zAjt69Tz6lhwx&#10;Ctxe4Fr/AO3/AMPcaaQ8kDTb63vf/X93jA4eXWqUFepUUQ451ckL+R/X1f717bZahtJAP+H55twP&#10;bhVa1HXia9OMMAB9QsL8XIuP9b3gp3fyFvoTyQTYDnk/7x7ZcE0DdaI6lyIhTSDqX6C4ufpwL+3B&#10;J1BuTf8AN7g3H9L+7rWnpT/V/q/1DqwbFOm2WnJHpH1/A4AP0uR7i1NQdXHC/wBF45/2Pt8UZaDy&#10;60aDPWalp9K+oAtybmxHP++t7YZ5nuSTzfix/H+w9uYpTqhNeHTxHEoACji31tf/AGPuKJ3VWFrn&#10;8sfof9ifelTODX5deHr1mKKxH045tbkf6w95VlPB/pxYX+n9PegADjr1euBX8f73b3KimLc2J0kW&#10;+v8ArH6e/UFKnHXvn1ieIfS4F+Tzzf6/X3yLPr1ED/C4NufqD7ZbhQcet567Crp0j6f4Hn/D6e50&#10;KXF2Jub8L+D+T70aGnn1aorTqJKxW4UCwt9fzb/Ye3WnjUep2J9PH5JH4B9tMM4/1f6vLq2B03VE&#10;rWCIv1Y3tf6/UkW/x99SqCTo4I4t+fdtIHHrTca9cYZCLayWHNuOPp7xt5UBBN2HP9Bb6kf8i90A&#10;1DHW+s48bEEAgHgACxJvwb+8dmddTkX/ANvb/Ae7Lg9vXvKp8+uTMqHSoPHNvpq/re/tukcqzKf6&#10;kAkkX/w92CEGo/1fPqhpXqegVkU83/pbVxzcH/X9t8wU8E8lRz/Q39qk9GHWjjh1IUkG4/xt/rWs&#10;Le+oKMuVXhTfgkkf7H3V3CjHXiM0PXnnCgsTq/qPr/j7fqWiaMXL3BP0AABF/wAn2ldvTh1demqe&#10;rV/SFsRwSeSCf8PblIjkKqgCwAtcXt/S3uyUAJPn1pia56a0ePUzMxJDG5H0J+p98BTm1gtzbTcf&#10;S/8Ajb3tSwNT1auMdZGqkFiXsNWqx/pb8A/09wnoalQX+qX4FyPp7eGlxjj03p8+pSZCmLBNVmtY&#10;m1xYj8fj3IpqGZLSsFOrnRx/twfbTUJr6dW4cOsFRkIW/ZXUCPq4HHIP19yZFax9PFjwot/vf19v&#10;KNWOtUrnqGjrqFyLlr3cm/1/r+PbBKGViQGuf6m3FvqPdmSp9P8AV/q/z9Voa16UETqVFyCABwLH&#10;n/E+89Kxc8sAbi5J5+v9D+PbDmnAdXB64VChVJFyByOPx/T3K1hZdCEEm1x+L/63vekUHXvPqJpL&#10;Rl2BC8jm4a39feaQOSvkP9DZTxa34HvX2dWA6wxNHZjGP6rc/W/5ufcKYIXsBdfpf6Ek8fX2+SQA&#10;OHVDk9S4DJo1EkMPoPqvH9PfGOl0WkQjTq4Xm/I90LK509bK149c3qSSUYHUFPq445+vH5/w94ZY&#10;nSUMbhTYgWv/AKx9uM3aNI4dV0kdZYZUkjZb+oXB5PB/I/339fcxTrspBK351fgDi/PtOaCh4Hqw&#10;OeHUcqUDFSCbWUL9efre3vi0KO9r3HP5+g/pb34sNII69TzHXJJHRTqUg2+pH1IF/r74NRgsCjKp&#10;+oH05H0JPvxbNW69T165LVNpZWBItYn9X4/p+P6+8kcMquAzLo/wNz/rA/n35yFHb59eUevWNpo3&#10;XUEbWBb1AAcj8j3NPpQhbfS2o/UWNtXuqAO/V65oOoZNyC4P1vpFyLt+D/xr3Car0sI2ta/6vqR/&#10;rj3spQ46pX16mrTalEgvqA4A4t7wSaZGC6R/iQDzz/W3H09uqxAoeB/1eo62KHj1lRWjBYMSQOF4&#10;+o5+n5Pvh9WAjX034LKSBb62v701KV6rgHrmL86zZiLkA2Nj74TVNhpfUwt9RwTz9SP9j70BUU8h&#10;1aop8+uUcAvrSyk8EfUcW+hHvBFLGknNyeOP6fn8f4e2njoMdeBHHqS6sy24AP5+t7f0v7exJHIq&#10;/RC9rcfq/wALe21Gaen8ut1B6aXilRmIBdVvYC35+hufr/X22VdLD5FkNi1yVFr/AOsbj2uVyUNf&#10;Lpo1rXqVTVErKVF+fr9B/vvz9PfOCnaVlKuF+lkAHq/1z7Tu4p/Lrfz67kmEQIZS31Oo/Qfj+vt9&#10;iU8oy2NhySTfn8D2wRp4f6v9WOr58umWVwbPr4uTpAIIF+bn3zmQkKkbi/JsDcA/m/vaBcl+PWyK&#10;8OsccmljI6MU5FyLMQPpYe8sEYCgSXZrgMNJtb6X/wB796BIrp4deHoesFTLrN4/SpH+qFyfzb/b&#10;+3GaFFiCR2W41HSALE82v7cic/af8nXjTz6Zop3eZpJQSASiamuWFyNVh/vvz7gpAxDE2a3H5IP4&#10;BJHt8aWNFOfPr2n9nU2SoWMoLaQSCp9NwfrpF+ffOOSSnFrA8g8cfjge006UbrRAGT1l0R1gvdha&#10;4Ork/wBSeTb2pqN1kiBkbSLccH62+i+0OtlkC0/1f6v9R6d0r5dJHK05jd2iVna/6QQRa9gzfX8f&#10;4/7b20Vrx+Rx5wnqAAU82B+g9r0atMdNkCuenXHQzrBGTT+Q6Sx1AgXI/UR9eP8AX9tjK2kiKaxN&#10;yQ31t/sPakGMkmn+r/V/qx1UnOOnQGzJ9xALD0ccck2tz/xPuKr6VZGkGsn8gc/65/3r2wWKsSv+&#10;Xr2qox05mIOyMI7IoFrML2+otY+4UsSpqYKCRzcA2J/w9vRyFlz/AKv9X5dVPr1MRiSiEkBvoCbl&#10;QfpcH33TZExagbCxve34/I/r7bkQ6sefVg1BQ9d1GOSdQf1XBABH5/De1LSZA1BHjVUAH6uAf6fm&#10;3+wt7ZfC0Oa9eFRnpJVmHSmu8jNJZr6VLWIb+v8AvZv7lVqyyxMokBUqbXuCLc8/4+3IAKV9etnP&#10;TbQyQU9SrNCwcML6bMG1f6kf0/5H7DjINIZCgV7oTewPPP8Aqva3QNNP9X+r/V59NVNa9ChQaPGr&#10;FlGsAqS1yLi9gPeGCrLBYdbBx/r2sOOfaUp4dSM9WBHUqSEE6yqkW/P1J+o+vt3FPGUukmuUkFiQ&#10;OPx6fdFYE0fA6vQU6bTPIr+qPTGP02uSxv8Ak+4EqSQvfTq5ve9iD+f+Ne9+GAv29NnGOpkcqTL+&#10;rT+CAD9P8P8AefbnHMHjAPpIAIRfwQLkj3RWIx5n/V9nV61XqDLT6ZNQ5W5uzji1/offT5JKdgl7&#10;E8W/UTf6knn3TQx4j/V/q/1V61XOeuxQeca/1W+hHAsRwAB7j1mOfJDXCxe9jYC9r/m49ropYyml&#10;jnqrrq+HrjDWrjiY51EYBNn+ga30+v8AxX28bZ2tkoaxZDSyMmq5Zgfz/r8+0lyEY8f9X5dbjBXj&#10;0mN17529S42ZJcpSxSNGwCmRAfpY83t7HzHYSHxl54xEbC/5JB/tc+08ZnU6ACf9XD5f6vl1YsyZ&#10;PRCOxO3RT1McGGr46p9Z06WDLdW02tGb3H+J9rGmEFFT2SyqeLfp4P1uR79bwSXEwBXh5/Z8j/m/&#10;b1d5sAt0TDsrNZXceSKTuKmeRlHiRjPIPIOVst7D6fT/AHj2mMxuiGiuFkXi4PP0/wALi3sQpaRp&#10;H3Cp/wBXr/qrnpIZNXQh9RfG7LbrKVuYhmp6eQq0EOk6mTnUW444/wB9z7Dit3hDWM8avy1x+qx/&#10;259sSXBg7R/q/L/VTqwUE6gej/bO+P1JteKnmjhVfCoIXTcW+tzb/bfX2GmXnBlLGdgrE2Ci/N+b&#10;X90kZZFD0z06R5Hj0ZzA0jU9MsIgUGNVUsW08KLC4HvuiEUi6ZACvJJbkmw549oCzVJU9XVcdS67&#10;yRkGO4fj9N7Wv+T7ba1oFl0g2A4KgW+v0Jt7UtqA4Vr1QsOptCJmj1PpueQzG/P5sT9PcymhoZ4G&#10;ZrIEsHIIAt+Db8+0YklDU6uAunV1hqZKuCVAnrL30ggm3+0m309uFIKF28VLJ4ytlvYEFvzc+6uS&#10;vxivVh3CnTfVGuVfLUR+VTzoBIsv9ABf31kKMxE+VtdxYaARqH9eL/7x7fjbWlVPDpsgeXXDH1yy&#10;m0UeizEnVb0Efg/4+2oYmGpuxVhpF7ar/i9rX9+WYjtI49VVMVPHp2lyLU/GoNqNr6WA+tuG9u2N&#10;paSGQKyoE/tFz6jY8HV+PbEgZm7ePV0IFQemvI1dVJTs8ZdpLWQIPofzwf8AePfVZ4dZEVlRTcMS&#10;OP8AYH6+3yNKU49e4nrjjjUaEM92lfgqP7X+JK8D3AqVvCJFHkY/S6iy/wBfx/T3W3fivl1qT+j0&#10;6RXEuhrxqAeNVy1x9L/j3KwOe+znEMhbTqF1PC3+n0H/ABT2mntmrrGD69WikPBuoW4MHHk6RwFU&#10;kow+lza1uCb+5G6cklSoaGUHnm3p+vJF/ZxbSj6cBhmnTMi9+odMez8C+KeZJItKk+gnkAfQce0j&#10;BNUTIwbS68lQDrKgfW//ABPtMsoWTSPPqwFV9el5LDChDcqf7RtpB5H9f949sYlqlqyQCsYYnhfx&#10;f6XPt2aMP00lfPqcoQx24PH+xvb/AA9qSOXyxh18iuosQ3Cmx/r7oE04I/1f6v8AB04T69NjppfS&#10;ShVjfjm1xzwPcsZSQQPG6xxn+zb6EWsSSfr/AIj20inxM8M9W1kinl1EbGRGVJFaRvoCGY8H6jgf&#10;T2jqiqjqah4pGK8+rUpCH8i1vbkjsGoPP8+q4OD0/RRiNAABe3A/42fajwq01OCySajbVpBGkgfg&#10;+0rDU3p04KKtF6bcj5pUEeiyk8nm4v8Amw9xcu8tQZJC3p/PA4A+mn/YezIM3h6R5DpnTTPr1yx8&#10;UcCJGByP6H6n8k/7H3ww1FFW2iVSz86ZFaxFwL8fQe0JuBE518D04i6usuQnamjM2oaFALqRe6j8&#10;cc+5WQxtTjGYqX5IsrOAG59qSiSqHH+r7P8AN1Qgg06iY/J0+RS6lWte9lvb+t/z7aZ8hOyIgkCj&#10;8xhrvwbcgf7x7ToQp0+fr17V5dOiU8QYtpueOSBzxYW9t8C/fSuFk0tCL6WU6efpcfT3Z5KUU/t6&#10;1X06ysQgBt9SBx9f95+vuQcfUosk0fkRgOCbCNv6kKPp7cVEkFfTrzdoBPWPzx6ghIuRyPyOL8j2&#10;6Yqiq6qRYXaUs5C3W4AN+SCPaaWkXxeXV1Useo1XUw08TSsUAUEm9rmw9rKr2kRTx6wzMg1eTnUS&#10;B9ST9f6e3rWRZIzjB63IAnHpEw7zpmrWiSRfqFMd1YKQ1jbT/wAV948Zh6qCVppJF+3FtIJ0ng/i&#10;3svuIUd6L5dOKQi1J6c67O0rxeGNC1QwNwBwuocXb3Kz+GlqfFOiOEFiroDYW5uf8P8AiPZxCuux&#10;rQmnSYuPFz0xbe3DSQ1VRj5aiAVIbU0JlTXYmwKqOfz7d6HA1MlMpqYUeNogVaNyQeP7Sfi/snt5&#10;6yeHH6/5elLgaajqHnN0Y6jncx1RhljksyTIFHPN0lJtx/QH37+EQf8AKuv/ABy/QPZ59G/z9eB6&#10;Y8dPTpo/vfL/AMri/Xy/55fp/T/jXv8A/9NIh/yDc/6/5+v1HvBcig67uVoM9bphjN7FeLfW3+88&#10;/wCwv78ZGNhwPr/xv3sIK9aOOHXegC5Iv+f8P+I9+VWY8fT6m3445v79QjB68K9cXdFH9Pxc255u&#10;Lc+8yRc/4W+tv9ifdiCBXz63XSPn1Haf6C5+p4JtY/6x/wBh7kBfpp/JFv8AX/qQfegONfLrVfl1&#10;HLfS5J/Bv9Lf4e+YLAmx5BA5+nu4GpRUf8V/q/z9eB416xNYf1+h+n9eP6f73785Y/puD/T/AA+v&#10;vwj46vPrxNTnroMoIvY/m55JP0/SffAK7Hn/AF/8P9ce7hAFwP8AP+fXuu3lVeLi9+Pxb3zEX5IA&#10;P0sv9P8AXHvxRh516qajI6x/coeBz/wbi344/wCKe+hAOeD9R/xX25Tget1J64GpP50/Q/j83559&#10;5BCoFyLc8f8AEjj34gMeq1IPWP7hz6Qf8b8c8ccH37SFAt9f9YHn6c29tEkkjyHDrbVNR5dc1Yn8&#10;/Xk/X6fUfX3xaMsP8PryeBx9R7uoFatx/LrYBA695gtwvA+gNze5/rf3xWIWF+f9fn24RWpGD1oD&#10;z68ZubD6cmwvz/j7yrBz/UX+v1sfp9PdamuOOOvedOsT1FluTb63+ouObC/H+x98zCR/vI/w/wBg&#10;ffu3V9vW+PXD7nUoFzYAH6kG30+nviYrkW+t/wAf7wPeqevDrfl1yFRYWv8AQ3ubm/8AaJ/3j3mW&#10;A/04/re1h/Q+90wCDT/V+zrWn06jPVIL3/UfwLHn/Yc/63/Ee+X2wIvbnm5tx9fr7twPW6dYzWm1&#10;g1hqIt9T9LWt+R7yCn1EEj6fUA8WH097QaK1/wAH+r9nVSMdYZa4XspABNv8fze/vJ4EAH0ubn/e&#10;fe9R4dep69Rvu3Ja4Ohf8f6C2k3H+sePfvEPx/W1uP8Abf74+7BwBQ9b+fXbTEm309P6hcCx+vvJ&#10;ptyOBb/H6/j6+6v4bDu4n/L/AIP2/t60KHh1iWR2YqeSGJ/1wDf8f77/AHn3jLDgm1+be6lQOBr8&#10;ut0Ne7qQqOeNLAc3P+qJ4+hH09xZmUfT1cXuP6/4e6rIQOvcenCGBmNibf0uLcE3APB9wJJ1W/N/&#10;9Y8X/wACfd9esUGOtcenGKkf03/1uP8AeAQfcRqtQfrzz/vufejpIzmnXjw6npRScAC17D/X/wAe&#10;PcR61SeDwT9fx/T6+9AkgU68OpiUGngi9h/xu9re+ArLggHj6f69vdmwD59eNAc9c/suVPF/qP8A&#10;XPN/eN6piDc/7AH6XHtqlfh62fXrOlMo/s8cAmxP0/1/r7itMzDm55ubf0HPu1GI/wBX/F9ar1IW&#10;JEJsbf0/pc/7x7xhmI5+luBfix+nvxUj+WetdZPR9B9bnn6cgWNx9ffBubc25+ntwAA6jnrw65L+&#10;Rb/Y/j/EX98Qv1ueOf8AW5HH091RvIf6v9X59b65Hjm1zcf6/Pvor+eD/j7vmvWuvBv6i1vx78yn&#10;ji39bfU/j3sUBx1vj10G/wAbk/7YW/xHvgQLkW5555/P0J91Brny69Trl/vvr+f6e+Og/k/63P1P&#10;u3y622add++1iZueR/hb+nH490JCn59VA9euiQPqbe8wi0nj6j+vvwYEj062OHXAuLG4v/QA8/7H&#10;32YueAL/AO83v/j79Tur177euhILG9/96uLX495BC1/9jb/fW911UOet0x1xMot/X/eB9f8AHn3y&#10;8WkHUOPr/re9tk1P+r/Vx68OOOuAkvaxJP4A55HNvflRf6XNiL/QW/rz72Gr8vl14AVz15mb/YE8&#10;EfW/495Ahtx/r/4C4/x9+rqFB17gesWoX5/1vryf6e+/HqY3H5tfi9wPz/re6n4QOPXuva7D6kAf&#10;0uPz/X3mSKzG/wDVbf737tqBFT1vrG78cc3uf+K/T3n8dhe/1v8A74390ahOfLrYAr1hEhPFvqRY&#10;cH/HgD/efflUKODc3J+lwP8AW9+Os4PWuJ66ZgW+lv6X4JH0Hvl4mYc3P+w5I/r70AOPHrXyPXXn&#10;C8KALfX6f7zb3yEaqL8Dj/e+Pp73QkUPW6efXAykngsQCP6Aj34WufV9DYfg/wCvb34ngKdaJzTr&#10;oXtccXve1zb/AAJ981YAn+o/3j/H8+7eY9OvEdcGUlePqf03H+8e+asPob/8R/h7q2CaefWx69cC&#10;pIuB9ORcer/kfvOl7jn/AGP+v70aEY6sMjqK4/1Q/wAT9Te3+t7zhz/XgAfm3P5t/wASfdTQNT7f&#10;9X+br2D1h8YNzpsWPP44t/vuPceSZeQOBcXP+Nv8ffgzEcc9VOD69So6Yi1wP6AAfX8cW9x2nJHF&#10;wb8/i/4+vv2Q1D17qUlOq/UX+vH1txf6e8BZr6v8R/r8f4n37SSCfLrYx1IURghePzySLG44t/xT&#10;3l8jDT/r/m3uiqan06r59cGRSCf6Xt/X/bf7b3lEh4IJPu5U0p1vqP41/p9b/T+h99iRj/U/g/j6&#10;+9+HUdb1GnXRVEF+ByLf1Fv6e+yrEcc/634HuwTOeHVa4r1jWRRwQAbfn6E/6xPvBKrEWJvwP9ux&#10;/wAf9t7vpGoN16tes8LqL8WuTe9vx/W3+39wGjP1J41W+g/PI59viMEEU6oa9TVmsf62Fwf97499&#10;CHm4/B/Fv8f8fetIGOvA8Ovef63+n+2N72P+9e83hBChuBx9T/j78BQY49VoSa16xGZgTb/YW95U&#10;i/FuBwPpyPyfeyqjuHE9WoOsMk97XP8Ar3v+BwPbpCgtY/7b6Wt9fr7qwNcderQdNE8raif8fqP6&#10;H6Dj+vvzxrbj634/x/w977vP+Q69QnrikxvY/T+p+t/eIK17Hn/YXt73Tz691nLr/Xiw/P1B4v79&#10;4tR5sB/j9ef6H25qoKU/1fPrRyCB1xMwS1r3/wAPpx+PeeOJV5AuePqP9uD78BQ1HTdGBr1FmnaS&#10;6sSPryL/AOw0+5llZRxz9OPp/rH25TNfXpwLivTZrdGIDcA8lifqebj6f63vCyADSfrzz/h/r+6E&#10;qDjrRC8TjqVE7uQ45HHH05NiOPcR1U3Nx9Pre/HvS8f5daFCccenBHkAA0ngi9/8T+P8PcKSyn62&#10;FjY3/p/ifdz3DOethgep8Vzbgk3Xj6WueLAe4TzKOL/8lDgf4+6uxHWmJBoOPU+OAn1aefr/AK/+&#10;v7iPUJzb6i9v8ebW91DaTTr2ryPUtadjbV/h/tvbbNVWFvpY88/4/j3atRg9UbjUdTI4Be/144Nv&#10;9h7jrVrcXI4P54v/AI+9FqHr3HgesxhuP9fn31NXgWAJ/wAeLW/3w96qw6sBQU68lODc2HP+8/7f&#10;21yZAh7X4P0v/rcH3qlRUceqtUnHUgRKB9P9e35/2/vxrHY2uf68f1/Hv1RwHXgTXPXhGo+vP+8e&#10;8TVcnPPP0H1v/iffgCxyet0zXrlpX+nuKaly59XFgD+T/sPdwABXrxr5dd2H9B74+UtzcX+tgfr/&#10;AIj3rjjqi04Hrv3y1k2uLCwH++HuwHr1bAx173yDaf8AEf8AFefdTQY639nXveYTcm9uP9c/X/W9&#10;6IKnGet1PXVh9Le8cjeTgfQcH/jfvQ+3rXXfuO0bjj6G/wDQ8D+vvagau7rwHXvfARE2PJI+pP8A&#10;h/h7s/AAdVyO1eve8saFuLfn6/8AFPdePHz68vDPXvcqOMLZuAb2vaxPvZc+fVyPLr3+8+5iAMOG&#10;sR9fx9fda18uvZr1ja4/qfpzb+nP9PfJUvp9NgR/sPrfg+9GrCh62B10W+trcn/Y/S3vE66Te1wR&#10;YH+ot78CadbIp1yBBFuRYcj+nPJ594WjLG9rEWAP5/xB96NOvCvXK4HuXFT/AJ/J/H+sf6+66ipx&#10;1anXB24t/rc/7z7c4olsCOD9Ba35/wBb3U1635dRmc3PP++H9Sfcsxi1+bi1+Px9OB78KAZ69x6w&#10;6ubcf0/4nn3FkiJvYfXm9v8AD3oHFT16lMHrMrfj/H/e/r/xX3FAINvr+f8AW9+4jHWs8B1m95I1&#10;9RvyB/yMWt73Q9e64OeP9fj/AIrz7cEhBXgc8Aj8ke61AORTrYHUdnseT+DyT9Lf1/2/uSY1AFxY&#10;AfS1uR/re9asUHW6dYBI1zY35+l78H8j3wWIk6vpz9Px/rH3WrE0HXqdZGkABH+H1vz9Pr75zAAm&#10;zWFvoOST/QH/AHr3sVNCRn/J1bFOuERP9L3P1/pf8ke4nBufp+f8Tzz7tqPp1UdSPfAuQLL9Cefp&#10;/vv6+/L9nVRUdeAvz/QH32j6QWN7f4/QH/Ye7hc/PrZJ66IuCL/7Ee+0lXUOQL/7Yi3BHvZrmo68&#10;OuihK254/wBv/jc+5qzg3Kn+g4txbi/PuuknrYyeopiIFj9SL/k/6/099S1QC82IHA/P+x91C5r1&#10;41HXNIP9hcX4t/T3ENQT/iD/AI/k/Qc+7CgNT1r/AA9Z/GB+LH6g/wC9nj/e/fEQyOPTexP+J9+V&#10;amp6p59dmVF+trj6/Q/Xnn28UVEf92D/AFiRyeLfX24aVofPqwU8emmsrVAtE3+Dc3t/sPbslNGp&#10;+o4t9Lf7xb37P+Tr1OmaWslZRweQfwSQT/X6+4sw0Mbfp5N/+Ne90Bz5/wCr/ivz62e3h1NgbWov&#10;csLC35PH5PuEai97E8f1P+3Nz7q0Weq5HU9YQLBhe44t+Bewt7j/AHSajq/rz/r/AEtb+nvZyOvB&#10;vM9Z/t2AFjzb/e/9b8+4k2TWIHSfxbn/AA/x96ZQxpXrROes8dGWtrFze/0/Nv8AfH3BOTZ7WNx+&#10;f8bcH3sAEdeB6kikUG/+2H+P+F/fA1TN9STY3JuB/re/aa4HXq5x1y8Sj8f4fT8/649x5J2Ktp+g&#10;uP8AY/Tj/effjl6EU63UUp1kRFFrm5PHFhbn8+4nkYf1ufpfm5+h+n+392p69UzTHWXSp/x/HFv9&#10;f8e5CxsbH6/7Dn/bD/H3WjcR1YGnXDUP6W+v54vb3yaJgDa5Df1P+Fvr78Q1R17z64hlNv8AD6WH&#10;P+8+8gpH0XA/HP8Aj/X/AG/varUmvXq+nXEzLf8AV/W3+HH9PfIY/UysFsRyf9a3Hu4U0z1WnXE1&#10;IH5H+v8A4/7z7mQ4wj1Fb3P5/wBv7vpr1UqSeoslaq8arn8/n/be3ODHCM3K31fQEfj3oAeWenFX&#10;T1Cmr9QsrAW/I/x9ylx95P0EgHgi3PHHvRFfPj14oDnqOckAnJsTcENwf8QP8fcpMZLquF/UD9Rz&#10;/h/yP3sAUweHVgvUJ8vAqnUwutv97+n/ABr3MhxEp5ZDxf8AHJt+fz7vTFT1sLinTbPuCnQgLKty&#10;AT6vSAeCD9PeZcDMzBkUnm5WxFz/ALEe9HB4dVIAPUZ92UaIVlmjW3BfWCAtvp9fc1dvzektGQSb&#10;hj9Lk/090apFDjqoJJp02NvXHerx1Ub6eCisCTbkjj+nt7pdvmy34P8AaJF/zxf+ntoCnz+XXloM&#10;jpKZXsCmiMgDD/aDcAg/ng+3X+A2AUKfwPoSeP6W90Z6ZPVhU8OkzH2DBK7EyqLKWF2AHNx+Tb+v&#10;++495GwugD0rc/q44vz+fe0lwQRQeX/FdVKvSnWEb4imdtMzMQDZQTyfoQebcC/vIMSCACL/ANB9&#10;Ra3NiPdVmFar1ZK06wy7tKsSHsGH6i/N/qL2/wCK+5cOL0kWjJsfpb8/8U931sSa+fn+3rzpUVP+&#10;z0n8hvGExm9ZHGSoGjVqYFjYf15/A9v9PjmOgLFYnm1l5/oPbbsVBYZ/b+2n8uvBQSF6CTL76oEe&#10;SOpySqLkAg3IZv8AH6XA/H9PbvDjH0k+Mm5/C/7dh/yL22zM1CxC49f2Dy8vn/k6cKaRQZr0FeW7&#10;TwdLP9ulekioGWRxKBYck3tf6f7f/X9yY8abepLC3A/qfwv49+aKQ5Vv9j5+fWgoIp59JGu7pwMd&#10;xDUiRhZtYLC/1J0uBf8A2Fvp7mRYoDlgP6/S55N7X978Na1OT16tD0HWe+QE+h4MdwASfIGKEWFv&#10;+I/IHHtxSihT6qDyB+Pxz9D9P9h7p4Y8v9X+fqwbzpw6CvJdxbhrteupkCvdv1+of6zDkD+g/wB7&#10;95xHGFsFUWv/AIcA88fX3cIQ1TXP+r/V+fWmkbyPSJrt45Orb92smP4sJGHDCy+n82H0595FsALC&#10;1/6WtwLAce/NH3V69qalT0wSZSrnJAkkZr/XVx/TgD6f4/8AGveF5UTUSwvb6f42/B/3v26QQBqG&#10;P9X+odVIOmp4dOuLwGTy8qJFEwBYC4DHgtwTa/8AX2xVGTCB/UBa9jf8/U3PtRIFoNA+3/V+zrTN&#10;w09GU2T0vLUS0j1cTyklSVCkLa+nUFIuf9gLD8+07UZn0kmTVe503t9D9b+0x8PVpOKef+ry/n5d&#10;eqzceja7f6kWlMSw0vjUFdf7Y5vweT+f98faRyeU8sbBWsbfgj/Y+29bK1Tw/P8A1cOt0oOjH7R2&#10;ZBjpI7wi2skkxi/H/G/x7DfJV0hZvrfk8/1/wt7UAsTTy6qRU1PQ94fF08UaaQBYkG39Bb6k+0jI&#10;DOxZuDcnn6H/AFh79U6etUJPSyTTEAoJtwPr+P8AX99Rxaeb2H5B4/3r2yVoSfPqwH59c2e9vz9b&#10;W/43+fblS0zOysoJAP8AiP8AevbUjAdXA6hT1KoGDHTx/gRb8EX9qWnhkAuBb/ez7T6gTQnB6vSh&#10;oek5VTxG/wCSL/nhfz9Pz7domYFdYCjm3NyDb3VlBNF68w9OmSbQVcoWZhbUALfm5HHNvfU0UbAm&#10;/qa9+Pr/ALb3cSkYHWqUOeuNO8oIupKg2Aubjn8n2zyR6HPFrC4bj88i4H09u6i4xmv+r/B/q8ut&#10;nPT7G+pAbn68rawsD/j9ffQk/DMOL2J/P+x97PbRR1Svl14w6izgA3HI+oA/PH09z4JImGlmYm5N&#10;j/jxa3vZY+lPXrYx011NPMp1oqheALc/7Vf/AF/9b3mljUXY3vYW+np/pce0xcNw4fP/AFf5Ot8M&#10;9cYHkICXW9ze35/1vfFY0dWNzq+tvxf+vHvRxw4Hq1aHrM0siuqaRYDSSPrx+CPr/tvbVNG1yfqN&#10;RHH0sPpYe3UZfLj1ogHp1ikAAB4uBa/Bufrf/W9sM91YkBibn8fQfT2oC5qcV6bzXp8hsUUEjhQO&#10;fp/X/Xv7j2cC9v1cf4/63vwoxz16mOs5KAgXItzbix/HuRHFI4UC4Nibfkfg/T+vvWAePXqdYZJI&#10;0LEjgkAH1D+ht7m+BTGNQJP0Oof0/wBf3qtDj+XVtJ6hfcNrFiAv1A5v9PoD+fcCfHi7EKSfqAP+&#10;K+7K+ry61pPHqbFVj06mAB4Jb688f76/tuNHKxKiNgD/AIGwA/F/bgYKanquk+XUvzxgBtakfjm/&#10;14+nuZS41/8AdllAJFiTqP8AsPx7ozgZGOthadR561QPR6zb+yOB/wAT7mCkRWYjm3HA+luebe2y&#10;2rjn/V/k6tgdYBUswAIC6uTcgnn+nvBMrOAqrpte5tx9f8ffgKLXqvWaJlUkk3J+nPP0v+PfOnik&#10;Lr/qENje1rn6+23YUoOrDHXUzppJsQ5+lgb/ANPbuiar6QT/AFI4t/re6KSe2vW+PHpqlfQASRf+&#10;h+tjzz74SKyanudJH9D9f9Ye3RTgevEddxuslowPUDcDn6D/AB/w9xDMrAgm5v8Ap5sT+S3vekKc&#10;dVr1LETAg2AFgNVuf8Lf4++IZ9PIJJ4AHF/6e61UCg62CeshVS1/9jzb6W/r7yR0XnBLi3Fzfjj/&#10;AA92EgBHXgD1HmrPARp5J4455Jt+PeL+HIJQf1WJvfm3P4Hu5l4068F65/fM0fN1Nrji1xb6n3LF&#10;H610j/WAAve3tksXr1sqfLrB94qpdjxa5+v0B4v/AMU9uLwmCMGRifrZb/7xx7ogr8ut1AFOm5ak&#10;VEpESixtz/rfU6j7imYm5Vrf0B4H1+nt4DGeqmnUgQheGVTceog3sLcce3einQRlWVS/4JH0P19p&#10;2BD19evUqembI00jsulnVAbED8qDwP8AWt7kSgujcgEkH+gH+P8Arn3ZGYMAv/F9WpQ46hxeNHUn&#10;UQBYMeWta2k8/j3DiKk2vx+STe1vrb3Z3z3dVwT1PljcKGUA3/A4/wAbH3nPj0lgLgfRiP6/0v70&#10;rEk+XXqGtOsBEutFJA1HlRa/p+o4/r7TuSKsCyNY3/HHP+v7VrIKaaVPD1610osajobSA24IueQL&#10;/S3+H09s8J0an1D/AAAJ55+pJ/2/ukikmvWunqSzgRlfr9Tb6cfQD3KhJv5rC/145/2HA96U6jpP&#10;l/s9W49RpgoHi/F7cn6/48/09zBIZLWN2t+kX+n55P8Ah702Fp5+vWhU9RPEEY3GmP63NuCP6Bfc&#10;9qSOQK6oNdgXufp/iPyT7Y8ViNLHq9CRXqEKp4WdXf0aiEOkXP8AT/W95GgBRbARqPqSbcX97qRV&#10;fMf6v83HrxrXrAtTpckkysx4UC/J4ub++3iikXTe1hp12/A+vP8AxT3tZSuOt8M9dK0qNqt+SwS4&#10;4/oPbTUwFfUpuqmwueLfnj839u0Lg/Z1Qjp2pahS2lhZmNyAAbf4H+nuOxICmPh/SCTyLfS4HvUa&#10;9vdwFf8AP/n61kCo6lcFmDXKn6D6H/G594WYsxMkpLg/QcDj6kn27pxnh17zqeua2UAJENNgNR5+&#10;v4Fv97956eRgxLNcG2kE/wBfzb2w61wOtjJ64TIpUqBYj6j/AFubc+8VVPIHKqbMf9693ixw6qcc&#10;OuUECMis4Ui3+3J4+vtpPl8hYkkA3Lc/65HtQ4BGOqgmnU/0hQOB+APbjS1Dyt444yxB5dvpf+nP&#10;+HthkI49WBPUOojjRdbvpH4ABvb8/T/efbv9tLJYLENX9Bb/AGNr+60x6A9WpXpq+8gjJZ5SV/2J&#10;P0/I9xTTlHKyxuG5P09N/oB70XKcM9e09S0nSVA0Uq6SPxw3+J94VpkL3Ceq9yLEke3vEPl/xfWq&#10;GteubzsqcvxpAvcAX/wv7yiEs2kWB5tf8f6x/wCI9tO2g1pjrVc064rINGom/Avb/H/D3iIIcRsd&#10;WoabtyR/re6l6Co62B1nUal1rxax4v8A0/PuWiR02l1BJFhYNc6vqQf6e2cyY69iuOo8jSThkfgE&#10;2uRay3/F/c8MZAZSQP8AaRybn+tvfhUHR1ZTpOOm5lER0KC1/wC1pGki1xz/AK/vIXQ2ZFA08G3+&#10;qt+fd6HhXPH8ut1JPWEIwBDsTr4BPH1P4I/p7kQV1rgi7C4FlFh/ixPtplz1Wueo9RjQwUgkKbcl&#10;iGtfjTp/x/PvBPkoRqQuCPr9Twf8fd1VtWpcdeNOPWaHFyFVOjSfpay3I/Fvz7kU2QjZdJI0n8r9&#10;W/oPflw9eroxXJz1GrcU/wCoA6gB9fotv7Vv8Pch5Eb9REYH6QFuxv8AQe1B1kVp/q/PqpOo9N0c&#10;BiuELyE3vqeygfki3t2ihD04uxFxcLzqI/p7QLTxMDq6agKj59NdXUNDUH0qbGxP9m97gkD8e0hl&#10;SsEpBLXJ5Nz6f68ezIJ2fLph2J4cellhXaphDgLYgmwAsR/T22U80jXCTXJ9NuTZf6C3tp8Z4U6c&#10;WlKnj08zQxAAvCpA9V7A3I+huf8Aevc4UzAlmOr6Xubf7z7Zd6gAfn1WhrjqKKhCNKi1idPF7G/1&#10;t7nrSCROSoDjhQb82+hI+n+HvUcoDU6cpjPHpumqWje6hvQ31IseTzb+vtqqKSSnDvHHfk8AXuRw&#10;fagaXNa9UaNqV6caatjmKo7WIAGrj+l+R7lYtpIWR5AVOr6WvwbAAj2nnUio8v8AN14VHHrDkhHU&#10;RtHGVb0m5H0te5IP++/2/tVzsgj8vmC6hfR9ebc+24JdR004dOsop0ilglExhMGu30l+hA1fQH6/&#10;6/tKTpFIXa/J/PPH/JP9fazxjroRnpqgY0HHpYU4mijRQCFHP05P+vf+lr/09sTUuiQuFCjn6A3s&#10;OOfz7eL61P8Ak60UZD09rPqQLq1Mfrci1/zaw/2/t6xVMZAxl9IsSCQb/wBbC/tDIe6qjqyiuT02&#10;ZWpWIKIzqJIBH4BPANh/xT36rp9AaQgkC7cWuf6WufakAyDSOtEZqesVFVBmWMWDHgX4A/23tnjq&#10;NMjEJyeB/hzz/wAbPtp4WTI4dVrTI6fJIg6BS1/qTzYEn/jfuWmJnqW85jZkJuSAxtf6XsPd1YSD&#10;SpofTr1CRUdQJstS0VoWlRGAAALKCbH6DUfYnbL2uaqeP9axganuvFhY/n/insuvZTFimSelMcYI&#10;7ugK7d7Oodq4KvrZniZ4omaELILsQLWCj6/gfX2OVJiKalGlF1aPzYckckD/AFve0XCsxpX/AC/6&#10;h0xgE6eqlt9d7bl3FLWRReOOGViqMosdIbjQGJIv+b+/VdTTQA6yq2BAHAJ5ubD2c28LBATw/wBQ&#10;/wBX+DpiRmY0Pl0GW38Fu3dldqoBWTvq1PMHdUjOq59X4P8AS3tAbg3JFTwtoksOAACOT+ePZzAs&#10;IQkUx/s/6vl+3pOVfVxx0dfpXoCvkr4qvN0ryTm7tJKrsIwbFSrtfn63A/r7L5n90y1E0kZk5YkK&#10;L2F/wR/vXtiaWrcKdOIAcdWb7S2VjsDRU6U8KLoRR9PVYDkX/wBfn2koairDNM5YgNwQfwfz7Kp1&#10;8Q0T/V/q/wA/T4XSKDpeGOIDTxe30t/T/D25CseZR5BrNtNjzb/Wtz7aUtGNJ63UnHWD7dEYmOy/&#10;kkC1/wCoI9yaeoeBZXVH+n0a/wBB+B7qoLSVp1sagOsU8KShUYr9fxb2lMllJZZT4wfIDYqfTYg/&#10;Qfn2sqCpU8emWapx1NhgSJQo5HFv9t75pV1KUrnU8f5uTYXI/F/eo4dTVOT1YsVWvn1zKoWF1BI/&#10;wva/vLhM0r1MdORMzhh+5Y8/059s3EWgHHWopGbrFUQh0a1h6TcEcWA59jDIEmpgV1OyxglmIuOL&#10;/Qfj2hiqrAcAelLA1qeg4BkgqpNWhFaVtIVSAwLcm5/PtM/erSySKVcX+rXsouLcX9qnibVq6pWn&#10;Sn+0FTCnqU2sbWBJ/rc/70fcZq52IZVBF/8AVfj/AFXHvTYB/wBX/FdeBBqR1KSjjVdJJFv9f/XN&#10;j/T225KrUsPX9QCBcC9vrx/hf26o1R93n140p1Ko6fQLBLC9uRe39Ln3LoclFJEYTIjEf4/Tj6g/&#10;19ojH4ZxivWyxIA4jrHVUrGRZQp4/A54vwCPbRkEl8geIMxJPCtpW4/qR+Pa4jVHUEf6v9VemyDX&#10;HUumZQul/wAf6of8R7bJa6qKmGRRpHFwzG3H159p1SRcDz60a8D1KEaAhgOfx7d8FUwwAu7n1nTp&#10;cH+nNj7ZMbGTVnHTqOFFAOoeQheaLSg/xvf6WPvBlShlMsUoQ2YqPwGPPIHszZ1dKH0/2Ok7gqdQ&#10;67ohIsQSQaiDYk3N/wDHk+5mIrlddE7KyD08D68/knn6/wBfaKR2jao6dTuA+fXCsprrriFnHINz&#10;a4/1v8Pp7c8hSQyKzQ62ACmycD/H6+1ULo4oeJ621FHTdSTzoQs1lJJ5caiR9B+n6e0NU00s8rJT&#10;vJcX9JFz+RYf4/8AIven0o2luqcRUdKBW9ILEDj6/j3loqXID9mONuG5BLajc3IFvacjQ9a9eAYd&#10;dPJEF1OyBRzckWFvz7dHx9ZPIIHjkiJNgJLkNYWP1+n+x9rFqignr2SadRfu6ZUaZZI5FA5KFf6X&#10;/HtRbexNdTVJ00z2FjqW+hgOdVx9PZfdRANUmvV1LqKcCembL5bGtRsHq4kDXUqWXVc8W0n2oMjR&#10;Vc7WEAa5sA92Iv8A1t/xHtXpeOIUr5dNB8lOJ6TuLyuNiBJqlFrklCFB08EA+26g2lPUVGuaBBdg&#10;FAXSRY/X/H2lneoqBgdPqornpxrt4Y2jhstUrNpPOpWHA/PP59rN+vmiiEjaR5QGsllfkWtyPp/r&#10;+72ytdKWTivTcrojha56CGXvzb6ZNsaJJPJESryMpaAaeWs6m9+OOPbtHs9Vpo4zGJJCLeoAqPzd&#10;h/h7ft4njLNJimR/k6oZovhJr0lK3vXFyZGRoKtI6ZNRZw2iRgn1EZY/kci49utNttcaEMQjDAkl&#10;Sg0knj88/wCHt19vFzGXJNT/AMX/AJumnvokfSOkTL3zR52snpdMzU2gqk6zAyKFOm7qptz7UU2N&#10;+9pAjpZ7ANpsAP8AEce77ZaLbysJqEHh0nubguAUz0D2Y7ggwG4IZKCcvTBiXWcsWaRuALE/p+vN&#10;v9bn23xbfiWD7ZYg9jc+RSSdRvw3tdJYKC0oAz/q/bnq31E0gACkdT5/kTG9fDkKrILTwaNJNDUR&#10;kqY0tZ4XI4v/AIe3VMCk8YhkU6EXhApAtaxHtiKNrdNDYDHJ8v8AV/qPXh4pkBI6QOc+REFFUvl8&#10;XNFPO7nTI8uqRgq3UnR9CP8AX9vtLhYYEGmMPxp0GwUC3Nvx/h7LxY2yzlixHn/q8/n/AKsLC76a&#10;EdAzuv5RbqzMZpI4o6ZW+taHlknLEWDRkWt/jf8A3v3z/hNP/wAq6fr1fT8+zz6pf4h8Ony4ev8A&#10;s9JfBb1/1f6vP+XQX/6Yt2f877J/o0/54/7f6/X/AB+vv//URqRtb/bf4f43594OFVNP9X+r167t&#10;GhA63TXmUE2t+QfyCP8AEj3JjhY3+n+2/wBv78VApx691EkqRY824H9f68cc+5gjW1jYf4/7D/D3&#10;pQQ1Dw63Q0r1Becnkf1uR+RzwfeRECkE3AP9P8R/vHu0gZ10jy/1fn145HWASnn8nk8kkD8Cw/1/&#10;fMIBf/eP8f8AXt78QSor6de+XXAyNquDzyRa1h/X6++7DmwH9D/S39b/AI92CUA9P9X+ry691wMh&#10;J5JB+oFzq4/oCPfEDg3Fvr9D/U/Xj+vtwrX4T6de8+va+R9TxxcE/i9vfOxsB9Tyf9b/AGPutCrG&#10;nDqvA8MdcdYKkk/UfQfXn+g/2PvvSQOTpHH+sLj8+7MQBU+XXq464BruAoLHnkjkkfn+n9fx77Z1&#10;Ww4PI/2H+391U4JXrQwK9eWJmILE/Q/0v9frq/HP+w94SSx/2Nxe3F+b+7oF68M8esptGDf8AfQG&#10;1gbfT3kWL83PNrHn8/4j3UgcD1frGZ7/AEFrDkcD/Dn/AHn8+8/iJA55A/1v8b+29RrpQY69SnWI&#10;TKpLG3NuAb8k/n/G3vmsIuLgE2/ofr9fdu4DPW/t6wPU8NYkA8i5v9P8f9h7yeI/2RcAC304/Hu1&#10;QQdXr16nUc1AFr3F/wCv1P8Ahx7yinZwBYAW+v8AseOPdAyjur16pHWJ6xEJtdufoObC34N7e8gp&#10;gt+LkG30HF+CT7cVhppUZ611Dkr3kYWBUHkAEk/4W5/xv/X3zCBT9Bx9OPp/T34gMtQevdYjO9xc&#10;MWYc3a5ufrYC3v2gHmwvf/W4t+PftQVu79vW8HHXi8h4XUVPAW/0I/H+P+Pvi2kDmwHNrH/eeffj&#10;Ip49Vp6dckjlblfqOTYWP+AH/I/cd5VW1voB/wAb/HuteNOt/b04xUrsAW/JW+m4tb+v+8e40lUF&#10;va3+uPyP8R72hx3+fWupq0Gr9IIsDwBY3v8A1P8AX8i3uK9UB/Xn+hI+g+l/dTx6sMdT4qEkcgA2&#10;5+nHP4HuI9V/jZueb/X3qtanrVR1PShtp/tA8AX+n+I9wp6okE6j/h/h/wAa96XrVenCCjVT9PwP&#10;qBc8WB9t0kzN/vfA/wAOf99/vXtzSeJ6104RxInAH+8/n6Cx9xC7Nxfj6cnm34HPuykmi+X2ft61&#10;1K0KvqI5H4uR/vX198L8/wDFfzf6fX3uuk0Xr3XO1xc8W/p/T/W95LXW5H1H+w4597Ir+X+HrVCW&#10;x5dYg2ljzex/HP8AhYf8R78FNvza9+eBa3Fr+9Y1Z/1f5+rUPXi3+sP8Bz/r3F+PfLx/kj/e+P8A&#10;Xv7qcN29e66MlwRc/n/Dn/Aj334+Lj8C/wDxXkf4+9vU0p+zrxFeug/JB/LfXm3++/x94wpJANvz&#10;zfn/AB5/4n3ot59e6ykgAkX5tx+ATyOPfVhyObccf4/n36vkOPWz8uvXbg8X5v8ATji3+HviVb6j&#10;gcn/AF/9b24DjPWhTz69rUeki54B9+0m3J5/wHH+2HvwfOevefXdwTccg/7A3P5vb/ifeXxXAH5/&#10;r+ORx9fdDUmq8OrUI4dYvJa5N+f8eeD+ffYg4uxH9f8Aefrx73ryOtEevXjL9QBYf7D8/j3mVF4A&#10;H+34+v0+vvZIYfZ/qz1rrCWa5ub3/wAbk2+vvmYr355PN/8AW/p7aJpx63Qnryv9COQP9b88kn3j&#10;CEcEX97rmvXqddkg8g/X+n0/29/cgLc/8QP8Peq1OevA9Y2awI5v9B9fyL3v786GxuAbcj/iPdzp&#10;wB17zr1xjbn888H/AG17+44Xj6fW978W4/3x91PacHrx49Z9V/r+Px/yP3kAsLcn8j68f8U9+JGn&#10;7etV64fVr/69+LXJPvkHFiByx+n9fpyfegKH063WnXRUkqedP5HPvIG+v5P0/wAf8Pd3Bp1sHrCE&#10;Fx+FFz9b8gG/vIqu/wBf8Pp/j7bJoetVPXEmNPoD9DcH/DgW/wCK+86pb6D8f434+nt4YWhz/k63&#10;xHz6hu92Bv8ApIINxzfjn/Ye8g/xHH0t/sP8PeiCBjrek06xMVJFjz/W1gOf6H/b+8UguTYWt/X/&#10;AHi3vxYjB8+vVP7Os0RHHP45P4/xJ94QDz/X/HkC/wCb+/FSaV60MZ6kalHAFx/tvpf8f7175rG3&#10;1v8A63H+8e/duevVx1weX8W+v+I/J/B95lQjkDgDg/6wtz/yP3UjAp1rrA0qnhj/AK9ueTzYH3lU&#10;EfW5+vFrfTg8+2zjq1esbMrfpuBe3Jt/jz7xuWINrgD8W/r+PexVjjPWs9ZVCJ+ogt9OBzcG/vH4&#10;dZuQebfki4+ntwBlPXqDrm1QqCwI4ueACSR75+Cx4/HH+H+ufe9Nc9az1i+6vwRccEf1Pvl4QDzz&#10;e35vb3YL6de+fWP7gkXBta9/9Yf4e+xCt7kE/gfkW/PvR9Kdb66M7W4YDj/efqPfLxgC3+8D/H37&#10;Fc9aA64eVjyCbn+th9Ofz770W/I/w9uKqkde6x+U3+hNv6m9wB+P+R++bWAA/wAf9v8A1N/dVoeH&#10;WjnrpSxYt+LC1rj/AG494W0lePwfp/rD6e3FUgkf5PXrRPl1mBa/9L8E3/33+v7wlQw5/JAt/T8c&#10;H3dKcf8AV/q8utU8us3kdeQLn63I/wBvcDge8TLbj6gf0/p+Df8AHvwb0HHryjSOsytqAJ44/PBB&#10;/I95VAa1/qCQAR+bXFz72RpGfMA9W/LrA7MpNjwfyDf82N7e5AS34uf9b+nuopWp4daI6jPIG/IX&#10;mwN/obm9/wCvvMgY/wCH4/p/h7vRXGOI8uvD59RpCq251C9x/aP9QT/T3KihL31CwFiCPofz+PdS&#10;CAKVr6derQdQZqpIyLFSCSP8R9fx/sPchoIwvJF/r+PddRHDj1r7OoyVUsj2ClVHp+p5/wAdP/E+&#10;4LEKSxI4v/iPp+PbmoEUHWjgdOCq7AKqkA/m/P1+t/eJ6hV5W1z9STxf+lveta1p1oHV1njonb9Y&#10;OkH6Af72effS1wQW4PH1vxccm1vfmao4n/V5fZ1b5dcmxZc3KsOb2sL8/QkH3Dmrgb3cC45t/vXv&#10;QYcfLqhBLV6nwY4qBaM3B/N/wfr7gPXKp4PH0+v+24Puuk01f6v9X+r5daAIx05JQ6gAV/Fx/hz+&#10;f6+4EleP6/WxAB+hH+t78QRnrdB+fU6OkA/2F1Jt+P8AD20y1bMx/A4BP+F/z73k9ap3V6npEqi1&#10;v979xZJ2t+r6f1HB/wBb3s9aIqesqoPrb/iv+w9tkkxP1P8Arf8AEe/EZ681Dx6zAWFh/j7xa2Xm&#10;/wBf+RW9+OcdeAA4dd+8ckhJHN7gf7YfgW9++3r1eve8V1BJbkj6f0/2Hvdet46975qwF/rZh/sB&#10;9Peq9ar5de98raiD9Byf8fpx73X169QHr3vFo5a4Jv8Angf717tp1ZHWj8+ve+axgXtxf/D6/wCP&#10;vwAOPTrwUDr3vmE0kWJPp/P0/wCI96LBeBx14AAU697kLGhS/N7AfQX+nHurEn06tSuOve+ljvxb&#10;/XNv+I9++zr1M9e9+0aTYAm55/1wfwfeia562K9e989III45Nvp+B/S/tvVTz/2fM9epnPXvfHRz&#10;bSfr9QPqD+Pe6lsf6h16gOOve8ohIF7EXAIuOD/xX3dTjOadb00x1x1C/wBR/vvx75iF7AHn6W/p&#10;9fesNx61p9eutY/1/wCv+HuTHB47X/rwBf8AwPvZYFs8B/qz1anXAtqHF+bf0I/2HuXouOPoOPyf&#10;wLfT3UnPHrYx1i1W+o5/23+9+8MkfNuLf7H6/wBbe9DAx1unXNW/PIP+wP0/H+HvIsXAP0HF/p/t&#10;/dTx6159davx9TzYf8R7zLbV+Cf9t+Pz78a062esZvY/X6k/7Em3HuQq3/3m1v8AD/D3pc9bFPPr&#10;gSB7kRlRYE/T8W5+vvTA8R17rG4J+g4twb8f7H3jkkXSeAb/AEI/4r79nH8+tE149ckU8fW/0t/x&#10;X/ivuFdWJHA/p9Af8f8AePdhw611mIYc8n6fkn/Ye8qhbkjk/wC+597qfPr3XDn6G/8AvPuTFIyG&#10;1ri3+8n3UVHW60z1jeMP+bH/AHsfi/uUwJ5vweR/h+CL+22Nagefp/qz1v59YFtb6cjg/n/G4t78&#10;JApIPFv8f6D+vu2mmR16vXihYAjm978f1P0t7wyyrzc+o3I+n+9e7Ade4jrIkbCx+g/ob34/PuCZ&#10;QP1G5/w5uPx73mvy60aUx1ICk/T/AA/wt/X3HknUHj6EAcfW1/p7txx1o0HWRYza9uRz+P8AYX94&#10;JKrT+j6fi5/r7sAAPU9aJHl1yWMH9X+H/Ih/T3jSpDm9+f6f0497oT1TUK0HXZTSOPp+feUTsq2B&#10;Jv8A7c+9NVsjq4Oa9e0Lex4tx9PeZdcxFv8AD/Y3/wAPfqevWyxJ6xnSgP8Aj/vvr7nwUbMR+Dwe&#10;f6f63/GvddIbIx1WhPUaSpCA83+vA45+gF/+N+32ngVR9P0/W3P0+nv2dNOHVgOmeoqLt9QdVgPx&#10;yeOb+5iTDSbkAXsLX5t/T3vRU4r1cY4dQJISGAA1cck/i/8AUe8UlRZS0Z/1yb2N/wAD26QoorDP&#10;2/6v9jrVR59c4qbUQGt9bgAccH6m3+9+2aauZWKsRf8AF+R7qUNccOqlq49enuKkjsCBx9fp/wAV&#10;4HtpmrDyQLX/AMbC1/pb34kkAHpmpJoep6Qgf8U+p/w59tr1Erv6ODf6Dni3N7e/ZpTq3HqSI0AF&#10;7f65/wBv74mmll5Y34vz9PfqAmo68eveRVH+t/vPvPDSspItbi17fj+pPuxHp17h9nXBpBb/AB+v&#10;B/wt7coaBj9LX/2315+v/FfftIHcD/q/1cOtE/iHUWSqVbD6c8n8D8e8v8LNiwH9CbGxPNuL/n+v&#10;vVBwPn1alfz64CuW9rj8gf7Ef4e/LjRe+kk2sP8Ae/x7uRRe/rZXgeuJrVPA/r+DY8f4e8kdIVPC&#10;3t+LH/YE+9gavz68Frx66epW31sf634t/QX9ykoOQStzfgfUj+t/+Ke22Cgdv5/6vPrekDA6jmtH&#10;qsbD63/BH04t7docesgIINz9DYf04961DGOH8+rUAHTRUZIwm4YWH/Ff965+vtwhw9uBHe5/I+l/&#10;8fr7uAxIYn/V59eoOmeq3DEoN5VUgHgN9Qv4t/X/AA9vEWBYrwn+N/qbf15/1vd3dVBr/q/l1aq1&#10;p0l5d4wCSxluebjgLwbEEe5seCcm2ktwALj/AIm3thWBTqtBwPTbVb2poPUZUT1En1Ajn6fkf19u&#10;dNgCNXA4ubW5t+eR7aaTTxB9OtHh0n6/f9Mwj0yCzAgESWW4F/pe5/r9PbiuEXgiMggc35BH1t/v&#10;fu6TAME9T/sdaqR0lKrfhVJ3kqUYG+nnTY/W9v8AW+vt4gw8YRvR+OSbcD/X/wCKe3DIrMF/1Hqh&#10;JI6DPK9i1EUyETMFDAWDEryb6j/X/D3IXFqhXgDniwB9tmbvIA/w/wCr/Vk8OrgGnUN97tUU0h85&#10;Pps5Zl9LfUXv+eb/AOt9Pp7cjjY2QFRfn8A3H/FPaR5pGqrD/UOtiKpr0lKfezUlQzzVsccek3eS&#10;VOCT6bj6cA8D3Jp8YF5CWIte4te/+8e6AzsNL4rwp/qwenfCpg9MO4uy8ZEzWyMcq2OrTKtgdNww&#10;H1INvp+fxz7cI8YXGqy3HDDgA39+IIfQa0PDzp/k/wBQ6ssY49BrkO4sbSRFlqjKy3IIN5CfwALk&#10;g/1uf6+838FRtNwt7354AB/3v3arAmhNAPt68wTgcf6v9WeksPkAIAQgfXc35ALgX+puP8Lnn/if&#10;fMYaEXJ0i3Gkc+oc2/23vaUBApU8a/L/AIv/AFZp1U6QtembI/IXKujCF/QxCi7/AE/Btbn/AHnj&#10;/efedMZELNYX4A/C/wCxA9qQy/CRwz/xXp03qJHDHQeZTu3PTB44p9Kuf3STd2H1C6ib2H9Lf6/u&#10;YlJGg4A/xNh/X/ffj22cnPWxq8ukRkOyMzW6g9TJc2W4kYk3NrXJ/wBb/ffWQq6QABb/AGw/HJt7&#10;qQGP+r16vQU7s9IyozFRMXMkjks1vS3q+n5PH4993ufpcW+v+tx9PexGAOq9q16gGtk9QLMPwFJv&#10;+LDlT9SLDn3xJOr6CwsTb68/6/twKunjk9bDVGPPrB5XdR6uWDW4BWwI1C4vbgg/6/vkTa31+ovb&#10;88e6KtetnOOumLOWFrXP5JIt+Cw45v8A6/4/2HvSPUbAcn8c8c/X3RpCBprnqtRWg8+nChxdZXy+&#10;OKGR9bBRa54FuFI/pz+P9v7bJ69EZxddP0+p/HP1A44/3j29RfDGmurj/k9anP8AP7Otmgz0N+0e&#10;qshW+KSeBlDPb9PqY8cLwf8AH/fH2m67KxBGKsRcXNjzf6e2macEJUUHr/qrX7P29aJD9HB2B1DD&#10;DNHJPR6mUoqApfSAvF9I+h5Nj9P9v7Q2QyYu4MlgRewJIPP/ABv2+ZisYIoT/Ph1QAA9Gx2tsaOI&#10;xMKaxiFtTqVAF/oRc/n2lanISEHSxN7j68WB5/3jn2nq3GnVlB4HoZKDBUyaVZACCLL/AEvz7Zpq&#10;idlvewP+P14tbn3pcmh8urmgGOlNBR00ZsFF+Poo+l73HuC5SQEMv7h4+oPH9P8Akfu5ZlNQetY6&#10;cYlkisVNo7/0sfx+P+Ke4j0OqxAUE/7z/Tge/eLTj16nl1MStsSp1G3+vwAf8fr76FDpCs9iv1sD&#10;x9Pzb2289ahevaRx6yfdqSQtw1vzf6fX6+3GALEFVF+v+wv+Px7YYFgWPW1px6gzlpGOo3AW/P0v&#10;9be3JGYEDgX5HPHP5/417oOGerdNUiqdVuR/gLWtzbj+nuUL2Dahe36uLD8gKPdD5kf6v9Q6bbjj&#10;qNwCUKta/wBPyeLEsT9foPp7gyOQQNZ/UQD/AEH5N/b4QHuPVsnj1KiUFDZRbTcf6/1tYf4W/PuF&#10;UyhCQGv9bn+t/p7dXABGOvV8uptLC0n1HAHAHFh/sfcNZElIH0/ox/Bt9fdgTXPVBx6nPE0Skqbn&#10;/Ug/i97WP9f6++SyFGAV+Pyfp/rH25Soqcf6vXq9PMdYzGrodS8m9vpxxY2HtxNYugqW1M1hb6ck&#10;c8/j2nMfCn+r+XXsEU6bxRsHDBQEF72N/ofpYf7x7xxVTDg20g245PP9be6lBk9eHz6zS0qnSRyf&#10;z9Afp+L/ANPp/re+bHUdSklebgcf7b/ifehQ09f9WerCvE9cV/bBDAC1tNz9Pzb/AIp7iTRK9goA&#10;PIN/63/3n24rsMHqpFepUUhQEkm34t/T/YfT3gaiZQrFCALcjgf7f3skUoD16les616MzKGBP9D9&#10;fr/r+8iwgH06hYEf4n23rPn1alBU9dNNquDZr8249P8Ah7l00Yu3lYXI4BB/rz9femYH4evKQPn1&#10;CqmYBPEpsDyVt/Ti2n3yKqTxbVf/AAC2+g4P197BoOGOt4rTrhqbi5P05Avqv/sPeKWncm4AsPza&#10;w93BBHVCKnHXOGpQekk88W/tX/1v9tx7wmM/U/T6c8D+v492oNORXreB1mEo1aR9eD9bk/jgk++l&#10;0oCCAFt+ri3P0/1/ejqpU/y60TXh1kJLt6Dd7i4P15+vH494RpZiOCT+n/iL29+LUWnXqV4dZSHA&#10;VuQB+q/4I/pf/ePfOOmLH6FVJ9Vj9D+CPbRFTjy69TNevPVqin1BmF9Nx+PyDb/int1ijCAKF9J+&#10;t/px9T/j7qRUah5dePy6aJZi7trbn/C/A+oA9+li8ihLW5t/r/6/vaMR8+tj1J64JL4216iLC51E&#10;2B/oP+J9tVRQyJchRYG/AHBP1N/alCpFOqkYr06QZBJCNTC5sB6vz+AR7xU8Ukji4IC8i5549tuI&#10;1/PrwPUqonCRmxuSLcDgXF/bvDBI4dltaxHF9XH9B7oVAbq1PM9Mk9XHHoR7atQtewH+uT7wLCY2&#10;/cuoP+3Jv/h7uKcR1o04jqQ9QJU9HLC35sAD9Pr75xz+OYH6gE2/Nwefe2QhTp69x8+sTwCaFgSP&#10;UtiOQQfxz/X/AGPvuWZpiwUXJJ02Fjb/ABPu6hWFOt8fs6xxQfbaGbhdPquSV+vBtf3AYfUOpuOR&#10;b8/0+nu5ULk+fVMjPTirawDGw/oRf8/Qjn3NpZNALFQOLAn63t9Tf/evadhXHW+HUSsj1MqhifoS&#10;o/pa3495ZaqRPqeDf6Hj+h+l/wAe9pEKEjPXj6dYY6WKUi3FrXBAvxz/AE/r74xSKfqNZIuLf4/k&#10;k290cO3yp1uuMdZJItH0JVfp/W39Ra39fcxxritewtdgv4Fv6Dn3WrBuGfXrVSTnqChVJQQL8+ks&#10;LfXg8n2xVaReNgbte/N+b/QX/wCJ9uwkoSD1qtMdKCneVnVl9Itdv9gfx7Z4oGLMLeluAOTa3+A9&#10;uMamoOOtdO0kyqoP9oAEm/8AxPt6ooSOGFyQf6C5tYaQPaaprUdOAHpqrplIFjYCx4N7f11H/iB7&#10;lCl0OWI0kngGw/2497Zi2OvcDjqIKsMgUEG1+Re/PHHvtJ442sW9RNl5+n+HujVB6vVfh67aneZA&#10;Qvo+rcWJv+feQuZPTbUH/wBf6e/A0z1pqDrCI1iu1wukAc/k/wBf9v7lLSaE/wALBhcj6n82961e&#10;v+r/AFfy63gfPqG1asjkArcHTcXvb/X9tlVC17AHTex/It/S59q0bUtK56bbpwpZkF2LC4+lxY8n&#10;8ge2o0rsrEMwW9+foP8AXJ96059fs6rpPn07iqjVgLLq4FuCTf8AoB7bZYpSbx8m5Uvf0i3+v9fb&#10;pYUoetEHqcjoAA3H5UAXJ/ofbjRpGNIeS5Xi/Fvp9AL+2HYA/wCr/V+zqy0pTqHVGUqTGlrjn/Y/&#10;k+3OakhmN1Avxcn+o/PuqyFerkClBx6boqqeIaXJAP0HJ/w+tv8Abce2qah0uNBB1MA3HNvpa/tz&#10;xgRQY6ooFadOkVTdTqHCgkEG/wDiDb26Q0vgVZAqqpA/ob/63ttW111Zp16madNdRVCVjGGYtf6C&#10;4t/Usf8AintwjmSxdrgaeCvAJ/J9+OqgUZ6sAOA49NksD30i3L2Knk2HAA/pf3ElrEs+sg/gXNyB&#10;f6H23Rq1I69XFOnCGiI0CO6/1I+l7c2H/Ee48NXGDZAvJ50gn/YfX3qrE56oGJ49SpqJit3Y2ANr&#10;m30+lx/xPuckSuGkGgX+oA/T+OPdw4OGPVu3yPTbI7xFY7MR+DewY2+p9t8lKA7SfVr2J/x/rf24&#10;CjCnXjQdOEdU2hEsVB5H0INvqDf3F0qshjuSPrYn68c390AYMG6qOPU0trj1j62tcfg/Q2/1j75v&#10;UNFZAHYsPSqgf1459qdKA6v8PW6kfZ1GWnWa7kqNJN2JNv8AGwP/ABHvDHLIF9ZdCzcIL/X8mw91&#10;YKSSOtZ8us7xobaQjgDlv8PqACfctfKY3BjYBeSxFv8AH6j/AHv2yoGunqOtmvn1gdoQyt5BckDS&#10;tm/3j21ySga0sNQIvfkcHnk+/Muk16rnpyjW+luSLcG9vxwCB7m00gaM+uxT8G17D6290R9LavXr&#10;da56iVUTBgAl9RIuv4vxz7cIKhbgHWzGxH1v9PyfalydFR1sUr00T0bckFEUXBP0Fx/Qe1lDJEsC&#10;FnXUVuApuQSPpf2XhjU/b1dgQMdIaqgmkqnVImKXsGY2Gn63AA9smUolnXyOoIPH+IH+v/X2siuC&#10;Fp6dV0jj0+4iramcwozixNr35twRb+ntLiL7WQqiIuq9yb24/wBb3uY61DDPWuB6WUcgqI/3GY2t&#10;wvAJ/wBc+3aCJ5k9Tiwt9Twf8bf4e02a9OgYr021E8cDehDc34sPr/j/AF9zBE8P9Sh/tA8c8ce9&#10;6ARWv5dNk5z03tUJPYEaHBNlK35HPP8Ar+8jT0yKFkX8C5v9Sf8AE+/aWA1D16sWbh1hWmq5XJjY&#10;D/U+m4sPxYW/HtsbxySXjchbnSCeT/rD2oemjPVaaunOHzQoRLGCwsWKqbW/IZrf4e5EsrJAU16r&#10;J9Dc8H+ntNHGA9T5nq5JIp1jVFknWTxheeCBzx+bj+vtIVktSrlkduGtb8e14iqvTFSD0pqdYdKg&#10;r9Rf/G1/9j74xZRyyqWs4IuSLgD8n234ZjUk9WViTnrlJRRtc6DpP4U2/wAbX+oPtZY+upxoEhEp&#10;kA1Kv0A/1h7RtXiOnlKgZ6SmTx9TIr+EmER8qzElv95t/h/yP2/PjBk1aKkRULC5H0uAPyx9vRXf&#10;gnvFa/6vLrRGvuHSRfKjCBanITM0cZK6yQbfUnSv0/2HuNTbHqpJAlrlTcm9lFz9dXtyaVGTWDx/&#10;1f6v9npsRkmvUeu7bwdDE0k0oVNJ5P69Krq/R/gOSPYyYLaEVHDGsoXUQCwPIPFzx7LFeVquo/Md&#10;OMuQR5dEd7e+S9CaqpgxdSJWjaSNEBKESD9J1pze35Fv9v7XdLS09GloYkjNrHSii4te91t9f6W9&#10;3KGQjXn/AFf5OqszVxnog28Owtx7rqpGyGVraqJpGZYJZ5ZI0BPCqGP4+n09wK/JrSRyOSF0qQD+&#10;NQ+h/wBa/sxitloqjOa/l5/y8+tVAOf9np1696+yG9crTwMWEDMt0W+pyWBCk888E/7fj2BG6t4t&#10;G7aXPINrcn/D2ZPpVNK4Hn/q/wBXl0zINWOrcemejsVgMbGr0yNKpQF5ByQQC4v/ALx/t/YTVW45&#10;a4urtI17kE3ABP4J9pllKN8utAY6NNQ7co8eiinhijsApCKASAPp7StTDO8olHrH1a4B082+vt5i&#10;JBUHqumhr0/xsqjTwtrAcWuLfge3GjqEUaJChuOEHJPHF7fT2wao9SOnQQRTrFNGWF0LD86r/wCw&#10;PH/Ee8k8kVOwIDKSdRtYgE/U/wBPezGsgwK/6v8AJ1qulq9cYxI45YH8c3FwPoOfeVsktRF41dRY&#10;WOm2o/4X9sovhmo8/wDP1Ytq64Cm0SatJY3uLm4H+sPbVHiDVzDQSrOwFzY3/oP8Pd3lUdVCAmo6&#10;kSVCwoWf6KpJt+APaiqMRFT0RSqYvIF0gLyAALAk/wC8e3LVmqW4jrzghaDpoiyRqKgfbraO/qZx&#10;a5/IQe0tT0b0U4njQN+QL/7G597nXxa0HVF7BXp6Lo4Kk2vwf+Ne1jRbiePWjlCStiOP9vb8e0Xh&#10;FGFeng9RTpircJBUgFbqVYkML/2uLc+2rJVskrEodVz6R+Ofwb+1q6dJHTTFtVOp1HSpCoBW3HLD&#10;6mw+o98As/gBZvGzC66efxxyCfbK6SxU56sAQMdZyUD8AkD6g/n/AGB9pCpqaozuhQsEudV7Xt/Q&#10;H6+7kUIVeqBtRx1MAAAsLD3Bgqp0lYtHMqsbFrEAG39ke6TRnTUdeqeu/YpbepPvliRk1AgcksTy&#10;Pqf6n2XGbQ1PPpWimgI6Y8xVfZQvNq0ALe/FuB/j7cczt6OP0wo4kIsw02/1rA2+ns0iIaHW/TLg&#10;lqdMmG3F90W8jxGMH0srgjj68g+4mO2vUygr+s21Hm5A/wAAP6e0hkTxa+XDrwXOenDIbjoqOMPK&#10;+kXsLiwv/XUfcPLYiejlQGIt/wAG/IPFgP8AjftbJBSOtc09P9WOqmladZcPmqTJxNJDKhW9joYN&#10;awv9fcRcRNJEXjiZdABkVBaw/wAbW9olBkOk8etnIqOnGSvghdFeVAJDZNTDk/jn2qNvYWry3kpo&#10;1kFl9RfixX+p/wAf8PbSSfTyjUPOnWwNamvSX3ZuXG7bojkq6eKOJGU8kG4J/si45/1/b5Bs2op6&#10;hY3juzvbUiFub2Fm9rbyNlXxCCevLTh0jYO1cBkqGWqpK+nWOKIuRNURRkKovdgT/T2IqbNhip0t&#10;pEoF9WkauQDzxf8A3n3qys/H7pagH/V69JZ7oRjSor0WPO/J6jps1UUkA+5pYnKsyTBoeGKkKyW5&#10;4/AI/wCIhJto+fS6q39Wk51D/Af7x7MLiwZIg0ROPs/1ef8AnPTcF0HqT0+w99YWag+4Wc303aGn&#10;LExG2o6nv/vXtbwYKjjhjWNEBC+oqq3/AOSvp7TWltI4Kzg8cf6v9X8+nZJ2I7P9X5dFT3v8icvT&#10;5uV6aZpaYvZPLJKl9J+gjv8A0t6uPfX8LDyqnhKryPIq3Jv+OPat4lgjqx1AfYPs9Ok0Cza9T9Y4&#10;+6NWPevhyFMtbIqynG1VRMq6tP0iFySQSSP+Ne5/8Fp42GhPUDwBbUT9CCR7ZEVtItX8xXP7f9X2&#10;dKGaQHt49B+fkJvOqWaIuvhLvE0p8hiRL2uqm/H9B/tvc80bso1rpA4sQBb6e7RfTx9sZB/1Hpho&#10;Xc6mOeg3rexKkVMk0VQ81RISZJUaUAv+RwOfrz74LRxpJd5AoB/Nvzx+PbszRmAOBj/UetpAo45P&#10;XKDfm5MiopcfjZ6mpdSilAzH6/XQynkc2sfeR4KQ8lgV/Atz/X6g/wC8+2Yr5ANAoT9uP5/PiP2d&#10;W+ki+PT1xReyICZI8fUU0k/qWT1pe54DRgX5P0vb/Ee+UL0i+ldJX6C7X+v++t7S3N54ZFMH5f8A&#10;F/Z06Io6CoyOnQ7F7BzKvPWSSq4DGVVjseOdJZvrx/qf9t75CupVbQQoIHNgP7P5P+29sS3zga0b&#10;UD8/Xy/n/LHW6gmnXVP0LuOvQzzSzoz/ANkmQu9x+oHVaxAvx9PcSoy0cVypUqtiSLCx/pb2298r&#10;x4qD/q/1fz6cCgZHn0vNp/GqrlqIv4kDK0msrHJrZWCt6Qxuebf4e+NNm45FJuCxsQAOW5/oPZW9&#10;+xk8MZX1r/n/AMPSkRs47R0I+X+MNDTR+dLwsNI0GP0gHk8qPz+OLfj6/TL/ABxf6/2/8P1f6n37&#10;6hPX5f6v8/VPDf8Ay9N3+y1x/wDKun+Z8/6W/T/q/r/vH+8e/wD/1U8Etaw4NuTz/h7weA1cfL9v&#10;Xdsjrc4aa1+fxYjn88c295UUgEfn8n/Yck292qo49erXqNIdXI/w4/NieBz/AF/1veQCwH+2N78f&#10;48e6lwxoPt69mtOuFjy1+eP95/rf/H3yB44/wvwbD83/AOR+96jWvW+sZUfS/wCP6/Uf7D+nvNYA&#10;Efk83uLX/pf3Uli1T+zrXn1iBIF+QFJHN/oD+feMkKLW5NgeLg/63t8cOtn166Clje5+pNjxY/g/&#10;8a98rCwNrWP+tyP6ge2ixV9I61TFeuX14vf6g2PPP1tf30ZUtf8AIvYjgj+vuxZvLrwGMdcVp3PH&#10;9liAb3ta/HPuMZSx4+hJJv8AW39feseeOvdTRCFX6XIsB+P8D9B77sD+fpwTe5P+w92FOAzXrwGM&#10;cOuLMwJBH4/SQLC5/wAf979yEX6f4/8AEe6ksGqevdRmYFTbn62B/P09ylAH1t9DzY/nk2964CvV&#10;qjqC93NlDHn6X+tjwD/xA9yE0ueOOLEgfj8H22aj/V/qr1U8Ooz60F/rf6LqP445K/7x7krCvBb+&#10;n454I90aYkaV6qakUHUIyNc8cD68i2r6j68f7x7y2jTj6kfQm5vf66h7uraxXrYrTqI/ne5N/rza&#10;wNr2ADDj3xM6rzwBf/e/6e9OVK0Fa/6v9WetmlessVBMx/r6Rc8D/b/8a9x5axbfqHJFxz9f68+6&#10;xrTy9evUFMdTkxrEi6/Tm/H1PJHH9b/j3CkrQLC5+n+v9fx7cXWany699vTjHjBbkC/A4sNJt9Qe&#10;P9h7wGuItb8/T/bfX3RsnSc/6v8AV/q4aGepi4tOWIFxf8f4/wBTe/8AT3hasZ7gkL+Rb+o970Mv&#10;wmvXqEdSEoolsSoY/S3+BFv9t/h7ivUksOT+L393RdK0HHrfDqatMoB9PAuLD6jjgW9xpZCB9Tb/&#10;AGP0tze3u6NqwR17z6kJByCP1fU34+jC3uI834B5tx/gf8fejg46r1MjhFiWFv6gcc3/AMPcUykn&#10;kkfUWP8AxT/ifbtF631JEYA4H0N/+N3HvgW1C3Nxf/b+/BBinXvt65WsTwPp/tx9feAqSLjn8cH/&#10;AIj3Zjp4da6yKRfnggn8cn8Wvz76Vf68WvY82N/bYJGR/nx1rrm5BNvybA8gENfj3yK/4W/1+Of6&#10;e79pyePXqdcAxFx9eeOf8eDb/invKqXA4/2A/HPPPvzVwOtgeXWMsLm55/qf8RYWA989BAt9P9uf&#10;z+PdCwrXrdKddar8/wC+vb8+/WPI5H+B/wAR+CfevPOevU67uOLD/ib/AOPPvqwAFjc8W+p4/wBj&#10;7uASa069xNeurj/eP9h/T6j3iIFyQOOeOeB+Pr73Qg1Pn1rrmCSAL/S39Oef6+8YPI5H0P8AX/YD&#10;3ohaVH+HrwPWWxP4II/qOf8AE++2+lr/AE+lr+7ZIrw68euCWB/2w5sOR9ePfkFyPp9Rx/xHvVKZ&#10;8+tDPXbE8gfm/wDtv9b3JAB/A+h+nP8ArAe/FtIAHVjxx1gN/wDX/wB9+feYKAg5uRbj8+22oTXr&#10;fHrEGYva1hzzzYW/B9+VeQbf4gcW/wBt72CQKeR68BjPXpG44I4tz9Tx9PcjQLXHBHAt9eR7qcjt&#10;FetgV6weQggN9DyeLg/61/8AbD8e/eIWFze/0+v+3J91BJxTrRNcdcvKQRbjn6/4f0t/xv3jtY8X&#10;Nrg3/wBb6e9kk4r1sY65j6XIFz9CL24PP++/4r7xu3+xH5vxbi3va1rk9ernrKqiwNhf+o/wN/cV&#10;mH9SPzf/AF/bqgDJz1onrIAT76V2uAL/AOx/1/z71oPn1rB65ELa4Nv96+l+PeZUL8n6j82/qf8A&#10;D3sKRx691iaQKLXv/UX/AKf1P9fc2KAnkj6/gf1H9PemBpQdep6dQJapACOPr9fxybEe3SOlJUen&#10;6fn83/ra/vRKqdJ8+rUI6aJa03LXH9NPAt9Da/8Ah7y/b2Ukg2/3n/WsfdqN+E9eArx6j/dhmtqs&#10;b2+nH1/Vz74imJPINv8AEf4e95BrXr1f29cmrFC2BBbn6G3IP49+ekIubcX+v5t9Rwf8PewNWPT/&#10;AFf4cda1GlDw66SvXgAi5NrXH1vzz/h/T3xNIP7IA/BPH+8e7Ljj1r7euxWni5v/AEFifp74tAkY&#10;55A/oR+ePr7px4dez1kWd5f0jluPp+RzwD/tveNWvYKv1I5+v0/HP09+oaVPXh1mcAXZjcAf61v6&#10;8g/T3KEYtc2NieOf6fX3WgYfb1sdQzMVa3Nvrc8gc8Dj8f7H3jMYF7i9wLD8D/bf7H3tFwaHqpPW&#10;UysbWNiPrbk/61v9t79YLfjg2Nv8P6D3elcenXs064FmI4P+vz+SfqffFrL9BY/Xn6fT6e9hKg5w&#10;OvVzTrmpLfU3vYWH1HP494mYH6/jkW+gt9PftRUdh68cEDrMqc30j+nP+8j+nvE0pANuSD9P6f63&#10;u0YXV34r1uvWbxXt9LEc/wCIt+f+I99678E2/wBj/tvr7oyniOtA9eWOw4F/xc2P598DIb8f0/24&#10;tz9fd1WgIPXqnrl4xYX4uR/Q/Q/4f48+/eQm4Ite9j/sOfp72B6derUUPXvGBaxBtzb6E2P0a/vj&#10;cg2+tgef6+9E6RUdVNOuekNzaxuB9Bwbcce+BI/qLD/fD26ukJq9erDrlpbj0m5/PHHvhqBYD8cA&#10;/wBbD6e9CgGfy618uueghSfqQDf+lz+fcqPSwAsOP9hx/X/ifdA5JJ8+vVPn1FlVlubnn8W41X/r&#10;7kI6aiD9Pp/t+efeq1x1viM9RJIpQt1AuRxxYD8cD3nWeNTe4txf68/1971ooxxPWhT8+ozUk8ik&#10;c8njgGxP/G/fnr0TlSObAAW5H49uK1QCft/1f5OvHI64LiHk9DqW+vJNwD+eD+b829tU+TKm17hr&#10;3H9P9h7q41NqHl1o5NenqlxKafpZhax/w/PPtumyN/oTcjn6m/8Ar+9AdVqeHDp1hxypa44vcAj/&#10;AGN/bdLXOQRqtcg3/P8Ah7qFBOo/6v5da4dOCUyKeBc25A4H9fcRq1vy5uPwbXsOT9Pd6MOHXgSR&#10;nrOKdB/ZFjzf/H/WPvFJWhhyx+h45/1hx70Bxp/q+zrxNeuaQ2PAH+JA+v8AgT7iPVOQQv8AvP8A&#10;rcm3vVDqrXrxx1mWNfofr+L/AJ5/3349x3ka3J/x+vFrcW9201I691zUC/8AsPzwR746yUB55+t+&#10;Db3ZloaV69Trw5J4HFvp9P8AXv7jyMQbHi/+vbn3tVAHGvWjw65jnm3+HuGxLAgW4/P9T9f+Ne90&#10;Az1ogEdd++DXAAI/ob/4f4391FOq8O3r3voKzEBef9hc/wBffqdbAp173lEZ4BXk/wCvcAjn34VG&#10;Bw/1f6vz6sMde98jEb8f7C1z/sfbeqrU/wBX+HrVM9e98hGVbkkW+t/8Dybe79b6977OgW5F/wCl&#10;r+99wz14DFeve+WjUPSf9hwef68+6gkVBx1rr3vKsBIJv9bD+vP9QPfurDj1x1D+v0/P45/HvKEt&#10;YAE3Atxz9OL3978qN+fW6U66J5/Asbf1/wB9/t/fTLp5A5BJtx9R7qRWuada8uuwb8H8j/b/AOPv&#10;oEkDjn+lrG/9PfgKLQcf9X+r/UetV68eDf8AwH9be86xAm5HB9tk5zx6t9vXRaw+vP8Aj9feeOEg&#10;njj6gWv/ALx79x62OuJfgc2/Fz/X3IMPAN/999Pe+HbTrfyPWHX/AL4f4fn32sZTk8/j+v1/qPdU&#10;Br17B68zhhxb/YC3095iEIUngW4H4v8Aj6e908ut06xgkE2+v545/wAffkW3+H9Bcf1/P49+pXPn&#10;149dk34+v+Nv8PfiIwCD9b8f4c/1/p73U0x17jnr12PI/H9Pyf62/r7wM/DC/H4sLf717sVJ4dax&#10;1zC2IP55vz/xX3kiubAi30F/96v7rRgtevCtM9cX+v1v/vXuVrCE2/HH05PPNwfdNVBqPDrdeuGn&#10;Vx7iTyi50k3A+n1/2H+PvZzjrVfLrJGn0LC44/w/3n8e4JnckKf6j6n8f1/p78A2B1XNaHrPoUC4&#10;H+tx9OffYc/1A54/Nx/j7uKKaevVvl10R/r/AOx4t/re5UcgW3N7+/MBx69nrEy3PH++/PuWsoY3&#10;PAH4/wB6/wBj7bJPCnW69YypAHN7/wBP6e+mqiL+rkX/AOK+7YPHrVeuhELAaRb6fT3Bmrb3IP8A&#10;vfH592C1p1qoPWdYbcf4Hjj3iapuL6v6fkf717sBQ9er12EH0sP9tf8A3n3FeoHN25+nH/Ffe81p&#10;1onrKEtbgf6x/HuMJmJYfUXJH5/3r8+9UByOq165+8DtK36fVbjji1vz/wAb9uqKZPXvl173Ihhd&#10;yL3vb9N+Tfm/vQND1TFdQ66Zgov7fYqCaQDhh9CD7qx08OnFDHqE9RGt7sODz+Of6e1BR44qo1fX&#10;63/w/wBf/H3U9woM9XCnpmq8goJ0/QcG5tyRwfbqaO6i1wSL+k+7rQLgV/LrYAHTT98NZ1EFf8eP&#10;9e3/ABr3Jp6OQobg/S30PP8AWw92C6hX168Dip6g1eShSRQGH1PFwT9eB/r+8MlMIzaWwAN7f4Hj&#10;k+9hSgqM9aLU6kQ1vnF4jcsPqTz/ALAcj6/4e2+Wy6lUAAjjn6f19+oWJY8emS5bHTrDc6GYnj88&#10;WP8AS3tgmhaSQtf6H6j/AB/H+x978q9bIJFenqORVQD6XH5/w/It7j/Yuzci4J4/rz/Qe9AZ60Ea&#10;tespqUUGzWP+8fX+vudFjUVlJX6/kLbk8D3X4WI6uRQU6ivW3UkG9vrcg3H5t7cY6Jf025/r+R/r&#10;E/6/493qBx61TyP+o9QZKw21AnTb/b/4WH59yP4eSRZbiwubfqIPv1RSp6uVBGeo/wDEQAbvY82F&#10;72BHIt7dIaHSFa1h+ODb/H6+25H0kg9WC+R6aJsgHJUMG/qNQ/HIHHvM1DIxAWPUD9Db6WP+Hugc&#10;8R1qmesAyUEYbyTBGH6gTb6ji3uYmGd1uVI4HFiOf6f4e76megNAOt/Lppl3PTwMbOHI/wBqB4/r&#10;fm/vLFgyCQy2+l+ObW4Av7dqtKqR14kAVB6h1G7o9IKsSCCV5Fr/AFvf25JhlFv2+Rb6C5v7oy1z&#10;1WvTBJvIAn95Qp1EamsNIFjYfX2402F1OvoIH9bf4f19ts2hCKVPVs8OmDJb2ijja9ShBH0vyP68&#10;D6/Uc+1HS4YhTxf6W/2/19stceHQHHqD5dU6DLMb8imkUROW/UAUa4a4FwBf6/T/AJH7d4caoPIv&#10;/Tjjn/Ee9NKrCg4f6vI9WVSxp0G2U3vMurxyFSo1OTJbhfVxci9gefc1cZpYgIDbk24+v0/w9tNO&#10;aB18/wA/t+fVzGaV6Tcu+o5omjqK0KVu4JlIsp59VzwLEf8AGuPclcVJfUqmxNiLfUH3RZtfY2D6&#10;/wCrj1sRVFemCu7OwtGmmStV0VgbKQQjjm/NiAD9f6e3GDEem7EfQ2Fhdefob/n8+2jqD0Ap8/I/&#10;7FMf4K9aUKHAboPM53jjQxWmDVAtb0udJCgWGnkH/W/2PuWmMjvdibX5twefr9R7fBdBQfl/q+f+&#10;rPV2jUGp6C/LdzVMpLQIF4NjIwfT9bWJ/wBe3P8AvXHuQlFAv9nUBe4I/r/hz/tvbh1AYwf9X+r8&#10;+m6Z+XQc1/aOeqGJFc8ak8JHaNL/AO0heP6fj3mSljS5Chf9b6f7b3Zm1Urx/wBX7erVPl0lqvfW&#10;aqVZJK6okVj+nyNwPx+f9cf63HvIFQ/Ucf0N72BNre7dy8Ovd3r0mpcxWvyaia9wAdZOm45AH4HP&#10;vIRYC3AH+uOfqLEf8U9tAAk6s/6vTrxoeoUlfM5sZZLH6lmPp55vqt/X/Ye+gLMRf/YWP09uGmnV&#10;TqvUd6qVkDXsNJuWYr6hyLf6w98tNi39Sfp/hb3UNqAI68aAdYmnk4BYAC973tfURptz/geP8b/j&#10;3xKg+m/IseeOfr7sGp3daqRnrH5XDFjchrhStyG5tqA5sfxz/tvfYVQLcgDkX+t/8f8AefeizE1H&#10;n1vJ64lnY8kaiAGH1BIsbKD9L/0t74NcsACRyQbfT+tjbj/D3daBSSP9X+rPXqU6yKFVXuAwsLXP&#10;q/1OpdVzb8/Uc++QT/XuObXuLk/091L+vXh6ddAkkgkElbWCBW0KPoD9ORb+v5t784JH+HBPB/H+&#10;+v70jqPt6tSnWaOFvwG5Olbm6i4A/PIP4/1vceWZIEBJJ44H4vbm/u1SxI6qcmnS12ztOrzlbFEs&#10;OpWdATpFiL8An2lshnVi1AMSADwD/wAQPfgiEnVx/wBXr/n8uq0Pljo8PXPREjwUkkkNg7IZAYye&#10;F5Av/r/1/r7QdZuK0rEvf+vJ+l7gi/vTVC0Bx1cVpno6O3Op6GnpI0WjRCv6SE51WsyuLf1+t/8A&#10;kSbrswZdTI+oDnTfi59tMTgf4evUHQtYHaMFAoSSBUvYMyg3IXjk/wCPtOyVUk19Tkf71z/re/aM&#10;gnrdBx6XMNJBTLaONf6iwA594Vbkn1MLgC/+8/T34yE462OpJiHo/QpsWJBtc345996w7Ktrf7AW&#10;/wAbj3VWIFOvcB12YtAZ7n6c3N2PH+HvzU6qdSsQfx9OT78z0XH59a69HUu3odRpP0sP0g/4D3mS&#10;MEBCbMV1XHI/1/6+2myterqK4PWJpSrlwt1DaRf6/wCIAP194pY2Tj8KOB+T/r+6jPWsdSYZVY3t&#10;Yn6k/S3+0+8KXLfT6C1j/S3PtwKKBeqg5z1llsFLavra4BvY/Tj/AGHtx0uwW/JP+p/H+x9skilB&#10;1elQem26xuzfSw+jfn+vH195wjH0lr2+v15/rf3T59VHDrC8o5bTYm4HN78fj/ivuLKwDEhSSLXJ&#10;HHP559qB3LQ/6s9brjrPChAHq0qfoB9f6Dn3AqdDrewuPr/S/u69vWhkZ6n03kVzz+o8fW/04t7b&#10;QF1Ei4I+lvob/ix92MhA7utEjp0ZWsBbUDa97XH+sffWsg8grbi5+l7/AI+nuxJI7etdeEQ/qD/a&#10;AH+9++Ds+v8AUAPxx/QfS/v2NIB61/k65oqAcKeeeSL2J4Fre5cUqqoUn1H6W5N/9b22y0H2/wCD&#10;q1RTPUaSNne4BAUfXngDg8n3KhnZUbUQLsQP6gX/ADf20AC9Rwp17PUeogVmVVFyADfkX44At78z&#10;HjSPpf8Aw/xvf26qavt69qHl1jAAuHBsdIubE/639Pclal3jCEC1rWP0H4JPttk0tmv+rh1YfPqO&#10;aaNXMityDckcE88gD3h1+q5/H0sD/vHutCxp15jXHUnRpQgH6/1twT/sPceaZg4I/TcgA8cfi4Ht&#10;zQP+K6rny6z08QMbDjVb6jmxP4vx7lRyFvUxuP8Ae+f8P9792CkCg8utjPHqDMgUlQLHnm/9eAB9&#10;fbin7ifUcixJ4sPyR/vXtoPQ0A6uMY6bZVMbc3NiSLfnmwBv7jSobEWPB+v4/wB9/X2+AQNfVKE9&#10;Z4pFLD1Dnjj8Ec8k/n+nvAIml/bKEj/G4Ufj6/8AFPdQ9P8AV/q/1fZ16g8+pTSLEBLqseRa92+v&#10;PH/FfeWOgNwVAtewtz7qxPW8dYZMkAGDsb21W+n1H+8H3LWPSfERe1tRta/uhNCD1YNTqIZA6GVW&#10;AuCVFw34/p7miBC30sbcn+gtz9P9590DHh69ar59QGqXVbk3sefoLsDbn/eh7zGOJVAU6m+hP+H+&#10;Pt2NQtSx/wCL6qDmp6gNU1Msh9GmO91HJ4vf6g8/4++JoGlAIYk/leLW/obe7hkqQfy62Bjrj/F1&#10;p7ho7C5Abm5v9GW/HvC1IsP1UA/1sSTf26VVwCM9UAAJHWeHKSVOqzkqDyCdIHNh+f8AD3gGuIkL&#10;ezC9h9AL88+6lVGWz8urClK9TdUc4BuFZTpLsSWJ/wAF/p7g1Tlh6OeeSBwP8PdhpXHr1rienGij&#10;AN3NtIHBtcg/m39Bf3Egsjlma5t9CLWuPdTVhjh1r5dT6j1JpRbAH6i1zY+58U0IYjSBf6/k/X8n&#10;21IGUVHVgeoEkE8i3DNwvHItwL8X9yBBFLJdhxe4twL+6vK2kDqwpWvUYyywR+liW4X6g3Fr/T3z&#10;lovJpCGwBN7/AI96R1ANetYPDrhHXshPkBN1FrA3P5t7iT0DKRrY6Ra1gLf193hegoTXrVAB1Miy&#10;SSBvEqhyOb3JBH9QOPfCCII5u/H9eD9PxY+9TcdS+XWuB6yyzl4yDH6iL88BfyefbwIAY+DyxP45&#10;II+vtpXFa8eHXuJ6YpKh1lsdOlPryQob8D/X9slbRRC7BrNa/wBbn6c2t7URvXj/AJOvEdP1DXTH&#10;SpXi/wCQQCAeG9t8fjjut7C4+oH+8+9Gnn14dOsnlkswW5F7AFgB/W3tzpZoY2uCt/xq/wBsOfdC&#10;mMdbrQdNNXDUSrZg1rEHRc/jm9vfOWXzyFtYULcAD63I9uaQFApXrfl8+sMMJpo9OliWszX/AKcn&#10;8/6/tolhVJfIz6iPoAOP9j7u8YcZ6p0909S7R+NU0qRZix/pyLe5Mc12VUuH/qBfk/1/xH9fadkA&#10;H+qvTi4OesTxBVZpADH9frYH+tv8Pb0IJRGjPLyw5F+LX/w59p+Nfl1slTXplapg8rxxxCwP5Xkk&#10;f0PuTHTedRGrBj9CD9bn62X/AA96RyDn/V/n68uk9QKmr+1PmdNA+oPPAB/tEfQe+NRj1EZQKCQt&#10;yLgW4+tj7fikYGvr1YhaauuFPldbq5YgFvTwTe34uPx7SE1LdmTUAvIIBsb/AOuPaguSa06aNKdL&#10;anqhoR7MSeRxwOOAb+4Ag+3cst3N+Dc/7Akn3Q0Y1PDqtCFz04+YSppNlH1Nx/t7j3nNU+nTa1uC&#10;3/EXHuhBHDh1pWPn1iWmQtq4LHnSf9bk2b3zVpLar+k2sTf63+t29uKquKcKdbOM9Y2Cg6SATz6e&#10;P6cC34/r7daebXCWA8luLWvY2/J/HuirR9PVhwqemmri0ygXEXAsfoSCfoB9T/T3FqpZFQn8gEgf&#10;gC/49vFGxo6bOoHrPRJCzEE3uQOf1H/D3Cp4zPExkF2N7c/7x7ZclXp1dWI4efTlM4iZdNwAef8A&#10;Dj68+8afsF1HDAfpChjz/U+7aATXr3XNm8qq1gVJFmJsLf63ufQzlwyt+D+SARf8+2mSh63TAp1C&#10;rogCrrc/ni+kkfQf8b9zkZBcSvpBv/jwR+AOPfqivbnq1VIp1AkSQgGNNTW/x5sbC5PPuEzU2r06&#10;dZNizfU/X2t4j5dUrmnWZFqrLr1WA/Sh/wB59+WB3ZSCpBv9P9b6ke2HIOR1ZRXrKKhI1YMrqR+T&#10;axufoCfec0Wkh9QLf7H+v4J9tF9WOraesS1twy6dKgEA8f65uD7mysYogJLEEBbW4H/IPtsE6qjr&#10;Rp1DhjSeUmMMCCWDajckHmze2CpgDEOgsPrf8EW/3jn29mQA9NsM16faaYxgxubt9AP6Efj/AG3v&#10;AgEmpI1AC/4D62+pP+w91FdVD1sGuepDnQut2J1f1uOPrwB7yGp8A0EkyDj0j6W/F/awwmlRnqla&#10;NjqMIRMQ1rJyRqv/AE+v1P8At/aioq60Saxf8arji/0sf6+0LoK0Hl06pr0w1uPJkYqbMQbDSef6&#10;hgPx/h7dhUU0iqNeq39gtfkf0t7boy/Lq2rV5dMjU1VGWcIATYawtuOL/X+ntor4kY61QWvyAb/4&#10;fX8e1CNVNJPDrRoTw6ecdLIg0s5B/wBYgX+v598InZQq20oLECwJ/wBifx/sfdCC1R5jrYavHrPM&#10;iHU5JZ241G9j+bD/AIr7lPW0keoPIgZRyAwIBI+ht/vfvSRtUButVUmvUEUVZLpaKNijN+RYkA/i&#10;/wCPbJXTCch1s0YuQQLXH44HtZGumOqnPTblunmhhMBZHGhzZdNyQCPrdm/r7ixVUUcsZKG44PF7&#10;X/r/AE97lqVoB6deRqHqU9LJJHKPJYG5U/1t/S/19vkclNJfUQCwFwbW/wBh7QtrqOncE56amjqo&#10;h6QWVL886rn/AIm/tkybUpR0X9V7Hg83N+W/1/a+DCV4dNyaa46c6BavyK8n6CAQSbfTjhTf2nko&#10;6f0upLMxsbEkWJ/r7uxrx6rw6ejK9ypAVQL6jb6j68e1XjsNO7xOhYLwAvN9P+BH+8e0zlGTHWwC&#10;TXpN5LO09MJEltcA+q4sGtexv7HXZmDm8weohtEqG7NyzG3+3/3j2RXzZUIc1H+r/UelcQ0qSx6K&#10;D3h2ZicVt/ICmr43rpNSxxROv7TD8m39P6exLSgpoSXWNb2J+nPHIv8A63tXCGkARvUf5sdN66nH&#10;VZW4u1tzVZliTJ1YgbX+2kmkBGF9LcG/1+v/ABX3LLoq2JH04vwLW549uEGM1OKen+ry60c56DqG&#10;jrM3NaGOeolkf1H1Pyx5JI59stflI4AQ7BStvTqtf/Y/7z7ejfV/ZioNc/6sdNszDhw6GzZHSWRy&#10;jRVFRGDd1OhkcqEvcgL9fpyW/wB49hFubckjLLGv0tpFj9Sfra3s5hARQV4n19KfP/BjpnFanqxT&#10;qLpvGYMUtS0I8wPkYhONQIIYn83I/r/vHsC81NUTs5/Uht9OSCeP1f4e6vnP+r/V59aFK16ObiYI&#10;KeJUVdJAPPIuL8G3tmpQuvRIjMCQB9EF/pxb2jkBUVr04PTp4kva6kXH+xNv639vslIugrGwUFee&#10;Bfn6g+3bdqLVuvFajpt85Dm41C/1/wBb+ntOS0ssMjFAPr+bhiP8B7ekCvUA9U00OOnKOVXVf97+&#10;o/17+8dUtTLEpA0aQONQ1EDnke9Rdi0r1VwSKDrylA5A5ufwDYE+8NBR6nZpfKtyOLXX/Y8f8T7q&#10;/cdR62ikDrlI5QC1rm/1P+8+1TQDxVCoyjSDcEk8WHAFvpf2juMUC9OqKHqBUeuFiDzYiygH/Y/6&#10;3tR1csTxglkK8Cwvc/4H/H3aFiFx1Zzq4jpP08E0czWDhv1ajaw5sCtvx7jQ4sTIzR6QpU2t+qxH&#10;5J9uxXGt6evWqKVr1mqsj9syLLfVqW5403+gI5/3v2na7ENRsXjVg782JBA5uCR7USRhhrby6ZJV&#10;Dnp2oslHVrYMCBxxxcj6+5GMxsmRIiazMT+lUIY/1C/7b2iMnhNRv5/M9OIAxqOushXRUETTn0oi&#10;kliQEBHILe3epwRo2CCRgQApRhaxPtaIaqH9fTpl3pJp6ZKHccWQUuqKU1GzowYED83HPuLT7Pkq&#10;5/ILqrflh9efoPaa4JDCgz08qAZ6y1W7KChiYyuC6AkqDcgAXJPt+TYjVBQNTH9v6uAOf9b/AFx7&#10;fGojw+J6qdNanpI1naOEoYzLJkKdQ36Y2lAYX/qDa3PtbYjBJjZkjiiKEMvLKCbj68+0tztxaMMM&#10;/Z/q/wA/VluQG49B7muyabJUVVM9XC1P4pnGiXSCqggCw5P9PwP9h7WddiIqtDqhLSkC0nCn6WH0&#10;/wB79mFjDJHF4cnn+dP2/wAukbXDayF6LNRdsLiMkZqfJqmPjmkH2qq0odi/6jfkX5/PuDjMAKeq&#10;VNbJcfTSSzW/BPHtHeWpjcPTFc0P8/OvTkcrZJHS2z/dFJk9tVdbTLTVfhh9LSTpDFG/+pIJuD+L&#10;W95cjtKOslUXFxxqb62J/PHs6JieABcn8vl8/n8uk6azOSwx0GW0vk0mGpaiTJQyRqgkkZY0co5j&#10;uPQef99/h7cKHZ2NokkExjeVuLgfj+nPsvS2/WEnlSufL/V/s9LfFOnSo49JHdXy53Xn2gh2vgq2&#10;Gmjf9x5mBeQA31IsXI/2/wDsPbzQYekpJD9rAiFh6nVFBYfT8f4+9TRW5IkahI4Z8+k5E5bHQb7p&#10;7r3pnsRLDmq6rETA6aQCQeI24DXuSbfj29vRxJZiEU25bTzY83BPt6K4R0owrT/V/h+fViG+E9Fz&#10;Xdm6Kuqko6OavmjmYKlOks+lrfpOn6f7x74SiCNVYsPp/UWsPbaXULsVFMf6sfLPp+09eaJANRFe&#10;n7HYLfdW5jOPljErh/0PY3IsJW+o5549txq6BW1NoZyLckX/AMOPen3Ar2g0UHh15UAGpR+fQq0v&#10;UnYtdSxwxy1kCFdX7V7ci4Dniwv9QPciOrpyQEC2NuFNjyPyB7TvuagVQ/6v9Xp1YCmT1Dquj91M&#10;C2UlqpJU/tuA10UkemQgn83598jW+KwB/VYW/wBfn6n2inuhM2qn+r/V/l6uEr0/Yjp5poZFrH9U&#10;ceoSG7sdNhbQCOCfqbj/AHv2ms1n5cYWkjCueG9LfS359rXaK4tAQeA4dNmJ1eoOOho6p6KxmYk+&#10;2y0MscKtJGDNTlVl1NwQW5+n5t740+7PvYUOpFkKgtdvpwLj/jfslt7hoyVk4A/6v9VelUiYBXh0&#10;tc58Xtt47ISz0dFI8EnKqIvQpv8A0Fz/AI2t9PaV3LnchDEZo5NKrYmxJuLfUW9nkcqXMGiM/wCx&#10;n/V+fSehQgkV6E/qrqPaWIqjFJioTUOx/ceBFs1w2kEi4uPbbtHeMuVkeknkBZGNizC/Bt6v99/h&#10;7C9009lOGFQD/q/1f8V0tSNZFp59Cnv3qbAfw6SupaBI5kjJYQxD1EDgi30P+PtfTEQgSsxC3DWD&#10;/X8ng/7D2oZ5LuMspzT5dNGPw2qf8HQE4emp4av+HCmEknMQZ4CRGSPTra1uCf8AYj3CrqmHQrxS&#10;6BKV5ZvUv9bj2mhlbQVk4rg/5OreGA2ocP8AB0ssRt+pSsZJ6ZZlj1NHFGg0ngHSCB/r/X6e2urk&#10;R41/yxQfqGJNuPqLD63/AK+7LIpDFamv+r8unCKuKDpV42jqKep0viNKJZSqhSRcalYOf8eDfn8+&#10;2quzkOOlQBnkKoASreluBqJA/P8Asfdvoy8QKUFfP/B/qp1bxtFV8ulHicDUZeOpNREsQeW6xzJd&#10;49LWCj/D2y/31p/6Tf5y/wBfx/T3r6R/X5cD+37P59NV+fSi/uAP6U3+Z0foT6/7b6/7x7//1mQE&#10;fQ34sLD3g73Hux13d0/PrcxZbC63PH9OCPqTb3mUGwNyTf6f0/1z7oWGqg/4vr3yPWEj+vF1/wCJ&#10;vwPfvqwF/wDXI4/H497AIFfLyHWvLronj83tY3/17++YQknTfn/Yf7e/uy+h+3r1esbuAOWA/HIJ&#10;uP8AkH3y02F24/2P5t9fdwQDjrRx1iLF7Kgv9CePp+B76ZlA/ABsfzz/AIf7b200uaKOtVJNOskd&#10;O7XLcn+v14uB9fcZ5GJAFrEkXvbg8X93ABFW6tXFD1LjjChj+eD9OQAfofeIIT/sbf7Hi31931Uz&#10;5jrVKdcyVBtew5JHIt6vz75Igva9jyP+JAH+t7qWFNXW6V687G3pFx9fz/W3vOoU3A+v+J/P5961&#10;BaHr3Dh1EbX+b/15HI/xsfeQEq9gRa/P1tx9Rb3QSBq9ar69dGL9sEj6/W9gwv8A1/5F7za7AXK8&#10;8G1v9tz7Z1FjXOOtVr1j8QF9Oon6g35+vH098lqAht/W/wBbX4Ht6p0VHVvLh1HajLlgSbcfQn/e&#10;vfI1LD82Fha3H+w9smhyOP8Aq4dVHXJaFP021W/1QBPAIJ/3x94TUuQfpa5/P9Ofz79QV6tp6krR&#10;Ri3HNvqFB/wvx/T3EeZzxq4B+o4vzf3auSfM9V6nJTIoBCG/+PNr/WwHuO8xYEXP5t/iT9fbqrpF&#10;T/xX+x1YA9ZVhGoWCn83/NvcdpbC314/23HvxVi2qvVa56kpGtuQb8WP5te45HvGHP8AW4tx9Rb3&#10;fSPTrYHWQr+BdSCfpb/Y++RawJJ5vfk3/PIv78K1A/1fb17hx646PV9Bb+g4/wB494ne7D/Afn+n&#10;v1CAQPPr3WREsLm31sLW5/p9fp7jSyXJP++4/wB99Pe0UAU9OtHqWiWA/p/sb/T3hLci1if62vx/&#10;j/xX341Ip1rj1mC2/wAPrx/iP6e/ab2/H0/17cE+9hdI09ep6ddavqfrx+Pof6H/AGPvHo/PFvz9&#10;ebnn6e7aioAp1vru978nj/bfT/fX98hHyfwPpbg/m/1596+I56110WsP68/1/oLcf4+8wQf7Yi3P&#10;497AIND1sA06xl+Db6/ni9j+OPfPQpAv/vv9b/H3sAhutig6wmVuebC/H+sP8T7zrGRawN7/AF4+&#10;v+PvzAMDXI69X06wGY3A4B+p4P0/wB5982iHIt/xJ49pgxrj/V/q/l1sDrmshsDewAsPx9T9P6X9&#10;xnju17fT6/ge3qgGnXjTrMsll5JJsf8AE3/r/sfeIpe4H+Fz9Bf3ZSQKseHVeGT1l1cjix/H+H+H&#10;NvfH+gIH/Ef4X91NTw691y/1uLcW5HH+HvCYrkW4A/of6j/X92DBeveXWQObG/N/99x78BYWN/z/&#10;AICw/qPe6Etk8OvYr10WHJA+tvx+T74lQTwCLfn8f191qevUz1yBIHNj/h/vHPvNGp1D1fU3ANub&#10;/wC+/HvxGKjNOtH16xuwA5FrjT+f9t7mBRpufx+PoD/T3qhp1apPUPUbkAfXi/5/2/v2kfXiw/rx&#10;9ffut8T12HI4sb3PA/3r3kHAHP8Avf8AvR90GqvDHXhx64Hm5uf+Kf099MdI/LEkf8i97BYtQcOt&#10;HPDrwCmxJsAPxezf7b3hIawta/5P1+p55493oQevGvl1lVl/qf8AAfS1vpYe47IxYrbi9yf95t7c&#10;UAUbh17h1m8g03uDx/Qj/DgH3w8RJA+ovz/Xj/Ee9Fa8Oqnrn5VAv/rcG9hx9LH3mjpjxxyf969u&#10;UZePXh1Hlqk5N/pf+n+29ucMAsBa5/25/wBh7p1vHTVPUm9+eLkfgXHtzhRFK8C4/wB4/pz70fU9&#10;eOB0zzyO4b6kH6kfU/1Fj7nJpPHpt/T+n5+vupU11P5HHTg9em2RnAIW+ogX/Iaxsp0j+oH59yEi&#10;Btzx/tv9793JGnA6oT02y1DoxvqB+ov6ja9rkD/H+n/E++yi/VbWPH0tb/b8+9Lj4s9bPCvXbTOQ&#10;OSP63Yk3+v0+lv6e8b6B9T9AOf8Ae/r7trNSAM/6v8nWiKcOssSytYgFgTa39Pze49xHkW9hx9QD&#10;x9Prc8e6ZpTqvl06xQH9RF/obG7G/wBCAP8AffT3FK6735v+Px/gfbqgU631LMmi2kFf8bcj/D/Y&#10;+8PiAbgE8XNuP9597K6hqHXvl1l85t6vTf8ALAE/k8D3mUWX/Hkf64Bvc+29WSv+qvW6VOOsbDUR&#10;b6XBv/T+n5/PvoljcMPT+Bx+P8ffnrinE9aNPLrmqqP0k3t9SSOT9bD3jLKASP8AED/A+958+t/b&#10;1zCMWCkHjTcX/H4v7iSyf4/Qf644+nHu4Y+nVaUPUuGD/A2J/PH+v9Lj3HMmq4+nH+t9fzc+96GA&#10;1HPWs9TBGq2I+txf83tweB7wNKq3Grkn9XPu2T/m69WmOs6xFrG3AA44P+A+vvA1QBwrcfQ/X639&#10;3GkNnrwYDj1lFOxFytm+o/23H098xULa5t9P+I5I9ttxIHXqkmvl10KY3t+Sef8Ag1+Bb34VQZvq&#10;f6cH3UGgpw61UdeNJZfoOPpwP9YfX3xes0ggG/8Atvx7rQVqPLh1vz6yJSX+o5tzYcf63uKagu31&#10;IYf0/wAf6+7BiB8utEdSBThAeAbj834Pv33BW9+T/j9efeu4mvr14Cpz12YFIt+P8Abf0HHvJ94b&#10;AjgXBt+Lf6/uoBBLA8etnPXA0i20kA/63JPH59+NWb/X8X+v+8+7KpINePXieuP2q8em3Nrc/wBf&#10;pf8A4j3x+6axBJPI/ra17n3cLqNT/q49V65GmS/CqPr/AK/4sD7jyVJb6En/AHq3vxB4dbLdZ0pw&#10;v1t+bCw4PvAZGbn6W4H9fdscOq16zCNR+L/n6e22aY88/QH+tzz72MdVIqKHqQifTjk/7b/X9wJK&#10;u3AN7fT/AA/qPex3GvVDWunrMIxz+CTz/j/T3g8pYXvc2J/F/wCvBPvRr1YV4HPXMKB/vuL/ANfe&#10;MOS17Hk8fk/0970jjXrfXL3LFyAQL/W5P+J/HugGeFOt/Z1wNh+f6WFvpp5981AINxxaw/2P5Hu3&#10;BuNevD064Em39Ofr/vP198SVAKg/Qn8/0/p/tvfiSTU9er12Bcg/W3P4/PI/3n3BmN+QDYEj63F/&#10;fhjrRz1l9xgPqQARb6fm/wDX37PE9aHHr3vmfVYWP4+v5/JNvfut4PXveSONlNxypP4449+IJ49e&#10;oeve3BYwRexBtb6839+62B1jZiD9QQf9tb+nvE40gkDn8X4/wufegNTgtgdb+Z65Ag/Q3P5tf/if&#10;eOwN9X6gPxf/AHr3elMjqta4PXf4/p/tvr74lASbjj6/nj+nuhJFK9eqBjrv3yUBTbkA35P9ffid&#10;K5PVsHr3uWgJX/YH/bWv72BUDrfWEnk/0v8A0H499j6j6cW/17/6/vXnnrfy69+L/wBCfwLH8fT/&#10;AI17yquotwD9b3/NuDb3XA869aoPLronj88fS3PH4HHvrQtxwRYn/efr79k5/wBX+r9vWuOOuyT/&#10;AK9/+I4v7kIg/H5+g4/23+296LYp1bzx1jJt/wAT/wAVAPuSot/h/sfrx70FNK9aHHrGTf8A33+x&#10;98mUspt9RcgW+vvWPLqwFeugbH/e+f8Abe+Kki9xyB+B+D9ffsda68bfj6f6/vprccjn6A/4/n34&#10;nOOHW/t68B9fr/sPfEPpBvzci/04/wBv739nW+uRFz+B/T68++EhHBFr6rgf0/PP/G/dgD5dVNKd&#10;doDyCDax94BwSTz/AK44t7tk061Udc7cW/417z+QA8fW30/BP+BPuhrWh631xCccj6n635HvG7lj&#10;e5HP9ef8ffipp17HXara/wCf99b3AlJUnnm31+lyfp7tpUjqpNes6/7Dm34+gAtz7gmUqeb3J55H&#10;0HvZFeHWq0HXP3l84JH9CODf6W9s0NKefXgT1631/wAfctJRYX/HFz9Qf8fdwACKHPp1ao64Fb/7&#10;f6/4e/PUMvC3N+CRe3v2gk9eNOugg/4p7xszsAfyAb/W3Jvf/iPdcq1SK9Vr1zFhf/Xuf8PeAAsD&#10;ckc/S5va/PHt5QacOPWiacevE2/4r+P9a/vvQ7+jkW4B/wAPqOPe6GlevddalH5+v/Ee+K00moXB&#10;Nj/j/tz72uRXrVTkdd6gPz/xP+9e8qUMuofW1/6f43v73Q1+fVDqrnrh5U/r7e6bFtIeVPP5P9T9&#10;Ab+/EMePVhqHHqDPXRxqTqHH1/Fx+ebe1DT4Frhgl9P1FrWH+v7rTSMnq4jqM8emKoz8CErrsWvp&#10;55ZvwP8Ab+1FT41QguAB/Ucn2zI2o6QfT/V/q/Pp0LpFOk5U5hhI1tRIv9TpT68HV/vXucKEE2X6&#10;H8Hjm34t73GoY5NKdeNAK9NUuYKLd1ufodPq0gm3PuemPjVATyeSbn/Cwv7VKU9OHp1Ut59J2ozk&#10;7y6FBVSAAR+rj/Hn3mlEcKekKGI/5Gfdg/ZQcOqaqjqJTiprKgGRmKahyOBYEEC34/23tMVmqUkA&#10;W5H4P9eR78WqQCevKuaHPQg4wJToPpxza4F+PqCf9t7aXopD9SQL3v8A1/1vetIrjHVvDzq6fUyM&#10;VvoCR6bekf4Wv76joWGo6dX1v9PdZCBSmD1cgdcnyCGw1FQbWsbfn3IFGq8lfoQLf4/05/r7b1n8&#10;+q9YWrS3AYEMCQRxa35uPr7krCW48dwb2uLfiwt70hFST/q9etg0Geoj1AX6SWsBex/2PtwgxvkK&#10;t9B9OP8AH6E293fCmvWgwHHpkq82tPdLktYmxseAP8fb5T4sBl1gtYj8ckkfWx9tl10YPXukjX7k&#10;YLJ4ysZIN7tcD8hdXH49un8JubAfT6XAubj+ntJ4gOerA14dMX960RE1uDruTY/ptzckm/8Ah7cK&#10;fFaSCVF/9YE/0tx/xPvTS1AA/wAvXj0na/dSsHAcsPVa7ALYDgc2P++49vEWMDXCrq/wtYn/AIn3&#10;sTAsNZp8+tAVwOg9yW7jTpraVY7arm5KfXgC/wDsOPcj+DM3OixsDz9LD6D6e3RIK4/1H1634RpR&#10;uktN2hSUqnzViGO7DSrgNfgWOsgj6355950xb6tOgfUC3Fv6XJt/vPt1FYR+ISaU/wBX8+q6PPy/&#10;1fy6TuQ7XwyKXFXESLk2msLAergng/jn290uHIT1INP5+gP9Pz7SSFy9VbPl6dPBQRxp0Eu4u8MR&#10;G7rHMQ63ViqkroIsQLEm4/P09ukeMQEFuBxYAjg/i9vdCNaEcSP9Xn/Lq66Ap6CTId4yhi1KTIl7&#10;n1WX/UkhfwSLX/2HuUtEin6X4PAsP9jz+fdkQU/Zx6oSfIY6D7K9tZSuYlXEBZWBKtIePqSB+PqP&#10;edIEWx0gkAcEG1x9L+/GhBHCvXqsRnPSGqt5ZOZiWrZn1qQVDsL39XJP9QP98PeX/YAG/wBbf7E/&#10;X3sRqD8vT/B/sdaLNTpil3DUEcu3LHlnY3JNvpc3N/8AinvlYjkjgnm3H4+pt70qpWi+XVRRTU8e&#10;oE2XqX1az9QR+IzqsDpFzyeT/vNvfEG/BH+834vf/ej7dK6cjj15mBz1Blq2a7s7EDg6iwA+vNv6&#10;3/B99lRwo4Fzzcji/PPvwJ+Jsnrwby6wLM7Ai+k6eC2m9/7JbUfyB/Tj8+/AWsPrz9f8f9b34mvH&#10;HVdRrXrGZGurfm36QTbg8km9ub/8a99njgrb68W4v+P+Ne9DOQf9X+rj1r5nrhyAxubi1wXcswuR&#10;cg/4f7f376jj/AHn6D34UBoevEDrtl5GpgwUEk2UksSNK8/X/Yf7z78OTf8A29uL8e/E0x14j59d&#10;MLCxJ5IChQXIYN/T/YX98Q3LAg8c3/Fv63/r72ymgIPW+HXMAqFJ9SljZS/qL3tyGF9J/r/vPvoc&#10;Ek/kcfS5HJ+h/wBf3ZhqAA69/q/wdcrghQPUASG1X0gnSL6gLH6WP+x981UkckHg8mw+ovawPtt3&#10;0tRevcWx1yCgvcXC61IJIHqHJGphf/Ye+jf8cfgEf4f1v7sKcT1YD08+u0W+rknVc3P9q3BVV/P+&#10;+/w99Afjkk/Uk888f7D3V2PHgOnAtenOmoWn8d0H4GmxI5+gt/X+p94Kipip0LM6n8Af4/0Gn/D2&#10;naRmOmhB/wBXr8/9VereGR8XQt7J60ye4alRFAwjGkvIynSo1Am4H+Bv7Q2azqBGA4texvwB/Qe7&#10;R69Va+X8/wDV/q9aErSnR/eqekabG/bvLGJXJGosgCkqbn/ODj68ewey2dk1udZF2IPJ+nJvz7Va&#10;qipAqOm2Hn0e3bWzKOjgjjSJdIRD+hR9PwQPaTnyTvf9X15P/Ej3UVPWgSehDp8ZBDYAAWH6fx9P&#10;6fX3HjqHJBJJuSeOSB+AT72SKGny/wBX+D/VjqwJpTqW9MgFtCgf63BNrXt/T3J87Alfrf8Axuf6&#10;8e6GhXV6db4HrB9uv+H9b2sOOPp/re5sBd7D/Y/65/w9s/Canq/y6hVAjQNz+fz/ALbke5axa2LA&#10;2INrW5/wPHu+ug0nqtPXpvaXQBcFgV1C5uP9Yn3zVFUhHYu31AuL3/H/ABX224NQVx1s1HDrryF1&#10;Loll/SWHP04sf9v7yrpBJ1GwH4t+PqL/AOPtotU068DXy66IfTbSt3YcW/qPrb8W9w6mYLcJy3H1&#10;t9D+D7uis32deanp1Lpor8ycD6cfjni3/FPcNSzMtiRe3H9fz/vj7UaVpnqgp1LawVgLEC/9R+Pb&#10;3SrwPyAOT9Pp/r+2HBYY6uD0wVbqhsbgsQAPr+of4f198yWS7KCwa9h9f8OR7rnTo4EdepU064hU&#10;fSWNtNvV/sLix+nvhKEMZLLZvwPzx9D70gYHrdKCnWSNn8oCNdbcm9wD+VPtirYzouCbN/Q2sb/4&#10;e1K1rVR1U1A6fqGRS5UgXX/Vfn88f8b9tN2Qi3qFzYW5HF+fz7cCBhk9az06+k/jTwOT/r/09zIy&#10;8oACaTf62v8A7E39s6ijZNR1oVPUaQIgPq/H545/Frf7b3jqEIGkmwJvfkH/AA593JHEdez1zgfV&#10;6rXIAHHIJHJ9444DcMXPNrD6n+lh7oX9PLrwXrM0oNwFH+J4/p9efbiY2VQBzdbm9iT+fbajz6tQ&#10;AdQPKrNexFm0ggkWt/vvr7wq82rlbgcXvwR9LW9qVUCnVfs65OsRUgG2r/bgnm9/bjSgStYj+g08&#10;82P9B7bkbzPl1sEjprqtUKXVuTzqJvza17/737cJYI1QyXt/S4tc/j2wpJfPVgajPUGKplZhFa/H&#10;qsb2/BB9s76WazAgj/bEe3lBDal8+tHj09JqVAQRb8m5vc3+l+f9499x+kheNN/qT9f9t7cZhQkH&#10;PWhnh1jkUuASG1HjgfTj6k/8j9uS1UaAqoBJ4v8AS1vbNC2Tjq1TTpuko5HYFiwUc6frc/4/7H3k&#10;jm8jgAnTweRyOfp79pYrp49e6wSwiJddhq+h0n+gte/t+hpYJFGrliLm31tb/D21VhinW6efSVrK&#10;+qhdijERg6eRddYb6gH/AB95jRqF9CDSBY/W/H5B9uhZK1PXqeXTccurMA8tnZgQNQvdvwwX3Gkp&#10;ACCurWw/IF/9j72RUF+q1pg9OFPlCQY5ABGgIGlrKASf97/4r7xyFokJ5Bsbkj825/x900VYdeCl&#10;moOpUDJPIouhViPSDckD8/4/j2xyVMwa5Ok/0F72H9T7uArCnr14kDHSojo4tPC6x/U2tc/hQPbn&#10;RZYJZGXUzEKLc35/PttowprXh/q/1HrwY9MmUwJqAGUhI01MfwRYX49zaqQFdYItzx9bcXPPt6J9&#10;QoevVx0z0VI0cni9R5Aubgsb2F1/pb2l6mtKkm9/6W4/wFvbpIOD1WvS3o8apUWGkagTcajf+pP9&#10;OPcOKfW5Jueb2J/xsbD2leQg48uvVp06yUapELW+nJAt/j+PeWfwgqfJb8spFhe/49qI2qvVvn1F&#10;iE41jxA82DXBNvyT7zRToNLBdWn8kj8f4e9MlV68G046wPC7Fo2fTrJ9Iv8A0v8AX25R1IYarhbE&#10;C1iT/h9PaagByK9WNSCem+akYMF5NwWvfT/vfuVDKzkgMLA/Q/U/63tnNK9UoePUaohRF5Q6uRf8&#10;Af4n3znKyi1yLfQf0H59uID04NOn59R6cNAdWkNqNzcHk/8AE/j6H+vuCqK0gT9I55+pP+x9vNVU&#10;BGa9UPU8yMEZ7i/1N/0g/gAG3t7h0pFoAFrWvzew+vtKASSx49WXBqek9Va5J9etr6h6VAK8/p9s&#10;eRkQBwqfQc/g2H9B7Uw1FK+f7Oq54dKLGxSNoLOb/SxsTz9CR/h/yL2lJaiO4HN7/U34/wBv7UkF&#10;gQOqE9K6Kncc8WtYWHFvx9PeL7pBfW17AaT9Pr+fdUBA4ft69qr1lanY20heSSwH5H9Dfj/H3lp6&#10;5Ea4u31IF+Lfjj3YkEjr2sg06wT0LSIQTp/qQPr/AF9uSTRzHXbTp/Jt/rf63uzcc9Wz02NDJTro&#10;B1Brm4BJ+nPP/Ee+cciQSGQkEmxA+hJPA90dRIoHp1rV5Drp45JYzHYgW0kk3FgPr7lCoqpGWxFi&#10;PoRwBe9+PaWRFXh1Y8K+XWBaakRSWB13PItqYngC3/FPblTv4bSGUFiRqYG1h/Qge2KVz16o8uHT&#10;dVp9wGh8PoVSVBUkE/QEE8fT8H3yr69VUHVwfqb/AKhb6E+1EUZOfTqxrp+XUTHY06yNHP0C/wCp&#10;5+oH+x+ntLfeRmX1kFCTxf6/4k+3n4UHHpsMK56V60TpEQtw9gL2HFhewvx+fbqaWKqgZ4nAIFwO&#10;OTb6X9siVdef+K6eYAgdNf3NRSTKksZILEahrI5/Nv8Ab/X2nqiLwGzghfybm5A5sOLe3aa8L0zU&#10;cOlFTy+VQykFubC1gOLFjfn3h1NUACKTSoP6SSGNvx/r+/CiDQePWsHrLZY2LOtzY2IFx/j7WWLj&#10;ielZPoxHq45vxf2nqyyDq59B0is1NKlSrrZkUrYfgD/XH4/x+vvjVUBEbGwluPz9FH41A+1QJc09&#10;PLrRSpx1josohkA5hJJHH1a310H8/n22QUqQqx8nrJJYA2Uf4W9su2qTh1ulPLp+mqnmAAjBX06b&#10;i5N/6ke05k7wsxjLHWS2o/QH+ntegxXpmRiOHTzQt5I1D6AUGnSLXt9OB7i0FUEls51fS5U2K3tY&#10;H2nlUkdbjc9S6iHUht6T+LqTfjm3t7rJx4gy3A+vF78c8W9twitenH4dvTZTRWlIYf71Yj/H2kKv&#10;IfvKgk8d+Lk/X+p59qSAiZHScEg56e4oQASQCTf/AAF/aixFcFKqZy5/p+T/AIe0UuSK9Poem+vp&#10;fIjERgfX1f04+vtVtXxvGUsFNrA+kaTb829+RAuTmvVy2c9JX+HTJIHBNgTqBuSw54F/97PtOVU8&#10;5YhXZgb3Yk20gcWv7dKIamlOqN0pKWGNVW6KpAHpAF7kc39xlqdC6Hl1X5/PBPAA9+oABQ9aB6zt&#10;DrbUI7WsOLcj6n6e5UBKhpAwsbm3AFyLfn3oqGYVx1vrBMb2jIPHHHPH5+nuNIAxaSRUYn6BSbj/&#10;ABNvakmi9ValOucdxaNCVA+uoD/YgfX3jiqXAATWV+hPFg39fadl1Pw/1f5+rggDPWZ4UNy2nn/e&#10;V+oHvk2ReJ9UROo2Fjxf/XJ/4j28Igy6T1rVQ9YxSRuAsgBAvwBcD8e3jH11RLJqk0abXsTyCfpc&#10;n2jkQJgcenVoRUdN1dRwLEQgcNxyPyP9b+vtzrZYUgZluZCLsVPANrepv6+3LWmurdVftGememhq&#10;HmVTYRAgAMvLc8BV/A9hdkshJFISSSGbk3OkKTzz/X2YPGCS46SksGxw6XMEahFGn6D/AHx9z8fX&#10;+VAgmZbleCD/AK5HtKRpyOnlOOuE0Ck6/GGIvzxf/C3t9kmWIKIzrdlA+n1P+J97Xhnj14mhx02r&#10;E0hbWulVY8avwP6f8U9w5q2QOupfHwL2Fv8AC/t1Y6DP+f8A1ft6rrbqRHTppbSxYXJvqP5/A9uN&#10;FTVWRlRI4TJcepQLtb/WHvRZIxnHXkDyZ8um7IVtJjIJJ6ioWBVudbsEQfnlj/T/AF/a8w+ypHkV&#10;56d0Q3uCCvF/pY+25CW+DPD+fTgAAz0Du7O48JiKacRZWjaaNGZbSI3K/kspA/3n2LeH2lS0pRwp&#10;ZUIJDHUBxfi/1/23tDM+pqcDT/VX/V/Prwk0tjok/YvyVqmp6ilhmgV6jyRxPEWWUi3LBUvYDg3P&#10;+9exCjjSFF8aqqkXIWwt+CePaRVRj3jI/wBX+r06cGphnohu4M3nM3XVBqa6srPLK1g87SE3a6IE&#10;LH6X49t1bko6cNYhgAfz9W9mUMKlanDY/Z/kOPTz61IQij16UG1ussxuGanE0ckUMsgvqBU6bjUx&#10;1D/Hmx/40HmQ3Vole5YAEgH+hP492uon8MBPz/1ef+qvr1RZK9h6sI63+P8AicdSU7GCFpSgJYrq&#10;Z7i5Yk8f6wP+8+2Kpy8mSTUBcAWJU8HiwH+8ey23mkik0j16fZF09vQ+0Gw8ZtwER6E16dIZTe/5&#10;IB5/xJ9oDK0lVIWZQwU3s7MGX6fi3sSKQwDf4Okh0gGv+r8uhPwGQoIkWEtGZEsCgUo9if1HX7Rb&#10;0U7CSNyQLEg6f7X+BHuisQ+c/wCr06oG9OhBWrg9EiEXFgRccKf639pypoKgMCPKmhgdV+Tb88+/&#10;SKozTj1vz6dY542HDKwPPBB/1wfcuE1PkQAMwJAJ5BJ/P19sOi6dVOHVlapp10/jAa9h9TzawH4v&#10;7fVxtRNpfws1z9DdmHH1v70urz6sR6dNMmSpIbo0yJb+lgCb8ix9y6PAzV0ohaE2uSzAWCj/AGPt&#10;uSV1GgDPXlAOeoWQz1Fjqc1T1CBBYKGIOtvwOPa4x+1FQaViMqlOdSEDVb+1/wAR7YUTFqL/AKhX&#10;qxZQOgzznZOPp4/LPVxUulyU/eTUbf6n/Gx/H9fec7N/eMjKCOCQAQvH9f8AkXtc1s0iADiPkemv&#10;FRRU9JxO7MUkGjzAObquuSMs2o/2Rfnj/H/evbgm1omAH21jqsWK/wC39vQWjIh8zx/zf6vTqpuE&#10;LYNB0n8j3PR00pdspD4xEGWMTrcH6kswvY8W4P8ArX9vEO14o4vStlH9BYMTxp5/3j2ohs01A6ck&#10;Z/Z/qr8umri58NKjz6DTK/IOE1YhNVE8hYadMyMyIG5eyk8/k/7z7jts8VoIeGJAB6XYFj/hf3dw&#10;usJ5dNI5ddRPUmb5G4Xb8KTivqq15GJkpqdUW2mxNg/0+tv99f3JweyzjKp6mWRZFHKRxgCw+tz/&#10;AI+0N7Zx3Eiqhpn/AFf7H+qiqJtC/Ppn3b8qcVl8H9niaCsjnnTxyz1cbBdTgIQgUnjnkm3t5rMH&#10;R1b3eBC9rhiATf6/qHszhbwEEbUIHr/q8ummVi1Qeg2wvcWcxkRkhrqkQyOCIk1mNRp5sr/jn8cf&#10;n24UWFpKeOzxqb2FgoFrj8E+0cgjaWq/hz9tP9X+Hp2rYHST3b3Lu3Isy42Send1P7jtITqvfUwN&#10;7/7G3t2jp6OIaBGkY4F2IJJ+pt/tj787xx/qE6vkBQfKvrxH7OPVVRmahPQRVGc7F3BMdVfkKh1v&#10;cQRskSjTYsLDk8/kH/b+8kwpI+FaIMOTwpPP0H+HtldwiI7hx/1fn+wfZ15ozWvp13its9i5CVmm&#10;jybUpuNZqKiBXKmzMUBAb/Gw59soydMlQRLIByQBcc/7f368vfAQeH8vXraqleHQ3Y/pvMZbDBI4&#10;JEdkMkknJZXt6SrLz9fr/X3nrstSUwSRdIuCSRpvb62NvbdruKXUTFu4j7f+K9etsoXI4dMeB+Pu&#10;6DWVFFV1k4pi4aNJHfx3tcExg+oX/LDj2kchvykpASNJsSGItqP9LfX3Z5XVf06/t/4rraoK56Hj&#10;bvxQgyGlsxJM4KgiIkrFqAsGIH/Ff+Ke2ifsCnqUXwsWIAuB9VP9fx+faRLxgCref8/8PD/J1coC&#10;dS46E3C/F/D4aoeXwwhS11FgUAH4H9P9h/X28be3qaqRoZG0hWtd2ta4/APskvmmjbUp6Uxx6hXz&#10;4f6v59ct4/HzbM9KJVx0JlaIqyxxqDIACASR+fwPc3cG6ZKa4UhvoeDYEHkWufz7OLNtdmGrk1r+&#10;zpNIhEtG6Dfr/wCPm3o8pNUvRLE0bnQrRBnUBrWuR+Ob8e0hT7tra2VhJ+3HpIC/ReD/AF9lkpML&#10;DSSTXj/qz/Pq6ooFD0ZJup9s4+lCw0cTymx1lAzknk3/AMDzYe402TkEhaWRrG5TSSfzxb/Y+1Em&#10;pl1D/V/qHXtIyvTtQbfo44Uip4Ixp9Dgoqk2Frn/AG3tR4Wu86mWQsAlgGVib2+ljzz/AI+y1pH1&#10;eGma9PKigV6SW7dvQQKoiRLtqZo2VV4/oL/j/D/effea3KsaGGCUCQLY67qwFvqD7MbWEw1DZrn/&#10;AFf5OmmOrpO7Z64irKlMhX0ylBMDEkR1xFQb20N+P9UP+I9h5V5qeoQRuxlubF09Q/rdvbqLltB/&#10;Lqo6HWh25RULiWGFILc6GBUWtYaLf7D6e8mOcRtLKJS4NrodSg3FyRf2lkiZnrw6eVwBTqRkrPHD&#10;AYArEGzjQxABst/9fj2t5aijOLSOSNXEyhQAupiAfVZz/X8n3fbGnEhccB/q/wBX7etyVI1EdBFX&#10;Yuu/vGJqWomikp7yF/KVQBhdNVOptYHnn2FlaY8bVGagSWyk6ljski83uPpx/sfZldwxXK94APp/&#10;q/w9MKxU1HDoa8RLU1lEseQaJnYAav1RPcWNwb++FRu2uljCmaRiiXW7MZlP5DKPx7SQRRxnQBQe&#10;n8uttJqqOuUW08XHK8600IaV9T2jTQ9voR/T/Ye8WJzWSqllE7yu/qaFATq4+npb3SSBBIcY68rM&#10;V09S63F0ESoY4oY1BGtioAAPF9Q9rbGz11RSOlTE4qWOqJJQAzc2Gkj/AA9lZVYLj+hw6UaGdQq9&#10;JXLQUCTRTU0sfiQ2meJiVVRcnUR9eb/X36twuSnpnMsKRi36i4DKLckW5PsxhuEr2GvTbxGo1Hpt&#10;pdw4OmrY4oql3kblU0MVb8nk8D2lv7uP/wArp+mn/df6v9T/AMb9uVX08/U9b0RevSt/vGv/ACqt&#10;9L/Rv83/AKv/AF/8Pr7/AP/XZALnmxPHJ+lj7wbJKCqnB67t8OPW5le4I5FgRzxc/wBCPfIG44I/&#10;x/P+++vvx493+bq4pxr1xAsPofza/wDgP6f1/wB9/rZ1aOwvYfX/AF/9590LFTQdVNR1gMbkkgNf&#10;8ryBz9OffRnVTb8AEA2/Pv1MavPrwwD12KZmNrfX68kgfmwA9x3qQTpHP4H+F/ryffl46mNOtU8x&#10;1LSj0i+m/wBf6D/Y+8JlFjq/1/8AY25sPfmILVHXvs6zrTkW/wBe1vz9f8PfFplPFxe31/2P+Huy&#10;HT14Drv7duLC4/231HPB/HvwmC2554J/3w96dieH+r/V/qr1o8K9dimv9bW55IFr/gcn3j8zE8cn&#10;8E8e9AdWHWUwKLj8cfT6Wv7yq5uG1AWH0I/x/A97FQKcQevAEcOsMkafQKb8gG4+o5+p95dZ+p/1&#10;+OBYfj3rSOA61jT1h0jkfg/X+p99tJ/UD6/1/rzx78oPCvW1rwPXWgfUD/eLj+gv78XBAH/BTe3+&#10;H+HvYV1OB16lD17SPzwObc/14PvwY/Xkf73/AK4t7sUwOtk1x6dcTa5AK/QWIsPr+Ofr79c6Ceb8&#10;/i5tz70/x08uqiteuwFFgPzbk8A8cfX3EYkHm55/P0PP9PdwFI9OvcM9SwLjixva/AFrfg/8U94y&#10;eOP9v7355611kCi3IA5H54+n1FveI25uTzz/AIf193BoevdZLNbgcX/p/wATb3hZwOF54+v+N/p7&#10;2SWavXq+nWdYjbnj6m1uePpyfwPfDWxH1vc3BP4P+v7rRlbrZIoB1k8a/wCpItf/AAuP6f4++ixX&#10;8/S445/17e9BiBVv9X+r7OvVIHXLQpAt9Tp5I+h+vvAzFr244+n0P+H19uKopXrWOslrfX68c8Ef&#10;Xm4Hvpfr/jYcc8n/AIp79UH7evdePH+tzY3/AB7zA/14/wBf8cW4PuxVSPTrwPWE3H05+g45/P8A&#10;Qe+QsBz9fqD/AF90JqagdeHXiD/X68H/AAP0/wB9/h752HDDn6gj8ce9A9b64sfqDx9PyQSTyR7y&#10;Wvz+Tzbj6fgn3sEcDw63XrCSeQOQLAm/9R+Pp/vPvKqfTixuOP8AG3HvTSUx1U18+sRP+N7g/mw/&#10;x95Lj6/U2/1hz9efbZ1MKVx1sHNeuAT6i1uSbjkj8gj32zixtcf0/wBvyfdFDHrx49cwtufqfr/Q&#10;ce4bPz9bD6Wt9PbukDjk9er1JjUkA6TyPrf6kf1+vHuOZLEAc/63+8E+7AV48OHWuPWfQOT+fr/x&#10;W1/fDUCOLcXBHvdNJpw69Trl/vP++/NvfXJ4H4/1+P6e9H5dep12LX55/wB5v/Xn3lVfpf8AP+3/&#10;ADf/AG/v3l14DrGzi5sPoL3/AB/sPfIRH8cX+nH+xuPe1BbHW+uDTKo/1hc/4e84hKgGxJt9Lf19&#10;7UEYA60BnqM1Qrm2pRyLf7e5v/j7yaG54Nha9rkn/W97K6h1YCvWPyqPoeTfkG3P+JPvKsLWudQF&#10;/wDD/evetBHVesTVaFrAg+kH6n+v49+MR/oR/sOOPexpPXuuPnsL3Ui/9R9b/Q+/ePm/9OT72Eby&#10;695U699xx9PqbcX98wg+vHH4+o4+lx/vHven8PW6Hz6xmVvrz+T9Lf69v9b3xMa/Tix/4n36mMcO&#10;tGnXYmf+p+pFj9B74GMA/gf6/wDj7vT061ngeuaylgQbm39P8Bb8H3yBA/P1t/rf0+nu6k8G8utU&#10;p1jcE2H1+v8ATkf0H/FfclHH5sPwPrb/AGNvemGOt9RJIzfgmxubfX8c2v8A0/HuSjX/AB/QX/H9&#10;L+2yyjB6cwc9RmRrH/H8fT6EH8f7a/uWjWNh9PoP8T9f6e2gdRow62TjPUKVPSWBIP55vxfgcEnj&#10;6H3n8ipyTYC1ubX/ACf9b3c5FB1Wvl1BEDyELpNze5tcqL2BX/H+nvFJXKP0AWPFuPz+QPdNLGmr&#10;y/1Z6qRXqTDjL6i5ZibHkcC1rA/19xGlL3Yn/Eck/n28q9brTHU0QLFZUXi9jbiw/r/tveMsL2Fw&#10;Qf8AD+nH090zU6uHl1skeXWcL6Qbk34/IF/6G/vh5Vt/sPqf96t7sR1XPWQRMTzx9f8AH/Y+/LOq&#10;/X6/X/D3ok0x1vrxpjIfzp/1ubHn3hkqVJ03Fvxz+PehWtfXr1aZ6kJRkJcLcj/C3154H194WqhY&#10;8/j/ABvwPz70zEGtOtGg6kJQ3I4uCef6f7f3DerWx5At/t/9jb3YknJ691NSiNwLX4sPra/4PuDL&#10;XD6X5J/2H4493Q0qadVrUdTUorWubC1rf8T7iNXcMbm/Fzf8fj6e7BvI8PTrXoPTqQtIotwP9iPr&#10;/X3AkrmNzfg/U/T3sgk4PWq56lJTqOAB/hxf/H3G+8JvzcAj+v8AX6e/P5daHWZYR/vuP8D7zxzu&#10;4+tvxwfoL+6qKnPWx1wdAvH15/3n/be5Karj1G3A+v5HvxUggjz69mtesTWsbi/+HH0PHvNcXt9b&#10;W/HJ9+0EDHW+uFwbknkj63HA+lvfjaxN+T9B/sfe1P4OvV665JBPI4Fz/rc+45e3F+Pwb3/wHu32&#10;9eJp9vWa3+394jKQbW4sADb+n+v712gZ69U9cgpI495A+oWF+B9f9Y297AUnV5da1dcbWPPvoyW/&#10;J+v+2/xPu4oAQevA0660g/j/AG3+3/HuM0lje97EWN7C1/dCKdUfI6yqpsb/AEP4I/Pvg9SLW/rx&#10;x7vpNKjrfXYj5F/68/8AFPcGVmex/FgPqTz70QRjrR+XWdAB9P8AegP8OfcBhybg6vofexUcOtZp&#10;nrJ77CsObX/1xYj3qnr1vr3vnx9RYi4+vFufexWtOveeeve8ysRcC9iP9f8A2/vXXhjriRe39RyL&#10;++b3tx9PwOBf8+9Zr1vrpSPp/sLc/jjn3jF2sCCD/h/xH9fejUEnr3XLj+v+I+n+8e+DILc82Nxy&#10;OCfd8UHkevU69e/0+n+8/wC298FjJJJtb8f6/u1AetU9OvX/AN9/vHvl47H6/j+n1/qPfiQBTrfl&#10;16/F/wDfAf19y4YuBwR9bfT/AF7c+/MDx68OsTN9b/QcD/G/549yCh/H1/1v6c8+2iK5PDq/XQI/&#10;x/2/+wPvDLGNN7c6hY83P5vx7uP6XVTnrsE/S/4ta/8Ah/j7iMpQ82APN7D/AGJ9+OR1UmnWUEfj&#10;m3++/Pvh5AAT9T/T/iOffgtRXr3XfvyyAkWFv9he3vVPXrw697mxlivp/wB55/1rD6e6Nxp04Osb&#10;Afn6/i1hf/X9yCpspt/W/wDsfr9fdRjh14DrHcXI981Wxv8An6W/qD+PfiTSnXvLro/77/C3098y&#10;hPK/4m3/ABT6e96jWvXiM166uPob/wBDxf8A29vfJRb8EXt+P8P8fevUefWifTrixHHNxzf/AHr8&#10;W9ywAVN/qPp/X3sUGBnq329Yjfj3k1LpAva3PA5/wHvbYHXgeuIB1E88/wBfpwfr7iyyBLm4/qeL&#10;3H14PulPPrXWVV1cf8U/3ke4PnBfk3H45sB/t/d6AgHr1es2ggEAf7ccH3yMwPIt+eP6/j8e9EUN&#10;OvA166EZvze/HJ/H+3/3r315OTxe5vx/h/r+9ipanp1rHXdrD/ev8f6/T3y+oF+P8fpx9Ofei1DQ&#10;9ewBTrq39P8Abf4++rEXJIIJ+v15/wAfdvOvWuvcHjnj/XFh/sPfCQahaxvf6ji1/d69e67H++/P&#10;tvkSRiwF/ra/A/wv739vWuswKgf0+n+8+8L0sh+oJI/JuPoP8fewBTqpHXeof195IKRzzY3vci3H&#10;+8+6BaZPXuK164lwPz/xT6X9z/tHIU2N7i/9OOPdwPM9eBxU9YzMvIvxz/W/PI950onNrKTz+R73&#10;jy62M5HWNp1/JH0/qBf/ABt7lChltyt/yObe/aR149YTVR/hl/P9fx7yxYssQSLAj+l+Twb+3AOv&#10;GtOsL1yKD+SP8f8Abe3GPEBXF15+gt/Q/gE+9UHWzUUPUGTKgqSpHH+9/wC1Ae3FMUikkpcH+g5/&#10;2I96NB9vVqDpvfLluFcAgj8i3B5PuSmNQEWQWP4t+f8AiffiQeA69SvUaTLNpYGQKRzckAWHPN/p&#10;7dYaMAhdAWw/1r3PF/dGNKEcOtAHz6Y6jJXVmEpbUDpsb2I59P19vKRaEAcW5+n+AHPtqVlHA1/4&#10;v/V+3p5aeXDpNtUNPMTEb6bi9uS7Dgi//Ee8cjxxEkOByOBz9fr7R6z8LDqxz04wQSzoFKMxIa5J&#10;A+h4v+T7wvWIAG1aWvY3H1/P492MpXA/l00w4jrNFiZGLBlJU6rC9wOfpz/tveEZMm4X/WuDwP8A&#10;ff09uhm+35deC4znrK+AhAuygf04t6r34/3m/vzytLYk2HFib2HPt7VXH+DqpQHrqGmSm1BRckm/&#10;+PHFv9tx7xofqNNzzz/X3V3QMKHh/q/1f5ut5HDrOY2IDF7KdI/FwLe+El3XSFP+wF7X/ofezq1a&#10;69a1VbrJFojYlmFhze5v/jf/AJH7zQ0spsB+fr+OPqD/AMV9tM4P2jrdTXrDPXUygsxB/NrjjnkC&#10;35/At7lmgN/ULm4/Fhf6G/vwYla+fW6Z6bRmIudDGx1cX5sObf6/49uMWLL6SAzfS/B+n1/HvQJC&#10;1GKev+r/AFfOvXqEcek/V7ogp2kV5YlvqI5UG5NrXP8AT/Ae3unxrArZD+Lf48+3WLSjHn/q/b/q&#10;49a0VPQf5Ld1HAsrS1SLpDFmLXsAL/m1+OPaipMVIzoxUAXHNj9R+PaaWMrGR5+nyPn1ZVDVA8ug&#10;lzPZ2Iplm/ysOFEhZmlUAMvpGlj9frf+nt9/g2pgeFP0awtxfm3tiIS6e4ah5elf9Vfz6cjIU0PQ&#10;R5DvDDUokRKlDdyELuA4tcWLEjgXv7mR4oH8c/6q1uP6n2oWKmGX8j5f6uH+Xq2ocB0F+b75jjMh&#10;pasWUgqsRJD3+n1P0F+efbnBj0jHAH+2A/3r3opGPiHVQ1DQDoFtx92ZrLErBM0SAMt9R5uPzza/&#10;+PuYYIz9QLAfmwNh/Ue9oAowM/6vPqjh616DOq3pl5H1NWTG/wCkF7qzH/Y/4/4+/RxxBrhQefq3&#10;I4NrC3t6QyFNBNB6Dr3cME9M9RuOve2uolBJA5djweQT/sPeYn8WJ/rb6i/9R7ZWP8vT8ut6h00y&#10;ZSablnbkH9bH1gfUD+vNvfI24t/vf+Pvyhgc9aLDhTqG1S7D6MCQSwJBIIub8X/oD/r++P8Ar8Gw&#10;+tyPrYc+708hkdarjHHrEZC3IuzKXJIKq1iLXANuPr771fQf1IH9P8fr/vPv2gHJ8utVPWMlyL6i&#10;NKsx+p41ab6QeTcAX/r9ffBgwYNcfQ2/URcDnge7qVK6af4B14HHXJHVkZQXvqGo3jR1BPBYtx/r&#10;m3+HvIDcfUkH6fjn/WPtoijY49aOMdY2JS4II4Y6QwbmwIViBx/X3xQ/0HAP+N7D6Ef8U93cYzxp&#10;1vgc9cmGgjUzH06r6U9Jb0mw+n5HJ+vv1735AP4+huP6+9Up1qnXCx9J9TKPUb3BDHjSfp9Pz/tv&#10;fara972Jvf8A33096Z6io62Kk0PXK5dkVlVdAKlR6SNI1CxN7n+pNvfbH/WIHBt/S9jwB70g8+Ff&#10;XrR9OvFbHTq55f6ALcjUo1k2v+Aefx74q172/oCQbfn6G/P192ZdNK9eIp15lK2VtJu3DLqsQnqK&#10;kG1yDYfX8+8YLKTwbE3BvZRx/h+L+3SAw8sft/4vqxoRjrKyq6rZgCq2IsTI1iLcH6kD6jk/8Rzv&#10;ZvqxJ+n0sQRb6D/W90pVfIf6v9X+DrVKCo64BboWAVVPF7EMpDck6vr9f96/1/fEk2uBquTe1/8A&#10;YW4H9PewATQ46tT16z6ASAzchfzb6X5LAX5tf3kBvwAf8f6/4/Tj/XPtl6Lkn7OtqM6R1JgpnkOl&#10;RqGm1gPweBcH/eB7yBfrf/eL3t/re0jzKMg9XC56f6HDSTMto7i4W5X6244/1v8AD3Fq6uOmU83N&#10;iT/Z5AB4P+HstaaSVqDA/bjP+Hp51Ciq9GP6/wCrDk/DUyQtoEnqYoygWsbEi/8AsD7DPO50iQhS&#10;Sov+r8/05/r7WwrRaE0Py6ZZsUHVg3WvVtLQ0SMadC/p9Wn1Cx+tgP8AefYXZbMGVmAawPBufx+R&#10;x7XIpAz1Q0pjo0O39tRUca2jAKm91X8/1F/9t9PaMq5TUMLMG/rzySPbgNB3dVOcdCJSQrTA2BH0&#10;txwP8QP9f33FTuVICk8XAPPH9efdS6gV62qk8B13JMgYXYfXk/gfn6D3mal9K6Vsw5J4+v8AsPfh&#10;J3fLqwHWAVHqbUwI4AH0/PFvfRVg1tLWFrGx+v8Ar+7FSQSD1og0qOu1dSo1EXN7i/On/Af7b280&#10;qNdGbi1rm/8AvPth2Ar59bHDplqWUh1H5vxb6c8C/t3hEYB4uT9PweePoPbbVPcOHV6kcemSpMzE&#10;AMFAsT/QAG4BJ/23uBNJAoa6aW+nIsf8LH3tmkU46oST0500MrlbSFlHPBv/AI+4xmOgCxv+OCQB&#10;+PbYADGv+r/V/wAX1oYNB1P8Ive68cHm2r8Ej/e/cWQszX0n8fQfXj2pjIBFOrNw6zKoClSyg3+l&#10;wbXPHvuKRQ3NhyB9Pr+f9j7dpUivVPLrFNGzIShZjY/m30P1FvbrTSqv051Hgm1rf7D6/wCHto04&#10;cOrKtOmeshkcjWSNI9QFwfpYcDn3nFQsLFpGsCfSv9P6e2WQOuDkdaIx1jNNJMojjS9h62t9fxzb&#10;8++FRIk6agANRNrc8D+lz7rHUGhNKdWGeHWWnhemk0klgAAfrx/tvbZU07MBwzWH4+hv9LH2+reY&#10;60TXpzpqhFP1VCW+p+t/z7aPA6sxI0i5NiR+eb8+7M6gaetU6e1lVgLNrNv7I+tuPciEsBcc/g/n&#10;n6e26DXQ9bwOsM4Bstrfm/H+v/yO/vpxrUB/UWB08XIH4t7dIoK8B17rhE2liUBGkgNbj8Akn8e4&#10;kmpNKre4P1H/ABv3rRqoeqjj1MjZWux+hH5H+929zYoZWtck/Qm/1PN+fbSmufTqwoeolRPBGCLK&#10;L3A/oLi3B9vEFODw1gBa/wBbjj3ZmNRp69inTBPU6QWFyb8AcBvwQP8AivubHRLEQQPqfr9f8Le2&#10;SzPUL140PUKXIGTh7ggAW541fnn8j3FqnUsysRYD6D8fge7ICueH+yOrVAx1NpUIRWUEkm7N+DY3&#10;IH+tx7Y6mVEBAJvc2N7/AI45HtUlNPVCR0908UjtqNhe3FrfT/ifcWB2kPqb6Hj8cn6e9M1D2j/V&#10;/qx1sU49S5o1QGwvwbgfgC9zx/sD7nD1qV4DD+lyRbnn20KA141611Ff0EEg6Txc8Dni9/8AeR7n&#10;UrkMi6DqLD/G/wDtvey+kV63gDprq4g4dg62C8eoL/iPaxphEGGthpK/W/NvoLj3TVSPGCP9Xp+X&#10;/FdWBHn0GuR+7fUI0LNrYC4ZlJPJt/QfT28GelEdgylQD9D/AIce2klK+XVTWtR0lXxOTlqQ5R1Z&#10;iLKQFtzfTe3/ABP+x9s0lfDq0qq/X6/n+nB93q4+Hget58+lfT4OoKap5HLBeOTYta54+lvxx7wz&#10;VEU4KrpDAW4/3j6+9Bioq/WxXy6mUuPno3V7uyEgqW5IN+bD/jftG1paOR7huDxb/b/Uc+1QC07e&#10;HTbKeHQg4/TLHGQwLMLm/wCD/X1f4++FExaUSIjaF5Yt/j9bH22y6k01z14VOOstbpSNkd11ODpA&#10;JH+3A9vLTKQwZrAqSv0tyPdACtAOrnj0xJTnh0S5DgM3NzY24/2H+HtKVbWc2Yk6iQLXNh/h7UCh&#10;XPVGNM9K6lUhBdbAKCTew/2/vHTsTIGP+2J+n+x9ppU0ilOq+XUqQDQVB+n+A+n0uB7zS6ZCdfB+&#10;oFuf6c+3ozoHy6vwFOoy3UDRzYm/q4H5/wBv7wB3RkU20lrlR/Q/0t/h7eahHb/q/b1QE1PXMxqw&#10;Y29QHDWH1H+P+HtR0gSQRhlIFuWBIH9efaN9QOoHp2mOmCsZo/IARqv6VIufT/T3kmlER/ZcabWN&#10;jc8f097UV+Mf6vTreOsMMLTLaVCSWvyfTc/lv6f7f3ANbICRdgCef8fx9T7sxUMKf6v9X+bqpOen&#10;BcfGy30qWXgAf2eOePp7cqWZCQ7KCFH4P9RzY/X3R9QAp1r5dNdXTEBkVtJbhbi/0P8Ath7dFnQq&#10;zIDZb2t+Ljn22+aDgeHVicU6ZvtHR1SRh6iCdXHAPBP/ABv2xVlR5TpCEA8X/NyObn26nYtGPVRg&#10;U6UlFS+Ma9YP+H9n+g+vtM1UZjk0qAxPJvYn/Ae1CuCKk06p0pKdta3a62ta3AJFwx49wzT+UhfU&#10;pI5v9Tfn3bxO09bp59SdYRdXBt/Tgf63HvDJC0LhTLpUfQW54/N/bZIPXtPWRHDqSEuSfr/T/C3u&#10;elhCSzlr2AsSD/t/dVap+zrfUZwTKAFAsCTcA/Q/4+5cZYpdTqYkadXJAH0tf6e7IwJrw61T06iy&#10;qoc6h6QCDpH9fqTb3MjqZIU0zC3+PNz/AE+n+3970caHq9fXqDJTwzvrhu3JJAtYX99x1KhrtJcn&#10;kDj0/wBPoPbLIaVHXq+nWR6cldIjFl9JYEf8T77qppJ4ytgLX0/Q6rjm39Pe4exs+fXjmo6409NH&#10;DIGGo35f6jTY8KR+faTnkEVldmHP+t+fx7VmhNQOHTVM9P8AGC3KgHi/+8e36grlEAVXKsALf488&#10;2tc+0TIa/LpwNih6bKuk1yhyoIsbm1/xwf6fX3CrahySLM6kk6gCQPxz7fCUXUvHqjGnDqTSxKoF&#10;yFIFtPH04uR7i0Lnyj0E882Fr/m/vU3auodbHUidAyFSRa1gD/rfke19RghAxVhwPQCTcj6Ake0w&#10;kc8f2/b06AdNT0h8gsZdkDC/ILmxsPobX/3j31X1oSNlb0KAeB/X6EWB9uxAirceq6uuOPx4eVWW&#10;7NcDWeTp+o/V/sfbOtSjK3NyRxzYe9FaGp68Gr0/NTOGQLbSG5t9QPz7hVBjqIvG1x+LW+n49qIp&#10;CmB59UZNXHqRFG8MmsG45vzyfz9P+J9wP4MigPG7KNQJAH4HuxcMOGft6oE6k/xI69DKCbHkm314&#10;PvJPIqRgc+ngJblrcH3VECmo/wBX29OA567jDOxI08m+rj03Fxbn2lcjSw1EiyiNA9xewt/rnV7e&#10;1EpQ+XVWArjpzhuq6SxNjwTa9vx9PcnGUr+RSzFEUEXH5A9on0hiV62BTPXp3CrYAMxPAP0+v59q&#10;6IJFY6HdTblm/P8AW/tsEk1HVlBJ6Z5dT3XWqMDf0ryP8P8AfH3Jlijkh1cKSD9ObX44I93RiD3d&#10;eZD+LqLG8iS6QS1iLk2H9ebH2nKmn8XrIOgkWP8AgDc2v7eqG4dU006eIpdXpuAw+oseCfp7lQKk&#10;mkRs44vYkG9voT/T3VpFIpw6sFqKnrFIXTUWVCB9Lf4/09z5VdAqBRJrsNVhp/x9uAAAEHA8utU7&#10;qdQYnVy7Fimgk2JOrjkG/vBUU7RRAqoK3GorcWB92A8zx6sykDrJT1KSyEEsCL2DEfji/wDvHtre&#10;AuLqStybqwBJv+frx7urhVOrqlK9Tw4Dc+qwvcE2H+HuVSeanJDC63vfj+n159p5tLnUn+x1YHTw&#10;6xz6JFtcg/kc3ufqPcutlkaEqpLArbjgAjke7wLpPd59eY16i08cYkDWCkE8nk2II/r7RctNLNMD&#10;JG4XUF5H6jfn0m/+39uuz6So6aAz09qyKLAjgX4Nzb2pIMcpUeNdDBRwFIsf6/8AGvacHSe7PTw9&#10;eoEtWFvqN1vf6gf7Dj2943C1FRUKsj6FJ/tA8H8WA97lei1HWhxz0yZLN01HTSSKpkKrchCv+xvf&#10;2rp9nyALKVDtYXJFyeLW0+1UToYgQePVGAJ6DKn7QoHqZ6UkxqjstwfQpB/Mh/4r7WWzNtPS1D1D&#10;Q6bAAemxY/19lO4SFnAB+3/VTpxBoSvGvQU9y9nYtNvS0n36K0yMSwkDJGPpY88n/Dn2McFIg060&#10;ANvpYfX6i/tmFnoSDgf7HD/B/qzUIRUnz6q27A3qzvNFSVrzGVjzqJXSwYfQ8Xtb8ce5b6I0IJCo&#10;o/qAB/sfalAC2qlSf5/6qdOKD5ivQRUjZfJ1UaxpLUSOyhfSZdB1XFyR/S3tP5LMxQqVVgOLcm30&#10;+vJ9pZNStp6sSQaHo4HU/SNRXrDlcvT+SZwGEWktoLfQkDjj/e/aErcs05IUk6yPoT/rWB9r7GRG&#10;bQ/l0klqx6N/i+t4MKsc0aRqsa8kof2wBbn/AG/P+PtK1+Kq6skoNQJ+l7f7z7NTGrL00HRWGehL&#10;we8sLiFWKeRYStgSVJAP0/SebE/S/wBPczGY2SALEQV/qD6jc8H/AH1vZRcWbq+pM9PfUqe3rvO7&#10;1x9VDNP5QY41OiRSsa8AEG7f4j6A+1BLt+OZCoBNwObAf7a/s3tFIiBcZ6TST6uA6AGq7tgxORdn&#10;np0jiYhYhIXaxPB4/wB9f22vspJgQHKN9QQAQP8AaiPbyxrqDNwPWxNGRXp0Pylx1AqsYFqU/wCO&#10;fkZJH4BCpyQP9dv9h7hNsiMHQ6NM1/TIQABz9ef9690uYGU6oyCPTj/q/wBXHqySktwoOlNivk7h&#10;chTms+5ixiLF5Hp5LvJwLlLKPqf99+fblHsagi0XTyPwW0qB+L2FvdoIk0EuR+ePl/n6d15wOkHk&#10;vlbXzyVS0kP29OhZYJJ5S5a3qV3QC9yLcX9vkO3aFFCiFEIFr2ub2/J/4n3cpGoCjh+X+r8vXqrN&#10;IeHQX1/f27qmWWojqJahHZmRA4jj0r6rKvB/1g34vf3zp8Pj6Z2cAM5+gHFv9vf/AGHtqaCNTXh/&#10;q/Lqru6ppA6y1PcW/dyUKU8UL0MChS80mmZiAPVpCf737eEWmjUKpWzGxuRf6/S1vbMccYcyjBH+&#10;qta9VMbuBU9Bll8nvbIzrBPDWMIyWjdIpDFJqPFifx/h9fckCm06QyA/8atY+7JOo+LP/F/6uHW3&#10;hqM9Imtot8NVLM1PkZIwQiDVIg0k3uALcG/0I+vtpnqYYJBd0AufUAPrfg+1DSBY9Qz+f+r/AAce&#10;qpAFp59C3traGd3BRyLUUtVFMUQLHLJIFIIA9f5P9OLfk+8v8ToZEIMo4/tBgLfki3tJHuXhtRhW&#10;g/b/AKv9XydMCyDv6iz9EbxirY6imiWNGmu8UqSSej9IcBORqHF7/wCw9wKrOU9FCWBVg17MSCD/&#10;AFt/T/Ye0q3JuJCwNKfbj/J1YIo7aZ6FDE9EV2YqKePI+lo7eSONNCl2+p1XLGwt9T7T8O+aYmSF&#10;2WOQ3ABtz/S/H+t7Q3M0q3IfNK+v+z9vSgIGGnoaT8ZseKOnMUX3CRBCwZL/AI9Quf6fT221m72j&#10;dfEuoj6sLBRzyR/sPa4TyvGTXB/1f6v+K6bEYVq9KDCdA4GJClVEAAW0o+pri1lFvxbj8/j3Dn30&#10;YyAGU2A1Am7D/kXtFWYjUxNT6dWGG1dKaj6E25cuaJOAQrMgK/7C/wDrD6e40u9KiXSYv6W+pJv/&#10;AFsPbYdqFWNfl1qgr0/UfS+3KPUxpIgxZjq0rdh+Rcjge4UW5q1nk1uzFri17m4/w91kWhDrinV9&#10;INKdKR9gYNKeOKOjiRUH1VTzf+zcf8V9tWQqagWqqiR0tZgpuv5/Nj7dL/UoQPLqxUIfXp/xOPo6&#10;T/IqOGHTcglQDYgWPJH+359uj1dRXYxGhlYsBpsRYsLWFwf9v7RWbCN2Q4HW5ErRvLqBNjaKiy+u&#10;anQhxfWCPS178H63/HsPchR1U5kQ6lkINiLt9Bb8ezQTkAocjpnTqx0vaOWmWNGjKheOCNPJ59t1&#10;BichSIZFUyljyGex5NrAXvY+0kgWVqjHV1iYU6mSVtKW8bSAH63+trC/1H+w9q3GF4Hj1ERSMblA&#10;CV4+t7f09op1JU6vLh/q/wA/869OiqMNHTTW6Z43Cr5I9LC9wDzyLG/+9e1tuCAz4+FzcSCIapFH&#10;p9IJHp/4r7U7XMVhMYFRXrUwNQaf5+gvwcgpdwViBl0vIGSEka11nSRr/wBh9fYfpVxUaBZZJDZh&#10;/wAGJb/W93aEOSSP9X+odN+JQADy6FJoZKhg0aoBpt9SVBH5P0559qOrDZPGLUUsLh1T6odRGkfV&#10;rc8/19+s5FLm1kP+r5dbkVtOsefSViVcPlG+6qEEEsl7SDSup/8AUk8fS9/aZ2zuOto8uMfU6ljJ&#10;0MrKPpqtcFuB/X2xuVqYn8Rft6tbsDVH4HpQ5/B0OWxkriNGkERkhkB4Daf6r/tvawzuKqZXkmQG&#10;eFhqDR3Ei6jf1D6ezC2uY54lINCBT/B/mH+odNtCY3p5dIXb2WpaLRRT/wCSVCMV0ysrRyhLqSh+&#10;v+3F/wCv19h+1e2HkkpnpzplPLv6iCfyLcg+6z2zxyCcH9nXlf8ACehMWKHKwxyrKSEN1CmwJH4Y&#10;H8f6/tVbZrKeSoMVQPIkpBvJZVRf9jyT/vr+y28uHWjLj1Hr05GoII6YNxY2oajaSkkMM0S/tmIE&#10;uzD6f4f69/b/AJbKU8Ev2wS8MdljMbDTHx/vXswjBWISR0yM+vTZLE0J6Q+38FV1MbVlVLJ93Izm&#10;YSgjy3b0k/634HtBZmrkohJPVSjwTBTEIwrXUm3q9vOfqBqQcOPTbkoQp8+hJxMFOUWKKMiWnJWY&#10;vqFmI/s/7f2k7Uy1MVWtboEpX0GMWHPKkj639p5X1ISRSnV1Kg9KIB9BQpewsCGHP9CL+1xHUUdP&#10;Ga9FUSBPqPSjWH0Zbf7H6+24Gac+G2acOrOQnwjpN1NNVSt9oZD4XN2BuXAJ5AYfX/Yj37BboSor&#10;ZCx0S30qPUy3/Fh+P8Pae+jFQp6vFIxFF8+uFfgFFD4YrMg5e9lYj83I9r7I5OojoT5R6nTUvJ5B&#10;Fxe3+39qNrgjZtQ4f5etSsw7egxhw9NLlk8TAeGTQ54K2BsQL/7b2Gn8Vm/o3/AjV9f7fs40p8+P&#10;SfWf5dCj/C4f6r/wG8f0H6f6/wC+/wBv7//QT7TAc3H04t+eef8AkfvBepOP9X+r5dd2vn1ueJTk&#10;ngEAk3B4P+vb+vHvAaj/AA/w/wBf88W9+qTivWx1JFIAbn8/4gEXPIPvEaljcc2PB5F/6e7aRXHX&#10;iPTrIKZRY2vb6cfj+v8AtvfDWxvbj/be6kmvXtTcT1m8SKPrc2+v0+p/HviS17D6cWN/z/re91qK&#10;9aqadclRPqbW5Fj/AL3z743c8Nfix/w+tvx71niOtCvXL9sfQAcHm3NiP6/8V95VjLH825P0/wB6&#10;97qRx63X16wPIqg2NjwCf8f8fckQcck3Nvr9Pe11caY69kCh6htUANxbgcEXuebW98xH9FFv8Cbn&#10;/H35QMlutg06xvMfqPp9CALf7376JAI/BHH5+n/FfdwDmma/Z/q/1cOrGtM9dH88j63vYkX+n5/2&#10;PvmAf6WBB4/wP19tk+nl1XJwOvEjnUSeVt/rW4tf/ePfje9wPpcW4/pyR7uoC4Y5/wBX+qnW6ngT&#10;1x+vFuL/AF/3q/vip544+v1H+3+n/E+3alcnh1o14dcWUGw/pY/4/wCH198w31Nuf63+t/6/8a9+&#10;qD9nXs1x1wMfP14+hB/HNzb/AHr33q5tY82tyfdWFQader12FA5JB/rYf09x3KgOT+GsPyb/APFP&#10;dQ2VA9M9eJr1KjVvr9Qbn/CwP+9+4Ukjc6Rwf6/1/qPbtBX59e4Z6mRxq1rn6f7H6f1v7hmS4PJv&#10;+T/vX19+Cnj1rqYFAsLAD8C3+8++Ib/Yfm1x/rkc+9mlAOvdcrc/7xf8Wva/HvvV9R/SxAuOPemO&#10;QQOtEefXgDb63PPNjb6XPvgZLnj/AB+pAHuxTtz+zr3XYHP+83H4/wAffEt6vUb/AOBtzx+P+J9+&#10;THbw62KDrkVJANv6C4v/ALc/j32HJ4A/s/UfU/77/W9+K0NetUz1xsAObjmxuOPfHWWt+P6/T/W9&#10;27q0pUdeqa9dlVAv+SePr9Af979yVbUPz/xTmx9t0ANSOt9YmH9D+f8AWBP198tWkWufr/j/AF/P&#10;uxGrK/6v5der1x0kklgPp/h/vB95AzEggD6Xvb34IoFW6tTrC1uVH+sALj8Xvb/bH3KVT/VgeP8A&#10;W/oDf3RgtKgV61XqLrINrC1+Pre31J99kfi3++/1vdVII7evA065fTk2HP1Jt/gPr74Mpuef97v/&#10;AF92UAY68eu1cEf65/NjyP8AffT3HMRIv+ebC39f9b3fSa469gnjTqQs6/Q/7wR/hfj6f7z74ine&#10;3N+fwRf/AHr+vvxGaj/iv9Xl/k61Q8R139zHzz9L/wCxt75LTH6kWvf6e3BTh/h691iarU/Q8D/H&#10;/ePcgU44vb/Cw96oP29byePWBqtrkC5F7fWxAt/h7zLT/Q2PB/p70e0UHn1rqO1Vc/UC9zx/h+Lj&#10;3IipzxdbC/HNr/4e6tXV29WoKY6jS1a6f1aj/WxP+xv/AL4e8wiH9OB9P9j/AE924cetDGeopnJB&#10;/qfrY/0F+be+/EvJPHJP0HN/x/t/emBxp62QaddioJsPqDzcg3/2H+uPfZVR6b3vx/rXJt72pYnh&#10;1oD1646vz/Q3/P04/H+t7wyen8WH4/p9f9j7tpoM8etAdZoyWJHNvyT9fp7waueP63/2P5v71mtB&#10;1uuadStAC3vzyALC9hwLH/Y+8gsRz9L2P+JI/wBv73Rz8PHrRJPWEmzcgni4Fvxe5+lx/wAj94v6&#10;/QAH/iL+78Bp8z17zz1lHNiOf6ccnn/H3wJ+tuTfgX+n59+Azxp149ZLfQkcWHIFgfx/vj7xORx9&#10;f6W/2H4/x96xUgnrw6yqDb6W/wBc395Y3sbH+v1/of6e9MTT7OtgVz1ikjH1F7H8f77/AB9yvMFB&#10;+gH5A/2x9pwAcniOvVI6weB2IAFxz9SbD/C3HvC9aAByLA2/41z7c1FTQ5/1fLrbenWZMcGa9mB+&#10;vHJt/Ue4kmRNrFjx+b8888+9KSDX1/1DrVepceMTkWB+n4v/AIGwP+8e8K1d7AG/1/3n8H3euOvE&#10;9ZmorXuB+L/0/wBhb+h9yRWAAXNvoB/rn+nvZbGkca9eFCa9RTQXa9jbm/44H0PH594Za5Abavzf&#10;g3sP8PbVDq+fWj8upUNCdP6TpI/p+b2HB9xjXg35IH4t9fp7tU/n177Os4oBxwD9P8P9YWPvC1fw&#10;QBYj6f4n8XHvQQ1qf9X2deqRx6zijX6/W/BB/p+fcNqt2tz/AF/w/wBvb3tO1qda+3qSIEH4v/tv&#10;9698PuWI4J/41/sPdtJPHr1R1z8SA/Sx94nkaw5N/wA/Tnj6e7EA4PWs065KoHA4H++/p7hFtf14&#10;F/oP8P6+7UoMdeB8us4W3+JH/E+8Er2X/in/ABT348ft60SOsii5/wB9/T3HUM//AAX+p/3w9+Gr&#10;Vjy6qTnB65khf8Cf6fge86U1vqfqASCRzzbn3epJqf2dep1iaUc2/rwRx/sL+58aqnFhe9j/AF/3&#10;j37gcDj1s9YCS3++4HuclrD+oP8AUfQcX978jXy69Wo6jPfV9eCL/S9j+PfK62N/68G31/Hui6ge&#10;tnHXRDenkfQXH9Lcn3Gktb0kKb/Uc/nj6+7gkPUjqvn1mQf1ubcW4/2PuGzEfU3uR9T9P62t79x4&#10;460c9Zgt/wDGw/1v8Rf32bOL3t9Lfjj6c+90o3XuHXQNuLAnm/5/PvEzheLjkj6f0/xHvYwa9aUn&#10;j1yClvrf6f7yTf3jaZm4C/0u39PesefW+uQQD+v+t/W/494XvypP1tY+90NK9e65i1x9f+N+8X0I&#10;HDf73wP8feywpQde+zrkPyeRxz/jfn3kABUi4uB9ebjm3upJJz1pQfxdcb2JI4B9xnH1FrH82/I9&#10;1JNadWIHWVfp9f8AD3wDc/8AFeLXPI97JPl1Xrl7745uLc2/w/r78W0jr3XveRVW5F/8f95/x92J&#10;J49b64Xb+g/2PP8AsSR76LWuD9P+N/U+9Ggz1smnXen/AF78XP8AgPxce++TfSRY8/Xj/Ye/GlMj&#10;rVcZ699Pzcj/AG/PvGdVyAP969+PWj12Pp/vfH+9j3JhjuLn/D/YG31Hv2aU62BTA6xuebD/AH3+&#10;x/4j3nKKL3HBP0/oSfrf3tR5db4ceuF/9f8A417zJoAt/h9eAf8AXB96FT2jrwz1wfUefr/vvyPf&#10;LUOSPqfzxyP9j78y+Rz1bhjroBvpyB9Pz/vQ9x3bT+CQeBcj/ifdWNCK9Vx1lAJ/2H+ufbbU6rEp&#10;9DcWJ+n54t7vX16owPl1lUWH/I/+J9tyhzcH8/W9ja30492xTqqgjj1y9yYrg/UX4/Nv8PbbY6cH&#10;Xvc6OSxsLAfW3+8H6e6KCePW6064sLj/AB/31vec1DN9fwQP9gPdtI63Xrh4wBf6fUn6/kfX/b+5&#10;QljYX/P+H+v9Pda56t1iKuP95v8AXm/54/4j3xklsDa5FuLf7b37B4460TTrkqX5/PF+eL/776e/&#10;RzkkC17C4/33+v8A4e3FqPPrVaddOg+v055/PvIZX+v+HAP0+vuoX068TjriFXkf4/X8+8PmkLD8&#10;fnm/54v731rrlpUD6fX/ABv/AL37wzyyMCtvr/r3t+Pe1Wvl1VmIHXNFUc35A/31z7jxxljzxyf9&#10;gf8AX92AoaHrfXNmFuOf8Pc+On1EWX8f6/5/w91Kt59aJpjrCZAF+v8AvP4/pz7cqWgMnHPFuQP6&#10;e7MBSp6tx6hz1Yi/I/1rj+n+PuXLjnF7cgfTj/D8+26A9ePWCOujYDnTf/E/7f3gGPYjk8A8/wCu&#10;f8f9492APWqjj1mNWgN73JHB45t/T3y/h+oc8Wv+b/UX93UeXWq6jp6xmtCn+t/6mx/3n3ljxq6g&#10;R/vPH55ufe9OM9eVaDOesb19geTe9rjkfT+nvN/DlNvQD/jzb3bRTPXihJqeHWH+IgfViD/hbURe&#10;598kx3jP6eSSD/S39QffqDgOthPQ9dNkAwPPAtzexH+v7lJQgnkWt9Lj/eD72QPPr2kaR1EfIcek&#10;k/1sTf8A2F/z7kCjAIAHH++/HvQ9T1ag+KnUc1xKk6h/j/xo+5ApxcAKCL8W/wAP8PewDx62K+fU&#10;Rqz6ksVb+h4/2PPuctEAAxFvoQB9P9b34sBk9eoCc9NhyLM7IrFuCDf8i5F7+3CKlRlBK8qOCeDx&#10;/T3UstaV49eI6aKivljdgjFgfqBexv8Aj/b+5Ap1/wBUP8foL8e6SMsdK9e4YHURa2ZrkRt/rkN6&#10;Sf8AW/HvnphQjkcD+nH9Le2vHplRX/V69bANOvAVcyuCGUE/W5BA/wAP6/19w5atYyTa/wDxAH+3&#10;96aYsKj8+vUpk9OVNiWddLMCT+ljqOq44Fzza/vDNkCyXB5H0sebEWI49ptVTppg+fVg/U6mwyRM&#10;TxyCGBH1seLj/D/X9sk9U7AgG4+gAPI/1x7cVSzd2evFs9KOCjjQK1gDyTcfW/0P/FfcZXle1tVx&#10;/Xj/AAuT794YJ0kY6bZq5PUthEgJOnn/AFP4/IuD7daSlkYgkWP1PBIPH+39uDHbx6tUaajpjyFb&#10;Cqk3A/s2v9Lt+P8AD2pqfHl4gAh5tfj/AFvbJYliR5deDDgekRW5qKCYl5RYBltqB5ve9v8AX/x9&#10;zFwkzG6qRYccXH15Fz7q3dj16sadNEm9sfTqwmmQ82PIUXt9SOT/AL37kpt+Vitxbkcf1/wJI9qE&#10;AK6RWv8Aq/1f5OqdtOk9VdlY2mMreRWFnsVYHSAPqqg/Tjn/AHn2/UuAJsum97WsLkW4BJ91KMoL&#10;N04AOHQY53uHF0mtjVImi4sZAqm/5HNv6c+35NuLYAxW/qSLn6fX3u2CZZz/AKvTqw01ocdAduP5&#10;HwUWpYKuKUi4URtYXvfix/w+vt3p8Gsf1VRxxzb/AHv/AIj3dkjY8cf6vz+f7OqdtaDz6BzOfJOW&#10;ZD9r9x5QT65CGGoG406SOBxa/wDsfblFiKdF16Rq+oA4H0I/PuvihX0KMft9P9X+qvXiBpz0EWe7&#10;z3Hkg0f3ASInSS3qcjVcD24RQRxgFQBYAEi/+2N/r7q9WNDmv+qvy6bUFTUdBfkN6ZKtLmeqmbUW&#10;9IZtJB/2hbXv/re8llHJHJufwQbD3YKeA6sQxyekvUZWeUkmRjyv5PAJsDYn/b/7H3yQNz6eTyLg&#10;24Hvz6R58Ot4ABPTZLVEkHUx4tYMOSTY2Ufn/fX95PUG5/px9OLDn232EVHW9RA/1fPqK0jBTdm4&#10;urAKTe7Gylf9gOePz74MosbDUf63sdXGk34/1/bisfPH+bz6qCSeuEbuzAG6k2CrpLIVsQ6WsT/h&#10;f/D3431A/T6kj8G/Nv8AX/x/4370KUp/q/1fLrQOOuKkFWU8j0qrXs6sg0hub8f4X/29x75K4ve4&#10;JJsdIsP8P9591dDT0pkdeNevMrC91NipYan1Mwb9VtNrfW/+w9++ht6vpe/Fh/gCfe+IqOvEHriV&#10;NuLA3VdJvqbmxYrb8X+t/p77DBhx/tv+I/2PvTLpOevGo66cNEebnnSSSttP9bD6WPBP+9+/GxuD&#10;b6gW/wB5BsPeh5U68PUddc3DLqufUCRxyxVlINhe305/4n34MDwePxf6j/YW97KkZ69TrkY7c2Gq&#10;5fgEEXtYG9+L/n88/wCt77awAUAkfS4Nrf05Puq5JYmnWxU9dgMR9EJuWFgzaja5VgBawFv94+nv&#10;iARf6n8g/UAk/wCFvdiRjrXHrojhSQvpsptqHpFj9SDz/rn31qAP1J4P4H0va5H1920kjr1CRjrl&#10;oJUgAC7LzqYNr03WzAW5/PPHv3lBJA/Nx/tX0+oB9+8IgVPl+zj1ah+zrkYmA1MqjSC9gbp9QttQ&#10;F7/Xge+kN+Rb83+t+eQT/j+PfpKA0+zr1PLrlIhJ0+ocKAeNIABuB9eCef6++iSDYEXvxe3+Nh/v&#10;j72oFKn/AFf6vs60BivXlQabkGzAatIubkqNQt+Tz+PoB/S3vv8AoSeeP0j9X9Lf7f3qpOF4fPy6&#10;tTHXIICAArFTq9LWZkNrXuB9SQLE2989JYiwP+wJ+tuPp7aaRYwdX+Tr3EcOpVPSST6Qigf2eVBX&#10;+t1HNv8AffT3kSM/Tk/mwBJsOD7ST3Sg1JA/Z1dEPl0oqHByTsAI2dib+lST/tWm39B9feVQsQu1&#10;/wCtjwbf4+yy4vGkqIzw9P8AV6fz+fSlIhSpHQlbf2RUVDxWp3tK1uQyn/Wa4555t/T+g59warKQ&#10;xAglQAGbkWH9Bpv/AK3PtAolfuB4441/bTj/AC6vjVQdGF2z1HI8qeSlYkFdNkRVOsWW6uD/AK1/&#10;YXZ7cAWZwjXTkLbj6ezK3i7Kk93TclKny6PL1/1nDR4+nRqdEYBC3pW/9CQf9hf/AHv2FuTyTzFr&#10;NaxY8kkH/b+zWONaVPSUkdGPw2HiolRQgtZVACgDgfiw9oipllck3Glja/1P+P8Are1gWnyp1Wp8&#10;ul7TxxoAoBuB9LW/1jf33Sxpp1Frm5ubn/bD3Vsig62MZ66nkk1aQvFhx/sPrf2/0qDgMRZuP8R/&#10;tvaZqUqM9OqT5dMdXIfVpUgr/Q3B/wAbn3O8McZ9f0IsPof9a1/dGk4aevMCMDpvWWWVfQfobkfj&#10;/EH3CneMOFj0m31Jt/S/++t7fUUWnAnqp6mQJKy65S1rcW/21x7xNM2vhrW/px9feiuM9aqepCRJ&#10;p4U+r+v1t+PbhSVZJCG5Y/n6j/Yn/intliaEnrZznpvrKFba14W4+o5FvrwffKoQSm+kcEX+n449&#10;+RiMHz695dcKdjEDZmF7/wBf9j/vh74eFz9LKLf05Fvxb3RWUcetDBz1madfr9Tfg3FuffOwC6GA&#10;4Btfnn6arD3cNQkjqwGOsR1EiRS3JBI4APP6bn3gNLCzD1cXHFzc29vCdSK+eeq0B6ymoqUH6L3X&#10;g/gD+h/33+t7lKq06W0g8i35t7a1B2rXr2eoj6qhjyQbcm9voPpf3Dd1kLHm9+Cb2AP4A/3j3ei/&#10;Z14mnU5EeMILAjTey8m9/wA++cTlQQ30+l/6XN7H3rSCcdWDU64TLqsVAvcHjjn9N+fcgSycjTdC&#10;SNVj/S/upioRQ561QdRikR5JAZfqL/0+v+9+2+RvKSukni17Wt/r+3NOmleq6h04xgxKHD6eb6Tz&#10;cfm1/r9feKKEx8G9vzccfXkge/MnBh5daHWaWpElwLX+i2+v0+h991UTKFZLOp+hP4uPwPbgKEen&#10;VwB5dY6OXVrWS6up5H1ub2uT7hkEG78Dgm4+vP8AsPdKA109Vp04K91AW1zcDSfpx9fz7caaY8mx&#10;NrDgf0HtqgBqPPq44dNtZDwFuo+ps1/z/T28RaGs1gCBcrf8n8n3ZVFc+fWq+vTBUGWMaQSykgay&#10;ATa9yB+ePeV5jGpCm/B5te344/4p7t4Sg18+qmnHqLHE05vIABcHTfk/nk/8T7ZqtdQL/wBRywsD&#10;z+Le/ZGB1v8ADU9KKhdVZV08r9FJJ+n1N/aalSZm1MxsCST+Tzx9f969vKRSox1SnSljaJRZVBa1&#10;gB/Uj6/8b9y6e3pA5I4H154uefdGyKjh1sZFeo81xqvwP7Rt9Bfge3angk1lwmlGtyRz/rc+2m0s&#10;KDiOrUPTTUVCBAjOWYc6VJtYHgm3HtzWMRoz6SFtwR/Ujk3P9PdK/hbj1uuK+fTS0plkVdak3+hP&#10;4/C2X+vuM1aVOlJDb6n+tgf6+9sKDPVajqXHj1k9bxLe1hx9P9Yf1/1/fL75zGdJ/H0B+v54HtrT&#10;RqHrYJr13/D4/ICVtc8MQDY2/wB9b3HSsH05Df1P9fqPr7fIFMdaPWV6E31cFbfQD8g88e+SylSC&#10;Dq1H63JP/I/e2AK46sp9OuDxa7h106foOLEDi4/1vfKaPWbMb3FwPqx96WlPTr3nU9cYZfGGKi2n&#10;j/abfW/+H095VURjSpIBIv8Akf65A91FBw62KA56xvIZW1Oq3UGxPB5B+l/fF1GqQAkngA244F2A&#10;v7tSoGr7eqk9do7BUYjSovqHOoj6Kbj/AA9stTTMpMvB0/gEXB/oQPboAZaDj1UjyPT1T1ataPlQ&#10;R9WB0/7A294oCCy3XTY/p4Fz9Rz7pKKjPl1sZ6kyXCtZr6vz+f8AEe3GSg8yB1YIwNwrf7e/uiSU&#10;NH6sVrx6blrvC5UozKT+pfp/vv6+8EVDpvJIQ34A0j/Y+3WbUxQdeA65yV9wFjXTf1Egn+o/I95a&#10;mQoiBQUH+pW1/dkiPFj/ALPWiaHrDSqskjs1nbj1N9B/xX3AeQ8EC9iOD9efr72yUTB61q8h05Io&#10;1G/AN+VFl/2HvNG5cEuoAuQAR9b/ANfbA1Ehf5jrenz6xyRqhJQsSR9B+ALgn3NglVQVsoF+Sbi/&#10;9CB/sPewKEsOtmh6b6qF20fqPH0FjYHjm3+v7yR1hiJAItc24/r/AEH9PbMqkEVGeqnro0IqF9Qu&#10;bD/YEfi/vFJOsuskoPrYC1v8Lj35OND1vUNNPPqQlM0OjQHb6Fib3v8A1+nthq3kVwRb6fUW5F/r&#10;7VaQBjqpPTvTLGyWseDyp1cH/AH/AHn30C09gLByANX+F/rx7bJ0jrY9esmkRXJvoBJAuPqf6+8z&#10;UafV/Ve19XJ+lrj3UFq563gZ6xCpJ4Swt9LAgfW9uffAxxIeGAUH9JJvf6j6+9rgletefXPVIyg6&#10;TfmxH+2P09z18SoxDBW/sm39OByfekLFhq68OFeoUgkJAA1J/av+bn2yVk8uhizFmtxY/j8ce16I&#10;D03Uk9T6eKNbaU0i/wDT6k8/X/evbKKqXWAC2oGwuT9D/h7ZYGuk9aDZ6cvGlr24/Nh+f8Le3SOa&#10;R1VmkNweF+nJ4A59t6TWg6c6isiAkBRz/X/jXuPWOhdWkAawBuRyD9Pqfby6imnrR65wqVHpNubW&#10;/wCK++VHNDI6hfSLgWuP9vf3o0oQetoNRp11Mjopb9XH+wH+HtQTxHw2jjDAC5/B/wBf36LOFOer&#10;OhC9M8co8wMjlbtYf0t/S4/4j23QPHDIGk0Iqkc3/wBvc/6/us0ZC0pw6bWgx1PdWkQhCSzD6W+l&#10;xwR/T2tqOsSqiVafSfryBa1vrYn2hB0fF0/UUz0ja6hammaSYtp/1Oq6uCeLr7aayjlk1XZiwuwI&#10;+h/x9rhUAaeH+r7OqEA9OVFXwR6bqFBAU3JuL/j/AIp/T2nZLQlkdiZfxb+zx+T72Y80bh1Q9KFH&#10;8qqyWCG97/2h/h75x1WpbDlr3Nz/AE+n09thADp69Xrzw3bVYgW4AHP+PHtRUTxvCyve5AubXsPr&#10;+faYhg3y6dCmlTw6Yq5XWVHjt+bc/q4t7a8ikCanS5F+VP1HH5t7WQksaHj/AKv9Xr022OHU6heZ&#10;lUOAOOGF7Efk/wBPaamHlNwVuDwg4IA/J92Zx8NOq06e4wVsfVzb1W4PP+FvbnjYFsWk4A5IBsB7&#10;Tfjx05QDqLWSlVtGLm9hcXP15+nubNUR6Cq6iU5UA2Bt9Obe7hO6tOPWqkZHUaOKS+olbHj/ABH9&#10;QB/xX3FSrqCApjaxv9PwL2+vulFrTr1WJ6kNBESWuL8C54N7f09tlbWvq0BdQ5uptb6/4+3hFQYH&#10;VGYjHUqCFRdieb/jj/Y++6HJL/miAjfjTzz/AEv/AL37o0R1VPW1c064z04Yarkj+h/Ht2SR5ZEJ&#10;1kfg34H+29vAUGBTrxNc9QpFWNH/AEXPPIFz+B9fbvHSzT6VuxjtyP8AVW+l7e9+VR1smgr0zS1l&#10;NTkk+NZLmzcDTf6gE/63uN/CnaQn1j1cL/sbjk/7f3RkNe7qmK8cdSf4vEsQYFCQvJvxwOTb/X9u&#10;dPhKiQ6SC68/j+n0Fx71pC5A63qUDpoq9y0UALPIkb2BN3API5Nvb9Bt2U6ImjVtXJY2sARyNJ/P&#10;t1Uk+Ijz/wAvW9S+fSMrt+4yFZqgVTKEX9K3LEr+dQ+g9zJtoD0hFCPbk6bi/wCDx7f0AirefTet&#10;SSB0nKTt2jIkkeVZIVayjyBXsCRY8m/9f98Pb1QbTAgs66mvctpseD/xPuotgGzw8v8AVXy6uZFW&#10;g4dILcne+Opa3TDUxRiy2Vpkt6v1A8/j68+3ul28kbBhC3HJOn8A/wCq/HtJc28gIU8D/q/P/Vnq&#10;pcnz6SdZ3fi56aTTlaQyaSukToWLEWIEI/p9AfbktN4ZQTdtV/7VwOANPPu5tzpxgrT/AFfLpOWm&#10;DV6Sp3fHk6QqnjVGB/Sul5Dc+v08lQeR7XGLEaQhrqAAD9Pyfpx/vPsnaN3lKn16Wxowy3RUO3q6&#10;sNTHFH55DLcRoHYXsL3Onki1/wAf8T7nVFXGkLSBgbAn/ePp/r/7H2stkAm8I8f9WfL/AFfzs50p&#10;X/V/k6Aml2ZmctVU+ullhWonSNWZSSddjqGr6AD+vsMs9u56NWUOinVydVyDe3I/3r2qubcaqivy&#10;x5f6qn06ZWfND/g6sX6V+PmI+1p6mrpDOwiBJZTGruRyeOSOP6/4ew5qdyy5CUIzvdjwV/r/AI+y&#10;5oqY4j/Vw6eqScdHPw+xsft+nH2sEUSRL9Cv0A+o59uFI8sJZpm+vK3JuL/UXH597gCswbyr/wAV&#10;0zMKjHTdm4YaiPw0iKZNLK1gObfnn/X9v1FXeQ8yqqg8fpuf9Yez+Nl09vpn5DpILYHu8+gV3Ttr&#10;xoxFHJPM3OldQVWBDC7Jb6cn/kXtxfK01MfU6g/ggKD9f9V7sWj+I/6sdX0x/aekND1/mcvH444p&#10;TETZkllleNQxu9kb6H/Yf7z7kQbkp3NhIPqLgm3H5N/dBcp8Ax8/8H+H/UOreCrLqA6SmY+O1QP8&#10;oMcjMdZKrc3ZiXPpb8f4e32LLUrJqd1/2B0g/wBDe/tOLplbSuf5/wCr+Xy68kaEUA6CzLdE5dag&#10;mkhlXkf5xDIV51WuR/tuP+K+2qt3DRxXVWBP9b8/7b28lw6jU35f6v8Aiv8AJ06qUwel5tX4+Zap&#10;8DVjuAqgMioVUrcW5Fh9B+Rx9PbfFumFl9DDVyPwQDf6D/Ye0TXJDnVwrj/Z6uU1CnQk1fxzp20F&#10;4tSgIXv6SwXmwC2H+BHvnVbiCQBwwN11HkD/AFx/X3VLpvEqPs/1HrXhmvp17F9BYt6owzUo0K6g&#10;oFJUkCysy/Qf09pGp3iusiJwrkWIJsSQfqL+/STvqAfJXh14Jmh6G3C9IYqlphHJTK0N7qFQWRSP&#10;0mwtxxz7wjOVJQTGRrEggDUQP8Pb0cpZGoePVJFYDSvTs/X2FWaOmFBAvhjIDEKDx9CD/h/W/uMm&#10;5KzWzr5Cq/gkryBb3VgWwnH59WANKdOEnXe3jCkU1NTBnt/m41Zrar2LAf8AE+49XnKuoifSDz+f&#10;1aSD+Le/RuwqCf8AV/q/1Z6cK9T8dsnDY+eIiOMaRe4UDUD9Bcc/8V9po5Ospj5Gd3Vj+jUbgn/D&#10;8e25UqCRx/ydarTA6XkeJx9SoiEMasnAdUH0H5B/Pt5iq2r6WSOWotZCwQElrfm59oEcxS0px6fR&#10;VK6j021GNix9VHPBTAkvpL2AUav959oaV3p8giAo41AetiCbn2quow61HTSNpfPS0pystHqsynT/&#10;AGR9LfXj28VFYoIFjE/pXSxJX+h59+hDBNPp1pjVyT01x0ZLFtQkU6jqtZwCb2A/w+g9sWVlMIVr&#10;DUTqIUHSf8b/AOPtSRrhJ/1f6v8AV5dUNSadOlCuq/10jj1EauPqLD/inuTjZvLEdLeogkKD/X68&#10;/wCHssLUk7untNV67q47WuF0gm5IH+wHv2qSmluT5JXItyzfXjgH2pejrUcOqAkHHXVklQCxRBcn&#10;gL/j9fauhUVsCirbUCthcEWIH+pPtFEDEaJw6ckbFOktWSGkmLUqAODc2tyL2PqH+P8AX2+U0CxR&#10;KoQvCgH6VsL/AEH/ABr3oxiupTQnrZYBKdJysrZKiRhI4jnb6BmBNlH4/Iv+be4VdTiaKR4FWD8M&#10;WALHT/S3HtVCUJ0Pk9VoQlepNDVyU00S1Ej1IPKaLKi3+mq/J9hnV5CpppjEGeQKT6gOBwbXI/p7&#10;V+AK06ZDtmnQjwQQyxiQqF1qLg/m4/ofx7eNtV1bV1uhmTTqQ2b6nm/BN/8Ajfspv08PtPHp+HNT&#10;1Dy1PSxUbuVIsrAMn9kkfUAexlmlSagME6BtKfQcFR9ABb+vtHbeLE4deFfy/wBX+r06fYahRugO&#10;elSLMfd0spSR3Kkv6tf5s3+txx7B7N0MNCzSw62DPwrhmH1+n54/1vZ6GeaPX8JHHpIwCnHQz4au&#10;krFWObx6ljB1IQL2sPpe3tV7OyqQRPDVaUEgH7YF+Dxq1H/ifZHMrpcCVMkf6uHT6yIyaOk5vjBy&#10;ZOnX7e+pCTrZiLFfopH+29yshgsPUvJWUcwFQ125b1hjyVsD7NBd/UDw7gcOqsgp2dMeJzm48aKe&#10;irqLXTACNZEH7YRfo2phx/sePcmnmENEsFRUyMy3ve63AFlBZvaKJNEx8MY625NAOs+QgasrRVQU&#10;cSFrWayu1z9WIX2nqzbhydSlQZmSDjkafUb/ANT7Xy3YaLQBkdNiEatR8+nqjzy4qA07xa5wNVgC&#10;AB/jb6c/j33kttQ4qkWrgqXaQKSTrGk/m1hf21AiXSkEZ6tITGaL1xxe7Z8nk5KCakEUY02JVtVm&#10;4ufx/X2j58u1agpyv719LSv+q35Nvb8aNbKYzkeXTJfUfTpYx4+OGUzqbKyj9tf0g/W/HtZYvFU2&#10;Wgip6kROFjCoJGURs4AtYNY+0BupLWSnkTn/AFf8X0/pVx8+kzmshNixLVUyzF9V3EUZdgg5Ym3B&#10;4HtGbm2XlMc8U9JHHoR9QCtrjAP4Kqb/AJ9m5WC7hLRnP+r8vn0mMbK2OI6mbf3ji8zeBZnjqUA1&#10;RzxSQs3H1UOoB/2Ht0x2MrsvifC0arLHcMEOk8DkgEfX2gs5lt7gxSEZ8+npUaSMEcepWUyNJiqi&#10;OqldgjKFNlZwLng8fQfW59sGIwVRjMnMSJVsxa0ytYsDyUb6e3dwt/EI05B/y9J7fWvHpybJUk9I&#10;JY5kdJALeN0b68/T2vYMstfULSPMfIqmPQ2nSCBpUBieB7QhZLICvCvStSJK149JuoxUdPDNVwwK&#10;C58pZAdZH1JIA5v7j/3Wrf8AUp/wJ83+cX/ivsz+rt/4hwrw6Y8Mfz/1eXUf+9lD/wA3/wDMeD/M&#10;v+v+n+v7/9FF3P8AXjn/AI39PeDI49d26AdbqZFx9OR9f8LDi4PvkNJAP0F/6D6fT8e65Bp14ddM&#10;Cb25PB4NrcfRb/7f30w4JX/Dn/G/9Pe6+vXiaY68hvYE/UHj+otY8j3xW4PNz9Te9/8AX4/2PvdP&#10;Tz/1DrXHrkx1XAt/sbg/7D3lCsx+hsP9jzb6C3vQoPz695dYXZUFgeeeBxYA3v7kJFc3I544/P8A&#10;r2PvzArjy695dR3qByQ3/I/zz7lRoF4Cm1+P8Tf6c+/AVNWPXuoUstx/tVuL2HHJBJ/3u/uV47gn&#10;8/0H4t9L+9aqNg468SeoZfjm1/6m/wCSeAR74aebf4H8f8T7vg1YYz1unp135LWvc2At9Pr/AFHv&#10;rQGB41W+n4P+3NveidBFMV49e4dcw7W5NrXFzwOPxxxfn3w0gDng8W/qATa1/e9QLV8v9R68CeA6&#10;53Yjjm97/wBOPoQBz74SA2A+n+P0B/1h72hUsT1sUp1zF7D88C/+H+v7xfT6cD83+p/2PuzUJ0nr&#10;VanrIt7E21H6C3IH9Da3+t74F1Qcm5/H9LW49+B1Erw69Xrn4mYggcHkj/ewf8feEzE24N7/ANbW&#10;P5HHvenJ9D1vA6ziELYG/B/oDcj6EX/3r3iNm4J5v/Ww/wADz70arny/1f6v9VetcM9ZlAFrD8G3&#10;4vYEm3vA7H6f7f8A2Hvw9etE9SEUf7Ef0AW3+uP94v7jObgjTyOf8bj+h/w9v0FBn/V/xfXgOsy3&#10;Bvfg8WNv9f8APvgG9J+gIH54/wBt70RppXrx9eu7Am3+P45/3n3iJJPJJ+v54H+29+UAnqta9Zf0&#10;gkWFrA/j8c/X/X98ePoAf8P6cfT341DUXP8Aq/1fZ14n067HK8m1xz/sRzf32qsW/wB64vzb829+&#10;CVNWOc9e889eLqi2H9Re9x+f8feQKSeP8P6fX/D3uhJoT/q/w9bp1j1gLewvz/jx/j7yLAT9f99/&#10;T3bI4Z63SvWJplH54/3m9+fp7kJCQOBb+vPH+8e6nuHz61WvWFplU/1FvoL3v/h7zFAthbkf0t/v&#10;fv2gVqePW+sAlJBIbg3/ADf/AFveRI7km9rW+n45+nuxFOI691ieYWH1J55PN+Prf/iPcxIb/wBb&#10;X+v9f8be6gA+XDr3DqBNUkW5+t7D6W/wv7yiEk8j8/8AEce/fCa9e6wNOLAg3H+B+v8ArE/195Fg&#10;BBB4N/p/xPHvRFKefW/n1jaqIYcix555F/ofr7wtDp+n+v8A7A+7/Z1rrKs+om4H5/w5/pY++1jH&#10;9oH8DkD6/Xk+9Vzp63XrzStputuOeOT/ALb3zMY0+nj68/X/AG/vwoDU9er1j8rX5uQQPzpuR/vH&#10;598hGPz/ALAfQf7H3cU8+vHh1jaRrHSTY3uRzZf99+PfIWB/A/r9P9a/urCp6r165t9L/wC9/W9u&#10;feVAt7Ej/YcDjm/+397Pwhhx6tny6jsXt+k2+n15H14P5+nuQApuRa/4Pttjip691HAZSASeDexA&#10;N78cW4v7wNYEj8fj/Hi3HvYOOrCo4dSQGPq4/P8AvH9f9794WZTf8FbWIHF7c/4+9AY1VpXqpFMd&#10;SVU3AK6gb39X1F/yfcKQkng/15sfr/re7gg49OvGoHU6FPTc8XsbX/H9NXvin51E8k8X4tf6H3vO&#10;AOteVeu3t9FF7fkDkkf739PfItc/4cfSwH097U6T1ulBnrjp4vYjm3quT/vP+9X94zItzcgc/wC3&#10;44+vvZJ8s9a6yrCbCwP0/P8Ar/Xjj/Y+8BlH4IJsbWP191LCtD1vFepKwMbEj035uPwPoPcSSoCt&#10;f8W4seffiwK169UUp1LjpiRbm5P1P+PP+9e4331iTq5v+T/vXvwNRTqpPl1J+yFh6RwOCDzcfgk+&#10;+LV5b8ni/wDtj7bCEE0z16tcdc1pEFuAD/Tn63/x9xZKlibAnm9/wf8AAC/var3ZPXsjHUlYUA+g&#10;+v15t/X6e8BlufqeBb6/n24Pn14eo656QPxwT+QB9ffMTMGFr2Nzxz/vJ96riv8ALr3n1xKKQbgf&#10;0P4P+8f63vkJiRa4v/h/T6/Qe/BB+Lh1uvp10UHFuLfj6g/6/vzPYD+vP9Bb/D3sr5jj1r59dgWJ&#10;FuP+J/qPeEuB9D/T/jXPtoamPXq0GOudja/498C9z9OB9eP9h7dUNp61WvXdrH62/p+bf059+Iv/&#10;AMj5/wBf3qlMjrXXV/8AjXHvwGkcn/b/AO8/X37NKdbr14m54H1945AxP9QRxf6jj3sAde65qRb+&#10;h/P+P+398BCx+gsP8L3/ANj7sRmh6113rH++4B/PvzU+m1zcf61+f9c+9so8s9eNOvCT/Yf7E/7z&#10;76VAABxwbcfT/Yge7AAcOqnGeumYn8/X6XFv9iD7yW0gjT/iDb/Y29+48evdcLgkE/4X/wBb3zj5&#10;+pB/x/4ge9+fXuvNxzY882uCfcsWIBJ/1h9LW/1ve/Lrf29YDe9rX+t/r9bcfX3yMg08W/I/2P5u&#10;Pdc1p1rrwj5JuTe3HHA/rf3ClkABFxf/AHq/+v7sFJPXvn1nVbn+nP1+n+PuA0q8/Ukf7Gw/2Hvd&#10;COtdZwv0tYf7C1/eFp24twP9uPrcj34qWyetUJ65BRz/AIH+nP8AQe8gKvybkk/7H6f4+/A+XVuu&#10;uRx9P96/p78BpYj/AFvrax4/HvYVSKjrRFOvc++wynn/ABJFv6H3oVIz59eJ66/w94ZCCeSAR9bf&#10;Q+9A0HXuuagj8H62/wAf6e8Yexa5/H+8j3o54ef+r9vXuuWn6f4X+nH1598WN7m/H4/4j3vh1416&#10;5ADg83/xv/vXvCfTzf6/77+vvR1eXWj1376Vwwt9TYD8Cw/Nj73SvXuve+RlAFr3Itb8X9+Pp16v&#10;XveBprn9P9f9b37jx69Xr3095IyxIP4H9P8Ab8j/AHge98B14de+vuQDf+n/ABT3rB49b+zrojjj&#10;/fWHubG4AFiR/Q/T6j6X92IWmOvDrAwuef8AD/ePfUsw0nm/4/wv/j7qoNet0rjrtUseOPz/AI/7&#10;A+8C1AH1J54H0/5Kt7tTFOtVoOuZT+lv9t/vH594/M2o6Dcf0v8AS3091+3rxNc9dhRYX+o/3n35&#10;ixXi+r/Yfnm492qDxHW8U68Fsfrccgf8T/xPuFMXHF7kj8Hj6/X3UBa5GOqjrn7hOSCLXBH0sfr/&#10;AK9ve6Vz1o9e99q5H9TcA3+h+l/z73pNOtAgivXvc6Bi1/z/AMU960kj5dbU1697mBW/APPH0/3v&#10;3UIaGn+Hq+euBZbc8/X/AH1x7ziFv8RwObcX/HA96AoOvV64F+b/AOJsD/xT3IWnYWBBI4+tvyOf&#10;dlUUqOqaiRUdY2lHJvb/AHgf4X9zEpQB+m304/1uLX9300OevFqZ6wGYXtf/AG1vz9PeT7V3AspH&#10;+2N/6X/3v34oOI6tWoqOuHnRTyef6H/H6298koma9x+bDj6fn/fce/BfLz6pVuHn109Sq25sPzY/&#10;7AH6+/NjdfIQjSR/rW/It7sAwPXiG4nrh96gt6r3H+9fnn3LjxyHnR/QkAC5H592pQYz1YKaU4dR&#10;pMhpJF/wbX/2wt7nxUCixAsP9ve59+FOHVgprTqDLkCQRcXH+w+n1P8AvXt7pKNeeOf6WH1/x90N&#10;aevXmB4DpP1uRYEXNhxyL/niw/4j3NNHqNyot+Lcf63H/E+/LHpGOtqhAp02HKhRbVz9Dckg3Njz&#10;/wAU9xpKBb/S3NzYcn/G3vbGhAPW2+fU2DKll4N/SApJFrk8C/vB9gdQKi3PN72P+v8A4/7D234l&#10;MdVqK0H8upgyClDrccf04P8AT/fc+84oWNhoBX+v4A93VxpJOOrUNKnqG2TjBv5CH+oF7kk8Dke5&#10;yUCqPxex4v8ATng+9BzSpwP5dbBPn01y5Us1hqKgqAR9Tx6hb+v+Pvi1NFe/+3B/r+R78XZcPnrZ&#10;r1lirJmuFv8A0DDgW45t+ffYhhHBtf8Ar/gP8PbZkDGvAdV6781SL6Vv/T+lzx+r/Xv7jSSRoRZQ&#10;VFrccEDn8+/FmYdaZSV6mwQSuDrZg1jcEngkG3++Pvh9wikEAWJ+g4/1+fdPHdSaDra9vHjTrMaB&#10;3Gl2bixH5+n9AffNqr8i30sLH6ccjn6e6GUk0H+r/P1YZ49Y0xwXggn8kt+Te/vy1jD88cXt/j9b&#10;396Gpjg/6uHW6gddvj0b+yt/xx/sf99z7yfcOxGkMfyB9OB9OR78SxqD5f5f9X29eqCfs64CjiQX&#10;bQAeCeD/AEB4/r/r++meZl/SR/iOT/r8e2KNqp/q/wBX/FdarQ06zKlIh5cH+gJt+OAL+4rU9RKf&#10;xY/q4+p9vxRVyf8AV/h6bZ6Gn+odZzXUlOp5tb9P4/2Avb3yTEzlgGJsT/Tj6fQe1Qhr5dVDGteo&#10;c25KNEZlZbpwbsCRc/Xn/W9udPgS/wCpTf8Ax+h/2PvfhkMAD1ZjTA8+k9X73p6ZGcSLZfqAwB+v&#10;PF7/ANfbzTba5Hp4vbgfi/0sfdxbllJ4n/Vn/P1QuFFDx6QeW7aoKXWGnQEEalZ+b2+qn/evaoo9&#10;vKii6XHNr8f7ce9C3LYPH9vVVaop0C25u96OmldVqR9QLi5utuAv4v8AW9/949qemwsekelQfTxb&#10;j6fn2n8ExmjcM/s6d1gDPQA7l+QQHlmgdzwxTW5V/wDaSFW/H+v7eosTCgsQG/3u5549smIMa+n8&#10;vt/2OrEknUOgVy3yCzEjOYgIFJtZnL6rLbUDe3+w9yExsH5Tgcg8WP8AsLe3lPh8KE/6v9VSOvai&#10;K06DrK90bkqwyRVzQBiSxQkOx+n9n6fX8e5SQRRkBVW4N/oPr9Pqf9597JLA6uB69RqVHQe1+9sx&#10;W3abIVchbgkyE/j6af8AevcoBT9fqR9D9bfi1/x7b0kDAx14g0r0lpcnO93Lu39X1XAINivB4Pvt&#10;gRYgXIAv9Bbgm/vS9x7j1uig8c9QjWMxAMhS+oA2JDerSwBB5+v09+Oog2H+tf63vb8/4fn3uig5&#10;69itOsXmu5Gv8/i51DQDyR+bm1v9v74hB/RgeTe4P0Pq+n+v7sXJ8xT/AFf5ut6qZ64Gdx9HUqPT&#10;ZQVN2BA5+pHB/wBj77CjT9L/AJBJ9QFzcj/e7e/Fu7069qNeuPlPkIvbkB7KdOqwsDxcA3tcf4H3&#10;zFhYC4/xFiNX0sQPdCK56r8+sJ1EliwtwfqynQOdSsbc2Ngb3/4js3HP6gb3JIBW/wDrj3oAHAx/&#10;l69WuOvKfItiTqsAAQzK2i4+oP1PN+eB74glQxH4JP5I+n9Bz72w1EA+fW6567/U6g3JcL9dKsSH&#10;+oJsLW+h/wBgffYJ4vz9Tb+g/of8ffqCmOtddEKL8BV4S5IF7i2pQPwBcn6++C3Ba4AI/F/qL3/T&#10;bn3dqECnD7Py49bJ4UPWViLRlWZkJBPo4DadI/cubC4vb/X+nHvtiSbAFbC4uAdX5sP9596VQBU5&#10;/wAnXhTieuo1W3kYq1yAwXUun+zqYA3t9P8AePfrfUj6n8Xsb/WxP4/w596OcHy61jriWFlBNwAC&#10;HABBvZdSgfXn63HvkRw1ufqf62seLX/1veq5FetjrysLqSLlhzwQ2kcszaR9OeP9gPfhc2PH5H0/&#10;w/4rx78cGnWqevXHTb+pt6vUSwLKwPqF/pb6EfXn/D33c3+lhyOLf7Ai3496oKdeyeHXdiQbMC1l&#10;Zf7P6hpZW/Jv+b/Qf4++IN7ryDz9CLf69vdiBWvHrfz652AXUSGF1tq1Lb/VBiLj8c2+g949Vm+g&#10;sfrf6/7z/vXtwLVa16t5ZPWdVugJckXuALH8glrj+p/PPvrUQdQ+nJN/6XsLW/4n3vQNOn8v9X+x&#10;1r+fXLxgrpJsSUsVFvWPUS1/68fT32zOeVFwQBfg/wCuB/X3pVjpRjn/AFZ62KdcY0jBsxKtdrpc&#10;gWYkajbgfXm3vlp1MC3+pt9P8P8AePbZbStF6sCBgdZUHFl4AccqCOSeAf68H3kCkiygm35P4t/h&#10;7TGZVNXPHrfHp1p8bJOV4t+otYXve34/oP6e5kUJKhiP7VvwBzxe7f0P9f8AefZLd7giuVB4D/Vw&#10;/wAn8uJURR+Z6ETBbUmqQjBGGtlUFlIDAmwN1v8Anj/fH3zdhFqOqOwB1Dgg8f429k0l34goa18v&#10;9Q/2elChQMdDPt7YMsjx2iZixAYrGRa4uHBa3HHPA9pjK5KKEMqt/Ukj/ffjj/ffS0HiTGrf6h/s&#10;5xj/ACmusk6ejQ7H67WERO1OrcoqN4wLSKeb88n+ht/xHsNMjm9XkAZrAkfX6/1/31vZtHAUpqHp&#10;0zIwpXo0+39nQxrC6Iuspe+hVPJB4v8A634/2PtAZGt8rnUwNwSD9bc3/H09mESBRUcK9MaiV6GD&#10;F48QRgKtiFAIsLHj62P159pmpjeRSUuAeLX+t/6ezKMqRp49UIqa9KSB1jb9wf4/T6W+l7f63uAa&#10;YshXTze/N/6e3qcTXqg9OpwqVDghuGsPqObnkj/ifcRYnBAUNw30PAH++/Httgvwjj17Pn1NMqkE&#10;tp5H1HJPH0Pt9i1hF4sot6j+fz7SkV+3p3PE9M8pj8jj6lhYqv4/oT7npOHtxqbi/wDgf9b3XS3n&#10;gdeyem54BGWIOkXP1/p/UHi39fbfUo4fygGxvwAP6ccD26aHh1pq+XU+kkjKGFmvY3DEkj+hAv8A&#10;737xMeQdJYmwtzwfrcW96LV+XWgD5dZ1XjSGVbXa9xyDxb240S3YlgRf6AcWuOLe2HbgePVgPLqB&#10;WsVXShHB+vFjyfqP8R7c0j0sefVwLEXuT+PfiAVBXh1YjNOmZ5tS830/UsptYAcWv76I5upI/UWv&#10;/hxex97aJgKnqpHXJZU/SQDawH0BF/xcf198JkGkkXINiWWwt/t/egreXW60AHWSGX1qCbFTpAb8&#10;m/P0/wB49xo421LypsLAcf63JH+8+9fDg9aFAOpssysh9JAubmx5/wAAD/vHtxjhM11uCL/T/H/X&#10;/wAfdagAEYPVgBor59NM1QIDrIPIsSLgW/pb/D3ibGs19X4IuLfQ/Ue3FkAND1Q0r1yXLxixW1mH&#10;HJ5vf8Ee4n2kyyhSLRk2LEfUf4e766g068ePU77ylMRYNeTSCFB+h/o3t0aJFjstxYWv+Dbm/vyu&#10;wI1Z6sWJP2dMayySSEtYhj9OBa/4/wCK+2405Q6lsQ/On/E/19vMyEA+n+r/AFfy6oRmvTpHUltU&#10;bgroIGrgcD1XUnj/AF/fIxNLZSmkfn8fX2mroqQcnraqeuYnSMlhIG/Kg+r6GxPP9ffCopzGilUJ&#10;sLXP1B/p7eVTTUT1tjp66pqxZ5WQtYkk6R+R9dQ49tBBkJD2+ouCLkfn6+71CinVDwr0+KBGAyf0&#10;b6H6/wCvb3mjPiYBbkD6mxPH1PPv2kKM9bFeA8+sEp86ksyj+guBz/X/AA9zElfUFUf6wta/9Lk/&#10;j35gA2o+fXuoDxKUbUb2PPN/r9QLf7f25wx3XTJ9W+h4NufdSzGpHXgPPpmnlVGBiNgp5UcA344t&#10;/h7xV9KY4gdOocH6D6fT6e2kOtqDj1elR1JxtaskpQnTz/Un/G4J/wBj7TksVxcmxv8ApP8Arf77&#10;6e1VBSnTbEdKiKYhrDkWHqP5H+x/offdLECxOm1h9QOC1/ofdXCAADj1tQKddVUzBSt19RAIP4T/&#10;AF/969qeJmKpdbgAC30uB9faQYcmvVqUz0l50T1i7Ix1HUPwTf3IlIdCCLjSdQH0H9bD3RQNVQaf&#10;6v8AiutGvE9RIA0bixFywKsTZiL29X+2/wCR+0vWQnWTEVBX8c/7b2rVVYZ/1D/V/wAX1ojHSsoa&#10;gBFWUMdX9SDY3/H+v7jUzzAsXQEiwH9LG97j2yyVNK/6sdaoenCcQFRpIW9iLWvcc2v7mrTpUOOS&#10;OLm30v8An3tXMYNeHVycdQJJ5IEuACxPpHIvY/09yolSMiMev8hjwRf/AHv25XFRjryn06gTs8g8&#10;hunPqCi4IFja34/2HvLNEYkEpKg29Jvfj+nPvSgnhnr1AOo8FQszmEKxF/V6CLte4NlH+t7bZKxl&#10;BtyBa7W+n+29+WMk1HXq049O60aMV1ALxYLfn/jXvnTVUU/osS1zcji39fdWqvE9eBB8uuNTSywf&#10;uLYLwADzcfgW9uJoomcGSQjVbj6/7Hn35JtP+r/V/wAV1s6TnpqNZOEYRRqdBsSTpuQfzb3Cm+1p&#10;3P8AbIt6rD/eLf737fOplwOPVaHqXT/d1KjUTGPUCur/AJC5/wAP8PfcdXFbUxCgggA/T/AW9phG&#10;dWc9WJUEZ6yy0strINTKQSPyOPqfc3zwJGWCqSQALWNieQbn3tVbVUcB16tem16eokkA1soBJtyC&#10;RaxAt9b+2CrkeUnSF1XJH04JPJB9rgaceH+rHTbg8R0+0USRKAS1iBcXuT+QLD6f7H3DhjqVf9zT&#10;pY3LH62J/FvdZDWtDXrQr1PeSmZAVvcfpUfS45N/bj41U6bf003PH0v9PafiBTq9cU6hCVyGY2/t&#10;atI/ANvqPr/r+4lRI0cii1yf9T/j/T27RGSvp1U+h6k0660Y3sLn9QH1/wAQfeOWXQFZgQDwf6i/&#10;tlhqNfTreeJ6zxR3uoa55P4sT9ePbXNVAAqhPJvquPza1x7vpzq9Oq8D1OiiPGq1rWtb/eb+4E01&#10;VpDW1JYDj/b8/wDI/dgKig60a9SEjiuR+b3/ABb/AGHuRQ1YB0ktrJHJB4v/AK/149ssKrjryEUp&#10;59cJ4tX9AtifxY/7b2pHAMQKsCW5N/wLfkf4+7KrFanpwimfTpjV7TMhQgKLCwt+f6e2Sol8B9PO&#10;o83I/wB7H/Ffd/DqanqhPTrEDIpuLW+ht/sfz7xGqVLNI9wRcItybn8c+3gtflTrVaY65eIkWVQC&#10;eCW+lh7xz3mVHjtdrekj6X/r7cUgCg6rQ9doAlw17C/I/Nv8B7wR0Wm8pYM7H8/jnk8fX3QmvDqw&#10;XFeshlv+3YgAfi3P9PeRTzoDXP8AUAC5H4HtuhDVHVq9dEXF7WH4Fz9Lf4+2fITGNmEgDfkAni4F&#10;159vqCFqPs6aY04dSYgNIIv/AInjn+tvbbR1qiQepeDqsPrwfpce2ZKg08+tq1MnrIRcEf19raHK&#10;nQsYsFCAW54Fv6n21Euk/wCr7ena46apqBGYuQb6rj62JvYfQe2LIVJkmCaL8/QcLe/1P9fapiQt&#10;ePTJJr1Npowi8G/+9/63t2w2UamYRsfTx9DwD/QH/e/aZ4gxBpTq6sOJ6iZGiWpjP4bmxIvbm/tb&#10;R1LTxs62RdPAb9RuP7P+v7eAyAPL/iuruQOkXJSJTyhHvI7SclD6V5LHVb+ntGZJZA8jEGxvcrcF&#10;uP6+3NBOem2bz6WNE8ZiRVsbACxt6b/QW+ntPU0+iYL+5a9z+f8AYe2pBnHWkYHPTo63Uji9uPwP&#10;YkYhWqI10LckG4tyRfi1/aYoSc9Phqig6RmZmjpCzySBU+upj6Va31PvDlMVMCW0uFNy5IY3H4v7&#10;MI4xhhx6YY1PXHE5ylmHjEsbNwEVWW/+8f7f2wxUAHqRWJ/SWPA/2Fv9591ePWTUV62CelA1aq2D&#10;sq35AH1/H5/3r3LFFLe6M2r/AFIDaP8AC591jhUcRTrZNT1HetiH6tIX/Fhf/YD25w4l5IQWuHP4&#10;+h/xtb34xsaj/V+3reta0PTVNnIIp7KVaMXBP9P9v7daDb8kzBdOkf7ULj6/XUfaR4mRgzdWJUCp&#10;6ZsrvGjo4nYyKzKoawdVNrWN/wDY+8eY2ZLGhaCMs314BN7/ANLezWOIvHqQVx/q/wAPSWQ6j2jp&#10;qwPZ2JrZ/t6qrghYOUszoCLD6G5+v+t7acVsus1eR4HBJvqZCBz9fr7q0ZLUI6ug0jPT5l+xMBRo&#10;yfxKl1gG6rPGXH9OAf8AifYhYjZreTXLr0ix5jsP8fr7bkhJcafPpwOoFadAtvHvPDYqkdIqijeo&#10;IYKiVSPJx9BYH+v+HtZptinVCViAuDe/1P8AiQPalIUXtJz/AKsf4OmZJTSlOPRb6v5FVLVQSSoN&#10;hINBjN40B+l3YG1uR/re80G3qGIHXCCfpdgLj88e/GJlwPPpiZpVQLHx6hZHvfNZCWMUNZ4kQA+O&#10;O7NJx9GB/r7cKTGUsR9AVfoDZFvz+b+2ZlIOB1VFlb4+k9nOzdxVcGuWGaR9DaWkqpIlBCm1ox/r&#10;f74e3NqKmjswVL/X1AA/8R79G6sul8f6vz/y9PeE5NBXPQTrvfd1dLNAj1skBZkIpTL4rsbG7H8/&#10;4f6/viTTMSZFj9J4I9XF/wDD29peKlDX/V/qPWkVoxQnrtP7zzQ+PGzZOAym8glXQoB/UASTb+nv&#10;NHNAPo62UfQH6/4+0zyjXThXPVjGGGo+XWKp2vuGWEvNSTzPJ6WmkEltNrEA2+hvwbe41TlaenjZ&#10;30hR+OB/hzb24gZjxrTz/wBX+XrRZQwU9PGA6ky+UqqeKDzxSzFWd0DMqKfXcB7g35ta3PtMSbrx&#10;9yJBGkd/xwT/AIn+v+Htqdnjeq91OPp+X+r7elKMAwpx6Mjh/j/nIKRdGSrmrGit5ZGRggB4QJaw&#10;t9SCPcht3U6xWiZUX6hLixUc8e0xCPUgVPr8/n06xYnPUGm+OdV/EfuslJLVyEkNLIXkfUeVAJBs&#10;B+LfQHj/ABaaneUTROokuebre31+gt7TIjrIG8+qkVXPQp4zoqkpZImNOojjA0sYw5DAX1XN/wA8&#10;g+wr3DVtWkOrgBmB/V9Rew9mTyrQ6um9Ga9GR2fh48NAtKqH9tbAhALG2ok2/qefcPGRLDaSao1A&#10;C4Crax+p5/1/ZY5DNRenU+fl0ock8kiNFFCdTm2pz+B9DYe5Qz0MMkkflMlmtpLXPJ/p+D7ubcjv&#10;pT/V/g60zrqz1BOEaeNCY0RinqYIL39vUGTEsYeIiNvwSSVsfyCPe0lcdjdaop6T1ZgI0ltMonjN&#10;/RYXBH4sfr/sf9b23ZKpqJAW8xcjjUg4H9Rz7UpKGFOqtEpyOnDFUFJTEIlMsQJJ0yfqJ/r7j4Yz&#10;tOQ0jMrGxdib8/gA/T2lnPcPl1dFFKdOGbSBaRmESBkUlVVRbj8tYf717WcrNTRtJ90XAH6T+m9v&#10;oD/X29HGCoNKf4fy8+qtRBQDoMY2FdVCA4/xEm2sEXIv+t1/2I/x9oaryk0kkml+dVr8/S/IH196&#10;c+Xp/q/1evVlNePQo0GGpoIYrx2BUWAH9o/Q/T/YW9xRkZKcIxl0ljeyng/7D2m0M+B5db1kZ9On&#10;JsfDMGUxBha1yOQP9f24Nnkn0wyOSbccAEm35PugBjOerLIteGem1MAsBaWFEUkg21NbSOTx7aKi&#10;nmebz0yFyDcnSSFA+vHt0kSLQ8eqkEdw6d4Jo4YxFM4TUCACQL/7b2sMLWU8sDJM1plW3NgFIFvo&#10;faQLJHJnh/h6eUK2Tx6Ru4qKoEiS0yAxlwX/AFFiv+uvuFVVWmcRB1s7WIbn/A2I9qmLR0cYH8uk&#10;5J10p1PoaRZaUyNG2pAWFhZuOQLMP999PbhPi/EI5FqliuoJBFgdXPAPvQmWeOvn1d6BqDpmp8w7&#10;TTQSULyqjumpTrZQnALD8X/23vBUYyjePy2fyAXZxzGD9DZR+T7vFMT2v1sqvEdSYcrXpP41MQiY&#10;nRE1xLb8jUf9vx7b0j+34ZvGhsoa3Lj8X9pJaM2oZp/Lq6dP/lM4IC65LXdNXCm1yAW/3j3Ar6On&#10;MiSKfXfg/VxYe1kVZIqHpp6K1f8AV/q49ZqOrnXyIyDSBe/0Tn/ef9f3kjo/vIiqtrcMLB1tyfwP&#10;9j7aLtAdB6uqCT4evTVgpnEjIVRhyUYHj+tvr/t/cj+7csznzeT0rwLWja34u3+9+6i4CUX1/wBW&#10;evGIKM8R1DbclNGl4niN3sxL+tebEhR+f6j3NoduzxIWSEqWuAR6VIHIufbblJGxnrYXhTqDXbro&#10;1cI866QF1LYlxr/w99vRU9N+5WKvmDDSotY3H5P/ABPvya8q3DrRXScceua5OesKrjXLQlLvI17g&#10;A8qAeSfc3H11CJdEkerSf1cOCT9Bb8fT21IXQgr+zh/q4/y6tGxJz1DyeMyM1O5hqTGWBNj6DyLM&#10;Qw/3j3KyuVQRstMyrGtjpvza39P+J9qo1DJRsf6v9jpuQjj6dMeCwEq1Qnrw0tQ5ZfLyQov/AGTz&#10;b/W9peDMGo1wsY1RlI9N/Ub2/J96asZGk9aWSq06XMuFjiCTBZHdGFtViFH+AAHtH5MzQu7wUrMr&#10;NZ30avr9eTx7V6yV1g5HTTAg44dKKl0lFV5BdQNK6gCBaw4HtX7exq08cVcylWlKghSWYaj9NP0A&#10;9lVyz3GquSOlKdlPU9MOZyKl3oVKkBWLFwFQAC49X59iTVVkLUZip5YkkEQZieCWH1De2bLUpKTA&#10;/Lq0zM2egjGHqBl1r54pZoTOVUKSVVb3DJY2tbj/AB9oM5OklqlpMhEJY3YK0x40Ejlgfr7UyGe3&#10;GqLgOI/wdNxhWbS/QnJiZlpWqcfO1POq6o4xyHsL6Gvx7fRtOkSKWtocmJIzGCEYKfHq5txzx/j7&#10;vazQ3cgVhpPn/qp/q+XW3VYkJAr0iqvfuWpamnx2V27OjSVLRLURSBo5VjUEObn888f4ewgyuRyW&#10;PyHjgaRo1ch5LEr9fp/tx7NLm0RVqnHpKHNa+XQvUSwVlJHJJEn7iKdBsSotxcj2qMFuCevY09TE&#10;jRALpMjD1MfyFY/k/j2RTRmF9amnr9n+r+eOlMbah3dN2SxMCoZodccgJIMYINv8dP8AT2q4sxV4&#10;6sBqYIhRWSwkChStr+lebj/W90kg8ZPEgOeP59bDGM93SZmwtDkqKWFJ5fvWEiGWBm8iufTfVxb6&#10;/X2q6urxebodaSU0I02MbWC3P4t/xT23ZSzxSGFx1Yqrd1eg+hw2X2vklZVyGRMjD97VrktwOW4v&#10;b/Hj8n2D9dhIPumkhPIY2Mcgsb88D2bGXVVD0m0UNR0NlFkZGpommVlJQA61IYNbm/t8xlDVVOiO&#10;hPieJryXY6mCi5UW/PtHO8OEl8/8p6dAaniDpvyVfTUSSz1o1wshCnSCqAD6tf8AH9fbxS1k8VVP&#10;S1xlYD6LIo9P41B5Bb/be93FvJFoeHhTy6vGWYHV0xzU9DWUUVZReFGJBEsTfqI5AIj5/p9fblQ0&#10;0kM6GBw1NKwMkq2stzypRPZdckPVlw3+X8+nVxk8Oo9VVwzUzpWRMJ4UtDDJa8gUWvre3B/pf2r6&#10;7GxV1PaneDSEa5dQH1abCxPP+sPazbboxlVmJqT514fn0xInErjoGRmqjD1801RS1pvLGUWjYvT6&#10;fKS+tIrqTx6jx7L9PhsnQ7kGp4xFI5Goq4JBb0rc8E/1/wB79m26qhiEimo/1f6v8PTNurB+49GX&#10;xOZosph46qG5XwDXGbalIW7A2+lvYoaav+sX6NH+dj/zn+29h7QfU/DXgeH+r8+lVYvXz+fSP81D&#10;/SX/AIE6/wDNN9P+K/4/T3//0kdcc2/pzz/vH/IveC4HCvXdunr1upc/045I+g4P5Pvy8AX+pP8A&#10;rj68e909OvH5ddNyTfi3PJ9R45/4r78V1DkWH1B/3j6f097A1Gg60euIcLc3v/h/gefr77RQvH1Y&#10;knn8f15PvbLTj1ugJr1wZ9d7WUDi35P49yUKgcAAXsTc/X82t/T3oAlvyr17hjqNJe1zzf6D82I/&#10;x/w9yI2T8W5AJJ/3v35g5NfT068RjqKwIFuRe4sf8TyDx+PeYP8AW/4vb+oN+LEe/CM4I695dR3H&#10;FrH6fiw/2/uQrX4uP96/1xb34qKcOvU6ikH/AAv/ALcDng+8btaxY3FiR+fxa3vwWuEHWx6DrLGP&#10;rfj/AFv6X5+vI494DLpvaw+vBPJ/wPvZQlqHPWvkepKxgi9j/h+QL/6m/vA0xve4FvwP8Df3vTGO&#10;vYp1nWI2sOf8SQDz9Lj/AA94nqRx+bD8Ej/WA/3v3tQVqBw691mWmva/BP4Av+f6/wCtb3EapJ4v&#10;9T9Pxx+T72Vqaj060civUyOnVBz/AK9yBe1ub++vIP8AXP8Atvr78sWM/wCqnXgOuZBvwbL9ABz9&#10;eBx/xr31c35/2HB/3j3srUY62OuNlsPzxzzfn8399354B/rf/W/HvYBI7iOvccddcKLj6D/EEG4/&#10;p7wshufz9R/S3P8Ah73XyPVfl1lVxYEcXtwbH/X/AKf0/p7x+Jjfm1zz/jYfS597NK4z/q/4vrfn&#10;1k8i2vb6cg3+gv8A4H/H30YGJ+ht/h9bAe3HIC4611xSZT/a5/IN7X99/bX+nFvxf6i17k+2lY/b&#10;1oHy65NMFHqPBFr2/wBhb/Y+8wpbi1ueP9uP8Pby6iM9b+3qKapAbhgQP8fwR/X3kWmABsDc/wBf&#10;6/T3RlJavVaEmvXH7u4A4Nj9Lnn/AFh78ISGta3++/Hu6qAOOerZ66aoDLf8f4f635t7yiL+n9Re&#10;97C/vQHmevDB6wtMOB9V0kD6c2P095gthbjn6/8AGv8Ab+/U7tY49epnqO76hY/T6gk3/wBv78V5&#10;92rXr3y661m3+AHP+F/zb/be5KR/4XH9Pr9P9b37Pn1bgadQ5JvwGtb/AHn+lv8AD3JjXkjgfj6f&#10;0P5t79x69gDqHM9l1WJ+p+v0Fuf+Ne5gRR9ef9tz7oxC9eHULyPIQFPHJ5vccWAN/wDeh78QoA4/&#10;P4/2w9t6iTQdbp1zUnnUR9LD/Ef1v+PeEgNzbgn6/wBR9PoPd66Wp5daoKZ49ZVL2vckj8HkXP1B&#10;J/P5943X/Ygf4C1j7q2GDDB62ucdZ4mJBBP5tzf/AGP194gSLACwA/3n+pHu9CTqbj/k60RnrMQP&#10;VyDqb6Dk2+vF/wDeePfIlVsePp9P8f8AH3oVoR1r5dcQpb8G/wBDb9Vv9j7wvIG4sBbn6Wv72CQe&#10;7rdK8Os0cJHIJI/xve5+g99rKAFAIBP+tck/S3vbEEd3Drwxx64GBiWFrj6/TgEfn3lE6Di/9fob&#10;8f1HuhLdbBz1xNMTyR6uCSRxe9rG/vEZgbhSePpyD/hex90Lhck8evU6krTNwSv9L8Ef7VyfcVpR&#10;e1+P96Fvrc+7CQgV9f8AV/l/1Z69jgOpK0zEfp9XAsB9bDi9v9hb3GlnVTfiw/J/w+vvYfGePWuP&#10;UqOlY8cn+osR/sDb3GNUv1H1/oeLm/4PvRYjgcdaNB1MWk+gYDi3I/p/tR94zVfUEm9iv9Pp9Pfg&#10;xpjz62TUV65faLf6cAg8AWA+v0t7iSVEhHBte1/9t/X3s18+q9SkgQH6fS4FuPrb8f8AE+8TTOQb&#10;XFuPp9ffvt62OND1lESA/wBf+R+47ajc6r3uOOLf6/vfy61T06y+8BBJ/pb/AIp72DQ9ePXLgD/E&#10;/wCtxz75D+l7/wBfdiSMr1sUHXH3wN2I/AH4tf8Aw9+TJ60TnrlwP8f6c/Tj3ysP6C/FuP8Aifd6&#10;efWvn11c/wCP9PfYBJsLkDg2H+H++591C4ofPr3z68SBz9P9iP6++Spcgcf635sB73kDHr1vOnro&#10;mw5/HvMyaf8AbW5HF/8AYe6Zfr3XEMD/ALz/AKx94DGb3/HH0F/9f24BinXseXXdx9L2P/FffDQP&#10;9a5/42T78a8etD1PXLUf+Nfj3zEVyACSAeb/AI5+p/r70GFaefWzWtQOui3F/wDeR9f6e5IpWb+t&#10;rfn8X/qPddY1AdawTjrEZVF/9jb3lWlHF/z9P98Pdwet06wmo+tvx/rcf4e+RjVeLAH8Hi/P1IPt&#10;yoJ+XWj1xDMfoT+Li31/px7hTrc2v/gDzxb/AFvetOa9ar59S4mNuQP94/I/p7xKB+fqOfd+PVT1&#10;y/1vfjf6cfS9x9fr/h7qa9eNKY697xqGFz/j9Pp/rDn3skYp14jhTrs2P9fx/vVvfMuF+p/1/e6g&#10;8OvdesTxb3GkqRb0n8kf05/Nj70NX4uvdc1j/r9OOP8Aff8AEe8CyGRbseef9tb+n592yDTrXWTS&#10;F4H+x9xHIUMVsb2+pA/23u9Gc54db4nrIv1Av/sP+It74huPVwf8ORc8e61rjrXXZH+F+bnnn/W5&#10;950PHFrj6m5/3v3uiVz1ag6xkEfX/W99SNfn6Hgf6/597qEFBnrR9Ou1Fz/rfg/n+nvAX0W5/wBY&#10;8kg/n/inv1dYqMU61x656bn/AIqLfnn/AIn3Hebm3+uLm/P+PtsAfiHVa9cwLe8Al08Hn/Yj8/k+&#10;90Pl16oGD173yacBdIuf9iebcWv70AeJ8+vV697xGY35+gH+2P197UVxx699vXvfBpdPIIH5F7Wv&#10;b8+7jAp69e1fz6976Euv/Xv/AE/2x590II+LrRPXvfIW/wB6uP8AD/W/w9+GT1sGuR173mSQhSPr&#10;/W3+H59+AJwetg1697yLr4P4J/43z70ePXsnHXvcpHaxB/Nz9eLfT6e/AZqK9eHoOuiB+fx/sOf9&#10;f3HllcED+z9SP9692KkdaJpx67+vvhcmxtfkXt/vI97zpxjr1QfPr3vnGCxN/qD/AKm35/H+w9+0&#10;inWtQrTrx9ucVOzjgX4/31vdSCOHVqgCvUdpAp5uPr/h9Ra/vjLQOTwDx9R7c69QHryzp+T/AI/1&#10;P+t74PjXKgFD9Prf6WH59tilaHy6rQAZ65edPwbj/fW99R4vXz9bH/DkD26Bnqq0H29cWqFX6/m1&#10;j9eT+PbhBQBOAo/xNrf4c296oeA6sqmmOsL1A+pNv6Wt7dYaAGx0i/0+ht/Tn34CmB04AeHUKWtC&#10;3vex5PI+t/8AH3PjxnBsvB4+lrf7f3UjGetUNOoD5RAbaxf6mxB+v9fcuPGH+0pFvobfj/D/AIp7&#10;uNJOOtUqaAY9eocuWUC4YG/1FxwSPrz/AMU9z48ZwLKOePpY8cn3Vq1oevMvdQ9N0mYW59dtIufy&#10;vP8Aj7kx4q2oleeNIt+Lc8e7aTpx1fR24PUCXcMZKhXFjwfqP+Ci/wCPedcXwDpF+DyLf7D3Uknq&#10;ukA9R3zyg6Sx/obG/wBT9bn6W99mh0/RCB9LfQG/5sPdhk0B6cA9D1xXKhxYyAmxYH6sNIvY++S0&#10;Kk6rBR9bf7H68f7f3VnA7QanrZAp1xOUYArdm/q3I4+qj+l/9t7mQ0KC+rSf9t9fr9fdTMoFOt9N&#10;1Rk5yR41fkW/wA/xA9y/HAi8EED6D9Vr/m/9PevFGmpH5/6v9jrWmpp59NZkrZpbkOuofTlfoP02&#10;H0P09+M0SgkWN/qPrz9COfbfidtK0+z/AGOvUIwesq0FS7AMrf8ABm5BP9Rb3EllRjwAebf7H3Z5&#10;gRSnXiK9ONJRSRgFnZSAePpx+L3/AOIPviCFueDzz/sfbGvNOvU6lPEzhVu6gj6gj6qbXt/U++fn&#10;ABII/p/h9Ofp+PbZc10nFf8AV/qx1btHHrh9hqYEhzp9YJ+pP+JP5H+HvBJWKRZmAI+gH+2/HtzS&#10;WNB14kDqRDjijBlS4JGq4N/6j639wHqgRYC/5sB+fdSJDx8v5dVDUJ6doaID1eleAPqOQD9bj3HM&#10;kjfpUgj6G3+Pu+hqVHVdVRXqUI4E4dlIP+Nrm1v8P8PfWieZSCOb8WHP+xJ93A0/Z02XoePXjJSw&#10;uGBFueL35+twP+K++1oZ5BYXuOPze3+t9feghrVuHW9YJ66fK0cH6io/J/p9Pofc6nw9QwNwbc/g&#10;8W/1/e2j7qU4/l1UvTA6Zqrc9DF/u0DTa/Km+rjn/Xvb25w4WT6af6WNvr/W3t6KIjjgf5+tq5Jq&#10;eHSart7UIuVnBKk6lDgjjgA+3qmwn01LyLfjm1v6f8V93eJqUpx/Z14uQcefSGyPYtLFqZZwV5DL&#10;rVSCp5N7/wC9f7H28x4FWUDSPpxcWP1/x91itip1Hj15pABqPQeZTuOmpnbVUKqXN2D3W4+hsp/3&#10;j3IG3iLgILGxH9efahIRUE4FemdYbuXpKVPfmJ0kisLMisrhbjgWsTc/4+3CDAWtqTj+tv8Aff7b&#10;2sSJFNa/l/m/Zx/w9Wq1Aegz3F8h6GNZYqapYyhiBpb8X4NlHPB/4n2/Q4aK2kxgG3P+H9efx7ZL&#10;pGQ1RTy+f+r/AIrrY1kU8ugCz3fmVeQvBWyqtydLMNLXbhSL83+h4t7cYcSij8Cwt/rE/wCt7bku&#10;og1VHHq2gjJ6C7Ld05SrJDyuxJvw/F7EWsP6D/H3Ojokv9Rxz9LAD/D2w1xQYHy/1fb1sQ0FekHk&#10;Owa+oVrMRq4JUtckngk8n/D3KWFVsFAN/wA24/wHtkyswq/TigLg9I+pztXPrLyyfXkaiWJ5v+r/&#10;AHj/AHj3nRbXHH+BtyT9be2HYtQ9X1CuR01SVsjsPIXuSWHqJsAQLWN/qeP9598uB9T9Pz9P9v7q&#10;KkY6r59RfJIf9Vf8j6k/1AA4H9L/ANffABdV/TxweeBZvz/tufdyX0aet1xnrkXYoyt5FVySnALs&#10;GS4tb/XFvz75aR9QL/XTe/5PNj7rU0ofz6rXPXAyENyDpZl1AEXFhwXseTzz75E3t+m3+tb/AB96&#10;ApXrXl1isD6SHJVRYKfSPX9eP9sfz9PfH6ki6kcA/X/XF/ezwBFa9bHr1z/SAxEmo+Qhjp/KlCVA&#10;5uOPx79cjm4/pcj+hta/+9e90Bx/q/1evWvPribE6fXzZgA3NtN9Shj/AIcn/evfrahb6W+n1ANx&#10;71wPW6065AiP+r3IutwzgX55U/0H0v8AT33xcE2uP8P94uPfhWlBw61U0p1wBbSwAYqWHpJHFiBc&#10;q3H44Pv35IIBHHJ/H+8e/UFNQOevVxjrv+wNOpG1EgD9ZOq1gwN+f9tf32Aeb/U8/wCN/wDX/wBb&#10;6e9EilB14de9JH1IVbn6WUgEW4P+1fUj30Qf6g8g/i5/w/2PvalfTrdRxPXg0a+qzKCpC2JKLfgn&#10;ji45uP8AeffXJvxYECy/Sx/of+I597qB8/n17rncAXNmOo6nHruGPGm/+2PHvwuf1Ac/7xf3o0/D&#10;17C466YIhbSrAheSGNvr9QpF7/X6/wBffcam5Lc/X6jgfgED/efdZWFAF49eJxjrkXUqNIYC315a&#10;zWvZvybfQW/p77s2s2IAv9CDf6ce9hl0VP8Ak698uuLBSAjJIX5K6QBcE3KlQLjj6gn/AIr76Oof&#10;QgBf8P8ADnm/vwKnyyevUx17SLAlWfUwKyKVvybrxYH6fkfXm39ffGxOqzXB44+g/wAfr7vUClR1&#10;YZycdZbj0akVNP1LXufVwpIH0v8A4fU++XCf0vY/6/HJ/wB79t90mR5dXwMevUiy8gqxDHkk8fSw&#10;H+AsBx7x6VIv9GP05+nN+D7d1up+XXgOPXJQ1j/qbeoMfr/j9eP6Ee+SqFPBBuLni/8ArE+6O5Iz&#10;inVcA0XrkF1FbKW4t+AFFiRYHgf0+nvIq3FrcAfT62/2/tPJJoNTxPV/P7ep1PQvKOI+Sxtxzcj9&#10;YHIva/P9PedKdiR6SeP6gC9vzf2hnvlRa6v9Xy6ssT1x59KbH4GSV10wseRdj+CfwzX/AOI9yVj8&#10;V9Wm305+n0vex/3v2R3V94w7K+v+o/5OliwoADxPQs7d2ZqaJ5gCTpVUZbjk3LEC3I/JPHvFJOBE&#10;QrW5c3Itb+0CzX/w/H/GvZU76pdTfL8/sGB/q/Pp8AV7ujAbb2eIgi+D1Lcq4BsLg2v9SDf8f8i9&#10;pivr1jUhWLOCQAedR/41/T28kbyOS1Av+r8uvGnQ+7Z2wiLCppijsV1/oIAFgGAsL3P+8ew3ymSZ&#10;jKzm7X+n+B5vb+vs6t4MqE4U6SyEA1Xow2CwkMMcUaRgKPUxAsNd+PoeP9t7QNZMXJ8bauTcC9wf&#10;xf2coM0k8ukzEnBPQo4+m8SKWXTbgG4Iaw5H+J/4j2yOskjFWB+vH1/I+h/x9vEKPgPVKDpQxPGi&#10;Kw0/S/B/p9bfj/b+5UdGAvqaxP8AZIvcf1B9+SSh62QB8+oVRWMW9Kekc6gbC/1sQf8Ab++/tWj/&#10;AEAMGH6bXP8Ajcf8T7fHcK16pnqOa1Xt5CUZT+q9he3Fjf8A3j3ikoyoDMvBNxwBY/QXHtpmJPb1&#10;sinUuCuRtSK5uotfVqBB5+v095lpVMdvqT/QXtf8k+9liRQ0rx/1f5+vZ4dRmqys2v1BQbC5ABt9&#10;QL/0/p7xineI2Ci/1vyL/jgD3XX20J6vTHWf7qOcBtR/pYG4ABvY+8Yjmd9JHpv6vqQBf6ce6mi/&#10;b17K46zeWFY9QJuLAfQAn+vtxio4iy8XIN7n6f05HthiwyevE+g6b5a+VVax9LDixJtc8gE+57wp&#10;EABo55BAH0v70KsMdbIoM9NUdTJO93Z+DYgk2v8A7f6/6/uFLMEHBU83/wAPpzb2/Cgz+zqp4VHU&#10;5IWkPIdQPoDyeDce+CyCQNawPPAsST7uapgnHXia449cjF42QsG45ub2AP8Awb3ykgW36iDa5sR+&#10;BcD6fX3vTUD5/n1YAMOOescVY2tv2wVU2ViCL8/Vfba05jZkVRwRyObj3Tw6rU56ofn09JCJVDsx&#10;1WuB9ASeTa3uTR1YVixubm/9L25sPbbxkgAelOtUr1GrqPUgUAD8j88njn/W9vS1Ssmoj8Dgf4/g&#10;29tlKN1alcjpPPROsmgFbfgkC3+vx/X8D3wknUKNViAP63uT+B73TU3b1vFeucVK9zYkM5sbX5F7&#10;C9veFWicgG/Pq0i1rH3dQS1evcM9ZZVnijJS3HpDH6k2BH19yPHEGDXCg8XP9ByOfdXlYDSBnqpO&#10;MdRY3mZdLkyWIYLbi/8ASw9w56gBv2yCAfqR9f62A/3n3YJqFfPq2oAenTjTUxKkTBuV+in6cfm/&#10;PH49w5XklBt9D9R9NNvo1/do2WulxkcP546p8R6nxwxwMGU/7G36gR6h/r/4+4ZpXjOolTfm/HH+&#10;B931BjT06tSgr5dThVpIukKw/FrEEm97j/D3KigR1AF7k/kW+h5Fz700jIOqg56hSzsrEm2kLzZr&#10;8H0jgf0/PtyeELGAYxqsLODzx/X22krEUOR1ZaMKnprWUtOzJMwXkmMggEW/sk/7z75oqxr6VLSW&#10;1Esb2vxc+9Bnc4NB1qvp1imYO4MrBYxwFUcsR9bE++TB5kNzqKjm39LcW/4n29GoU8c/6v8AV/n6&#10;3XB6ja46eRQF0IzHSTceo2PqNv6+01VJE7kWUEE2HI4v9SPagGgIPmOqUNaHpXUjyoisGZlYi97E&#10;AW5sf8ffKlbQQWQhQQRcfXn6+00lcgdWAr1kqk1rZHFyCD9Lc8AE/wC9e3Gaq0OCL6bf6w5/p7bW&#10;Oq163gcOmyGk8ilWALFvr+f9jf8A5F75iqR1Pr4I5AHPH+t70A1aU61qqfl1wajMbghTcNbk3HP1&#10;tf3DUJKGL+m1ypt+LX59ujUDTy6u1PIU6muTHoVPV9ARf8/nn3GjkjYtDY3J06uB9ePr+Pfm1Bsc&#10;OqA5zw6lPC4RZtVtPqAIJBH1Nx+fz7jSBqdiqsSBcnSeSPxe3vwQHvI49eYefUuKQVKKWAB4sWWw&#10;BtY299LUs7DUtgD9T9bW5Puwj0+dSeqrg169JTqqHSbkAk2/qTxf3nnqPIlhey8AEnni309uKCAa&#10;cet16iU9MIZQxI9Z1Fha/wBb8X9sck5VjERwePpwLf77j24AUGo561k9PqQK4Eq2Gm9rG55HPvPQ&#10;q4e63vwTYE/4+00jamoOrLSmOuNYV8Y12sRYC9v6jm/19vXmDOVdufoObEf1PHtsBgeravI8OmQw&#10;WjDx/wBbkBb3H9LH211BSJ2u7Nz+bWH9LH/H2qSpz5DqrU4jpxpw0saWRUNrcA6jb6gAe2eqrI10&#10;83YXNhb6f7D28KAn/Z/1f6vz6ZJJPTlDAx1XGkHgf61v6++EeRLNpV+RzySBc/j/AI178UAGOrK1&#10;OuTUa2uy/wCsbD3kaplZbq12vbgkAc8j3SoJPVjnPXS08am1vSBf8Hn/AB9z6WVz+ogt/QC4Atb6&#10;+2iQMDh1tRTqLURJ9QDz9TcAm/P4t7naxKOWAIsCfpa39fdB16ueoZjMRAVSwP8AiT9fwoPuDKgU&#10;Fr3I5v8A4/4H/invSHUc9bBABPHqehJtxb6C1vwPbHV1pIKEcD6kn9I/r7UqtMDj/Pqmo9T4YAPU&#10;PrckWAFz+be2hp1LL+5cEgA3sLf197IBB69UefUwLYHi39Pof9hb27G7066LG55J4J5+g/3r22gw&#10;af6v9X+frdMauoxNpDfi34/3i9/bY7PA41HhmuP9UPzcke3fBwWHTdaGvUhSriw/HB/2/wDT2/U8&#10;zy0/PII+puNIH5v7pwwvTik0p03yRok2r6H6WBvqJ4+nvjPBJLEClv63+hP5JA93Si1HVWHp11HM&#10;qPZrjngEcAW+h9wxGV4EY/oXYHkjj6n3crVaV4dVPHqRruf1H/WWwtz7lhghUBldj/YABH+29t4p&#10;UdOAjy6xEaw1wVUXGq9j/S4PvuRiFJCHUT9B9FANyR79muevE568o+nquB+Te5P0F/cQwuSGVTqP&#10;NxexHuwppNeqdZQ6jgkWHB/1/wCn/G/fnxE1T9ULKVvYLc3H9Pew1MjrxGK9cDXQRA6mRTexJP8A&#10;X/H3Ep9sBZtSQOp51M1/6/ge9uNQz15RTrp8nTopYyR/4WbV/t7e1HT4CRLOFOkCxDf1/wAL8+2X&#10;BxQUP5dOAVx02SZ2luUMi3P5W7Dji54t7d123956XTxkD/U2B/1yPeg7gUI61pHn00VG6KehBcSr&#10;KPyNYJFv9cj3HXbH2cnkZNSg8X+n+uBb6+1GdOM9NMVQY67j3VS1y+OKRRIRe17n625N/p/X28U1&#10;JPMVWGKQkkDkEJb8/wBPdKOFJH+r/Uf9R6bVmY93DpsrsnQUgMlVUwqqgs1pFZx/ja/+PtRDZk9V&#10;CSdIJF7Ecg/W1/b9utWAfHVy6BtPQVZPu/AYKpWN5GdVbSXVvTpJtqP5H09sEuxJqea/j5F7kLwe&#10;eTYfQ+1M1sQK8fTqniKDRfLpVYnunbWYpw9PWxFW+l3ANwLWBP8Asfaw29tx1k5DBVAv+2bDm3Lf&#10;8U9lMkLeIB/l6fB7dR6QnY3a+MxmJknaaESN/mlMyl254Kxi5+v1Jt7VtVt6GVCjEEcg3H1+v4Ps&#10;1hi0oCMYB4/5h/q+3pI0hY4HDotOK7/kiry/hYBiRFoLfRTcFdVh/X8+2iPAUUbrHJHxq9KhDZv8&#10;bqD7oykZ/b1UNNWoHQqy9rZeso2rKGWJh4yzSy1cavFccAxysv8Are3N9sUYUN41Ti9goDf7Y+7o&#10;qyqKf6v9X5dXrIxz0GMPyFy8VdLSOWq2DhA6S3iVvyOB+P8AeffBcLRJbTHa35ItY/nj/W978NdW&#10;jz6sqsT3dPEnau5JoTNLJGQ1wsII5v8Apu1/pf2609HSj6KAi2NrqL/48D21IgACcT9n8jX/AGer&#10;0auT0hsxvDczBpgxaonJVSRM6gML2AJsLf76/t2jpqZU50G/0LWP+3v7cS4VTQilP9X+r5469QnH&#10;QJ5zKb2q6u1O9Ww4d0ptUCfXUCClj9bfn/Y+8jU9KOW8VhYgfTj/AFv+J90NytKx54+n+r8uteGy&#10;mtem+kyG95b0obLJIxCSu7+RgT9T5De3+t7xtkaOIBC62B9KgAcjgf8AI/aeSRgePlx/1Ux6cOrB&#10;S2elBjuqN2Zdvu3pp5C51Szyyu7lW5Fi3F/qLAe40uXpUUnyLqsTYkXA+n49sLcAtpA/2f2+Vere&#10;GvS6x3SG4GZDKJPAWVSArHSPqL6Ta9vrcf61vaVrt00cdwJFLJww1c3/AMfa5Llq6W/b/sdaKkEU&#10;6GnbPx7q0IklhKxT2KgoGYKLX9Zvwf8Ab+2hN4RlTpbSRe9rEt/tvdRKanP2f6v8PVRXVwp0ItR0&#10;JQu8flh86kA2a4VCObAcAe2ms3pUtcBytjpBva/+t7YdaPqUf6v9X+odO5r0uMF0ltqghCCihJZb&#10;khF9J/PAH/I7+4/966qWAqhs1wNQ/N+fr72spYkf6v59aZDSvTqvU236arWeSmQqeQhUDSVGm1h7&#10;m4jO1Dz6JJCSTYg/Tk+y+8dgdRxT/V/q/l05GusAdd53YeIaifxUUagAEMBYm3PAX27ZdJ50IEll&#10;deFP+IH59q7O5Dx4OfP+f+r/AFDpuSAK2rpG7bpqHFVSg0fML8SKObE82+lx9LW9hRk6KqWWyz/m&#10;5a5AWx4+ntQzKwI60UzUdGHxFfSywB/tyt1A0+i7cXPvEKp4oxF5HkkFrP8A2QPqbE/8T7TLGUJr&#10;w9OneK0PUxqVJpPL40RebqR6ifoLj+v59wPupWnB1Np/IK3v/Xn3qQYB4dezSvU9aaNYtOkXtwbm&#10;304+vvtFkqamwUixuNfNwLG2n2xKThR1tc1qeud46eHUSLWtdbD6/Tk++c1YyM6iMAJYMQLX/qR/&#10;re9LEwIb0z14tjrjHArKCXLF+Rc3+v0HP+8e0hXaS7SxvIqs9y0dybW5V9P0IP5t7MlYSChGR0jZ&#10;H1aunOLUqhW+oFrfS9v6e1JjKqVaNYwXCnkM6nUR/Wzc/wDFfaNkCykjpQCdI9em+rp45JQ7KCRx&#10;Y2tf63PuelVIiMqSCa/LRkgWP+v734ZLazgnrYY0z1Ekp43Kl4xFpsquASTbn6W/23uLFWVMNQso&#10;1qAeYwbIDbi4/NvdJo68fyPXhnqU9PDNA0TBWDCxYi7EHg2Pt9qMrLJA66i9xytr/g+7Qkj4j/qx&#10;1VgSOmGHC0sVSsgjVCp4kAAJ/wBf6e08rySSqukeonUqKTp/N+PbU1EBHHq6AVz0owqhSbn0j0kt&#10;9f8Ab++FSoj1BnHpFi2oh14B4v7vCaJqPW20+XXcTa7FVPPPIBU82NyPbWlOyyrOkrsOPrz/AI/X&#10;8e6vpk4dNEHiOpRcAFWULx9Pxa/9Patx+SlWnki0MrH6OP8AEcnV+fbIjBkFM9PKwC0PTFkKCKWW&#10;OVipVbXRvoTfi3+9+26XIVUJ1RqZmLWIVVLW/H9PbhjBNfTqmo1qvU1aSB0CMAihfob2+nP19xIs&#10;orVqGoUhxYlXUkrY/j8e6zlyuk4r1tXo3Wb7RUgKQkaSDbSbXB+tz7GOmyFPPilOhCVjsJCFJHH4&#10;B9l1jVJipzU8OlDfDqPQM5vDVaZuOWOWRULjVCrMoc3uL6SOPz7Q1RnFjqBDqIFyDcfWx4Okf4e1&#10;9wNPcgHTKmrVHQg0eDDQeSS5YhSLE3UW5Fz+ffOSpE6u6trVeRqGlbjmwHtlTXtPV2XSKjrPFS/b&#10;Mg06Ga97Ndrf4n2x0+QZ60RSqPGDa9ybXP05PtRIrQqDGem07mo/TpLRoaZ2SwfRcWsLkD+tvp7V&#10;HppgZYJCpJ4W+rg8/T3QHx+5vPp4MIhRek0Q0x+3qYtar+o2IAIP0uL3/wB498GzkwYqXYgqCysd&#10;K3H5BH+x5Pto25B0jHVfEJ+IdZFwdIVDiNL6zpdVGoA8kEf4/wBAfcmnz8k8SxIwjCkg6nJIH9F/&#10;3n2lRBAzV4nq+HpTrFV7bpjKJ5I/KwXghVB+n9q/+w9zHx8uSjPjZ3fSCEf6Em1hq9vRXCawG8+t&#10;aD02tXxYVg0qJHCrlS6XYqF+raV5/wBf2k1oqzH1MxqIZIypYfXgkH8H27LGHlUocf56dVBK4PSt&#10;iyFBkqJGpaiKZHRTqFjwR+b+0vX5OoWtCOdMcp0i44Nz9Tf/AHv2tmXTECvl+3pNrJenz6dqSlhW&#10;FdIuQP6jg/4f09rbC4mKrihm1xKo5lXVpc3PNr/j2SS3bZXgfLpWsaU1Dpky2QkomdBHK5Zf2zpL&#10;IGt+bc+1HKuNMJp2URR67ahpkcgH8r/xI92DTxgse6o6sQhwekvEck9QlRGxeUIbo2qNLsb2Vh/h&#10;/X3ymqaalj8FCtysf6yhW5tf6nj/AG3u1m1Xq3meqyVpUcOsTUFZWy/c5I2XVxEsoIFuB9Ofr/X2&#10;h583LBVlZVbQxOrUASOeSl/+I9m00FIxIP8AV9vTKsa56WFPiaeSlVUtqUAhgx+oHGr/AI37wV2n&#10;ICP7NvFObFWdWW4+o4PP+t7TxsCulxjrbAE46l0yyUQk+4OuID+zY6bDkm3tXbGqnpqqpx+WYPC8&#10;R5ZiNJH0stuefxf2UXqT286TWx8/5dORMWQxt0kd+Y9cnhlqseoNZBIkkBVQSxBIZWa/At+fbhld&#10;uUFdJIKZkijblnNl1c3sPrb/AF/Z0L0tGC3Hqnhqo7j0m8DuTLY2njTJxSTzAsqxoDIY1HAuVtf/&#10;AAA9hrkMDLi6ktSJM0aEEm904PFj/j7daKOeOqZJ49UppOocOhQxmZir4VMzRxSOCAhNmvb8qf8A&#10;iPahSSPM0viqkAlijVEVSQSfxqN+P8PaO3U2kmg/Cf5dWJEi/PqBUrJj5xPSONEjs8pexUAf2l4+&#10;ntsqsTkqClkEKyqVuyR+YNZfqDcn2ZLBBN3L58OmirBaA56zU2ax1ZOFMkbEnQzGJl9dyNPI/wB7&#10;9scCZaSnkmZtUkVy8NyJePyCbfT2lFtqk0V4deqQoNenp56WJo0YWEvpRgPRc/QH/X/1vblhN3jG&#10;v4pl9TE3DMVdWa3Nx/re0lxY1fU/+fpyOfSNJHTflsLHk4dAfQeCOFKsPrYggj2sK/JSZyiV6O8j&#10;xD1LqNgPpy3JPu9vcrDW2fPpX/Vjrb6nGpcdJTG4GDAV0s0ojijqSDdQq3Zf6pwL/wCIH09z9rtl&#10;IKGpEqFEuTqQSXIF7BC305/PsuljD3oKef7OnQSkXd1h3c2Gmek8rRySklY0dl03Isddj9Le8FJm&#10;q+TIyQ6/MFb/ADLkhuDa7N+Ofaq/t0iXGD0zC2qvWf8AgWMXGpKIkh8iEmeJOACNRKqL3v8A09re&#10;WExwUlVJTQ+WOXXN9wUmVAfyJOf9790snkvbeS2JyMr/AC/1enTj0Uh/LoLKiogp8zU00NbVLS1l&#10;J4KdaITUztMhsVMXHNv7Vvz75/cYD/VUf+f+6/tfq/p9f0/4fT29oufT8Ony4/5+m+z1/wCK9emz&#10;7PeP/V4/zX2H0j/zH/HT9P6/8fr7/9NF2JIuAD/iP95594NaCeu7dTw63UiyrwCxv+AOb/778+86&#10;ra3H+Nv6cfU+658+vZGeo7tqP1NueT9bf4k/7f32LW5v/t+Ln3Z6VoB17jnrgL3+v5+gH+29+1Ag&#10;gf0BH+xP9R722aV68RQV68F03/1+bk/jj8++AJ+l7c/i3P8Axv26OOB1o9eIAH+J45+vP/Ee86vb&#10;6c/T/X/2F/e2UUAPW+oxQk/Xg3I4P+tew951dSPoPr+QLD88f8U9tVZW/wAnWxnrE0bEG5IIsPzf&#10;/Xt7yPLa39Lcf1uPpb36tcHrdK8OsSU17/1vf6/j634/23+9e8Mkur82vYc/0B4PHuwYR/M9arTH&#10;WZICeOLLze/FwPoL+40koH0J/PJ/qfp/yP3RWJOP2deJBx1OjguBqAFyDcf4c3v+Le4xLP8A4H/i&#10;L+r6+7Upk9a4VHUlQi8CxFh/r8Dg/wC8+8Wkm5sT/j/sfd8+fWs9ZCyi1itj/sf8RwPfaxtwOfp/&#10;sPfq1PHrRr1xMi2J+v8AhYXH+BHvKIj/AI24t/X+v4/p7swpj/V6de6j+cG5uFsSCf6c3/P/ABPu&#10;QI72FhYGw/rz70UNevAHj1hM68m55sfp9SPoR/xv3yMYAv8Ak2t/iP8AX9+Aoacet9YvMX/wAPIN&#10;z9Lk/wCvf31p+g/I4P8Ajf3fSqZ61TrxcsCfqCD/AIfQWAtzb32IfyPz/hbg/wCPuoyfl/m61gmg&#10;PXjUaQQeTc83/r9b29546e97/T8/n/D/AJH7v28T1vAz1Ekqj/Z/2BHH+t7yCm/pbj62/wCKe7dq&#10;ivAnrw49YPu3NwzE/UDgnkn8k++QUg2IA+n4+n9Bx/X3vHlx63QgdcDJqBNzbn88c8H6/T3xaO9z&#10;YH/WHN/fi1cHy/1f8X17A65pJYizEG9xfgW+nHvgYuL8j8WH+sP8fdVbupxI631l8v0F73Fze/8A&#10;Xnke+xF/Uc/05I92qpbrVfTrGZm/H+tf/H/A++/GRz9P6/4f4gH3RyvDrfXIS3/K8X/xuf6C3/FP&#10;fBQAfr/rfT6/X6n3s0GR17j1zJZluPyb83sR/jb3mDH6/Q8f1N/9t72GJGn/AFDrwA6jNGOPyP68&#10;D/XIv7zISpB/F+ST/sbA+6mnWusTi6n63+gsL/7f3nZxbg2Nr8k2t+Pr7bLqTSletivWCOFwbkWF&#10;+Li9yeTY/wCxt76862PIBB4vf6fn/D3U08utinDrmKaS4uLqRfgAcn6f63vC062Fzf8Ax/3i492U&#10;d1eB/wAPXiaZHWb7dzcWsD/W39Qefz7wvULYEm4+hH5/wPvzDu69Xz6kRUzG40/6x/A/BH++PuI9&#10;WBxcfk3/AMPx7vWvEdaOepSUBJB5/A4/w+v/ABPvA1Wt/qCeT9bH+nPvYNRXrwNOpC0TD8Wt/r/7&#10;D6/7f3Dlrhfhv63INv8ACx90Ck8Bjr1Tw6cIqEAXK88EXAv/AMTf3jWt9X+B/wB9f/iPd2B0jrR6&#10;5miFibc/4EcC1rH3m+8/obfW5P1/wv8A717apxJ62DTrGaNSfp9Ppa1h/wAR7xPVEc3IBHAH+2J4&#10;9tgA0U/6v9X+DrxyOs60w/ABI/JP+PHvg0zOpsSBYf7EH8e3SBWh69WnXJYgp4F+SSR/t/qfx7iy&#10;O4BHJ+hFubA/X21jUK9ar3dSlVPqB/sDbn/Ye8Cm9/z+eeb88+3SuKcOvVzXrmbfni/+Nvcjxkjj&#10;6cf196GoYPl145PWIyJf/E8XNuPfWiwNr2H+Nj/sfbiuaCvDrxXFeur3IH55P+v/ALf3iKtcj8fW&#10;3PPH9fdiwK460cdZAR/sfpf8fX/D3xt9AR+P6fT+o91Arx691zN/x/xr31otzYXI5H/FD+Pe9Irg&#10;462addBgf9vb/X94yt/oP97P+wt7c4daHXf+v78EN72+vPHJ5/r72DnPWjXz69cf8Rz78yn+zf8A&#10;1iDe/wCT70ONP9X+frw697zpGeCONVuP6f1N/fqmvW+sTSKLj6/U/wDIr+5aRAfWw/pb/ivutSSe&#10;vcOozSH+rH+vH/Ee48voNrFuR/vVuPe1zgdepU9ZorsAbkcf6xPPvEpLWHHF/wCn9P6e90Pn17hn&#10;rMbLc88ke+YhZjzx/rf71f3tqft69x4dYzKB9Of+N8/T3mSELbn6gggH/Ynj3oAManr3WJ5iRwLW&#10;I+v0tf8Ar7mDQLG4sB+fwRf/AGHvxULgDr3US7sLEW5tx/j/AFHvi8nPHB+nNrAn3tVrU9eJp1yC&#10;WABvx/S/IA4v/j7iuwYkk/4/X6C3u3wihFetHPWdFP44+gH+w/3n3CY3PPAH0P4/1x7cpivn6dVy&#10;epS/TgX/AKn/AIj3xuoPP4H1/wB9/wAV97FTw69Wo67seP8AX+nHA/w9x5JkH0bkccfj/X91NR1q&#10;tOsioT/rf1PH+2/4j3EeqB44vybiw5/r7bYM3Dyx1r7Os4itc/7wf6f63vB5WYk/7f8AI9uEEUHn&#10;17rlpsOeObfUWA/r7xlwLhgD9fx/xT/fD34049ePHrvTcD/ED/D/AF/cRpSGsSLfj63t/Tj3vNa9&#10;a6yWH+398WqQLggf69j9fxYD3s6zx60CT11pF7++AqQTa4+v/Gx9fegK4HW646795BMOTfj6/wCt&#10;/sPfmr8PWyfLr3vMrhxze/B/N/6i59+A691xIIIt/sRf/CwPvFK2kW5P1Puy+vp1rrsf4i3+H/G/&#10;cFnJ+n55/rwfp9fe9IPHrVeu/eEi4JuQWH9Bx/jb3amKda697j2kvYEkEjj6f7b+vvYAOOtEjgev&#10;e86RShrg3/JB/wAffjpH29eqK06979JC559Qsb/69+Bz7bANet1697kQwvYfW35/xt+PdiNQ6qcj&#10;j173OSlbg6b/AOwP+HPHulDWnWxUY646l/r7lx0VwCFtfmwH19+4Vrw62pxU9cGkANgR/vh7kfZc&#10;AadP+w4/xA93oGz1cUOesfmt+b2/wH595BRFSL24FrEccfj3qmrHVK1GOuvN/T+v1v8AT/H30+O1&#10;m9jf+lr25+nu+mh62QDx64ipVeCR+bc++a443HHH4/ofyD7qVzUdUCmtOujVLY8/6/8AX+luPcyP&#10;Gkc6PyOLf4f4fX3oivDq+ivDj1gesQXBb+vP+93v9Pb/AEmNOm+i9xxxyOPeiQuD1oKQadMtXkkU&#10;kBwOef6fX+vPt0XFhhyov+f9ve4931ADUenQQBkdMr5rQ1g3BJ5v/sLe+D4khuFFvx+bf0906oU9&#10;Os0ebjKi7hm5vYgHj6/X/Y+8S4dgf08k/gH63/p7vq9etqooCesjZyKxAcAC/wBSP+I/3i3ufFiB&#10;+VP+PFj/AL7/AFvdjQ5/1f6v2dOUA6aZ9wqLgOB9SpJuP9v/AL37c4MQFtwDze1geL+/VAU163il&#10;OmOr3NrOlWOq36gbX/1r2/339PbmtAnCkCx/p+OPbXiAKQvEf6v9X+br1aYHTFJmJr6wzckA3tzc&#10;2PA/1vclKCJR9R/rf1/P5/p7o04WlBX/AFf5+t6a9Q2y9VKxXSw4JF7cC4B+n9R/X3y8NPGRf63N&#10;h/S/PHvRnNKU/wBX2dVKngesQlr5w2lyL2DfUkn6WLcf094WmiRSAPzyWvxb/Wv72ZTX0613dS4s&#10;fUykFmJIS+lRbUWH+2/r7wGp5v8Ai17cf7a3490LqRT+f+r/ADdbAPU8YxwpVQbngixPJ5vcj/eP&#10;p7wS1ilSBa1xYA/737bDEGvV8dT6bEMrIzatbL6mYXP9Lcmx+nuA9eL8XIvcj/H8nn/iPfixIx1o&#10;UHHp4iw9gdVrkAAkG+k/QW/4r7wNkPoAbX/A/wB449t91a8R8+vcc9TVxCWII5+h/wASB+PeM1z3&#10;4H0Nj/sbe6sCfs8uvBgOpCY2IAHjkcn6Gw4/H0981eST+yfpz/xW3+9e90kIqOHWi1esbJBFYF1u&#10;Dx9LfXlR/wAT7yLHO5VQABfiwPI/Ht0RVHn1qv8AF1FkqaSIMxI+nNyP6/Tjn/Ye5a0UzaQdQ+p4&#10;H+w+v593EZ01Yf5f8mPn17Vio/l02SZqiVnCyI1iBYkixtfnV7zrjJD+Cb3ufwPx+fdxBroeqFhS&#10;vl03zbopYLh3RbAafULsP9pt/T/ffX3yfDNccfUixsbc/Xj+vt5ITxGeqazxPURN6U9nuVsnJGsa&#10;uBcf7x7mQYJybMlxY24/21ve2g0qD5/6vPqgfzHTJX9h0USsUqAunnlgTY/6oe5y7ee4IjPJ/pfm&#10;/t1IR5kdWBGn59Jao7axg1LJVohXggvpNvoLm/8AUc+50eAB0nxlfp+Pr/sPb30uljWh/wAHTJcD&#10;jx6Sdb3PQRB0FfEbXtqlBNh9CrcX/wAfbnDt5OARYC1uD/vf9fe/CUiqDOa8K/6v8/z60GzXoP8A&#10;L99wU4c+UEDUAS49RuTwnBt/sfb3BgYx9Ra304/w/PuhjOKZ6cJrSnQNZv5E8P4nuSx+sh/HF0Iv&#10;yBfj/Y/19uUeHUG2i/H+9n3cFFFagZHH5f6v+L69RyQRjoJ8v37UzAstZLE5LWVGawBBtc/Qj3KG&#10;LRf7IHP5tf8A2NvahLmGlOJp1soeI6Dep7fytUzXrZ5NX9GYKOOCATf3IWjCMDx/vdxfn68+6eJE&#10;0elQcfl/sfy/w9UoeHSfq+wsjUKQWMgYm4JYAGw4Fj/vfuStOn5Fxz/t7/4+0zTacrx6dCKBjpM1&#10;e6snIp0ztGL2sNSn/bi/+39zY4IgAQLn/b25+ntFLcTE0PD/AFfn06EFOkhWZqvkdg81wSAdTHUR&#10;fmxb6/7E/wC9e5IVQfpa/wBT7SktTq2BgdM0lXNKTrk1AXULqa44uDY8f63voALf6aWvwbGxP/Gv&#10;dtWoD1HXj8vLrE5LW5YyJ9GUMLgDUCx+t7/U2/3v33xpFuQv+tfj8m39P6e/UOrPE9aqfPrgS2rS&#10;xsW5At6SXY6Rc34IuL/7Af199Nq1XU/gEjgE88AH/ex72pAWjevW6jz67DRhbOCObBrkgEINbcc3&#10;B4DW+vvkAefqeeb8/wCP0Hupp59VrShHXAso8bC3PAt/VgRyT+R/sf6e/EA/Xkf0+n+sbe/AkZHH&#10;rwND10r6CCCdQJAKWuCTdluRb/H342IsQLXH1t/X/iT78CwyOt+deuxqDagSp0W4Ym3p45H0sDce&#10;+yALqPof8Ppxxb/e/dVJajHiOvedOu2Pqa3On8XGp7f7X/S5PvrTwBfix4AA+p/J92L5r17J69qZ&#10;ix0er0HUxJuF9JIU2HH9P6ce+FjxYaRc6jf8DgEH/H/H3cFfxZPl1uvrnrIGUhi51sqqEuv9thcq&#10;wH1twePrz756QRY8/Q3/ANb6XI901EGvWqkGvWFXdW1WABLK17XGrg+kfQA/T/iffQ0ljxyP8Of9&#10;h/rfT3s6gOOD1o1p12SyoCW9LXtpY2ve/r+nJvf+n59+NrEkWBNgf9vz78NXDj175Dry3JUAkkKG&#10;KA/kEEix+g+nA/Pvs/QXPJ0j+oBJsLX/AKWv78Dk6eAr1v59eUkOSq3Gl2BYlGKJf9X+Jvb/AHr3&#10;4AHjkW/p9OOPeiSD69aqeumbRqJYHUCRqvc3IYW/5EfftN+ASPrz/sfx70Gpk9bOOu9WmxI1ggej&#10;gaTpuQf6/wCPvw9N/wCnB/2P9R72Tqx17PXZJJVrWfkA/wCA5sT+AP8AD32wBI5ubH/XHFj/AL37&#10;qpIHDr3Hh14HgWvckFiQLHnVf/HgAe/EW+jEH+th9fegdRyBTreB5dcvSB+n1c+kNYaRxqUr9Lf6&#10;/viHv+oFbW/F734AHtwoQO01r14gddtGD6lIYOCPSSoBUckm9hwPr77Ivc39JA45N+Dfn/be6a6Y&#10;pnqwU9ZEjNhcKGVuGLjk6ha9h/vH09+sg4Fr2sR/hfn36rtk8OtnBqeuZuSGNx9HJB+htcEMT9b/&#10;AO+/r0eBb62Fxfnn/Y+7DOeqE0PWRVa6/ViWtcGwC83Nv8ffkU3sPqfrfj/X5+ntuWVVFT/q9Or9&#10;xx5dOENHJMSFBK39PBUE3+huOOPeZI+TqHPJt9b+0U92NNVNB69WEZpjNen+gwc8zoojaS7X0gEc&#10;fVv949zYok0h/qQy+n62N/yOLm/4t7IbncW1mPyoc/l+eKf6h5K44qU1dCjhdmTyLG8kTAlhpTQ1&#10;zY2Ita+o82vce86NGCVb6WH1NrD6AfkXF/8AW9k9zNKwqp/1f7NPt9eniD5Y6E7D7VjQxg05AkK8&#10;nUBewDg8fi4P9PwPbdXVUcQLFgLg/wBR9fSbaveotTAj/V/LpwGi48uha2zteSaeCNYiAuqzEfRA&#10;SeDySL8nj2lshmB420tckEcH/Cx55/3r25BZ/qVPDj1UMuT0YnC7Z0eNTCEYceoELx/uyxA5/wCN&#10;fj2h6zIsyuS9jqsOT/vA+v8AvPs6hgBxT/B/q/zdMNICKDoVaDCxwNFoRWugLtcjn9TE/wBfrf8A&#10;2PtE1lX5C5NtQuL/AFB/1/Z1DDpA0dJmJrToR6Gj8OhSfQVU6b6fxY2A/wCKe2GUTX1J+Qbm30/2&#10;3/E+1LADtbPTeOlLA8OnS9xawUXtc/n3xTVxqvcG5/1/rYe29NCfQ9bHHPWWRo7WX/Wvc8C9rWH9&#10;fpz7noIyeb3AsD+f6cj3UEKTq49eJoM9NspmsNFtLNzYfT+hBPvmHWE3cG173P4v/iPbyyArQcPl&#10;1rBHUWWmkqeI2AYWBUC4I+v09964pVLArcG1jbk/63utTpp1pcCh64iGanlClWCsDyAdK2HPNh/v&#10;HvkgVGBI5AH9Lcn/AA9ts+MHqw+KvXNw0qst7AkkG5LHSPqPeaRUuGY/gC39D/X3otqFB1bLZPUW&#10;DWmpFubsWuSbED8AHjn23SSKrEkhQP6Dg/059uUGBx4efWiK8K9PEUbsgGkktyw/Isbcj36Gcvcc&#10;2uTdRa/+A/239fdZFPXlqtD16anCAEEXFhZuQL/kn3LmKvCACb8gfW4/I59tqWDZx1d28uolOrJM&#10;x03BsSbL6uLXA/r7aZA4AQgfn6c3H9efb6PTI8+mj08R+NrvcqQV/wAAP8OPeWBkSSzW+n6SR9bf&#10;k+/MWYVGf9X+r/Vnr2adYKmJmiaxYEm+oAiwvcBQefeWRhqHNj+bEAfiw92U0OPPr3AdR4omMZut&#10;wtgCRzwbajb/AIp7aplA1E/S/wDsR+fbmqhp1rj08wXbSF4P0t/X+h5v7grKRcKL/wBD9bc/Xj34&#10;5ofL/V/xXWsnI6cGhH1e4YfUG3I0349uMczqoFz+NVxcfX6n2ncDqy9QWgjdmNh/gAQDf+gt74y1&#10;RJFj9PqSTz/re9oO3rZx16OiHJI/pYcfk/n3mpaoFrk8ngWv/re22U1oet4PXCqpCqHSPSvNjz9e&#10;fr/j7ntI8qurMNI/IHHH+P8AX28FC0J/1f6h1qlOHTOsaQspRSCxsAxP0/1v+Ne2iVnjJ5Gm/wCD&#10;yf6m/t3SrDHVTx6eogjr+ltRFuQbD8/T/effD7rTze9xa34/2PthloccerCg8upK0usWIAAN1PH4&#10;/wB9/T3napj8aWF7Gx5JP9b/APGvehWtDxp6f6v9Xz60zE46jLSSB3YtYHlR6VFvp/S/uQteiWtY&#10;fi355/AA/wAffjGxSj/b1WlRQ9Rjj2dyRqPB5/Fl/N/c4VazRvH9GIJUkG/+Av8A19tICnW1GOoE&#10;lA0Usc4BYLZXsQLfW5A/3j3hinKh9SmwHP05X6+3s1AHW9Jr1znpUk0FWAckaTa9j/jb3ihqHMja&#10;S2kg8X5tfgG/urEq3W606kT0UZgXWFJUjkg21j6kD3DmZEla/LvwPzpJP1J9vDUV1dexTqZAjPGB&#10;eyr+B/aFvwL8e+MkuteP1DknkC/+HugOePXvPrLHAEYXHpLEWJ/r9Pp/j7lsBURJoFmQeoW5P+39&#10;0RtJIPXuoR1U8zl2urtxz6R+b++MKSKxTwk8GxP+8c+/O2MHrwBPXOVomQSeYKb2tfg3P9kD/ePe&#10;R38aMGCg/ji9v6+6qzA+vVzwFOuCxCaRGVnPNyQdNwPp7adaO5K2T+pFgCf6gn293EUr9v8Am6ap&#10;07eNo0s2qS9tK/V7f1NveJkcs1iSCDqN/wDeLe3CKrjrR4Y6yI8aqutQDf0rpH9f6+47OsTW1FWP&#10;4a3H5+nu5Q+fTYqTQ9SFBlXVYFeLaTxwbWJ9wjUyRyNe8in8Dn/b+7jAwerg9Sft43jXTZT9OeL/&#10;AIv74CpjkkAkGhdRv9LkfkEf7xf2zIzeQpTrfn1mFOyISp1NpsL8AEj68f8AE+3SOrghI0KAh5JP&#10;H+8n2mNSanq3n1BkpJZgfI5Lc6QBwp94quthZwyMq3Av+Bc/j26gOnPW2px67paOSNSjgtY8fk2/&#10;1z7iLJ5pAZDGygfQ/wBP99/X25UgVHVeHHqUY1jQiPyKT/T+v9fcOuSmCsVAD2vf/H8L7fDNTPHq&#10;rDrJTNMSNTalvb6cn/aj7Tr3idWsCDewW/pv+T7uakUp1Tz6cwAwK8/j6/0/p/xr3Ppqi5AYi2oX&#10;F7gfm59pipFTXP8Aq/1evTgPWORAOR/Tj/Ye3GOvZJSoZSDzqAB/2F/dNOO7rxJrXqK9Mjpcqf6W&#10;/wBj+PclalGYXP5vb6D+ov7cZcY49eBr1g8LAG30ta/+t/T3FqqltRW7WP0tyB+LcfX3tUpk9eJx&#10;QdSIoxYGwFvqTwf6/n2yViTFLqpNxctzyP8AWH/E+7/Lps+g6lxlf6gH6W/p/t/bR4ZwAWU8fQC1&#10;/wDY+7r59V88dZrj+vtRUQlMaHxtx+Dwt/8AXPvSqOA6tWnUSdkDcsL/ANPqeB7cjQmoAaSMcfSw&#10;uOfx7d1NppTh1qtTTqH90kRsH5PPJF/6/n2/0mKlEA0pw1l/1Nr/AOqB9sOp1Arx/wAPTwpTpiqc&#10;zTLMytIBpBPJv9LD02/23uc+EEYW8jKTwwA4/wBYW9uxgla06rUE46a03GsrOEjVgvIYtz9OCb/7&#10;37yvgCYzojcqQCDa9/6Gx93SMuM9Nmteoi7tp0mCSVECuDYjVwObtyP9h+fcaLbcyP5I6Z2JAszf&#10;iw5591eJicDrTNTh1Jk3piwpWavp0sbFdX1/HF+D/re88e3auSUK0JWx5JX0jj6e7pDjNerVAXUe&#10;odTvjDQQGUVsDggHQsqBuTbgDm/txp9uuk1pIDJcjnSNNvxe3u8kEgFQOmzIPLplqewMa9KZIslB&#10;EADx5AZL2PFj+fawo9trIihYwqD6+kAr7aELDJ8/9R/1cet+LRcjoINw9wUOLkInqw0pLaBrLeQ/&#10;gFQfr9Pp7cRtWmuGdfV9Bb+v+vz7ejTiBw6bE9R2dICp7+lClYApFrlm1W+psV+lh/h7zx7dhVgb&#10;WQfUH8kf63u7RK2G49OCQ0Pr02VPeVQYGEYaSodbKYtRVQ35IP1+v9ef9f28x4imEekLGpAvwAT9&#10;f9v7aZFjyRWuOtM7k5HQa1Xbebqa8yRyVjxXIKkOE+oNrCwH9fcSXHUp9JRZCDwNIPP0/NvdmVUF&#10;SRQ9UMbuag0/l0rMRvnc0zNMv3FJHpQsWZuVPIa4+n+sR7k0+NhjKkooHFgQB9fz7bRozWvD/Vj/&#10;AFenWxGamvTLuXfuamimgo5ZWmCkSSI0koAtyQLEA/gX9vNo1S50AAH+i2UD2ojkWtFFP2n/AFem&#10;P8PVTEp4DoBKqPNVtTZ3rZ5ZmCItmZjIxsATe9h9ef8AevbfJV0jEr6B9STwfoP6+9S3SphjU+nV&#10;hEtRXoR8B1/vOFYqovVH1KURfIoF/rdV44/wH195YKmlRbq6H/goAH+sbe0hlViX4U/1f5OrspHz&#10;6y7h2huyvlWknp5pA9lMkxdyAOAwv9CL8++qmupgoIfn+n4/17n29FeMooR+fy+zrZQDgOoWC6oz&#10;33RWQkxhlI1rdgfrb6C3Bt9b8+2N87SQS6TIpexsL2HB/J96knqvCmR1sVOOhlo+msvkqQFkeOAA&#10;3OjUQDwNC/i3H1/1vp7h1e6IixBYaFUcKRxf/Ee6pOVXSp/1fZ/q9etNWmOn/BfHumpR5jAWqZJS&#10;TNKrMSfrqVSbC39LW+ntNVm8gqOqkC/09XIA+tvdvEOrHn/q/wBXDrQqVr59Czh+jsbHNBLOpk8X&#10;JDC41H+pP4H9PbbDvF7EXI5Jv+b3vyfaRpGR9Va4pT/V/qp1dFz3HpaVnUmInAvTx8BQLKOQB9Rb&#10;/eB7eTumQxxuziw+g/3vj2z4pZSymlfL/V9vTukDh0mYuocPDUzRx0SnVyZNC2b6n+lr/wCPufLu&#10;ZHiAEl30XBBvwfwAPp7RwtKHrXj/AKv9XHpzTq49QYeqKGmqHkWhjCazcOig3Jsefz/tvYeV+fqG&#10;qX0SMLH+pNh/h9OfZk5AGo/7B/ydJidJPQz4baGPp6GKE08ZXSL+gA3H0+g+nuI2VqZVaRJJC2iz&#10;NzoH/Ee2VbUwDin+r/V/qp08MitOndMFQU+mMwwiPXdVCBXJ/rf/AHr2jaytnE7FpmANyf8AHn8j&#10;2rYClemdXSppqaJYlRY1AWwHF7C39fbnjaot9XLcAi9v683PtHJIxOPPp5ACK9RqymS19IFjfgXv&#10;bgW95qqWnkaxn0uATotccG/1/wBf3sTuF0nrTCvHrHTQSRDiMFTb1fpa3vCtaYoxpkjZjxwfStvz&#10;x9T78JOJXFP9X+Xq2oadPWR6NZX9aMFvcfS7Ej6D3JoskyVQllkVEBFtP1b8cKP9j7pIBKAOvIQh&#10;6j1WORqV4Y4yxZSBq/Fx/qvarl3GJFKayL/TWRYqOPbYhaOmkY68WqM9JCLakSyCV0RmudXjU31E&#10;6rk/1/B9xWyVPPE6SurG3DLbkgfk+7Ru0beZ/wBX+frxZStB1OGGmgljkp0ZBquyszfS/wCP+R+0&#10;ZX1vgYsg4Y6Q1ri5P49rx3DUOmSTXpV01NqVVc+pQCVvY3/px7cMO0VRcygcj+zY3J4Nl/r/AK3t&#10;DJK4enl/g6ULTT1HyayxIDEeR9QeLqvPJ9uM/ipgSiOHPAYi3p/N7e3lIcEkVH+rh02QRx6boBPO&#10;4DyqU5LKDezfQWv/AI+2SqgeWHXSyK8jX1Ibj6j6G9j/ALf3eN1YENg9NuCfh6eIpfHJomQrGoBD&#10;/j/D6fn3FpYQhELqiysdX+ps30t/ifbTlkOvy6spJGnqVI+pS6klR/sbj+p9z6ehnNVeS+kf1Fwx&#10;5tz/AMV9tyvqoU6cVDxPUWSqhWAlSLn8A2tb62Hv2RpoKdb+OSN9XBS4BP5uB+Pa+B9UdWpjptxQ&#10;0p1Hop5Z34lSSO1ubXH9LH/Y+2fzaqiNWlawXkAf7b1e2pqU60CAanp0VLI5VFvf6/73x7faealk&#10;1MjONH6if0n/ABNvaOpDaeJ8v8PVianHn1AlinAF9JVvpa+oX+lv9b3LhWkN5IwDIOb2tcg/n3Zy&#10;Th+r0UZrnqLJ90CEa/jPBFwTb/WH49tNTDKWeSQIdRNk+q2H9CD7dIotAeqNx6nU80ZCohf0gerk&#10;N/r2Pv0EKERkqbahqU8AD8XH9PaYk0r69eLDgOssjkFxcDg2PNzx+PblLC0jLBToLFeXQ8KL/k/8&#10;V9uROFWp4n9vWgpJ+XUBZVRTNO5AVrAOLXJH0AH19wGAo5QrBHKgk883/wAfd3wlevagp6lRt91G&#10;WXWitwP8f8fbFkJ6YuZEBLsbBgQAQTf6f4e7M2qME0PVWrXqfAkirZj6R9BaxuOP9t7XGGylMtJD&#10;RStd5bD9RL3+gAHsraNo5PHX/V/xXSpGUjQek7lsbPPM1THYCJTpBAsfybt/re2+vxbtV+SBwqE3&#10;LGzNY8ED839rZZY3jBUZ6qIqNWvUnHVwFOI5x+4vGmxVeBe5P0t7e6fFzpTqUaPxqQHaSRSxvzfT&#10;7RApwXifLp1qClem6fK0/wBwVcTFyrGMRRsEAHBBYfm/Hvt8XTVMyWkiWRQP0rpsR9bsOfbrzlI9&#10;L9U8NHJoescORqYY3YwTGMlrF21tb6iyn/ivufBilMixzB9ANgytbVzZdJPJ90aXQtRmv8vPrSx9&#10;2luoFRlrxSSQNEsmgnQ6mwsLEMB7zZLDUsMZ1Nq9N1GkBueQCfz7URSlu81p16VQvaOmzE5+sqpg&#10;qoq+shyJCy2Ui5QW/PtNUWOkjeSSyNGhvchtVr/S309s3A8Q/pmlf9X+rz6pGQi9x49LSoyMYWOM&#10;6xI4sAtrXt/X3NO4jQyiGB9FyNYJNiB9B/r+2xaMFDtk8B/q/wBX+XqzSkcOHUGTBQZGMtUxq310&#10;+kavr9Sbe4uSz71EbkExyaR6rBhz/X2phBBznqmWq3XLHbfgoiEVQ0WtmCC62P8Ahb2laSCnq6xD&#10;VWmJa51aivP1tp93mkYLXrSgE1YdKSYvFTt4RpIQ6SLD6CwNz7XtK2Nh/wAmhLxObejkC17/AJPt&#10;FpLSBmUfb/q/1evTikEaQadJKqGTkj88hSVFJbgXJH+so/p7YMu9WregS04L2WRBrQi/H09mLRgR&#10;GmcdVI0tQ9OmK+2dRdo5n0+tGAVgT9TpP4/x9qXGRtXUoikkVpljAZi9m+v9D7Joi0M4Hkenm0sl&#10;B01ZmZaFzUJERFr1WWPUAf8AkH/if9f2idwJJTy/blXjVG5ltqIA/N/r7Ero3gah6dI9XdTh09YK&#10;eKrpxUI6P5Bew9Ivb6W+nt1xOLqKuk+5hkFTHEASWAVwSfwTwB7I1nUsYjg+VenjGaBvLrhlMnTU&#10;M0UNRqhaoLKpUF0IAubqP+KexFrIKOPGRukRWtSnAkZj9Wt+HHPP59qNuGusU9D6ev8Am6rKdWEN&#10;Ogjjq8vJuV9NSr4WSoOiOMfTket0P+3BHtKY6Wqne1ROEiVuIidUj/8ABfp/r+2ruMqzJH+3y6vH&#10;pC9xr0I1atHBGskVMZJmUHyooRE/oWPI/PtR5DI0FDTxp4FLOgFpV8guPp9fdLJZ46vWtOrM68Bw&#10;6R0GJr8vWyO9XLHEknBpm+3a31I1J/vj7aooKKpnVqSKOGWUq0qhdF2+pYD6W/Pt2a8Zh+oOtCJj&#10;kdPlq+gppVrKiSphhDrE8j+Qqv0AY2uSfpcj2mN1irpqgiKRnvYccov+q9K/U+zaMR/SqRjH+r/U&#10;ekxVg9R087VlgqqUs0Kxvre4YetgWsCS349pCSvrjCkSyxwsXA/cUqWB/oo+vuqsiglsfPqrISa1&#10;6Vf20Gsvo1n/AAOoCwta1+D7jvhaiqUyzR62D2Sog/Uv51Mwvx/r+05m1tRTXq/hEip4dc/uIEIQ&#10;uENgQrWU/wCsA31/2Ht8wuQmwIkppA3jmYJ5JNTH6X9L/S/+v7Qz2upw4/PpxZCo0DqFXUUGSSMk&#10;ktCS6WI+p/1Q/p7GrbxespR42ZYiQZWkBYnUOQtv949lWtlkJjFSenWQuATw6Bzen2mPmWWsVXdR&#10;/k6RFUswPBYtf/Y29tm4qbH4lZa6CR2rPU4BCaAFN76Bz7OLUtdjwrnGP9X+r+XVGZYwNHEdc9p5&#10;LL5d4aOSGBcSEjUyK0vmdjdSuo+kfj6D/Y+2bb2+oszHPipoUMlQSrsytHcr6bxgi3tFJ4u2XayI&#10;SBw/Kvn04pW4TScU/n/q/wBjp73B19SmWkzFNUTxzYjXLTxqxYXblg1zcj8D+nvh/Cm/44f8pvg/&#10;VJ/mP6+zv6qL+IcNX+r/AD9JvCb+dOpP8Tb/AI7H/i3+X9Ef/An+n1/3j3//1EYGu1/rbgf7E+8G&#10;6ELnFeu7eKdbqBAF/wAm9/8AbcWsffMsSBbkf69vrx+fe1Uqf9X+r/L1scOsNhyD9f8Abjg6uffF&#10;tXFr/wDGjx+PdyorU+XWhTrkhF7G3P0/wP1/Pvjc/Tkf6wv/AF97zSo6912bX45P1JY/jj3lW5F/&#10;rY/T6+7DiKdap1gdlFwTwR/tuf8AH3yCEc/77j6+/MTWnW6dcNa2v+B/T6j8f7175AMLj/E8XP8A&#10;Xn3XGqp69wz10xVhYf0/w/I4H/IvfZIuObD6H/Hn3Ug07c9aJ9Ou0HBLfW97f6nj6n3jYX+hNvxz&#10;z9OePewpNK9a6yBgCfwb3t+D74Ktzf6/4fXn8+/MAO3rxOKdZNZtfiwuef6f6/595Qo/wv8A0/P+&#10;29uBAQDXrwrT16jNKbtYED+o/I/w9+EZPH5/3s/W/vZHp1uh49deYAA/n6XBt9fr9feRVt/T+lvp&#10;+f8AD3rRnV1qg49Y3mupHNv6/wCA55vz7zLHb+v+wFvr9Le7kVH2dWp1Eab+nH0/N7/kgkf4++Sq&#10;B/Xn/fEf7178VqdR60SeuDSG2nj/AIm9rg2P9PfMRauLfm/0uf8AXPupoO49e+fXEzhdJuTb6m4F&#10;7fX6fX/be83262+lzcfji3496JLY691i+6Km/P0JAPF7jke+Sw2Iv/t7H/Y+9KGHljrVBx64yVKt&#10;qKkj+g+n05Bt7yLHb6CwB/oLXJ/I92JAHdx63jh1HMpY245B+l/ov9D/AK/vvSQdX1HH+2/qP97t&#10;72SdNOt9cQym62IPP55J/ob/AO8e+BUXP1uP6/4fW/v2ocevHyPWUMwt/Qj+vIv9CP8AiT75BRa9&#10;gQf6/wC9e6avTr3XE3vbUV44t+AbHj/bfn3HbSGN7AD/AA/Nr8f4e7KQ329e8+pK69IsCb/0/Iv9&#10;be+auv4+txx9Ta3+9+6tUHr3y64mNv7XPBB+oH1/w/4r7xOVuWvcA8g/6/4P591D0IFOPWupEcTM&#10;lvobWBHI+n9AP9t7jl0b6EAC/wDgf6+761rTz635dSFhlUG4ve39m9ifr9PeJpdH5F73/wCRe66j&#10;XHWz1nWnWQAENYfi/P8AS1/9794vuST6m5/p/rD62HupNDSvHqvy6k/aKALKCAL/AEPPP0F/6e+2&#10;qSfzf/C/4/wPvwAA+3rY64/ai4FiP6G30/wt7wNUkXIva/Fza34uf9t7316vUhaReAQOQb2HPJ/B&#10;94jU2FzzccD8H/G3/G/fjq8sdaJr1lFMv04uPyRyP8PcWSqb+rH/AHofn6+/CpJr17PUlKZAOAoI&#10;F/p/vFre4ruxbUG5/wACfp/T3bXqFD/Prw+fUhY1C6dN+BYgC1/6i/vDqYsPqR9BY/n/AF/dxQig&#10;PDrVKceslgB9AP68D/efeFrhrn/D+v8Atz72eHW+PDrl+OPfNb2vf8/T8/0961ngOtU69b3lvZeR&#10;zb6C/PPurAh6+XW8ddfU8c8nm/8Ah77F+D9QRxf/AIm/uh0jBx1rh11e17Dn6/7za9veSzWB+nHN&#10;rWuP99z7sB1ulcjrGWFyP9a/1uR/W/vhJyACOebfkG49+AHl17h1zT8m972/1/fUakWJHH9L83+v&#10;+x93H8PWuOeuMjCxAPP9bX/wN/c0DgcgA/0ve/8AQ390FRjz631GJvf/AA/3gDn8e8oiBX/X54t9&#10;be/UGvrYyesJlIP544v9OL/gj334LKbi5sfrwT+bk+/E+QPXqdeE125Gm3Fwbjjjge4skHqB5A54&#10;H+9C3uyN5eXWgOpKzWBH5/1/pbj6f8T7xMlr6jz/ALxb6+/D4u0dep5jrmr8cW+v+8j3i0BbHgn6&#10;n/iLW9umhNAeHVR8+ueu9wePx+D/AK/vsC/4I+v4/PvxGK9br14ki/IIv+Tfi/0595NFhf625/31&#10;vflbNKdep1i13v8AUXNjb+p95kU/77/AX96qcg9bGOsTWH9f8f8AA3tx7kP9Pp/sbc+6KtBnrxxj&#10;rGCNX1ubf7f3HMJewseb/Xj/AHn3ZccetUr1k8ujm44Avb/W44HvkKYRrqP6v9hb/Y+9jUxwevZ6&#10;6NQJDpH+Jvz9f6c+8TS6P1WH44H+wt7saA0Hy6pWmB1lSPXc3/J+puQf8feJprjk8cH/AFwfr7dH&#10;aa9er12Iv95Nr/7x9B/vfvF5wLgEfU/Ujg/j3Y1YVPWia9c/COL/AO8f6/vH52BtcfT+v+P5920g&#10;L8+rDh1z8S/77+n9Lj3jaoA4v/xN/wDb+6U8+tfb1zWPm4v/AE/oOfqePcaSsUEXPH0F/wDefp78&#10;BinVTQZ6yrCbEDjm/wDt/wA8+4T1OokqbXB55sR+Tce/AEDr2OPWVY7cccc/g2P9Le4Usn1ueByR&#10;f6g+95qOqsaHV1mAsP8Aff7D3HecH8/jgfQWA/N/ex6DrYOK9d+/LUj6H68W/wBt/T3qjE06oGNf&#10;l1736Sbj6/7H/inv1BkHPVq9e9t8tQvIP+sD+Tb+nu2mo68T173BmqCbBSRbn+pt9OfdtJNQeq6u&#10;ve8QlYm+o/UWP0N/xa3vYAHDr1RXr3ubF5JDe5NitiP9tfj3Xh14kDr3t2hWTSBzc2+o+g+vI91I&#10;z9vVx10eOfedqaRk4B1fUEX+oP592WowOHz68PTrrWo/P5t75CgkIBKi5/AsD9Prf3sD061QdcfK&#10;t7X/AN698xjmvYj8Ac3BF+fex1UVrQ9dGZf99/xr3lTEyE/p4uOfd6EDPWyATTrG1VGP7Q/N7G9j&#10;7cUxLAD0j8X/AK/090IqaHh1oCvlXqMa1B/a/wBa5+v+w9yUwZc30ki3Btc/X/H/AG/vwBOPPq54&#10;dYHykSfVgPpe/pt/tvbjDt9uLL9eRccn3ogjHWqAjHHqFLnYF+rD8D68XPH++59zkwJ/1N724/HH&#10;1sPeqUyethD5nqC+4YL21KPwTe/+x/PuQMP4/qlv97vb/H3s4x1ag4HrB/HEl5Vwfrax44Nvfnxp&#10;I9K2twLDgj6H3UEV61QZHXNMsq/rf63vzyPzx7xfw9r8gD6DkWv7vQEdW8MHPWT+Jx6fSSfraxB/&#10;P+HvNHQcWK/X8/1/xt/xT37gc/5ut0pnrBJkl5s4BH1H9Afxc/8AE+5seLLMLD6/QkX/AN69tlwA&#10;R6dapQdQZcyI15awH9DYi/55/wBf27UuIuBqUc8nj6H8cn3UvpNQagf6v9X+o9W0gdJ2u3GF1BGK&#10;8XQm9ituTwPbuuPiiU2sLXsP8f8AG/vfiIaEjBp1ugAp0mHzVVUyges2JBt/S/q+n0/1vz7yxUyW&#10;54/Grjj/AH3+v78zACi0/wBWeqUz1Hmr5wwI9X19FzY3Fhf/AGJ95jT04U3N/wCtiB/tiPbf1BGK&#10;CnViDw6jrVV8kl+QDcjgkm/H5/P+t7xGKC44C/X+p/xtb3fxQBUZ/Z1vJHWUSVxDKdRU/U3sLgWH&#10;+2PvOgiWx4+n5PI/2Htpp8UBp/q/1f5utgU6jyQ1UlwdR5JuoLC1uLG3vt5oxcggf61/p+L+07XB&#10;J0f6vy/1U/PrxA8us1Pi6hlUssjkELdwC34+p/3j6394fuol5uPqb/74e6NJg0Nf9X+r/J16h6cE&#10;w9TIVUpYCxDCx4ufrf8A3nj3AqshEOFJuLf63+v70sjnufq2enqh2+6gA/Q3Gq3I/qvP++v7bpK7&#10;Vzzf8AHi/wBPp73qdzpX/i+tfLp6gxEcQ5CWPBJHIBAAFx7hGrlbUL3uOOOf9sPd9DevWtXl05LR&#10;08YUhQLfqtYC34HvF5JbkEsRb6kEDn+l/d1jYDu8+vV6ylYLArpABNxcX/2NveNFlJa1zzc/8b9u&#10;iEls9VYjruWaBVU6gOPrxf8Awtz7kfZu3NiCf8Px9SL+3PBHn1UtjqF/FYkvZ1t9L3H1va9v9t7z&#10;Q4lnYXU3Jv8AQ/nn8+9rCeA6prxnqFV7mggVmLrYC3DD6/Sx9u8WDIIBW44JNiLf4c+3Bb1yetF9&#10;JqDXpJVe/KVVYiQIRddOoMSBxq49vdPhrWspPH1tz/S3vwiYDSV6qGY4p0h8l2DTBSTVIvP01gf2&#10;rar/AOvx/t/btT4a7C6/X/aT/sST7eW3bTWmB/q8z1aoGadBxnu3KGjSUfdxll+oWRb+kGwC/wDF&#10;fb3HhVKiyW/2/H+x93WLT2tnqiy14Z6BvJ95QRTSH7u4JAuhB1L/AK9geP8AEX950xGm/p4Nvx/T&#10;/D26sIPxf6v9X+r162dWnHSWyXekMgURM2pR+pZRyTyLW5P+I95/4PGQLpfm4uCbX/HHt1AVYhTw&#10;x/s/6v29JysnlnpJ1PedUqn98RizAgS6WdSLWYkGxtc+5cWK02tH/vAt9P8AH28XhVTrYD/D+XWz&#10;FIeg+zHdctSTrrpFA5tqJBBNiLr/AK3++Pt0ixw+raQbgfQXHH+v7QSTxA0jGKf6v9X/ABfT4jPC&#10;vQaZbtmsmZ44pJZE1FhqLAED6C/555uefcg42K4vyLG1h9f9YD22t8wBIAr8+nfCHHz6Sj9mZggq&#10;sh0qf0sdJFxYEnj8f7C349yEoYEsAP6H+g/wNj7ba+nNaf6v9XHr3hrXI6T9dvfM1xJmmk/K/wBb&#10;AG31TmwBuP8AD/D3n8KKeFFvoCLXN+Pp/h7Z8d2B1HqwCgdJ+XLVc4JaYn6i3qCrpFxyOOb8/wC+&#10;HvIoCeo/gfn68fWy/wCHtk1ft/1ft699nTe080raS4Y3uR9R6h6dT/T8/Ww/p74vY34/H+P1+oP+&#10;2593jDY60wAFepVO7hgDe3FuBYC9ioB5+tx9PcchSfz7VBnAx01pzXp1Vza1gb/7D62/r/tvfgPp&#10;b/Dj/io96JOa9WHXCRjzq4tcn/jR9yUICjSbE/6/1/oPp7SurM3cOHTo+EDpoqNTSNcHQAbi4UAf&#10;S5PvKCCL/Xgm1vV/vvr7ZIYGg69wr8+olipYC3IC8HSgJIAYED6fki/vwN2IP545N+foo4+nvZFB&#10;j/V69a+3rjY6b/Ui99C8ngsxBa9wOALfT+nvxJ5te4I/1jfm1/ewOFetcM9eVVAS/wBCGF7gsNB0&#10;g2P1sQOPfG3Gq455+pAFjcNb/effvl17hjrxYqdFj6eBZAzXPBUsAePqAQP+I98lOknji9/qeTYD&#10;m/urjUtP9Xn1vrlcEISS9gFIsLAElmAt/j/r/X30z83IP9ObHkj6W97VDSgPXqV4ddKhYXDKeVa4&#10;LD0gg3H0Fwb/AO259+sBz/U35ufp/wAU97qTjrVT1xLsbBbWCkLpsv1+guLA3B5H9Dc+/aiAb8fU&#10;Hn6fnj/Yc+/UqcdepnHXaoNa6CpBZCo0/U/oBt9eSQB+P9v76a5AI5B54BJI/wAP9697UCpU4635&#10;0PXNQup1f0kXA1MNKtexvyQSDc3/ABx77bkAX5vcjnkH08j/AG1/el48OtDripOo+glbcEgXDKNe&#10;pWNhfg/n+nFvfduLXtYjn+o+vN/egaNX161Xrir8hrBiwJsFtYtcEgKPx+Bf6WHv3pHPF/oebctz&#10;b3ruJp/qx1YcPXrktzfhmuAwuWFwpsWt9ePpb6f8RxuOD+D9LEG31uSf9492INPs69/k67IIuNJu&#10;lrizAFbgKsYFgT+f8ffZNzcD9P4vb62+nPvQFB9vXjw49cbAKAzn1AE+m41KT9RY2v8A4e/E2vx+&#10;D/sTb8Ae/Ba9a49dqurTwLXHqBFwoNhdif8AYiw+n+t74qR/W/0BJ/J/r/T/AGHu7An5f5urEkdZ&#10;WDX4WxUBljsDZQANJsSSb/n+nvkzrzzfT+LW/wAPqPdFjI4Yr14Bq166CSEqSLXZvVx+QGBZeP8A&#10;ff4++IYErquOAbKeRxyGA93KEKdOet5HDrloZQ9jwGYB2QAXvpUqfr9Pr77cqDcm1r8fk34/3x96&#10;jVyKAdbIr1z0M4svqvYar/o0G/Nx/hz769J0mzcH6/1N7c3+vv1XBKjr2AKHrmq2VluPVe4H0AP1&#10;C2/Avcf763IuLDnj6f8AFfdBGQTXqupusojY2AHPGo8WueT/ALfn3xB5DAWuef8AG35+vvbGikE9&#10;eBJ/LqVDTFgEALWNuQOLn6XP4/3j3nRAwJP4t9bAmx449l09z4RArj/V/q8ungoLdKfG4N6l7BC3&#10;0C2X6n6W/wBv+fcpVjRQSeSRZRz+fob8H+nsiuNwkclV4ZqeH+yOlIiqKH/V9vQr4TYEjhZZVABV&#10;WCizFRe/rt/sP+J98mKqlrc83K8Ai/PFvZbJcu76q/t/4v8A1edenkUClOhPwWy4IfT4Sf6FkF+f&#10;XqY/Xg8WH15F/eMOFAJb631WJ+gNz9fyePxx7QyTO7UUcOHD7P5Z+38+ngBnoWsdtmGNAjCMrIEv&#10;wV0hEuChW1r8X/p+P8GyurljF0N1Nyfx9F4It+Lfm/ty3Dth8HH+H5/6vyp1XCivDpbYnZ0EjJeE&#10;jQ5K8WPICnR4xxb+v5vz7QWXzEjAgMf6Hnj6W+vs8trQ1qOHTJlCk+fQ27X2tRU/jLRBpFUW4H1A&#10;FjY/m39OP9j7SD5UD9tm+twDq5sTxz/QezNbYA+IP8HSZ5CxqPPoTo8E0iK6x/RrkWOkf46T/wAU&#10;Ptlnqmmm0LqIvbkn/e/ayONV7vPqjGpoOlHT0S09LqkAB5JYD1X/ANb3HkhkY+kXH5FubW9qK17R&#10;/q/1fPqumnWWCphQB5GIY2sxPpv/AEuf9vYe8Igb1aVA/re/I/1j78QVpXqxqRWnDqQayJypd7i4&#10;8YUhuRz9Bz76Kr+CCQRf6aeP6+9hDSjY6oKE9ZPPJf8AoCCFuDe4+v8At+D74qBqYnSoFwt7f7x7&#10;TOpqBx6sTwHUsuTGqrrb6FrE2H9kL/T/AF/cKc67hjxq/H45+v8Aj/j7UJHpUdV4Y6lQMEJZVs2m&#10;xJvYkcc++ghjhsjcg/UW5/PvwUM1R16vr1kaVXlAkW4P4Y/8g8X99ioKqocm5I5NwT/rn20ImLY4&#10;f4P59b4Z65NCjFmRVNh+m1x/sFHvJJOzAWJ54JtYf4i/vZjofs62CeI6jwwohJZQOOLfX/A2/HvF&#10;LaQAC/8AU8Hnjj3te2oNPl14mpz1njvG2rj625I/P5/wJ98IC4kIHP0sAOLHn36TGTivXjjj1zmV&#10;GjBY2sOb/q/2Fvp7c2V7KhBC/qJH5t/h7YpxPWqeZ6bFkQEyKRq/SAx/251D8n+vuBKJAwAVXF+C&#10;fqP68e7qRQ1x14j9vTjEYyurWym30AJU/wCFvcMkK7azY/1HAAtz7UaMVH+r/V/m60T5dSgS6KFW&#10;4/2oX/P0I/1/cSWZxyrHg/W9zY/U+/GMcetH06mQRKRpYDnm39m4HHFvcyKRZYrMhYgclvybf7f2&#10;0pYHPn/q+zrYFePUWeJopQUcL9LafrYn+vvElIFu63At+n/U/wCvx7dL1FB1WnmOub1hLBGF2v8A&#10;qPN/6e47qzk8sS5+g/4r712qPs68D6dSkYKACFUKOTf/AHoH/X+vvsQMb3vcXPJ+t/qPelBrQdWx&#10;156pALgcGwJAsCLce8DS+IsFSzL9QOTx9bW9uCNsE8PLrVQOswQSqpZy9/Vfhf8Abj8/7D30axo0&#10;N2Nja9z/AF/qPbunXnrWvOOuP2KM9ggFvpZf8eLH3y8xlUA2sQef+N+/MKH5dbqSM9cRAsTEqCGB&#10;sbfQfj3hV1W6Hm4I/r9fpe/tk11deGOpTIzAOPwb2+nAFjwPeESMjaCpILcG/Nrf0/4n3sgAZ6qT&#10;Q9ZdCuNQOmyj6Af1/BPvNGLPdmFzbT/UD6+7E1opwOr1oesL8xkIoNjZjyASB/j7cUlSMXLXPBtf&#10;1cfggfT2zRST1oHz6bXhlkAAWw+gsOOT9R/X3lepR1+vLDj6fT/X9tklWzw6v8uscdK63Om+k/k/&#10;9DD8e2p53ichPr9Bb8/m/PtTqXBPVOHTotOssY18D8/Tj+oJH+295o0mldWYkDi5P0JPP490d24d&#10;bFeB6xuaaBHVLFrH0/kW9u6JCttQDcci/wDsfp7TkNWgPVxnpnaSdw2m6fSxIv8A4fU/74e3enhg&#10;Kk6RHbm/0sLfW/tos1c563qqc9MlXNUK4AdpL3FrEkn+lv8Ae/cCsr/tlYAj+1Y8Dgfnj2+iazUZ&#10;60xFa9T6HHfcFdYtcDUDc+ojn6/09oiqy7lzZr3Yj68cm97e1fhgKCo6ZLEfPpa0+NRFAIsLD/X/&#10;AMBf33TVLTvoa3HI/wAf9Ye2yDxPXgdXWSWFIVLqD+L2H0BH9fbpHKVVuVBH5ve4H19+TUHHmP8A&#10;P1f0HTbPEj6bq1jyAeLH8Ae8atTynU1tVj6rCy/63t52bAA8+tUU5HXZSeJSATp40qLi4/Nz/h7Z&#10;qu0MjlGLcEsB/vFh+ffl7qHh1UgV6doNToutQPwL8/T2wzTsmmT6gkm30vzyOfbhXUKDqtSOnBUH&#10;qH+H1/3i/vG2QdgRYrbk3/p/Qf7D3Vo+tBh5ddiJQf6+4y5JCLMHJBPNiRwbi3vyoVwOvB+uRQE8&#10;cf7D/efcqmrGcMxLWP6QL/64+n09+0ZPVgamvXF0HFrD/E2t9Obj3nMhlBsDIxJ4PA4/1/duB09V&#10;Jx1w0BbHhQOP98R7bJIqmUuDrjseBY8/4A+3GUUFPPqvWUMoA5B/x/4r75U9PV6izAsp/sEWNj+O&#10;fejHwoadaDEGnXRkTnkH/jX+t7fqehaQghGY3+g/AP1H+HuhADAU6cqSM9Q5alYwdTqoH+qP5/1v&#10;b0mImdToRi1h+Px/rD3oIS3XummXMUsP+dkUL+DqsCf8CfeRcPIAbqWcC9tNwp+l7e3PBYN3dVJ8&#10;+sJzlOdJWRFjJ/VrHqA5t7mxbcq3TUYmKmxFhwP9b3swmmOthhw6a5944qKXw/dxLILgozKD/rn+&#10;nvk+2ZJrAR/kBm06f8Pbqwllx1TVnu6wnemPgv5KhTcXVQ4b68gE/Qe3ik2tOgVWQkEWFhwLfQn+&#10;g92WFimpR17WAQK56S+R7JwwaT/LIgY7XBYXva5UD8kfX2qabbBjj0CO2q12tf8AxA592WIkZPVH&#10;ah1dBjle4MYtQXapUKhbQusKbAEE2H1/1h9b+3eHCrTxFZl1MfwPoB/Zt7cSKrU8uP8Aq/1cemvG&#10;NCF6RNb2eMrVRvjZCkaBrs9wzta7rcn6cX/PvmMYoAW0bgNf1fVef9592NuKGhp/q/l17U2D5HqN&#10;/pAkaRnZK2KTQqao1us5N+OPx/Xjj26xwUiIqk6yoFwQLX/HtuMLGa4yfz+f+xjpws5GB+3pDZPM&#10;bqrp5ZKeIUkTAlWu5a17hWA/25Pt0pqWklX0RlTxyB/T6i/uk0+iQaqU+3/V8+tCF616DjL5nd+P&#10;u81YJrFhGjHSq6jxwvJI+ouOf9b3JkpaeNLCO1+b/W9ub+7wygd1R/q/b/q8h1ZlYjST0jI9wbqy&#10;daiPWzPYgaUVkRbMbKgS1/6fXn22MyRBmZU0ggngXHP0HtxrlAQqGn+rj1RYGAoT/m6FCjw2TyXj&#10;j8tc0rrZSDIB+n86uODz/vH+vxXL0iekzJGbXI9Nh/h7LZ7nS1AMV4/6j0pSFSp1Hp8j6jzNcBPN&#10;TS1ZBBTWZdRUn8H8fm9/8PbbPnqRXY+cED/Gwt9P6+9C5kp2/wCAdeWILgdLrHdPVX20avjY1kFt&#10;RK6mvwW0t/ib+4se5qRmaLyjVcDkiwA/I/r7oLly4Zx/qP8AMf6q9W8MeWOniq6QmSnSaKBVXxli&#10;iRreSQ2JuVv/AI2P/Ee+qjdcEeoKVYKBc6vpf6ke7DLCh/1fP/V69VUaeuWN6QaUB510F5P0LEgU&#10;lfpqBBvz7T9TvulT0oQrH6MbDm/491cMB69b1g8OhCxvRsYYPUlXiNi0IHBtwt9P9Bxa3uBFveeS&#10;W/k1ICObjn+v0t7q3w0GD8/9nqwPmelDJ0xt6OnKLQxo9vSVW1rDjkfW1/yfc6r3eZoTHGSLJ6iD&#10;9Db8t79HI6NQ+f8AMdbKj4h004npnEUFZ988EcpMvo1oDp5/C/j6+0DPueqWYkSPpBtpB5/w9+mV&#10;m7/PptT3Y6Gik2ni46ZYhSwg2HOiwFvrb/jXt7otwTtGHZnRT/U2t+OAf8OfbFWY6R+fTtBSp6ZM&#10;hs/HF7CnilcX02QX5Ormw+n498Z9wvKTGsrEKDY6uG/JJt/vXtwUUUHXvKnXqXZ9JCRM1NEGYrf0&#10;LcD+yBq+v+J9sjV7yyFmFwh5Jdvp9foPfpDTBP8Aq4dawD0pocbFBHojAXUANIQfqP1AP498jVCo&#10;UupdSARybL9PoL+9I4V9J69THXhReDSCqMC17f2jf8m3tt9alma8hNyL2sP6WHtUWBHH/V/q/wBX&#10;DprSw6ngKdKgBB9LgXP+ufeFSwN3JsL3AW4B/wAT9f8AXHtorUVHVxjPWc6TYKOSOLm3+2H099yV&#10;j6AgNubAn02H/Bf+Ke2WjpU+vVgx68lOgbVpB/r/AF/x9Q/p/j7zRZBQVUu2pRZrXNyR9T/xPvSx&#10;0FT1vURw6xy0pNyFSzfT8GwPPvKyRTSXDDVb88D+pJv7dkfto3Dqump6wRmWFCuk/wBfSbkc8AD3&#10;JSpjpad/UhUfqHBLD8AD2yi63qvEdXqoXrDLTyVE8eoMD/ZNyAPyS1vaYr6mjmDSBAl2Fja/A4Nz&#10;7Wx4HdmnTLFScdPFPFPEFUtqsDf8fm/HvJQuA6eNwFbgfQ/Xjm3tiUA5I4dXVq4PXcwJVtQ1cfTk&#10;cj629xsmksMrvydX4U3BuOdX+9+3ViDoG601QeudLIrIAP7Ngbj/AHr2lDWVLO6AFFW4Dtdb2HNg&#10;P949tGGlfPquqvU3260MjBUaRtegfQHkj/G/+9e21jap8urq3n1wflSP68X/AB7VaRGrjDeN/wBJ&#10;NgbAWF7kf4+3U0/C3W6evTVJIKZjd0F2H15PPFgfaanq3gqJIrOAosBq5B/1vepLcqar00rGpHp0&#10;5oFdFbg3F7j/AF7+/CreZNCsWOoEox4Fzyef8Peg2mo6tWvXfjUHVb6D6gc/7x7dIGaKWBozJc21&#10;ACygf149sOVZfn1dcHHWGRdayKwW3P15v/hb2qEneeNo9a3+mpwfr+V/1/elbQoPr5dbDFhQ9MMl&#10;MkcqyaGsv4Tg2P5t/T/efbLJDPDUBpJSq3uBYAkf4t7c+Nar1X4ePTrHLFJEQiq30v8AUgf6w9uk&#10;U1Ex1gIZV4+gJ444vz7bYkjQx6dQqFqOPUCSKrF1Grxk/S5Fr8/j/Y+5FNkQrujEEaubBuD+Ab/n&#10;3rRRgB59eVvI9R6mg8kauLgqvFyOb/0t+L+3WpKTQB2hUgD0+Qa/xySP949uJVKgGn+r/Uetsa/Z&#10;0y06tHU+PzPqJIbx+n83C3P+t7Q8tIlRMzaYwVY2AJX6/QD+vu7S6QATXpojPSzSRkjH6rkC5+p+&#10;lzx7mUsTUdLMulWke5450gccf4+2fim19OHsWhHWOdlnkjuWVU/xK6if6/T22TS18Xj8ETyaz6wE&#10;IYC/Nj9PahwrrxFemSGJqOpCiE6tZUW4F2AFvaxxOOhyBVayURzBA6xhrlzb9LEG3tBJO8ZCnhwP&#10;TqhWGOI6TmXyE+PiaWjgMy6rMxAAQE/qUH6n/D3jrsdKk7rG3jsbKANQtewN/ofb7GN0Gn0/b1op&#10;nrvH5JHgV5BrLAkklQQfyAp598l88cPEYNiF9BALf4k+2fOnXs8B1lfwSS3Lm/1s/IH+AX6+2vI0&#10;3liLOf3GBva9rWuFufz7VQtijcPLrRUHj5dTaSYLIEQegW+v1Jvcn2jzDGSEIZnVvpfm/wDW/t1h&#10;p/1f6s9NkitB09BiRq4C2v8A1+v09udJFUCRLIyOGXQ7Lbn68MfbEqoExkdXAzTrDI8ZU6iGFiGF&#10;7/4fT2pqiKtgiWSSUIGAJLD68XFre2YlV/h6cYaTQ56Z4p6SaVokQuyXuFFgCOLf4e8H8ZYR+G4C&#10;JYNNcEk/g8e7LDRqrx6qXb165HHRmTyspLG+mPnQB+Rz9f8AYe+H3c7kT0+lgpB1BmBPHPK/n24I&#10;VkXQTkdVqwyOsnhijAjmBGrgAgEDn+h/Ht+pcpUosX3HLtzYk3AB4+n1PtEYaA6endWQT00VOLpZ&#10;WYwgAWKsVA5uP8R7nZnIippgUB1Kt7FrcgfgD2ptB+n4choT1WU5JHTLhsR9hXu9gY5HKghbgam/&#10;Jbjn/W/1vbFicgapJ6SVgJSAsehvo31sf9t7r4YinBPDqiMrDSePSiytJ4hFVwrdY21Sal4K2twP&#10;YX7hrK2iyP27BmQs3IUki55s49r54wE1qcf6qdMMW1U6UVIySQRyR/R1B+lj9Pz7zS5KqjoV+3ge&#10;TXa7sCWU2va3/Ee2IVOSOnCxpQdZSilwx+tuB+P8Tb2rdivJNUqZ6eVpJARdQVK3P5Dceyy98TiD&#10;gHp63LMdPTRniFx8rGWOLSC2qT9PHI9rLcWCq0/fofCkzH9MpYNa9z6va22lgeLTJ+3qs0J1dp6S&#10;WA3BBKXp6gu6R3AeIK8XpFvp9f8AePfVDjqp6SNapkWVGDSWZpUK/wCGm9v8PaWWbw2Kqag/Pp5U&#10;CgFs06nVOQpFqWlp43ZGXSHCeFg39Brsf9h7cYjQ0EoN4wXZSWiNjcH6H83/ANb22pkfLDh/q/1V&#10;6rqDHSMV6b6mOtyMDIhlOlWCiQakN+AeLA/4X9su8qSOvpmqYBItgCWiFwfTexbn2IrG4SeDwa9w&#10;/wCK6ZnjZSNPXDaBqMZKaCpcEOXMSyEK6i9zpXjjn/jftN7T3Y9FM+Kqlkp4WUDW0fD/ANPV+fp7&#10;D24WDRSiZONenIZdY8N+ldmsPDkoxKED1EIJhYmwBI0mx/xHsSIzTZcywfdupkW0ZAt9OOQf6/6/&#10;txJlgZXcUr1cRpkefSBqoq7CRJURUKTiF9Uq6xcrz+gre5H0tb2hZUmxeTeCaUyIHKqwvYH6C9/o&#10;L+1t1GrIJU4HplKIdJ8+lxRVEWVx0VQkXieSJWaNtNxcaipsPePLxVU8IfytcEFQhNnA+lmHv1rI&#10;jKYh1Rw4IqOs1F4IZSFjClgCxKgMCfrf/efah2vXEoKVtQmlIUF2GoW9IsX9lV9E8EviEY6VoTIu&#10;kcemrcNGs0Zm+scKNqCgsD/aJIUH6e3KuwdZHVmSpKfauDzrUEj/AAP9fb8lx40Aa3OR02Eo2lum&#10;TD7gxksBgg1/dxkBlMUgKm/DMGA4P19s2U2rDNNTVNJUNBCOGSZC3IP9iU8H/Y+1CztLaVIqw9OH&#10;29VaMK9T04Y7c8kc1TR1sKSTK2qN4JEu6NyA8P6lt+T9PYhYmgpqbFSU0iRvG6jVUCNUcm41fpvf&#10;2S20kgufEB9cH8+lDU8MDpBbpyFXVZWlnpmninp5D46USs8bhxZdd7AC59pB8Hj0qxJp89J5DIyy&#10;sLSXN9Kp/wAa9ms8xkGmM0bgf9Xy6YQBDUjpY0mbybUBScLT1ph0r4lLeM2spZ2t/rk39uaVM/28&#10;j42GVUhf/gLT2Um35IP19pBDGkvhMe4jjX/VnrZZmGoeXUSWngaSI5eWCQzIV+6q0DBS39kEcL/h&#10;7aKmsgr6iGKuiqEadvG5P6ovwS3t1vEt4dY7qfz68qLI1Ceniix8lBDK2OkpvHEDIiqo8bk82XTe&#10;3P8Ah7cqnbGHxJiyNNMs8jJeNoXOq49VnX8W/PttJvr4j4mCOP8Aq/wdOnTC3b0wUW685kKypxlT&#10;jJKNYpDHJJVKvidCCA0EkZOoHgi9j7k/3nb/AI4D/gP4Pqv+c/46/wCv7RfRSfxHjTz4enV/FHoP&#10;X/VnqZ/del/1f/KZ99/uz6f8c/p+n/D6e//VSKxcWH5sOf8AbW94RKte49d2ut0SSoI/xNj/AFuO&#10;bi1/cpIPwf8AYfkn8XFveiorQdboKV6iPVHkg2/24/P0ufz76aAC5H0BF/r/ALa3u4XH+Drwp59d&#10;LVE6bnk/iwt9bcn3w8YueP8AH/H2359ePDrN5WIBueB/hY8++YAHFwPwPyP9t786jVWvVCD1wEjP&#10;e6n63P8ArfS1vfAsASLjj6n8XH+v7sKtg+fVge2g65iMkarWFwQPzYm9jp/Pvje55/x/xvz/AFv7&#10;voAHr1oenXRYj8W+h4PPP+wt+Px78FFzybf71/rH3qoHAdboCOuTM5Fifz+LD82t9feNvrYXP/EW&#10;/wBb34UGetcOPWRb8k2AAsD/ALH/AA9+GpfqLf14/wBhf3oaX/1cetYb8uuyLLxz/j9APVce8wB4&#10;4uRb6H8/0Pux08PLqwocDqMWa5N7X5PpHI/2P+J987c88/1te3utSTpBr/q9B1unXAni9rC3+8/6&#10;598xz9LfT8fg/wBefewSMdepQU64OB9Tf6jj8G/+HvKqkqL8fT/jf19+pmtevcesDSKpIsfyf6n/&#10;AAJt7zoguOAf6G5uPxx/T3YFtNK9ex1Fkf6k3HI4H0I/qQeD7kKosD9CDze4H190Y0GeH+r/AFf4&#10;OvYrTqMx1Nx9Lcc3HH+H598yQNNz9T+D9f8AivvSFdJH+r/Y61jy6xssjEmx4B40j6EfS4/29yPf&#10;IlDfkXvex+n+8e2/FVWFOHD59WDdeEUvNwbc/S4H+wB+vH+w94w4PH4tzz9f62v7dqvxHrWOufid&#10;eLEgX0gKLc/S5HviZowLE/7f8n3otShGR17HXMU0rMSAQfrxb6G5/AP194zMgvb634uSQP8AH20z&#10;AZPXq9SEppGtxcWGrgAm3H++/wCN+481RYfX6Hkfnnn6D8+6BjXPDy611PipL8fm19X+sPrb3Cac&#10;MRe5uf8AD/evfmcgmnXic46cI6Syji3H1Fxzf+z7wmYj6H+n149uCXUtD1sVPWQUi3/w9X0P+8D3&#10;xac/Rj/T21mtevZ6zLTqALAG9+P+R+45e/8AT8i4/PvYY0p1scKnrOIwD9PpwB/sfz7wl+Ofr+QT&#10;aw/HP/Ffdqt68eq1qesgQE3A/Nvpz9PeIuSRb6Hkj8/XgW/3v/D3fDEhs063TrmF0gn6fj+v+uR/&#10;xH+PvxciwB5t+R9P9v79gcR1ojrsIDz+P9uD/sR746wL6iTYcf0H4HP/ABX3pmIIp16vXYj1AngX&#10;P9bn68j3xB+pNvzbn8n+nvepvIdWp1y0gfQnm3NrcD+vvG/6ja9rcC35+tuffgKgHrVPLrmpsP8A&#10;Y88/Tj6/74e8IDXPHB+v15I4B930g8OPWuGeslwBzx/vf+2HvIFsLgD62v8A7H6n3sjyPHrXWMtc&#10;25A/pbnj8e+mS5/rz/T/AHn34KSK8OvVp12HA4/xt/j/AF99Ko4BB+g4/wCJ930gjr2eJ66Lm3p/&#10;P0/rx/X3y082/H/GuPeivz4deB6618XP1JA/I/3v6++wP8D9f6AED6n/AF/9h71Th16hOOui31sb&#10;HTf6k8/j3y/2x544+lj+PdiMaR1oEjrj+bkm9je5/H+PvxF9J/3j88+9aPLrZ68Htfjj8H/Hm309&#10;5kUjgc3HNiP9j9PeqUzXh1vyp1iZr/4C5/2/+x95bX4HpuB/hbn6D/jfvy1Brx691wJFuebH3IVR&#10;xe4P9Ljn+l/eqqMKOtgdRWLm7A3UfQkXH4/33Pvle1/zf/bW/wBh71XrZ+XXipJW3Fj+Ryf6XJ9x&#10;2b8WueBz/r292CZ9OtdZ1/xPAJ/HHI94HW4B44P+vb88/wCHvZJBx59e+zrOp5tb+tv9iPx7jt/S&#10;/wBQPz73Uhh8+q/LrKtrHi1j/T+o95ABe5/H9OL8e95p17rGSRxzz/jf8399mQekgcDT/sP8Pe0U&#10;063jy66KHkH682/qfeeKzWt9L83+v1uCPeyCOPWsdYJCVv8AXj6W/P8AW/uWUFgTzzf/AGH5t7ab&#10;jQ9W446jh2udIt/Un/D6XPv2tFB/Gkf8b5920gda64BXci5J5PP04A+nJ/4n3BmqLD+gB/ryOfrb&#10;2+AOLdVJr1NihN7Xuf6/4gfQH2zT1HqIP+uCD/vv9492C4xw6oagY6co4+Pr/QHi30/p7hSVJAAJ&#10;4+hA+p/x/Pu4XFOqaqceswjH/E82H09xmqx+P95v+P6+7Ux1uuK+vWQRm/4/Av8A8U98PvOLar8f&#10;8a+vvR61XrvxD/af9t7jvUux+th+Tfm309+7SM9b65BAP9h/tv8AXt7wNJ6gCQePzx/vHvYUUr1U&#10;0Pz65+8bT8kE244t/vFj78ooKdbxw697jtUFhb8fTn+v+sfewBWnVKgt173FeRr2sGI5NrWF+AQf&#10;949+FPLr2sVp173w1SP+PpYk3/AHI597CgdbqBw697zIjsB9eP8AXt9Pxf36nr14V9eve+DUzSXO&#10;kj6/QWvxzz7sBXA62SOve/PjywP1BuPp/t/r78QwND03Unr3vmmKbUODYfi34H592WnHreT11qH9&#10;R7UFJi2svp+l/oOfp+fetBOD14D16wSVCIPqB/iT/vufajpcO7AEJ/vJ/wBt7rop1dcY6aqjKxRG&#10;xdbm/wDt/wDD2+wYLVYlOP8AH+v0tb3sJXPVzQEA9MVTuOGMkeQagPx/T+t/bim3rDlbX+lh+Pbg&#10;SvWvmvTLLvGAH0yKbcG5/I+vvPHt0MbhPpze30Pu+gChX/V8+vEEivn1Dm3rFGpDONV7elrfX8c+&#10;3OLAAAXSx4F/r/th71TJrjrWk0qOmCp3xEGOmZWBudIYAqeP1fkfX3Nj28pIslwbHn6/4cj34geW&#10;erqKZB6Z6jsFUVtcoUglR6uL35IH+8+5KYRUIulhx/S45+vPtsrmo62cnqHNvpJYyVnVmAaxBYo3&#10;+BIvbm9vbjHi04JT/H/G30uPdVxU+fWwQuek9W7wc3VJiRYWHJUt9fr+fz9feV8bGBq08XItb/Dj&#10;341X5+df9X/FdWJNOoVJuqeVvHr54caiSfra+r/Y+26ejUN9Px9PoPr9OPdAysuo4p1oiox0rKDK&#10;zFeGL3Nw/wDXi1x/vPuE8UKWuBe9v+It7bLgnH+r/i+qkHy6UEE9bKCbvpNj9b/jliW+n9P979wn&#10;VGci1xb/AANj/r+6rKOPV6EcOnhPMkQ1MQQbA3P9eLfX/ev8fcqKKLTza/1+n9PdDOxNAP8AV/Pr&#10;2Tx6g1D1Ae+puePqbXbjn/Ee+alEOoW+o+tri3tppwTQ/n1uma9dGCeRbG4445IB/Jtf3ISqRVJv&#10;a5IH04/wJHtppSaD0zxPWwtc9RJMTK72K6xpsRp+v+K/jg/W/vi9Ulrl9R/qD/vXvTT1OgDr1BU0&#10;6zU+GkDXC6RcggX4H4Bv/vv8fcc1wBb1AfUgDk+/LJ2gfl16np1L/ggax0n+pJABP9bfTj6/8i94&#10;WyQsTq5Asef6H3U8NPl1oqCOpkWDsynki5N/8WFvp/rci59xv4gHuQbEHg8Wufzf3TvXt6sBTpy/&#10;hCKATGptbkjmwF/z74NVuxHqCmw5F/6+7ZAJGevY65pjoVHMYIBPpIFlvzfj3wkmcsNTk8fgmx/1&#10;iPdUGvup17HkOs608aKwRAvN/wAWN/8AX98n1MPRe4H5t9SPzf3dRQ+vXi1RnrEGRbBuASCAPz/r&#10;e8aUkshuf68D/YfX/W93EZkPZw/1Dptmp13Nk6emUamsQGJN7fj6cf737m/wuQi2k3+lv8bc+3xb&#10;tSp49V1ACo6ZDuel12Et415JLXsfoAf+JFvcinxBL2KXP9Lf7D28IzpFa9Msx/LpsyG7aaJC4qEA&#10;uBcEc/nTb+vtzjwZY2EZFvza9rfT6+3hGfPrYNag+fSQrexKSlGpqmKxBNtYXULeo3/wP+8+3SLb&#10;txfTyB/S9/8AAge3QjAcOvEg8Og/yPcuNp20GsQLq5DygBT9A1+eP9h/X25R4CxA0C3+Ki/+v7ej&#10;gZqs2B/xXVCSpqMnpA5XvjFU8bH75Gfn/Ny2Qn/kZ/P1t7dYsGi2soJH+x+n19vJBXPDh8v9Xy6a&#10;MjE6QOHQS5j5CozMom4Nzw9gCRwR/sPrY/8AFPbhHiLH9BsT9SP9hyPboMdBWmBXrahq0P8AxfQX&#10;ZfvclHKVfr9ShVZtYJNwwb6WF/bpBiggHoH4P0H9be2JLi3rXzHTqoQKDoJM33NlatmArXAYNwjM&#10;At/rcnn6fT/D3PTHoT+lRbn8fQf4+2TfIgoBX/V/qr04Y6jPQcV3YOSlbU9ZMzfRm1sR/tj/ALf+&#10;v9Pr7kpSoPoCePp9P8D/ALz7TNdNQUAH+r/V/g62sYAz0n6rdlbPfXL9SByf7Tc82/r9R/j7yCFR&#10;xoHF7kj+nH1PujTMx1avy/1f6v5dOgAcemmTN1klyahwW02UMWJ+rAHSL/j/AHv/AA981iFjYKPS&#10;Lcfknn22ZWqKk8fXqtFB6gz5GpkI1yzNeRg1mbhVHAv/AF55vf3z8VhcngfWw/A44908SvDreoVw&#10;M9RDVux0rdmIIAZyVvccE8fTnj32qg2vcAk/0Flubg/8T78zEHGSP8PWjg9cHkIvyCyqg1eo/ucW&#10;0E/Ui9wQP9gfp75AWH+9W/wFuPx7qSS2evVrx64s2pgL829QJPNzc6iLsAPp9eP9b33ZTpP4+txw&#10;fpYXI/wPvVWFQetVNKdcPIw1qFOpfSVb9PLliFU8W4tz76AIAKseSCSRy3+3v72TUnUP9j9lOtk+&#10;o65u66iHQaQpAAayoQBaxWwPNhyb++iGB/rax44JF725497BHH/UP9X+z16op14OhUXsNQaxYhgn&#10;ptq4N/obfW5vfn6+8TBif02Fzxxxf6jj8f4+3UZR55/1fz62dJXqVCUAU67tpU6yWAIB4Zr/AEP4&#10;PJ+nvEQR/ja4t/xv28DqwOmvl05owI+v4BBNzyf62/Pv34v/AIfX/G/19+4EAdepnrz88cf63J45&#10;/wBf3liF/wAfT6m/PP6bD21MQDg8f9R6cBOmnTbUnTezWD20i1wLfr1En6e5C8i3N+efybH83/w9&#10;pnwevefUJlBcn8+kqARZTYEhdPH1/Pvsji45/B/1v99e3vSnND16nXQX1WNrLyNNiuo3seTwGsL3&#10;9+A/tC4FiP8AX4tz78T+E5615Z68xFtJK/qPF/6NcqoFrX/P498eCAfxYgG/5+hPq92yDTrfyPHr&#10;w1AspsH1glQLHRp1KLoRa/1P+Pvr0+pORckfUfS/4/1/fqth+vfPrkdV1k9JKhWHpbSCBdrleTa3&#10;+uPr7439R5N7kD/U2H4ax93oQvy/n+XW6Y6yBSFX0rosha9w92+rISOText75FeeSxHHFwPz9fdQ&#10;2MY615dYw/ouFRTZr2DFgLC66W/r/rf7b30eeL6j9fp9Lng3X8/T37hnh/q/wdeHGtOu14JbTpuC&#10;LaieR+pdLG2ki9re/c/Qgi9v6kXFgblfp7sKHIz/AKvnx/n17HXIFT6l0tYsP7KtpNyLLKObH6/U&#10;/j8e/G5+lwfr9TYc2P5P+98e9D59e+3ritgTr0abgcLcvcaluSF5ubXtzx77JuCBe5Aaxtwp/wAP&#10;z78BTJ8sfn16nrw68AFIZ7aVZkBFyWdf6E/T8D/ivvrTcXBP9V5sb/n/AIp79qocj7etj065qxDk&#10;FQeQrekkEHjgXuPwbW/1uT76035+l7hrC4JvYH/H3vVTHp16tB9nXtZWy21aArISbFQUBZbm1v8A&#10;b/6598jquD9Lfg/X/Ef8T7qNNKdeA8uulCkFeCGP1H6RpFwxB/pa309+LW4P0I5IFiCfzz70FJ4d&#10;eGc/6v8AV/qHXSqXN783soJDA6D/AJsn8CwP1/H099gHVfngfU2sT/X3pmBWnCvXqeXXiARay6NQ&#10;PCuSikcA/i314/3v3xZbtxb8k2NiQT7sjELnrY4Y6yqbD0g21KArAMAQCeLn+n0/4374kenVazfg&#10;qTb/AF+Pdlbu0nI9D1alfs6yL9QpJZCeQ44tyQAGuffFUb6nk2N7m9vx/wAi92eReAwOvVU9ox1l&#10;9J4VQq3BWwK8fU8H/H+vvKRcf0H4/re/Bt7ZDDV03pNR1ljhJI/Vfi4uQbMLkW/w+nvoLcAf4D6f&#10;m3Fz7o0gUk9W0FzXpzgomk0kKf1cDTf82Atf/Ye5CQ8iw9Vz+OBx/h/xHsrub+i0Jxj/AA/6uPT0&#10;cWeHS1wu3paiVVWMs7XtZeAbfS/+x9ySgQgrcr9WItb/AAA/25P+39hya+MoKuaEcP8AOfswPtp6&#10;dKEUDiOhz2xs/wABikETPfRqbRwLrqK3F/r9f9v7jSOW4HpH1uf6jn/Y+0LShMn+X7Py/wBnpQq5&#10;BbI6HXDbcUGMgo114ul9R+raQLggC/0/4179rsLab/Um4HCk/Vjz/vftA0jsalqfn/gGOnKVGcdL&#10;mLB0iCMKqBlBCqVuTZbW13P/ABJ/w9wKupAQpfkXsBcC3JFvau2Sp10/y/b1qoAqepkGKY1Cev8A&#10;bBXV6SNSg2UC/wBbWt7RGUq20kh72bkKeP8AkXs5t4asFI/4r/P/AKuHSWSQ9DBt2ghibUY0RjEN&#10;BYaiGN7KD9Bz+f6W/PtB5OuuCpIv/vZP5J9nsMVAAtaf6vl0kLEinQp4XFBWEpFybH6CwF7kBSbe&#10;0z+5I40jg/Sxvb/b+1qkefVQa9LY+KGMlit1uSCLfi4Ht1go2FnJs3I/x+n9fetS048OrgilDx6T&#10;lZk1JMQQvH9WBvpFj+Aefc6KKRLhkuT+Qf8Ae7+9NIrZGD1oYPTRO8cpUpKdA+iWsPzexH+9n31K&#10;IVU+RuTxYD8/7f35WYioHD/V/q4de1ECnXqcVDSosIutyfWfoL2J+g/H+PtpYJzYG31GrgD+vPvZ&#10;zn19OtVz0p4jMAoYgsAEYrck83v/ALEe8EgEwVQ2gg2utwSRzc/8R7bYkHI/4rrY4HpwgBpy7ENI&#10;rc2f6Di1h+fcJ6eSO93JUHnjk3+n1/Pt7WQOt0p1MiqYZraYwr24ubAWPI95da2UWJIUfX6H/E39&#10;0jLV+fXqZqOuDxHk3UAk3PNxwOBY8/T3gcJYsArEj6Mfz9BYe7K0hbTw9evHPDrOlxYEuovYAc8X&#10;uST+OOfeVI3ZQSAV+o+gFvra3vbNRiPy6qB1geSIPYOwa3Km978ji/Fv949+YFdRKfi3H444sfdS&#10;pYY8unVApXrtGVioEnJNySbcjjkf7174Uxs5I44PBFiOebA+25FNKnI6q2TQnrPUEGNVJvYWJXkX&#10;txz7lTVVlCkgM3HPPFrXIPvaLUUPl1oAA06b4aIamkAbSPVYEct/sP6e2uWpKsBc8Hgci5/1h7eW&#10;MDj5/wCr/Vx68/HHTzDTeRLgLzwSfwB/yO3tsncyFpFH55AJ+l/boChaVp/q/wBXDqoAp0508Yj0&#10;RPYj6g2H+8n/AI17iiU2Klbnn88ixtyT7bJNO09VNeppiXVqvYAcgD/ere3Gln02DLccDn62Hthw&#10;48+rqx4dQaqnV7lCVa3+8/4X/wBt7dmMbKAW0hgOB+b83H59+Q0ND17z6ZCsgYlVLlWtyObrxb/i&#10;nvhAqK4Oi45NyODb8+9MWrp49V4HrJOxeE+vS1rHSeR+bfX3lqHiZwqoS39ogFQBa3J92jR+rr/S&#10;4dR6dZlRy0gVf7AY67t9bAH/AIj2w1arA8tlurEkPybX5/PszjJkoT003Hp5pXM6RDVZkADJ+m9u&#10;P6+2iaZLeMAtK30sOL/km3vbJivl1ShHDz6eYY31B2YCNR+fr9fp6vfKLzo6hx6eB+TYX4HtllHE&#10;Hq49OuUnhZW0/Xm9/wC1xf24rDfVJa9xxb6f7z7aU149Xp5npvklA0Rg2s3JN/p/gf6++DpwOPz9&#10;QRc88/7z7uMip61g9co5LNwfwbghrC30t76eLSqkt9fyPqo+o/31vejQ461g9ckmLFrITY/Q8KxJ&#10;sfp76CJGNRcuwBOn/jfupqSF62KDrkXdrhU0AkLq45942qhYsSFI5RQQTf8Apx70ExQ561qrx6yL&#10;TtcKoJB/WxuOPfCnaWd7yBdN7pawIN/rb3TUo6svlXrLOqxIdF7/ANr6m/8Ar+1FE6IUjYX9P0PA&#10;P9B79QMuvrZqOHSZnSUl2Vgo1G5HP+uT/wAa9yA6wn1RqjMQRf6gf1P19tFGYEjh1scOsDL5wAsr&#10;uFHIBIBJ4/HvOJFNzrJY3IsOLfm1vegpIpw6rXOOo7RlSLImkekn+0GB+t/adygeaN7KQb8AcWX6&#10;/T2uthQHqr1p0/45o4pEOsH02P59X04J9h5MlWtRbxm1+Cfz+b+1BXTk9MZ4dK9HjKXuLfX/AFvx&#10;7cKEzebSytfTb+luPpf22yluA6cUAjPWKcxiPVcWv9PqPr9bH3mmqaiBiouwPPBPA+n192EXDqrs&#10;Vz1jRIpBq4/p9B9f9b3Mo5HnIH0va5HAX/iT734ZBqePWkYkkdRqjTGpb+h/A+vPPtxNB5CWAuNJ&#10;BNuSf9f3pQfMUp1ZmoK9QPv1jCqWFyf+SR/T20yYiVyyhbAG4vz+b8H26E05HVQ1eHU8ZOAKrF78&#10;fj8XFvp7kpt55EvoIFxdrcH/AGB9+CMSK9bArx6iS56mhYqZVvb9Oocf6/viu1ZkF2HoB/K8G555&#10;920VOB/q/wBX59Uc6SP9R6xjctCx0rKpaxuoYXAH9VH+PuXTbflj9KR3JJ/1rf1FvdvCIFerK4Ip&#10;w6wT7jox6nmVVFvyBz9bG/8AxT3Ni2tW3LaLfW1jcj+n090eLgfXrbAnNem597YYXX7gE/nVwCfo&#10;fr/rfn2oaLaMjJqcEvxyR/vHPv0UJeiN/q/4qvVGoi0HSOzfaGLoJLeaPRpNwH9S8fWwP+9+3SDZ&#10;KO5eSy245A5PtY1sQMEdaDIMt0iMh3pQUqLHTq9S7eoLF6tI/wBqYXF/8L+1JR7WoqZNT8tbj6Af&#10;4+2fphroT1uSTStR0HOX7vy1fMYcfTusKkB2ZX8lyL2Cj8/Tn25RY2kiuxVQB+FsB9fofbrQopoP&#10;TqiSGmpukxUb93FX2jp2kJc/WbVcE/TxaDx/sR7y+DHMNJjUWNuAPz/U+9awp1cR1YsZMDqIa/e8&#10;ZaRauUh7soZn1WX6BIzcfn888f195BGkKaUAEX4/HtwtDJ3KPP7adNGBywNeHUP7nKVc+qtln+9N&#10;wACQGJ5JK8D6fm/+399qaUAWRL/1Yre/5J9tPMiV1HPy6dEI1ajnruSg3NUSOTWVfhIt4YRJpVV5&#10;C82LG3195J5UiTWXhX/EG554t70s6sKKeHl1swgmvULHYWqrK3wPS5OYXZX1hkj9P0/Ub8/7T+Pc&#10;b+JxqQplHNrkf4e07Tae48B5f6vXqiqFc9KL/RzJVqzLRMjKXt5CzEa7829ykrKaQMTIvN7C/wDx&#10;PuqXQc0H7ermEYYdM9dsfOUBgWGndgltXpuUseTpUcni/PtkqK+mikkCyW+v1a4seBb+vtQ05amr&#10;FPy/1cevFWUAj/V69CRiNo5SempjPCJPp6vEFcEcj1KB/vfuDFmY1LKBrAJ5H1/1xb2keQqxYGmB&#10;1ZVlOTw6V1TsNqmOEs3iYWBH4/5C+l/6e5FPugxylSh8f6R+Db8g+y6V2Y6gaHj+fSpFoPTqLX9P&#10;Y+sowr+OSc3Lsy6r3FgVAI5F+D7wZPdpKjQ1gf6Hj/W91Ryo4/b1oj1z1N2z0ziqORpJaVJHT9BZ&#10;F1A20EhSLWP+9e0XXbmmkQhJWsp5txYn8j2+r6cHz/y4/wBXl1Wg6FzF7FxtK4c0sYNl0kqCToF1&#10;B/437R9dm5FOvzMWJFhc3N+fbgAYY4f6v9npupBoOlzS4iBF0CGNVFx+kf0t/wAa9xP4tLMAxlKi&#10;wJAJ5JPIsPdAdJoR/q/z9Wr1K/h0CX0xIT+SQCRx9effGOukGt2d2NiVN+QbcWPvTCrgjrwIHWRq&#10;aMqqaFAFriw/21veB8vPHFI2pm/qzH9Vh9Bf2oVamvWicddCggLL6FGm9tIta/1+ntg/iAqCGlVk&#10;JJK3Jsf6e9lmFScjpqlDjqeqBBZf8Pr/AMV9vtJHO6Bo20x8W/FwB+PbYZW+3p7STnqLO0amzi7E&#10;f4G1/rc+3FqpKZHV3GplPA+oH+N/ewO4H069WmOohhM7KVXgMCCbC5DAjTb2zQo0kzzanKn6X+g/&#10;ofe5BrAA6oMdT2IRAukXA/HP+B4HuW9ZJAviILpblvrb/W91WPSupePVmbHWEQpK2r9JB+n9f9j7&#10;7o5xNIRrKt+B+OPp7o+D1ZTXHXKaPQt7ah+fr/seLe3pqYRxmYkSNY/Vrf6wNvbKMS2k46tTpv8A&#10;NqYRgFBxc2v+f6n2yz5EU4YXVSw4F7i/0t7UeGCajHVNVOOOpqU/ktquQL3J4PP+t7xU9fDMoWVm&#10;J0/m/H+tyP8AYe9EMpqOvVBx1zeBluUCgX/FuePz/sfc+esUQqkSlAv55NwOfr/X3eKhUg8T17NM&#10;dRkpyZS7kNe1gbAA3seD7bWnM1mupII+oubH/D/jXuknCjY60DnqYkYS+kG3+H0/rfj3gmyMcMyH&#10;RZFPOnhv6c29+ofDoD1YvTA65CG6nUeTf+vHtyp81HUFjGg4FiW/IH++PtoAg6PTr2qox1FeiAAJ&#10;Zjz9ASOfx9PceoMkxKxyWY/RR+P8Pb4ohq3VSCwx1njsoF1+l+Tb22SUFfGAksRKk3sg1KAfy3t0&#10;FSupTUdN+EeJ6yrPC5NnFxxzwf8AYA+5NKJYnjjJsEIbSotc39tyAsPt6cUU66cqwZgLnkX/AKW/&#10;3x9rSGGCsjtKoLaQOAC1/wA8e2VmMNF6vp1dJyd56eTVE1lvcgn0kfX/AH1/aZy+ARQdBZVJudfp&#10;Zjf8EfQe1aSRuK/8V00VA6c6LI+eyuFLf82zqA/wv/X2moYTTF4VlAtewH0sfyWPvRABr1oVOOnb&#10;hgDbg88+1dQV80FOFJUkD/OMQLg8Hgf4e0ugl6rwH+rj099vTXV0kU7+oNz9VFv9gf8AifbdkbSF&#10;pAiMzcGQcf4j/G3tSSdGf9X+r/Uemjg9SaYaAEBIVb2U8/T/AB990lBGY9bxmSQkfp4H+Fx+faQA&#10;s9X6cUCnXKWfSQAwUc3J+p/wF/cqcyw6QSyfjQyg2Fv9UPp7sIgVqOt6ipp1ijKSXIs3+1A/n33S&#10;VrmURq4b/W+v1vf/AI37YcacefXq1GOu5YF0lmX/AHn2oftzWaVmRgbfq/P+2P192ibSPXrQFRnp&#10;nknWk1NE6n68H9PAueR9P9j7iChWjkZUjPrvZyCSP8f8P9t7clQnvp1sDy6yx1oqkF5FuALopFib&#10;Xtf/AIge2eohqI5GkHB5YWb08fUXB/w9voqyYPH/AIr/AD9aYFTjpxjljZQBcjgG45/1yPcmiysq&#10;WWo1leV0k3U3/qp9tXEOnPXlehp1hmoopLmIIHuDrAGsEHixH09yZUWZhIin9WorGtxa9wSPz7Tv&#10;ISmkAY6seIp59eivENLv/ZsGc/X8W9qihgpq0JE6hXCEBgQApH11X9oBcPHhv9np9VqO/pgyL1FH&#10;5J4WLpe5RgTq/wCC2+nvlWUUVKCXkR1IsArcWH++/HtWjj4h5dNuETHUWirp6whVheNwSSXHJv8A&#10;X/H3Fx0KQu9QLgC/LH12+llHussizPT060oCrqrx6m5B5HhSnI1M34VbJybXc/6/+PuW85do0VZH&#10;VnsALEi5/wBU3uxKhCeFOtAamoeoUVIYw7lo0YISW5ANhb9K+3eroqWlpPKzv5QpYJpta/1v7S2h&#10;aeQ+X+Xp6SirjpmiyFZUVgp1hj8GrS0mvUL3t6V+ovwR7DWpyflqZEkDab2Cm9mN/pb2YkGOhTgO&#10;kYap6EOmoljgQr+si5Ycnn68+3WmwLVqR1TRFYrqSylVH9eR/X3Q3WoGPienhH5npuqsxDRSGDyX&#10;lsbRkFib8+5ddRmBNcTxMsYN9RIYG9uCPbYBfHWmBXI6w0NeJ2CyxyqzkfpUFbH6ah7itM1ZTGOW&#10;UBI1sQCpHHFgfr/re925MTaBmvV2pp1dSmgSCo80cV3k5JAYfjkn8e0gYK6oqXjo2Xwg+tZkYgqT&#10;zoK8X9q5XVR2nPTADHJ6eTJHHGry2B/qPx/t/anp41paUqriMkWk06T6rW+g5HtPCf1O7pw8Omyo&#10;/flX0BwGBTVcHT+eTx/j77/dEQkikMwA+joSBxx9f6e9sodyoweq6TSvXrxh9EqKhbn0sBc/T8W9&#10;x4K9ZldHa82phwAAtvra/to1jeh8urqAwqDw6zvTaSrLcJbkG92/xP8Aj7dcLQRyV0RE6BzIAyga&#10;bE/S5/Ptm8mOnVTPXkQM9Rw6b8pVPDRVF4XZBEW1XB+n+H4P559vm48Di6epSR4fKzaS8nkDoP8A&#10;kE+zOIySWCs3EDqlU8SnSH2juXJ5MVMeoRxQyOsMUlPJHIQG+utrA/Tjge8y7UwuSpIzT2imQBro&#10;BHra1yGP5/23stS6aMlJPP8A1f6v9VH3CUx1nq91ZrFVrfcU/npGYr6byPENX6vTzb3kpMfj9uTi&#10;aaII8dipLtpb/XAuD708ck61Hw+dOPr1VX8PI49dVGVrN0UMlNQyllqFdGtGoMdjYgFrEHn33k8o&#10;MpzS/RjzpIIHH0v78NCmh6ppZs8eu9v4F8HEEqzrK3szCxPNyT/sPbXRVf2kjw1QmI1KGZvQQPyE&#10;vx7ZmgdiJIv9X+qvVw6qNDdKSqp1q4g8DRKxU6Qg1gkDhmA/1vbrl4sW1E8opZo3sGR5dSl7i4YE&#10;WBH9Paq0DytR6HHW5AFA6TGKlzMORSA19PNFrcSRQaSIrH6Mr3YH8n2m8PkpRJ4GKyU1xeKTSRa1&#10;uFPvzReBJqjOk9NhtRp0rMzjoqmnaQKy1AU6Zo7o4NvrqH059y85gMfUzxV9NHHTtqViLiMM1r/5&#10;s8H/AGHtc1wJodEnEDj1rwgr1r0wbcy+RpUkoK+SSr0FxE+lpGRAbBXl/wBb8n3kgw2RAOQp5IXE&#10;IFwrsGA/xS3/ABPsv0xXD/Tef+HpwLoHiE9T6rceNp2joqtJ4/uWKq7Qhoi1voJL2B/1/Yd7gycW&#10;Srf4e9a1FXrICX5YHkGzC3ta6taQ+FKKimOkupJZKg06VONpY6aANAAYpFV0UCx0kXFifYiY3KHF&#10;0UCTrT1yKihpDEkinUBy1wSPZTFCzEyRsQQeFeljMRRek1l8QmXndRJVUTvcB45pIHuPqVMZF7/0&#10;549xq6kH39PkcfoCyAO2keldQu1xwB7Xs4vrakoowx/s9UH6b1HXPHTtS002Or5JZDFdI3kb1yqB&#10;YcgXJ9yqzNyKiylBK8S2Edr6ip+oHtkWR8IxJjrTSliGHWKjxUXmkAdkSZtRcELYMPoWFj7i57cL&#10;ZGlooo7QskcZljjDLcgXbUi8C/tRaA29u0Uma+f2/wA+qStrcN1wwe2IMXksjW+uY1ErmN5isjKo&#10;4AR2sbD+nuJDumphX7VkqIqbSdLIGdb/AJ0OCQP9Yn2jNssb604+fz6v4rHDjHTrPt6jqpPuJBDN&#10;UXWzSKo9Km4DAAH28U+YSWCJpqeSeKFi7u6lNSk8a3Frf697e0vhSlz4Rz6dO6sam6iT4lY5X8U6&#10;U7zp441jIYofyY0P1/x9vVBWYcrUyxT1MCyKw8crKyq+k20Sr+pf9ce/DxXuF8VRjzH+brwEaxn5&#10;9J3K0WcWGnhMNHVtHIh8kasjSJfkvCb6XA+ljb2F9Xk0pcxHFXNUClmmKxSJZg5P00n/AGPs9uY1&#10;8HxIQCKdMIVVtPr0vKWFmoFEIiWpEaizggI1v0uB/re1caOtiKALXSUkgJEjrqEaOOA6k3H9Qbey&#10;8Qo6+NCP2dXILNRsdMa5agd5IJpqCOujIVohIA7shuSnHP8Arf717j/weH/jqv67/wCd/tf1/X9f&#10;9p938GT0+f8Asda0j1+XWb+O/wDNmX9P/HNv0/8AJP8AvP8AvPv/1mMqoFyv+N/6f61veEJRz8Jx&#10;/q49d2s9bl6y8kX5tYX4vbji/vKrACw+n45/AH/Ivp72VpQtnrfUdgTc/RiRcjnm/wCfeNiFF7gg&#10;8D+tx9L+/Ag9nmOtceHWVVZjcD/jXH1A+vuI73vb62H44+v9fftPmeHW8Up1ORCoAP8Aj/hcEf77&#10;6e8JuW5/xB4+nu1AcDy611nB0KbD+hFr3PP9P+K++mX8/wC+4Fr+7da68raiATb6H63/AD9LH/e/&#10;fhcH888X/wAfz7317rpjcfgWt6Tz+P6e+f8AtrH6D6c/191IB+3rflTrgDyDydJuR9ePz/yP30Bz&#10;f/W/xtz9PegKih4/5uvDrk72vbkX/B4JIuTb3kC35At+P8Ofp9ffgtDXj/h69w+zrEZDYAn68/7B&#10;R7zLGzWAFv8AWBJ5/wAfejpHc3XscesJkUauRwD9T/jb3IWnW1mNj9Pxz/X34Nkny62D5jqK9S4I&#10;Ci97kD62Fj+P8feZIkUf7D+gNif8fx7b1gtQ469XrFJJI1vqTcfkgWB+vA/1vfiFUDkf7Am4H+Hv&#10;2up7vLrYqD9vXYDH8EEixJH5/HA/2Pv3mUD8XtfkAXtx78zVPy61TPXS0zH8E3/oSf8AX94TVgGx&#10;A/5GL+6PqZag8OtEdSo6Eg8r9frcfQ3uPceSqsbAi1jf/b3t70HYqRxr1sn06lx0A4Y24IsT/Qi1&#10;jf8A3r3w+7ub8n+g5/3j3VY6ih611lalVeBYWvyLC9h+ffE1BIP1ve1jx/jz7c0lQFXq3ljrpaZA&#10;12/pe4/qPcYytyCb8Em/5/x9+zTV/q/1f8V1rj1MWGP8KPqvItxfgDn8++vOSALkXFr2I/1vbTca&#10;nrR456yLTqPpbg3sP95H+v8A4+/NyPyfx/h/j7tQ8f5efWx1xUBSRYWHN+Lf4D/b+8BBBNr/ANT9&#10;f9j71jreCOpKkEC/+txY83t9PfFvzybWuPqB79w61hR1zHP+v9Px/vPvDyeDYnj/AHn/AFvezTB6&#10;0SD1zHH0/F7/AF/2F/8AkXvhZtVz9Afxb/Ye9Dhjr1RSg65nSB/tjYX/AD9Pp74SFjxY/X8D82vy&#10;fbipTj14UHXYK/UG3H5P4PFgPeIXH1P+x/4p7uQSMcevVNeufH4/17D6DjgW98xbgnn82FvxwL+7&#10;dbxTrGQbnn8WHJ+t7n34cmwBN7c2FrH3UqSanr3AZ65X0gfj63BJPP8Aj75eJufxzY/j/YEH/W97&#10;1ioUdaxwJ6x67fW/9f8Aibce+9H11c2+h+o+v149+8xXrfXtf+p/NuP944/3j31ove1gv9bC304+&#10;nvamh618uui3Avcn/En+vP1/23vmI+Aoufpf8fj82/4n3ulSKjr2KdcTJ9WuATf/AGPP4v77MIHP&#10;9B/T6e3Bwx1rrisvJH5J/wBf/Y8e8eglrX4/3x5HvZxjrR+XXMMACSBe3+2/wta3vrTbkqT+OD+f&#10;6+9Urmv+r59eA9Ovar8X4PNzz/vXvFpubm3+sL/8R78TUdeHWXUBwL2IFzf+vP5/4r7yhCOT9fwv&#10;1v8A0967qV/1f6v9WOrBc9cNQJt+P68fngj3kCni30/I/Fv6G3tuulq8evUoeuN/Ta3+xH9f9b3k&#10;Aa/psv8AX8cfi3tyikVPn14cMdYibA3BIuLH/ePqPfMHVYfU35t/X3TSwr6de+3rxso1Di30B/3o&#10;f8R75m1gxNrWt/sfdRXy49WPWP8AtaQLqTc/64+vHF/eJplP5HNwP6W+n197oQMjHXuHHrKsVrkX&#10;uPqAPz/h76Li17gHiwP+259uLQCgyOtVqa9cdB1c/Q3vz/X+h/P09xXlNyCRYf7a/wDxT3bSDTrR&#10;Pp1IROAfz+Pz/jcj+vvDqAuQbcC39ef8PdSKmlOHWgK9ZwD/AK97/X/W/rzz75IGYWB4/wBh+fr9&#10;Pbhp177OsbaVa5AJ/NufoePr7kQxKRck/wCFx/T6392oRXPWqVPUaWUggBfyfpyP9b3m1qvAsLA8&#10;j/ih/wCJ9+GBU9ex1iKM9r35IuPr/r8j3wepFv8AW/F/ftIJr1qtMDrklOR/sfz/ALG/9PcFqnVr&#10;N+L/AO8e9mMggdbr5dTVhtb/AFv9gD+PcOSY2JJBH+P1H9T7tx6ofTrOqLewFvzx/gPp7a5pRyCf&#10;9j/rc8e7KtOtE049SlH4A/3309tc04W9rm34/qL2v7scnppjmo6yhQPxz/t7cf19wzLI/wBDwf8A&#10;b/0v7sOtas165e8V2FyAbf4i3P0J/wAP9f35h1Y5x173kDMVAN/6fn6+/afPrwNOve+9LuQOR9LG&#10;17/159+FamnVWyxPXvfM0sh/BvwB+b/0+nu3AdbFRmnXVx/Uf7f319lISAUuPr9L/wCuOf8Ae/fv&#10;Lquevah/Uf7f3JTGM3Gki/Nufpfn3ZVBOet0FM9cGlVef6fn6e3GHEn6MvJvzb6+96Wr9nXusL1K&#10;LaxHPHt2hwosLqT/ALD/AHn/AF/eiKjA6uuOoUmSRT+oWP09Vv8AYe5i4MkW08kccfT35QQa+XWw&#10;tcnqM+XhUn1A2+tyLe5keADD9FyLXNvpb/X/AN69uaSevaCOoMu4IYzy4H14uB9OPx7mJt8k3KW/&#10;obXv/rj3bws04V62cChHUGTdEAU2kViBzdgBf8Ee32kwZXT+0ebHkcD/AF/+N+7eHQceHVSKZPSY&#10;yG7oPWBUJ6b/AKSTcW5sPyf9b8+1HTYYAA6AALcfTn34AAgHz4db0+uOg/ye9kGsCcMbm5BtpF7E&#10;C/t8ixa2U8W4Nvzb8i3unhqAQ2D/AC6uOHSAr99MsjBLkgNZgbjlfqf+N+5a48A2/A4+t7X/AK+7&#10;L4ajPHrRx0wz7vkkXUHKsQGvYgsQeB9L/wC3/HvOtLEoHADfT8fX+tvdjJQ46tQ0qemp81XVHqDs&#10;0Rcte9hbV6bHj/bf8R7zKkY9JAa1wTb2yzACp/1f5+vV1cOo7yV0rF1Z4zqDJaQXKsDcG5/pY8e+&#10;y0SqbWH+t9CB+b/8V9tyyaACM/5Pl1418+u6Slr6iZUqDI1ibA/UErwbfn6XHvE8iD/b8cD/AH3+&#10;8+0y3JI+f28f9X+odaNTgf6vt6f48TUAixJVbAizcEE3v/r8fX315UUfUE2+v0/1x7o0xP5f6vTq&#10;4UUz1lXEzOwNnAJVrBdQfSOLav8AefeE1acgkG3+Nrf7H/intNJIwyP9X+Tq6genT9TbfkIBRCgI&#10;C30hj9T6QBb/AGF/bXVTRgMRz/gf6W+v/E+0zXEpNK9XCg8OlziMQyqqspVrD1LqF/8AkH/D/Hn2&#10;n6mdHuQPUCOBz7sGkA49aH8Pl0uaCj8Rsb6SLDVYX+v0/p7gfckkjTbk/wC3/wAD72WZvhPXqdOx&#10;oUUBmuwsAQPzc3tb/iPeRWcAEEn8fT8f6/vXiMMdapmnXBoYXJBVeDf/ABva/wCP8Le8TSuxIJ/1&#10;vqP9t7axxPViqg5z1ISKNVXSg/HI/r+b/wCx98Hk9IUfQci31/1yPdhUGvmetUzXrIkN2N+OBfg2&#10;4/AP9ffiSwI/oP6/7yPdgK5PXifTrj6UYWsb88C9x/Tn3FdmXhvwLgjk2/rf3YKadnHrVa56mIEa&#10;3+J+g/r9LW/4ofcRjJKxIufwSfz/AK3t9U0ilOHWjjj1IBijFiQL/wCPAFr8399xpKRYAkm1/wDf&#10;fT34xmteHTbOB1080IBJIIHAPAv/AF59ucFK8liV/pc34t7sI/n17XUdMlXkooARqFuePqRY2It7&#10;fYMYzgArck/X/D/Y/n3tIW1j0p/q/Lj/AKqdeBpXpG5LdVNTRswlsQ30/pwQBx/xT290+DLjn6f0&#10;NiR/h7caEjKjrWuh6DvJdmUdKzB5V1C51AlLkc39X/En26Q4UIw9P0/PPP8Aj7dt7UotRkny9KeX&#10;TbGtD0H+b7fpJUkH3KKLEXLAG5uLj26pilbTdBx9LDn/AG/szS21cP8AV/q/LrTEUPQMZfulKEza&#10;asOGB9PkFlFrBGF/959ukGIQAXRfyfpY/wCsOPdmjRVoDU/5eqq1R0EGd76q5pW8U7oDYAawygD9&#10;RBuOT9P99f25RYyPULLyDzx9L8c+29Sxx5p1bJFCOgwy/c2SnD6ahlU3Om9yx5vbn/ebe58dClxZ&#10;VBH4tcm/9PbTXISoya/6v9X8urLGRWueguyHYORqGJarqGuT/bYi5FiPx9b+5SUcY545H1+hJ/wF&#10;vbDXr00j/Y62IxWpHSVqd2V1RqvI7W/1TEfTk3N/x+feUUyLyFBN/rz9Pzx7obqQ9tSB6fPqyqoN&#10;emeXO1UxIMsl7c/4m3FtX5P9T7yqigD0gki/AFh/t7e2Gkdjkkft/wBnq1B02y1tRIzAyMApsdRP&#10;JAvf0Amw+lvz7ykKR/rX+n0B/wAf+N+2wWr9vWq+VOonlkJW/H0BDAguAbnT9Tz9APfADk2PJux4&#10;DLe9gQL/AOx93Jx9n5H/AFeXW8nrt2uPUOFIReTG5IBcqSBzxx/h75Cw4tawA/re/wBBf/evdTU5&#10;rXrRJI64Prb83LEm1ipFuWbnkXvzYe/X5sbW/wBtz+QB/vPv1KrUcevYOf8AVTrwAILhSCv4B1ao&#10;xcKWb8c++gpXUf8AW4/w/qb8fX3skGg68TWnXbOJPGttXDXaykAjgr6efpxz9fr77Vgb3BsL82Nz&#10;/rD3VlIppPXjXFevMp1KSxYtchQ1gljcMxv/AEA+v/E++hp1LwRcFRe4Ng17W92o2k54Z/l17NMd&#10;dktocBrqrIzWYNYmMan1n62N7/48e+yFuBe3INgfwPxY/j34FqVp1rPHrgGfSzBdS6SFcgfU/ksL&#10;HVb8e+yV/SLMdQuPrY/6491AJOo4FP8AV/q+fW8+fXaK9rtdQEPqIKlgBY8Frm97cf69j77J/p/t&#10;+QP9f3oA+fWuuGgA/liSo5I1FdViLHj/AH3+x99XC/UE8Hnj+trc+90LY63Q9cijMbekXIYAhgrD&#10;QbEgXv8AT6/8R74SOAPwb/Wx/wAP8Pdo4yzdabA6k0yEuBqZbA/VTf8AVZQLcf0IP1I9xiwJNhxf&#10;/b/1HHtWEYDuP+r/AFf8V03QDp6SJgOTY2H0bUBzwbn34OLAADjn/Y+9GM6tRr14EHrpoubksC1w&#10;b/48C/8At/ciO1v6XHP9T/rWv7TSVqfP/V+XT1SRnppqV0kXtYMCOb3OrSRz+bf4j3zIFx9GP4v/&#10;AFH+PuoLU9OvDjSvUZSfoCQp06gFsPUQCCD9T/U/8j9+c8AL/Ufj62PP++/PvyKK1bh/sdaqK567&#10;W17uABpb1A+m7foNh/sRx9P8PfZY6W+oAHNyNX9eQL2PvWlSwPz/AC698h1wUD0hdB8jEAKG0aQ4&#10;J0k2uPpe9v6e+I45t6eRcfQm9zz/AK1ifdmyaA5/n14g8eu3Rjz6tZsBqW9gqfQA8cEED8++7j8C&#10;/wCqxAvfTxa3vWknifTr329eANrkgE6AdRICB7sCD9Dbm/vjexJuDYXb6lv9bj+n092IBFAPs638&#10;usltQC6GFzpX8IR/qiSL82/HvmfobfU/48X90HHPVR1hQfQW9K3IuLMQF5+vFybj3xBK/W7AfU/1&#10;AF/p/vHvZAc0GOrU8wOsmm7EqAlyqqjfhix4J+l/8Ppb3zuSef8AYW/PutAooOq0J6xkMb8gueBf&#10;SbFm4A4/r/sf9f31b62Fr8f7zzz72D69bzWnXL1BgjHUytchfy4UWA/pe30Itf3w1cAm1wbH8fTg&#10;nk8+76c0HA/6vy635165FPU1r2Zbqb67FrFRbT6Sfzx/vfvvUF+o4J/pxzyT/X3rSz8D14LU9drG&#10;znnSSLEgs30HpCXH0/r/ALf6X98TJYHTa9/68Ef1PvYiqaN1sA16yLE2oauFIAayljqNgR+f9cn/&#10;AHr30JCzAC1ybEfSxP0N/wA8e7eEFGeA/n1ulAa9cjEFVybhbEhwP1AAgggfSx4v+R9OPfesE2BY&#10;Af69/wCn1/3j3ooVHl1sKK5HXQisRqVDf625B5/WF/x+v595NQI9PP8Avr2HtnSynu63QV670ANY&#10;qVFjweQeLKWA54/3r8/04XUWJJ5v/vP9fdwGIKjrbVXiOs+hrAFSSNJNhe7DkEEf7H/Ye+25sPx9&#10;Dccn8fj3VBTj1Qv+XWVUJ/HHHFh9b82v77A/Frj/AGPN+T9fbbuPirT/AGOvKc0PU6no3Ygab3Yf&#10;ReLXtb/e/eQIGAuf6cf0ubfT/Y/T2jkuTHgef+r/ACf6vNwISc9KbH4NpmUMhPpHFvrz9Q3+xHuQ&#10;IfxwCbnT/UX+n+3+nsol3DJIzTFfn6/l8/PpQsfmcdCLi9pM4j8iFSSDoUCwS9hf/X/rf+nvkJAB&#10;6lUg88AW5sCOf959lE8jMe1iD8znz9OnynDTjoYsDteCBVkMQtdTdI/QbgAAN/rf0P8Are+ErEFt&#10;NxqA4vY3PqA/4gf4ey80ZQTmh+0eh/1cK9XC9C1h6FIG8ZRUBVGsLIyMLsoBe9iR9Pzb3CeYOLMB&#10;qA/H14J5JsPdGTwmJBIHz4f5fy+zPTynSKHh0IWMgaWNNIVxzYqORezXLG1jwARxc+2yor/GpAde&#10;R9LDUSB9AP8Ajf0PtVDaxucg/wCr1/yY4jqrMowB0+wY2qlkUqjHSbMRcBXvpNhzb83vf/D2jcpm&#10;VL6RJzcm4tc/04H+8f4ezq1tSorSgx/q/wBXn0leagJ4V6EfCbWbxiaSMu97Wa/oueSCwH+9e0pU&#10;ZMMGUueP97+tjf2brEB3gcekhYsa8el7RYCSNlKhSdX050gWsPp+R/jz7YpGinZiRquCeeT7UKxX&#10;tGOvEVINOlZFDNSogDkWYD8AcHj3xi8cQ+i3H4te35vb/ePemLE5qa/PrT6SaDrLKk1QLamAuLn9&#10;PP8AT3NExa5JCcf7G344HvSkBaHNevUFM9NMlIVYKgMhBYX/ALN/8D+fz74S1sY9IYnTa5LcA/0F&#10;/dgnr59ePXOnxc7HW0aLrLEDTyb/AJIH49xnl8xDLa3FweL2/N/9t7dApw6rTqVFT/bApKGP1KHn&#10;jWf0/wC2v7jyOXbSFs3N7/70PdBRRjh1ulOnKKIIgdnBUaWuotqubgkC3uE2oXPIKk34Fj/j78wz&#10;TrdKdOcbIwAXSQ4Fgbk/63PuJLWaUIBBIP5sOR/RfdyRUKR/q+3rRrXqbBQa212KqTf+t/6f0/1j&#10;b23yZJVsCb/Uf0HP9Pbixk/6v9X7evFgOPU+PGHk2sNVyOTaw594YK1nbSPpe1iRxzf6+7MhHHj1&#10;Wtes01EqKWAHC8AX5B4/H/Ffagp5hyCLi17fWxI/A9pmqeHTgXVnh0nqqmtYhjqJtdfTZB/Un3xq&#10;arxeuw0/ngCx/p72qMx0jrRoOGeu6SkSQFCDqP0sSdVz9T7YJsoiMWSQ3N/zyfybA/T28qGueqEi&#10;nSihxhKqroLL+P7P9LEn6/19x1r9ZDkm30Nzzb68W9uLFQU60Wr1IehCDQB9OQfxf6D3imrk1Ek3&#10;5tf6Wt9L+9shpp68COskFEVAAFrfRePqf6e8a1gLhQVKkC5t/X6ce66O3PW616zNS2UtYgg/S/I5&#10;5tb8++TLMx5FgSLEcG178Ae6sukZ6910jxD6G5W9wSODa359uECjQVN7hePrwb3vf22I6fF59aUe&#10;vUGqmOpWQ8avV/iLfT/kftxhl0kI3+pPJvx+Be3uugDPHq1anprqELqxUDlgLg8n+0be+RqWUiw4&#10;BufrZieDx7dKDBHXh8+sKUyyK12sSNIAtcfkcfX3Dnq3UsxHpJF/6AfT6/X3cJpNa9VJp1Ngo43V&#10;VBsVBt/ib3/HuMJ45eC2o345/wBj7ukhyW6qvCvUlqR4SNC2AuCR+bf6/vtoliClkBB/SbHg/n6e&#10;96y3n1cg0r1xSQyMyq5UryRcWIHI5PPvKgS4JFxbhf6/6490JK/PrWesb67FVJU/lvwP66Sf9f32&#10;wdbj9N+QD/S/097BU5p1s4HXAFW0kXcjjUObP+b/AO8e2yRipBDNZSePxf8A1/b4oAQOm606dEUN&#10;+pRcj63I4+o984vI6lvrq4seQotwfbTICdPVwa566kaNCF+gHII4JI+o9+jhlAayks31Nrgj8Dj3&#10;RkWuet0zjrt6mI29Q0gcWNjf6E8+409FIHB02v8AS9+G+o493pQfb1UD06zQV0Lq1muV+trH0j/H&#10;/eveenpZUu7G34AF/wA/n/D214es0pgdWxSnWOorYiAqck8k8cf2efakpaSZkSZr2tbgXPP0Pu7R&#10;1yB1omgp59JKtylJFNJSh0D8vdjYWA5H9Pcw46aSQNIAAf6fq/w960M1FUcPt6rqAWvTYM7RwRME&#10;kuwvYGwW/wCo/Q8+3qixlrXW4NwLgliD9bj/AGPtzwWOCMdeEynA6Rua3XHGjkSlGU3Yhl0A2ut+&#10;R/T26S7eSeIq0a+pSAVsGH+v7eghANanB6r4qk0PSD/0sR0VSGFRfQyF/IzMjD9JZR/T2g8ltKqh&#10;kJSMEDkkj+yTa1varwCwx+X+fptpEPwnoYtu9p4HLU6MtYCWIQhTe0gF2AJ9wIcDJrXUCG/1rFr/&#10;AOA9+ERUaSOrK400PSmqd20axNJHMrpzezkgf6x/r7knbE7TA6CY2uTdSRz7eSFqBqA/6v8AUOmm&#10;apr00/6QcUlOwNVGsqD6a1Vjb6Hn/W/p7fqDaMYdWIIJIP0t/wAi97aMZrx/1ft60klTQdITOduw&#10;0sLBbMACAdV9RN7Wsb2B+vtRS7dpwqrEguCP8Pp9f9v73FBC4Jc0p1p5Kkg9BxB25kBKZapisLkk&#10;HSSACbIPx9Pr/t/fOm2/RqQXGo/lSAf9bn3pkiRqf4c/6uPXlkYLw6i5btTOzIy0cJRHA8cyOUH1&#10;NyQ35Nv6e3uLEY+wLwpxY2C/X/XHtsuinFP29PAtp4DoNq/sDezt46Gql9SspmddTR/4pcG594ay&#10;loNNlhXTcAKvA/x97D0XPz/1f5umzG1dR6edsZjeLTBqnIyMzKHaRlLFgBwFsPz+be4ENLRxutlW&#10;xP0/p/t/dPFGkg+XV1zxHDpaZLJbiqYG8csiyaRpfmxtY30j6/S/t5ENEE1RhbW55AP9effhOjCh&#10;4/tH+odONUdBlJUb0NU0dVLKQ7EIyxsvJP1H+J/w98xPBGo0eMf0/wAL/j234yVpw6pQt+XWJ9t5&#10;nIMWrDVSq51MLkFiBwTcfT/W9stZlFRmvKqkH6r9TYfUW97kmamOHp+z160VC5p0Ju2+vonggJoi&#10;fRf9zgBmNrOv5+l/bZ/eCJTy+rm1j+kG3tMLhlq3+Xqq1ODnpaSdXCeIJFFHAdB9SoNbav1D6fU/&#10;T3jrNxw+GycE/UryLH6W9+S6bUW4jpzQSKdZ8T1UYqoSTtqCfoViAT+TcL9Le03JuQoSB9frweT/&#10;ALH35izmoOP+L6qqMGHQkQbFpSgDoGsbXdbgAnkBfr/j79/emd49AB0gm5vbgfT20GKmlePT5FTn&#10;rr/RziVqBU+JPLYAelTb8fT22S7jmYlvKQp4A5vcH/b+9NnB4f7H+oH/AFDqtOlDTbOx8KIopoyw&#10;+pKLwG+v4/Nv6+5qZmeaEB3YfQj8n6fW3tlCVcmvHqwXyPUWTbVBBPrip478hioAX+pufbHV5eeG&#10;S5kbm9gv9P8AWHt2RNS469Ty6UFDh6QxcQoALXNhcm31v/rce3iizyOqLKWN783t9Pw1/aCjxmiY&#10;6cUivTZkdtK5Z41jvxwVvq/2of4+4OSycJlAicrfmxP0N/atHdo+7j/h6q9K46l4vDyRRnzICAAF&#10;sLWH44P+2PvqlrwoIMg1E8C97n6H2mZ2Y1NerIcgHqRV4wPbTF6QLk2tptyP9tx741teRH/aDLzY&#10;c3vyfp7cjpSh4+X+rh1ok1oOu6THKJtXpKstm1ccjgD2y1VcslKCW9VvzqU/T36PDk0z1ojHTxDS&#10;eOXgek/0sRYe0nJkWRuXBQG1rn6n6f4+3WGo46pq0np3ES/05t9f+Ne+mlSpQvqIYAmxAAI/BHt8&#10;UAp1qoOevKpQ2A4P+ube81M8aKE0ljcWFrj22woKk9b48eunVm+nA5/1+ORb2+tBBLTNqGmRlsOL&#10;Nzze/wCfbUJCy0PDq+ntI6hGSRZFtYqCLm4tz/h7R1ZHURK6Fha4sP1Gx+ntbimMdMEZoOnFSG9Q&#10;9z6GkLwxl1seCGbkk3/px7StJxAPToXIr1weTSbDk/kf7z7V3opaML41LW+p/s/8FP8AX2xCTq49&#10;PFqDpocNPU6tRCj+z/qj+b/8R7TFTLd/VeNW1AkgE/7b2sPDPSelcdOsS2X+pH9D/T+vvBAVkfxi&#10;eVUP4AsD/sfdxQDrVBWh65SXALBUJH9efbxNjyaXVFJrVf8AVcMefoT9fdFdQxBPVmFfh6hpU2m0&#10;umkn+nI9tFOJadi5A1KbAarj62vz7rJWvyPVVqp6mNpkW1+Da/H4/wBj7eWqy0H9rWx5UX/pzwOL&#10;e21Ck1PVwwJ6iiGzn9OkD9Rsfofrf6+05kgXILDSLi9+Ln28CKY6oRnqYnAtxwfwb/4e/UvPDoxF&#10;rKf63P159tsc0B62OuRv+LD/AF/buJ9K6VKnjTZ/6Hj25GBx631GZLtcgi5uCPpcfT/jXuPYIC+l&#10;iT/TgG/Fwf8Aivusil26sO3NOsoN7AEC3+xI/wBh7hVNK05QKjXv9BzckW5J93B0p3dVarHrlqAB&#10;LMPr9TYe59HjJqdPUvLH6kX/ANhZb29trUvXq4Qrx6wPUR/pDf7yAP8Aefb7TwxxFG9NybE2+n+B&#10;Pu0lCvcc9apTHUCWR31KA1gL/Xlube32GnSTyXuUI4Ib82/px7TlqMKYHTgQsOmiepeNV/46D63X&#10;gA/i5/3nj20Nj3MrPqAj1G/4I/1/z7Ulhw9Om9NGoenFa1fGo0sZCoIFjyDx7VFN9vR0QkAGtv7R&#10;tYWH9PaVUWRiW4dKDRVoOkxWmrq68QX/AG0Bugv6jexufaVylUaudY0/c4P5I5Nvp7eXTGlW6YoG&#10;wOlRjqX7aEkjx88iw4t9L+0pNj5kmeUISR9dR+n+Fj7fJ1CgPVChU46eEmQqvP1+n5uP68e5VLTy&#10;VQLOrILkAeqzWHHA91RgG09epUZ64SyCK3IP5P0v9faixuCaqVxN5Ci/TTzxf/H21JMEei06ukWt&#10;c9M+QyyUgj0mMu5sA3HP1H09zJ8c2OKukpdPqI+PoeAGb3otFKDTB8+ttH4eQa9R6TI/fhleIo3+&#10;r+vP1YhfeVRTVsZE0Y1aTYhv7Q/PHtlZWR6HgetKQ2Ou5FnpWDU8lwGBdWXnSR6vaQnjix1cpjRn&#10;LSWPOr/X+v8Ah7enUGMSdUB0mnT7C7VEPqIBZfwLf7ax9ihhlpZ6Vpj+26jhWszmw40j2WpLV9Bx&#10;08V7ajpA7hatp6iNI0E0UhCsblES5/tn8/4+4+SUyxMyKUYggFuCf8fZnFIC2kmoHVTw644sGCVV&#10;kZW5DFYx6Vv/AFP+8f8AG/aYxdPLLVGOqHkjY6Rbg8Hmx9p7hzG3iR9WiPkc9K+umRKUvCwjdVY3&#10;a1hYfkf09v2S26lhJA/jRSbqw/oL/X8+1Edws0VHGeqMvdXpMY/cbiXw1CiV3/tIfp/W624/w9t1&#10;NGkLBJZOR+nRb1f1ufaK5QoCV8+rIQrZ8+lA0zTjVHGSPodfFgRcWB9uFRUtT2EKg8L+gAG31LE+&#10;2I4lYam6dkdiadQooROWMjstif1Fv6WsAb/T/D3BqpGqoS0jBR9Fs44P1AuOPr7ciJUlfP8A1eXT&#10;clep1PDHTSARqTcaiSp9Q/1Q/wBh7wURmUWbUABZSWVtVjwL+/FAr460FJXHHrLUmJhe4JvcizC3&#10;FybW/HuTAtSJi7uVUNdAvBADfUEn3t+8UXh1ZBpNTx6jytTiHSqgtpIN7keoX5H+298MjlqrUYyz&#10;eMXUsWGnj+p9qoIAoDKOmpGpnrDRY2lA16U8hNwNNiLj+yP6e05HD56kSzslgxc6WH0+tgfp7dua&#10;smleqRHzbPT4HEUWmNWJtYEj/YEn2JeNnoqilEUcjCZB+3CWHra3F/8AePZMgMT0fgfP5dLMSrRO&#10;PSDzEFfFVefxRtAxtJMF9UYJHqt+fz9PaYy9NXt5DLSVEKn6MF9Lc/VbX/2/sxhePVRW4/t/1f7H&#10;TDIwHT/i6nHlEENXBO62VlDgspP+qvYg/wCHuJQ46olp2AjfSAWax9Zt/r/X/YD2nDqs9D59bzor&#10;6dOFXXQQupaRASQq34A1fT274VlEcsFWixwXI1BLP/vPN/dLgOswMR6dT4M9NWWQusU9MWapUBlA&#10;clbcHkDj8fT3xradZQY8ZGJ0B+g9RUg/2j/T/X9vxyIp0saMf9X+r8umWVj8uuqOeeJRNlH8B03J&#10;uUj5HBCm549woJJad2p6xGgVxpK20WY8cH3d0KASrn/V/qz1XVQaepsqw1SLNSPHM6WIYEP6Rz/r&#10;+0/k8LNQuKiGQskxuuotfnngrx/re7ahOplHHz62w0nHThQ5GOpLwsumSHhxxa4+vB54/Pt/wEUt&#10;L/lB1awGf9xl+g+gQf4+0pVZnCkfL/i/l05UouodQM1IksLU9yVeyjxqSeeCSb/j3lratstKY43e&#10;mlDFTqBeM25H1t7MBJ4CeG4qKdMlQx1Hj1DoMemLiMhCVERAYFbJIL/jj6/7H3OpKPLUQ8k89oQb&#10;elzY8XDaTcey+SOKY0jz/q4dXWqCvGvWGfI4qrbwpDqqDz6o7FSGsbt9ePcqqE2bianHlZxHYEq3&#10;H4+q+34WS2GivH/N1pgzivTfEIMJKaxhDHG7kyetEJ5/obf71744rb1VFHJCpZWQHWWBuAvLW9sS&#10;xq8umuTw6srFV69ld24+KOKpezxNYJoIIZ3GlFuP6nj3gYQZGeTHsPF4eDUlSLvq41M//Ee3mD2Q&#10;0kaqjrVBKc4pw6nI8tNAmTQmTzAOtLdf0lbkKE4/2/vjk45hClKZNaoumNi11sPoSfd7V1iBZfPr&#10;TgkUbrrHPBLO9X4vHI7FpFKWe5NiNJFyR9PaPjxX2dYs09TIkrMpWNDxyb8m/t+akqCRcj16ooEb&#10;Aefl0pVrBPGwhjDKAVYkkAH/AFuPYhy4qbI0FPU63WOEMoYFNJYDgt7LLW5QMYG6UyR0Gr16RUmT&#10;gxOSqIPGhkqSHEfqBC3sdP8AX+vvHjZsphKOokdhUo7tr4VlWEkf6q/uwiR70SRGhXI9emy+mLSe&#10;vZqlw+5DT0tQjRH0PE2qSJjMvIsUI5Bv9fbBWbOoNyxyZjHyLHOmqSe9kIIPAU/Uj2r+s+pn+lnF&#10;G4V/LpvwUA8QY6ktuJ9stS4/KxvJDIyQUk8IaR2B+glv9CPbRHJV0RFF4RIeUDEqyyEHTwDz71JA&#10;tvwOOtqWchelSPt61RU6yFsGA5Vkvzyfx7fpsfm8bHT5KeBzRuU1IRYAM3I0r9PerdEu4H8A9y9a&#10;ZfDcBuB6YlzeAra+bBx1kByKxM/jVx5dA41hm/F/8fanrsfhKqkd6SrIqpYg0KlbRxSML+s/X6+9&#10;7deENovF4VB+fXpI1KHR0jo63ddFko1moIpMVHM33EqylqqaEGyeGOwAP9b/AF/HtA7exVfJXVVJ&#10;WVUElSqnx6lEcTqDxaQ/j3Xc3EcgKA6T6fPq0CDTRuI6EWvyNNBj461Y5TASpbxoWljBH1MYubj8&#10;8e3jL0c+MqBSxrTwxzRDU4ZfHrt6if63/wAPfkSsKznNevNQk+nTZhMpS5mnedWnleCZgqsjpIFB&#10;uosQCOP6+3rYxE9ZW4TISCeGqpnaMMgWIHTqGliORx9PZZfs1pLHdRHFaH7D+fTsNWUofLpl3+s0&#10;eGjzOORo6zHVMUwKammZFa0iaU/JBtf8e1FTbMpZ66opnmSipqeBnbxyAajY6SIWFv8Aevb9zOA6&#10;NHnXTh/q4dbRUCs0n7P9X+r8+kJV9nVtBt2HJxY6oytfNVeGOB4GVRY2ZHqYuVP4/SbE88e0vkKP&#10;BwTx0jVEFS9LJ+20UXq1argsh1f09qZ2khTwicN/LH5dVRl1agOHS729ktwZWiXJy42oxjVUQeWl&#10;qp45SgtwI3jCgg/g2B/wv7V2Xppslh6Srx3kWRdEUqoQHfSunlfp9PbG13UaK1rL5Go/P/V/qz16&#10;ZWLeIOB6QuPmjwm68jTZhonpqmNqqlkkF1hZiXZdf1+tx9PYYfwDO/0rf+B//KtL+j+v+t/j9PZ1&#10;41v6j9vSPwvn0K394sD/AMrWP/4AeX/gXT/7b9X1/wAPr7//12Vig5P14Jv/AIf4j3hIHKNTjjru&#10;4RXh1uVKjuDa4H4NuL3v9PeAuQTa9jfnkj6/091PcK9aHp1JESgAEAn6/gE298Ddh6v6/n+gH5Pu&#10;qgVp1vHl1lvo5Xkgfj8c/Ue+BF/oP+I/5H7sD5Hh14jrmCRY35/xsf8AEf63vwW1rfm1h/rjj34H&#10;TUnr2OvM2qw/px/sb/j3xIBNj/Tn3sMfPrxA49cwCBxwfpcn6n6ED32FF/rxa1vx/ibe7E0FT1Wn&#10;XC5seD/XVyP8B/xr33Zbjn/D+t/etY69SnXdnt+D/vH5/PvsrxqH0tb/AF/9Ye6a6mn59bPXEH6g&#10;/Qkf4WPvPEyAAv8A1/qP9b6H3rUTUDHVTXiOsE0b6rKP9iLkhf63H095WlXgqRa1h/t/8PdWZk+f&#10;+TrYqB1iSnL8MPr/ALD6i1iD7xmcn6f4+oXN/wAc+2w1GLDPW6eY6kijUWBP45H0/H9P969++5IS&#10;1xf/AA/p/Qe9ONTVPW9Pn15KVdX0JF73I/xsPeJ5jy3+Av8A4fiwHvQr8B60RQ9SUgQfQfU/g8f6&#10;4I94NTPc3v8An/iPeyQMDq3AdZgirayj8c/7z74H/b82/wAOfrx71mnVOufIP05tf+hsP6e4rFtR&#10;1fQC315+v49vKO37erfPqT6dNltcG/I44FyOPfNSARb/AG/+9X9+oFqa9aJ6xtqYfS/+Or6G1vof&#10;9b3kYsT+bfU/S1/ddS8R14UpTrgqjkEjUPpfkn/ffn3x+v8AZ+n+t+f8ffmJ4Hz/ANWOvGg65Kv5&#10;1f69iRY/4/n3z0mw/Fv6D/be2yVJI49aqDg9dBzyfrf+p/29vx7424sL/wCt/rfT3atCD1Y4/Prl&#10;wx5/w/3nn8e/Am5H+P8AvFvr70SNNeq/b12QQP1f4j/E3sbk+47k3P55tf8A42PdmC0FOvGtKeXW&#10;eO54N+Pxb/iLf7z7wf63P0+n097KVOMDrR4dZQ5+h/w/1/6++Nrc3+l7H/H3ZFIFT1scKddltXA/&#10;J/2PvwFmFrH+v0sP6XPtwd3yr17rgSLG9yR9PyT77ZRxf68/7z72pJNB17y69cj/AHv+n098NIJ5&#10;+hJNj9f9v72FpxGB1rhjrssfqDz9Cfwf6Gx99ogDWJt+fpb/AHn345Xt6310zX5P/En/AA95y2kW&#10;t/sbfX+l/bax51Dr3Hrh9bX/ANjyP9t79YMP9iDzfn8/n3bSQa+nWx6ddarXvf8A3jgXt+PfekC9&#10;7W97AJPz68Rnrovccc/Tm4/r/wAU/p75qAPoRyfr9f8Ab39+MlMEZ6qWp1jZWYA/2bfT6fX+nvlw&#10;OPqfofp+B+P9j7vq1Z9evDu6xfT8k25ta1r8H6+8Vxq4tcC5/H+3t79kDquRw6zAal5J+tueeD/v&#10;Pvg7C30BI5H9L2ufelNR8+tg16yBORybE88m9voPeO68k83sCB/xT3VW8qZ/Z1rhjz6yEG39APpf&#10;n/G3vjr5AsLAcf4X/p7dAGn06uKU69p/PN2N/wDbe8nkW1+Dfni39f6e66R17rjpb6c8D/EkH6fW&#10;/vG8h/B4+hta1vqfeworqHWq9cgvFjcHgi9zzf8APvAZwPz9P8fqPx9ffqHNevV6zCE8XI5/2499&#10;PVXUgn6fT/E/j8+9aADjrdeuxDY3+v1+tvz/ALf/AA9w5Km4Fj9Sfr/r+70p1X59Z1itY25t/rD+&#10;nvh9z+NRBAHA/wBtb3tVAGrrx9OuRj/2kf6/HvH9zqNjf8AH/efd6/wD7eq9d+K30t/re8y88m4t&#10;z/rn8e/FQR8+vZ64+5QkKD0i/wBPoL2H1960r14+vDrCU1Hn683H0+gsD/yL34T6Ceb3+gH4v9eP&#10;boU6RQcOvVx1waLX/QD/AI3Ye+LTsbknnj6/7z9feyqny68TXh12sWnj/ebcf09xpHYX4uTyPflA&#10;pSnWsces4A4544H+sB7wFjbVb8iwX68j+vvea06qzEGlOuVhxz/r/wBPr+PcR2PK/i3HP9fxce/U&#10;8x1XUeswFv8AXJN/r/xPtukV2J0g/wBL8fj/AB93AzjrRap6zggAXsOPx/r+8YpHJ5Un/H/eRf3b&#10;j8z1UDFevF1H595loWUWKkXtYkfj3oCmevAdcfKv4N/949yUxpYcj/bf4+95PDren16xGoCk3I/4&#10;pxz7zfwkjkA3P9f8Rx70OGOthRWnXD7tf6j3KixQBBK2+n+3t9PdtLE069T06wvWpY2bnnj/AA+l&#10;7e5j0MaW4u35AHuwU+Xn17VQUJ6jpVs1/oB+D/rj35aZmayxpx+Dz/sb+3QigZHTZkHXb1Kqp1SN&#10;z/jYf63+8e3mjpYXdYnURynkAgWI/wAG91Efn1ZWDCtOmaurZo43ljPkhHBYclT+Qw/Ht/jxEfHp&#10;4P8AQc+9hWpX/V/h/wBX+B1QCKnpKTbjI1LrBYWvc2t/X6i/+x9vEGMQkWTj6D+vHugV6Enz63pF&#10;cdJqu3ME1fuWKgk+q4N/9f8A33+9e3SDDqxBI/wIPP8Ar/X3c6FQ9bI6SVdvV4iVU8kmxFxcfW2r&#10;/ivuemNgTgKLjjj6k+/Bqp8+vAZ+XSdm3VXzEtdijc8kkAXsCL29yUooSfoAL8f42+nB97MopQ+n&#10;+rhx/b1v59NE+cyAW6SOx5J4HpBtyCLW/wARb3LWKKP8LYcW/PB901hjWp69QN0zS1eQn4LOGPI0&#10;my8i9xzf/D3kDIpNhcAD/bX59+aQ0BrkdaKkDPUQ0VROVDFgX1ahyb2AAFlA4+h99moUAXIH4P8A&#10;xQW9stKAx8+B68OOOuS7dllINpGZuCWChSByCb88XNvcZ8gqA8iwPNja9vz/AMa96MykA/6v9jqw&#10;APTxTbLklcao7ahwWQEAHkCxte39fcN8qjcXsAfrf8f4+07ysT4gP2/6vPrxHSpo9jeEaWDNqUgL&#10;oHBuLWt/re4j5fRb1cH83tx7a8WvxcetaRWg6fYdkRyAlYtJX821EN/Tn6j3HfLC31IJB/I+n+Hu&#10;jymbA6vTp2pdnrTuWMYIBVrW54+tyfcNsuSeGBtz/hwPbJUjt/n14KOB6fY9tQj1FLcBbBebX/43&#10;9ffH+JswILH/AF/9Y8C/vVaGvVh1m/u7ArKQgtcEi3N2PJA/33+t7xiscm9z9bHn6D23I1cHrfDq&#10;UmIhjFlUccg2AJ/oPeOWcsxN+CB+bcf4/wDGvbKgkU68MinU+ClWIDgXBIv9b882/wCN+2+SQE/n&#10;gWNvzf8AqfbgJFR1YA8enFIeATb63H5IseOPfrpc3F/8QLX44492CkDHVST10Q55DWF+OfxexHHv&#10;kzN+PSv5B54HH196Ioc5P+r/AFf8V1sAceukRDcXGo82HHq+pt/sfeFpP6Bj9L/61rfn3dYHbJ6q&#10;TQ56zAqvGpAfp/UfX6G3vCqu/wCkED+v1uL/AEPt7wjUg56qXC9dtNFGPURfkgDnn8/T/ifcyKkl&#10;dl4uCbg/0I/B92CECo49aMgpq6bajJ08QYFgLA3UFeb83U8e3VMWXU3FrC/5+v1PPtyOMcWGT1TW&#10;CK9Jqr3RHA6hJBa9gQRawNibj6f7H3yTENccW+n1H1/pf2oMRz8+m3avDqHLvKlCEmVSbn6H+n1N&#10;z/xHtzhwtz6l+p54/H4Puyx4FBw6r+GvE9JXIdgU8Ia0yqArEev/AFja49qCjwYBFkvz+f8AD8e7&#10;GBsHratVadA/uXuWio0k81XGAqnSVcEg6NXFuePpe1vakp8MFsNH1A5/4r7cWMEVby61qZui57m7&#10;3gu5hq9RJJAuPp+V1H8E/wBPbtDjFFyFP4txYA/1Nv8Aefb1YkIViPn1YAgUPQA57ubIVC6VmSxJ&#10;HJvwebH/AFj9B+fbilGgtxxxc2/2F/bZnRAaAfL/AFf4et6KnoKsn2FlKtm/yp1BuAA5tYjgc/0+&#10;vHuStNEL3F/yDbjn8W9tNdTY0Y6c8OtK9JGr3LX1BGqoZr/gsWPHBPP+w+v+HvMIlBsFAH0DEfU2&#10;v9D/AIe2GlkIqT+Xpn/V/l6toQcemiTJ1DAkzE8ait/0qWtY2/F/r+feUJbkH6gjlfrc/wBPbReu&#10;P8vXu0cOm+SrZ7h2JtfV6iWUAG3P+2t78gUfi1/62IGo2sD7s5Y+fXiTx6wzSSEAl7gc+k6S+gEh&#10;2Vrf69/fL6gi34sBY2/339PbfA1HWuuBNmX1E2JJcMATze1j+OeTfn30BbSBe3N78WBP+PP+8e7E&#10;6qk8f9X5deJByePXi+oyOdGvjRpIOplFja1h/jyb8D34EEn8Ec/05/JI/wBj78Rj1/1f7HXqU67d&#10;SADy4YckAtdCLqAT/XSeCf8Abe+dgbjkcWI+n+F7f1PuhYih60K8esYLKQxK6QwZSTe1zwpJJ4B+&#10;o/2PvsmxHBv/AFAt/sf8PeqVBqcdbp6ddKvAKuv7ZJbUdYLcALYHm9v9v/S/vo2ItyfwLfUH+oH+&#10;Av72Kg/6qf6j1rzr12NQe9gv6ifypS97Hj6E2AP+3PvhYf2SBb6KCOSR/if9b3cE17vPz+XW6mue&#10;smpgwLBjqHqcqxIUH62Uci9/8Px77JsPWB/j/T/efx71Sp7OteeOuAGpg0TEkfpv+r/bIB6v+INi&#10;ffMAKAPra39Ppbj6e6kliT145yeuLszXZiFL+ogfXg2fSL8/1/2Hvgbni31NrqAf8Rz9ePexQZrw&#10;68KddgKOQf0qLK+oAXsCAp4N/ofyR+Pfd9J5vc2N+P8AX+g/23v1NQxwHW/LHXLlhcDgAgAs/Fxa&#10;+sk/W1wPx/j77HBP5JIubCwFvrxwPr78a0HkOtHh1xf1ItzYANpS9tVyFPBNzz9fxx76FlJBI+l7&#10;fnhrkn341YVHXjUjrx1ut1Vrg6STcAAqFCix5vbnn88++j6gwIuCtrfS1v6/097HaQR1vgQeux6G&#10;RtRDB9RYXb9XHot9bWI/r/gfeOW3BtZv6c8fS4H49uw1yPLrR+HqXSatRAbUvH0IIY3Olmvz9OP8&#10;fr7jki/1/wCRfQe1SqSMdNE+R6f41Oni1yOL2HNv959+UAD/AF/+K+/MSx61Qjh15ze3B/oeOf8A&#10;XF/6e8sbWB445tz/AEH49p5FDNx9OnkHTVVx3tyBcoCQAwHrF7j6e8wa9m/w5t9PrzZv8PbOkDs/&#10;1fs6sRk16bWX1OjDkuxUk8/pFtSf7URb6X/1vfjy2ki3P4I4A55/rzz72MLqB68BQVHXagJHrVlb&#10;06SGU2JY2Ci54Gk2FuD+ffV+Slhf/Emx4H5F+ffqCgev7P8ANjr3Du67+gWbWdNyvpCkqS5HKnSL&#10;f43+vvm7cWBsBwT/AK31Fh/h7oqmtTnrQr1wRbnUQDcagoHpIP0YFjzzwefeP0/RQLkG/wDUg/2i&#10;Sfbg1Uq3AU/l1s1Iz1ls/wCpywVNFuLgMo5SyhrAXuSB77DWtf62Fhckk2vcr9f9jb3orWtOH+Tr&#10;wGKddaSVaxIAdiTZQAhNrK97H/Wv/h75FwOLX+n0A+pPCn3Xw6itaf6uPXgCeuKoxC8j6tcMSPSt&#10;vUth9CfwTx/X34vYgW/234NuBYe/BBStevAE9dCPUCdQubW1KdLKD6jY/wC39+Lc/wBbCx/NhYWv&#10;71px9vXhXrtQ5A5PqsRcfqIY3sCfx78rX40kH/Yfm/1/3v35kUcerVIzx65WdWuH1/qUccj6E6dI&#10;vb8f7b/H3xIDcfkkkm5/B/x+v9Pd1YrkcOtAt1yQuvIJ0lbWIAF2FjewuP6j36yadNxfk/W9z71q&#10;k1auvVYnh12DIWDaWB9I/Asv0vxc3/1z74/o4C8kE8Xtz7tlwTXrYFeuWlnuzNdbrYEDn+pBB/x/&#10;5H76Fxf0j/YgcHgcn+nvbUNKHrxNME9ZSPqLtwP8fpybgHm5N/p/sB75C9rFTdySb/QH3RiCQa8O&#10;vHh1yC/63AAB/U1vqAD+f8ffNCbci3JueOTb6+6OATg9aAI6yCI3sBwOP8Bx9PfiSBc8j/jduAfb&#10;dVOF49eNR3HqfDSMzKSLfS9yeAPr9P8AiffMci5HBH5/BHNv9f2meQIaVzX/AA/5OrIhPcelFR4h&#10;5bFUc8gXClrkfUgfX/C/+8e+a2/rbg83A/wNz7L57nSMf6v9X29PRxjy49LjFbVmqXFoySv14t9b&#10;ekn+v595VkRDbV9AbE2/rfj2UXEkkg1Hzp6+nShVpnoU8JtILKLRM2lQdQXUVufSot9Pre4/3gX9&#10;43qkD6ibjiwA+vHqBH1/437R6W06Rx+39hr/AKsdOilKdCfjdryFQfDa1iGK629SWHp4/HFtXvB9&#10;/Gp9RBGq5H4v9Dqv/vv+JTPC7ZXjT8/y/wBX+w4ujz49CHj9utHEEMTAXsjFLooAu0vj/H+HvhNk&#10;oVVm9IAFwC9uf6nj6f09sJbyk6DX8h/gz/s/b14Hy6VFNgZZGQolw1hdk5Ktfg2/4m4/1re0ZXZs&#10;Bms9vzYG2rV/Q+zdbaqaQPkDxIp/q/1Y6o8mnhnoUtu7O0Oksqu37mp1Ppj1MQWWw5N/9b/ifaRq&#10;8szaiHJKm4Utfn+tr/6/tZFCQQtOPn/q/wBXDphpSMnoVaHbcERBaJUV150rbVxYcn/e/wDintH1&#10;le7uzaub/T/G/wDX2cQxAKE6SudWR0t6PHRRRooQBQtiTa5FhYm4/HtoapZy+o/48k34/wBf2sII&#10;GilOtAACvTvHSrGI2C3uOSAPybGx9yKap9JJJA+hIH1Fj9PbDLQ0PXuPHrDV0mojSoJ+tmP0J4BJ&#10;/p/sPfUlSt7q3H+H1B/P+29uhCR9nXuuMNIQGVluSDxyAV/r7iVGSI+h1fUE/WxH55/4n3ZIw2Ot&#10;VIFeptPjBxcBeQRf8j8fT3AFYz/2j6jf+n+Ht8RgmnWqnj1ONGsY4UWX68X/AOhj7coJ39P4BPJu&#10;Rex5sD7YcFePWzxqOm2enjbUNN2A4Fr2NuORz/U+3BmjILavxe/5v/hb22qkmp/2Or/Cvqem1VlU&#10;rGqf2gv0P6fob3/p/T2yVVb6vGlxYXuPrx9Pb6JTJHVK9P1JQWTyMR/rH6C55/3r2xzTOzghuLm/&#10;/E8+3FQVOOqlj0/RRqicix44/H+At7xTwGREcEWW2qw/3n+vt5CV+3rXxcOuUU6q7IQbm+k3B+n1&#10;H9PfOmRVOoMbE8m3J4tf3slD8XXqEY64VDuylbAkjgfQcm/Pt1gqxGxuTptwSQbC9/aVl1v2+X+r&#10;/V/h6uuB02T0ZaNRxqJvYCx44PP/ABHuDlsgNJKng3088XA+p/HtRDDTLeXHrTGnDqVjKEoQGFv6&#10;kjkg/ge0XJX/ALhDck3sQOLH+n+8+3mFKH16YZxXPSmWEWA+gH0/rb3ypppGb6kgm4B/x/N/p7bf&#10;VheHXqnr0iKBzzb/AFhx/S3+8e3N0dgpdQF/3n/C593olOrV8+oqsoZgGuf9ew/2A95IlOrSv+B/&#10;Fre/OgoOt0z1wZxpLEX+o/qf9t7UFMJJAUKgi3A+pXj6+0si6SKefTgPl0zTvHHZwSP1E/4m/P19&#10;uccSpZdNwOb/AOP+sfbBrxr1Y6a0HTZJMZNTarH+g5Fh9Pc+OBCb2uxFxccD/ffn34hivXjgU6a5&#10;atlFtVkB5te5/HFvfGakLoCPoOLWtYj+o9vxqanUcdU64RZJEk0qBqJBDGxJH4sfyfcGajNhqtpP&#10;9R/vXuuryPDrRIOOnWCtUlvGfWOCARa/5v8A70B+fx7hrSJBLq8ZI/sk3v8A7z7dAYjHXsDqU1a1&#10;RFo8oVgfWF/oP8R/sPbpHGZQbrddNiD9f+QT78FeuMdV8UKePTPNOsLD9w6i31A/P19V/wAe5dPj&#10;47F1W5B/235+nuxTTh/9X+rj1syafLPTZV5t76Gk0ra1xpF7cGx/x986jHvUKNKXcFR+RcAH24kS&#10;6ajHWg9RU9RoM9DRSaZpQImuQ1w2gtbhj9P9iD7a5sRLawiYP9ORwCP6+9pEVqWz1okcenyDctG5&#10;FqqJkPIs41FfzwPpx9PeWlxUyGzL/gbC63/r/wAU928InI/1fLpsua1HDqPXbioyDpkubXFjZwP8&#10;Pp/vftQUuElc6iikC1gvBH5v7uLdnNG4dWMoXy6D/MdhYugQqako5Y6mch1uBY8LwD/sfbn/AHcE&#10;gvIutrWCkfQD6fX24bcZp5dV8YGgHE9Itu3aamkVEl8cBvrluPU1+b6f97N/fFdtRqR6eR9UY3A/&#10;xAPugiYNUCn5deLtwHUxu24ZIzpm1KwOiZbi9j+l/wCn+v7eYcUIl1OBpAFgB9fx7cSJf9X+r/V8&#10;utNINNPPpA5PsM1k3go2kaZncM7FrRE8m1h9f8Pr75GKmhUsxW3+NuLf4+7vElcY/wBX+rz8+mCx&#10;OOsdLldwZCSOKJJiTYsBqLEGwLWH0+v9PeGCtpVk06xyfqL2A/r70KAEUr+zqyKwavTpl9uZyqpP&#10;KsZRlsWQklnP00/Uc/k2/wBf28JkYBwCD6f1E8f0+nvS6dVf9X+r7OnPDrkjPQW12w8zUKzuzIxf&#10;QEQWe97/AF/1vrcf159tldWL5AQQQRZgLEgfXj2pE0YipTh+wnpt4mPcB0tNpbQq6emeOV2V1YFJ&#10;RqFzYLZ+ADb8H3ASWncjxRMXP6iVCqADzyfdWnQnNP59eEchyelpJjcxAjLWVqLTqNMSI/kaRiOB&#10;ZLf7Di3ud93HCoCqh5sxvfm34PtvxqHJp6dW8PPcek4ds1mTkZ5palR/YVUKcfQlv+N/7b6+8EuY&#10;hitZlB44BA5P+A9ttOWHH/V/qH+by6cSMAUHU+j63qKmRzNFO9/0s5Zgiq39kt/Ue4tTnIURWMi6&#10;jzw1ufacTUGeHTgVV6UOL62kaaVVp2CAhE8i/q/re/49wDuuCMAJZjY8m30H4J9sGViCxJ/w163Q&#10;Dj0oR1J9zIDMEVAy2RQRYk34+l/cOTethp4Bb9IH4H4+v9PadmcmoH+r/V/g62enyl6bxqnUwchV&#10;UNcmxIPJ5/r9SfcCbcjzIdLC/Lcn6n/A39vRSMp7jx/1cOt+Xp0oIOv6CldCISVUBAVCiw+n9P8A&#10;b+2xdyz6vGRdueb34P8AiPdWOkE149e09Pr7KoHAcIABpNgoA1KLf77j3Ph3BNGhV5LseWF7hQT7&#10;aoT3r59bdainUCq2dj6iVT9ulo76CVAN7cm3+9e838VMl2Erj/AnT/jwD7vr7aHPXlXrAu2oYGCm&#10;miN7i+jU1h6Rc/T2xVteZtQEhP8AtVzf+t/dg5J7h/s/LrzKhz0p8dilpVQCJVUD9AAIAt+f+K+2&#10;TzMoJMwJAJ5JLD+n/Gve6asdU0gZHSg8SmwWHSPpcDgn8/4/6/vD/FlZDGP1fQk/0HB5P+9+96Ag&#10;o3+r/Y69qpx67/h37nlve9+Lfg/Tge8MlUZxZTwBywvybc+7cBQ46tk9SI6dYiTyeTYEfS5/p/vP&#10;vC1bJGFUi1jeyD6j/XP+391PA160DnrIKdGYt9SRYlj9P9a3vgkivqlY6WH0UkKPrfge61LY6tXr&#10;mUKaUAJB/P1sLX/PtwSuAjszgOQAPULW/wAf6e6FSrfL/V/qz9vVkagz1Eek1sCq3H545/r9f9b8&#10;+4EtXI5smlmH0Y/QkH/fc+7eVOqE1PUuOnRBckgfQgf0/wAAPeKSodIeQQ9uWUD8n6D2yVJqetio&#10;6ypGpccgre9ifcD7jzclruBY6j/t/wDiPfkJHxYHVa56z+ML+kcEngcWv7caAliJLkBTck3ubcce&#10;6vxp1cGmOsE4FtP1JGni3F/6/wCx9urTmS4AFrL9WP45Av8An/b+6oMg9e456hCFY7G/5P0A+p/P&#10;tsqmBGkixPFhY/4+1iximB1StDjqTFf9QP5vc3H+HtPTU3lcqL2ve3HNuLH3VseXXgATU9TgwsOb&#10;/wCt7cKbHr49TsE9NtJBv/r3/wB59110YDq+gEYPWGSbSbKL/Q395IWjhOk2uLjWeDx+R7eOmnHq&#10;nA9cXDvyB9bG35/1j/re3QzAwEqrEhDdv7Nv8D7ZQDVQdOZK/Z1F8ZEtyQLnhb2N7e0RWyTtU3v+&#10;2ptcm1ufqP8Aifal/gCjpg8enNQAot/Qe1Hi6uKYJG2k6QfUOSf+Ke0hiKkD/V/q/l06rUWg6i1C&#10;sFLqST/qfcuuqg3oQsSLi3H+sPp7cEWkeWeqhiePDrFTxEeo/mxP/Gr+2lWWd1SVPpwObm/vTOVx&#10;1dKVHUsgopZSB+f8Pc2SKKNwsdgTwBwFX8/X27qGkHh1plzjrCrMwYtcjn/XPNhx7dKOaOnjIlKy&#10;MT+kgsABzxf2mIq5b/VXrwNB1EqY3l06CUAv6hxz7zPTxVUsfj0oGsWuvK3+l/dzIUXPH/V/qPW8&#10;EdY1keBH13fTfSb8kj/X9+fFtCW0twwvwLn/AFg3097V1bjx/Lr2mmadcEyCSgem1jY6jp+v1/Ht&#10;knojKH1xjRfi9r/Xi4HtxiF48OtNnjx6cUmUWAYk/wBAOOP8fcX7aWHSqRjT/qj9FUfTn3TQD3L1&#10;qh8us3kVr3Nrfgfm/HvONakkRo5UWNz9P9Yn3YKTknrwPXE6Txdhc3Fufc+AxSxsGPq+lj+kH+n+&#10;PtssQ9eI63xrXqPIHQjSDa5v/Uj/AA98SkUMsZeSMC99DMt7f1AH0/2Pt11JTV1ZSimp68GZ1ZVV&#10;rgcHT/vHtSRVMEkeiMx2I/Ve4tb/AAv7TRtperdOuwK46ZZ6aYPrbXwRZQLcg3/Ptpl1xN6V1Czc&#10;6eL/ANefawgNnpJroaHqfEVcWYlTxxq/H5B98qeumiViLhjwV5/STyRf6e0E8bF/OnTgYnHWSSlh&#10;l0hlUgc3P5Nri/v1U7v4pEdgjW1C55I5Nxf36OUmMj/V6f6sdWK5z16GJFLo6qWW9jb6D8D3OQzy&#10;xmFUEgVDqNwdPF73P+9e6xyBH48afn1ahIx1FmjhjcTsxjOuwsCCT/Tj2kJDNDVM7FldGOkf2FAP&#10;F/aqVQy6h5dNAlWx09R+N47CxDD1f1P+w9vc8sE1FeUapmH1DWa/+v7pCxHHpxzUUPUFIpUqbJcR&#10;fUqVBBvx+PcPFXjqEi/3VqB9R1Hk8296lcipHVE49Z6tQ8Ln+3pPAv8A7Dn2vpqgw02un0BEuGCN&#10;ZmuPrb2zGVlbT59KZMLUdIuOk11Wmr8jPJyjMl0XSbgah7TiZJ6iQpNpCEafX/ZF+Bb3uSMx9yZ6&#10;aVgwq3SjFDFEgMQZWXn0cFm98ZAkcuqGQiwBAt6eP6Ee7rSShbB6rRVFVPXJDI0WmWO4N/ybn/XH&#10;vBJQtkDraEmRSLMoOmw4uR/U/X3YydvhV68qF+PXJaiOjUAyhYze4Yi+on8e33E07Uo8XkU6wQQA&#10;x0t9Of8AintE66X1EdPLXSVHl01ZSeOqi1BGOhgyklfUP9pJ49qDH0j1lUYpijQKbEg6gBYkgqPp&#10;/T21NLJHTw+Pn/q/n16FKkswx0n8lVwUNAZ4w61JX9tSAhLngFXPHB9qGTB4yjcTwMVYIzBfS0f0&#10;vax/Pt1ZTLQSDOK/6vTrblVPaOg+g3Tn8hHJTTRJLCZfEJLyLPw1i1xx/rAe0zkMjG5aNmZbALYc&#10;hiP8P+Ke1T0Q0UDpsyAtwHS4wuGkiRJrB9bF7sTqQMCSt/8AA/19pOplSOZGQMRq4FrA8/n3px4k&#10;dD1o9rY6XNKjlCHKg2+oJuLfQ+5tVeaBX0CJig+mptXPFz7pDTTT063IT1Dg/ZqHXWZhrJAOkaB/&#10;rD37H0ytH+9EPGvLSXBX/Yg83PvXcXCr1s/2dW66yNU0RPhk/eYWSMggk24sRcWH594HqIqWaSVD&#10;ohAOkcFW0ni97+1U0OsAenTQl0H7eucMctRAkUw1zNbWfUrLqFzYi1/fCprUeETO5S/OlFGkj8kW&#10;9sRJ3UHD/N/s9eZs56zwUrRyGNVDgfQuzFl/w5/3j2m/u6eolNKJl/d/Urkn6/0+ntXJKYVqOqga&#10;8dOqwlbPp9SjgqQD7dDTUtCIk8TFH5EgW6gHn9X096VzKhYfn1uhjIFMdQhLPUM5V1VkNgmqx9P0&#10;uB/xHt5pIJKaWGWBxPEzhisR/cXjnX/hz7S3CRyx1U0OP9X29XjVtVa9N01WsqTQ1MbU7qrgPMt4&#10;nF7XQj6+1lW+uBamQgKiXMQJYfT+0P6+01rBVtKmh6dkcBqJ0hqWfw1TUaRs5lkYLOQq2JN7If8A&#10;evaUoc3SLUNE/khViQo0+liDY6faqa2AINK/PpgMGqOlbW4mskpwyNHM6gE3JBA+vI+n19s+YzaU&#10;spSKIyxs9y1iBbV/a59uC3FNQ6oZKNTpzxmPd4UadikgW1lIOnj8H28YjNpKiNTxRxMBeQgixH9G&#10;t/xX2gaAs5rx8v8AV/sdKfEULU9QcpibqRNNLNGeEBJOk/gr7zZZoK1RLFMplX9cRRXU2/KsefZh&#10;BIoj8GYU6TtpLah1BxMFVj5GR4bwH9EwkKuL8WZLW/1v969xaPMU9RE+Mq0jIjWyCwuG/wAf6e2f&#10;Cktmqhwerq4bB6m1uIlWdcpRSSLMSNfJ0un1tpH1943VYrxKpENvqDpYf6nTq9+YaTqHn15jmnUq&#10;JzMokYgzLwbglT/XVbj+vtlr5fttUx+40gDS1h9b8epfrx7dNJI6jNOqHtyenKlGoeP9m5J1KpPA&#10;H+0n2rsBmoJ444NQbXY+sK6lhxpcNex9ksjmJi3+oDpQveKJ0nM9gzMTULdTGum8bvFJa97o6W/3&#10;v2sZnlxniKhB5Lv+2FCC4/Isfam2iN1GZBmhH8s+v+r/AA6JZToPCnQdEUuYlqKabyaYh4yJi+tu&#10;bXRwRz/vXtFU+5qmLcMFK5VoaiYCdHJA8bNY6R/Xn8+3N0haCATRGjDP7OmoTWXSeHS9/utjanAu&#10;hh9cdM4gdbFg6pdSWIN+faw3PhoYZRPEYkp3USr9RI2oXC3Fv979rNvuE3GzDP8AFSh/LrTKUkIP&#10;DoMtl7hroparF1cdVLWUlTJT67BqZVB4ZQ3PCkf2fz7Dery881YKGqAhpo1UIY1F/TwLg/W/u9xC&#10;IIgIuB68rF2oR0MeOxVPDE1fBearnZndpZGI9R5C24Uc/T2/Vm3psriPvMdGamaNBpS5jluo/p/T&#10;2xY3cTareU09K9WmiZu5Ok5JuenwOcjo8rIKSnqnIE1g9NrdvQGf+ySeOePap2ZT1oxk9PlaYoix&#10;6I0mIsX+hNm54/w9kM6adxBhbFc06fqFh7z0nuw8jRj7OqxVSr1fnUmSmXySKhH0DrwL/wBD7gzV&#10;VHj5J6V0h8U+pFjcsVBY24J4+v8AQ+zRYWScXCk/PpjUCpU9TYKeuzWPpqgSzrU0xjkNQuhH/bFy&#10;Sq/4f4W59wqTIRU8U9FDTaAo1HQBc6jcaXvc/wBPbs3a4nQ549bBLAL5DqdV4iWskpaurqzL6hHp&#10;kJ8epRYs0VioP+t7i1WMoKuSnqUp5RLH62QkgEgXDLJ9L39speGUGKU+fW9NDVR0401TkMelRDJU&#10;QvA1hE6pzGCbFWi+tgPafyO4shSU0mMq1maGSYmMSMf2he1tZuAP9j7MbeKK1fxYT8QzT06ZkZn7&#10;W6cqfb+LrK2DMxJB95DD4jNEgvIGOo3P1PP0v7TmMrJEnanPm0TSgLJDIGChjwGa/ul0yatYA60l&#10;fhPSkqYFaPXZCyITaRLg2Fzwefa3o6hlkSCpBpWvbzeNfIyg21FrG4/2PtDO0mgMo1A/8X04pq2h&#10;ukzU0kTpLNTt9yBz9uZWEKueNCgEWN/eLcuJra9RU0LwzwxlLSq3pDAg+rVbSf8AAezK1dJYfpzh&#10;vTz6bMT6tdcdQMDlaTHMaWujmo6mYu4jkjDFlvY6GiB1D6c/X+vtKRbjr8dV0tPLJTpUGoSGNkuC&#10;y6rW1D68+0d5ZaYD4mRx/wBX2dXEhLhelc2PoqqN5NLMkqG6kmxJF9Wlvof9h7XVbkMvV6pFjmll&#10;MS3WJn9aH8ED6W/1/aS2EXhrQ/D/AC6uwOojpK0+LwuOLJ/k0ELTubyJGAJTySCeDf8AqR7TG39t&#10;Zip3nj455BT0VXIrTGaRSY1Jub3N+PpY+1G9TD93+OnED+fTlpH+odRxx6csruLH0O38nXQXrP4f&#10;STEU9NG2qaSNPSkVhY3P5HA9mpqocHi6eTHxNHTto1NNYWeTTYyWP+39k1hFPoWaTuLD8/z6tK+s&#10;leAHVen8a7I3ruGDPmmlkx1DkmiOFaQNakEpKRpUqoe4/II9p3+LYv8A5X1/zP2364/87/x3/wBb&#10;/D6ezD6B/wCI/wA+Hp9vTdU9Bx6Eb+C7s/55OH/i5/xr9L/8B/8AlT+n6v8Aa/r7/9BO/wBSSTz+&#10;fqT9fz7weDjHXdw04Drc5KG3CiwH4seP62HvxA+v4/PAv/t/8PdgyjNevVx10FckgfXggWNvrY++&#10;BlVeDb+n+t/r/wCPttnBB08eq9Z0p3Yj6kcn+oP/ABr+nvA09j9RYXt/rHj3sOunPHr1es4pL34+&#10;v+PAI/HP+PvH9wDz9f8AA3H4490aSmBj59a1U6zCjFufxb6C4v8Am/vCag6iRcg/j68/4e9q58uP&#10;r16vWY0qaQD/AL61rC3+t7yo7Nz9Of8Ab8f4+7MTQV635dYWRFJA4sP9j9bW/wBv7yaifybAj/WN&#10;vp9fdSdHDJ68cdY9AIFx9Ra3BAube+izcAnj/Wt/h7sndnz/ANX+r8uvV68UVSbAc8/T8j/H3mBs&#10;v+w+n1P9L+6t3MM9WNAOsWk3aw5v/sLHngfm/voEH/D6e7sSOGetV646LDkgH6Dn6cfk/wDE++w3&#10;Fr8/S355P+PugUfEBjr2Ou2B/tf70TwPp/r/AO298mH5FrHnj/W90GRTqw4UPXankX+ouP6Hk/n3&#10;4X+lrkAi/J/2/wDyL3sqR59a8+vXX6gkci44H+2/2PvDYg2+gHP5HI9160a8B1nupF+Sfx/T/X/4&#10;176JAFwfoSb2/p72Bmh60R5ceuwNRN7/AI4/5H7wspexPH4Fh/t/d/hNB1bFOsquq8fqvzz/AF+n&#10;594hqX6XA+hHP4P/ABPvdS5p1U5PWQlRybXte9x+f99/T3kX/ar/AE+n+H9fbmnrdesDH6af68m5&#10;J5P5/wB595PyOOOQT731r5dYvxa/+I495OOf9f8A25+v19ssCc9bIHEddAn/AGH+x4/FrH36zH8f&#10;n/jX+8e2yQOtHrICB9P6c3v9ffF1YcfT8H82/Huy5P8APrfHrtWUi5vzew/HPN/+Ne8DR3W1gb/U&#10;AW/2I92BXjw62D5nrMshva5sPoTf+n0PuOV0CwHH0/x55+nt0UOetHh1lDaj/j/rcccD3HZmU245&#10;/wBt/Xn3dRqyetcM9ZBbjk/8T9eAPfMNfjm/5sfp+bH3sjSAw698+uJH++55H+F/eWxtcfn63P1/&#10;1/8AifflNOtdcDa4B/2BNv8AX94iL8XN/wCo/JHFj/xPvYceXl1uoPXL6f0t/tv9c8e+f0/x/wBf&#10;+trck+6EHr3HHXvfLg/4k8Ejj6+/ENw8h1rrj/vgD9bj/D/ib+/B7H6/Qn+huP8AW93AFKHz63Xr&#10;oqWv9foCR9Pp9ACPfEy3+p4v9LWuSPyPfig4V69nrtUtza5AH+Nhf63/AN79+VrW5JuP+Nce7mh4&#10;9a+fXErcngDkX/2A/wAP9f3zWRfywHH+A/1ifddJ4+XVc166ZCQLDm9zxwfxYG/uPJKt+D/Xn/ef&#10;p72B59b4Z6zIjWFxe39Pxzb3FM/+8/74X97p1qhrq6kiIf8AFb/Xj8D3xWYXPqH+++vveOt/Z12Y&#10;hYcWPP8Asf6f7176aYfQH6Wv9Of9b36mK9arnrwjH1Iv/vNuLAc/7H3wExup+oF/99c+7qoH+r/V&#10;/h68T5dcjGCCANN/yP8Ab8++pKgWJv8AS/P5JP5960muOt9eSP8AwvyPx/TgXPtulnB5vYf1+l+b&#10;8fj3bTQ5zXrVepKJx9Lnjgc2Fvcc1BtwW+vB4PH5PPvbKD1qvl1zCW/AH+w/3jj/AHr3j1uxsov/&#10;AL1/iL+9iMEVOOvV674H1v8A77+vuYkTMB9efzYf7b3rANOtdYi4Bt7nRUt/1Kfe8jr3y6jvMAL6&#10;r/0tb/Y39zBAwI4tYf0+ot+R7sqgitet/PqM045/xt9R9OeOffFom4I4+tz+SSfr/T3YjgOtV8h1&#10;2sosQeeR9PoBa1rD32kF+SCeP6fQ/X3dR/LrVfTj1xknAP1H1/r/AIf095PtePp+eTbgW93EZrnz&#10;6rqHWEVgv9fp9B+bf1/4j3ikpf8ADk3+o+n5904deLGuOs6VN/raw+v0/r/X3GFIx9IFr3/HH1/P&#10;u1KCvn1qp8+sxqFHN/8AW55J/wAP95981xxK3Itz/Qk/T/Y+9qtTQ+fWqY6xNXLqABvb/Hj/AIj3&#10;ITGjnUot9efzx/X35l08OtHrC2RA+jc83/wt/sb+5YxacMF/H5HP+PuwQg4PVsEY6htlebEgG55H&#10;PA/rb/D3ITGA3JX/AB5H0J+nu4AA09ap1GkytiAGF7kekgE24PuYmNQKLixP4H5/2HvQQVx17HUC&#10;XMvckElQLm5sR/T3mGMAv6f9uPrx/j73UUotD9nW6Hj1GbMliPURb/G30P8AXn6++EtKsMcktgAi&#10;sSfrYgf1HuxRgRU9WZQB1kp8h9xLHCCSZHFrWHF+bj/evbIsLXKajreztcf6r1AD28CBk/Z69IWf&#10;zPT+ZQVDgelLgWNraOCbe3inpVZQeF0gKwH1v/UW/wB59+xQ18/l15TU56YaqtdH0gM2ollPJFgP&#10;zf8APvK0USox9KvEDIhvypHN/wDY/ke6ggUp04rAH59YRNUO63DNFMRHIPw4bixA/IP5HtYUcsRg&#10;ikci7ohJ/wAbfX2zK1TpHl0qUkip6DHKUdSKyeKMMAssmn1f2ASAOD/rfT3INZEjenSP6/j/AG3t&#10;vxTSjHH+rj1cEACvUFcDPOl5BIxPCkAD68Ej/evchMkn11Dj6i9uLc2t70xAXq2kUoOmyXaspJAU&#10;3LHlgSL/AOuT9P8AW98ZMnGCTcm/+wvb8+03iFacKf6v9XD161Sgz1Oh2jK6BGXTp+lhyARb6/4/&#10;198Vyq8gsLH83PP9ffmcnvXy/wBX+r/J17jnrKdngW/bJvyVAX08+m1/r7wyZRQwuwtz/t/oLH3Q&#10;y0jJH+r/AFf6qeftI8uptPtHk/tEXHJP1555/wBgODb3i/igP5J5/rb+g+nuviMMVyetNUDHU8bU&#10;jRgfGllWwAB41f0B/wB79xZsqQLX4Frc/wC2vb22WIbUBWvW1DUoenSk2zECDaxJJItxz9bE3/2P&#10;tslyDObo3HN7X/2/PvZei1bz62V9elFTYaOMaCgJA/Nr3A4tb23vVyj+39f8fdKjq/2dO8ePiI5Q&#10;XXgAge4klTIb+rUSRaxP4/PPupIqCMde8up8NHEv9kAWJPAA/wBh/tvfFJnY2Lf1vf3rVpJPWuPW&#10;SWnUICqg/S1hb8cWtz7loAwJJ5+lx+SPr7q0hI6v8h1CZdLWAFhb/EAX4v7lICLEk/kG/FgPr7aL&#10;YNOrUAHz6jyAG6gfQg8f1t/h/r+87SKoJB5I5H5+v+t7otWIHVATTrCInJ9Q/rY/UfS349xizNcn&#10;i/0HJtz9CP6e3QGGB+3rZI6zhYlH1H+PI/p+Cfz76Ku30Bvex/2HtxUqaD7f9X7OvVNKDroyxoLs&#10;wt+Be9gfpx7lQ0kjEGx/xPI/P19uLHU0bP8Aq9Omyw6bKrJwxK12UW/qR9Rxa9/959uq0DELZb2/&#10;qP6/UD24IiDSlAetGQVp0m5M/ChcmSxF7ciwH0vxzY/4e8q4skfpsWJIuP8Abe1KW7E1Py6baTNK&#10;9Nk+76aP/dyNo9LHULj82P8AxP8AxHuZBhSbE3HNiQPyBwOPbqwgNSmT02WUnPSdyPYNPCjWdSFG&#10;oeoAfXk8/wC+/PtQU2FsVutwR/jb/Yf8V97Eflw6pqIBHQU53talRZGWoUMrHgm/KraxYcDj8W9q&#10;CnxCEC6D/Hj6D28iKBUj/Z6ujaQSOi9bo7omppnWnqmdB/Z1ek3BAs35t9T/ALz7cVw0Z/sjjm/+&#10;9X970KMkceqtqJ6DGt+QGQiUg1IDamsA34BudN+Lm/ubFiVU8p+LXIH4HPvzSQaRw9f82f8AV5dW&#10;06lp5f6v9Xl0HOX71y1QG8Vcyg3JALG1zcm9+L88f7H+ntxiokisLL/rC3+8+6Nda66R+Z6toIXP&#10;QRZjfuQybs7zym1vUzG3NyLE/wCHuaqFbem/4/rYf0/41/xPtE7qa0/4v5/6v8HTiIDx6RNRlZp3&#10;YNMQbngnl/6Ef15Nv97495zGQpJ44vYWBt9bX/4r7ZEgL0HViAaU6bGqXZ19RNyDY83ZrFW0fgfX&#10;8++IUWHpsOACLkn+1qv7sxJPHrXDh1jZ2Jb9zUeTZtIAP6NB4v8AX+v+8+8gPFrA/jm5HH1vx7oR&#10;mvWjXrAwNzbUBbUCFAI1DgLYjj6fm/8AT31pNweDwRzf6E/j3vUApHXtXl14SLpdQWQl0ItaxYLe&#10;9rH8/j8/ke++dItwb/m3AtwL/wC296qNWc9bx59eGnWxcEr9OLkMx5Y6eCLi9vxf30D/AEHIJP4u&#10;Li5uL/64HvxGP9X+r59ap69ecDjUwClQp5YBrGw0sB9BwSLW4/HvwNh9PqPrqDAW5Itf34irVr/K&#10;nWyP9XDrtkBYk2uCONLRG7ejVxwef8D79cnkX/N7MDY2va/597IAOf8AB16mOvFFAANrAqAHjI1C&#10;9j6fx9f9699C7cWCn/FPwebfX/Y397NB8x9v+r7OvGg/4vrk2lCSS7D0gBZDfWthqtYfT6Afnkj3&#10;yuQfV9LLYgE2P5ufx/h71So7ePWqVFR1j0BlDR/q9YIZlQsp+hCjkn6/T36xuSD/AF5uSLW+n196&#10;JFKHr3XK4C6W+vANrKTZiCbgfSxsPz+ffXA+gBsAbj83HJFySf8AD3umriadbNTx696nN2crruul&#10;r2Xn0hgAALfVuOb/AE9+4F7/ANbm/Nifpyfesnh1onNR116mKlF4sVVRddSA3YkC3H5tz75n/W4+&#10;v+BN/dRj7eveXWO3HHBJNwLrpBB5H9AfpYD3wJa/HH0BuPxbnj3YAU7utjrKFUAk6uQxUayeb+gX&#10;/wAbHn+n4+nv31IBut73AH+J/P8Aj9fx73wBIz16mCevcLGzpZ9IUhnJuAQGvY8cX/N/fd1JA/1j&#10;yL3v/Q88e/UYCvWqGnXQVwpbgXBUkNbSb2W4PN7/AE4/PviLDVwtwBbjm/5LEn/ifeySaZOf9WOt&#10;5NOubFmMZ1NpJNyWAGniyoij/iPfdwSCQQePobgW+twP6e9UIGM8evHGB10V0qwUhlOq173a5/2r&#10;+v5H+w9+tcaixF/oOCv1+g/4r71Wh0AdeHCnXYA5TQtlsSTqEhOm2qxP+NwPzbn3jfUSPowH5ANi&#10;Dwfz/vA9vJpArwr/AKv9Xp1biKDqRAUBBOpSzWKuRxbkaRb6W5v+OPcYrf6/Tjj8fX2rD0Xpgr3V&#10;PTykvHH0H5H5/wCK8398vz/tv8fbYI8uvcOvFx+LgC/5/wAfqSf99/j752Yf4G1x/sB/h7bOk46c&#10;jHr1BmKPx9QWUHm31Nh9fcg2C6vy34twTb+l/acAlqeQ/b1bzp6dNgvrChm9Gota2pV1adOsD6fm&#10;5H099AkC5BF7gfkj8Af8U97IBNFNfP8Az/7PXjxx15lBYKrLJZdTXHDgi7MGv/X6j34+m5HI4sPo&#10;AD9SCffgNVAePWqg467BV9KmwJDEnkkkfRSqj624Av7x3YAD8WY8C+m3C2Jv/sfbpCVJ+z8/Xq5A&#10;6zFIyzN9CHRBqbT5L+tzpBF7j6f4j+nvl9LWIvY/X+gI5C/0/PtvjUH/AFfn/LrXXA3OoMGUEjSF&#10;I/UVNw7j886fz/t/fRBF25JNxb/D6Ag/4/Qce7ChOkYH+r/Uc9bxw65rpsE/SvpZeQF+l3ul+LGx&#10;PPvKGPJt9P6G/wDr/T20VFQK8fXqvl1iEdwADcty39khbALY/wBDwSfeFmY2t/W4AuGIvxce3lVB&#10;x6sFz1mjiUE3JvYAkgFVNiW0ta3+8E/7D3yIdF+tyx/21/pb3RSjt6U/1f6v8nXsVz14BWKsV0hF&#10;Btzc886hb+lrWsD/AIe+g0hPHH9QP9f8n3tljUZzTh1sAeXXMRoo41G4sGJ4Knk6QP8AH35QdZ1C&#10;/Bub/gn6+/MV0DSevEUHXmUaRpNtLAnhiLgfkcfi3098dCBhzYc/04vwLH3bxHKUpU9e1GukdZdU&#10;jCwAvf62b6Dkkr/h/vr+5ICjj6/69z7SFmIqcdbwDXrsR3tb9Q/oQGX+z/vIIPvgbmxt9D+T+Pdw&#10;QoIr1ViTw6ypGWP0I503/F/zz/vVvfZJA/3jn/D6/T3T4uHW6+vUiKA3IZRf8Ag8f8T78ZVjF34D&#10;cfj6j+vtkoXNVNadVBBzWnSgx2KmqnVIYSzNwNIuARxqJ5A59tlVk4ol/Wtv9uf8Rx/T3tE7q0qf&#10;9VP29OLpUVOehv2p1Hl8qYWkiKKw1Ecm4A1arD6C3tkk3GovHrAW/wBeOSOOPbE1tVjMoqf8H+r9&#10;nVtYrjoy+3uhIaeKIyRHyEAsGuSTfkAKBzz9f9v7w/3jUEsrqDYgAt6R/UA/71/vN/ZfJbF00P8A&#10;t8/9WP8ANTqyN69CJRdNxUjL4qNiAVFwiFrjgg6xcD883/21/fP+8MTKCSC1zfSRz/TSRz/rg+0L&#10;WkleOPn5fb5dPtIMKvSjg62FLMRFTmNRp4NgSRxyFv8A7C3uFPnVLFla3AvzYWF7EW92FkxADH/V&#10;j/V/n6o0hpQdKeg2YIYihgXlgAQCWbUedXA4/wBf/ePbZLnbn9d7G3PP4/3v/H2+tmFFCOPWhNxp&#10;x6UVLs3g/tFSLMR+m5/px/vH+HuLU54BWBbhlsR9Pxb/AHw96WxAIPp14SZrXp6x+0mZkPjtpbUO&#10;D6W1XuPr/hz/AIe0RXZSTVqDei/pN+B+DwPa9IA1T1R5CTjoVcZh4Y4liZBr9OsAD8fS3H9P6e2l&#10;8jrsQTqvze31P1IHt5LcLxp00SWOenxcdoBFhp08DkGwHAP495CvkXyL+f1ajwbf0/4r7URso8s9&#10;XoNNSeojFom8TFrXuCv4/wBe3+9e4UgVD9AR+Cbnk/1v9fe2DNUg06oBmvThA2tbEkG97AgXUHi3&#10;+v7xGwBC/wCsSD+fr70RQVPVhQkV6kC7EE8/Xgg/QngH3GJKCxa9zf63/wBb34HzHXjTj1KCCU8L&#10;bSLcAAH+tvp7jTTIv6hw36ePz+b+3lBpqX7D/sdaalag9SIoWe4U8r+bk8H8H22vUsjLpA/J5I/1&#10;73/p7e0YqDXpuvU5YFdXL/7Te3I/p9PcmCqJOovax4F+CfzYfn3QoWwethsdR56ZQLKg5HJtcgfi&#10;5P09yP4hY2LGxJ/1vfmiCivXganHUf7C/IA1Cxv+Tf6/7b3AmndZDJpuvIP+t9SPdhwB68ccOp8U&#10;CmPxl7MOR/r/AIb8e+CTLINOmxPJ9J4P19uCv59VBr120JSzargCwuw5H09ucAIWxW6sACTyP9bn&#10;3TSQcdXBoMdNlQQWvqKspNrCx55J/wCN+8E5CAnkWPPPvwFGoetE+fUiC8oAvfgfqsSbHm/tpapk&#10;LstrA82B+n9Df3YIqmv7eqF6mnTosKBVP1a1rn8/1Fv9h7Z6sTeQ+okEX+v0v+PbxNQKDqpNR1Mh&#10;0BRwAfxx+SPrb3CNHJLYgc34I+oH9PdqYoT1UqCM9ZfKoP8Ah/sf979qbGYWaSNW0sP9dTc3+h5/&#10;3v20WAJU9OADpmr8xTU7aTIpP5FxZQD/AGvbyMXMlklUgEAAgX4tb8+96aDUOtGiip6av4zTy6mh&#10;kVj9TyOf8Bb3ljxDM4CAnjkjng/1491C1zXqqEM1eA6wzZ6KKMtIVX+guov/AE08/wC8e1PR4UxL&#10;pCszkA3sfVf6X9tMuMD8+nNXp0ichuyFm1tKiRhimksBYr+B7mw41yTG6Wa9ybcf63vywaySBXre&#10;rPTVX7qpqeITpUL4tIH6uR/Xjn6f09ykxcmoKQ1i1r2I49vGAUIAp/q8uqs+nI6Zpd5UQiMwlibS&#10;gceoP+LXt/rG/wBfc44wqNBQfW/5I+v9ffltyDWvTQkJz5Hpg/vtTTXmWflVIP6Rz9b/AOw/r7wT&#10;4sAKGS3+sPdvArXqtXOR1Nx29o5Hk8c6yWOnkgG445/x/wBY+8ZwyyqOQVFiOR/W3ugRIhVuNf8A&#10;J1RpKihr1N/vu8cxjVCXIsfSTa7fX+n5+vuRR4mG5A4A/tX4v9efayMRlATx88dNiRjmnSf3BvWv&#10;gAYITquUjAOuwuLjT/xS3t0TFQxsGLavzYH/ABt9PdWRG4/z6UKTp1efSLm7Ar6iJoIofG9tN3Vl&#10;Ja31BP8Arf737kaKRGIULf6cL+nnkm3vdFGAK9eo7YPTb93uKpiEk8jrGPW418kFTwgb8A+/SRwy&#10;ixF+eOPVx9OfdozG1VOKcf8Aiv8Ai+t0anaOvU9VlqBo5Q3DC5UtdTc3P6ueL/8AFPcVKfS2gQhh&#10;fgkEH/bH/X9uHAomemjHIRXp1qcwJYXqJ8o1PoTU8asojC259QN/999Palo6F1UMUFzwRb/Ye3Ek&#10;VTQ8eI/1fL5dNMDw6Lbvje9HLLJTw1zmKI8uHHjB+oPH1Df6/wDxPtwakYLqIVQB+bXt+Tb26Hjp&#10;wz68PXqqxu4rXoJ6feonrFplnqKku2nxoGYGx0jn8/63uDPJFEhuVJ5t9Bzf/H2ld1DV/wBX+r5d&#10;KUTSaDy6F3buKzOUqY10VccTLGzcNoAPI+lhf2m63LQRXDSKLCwAIsPz/vh7R/VKTXy/1f6v+K6d&#10;Ea/EejG7c63rmWMiFiW9ckrD1tc8WJ+n+uR7D/ObjjTSsb6g3qJvwebfT3vxdS8evAUwfPowO0ti&#10;/bBpJ4ljZQFUaQWH9S3+v7YE3GQbr+Rzxe3+At7bLvxJ/wBX/F9W9OlrJtSncBWFwD/W1za12/1v&#10;bpFuN2h1KPoLXPHtkSSVox456sBjPTRPsqh83Kgcgiwv/je/+9+2mo3FOZ+CbqBzzY3HIv7cZiVw&#10;etZOD080m1aCKEp400sSfoLg/gj3k/vTUlSNWjSLXv8AXj6H3qgYcevUA8usX9zcasgk8SuWNyCB&#10;xc8kX9tlRueoC6FY3bkMG9PP9T7sR65601K16c6fa9Aj6/CP9bSo4/wAH+39tcednaUguz83b624&#10;/BPuxWox1XVU48unVsTShLLEicWBAFxf+g/r7y1tdLMulJH/AKlbnVb3TT5DA6t5V67pqSKE6ii3&#10;J+tha9vrf/H2xVNXVrYBiBaxAbm1+Bz+fdAtF0+Y6qS3l05JFH+qwJPP+8c+5ME8jIoYMxuBfk3H&#10;1uT703qOrrnj1wdFDcEC/wCOP9b3MnqGSNWtpFuAbn/G/uqZz59WOOsKRDUR9fzcW/1gL/7H3Eau&#10;XRw2hh+o8c/jj3agNQfPquo1x1m8J1c8j8e3CkyBZAgBbV/a5v8A4fX20y0wOrhuos9KurVcAqPT&#10;+Pr9T+Pb6rEJZTYsA1yeLf4H3RAC1et5p01ygarsCVUkAAG9z/UD6e2+aYQvqkGq99Nv0/48e32T&#10;IK8B1QnzHUqFPKhCem1r3tf/AFh7YJag65Dypvxf8k/QW9vClP5dUYHy6ckj4A+pt9P9Ye4aK8ku&#10;kC97E8cHn8e/SCvVRUjPWclVW5P4P5HHt0pxIwKEBVF+Lk2I/wAfp7abtOenV6jyFeG5JP8AvP49&#10;9rHLyw9Vjxcj+trW91YVp1Y+vXtSCwP1P+B/HJ5/w9w6qRpCQ48ZWwJXgE2tcAe9pVTTqv29Zo0A&#10;F1ub34P++/x9tMlR4wFVtTE2DsbG/H0A/HuxAPWjTrMB/hb/AA/HuZTVFRGoBTWCPqCTb/Ye2qKR&#10;g9bB64OiMeeP6/QXHuXLUyCM+QC1uOLkD+oHu4jPkf8AV/l62SBjrGqLqFuCD/xvn23IsktpIgGF&#10;7k2tz/rfn206gnScdeFDnrOWA+pt7doZFChPVq54HAuP9b35EBPXieo0gNybiwP+B+v9B7eaceRA&#10;pFjfVc8n6fX/AGHvyppYkdbHz6gTsVN7m2n6C/8AX6cf19yDErK6+RAV4vYX4/V7eVgMHrWB1G1u&#10;GVtDMG5IuQB/T/jV/bdUxhNLBVv/AIAEtxY+7gKy1HHquePU2F2a4ubX/J4F/wCvuBU1QCKQpA5B&#10;sPqfqePbfhg8erGoyepUcfJubkG/1vbm3toascyLqQsb2GkXH+x91KnTQeXl1pWJ6khAAQPz9fp7&#10;dfuJREFBsjKLgE3t/ifdVoDU8erGvDj1g8a6y3Fx9Cbfn6W9s1dSideWt+eDz/sfaiNqjpthjrMp&#10;vxbgf63vPiqY07BlIe/6gxv9P8B7qRU468o64TEaCDcfm4/4r7e6ijjMfnU6WI5QNzf8H/fD3Ymo&#10;o3VmWnDqJFOwk8ZF7H9RHB9tdPFKZSo/4m/059sPpFK568AfPqa7DRc/74+3V4vDFrdfUouTpJsL&#10;fXn22movgY62SQOoquHYANcE2sCP9t7hRzeoODfn9P1Nj/gfb5ApnrQ9esxQ2Kjj/euObX9v0E4B&#10;RlGk8EllJ5P0ube0RqwqerqeoEkVw6kkg3AANrccgX9uK1hLsGKXN9PJsSPdjGygMOt1rjqCaVQo&#10;AViLi9/96/x9xlp2MrSyEFDcWX6f4D3Rn/D16lAPn1JMgCaEBDWvc8n/AFwfeWsaKKIhVQALZeBp&#10;BP459vw1fh9vWyaDHUeBJXkDOzXLG/4JA/PHtCSzgznUWGprgKSFN2/w49qTgYz0xWmOlCq2UDjg&#10;W554/F/bhqUJZtcZIDKV+jj68/09tqwHlx6cPy6xFST6bMBwb/g/Tj2ncl91IpW7KqknWl/oeOT9&#10;fanGig6ZZWr1nUADj8/7zb2/7aZ6coJnkkUrYXW17/Tg+yuSoJINfz6dTAz1FrYzJAyrYNxYn/Dm&#10;3tdCIykmKRePoGUEAX+hPu6XFB1tqE9J2S0VhLGeTYsrNcm3NgP+K+8MtJFGyzEK5tZrNxz9brx7&#10;dEniLRut0Az1yjqZWDxrqjF/QSvJH40tz79HHCw1WU/UixAAH+F/bRUA56tUN1zklnB0gkfQEkEk&#10;825Nxz7wySywRylUESc2I+p/oCfbaorMKdaLFcA9SUSKUprYyvxcG9rjg2HtLT1AdlMwQXawuSCw&#10;PPJ9q21KpK9VJqc9O0cYXhSRx/hwfxa/tWY2gpaqG1QyKAl4wbFP+QyB9faAuyuKZ6eoGWvn0x5G&#10;sqKYkwIzkk+S1tVvp6A3tmrYmoZWkGlQrHSeNJW9hYn8e1rReJHUHpl3ETUPU+lqFqkA5uQAyk8g&#10;2vZvxf8Ar7m0tf8Acw6LkMw54urf61vaMJobHTniBlp1xmphHIJLAheQb8r/AF5PuJMAtzEGKi+s&#10;OABf6cW9r0Uso1cemic465ox4D2uf0lbkkfUk+4MKVEk6KElXWQOAStjxx7bnZQhPVkUswXqSTGq&#10;Fiy+kXN/r/Xn+nsWKCBcdQi6nWyWOoDm4uLk+ymLW0pkPSp/0l0DoMszUDKVggR1EaMDdCS1wf8A&#10;aeOePz7ZPvo4Z5ZVQM5JsF+i/jkD2YOhnpXy6YDMMDp6WgkaljgMjCOwDM36iPre59yYNyCnLoES&#10;Lyj1HTYnjn6e9m2NQ1K0/wAnV/GIx03Ve1krhGXllkERvGvkYopJ4JBP/Ee3SlyjVcgRFEgbgkfT&#10;/XF/bNwVAB4HrSjVk9NM2ASgieR5Xj0Eul+LC/0JUXP+x9suapYVqdLEI3BF2NifqP0+7gl4wSM9&#10;V+E5z0oNvVcr0pZLyREsOALgfkHV/wAU9t5EGlCyNIQbEWUrf63Bt/vXttgwHb1btJ1Hp7VpzI1m&#10;VAy3BJOvn8FfwPaox8MFREzeQlFQlVIXgjm3H4/r7TxyHX4dKHz/ANX+Dqzjt1DpI5yaoo5EbxqS&#10;7gFlLfQ/Xk/n2lc5PVRwtFTvGpvZrD0kX/tf4+zRYgi6gD/q/n0nkYkUHSiwkcEzrLMrk6QY9ZJI&#10;4/s/j3GxeNlro9EsEkkQAMjcBL/7T7SmZlBVTx/1f6j1pI2bJHTjk8jBQMr+aNJDwinlufx/xr2o&#10;MlhKYwRpTADRGCUuukW4s2r3e2mIXTJxJ6UOiU+fSZx+dqfuZnqAxjaXSj6TdgeVKhBY/wCx/wB7&#10;9hhX4+ugqnkSn06CAJAquCAbXGn/AIk+10gRkC1/1U6SBWBr0v6Wrp5o1KyqSwJ0kkNY/wCB59vS&#10;5KU0IjZ0eZf1RSjSgFrcX9o4l0sRwr/h6dJLLjj1GejjNSJRHYW4kQ+u972IHtS7etWUE5hISpjY&#10;WjSRLA2/J/1vaQy6Ljw5Mg9XoTGCvTBuD/JqimkkBalNxM7I7EDixAH15+o/Pt7w0qxSVC5RhKWD&#10;BYmddI/Fmte/Pul1qjlR4+H+r/J1eKmgqfPpkzVM9ZRxDD2pnUg+dYjr+v8AYP4/p7D7NYuqkyyV&#10;FJOq0iyXZNHPJ4CaePZ5LcQyQU/F/q/1evSTwqPUHpW4aqKUMUVUD9wsdnYm/ksLaiTYg/19qSo2&#10;S+TxH3RqRDMykiNhbWbEBlZvaexuEkkMT1p5Hp2a3AUFjQ9Jis33T4rMpjGpJZ4DxLUwkN9uSw0r&#10;JGtz+eCPYdUmOr8bV/ZyvqjdygbylSova5t/vXvd6FgPiR9UiSp016X8dRDVwCaM6kKhhqXnkXAs&#10;fYi0lA9FIsUix1IZNep2J4Zb/rH5/wAD7LncyKJVNM/8X0pVQrlOk5UVsdVHJoaWAo5T0ABgQbD0&#10;n6j/AIj21ZTDa6xKin1RtYsQpFuefzYn2aCVJYFDccdMlCG6y47J6IHinOoIbKzXBI+nNrgfX2zy&#10;RVdWXZXlkkiuDH+mRgv1KA8H21IEB8LhTqtG4jp4WSCnUXEaI9vXYaAW+gYj+t/r7npUQ5ShaimZ&#10;o5IlI8jqQysB/a/P+29pojJBKVphurlg6d/EdRpYHpqn7uIaxIQGjU2BBNyR/j9Pr7T1BBUbfYVc&#10;LyVIaUsDGxKCzfkP7Ynt/HY4+3/UOrRuYhVenFjFUo0TcEqLq1r2Yfj+vt+yfYr1H21PUQ6dQCMS&#10;uhgLfg/7e3tXawfRQHT0zPOHfPSapdn4+kqpqqJ5Q8raguosgJNz6W/qfr7yzJHFTUuTQMwqBr8v&#10;jWygHkawTb/b+3FcXsbiuVxTrbHw6Hy6cYZG+5lom0L4lXSvkOpgwvq0cXH+HtfncEGYoKWli1Ax&#10;wRxq03qOtV9RU/nm/tJZr9CGVvxenV5GEjVGOg3facuNzNbl2ZLTzySulONN1YgoHH4IAt7RORgn&#10;ocjFNLRNOEkDGfxGRQl7kuBe3+ufaq5/Vt6RtWvWgWR+HS9xVVTVlGYo6gQswZfD5AjhiOdJNr/7&#10;D2NWKnaOOCtZkNLPAhVRGRpBX6WHH+xt7CpJk7BXUpp/PpW3bTia9AtuWjgnesxigrWQzGQs84kZ&#10;hqBVvXyPwePc5kpamGo+3lOsJIzQr9VUC91J5H+ta359r7cIt0viihNM+vl01J3oSvl0jqiozeOF&#10;EKqBJKQzQItYwN1dn4V0Xgjkcjn8ewUyNRLLLMkM6s9OWJDASsRe30H+P149iCYKr+GcV4dJVJc4&#10;x0YzEU8cdNBLJBoWoVPp+0q3W/J/3r3Hp8ggY0klM6yyKWNRA9mFh/bTnj829l8sbwN4jEafT/Vj&#10;p1SWwOnOajMumeOZWSMgLDNHqQi9vS3Hq/APt0xmQ+wMkdS0709SUQGaIaFu17oTb2kktzK/iRAY&#10;9P8AV/q/l08rBQA2OoWTovvY42iMSVNNrkBilOtjo06X0/Uc/n3nyFHTVVQzzmOShkYCGNw2s+n+&#10;w49rVd1ClfLj/qp0yQKmvTbjqipgo/CiuuSjjYzSR6GiDarXZGP9PYT0VDWUOdqKnRUjFxTssUag&#10;yOQD/Yt+P9f25fsknalK0/1fPpuFXU6mz0uQ/kpwC6eR4VJ5sNbLzx/r+xupsjjq2KNKejJnSByJ&#10;pQWkjsnqK6uP9h7QQO8OmKXgT+X+rPT5o4LDy6C/IYTKU9RPWSZUx0ryxB6WAeNJgZLgSFebn+oP&#10;/E+0vT5Sbw5SnaXXE0toBHEIxrIs2oHg2/wPszjjCXiygYAoemHJMWnpTVWLhdsbMIwk8S3d5HMj&#10;LFbmzDnk/S/sJslQZYZCmmiqIahUnaQx+O7QaWuulm/P+PswuhFPEVGOk0QcODXHStidSltOgAC2&#10;qwBuPqPZh9tZIQ4SGbJUi1LsrBJIywZYyALOUvb/AGPsGxQOL3RG3CmD+fRsxXwx0Fe8sVUV9Z4s&#10;bkWxzjSZQVidZJVbUulJfrxe5W39PaP3SlTChzOAdjU0hFQfK50rGHuykr/T8D2JkEd/CbWYUND9&#10;h6QsWRg4NB09bdklhX+FZdadhOPBDoQgTME9V1b/AFQub+21ezqfdFXT4eeoENTNCkTFXMd5raWZ&#10;XPAN/wAH2VsrbVGBSoX/AAfP/VXp9HjuHouCes2P2PicJNVVlBEvkknkqvG0YdRcligX/eBb/e/b&#10;v/o+3F/x0qP89f8Az9N/wG/47/63+1fp9u/vuy/iPw6vP9n2/wA/l1vwn9Tx/wBX5/Prr++23/8A&#10;jrF/nPs/+A9R/wADP+Vb9H6v9p+vv//RSBkcfU/Xnk2v/Q+8GKDiOu7lOt04RqbcD62+lyOf8PeP&#10;ytwL/wCBPP8AvNvfqVFSeq58usvhS5On6/m/+N7W94CWNwTfn6G17/n37FKjrVCM9ZbD8C3++498&#10;SpJsOb+/Ur9vXgC3XIMAOf6jm9h9feZIT9TxwSP6f7H36gJz1umK9YWnCggC5vY/j/G/HvkqW/H+&#10;uSPr7sFU8T1ug49Y3lPH44+n/G/eQKy/8UAv9ODf3Y0Pn1454dY9YP8AZP149R4/x4/4n3z0niw/&#10;33+PulBWhPWqHroPwf6n6fj/AJF7yL9Ob3H0HH1NvexVeHn1ulD1ifn/ABsLnm1x/sPfbnkC1voT&#10;p97UAAn/AA/6v9Xy69xPXBb/AFvwb2+pP+8e+aqPz/trfj+oPvznyHXjUHrhcgmx5F/9uR/j/X3y&#10;VF+tr88H/Y/Q+6Bm69TPXTubW+hta3P55498rBb3P+P+HvRyB1vjQdcQSfopva1uSf6j8e+HkFvT&#10;zf8A2H+3A9+rw68AD1z8RJuxC/n6A394Tdjz+fr/AF/rf3vz+zrRGcdSFsB/jbi1j9fyffVr8EW5&#10;4+v+x9+agpTrR67Bt/X8/wC8+8vjAF7/AF/P9P8AD3sUY0HHrY+LrAZGBNwLC1/6/wBL/n6e/eNQ&#10;Li1vqCRY/wCI93GSDwPXh1waVuQf8LW+nP8Aj7xlQTb8n/iP6e7ltGR1YgAdc0YkckC3P+uTz74a&#10;SGIF/wDbf7x72WBWpNOq4p1z1A/W34/P9Bf8/wDE++Qta9j9OfbJ7cdeJx13+o8/g/Tj6/4++V+f&#10;9b+n0/1+PegoPHrYyPs69yPp+Sfr/X6D3gYknm1vz+PbiigNOPWuHWQAccm9/wDefqOfeNzY/wC9&#10;EfUe7Adufz68OHWVBfkcD+h4B/PFveBiT/vf+J/1re96FXI/4rrWOsyn+vJ+l/8AAf1v7xNGL/6/&#10;A/wH4592jbiOvVr1zuQP6f61/rax498wgUE2uTz/AMT7cBJp16nl1iLXNuQL2/2/19+IJ+vAA/r+&#10;T9Rb36mTTz68eu7jj82P1t+B/j74G1+Tx/tv95PvdcUHXq9cxf8Ap/W//FfeF30kern83P8AvBPv&#10;fEcOvHrmi3/Bt/xHvE01wbkfW1r/AEI/p70MGh6qTnrL4SCCOfoT+P8AYe+Bmtx9ePrwP8feyPz6&#10;91yEQNyeLn6c2H9bD3x86n6k8+2yshYEDrRr1zEYAsP9jf8AP+298DM344Fv9v8A4ce3RQZPW/Lr&#10;3jX/AGP9bD30ai3pPH/G/p7rWhx1qo65CIfqtf8AH+I5/p7wvL/tX4tYc8f63uy6mycder1yCWHA&#10;/wAf6D/bn3FeQni9v6D6X/Pv3AZ699vWYKB9Of8AH+nvwa/9Re5+v1N/pf3YA0x1uoHDroj/AFj9&#10;B9L2/N7e+L6hyT9foP8Aej+PdmBppHVK+nXa6fwOfz+bf6x98VZwb/4/T/X4590IYkVNOvGvHruw&#10;tb/b/j8++2u4N/8AeR/xPtwKFwOvVPXrgfT/AF+P9794GhckWBI5v/iT/U+/aKmvmP8AUeqn59ch&#10;ILfj/bn6W/A95I6eRiLLcf4D25p+fXjTz64NIo+rf7zx7nwULnjQeTb6k2t/h73QV7j1YZ6jSVSK&#10;CQ30F/8AXJ9qCmxmpQSALfS//FfdGAAoOt06ZKnKiNiB9PpYf7x7mfZCIfQhr/kcf4297B14Ix04&#10;AAOoRyBlJsQRY2ANyT/iL++Jh5BFuL3+lvr/AE97VckHqpzxx1z+44Fx9foLkfj8n+vvg0BNuLgn&#10;/Yf193C1NR1RqevXa1IW/JBA5/2P9PeURxxjjn6H/bj62/3n24DQ9VJrw6jtJJKeSQOeP9Y2+vvj&#10;Ym4UfQ3uB/seP6/7b3uhYmvA9U86dcwQtiWH0IseT/jf35adW/Vyf6WP+8H3fw2IoOPVtJGT1xes&#10;KH0/S39f6fj3nFOoFyBYfQ/Q3/NvdXJ4Drar69RjVMTwxJP9m9wR+CfeVYlI+n1P+2HvceT1ui1z&#10;59YZKh15LD8cc8+8q0xB+n1PPF+R7cVa/KvVMdRHrh+DcqB9D9b/AF/5H7mJTXC3Fx+eb/659+qp&#10;qR/g49eFOI49Ns1bYnnm9gDwVJ9yPAv1+lhb3QMOByerBSePUQ1cn0ANjc/U88cD/jXviyoo+ouP&#10;9bn3YugIHVqDB/1f6v8AVTrnG00h+hCXsBzwfeRZE+txxza4/wB79tF1BIUdeoDw6xtSzsOTqJJH&#10;IIAA+n0/P+PvBWmOopp4FshkjYAgji4/r7qbgjuY9bFCKdS8XTS0lZT1LXYJKpZTe1h9QQbW/B9o&#10;RMksUkkMupJYLJIGAJOngSLf6g/W49qA+NXHpC6aWoehGagEqrJGVaOQ6k+oFm5IYA/UfT3mOWXS&#10;bMwFh+fr/j/re/F/X/V/xXVPs6wriAGBIQ88cfS34t7hvlC5ESXaaWyeluVQ/qZ+eP8AY+6V1H06&#10;d86AdTFxyR2c2CR3cXH1f8WHtRLlGSJEDcKqi3/BR/Qe2GNCfTpWrFVyK9MDYWKSZ5GjBZmZr2HO&#10;o3PP+x9+/iZY31G/9f6W+l/aXyqOPVfiyOs/8JRBbQukfTj8fmx98hkGsSG/1jf/AGHH+9e9lxQA&#10;n7enFrwPWM4qO/6BYkm1voPqB/sfr7xnIMfqSb/gH/efbZbOOtn4vl1nXGRD8AWtY/n/AHr3lSrJ&#10;Fgxv9bX/AD/T6+9F/I9bA6xPQKGLabgfkKPpf6/8a95RIzjklj+Lf8Rb23qWtOtjJp1wMCpyAqj8&#10;i39QTz7yhm+gPH+v+f8AYe/FsY6tpB6wFF1Xt/xI+n5H+xt74Slja54PBN72v9Le21lUYpw6rSmO&#10;s8cQHK/U/wBLc/1uf9j74Klrnk8f7weRf3ZnBGf9X+r/AFU63Qnh1z1XKg2H/Bj/AIfQH3idQSQS&#10;bfhv6/1sPbWpgMcevZHUlOQD9Ln6Xv8AX6+8HjH9b88cX4/2Hu4JIr16vr1mLkEgix5H1v8A1APH&#10;vyBlJuOPr9P8b8D3o4Get8Ou3KuBY2NvoTb8WHPuZCS3AB+o55PH1/PvZjJ4daBoc9N8zItyXA/r&#10;f/bG1vp7ckRgLEXJ+n1/3j37wat1st01S1Md7hraTz9PqD/Ue5EdE78AEcW4vfg3Nj9fdvA/EPXq&#10;pkHDqBPmYoeCQTySLi/PpGr3PixTsbFGufyR7cCUoa1/1eX+z02ZQDUdMNVueCNSRKotyFLD9Vv7&#10;V/8AW/A9usWGPBCWP0P1sOeTz7UJEGwRXz/2OqCWpp0i8hv2CnDq84AOq1iPp9NIA9vVPhyAG0/j&#10;+n/Ee30jo1KdVqan/V/q9egyzfZ9HFqQ1UYXlb6x6bcm/wBefb1DiV+pS30vcEke3/CIwM/5/Xqh&#10;JIGM9A1mu44oCw+8UDkKRIvqB4UAg25P0P8AvXtxTDof7NvpwP6fj3cJpz/qr59eLfKvQXZDvZoz&#10;IvlDEAjW1gACbA2v/vPPuXHieRZCQOb/AIP+wPt3XGmXIB/n/q/1Y6r4RZs46QGW7ykMThaxQZLj&#10;QrsWFrgKXX/ePbtDjQoAa1uDa31/xv7TSXMYJaMZ6cEdAB0Cud7Tr6st4pHLHUuoufSLWsVva/0s&#10;f9f3PWCNeVUm1yPqRf8Apx/vHtM80jDSxAr/AIP9nz6eCY49BzVbmyNQxaSoYMxAa7nhedJFz/t/&#10;efQFAsApuLfTj/XPtoOWPcSevBQPn0wvXTTsQzPIovcj8nk8D+vvmbEKotySCTcGwHPtscSx/Z1c&#10;UGR1FDsCXJ4CkgC3GogJe30/r75ADg24HA/2PHutTwrx60fTrCznlQ/LXLC5t9LkX/pf6Ef4e/WP&#10;Bt+bHk/Tj6Afn37HDrVadeBABJK/TULhSAbWs2oA/i/vn/Ufg34t+D/X3Q0rUcetV8usYchVUgX9&#10;LEs1iGUhjpt+T+PfX9RyB9QTb+n492OKE9eHXLm17IbcNa4sBySxN/r9bfT31pbgkm1/oPwD9Ppz&#10;78HXIp1ugp170WsFDEqfXa41q1vqbj/eLf099kaTxzf6W+gsPoffgQwzjrXz4dcbDTdyFFjq5BJN&#10;wWHp/P8Ah/T30Sxte1vxz9RbmxH+8e9gICSP9X+rz63inXK6AcAkgN/ZOq+q41Bjze1iPfbXN7f0&#10;P9Pz+ePdVIHHrQHXo7EDUFNjq0/Q2/Vb8cc2P9be+H05NuLA255/Auf9f24Kde49eAJNvV6gSnI+&#10;gtqaw+nA4uT/ALH32oPAN7/1H0NuOPemI4jh1s04jrk7LcsugqQQFb9Ss3qAawsOf9v79z9AOB/r&#10;j/CxI96FOJ61x49cLhrFidXNiLG351Wb/Yg39+N+Bf8Arfg2I/ofexwr17HGnXasDd9A4tpOtf1c&#10;AaSef9h9L+/Dg8i3P+NiBYC1/fmqwqP9XHr1K9dsNa31EgA/ldQY3YhtNibD/Ei3vqxJJHH9f9q4&#10;tYW/3v3uvbQ5/wBX+rHXq4z17yaUVW9RB9PIunqvdyf6gcgj34E3bV9LEWP0/of8ffiBjT14geXX&#10;bKo06L69QJIPruTcfTjgg/7b+vvkfr9bf7Yi30t7qMCvXvLriDYDi45AsSrFvrfm3+tY++OkrYA3&#10;uACf8QLL9PdtQbJFM/8AF9brnPXMupJLgWVywtyoVyCygkGx/Nx/iPfm1X+n0vy1rfSwHvy6aVP8&#10;uvYpnrioTS2o3vpBCag/DDUWH+sR9f8AX98SAT/rfrANvoB9B/t/p7sKj/J+3r1SOsisR9LG4/aZ&#10;hcHWx4YjkE8WJ98/qALEWAub/U/0B904GvXiesZNvVdGHrEdhcgXGosCfp+ffgoFiLAAkgCw5P1v&#10;b/X+nvRY8OvHOOvMxYMCxDEBWZmY2CjiwI+nF9X+299WPH6SACLAW5/AHJ/2/u1VArn/AFcfLrfH&#10;HXPUDZeVY2ZWYqRaxLluAefpp5/x/p76CmxIGkjg/wBD/U/0597ZhqpWoP8Aq/l1s5Fa9cy6k3Mg&#10;dW55tqAN7AAWPANv9tx7xEcKR9bfQ/U/ngW9uK2SDw/1efXiobqXHKVJVr6AbarXA4tybj+o5Hvo&#10;C4PBBXjgcG/0+n+v7sSA3yPVPDp1lMoFiCFD/wBq/wDsDcsL8W981I9Itybg8D+v1ufbRBHn04eG&#10;PLqJLrOqxXSLEeom/wCLCxH9PfIghtP1t6r3tYn8f09+DBl1H7P9nr1OuIAI1alvYxkDnUEFi3PJ&#10;IP1/1v6D3zB1DkW+osf9b/ih9tsKHGeq/LrDoKkqGuuk+rkW/tAgXPF/6e8LBhYnkfS1hYD/AIp7&#10;eVlOBg+uerinDz6kIUOoBSj8te7Em/0I54PP/EfT3ybXp/pxyB/h/W3+v9R70hTXj/V/q9Ot0HHr&#10;tVTVqFm9VixN/wCnI1E2t+B/vPvggfVytweTc/X8c3/pf3d2Qrg5HXqDy6yvo0gKxBvpUWvYjk8/&#10;0IB95v8AVL/UfW5Iuf6X/wCI9p64DHy61pzjrEE/Itx/hzZZLqeAP6fn6e/D+nBa/wDsTzwef9v7&#10;2c93l16gDddhRckC6HgGwI5AutwPp/xS3vi6klbkWvb/AFyT/h72jLQ0HVqAZ6yKoAIsSfoOT6QO&#10;LcfX3ya4HAv9bf4cX91XSTXh02V8j13o5txcfgcav6i/+299AED/AFzyf6/7Ee9sy1p1ohhkHrkI&#10;+Q1rgfp+un1AXsD764OpfqF5N9Nr/wC+vz7tkUb162CaVPDrvRbTYEekBQLji3qI/P8AsPfFUvyS&#10;LA/7cf1HvzS6RjierUrw6kIh/wBb6c3HB/pY+8nPPI+p5+lgP6+2agkL/qr15lAFesyQmwI5HFuT&#10;zYjSB+ffd1P9oX/1+B/tvbbFxkg068DUaQep9PRTSkqiXOrj0G178/T/AB/HuHNVpDqBKn6kXH0v&#10;+f8AH26qB6Nw+w8f9X59aYlTjPS7wGyMnlZFCwuEY8s8bkA3sQB/X+l/aVr80DrAbhBY/wCH/G+P&#10;ahY1i4YrU/y+z5+Rpw6aPoOjf7B6TWFKOSopzLI6oSGUWvq1FuP8OOfp7QOVz4A0h+dVm5HPHF7e&#10;/aadw/Lq2QOjo7M61hpVUvAgAjAF14Fhbi/1te3tJTZtiSDIBck/W/54PttgQpHHrYI6Gaj2nSxG&#10;Nkg/SqqPQFFx+f68e47ZlzpUNYG355/pz7SeHq/Lq4f06d029AgdjGpP+Kg8/wDGvp7npmLRAajf&#10;8c/1H+H+x9tCAg5/1f6sdbUkdN02BR5i/jUi9rlb2tf+v+8H3GfLO9tLHjg2P5/pz7dSJQdNP29b&#10;FTnqUmChjBJQWYekaQQPqRa3uLLlJVY6SbfQ825P59uGNSKenWuJz1Kp8NAwBKC9uDb1WH4/r789&#10;c5hJJ5BFyTwB/wAT7a8EVrTj1bPn1mSijEwVQPVxYAcm55H+t7ZKivve7XWxuObWP1Fvd1iZeHVO&#10;n6ChQWJWz3FiLf7D/jfuLFWRg8mx/BuPoT7uyGvDrYIr3dSpaVyn+FrkWI+n9SPcubJIsaoG4v8A&#10;Uf7b6e9xqwatOt6h1BTF3dnIu3NlP4J/of8AW9xpa4tbST9L3Bv+f+R+3ipGPXqmo+fUiGhRSSyg&#10;2JFrAf42FveKLIOHMbXC/k35uR9Tb220IrqPWtVes70aFA624+gH0Avbj3kaofkkXH+H4v8An3UJ&#10;THWwT1xECcWuD+Rxz/Ue26okcq1h9L8gcAj/AB9vImMdaJPn1MhRByfr+Pzx9PbWHZgWux/oAbcX&#10;/Pu4TSc9NA56mGwNvp/W4P1/w/3v30Z5eCl72+nPA+l/dgNR62PTrvxr/at9ePp/r39z4o6iRRrB&#10;UD6Nbn+nuuKZ6sMCnUZ5IkYhSCb2IBH+8+3WCNiQtiwJHP4HH1597C1OcH/L16vmemyokVUZtWmw&#10;vb8/X6C3t1jihT/dV3I+lhcD8e7+G3Hquo07emWWeaTny6Yx9Dc8883P+3989Epsqx/XkcEfQWtb&#10;254Zp3Dr2vGesPmp1uzTfSykFltY8gm3vtsbJUjQEa7fkA/72PbRi8+t6hT7euK5uno7yPNGFTmx&#10;ccj8fX23y7brEPAY8k3t+P6/T3cRlkr6/wCr/V/l69pHHqZFvLFSm3njH0Auw5b+g/5F7nU23ZGK&#10;h42YcXuCfr9fr7sqtwHVMrUnh021+86CBHcVMSHm3rX8X9qKDasfAEa825Ki4P8AXj3YIQ1G6sGU&#10;ivSCr+z4Yo3kErWQNfS40sAPp6ufanosAkCaTaw5/HH9Bb3owF21qOm5Je6i9BdnO2FmkIjD+Rxp&#10;CjVySP1XF/pa9h/vXubNiaZ1uVBNv6cjn+vuwQIDXrZkFM+XSex/YmUadUQlQGYlb6b8fhT/AL7/&#10;AF/p7jxY+mQ86VUAfgXJ/wAPe9OcdU1EEFenms3ZlJ4x4leaRyTyzACP/G30P19vlLFTqtzb6f0+&#10;vPF/fjCBQKeH8v8AP/qz14CQ8DToKNy5nP1EuhFkEmuyBWYfW5/H1+n+HF/clhScNZQx/pa/097j&#10;0xgjq6B+DGvSZSXeMzLF5JZKYBwyksDza2kG30/B/wCI9x5GgF7fg8Wt+Dzf3XxUPA9eZCfPpTY/&#10;HZ4Aee4WQAsrsxuCLcX+vPP0tz7jM6MPTcngi5AA97DEEk+XXlizQnpQQ0M8JVJWCxsSHCoS5a9y&#10;pP8AxN/caWoBRtekWJ/I+n0v+P6+2vFPBTxHWgmlqA9KSiwXiqI3gSVi+gkFGWwJ1WJ/wt7Zp66n&#10;i4MtgeDY/Uf639PaUMxarj/V/g6uqIPLoSKLA1lQimOmAcKbF1uUb/g5/wB449xzmqGKwV/xzZjy&#10;R/vvp7UCaimgzn/V+3z6vjGOsn9x8xWSF6jQQbKgdAxVTYgA/wCtf/ePfJNzQDWgb8fqPP8AZ9pH&#10;nkLaqY9B1sItKDrqTqrUI5D6SrG6qAnBbVxxzx/X/ifeOny4lmvYEN9LXAuOOBf8n3p53pQcP8/X&#10;vOnl05Vmy4oaMqDpZAtyeW0ryoPB4HtVUqzOylYyVNr8cWP09sNcsH4/5+thC3A16C7M02NipJhN&#10;PGksWoAswHqX+yTx/seP+K+1JDRSHSSgsP7X9SP7Nz7VpcyGmDT0p5f6v5daMD9Fr3LuHCU4q4Bk&#10;k85/TEJSxLDi+hSf8f8Aej+Pc5mEKgaxqtz/AIf61/ar6gFqn8v9Xz6YMOo6m49A9Tbeqs9UtIKS&#10;f7Z7li/F7n0k3/HB4/H4549pnKZxYw8asDpXm5H+wuPfjchahv8AY6uFAx59GO656IgL0eUmhsZH&#10;1hDGSws1iVb/AFvpb/H2FmS3RKjN6wFUkGx9It/iPbUra16tpFePR3Nudc4ymiXTTIrEKeVAY3HN&#10;/aIq849Q0tpGPqve5+p/1N/aUCjU4dXr5DoVKLCwUiRKI1uqqP0j9I+gNre2SSZ5wC7FiPpz/vd/&#10;9v7eB0/Z1qlTTp3SNYwQqgf19P8Atz/j7iR6lL+pjzbji3+xPurPQ04de0kdZ2AIHA+n+x9u/lVU&#10;jQEqbAXBsD/sf969top1VPVq+vUQpcsbBh/Qi9iPpcH201c7amCtfTfkfWx+ntwdUPUqJBpBP5tb&#10;njj+ntkkqJkBLuWDA2Cm3+Nj7sBU+nVSaHrPYf0H+29x0mmqAtlPp+oN7kfQA+91AznrRq3Xft0p&#10;3mViDAwJP15N/wDG3tyoPnXrdOuDANzq4/1/z9fqPb4mg/qIDsLFbf7Hn3rq3l1COq/AJUH63+nP&#10;ttqad3cW0gXBA59X9Abe6k1GOPXh69SY3AX6k2/3j/Ye5kTSRppfSoH6uB/tvbVM162OFOsbAMx0&#10;ksfx/vh741MwZSFUMLHgi1v9qufdl9PXrRz16NCCLk3v/Uc/4W9sH2bPKNTuLkWC/QkH/fX92alN&#10;XVVBrnqVcf8AE88cf19qaigW4jLFfyT+SR+ePbBoFBHn05WvUOokIGoC+kWt/S/t7Q6SqFRoX8t9&#10;T/U3P/Ee6FSBUYr1unTc1iC1zqueBaw/FgPfOp8BCllBHH1J4a9x7srEKB/qp1atR1ipxMC/JuT/&#10;AE4/17n2w1ohklWylTe11HH+B9vhu0Cn59NHJp05weRUa7X4uQTz/iPcqmp6dbeZvqPSRwf9Y296&#10;1GuOHV6Lw6xTyTWtEvItqv8AS31uPfckJhkDq90vcBeeT9L/ANfd5FD8OqVoeuoZfIpBUhvyT/h/&#10;T3zhhlld2sPHe4FrfT2y5Aoo6sM9eeVI1AP67AEnn/Y+2vIRaNSgG5+l/wAcXtce7gCueqtgdSqd&#10;9YBuP8f8eebX9pKSNFmJlV7j9N3PDE8nSL+7kBcjh1QfPqZ7doTKSiNIFH9mwvYAX9sNpBx1fzz1&#10;0bWJtfj/AHj3maGXyBX/AEtbSy3/AD9Pe9YHd5deAqc8OuIZbG31H1B4PH1HuVFB4uFUkLe9r2P+&#10;sR72CCa9XwB1jZr/AJABta9uB/X3nphrJZRoZfpq/I96rmnVeOescpsLfqB+tuf8fbnFVCIHVpDA&#10;/rJv/sLe3dKk6evVp1ClgMliNViP0WtwT9b+5EdTEwLegMSeQLs1/wCp9p3JVtXp1bj1wMDgKouV&#10;AFgTZRY/gH3hBVXYsQQ4OkXva4+tv9f3XWNVR17T69ZirMgANipF+PqR9fr7gyKSrgDUBzz9Lf04&#10;9qFcas9ab06zj8fj/W+v+xv7aIWiuzaNBQ2tYhf8efenBY0HXhQCnUoggWuTf6/k/W9wPbj6Hj8k&#10;ZUsPwPp9f6H3ooQuevavIdYPUGs1wD/X8/ji3vG6llDNYA3DcW/3j3uLOB1okEY65XAawv8A1HNz&#10;9fp7zUoAI0qi3JsdJANv8R72Sa9eU06xy8g3JIAHAIJ+v1+vvNkJ2REW1hwLqOGP+v72eFOvas9Y&#10;qWNSWN73ubMeQL2sQPcWmqdJBb+n1AP5P5v9fbDjFB1YGuD1Jkjvf+n9D/X/AAtyPb8tZHMgQKl7&#10;WJNhf8e6AsvTlFArXpsameNy+pv8ACeAP8PyR/r+2eujgU3TTqtyQLC/+w9qMuvSfz6nU7SW0sDb&#10;j9XJIvbm/uItTM/HOkEAEG1z9Bdf+Ne2VGg0pjq4NOpDRr9bcm5/1h+fbpDBKzLJJMSp4sLgW/ob&#10;e7NIrCi/4OtgCvUOSQKGQJZvr/X8/UH27xlYgDqIW1wG/JH+pH59p3U1r1cGvHqE13uNILA2uCeA&#10;fyT7bqqqjk8kUg9JBCn6Wvx7dj/ToeqGpxXqVFAyWZTzfkcG4/Ptqixc873hQPFcc/kD68A+7tJW&#10;qjj14L69SpKyGFQZW0sfoP8AG1/cqrpXiiAMdkVf1/kW+t+fdUBIpXOOtuKYHWOKeN2JVgxJNxbg&#10;n/D2ywnXIYxGXUkE3/TcfU3PvzyMmAePWh6dTDa1zxYG34tf2pYzBTxpKsILLwVudIsPqfaYhn7e&#10;tn5dQWEkjMpkspHB4v8A7A/8Rb24Y2rhqpm8QMeoWYf2f9h7o4ZGCnq0ahhQ9Qa6FoYNT/uePlfo&#10;G/24+vuTXUi0ySI2sFvWtiTqBH9P8f8AX9vniHU/8X14ihp1DoK1qso6hSq+hrra1uAAf6gf4e2Z&#10;p2hVQ8f0H0Jta/0JA91AY8DU9aIK5HTx41kJs1r/AFKgG/8Ahf8A3v3HjqRUyFC91Ng2o+lT/RR/&#10;h78aqPQ9aBHn1laLxLcLyPppAufzyfbl/CYJgHREdY/UzKNRuBza3vQckaT59b0hjXqC1e0LaZGK&#10;luFViAB/Qlj7nUyNAC6I7R/QqwK2I/Gk8+9aAeHl5deUlTjqLUyLLaJ3RJG5DIdVx+Dq+nufW0cO&#10;QgRHjJYqdAB5A+vPHu0MzxsQeHVmjEhq3TbTzvRSuySDSD+7qH6je1/r7aYqKnoCqpKNVwNL8H6f&#10;g+7TUI1U49eooOkdOoq5qtWvF6LH1Ib3/p6fbnJjHlVGXxKXUfW5BH1+o9srOpSlerNEOoK5FIpH&#10;RxIwQ2BGkG/0N9R/1vcYxCk0OQqlD+pX03N7XAPvZOpSp6pXSepSy/dGRVLEMlrMgNuPyw9v0+Sp&#10;auFFMiibRzoLNf8Apf36KMhafs69q1N0mYMVW0NVJIql6cuGIcIoW9y+gD220aU/kYTRltZ5Yen9&#10;R+pJ/wCJ91k1Ia+nTgCVpxPT1WPUGK8EqKVQ2V/UCwH0sPc6u25FN+/AwkRVDftkkiwv9PZhb3cT&#10;KEfB+fWmiIFek7R7nqIG+3q4WicvpDOBoNyQtjz9bfQ8+0qco2KDonlT1EEstvoben23cwK7ahw6&#10;aDlMHpZrRx5BY3mEb+m4CkMLNz6veOXMSVNkOoh+RILuSLccjkH2yilAWHXi+oU6zRYyGA6lVRp4&#10;0cKo/HA+h9qzH0aVWPKppE1lIbUGNyfra/HtP4oSTS+f83TpQMnb0mcpWS0uQSQlvt7sGAQi5UCw&#10;v/vQHvBCanHSPDKxChW5BAtx/Ue3XhQOJEPHrSnTUHPWaR6bLUwljUMxdbBgWvzYjSf9j+fbDU11&#10;NPWLHKzfWxIBNv8AXv7enaRUoP8AV9v+rPTVRqFR09UNDLT0xKBAeSAbAC4402+ntfUVXTxUDCis&#10;zhbAyWN7jkAfT6+0NmPFmpIKV6vLKdA0ilOg/wA7jqmfIQNXOwp9YbRBqFmBsGZjyf8Ab+w9qs1V&#10;fdtGw0u7smkcj6/lf9b2YXMRjGoDqiuWYBuhAosVRilj0+tFVWVja/A4sfb39hM8SLHoZ5B+4jBl&#10;f6Xut/x7TQSBwSxoT/q/1Z6cZKHHTdNXwQTOZQwih/RKulo+f625v/sPbTPTCn1RSpG7EFbSFLg2&#10;+pa3uzoytq8uqCmk16dKaqWrUSxM4W4IZA/P+wPvPgqGuDyR0UKtrYl2RrEcXLEni39efaSQIZQ3&#10;n05GpA7TjrDmq7HwUwkyEwjjFgNQNmZjYKLc3JI9xaivmgyop2hLEk6nI0c/4X9r7iArCGOa9No2&#10;l88OslHBDUUCyxtoRk1KqnUAD9ORb/ePbprMNVHUgGLSoNnN1bj8D6f63tkwCWGnn/q/1fPpwURt&#10;Q49RARJBLTkrNdivosCLm3P5H9Tx7cMlmZ56B3EjiwAVUbSgAXi2nge27ONUcA/P7f8AUetzFmFT&#10;010WDpaauusMRLEtI7KGdiTc6ieT7CgZWRK1ZJVZ5FlXQDqIb8+r/ivtfcKzpRuHSdZCjVXj0uhD&#10;GsZjQBVK6bqAOLW49ipQVMWSCDwqtRKFvpLWF/8AAHj2WMxhWkhwPPpWGEhoePSNrqWahaSRJ3an&#10;iuwQhDxa59Tfi/0ufbNuB6zHz/pGmMgKfUUa5sACf+J9m0apJbhkPSZ2dXp5dSsE1LWU5YE+R7l1&#10;bSHW31JUXH+2Ptnp6rJedZUgZI0a7yWViNQ/Fv8AevbDRpMKDJ68Cw7unqWKkEZilZD5FsEJIDf7&#10;D8+1JJQzZaMS0yqJACraEVZWYD66V5PvUZVD4c35HqzqWNV6T5r6fDsUqHYQk6wXcmFELf6t+F/2&#10;PH+PsKd0VuRwksdIzyrrJuCGUnmwAH49rpYdC6+OMf8AF9J2fS2jpT0U9NWQrU05jkR+A6FXBt/t&#10;S3HtU4TbVHuDBCtyTyR/hZXVLox9VwTa/wDrD2WQXEskzRUqKH/V59KGhQIGfpsy+ZfHVFNTwQLU&#10;ST3bxAsHKjj6gWH+ufa6p8BT02IWjNSJ6IwkRtpIAAX1fk29+tQ0VyTEOJyPTrUgQrpPl0mJ9wvN&#10;XIRSNTVcEioUZ1JYPwo4HI9pSOOGBoYaSWUQUb6ms3rsGvx+be1d06UKkdzdUXiGGelchllRpKmK&#10;MPMlgo9S20/pJPsXwkNZQUdSJUiiZA09xdpFUWsLnj/H/b+w/A0h1RrxH+XpY5UUanl0EVRNLjcx&#10;XUz08lVI0gNGEbxrE7jkk/7H8e58O5KWSM07peCL0RrHHpDW4sSB/Xn2ne3MEoK5JPVQxPc3TbUb&#10;LrWd62OoMdbUgySyzymTxFhfUqMSSLC1vaTrq6ooq96uGQxQSqyabN+kjlSQbf7f2ftAlzEkiihW&#10;n+r/AFfLpMtVrnB6VGKoaeqxS4qtCVlRHZnkJRgXBFnCkXH09pihjjbKTVrxLBHUJIjSyPqjckcW&#10;UfT/AA9s3kkkjIyfhOfy6eRQqn59LSZTFi1oldp5YViKIiaZAqngG/14+v8Ah7aaPG19HnDU0kLz&#10;rJKrGcuGp40J5A+v4+tvb169vcRVDCtOHz6bjRkb5HqbLWUsmN0VcnhLRFDE3pmZlXSdKmxv/T2M&#10;eSxEeRofCwhkeSO6iJdUiuRydX1902meGNf1eBFM/wCr+fXp1Jai44dF+XcVbiM486pWw08FQ/mN&#10;Q6pSSwfggaiPp/jyfx7D5qmTb9TT0FdTtVUjTCMLMSzIGP1Rm/I/BHPu9/blImuIDSmfl1aNwSEY&#10;dC9Rfabqo3yGPqvtalobiemK8tbjyKP1Lf6gi3+x9rGg25DRZj72ATTY6rpfNTh7Okckv0Dr+QPr&#10;/X2QXMz3UCTRjSwNG/L/AD9KYl0MUPn0l6ndbS4mrxGRlpoMxQ1TU0xjYxGaKNdQmhY20krb8Wve&#10;3vhkP4Pgqtnk8UUpDGoUqximjJ5Vbn03v+Pa6OzubqBZj+X+r8umBKFYinWLEZDL7ipHhgEs9GGj&#10;jp5VaJZ6eVf92MbEOBxwTf26bdi2nvGjqMapipq6EtUUwiVElK/2jf8Atf7H2mj3Cfa7wJcjUklB&#10;X0P+r+frTq7BZU1L+Hy6RnZc/ZGxDR7swIGYx1PGYs9jat5JEenawSWn8RBRlPPAIsDcXPtE14wG&#10;Fqp8bMzU0xkZI66QIFJc6T5Yz+of63sS3KNDGJ/iBHl8/wDVjpEHRjoBoehA2/Xbl3PjcdnEFIKa&#10;aGOabFB3dgwTWohqVtoe9gbgj2vKVsNg8SE88FWK2nVPKq2WdT+oKrWA/wBb2H7ZFuJjdoaaTwzj&#10;7elUjFV8MinSAzq7y3Tn4KRcfU4mLFVZqvJJNHIYnU2iIaK5a4+t+PwfYNbn/iVFT12Qokc4tiUm&#10;RD5dBI0jUguVB/x9ie0RLmTXB8S5P+rHSNxpWhyOhtwtTRk0GNyMkbZhIWli1p4nmWOxkeJrWYji&#10;9jf2D+BxlO+Rjr44Hp5I5PLUyspdXDC48Sj6f7Am3tFuUZk1I4r6dO26iNg4FB0sybDj6/j/ABP4&#10;9mQ/vq3/AByl/wCLN9p+o/5j/jt9Pr/h9fYV/dA9fP8A1f6uHS3xv8NekN/deD/VRf8AF9/iv6P+&#10;Ur/jj9fp/j7/AP/SRzgm/wCeL/U/7f3gyAOB67u/PrdPV/px+bD6W+v0B94tB+hv+Rx9LXv718h1&#10;riMdZtYHP0+h/H1+nvKIvpqsP8D/AK34/wBh78BTPXgPPrE03103/wAD+P8AH3kEdv8AG1rH8j/Y&#10;+/Gn4etEU4dYvIxJubj8jjn32Ft+f6f0/P8Ah73Spp1umc9cS31/H9R/rcjn3l0ngj6cD/G/+PvW&#10;ODceP5da8+seoci/4+lxYf4cf7b30Ft/hY/7D/H6+7KFf4et464tIVtcC1ubXv8A7b/ePfJgQBYA&#10;jj/H/H3VV7qt5darmvXtYYW5BNyfpwLfW3viPxza1/rfn+vt3FdI6tUdcTf6hSdRsQPoABxb3yNr&#10;XNh+eD/j/T3XUfEoPs60Tnryg6foTex+hH+I/wBhf6ce+OsAfXmw/Tf6D6X/ANh70CA3y60CK565&#10;mJmtx/X6m3JH4Pvh5ri1+OOf9496btPWywHXNYDweb88W/J5H+9e+N735H+9f649+oT/AKuHWqjr&#10;uwH4tfk/m/4uP6+8v0ABv9OPyLfn34emOt14AdY/r6hexNr/AEt+Bb8++arfk8AD/EX5/H+t72Bi&#10;nn1sHrE7EGwN78/8VPvqwtb/AGI928M1xT/V9vW/n14SXNzf6W4H1H+w98C3H+t+Pr7uABkdU65a&#10;S17n+n+H14H0/wBf315OOLfQD6/72T7rq0nuGOtaiB1y8N+QTfk/48e+Gvmx+n0+v+P19uDIx1vr&#10;sx8H+v8AtvoPz77MwAIFrngH/H/E+6sgrVuvddrExtYm1+QLXNhxx7wlyTybAccXI/17f7H3rSoU&#10;hRU9a8us6r9Pxf6Gw+v1HvrXYelr/wC++lvflqTRhTra9d+O/wBdQNv8R+eeT9ffAvf68f4f1/H5&#10;92pTrdaHrmEt9B/gTe/+P494mlX8/Xnkf4Dj3agA4561XrIsRvwOLW+p+v5I9xzKvPI1X/331920&#10;1Uceq18+sojPFlNv9Yfj8++AluRf6C5P1uf9ce7hdIoevV65MnH1N/p/W34vf/jXvn5xzY8EX5/B&#10;/wBY+6UYN17y668X5P1v9QOePzce45qPrY8n/bAfX6+3McD16vkesggPH9AP9jf/AFj7wSVN7/Uc&#10;fU/4/X34KPLrRPWVYgv5v/hYf7D3DkqWHAN+LcH/AGP09+rjrRPUhYh/S3+Fhf8Ap7wedif9j/yM&#10;292C160SOA65aF/x9+1sfqT9D/sf6+7KtMnr1cdeIX6C3J5+v/Ee+l1k+knjkWv/AEt7tqUfF/s9&#10;VBrnrs2APA5v/wAV95QHP1v9bDg8f1/2HvVBXHW60OOsZI/HFh+bc2/wPvMInNuCf6E3HvQQ5Pn1&#10;oMK1HXEyKAbkD+ov/T8295PtmJF7ix/2/wCPe1U+fWyanrh5l/r9Rz/rXuRz/vXvl9kxN2Fx/X6c&#10;fjj3sA060WHXE1KD6Nz/AE/3v339k34BP/IvdhjDHj1oeh64/cpbk24tyRb/AA5HvJ9gSLEG/wDX&#10;/evewvnXrWeuH3iA8Gw/Nj/xT3nTHE2uBYcfQkD8X96Irkdaq5HWF8giki4vx9eL35599/w8fS1z&#10;/Q24I/PuyqBw62leuP34+twB+Db+vFveRKHQQGXjjnn3umo462VBNa/l1wauDKSrWIv/AIXFvxz7&#10;mRUYUcKRzz/r393KqTjq34hX8uoUtaxNiwPH9Te1vx/xPtxhpAQAFBPH4+n9Pr72FzXq4Ga9NFTX&#10;lbksQOfzyb8fQcfT27RQMqjgW5+gPvzCpK9WpQ0PSfqKtXYklr2F7n6AfTn3klQEDV6vwPoPx9b+&#10;2h2vThX/AFfl/n6seuqeXi6EgqAbC5+o+n/FfeAU0dgTb6c2Fr2/p7szCmem9Q4DqT95PcqL/X8m&#10;4W/5b+vuJKiKLji/0B/p+b+7g+fp023GnU6B5W4PqAPLfQk/UaR7bzHyTcEfUD/Y25HtxSPPrxqK&#10;AdOnkNgACOLfTn+vH+Pvu5+vFgf9f/XsPfhQNg06tUadXXRAIsRe/wDsLgfg+5SPGBe//G/z+fe3&#10;dl4daBPFuoLRSsxFuG/P+P8Ahb37zxm/04/FuP8AXH/E+6CtKk5639nXIUrrwBYMADb6/wC3P+8e&#10;/JOgN+Lcg8/W3192LqBjHVCDWrdcXpJWFuW+luLlf6D/AHv3IFUhNg39P+Ne6eIQKenWyFBz1EON&#10;b9RQk8n/AGP55B951rIhyW4A+nH+3908XyH+rj1ugGPPqNLipm+iE3JF7Hj6fQ/7Ye402SUA2YfX&#10;n/Ye9CQE+nV6gZ6mQYM+kMCbf1/xtcc+2x8lq/SeAf8AX/xt7rrAPd1Wo49PkWIC/UckfT6f61/e&#10;CTJ6bnXfjnmxFhzb3Vm1YApTr1fTqTFilH1QWJPAFwP6fX/e/cdsrqBFyPp+ebn/AAHuqmnb1XIN&#10;epK4pFKn62+t7fS3HP8AX2x5ClpchaSVT5UPpmRmjkW/9kOtuPz7eSQr29adVkFGHTnT+SnARf0c&#10;kLwRf+vP0/2/tpGMkV7LXThfyGKMSCf06iL+7mSgqR02IFHDqZ5ha/j5/wBt/vY9u1LSQU4JjX1n&#10;6sSWZv8AFifz7o8h8unNIpjHUaSR3I1cJf8A1vcprWufwf62t+B7YNT8RoOrgAYp1wXjgD6jnjj3&#10;1FctwT/U/wBSPdfLV1sCgp13JpC2P0vYH8A249yRrVTcG3+3v/QE/wDFfdGkqR1alOsOlSeGsf8A&#10;D+v+sPfKxNrf63+BH5+nvVQRXr2euH0+tyODb+h/Fz7lRrwByObfX/iPbZIB9et9YmP1/wBb6AcD&#10;/G/+9e5yOqL9fxYkc2/PupBY46sDTPUF4y55sR9V4tq/1/fNahf7NiD+T/vP0930DietVr1gaBwe&#10;eCOV/AF/pb3kLqwve5vwPx/hyPdCvkOvBh59cVjZTyPT+T9Tb/W95YzewtpJ/A5/2At70I2JOrPX&#10;vn1jmKg3HIA+pP5/2PvNJAzi4Ut/rAf0918I1+XVqimeo8daicM6rc835A/PvilFM5sqEHj8H/eP&#10;agwlVBJ/1f6vXqlR1jfL0yX1uBbgE2/pyDbj3NjxErH1L9P6i1v6W9tlCBU9aJFMdN025aSP9Mg5&#10;vexve3LfT/iPb1S4Uso1L9P8PrbkXt7UxRgCtKnpskLk9IjMb4gp5GCzKFP1N/yeCw55Ht/gwq2B&#10;K8j6cf7x7dEZLAHHW9Y6DPJdkxR+TTNcE2vqFhf6OdPIH149usGGUc6bWHH+2/r72YDXTTposOHr&#10;0H+W7cghVtVTHe9mKv8Apv8AU8GwAP59ukON/Gn/AA/Ta4/p7UC1wKD/AGOmyh8ugpzncVNG0rfd&#10;r+klW1h+bcMLf70fbtDjQtrr+bcf4n2+EUDHADr3hkdARuTud52lWOpNiCdRcXJ02BC3/wBv/h7c&#10;46EAXK/QC/H+w/HvXiRLgGvp04AQKHoF8v2ZX1TMFqnKuSADITfn6n+v+34/w9zkpUAFhf8A2H0H&#10;5+ntO1y1SOHVglRU9B7kN11lQzapCn1A9difoeCf+K+5iwxgA6foP6c/48e0jTSsaE+fV1RR9vSb&#10;lydTLf8AfYkGwBPpNyfzc39+QA34uw/17f1Hur1BFOHVyABw6hyzP9CxsV9PIDcEXFv8ePr9OPfI&#10;FQzcAG/FwbEf659+IYqPTrRqVx1gbytGhDEi1mIK6kNrcgf1uB/t/p7yA/Xi3+w/w+tv8fx7a0/O&#10;vWj8usJ/UnqBB9TWsA34FrXuR/W/198WJ5ax4H4P+x5v/vPuyj8PXhTrktiQpKjVwCy/QgWIUrzz&#10;/ZBPvxJvY/p/Bve/9B/vF/ewABjj1viKefXY0244cct6f03sOG+v0IH/ABHvzMbekXsBb0k3v9QC&#10;P9v78qAnOPzp14U49doF1DUxAGq+t0FvTbUwNuCbge+XOn8Aj6X/ANt+PdKDVXrVR1j1AkXOqMj+&#10;zc/W+qxa1gPqbj31cn68/W5H9n+nu1ABj/i+tfProgLZgdF/SFIv5LAXJANrD6C319++jAfg/wCt&#10;+f8AY/n3oiqnrYxkddr6BrsSyqCbavSLHUtgLcc/U/W3vnqtxxc2tz9Tf/D3TTqp6de4Z69wAXtY&#10;6bmwDCOxIJBt/jxe/wDX3xY8Xa9hb8nj/D3ZVoaL14Z68pY6RfVqJC8Jb6XLDV/h9Bb63/w99+kD&#10;8f0A/wBcfQe69zHrwPn14H6sCSLEsNVw3BuxNrg24+v1/Pvibjnj+luf6e3BQ9axw64oQWK8349V&#10;1sSzXP1+t7i4vx76FhYE/Unjk835Ib3s1OQP9X2dbyc9ZblrkCwCoCQFUEWBClRcj/Dn3zIB4tf+&#10;n/GufdBUHHXicVHWO4tr1aSR619NhyeGsObkn8e8Z5sOSQR/Uf7Hn/H24ONevDB65pdSzXUB9X5B&#10;I9XA4/qOPx/t/fViPzcj+g5P4APveD9h69XPy67DAkWWyNflnOhRwzFVNhc8W5/2HvlcAk2IBJB/&#10;1xxx9fdSpoBX/UevenXWknQCQ1grAfSytcliT/T6n/X9+PIvz9D+eQT9eT78DQ069wPXlOlvwbsL&#10;+mwNjxx9TxYg2/p76AuSbfm4H+w4t/vXvbHAAPW/lXrkxtoGsKACpJ+li12v/Qn88/S3+I9+LXPI&#10;IIt/gOfegtB17roJYagVOrVYKObJb6cCwsPx9ffWo8/UfqN7XUgDi/8Avd/dqCn7Pt69jy67IWwI&#10;0sfQNOoo93e91BAH14sfftTAfS5t9DfmxIP0/rxa3vWlSaA9eOeJ670At+ogar6hb6so0+pv6cgk&#10;2/1vfWoX5VifrawPP+sfdgppxFPXrwGOuxH6QA6BRwJCxUEAWN2Fuf8AfD33yOdJ+o+vJsebAn/b&#10;e9HScV/1f6vt69jr3o/TrSyg8hbLqF1BIAvza5B/r9ffIlubcGw9R/SPyfdVCDJzx+3r2KUPDrgF&#10;TSgY6kQkCMN6jfgcm39eP94+nPAABvr9bWBJ0gAX+vuxJK8OveVD1kJLR2K3sW1EBNRLEgNwPxwS&#10;QOf9b35iQSf08jnmxNv68n/ePe1AYAcf9X7P59bFeHXaG9l/UQtyvGoC5vxwCT/wb3x1i1iLn8sP&#10;pa3/ABU/7H3bRnUD+R/1f8V1un+r/V9nXMR/21YgE3VJLBgwNrXN7iw4+tvfJeAzDngH8fgW90bJ&#10;APXgCfy64kFioYD03X6Egaze/wDrH+t/8ffAcuPxyeP9f63/ANh9PbjEaD59eHWW37d76g1vXf8A&#10;1JuGWx/r9bf737ysv15UWHBubg/Umw9sKwNOPW6Hj1xVbEEk21aGsFsQOPqf99+Px74XAt9Sbf0/&#10;oP8AD+ntyhb7Ot0x1z0En6heb/Xgajcnn6/4e+XqI4Isf9iR/W3unaMGtR1U6Qa9e0LcHm4+n+sL&#10;2BPvsC31sf6fi3vRNeHVtYPHh1zALW+vqI+pv9B/Q++muAbAkm/9bC/9B78tGIJ8uvAgVr1yVDf8&#10;+kqf8T+B/t/fagqBe9/r/rcWt70xDnt4deqAKnrloANyNLG4HF7qTfTf/b/X363Ori4B+v8Avfve&#10;qg0jP+r/AFfs6qOJr1yCelh9Bx6bG4Nv03H+w992BIN+Rf8AP9fz70GIFKY618uswiP0F+StuPwP&#10;wWP+8++mYc34vf8Awvx9P98Pek+WacevEkceswpZWsdBI503UAX/AMAOPfDyqqkFh/X6/Xni/u/h&#10;M76gOm2kAFOpK46pfgRkkkfQXAJ5tf8A33HuNJVRoPSeT9f6c+1SWruf1MAdUMoGTw6d6TbVfUt6&#10;IXIFxwtvoL35/wAP8PcRsgqj62vfgH6/7H28bRft/L/V/q/k0bha8elfj+vshUNYxSEAqCQrXufw&#10;D/t7fj3BmzCr9Xtx/Xgf0+vt0WUaLWn7ePz/AOK634urAPQkYTp2urZIwKZtJYBSVP5F7hQL/Tn2&#10;x1e4vFezAA/0/wAOPr7beFJOHEf6v9X/ABXV60yD0YTZvx9jsJKiASPpItLEGP0twG4/JA/3n2la&#10;vcrFioP6r2Yn6f4c8+2zEA1ScDy/1Y/1cOnQaj5dGe2503jqGmRhTR61CFwEHq0fQmwtf/jftJ1m&#10;aa7DXYnVcc/1+n/FfbchJODjrYySOhvwuzaanjjtTLZCtioHAtwfpx/h7SFbWyTuwUWseB/W5vwe&#10;PbZIUDPHy61ginQm43GxUsaXA/SOSPpb/fc+4YiZwpd/68fQ2/w91L0+EdXVf5dOPkVCQq8fkj6A&#10;/S/vkpVb3I45/rb8H3UnNT1agp1xYM4AUGxuD/j+ef8AYe+jUvxYXUG35F7/AO+/p7qRX7evVPXJ&#10;adACP6jm304Frf8AI/eRKok82uPqP949tj1PWq/l1xelW1hyLck/n8i3/Ee/PLqa31N7i30J/wBf&#10;/D28oNOt6qdcFhCgt+kWINv7PP8AT/invuSZkWwv6hwpv9frY/T3UhianFP9X+qnWi2MdejhjZr2&#10;vY8ngGw4vYe2aoV2Cnn1X+l7D8249vImriadVJxXp0iZVLL9bW/2P4vz7bAJFYqhPDWPH0tybX93&#10;0VwB1Sp6mFlIuf6X+v1P0BNvc4RSn8MQeRwbD/Ye6gGmOvVJz1gMkYP6lve3+xt9PciKmmYiw/BH&#10;+34sPb1MU60QeHUWWphFyWtYjngD8EX9y48dMHBcFuLW0ngf4+2mjJHb1tMDPUZ8pT6TZlUXNyWA&#10;vx9R7eY8XLIhBjILC35vb8XB92WHtqf9X+r/AGerg1GemCfPU0Mo/eQgNc8/0+oH5/Hvn/A5SpUo&#10;f8eDzcfk+6iMrkdVatKDrEN00epSJUAJsCWF7rxwP+K+4X93ZrgBGtf/AB/4n2+qk/I9VVc9Szuy&#10;iUMWmTgWsCp5/I4/Ptyp9rPdZGQk3votf/Xv7sFx06AB0wVu/qGPVGsyiwt5NYA5449u393nIXSh&#10;A+hFzb/Ye6sgJJ8+qtQ56Yhv6iRmV5lc3up4NyRwDb/bfX24wbZK2sbD68/pF/do0156aL6R3efS&#10;byfaNJCWQhna+keIAux+v0v/AF49zf4JHBKpYAhlt9bgMOTf/A+1Kxxmrenp/mz0yXJGPLpgPYM9&#10;dSzJCHEiN5AH9BkX9NhY/VT+PbnHjacAM2kWH5sCv+wH+3+vu7MCfDAx8v8AiumzqrnpIVW7sqSx&#10;jWck+kWLkNc/kt+fwf8AevbpTY6mRdWgDUTbgfT+lv8AE+0klPM1p0+oJpXj0jMrvPOS1Bp0Miqq&#10;gSBieJbcksT+P8PcwU8Ci2gE/W3BIsP6+7IyhanA+fDJ6cJbgMdJmfMZ6pqEC1EiLq064nKK/GrT&#10;p4PFj+PfBo41taIAc3IAFyOOP9b3tJEQFgan/B/xf8+qMjMKk9S4pspVkievlIU2CkmQHn+lj9f6&#10;e+A0ICx0r+ALi9zxzf3Qyq7Ba56toBAXqc9LW1AVEE80fp1OUZbgeqyBeP6Wvz/h7jyVkag6pEFi&#10;b/Xi3+Pvbz6KN/q/1HrZiTp3oNpT1EhVKOZ9QWxbSFv+eByP8f8AW9tdXmqdFAaT/W+ij/be05nK&#10;kMBj7an7erqqqMdLnC9bVTSySeII5Y3Om5P+FxYAfX2npM/AHIVub3PP1H9B7c8ZfLrfnw6Eem2B&#10;UCAawP0abBRb6/U25P8Asf8AYe843Agjsp5N/wA/T/Hj3QzEZXPWxw6iP1uJanyTqLRkMptdmNrC&#10;9x7gz7kYAKrEcc8nkfm/uhmLcf8AV9nz68ATw6eqDreijdpGjV3NrHSG4/AAP9fyLe4C7ikaW2o2&#10;/JB/H9fbBZlqK/4etqMZ6UjbIoRCP2I724uouDaxv7yncso9F+Prwb8f4+6VZDWta9eoB1HGwcc9&#10;pfCAyqAvpUG9/wAf1+vttr86wUmOS5tcgE31EfT2oV+2nVGFMjp3xm1YEcCWFbDhSVFtP+w/H49p&#10;SpzUkxIJYgkXsT/Xk+9BWQknrx9D0s6bDwQABEUELblQP9b3BjrJ3fhmKkkLySLf091NfIY6959T&#10;3p4lB1KoIHqNgL8/X2qMbjqmotpDnUVP9f8AWtf21I1Rny/1Z49XUZ6TmVytFRX8rxKAG+pC2FuT&#10;/j7FLB7bkbT5oSPp6mNj9b359o3ZxUA1+XTuk9F3392jisXDI0NfECFYFUIdS1/pZL8fj/kXsTaK&#10;kpKFQzsCRYBfSTcDn8+6+G7Gny+fT4XtqOiQb13puXd7tTYelkWOWWRTUhXVCr3N04B+nP194a3N&#10;QJcK6Bb2sCAB/UWH+2/x9qo1C0U+nH/i/wBtPLpp27armvULaHSuXqnNXXQzzVEpDl5FLu5ex083&#10;IH+sP959hxl90pHKUQ6dRJ1Dj/fD+ntU+FGakAU/1evr0zUnJ6OfsPpuKChR6qIMQTeMqtiL39PF&#10;/YW5XOSzTSESE67gqCQPr+feiARU8fLqrVJ6M7gtt0mOpYIUgRFhVVX0jVZRwB/hf/D2iqmqeRwt&#10;2sSLhjfi/u2CCT/q/wBX+o9VzXpZRQqgJAAAH44/HHvGqsHLgakNgdIsQPr7bIr1YVB6yEi1mJHJ&#10;+p+vvMsZdr6fSSLX4tb35Wr1aornrgx03Grnn6c/X3zmJjAPpABuALk3+nPupCnPr1skHrpAG45v&#10;9OTx7gz1LErccH+p54H1t+D78o8+qmvWVIwAfr+P6H8f7z7wqvkF9X1b9P8AX8gn3YHqtfKvWQmx&#10;+n4+v+xta3uUtDrdCyAqR/sf9a/vZloOt6a9YjKADY8/g24/2PuXFiwjkhVVR+L8gW/3n22zA/D5&#10;9Woox1haqAA+tzxwLi/095pKdkC2HqJAt/Qg/wBfd1I4cadaIPXBZdRY/gXv9Re4t7aKhZYZyNXL&#10;W+l+b+3NWK+nVDWtOpUel0HH045v/sOffmMw0EMGYH6C5P1v70dJFfXrYHXgF5FrD/eB/h7mqssj&#10;DWPwCbAAWJ/PtuoGR1sD16xkqAdJt/rm9v8Abe3mnx6zD9F1Nr3FuR+B/wAR7spNNR63TPTZUVoh&#10;uNViAf8AH6f1P9PcoYXxuG0+ixFjyQfrfn3pzig6sU9Ooq5hHW2oBzY8/Qj6cf6/+Pvm9P8AbFTo&#10;BUE8gHUef6e2lao0jJ60D1zScT6vWVuBezcAWv8AX3BrZlvbWsYA4QCx4/qfx7uDXJ49VPHqVSxs&#10;F+jSEnlyeOeLAf7D3Hp6iO5Dv5Pxa/P+w/1vbEjcKY6upCnqS8T29KlTwbgH/Y8j+vvJVGPxahpU&#10;gm/+q+vHu0LmpHWmpxHDrHGHDkHngH/D6f0P9PbYk8Yb+1cmxL3P+ta/t5jTrQ6lGNyPoB9eBx/r&#10;+3mOndgrXBUj6m/5+tvfkcUqOqla56gSzKt1Nxpv9Oef9b27rFFBCOT5LDgH02+tgPe1qx6vUrw6&#10;ZjLLNMy2HiBP1X1fW1z7TeQIuLt69R4/A4+vPt6nbXy6aJr0/UnAsAQtvqfr/S3tsFG1RczIOCLP&#10;9Df+gt7aMlGp69XC46mmRU4Xn/aT/wAV99wUJDaVWxDXGu/0v9bn22zAio62qjy680wH5sP8Le1R&#10;DjEaMSOQWsDb/Y/i3tOJM08urADj0zy1zLIY1VrXPP8ArjgsD7hVsbU3+bQgEXufybWFh+PahVDZ&#10;HWip6kUsomB1MrHVYqo4UX/r+fbK7ya1t6GJseLD/WPHurEqanrXHpxVVKn8gD+tz7h1AnW7Aku1&#10;wR9ByeOfbsbahWvVWB8uua24FhYDj6f65PvFBNOCFf6AgAg3JP8AW/upoR3daBI49ciq8/j/AIj8&#10;+3BqxwVRlJ4Fxb1WP9fz7bMVO4fz6crjrEIlPN/6i4PF724951qlJCJ9COdX/Ffp7stRQnrVeuDQ&#10;kAk/UHi30sfbXUhlf9DWNvUOU/1zb2sRRx6TvqOB1mjNx9Qf8Pzxx7m0lL5oiY3ZHtezAgf1+n/G&#10;vdhRqg9bSvA8eo80wjYahdSfqObfge8ixS6VS6Fvz9fwf8fbDqFrmnTqmho3XLWpNyGt/vuf98Pb&#10;oq6I7sikgD1rpsD+fT/vZ9sBmr052nPUVrM1gSBzdTfkfnn8e8ZMLMA5MgPHHOm/5H9Pd2JoA3l5&#10;dVFK067swHosn+vxcf7D3DrY1jVmhcN9AVHAF+eB7uhU8MdacgZHWaB2YgOpU/gk31H2zwvU+dFs&#10;31HFmH+sePbc3Dry6iepZC6Te1rH+n+8e1VGhkjYPGjui3HBuDbglvbMbMCAT07pxnpskYIylWZF&#10;ZuebD/Wt/j7Z3p28mp+WL8RrcWseCbD3ZzWtOqfI9TVkGmwPFv1H/EXt9fahgRkjUNp0W9TAXb6f&#10;j/ivthDnt63jy6bpirMbaiw+i39Nz9Rf3glmcEqi61ANrj/bEn+vt+lfPrwoeuUca2BY6SfryLf4&#10;ge2JixnYM11J5VrXP5P191cmmB1UDOOnFQBGCPrb8XH14v7WVDTM1OGQstxyFFwP8T7T6qNnp1ko&#10;AT0w1lQiS6GCt+LtYE/4C/1PuPWRAw6f1i/qLEixJ/BHu6sVJJ/1fl1o0/D1mpn1P/qbgaQAvIHJ&#10;v7iUeNDMDFaYEC45DKfyAT7Zd6GvDqyrUZ6lT1gQDyExn6K31B/3359vr45YqUrZQzE6kvdgP8GP&#10;u6SGtT/q/L/V9vXjntHTGtf5qngkov0e3F/66f8AjXtPRQS0tYBGf22P6SSn5+t/8PbkkiMuePVF&#10;Uhun1nE0B1fqA+tgw+nIte3t+q62IQhdYEyAXZje1hcBbj3uJSwIPWzJggdMdPRyifWFvC5vpHF7&#10;/wCqsbe01NIat0jVWDte782Yn6X/AMPdj+ktOPVTk06f40EQZiRpH0UD9IH1t78lPDFIEnicOL8L&#10;wpv9NR591JJWvXqAdeMjyKWiddJ/JFzx9SB7WtCitTnx+OPSo+pQKR9faYsddOP+Tp5QNOrpK15Z&#10;Zk8vkk1ubKFdmvex/wAB/re+2DyLpEat9QHDfX+v0/4n3dH7iP29VpqPXEBI21GRktY6Sv0/2P8A&#10;xT3GesNKyanKnUF0kXtxYcD260dcj/V/q4dUZjw6zR0gqVksisCLlgwBIJ5/w9pqsqkFTrn9S3ur&#10;KTYc/ke3JKmOg6oCQelBSQaIQkQC2FiD9f6e1hSVtNJRLKZr6FAAXhlAFhcH2gjXuII6VyEFAV6T&#10;FdSVS1uhIl0ykmQtbT/r/wDG/bXXRR1sJ8L+rkrqtY/jj2rhCKTU9J2FRQdOFLJNRyBZozp/JTkq&#10;L/ke8mBw2QBd5aR2BZVRwvkQC9iTb2xJINelTgf6h1dIzpz1HzmbxkUSoa6GJiCzRtIInYAWPDe1&#10;Fktu1cVKaldSDl2CBSW/wINj+PbkDLPIUbHWmUg16SWL3ljJq1aFJElYnxqzEhB/Uhxcf7z7RVJu&#10;KbH1XgmZ1OoINYbQbngWP+8j3q4swj1A/wBX+rh1VJG1UPDpf1WIpcjS30RtqUtdQurlfqrj3y3E&#10;i10YqVZCpS5spCkkX/s+1Nt3Jp8x1pwoFePWHCJ9lelKvwxA1OWNh/i3vLs7HUMpK1JW7L6UdmYN&#10;+fq309l93cSxNUDA6cjC6a8evblqqyGlL0YfUvOpfqAPzY/X2oshjZsXIHo4msxuFiVpFYf0DAW/&#10;3n2pBhnhDjif9XD/AIrrzBtXZ0mcTmocsskNdNGGiFnMzJE6H+ukm/8Aj7bC9VVOHaJoWXgrLwx5&#10;txf3QDSumuOmyPI8en5Fo6VGCusoNzqisQo/2oIPr7iZXFTQU61skGi5uDa1+PwR9fZhbhLiMqMg&#10;Y/PqslY6E+fXHHZqmmrGoIqgSSKt2QEEqL2sQfxzxx7Vu0q3HVUBpZokM1v1RmzXNhck8eyK4eaz&#10;ufEGR/q/n+3/AC9KEHjrpHSZ3tjMm8aVFHWPAkZLOJFDqV+tgPr+PcbMbbo/vBKoYsJL6wFIUE83&#10;tb8ezUXn1ENSKEjhx6o0BU/Z1i29uWuWk8M4XSi6QG1o0hHF1uDwfahpZ6elgWmZ4ZjbT5AF1KLf&#10;2i9v94PtGI2RvE4fb05Soqx6TmSpavKVD1aJVUwuzCIu+mQjn0LCSCT/AEYc+w43HTQipdoaly7M&#10;NQ1DQAT/AGGH+H9fZnI+qMORmnp0mZQG6EzatRUPRRpPTLEiXCcEO9v9WjfQ/wCt7d9so9Bqb7hZ&#10;1fQX1Np0qR+Qo59ktxH4jhlrUcOlCUA+XWLchSshMTwOlhJpbxqxZ/wBqIt/vPuLu2mp6qcT083h&#10;soLOq+rjmwI9nUTK9qqS5YevSeRe7qFsySto6WSmqoy1pm8I13UKT9De9j9fz7SL5AxqkTzySooV&#10;SSuq9v6D22IdCFl68CK56W604ZjII0RyS3Bsbn/G3PtY0esLF9vTPNHNGqlkBYDULFpEP9PZY76K&#10;SA0Iz0pOv8umCrWORpVqamOFkkJUSWQ+k3AR+L3/ADb2lsxsqpjzSVqUlU8IUSSePUUUsL2ZfZm8&#10;qXFspQip9Ok6xMr6lFesmK3NjamnEcldTJUI7QIskqoZWTgFQx59zFygwtZTzND4g9kXUC178abH&#10;8/1t7T3FmZbaoPDq4kEbEHqc1OmSgmhM3kUnkowFja4sR/vF/b1lZajLwq8JRhIAwvGbMf1FSG/J&#10;/HvVrIiw+H/q9PT/AFf4dEajXplx1LT4eocOHFjb9YJ0sTY8fj2zYevkhrJqStgPoI0hYwoJ1Wse&#10;Bcf63u0sckDhwcHraMSpBHTrk6RKyjElLKAxViJCxay6fqPxf/X9iLhxDPXQGCVoFjbyyQpEGU25&#10;vr/HtNdzlUCkVY8D9vV0Iyx8ug3zkVRTYmu+5hSrDwPEkk1QUkPFgvjtZr+4G4tvYzcNbqKxm0lm&#10;nI+ljySov+fyPZk98EtVikyQOmFiDOWbqNtDKZXb+K8VTEzoF1w0lw5UW9KxubfUfQH3hO3Ugx7Y&#10;qOup5owzNHGrgAk2Fgbfni1/ZdDOIZvGXAOD04V8QaQa06UEe5Gq6qLJSYjIUrIgRnkp7lVU6jdb&#10;3+l/pf2zQ1M+DppKCvc09O+pNJ/cslrKykfT/b+zK2VfF+pTI8+mXARdMnHpzrKWkz8lPX0MaVFT&#10;TMskc4Jj0uOCjA2v+eD7D1cXW0OclqXrGr8VWjyQxx60kjDn8Ecf7G3+9+97nGkwE1vj1/1f7PVY&#10;FaNs8OlfS1RnpiHT7aeMaJInsyo6gHgjgg+xAXcwop6XGTwH7J1WO7uNaqxFix/3v2Um1aGH6hD3&#10;celPigvpbgeHTBPgY6/y1qy2rAzFWRRp1gWNgf8AeOfb953w1SJqqFXoKldcLQ6ZEZHHpOoGw5/B&#10;9p3ja7QTw8Rx/wBX+qvVySn6cnDy6aFSDL0stFTTvHkaVjHMJg0UiSRn1elx+R9GW4/x9t2c3HhK&#10;OBY41ZppdJZ5WGmME/pW/A9m9uGEOtuPTLldQAOOo2I27nZMhLNW1MMVDASkEMKMskpA/wA7M5PN&#10;zzwB7aK2ibO4gzY2YxeFgSzKwjv+oLqT+vv1lLE7NbOMn/B16Ze3UDQdKD7z+D5FI63S61S6YmQg&#10;yXBFzoc/Tnmx9uexp4q+kqsZl6inWuiYrDTpKY5JUT6Msn/EHn2T3kMtpeigpGa1PT8TqY+7JHUH&#10;eD1lJFT5HG08kmlgZ5REJ44oz9WeEkH/AG35tfj2osTlpZ9wmjedKTwEKnJv44+LMLG/A+vtzcIP&#10;BiUQ9wan8+m46uxJ4jpPZPEUke1pquWjbIGaF5poyFuZJBcmPVbSbnjmw94t3ZnG0lUzy0330UQd&#10;mMsatCXHIdCTfj2epEz2axSGhIHSMy+G5J6T3XWAzMmNaU1IxLzS3jhppG+4hpgbCOYLdCxH1I49&#10;pek7Fn8UktMyeCFQiIoLBLmwVf8AW/p7LDYRRy6Fx0pEpZajJPQhVmwsTX2NZH55pG1TzmwMpA+s&#10;gA5PA59w8/V1+d29Lk5fQkZZA7Czji4a31I9r9vnBZ7X0z01MtFUnBPUjEYvFbeyq0FEvjerhMvj&#10;XUY/2+CR+Abfj2o+r9qTU8SZw5COWeWjKxqoZJkIbUBIxJBUi4sPYYvit3dC2IwGz/PPSyJfCgLV&#10;49Jns3eEGGoJaCagnnWWSFZJCgkhkSQ6SiIh1FuRa4A98NxDEVmcjh3LQfetIsi0TweZI0YcCWQw&#10;2vb+t/8AX9iuZporRY0NUHGvGn29Io9Jc4z69Q9pUtWm2lk2nWnGgVCVNXT10UVTIeNctOiVF/Hq&#10;H0vyPxb3jp8FUVsFYtVUPDi6ZFSmNOutoAxsCwJ+n0F/ZTGq/U+HbLXVk9Puo0a5DnpSZLctPjDQ&#10;iOKCTLV0vj8VTKIPunjTU6I6g3YC5At/th9JNPKcXiJ2DUlTjNZgmD2mmqfGL3MLf4e1dqxjum8N&#10;tLqP9Q6qwogJz025aihz2Vxyzw5GnysUf3lHPAzwQ0DP6GH3UVrlvoRax/Pt32dTYLKUVbFT4ynl&#10;x1Qk8lVULEIZYGFwoibnSQT+LH2WTbjNHuiNJkkgU8iDx/P/AFV6UaS0GoYp0nux13FjqGir6DcN&#10;TQ5yglp/4VAZDPQ5CYsFeLI040+SOQA67nj6ix59tf8Ac3H/APHfJf57wf5//l0/8c/p9f8Aa/Yl&#10;17Z6jjq/1fL5dIay+nl/qHXf9/N0/wDKjh/+LR/xyqP+Pk/p+r/M/wC0/X/avf8A/9NL+AkEn8f7&#10;E8fT3gvXNOu7nn1ui+cCwB4P9OBz9T75LGfoB9P6ni3197oKV8+rDt49cWmH1Jve1rcn+g5P+9e+&#10;ZQaTqHI4HBv/AE96zw6rxNOuAc6rr9COQSLf1+n1+vvgQPxb6fj8+7ZBz1avn1zBvY8/X/bA/wCt&#10;78FB4P8Ah/T/AG1j70GIOOtVNcddsSRcXBt+L/14P9PeTgH1H/C1uLfj3Y1IBHWgeowJ5UD/ABuD&#10;z/j74FuT+bcf64Pu4ATj59eofLruzOB+Pr9bXtb6++Jk/wBawtcE/n3oqCxr59V6yKjWAt+b34+h&#10;/wAP+N+8bzi1h9bfQ/4fm/8Ar+9LGQ1TTHXqVPWYRG39r63uP6fS1vz7wNK30FrH8Dn683/2/uwU&#10;E1br1PPrOsYt+T/rgi3Nre8TS8j/AG1jcfn3sqCNPXjSlB1lSO3NrX/PHPFv8ffFSWv/AE54v/h9&#10;ffjpFAeJ+XWq5p1yIK8gDjkfj/G3vMGFrg3sLf8AGre7UANR1aleo5DchgQCb2/A+v5+vvOG1EA2&#10;t+P+K3/P+HurVHcvl14GnHrDptf/ABP04/2A4+nvvWPoCOT9Cfp+fp7sKHPXsjrh4/6m30sbfm3J&#10;/wB599M4P5H9LfS3+Hv2ePWqk9dpHpt+P8Sfr/t/eMvxb6H6/UcW5+nvRNFr17h1mEd2A/2APP0P&#10;+PvHrH045te/H+ta/twZHz6959dlGHP0AuLfn/Ee8TS2v+D/AI8f48H3ogDh5db6zJHcc/T/AA5v&#10;Y8+8flF7f7Ef73f3492fTrVT1kEVgT+CRza34sB7wvMxawPp/wB9zz7cULTH+r/V/qz14H165iOw&#10;vp5sOfr9fqCPfjLYXFr2/rYk/wBLe9Fa+fWuuwpJ5B+vH+HH594Wmv8An6ADi44/HvxDAZ69nrMs&#10;NvoOCb/X/be8RYsB9RwPr/T/ABHvZUD4c9Vr6dZFAB5sbn6/0I/ofeEsb3BNh/r8e9g1wR/s9e44&#10;6yAcc29+u5+p4N+Qbn63v7tQ1A63Xrqyi/A4/FuP8PfgGa9rn6/k/T34449eqBx67uAfwD9Px/r+&#10;/eJrHi/5H1960ivVSBx661i9v9fni3+3v7xPA/F7jgfi1/yfbgVfLj/q/wBXy6pWvXayL+Cp/Nvr&#10;/vfvF9uT+P8AinPvYFGz59aZhSlOuXlsLXH+9/63vklKx/H0/qfqf6e3AKcOtA149cWnUDkj6fQD&#10;n+vvOtGTxb/Ejj8fS/u5A4nqxA6wmoVfoeP9sefcqOgIsT9L/kc3PPuukdeCkdR2rkF/oD/rg/Tj&#10;3MSgFjf6/wCte1/dTVGr1fgQD1FfIX+luLf4f488e5n2YAHp4AH+Nh/sPfqliSOtChJPUM1xv9eT&#10;fjjk/wDEe+YpAwsoA+ptbgW592QGvDq4AOOsb12kjUTb6X/P098kpTf1f8U5t/T3sj06pozXrE1a&#10;DYi/1/1za/vN9utgLW/2HPtsDuOrrxFR9nWM1TAalP8AU/4Af1N/eZKXV9OByLkH/Y3Hu4B8+tae&#10;4U6iy12iwblvwAbD/YW/w95VgA+vIF7j/ejY+95GKdXyOsD1RbTY2uLg82FhyBb/AIn300Q445H5&#10;PH5497GquoGlcY60AKluu1qDbkkkWvyfz9fr/wAQPfDSCeV4HP8AyL3sihr1srQk9cw5sLNyQw5v&#10;b+p+vviAD9OeR/sCfwT/AMa93x1ug67JI5I4sT9eLfQgD3PiIT9RHPJ/437oxBNF/wA3VTQ4B6bJ&#10;w0l7Jcg/0+hN+Qf9j7zGrS1hYWHN7e/F6cTUHq6sV4+fUNMXITchuSCosbc/1H+x/wBv7iSVyfRv&#10;6+kAf0/x9sMKmtf9X+r/AD9er59O1PjHCjQBcLZieOPxx/X6+4UlZ9dLHn6j8f4e7GgAC+X+o9ax&#10;04w46w9YHFrEj6fkW9wXqwDyeTe1zx/h78CxGOqECtenFaIWFhwLX4H+xt7gSVukkfiwAuf+I9vA&#10;0NT1Y46mpRBgOPySTb6/T8+8X3624YWA5v8A7170XzjHTeulQOsooPrcA3PFrcG3vgciLH1fW/0/&#10;HvVaHPWwTSjdcxQi4so/1/r9D/h7jHJMDYH/AB/px/r+9EmvyPWqHOes4oUtyLkfT/itj+feIZFj&#10;fk3F78f8T70wAGo9eZDg16y/aJ/qQf8AW+n+HHvktfIxGkn6jni17fkj3UnrWkHro0sYHKj+lief&#10;6H3J+6lZfrfjk3v/ALa3vR49XUdYxTxg/Qc/QW55/HuK00n+qPP+3HP9fewwXPWxU56zeNOPSOLf&#10;7x74+UW/4kix4/x91B1Z61xPXPTY/n/Wvf8AHuKZXuwP0/3wNvdyBSvW8dZFUWBHvivJJ+rcnn6f&#10;7z7pny4daPXJrAWJsP6Ac/W/uRrIt/T63te4978qcOvUI49Yv+J/3j/X99Nc+rkf0454PulaCh6s&#10;Fr14C/H+83/HvPEfyCfrfn+l/wCvv1WpjrxHXFhe4IBFv999fcwQiTn8n63/ADf20z6fn1vy6weQ&#10;pxbgcWtwLe+aQMrWI/Nr/wBRb8f8R78ZBTH+r/iv59WA64vIGH5A+tvxx/W/vOqFSNVrEjg/k2/p&#10;7Tux6t1w1BgbDkcgi3+xuffZQhuBxz9B9PelbtqeteXXri35Bt/r34+lvfMBjY8/njn+n+Hu4FeH&#10;l1qh49Y2ZRwxXn+vvMqFgbA8f8SPyT7fUEjpt208eozuqta4JN/8OAbe8sVOx+o9JuSSTa35IA9u&#10;+GT02HIr6dRpqyNbm92HFgATxyP+N+3BaRuAPz9L8X/w9+Ea0yK9aLE9NT5FRc34W/I/r9OAP969&#10;u1HR6mAYD/W/wv8A4+7NASNR62rlcnpO5TMrBG2hiLEAE/S5Bta3+8+1DFjtRUqBa35FgL/m497E&#10;HbQj5/6q/wCr8+rM9eHQfVu7Y6cuJZSCDaym7NzfTb/W/wAPb5S4pTa68/4gWH+x9+MLnAz8v9Xr&#10;1oMRx6DXN9ix0hP7yqt/qGN/r9CB9OP6j26xYcKR6L3At/gfoePb6Ral+Y68JAwqvEdBVme4IIld&#10;jWKoBb6SepRYkH0n/H8f7b270+IseFCn/iP8R7fIULV+HXiarnoD9w95w3kiSoaYX/tM3103urE/&#10;1+nH/E+3SLG2/si354H+w9+LwqMnP+r9vVAtR0C+a7hqZmYxTyA+oKA9lFzc2AsPz+B7nx0Cj8C3&#10;0P0txybm3tlrlQO3j5cT/q/w9XCaiK9BvX9i1tUxPle51EDWdJJNhpBP+t9fcuOkj+vBtf8A5GLe&#10;2Xu5AKDFer+Ga9Iys3PWzFgJH9QNwXN7fU8H6/763uQigX+gAH9CP8PbDMzUJyT1sKvDpgnrZJT6&#10;nZi2pQfqL2vb/ff7f3zutv6iwvxcfS9zb3WjV9Ot5Bx1BZpCy/RW1XW5tySAQDfk/wCFvftJFivp&#10;55F+CP62Fx/re9FhnVnrYPXEMTe4L8Gz/QqeLgs1jz+be+1B5JYEXsPr9APwPfmZcACnWjQ9dSFG&#10;AsvKqWYDk/qHJt+L/QkC359+Qr9LC30FrkHm/wDr/wC396kDHPXvOp69Z9eos5YsCytptYcfT6fg&#10;2t/sffZt9eOL/X+n9fegTwp17zx10Pqyrciym9+Tb0gNY8kcf7x75WHN7XFvx/sbe9EnFOtccV6x&#10;ix9BdiW9SkkAWta3H0+g99BR+eAeLc2A+v8ArfX+vvxcjy4dex1zHJX1XN1ueLlipXUx5IH9APfj&#10;b8fX/H6f6/vwJ8+vU8vTrhps5AsdKm+ngksQeCfwfx742H1U88hgQbcNyB7vU8G/1Y61XyPXLUeF&#10;e5FtakFC12UqCR/rW/1r++Q+tyRwOP8Aifr7qTig69THXFlGmwuAWUycHUQfpb6Bj+Rb/W98SARa&#10;xte4N7/U25/1vdgSM9WzXHWRQwk1Ai5FtNrNoRQwta4uf6/649+5HH0Bvb6fgX/3n36obPWqefXE&#10;gNybEgAEgEkhuLgG444Fz+fp9PfdrDn625Ivb/ePeq1anXqVFR12RruQfSG4DEXY6uLauP63B/4q&#10;PfC3PpWwK3N/rf8AH+x93rjuPD/V+zr1cZ67vqA1vfQ9lAAKqoIvYW+n15+vvmAb3H+xuPx/rn/W&#10;/HuhYAZ/1f6q9eArgdcfqGUWI5Kn8XNzzp+o5Nif9b35hYA/TgkEc2JH1AP+PvSnJ/1f4OvCvXSa&#10;ibEK17ag91uof9LMOCLc8f73b3ysvFybjlT9Le61auOHn14cKevXS8qwOoFvqG/SQQOLi9uPoffF&#10;QACB/h9efx9Pd2JJqetGpz12xZirEXZrg86QGufUT9OSP6f8T76YH+yPyTY882+n+9fn3ZSK93W8&#10;cT12pFzqYn0qCVsCFvbURyDxf6g/4e+KWIBuVHNv6g6uR73IStRSvD/B1sjND1lcEM6sA36bkH06&#10;RHa5/obf77n3yI5NuTe17gaR/UD/AIr7qCKZ/wCL+XWhT8usSkcXICek20k6ze1ieeDyAR9P9f3x&#10;JYXFgwIA5I5/17+9gKcnB6tQceslkI1XZLFidKnTa/BS39D+P9b88e+21cWsP6i/FrfU/wCt/r+/&#10;Lo8+q09eulCc6gWH9n0jXxbgW45/1vr/ALx4fQBz/ifp+Pp/sR781akxjq2PLrkVBYlFZVJKAqfU&#10;bn1CxH0N7fX/AG3vw+hKm4PP1/BNzY+/Eng+KdaI66ZblQ17/wCAFw6ekAoP9h+ffE6iCORY8XsD&#10;z/iPdhpBFfP8+vADj12oVbPYWIAdhd1BHC/r5P8Arf7H3zHNr3v9D/X6W590Jocdep5cOuOkLddK&#10;qpIYWF/qxIIvY8fT/W49+YHi30ut73JsPwPflI8+vAceu1Wytcc6XCgGyg6rAu1rf63PvHchtPNz&#10;+Li36bEn/H25QaNXp/n8ut0B6y+MFdXpIFyToIb9YYKhP4/x98gtjcmxtbi5HI039tl6rQDHXtNT&#10;nrojgqVH11W/tn1a7ErewFz75ci4IuQCbgfW39D7rgkEHq2kUPXPxDS3FvULXH6fy/q/P+H+x599&#10;KrAk3vc35+v+HuzOrYpSnW9IwOuRS+kadICqPT+De5BtY/1/4376IutuB+OL/T/Yc/T3oMFfVnrw&#10;zgdclB1BfTwS1+Qbn6jSfp9fflUAfQEi/wCP9tYn3tmLGtaDrxNMdc9JuV9XPH0AI40/Qce+Q5BF&#10;vwPr+fx+fdcVqD03UnHXYi5vYkm/BW2k35P+x/Hvjo4+v1v9AB/gPe/FFevFfPrKISLADVb63a5F&#10;7nm/vwGkEX1c8f6/9B/r+9lqmvDr1K8B1kWBnNgh54H0/r9bf7176Z1FrkWH+xt/tv6e6qpYkqMn&#10;qpoMdTI8fMzAFWueQeD9Dwv9P9j7jtUi9hYWP+Nrj2sW1YCp/wBnrVQfPpyiwc7/AFU25YEAAfSx&#10;tz/vf194zVgfUgf7Hj+gIB/4r72LPUKj/V8uq6616nx7bqJP0RM4DWBAuP8Ag1/+Ne8bVovw1v8A&#10;ih/p7utkoXOf8/z/ANj9np4OSKdOlNtCqcoogufoukE/4WP9f6H3wkrlQcsB/vfA/HtpIPEBp14O&#10;adKOh2JVvJGgp2cMVuAv5Pq4Jubfn6f8abpssg4L8/j1At9OOT7VR2ekah+foP8AP5dMyTUFa/6v&#10;9Xl0ImN6nr6s3+1YoPSqsjBPryb2P+29sdVn7A2YED83/wB6+vszhs0UV8z6f4fl/LpBJOCaE/6v&#10;5dC3t3oUySRtUwlFvq8ZQ2a9iBY8fkfX2yy5y4uGJuSbk8f4+1qoAMjHSfxiDkdC7jekaOnkRVpk&#10;UABWAW7XA4b6W/1/bfNnSp4b8fTj6AW+h9o5Dj/VXqyR1H59CTieoaCMeunT0ldJKg3Ivw3Fvzbn&#10;n20z5h2jZtZvybX+tj/h7Qu4LZ8vP/J/q/lTpYisMDoT8TsKjpJI0WnjCkLa6D0G1jYnn2mKvLM4&#10;FmPBubn/AG44t9PaZiVNWP8Aq/1fb0sWoFOhSxe2Ken4WNQClvSAPp9Dci/tnmrJJeLn1HjmwA/I&#10;Hutan59PKDw6VFNQQwWOkDTYG9vrb6n8fn3AKVLlTISVDC5+p5P049skitQf9VOthaZHTqr0yqVi&#10;ABKkgfQcH8n3JFG4BdATf9VueL88e2zRhT9nXqeXUf79AwRyq/4E2H0HB/2PvMKdmUX1Dgcaef6f&#10;X3RUPr1YGmOsbVaBmtpP15Lenk8/74+8ElI8aN6eTcH824t+fd1DVA/n59VLCvWaOujlcevgHj6A&#10;Hn/D3DSFyNGk6r/73xwfeniyKefXgTx6mmpjALahYf7D6f63uS9BMQpC2+hNgef9f3RYiG0nP+r/&#10;AFeXWuPHqOMpTjVqYC11F7Hj/Y+50NC7FQQQ9gPxY/g8/wC8+1SoBgda1Uxx6aKrKRRqzawUJNyP&#10;qOPr9b8fQ+54wzPZipP11cf8T/xPt1YyVoOHWvEx0ySbpp4W8ZlCkkaOeT+f0++f8AEim6ni5/w/&#10;x+nuulhjrQqTnrE+8oYWUawdVgBcXJ/Fxf8APvgNrliSF/xvxbj6cj3bSAB1cgAV64N2BTKNDOAb&#10;6dLAh+frZT7mwYCQMNQBHIAFj/vPtxUj8+PTWR02Vu+aURkq5Q8MS50jm1739uK4eKIgsBf/AFIH&#10;I/xufdwqBfn/AKv9X+rFQ2rh+3pgbeVRVhki1hRceS/DC1yPT+P8fbilHDwdK3sLDj+vB590jBr3&#10;DA62xA4dJ+rztZYhZHZCzgnUwt/qhZbW/Htwggpx9dJJta39fzc+9N2mhHVw1R0mMjk8rIt4hIkY&#10;B1FxyBb0gg3tf+g9zxDS6T9Cw5tcH/bke660/LrWqvDpMtWbh8oIEixudJZA1jfgm5+p/px7hyS0&#10;0ZF0UkfTSP8AeL/193Zyq0U/6v8AN/q+zx1g06f6HH5mrHM0scf1kaR7M6jn9N/z+ffS1UFh/Z5+&#10;luL2tyfbYZqa+rDWc9Zp8DXkvHfygi2ssS1r39K/0uPr7mGrgWL8X4H4H1tzb3pXAYnjX8/XrY1V&#10;6Tjbby09aFJaKON2I9TA+kXsSf8AW/p7jNOCBpmChhcXsbW4H09+Zh3U8j/q/wBX+XqrRoTnp8gw&#10;8iuonx5mdCE1AEGQfRuT+Ofx9fcdaqCN/wB6fWSD9eB9foL+2fqvKmOr+GFHaOnubblfVQA0VGtO&#10;yMBxqLE6bAlgP6/T3COXoxK4FjpNgA3HH0PvxnyOqjJ/2OnlNkZd6KISylWZbyMFtJ6xyOefp9f9&#10;79zYc9DZgpF7W+t+fbckpkNQf8nTmmuT0xVXWMgMRlUtfljYX4b/AGF7j/H31PnwqAqb2te1vxz9&#10;fbBftI62Fz1Nx/WUP3RaSL0lSgLXNgTa4H49sdTuZ2/zb/pJH1sLfX3XWeB6tpp0uMb1pj6fUZKd&#10;SzW+qqbEDn6f6/tom3K5ZrPYgc8mw/x5+nt4O1NP8+tFQOPSlpdhUMSqfCpUPdRZfrf6EKP+J/2P&#10;tkmzc8l9UjWv9Afx/X3oV4daoAajpVU+3aGn/wA1CgNuDYfU/W3tmrchK5B8h06bf1+p5sPdwwAo&#10;R16np090ePhhX9C3vf8AoeOeT7blqGc61YsR9QSeLfT3vVTy6qRTHU8wqBp0gfS3AuP9j7mw1E1/&#10;1ELb6f4fhvbZYIdQ8unPLPWCaniK20+q9weL/wBLAn/b+5xkilWzsNX5H0uf8AfdGYnJyD1sU6hL&#10;C8TjQOPoG54X/E+8QisuoMQz/n+g/oBz79qr5cP9X7OvafPrP5LnSbWXi1vqf6n3Bmk0mwPINhfj&#10;j/H3sDAJNP8AP1o/PqXGgIPpBBAJ/P8AXkD+nuIxkINlJ+oubkH+v593EmlgB1SnWYBf8L8cD6/X&#10;3lgxrykCxNyLj625497Zm8+vaDXrDNWxxAksBa/P0HA/qfYh4DaTVTKChRSQbsvAP/E+00kyjhn/&#10;AFfy/Pp9UXi3+r7Ogq3l2JR7fppp5JkJjRiEEigsBc+k/n2MGJ2glIA7AXUXB5A/1z/sAfdQ3iYH&#10;+T/V6dWZE+zoiPZHyeoi8tBSa5JXJRoUVna+qx0EWBHufXVsGPJjBuFU8gWF/wCnPtTDDpTWaA/P&#10;/V9tMdNF9OBw6Sm18Fmuwkjr6iGWnhqmBWNmJdYyS41DmxtY/wCx+n49hlk94mOeWPXpsWtYnSL/&#10;ANB+f8Pb5jjXJ/nT9vVPEY9HL2n0xQwY6iJhViscZa6XkJAsQT/rce0VX7lmlJGs8m4ClrXP9R7Z&#10;NNXb+3rwavb0NeH2XQ0EaBIEFlC+pVvZRYD8/wC8+0xWVVRVks0hBWxPPOn6359+oB1o46WVLSU9&#10;IoVEUAngf4/S3HvDGgkQFBqYXuSbfn6m/vRIHXhx6kMxRvUbKQPoL8/6/vqSlSQ2dkV1FhpIt9L8&#10;296SumrdXIr1xE5UXRXKk8kg/wBfxf3ElRY1KqxbgAix0j/Y+3hkUPl02eNOsyMXIJGm/N78/Tjj&#10;21zysF9DGwNj/gf6j3ui9ULZp1KjAJJIF/8AeP8AY+8cVSW4Ylio/N9PHPtPSr46uGBFOubKLccG&#10;454v/vPvhNIpIvptbkLZSTe/F/dgaDPWyAeHXIC39fr+T/sPeSKMmzqxUE8gXvb6fX/W49+Djzx1&#10;4AV64k24I1G3+H1t/T2/LKAFEd/QoLE/Xnn6D3pVBHWySMdQSpu2qxubAD6AD6D341sd7vIEYkAg&#10;2P8AsLe7BAKV4dVzx668JIsqXAuRYn/eD7lxyJMt2/Txpa1rWHBHurKVFB1YGvUcq0bcfqPBH1+p&#10;+h/23vhLRJLHrSzW+rEWNr8/X3tSQKdepivXYqSj6JLrcjSP+K294I6QQgsqAgMOPqCTyQR7qx1Y&#10;rw6tpoNR6zGcOQpPJH+t9B9ffcT6JuAF41an+l/6L7vp4Zx02Tk0PXUqhoyDdgeLA2J/23t6pK4B&#10;w11LAghRyCfoLj3tqaaA/wCr/Vw6spr0z1VD5EKEEAggseCB+SD+Pbqa7zJYoAx4t9P8Pz/j7Yrp&#10;OeHV+B6a1xohcEOxUWuSb3/Jtb8+2OvqpEIBUk34Kn6f7H3aJlIPVOPDp9pKWMAlTYFRwQPz/h7S&#10;FbM5n1MjszfT6/1/J9uOQOHVcjp9hQLGFBFhxxa30t74xsY5hfgsP6n8+2CBWvW/OvXNhqX+o/AH&#10;txu+goVaQEghi3+H9Peh8WodWOcdYCFve+gi3H4PPPuPHEQ41qSAb6fqLfi3u7aaY6qOPXMtxwR/&#10;wb/kX49qaGwiV3VioFwl/wDYC9vbKMQwA6cz5dNM4LMwUgE8Frf7f6++MtWsl1toBFgBY83/ADb2&#10;siqrVPl02WpjrhHSFBqvrP1uRY2t/j/xHtjkWKViGctpY8XuB/r39qZHABA4nrWCcdOKa1UELYWH&#10;/FfoPc+KMeFbLeNTzJ9Dcn6Aey9jViAen6AL1jZv3Pr6mXhLf0+pJHvuadINOixvYXvzf83A96Cd&#10;pJ49Nig68iNITr4A50/j/Yn6e8/8YjjVVbRxY3B+h/p/r+6eGQMdbDDrAcfrYnURe/B+htx9T7jV&#10;WRWoYpe7EDSAeb8f7D29H2j7etM2o9ZYKQQjUOALkk/4nn/H23oS0lpeP9hwvP8AvfvcgJx14D16&#10;l/Rbpyf9795auKKSNiJQUUc8WJ497RQpBPXpCtKr1jidwwBQhmuTzce2VIy6XR7MrXUXBvbi/Htw&#10;gVoeqKK9TGYA2IJv/hx7dPtjNErSMFI0gkix+nBFvr70lCMcOt6adRzJocgC/wBbfkcf19xZKbx2&#10;vJYD6X9I5P1HurGlKde6yLIHvZf8P6n3NpgDYM30t/ZB/HFvdWlbiOtqM9YpAPqB/vP+3v8AX2o4&#10;aanCB1W7255vf/Cw9sG4lrTqxArw6apXlLlSbJcfi1hz9L/n3DraTyWdD4W+mmNeL/737fjk1CjD&#10;/V/qp1phTrNTzaBpb9wDnUzA8e+FLT1BQqzAJ+SbFzze9v8AYe2ZD31Hl1sU09ZZZYQykC782t+k&#10;G39feCWlemNwFdWNgA9zZv6293ywrXh14Lnrkk6zW5YWHJKm1/fp4FaILq8VxySAf9hYfX25Eewn&#10;z60wBoOulkYSfTX9Pof8Pqb/AE94oY6ansZnJI/NjcH23ICTnh1fC4HWV3lk4jAF/wDWt9f8PctJ&#10;ze8BurfnSWDc3HtrUKcOtU9esbRA/wCc+q83va39fcn7NZgPI3ifhrC31/1/fgcZ4HrR6jtUmM/t&#10;r5B9Ob8Afiw9utLj3eMJIRoGrSQdL8m5IP8AtvbROk1HV0UUq3TbU5JEa6XLki6sAy8cHV/T/X99&#10;rilJeNXYg29JOlf9j/j780tKOAet+GuDXrr+KMArOqD6nWASbf7b6e07kMaaaRWIv6rkFfWRf2pU&#10;eKleqEGvTvR161CkL/Tg39N/8P8AW9qTHTu9L4Y0bn0kMNNx/h+faTSFbqxOrpmyMMYqFqJGUBeV&#10;Ibkfg3ube+vth5tDhYyx/S49P9SefbrFiA3r1UccddipBhLIWcR2JKEFv8Lke+cktPSemGxY/qI4&#10;W4FiF92EGAx4nrbOQOsKCprCWmukY/QGILf1Gq359xnq9akeNiVH61a4v+OT9PbzRroHD/V/q/1Z&#10;6oG1HHWaOlMchbygBjwhFrD+tv6+8CRyzFWDcEcE/gDk+0TijU8v9VOnKV4dOLSwwqwIGr6+kX+v&#10;BA/p7Za9F1yiT+1YK6kKvH149rY8KD5efTZB1U6mU7EqhW/54PJ5NwL+5mOppY0hchpAzaQzXbSP&#10;rckce00hDVp06lAQOsNVLGTIhYIVW5Ast7/0/wAfr7n5fHTupEDCViA3BClfzx/rf6/tyJ0KlWxX&#10;qsi57em7G18V7yqYQCyi9yp54+v/ABT21pFkqeBdaSIBfUWvYWPN2HttEDnt60dar05tNRSyWV43&#10;bjSFIPP4sB7lYnL1YnaA6SkRuWvYEAXIv7pJCoIWvHryNpFT1HyGOppYjIVYMygAqCT/AIce3l6u&#10;jq5HeUIrEkAkjSWP+pHt4mWJQvl1cOhyB0zxUVVSoiQl2UC4+uoKPpqJ+vttrcQvEyBwn15GpCLf&#10;g+9rKJVoOPTbIymvThS5MhvDKUL/AEsCVcf4MOfbTJJoQxqzJYD0twP8Pp7ssbISSOvFjwPTqqh2&#10;DGzH8MPr/jyfczBLUVFaCV1Igsy2Yi35PPHtLKyg0Xz6vEh+LqNlnigonJfSxHpa4B1H6c/j2LVD&#10;lqWhp9JcIeeLFSTa1go90EALeIenPEounoDs/t/I5qoRViMkasrEmz6bNf1M31/1h7hVO5YNDhnV&#10;kJ4bm4H1uSfpz9fd44SZdSHqgkFM9ONJsiVBDaJo5UTkcaS1rEDSPyOBz7DLNzx1UjTQSJKEIMce&#10;lbk/kajz/rH2bMUI0nh59NHjjoVMHTS0dMkM8Zjcj1NrbT/tJ5v/ALH2lo8hWPLLFUqYENtGqQaG&#10;H059pSPDaqCo8+qVPBun8Qx2DAAsDfVYFv8AYH2JG3qGSjVKwshV4y6qJAbXFiTb8+0M5S57R69K&#10;FXQNRPHpHZ2uWUtRKsgcMquxRgDcggL/AFH+t7dJd0TQyorLeK9rqy8E8fQnj342ulKLjqmoq1R5&#10;9NEW0aKoV5iAakjlnRuR9QC/594mqKfI1COwkQFhcG9mCm5Ori3tuZ2ihoOP+fq0YFany6m01BPj&#10;IXjQxuQjWsB6b/SyW9+zOTMtqZYx9tGuhRZmDD6XF/rf2vsaQw1Xicnqjlnbu4dQsPhRFPJXSyl6&#10;2ZyzSelSvq1AWUcW4/PvhQ40UESVqnxeZQy6bADj+0P9759sykXRJPl06HEIqOpFZlxVzyY3T5mh&#10;JWQMOTf66T9Pp9Pc6Gvn+4LTuohsT5mt42uPprB/3j2nEemnh560XY5PA9RanG0r0bRxQsagnSIU&#10;NpVN+SF/3k+2XcUdYNE1CYZInF+HZXFzzZR+P9j7O45IpYBqw1Mj/V/g6ZPxUHWfbDwxmWmro545&#10;4n0gugaIqBwVk/r/ALD31i6SKuoZI6yRYqljZPINZ4/Cnk/n2SSXEkE9OK9KERXGennJTy0tRDLR&#10;xGSFbmQI3jUj+rD6fj3IqKP+G0rRxuA7qNTaLEg/m/v1uwkkMgFR5efXnooAXqNFWDI1EXlTiMk2&#10;18Bv6af9uPYeS1GQOSp6dQzwvJaWVb+hf9rVr3v7MLhwsBZeP+r/AAdMKHMlTw6VsccIivpAst9J&#10;sNJHIsR7Vea27LW49ZaSJEMYWxCmIMwFybngm/8AT21Y3avGYnyeryxEgMB0nabMxUuQemqpnvKW&#10;ZAWEgUA/gLyAB/Ue3va9bUUUaU1YIg40gPEquyhfrr1AX9o7i1apkHDp6J6/pt017mo4cgpmgLGw&#10;a6vJJHHIx+mkr9OQOR7WOQzn206wqRPHPpUsy/qVvx/sL+21haOHxE4gcP2f4etMSH0rw6D/ABG1&#10;YsjGZ6iNqSand2TxvzFIpK6gxF72H19p/KbdpsvUJJJMkCoVKxtGGOomyabG3+wPtYl9I1vpI49M&#10;mMa8nJ6UeOz0+ChanFNLXNdyZ0k0rZRdmkDC/wDTkX9y/taTHY+SmfxPNHLqjls8LgEfSxJH+29p&#10;YVPis7V0n/D1cg4UdcHrshmMjR1UDTQUzU5E8F4qiMktcglQDwOPr/sPbjiIqepRWNPTTZEatDmM&#10;GY/m3k+jf7b3QyOJSkrELin+Tq34aJ5dM255KjHo00VVWU2IsDVxidkpFA4Z9JIdP6kq3+w9y1mo&#10;qOtXzxJTSVBMTlECFriza1HF/wAce354JlRWYVCmo/1en8um1Y6tJ49MkQr8ziKoYyskr4oojLD5&#10;5mljVv1IIpjdiL/1/wCNe0HuOlrRlHWhlc0jj0NG9izMbjhf9f8Ap7MJ3ieFJPOmf9X5dNqhrSvH&#10;oRtkVUcmDh/isCw5GK4qIpEJKlONQZhY3H9D7RFbBuDDE1UqzKQbxl/InlW3H6vr/sPdUt4p4yym&#10;q9Nya4ul1TV+JyeuCmmpqgx8SJG0bmM/lXAvY/4Ee3qkSu3DjWaZUp6hYmKiY6lYj6f1t/j7Zt7g&#10;QXPgEdpx0/oaVNZ49N1W1LhZUmRJHjkcCRIgLqGNibC1wL+2FcjWYyaChmjaWRvQXEd40K88P+B/&#10;r+1M0HhDWpx1QOSaDy6dfBTV0fnS4VrsCpIJuPqy+3hKGizrxxVQP3RlBV1FiFJsD5Pxz7TPMRCQ&#10;3Dq6xhn8uoM8s2MRpIVD06R8xk3YOPppA5PFri9/b7mKHI0iDGzxyrQRQqTUSHUQq/pB/JJ/r7cs&#10;Y4xGWgIOqtR/l61JUtV+A6YcRlsTkpRkoJYXr3keJIEIVyf0sADzYEc35Htll2RTbnog9BW+MwSR&#10;mcyM4sjfgaR7ublIgYJB3GtPn/q/1HrxhWTvGB1nr91tgqpIsrRymKqV/tnpgjkyRclHu35H09vm&#10;OwQ2zT1dItTVVVG4WZkQO8OtRYIW+o/w9phA6ut3HQHqxI06BkDpsbO024jSlaaCkqkleOD7qVBV&#10;IG+rxr+Rbkj2G+5duZNZ4dybcqBE6zrHJTTMVl+t7Kb2I/3n2uklhvYGjkFGUZ6Rsjo4kQ46V9FX&#10;/uDGVi6pxAXEyITTzxA6Tc/2W/2k8f0PscMFW4qtp6dq2BKLMrAlPNVKP25qhorAvq+h/wAR7D8C&#10;zxSgT90Smv2AZ6WSNVDowT0GG76HcVEKpsPM2Sxk0n3H8KYmOWGJZP30pZUtqU2/S4/wvY+03Xbb&#10;mgyLzZpxkqEOx8CrJGjQt+RICfx9PYgvHMqCWybB6RwogNHFSenbA7socpihS4iJsRkjD49FR9vN&#10;LS1YGnTJD9G0t9f98faeSfbuHqa+gocZHAHVqhNb6/CWF00o4tz/AEPvTxsZI3f8XHpQroiFVFKd&#10;KaGlzVbSUU1RkwzxsqzLTwCBKgatMjEobg8f2SPbO2egr8LXCMSOtMSa6lhH6IweZREfp/j7aSJo&#10;7plGCwx1oyB4w3GnTx9mkNZBKxUmxSKWT1S6tJJjLH63FyOb+1jtTdGPp8VC2Pq0WNkP+Shv3Fbg&#10;2ZH+gI/F/r7KRB/jRMwpQ8adKDIvh9mekvunbhzj6JqVZgNOmZhYIvJutj9QQOCPp+f6OtNkqjP1&#10;L0/8Pq6TxqVavameOERqb+l5AASw/Kn2ZySFF8MHWDw6ZTW1Sw09MMmKx+1qY1P8QgqLPrGNeZDJ&#10;LOw0gIFOogf0I4/qPYh4mdclS1+ISkRJYaZgz8D7iKwUtc/U/wBPZfbNJtu5xvXDHz8vz6rODLES&#10;Tw6Bvf8ASQ4xMNvGrytdLBFlqZ4qanVpftKuRz4x41uVQX9ZP0H1NvYX0WzHmlraCJ6iKnlrJZKa&#10;KUuWeoJuVW/Onni309m9+yRXn1GADxp03EWMYBwehqn7AoqPEUuUnNPPLFQRVFdLDInjp6VlDPMz&#10;kkX/ADpv7E/aWyJcNjakPWItbKk8E1KszvCkpkvHJZ7c2+t7+yY2qz7gJZR2jIPma8P9Xp0+06rD&#10;oB49Fj7X+SmJNVhqfGYLLV2GnqaOtTNR0KESUkalq6GNQxY8fQqB/iPcn+5WY/5239nV/mh/nf8A&#10;Uf8ABf8Aavr/AIe1/g23868fL/P/AC6b8WPpNf7NrsP/AJ5LKf537f6x/wDAH/lY/wCD/wDNn6+/&#10;/9RqJRQLcG1zb+v1sL+8Fgra/Xru3QjrcvBdhyTa5X63BvccAe8IP1Itfn/Y3+lv+Ne7sFrTj1ck&#10;HB49ZdLEAXPNv9h+fp7xO91F1H1+oJ/HuyhVfHDqowcdZVUgk3LG17fn/bcfj+nvEWX/ABvyf+I4&#10;9601rTr1Tw6zhWFvqR9CAP6H+vvGZfz9Tcg8D8f1930gDr1aDrkI2PFxp4tbg8m9gB7xefV/Tjn6&#10;2/3j3s0QVPn1UnrKKY/jn8XsPx/j/wAR7wyT2sB/rf0sf6n3sZ+devD5dZo4P9Vwf8ODwefr7xly&#10;fzf8/wC+v72CSK9er1l8aqQPrf8A1vxfi/8Atvx7xNIBb/b8f4XN/dlBPXqnrIEB4PN7/W35/wBf&#10;3jecg3H+8cc2tf3oKDjrVfI9c0hHH1/qD9ePqRxx7xiUi1/r+fyT/iPdtFMnr2K165FfqByOf8Lf&#10;4G/498/ICDdrfjj63/H496IocevXsU660n62vx/sLfn6e8kco4F78/63I/pe/vTGh00yevagOsbx&#10;XIYngcW/4hvefy35Bt+CSOfelBI4deUjrCYwCARe5FrcW/1z9fePzgk6fx/vjb+vu5WgAPW69chF&#10;p5J+t/6XseBz74GQGxN+CRYckkf1t7uQyjHDrRJ65CMC/wDiBa9rD/W/5H7x+Q/1tbmx/ofwbe61&#10;7eHVa+vWXQL/ANSRwePqB+L++/IfTb68X/2A92FckdW4jHXEqDweeT9fxc3P09431P8A48f42tf/&#10;AB9+AqtW49VBJweua2Q+ngA3tz9bf19+Cfjni97fm3v2kdWqD14v+foP8bG39eT794zcgDj+tjyP&#10;9j7uEqa1p1U4PXXlFhc3sTxcGx/1vfBoWvYD6/7b37TX4j+XXqmvXNZlFz/QX/4377WmYckWA/3n&#10;j8+6OpY6OtGpNevfcrbg/W4/P5+lvfMUzMfz9OLX/wB5Ht7TpUA9ez1iaqCXIta/0vwOOCD/AE98&#10;0oySf8R/W4t/X3rQCKkf8X/q9OqnUW64PWgD62Fzx9Dzzx7zih/Nrj/fA3PuxQgio6se3qN/EFsV&#10;DaT+bm/05+n+395FpVT8WH+tza/PuzRVFOvH06xGtLG45P8AsNP+AuffNqdf9iOeR/h/X35IyBU8&#10;OHWxnh1wFW1z/wAV+n19xmgAb6fn6n/bcX/2/u+nSOqkUGOpK1JZfqBx/UWP+uR/sR9ffP7YEA25&#10;/AX/AA+ht79oqc9eA8j1j+7IJFxYck/j/EX980pl4uD+OLH3vTQ469QGunH+r7euD1jDgFf8TcC1&#10;vz7lxUg444v/AE4v+D7vXrfUCetPPJva9yef9b3NSAWH0uL3v/X6kW9+016sBXPTbJVtzy3P0twP&#10;8Of6fj3mFNcFrcj6f8at7oRTHWjjrB99Y6S3F+SL/wBeAT/vXvkILkBuPp9QOPzz70qhcjrQ+XXF&#10;6shSy2IA+lyb2/A/rb3n8KiwB+n1Nvrxz7uCSOtg1FeoX3Tk883vpF7sCSLXNuPfRjTn6CwP9OB/&#10;T3oHPXlNesgmmABsfqOPULn68f8AIvftMVvUFuOfr9T/AI/4+66atxH+rz61XNB14yVALaS5B/wH&#10;A/pz74O6xqbHm/A/rz/T3YYbrYOadZEhkmtqAt+bfUAfTn8f7D3FaqW5BFz/AENvoPp73qoa9aLE&#10;GnHqcMe4UEHSvNzzcsbX+vuK9aqlv63/AK/15/PuxIYADz6sc9S48axtybDkXH9D/gL+4r1gtpBs&#10;bn8/7xb22SFOc9UJoPWvU+KgN9RHFrD6c/7Vc/6/9PcX75eRqv8Ajj63t72Sa1HWi2aHqWMfci62&#10;/rccEX/x98DkwosCOPrzf22zEkgefXlIJp6dZBilJuRbi3Nvz/Ue45yYv9eTa1mHItx70dRGerEk&#10;jqQuNUAcCw/qPp/vf+w98DWGS3PJA/r/AK/vRA9evAk9ZUpAn0AsL/7Hi3099CVyLfn+o5t/Xn6/&#10;091oG631y0KvP0/w/r+QPeNi178n6/15H+F/dx8ut9ZABax/w5/I5vzb221DMSdJ/wBhxwPqR79X&#10;16qePUqMAfW3+8jk8D3D1MCOL/7G3P0uffhUDHVQB5dZv99/xr3y0vcsbgD8X92LAitOPW/Lrq4+&#10;nHP9Pp9PfihNyfp/X/iD71X162MY69cfT3jCg8MdV/px9LfX/efeywrjrR65c/i/195U9BABtyP8&#10;T/sT7bYmlevY64kX+vPuUsxUnnjjgX96qWNB1bh1jMdwP6jnn3kaQMv1At+feqNWvXq9cLW/17/7&#10;z7hk/U3H+9g245/1vbgPVes9vxzbj82/xv75qoY8H8gWI+g9+IPn1sHrgx0/7z+fyT9Tb3lZLC4A&#10;4I+lwT/j7oSQ1OrY64g3/PFjb88e/JICQPz/AF/rxz72cCvn1qnXip5PH+P5I9yBEJPqfz/S17cf&#10;7H3RmIFRnq4pTHXAtp55/wBh7lx0xAFgTxz/AF/1h7bM1Mjj14LmnWBpQbgjgHj6/wCxJ9uEMLaQ&#10;+ki31/qbe2JGH7f9X+x1s8KdRXkUNp1f154sP9cD3nETMb2A/P8Ajz+B70CeFMf6v+L63UDHWJpV&#10;UH1av+hbfm5Pvn9s7G2m5P8AgT9P6+/AAmp68Kk9YmrI0F9Si31JJFr/AIt7kx0EpP6Dz9B+P959&#10;7ZFGAevY4dQ5MrEouWsB9T/gfzce3KnxTEm4P4/2P54/p7cRSaeXWiemOu3BDGtxICTcWHP1/J9z&#10;DiwDwtwSOfqPpz7WRppXU3TbnzPl0x/3kVzp1+pBypIU8ni1rf717yxUFuCpP+x+o/FvakIeP+r8&#10;+kzFhnqFUZ5TchwLAXNjxf68j/Dnn3LWjZiFCMeP9T9B+fa5LVCtek7SNWox0n6jcMcKvK88aqDb&#10;l+Wa9/p9P9cW9v8ARYsjSxHJtfj/AIp7u1svAeXTRuKdvH/V+zoKtx9h08Syr5VsSw5cAgg2uAf6&#10;e1LT44iw08D6Wsbc3HtxIompXJ/1f8X1sTVFQei67m7QSAylZLAsSSCQbKebnn/eP9j/AE9v1PQ6&#10;SBp/AH1t9D7aKqq6mP8Al/1f6vTp+Nmajcei77o7TeqEgSc8kkDTqsWFw2r6/n6+3mKjHF7cfS3+&#10;P4v7RPciMHQOlKcKjz6A/L7yqp2bRLJ6rrdnvYfk8/8AE+3EQKoJW19Nrf7yefZeZ2c6W9enfDFK&#10;9ISfJzy8vL6Wbm5JAH0H0/P9be+iCBccDgXH4P8ATi592Uhm0+f+r/L1daEdQTN5CASWJBIv9Txf&#10;gm3PI98wLoLE3/xJt/iD/vXuhYB89eFOoxf1tfkA8jgkaRcFD9L83/1vfghBGm/+xP4+h+n5597L&#10;g5PWtRIz1waUOpLAf0uF5BPKfqHH0H9f9h765a9jwdRB+ljewFvx78aLg8cf6vn16gHXiFThhdl0&#10;IBYeoaNVyfz9T+Px7y2t/ibW/HNxex9t1JPVcdYQwJB9QQXPpvwwawPPIsOP8fp74nURxYfUfX6c&#10;2/x/2PPuw01z14AVz12oTWA1zbSbWsWBXUCbkfkG3H+w9+IK8344uSfwOPfgQ2OvDPXlIf8As/S9&#10;lQA31cm9+Rcj6Xtb+nvs3J4IHPBP9P6j/efr70KAZz17A49cV0KNJVidJ1BLKoPPBvzzx9P9Y+/C&#10;w+vJva/9rk2tYe/fF8PWjk9ePrP0Kj8qeFAABN7nj6f6/vu97gX5F+DwbGxvf3qhFD1ulOPXQXTZ&#10;24N7Xt9A3qXhRc/Tj629+/p/sP8ADj/Y+9fI9eHCo67HAYi45a9iGBe9iQBa4/2HvhzcFmFgTx+B&#10;/j/jb24KaTpHW8HHn1kupDBUJfSpLX5Y/wBlQT/jzYf0/p75aRyB9eCP6n8X490DGtTw4derjPXE&#10;MwC6wbANquPSBbUFAP6v8Df3w9QYmxINrX4Gr68knn24NJUZyP8AB17FPs65+kqF1IGjY6uQTo+l&#10;lAHB+nvJqH0t6rfSxH+A/wBv+PbWgjIOD16prXy64c3DFgEvbUSCDxzfTYWFrG35/HvidQvyOT+e&#10;D/rAj6e7Ch61jy68gQ2sLaVAAU6gCPzpb6/7x/sffROo8g2BF7gj6n/X5/w92C6RUH/V/k63wGOu&#10;SqsaixQE3KldJY2X6EW4/N+L++7FhzYG5HA/xta/uuAccOtVofl1xLBGBGoxhFP4v9NesD8kcDn3&#10;65LcfTkG5+hH9B73QBe7r3AV67ACJdhZrBxYc2N+df8AvNgP9j77JNvTyD+eAB/jfn3VQK0fH+Hr&#10;fXYA1C5PoIH0bVe9wluObfg/098Qbjg3Ivq+vqN7Ajj6f717uRTPl5fL7fn14/6v9Xr12y6eSqgW&#10;BQkKAotyGW59XIJ+t+ffZf8AFiLfX/Dm1h/j70EHGvXqV49cBHe+qQOtrorHSCtrjULXtx9f6e+F&#10;wLXNhzfj+vIDW/1/6e7kV4cf9XDrek5I6y6SdZUajYEHVyLcHQD9Ppe1/fY+hJuy/wBn/AD8cf73&#10;70TUgUoevUNcdeILEaQqH6uTb1O5uCAf9va3vyjUSbm9+bccEfQf8V96ZtI+XW6eXXbX0hSAAV+p&#10;Fxcc3Kmx/wBh/r/63voqStxqJJIBJ5tc2v72HUPQ0wOvFa44dc1Cq9tMahLAqoUrqIH5v9Txzb3y&#10;CkD9XP1IY88j8+6FwzUp+zrdCAOu2Ui1kUANwV+g5uOP8R/vh7xsQxtpJ4+o+o/H49uqCorUD5db&#10;pQV65IpQX1AWJ9JvZh/gDf6fX3lTheSQQPoAf8Lj209ScZB68aV64uAXv+kC3qupvybXB/p/X3z/&#10;AN5Fvp/jb20c44Z68M467UcEDlTb6i/o+gHFv9v74swuLi31+n4/r9Pd0DacGvWwvGnXLQDqta30&#10;50nlTYCwFjzcnn3xYFhcEi31vcG9voB7spCt3CtetgeXXNY7AgfQXsL3A9X15/4nn37Rpa/1ve9/&#10;6/19+1616oW09dlSDb6G9xYEW/H5/wCI98+Db/A/8R/vPtvKjHn/AKv9X8+vKQB6HrtY/pyfwA1i&#10;WPP0v9R/j/xT3iLNqtqNr/6xA/p/vPt8IumtOvV/F1mEBIvpJa1uP0/W4/33+PvkXsL3sf8AeTz+&#10;Le2wtTQcOqFusqUUp5AP1uT9Dy1rj/D6/Q+8BmUMbsbG/BP9fofb/gsUwMj/AFf6v8nWvECmnn1N&#10;TFTuVAU6iSAbWsR+qx99GpW/ptxc35sfexbMRnrTPmvThFt+q9DSq512twuq17D6e+P3i/U2ta9h&#10;xcj62PvzWTDgaf5v28f9X2eEtMnpyh25USEqIJTzy3pIsRe5sP8AY2A942rlsTwAB7utlQha1/1f&#10;6v8AVwoZScDpwh2lVs4QQOL2UW1E6W5ufz+Of9t7gS5O3AIH9Prxb6Hnn2+LOIZNT6/6qU6qZQOP&#10;S/w3WNTMPI8V1UAnVbk3u+m39P8AH3BmyVhctfj+vH+Nr/8AFfaiOAA9ooP9X+r9nHprxM1rx6W+&#10;M6vaZ1Qwn9dtRABFyQoI+nI+p/HuG2SX6BuOTqP14FvofaxIW06m44x5ftH+r5dMyTEGo6VFP1bJ&#10;5wJKe5DKvoUqAhJI1D6D6/Qe4MuTX8yWFrfW31HA/wBj7uIAnln/AGc9JWmkrx6XmH6uIDotEdeq&#10;3K35B+snFr/0t+PcWTMRooLPcf1J+g/xP+8e9eEWrpFPs/1V/wBXl14TSVqD0raDqOSWUqKQq5YA&#10;aV+rX4sALAcfn/X9p2t3QialWQMeeb/Xi34/3n28sCIakU/4v/V59WMxGKdDDtzo+NzDPPT2tpYq&#10;ALr/AGjcG/8AsPaXn3PIbgv+fwTz/t/bhiSvb0yz6jUdDVjesMdTBdNMq2AsCo/H4+n+A+g9tr5x&#10;3BGr9V7Hj/W93bTSg8uqldZoelPT7OpadlYRD0kEjm/HPN/98Pcf+KyPwTY/jm3I4BB9sGUgY9P2&#10;9bEHn05jbVNGdSoDc8gDgD62sPfMSSykAFjxe/8AxFvaWVhQMelaJpUdZFpqaAN6UULxp5v9OPx+&#10;fx7cPt2cAi97C45IP+PsvMlRSnSuNRTqB95FFI1yALm1ioIsf08fn3wXENUMfTpUm97fX/H/AGH4&#10;9s/aM9KBSlT1zm3PBQIt5ldhYaSwFj/qbNa9/wA+5i7fA9Nw30t/Xj8k+/VNK8OrB6jUOmeTfKXZ&#10;9DrpBJb9Ssf9SAP6+5K4JIxYhj/rjgH68f196NCdQ60ST03tvkzNZSg+trNZiL2tz9PeaDFgtYi6&#10;k82/A/wHvekImRnrRBrqPUSu3YAupZNLgG12H1H0uf6f7649uLYOIWZF5/1/x72o1Dh9uOrAjpLD&#10;sOVWKTy2TUQpB+h5sB/j7jy4iMi2km/+HJsLcD3oxjh5f6v9Xy6qV1HGOnSk3xLq1GVV+hsWtoDc&#10;gkm1v62t7hrhQjFtAUf0K88fm/u4ix15VI8+neTfcUqiNZvJI3GpW9Iv9OD7zrQxngC3IuT/AFHH&#10;v3g6W7h1sZ6iTbjn0atbN6WBQXJIJ/oP9495Y6NFb9wKbGwI/wBvz7sNOrHHrTKK46h1OZqpILU5&#10;k5W8mu9gSALKP9b8ce3KM00ekWBJ+twCo/xN/blQVoM0/wBX+odNlGrVekbVRZmqd5CXjjHKlSwd&#10;iBwIxxyf9v79US04sAFHI/TYXP559+jfSaEYPXj4mnOOusdjsq5dzLOzWLBnfUyXsP0n83/r7itW&#10;RrZLLpt/UC3/ACD70ShqeB8utLqqM9PcO36tv32mn1luSUZr2+vr/wBf/D3H+80M2llBP0tYWFvx&#10;/wAR7bMiL8Xl1fSGNeno4D7mNBJFI6KbtfVdjexuebX/ACPcWWtSMMzyh3/H0/3o+9iYen256qI1&#10;8unSmwE0hjihg8MFyCun/D/Ve4MuXgROW5P9CAbn+n+HuhnIx1qnkB09020aiSYHSAB9ONS2H+H9&#10;Tx7gruCPVYEj8E3/AMbe22kJoTSnTiZ+zp4bZV0NxqP15HF/r9P+N+8x3Fpuv+H+8/Qn2zJTiPLq&#10;4Va6hx6wx7HjfQXFxrB5FwLHgAHj2zTZ9yDZgDcn1cnj+vvyv9vWyPXpTU+0aZNI8Y9IHIUAG/44&#10;/wBjf3GOandVVX41C5v9L/j3XU2Q3WgK/Z1OXblFG/kMK6tJA4Avxbk2HtxiyczKVdy1gLG9he97&#10;e9rLQVTz/wAHW9NBjh01z4CkEgZYkHqOoBBq5FiTb3w/irIwUyfUfkm5P+t7aINanrwUDJ6kDBQv&#10;HqEKEg+klUHA5v8An/b+2+qyMzLqvx+Dfkn88X96oDgfy6uwxXp0o8VBE1gLE6brpsvI4sbf19so&#10;r5SxYM1gSTbj/C1vdjUjPl1T59Pf2MOm2leRYf6/1v7cqWuMjWViB9Df+o+v/GvbTMSfn1ZTU9N9&#10;Tj40XUyhvyLC/BHuRVVEv6VY2VQSt/rYfS597jUfEePViacOo9NTRfUqLlj6tP05sfbBLUvIxAYp&#10;/gPyeLgH3cla0OOq6q9PsdOsYBtrsSLmxte/1HuOkrarMeGPJ5554v7tnjk9eqT1lZRp4A4+gtYc&#10;/W1vcmYKoDK36ja3PvZz5Z63jrDESSVYfQXuf99f3FYgH1H8c/T+vtkNmreX+r/V+zr1QOpIBP05&#10;/wB9f3iuCCsQCsDz/iP6+1FK56rqz13yCNdyPx9fzb32JjGLk3Cnmw5JH6vp7oQDg9eB9fPrrQGP&#10;0sWva/8AT8c+/U1XGWLuOfoPqfqfeqPXGOvAgddTQsV0gkX/ADb6/wCFx7zy1zFrRWI49NuDfj34&#10;JX5fPrWvNOsaUyhfWef635FvoPcqGB62wcaSRYACx5+lh/sP6+25GAzxp/h/1f6qdXrqNesUkqUg&#10;uOeSSb34HH19rXEbTmnEeqNnX8sRcEX+lvx7SGapOk9Oqi9B7uTf2NxEchlqI4mUEhS4U8fmx+tr&#10;+xPxOyqWECRkGogaVYXsb2597DuzZNB59Xqq4p0UzsL5GmhSaClPm0kqskbgAk8fS/0/x9rmmo6f&#10;HqBoVdP1uLfT/D3tYVfJNa/6v9Xz61SmT0Unc3Ym498SNFSfcN5LgLHKzqfLwpcCwAH5/r7h1udi&#10;SN7MoAPB/wALfWw9qQnhNpA8um3I8unPaHQ1Tkq2krMmXnqJCssi/SzfXxgtf9P+HsH9z5wsbo1x&#10;+SvNh/g35H9fb+oaaDjX/VjpogtkdWKdYbDhxFIkckQQqAEV1t9PSBYfkf4ewdyFRJV1AYMQo+pX&#10;n8/k+/aywoR03pNRXoxVHTRUsIQf7C9v6W9yIYtSgh9TgWF7mw9ssWNR08q14ded9J5FgfyLfX/D&#10;33OCP1grpFj+AR9Pr7dRWYV8+qtUcePXUZW3obVcki39b+44fQDZyV/Nvx+ebe7aPPrQbrmQGIJX&#10;kfS/N/xx75JUxk3Ju3IUfX68C/8AT2wwOqnl8+rauuRjOn6WHFyLAccm3vuSRSCv5J+gPpP9Rf24&#10;rcD1o5PXFVI/1gPr/aHPHtnamcOVHIJ+gsbW5t/Q+32ZSK8OqaanqUr8ajybfXn/AGPuNNeMNwRp&#10;XVcD1H/be29IPw9bIp1lVtQ5/P8Atv8AW9t0NRDUE6QSyn03uASB+fdKUP8Aqx1oNXrl7UFKjuli&#10;gHNgf1H/AAHtpct1cA+XWCVgpvf/ABI/4n3Nmjmjju1gQPSF+lr+1CKAM/6v9X+qvWiCDnqMjxu3&#10;pOr+t/6+2rVG2oMDrve4sdJ/Fz78ccetdSrEWKkW+n5Gr3Milewi8lj+Dbn+gI9+WnH168ajrG6L&#10;cvpv/wAV+v1/w9ylr/DaN9XJ03P5P5t/yP3YqAOtVzTqO1MJDqFv6/63+x9uJmiNPZDZib8n8/n2&#10;wCuon16cDK2D1G8cvmBe2kC3A5I/F/bXVrqjDAcgE2H4ufx/X3ZHJ7TjqrKCepsXpIHJF/z/AIe8&#10;NG7QaLEkn8sbkG/AHvdcenXsDh1zmUSAgi4/pyLj/H29pLK3Kl9Y5K2JA4tx7TuK4HVwOoRjjXhl&#10;XTa2onn/AFj7jza3DJLdXJ9LAfT8fn6e/DtGMdaAIPWWPSCGTSV/tD6g/wBPbTLFoP7h13+pA1D+&#10;lrn26wxUde0gnqWjauFFvzb6Xuf6D3LhiikBAVebfUXPH9Cf6e2QM54deJFOscjsnNzxf8/S559y&#10;KfQrmIhTp+twbmx4t/ife3xhetrxz1hfUVD8j+hBGm/+PtxWlhcGRl+n0C34/wB9/gPdDqwDw6sd&#10;FMdRTUSKwRSLn+psTY8n23VFS1KSobTqBt9OV+n0PtQkagA06aZiOpEaLOLkXt9f8CDfi3+PtlNd&#10;dmQXZ2PLcjT/AENx7dY0Neq1r1NEQFibAAfQW/4n3KjkiiUNKurVcXAtb+l7e2iXPn1ZTTj1jdGY&#10;kLxa3+P5t+feUVoI0IJFjuB/hf63t7pTTk9W49eMBPqYrqH9fr9bfU+49WHAVtI9QuHVh6f8SPbq&#10;VYfLrxNOuURHI1fS4II+v+t/yP2lqiaaN2VnJB5BJ9JJN/dilSGGemSRx6k+3KhLyEAng2J/r/tz&#10;z70wOnI6up1ceuLGwv8A7b251SSQ8trCaQQwBNwPzb6+6x94qPz6s2OsUbK9/pq/p+Pp/h7gQK1Q&#10;zlJAxW5IBPqH+I+nvTOFNOtBS3DrKSFt/S9v9a/vuCHwTMwPruGOoEhbfTSv097NG61hT14+pfpe&#10;4/r7VNI/3SAKihh9SF4I/H+291qEFB1emrprn/abUWOk2+rWsf8AY/W/vlUUUbErqZ5CQCtrEf7E&#10;/T/X9+aRuNOt+GePXGCoawayqn4a/BH4/wBc/wCHuOtJ9t6yrEn9K2B/27H20tXbh9p68ylT1IaY&#10;SAKGHH1/B/2A/wB6954q77cMGFgebX4PP0JPu7RqcnHWtZPHrBJTeaxubj88XA/JF/8Ae/cpK1Kp&#10;dLDSwNwRYEAf6n3ShTI62DXrCaUwtqU3B+t+bn+pHubEkaAuulmW/wCpuTf+o96Qs2Dw69gZ6iTs&#10;7MEIYKwA9K8Dm9w3tO5OoVZPKiEOPr/qf6HkcD2oJQKeHWmr5dOtHE4QI7XFuCRZrXvz75UiS1QW&#10;bVZV/VY3ufqbe2klFdPXgpI65zlIbrbk/S3FuLe8U6FXZmDlP6hTpFzaxvyfb70JHn1oagOu42uo&#10;AIBI5Fxf/XFvcikeZrIhAUG2rSCQP629piAtSOtg5z1xmEYGpxza/wCq1z7egvicNM3kU8rKRz/r&#10;W910F1qcdbJHTb5dalYVZWB5jBsD+b6j/X3OfIRxxiKJtH1Gs3Lf14v7ZKEEk9XJBWnDqElC8shk&#10;mUPa1o1sFGrg6re/QVL6WlUlyASSHs5P9fe6B20nrSKT+XXKop0GmL9AY8aluqj6/X23VGVil/ad&#10;bSKeDJe/LfTn/evd6PEc8D1sSY09S6fHGMmSNuCOQtgPpb6D/D2oMSjt6ypVNJPNr/Tgi3tl2qcd&#10;WFAK9MOakjRRGJAZNfHLlR6vow+tv6+2XKTtHJIzMSym4H5+v+PtcF7QCPLphmINV6dMTEjwqEAC&#10;sOTxa9voP+Ke2SeuWVPWhDlfTz/X6E+3x8OetE6jnp2ipTE/oYab88fn6m3+39wVkaBGKTNqY3ZT&#10;9Lf09sGjDHW6aeHUwqrsAyAhfofzc/Wx9u2Nq5Zj49Gu4uTcgAX+vtK4INenUNa+R6h1kMaDyatO&#10;lrDhb8fgX9t+Znnjq0jWzRkqbBL6Lccn6+1hAEI04r0wC4frJjkRodRUh/UCS1y1z9bf7z7d6Sfy&#10;UyEyFVVrXvpH+Bt7Qqe4jj0orRQ9M9YKiHTK1kBJXngMbf0v7d6WqRmcNIGKL6QtibfW3P49+lUo&#10;wA8+rKVGTnpqqKZtClUKan9Za4sTwp4/P4+ntSxTUMtGIXCSCRTrLC+k24sR+fx7ahWRJag/l15n&#10;DY8ukpVwZBKwVEflhaD9GhrLJ+bMP6fn2lJcZQrNLHTn1OLqLsP95Pte6mNw7dMirY6VFNk66Smj&#10;lqIwApAc3W4/2A9xHxKUwQiUiQtqKsARf/WPvb96E0wB1oA1oOpcOVM7upiuo4Dq3JFub/0/1z7e&#10;DlGpoNE5Ohl0qWjHFv0kA/T2iijKvVP2dOFsaT03yYuKrl8kJAkR7tpkZfrwQWU3PsNM/NXTyM0a&#10;gxKxsw4Fjzey+zZWjeOg9OkpDDPSro4UgiVF4aw1Akk3/wBc+1Bt+StFAJLkE21FTwQPwb+yvwg8&#10;1OlSFhHq6iZH7dmRJgrX+isLm5+mkD3PjyL1dSabUupBcMQGtf8AGr25LGYxQ46olJKsesH2ccER&#10;mCkhrXAJW4vcHT7acjUzIziW0YF7W5B54Yge3oQUAI4dVNFFOptPHEygoC3+v9R/sfcLHapZNMzR&#10;xxt6xIoAJH+sfdHerY68PU9Z6i6IWVWdgLBb8c8c+1GMHTVTJIzFl/qqKEIH+q135/1vdTOQNIHT&#10;gRSanpnkycsGpdCggX0u92BJtwFH09qKtiMNCiUTmQKojBSy6Ta5Fhwbe6WwXUS4oePW5KE9vTBT&#10;VHnyDNWJ47nXpcM1x+CP6e2unwgrfEs87wyL6ndxcXtcA8f717q8xiBFK1/1f6v5deSJnyenaqzA&#10;pFeSGETr+FRlUn+v14/2/tVjAGmpo3NTrjseFjsL/W5Zvpf8e21IlBAGR69WCiPiekW27UnrXgFJ&#10;45Sf1NMGNh+oeNL3sfr7aJslQ05MVRCkgH9qRz+OAVI9vLbzY0mnVNaAVbp9ioKypHngqHhLW9Mc&#10;YA5/Ura/c2DIJkY/FSx64wNOhfUFUfm7cD/H23Iyx0WtCf8AV/q/2OtULjV1BfEtjpGqqyezk6/K&#10;50kk8BbJ9fxYH28mOJsY1KIUlnJuEsvJ/C6h79ZjTcGRzRfn/q/1Y68zl0Cr5dJurnqFy8FWJ5YK&#10;VQdbozk6CL6vGfqPbBRY0rKWy0U0ESX0xq6AhQePSePe7t3DfoUPV4VUCsmelVUZWKamthaimqKh&#10;7fuvG7x6/obunP1+vPvjPLj6GZ5qKRybg6ZQLH8c6SB/vXvzIs6gSjNP59aYhcp1ko48vWU6RZBI&#10;kPqBenJ4H148gvz/ALH3Iyrw1WN88UhNVoGqKNhKLm54UfTj3uy0DXHIKU4H5f6v8nXpXLKAnUPH&#10;x1lHmRC8SmgdmInkVoWVuBYtc6ufoePeHHUkpoop6iljghjFzJKmlmP9AT/vHtGWZ2eOM1/1eXTl&#10;dCAt05ZGup0rvBFVzS1Mp0iCGQMigcnWq3PH59ilj58U+NhoKqGnWnks0b3HJf8AIY8g+y+3+ot5&#10;Tcrkf4On30sACaGnQCbxxm4Z8y+WweRyK5WkDRtTKCKeaNH4SaNQNQtx+D/j7asji8RQwvHFSRmW&#10;W7JO7XYgm4CMvs/tJ1nrI5qp8vTpI7Op0rTr2Gze9MrXwTVeRlggoxpnoIYAiM4sr+Xygn/AW49h&#10;dUZGqjrDBUrCsCygI0ys3APBFrEe63cBRS0PDj1RGJNW49GIx9DRzUiTwtJ53h9ZhZVuWHN1PF/a&#10;3xmPfMSJNTzR2hZCwX1K3+vzcf4+y36tUj8FxSo4/wCDpQsRY6mwOkJuDJw7ZhlNVFKwmWTxqDpk&#10;HB1Eceq1+PbplqKjolb7pRKxHoLrcBhzwb/S/tdbB9AkPw9UMhrpGOkTt3O5DOzMmLL0qRMTIAWQ&#10;vEfqNLC+r+v0/HtFYbcH8MzUlNOYgJSRFKOQin6AEe0+5RNVZI+FetxOaFCePn0LOY21BntveMrO&#10;xEQMkd7NMyj1Br/1PvhlaioyWVEUUymQsdIsLFR9SL8/T2tluB9MrtwoOmESrkDrhtnD0m38MIxT&#10;NGka2e5uVb+h08G3095MjQwpB9xHXSNUQhS8TLpYsB9AQf8AiPeoKTIYXFK8D5dXJUGq8eusfkqs&#10;Vgp3xka0czsEqUk1qqG5GtSByf8AA+5X8WpNxUEePqI0kqaePSWa0ocgWXg/j2W6ptukKA9pPTo0&#10;zcB10m3XweTqcvSP44axw0kcaCErc6mZivLG/wDX8e0rJFU4gPDRwfbyMf3GlZtDrf8ACn8f0t7X&#10;gLKvjefTDFh2dKmOSlyWlqiZKiJT+2keklHHHJHJII9yFx9HVV1JK5RFn0R1bq50oTwXCt9P9Ye9&#10;zXTi37ssvVkVA/yPUf7qrpqatSNWkaBXkooynrksCwjLKfyeLn2pqfblBTTyS0tYyxQrIPPFIshJ&#10;vcBVf+v9PaYXKSEJTLeXDp1kRF1enSQq9y5Z6ONavFj7ieSK1JOjIFANmZpY7/T8E++tybgp6ukh&#10;x6sZpvGIlkkAQM/6RcH+v9PZlYxC1BrwP+r/AFfLpNLIXwB027U2jVUWUrM3IkdJFPOal6eJvIQC&#10;t2IZR/sSfaE2jkqhM1U4uplWOKSoWExg8G3LAgcg3/r7a3cNCvjLx4163bAsSrdCRnqGCqxn3aRe&#10;SaCFpoJBpMgutxYt/X2IWRp4cbmtDVtoqmCRBA0ihFkZdKayTY/4e6pI01rHcUPz/wCK/wCK60dK&#10;uyg1J6DnD1dRmMBP/uPH3FBVoBVJE5eZIZQ7mIaQwP8AZb6j62v7RkGKqEeooaj7ykgnq2enq543&#10;FPrZfS4lItp/xHvc5DMZ4AG+z+Y68iVAEnb0vzmKRoo6iF6WqqoKUfc0UM0RrFQkEp4NVw39A1v8&#10;PYk4yt2tQYmmoc41PVVUcmp6mEaCxBspZ1vq/Avf2SwC8WZ5COw+Rx0rkaPtocjoJN44fsPL5Z8j&#10;sfINiYWpTCKeujFVTFn9RdIHt4z/AKx/2BHvHmd3YeGpikSASUcMXjjDSFUcH/NjUeT/AE59m0g1&#10;2IS2weJ+3/J+3pGTRyW4npo2J1luyipMg2fziT5nI1jVNRUw0qjxFgRIBEbAXNzwPr7gZit2rWxv&#10;k0xlB/EWgiLMsZLSMq3UlrgGw/p9fdbOe6lKRXBrpOP9n/V8/t21ADQV6UW3drbz2/UyYtdy5mpw&#10;L1c8kSVklPKaOKViXp6aXx+Xx6iSqu5K/RTbj2Abzls9VSYaCOKuqWWPI0gsIpKdwE1CJrXFv9T7&#10;NL2RW0s2GHA9J1YV0DHr0OUMCxUkUU8rTrCqMJpSTJePlXZ/6j+vtwx+Nx+FzQr55DTrDPCtbTMW&#10;8BVzwyqP0gD629pbyCW5tsDuIrX/AFf6vt6UR6Y21HrjJK9TSyCnOozQS+CRSv6gLC+r839mJptz&#10;R5d0w9O9NFE8KCjqSwSnfUtoogxtyT9PZXCwsI1kbvA+LzofMnq7BpWIPRa8p1tDjKus3nNHkJa8&#10;yPNX0MF5alo1fVI8ax3uAvNh/sPcmXEV1DHNI4kTIRQMIaqAusIcclWKfVT/AEYH2cW4g3FldiCh&#10;4Z/Z+zpPNIY00p+fSYG9sNWVVPj6d6ZsTUVsX8RxGRSF6+WnmAVZYoKixVlsCSvNv9b3L2ZVyVD5&#10;cZaMSVWIFNWRTSqRIWJuxiUDkW/tD/WPstv7O4Tc47VMxycePyp034o8EzcAOPTR3WtDjtr4CXat&#10;YaCLddRX7Z8FFLTrSPDWUUiCOqM4aMlXUHQQGtcqb+1HM1RmpFnwdpknk0y6SqiNl5Yv+Lr/AE+v&#10;s8lvrC1t/prk0lQUHr6etePSKGJ7ibxB8ByOi3bL2rL1hj6mn7StBBi4ZKmhq2inq4ZoHN/DS2U2&#10;Rx9WCWHt9/g2c/52Uf8AwG+3/wAyf8//AMd/r/vHsK0k/nq4j4f4eP8AsfPo08FPl6f7HTB/pw6E&#10;/wCeMqv+Lv5fp/b/AOOf+b/T/tX1/wAPf//VYXf+th+OCTx9SLf6/vBoUrnj/qHXdyufl1ubpGdN&#10;lFwOT/if9ULf7x7wGUgfX6f7Yf1970jj1s0rXrOIrn9P4sefr/h7ivOPweAfr/xA/wBf25Sgp1Vj&#10;TPUmOnJ+o50j+oHHvC9QBcn6f0P1P+t+PdGXhTqpI6lRwX4I/wB4+n9OT7gtVW/SeWNv8R/jx7uR&#10;rNP9X+r/AFHrWoHHUtKew5twOPyfr+PeAzH8t+fxx/sfbqjNDx63U9c/FYcD+n1HI/FgPfZmJBH5&#10;Fv6f0/w90ICnVTr1euxF9Lm4+n5/1h/tvfjKQB/iRc8/X/AD3YvUYFOtauuhBybn6fTj/H+vvg7t&#10;bV9eP9tb8m/vany8ut1JPXIRr9L2sfr9L3/A/wB494y3Btb8fjjj8W9uKAe4daPXLTyA30uSP9j/&#10;AFt78p/F+eB/xB+v+8+/Hhnr2OuyCT9P9b8fT8H/AIj32wN73I/1zfj/AFvfgvkOvE9eDLaxA/r9&#10;OPfOMODx+ePwQR9fz7pIA2etEinXTstj/Uf04t+Pc1VYAfn8fj35VJGBTrVaHHUJnS555+v+8/19&#10;9GIgHg/jk/m30HHtwL3Cn+r/AFenWiSMnrj5R9Cbj/Di39fz75eFz/UHj8WPvek4Fet8cjriZowe&#10;bEc/X8D8n32Kdja4JN78f6/+P+8+/FPw+X+rz8+tHOOuvuVFyCB+CT/vv9t7zJSsObXv9b2/23vR&#10;CnAwR14dYTWKPyLc8j8f4+8yU31JH+8fQ+6g1ovp1ah4nrDJV2sA1r/i/wBbf0P9fef7cKOf6/jg&#10;/S349vKK/YP2dezXPUM1ZY+km54IP+v9effTQgg2B+n4/p/h7byrUHVjQjrmtQ30J5J5vybg/wC2&#10;9+WnuQfzYfjj3elOA6bI7cdeNVwyk/2uebH825/3j3l+34/RfgfQfX8n/Ye/enVh1G+7F7F7XJ5v&#10;b/fH3mSl/wAOLXB/H0vb3ckUAPE/5+vEVFOsElbY3BIN/UDf/WJ/4n3zFNze3H+ta/492ClRVuPW&#10;hUcesLVysCNXJt9CLg/Uj/kfuWIALAj/ABNv6j8Ae61Zqt+z/V/xfW2yM9QDVHkq1zfgt9Pra/H9&#10;R/T3iaD/AA4BJ/2H9Tf24Fpk+Y60QTwNOsq1Y4BIueBe/wDsVBHvH4je1vT/AF/B549++XVSDWg/&#10;l1mM4K6r3cfUE8/S5t74mkVj9Dc/m/veor1bVpGeA65CuYD+yAOCPx/j/vXvIKXTywB/of6/1vb3&#10;XUKDT1sjFB1hNaz3AJDAHUDfjni1/wDD3mWmW4PAH5J+p/w961ClQa16qTQdYJKyQBhyWv8AS30B&#10;Nr3N/oPcgRRgfUfT+g45/wAfdlK1HWlNTX06gPPUsxBUi5JuS1raeCLe+P7QubW5+n+83Ht00YZO&#10;eniK9eH3P0+qkWv/AF40i499NPGnA/wP4HH1tb21XVxx5dU+LrKlHLIbsL8kKLEi54/P1/1ifcZq&#10;1AeNI/p+efetQ48adapTqemMkZfUG54I+nBN/wDevcZ68c8/Tj68/wCsSPexIKU61THacdS48RyC&#10;V5a5JA4B/BAPuDJkADy1uPpf/e/dNR4jh1YcM9OkeKFraTe45N/p/sfcN8qPoWb6Ej6f6/vzE/6q&#10;9V+HI8+p0WIAsQo5txwf9uD7gvl73GokkccngfTn3skgDrwavl1MTFIP7Nuf6e4j5Mn+1dv68D3Y&#10;E1+XXq0z1KWgQcabC/8Are4T17Fj9efyT9P6n3ZqU4562eHUlaZQB6Rx/hf3iere1h+b/Un/AGNv&#10;bYo2T1Tjx65iFQfp9P8ACx/w+vvB9yx4BIP9eOePfiKHHDr1ADXrJ4xyf9bj+n9PfJGMhtzc8X+v&#10;496OoHreOI69wB/Qe8viN+CePrf/AG3vwNBTq2D1w18fT/inuXCCAP6/0P8Avr+6mgFTnrYGcdY2&#10;sb24H+2tcc+5Re1rHnjnggj3WtMj/i+tih6wBNV7/S/05uPx7xPMBcWv9bX/AN54/wCK+9hq9aOO&#10;sgT88/Xm30/qOfcGQh+b8cccfQ8fT3uvWqg9Z1FvqOef+Re8JAuLj6H625/2PvdacOtdcxzz7yqe&#10;f03/ANseP8feyTSnWx/LrgQB+bf8V/w95dJIuAfx9bAH/D3VqqOrfLrgLfm39Pz/ALf3FZRclf6f&#10;69j9Pr713LgjqlD5dZgb/wC8f7a3HHvqx/pax4v/AK3+Hu2KVB68R1379cWF+CT/AF5JB96Apw69&#10;5U69/t/fMA882H+x/wBce/dbHDrr+n1P+PHH9ffekfTi9yePzx9fdQfLr1OvXtc8n6f8iHvml1Fg&#10;p/230H+ufz7tUVx1unXA2JvcC3+N7/7b3Jj1vxYc/wC8W4PPtpiBnrYFeuDWX6/ji/1/x+n+9+8y&#10;0Z1AhTzweP8ADkAe9V+fW6Yx1jM62tf6H/b/AJvf25wUZuLjkDj/AFv+Ne6swKdbyOm+aqUE88Xs&#10;Rf8Ap+f99/re3SKkYtcLdeDYDkH8e6UFPn1b59Nc1eqggsBzbn6Ef63t7hxzOoKgkEcj/inHv3h1&#10;Hdj+XWq46TlTnYoJGVyB/Q3v/vF/x7cIsNc302/2H+2v72VFOtdMNRu6NPT5Ba301cn8G3NvbtBh&#10;wtiy34BJA/P159uJGWGKfKv+TrVacOkhk98RKSqy6fURwf7P9rj25JilFiwHB4tYjn/X9+SNi9NP&#10;29e1imB0manfCeNljqAbIPSxZGtfSbWv+fofeVcfpPABuQebfX8XB9rTCpUNwp6dUBqM9MT7xEtw&#10;0pJN7Ahv6fRW9yRR6hYDi/5APJ+vA96SKhqRX/N/n/1U6pqoaf6v8/TRU7tji1M8+lilwqyHUCo4&#10;/V/vHvKuMQ3JX/eDxYWP09rIwqEA/wCQV8x0mlkqadJis7AqV5hm9IOgkkE/qsL/ANf9f3MjoEUg&#10;BAOfqfpa9vZpEdSFh/s8B/q/y06SlsEt+X+r5dBxnN+zAyg1RZwnKoxIv+q9/wAf61vbxFSolgR+&#10;B/rX+vtlJQKn5/7GOkhjYmvD/iugYzu7K2sLhZW/PDOSwUj8n8XNv8f6+3GFVUW0/S9ja9+OBb24&#10;wJ/UB/Lh/PjXPV1Gogefy/Z0DmfyFRMzl6hypU+luACWN7nn/ff7b26woxtxb8X/AMPZVO6oaE8f&#10;9X+r/Nno2iUgAHoKsjURhifIGve1ieT/AI39uQW3+Jt7KC9elSJQ56SkkhdmtwPoL2v9bfng/wC2&#10;98NJ5N7XJAvwbck3t/vHt3UKU6cpmnUXgkC39CSTwTdQNJP4/r/j77kAKqLgH/H/AHrj3qMlWJFT&#10;1Xzx1wR2DXGpgQdRAv8A2j+bXP8AyP3yFwouwvYk/S/H1sPdTTVgda+wdYiAWbShA1AWa/Bb83Nz&#10;b8++iz2tpt+CRwL2+lvewqg1r14EevXl8YN/ISbfpvbUoYi5sR9f8PwOB75Je1rg88gD6G/+9f09&#10;6ela9a8/9WeuLAatYV7AAqLk+QaPwBxf639+ILcG3+PHB/1vz78DpyOtauuKuB6gWBJI/UpdTxw3&#10;4AufoRf/AGPvxFxYNf63PJPHH1HvWqhyP8HW8ceuQ0/qYWAtZSPSGtqKqoHP9f8AY+/Xtxf6FRyL&#10;cW/5H73Suft60cjrgw1KCBcMrsdBBAYE8/1/I99qL8g2uT/sfqPp/h7q7aTkV69T167IubPb0IL2&#10;ub/2gRbjn6f7H30xsDp/UOQDz/vXvYAJ7uHWxTryKLjWTbjUwt9D+STwOOffYuASxA/1r2uB/T/j&#10;fvxoSFXrX2ddfXT4w7XJUlv1BWNwNQ+htx74B7ngDnnjg/0H/FOT7u0dBnrdKDrIYitmJa6n+upR&#10;9CTe9783BAP19+ZrkKBzzz9Ba3P496RaDUeredR1lVCSWAFlsPpc3/sk6TYHj30bF+bWA/1+Lcjn&#10;/efdsiMgcT1pfhz12LrENWq9zwPrqvccj8fgf6/Pvs8XKtf8EGxF7WHvSmoowp1vzz1xtyFZeAyk&#10;EXW2prlTf62/HvyC31I5AAC2tYc/T/W96cg8Pz6qT59Y3YHkB/SSWLfXUbfUH8fX/D6H32QL34Jv&#10;e3AI/Fx70CaU4de8vl14XK6fWqmy3Fwebuy2/wBuL/jjj35+BcEC5HJt+f8AH35MtTrwGBUdejX9&#10;N1ciz3UE3upIJANjx/X+vvEHsDyDxaw+gtxe4+v19ulK5Ff9Xy6sRU9Z2iLEWVgNV7sOSTzYq304&#10;HH145/w9+U6QLng3JA+v+I5v/vPvzd5wP9X+r062RXrtl8jA2IsoAYG/HNmIFuT/AEHvMzqFt9Se&#10;AL2B/HtlI2ZtXWtJ6xiIni3AIbWLllH6uFJv/wAUPvgWspIAvY/Tix+ht7cCgtQnrwB65LFqNmuQ&#10;dBufUdP1Gon8f4j+vvqMm59Nrk3/AABzz9fe5AopnrZGB13IvCgOQAo+nLMoS30uB+ffbNyP9Txy&#10;bm/+v/h7qooD69b08eu1i4fi5II4NlU3tZLfn/evffk9Wm3HIv8A8aPvXh4r58eteVeuxDcC/wBN&#10;I9LXIB4uwP455B98gDqP+v8A6w+nPPuhIK9WUDz6yLEQApLfpC/S7X/ANyeL3/31/ff0+nN7/n/G&#10;/wBfdaV4+X+br2ry65aCv0/JGo8AfWwDE/m3vh/aP14ve/P+xt7vTH+Dr1QRTrkE1CxH6uL8Em/A&#10;4/3j3z44+gH0+n5P4B/23uhrWvn/AKv9nrWoAFR12ImOpbMFa/14BAH5A/3n3xuBz9Pofqf6WJt/&#10;vHuwGOtFxTSOsngdv7JIt9QOR+b39+LoOCR/rcHi39fegjnuA/1f6vt60GK56yrRz86Y2uber6Ak&#10;fp4/3u/viZEsDcf4W/A/NwPd9DgkU/1fb1XxKjPWVaGZiAUP0vyBz/if99b3jadAt7j/AA/J93WC&#10;Rnp5f6v5f6s9V1jiOp0WHlc2EbX/AKBSAf8AXP8AvHvH9yPz9P8AC3+29uG0YDtP8/8AV6ev+zUv&#10;04Jg53a3if8AtAej1f1u1h/j9PeNqpVvze9/p9Bb6Wsfd1ti4BOAPX/iuqavPh04wbZqHZQInuQf&#10;qPx+Ra3+8j3FetA/P04ub8X49qEtloaefp+3/V/qp5pMGnT/AE2zamSwaEqxta45v+bngi3+t7hy&#10;V4H0a5/BvYDn6H/W9vrCpqKcPLif9X+DpO8vHpbY/ruVzFqgIuR6ipIsB+q4FuebW9xZK7i4cfQk&#10;/wCLD6e3IghJUr5j8h/l+fSfxmJGk9LCl62kAQ+AuGZdJ0hWVSTf/YEf19wBkrlgWUEE3uR9R9Db&#10;2oeJRRkqa0/1f6qHpwM65416XH+i9lSOQQsV0If06LqAFKiQD8c3494JcpwDqAufxYXt78tsAauf&#10;9WPl/sdbMrgdKHH9YRlii07ExqhdGB0qfr9R/j9f959x3yvDeoFbf1F7/j3swKrADjx6oJmrTpT0&#10;XV6qYh9rpdbAHQQtgbnWCOb/AIN/bVNlQpJ1ixP9fpb63v72URj3cR1UsS1CP9noTsN1344USOAi&#10;ynUzIGUknhRb6+2uozcYUDXyfxx+OPd1iwWXj17UQcY6XWL64KSFmgUC+oEoLg/Ug/4j+ntnmzra&#10;uDzb6X4/249uxodNG4f6v9Wf8/Tb6mHS4puvqIJYRKQXuSVFySOSQb+2mozjNcBjYnm554/339fb&#10;iDzbPTA7TU+XSuoNlU0AU+NQ4VSLL/UWIv8A63tmqcxK/Gs/0Xngce7ghSdIwetVNelVQ7apIQGE&#10;SageTb6m/wBb359sM1W7EsxJFxe5vcn6ce/ORSnWyTTpWU9DGihUUDjiyn6D+nuJ93c/U8/W4/P5&#10;9ss4VceWOrKhPU37M8cLY8iwH0/2H1/1vfMSu9gL2HIPP+uR7RNJU8elaQ8D1z8EaAmwB+lv94Ht&#10;4pUWXSH0/Xkm4H0+vtO0wVsGlP2+vTnhEHHHpnqy0SsYwxBDWtY/n6fT6e1VRxRDSNS/iw59X9OT&#10;794quKA/b/q8x04q1A+XQf5aWpXySeNhYMdRsdI/P0/2HtUwxRIg1KlrfS/9Dx9fadyoJpnpQTpX&#10;HQX1lXXVFSRE8qMr21AEA8Wvx9f68D/H3MjngCERooAH5t/r8e21ApU9ajycnPTLXY7JyVMbVM00&#10;nN/2i3K251L9AR/vf+v7wvNEhJZhewva3H59+JDCg6t9nU6mx1c9lWNtGogawbEEfVRc8gfn3w/i&#10;kCC3DH6AH8f4n3pStaf6v9Q60ASfTrM+zchO/kEjRp9WKhtTfi3+F/fD+JQr6lsOL/4k/m3uzHIb&#10;rZrSpz1mXaVU4MUru39kcH6W9N2PP/FPfceYB5DAAn88f8F9tO4DZ61oINDw67l2ApWzK8jKLAEE&#10;6b/qAII+n4NvfOXNRCy3BYX+hBsP8SPfkkIq3kf9X+r59WqF49YaXryRmLhZFW9rMhW9z9CCf6f7&#10;x7bKjNIENpAxJJtxxb6/T3pZwzVGBT/P1eg4jpU0OwijrrgUWXTfkEkkXJ+v4HtlqtwxItgwLf0+&#10;ntppXrQdeAANelnjti+vU6WXi3p+v9Dc/U/i/ttG5EJ0Mb8cHUT9fqPelkf8PXhStR0+tsmL9YUA&#10;k8iwHA/1h75ruBGNri4A9IPP15PvZd68ePmet19euLbPjReEJUk3J5A4sBb6e49Xn3C3BC6ef6/j&#10;/X9uCRqaTnqpI4HrPRbQpUkLFAdQtz/vdvbKmbmka93uTx+OL+61b8umilcjpSNgaNEC+OMACx4v&#10;6rfX3IbJTXuSSQOLn+v+HujNmvn08FAr5dYkxNOBoCgAkXsP8P6+40tUxRn1sTyeCePza3vWtjxH&#10;DrZHn1Mio40KIEUCwH0t/gT7apqp5BdrjT/U/wCx96V9VetCnn05RU6RfpAOrk2A/wBgPeD7lreg&#10;/Qfn+v8AW59uCh49ap5dZDELnULkn/eD+PeamqS3LckEi9/969tsCD1Za8B1wlhUDgAcA2t/vfvl&#10;OA0hK/Xi31PutSKHrdPPruIERgH/AB/pc/43HvDq0SAs3p/IH+H449+LBsDievefXMrdSAPp9D/T&#10;/H3N++JUAEBbcD/ivtsIQ2evauo/2qXJP6j9Tb/H3EarZmX12a/HH+3tf3dh/s9eJJ6zLAoBAW4v&#10;c8/4cfT3mM2oHU11I+lwb3/PtmQ0Pb59bFadeWIC1hyD9bf04+g9tjM63H4B5N78X/w/2Hu60YfP&#10;qpHp1J0qf+It9L/W/ufSuqspU+om/wDsAbn3dtNM8fLrwPUaZCylW+gB/wBf6H28yyCYGykOAB/g&#10;b/09tBiuD1ehIr02QwmE/qut7gDjm/59p+RykhGjSeeTe31+g9vFK9U4cendbFQQbg2P15It9T7m&#10;05RygsGFrk2A597bUOHVgc9RpgQrNc/gAfgi35HvNVhImDctwQBxpB/NvetJIp/qPWi1OsVKzSKR&#10;+k3B/wAQPp7YJatGOi4AFwf8LD839vaQRQ8f9Xn03qz05JERybn6Ec/S/wBPcFJ2Rrlja/HP4vwP&#10;egnkOtBvXrOyXW1he3J/4px7nxnyH0hmN7m99JH5496YdXrXHWE+kfgC3+sR/sfbrHiUnW6gq314&#10;Nv8AWFvegwHV6KR03zZAQH1WK/Qf1/1wfbhR4NzJZwf1ek25Nj+PdnrpJHTek9N1XnYY0urLwLt6&#10;l9PFySfYibf2vI86GRC8ZI/Sp4F+Bc+0E4Jjxjp+NMV6CDe/Z2Nw9DUOamKGWOKTmWVByF/UVB49&#10;jZj8XTUUIZtKgAEITYk/gG3+PtILeQuKA/M0/bT/AFfPq5B/Z1XD2F3Jk9yVc1Dio3rndmUTU8hM&#10;K2Bubn/C44HuXPk6Wn/MYNuTx+D9Rf2sSBkjPGg/zf5OqalIoDw6DDFdcbr3jWJNVGpMRlVTGrOE&#10;F25Bt+fxY/7E/wBUBnt1RwK2lrt9DY2H0+nt2OMn7P20/wBX58a8eql8U4dHc6t6KigihWphKABS&#10;NUdi+n+v+B/xP/FfYR5PdM0jPGrGzfXnkAn6X9vsBT7OqAgZ6OHgdh47HRxsIUVk4UheOBa9j/vH&#10;tOmuMwJkb0c3U/njixPtl1JyenMUr0to6JINKxr6j9GF7D8c+2KrmhitYBQSTb6/X/W9vCunOemi&#10;fPp0iRm+puR+Rxz7x01ZHqtq024VbgXNv6D8e2WDVr1cHz6ySwm3Avyb8H6f1/1/c15mlHLX/BX8&#10;f7D3tJGTtbrzKSK9YBCkZNhb6kHi/wDsbe4k0Li5QhVtfSeNX9Qb+3+PcOmx1kVx9G5/2rjjjjn/&#10;AA98IYnY2UaeTcC1/wCv19tSKzdbpTrm0ioLk3v9D/T/AF/bwlC7IBcF7kjgG4tcg/8AEe21ahp1&#10;bTXqC9UiEsfStrG/H+At7gM+iQxafpcG4t+Pr7d6rw6kgXQPf62It/j/AI+2itLF2ikuCVNrccfU&#10;/T24NIFR1R6nqVEPTcfk835+nuFQ0gE1uFv/AGXH9f6k+9sScnqqA+fHrk7aVJ5/2H19ryipIVhL&#10;W1MOPT+kECx9pgTq0jA6UilOmCsqZPIFHAP9RZrn82/p7g5COQqxAChfoBb8/wCv/vPtQpBFOmj1&#10;JpGS4H6i35I4+l/x7SDlkma/rPOoLYfmw9+KECp60OPTwLWFvp7eIQrRA+kEC2o/i/8Aj/xHtoGh&#10;/wBX+r06uT1gcsGtyQx4UW/3o+4tQhfktwtwGvc3/HHveoHPH/V6dUPCvWRLDgDk2NrWt/r+8lG0&#10;rWXlkvf6Dnn8n22UHHh14AjJ66l0gXPBtwfz/sPbnOWdbWLgcFf6kf0I97UU7h1fUSeoyAA/W1z9&#10;R+L/AF49xUUlhpQqoIvcfT+t/wDY+9a6LU5PWlz1mYjm5vcfW/1/2/t7WXwqvKEEX1Acj22KNkdW&#10;qeoDReQte4seLm4P+NveZpop42ViSFH1tb1fgge7ghmGoZ6sCoXPUcRSQMCmmxb6Hm4v/U+0rW+W&#10;40NcIeQG+gb639qCEZf9X+r/AFftaNa9PENrcjlv6/kD3khrlZAiqysABcek3/qP+J9shC2eHVgw&#10;8+umi5LE3H9CCfr7yLOA4IOonkhgLn/be7aTTu4/6v8AVXrRIOOvFPSRawFrWPA9u8FaShbgH6Wa&#10;4/FuP9b20VINOrcM9QpadSwH4+tx/r35v7iVcQqrFD+6ByfqCPxx7eRguD1pgGGOssJMV7/pvwPp&#10;b+oJ/PtmWnlhPrAspPK8Ak/QH/H25pDZ6boQc9S/IrDj6n+v4/1/eRpH0sHRABazcEkjkfS3upAH&#10;Vq9eVRe4Jvf6Xta/+v74xVBK6tBupIuP0/7Aj22O7DdbFT12yAm39f8AE3+v1PvlJOzroQfuMCCj&#10;An/Hg+1CqFFT/q/1fz6bL509cAtjc/pW1j+OOP8AY++Ip0ljtNGv9bj68cjkW96JIHVhnHXZb1cN&#10;+PofcinhjSojIGnSB6jyQD/Ue23JKUPVgAD1wdiUb8/Xj6Dj6AH2pnjhqVJVRLpUKeLAgfkW49tK&#10;dHaDn/UOrN3Co6aEaaEgP+2GYlTcH6n6H2zU6wRSyKiaNRNyObn/AGH492kQnLcR15GpjpycuyKd&#10;Qb6f4f4+809GCnpQnX9GWwP+HHtoPpy2adeYVPHrjHN6uWAt9Q3P+BHuTS0xpoiQrB+Pq3HPNz9O&#10;fdkIY9e0mlfTqPUSCRwpZSg5sASRY2FvfMZPQRHKlrHghbsbj639vGAgdpqD17xCcenWI0IYmRHN&#10;yLckhRz/AE955K1Hgtosv1EhuebfQj+vtlUZWI8urHu8+uCUrLMH8h1EC8d+Dz9QfbJVQVE0YdT6&#10;Bciwsbgcf4e6M+o6V4dVC9OsTohsbajx9fx7ZIzWLVoLsEvY2NiLm3JPu0lNIA6oDmnUkgFTwCLH&#10;/Ee1nFCrINUyrcXsOP8Abk/n2z4mMeXTzIKVHTTJIysbRM3IH0v+fqvuPU05KnTaRQQf0ghrfUE/&#10;j35RqNK9aKUFeskU1tN/Qfp9fpxxb3np5kiUKsek2uUVebD8/wCPu4TQfn14N206wTxNLcs408WZ&#10;ze34t7aajJWmcJG1uQVcfRv8V9vsnmD1QNQ46mQ01olDMDa3Kn8Af195KEu7CdAAob1KNNvrwbH/&#10;AGPtssukhuPXqdeqAFBQknULqef6cj2qTCPF5FZSxFz+Qh/Nx9P9b3RXDinl1crTPSeEzCcxMrAD&#10;9J+hYW4s319pqs8isbEyBdVuLEH+ot7utDg/6v8AVw6r8un+ALpBsFJtfm4/1j7w4+ulpkkaXlnu&#10;FueF/ppH+H59tiOsgPW9VBTrlU06ThUsNNwTYfW34J/x9xWjnqKlXYqGZgQb2Nr35HtROV0V6oBm&#10;vWWMpFGVW9lX8fT6exJoFMNOokY69I/tcHjiwPHssRiWqcD/AFf6v29KDQDT0ispaab9tVK3uToI&#10;I59XI/r/AIe4c0KuGeZla/0BW/tcTrI0nA6boAessE7Q6Y4o2W9uQw/1/ofaUr6dGlVqSxPAaNRq&#10;JP8ArD2oaRVTS3HqmnU2OlFRyS+NvuePqdRNha3P194o2MBlFRDE3HCyWLKT/r/T2nILHUvDqxqu&#10;D1JcLKqeOR1N+SpI1D6fj6+8tPI0UiywlI9YsyqQQB+LX9ssQ462COI66ljWRTHKDIv1u3F7/wBb&#10;e+NdULMUkljVihN7mxYE/i3uylimkHrR4166p4fFdYyQrcC30HH+Puek9HLRlEg8QUArpP0I/LX/&#10;AN591i1CTuyOrsxKdRpIalKhX82sHhw4A4+vFvbNTLJFNJK5kVDwsim4sPrwfr7enox7fLppRQdT&#10;3KsioAhN+VP4P+PtbY9WqadZKWIPIg9bAlSL8XsTa/tKsipJRjn/AFfy6dKgjUOkrk2WCRlqpSkE&#10;nCAjUv1va4F+PcZMi9HO6Tgqb/pIH9bcH8+1E0etQwyP83VdRXt6y/w+KsgRoSrKVPqVjzcX5sbf&#10;7x7k11Xr0VLFQAAykp+LWtce6pqdNC+XXnFO4dR6ChWEyU4RuSwf1/Tng2NvbNUNFk4tKTKCTd0e&#10;xsALekjke7qdNVYfn140YD16doUehfU0ZZbaVZQb8m/qH5/2HuXj8XStHJBNFqSwux9QHHHqf/ef&#10;acs8bah+Q6cVEUUfrDkMhKvikhfS1yNJ/Uf6jSt/9h7fosVDQ0zxRL5RKlwtxwpN+Le20krKHrTP&#10;XnFE0rw6YZ8rLWzxl/2BE/LW+pX6ar24/NvaKr8eKGRpqeIpLJcsefSbfQn2ZKyTrV8kdJ6UFR0q&#10;6Kr+4QI7qyi1iLeu3595psb/ABbG080ifvxXDPGbMwB/tr7at5AjtCx6dkQGMMvWI1Yoq14w14ZQ&#10;GCsDpVjxZG/4j36jwyvj5CCWkjl0nWwDAD6sp/p/Xj2yJUWcxtgda0Vjr1kqMgYqqJCLRyRltQBI&#10;1XsFb/XHI9vUNHPHQSSOy6IQFjaEvJpJ/wBVwP8AbW90Qq0mlc9b00SvTZPWwmuhiVXWSc6mEqqm&#10;oL9SvPuThkDDU7tIy+oqALEfg6PbcpCtpJp1Zciq9RswzgWjjRVYFNZJBBt+ZB/h/T2p/I+Pi+5V&#10;bTS+lEcHUyf0CH829sg+NlhhenCzABF49JFoYcpM2PaXXTxLrneJgESQH06nFiR9Tz79Nl0elf7p&#10;mpmBOpBzcfnj8e9QO/idq1Hr1RwtBr68m2BBVo9GI6r0gIzelxz+ZL+ocC/sNM5QR1QDUtQZInN2&#10;Y+hkubfRebf09m8M6gEuKHh0y6K5ovDoRsZNNEPFVRCKVVNgjFw4t+Cfz+D7ctuU0uKRUEshU3Pk&#10;Ul1It9Dq/wB69opY0nbWB04vaCvUPNyRVcTRlFJAA0MdLhr31Ai/49rLH5KCYmF3EU4ZljVVClif&#10;yVPN/wDY+2WHgN3/AAn+X+xTHVgUYaQKHpF5fD1QjFRBGZ42RWl1uX0qo+iOv4/wt7YNxzVlO8aC&#10;R5Nd9TaT6bk2HH/E+zeJIpbcMpyP9X+r8+krtIHoOHTrtaOjnWaQQRwBWUIob9ekAFyD/jf2lXpp&#10;3aI/dS6pY9TRNHcDnizAc3/p7ZIXSa9OkE+XSzWaNdY8KBY3Chw1rn83U/S3twTB5emjNVBFPJHI&#10;ytqjFl/wJVj9P629tKEeukZ60VYGg6bZNw4RqgUNTWUsUy6h4ppFBJ+pAb6E/wCF/YnYzyVuCahq&#10;R9xVQgt4DwdP1Fl+v+vz7LYaQXpD9oeo9OlBqUFOI49BTuXRQbgpszQyrS0buiT1aqX5va7MOCCO&#10;B/xr2jMrXSCop6WZWofAEVRqsvpIsNQ9mBg0QsAKg5r9v+r7M9Jy4Lipz0vsHSU7wT19PMuQapJc&#10;uQCxLD8D8e3ipzUsSxpPplgVQQ4IXjT9QwH19sQWv+L1jxXpwuFNTk9NEWCp5aqaaEPDVMxQqV1B&#10;ueNafT2k9z5mjykCHwmCoiAMFTDfnT+JAo5/2PtdZnw4zA/cP5/6v8vTbNXJ6UG3NvVOGqJ3Ssea&#10;lqW1zUk5LLHI39qnLG6j/aQbf4e4u3t3V9IvhWSFQZVDSKlnJ+l2U/X6c+yq8shqLj/V/L/Vx6dj&#10;l1ABunbL7cxuUAaqhabSraUZjpFzew/I9iVn8r95i4WjMNTUCJdQBUAk8gWP0P09v7P/AGTrLj0/&#10;z9VuAC1Vx0E2F2wmJ3NUPGlRSUU0hKrZmCkLyt+fSeTx/sfaSG31X7fJusrPPoMiAho9dr2+nBB/&#10;p78WW71LX4fLqxUrQ+vS+O4hFNNjFaFPCjCN2ushQfRrMRfi/ttq3qMXmqaqeN5ArLpsLaQx5DMv&#10;Ht+5thLZdh4dNo5SXHTljpKfJ42eBXRQ4kRrHgn6Erq5+v149vNbjKjLVn3tJJK1wL04va55BLrc&#10;8c+0SXaiBUPaVxXqxiq1V6bKSspsJTCjrBEF1MUnLKCQW/1DWF+Pa4wG2cXjkFbXQrT1Q9XlZlj1&#10;OfoShH0P+Psvcy3r6OK+fT5ZYVoOPQXby35mZZP4ftwfxJHujwxQmURp+k3nuBcf0B9s2WrcHPln&#10;WrRy9yqaHHilBHHo/B/1vZq0MttEqoRT/V/qPTC6GY6jnp92zR7mTARSUskUbOmuRZoCJ4JBywWQ&#10;Hlb/ANfx7Refjj+7pmopTFSpKpkiCmQyH8Lq+oPta0Ub2mPip02CRNgcOl7tuWu+3lGTHlqiG/cs&#10;I10A8HTci305v7d45pHqadUlETEEvRhGV3W2kyWY/j6nj2XpCsaAsK08/Xp9+9qcOotQsf29YXTy&#10;oTZKzyIUjYNcJdRxz9Le2WqpIFr6ejqphM81QJPPCWCU3jbUqs9+D/rezSSQCAyLwPl02gGqh8up&#10;tDWTTUU1VTU7wJDCyLBUKNVSzLy6rxYH8X9tW99vZRMjFuDHwFoI/EyTw+iSR72cyMv1+n1I9rUF&#10;tfWQWoLKM/I9MMJUl19QdoZ/HvF/AaqpWPKwNUFqOZiD9vruni1cadLCyg8fT3Jye28pvDG01XR1&#10;rRZKKNHlW5TT4bH9Y4s359lFpdRox26UYrRf9Xl05NbFqTg0px6nVGaxu13nFZH9tQSTK0dRGA4M&#10;kzWKlF54/wB69vcGbrM9s+rwFbejzGGAijnLf56NAQfWp9XP9OfbO2q+2bq0M3dFL/I/8UKdan1T&#10;wh1ww/n0x1G2qLG7uo94UAaSDJxNT11Oi6omeUK0FZGOLHjm/wDvB9gpS4feJplrav8AeoGqNCRr&#10;UHyMqylWYLJ/rX4J/wBh7Nbpbd3YREVHTMayAAyZ6EQVlIKlqUSoKgIHZLG4U8jU1rD/AFifYsQR&#10;Uc+BEHh+6nictHVSrZEdP1RE/U2/23sp252jumST4WxTpXLRk1Jjpkrfu48rDOlQIYChjlpks0kw&#10;a+mXkcW/w9pROwanbtHV0GTpKZ450qPJTJDrVKdW0pONQ9PH1IPHtY9iwuPHhNKcM9JjMYk0v1zy&#10;O3KDLT0Na01VDU0M6VEFRTVMkTsV+sc2ggOh/tI4I9sU1XhZo8buVKTTHKY4QytIHYhiYwAnNzyP&#10;zf8Ax90LyXCMjcVPWyIwRIRx6fEVl1xtIWJGpWKgEA8H6ccH2pMtXU+ZoY5Ep5YYqxHjMkkbLeLR&#10;4z62AYNGfpf2ptJyYSuG09OOKmhx030NE1JLIvnEi21hP0srO5YkJe1m/wB7HsV+u8UtXt2LDVlI&#10;slbi5JajE1kiO/lWIa/HJNYcj+yD/ja/sLSTeDuRRz+lLgj0PAU/1enSltSwhxxXoJ+z8nU7blTc&#10;tFXzrQ+OmoM/RRyxHTSTTeNa2OmkuSy6rSFf7I5+g9irt7+PvUTnK08YxMdOT5HkVpDMB+hE5NrX&#10;P09+uEeylVbInj+VPy+fSf8ASkjZ5DUn+fRaeyqrqjK46GHF5aBN8VUyRUSUiGKoj8jAeWV3AHAs&#10;ANX+te3taUOIx07feUcMf+UxtDLLoALQn1lC3IIH9D7cHMTGRQwrJHShyfl/q8+mzaVj0H4W8j/l&#10;6Knv/HdiYTD1OH3LuieHDUtSmRoqUzQRCkycCE0tfHIg8yOx5DIbA8/mxkYDCYfasNZHiqbxNW1c&#10;tXN+5JJH5Zz+4YhKW0j8hVsvP09uXtnJvV99dc0GBjhnjwwB8/s+eHYFEMYjTFOgX7A+S/YG9sTj&#10;cJncwK1sZQjGGdKGihnqKdE8eqrmgRRI5A9T6QW5vfkl3+4k/wBX/uzX9B+v+vtb9DF/D+Gnnw6t&#10;r+fz6Lh/Fqv/AI6t/wACfufx/nP9X9P+Nf4e/wD/1kY8zD6E/Tnkj8fT3hCVqKN/Pru2fn1ulxwr&#10;+LD8A2BJtxfj3geb/HT9fofqPe8AdaPDqQkI/I1cc8fn3EmqLcj8Hjm9x/ifflSo611Kjiv9fpax&#10;/wAD9fp7b3lkY3B4/wBf/bc+/eGBjqpA6lAKLC3A/p74ckn/AH1/8be7DHWvKnHrl+P9j7y6SeCP&#10;9tf/AFjz7t20r1tTj7OuJNv95P8Aj/tvfJYmvxz/AFv/AEvzx73RW7R/l68TXrgZFUXP9bAD88e5&#10;Agb+h/339P8AjXugjUnT5jrRxw6xGoUWNwASR9R/Ti9/eQU7EcA/TgDj6fUce3dLDAz/AKvn16pP&#10;WE1EYNyQLEm973v9PfNKU/VgRY/T/ePr/h/j70yfwdarmnA/4euLViji+of7c/195fsxzcD6g/42&#10;v+D78Fc9bPoesX3y3tqP5/2HHvKtCDxb/H88n8c+3gCKDrRIHHqM1f8An6/X882tc3v7zLSBDYj/&#10;AHn8X960kjI60KAVHWFq0uCVY/0H1+p5sNP/ABPuV4VsLKCfqfofx+LD3tPlw60H6hmdrks1vr+S&#10;Pzx794NRsBfkf8i/4p72qgHHWtRrU9dNU6VLE2sL3FifzyPcuOk/qvFrC4P4/wB9/X24I6HHW1Ga&#10;9Nk+SXghxcfWxH0NrfX3I+0Rf8eOL/X3VgQadVaoPUZck0n9qxvyBcC4/wB55/w95Vpltc/090K6&#10;V6dXA+fWBq9mfQoINwdQ+lz74NCPoqi9v1Efge220/Fw/wBX5dWDA46kx1Dcln4vwo45P4/w/wCJ&#10;94vHyQR/sf6n62HvZr+E9VXB9Qes4mBsRax/H+B+hbn+vvzQfX+lhY3tz9PofdlGKsePWz6jriKu&#10;5AHNvqPrYWv+P6++0hsRewFwbH/b/X35iWBPWgPMddPUA3uCTYg8/wBPwB9fcsKLcBb/AOH4904Z&#10;PWjxqD1BLm5Hq/JtyD9f8b/T8e+QjT6m31vb8X/x/wCK+1EQ6cUjh1Flnk4ChiPp/iV/2H+x495o&#10;0UjUeLX/ANjz700gEmjrRGeo0xkFwouOBa39fr/tveOQr9C1j/UH/eOPfqrqqv7OvCnp1mhjmPJQ&#10;tcXF/pYC1zf/AA49xnlW9gQfpc2vb/XHvzHTxNOqkYx1PhpnPOlgeeAbc2sOf8Ofz7xGojH9P63P&#10;+H0496ElcHrRDHz6kChlNyL8gqLfi/NveNq1AeLWNj/jYf4+/eIuQfy63g8esy4uVgLlrjg/W3P1&#10;94DkFN+bf7G3+2/3r2zrAIpn+fW+HU0YhwBcH8X44v8A7H3hbJBeCfqeDzx/r+3NRpX+XWjQip6y&#10;LiNRNgSVFj+S354/23098HyfHDem30/1jb/ifdY2o1Otg04Y6yrh14LD1f1sPz+f+I9xXyY/DW/5&#10;F+f+Ne9yOWqR1vUeHUyHEAWuvAvyf+IA9t8uRZjwbjm3N/8AYce/ElV+ZH+r/P1Wvp05RY+NfqoH&#10;P0/p+OD7gPXSE/k2H0H+8/n/AHj3tFCp1o18+pa0sQ+oHNrfQfT8/wDG/eBq1z9WN/6e/GnAdbzx&#10;6yrTqOQo5t/tveBqlyR6v8Pr9b/ge9BQVz9vWsnrKIwP8P6W/wAOPceWXg8En/EcfT8E+7KHJr16&#10;leHXMKAf+J9wS7aufr9DY/7H3cKSuOtZ4jrLYfX8fTgfU/Tj/iPfINY/1+v+x96YmlOvHPXrXt9b&#10;W4uLn/ePeXSv6jb+oufqbfQ+6Z1Up17rq/Frn/EW/H1uPeIk3B5v+OOOT/T3YZ6912P6Eiwvx/rD&#10;n3wCktqvzf8A1r/096qfLr1PTrkfpaxPBsf9f/iPc6G3+P0+p/N/rz72a8T17rA/+w+t/wDD/Ye5&#10;tiAbc3Nj/vXHtvUpNDx6tXrD/re8gDEccfi/1/1vesM3Wx169vr753Om31P0/wBgPzce7YrT5de+&#10;XXEDm44H+3J59xJrjmxB+nBJH9b+9KtTx4debPDrKh/H9fcMtz+bfT/ifdxx6oa4p1l95wt7f8Rb&#10;/ifdmIGevdcL/Ufkf1v/AF/w950UD9R44/IH+3t+fbYIPVx1wN/6f1H0P0+n0PvP9fzx/vB4491Y&#10;1+zrwNeuPvA8f9ALD+n19+LeY63Tz65qQOP6n3hCG/8AT/D/AInn3sHzJ611yLD6AXF+f+NEf199&#10;+EHk3Fx/h/vB97U+R698uvF7fQf7z/t7j3y8R403tzx+RYfX34kqK/6vs69jh10GBvfg/QfX8+5C&#10;w3ABFmv9f9jbn3qoK48uvY64Frfn6/j/AF+bAe86QH/Yf4fU/j22SDnrfEV6xNKASPq3+8fT8n24&#10;QwKpuR9P9t/tj7pUsa9eFD8uok8zaSAfr9Px/vP/ABX26RQq/wBQRz/vr+/aanq3TVNVNEP68A82&#10;/rbge3mloXkYDTcC34/p/rf4e76dI7uHWq46TVfl4oULeQBrngEE/wCPB/x9qWmxTWBsQOCeAePd&#10;lVWPr14k+XQd5bdsEWpfKgb1ADXxcf1N7/Q/19qiixSgA6SCDwLc8/193K1NP9X+ry6pqp0DG5uw&#10;/CXVZNer+0p9K83IuD7ekxq3/Tb8X/wtY39+KDTn/V/l6prz0EtV2g6M4Eus/qAvcAHhBfmwv9B7&#10;kLQBL3AseD9Be3u4K0Gny/l1ctinSdm7AqKkelnViTos4bVcm4H+HB/4n3jljijX6kkcf763tXCk&#10;jeVK5/1f6v59Nl6fKvn1gp8xXVs40sVvpvzqFvqLlSB/sPcMqha4A/F/8eePa1YmVdLnh+zhnpJJ&#10;K1aVp0/rkahIhZ5GKg8sdOkD6MD9SL34/wBh9PcqOMDkC/8AX6cce22IA0tj0+fTYcnj0m8jkahi&#10;4Mn9Dw13F+R9P6i5JHuYiAkDTf6re1ufza/tPpYiv2H/AFf6s/s68AxNOklX5UQKzNMqhTqADksR&#10;b/VDngD839yFp2twvFzY2HF+bAe1S1IoT6edPlx/b5fPpx4yaYpT0zn/AFV6DvLbpokJ1zAMPSQT&#10;cMLkkMbj/bg+5MdO97WPPB+o/wB79v8AixBe7NP9Xl/qPTKwFzTy6DrK7pg5MbrwPSFbUDx6ib/4&#10;/g+3KKkt+oXt/r/6/tHPfggLHj/V+fSuK2WMfPoNMpuB6hjpf6/QXte5Ivf24xxgfS/H/Efjn/iP&#10;ZRLIzZbpYi5z0k5ah5SS55N7Bf8AH/Y++VyCb8D8cX4v/X3WgNKdOUH59RLm1gyljcHXb6/14/of&#10;6e+OlS5Abnkgcfn62Pu2pglSP9X+r/Z60D10HOkXFgTpuTzwdI1D8/42PvloFwT9f9c8/wCufddZ&#10;NadVPoOsBcj0gqNVvrpUgH0jjmw/4j34J+WsSDcccf0/Hv2scF61ny67Z2sQgIGll4YB9QF72b6A&#10;Dgf7374cWuL8Hgcgf0/s/wC9+3M8D1vhg9crtfQwUXXk2VieL/RgDf8AJH0+p981+mqxU25t/W/9&#10;PdGGdFa9aPGg6xsDqMYYSKGBXgAhdP8Aqv8AYfnge+jp+pvc2Fif6jmw/wBj733DA63Uk0HDrldj&#10;ZVHFi19FgSjFRcj63tcD3zvYfS9x/vX4v7oRU1P+r8uq16xC2oi4trU6TYrzfUQB9Lf4f4H3wupF&#10;raieL2I/2n8fT6e7UYNXhT/i+tnrKQy8+lbHXcte4B1WX6X+v5+vvyEC/pPPHANjb6/X/bX97kBP&#10;nw/1f6h5dernj157k38gZQOVJUn1/QEg2AsNQX8fT3yYC3Fx+b3Nzzz9P969tqSTnr1fLriH5AsT&#10;zxcIVA0GwNrf098WYWI5/p+bm/HHu6qa1PXhk165Ih1a7Lb63up0kC4vb/fD/efeK4DLYFV+v1P+&#10;sb2/23t6hKEtkjq9Kgg56lBToYsFd/oCLXPquum/1/r75krYt/Xj22A1QvVPPSPLrwV9SqbXsebD&#10;1fSx0/j/AGI99hlAAtcm9/8AH/YH3plYmtaAdbU4+zrzKSL/AEspCnngkWH0/wCKf098CG1tpuB+&#10;Tf8AH9PdwU8Ma+PVzQ568dOkahdhyoIH1/DE/wBB/X3zGogqfp+G5BJ/2P8AxPupKDuXj1TTXI6x&#10;aRw6+lhyyG2lQLj8f4j8e/MLiwPN+RwNX4Bt70po1Tw/wdbwOPXcdr3Pq/CsAW0i2ojV9Tf+h98/&#10;UVsQNXNrc2t9D7b7Vft4dbAqvGvXljFjZpHBNrEgAD66V/oP8P8Akfvio0ixX6Wtzf6/W3/E+7ud&#10;Rqp49e86nh1kIuSSS19QPCgAfi5P1/w4/r75Lpvaw/P+v/Xj3VtRFa9aDV49dhDc3DEFSdV+Rf6n&#10;n/Wv76IRjcj62+txxf6EH3oF1WleHW6gHHXJUIJ0g6bn6WUggXv/AL174MFZvqRb08f1+t7/ANfd&#10;1Zgnr5/6v9X8uteIAcdclRgPSPqb3IBI/Frf0t+B7ykhb/4c8f4+2l1Pk9e1AdZDAb8C9zb6c2t/&#10;Zv8A6/8AvP594mseQePyPyT9fby6lwetF6igz1yWF/8AU3J/2n6A2B4H+9e+V1HH0/IHuh1Hur1o&#10;uKU6yLSyNwVJuQNWn+n+H/FP8ffEzLyL8j6D/jXuwhb4gPz61rxx6mJj5XA4NuBcDg2N7m/vF51/&#10;r9PySPrzYf8AE39umA4r5/6v9ihp03rofl1MTDTH1Khbn+yDa3+vz/vvz74mpRRe973AsRbn37wJ&#10;GbTwpnPXvFoKdOEG3aiQ38LEcX1A8m4sRxyf8PcR6xLXv9Li9+OD7VLbMhoaGtP9Xr/q/LqpfpRU&#10;ezK6drLA9z+CjAfk3BP4/PPuJJkB9NQ5/p9eP8f8fbiwIuQP9X2U8uH+fqhlFePSyx3W1VKpkkgN&#10;wLKRwhLfVdQ/p/sPeD78G/P+J+t7H+vtQIuFf9X2f6v8HXvFTgD08N108YZTA4JKhD6ipIsRcgD6&#10;++LVy/XV/r3PH+8+/CJuFOqmYLgZHWen69lf0NT25JVwnLAGw44v/W3+8+8D5AE2/wAP6/n6+6+A&#10;4rmnp0w0wAIGK9LDH9cKkcbtCW/tcIdRsLW5/wB5t/t/cd8gL/X6D8n6i/8AT3cQuFrU1r/q+3PX&#10;lmFCD0o6PrtW9Jpks/8AZAYG7LZSBzb/ABP/ABr3GOS5Nzxe/wDS9+fbqwAgBTmnn1rxqnpRr1pp&#10;UOKe51WuoFgBYXT/AGP0PuJLk1+uscC55tYf6/t1I9AZfPy/1Y694hJKk9KOh6ykZo9dM4UvZXCH&#10;Uxtx9bnj+v1/2HtvnyygHS1+Ljn82vxb20q6cnB88f6vTpO1W+XQmYjrT1RrNDYJcXNj6D9AfyP9&#10;ce2eXM6b3b/YjkX/AN69vMM460If4ehBouuYG0WiFlJspFrD83BH9PbbPljcuhKsR/rBv6gj/ife&#10;1LaKVr/k6dTHbXpYUOyaZdEE0KvGrNYMAShP5Dfn/W9wJMzJblgvFuLm5/FvdwCcnrzevHpQ0+yq&#10;CJh4oL8gsSFH+Pqt+P8AD/Y+4hzEg41XX8WNifxyB7c0xD5Ef6vP/UeqmlMcenVdpQkBzEAx45Gp&#10;VtyArfS/+v7iTVjyAHURfgWNh9LA39tEK3A5/wBX5/4evayB08UuKhpm0iNSoJPqALfUk2A+l78e&#10;22SSQlix+lrckD/H3dAVFBx6rrJ+R6fI4YdKqoABvc8E8/S9vcKSqPNiR9Rz/wAa9+dwD69N9xOe&#10;nOCgA03VbXutrf8AFPcFpSASR/U2/NzyPexKtaA46toYk06cFpgdPBvwOBwAot9PcJqkepbWNjcn&#10;8/7E+2pZzXtPWxFXPTglKbAklgT9B+AP9b3E8jsGXi5+n+P+P449tmUgaq9PCDI6meJQQRcAWuRb&#10;+vvEsDXsT6vrb6D/AH3+v7RtcCtfTp9ID1mLLa/0H5JP09yo3KA8i9rf7z7TPIWPSoKAKdY2jDEc&#10;cXHPuTT1P00n83texPtvuYmuOr6QcnrBPTggm17i30/T/sPakpq0RqCzEEgWJ5t/sfdFIWvXgoHD&#10;pMV2NNS2lUVueVIFiPzcf7H26x5tQF9fpHHqIN/x72ZFrpPn1agHHpOy7TDayIrG97qANN+f9t/r&#10;e+MuWiJDqx4sLA2/Fjx79qaoCmnWwKZ6y023HRGjkVWDc8j8Xva/uI+cQf2rkjkm/H+w911Nkfl1&#10;o9OEW1xxdQoU6ggAsT7a5M0b2U/km/P0H+t7rn4vy61w6e4cDGFsw/Cg2/P0/r7jtnJFH5sR+ef8&#10;f6e9liw0niOvE46zrgKbVcKt/wCoAH+H++PuJJnmJtqIH+JJtzYmx9t9xfPXq56mR4SnReEBY/4D&#10;+n9R7xjLuSWMpIP0tf8A4j3siopw69XrL/C4QAqxgEfX6fW9/wA+40+VJ5RyCL3W/Nre9BQvW6+n&#10;UiKhUcMikH6G3/FPbFUV7k6ixINv6+9Aaj1otTpwSFUFgAP9b3yhqbi5e5IuLH6f0t73jy8utjrz&#10;R/Ww4PH+v/ifcmCpe7NexJtbkfj3UCvHr329cJIhYAj8f6/+v74VFYUcC5Yk88k/j/H3ehrU9VrT&#10;j16OEW+mkc/QW/3j3IiqAUD6tJ/p9bH+vHurVB49bHr1waMg2tqH+w559zIphLyW1AG55F7H6H3U&#10;4XHH/N06ox1gePR+nSpP0sOCTx9R77kluxC3AtyOTY/4W96Afrxz12qAAX5Yfm319w5wzEWJCj/Y&#10;3/w/3w96DUwePWjTz6zpa3+J/wBhb+nuJ6tX5AHFv8Ppxb3dWFKHPVCOsp024v8A4/8AFPcmnDc6&#10;Gta9wQPp/h78T59b6wyW+hH44/1/9b3MLNcHUv0W5/w/px+fdTQ4PWwfLrELf7D+lv6e8NTIosQF&#10;Nvr/ALD6nj35QPz69X065xgm4uSCePp/trW9w3mc+lV0ix/A92/w9VzXHWZUUHUTf+nPP+sfeLxy&#10;Wte/NyxBv/sPeqY69T1656luf96B5/2PuRG5Wyv6h+Obgf059tOhBqOrj064MAbkcE/4cge8s0xe&#10;LTHYN+bWH+vyfboHWsefXBUs1z9Lcf4/7D3gp5FV1LH1g/QW/wB4/PvTKSOq165yKbcAFSB/vVyT&#10;f2ooqlCtwAODf+t/6/8AI/bJQ8OnAaCnTY8LXP5F/oPpb8c/8U9tdTP+6SUGm5+ovZj/AFI9vr8H&#10;5dVY9S4k9NtXP55/F/wPfSTsEYrcWH0/Bv7dwaefVMg9eZASA1j9Of6C/uLJUlhZm1P9Ba5K3+vu&#10;wDUr17j1zEaj6LYf7Dm3+t7gPEjyeu7A8gqObn+pHvek0rTrVK9SAxAFv9sTx/r+8scKsdCxsX4F&#10;zzx9OPdeHWqeR64s9hfUAtr8cf4kk+1VjcXLK6AjSvAPp/Uf6D3U1Ix1da16YMllYKWJ2LBm5uCw&#10;4F/zf2KGG2yJT5ZFYgEcAf7wR/xHtI7MHA4dOnAqB0Bm8uyoMXA8UEkTSEG2pin15Bv/AIexOotv&#10;48BTNEgsvpAXmwHI5H+v7qJJUTSucjj5emQerCpp/q/4vole9O590NUyw4OacSM0geVXEkJNrWEZ&#10;/wBvf/ivt78+OxkRaMIugWBuL8C1gP6+/eFJKQvEfLy/P068x8gegUbFdidjZBYMnU1qxztqKXZY&#10;pATyH08kgc2Bt7QuY3igDGO1+SBcfji/tWkIjGkn8+mGcM1K9Gy66+OcFEkD1oLaVUOSgUMXALAi&#10;1z/jz/r+w2ym8S0ZbyfRjcA3P1/Pv1SMevD/AFeXp14Do123OrMbjJF8dOoGkG+gBdVvov8Avf09&#10;h/kM7LVFwrcsbjUSLj/XPvatTj1456FigwlNQogRANAtwotce2YVI1BmuXuLqbkC3HAHursdPWwO&#10;njxcW+g/rce56Fpozp1XY+oWIAH5sT+fbWuoz1brAwCNzb0/Q8fUfj23V9hF4mUfS4a1zcfW1v8A&#10;efbqUIpXptgfPrPECWLc2+lr/wBefbGt43EgYFRbg/gDg397I7dJ60KjqR7f4p/LFdfS3Fifxx/j&#10;x7oqAf6v9R6dLYzw6jMlmBPIP1/HvLC+khZ3uCb8CwIPP1PtwYz1U9cJF4ugIP8Arfn/AFuPb7T0&#10;0RIYmyHn0mzc8+2mfiq/PpwcM9Nk00gBFvULAXAK3HBv7fKf7ZbLbkcnUfqP9j+fadgw4dbrTHTL&#10;OaqS7H9JFgFF+f6WHFvbVWiMysFVEa5t9ORa97j6e1CEsuP9nqjdOlGJFiQuzSDj+osbW029t60c&#10;dQA3pYp9b/W3+qv701VOkY68BUdTmqWi4sQG/T9eT/Qg+4pgVWZo1AKn62v/ALYe7CTtHn1Uihx1&#10;nDEgXJF/wTz7dKKoAQRm92/Fvpb8k+6ajmo62Pn031lOXPkUgabXuTzz+B74VjGZHiAB/Ib6G/4A&#10;9qYyAQTjqzYFB11TIImWQk3+hH1HA+p9peSmsGMiHVzYi/5+nP8AvfuzVJz5dNGvT0rg20nj6n6H&#10;/X+nv0cZWHRchib2bkD/AG/PtihBOrq3XIkagfrb3lgpbeo3J5JYk2P+HuuACV69SnHri8o+n9f9&#10;v7dUijiUuBzYEAG31/Fh70oBGet4OD1Ed3ZgPx+WI/2N7/7x74yPGqkX4IuebaSBa4PtxvhA68QB&#10;15VbVe3INgfrqF78j8e+dI9IpDG8jcFfyp/1wP8AifbBB4dXBHDrqdZ2FlKqOQeOQbcWPvNVyxga&#10;hdS39PovPvQB68fU9cYEf9J9VvqfySByfbQ1W0TBWPoYfUX/ANb24gPEdUqepniVhe3IJtf6j/Ee&#10;8DlDyWISx4Nrj8D3cliadeArjrmAR/rj8j6XAuR7wSoVZGhGoH9Q+rG/9P8AjXvYIBoem2WuB1yB&#10;JBDcf71/r/8AGveanpJZpgQzKR+LEfX63v7uzjh1tUI64SSoiG9iLf7C34+vudJFLHccgKDz9b/1&#10;+n59tCPNa16uwxXrCrowH5ueBb6D/C/tvgqnSo0WK/7VcgG/HvUgoRXrQOM9Z2RWT/YfkXt/X26m&#10;RJY2Q2uDfUB9Lc3JHuyPmnr1Y9wr1F8ZRw4Jtb6H6cn8A/T2msnFUt6oGut7G62PH1t7dJSmemWB&#10;HUyM8W+h+vuZQRSlALMfTyq/n+v+839sj4qHqyknHXUrKoubf65/H+2985sc8s8bq0kek6tJJBJP&#10;9SOT7c1gAjh1XT3fPrgsw082P15B4IHtUQ4xjEjSolgv4/UGte/+N/6+03iZoD08FxUdNUlcgkKo&#10;W1X+p/SR9LX/AB74ph55JyyxuytxqRbhQPoDb35pKcOtiMnI67fJU0UREk0asB+l2C6j+bA+3imi&#10;FEGgmWxfgBlAY8f6n23lT4nl1ulMHpsqJfvgktPIraCWLI2pBb8XBtf3iqaOaKO4pjIr2ZHUAWB+&#10;hdh/T2pilR/iNKdUdCSAvXdPVwySEfcqjISkiEk8r+EU/wBfr7ifZOsAZyQ4P6T9P9ZT/h7aNGc1&#10;6sRjqctajTaEAZSt7j6i39bfQH3KgiDqI5QTYXUvYnj6C39Px7qKo2rj1tRXj1GqJtJMkRtfhgpI&#10;HJ+uofn/AFvbTLTS/ckRPGFuSWa919rjIopTprw6NXqdHOhpw0iMDYcDkNf6f7f34Us0aODqfVex&#10;A9P+xA9s1Bb5dWINaAdcxPE7A3CkWIufV/W49vtJQAUqCfVdyf2xc8E/1H9facsNR08OnGGmlOma&#10;srj9yfCVtGLmQn6m3A598aja1JrWpiklWNgS1yQFP5A97ZvEXSAMf6h+3r2gHPUel3PP6qeoijMy&#10;nTH4yD5B/qrfg/1HtmrZVoA8IhZkNws3L3P9Bfj/AHr3ZYQM8eqMxJovT/SlqzRMZArD6xDgr+PU&#10;PqfadOclQGNo30A/gH6A2+g93WMIa+vVS7UoenE00bEN+QOD9f8Abe1TjopK2JZYmNtPKFbMPyLn&#10;3QyKx0Hj1cKxWo6aK6aOkPrAFze9/Sf68e41TQIshLKWck3F7Dg2sRfn25RjnqtB1np6zWo0kBLC&#10;xAv+Of8AW94GgWKF5ELxgG5SMHQQPrwf+K+03xkgdWpnqUJSXRWAa4+rfq/wt/vPt1oMsk0XgMTa&#10;lUgalPNvz7ZoUav+qnTisWFOm2sxx1+ZZCLsrEXFhb6fX/iPbbUBBWKSW9ZF/wARgX+hH5/w9qpG&#10;/SqOI6a4N1Ngv4bCx0/QnliP6g/737d/4TTSU5qWLKDzdSQCQPoF9swzkyaTw/1enTjR0UdN0uRm&#10;imFMiq7i1ww+gJtquDb2wePVVKbKqIQBwQ5t9Pp7WTlWTT0yoIbPTqrFYzySxFyOLX/Nifx/j7Wc&#10;FHJLAz63Xi6/Ugi1v9gePZeg7wKdOseHSaqq+KGUIURubNzYj/W/wHtumjcftSM4ZT6QRY8D2rVT&#10;Gaf6qdV1eXUuGaOQeeFUKOCSysLAk/0PtPv91S1omRQAv5YW4H+v/T364UOlV/1V60upTXp5iMM0&#10;GhmLXABANzf6H3jrgKzSZb6mHDoSjaj+Bb3WOojz156lq9c4QIbqvAH4NyLD8+5MWLcQRu51KL2U&#10;AiSx+pLfT2nDrkDq3wivXB6xBKUFwbD1X9P9OPfCqoJTHHHAS3IPqUkrc/Qt7VRaCprjqhB49dR1&#10;KhnaSwtf6EWbjkge8NMJ45ZFqFKxRAcAKQ5A/wBj70YqEAefW1PafTrJK0bRhoyC7H0ljyL/AF98&#10;qmtEkNlN/UfQAVUD9Ny3197RQpJPXnK6cddRQFHuR+AdR9RP5tb2q9oKKnWGnSKNASpZiQx/Cj/H&#10;2XzqPExnp6FRoJr0md2VD0dMksdLLUyM6qViAJUE2LEf0HuZl6WAOSZI5DcW1gsL/wBQfahXZUoO&#10;HTbCp6i4SqnlRbwyRAg30sAQP6MB/wAR78qQy0ixK8eoKwWN7AEniyH3WKQxtX16corKF65ymeOs&#10;eVkk0EqTLHqJAB/tL9fabnwtfHIrxeMKxBulnIC83b2oaVHUnz6bEZBqOn2HLUTgo5cMvFpA0YJP&#10;Fl1fW/vK0tUyrGsul7mNvUArEcagB7ZLKqnUMf4OtHuNOuQhpw3kMYYH1j0m4H9CT7UtBUTxKkM1&#10;3dV0ljYG39Sf6e0hWhLg8T0+pr2jpP5Gmgm1SxgIp+trm7f4J9D7zZGmmeFYlgkdpr8i1wPzYn6+&#10;1MEqEF+qyKa56gUFTAlS0klTDElPYENexP05A9+xNDR4yKYPM8gCFnjY3CyW/Sw/1/adkeW4Drx/&#10;yf6v8PWwVEZp1zzFfWV6RJFAkeqVVSX1Bmjv+qMj6/6x9obKZhY6lqeF9IeQ2CmxJvbm/wDr+zOe&#10;2ATxDx8/9X+fpP4mo6eldjaM+CJphdwo/VY2uPxb2qsXWPHR+CfQkU631q4OolLDUv49lMYaObxk&#10;zT/PXp9tIGmvTNl6COqnWSMM08DAqpQgKL8lX/3j31j4xiq9pkkkcVJK3ZWI0nltJ+g9qp9F0Aw8&#10;v8PWowY8HrHWscjj2gliRDCAzLrF7g2BI+v49y8rkjFaRZWIUjQrgPZv8Cfp7UC21RAH8+myxrUd&#10;NWExyFmDQRqz8PJGNAKD8EA2P5+vPtillqctC61F/wBJZJEJVjccEM3B/wBj7ahCwuQB149y0bj0&#10;p1ip8c6NAQCzBWRvUv8Aj6V5HuBjKExPJ91J5ggAhUhlb8212NuD/T3qRu/twPPragAVbqXWVLNG&#10;vgGhmPqcWIAH108c3/2Ht2paiGJ3iqjJG5JKBbva3OpSOPem1owYZHXqinz6b6qCSeJJKXxuB+ou&#10;NGr/AAY/Xj/W980mx33Cyxya5kNxI5MQX8cj/D/X9uMDItXGP9X+HrQIPUdosisDQtGFhZCrRx/v&#10;M3H9g8W/23vqqysschj/AGpoSbyPcMg/wBbn+vurLoX9Mkde9Ou6PFQSqszJJDKBZFP7cgvwWIXj&#10;n2tNs5LFzyx/uU5AhdCGVbrxcKoYc3+ntFI0gpqJGf8AL/qPTwYAnSeg83zhcyuOqjRx1UkrTxSx&#10;+KZ11aWsWZoyLWH+39uMu7KWmmkpDCiRO3hvpIX+gYD/AIp7USr9OyzJkgfL/iv837emyxfsbHSV&#10;pusavLUVNV1WQqmqoW+7GiZlYMeTE7AqxAHHP19tWNZ4c40yyEQz2UW/FzbSCPwfaXc5lnRZk4/6&#10;v8B6chj0EivS9qaRZNstj6iFJZqaM6lkAIbxjhmUi1/zx/sLe4e6UxlVkUp6uJo6gMvibW0Ws245&#10;HBHs1glZbRTJlSOPp/q/l0mYVeg49RdjQ5SjxTz0VUstMS7PEVWcRkNdgo+otyPqfcSm25X1EqxV&#10;kkP2tvRTgv5tH1UcC3tHc3EcUYaDz6ejgPFzXp/l3VjolleminNUoAepKKINYHqGom5AP1449usG&#10;0aJ6yJWidFHpKIedJ+jMpH/Ee2JLxooQ1KV6toGrpll3rVfY1UsM0M7xqzrIwARmXjxoVP8Aj+T7&#10;aq7ZXkrxBj1iZUvM8k9gCR9B5I+b/wCw9mks8JgHicW6TgEsTwp1yxXY0a4g5LMiSImUQLFSxyMw&#10;ubEiOT6gfk3/ANb6+0LuvcyYLKUGIngjBYxx1PiYRsBwD6rer/XPPt97F7ay8RMkio+zrRukM2k9&#10;LXb8cGVpDlo5pZI6t5HpTN6ggBsGEbX08/2b+xGWolp6emWjM38Mq1TT5LufIwvdG/qD/Ueya1o4&#10;ZwO8cadKpWJNPLpMVdHTVdZO2RWmbKUPlaN4yI9EAuAGF/ow+vPtD1dBk3yOijlFbItTrenWVfII&#10;gef2ZDcn/gvszuGQQd3aDTpNECWquadLCjyFElCk1RGaOLwqpmdCIr6fr5kuAP8Ag1vaooVqhXia&#10;CqkjViq/aPESFZTZwWX/AHn2QXDgRBCuR/qr0rRO6oPUCrWlkonSohhkAVyKkOBcMLrbV9ePx/tv&#10;avytNlJZgAVNGIjJJUq6yIpReEK3uP8AY+1O1tDpRR8ROR5/7PD7emnRtRPQaUlbhKWKdirDICpE&#10;NPSGnkgeTXJYOkhXSb3/AFAkfj2XqU11RuU02QLLCJ2NNUUrnSQDceT6/wCP1t7OtzdYkpHk+n+r&#10;PSeAan7/ANvQ5UhjFBG8EZVTCG8bizX0+pWt+fY+0VLj48bJVwvHLUspVNYVnDItwVvf2HLaWWS6&#10;EcxKqP5/6vXpZKFRNUfHoI8/VZM5GCiMMi0flDztCzqoR302drA2seRzb+ntInOVctPVE0nlqYQ4&#10;R0hvIVH1+gut/wCns7ZUWbQfhPSdXkKcOlIm26GmlpXirJIaZ2QyQPUnxFiODZjZrf4+01j46/Ly&#10;xzxrLQimqBHXeWAuXErftm682/1x7buZdEbRAZ8qdXRCxqcDpUVM1Jjl0yskvmidqVDIqkiFP3FQ&#10;sbfkH6+xiqRS0NGtGa+OoiakWPwshjCzPyz6m/w/p7L7EXETC5AIrx+Y9MY/1DpyUrla1p0ByyVO&#10;fyktUcHNQT0uSLwZBKmGZpqWEWjARfpdvqrHkfn2wjceDx+KnxUDvTyBx+8qhmZidXqc8kfW3tVH&#10;blbozsKk5+z7P5dNtJrULwA6fKnaW5cvnsfm6yWCoooonV8e7NHHYjTG4h/TrX/VA/n2glykDVVb&#10;FFDEJoYjUVLyehamA/tlkJ+rD62HtTKsjSLqyTw6or4NcAeXQnLQtHT06vLMI2McUMa+o08n6lBK&#10;j9PBBufbVR1tRUTpBi5ZK3HsxkZLCSLVDdpI1W5AYH/WPtqYRq1ODnHXlOruGR04yw06xmpq0ihq&#10;EDJ51azKsh8akyDm35seB7WGJyFLX09djZKR6RIEE8MjgRQwmUkMwDWv/iT/ALx7TNFJZ3AkPdrG&#10;eP5f6v8Aiut6hKhzSnSay9HVQz0OQp6tJXEnhqIwhkmqYwNQRHU8EW/A+h+ntA7khxMctOUVa9qo&#10;HD1hMesSGbhtBH6CQfqfZ5E7C3MhwVzTpMwDsF8j0ocY9bKswqohTIXWamVSdaRtz45T9DYg3t/v&#10;HtWr09kYsVTx47JeGhjWCakgqVEqMsX7mqFrC0i/Q8Wv7IbXcIrqZ0AoWqCR/l/1cOn5IDEoIPDy&#10;6QuQ7X27iq37KuWX7lJBBOsHjklpmkkKQtLGSD43IuGB/px7FWGiO5cJjcVm6FKOrpVjpKesjjjL&#10;yrFaOORlQcFuCSfr+fbdiTtUsyMdcbZ88V/wj0/y9OTFpKMOPp0FO4Mm20txZbeG0so+UpqmGWsy&#10;2CnrXjpS4j8szU8szWVlCmyKODcC1/YkbT2/XYb7pasQtEEjigZGAadFXl5EtZSPoB/vPtNfWcM8&#10;yvbn51PqT+X5n1/ntWrHpfif5dE47m+S+z9y4vE0uJbKiunq5Zc7C1OQmIgQ2aCKpJIl1GzKYyQV&#10;uCAePa4ENIkABF5GHqjudAAHJP8AX23aw7g0pWfCjzx/qHVSkajtz0TnfO/cV91TVe1q6oqJYWWp&#10;iq3E9PJDIy3eOJZCSAG5/p7x+QiMRxBYo14VEUKo/wBgv1/r7NIdutLdi2jJyT5/6vz/AJ9ad2YZ&#10;PDoMMxvTd+6ayOqzOYrsgbLHepmaT9sE3Uk/gC3H+9j30ZodPqcX03A+pbjj3Ws8b6VU0rSvp/qz&#10;1SoIJJoR08JtOXJwGrjKLIkQcxswD6fre5/2F+f9t7ZP4vT/AO1f8CfB9P7f+3+nsRfu+X/jGr8v&#10;8/ST6qL+dPy9enn/AETbi/6ZP+LN/Gf84P8AgL/q/wDX/wAff//XQLOef8Tb/W/1/eEhUtnyHXdd&#10;qnrdWQKB9bfT6f7f3g8Ttz+b888/7Yj8e9UzSn+qnWjXh1mEiL/gCPr+P6Hkf8T74inJJuP98PoD&#10;72RTh5deqfPrl9wOOQP6f1It/T30tL6gbWP9D+Qfrx7d0krXrxNRXri1SBcX/wALjjn6j3KFKGAN&#10;rfm/+PFr+6rQMQc9eUAjqM1UQLAn6/nng3v9P9495vtbC4W5uPpxb3rTU0HW9IpnrAavkXI/P1vy&#10;f8PeRKXT+Pp+fp+fr7d7Rgf6qdaweHWF6u4PNrj6cWv/AK/+PuakKkcr/sTwbEcE+6CrMGP+r/B1&#10;7yz1ClnK8KxPNxp+h5+lxf8A2x981gAFlAP/ABs8+3AQSCeqgITjrC9S3OpiOf8AbW4At7yinv8A&#10;2T9f8P8AYfT3cFDj0/1f6v8AJ1c/Z1FarK86hyB9BYjmxPP/ACL3mWnH0IF+DY/W1/fqgDUPLy/1&#10;f7PVSwr1gaqZgBc2Nxqv+foD75/b3vwAP9a/H4v70pqc9UJqD1wNUF0jUWIPNyPqR9P6++Lwkfi9&#10;rEG31H5v7sDq7R5dV4465LOpAN7auCL8X+gtb/fD3khp3ax08X/r+Pd9I8+rgKPt9OotVXxpeznV&#10;9fp/j/h/j7cEpFuDazA8cA/j+nu60Qd3DqvAU6Yp8pIbhSCp4+pGm5HF/wAfX3KSFbcjkfn6cj6j&#10;n/H3pnoft633cV6bXqmJJDfn8C/Gr+v+t76eMH+mkD/W+n+t78WCih6tUEZGeskE73vpLPqIW1yQ&#10;G/339B7xMqHgEcW/xt+f+Re2jKFwRx6uKitepaeYEvzexNx9SBxe5+lvp7wyaRfkf71x/rH3RuPD&#10;rwFep9PraxN/6H8k882/2HuMXjAFz/rD/E+6hqZHWkNT9nTgIZizfWx5va1iv++/r74NULY3IIHA&#10;45+vHurOpag/1f6v5dX/AKPp1miopFswuGNxe9gfTz+P999PeIzIbfQD8C/+9j3pqjJP+r/i+q1p&#10;jrOtO4uAjEkctxYc/j/Ye8TVQXSAeL/69wP6393VkAqc9bpnrKtC76uP8B9fTf8App942yKL+bD6&#10;fX6/4D3pnJrp/Ly4f6q9a4GpHWVMOW5K3P8ArDi4v7x/xMEfqsOb2txf3RVKGrZ63506znEAk2T6&#10;EWJB/H5P9fcKbI3BXVb+pvxx+PeiX4jr1aDpwgxSKblb/wCAH0/2P+x9wnyBtyST/Tj+vFz7vqYi&#10;nD59ayepi41AxIXi9+fp/j9P6+47Vkh51cf4c/jn6/717qNIFSP9WOtfZ1LFIgsLC/JPH+PuO1XI&#10;RYk2+guf9vx+fbnYTq9OqjrKtOi/gX/PHHvAaiQfU8ccfj+vupC17er0HWURKb8c8/7H3japJN7/&#10;AJP5/wCK+7A6s/LrVMY67EQAtp4BH1t/rD3xNQTcHm5tx9Bf34grn/V/q/n1onrmI7/gD8/T/ePf&#10;HyX5/H1/3j6+7HIA4dewOvabH6f7Yf0/p74XJ4BPJJvfg/7D3thQCp6tSnXYsL3F/wDD/iT7xcg3&#10;uP6n/YH34kAV8uvHrnwwtYj6f719ffB3BIuLHjn/AH3HulNRqOtcOuQFuP8AbD3wJBte/wDib8D/&#10;AFvd8cfTrVeuX/E/8V9+a1vqB/ifr/sPel4kjrXXXuK45+vNuOOP9a/u1SevdZF/p+b8/wCt9b2+&#10;nviv1H0N/wDW/r7355691435/Frn8/7x7llRcf1N/wDYn+vupIA691w555PH1/3q3vto73vz/vNg&#10;ffgacOtjh16/++/1uPfERBT9L/T/AGB+lvfjWvXuHXtX+1c/7yf9j/tveRR+Rz9Lf0A/Fvdj17ri&#10;bfn/AB/3rn3JRja3N/wfrf8A33+HulAMr14dY2+tz9P6f0HvOCf9j/Uf7x7qGAGMdbzWo64e+Gvm&#10;xH++t+Pbgpx61w69/vvr/wAR74SOALDn/Ej6/wDFPftIB4U/1enWzXgeuSi5/p/xHuIwN+Of6WtY&#10;WHv1cUp1rrKPoPr/ALH3IjbkAAf0te3+2HvRX7T17rgw/PH++/H+v7y+M6eGF/yCf+Ke6nuFR1sG&#10;mOuGoA2IJB4/43z7yLHJcAC9/rz9fdAQfs639nXTMouTweD/AK39be5SwsSQV+p5/wBiPr7tSgx5&#10;deHy8usDSr+D/vr/AEI98jTD8XsTc2F/9YX9+SjCvXsHrj57cWH9Ab/X340yr9f9if68X5Pu2K9e&#10;48OuhOSP+RAj+lvfawrf8W+g/wB697AoD69apxPXRlY2t+P95sePeYxFALjg/X8/n340FdPl/q/1&#10;U63QcesQk1k8m4v/AK/9PeVRcAKAf6kC35/w9sBTqz14VHHrpjbkn/Wv+ePblTUpkI+p+liSfr/s&#10;Px7c4ig63WhqOmesrRCrEkcXJtpsBb+v9f8AH2qqLFFtItzb03/Pv0aeZNOq6+6nQf5rc8dMjWKk&#10;fVgGA/H4P1/x9qzHYzSbMFJB/pY2H9fap0TQD/q/1HrzMAOgW3PvYrrMcroHBW+r06iL3DW/HtUw&#10;UYX6IP8AG/Fv8PdUdFUAmlPL/V/xXTQDnj5dAFn91VE8kgFS1zqOsNqJ4uSwX/if8PbpFGqm3C8D&#10;62+l/bLHUP2+XVlFcN0G2TyFTMHb92YWsPU1iCNOpf8AEcD6+85mijA5B/wuB/j9D70YZJDgfn/L&#10;/N1qRlQetOmGHHVVWx8asrPIA3DMCP1XuQBcc25+v149ts9crmwFha1hze5H4/w9r4bUqO4/7GPX&#10;5/l0zJMtOOelfjtpuiB2uzK1pPSota4YgL/r/j6e4Mkhf8kA888/j+nswiAjGkCp/wBXmP8AD58O&#10;i8z1xT/V/q9OlLTY1IGVuPR6Rz+AOSur8i/At76RSebHj8gW/wBb3YnNPXNOm2Zqiv8Aq/1enXdZ&#10;JDFE5DpGeVPN+f8AVDTz/r2+vtwhjbi1zfg/71f35kSSqtQUyP8AD/q+fTyMSKnoKtwZyOlLDyIo&#10;CgBS1rKlwAAf6/4+3iKnBtx+OPqOf6j2lACklvLpbGq/EOgR3FuySxEctixAsfWQtv0t/j+fbtFT&#10;GwNrC3P1+n9Lj/YH2hlulDU8x/q/z9KEUny6B+vzcszPqZnseD+L/Qm1+P6H3LEaILBef95/3n2k&#10;Mskhqx6dKUwOk5NVzTMdTNYsLA6bcix4HP8At/eUWH0H++A9skE+fVgQuOofkFxfg8XDEG1+RqP+&#10;PvGeGuRYfS9x+DY/T26DVaDJ62cjt66PrU6fVfkcWA/tC34JB+v+x99ElvTxYaSx5H4va3+397Cq&#10;mfXh1okkV64k2XW19QMhUWB5JNjqBsCeP8D+ffrRlr2YFRc/0sD/AL4+9/qaaGlCevVIA646pUVR&#10;qUo5sBb1aiLjSfoRzb3zNz/ZIINgbi/tsUXga161qHHrgGUXYODbnhSAOCACRax/x98iQFJJ4/3j&#10;+nPuoUlqKOvDIz10oMnp9R5t6rM5uNRYX/H1/PH0/PvDccGw9Vx9WtqHP+839v6W4Hy+zh14gj8u&#10;shVhcXa6aSQUjuEawsLfW1he/vnoLAE/7a5+v1uP8bf19tmQKSB14D064j0lgtgAbA2QekrcKwIs&#10;VJ+hFuOPfEqLhQTYj+vGoc3Pu4Y01HrVa93+qnXtZALsFLKeToPEZ4Kqb/UCxB4/p7yAAEW/pybn&#10;+v09tFu3PWhnrGCWABP1cHjSQVIsTf6WAt9PfE6QVAHPItb63F/x7sNRBLcOt16531KSGa3pZiSO&#10;LEKV5H1NuLck29+sRcgk/QHn/Wubn/D+nv2oUoetgV4jr1r6dSWOq9yDcm5IA0njn+vvvhuPrySP&#10;9vxz/vXvROkahgdezx8+uWljc/2ydPLHS1lswA/H9Tcce/EKCRxqIv8A7c2sffgzMAfLrwz1zVG9&#10;AP0IA5/rYkst/wCnFvpx7wstjcWP9AP+Jv8A6/t5WBGcdaYsM9SVtp9Wv6E3sb/1JH+uR76tyL/T&#10;+v8AsPz72Wrw4jr2s065adVxxwLWHHIX9QP+83PvIF/F7D/A839tFs1PVQamtOuJU/SxJIP1HH55&#10;v+foffrEc82v9AB9B9L+/VU/s6sST8uu/Hxa3PIub25NrAj3zvcD/ev6m30v7a+EmvV1fFesiwP+&#10;FY/UE2Jsf1C1/rce+rj6mwsOePp72CeC56qW1cesn2rkG6kDi39Dzb6e+DSAAkEW/wBf/eefbiox&#10;NKdU1gY6yrQObDxt+CCQfrzxx+PfRlH+w/qT+r/b+7eERnz/AMH+rh17WKZPUmPFyEDhrn6ixYj8&#10;8298PuEBtf8A2P8AUn+pHu4t5WGoDrWsEdSFw1QbHSzD6cg8D/WP+9e/Gcfi30vf6/7b3TwSe44/&#10;1f6v2dUMlBjqXFhJGsDGxv8A1Ww5FiR+OP8AePcV5z9VPA/p+D/Tj2qijTg3H/VnqokB49O8O2J2&#10;KgxXueSQfz9SR9f9fn/Y+8Zq78X4P9WJv/Xn3cWyBdXmPl/k/P1z17Wa16d02jUgreJm4swtf/XZ&#10;bH/b+8ZrAvBIN/pf/eL/APG/bngK+VqP9X+rh9tOq+IOJ6lxbLqpdRWK+kKfoCBf+p/1/wA394JM&#10;iBe7WP4N/r/rE+7papxUV/1ef+x1TxVqa9P1D15VSst4TdvooHHA1ahcfn/X/wBv7hvkb3INubcm&#10;/wDvHtT9NooB59NCcoTQcelpQdbNqCSQari/0sTxcFv8f6D3EfJ8HkDm31+vN/by2w9f9jH+r/Vn&#10;qr3DeXSrpOsmYoBTyXCgk2Av+Lc24uB+P979xJsp+A3+2IAP590EAU1by/P/AFf6j1QztSg8ulzh&#10;+qta63piWNuGBLW5B9PP9OPp7bZMqP8AVAWBJFxc8WP19uNopX16bLkDHHoSsV1SsdiKc+plCkrc&#10;J/iAPr/gb+22TMoDfXb6g2I4/obe9BaHUM/b14l2NRjoQKLrD9kwtTKeSwGl7EEm4uT/AK/Fh/tv&#10;eBs3Hfh/z9Aef6X9vIx49bXB1N1NHVSlCrU4to5d0vZrXF/z/h74tm1POvn68G/+v/re3VA+Hqxa&#10;owOucPVkakFoQQbrbSB9fzrtz/Ue4v8AGib2bg/6/Ptp1YPUjh+zps5yePSli65pUiRDCoK/X0gk&#10;Fj+fpz/W594HyzOpOok8Ac8fT6j341FPQ/n1ZacD06U2xKOBgohVQBc2W30P0tzb68D3EbKuQTr4&#10;/PN7f0t/h71SmT144Jx/q+fT5HtClQhRTgm310j6n6nj8n8W9xpK8sNWvk/Wx4te3Pv2rNOrLqrp&#10;6daXbscdkEHCmykqL882BH9P+Kj3BavJGgtzf8fS5/LAe6Fge706doOJ6fY8EiHWqgAi/P1+lrL/&#10;AK30HuHUVouRcA8G5+nP1596DIAa569QUr08UmJa6MoPOocWBA/HHuBNXWUcj62v9ePrb3RXBJ05&#10;6a01OOnmDFWYkrp/wsfqOLkn/D/H3AkrLrqDXH04/wB69uiXR14qeBPTlFj7NpKWP5PP++/r/wAT&#10;7jGq1kANfjnm3+vf3QvksOrCPqaKPxjlbC/14/1ja3ufFOxSxIH+v9Of6/T3QS0YN1vTUcOm2akU&#10;MxVSfzwova//ABPvqSU24F1PH9eP9Ye7GYOTQ9WEQOOuoaXTpDXDLc8jm/1/P59t04kJB5Fzc+2T&#10;OiksOnVhFcdPNMqWsbHTwBx9fr/re4E0jJwPUf8AYXt/X2yZ6ggcOrC3pjh04RQq1mPH1H9OSObe&#10;4LuNV2I/x+t7fk39tGZj9nVxEB1MVLDi/wDxF/8AW9+SUBhytuPzew/H+x90aRmHTgQAevXinB9N&#10;r/4f7374SzkuWBtb/bcDkm3/ABX20aDqxHXNIwFAseR/vh7wNNqIsebc82sR+fdNRHXgKdZQgA5H&#10;1uQSPx+Le+UElnNmuSb/ANef6D3XXUdWAJHXUi8fT+n+ta39fc5qtj6GNrfT8cfg2/HvRNKU691H&#10;WFR6lX+v+P0/1/cZZpQf1WA5X/fD3phVq8etHrMUWxsLn6G39f8AWJ9yoppGJBewH5JJtcfX3pqV&#10;x1senWFkUAHQCT+NI/r7zgWIvqY/X/A/0I97BqDTrZxgdcSbcDSv4NrG3+Fv+Ke8XqNzxfn+lxb8&#10;f7378a0oePWgBx658Af4cfQX/wBY8e47MSDY8/gf1591OOvdc1+ouOL8m1/bM4FzqNhq+t7Ee76q&#10;CvHrR416mA/6305sOCf6398kmVI9I9R5IJJ5/r70zAnA/LqvXEqSbk/05/x/oPcZtUtipJP9pb/4&#10;j8j3brf2dc/p/rD6f7b3jli1Fefp9VB+vH1HvwJ6rUk5679yYKcxkE/69voLfi/upWtc9XGOuDML&#10;WH195Xdluyrxb6mwvxax9+Ap1upp14C/B/H4/P8AU+4N2lY6iAb/AI/3q/8AxPvZ4d3VOuf04Hty&#10;jH7X1H0sP6n8X591YgnpxcdYm4b+v554H09uVIyRLpY3P+t9Cf6nn6+9gUyfPrRJ6jTBnNx9OPof&#10;qLfj3LjIMoY25Nrn6C3vzYFR5dbVs9YWFkIF72+g/P8AX+vvNWRjSCpU3F7Afg8Dn2yinzH59Wye&#10;uEDk3BBBH+PJsb8e2lopPIosbf1tx/gPfjQHtPWiM46nB10n/ej9R/re5kdPIv0W2rj6ce/KQOJ6&#10;9pPWBpUP1I4/APPuVDTEC9rgkgfg3/qL8e7k1Nf9VOt09Oo8k4HANiLHm1v9j7y/bDVpaM2PJNv6&#10;8D22ZAM9b09cRPdSwYHm3B44+tx74z0carx6W/H+H+w9+Ei+XWwAOvRTyObNyp/3k/7x7a6lGQAM&#10;BcD/AGPtxWqK9VYVHU2MqTcH6nj+nttMujSDbn62AsCfdgwLU6pWnUjRe/1H9PryP9h7yK8YZLty&#10;R+D+L/192+IZHXhnriQ1jYfT+o598JWTWSguw+h/HHvZC4Hr1o/LrtQ2nn/C/wBATf8AF/eVJ3Vf&#10;U4UH+hvc+9dvXq+XXEoCbWuR/vAH095yS621gEg/U8fTi/unV+Jr1x4U/pJHH+v+b8++4yYkYP6v&#10;yR9P8fx+PfgT+HrXDriwDMLW/P8Aj9PeKdTIQ0X7bEWsOfqPyfbqU4Hqvy65IbXDG4B+puP9f3mx&#10;dHIzESMGPH0twT/W3vzE1p5deAPWCrqEjj1Cwt+f6+1tjsEZpFKpeQc/Tjk/j/intstTj/q8+rBS&#10;ekZmNywUMDtJIFhNk1X5uePoP6exWwe3iXiDxDUBcC1wot+fxx70ZNK+g4fb1tIyD8uis9mdq0uM&#10;oa2WKvVY9JAk8gAuWIug+pP+A9iOlLT4+mLOqpZeB+b244/4r/r+2NDzSVB+37P9X5+XTgTTwOei&#10;K1e+83vbcMOLxhq61JZlWSfSRFEjHRqV1Pqtz/xv2iq/cscRkXyC4LCyt/vdv959qJI0Q0X/AFce&#10;m6knu6Nrs7piSWKmnqYWkJVHeSVA315bSp/xHtAZXdbSo8SOFPIb1E8XubH3UM69vp/sdbr8+jK7&#10;Z6txuLmjq/tlJCr4/wBtVCkfTgD2HdXlJZXb1nTYg/ki/u2okV49NadR+fQz0mLgp0ULGFbi1uAb&#10;ce0nNUlna7XuTcOQFtfggD3smp9OrfLp+RNK/j6CxH1/3n3gdwrJobXqAH+I/wB9/h78QDkdeoes&#10;g+nIt/vVrW9uKLIn9m1+eLH682PtogE9WJI6wMVP5/PF/qbcX59udOrrHwygE88e6OVJ7erDJr1G&#10;kKluVufx/rj3hnijJsbH+rHkn+tvdkGnuPWmNMHrmjNawv8Anj8c/wBfbJMsYdgoXT+b2F/xx7vW&#10;vDqmKY6mLewLfU/8Tz7wmWxQhv024B/VySOB7sKAda49dlQb/wCP0/w9u0LalBKXv+SCOPx7oXAq&#10;Or8c9R3U34b6f0/1/p7chNLCobjRb+t/r9TY+9qobI68x8+orRpIbH68c8i39OfeGfItH6ieOB/r&#10;f4e60rx60Ca9c46ZLWAH9eQD/tiPcWSuEr35C8G9z9bcj3cenWiTXrKsGhbfnkDj/bE295oarSRy&#10;Y1Nxb+v0/Pukg1DrYOOuLRX/ABqsf6f04+nuRJIoFwL3tY3v/sf9j7bQ0x1fj1xCsf8AeT9CPefy&#10;BIw6roKgDUSCSRxx/wAU97Fa44daGMHrCY9TWLFgSTotwBz9f+K+8PndyApKn8kiw5/Pvbdo61Sv&#10;WTxIt7qCPqeQSLfQe+U1MZITIpuyG7G9r/4Ae7I2uoPVmUKuePXAS6JAh41Cy8Hj/be2ktFqBdhq&#10;U8AWvz/vJ93cY09Ngjz6mDXzpHB/rfn3MmqU8YVbKbAAm4P9brf3WNKLQeXVnIpjrCkbayxuRf6f&#10;g/i3tkkyEkbaI9RH9o8+m35593MZUV6Z1Emg6leNTywBP++NveJ5qiVCwRr8kXN1I+twPesNT5dX&#10;oTnrkAq8D+v/ACID3ChrJ4W9WoHXYfULb62PvTLqwetAkHrsgHgi49qBawzxeoW45+pvYfi3toU1&#10;U6d4jrD4tJuPp/jbj3HY6kA0kgXH+Iv9CfeyDqp1WuM9ZFFj+ObfT6f194ZGkUKFBsLAcWUW/wBh&#10;7dA8+tV8+uwFuTwTz/j7cKfUCrBLEck/i/8AUH/evbcmR8+rA56xORyCePoPyfpz7eVrY4z+4oe4&#10;tzwfp+D9fdEU0qTTrZYDHUF6dnFkJW3+sQf9e/HvIWhmS6nTq+lxzYm3A/4n28D6dbwR1iCyxsFP&#10;qt+Bccjjn/efaar4DFJeBtRvyD9Sfrx709ad3TdPTp0gdnW7C30t9fp/sfbjjBIRoeNQWbm/quCb&#10;X49pWJ1V6cWtKdYqi1tWo8A/Tj6c/X26T4+E+qZHt9UCXHJP+pHvZkkwR16gr1CjqTyI2W44Jbn/&#10;AGOr294bE0COZSr/AE51P9OLXt+PdZJGPlTq400wOmPMZGtWMxRaCSePQeR+QWJ/3r+nHufVY1Gk&#10;8kQFj/VQW/x/31/dllRhR+taSTXqBSZORYwkpta/0Y6RbkX/AOKD29U8MEUCKYwTaxubsSR9P98P&#10;aUFwxp1bURVeHTJWT1E9S7iVgl7jSLJpH5uLcf1595YqmkpmcyMPobqoGn/WJH+8+7qrua0oPn1U&#10;NRscOo1XR11ZFGkIGo8h2YhwP8Af99/h7YayaOSRpUVT9dLkElQTc2Pta9ClK/6uHVGNTXp/xdNL&#10;TxpFKzHjSy8AE/4j/efeahqHVGeRwy8adQul7/19oSlWxw/1f6vn04KKtesmSpo3dI0TTIbg6bCS&#10;xFuePr/rfT3wq6mFtTHx3NuFFuR+Rf8A4p7dC8BXh14hafPruipZ47KvksONTkkgfkEj6n8e0rVV&#10;brISnqQfUqDz/rD29ginn1TI+zpUU9OugBuDYcE/T/A+07JX1CSOxctq+isCtr/j+vtxQCKjFOqt&#10;XienQQRFQNIFv6WP+v7UVFXhqQOZhqXTqTji/FgT+faapLEU6tXFemyopAZgBH6Wv6hqv/Xm3t5i&#10;yi6UYDXGNI/1jfgk/wCw/HvzKBitD1bWTjpokxWpnBsrtqIP5tbkfj/efc6fNK0fjc6Ygv0YAc/4&#10;Ac/197jjZTq634gA0npshwKpMZkAM+q2pbsQLfkn/Ye045WsOmILKmokqRewJ+t/b0koHVVBYVGe&#10;lJEn2yhpjoe31BFiRzaw9seTxLiQeCMo2m5FyI9VvqCfz7dVkMYqcn9vVGBJr1PpaxXU63BAJAbi&#10;9gfqQPb7tas+zbwzWQg2KkhibCxHq/r7LJ0cSawenImoCD03Z+iWupSFUswsQ3I025uLf7z7cMss&#10;UrGWKQLqNilvo3+uPa5ZWeOhGRmvWiB034kS0y+GVGbSAFcm5K2t+ef8PeGBBLB4WZQB9bW1EWvc&#10;f8b9pKkNn/V/sdWRR59T5m8cwlVXuRbm+kE/W9/9v7Z40WnrNInDIp+hIHH5Gm3u0qkLw68pUNnp&#10;xDmaDUY9LMv+ve30IP8Ar+3OqpYqmeKaNWGhVIB4RmH0uPetbeFp68wGGXz6gU80kEckcjAks3qv&#10;dwvtQiimekJjbUpW4UXUBhyQb/09t2p/UIYdXdGKV8+mCpr6eKrRZLqwYC5sWYFuLAe0QyVMFSS6&#10;BEDi+q9jz/Qge10+VwPzp0zQpQnpWxvBNCNLhyV4KsD+P68+xMoMzjYaeKN6dWcIAXVrgt/U2/3j&#10;2jhjk1l61/1f6q9OM4Y1UdBdndvZesqZJKeuaCMuSIjHc6fpZWP0/H9fbZlnhnkE0ZRl4IVbKwJ5&#10;FwPZoCDGFPGnn0nYMG1L1O29BVUcRpp1kWRWILszPGwubst/bBVSQzRFaomIkWVrix0/jjj2n0Mm&#10;RkdOFtRGrpW06SxyA02l1vd1/Ta5/wAfbfH9vD4hIBNHq/WxBsp+hAPtM4ehZcfLq40K2o8OnNvJ&#10;Jr03je3Ci/J+vJ9rRMlipYkjpoY2eJAGDAck8/T8n/H2jjinD6pD54/1f5OnWZWXHSQlx2Sjkkkl&#10;qZRHKwI0H9IHBP8AvP8AT3CSaEo6hFDPJbRpsVX/AGPt/uD18h1RdNM9THgmujF3YJGbuWLBmI+n&#10;HvIuJgnikihiKSOLkXvr/BIPvYuWSWp4HrxUMuOsEmSmgMc00itFG36tDLoAF+R7SFTgkM6wmr+2&#10;dSwaNbMpH51n2qeWgJYdNaUJo3Slp8mZKcTxQvNGyhg36Wa44Kg+5VLi8nj3UUciVEKtqdlurfX6&#10;hT9f6fT2wfDcVGD1YRt+Hh1hlyOPqU01amFyLKsoH+9j/b+1PBFLWuBPTSawbcFQLf19X0/r9PbZ&#10;cxrpJFOvAMWp0nqianoUL09TGENyRZm025sugEn/AGB98azbzRrrV9MpOpYxMr/7AhePb0WiQVPD&#10;rzqRwz1got2RzS+LQ7RoNLy/bSRi4tcjWOf9t7i0VUaYywVamIXIDW/qLE6z7pLHQ1TIx05GQo0t&#10;06VlOtYsM9KyyMBqsTYm3IJUf7cce3ChoKKprEWOdPCTrdnUggnk2Y/X/Ye00sjBKeZ8urKiA6uo&#10;NfkK+koZZJaWVp1QqiQupD24A034vz9R7UktNRUjXWOKS/AkZhpYW+oI5v7qA5FT+zquoA44dI2n&#10;yGQyK6TJUQaGuY44z5ozq5DI/BBt9L+8WTkkFKng0EhfS0fqKg/Uf7b2us40ZSGPd6H/ACdNyO9a&#10;rw6w4yNBlJjUCZELLdZboJG5XUf+I9o+SuaWnnpI2VZDcvK6EEH+gPt1I/Bnq2fTrROtKefQgrQK&#10;s1NWOG0JwsUb3Uj8Flv/ALyPaUx22Z8pkWDskh+oLxOCOeCgX3q8uxGKE4PVIoamvSgrstT42i+4&#10;cFVRb6QycADm5Y+1FWberKGZYj5JEXSQYyECC9rMGP09p9SFAyZqOnNGRXpnxu5aDJwGZGSP1Mul&#10;7trtyCjKPaoiqQaL7RUjMqRkKy2/XawBDfn2xafpSh3OCeryHVgdJyvofJXJWa5RF5F1o17GPVc8&#10;qBYc+0aJJZGahqRJJUszNHdDpU/WzaRe3+v7NHlMUmsHtPTILMpSnDpWiGBI1rKYxxwqgDhWGp1+&#10;hsSbce5MP3uOilFZEniBL/qA0/04968JZTqjPVUJizJ1GkkosjJD9pM/kA03CsQ35I/wP9fcOqyV&#10;PU0zzwQh5EQ30kre39SOPbMCgS6HND04z6l4dT4KGenkVHmYxMwtqAa3541c/wCHuDQ1lJU0E8rB&#10;lqQLFNZKpzYlT9fdix8fSRgdbqujhx6kzwVKVEIjK/b3u50jWzfi/wCP9j7TU8MspaSCq0BWvJG0&#10;bPdfqfoePz7fQLICvA9M8cr06BtGkFfqLAgi3+t7nUdXDULGxdGhRtMrANqNuOVvcD2llDLVDxB6&#10;uGHE9Y3QgMUB1sDpFxYH88n8+8M87QZClkx9VHTxeUnQwkYN/irm/wDvI9uzRK8ALD0z03UiTGOu&#10;kRnhZKhPISpDAhLsCPpxYX9qabKNUTQGaMzVBcfuKPSQOB+B+fbP04MPHHp06GGqvn02QUKUqyrT&#10;sIYdN9HJKte5Ivf36nyrjJoWkqB9sysUiOleDwj/AF/2/vd1ap4AXGetxSEv69eko1NHIqpD++jD&#10;XINVri1x+fa7qcU26YQ1G7JVU6iaZpLK37YuQv5PH4/23tPFexxgWUw+LC9OtGGPiA4H7eg5bKJs&#10;d5avIqP4XPKsEX2yM+l5XCq0iqLKCTyfoPz7T/8AfJ8Zl4qCZEiRDGhfSxLlTYk6jcf6/t692/6e&#10;3px6biuNUmelAu2KPMUJrRLK8lUsksQ8iqiCUGwXxixAvex9ryLclNVZNI4F8M7ICHIYo1xYnV7J&#10;pQzWw1/6qdKFKyOVOOkQux58XjKkT1ElZSB2YxHT5FW+rRpUC4H9nm/tzyEM9ABXxtGFBLzSa7EA&#10;/VbfUn2rtVN/H4RPcvAH/V/q4dMOgifuyOkvj6/H1NQcPJDUt5QYKaHwDSSvp1M30Ufg3/2HsMcx&#10;tzFdg1Zb7VvPTFJZK6MXXRCQdMmizLf8H2cvupt4lsp+48B69JzAJH8XyHQj4+Wbr3EA1VTA2OaQ&#10;imx8snilimncuEpZH4e5+qXH+Ht0pMiMPJT0LsJKSBvDGznVYj0ryB9fZa8JjPiJhq1I/wBX8ung&#10;9aK3n/LqZW4lNx0dRWBGgqqumBLKCrBSNdrH8f1v/j7DbdldXYLcVLUUsUoqJp9US6ZLyK/q1B1F&#10;vyObezOdory0EnkR/sdMLqhk0r0q8AkFVhI6WUxTxohppk4ZAYxodGW5sRbkE+3uHeRqaSdZoZaT&#10;JxFoz5GUeTVyXBU8+0UNoNdJPh8v83Tpm1DGCOsP93kjqUaJlahJBMGm+gr9Av8Agf8AfD20Vm7t&#10;w0GBrMrTRSVVHSP46gDU6XPDFtN7WBv7etbSJ7lgnxLnHW3lcRajw6z1OHwU1XDBURw/dyI0sCFg&#10;krrDbUYx9Tp/Nvp7x7Nr4aykrNwwEVM8ySRVFLIheGnWRbgqWHDD2kl8S5vljkxpNePGnV00rAXH&#10;n1JykSyRwUReSCN3jMcsUuiTXE1xHb6kEfX2nxvLI4nJxQlJhTNUAO09wEU+oMEP9kDgEf7f2qvr&#10;RWQyKKHpKs5R9Def+DqdLRUtRHpkjRrrp1AC/wBLGx9jA9Qf4lj3gjikhr6WOohqoiI9UZHKzgkX&#10;I+lz/sD7QKK2XisakEg+o+fS0V8QjgOkbHEhpMnDI00Zoql4ZaeX91A1g0b07WPDAggD/Yj2pVh/&#10;yPIqsUMldIFamEMmouI/V+40f+p/F/dbOZGvFSY9pFM4z/qpj/B1SQuqVjyekfkWlSow06Tz02Kp&#10;ZnGTeen0hRKPGohE4HpYnkr/AF49w9q4476x+Umysk1Dk8TOUjhh0p5oAuklgeG5HH9ffp72S13J&#10;bDT+m/AnyP29VC/o+I3H06gb+3J/osixFbicbHkMPlJmhrpZZJJTRuxVoZ41juwVlLXIU2+pAHsL&#10;930lDhEraspWEU91nhYhbog5lTTe1vqPYq+mJOlhkDHSTxQowOPQn7XzM+ZoaWqZ6R4qiATxSUxZ&#10;rBjcJ6rfj629+wFBQbtxVNLBPJBIkcgQvPaWWNlupKW9Vj+q5+n9fZMl2tvOYZB54PT7IrprHUvL&#10;5KfDsakwtUU0niLhIm/aYNoYu4Jtcfp4+v1I9qHZb0+0HqKKanhq5amZnacKFuQtvCqA+liP6/X2&#10;i3awnlmWcNpHEdOwyJ4RQdNeepDuTHgQVM9LGIz6RYC7niZyOGC2/B4/qPfsrW4/N5ho8ZSy0NXT&#10;KIaylEjU8K00h817TDSWF78ezaSIR2StIKt5EdJ4zrkPkOoW2qDK7fxrpmMx/G4JX81NWywLLUeZ&#10;x4wh+2AutgADa/1ufbtXdWPVY6PO01VVyw1CMZaOjjDsJgdMdRFMt+V/PHHstttzjug8BoGTGfTp&#10;1rdUetePSWm7ixmJ3cNm5iOlxs0qRvQ5Kvro6WnnLC70jRTAESf6izG/+v8AUZdobczEe1KGkyFV&#10;9uYykmOqXLS1iwsR5Enik4LG3BP1v7DVszjcJWt1/TYEE+hB4j5fZ07cukekOcjy6Ll3l3D17gN3&#10;OaaKbcGWpIvBnMDBGsdDWB6UyUUxySiwZdSsfUeOQLj2JMdJTxSnx04UAL+5YergWYn/AHv2b29u&#10;REC76mPSfW0hBpQdVsb27Y3Hmows+QENKwqIhj4ZH0Uil+Fb1eshfTqI/wBh7mmQAG31v9T/AI+1&#10;kdr3CvD/AFfz6uzU4dAPkMwZAVjN3csWYBhcsbXJP1H9b+2utqZIwWUfT+v9f9f2e2VrE66Sfs6Q&#10;3c7xpVB1O2lhoMvkUirXtG1y5HFl/wBpBIBv/T2m8juzH4yECunWBmbTqvYAH8kn3t7Joj47Cqjh&#10;X8+qxz+Knb8XRoNkfGfc2+azzbYRZcdDH5ZHn4Ej/RooVUHn/g3sN8h2thaXImg+7TW8chj8jrEo&#10;kCao29f1DfQW96uBHFEkyjjSvn/q/n/Pq0auQ2s58h0czanw2nfDQS5mWKGsWaATCE65Z6ItomgW&#10;2nSyj68c/wCv7Dv/AE1T/wDOuX/i7fY/p/t/8dvr9P8Aavp7U+Kf4vL1/D/q8umfBX0+X5+vQ6f7&#10;KZsD/lYyn/AD7T/Pn9H/ABw+n+b/ANp9/wD/0Ed4FH1H9Lf1Fv8AkfvClmNQg4+fXdcGh63RBO2k&#10;kEm1+PxyPoR/T3zWJf8AA3PP/Ee7MK/b14nPWIzOpJ5+lvz9Lc3H+8ce/BLf7fg/U/7f34qvDrVR&#10;17ysTfk2H0/HH199rANV/wDjf+29+JA638z10ahtNufwR9Rz9Ofp/re5kcP+Avx9f9v70VBNQaHr&#10;xpx6gS1Nvzx/sT/hce5S01xcj/H6W496oRJQY63k46hPW8cMb/QgtyP8bD/b/wCHvKKcD/D6/wCs&#10;Bfge7GgOP+L6rQDA6wNVlufqBpueb6rHm/8AsffLwW4IP0sfoTx9R7sVquvH+rh1oKa0OR1iNZyL&#10;XFmBH1F/9c++1i9S6bED/iRf3tVIUh+OOr0CDrhLVJZiTYEH68gf7f8A2/uWsSqLm7X/ADfgG1rj&#10;3RdQFSadVqWHb03y1TSuFTgBb20/X/C4+v8AsPeJytzbg/0tf3dTilajrXwjPUiJJDbUOOQSbj8f&#10;0H+v/t/fOOPULngW/wBj/vv9h78zClRmn+r/AFf7PTZIPWGaYxtp+rf7xxz9R/xX3JSFBe/+v/rD&#10;26pDU6uPLpqnqpbDSG/pxf1X/JH4/p7zgIvA+gFrD8gfke6h1rjz6boQ2OobeeRbvySVe/IIP05P&#10;+9H34yKgsvF/9a/9Db355UUjV1cpqz13FRTTli2qysBzdb25BIP+v7wCoFjyLfj8/wCtf2wZtTU8&#10;v9X+r/N1cJnpyOMNkOhtRFibEG3F7D+v+PuPJVBQSzDgc/T6/Qe/McE1z1cKoyOp1PjSzKBGQvFh&#10;/QL9eP8AH8+2ySvALFTY34/1/dCxIo3XgAD0oIsSbLdbjgn+zx/Qe4kmQFrBv999R70XLUx1UUBq&#10;Op8OJs17W5A/r9B9SRb22NkGuR9Te9+Df3pixFBjr3Dh07JjYwAxuQAQfrb8e4z1z3NieT/W/wBf&#10;yR78FNKHy62c9Slokt+ni1+R/T8i3vC1XLzz9P6G3va0IqOtAdZhRx/S1v8AG1zc8k8e8L1chvdr&#10;8f7a/wCP+K+7kAZHVq9ZFpkA+lueePr/ALf3EM7tYlja1uf9f+nv3n1quadZxGgvZfqef+R++P3O&#10;kfquPx/jbge/de65eIE8ryOfeF5i9vVfkf14H0Pv1CcU61x6yBAt+B9LcfW/499eY3NjwPp/j/gL&#10;e/AEnr1fXrvRxf8A1v8AYf6/vn5Qf98P9v72FrjrQNTXrgVI/wCI/wAffEtqOn8H68/1+nvwBGa9&#10;a8+u7WF+fxY2/wCK+/O+kFf68fS31+pHvejVnrZp15fr/rc2/rb3hNze34/4pyB78acetjI6yA2s&#10;P+JBsP8AH3jP9f8AYG35/wBv798WG6r12OB+f9j7xs5Qf6/0+tzcfQ+7cRQeXXvPPXIC5/w/Nvx7&#10;8khI+tv9f6f1A596Wprq60PQddMoH+t9bji/+Nx771H+nA+nHH+xv78C3Xuu7D+v4H+8++r6xzzf&#10;6f0A/wBp/wBb3bCmvn1vPXX+t/vPvlb02/439D/Qe/Y49bGT173wsGY/7a4I/wBh7qpAp149d8/7&#10;7839+MN/9qP4/wBh7c6117Vb6/7Em/N/wT75JD+T9f6G3PujE468Aeuiw+l/6cDn3lKG5IBsPz9P&#10;fqCtOtivE9cdY4/x+tubfnn31p4tex4t/sfeqlcny68cDru4P+P/ABUe+Fyfqf6f6/097r3cajrX&#10;z6795k/ULgEAfUf8b92ACjj1sdcH/T/Tn6H6+5IC8XFv97/r7opAGevHj1iNzz9feRF+v1v/AL3+&#10;Le60ByOt8euibW/31h+ffhBySfzYX/wP9D7sr57RgdVrnrovYf7zb/Yf0+vvkYOAtuL82/rb242o&#10;nP5dbzxPXASj6/7EXNvfhCAPoAL8fnj839tsrFetfF1y8gva54/3w98hTXIsAP8AXN/8P99x72va&#10;tGOB1vri0wB5uf8Ae/8Abe80cGk2/wAebC3P0+o9+1ClevUJ6xPKCPp/vP0/N/c1YlU3HJ/AHHP0&#10;91DB8f5OvdRXdrEcgci9wSBfn6e8zR8Eiw/H+vc8+/eeOrDC16wrLyFbknnj/XtyB+f9f3xRWIN/&#10;96tcX9+UqvaP8/XiD1ykZbrY/UHkcW98ilxaw/234v8AT341DV8uvDh1wEhH5P8AxPp4uR/j+feI&#10;xgD+n054v/j7uPn1o/PrIJCTwb/m1rcfge5McRccnUPpz9b/AEHupoTUY6qCCfn1HlnEf9mx5/3j&#10;63sfbjBjbsCAQCR9Bf8A2HvdaD1P+r/D1ah4npnqcwqKVZkuAb6jaw/qPasx+MsQSoBUg8j/AHoe&#10;6IDWtaV/1Z/1cOvY6DncG5kjikUFmFjYo3LWFuP+J9rGmpFTSR9SP8Prbn3sSACgyf8AVT/L+fWt&#10;FSK9AjmcxUzaw/7cX1DAta1/xf8A4gW/2Pt9pobDVp0kf4W96kYsPD1cf9X+x1fSOgdzeSCOwaTy&#10;qWtoaQOpNtIII5vybj3ONkUXkAt/Z5v/AI+/IshalK/PrTPHSox0hDNHVys0NKbt/UiwCn6WP+2H&#10;uLJUgC6kg83+n0H+A9q4bbTxof8AP0zJcCuOnOPHTVLKskarFpAVdJsSOLkkfi4Gn+nHuBLMzEXP&#10;9fzex/x9q0jAUsB/LpFLPjpUY/FxUx0FUsxu1wAAo+hB/rb+o/x9xrFib3v+B9f8f9t7Ur5Bc/y6&#10;RFi4H+r/AFf5enaQwQKXXQFBNy17EXsP9j9OLe5UaM/P0/2H/FPatI9K0B6oylRx8v8AV/g6Q+Uy&#10;0FM7stjb0EBgFCi3IP8Agfx/yP3Pgprk3BA4/BN/dpCyABaV/L/UT08iNivQU5/d6Ismlgx0sQSw&#10;UAXIuDwbji/H+9e3qnpCbWFv9hwAR+faF50hrq4/4T68f9X2dLI4Sfi4dAVuXd4m1qG13sAb6jYD&#10;mx4+p/3se3mGERgEgX/x4J4+nPsnuJzITQ4/2el0cdcU6CWvyMlXIdTHSTcfUjTcm9uPz7l8Aj8f&#10;7A/6/wBR7RHuB6fXtx0z67E2I+pN/px9Lkn+vvg3DEjkgAAfUm55593TuShx17z6wE3Nv7J5JuOL&#10;C1lP+H199kfm/B/A/wBe/wBffgfLrRApq6x2FtZ/K2/JY8cXvcXtweP+K+/MtwdXIBBt/wAR78j0&#10;YBfPr1adevpN1IDkaTz/AKo2BH5uPyPfAFuB9BYf7D+tvbhCfb1qvXjoOosb/qHAsG/I1D/iR/re&#10;/FdRC8gLb1c/7H/D3tX0DV5muOvZ49eVioZ/1aixtZQB/TUfr753/Fzwf8L/ANBYkf7H2351px/1&#10;f7HWvl1j03HGgAhQvB9QBvcpcfi/1+nvrSGFibj6jm9/x9R73qKtVePWxjrkt0LMF0MoH0GlBY8E&#10;cm54AH4947aSbLcAA/6x+ot7uDqFWND1s54nrKRrADMQCQCeAHDcc8/n/D/X98gz3PFxbjjj/YH3&#10;oiMgeR68Plw66KgrYA3BsRcuQG/Fj/t/99b37j6Em45+oH0H4t79mtV61p08euipFyEWzekAISdJ&#10;P15/P+H+395CwIuOP6W+h/AN/bWlg3d15TpFPTrtE0jSBaxvyL3uObj+pF7298GJBP0vx9fd1AI6&#10;oSAeHXfjBOoxkAnj8Bf8Lf74+/avT9SCfqB9ePftPd/g6sH+XXNIiDpANvoLklfr/U/S/wCffi17&#10;WNrEf4E/m1vfgtAa562WAGOsggIBGgfQcAXH1+vP+tc++JPJNx+bXtx/X/fX97AoKU6aMlesyUzs&#10;R6Gvb1cnkD6A/wCt7xvIp+pvb+gHFuOD9fbyRNStKV60H9epsdDJ/qfqfqb8g/4D/X98TOqjkj6f&#10;1/3n3oQMzUWv+ry69r9OnGDDSyciMsTxwpA/wt/xPPvF90BcfS9iLm5/23t/6UnNa9V8QgdOEe3K&#10;mQgeF7A/hdP0B55/3n3watXnn/W+nP8AX/W9++jPnT/Vw+3/ACdeLk8enCDaNYbN4GY/UhQwYX+j&#10;EH/XHPvG1YQL6hz/AEJ4/qPbn00daHiPXz/1f6vnrxOnSk2pUTMkYisrEAlkNgWGm7Wv/wAi9xHr&#10;wv1f/D8f1t+PbwtlrRVz/q/1fPqjyheP+r/V/PpV0fXk9QqaIiBrA5BBIIBH1+n9LfX3EkyK8c/m&#10;5/wI/rf2rS3IBrQU4f6s9JmuSBQfz6UtF1rMdRanNx6ACrE6WfSpFvp/xX3FfK2JAI4tfn+v+t7c&#10;S0DCrn9n+o9U+pLZpjpV0vU0ior/AG+sOupSVBUpexP/AAYH8f7a/vD/ABS9jqF7kjn8+3mtkUYP&#10;+r/Z8/8AB1UzGtT06L1TIremlGm3NlLCxNgCDz/vP0/23vg2XABubA/7V9bf09stbLWimv2jp36i&#10;uKVPT5SdPO1iadndLKo0lQCfoeRa34/3w9xjlSb3ksCP68X/AKC3tl44waIK5/1H/V+XTTSg54/l&#10;/qp0tKHqdFUaqRNQFv8ANqT9P9YWt/U/j3EbMAf2vp/jb/e/aoQJSnE9b8RgOP8Aq/1f6s9P0PU5&#10;f9VOAHAAAQNZQObWF/8AY39xZc2oH67/ANbkH/X+nu0UKk4H+r5dMl2JyelHRdQLcaqdRqWwXxm6&#10;/UBT9Of6nm/tufOx/QuefoPx/vB9qGiZaaaY/wBX+r/VTephwPSuoOpEQIft19JH9k2sB+QR/T/b&#10;+4TZu7WDX/2PH+wt/T3bQR1R5CTgdKyHrSmjj5gWMgcgAaiAOBz9L/jj3HlzNgVDG/8AS4tzx70k&#10;RJ1N1sBmzw6dqTYNOrg+JQoAAIUk2B4BLf09t0+WkI4a1jc3NvbTohc/6v8AV+XVakEjpX47aFJG&#10;FvCt2Dc6QxF+fqbfX21T5RyLhueRwfr/AI8e2QA5of8AV/q/2eneNK9Kyi25BENPjAFweVFwAP0g&#10;H/e/bccg7c3N/pa/+82/437uFA4Up1ao6fVw8KjToFvrewJHPABH/FPfQqrsOSD/AGuf95A91I0m&#10;vH/V/q/Z17z1dZPsAEK6Ra1l44H9AT+feQVnGkN/vNv9692Dhe48et93E9RmxYLatFuP6ah9Ofr/&#10;ALx77WqU25/H+xN/fjMzKV8+tBSfLrpsWVN7EDUD/hZR74PVaR9fpxz/AF/1vbWqo49OolDnqRFj&#10;wzE2Bv8AWwH0H9D/AF/1/cCSva55tb6WPB/rb3TWoPz6uQBx6dYsUlhZL/1uBqAP9T7inIEXDOfr&#10;wOL/AO290Mynhx60EPp1O/hS3BVBb8m31/1veeOpZ1JW7C3+sf6fUfT214w8sdWCkn06wzUKRsAw&#10;C8/64H+tf/D3geZnNmP+x+lr/wCv7aMwHAY/1f6vn04EIHUuOlWOxVefx/T6c/Tj/b+40hAU+rjn&#10;kXv9PfllUcP9X29VER49SkjJYXXniw/H1tfn20SOzOQL6STaw4a//G/e3nAUCtermMUz06JGAASL&#10;t/j+PciNAumxN+fSTzf6Xt7Zec/ip1tYhx6xudWoaeP62/H1t/xHt2pnBAFwTzyeTb6fQ+2fEr/s&#10;dPKi/n021MRB5FhwWF7c/wBL+5DSRqo+h/xt9OOOfexLXj/h6c7c46irTyFj9f6gfQG/F+f6e2yp&#10;qgL2bggW/wBf/W/3j3pmINTnqvn0501L6RqHOo3P9R/sf9v7ZqidrhhxqBuP8P63/wBf37BXj1s5&#10;HTnEgA0/WxHPPPP9PbY0zFz6uSP+J/A/p72AunHXupIWwtp+n+834vx+ffKFhrv6io+htxc/4+6M&#10;xHDqoqOvMPT+Af8AX/2319yJyCpK3Fr3va3+w9086Hz6t1wQEWB/x+n9Pz7bTd254UD8Cx+v9ffu&#10;3Tnj1XqQBb/Yn8+5cAFhY2+t/wDXv7qR59WU0wOsbk2IP0vcfS1rc39ydBIZmsP9fi9/x78QTSnX&#10;qdY9QuAOf9je39feIgkrbn8kk/gf092qaaT1U8Ou7/U/8R/X/Ae5kachgR9QRz+bc39ttjh1anr1&#10;jZrgqR/X8f48e54mAsum5NrsTbT78vGtcdbPp1GKXN72t9FH54/Pv0qKLsj2va4t+T9fdgwIz1qh&#10;67Rm4DL/AF5H0sOB7aJnZX03P5Jb/D8gX96alOvV6loARf8A2wt9SDYfT3EkhaVrsysrXv8A1AHI&#10;vf3uoAFOvdZQwC24BH+2P+298kpG5spKgW/1wPe6AD06qB10ZVAHNjcf8iPvII1UHUACTa444twD&#10;7914ceuJN7WJ/r/xv3jMNjqA/IJP1uBx71x4dePXLX+P68W/4nn3KHrGlRyo+hBF/wDb+9EGmT1b&#10;j1j+n+sTyf6e4ztchCvN7sB/X/Af7178oCj59aPz6yD+t+PoCfqPx7imIElgCD+Te1+LD3rLdap+&#10;3rJ9P8fcuEWYCSwFgLC354v/AL17qM9W6xufTdfre/0PNufp7ysj+UAfpFrn/D/E+7FiB1ShrXri&#10;pBW5uCf+R+3qkCBD5BcfQcXtf82/w901ZqOnVI6g1Gu40Egn62uPofoSP9f3ImFyPHwqWF/wR/j/&#10;AE9tjganrxGescXAGoXLXNuS1x9Rc/X3jjJkksR9OP8AHj6e6MNIr1sV6yPZVNv8eObG/wBb29vU&#10;EQ02cXFvz/X+t/6/T20wamonPTwA009emueUaiE4IP4PP54t/T3nKxrpChLDgfQH6/7z72GoM8eq&#10;inHy/wBX+z1HUyuXJLcj/XFv9b8e5ASErd2GomxsP0ge6ceHV6gCo4dRjJOrWRDZVJFz+o/19t04&#10;jDOB+AeP9j/X26EFAeqMRXHTjBJKyqWvdrH6fQ/m4/w9sVbZ0/bF/wDYc8/4+3YzQ56oM46doAVP&#10;qJ+v+w+ntNyJY2YEE/T8X/2/tw0r29VIANenFSNP+t/xHvmqRAj9N/xf8j+lz/j72MAevWsUx1xY&#10;tz/T8/1/3g++Up8dtKgn883/AN49uUUrnqjAnry3b8kc/wBP9vz/ALb3GiBc6G/qCb34/PvRYg16&#10;2ARx65k2F/6e5qI+v6kgH+n4H4A91A6uF9esTMun/H/X+p+nJ9uSxmddEags31Nr8AWP19thxUg9&#10;boDjqMWEZuxsBf8A3n270OEnkI4uDYH8n/X49+Myhh1XRnHTXW5enp0YluQLj6W+n9fYh4jaOt1t&#10;Gb2BLEH/AHr3QykgkfZ/q/zdOhPy6B3dvZ9Dh4HkqamKJFLAJrVmsPp/Sx/w+vsTMVg6Wi4lEbOA&#10;DwBcAD6XP09sys6KNJx/Kv5dWOkHSvRV949nZXcSSDGR1MUDsVQi4Zh9Q6r9Cf8AeLH2qFq6WjVk&#10;UoPR6ibA/wCwPuzOzqH8/Kn+X+f2daBAx59Fjqtg7n3dXeXIvWvA1RoSCRpCpVrnQ3Fh+CbW/p7Q&#10;m4tzKkbqrhvqPpwP6Wt/QD2ojUDu4fn69VYnh0bTqDpKDGtDNJS+EhYytlAIMZFh+bX+vB9gLmMy&#10;5mk8chGrm4P5/pYe39QfPTJNej0YbCw0tNDG8a+hQtiB9B9D/sfbLTu8j6pCWvyQbllP1ufbTdxP&#10;Vl+XT+6qiWUAW+nAA+n09zzFZhphXQ4JYk+o/mw9toTWh6cAJrTqL5AVN5CGX6WuVAv9T7Ysiyh3&#10;CxAjSNVx+n/W9vE1HaemySOPU+nvoGokn/D6H/X9xKWKF9LqCCObHiwHNz+fbDay1B/q+XW1oePW&#10;Z2t/rEf7Hnj28GTVH49Pqv8AqFhwR9OPdlPk3Xvmeo2mza78f0Nzz7c6ZRYAjV+Rz+Lcjn35sCox&#10;1sdQpjyLEj8W4/rwfcOvhLrf9AH6dH0Ivfke9J6HrTdSKdwPodRJ9Wo3P9OD7ZJ6RjH5Fu7L9Dbk&#10;2H1IP/E+3BTqhHmOpglBbSeP9f8A3jn22LGVk1uNPH0P+8e3KACg60MNXrL7U2PQTR6GbSoHBP1P&#10;F7A/717TOtGqfPp8UPE9Qp3KHUo1H8gfT62v/wAV9uP2ayg6ZCzL9Vbggfi3PvaNTB61QdRTUFCC&#10;yWDWsQb83vyRx7iTU6FWjZGv9L/Xn+o9uU6rTz6zxyH0sGFr8LyPp+P98PcA0gFo3YEkA3Bt/rX/&#10;AMfewQOPWupHmuCVBsDbn8kHn35adUVlGprc/UG/PPuj4wOtilOuvJqKk2H/ABH9Dz741FUIlVNR&#10;vbTb/D/be2wtW68TQU65IlyT/tjYfX68+48dY50qx4vY3/pf8e36AdeqOuTRKbkDn8f09zvKUFwy&#10;2Nrfn/XsPbLn04dbx1j0A/UG/wCb8fQfn3xnrHjAAYhWA18ek8c/T/D3eMYqOqk1HXQhViSQLi9j&#10;e5H9PbXKrysJI7af1Hnnn24akfy6qONOpAsvH55P+295LswCsfV9ArA3Nz9QfdB2mvW6VPXvp9Bx&#10;+Tf+n+HuTFjFb91pEAPJXkn/AFhf3vxA2Otqir3dYXnsSoQk/wBeAPbmtNGVCr+m1vpa5/2P9f6e&#10;6KGBp5dW6wNIf1H6jm39B+b2/wB79tVVR2Gn0izfkDgXve/tyhHVTTqRHKG5ubW/31vfdOCumPQt&#10;j+px9eD9APbTLmvXq049cnIsTf6fQcWv/U+3L7eME8hVsPTfm5+hsfz/AF92AoanNet4rXqOZSQO&#10;OQfqQeRf/D32IE0fpD8kKovb/C5PujFgdI+XH/VXq1OutZJBvp+p/wB8PfF1EJIc+McekMLC3HB9&#10;6oxFetYHXasHF1Gr6m5Fj/sQfcVkEpKxuWH6hp5NxyB/re7Cgw3VSC2estytiwAP9De3vIiVYGlo&#10;mjFxoLCwI/qL+3QUU4zXqmRg9YyYmNw4ci9wDex/obe3JKJalFIJaUEcAfm/0JPuhbjXHTgBJx1F&#10;ep8BOoAR2PJ+oH0vYH6e1VisIylZSArLYgML/wCwsL+0r1ZsdOqAOOOktl9wQxo0QJcNflfrbT+p&#10;T7da3FWfyMVDfUhTze1vz9P9h7vpogJH8utNpHn0y4zcCyjwxB2UX5e1gpN+AP8Aeb+2+mjKyOrB&#10;kjsbyE+kn8ge2JAVwOveXT5UTrJCjgo8oIIjXhgL2uR+PcyKpAbxklkFhrvzwf6j3R1Pn15qjPUO&#10;SkLIZV0o9iwTTxcj6/717eGgMtP54lXhbA/424APu9sdT+G3D/V/q/zdeJLdJqarWkqxTzOw1vfS&#10;BwRcEkgXsOPYV5qsqIqh0Evj+oNzze92H+x/r7NvCoKjz6YbUOhQxUED00TaA3pBH+ta4/5F7yYW&#10;redljk8nAPrNipv/AI+0EpodHV48nPWTI06xo0qKt/rpAsT7VEpV42AfQVH9j9J5tf8Aw97jGk09&#10;enOJ6TsYdHRimoEmwkHqXj6X+vtPSiRZiouxHIJ9RP8AQX/p7vJTTWvH/V/q/Z03Q6uPSghMbRAk&#10;W45HIA/qbD8+8cjhQHlZCDa8Ytyfpyf+Ke21TWvp5f6v9X+xdmApXrMl9WiMN+Tr/p+Rx/r+8zUM&#10;NTEJFCxk/wBQHuPra/496Rip6sxBFesJqnhk8Z1SWtYg6LX4/wBj/j7bZ8e0as3o0N9AtwpC/j/X&#10;9uIKnpvyr1Ljq1c6fXqH+qtqF/8AD25Yqmjl0wrrSW+oLb0Gw44f2xLVTUjB62jV4DqHkKhoUMzF&#10;DGoOokXZb/kaefp7x5imqFDS2ZhEDcKPTcf63+t7XxjUAD9v+b/D02ynrFjKqnbTEpAaS5UMfWb8&#10;kG/tI4nLSw1LIyyIhbSxZSPzwefz+PbNzGa6j1WKQ6qN09zwJNHpIvYXH+29iLpSeNdLM4dCQzA2&#10;v9BYH2k1aTw6VAqek5eSF21KqaWsVUgHkH9RHtlmT7Vg6PG7KbshCg/61vbgXWOqcOnSKTzLpZGU&#10;HgMCSL/g395YZPvxJaN1LD9J4AKj+yfdNbJ21x1upI64ugptBLKbEAN+SG4sfcWCqlhn8ZA8YYLq&#10;uLgfS4B96ZaDV1oNRqdZ5IkljJB5te1jb/YW9us2G8+mpiTyKVvrL8qf9qA9vrMhSj8etlM6l4dN&#10;CZVYZDTSsI31WC6TYr/VSfeYR1FOkbTqqRKVBcMePwCwH9f8fbK0ckA9eJI68ZaeZ5FgbXMyk6CL&#10;fj8E/gfn3nm3E0Ua08QOmK7D+j3F+SPbqwKtW68ZWp1Aj27FNO1VOAZJAEIPJjAP9n/H/H3IpvHn&#10;YXLoAyqLBeACf8fbIlMcgUmtT/q/1f5urFiyVPWOrvgtLRMxjJYtfkm3P0/I9pmsU0DyxRuQ6MVC&#10;E3vb/ffX2YiEBdQ4HPTJJrTp/pJlro4pWVSkiq2qx+p+o5/3r3kp6qSAI06moRrEpcAc/wCPtE9S&#10;dSmnV88Ouc1OkoZIiIXtYPa5Fv8AX9uTUv8AEadpIgmoWIgkdfIeP7P4P49uJcfgfHWtOrIPTWZ/&#10;4bUIkvkZGW7TRoxjW/0Elvp/h7Q2VpqyF5FZXi0D6v6gLfhQPb5VTQdNGvSjpZ4Zo1eJ0cN9GX8/&#10;4n2nKPM1y1BRpbxsfSRdW+tgLn+vusqAJUD9vVVkJOk9SCiN+pVP+uPYx4KimrUi0lXLLfxu3r+v&#10;J1H2TSzgNQ4z8+l6xgitekvmayGgR3cOqpe7qAUFvoCB/sPa0WEYlRHNBLGfozr62A/rcXtb3eON&#10;5R4gzX060GKg6uHQfSVsWeZnpKunmRRZUe8as/8AqSpte/8ATn2G2a/erT9rJ5P3Lhg4Vhfk6/8A&#10;H2ZShBHpbBA/Z0mYanqvQkYPXFQx/cx+NhHZlAOjj/UX/H9Paqo8kMfTok0Ks8osGBH6mH1uo9oI&#10;7d6+ICaD9nSgyFaV6T2Rxn8WqG8MxRIWuy6SGOk3N72FvfSSCerjcTBHfhFQsp/5Dtxb2/MQ8eRw&#10;6qoqxbroQmkpJI/CXRANTuEcC35QN+feetp6unkMzI8o/shQzAkG1tX/ABr21EBJitOvFHGesFDW&#10;0FREIUkiRgQJSxVHVTzyp/3j2x1yVNdEwQNE4U3jK8gj8W59vxNp/Tbqh7vt6faX7WikDFldWICy&#10;q1wwP9T/AMT7T9DWZKmmMLGXQqn6qLEDi2k8+/SwBW1AdUVm6eqmCiqoySsZNxzf6H6j1Kfcj+L1&#10;M82lzMV0nQNLEAj8cXA/23tRoiRQDjry62r1GGMpokvGkQOr1HgXH4/xP19+bc8+OkjilkN5rWVn&#10;Ci35t/j7q9tRfFQ0p1bX+E9YpMHQ1q3aOP0nhtNyWHF/98fa3xePXcEHnoSEVQhm16baj9QCPx/r&#10;e0cd+qv4UmWNenxGCA4wOkVuDKjadnr9ckLswpxCruQv9n0AHn/fD6e1LSrBjJrKqIYrKTfVcnk2&#10;b+ntLPD4w0k/4OvaxkHpLVFVVZmj1nXIKpWZFs0RVT+lWj/Bt9b+4mYq46uGSzKswBGqNbj88Ej2&#10;vtlShQitB01xFeu9v42pxVTAQHNKzXMcshX1XF+Df8fj2iYK2kM0UMrlHiZvI4BDGxvY3H+296MJ&#10;AJGeFOq6gWqehOqKWr8M0kQVllQCOM3KglbfT/Y+3eXKUSPJUU0TPMYzGkvDrYDn9wC4/wBb3aNf&#10;EIil8url6KTw6YY8PkWjjp6mojWnEolkhUMn6m49BJB/pf6e0NNnDWzyUjwvPGWGuXVfQTxa/t90&#10;ML6kP5dNBvEHdw6W1PjY6aON0IidFIACgBv9ce3d0x+NpI1hpNYmBEjMTYgjn6cA29sQLIzGUmtD&#10;w6dZlUaRw6bwaytqZFkqRD4dJRY1Gq4N7kN9Rfj2mqyhSKBa3G0zvCzETIhudRPKm3+8H2pgKSlt&#10;eGH+r/i/9VGXDABkGOnmKoYSfb1UiLLpDR/Rda/6oX4/2HuScNEKJKxY5aSuqIWKJPZk5+nrW9/b&#10;kEimQhuAP+r/AFf6h5l7e3j1E/iD/dvADHNBEVEjRn9xGPOlk/w/rf224fGV4kjXILDPI8o8a0iE&#10;OBewZo+C3tFePpLMpx1aNDwbPThJUxiNyHCKqkl3OlAAL2Ln6e13nsbilajBijWaNIhJaExsWIFw&#10;6j6E/wBfaeCeRbI6s14dWcL4gAHSVwdZkaiatZmdoDNL4dUqTKFX0gxNxxf8X9qk7ZwCtj6maoaO&#10;neJGki1abXFyRJwR7SpfTPanGQf9X+Tp4pEr56SL7l3OZ8tj6WhilnhkYUlTp1hhawDw8jjn88/j&#10;3xmwO36atappah44ihIUyGZnLfpKl/qP8fasXbXKIFHd59U0hCWHDqNQZ3eTY5qfLUVNNWCRVMsU&#10;JpIUUNZgyBiQbe0zi8vT4fPPMuRkKMTClMG0q3k9PrU/X/Ee67jZCbQwFCpBr9np/k6pHIgJANa4&#10;6WmQxsmb25JRVNBCWngOsyhZApHqujf1/o3tA79edMs2Vp6MVBaQBjGy6kGu7WA+h/1/Z5KBcWQW&#10;tSF/yf6v8/SUAxyVAqOnXasAosNSUOpiaaMRgOpB0hRaxNr/AOuB7E6mgTM4jHZjGoY6qigRKyJB&#10;+8JIhcaybf649h6yOp2sphknH2dLnzSZcDpMV+SODy1ZQ5WYfYZaUNQyTkCGMzAK0KqLn6/k/wBR&#10;7Tr7prqmsNJJ/lKKQJadpD6ubcre4P8AUD2YT262ahou0+v+r/VTptH1mhz0/wAO28bHD5okWGUj&#10;VHUKiB0B9S6TYgj88+3Gty8eEpKipxJdXrECy08ILkW4KA/U3P1v7T20H1Li4uBleHXpXKLoTz49&#10;Qxi2yskVFlo1qYqKQTRTSqoMjj9EnjA0gj8Ee3Pa+EbMYurrc7HHT0EgZlSZwJJJB69SW9QI/wBU&#10;PaSS5kkvvCg4+fp6f6v59OaESHU+T0y7y3IMDNj6LDQVFXl5JI0SOmTUkMDMEZqhm/btb6K3J/Ht&#10;q3FlMdLJRwQy+JadVhgqZB5pQUGkWB5I/H19mcVu1tasrd1TWnl+XDposGYE9O23aDIxfd1lWqCW&#10;tczTUsdoortzc2uA3PP1/wBf23LXbTxE0OQydAlVVo+uWY61iljYaT5IeAR+fUvtlzeSwkRmlOH+&#10;r7Orao4zQjqbXUGer46imosocZTS05hTxxo9TTuf92xVAuVYcf19iNlMptCm2soxlHSmgy0Dz1FH&#10;GLxuZh6wEY/j/A2HuuyTTG5eaYd47flTrVw5oAox0DVJtTf9dvRJc1naiWLBSwtich46dJ/GEu4l&#10;enRFdX5Vgy3YHm/sL9sS4bD+R9MUeHkltLRElQyueNZtyAf6e1N5C0k/ixdrD/Vj/VTqiSDT3Up0&#10;NmepcjXUDUtG5gyghLU1eqIVp5wLeRFYkXP4uCPcjOUGH3lWFlxItjVjBq6djGsVOnMQZAfUt7Am&#10;xPPu812ERYDQkj8/n/Lqvh6yXI+zpqwNFWbYoQuQy8tY1ZUSyrDW2d2q521yBJRbTc8hAdI/AHvK&#10;2Mqp6F6Z6lo4bEUkkJUSUAX06RfkoeCCfp7YhKK5UDB8urNU4Jp06yV1PFU+aKMGY6ROGRglSGHp&#10;If8ASHXni3P09y9v5Ws2fK7Gelnp5I2vPNL55XB9LySD/X+tj7Qz2H1E6vHgqenRKBHpJx69N+48&#10;Ljd6YqTHVkVaiEpqSMy0jhlOpQsot/sPx7cdvb1Sr3In2tTRx0Mnm+7KKsQ1Bb2IPJF78+3t1CeC&#10;pA/UFM/6v9R6rAS5IJqtOmHLbEpW2pU4+ZKyvnggCUomqWqpV0+hWXyGxYLbk/U+4mVbE5nPtGoa&#10;QSuBV0KSArNSC61bpf62W5At7NGvJEtkkbiAM/5D/g6ZVIy5FOpWBoMrt/bC0kk0Renp5hRVk8Oh&#10;o6hv+ASzxrwAWIVjf/e/cXEYil2plqyOmoKypx1fTSTY6QQsII1K2SFJbaQxH49sT25u5oriChNR&#10;UdaViEZCKdZpso+fwQgmyFDjcrSTQxZeFJ0cwTRFfO3hJDBG+q3twb/j2g8TubA5XPS4tpa6lq56&#10;pqVpxEXWGrEulTZbkaPowt7f3e5kth+otdPEfZ1u0VZBoXpYyQVFPSDwCGYwRgrC10WVEj9UevkX&#10;b6gn8/X2OuX6v3BFSwfcVFLO8c8UklTrMM0kGoL5fOg9Vkvwfr+PaTa75dyhaK2ySO0H7PL/AFfb&#10;16fw4Xq5oPXoskPyc6xos+cVL/F6GeZqqhFL9jPLFT5OnkZWoZ6NfXE0kgtG4TQx/tC/sddl0dHR&#10;bbSgx1VFk44ppWaoiIk0FiCYwUuBp5B/J/P49h0WJs90Z71vDZvKtBT7DxP8q8PPpS0yzR/p5FOq&#10;+vlrv/dW5t246qqdpZXbNDTUcaCny9D4qmsenqXKV0cwuQjqV0qDwOT+D7faSMrITUeqGPVoX8k/&#10;UCwtpHtde2xLhLPGqhJ/bXjx/wBXDPTKJjVJ+XRf6jfOMXb71NZ5GzMkbQxxhJQvChY384PDDngj&#10;8+8sshYkqoAuOABx7MbW3SJNLmp9a9bOTw6Aeqq6jIzNKxKqxI0KCFN/x9Bf/XP+298F/P04+oH1&#10;93klXUFPnw60QNJPUiPE1Xg+4ETmPVoLaTa/9OPaJz27sDi1kSurIojGwVgzAWY8KH/oCeL+z+G2&#10;mtFWeT8Qr+R/y9F0jLOTGvEefp0ZfqP419r79FFl8Ljfs8XUoJoq2qfxxzUxbTM8H1uwHOk2v/sf&#10;YGb1lg3Zi3rcJUo2SxchqYKZnSOKs0HmMmWwYWvwPd33O3vI2s5AUGaHNPs+X5/l1W3tJLdw4Na9&#10;WwdN7KznTk0GEy6tW4jNQwQmtRWknxlasZC+VIAbRysVUtxp4J9oeXFYrdGJqMhufG0OHztIBFR1&#10;rv4Tqjs0UaSRehgPxcc+w5byz/UG0fviAOfTP+r18+jWRI/DDtgnod53rMPXY+PDmsyVBUzM1bQr&#10;4qpqaOS5erE0xEijUR6QSL/j6+2r+GY7/Vyf8APJ/nE/4F/8rP8Ayw/x+vt78/OnH8Pp9vTVV+fS&#10;k+4rP9TB/wACrfST/gN/xy+v+e/w+nv/0Uo9zwPyf8f94PvC5aVznruv1ucqQAT9LAm/Fjc/Uj6e&#10;+QAFr/X6/wCwt78fQDqpJGKddXvzfgcWsB+f6e+YW/4/P1/3r3UAdeFCMdcWcL9T+DYAcn8/X/Ye&#10;5UKEcWFrc/8AI/r7qSrLWn2dXFPPqDUS83BYG9uOB/Ucf7D3OSICxvY3/wB4/FvdVYVI68T5Dpvl&#10;mc8Wvwbfjn/H+vvMhUGw/wBb/Y/S496aUac5p1qorQnqI0Mreo+kknj/AFj+ffPUv+uCf03t/r8e&#10;7CRKV/n/AJuvE9YTBMbjlSPoRc3/AKG/H+t74vMBzYC3H+t/t/8AX9+LDSFr59eoaZ6yRUjEkeok&#10;/q/x/wBfn/X94WqFsLEXtz9B+ePdPEIYg8B1oqCKdS0x5HNm9R4BDEW+rWH/ABPvG1QORq/Frf6/&#10;+9+9Fg6449eAxjqQlEyEErcXve3N/wChP4H494lnjH1N/wCn0/33+39uCtB50+37ePVmGKdZJKaV&#10;ixCkA/0HP9CLD/b+5K1S6bK3IABv+P63Puusg0A6ppFeoLYxma7rxyRweDf8D/e/99b334VTzcn6&#10;fU/j8+9FiRjHVggINc9eGGvIpP0Sx5At9f8AH3E++a5/r/S4/wBufdW1kYPW9JA6cVxkIAuotf8A&#10;1P14tbn6e+D1r8qCL2Nz/wAQbe9aakE9epjPWeLHxDkKAOLcD+vJsef9f3E+6axBNv8AXPvx7BUd&#10;byB1OFErOvpv/rH+guPr7gzVdhy1/wAW+t/99/X34nUKcOtE0z04QUQBvpFwf9iL/wBP979tT1ZJ&#10;IuQSR+eTb6c/8V9+CE8DjrTCvTqtOgAuBcc8D8/1HvEZ2P1JJPH1/wB7+vtwYNT5deFa065+FeLf&#10;7fn/AIj3jZ2Avx/rf7x+Pz70QfLr3nU9ZFVRwB9P97+vvGJD/T+n1+n9Pdq1Hz60SeuVh/sP6fjn&#10;+vvg0tri/wBRbk/T35V62K0oeuwL/wC98f7b3j13/I/1vrcfT3vr3XZUj/ff737xtf8As2t/a/17&#10;f76/v3mCeHWuPXJbfQ2v+P6g3/I94De/+t/vhx72h7q9eySesn4/2H+HvsiwPP8AsB/t+fe68etn&#10;rr6/jj+p/wB7Fvfk5H+8/j6fX6e9hT5DrWM9ebgE8/7D/be+YQgj62Jtx/vF/djUVp14dcNQI/F7&#10;X5H5t+PecKBa3A/3m/0+n9felyKnrxHr1wJJ+p94ySxOr8c3+n+397UAH/V/qHW/s67+g4J5t9P9&#10;794yP8Rfn+n1+n196LA4OOvdZF/rcm/++/3v3j54/p+P6H3ssAadV48OuX++Nvrb3jZdZsQRyQP+&#10;K+/KDSvW89d/T/H6f8i5981AXgE8f8U/Hvx+XXqjy665/wB5/wCR++vweeefxxzz72cHr1Ove8R1&#10;kjT+OfwAD7oSMAjrVM9chYAnj/D/AFvz/W3vITZQDa9vqD/h78DqOet164/71/vHvkqk/wCIH0t9&#10;f9c/192wDQYr1rj14n8/7H/ef8fcuNCQt/8AW/IBB591NAS3Xl6ws1/p9P6fn+p95iEAFxzx/sf8&#10;D781adWXrhz/ALD/AF/fEpdQwtzfj3oGmOvUr12PeNka4Fr/AE/23+x9+ILHPXjjrmrAA/Uf7zz7&#10;jvGNX0/pf+n+Fz7sABx6qR59c1bj+l+LD8gf4D3nihFufyf8Tx+Le9tkdvWwPLrgWN+OPx9P9v7z&#10;6bED/E/7H8G/tognP+DrZFeuH1/437lxre/AF7/i1vybX/4n3skKtB1oinDrA5sbnm31+h/w+nuT&#10;4tQ5N+f9f/YD27GUUdepjqK0hDcEXt/rH+pv/X3z8QHHPAP/ABoce/MxJr1s8a9cBJxfn6/X6H/X&#10;HvkkQuLj/YXuP9f34E0p1r7OuMkh5sfp+f8AX/HuQkQJ4WwF+fxf8c+6FiPi4/6vt6tg5PWB5Tx6&#10;v9hzxyf+I95/tyeeB+b/AO88H20SOA6t8+sX3Wng3bmw/wAPx+ffRgKk3t9ODwSf8Pdxo018/wDV&#10;/q/Prx64rU6vpqsP+J/2HviwCKbkW/A/2P59+DDUKda8qDrmt3PCm/8AXgn6A39x/Otjbj8fX/ev&#10;en49vVRUdShAT+oki30t9L+/BnP0FwTxz/xHvQwa9WqT12VQf4aRYnT9b/m/09y44TJxY3/ItyP8&#10;be7qwanXiK9QJpxACbjSfyTa5HAHt7o8c50CxsbEfUXt/W/uhqXJ9OPXhGOk5kc1FEjksARcfX6f&#10;i1h9Patosba3F/yeLW4+nuzEEaT1v8ugszW5dBdgwBUEAMeGtySbf649qaCi8ZUWsDYWuQffo3WS&#10;pBrT5depQaughz24iySMxKkF+dQZQ17gjn8fg+3SOILYmw0/QX5uf6+1Cwimoef+r/J/qFem3YU6&#10;CnJZ+aofwRkuHuHdlIW31stuR9Abf7375tUiIEKePpb+n+ufz7VJbK5AYZ41+zzp5dJnmoaDphXE&#10;1FexkfWfUdQJaxDX0qL/AOH09xJKlnP+uP6/7Hm3tSIo1Wn+rj/q8uPSRritadPeP2/9sqMVN1Y3&#10;Gkc3BFhqINr/AJ/23uI2om5ub/0+nt9NKjSuKca8fTpjUzGpPSkEcCR30qpVQFTgcj6WPPI+n+29&#10;5VjJNxYjn83I/wAB7sgXTR8fyr1SurpnrMksKNdvUoUauAoX+h+l/wCn+9+5sFOxPAv/AL76e1DK&#10;iqK0H+r/AFfb1tgdFVPHoNs/u2GJirSlGAKgEr9QSdRa/HH5Ht2p6Mk+oWv/AFFwP68H23LOsYGn&#10;/V6cOrCF3HbnoENw75jGsJMSf7OlwSfxcN7e4KOwuQPxbjn68j2Vz3q6uz/D0YQwFBnz6BHN7nlq&#10;mcCRv1HUeBqF7c+3ONLKAAB+f9iPZRNJqYsxz0uVAOkTLNLKS0jFr3sef0i5Nh9f9495WB4v9B9f&#10;+IN/adSOA49OLgUp1GYm/wDr2IvqJ54IF/fFrG1z9Ppz/sfr7dSqmgHHqrCufTrC5P8AsSDa39B+&#10;ef8AE+4/IJAvzYf4W/AN/aoAFdR60D5HrsBSLt9Ln6X+oH1HvIGAa345/wBgf8T7bZdS168ARnrE&#10;wJCva7D6WNrgjTx/vFjbj/b+/FpLmw4/Nx/Xm/8Aj/T/AGPvQWIceP8Aq/1fl1frmFBHqJFtTfq4&#10;FuCATz/U3/4g++1JAuRwP035IH9P9f3pgpNFOfOnVM/s64FTwRYkC5IU2JI+oP8AT/XH9ffElgpP&#10;9T+f6H+tvp/X3YBSwHWiaDHXaoCQPoNNjwPqBxb+v14v/Tj32j3X+n4FuP8Abe/SJpbjXrWoddtE&#10;RxcsLgsDySbWuTwR9ffPkDix/pyBb/YH20CCc9WJxQddiMEAf4gj8m4Jbi3vCP1Czf65v/sPz/re&#10;1B+Gh69UAUPWYR3BBUWuALA3Kj/D/ivvmDYGxH1/PNvyT/xPts0JFR1XxAOHXawPq4U30cgC349I&#10;J/w+lv6e8Ujr+Tbn/H6fnj8+3oUc/CK9ULFupMdJMeQhII/H9eONX499fcKvAP0Atc/gcXI/4172&#10;LRnyR/q/1fPr3iU8+pKYyZvVY/W7AWKjjVwT/wAT7xNUp/UE3t+Obf4e3haN54H+r/V/n6prHr1P&#10;iwVXISFSVkP09LXAY/pPvCaq9/oAD/t7n299Gq8eqCQEVBr06wbaqGKgwvc2FmuGX8C4H+394JK0&#10;KOW+v+PH+x9vx2aHNOH7fPqjzqozmnT3RbNrKhgEp29J+uhiQPqQPr/vPuM2QQcA/Uf1/H5Fh7dN&#10;meLeR9P55/1Yz0z45Jx0rqTryqYAvCx/wCWDG1h/Xj/H3GbIqBe/HP8Ar2/r7sbcqSppXr3j9xHS&#10;ooOsZ6plCwMLlVIt/UBiCDc8H3BmyoJJBsFFvx/vHvyW5GGPH/V/q/PqrTFTThXoTMR1EwWPXC7M&#10;zcggm4H1a314/wBj7hPlwoOpvxf6/wBfp9Pd2gjGV/1U/wBQ6TmeQtQdLWg6geZlAgAKMw5Q/T+1&#10;a/8Ar8/4e4/8W5vqHP8Aiebf193ZYyNAFKdX8Z+BPSjHUcSqxMF2AJAAI0lvytr8/m1veKXLqB/n&#10;Pz+D7ukaBagDrZkJFepmP6mPnF6Q2bm5T9NhpFjb88WH09tk2bBuA1+fwf8AHkn28IRTUT1VjUUP&#10;QgYvquOEqDDwfVcqLXI9KqB9bf1Ptsmzaj9L83+t/wDefd07u1umSwOKdLeg6xRNRanUKw+hQ8cf&#10;4iwt+OPbe+dsSdbDj/G/J/r7stFNGpx61kCpHSpj65pTGirToxVVBuoIYL9CwP8AQfQe8bZ4lTZv&#10;qP8Aev8AD3uilseVP59eUNqBPDqXD13TRupaIEgngj6c31Dm/wCfp+PcU5lm/tc/6/Nr/wBB7YfD&#10;0PCvTncDQdPsWzKaIC0a2uRyo4Y/0v74jKSst9XHP+2/PH/E+6SKpfjn/N1ama9ZxtikjJAhv+m4&#10;AvckfS5/1zx7iSV7n+2bEm4v+Prx70p4AcT15hXp3psFAh1CFToUAGx+trG9vp7hSV0n5JII4ufq&#10;D/r+1IbTw4/6v8nTZQA9vTlFh4CR6AhBGqw4BuST/t/cSWt+tja3+xP+H09sGU1/w16sqk9O0GKU&#10;KAVHNmFgLe/JVNp/V/rC/wCPz70ZtLdv+r/V9nTgXNAOvSY2Nj+i/wDU2v8A73+f6e8/3IbTzzb/&#10;AB/23vzXNcdW0/PqKMaULELcauVFhck8n/Y+8TVAsSbkWt/hz7oJG4deEXUhKIgqFGnm9he/+sf9&#10;69xTIWubcC/4H49tmWhxx69ppjz6clp1WwJ+tvqTbn/Wt7jMwsCPr/QcHgfkf71780gYH16uqE8O&#10;pSRsDY/Qn6/UWP8Aj7jNMebEjnk/kj20JVGCerBDXPUxabgcA/7zaw9+V9ZA5Nzx/S4/wHuhnU1P&#10;DpxY6467aAoL2HH1sLnn6cn3K0yAgjiw+v8Arj+vtuScUoM9XEJPUZQjAhgLE/Sx/B942WQg/wCA&#10;PBN+f8f9b214+oUJp1sQmtes6rGpFgCLg8D/AGN/+N+2yaQRcc83I45/1+fdNZY1J/1f5eriMefT&#10;pFHrBNgBxf8A4px7gGUsw5v/AK/1t/h79r05HVQvr1L8ekfQjkH/AA/w9ulPUFEJUXuP9j/sPdGb&#10;pwKOBz03z04kca/x9L/6/vp/IbN9BYkg3v8AT6H20zYp1YpVeskYQXX/ABC/i39OPbXUVb2K83B/&#10;1rfnge9Kamo49UCkefU6OFRY/wC83N/6c+4Ec7L6m+l+Lj8W/p7s5Ix59W4DqQUB4H1A5tx+fcuO&#10;TXcBrC4+h5+trX91LD4j/q/LreOsTJpt9fb1SDQGZmsAPz/tvx7aLktQcf8AV/xf+HpzTQdN9V6r&#10;KBe5A4+vuK7trazkjUW/2H1t7fFNORTqpIHWZEAC+kfQLf8Ap+L+8EyFlLXvwWP55B5/2PvWoFKU&#10;/wBX+brQNRUZ6yxkK2n6C4sPpwefcAjyLpBIP1uf9v7pWrenVvLqSDpOri3HFv8AYfX22SRmJrvY&#10;q3AII/B/I96wtAK9UpQ46kKbj/H8+5cbqLfT+nH1tb8j3v58Ot1xjrER9bX/AAT/AK/vnKW8ZsL/&#10;ANP8V/Nre61GrrdDw68o55Nrf73/ALH3FUXP0/1/x/h9fegW4L1oDrKSALn/AI3/ALC/uVFFoYG/&#10;+wA4/wAefe+NOvcOsTNqFrf8V/2HuRLrJFvyLEW4IvcHj3ssK0Pn14mnWJLWueR/tvp7x6XBtb02&#10;/wBYXt+be76UIr59e4jrlcf1/wCK/wC295RYFOf8fxwbWN7e69bHp1x+obj/AA/1+ePckm6cf61y&#10;b/mwJHts1r1YVAp1jH15v/sP+I98DchySQR9NX9B9be7Chz5dVNeuxwVH1v/AE/x/r7aZZWRibah&#10;f6H8fj3ulePVSSOpSqLf0P8AUH/eveVGBtf+twBxfjgf8V9+NB1sdcSLEi9/63P+8+3lEcprX6gA&#10;sLWsD/Q+2+HThXHUNmAbSbWN7G9+RyLj/ifcN1V2+hFuT/S4+nJ931Y6bOOsykgfj+v9SB+ePfRY&#10;IOR+LkHkW/AH1/2Pv1SMnry+g69pvzcnkWP+9+8EV2Zm50ni1/pY3/P+9e6a9RpXq4Gesr2Cj6X+&#10;t7f19yDEpJNgTx+OVI92DYp1omvWLWwsBwP9f6j/AGPvDIIUsoPP0t9De/8AT3WpXPWusi62uSOb&#10;++Zp2KXW1zYg/wBOfp7rqFerAV668guAb2BIPJ+nPI95YI5OAwsb2P4A9+LCv+Dr2mnXBypuQRb+&#10;n1/5Fb3OSAoQG54DcG/1/wBf/ifddQA1DgT1sCnWAyBgbcEcXIsOPqePfcrszKg4Nhc883/BPv2l&#10;KV/1f6v+K695ddRgAE/8U4t/S3vgdQY83J/oLD6/1/4r7uastKdbBFOufFh/T8X/AMf9f3JStkC6&#10;AwCr9R/Uj8D23pNc9eLdYGpY2bUQSf8AYcf42Pvg1aSws3A5/wBj/sfejFXj1qtR1yWnUC1if6fU&#10;f6/viayZmFmYAWv/AE/1/evCAPWq165eGOxGkc/7fng/T3MSZnjJJGr6c2545Pu3hginWxnqOyCN&#10;wAPTwfp/j9PcMhVV2Ygcf1v9OLce9AEmnXsdSgxJWwJva/4HP0PPtOVM4ZmAGoJ9LfUD25pAPVWN&#10;ep6KVAuTc8n/AFz7gLUrrIJBIH0B5B/A92II44r1SorTrn77LlrnWQR/ZPDW+v19+r1auOve5VOC&#10;5UIpLm3Pq9+1BQdXXhnrg5AFyeP9t/vPtR0WNqKgAchjfkDix+g/x91Lr/q/w9XAJx021VbDTAsx&#10;Gn+hI/4n/eva2w+25WlQSIxBIvx+P9a3tNNKFBA6sBnHSHzu7KSmppXSZFKqTYsOTe31J+vsYsJt&#10;aljsxF1XlvoF+l/p/sfaJpXxqHljp7h3U6KH2V3RWUcEkVK4EkkhhjKK7OxNwCpBH149vWRqKTGQ&#10;WjKobCzWAuLW9msEJdQx8vL/AFenz6akJPA/5+gI2fR7r39uCV8stRLQxm4jZiNMjPqudXFrc2Hs&#10;NMnusQggSi4J4DG1jyCT7dMQPcf9X+r1HSYBlNQejn7X6ppFCF6X+wNLuq3BHBCqeP8Ab/X2nZt5&#10;CUErLf8ADDV+P9c8+6+HwUdOVJFehCous6OkJ/yZL3DK2lTY/W9h+faZyOTasHpkIVrc/Uf63uoW&#10;uerUqK9L7F4mPHgKIwSob6em4/qR9Px7Tc9LGw1SXL6hZueLjgj3tWIJ61TFB0oUlIsqn025H+sf&#10;ofcmKCyAxGzXAJIsfr+PeiwqSevBfPrE8nqs4uvNrG/+3HtyVLxhWa5tfn6/4gge9VJNSP8AV/n6&#10;sKrx6gu1muqjSfr+PxxYn2yz0ZlZi3oAb9X+q/INvbmpadVIr+fTlHOFsBdjpHAvxxz7bzSuXGlT&#10;pX9Wm4BI+gNvr7qzgj59e00z1JEotYnk883P+HHvt5AhXSptcixHAI/JPvYHr1oDryqWuCR/r3+o&#10;J9u1LKGj51auP98Cfp72SPLrwx1BnjOvi1vof9f+vH19uDLE6aXXk20E8Nz9fbFCM16vWvHqKrOr&#10;gqfTf1LyV/2/9fcWWnESm5UfUaQfx+L296RiTjr1AOPUpJdZ4U/1v/xo+03URDXYXJJ+rDgf0sT7&#10;VA1GemiK9T424F/yPx9Sfc+jsi8vZ+ABfj6/g+22ApnpxcY6xzXJ+l1/JP1/p+fbuMjHAulyqk3B&#10;J+rH8Wv7aVCp19aYlT1AejMxFuQpuByAB+fp7aXyKq5LMBqP5H0HtSyVWoGP8PVK9TFprDSP7P05&#10;5v8A6/vG0yufLGFK3F7G/wBP8PdK4p1euOHXMIQNJJvb+lvr7wLI/n1ljoYg2FuLf63vzEgY8uqi&#10;ta9ZCo0EW5H9T7jV58rsqKFIGoE3uefr7fjVSobrzHHXKMFR6m/Nv8Ppf2moKp/unjkvdTYcWW4P&#10;4P596dVQDHHpkHOesvt/M/oVbovH1Jve/wBOT7ZwBTp/VjrrSLk/19xPLOzAhxYMQdfNx/tI/wCK&#10;+7gUFV8+qMT5dd2Ht4pv3FJA9SLewsVNueQPewBSh62Oo8lwf8GP1P4v7jTu6HyNIur/AFCr9Lcj&#10;3VqDB68T1kS1iADb+pP1v76hyJY2J0kcfS9/8CT7oBjrwIPXjGpv/ib/AOt7eaUNUEKr8Xvp1W/P&#10;9fr794gXHVqA9RprRgswNv62v+OQAPblNCyxsWRSyg8fgkenm3u8ZFaHrRFM9QUkDOLO1mI/HNjy&#10;P8PbQqOG1Wtf+ze/+3PvbKBkcD14Z6cNSkWJv/jb/D6+8dQzwnUQdVgR9SBx6f8AfAe/BRSo68TT&#10;ruOzCw+lyD/jzz7ixVMxP62AcgiwvY+6kZ68pp1mZEtfSDYfn+n+PtwWmqKiwdWeFuS5F3N/p/tv&#10;dGOnzz1sDqO0sUf6SFccafoP8SAfaow+CkMgaNToY/UIeB/tV/acurGg49XCsM06T2ZzlPSQP5XV&#10;Si6rNIFv/rf19v1Rg3QlWtIq2IPI0fm3PtQquRUDj1VitekvR7ppagakbxszMCpt6+bFiB7g+OOj&#10;ZVCL6TqZriw/P1HvbR6xX18unQ6oK9O61EtartrezDSg5B/oTpP/ABX24U+XGtfCy8XBF7gX5vz9&#10;fbQ0xYfrzOXGOmutwHnjk86uLr9QNLEfhRbnkfn3ylyHmkcSyJqAJBP0P+HHt4yUWg4f6v8AV/g6&#10;bp1gpMItLGhp4pAhsDp+o0mxN29w6mrnanB0IyKf7JN7WsSfbCBWYkf6v9VOrNwr07U1DTx1Ni8o&#10;dxxrHF7jgH3Fx9YskoiueT9GUAXtbi/+HtPOujupnq6sW7R05V1IyxNJ9ABbUpOqw/P19qWedoKa&#10;SNZAPQCoB4+mo2/5F7Ztz+oGb/V5Drz1DUHSVSkSqqkkMJcBwC7AAhRxYk8kfjm/sLsnLDXMUP8A&#10;n1POoC55/wBV/j7OjKVFHz9nSY6meh6EWhgalQabCI/QD8cfSw/4j3Mo4Ps0hkQmUtyyfpAJ/p7Q&#10;lfEBPp06O09dTzeZpIyPGBwG5JPH9B7dKmWX7dvGpGrltABsRz+fb8UVRnrz93w9NcKxCoTyNqKi&#10;yayR/sbD/ifaCfM1kFYiAB01n0t9Rbn9Pu8kQpQ9MrI2unSj+3iZLaQNQ+q8Hn+nuZUzNMA8lwGI&#10;06AbWHIt+PdFJpjy6cc6jXr0UYj9Kfj+p/J+t/auxsyR0qBgQjKP12vx/U+0mks+Ona0WvTFkIme&#10;XUp9aE208fUW+n/E+5OuCdHW4Gm/LAEED+g9qIlZGz1SopjqI4nhdGALavqASCL8fqPti+6EUzaA&#10;4VCSpQkEn+hPtySLND1QEjp6EXkiGvSzMoVtQFrfn0/8T7c4KmGvTR5GLt6THq/P9SPbQlMLZ6sO&#10;40PTfNTPSsHRECqdXk082tyB7ZZMJOtcGWON6cHU/qGoEc/p92mnWRaL1URaW1dOMWRhaBSzFHIs&#10;twQCb2Fj/r+1THdFVQtl0+m5vb/C/tgLq+Xl+fTuqmD0xykM7ktchiz2BsV/F/aOzTpJr9RjmQ+s&#10;pw1v8R+fapU0pQ56o8lcdKGiUqo5JjZbpf8A2/HuTgjPKdLaitgAdQ+nH1t7RyqqkdbQt59ccg0c&#10;cZbgFef035/Fj7y5CCNqkBCQ6N62Um4t/Ufmw/p7VHSIgAAeqnJ6xUUkhhDuPSy+lSAL8/19qDH1&#10;IULTwzF0YcmX0m/0YA+0DKQC9OnlqePl01V1OJD55o9LoSR4hquL3BI/r/sfeetmhjZI5DcW9aqb&#10;p9P1E+/RRucjrzt5DrFSpI6vKgtyNDFfWR/qQv1HtM1KU1W5CsDGC3qjaxNz/Zt7MR8OOPTVPPp6&#10;haaCMaw2shSdYuBx9SfasxdZS4rHuELWZgG1j1Hj63H+9+0CWjSTB28untYRBq6S+YpKjKVSIQBp&#10;XUhVrqCCL3U/7A+0HncnFUVN0jcuxKhluRpJ5LFfZq5pCF9OkxbW1R0qcVRPR06xMwIFjYD6H/C/&#10;uaqeel1rHI7RR2Gg8pYX1FPz7TQUZvDbz9enG1MK9cpHEMwBkVNbchh+oniwb3iwFTUfdqjOz2kI&#10;0Eaf7Wnm/wBLe2rxNHDr0Q1NTrvIxRvSyXAF0JuLn8XH+v7fdy4aoYfcl3QSKWQRqsnJ9VpF9u2c&#10;iyJpOCP9WOqTKQe09MOCytO+qkisTC2ly5KEC+k6S45/2HtBU+AlqpIyYSsqyBmkClCwBv8Ao+n0&#10;9uSOACrdUVDWp6VMtVDEutnUD/XH1/Fz7XOOlrsXVAxSSyLER6VT9It+b/8AFfaC4t0ZKUrXp9CR&#10;XplrEo8jSsk6xqsoIuzWuTzxY/8AEexAXMnK0pgd2SbQVJtw1xYhh/vHtiNjbPU9OBTKSR0GjbVh&#10;xFaKynhSSAsslg1ipBJ1Rn/iPYXZWjq6CqBQag0uq4FuL8+r2asqTxGQDPTJBRuhRxldT1kAANmV&#10;ACp+osLXA9zqmtjkiDS+aExqLEKpH4BN/bUIcL4ZAIPXmYHJ6wxUhilYxeOQOTquxH+t9PcvCVwY&#10;vHEpkkbjzyWJAP1YW4/w9ppI9ElD+zq6kntHUfM0geJZJX8caerxJ9Ga3Ab/AHv2o46+qeR6fyK6&#10;gG7K3Ckcav8AX9tTRrGVKjj1ta0oTTpOnHUXjFWYWRyeA6DU4tfSbD6c+25CtO0lUPJJKCTqQ+j/&#10;AB1A3uffmRpm0ny4evW+1BXp3b92OKkvFHCws0ci3fkcAWtYe5NNXUFZqM0MYn08uoCObf1tx/vH&#10;umuZXCE1A68GVwT6dQ6rG11Eo+0qZfDqB8L/ALka3P4vdh/t+PaNyVbHiaxZaP03JXkFlbUfyT+T&#10;/T2ZvD4kWs8R02ZACQvn0o6KF66k8dbZgfqB6SLciwH9Le27KYxsjHHkVVV1A8f6k/kKfxz7bWUv&#10;H4RPAf6v9Xl1ox51evU2nmSBzSMxJQixP1sfoT/xX2oNv1NdjaMRK7wwk/QExs5+h44v7RC0jkk1&#10;tn7f9XHpwFgNI6bcxT0dY6iSNJpUFhdQ4S/JJP44H+v7dY8jkXqSKjU0JIF3DhiL/njkf63tTJCq&#10;R1Tqq68ginTW2NxiwAU6xRyqrEeLRp1W5sD9D7ECHF0tdiqgxIKaaVR61kuTYfgObeyq1uZo7sCW&#10;pU44f6v9Xp09IoMYH59BpmMxVYnKUOqX7yGB2aSJowugNcLdovzf/D2GL4CpNVNHrZ41YXkK6Gv+&#10;WUre5/qPZ40qI9R556TaKjoUoc9TPRQTkBJJEusWrUBfkK+q1h7z0NBT4zIvS5Bz9tKtknWT1XYW&#10;9SNa5/1/aa7SWizwj5n/AC9ORFBVG6xy5KbKYtqjGov3UbH9iZTpBVv0+RPwf8PbtW4XG0MdhoWn&#10;m9RnRlWVgSOT/X3qOV51Myenn1ZvDBCjpnx2cydZK0ckTCshJH2xQvCtj/q1P54+vPuNMmLlp/t5&#10;n1xppWIRSKXIt/aH/E+7RNJE1SMefVGCHqarZUTeenRUme7SmeJhEvN7Ibj/AG3tNyU9ZiYJWxYm&#10;eFmZtcjXRb88k39uRvBNKfI9eYOoxw6UCyQ13iSvEImWxEa/UuP6X5/r75U1VUZKhSmapU1YQ3Gg&#10;siX+oXT/ALbj3SI+HLpfAJp1XLD59enp4KOdqtacCOwLFW0sx+gvf/eL+2uabJQ0sFZTwaWpahon&#10;nJK6/EeXVvr7eMKuGhOfPrRZ6Kx6mD7V53geQMZ4g4gJBARhbkAW559ucGfTIRJVSSa2R9MklvIN&#10;Sjkaz/xPtGI2oYD1tjXvHUUYuKlJSmRY4yCVjQ+NRzc2VRb/AG3uXufccv8AB4qlkWOKnVWWYKAH&#10;twFc3Nj7UWdnGIniGSf5f8X/AJOtSylQHPTXiMPDR5SrmErvJMCzxOTZPyDGCOR/jc+821cmdz0r&#10;0L1cdPNUoBTtIp0BrfoWRfoT+P8AH2XxMu33YZwdI49ONSaKgND1j3Mq4imGYgoZqyOjJmqYKZl8&#10;7RryzLG3D2F7jj2xUGzZ6Pccn3Na9TDBMHdZtKutzzo4uR9bc+zTdXBhBgOSPLpm1gKmrZp1Nh3H&#10;T1uHir4Y2T7uAmBOHAYpcK7KLA/4H2IP91YchWmfEmOrgd1Wspqk6nhjUXkIH+Nja3PspW9cBYnw&#10;44fPy6U+Fxk8h0lKnd/8Dx0jbjvj9KO1HXwC0FRIx/Zj5vpb6X1Cx+vt1wuVxuNqKzBQQx41HlZg&#10;ZSzLLZbaVaS55/Av7Vywta3CXDZOK/L/AGOqdzqVOB6dJDc+3cjuXFY/OzTy5eSmp9cEVMVp2R5G&#10;DCW0Vl1KPr/rewozNFBRbilyKUdQE1elzqWGSQEsLEc2/wAPp7OL51uo6pkevTEQMTEkZ6Fvbk00&#10;+EpIKiohNUtOiSqrK0sa2t6x+WH9be3ConOco/u1iGPlpyFYRkIWQfTWvP15uefZbbylCbY5xj/V&#10;6dONV+89ZYKb+FTrH5ZaqOpYtaf9xo3/ADpf8D/A/wCw9zos0lXiYsfDK9PUrL40MjErIxFvSbWF&#10;/wDbe2bSJLad3l8/5Z8+tu2sBRg9RKnFOmUGQeNJ6bwnWiqAyafodP1P5/x997L2nUZvL11DuFVg&#10;npUlqoJpEYRiC4VNDfpJub/X6e2Nwv5YHQRgsjGn+rz/ANnq8SUQ+JxHTTvPd8e3Nt/xrFJ/EiZ4&#10;qaGlpmjMk0sjW8Z1/pIsQRwR7dM5trH01GaHKO80R8ymvjVLeFyQvjvyCPpx7XW/iVMkAqppj/P1&#10;QlGGl+m7Abuqc+5q6CBaaXxor4qrMkcyTaQZRLYW5vcEDj+p9sVftSoegpKXAVANNBTyGCZzqkjC&#10;J+nx35J/1PtmCWKGRg4oWOevSRlkquB5dKSl3HEhnOWhNHUCWKFo1V5IiXcIhWQgAgX/AFG3tqwu&#10;xZs9tjLQ11VWY6sirIhacrGXjja8s1K/9D+Bb25HuGi+MDrqDA0Pz8v29VFqHiUk0z1jz+6lwuQx&#10;CLTNW0tcKiOWalbySQSWBgMiKDZCeNX4/p7xV+Pk2fFHUY7INk8fHPGuUnaZtdOirwukG4+lzbg+&#10;7i2W4VmGHHl/q/PrTOIiKfDXqbjcr/Gl8VdjpcdO6NLSw1IWTzRD0vNGwBXi44Nj7yZ/NmCakmRU&#10;mpMnAGovGzN5YHTVJYpwCBf/AFre9QxaY/GByvEenVXYFqHNf8HUrGU0fgkgLET082mY6LWlU3Vl&#10;D/VTwR/Ue3nGxRU+Brce9GZ8bkKqOSkqdBqKlUdQJ4PNy1tXIt71C0n1BuI/IUI8uriMMvhnh0z5&#10;CETZ3HVq5KSCtx1JVRzUH3Jho5hMQ0VTNTE2YqLgE/g8ew/qeuZBmGO3KufG1U5vSRV5mWQEizpo&#10;/Vp/2qx9vTywsqyTLRfM+QP+r7Oq+CVJEZoeniLMxR45qyraKUQKxqZaBlngsv8AaU3+pHJW5P8A&#10;r+xq6y281HS1DbghE25aB5DDUrqDRgA6ZIFcKTrU2I5Bt7D+4fUx3axpUwtn/VjpQmnwafi4V6C/&#10;srcXlxWPbGZOkGEyDrT5AsFenqYKhvE8U0yG8Wg6bsACrWube1xnMrkttUcjy4/y0UIFRJO9o4Yj&#10;JZhIoUHjnkD6exDaR6Lf6iBu7jT7Pl8ukblWfQ3Dov8At7Bdf9r51lj3GkOY8NVhpKSjqC2UlpKG&#10;YxVENRMzB+NF0duGWxFwfcqj2ZtJMI2fxmPo6HI7hT7+WtVFaSKpnU654dY9BP502J9k0O6fvW5k&#10;fcRRYyQcYNKZ/wBX+Hp2RmgVYo+GDjj1Fzu/O1dt9kYvZC1824dv4Exq9PGq01XX0aRiKOmytRT3&#10;aZgBfU45tci59iHhAa/H0eMR5qorCIFqJyz+Upw3kY/1/H9PaC13S02O4a4gONVaenyH+r/J1WeF&#10;r1dDClR0Andmws/mtxV28axaDCPRxmtWjolhhqYE1alnQrYlQT6iWPN24ufeHaWzKbZWQz1ZSZPJ&#10;Va5uWSSTG1NQs+Mx7O15Fx8IRWFzcjU7WvYcAWOd2dOYZ4r10MRWhFCASeOacB1a2i+li8Fc/M9F&#10;27i+VW5uw9r4nZFfhdrTx4SKKjl3LHQVa5/JfbUxofLUyyytEnkX1SrHHYyAOpQHQFYNTaiPp+f8&#10;L/4+3meKOgbj5dWzTHRTYaWsrFDDWV+hJ1MASb2v7gvWU8LOjzxiTSxEZazXA5AU/X/W92lLNpbS&#10;QpI7v2dNUpU16Enb/WW481RrUUOKrZ1Ur/lCwOaRUckXnmS+gWv+PYZ5jdevL09HQViQ1V5G8bki&#10;OeKMHzQnniQW9I9mDw2/hJHKKgkUbpoO7Ox8gOHVi/Tfx+GB2Ll8nu3DDI0tfTwB4lgjlrcbUFlF&#10;LWUrkDVTsG1Sfm3Ivb2WbK7lotwbqyiZHH1ci0UX29XKNUVFJT+UyJK34uNJVrci3tZvc06qkELV&#10;oKA9etEjFWI6sO2JtCl2XtTHYPDOsFNEiT08Mq+YU71EILwROxBKg3K3+lyPp7SnYmGizdJiqjYu&#10;fh2+1An72Pqa6SMV8czAH7aTn9BuSrWBBNje10ttNElh4V0tJAcn16pLFJJNqjag8h084ds9Sz1N&#10;PmytctRVyPR1tHTJDHT0yxAJFWoGvqJHpZFI5sbfX2+1WFyrdX01HlcoKuTF1FTWPWU80VQyU4Ib&#10;wugAYqjXOv8AofZfsZVrucLwcYBH+D/V/su3ACous1p1j89JT7qYBJI5q/HwwOzwSxxSSwu8sZSc&#10;jQWKXUr9fSP6ewZ/idN/yv1n0/h3/Fx/5RP+Ov8AwT/fX9rPpJP+N06r4o+fCvSq9//STGtR9LD8&#10;/wC+HvCkSevXdk063NzA5HIPP1uOeBbm3vG0wub25/3r8/63vzNUVXFKdVOMdZo6YgWGrg2/31/f&#10;Hzgfn88W/HuniUAGK9aC0z1k+1LXsrWH+sb/AOx+t/eVKxBf1fg/4n/XP9fdWkyFA4dWxw6xNjmb&#10;kD62JP8AUHm3vz19hwTybXvx/T3XWQ1fXr1c9dpir2uP0/QH+g5v/vfvGMgbfU/Xgg/14v782otj&#10;rRALVp1l/hkdr2X6cj/W5AA+nvs5B/r+QSSPxz/T3vw+IJ49WAGc9cVxyf6n/Y/Qn/Yj+nvE1ZI5&#10;vc/gfX/inujALjqpwKHqTHRRoPoL8/Uc/wBOT7xiVyRc2H+HFv6e9gVrUdeA65tFGoGm2q30/Fj9&#10;SD/T/W98jKf6n/fCx9vBTp+fXsDHWHxqONP14sR/jf30ZSbDn/H/AB/wPvar24OercOuzGLm6jgC&#10;w/wP1t75rI1jz/sOf9690IOoeXXiOuJiS36f8P8AeOf8PfMsSPrx/Xi/+t7saVp17rEqgH6Em9rc&#10;gD+nPvjq0n+pNibH3Qkt28OvZIp1lCahqNjc2Fxf/eB+feB5AtzqP9T/AK31v72HNdJHXv6J6zxw&#10;6rEWt9Lfm9/6+26SpP0/rf8AP1H+sfemViSPLrWTjpxip1HP5/PA+t78Ee4ryF1N7/7f/HgG/uwQ&#10;AdeApjqQEANwPx/vJ/PuLa5H9Pr9Pz7tXGOtDrn7yCxtz/rH6W96ORTrY697xsxBtyfr9R+B/j72&#10;Aa56113/AI/8j/23vgB9CeDcmw/qfdxnHXj16/8AseAP9t74uv5Fr/7b/b+61AB62DinXNTbjmx/&#10;P+8e8a2N/wDkf+t7vxFadarnrs3X8nn63tfj/H3zDfi1vz/xT6+60OKZ69w642F/r9SLW+p55PvC&#10;wOq/P4H4HH+t7thsDr3Dj1kX6f1/x5P+8++v6f73/gfybe9qK0J68cY699P+Kf7D6D3lUqv9CLHn&#10;8/1496qS3XsH7euDAn/eLD6f4fm3vmrcgkWH4/2H1I97ahr6dV4dcSLcDk/Q/wCv/T3lvc/p/wAQ&#10;eLf6w97xTHW6dcffJUe5/wBh/rX/ANf3oY49bI68WXgfkX/4r74NFbj6H8g/n/H36oPWiDx67B/P&#10;+tY/6x/x94CCCPzYf70fdKgnHDryinWUG45/3k3/ANa/vteb/S4+oNvx/h7sMCnXuB64m9782F7G&#10;/wDX/avfBkH+t+f+Ke9ls+vXqEmvXIH/AGIP0+t/fHTfgDi354t/sfesjJ62R5dd6gOCbc++AsDy&#10;Lc/T6fi1r+7YbPGnWuu/fVrm5/1ve8da697kxR/Q34H+HvVBSvXqA9Y2b6j/AJHe/uYqMQbc/jgi&#10;449tEAYHVwPLrESBa5+v+25+nPvsRseLWt9T/rf4e9nIHXvt661L/X/bfm/9PfZ0qPUPp+Ofr9Pq&#10;PeqU6317k/T/AHkfj3x1JwPz+P6f61/dgCc9aJ675H9PryOffAQ6ySPrf6f19+JqKde+XXi2nk/T&#10;nn+n+2595hGQQBwAOSOf94968qdeA9OuJcf65J+h/wCJPuQI1ABIA+n1/wB496JNK9WAJ6wGQkkK&#10;T/vvrz/xT3miUG3pvf6W/BP5b36mqp9OqkZ6xSMV+pt/sL/6wH9fcsWHP4/H+v8A1v72TQUGf9Xz&#10;69SnUU3JA+hJ5/r9feNnBuDwP6j+v14t70r0Oeqk+RHXMRkeoE35+t/z/r++xIqgc3v9Tf8A4r72&#10;HBP+TrY49dNExvf8cg8W/px7ypUi9rj/AB/4pf8A4n3Y0ADj162OPUd6Unmxvb8Ecf1/3v3LEwKm&#10;xBPBt/vZHtmvdU8K/wCr/B1dQRx6jtTkEXv9OW+v+AFv+Ne8TuePyb/X+nHuoqTg9eHr1IRFUfS3&#10;HJ/rbge8TI0gAAs3H15/1zb3qpBNf9X+r/B1sCvWVWjjPH05+n4/w9+jxzuR+q31vb8n+n/E+7hs&#10;aqfl1rTTrhLkY47i4va31P0/obf7x7faTES3F0BHvymppwr1ugpjpMZHcFLGpvLpYahYXvz+CB/r&#10;+1PSYUfXRz9bf8ST789AePWwAcf6v9X+rh0H2T3kEDDyqFsR9RdrH8A+1HT41FHqFrfWwtxY/wBf&#10;fizU0gU/1fLqhIHQZZXdpaTVE3k1flj+lvoOGsPxf27xU0S8qCqi3Nz+q31t7cRGYUbJP+Dptn7s&#10;HoMszuWpJK6wzeoFQLt9dQuTwRc+8jyiP+0P8DYf7G/tdGscfbGOm2locdJpKOuy/rlEmnVq0lnI&#10;U6jwBz/W5/H9PeGSo9Nx/trjn8c29qFUM1D0llkqK9SqPb/jkAkUekDnSBptyWUkfT6fj3ELMx5N&#10;z/r8e1HiKqlQMf8AFdJM6q9KOPHxwjUAB9SQB61BNipuOBcf8j95Y4yQfrz/AL1/Tn3YCpXH+r1/&#10;1ceqUc4HTPkMhTwAgMiMo/SDwGWx1H/ib+5sVO1wNN7/AFH1JH59u6UYFq0p5/l/hx1vwzSnDoPc&#10;pueGGOTVORYgi5/SCeC3+H49usNCSf02vySf6n6Dn2y8gZQxNaf6q9KUg7AWz0D+d7AWDyqtRwNQ&#10;Vbk6RY8m/F/9hx+PbvTUFubcW5/x/H59tXN4oohOf9Xpwz0pSBQPXoCs/veeqaTS31PBv9AFNrW/&#10;2Pt2iplRdXHA/I9lE12ztpH8unkiHACnQZ1uRqKpmYuxHHOrm34UD/H+g9ybBePrzf8AB/N/aXUW&#10;+Xl0+EIXh02NqtqIYm1z/wAUAP8AX8++RPAsR9eR/h+ePbYXJB6cBFOHXFmW1+OLn+n0/F/fTNcq&#10;Bf6/0H45+p9uIgVST1TPl1hJ5Fj/AKm31H+98/7f3xIub8G30H15/wAfdgSFoevdlRXj10QDb62J&#10;Ckn8kn6c/wBf+Re+2I+pPH1/H19+SvBetMKNXrrQSSbXPP4IAvzY+8SMPVew/wBa1x/j/wAb/wB8&#10;HXU0FKn/AFf6v9XHXiCvWTxMSPSWHA5F1NxYi/8AxB/4n3yLKbf0H5vyP6e2wpUEnrZkAx1zFPLe&#10;yrYm3Fja1voLfj/Ye/Fx/X/D+vvej5ceqM/WZKGY2DKbAf0P9frb3i1rzcqb2Nrg3/pb27oY8ART&#10;zp/q4dU1rTqSmMkYBtDgjjgHgE8398DOifSx+n0vz/j7cEDycajqobNepEeImkYHQzc2II/2Nj/x&#10;A94XrUB+trfj/D2oSwcqPn/q/wBWetNMFGo9OtPtiqmP+ZNjb1W5JP0B4P8Ahz7hyZFVJIYc/njj&#10;88e1sW26lzxH+rPTBul4celNQ7DrZtOqBhcm2lGJJvxew+n59xXya8+q9+Lav+Ke3129QRqxT5dJ&#10;mu+404f6v9X+fpUUfWVdMwHha39dB5W31II/J9xJMqOTf/eeb/7D2oWziUADj/sf6v8AUevPdkJj&#10;pXUHUNXMy3p3Zb3/AEEAcgNfV/r8f19wny/J9QAvxz+Pbn0sagEZI+zj/k/1YOek/wBSaUrU9CBj&#10;umCFW8D6mQeQkG4ubX+n4H1/1/cNsrcmz8X5N/p7dK0HcPLh1oSsePSzoum4EFvt7n6hQgHqVrg8&#10;/wCH9feFstYEBv8AebW/qfbfhqzaj+X+ry/1fPrYZhXp/p+ooWdddPawudIFzf8ABP5+vN+PcOTL&#10;L/W/Nvr/AF/x970VYhjSny/4r/N02WPA9LDG9VQwgFaax0ixswDEWP8AS/uJJk+T6v8AH625PvxO&#10;Mf5/9X8+rLJTt6VdH1zANLPTp+lUPo5KoeBY/wDI/wCvuDLlWsV1cH+v9P8AAe6FgWqePVtQJB8+&#10;ldjevKWJlkWBVKMXuq83IsTyP96PtqmyjkHSWIsR9Ta/+t7tpAGo44dWoSc8elvQ7PpUZVeKO45U&#10;6VvyP9t+Pr7a5MpISASR/vdhyfdZCo+HJ9PLq3h06VtLtWmQE+Nfz6xawJ4vbj/W95Fr3KjSx/17&#10;2P8Ajx7bBVuPD8/8/VSM149cZMBCj+qNARc2sLG/H5HuPLVyE8tyCfzyB+PbocRg0NeH+r/V+fVq&#10;Y6mU+HpgLCEAG1wVFm/LcH/jf19t81Sy3Oq3J5v+fqT/AMV93MtQR1Y8KU6eqXGxkqNAIsB+k2AH&#10;0UD22mqZnPqP9B9Ob+2tYpUccdN6B+fT+KBFUehQLG/BH0+lyPfCSVrWN/8AXP5/x9+EgDVr1vQS&#10;KA9ZIqZf9StwTwOfpxYW/p9feMzG1tXHH0B/P4v794zZp1cRngB1lFOl9Wjnm17A8fm3++v75iTS&#10;Of8AXHN/p+D7Ze5OqnW6Dz68KUNzyfxewF+fwD/vHv0c7NcE2Frfn+luT7rrJPVhHQ466lpUXkC5&#10;B4vawA+th+PeRmYDUSTbjg34J/HvzvTA62UoadY40RiVAAN7ji3qH+HvA8npJsRc8n83/oPbRmOB&#10;XrZjPp1LjpwWBOk2FiL8EH6X9xDqJJ/H+P4/H090aVW8+reGTkdTlUKoA4/4n/W/3n3xSRtRA+l7&#10;f7f6/wCt7aef06v4dc9ZWgWwLDki5FufrwTb3njZmJF/pe1/z/Tj208hHA8eriNQKnrC8aAfSx4/&#10;HIA4P095FV2Oi4J/2o8/Tj37xscT04IweHWNtCDyFDY2+g/IPHH09y0p9Km4sbX4J/2N/wDYe/GY&#10;gVHXjCOPUJ59TgA3GqxBFjyeAt/6e8U0SBdVgLKb/j6/Q2918evb6/6v9WOrhBw6zws5bSdX6r2+&#10;ot+Rc+2twi2JtyeP6Wt/T22XIbHWyijp4j1NcC4sPzz/AK/+8394vKEI/wBubHnkWt7r4g49WUAH&#10;5dZTC0gta3P5HtwhmEigDgiwN/yf6D22zscD/V/q4dOCh4dN8tP43JPII4tfj/be+pVJBK3JPFv6&#10;f4j3aKTVg+XH59epTrnGVUi5/I5/Fv6EW9sFYrliefT/AF+pFufp7cUivTYFOPTzTlQotbnk2+g5&#10;/wAfcNNBuDe9weeLH35vl1Uj16znV9eCLEcfT/H3PgEpNlXUL3+ot/h7bLACnVloOo0mi12bSfwf&#10;z/sB7cLsEIJF/ra3PI4v7ZcjAp1bFOowUFrj6fS/+APNv8fbBWEAm4sbc/Xn6H3sGnVT05wgkccj&#10;8fS/0+vuD5TpsRf8C4H+tf3dgMU68MHPWbTzwfqf9axtcC3vPBpBU8XJuQCSAL/ge6Ekkr1YEU64&#10;uODxxYgEi1/9f25maXgKRyOb2vb8E/7z78oxTz60a9RdCHlh+eD/AFP+x94jMVALiwJ+v9bm31Pt&#10;8I1KHqrKadctIJOnm34/pb8298Z6gKlgSf8AW9+VBp1Dz68ooMddqpJ5HA/rx/sOfcZW1nUDf8X+&#10;n+9+2ipBz1sE8OsxAAItcf4c+48w1yBfoP8AE3vz9B79WgPXuPHrmpsL/X6/0/3v3wIdW9SG3Gkj&#10;6Xvfi/upPl1sgjPXIWtx/Q3vzx/jb3Ije97m+kXHFx/rgn/be9Nxr1sevWMj/Xsf9hz/AE95YtMo&#10;bUoFjxb6Dni1ve8AdvWuuLEqRYg/g/7a3195iAh+gZTa39Qf9b/H34AHrVT1wuWHBIPP+tYn3wkI&#10;b/A8f4H6fn24rAeWevY67W4P+H+3H+w98ImdrqGv9bX+n+tf3TFQ3XqddsBbkf05H1/3n307FVs3&#10;1H0v+Lf4j8e61OrVw63Q8OuxY8j/AFz9PeeIuVXlCPwD/j7qDnPW8jHXB7XPDX/3r8e5UUOotcG5&#10;sCebEf4e/O1BXrenrEz2tzwPoOL3/J9w56ORS2kcA3BvyB9b+9rRhU9aIPWZJkIF7X/P0PNvpx7x&#10;x2jYGw4uORweeT78SaUPWqU65Eah+f6/8Uv7eI5XEeqyhSPrfn/bj3R9NM9Xr5dQzGC4F2Jvc+4U&#10;8TN6r6LkWYfQggEj3USeR60Vrk9SEYC4+vHIvyPfJITwHsVK8fn6ce9s4PaOPXlUV66Lckjg8/7H&#10;+nvEXji1AqPxcjj6fT3VTU462fTrnpZrHV/QgX94xUR39Jvc/Q2A/wBh/j7c+fVSfTHXfia3PFh9&#10;fr+fcvxRSAOwAe1xYf0497BPn17rDqdeFNxe35vz/vXvwVlGr+psBf8Ax/H/ABr3Vl8uFOt/Ccde&#10;vzzz/wAb/wAfc+IxWcSWN+Baw1f0H+v7o4zgdX48eo7+S66PwedV+L/U+8epAz+M6iBxrPIt/Rve&#10;+ChXx9lP9X+r59e+R65WdguoAc8gD/YEn3HadS1mA1Af48f6593VRxHVRU46yhNIBBsL/wCBv/h/&#10;vHvE0rfpBA1Ai7G1gPwPfmFcda4YPXIKPra/I4H+P59wVVx6Va4JPJNxz+D/AMR70xIHHrR6kHQe&#10;SPoP9tbkc++TwyMFKmxB/wAf9e3u5oOvUY8OuKyAEj8fT/iLg++Su+nSoKn6XP8AvfPumpfPr3XR&#10;UXubH/Ac/wCFuPfUbujNrkNgAPqb/wCNvewQfh698h151BHCgXP+wt7hVFVq4RjYE/TgW+nP/E+7&#10;AV49aqa06yxx6eSP9vyfce6t/iOLjn6/6/vxUqR1rHWX/fX9xnoZHbyQAWW/H1P1v+fdyPXrVPMd&#10;cdSjgn/kf9PfCKjq5ZSHVrA2B5vcj62X3SoDU49aBJNOvFlA1XFv9cexF27t+oqXQCNgPSAWH1/x&#10;I/3r21I4A6UIlekruDcNHjKd3llUaVJIBF/p/X/e/Y2YjaSxIskikNx9Vv8AX8m3+8+0uosdIP25&#10;/wBVf9Xl060VBQHoqW9e66WAyw00kbqLi+sKwb8L6jfk/S1/asSnx+OXVI4BAJ0DT9LWv7sI2Zzj&#10;8/sz1WujhnoCqzcW8N6KtPiqWZYJZURp38gFn/45DgsfxckDj201m6KaCCTxSgMSw40j6mwv/t/d&#10;0jUvRwKCnrn/AFU4dVZmPS1xPSmRrshQz5GOSeOONGJkJdQ49TjQ3+PP149hzmdyNVLoD3spIIP1&#10;/HtWhoNKHpup6MvtDrqiwTtMlMiNK66hb9JH+P1/3n2FGQqJZmk/cNgxHJ/3q3u4oTTqlK56HClh&#10;jhSMBAOB+APqP99x7b6RNV0VuGAJBueSfyfr7qFCH7OtAHqXK1hcj6H6/wCsL8X9u1LGWLRP6rEF&#10;bE2I+lx73TOOrg+XUKd9KiQcf1uB+fx7mFVjWzljZjZT+QPoLj3UZJxjrery6wBmkYFLAleWF7cj&#10;62P9Px7xR1hDMAtvrpBt9Lfj3rSvl1rUa06yNThgLtc8Em9+fc2OQOljYEKTe5sT/T3o4wPPqwyc&#10;9RXTS+rk8hbX4H+P+w9wy8YYqXLE244IH/E+2nBOevV6mIGsCFCgfm1if8Le87lAnACsAB/QWtcf&#10;X6+2ogNWT1bH5dcLOW+upb3B/wBjY8fj2y1BUMZGPDcfi17cD2qUA4J6oTTqbHe2kD6f6/0+hsPf&#10;SVQRh41LFALH+z9P9T7pIvbxp1oVPXfi1X1kck3H/FSfck1ZZAS5vqtcDkcfQf091UkDrdaY6xeA&#10;Kxso4H9bi39P9f3zEmoENzxYE/617XP59+Wvl+fXjU9dFbf4c/jg/X3GqaeN0AZSeATYkEW/PHt1&#10;CT8PWiOuaOQfrb6/UDnm9ufcZfEiBoixI4IYX/2IJ92Cn8XXqkdZCWJN7C/5B/3j3HklSZfX/sNQ&#10;5X/bf4+98ME4PVHqesgUqeB/T6X/AORe2qOWaWR4XjUxLwrcXt+Lk/T/AFvdyAoAGemgWBoeshsL&#10;n/ff4e3anSSNCo0sh5AH1HP0t7oVzUY6fU149YXZSR9Rb82PvBMzxMJCdIU3K3+n5t/r+66Qwp1p&#10;moc9ZBYi3144+n4Frj3gmn8pDofW63DE2sPrb26rgKF6q3cKA9dqtuPqP6W9t8cLySsZQqkcAfXU&#10;v+JP+9+9SNWnWlBHHrl7doaWKVtJFj/quT/t/wDD21WhHTnlTrg7FRcC/Nrf6/uNNj5RIWEoCj8D&#10;8C/0B9uV1HT1R19T17WODzz/ALx/r++4pjSzEMxCuLAJc3t9b+96c8K9aU+nXbAOtv8AEEXHuG8c&#10;zzu0TuVY3AYmy3PJHvcml1HqOvEA9cvoPfkRobK7F9QuSABZr/S59tEac9WqAOve3XHVKJJzMdY+&#10;qsOP6kH2xKGbFOrIescq6lta/wDvf+w9qRqxZIrXAvcG54J/rb/W93jJFB1smuOm/wC30uWseLEA&#10;D/Y259tscUrsqpwCeSGANv8Ae/bpIIp1UA16kuyKCW/Ava3tT0+HaeBda+QD+2SCL/kX9trIKla5&#10;6dCah0w1WVjp5froLD9JBvb8XH+PuQcNAP29GhuACymzE/QC3uyuaDOP9Xn14rTPUQZiU/uD1jkk&#10;IwDKFH0YH25UlKKSojjdB4xpuQVIAvc8e2Lkao+09ejNDU9QZ601cE0sbEP6woYMtyRYepvYiU1f&#10;i4IW8CoJQvq+mkn+gF/ZUgkDVkPSrxFfAHQS5bB5/I1KLUSOaNpBpUfqAPALScn6/Tn2l81kVMRk&#10;RtPqIbn+nIOkez63nRk0txH+r/V+XRfJWuOHSo21t2WlqDHIoZSAUHJYf1Bc/wC9e0BU1YdmVJDq&#10;a97k8cfj3d5NPd5dbBLdp6FOlo/Gq6o19NvoBzY/m359zqGlRYDKJLyXsENzfi9/Ze0hZ/l0+sZK&#10;46w1tQ/mWExtoIu0gt6bGwB595qhVOgtbWpBK/Utx9OPfgzBatw60cD59Yqc2LCMEofo1jpXn/H/&#10;AB9xy/mikiJKD63/ACLc/j6+7I4U/b1sAuKdZzEYpEmADt9CObW/w+tv6+2hZ3p6iME+oEFCeLL/&#10;AF1D3eRUZTTz6oCVPTjoEsR49LD1C3BP5HPt2nypYHWoNl/UDyRb6D20luR8PD/Vx62zniT03RY5&#10;FsVJBJA0m1hbn6W9p41NO9QHji1gG7Aj83/x9qqEin+r/V5/z6rUk1HTsI5Fi0s+n08Ef630A9qv&#10;G/b1sMisojPIU3GoW/wP4/w9pGkMTgcR08ACmePTBkRUUzxvE3kHOoNfS3H0uPz+QfcSoSanlAQl&#10;ow2m45BH0t7UmZWjqvH/AFfl00EKmlepFMYqiMmQBZCt7H0kH8H201GHoqiQzBWic2LBh9f6m/up&#10;uCUo4qQOraFDVPU+OpmjGk6JFuApB5H+BB9usGIRoQkR1LpBs63Jt9Qqn6e2Um0t3dX0K2V6hVGS&#10;MUl5Bp9RAKsAB/Quf6e5j44NC0Wh4m08Ag6iR+Qp49uRyqpoeHVDG1KdQvv38qSq8cqlrNpIKr+L&#10;ax/xHuBHRSxKzamPpIBUBWHH5A9uGRQ1R1pY3pXqc9VFLZCqr6wbObqebixNvaWq6pklWNf16rMb&#10;21C9vobfX28xJFScHh+zqgNDnp6ijXTc/S30/p7mU0ssZWT0xrqH0IDE35B/PtJLECC3VvPrHIEY&#10;FSCxI5BHpH+Ptf4/wTWdW/ddQHJW62I/t/8AFfaHWyHu6eKhs9JDJLURAroHhVtSDVZgQePGw/3o&#10;++8hSRpH4hLZjd1A5ubf2CPp/rH2uidCuo/Z1RwMBeHULHV1RLN5TT3S+gkghlsdP7in63/qPaDy&#10;ARGIaLyyr9LC5PNvVf8A3n2oGoj0r00aVp0uKYllBVtCm3BNh/rD/iPcSly0dBMt18SuwFhY6mJt&#10;YD/e/dJota1HWhJRqdZJqXzxlXOokEC9/wDYH2oK3/KUWWmjj8sy6gUazAfkEe6QsCnea06cNWyO&#10;m2mBp2aOV38cZ02ZQV+twQ3tim+/pdKhXdrXDfQRn686fb4jQp1Qs1enJGp5bkMoBNrE/qv/AK/v&#10;sST1ZjRmJka63JsLn6KQPx7ZLLGK062BrNOu9EcQZgAFHNgOf6k3Pt1ioqmn/bljbSLMXSxRR9bg&#10;/X3ouWFU4npzSyceoRqqab1pIL8qqklSWHGkr/r+4ORyiahRKhVCNOtT9Lcar/j2oCGOPV5+fTTE&#10;OaHrJSUhDedm1OTcah9ATfT7bqXHyQVAqTIssUgsB62P1vdh9PaaQiVaA5HXtOjI6mtKLMtmDDj6&#10;cX/wPtUNUz0VOGjp2Uv6SzgFWH19P/Ee7QoK+JX4f9X+o/s687lR6dMzwQVkxjklVlSzaEYhlP41&#10;W/3n3Bw1QFrBK8aEmQatQ0gi/AsP9597uQZaGuerQsa1OOpGQiLUksSMy/tEAr+oen6i/tYSVnmn&#10;dYIJpDf/ADSgvGAeCAPx7TOmigrnqwqxOnpL09EYKYNUzxIoH+edljl4/SWbjn/Ae/QZGOnnMVRF&#10;TLpI0hVBmUn6g+6yxzIob16uj0Oeu58b95B5KaaqbUvqLSHwOB+QB9fcivylOT9usTRK4vqRAxYn&#10;+0xv7sjOqhqV6qzVOeoOOwlSrNUy1X3EiNp0vIyIgHOhE5/3r2yU8k9HKWhlV0Egdr8MU+vN/wDe&#10;fbN1GspwKH/B15W0Ng46VLLDUwhJ4irFCgtYqG/T9R/X8e1O8FPl4XKlGdeVswLDi5sPbVvcPEwh&#10;kNAerlA2QeklJJPhZVkCOInJVxoso1Hgsf8Aifabq8ajpIlj5YlsoAEYI+hB+t/8fa3xSr0HA9UM&#10;eOlFSZBj4pCQIpWu51GS3HFjxb3Kw9FRxxjTUBKgavJEVvcgH6Ef717aYsZP1Bj16sNK5HHqJmay&#10;t9SrSeWnOjRMsgB54bUrD6/4j3GL1K1pDmOOKTUCUUj8/qYAf09qLhkoCnTdTWp6kQRwGi9Aklki&#10;UMFkIPqtfSpPvJBXmWoallaJaQ3UOwOpz/VRwb+/PEEAZOJ68pFTq6wz0Pjp/uo0masVQdCkWW/I&#10;DfUW98KbIYTHV0qRsJzZwyTMrj1cH0/8a9tXETghvPj1dJEBIpx65y0eZyePVJmFGxCsHp7pItvw&#10;Cf8AW/r/AK/tMZOqpaqoljUxxKzFhE5uoF/91vb2uaT9PsHl0zQFqdPuOpp6aniErtNIihTKAA7/&#10;AOLqDb/bD284gK9OtGs8Z51aJW4sfrY2/wBtb2V0ZHLHHToGqig8Oo2TIRxVGCUlFK64hdh/T0/8&#10;T7z5SeTGVEDBxKiadEUIEsbfTgqAbe3guqKox69eJYN256h41YslTzhonjZy6s8qmOUE8elja/8A&#10;sPYpYW2UoIa2eNIzYuyGNSQBzcgf8R7LBcMk301KjFP9X+r7enmFF1joG92xHBVc8NFJNI0oCKwq&#10;WjvJIbadbGw/Nvr/AIW9sWfzL0pLU8ikj6xIgQaRxyB7Omto/BovEf6v9X2dJBKWJK56dNl7f+6j&#10;H8RppLG+meWd6hy7es6Xa1xzYe+O1Z4M5WrIWSNOTMhYjW4+oA+l/ZJczugEQ48Afl/q/wBXo/EA&#10;asenrecMm3MJVSwpNUvHGTBojErIeALqOdIv/j7Zd0SYV8i92kjNO9ymoXcoeLD/AF/YhAk+lVHy&#10;SOk4Chi3n1I2JFuCLDxPOKd/uVDq6q/oEnLFiTz/ALx7RmW3FRVASnnMsQjULSpZipIHp1N+Af6/&#10;j2nhVocGmk8erOVY6vPpf0GKajd5UMbSzvqne2m5/JUc8j2naHH5ieWaUTEBpCYoUX6x2v6X9uTP&#10;EzgeR6qisBx6dZZoIV/cKhRwSQLC39fa12VHl69q6KppZqeCDyIXqkZY5dBsOW4sfp7KboxwXaaT&#10;Wp8un4wxiLP0mtz1lFSUazFg0xkQRLAQ83P9uNU54+t/fCpqGpqlqFI1o5hI3iZUADANcBXtz9OD&#10;7NLqIBRJxr02rk0VuPUigRKqnWqMzVUTxrrV2J02HqDRk8H+ot7TmWztXjS1JkqIx0ko0iZjpEpI&#10;uWUD8/4j3uCM6RPGa9ad9J0uOnCGlpJWE0EoMsfpLIwbxm1vGwN/9sfaJxeWT+LNSQTyigq2lKu4&#10;v4GKXAdeLj/YX9uTaVYTAUzkdMqxJKnA6cmW63IDMBfjgkjmwJ+l/avxc1UY5sdWxw5GCoDgqiNI&#10;rx6jpYKfoR9femlEMwlj4eY/w9WALLoPUSqgR9E4kNNLCbpJcL9fqj34IP0I9tlHBl9vZaHH0cTy&#10;Q1VT9xAsOovTqDqVJIiLj6WFveryGKVPH8j/AKv8HXoy6to678lLV0zvIY2h0ukjuV8drWf1fS3+&#10;x9ih/FqyGto6nKPNEZ1CvG8YUq1+C9xf/bj2W3CubQsnBelSkK+fPpNU+JxppqqkxkVNpRy4aNjp&#10;u3qJATi9/wChHtfmoqMHEainjCLViN5zHE5DpItwwcf14+ntBYoL6ZZRkp9n8/59OTFlWlOg6yuP&#10;x+5NWIyEnl+1aQU8ckykxTwsAP2vzpJuL+wb3LDla++aopG+1jmaT9gnyJoN3uv/ABv2JZWjuHMF&#10;e4eXz+XSLTIB4h4dCfglosVT02Ge0dTHBGtnA0zDTYFW+hv/AE95JM9R5bH46aOQ1jJ4qWpd1YvS&#10;yM/jZiE/A/xH+x9t2v6SNbvgg/y6uzB6FPPrnTYuSjrK6SIJDFO7zxJAVCznTcrIGHDE/Wx/x9+w&#10;+2t1z5OSKk8DY8Mx+6eRfC8B5uL/AJA/AHtNdvFEQy4J8vPq0cUjHu4dYMpunAUFH5sjN45LL/kg&#10;jd6wTHgRiNATcni5Nj/W3tcxbMp6WaOgqxLkjWPdJlVoIoWLXMkLjn0/U+r/AGHvwo8fj8PUDj1Q&#10;OFcoo4efSDl7Fetoa7I0bQYkYlGeenqZIaiolVFDrFPED6PIOFNvr+b8e34zyUcM1NW1iQ5OkSaG&#10;CNHVkqqdV0wOxtq1WFiAfdUtVt5BrFYjkH7f8nTpkRhRcnz6YUkj3BJRZPC41qrC5R6aqrJ6iGWG&#10;ox9Vr1VCLG9lI/xIBH4JHsNcplUrsVW4fI1kQ88Mv28l2AiqObLYc2Bt9D7X2h8GcyKOxsHpidCy&#10;6a0PQpw4NKXI0uVoKcxyoRDUqNIM1K6BC1/pcfUcc+0/sfcmVwlKlBmohkIpJft6KpjcEtKl1Ktq&#10;N+R9Db2V7laa5mmhNAOP+odPQPoQJJknz6dcvh4slpZJvt54vUzBb61+q61/wI4/3n2IG98hR0WO&#10;opFiqaCavWKOKUSsKeWQjVYE8AgfX+vu+yx+NbtOwrQkV8/8/HrVy2iXR6jpH7Ypq45nJU1TkqHI&#10;UtC9xSmnjWspRLdVDlDyraSVuoI/3j2gqjGJldk5mQ1p+5mepjBSUSU8rpEGD6lFww+ljzf2t2uf&#10;TubpIMEGnl59MXUbNbgpk16WFTVSw5mgpkp42p3gbXIOJYdRKIoX/U3+pH0t7Ydv4mfFbepZc3OW&#10;npAJaJWk1aItPodXNxe1wy/4+9FDNcukWE61H2Rgv8XTi1Rrn8EShv1LM/8AqWA/QR9fpyD9Payl&#10;xOb33tvHzbSqY8ZL5C1QrVccJVEkEU8sTLwrMebHj/b+/W+4WloJbOf4vLHH5dOGKWSkiGg6RuRz&#10;GO2rkJ6jONPLBVmGOmqoqCqrHRjrdKaRKdZCbAEBgLni/vNn9u712zkMNVPkvLkaPxwo9Oslc89M&#10;zKtlqCP1MBzx70sEV3tbMCCpr8umtTCbsqfXqBtDe2yd+Y/KDEU7R45J5ocjT5SgOKb7iLmoE1DV&#10;BWFrBtemx/r7MPhqCbO09PmXNZjKlvDqp6sASEwkawacgEK9jwf9h7IEu3X/ABJ6Np4N/q8+ljiO&#10;MV8zmnRWextz43rj7rEU9DQbixVT96b4hfAsCVysIvJXiRkLxFh6gCeBqv8AX2q66JyoCQfcCIG8&#10;EqiRWVjZ9Kvf/YAj2bRTR2tk2o9xFcftp/q/Z0XaXkmBXHz6KJtKoGc3M/3GVnw8WVqo6Rc/i5mx&#10;NbHPGuikM8tI6sjllAZ42F/rx7yZfadVlYKaJqpaamdY3jZfQqQ2B8JhW30HAsLewot/9VbyJaR1&#10;Of2/6vnU9L4oAkweY8PXoV9sdybN6fzmSm3LLNPlUkWCrhklnyNdVz2s2SSuqbs4a13v/tz7WKpR&#10;Y2niosbGsUUESJ5ADrlbRokYs3PPPPveybCYk8a/Gp2Oog5APkfTz4ft9en5ZdbdnD/J0Svujvnd&#10;HZm48nNDlJ4MTKKijpKemvShcXPN5TSThOXN1UkkkG3BANvbfPUQwqWnlSMXt6iouT/rn2L41YtW&#10;MEj+Q6SNStK9A1gtp5jPOabE0NZkqsKSKejp5J5WA5YlIwTz/tvaXz25qbEY+orRNGUpk1TEOLqv&#10;1LavwLe92lr9bfFGYUUE/LpHdyyRoPDOTjo3/Uvx+yu4Z8Ph8zgq7HNmw/iqp4pIvAIAWMbxyWOs&#10;2JsRe3sqme3blN15E5HH5GLHUOJq6eSeuSoALwPICq0yKbPrHFzxfj2YbnPCYjYoKmnD/Vw69bCQ&#10;ESSHjTq27rHqnbHVu2abbePohUmrQ+daiEVHnmWLVKZ5JAwA/AubW+gPtR53dkkn2OXptsmso4fN&#10;SjcNBSyzmhrZAI2qKymguSbj1Fv63B9k9gzR24tWfW6mtDxpxA/1enS1wRJrAoG6xY3ZVJj6/JY2&#10;bdmQh/jckNVLtOrrad6Z8fTKU+1xKzASRw8jV4TYWsw59h9mqfJJUx1uKekFZJUpT1qsDNFU0NVF&#10;qSviplFwAx0yXW45uOPZmj+NR7gkFeFfL16o4b4U4efQmUckXiWkaKYUyRkxl7qYJaaXQ1K8wb9X&#10;AaMg2Ivza3tDYjrA5SPcEGUyT0dXjpmzCQpL+66L6pGoJJLK8IBDPEB9Pobj2nuLjxLhYQMSYr5D&#10;qiwiOMlvI1/1fLrvIZyGg/hb/bVVTDlK2OgSogiZ4qSaZSYDW2BZFdh4wxWwcgNa9/a92nmaimyN&#10;TicLhsZlo6jGfZQJT1bVKfa6tdQ7U0v1LA3awvYWtx7SyrHtkqTI+kqan0PkOnP7cEUFDnpt3Rhq&#10;HM46lfKZOtxNPQZGlywqIKhKKSKppWvTK9Qn0VWI41WY/Um/to/0dP8A887hv+L1b6H9P/Kj9f0/&#10;7R9P8PZv+8T6eWv8v2dN+H8h1M/vBif+djJ/wB836B/mf+Vz9P8Ayd+n3//TDU1bg/0B/PA/1+fe&#10;EgTFW67s1r1uv/bJx9P68i9z+L++vuHJP9eeeP8AYe9Ek9aIr1yECAAfgf4f4f0HvEZH/DEKR+P6&#10;3t/vPuwoBUip/wBX+r+fWqdZPGvPH++t78HdTzwPrf8AoP8Afce/DS3HierfProopHHIF+P6n/H3&#10;00pJHq/rz9ePx78oAJpnrQ+XXYRRxb+n+395Fl/oT9bf1H191BGqp69UA564tHcECxP1/obn6m/+&#10;NvclCzEEHj/WH4921L+fXtQ4dRnXT6T/AE55+t/ra3uULEDjm3+uT/sffioJqetjjQ9RiWBNvoG+&#10;nH9fx/h75agoBIH+w+p/x930k9W6xaSSQPyTf+lr8e8Bk/p9L/Ui3+PPvYrlT02TnqQIwCD/AGv6&#10;k3/Hvkj8n82I/wB7+v8Are/fhGKdWFeuLxi/+B/2H9P9f+nvkX5/1ufr9R/S3vfEnV/xXWwadcfH&#10;wLD68f74n32J1vYmw+lvpz9fbRrxGeqlsinXvAdP15/H1tx7xSVGm+k3NvzyRbi597oWNaAf6vTr&#10;dTinWRIL2DA/XkcD/Ye22SdmJvcfW3vdBWvn1U5+3pwWNVFh9P8AifeEyKbA/X8Xtf6cDj26c1P7&#10;evA9c9Nvp9P94/x98C9rgXt9eOf99f3SnHrfXIA/7zb/AH3+t7xeS5Njx/S3PH0Hug1U/wBX+DrR&#10;4dc9PHIIP+uLf1uffJSPpx9b8c/4nn35STUt14GvXFhbjn8/X3yI+l7fn8Hn3vUDw698uuubf6xH&#10;P9PfELzb8A2/1/exWlT/AKv9X+o9bJ67JuT+b/65+v0tf3wdD+CT/Qf1J/H+t72DUU611yVrnn6/&#10;S/04+vvEFIINvr/sPz7tU8B1vrk1vpf6fj6/i/095GFlP+NifqSDfkWPvwagqevYp1wFyw/w/wBa&#10;1rW/HvHpB/rfj/WN+PfqqSAMdVNOudyPrYi5/wBh/Tk++YS35/r/AIc/X3YnPy62OHXAtfm3+v8A&#10;71z75KhH/G/p/sbe9GpGOtCnE9e1X/w/1vr/ALD+nvIIzcHj6fTi3+x9+qBxPW+PXG/FvchE/P0/&#10;pxz9PeiRTAz16lOsbN+LX/1j/T6gj3mAIv8AQG4vz9effq1zXrfWI6eP8fxb6cfT3jcA/T63t/r/&#10;AI596z59b6yrf/X/AKfj/bD/AHr3HeIX/wBjyD+D+Lj34YFOtdZAfz/gbf719feNQAT9D9QbfX/k&#10;XvZIpTrWOPXiSeT/AMa+nvrSpJvfkj6XP4/p78DTj1unXdzxY2sP9b8/4e+TRWtpYgEA8/X/AAPv&#10;RarevWuvBuDcXJ/P+H9PeJkJvYf65P8At7+/Lg9e8uuQYfk/T8D/AG1vfKOIH6i/0t/vh7d4n/V/&#10;qx17Hl1xZ/8AGwv/AF/4n3MiWwtp/wBj+P8AC1/bbHPHh1vrGx/qeD9f6n+v++v7zaeLAcWP+3v+&#10;fda5r17z6xk/knm/1/Fh+bj3yA5/2H+9/Xj3WtD177OuPFvrc3P+tx+b/j3jmQEWH9L2H+t/vre7&#10;A163k9co2IPI5vwf964H/E+44QlrWPA+v9Pz9fdgAFPWsg9ZSf8AEf639fx+Pc6OAlbAHnj6mw/w&#10;ufdaivW+oskovweB+fyfx9P+Ne86xAW1Dn6j625/FvdX1Lw639nWPXquB/h/xrn3laMnjj6cGwA+&#10;nPvwNGz59Wr1iVxa/q+vI+tubDn3wACW0i4H1P8Ar8/X+nvdc0Pn1XT5HrlfX+r/AGA54tx+feJ5&#10;rFh/hb8X4+tvx70QQvXqUNOsqx6tP9L/AE/wH0/x94SSQNJt/j/rfj3UMBg9aAznrNpFzdQefpa3&#10;J/N/eJ2PFze5tYcE/i497BBNR59ep1kVR/T9Nh9b++cbc/X88m/0/wAeT7tTGePWjg9cJB9eB9OO&#10;P+JHtzjY2uALnm/+8f8AFPbbCgovl1evl1AcAn1Ej8W/33+x9z4IXc8gE8WsAPdK0FfXrwBPTbU1&#10;CJ9Gtbk/U/m5PHt7pcaZOSo/pcf6w+nuxXFVz1vUOHSZrs9HTnSX5Nj/AIWvb8f7b+nt/o8XzYrx&#10;qt9D/t+B+fdSpIFP9Xy4+XWuI6ReX3XDCjt5F4XV+oAtb62/29x7U9Pj0iUArY/Xm31Pt9UJwo60&#10;X0joG8xvFp5JCsxIDWCgm5Vfr/sf9Yfj24xoIxwBwOP9j/re1cdrqUs3+r/Vx8+mWmANa9B7ks+8&#10;0qIsji7Xsb3Xnm97/wC399mQWKnSLDgf045t7fW0094qekxuKkg9N6yzyuuktJrYMX034vwCoB+p&#10;+h/2/uLLWBVK6+BzYc/T6D3ojS2BnpszeuelLj9rmocVDoSSQP3AOQf1fTix+vuA1Sz3HP1NiP8A&#10;Ef0/3r3t42Whrn/V/wAX9nVXeueldR4mmp1sEUAJ6gf6g2H/ABu3+9e8kWq1hezD8/QE/Xke1KI7&#10;ccEH9o/P+X/F9VY1wuK/6v8AUOmjJy00DsxC3UXuLggcDUQObe3SKlY2JueR9Ln/AA93GlsVAJHy&#10;+fHqgHd0F2Z3bHSRuqkizN9ToJHGoAi9v8L/AOPt4hoZAfpf/H8f763v3jQsgC4/1f56/bXq6RFj&#10;U8eHQHbj33AHe8/6rkIpUsPyQDx9Pr7eaeg0sCf9ubW/4p7SzXS6e39n+r7R0ojh0jjWvQJ53fE1&#10;SHhjkIBP0JF7Hm5Y8i/5/P8AT25xwafqODz9fqD+faKSdSKKeH8ulQQA06Cuvy89S7EuzMR9ebf0&#10;HpH4/A9zF0gWsf8AX/HAvx7QsWJ1Vx08oAyOmNizerT9T9eWt/Ww+n1v77ub/gfni/8Atve6AD/V&#10;nrXDPWAxsW4Ugkc8fT/U3B/3j3xLAXBI5+ov/t7e7opPl14sQevGnlP0BtY6rXH+1en68394/Mi8&#10;E2/3m1/9f294EjHA6oZT1mSgmksNBJJJN+Lk8jj6f0+nvGalf7P9SP8Ab/1Pt1bV+Dfb/wAV/q/b&#10;020oHE9TY8NO5B0Hm9wov9Pz/wAj94jVgc3/ANhe1/x7dWyZsD9v+r/V+XWvEAyepaYCeRh+2eQA&#10;GIst9P4I94Hrk/BHHP8AyIH28m3sD3ef+r/VTz6akuVAr6dO9Ns+rkK3hfU3FtLXsPyb+4jZFFNw&#10;3+8/m34v/vXtctgSuhh/q/1cOmzOCK9KOk6+r5SFEB5b8oT9OR/xo+475VRb1fW/5N+P8ffvoKHT&#10;QdU+qI4jpV4/qytn1sYXCqVQXT+v+B/PuM+WBvY8/T9R5/339fbq2ioApoB9n+r9nTb3ZU0HSqpe&#10;np9Ku0Un0kIuBf8A1z/seLfn6+8P8UAJuwvb6f719PbjWoZAqev+r/V5daa4JAKdO0PU8qJ6adiO&#10;ObBdJ/1vyD9fp/xT3jfK2B9QH+AJB5/p70bRBiladNmdjwzX+fTvQdSOzq5gIN+NSoQw/LP9fpyP&#10;r/X2z1GWsTZuebWN/wDefZhFEAPQH/V/nPTDyknT5dCvgOpIAqa4LgLypQLyeQCB/sLc+2mbME3s&#10;b8/63H59vrGiCh6Y1NwPQo4zqykj0aqZV9PClVb1/q1FgP8AeP6/7xDfLt/q/wDHg/T+vPvbBWXT&#10;T/V/q/LrWgkdKqj62pYSH8ADAG50gE25Xjn/AHj/AGHuLJlHb6ScXPP+P9B7bQKPL8ut6QcMOHSj&#10;g2NRx2H29iB9Atr831OD/tvcdq9tJ1Ej88k8j+vvTsFBp1YICcdPMO16YSxlIkP0DWQXv/S3vA2Q&#10;ItY/U3P1/PtIzilGP2dXVGrnp5i21GbgxrxpFwq3IU/4/wC8+48lezm2q4vyfxxxyfaZpSq48s9K&#10;RHinTpTbcgj9RjUHQQARc/W59I5J94jWMWsGH9f+R29+Ew06j9nV/DWmo9S1wkaKCYiD+TwSb/UA&#10;e48lVKtxfj68fk3/AN9b3oSqTTzHl/n62I04nqfT4mnaz6fUeLkD8/0J4H+PvA1SWXk2v9Of8Off&#10;vE05H7OvGMLw6nR41Ub0i62JJH1/wHH+8+4rTFlIHAJ/H+v+be6tKNQqePTgQE4FenJKHSdRUEhb&#10;2I/w/H+w94mDkg/W45Av/rXI9+1JU9e0gY6kppCW+ljYf7Hmw/2P1495eVFh+B+Pbfix0wevaKiv&#10;l1gMZY6nFwf62Nj/AF/w99MXsSPp/Q/4fnn3oyevH/V/q/1Dqwix8+ucUcd7WH1PIBH1twbc/wCt&#10;7b5bsPyb8G31uPryB78JhShPWvDatT5dOsCBDqsBa9r2tb8G3/FfcXwNqH1H4H/EXv8A8V978ZQK&#10;8OvBK8B1NMwKn6Efm34/r/vre8viY8HkC3P4Av7q1woGfPqxQgYHWIMAbgWJvdfoSf8AfW98RERe&#10;4/wAtzb/AF/p7aM9TTy/1f6v9nq4iJHWQkHSQbHknkBb/wBLD30Kc3sL/Xg82+n5PvXjVNWOOrCE&#10;cD1yMwCjjmwv9BYn/jfuZFALaSRyTcD/AIr7q81O5T1ZIqHPUCWY6iQp4tY/1B+nHviyqAQW4H0H&#10;H0/p/X234x1VPVygJ6zBWNiFI1AXI/qefx79ZbAta1ha/F+OD7oZdTVHXlRScGvXICQeldVwfr+e&#10;DyP98PeFSgJAC2+n1/2NiOfbbPmp/wBXl/k6eIA6klHYAktcfQAW/wBsfz7hTkISFUctxYf72fbZ&#10;Jrg9VI6cKZdSguTcLb1H/C/A9xxIw5Ug3P0/5H7sWxjrX2dZvECbMLWB/qRcf63+9+5MTMxuGIIY&#10;ekH63H0ufbfiEdbVcZ6wyoqgKyAqbi/1tz9ePbiKkgaSv9FH4B96LkDTx6cHTYaIM2tT+dTH8gW/&#10;oOPcaVyQbk2NyLfS/wCRx9fe8AVP59aoK9Soo+RpAuB/a+pt9D/h7YayRgSFHp1D+ot/sR78DUV/&#10;1HqpHp0906Ai5/V/xT+nuLE7u9jyARf8G3+98+/YXrwBr1nYAKCDa4/1/wDefbuh0WI4I50/g+65&#10;NerAgCnTe4D3BF78A/6kfS3H+8e5RcFSSRdbf8bA91FVbHVjx6j6ObWNmJ/2B4APHtjqpRqYrcMC&#10;SRbg3/p/xT2rU9v+r/Vnpon16coUIUA25tY/ngfUn/D3GRgxBcAWN+eD/t/fifPrVa9ZiCvCn+zz&#10;Yf8AEe3imljCuAebf6/FvdXFQCv+o9XFKDpvmSQspYenj8m5/pyPfTOjEeoLxY2Nv9a3+9e2zQ1H&#10;E/n14nrkqyKP0lub+oA/m9rD20VgBDL6eL2P5v8A778+6rw60xFenGL635v/AEHtoNwy8XH+29+1&#10;Hh1qnUri31/x44/1/p75jg3FyL/4/Ue9jIr1vrif9SRb/H/eb8/63txSYcX4BW305/1j79wGetAU&#10;6wMl+R/Xk/jn3ks0i2c8WOkn8ce3lYE1rin+o9e4N1jNlPp+v5t+f8PfB4goPqvpF7H/AIqf9597&#10;HCgPXvl1yDX+o+ptcf7xx74lgouFA4/AFvr9Le2GrkE8OvUPA9cgL2F+Pwf8fpe/uKw/cDn6CxFh&#10;9OfqR7oKHPVxwz1mFrafz/tr/wCx9xqqqGmxb1XsPxe/F/blApz5dULYp12i25/r9PcITyBeCAb/&#10;AE/3nn8/7x9Pfga58uq6j59crD62/wB9a3t4o3EgT6AsBq54ufrce9EqvVxnrDIG5t/U/T/b29vL&#10;QEhVW1wL/wBbD+o+vuur5db056hiQck8c2tyb+4kkPJIP0BJH9bfXj341IqOHXsefWdHtwebkDn3&#10;hWVANC21D88A/wCPvygnjWnVaivXIpc3P5/H+w/HuM9QGlAN7fT88/8AFfe9JHHrfWUJ6ePzyBb3&#10;IDBmAU8WH+F/9b3RqcR1uhrnrhY2545P0/B/p7UFI0fjAYDUL/0/33+39sEMeHDq6kAUPTbUK2q6&#10;nj8G3H+I98JH4I9JUHgjn8/T25mvbgHr2odckUE3JYOPx9COOL+2eeVSxKIGYHkHhbX/AAR7cNKd&#10;U1V6mRoQAGa3+I+v0/PubB6owTZQfx+Bxe1vbbA0x1sdY24P0JPIv/xX3kNiRc+n/G1v6e6YpSme&#10;r0IND1xAIufyfx+Pr76kdFuhKm9yP9a3Av7poY5Fetddrdvwf8f6/wC29p2eRjIVB4ueeNPH0/2P&#10;tUo7anJHTZ49T1At/rj/AGP+PuDJIUkUg8fS/wDS/wDT/H3WtcgHqoPn1y9vlOzMii9uL6rkc/4+&#10;/VbTUDq4J6jOAGv/AI2sR9P9b3PEw0MGA/oGP4YfWxHvSp59WNKV6wMvq4J4/wAQbj3hWrbTpVdX&#10;Nrn68/1PvRAD1PEdaBPXMw3sSf6cfj+vvF5imof2m+n9FH5Pu1VOBw6sWp1y8dxf8C17cH/D/jfu&#10;MJJ2fTY8H62/r9P9h79wHb1QHPWXSgBPF7X+v+35t7ySGRiL29I/A+ov9fehwz148euKhRe1+T/r&#10;ce+SG36R9f7RuOQPp70wrQDievDrxH9TwL3Ht2p4meIsRytzfixvxz7aYgEDj06o8z5dRJHVXCg8&#10;G39bj83H/FPcOqZY0Or6kg3HNyfr/re9jPVCcV6zRLqYW4A/2H+8e09UzTXIiU/045/1/ahQTw6p&#10;U+XUsAAC5+nN/p9fz7hR+VjZ7K9+bf70Qfdhg1PVS1ePXL280NC1RNZibfQ/W5H9CPej2j59bX0P&#10;WCeZYULf4XH9PYg0G2mlQAKLGwF73Nx+APdfFr/l/wBXHpzSCKDj0iMpuqmoWIkaxCsSTwo/xZm4&#10;9qih2HOH1rdeRcMv+8L700qsQKf6v9Xr17QeJ6DXNd04HHwyGaoRiuoftSK7EAfqKj6j8cexFxmF&#10;TFR65THqHJNvyP8Afce2Wi8Y0HSlQqpU8ei77p7SO65vtMTDVtG5CAsGS+u/qQf6319+yW54qWIx&#10;wSAtpOogrZbC319vw2aIDq8/9Xy/ydMtIePUXbnUVXnslFkMxA5p43Bp4XBKsSblmDA3b68n/Yew&#10;kzO7ZJDIBMf6P67Ai30t7f8ADUCg6ZL1z0bjbHXuPxcVOFpIV8S/t6Y1uh+gYf0/HtBy56WZtCSF&#10;wfob/j6HV7aZKD0+zravnoTIMVTwgN41BA54+n+It7yR1BdCxfUx4te9ufdVQ0FTXrZI65tGocWQ&#10;AAkngC/9Pp7jgRSu6N+fyDx/r+9htJr6derXrIdSqCP9h+fr7lUdFTCZdNxdjyTwQTz9ffnY6dXX&#10;lAPHrDUVEqxsbfRfoB9LfQ8e1EKWjRtKXD/g2C/7HUPdEkJFSP8AL1cgU6YGqaxgGa3jueBcm30t&#10;p94PHFGHVxe17MeeT/T34liar1UAdSg8shRlI5P6RccDk3H49p2pjWMvKrHjUSbGx/pp9ugBhTpv&#10;TTHT1EzMFVuL24P1sDyW49t61RWMsWY3+i3sRz/vXv1AT14OAKHqQY7sABYf1twf8PfGCoLubD/H&#10;+hNv63/3r3pkBWnXlbV9nXboABf/AFh/gbf09u8Tq6WeQ3ZuRc3FhwPbQiAOr0/1f6v59OVoMdRX&#10;1KfSt+OORz/j7wvAHDLYG/5a4H0+vPuwAPyPVfPrmJCpBJNgR9AP6+4gganuWvY3AP5+n9fetBJq&#10;et1A6zeUSfT6ix+v/Ef8V94rSC5WzKSPqeR/Qke9aQM+X7eq9crqRY8Hkjj+n49vNJCzrdypVTyT&#10;wTxza/vwI1dWU46gzyhOFB1H6Wvx/ifeeoaEppRirWKkAA/UXtzf26h0Z6q5Pl1hiWQvqdQVuCCS&#10;b8fS4/r7Tsccwka5VhzYDg/7z/vXuzvU48+tCvn05ll0g2IP9f8AitvchKNGALBtQP0F7f4XsfbR&#10;ahoerg1HDrgZW5Ata3+++vvjLjVZmAuuoW4uL/n/AHr24JKdVIr+fXln4H0PP+9++6SkjgYiSVmB&#10;BC6iQR/j/j7q0hGB59eoowOupJC4GleQRf8AP+w9ttfSTOGEbkgkhm/Gk/T/AGHt5WQ4PTbKDx6z&#10;o4IF/TwODb+nuJS0cygpqDEfpNvr+ef8PemApjHVl4dci6ix/r7cI4AfTLGA4vyL8X/APto4NCer&#10;AdcS/wBCpuPcimYQ+mT9JNjfg/8AILf097YZqB14H164SDWPTe9uLc/7ce3B5KOWMqoKM1wHFjxb&#10;6D3qMMDU8OrO4YAdRws6vckMoH6Twb/4+06YVVyBdwXazMCOf9cf8U9uvg06bCgmg6mqbqD9D+QP&#10;x/tvblS478sxueCwNwP6C3toylcHq2mnWF5R+Bf/AANxf/X95nxUfqIUkjizWs1/yB7thgOtEA9Y&#10;xVcj6EH8gcL/AK/tpSnSnkk1AIwYkE2sF+tvezHivWvhHUoMCARzf8fm/twx6gs3IIc2sx5uT/ZH&#10;9PdAtG1deBPHrDUGwH1BHNxb8D2+wQAMTptYnS1joJA4v/j7pI41U/1DpwZz1Akkuo5FiBcXGuxP&#10;49qSirlgp7SG1rix4/5CAPtKDSQt1etOk/kMc1VMugADg3FmPB5BI/r7nwV0U4KOVbVbTY3YE/Qg&#10;/j3VmZW1jHWwQR1AnxklOFaLUmgevghSv1II/PF/bPk6h6Rj+6Fb6iw+vFrMx9qlpMtW6bYU6dcZ&#10;Aky38RYX5LECx+vpUD220OUYsxkmBYW4HAH+PP8AxT2neGhx1tCR061NChRVWIAc82HPH04/HuZU&#10;1q1CBRICQLki4X6/m/uqBkapxXrZAIqOPUenovAzNoNrkAeksLcXFvp7Ss8yvU2CEkfpZbgED/W9&#10;qwSQB01Qjp6RNEYOr/Xv+PbjFlZI4VEYJCtxcfkf1PuohBJJHVtRAz1Eloo5HJf6kWNj9bj8e8uu&#10;SskEljqJuxHGkAf4e9sFFEPVhnriFSmj0raw/SCfrf8A1/8AX945Kt4W8QX6nhieLW91kjCgsD1t&#10;ZKY6yRxLKA7G/HIH9f68e+MbiokVHh5FrSW4BJ+ntgNQYPWi3WRk8allew5On8kAe3KooI2iDFru&#10;q/pHNz/sfaqBicNjrxXGOmyOtbylAt0Lfqva39QPadjjqlaQxwkrcjWoB/oLM1v959vNpJAJ6oAw&#10;6dmeKy6mAJ5sTb6fkD3OpjPDIg1aLkHSbgm/PHtNNFmvr04hqadYpDHJG3pDAXF7BgLcc+1HPVRv&#10;EgWEsQArFvSwb6EE/T22qFELHPVi1TnpjippFncmYIp5VV9SkEXJ45/HuVBDDKg9Yey3a31T+ouP&#10;959smpPVsGlfLrBPPNC7ft6NTWUn6Sf48/Tn3Ara9aIGOOdYyAbEEauPoOfbotywDHrTOqdq9S6S&#10;n+7/AHJImcH66h6bH629sv8AeCZypuWdf1MCSGX8lQOb+9hAtV6oXb8unL+E068BVCk3AAFlP+Pt&#10;2pMzKYyVsS4IAABex4OoH22y0bPAdWDNTqDUYiB2Ba9lNzdiFUg3BU+2isxwqKgVGiztyLj/AHkW&#10;/wB49qWl1KB1UKSagdT6aoWKPxFtWgWuDf6fix95Pto44hqRy9+Q39oD8g+6h3DfLrwPl12JTI5C&#10;spFvqLXF/wCo/wB6986Ooq1dnjjZYhcKjNpHH9oE/wC9e9SKh+37Oq1Iz1jqIYHTRKwZza7WBNv6&#10;W9xshmKgSjXIF0/nn6+6GMqvDHW9YXrNSUNOiEqgs3HIH55+n49uEES5KFJIQdWm7gsAWB/UQW91&#10;SXT2t1cgSLUY6jTy/ZOfIbq7AKQpIU241Ae8NTtkCMTIqu7EkE3Yqf6Kf6/7D2vikjkHoOm2j09R&#10;4s9G0zQyXXTa5Nhcf6r+tvofr7dcJTrAw+4VmKAKE08iwtcn/H2hm1au046ulf29R8vM8sBEDKC5&#10;BDlxa1+bD/ifbxWVuKignE1HFHMg1RyCzOOeS/t23SUSBiag9eaRVWh6YKehy8s8Dw5GVqYm00TK&#10;EjIt/uqwuCOeb+wkyeaip6kvAdLFwynTwBewKr7XyQK41HpMJO6g6EKCErEqSeqyBTckk/11N+fa&#10;gxublromFgf2/WW1DUPoB7KgfCf8+nwxZc9RJ6GEEMAVs11tbhjyT9PbBmaNpYmenqNBV9TKObi/&#10;IVvqPZmjq40sKdMsPP06mwseFI/HDf1t/X2sNh1FJVOKKp9aotj5b+hv6tfn2TXrGAllFf8AZ6Vw&#10;MGFPTpP7njq1omqKF2SdLXCAanUHlfVx7WWepKFYRGAwaxHjjJ9Sg8fqHt+2lYxEimfPrUhVjRhw&#10;6Se3qnIy1TPILpYeuUKGViOQAjE8e2LDUNHMDHHGfLKSApYF7/4fj2y8pjcE8OtooK0GOlPl6uqh&#10;Tyl1WKMB2bS2kqP1An8+3mhwORpKmeb9ywFlBBsv45vx73LNHKyletxp4dT69J+t3JiKikjhaWEl&#10;25s6i9v6D8/7b2kqyFlyT6kmkmLEgjlAwP8AsfZhO1YV1Zp/m6aAYtjpVY+WNqGPxtHHCFAAI0nT&#10;+PqeLD3DyBmjltJdZJBdA/8AmwB/wX2mVhpoOHWtJLU6n0widLxlWVTZiv6jc3+p/wCK+3enFHT0&#10;LCacSz6A4AQ2XjkeQ/j3qFXllqfh6cOlUOemyqNbJVR+CApCHKO7SAEj6AlPbPi8nVPlCsbyLBqs&#10;wBAFh9Le6bhCoFFFD1SB2r05VNLCaNvJGjsENri92I+lj7XmYNqFp9bASWXyR2LWP11H/ivuljXV&#10;Q8V6clxU8OkVjLHIfbhVBUFzE9wvBt6B/tv8PaIwVSY8m4Jlkp0/zjy20c88MP8AXt7vfksg0fEe&#10;m4ePd/PpZZCAS0ZWyrIV9AT63tcWB/1varytZRG7UUUaSJGxaS7sXvze1/8AevbMEblQHyf9Xn1d&#10;3BBAHSbxdJXoX++nkkikkHih0Rp41AsQdIv/ALc+2HD0gyFZFJJ5HCnjTrAc3sQw/p7duJgB6dai&#10;QManp7ydQaKkmEZjVtBtr0gKALhgT7z5HadS2ap3p4o/AZVaZxKiNpvdg4bk+355g1sAPip1pI6S&#10;6icdNOM3TRPjZJJ5nEsaOAPFI2oqCBo8YP194t34nH42Raml1sBpHjY/S/BIt+Pz7dtkeS2XXg/4&#10;fPr0tA9V672pma7KRSpWRxoys5WSO4uuqyqytezWtfn2n8I1NlHqHirPBLTg6UY+hmvyob3SUaXV&#10;XGOm00spI4jpRV00lMkdqc1CSPocoBrjBH6yv5Ht6wVBla2vLRSKGjl8XDBiRe5vGx5Fv6e0u4Sp&#10;GKDp+BCx1V6h5Stx9HRO1UB42i8huCFAUf6sCwP+v7G8wU+FollaSRhptPpOmMm3qCx/737LIIXu&#10;z4pwQf5fPpyWVV7KdF6ny9XuLMz4uOmpxGeaRpE8ko5uGaa9h9L2tf2FlbkYGyYlpoRJHOWQq49I&#10;Un62P09nchYxCpyP838+mFAJ4Ur0M2LxVRDihTVk2mSnCsssRsxK8jkf7z7x5YtjGinx6tGxKsFi&#10;sQWIBJa/+v7bigWeLXJxH8utuSjaV6z4qU5BZ6WvKzACRSZRpvGWIAA/PFvaWNFU5muepqTJGY1E&#10;rlyyX/1rj1f63t1p8LEua9UWLuLt0ofJS4ykSKFV0ahFGkY1WLfggfT3xp8TQ5aaqk9cdZROSNQJ&#10;V4kPr0ISB7qWZZBA3nwPz61QFS/p16qrZKJKeQorwSsEJvYxySfouRfi/B9qumq6BMOJaVUSsjld&#10;HBBDlRwpVBwL/wCHtpICJWSbgBj/AFft63qXQunj0wVMOQkzKpOzPjpIEdLAWSXUS6sx5Nha3HtE&#10;7m3Zmdp1VMzgpT1qI3BLBlc3t4z/AL0fbxsI54PHTJ9eqtO0cmlj060lJislAw8Uc/287wuSPVHL&#10;HwRqH+B+oPtdUGfw+fpY6uWOP7ulgEsJsQkjWsUKD8j2zaO4pa3BqpNPmP8Ai/29ONQfqpx6TFbh&#10;criagnE1EhoK+o01SGzS06sb+WJz9APoRb2n8LubDb8zsm28zhmnq8X5Ho4UJgSZo30hXH5Bv7Ub&#10;jK22RiOIjw28/Svn/q/Lqls/1DnWKkdZKzC1O2qOvyeIy5pfOUnyUlfEKyNY0X1zw6iNLAf1uP8A&#10;be0lv/BDBZB6/HUYpYaV4jWU8Saqel1tpPkI50n+o9miwLPZqwySK9MSnQ+ocOnramaXLYqlnerF&#10;W0vkNPVMqxNXQof88sSgC/8AUAf4/T2546vip2xkkbCAVqBzUKQ9Mug3MYk+gJH0B/1/ZQynwWNK&#10;len1PcBw6e6iITrMki+VVHpitYnUv+v/ALb2vMvhK+tq6Sagdad3h86ysVeQnRdimg3AIvz7bgu4&#10;pIBEcmtOlDRd9a8OkbQZaixtLXLXnXHBUGF1EbLEqF9Co2vgm/tP1+XocelPNm4RJFSSr5XeVnlZ&#10;1a3KC4IP9fx7UPbSNA0SGlf9X+r8umDKqHWwrTp7gpZJPPJj6gQrPH+0BCFhjDD0lSLEEfkexFr9&#10;1NuOgx5pI5qXG1MS09LWJTM1PHcBVDuvFv8Ajfsmt3G3wNHENRBz6/6vl09oMrB24HoMMF19Q7fz&#10;mWylVWjKZiqlfIz01RXlpXRmL6qenkPpAvYED+lz+fbjlqXFYekip4isztTIKgRBish03fTHa35N&#10;7+97eJpCLwsQxOK/5f8AY61JItTEowOsGKyed3Bkq0VNKaSjpq+VaGSVgJEWNykUhkBvfgED/YH2&#10;Ay0mPpsvUnCVJg+4LtNS+ApAtxdgxPF/9Yezufw6iRxRuk6qKkJgdDVT/cmlRa6JWdFTU6SAmRh9&#10;JAABY/n6+15tWlzTTTCDNU9RSMjeKljLRpTzKbnys3BFvZRuc0TFV0kN606UQqACS1ek3npMXFGZ&#10;67FOHR0UzmBJZXjvyIihLHn8W9rCPJVVeMhgqiYrXwxMIaqJCUgkVbqwKf2bnk+7WlbK5jeY1jfy&#10;Pz/1eXTUy+KhMfEdIOvweMpEx+68XQx/bNURy1tE9o5a6kkJV0ZJOC4HqVW/pb2CdbBufE5FYtwL&#10;rR6uGOPJQNLIywTkhZ41P10n6i3sR3kf6fiR9y9JoSQQr8ehOwmUwuYx/mwbQPEFkVqRQkLxTINL&#10;QVEQ/QwNgfx+eR75V21583OskuVgjpKGoKzzJKENVE63jljT6hr8MrC/stNysUXhKDqIx/q/wdKR&#10;EZDVj1NOQWBIV+0qfLOhZYFj1eNl4aOSVbqB/Rr29uDUOI2VV0aZGF8ni8lGGhbSfJQV8S60qXU/&#10;pV/obXB/w90aGWa28dDSvEdU1pG+ilf8nTWlfWZyGqjx7tjaygrEjkaRVngqYG5kjVx+dP5AurAX&#10;FjyIG4OxsdncBShMdj2SnX7ZqaeFHSnmjXSjIkouAR9CPb2zL9FE8K8CSf2/4eqznxD4hOegh2r0&#10;m+3d853dMm5twVFZmnSaaqjr6inNXTobpS1UULCMiJiQoCgW+vtEbDocrl6ybGS0Xkw2UMjK1Eyi&#10;Ok8rkAhDYBlIPJ9ot2mjt5vqoiAR5f5On7ddSaJOHQu7qydHhMVNlp6mngqMXC9TG9Te8qwx65Im&#10;0DUQw+un8+1tk9ifwjKYrHCSsyNBUSPFK9cAGi+4OiPWiix8Z+jD2YKz/uv66MUJzTh/q/1HpoaG&#10;kKeQ9T0GGze3sfvDF7iqxLi6TI4OWWNo8VWJkYqlaOMVLyQSkIxEimwQrcci/wCfYt7O2phcXjcl&#10;i6SnWtFnjrHsrJAzrqZUIAsG4aw/I9hiQqm5xTzmjNSimua/6v2Hq/iP4BVB2149Fy7s7M3vXUGI&#10;zdBWnaVDR1cGVxtQhjWTJJBLoZKuCpVtKqSUa9rhufblHgYqpYqaJ51Sn9KEN649L3X9d72/ofYl&#10;mSC0geM4EmaeVT6Upj/UekNvOzT6gM+fQOzd45zGVMm4q6gw9RNVJTmU6R4K6FoAkkbyxkIjMAbM&#10;oP8ASx9iFFRRwrTsWJdI0WRpFOuQDjUxv+R/j7C0EEmho4cmtQT5fKlPI9GElC+o/s6K7vHt9Mpk&#10;8n/F6Y0eKq2mMGKxFSPFTNIC0bU9QbKVJsz+kXP495WaNXOhQLk2JHNvxf8A3j2brZh0BnzQfl8/&#10;2mvWgwWoGD0X995ZmOOeHHVdRFHJLqYh2QuoYmPUFNiV4II/1/fGWWaS5JZrDi5LW5vYD8D2qgt7&#10;W3AVQFHyx/qPVS7NkZPTMk1fl6wVNbPPWSlwZDO7SSHVxwzkm3+H0/3j3DlrfHTzho9Mypqi5GmR&#10;vp9Pr9fZV48w3NYD/ZE0r6D/AFfy/LpxxohMnn6dGgwnTG3c1gsZm6LJyvK81OMzQCIeSkjZh5Hj&#10;l4DaRzb/AGH9fYC9jbhyku15cjBQVkiRTGGoSlQ/dBBJ4vIB9NIP1I/HP49jPbkBWaJD8P8AgxX/&#10;AA9F8sqrIjHNerBOgerNk9ddgfwkZOlqclW4anr8ckpgaCV2XyPHEpOoylCXAP4DWv7C3alDmtx4&#10;2vhrqbJvj6vG1FItbV6pI2V01RLU/p1FD6W03NrH2Q285g3ZEhpUmhH24PT08YeElsUz0b3eOZwG&#10;24aSokqMXT11LkKWrhoTLTwVc4ZzDOtMhI0tIjMqlrKW4JF7+0ztTaGIxuMoRLWw19PFk6/G7ioY&#10;ZCsoWo1fZ1tA5J0iNwh0v/Qm349rLkMbiWgowoV+Y8+qxaUjX06cspmMuaiox1BRmllmxMWTxGUq&#10;ofNRGqhmBqsZkIEcOGZLW0HlWNmDAXGbYlbUGp3RtaOZ4MRLTtLQ1dQIzkPuJIvE8MviAAK21K4v&#10;q5HB9lTyW9lvFpeAYYhX9KH/AA06vPJLJZP6rkdAv3Rt/wC925tjfFXiIc3uXaeSxmTSioaiWOgk&#10;jgqxNXPBFU3NniDLZiSt73OnkBNu7U3dQZrLQ5aslpshQ5R46Sr0q1JkaVmLxyM8hBEbDg3+hPs7&#10;31BFdgIKq2RT5/Lpmzq0QcnPQ5Ue48JmcFS5ajkSrxtdSR1CxoA06RvGHMLwJcrKl7FPqCDb6e1L&#10;kYDiqmmy2VWf7OkrJaKWnWeSeZlmj0qEkW+qJi1l/FuPZa1vKo1oMpRulupWGlvPHWemrqbIQPS0&#10;EqiaejFZFP8AbeNFLvoVpIWsRIhCllYAg2Nh9Pam2n1ptHZ8tBnK6gzFQ2Xk/jGAr6SWso6vFNT1&#10;GqWmmaC4ZCGBUMCCtx7KWlm37xHgA0ISrj5/LpxRHa/pgVbj/mHQbbr3RnctPldubUy216DM4B4Y&#10;dxY/PU8eUpclQ5mhcUPgiSop3QM6SK2o3uCCrD6jl/eDFf8AOgn/AOBn8Q/4t/8Aykf8rP6P87/t&#10;f6vbv06/xH+y8Pj/AKv28Ok1Zflxr/sdFl/0a9g/8/Nof8/9v/xc5/8Ai3/86D/gR/wA/wCmb/k7&#10;3//UCuxNgfrf/fH/AHn3hJnVQ567snrdoJsL+8oW3H9Pr+P9c29uYA611iLXJ/x4/H+w+vv3A+tw&#10;eP8AH8f091w3Xuu+eAOb3/w/P5t/vfvgSL2ufpf/AB910sRUdbNeuY+nP+P0+n+v7xkA/TixJ/PN&#10;voB/j70agZ61gceu/fa6QfV/tgb2/p7ulDnr1QcDro3/AB7lxv8Ai/8ArE/8UP8AvXvdK5I68fXq&#10;NIvN7/0v/S5FyQf+K+5Qa6/Tkj/XHH549+/syaZp14HqOVBtzYXN+Ofr/re+ibci54ub3t/vHvda&#10;8et9dgf4fnj/AFv8PfAsLn6/jkWNj/h79xGoHh1pq0oOuwLcEf7D6f4++r6eeDxxcHj8+9BzSgx/&#10;q/zdVqaY65WubEHk8/6/vDJKAP8AVf61+Ofe8jPW8jz6ypHc8i355sb8fW3uN5CbkHg/4/Q/1Hvy&#10;1Az1Vfn1n0LxwOBb/Ye+JchT+f8AX+tj/re/fn1v7D13Ycf1/H+3+nuMZCWAve3+uef8R7tj8/8A&#10;V/qx14VIPXMKbEnj/X98dRBv9P6D6cfX3qp4HrXn1zKi1v8AeR/X6c++DMeCb2P/ABP/ABX3UVGB&#10;141r12At7W+hv9f8PfSi4PNxYEm305/r7sakV/l1brxPI/H1F7/1/wAB9feVQfybf8QbW9+FCdQ6&#10;3Shr1wb/AFv9a1vp9R7ygHi/9P8AE/i3191oAO3rXXEm/H+2/Fv9gPfMqRa/4HA/rzf3qnmDXrfl&#10;11/vr++N/wAfW4+g+v8At/ewKCo60AR173wNhz/rfj82/Hu4J4Dr3l139f8AiT/sfr7xSXJFv94v&#10;+fr78ppgjr2euaAWvfnkfj/Cx98kS/6f02uRa3N/9792qvHz61QE1HXTE/Q/k/14t/re8ymw5AJ+&#10;n9T9PqT7p+KvW6Drh75H8fn/AIgX/p72CQanh16lT1732fxf/jf9ffiamvXhjr3vmrtfgW+oBNrD&#10;/kXug1eeet+XXEqObj6/W1/+I95QDwG4JF/+Nn3uq1z1vrGSOSpuBxa/5/1PvzqpIvYf8isbX93F&#10;aAk9eU9dKzC4AJ/x4/1xe3vC5Uk/8R/X/X96PWusq3tz/wAU9x3sAeP95/P4Nz79UUFOtdcxcm1z&#10;/vP0t7xIbfjn883v72x/1f6vTrY+fWQi9xx/tub/AOw9yQpYjg/1t9eLWtb3o0pQ9a49Yr2v/tr/&#10;AOx95RFa9h/jb6cn+nv1aNjqxFRU9cdY/r+T/U/7H3lRVAH4v9Te1uOfr+fdWJIJU9a4cOsbMb/S&#10;/wBCBybn8G/9PeYR6zxbj6/7b6j3UNpwTx6sRjHWIuQOb/1F/wCl/of6e/aSvJ+h/wBbiw9+qtMd&#10;a0+nXerVYDjm/wDT6nn6f7x75K/JBH4+pF7f61vftQJPr1vh1xZCACDf824/pz76KqSRY2/r/sP6&#10;/T/W97rQVHXqdeDOoBvz9LXufr/T6/X3iACsbci9r2P+vc/4e/A4oevEdZSS4F+CQeLj+n0H+J9z&#10;EcAW+o/3k/jj34HzHXvl1FZL/mx/3x95Ee/6h6b3H0H+3974n59bA6xOll9PB+n9f8QL+8rWK2HH&#10;5PP059tfCa9bIAx1wTVf1XIsAP8AXH+8H6e8Dj6f04/qPfgxqSOtCtOpA+n+P+35/PPuKdJPI/P1&#10;P/FfeyzVp1unr1nUMo4N/wCv44/pz7ws2lr8D/ffge3KDqhp5dZUGpeb8/61/wDb+8LAyOQvNuf+&#10;K+9BSOPXjw6530garC3H1/2HuXTUkhN/x+b/AF/qbf63u1D1qnUWeqiRSC34J/p7UNJROSupWA4F&#10;7e/ackdW4dJyuyMSqSGU3DcXHAH+HtaY/Ek2uOCPqbcj8fX3RRivXtQ8+gs3DutIFbQ1mW9hywDL&#10;xfg/T/Y+1RT4nQAQPz9OSbf4e7hWU9v+r/V/qHWyVIr0EGW39BIZEkdV0qbkmxP141fQ/wCH+8/k&#10;e3eOBIz6gAQLXt/T2rjtiy4yD+3/AFf6sdULhMnz6CbL7pqqokwSOVYnSpYlb6uQLfUH/H/W99yy&#10;Le/pUfTi4/wNr+1kFrRdBz+zP7OkM9yBUDj6dNNO1XUPrYOXYlwty1v6XVvz+bfm31HuBJUhOR9R&#10;/vH+259mMcOkaPI/6vsxn5/5S9pi9a8K9P1NhZas3cXOkm3ILcm4vb6/63+9e26erJvZrg/4j625&#10;96aAqQKZ8uqY416XuHwaJo8yWZP6ofoDcD6c/wCw/wCN+23W0huL2/PP+8/T2w0NGqeP2f6v29OK&#10;1RjpeIIKaLQdPI9HBI/wHHtzpoCxDNf/ABAP4t+PbcigCg6cSp/LpF5fMJCGSNQnJGth9ebkW4/2&#10;Ht/pqYCwBBt9Bb8nn21qNQaU/wBX+rh0p0rWnQKbk3ISkzM2gLqFi7BtI4CqRbg/X6+1JS0kYGpr&#10;H6fQ/m1/9f2nedi2keXn/k9OnlUKKjj0Wfdu6a1yyQu0Y1OOdB1kj0tYAc8e3VRGnHA+nHH5/N/b&#10;NZJBUZH+rH+r+XTwSlAegVrHyFU5vqLMeTc3Vf8AaSPwB75fconACm/+sP8AbH3sWjPkkin+rPXt&#10;SjHTUcPWTE60kvcc2uRcc/T/AGF/fTVsSgfgi4uP96vf3tdvmckDh+3/ACdaZx8h1Lg2xWzHiAjU&#10;L6iCAeeDz9Sfx7wNkALksNP1+pP+8j24lirYAJI+VP8AV/q9em/GUCmrp1i2RXNb9ljqJtqU2H9N&#10;X9Bb68+8MmVH9QQL8Dj/AGNx7dh21QSCDXH+qh8uqNdAmnT7B1zXSrcxspIt/m7D+h54vz9fcOTL&#10;C/1JsCf6C97cj+vtZHYhKg0FfzP5f6v8PTDXYr0pKDqaqnVXMf6ivJBHp/125t/vvqfcJsst76rE&#10;fX/H2rFpQYGP9X+rHSZ7mSur/UOlnRdOTnTaI6iLDjlbg2JFufr/AF9w5MwL8tb+nP4/w9uJagZG&#10;f9X8/wDMek73ZbPS2oulSFW8Ki4UsQpOkt9LXB/3oe4cmZWw5uPyAb/Qcc+7Jb0JC/z+3qpuHOfP&#10;pYY/peBOXgAK/ougUMGJ9TDn+lrc+2+TMc3BI/wv/QXv7U6AE0Ma08/l/q+zqutzxGPn0t6DqSkj&#10;FhTRkEWF0U/6wBFx+fwPpx7hPljzz/X8nj/Ae70U0byH8/t6trfgOlfTdZ0sehTAv1W1kUf67BiO&#10;Ofxf3EfLMR+qx/re1wR+Ab+2m0g1rj7Py4/6s9VDOKgmo6VVL17SxgAU6i300gHSVP5/HvAMo5Ni&#10;9j/gT+D73VDXFf8AiurLg1I6dX2NTIoZYVK/2iUBFm+vAHP+v/t/fJsixvc8H8Xsf8fbKkK/bxFf&#10;9X+r/B04oYN1wTZtN41CxAMtjchSP8Pp9bf094WyB/BuP+Dc88XA9uSTdvfivVdD+X+r/V/s9T6b&#10;aUIsREoZf6qv1HNvp+fbdPWMTwbn/A/737bW4U4NereE449KygwEUai6KtvwQBwefS3tuaokclR/&#10;Xjk8/wCIPtxpDSp680ZGelDFjaeIBiAQfrwqAHjgj6e+SrI/B/NxyT/sT70XIz1vwyD11IaeMFhp&#10;4F+APT+B/sOPc2OBxbWtxxb+o9s+KAcHPXvBLHHTRPWRkN4mAIuGNxYm/wDjz79LGCP0kgf0H0/x&#10;t7aklNKVA6URQsMdc6OYhrkgMxsBxctb6Mfp/Xn20yo4LABh+Qb/AEP0/wB9z7Ryz04mvSxIs54d&#10;K+kKOiswQ/RSLXv+bH/kXvEGYKQQTb68m4P5+ntC8h416usAr6dOJjj1iwA1X0+m4t9Pr/U++SDX&#10;9L8kHmw/2A96VyD3H/L1Zoh8PXCYqn1AsODa5H+xJ953iP8AW9rfkc/7Ee/CYD5f6vTrwhAXHUaO&#10;VbgWI1MSBa5HFrm/tvmNjYADj6m/+9+3BN8/9X+z17wyB0608JI1m5P+FrCx+tj/AIe46SkkAWOk&#10;/QC1ufx7bZxq+XV/DAFOpskHp/ILA8knn83Ptw1xlCR9fSOQAf6WH/Ffe2kYJjh17whXpnWCQTAN&#10;+L2sWI/2P+w/w95IkX68E8/X6c/QD22G4n/V/s9e01NBw64TtJbSQ45HAuOB+SR/re+EwQ/kH8D8&#10;8e9MxUU8urhAD1mpRIPqCCfUWNvra7Wv7jKsdtJ/Jvf/AGHF/flcEUPW9FePUyRplOtTcBbW4uCP&#10;qePoPeNtOrTb/G/5/wBf34uaVGR14IB1mVW069VmP44sD/T6f7H35mCrz9CDY8H34MrcDw6sAD14&#10;Ruz8A3vyORcf4Wv7iNUKG0D1Ajm1gR9eSPdQe7jT+f5fb1UY6nilJTyH0tfi97G5/wBj/r++o5Bf&#10;8/0+nuxJC1OOtkE567khJBsASfrY88f0v7yCQsPSbNzx+Ofrx7o0uaDh1amMdYzAEsX9Qta/9r/D&#10;6+8IRi5Zj9GuTzb/AF+PeiwCV49VC+Z49SC6hQiWGpbD6A/XgG/vzsSGsCRYcfi3149tBmCgjrYU&#10;DrtEAZQ1gefUPrzwNXvAzAA3JBP0497FDXrZWnUhQSQANQA5/pzz7jSy34Cn8c3/AML/AJ93FNNf&#10;XrWB1IjiIIJb6f7YX/w9wtd2BYqL3uBxYD3rPVTgdTNACsFVj9LX5Nz/AMU9uULIV1XXj6n/AHsk&#10;e23w2erLUjqDKrg6Rf8A1if+J982csLqPyLX5+nvYpWvn1sny6xiPSbOf7P44vz9PeB6krdWF1H5&#10;455/w97NcafM9VqesyUwaxX9Vj+SLXta59wpCJb3HpNrAfU3/ofdvl177epiDxgWPPNyfx74iHx+&#10;orcH+p5+vF/6+6nh14Vr1y8gc6Q2n6/0sf62/HuR+qMsoYW4/wAb/k291BIwerBR59YSNL2JHJP+&#10;sQfp77l9MROu5I/JsRx/xX3X/B16uOvR8yfp4H+xH1t+PadnL+S/1sD/AK9r/wBPp7eUnTUcD01n&#10;pzS2n8/1/wBf/Y+8bM0ll+lrC/0uPre/twMvn1r5deC6f9j7n03HDf63+v8An8e/MwIIGadX+XWG&#10;QfkXHF/94t+feSUBv839Ta4t+P8AintulMjr32ddJ/Rh/sb3/wBj7h1F2X1DSR+b83H+v70e3z61&#10;p9es0dgePV9OLfk/19wSxewtb+p/P191U5r1ulepFgvIv/rX95oowHCsfqP6Cx/H+v73xFR14UHW&#10;N24vb+nP5/2H+8+55h4sOD/Ujn/WuPelJr1tqeXWAPzf/eB9L3+vuTFENJLksBfj8G30/wB79uVo&#10;tOqkjrC7eoAWF+P9b37x+ckKAGAJFvrz+Pen4ah1tRXr2oRga2uLj6+4ctNoFw17Elv9f+nv1KnP&#10;Xjxx1mWS/wCOCBb88f195UiUxMQfURze3+2HtokK3W6eXXmYhhccC/8Ah7YKqkBY3/VwQD+kfjgD&#10;26Gr1Rh1KVrgf7weeeL+2CZ2WQKoIOoA2P1H492NAKHpphnrn7UePYWBIGri/wBef8fbMgqtR08h&#10;r1wk+g/41f8A2HtTQsXspIBI+ote30sD7ooIHy/1fy6dr03SDT6uTY/T8Wv9SPfFiFB/JYEavqee&#10;PbgAIp1Q8euxcm/0AsLc/wCvyPbT41ub2BubAXBPP9fbi6QNJ6bI6lXPFvofqR+ABb3GkddRTgsD&#10;YWBJ5+oJ97KGlQet/PrIo45uB9eTx9f8PfJnZFFkIt9CDcW9sHj1evXYAN+Qb/14P1984quQNwbC&#10;9h/RR/X3vSCK9arU9cWiQg8f4/6/+29yjVaQVkY2I/F+L/4+/UocdbHDh1j8V+VAv/vf+HvCvFj9&#10;QTcE2P1+g9+apNetcOuZ/wBiD9P6e3ancLGNS3vyP8P8P9b20xJPb5dOqdOfTqLIt2uDb8H83/23&#10;+9e4FXNYkgaRewH0J/2Pt1a6c/6v9WOqOxJr1liTgc6j+Sbcf6/uB5Wc2ZiBx+eT/rH3rgeq19Op&#10;IQAWAuefxwOP6e+ZpXfkaT9bX5P+w971U4dbND1x8irwf+IHB94ZKBmUBRcg3P8AX+t+PdtWOvac&#10;de8gub8D8f8AFL++vO8Q0gG62Ui9hf6H6+6EEcOtHHDy65FA1ybG9vx+Px7zLMXVgTzcAcg/7G3v&#10;YFR1aop1xKhTcDjm/wCP9uR7mUWpzo5+oPP1vf6+2n7e4/4OtHrHNwAfp/UfQf43HvNNAVkJ0gfi&#10;wH1H49+Rg4ya9XpUdcFkGkcn8k/69/8Ae/fKIjV+m7MbAAWtxbke3CKdVoQeuLfT68KOeb/n+vud&#10;9kxBuoUnk/61vwfeqqWoenNOK9RTUr+GLC+nj+t+PcCcAWC8aWtZf7X4ub+916bNQcdSozfk/kX5&#10;tx/h7xrVSLePlV4U/W9iPr/T3VkPGnHrwY9czGh9XBP1Fvpf+nvkP3EKmzMP8OAtvp/j72FCmvXq&#10;1x1xJINxcf6x/PuEaKoLkKL/AIFlvcfgfT6+3GFRg06qQfLrL54wASbf1u1rH8+5lJgaiSUF4j67&#10;ENYnkcjn3YggZ60FI6h1GVpYUZjMl1vcah9B9Tb6+xQwW0A5UOfUxUj0/Xn63/4p7Syt4alhw/wf&#10;6v8AVXp1EHH06CbdPY0GOjkZUOmJX1EuF+nFgDxzz7GfD7YoqFYmkszLYi5P5FzY/j2i+pqpA4/Z&#10;/k6cwueiL9l90bjzE1XRYdPt4nZ42lvb02KhwiXLf0ta9/8AX9zMjkaeiuE0ILlSRa3H4J9rYY9S&#10;DVx4/wCqvTTueAPSG2TsjcO6phV5SSrqFIDxRSu6hmduWWNAOLcewr3Fuhl1LHJYG6lgbGx5v7WK&#10;FRfn6dVDmlDmnR2eueqKOgjhlmpkMiBXTUt/UOCWP+N+f98fYP5POSSPpSW+onm/B/Bvbj24pqK9&#10;NEk8eHRlMfhoKZAPEoKgCwA4/PHtM1cEtSDaRwxNmYNwQP6n3c08+rsFI6ekKp6bAC3AFr++dLQK&#10;FaxZTpAuTcf7z7YY56qBTrt5dP4uL/7G1/8AH3PSllCgD+0b/wBbgH6X9tls06vxFOsZkX8j6cXs&#10;Bb/H3MiozI2lGAZRcn6j/Wv7p8z1ZRUdYJJ1jF2FwxsBb/be3CGIUxLSsLhSBY3Jt9ePbDlmIC9X&#10;NAOo7v5l0xgm/wBbiw+n5/4n37+IX1Ek/Wyi1ha/u2gggDqoJOOuP2ij+l7Esfqbn3Elq5WY2YEc&#10;nkXFrW49uUp5dVJpnqRHBGoHpseBcH83v9PcPzBwUubt9Qbn/Dj3bK/Lr1ajPWYJY344+n0H5vyf&#10;cCSlaQkKWJBFrC309314KjqjpqWnr1nDhbXsPrfn/H6j31FFNEf3IybkgEf7fk+/VHl1oArjrzMr&#10;Wsw/P+v/AIe3qDxiPS6Wc8hrG/vRrXHTlQRTqE+pn1K3pH1F/wCh9udNTo5UNwXNtRBI+v5v/sPb&#10;LuRk/l1fHp1CnmdVJUXCD9N7fT62t/vHPvjWUxOoBCwBHA4HH+J92DVGT1qnr16lnFlJYKSD9eTc&#10;/wCHtrICgxtpCnj6etf+SfewCOq0zTpwBvZxcn6/Xgj/AGPuYq+CJURXII5uCB/sD73SpqfLrZ49&#10;RyfI5LMo0m3BueObEf8AFPcCUFSpVwWY8/0t/ifdBQ/Z1XiepS83upIF7f1/x49yoYoiLvYEi4Fx&#10;+P8AE+9aiRTgfPpzHEdYZHcW0gn/AB+v+Fre8gCoLRkBr2YDm6/i9/esas8etE9dct+tfR9QfoQf&#10;94Ptxig8kd4wPIB+plBFz+Tf3uprkdbAqK9N8s4jcLIx0H6ANZuP6f7b21zQAgh43dxcEp9FP0ub&#10;+7cT1rHThHKLAo6qh/DWuR9bAe+MVKGhs4Nwx4sfr/UEf8T7p4oqfLrVOuTylZPTYgj63H5/w985&#10;MaAqPGrJdreo/wC3Fh7cSVTx49e016xLV+p1axsoN1+nI/x951hiRW8mm4B54uDb6W96diaaetgD&#10;geuHkdmGi9rg2FyCCfrf/eePaXr6dnQ/UWOpW+h+vFx7fVhSnTTccdOkRF/9ha39P9v7iJFP4kMO&#10;pmJtZr2Xn6i3uilFrq69pJFespK3sTa39Ta/F/cyKnqYWLMupTb8fQgWP196ZtRqT1tUYHj1jLow&#10;sGsb2/qfpe3tQQrpgMsp4ABUICDb/G3tKe9zjpzgOoTsdfjT6n635HuTN45ER49QtYso4BJ4N7+3&#10;4pAcHj1U5FR1FRZI2YPpbVezHkgC/wBAPadyaEyq8agr+VH+P1t7UZK0rTps1rnpypjZNJJv/U/4&#10;ce8+LBWdS4CRk8hgLf8ABvaaVjpovHpxMddVXMRtdmtxpJv/AKw9rFYnbmArpUXKm/P+NuPaQNU1&#10;PTwUMtQek/JJGgCz6wxPpI/1uRf22VjLJqB0iRb/AEtbj+v+39vBSpo3n1QjFOp1KCoBUMUb8t/i&#10;L3HuBSVHjZhdWkuLkG6293KAgV8utLUGnUuaLWt+QljYAck2vx7wZeaatIfSSsQ50t+sf6/t1KKu&#10;kY6qc9eoII6VSoJvIxY6h+kn8f74+2yOFZEMjRzR2uLXN1I+l/8AD3r8VAc9eAOmvU1ntYAq17Hn&#10;+nuHBVsZ/DqZF+gLXGu30b21KukV+fVVJr1kKqRcqCbH/efb8DZCUVCwH6r/AFH+P/Ee6x4yenCa&#10;dRWtqsSbfX/W/wBb26UMEcyKNPJN2A06GJ/w92aRhgdWADHPUCqmMRLE2ABsTcsv+H9D/j7flSko&#10;iUmCIpU38YGo3/BP09tRhnOsH9vVyUj49MUslZWoDTB2OoW1k6BY/qsfaRypp/NelXUHN/3LAqP6&#10;j2rb4e7y6ZNK46UeP+4ESipNnAtdCSCP9c+5GPpxL+mpdZAo9J5QX+tifaE9tOr0XTjrurnMYJMA&#10;ZOeVNmsB/QX9qhINUAIZJGh9LD6FufrYfUe3YnOrSR14A0xx6TE8+iblXiSblTyQpsPyfp76paZN&#10;TBmCK5NyxXg/4D/D3qV++o/YOrIAPi651NS4hUopkdBdQoJ1Lb6k/wCNvbPl44qWcPEwcKeXFza/&#10;0/4p7eALR6iOmmYau3pyxM0tRAFlQxlhwrEDj6H3FeoeaJDEUIb9R+h4H0tf2ytQCp4/6uH+DrdQ&#10;R1OWFI5GLBhY8f0uf8f9gPcqjkjcOieUSKCCTwpt/TT/AE9sEsp7urKSQR1jqkcFWbxmMsLA8tz/&#10;AIn2lMrR1NZUmM3ZdQsY9WoH6fUc+zFnAir01oJfPThTNGkQ508c3I5t7nQ44UEKtK1tQsEYkuR7&#10;SCpNaVHT+nw1px64moEzFYrkKf1C2n6f198o50V1YEC31AsL/wCHvdQSR1TAPXJo2KkG5vx/Uf1v&#10;f2saHKUawMkqxcgCwALX+gJ9pz8dQcDq+sAY6S2QxdZJKskEkgIa4YsQAPyAAR/re4NbAQ5mMgZd&#10;OqLXYIoH0Bt9b/4+1iESAAcPPpommepdHPpUQaCsgbTJo5Zm/LAH6W94IGiq4yk4NPIv6GhPpa35&#10;F/p7qxMT6aY6sNLLnj1ImSanYSQMJ1bh0kF2Xn8Wt7TMyLUVbpMA0aEKW41gXtdQLe3ZCAvb0ypq&#10;xVuniO6QqRwzcgfVbn8e1lS0i00MfhjbxSJw5FyL/wCC+0I01qelPyHSfqaozSOrugkiaxj+g4+v&#10;qfjj3CrMrPTMI2sIg1lZ2KWP+Cn2Y+Goj1r59NM+luu6bG0895eDIRY2s4YfX1N78c2FjZkkUvIo&#10;J0spY2/p/T/Ee2Uh1NqOf9X+rPVy9M9ZP4UhZFZDojY6QQQovz9Pz7YGinystmm0+T9QIJB5v6mH&#10;0/1j7fdzAvDpnT4hr07KYqOPhPSg4tYEcfge0buPDPS1COrq6hBeNbg3B/1J9qRMDFqp1QxhGx1I&#10;p5xOmsAjm3NiD/Qgrx7VW34Y/s21JYvD6pLMrIwH0IPskqWl1D16VpRYqnz6x1TFfHpPOoen/Vfj&#10;/b+4y+Zq/wAf1pQmnVxbVfgkj2tlLBVZD8+mFqWqeHWXgR341W/3n+lva5x9PT47w1saRa+GkVCF&#10;1i35/P8Arj2jkU3KlHx8+nQwTI6TtZNLVNNSHyBWOlWZSwB+vNvakeqi3BThnKwtCdKaQQ5FrAOW&#10;+v8Ar290iYwfogVHViwYV8z0lo6CTbtS8kRkqRVeuZXbUisD6mjC3te/0v8Aj2GGQzBwFcRF5GKS&#10;Al1CroBe9wT/AMT7MJbZHjJOaj/J0w0mltPS9iiTIUimdAFlQBoydQ+lrH2KeE3V93jJS8skkhiv&#10;Z1UgAraxI/PskitdN2G4j/V/q/1YVqwMWqleg93BtSH7qmeCCGGMygloyVc+vUAB9Pra/wDxX2EO&#10;ezVZHXB6RWZWkIZkNynP1AHsRTqDHRcHpEXfV24HQiY+jSGkiidQxCANqH145v8A8i9vsGReah1V&#10;LaXstnddevjlddvZZFGfFoc/5On9ZK/b1xkpVWZTClh+VQlQDe4JX/eb298KfDZWtjeRAkNO4Omo&#10;YsyWI4sV/wB69q454xJoGem2jJXu6w1WVx9GyxyOXqBa1OunykD86Wt/t/bNTY/J7cnaplkatV5O&#10;CACiqT9F1fQfT27cQCc61PDrSBoRjqRHVUmSiaNWYaluUb0uv+vY/wC9e1/HlVraMXAQIou17D6W&#10;N0PHtiBAGMZ4np7NNR6TEuKNJWeZGMvkb0xsNTC5H6X+oHtKyV9GrSxJI4N+COBc/wBT/T/D27LC&#10;AdZzTpsOvDpSxRVBWMuq3sARe5Fv9494p5mgQyOVqF0hwjkoR/rNf23GFI7B1UkDrMF1nT6oze2p&#10;bNf8c3+ntT7eztBBLG9Qukrb9tGF/Utv1e01xbNItR/qoenY5U4HpO7gxVdV0s0NJKA8i2V5VJC8&#10;8gAf1+l/eTNz1a5GOoomeoWodCqXPoVmsQQv9B7Uy+GbVScFRw+fTdGMgpw6i7dghXHPSVcUcL0+&#10;tJWAAVrC5cFv68+2LelPXTDwq7mfxpaKMmyXF2Ug3+n9famwmDQqzDj1W4BJovTnt77RIZWgVUj8&#10;slpGAHkOojUpH9fx7Q22YWxdUxr2KKzEMur1MbWUkfS1z+D7tcI5IYDH+r/J1qKiCnn0/wBSrywO&#10;sRGtl9JP0HP19qOmzyY7JGaWULrb/Jo4mGtrng6j9CPae9gimQMR/q/zdWSTQaDz6jzUYnpftzb1&#10;AK7OARYD1en/AB9i5Rmpy+Jmq6qY+GOxVPIoZyRcCx/4j2X2rKJ/Bjx69PslE1Hiegpy7UWAzVBS&#10;0dKDV1pZTMKeQpEit+ougP1J/P8ArD2yY7A1miWtFVFIk0p8dHJpEoX/AAIv/t+Pd5pEaUoBSn+r&#10;+fW0XSOOT0ochuOjhmioJaapVlhDvWwxsadHvYgng3/Nhf2+RrMJkp54XkLoI44zGHsTzw35H+t7&#10;QTStDHVOH+r9nVlBdtOK9N4FHUxyVMFSkQjkeWWZZihYDg6l+gI/xHuHlccaCqjV7RIyagisvHF9&#10;J5/3g+1tuHnhWSnE/wCr/V/m6o/a5X0654bN0+Tpqn7d2qWgmaJ5TE4VinDspt+CPqvtD1eb2vjZ&#10;JIpnemyT3SRQ72OpvqFBNrj+vHtebWaMiaWhAyOmTLEQY+B6VKQZmoKWlpnoTpaMSKPKLL9CQORf&#10;88H3jwlFTGWeY1DypLJ9xTq5LByP0qwT6D88+2JpxM4AFBw62kekUHU/IzVEUCaIhcDRKVZRoUiz&#10;Mmv62/A9pfsTIS5f7WgqaJZ5B6IahVDvCykEKrDjn+ntfEy21voB7fTph/1H4V6x4PF02PjnkpS6&#10;rVymaRDcJrYcvoP0J/w9ycGVwONH8Tp5qOKFPJ5JP1zeQfrQf0H4Hst8LxX1x8PXp8OESj46cKi8&#10;40U8iOwJVwCGRNP1D2+h/H9fbtt6XCvloMqh0zSya4p0RUnZAbAyMPob/X3W6DTpR8gdWQqDVePU&#10;TKRVbY2oghSJ2anZCH9SG4sVAI5H4sfc/K57IplpsVXxJLRVYUokhVjXRuSHjLG/Onnn8+zKQtDb&#10;rNbmgoOk6By5SWh6ZsVg8S1JBWUsYhq4EZUmQMv2sqg6hHFwAL/W3BHtJZKg2/BQz4fH19RG81WK&#10;hKOUWnpZG/Qq2PCgi1hwfe0CkNNIKah/q/1f8V1pih/TTyPT9SPkHkVqunp0CxFTPBMWSQ3B1KjC&#10;4B+tiePpc/X2ocblM3h6OJJ2jrnWCWmep5+4jVk9KFD9Li3PstgtYlmEgOK16UM8mjTxx1gr8bQ5&#10;P9mUMqrLFUaBdIpXicMrkj9Vja4v/r+wzosxS5HNx4jKyPAZ6sPC8xWRLMxUxyA8j/AEe125NJbw&#10;mdeBHSeB1aQRydPB9CHQlyqnSosuogcD2P25cxXbW25QYrF0TVVBRsiMt1XV5W1STc/RRe6j2j2i&#10;0iuLSS7bLv8Ay/2fX9len7iZ1lCqMDoKcbg8dmd35DcFY/jypp46eFYmAMVLD6FiBJ5PBLWH+v8A&#10;i0iizVTG+MrIqM10dYrxRsqlzBIy6fG7H9Juf7XtuCIaS7Gmg5H2efWmbOPPqTmsHQ19PlsXJXtj&#10;mjWKeUhhF5ISxl8oUWLD0kErb+h9t0u2655ayvakAliqSwpOEZkewZGKcEn6+1s9Ll6r5CvW1Uxq&#10;C3E16kU28MNTxYvHrkVljqqTRHXKS0YaKM/uEvzY24/23uLW47JbUqBUxUNRNR5RAftwb1EDzONQ&#10;Zk9Nv8fr7TNbC4iF1xK/sPXlcBig6k4jcmF3albQQZKnerxFT4aiWEBYmdF/Uiy/4fUXIH9faJrq&#10;3ce3d80m4aOsK4HQy5SjmkQmEstjG8cnPItYj/Y+1G42qX+3qsYo4p+3puHXFOS2VPT9DSUuSxJx&#10;tUiSqYimtVCpJpb9uohZP8bHg/7wfayr99U+aZXhoIMhSIiR+JgZqulklayOip9bHkH21DK8NqIJ&#10;GyvGvnTq5UayUFQek3iNhU2FepnpchVUVTU1RqpmpXWOmqLCxSWJwbAjhgP6A/Ue+FXtvP7azmLr&#10;KWimq9u7hWNcqZYlc0csguj+FrtpLEcqPb00Ud7t/wBdD8SEg0+X+f8AZ1pC0c5i8j1AxPYG2tyV&#10;ed26MrQR7i23LKWo4a0CQwohMFTG3pBJsVkQE6T9eCPYh020aGTHnJ7go/vJE8yfZzlgYo4vSrKL&#10;j9PDIR7LLaa5upfBh7Y1pXyr1eVo4VyKsekVuLsNoMzDtnbNetHPWJS1EOVggp6ymeaWTX4pAwZb&#10;uVaOVWANjdSDb23Y/YVHuWgrpI6F8e9FIQklSWghrFY6k1Io544uBb2bGcRTizAqWGCD/h/LprWu&#10;jXJgdNe/O76fq/I7e/jFeM7T7hmWnkxuHphXZLHyIoSeoTSwvErkaw5uL8fQj2Ie0ds4zb9OYikE&#10;8kCpVq+uRo42HrsgFgSCP7Q9hm/sr6W7CGmljn7Py6ea6gWAmPy6Dff3cMu5sWtRjf47iEraibBw&#10;04pKKnq55pwYoZJ/ufJohcMfUjcm39PaS7Bz3iQZD7+KjpaZ46iesZysKU/kA0sY7m3+sLex3CkS&#10;bYLOL4wP9XHP7f59Esbgy+LIaDp16D2NFho6+PI4uSSprDMj01SkTTtWLH5Jqpnl0p9DYaufY27C&#10;paeHE1GSx1THW4/MJBUmWJjLGJBGQ5Rr/SxHH+v7jK4ljvdxVJDSaLFPnUU/b/sDo8SSsOn8PRSv&#10;l9uXMQjD7dy2HqcVLiaqvhiml8KLW4aVbRsqRH1FWUG4NrWJAPtQRxwwSyyoi65V0lj9bcliBx/t&#10;/r7EssUl2sYkNPD4Afyrx/ZwHTMaCOuKV6IBUb4ySYiXb61ck+P83liWZA3hZhpYQSH1afyFv/rA&#10;e+yWY25F72/1v6+3/wBOJeANP9X+r8+r1LZ6Siw1eQkVnkeU8WHIuL2A0j+g954YwGUyKSjErrH0&#10;BP8Aj/h7Kdw3DRETCwqOI+X+z/q4dPQxBjpfoRtobHnzFU1BPDLBMYzJAzxuEl4ufVY/g3sAfbRu&#10;aubBxGRY2lGnWLKSzLa/0H5/p71t9x+8bVpFxTH5/Lpt18OWgPQ5dO9NUG5N7PhMrWLTPRlH0llX&#10;WrNpvLqHCg2vxxcX/p7DYb6wOWqKmJq00lbQRr9zj5dMc5D+pWA/oR73BaTxOq3JwxqG9Mft/wAv&#10;SO6mZlIiz0fc9Jbg2dQRwbYwmPytHknAgyME7S09Kmr6zU73uSL820m3+PtPVfY2DNVBjQNTEmJU&#10;K6ruwJKm4/tC/wBfYsikisYfEjqSeJr+XHop8KaV9THh1Hxfxd3fNJks9lNwiOtq546mMU+qm8Ec&#10;T+WFYvEbroYA+m1rcfQe4dVnaueopjRSA4iFBLV0Kp9vM0aP+3JjwBpZk5WWM24sR9fbDxxTxh7L&#10;tmbz6VxOyV+oyKdCjgev8fhqeuTcVKKrP1ck9JRZ2qmmyqh6inCy02anlYyiOViZKea9he3pK2IV&#10;Z7eHTmVavwC7ox+0MnXT/cpTz0rUanIXMazTtIEQktwwJ59mEyzWMXj3y1LLmnGg4mhpUefTC3Gs&#10;+HWgr9lOlft7HdybTqMTFWUNJvmipIpaSpyNRuCnoshHj3lDosFPNERLIigAM0gLaRqIvcDLt3Fr&#10;AmIpdvmHJmkpo46+vqpAZpyoHmLFRq9S38fH4HsIJc7bdI76qvq7R5D/ACfPpZK0xYoRRQK/b0hO&#10;xNx1+Kxm5sj2VNV7Zx1ZU6MLR4lDOkEMg8NA8s19DP5bfdXIB1ECw59v70NJlMvURGiJKU7QGWSL&#10;1EEEFQSLBlJB/wAb/X2LpVWK1gaXu4Gp/wBX+XpDaPK4dY8Cvnj06LpBu7P7A64izL7npganJjL/&#10;AGePrIpKRbyrIxbSdZpp1QpdFunNxf6tCdc4wSLBlXlqqbx2k8DvCzMG1LGqrexP9QbjkD2nuraW&#10;5BeA6dRp+Xr0YrcpCCWFSvTo3zTrMjgqys2jhabH5tZR9nTZ10qKGOEw2mr56mFoy8cbX9A0llIb&#10;ggj2q8nkCkNLj6XHNJQ0UcdLHFdiTS20WSV7ksP7QJv7Ubdy/bbbZyBG7nqx+056QNeXF7cBwNNO&#10;gp2jS5Dde5Mn2Du/flNjt15hBOs1MIIocZkKJdcCVONVgop3QK0EhDLb688++P2Mf/Ork/1f6Zv8&#10;3/q/+Df4fX214cPoPhp+f8PXqXn/ABr1/l1J/wBINX/z97Gf8C/tv8/t3/gb/tv+A/8Aj9Pf/9UL&#10;QwBvcE8f7f8A1veEhJJ9eu7J63ZrXBFiPx9fx78X5/w/1jx/UAH35Qfs69jr2kW+n+8/X/XPvs3N&#10;rfj6XHP+H096ftGPPqrEgY67H/FOfwSf6e+vG5vfn/E/48Wv79U4br2DTrrUv0uP+I98LWNvpyB9&#10;Cf8AefdwA1CTXrfyPXL3zKn+h+o/oLj3sLThw6rpoajrjqH9f9f3zVh9SOD9Pr/re7quKdbGD1jk&#10;W/5txduL+5QP0P8At/8AeuPbeSetCpOOo5/1rW/HvnrFiCb/AOH0591r30OOt17uutJPIH+F/wDY&#10;/wBPeJ2UDkhfr9eP9ufeywAoOP8Aq/1HrxNRjrmisxva4B/qBz/h7iM7FjbgXANvrf6fn3ZWxkcc&#10;9aHz6kqoAF+SPfgvHNxf68fj/D3biadWweuyf6cn6Dk++Drp+n5/4re/vflTr3XlN/x+feFr2Nj/&#10;AIe61r1qtePXNfqP9vx/vHuOvH4/x/x5/wBb3sAV69QdZW54vYfT/Ykj6+/EcX/4pwf9b34ju60R&#10;3DrwNxbi/wDrnkfT6++IFz/tx/sbX97NOt467Nx/vH/Gx+feVU4FvofyOf8AWJ96yOvV9euBYH+v&#10;+9f6/vKF5/2w/HP9Pes8Ovfb1wJ/31z9P6e84W5Fh+eD/Ti1z79w49b+3riTb8/1/wB4+vvLYAWt&#10;z/sLG3PFvfqUHp17rhqJb/D/AA4+vAv7xFB+OCTxa3H5+nvzVpUdb65g/wC8D6n3hZD+f9v/AMV9&#10;+FadaIp1yBt/xv6e+gnI/wB5v78Tqx1oivXr/X/H/ivvII2I+lv97sP9b34Cgp1seg64lgDyf98f&#10;pf3wERvwCf6397PW+3z65auB/h9Pp9D/AK39fclYwSD9Rz9eTf6+/VxTrXWJnte314t/xX326/2v&#10;qPz+Bx78ONPLr3XlYfp5B/p/gT/j74pptyRzfj/ez72cHr3XbXvwDxzf/WPvl/Xm/wBBb8fS5PvR&#10;Xg3WxTrq9uLab3J/1ueLe8ErEk82/wACb297IpSnVT1zUAAX/wBjYAH3E1sv1uQfpb6c8/Q+9k14&#10;jr3z6y6Qfof6jn/D31ctxf6n8i554597NKdeHXrW5sePrY/0P+PvwU6wSQAOP9ufr7p8ut/LrkSL&#10;fnn/AGF/9v7mxA8EcN/ja39D/sfeqA9ep1gawBv7nIhIufz/AEP0/wAR7abj9nVqDqMzgGwFrfU/&#10;kj8A++RUlgLW9I/1jxz7spVRXrR+XXC9geSbnj+o/wBc+5aqqgA/X82+p/2PttjU9WJ8j1hJYm4H&#10;+3/xPNwPfHQG/wAef8T9Pxf3byFf9X+XrXXeog/7b8gf655/3j34wgsvNuPp+P8AH3QHy62R135b&#10;KTa/+31Hnj32YiL3/P0H1/PI921dtOvdcQ4J4/4p9Pz7jScXW3P4+l7e7oKioPXs06yr9QTe35+v&#10;1/2HvgJNIP1a1gP9j9fdqitD1rjnrmYybfQXP4/wP1/2Pvo1F/p/r2PF/wCnPurL+If6v9Xp14VH&#10;XNYSL3tb8H/X+vHv3nNuOBfjni9/8fdQpJr14+h694QPzf8AqB/T8W942mYm5Nwf94Pu6x5z1sV6&#10;5CNbH02P9T9LfX8+5EYVzYW+g+v1P9fe2JGR17j1GYlR6uOT+eOP8Pcg0Xk/H4vY/wC9W/p78CaZ&#10;61TqOa0R3sb2On/bf7f3MpcWLj0Hk8/0/wB59uEdta9e49N1XmFQMNYGkfX/AIqR/re1RR4e+kix&#10;/HK/7e3v1dAoc/6v9Xn1rpDZPcyxK31BUcgMfzyt7fS/tW0mIsASBwf6c2tf8/196Ok48z/n8+rd&#10;tM9BJm97hGdQxK6SP1WC2+v9B/rD2oqei0fVR/rfgD6+/aVFADX8v9n/ACevVCQQSOgdzm7/ALgS&#10;aJCtgxWTVcyG1v6X5/5Hxz7mNLFEthYf4/1/px7WxW711H9npwrn/NwPTLyhRQnh8+kAUrco5vFr&#10;DE6io5YaiFPq/H4/5F7bpq6NQeRcXPsyRO3ur0WzXDOaLw6UWL2ZVyTxyHVoY/gWsPzyfz+BY2t7&#10;ZJ8iCTzx/geP9ce18MYAoPL/AFU/4rpI7H8Jz0J2P2eIgvoLFh6tQFyf6H22TVosQXA/Isf9j7WB&#10;Q1PUdNAMTX9telXQ7faNgRGzBuG1Lf6izEDixP5I9wvuQ7WB/wAbH6f63t3RjUR14NmnT6cV4ENx&#10;b6i4uG5+pJP1t7cIXtbSTY/UC5/2P19pXgDnH8+nUenH+fSfry8YZZEGpRdbL6hwD/sQP98Pb3Sy&#10;WIt+frcX5/40PaWW2VakEf6v9n/VTp5ZM16DfNo06HyqTp4Hj4OnkWH9Sfb3T1AX6/jj/YW9ppLd&#10;6DI6VhwnceHQQZ7DGr1pHEbODYNcNq5UWUXuf9c+5oyYjFgRb88kfQ29+FqCKtx/2P8AVXq31AAq&#10;Og7m61nr5ld42IuRpsp9R9V+LWv+B7xNl739X1vY/wCvxxf/AA9uraqoGeH/ABfTbXLnqbF1EoCA&#10;wDixPBJH9QwXmwPPuK2VF+WP/I/6/wBPb/hgKQuOk7TSDNf29KWk6ggAB+21Ei7Na11t9LNb/bA+&#10;4cuVNzZj/rlv8b/n24BRfL/UP9X+bqrTN5n/AFf6v9Veldj+qKRVW9MCCV4EQsAeP7IJ45sSfp+f&#10;cR8qefVb6Dk/X8f7x7uCpX5n5dNq7E1J6VUHWNMGW9MrKRqvpAYH9Wk35N/wb+8LZT6HV9efrzwP&#10;6n20XBNB/qz+f+r162GNKnPT3D1xAp0CnjOkKACi2Avb6Dn/AH349wpcof8AVfW9uf8AbfT29VTx&#10;Gf8AV9vVKmmOlJQbBp4RYRABbCwUEkXvxcfn/evcGTI/U6+Rx/xu/wDvftxZuCjh/q/1CnTZVqZr&#10;TpTQbNhH+6EBtcaV/wAfobf4/wCPuG2Rb1Xbi9hzx79JMoAp1vQKUXj0/U+1YRb9oMdPJIsw/rb8&#10;e4zV7Hm5/NjcfX/X9tCZVNB5f6v9Xr1cRECgHTtFt2EceJObXBS/B/wsL8/09x5Kxj9Cfr/je314&#10;Htk3BAOrp0QVGenOnwsScBABb62Fr/S4P+tzb3FNZIx4Yg8f1vx/j/T22LleBFPs6sIlHz6dv4LC&#10;gGpFf6/W3JJJJ/pce+PmZiQxYn63/P8AWxPvfiaa1yOnBD59ZPs4lClAosACPx/QkafeaNrXBJBH&#10;+B/P+t7oZySCvE9XMRHEceoc1OG/shl54J4/2N/+I95hJK7aSLKT9dPP0+pHtrxVWprnqwjVRkV6&#10;wGkgRAwDFgvA1WX+pANv9h/re5AiYjgFrgn/AAv+bf19tGbVUn/D1YJUY8uojyxxcEhOQCLHn8gM&#10;T9PeRKGRyOCT9R9TcH+vvy3A4HHl1rwjXhjrBPloKZWYugVRcnUFC2/Cn3NjxLg3ewJ4/TyB/X+v&#10;tz6lQPXq4t2bIHSbq9107ACFtYBJ4Ym7DkCyg/63ueMeEsD/AEB+n+9e2DdEmo/1fz8/9R6usDfE&#10;emJtwma5BN9RAGqxH+qu1v6e+f2wQXIuv9Tzx/j7Sy7gNQQYI/1f6vn0oEK8T1IgnkqAWWyngi5t&#10;/j/t/wDX/HuJUBV+lh/rDj+vN/bDTV9c9XCKvDp/xscsmljyRxyw/NwNJX/H/D2n6uRb+km30uLC&#10;355H9PabxWr3f6v9X8+r6R5dCJjKVlQXA1fUhgbkleeR+fbQKlQ30B55/HB/xHupY6cf8V14L0ov&#10;snIFyRxwPrz9eQf8fz7zxzAlQP6ki3vysa1Pp14rj7OsE1N6WuBzYH6g/wC9+5U8pWG4sL8En/io&#10;97w+T6/y/wBX+Hq1Om+lp71JHJBCkC/6efyD7TM07epifobcn/YgC3+9+3VdR2jpumKdK+KlUBVC&#10;jlbiw+v9f+Re+CzC/DW4v/T/AF/fiTSh9f8AV/q/2etUHE9ZGgNrlRb+l78fjj3OjkL/AE54vb+n&#10;9fp7rqYY8vy6uOFOoEsKpZjYEkWv+bfT3maosLAkWFr/AI/pYH3QZ4nz68QOsC0tzqK6h/vP+2/3&#10;3494w5fjUST+fxc+9q9GoeH+r/V/l49eFesrRBBq02sLf7Ace5DMq6dX1A/s/n8f7H/be9A91P8A&#10;D1vyr1EVHcOU/SzfQm9vz9B9PfCRo73BB1A8j8EfgH3cM1KjHy69XHXOONiLOCNJ/J5IPFz7jNIN&#10;Nvre4v8AiwPJ96PEHh8utY88dTY4zqH14F7fm5HAv/xPtqc/uMRxzcsLWNv9b3qrBqHPWiB07oB4&#10;lB5uP0+5CSaASXvcA/4/S1vezU8OvAjqM8YYiyc3I+gsbH+vuRFINV1/HJ/w/wAR7bIoAD04CCKd&#10;YZYzYg/W/Avz/sffTyC5IIDc2/obfm3vwJ4deoePXo4TYAqSt73H1Fz/AF9x1lvfkagfpfj+n596&#10;r3Y4daNepTwgAHm1v6C4sL3v785IBa41D6D+nv3Hr2SOvIBfTZtJv6l4/wBvb21yT2Yqtr6jf8+3&#10;lBpjqhyep6RAgEk2sLD6e+Bs9tVgvPI4sLX/AB70SCMcevUJPXMApq03P9Abnn25QwxhbKdf0JF7&#10;/U8e05d9WenFFcDqHLI1zddJ5UNb8jk3/wB79yXGkAIoYfXn688c+7rJXHWqV6igaiWkJB+l1PAt&#10;+L/7b8e481mX1LZivNhf/efe60ao61T16zwkqbA3UMbXNvp+B7gpLpcggf7xcc/gH3fJGOvHSDjq&#10;Y8YKg8/Tkc/8R7mBVJ9XOoWt9eT9OffhVR1r59RCWsNPGmxJNwLfng+5IgvHa1xY3t+Pwb29t+ZP&#10;VwDTrA1RaQckc/T6g/7f/W9tVSj8gmyqOLX/AKce9inDz6oa1p05QMpHp+p+v0/3r23GEuT/AK3J&#10;A/P9PbwYUFOq9Sg+m/8AT/X/AN69xjBY/W5Bv/sPyfewRqxkf6sdeAz1z13/ABb/AIr/AEv7nRxB&#10;QunUSf8AY8nni/u2sjgOvdYWa5OogC3+t/xPvI6GIAtf1f0/x5sfbZFRQ9e64o4cm34Nv9fm1/cS&#10;SIuq3JJP0A/x90IPGnW6jy6zowBPA/1xfj3xjo3DajY8Ag3/AN4/2HutfLrwrw67aYEW/p9fybn3&#10;LjpdMgfhjweLWY/0HuwbFB1sLmg6wPN6W+q/Uf4j3LaIhgSnItxbn6fXj34MP9X+z6de0t1gElwf&#10;Vf8AIa/Fvpb3hYNGfSHAP+Nx9Le9hmJp1WlDXrKNLjnST+SB74NKsY9I5I/V9D9eb+/VPn1sdd6N&#10;R9RuL3AsD9P6++AGtubgcXYH+v8Avh70zYIHWwp49c/p+L/4f8R7mRJG9lNwQOWP+H0IHtpywIHr&#10;1f7esLs6Ate4H0HH+8k+49XBGt/Sb/htJ/H9fe1DjPWjQceucMpe3+8j/X54H/G/aZmoFkbUpAtc&#10;/pA5+v09uVrQHpoqCenAOLc3v/vf+PvtIjEAFYqv0PFr3PB9slut8OPXP28QOEAJYsVHANr3/wBV&#10;f34M3A8Orj16iyLckgD/AHn+n0t7zvLqKlR9Dyf9759uKMY61THWILYG/wDT+o/HA4HuBUo0kgN9&#10;IvcW+h/H493DU6qQOI6zRkKv0uf8b/n/AF/caKAtMxI5HI+nIA+pJ92LngOtAHrIz2Uf48Hj/YWt&#10;7nujeMWSxAK3+o+nH19s5z/h6uB59YgwLcm9ze3+9j3DEL3HpsST9f6j6c/4+/HPVSDXrMXXn8j/&#10;AIg+80cLFtMoDLcfnj/Ye/FgBQdXzTrgzCwKcG1/9t7czDBGFuLqeRz+m1rfT/Y+6eIeHn1viM9R&#10;gzsWsfoOePqT9bD3jR1QsB9L3FyT/re3EWpDdULUHXbXYC/544HPtsqlae5X6X4A55Bvce3aY6rx&#10;PUiMhOD9TYnn6f7D3iho5FCs2og2J4P0/oP+J9tMw8uPVwuKnrmZF5APP0/w9u8Ubra6sAQBY8n+&#10;v4911469TPUZ2B/P+v8AQD3KeLSpMKgtYgcEG/55P+Hu4yetgGteo6yXNpDYAgjnj6/4e2OeNnBG&#10;m0i3upvcn/ffT3Za+fVW49T0YD8+k/S30H+vf23IZBIqPGSfzYf0+twPejjquesv4+tv8faioykV&#10;mNrn1W4vb68j22414/z9OL6dQpgzXUfnj6GxuLce3RDrJPI4uSeb/nj3VVVBXrZIJp1DkDC304/A&#10;+o/1/fEuiSKIgCf7Rtcgjk+7MQBX9nWqHz67CO6EyMQPwCeCD9Lj3J8wk1gkpx/a4ufp9B73TgR1&#10;upB6jeExabDVyQNNvpa59tdXGEJ0c6m/HLf4k+7AGlW8uqk5z04QuXAv6dP9fp/sOfbUY5pJPTq0&#10;qbf01H25gceqUNepWpFXm1z/AIcD/H2+Y7G1MzAFPSTYhQSTY8Xv/X3RzkdWVSemutyFPTIzPIoI&#10;Un1EDj68W9iViNryt4j4S4fj6EqP6aif9t7aeYJx/wBX+rj1fSeA6CDcvYWNokqfJXRQGFddi6oz&#10;H9TCMX+vtfUe2lhA8qwhR+dP1/2/tZT9KoqAf29aUVqx4DorG4O96OrqZKbFTVdZWqX0xK1o0C86&#10;mdeLH6/19qFfscaqlVTUo/sgEf4XK/4fUey142kUr6nzxT8uH5/8X0/VANK9ISOq3VvWqkWWappq&#10;WS4CszXlJNmZWa/0/HtMZneaUissJvpDCw+gJHIA4PvaWw1DVj/D8vl1RnFMdDFsnoiCoInyQMjS&#10;NHJ69TagOfUWvyR+B+fYU5Ld0tSZLPcm5sBfn2vK0XSP9X2dJTRsdGi2/wBe4zELCI4FXQAAeORe&#10;9iP95HtHVVXNXAks34vY8+28g08ur0xToQqalhowEjRQBf8AA59sktF5VAVrEE3I/P8AW59vxkUz&#10;+zqtBTqcJdJPHBHH/EW954oCQI2PpjIGr/G3Fz79qAwBk9bA64s4BLDm/wDvQP49vlNRUwZfKWAt&#10;yL8Hj2w7kKadXUCtT03T1E9j4gpIPp49XudIIFj/AGVACkBTYG4/Ptoai2T04XUjqNG05b94t6uS&#10;PppI+g59tTuY2P0QN9SCeeb/AI+nt4AnpsvT4enBVV1F/UV+lx9P6cH32W+6BEaMVQD68H/Gx/43&#10;7oaKc0z14GvHrwAh5dgGY/7D+o9yRTrpVQgUmxuTce6A+ZPWyvWEzG7G5YC/AHP9PeGak0q5HB+g&#10;+un+oFvbimox1UjrlHUBioP0IH/Bv9jb3CgppY5VUqpDC5P9L/0vx/sPfm4ajnr3nTqS00bKTqIs&#10;dNrfX/be3lKdbgAAtfjixsDyfadTU1PDq/UGSYgEk2FubXP1/wAPeQ0fBKxlj/jz9DyCT7eFQcYp&#10;1rST1H+9W4DyWB/p/S3HA99z0ICLOSBoI1IOCF/w97WQt2jj1vRQdcIa68rQWJ1AlX/sk/0v/re5&#10;EOmNUZQNLfg2uP8AX9tOCR1qvp1wku7OrXuoHINgb8m3vnOHaNirJY/qX+vH1X6e9ITjGOrEVGOu&#10;EOhZAG1E/huLC5/Sxt/h9T7Y3gSV9aagyHi4IP8AW9vbhcg56oQenhXKIFa2kj6ix/2HuTGiW0u5&#10;LEkaCeT/AK3uynPXqY6wSM49SRgKvqDgfT/Xv/vvz7h1dINQIkQC+kCxuPyb29vBQwoOqkUyOstP&#10;Ukggo17E3Nhf/W94ZSkCAPyF54vcC3+H+vf2ndXBI4dXBHn1IjJlsVvf/G3+9n3CeqRJLo40m31J&#10;DKT/AGbH35U8zk9VanWcIStiLWP45Btxe/t5pshZ1TjTpIIvwOfqf6+/BQFFOvAgU6bqiiDqxJ9W&#10;q9+P94P49+kkfzaQTGH9Vwbhv8Afx/re3WQFaniOtHj16NV8f016bi9uV/BJ/r/r+5yOFpmJUrb/&#10;AFtR4+th/vftlYu+n2dPA0XqLJc1CgMrE3PF7Dn6XPuK9QwICkni+kA/Qj/H3dogv5dNB80HUhYl&#10;YMWAW5tcmxBHPuBK8kcoYKpWQclje1xc2J93UcDXrbEjPUtAjRkEn0mwtxcr9OPfCGkkkZy37kb8&#10;BTwL/mze99NgVNevSTxxhb+hhY3H1P8Arj3Op6OKIeMoQxuRa+nk+2JG0mtK1/1f6v8AMenQaY6w&#10;PUPJ60YaRa9wNVv6+5klHIroH0iMgleQdNzwD7oGZgB6dWPz6jR1cRVyhJcGzGx5H9QT7bqu0Mmh&#10;X03+o/ssLc29uBQFr1QkefUynZpUDlb8m3+qW3Fj/j7y0MsjyGPRrVhY/kEf1A/23tPISmerJnr1&#10;TGnjDFipBuPwQQfof6/n3lloYyzFksG4sLG35JGr8/7H3dZ2IA69pHHrEk7gLpa9vyR9R+Pp7bTR&#10;GQXjd0VCbqQVYAfgk/X/AG3t8kUOodUoeHUkVGk2YKS4HrBuv0/p+PbpTuFXTG8uv6MWvoJtwP8A&#10;X9p6eQz/AIenVJUV6iTprOqRY9AN1A5a5Ny3P/Ee8UylCSFJdh6uAVv9Ofd0Clu48Oq0LcOsiNqA&#10;FwqjlebMfaWqao08z3QgkjlLkGx/x9rCnbx6ZLEHpzRVZAbk/j8e3+j/AH6USghCbXRgORb9QPtC&#10;WbXQ9PkdoPUOYhJdOksALhh+D/Qj3PjkAgMIAYtct6Qf9gL/AO8e/AAGpGf2deBr2jqJKjNKstyq&#10;iwUauP8AXNvaUydPPGwkiiVgHU6rFSFPJDEe30o46bYMM9OsMikBSfV/i17/AOt7n4wSzsiLxr9B&#10;BBsePx/X3p9KLXHXkJOG6xVTJGrM30UF/r9P9t7UcVDNT6kic6ueD6f9h/Ue2kZCdTdb0nVUHpnm&#10;q4pVV3U6ePze3H+H+9+27IUmRKBlkRmUgkEnURf9Nj7Vr4ekiueqaCTU9SaSppC2kIyar249PH5B&#10;9wmp3cRrKhRiAdYA1BiP8fqPad2KrQ+fTgUHHU5ZEUsyMGA4K3vcf7D6e47StSHxyTGdwfRpAS1v&#10;oGI4Ptvwsk+Xz618I6yACUXChQeTfk8/0HtxxuYlLlLHj+hJNv8AXH+PvQUJ3Hj1sPUY6hV2PilT&#10;m1uALhbX/wBY+3GsqZTA0gV9Sm+oX4H9fd0VNVT59WbVSrdRKaBI5AmpNGmwF/rbi3tjWsjnlCPI&#10;zOwGq+oWP/BT7fJ0CpH+fpsCpz05+AxqdCqAPp/rH8kj3K8TRo5UgoSBcC9rG4B9pQw1dX0E9cdQ&#10;Yre4a35v/sT7xQySU8+lBqEn5JNx/sB+P9b36VFpq/1f6v8AL1oAg465OqyJZjbTb6D6i1r8+1cI&#10;KdqMT/pqCouUFrki34/4n3WFiTofh08QpGvpLyzVMdc0KgGmBPDG9hf8f8a9oPJV8yTGnZSxVuC3&#10;JIb68/19rZFWNcdMBmZqdKmlhQoJBxrUGyiwvb+ntpP3GpWKNErsApcXYH/WX/ez7YIAXUuT/l6q&#10;QQ1D1NBU3AINvqP8Pc8GamYEOzqdJZvzf6XCn/iPaUp5jq2kDPXD0uLWFxcW/pb6fT2sabMU/wBu&#10;8dQzOBH6QdAW/wCSdXPu0SurCmB1ddNKdJ2rxcjTLLThY5NYLsNWpgPxwf8Abe08a6BKgSJJZCbW&#10;uTbn9Nh7Vy0eP59Nas46d1gcx6WF2A+psLn8m/t1hooapkqFcRyO41KxGtr/ANB/xr2l8ZiCrdXV&#10;NTdRZp3pwY9DSKqXDKDpFv8AVG1v959qqCOOKVV1sgRV1KG9LcfU3+n+29slGpWlerkAP0mKieSe&#10;FzpVi7HSzILr+LAL9fx+faf3LTU850yMvqAIGrkf0Kkf7D2axt+iK/Z02wBPTjt6SYRtdSQGI1aW&#10;W9vrqU/Q3v7D+CU0tRoSNpdRK6m5UgGwGq/uy6E+I9NZ1Up0rHXyLYkrfnj6j2vaSejpINRRVlY6&#10;rAkoG/oPr9f9t7aeRZW+Q6fHaKdJyqpqyom0iS8P6SdKiQqfqSR/xHtJbjDZCUVQSWBI+AVK31jj&#10;6ji3tQrqY9A6YYGuo9O2Oh+1hFOZPIw51EWJB+ntU4/7ebb4XyAT2K6hb6W/tW/4j6+ymAhLo1GP&#10;9Q6VsymEAdN9WalMpEyqWp9Klhz+q9rj2lqWKeGq0wU0zRC3klQqyXJv9Cb8/wCt7XSAH5k9JU1k&#10;4GOnh5I9HrdFJuVDEA/T2I1RSGWijZmQ60UNGTokj/oePaGFj3Ejh/q/n084WnSPjrFiyDxqrgKx&#10;IkALRS/6pbn+n59xKaGHGSxzSyyTqtiNAfQBe5V7Gx/2PuoRp/h/zdbUgZ6m1Ms1fBLBEiQO4ZQX&#10;KF/6Bk/oefx7Sm86HH5ydJoag0hup8eiyyc2408fX2cBgIQrDIHSZlV5NRPWbb0NdQ0a0tYTUFHc&#10;iYPdgt7hXD8++EdU+KpvtU4/bVU0enWbaSSRf8e00MI1a26cEpppX7OnaSCOrZHIuFYfqBNrf0B9&#10;sSJUVdRKIY/G4QiN+XV3bi3H+w59q2RdQ1HpoF2qBjqWzLEl2/Sv15tYDk+22onzOJVaavjlTzSa&#10;kRwXjNze4ItwR/T3U24FXAwfPr2tgdDdcYpaeoHlheOUA6daENYj6qSPz/gfYo7ez9RFixFOUaFT&#10;qaMKGVRbVxq/x9lUNuBcs4x0oaSkdfPpM5zCQV1RHOqlanxlFlVij2J+mr/ivtQmqgy9OiTRxRiQ&#10;2iEYABAI/Vcfm3tc06QgjP29bSrABj0mosXVYareWnnnn0IWn+4dnJJ+gjufwP8AD+nsP9zl8NKI&#10;mb7WjZghJcXZieGAPt3tMXix5NOqPRW0selrhqmPIU61DMsso/UQoGgn+x7x4XERVk/neqSakJR1&#10;lQsSjW5B/wB8fZdPdEnSOJ6cjijBrXB6mVtW1PCxSMtLY6IyVs1h/W/ufmqYw1EcUSeeMWXUpF9I&#10;/LA/Uf4j3pGYRVHn1op3UHWLHTmeEyyAxyMTdW/sn6WB/wCI9wqibGU3jtTgTWAL8oVP5DL9Db+v&#10;t1fFKamNeqsQDkdSEWodnJk/bJIC8MCLW4P1H+xPtwWbIvTNNh4/uKgqXLD1eNUHqANv969+QRSH&#10;TL1sBiKx9Q5xSRsBXPHFCSqIHYKrs/01f71z7TGJ3zkDlDSZKlLOrlDPJHwhH1BdrG3Ht2S3MYHh&#10;nh02srajrFB1znxFLLC0cSmEFTYRNpRuOLqOPfHdtQZViyEUIWDycTxxgquki+rTx/rH2ZQymSAp&#10;xI6akBQh/I9ZcdD9rH9u0peRQGKs5YgH6Eaube3hMPtxsPS5epqXjqJ4/Ipdk8Iv+kgN+k8fj2Vr&#10;JLIzI4wP9Xr/AKqdKSkIQN5n16ivW5P+JvTRUsL0iLGTMWkWUE8txYqRa35Htjm3FWY6lelppZZI&#10;WXVCdbTJc/Q6gT7tAsKuXTj1R2bTQdOMlHTTSpNLDG0qDhyo1f61/ap23WZiXGGtPlkeQosPhIlQ&#10;MeQCB6lP+v7RvJE1yQeHn06qP4YIz03ZGCgeSKKcQINLSOHIQlBYEgngj+vt6x+eyGdllor1MWax&#10;CvLHCsbI0iJ/qjwf6H3Zo4lYRSCqScPz68hZgWXBXpjnxmIwSS1ipSpja941rXkk/bQvwkiBvTY/&#10;Ti3sOqrcG4splvsnmkSpppXMkQ1M7hGtpKtyP9bn2YTRi1i0gUHScF5ZK+Y6UtJQYykhvSwU8cDq&#10;G1oqBGRhcNccWt+feTL9c5HP1tLmHSaGmRddfNGHEi2HIUHi/wDUG3u0V39RCIFy3DrxtdMvivgd&#10;Q5twYehmShlraaOqchKamaVVeUE2j0A82/Gq1vb9tzJ0WOUUtLHJOE8kUU0ikuSraCS30B/w9lkl&#10;o8cmomlM04dPiUMulR1JyVG9bCEeQxLdS6qeCAblb+5OUqF28oq6mjmkWrnVwZYwyx+Q2DkNwR/i&#10;PbvhPcxtKDQD068ZPBoD59YaaWKvvDDUxn7RRFJ4JDrB/o2k3H+sffHdMH8foaQyTyRKqQmRokDa&#10;oT6QqBfwDb6e7WMgSAqw8+qTpqNT1wx1OlBPVRRqNM0jOAWs3ktqbVf+v15959qYqDGeKlqvIlK8&#10;Ripawqpn8zyfqZZbCw4+nvU7FU8SOhUGpHVox+HrDmp55KdhQGOSqgZXlpnkdUeIAsVLQi4v+D7i&#10;9q7GzFBQY3KY7ITTBWSSN6dAZpGkICaoSTYf8FPs129orzbzOOAJBHp/q9ekdySkwjQ93SQ2N2Nj&#10;9zZjP7cehnxeXwUqeeCbS8E8Ui3ElNUrbWB+bgH2Ci4TdH8fiiy9BLFVTmIQVDeZJJUYaoyPqCfz&#10;7S3JBgBXK9eVHD1YZPQmx1NPNG0sM8MsUZdXkjkR0RozaRWZTYFbcg/T2YfBbTrJL5KqFeJKNPt6&#10;iNQHp6tks2lgRcMF/I/2PsubW6rDHknIPn0tTSne32dI3N7wxWPnp6A1+PE1cA0Sy1KRyRI50JPo&#10;v6lL8D6f6/uJX9bas1j9wUOHx+WiaaCytKYHhDG9qlGK+ofmx9q5llvNuZQSrKOHn9o6ToUjnBNM&#10;9NtP2PgIpqrEZeumxWTpopn8k8DNDUQxnT9zRTIrq6/0DC/9R7MFnMRFVx0LRGliiNHGlTRRKkyI&#10;QoBjub3AIPtHy+bmCyKTDOo/mPz+XVLx1NxVTWvRWcRv6Kj3HuqjemztUYcmKnF7iyEklHHU+dRI&#10;TCYtGjggKCi3/wBh7C/MYDceD15KKupxjPMrNDTRhpdIA0yuvFiPoDa/s3e1S71G345qP9X7evJM&#10;iZkapPQ2bP7P2RvKuh23JQ5CDcEdE7gZWmljhkOsxzw01cSVkuRqKhuRzb2oItxUOWxIFWghqtV4&#10;2klEU7Mg0hyqG7X9l9kstrIYrjKevE/l+3rdxKukeGemyv2Jk8LumPJbfq5PsWieOqxsVJHPjQkr&#10;GQ6HkH7LKeQVNv6i3uXPg6/N0VNQ1NS9N91TyNSVUcbsaSREvCs5P4J5H+w/PsxUxJmHujJyP25/&#10;1f7B0HSmTQgfZ0jqnsDb+ya/cuYo8eKqswdVRpmMfJVQQyZelmkUVU+KR2s7xqx/FiwIPBBCPznV&#10;tRltuwplKuNMrRM6z1tPfxVUIckNMDyOP9f2/YpJ4kkFMHKdUmuoFK56f8b8jNqybso8bihPV4nO&#10;U0DU9K8f29dRZAx8QQxElGD2sUBFiPr7ftm9fYfaFM+YpNWRr5aKRC63emIddL2i5uwsP+I9ln7t&#10;lv7xUm7UU5piv+r/AFenW5b+OKPTEMt59J/fndUmfyp2REn92I3ytFDUT1s322V0xstXFLE4YKkc&#10;hGgk/UXBt7VFFmJMlRKtRT1Ly0T6HvFIPFzdGAYXK/T2aLGlq720S0U+Xr0lcSGky1r0ic7sGj2/&#10;umTNY/MYmjj3JThQxrIFfINGtpIjOr6RK1iSQOeOR9fc6XG5muEXjpykL+jzSF3CaeUlaI8EG/1v&#10;/r+6GK2jiIiIUjNPM9eZLkkM/SYj7X6w2vXZCHLbnpanMUsZnbHQNTRtK0tlqsdDWkjS8fj1GIkc&#10;klSb+5P8K3bT0IhCxVnkkAlMLRwt4f0BtDkcgfS3suhhihkaVSK+VfXz/wBX+ouGNpSqGoU/6s9J&#10;+p70+NGb3DTzZDMyYOeipi9A2Tpa+ekWpl/eKfcU6yJYt+vWQPzf+k1NqZaKlliiqtE7airzPrj9&#10;YtpHjsfaq0lt/E8abieHqDxz/q/Lq5t/wA9vSBz/AMtuqZM3RFsTNlcVTTJFULjaIQVLfbn9qRBk&#10;CEYXuQdQ/wBf3En6pwldQw01cxY6ZUrI0BkpauGcEVEEkMh/S1z9PzyPadLmZZXkFAWJp9np/n6f&#10;MMRopGOm2q/mGZujzlecHtRsht+eCOOhOVmgoMvQ1UQtFVB6ZJ45NIABje4YcE/W632rtvCbLwcG&#10;29u00lHiqchoYJKqpq2XTGI0AkqnduFHABt+T7J022JLx9xfMjgA+gAPlw9eJqfLp4ELGsQwBw6K&#10;f3L352H3pW4mfeK4lVwsdXFjlxONFCWhq3V2+7YM7Ow0Lp9WkckAXPt9a4+v9frcc82HPtbrUAsD&#10;T/J/n63QE0J6BykxU9VPHEkTlmYC1uTfm1h+T75OyRqNTKAQQGBBt+TcX+l+D/T2UPcGYnwzwOa1&#10;/wBWOI9enREo4mnQv7e2RUU1Vrq6CuBSH7iNI6d2NSFN5UST6BuAbH6+0bJvPGYmaopslVxvTeVF&#10;1O6jwkj9Tj6qL259l1/sN00/1CfCwyP9Xp8+no54lQfxdWKbR66zG6tk4Kv29gBgdy0OPklo6r7Z&#10;J0qChBRRIfTIXQAWBFuRcW9o3dOZyOempqXC1FPJHTV1NBkoKicxa8RUkCSsopbHVJCp1otwG+lx&#10;7Odqis9ss3jUnU2Vr5nzHSOVZZpdRwvQmbK2cm2ayp3VvPAxNk8nh2mxuToaVjNjszjwRJisrFCG&#10;IiqWsurSbEeogWYBTuHbGJo9w46riykVTLVBqbI1E8LReWON7gKi39Wm9gTwfZ39LNdWCykd/kP9&#10;joqkvbezYiby/n0PewN77izeFzZyOzZcB/D/ABHDUUOQp695YpafyHyTAIg0zagCLgrz7dZMNtHK&#10;z01FSCSSVKmApkrLDPHMslhDIBYMrDi/19qHsJLeyPiNqcjhXpBbb1Hd3IAj0CtM/wCHppXcXZOG&#10;grdw7gp8dQ0VPT1sr4CmllyEMlFHD5PvoqvQHjljIuUtoIJ/wIHaXGYTbtFDOVhihgVbvUBSioyg&#10;OjsRwfzcj6+0HL1tc3pdVqSKn0pTzGaEfn59HdyY4wuPi/OvVXO8u1+zu394z7QwTVTy5SmqUSm2&#10;5WyLVTTU8rVNHXwsRGwEaeiWK/qXUQSdNgu3n1F053Di6yoyOPo1qaVyJM/t+SGhzmNmYWBeWNXR&#10;wf8AUVEUiH6gXFwru93vJpF2uZvEkT4AQtc8aMaE8KEFv8hCR7OEVmQEVpWh/IYNR+yhPr0rds76&#10;+Y3x/wA5trD52euz+38uDDQYXeaT53EVkcVtdNR5mP8Ay+kljVrxLHUaFuC8EqqE9q+m2zg9v7V2&#10;3QU2VytVVYDE4/FU26ENPBmqqOhQJA+RaGJYapgqhP3o39PpLHk+yHZ+Xbcy3OtBFJIzMwrxJYkF&#10;VDMF01oCKE0qRkdKTKsOioJ8vy+fSmn7r783X2rn8ZPh9sVGy88EqKrq/dMZzu38fC2LhxmQoafc&#10;Zp6SvppJ/G9WXRfEJZGdYCLgrRMrQzLJLAikqnkchNNyFuQxt9Rf6E+zm2jLSR2kslTw+Y+dK0Fe&#10;OMdbZ0RTIFpT/V+fRR9z9L9g4eYPXvU0eNr8s1FQ0yZOatgpYK2odqWKFpj5JIVHpMxXm125PtMR&#10;7/wf3/2UjaD5BE8mi6xOTwsr/Qfj6n2q3WE7eAisXb0B69AxnXWBQdDHRfBvsqv22+cXL0yyGkar&#10;p6ISS66qEIXH26p+q4vYBb/4e2XcfamDwFbLjwwnqYxraOIKxQEcMy/W3+1e1f0kS2i3E7ElwMen&#10;yP8Am+z82RJI0miMAAHj0/8AVXwN3dvXGUuc3Pl0w9FOWRIGklmqJ6aJygdG/sgkGyEcf09uP9/p&#10;f+VMf8Wn+K/WT/Nf1/T/AMm/X2FPr4/T8ej8vX/Z6MPCf08q9CB/w3/tH/nrMn/xf/4b/mKH9f8A&#10;yp/r/wCTvp7/AP/WCYf1/P8AxH+v7wnDAkKOu7A63aPeaME/W9gPp9b3496+E461Xz64seLf1/3o&#10;fX3KsoW4+v8AS1ufddXdpPWq5oeo51Mfrx+CDx/sR7ju1je/+wH54+ntw08+rdZUAt9Pzx/r3/Hv&#10;EHJPPAv+Lce99laHqpyeshHBP145/wAf8PfZ1Hi9/r/r8/X/AI2Pfvn1ann17/X/ANc/7D32Df8A&#10;NufpwPfiWXrWevW/w/2J5/3v3m1jkFrW55+g/wBj79XzbrwHWIp9CF5+nH9P8ffEyCwC8n88njn/&#10;AA9tums168Qa9clW178Dj/bW/wCK++r6rn+lgRyf9hb3ZaKKefXhXrkR/sP9b+pPvjpB+h/P0/2P&#10;uwZWz1uoOeurkfX6WHP45/2/vJxYAfW1ufx/re/Dj14ZPXHm5JI/wt+fwP8AfX943W/H1N7fT8/U&#10;C/vWTXr1a9c1+n9OP6/7z7xmEjkj8C9r/n6+6hqHSePVQM067DA/Qi1/95/HvgEPAt+Txbk8/wDE&#10;e3Fp5mnW+u/fTx8f639Tz/Q8e9Hj17rsNbkfn+nvtI7kf0/p/vXv3W+vX/w5P1PP+9e84jWw/wBb&#10;/bH+l/egQeHW+uGo35B5PB+vvwiF78/7D8f197Netdda/r9f8P6H3ICiw/s/gf7Af190Ymhpw8/9&#10;X+odep59YtRvc82F/wDef6e+GltR+vP0t/vFv9791qaV9Ot9c9S2H0/x4H+x+v8AtveZYeeT9PzY&#10;cfm3Pves0yK9bx59Yml/oBY8Ec3P+v74zREAWJF72/offg+fl1qlB13E45vyR+feIRfTix/2PNve&#10;2NM8f9X+rPXiKY6yeQc/X8/04/1+feVQRwf68cWuL/X3tu9aHrxA6xMebrcj6fUnn68e+ymnkf0+&#10;n5P+t+PejRevEdeVy1gf9v8AUcfX3xY2P0A45X/iefflNePXsddhLiwuQPob/wDE/wC9e47yG9v9&#10;j/sf9b3frVesyoFA/Nvz/r++Dc3Iv/xS3vTVp1vrn76XUbm5+n1+nvYqBQ9aHXXH+8/7z9ffRF7n&#10;nj8/nn3c0IFOvZHXfuNL/QXP9f6n+vutM5HXj8uuaf7D3HueRzyb/nj/AGHv2nTgnqo6y/Xkf0/w&#10;/P8AT3JQ6gLj6AWJ+pv/AEHv3n1YcesTDnj/AFz9OP8AX9zIVNwADY/69uf6e6FgOt9YntpJP4/P&#10;9PbjEebHj1f14Nv+I9tNpIr69W4Y6huPyDfj/C/P45/p7k6R9f8ACw/oPdevU9esOo3H4/qD9f8A&#10;ePeGRxxqNh/gf6D6+9gUFetZ6yop+g/A/I+t/wAe+ccik+m/+xHHPvx8+vA9cXQ2Gq/1vwRfj8X/&#10;AKe8zNb/AANuCOBz+be6AFV6sTQV6xadTf4X9QNz7jtORe4Bt9OR/T/D3tSTx49ayeswhHGk2vyP&#10;rb/YX9w5prm9iOOD9Df24i0wPLqp+fUmOPi5IN/wORb/AF/cMTmx4+p/3n8/7D3v5Hr1es5jBPFu&#10;AeeRYfUe8Ekmo/Ugn9NuLn/W93VSMnh1uvXMC3Nr883+lh9f99b3xjZiSLkj/H6X+o93oAKDqtev&#10;MALfT/WH+88+3WGBpFsbk/0+nHvwFT1uh6hSziMn6AX5PHJt7faPGuwHHJPB/p/hf3sYb5fPrw+X&#10;Sdr8tFHcFxe39b/m30/2HtW0uKGkFgCbf7fj34Jrao4dXA4V6DzJ7oELMqsb3J5+gF/x/wAj9vEO&#10;PRD6R9AB/gbj3vSRSmf9X+r7KfPr3y6SdZuR5I3MzaVOo8kHgEg825+g9vFNSFWWy8D6C9rX/r/s&#10;fb3ay0fjxr/m6oTU9x6DzLZ9WikYTXBFgBZibfRbN7fFCRKo+hvc2ufp9B7bjjZ3JPDpuoAx0FmR&#10;qZ6vWqh3dgAF4A+pGrn8f1Nv6/6/vhNXCNeCB/X+v+w/2PtSIxkgf6vn5cOk0khFesGL2hUVsoM5&#10;YXY6SBwSeQb8G3+v7StZk+TZj+bEH8/0B9mkNAoNP9Xz6QmrEk9DPhdlxoqq0ai2kMSoFx9LkHn/&#10;AFvbBUZJnudXP+vz9L3t7VRqCRjpgmmB0I1BtyOBAvjAUH6abgAfj+v/ABX22PXM/wCfx9T/AK9r&#10;m3HtaGSLieqgUyOn6LDRqBZL/QaQBYCw4F/eD7jX9CbXte5twfd1YU+3qpUnI6mChEVhoFwpI4F+&#10;Rbgn6+5tNMB/vR/w9uM4OD+XTYQ8Tx6ZshRsw4uOL8ra/wCBa3t2imB9QP44H05PPtp5FTDdW0nh&#10;x6SlZj2sECXseWP9BwTz/UXt7c4qkR2u1gLX/H+PtLLMrDA/y/6vT/iun0UkVPSTrMA9TeyXLkkG&#10;x/NxYW/r9f8AX95Xr1B4b6DkXuAfp/vvr7TiUkUPE9PgtSh6jQ7O1WMkSm7XU25OmxXV/rH+gHuM&#10;+UBFtX4+n+v/AK/vVR1QoQcdO1NstUa4h5BW7aQDx9WvYk/4e8JydlJDXsfre30/1vd/GrQDh14R&#10;ljTqfHs2IS2MdmYEcD6FjzYf8a9wnyJ/1R5/4ni/uplB86f5+t+F69P9NteNFt4gLCxuD+lRfggX&#10;4I/P9fcZq1ybi/8Arn/iP9j78ZxTSevBAe09OkW34UH6VUn+yAP6WP05It7wGsY83te/1/x+th7s&#10;9wSAgwB17wQx6nJhI1uCmr9PHBPF2Fz/AK598XrHNgGLfT8888cg+6CahOOPH/Yz/Lq4iqeHWWLC&#10;wrclAtwR9PTx+AR/t/cSWqY8Frf1+tv6+2zcaT/l9et+GBgDp0p8VGPUEHANr2J+tja3194fMTY6&#10;vzx+fqf6+6m5LDT/AKv+L6t4ZIwOpy0Eak+kDg34AHH1Nv8AH6++Qdrji+rnjn68c+9C4Vganqyw&#10;+VOsb0qrxyNJ/wAR+bgC3H+A9yVjZlA/1/ybjm/tk3SBjTpxYiTWnUWQKrAnj/bWP9nj/kXvDJCx&#10;PNgPqb8f7z7r9SFGrj1cQUyOpUDqOObiwUjkWvybfn/H31HESfqLWPH9Lm34t7aNxVdQOeriAVqe&#10;ssrgALoY2Ycn/b3N7/ke5SRC54/TY/T/AHi3uhuWZaf5er+CD8+oUhK6bnhiRYEf7e/+9ce3CCl8&#10;mkKpH+v/AEP9D7YNwCaser+GDx6Zqyt+31lmU/m1vyPqfbpFjmJvbn/E82/1j78ZQRU8D03oNaeX&#10;SYqdwxqoF9Nj9V+hvbkm/wDxv26wY1QLn+l/dTN3AeXl1YAg46R+Q3PI4ZY7Mwbki/0I/qDyf6nn&#10;25pTxpYjj8XI/wBt72JhmoqfkenBH69Imqra6rdl/Sp1c3OoD83U83/PvFUSLHc8Djg/X8/T3Rpg&#10;9NX7OHTgSnHp0w2KnkGn1S3YswuQDfm4JH1P+Pttas5N2AsL34/4n3RpDpoK063QfCelhDt6MaSI&#10;tTMf083uRY8j8/0HttnyAH0f6i5/1h7pqWoHH59VyOHStoNunR649IBFvTfnj8/X6D6+2Sqr/SSW&#10;5N7W5ub8fT+nu7gE4/1fb17pX4zEGIgBePySBwtudJ+ntOzVLvf62seQf9vx7oBTj/q/1U62MefS&#10;0hpIowtgA1wCDb62t9fcF3djYXF7Dj6n8/n3UgHrZOenKNERb2va/wBfwPz9P94HuVTzeK4Auf8A&#10;H/X91IJ69XqHUwiWxJt+eCfpbg295XqGYFGN1I/2359uj4K9aqa16jR0qqyyKNLKfpb6/wCufbNM&#10;rqWKi6/0uL3+p4931g8eqEE56e4SrBQ3DD824A/HI/3v3EVvWAV0/j88/wBPejqWo69SvUoqCpIc&#10;N/T6C3t5pvSht+fwbX90LMfs6tTzHTTUgM4BNrH6j6D+nvG8qcg8G9/rb6Hj3r7Otk9ZUibhgBa3&#10;H9OR+PfEVGkmxvxf6/n8e/eVOvddmmDWuOTwRz9PedKjXYFjx/h/j/j78Kt5dWrjHWB6ZYxqAH+w&#10;/HHHA/PvJ5FDAWH9f98fblaDPVCM9YfCzAksefz/AEP9OfeFmDXH4Jv/AE+n5596LE5HXqefWZUK&#10;gG/KjTf68n+yf8feKRRZrflf1f63PN/dQSevEeXWeJrkXJHqPpvz9fx7iIGN7r/rc2+n0P8Axv3s&#10;sRw60ARjqU2kW5445t9b/wC++nuWkgQBWXSw5tb6/wC29676dXUGnUV4/Ibg3U8X4B+v/Ee+MieR&#10;dQ9JNzzxx/Qe6gmpHp1s18uucZEZCt6hxY8XP45I9t7+huQbmwNvr9P6+7g49ft6pnqcihwP6C9v&#10;6fX8L7zxNrBBNrA2BF7f7H34knrQ6wSLotYXJte3H+8D3Elg9RsdV/yPr9b/AF/4n3pTUmnl/q4d&#10;W0itepKSDSuoabD6cfj6e+vCwIGrg/RSLX4+pPvTMBx49e8+uYcG5sbD88fk+3ehVbaQL8c2H0IP&#10;PPtOzEGp4dWUUPp021lzz9OeOQOPx7nSpoJIa2pb8/kj6+/KfMdb+zqDG5kABXVZubX4DA2/Ptmq&#10;KhUH6z9TwLAf19qQTTqhNDjp0hgJPKgcDk3Lf09tRl1uW45H4sOSb/74+3RQKD02at1PC6AB/wAb&#10;+nHtwhYHQQSSLcN+efencsKdbAJ6hyJYtccG/P8Ar/T/AHse3hGkWO683B/2Fxfi3tlypy3TgGOm&#10;tkQyBf6Gw/xN/wA/j+vuC6qSfIbXJP8AsOSP9v78rKRg9eJp1OBcW0j9I/234/3j22SmNGIU+ofQ&#10;X/pwOPdsnh1Q5bHU+PWVBYGx+tx/X/W941FjeQfq/ofz/r+7A0NBw60euRuR6TY/4j3LiZbelfpe&#10;3+Fjzf3Yv6dbHHPUaRDf1MObf4f63vlIxKXsLr9PobW4+nupf9v+rPWjWnXo1AcgE2/P1HP1+vuG&#10;EcHUxGgkWH5F/wDH34tqFB+fXgvUksPoB6v6n88/T3MhjMo9DAD8XH1F+P8AfX9sMwJ7unFVeB49&#10;YJXEYBKFieTb8E/X24R0qRqTe5P+P5PuqyGoFcDzHVwg8uoUlQ0hsBYWIPH0/wAbD3xkmjiWzAn+&#10;lvUBb6i/vYXU5INOqk6euSRyPp0kWB/4LcW4Nhb/AG3tukmVwpsLcggn8f4jn2+pI4dN8epiRFb+&#10;o34II9xKhrAMoOn/AFI/w/pf3qqmoP8Aq/1DrdMdZ4xxY/4gE/8AEe+UEo+ui4At9bXtyAbe/Cvl&#10;15a166kjuAL2P145980lKMzgWsb2H4v/AIe2CSfKvXiSOvNGHAQm4Nvz/vZ/r7xvVhgQ1vUeD9LE&#10;/kj24PhFetE9drBpN1/AN/zf/Y++D0iAB1YhmBJF+P8Aiffi5JI6tg567WVrkEcA/U/Xj+ntvqKZ&#10;lsSb/wBog/gf7D3RQAa8OqkDqSkgYED8cAj6W/r/ALD3BeVl9EYN2sCLH6E+36Z+zqtaHrJYEAnn&#10;/ff19+SeUfpvx9ef95t7twPWzU5r14op+oHvOjl1uwJa/H/E+9Gmqvr14YPXEi35txyfof6D6e86&#10;BWuG1X/BHBAA55/4r7rUg0GOredOuBuLEBT/AFHBH9fbxT+LxGNjcAcmwt7oQT9vWxjqFJr1hgD+&#10;ogC5/wBuf+J945lhJXgq1xa9/oOfofdlFB1on5dc0Li9yCB9bW+v0495UVSOR9ASOB9LcW9sNXVj&#10;ra/Prx/4kf737juxBINyosB/X3VTmnXvl1ltcAjg/m3+H+t7b/1uwFwCTYn6EWsB7VrhBXrRA49Z&#10;b2sf6fX8WP8Arj/ivvJGpha8nKXOkAcAe3qqUoPLqgxTrGTrvp+vF7/n/bf4+3COVntpUMtzx/Qn&#10;/X9pn08adOVr1hZbA3JUm3I/NuPr795fXfg3v6VPP+J59t0HAda67K3Ug/Sw5PP+t7lxzG1iosCL&#10;D8Bj9OfftNSAOrYHHrA8fNw1iQb35JHuJVIHOocP9QB9ODwPbq0VaV6rWvWWIlRY3IsOTcHkcn3C&#10;FOw9RJLk2J/I/wAL/wCPtsk6qjrZXqT5Ba1rAfT/ABvxx75L+3weCeOfyP8AX92ABz1rrgbt9L2H&#10;0It9ffMVRjKKCLc/Uc3/AMSPbmjUpA6rWnDriYtVyfrbjn/b8fT25wSxsSw03I+pHItyLe6OlAB6&#10;dXBrjqJKjDgFrX+gNh/sf+J98r63AhT9X1P+9Xv72r+Y60Sa9cdOhSZnvYcD/ezx7zrjZZZPVe1+&#10;SAbX/wBc+3A4pWvWiCeoj5GGKP02vxZbgt/th7UeP21LKyaELeq4awIt/r/T3RpFp/q/4vPW1U16&#10;SWY3lRUMUzTzxxqqm667Ef4n/W9ijiNpLCEkYBLWLaxYEgXv7oxLHGT1cAIaseHRTt+9/UNI1VQw&#10;u9S7ExwGjvKytq02Ym31F78+1xA9NQrZDGdIH9LX+lv9v7otqzn9TB9Pl/qz02HAJIz0VzcNduHe&#10;buUgrEimfTFJaSJrnkNwbWANvaVzO4oYGceRS4HADAD83tb2Y6AsYQ488/lx60W7aHoaeq+l6qWK&#10;GqqqdtDKFeRkOsnVyebHkfX6+w+rd0NMjBG9fPB5uf6e0rgqeNKf6vy62rZoOjcYLrWhxzoxhUpp&#10;4awUqtuSfrf2gcjPPOC48gcliym/Iv7upqM9ecYp0LuOpoKUCNRGUUBUItxYWt7R08s3k9MbEXIJ&#10;t9P9j7sfLpgJQ1HSiRV0i5/3n/iPcyjqFVbOLkmxP6bk/UW91JC8enRStD1injJPpPIF/wCtre3O&#10;OkXUbMAHub3vp/oL+9CQHI8unCoPUR5yBypJHptYc2+vHvMKbxckAqLkt9fzxb8e96w3TdOsfm12&#10;HIY2AHIHP9ffpGaRAIgRo/Dfn+vp91+R62aeWeu0CxsS5BLn8fj/AFz7jhpFuCwKkg2H1vf/AI37&#10;1oVKsOPWhk9Z7K9jY/T6/wCH1/PvtsdVNaXgxnhQzc3I5491SQMaDHV9BrU9Y/vKdSY7nWv1stwA&#10;P8f94t7dqPHvENbNb0gsAAbf1+ntqQ14dXRFGa9N1RkI29CC/r0g8i/H15HuXPHTqofnUOP6L/T/&#10;AB97RRTPWmap6ixTVLSFONJHF+WF/wAXP9PbJVz6eVICqeef95A9uCladV8q9PMEVx6wSxH+++n+&#10;9+2816+RF40vyT/vHt0V056oTU9SPtxYnm68Dn8e3umanChw5JJsQDc3Ptlhqxw6utOm2f7jVp0K&#10;QL/qAAN+CePco1aoWUtbgAKeC3+29+MRHnXrxIB6jCnZwrBL2OolbWW305/P0954KkSoyaePofoR&#10;/X8e2inhtqPWwanrDUUzIwYH/EfXV/tr+487eHUStlP6f9f+o9vqcg9eYDrLAvn0jXdx9foLi9wP&#10;bRFWOJgpcsATqFuOfpx72+kjt49NqTWg6dXpkKEhEB45/Jt/j7f/ABo8aSljz/ZUDgW9plOpiOnq&#10;V6ZzLJE7xKot9Qz6v1XAIt7TtVKqsWQMWB/F/oPoOP6+1J4VXpos2qnT1TozIBJpsbf0+v5t7wLU&#10;edwLhP8AW5PP11f096Viqgg0r/q/1fz68x8z1mMIjB4LD/ig9Nj/AI++FYsmglBqseHAvcW5Fh7c&#10;Wh4561kjHXoSoYXuv+035BJ/J/x9p2Rm1E2N7cBxc/X8n3YR5+XTQLgkHqePoP8AiPp/sPfcM05K&#10;shHDEafp/h+PemUDHp1cZNOumVbG4+vH++/x9qmEymISMQpFipJBv/hz7qrg4PThFB02yKmvQAWv&#10;+oC/A/rx7cIpfKpEz/i2lBxY/k+6dyPUcOtg1GeocsYjsYk5JLamY34PIHvqSGHXp8+pdGoELyPx&#10;YqPalmqlf9Xr1oBescUs2kMYNDatJGq4/qCD/wAa9ylWlmRY3UGJePpYgW+pPssMkkbY6tUY8+u2&#10;86FnRmEpFxzcHn9IH/E+3ZqKCKlDQyKVsLr+fp9B73HKS9W4/wCr+VOtlR5dMorKmWqaOWFgebEc&#10;KADzcH+vtrdfE6lCoW4vqN/9fgcX93ZtaVHVQBXPTrEdYZZFJPIsBYW4I9R95ZJdYUD1fg2tq/1+&#10;fdUOlfn1uoPWKOHQ7n1La5F+YyLf4e2Coj0vIXSRlYkqW+o/Gr2+HFM06qyEfn08wm6IFYAgAHT9&#10;D/UD2+YOgkYmQW5BtqHpPH1F/aKd6mg6cjUjHTTmK6KGMI5bkgNp/UovwOB7dKmKOJTrGtxe5FiA&#10;f8b/AF/1/fowSa9bbtPTbT1EkzDxtojuLKbi6/4f0/1vbRJEHS4dEY8k/Rvrb6e1Qc+Qr1o0Jr05&#10;pIUfSUdl+l7akBHNwRzb3mEoESwrDdx9X+gP9ST73GDkkcevVJFOsLxHzGY1B0H9MdtVub2A/Ptt&#10;kqDTiQuLlRcqxBHI/H9T70Iv1dXl1UnTw6cljEyoFNgxI1AWbg/kf6/tH1YiqJkkiZrhjeMsCAb3&#10;+ntaXOg/Lpg5OOneIMi6W/H9qx5/1z7WmMpfLTiPQsdlvrJDMP8AEeywmkmomueHSkA6f8nTLkKn&#10;wt5AWcngIOFa34PvLBHFSzXkcFk5uy/X/XJ/HtyQk4px60Bp6xyySVNPeJTZrqVDAW559+lkp6l3&#10;IClF5exGg/4WPttjIvy68xFa9coIpII1BJ1G4W4uyj88/j3zamhgWKaMBR/VbCwt9b+3YWaWqnI6&#10;q5VBU9YfuZXeSFgb/UX5vc/T/be3GirVkLgyKxVSASFv/vP+Hvbwd1V8+mxMrCgPTZW0piVLRsqs&#10;wLKCwA5t/sB76q6+jK6CiByDZ/yD/Ww97jjPTniHTTrjS0FaH8gmbxgg+IC6sPppOoe05Baqn8Ym&#10;DqpOhhZSpH4/x9+mAUVPn1qMB8npSOTTxFxHZvqw5I4/PvnUYeNiYnkicuy21HS1zwdLe2xJQVPD&#10;q5Ck08uuEWQJGsRSqFUk2AZSBzyPcymwcOOdXeW44ISNtN/zZh+fdGcuMdXKBBXqG+VasV44YipF&#10;wzSIbD8Ar7cchmKA0csMcaA6bMUAMiEDnU/5/wBh7ftY2RtTn/Mf9VeqyPq4dNVHh68VsdS88jKG&#10;LaHb9tlY8BEX6f6/9PYV1Fe/3YCg6b8FQLhSPq1vaiUClOkylg2el0iBVsRyfr/xNvbkuQlREuoe&#10;Nhy68n+mjT+D7SBQDqPTpJ8uuLRKxP1Bt/yI39uFKJ3KyiM21AKxsWIP1FifemZXHW1rx6wyaEBU&#10;kXsSRyAPaqjWXQw1MqKoawUMEIH5tfj6e6QkA549XIJFR0wTmPWp0ozO+g3cqSL/AEF7cj20uscM&#10;wmnEFzZkLp6jc8/q49uy1kFRUdaDCMY49OMZLxGKLXYXVtDCw/23Pt3+woq6MThYQFTUxLD0kfhV&#10;H+35HHtqOVjSMdeqD3dNT1lVRSGJjI5d9MQ0X1C1vU30H/E+0HlqpYqjxwyKVLaRIXtpt9Ap9r/C&#10;AUVHTLOa06UlKGaJWkGlyBqX8fT8j2zTieSJSfL6iADG/Dc2De9UWh+XXjqwOpX+HubR41lCs001&#10;ibh2UAxEG4+vBHtPUnB8urlAuT1jZwLj6n8D63/BHHt0avlopR5ru3AjkiRnDC39FHHvwiUnVxHV&#10;akNXrEYkljKqLA3DKw55+oI9zjlKlrSeRwSf3FIBJX+pv9Pd2A00X8urVJ49RhRU6+nxrYcqRwBz&#10;9APcLMVLVsTfbTaZUSy62uLj82A/r7cjqi0fqsilh2nrJSweC/pX1sWuq25P0v7TuGo6qrkRJYZj&#10;Iz63eMmxsfqrfj6e2XkJbSpr5dbjRjx6lTSpDG0jsqKo+rGwv+B7ErH4eGvjmp3qFi8YJDOSx1Af&#10;S/8AU+058SJtJFQcdPKqtUE06TuSyz0AinjppajWwUrHpB0E21f0sPqfbY9Xi6R5aCrLsP06Hst2&#10;XgG5+o/1vapY5I31nh01rXKnqZoqqmOGpp2ijYgMG5YaG5IA4NyPfBWgiikaAXWVSERCdIH4JA/P&#10;ttoxJIXXFP8AD1YNpWg6kHyMUWS10ILMwBJJF7A/059qbaqUKyO1YdDSqQVLAepfoLH8+08olEoo&#10;CR/q/wBXr05GVCnV0mN3HINQ2x2hpUYMCwZuLcm6f7A+3DM1lLBKwRAYmW2oDUUA+mojkf6/s10R&#10;ugoM06YZqORXpj21RZKSmRqqZvOsmoqbKravroBvcf4X9oHI7lghVqWItEZUBBZw5IHB0E/Qe6pC&#10;YmLjqrTfg9el3T427RzVDJI8ZbSFTQBc8ah+SB+fbTHhKurj/jEdQ/giViICSxdr3uFP+3928eOR&#10;jEOP+r5db8EhdY6mPWwwzx0jgiSQXBAslrcEn/ePcOsqzRxQu7BalgrsbkgAk2Gk8A+9hKjPDpo0&#10;BoOpSgMW+mj9NrWPFr8j27bf3NRwzo80cckrPrJZFFihuNSD8H2iuFkYYJp06jAY6gZHHmtp3hSZ&#10;4QyMh0Eg2YWNm+o9rDN5igzaBjDSvUEnQ9lugtYCxHH+HtVDcuIxFJwH8+tEBjXj0ldvbZn267xQ&#10;VVUaNvUYZJDIPIW1M+skk3JtyfaYhgdRHD5B49RvZLkc88r+P949o2kbWdPGvV6efSyZ1szlTqCj&#10;+1/hcW9zK+taEKYGcSRKEQAaUJFgLgfn2/4WuOj9eLEGo8uodNTq2vWqlZGZjqOprN9eT+PbdmZq&#10;fc+Mahro3FXFEfHU2YGKQL6dWj6i/wDr+9Wjm3YxyZU9elpMlKddwUAoJ3lpmVYZyPJBYWJv+tD/&#10;AF/3v2jtuDO7epqiGr88kCMzwGNbpb+zewvb+h90khja6GngePTaeJGlGHDpxdIphpbQx/H0LD+t&#10;vc7bO6ZdybiXBVV4CzhI5grEK9/Tcn6X/PvV8BaJrAqOvWsxml0v1FqglHS1FRFFrMMTymMGxcIu&#10;orc/mw49q3K4TJUGSlhrKdJaamksRKok8gtyYnHIB/Pt4gNbB4jQMKjq5qrmuR1BxOax2XooKqiq&#10;Fbzx3sPTJGwOkrIjfQj6c+3Nauqo6OKvxVItMiHQIoyApA+p1N/Xng+00MazIyN8Q/zdWZnFGHn1&#10;jmpaWomehr5fuvIvktIoFgDwtlta3HPtqzFNXVpjerx7Q/exDwvHCoQs4traSMf7e/t23dx3k1C4&#10;yeHWpQThvPqXRS0MSyU1NVpI1MxE0Zm8kkYH9kq5uP8ADi3sPf4hWYqRNuVemqpg51I4YR2kkuVW&#10;X6f7D2tKmGsqY1dJVlJbQcgdOIWNys6gaygs9rNpPIB9rSpkwlVg5aGoikQOgjgOshafTwCun+h5&#10;v7T2/iB2MnA8en5GjKBfPqG8NYKuOWOVPCAROhUa5Qf02Y/S3vBhNiZJsSf8pSeKVv2/ArvK8Zay&#10;XUc2/wAR7YgZDclV62Yz4Yz1Dr9w47HT/b1Unia12klKRQqAuogyuQL2/HtfbQpM7gp0x1PElREJ&#10;L/uR/oYc88fge0u42qAGTzPpx6dgkcClcDpg3BUbdy2NNRW1gjhELWeOYAtDJwQLHkG/19jGNuP/&#10;ABOkzitBBI0Y++iRfVKun16HHB9s20sl5ALdhRlIoT9v7a9amdYauDUenRZ8t2RicTiM3tH/ACzI&#10;wWmhxFRqWWGlkkutPFUx3uqqbG5/H59gjvXYVXW7vo85gJZ4Ekk0zJFEXVSGuzSFOQP8bexruUcU&#10;22qQO9VAP2jottXZ5dfD/VjoWerN+rFtGnx+8q6jhy2Mp9DyvKkaV1K92pzEkxF202Upcm/sVM5P&#10;XUeBVpJkRqeCJZD6bTOI7SMxTk/439kXLdq0YleRSDkiv29Kbu7BkCnNekZjzt/N79hWkgNWtU1R&#10;NGwEgFDGsokjRRN6QSTcBOPaD2lgY8pW0uQpoY4oZDJJOL6VqDE93AFtJB9sX06ySmP8VadKEZUH&#10;iNQCnQtb73XFtXA5I1csrvHCiQPErO8HnXxwOxS7Ahvqef8AHj2tNyYJMvQz0lRHB4o9QghGkG6j&#10;0qCP0/4WPtbaRGA+HXsOSekzzxyZrUnh0EW0N6w0NfS1sYraipyAhWvqJI5BGUZvXIVNtVuf7N/9&#10;b2ktt7XrKCnlqM6rLS0p00tKNTylV/SxP++v7Zktnebw7b4eJPl6dea5EaUOW9P8/Qk7j7BxlXPT&#10;YrbNVBU5OvsHrAV+2p1AvodzwWPIsOR+faomwdBJDDX00UlQJ2AdZmAijUtwfFbgj+tgfahbZJ4H&#10;Ve1lHD/V/s9MfVlJAjilekJSb+zlHm6vA5maio2poTNSNRRySVVUUQ6wZmYix/1P09yd0Q5dKbHp&#10;Q0LZFU8eulAitHYemSMSkAgf6/tXtm3CHbHrxJyK/wA/z/LpuWWRriq+XSZ2LvDZeR3HuWsyeXps&#10;POsklNDkpJmilqIle00FUycIwbmzDkfQ+8uGfKVVOTlcIgehljkp55UieSBl5AUC5BA5/p7KUt3N&#10;z4Naoa9v+qmD6D7elDzzeGW8+pu86naOOnhnwG9WpZc5BPSVVJSVkgpsok66S0nPjLXA9f6/xfnl&#10;QNHuI1MAgo40oal2eaQEB/V9ZDGBcE/159mZiiVPEhpUf5OkwNw5/U/Z/q/2OgSO5OmEpMhBnd2N&#10;VbjwkCQ01NUTShFeH1xUUNU5Cvp5Aj1g/wBAfbtT7crGZ5idETxBGpGj0FZl/wB2Bh9b/wCtx7rb&#10;3KBhqoPU4z1QxSspJ4+Vegt3b8jNl49Y8VTyNkKuKtFTS56krRUQtj52DNSzQvyhTlSAxB/IHuLj&#10;dlZmDLR19TXxvQtIzGjDOskaMhAQg3U883BHB+ntjcpopK/SYp/Ph09Dbto/VOadSc78y+p67aGS&#10;2zRYDNR58Y9IabOy4+mfF1VWltMv3EcjTx3F1s8JAtwxHt4m2ckpqY3qC8ExJeOWRnRg/wBVKMOB&#10;/re3EuolKyxghiM0H+z/AJ+vC1phuHl0F+P+Zhgpsdq21fJ41FSOooaaOCVWiGlZoqi5J1f2gVuD&#10;+fafrOq8NPGPH4KR4wSk9OsivG5NwwQnTb6393+phlrG6Ek9bMBGS2Olvhv5ge46CdTV7by2VV5o&#10;0WhrajHhJ4uQyCqgjVw300kofoL/AJPtZ4rDQ0tLDHNWislhARpV9ANhZQV5/H19l0euzkaJcKcg&#10;H+f8/wCXTixRMtVNegX7e7x3FveukyGE2PW7apKqF5JRVKlXUF5CCzRzIihBxa/9r26PTUWho5Xj&#10;0Pe4YgAg/VefaxLi5R/GiU1GOqGCAmhp0BFJufflTWUtRQwZCavoXWaleFZpJqd4/wC3GIgSP8f6&#10;f1t74LDiaGLxBYVjGptJN7XHP5/3j3pGvLiTxEwT6UH7K9XYQItSBjqfX5nuPemQWoqWz1XWDxUj&#10;VEVPNC5MTFYhK8SgFkvwzG9vqT7T9ZvTbOMcoZ6ZXAAkVdGuw4/SOTb+nv11bTQjxLls9bjlD9qD&#10;HQ17R+J/fG/qWCbJyZSlobmooRkK6q8S1D8tKE1WQtxdwPx7U8VfSy0kNdAQ9NUQ+WCVVOlkAuQf&#10;6H/D2U2Nwt9J4SfEDQ/b/q/b69PyaolJYY49BPvHpXem0cvW7fzDp/EKOtp4Kilkq45qnTVuyQVl&#10;Pc6mjYgjUpP+IHtPtvGgRuSWjWQRyMt20XawJA/H+I9n77Yqkx6u4f6v83RZNftFRghKnz6Eqg+H&#10;++q2i8zNTU1ZPRtV0dPO6xiqZI/J4dbWCuRbg++O4d1DD0MuSWNpqeGPyPp/VoPJKn/W59u7ftkV&#10;xG4c9yiuPl/q/wAvTpumJBpg9ROpfjgd87qj2rnK0YatnlqIkDhXcS0f+cQpcXFza/8AiLe0dju1&#10;KKppaHKKBNjK6pFMkynUEkb6K5H0I/oT7D15KS0qRDSYhnowRCQDX4ujg1nwI274arEw5SdczBRt&#10;XQSjR4plQ6OEbnSTwT+D+Panz26KjHfbVFLStMjIZZIrhWEYGotb+tuR7d214b/b2YnvrQf6v+Kr&#10;1plZJc8B0GOwfiXgZsvncLuPNGM0s0EePr6ddcbvU8RxDWLXBurf4/T6e0rV9mQ11JIsIajqEKBG&#10;nZUieOQcSLJ/tJ4b8+2II/AkZZhUU/1ft6cZS1Cpp+XQ+be+GWE23uCiyMzR5rH+MtLD4Hepiqac&#10;8xtGPSda3KN/UW/Ptjmz25poI6wVNM1NEqtUpQziaU6W1Eg/QKR/X/W9oo4reZnjhw3r15u06myO&#10;jA0mwuucXVLjpcLKambXFQvlqIx04WQBFRSwJLA8en/X49hHv3cFPXFK/GwMXqStPmqBwHTIQ8CN&#10;0kbhLEC9j9PZ5ExNn4UhrIvn6j/D0kZW8bUPhPl0KWxNqV+2KWXFVc8FXjKKbz7eMcQgmxkMyMs9&#10;C4U2dQWJRiPodJHA9iTiDt+go8dumXOxr93QaazEF1qPs5ghjeBJUP8Aus/4cj8/T2SWQlvW+nlX&#10;T4bVrTiK8fn0qZxEKjNR0HW7q7feUrs5srGbJn8EU9M+K3aa2CCkrI5ESqllqICupSWMkWpSfWL2&#10;APtC7h3DU5XG5BcZhhUvHMZoZqVWkZFhawrIWW7FSCCy/gfX2IIb9IpzCrYoBk/6v9Xn0XXe2x3Y&#10;EjjI6X+3NoJt6fHVtXnKwyCkajlpquaJIKn7kB0pp4rBC8bKfG4sx5H59seysnVR5Z8VuyknbE5m&#10;mEcOSx8stBkMZWKwljrKdnAYlCAVI5vccg+0N/PdRUuYe4A0ZfUHj/Lqse221NNKEcCMZ/2epu/s&#10;TnsjgpJ9l5HF0W4cVJ95SQZekOSweWjWF46jBZqmjdHEFUjFGkjYNGbOtytvZgabdFFu2j3PhshV&#10;0VZFhYniro/KvkyGImT9quSNLEErw5H6WH+t7UWt4NsuYxbDEwzX18x/sdOvCJYwZOKny9eiKZHo&#10;uk613VsXe22sNmcLuPdGSpGxq00X3dBtTdMsTT1GIyNSWZTSP+5HF5BaVLrcnn2G+JqsLs/+I0+2&#10;qfKV9NuChWGUPM8reOBiynVawZCSAzm9vyfaG7RG3BNwDd0ZNB8z8/TpciDwPDIp59G4rttZ3fmM&#10;wY33/AsXltsZynysclBFJJStVwI0S6PvHLaJUYhgD/vXt22nuSCqjpMDR5GXIZGoEriCuvF9mjSm&#10;NVjIuCqkgNc+2LqWa3uDfyVVSRWnzpk9aVVlHhqOom+tlUDnKbgyWLosbRY2D7pqzFRJPW5FKaDy&#10;TGePQrB+CECg/gXP09ttJuDM7ZzVTQbhq4afGfdPHVevzHQ7aSY1jN+B9P8AW933KG4LrdWddeCO&#10;t6ImjMbnB6cv7v7I7E2hQZzAY6nyL1GKgrcHVPCKZmYw+el1STpZQWILcW9qnF1mykr81FNV0tTD&#10;kUSKOerIUeKRLB4SRwyk3F+fx7pd3lzLd293KKhfjHr86f8AF46bjiCW5hBz5dITc2E7Xqtl4L+D&#10;xVGD3FhZoslHR4qVJYZqugqfL/CsgWID01TGGhk0kLchx9PaXg2tgKCrp8lWZigmymPqEFTPWNom&#10;qcSs14onP0Pp/wBVf+ns3nmkvoD4VQhHaR/xfV18OOhb4gOPz6Vc+9N1zM+PpNj5mGhy2JqI6aeh&#10;NM8WNzxpmlmSZtSuEEvpDoti3NrXPt5/vRtz/jpTf8fB9p/xcP8Aly/8dv1/5v8A2j/efdv3Xt/8&#10;Q+H1Hx/xcP8AV6dM/UXHp5dJP+73a3/HV/8AmXP8S/4tNL/x/f8AyofT/Of83Pf/1wxEWkcjmx/3&#10;1z7wlCCgr13Xp5dbsXluTbgC3Nvr/jb36xH+w54/33493oK160AOvXva/wCeCLW/PA/2PvrVYWv9&#10;Cfpf6n8ce6imoEitevDJqeuZX+n+ta3+88+8LnUPrbkC3HP+x97fUSKDqx+XXJQAP95/p7xDj688&#10;/wDG/fqHjXJ8+qefXI2/Atx/X3lVrXINxb+h59+rU/Pr2BkdcSD9D/sf9gfp746ueAP9j+Ofx72x&#10;Plnq1fTrv3yN2A/Fufx/sPdAtCCf59e7q9e94dYB/pc2vx/sbX96djXt68T1zCn6/wCsfz75h/wD&#10;9ORfn6Dg8+9oWIz1qp4dcSv9b8/X6j3yU/W/+H+Jve309uaVP+z1scc9cef9f3lBN7f4iw+vH9Af&#10;fmNB1sZ64WBF+bcnn/e/eY25Nv6/jnj8e2lJALdePy64c3UXBJH/ABr6e+vrf/YfkGw/PuxHBjin&#10;XiM9euBYfXj8Ai5H0FvftI/p/sf+JHv2oVpTrxHn11cn8/m5v9OPqD7xNGT/AF+v5v8A7x78pYgk&#10;db6yh1+h4/1vx+R75Kqg8fU/8iv72Vz1rPXEs39LC45/3m3vMF+l/qeeeb/6/vwWnAdbHWFnJvY3&#10;Av8An+p+vvtQp+hsf6n/AGPA96oRwPHrdOumJ4BFx/r/AFP1J95vGOCLi4+p/r9Pp79xFDx69w6x&#10;l/rf8EX+vH9P98PfZS3JF/pb62H+w9tedOvfZ12D/Tj6/wBLn/G/vmGB+n1PHIPH5HvajPXuHHri&#10;3AJPNuQBa/8AT3kMerk8/W3+t+ePdSdPHreadcA/OlfwP9a1/wCvvA8S8m3P9ObfS4J93qQNPWqe&#10;vWRHJ+hNr/4H/Yg/T3iI5AJ5/A5sv4/Pvw1auvU9euYPBt9LHn+t/p9PeS6Cw4/3vm/Hu5YEFevG&#10;vXDS31/H/EWsfeCRATcWH1H5t/jcH3VSBx49ezTHWZGIFrEi4/wt9LfT3HKeo/jj6j/ih9uKTx6r&#10;jy6zhuBbk3/N/wADn3juB+ef6c/7E+90HW6465+8YkINvpc/7CwF/dSfXrVfTru3F/6fX/Yn3yLX&#10;1fi9v95/r72DUV68OHXGwH+w/P8AvHvCxY3Nh/Qc3/1/qPfjX8PXuuY0/n6f4j/invEqX5a9+ef8&#10;fe+P29e65FrfT6C3HP0t7kLxY/W30P0+nvRrSnW1+fWM+5SMAL/m3+w9005z5/6v5dbJp1wYE8cW&#10;v9T7lpb06m/xvfVb82HvWofhHXuPHqM4bnj/AIrccfX3lMoI4PH0PA/A+nutK9bPp1jCEHn6k8H/&#10;AF/cV31Ei30Fha/596p1rh1JRSoBuOfr9Lf6/vNCNNzcngcH8f6//FPbhXSMDrwPl1hlbWbfSzf7&#10;f/Dj3jmmNyPrb6C31/HttRU1HW+skcQsP9uCPwf6e4vmLf1H+8j6+3BHjr2odZtAH+3/AK/i30Fv&#10;eGRyfz+ALH+n9Tf3dUHEdUJ65jj3G0s9h6r3/H4/x9204691z1Bb/S3+2v8A4f4e5MNFI44X+lzb&#10;8n6j375HrYzjrFJUIhuWA/AFx/vPtygxspYAob8EXAt/U+/ZH59aK9N8+RgVSVkHF7kHm4+gFvau&#10;x+K/SGUgm1uPrf8AJ9uxqHNevCtc9IPN7hSnVyrhrA8BhxzyF9rCmxgita3+PNvr/h7bDV+LHTgU&#10;Hj0FuT3OZr6W1BiVHF7WN1Fwf6+3FYNFgT9LWI/31vetSqSU/PqxAAx0nZcg1UL6LksxAYf0PP8A&#10;xX/Ye5aFVIJsCP8ADn/X/wCK+3IwXwOHz/1cPTpgjPp0nqzyMhRAza7Kmk3Un6kMF+pP1/3r3n+5&#10;jS5v/sL/AE/p7fUCgHH5+v8Aq/1V6bY1HSekwlZUNYhlUlmsqmwA/B/r/ifcGoySgcMCf9f8/g/7&#10;D3YA10cOmTU/LpR4nZmllkeO90Wx/OngED82J9pyqyrNqAP0JH9f9t/xPtUkSIak9J5Ez0JuK2uk&#10;Sx+hR6eCfSTfm5/r/vv9gm6itNzzyb3555F/z7WKVPHpsrjpdUeKCBCBYfjjnj6G4/2/tqkqufrf&#10;+vNh7eVtIx1Ro/29P8dDcAaQBc29N+Sbke45mLE+q304/oP8ffi+ttTcB14R/LqWKYRrZU/wubc8&#10;f7x7kLNawDf7f/X/ACPehKc6c9eEfl1EkprnUQfrzxzb+lx9PeaKpCHkj82NuTb/AA9ueO1BTr3g&#10;nqJPjxKLAXsBcXta45Fz7cIqs86W/wAfr/vQHuks5NNQ6t4XqOmmXFJ/aWw/1vwf9UT/AK3uR93J&#10;b8Ak/wCJtb6/X2jdjqJJx074R6jriqfgWJ03N7AEk/63+3v7wNVMGNybt9R9Qbfj3pZARQ/6v59W&#10;8OuKdTRjI7CyqAv5AsQLf4e481Q5YkEn/euP6e2zcUx6db8NgB1Pp8dGEAIUXPP0B/wB/wCK++o6&#10;h3FieDxzf/ePemmCjt6sIjXrlLQRqbheRz/XkC1rD/kX+398/wBy5sSR9bcn/Ae2/HAWp62IAfLr&#10;rxxHTdbEADVcD3mjVm4Nxb+v1596e4FAcdWEFB1GkVFJYfTjkH6KB9FP+9ge8hib6Dj+h5/P1HvS&#10;3BPcT/m6ukNBXh1i8kf5AJP+AJYDj6f6/wDh75LCPofoQCDwef8AW908ZiSK8P5fn1YRDVXri8wA&#10;1BSCCbgBuRxb/Y+8E0KL9RY/4/U3/Nh7ZMpY8a9X8PFep1LNIVBF7W/H0HP059+ijU/gX554/r70&#10;ZABU9WVQMddzM9zZjbg2tax/HI/F/efRGn+JNvrx9Tb22JyVLLgdVZM+nWBvNJwb25+lyRYe5Y02&#10;H+t9B+P9h/xPtkTkjH/F/wCrHp9nTigUp1CaF1e2ngn6kHgAWt/tufp7iVDkcr+Ofre/H+HvYmoa&#10;fl1dVAHThSUytYN9Sb3sAf6ge4CSSl/63H0vz72GIyMDqhHkOnOWGER3a1x+T+Lf1t/xT2+0sMko&#10;B+v0ubfn6fX3RiTjy63w49JbI1cFKbEgH1WFxYj6j/ip9qugogttX1P+9D6+2XkK4A/1fy62ATjo&#10;Ls9lzKreM/hhxwNQ5HJ55/p7evHHH6rAmxvyDcH/AF/bbTOw7f8AV/sf6vPq2jyPSGAkqCY2dlS/&#10;APpH1BAB4/1/cOWVRIedNieDyv8AS4PtyKR6VJ/z9XKqB08x4omnGmISkgDUvJLfkEW/rwfcCort&#10;BPq4/wBf/e/+N+1MZFKgU9OqGtOnmh295U0shZiLMLcFieAP9hf2yVmUUqQTfng35B/Bv/T3vRU1&#10;FBx9f83VdZOOlvh9uGFgQpF1XVccMo+o/wBf/ePbDNXt6tLEk/Qg2tf6i3vQNEr1UDPS2psRECpZ&#10;FFjc3XnjkEH22vUSvYkkf4j/AA/1/expBx17PTylNFHcAX/IPBtxx7jvKH9N/V+eSL82/HvbcK+n&#10;W+HUmGEodQW68ngfTi/HuEBJckc88ccf7C3vx4eo/wBX2/4Oq0Na9OP7QADcG31N/wA/4e8JcsxD&#10;3BPFyCAP98fdT6jh1ehHDrOqqq3S1hz9eT/U+8wbQLX5tza/Nv8AE+2y4rQdb8usZQP6vwDwCPpc&#10;XJt/vHvtbv8A1J+vH+PPva8O7HVQCeuLgIRb6fQAm9/9v/j75kiw9Nzx9T/sLW961BsDq1M9Ywhu&#10;fVZbX4v+OR7xvCrcgAEc3t/vHvxd64/4vr32dZo5bCzEnVx/iBbk++xqVbL+B/W3+x97WSvxYr1u&#10;hPXFlRm55F+D9R/iD7bZGBJvfUSbm/5/1vblBTHTefPqfGpW3AIAuAfwv0940PP6rm9h/sBxb34A&#10;Dj6deI65uCRwnBFz9OD9Wv8A4/4+861GkWvxcDi1+fpz/T35aA561x6wtT6jfngXF/8AinuQkgLA&#10;g88i5Nr3FgB7qW9erDrC0dlZStltyLfT66j7yLcseDb8lvpb8iw91A0rqrXq1DxHXBtOkD6Hi1uP&#10;x/j7kGxB5t9OB72Mj5db8s9RhcEcFiCSST9T+f8AjXvGAiAlhbnn6Ae9VNdIGetAenWU63tYggC4&#10;sST/AE/4n30wEp9J/wAQQf8Abe/FmC1p/q/1fZ14567X9q+rm4IKi5PP1Nz74yI4UAHm1v8AD/A3&#10;90VyuevEU6yIyOx9PA/31re4MzWAuOPxbnn/AG/u6sDkdVYEnqXEpJNj/gf9b3hBAsSbfXj/AFvx&#10;7uVqMdbUCueshvciwJNufxb8ke/GXSSFe7Ei1x9bc/n20QxqtPt6sSD134wbXAAAP+v9Pz743duW&#10;9NuQf+KW+vvR61T59cgFHCgf0t/vd/c2CYxAlQRb6AWuf639+NHAB/PrRFeossWs2bn83/HIt9T7&#10;5y1haP1Gxb/VcW/rf3XTQ6R1sEDj1wipVD3A4H9D9f8AW9sExZizBrj8c8j8W9vBqCnVGpXHToig&#10;cFf94/2PttaVlaxBAa4/xP8ArX9uihyetEU6kaQRxYm/9Tb3PppibG5ufoCf8bfn3XyoOvDHWCVQ&#10;D/vftRU9UvFyw/B/P4/HvTLUU6cB6aJqZrkjSfqRzY2/P1/33PvhUS2vYm4/I+p/w5HtmPBz1Unr&#10;NFHcD6W4+v8Ah/sfbLMxd7L9f9YcC/P+H+v7epU/Z1qpPU6MBRz9L2/wJ/1h7x+RtQBNiOfyPp/r&#10;+/EkCvWwPy6yaV/17/nj/eLe5UetrfgAXJF+f8T7b7h+fXqevWJtI/178Dj/AFuPcoKOfULD6gfW&#10;3+A96YsDnrw9esWr6cG5vYkXF/8AX99gBidLWFjwefx/Q+91A4jj8/8AN1sAVqeurkfqFyT/AEP9&#10;b8++UUgT6Aenn/iOfdWFePXianHXUiFiPUf9b/Y3Av79NWll4Nvyfx/gPegAKUHXgcU64xUwDEn1&#10;H6C/+t7gGp1EhnPH0uf9vb3cDg3+r/V5dVZupIj0jgC304H0598CQzaoza4sR9Qef6e7gih6qCD1&#10;yNwLML/0/wAPx9feTkW/tfS4Nv8Aifr71pDDHVq+Q64/4jj6++gvPpHJINgL25+lx7sBp4dbyOPX&#10;RP8AU++yykW4D3IK25IH15v+fdAvaa569WvHr1iCP6W+v+P9PcZolkaymwv/AIkg/T34kUo3HqpF&#10;MdZVcryRc34va3+w9uESt+m2or/X6m3196Kg8OrcMHrA7WF72v8A0F7X/wBb3knpywLMDyPTb825&#10;sffgKNQ9WKmlfXrHHOvAVvzzf8H6X/3r2xz0ciuWH0IBH14/w5/PtzgKk9UK0HU6OZSAPzyOOTxx&#10;x7gtCUY8kknnj/bL7uKEZ6oQQOsoa44H9Ppb8+849KhiCp5/23+t73oz/q/1V6tXHXEm5+v1I/ra&#10;3+PuUjxhLn+zbjm6n6fT22e4lR5deBJNOsbK1+Dxz/rG31+vvEszykhRYBrDmwt+b290Bo2knrZz&#10;1zKKvJ+v+tc3H5HuQ8rGxHLLYgm/19uU8+tcDjrGEAuDcA/0/A/HudSSzOpLKAfxb1c35sRx7bYK&#10;DQ9WFeHWCZEBHNwDyP0/7f8Ar7kNE686NalhqH1PI5sB7Z0FmqOtkY64CVDcXsbfk2H+xJ94no1Z&#10;7hStgG/ItYccf4+3RqUZ61SvXhUDT9dRPFvrfn639xZWRCVYi6gj/G172PtwdV4Y6zKrEXX6f19x&#10;/ugGUg8fTgfX/be6tkUHWxw6y+I25+v9b/S3+v77Vmd724I4Avfn/E+/KuMj/V/q9OrDrxsq24v/&#10;AFP04/w9zIVLABnI0kXBHN/wPbnxcPLrROadR5Dp+i31Dj/WH1Nz/wAT7mtEI2XT6jwQPqDcfT20&#10;SSBX/VTr3A9YFkL6r+kf1HBH+I9x57oDcaL2IBFrf4C/vWgnrxI6zRkNYA6voL/1/wBe3tuqSVW4&#10;+tiR/rD6cD3dFFeqk+vUiOx/wF/wP+JPtnLSupZBdgfyTb/G1vaippTy6oeGOpFlH4HtTYukmqPG&#10;CCSbAk8C5PPttj59WQ16a62qipkd2IFrngc/T6/8j9iRjdrTTKNHo02JBW9z/gf959slhSp6dC1y&#10;Ogm3D2Fj8YwFQ2sOXF1kCBAPyw/3j2ImI2Xqs0y+QA/TSQD+efaKSZiezHToUUocdF2378hsLgY2&#10;RauGGVkcr+9GzLzZfoef9b8n2tqbG46gAuqgpc6T/qgPpz73pm06acaZ+3rxZV4H/V/q/Loqme7L&#10;3fvo1DYuepFPNdYZYo5Iy6NYq4B/x9p7Pblo6VnVJgoVTZRYckfW3s5toikYEgFf2/6v9Xp0jmzn&#10;pd9VdFZrJRLkMrT1FRNVVBeWaqJLsge+k2/2PAtf/G/sI8pu92LmOY/W978nn6e3WcD4RTplSy9o&#10;6PTtnqjFY6GGOSjhsn1UIpUG3DDUPrb2hchm6ipvpLBmF7k3H+8+05YnLdOEE/F0LWOwdJQqEjjQ&#10;KnAVUAH+8e4NHVyl7yamYEG4/AH19suCcA8enYzppTpzngj0kABRYixsObe32SqSWK5UAjUBYWJu&#10;eB/xJ9+SoNPLpxz59NK0jwyWVmIJXUCQbH68G3tjmMQYkRksbki35v8AU+3Kgip6ZyeHTrGr2AZx&#10;Yfkc8fS3uM1OXbyRxltNuCLEEH8X96Yg46tQjJ6zCQL6WYKTcXuD9f6+5HmawQBri97i/wDj/vHu&#10;tFFSOJ63U0p1j0AnUQPxybf63vv7mUKIvoB9QLfW/PH9ffmWmR1Uk8OuhFGWMhHqtYHn8C3499S1&#10;jRopU6WLG1xxc8W91Xu+Py695Z67WnVmItdQoB/2H5/1/fcNRa7uU06uQLHn6X597fvFAeHW1IHX&#10;nj/A1XtYG5B/rb2okqo5UjBNltf0/Ww/r7TBCDXpzVjplkp5I3ZlBZvwWN7km9r+5QlijiOkEsb2&#10;J5uvuwU+fWlJ9OobRTSTANYKLEhRazWtxb23zKJfSZNII/zd/qCf6e3looyK9VY5oOp8ZaO7CMMy&#10;/wBsAA3A/wB59p6vhsjLEWaxtyePr9D7cUUP29VYmnTxTyXszgLf8W/3n2ngS7orkxFW408m4+o/&#10;1vdyNGCOmwWrQjqdfgkc/wDFPaigiljRGeTQvLKR9f8AX9sEjp0dQnZGZgq6jYXB/wB49yEk8kgU&#10;o8rEixU88/19+DgDiOtaTXrGyaEJDCNQDcEce1JSxKAylSWUfm3F/re3tlu856dAx0wVczAqwYBW&#10;vf8AGrngi/Nvr/r+2XMVzKDEliFWyn6WsOAbe1CIFGemnJ4DpyxlKLCZrhnNyOfz+QT/AIe0tTVD&#10;yPpYFDfl1Nh/t/e2Cnj02pPn5dPTKFF/rb6Aj2uMfUpHEAfUQCDr5DG3tMyZr0oB9ek7X08kshsd&#10;INiNHBFr2+v/ABHuDU/bs7ujhGP6goFj/rD3dQWFT1U0J6mwedERHXUoFgWb1g2tz9b+2YKNbNFa&#10;39sEWYG9jz/xHvxXHd1sgUp046uAGJ/wN+Le3KAqtM+tXYAj1H9Vj/T/AJF71HIzP1sfDXqHMhMy&#10;FWVT6vTbg2+hb21zxwTBx6R+QVtquTf1H/intV4oGP8AV/sdNUrg9Sk8iEGxP4s17f42v7jQ42cP&#10;ZeFDekqRzfn8+6SSqft62ENa9ZGqEC3J/wBe/wCPb+8AFOA/DKwJQ/0twb+24STWnn/qPTrKNI6b&#10;/J++AOVKWDDkcnkH3giRrDQzEk2BuSOPxYe7M3n1QLio4dZmZfowFgP9if6/X3EyNT9ux0avXZSw&#10;BsPxz/r+7qdS1PTZJ6508QZBq/FyBx9f6+8lFJOz6kCyA6bqx/Vf2w6pT7enEBHXc6xhbOStr2YD&#10;6f4j2/vUeJUMhAYCxiUm6j68f63tgIwrTq5J+HprWESswQcXJEhUWYk8e44nikDMFJN+NS2sR9CL&#10;+/KW1AdeNOPWcxOnGqwt9AeDf22VGQVNS3WN1NmuQB/gwJ9rjGoX7em9QB6kR05b1G5W3p/P+uD7&#10;jyZcjSgtISOT9FIH0+vtgxaet6x5dZlpFuWsU5NgCf8AeLe37F5uKCytIC3PpuVVdQ5HH/Ee0jxk&#10;n/N04HBPd015HFGpUlVsBYngMWKm4+vvLWZRHZ7DUSLhhza/0uPbyCnWnNTjrDSY1olQE2twVP8A&#10;at/aB9tJq4GC+WVhLqGnkFTb8W9qkQ5IyOqVr04+J0J0IgQjn6hgbWvf3PjeeYLIjABLA3/T/rsP&#10;fglRTra46hyinhJRwfXz6f1n/gv+Ptkybq9yHCkmzqSSt/8AVK1/fgKNQ9VfPTnSKUUCxKgXU2sb&#10;fWxX6e09HIHkKiJVa4byDUof1W4PtyppjpsV6nf1uTa3+HtURZIQqiyMQwtYAXXT/j+fbBiQGvme&#10;nQ3TdJSmUsVAsfrf6k2/BPHuFWZkSudLhifSbDgW/wAfdyoC9VL1oOslPRpCunTYcn8XN/629wYK&#10;xo5gxktHLwSbgKfpz7YkNRQDqw6lPGrLa3I+h4v7XNNEldj2i83KWdSODc8kD2xBL4M3d59XKB0p&#10;0nax3pquOYREhro4/H9ASR/jb22JE1PKVVtN1JX6C5H1uf8AYf19mhdCK+vSQQlWr1KZxPGCVuAw&#10;DX5AvwLD8/7b23zzidwhGl1b6/1Jvcrb21rMeCMf6vXp0VJ6mxQiNSwNwfp/yD+D7hwmWjkYwsze&#10;oMfJxa/9P8PdZDrqx62MHHWZljlTTJ+RpsDcW+vtRRV7kBmRSAtyxIv/AFsq/X22sauKH/V+zq5a&#10;nTVJSKpIRmF24UXsfxyTxb/D2n8rnPH/AJwySgD02/sgfi49vrEAtAOmmkbh1Pp6NIhdVVSf1WF9&#10;R/rz76x8VZlIyYI9StY8NZrfgk+22KqaHp2NC4x1yqZ6ekAeZxGPwW+n9SPb3T7bnM/7tMira7sr&#10;KZBbg6wf979ppJhWinpxYjnpvkzVKsRdZrsTZQUcKxP00v8A8R77yeHgiUCEiMqPUBp0txx9f979&#10;qYqGMa+m3AGB1xoclJOxLrdSToIuSP63HtFTZQUEpWRnARvS2m4Fjb6f096aEEdo/wBX+DpsSEY6&#10;fSquOR9Rz/sR7F/auVo6nHSiULKZ4wAxX9HF7i30/wBj7LG1xzgj/UelcbgpjoOt14qsknoqijla&#10;FaWYSOAxAmU8aGv/ALx/T2n62l+7rPFZFjH9skAWHH+bbn/Y+17ygIOk4FWqx6UlHKaek8h8jPbU&#10;UsSwP5AdePbVlJ58THJCoZAyEa0ZXBH4+v09uxRjEi9VdtOB1MpfBXhZm9ehrhWRkKsBzwfr7SdP&#10;bJyqDC3jRSZG/FxzrIP/ABHu7yFTQ9VVSx1Hp0YiNb3/ANa/9Sfp7lVFUMfGkckIamVgVdxdlH9e&#10;eR/j7cji1Z9etM+g9cbByWDFWtY6Tcf7Yf7x7x0WcpsjO1MrMDyFIGof0HtuaMxZp/k62kviGh64&#10;mPQNS/Ucm/FwPr7Uz0LJFqUku6ccEWNuLge/Q0k7ursPLqF9yNek8BT/AFBvz9Rc+0y2RSGo+xkQ&#10;+Z769bEXBPGk/wBPdpIin6g8umxIAdPU8Lqs1/xxb6f65H/Ee482NrknaRGP27aTG6n1gnko4HFv&#10;rzb24umVe3j14Kwao4ddiVDwSA39P9b8j3kpMnW46vRAjiErpZfoNf0J1D/D8e0UsWjuHWw7BqUx&#10;1xmhjqIyjgMrDg2Bt/iL+xKxdPWVumSOP9p1JldXVdBJ/U0f1P8AsB7oZwxGocOngrHPSWytTRY+&#10;MrLIokuPDG6FzJYf5tZG9Iv+Ln2HG6sRXwZhDPUXhc3V4/qRf839mUgLRVQZ6S6SJOPT3iK6mr6K&#10;OWmBRQNLRsLFGH1HHB/1/a6wMVCtCfuWkLMtojcKATwAP+KeyuNpFl4YHH/V/q9OlwKqlDmvTdmm&#10;rvJEKMR2VgZQVLFkH6vp/vftN5eqyVPVqlJSyGBAWeQAagw5+v5v/h7OP0yMcT0jcSFu09vTlRpF&#10;JAGkZJGbgjV6QPpbSfchamGsNNHVPNDUuoVh5eGU/wCrUWv/ALH2llLRgsBw62CrOARnrmsTQ6zE&#10;ImiF2VdPIb8hWN/cTL7dp0qPJdpv2wyxsqXAAubH6ke7xS+JGCfPqzhVYgDrjR1xqEYlQpVypNzb&#10;j+o/HuJtXM1C5CXDvFPHCxMcMbgtHb6EqCP94Ptq4t/BYSr1uGZnJQ469kqeKWB5mADwr5Fk/SfT&#10;zbV7Y9z4qrTJugDyrK9iqljGU+npUiwI9q3OuPGDTpPpYN8upFHOk9NFIl9JUXB+oI+oPtdYDrup&#10;yePSeMoGHoUMPE5Gn8N9b+yhbik3hycOlRiGgMOk1n96YjbsojrnYejWzINYQX/Krz/tvb/Tdf1u&#10;OqYJJoVlL6FaU3KooawLAHk2+vswYIYtSmg6qFAOOk/H2dtrJw1a0VcplgRj476ZZNK3JQH/AHg+&#10;1LlKPG42leFI71eh1iRFCxeRhYEBrnj+l7e72tshbxpeH+r/AFf6q9eeYH9NRkdMuFzOdzlZHMrR&#10;R4wSI00kjtJUmGNiSpEdl545tf8A1/Ye4TDzZrMx0Ek06IjA1LxgGFQ3qtIp/p/X23uMoiiJjz6e&#10;vXrfvJL8B0I+ay8OExE+SKRuY4maCJ3CGVwvpRH55PtfLtSHEVckekHzS38oIIMajg2I/wAOfaYR&#10;ySIsjAkH/V/s/wCbp5XRGI8uPQfUvYEOex7VVI4UwR2khYWYVBNnjLX+o/F7A/j3iljMs74+akAi&#10;qT4Yajx6RxwBraw/3r3qWB4KSx1anHpszaiUPTtS1cP2a5KOuvNTIaiopVm1/XlrxoS3H0/P9Pcj&#10;aWwcRQ5wzz0Xllim861tO7Dx2OvS9xyD7R7jJcyqqqMN5fy6cgMUYL4x0mt6dhPFtaprcdWUtFPL&#10;TywpT5CKzTvIpRfGwa4J4t9f9b2ImbwtFk6oTowBRxcflrDjV9f9j7PYIwtksMi6TT06Llmbxi9a&#10;9Fs2J2LuDbVJLSZGKoqlmEjrUEkxQanuUja+oLdha9/+KstRgNIWGOhjmglceSUPpC2+raT/AF/w&#10;9o1tJYSXU1qOH+r/AFevSszKRVqDoUMf2ti60vJVZuTH5CmjJho5oC0kpcWRUdbhuSBf8+3WmwjS&#10;mCDTDHShSpQ31gAWAC25/wBe493hi0KaefH5npmS5ic6a5+XSL3N2pRYuHIZE/fVeTgVZYmpwiQl&#10;f1uXldhpvzwQfp9OPbaes8dJkfvJ6nXGrAtSJTRNHNY30zGS/H+t9PaudGdR4WMcek8UyoSaVPTC&#10;Pl7UJhVpIduGKrljdBX1WWWPwApZJqZYIyGZTzYsAfeap6/21V5FJGphHTxxuHoYwRGzstgVI+n+&#10;t7UyWciW6qBQ+Z6ol2rMaivp02Y35Nb7o9rVLyCkyVfNUoKDMVCohhp7gyLU0wsHsAQCCCf6e3xs&#10;FR0UEcNHSSUsUQQIIAS4VQAB9D79bWUSKQKFvy/1f6uPVDd3DtTTQdJrG91ZXcNbJUZfPYqsecVN&#10;4qwxQUSsf7Ng4UafoLn/AIr7iVOPqqaSOaGKRgAzAuG1lz9PoP8AiPb5sY7gVx1YTTqeHHpU7d7P&#10;23mqavxdbmMfHUCVYXFJUQeFKdLcfrIC3/N7f4+1DT02TrYKeYRSRs0QvrB0gD9QA4t+fx7LvDgi&#10;qnaGB+X8/wCXToEzU8Th0D+5d+ddbPzeZxmQzlJXQx1N2him8lX5JoxIimQFgVv+C9h/X3wOIr4K&#10;6KeKCSTyDxXHpVNZ9Tkf4fTn2upA1trZwCnlX/J/m6ZWK4DlUGD59NsfdnX2e21ksFW5ukoVpwK5&#10;RMZJKiqNOuqKmhkAuQSBcKSfxa3vlk9my5KKaGSVFSUEMrf8V97i3G3QCg4ihoP9X+r9nVTZvUEn&#10;Nek1tH5eYDatTSkYnJVzUROipjKhiF/3UUkOo3H9Db3JxWzKbF42DHxVtvAWYsiqLamuR/tvZOqo&#10;k7TNGTq4f6v9X2dLWjV1CseHTfvj5o5bc2flylFssrQvAkMcNdUyGRxGCEkKw+kfX9Nz9fbq23MS&#10;zKJWeTlW9b/qKm45W31/p7f8W48IjRQdVWKJDUdBhF8n+11MzY2loKQmOdIxT0LF4YZBbSyTMwOk&#10;H9Wm4+vuNlP4FjFFRPEmmNTZCbLptySD+B7XWtvdSW500QKOP+z/ALOPt6akaJJNQFWPTp1vm+9+&#10;zq+fB4zNVcZrplnmyfgTywOrEokLqBZm+hCnn8/19z8VWYPMUMdRSpTyxKNIj0Bwtv7Nj/vHHsOG&#10;/wDDumtgaHzOBX5/n556VmNSAzCvXfZnWPf3XuRlmye5M/LLVv5FyFFWTxymQx/8dYDccfUKbe3O&#10;9CdOqOEeIDTdVsFA4sP6ezEfUqNEbGjeVetEoTWnRfPtN/Bqiq+/zTvXSOKyUVFSXnmeQljNISSW&#10;J5uefaXym8cFiZDBJLTCRuNIC3Y/S5A9rTYvEgmuGKn7c/6h0yZKtRBXownXXxg7g7HoqfJS1GXo&#10;8YrCWGStq6k6LDUskCM1wfyPp7Yq3sakpE1MhVCt42CBVZbXFmPFre2Ikt3BYZp+f+o/6vs8xnB4&#10;U6HbEfA6asqF+5zrzTlyaryys0sUpPLMo5Jvc8n3ho+zcbmop4MXKsuUpoXmaiDAyMkalm0BDyQB&#10;7ZSS2t7gRTLh8D0r5ft6cId1qhyOPXOo+B8u2stDW53LRVO05aqKKorIgI56U1EqxRPUq/6U1EAt&#10;e3tA0/d96uSB4SyxuUubgxsp5DqeR+fae/jdJKRigP8AxXV0+Gh6Mr/sinWH8PhjVZvuVQB213SQ&#10;W4H++/2H19v1R2gK6Pw06CKrZPLDdiwdL/q0r/vHvdtcm2TvoQR6Z/y/6v29X8Msag9J/DfB7ZOC&#10;zIyc0ktfjvVHU0ciRqsb/gxsbWHPNh7m0++GnEFOzr9xOuiWnc+Ng30Bs34/p7TC7ubZ/qSOBqPs&#10;6u9urjwx055H4pbH11E8GNjgho2Wekr4Y1kdCp1EHQebWsRb6e4FYmWoakZKizC/bTCZKymqnIlp&#10;pU5jSGMfXV9AePamW9h3BRIcN/h6TpbeCCoyOlthcftuup5dnZ3Yal8d9nLhslQUsU9BlKSZQslR&#10;POQDG8Z5eN9Q/IJ/CEyXadPPkocFUzTUdcJUgmZUkkaEnjWQvHI+hHtc9xJY2hBGrz/1f6q9MxwR&#10;yTefSt210BtTAzVmZxtJQ1QrlaoipvEkcUoddaR67Hi9hz9R7eGq2pKqeKsz1TJQoIjArEfea5B+&#10;8tQj2sv5X6e24b1fDSdAVrk9KPpwwKvk9OR2/HWUcctBsvCQ5mV50qnRAMaEgJNLLSVEa+prABrr&#10;a97+wlqev8/XbphzePyoGGXKxIlRM0kzwJJ6tc4UFCl+Lk/Tj6+294vYbuFktjqcitPPr0Fq8Thm&#10;NB0JUG6aHH0FNR5dEpMsmIeqkxsIWMVL00YWpgx6OVLHURZePqD9OfY57n7Ei2/S0WBx0cdRV0cc&#10;MVTCsgAmMh/dqoSeQpN2A/HsP7Nay7XbtcXOHYlh/sj7KDpVcETtpGR0AcHSWJ7I3PkN97iaSSky&#10;Cxrh4vBHT1VDTUnoio6kC+sqxYsSfr9Pp7kbRlpZce9RWVMOqvrJJYKen8hqI4ABIIWAv9Tcn3Y7&#10;rdT3rSrUADNeFT/L/V+3UltGsYWmrpx7TwdarUlJiMe8pxuOjVquu8Ax7zPenM7gsrEogABUixI+&#10;n19uO9N04J8PWYGpL45qmneGGeRCiiRgVRpW+ou1hf8A3n2Jtpml22tzMdSyKRx9R5fYc9IJo9ZC&#10;rTt8ui7dV9Cb2pezcL2xT5qgy0WPyDDIYqOcaDRznxzLRMhMZaNDr0k3LC178+0Ftbb9Zg9o09FX&#10;0EVbTvWeaWlpqiEEtAmsV0Lt9STb0ixv7Dek3u5SzWxwRTPn8v59GGsRxKDSo6OFuXcuIqdzQU9J&#10;kmxOYosYVgyNRj6qWnUV9T4nx86jTYsY9V24/INx7at0b4hMq6mqP4ZNETE8SGWWCSmtDNDMByDa&#10;17+zOK1FnEqphhxHr01rDGrZr047V2QKCFp6tKaTMLLL9zMqulPUxTv9xDLCoLWAJOkf64J9oeDO&#10;UsFS+PioHykVYzeNi3nqLvyTAg4Gk8m/49s3T0Hj6tPV45KnwwK9CHLRSyrDK1SaWSEKWENlhYLe&#10;6y3+o/3r2KO6drHbeLxuQw0dY9VU45FyWMmmssYa0n3DQD/jnyDa5t7b2kR31g105oyMafP7P9X5&#10;dbkxLoTh0CGzOyq3dG/N67VzlJjlxGDyVMu2NwUSyPFX+SPRU0MlQ91E6upNltxxyQPaLOaxO0sV&#10;V1+4Y4M0r00izYyGlV1ijlsGlRfqCt7Kfx+fbFqk1xeeIGKqmePxU8vs9etSkRx04k9Clncdk87A&#10;tJiK+rwMsM0NQmYhOqXVA+oQGB+JEci0iNwy3594MXtPblRgig+9ko95mWoxEXmaCsowh8iS0w4V&#10;WhvocMDfm9wfbsN/4l69wgosfaw9T5f5+vNEnhCM/b1hyOUyaTCOCeninwcdPU5iVo9VJPFUR6Wp&#10;3S+tBIAZI2U+kgXvYqWzAZDF7ZENLLW5SmoMVXx4/KVVGrTy0FJLJpjrq5QPTETdGkFwL2P+LdxZ&#10;yF3KAazkf7HVPEVaCmOHTvmVkq8fIsFJj66onpDLj6TIEJBVVaxNPHBrYHmw1j08WJuACRN7Bwr5&#10;HeVN/DMjV09AzUlRSOoNVTVNRMLxPHVIQohkBBIBFjf2cGe3G3Ro5zTu+RH8+kwSUSFz64p0leta&#10;zKf3KpZc7FTplKZq9K2mp6N6CaBaWodDS1NJKzt5YgChOohwAwNm9t2Yx1cn2lfS4PI7XyEghx+c&#10;rYdbRSRCaSH7gTMShjnIDqoIOkgMARYWMMQtdSESacgj7flXh+3qy1Zqkaa9PuIr6SonqqWfP43N&#10;mermqsZSXoVq6aCBUkNN4IzrYwFhd3GoE824AW+08FuWvo8jtuhzFPSbloHpclial1eWhq8X+uog&#10;qo0LCzIODpuDcc+w3Jc21rcCS5H6cuAfRvL/AFfZ0rYSGKqn4eP2dJPfu5sbt6jpN05DGTZTbSmp&#10;xudhpqdDlqKokmWCiq6OFyjuVl1xTKsg9LCRSdJDc995KDaO5trPQ4+kp5MroiqK6niLU0WQOkS6&#10;WX6q0vGhvwfYhmsmm2LxZTqap/YOH504/PpDDdL9SVQUB8+k51LlKneOD3dS5isydXT0OfyGNoqP&#10;JXp8imDkj8+J+7U+rU9O6FZBYkg/0Pt2xmz6Tf8AX7pyWWmLYrIwIuPzFPMKWqx+aijVK2mZGY3Q&#10;j1xm2m1+QfZM+7yi5toIV1UFGWlcfb/q+w9KWhCwliaen+Xpt3fu2fp3aO28Pt2lpHrMHLSwHa5g&#10;qqp8jtXzSUcMtHNTqGEkX7XkYAlWuGUqQSi8h1VSbepMdnK3PyPiKGui+9nmDzM9F9yI5Fm8J/H9&#10;lvwefp7OTGb4SW8VA4Ffsr/qr0wrLCys/wDsdKbB9w024cxV7Zo8FkINwx42SrpqWrK01PUTiiFW&#10;kMdTVCMNa4DkLdbG445RfYuVo+xMqcdsyL7KPEiGirVlkSnpq7GodUdfS5BiAWA4dCbn6c+3kmh2&#10;ywWxkOpwOPTRSSaUyVwTw+Xy6UfXmC3LtnD1w3bnWz2RyuUmzUkiUrp/DZMkiNPh4IoS4aGCQN4n&#10;W3BNwLXKe/uZiP8Anr4P+Av2v6JP+BP/ABw/4L/tf1/w9kdbr+H8XSrwov4vLpd/cTf8qc/6v9XB&#10;+j/Vfr+v+0+//9APJubWH9OeP9iPeEqrQEdd2Ot1lDbk/TkfTnj3GcAKfyB/jwfbmQade6zoxZv6&#10;Ejg/kf159xXa1z/T/eL/AOt7qePVDWvUgf76/wDxPvBrsT9Lfn3skj8+t1pw65Bbj83/AD9P6/7f&#10;3kZkAH0P445H0/HvwbGetBuugrfSx/3r3jVyRYDg/wCH0B5960kmvn14ipqeuyLf70bf1/2PvKvJ&#10;5FyT9Pe6FcdbHy64+8p1WPItY2A/w/Hv2aZ4jq3XEW/p9fz/ALzf3HYcm4F1H15+pNvbLKwyPPqp&#10;Hz/1f5esq/6/+8fgD8n34Cw/1zbj8f09vCh62MjriTc3/wB7/wCK+8yWsCefwP8AXvf3oqeHVaEn&#10;rif+R/63vKv1v9Df/bfj6+9tQr1emKevXEk/42/xvyf9Y/W/+v7k6bf4mw+hHH+uPbStU/L59aFK&#10;HqMfx+Ofp/X8gAj32EAHPF/98LAe7VNKefVqddMxJFubfTj+g947f71+P9797NePn17rkCDe/wCS&#10;fqP9hb3xc24HJP4/4p71Wn29a4dZUF7k2tfj/H+nuMCQxYn/AG34/qBf37uOR/q/1f8AF9b6y2Fr&#10;fj+nvOJTYXF/9vx/jz7t3DJ691iMS82JF/8Abf7D3kRgSBf62v8A63190o2SeHl14V4Drg66eR9e&#10;fx/ha/uUG5Ci54sf8P8AW91yCT17rARxc/T6j6G9uDf3l0EHkggWAF/z9fx71UfZ1anWPXf6A/7b&#10;/eBf8++QQH6WH5PH+w9+B08evafPrizkW/2wv+fzb6fn3lHAH5PP+v8A7x7pqUnSOvfLrGVLEsbr&#10;/T/Ymwt7iyuL8n/bi/P+w97CgZH+r7OtGnl1JRTa3/EWP0/N/cdlJNx/sSCfrfge3Bxz14jGOsyt&#10;ZbEH/AWBuLcn3hYhVuSL/Q8c/Xj3Ysa6QP8AV+zrXl1zRdRvzb/XsP6/QH3xRyeRx/sef9f34oNP&#10;Xh1yYAcfX+v/ABQj3imJH+25/wB796Rjw9Ot8OHWRBcD/X4+h/w9wRIQTq+p5t/h7dweHWiPTrMU&#10;/p77MgP4/H5/x/p71QV6117SR+fzxb/ifeQEWAF7/wDFP8Pexnh17rgeP6f7C3vv1WPH+uQP8Pei&#10;QMHrw6699fUWP0/3kn68D3rTmvn17rv+n+P0/p/T3y9dv8P6/wC929+YkDHXuvcfn/Yf6/4v7yKs&#10;luRYc/7H/H35W1Gg68OuLED/AJF/sfcpVIta97j83/1/r7oVNc9b6xFgb6uLX/HN/wAD3lKNcH8/&#10;nn3enbQdbOesAcf04/Fv9vyffYha4a3H4BuP9v70BX7B/q/Z1rrxmW2i4uf6kcD+lvedYmFrgnk8&#10;j/W/Hu/xDHkOvdYDKov6hc24/P15v74NTFz9DyL/AE5J+nBPvS54eXWq+fXMVCoP1Dk24N7fnm3v&#10;G1HJ/Tj/ABBJ/wBv/wAR7shqcjrRPp1z+7jtwy6rfS4+lv8AU/7174iiZ2tb/aQOP9h72AScf6uP&#10;Wq1HXbViIly1rWJP4FuSePblTYhn5A+lj/rH/X970Enz630z1WdihFnYC9x+OQfaho8OBp1K17j6&#10;C4J92oxNOvAGuOknk9yxqj6ZEIA/1X0F/wCn19qumxMbKo0WPPNuQRxx/vXvenSKt+Xz6cXPQYZL&#10;eMsMzaZeLDVGGstjzyf9bk+3eLHGIXAUi3+9cX/5F7aDkvpOP9n/AGOPVvDPSRrtzQ1KgeRrlm1W&#10;ueAbm9v8foT7ktCVVCTYfX8g8f4H/ifbcsuhilM8Pl+3rRXTx6gUNR927NGQwuAOCxNzcen/AHn6&#10;G/8Ah7b5plh5LDi3Itb/AIp7qkoY/l+fW8EdKmlxMtUo0oR6wSOfpxcf1t+eLe22bJLc2a/FrX/2&#10;/Pt1TpUA46aYHy6UFLtm/JT/AB4Utz9Ftq5HHttfJEsQCQLfi9v9v7UhxSpP7eqKDTu4+XT7DtuN&#10;UW8S2H5H+A44/P8Aj7gz1Lt+fzf6kD6f193DmnVWA9Onejx0MX9m9uLFfzf6gH/efbVPUEDjg/4G&#10;/wCPp7ukhDUOf+L6ZKAk9P8AT0S8G3Btxa1/wTx7aZZJGBJI/wBe/wBD/r+1KzgtQ46oUNeniKmj&#10;jta5+nH0uP8AW9xAjN9f9f8A2A/Nh7e8bND17R1KIVB6bf7C5N/p9ffeggnRx/U/jn6Wt7b8YEZ6&#10;94TEZ674I9Qvb6f71b37W54JP1+p/HN/r7oZNJqP8PXvBp5dcvEoHA4+trWvx/Q+5cUeo8/U2/1x&#10;b/W91adqVHVxGQKN1ClIW1hwL8fjk/U3/p7cI9Kn83A/4i/tlritAcj/AFf6s9OLEBxHTfJGzAkW&#10;55va/uQbFdV+AP8AG/HHujyMWovHp0KOFOoyIVYLp+p4/F/z/vuPeAstyB+ADf8A2HtkzgY60VFe&#10;piwyaQxsASVCkD/H8L74yEAcWP0+vH197WUEVbq+nrkiEH8ixIIt/jzx7yRslgQBf/ff7f3RpSfP&#10;/N/q/wBVetaKmp6xyxOCRzY2v/X6/wCH09zFf08j8Ekj+lvr7aaVq4HVlX06hmnBbh/oQFH5v9LC&#10;/vH9wA1v6fUcW/xAHtou3l1egp8+pH2WpDqFgw+o5N/wT/vPvOtTqJv/AE9PI/w5/PvetyBTz60A&#10;KZ6itQRxgWH0JJ4vZiCDf6f7z7kowYXP+t+BY/mx9+8Rh2jrYArjqHJAAQBb63+nOkHi4/1veGWI&#10;uNSk824BJ/2PPuniMGofLqxzjqTBJHGCh4IBsSLXvx+P9594xHIgGq5P145P9fx780wJx1rHl1Iv&#10;HJfTYD/G3+xtf3iBYt/QD8/8V+n59314oOJ6159c2jQJqJBBFyo4PB5t7lAOfpzpFj9Rf/YD2nPY&#10;dR8z1oGnWC6MpGoC5uCSLg/1v/X3njpvL/ZPq/xvY/j2+KKanr1em2orxAP1j9vn6BbgfqCg/X6f&#10;j3PhxyoQXAXgckDm3+PvZqwqD/q/1fs6tk9MdTny6lYtT8nVYm63ufoOP6e3eFY4mCgADgf6w/oL&#10;e9DWUrTrRHSVrpHqQXeRjbWzLa97fSx/H59zDUCP1XNrWtyfzYj/AFvdESoNcnq47TnpnegNQVQI&#10;o0k6n0LzcEC4P5txfj3CqMqVBVSFNvxx/t/dvD8+I/b/AKqdVZs9PGN2xG7I0iF/ULlubEfS1x/X&#10;2nKrMMG/V+CSb3t/X26qiuoCn8uqu3p0vKHbMXjsV/tcAc3A4Gon8+2mfJs/9sm/4uf+I9+qaUGO&#10;q+VD0oaXBQw/7qHpBUcfTV9T7gPPJJe1yCR+f+I93JAFQT14KSenWOnihtdVUgWFwB+P6++lV2bk&#10;ni3At9QfegaCn+qnW6V65SPGi3Fufo39D9OP8fctqdil+VsL/wCJP+PupkCmoHVhkZ6grUDUUNmu&#10;dN/6DggA+4EsYvqBHH1AJ+v9T7sJCB1rSfPpzjkvZCD9f9gbfge+KKv+OoXH9Qf8PetVAacOtdc5&#10;Sx4Om1wT/gCfqP8AiPfBlJaxFwL8/m97f6/toGtfn1fFOswIVVKnn8/m9/6+8yxrxf8AJ+hPHHvV&#10;TTQOHWusTSNckEAgAE/S9z/vfvn41vcADj8WBJH+Puury639vWMyOF9VyL/X8W/rb3wdUXgrY2+p&#10;P1N/flYgZ69UjHWVGd/0sSCfp/Tjnj32tgLGwJ5/235593IrQL1quMdcGJvqNyBwLWsObW494ZHF&#10;mA/Fza1ufyfdgo0060T1kjRtatYWvYk/05txx7ZpFLMWB5+pH0/3n29o0ig6rWvTtHJYAEG3Av8A&#10;Xn6W/wAPx7zpBcci34t+efpb22xNKjrY6xtMA3B/N7/8V95o8eGX6EAm/wBBxYcDj3Xxc0pXq3Hr&#10;DJWaD9RwLW5tz9Dz/wAV9+MHhYkAkE/nj/Ykj/D3XWKZ49V0565CYSqOeQObXvz7mKpaMaQNV+R/&#10;sPpf22XNcZ6vk+fUZiFkOq4BFhbj6/n/AHv31HqZijf7cn6fnj3bA4dVAz16UqFDj6H8W4PHv0qM&#10;QVa2nk/4n/Ye3VNc0691jiZQbr9bgf0HJ98UKhbiwIPI4t/rXHPvxBPHrwPr1ycEt/aYfXgf4/ge&#10;+EkpY2/A45Nz9LjT7qQnEdWBAOes0UZQX/r9Lf0va59tlZIAf02P15+p5+lve01AYGOqnqdAn5Lf&#10;61r2Htu8upiD9ORb6i/0vx7cUUGeqigz1KKcC1z+SP8AD8/X3xWQE6STf6XFjxf3cgFcUx1qor14&#10;qbX/AB9f9j+fbijoEIPP9b8k8e2XBJ6tqrxz1gZW1XH/ABT3jWUi4RfoPqPr9fx7o6gUHWj6nrkV&#10;BNySf8Px9Pcap1BRYnk3+tyT9SLe7KO7r2es0dr/AE+g4/p/vHtsDyXtYkfj/Xt+fd2oPKvWvPqR&#10;ZT+bfm55vzweffF9RdQfoOb/AFA/Hva5BoOvGtM9diwU8/Uf634t75xSBCfqQD/jfk/4fT3bh1Sv&#10;p1wYFhz/AE4/4j6/X27QSsxsA1v62B+vvxC6ePTik8D1FdLfW1zz9SLAc+5dnVdTcqf9f+trH/jX&#10;to6a6F6sR1iujN/RhcD6cf4+8Dqv9gWa3BI/2PA921V4dVHWRbj9R44+n+2/PvpIyW5Uarm30+lu&#10;Db3pTUU6359eZgov+L/65/xtb3ICsqlBfURwCLc+2nZRx61XrhcOdXGkfX68+8oRUUM4PNr/AI/w&#10;91JJzx6svHrhqZmKq1gL/wCv9fxf/ivvsiM3KfRr/j6XFvx73qIHcOrdcfWSLn6G31+v+39wpbXJ&#10;DG4vcAfX8kX9+XUadV6kr/vH4P8Ah/re42vXwALg8k2sPz7uVKgE9epQUPWQC1yTxb/bj8++LR6z&#10;pZVueQw9P1NvdxkVr/q/4rrRA68HC8gt/rf63095YKVrjUTyP1AH3RqHrQA8+uMkv1PH1uQSOb/4&#10;H3NljASwW5C25sT/AK/vakileHVtOOsCPqJN/qf8eD/S/wDX+vuCxIB+v+25/wAPr7cDD4T03gce&#10;swF+Pz7wltYUfm45v+PeqqMA8OrnrJYqSfxY2/1/qbD3mCni1gxNrj6f1591JDY68Bnrhf8Arcj/&#10;AF/z9Pr7dqIBrofra1xxyPr9ePbTMU4db0+R6hVX0DH8fUW4/wBhb26t4ktf1X03FuL/ANT7qoYj&#10;PTlTpp02AyPqC3WytZieSB/rf7wfcaqSKRD6VuT/AKmx+n19uhwO1uH+r/V5daFBWvWal8qMLs3A&#10;5Gq4v9fz/vftNyRpGGLWuOQfp/yL2oBIyPPpkmp6egxawFwOP9659xfQ5IJ/4Lz+T+D71qPl16np&#10;1l5ABsLX5/px77FOwY25va4H54tyD7aJNaDrw65CQaef6kDj6X+lre+bU7JqsOCPoLf04496Vc54&#10;9W+zrj5Abf1/qfr9ffBYmYG34ABBIubHnn27Whx1qgz14sFt7cIZQhESrYD6kW+n15P/ABX3px5k&#10;VPXh1HdCwLkm/wBPqf8Aevbh92VBU2AAupsOQPqf8PdfDqAR1bUOHUP7cE355uGHIt/h/wAb94mq&#10;w99JFz9Df/e/bgUAd3VdQ8uua0+mw/Atcf0v9be2Csbm441EfTkE/wDI/d1ApXqhPmenKEfg/i/H&#10;IIHuOjxr+oc2I/2Nxz/xT20yhm6sD5HrKQ34P+P+PuQlSVdRo9LD6rc/j+v19+oQPXq1T1jaPUDY&#10;m4P9P+I9qGiKOoZk1EWYXH1B/rb22HatPXqwz011YYCwcqCNJI/r7dpNJCMFVLcgcXH9fp70NRBU&#10;j8+rE6s9NsYZWYF3kueSb2P9Ab+2OvfWvoGsg/U2+g4IFvbsakDJ6aNOnalTT9fQLfpH4J5BP/Ff&#10;besEtSQhRhqFuAB9fzf3dqLT/V/q/wBjqoyepTSpCC2oADnn6cfW3t7oNuTyaQY2Ouy3C/42uG9t&#10;PNpI+XWxHXpmrc9S06uzSoNCluXA4tc3A9izt7ZjwBS6mzBfqCbD8fX3QSGUEimP8lOnfD056LR2&#10;X3dhsTDIv3Sh49d1RlBJHpKjSeR/xXn2LtDiKehiXWqni97f4/196QF2wf8AV/q8/wA/LrxkUYXq&#10;t7sfu/MbmrJafEGsCiQxoIZOH9RQ20C/H/Gv8feLJZ2koIGCSopVSAFIBNj+o+1CW9WOoft+zh/q&#10;9a9ULOx7usfXnSe7t65SnrszT1Jp5pldjUBrHUb3VWP6vpzb2DWc3rpD6JSCSSbnm34F/atwoI0+&#10;XTbmhrx6sv2D0djMXBTrPRxkRIoHoWwZQASD/Xj2DeY3DPWzlVkY2BJseLfm5PH196LUFfs6ZZq9&#10;GVw+Co8XTrDDCiAfgKBb8Cw/Htgj+7ncO0l1BFlJ4vfg2/P+x9syOAMdWjUca9PdkT6La4/A/H09&#10;qYY4SRxyO5BYAMq3ve3+HtMZSePSnTjh03mp0MUC308gm1ufxf8Aw95hAsK2CsNRFnPBA/P+391V&#10;6nPCnVaEddFtZ5YcfVeGBP45H9P9b3jnV0T9s2Qi4/wP5HuynUaeZ6qV67QqzEsBqHB/qR+D7jxe&#10;Q2eRrg/4A/T6+3DwoDw68P59ZWsDZRY/Xn/H+vt3iWIp6GP6Rf8AI5H9R7bL1Wo6cBBFOm5/L5P3&#10;ALfgj+l/x74TQStGzWRV+lxbUQB9SB7vGR68etFTSvXJJY1cJ6i1r/T0gn+n49tLUbg6vJc3vYsO&#10;SObce32yvDqmK9TROv0sbf4LwL8Hg+8EpZ4jpSzxXHI/UfqDc+2FXuqet+WOsq2Vvr6W5+vAH549&#10;s8PlaXT42Tm/1P8ArfQ+3GWtK9N5HUlmAF+Pzb2qYHZFIDAKthyf6/m5/Htpgfs6c6bnVWIuCWN/&#10;p9f9b3LNRpUKJVdr8kABefddIY1z1bUG4dR/D6mPj0gcj8tx+PfvVKdTAAAfVQSBYcHUP8PdqlV0&#10;1qf59aANeuyFT9N+SBpNgLH8W/1/6+41R4SgGogm97m3H4497j16anrbjrLH5A54uosRx+fz9PcK&#10;mpqdmZuGseGP1P4tf3aR/X/V/wAV1paVr1nkeRRYcH+n1H1/I9uPpB0sU0hTpvYWINiL/n2wAp+X&#10;VyAOPUclrBgG1ahqA/1uLr7gvUfbSARlb/1uDcf4H3to9S06rUUx1IWMSr6gbH8f0P8Aj7cqTKsz&#10;/qIJFiAP1Afn+vvVCtAB17XmnUGpx0TIbjUo5F/7J/wv7x19PJUFpYwrgLcobAm/149ua8aWwf5f&#10;t62Vrkdc6WRIVWMlhzpU8/Qf1I9sUVGusM37ZB9Qvxa3PH+HPurOScHqqqOnJpOCB6r/AEPP5P59&#10;qIRRlFa506dIsbD6fW3+9+2tZOAerkDFOm4uwYiwPq1fTm17ix/3r2w1ErqzAKVCH0sBfUPz7UAU&#10;6aoQep8aqRc8k3uOODf/AHx98KbVIwZNRYtcgcKP8b/8R7bdjSh6tSg65yWAOogLb68X/wBb/Ye1&#10;GAi0z+RxrC3A4HI/s291RqmtMdOaqDT01Nq86aFYqT6jb+pvf/b+0t5YDONUcgYH63Gj/be7tU1C&#10;9NgCvTsFcLYEEW/p6v8AYH2/RzxqFkWPUeL245A+oA96iSnxdeZuoMkbsSuvSpFvp9QfwT7Zcnkp&#10;VcNHcIbBub/4fQ+1IUAY6bZiR1Ip4FVLNyR/hY2/x98KLJEuVdTpNjcH625v/wAb9sSg0p1dXHDr&#10;JJCCLj6j+v0+lvcqocztrX1KBYxEX/2I97ibyNetfFw64Ioj9J4N+GH+8g29ycZVxROGuNUdrqTc&#10;X+n9PdZI2fzx1dW0nrFVRGSNk+ocEXH1A/J/4n24VlRDMfMdKOObLb8m3uoVtOfL/J1t2zXqLSwv&#10;CPFqZ0/1TEn88X9puorJb3p1ZijXcknSB9Tx7eRV4U6bZsdOSxi1mtz9BYA+0fW11VUVLSOV0B9J&#10;UMfwebX/AD/T2p4ii+XTLGpr5dZlUKAB9B7eaeOeWO8bfRbqp+q8c/Qf8T7pSuKdXVaDrxIH149t&#10;zSVUDhmF38lkWLUD9fq319tunmP9X/FdaB9Ou/b3S1U8rqJg8RYf2hcEEflgfbdKEDj04p/b1wZR&#10;pNgOOeP8PfWqWGoPkhdwz2XRYgXbhh/hb2oagHacefVDq1CnXf6l4P8AsT/h9b+1vRAtQ69ZRjzz&#10;+ogHjg+06k6ya0A/1f6v2dKe0LQ8emKqYCqRPEJB9L/RVY/4+0hXhwzAKWJY2+pW9/rx7vqFc9Mk&#10;V6e47FQR/hcf7C1vc3H0zTokSRo50XZdViDf+y39b/Qe6NIq5Y9OKlcdYp5RENbMUUEcjkc/1Ue8&#10;VZTMupFuzILFOQ6t/qSD/T3ZXrSvTZBrQdcopAV1GwDWIN+CPoDf/H2100MqMyShkLkHSEJ1fgkk&#10;+9nLV49VKspoes1xY2I4/wAf+Ke8mQpahI4GSIeFrhnBAH+uR9R7uq6+vPqpUdcEkVmZb+ofUf09&#10;vOEqJljeNJFfxqx/tD8fi9/aWWJUcD16cjrSh49R6uNGC61vcqt/9jcD3wqcnULcG2kEgXueP8Sf&#10;diO7Tx61U9co6WJfUFsT/Ti3+t7ZJczEJFBcRkG/1uWsOQT+D7cUNXpvWK06zhAAR9b/AOH0/wBh&#10;7dqaqSuDShmIX0alIIuBxe/196aqkL69ODIr1iKCMALpsW4HI/x/Ht4pKZpo5Fiku6gEhwGUD6XB&#10;H19+VwkgVvPrenVnqHUzLEVZ1OkngqbH/Y6vx7RGboKg1BjUSLG7Alm4Vv8AWt/Q/j2sNFGrpl1N&#10;ep8MgkjBBBP5AN7f0Hta7RpamieJ5Jh40UEgENf/AIMp9lc5qQFz0qg7DU9NOb8ctHLCU1u4Kr9Q&#10;QT/Rh7mbh3SlBVGKEkBw2tkF5GuLgce34bUaQzcem5Jyr46g4rEK1KjVV2KkeNCSUQIbAgH2harc&#10;MlaQFcoUJNybavzpsfb7DTj16aLBj0ooqeOEEIoANvwPx7a6jIQOmmRFaZr6Wk/SW/JA/B97WMgV&#10;Y460WAHd1n9uG2M7JFU+EMoJOkhSefwL2+ntNcQL8S/6vn1eJ6nqPUwJPGVcA29Q/wBcc+1w1UkN&#10;QkryBSOG1EE88ejVx/t/baxkrkdXLAHPUMxF4mjUfg6bAhf9ZgB/vXtG7orHqyiiRjchEUMqsVv6&#10;eRwfZpFpEf8Aq/PpiSpOOpVJTrTx6FULc3a17FvyRf20xVlTjIQzKyDUAolv+6G/Gpfpb234SOdQ&#10;49eLFV9OpJAYWPP/ABB94Jq6apcmQF4GILQp+pRbn1EfQf09uoacOq1Dfn14ADgD3ko8NJRVdPVU&#10;pRY5pRJIFHAH1/r73OVkTVTPWliIfWOHXWocg/j/AHn/AFvYlvWvKoEaFgqqhspJt+SGXj6+0iEJ&#10;w4jpSzGtemhaVEYl2A1sWBvpBI+lw3vD/AqKpWSWVJfKFDRerSSL8gk8j/Ye2mllMmgjHXgqEV67&#10;eueMxqpjK6ish+un+hFv8frc+5caxvTNS0ayBIrXaQFlUjixYi9v9f28mhCanJ68dTDhjrC5dJo5&#10;qlo9TBlVUOkkWv8AQn6/63uMtDM1NUSVcaAoLQtEODbkH1cj20STNoHDz62O1es5qohJFHC/qfl0&#10;Ym9rfTj26bWzFfDPJQRwuNRs0ksRtYjgoxsLf63tuaBUbxQMj060krlSpHTNubFY+uplqKuQqsB1&#10;qEl0KxtyGt9T/S/vllNv5jMVTSKih5JQgUMv0JsGs34/1va9LhFTS2AB1UR1IFadRqPPYHC0McbV&#10;OmGGEvrZWIsouylkuL+xAxvX8lDFT/dVKnUFaWPhmRj9Vtx/vHtPHC048QCmcfP5+f5dXklhjNC3&#10;DoDM18hcJPV5GhxFBXVElKrpFU+KSOnmt+Ul/P8AjwPbrkNtUfPhcTSkWs5WwW3A4H4HtSIO3TWh&#10;8ifXpE12proxTpl2x2zl6siXJ4+Siog5JMCyO36/1nUTa/5FuOePYU7l2fUxTJX01K0sykWWNn0p&#10;b82/ofawWhltyG49V8YM1VOeh52t2DhspeleuiRluEedkRpOLlTz9R/rc+1vtTDtXrCc5jWkCBWU&#10;sBdQv4JHPsNTx3EL+FFXJ8/n0vQjQZGpjpK9h7vpcNQVs2Cz9JSVfikNg6SapCLBlVvSTf8Aw9uz&#10;bYwMuaappaX7aqgJCRRn0ENxrZHN+f6+xBLat4CeJjFSf9X+r7Oi361fEOkdBlQ9k7xodp07ZWrg&#10;zFLVRHyZN4hDKLm7xI1ONJ0qLWNj7d6bbFHDPK08a1CyrZoZAjxgk/2Ve/P+t719M8lHQ49M5/Zn&#10;q/1opRRk9I/L92VdTjY4aGV8bNDJ+3XQuVl0otiJJVNuf6Ef6/tSUuNgoacpR068G4RQw08XsFY+&#10;0yW0clwWkFD69J3urp1KIOgnz/Y9dm6in/jedaGlYGJpGaD9/n/OPLEoJA/NrW982o5Z1jeWJlYW&#10;JAvYgchSLe1bwxyqYwMcB5f6v9nq8LTI3iMK9MdP2Bhtu1lTBj8zQzozMxaaRZCjugBmieRr/wCv&#10;9R/X3Aye3oclLHL9s4eEEqEX8kfVv6+3Io1SIROeHn+zrxkuC5Kr0+7U72j2pBVRVmfoJKbITm01&#10;ZVKFsGuyxtcBW/pzb3kwO02oWkb7KKEzetnReWP4Ba1wP6j2jlWH6jU5BAPy4fmfz/1V6Ur4+nJ/&#10;Z01ds/KDbmQxCxYjdM1VV0riD7dP0oSP3G8Q9D/kBgfc6v2/XTTxrGkRUH6l1VlH+Fx/xPsxeWz+&#10;kqn7KdJEiuTKSzY6Q2wPkbsyjoKyXL1uWgrHjI1rRz1UE5UELqMJLC5PJK8f7b3xl2nUtYu0bsvE&#10;bEKpQfUWJP19s29xblSsmB5+f+r7c/b04YZF4N1Nj+Wm0YZHWjhyUcTSA1Cr52WextcALwD+Bf8A&#10;17e82O2vWUk8jyzK8ciWYKebH/Y/j2ilNs06yRnAP/F/6vPq4jfQVrx6j7x+WG0c7tv7LG4zJU2W&#10;jlQ0xqYBoMiSAiRfr9bc3I9yoNsOal53qQsP1WKxJuf6MD7VXdzC2lYxkf5P9X8vLpm1tniBLnj6&#10;f6v9Xn0ja35V0NPt6nxcG3aiqzDqRNX+VIYV02ABjZGJv/gfz9fbr/DqeJDHLOrLzb6XJP8AsLe6&#10;xO2Cqny44H+r06d8BD8VT0ElR2xunN1yZDB4KSnqQB5WjFRUJpQ/SNgQVv8Ann36lp8cXUI4d0Pp&#10;IItYD+ntueQx+QHy+f8An/n+fVo44wcCp6m7hz3b0mPnetoaqmoK6BXmjMLy2VhYStIbspsR9D+e&#10;fctzQUzSPqVmIOo3X/bWHtxBcXTKPhpT/i/lw/n5468UijNSP9mv/FdBzAnYGbpaWg+yq0pxIIYS&#10;I5wGZjbVrbjn6A+2qDObferMLSQLUg/ViAf9jb68/k+/X73NsgVnqp8h/nOR16ExMaqKdCy/QffR&#10;2yK+jTIzYswFhRLUObxlbkRxNc8r+B7z5PclBjl1yuniHOrjSR+Px7tZbf8AUQeMHpT+WP8Aiuqy&#10;T6JNGnpMbN+OHYW7616MU1TRVgcrIlQZI5FJY6nYX/wPtvxe8sTmXkipHjaeFdZjADNpAuWH9B7Q&#10;zPFbT+C7GjY49O6mZdSCtOhL3Z8NewNm4+HKVta09HLohnkhnmiELSNYRyDVZh/XVx7zzbmjJaEE&#10;rIQQtx9SP9f2ue2t7UrI+Qc9M+LNICqCh6aMB8V8xUKmRleOWmjaJnVHDehzd1sT9QAePaRm3dkM&#10;XUStUxf5Mo1eRmAIv+bH8e2r3wpzrgpSnDpRbxsqkycT0bnGfFvrfdOAo6SACLJcRN4Y7vrj/X6y&#10;OCSDcX9w17GaomWPwyFWIAKIzD1GwuR7Q/UpF8I+31P+bpR4Jfp2i+DuzcfTSTLPqnszXqZQFQKN&#10;RCKfzfj8+4W4d15XHxiqpFaSK/7qDVwPre44v/gT7MYbmG6g8g6j/V/qp0le3dHNKkdKrYXxy66Z&#10;psVlsbTTOD5KWplVC72PIVXueP6j3BTduWrYsbNTK7vUzCJIlJ4ckcyH8Afn2kmvP8RkDeXn609O&#10;tNbyPKtD6dLOi+PnWeCyObhlxlFHAtJ9xPLPHGwWmKlWEQf6Hj8e1ruTEjL00kFVUiAmlDSzrcor&#10;lQZNX/Ffdto3N2slhIJLYp6en5f6jTpx7ZUl1tkdAD1/lYOtNxVVVt3ASVtBLnmpqTHBTFVVFPJK&#10;0NO9L5eLgEMyE/T/ABHKXiz+L2rQQUlM/kSQGLyxqCSBwFYC/wCfpf2jTak+ra7lNSDw/wAo6dkl&#10;D0RR0P2Z2fuXtqeVsvTfwuGlaCoSimlk/wA8G8hZZo9PGk2IH+I59oqfsbKwzV0f2xkhhRm1hrzR&#10;oeCfH/gD9PZlqWGdXj9OHrw6aKEpTpbx/HrYtTRY7ywIkqPE8iRIqwTyx+rkjnkjk/n8+w3ocNkN&#10;35uPKVGRanxOorOjSkTLra2vxNyPbO5bsHHhgVb+VOr29sB3scdDRUz0u1sQKWgojLLT0rCipIIv&#10;HHPJEl0j8igKt7W/r7FbL0geIbSrZUfHrSsKLJrGGqKaFE1M7EfquPx7TQL9AqzRnV4uSvzP+r8+&#10;nWAmNDinQTbcr0yYn7CxlFV0eZkmNLl8FLUPFTV1QjfbpCPICqFSbrIE5/Nx7S2xevsPgt6UWdpt&#10;xmqgp6YtFSRwPTyTSFGDJM1yGDX5/wAPZRvc3jqsYBU6gSfShrUdXggCKzrk0IA6fd457PZTZOeo&#10;ZdqvR1tfS1ONZKirp6+jiiqB4WqtUehmKqdSqUHqA59t28mx2G3Ca/JY+OKkyEjo0lPHohkjK62k&#10;1DguDxcfn2JbyI3Fsk8J1aQPzxn+fSWOQKdEnHp466qnqtpU1BT5Wepr8bDHTTtXyeaspp04SKoU&#10;+oIQt11f2SLce5G3nkppp66lFNV0dJBFWY+spwJKuOGJ9U1FXRNwEYEWYX9kTNHNMsHw1OQfX1H+&#10;rPSrujUuOHl0+56Fayk+yq3eD+IMcdUQmR4opJKqIpHU0k62OtCLqAR/jyAffcmzM1v+hn3th6t8&#10;OPuHgWjqBNAKh4jrLQSH0qt/ze3tfNfW811+6wKsoHD0/wBQ6aVDGolJpXpDV3YG2+r6zb2x81Lk&#10;K16mhLRZKFIKtoIo5BCv8SgR/NqbULMsbXHJ/wAc0bbkoJKIVrJM8zwpJUKVmVXhOlpZXJKgAXBA&#10;/wBf6+y02/hagg+GvSkEvxGPXpbLJt3LUtR9v/m1hkvD45aWRknTUFjhIVzf8cf7x7DfcpOC3/VZ&#10;2eCorMZPRxTRzUwWQLKjEGKYKDb+oPHs8u9N7ZxhDmgBH5cOkMZMErMRUdOG3xI+BpqVl+2ngial&#10;cFWspjYqHUNYkEWP+8e15t7bzdn5PKZepnm29DT0TuJnlU/eysgWIxU7kH0Hkkfj2TTXvgzw2Omo&#10;bFfQfPpSoqrTH8ukRvjd46n2vj3x+DyW6ZmydBjabF0ChJ1gqqj/ACmokmCsqiNNbJr/AFtZb3N/&#10;YkUVTRba2bPgXrkfKjyy1P258kcknj0RzKSL6TYMQPzf8+1G3Wv0+5yXcmVIov8An6rdyGWNEXy6&#10;DPO4vMb/AOw9q7nhwipt3GQosNTlEemr4jNIslZTinVvRIVJQlzbgWv7C/adJQZfdkGQrJ0qcZHH&#10;G9S9aqavuAdMiU7GzeMngKeRe/09l/MVzMYvDtgdXoPT/Y6cslC1Y/lXowOWeroMFVR0cfjq/FNF&#10;QrSLyhIPhdiQQGA5JPBP+vb2MskW2Yc2lJNU02GEdVHVY37KqA8soQ6IZL8KjA/T/G3tKtYrJWCF&#10;g47j6dXDEMSTU56AT7vsOq2s9dQU825q1qaoxmVps7j1otNM05WeqplhBMk0diALANa4t7Qu/cHk&#10;59wJudqSWsxcNAZGolXyrWSAMi2J9PpA1DT7FUVzDum3R2lm3cgofy/1cei2JTBI0jmtTw+3/N0/&#10;dRV2I2ztxNjzZSlpMxTZSvGi0UEiCvqBXIzwn1KzGW1pLXb2HWO7BetljoMTiqtKeeplBbymR6Os&#10;0WEp1EjSbelfzb+vtgJHYnJo/Dp8FpBjh0LNTtqmqZPu6+cVE0cPgkdoY4opKNWLmKVU/PJ9d7j8&#10;exF2k+2ajCZTI5CGlqc2a6ZMgsMoqKCojhkBm8kLDTFKwuL2HI9ks012dzCynShFVPz9Pn0pQIIR&#10;op8+kXu6m3mmVw+P29UwU23fspYZHCzpl8fXGFosfPSTh9M0MbBfNE4vY/Uj27bO2Xs6XL1W76KO&#10;Sloarx0wo3qpNUYXyF6ym18pckAj6cXHtJu161zILNBQrSp9fl/q+zrcKi3XWeLdJzdO5t+7f2/H&#10;gpft8xuqXH1NRHmI8cIsXJU07RmGjrKaOQi7hmJKsLgfS97o3uHd2Gjmo6L7yvhjo9UMdXTyyuZF&#10;YaEWpkU39P8Aqjxz7FNpYR222LEMk5p9vp0iaUmYu2K9TumNv7goqLK5/cUNHS1246iCrnxsFOkU&#10;VFUQoUlkowgsI5uHCsSwI5Yn6A5PUUFQcHTNXvUx1WQihaaGojFRBDO3ikinU8BQ1mJbm3sunieK&#10;zkkXBoen42WSZUY4rx6HC59XB4HHHBNr3BH+29mW3pHgtl5HZlB/FYfBTwwK0dWFkMjyxLrNI8XD&#10;NKCVYJ9bA/19luy20kuwvdt/aOxJA8qcB58BT8+vSy1vCg4AUHRf9hbk3B2DJ2XNV7cbEUMeVmwe&#10;3sgKnxVmShoQ9O8tfSVCo8PimBeEPdrOeBYXgyT4DbGefIyYzyYrLUMnlat0Dw00yFDIVJ0NEw4d&#10;XB5/Fx7MGW6uoYry3wY8H0PyPW8KCj8enSTG5/eW0Kzb1TuKKk3FiK6BHr8HqQpX0Dx1kXrlAlim&#10;Vgro0bLYEHUQT7Y6Oh2zW0cuV2tlK3LA5UKMJEk8v2FNJUBWWGI34hvqTTwV9l15cw3M7RzUjIGP&#10;Qn7fOvT8WrtCCo9elPjspu6iqabG7kxePhpIsOBUbsjyECRVuVgjCsHpCNUSygM5JuFPpF/STw7F&#10;h7By2Kq8JjKyLIQqAsVJKv2dav2aifSGc2JABU8n/b+zbZDGtp4aDTUH7D9nSK6jYTaq9MOAxvW2&#10;HzMu84cVj8TnMhEEqs1A33EU65OpWCz1MNwqySaeWVRc3va59vnTMGBqEm3LIcg26Vo4sfM6T1Eu&#10;Djlj/bK+KP8A3YyCzBiRcEgX9hzcI7iS8SxuR+mDUHz4j+X+qtOlBdY7ctFxIz0z931G7ocZS0mK&#10;lwh27VTSHPUsgSPcU1CKaQu+KmqpPCPFM0TsfCWsNIIvf229lV6ZqFcRgFtkoKySeJDTtUxwSiTX&#10;LIY1DNqVgbEWt+fY7FzHa2v0rZDcP8nRYkTM3jIeuuntr5vAQ1Of3PXU1RNkcXjqZ6+QrA9RHSJp&#10;pnYKVjCFGBtY+okg249oOPdW2W23FimyOYot10dQEyMeMh00lTVITHSzSK/CyFTpfT9SPp7JrGKS&#10;yu5HulBDfD6gdLZG8VVVTkcft6E+Wi3G+5zUGLb1Xtp6ERo1UKoZukndgamGHSjRSQvpRhqYEG45&#10;FvbzsDEZiPHrtvLZVspLuurarx61NQ6NSUrv+6/inBXXqFmhVSCpP0v7RzbiltcvukdQiDSR6/4e&#10;Hr1YWviosTHINa/5OsO42pKfyZwRaJNtRzzTyJSpJJUJ9rrWjDAqwQK2sMHXS4X6gMPcnOdf47at&#10;VQUNfkKv+DWn+9q8fT06ssWrRNAzuNCxm5tdePwQfZii/Xbf+8bahdsgennnrVUEnhPgDpl2r2DP&#10;vKhy5x2KGMy9DIIaahzM7RpP5YBPBOfApZksfXo+luD7zf3V6i/1GS/4C+L/AIvkX/Ft/wCdp9f8&#10;57KPqbz5cacPxenT+hP4Rw9euHm7V/47bT/zPl/4tGX/AOBv/Ov/AOBX+Z/5v/q/w9//0Q+cD6ED&#10;/X/P9Rz7wmUtXruz9vW6uP6/69x/sefr7iSOFI445/P1/wBf24SCNXr1rFMdSI0J1c2PH44+t+D7&#10;gTOBqAP55A4P9OfeippU+fVTnqUg+l/9jfn/AHv3DZy3A45+tvx/j79QcD1vHDrMFt/jx/xv3kRD&#10;/rj8fgfT8+/V9etAU49cWaw4+t/+J9y0jFuOPp/j/sPevKvn1vPn1iJ/3n/W/wBifebTpB55t9f+&#10;ND3pTUZ68B1xPJHH0J+nI9+Cg/Un/e/xb3RSQ1OI62a9dk2+n/FBb/X942T6njk2uD/vJ9uk9wx1&#10;uh68Dxze/wCf+Jt74ng2Jtz/AK/+8+9DrXljrv3wW/8AsATwf+Ne/NU8PPrXXfH+8D/b/n3lR9P9&#10;P9j/ALaw96UE1/1f6h1vyx1xZQfrz/xX3MVhawt/t/oAOfr/ALz7bPaRU8P8vXusBQnki34+n1/x&#10;P+P9PeYPYcgEcC1/+IHutK93+r/V/Lqw9esem5sCRb82/wAb/U++LWA1Kbc/Q/j/ABufeyzUo3Xi&#10;eu0FzYj+zwB+bfUe4sjEg2/w4H+tz7spAFOtU6kKoH9bi/H+8e417D6D/e/fmJpjJ61XyHWQC/vI&#10;hYgDT/S31N/6H3ct21PXqnriQD+T+eRwbe8mscf7xa/PNz/r+9cRX+X+r/i/n1vrrSOePr/rf63H&#10;uXFItuT/AI/8a/2PvWk0qOPXvt6iyKb/AEHH++vb3nMt/wAgi3+J+p/HtulM9WHDrHo/oCv15tb8&#10;Xtz7951X/XAP+w4/Pv1Dx61XHXvDq/B+ot9ef999ffmqQRcH6D/YG/8AX6fnk+6qgBqOvY8uuxCb&#10;hSD/AEPP9P8AW9wmkLE88k3/AOIH19uqigY60T69SQtrcAWt9fz/AF/3r32hIB5Nj+Prz/gPeyMC&#10;nW6gddPpJ+liBa59I/2/vgyuR/ib/wCsP9j70ATny611zDoOPzx/sb++lRgCb8m1x+Bb6e61PDr3&#10;XmZPof8Ab/737xyKxuTzzxYWHPu4XtqevH0HXJSOAP6f1B+nvCadj6gBz/sD/hYj3euBnr3lTrkJ&#10;ADa/0/H+x98RCWBHP+w4sfdgCeHWuuy+k3Jt/wASB7lR0xHBF/pb/Y/Tj3o0GB17rC8yjm4P1v8A&#10;8Rz75fbsCQQeeB9f9gB73SprSvW89cTOlrggkfX/AFrfW/vkKU/Qgjnm/wDxPvxFMevVfLrj9wpF&#10;xY/7H/G3uZFRlvqAB/Xn3sgKKnrVeoklaATpY/U8fi359y0x9xcKfr/Tn/D3rQK1XB/1fb1avUOT&#10;KBCFZhzyfr/sfp7kpQEGwS9yPoBx/QH3VgygHrdfl1GfJxkH12PNuSNX1/p/vXuWuOc8FbfT+h/3&#10;n34L21Bz17Pn1AfMRLc67ixNrm3+HHvP/DjYDTciwNx+Pd1U1x16pIp1FbMpckvYNcg6vz/gb249&#10;yFoF+hX/AFv6Hjn3YqQKnqlM56hPlwbaX1f6o35/rwPr7yLjlUhiNXB4/P8AsR7cVKqfLrdfXqJL&#10;ndXpU25tf6L/AI8j3yNECSoUf7H6D88e/KtBUn7etj7euIy9gHZzck/p/V9LX/3r30mOW9yhPP1H&#10;9b/77n25QAgDzz14D064y5xtJtKosCCGN/8ADn8f7D2709NHGLkctyF/2FuT73Vge3/V/q/1eXVs&#10;jpLV2RmqbhWYKmo6h9bA3+n0tf8AP+39u8OkaQFAsLn/AFINvz7addNWY169muekjVvLKWOpyGbS&#10;v+qI+tgfx/vj7eIJo0AUkfn/AAA/1/aaQkjUOH+rh/qpw6dDJ0kKzHzzyMdDBv6erUVY8sfwLfT8&#10;++T5CJNS3HH9Da/4+vtGzsRqA69rHl1npdnyyPGzcc3YcsRf6g/0/wBj7ZKzKAoQCARc2vY/7G3u&#10;rEluNevZbB6EXB7UWndW8fpbSpcA2Nhxb8fnj/D2lKjISSMVJvfnj8f19vx0ArwPVWAGPToR6XDw&#10;wqpUcX+nHJAsB/j7bjJJIfyOR+ef62v7eBBFK9VNOHn06+GOH6AMbHiwF/x75KCAQfqfzyfxx9fd&#10;jLGMdaKE9Y2BY3X6D8AD9QPNrW+vvjK1lPP/ABr/AB9uCQGgA6rp69BCSw4+lwCT9ef6e212B/qP&#10;rf8AwvwffvEJ4dVEYAr08JGV/wBsBa3B/Ivx78FAW3BAF/rbn3cS8K8T1vSOuLElza/JABH5H/Ff&#10;ccryfTxf6/X/AB5/x93EgAqTTr2jPUgG4AvZrfm1/wDXt760NYFVNiTfj/Dnj3tpADXr2nz67DL9&#10;GaxAH+3/AAPccRyFifoL3PPH+8e6GYVzkf6v9X+frZB49SS0arb+0V4vYf8AQ3tySP8AF+Tb+v5P&#10;HuhkPEdap02yt9bgAAEX/wBb6+5BQ3uR9R/yL20slSfPqwA6wluBzxfg2vf/AA/4175lCq3B4P45&#10;+v0971a8L5db6whgW9Seq/B4+g5/PuMYyWtfj/Y/7b3QnBr1s56mrKAoIHqF+D9LWtf+nuUKditg&#10;QfTf/bf1918RePCnXhT9vUM1IVrkGxNrn/bAAe+Pidb3W354H9Pz7qzClBnqyrXrIJUZh67/ANb8&#10;Hn/D3xaVrW+n9fx/t/dS1RTrQAHDrmkC69V73+l/6f0uPcfX6iTx9LHg/wC8e9lRTtP+TrZp1LCk&#10;KB9bA3HJF/8AffT3nR+fyAfpbn/XP/Gveg1BTrXEdR5YhYn8j0n8D/WN/wDe/bnAyG3It+P8f639&#10;tq5B7uJ6spA4+XTTVRMB6Re3J/wNuLf1+vtwDRhSLcm1uf6e66iZMeX+r+fVtajgOmp4pW5LAAD/&#10;AFvqLH6f7b/fW99ML8gk3I/wtf8Aw/1/fjHx6qSDwHXcU2mwb9QVvxfkAc3/AKj3lhojIblT/r2I&#10;9+AIz6/6s9aJoeo1Zl4oRYOoPNwSCT/Qgf8AFPb/AEuKLKNaixFvyOAf8Pr7bc91RnrZpgjpEZLd&#10;cMDERu2sG9hyCfrbV+P9t7dExaRckagLnji3uyyEilc/6v8AV/n6sFH59JCp3ZJVsAp8d+AWN/qL&#10;Bh/Tn6ge+5IE0n0cXsCef9bj/D2/r0EE9XIxTqNT1s0jgLUFif1BT+P8TyOf9b21zFYSL2H9fx/t&#10;/e0l1MSeHTZNOPHpW01NLUx8XYhSbjk2sPp/vP5+l/bHXZEBmTVYAfQH/C9/d00cR+3rTMOI6WOK&#10;wL+NJHF2vcL6tOm9hYf0/r7S1TkjcgnSDwP6nn8n/jftwih/y9ULUz0vKPEIqLZRcG5vcAEDnjj+&#10;n4HtrdpJCQPzfn6/4jj3uukaieq0r08RqkagfkWuBxYfQn3wICEArc6b8f7z78DWrDq2k9ch61/V&#10;Yavp9D/vHP8AT3Kib9Jta5AP+HPHvQHHPXiD1GmW2oX+guP6/wBR/vh7cYEBJ5tc/T6cE+9VoM9b&#10;HHpoqGNhxcD8m55C/wBB/h9Pbhc/psPpYWsQbDkH2xViSf8AVnrY6ggLbUDwCG/2oH63B/H9fcWW&#10;nUm6Ffz6Ra1x+OPe1YjDDh1ulT1MiqHC2a5HADXsQDzex9wSwV9DDTY8EC5/wtb3QvjUvn+zrTCm&#10;D06pGWQMGLD8j6W/wb+vvHLZuVsL8fXgcfm3uygMtCc9eOeucd4z6hdbXtbm3099KDHYNY2H+P8A&#10;re90Jx17h12zLICVBsSPxf6G/vs3N9NwTa31F/dVBHHrYXzPXd15LHgf05HuNLMy3Rhc8W5+hH9B&#10;+PdggbI8v8vWiRTqRFGps6tx/wAFsf8AWPvEJdR4Nrf7f6fX3dcGnVQfLrm0VlP1Oq3F+PryLn+v&#10;vFrLFlLXIv8ATgm/9fbhwKjrTcK9cwoWxAtc/nkD/Ae82hCBx9Bzx9L+9VJGevDh1hLspJv9Txf6&#10;MB+LD3lSMatKHiwv/S/5t7qCy9x6sBTPWOSQFfUDf8f0Cn6E3+vuUJBFZT/sDb+n+HtoqrVPW+ox&#10;jaXn/ePrb+p1f8R7wvKhawGoNzb+ntsqTk9e+zqVHE4XklSCBfj+vPP49961UXX6n8c/n3oCuT17&#10;rxRibNyAOGt/Tj/X/wBb3iL2/oDf/Dnj6f8AGvbnEYPVqqF6yBDexBsBbm4A/qf+J9xJam2okMSO&#10;Pp7crRQOm9Rr1mjphfjSATfj/b29tjzgvdSwIPI5t/j7cAYZJ/PrTHHU8IAtjY/8isPfRlZCGDHk&#10;iwJ5/HNvdD6dbB9OuQQEWsLWN7DjgfT3HllLG5N+b3NvofdlIVcU69XPXNU4t9B+PcAyAOeOCfqO&#10;L35B9uVJAr1SlD1nC8Cx5/pb+nH195AhvqW3PHP9SOfeyQB1ugPXHV/ZP9b/AO88H3MgFuGb/XYG&#10;35+gv7aYimP2f5+tinWKQ3PA/wAOf6+5AXRf6WF+Tzc/Qe6s5anW6164fX8nnm30/wB69xpo2Yah&#10;9V5/17+9rQZPWiOsiNbj8H35ICVuwtax+liP8OfdmOodvWuHXRkAaw/pa17/AE+p95EpVcD0gm9r&#10;Ejg/6/8Are9ZX7Ot8SR1xaUqTcngXFh+L+8bY3TyLi7cg2txz9R/vXu+sNxPWqDrsVIPHBsPx/Q/&#10;Xj+vufSwiMBSPqL/AJ5I/A/23tuR9VKdbAxU9R5nLEm54Nrcfnm/tw0qosVBFhYDnn+tj7aIPDqw&#10;456i6yxvqPF7/wCw/wAfeGWJWuyppNxcEW4/JFvdUJXr1Osyuw0qz34NiP6/UA399rGLqRb6i/HJ&#10;/r7dqVFaYPXjnrgzkgjn+oF+B/T328kYIUryL2P+tybe7aMautGnHrgqyEMQf6XH4uRYXt7wTyi+&#10;oAgaTbm4P9R7bXzBHWqdSIozbk3NxfgXB/FveBHZ0IX6Em9v8PwD72QQQ1K9e6zMAri5sbcX+l/x&#10;e/uMPQWYc/4H8/j+vu3EAefXq0z1zPPF7D6f61/qffNYFkuwAFxcgk8/kkX92YHyz14GvXEyFPqS&#10;eR9AOP6A+87RlFQhD/xBH++/w90qDjq9euKuGLer8cf4X95oiwI4tY2s3H+PF/fjw6pQg9YZApv6&#10;r/kEfUn/AGPvnUziNQSly1wAOfp+Tf24lOAz1bAGesMMJYkayAvPJ5PttIZ0DgAC92H9R+Pd6Y6r&#10;QNnqfcA6Tybcf7D839xnhRVYq4uSAR+b/wBbn2yXLGv5deOcdZlYmwINuSD9Bb/D3zp3ZDZ/VY2F&#10;zYA/i490ckjr1OvSKCLrx+Tb/ivt/gX62TmwIIX6Ai9xa3tkk8CerAGnTZMRwSwsOLE/kcWN/c5Y&#10;wyk6f7N7fS1ueb+/azw8+tVJNOoLNoaxYgFtJJHLfjg/63tnqJJNRJ0hSeLc8D8f8b9qEXzYV69S&#10;uOnKJEsAt7gc/wBLnn22uEdypBsRe4+t/wCnPtQTjSD1ShB6lKWWx/I4/wAPfFUEYP7Z4/tfXj3Q&#10;kVp1ulOuRJb6n+v++495/H5NDILEAX/oT9P9f3WunDY68QeJ64agoa5B/wBjyB/re/NGVBBW9+eD&#10;/wAR7txofTrXXQcN9D/vH/E+2+WoRVNlFr2vqt9Ra/u1Kda6kKjEgk83/p9PbW1c0ZOk8chrE35N&#10;vbo7uqk9ZvEpHP4+n/IvfT5AyMpU3sLEHg2+lre7BWPVQa8OvLEoH0/of+J98oqxFdhfk/2RyoP+&#10;BP8AxHttyy46sD14xggD/e/6f7D25iEOhZmsHHA/F+Be/tol60X/AC9XC9YS2lvp9CL/APFPeD7N&#10;WGgklvxcX+n+8e7cc9aI65+QgA24/oLD6+5ccYACaQWQcEj6n+ntt6HHVhXrGzEkm/pYn/YfgH3P&#10;pXkBIYBeAvPAAt7tVaY8uvZGOos6qQPzzfjkn/X/AOJ9usNpUZCjMQpUScGxHH1H+396Livb1fV6&#10;dNsw8TCTWqqW1aLnkHnkf7x75x4uQOvlQtqNl4+n9CT73qz29Uoa+vWKTKw6H8cijQCWubn6cgf4&#10;+1fidrvPUI6xsSf1KVIW39PbcsmMHq6ofToOtydgUGIo6g1dTFGqAkSeQeQcfUr9eD+PYz4jAUlN&#10;EomiQEAEhlFx/Qi/+8e0JWRqSDNT9oPy/nnq6sK9v59EI7L7zyVRXVdFg6yodlVlEkBAVVYlSwa3&#10;JJBsPb/PW0FEgGpEtxcm9vwQAfb0MLnJHDy/1f6s468y6xX0/wBX+r/D0X2i2rv/AH7VvJN97LDO&#10;zNdlYM9/VdmH0/pbj2gc7u+njjkjinUsqlVsf1G3Ps0j0xPUjj/q9emScAenRpeqfjNJTtRVuYod&#10;bh1lkWUBtC6tSqNQB/x/x/2A9gfnN1SVHkjEtmI/rzyf6e3WNa16ZZqHo/W2NjUGFjhMVPGAoFgE&#10;4FlsDz7Dp66asmZWcuL6bgn8/wBD7oeFetKWPHoRo4Y4VsigW/w/4p7mwYXzoVtJc8qwJBP+x/Ht&#10;lnA446d8IEdYZKpIzyVAH1ueRxe/Ht1psaKZlDHlfqrc8/U+6P3Ctc9XCBeoslWJBdOQRwy/48Xv&#10;7clltIxuqhfSOeePz/vh7oQNIXz68X6jmO6j0ltX1Fri3vN99C0YiZRI7cGwv+efp7aKFcjA62G9&#10;esIpJFkMisUUC9rj8f0B+nuPIiyBlGnSAbAtfn82v7cVXBr149Z0cpYkksfrYW/1j7wLBGUJ+gB9&#10;XNwAfzb/AF/bgJrQ9aBHn1kaVwwAvz9Ljkm/4PuM9QIiVjfSAPoLc888e9FfKnVWYdZViLgF1uSf&#10;qb8fmxPvAMg2hxdrMSLHmxv9R78gyKda1VHWU0yagSFuo/1rj+h9xfLKJFuTY2tY/Qf63+8e1HFf&#10;s6qB1z0pY2H0uP8AYj+vuex8kDMoIa/FxbV+Tb22pBYg9XIoK9YLFZACQQR/Ukj6Dn23o6M5ErAa&#10;bAcW1H/E+3Dg9M6qHPUgggen/Y88gf4e87zRprsCykfS9voPdGBNKdO164qjG1+D/t/9bj36jl87&#10;kMEVV+uo8kfj2ncFeAPV00jj13KoRb8kk24ufqOfbk8iRxlAxUFSeTb6fke7KjNlurFgOogBZ9Vl&#10;JBtwLm9uQTf2nZqou5UMPrYBri4/Ht0gjh0yWqenFIwoF1F/6j/H639uVFGVC6yFYAtZTe4/1h/v&#10;PPtlwWqP9X+r8unBjHWCVhckcjgEmw0888n3IqmMkf8AmjYta7WQjmxBB/3v3VUYCg60a8OsUVg1&#10;y/4+g5txxY+26eFLqwB1Ff0kkm/+393Grjxz1qg6ko55U/QH9Vvx/rf4++EUVSJA6W0AXIH4/JPH&#10;txgOI/Z1TT59eZksVbn8X/r/AK/t0lqAFUiTQdB1G/A4/I960VHdg9WB8z1ESM3I03XV6Rb6X/x9&#10;sgyGiYBiHBuA31Gk/n3QpTh14tnqcYwy/Qqfrb/G3tR0dXeN7Ir3P04uPxa5918IVqOrg+Z6bqiG&#10;7Ld2SwufwP6j/fH2y11UkZcqvJaxB5Aa34/P+t7fAOmjfL/Vw6o7U6mQxmwJNwB+OLg+8NLVKPzZ&#10;m/At+TwOP+J96IBND14EnI6ySR3HFv8AH/ifr7cJahShWQFWAuDq5P5Gq/uyxquR1vV1HVDquGuO&#10;Ba30tx6faekmtIXKahc2F7gf7bi/vzAVqOq1rnqaBYWv/sfaox6RPHcA+tRcA30/1N/bAYqcjz6d&#10;0lhjpvqWdT9QNP8AW3PHFh7acroiR7iMIVNy1tSi/wBQf979vo2rPHpthTqTBci7FtQ+v9P8f8Pa&#10;bp6imuojjP1NypsSfpc3/HuuSaHPVdQ6ke1rh6ZHLEG5dTqBJ9A02/PtpjoNeno1Hlx6b62RlW9i&#10;NLC1hfVz/T/jfvqupoqVHeKn1tYEqGYNcG9x7fQq4yem3Vq44ddU8rykansB9CAtufoOfbSarUhS&#10;YBPR9R+qx/F/8PdXqPh61qoepoQA3BP1+h4H9D7gGST1CNtURYE/hgP+K+6jI9OvV9OudvybX9s+&#10;QoFSPyJMhu+sxEi4uLm5/r/h7UwklaefVHUUx14G5IsRb8n6H/W9vuMqI2ihh0kBlCl2tc8cG/vT&#10;VUE+nXkbUKHrHIp5a/0HH/FPb5jsVRs7s7nzFiUFywIPJDA+0csjq+PPp4IF4dRZ6iVACiXXnWSd&#10;JW35Ht0nx0Uf7qpcD9XF9K/mw93Vgw+fXiM9RYaxn9DGxI9IvbV+R/t/8PbTVSRUcepiEUtdfIBb&#10;1ci3+v70tG4Vx/k60TTqcgaQ8n+zzYkX/HPtrkzDswUvpsQF0MCWA4BIPHtzSQKL1Qt59ZVgjUk2&#10;vfnn8f19uC5CmlpxYBpAfWXdfUB+Qo+nttY210PToZdHWPwv5CdQCEekBTdf9dv949ysdMZqkRw2&#10;VeOAp/H+pI+lvbUyAcOPW4yT1wnAjhLyE8XuSf68cj8+3zI+JFJWNWl08sP1fTm5/Pu0KHTnrbkg&#10;9NdG0jubsViBIVf7PJ4sD9PaDq8vFASPrKrn0Brcfiyn8f19qhERnPTLSHh0+BLj68ED8c3/AD7x&#10;TZeQwGTRrhIGvgm1/wAke95qAOPWiTSo67ESg3F7g3HtqpcuwcgRlQzjS6khCP6Ef1/w96ZDXqof&#10;y65kA8EX9zJqp5NKGRiHNysZUAfk3J91ZaCvW9VevWA+gHtpykK6I5lOrn1AEWUfX8fn29CAQQfL&#10;rTCgr137dNvVEop5U0+MXuhI9X0/x+vvxUa+vRk0oescgBAJF7H6f6/tX4qtqYqlBZQjDTcDhhf1&#10;A249syIB3jJ6vGH8/PqFWU8U0Dq17jn6+oH+t/r7k1KRyVYkJuCSoYfRTf6W9uu5ZKHz63nV69Yq&#10;fVHAF02Ki9rm54v+r2612ulo1khisXUX4sRYcEKP9v7S26KzENx8vs6clVwPTqDTus9SyPIWEZNh&#10;+NR+ov8A4fT2HWTjfIhVe8VQDfyICTb6aSR/vPtch0gg8OkzDV8XSgRVQeknT+L249t9TigkOmkm&#10;8s6i8yFLsTbnTe1j72pDDIp/q/1enWiFKjrkGN+RYfg3Bv8A7b20DDZaoaI+PyRMLMHBEkZ/I0nn&#10;8fX344UgdUCMevF1H1Yf7f2vtvbfpaFRUTws8oPAka4uDzz+P9j7SsHY93StAqCvn031lSwBjhcA&#10;lTqceoqCOCF/PubuKGesDClp+WjAVYwQyEfQhubge1URTTT06ZkJY9vWLHEQRFZZ9R1E63YDVf6X&#10;H49p3HbfyM0qLWU9zGwYMzA8cWLA/n/W9+eNvwHj15Qa0bqZLXU0KF2lUjkDT6rkfjj2JtFs1MhT&#10;iKokjMxNlhKaQVtwCRx7RpJJFLpYGnTmlW4npFZfekGKvMIJJKZFvLOGDBSDzZByf9Ye5EXXDQyK&#10;AqGJpAJAFuIgTxqI4PtRO+hdS8adaVIya9McXbODnRtL6JPE0kCuwRqnSORHG3qBv+CPbjluvqsU&#10;jtQM1QQtgoVYdIt9VP5Ht61rcLTgfTpmSRa0U9MGP7v20uRioc3PDiXmfTC8s4mWR2Ngh8d9J/qD&#10;7z7K23LTSPDkaZ2KKW1EMRq+lmb2VXEUqXIABoT/AC+3pwPpiLdTexN70UeCarw+VpBIdOkmWMsy&#10;sLh0Unn2t67bFHPTOIlZJhcxkKPTx+bC5HsRRWiEVkFK/wCr/V+XSP63uCEY9ei64fu/LUeZgjrZ&#10;KabGG0dUxnk8rvq4ZVPCn/WJ/wBf21YLAmkl0vGG/dvJIVABAPIYNwR7Jr6ylSQhf9nowFyojoPT&#10;oVt0dk42rxhnjq0TVTkwQicXLsnpZHjJIb6G49r6HE41kcLjqUOzEm0C/U/nSR/t/b8MGgjUPLj0&#10;ge6uHeijHl0UjcvZ+7aGpSZt45aOhT9EArEHAa4iaVRqsOOb/T/H6t38Cgo2mampozJNe94lIAH4&#10;Ufj/AFvaoQAza5Mr5U6p4tzWg6VtJ3G+5aChjyOYlo4qLQZXFeY3ka3E0rPbWP8AXJP+F/eOjxtX&#10;LWKGoiEi5jk0fp/w/qP9h79cwxqo00z/AKv9nrZ+oZSSc9Ouf7L2ni9uVFR/fGjEtTE6z05rkvLb&#10;9bLzY8Dji/8Aj7UFbhq+cWCsp+gb6qOP7Qv7VWstssOkED8/8HSfwJnerZ6LlgO8Nh4yseeWriqV&#10;MjmaEgxyyDVxJEzgrcG9+eePfqba1QQrSPHqH1uXW9h+n/iPZdPNG8tSa09P8P8Aq+zpSlqKZ6cM&#10;38sNp0qTUuOoMlJHIhAaOKCXxtpNm0krcf4A8f4+3D+ARg3lkVFQDUpAsTYi1x7VLcgAKtSfKn+H&#10;rX0iBtR6CmX5F5KZZY8ViZqqaskIp5dREsZYcDxsP62uGvb8H+s+mo6CRDDTFTIeGJC3PFvoLf7D&#10;2ikuktrjxLkDHD/DxP8AP/D0/wCGrr4YOPt6TG4tzdtyCLLZWkrYscCk0VPA06xqvIjZy2pT+QQf&#10;9gPeD+7lFT1Aq3KmUC12Uagv5F+ePa395G8Xw0THr/qp/q/m0trFGDX/AFf4OsEnyK33W4ltsQ08&#10;9PSyMR44ZSAZLafIFAFiOf8AiOPc2KLHykodLMCP6f0t7Tzzy25FKKM/6s/6j6dOrFFSqjh9nSbq&#10;qjs5aeOuH38UDq4Miq/jIJuWfSLH/Xt7mGSkgQgooH5BAJIvx7YCzStrVvzrT/V59XqtKU6RZx+8&#10;MtWRoanIPUSEsml5lVWYcsnNhfj/AF/949wKrLUdOly0Wm4+pBtxxx7URw1qzsQfPy6sSCKr5/5+&#10;lntrpffG4q5E+1yBYgnyMsiqwQ3chgLcfi319tNRuaCkgacaCn+qUfQAfkr7pSKXGTT546oSwOcd&#10;DVg/inlcxlI8bXVUtNpsWjlJZpC/P7av6bf14v7yY/dtFkIfJFKo5sE41Eg8/wCPsv8AFjSXw5B5&#10;8f2f6vtPTpVtNeuW8vhvuLb8gFJ/laMjySOiGygG62v9eP8Abe2/K5WohqYpIXADut2JsFW/q9nj&#10;PayWHbQ0H7f9Xn6Uz0mjSQz1Y0Hp/q/1Y6WPUHTmOfHZDGbixkjzwJKwiWK7yuReEgqD/rCx/wAP&#10;ef8AjLVLeNJQzkWVwxK2HP19ksN4sAAIAHn/AKsdKJomL6l4ft6d6j48YrH+TKS0EqQwSBzTGP8A&#10;dLM3pVV55Xgn3EqM7V0VFNK+khGsOQWKLyzKv+Hu8brNdHScdVKOiam49KWm6A2VnsvjKYU06PU0&#10;weQCNhFDOT+0jyAaRqt9OfcOh3jHW0DzwN6xqupJX9B5JB5/2HvcEqteGJ8fMj+Q/wBX+frXhkx6&#10;l49Td0fE7F47MUSzQFqE+Jf2bctKfVewt/sfYZZffk71YWGdFGvxzkyW0gGx0H/iPZpcSmJCq505&#10;68kZahY46NXsL48bRwGIjhfEwtpjElMGp0JZioN51/LX/J/1/b/jax8fKmVqK4tRVMRWAGT0BmsS&#10;Wsfr/r+yF7xrtuGV4/6qenSxYUiz/F1k3VtShzuLqNqUeIgiyNPLC80gpRrEaH9sJqFiOPwTb/e4&#10;WVyuVpclSVDTRnG1RFyzgAxuOGSTn/efa57xWtvGtsFDkfZxr0wLceJ3HB657T2JtOowddhHxypm&#10;qCPxyOsPrSVLFCUsP8Bce4NZtCqmro8o1UFgn/ciZZtDC/JJPtifdIr6LVFxHGvqOrR2iwuR0p8V&#10;vzH4yln209DP97jUEUsQpGljZGuIyojJ4Njx9R/vPuZloYRRz0lXXvUXhVoJXXQIj9LNIOG+lgfd&#10;bC9miYovwmtaft63LArZOPn1DwwnlyFJlsbg4MZJ93JHXQK4eSrjPAKRMAyEXBIP0/x+vtFYKrpt&#10;t1K5ihBqKpS0coV7qYSNLGRTwR/Tj2juw16xVzSmR+XV4ykYoo6E7cmGTdmMqtvZaJUxtbCge49Z&#10;cEMqxuOQf8b+xYrcvS1FJS5TQI5ZozKArLYAi99J/wBt7tZzyzwmC4zpoB/q/wBX+TrTII5NQHHo&#10;tuG2BVbczWRwGPq5JsWspJWVZGdZGayoZ+eNJvz7BnJ77Sryk2PqlDU7WDrpYi1+AT+D/h7WTh7V&#10;B4WOtIylqHoxWB2JQYikp5aUstail1mBC+uTliQvB/2I9iJhcniaygWmh8UUolX0IBrlQJYKHP8A&#10;Qj6X/wBf2QvPLDPqkFR/s9KMMMHpHbh27mosm2QE81RAaOSNTM58VNKz6jN4o7XJHGo/T8e4Q3FH&#10;h6mqx86eSKVCru6B9Bc3AAb8/wC+59mrxEUuoPMVxw6bD1Ghhjrqp2aN1UmLyLSSU9TQ1KVEAp6m&#10;SAyNCDHdpISDpP1tcj/D6e59TV09DHSSqq08EtO00NUAsKhyLxqVH5P09p4J2uWKsKivcOvSkxGh&#10;xjqPBhqutkyMTztU1UFTFTTUTyvUsYVH7jK0nP8AiL8ew/qs9uOnlklWoNXQVAdaltT/AG8KC37Q&#10;axW5vx7NfDRf1oMFeA6ZBZsPw6XcW1dqVCU1PJjKSCtpmWalLxwisMoFvuF/tG3t9xWDoY8bU1Fb&#10;lHljrJzWQxT+MzxBjxDEUJFlP0PF/wA+y9Lyea61kaV4H0/1cenTBHGnqT015vN5OLI09Bi8O009&#10;Ohp5KqNilJGNJOqYMoJDEAaRe39fz7D7OUs1JkIKukppJqWpaZJKtWbxsBa8UgP0NvoD7NrpFmg1&#10;RGrCn29Miqtwx0tsNWCog+1qWSKsiSJnpbqWjVv0SJwNQvxqA/Ht4xWY27TRClfynJV37ELwgxFb&#10;DiMxcgm/0Psg8OVZhNN8K+R6fMiEaIxk9YctR5ipmhenmpo6OA+WaGYGRpipvdZBbSLXuLH3MwVV&#10;uBa6amrKCpmpqmOSKOWsib7mBbEK0JNiL2PHPu1zcIXWa3aoU1oOHVVWShRhSvUPL0OFekE0dVTU&#10;j00qTv8AaTRRwTSKwYpUInDC/NyLj3Oniodp0tPVUuQmTPxs1RCssemjliPqMTs/0J/w93W3bcFd&#10;rgUXy9a9W8TwgFTprjrMnubIVNBLjKKXaktK9JWTfeSDJJVngFIohbx2PJ1BgeefbtlaCXfFHipq&#10;taCkx7y6nj+4ia7tc1N42+n9QB/X+nvdtuTW1o9mtSVOMevA/wCr/D1V4A0niv59JzGU+K6/yWe+&#10;3GUyeSrKeGV3ejlk1RU0YhoYfuIls1gNJLXPFyb/AFUe2Nr4Pb0M1fROSP8AKKP7aSaOSGaJk0MJ&#10;FH9OLA+y4mSeSsvaVzUdPKUVdK+f+r/V6dJDfG7c9nJqLbMdAY4qlaDIy19PBVRVWPqIKgTwmFpL&#10;L6ipGoHgA8exTMKybagWnjipqGOL9uCK0bqpBLaYxaxHP4/4n3bYbhRur1Go+p/1H/V+XSW/iZ1B&#10;rThjoo+/JBiey8dPkK3JVu4a6tjgMlRF9xjjK4CRCaoY30kheAdP+tz7LVloJs1nKjCY+SWLHx05&#10;nKU6F66VrkvpLWCgWub88+xLvFzDbIoiXufB+Z69aCSRSZeA6sA2gZ8VteizW45ab+KOoWqqZJlg&#10;ooFZgkao1jYWsAbH/Ye8G6pv4Ti8Y204ElmpoS2XxlW2uerSMATiVZvq310ov+w9sbbC/wBK5uey&#10;Spp9nVZmdpv0/hHl1JwoyWQymcOfZaihkqac7er6RRDFBBIhYR001OSxINiZXtc8fT2ms7LlZkwV&#10;Ts6oOIiljV6qirGVIKSNv+BNNLM35BJHJ+nvaeHJaMzisoJ8uPz/ANXn1pywlABoOlDQU8qrXwZx&#10;Ya6SOoVo6kQanq4QNVPL9qgOllAAsv8AaBI9qDcWCrcXjFy8VfTV02Gpp5JZ1cupesh8gpERT60F&#10;10Sf7b2m22Yzq0cuDxp50H29PS0UB14dNmM3FQ1tetAaCuomyhlalhmpniEkdC5WSec2/bc29UT2&#10;awFxz7R+Kx0cWy58/k62by5j1x01AVSrpZYZLtKzcHRcaT/T2jt3e5vpCVosY8/PqrqqxrQ5OelB&#10;NXTNloMbT05tFGKmpqZkb7cxOCgp4XX/AHbezWP4HvjnNtZLNHESUlXV1yT08NXQVFKWbXqUH7dG&#10;XkyRNdSv4IPt4XlsLVlPbpJqDinH/VXqwieRwBnrNT11Kq1nkCURpaiVKhJSsYADXSpb8BJFs6t+&#10;Qeebj2Y6OXM7d2tLtzNUJnYY1qmiypnWQLNVRktSzIQCmk83+guRz73ytG8e4C+iIMUlaj0x9vA4&#10;rw6YvQhXR+JSP8PRN9y4fZvaHZeB35tDdtRR5La25I8HuXbqUclJFl6XDV1papAygzMC1o5FLK6A&#10;FfpclM67yG6Ic3X0tLtd5JDLLeCeJoIIqjzF4KiBdNyWUFlYXH1/rf2v3eGGS+VnfBPXoGm8M0XH&#10;n0cPOHH/AMLqZMjkBjqCOJ5Kms86QolOF0zCSV7jQQbN/vfsTNl5nbWVzMG4Ny0k228y+QrcPX4K&#10;miFPj9xRRswWrkplI0yRy8Mx+vN/ZZvIuMxBaooB1cCPWn5cOn7VlXNKMcU8ukPmcPu7G7drMNsy&#10;tjrC+Okkw2a3BWzZOqw9croYRIZPXVQmMsY/3AyfpuylQq4qA0W+oY6uklxO1oqdGjYLKKKaQL5Y&#10;2hqBwwC21KPof9f37cbeA7TFPtw1M1Kt518+tW7MZmE3lXHTBtatyEmxaymmzlLujfFP90mQQrRU&#10;+Rp6qWdoRDU45GJhHDeIuBddPJ9sOd2lj6vdc82JmoK3HZ6iINNUPGyw1PjaNmg+4N3ilGnWoB0n&#10;kezSaZfooZwSCoAYfOgH+r59MoCXZWHWbYm6dx020alN8Y+tospgq+op2njgMprMZFP5qaeUUIZU&#10;kWI6GU2D6Qb+sgBhvnaO3dpUK12c2xK+XqpYaRGws9UuLWfwaYirJa0zD9ergkWHt6GNrmNpHYFP&#10;8P8Aq/z9MTSRxsAq1PS023uin3RKZsPkoZMfGjSPBWU7RZhialkDmAlAtOQLRvoueLk+1Vsjsalo&#10;MXgmzu3sZmsVgMO9Dk8lVxxPmNvTiVhSqY5wXWKVAGQgHSQRcceyB7G4TWlrIVLtXT5EYqelaygL&#10;rYUIHHzH29J7e3X0+4hVnC7t3Bs/KVtbS198NkZaWiyklFDHGy5CkjsX1KgSQBhqUDUGHHtPd25B&#10;t/YbAZXC13nxVNVTUeQp6DyiaCiqY70U8tOBqKhhYOAVU3v7Em3yhdsNnQK6HPz/ANR6QzRu03iA&#10;khusPWezIthVu5cd469pc/V0+4JsjVzLVRZCuaAUeQEMyf5sqUjbwsF4bUoIDaRS+NuIrNl0pq8p&#10;SVBpctj6ynpq2rXwmGojQGKAwm41MB6Te55A9xvuls95vEBiP9nIuofIn/J0dJ+lYsv4iKj1x0jf&#10;k1Rrurqzdm1cVkVGbFNR1r0FNKv3clGtUqy+QIdaxWuJXA9INz7DXfWU7Ny2U3buCjo4v4PtN9fk&#10;glULV0pnJSpiiTlpFsTIt7qPrxb3K90bQ3C2NvQUWoHnQUr0QKbiOPxX8z5+f/FdKnrrEbH642rs&#10;bZ8LyUlTuOlWnx9LlXqa6trchHiTka+llqpAyqFSOTSHZUYjSmosAYHX+b3FHXrj8llRR0u4JIat&#10;MXEi06Vc1TeWKqjkUjSFP+pAvyD7Ce7hIz9VpqVqK9GFuGfsc/l0JWVxeMqkSunoaWpq8ZBULS1M&#10;sKTTU8boPuIkdgWIcKNS/mwP1APsT6etyWKdKvGU+Ngmqc5TYyTL1qm1THUSCLIxNI59ciqPI4Ug&#10;m3PPvSTRyxNOe8xLqA9PTp0xkkQ8NWP9VOklnMLhs/C2Dys1ZU0wxLZBsDRTNA0K00yyUVTElPpd&#10;AGUpBq41Cw+ntcU3WO2Nl5zIVlYJZMduulkkaTIPT1AxOXjnNUJY5fxFKv6FN9NrXH09omuLzf7Z&#10;Nyt10FDRlrxwR/qH7fLrSPHaMYSKnj/q/b0BVH3PuPci7j23hTRV279hZvE1NTSYqkydHHuHauRg&#10;MXhghrbsaunZtFSY3MZK60VQ2hU7kN142DduAoYsGtTSYuricZyCDWsWptQMbi4ANgbqbcfT3a92&#10;/wALamhRtTPxHVop2aUuwoOhawG3M5VYfOZbI5XIU9buHHSr/d+pkjakx7LA0SowZVfUbkOGP+xH&#10;tJdk9hbh3NLmNr43EPDhKyrejp81SUU3hnp5QPO7TopVJF1G4Y/Uf4+z2wMe12SpBQsy5HnX7P8A&#10;Yr0hZXmk1yVH+Dph6y6U29tHIUG8MnV5rIb3fDUsdcMvuCrysGNkeEpNHQQzsQsa3aONrfpA/p7D&#10;v+7O1f8AjvRf8Wf+7n+Zrf8Agd/yu/X/AD/+H6PZX9NuHofi1+X7P9X7elfjL8uFPPh69Dv5J/8A&#10;jlN/nNX6qb/N/wBPr+n/AJO9/wD/0g3dwoBvb+tj9L/n3hOTVuu7JJr1uuKhII/P9m4Ivz/tvbdP&#10;NcXU/Ti/+v72c+eeq4PDy6mRoAbW4PPHHA9wrFiWLf7e/wBD9L+/ZOD1qhJ6z8AWFv8AW4/H195A&#10;Bbgc8WtzyeBa/vzfD3dbHqeuOo3/AKgf8UuSbe5Ma3HP+Av+f6H6e6KT59e49Y2Ivx/vZ5/p9fcp&#10;dJ4P4Fv9e3597djwHVusJBHP9Tf/AFj/AE99tyCBxbk/T/b+6io48etV66X6gn6fT88c/j/H/W99&#10;6VUAm30t/vr+9g6nqOvdeuxuP6XP+vzb8e+JA5Fvrb/Yj6/n3cVOG631yH+q5sB+eBz/AE98TECC&#10;b/T6W/x/p7qWoQOvADh12Hufp+f9a3+398DHpF78/wC++vu9cdap14MCbD+tj/tvxb3i+p/1vzc8&#10;f4+2yxJ691z/AN795QD6Tc/T/e+efdRRq9eBBrTr3uQhKjkg/wBP+RH37tHDrfWFwGP0PH1/1/8A&#10;Ye+y1yv1/wBb/D3tiKdaHXFYyA34/pzwP9Y+8EjKL/6/9fp+QfelNFoR1s9ZwDx/xQD6/wC9e4pY&#10;c2/3v/ePeznI61Xz652ta/0/P4/2NvfMORxzf8W/2349+4mh49eB66I4v9Rx9f6+86ITyfr9f9j+&#10;Pdi2KDr3XAsB/wAa+vvMqtc/4An3VWAx69bPXBmBt9fr9Dx/vj75KGBsPqf6cHj6i3vWD177OsbM&#10;D/rC9uLi/wDrj37T9eCf9gfz9L+9lTSgPr17rwkt/T8ck3P15sB7yrAfyPyObk24491NK04+fXuu&#10;Bm+puB+D9BzwbG39PfIUxNyB9foTz9Pr7utQuOtceHXBpwCAzcAfQXsf8CR77WmkN/Tz9LkE+7gH&#10;h1vhx64PVRC12Fh9QCL3H495/s5TYAEm1if8P6cf8T70VFKnreOo/wB9Ct+bc8D/AFhf8/8AEe8y&#10;ULAcg2H9R9T72etn5dYWyCFjYqTY8A/4/Xj3zFDcA6Pz/Q296Aq2mvVcV6xtkQPVq/pzxf6e8ox/&#10;0uLf0Fv96t70wYY9OtN5U6x/xRfVYqQL8kgEEf1HvIuL5/T/AE+n+8nn3dRXuPXjxx1gfM2U82t9&#10;NX0/wAt7nLjAoB0gj/b2/wBv7cWMMaCuOt9NUmdvqu5U3Nv6EWuLf7D3IGKVmFgRb/iD9fba6vxd&#10;eLYz1FfPhUJLE8n/AAPI/wB6/p7ytilFuAePxz/sT7tTOode4jqKm4g1wWZfUT6jYH+g+v8At/8A&#10;evfBKHRww4vYWH+8H24YieHVaZr1zfMo4JRrmxPJ/wAebC49zI6IXAtyP6cc/g+/BWQ6v9nq4px6&#10;a6nMgpYEhW4vwT/jcHj/AGPualEb3IN+Px+f6391LFiKig6rTpsmyyBSFe/JIAP1H0sLj3KNKiAF&#10;jb8D6XP+w/r70KliAPn14U49Na5SSS4Ulrgcc2+hFr/0/p7xmIA/4qbDjgg/T/int9QgSvr/AIer&#10;YpXrkKuVzp5CtyQbg/SwA/3u/vzBSPwSD9AALc/4+9R18+qH067LOpBW4BH6ieCR/j/vH+HvmiKD&#10;ybL/AIkfQj6+7Myqe0VPXsDh1HklnkUek6tXFrn825/3349+PiH0tcgXN/8AYHj/AGPPvSsHNX8u&#10;t1z3detWAAepRexXlfT9bXHvj5I47m/0Fhf+v+uPenlAFFp14EEUHWWOiqpyLhrM30AJv+Poefz/&#10;ALf3gFWvLAC4uf8AD/ffn2y0pC0r6db6c/4K1wrX5Fj/AFvf6n8/4H6+8L5TTbm1zxb/AA+vB90Z&#10;sGnVgD1Mh20rksy6io5FuT+Bc/Tj/W98XyvpPq+o/B/3m/PtotwA68GAPUiDbKK9yltJ44t/rcC3&#10;A9t0mSJJs3HAFzc/63HttiStOvefSgpsLHHa6C5JYgekDk2Nv+Kn3AkqZH/PBP8AiD/jf3Sq16sO&#10;niKjSMEAfpBNvwTbg2t/vXvgCT+ef9f+v1921UNOvcOPXIqAPpb+n1FgP6++X0Fz/Uf6/wDT6n3f&#10;UeAPXvOp64Fbk3vz/r2t9TwPcgC/J/C3BI/r9B7aNcDrdfM9YCQobT+WtYf1/r/vHuLOhtcHVwQR&#10;9efp7d1UPHrRFepFOyk+pdLfj6Dj8cn6D3A0Wfkm3+tccfT29qAGD59UI6nhyUuAoJFwT/rf4+8i&#10;kWt9f6D8/wCt7951P7ethesLqxII9J/P4BP+J95I0JazD083+lvdHao+Z6sBnHXCR1ABVgCLgcnj&#10;jn/H+vuZ4ODYf1JsfwBe3NvbQkpjr1OoZmF/z/T+vNv1fn3HembgjSR+R9CT72jgcePXiOpS1Knj&#10;kE2s31Fvpx/T6e+SROp5U2+l7f0tb3rWS1OvUHXGWSNlJ12vzx9bH68H/ePbikHpBKgt/S31AHuh&#10;ceR62APPpskn9RW9lt9Tbgn63/oPyffKSLgei30/Fv8AC9/e0mNaj/V/q/4rrwA4dcEIuR5C3/IX&#10;1vzbn/jf+8e8LQEaePxx+SP9a3vavrqPn1Uipx1mWYDV6rn83PB/17ke+cQIYaT/ALcfQ/4W96Zl&#10;pTz63SnXGQF1JYcEDi4sfwASfedwGDfXn6gf61x9PbYwcdXIoK9YUJUr+kaTcMbDm9re2yZE/BFw&#10;Lkf6/twtTHVcdOtO8n5HB4DH8i/Nz7bJyFJI/wBYH+h/HvyEUA6rWvDp3iUsOeAQLi//ACUPfUMh&#10;LAXNhz9D9f8AH35zVu3rS549dyxARszWNzzyBx/rf19vkCswFxYfUgA/6/tuhJoOrcB0wVMiISeS&#10;Txfg/U25Ht2jpGkK2PPFha/+wt7ulQc9aqKU6TlVlI4Ufj02N2H9b2J5+v8Avft7pscWKhkN/wCv&#10;1Fvobn3cmqkn/V/q/wBWevVI49IfJ7iSDX45BawsvqvqtfgA3+v/ABT28RUjIbW4BvwP68fX224G&#10;g049OlARjpIT51JyPUeQQQT6gPr9B/t/btDF4wCtuRYhv97t7SuAeNevHSMHpM1dd9yzjQSNZKmN&#10;RYEni7Ef7z77lqUiW1/8L/Qf091wTU/s68oFcdcaHEVNZIJPHYMWJJOogD/AWuD/AMT/AE9p2uya&#10;hWKkC315+htzz/xPtRqAUAf6v9Xp1piAadCLgtpSGRWmubm5tfgE/lT+D7RWQyTSf2voBb+tv9h7&#10;tEe6v+r/AFf6vl1TBHQu4vBx06ABB9bH8gAnixP+wv7T8ryyXNyQx4N7/n+nt7VU4xTrVPXpUQxR&#10;RAKQtwCSB/rXAv7j/byOCpBYEjk/6/txpAoqB14rnrOs0a2IYKRcEf0P0F/+N+8q0zxqG/p9OLEH&#10;/G596eSorSg69SnWH7iN3Kg3P59XH154HviLC92H+9/T341IB9OrEDFOuZH00q34B/xv/T/D3y1o&#10;oBFib/7H/ff7H3U5FR5dUJ6945GYhri/0v8AT6fkc/0+vvLFMTYrb63+v+8+7K2kdar1gnpQSQfw&#10;tuB/xX3Jjqzqa5/re/4P5+vvRYMmer+VOoklAtlIAvYWt9eP8PfJpA1iOCP6Nf6/Xj3Stajr3E46&#10;4rCyXBGpTchmUfQfi/uLKtxqINyfraxv+PdQBWgPW6+fU6KQgFTpFuLXB4tb3jWQJcEEt9Cv9f8A&#10;b+7EV611keJnIINl/Dccf1v/AIe+Sm5N7gHkX5sfza/u5GAcdbNG+XWNgQvHqYEg24ve319zFVWH&#10;PHHB/PHurVpXrYA8/PqCXKtYc8i6f2Tf6j/evbROmmRuCb8gf6oj6e/I7cK9aZSDTp8hYNErfTix&#10;/JH9ffDR6Re1+P8AWH5+vveqjfPqtBTrnfk2/T+D/U/T+tveFbCW5ta17f1/x9uhqinVaAZ67e5j&#10;Kgm5PB44v9fr7yGVCGIYgWAtwOf6n3Zu0dbNB1jEb3UFb2J5Fzxb6C/vnFJ+VJ/5F+QT7b0ljU9e&#10;rjrqaMWsVUfTn6cEC4I98Jqgn/Uk/S5P+H0938PBA4DrRYnruGIKQQSAfqAP8fr7jrUWBNv6g/6w&#10;91ZM54dar1KaG5t9TwRYkc/7D3kM5IHAvz/seeAP+N+2RSuOHVh114rfUn6cfXV/if8AkXvppSUJ&#10;Jsf8eOPx9P8AePdtC1FOt8evKtmsPoeBxcf4+4Ms+pGAX88/8Vv7d0qBU8B1oU8+pCRBWHJP4H+x&#10;PuDfWeD6gefwLf7f3fBofLrWPPrPYgc2seef6/7H3nZS6gn8Wv8A42P09sMe6nr14DrpTa/+9W4v&#10;7xzQaQebf6/1/wB49+QhjTrZApQddh/6/T/D3E8YuLfXUL/nn8fT29506p1lLcfk2/3ofX6+5SAs&#10;pQfUG34HB/w9206gR1sdYSQCG+g+p/wv/r+5ESayEtZhf6ji/wDU/T3QMCtD1sio6xu2kavqPr/j&#10;z7mLSSPx+B9SBb/AW90JFdXHrYpx6wGpRfrwT+Cb/wC39yXpgihhf/bf0/qfbeSaeXVusKVGpip4&#10;NzcX4IPINvcVxq/s/mxA+vH1sPe6emOq9SA2n6sDccH+v5Fz7wxjS/pBJFwADwP+C292aoTJ+det&#10;Vr1kaxU34B/qPz/re50l3jBGm/AIsQP9f20WodPVgK4Hn1GT0ubk255vyB/h74xpyC5/H0F+AOPr&#10;72pwT1rgOu5W4IUW/wCKnn6e+ZlGo2vwLC4+hA92BB4dbBHl1jEZsNX55I/P15942qQQbAhgDf6f&#10;g2v70F1ih619vWUQlWH003Frg3sfVb3wiccPr/11bnkenjn2oCkCh/4rr3CnXUq3uun8fqHH+N+B&#10;9ffKeaMj0KA3+tb6/X3amKeXW614dcIIpAfWxIJ5H+9Xt7bHlOoBudX9PoB9Bf3QjSPXpskjqcq8&#10;G3AH+w+v+v7m0kYPpZfSL82Itx/X3pyNPVgKnPUadrcg+r8j63/HI9zZKK59IUhj9foP6+2tSkYO&#10;erlQR1GSrtcvcaRcj9R/p7wmkjiYs8hB/wBSvA/2/v2tnFOtBesyzs4AVL34Bbknjg2HvOJYkUC2&#10;sDk/QnngW9tmterg0Unrh45HPDaSb8cgXBub+2+ocswMP5HK/Qe34x5Hps9x6kxqVUhwODwTzx+P&#10;eD91mGs3UD1fTgf4e1K9or03U9cvSoOkcn6AXF7f63uQ0K6GKki39eDyfemIGOtg9Y1kfVpIv+OP&#10;8P6e4axXRiebsbXFrEe0+C1eHVvl1JLcgA2sAPr9f9b33Ckrygem1wCD/vHvThCKjrYJ687KqX54&#10;Bt/xIPtTQwyRLqDDlbXHP1+o49s9p4fz/wBR6upp0wyzJI2gqbhtQ+gF/wAHn/H8e8uhlQ2b9Y/2&#10;3+x92FB5daalSR1h8iPIoKklD/sL3/p/U+03UEiUJKwb+n4Fr/4e1UdCKcOqE0FOn6KxQsikXtwe&#10;ffTxGRkMfJ/P4Ugfkf197oFPVBUnPXhJpB18f0/LfXm/9PclYi8bu50hbjn6f1JHvQAB4cf9X+r+&#10;fTgp59YXm0OiLdtVj/U2/wBSfcSScqCFF7Cwb6D/AGHu4UEV6qWJ49Z1jF1vcc3I+pP9Ln829x1l&#10;IIu3qPNib/Xmx97Y4p1XrJoH4HA4vb6f63tkyCyfVU9J/Vze3N7+/aQ35dVavl1LiI02vc/1+lwO&#10;B7YHZ4SpIZgSbk2sT9Be3twVwB1Shr1l95FuW1IrD/Bjbn8m30/1veyxIwet0697modIu4W/6uOb&#10;/wBBY+6HTwr59eqOPXvb1T1QdPHcKLf69v8AD/X91OMHpxWPUd47HV+r/eLn25xaTHwNZA9J4/23&#10;HupoCQPPrfUZtWoX4Fzq4/2AIv7lJTsymQcHSD6bfX8cH20SCwH7ereXWJplU6T+Tp/P0+jf8a95&#10;YKaaaQXFh9BYH6g/ge3AVUcM/wAuq56wVFTFFHfUOLkkn/C5uT/vPsQcDtyodxaO6tYkEXtfm5A/&#10;PtPJKisSM9OqgOa9BPvHfGNxtK7T1iwNGGGotoB44u5/HsT4NmwP45DCxaP1MLkLY8fT3SKYH4j+&#10;316s2Fr59E93P8khh5amj/iFIBUaooLHyzRt9UL+O50n6E2/xF7e1DSikxylY4gGUflSRx9eT/vj&#10;7UPaq5BYnP7R5f6vTpKZJPPHQB53N7237IpmrY46CRy6PFNH+7qAYKEU3Jt9L/T82v7T+b3QlHGx&#10;Fg1mAAPJ/P8AsP8AYe1AtkjTSTj/ADf4erFwvDoWureiP4vUR1NekkgZleWWUNZw3403tf8AP1/2&#10;P9QMzm9KiaSRfKygEjl+CTzxz7uQvAUrjNP8PTbS+mOrANp9a4bBUsKQ0sPCW4jAtfi9/wDYcn2g&#10;qnPTzuF1G7Hn1c/0BFvbbf6j1panLdCTBjqeAAIgAH4tfj+nPuOaBq5kkdmYj6hG5IP0v+T7oHFa&#10;Dj07oByOpDSrFxa3JsT9P9v7ywY3wXCrY3vq/wAPxyf6e71Pn1rTTri06n8/7D/H/H290MrRHSXI&#10;t9T/AMb9ssoOTnp2tOoNVGJF4F+Rx/xoe5EkxkckLwRwwPII+n+393wRU4A6qWr+XWKOERoBfnm4&#10;IJBv+PbS7jzabkk3Nr8f196YCmOq19ep4B0XIsBx9P8Ab++cS3kNvQAPVwdRP9R7sEpg9b64u1k/&#10;1R/H9LWt7zgFpLRq/Fuf8P68+90oO3j17PWMlQl5CoBt/X8/094ppGR3UMFJH6T+f9f345FTx6qD&#10;mnXONQVU21Afnj8cce2WRXepV0uxAsyKfqPwRf3oHt63pJPUwWCc8D+p/wCKD3OSim8dpFYI3IHA&#10;YX5+p496VhwXqxWg6wtPHc6SLj6m9x/j7bC0tLI2vUVU2XX9fr9SfbpHCnTRwes40yLxbn+g9vFP&#10;XB4whQEabk/W1z9R/T/D2wBRtXT1arTqLJBzcMwIPH4vb639seQdS+qOYqQ36VH1/Nr+1SkHiOmC&#10;ATXqVECFAIt+b3H/ABHtvkrli03LNYHWfwo/F/dAKnPVdYpjrJ7y0NezSDxBZF1cEN9Tf/U+6PXz&#10;x1aN8064soYWP+39qKoWaaEzEgsp0qqkXAI/IPvS0Hn08+RXqMmhH8diARq1EG17/QH2yGKVnCuQ&#10;lvVa1zyfpf3eoK/t6ZNBx6lXFrj6D/iPb/BKKSNZH9R+mph+fqD78EqakY6tq6hSKZiVBIH14P1t&#10;9R7kHJQSsQ6hyQQeQOLcjj6e/FCPKnVgxrU9YVpXQDS5UA3H1P8AvftsqKiOO4AIBFwoa/B/2o+9&#10;ogJx16tepaKxHPJ+hNrDj/D3xoqtQxMd7kMbH8/0FvdHU1oetKQcddyxhl5twVt/r35PvjNNFIrl&#10;gFlN/SD9SB9T/wAa96y3WyVHDrkiMhABBX/H/iLe0qlWhqdIDkqxFr3PJ+lv6e3ylM/z+XTLEg0H&#10;Wb2tIJHMCuqWW31HpP0ta/tgla0r/q/1cenwKp1FdRrIJuT/AIX/ANY+0zXmczuoVikvP1JCn/E+&#10;3arxHTRr1JUWUD/Af4e59CfCAAFTjkHlhbm4J90ZdXVlNMddOLqf99/h7b8nXqsgDEnUSdYBCEfQ&#10;f8b9vKMVPHqsjAcevKoUWAt/vP8AvPuNBO5m1RpohOkeu9ifyQB/vfuhK1z15QTw65e3+kqp1kdV&#10;LaV5Yn0gj66Rb6+9NGGTUOnVZh1ikRCBccjlf63+nuFkahKguJGsjAoOb24+hHukaU4f6vLqjEHP&#10;XNF0qB/t/wDX9teNw8769D3CNqR1uQL82PvTOqt/h68serh15mCi5/43/tvaxp3NGqa5F8gsLD06&#10;j/tXvxQMuR1bUVNOozjzXABsb825t9OPfVdlg0TCTSxbVwTY6foQAP8Ae/dUj0n5dbL9dQ0yRm6i&#10;1rX4+rD8/wCv7RktX5aiFYZUMZ5tzqvf6Nf2p04J/wBX+r/UemD8VepnuZMoUFtWg2GtATYj6i3+&#10;N/bRUDA6sx8+ve8WuKVbTR/t2tc2LA/gn/H+nv0RKnHVqimeve4aFqFyfLeJuY2e/wC0RwNIHt+o&#10;bI8uqYGR173Jps5LHMksjAjhf22PrA/I9p5IgRTqyyevXEqpUqQLH2tqbLCeEyQzeNrDVG3IZfrf&#10;/ivtLpIelOncEV6hvSqSoZA4vcMOCD9fbNkpPN6fErggllZvQw/1S29urjqpPp1KjUqLE3+gHFiO&#10;Pob+0jNrc3YeONRZdH6wR9Pp/vft5Kj8ummOM9ZPcNXqElURCS5+jG5Un83v9T/h78w/F5/6s9Vz&#10;5de9iJg5pft1aV3Ei/UqNK8Hm30PtNxbhnpQjFRQdRp1DAAhSDxYi5/23tRzza1UxI8+saWZDeRf&#10;xZr/AI9uxMAQPT/VXqz6mGqnTfHEVJDlYwralBACE/XgD8+0DlseZnN4vHNxoJHJB4JuPa4EEZ6T&#10;sSTp6do2DKCG1D/ev8PbliMQ6UxEsblyCCqgkMCPqPwf9h7ZoC9R/q/1cOnFBAz1gmqESw1KL/Uk&#10;gfnge2ubB3lZ0RtIJOlmIW4PNlH093NCadNgDUes4kUgG45t/vP09w48fKlUDNG8kfFomOkSD/Yf&#10;X23IppQdbUUJPXK9wbH/AGP9Pc6bF1krloKeRYiVKoPUAP8AUlf8PdlUAVHVWBY6gcdcDLGvDSKC&#10;Prcge3F8TWRQAojpOFu8bgjWpF+Bxb3YICa16s2QAOJ6xrVQseHVlJsGUgi44IJHtYbYwtXUxAvG&#10;A17FD6zp/wASf6e0UhCyaD0oQEL0n8/mqTHQl5ZVUKjMWJsBb6f74+1TFtqpglP+ToVMl7H9Qufw&#10;p9qXtmkQsOHTQkQNpJz0jZN/4aSJR/EAjaDdhcISPqDIP9t755XDVUgEfjaxsPSvK/7D/ej7bS3a&#10;IV63I/eFr1zwe7MVKrzLVREqCSXkFmUck3/P+IA9ysbsDyuhdHuQG1PYN/iHUWHt2pfBx69NvIi8&#10;eknufuvC4Knnmaqpm8Z0hUf0t9dOhuf6fS3t0yHWUMgEkBtIbagoCtxwSWT/AA9q4kVkJbBH+r/V&#10;+35dJpJ1LAfPoOcN8pMM1W9NXoUgGrxTsxsx/UFZJbEDj6n/AG3tSUexsdQ0Sa6bVUhfVIedXH5X&#10;6e9wRqz93Dy/yV/1f5uty3OkfpDoNcz8mMlldxzU+IyNEMQJRD4rHWJAxBZJ/S1rW/w/ofbJLtHz&#10;1KxQo6RGTV6UFgT+Dfm3tbc2sKR+Ip49NRXTu3eOhQoO8qCixEldlKmlaohgYN5J9PkWMfWPTxq/&#10;Nj7UNH19SxSF3VdYAs6s/wCfqNHI9liRaUFeHSvUgAI6BjcHzHoDEIcfHPIxZtcDxQIh08XFTcEe&#10;51RtIKNEdMGI5EhVRcWta/tfD4SICGrXj8uksguWfs4dJ/C/KDF5Bnnr8wKFLlTSK7yvq+usgcWH&#10;5/3r31Q7XropdTwhVH6WLAgD+nIv/wAj9syiF3r5n/V/q+zraRzBTnJ6mbm+TXXxxpip875pmt5a&#10;eKnmErswve1wtv8AC9/8Pavo8KI0YyhWL2uCwII/HH09sM0QfGPy9Kf5P9WOnI1kjWhOeirb0+QU&#10;uRqKenwUtTHBAQUnERikR3N2NyNRH9Ra3P5P0kpQQxKQxVVNwQTfgn8g+3QUVtUQrTP+o8OqCHVl&#10;ukVke0Nz5ySIIk1RPEqqjwQ+NhKBYSKAP8Pz76+2oxq8ZRb/AJU/0/qP8fezQkMwz+X+Hz/4vq5i&#10;XTTPWYby7Gk8ceRFfNCtkSNxKdIP9kNzyOOLe41qCAfvyx8/U/8AG7+3pp6sSppTgK/6v9Xy6otv&#10;Go9f8nSjpYezdxFf4LhcgRwVaVF0tpAuQSL24/r/AK309y0GKaMuCrovJs31/obj2Vm9eR9JoD8/&#10;9VP9R6VeENNacOoeTwPdVDVQQEz071H7caRReRUNudQkBuR+P94HuQlVSBTpRAE5NgpIB4HJ/wB7&#10;91ebS1S3H/V/qH+o6A1VIHDpP1PWu/62RDWVlfMaq9zJJKsbyFzqBReLj8D358hTLF5FEZtfgWJ9&#10;P9Wt7biuBJKYix/4v5dOaBTV/qz1zj6N3gtRDHUT1oinOkuTKI0dhcIqsRfi1uPaYyu76bHxSOrI&#10;HBBAUW5J5PH49mCLESBJ5Dzz9g/L/VTplgwOOhz2D8ScluGqpf4vPVSUTBjIZGYXjC8KjH/ePaVj&#10;7PiLHyB9EfBP9WP0J/oPZfLpD9gArx/1V4/4OnUXFT0YaX4M7Y+10wv/AJTJbxsT6YU+vp4Nzf8A&#10;r/xT3NrOwlipBWoV0AAkBvr/AIX9twskxKHBH+r59XIoMHPUHC/DDblLXSUFSklQ0z6vuJrnQikc&#10;KOD9fbFUdjLX0hMB0y2s66hwluGA/wB7Ht62eW3lIYVH+rj1Z4w6F6dCVhviTtLAZeKq+2SaCIo8&#10;ClPSsqNcowP9fx7S+K3TkKSuFc88jU6sQwUnQwB5Jv79fql6h0GjD+XTUMYiGvyPr0Oeb6121kcG&#10;+AkxNGfPDoAkp42YAggKLC/159inNviiyNAk0cqLIQVIB+pAv9PaPbpjaaopamnn+XVpollGMdEv&#10;HxFTEb0avjp1lxrSLKlPIL+AmS4IP0IHNx/re0NTbqmpMohmkZYppRZQx0lSbeom9vbu4h7iLxY/&#10;LrcUSxdjdGpfqjCVe2mxsdDTtLBRmPzGFDKJAv1j45/2N/YpmuinoHlIsZFZ4zcEfT6+n+l/aPat&#10;wc3AQnhj/V+yvH/L1aSFQhC8eic7m6lkxW5sfJj3jVIJYUqxHCIWdRIpdWD/AFJHHA/3n2DOSGVr&#10;BVQ0zPLocsxV+AA1wApN7Dj2c3lwomOdOr9nTccRdAwwB0eXatLtzEU+LnmgpqRngiiiDxKHZiti&#10;dSi1zzf2+YCSpqsPLicqyLJIGEUpB4QD1Agi/wDvP19kdvetb3xbirDNfKv+r+fSpoQ6UY5HSf37&#10;gqSmzeM3jgIpXnxkl6mmgcqlUXNk1EHTwf8AD6fX220uOMBNNi5P3VmK86gPGpuzlfbtw8RkLP58&#10;P83TekkAHy6VE+ZaelSvz9MIqQUokkUGN2Ezj0osn0t9Pz/vHvlufJxUmLEb1YWqj1B2BIu17/Rv&#10;Znt1s6wMJK0PD9n+r/N0mcRiQZ4dMe0MU+Q3PNkIMaq4yaKMxsypfgFSQ0dh9D9PaLwe7aiSMiOR&#10;5GCkqVYni9uGH+9eyedNEpU+R6VrR01LnoWMvtHGVelpIItBIDqVUoeLXZW/p7XdBPW7goXjjJSq&#10;V9LpMGVTF/afVa17ce2frhBMUHn5/P8A1f6qdOCMugrgDoOsriMRtCsjyE8aHHLG0ganCtKsyC6p&#10;4gRdeL8fS3tK5yT+H1D0tGSPCLlYmGqT/V6bf439mkcehVkf4m8/TpKxyQnl0sdtOczQR11cgZKi&#10;5QSoQEUnVHq1cg2t7Cyv2pufMRS5ikq4oYFaRvBIjB5Ch/BBFj/sPa0XEUjeFXuA6a8B1Gstk+XS&#10;xkzOMoKmDGu7LM4QKFQsihv0l3H0H/GveTZOTy2VFXt/LyimCnQk7BiY7jklfz/sPZTcUs5zIgqG&#10;x0/GTJHpk8uHXPJxxwL/ABOOn89RTKXWNCqtOLfp1ngH+hPs02F2jh6vbFNHUVzVkNCQplZ+C68j&#10;gm4F/wAH2SQ38n1clsg+Ly/1fL/N0oJUoGAyMZ6KD2J2TvHbO96V8ZgIKeTLwMERxqqXijAWWwQW&#10;kcAg3U/0vce8e4KUVWOhpMbNBHLCFiszaoTEDb0gn+nH19m1jFFbRSCQZbIPHP8Aq/n02xeWQeQH&#10;WLZ2cyce7qvLbipK2XHVsXmh00jxVNPUBPSs1vwTytxbj2GG6BU0VPHRV0jTU2i8ckAaMRXBFyT/&#10;AEP+PtRZW7R/rpkN8+qTMGJVjjoxO06/G5uWfIY+nNJVxStFUR1aoZZCLMeFNwCOR+fzb2w4ytx2&#10;Ko5F9WRnkUIiaLG5u2n08H/W9tNCxuPEY0UeXV0ZVWiZ6VORo6/JSQqkgoIo5Nbyqyu7BRY21D0/&#10;nn21VGRzMmTpiySQ0KLqEcl0CsR6IljNrW/I9rJUjEAMfn59N63Lkt1KpqDHxU8qoIZppNQlmUqz&#10;yk8F2cf1/r7xLhhkskWlicQ1bmCeVY/C8bueHW/1+o+h9tXczxxB+OnOf9WerxReK1Div+HrOayK&#10;kpCiOheGIvHH5PJrjT6An6gfi/49iGvWZ2nhKuoqMitRUzSJVYx0ne0cQXV45Q45bm/+H0v7S7eY&#10;90czAUQDh8/8nDr0imI+GOIPQIUXd1LuTe0O08ThsrElDJUU24HyGPaNFdkHgmoZw2l4if7Y+t/o&#10;CD7CLNLujcU1RjqE1E/hEdRPVwKyskSMPQxX6cfkH2vMkNsvhIalsAfb00RJJkYA8+hviGLxUMcz&#10;mnoElbxr5ZEiUyub6F1WuSR9Bz7XefrMZktn43DLK6ZSliYxzGWSQO8XDpMw/Tz7Z2Zfomna7GHN&#10;R8vLr16PHKtGeA6SdFis5S73yOZSSOTBVlJFTSUvjSF4pgS6VULD9d+A1/abx9Hm5MOaWnknyKTE&#10;I+N4EcsjLpLrMnPH4/p7MUMLFnQgf6v9X8+mEWWornpQ5CfEUtfHWV60tLNBA5XJzFEkhi1AtFqc&#10;cBrXPuXt6maBsjRV1Nkqb+HU58KzhygbUSxE0hu1iLW9l0sRW4RQcOc0+fSxcISQcdeyVas0FHPj&#10;pqOoWpmi/cVxIJYmFx4ylxyPzfj25UeXySYeOohghSjlrftRT14AaqRiVkkEbC6kD9J4v7faChka&#10;JiNOTTqmpiBqxXy6bKzGYqszKQ1AnfIw0f3S1NI0kTUaCQLGhmS1w5udBuDbke1Lj9kbZbHvnshO&#10;lBW00omhWDUjvMriVZWYk+njTYcW9l9o9zudw1nQBaZY+nDp2RUgUSDj0g939gbqw24cLt7b22pt&#10;xQZR2FdWvJDHBj6ZY9DqTdSz/VgCD/Q+1Njt+be3flnwrSx09dHDpgqzJHDTyTxrp8YJ/qRwBx7S&#10;T2Y2XSqd6E5/1f6j1ZJDMCfPj0ka7Ym6to46oz9JVPkaYSzT1uCWCWqrEoqiTyP4XBALxg/6k2Xj&#10;2nFwUdXX1Me6qSGqxcYqKcVBlbVTLqtG6BCPobH8i3193uJ7iKYfR9w9Pl59e0oYyXpXoRnzcb7f&#10;gk2lVfZ5qqjo66npJqVbV0pQSyU1Uk6HSJFBRiLMp5HI9pyvxUdJmaGhxldNWYmqqIvO1EDUNCWA&#10;VJo1Y8ILc+zK8e1jsPGQAMRmvTcKmSTS3Dp92/mcnksPUV+Zw4xOXp0qEipq+SOMSKoJVZJY7gX/&#10;ADb/AF/p7c9/rQ7UqsQjVs1NBDVK2QaaSOGZ4ZbCSTShAOr+v1B/2PvVnaG42c3JXuetP9X/ABfT&#10;bSJHc6TgD06TXXO5KveEWerXjx00MchpcfNRmSookmpi8b0zyzDUGik4IAsR9P6DnuffTrg8XDgK&#10;6eV6aRIql5JFLPSu9xNJOtlOlbKbD2i2a3FtFMZB3sagj/V/qr1ud/EkBX4R1lxvXlNNunLZjP43&#10;HVdPVwUjY+ExK0dFURpoq0hie5Cuf3Bc8G9v8FbtmrpqCkqMlTRUmQnyePBnyEa+lJCxUQvOeVIB&#10;syi1/aKOSSfconuGPY3wn09f+L/LpS4BtiExXz9ek12Nt99y0cGCkrchhKSgysT01LBKPJVw06rM&#10;HjplJEiFhrQtexH4uR7AGr2Vuvc246j7V5KWhaWeWOSsaSGz095C1O9vUv8AZVgfra9h7GW4yo7L&#10;4WQ1P5/8X+zotjifSX4U6FCp3TgNtYSKor66LRRwUcU8VGhqKhXmCxpqpoblWPLaTY2Btf3Gpqua&#10;KnyOEzMphy0M3hhSWP8AYq7x3aJJhwC9x+4Pzxb2WTQy2VzqOVp052SqA3HpSRyR1K0tXSFJqaZA&#10;4kUlCY2GqN1BFz/QqbW/1xb2K9FtCqxnX2UbF1ByOYrUjix0eR8bmnjLmRKEyj6jU3pZgLCwvb2z&#10;s9xHd7pL43aFU08gT69WukljiVIcnz6B/cu8Gg7E2vjKlGp8FRxZmvyVZDNKB9zHSeOkmmVUF40G&#10;oMquTc3I49hUNu74rcJXUM+KhavpqiQRTUzIvgmlTTLETq0tGfq1h6SL+3BNBZ3b6iACDg+fz6aM&#10;c8iAefQpfxvDaqapGThCVtMGgBc+OeK+uOQAi4bkhfoTe1jYWWm0qaTrFabHbgy8WRapWlr8RPSH&#10;zT4WrZNdVBUBzpb9RBVbf6/spu7AX1LqPEbVBHqOlMDtADHWpHn0lqiqfetFk4sXRVVLHRV1fhq+&#10;HN0klDDm6VFMYkoZ0LP4XNnim0/1BUX4a9w78ymbqPtY6sVVBX5KOiFSHjSWljmfxPLMxvZAfwbW&#10;B9nYlt7G20RYoOHTNNbgkA1PH06mbd2Jt7biw1VHiqelrUgAmFMp8TyAA6liHpL8AagLk+49B2DX&#10;bTyuV2RDX1OQy9A8dOEgpPO8tMwDRSUVS3rZQD+CVFz9B7QzWiRmPcZDUHuGTT16d8cTA26Dh13W&#10;7Z23vOix+RyOKPgnhSvNLWLJTsHqIwzx5ChB0Fx9JA41AixPHubQ44TVuTy+do5Jp8J/l2PqHjIN&#10;JJXr5dGSoZlH1kW5a5sfzb2uU/XuiFh4T/F6kU8umjWBSfxDA6m19UlLFisdi5qKH+ISCjhg8rI0&#10;tLSKqVJx1RESNccQJUEcgfi3tlrd19k7hpsPPuSnix2HiyEUVLlYIg1OXM3iSlaEH90soH6bf737&#10;dnWCO2ksrDgvl6Hy6bjEmsSS4J6Zds7J2BtHPbgn27R0VLuPcKJks4n3zVGRrEjkKrVzJUO0iqXc&#10;jVwLn2J+Y2nU7qOHyeyXZ4YBXw5Ma0pJ6OqiiEsJQKbGOTlVtxe3+Psu2+VRZfS3zBZAxwfMeX+X&#10;p+VT4hZMA8OkTU9n0XXmUz+N7MaPFUMr4Wq23k4Y67I0uXoslUfwyemmKRtoqKWazTo3BidZFJAb&#10;TJ2PsbcuQqzJu3KyUK0aj+J0GS8dQMnBY+H7QXKq6ekmTn6ey/c7u5glFraA0bzBwP2ft6cjVFXX&#10;Jk+n+rh1G3x2ztLB7bo8xs7HDd0+UmnosNUbXihlgo65kcB8hURFDHCXGhgOSTptfn2kN27d25S5&#10;LcccldQ0VRPVQJCIY41qa6GR1mijrIz6SoPCtYD2IJUmtkjkOVC5Pzpx9eksZRxTzPSz683TmNyb&#10;X2nk6jC1MEtfjRJlVmmRo8fUwg08iwzklpCWU8Ek2P19u21tmbYoJnq8hkKymWKGWubCU0A/hssZ&#10;QkhZraotT/uFAQPqF49lMcs9/IsUPbU0LeZpx/l0pZVhUkitOom/dy76oaaKl2fg8XXGtq4ca2Wy&#10;OTEEuJlnkUfdrivH/lIRSVCrMp1FSRa49sFd2/W4XOphcJTl8HGlM89bWQvUUtFFI3jllYj9KoLP&#10;6fVpv+fay/2u0so/Et8y/wAyemEmaVqSCg/Ph1Jk64oNyUMVTvCKSTMsshmbEVc+OXQZfJHC7wFT&#10;IbAatZKE34t7EfNvUvhUjwkUFA2RiiesFNTiWkrYHjOqpinAPkSS9wbm6nn2h2q5EsrXNwSXHbXz&#10;Hy/1f5OlU0QoE4jy/wAPTNi8dSRZ0HOVb5qnxM80+InrqtfvMbVtIBHTPSqVCPCo0DjhhcfXgAIO&#10;t907xkqJIKwQ5XF5SjpKXzJUwUNGvnHkV5oEPiV0KtHcWJ+h+vty/wBwt42aCXIIqPOp6YjtWP6l&#10;aEH/AGehMy25MRg6ZaqsqI1hkp6msURyRNUTxUsPnmemp2YPMVUeoRhiOLix9mio6DC12SxXWGRw&#10;lRV1+JeHPy5WNW+yNUqWqKzztbQwtbTY3/IPsjjjutosDdTHUt2wAUcQtaCn5cen9SzyF0NPDBof&#10;n/nr0Vjcu4a96HPfIvbO78fi8QNl5LbdDh8zSxRRVMtFkHlxNPVSKxDM1WXCWZXUSEIbMR7SlVtf&#10;Ibkzu5MXuzI1z4GinWXE1dDUGMtSlWD0tSjXXUliH/NtJA59iaUiz8C02lRSUAkelRWp/b/h6SKy&#10;NG08/HpYYzftNjOv8BuzBbfxNNu3M0FGmTxFYJIpZMlIiJKsdRADI8bSs3gYehwQCVINk1iqWgmh&#10;oMTshGyFLiM5etpZ6iQy/Zq3iWY1ZtrJJP7Tt/Tj8e9XK29ojrdP+oRj0r8uPTsJaQqwHb0JE1bk&#10;aIVOS3eaLEpWbfhp4KyllkeOlr2ElRX0jU76yoiUIwnH1Gq5UKPapz+RqNoY6emwmThxrSCqnloM&#10;wFlxlXHI16lXi/Wkim5BisSPrcAe020FJZjcXA+HFc0wfT/P1u7KsAkfSLfaeE7Ircbk9y4Sjy8m&#10;MkpJcTuDDyVFBnMPVxJ56WWDKUzoZKd1NnR2KX/Uh1H2XT73Mf8AOt2z/wAXP73/AIFT/wCY/wCV&#10;n9P/AAH/AObn+c/2n2I/3lb+v4vTpN4T+nl6n9vQ7/bn/jtV/wDATw/WH6/8df0/5z/k3/D3/9MK&#10;CWa5JJ/17ng/4+8JloMUp13Zp1u0e8Lpq/3g/wCvx+R7saAdVpTrkpsb/wC++vvgqAfm1/8AW54/&#10;Hvykk1691yZr8AfT/X4/3r3zCD+nH+8/T3s/Prwr5dcNTf1PuUo4+otf8/61x7oxoKcerD064/n6&#10;f7H6fU8+/M310g8f63+x596ABAA699vXhcckj/X/AMP8ffHW1x+AT/UH3pkp3A1p1o5z137zMfp+&#10;b2H+sfzf3ahpU/6v8nW/Lrgtxcf05+n1B+liP+Ke+N+Rbn8f76/v1Rk9e67A+t/63I4/p+feWM8c&#10;H88k/wC2t78DU1PXusMi/wBfoBwAR+PyfeGYNfj6f7H3ok1Ip1rPWWO2kWP+83vb/W9xyGLG9x+f&#10;99f340DAU69XrJcaeP6/717zxK1+b8fUn/H6j3elM9aAPE9Y3ZQDf6m/F/8Ae/8AjfuUIybCxP55&#10;/wAP6e60FajPVuPDqOZbck24FgP94uffawNq+hsP999PemIoKdeIJGOvGdbG5tccm4/rf/jXvsUj&#10;N/Z/ra4B5/pYe7Ch+Lrwz101UF4v9P8AW5Fvrz74GgNyQNP14+v+N+ffhQA9epnrwrVsBe9uCb2H&#10;+tb3kioXH4HP/FLm3vTAHPWtOeuL1sagWP5+n+9e58dFf8WP+t/j718VM4638x1Blrwt7XP1tcm3&#10;+N7/APEe5KUBXUfpf/D6n/G3vZUDHW+ojZPUAAfofpexAva1j7yrRf4Ecfn68n+vvRUL1oEHrE2S&#10;vbn/AIobc+85oQFNh+Lji/P+w96UFyK8Oq1z1g/ifqN/8Ra/4+hHP+3/ANh77Wjt6SB/T839vaBq&#10;1dbqa9YXyIIOksOL/wBAT/hY+5iUKi11txf/AA96qpag4jrwNem+bJuLkMCD6QTe/wDsT7krQrxY&#10;cWP15/25/wB597PYvd+fW6V49N75ZiTyT+QL/UW+oHP1+nuStEBb0jVYf4i/+8+6s4NPTrdOoTZR&#10;/WS5tc8X0m1+OOPcsUaEcKp45/wv7utH+LrVTx6any80TG8jqCfTYA3/ACR/rf0981oUIChRcDi/&#10;0/2/vWkhqngevVNOsL5uRbsznm5Om+o2NuAP8Pp7yjHq31AH1tx9Pxx78WIBpw63jqL/AB9kICuS&#10;SFuL3uT6iD9LG3+8++K483/wBtwPr/sfdlkVRnPWqZx1ymzqlTZgpsT+pj9eL6Rf/ih9zEo1+p4t&#10;z/r/AOt70WWv/Fdezx6Z5czJwqksXso1C4/2ksQPfYhW9m+lvpbnnjn8+9449aoOuDV8xVfHy5Yj&#10;kn6jkgE/k/717ziFbcAAc8/1/HA9ts1Sc1H+D+XWweon3cwIZ9bSGwT6aefrdl94GESmwA5AvcX/&#10;AN7HvfiMKeg6tSgqep8a1MouWIOri3AuBxqsf99/T36NolvwCf8Abc/X3aSQ01eXVaV4delpqmV0&#10;XyMoACsATZh/sPpzx/j/AIe+LTAC/H/Ih+fbXiBjQ/6v9X8ur0HA9SYsa/0N2Gn1f65NyLc2HuI9&#10;UGtyLKSR9Ppbj2+jhQWPHqtM0GepyYmRRZVYM9tX1IPPP1/2Fv8AH3HkqAABqFuTf6G34HvTSLxP&#10;WqeXTlT4yQsdMb3BC8rwObsQp/PvAapLE3AP4sefp/j7bEzDt9ePW6U4dTxiXJ5VmA/BFub249xp&#10;sgq/2r24/wBtxc+/F24jr3U2lwWoAFAv5Nuf1fj/AH319w2yiqbqb35tf8H+o911s2OtCh4+XTpH&#10;gQygOP8AC9ub/wBkX/H+29xJckXuL/W30v8AS/vxJBoet/PqfBh0j9QQAji/A/HI/wCI9xPvn0EC&#10;9j/Rvr73TOetjj1P/h0WtSAOLA8fS/8AT3DerY/kjj6G/wCOT79xHr17qclHGpFgtweLfk/QHn3x&#10;FSXA9RI4vf6/SwNh7rSpoOHXgucdZGp1TUdPqseL/T8kX95FkbUOfz/jf22ST14ceuJiQKb/AF5/&#10;pzb/AF+OPcgsAL/6/wCfx/S3tuhOBjrY/b1gC/4D6gDg/UfTk++kkYsb3sL6fr+P6+76Qq8f9X29&#10;ePXnQWFrXYDVcDm54A9yF9Y+vJvcn8f48+6oCRjh1s8Oo0tomBI54sLfU29yUOlTq+n4v/S34Hur&#10;1xTrVcdRWUO4/Bt+AP63HPvKq6xe/N/oPoCPpa3tvga9WbPHrG7+O62sLcsTzyeb/wCx+nvpolAL&#10;FRe/9fz9Px7sGYt/q+3rxFMnrsTHgKb+nkf1/H/E+8BjU2AH9ByPqSbkce3dfnXrdfLz6yB2UEt+&#10;T+CSLWsDz7lRRhb3Nv68XPA+vPurMBkdaPDqLI5cgDnng/Qf4f4++3J+im4uD/Ti/ttGzVutCtPn&#10;12qr9SvP0v8A0I5/3w98QQ1zxwP95+g497Nf29b+XXIjTZebH8Wvf8/7x/X3IjC3sbWNhe9hcfn3&#10;oqQNQ8utfPqLK7WOm9734F/qCOP969uMcankEm3Nr/7z7b8sjry+dR01TzSDiw/Frrxf+0tv6+8s&#10;ka3H5NrXBsbA/n34VAPVwAcnqPFO7AkXXm9muwP9Rf8A3s+4rJy1rH/Y/wBfdlJFCcdaZRQenU9Z&#10;bgcHlfqFuOOLX/2/9PeMBLc8EWAt9Tb6j34kVqvXgKCo6ynykgH1Ai/5AA+g/wBf3wd1CengW/2N&#10;/wDX91B62B1ligkZ7udRB4tfSAfp7ZJpvUTyLE8f4fQe3RSueqk5znpQQQHxi3JsPz9P6nn/AB/H&#10;vikSz8WP1+thwT/r+7KDWoHXvKvXcs5phywBAH+H+H059uFPjhrVQv8AT8A2uLC/vTE0LdaHCvTV&#10;U5YLGxZ1IHJF7c/kAe1LTYtmIGkix+lv+I96BAXUSKEdWoKaukLkdxxRX9ZuLG/H5P8Ah/X2oqfH&#10;oi8nn6E/gX/F7e9M5Uig8v8AV/q/l1UKScdB1kNwSzyOFBsCdABHrIP1t/T24DSqDkWA+trcg2Nr&#10;e9qSW0sP9Xl1sroap6S04d5dah9ZNmJsVXjUdX/IvfjUKv8AaAX/AF/qRwL+9yAfCRkdOBgRk9ep&#10;8ZNMfIAXN7/S1tR9Vr2/3n221GSCE2YEAG305/w90Ka1oMHpts8Olbi9sg6GliJ1kswKkkG/JB5/&#10;P0+ntNVeX+o1D6n6X/23uugjj17V206E3G7bjTSVSwAA+lzxcC9/9ta//Ee2OorDL/aIN7gc/T8D&#10;3tVJHWgKjpW0tCKY20LYDngfUfn6ce2udQ3H1PBufzx7cUhcnrdMY6d4CQPqADxx+Afz7wqCvGkk&#10;cf7An24CD1qnmesj6TyWAvzcW/H5/wB79uCaggufp9PoP8efbNM9WHH7em+TQWNgeRyTzfj6f7D8&#10;X946hiV/1P14H5/P59uasY49eIAx59cqWMBxcgi9w30/w4/p/sfbKWCtbSNXNz+OTfn28nwkk9V4&#10;Hp7Klrcmwta554Frgj/D3CneTkKQL8Ej/bk3/wB793VM049U4nHUmIIbE8FeQD/tvbhTm8Ya/I/J&#10;+v8AsAPbRGk0PW+ok4/cK24NvSOP9ux9yUIJN7G9/wAWA91INOPDq3UZhb8W5/rf8+8irpN/zf8A&#10;P5A/Fveye3rf29YiSxsPoR/tr/k/7b3zaRrBLWH1vwebce6KFIPr04APXrpYlDa73P8Ath9b/j3C&#10;BBZ7k82P9fx7sFJx00RQ0GeprXEaWt+eDfm5v9D7ypKA2kgn6WJH0/x492VSR1rPHh1Hkiul1Ngf&#10;qEP5P1Bv/wAV9yg5Y2W9gL2Btz/X3VwQKdbHqeooQLYtwTb1EXt+f9f3iMJLXccn6cf8T7pqp2r5&#10;f4et54V6kiYBCVI0g88/Sx/p7jzxFQLXF+Pp9f8AX93VqnPy68VIwes0Muq9+QBwb8/7Y/649tzg&#10;rchrm1/p+CbfX26uT039vU8FSACvFx+eeP8AD3DDams17Xv/AK/+2+nt4mgz16pAoes+kqPTa/IP&#10;+39zFjIUsjG1jpAN/r/S3trxCePVgKinn1GZluA4A+mq4Ivb3HZXYG5FwT7vU0r1WlOPWdWjU2Uf&#10;jg/kk++DlwLabkf4gf4gm3491YitD16lDXrkmm+oHg/1H+8D30spsbi/K2N/pb/H22oAx69W9euT&#10;Lcgg2+oI/BB498HkJudR+v0I4P8ArW97pTj1o9clUCwA/wAB/X/effFOeL2/H9fr/vXu5BPDgOtA&#10;168eOf6e+RgVuQp1E/VeL83PtnuHn1vrvyaeCbcfn/iv/G/c+Gnsqgi30J/PP4+nv1QRVuP+r/V5&#10;9bA8x5dRJZjc6SbfTji/9effdVASOFIA4+nuqatWD149eglWx1NfVY8G1ueePbY1I4INuD+eR/sT&#10;7fVxxOeq06l+YEWBsRckDg/6w9zqeEIxDgHUBbi34vwPdS1RqHVgKZ6jSvdRp/BNx/xv/iPbnDTe&#10;VuFHAuLjk8cn3VmGCOPVgurI6bpqjxIdbEgm3BBtcmw9yTA6nkNYkfQAD/X49ta260VI4dYRPE44&#10;K8A3ubn/AFrH3namHjubg2ueRxxcD3osTnrYHWBKoiXSoVx9Af8AAnm/tklgZPVcEH6Hkf61/dgx&#10;GOqnp7jlV+LEEcHi/IHNvceNwnIt9frx/j+T7cJqdJ4daGOPWVkZvre/+t/h/h7lr6iWN9JHHHFx&#10;+Db/AF/dWA044nq4YgU8uo3A4/oeefx/r+40zOWuB9Bckf7a/Hug9D1UEVIPUmNVA+t7/wC3/qOT&#10;7xKxVtTmwLC/5+v9Pd0AI09a4cOubi44HNjYgfT3wklW9iOP9Uv5B/HHtxBQ1Jp17ia9eVWA+v8A&#10;yCRcX94BLGxAjFmH1v8AU/19vjFTx6qa8OuWlhfUSQfpxY/7x78XJU6rD1cfi4PPHu5YafmevA+v&#10;XQXSRb6Wtb32sSvZhZj9P8BcX9pHYhq9WFD1zL2FjwPbvBEVUlhYgWPPH+wPugYHHVh03Tvdl0kH&#10;1CwA+g/xHvhUVR5VGsQLA25Fvr78EHXiR5dc4IB+plNiQSOLf19tT1DEEOxe/A/rz+be7/MdUrXq&#10;ckSg2VQtvrb3IpS5FnOlWA+gHP8AS5PtpwdXr1sk+XDrhLp+qi7D+vFr/Xge3qOlhl0quo3vdh/v&#10;dx78HP2EdWQauPTRLUSwlmfTpH6QbXFz9PfT40KTYlSRzexBP+B/PtQXApX/AGf9jpx4QOHWKPJF&#10;xewYg+gDi355B98Wo4oRqYlgebC5sf8AED/ifdi5ftHz6b0UGoDrmlXJN9FCkEDmw4v9Ln8/4+2s&#10;tHqKlCFU/UC1yP8AeveqHh69NmtenRVewYOC1rckG1x/vPuZSQx+QMCGuR6bXP8Ahb201V49OKuc&#10;9RqmV/ERYr9bt+B/ifb9HCP02YA8kkkBfbWrFadWpTI6YZJiGBJUlQQABe5vxx/sfbbkZlgYIpGn&#10;6XH+A5B9uJXT8+qNXj04Y6IzhpWXm44YfQ3+o/4j2mqlwxMoAIJtz+D/AEHt9FIweqcR0/RgqAty&#10;P9a/+v7z0jSNpDvoUc/Tm3093Bzjr1DwPWKoCAMwQuSLDn6kfT3IndVVoldmuLkA8G/0v78PXqwP&#10;kOsMKsxWRlUWNvpyOOR/t/afmn0MFk4UNza/+wB9uKuMefTRrXpzRARcfqsLfn/XPvEsg1hgCwJt&#10;+DYH+t/em4fZ1YHz65FSbgm35NuP9tb3KkCFC/DknhSQP9hp9+FK060aeXWMargfSx+v1/x+vtiq&#10;PGWsV8ZHNl4LG/1Pu1fMdaNOpQ+n1v7gxE6mVSLXsbm4IHAux978uq1z137nvShisgksQLaAeDx/&#10;xHvYoMU63QU646uSLH/be8Rk+3sQ4HqAP+HvxFXoB1XgcdcuCP6g+1LjiZ1UXChiBcn682ufbTLQ&#10;46uGHUGpYR6m5NgTYD6fke1/jMJNUrpUMUIuSBfjgf77n205VTUnPp04KdIHNblpMfeSVkVgbAHj&#10;6c/7x/j7EDCbM1FSwe/1IcC1gefr7YeVwNXlwHz/AJf6vPpwJivDov2/+9cThYpleqpgQpH7UwLB&#10;yPwF+v8AQ+xWxmIp8fHqcAEcX/AI4t/xHtsxFzk/5MU4/wCX59W1aBQdV49nd55rd0743BxyGNi6&#10;lgpkkN2twqk2N/cPKbghpNcUbqAAfoRa55/H1Psxis4dIaQ1P+xT/J+f2dJZHYnJ6ldadJ7k3OtP&#10;l8zTsRVSCQCeMuwiSQFeDwv+uPp7DPI7uBkMYewHBIPN/wAEj2r8NI+Hn+fTRapp0fTaPR1HRU0c&#10;zU6vIughGTSoAWxVOLD+v49h3uHKy1RJS7qRbWCSoP5ufx7oWWlDjq4FV6MZs7blNhqdYVURlTcR&#10;2AJX+z/r2/HsNq+hedhq13J/UpJ+n1PHtqua9aEY6EiKRQtuLC/+B+vuFHSRxMBMzXUkqTfn+lj7&#10;o+eHVwAOs+q4uvJ4/wB59qCilWKMsiixbk/n/G49sODWo6cU9Q501nSx/H+H1+oN/c2eohbRIPRx&#10;qsLWNuL+70otG60WHHqPDFIupCdQ1Gx/IDf2fceCoWVtMdvqAb2JF+Lj3vSAMderXrLIhAuxIAB+&#10;lwDb8H27vFG0OlyFb6gX9V/dQ/dQdW7aZ6bldxNqUFl4BP8AZt+Tf2nKhfFMShTUODqJNx/Uf09u&#10;6R03ivTtGxdBe9j/AK3Fh7kU8plfUQurgG39ojmx/H+HvxqBjrYyc9Y5FVQR+CD9fxf/AJH7e5JF&#10;WAMVVG+oVR6v9a/vQ1VqetkgdNSxkzlQzOt7EkjR/tj7SFcRKzOrGMA21G5vzc/7D3ttRPz6aYgG&#10;h6f4RpUL9fzxbgfT/b++WPYF+Hjug/P9ofn/AJF7ZZdQp06pHn16b9NubH8j8H+p9vLVDkOpKtdO&#10;LED/AGPP+9+7xj5daZvTqD4kuGHpIPJ5PtOTpJMSrqdIa/Df0/J9qNJTuB/1f6vPqlPPpwQqALcf&#10;63vHFI0WpYwSv0LW/wBhcH20Tnj1vh1yIBtf8c++p1Cqbiw+vFiQTz9B7dUYqOm2YDrym/55/p/Q&#10;X/r7YZI4f3BrNnU+liQ3+8/j34AjuPVdIrX165e26kkFNUGyvEik24+tj/ZPv0i8AT17TQ1697Vd&#10;PUuyII51CklirXv/AK/+v/S3thgBj16eDClD1xKg8kXP0/x+vvMk2pnW6tKXHJ4I5vce3I6fi69i&#10;ueumUcfUAfUD8+5FSLR3Z9RVA2kE8t9LH2ox5daYADHWNDzwLfj6fj2nJKiaaYopKDn8GwH+uPdD&#10;jj0yA2qp6zgWFveWcTx6XcFowoVj9dPH9P8AfW9t6h5dO0bj173wpKqYOLKzp+LcE3PHP/G/fuGe&#10;tA066Ivwfbl4I5nMgiUSEEAs5HIH5A497Bo1W63xPXr2/rx7azEvmsxEE6WOkj0vzyNX/FPdiQeP&#10;Dpt61z137VFHWqtO0bAONJuL+of4rb2m8Pv1eXSlW7adYJItTBgStjf/AA/rzf22eaNGd0fyWbUU&#10;cXIF/oT+Pr7dpTHTVc9ZrXHN/wDYH3FqcmCCI1SNgLfQE8/kDi3593UD8XWyx66C24uT/S5+nNx7&#10;50VG1aA06gi91U/Rgx+oB91kkoK9eVNXHrzNp9qT+DvDHG3gUoV449IAH9Pr7Tisjk+n+Tp5k0DH&#10;UMVsTMyBwGB+h4Jv/S/uBJA0jFowbA6GI4TSOOLf09rI6qOmQfPqRrCgauT9QPyD9fcSro5YSWjV&#10;ZIwobixB4uRc/wBPezwqcdUKueHXJJVcf0a5BUixBvb23QZE05kiV5VRATbTb1W+gt7qYgTXh1YN&#10;pFCeuZVWtcA2/r7kvXiviVUUmQC9xcOLce7KNIoeq6qnriqBCSCQD+D9PbbkIZx43RfLoHqWzcX+&#10;pPvWKdaNRw65+8eKplqam/i0sGC6ijAK5+oUH6+29RAz1tKnrpjpBP8AQX9rCbFxwxKJYXkEo0uS&#10;OFI+hB/HPuoYV6uVoMdRUqBIzaWX0H9N+WB/BHuDFjZZEkiHidFLBSU9ZAPCn+v+v7uF7qDz68Ae&#10;srTIli1xew/wF/6+07X0BjqPBZgsgNla5UMP6A/7x7cC6RU9NsNJz1kVg4DDkH3hTDyCMBY5C1+U&#10;1FgtjwVUfj3vFK9e00z13cf1H+395HXIK4iiSQEDTwCFso+pIHujRDTXrQL8T13f2rsZQM8aiaEl&#10;9IOtbuOfqF1f7c8e2FQlqdPIRSp6i1E6xAHyKPxpJtc/6/uVW7dacIkcYBYA6gbBWB54HtSENa+f&#10;VdIcEr1EjykGly7gaD/sSP8AY29vGJ2rNOBAYUR0IFyptdRwxJ/4j221QQCPy6vGh09x4dNeV3PQ&#10;Y2E1Ek14gL+ki/8AsB9famj2q1KCk6LIbaiqD0n1chb/AJ/1vdRbyMdSjHXmkWIA9Jc79x9YqvST&#10;hAZDHqkdbrZf1MF+g/1/aipKWAKYoqOFFRACqxIJGNuSSfz7TtaFZAWJ/wBX+r8+tm67c8Ok9kMx&#10;KAJZchK7SysVk+4bwxrf0gAfi3Jt7bajbqSt5vttZvdVZAAefoSPx7VFHfh/q/2eqeIhz1Ppd5ww&#10;qtM9ZEno9TiQv+LgoDzz/U+3qn22zRjTAkeoAAIrALfg2/437chiZl9T1syA9IrLdn4uhqXWWvDC&#10;MlmErxam/tAkFgP9YA/6/tQY/r2kKmWSKNS/JVgZLH+q/T6/4+6NEztSpB/l+fXhLGoyM9AXvH5d&#10;UGEl+0oxLXCNhH5KeSOLUWP0fVc3X+g9w67YNHK1oY0RVJ0kIupf8VJ9r0tCoCuf9Vf9X8ukLXwq&#10;Vp08bf8AlNSy0y1Fb5GmkVTod9NyeNLKPqBcAkfn37GbKWnZzUSF1JPjCKFItwGJA+vtyS1AYKhB&#10;/wBX5Zp1UTtQ6RXrNub5KY+SnjGJpyk/HnNQ7ePkAtGAebH8E+5bbRjeUusSTt+kiVAT/rg+9vDC&#10;jBT/AKvt/wBX+HqqtcFqUp1Ag+Q1ImPaStqWxcSgyLJBMNNxzoCnm39be1RQYGGhA0Umk6fUypYB&#10;v9b3VYIHUEkA+n7fl1eWW81ALw6L3vTvyqzrVMMG5IGg8riJDVAM8N7KBKLWa/BBF/6e3J8bFIVY&#10;eMN9SoAU3H9f+N+3fFjjXw6Y/b/m/l59Vkgd+8tQ/t6D7GdnZ6lWoE611RE5PjqPXIugjjSSeB/j&#10;9feRMOszB/27rb1MAf8AYX9tyTwrHocY/wBX2/6qcetx2zA1Zs9QKnuuuxZkpY0ybtKrN9vTeUN6&#10;vqTqYEX/ADY+5Tx09FGZJpEsODxe5HFrj2kTw5GpGCKD+XThijU0JPTPSZrd296+HHY+hq2+7Plj&#10;8hdfAgN3dzISGP14/wBsefeL76ieIsP1L/tQ5/2P+x9vRaS+gkU/wf6qdXPhgVUVp/q/1f5epNV1&#10;12Dj8rGrB5KKsYX1wk6XBI08/T/Yce2Ko3ji6J2hlZHZQfSbekX+t/bzxGlQ1D8v5/7PTcbs3EU6&#10;FLFfFbeW4UhyMVU+MimfyPIGk8rn6jTHcD6fQ/7x7xQ7yxGpCn26u5ve99IAvb6/19pnkU0VmJ/P&#10;zPT/AG6e0U6fMh8T99TQ1EU+dyU9JTIPFAoCmdw2m7WH0A+vPvHNvqlj9SaLiTT6bE2H0It/xHtW&#10;I7Vo6VLYzn/P014j66EdYqD4aZGpcDI1s4VoBKgOpbPcFlP9eL/qJ/H498zvuABLWtqGp+LAHngf&#10;X2UT0FSuQOlxAZQR+fT5QfDOjvP9zNJraNxTxX03YG3LW/1j9fbxVbnhNCKqFg3AvYr9Lcf6/uu2&#10;yCTWH8uH+r/V5dMTBwAeg4p/iiaPei4yqWQ0UyalEiuyh0fkEkX+h/qfaHk7B0sV/Cki17Fh/W/0&#10;9vtL3Gg/1cOmnV2THHoy9F8OtppEkjRlpXjUMwAKqbC4VPqP8fbbVb6lk51gIbaFVrk2+gsPz7TP&#10;ORSmKV/Pr0UJI7vLoRdu/GnaGFQrBjomn5DzSRrcD8HU1z9fpb/evaXq+wqqkk0PMFWRrJq4YA/Q&#10;EfQe3xISok8uniEU0I6EWn6J2dKqSNjIPMg9ThE0u441XI5v9CPadym4szVmOSmNQA49RbUUP9GU&#10;jj6e6NICpPHr2hyaUx0IWE2bt3ERfbrSUKiMjQEjjVgB/ZYfX2IO2KytmxyNNKCTqBRmKuxA5HPB&#10;PsnRyZz8v9X+r/P0uCKI8nJ6DvsDD4dKxdFHZiEfzRwpJHT88SMRcoP6/wBP6W9u1JnGhkeGTWSw&#10;a7OSSADZRb+v+Ht2aMxurhsfP06bjUio6S+U2LSZWjjmiip42iMbRR06KkZkIBdjwPrcEn6n+vti&#10;h3skFWaKoI0SSyRh29KAHjkH27NCIXFzGa8D/q/wdaDKKo/n0o63qmmyWOjqI18c8MMEipHZpNaA&#10;H0yf630t7YM+KjUJ4I5JIJTy5YtESfoA3Nv8Paj6qKdCwPdTh1UxkZYY6W+1YIqWL7GqeCOqph6U&#10;VVjn0gcMyf73x7xwUFHLSjS15uBoFrMx/B+pNvZWszmTU/8Aq/1evSnSjINPTzVVtZBVBdFoDdjI&#10;bnSF+jL+P9ce2+up5KGmdNDSsQVKEgqb/QOpHHtdaurSeIcdMMAq0XPUimqUr50ZWVEB1BwCH9P1&#10;0PfkH+n+8e0VQNW46qkaogIpKiy+GWQEWf6GMqAQP9j7cumLgOhyPTptWaPBzXpSSpFVRlUl9cZu&#10;HSxIcD8g8f649qZpfPEKGmc02s3S/KsT+L34P+v7ZR/BBaQV1dXcCQaf5dNfgWOb7yZBM0a2JA9S&#10;gcEgf0/w9zUw+Rp4oiglKFgGaO50i/qJX+n+w90idJgxB6oVYEU4dQZ81jGmeKaSJZQt0SYqhk44&#10;ClrX/wBa/t7z+KL46GSmnZalYwWLJdlVOSR7U2WpomR+Getzd9NPl0lcFnT/ABmrp6iBBStIBFJG&#10;90aRzazD8H/H6e8m3N2mGjENSBJJA/j8uvUgXTY+g/1+vste2MNyxXFc9PxvVKddbv2NFmZdcbmK&#10;OWIh4kTQ7PrDKwlXm4+nHvup3VQQySQACCSqJCyAaVYv+o3HHtc3iSr4jgNQdVY8E4CvUej2PVAU&#10;jyVLzQ0Wj9qRtTWiFkS7X/2PvHWZsRUolgm1+JFUmL1cf2v9j7TQQqXoaZNeHWmLKKjI6d6bBmWp&#10;dKmDSJGZx5CACQ10AH5H+HtO7b3M8GfirpamRaESgTqSupY72csD/hf3TcImkj8NB3daicV1Nw6d&#10;9xbbhyO3K/GRU9O1VLSTR0zOpCCdkIjYlbGwa30Pt03rRUG7qgz4jIotIxYWRtDNIPoht9D7O4L6&#10;MW6RPhlFDX/V/q+fSYweKxavSI60pc9s3ApjN0UbSZBHJeopXE0TRFuGR3N7AWFj9PbBisVT4LGe&#10;CeYSZBJNRVJAZHjDXUMVt9PZfcRa5DI2Fpj/AFf6vn08h0oFXiOhBavnyFVGKWJjQGMhppI2C+Q3&#10;/Tcc/wBCf9t7E6DLSQUdPS0sTiqqYgQY1/tMvpBYeye2giBM5IIB9f8AV/s9KSzNSNcdB3lcGtfX&#10;z1OQljOPonOqOY3BTjU+g/W1rWJ4+o9puLbG5I8hJlquMa4Y3lCy/wCae/IAvwf9gPZk10l4BCvr&#10;014bQnUenaTeey1x8GKpMhE8NS6UirRyq0sX9lg3jOpD/ifbVkNzUEcHirQaCsSS7IjgQOoN39A+&#10;n9Rbj27HaSoWqa+h8+mzKjHJyOnykwc61KT088dZQSQ6QajUahGAsjCUmzf0N+faBrsvhjkKWTG1&#10;aK0kgec6hdiDa1wfofbk0dIT4uT1ourOAhx0raSOpELx1Wgn9MeixGi3F7/n2NW2NwCqpclgZ3am&#10;kqofNA+lgAY14a/5vxf2TQ28Vtex3dNStg/5P2dKTqeMx8CM9BB2JtqR6jBbmpYIq2TAVjB6VtAa&#10;Snq3VKiOO97MLAr/AFI9h7kKjdlJMsVLUJVSlmMctIJZtMK86njtdT7EsotmWiEZ8jTj0nAdDQZp&#10;0vKKDb1ZStPNQrSR+kSpXrHEPIRyuq5Vv9gffPBbgly8tdh8oDU+ONNSyWWWGUPd3If8EW/Psoma&#10;e0cBMV8uroY5QdXl1kr8NR0hhyeNCUk8LepoV9NTE0ZVYmCAg82sf959izi9s4j+ERfYxUwnpZWq&#10;amTiSRipuoW/ABHHHtq1ka5neC5JVm+H9nVywUDRwHQFbw37uDBblhet+9nw2TihxlJFFEYqannm&#10;YK8lRItm1avoCf8AY+0LvLeuLpGSOShgglltF5Fj1OGjGlSAB9P8fZ1HA1vCQ/cB0kMn6mk+fS62&#10;NsnI0ifdVO4slWQGV5oqeZwIitQfIysF54+gH0HuKNv54Pj8hHUeaiPiq0KVMZSJbi6yK35/2k+0&#10;byQXtqyx/Fwp5/6vn08qvHLk1p0pzurbsFVkMXUI9JXxOaR0lo5ozVM0eoNTyKPWtv7QP14/Hvjv&#10;neOSapp6V1mKQsmpI4mKiMW16mtxxyPdrWyFlYaI+J/1fLrTzF5Knh1B2Ts/B0X3WXpYkefIly85&#10;bW5s5N+Sfz9R/vHtiOZXC01RWbeq1mSsTTOgUlizGzRyyHjj/Ae00USSTieX4k6u+E0rwPStqMZF&#10;mY0pc1QxutNMssDawULxG6TRAcqePzyPfDEpHBn8ealBPS1SrUeKwkis66ypZPpck3B9u7lIJ7Qv&#10;EaN16AUenl1IrTLJjK1YHaCaNJYRKPQysvpEi6xzbgg/n2JO5a7B4OmY4qox9I7FKl46aRRNHOp1&#10;SQtGeNJH1I/Ptnb4pfpfFmrqOKHjT/Z/4vrUjKWoDQDoItswbiz+Vnj3FQ5OeiozNRwVNdFGKCvp&#10;HUGOugkWz+RWuLMPpyD+fbFl5K1MPS7kxdPV18GYppEkKRNLFTTq/oZmUEA3H1v9Pe7S4hvCyOaP&#10;CfXy61L4keFGGHSqxj0EOXn2rXVFBRT454KnGw/cRQ1WRopIbSFIWIZlUtpbSDY8++Em1Ny5za2H&#10;yOShpY53aGdaSKRqeVZI/UDPHYCzfQ2PP592sLtZnntY69vmf9VerOmgqZD3Ef6h1Ak33s/b+7av&#10;BtPWx1RpFnnqWhlqKAAvYwxVY1etCLsrcAEW+vtx/wAmzTQ4bKTilMsa01XDAypHUKg0FInJutvo&#10;CPzz7SeJc7UrSRCpP7afPp4BJno3Ti8TUcc+Yx0IrVUS1dFLPraSnaZbszKACwN7lbjji49oyt2P&#10;t2h3TSviqj7P7WdIKuKsmeCWlVl4aCcjTIw/ULgH2tumaWxWaRasRXhXqkSxCXOOp2B3Dm6zCSVm&#10;UoKeolkilegqMUHmp8hGAQpkpGJeElvSRqZfzqH09jrH15RTY6CeTc9XWRTKRT60iQSIzaQKsKfV&#10;ze5Frj/H2TWl28usqAunH+r/AFV6u/hqwBBPRXs78hdxYHeQ22OpZYnpkaoy2Riq2qYY1SH7iM4p&#10;oYuSycWcAKx4Le0ZnsbJ1/uTF5ihpy2Ox9IY5G80ZoihsGMlM5LXDetLXt9PZhc7Y9/tAUNUkmtP&#10;LP8Aq+3puOZUlJAoM9CT1T2ZiO7dq5yiqmqcfkaisqYKjF1MDQZCnicB4P8AKIR4zaP0MVsw5uAT&#10;7Q3ZEG3ew1izNbk5aaJWpn8ELFZIp2kABYSCxR78C/sx229ZbEbe4NYxSvSaSCMv4jnjw6XfXm1q&#10;vrzHNtakoFqKJaysq6at8iRpJBM7SrFIVu3kQnSSU9Q5vfj2yYnrmU5KCLMRTQYajdfDUfdCWOsg&#10;nj/zojXgEX1c/T6fT2hu7oWyh4O7zP8Am/1A9KI7cNXUfsz0r6jdFJNRzjFTQ1OUWOZY6J9atHVR&#10;ekx1CEAgB7L/AI/j2MVH1xPtTZmbozuCfIJoMuNqQiQvHA6manMrBipaO4BIFiAPp7ps7wbxu+qF&#10;dI0mv2/6vz6pcyC1txGxJNf5dF3yndy1m+evsJLth6KsyWVraDJpVTCompGgDQOKdFjUywynhJLA&#10;g/qWwPtGYHsPMUmJx0VLR1e6aSor5cfJV01M0z0QSTxTq0qgaP6nUeR9Pe57Zra5lZZNLLkKeHr5&#10;/wCx15HEgWgweJ/z9CluvrDZm4MmchWCLC5ARwzyNTzx0qV7QE/bzVsAYLKIm/SSCVP0PtZVuzdr&#10;5mOnzdBV06xUdW/8Tp6dklqPJytlDsxUE/W31t7SwbtdzOLe9WjGhr8ulDpHH3LmnD7ek4m893bb&#10;r6rbNbi6ysnrMd5ts5WqgaPFs8cfqpqyqgjUBlFjZubfQt7DHLZ3fWyIMnI8FoqvIStiqiNVmjfG&#10;wJenWqUm6O/5Frjj2JBY2UkvjQEUA8v9X+fpBJLMq0bJr0tKaj2R2HBDHUpTZKfFx6K6gbzI1JXz&#10;xq0p9WktpOoB0uh/qfbhtfcOb33kcV9pHSbZyMkcAyNPWzI1LVROhKyCBfUSx5vx/T2Q7nIkMDLI&#10;ur0IGf2/5elVs1TqY065VuLw+w9tZWsrEy2bxtAavI08McIrMnRxNeR6WlkTTdEHpjWwsOOffPtL&#10;bVNJuHHUy1kUk9bDNStJQlIaenDKT9y0V2PocAXHIvzx7PNpZP3TE05GMEfn0ik1GZwlRXpo6m3b&#10;UZ7bmVr3wmdxdNRVkrU0GcEjZKpiMQlUgzBf1LpKckeoC/19l32V19u2lzGVps3k/sZ4a+R0chph&#10;PGk4Dt4yNBjdbNybeyrewGkAiGoMPLpyzjYZlalOhZFdTvSR1sL+eCVFeNoyPWrrqXhrWP4seQeC&#10;PY71GM2lmd5YmqxtV/Ct1YKIQ+TGwGo+/WSPxqo8R1C3LBTb6/j6e07rcQbYtpfdwPn6D5npUhUz&#10;mSPj0lBUZiipMhVVNPHksXVeWpSKvqYaKaggZSZYqnzJpaM/Xk3Xn6g+3TeW48/tgbdOZxNbXvWw&#10;VNNWrTrrkLStpiFQQNN09LaHPJPH09v2FtFBaGa2bAOB01I7NJSlf8/TFt6PbG5Zc+2ArIDFTZKh&#10;anlpYw0cTRQLI1VSEmxSUlovLHYEAi5sffVRBnm2xSZd68PileeqkjEMUgxNQrtJBHUUi6lSTgsW&#10;vax4t7etZor24aO3XS3n5V+fTcxMS9xz5dOEVdtin3dU4WSiWl3FUUMQppqgNFNm8asSLUtR1rnV&#10;NHCzIkkYN1axIsQfbP1hXbkzOQVY4qrE1NGUrpK3whcRk6I1OmUqqMPUQR9b8Em3sr3uSOFjGRqL&#10;YHqD5dP2ys6a2xT9nTlvEYSHC1S5qliraKWNqZYZF8s4maEmLwvJcg+nj83tbn3O7I39uLB7qhxE&#10;y1cVBXyS01JVvGJoo6hE8sM0DIo1JYi/P9bfT2fRWUEW2RSGjYFf9X+DpCJX8QrSlekP1htfZNZt&#10;2jzGLoMeamrEj1xpY3ppVlkbTUUeQpS10kDKQ6sAbi/sMarLYPCw0m5ez8Tka7cuWqXjw70EkkdB&#10;kMbj5BH9y8ZFmk1Wv9ABb8+2pVvL6JjE4EKinCpr6fs9erxyxwsAy956EJI5kmGJ21WYOhocUjwZ&#10;ClEElXWUVXUotVSxLBFKiRKUcyEOCTddPF7mIxdDm900mXnbEZrEY7JYHXS1Uwjgo3o5lCR0KJKV&#10;cvb1KwUi9zfn2T2Mxt7mIW3cFJB/ykmtP9VOlc9WjKyccdA1vLfPXWzazbmLy25dsZXcdNumijGJ&#10;SeOr3HBl5768gKCiM00OlX/fMiKqoeWH0Kh2PtbDbR2HUmfHx5DIZQyienqZI65vEkXjEA1C15LF&#10;2FuCbAgce3NuVt15icTPREwB6+p/PgD9vn0i3C5aztlEIqTSvQVd27h3xursXae3tr5/J7S2rh3p&#10;MnX7goI5qKSorpqq6+Wqk/3RAqBXSxDl/UpUcwKCrot2bdxFBS1b7aTHyy43GQ0IBtHSw3+1qo+A&#10;lhyAD9Prz7XXMsG1TzQFKo+a+Y/w1H+rh05aPNOBK/H06VU21s115vjc+66WgO/5tx0+Lym4kzFR&#10;HRpRSCUUENVt8LG6BdEaiaMqCSqlT+PbpnspV9ebKyFXFNDm8zKkLQ4sOKWWuRWCtD5yeZLEkG3H&#10;09pNj2ePcryTcZiREgIUHzPoRwp1u/uyhWCEVPn8uk3U1h7j7Nwu1INo5TE7b24mRyeQ3cv2Uy0W&#10;UNNqx9Pjo5VYpHKylJGZbNwNPJIC3YnYH98M5T1dZkarB0LWhkr3MQzMcwXTPjmEIZvR+nyFdJH1&#10;9pd/kdIfBjWpQ4HkB69PWmgqT6+Xqfn0YLJbFxm3toZSh29tbG5qYwTzQbdntBgquudzKZpKWoZo&#10;41Z/WwUkjnTc+1XmspR4nLTUmIrJ8lDX+VJTUCTxSTOhBNRONKkluD9Px7MLQRiCO7ZjrX/Vwzj/&#10;AFDpo1lBjZaD/V/q9ek3tXDZ/cm2aKTe23cVtjKYuWFoKfDTR1UdJFSTBojj9aFkAQLpVhcXI9h9&#10;ucZjaW0sXksVgHqGyuRnp8zWYeGcy44EE00x8fqZLgeq3B/x9rrCCHdWnvJDqaM0Cn09afn1SeSS&#10;BlhAoKdLGi3JiMhvuu2pWZRPvKPDY/J4rE1UtMXyVPNJLBkKuOFlu5hdUWRQSQHUnhvaBFLms/jK&#10;efeO3alxLlopcZBNWzQ1JpokuaqdJNMjU0nKnTa5/p7TazG0ggppAzw4/wCf/J05orpMgz0uYJaE&#10;yS0+Pmp0MAZKlaWON0ik+gRnj9CyqedDXNjytiD7Xn8Eov8AnfYL/jr/AJ+H/i3/APPKfp/zP+1f&#10;r/x9ln1P/CW4en/GunKf0vl03/e1H/Khlv8APfZ/8BoP85/ztv8AjX0/w9//1AlDWFzz9L/8i94T&#10;q1cdd2fOnW7SRzx9P9f/AIn3yBvc/wBf9t9L+/HJNB1oEVqeuvp7703PH0tz+ePr70VYcOt9evb/&#10;AA/p+OfeQJcD/D82+v4/2/utaAjr3y64lgPyP9h75BGINySfqPx/h+PftFDUdaB8uva1/r/sfx76&#10;0Efhv68A2vb6+90HHj16tK9e1L9Li/8Ar3/3r3xCMT/gf9v/AF92avW+vFlX6kC3/Fbe8ojN/wAn&#10;+n9OP8B72MjI61UUr1jaQC9v8D/jf+nuWkPF2F/oBx+fzcfX3Tg2kde86dR3l4vf8n6EWN/edKX+&#10;trc/7A/4D3Us3ADrxPl1haoX6lr3/r9D/sR7yGkBPAvb88W/1vdhUGp8+t0rnrEawKADwD9P62/w&#10;HvF9jc3sxufp9R/T8+90OqvXqdZfv10W9I45OoX/AK/S/uZHQObWX6/1/r+Pejg8evUz1BkyMahv&#10;V+PweQPr9P8AX9zo8dxdgP8Abc/W1vfiCBQ9eA6bpcsCbKf9he/9Dz7y/ZfWwAHIWwufflUUxx69&#10;8usJydrAtfkE3P0vwLn/AG3vr7UqRZeP96t78oK468Pn12a5XH6rfU8n8H3lWkD8EH/bccH3tRVq&#10;9VJNajrDLkPEpub2/JIHB5PH+HuSlCq/j/WvyP8Aefd2BOV6uDio6b3yuom7ED6kjhrH8f4/6/vO&#10;lNpsNB4/173/AD7bAABrxPXqE9YZMhrtpcEfT9QtY/4e860vPpX/AF/6c/6/txX7KsOqhWPDpvly&#10;HIDSLybC1x+P0/65PvMKRRYcX/1v6fUG/ugNc0x/qp/q/wA/WwKdR2ybkm7cAA+prf4Fh/r+8yUZ&#10;PqI/2BX8f7D26hQKBTP+r/UOvEHqBU5Y/pVrqOSwcfj6c/7f3zFCtxxY8/W5/Nxz70WPwrn160Qf&#10;LrCcw4VizcBQBpH1I/Fh9P8AH3lFMqnkXA4sbX/r9PdGCDh/q/1cerAdYf4jLKBZiNVmNtXqJ45I&#10;/wBhx756UjBJtxbj+n9PbZYMaDPr16mM9cbzStwSCblW+nB/UeB9L+/a4ze39eOD/rWsfe11cCKf&#10;s69108Mq2JvzyQLn62IN/wDbe8kZseLEHkn/AH1ve1Kk9x4eX+rPXs8eo1RGxX9LAg2Bt+bG3PP+&#10;PHuWNNrfT+o/r/iT/vPvXiLq62RjpreCoADfXkWPN7n8f15/r7yPKsaXuOTa3H9P99b3rxxWlOq0&#10;6jQYuSeX+3cHkliNRvfkC9/pa3uIalQSAACbfT8/k8+2xMGqa4638unwYSXSl9bgEkgg6R/gqmxF&#10;vx7wmvA/tfQG4uLf7x7trUGnr/q8+tk+XUldvOyajGLHSL2J+nH4/PvBJkFUWNrGxuAP6/196Leh&#10;/n/xfXjx6m0+3y1iE/ShUi9yDb6n3xOQUD9X04AJ/rx9fp7pro2o+fXtIrXqQNvsRpCi4+pA5up1&#10;Ec/737b5cgTq5F7cXsef9f3UyEnFaf6v9VOt5J6fKfBRqqAqLAg3t6rD8XP+P5/p7jfftGACf1Aj&#10;/bi9vdg5evp16mK9TThYXN7fpYEH+hBsdP49xpcg59IPB5PP9Rx7sBTPn1rqXDiohyVFuVAI445v&#10;f3H+6cg2JJN7f1/2Hu1QRQ9bp59SxRxqwNgAPqL8c8/72PcN6qS+kk8WFz9T/QEj3ckClD1sgeXU&#10;2Kij0lgouSSLHgWA5AP+9++PnZrDm4H9eeR712nPA9V65ilC/T9JJ+o4HP8Ah7wTuxAufSb/AOFh&#10;9P8AY+281OeHVjSlepcCRg8KAf8AHn6fX3CBIBJ/J455/wAbf193XBHVPn1MIDcfX+t/8eD78Cz/&#10;AOB/HH0v9T721Aajr3HrwAWw/A4+v+8X981Dm+of4E/huPz/AL3f37VQYp1bgaDrgdF+CQeDp/1j&#10;x/xT3kSnLXJH+PP+9m3vwehwKceHWx1iecCwvc8C9r/T62H/ABr3lSnsb/T/AGAt9ODb/invzSEA&#10;aevUNMdYmnDA35+v0b/G5HvmYtNivNvr/wAi9tkni3n1qlM9cVlDekg3ufzb8fn/AJF79oZiL88j&#10;j+nHumrNQOvdc9QVSAxH+255t+f+I9yBEbXNrDgixt/sfdS2a/5evVIGeo/kBNh9bki5s3vGr6Sb&#10;fQW4uOf9f28Kfn144PXmjLAA/wBTc2PFh9B/xv3JVyQRx6iOb/1+vupqM16tSpqOozItwfpp4APB&#10;J/x9y4QVI/w5P05J+vtnia9eNfPqNOylDfm5sLgg8cf8a9uQjVx+m/Bvf22SRUV6sKkZPTUZmjbk&#10;2CkWAOm3+sefr/T3DaJ1Nr88gf0vf6ce91r1phTh1OSaNwCAbXH0NzYD/H/b++GlgeTyf9t+b2H+&#10;9+76qig8utcB1yuh+lwPpza/+vf/AHr3iKknhiDfgD8/09288+XXl9esyuqr+kngG5Fuf7VvfEK0&#10;YPFjz/h/hyP9b34tX5da8+ud1k+typ+pv/tre88RZjY/0/31vdc8R1unn1GnVUW4/qeP9f8ANvrb&#10;26wvpHPNhqtzYf654Htpm0+dK9bAJao6ZZ4fIxsDwdP+w+l7C/8AgB77lmDgWJ+vII+gI+lx79Q9&#10;bBI49egpTGSCoHH1Um5YH+nP+8/09xJJQAObkf0IBPveeHWuPHh04QwlifTbn6EXtxzz/jf3Bact&#10;cA+o/T882/x92+fVhQfl04JTKg+nA/wtx9bWHvGjFvqTcHm4/P8Ah72Vp1UEk06yuAv04FvTyRb+&#10;gNvfJaJp/UBz9bW4sP8AW9+LacHz61XOeuDV6U4sWFv63sb/ANOfbzRYiUkEWH+w/wBj7sGxQ8Or&#10;FK8Okvltx0sSt6rsLW54H4FyD/t/atpMekdvTre3N/8AfW9+aunOF/1U+fVStFr5dBTldxySu4Ew&#10;X1HSqkgrxySf9e3Ht1WNYQDpHq5+htYfj/inuiAuDmlP9X+o/Z1sVYEE0HSSqax6mQqrM2kaCSw1&#10;Em5J/H+PB94Z6pEBW4F+Ra3+359ueGGpU1PVtSrw8upWOxdTI3lCNb1XJUkc/Qf7b22yZBVW1wfq&#10;Lcah+Rc+66Tq01I8+q6lc93Srp9v+UrIYyWOkatNg1jYEKv1v/j7ZKrJekgHmx51cXP+A/3r24e0&#10;V9P29Vx5cOlji9vKsisyWFgCLWAAH6gT/X+p9pmorJH/ALZ/I/wH9f8AePeqk9eFel/S46GIAeNS&#10;eDe31sOL+28nUQfrf6m/N/yeffiCx63jh06oBGvIC/0sBb+gHHvnGCWAN7H8j68fm/v2nGOtqp6x&#10;SMoBI06vz9LkfW1vc5KYPYk3/wBsR/sfdNXH5dW046gyVRQkBbE3FjcEk/0A99ukS8C4N+eP9ve/&#10;9PflqD69aB0j59cUklezfUWP54/2/vpl0WIYEW/1uPr/ALH3b4uHV8kV67WTVcMvP9fxe1j/AK3u&#10;PUEFSeOBx/S/+w/Pvyg6+qFSOpNMCCByf68EH/efbRJY24BPJX/kXt+hJ6b6d4rre5IXi/F+bni/&#10;vAIRIORpZuLj6f1uP9f3uQEYU468BTj1n82gj6FRf8X+vvnHC6HTqAuPp9P8B71jj16meuDzIwvp&#10;vYi1+eRz+fc1IWABP0/w+v8AsfdCSDTy6sVwD1DkmVrj6MOB+ef+R+5uiyrc/Q3uPrY/UW91U1J6&#10;8eoBcgnTxf6Dix9xyNTWP4N7cWIv+fe6EcOt1FKdSQwCkjm4PNjYEf6//E+8EqgA6LX/ACP9j/vP&#10;u6n+LqlaHrNG1yNRuABY/UWPPvqNXvcqdNwCQL8/T6+/PSnb1Y+o67d0AtqBYD6XA4+oFif9t7lq&#10;vGofU/617D8e21I+E9bC1x1EkNyAPoOePp9frx74PKRwym9hpIN7f197C1OoH/V5dabBovWVIxbg&#10;jS19QP0+nPvhLGZIw2ofTTb6/wCxt7vWnW8nB69DJ45Smk2vq1f8R7Z50ZR9Lj8kfSw/qD7ujYx0&#10;2Vzjp4iKsfrY8WB/qf8AW9wbOPwbG5Jtf6+/M9cH/L17TnqZxfgi/wBLXH49uESngAnnn/b/AOPu&#10;tQcnqyioqfLqHIfUeLWuOP8AD3leFl9RsR/xQ8397DYoD1o+g6wLKrG3Nxx/sbcge8bRFj/S/wCV&#10;H/EH3qv59a8usyuFH9QL8G/+9/8AG/caaEi3H1uDa3+3Pv1aGvXs16zxSX4P+v8An6fj6+43hcn/&#10;AAI+v04A92LjrVB1l1gf64/w/wB498ljKkEgWJsT9P8Abe/LIRw63QV68x4Ivzb6f8V9u0EMTjm/&#10;1uWt/T62/wCK+/CqmvVlz01zzSoTb6WAC3/ryL/8R7mGPgKoB4+o4PH0sfbAJLU6tQrnqOJByxJA&#10;PPPIsfr7yGBgus2IFiR+efoQf6e9tx+fXgCQTjrEtShbQNQvwG/HH4IP59xZoyQNAvqHAFhYf4Ee&#10;9rUceHVfLqVFKvOokFWtdr+rm1j74U9IxbUway24bi1v8T78SAuOvU65VFUoFhpuRe4/P+vb29IE&#10;i9K2P9b/AF1fi1vbYBYah04oqtQadMkjySfrDD/UlfyPyD7ngghWtdSPoRx/t/dGpkHHXqAZJz03&#10;WYFlvYqfrfnjgXB59tlVMQSgAH5FvpYfjj3YEDI60xCjHn070dPrAdrk3tb8/S9/bPJL4yQ1iObX&#10;sCT/AEsfb66WzXPTXHh08LEWHpDCxF9JJHHF+P6+4HkD39Kj62I44+o960kNj/V/h69WnU3QUUXY&#10;n6Aj68/4e5Mben6kjj/G3+w9uMlBqBqOHVj8uozfqIIsTci5t9PrY++nK2BFjc8gX4+vtsha561n&#10;rkmoEjkW+hP5P1/H09x5vGRxcX0g3P8AxT3otQ4691IiDi4b/Ej/AGP9T7xKiqTb1HTyOfdzmnVQ&#10;a9cixsfqBe1/6/77n3g+3/duAbMOebabcn28rqq+v+z1rieuRkuv1HF7D/av8fzz76qkeIKR60AP&#10;0tf/AF/ewTQY49bIoOvRMsmocq1/z9L/AE98YJ0FtLBfqSCfr/T3V+GRXrymh65PESCCP8BYH6/n&#10;26wzmW4VSFtf+tyB9AD+PacjQKjpwnOPPqJJEF5Zhe9rcj/evz7a6yVkZwQF55Bvb/A+3oxUVrXq&#10;rLpOOPUuFQyra5FhY8C/5+ntvi1Oy3OoXP1Hu7L6Y6br1IbgGwtx/rc29qalgVksTf0j0m5/H4Pt&#10;O+rUD5dOJxr00zzab2W3Nrj6/X8+5qzCmDsh/SALDjTxYg+7aNZz1tmoajqC0ZnKow4LXBNuf6EA&#10;/T23yZlVJJ/Ut+Dz6b8ke7iOvHrRlavUtMWNIA+jHkj8tb6H3wfMRz2UEre3FwB/Q3I93RBUdaMh&#10;65JjGiLMbMP62It/re4dTOf6x20/jj/W+ntwih6qWNajqVBEABw17n68kc2J/wBj7x01foNydIFu&#10;fqP9bj2y6BgevBqZ6yS0+sWtc8/8j59qFcynjCi92+rNyQP+N+03hnUB6dP+JVemZsSDIzk2/oF4&#10;BP8AT2w5CqR2ZHewPK88WtwbfX2sCmlKdMs+MdOtHB40UgWI4PH+PKj21F0VAA11FrG9wCDcD3fS&#10;fLpvV1NAJJJFjzf+trc3PuZHKyxeRV1AWva35+tiPewhp1sk9YGUF9BNueLj/Uj+h/23vIHkB8mn&#10;UjLyP9b3UqR16lc9dWU+n6EH6/T6f4D2yVMgkeRVUkc/T6/T6e3QCBnrR6mIulQSebfn+n+HtvWV&#10;4tX0Fr2F+ePpwfe6Yr1rI65kA/X/AH1/fnqm1RB7XY/63J+lufdlWteqhvLrwAH0/wBj/j/t/eGp&#10;Jct6i5C6gB/tuP6+76RpoOt8Rjrw/wBa3ttaRnOpdUejTq1D62+oCj8n3pUoTqz6dap69d+3aFZZ&#10;AhBJBINuQbn+p9t0oetcRjrxIAueAPc6PDSSSFyHJZxxYnkfXV/T3YuGHbjqxBbh1geojT6sB+eS&#10;B/vfsTNtbZkl8SvH+phb0Gwv9Dz7TtJSvnTpyOP06Dzdu8KTE01RKaiNBGh1XdQf9b/kfsw+B22t&#10;LGp8IU6QLkfqvxf/AFv9j7SM6SAM5x/q/wBXDpQFUDu6rM7o+QS/dT47G5JalxI4mWK5Ma34XWvF&#10;7/W/tUvNT0MRDaNQufpb8X/Pu0duHeq8BT9v+r+detO4XHA9FRWPefYOSDr92KaU+lWdrBD9LC/N&#10;/wDYcew63Bu5IAUST6amIHH04sQPZlGiRmuKn/V59JnckdHc6b+NsMaCuyVLqkIiCPIFJu37hY8G&#10;5/339PYJZrdbSzEiXQbkkgk3H9Tf3ZjgkZp0yWrnj0f/AGxsSgw9FHTpCpRUVFUhQFtc2AHtMNlD&#10;NK0rvdW5utvyOLe9atQAPl04FBz0to8ekEYijTTYfnkG39T7cIayPwaSLo3BB5ufxcH8+23Pl04C&#10;B1Gko38+sEh1Nww9IA/NiPp7a55RrKqukAXBA5v9LX92XIoM9VNaVHThEhA1M12P+I+h5uAfbS3l&#10;fU9gyXsL2v8A4kX90dfKvXhWnUxdIsLkG34+lvqLn3lBIjOp9N72AP0/17e6BRX16tUDro8sAqk/&#10;1P09thmk1NHZiouNQHFjzcN7cYYqcY6bNa9ZgBwf6/8AFP8AD3IpBLExJUlT/aBa2n/Yfn22QCa+&#10;Z6sMdcZNLCxIuPpf+v8Are1BFUu6XswKiylhxx9ePdAgrQ9brjpveJQeCLE3bTe5v9PbHXGUvqMi&#10;kMwuFB1cLY/T28oQflw6pgdTYdIUKqkW/P4+v4PvBSVckUgjDKASSG/tf65J97dVpUDrYaueuciB&#10;wb3PFrf1/wBh7UscrSIotqawBubrf+vPtsnNfLq65GOm1o1UnnSt/wDkID6WFv8AH2ncnTNqdf1K&#10;zXsD9CR9OfdqauqkCvr04QuGQcEWA+otcfg+2eORqRwxZ9IBBX+h/AP19+EZrQ9V1UNOspAI/r7m&#10;/dtP6zII1W2kg/X/AAI93AI68aHroKALWv8AU8j8/wCv7cqcK6kMQxtfUTz/ALz/ALz721PLjTqw&#10;pTHWF7qbi4Fz+P8AH+vtuq6qOlVg58fJ06ASf9uPdAtcgdVY06ygXsT/AE5v/vHtgnrpka4DMjAH&#10;n6lT/a59urQ54dNEUyOufuOs3lkDm7lhpK2+g/JsOfdXB6sOve5607yH1qGKofHdBb/be6qQccOr&#10;Ux1723ytJE5KqxkUHUCdIBH0IB9ueHXqoB8+ve+NLXs0w1tqcMBpU6T/AEIv/h+PegAK6utahWnn&#10;172pBNrjOs+MMCQ7WAsPpdvdwwOOnfLPXVhe/vnjzBPMFUCRhcFuLHj1c+6OCVPl1pSSeuLkqpI/&#10;H+x9qeqo41ptSpdGGgj624vY+0qilQTwz082BTqDHOWmKk8jkfi4+ntPJQSpcRIjRkliRe6k/i59&#10;ug4r/q/4vpkDPU7yIPqbE/QHg/6/vhKwpuACTxqP+x5t7uwJAr/q+3r1SCB12Dq5/HP++PuNVzwa&#10;UmkQMygi4FnuPyR9be/RCoPXjnPXYFv9v/r+4lP5ZqjXGwjBX6qTexH9D/Uf4e9vQLgV61x67/1/&#10;p7c6XFemYEyFn9XKnSSf6X90aRq9boSeuDOFtyPrY8i/vmmDao9a6o5FWzK8d1YD8j/ivvQkANG6&#10;3oxnrg8yIRcgg/kEH/H28UGKqaUiMlnkP6WtZQb8AD3ZwGq3l14VDUHUWWqhZNWpdK31XIvb+v8A&#10;rf4+1rT0FRJFHG/kJK8grZB+CAPacVU19eHTzDSOkvU5OkiklkHhsn9rUNRP6v6/X3zgwJicxFWb&#10;liEPpt/iv9fajV+IGpP5/t6bFDnqLPuOKSEzAoigL+6bEEH+vPHttyWOXwMsSDyepStgDf8Ax9vq&#10;M1OetOwp29OeOyLPKPK3oIVlYEkEEcfXn2iE2tW1Up8NPNrJN7JeORWPqFx/vfv1a/LpgxuT3dPt&#10;RlsfSp5KiqhiQfqLyKCv+uD7EHCbBqLRao41A/UpUrIlvqC35/23tmYPpqvHq6GMMFY9B/nezcDi&#10;1mBqbgKNEiFXjkJHGkA+1FV7LprsjAg2strKPp6eR9feoo5SoaQceP8Aq/4vqzyRigHScoO0oKtB&#10;LTvHJFc6iSGcH+0GS/HuPQ7Lmph5n8bRKRYIFA/VxqZuf9t7cMDPkcOva0XJNOs2Q7Xwrzrj4pHj&#10;rJVeyOGLnSLnSkfH+xJ9vNTt+BoygRmuATpBAP8AVQLX97Fr26jXqpvIiKDpioOwZXmu8tNDZ3QB&#10;pA7fX0sWvpv/AIcn22f3YYK3gRhdf0gG625+o/PHv2kKMjPW1lQrnpQf6QKPyItVUQomo2keVAj2&#10;NrBT+Ofr7bDtd6xlSSlBlDaVZk9R/HBH/FPdwr0qeqiQHp4n3xjMdE9Q1fGKdF1yASKRGALk8/j/&#10;AFjx7mHrzIrGZFQAm9kBu4/P1HHvfhVNK/6q9adl4V6SEfyB2JJVGkOUQsv6pSNMVrX+p5P+wHub&#10;ithTq2qrAD3BHqU6bH8+7eEa0bh1rXQaRnpt3F3xtyCAvi6j7tdJ5SOTTJYC5ViAQB/Uj2uF2VR/&#10;bMsSRJM6kM+m1yfzf8H/AB9uQxKGrJ/q/wBXp/m61JKxAQClei8ZD5PzUua01EdXLj4ZVbQrRmTT&#10;+Qif2lt9Lm/uPQbJjo2f7mRJdX0UAt9RwQx970gyalHb/mP+r/J1pXKJ2Dp2zvyZp8vRQnBUVbDJ&#10;pLNLOEhsP7S+Mf7b6/6/t8iwUFK10S2rnjkf1/5F7URRxuCwNSP9X+rPTLzzBQEzXoOq7u2uy8bR&#10;TzIoQWJtYsbEfVeByCDxf29DExzRIGRbg2B4Ug/nk/n3VCsbNT7evE+Ko1NSv+r/AFV6Bqs7mr8P&#10;l52WplKEXeFddRE6GwBdAbD/AGAv76bC0sUbeQRqv6ibjXcf4j25qRhQLU/6v9X+HrzRYAZq9RaT&#10;vPc2Wy0Ix710krMYYY/FMaVlBP7bRP8ApIBvq/4j3EiipQwGuJEW9ltcn/YH2mYqh0j8+H+r/Z6u&#10;iKSDqJ6FSuyu7ZqOSY0WRqa2ZUDOjyQxIGsSquo+o+lrH/X9zvv6SkXU2nSAfoq/T/Y+/AAjUpH7&#10;f9X/ABVOrNIitoHE9B1U7B3jvGV6e9VHLJLciWaU6SeDo/p/h/xX3GfdWOBK+VAR/ZBsbW449tLI&#10;qH5/6v8AV+zqyqBw4npyh+LG86hEmdmk1W1STLqsVP01Dk2/xHtsTd9C9SY7IVva97nk8ce2p7kI&#10;naeH+r/Y49WVUB0kZ6EqL4qZWLEBmylWtV4g141WIKVF3F7H/X+nP+v7UBzFHGmpFiBOm4Fvz9eP&#10;+K+7Q3ImjDsT5/y/1eX+brbDScDHHoEar4/7wlyU9LU5DI1MCXSN3Mg/N19V7E/0Xmx594/45Ebm&#10;IpcD+yPof8SP8fdWngJGv/VX7fl/q49UpIRqA6dYfjpmkVYquataJ2DnyzsfLGG5CIT9bAAj/ePa&#10;Uy28HpPTqIc30kXIsfqbj8e3vGT8HD0/1fy/LqumcClePRgNifF7blQiT1VHHMEdGfWgVrgWCsrf&#10;n6f7D2nsXu+bIVKxoQPUdWokKQPqVJ9pbu7Ap69WjtjI2TXobMr0RtvE4qdkpFC+P0CONXZbLZda&#10;jgjix49qivzdRSfRhoADXUlgQf8AH2yZzJECP9RHTjwyxkU4dBhtrp3a9dPLJLQRvVOzpeWELIqs&#10;30ANiLAfXj3niabN0LEyeNGtyQQQf9UL29l8e4tHIYjwP+T/AD/s6VG0Vowx4npxq9s4XrrM01bS&#10;UAnqYgYysaqdUTkXD6QRe/5/2/tKeaoxj1hnqfItvHEoSxPNr6iefbwmJkXTkf6sf6s9VW3ihQrx&#10;PQwyYvHbno8WIMalNIbVM7u92jsNRUKBwSfrz7DrLUdZXS1D0QUSN65C9wQv1LN/h7MjchiNWTwH&#10;TSxVr8uhbw1RSYujpYatwqJpiiItpLjhVUD82449h9JU1lHVfb65JpF/VpJ0Kfp6T+P9j7amJGev&#10;CtaU6WypDNGG0KFcX5AJIP0v7XuJpaitplMkbKgOouxZjf6n1j2mF66Ggz0/4Q4kV6S+VnpaOUlZ&#10;F8jKFWJdAuLf6k/72Pbzlcf4MaJaaTWRzLGtxJpPH0PH49u20gnLaxnrUiEKSOPSdxeVafMmnqoC&#10;iFQKedihiLqblbjm9jwPz7Sa7vmpqJ4HjdEiTTpYks315sfz/Qj3WngMRGaV6bJ1J3dKeo2rQVdb&#10;HXygSSq/kDWA03tdVI/Bt9PeCirYMiBUiRmCadPNlJPFmA/PtKJi40tx6svctQOnV4DTIEiVdLk3&#10;/JHH4J9vU/2yeNbBJnj0gEgKGPII/p72urDyDA/1f6vt6dYLgDpshM7+Uq4eJZP1BfUUH1Xj6n6j&#10;2i9wQtSVkb1uh4THG6SEf2mP6Qfa99Twao+Gf5dJnqkgDcOnjGzwzwN4hpMcjxuh+qsp/p/j9fa2&#10;TP0FBi6WARhlliW6n+yzflWN/wDY+0FrGzamJ6ekkVQEHScqsHVV2Ukq2nMRiayMhI1x/wCoZb2/&#10;2495a7NPHQUlTRyJTLGt2hP0mcm3DfQe1EKKuqMjPr59adjpBPUelwkclfWLXI1YZWASZhxBEBfT&#10;pP15J9pXNZTNU8NPkqYSqHYNK4DOq3/BI459vrElzEU4keXTLtIhDjh0/wBHR42MyUOiBigCrGdI&#10;Yxj+ijnj+vvjRKN1GGrlbxPE37kYOl5GQ8lQPqD7RTyPDH4BGPI9PIqy956zu0eKiKxoxjY3UnlU&#10;5tZmP0HsU6eOabBVFHS08krQUlUaWBiBJPPHCzRxqSf7TAAc+67JbpNuAhc011/b5ft61eMUhLeY&#10;HQT7nyNNhsvRZqrqYoIXyGLhrqoEiCjoqisSGWedjwoRWLOx4A5PA9l66h7Mqc1uqPbNUFirqtal&#10;qiOaEwtjKqhBNRRzwzAuGUhhzzx7pzBayWUhb+E+X+r/AFfZ0VbVuMtxc/TTCgIx0Je5KOkmxVRN&#10;NE8ggj1qsRIZwSBp4Iv/ALf2LO9KiTD18chn0xs/qccxyM3BBJ/Ht62UTWYkHEjo1kOiXSvTPtB4&#10;K/HuGhKGNzH45LB4wpst9P8AvY9sc9UqrDLNRrPHIEkBkYhbGxvx+D/T3VjqiOk8OrklTVhXpTxw&#10;ep0jqDGykodAUm/1H1vyP6+/Qs6VtPk0p9NCX0NCvCrc/pIbm3+I9sOwlh8IeX/FdeVWVvE8j126&#10;jwSUbVBapMdxI1tZNv1+kAXH+t7EDK5VjTiTH6KSNU1aEJYcKCV45F/dtvjAj0PUsevSVJrXoO6D&#10;Botc4yurISNIyiSWNQwDNYWv6Ta3459t+J3XSVSvHWGKVAhjkDEeRlsVJTm9x/jz7UNHcwuDEeHW&#10;lYFTTrNmNnFf3ca0tPUCbzQtG1olkU6gJFII08ci1vaaGFavyUsGFYK1QrPTxSPZCfrZ2/B/pf27&#10;cSxIRJMNPr1pUY1C46VJyxxeIFXmyT9qFFXNDEzfTgvHEtyR+SBz/h7Dvc9DuSGaOgqopEnikAL3&#10;0qvNtQb6W/x9vdoiLLwPDpltdaNx6esfW0GQpkrMdPFUU84DpLEwKsD9CR9R/sfa926J0o4aZj5Z&#10;ZY/A3+7Cb+li1+Pr9D7Lo9KP4jGgHShCaaBxp035dUI8j3UU5WbXfTYoNQsw/wB5HtL7h2BuzGVE&#10;ldTUU746sa0xE2khm/s6b6lH9OLezDVFMvix0NP9X+bph4pFanl024nfe1MvWviqTN0MmUgh801C&#10;JgJljBKl1/ssAQQdJJ/w9suPzMuxcp9vWz1TmZABTVKhtLMt1CyDhrX+pAPtmW21gTcPPrSSeGxQ&#10;efSgqaely1GYywkhk5SWNubq3JVh/rEH2sqCnyefy7SxeJJJkjbTI3ibSTdtWrg8W5HulxdQtEF6&#10;ejjbVXqPUz0GBxuubWtLTCw0JJMwP0A0oCfY2PTU+PpoKOaqQ5GKASoISXAdVuI/IOPZTawmN9Uu&#10;I2PSlz/B5dAv/GqrcM82SxmOn/hLVRpp3r42pmeHyaHqFpZgGH9RcXI9hXk9/blqppcUssi1FLct&#10;DGrEmIN6Q2n829mK20Nq4CCmrgekpdn+0dCLjtg7PpWNfDjKR3nCzGZ0UrqYX8gv+Tf2HVdkabdd&#10;ctElLbKBhHWU0rMrPHfTaLTyrH8H2oluJLSKknHyPVURZm0qM+fSwpoEooTGrgU8YLIGAHjX6td/&#10;yP6e51b1Ti4mWqpqmvpoaURmsad1dqWZzqMRlT+zxwSP9f36Kc3MBBHeeHz6qIokeo8umuHOIZUp&#10;5RC01Q8polgkN6uCP6yIkgHI/IBP9b+xjm3DjsXSYmHy088RpI6Fq/xKzxgixGteT/rn2itLNlRn&#10;fJBrTpRJMS4zjpESYCvy1Xlp3FVRH737uHHmpcRVJj/Q7KeF1EfQf4X9rPbFXQbfSorKiMVH8QBp&#10;6abxGzQ31ekvxyf6e0UqyTXyTxsQqHh8/n/h6swpHpHE9Bh2rtvKdjYQbVoqhsZNRPT5KsKVjR1E&#10;FRGxMVhTEH0kf2uD/j7BfO7m29SZ7IQ4/HGPIVtWoqGVSZhqGkKf6L+bexBeFKCV+NMenlTpNCBX&#10;wh0M+0MHnaTb+EpM1mlyMlFjaanZ0hVFqmjQAVEtuSxAH5I/w9ivhqWmxG3a3KHIzRVNZGxhp5vS&#10;B6L2Ab+t/ZHtrm+3PU4osfn0ouFMMWhOJ6DjfVXksvujb22YdvwZLGrUrPkcgp1/bRo2mNtNuGBF&#10;+DwOfYI0ePzefyD19fRRTYhamWCeaVwh8bqSEUL6gw/B9nd5Ogk8KE1J6YjRyNb8OhomqqDEwLj4&#10;ZUgqRSmSmgVGdmCWQPY8EarXuR7y4nPV2PzU+OE8s2KCuFeSKYy0un/Nqptpb+n/ABPtJeJ4Choh&#10;Rj/Pq0dSSG4dcq3FUuSp45Kini+4Ch9S2W7kepWYc6T/AL7n2uc5jMXnsJNVw5do5IEVcskkTPUx&#10;pJ6UKFOACPoPbdjdzGTwJ1oTlfmPP/V/xXXnVDkcOkfQ1mUwebXEyYRWx9YJP4VV0s8MVMJFXySw&#10;zRyHUG+p1AWNr+0htN8DRY+vjqZqaroMeIxHG5DvUxSkiSS6m4ZSLkH3q4hk8cIhyf8AVn/V+3p1&#10;XQRZzTpU5lcnKaOPHiWCacyCSpR0K0rxqHjWVWBDKxuvA/3v3NoK6GenyTYSWKWkkZXilZlYQaFO&#10;mmRh+k/Xj8n3VVVrlY/McR/q/wBX8uq1Og6eHXOaAkUMuQJaeIGORYD6ZC5AaUqPqB9f8PbVQdRv&#10;uyeXNfxualiWnSWajeOWN2Zm1VC6mNjpF7fT3e73JUItkWrdVFsqjxWOD0x7j31Q7WlooK+iqXWt&#10;qvs4Zqd4WhR3FqbygkOA7WXhTb8n2YFstWbOw+3cNtzG/wARwtOsdO8j6WmmZm/fkc3sDfnk/wCH&#10;tHZWMUcE14zfrOalfQUx+Xofz6cZzK4FKKOHRX8lsDbvcO6tw5bf2QqMJubFR+LApj6ypplxNAh1&#10;Uc1PK2nySHSGlKgf0ta3tu3Ln4GSspKidYWjUTUSgBA8oIKILfTSR7V2UciDxlFA4z9vVZFWuTnp&#10;ebK2Q9BJhq+kgkrWJNDlaipnkmlFKYissx8ty3lstxe/P+HtDzZOnxs+HzkFBBlqulheSvp6mIyR&#10;TQswMstGsd9Wlfr9effnb6u2eCRqNU0/yV/2etgmNgydCpJg6/I0u4cFNkqrC42taGHFV2Hn8GRo&#10;z4tLpNLMrBWLgaLDkcfX3M3tvzYO4K7FUNSTi8jIVrKKZ4zC7TCEoIyyckAm129qrfxrXaTFcDV5&#10;fl0l8RPqeOT/AJ+gp6m6n7B60yOeqZt0DcWIycxjhwtXV1MqUyCrMklZSmqusbuhJaKMqhY/7H2+&#10;bn3Dj8fQbdq1qm8RhijqFpG1LNIyhUedDyDquTYfn2X7btjy2MsgGdRp9h/1cc9Oz3SJPQ56Ue1c&#10;Tlavc29qWuo7xJWRnGz5GFA8ELKWeKimiuGjsygBjxYi9veKYQ7gp6RMjK9TiK+B4k8h8lQC90aE&#10;sP06WIt+Tx7WWVzJZoYyKhT3D5evXiviVK8T16ajXbk2al27QUdDuSB1qZUji+1x1WwTXHPLxZxL&#10;GpV2AOi3+FvYU5zCZ3Z+2avbu6DSvtmtyb02PnSPTMaORvPRSyPzIsiHi5NgRY8e1EMCS3L39n3J&#10;Sh/zU8uqOBpEMhz5dLTa+7Nn74yKV2IqxLn8TR3rqRJpmOPE58E1NNpPicFhZXUEMAHU+2/YzTYy&#10;pqaWuzdXuHGZGJaah+2qLrjayM3ijqYyGIBWwDXAPI9lu4HxZV8MAAHI9R59PxIUU51H16VmWppJ&#10;YRPSrTU1VSzCdpamnWXyUyg+dEdGHLDkEnggEj6e1zTZ3dmZyNHtwVtDkJqmpnxtdRxM4aPF6Ci1&#10;McYFtcZFmtfj6e9PPb7ChvIRoIyPnXiPz6qsJu2KNn1+XSVqdrbRp42z741aVqSSLM0+QkYLOtYp&#10;Li8zsW0uSvpY6SSfp7SNf11n9oZ7+6W1NytQYutkavyGQyFVHEsNQRcLHY/ovcWIJJ4+vtfNJDd2&#10;0W5MndMB5cK9MRIUJjBoq1+3qNt3fNBufadRuyswM8r4+pylNHjaKjfL5CVaSpMAFFEUUs0wQMAv&#10;FrHVbn2hsTl8zjsvn9r1VSuAy1V90cRlJRIsGXyFI/oWFl9LLMRwR/W/ti9tlgkW4prSmSPKo4/6&#10;vLq8cpkJTgfLoQHNPW01NUCnFTC/icRSxoCkU6hWd4pvoUVrsv1sCLX49jxksttVtnmj3PkaeDc0&#10;JpVylI7GRIatACHYcEB7kkD2j2ZLtJpXlJ8Fvg+fT1xIjBVFK+Z6Cyal3jFv7EVG3cXjpdljHVn3&#10;mR+6SCoJnAMNPTQWIcK6gqz24PF/Yb1saDZecbZ/2mUyEchjgmpqiNa6IPKHhjNTGbxG+rxMT/g3&#10;HsztRE928M+ar2g0/wBVemJQ2gGLPr0IUksxy1AKuSWnjamlP2+u1JNUeNta3PDlVNypH4DD6H22&#10;9hYbI0fWm0t/JNkhNXpTJmJC4RMfLJUfbsa0j/N3KhHk/SGsT7a2aQXgu7en+47Up8iK/sz03dsY&#10;5EA8wK9MeP3tjn37mdgTvTUeTo8ZRZjFU7HxzZLHSoBWS04PpYQyEKyryAb2sL+xk2Rs7L5bbWNy&#10;mYFVpGKasp6KpcDzarGnlir6fUs0UoOoevkG1vZXYX63W5/u4HOrif8AB+3pVMDDAJj8sdIDtDtT&#10;BbDEbwmAy1+4MZga+voDS15xstQ3jqXr6PyK0TxLb1aGtdSR+PZas/msljt3VNNgqdsKrzoMnHQR&#10;u86mMGNxDNGGkBViCDe3N/6+xRukEcYCSULDGekSTOT2YB6GygjSfG0gmqP4oktNG/3VRFF/lccy&#10;a0leJFCepSOAo9jN1pvev8GbXsJ6ipxFUWp6aqysMjzRNFDbz1DcWuwC3Qc/X2FbiGf66L6AYHxD&#10;yI6WIxELa8HyPn0HW+9jvWYulm2WsWB3DiqiGox8mJFLjzJAKgPU0jxlfEyMpchZF03P494cVmKS&#10;hr8rNQ56TKUWYEtPJh4IknpIaOWZkZjyFVbEFSbMPyTz7NL+Qw3C3NoAroK/y4H/AFcOtJGsyBJD&#10;X/J0oKzb8eeo8XT5nGqKrDzY/IUeTepVauDK0SpLHU08lP6gdYKyAnS4upDKfalr9kY7YeDWHYGQ&#10;qK+HJ10bsk+SWpjxcLU5kSj8moAxGYnXqOoXH9PaXbQN1nN1fpoccFp5+o/lw+zqspeAeDCO0efS&#10;H2tvPOZ7OZPFbzwSYiHDUszUVUlLVrBm5fu2jkq4KapVpYWSJFMaKzhtTMGPACQxJ7Ny+Oxf8Vw9&#10;PBh61vuJ6SWCGaJIUkJQ01czEhyy6kANwfx79cyxKz20L0NeFf8AJ1tNbUZwB0tnbZVHl6iuWqoo&#10;8/Rr9pVGGsk+8QNErhKujgezDSVJZ4yLW549iI+7aPK7Zr0n2PFU5Lalcow7ZGOmyYiqJ4mMQjWV&#10;dcbSEMgK/W49qdjhngujt0jaopQWP244fLy6T3DEDx0HdX+XQMZvqiuHaeO3pQ9oZjCUO48K1BuT&#10;b2IqDhIc/T4dGeDK/cU7MGlpvMn7j2ZI9ShwruCFWw+xtz9obkwmFK5PEUdZWVNBWF6jWlPTObyF&#10;omYXSMrp02FvpwR7Rb7JbbLC4gAqOAp+Q/2fPpRZVuP1H4ZrXoXMhtva+08RmdwU+3cfWVuOo5cx&#10;f7SkSsrK/G0bGF1qfHdZpbaDIb8nnjj2PubqJ9kmkxMVTSV/nb+HQ+PXKy15Y+GrFyWUyC10Zitx&#10;wfazY9rEsK7o7BWOSKnz/wAnTF3KkrGICv8Aq/n0A+38xi+74crkqrC7n27RYx4a+VsvSx46PIYn&#10;x3rMYWjLJKkUivaZLPpKkgXHsvuN3RvyLc+48dBhDLLRVbvFWUMRqcdLUyjVH93Et1iYngsbD6hv&#10;6+1e929t4yNKwq3z+X5dbs2l8PsGB59GOSg25NgqBJG8WNfGwR0b1NTJBUih+3BSMTyESmyW/N/y&#10;P6++e46Tc+/MhUS5qdcK1PRCOTH000c9OahP85XNGWUoEIsbEgA8+3Dua2tqllEPs8q9eFtVixPH&#10;/V/LrBtbBYHZ2IiosO001JNPLNHVVLmpqpRVS+SOJqwrqktcLHrJYgfUn2pttddYvbgxe6ttU2Y3&#10;NuigjqpxgayanSny8UkJjKCKlDLGkh9KytwGszAc+wtJONxnezu2EecEVqfOg4Z9f2dGMNusZ1Dg&#10;Rxr/AKh0wbr3HLR0+fg3Dk8ZtPaz454F3gMhHSyYSrkDJ5qmoyojpw6HRIosQOQS3sXv7uS4XE1W&#10;Tr8RVV0e5YaCWTbksaVWQ2/UzyedFqmoXePXSsVRmgcrwTcgX9r7O3mvJzNIDFHDjONYGPOnHpJK&#10;VjlEUTV+f+qvRc6XvTaPYm5sRs3a2/MfjM1tCoqqpt7U1TQLt7ddPRUyU1fjsbJUtJHIKwSs5Rix&#10;Uxlomewb2mN0y5aiwNfT7qzhxOBydIaXHNTIrRrOv+aDNF6wzfR3J/wP1v7MdukjjnaazTSgBDeV&#10;QeqzJFIArt3joR8FTdfZnd9Llto4HG7g7A2vWxnO19fUPBlcTjsqhSp0VNSGUKAdcFOLD+0lhe4Z&#10;VGxeyM9tukp8VtusnxeFx8K4PNZfIiLckyNOBVLSGRwWjdfUiOACLWN7D20t3aGd44mrrqSBwr1t&#10;omSlcf4eldme2+oNibgqaXP75wGFy+RrUp8tSxzXoaau8FoJ83UQI8dLKI0WJpqiWO50q39gB+/u&#10;Duv/AFUf6f4d+gf8DP8AU/T/ADv+1/T/AB9pO/0P+x69O9n8Xz6ff9LXX3/O/o/+LT/eP/gRF/xY&#10;f+dv+v8A4D/4/wC8e//VC/7WQ8gH62+n/Ee8J6A9d2Pn1uxmeMcFrG17e+0pSeNNvrzxx/h78Cf9&#10;X+r/AFf4fGvXFp0UfX3MjpT/AE/xv+L/AOPvzV8+tEGleoz1Kkmx+nFgORb6D3JWk4+nP+txe9vb&#10;ek8erDA6wGsUEC/H0J4uOPpYf7x7yCl/AXknngfT/Ye/MGJqOqmoPXD7xbXJv9bfX/YfX321KAeB&#10;b6cfnjnn3ZVNKHPVgDwPXAVqmxJH+uef8L2/r799qLCy8fm9rX9+UMcenWhTz66NXb6kc2I4J+vH&#10;vKtMg0+nkA88/wBfbjPUUGOt0PUf7lrt6rgkD888fW3vN4bAGwNxbgf72B7ZAqxpw68OuH3AtYm7&#10;f4n8fX6n3mSmZv0qfqL3/P8Ar/4e7kYqevMK8Ooslaqn1NxY83HH+2/P9PbjDQs5+i/7Y/jn6j3U&#10;k00jrzGmOmmpyccI1F2sb/n6E/6/+HtzTGoouwF+Db+n45v78AzNQDrfTBLuAn0hiBdhc8Djm45/&#10;1+P9595BSabjR/rH36g8+vcc9Yf4oXswl/Fyv0/2J/w9+FNf/gtx/t/fmOjrxyOuzXE2sfWQb2Nj&#10;Zf8Aff198zTfU/UfS30tb3ZADShp/g61T+XWD+Jm5RksTze9/p/j/h/X8e8f25PFgBc/1Nvfm7TX&#10;rYOOs4rltcks4Ufj624Nubce88dKlv0/n8fg/wCt73Uk4x17qBUZGT/V8kAG4/H/AAY8f63+295l&#10;p415PANr3IIH+29+Mh4V60QOojVk7/pHqGog6Sb/ANCD/T8f63vJ40H4/pa4v9PddQGOrA6eHWLy&#10;zNdrker6qSOT9OR7ygwi/wDrE/8AGifdC9B9v+r/AA9bFQadYfFVyMuq4AIH+JNuSB/tveASLfhe&#10;B/vHFvdhKg4+f+WnVSOpTUc2m9yG5b/A2/qfctHB5JsbD/kXuuumFz1vyp02y0zAWYWFzYW5N73u&#10;Pp/sP9b31qUXubC5tyLn8D221wA1B8uvVFfTrMlDKyqV9V1IPDEAsORx/thx7jmRBca+f6nm1x9O&#10;fdXlOK/s62fTpzhoZW5MX5BGkfSx+pA/1/z7gyVCA8sTxe1+P9Y+2mc+XXjjHT9S4+Qqf2gP7N7c&#10;gH6kX/3j3gE6Dn6W+oBv/t/d9bgAnNevV9OpTUDvdfxYAMQALji4Fv8Aex77at0/Q3H+24/x90V8&#10;1brVfXriMPrAv+Pze51fU2t/X/jXvwrySQD+PqD/AF/w49+1k9eBx12cHEApZRfUOSD9B+Of+I94&#10;pKwkXDE8fS/vRd2BWnXjWtOpFPiYY2F0UG/HpFjcnj23PWtcgEgg/T6E2/oR/sPdQornrxFD09rQ&#10;JpBK6vSfwD+PyD7jmd+Szf1t/rf4D29qWtePXiR1mWlQgKF4HJJtfj8e+vPqVQSxI/N7j/efblBx&#10;p1YcOuPg0M1l4J+ljfn/AB99+VQLAnkH/Gxtxf221fPNOt4Ax1yEBJvpAuR9PyL3PuM0rA3t9TcG&#10;54/2HvYWqgjqtadSljXkc2Bt9ABx/Q/7b3xd2cj6WFrW/wBtyf6e9DUg+3r1Osixour8H88cf14/&#10;x947NqNj/sCf9t7eLYHXqddgIByLXvza/wBRyD756rAC3J4JNuP9t79nrxby6xaLsTf0/UDmx/1R&#10;uf8AX/p74H1tYi/9P6/48j3smiD161U8R1kQFQbErf8A3gn6Wv8A7z75hEHPF735AsP9a3tpjUVU&#10;9b66Dvq0m9rD888c2N/cWRdR4/2w+nH0497+HgePXhwz1MibSDccD82Nx/X3iMP9WufyP8P6H3cN&#10;kimOtU65eUWBIIv/AK3+3tf3ljpwATxZuLnn6ce/M/BQM9bA8+sLTXN+fSfwbfX6cD3mjhJP0H+t&#10;+T/rX/3r35mCjrZ/Z1hkmv8AUkgfm30twb/19zkiGkXHN+P9f21qNa+XVuA6gvL6jdiDa/8AWwH+&#10;t75GK5HBv9AbWHH+PupY1r1U/LrySgAgEEfW1/of9b32YrghV/T/AEP1/wAffi1RVut+XXFJdJHq&#10;1F+RxyP8CPfGOna5JXj63+lv8f8AkfvwPp1scDXj1zmqFIA1WP0/1/x7zvD6eAfyB9QT+ffqgmvX&#10;s0r1GjnIflrEc3Iva/0HttkQh/025Fj/AK31BB93BpnrVPTp0jdXQc3+pNzf6n+vvkuoGzLe4/H+&#10;3/HvxNRUdaHXFghBIb6E8Ej/AH1/8fcqI2Nh/vP+39tmpPW88OosqqVv9OL8f7a4X/H2+QOtlD2A&#10;AAt/vNrj2y1a9XqOPSeqoSSxjF2NyDzxzYm3+93952CMP0gfj/aj+ffhwx17VXqIplRgNZIFjbnS&#10;o+tyP9b221KqtgGsbXAtf/YX/wBj7urEdezkDp4pWaTUXBK/pJva34vb/efcRH4vaxtxcf71/sPd&#10;3A4+vHps4wfPqa0Zvb+yPyLn88Aj6/7b3xcB7cj6G5/H+v78tc9WGRjrmp0G2nm62t/xNz7zRFF0&#10;/wBT/W/+sPevXrVePWCbW9/6A/UAcX/rb3nedUXg2Wxvza5+n0PumnUan/iurVx1ghpmZvyxBAJ/&#10;FvwTwf8AePbc9SwfUG9P4H/Ef639fboFFoevVoKdOaUisttN3F+f95vf+vvDLOX/ADqt/T/ifelH&#10;l1rVUZ6zxU4QX02vzzf+nFr+8lPE0jA2PP8AT/iv49+ag60SKdYqiZYlINgBzck/gc+3yHHM/BBH&#10;IJ961EAMB14E8R0mKrMxQ3BbkBrD8/7cH/be3+kokiAVrXHAuBf+nPvZXVkHjmnXvKp6Q2Uzs0jO&#10;0Yfxg2ZkvYH/AAv/AMV9qCCBYxexIAJ/2xuCLfT35QG7VpXHVkI4g9BzlclLIfXe7tpUAWNtNgW5&#10;tfi3Pvi84iLFSLfg3v8A69h7ebu7H4/6v9X+TqzPTB6x0mNaqWNipYn6qVYG5uAdQ4P+v7bazJKF&#10;1arED/Hn3VYwgwa9Mg9KvEbdlkkEckHDHWBcWFjYm3/G/aSrMrrvZiWHHJI/w497UaXFet+VehTx&#10;u3khj0+NQpH4UE8/XVx7ZZcjL/jY/pa1zb6fn24Qpzw6159KSDExJYAJx+BwvHJvb/ev6e8SzNIb&#10;A3vf/inPtulMnqw406ltDHGPoFI+oFuBa9l/w9+eNiv1PPNxewsObn3aq1x5dbPHHXFJNLHgA/TT&#10;bk8/j3HXUp+lhf63+vPB9tsSxx1UnyHUxghW5IJNri1x9OQD7dYWRVAIvcckn/eveiWYk9XUsePT&#10;PNG7ElWIsfoPoLf1+vuS0oRRotwDwf8AAf096Cnz8+rE6T69QxEZG9WoepQp/H+wa3Ptt8jyNc/1&#10;uASAP99+PbugqO09N1B6c9EcaW02NueLf43JHvlISBe9r3AB/p/gPdaVw3Xhw69Fp1EKLj82J4Pu&#10;Gp1SHVcr+ePxbi/vTYwP8PXmYk9TyLRgiykfQ2Itz+L++MtNr9Sci/6f6XA97QgNnrwWp67SpKgo&#10;4CsQeTbk/k3/AD75CMhP0+ofW/txmDNXrRFR1j12fk+g2sfryf6W/wCJ9+BW/IB+lwfr/Xj36pC0&#10;HXvUddFWNiGIufqG4tb6k+3CJ4yAhGk3tb/W9sZOTnrYqDXj1AmjkU61uwP0IFyT/h7kNEpWygXI&#10;5/Bseffh6+nVwtTU46iCZg4LsTZrLcXFxxYf7G9/ba6ENb+pAv8An/H25roKDqrgVx5dOqMHFyeN&#10;Je30AP499fbM31ub8kfQgfi/vyuRg8OqkUz1yapVR6bDSAL/AFubfUW9z4aXTGSQRwTb8Afi/tuR&#10;sgDq4rgdN0tWWk4YHkA8WJP5Av8A7z7iyORqBGn+trXP5493C0p8+vGikg8OpUShipUlh+b/AEH4&#10;sbe2hpyW0/Xm9vyLfn2+IqZPTYp08CIadXINj/vH1598/OGXkgf4fT6f63vzLp63U16xCAq1wpJ/&#10;J/Jv/S/+294ymqM6bMT9b/4/4e6FtJovV/h+3qQrMHGv0rbiw/oPpf3iMB8bchri9v6Afj20xq1e&#10;m8k16zLMAwBuOeOP1E8n/fce8sMf0ABufqb2+v1+vtxTqGerDPWGdyoJJ/2Fh9B/T3PMDPYc6f8A&#10;W+n+PuoAU1GevBanHTeKkKG1WBB+tyfr+P8AX594JIHB+i/Tix5tbi492BBGOtFSOs8dQrH6sRc6&#10;gQbD/W99eBiObci/P+H191JBNOvccdc/Oo+hYG9rAAjnkf74e4z04CluSxIvY/Tn3segxTqwYAUH&#10;UhZyzBTwLXF/re39f6+4fBaz3/IH+B/Bv7dWladUJ8+pPIXUv55PP1/r7mQHRYDSykkXHNv9psb+&#10;9MpLUH/F/wCr7OvAmuOokw1KSdQYBf8Aefzf24rZipuBYcf055t7bKkGnVyxpTpuZioIKlgxN/xx&#10;bg+8xYtx/quLA8WH9feip8/LrQ9R1gUKvqtwDqBYXPqPIH+9+/eGx/SQeb/i1v8AD34EcOvN8uvG&#10;ckE6hb6C1jc/i3+9e4zSiNmC/wCv/wASLH24IyR1o449SVQyhSwI/HFgLHg399xFXYFmseSfp9T+&#10;D794RQVPWg2KddTMyqQqXH0/NyPwR7lPUOkZVSCbW5+nP9Le2GClq9bqQOsMVKsjhnBAve354PN/&#10;bZI7NZtVvyRccf15PtwlaY9OtUJ6dI4wpKlfoRpP9eOAB/t/bDUs8hIF1N/y3+wv7djRaV60aj7O&#10;nWMBQPz9Px+P6e4up4QQw1H6jn3YYbu4deBxjrNZX5Xj+ot/j7m09Tq4/rYXIHH+N/emz8A/2evZ&#10;8uo0kNuT/r2/H+tx7yyOqEcMQeSef629shTx6310gJBva44H/Gx/jf3jdlkXTqAFr/Qf0/3v3cqB&#10;kdVB65oGU3I/2xA/3r3hQshtbVcfqH9Le7FzTh16np1zKhhybW/Ht1p2jYASW/qeeSP9f3VqnI6s&#10;AOJ6b51db+P/AGFxx7w18alC8f6APz9L/Ucf097Rmpx/LrxFR29ZKRm1BJLB25BFvoPr9Pab8ixu&#10;/wC2S9hyAf8AeB7cpq8+m+nbSSF5sov9f9f8n270lQSmpbqbA2+n+8j6e2nqPTq4qeok0QJsbkXI&#10;B/3vg++6l45HtIAeDzcAcji59uIcU/1V63WnXGJGRfST/QC3I/1vcULZgIUDDgtp5PP1/wB8PboF&#10;cHpuhJ6yE8Eu1j+NXA9vtGrMoJUKATwODccH209K0Pl1YVHTXVMFLWOota30PB549xMhKQgKqVs1&#10;iL8X+hv7uq0GOvMDx6kUa+ogtq9IsbWNrcfX2l5NUjMdJIBtc8X/AKH27TyPTRB6dgQoHP4+g5HJ&#10;vb/X98YiRcMpAB4IH1Nr8E+60auOHW6nrkxH+x/1/wAfn3JcmULdiLH6jgn3YKc9bJ8vTrGoC/QX&#10;/wCI/PuIVeIFC3ockgk83v8AUce/aQPtHXqivWQEMQebj6/Ti4/PvozOiA6ibsRfnkD8+9BfIjh1&#10;4tjHXdlJ+g4A/wB9b3Beomml0sG0kab8/wCtf/inu4oPt6ocnrtVCiw9uMKiJOfWnF9V/T/Um/vY&#10;FT9vVguOsbEk2HBBP0sSfc2CeMDSGsCTdTewA/PvZVuPHrwqesLobjjkfnj/AGPvOdKRWM/pcHgH&#10;6A/19t8G6uaUqOuFiW4SxUjm31/1vbG8wikKBlA4u9xe3u+morx6ar1MtqsSCD9CP+R+214mMjcs&#10;Uc3B1f7cAe7OxAov+r/N1vjnrl74Sxq4CMpBDWVr8i30PB+vuynFOm88D173Op6aVV1EFi50/QHj&#10;6/n3cGgoOrCo64lgPqfpze9hf+ht7eKTCzVACmNrOb6wl+b/AJt/vHvTBuNf9X+r16toJ49QqjIU&#10;9OCXkQFfqrMASP6j2vsBsurqiqyRMqKwsxXk82+h+t/aWZgoJpXpyOI1yKdB5unsnB4GPVJWwGRl&#10;b0GZFAsvN2vxb+vsZMV11CNDz3QkC4IHJv8AW319oFnfSWIr6fL/AFfl0rVIwO7P+r/V6dEz7D+X&#10;uHwzyUWLkirpUZ0LRyllDWPAePULfi9/r7XVJhsXh0DXBZFt6rA3+gIH1t9feh4s57hn/V+VemyV&#10;BOnop25e5+wez5pMfiYWpKOrLBnhDg6SQATJcD8Hgf6/vBkt0UlKjKjgMFIADAWt7ejtWTL04/6v&#10;PpvUK9OGxfjfndxVsdbmI5njaRWYyayXLHUzG45F/wDC/wBfYVZTeiOXCtfTe9m+n9Pp7MD2LRP9&#10;X+r/AC9Mvk1J6PjsroTHYZItcK/pUAlFubDkn/W/x/p7BbPZ6aed7SNyx0sB/X6qR+PewKqCRx6o&#10;1COHRq8HhKbG0kcMcaqEVVtYc6RYG/tA1FRL5Qz3kF/X+ABf+vuxqOHTZqDUdKIAAWAsPbpDVxzS&#10;LwAQAAbi1vpex/Puhqq0HTgYnriV4+pPN7Hn/Ye3xahbAcEn6Bfra/1I90r1cV6imM/7AfUn6X95&#10;aqcGFW0qoNx9PVf+pPvYY+XWzXrhFFpcjUzfkAngc/j2y+cfocMEBJJt/XkMCP6e9EE8etaupmj8&#10;j68f6x/2/vnLKQqBLOPyBe2n/G/vQHl8+tMevBTyW4/x/wAfrcH31C8TSEspPOkr/S/093bgF60C&#10;eHXRDAG1vpfV7UqxRrFGoKoHBax+v/FfbGkBi3ToYDHTaZHZ3upazWuOP9sDx/h78RCoYu30twpF&#10;uPoCD78K+XDrYAJoeu9UhICKRf8A1Q/r/j/h/re0vk5AshYKRGV4Km/+sLf4+1AXtxx6bcU4dOEH&#10;CWJ5H++PtPU9S5lVVjJBY2J+gN/7XvTcadNDj1m9qVayTRc2IW+oLwRYfS/tuhZs/kOna0FOsXiT&#10;/Yn+vPvDJWCoiKuAp59QP1B4H0/PPu1Cpp6dVrXrtYwhuCbH8e2WenmA9KMVI+shN7fhhf8Ar7dF&#10;Tk9VIIz1kuP6+4Rpmj9ZLOCAVjv9H/1v8L+7VDCg49apUde9veOaVFf1apH+i/kD6aTb6e6ECufL&#10;j1ZAAKdcXAI5+l7/AOPH9PbdkJI1ZhK1nANtXqN/xx7dHCgHWnanl1yH+H09tCRSTmxkLcFgfov9&#10;bf4e2j2knrQHXvfCOExuzBmXTYtbi/PNj+f6X97YFxkdezWvXvavxU6VQVLn03AJW54/1Ptkr3f6&#10;v8nTisKZ64OdKlgLn+n9f9v7k5HFyaDIirZh6mVb/jg2/wAfbqsFwetsvmOsUU6P6b8j8H6/Wx9p&#10;JMVKkodk0gt+qxLcn6291eTV5dNla5PUj2/NTVCQFSpdSLqdN2t+SF9+TU2R1sg0oOutS3IuLj/H&#10;3zwkciVTALYa7hNJH+8+7spNOqoSG6xzECNrmwt9f6W5v7Ew0UrUoYJdZLEgj6XHP059s6e4gdPs&#10;MY6SgyEC1bRtKA8YIvcDUL35v/xHuGMPOlioYKTdhybf4+/EEcem8cD1L/i9K5ZdalwOPUqj6/S5&#10;9t1TgXkk1KNVySNI5W/+quPdmbSCDw63546lQ5aHTZ2CFfrrIAaw/s+4E23pUdTJGbHheDYH/aj7&#10;uhrw6qWocdSI8pTSg6HUkckAgmx/IHtTYfaE1SRIKUKE5aVANJ4vyD9B/sPdJGb4R06qgCrdJfN7&#10;1xOJAWorYlkl9CRM2li30sP6+1c2BKBFEQZlHqWxVTb8cfn35ItWPPpnxgSQPL/V/q8+kgu86dw8&#10;hqNELkBJNYcjV+bX+n49y6HCNKCJIdIJIClbta9uLfT3QxUkp1ZJTWh6b81vSmo4w8VYr2GppFey&#10;D0GzEOQCP6+1FS7ViVkdkP6g2g3t9ePr7ULEStAPL/V/q+3qvigPRR0EWa7up41miSqhGlSpqA4A&#10;Df1Ok2/PHtSSYGFlB0FLC2kC1h/T+vt1IQe2mfXpue6AGmnQLQ94yQVcimrgnidrq7ylyzHkliCV&#10;A4I598oNuQgFyGdx+m9rAfSx91KKrDH+r9vWlnoAAD+zqHlvkDN5lpkkgpaNgTUG7NK76ro8Y/SB&#10;/hb2zzbPhM3l+mpi3j+ii39P6+3fDqCT/qr1t5SaEDpc4v5KU8lItIqvK8Mar9yg1l1A51EcD/H2&#10;8UmI+1QRpCpuCC4QFvx/Qce6JEuo1z8v2/y/1cOmJY5n+E06Rm4+2qTLM1dJlDTpEdPhlqZIY/6k&#10;MdVmN/xb/efc1YI6c6Wvrb9Q0i4/xv7UMhYamAA68kFDVznpGHcuQ3FB9xjmjkoka0MzTSCKVr6y&#10;tgL8D63/ANiPeVqSKX1FVI4uWIBuePd1IVaAY/1enW3t9RBU46YE3hlsXJLAZKmGck+KClhlnjkA&#10;Xhbt/sOPfJ4qcIIVVGFrEcBef8T9fd4pY86sCv8Aq/1fl1treoqT1Bhqt3yVv8ZmqquFtYlha0jy&#10;3YfRYk/SPwf8Pr/X3hXFJw5qUC8cEA2t/tQv/vXvxlEh7Bgft/OnTS2sRNSenWs7ayFIPsP7tVs1&#10;Y4ZDNDJKkTMxsJEglA08n6av9a3vIUoIj4/KgP8AaYWB4/p7ZehyRnpSqRU0gV6x0GQ7HyaPXjE1&#10;hiF/toJGZwqkXGsg6W5tckf4n3gebFUh8kbC/Opn0kE/1H5F/fhUrVqZ9P8AV5dWKqMEcenqmw3a&#10;m6g9Dl4VjgQL4oaOSeGVFY8RzAEq3Frfj+vuBU7joEXhwxF9Vhxx+b+6a0Ap6fPrYAXuQY6Vu3+h&#10;91tUM1YUWF1BjQ8yg2H6iQPr/TkD+vtoTdOMNQFbRcgEG/5vb/fD3WS6NPl/q/1V6sFcjUBnoSj0&#10;VuWLFSJDkZ1Y6kZEVdIjb1WVbX/1ufatiygngLQopXQdLaeDxwPbUN1C76AfTz4f5f8AJ1qRHVNQ&#10;Br/q+3ovOZ6VqcVl4qrJ1dQD9wplTWWb1HSzfWwH55B/p7S7bhf7owc6o3CaSpB9q3dE1CgB/wBX&#10;+r+XSaOSXgw6Hyl6TxbYSCqLFoain8pmRwUa49JuD9Qf9bn8e1PHWzSxBmRhqH4HBA/33196t2DM&#10;Any8vP8A1f6q46auPEC9nRf81sHBYrIyIa2Nnjb6TVGox67jUy35P14/4j2z1OblpmYt6Yoj/a9J&#10;+tyD7NZEXw6EUr/q/wBXp0ljVtQHn/q/w9LnA9N7ezcMUiAVVfXqrO8arKjBRYOjDgXFr82/4ltq&#10;twNVwsI3A44Jfg34/H49oVlWIk1Hp/q/wf6sGKRuTnPQibb6OxO3a+KeWkd216yFhto0rf6n8/n6&#10;f63sPqnM1tPXj97TGT6tV+P6oD+fZXcOxWuPz6fEPhkHo1uM2phanELGKRGZUsDGqgk2sJCP+I9v&#10;OQyCVeNLipKvbkAkOB/rj/H2zb3JYlGHD/V/qz0+YY6a6Z/y9JrEbY/g2eBWgVoJSSHIjaLWT+Ae&#10;VP5Btb2E4qci1fdmZ4dVrqSS1jYi/utwwUav9Xy6oi9xYdDmlLSClEaxxp6PoVCgG31A9rLHRRVE&#10;0PmqGgkuoKi1j/wZj7K5ZHpWlelCqhIqM9JzIvNTQT/bUy1KaSRcm444Cge3zJz1ESmlpvM7hlCz&#10;RqzXB/1dvp7W2kypb8c+n7f9Xl/LqrxF3r5dIzGY+lqar+IVqQRI8ZMlPOVBQrxdC3+t/T2qdr09&#10;ZUzJG6sGC6ZA/Cni/N/6eyLcb0xnB/1E0/1fl0/FCCpB4DpK72/hFJjamrDAIpMkbwDXKnjBYlVH&#10;+HH/ACL21brxckdQ0Yp3lUto1L+kFj9FI+nsys3kNv4xP+r/AFfs6pKAWAHUrr7c2Pr6NXjroo3C&#10;eULKdMrRj0qzLJYm9v6X9oymwVfQ1Eb6gi+QFtZZGCXuAv8Aj/T36aZZQadVVNDjoUJNwYytp3ju&#10;Ji0ZA0AOhNuSWB4A/PsTKanci9UVNMqg2cXJJH1A+o90hJdhGuK/5+qS6kOrj0Becr4KdHkxcbnJ&#10;NIwUxMVUBf7DOeOTbj6+2mv3AmLqIvET9tq0hbkcnj9I593ntVCnScjraSk8cdKLb+1Js9jpWy0U&#10;X3sq6nawIsTewd7+4VQgr56edmYQTMXdHB9QPJt+B7ZDOYiAMjp5qK2puHSjo7YeCqpEWP7inQJC&#10;yMLhgtgzixuT+fbrV0NLS0sktCWlLqP1lbqo+qXH1/1j7X2P6o1PxHTbMv4RSvSJp83lK3MQ0OYj&#10;ipYonbSYRJpmv+mYq36eRY6f9f2CNdV0pyEsTxJHMXK6yoGptXIFuL+1cwIJYjHTSsSc9GJoIZEo&#10;4CJXdPGpVSSSAQNPJ/w9qrDZhYZ4qNw4R/QSAQl/wOP+J9pJY1jXxV6cSY69JHSdzuFasp5Z0KeZ&#10;BrS9tQtzcMT/AMa948++RpaxFVZHpqoAIY7lCjG30Ht6N0aHxY+I6bYOJK+Xp11t4Y+qowraBV0r&#10;WmElvKkiC99RH+8jj3Or+vVyWIFVRO71LpcxNpQWIuShPPH+I9o7efx5SJMHp+SIBBTpPTdm0mHz&#10;rYrMItPREgJXJ5JVRi2kCoCiygn8g/6/tM0eOn2zTyU07jysoDKYQZBf8lm+n+uPdvpisvisDT/V&#10;/q/1V6bD6VCjpbR19FuCKGaidZ6cOXjnSa0b8WNtB5/1j7aMxis9VQyVdIzLZVdHYXU83sA31/of&#10;apZI5gY1HD/iv9X5dUaNwNXThDW4+neOlMsUcrMVVAedQ55t9P8AXPvDSU2RzdPHS1lLLUfa6fUV&#10;ZlLg82t/j+D7bWTwQYq1B/1cOrCJ3AJzTrLPLR0JadpYKczfqLMqByvOrn2s63ZLVOMhkkklgrAo&#10;0xotikYFwXU/j/Ec+2YLmJHIPw5z1aSJSM8eklHvKE5SWliRJaNbBqkSgh5yQuiM/QH/AAP+39sq&#10;YipSKGkCLNEnExqTencg3uG4sf8AD355GWpHE9VAqAD0pP4hStrlL6WK+hYwDOPwQU5v/r+1e3gx&#10;FF9pKsLQVCKWV7ywlWXgKW/I/Hu1oWJ8ZD/q+fVmFO3pHSrJm60VMRqI5qKV1jdP8nnRlax1Af2W&#10;+h559o+OhqaqpYYqD9tdRj8F0AP9Sg+vu9xNE+D59UjRxUjh0sDVwUVKr5OoSNrDyNMwI+nNm9rz&#10;YtUkOVNPmnkiZFeNEkYJEHt+vU3/ABX2XXCXNu6SwY0kGo6ejZWDJJx6DbtSgmyuzq4YGCCsepiB&#10;YLG0zzQn9USrHfkj8kce3rKbaw8GdbdFNhsVJlpYvEcpTY+mjyc8RGjRLXIoZxaw9RJtx9PZpfXJ&#10;3aOsz5AFfX8+P+rh0jhs0tnLKM+vQb9fZerx+Dj21Vz5CkjhtGseSrZqmCnSNfTDTx1JZ4kWwCwg&#10;hB+APaW3xRVQoxWtAjPZdEZQPb83Aubm3tm0KSwmJcaf2/6v9R6USgqARx6FfY+RozVT0EFQ03Mj&#10;vJcgMynTY8C3J/PtLYhBnaGOOunWB49KBB9I4UIOkEAcfXj2mOuFmRfPHVwQ4Bfpb18zYxzNBStK&#10;H1M+i13lYWF7/k8c++fY246bH4CKjwkUKyUoCJ41UM7hQpkkb6m9ufZptdpHFbsZ8u3+DpPdzu4C&#10;R9Jra+Iyn8Xyeay1RUS/eKogp5XYw0yhiRFFHwBb8m3Pvh1o02e2xWxZJHbImMyxzs5EajkiG545&#10;+gPsvjn8Lclr8Bxj/VTp6MO1rwz69Z941dRip8RkIZVWmFV4a2mWHySypIQBPHp5/b5J45H+PtE4&#10;Tb2Xhz9ctzDJLJLohkfVF9fSQPwbf09mt5dwxyAnh0zDbtkVz0rpqumNEaot5Kcor6oxclTzew9i&#10;ngMJlqGrTIVhUlHVS6SDSAW4BANx7bl+mvlKAin+r16suuE1PSG3DuLGSUc2NgLmaaGRliaFvWFW&#10;503Fj9efYi7v2pHkcKuUkcM6gPGYWGuVF5ZQG/J+n19pdtVpy9r5LXj/AKvt6vL5GlSei/bI7go8&#10;X2Auw1pa2OWqiaSdZ6UrBRyPYwO80fGkg/04B9gni6jx5CCrWOaAQkxxRKTHKdDWBkH9Tbn2zdRL&#10;oMOP8PW42AyRno2tXD5aSaFzHKJUPkLjVHZv1Bf8P6exHztRm8thxOZTRyAMKUM7BpXC/UH/AIk/&#10;63tbs6ho2gXIXiemZ6hgDgnPQP4fGbU23uipjo6aOonqljkrzFDGY6aNmIj1AcfX8Dm3PtDZXYVV&#10;vbBL5I0oM3QqrisdOKoRi5Fyf1W/J+vuxvkidrOXNeHVzCJEDtgjpVVW6KDbNfGHqWqsNkJVRUg8&#10;bnFzu1gwXgmJj9QLlfr9PbxiNvVsG3KZvIpyNGXSeSc+OR4kUKg9P+Pspt9Iumjk+Hy+3pS4pENP&#10;UzJbho4svHSSF5qOsgQRNAvljM1y0hcjgXW3t1w9C9XlKWKsy2mUNomKiy3cWVEdxYn8ce2dylaK&#10;IlRwyPs9enIUUju6j5OtSjxFbUUOFMqeF3ghIGqQpcsZFHKi/wCTf+vt23dQ4DaheoSVxkn+lRZQ&#10;zIf1IS31/wALW9mW22z3tot3Oaigp69IpLhIW8ICleg62BuvdW+6meGbGUlFt+leanlieQySGWNv&#10;2mj0W9PJuGv9AR7Yuv8AbeAizzb0l+3neWAyQF3VdNUp1ABRe5H5FvZVvJuNwkFnGdOQCfl/xfSq&#10;ExwoZVyW6WXYGZyNLgqnDUVNWGqqFWkkkp4jJehkXxSP5b+m6m1xz/T6+3HKb22xDk8p5qOKH+Jq&#10;0Fa6m9Kzk8M0T8av6kezZFksxGDRtC0r8v8AivL/AAdICwIpwB6SWI623UcBt+nfc9bIcDXRZLFf&#10;eaGyESqCBRyVyWZotLFAGudNgWNvcHIbEOc2xV1230U04B8bLZbkep1ht+bH6+1O33tvPcvbt8RG&#10;B8/9Xp1udGCqfI9Scj23i9l7uwG196Vy0eQzoeKl0RySxAm6Qz1cq+mJGYaQWNiSPfv4k9ZSYjaS&#10;xOzQxQpEXkRJFqIhqYlpLG9/9h7KZYDYmSZuDH9n+r+fSlXJbSPIcelfDhqKlyeW3v5ESWojf7hk&#10;SSRJaFFtFdYr3svIIF7+0ylLTQ7sllyWOpnqJTGJZlnikTxRrpMzBTY6bf4H2/eJJLBGsZNSPz6r&#10;HJocs3SihqEfb3lxlRMipHJ4NcEsMmvWWWELKAwuTpHH0+nHvj2NNka7ac2YwEyTQYZxDV0tO+ot&#10;Grep00fUKDz+fazarZURrXg4z9vz6TTys36vl0w4Gpixe4mxmTilWvzcMlfQVMsVo28AHnotRvpc&#10;C7qL+oA/0t7TnXGZfI4SQ+Gs83+eNtbU0pf0jTr/ALQtyPx7KLlHhvcnPr59LICrxV6WOVhSQwvJ&#10;4QgOhmkA1gHk6WP4/r7V+49yz5bHR0eAxc1dX0sCxVkUEIaeAykoKueOBbhL/ki3s0hVbdCbs5rU&#10;V/yV6bYtISIhjpIYLbabfyeSyGQyiJBkaxXoopauQQKum60yfdyEar6msgF/wOPaR27iN87ReGoz&#10;OPhnpsy0kRlqpjJT1lNO6qsUtORq1DnSCB7TMyXLfVQH+zP7P9XnTrSo8YMb0qenmfJ7a3O2Rw1L&#10;mEkr8PJHNVfw6oMVdi50HkhmWQD08fnlSLg8X9zD1tV47LZHKY4UxgrSrSYSRyUEd9T2jfg6hcBf&#10;8falpvrNMiijDz/zdUWMRkkH7R1jg3higkUNTPUD0eJ8gIf8maVCEYtLFwp/JNgv19ueAy9DLhc1&#10;tjEYiWojqnJmp8dShZcfWw+qSAy8kMT9AT7ThPpL4SzkBiKZ+f8Al6cB8WLSgwD5dYs5hkkzGB3N&#10;PmBQDb5rNfnqTFRVlNWQiKQ1MYZI/SDqDW49qWYZKr2lIuLaXbmaiUTIuUWWnjAQ+NqesKgkM3On&#10;i309uWcMQvJBOurV8J49euBK8a6DQeY6TtXVxR7ioZ5Fptx4Wrj+200SwVk1PVSHzRVsEYbS0Sr6&#10;ZNDEjggH6Flxe+Mj/CZaGaemavxyCoq8do8zVDRMGkmpz/S66lW1z7ZFmVuGBJAfh/q+zqrONIpx&#10;HT7X7Nwc+Xpss1CwqHhko0r6eVoXp4Zlt4XCckMSQGP0v/j7g5zKZHdNJPNhMTNV18yJPQzwwq4Q&#10;ghJFaL6/Utdfx7NLWaGD9KU/CKdVIdx2dZMbi6HaVPF91mIKXHwq8cwrp1ijYsf2HaomYWIFhc/X&#10;6fX2tdlUm5IhDUrHTY+PEUYp8rFXxERTeNRcQq3N35HpP49kN1GXm0RDvJqpGPs6VIRo/U4cKdIz&#10;sbMbKbG0+JzEtdlTuqujp8OuCZp6pKiYXWoE1MdMccJAk8snANvqSL+yGA2RksxjMxS4qjMtBXMs&#10;0FTE9RAErJxJUPG019Xq5UL9Px7XzTTT2DW8zUceY8+mERFk10rx6g4Kp7BxFFlMbn8hLlkqMY8m&#10;DyyLR0mSjlgptEVNUw0yCONrBS0rXDH+nPuHm91bDxmVOKr2jqKwSTfwuiBKIocaVidf1Nb6/QAe&#10;ziEvZ2KE4XBP7Oi+QiWTSvxV6w4vA9l5Wjx1ZT5akwhraelGbqJUFXkKmSGTXJLQjiOIMPTyCT9f&#10;cnYuEzk/8WxmRx89LtWWpiy2PrIgw8Sytr1wVEn6gjj1K3P0t7CW7XYa8WSxOoyHSRTH59GkEQjh&#10;Jkxp4dPu9Nx7cw+jKJk8bU7vxlJNjI8fNVQmprZHg8rUU9DESVaXkxsEA5NuOPbLvfIR7tqYdiym&#10;pqYHqkibKqju+NnZ/HFWShDcoSfXz9L+xBGBsdnQmuvJHz+XSUgXUmulKV64bP23S4eOt7AixkeP&#10;yORw48+LoWjVKyigQ1cNIS+lfKrBhE3AubGynhObZxs20qqq24tTQY2qmq0xzzzSRyJW1FPLZZyJ&#10;Tcq31XkH2VXsRQfWPVlpUfYelUTAgRDHS8eqxm4MPjs1HS1VXSyUaZOmjEcsVUkdTS6vGYwQRLpO&#10;lk5sbg+xfXJYXqrI1ubzKUi5HPeFKbSFmpIJigjkkp52GpTPYMV/FzyR7ZazbfrVLtj+knEetPUf&#10;6vyPVDOsLGBcE8fLov8AnMfl+5cOm0NvZzLYTD7eyLxZuveSXHZersuqixxgUBWSAmxl1EPoHBuT&#10;7CremQwm59x0NXmZanFxv9zBFVBtMcySx+ZIayLi4VwCrqeRcezyeZ321FgUaUAHTCKiuVc0J/w9&#10;C317s6o6+2suFop/4rJCyzSRSSGMPUkiOokhle+kyooco3Ae5+h9pnI7IfIZLC/eZSmq9vYrJQ1N&#10;FPQ1UUGXo4JGVpPHDIwJJIGhwTzwR+fZbLdSNt7RxLkjz4V+3q6RDxQXOB0sY8jqE4SimpspLTu4&#10;SogqTSSzwxlYkkrYUZbXtf6Np5ANvcrtXa2wTXtuSjzOR0ZmhXFSx1N5ar+JUblJVqJGsUcgjUv+&#10;HHB9mG2+JLtsbN8UYp8sf5Om5VRZG1+fSG60ynYc8eaxO/sJgMfXYvLSNjqvbs84xVbt6uUz4x6e&#10;GcMxkjIeFzqAbTeym49oDbeAwE2JyO3Nj5+sq8vl/BHlaiaJ0hxgRysglhi9Xjckp5gTpJFxb35J&#10;kt5jcXQoeC/n1pQrLoiPzJ6EKeomg81TWRQRUtJ5XiEcvmnqLR3V08gjCtbUPHze/DcWJkdm5bbG&#10;D6dq9t5mJ8pT4mryMWajqEkqYKyOtPjqTTxT8tT8hFstr8g8+yvaba8h5hmuo6aZU4evyNPP5/yr&#10;05cGN4UDD4Tx6LZ2h17ufc3a+ztxYXK/wWWDGxLisjGrQTUFTjpJa6WCYgEStMsjiSJgVaFXjZWQ&#10;sCjmztbszaOLxezzm5ttVVPNLjXq6k1LYui8pdqSaNwG0oxYRL+q3F+PaxdstxdSbog0yg0xjrzS&#10;VUQnKgfy6FmHAYjc+QZd3Y7b9dncLNT/AHKQ0JEU1V9sstPXUrVbNJbxlQQS1tIW/HuNtPIYifce&#10;TwlTt8Y3dU9LRT0W4KhHqC1YwDQVlNGG0+OQN+4h4BHPtLfPKjxT3jFoycj0r5/l8unY1VgyxChX&#10;+f2dOO5KTI/aQZDH5WWXEYxsj/FcFFDSLBlsV9s0EtCaplMqSQOl4mjdb+pWDcEJvIZDclZIuBn8&#10;yV2JzdfQ7riNK89EMYzaqeqplfS6RzsL3JJQn8ix9mn6duG8Kmpx2fPpLqMpBrgcenrFNjKqKlzF&#10;EKM0GTosdWYydHUTTmWmZgSwYqx8RjClSeLj6C5Ue39ybPwtfhNv09LhqbEZ2tkoaenho6ivqZ8j&#10;pUilqai58LO+kXY6Re/siu7O4WE3jMTIvEeXH06VLMn9lwB9Oomax9bLQ1dRHX5GKvpo2aGaOoSl&#10;pok5LzRwxKVk8akmzjU1rXHHuTnajrzGzbgp8NJmKnMbtV8Rk9uJOzR0NYF8P3+PjtaNlNmLxkA2&#10;+g59n1pIiql5dKFKLw8mqP8AVj16Tupk/Rj8zn/iukLgKLtSsr4qbctTt2LBYSvocpg9y441Rymb&#10;x4jZZsdl8fUSFY2aJikkoNjdWA1rf2uNp9eQbS25gMXktwZKqnbIKaurz5lkp0hdhJS4s00T6E+o&#10;YTAm/wDvHsJiaW+uLi9jjogwKcft/Ph0qAWMrADUgft6g5vsOabKZqnwtDBnJKTCS1FDQ4WrpP4v&#10;UlJXp6rJQ1dTpVhCV8RpyLqwub6lsgu3sduSlpsq+BSVqzJZnExVR245jqAKYl6OtRIbk+lSrAfk&#10;2PsX2FxbrZmdiNSp5nP+r/i+kMyOXEajj099d5LDZHE4ONqbKo0GIrpaVtywv99TJUVEYylFPNVg&#10;EsrFF+pDILqSo9ysLgN7bHr4sBj8XS1+ZydD/FYsy0FPDNSTVSGSak1XDDWGIkH1LD+vsOSpb3ca&#10;7pdnt1YU8D6H5/I+nSlTINUMfAcT04PufY28cNksm+aWfAYjJZTCZZFmYUb1mMrVgn+4jjBZhFKg&#10;aN1NrG54PDhRiqodvms3HXJjZ8BlayXcmTlbyU+QxjXemgjeS2mSNwAgBAuD+fZnZJeXVxJFCOwq&#10;Cvov+ry6ZlljRQHpX09esOUr6ePLUsFB9vk/4/ilXbuJjSOB6KtpxIavIy2AYU7RSx+eRlJXSFAO&#10;u3tt2bXdeT47d+7cRNuyGPMZZK2vXExVDCqtH4hT0cqLq5fVLpBNyxANuB64UXe8xxS6T4a145x9&#10;vV0Hh2tYh8XTbuSn7LpoMJiMDBsLKS/YS04yG52rljpK2mjulZJjqYapkKARkRMpDEtwDb3B2/jc&#10;/tzM7jzOdyeMrNmTu09C1XRy5V67D1yjXEEpwrRTINQqEdroQbcEX1vRjuJ0j2wdy5xQUp69bgBj&#10;Q+L5+XSgbJLuHEQY40+Qxu4EZ4Kmmop3x0mIy2NS5ninrFTzUplW9LN4ZI50KtpKlrCts3fE+L2t&#10;uMbe2wIYRlA+ClWeJsbLHUskZhaUnyJHddYvqClvZTbwxHfAXoxK59QRXhjFa0xTh1e5aX6daGmf&#10;XiOgD7u6Bx/bOb6+g3nvrIDEYnHZKHcOIhlkpazOSRUxnosrBT0P+Sioicsrn7W7IxCWtb2jtxb1&#10;25ueue+9a2g3Jg4auKShx9RNHRytMNNRSVdNCf8AKI42F0kUgqf8Db2JHvJoYRazRARlq1H+X9nS&#10;REQktG2ft6V/WfUNL1hCmI2ztPCy7Xra6Gvqf4lN9zlzUxUoggy6NVAiKdlVPLDpIFrqysWDJ7A5&#10;Ck2tDSSbkodzdg4bOSzt97URrFg8VVSMFMAo6rVIki2/UpCNcEc39lk+u8Vp7NvDCmhAxX8/9R6e&#10;j1x0VsnjXj/xXQg7mxmaz33mN2tuHD7G3NCtPKKtMdS5jLS46KVvBJLCk8H+TSH0hXRrEMOL29id&#10;tbd9Hmd6rWVuYqotqZ3E/ZUuOqqubHS4aqoAYRNCsWnVqICFtX09Q5+pRu4AsImtoqNERqIySPM1&#10;/nn7OlVuWIYSHUW4V6DXP9dbg2/1bk6Pa9BgK/sPH1lbmRXy4GlrqHdFZkcnJkKyGup6wl1E4lYF&#10;TIfGwWxKfUWP4NjP+eqzH/Afw/8AAyD/AIC/8r/6P89/zf8A1+2/rIP4/wDQ68D+z/Y6b/2nnT/Y&#10;6K1/efuL/vHTr/8A4u/g/XJ/xeP+dT/nv+AX/TL/AJj/AB9//9ZIeACwtc/i/wCP6/8AGveFHaTX&#10;h13az1uhfcMQTe39Rf8AobAf7x7ypTgsot/vRH+xt781KY60R1haqZQxJ4sb3Nv9sT7krTXNvpz+&#10;Bb3ocdR63Tz6iPWWH4JsSLn/AGHuYtIOODx9PzY290Yjy61WnUFq1rG7A8/jgkE/U2/21x7y/bLY&#10;fQn/AFv97t7sKAYwet0Pl1H++dmIN7fgX/1vx7wPEt/pf+h/3g+2yS1eqgE8epkcxAB4t/S5+h5F&#10;/wA+/GAfj+p/ABP+t7qkhByetih49czMSP8AezcnT/Tn/e/fYpyL2Bb/AIg/T/jfuwYs1OHXuJ6x&#10;PUqBd2AFiAOb/wC+/wAPcuCjLtyptb6H8X5/3w92NfLrx4dN1Vk0hQAsCx5/xOkfgfX/AGPt0hoN&#10;Iv8AgXsP+Nj3dV7xr/1f5OvY6S9Znw4IQ2va55Fubcj+h9ucVKi82/p9Dzb6X97kfSQBk/6sf7HW&#10;gBmvSbmyM0uoFiODbVyuq9+Be/8ATn3n8Sg8/T/X/r+fbXjCmoYP+r9nVvLHUfy1BAABYWUlrC2m&#10;9mUAf4/n3gkCJf8AP9Bf8f19tmQ9e49OdMkspW5sLAGy/U/0v/X+nuKZFHNib/W35FufdvEUg5z5&#10;deoenIUkxNiQACTz/Z/x+nvppkPHA5tzf/YXPuviEdw4de65pQSAWb1Na4IB1BT+OeCPcd5gpIuA&#10;CSOLf659t+MGzWnXunOPHOFHoLlV/wAb2t6f+Nj34VCBSLjg34t9b/2rcn34XDgCnWq1HXjhy76t&#10;JuQB/U/puCl+P94942rVHAuw+lr/APEnj2yHcnj1YZx1NTD8XYKCbN/vH094GrwCpH4I/IJv/jb+&#10;nuxYitTx695dSY8ICpBA4+htbi97C/vA2QvcA3/x/H+Nv8fp78HbFR/q/PrQJPHqUuFRBci39eP6&#10;G4H+t74LWPf/AF7W/wBV/hx72/dTremo6y/w2NR+m39f9T9Pr7lpVSEG55t/vP8Ar+6Dtx15Voeo&#10;NRj4CV9I03HFr8A3tb/X943nk5Km/HA+ot+fr78wU8etla9Z4KWNQAVAIJ5tYg249xmd7Xv/AI/6&#10;3+N/fj889bA6mpFEpsF0+r6WBB59w3Y39RuCP9aw97AxXrzKQep6KpUaODz/AI/6598NV10i/wDi&#10;OQP9f3Ynuq3VlHr59cwtjew+tuLXN+bW/Pvi7mwH9Lj+pHF7X91wDjrRABPWRE4v/sf+N/74++le&#10;44J/1z/vXux61TNeumj0nm/+H+9XsffFpQLgXJ55/Fz/AE96J8+rVpnrIsJNi1rG30/H+vb3hBBJ&#10;BJF+Pr/jyffgetE56zlSFBHJBuAOf8P6+/EXuDyCOD9b297HqOvaa5PXWoAD/Y3A/HNre+ithwRz&#10;/rXHt0MODdap6dcNV3vzwL3/AB/re/Rp/jwT9L8gfm3+8+6saCnXq049cnb6EXBANrj6n8/X32y2&#10;vZbgfQe9hsADr2OulPN2Jva30AA9841uRccEc/j/AH1vddXp1YU6xym305IJItY8f64/r75PEFIK&#10;m17m1iL/ANLe9aj+zrXXGOUsLMP6C3B02/Nvcdvzx/W5+thb3sAkinVSAOpSkG9jxYD8j/efflCk&#10;GxA5A0+7avJv29a4nri4a4tf+v19+LD6W+n55/r71oxjq3Adch/rn/ePx7wj68j68f4k/wCx96OD&#10;nr1KGh6zn6XDfTn6EC39PeRIWbn6k/8AEk/196r17rE86rxa1uRYci3+t7lRwuoHIsbcC1v9j/r+&#10;3C6k5HD9vWwAT8+oMkyG9rg3Nyb/AE/pfn6e5q0/0/JJBuL8X49tlhmnDreOoJqCPrYWB9NxYn6/&#10;n/ivuR9sVAuAR9fqb8/4+6awet8Qfl1H+6DE8kG9jwLcf4fj32sV29XqWxv/ALA+/VBGOq+XXF5t&#10;C8cNew5Bvcf763uQYwANK8H8W/P/ACP37UCetk16iiR7ku5BseSfrf8A1Pvl4bqb2B/Fvr/r+9Gg&#10;4+fVl9T1wFSVcBSzKv6rgW5/Ck/4++AitySRyBYj+o+g9+rQ0B63ioB6yvPqACoCbH83+g/PuJNG&#10;oY8X0g3b8/XgH8+96iequWPDqdTyMUWxtc8A/wCA5P8Avftqlb1m39R9TwPbn4R1XgPt6eIVul2I&#10;I5A4/wB6H/E+5MOojkXv/QAm39efdKgHHWwAMjqLUBPrqIt9LmwvbgWH49z2vxe4FxyPzb/W91Py&#10;63Vem6PkG34v+Ppz7khiEuC2nj8D62+g96qD2+fXjTTqp1EaMeQ8Lf8AF73+pseP8PcGq1Een/YE&#10;jm1+be9qRxOOtZHTjSBAefofqB+f99/vHuKkRte5t/Tj/bH/AIr7vk9aFW49TJJlDEW/xJ5FueLf&#10;8U95o0JJBUcAixubf7f3uoGOrHGB1GlcWBDGxIN+Af8AW495mjRPqDe3BB/p7aLGlfLrYUnrhHI0&#10;v0K8H9JFvqf8P+J9t8zi+n+v9eD9f6e7gitT1okDpyhiZhq4Fv6C4Fvr9fcRVeR9NrC/0P8AT3cj&#10;z4/Z1Svr1JZ4401FrGxNz/rfX28U+Jdzq0kgc3H5twb+6a80HWg2emGszcMKkF1BPGm/INv7I9qu&#10;ixioOQLWH4+h/wAL+9Ov59X0nj0HWW3OzahG5FiRfVyQbeo2/px7elo1i5Jtfnjn6f4+/aw6BQKU&#10;69oBHSMly007t6mfXwA1iBq+g0G3HvBJOickAcgBjb+vB9upEOHHHD8uraUXtbqTDTVM4spKrySF&#10;vzf6WH+FvfRyMcY4Ibg3ubW9tElGJXB6pUIcdZk2w9YU8qkIHVhb82Xn63P+29pquyjFtKk8/gW4&#10;t9L39uCr97HrbdwqOhDw+3IKeILosFULci1z+bW/1/bPLVvMCCxH1HJNhf6fT3tjQUGa/t6pwPSm&#10;psdFTtrVRx/qAACP9j7aWjZnJ/Ub/j8EfX3ssNNOrkLp6e0dAlrBR9OSOQf6Ae84i4syn6/4Hg83&#10;91LdVp5dYTLZroQL/wBb/g+8iQheRx/h/j/sPfvExTqwHn1ieQk2PP8AyLi3vMY7rbix+p+n+8+/&#10;GnWytOPUcS2YtzcGwF7m4+v094hT3Pq559J/x5PJ/wCKe66wBUdUqKV406ztUm4C8ccjn6H+l/cl&#10;Y1Asf6fnng88n3UE1x1YGg7eoryO12v+bcC1j/gB7yEI0Z/1gPof9c+75rnrYOanPUcNIJOCP1Es&#10;bi1rce2x7BvQ3/I/b3AVOOqnOenRNTD1pq5PN7cfT6H3hcyORqItckW5sfe1IAz1TPDqQqxxg6FI&#10;J+gtYH+lv9f32ukAWtqve4PJ/qLn22acB1fy67Ick3/QRYAjgW5uQfcmNmIsbWPB/BYfW9vdMDr3&#10;DA6jzKmq4+o5/JCkcML+8rRLpJPp1WH+2P8Aj78poa+nVhTz6wLKxIVbm3JP4t9RwPcfwjV6SL/k&#10;3uPx7cWorqH8utErxHHrN9wxRfrb6W+h/ofp7yRqAfUvI5PH+9W9ttg0611xdyyek8NwAT+Pxz7m&#10;ryDzY8EA834+vHupJpUdWBY56gsNLWIve/IuLf4X98LBm5sTzyOCLf4H3br1cUp1yBZF4uAR9LXB&#10;vx9ffvKiJcA3AIBJF/8Ab+9cetHPXfhkdyLizfXg/T6X494DWMVt+CeQOPp7sVANa9eJP7Os8dCo&#10;e9uRfknVyeTwfbfPNyWf8rb/AG592U4A+fWienKCDjSv9efr+PwPbJNKrMDyv0IIvz+Px7fU0BPE&#10;9UoOA6d44mAI5I5BBt9f+Ne+MTAEXJa3BBt+f6j3d2BHXhxp126sRwoX/EfkDn24XUx3HDD8Dn2k&#10;Y932dWFOB6jgMGseQRe5P5P9PfcblRb6m345/wACPfiQT1Y08uuMiBrn6D/ej+Ofc6Mo55Wx/r/U&#10;/wCw96wOrBVAz1BlWRfo9xc/Sx+gvYH3IMoU2/Sv9QdXH9Afx71+fWmopx1GETOLi5b6EEW/HJt+&#10;fcd50J5IP1t/ifx9PfuHVCTx6lJTOB/T6cXH0/wv7htVDT9Ab3+h+n9b+3aKpr59eDmnUhKYk2uB&#10;Y/kDn+h/3v3jM6MrBQAbcAm97D+h9+0NXV17PWRYSrKTqbmxNgAOb39tjlmZiSoLXOlv+IHt1VzT&#10;qpGc9OC6VVbBja1ioJ95IWcMtwbA/W9uLf093cj4a9epQdY5FQgkfkcg/wCB/r7dY3aQeki9hYfU&#10;2/I90oFND1vHTXKqpyQ1r/kWF/x9fx7mRSCNhqAJ+hv+OeT7oy6wT/q/1evXuAoOocsZdPQSPzxe&#10;5U/gW/P49zzPGyMSRwD9P6fW3/G/bGmgFet0x1A8EiyqoBs1vr/X6A/8a9sNXL/aVrj/AGAP+v7V&#10;R1BoOtN0/UsRsFdfUDb8kfU8W9txqyvA4/1jdvp+f979uM1RQ9VAp1OFKL3Nv9Yjj+vH49yI5mIB&#10;IsvB/wCIt7RmtenCDTPHrp41Xgfq+lh/Q88W95CysCASTyRe4FyeQPfgD59eXOD1wsVIuAAAPoBe&#10;3uBMoHLDSSPoPxxYXP59vJgUHXmOKHqTG1yQCSB+T/vNgPbS1h+sllPA5sLji3tRpBoCemwKZPUw&#10;X/s8MPr+PqL++kqFjYL+eLE3N/zz73T060T6ddGMsCSf9f8Aw/A9zRIW9JI5vpJsbG/F/bbDOrrY&#10;z5dYrAcj/XP+PHvFUcISLalHBH0PFre9BTTOOrUFOucZ9QH4NvqP9tz7imeUBQQBxwwN/qfoPd6L&#10;5dNmvWTQpva97/p/p+fcmlqD9GcWN7XP/E+6MteHWwfLrHJGDzbkf0/H+w9yZKjSoAf8m4b6D22y&#10;mlD05TFesaR+onSPoOQf8Ppc+4LMJHuNPAHq/wAP9b3U1AArjqlPXqQosPz9TYfnj315fHruQE5/&#10;pe4H1/2PuwWqjVx63WnHrvQWIt9Ra/8AS3+v795UlThh9BcG35+n+t7cVCKYx1qoOOuOgq3+x4+v&#10;HvJRyRp9GKtz9TwwuRx7uxyD1sHPXCZGYWtx/Wx4/PPt+Sf0gqyrypa3HFvp/r+6uhbh1b59NRis&#10;x1qzcHSW1GxH1t7g5KdWUXsqAW1ggH/X92jQg0/b02zUFOpNHEUubktfgH6WP459sF49RIk1Xsb3&#10;5/w93Jr1oZ6cwGtytv8AYf4/195SoT1ar8fQ/QAjgj3ZaeXVSaDrhcsbWtY/X+tj9D7bWkYCSxBQ&#10;sGFhyoB/w/1vb1NQAPVMnHWdQvBtzyOf9bn3mMkbiMu3N+CRcE/n3ooc0z1YDFOuFjc2/wBt/hf+&#10;nvhKylSqgkG/H0tcfUHn3ShrTr1adclB+p/4p/r39wWBjIOu62sRbkG/0b26FxQj/Vjr32+fWT3K&#10;jJEbEetbC4FyRx/sfeqHVUderXh1ja1wPof68D8fX3jllkhC2i5IuD+Dx9R/xT3oZBA6rkDPXYAP&#10;9om3+P0P+v7jSTswI1WIF7A8D/XB96KZ1cet6uuYFhb3CEFS95jcqbfkG5+hsR7sW0mnVaVNR173&#10;L0TgRr42VCLl+SdRPJJ9606gW8+t5p11cfS49uVNhpp2JJLf6wvcfUe9Bgoz1sKT8+sEtTFELswH&#10;1tc259iPh9qyTiLyRswOkAkEED+pH5/17e9CVePVwnn0gNwbzosYstqiJGVXNtSEMVBIF/xa39fY&#10;x4LaMcSorwDSLWPBI5/I9tzatOoHj/g/l04hBPr0TTsn5C0NC9TFTV7ieNJTIgVtF0X6a+QOf8fY&#10;gxxUOKiVSqMy8njgH8D/AH3+8+2o43l7hgcP9X+r5Y6u81ML0SPL5/fXauTmakqKikx7yEKI/IrT&#10;KRYmxPAI+p+n+PuFWbmgiBAkVdK2AvY2A5AB9vx20cZo1Knj6dN+ItKnif2dP+2fjbmcpLHUVkNR&#10;IHkBtKCRYkXMrAEfm9vYY57eNlZInsSCNQa+kC/tayoEOn1z/L/i+qF856PV1h0DQ4cwTVcCuYUA&#10;jTxgXB/wI/xPJ9gxl91VDycSMzHlgDfX/tXtgU/w9NM56Nzidr4+ggWOOCNFUBUAQAoAPpx7ZkyD&#10;1gZtRF+fSbfX8Ee6tjh04KEdP608cWkKBYD8jn/X98HhFmBQm9zyL8fUHn3TVTz68QfPrIGvY3/w&#10;445P1A9p+qWwe9tF+Couw/2nj6e1C1IqOqEUFepA/H9be8VHFDMwVUZVPJJuCp/pc+23BB6ohq2f&#10;9X+r8uvE2BPtXx0yQ0vnjs7qvF7liPqfbFaGnSkgEY49QjIXl8bAhSfr+Ljge2aeqZlb6sw+iEWA&#10;X3tak/7PHpk4x59S1QAcW5/NuT+Pr7hwCaR7ByC3+6zY/wC2/wCK+7UHp14VPXI2HJ/H5/p7cDBM&#10;keqRNOni1+eP6+7FacerUI6xrIjN6W1Xt/re8dKA8rOt2H1P9LgfT3Vzjj1padcn4Xn6nj/efb27&#10;GOm1BS5UccG4B/AH/FPdVqWx59XIoOogAaS17A3/ANjbi9/bWtVKS+s3B5ItZiB+AOfp7c0j0p02&#10;Gp59SNCC1v8Ab3HF/wCvttrWkqYz4lKtyL2t9eALe3QlOPXmqc9c1Gm4uP8AWv8A4c/X3Cx+Oqwz&#10;eQanY3B5+l/pf/Y/096fSOHWqZoOuyygXJH+9+1KmMneC4FgFIcfkj8/X20aDHViDTqOaqJXszDk&#10;8f7Ec8+2unoJI5rxxyeMtyHUm/49I92KmnqeqgdZjItv1D6H6Ecf6/tSxYSSoQNpkY8gq3C2txb/&#10;AIp71Q0rw6cIrnptlykELaXkQcXuDc8fk++EmBYlVMSx/Qm9z9OAP9697JCqT1WoCluu48nC4JV9&#10;d/pbm/8Are86Yjxh1EZOoW1kabf1II+nvSgkcetq1euLZCMkXcXB5UWJ/wAOPbPXYAyaUKLLzqBF&#10;i4P+Pt0HNeqEgmnUmKticEk6bf14HA/HvDDt6S4QoxQixCj+n+1H/iPbTVNf9X+rHVqY65tWQqCS&#10;6i3+qI/3oe3yPaBkQfsni3ITUVH4/wBh70jEGg6tTpqn3BRwMA80a3+mp1UE/wBLn3KodrS08gUI&#10;P1cOARb+oKj2/pB49MsQOHUao3JRLCXEi8C5W45P4sfa7g25O0OnxqxtdSwHHH4B/H+w96e2aury&#10;/b/qz1dplpToOavsLEQ1J1VWgAskigm45vYkfQ/4+4UmzJpXZnVFLWYFVOkMPpcD/efe1h7at/xY&#10;6o0i9S07RwyKoScyaSVZWZRJz+AT9f8AX9zaXZcs4ZJSmkC1lHFx/vI9+Mek0XrQlFOmrLdt4fHK&#10;koZ2Lc8kCwP5uTpNv8PclNjmKUFYwQDcOgswBt9fb/gilDSvVTJ59MTd44SemLmpEBKsCk/C3UfQ&#10;Mv0v/wAU9q6PBwR06pK/qH5JFwR/gP8Abe9xQjVU4/1fP9v2dVa4OmiivQW1nZ1dVZGV8bTNLECV&#10;IVXXUh51a2I+n449yqbA0rOGDCw+q2B1n6aT71RK+v8Ag/y/4OtIzngM9MGd7XzVHTSJ9jKruurU&#10;C4aHi4Kfg/S4P/Ee5425RatZRLnjSq2A/wBgB7o8SUpWtP8AV/qPToMnn0jT3tuEwiKKCcIgLGae&#10;VSz2PC6yQQP8bf7D3nG16Ig3jMl+eVUj/Yf09toEqaY/1f6v9VOrVJ4DphqfkXuCKVUkelpXFlAS&#10;aUELydUgU835vbj240+JSBNCR6F/xtzx+QP+Ke3QYga1FR1pgT8R6RGc7ar8vOZJKtamQjWqRGXS&#10;rA3TSWt/jzf321HT6tPoP0uSL8/S1vdwFU6vP/V/q+3rQjUZPWGn3xuealLutcIwt41hKoxUH9bP&#10;Y35/H/Ee8E0tBRkoJED29dtNrf4m/vbafiYcerMEI6fMHQ9g7uhWono6lKFXJpvLJKjsw+jCJf68&#10;8/Q/098f45QU4BkmWwBPGkt/h9fddQ4j/L1pAOJFP9X8uuFT0pvHOylYaWSJmbRrk8kUP+1akQi9&#10;/wAk/wC8+8EW58dVShY5wTcjgi4N7Wt+ffmkUKQR5f6vs+3+XW9KscivUpvjhu/B0kksiQup0MAq&#10;tywHrk1Em3+t+PatgqKPxagwLFQf8Bz9bfX2XC6mMgBHaP8AV6U/1cOnNApw6L/urrndoqmjjMqq&#10;swjVNDMA2ri8jcfTnn/jfthzWbpccAXKAubqDz/jfn+nsxEqtGGJr6/6q+fTeRkDHQj9R9Hbj3NN&#10;O1RNUJTUrlGcEosjNwBZeBwByP8Ab+0/DvmkAkPkUEXtYf7Hn2kMkatQjH+r/V/Pj1Yd/ljod8v8&#10;TGrftgGlZdQ1hpmK82uUUfQ/6/tBZXe0slbrp38iSHSy3CsCPyCfr7UTXPaAMEf5+tMilgOPRlNj&#10;9EYDA7fhxc9HFemu0cjLrDAjkMDf/bn26UmfrpIJGlBS4UxBmNyPySfaUXauQo4dPGJtIp1hyfVu&#10;2o66B4KaIlGdZikKWGocAD/Dn/kfvqLKV9RIPGPSf1amKgWHNm9p3vAr0BJ60YtVCT04SbI2/Q0Z&#10;E8MepAfGUjRmIDcDR/vXtzOclFMyGVSyXViDfn+o5+vtZDdaGOrFeqeCoWnSDm6pw1Tloa5cf6H0&#10;yRhgLgN+LHgAjn+vsP6/cFXHUOTIwS5AJOluB9Offp5wRqX8/PryRaTXoecJsvExUMUKU0Yso4EY&#10;0j8fQcD3NWrqMhTIIpvW1ihckBW/px+PaaO5JUrIenWQPg9YXw+Ow9bJM1GixqDrESKxkU86v9cf&#10;6/uIKWslEkc6vrAZFZSQA/0H+vf200tG7Tj9vW0jCinr07fdUEPinp2j0HTIUYDW0Q5a4INiB7Qg&#10;euhyPjZHukumzA3Bv+D9LH3u41aD03V0OB0t0+1mpRIjI0cseoFW9LKR9b+zX7Mxs1Vh4ZJ00gop&#10;u3ACnggf1PsPx3RF1RTwJGPX/N0tKAxhm/Z1W58oN6YnaOScQ1CyVT3/AMnRhrexuGuTwBwLf8b9&#10;vVVtqjaQP40Li1n0g/6wI+v+8+xTb3AkirLx/wBX5f4Ps6QOM1Xh0T7HfJvdWNWekSpf+HOGVaUz&#10;SBkJ+rJJ+Lmxt9PbgYaWmhUSBRp4A+nF/wA39+iDqxEfDjn/ACdeKimegzn3Pu/e2cnmx81STUSB&#10;2JjZkXVwunSCb/0A4/w9hD2BTpJEJ6V2RbEOiG4Yj6FrezJdwVrfwicj8v8AV+XTfgrTUOPVm/xQ&#10;jzuNoZsXueL7mqRxNS1dQmmRYJVBMSAgekH6f6/9LewcpMnVU7NG6zLErWL/AI/1jf2WSv3Ejp5O&#10;01bo8VViaOqUMFheS2pQQpFxxq49z5Jf4kAjgKRxHKT6z/vHtK8ukFRnp8BX49R4KUYy7xlyrG8k&#10;Wn0KPyVF/b3FQqtIY7+QabOdQ/H11A/717QxzOJa9OUAWnl01VNcGq0k4jOoaBoJFr3uCAfr/X33&#10;i8PCZGC6TI/6Bf0XPGkk/n25dS4qTSn+EdNpQcB1gyuanihVyr+FLeUqLyaf+OiKpuR/X3xr9uVl&#10;HUfcEuAeVVbkED66h/xT35HWVMeXVihHd59Y8TvDF5OE08TxsynQ7F1+rf6n6/0+lveSmyyJMsDk&#10;I8bDW5Nm/wBh/W3tto2VD6HrSk1o2B1lq8L5omqIgZQ6sUTTdeR+Sfpf/A+xdosrjsZSLUFo5S0P&#10;k1D62C/UWv8A7f2XrYNfPQmn+wf9X8s9KHcIvb0WDceH3RmctLjaaOopII6xITdx45PO30NvwB9R&#10;f6f7yH2S3nBUVwIdUjlkQ6TY6ubXN/6+xALcQW3hR+Q6L1k1S9Cptrqx8bjVFXqqqyJJB5SSrLrB&#10;JCkf4n6e33INFkqWOWluSVUtZhckDlb8/wCw9oIWiiRlcZ/b0papIZB0y4SDI4HKyU+RePwI0gi1&#10;I66UY38jLcXH9fcd48jFTPU+OdlSLxoCLG9rcXPPtlHSQkIeHW2iYrU8enwy4Jq+mxsk1Ck1TUGd&#10;grA6x9dX+B/1/YcZqpieNJJiYKpJOI2Hpb8+tj9D7MY0kIKvkev+r/P0w5AGehawdMaeRo6YLNRm&#10;KxkBsykGwEYH1Htyx+4aT+FOtTIjTRtpWz30r/wYfj3qCDRMw8ur+IpjqemPM7ZrZs1TVFFrjhKa&#10;pgVBDuCCDpNuR/X21neyQSCnUK0bfRlOqwvYg34/2/t4whF1Jx6bEinJ6nPsWCrIqKh38w+gPp+n&#10;IYFbEc/09oDcxM9bT11KqrHNLqb0+i/1+v8AxT2+ZVeMg8aZ6q4bUGHDpa4mGSlpI6WVy7wKEuxB&#10;YoOFJt7UsNbFSRU08wR3cp+hW1H8MQRwfZe0byxsBw6dJ0sCPPrBJTmeSWJC6ABrElbBje3H1HtW&#10;5TJk0UEiKI0IW7FRdVuObt9f9h7pbghWVf8AV/q/1U6sxPxHz6R+NxCJkp/NK0sgZzp1HS1vxZfp&#10;/sffUG7JaSkiKTGSNVCs97x3U8ev20LYmrjBH7ettTSDXrqt2XjslVSmqpYw7MzJcDWAwsbKb3/r&#10;7Z907hpq2KmnMa+QINUhBseb8sPx/r+zC3ZmgMbmpHTMr0YEDqVtPazbfkrYYZnWmlm8kcN7rHdQ&#10;pKr+Dxzb3z/vLRVWNpqVVjIRbyBL6mI/1P8AT/WFvaS2V4ZWJPH/AFefT0koZV+Q6mHb0yZKevWe&#10;TVJYRltLIq25DAD/AHk+89HVfaslXTVJ0MAbWMZHNysl/wAj3aak1RSh/wBX29aVqCoPXCroxVo9&#10;FV0ysblfURKpFrhoxfgf6/t/r6+ukov4hBMCotrcNraMH6K6/wBPr6h7btYUkrEeI4f6v8/VnB06&#10;q16S9DjcZR5AYqWlCawzRo0WiGU31Fon+moH6oefz7TNTuWCpo9Bj/djk5caQHC31K/H+tb3dbd1&#10;kKN5/wCx1TxKrkdK2l261LWmojkPhkj0+IlmKPfh4yTwfrf8e5tEkW6cagp54IKqmYiNZiWidb20&#10;6l+hH+tb20kvgSNE3A+fz6vpWQByadNuTqZNq1pq5KeoraCrsJjShfPAw+smhyNa/wBbHUPxf266&#10;BtKDzsqvOBaWZD+3GGBvpuLW/wBh7rHbG8kDK2B1t3VFIHTX93FvXyUel46KS5SGdWSaYIeC4U3X&#10;nm1wR+fYbZfMDcNFPksVWKpp5pF0lCsrOP1am/pf2dRhK+A/ED/V/q4dIZGGjxE6WuIxwxAjpGjL&#10;CSO3kViYVKcBAjcjj2IPU9Rls1jagZR5ZI0e0KEMbFDwNY5F/Ycvyba+VY+B4/8AFdLLZmaAlsno&#10;Nu2nxuGooclDHR02QXXaZjHG3jchSdDCz8249qzOyYyTE1mMqlMVWzOaYs4dlZOBbUfZpa2jw3Xj&#10;N8BH+r/V+fn1p5A6eGePSI2y+4KjN4TO4yaOrxixLHk0SERLJHMty4KC11PNhx/h7CLbG3qxqbJ/&#10;czu4V3FNMTZDzfSQP6fT2xO6/XKBw8/8/wDq8utpFSE14jofszmoaH7SyiR5XVpIVt5fEeLhf9f6&#10;e49JtJ8rXx09VEyS+UxRsbks7kDhW4I/2H09qb25NtCXHwgf6v29Nwxh20vg9ZqnPUlLRtVq6Sxp&#10;EZ2swAWNRc3I+h/1/ZhK7r5cRthIMdPSwVSU4YRRx+NZZFT6yFfp/S9vZLsMh3C4Z5QRWtK9Kpyq&#10;AKOib1fyQoJOzqTB1OFyFbh5K0UVTkkmhkGM8pAjaOmsC8bX9Vjf8i/sDaDD1slQ9TJOI6iGrEUs&#10;vkaw55KXuGA+lx9PZrdwkMY5Pn0mBGGr0b+ozdDHTwxxRNLDUUnngiSP9cdgQHBtpJuODb2vZMjF&#10;jUSKqeMLOhvUPfQ1vSrWItz7LYlkjJeOtB5f5On5BGy5xXpENiv443nhRw9JKrLCrASpc6mUlTcc&#10;cWP4/wAPbRuve8OKw8GOq8hA0LkAS0xYiNWsV0X4uPrx7M9sVgslwte7Gf8Aiuk0xjUhW6h4XrrG&#10;Tbpk3V/C3pK2FTHerWPVOxGh9Wi5sRb6+8eGyW1ocLHV1cEWSqvL5YajTeQxGzKrFT9P9cce0Xg3&#10;Mt2xL0XpRrQINABPT9n8fu2ryscOIr2xmPNN4pkAjeIym/7yFwTcDgAGx/P09qSt33h54qWGekhW&#10;mEemNUA1KT+B7X2PjW0ZSLzOemJDrbU/HoLKbpbNU2WyObp9y5NsrVPGZnnlZ6aVIzdUMAsvH9R/&#10;X22Qbxw5p63H0smmsZD49UiqVX+jf190CML9Zbgdp/l1vxBp0qcjpYVmwsvNU4qsnqI3pqORZKyn&#10;SIuagg/rXn02PNhf2Fe390Z2XNVtLPjJpqFnlhJBdtXqskii3H9bj37doxGweE0zXrUEjtVXGOhU&#10;rMRQyUkQJSB4AjRVHoBBUW0nVwQfpb2IWZrYooqSOClEhpSJXdWCzCYcgsR9bfT3WzgFxATOct5f&#10;Lp1pSGovDpK4minFbXzy1kipV2ijhKl4PAOGEYYcEm5vc+0Nndwy52nlOXx01WMcHeLx6mqioHqa&#10;QR3uBzwR7MLWTwB9JGaL5DpO8Yerlanp9w+2Mdt+WpmxJWk/iUqS1UQVftpJVXSHiiFgrH6Eg8/m&#10;/tjxdZuN8DW1+Mpp5sdEstRCY6dxaJP2wmk/lSbMR9PadUge8KD4uvUkEdRn06dqyTEpVUsdbNTJ&#10;VVD/AG9NHNKiSTuymQRKpIuSEJA/Njb237aqKnP/AHUG6oY4ILGwUCNnYrdJRJxyvH1PvUxdJwqZ&#10;63HRkPi46z1QlggLUaL5gUCK2ooV1DUthewt/T2Lew901dHTS7ToTWVtLCplpJkCygtq0st1HJ/w&#10;9ld54VjdreRnSxwc0/zdPxL4q6KVC8Ogz3515tzc81NuDNUlEKqhgEUs1UgIFMreQo0pNgAQTyPc&#10;PPYg1mQl+4Z6etAL01TFIIjT1DjV+/8Aix+hB9m8s7OI5JhVTk+v+r/ium9FcDjwHT3t2upoMPTr&#10;jgstDTnxePxswmp4v2x9oV+vA9PBBHtC4bau5cHkZW3xK9PFlJpIcc4YVC1JluISGiN9NiDce22c&#10;SzLNAf00OT02sTJVJMsenOm3Tic1SV/9262kytTjGC1dLDKI5aR1a7wzxygaJLKwCOBz/h7ELrPA&#10;ZTE0u6cPuNadaSoqRHj45HjYVFMyvrmW59WoMB6ufwfaXcLpk3KO5sc0BBNMUxjp6GKkJjm9cdIv&#10;fNfS5KDA5PFvPLUUVUauKSlWTyQOpRliqAnK8g6gR+D/AF9ytzZHD9Y4KjfBbcFTS/cN5QfLVCJ3&#10;4eTT/QX4X6D2ts7WPcEe7lP6g9Dw8+mZJXgYRoO3pmwMG4t65PLQbg3JPRwU8UQpKPD08ePmkpnk&#10;J1tLIHe/FmZbX4+g9ztt5PHQr/pDimlwcWZp4qKtMkMd6swJ5PDHC3+bUXsxPstuvE3dvpdNWi4k&#10;cPzp/q+zp0ERDV/F5dSM9iPPSL1+1FT7nlpFjy2OStqJo5MbTGdoqSrraqTW0kiN5DHYc2sbAX9p&#10;TcG7slncrBI7BMJTyRtS1okjKpIhsqAA8W+t/Zk0MMNv4NqP9N/l6aVmdtUmPTpWbO2PidqUNQsN&#10;PG+WyEbyZOT1E1Ukhu5Ovkr/AE/A+nt5/ulk8lt+r3BRZauG441ebFRTemiYx+uLXb9QYj68+7bV&#10;PFd3zWj0VVGPt9Pl/q/Ot1WKMOvxHj0mdzb7p9sbkw22qnCY59rZUTUWXrxN+9RTSxWiDUarYxm/&#10;7hPIFyOeCsOsqbEUe28bvXN4h8ZuXJVVfHk4Ig8NNUV8cppzVS0o9LNJpDarf4+yy+trjcL+WEt2&#10;REGo+2pHSiKYxwhQtGYZ6CDtzNb7yO5Ml1Vsysw5wh21QV0z1KNNlcfS1ZaHRS1yyKFRVTjyB3Ks&#10;ADxyts/ksHX0U9TU06Ss8bIIAFR2cAjSfoSQf0+1ljO3i+GRhfMjjTpttYHqT0EvXHWfY2xchQ4f&#10;EbhrEpVyMVXLW1M33tPS0skiySw01OwYKkv0kJIsP8fYI4up2diMhHO1BaurDJRtkK5EeSneUWHl&#10;VuAov+bm3v00sr3HiNlUPAenVjT4QKV6OtnsVu7MYx0hykNOkRp6k0uN1RGtjgYTNAlVw9302FmA&#10;J/w9qWoxtZLhcpiNj/bR5uOOqytM9A58dRNEB5IYpmN0LnSbfQ8+37I2Ml2XvDpLiig8B8vT/V8+&#10;mbgyCMGLy6DjPbmotuSYzdfZDTU+z2ek29XjPQxCLGz5afx4/IZanhDRNCshMUkrA+PUHawufYe4&#10;La2+dzPj6zcmRqtpGeJjlo3fiYQNpneKMkgEMf1EEG/PtPfzPBrSBDIynFP8/V4qMVMzafUDoSK7&#10;eWzsNQtHhFoc5NRmnhp6HDNTVnimq4TNRw+aMlV1RjUqhr6eQLW9ixuXalBgsVQLj62sqnw865D7&#10;9tCfcUczEu8lhpYJ/Ztzb23tttLeWslSNb+XmtPI/wCrj1eaVVkGKKOgV687bz28N2V6biwNFt6g&#10;y0NRt9MLJWiuqYc9jJDpjWRFRgJ4XDMHjUCwsT9SBGVx+1N0bmO/drM+Tr0ppIKjGKiP95kqOP8A&#10;caNH/QzKosqjm/s4MouYk2yftcAKT69ItCxFriLur5dDxteHNbaw0uO3LVURpqSsqxQZKGQxRUeG&#10;qJ9WOpKt5jy9OG8JlJA0hSebkqTY3b28N0RUFBjMFUssNU9DkaSpVmjijpZStVE6CxRwlygNhx/h&#10;7LGsbGwnMaYckFft4fnXp2KSWdNbDA49JHfHV3XNRHlN0bjaDFTQQS1Iz7TxUNRjZQgjjqVrSL+l&#10;rfqBve3uPNvmsnr90YTE0cMeTlrKilo8jHATDQzISkceSnAukbtwxFwDY39m96kFtOjXxqNNKH19&#10;adUUyPHph/2OlJQbRpjQ7WrZa6sqqfGY6KSoo5JppaauMlIrpOIF+siMLpwSQSPqfaRwON3LkM5U&#10;NvXBLLmqVPtqeGSpSCCsqEUkTQJyTJGDpElyDx7I9wnDlY1ekZPHyp6fZ/s9PQrIoJYdw6VsVVjU&#10;xMdTjKqGPHBVnjnpVWoiSGR/IxVObA3Nxa454BHt83PnKqooSu+sBXpjsJJjvtZRCpqoQJGjWly8&#10;IBCx3AGpbk3H4Ptdb2rx2jW9kRpYE/LPmOqsyeIJJRnpmxGOw1NWzZTbeQomG4JZqqtWKpSqpa6Y&#10;KvlrqExsRrWwDWYpb8A8+23sWfC5gbWrYcPJUbe3HjFq6DNNUSUy418VLpq8RXMFYRrHY6GK6iv0&#10;vb27ZBl2kxcXUlSPn/qz1SShuO4Y416ibMrql6vcmGr6gfxfAZVoq6njiCwVlPkoFyWLzkJcBv8A&#10;KYnKyhX0LNHMgA039oLf24dv5rIUNL4pKOsxVEJaSooaswQZCiqQslNVuGCmZQwYiWMXsTx71Dbv&#10;Bt/gtmtc/b5fl028kbTFvMdK+ipJaZ6qR6ueoWqlWYQzaCtLIE8ciQMvIQgKdBJsbkHn2oIqbc/c&#10;UGOgytbQriMCqmvjhdKWudhGYaFoqqNT5XdbWdv1WNzcW9oI75dstTaxgnUcelT/AKv5dPiE3Mgk&#10;c4Hl00pS4PbEtRPT080U+arHllCPV1YMnqmkZI5XZYYULM5SMKgLEhefbjlOuk2/vrau3Ns5WLbU&#10;udoKIT5QTtJI88xvkcc0beq/AkUsdLXsLW9rZGT91peyjWzeVPn1UKPFZFOkCv506TeL30uS2vu/&#10;cdZhK00+2MnuWKKjjhinmy9BgS09JW0CBmDeZFGkGzK4IKgjmDQdiR7b3dU9fVMpy2RgyMuJGbqY&#10;iYp6GukVZqR6JAQ6L+pEY3DD6j2/d2w26MXYNTQGg6SwTNcN4Went8bS7pxmMydTDU0iVNNjc3Fj&#10;xLFDUUWSWMVdNOtdTXZJkDGGRo3Kstxyp59ufcuVwO9c3hqmlqc7gdu1OPr8XLTJPC0MNXCs0a5C&#10;FLpJTNKWJiIBuBYkce1d3Gr2sbxGglUMfzH+HrcLEO2sVI8+utru+X29Q5Sqx6YLK5aiCZekgqI6&#10;qWmr4kNJVRJXRhdckTIVWUDkDleBbLtGnmzG6ZM9mfvcPkqnKrkaMVKypRVdJTKPNjsbqGlFYaXs&#10;xNuVsCQfZFuUyuojIrGBSo8ulsCFa0qD061YNFimoqJHqfDSfZ2MiyTxBoDDDU1JYhm5F3I9RuW/&#10;B9iPNt7du5pMrVUlQhp4yJsvR1qPTyVuHmfUj0EtixfQCpDMLkcfi1Jb2KMxxxqWalEPEY9f9Xr1&#10;6OInLHB6TNXuPauz4sBQ1zQUcVfXLiMe9OElp4Mqy6Wp5hCfQSxsCFIBPq0/X24Z7YOxcFtBqnaV&#10;TUbfz2Z1z4eozFS8FHU5GktqgbzepDIAfE7HVc359qNpDXhll3IVCgigpSv+qtem7giOQRxYr/g6&#10;CbD7+7il7Wr9vV+M2Zmdh4j7ePOf3fiycm6sVDmoZTh66fzzGnqQkkemrjpoiwQllXUNJyitxWBw&#10;WzslQNt6n3Y8MU+4KisigkOeshjyKRMPWzrYgFdPIuB9fbdlEk9vcfWVIVqJ6U/1f6uHW3Z0mVYz&#10;QECvrXz6VH8H3fmd478xedyWUl2RkafGQbXgxDSY2u2xWwUyNUO9bB4zIsz2nj1iQKDocaePblJB&#10;kd818uLjy1bjFiytBRSU1HGa3TSkrUfcSU7EejQbeVW9B5IIB9oJrxbC1KxrqBXFPM+n2+nSmOBW&#10;fWx4cf8AD1PkXB9e4iTcE1Bi5JaXF5LKVOZyklFij5woNTSfxSRCI3kb6qy+rnnULFabtwUODrq2&#10;r29U01OzYxqMxzVhkrpcmqaYp/E1wSwCt6fq34Ht6wjU2MT3o0HNQaepFD/q/wBlsuWY+HnPQKdQ&#10;dmZbsGjkxm7qGvy99wpmsTncTtqso9pSbVq9FRFT01fJyxp2eSnlEjFgoDEn8IbCLucSxbyzM612&#10;Sw9M9TFg6id6JGqaJwkoHks73S8saX0kjSb+0c8P17fQQ1SIGtRwpxp/k9envE+nXIy2P29Dfnf7&#10;p0OOk2ZQUk2Pot1zDD1ORwePWuWAZqnkjFZO8KSKqltMLzSCya1YkD1ALe2Nrb87KyOJq5spS4TY&#10;eYoYp5oKedTRnJrUHWlcsdiGZSGF7g2INj9RpBuFpHtgtrUgvGNLAcSfn0TfTM1wzSHHUXrmh2hs&#10;aLI7Mxs2Yym4NuK33E2YglqM9X4upYVNKaCuqQPPSx3EKiOSyMlmA9JItbV3theu8FjdmU1NjslJ&#10;RoYknpQsUNXMyaoW8j3LEn06ebfj2GTtqQXD7q8h1N5enoOjAy+MREowuB0h+z+lsj3VKldWbi3B&#10;tDHPBT0y0KSiOugp0qLV4iihcrE0qqGDhix/S3B4VGaytfhdv0lTicdj3TJV1G0uJanDxxJlW11U&#10;2qQWZVc+v+nJNre09jPHdTTXaHQV/nT/AFUxx6clU61ipXqLQ7Mxub3RBgtyV+6chU7fw9THBu6L&#10;NSY2sefCzx0tLBMuKeN0meGRp1YqNYB5N7ey674z/Y+Iq6ilyZp8dsGtyyY2mylLDFHR00qga6Va&#10;em/diYNrRm021LwTf2eSWkMdv9fbKC5WpPn0jYuZRHKR/q/n0M22m2RU5KKloainq914/D0eSqoa&#10;yvkrM+mNyWqKlyFWZ3LvHMUYRyMLfj0nj3O3P0LuyrpcHm9qSYuhmmDTVORr7YupyFLURKtPJBUR&#10;hzaVSzMJVBvY+0O3bjBuljKG/tFJFPWnGleNDg9OvD4M4FQAP59MGS702Dhtz1208jkZZMzjo43r&#10;KPD0GTz1TQOyF5IcjBiYJWiYCzLbVqBJFrexyy238BncBtjOVT5Ohg2fh48PNh6+dqOiyFdjIhEa&#10;qoqIjYxvIrHyWBcEXA4JK9gSQGTZrgEOzFi4zgmvnwIFMHgfXh09dP4Di4XOrAHp9o6DKjzu+do7&#10;93Vg6QYPcND2FuddyYjPYx5KjMbZw9dTw0hx9XhpRepeJIhJAVlCLd2KkDT7BvOZHJVddhN2YjZ9&#10;PmcauPqI5I8HWiqoMflIqqyxilUa3uPUQFt+PZzcx7f9M23K9HXiCckeuePSeNrlD4pGqvn6dDxg&#10;qeTE0lbg8puKvratatpYspl0o6bI1dDPBGVIlpkjhYq2uMMqBgFGpb2JED/Shub/AJ1L/wDFs+4/&#10;4tB/4E/8636/q/2n9X+HsPfSRfwHho8vh9eHHpRpb+Lz1cfPpIf6G9lf8ruZ/wCLr/G/+Poyn/An&#10;/lZ/zv8AvH6ff//XZVgI4I/pzb/Y394TAgceu7VK9blL1F+UJvY8XJBuLEc+5kNOpsf6/wCFv8f+&#10;N+9uwIoB1vA6bJ6p0vc/6kf4cix/1rfT25LSWAYrYD6W5+o+vtOZs6Rx68PTppeuJ/SWN73B4tY/&#10;Tn3lWGykKAbkk/kgf4e22lWtGP8As9aoOuHlkZlYqdIXkc/7Hj+lvz7wvGADazDlfxYce7hyGofL&#10;P5f6vs62DQ9Z4pGYAlStyDyTe5IFha/+8e8CU+sm3HPNxwPxb3qSQKK9aYj9vU01Wj0sRa1yfrye&#10;L2/p/X3I+0FxfkkfUfW/9B7bDlscAOvVHp1Fev0Am5I+gH4PNr/7H8e5MVKFHNv96+v1Bv7eLqQC&#10;n+r/AFHrxq3DpnqK+RnOosPzx6hb8f8AFfcyNVQABQPp9OLgfX6+9+MozXr2nPTRUJPN9WZiL3JN&#10;zf8AFrfj68e5BdAdINzYWtfk/S1x7oLjFaf6v2/5et6TSvUMUEzama6rzzf8A3N/6f63vgZQLgXL&#10;f70Tyfp7o8prkCnVmWmD1Jix99J1WBZdLfm6ggcAXP8AX3GadueLf0JPBH+8+9GQKf8AJ1rh06RY&#10;5XXTrBP1JA/2JI/3j3ClqTyQwAt9RYf4e6s6kY69kdPNHjApUMpJ/o3J+txyPr7a5K03tq5t+Pxb&#10;6n3TT/q/1f6v59abB6UUONTTcr/gLj63/SP+Ke8P3Er2Gq4N/wA/W4PvZHr17iepH2cKXbTYi34H&#10;Fv8AX99PqYoSSf7X1I+nHNuffg2kmg/1HrZFOu40XSQABYgC9vr9Ta/vn9B9f9v/ALb6/X3T7Mda&#10;HXH9TcgX+nAJ+n9B74f5y4A4/BF/qOfewaGvn1YY7h1zP7f6iTz9DYjgc/8AEe8LoS1h/t7m97fU&#10;H3eoC162SKVHWeN+Cfzc8Hm9zwOfr+PfXjA5F/8Ajf4vb3oE5r1oD1z120l9IuDb6cEcf4f7175I&#10;CCfyObn68W/PvZFc9eIzXrg7LYj6XtYD839ylYgDj6gfQ/X+n19+oDXrwGeoToCf6aTxq4sb8/T+&#10;vvkSfyL3sRb3o1H+Xq3XQCnkXBH0vf8A1v8AifeFxwbH+hI/Hv1fM9eGTTrPGSCBpve+k/7Hg3Pu&#10;Mw/1Vrf0PvYPp1uh4DqWv+HP9f6E2sfcVrC3qvYta1/oLfn3bV6dbDEdSlW9zawsCb/nj6e/FuRc&#10;3H+I5/1j78BQ16qTXPXgLiygXvfjj34uBfj6/wC244ufejjrXHrksZJGo/4XtY8m9h/sffFQGF7C&#10;/wDsf9gb+95PXsk9eZtFubD88D/eB7yiEsB+APqPqbk2PutBXrdPLrEagL9ebk82sOPof9t7zCDS&#10;P6/X6c/6497qTw68BinUdqm7f0Fhz+n6++ngsL8Gw/1v9596GTXqoFTXrktTeygnngH68+8AAQ/X&#10;/Dj6+70r1sjHWbVr/H45vYe+RJYXuL/gX5/1vdaEH16oBQ067uqi1mHJFx9CP68/4+/C4AJ+v++s&#10;OPdq+vVwCeHXBhqNh+Pr/r/n/H3wkck3J/FrC/5+g96AHl1ah9OssaWAFh9b34P0H5H+x98LoV+t&#10;rf7Hn/H37uFOqfI9ZLENwpN/xwPzxx7wgqL2P+w/H9Lm3u44/wCfr3lXrKQ30N/+J/rxf34LqBN/&#10;6/4/T8H3bU3BvLrx+zrgSAR9efz+B+fr7zInK6l4B+hA4/x91PCp8+vA+fHrG8vDBGI4HP0vxcL7&#10;ckRPra3FvrYfT/ePbeokUPWh8+myRnuRe9z/AIk3v7kLGODb03+o96qTx49WANc9RHkAuOb2Nufz&#10;bgm/uXGqgX4HNhxze31sfdGrXPXmAr1CkdjwOTa5Fz9L/wBR75kqCP66bAm30t70BjqwGesYDWJ/&#10;qQbAW5v/AK/+v77VgCdVh/jb629+p6da+E9cHBIXTz+NJYgi9rf7b6++QcckH8WHH9Byb+9aRxGD&#10;/q/4rrTDzHXRQ8I3IBB+txy1hx75lhoH5uB/h+Pz/wAR78AfPrwOOsYU+Rr34v8AT1Ac34v7x2Je&#10;/NrWsACf99f34rQY62cnPWYONHJFyfzwPrz/ALxz74TQXIsbXC8WPF+Peg9Mcf8AV/qHV9NRjrNT&#10;VFkYlbAE+q9v8OL/ANf8PbTLSNrL6QeeePbykAfb1puniGuQoEuRYcHggj/X/r7yxR8Ani3+vxxb&#10;6D37gcdUzXHWGea5I4/PJ4vbnkn3N0AKD+q5tY8kA8+6cT16tc9QBK2oqdKWU8jgGw+gv+fp75aS&#10;q2uNI/pYEG3I591IqdXn1bIFRjrir62tY6gbn6twT6fp/wAU9wZGZiQP0/g/1H1PtxQCeqk5rXpx&#10;jVEQE8uTyB9L34PvAQOADwLHn/D8D3YtqOOrkgkGmepCBuS35uOBzza5ufx75qxUEAXv9B/jf6C3&#10;vVfUdaIrx64uiseDptwxFjxbg395LPIeeCRYCxN/daY+XWi2KeXWENHH+n1AXJNyOD/T/X99/wAN&#10;Z7MoANub/wC9n3tStQDw60eFOuDZpIgyux+tgPzxwAL/AJ/w9zqfGmJgzKODY8gnk/09vFgy9eQE&#10;46ZK3NrJdEbkqTc3AHFv1EEEj2pKWAD6cKPr9R+L+90UAA8erDSvzPQfZTIOWb6tquPyQT+Bcf73&#10;7eQI1W9wLAX+n5/Nz7ZbAqer1qtSOkWJKmeXTpf1OxOk3AU8WUcf73/vPtvq6zQpH1t/jf8A1jx7&#10;8COIx1qtRXh/q8+lLiMF5ZVd2trNwQpB/qFv+APaNrckSWs35PFz+OB7eXUFoeHr1Qtih6FfGYKK&#10;MLaPmyi7L9b83t9PbIcjLqI1lvoL8/nj6e9Eq4pTpsUPHpTriIlUEIovyRp+p4+p/wBh9ffa6pGM&#10;jH/Y291JoKdPJQLTrttMahFWw/tD6ng/j/H3IjiMjANaxPFhzwfrf3WppU9a4mlOHUaaZYlJWxK/&#10;1+h/BHuaKMKPwf8AauPdWbFetila9N/3xc8qw4/TyPz/AE/3n3hMTgm36Afr9LH3rBHXqDz6lLPE&#10;Qt76z+Qb/wCx/wB4/p780dgwutwLg82/2/vykkenWzx+XXhLqIYaiCebix/pa3+9e8TH0EG/+uPr&#10;9LA/8a97Ff8AV/q/4vqtanrKnMoIA/qQfp9eQD/r/wCHuE87D0qeP8R+B/qSPbyoDkjqhpxHUxad&#10;SdTCxNrFbfkf2gfeeJtdix+hHAPPu4QrkefXsHPUSf03AAN7i/8Aj7clVtKgD8fXkm5+ntpm6tWo&#10;p02FlDMSTcEXBtbj682/H+HuFNT3YliF/wBYWH+x97Eg0jT16opQj8+nCGewGlS1/wDXJtbki/uI&#10;fHDcEqR/gfyf8B+PexVjXP8Asdap1NBkm50kH8G1vp/Qn3iBWRrLwfyLfW3Hu6AGrdbA1Gg6yPri&#10;VdVyBzqDH/efblFEdAP9APrx/r2t7bJAJp1c0XByemuab1afpf8Apfn/ABb3wkuzEAWsLc/6/txQ&#10;Av2/6v2dM1qc9dodIUmxub3Xm1xe3uMI5CTbg8G/Njz/AIe9lqZPWxnh1K8kdtJsb8W/oLfge5aQ&#10;udPFwbH6fT8E+2mIOfl04orjyHUVp411c+pWsLEWIJuL+84Ajsp4+t/8bD6X/p7ar59aI9OsRJlB&#10;YWN7Wte3J/A+t/cZmU3INrEm4F/9a/u5B8/PqpwepaIQNLfS1rE8f7b3HZ1aNgbk2PB+t/8AXHu+&#10;lgajrRJr1mRWEik+kEg3H5/wH09t8jgroYkcfqB4/wBifdq4NBnr1KcenKOIhw4sVJtpI/oALj23&#10;vqfUpJJHINuDz/vre/IRgnqvEdOA0qQQLA82Fvz/AIe+BjUMilRYC5uPqT/T3cvUV63Q8euQZrMd&#10;X1PBufp/j/xHvz6IrsFBb6f4c+2wxpp68M567UNJYE8f8U498EkueRYcci4uPr72TX7evZJp1zeI&#10;AGx/2Bt9fwRb3KWwOomwHI/w/p/sP8Pbeadb1cacOo554+v44/PvmKp72/A/P1IH0+nvYVaV6sxA&#10;A9euDUy/UDn62F/p/r++5KgKB6iwP5+lrj6W9+zXPVQx4DrtINRuFAt/vvr/AMR7bnqWIY88/T+n&#10;+B/3r24E/b15qUx1LWJQR9OPwPcJZWve5t9T/T/H28VPAjqtesxUf4f0/wAfr/vHvnJKvAVvpa3P&#10;+8+7BTTP7OtliF64oh9Vxe5/pcWt9PfDUG4ZrkAAEf70fdwlTXy6qX9euyLfpH1P0/3jj3OglVTZ&#10;hfjg82Nx9CPbboGNRj/Y/wBX+frYNeo8qMQCD9b3+lxf+n/G/cyOZASV9J/pcfj8H22ajjnrYoeo&#10;zwsbA8j/AFjfn8j3ieq/cbWQQeb/APEe90xUdarnrmlMBGoUEf61x9foQRz7lfdK6hGYIPowvYj8&#10;e2gvdUnrYPWH7codaIX+hH1P+8e4VRcIBfgkkG/P+2/1/fqsDXrZXFajqXDYsfTyBYm1+bf19toF&#10;z+LgX1fT6fT27r1cetcOpf4/w/p7xtUtcrci1gfoAQD7qEzXrRPXMRra5HP1+n098oqvkBr/ANAx&#10;+nH1928PTnrYPXF4rg2Nvzxwfp/h7ltUJKrBgDYGxP0P+x9+63UUznrAImRgV+hIuOL/AOxv7Yqi&#10;5YhAbauCL6Qf9j7UIfXpps8OpyD8sbH82+pH+w984PqBIoFz9f1Ej8WA93anCvWh1wf86Te3+w/x&#10;59zn0oLhgbmwvwASLH21kNQHq4OK9YQSwAta1/8AE29xtV1IvckH82+hve/vZBOR1qtestrEG1hf&#10;6/64taw9tba3l0hza/8AiQQfwD78Bip60R1J+gvb8f4D3IaMxhXViB9P8Sb/ANPfsefW6Y64A6iV&#10;K35/1gLjn3k8311ix/oeLj/E/T3YqWFOvaqYPXHQB+k3/wCI5/p7itKx1lAwH9F/p+b+2hGa0PDr&#10;YPp1lsAACb/6/wCf9v7iyyOSNQYDi/45/wAfd1VSceXVSSOPXL30XdSDG3Bt6R/h/r+3BgUXj1Sv&#10;7euiAfqPc9WkUAhQTb/b8/j3YimT1vy6xEA3F+OR/U8D6m3udFVMBzf6fj/bWH9fdTQn59er1gMQ&#10;/H9f8Pr9b3HvBUSltSm4PACkck/X8+7KuaDrxNcdZEW3I/x5HI/3j3FMTIobTpv9Pwfr+B78Vqet&#10;AkDrKGBJHBtyeL/j/H/invLKZWQKF5UXJFxwfxz9fdl9TjrRJ64Lp1H62Jtyfz7a5HZI3b/H6AfU&#10;X+t/6e3a+mOtZ4jrNYcAgfm17f7YD23/AHMnBHKA3JN+L/ge96ajqtaY679ulI3kDgKSLHjkEXH1&#10;90oa+vWkrX164Pa39OR/T6D+t/eUUU31cEISeD9LH6e91pk9WOOPXXlQng3P+H+9X9uVPQvb0AC5&#10;H6R9b/Sw9+bgT1ZB1GkqFW2o/n8/j/Y+5kuHlljHq5RdQH9OPpx/vXuoIUV9ernh1HXIRLJpP9o2&#10;B+l7GxuD7aI8RMGYMnqY2ufzz9be7cc9NgefUxqqIAHULck/n8e1XidtyORGUBN7m4IBH+F/eiad&#10;59OnAtM9JzK7jpaKIyGRQB/ivFuDxf2uKbZDzhS8AMbDSFBHA/1j7ZMoAop69UDoMcn23iMczo9Y&#10;iyodRZlYq31uoZfr9Paww3X6wsrNexIsCvIt/ifbDyVH2dPoikdpp0CW+fk1g6GCVEqIbqp1SiVf&#10;Gt+OF+t/YsY7AU1IiakViALcfj+h49pGkFTTB/y/tpx/1Dq+qnaM9V8djfILcu4qqeDEVjQ00h0l&#10;kZuFJP6Cw1A/4+3OT7elBIChuTf6kk/nn/be9iQvRF/Zw/1fl6fkanAJOP8AV/qx0F+Mx+7N2SF6&#10;2Wqmpyyl3dm0sdV+AeD/AIX/AK/7H2Em5c0+qQI1ipfi9jdeOCPZwqeCoX/V/q/1HpFISGoerL+k&#10;OtaOixlJNUwRyPLT03rKA2DjUPxa3PsJ67L1FUxERkLLctwfwOLe76qmhH2fs6qpNejhYnblDjIh&#10;dIQrCy20/k8kf09tFTFJWgKZNDEWNweT/j7r3ZBrTq60Jz0oaeSGi1MIwyj6Ff7Kj6Ef4fn2mq7E&#10;SAAlSpXi+kksPrwfdGqDQdWYCnDp7pq6GW+l1YfU8jj8D3yx1Cy6SEYjgkEG5/BJ/wCKe7fEtOqh&#10;vI469U1CqLFlUn6cjjjix9qqWiEtObppJUBbL9OLEN/xX22UXA9Orl1pTz6T0Vf46m2vUuolrve9&#10;zxp/w9pOpxM0fCRMwc3Nhfn+vtxFHH06Yy3ShjroX+sigj6aiB/vB95sfgnkWSQpIGTlVAP+vyD+&#10;ffmUkZ6ulBx6wVmWgp2jQvH6zY3Yf6/HtSpiNNPYk3ADWUEXP4BPtoI/xft6uWBGOmV80pqNK2A1&#10;EaiRwPybe07NiXknlMcYjHAAYEXH1Nv8ffsKc9NHUe5h0+x18YiQtLqv+VINv9f/AA9vGN27aSNv&#10;DIwJszBSCvF7kf0/r7qAzY6dBFMdM2T3DT08Uv8AlEEbqpKq7gaj/qb/ANfb/Pt3y3Qxlrg31KVu&#10;PqOD7eRCWoM9UZ1Xj0m4d4U8aeVp40W4v+4rC54PK359s1Pt+RagxRx6WViWuhIAtx728RLcPLqq&#10;uOPT9NuajWj+7edPGVGlg688/kX9v0mBcxvH4VVmFkZxpTX/AK/vSRsraT+fVnlULSvScj3dRu6y&#10;rVCRUJMkcTB5Ao5tpBP0/wBv7To23M0+kwM5J+ii6qPydXt4xMtKDj00rgnV0o23VjlpzKaqKJFH&#10;1kbS1xyAV/r+LD2+psx5Y18cdrXuG/F+b3Hu/hkCjCn+r/V69OeKpAp0kKjs/E0krLPVJYn0shBD&#10;aeDx+Pbxj9kshHkjvxzb9IA+tiR9fdGic5Hr1TxkB49JXNd04SGNhFVxo4vZW5kLf00ITcf7H2pP&#10;7pUjotgodR9NPF7259uG3cDUwx1X61GxxPQYt3rPDWSQmGV4nbUJNQF0XkFA30B/HP8AvIt7a22n&#10;pl1LaUauLLpsf6A/T3RowDjrXikmox0uKft6inpQJ2+ydowf3XuGFtVyBzf25QbdjjsZWVSSOAD6&#10;R+A3+PvawM+eA/LrfieXHpN5HtkOrLQQSVPjBs4YfuWNiY/8Pp7kvtmml5Q2kX6MwsD/AIm/u3gI&#10;xFTj5daeXSKEdJ6LuquomIqaW8LAaolk/djJP0BF7f4c+/Q7cp1e8njLfkAXv+D9eB7e+lAHH7Ov&#10;RysB1ir+56uWM/Y0lYUH1eUCNYz9VC6Ddjx/sRz75DaePkcsI1Xn8/T+pHH+t7TSIvr06HLHuHXT&#10;d4Zujp080byMVuLAghQvDhWFz/iD9fbkNvY+NV8kSWj+nAvb6c+/Ii6aNmv+r8/Lq3fTHHpIzdxb&#10;mragjGSTAzkCRXErIG+upbXIH9f9695Vjx1IGEUaA2P6gDYfge/eGgNethW4E9eev3xuBojWVUwg&#10;1qQKcyLdtXLG3PA/r+PcNVpHlDmKBWP6AFFzz9f6e9+J5V4daKKua8elO652moJIBX5KZQAJpZnJ&#10;CE8WQjm5/oPbwGp0jMkrRgWPp4/2Fj79HJWtPL18+mzArZHQa1dJn6isjosfBVytJIFaoGrSq/2i&#10;yngi3tPHPY8StEJo1AJBH6vo3Nr+9yzBjjH8v9ivr02FAbOehWpestw/ZRVNQk1TOY10uGER5Xhb&#10;L9P9c8n280uQxssYdKldRufSFAFh9OP8faWS4Kt/q/1cOlJiBFekNmNkbxjqDDJjDLTgAN5JZiSX&#10;awZVsT+f6D8fj3imzFGg0pIrm5F7/W31JPvYuFpWn+XqrJpFQM9Tsf1fnqifyVcawxhUYIqaLAfR&#10;UT8/1ufz7SOQz6rIAh41G9if9uL+7i5alBw/w9aOPw56HHb3W0MdMxqEUyeNQl1W6G3P+2/x9qHB&#10;5ymnKpx5B9frf+lvbE05QAkf6vn0/GrvxAp0GPYvV2QmiqJIJnEGgWJ0KoI+ukj8W/w/2/tRyZEK&#10;9xpsOB/X+vuhnUR09f8AV/xfWxBIwwOgjoerzUoRKZidJ1AnQNQ9Jbk/T8j/AA943zZjIsTp4ux4&#10;AP4Fj9fbKToQQcGp60YiMHpxHSVLVEPJCrSaF0RBNZOn9bFgCRx9fcYZxpoZkEgEicgDj/XN/b5l&#10;CyBhwP7eqrEzOTx9OnNelcZQ11DUtRmSB9ETswuiEG6q6jnk2Jv7YKzI1Sw6oywbnU5P5I+nv31i&#10;0oOPoP8AV/LqxhcPnoWsLsHDfeaaqnhaEFRHGsa6SBck+kfgf7D2GecymQinAZnXUovY8tcare1A&#10;bUNXTZQqcDowe2sFhlo9NPDCUR202VRp0nTxb2l62ryEdN9wXkJYEaS+pgf9YfT3tHGadbdSV6V9&#10;PS0Al8SwxgpzdYwA3+sfbJt7L1xq/wB3WrK7aXLGzLqvYj21I3Gh49NxVL06l5Cip6ilkjkjUoVI&#10;I0g/j8D2PkG4paagRgVErpb1MSAun8H/AIj2gPeQ5PA9LW0AY6LtkOucdlMxMssLtTq6ufGqIHkB&#10;sL8WPtBZ7cUlUwM8tg/pTTe4/HHt8MQKeQ/1cOmyFJp0Ku1dn47BQeKhpljAOpiwBLk83JHtjgWo&#10;kV3iMjjQbfg/1PH+HuuruBB6v4YC1XpVzGmjskojX1AkEC17WAv7aoKWapq1GmRPXdtRKgEH+tv9&#10;69+lcqpr00qd2rqbJMkUBbUhGj06QCT+eLexNp9MYWF5QP2VNmuSxP4W3tGgqKjpQzUAAGOg7rme&#10;RjPHAz/vMvo0gKF4JN+Lf7z7X1FTwtinlZEGheW4uQeFP9fZcRKbo04D/UenWoYq+fQS5rKGmz1H&#10;QpLMZat2ZUKuRpjOp1H4+n0ufYd1KOKp4YXIEr+rgsvP549mzSUWp49MKpY46F6hKPRxz1EdzBEN&#10;NiqvcDlOePaH3MamjLKQ7OrDUpAUn/FSf8Px7UQUdempiyNTpX4V4KiBZYtBRlOnS1+PyrAfn/X9&#10;qTYonyUgV2kKBdSqwsvA4A/x/p7SXBVWzgdPwsp+LpM7+q4sVi5atUUuNIJH+csT+R/T+vsXaXAN&#10;UOBKHBZxYLz+bKT/AE/2/thpVHw+Xn/q/wCL622kvjh0XPN9jU+IpXmgNPIsUDu4dtNjpJKL+SAf&#10;9h/j7VabBw8kkNRUwkyx6fXwGYj8sv0978aSVdK59P8AV/qPz6sxUcaY6KPn/mZuLBnIUGIFJNCZ&#10;JI1SQylIgCQRG4s6kfS3NvayElJQQx0yOsSIukA21EjjgKP+I92t7PR3sOP+r/V6dMGTVx/Lonee&#10;r98duZqtzjU1ZkJmJaSRNZpoVJOmOMyHgfkfknn211+Xgii1xOrWY+r66SL2/Ps1t4U7hIfLh9tP&#10;8/7eHTbZJp0/7K6R3LlcxHFlqCSlidfJCjqQZgCLsAePx9PYb5zc1+EdrAkXFyob83P4/wBj73JL&#10;ojKrnqqq7cf9X+rh1Yx1B8f8bgFSeekiaokVGbyKnkZfwI9XPtFvmxIG+7JkiAuEZboQTewI/wB5&#10;/p7JiGapSvSkBUXPRrafasVKY/4dHFTVBGkzRsFkUgAAFbW4H+HPtOV32NQ+pPBTxyj/ADbP6bj6&#10;EX/3r26rSBKdeOlgD0rcclbSpomaerkgP+dEY1kH6qdP+294ZJKCGkIjZWliYX08hg35De7Ro1SW&#10;4f6v9Xl15igWi8es6CvmrFMissEqngmzIV5syD8fi9/bTPmZ44WCEBWsrW+tvr6v+Nn26iAPU56Z&#10;LOR05Jiad3RnW7Ibrf6X/wAP+KW9rjr3K0v3TCotIAL/ALnqsQLjSCOfZbuKyagV9f5dKbaQBTXj&#10;0HHa+BrK/ATR4+aSlncBVeBjGxv+CUI4P559q/O5uinkMKuAZLgOSV082VVv+P8AD3eJPDj10wfL&#10;/L1UmrU6DHYeyczi4IpqrSWplF0RQxn/ALTPIwsbnnnn/ePYRZvE1q1XliGpCeXQ+ki/1YG3tWs8&#10;bxUXrzx51Dh0YvC5KlemWGRjHIosI5AA30+i2v8A8V9vtEz1CRU0bsskaeNlZw6srCxAH0HPtOs/&#10;0o1n/V9v5f7HXjSQaOHTRkqaNZJqmRFeN3Eyssel1ePlGDfn6fX3Fym1IMeySVlRqJ/dSwX0n6hQ&#10;x/23swiuTdQ64xj8/wDV9vSciOE0/n1HxG8Xy0k8FHSlWp5Pt5BISp4NmZk/3q3t/wBv5OOKIRRs&#10;GR2s2oAgfjgX+n9T7JrtHqR5jHS+J1CY49QNy4UVsqVE6lZIgXQxllN/rpLcH/YH3j3VuuaiRRGH&#10;eMJoIS+m5/qPp/tvZht1mgh1PxJz/LpJczsMDpt2xsyjqJpaiZEEgk1xOwUyBCCPQfqBz9D7D2rq&#10;oM7RkCUipctdJBZlI4uh9r1KxMdXDpOGEgp59CVS0kmLn0rGopQFUOl7n+usf4e0dTYyppPJSlZG&#10;WST1arglSbekA82+vvRlAJYdXRCBppjp+8kbAOGU2uRzxe3tYw7Xxr0uryzQSt+ppuFP+IDc+0yy&#10;y6tJFf8AVXpQY4tIB49MM+YqYqgqkEc8Q/ERdpBzbkjj23ZSSkpVix6SNMulQj3UMJPoSq/ke3go&#10;VC5weqO4aiUwOnCiM05NTKghZmPouT6P7N7/AEPt8rcLOMNTzUjCSSONJGDckH6gkLz/AK5Htrb5&#10;0l1o/H/UOvTJgFfLppXLRplpKWoBjWQlIntZGIFypb6f7f3mhq5MxjFxUy+SeEHlVtZiPpcC/vaB&#10;LSVi2FbrylpV0r1imo4sfkWy0TBElVUkDO2kqp+uk8e8g2hW0mNElfqpaYteNE5d1Pqb0/8AFfbS&#10;zeKx8HIzU9X0eEO/9nUSPeeHrMo+Ox08dZXQBfuFBssGr9Ku9vz/AEH+xt7S+56qiXFLAkelIdUa&#10;TkMGcni1/wA/63t+0QIrE/n01OQ6Dyr0oqGGpFTLPNKT5lUmEEaEtwLD6/7H3G2xtGuqqaHJmZHo&#10;2sWCOpkQsfr4wdXH+t7TGZZZdCVqOrC3IUSA1B6w5PP0ONlFJMziqljLwo0Ugjfj6ea2kf61/akr&#10;ooqQ+H73Wt9IWJCJPrxrQ8D29oIXWRT7eq0UeeesdDUSVaeU0hiJ5JkdGT6WOh15/wBf3krIM3Fi&#10;XrKCJ5ESKS6ulwyW9TaVP1/1x79YPC85jrRvt69IrohYZ6wPUYk1yUtVJCszyIYwW0ky29CBiPye&#10;BY+w12jmEzeZbH1RWFg5Enl1Rp+qzFW/p/j7U36vEKjpmCQO1G8un2tdoKSaWNHd4oyyRxrqdyv0&#10;VQfr/rexv3GmMx2JiXbkyrVwKDUiOQsGP1Ok/wDE+09jCjo31GXPCvT1wzt/Z8B0FO16rdWTz2Rf&#10;dFDGuHlN8OGgCTKlrMtSCTz9Le27C5jG7iw1Rjc1NMlQ6NGNeiyal48hPPB+nPtLGk9luGsCqHj/&#10;AKv59W1xvFof4un3PYzJ4urpsrt+lpZBC6NUU7a1eWPV+6kWjgEpcXI/p7T+A2vBgMfm/JVUte0+&#10;o0UCH0lASGJH1DW/B9qzLrvh5LnPVViWOAqDUnp0rMpUVk+KSCnrKSMzq9bJJHpMIKXSO4urC/6i&#10;D7V/W1fUU0jwiMwIzkywKSVY3spj/wAR/j7K9yK/UK48jx/z/Lp2BOw/IdJntHB0mZwc6VCxyyCF&#10;hBI4X9sg6jdiOBx/t/efe0tBNONTyJUC+tr6HNz9I/8AH+vsQLMHtwSK/wCDpjQlfn5dMPVONy2L&#10;xzwMITQXUUsaWcRxqv0dgeQT+m34/HuDtygrkheelqHnTRIWWciyfT1vGx5t9fZMzxGahFD+zp+h&#10;Uceljumux4EVNXxCIvLEiyQhizHVxGkqjgk8fj2MODTDyijEkkJyMKI8lRpCqT9Qsf8Arfj2jkdy&#10;jRTHtY4/1f6uPWtVWqAeisdiT9g41svkMFj6mpwMsckUWHjmvPJLY6qiXUCArC2peL/Xg+4vY2Ty&#10;FJj3qaCQskS+sqfwF49I9irZbS0hsdIILH/B9vH/AFV8+kU7OZPXoO/jXjaTcO6sp/e/DfY5R5jL&#10;RUc8J8Ys2mWWOQ3U8cG5v/vFg06zyT5N66fNUaPTRRzSossf7YmJAV1e4+t+fZLusUr3aLAeJFfs&#10;6WQ08EtJg+XRv+2aabH4Gli2/XVGNylRVU1NHJSMklS1Mh1SRrFIGBFha9uPx7d5MQN8V8uNEUEd&#10;JSsS0wcxLGim/o03v/re6384s4xFEKs3p1eJQ41SHA6aYs3TdX7aO4MzWZCqmqYkMkEimpnnnkHp&#10;T1WsSfzfj2gOxtsYiOSkxUkr+OnaNY6mBPOG0+kmVDyPz+fZhYJJbWREoqxzT7ekspSWXhgdLfrr&#10;d1TvHEtnxST0kVaxYUNcvgniK8DxsoKspFjf/effCp23jqTAUkOErf3pLiV5nEbA/wBrxKSbW/x9&#10;oreahkeQU9P8n+z0oKKwCpgdP1JlsnJmaunyNAIaSKNDStT+SYm7G5nawF+Ba3t6k2vQNi46WsqE&#10;gmMYmp6iX1EOi3CFl/BP+PtqwuZHmOKqcdWnSOgHn031W4auKu81BSTV0MUiw1NNDpRvHI9jMqyW&#10;N0+tv6ewPzcuKoa96tDUCrpiI6zRIRFpuSjoDz/sD/t/ZxcQtJHp8xw6Ra1U6gOHHpdwl2UMxGlg&#10;pQWswBF7Pza/+t7GvZG7MItIXSmpnqGiXTUqdLuClzrH5+vPskltpGYeKxIB6VLIrpgdB5vTbWWz&#10;Bi+0ylRDRlj5qUKrqxJupSThkt/gffp5ZarIVU70ZFEia3qQpKyM54iUf4f1I9qrgFFSOE9eQEHv&#10;GOnKgiipKCmpTV66xgI0ikkBkXxjSzm5v+P98fa32hgcTQ0b5Xz0z1NVJMnicFSkUy6USRXvY8/X&#10;6W9k1zJcS3QoCApyf9Xl0qXQsdBxPQc793Flqqqk29HjqxYI6enqkrIijiWop5/IWh8ZDHSQps1j&#10;/r29hLu3cO5tvT1eFweOkM8k2mkjRCYZFqDc+OMcG/5IHsQpDbw/44GrUceksjysoRR0IeIocPuT&#10;F43L10cdZIIYpXM9tcFRBw3la+pWQg8Ei3tF4/Ab6q6Kpkr8eKGjikMtTJVDRI5lb1pAn1a39B9P&#10;aUTiSUmM1J/l9vp014clKSY+XSkfM4mOpp6T76mapqbrDDFIJXKquu7eO+lbflrD2MuzaekwWNp8&#10;xhaVdSu0GVMmpPtpWU+GZFf8N+SPaF7c30rRzfEuQP8Ai+laOsaYwp49ILeEiZSrqNr5afwU2Spx&#10;PiFgJL5FISpr6aXRyCvFgf1A/X6+1ZFk8YMVk6tKKGuqp51asppESUkauJI2b+t/x71Eksl2Y5WI&#10;CLjjmn+r/D15mAUeGOkhkcBmjl9t0UWSq8VjqOGYUdbSztAA3g0rR1ECgXUAXFz/AE/2OKHNQ5yu&#10;q9v1Ip1qv4a1XghJGjzQSpDqURqfpYXBt7WWqrbzxLIaRO1GrWmf9mnTcpGhmXL9Nub28+z8ZT7z&#10;xPmaSPL0kW8hTztAmRxBr/BW1MwS2pow3ku34v7Ljg8tWvVZWLeOXnwphzMtLG4mRakRxNYVCxSG&#10;xQm1ufpf2v3O2McpEC9tOksElUrMaGvRgJAv2Sy4ulpKvVAslLGXWCnmRlDRqJlVrBgeG0n2YfGb&#10;+2Vno5dn1clPJLJRLHBUOV01ronol1DgMxF/r7IbOK62xzcK2tJPiGaD8vP/AFU6WvItyQi8Rwr0&#10;XvefXm9IMzht8bbybU9Zics1XV4mKzq2Lq/262kH4kRVN1S34va4HuXX4vFVGFpcRm6ZIsNLKtTT&#10;tSvpIkU3NmW9z9LqfqPa2znaBpJrcagxo3y/1f6vLqsqCtGORw65mty8+5K/L7Zrlm3Zj8acZV0O&#10;WjmNJPTs5qKbywIVKjXcJKp+pP1Fx7L/ANhbPzU9NNgsbNT05gqmrMQkLiGjr1UeSJfKLDyGMcoT&#10;9R/sfYgRLdYi6nEg4+h9Oi91kegbiOhl2zuKjzWJp8u0NTS1TQpBk6aqjZavH1UMhiqIJorX0LJq&#10;0yKCrCzX08iRB2dnKPY0GKXGVVDmcBAFqpJIKhmeHWFaVlI5S/0cceyra7RLS5m1muvI+XTk7u6q&#10;QMrSo6jVmx8RkdxSZ+ub7xKimhhGPmCNTLPACFqIiOblSQw/PsXtq70zuSwNHQ5nEVdJuCnEckUD&#10;UwC1dNN6hVU+kG7Ff1A/4+y5la2upZEk/Tk45869LgC6rjuHHoOM/wBbba/jU2dppaGHGyJJTZGb&#10;7vWKWalBEdHPIXssSPYhLgq3BFvYf9jVtJTZ0QVGUrcRPXUktNTtCddHFkmHmppmhezKObMR9APZ&#10;6pQ2cczCmM+vSOQHKg0J6XewYpk29F4zBXRJVNFBNOY/uHo428MgeaEFXYFSyXtfgEj6+wzr8Nlt&#10;v7XrsvujMPUyVc8a0EdOyzwMyNb7tpxY8sQFXg3+vvdqI7mRpY/7NePTM2qFAHNSeljDkYp696Cn&#10;UE0sAkqy2qJqcyECCFYmFzqF2J4AAH1vwIPSNRWVlfPmxU1lJk8dDFXTUEkssSV9EGKzSeOQkWt+&#10;oW/P+HsN7z3yrCgwTQEeRHS63/sWZuP+ry6SHZkWJrtr1mDzlFDVYvcSSYOV54Unigqa+MxUbeJg&#10;fUX/AENxZgOQSPau7Mz26a3ApHg8ZV1M+RkqY4JoNLz01PUP6fIiC4RSACw+v1/HsU7MI1tXaQgk&#10;Yz69FcqOZaDpEbD2VtTa+brpUq6WCajpcVBNRMRT0P39FStF/Eo/uGsZWRrNYnTa3H5ybA3rJW7c&#10;xO2txfcfxfGLPSZRamPXTiGQEfaz1b8Aj9RANx/T2FpDe7ZfSXERorZA+fnj5/6s9GgSOdFVhkAA&#10;/b067m66x9VlMjubFwU9NWZCLH1X3dCXFWMlQsDS5KnjjHjd9GkXPDD68e072rtXb2y6bb8+26Gr&#10;27NUVsNWctjDNPTtV/5x6aSnvZ1ZWIDrY6f6/T2e7fOL3amv3AMlTw8qev8Aqp0mkjKT+H8IH+rP&#10;TZ1Tujcm58zvzF7pzWOyEeHroaKhwgx1FT1yYmWMxQ5Su8Bv/lLxzK8TpYMpsQOPa021jJNi4fI5&#10;/b1Cat8xNHkquZI5BLVrVI1kaD8lGdgWQXtyfZDCf3jfieZqNBn7D0tkCRxmBR8XH8+pO+YNs77m&#10;/uFuqVKemyMVbSmm8iaTLRypUNMtUvCEqsbKsgHPAubH31tbriuqp6rctDinpju6SsqamevkNLU4&#10;6UAotNU0sp9RWUfVUvp59u3u6JuVyxl7jGaEDIP+odNiI20elcVz8+mnePcmxOuqX+B5zcCRV+36&#10;DEyrQ01LPVS5agCKq1NKaVWVdUSuvrcKJPTf6e32rptl7BhpszvzMpl8xjADEwDU8NHLqvDAGDEt&#10;ZtSq7EauAR7XDYbncoCGbwoGANPxEEZofLFPLh59MHcEhNEFW9T0FlH2b3F2vNV0nTuyMds3adVV&#10;SBt47unSoNfStL4pslRYOBFt5Iyp8bTageT/AI4KLcmE7q27uybFs2NqkV6RXlRPHXKUPhdUPKsr&#10;WsGH9CLgcKbDc49sv02VgTG6kK3Eg+h/1f7LT2/iR/Vgnjw6xR7M3H8fa3Y+QSWo3xtVsvLFmjEo&#10;psjteTJIWyWWpoeRPSszM0gGlkubghvaCm3XsGbEYza+Yilrspi4JqWoFIfC6SqPAZamNAEe4GmX&#10;i1+T7fVJNumk8XKO1adeZxPlDmnE/wCXoeJdtdhjdWT3Bt7cmMo8RkpMfKMdmKFsn5qNISZ6anni&#10;eOSD1sZImLMF1FdFuPYE5jaMdNW5PI1FZE2D269PXbTU08LV1PTNOKiXC1olHMK3ZdNyCvIINx7V&#10;3UizERWwIRgTU+XTSx6O+TJHD/N0KtDJVNS0orY4VrnjUVxpi325nSLTLNAW5KMwGgMdQBAPIPsb&#10;sJXxZyHHZPLbVp9pxwRUceEpMPIaKHNYmpqHlkWOFOHWCZfNGPqA5AsDyHgpSF4bf9UKTVjmh9D+&#10;XSxa11Ng+Q+XSKhx9RiZslTY3PVuZkq/I2QlzU8GSOHyNPQxpTOwgWPwCen0oyFdJsHABZ9apy+3&#10;NoboxmYq8rW5PJyUqLLjMpi9dNm8PV0JLy0yJpvGPoDq4ZT9b2I3tu4TPuMe3Sr2kHHH8x/l6tdR&#10;qsHirxr0jcnLv7DnaibUpNtYG+eij3NjM25mxGVxWRIjlq6DJUrI4qwRqi0gnVYSIyXHsv3XmTpa&#10;vNxQY9KXK7vliyVbjszmaPwPSRY5jOJaiWVSZJnVHV2cHS1vx7W7vUVjlJMVaAD5mnSe1cEVQUNO&#10;PQvZkUyUDfdyVEWPGinqYKNWD1EVWwokgBhAkVdTqbxEGw/pwTIbihxucjpcphs5U1GdqxSw1dZi&#10;aSBFjipg8/iyFG1w0eoNGz3upPp59sW00iW/0l01dIoo8wOnwqqdUQoP256BDZi5/btblMLkdoUG&#10;29mY+prqnFrlMzJk5MhUVVYEknxtfLfwFkYyLSvH6tbetTqPsPanfOaTKYvHZbFxNK1Y7YoQVa5K&#10;rmjjHieGMAXVf7V25/r9PbF3ZlLRtBJQ8fkfX/UerwyEy549CvQbaw1K1fWUJalNZT+Gu0RCjgld&#10;D5RVTRaV9QBPP0sTx7Wec31WY6kwD0FNWZCt3BkGwE9dRU4+xw4r5x9lQ5wqCihSTdybXvY+7bXA&#10;kNjJdPxi+EedAOP5+XTM1TdCNeBIz/q9Og5k2NhspuHI0ObpqePD418ZuTH46pP3FdXZbHxMlduT&#10;FOsvkiRdUML6UvqtqA1jV3uum288A2XuLM4rN51aqiyNLQ1KMUqJFYxsKYG/6AWGonkjSRa3vVpd&#10;3CWkl240rKMD5/P9uerMsEswXiVx1y21LW5DOYrdOC2vV4Xb1RQZfGV000tDBVRU8Ui1NFVS0DOW&#10;dZHi9AVSVEmq49YKF7Ci2TDmsBSVVLWzUe0D9/VZWjp3FK8k8VoaWYreyrJa3+F7+1Nuko2cxqf1&#10;JDX7Af8Aium10m4MjYC8Olfs191V8OWzeWMdA2YmRMXgp3Wb+HU9BPLT/evURKpMlVEUkeOxCFVA&#10;JBN1vjMnu2fbmT3JgocZW4TGvoo46OmmoM3j44qbzMjtJbyLGTZGubqbWNr+0W3Q2l5fLt+SwFTq&#10;4E/LPy6vcl4o9bfi6SG6puu8duvCbX3dX1tLmN8R1ENDS5Gear29uGaJ46SpojSzl6eOecMraEjj&#10;ubm976gg2HvXLdkZoz/w98LWpWWyWcyLu1Bj4aZhJ97M9RpUNGV/zZ+twPr7UbyXjf6NQWqKKo4+&#10;n+r06rasPD1ntC9CJXRYjZe1alKTF1NRjcXQzLRYDD0YmrK0+NvHi8bR0qgu8pOlVA4uWYhQSBJ7&#10;HxWH7Ikx2Hxu4oKDPT5ArWZmjklenqqamh8dVUhackRkoPJdVADAfg+1NjM+3bb4N4lZCe31zwB/&#10;wdJ5UM0utWogz8+g22XTZ7YmPzVY2NyI2TTYalrNv7TaKiXOYad3knmwkM8zR+VVZ1iiWaclbhdV&#10;gB7wbM2pAqnbWP7Gm3HTYxno4466WmpUr5GuDGUl8pDg+gaGuGsSOfZezrtl0JLpNBkOSPIfM9Po&#10;uuLUprQY6UGY3VkMdt2Dc+Y2LX0NeKM1VfBQRjcGQxSxC8mtsekbyiNfWyi2pAwHq9JAmvzbdfdk&#10;Vq5OF8lVYuSCCg2vXwioFdPUOHp5qqcWCSKTqjZBzx+D7P8AfLNLq3VI20oRUsDmn+z0ntpjHUjJ&#10;9OlxjsjQbv21R5LD5ZZsfnMbFPSZfDyLpaKeP/P0TyhwObgBgSPoeR7H5u7pKLb8mR3RhZdstDV1&#10;NLClTTJLQu5Ovw+WwJD3+iLcD/b+w7Z7OdbJbtqiUVP2/wCoefHpU04jIaX4j0HFV1LharLtWx19&#10;TPPUQ0f30z5SrjrwlMrQ0lVD9u2nUo5RnFtQ4+ntPbpr8XvvBLv2PdNITj6WqgxmOgpp46GDLQwr&#10;UIkyTaY5AnpJupIBuAD7NrC8a8nOy6aKgJY+o/2adMzFYqTJkt/q/l067O27DsBjtfB4Gvmo6ytl&#10;yNdn67Lx1c9UZ20y1VU0hacvfhVIC/XkfnJ1d2dnNyU+LxuWizOazlJkxHalqUGPnxkyeqqqlQFC&#10;sV7FFsdIuf8AAPXtkm23bpakIjUwBksD5fb/ALPSlZRLHqcdw4n/AGes279pbfSgzWTkTAYSKXFT&#10;pV5ipoKYVdK6/wCZlgrGaMIeTZmYkNaw5PtVeSjrN2T7V3FvCMR7hopaek2xRBqmLG1JLiWGZYyz&#10;MzgKwLDgkAH2Z38z7bFDuXh6AtC/AEj/AFZ/1U6aiRboFK6j5eXD/V/qx0yU0ky7enze1dpxZHJY&#10;qemFFmM0aLFVG4qKKkjlkydLWqhZYdLvHd1UHQxVSpUld7Hiw/SO0xtzMz1+SnyW4p5KTIV9HTwS&#10;UxqyFjgWOIsYVOkkFz6r8W49kn0Dbzuf9YlqsUYFAGI1Uqcjz4j9nT0jtHCLVDn1+3oEu0Mbuzvq&#10;WbB7I3DtzH46m23U0e6aLVVZiKaoqmLRx0WVhFPFK0TaoWVB6NRLn1Koj/wR/wDnbn/j8/7w/wDA&#10;Kb/gL/xz/R9f+bn+8exZ+/dq/wB9Hh6eXpx6SfSz/PhTh5/t6f8A/c3/AM83D/zKD+4X/F6x/wDx&#10;eP8Ajn/nv81/tH6v8ff/0IBlS/Isb/k/n/XHvBsv+fXdr7etyRaeWxsbC3Fh+fzx/wAT7kxSxotz&#10;Ykjix+g96Mh4L/q/y9bArjpvno5ZWI5A4BJvckHiwP8AxT3PSsXTxyRx/gbfQ2/r7ZbzI8/9WOvE&#10;YJ6bmxkhks3AFyLXF/wQf+Ne8ZqWa4UXvYn8/wCw490AHE8evAV6l/aKlixFgCBe35/Pvmuph/Q/&#10;W5F/9497JA4daIANB1hYBSebrewANj/iePeVUKni1+P8AL+7atSUbh1sLXqI7qTck/W/FySPrz77&#10;JkBGkc8j+vP/ABFvdaj4T/q/1evXlArRuvBICCW+lrm9vpqJFj+f6299qsrGzf15/wBvcf09uBwF&#10;AHVyoHDrDL4FBdQp4IH0uQTyTx7cI4fSCb3sOSfx7ZdtRI8j1qprgY6aJKkRuBe2m4sQG+vF7H/b&#10;+8qQgG5+vNib/wCxF/ewKjHDHW8AdQ6iuawUEc/ULa30vcKPfTBUBJt9fxa3+tz+ffnYDA68WBPX&#10;KnE85CgizDjUTe551Nb8e2SrqRYgD83FjyefekUjPVCDWvS0oKPlS5v+G+um1voo9sbyPIbc/U/1&#10;5/N/9b26DXj1ccM9KSOGKEFrC9lJ/P8ArWB/PuOsRv6gTzfjkj36vXqYp1KM6gekj8f4fT6j3Kji&#10;0huT+P8AXv8AXj3UtmnXlWnUOWUtpuFAsb/n8fX/AA95GTj/AB/43+Pe+vdYlkFzyP8AAE8cj+0P&#10;fMxNp4Nwb/n/AG4/r7rqpjhT/VX061Tz64LKmsEg/ULwLXP4494/EVAB9NrEkck/j3tWr516sCaZ&#10;6zNICSRc8kW/SL/U8D/euffIQgi3I/x/rx9feyxPWusRnCm97ng2/p+QBb3jMR1cX/pbg/T6Dn3r&#10;A49ao3EdZhMumxAte91uDybXGn6j3y0AMb8H6/jj8e7ajT5dezSvXDVcC3I5HH9L3v7ylBYEH/eB&#10;Yf096BPl1s8KdYBJc2K/Qf7Fv9e/4498GY/Qfm3+xtx9D795dbB9OsioAwJ/x/2Fze/HuMzsLmxt&#10;+SDzb+nv2kHr1TWvUyNVv/iLkXFhzxf8+4jO3+pNv96/rz7tSvXiepyqvHqXnix+h5v7xcEi/H+H&#10;Nv8AD3vy6rU04dZOR+k6rHk/n+lre8Mp0Ef65/Fvx78DWvXuPDrPGuscf73/ALYX598VNzY/8j/2&#10;PvZqOq58uuyABe34/PH+3/x9y1U/7Aj/AIi/491qQKnqy1PUSRlYkAG4J5HNufzf3mQk34+n4HIP&#10;4H19+pUZ6tmtOo76VIAJsfoeAf6/T3mVibgX4uCBf/Yce/AU49eJHA8esDqBzweOCbWH9QPeQKbW&#10;Kkrz9TyLfT3rzNOtVyesepbghrH/AAWw+v8Ar/7H3ieO9rKf6/Tn+gFvfqmtTx63jrPHJYG7C1gB&#10;+Pxyb/194PGqHkD/AFweL3sbj3sMTXrxUnJ6z+UyAWIP9Rbm1v6j32SotwPrz9LfT6n3sEnrwbGO&#10;uOk3ub3+ovf/AFgB7wcMdNrf71/X3cigx1tyfPrP9Be9+bgfUkfS/HvzRgn6Dn6Ac2/33+v7qD29&#10;V09uevCQqR6r25uTz/rf77/ivvy0wJsBcf1/4n36ppx61SnXJqsixPH4sfpf8Dn3kSJlJ4454HH0&#10;/Pup4DrzDrG8yN9DZjyW/Fz+PcyOLjV9R+bfW5/HvVTw635cOoMs3Ni3N7jjg6fz7zxQs5sAQLGw&#10;v+L392NBnj1YUqD6dRJqhUHJFyQSSPqbWFre3KKAEAE/S3/BRx9fdAxyacet1zkcemSoqirXU/X/&#10;ABIY/kg/4e+bQ2JC8g2/BPupfV15hmvXUU1wGcfS/IIH5/P+HvEYbMGP5/J/Nx+fdQ1O0V632lcd&#10;SjNqUgaRpAHBuR+QLf8AE++TA8hQR/geefofbi0Aqf29UNBjz6wIRe7G/wCR9BwPpf6+8TG5IcEf&#10;4j6c/Qe9H+jnqpPnTPUhFAA0t9efUeSB9Tz7yD0lSeDb6EH8Di4Huhr5f6v2/wCry68aHI8uuNtS&#10;uBpIJJuDb/XH5+tvcqEgsbiw/wCI/wBh78xouergevTfUKbDTwdQBI/3s/7YD3zdGvcXI/JHB+l/&#10;z7pob5DpwdcIqiO2hz678ci1iBcfX32ae9ri9x6vr9D/AK/vasOA/wA3VdBHXFqyxP7n0PBHJvwb&#10;HT/sRce40lOq/RP6k24HverNDw6ppJXUOp0FUXXmS5J0jWTf+g44/r9PfSoFVSAbEg8/Ufke71bh&#10;16vr10z6na+m/wBOPp9bHn+vB+nvHMVIuf8AWseP9Y+/VJ6sGwQes1MpB9PBve45NzyQP+Ke4jxh&#10;v0sLji3+BP8Aj79q0/F1QVOPTqfHI4/UvpPqJJ5BA+l/+I94lg+ptf8AA+nH+2/3v3fUMU6tUU6z&#10;PU8hdem1/rex/wBt/r+88NLqKlr2B+luP8BYe/ZqacT1UueodTXiONgGW1iTc2b/ABPt5joBwSpt&#10;b+nP+F7e9ZI+XXhqbI6StRm1GqNJVD3tyw/P1sP+I9yioj9IAuABY2sb/wCHuygNx4dOqBSp6bjI&#10;81pA72dtXAa4ZeANX+PvoIGOr6f4Dgf6/uxGaDrxoBgefXXmZV0WLcC7Hk3JtY6vcuN44rAv+Qfy&#10;Tz/j/vPvTMacOmmrUnpnnpp6tyVQ8Af0VRxz/sbcfT3wqK5FuAQOPwOTf/iPbBLMPPz60GNKdOGP&#10;wbAhpASW0m5JFgBYf6/+w9p+rq3u3NwQQfyTxx7sor1sAkdLfH46JAllsytf/C9/8f8Ae/aSqgxJ&#10;bkc/gab39vqaCgPXiB0uaTSAFsv0/PP44+nuEoYkG1wG/H9Tz7uuGp6dVzWg6nOy6Dza44B/IB5/&#10;x9u1OTypvpt+fp/r29tk1HoenEZQM8emeoABDCxsb/1P9Pc+nX1HUeR9OeL/AJHvVR+Hh1on08+m&#10;yrY6RZfr9Rbm39bn3PaXSCvpBt/W4H+sP6/6/upFet92qvTZHBq0sC1r3+gBIvze/tvacgm5vc/T&#10;/eOfe9Pb16uOnRadfSVFrDk3sefoB/sOPeGSfkEG9xwCP8P6e/aevVFKdSYqcgWZdIB5P9L/AIv/&#10;ALz7hyTG3H9frewt/sPdgAD1quKU6nRw/S/PH0tc8/Xn3CMg183+psTxx7fVWK8OmTnqYUGkWPIs&#10;Covwbe58EqL+oG34+tvpze3t6hC9WHHpmqYnY+ki9zcX/wAb8H/ex7eIZQwFv6AarW/3r2klUjh1&#10;cFa0PTPLBYtr/wBVcjUTb825P+8e4lTqIbnkA8X/ANh7bVqY6uSDjpzpAgKcWB024+o/PthlazEs&#10;fp/r/wBf8PbqtTPTRNelFHHdAFuLm3H4HvlTyKW41XII4va3+x97YnTUdbqRw6xzxMFOqxX6+q31&#10;/rx9Pp7fYkdwADe1zf6Hjn23Wh6tQnPSendI2ZiP1EC1v68H6f737y+k/hT/AFJ+oI45t78A1MdU&#10;GD1hOq9rsD+ALepT/if9598wEuAeQbAWsDyP6cce9l6r8+vA9Yir2LAldILckt+bC5+l/wDjXtxE&#10;Uap9bgfT8W/N/p7aqK9PIQoqemsyzvJxZGa3p/Vf8H8/4+22Uoz8AHn88LwLEi/vwHWmYceniAOk&#10;YuxuB9RybfWx0+2+ZlUsq25Nrfgf6x9uA1P+ry6rUHpzhRioc3uo+vPN+QW/r7hH0sefTe9h9ef9&#10;b3fUaV60fXqcAHABVg30v/xS/wDvB9xns7E3AH9Pz9Pxx79U0+3rZJOT1LjGlACCSP7Q/SP6XF/f&#10;CRVt6BZh/Tm/+ufeqYr1WuKdc42YmzG4N7Ei30/wH+39wJJGYFfof6/gf7b35TTrwx1OWMCxJuDx&#10;b+p/HuK0pHDAX4Av7cA1GpPWuHWXQObcfk2/29/fMSWW2r/arcX/ANh72y1NVHWvOvXELyb/AOt9&#10;OPp9ffZld20q1hb8/S4910jTjr2OuhGqi5Fzf8fjn8e8J1hvW31vcgn/AGI9701HXqgmnWQWP0+g&#10;t/sPcmICS1mJIFr2JX+p491OoceHXhk56xOdF+FHP44J5/r7x1a6Rb6H6Fvxz9BYe3Bg6urFcYz1&#10;6Biw/qL2A+h+v9T7awjC9mb+pB+nP9Le3SWoOm6Z6lXW/IH+B+vH4v7xqoY/qN7/AI/Hv1XHHy6s&#10;RTiOuZNhe1/9j7y6SB+Sef8Ail7+76gM9UpnrhcE24A4+v8At/p7zxs3jYHkX+o+t/x6veuNM0r1&#10;YGnWNgNV/wA2/wB4P9B7wtKgY3ZgDa4ve5/NvdhHVaHh16o8uuQUnkC/++/x98JZCCLE+q1uDz/r&#10;n/W97IAXSetDj1yRb8kC3+vyLf4e80LsSCb3Uj8nm39b+0xJGfLq60BqeunC8gc3/wBhx9Px7mMz&#10;yWBuygfX8C3P0P19tfZ14nzHWIBFuRYf8T/t/cSZXUaUJPH9Lfq/HPtQgyMdVr1kQr9Tx/T6n/eR&#10;7wNSTOlwpB4v/rj/AB9u4HWiK9chMgJuw/2JH594UEgvGV5BH4P1/wAP9b3cLip6qDTrmSv6geD9&#10;Bxz77CSksrFiv4H+t+Db3THWq1PXd04ICgn8/nni4v79oZ/QLg34H54/J97Arw63jrosFGo2t/Xj&#10;/YfX3njppSLHmxtyQGv/AI+7fI9eDU6wvKi8j6/4X+n194pYmsbg3X9KkHTf/jfvRFKefXiwpTrI&#10;jj8G1/qeL/j3HKlmRdLKT+ACQT/r/wC9e3QDQ061XrncAE3BH9b/AEFv6D25UtEWcsyWNha9rW+v&#10;uujFevAnh1FnqlRRZr8n6Enmx9zZcc7qBa62uLcG/wDW490wpz05THUaOuiv+qxH1t+PbNU0MwYa&#10;dRt9FseebfX+vvQNfP8A4rptsdOEU8bD/A/kH+ovb3Mo8ZMsVyihTc8jm/8Ah7saE162K9Rp62EP&#10;o1c/SwP4/wAffUmIaQk6GsLsCeR/vH9PdinCnWiRivXa5CMAAuv1tYcH/ef+Ke48WGmZxf0n8Ag/&#10;7D3amk9a88dc3yEKqTcEc3IP4H1sPb9FgpmsrKfxY2/3j6e22kXzz1YKfPpplzVMgLKwsP1c/wBf&#10;zz74yYZ6c6ApLXuODYavqbn3sd1Tw68RmnXKHLwzqH1Lp5v6geR+LD3yfEM9j4mL6/qRf/bj8+3F&#10;Soqcda4464/xeFLgyppC8C9r/wCt7kNg52UKyXXgjj1Aj3ui0r1ryr1FXP0mo6ZFDXsefSR+OffZ&#10;wVQga8YIfhCOWAv+T7uPU46qBqHHriu4aJyAswul9YNgDYXv/vPuFVbXqvFzF6WFzZTz/sPfiDSo&#10;HXqY6y0u6MXNMY1qYy68adY/33+++vtoTbE+s+jSh021KOTe3HHvx1UqemipJr06Nm6NR/nFLc3A&#10;PIsL2t7WuF2fLa4i1A2BYpYD/D+nvRznp4HSK9ITcPYOLx3olq4onAYhDIoZ7cAgfj28VG13IKhT&#10;/Qrax+v9f8PbiwsKDqrMpHTBSdk45iHM8ZVh6W8i2ufwAP6++qPbE8N7Rahe4H6WH+391IrnqmoD&#10;geudf2FipLKatI7r+oNrW/8AyD7UcO1gQp+hYetdNxyOfqPegoYmnl14yEgjoPcj25TUnkEhUqj2&#10;jl8mkNYn6D/Ye5kW0YgwugcqdWrSP63sx/w9qkUFQSOP8+qeKxXHl0j8j3zTxq5Wp8KMhUoXuQbW&#10;uimzc/63tRUeBhiZdS2Y/wBq1rf0t701uQta/l/q/wA/XhMxoOgd3L3nUTxypQB6hFcgKDrLc+q/&#10;P1/1vawoqWljKggGwH+P4/x/339PaGeN0jJX/V/q/ZjPTqFmNeiu7u33urMyytG7wQtqLJEttOnl&#10;SW5IuTx7UqNCq2W3J/2IA/x+vH9T7J6tqyKAfsJ/2f8AP0uGTnoCsjRZrIPrqZamVnPIJkY2J+g/&#10;x/wHtsyeXjpUsjDUPqQfz9LWP5+vvcK6mOvzx9vn5fl1YFV6F7rfpevzs0FTXRusACymLSx0oWtq&#10;cm/+wtx/X2F2Y3YRKyeUEn9NjwfaqGIKxLDgf2dJ53J4DqxHY/SWLosZSrHRqI1QaiQSW1AFm5/J&#10;/wCI9pRqtciQJSsmolmA/Ut/1WPteo7wTgdJqmtWGOhiixR2/A4okaAQoEjJHocKNKgqTa9vz7k0&#10;m34Hk8qsrLb9AAuCT9T+fa0otAf+K6aaWhoOkzmexquhhNJJBLHICSZ2vZgFtYG1gf8AD+nvLU7c&#10;p0cSeI2IB9Jtz/rD/efbxt0ZCQeH+xWn+r/BmqyPpqOPTTh+1qmqRqZpY/KGKlZFPC34Fz+bfT/i&#10;nvA2Djql0sqoYz9Tzf8A2/tP4ApUHj1ZJ6Hu6fjv9sYTITJOsyfpjH5Fv02/1/fOHbESuWJVU/PH&#10;B5sOfd/plFPX0r/h/wBXn1ZpfOnTZXdusYdEUMskxOlLata3/FvoP6c/8b9z2xNIpCIQdXA44/x9&#10;u/RqRXzHz6YaWRsgYHTBD2FmWWSepp5UVASwF1c35UeoC/Fr++cW3qdm9WkKTzYcEfT/AFvbHh6a&#10;gj8v9X8+nFkOmq9YMh21VU8IMSyyTgDRdgW+nN1Xkc++b4mkpdUcaKFYm1rL+Pzb2+I4tNf2/wCr&#10;/B1Srs1TjrDRb7zWaEVRUlo5Y20lCXfi/wDZVhx/r++oaGlGryrFpPHP5W/uvhxgUWv+r/UOnAxX&#10;h59Z8luXNuIvs3qTIvr9BK+rTcA3vx+Le58eHxjKCKeMg/2rc3J/qfbfgoRQcetiV9VPLpG1nY+8&#10;6WSQvWyR6D/wHIFgqg8WuCf9b/efcpMbTUguLG49PpAIX62492Fq9c8OrOadMDdl5TcTmFIZY3jb&#10;90PKzCSUnRci54J+gJ9wZ6inJKRopI9Je1j/ALf24qfTtnJ6ZcMw0jpZ4rGZqaIVNZVzwq4V0pQd&#10;aBvpYfUHnn6/7b3KpaeKYAmCNWPquoGs2/x/p7sZYy4I8uP+r/Y62IXAoD0m9yZPL4gS6crVSR2E&#10;dnaQwIGPIZUvz/vXvnVQxhQkkSm5unA/p9D/AMT708yBu00+3P8Aq+Q62LR+Neo+2KyuqC9bBWTq&#10;qofuAZHQ3DclQeCDx9P8PbZpjiWS4jjtYWU3J/1/+K+2zMDgip+fVhCQKdCEFq6ySnMctVUh1b9d&#10;1VQBYsCeL3+gt7yU06s1o3S3+wtx9bH3dpsUPVPCBYV4dN+ZwUiQl6mCpY3NmuXb1/pFuPyLe3f7&#10;2AKF86hrfU2sLC17e2/GAzTh081shFT0Gn9yMpNUfcjGzGIyEIoLkli1xz+P6f4e2uTIxqSyyjSW&#10;sQP1Efkn+g9+a6Mna3l/xf7f9XqetRwxA0Hl0IVFsBwkYkoCZxEW8jteBXZbLH9bk3495hlKP6CR&#10;QFBJAJvf/Ye05loM+f8Aq/Lq3hAmvUU9fZ5wGeAsdaql1QxiO/q1Ac/S3tvqczSoQDIvJNzf6D8H&#10;/iL+2vqWLaRX/V/q/wAnThQAVp0sMP1vXaHYwqmheFCgFiPr6rHg/wBP6e5EGdogvrYED6WN/wDY&#10;E+/eO6nGPXrwXUM46Z8v1VlaqQeC8cjEEFkAAK8n0/0P9T/vPvHNn6MMDEms255taw/Pu/1THDN/&#10;q/l+zqmghsDrJj+osr4PHWVZiS9+E13P5tx9b/Tn6e2+XdMdPGXIF/xbgL/S/ujTa+HXqMDqpSnS&#10;opumYamdI5XdowoD3cFpTaz/AOw/I9o2u31P6/3OL+n6AWH0uPehLTy/1f6v59OK6nI6FTE9O7eo&#10;wmmjiDKOW0LqYnk3Nvp/sfadbdNbPMGDvZzyBc/UfUe9azpNPLq2Sc9LuDZuIpYVjWliAQXB0qBc&#10;c+1NjaqulZJPI2kDnVe4B+p/w9pfHodB4149O+EHX06T2axOJjhljNOl2F1CBbFh9ORa/wDQ+8uS&#10;rqshhF5HUCxYkjg8ekH2rDgAZr/n6aZSMDy6gYTC45CjzRQxSkgqiorBQD9Gb+v09hvUjIB5ZU8v&#10;pJJb8W/PvzSKct00I249CnD9r444/wBr8WXjji3++Pvuky1TFEi+SQ8nV+Lf63th2DdOglTTrjPj&#10;KaVy7xRk8AGwJ/2N/b3T5WRNJmZ/UdQubhQfpx7YkRqVHTmK93TfNi4HJ8aRiwKGwsSbc8+1MtPT&#10;1VO1ZHVAPpGqN1BRiTwQR9P9f23FKxbQfLpzQjLjiOkrNUVNFVRUT0ReN3OiaN9LoFH0YH6+4dPX&#10;LjpS2vSxsA1zb62Gm/t2VlcZ/wBX29VVtB6m1OM/isHjeMSJe5ja3PFrkf6/taUu4AI0ZyhDLfyu&#10;ODf+l/8AW9oQGNV+zp8MQvQbZPYsUkzePyKUY3giYrYKOLslvzz7YcrnlYP42DAkNZbfj+g9uRQu&#10;GzgdMsRXHSvwm2RCsXlTS6KULvqB5Nrsf9b2jG3bUwzhY5CjavUSbhB/j7WeCrqP2dMeLobpYHa2&#10;OmiZZoEkUj6EW1Mf+N+1Pi9yw16hJRc6+ZdX6jf9Sj2ilhZGqDX/AFcP83T6zasjpO5Ha5o9UtIw&#10;UBNIhVRYLbm7D68e82ekxyRwygrJMyi+qxKj8ED2otvFdSCcDr0mhFq3UTbkOW81TC6GGnSQlCg0&#10;K7D6i4P+88e09Stj6xWgdQWNwrE3bUOfofx7eZmi7geqRlZMdKqqXI0zRzRtdQQXS1kKHgm/11e2&#10;SrxrwziaJAum4KRoAWA5B/H+397EocY49aKGM16d6asSWLS7A3AOp2uLn6g+1LiKKfIhV1ED6XIY&#10;/wCw9sPKI8NxPl/q/wBVevKK8ek7nK+mxStMyrwtyLhb8f19tGfwr0pEySvU+PUPGigFD+QePb4X&#10;WuoefWnABx1OwGcjyCmNoDSn0lS5usoPIZCD7hYivaOzuZI/GCBrstipta35/wBj7ZZGHAdXRqDu&#10;6dMjSJPGU0q4f6jk3BH1JH09uE2RiEyFW1tILm4CqD/hb3thUDUOtMwHDqHT0LrE6EaAlwvLMzAf&#10;11H8+1BBPHLBeQGWRV9Dxj9Cjkobf09tLqQkDA6cBqtTw6YKmmkjntEyxRO5MscpNpGPGsX/AK+3&#10;2HKstC1OjEK6nUL3e4FrFbf7b2n+GXUfLrQq2PPpM1e3Yp8lFXSxhpYSNB02jCn+2r/n/Ee07D94&#10;asGxJDBuQVbSDxx7tcZXGAeqglD0sWNCtIQWSwUqbMGUtb/VD2vm2kufpUaWFZSdJLOtnUD62Zfx&#10;9LX9obe6eAmMmlP9Xy6eOhl1MOgezHZmP2VVvrqJIYiXGiMgwsb3AKNcAnn6H+v9Pan2vsanxU+p&#10;WAX6iMgHm/PP/FePbk0jsa/6v9X8+HTK0BJHReu4PklBV7eqYaWmlMpQqtUGMcIGoD6HkE/ix/Hs&#10;UEo4IrEICQAQCORY3FiPe1iLDT5D06vqp1XFnO3NxVZqoxVufOHUMkjBdL8Xtf6/4j+n+PuPW18d&#10;PE5Z1BAJ9Rt+P99bj2ZwQorAnH2f6vl0y5Zs+vSa2bsTcO98pAIaWpmp5qpTLIEc6y73YgHn83JP&#10;HsCd37snhnBp5LkM305uv+0+107L4QCUAH+rPVShIHl1cR0L0hhsHt/7fIUCGSWONpAUVdEiC51C&#10;1y1/yf8AivtOYzdE1QjR1UukTH9LSKSObcj8e0JkdMjNenFUEenQ3ZjrvExy09TQUSJLRqxjkSAc&#10;XHAuPx9b++GTYoWenJlA5kvyTceliq/Ue9ajKNR682pTjpywsShY4qtVga37NuAuk6WTWR9TwfcK&#10;jpnr1ZHbSb2UKupQzH9DAcj2zqWI1PD59OKQ57unbI1UeP0OkYcAAlmfSWVRYyKfo1v6e0Nu2iqM&#10;XdNUkhBDWiJJX/ePx7URssi1QdMOKVp0p8FkIsnTCojTSCNIuLEgcD21bfWrrR5hI7Q2s+s3FweV&#10;cDj3Q1D6aZ68oLLq6cquWKGO72BPC2sGJP8AqSfa7igphAYwIiJDpfUAxB/KjV+PbdGV65PTmCOk&#10;7LPO0ms+VdA1IFJCsP8AEL+R7y01J9s/kpWaEWKsFbg3+uk+9yMjmjdeHaMdYZqnzRmOpRJrkMoZ&#10;bWsbgup/p9PcvQ8skcskymGJubjU/HJB/B/1/fm0mLwwM9bFA2o9RFkSASpFA6zTDjmyXtpH0Fxx&#10;+PeXNZqlNNHFTRtdEsdZ9TlR9APdLK3KVL9ell7e3z6jYnDVy1ktRWTKQx9Cxj0ohJ4v+T/re0vj&#10;s7HE61MqNTqJCNQcWLA8j29PbCQUGfl00klMt0p63GNNC0COHYowBZbkA8XB/wB49qPLZqHcWOaG&#10;NSWUMqspJYH63DL/AEv7raUsyY2xX/Vw6cceMAV49JbEbbkwGSer85Mc3qkViLcnger/AHj2iMZ/&#10;EMTOrVfkEN7BtLgFSeL3/J9uyxpNlOqqrRjPS1qRT10DxxmJ2t9AVJBH54/p7VNXlcZkvFFOoijB&#10;VZC9yWP5Nj+f8fbkIkij0DNeqkoXrIePSYpMTkMaaieGQzyOXeJBZFUW9Mdx+PfGTafhkhqsZOkt&#10;GX8hc/q0Hk2C/Q/4e2ppFZOPd06IADqBx1wo93rKZaLK0klFXopQwnmMvewKubXB/r7eqmoolxzJ&#10;9tA1RA4KOVBf6EkEjm3tm2hLSFWJz1Z3FKKOm+ODIPlkqFrKhKSohKSQhj4gQwKui/S9uP8AY+0T&#10;Bn1raw0dRCsbGTSsasD5QOLkf4+1kkHgLqrQdMJP4jhTx6V5xn20RlgkLOEJ1yW1IDz6bf09xM5g&#10;5PvYpo5YkQsp8b2DC/Krfnj/ABHuskymGtOrNEBIDXrNi69ZoCrBmeO+p1UkNY2J4+h/w9jPRQUG&#10;P2/SST0wlLIQ7SOWVuPUFa/0/wCN+ySz8S4uG8M0oa/6v9X8+lUzKqAEdA5nKjK5DdNTR02QenjR&#10;VKxwxqJUa9kk0spubj+vsOavOUWKrBkMZBGUEl5Ioysmlg36bf09nNxB48XhsaNT/V+3pOswjbVH&#10;0I9DiK2txzUGYqJJm0aBKV8TOhFtRCfn2pKvddRmaPQ0JTWgBOm6gaRYre/4/HtJZxC2qtfyPV5G&#10;L5PDpM0Ow8bgsitZTyElXZ+XIZiRz5GX6/T6m/tBZiCmnxzUUkayKt21j0yo1+SF/Fv9b2qiV1Ys&#10;TQHy6aLKw0HPQhUhYzmbUVDgLo4KMAOPUP8Ae/bZhIMzj6M/ZtLLGZLRySKEjWMcFWIva4/P+8e2&#10;l0CY6h/q9fy62Q6pQGnWetWgnIhq/Ezab6CQX/wsv1Pt5/gFfX1tHXrWLG+oGqgsJkbS2oeN1+h/&#10;wtY+3JrlTCyMKH/J+fWliq4fpvbJ0tFHJT+J/FGlojbQTdbAENb8/kf7b2KkmYocPSStVUjxnwKu&#10;mbSYWAXSz6W/r+Ley62spfFWeNuBrXpQ8oCEP59BRV4fIblnjp6fIwmJal5GlpGdKqEh9UaCRfoV&#10;sAxPsuuSx9HPmJMxj4XiRS7QmnYRIms3YSqn1H9AR7Ec0olUA9INADFx0NtCk0NJTwVUvlqI4kSS&#10;RuTKyrYsSfqT+feTEVeRpcpDk8hMq44OGnhDN43RT6tJP9R9ePZbPDJMv6B7h/h6cXtIkkOD1yqo&#10;BPTzQLpV3iZUa1yjFbI/9eDz7XDQbcymbjrsZk/sFkUu9FIoeOYleFV1+l/8R7dmeRbdVZatip/z&#10;9WEcbSVU9Jekk3FjcWafI0q5KWEmNaukkWNzEWssjwyfUqPyp5/p7YscK07ujooxEKRpVjKPLcMD&#10;J6gqj2n3OTwbXWONOPVoE1TaScdP80iHGSTyagBTNKWC2cFUvcA/kfT2NW5dqvja6lqsC8cTFYzU&#10;U5mCshb+1CWPN/8AX9pduaO/s9co7j6/6qUH2Y6dkHhy0HQDbP7GbIpl8XuuCSSGnq6qKgyUNDM1&#10;PV08ZIC1KIDpkUGx4sfqPr7SeXNPuV3pZaeePJ4tdYeNQCRHxKZk/tD+hHtZ32oED5VvP/N1QMkl&#10;TShHS/wlL/duJa6mq4ZMPlZdYhldisbT80wpX/sg3sVI+v8AT37DQVSwyVsdQ7Uyf5K1NazkBrGU&#10;W5t/j7TyRiWTQgyOm3dFoSePr1PzVbRrPDj6iFRUTL91FUsLxKy8iMk8Xtzb8j37LZxcLUQxOhhi&#10;VkeGSYlm1P8AUkg+/S27eEWbiePVhJQgdYcRjYcvSyVBqI5mlDwzrBZYgFJCquocf7a/tzymSXJQ&#10;UklNXipFSumSnJMfjcnSLXJuD+PbUFxKluRwp/P/AFfl040alxTNemzB7ep8TkK5ZMPDRCGUSU1d&#10;EElM8TDyMGKgFWB4b/ePb5XUlPR7cpcQjiimq2LtPdYLl1vYsLA+67fcSsZblxq8v9X+Tp2ZUZli&#10;GKf6v9X+x0lInqMhv2ozuo19DjKNYEoghqljfWf3o15Ktx6uLgf63tO5wZ7YuJE8DLUmdQwancSy&#10;SQuA3oI5JP5/p7U2CLel7hz8PD7ek88nhARR59envGZPZ/ZGSqqJ6WdnxEpWelrqSam8VZA5UKY5&#10;wA2kC6kcH2l6+rp8pi46uqn8GReziBmUSKum4WRn/qfqPaiCd3do34cAf9X+rj1R0AUMDnpdUFBL&#10;iq0UlFTD+GiMXYWVRIW+iIn5A9p3GQ1uYWqfHzo0mNYeanMli/puVRfbU5VZBGcV/wBX7erJVlLA&#10;8OnqsraTHmAVIZUqX8ayiIskbf2RKw/SDfgn8+1BT46bcASmNUaeKiUtVsKrTUR2W7BY2/X/AKw9&#10;6DrbdiirE469pEpqxwOmuvyMGGQ1BgkmerdEpxHTu0TuxsgkljBCX/1Tce4UWydu4WtWsrMlLlcf&#10;kJEjrYaxI2Mf10rHf6c2sfbgN1ONSdrL5f6uOP8AUetBIYxQ5r1BTPZfIU+QgpsYaPIRQmShkkl8&#10;0Ext6TINKkc3uvPHPtQGXEQ0wxOzsdC+QpJmkpRojeZ/J6ih/wAP6X+numtYiTemgbz6suoikI4d&#10;N1PR5ozPlNz5QRY2SiWGqooneCjhaIk+a4PpJudTAi4twLe4C03YNRRVtZWY6ux9WkUkhop6cLTy&#10;iO93X6AXH9PbcRSa7EUfD1/Lq0iuItbceskWb69iSjjpcvgqpfuUooZafJ01XLHUyNpSFpYXZtRP&#10;BVjcfn2mNq7zqcq02Cy0bUNTHKk8VtaeVi2hYmI5N/x7dvIzbSaafFjh1SFywzxHShrMRTx1H8Tg&#10;jBmjp2idWIZBF+ryIH4BH5/w9ixhd34rKV38IylLFJV4q7xssHmqKfx8LIxHqUgf4+0N1byWsIj1&#10;Eq/lX16djm1yEDiOg0zmy8hRCszm18jJSy5REaspnq5IaKrMgNiYuY7sSLnSCf6+w/7D3jkIN34i&#10;jo/NLja0eCJ1YfbsGPMTJ/qlA1Nfm3sQfRQ221oIeNM+tf8AP0j8R2n7vPp+66wQp9vF8tRwx5qa&#10;pklyLBdTJUKLK0Mzeox25T8W4/Ht8/vFUUW2q6lWlgyVPVSs9ZSU8gFTDEDpWRBe+rm4tf2UQQyR&#10;zteKaELQeh6UM4KaDmnU3I7aoMnuXD5KV62krsMjnH1S3EU7TC9RA4/SykAala1/xz7TG88zT4aP&#10;D0UFLW0tHV41ZyiG9S8Kw+Wad5DzZP8AG3tZaweNaG54uSf8PTMkoWXw/L5dO+ASWeXKz1lZT11V&#10;DlKmn/ZQrFSiKwjhEZJs2gqzc/U39uzS02K2bi94Yalm3BkKOtjDVKqUraSCfSiUepb3BDatX+w9&#10;obKJruSaC4NPDoQP8o6dkfQFMS1r0z1dYazdtVtfJSR0lBk8FNJSULCGZcuyShauqjZ1BVolIVov&#10;yPUbgX9pTdOwsJu2vizFRHJhZoJomqXRvLDWPP8AuOk8E9lUqSeRwfao7hJJB4LLqYefD5dUNvGW&#10;1y46fqGSbGxRUfnOTURv9uNKRyQ08C6EQNGDrXgWJGoX5J4stKTq7F0OISrdWozTzTGOociKrrgE&#10;CpJEEHoVQbqo+v8AsfaCC4actHGNQFPy/wBX8+nTGqgHgek1Pv6JM9T4SmiFZPUQxyTCntLDi2uf&#10;RVzC2ouRYW+n5Htv3FHloarB7NqMgv2E/hamzEc6c35aOYILq3I9R/x9mCKllYPcR5L8R6dNEmWU&#10;Ix4Yr1O29V4rJjKbppsXW02QX7iirKWppniqr0LEAQh+GEgGpGU2II/PsU8ptzG0e04p5qiSryGM&#10;o6yljuymWao+pqIX4Ikt6VtwR9PabY/HvJWSQ0TJFfs6vcsEICZJH59A5HvzOv2hDgaHEMuFzT4v&#10;JVWSVHVaKmEbwrSVcJGlkd11O3pKsebjj2HXXOeo9w1021q7GVdFkYaWoWN6+AoZ6OYF4FDSC59Q&#10;B0GwP9PdNyX93XCzBqoT9tK/6vy+fXkJlQ0FCo6FPfqVmNxVVuHHzkrQzUVdJBHqCE00wSpkDK1h&#10;qi1IWAuv1/r7MBgaGso6PHUVdCscsVHPoq7AympDEgyEfRSpHo/HHssMYkl1Iaozefr5fz6s0mhT&#10;U5p0U/sbd+FqJN05rCZCbItDW4mnyWESRo6VsKwjFStBTS/tyVCsWc1A/Utxe9h7Ll2XVpi9zY+i&#10;lw9Rl4so2uapMAmSDxG/qLL6ELekc+xbfWjWtiswbBHD5dJIrgTPpC9Ge6ezH94dm09UEShemmno&#10;/tIHVjT6VDxPUaWKs7Iyvcj8g2HtNZ/Ye6+xcfl8LjIZ8blsSmPykOMr3ampHopp9FPUI+nQ0RF+&#10;FN7j8ke0llfQQqICcSA0I8z9nV7i3kkHiVpQ9PG5Ow9kbEo8fldwZilpcdlMtJgFzEa/dxjMRU8t&#10;R9lVtRh3DkQSg3WysLNp49sG8tx7z65mwlJ9uKeLH0EOJrsusZaKsm8YlmooKgj1Lz6SwB4t+PZg&#10;mzxm11SCrE1+zpJJeSRuF8h/OnTrhK3bO8sYuSopIcnQZJ4cnFTzFtcWkeGCeSils8TkoTZlBvf8&#10;39slF3bvPNZbHY3F0scdSzRUFG4EgVVmYQvTyItrqfqCeQT+fdnSCwty/kuSfszX/V9nTCSTTzUA&#10;4nr0uxtpyRZBKrE09RDkKpMhXCqLTLJVwMJEqryE6GXSLaLDj6ezWUG2aTZNNVvvWJa+ty607men&#10;nFtUSmeaOqQABZudDSKSHAHPsKXSX25oNxgxGK8eJPR5G8cZ8JDV656BDG9p0fauSkxPU2YFIu0a&#10;yoosslfiKmGCSGVWosfWYuRyEmpwVLIqgabXYABbwO04t7ZjH0R2pjIcjgosbBWQJLAk0yMiWggh&#10;gJv5VH09m+yS2I2owQt+pUlx889JpluBOXkwTw6ZusZdi7K3TuCr3zlcZguzc3m6/G1FRU5CSkhz&#10;FHBplWekmfxxtC5s5DW0vxa9ic+AyNVtjamHpawZHM5PMRHK/wADaDz1GPrIJSs1NTyxAFIio/zb&#10;cAggE39ltrty3k00zsIh8I4d3z6u0rI6oBqI4n/D0ptyY+Pd+9cnkovstvUO0imGqN1vkjDSZOhz&#10;GKjrZFnpJgsLvTzMgin1tw31BW3tX7+3sq7RxOWihlwqN4WaGp/yaaknsSYplQ3uSCObfUe1XL+y&#10;RwRXAmWrasMc1HqK1p0nvJpDOoBxToDupthVA7s3lj87uSl3pDR4IQwzwos9JPjayqEiiZtIgLx6&#10;xzGzEepTb03ASjqpN+UWUSt2+2ZmrFaLF1NxJBlKJhasx9QkpUKVYB1P6lPqU39rUu3ivlt1kolK&#10;U9D5dOCNTFrZejh1lLitl00VVHk6LA7coIWkykMviggpCP8AMZOORVutrNHIH9DLa4FvbJSb5x+w&#10;9jrPS7JlgixG4ZMdVM7VcRpqidBTmGuWTSXI0FFdubAW9sx7Sf3lLdSNXSAR8vs9K9VnuNMSomB5&#10;jrnl8P8Ax7JiAbslp6TJYLyRYyhjxzy1EUFQhOWo6mZZG8aNLEDpBUl11XBA9p3B1OVG803ltbZc&#10;WX29lZ0krK1qSWojip8gngr6cajw6G7BiuoHk8e77jMu4LoV6SKeHz8qjrUNY2qF7T59OVfBRLhY&#10;MBk9xGirDSUyx1618GMyUz0Lq6VaLGU4ZowZVVdJBZSLH2LuEw3Xm5NtSZ/MU9VFEZMhS1ABmpno&#10;I8bKacw1iEm/qA5ccjn2jtbu+l3RdtYAKaVPyIz/AJfLp6fw47b6hRU+QPSH3vleyMbUGk2WMNVV&#10;YWgNNS5yJmiyclTUk12h4XiaPRGsmmzEBrekjj2iMJXVXc0s4rKKDG7Y2BU/Z4GemqnxjVlOHFLD&#10;HAsYtZI11kltJAI+pHtVf3VttEv7ps+7xiTXia+Z/Ppq2Uz/AONTVGaf8V8unikwuH69bLZOigr6&#10;nL7yyaV+cq3efILNkYKNgapoyymOLhYUSEG2pPRpDkGCgrdk4DI0u3/4zLEdwxyY0Q0cStRNVNGu&#10;vyzcm45MbFuLkc+ylLWS0K7oxq8R4edOH/F/tHSl5fGHgacHh0XrPVHc++9v1eZh69wVOdt5SLcG&#10;CO4s1VRZqugx7vWUjU1BSU/jhlZAI54ZH5PHBNwHWF2Dt/aO+JGq4aqTZstPMaaaBzrfLyuwMNZU&#10;Q3kEbg6GW4DXF+AR7Nd0X66GOazYFiQWHmB/n8/9WE9uCisHFDw/n0IUm/OwN29Vzvt6nwm3u1vt&#10;oDU4nIo9TTUSeZfucljoqwxrNojPliLFlVxpa/F1HURvPhPtdmxU9Jjf4tNqp45CI3EcpUwGdvUh&#10;vYOjHj6nj23bRWkd+3itqcgDI/wdOPq0ilKDqbQSyY6voq3sSdq/M0e24VevWAARzPEJKyoXG0n7&#10;TepXMc0cYP1ReePYa7V2mmc3vil3DBS/ebdrMvOtPiMpqp6AZSn8aVTV39pY2Il8Bb9SnTccH283&#10;r2aiBhVGYV9SK5H7MenXoIgQZuBAPSz3jn6qm67ym4trVBhr2xcNZi2zeHyLmvamcSjH1mHkSGoR&#10;quJWp9fiDprD6SVUe58myt8YihkxcW7qGfDS/d1e64chTvEXpI6m1LV00sdxqaPS8jagBbi/4dMl&#10;vIGNoDrbAGfL+X+r9rRJDjUe0f6sdM0O69n5vNYHP5HbDLlaSoOL2lmDFT1FclTk8dqymPhZSkkN&#10;mV4GRgQ5UGwNh7TzbVyGT37iocRl8fmsDUTR46qyVCqz5nCAUzVbLXsQXWnNmZZVaxB/B9p751h2&#10;8KP7Ufg+foOrRgiUu2EFanz/AG9KsbxFBt/J5bPYaqwE+OpqqsNHWPTpFkESRo6QUVUG0GWf9tfA&#10;+mRXcKVIKsyn3DluvNs43MYHEM+7M/TTo7Y2vyMdOKiaZjEiLEhBKkOf1ar/AJ/wWWO2Xdq63O6N&#10;oDL8I8q049JzdePQW4wP59I/Bzdq7ryWOy2RTEbM25LTyvFS0MP8T3BNBIokhWqqK9fHCWIUlVi4&#10;5AJ+pjbT3ZuXZ21q07l2+m2oqKIQUseVgq4YsoJ5f2IZJld0nIiuFdADewvzb2UrtrS7sLzb2Pbk&#10;sCKD/UfLI6VvLWAJN5eXTtuTC7O7FdMb/FoM08NclQ4xGSxdVU4CegQBaumkj1PTyCQorXJN2Pp/&#10;o8Yijx+/9sZeDH1EUEGSlq3qHiKJQU8M0CGBvtwEJV2LakY6tSgk8+3odxjtt5BuV1GlK+nz/Lqs&#10;sXiwDScdc9wV9Rs18bWSJJk6ajpKSjpIW11GWyU5Z4qpPuJGYeVEKMrEBSGcG1vbV1l0ZJsmufdN&#10;duSkyKNS1FF9tCpFI6VDGF0mYkhG0NYKvJNvp+VV3dJf3apZdzRsG/n1RYBbxnWT3CnQf737io6v&#10;y7RptubtocjX28FXUUUNNPG9Ki19PX46mDyGeOOVUEjsFRRfVce5W1es9gYPKY+o25mjk6uuzP3F&#10;HSy5FWmiLSMJlhhcqzGKTjWwLAfW59o+YvGmWR7hdAAp1e0Cr2KOlPS783i9HlRuXZtTgY8biK+p&#10;ra0o9XRO8AWRCk1OzqBJCxbQCxUggtwL8u1KqafccEW3NlUu7t30KLJUVr0AqaqlMThUMkoH0tc3&#10;Ym3sztEjGzxQ3bnIoM+XAD/Z8+maOjl41x8+mfq+Clwe2avO5LO0+1tl5GrlnwWLeupsXh6WlyEn&#10;3DTRTV9jTmaV2ZIonQAk2FyfYWVmY3J2Nh6rZO8dhI0ldmEbastHEMY8FdTgo8tbXsTG6FdaP6Qw&#10;HNuBZtLhNoLqrfpFe6uSPQ9VMLXDhnXP+ToQhtbG4jcP99aLPZSmSnxM9FnMfPXVWWxVdi9P3dNL&#10;FRSOxp6iGRQ8UlOPUrSIY3MgZTD7S6swFF1/jdmbzptu074yrrcilBi8hUkiaaySVVRVkhpHK2DD&#10;9IA/p9A1Z3dza7lJfwH9Oai6j/kp/qz+1ZJGjIoArp8hw6ATfHam43zy5rq/b+8csZaHH4+rqJ8G&#10;Y8ZVQwzy1UVHSUGaNO0UnrdjM4RnLBLkKunFlM1snb+Pj2Nt/a2RGRmjqIVO38cXqhPUxskEhzFg&#10;EMl/Q2uwAFx9biizsobCX97bg4lrkV4AHhjAx/hz0hnaS5GiLsA8vs6hYbavdW494y9i5rsChoNm&#10;JHiHh23lWnp8OtJjZPuMoanAw2jSRSJFmaaYMX/IRFAQXS2E2h1hkstuzsJsVQ71MlX/AALG1eVS&#10;vy1NTSnQ8lWxbQZbfULqN+bi1iG+ZYb7f7hVjqLKtXIxqpwAPp6/l8+ltuY4ItMY/Ub58B0Kva1R&#10;vfd+AptvdYqsYzcqJk91VUNsbRYwWlcUSyWeaSWwCsg8YUm73IHtb77n3xuXCrktiYI19fmcnTVE&#10;v3ZglpYqKlh1U2SopqwqkZvYXAP9bez3bdx2z6aS2DALENI+Y+fzx0xcwzJIpBx+zoPNqYTaPUuS&#10;xWP33vHERLhMPWUeFqHqWwlXWVu5Mg1TnMZX0NFIRWgssL06MGKj6A8H2Hv8I+Rn/K1jP8/5f+Lu&#10;/wD1J/T9P9r+ntyu2/L4dXD/AFfs6S65fXz+f+boRv7zdFf8c9u/X7P/AI92q/V/xw/4Dfr/ANp/&#10;V/h7/9FMlmLcEn6fT/EW94LChFOu7gHW6LpRQTZR/r+5sayMBf6fS3IvxYf8T7158OvAgHh1AlaN&#10;ORb/AFRuBxzf6+3SnpWIsQWFxf8AF/8Ab+9FurV8x0x1dcikkMF+tjf6f439uqUyJ9f6D8A/T/H3&#10;UVPcOvU/LpPzZB5CFU8XIF+BduAR+f8Aifckoq24PIFzb22uag+XW9IFOoXllbnVqYEm1w3P1tbn&#10;32Iwfp/vA+n+H+9+7s4UevXvs64eRzctYL/tRIHH0IP/ABv3zWK97CxN/wDA/wCxA9thu7j/AKvt&#10;6sAKVI66ln0oNViq/wBotbg8jg2+v495BHZSCbH8cf7e3u3E6vT59aJxQdQ2qgz+lSQ31PNuOVv/&#10;AIX95Y3VfyBa/J/P4HvzNTqhpw6jyQSSkf7URxz/ALE3H+8e+MlQqXH0F+D+felyK9bPqes0WPkk&#10;IPBIHq+oUhf6f7D3Amd3Q/Wwv9eLE/097BFf9X+r/VXry+ZPT3SwRxMP7TG17EEfT6XPtqkiD3P1&#10;P9fqLHi1/fvE09b4celDAzILfpW17f1P1/HuI6qg/wBcf0IsT9fr+PewxJwMDr3AV6noS31a5JNv&#10;pzb6Dj8++IJCm1if6/63Pu5yaf6s9ax1y4vzf/efx/h7yxKbAEfXk/jn/G3/ABX3ogcR1s4FOo0r&#10;gE83/wACeLf0/wBj/hz7lCMahYiwFjz9bji3+8e26nQWPHqxNBXqK0hHpP1JupsSLX+h/wCI/p77&#10;MXI0jSDxc/W9/wDW901k4PHrekDieuQkAFySf7XB/C/77j3xaK5HJI4vY2HP1uf9492APlg/6vz6&#10;3XHXa1AXk8fUG/JBH44v77EFvpzx9b3sR9be9lioqx6pQk464ecSNZTYX5Fhz9bC/wDvPvisRN2J&#10;5uPp/vHPu1RQKOtAGvXnmK2W39Ba9uP68e+LImqx/JFgf6+7CpHXj6dc1lYC6kn0kXHAX/YH34pY&#10;EWA/F7X/AATx/wAV90OqtPLqysPLrkkqmzfnkkXF2B/Nvx/re8IQCwNxe/8Aja/5593rXh5daoBx&#10;6zGQm54txa/AI/IHvlJT+ngA3H4sbG3B9+1VP2dWx5dcIqqzckg3+hBFx/rH22PEUfnmxH0/IHu4&#10;OpcY6oR08rIrLe/5N7m9ri/194/EXNxxb+vIA/2H9fdtQHH+XVWwKdd+XTbkNc/4Asfz/wAa9x5Y&#10;GJ5Fwbc/n/efegRx69x6lxVACm3B+g/3sH/evfJaey6rfU2HHu1RwPVqU49cHqCWKg/gn8EW/wBj&#10;/j7zaVSwHJ4vcn6e/EluPW65qvUbUzE6ri3AIA/r/vvx7zIGJva/14/1v9c+9EUHWjnrFI4FhqP1&#10;F/6EH+th79yGuBbn8f4fXn3T7eq0Hn1yuuj6lhb6E82P9bf8T7zg/UFTfi17f7f3vTQcetqvnXqK&#10;eSDcAG/AH+8f7D3iYkNZjcf7f/e/fhnrdB1mUArdeCb/AF44vcm39ffpFU2ta9/9he1uffhUdeHn&#10;Xr0TlSbmwCi30H5+vPvEsYLAEcH8Djm9/e64691meQhbgn+vIuP6H6+8xpwbGwH0I4vf+v19+1Hh&#10;1snyPl1gSpK3sWa5sbG1v9f3yWAfgX4P5tx+D/xr3Qk+fWsnh101QVveyi4ABH0NvofecU5AuFsD&#10;zxwL/i5Puusg/Z1cJ69RzUqxN2uefr9bDk2Ue8kdNqIP0N/ofr9Lce6+IQDXPXiAMdY5aiw9J4t9&#10;RyBzx/xP19zhSpb6EC39b3/2A91QkmvW2pT7OmyWuf6CxOrT9LW/PB/H+PvMsKJwLGxB/H+x5H+9&#10;+3FauD/q/wBX8uqA56gzVEjjXfTwVBvcm4tew/HuYgUqVItewHH0ubc396IOqtaAdVJI4dNUjsra&#10;r6zYliSbsQLgKRz/ALD339uRY8Na5Nx/sCD7o7EmgxXpwAMKnrnHWpb1FlAIIN+WJ+pJH194mQah&#10;qW1vpe1h/j7rRkXBr14gAV6mLMHLFSef7IuvA/H++49x3S7WUf0LH/Yfj24pqnd1UtXqSsmj6kjT&#10;cKPwfxYn8W95BGNPIF+fr9L/AOPupkNe3qwGM9Y9RZx6ja4tpNja/wBR/h7w+O5+n04BuLf4ce96&#10;hwH+XqgDdSfJZASeCeOQQT/r+5cEFjb6gi34+v14v722RU9Xx00Vlbe9rKQCRcGx9VrGw/3j3P8A&#10;FCliTb6X4vc/63+8e/AkkinVtQX8+mN56uUDR6vyo/TYk8i/+3t77YxtwDzzfVzx/X/D20Qur5f6&#10;v29aOQScdZofu1W7LpB+lrAnj6Egn/Yn3FnK/Tg/iw4vYcf8T7sooNXWwoGOnCkDsxvqBvqDck3+&#10;luD/AK3uA7xsLW51f6wA9uAUGOmzQdO8aTh9Ra6abk6btf6f74e4Myl2YfX/AFz/ALD8fj/Ae/Ic&#10;autMKYHTrCRGFuCLDmwubg/Xn3zgpZGJBBItf+h92buFfQ9e1Dyx1gqslDFb1ckWN/obj68H29U+&#10;Oe4DBlWwH0/3n3UEN8+q8R0k8luCGMNodTKCSLm3I5tx7dRQoiiyi34Bt9QOfbi5NAOrovmOkbLu&#10;CSZnvMwe9vTqIK6v9t7yJYc2uLWtbjn6H29ootPz63QrXpulmLyAliravpe7W/oAPz+T+fbfVKsR&#10;LOb6h/QXH+HttO7h5da1/wAPSrxsklRGqIrakI0jUdLAn6j/AIg+2OevRfoy3Bt9eLf6r3sgjy/1&#10;enWiTXpaUeHZ/U6sARyCOf8AEer629tj5Eu5CkC35F+T9OPe6NTP+r/Vx63oJzXp8hw0UK6it7jk&#10;NYWH1JNv9h75xySyi5J4/rf6E+22AXHVtA67kighNgoHP4sBqA4HvG54YfUci/0/2HvfE9VOKgdZ&#10;owBYj68Na4P+xA9t80N19Vj9SOObf63uy1r1rpziqLNdSVNuTfj/ABF/cLxCMg3uCLhf6c+76iK9&#10;V4Hqd5TKv05BsSObi1vp7yhwoJsBf6Wva30t70RkV6sK9YDGWJtyR+OCT+b8f7x75x1P4sfrwb/4&#10;X/PupAHA9eLA9dS0l7ngA24+osDwDb+nvIsurm/JP9fz/X3brwp1gaDR6WUgBeOBc/n3jdh6i9h/&#10;Qg2uB72TWgrw69SvWWOMiwQGxseV/qOeSfcdpEtfWTYD/fH36jcetV8upKRtfSUHJ/pwbDi1/fC4&#10;kuASDx+OP959+xwPXhTrLpMYDFQwB5PH5/1vfBqe/LA8fn68W/Pu6uVwOtaamnXvOD+lrX5C35HP&#10;498tJRRY8XHPNyP9b26JR5jP+r/V5da0049YSvkY3Fvr+F4/2Ptzp5bL+Li/1J/P0sPbMjasEdbH&#10;HHTXPT+oWPBIuAObqb294KmQBbBxqb/G1/6+2QCcdXHqOp1JH6tRRtK8X/p7ZZtVyGH55N+D/j/x&#10;Hu4p5dUYUPT3Faykc/m1vp/Ue+4G0cqCP8Lg2/pyffjU9aofPr0qh+GN/wDEfn8ngfX29QSsqam1&#10;WsOP97HPvR6cA8h0xVEKO+ldN73B+tv8fctJI35a1rn/AF/9a/vY1DPW9IXJ6gSxOvpS5P5Nrgf4&#10;m3vIWjUBh6TzYk6h/r8+6sSetjTTrEiSsxT9Y/PGn/b++EtXZBZrknk/0H4HvSoT/qz1Q9Zo6MeQ&#10;3UADmxvZjfk2I/2HttkmkYXJAHP5/P492CqOHWhjp0jhQG2g3t+R+B9eR7aKirINief6f1H9fdqe&#10;fWjXp3gpVA+nH+P9bfj3gavOnj6/T6n6e7Djnr1TTrKKNb2/H44594PvtRJsObe7GIHI6rinWUU6&#10;qALn8gWtb3werJ4BYXv/AIk/6/vap65HWq565LCq/Uf0/r/t/eKSY6eT9fpxbj3Yr6dWJPn1kRBf&#10;j/ebn3gDahyP6/nkgcc+/FCMjr1QRTrnytxf+n0598nB+oPH5t/T88D/AB93VdIJP5de64/X3lWz&#10;i30PJ/p/jc+9BSvcf9X+rh1Xromwv/iOPyb/ANPceVpAVVfryDcm/wDh736/5B1vy65qFIJJ/wBs&#10;Rz+T7n02sKLHk8/j8/k+6kVx1sdRZitxe/H+9e5DwNJySf6E2+o+v09+FeA68CV4dYUmWO44JPIt&#10;/wAT/r+4U0QU8Kbn0n68j630+7kUovWq+Z6kxSFrm97WP0HH+xHvFHTyXZkX/iD/AEsL+9UPwdaz&#10;1zeZBbUwFvzf/iB7lxUUsr8qVFrkG31PvZQj5nrYpwPHqNLWwxoSHU/05+tvxx77OPdSRY83+hIW&#10;344P/Ee7Ag+X+r/V69aYZx10K2NhcEWv/XUb25+nuC+Nl5YISNViQLk3/PPt+uM9UNadZ1rIf0+R&#10;QbXsSOAPcmPGOyg2B+lr/qB9+IrnrwwK9YHr4lYre31vzYHi3+8+51Pj35XxFvwCLk/4r7ZkUE9v&#10;l1fqLNkYVGppVX/C/wDvPufDi6ktYxML3t9f0/Wxvx/tvbWkDPW+oM+ZokW4nQ2FuWHBHH0P059z&#10;VwMrEER8ixAIuzc34Htyo4dax01S7po4gdUyhbkM1/Ql/wDVHj8/4+3IYOR4wggZZDzypt/re7xo&#10;WyOtHGOmOfeFFTuZnrY2h+hKyLwD9Cf9f3Hqdq1Kpr8djpBvyOf6ED2+ysDw49eIBwOvY/sbCVc3&#10;hjrkkIZuLjkX/UL2/wB69tibdlVbaDdiDcA3/wAeLX9+CnPl1Wor0oX3dQljadLAH8gLb6ckm3vk&#10;m2Z09ZiIv+SCP9bn/invQQ1wP8Hy/wCL63pHn1ifeuNYlBVRsQL2BB4H9bf198XwFSCVRGI/oOWH&#10;N2Nz/X3fQdOR021ADTrJFuzGtZpKmNTbglrKQb6RyffkwUkp0MjXBH49Vvz9PeljP29aWvn1yn3P&#10;SQIJFnQI39ot6OeRybD3Oj2lITrKn8Efkj3cKxp59XxxHTFP2Ljoz4/Mga1rlgqnm3DD/Y+3Wl2t&#10;MJLheDzYjm3+v+PbrRNQMcf6v9WOvVA6TNf2jh44WvUBtP1ZHVgP8dI5P0+vtRpthDEBIALfS3+t&#10;zz7aeKoz/q/Z1vWvr0HE3clOlYVppDIrHS5YaQt29PBvcfk+4D7bAk9cAKA8NpBH/FfafwJFbHA9&#10;aZhQ0z0roO0qCemUwVy/cgfuQ6wHsBY8X/3n/Ye3Wm23SsvrhUBhbn6f1vp9qEgIYCtf9X+ry6aD&#10;6Vz0g872/V0zuKaZmaNwfSoLMCbW1D/eh/vfvDVbaiiZtFmRhxYA6bDgcce3DGK161qBFT1N292+&#10;crGiyBoamI/uLJcaw31ZAebc/j3ChwdOrAyKCwbgAA/Q8e7+CGFetB6Vp59KKu3/AFXjdaUkK0Z9&#10;bG1j9SCPb9DjaX9WlVIA+o/F/wA+2WtgDj8uHVlei16QVfvrLogQMzxsSW06wNTfSxPP+PvhPjYG&#10;vdVb+hPIAt/Uf7370sSg93XixwV6kY3eeQZVKNJGbC8YJV2a97Mp5/2HtuNBCQVUKBcc2sRb+l/x&#10;7eZVqCOHVVrUE9KiPcdYl5JvM7gHSvDRsG+p/wBe/wCPeeOnpYwI2YSOb24/4ge9EAnHTuknA6ba&#10;jKZuqLVEUb0kCAFtRA+p+tyDx/sPc+Kkg0D9kfX03NyOeCP+J9+I1Gg/Ppnw5CdI4dJis3BkFlLf&#10;xGQ+mzAJoViASdRH/Fbe8rUENrSRlg5tawNr/wCPtw/DT06sEYZPTTDuvIPMXpqiON4VLFjqsxA9&#10;IZfrxybn6/j3hXEUUZ1aAyg30MBe5/rf29GqyDOPl/q+XWjQmo/z9Zavf+5pU8cbFZZAYxUxtqVT&#10;b9QCj6H/AH359vdMIQoWNAi3sFAAv/sfdWRFU1/1f7PTZYlq9BTn5cxLO8lZPJVS6PKWdpJCoPq9&#10;Maf15Bv7ly08TLfUqMfq3H+vz7YdxXT/AJ/9np9QrLVs9MmEzmYhlbVT1dVSIy/tNqDA8g6TxZR/&#10;vvx7iGmggJlmqRcH6Ajmw/p/vv8AW9shgfLH+r/V/l62I4yaDpbHN5nLKuPxeCmS9rvKrApc8erk&#10;2/pz7iyZSkUhYn5/wIN+Pr7cU0BZv83+rh8+tuEA6daXr/P1SBshCJA2osHBVVvchVAH1vb1Xv8A&#10;8TnTMU1reQX/ALVvp/T24HIzx60FULjpP13U2Vnlkf7ZhEVCxLJquFAAC+r/AHkgDj3ikzFOGF3I&#10;A/N/6fkX9veMdNfX7P8AV8/2dNBQz6qdZqTqCt8RC08YkBDEeNjcHgg2/PNveBd0xRsyKRYfm/1F&#10;7H2jmaN/i4/5/wA+lGkevTzH8evOEqJI/XKCTG0Z0qwNwLG97fm3vP8A3nDeoNYEcD6/UW5t7bEc&#10;fh5z1QMQccOo46CpY5BH9trdJdRYqB/vB+tgfrb6e0xmc08qNpbm+orck3PHtPoj8T/V8/8AB04r&#10;ahX16H7YuxIMQEQxKAqrGrhFAZQv1PH1/wBv7Darmnqptaq7WIDfgf0BB+tvewAMjP8Aq/1f6h17&#10;SW6H6hggoqcRsyJcEqvBI/JX/D/b+5dLUGDj6t9CQbkLYfUn2+oNOvaa46gV9IlV6v7P1AIsCf8A&#10;AD8+1bR5WOBUH+cLkDhvyT9P9b24JaAVx8+qFFJrwp0Fma2hLk3lP+ZVAxCsgKkAXuLg/Xj/AIr7&#10;Ua5ikWBvIA7c8H6crc39veK588fz/wCK63oA7gOghn64ysuVjkpH+1QlS8sS6Q3rsNA4H+uD7Zxl&#10;6Mhio0sCTYEi/P0P49+aShqCP9Xp03SpqR0IH9y8yGjjkmMyWX1mNSV9HJA945s9TgAXFhweT6eP&#10;qSP9696jnYZPHqpQnNOpFP1xUa2cEm/KnQoLXFtI4/2JPvDDuOiUm2liDyxINyfp7dNz1dYz/n+z&#10;rJW9Z5GoQAzSRhx/m0NgAPqeR9be36PcNIIb+nVYm34sB7RyzuSSp/l04EHEdIKfqSvkrlLySmFX&#10;UXU6XLE8n8/7a/tI5Hd6hmVQoC3t/Q/gWB93WWowf9X5daPy6FzAdT01JGrOzOzaS1ybjT9Sf+Re&#10;4MO6TKFJDN6hfjkr+Tb3st25pjrQQgk9P83XlHG7iMrGHjYBf7If+ob63/PtV0W6oyvJQahYL+f6&#10;fj2ybgLw8v59W8Opr0FGc6Wiqpg37zWcMzlyAAf9V9Lj25T5lJIODyVP9LqbX5t7cS/LNQ4I/wCK&#10;/wBXEdUeEVqOkzjeqVxtcZOXj+4VuFFiA3qK/n2G1TmahKo8ELqJ4vbg+7SzSM1a/wCr/B9vVGja&#10;oI6Mnjtq477CNCiMwiC3ZRcXH1P/ACL2+0G4alWQsSq2sAb3It9Le2gQx9fy/n08iECh6SWf6/xN&#10;XTzR+FHZzc20lb/8R7ntmpppCUkOofUk/j6iw91ncfD6dPAAinp0z0OxMZQ0qxmkRYioAjCAX5sS&#10;T7ZKqvmCSl5T9bl72tc2A9qICJmp1STtFelhSYSkjNOsdOgVF0pHZebJc2tzza/PtqWvqIJWMc11&#10;IsH1XAP5P9P9f3aWMoSa9Nxop7un5sZQVsEaT0q/W5iKfUA6lBvY2+h594qnKzaQElYSH6sTe/8A&#10;iB7SGUg0OenSPLqVSYCjDFjBH4xfSoUAAD6D/jfvNRT1zQySy3I0gghidYv9be0ks4LCn7P9XHra&#10;w+fXKrosessUMYRSGIPoClGtcC/+8+4VRWCNuZTybsAxsLf2fe9bMKnqrUXHU6moFdbeFBpA0llF&#10;2v8A2j/tz74NXp4w7tZiPQoOr8XuRf3oa646vgip6yrjyJNCC6A+skAcj8A294Y8ppIVpgUH1Ufj&#10;+t/e/wBQmpHXjTrLJio2BKxWkN7Mef6Cyg8c/wBfeRK0PKoGsFjqWxIBX+th7qzmhA/b14L59cTQ&#10;BIm1aCApUhlBIP8Ar+5+TSWppk8amIcWJNy/+N/doZNJK149eZKrXpsxvhpqqTyOsrf7SthH/tNv&#10;aJbEVUlRGCToLX0m9zz+T/T247AAnppIxqz0rfv4FjZrr6R9RYfj2r6PbkUiIFOiRbkggkt/UA+0&#10;5nK46UKiE06TNbuI05djGZIjwGBHB/xA9uADUhKGQ2U2st7f0P09sPKmqh49VIKHPUXQlfGsixAr&#10;ItwWFzb6jk/4+5UdSLDyL+B61GpSPxqv734jEUH2dbxxPUOWgszGIgc8o11KN9Dot/vv9795zPjz&#10;C0LQRv5FvrtpNyeRx72WeobpxZBw4dQRR5X7hahKuWMRMV8V9SkfQGx/P+HtOVWMoJJVXxMAxvZO&#10;BcHix9vKzsKV6bYUyR0p6fI1kcTu8isUBv5P8b/UDn6e2bLUiwBWh8mkfW/qPH+K/T2pRCU7uPTZ&#10;IIx0646sacsJTHqsGGkaeCLmwPPuLTV1XB6SXET2Xxeri/IJHtp4QDUHqqtStOpctNTzWYopkW5E&#10;lhf+hAPtUUFNFVygS/k8Em68/wCv/sfaZzpX7eno8tQ9J7IVctHCzwLwim4UENcH8W5N/wAW9+zb&#10;GjCxlxaMkBR+luLrY/0Pt+3QEavM9al7cdYcKwrdUwQ/uAEtf1rz6wR/X2HtRXVP3AZXMgubhOVV&#10;f68e1bBdFBj/AA9J8nh0so4UVLaQP8T+fxzf3mp8SuWmEvleGRkILMxWMt/rfQH3TUq9e0BuPWGq&#10;qxRRlmRpApFlQXfSfzb8+3mHEz40xBQ8wJtrUXTjj6jj3t1RlJU9bKlQNPUAZKnrFdbiMgfochZD&#10;xe+g8++WblHgIDNq0W1AMLNb+z71CABj/V/qx1YklaHrrGxsHZiFVS11F1JK/W7e0Fi66ejrFZ6g&#10;uQ5sjAgAAn6D8n3q4oyinA9UjYLw6e5Y1ljaNvowI/2/sWqOSOr8buxu/wCrUurk83v/AK3suLsV&#10;oOI6V/ElT5dJWqjejEgRV0qLqAwTgHkEH/H2tcZUUNDqYL+m+qxte3+A/r7bozHSR04WUKaDPQcb&#10;ioMnlohGstgW9PAJFxY2J5JH49onc+Z1SmpptMaSO2pQbAafwT9OfqfZrBG+jSfL+fSOQ4r59LXa&#10;mEFHRx0lUzTyU6IBI/6jqH1Bvfj6C/tH09X95JqRYpWYNwrEsQRa7W/Pu0iUFeHWkbxRpHHpYtGs&#10;CWLMqAg3sAosfoP8PcGWGaGRvNK6lZBpK86VP/Bvr/T34IdFR59VPY1G6kJIkijQAwK/7E+xExKF&#10;qMLE7szoDGVX0g/W1h7Sgln1P0oJLCi9IrMOqVSNIiBFez6mC6lJte5/x9qjDYWqmcGeOxkYPH40&#10;5b/Xv9PaS47W1rlfXqsYINPXpG7j3di6GnkSKoQNToyziZ7LEpFgQByR7EfHbVDVaTVMJUKBy66A&#10;3HAA9szXCSRBE8uP/F9bYEHPRYt491w4jD1aYvIx1MszN4ftSKl4fV+673stwL+n/b+xLo6ClpIf&#10;HGgAIBsBx9P+Ke0scJfuAz8z1csdNPXqvHsPt/cuezLPU18qw07FYwgCN6Tdi4W/JH1H59zFWCIF&#10;lX6/Xm3A/Nz+f9h7djgm8TuNP9X+Dz/y9aqFWg6DjN7syGep4qMyzzqukiMBlUMD/qebnm3I/wBh&#10;7SGe3PS4uNyJEDqebEXH+Av7PY7MiMGSvDHTJfzHQ1dIfHTO79yNPkMnRSx41yJEWZGRXsblnA5t&#10;b8ey+bw35V+VlikYU7xGzoeNR+oYj/evd9AIqgqf9X+r8umi7UBHVt3VfSu2tp4mCI4+AVcMgvqi&#10;A0iM3TQD/t7+w4/iFTloFkJdmAIBS5HHHtoggkHp1W1DA6HaGkpqAnxqkaMQSLAc+0XLUZuiqJLR&#10;vZXOh9J1W1en/W/23vQ0tUdU716cCFcc2ZT/ALEH2J+xstJX1kMGSKlwBrQm8hU/S3+v7RXOpF0p&#10;j/V59KIG1GhHSQ3XRmHE1dRQronSNmTTZVV7cMSPYsmLHU9SXRFWZ20pHb6fgMxFvr+Pa+O0jkgD&#10;M3l0q1Rk6VHQFfxTc1VS+BxrpIkD1FVcEyNf1LBGfppP1B/1wPaa3rTIaKaSmg+4qVTX9sXVXl0r&#10;cxK7cAn8XNr+92MDCWjcPL59Fl7JSM6ePS06+y08jJHUs0cA1osqg6FbVZWIP+Isb/6/sG9jZGqW&#10;ryyVFNVY+nfSIVq6SSmYOWIZFjl/VYcOwFvpa/tVfJHG66RmvSaxnLRlXwehYzFMKuniKDymOQSA&#10;BgAy6b31L/sLe37MTGnDeOeJlLXK+QDUfyB/Q/0v7ZCqwqRQnpWQFrTrljx5FUvE6kKANSkaf8fa&#10;p2PkTVzGmqogYLAsJLHUAL21Nfn/AFvZPdxhMoaH/UOn4HHFs9Jje1LJFQNWUbSLVpcRGMsLEi1y&#10;q8W5/Pt83FNR+QJSotPGupVAuEf8Xcj8+3o1YRauPmf9jq7lSe89MOzqfJrA0mUnarqHszE2Lx/k&#10;BQ34/wAPcfBbSTMuJZq+LxpeQRi5b+pUgf1H+P8AvPtFLfmJ/CApWnXkhRu6vU7dm8m21SPImMqJ&#10;3JCagUVQT6dQLH8ce2Pc+z1o5lpIZE+3kvNGf9QQbsv+vf2exufpg5FTTpOwTXx6ybL31FuWilq5&#10;KaWCenn+0mQgepgLrItvwR/vP+t7hYfCzYa9Q9Trab1JGpVhp+g4X6H2USHxJMYz0pCJGtQak9Ka&#10;ryFPXpJTLExCkq7yKUVWH9NQ595sjVT1MTh/1BWVSU/SQOAUPsxtlAx5dMOWOOsdFSU9K6+LgMys&#10;w1XDA8Ehv99f2h5aP7yaOKWfxOFVv2rixB+t7/n8+33bwxw6TUV2oeI6UYcKhZVJAP8AX6/19i0s&#10;E9JhKaOnnhkYQ6Suq0hLW+gHPsst5EWRi/S5xVAFPQbyywVuemaopaiNUkGmUqTHeMEXN+Pzfn/Y&#10;e1Jt/CY5aH77JwyyyLdtNyIifppc/U+0clxNJdEx/COrVWOOrAV6Rm9dx5lKyPC4CrpKWSpGjyMu&#10;uqSMGzSwx8C/HAP19pzI7WwgrP4ri6FzVl2kaFHLxLbkEA/717NlunuV8J8HA+fSfSoOtBTp+wu4&#10;s7TQfYbhr6ZoVgSJchJCKeeQsLHyFDo4HFwL/wBfbPV7erc4gqoWlgqIFaSSIabtoNraW/3r36Qp&#10;H+j+zpwIHNSelHHuTG4N46epkjNNPKkcFTc6NUouqs4BFj/X3AyG4ZabCT4mrLho0ZY5dRjMbBfx&#10;x/vHtuygEFyZB5+XVZX1IQfLp0TB01RloM5TlFbT+4NKus6EcXN/xwQR7SfXlMuVqKkZDT9pS6pA&#10;Z5FvOx+iqy/m/wCbe3r1ipAj4npi1oQSx6mbkr6jH48yUkcj1M0scMZjTyeIM3qldLi6qPqL+1nl&#10;M/DgoXgoI/22cGdOJxovp0rYXAHtMIqjW5z8ulDSUGlR02UuHbKvHWZQl3iTTAyK8DAkXLMoPPP4&#10;PtITz5z+O4vNY+h8+KrquH7lX0jwoqAThoZSLqQLiw9qmkiltTQ0ZRTpG0My3KyKaA8fs6eRBTrQ&#10;y4mSoPljpnUyBzHMqSXEUqyLYhhcW59iZmquGqgJxNOIRb10sKBSxPLHxDj/AIp7RW0iIP1z3Hz6&#10;Xylie3PSNwOLraCdhl6yWuKsfFW1MmsqoNlUy2/3v3h2wMjBGss1MYoS73dwPqDxe/09prkmRyq/&#10;lTqqalWpGOpu5WxlQrQ/crJUiMWhRzqKt/wT2lexc1FT1EImLSQSBVnEbCygcGwvb2d260tBpx/s&#10;9J5H76tw6z7Jx4pqCRzGFfzSCMsvrKX4LE+0ozu+NqZcXGZopkLWb1KE02W1v9796hKtL8x/q/Lq&#10;z10VTpYNpDxeV1DD9FuNTW5t/sL8e+6HbeU3VteSi1RUMlM37EiE/uk86JT9bn8H3VLyK2naN/P+&#10;XVGge4iAJ4dN2QyVNjKiJ5vI33PoZUGrQqfSQL/T+oHuPT9W5PFpDIcwYK5ihKM2qJlA4ClraT+L&#10;3t7sl0spOO316uLdUAGqh6wRbjx9R5DTieaOPUJHSPVYqbH0fU/425/w9rXCbTRMpQZKtllGRppV&#10;BMchCzgCwdQt1uP959lV7I08RhAqOlMUaowfzHWDJZlFppxAqvE9O/qcFfGWWxWRGsbG/HHtfbxm&#10;nbxO1QkbRiNYQsoJqNfDCQA3Vhbj8H2/t0SW9lpCk09f9Xz6akXXLqrxPQf7IFPLUVpjgklWonla&#10;oD07LHRmNbJ4ZGFpEf8Aw+n09qPBUWCFOtXUZKKTKzosZVtMZClOUP5J/F/ofZc89xMx8QUVeHzz&#10;/q/wjp3SqNpTJPSM3pk95QZFMXiNsyybciEkstRHJ5CsyvdXSPgBf7VvqD+fae3pDUYOCPJUipFT&#10;mRVYRaQtm/LKP6/19inaI4Jrdpq5XoK77HdmZfDwvTr1zuCh3JXV228p558lSQ/dEVcUoPjLlSIp&#10;ZProPFr3H+t7BzK1eSzFbS1McAraSORWYuwKoFNjYr+L/j2xuBjMRVDRujLbBcCNTL5evQ446ipM&#10;ZB9tCscOpmJC2UsTzq5+p/x9rXeOAq8Pg8flqFzHNJClQ0aKQkajllIP/Ee0Oz6bu3kDD4TT/Z6M&#10;7pijjRx49JHA7upsvuPOYBk/4trqizSWtUSNcsiW/wBSByPcal3Fk91beGQkie2IZIpJWjupA4Xj&#10;/ife7aKKMvZp51P88/4evB2dBKcdZ4sRhdv5w/bskE24ZJnWn8mlpJ4o9UrR3P8ATkgexL2lvfam&#10;ajg25kgKzM09PLKiypcMsX1VVB+g/H+PslktrjbJDNU+G5yK/P7OnFdJW0phgOgc7L2Fv1MjLuHZ&#10;eap8LSSPAlfDAmqreJjpMwaT0A6iATa9j7Dnd20a7IZd6zC42rqoatpI0ihQpBG6LzdX+nPH9P6e&#10;z9ZrSeJXVgKf4emjFIDnoTNqbro8Pgaeh3dm8fS5XG0kLVs1XWwq80cjER1DMbX1Wt9Af6gewhih&#10;zO1ayoylXS1+OFJMPOmtDGETjRKn1ufoL/717vPD4oATOK16YAMfcehFjnoMnTK0M1NWUtTHrjaK&#10;SOaOaNhw6FSQR/iPYiUVbDIcZmKD7pIM03jksB4vM4AsqEfTnkg8e0gOqFnamqM9PqKkY49QZY/J&#10;HU0U/hkWljjmhB1a/ELlWk/x4t7GzbWy6HKUdXJlIlSGlmUcusoqZTcrIjH6afoQR9beyz94Src6&#10;ITgip/1fsP7elLRoIwWyei59r9sZDZc2FpcJTyV2Tza1CwBY2jXGwU0QklNWn/Nz6IQ31/23tqrK&#10;fa/W+YbLlvNkJ3C0hdwiojjS14rckX4N+f6ezW626W7gWaU9hpjzNM/l/qz00Jo4wUjFCeJ6h7R3&#10;VuzvnZ8+MkoV25QPTz0GdchpZZZ1bSiUVYGA0OBqJ0kqePbPku0KvJTPQG321ReOlnp5VN53FhCf&#10;wARx7djNvaIGjABA/P8A1f6sdMLqdipzXpSbX+O+0ds1MGbp4WkyymNq56sGVKgxMHE783MikXDf&#10;8a9oXJberIaDJrFDbc+SheowbiNVnilpY2lenBsOTa/+H19vWDLf3Ilm+DIHpXy6rP4kSFI+PQwS&#10;ZylWSKaKtp1xGNJp8u8jp4QKoLFSSmVrgKrn1EkfU3+ntF/Hb+8mb3pW1u5aaaCjhop4cxWmmdTI&#10;eY1WrqHFrhvpzf8A23sk5nmeALFD8eoUH5/5unNvWRwzzCmP2nqH2JUvRbSyIoRB/E2SNcNTvYGW&#10;uikWSJIIgRqIAJsOLfXj2Y7cOwsfRQ1U+Ohgro5vMySSyed0MiWjkS99Lg3sVN/8fZnt+4w3MeiR&#10;6OBQj5/8V/q8urSoUOBx6BTZvbOczNbRUG5qDIbfqIvtSyfaNBBNLFIy1cX3AOl47AGzAXv9OL+y&#10;rdjbTz1BBQ5uhrqnEJTukVTBE0oQhR/wJZyRpLf6luD+D7NYgtzbuoGR0hlQq4fVTox+PzFDXzS0&#10;9NVR1EiL5QVZLMhazBNJ50Gwa304vY+xW2rvDCVe35G3BRR57IUeHEVNWyCN2mjaM/eQJHcnSVHI&#10;A4/HsjskuYboQhtMZJqPn0saRNGoCp6R+6drZ2srMdLtjO/3eppcmKnNww04P3YEf7M6MpAEgkCk&#10;6gVf6MD7ybK3/SZRampx0CUeFghlhixVNCYaaOVRfRKn41fVb/0496ural+IYjQscmuSOnIpFaEy&#10;Hy4dZczs+GqxlNFUTvkctDNA0eZrlikr4mVwvlh8aqqkA2IRVBBN/r757O3nt7tSszezpYEhlaCo&#10;M8Cu8VTO1E3+6px+lxb/AGPut9L+6J1BHbIQpPpU0r03GVuVJ818umbceJqtpUEG5aCvq6mbCMxa&#10;KdddIKWrHgqRNTRlWeP1A2DXWwZfp7xZfeeY3BFX7UhppqKt2zPBQ0lRUKFE9Oq6RArkgNIFA5v7&#10;VG1h2mvh58QVrxz/AJutRu1ySTimOnbb2z8JjMlV7so31nckCV9eqampWqqgCoasgBuVVrm4t9Tf&#10;+vtwWXHY3K0W1lrqTITVqxVkOSqAjVEckrjXQtI5IBDkhSB7L5xcxWn1j1INe3jw8/t6fUxmXwlP&#10;59T6WaoydNU5moosjimo5K6jONMoENVDTSFY8kiQWLrIlmUNzbi1x7ElKXEYyjy1DuCpkqUiq6Ws&#10;xswnBnERGuaC68AKbrYc+0lvPcSSqbcECRaH5eQ/b/s+vTkqKiV8x0E+Ul3VmMltvM7Njo6R1pcx&#10;js9R1dC/2c7lkFDUqSFk1fWRWN1INiPcBe1du2qqimp0q4xCkBrqSnRpIEil8dPHUuqlrhrAE/nn&#10;2d/RW1US5OvT6n/B0iEktKrwPHpIydB7tlFEKTd9Vhohl6nK1+JauravH1lTkAXyX21OZPEiyanJ&#10;UJ/sPcPZHb75TMbgpsli5oqbHUFRNTVkkgSNpad1U0s0Un0Zw10YfqsR7LtyhFvdQm2HYTkH5/Pp&#10;xSskTVFCOs/Y/wAc6DL7XoMRg8nVY6rqMpRLW1dNEnn0uSjzQMliI0FtUbXXTc8Ectmfqcpl63bO&#10;SijSv25ks7JjpdEhhBoaiRI5aWSoS95FfU6aSLAc/wBQp3PcY7mxlWDDRitPSg40/LqsFv4UorwO&#10;f9X59CF17t3EbLpcvtuCeKm3VSYHGZTIyMY5DPUR0stGmbp6NiSI38ao4+hZSoPHsbsfkclS7jqt&#10;oV1K0WH8JhweZjiZr01PEDHRVc0huXUfk3v9f6+w3IZrS0t9wtasDxqK0JOfSgByfLpSNMgZX+3/&#10;AFf6uHRVM5svYm8dnVfaFMaeffFNJHn957Sizpp6OTP2NDWZilxdOzhXnjUrBJpDMhVCwNx7Ru46&#10;LZO7snVddZ+piBMcdelFKESoqKiJhLFWUcptdlYEcXuCQfY6uNwvNrsEutIcS01fIeX2f5OiuKJb&#10;p2YjK8PsHXuuoexMPtOh7p25iqXIZCtgqKFYjWTmjp9uw1zRPiMrj1YNoBSOQSL6o5UDX0lgQ1j2&#10;x1tsPJ1c9cYK6Ok8dRjleJ6arTKRVAaBfLDZWjUgDSTyfx+PZbeGe7C6TSNxVvSlPz6UqFjyg7q9&#10;Gfodw9rb+2lh5sdiqHZGXrcgi5iSokhzVGuAaJhUGlWXwyJUy3XxkoRHzfVwfa/3fU5TI4PHbmyV&#10;NJjZqMLXn7jxPQzobtCJ1k5AHpa2nn6f4+67U6T28u2Qf2S8CMfb8j04wW3cTEjWf8PQe9bYjZmx&#10;9/bg2TgNwUGZkzSGmnx0FQVzuImpIVNW6tTg+lwx1M0ileG5BPvvEbo3hWYZMvkcTBHh6mnE0y0D&#10;N5zTaygqqVFAJsyk6F5t7KrK0hF20Nkx1LWv+r/L07KxKAyGh6cN6bI6sOcxeKlzNt40+SanwBy8&#10;slfTx5M477oY6vMoI0yU7XVpja9rHUAPcn+920MHualSd62StlWIS1JW0dNHlSFgWSIerRrUWP1V&#10;uD9faneLRobUTk8O7SMA06rAWmJjUD0rTpNUOxu1d9dfZvDVEm28Li5VqcXQ0kJmr8nVnE1EtH/E&#10;VyBKQxyyrcWEZVgbhhwfbRvnbOF2/Nnt05iOvy9BT0tRXZDAyVTT0c1J4/LJNDRvwvjCmQEcg/m3&#10;sVbJuUW/2iGAeHjNfOgz/n/z9FdzWzqCNTE0B9Oo+xt3byqcXg+r6avxeCy0cD4XHb+osUJTR1WF&#10;KxxU9akztBNUVIURFBYONR4b2B/Xm5szuzb25dw7fMH8Dw+Up4MDj0o5MZV47IVUw+yiqKiM6X1x&#10;kam5Dfmx49kd99GN4W0jWhYEk/If7P8Aq49LYHZ7bxScHA8ujS5ZMJT1eLxeYlhnrc5QV9PWrVFZ&#10;IsnjcdReTKa6WoLDxq0qkqg9Ov8A1N/Ys4XYtb2xhdz0+6UbGUFfLHSVlRRVcU0Umdw8iTQV9DAy&#10;31AgxzKeAVINwb+0Um8XdrfC2hXXqFCSeA+0kcMcOnHt4WhDOaEcB0X3tjtLYfx9xe1lxaQ5DLYa&#10;k8mD28lPW+c7Nys4gqqKbLU0Uq00AdFlpjOvqMCqAwRj7QO8Y4tn5rauw9tibE7ber/ieZp5aqaI&#10;uDURwVVZDVxuGS0aubD+g/w9nVxth2/bDe11TSitR+dKf6j0kgn8W40nCKaU6ErqjNSdhYWs7AyU&#10;OAr8rN97iMNU46ilU0uFCpXQ42oFWxZpDI4MrXCtYWCjj2Je49n1uTwE0O3YsJBiJY3ko3SuNRPn&#10;hLGYapMpUISTIygHWTwbC3sP7FcrI5eZiJqEEnFD6DpbcBDT0rw6ZafsbDbe3OaDcUm66/NNJBBk&#10;opNu1lPhNuxWZqSsxX7QU0zMfExikla3qY+k3cMTQ4HbeJg2u+NMSVmKUfcRrHBCjV0FpYlMS2b1&#10;qLte4YX4uR73BbXMO4/vichwCcV4Dh+2h/n59bkpJD4SYoeoW4MluHfI/i+1szBQR7d3Wiz454Gq&#10;pqxMBlBJqkTyIYdcTFwpX1xuAeCG9oSXYEOEwVF9vVU0EjVEkMGSrpnyFRjKx4S1BV1BkFxZvSSP&#10;qOPr7XwTLfXLzgdmMU+3/V6dUkKqBGnEdL6LsSCtzuQ2+Mdlaito8R/FY6WKkENPl6WOpFJkYcdU&#10;TP45JEDK3jd1YXHOk+29qjftFtTaGFoWyKw1tNNjcpuiTb8rtU5KnrjHCTSSNqRLEoJXtqsGXUD7&#10;tbz2tn9Rc1BavCowP9X+odNtHK7qh4AdRf4VsXM73y9Tlq3EZLcWCMOQxeGOVAqMPj6zGJFPUilV&#10;lB+4aORnI1IAVDEe4C5DfHWGUklztdFLsxGmlyuUnpaNauHI17+NKX7SBi7GQ8s4X/X5t73NbLew&#10;ruNkf1OP2D59UMmh/Ckyp4f5OplUmxOyaFMeEpayqlpI6ihjjmq4B9ri6pHpqqnqIQqtHFI6FCAR&#10;c8Agm4g7P27kq+kSSdqLE7bm/iM0EJjMWTqZpqVnWajk+ksZVtQ1ji4t9D7J7rco57isY1yAgMfI&#10;UOc9LjGEj7z5YA/1cOmzfm7KDb08iUcOQzO5lhxCMsQkqMZSwvlkhjbJqjFafURJqKKCwBuf0+0p&#10;U5GqglzHXVFS7ky5noTN/eGaKlKU2Inj8xUy3USqblEIHB9J5+p84j211vgRVxQL9vp+3pKALgaS&#10;KBfOnUugoabPPtreuXOJxDY+qqXqMTHreJtwqz42JzUyFDFLGQwKeJieCT6b+1z1dtqlwmKloMDT&#10;VP8AHspSwVNPlslSSxQyUUymySeQBl0WMckZ/HIvf2GrqZo90j3G8qURsKP4vU0/b/m49KGhWa3M&#10;ANARn16RHcuXx2RxdSNxVtEdlYqWoh3Li6GvgOZkraazUkERJVVdmaGWmcOhV7BrG49xIek+rMNn&#10;YcpnKHFZzeNVlaqtNRU5CrgM1RMuqKghoPKY3WJhaIFQbAX9iDdr3ctxg+rnIjhNM51EfmPT5efS&#10;O2ht4mCRirDz6CrCd79h9hHI1mz9vb12ztenxFHQU9VX7cwmSp6OSnq2M24ZcvrPEtMQsqJ5lj8d&#10;0Aa7Mo92xYiSgx2G3UlLLj66reOXBQK81REsEpammo5o/UkqHTdRx/j+fdduL2u3vPZHt9T+Ief+&#10;f06dkCS3Gg5Pr07bUjzmc3nvDN7MoqqPcGJ2/TQ4/fuYc0uEyVfXxJPU4jL4ZCqVNHeNHWqUeZSC&#10;AVKi7dUbG21t7b244K6WRad6OCvooWmWgpYEgdmjTXTldMtiAxY83J9prC2kvrtLzTpjIapxWvz8&#10;/mPyr1prhFIhHxA5p09P3Nu/cW6dh4/a+PoZYo92V22d6yU0FRWzxIuNZpa2h+4RA1EtRE15oxf0&#10;ABuT7iDf2Dw1LS4WChlroIqOKoko6NI49FSwBM71U/EwItZgfx7rb2BtZzeoxqW/kD/q/b1aVvFq&#10;jenSuzvWO5t51NdlpcpS4PKeepoqHKVXnybNiJFZTTxYyJ4FpjqJDKHLMLajxb2HOPoJI900O4ab&#10;aAy1auWebHV8bVNFS0kcs4lqfuWRrFgP1hQQbX/N/dt7uDd28mptKkGo8zjq9rGEYADPr6dC1UpR&#10;rhWwVRuD7F0xH2VT+9Rz5ARyU/2iTxfdBmJJuULISTb2ZGvpa5slX5nx+LC/bqY46aqho6aWtBMc&#10;0tXoAmcc3BPp/wBiPZdY3kl9BbxRp3RZbFBT7K/y/lTrUkaRhhI1S3D/AFf5+iT48bO2hi8V1jXb&#10;oqcnv7L11cKOo3JQ1+7twx4WYtX01NiZagNRUzJHEY7cG4vZuLh/VNQ7R23LNhpsecsle61KVVUZ&#10;J4oKi6VlXi/IpIlZWUavo1rcfT2e28MV/dSvuAoFGB5fmPt6alLArHHwpk9C75Nzb87GwuNy+Pzs&#10;Ww5tuLmYa/HULUFNVZmjrYpcbg90TxS3emA8sy04RSHsGJB9pDaWJ3ZuTOVmcioamjhxJkx0FZVV&#10;EgpWo61QzZBxPZZpFUnSif7G3sr3i6t10WUVG86D+XDgK/t6egBVC0hp5f5ehU3durYuysXT4rP5&#10;SkinzMjtSYqEA1mRqqKNahqamgpBqjW6C8j+lRe7e52Z68zGfyz0WD33XYeq27X49svLNViMVUDL&#10;5I5EWnC6GdfSF5AFh7MLm5aLbhBcx6nkFVGKftPCnnTpqHSG8YHtr5dB3Q9zbeoNs7d3PkNm1tVh&#10;960eQqsHDt3AtkqtJKZvJXY2tjc3Yu2phN6Vchjb6H3mn2iMr2tU7izm1tt5TaG2qGnaDKS0kVZu&#10;CorqKlLspdnUrd+eVIb+h9l+5rcJsUG1WklZnArTyBPdnNKDA/ydXt/DDPcOACT2+vUnb+96eLr2&#10;ghjzE+B3bu6WtnwuPyCSJDj5s7lZBQQUvkiKeKCNkLLG5KG9yv4GKXK5Waik3RHSLBjTRo+JxzSp&#10;QzUsJGjx1EZssSnh7k3A408e0+2bfA0o25B8PxNjJ/y/5eNeq3BIFS2W6LlXUuzqPM0fVOQ3JW5P&#10;e+QzRO589U4rJ5uHKVFnyS1OOq5Vdp54lYQJDESEa1yLEew6/wBKmP8A+Vqi/wCBP2/0qf8AOf8A&#10;HT9P+Y/5v/7x7E30S+g404jj6fZ0k+nPr/g6FD/Zaqb+ue/4AeT/ADuO/T/qvr/wN/5s/wCb/wBr&#10;9//SgwUbfQqLn6/0HvBOq9d2wSOtyeryCgEhj6Rcc2Jv9P8AfW9vEVEFtcG5PJA/w+o96J9OA62A&#10;S3ScqMqTf1g35F2+n55P9P8Abn25RxeMWA5va3545+o/PuvHPViCT0xT1QkPqJA/H9CP9qH9Ofx7&#10;zAWNyCSfp9fp/re61JwvWxU8fLqMzA6eQFH5+nI+o/Hvlo/DcEgW4/3gW/HvRovcOtgVIB6xrNqt&#10;oIKi/F+NQ41N9OePfSqim5F/94HHBt7vSo4068xGqo8uuLyyyLpuBzb8XP8AaH0Nv9t7yPPGq+kC&#10;/F/97sD7ZA0NVuvUDjHXcdJNUGzMbj6DksSOPp/vXuDLU6j/AK/4/rf8j24KEY8uqldPHp0p8f4r&#10;Ej6G+o2tZfqG/wB6594Szn8m3+Bt9B+f+R+/MQMHrVK8OpscUYudCkj6A/S973B/4178F1W1f1tq&#10;P9R9B/tvfiQBUdXA9eui1m0p/SxABtY8Ei9veT8FSLXva/PFv8PdWYHK8f8AV+XW6Hh5D+fXBFcO&#10;rH9Km7W4F9RuBfm/uJIv0JIH4tf+z/rD3VScgZ/z/wCr/iuvef2dOsbgkAen6kkA2PF/r/xT3FZQ&#10;SCRcf4/nj+nu2orWnW8HqYrcfrFz/Q8/7Aj3wMdiLCw/oBaxPu+o6M56pTND1yEgN7MTf1C9/p9O&#10;f9j/ALf3IWMheTwb/W1+Rxx9P9f3UHUaDy/yf4etFfLqLLIoN9NyOQL3tf8A1Vr/AO8e+rKD9DcH&#10;6j8WP1PvRcjPVtJC5656SwFmH4NiP6824/3v3wNyxFzyfoPzzxa3u60+KlMdaIPE9dn0oB+sg2Fv&#10;oLC1yP8AD+nuRcBbH/bf717aZjq1jh1sAUrXrAqMTpNgw5JJHN/xYf717xCQfROP6k8/7e/uxBrR&#10;/wAqdeDeR6zmIW1fqNuRq0k/4k++YdbDi5vza1vrf24qZr1skt+XUSQPc3OkWPHN/wDX/wAL++9C&#10;EeoXvz/rE/Tj3vqnXASyX9BIAJH+DBfz/rn30y34UH6nnn/eB7qalqk9bDdZY30oWa1zYjj0j6H6&#10;3+vvCyH+l7fQW/p+Af8Aff8AFNEHVUef+qvWq16kxyqVAN1NySS1xzzz/T3yEd05uL/Qf69/bla9&#10;bGeHWFpWEg+hAuOD+B/gfeAw25ax/wAPzf6+/avwjqxFBUdShMGF1uPxwSQBawv9f9b6+8TRAXIH&#10;+vYW5/xt/tvew3l1QZz1nEzGw+lrfXkm1r3J94Smv8EE/wBP+KfT3sAV691K8mgfUEW+pvyTyLfn&#10;339tcf7D62IIt9B72WHn1rrCKqxH05NgL8ck6ibe8LU4Jv8AXk/7E/T/AGPvQOnq1DTqUKn08EEW&#10;5P1IF7/n3KWMqtgp/A4HH0/r78SONevBTx8uoTSa3B1D8nngnkf63vE0T6j6foeDb/bc+6KQRx6q&#10;FJz1JEqBRdvr9fV/xHvksEpBbSSeCbfU2+lwfezKldPV9J8uHXAzR3A1WH0FyeL8n6fj3j8bFuQD&#10;9Tz9f8efdq4zw/1U61nrJ5UAGkkcAC/AuPrZT75NGosQObWA/wB6v7sDQnrxoOHWJZHYWawAN7/4&#10;/Q/X3lWL6C1gbfUDg/63+8+66xTHl16teHWFpjc3uT/r8EDkkke5C05IIsf8b8m/4PuoauerUFM9&#10;RpKvSQfSLEfTgcD6X/4ge3GKlAA/P0+thcW/p7ZP20PVwAB00VGSYswUEpwpYXJ1fQXP5/wt7yGn&#10;CrfQPze5PH+sP9h71WuSc9eqQc9Yo60yNoVjYfpYAji9iefr+eD7xAf0UiwvyOT70QRxz1oEk9TN&#10;Qty1rm31sARz/vPvIAdJI4t/S3NuTf3qtBVv9Xp1alQeo/DSBL3DH62N1ub3VueCfr76RNZueeP8&#10;Ppf+v49vBhT06YpTrFM3hUqliL3ve/NuBY/Uf69vblFCvADG/wCRa/8Ari/+9e6l2oW8vL/V/qpX&#10;rdASB0nqmoa9ioF2N2IC8AWFrH/bj+tre5JVVH0uxsL/AJte3NvdAHPy6cwOoYmu39VW4sBwfzps&#10;/wBf9j7ivDz9OL/4G/8Aib+9aifn1vOKdO0FSAosSp03/IAuL2BHBP8AgD74rAn1ItbngG39ePbp&#10;OKdVpnrg9bLchQSS1rE/Qk6dNvx9eP6++MipzbVcjgfQD2wAdVPKvVicHqbDNJpBYrcDlvyBa5/w&#10;sP8AD3G8bElgOQbf4m5/Nv8Aifb7UC04dVANanqQKlfSpY2tcC3H0+gBPvIOLeoi1/6fX6W/2HvR&#10;Yqacf9X+r+fVRk06wMFmDEKBdgbc8qTq/Rb8/wC8e+5HIAP4vwPyf8fflYNjz62Vzqby66ip1VrA&#10;C97Nx9DcW1WFrHj6e4Mk2jksb8cfQfT6gf8AFfdlNTpXgP8AV8v5dbOe7h07RUerT+2vqvwP6X+l&#10;/wAe4/3GsEA82+nvzgAZGOtBqcepyUfjZDYLzyw0/wCuLf6x941hkdgtjYkkg/kXtz/tveiajWvl&#10;jr1a46zPNDCDqIB+ob/X/rf2502P8hHpIP8AjewH4H596JamoHrxyaEdJ+tzkdPcFke9ypUgszFf&#10;9ccf4+36mpEisSARxYWtbmx4N/ewdQ0nH+r5da0L0gcrlppzaJ2VrXA1EBuS35/1ufcvyxob3H9S&#10;vAIt/S//ABPtxQQKen+ry6sF0/b0wS0lVULYq+khrsxLagQGIH59xpasH6n02v8A0sPalVKLUip/&#10;b1RgwJPWWmwxLqqllb0re+m5+pP+Av7hSV4AspFjxx9ePwf6e9ccn7aeXWyWpQ9KGDbpYgujXCgB&#10;yNJ+ty1x9f8AY+2KrrmZWB5Nza97Efg+2wPKvWtJpg9L/GYdImR1QBRa4Fri3PJ+t/r7TEr3b1/W&#10;9rck2/obf7D3Zan7OrU0r0uIY9KDxi9he44Fjz77VowSOF/xP5/ra/vZxnqxCjJ64ssjD6FieCLi&#10;wH4uB7mQsSOCeP8AX/3v3VqcemwSDjqFPGoJJUHkW4v/ALce+pnKW54P1/Fj71Wp63pJ65QRBrnS&#10;QQB9Lm4/B5/3r3FM6Pe9tVyB9foPpf3elOPWgKGh6lCCRCNOoL9T+eSf6f7x7xEaiG/r9P8AX+nu&#10;prkDy6sV1N1JU6RY2sTc/QW5494mjY/4/kAj/iPftWevE0P29ZkdfrewP1IP0vx/vf594DECdLcf&#10;W/J/2PHuwrUkdN+Z6z+UhQQR/hx+D9Bz7lxxIvIci31v9D7oSevD06iSSu1wU4J/H1/oefp7jVBJ&#10;HHF/+J4+vuy9X01zXqTTgLY2uRf/AIr9PcQAHUBcf6r+1c/159uVIwT1RQte7qUSbB7D8lR9Ctv6&#10;ke8iEKQp5te1xzx+R7qaV621AaDrG4LqWHAPB02Fh9Ob+3GG5UAgEj6kjm/+NvfmPEjqyhgK9Ncw&#10;CueSP6Af0HHH+t7xTvcWCc3F+OLD82PuykDLeXW69tD1lp4yrE67qRfkm9/8SPcFpSlyG/JBA/4m&#10;/vxfUAKdNg9OCwB7alv+R+bf61v6++IlLmxFzcf42/pYe9U8/Lq4oR3eXWQxKgJW44P04ufqeT9P&#10;eSQgLyoP/EG3uopXqnHrHHct+ojn+v1/r7xRyISRoH9L/wCP5Hu4AY0HXq+Xp1zlRwt9RP8Ar/4f&#10;kf7z7c0/RcW/pb6/7f34rTjx6cU1wOmpiS9rN9bk/wC9WH+HvjqI+gF1/wBYj3WtePDrbEE0PXPx&#10;i3qLWb/Cxt/rn3HmqeDc/T8c/U8/X3qgr00TQ06lwUoA9I+tubD6Djj3CkrQLD8/S1xx7sq1qD1r&#10;zPUxaP8AtD/Yn8sPeE1ZcEAg/S9vpY/7D3bT2gjj14E0z1kWmVGub88i5N+PbTUy2Ym97/S30sB/&#10;X/b+7BMUIz1r5jpwjTiw+gtfjn/kftueZnP+tzb6cD3bSAPU9arjHUgKBb+htc/4/j3yQOSTYjgc&#10;WuD/AFB97FaDr3HrptIFrj6/X6H+nHuZHDIzK2ngn/Y/48e90byHXs06wPKijSW+n++Ht1+ydxYL&#10;q+lxx9f8Le9VJNRjrYHr1ANZGvJcD62vf6f1N/cR6CWJyfGfr9LH8m/t5alc+fXjgV8z1mWthkAt&#10;IL2P5H9PcuDHSyD6G39Pr+Pzb340Aof9X+r8uqjqNPkYYj+oDj6/6/P5/PtwTEOykBG4H49+ZWpX&#10;y69SvTY+cgVxeROWIF+OB+ffCPDuJf034F9Q5H4H192o1Mda1AdcpM3B4tRkt9bEfRrf4/T25phm&#10;IDKDyRxc82P5t78EPCn8uthtQx0zy7jhVmV3QWF73X6WuDzf/be3iDBSvHYrpN/T9PwPz7qYmBDe&#10;XWq0NT0nKretBDKU8wYgXYA2JVvpYD/bn3y/u+xI1ILjm9hyLfk+/FKGh6sCKdYRvilVSyTnS31D&#10;NYgj6hQfqf8AY+8a4Ui6iJg1+CANP+wP093K91ScfPj/AKv83Wu7qQ27INCyfcROunkBmDH/AFxx&#10;/t/bvR4DT+sMSbW9PH+xv72RUVPVSSK9JLLb/hX/ADLxqqsdRMgDf1utj+LW9zZNtAMHK8EAWtc2&#10;Iv8A7178I+JHl59bqD0nqXtillvCsnr1kfqIP10/qP8AiPx76OGhC6fEAAbXKi3+xt72pzQ8T+XX&#10;h6jqUN61DsZVqS403KqxYi9/weR9Pr77TC04H+aUfkWAA49votAUb/VX/V/q49bLKMdQ6jfVUzqU&#10;nlIXhhy+pf8AWX83/PvuPGwo59KHm+m/0/2I978IKM5PVSKmtevVO7K2phGlp473BkK8Eggj6/T2&#10;7QUcB5IF/wDEcL/UX49ttAvEU/1f6v8Ai+vE0z0j8hunJwroHk0NcEq3rlIHD6T9D/X/AHj24Q09&#10;OrXspH9LD8f4+7NbhTg5I6qzNw6RlfuXN1UDRBJYDdgHu+t7830uSB/sef8ADj3JMMQa4t/X034/&#10;wt7soFM46bo5Nek6cxkmhEbh5Q1kAkZbsL8H02/4174SmILpcgk/Ti97fn3cOtcEU62FPHrLjqXK&#10;vIaimimisSzM7AKt7CwY88/j3DMdKtyIxf8APp/B961gHVj/AIrqwDnj0q45c/MPFJUu6jTZdRBF&#10;/qp0/Uf659x3WBwSWKn6f1/P9PdWYLSnDrR1cOnyifJxOYvErgKW44JsBf1f71f8n3gAhVfoGuQL&#10;kAAfgH3cyqB8x8/9X+T+XXtLnz6n+HKTzgBjCgUkxqXLNY3ILf8AGvfGM0vkICqD+W/T/vv8ffqh&#10;hg/5ethSBnrLVx5taW8hmeMH0Ramb6fk2/2AHH09uUbwBh9GsL/X63+h5978YRodP+DrYUaaDpFV&#10;2Ny1YAbyU7OeAQwYAEXH++/x49yxIoUtdUtc/j/ex701wCaA1+Vf9X+TpooeFT0m3wdSZxC8c0qP&#10;pDsutVbji6n+v0PuFJXi3MgHPH44/Jt7sJaUp1RkPCuOlHSbHFzoo3YsLsJG1aCvOlSP6X/PvA+W&#10;gQAPKpFhYX5v9P6+9SSr54/1fZ04iGmenWk66rZGeSmpZEY8tw4uo+lmP4H4t9ffNMnTuh/dW/1H&#10;+II+ov8A8R7p9RpOcU/b054YPWGo68ro5kK0cjqzHWW9ShmP0P8AS/P1PuLU5BFiuJQVX6gH6g+2&#10;mugzYBzxrx634faQB0o8Hsd1qgZKQRzsP2pFVgqEWuLWH4+g9peoz6xSEq6qOPpa3+xJ93Mykaft&#10;6bCUFCP2dCpQdfpJCgqI2ma55kJDc3NgF/Fv6+8kOfV9XrJv9CTxYD6e2xKeB8+rKPIDrHWdfRJ4&#10;9EKARhhpVAOTwD9P98PbtFmYXjZSCxP6fVe/55J9tSzBCKGv+r/VX/VRwL0mJNhVS1KTK4iRLlgF&#10;I4B4KgW+n04Htjrs8kc5TTpC2Atxdj+L/wCt7vHMf9X+r/L141UVHS2xGxS1Irs5keQlje5sB9OP&#10;99/vHtpl3AFYOD+eGtYE3+nPtR4tRUdaLYJHSgp9lRmNoZLlWFmQm9hp44+l/wA/X29wbnDeNSdT&#10;af8Aob/W90d2p2nPVRWlekXVdYUimoZU0Ru4LaSQ3pNgFLe3STOn7fUP84CeCfx/Tn3Rpjq0k1H+&#10;r/Z6uVr0naXrWmjyDEKFgkUAnTezg3vf+n0tx7bRnGcPqaxZieSbjjkX/wCKe1CyAEMDwHy6bMXd&#10;UdKFth0kTRaIEcIoBsvpvq+tv9h7zQ5mVUFtTENcWP1BP+29+kuBSp+zHWvB8uoNV1/j553LxRoH&#10;i0yF1GoWN/r9f9b3GqdyzIfU5X/UhSTYj6AkH2w0upSAM9O6Qop05Yzq/EIAUpkYGxclFXUD+Rce&#10;2ObcU9QpUSsbMbm/INuPbdStNX+XrRUdLej2TjaGXyJSRJdFUBUUAqDzfj6+0xU5yZJCNZJXmwJO&#10;q4/PuwY16bZc46WcGCpDEB4lsSPqq+m30sB7kUmbqbi44b6gnkj/AGPt2ummcdXVKZPUSu27RSqS&#10;FGtbWOkED/D/AGPuVLkKl1uJPQAT9bGxH4PujPk5/LrYSrV6j0+JooTY06+RrAkKABY/0HuF/Eb+&#10;oSEsqi4JP1Bv9B7b1nNfP/UOrUHDpy/haj0GNQpbgKBwDwRf/H3Mos0h1O7WA4Cn82P1F/d1DE0H&#10;VadNuRwIZVRFuWJ9QuCLi3Pvutykc63RgJLX03HIvf6D/evdGDVOOrLTrnjcO9KVVwWjBsrfXkix&#10;Jv8A72PcenqTIL/gfk/4/Xn/AA90FFFetgdTKmmCmw+v4A+n0/4n26GJJIS6g2IIJ/J/PBHvayMp&#10;NOt06Z/LJHOFcrfVx9Tb+yAb8f63PvFDE6sArsEb8kEf63vzP/xVevafxdZppUdbvEpdefSb3vxz&#10;/Ufjn3keZ2V4lkIfVyx5+nt0NQgeX+TrR6wR00ask7xKVCXC2AJJHJP/ABPvCvnDgeK/p5a/B5te&#10;/vUkoCcadeEZOB1IK07oSZtILXVbepR/T/intqymrSVMgRgf0L9R+OT/AK/ukcuoVHXmFBQdPGOR&#10;QwIQupX/ADhIsbf0HtngqngfTI40j8n6cjge9mQj5jqinOOnSalSZCVU67j6fXj+n/Gvc6bJVDj9&#10;v0qL/gAML/n20WpkZ/Pp3HUWLG06cuupv6nkj8cH6+2tnnbUSBIhvcMLMp+pCn28jVXUT/q4dMlD&#10;qqOp4SNSFAKkW5B4I/BPudQo9mbldI4v9QbfQj3Uygrx6sFIJr1FqtN1UjUSebWsB+T7jR5R4Jim&#10;ktZje9/oOQfdCSfl14sT1mkoY5o+SBdbcf4/69/ano8uJVbU7fQWA+ig/kn2nausMMHp1T209ek/&#10;VYdY9IRVsDzf6seb8H3wqJ1LBgwsPoBYj/XA/wB7PtQrkj+WeqAjh13T0rKpQqeQTcAgn/C/tolr&#10;z5Dpmuwv+eAR+F59qkYIPn1UkCoHTklEugAxDSbfX8j+rf4+8lDkXd5EaQi5uQDZv8PdJG1AedOv&#10;Bj5dcKvHx6EZY1JFwpYXHItcD2qo0gqKYlgShXSy3vqNrHUfbPjGI1B6cXvwfPpJzGpgq1VSoYNq&#10;En+oX6qQo4/H59s0tMlHH6WlSHUQUaxK3PHqtf8A4n3c3xfAFT1sRhM9P1O71UgLLC0yqPXHqAew&#10;59BNv9f3AmjUlfUQLAgAfkc/T2nDEg1/2evUrnp1iYqCNIJN78kC1/6n24Cvlpo7uVESpp0i1/8A&#10;Ygj3RY1d+tl9Ix03PQRTudIbyl9Rc3sCP6f4+0bX5GnkmIV2jZiWP+pA/Fh7VaOFOkrSgvnpQ00D&#10;xRqr6X02A/rx9Sb+2SfKmM21tNoUkMOFB+gF/wCvvxBGDinVi9fh6lCNBf0gXNz7y0VRU1EiumoB&#10;v16l9NvrY39tkliV/wBX+r7OrLXrpggXkfT6W+t/xY+1lSVWtViAs8YH7gAsf8B7ZaMrk9O6ywp0&#10;1VEIuXJur8GMn6D+v+v7UkFVePwT2lAFwbBSrH6EE/j21VlNetowBz0naihXyfcU+qJm4YXuHUfV&#10;bD3LSCniPm1F9K3IJtweAFH+9e6a2Zs+fXiR+HqLLLUSKacIE1HSpA1XtY6nP+v7hfx5Y5zFGNBs&#10;f1jj/Cx9vNGFWtOqVz1m/u954UeZvIAQ1lNrkfW/09xI60oJmlIEzOzH1L42VjdWDte4+nHsvSF5&#10;Zqt5fb03cy6Vx0+PSqI4kgBESxqo9B8ilRYrpFj/AI/7z7fcTTtkKOZgpEbSMsbiwUC1ri/4v/T2&#10;YSgI6hOPn1aDU0dW6RubyMWMrY1kdTJ4lkeNr62N/wAEcA/1v7ZKmJqedkaTU8RsOfTYf0B9uMgY&#10;V9f9X+rHTmmjUr0o6OoWqp0lRNMcy3PF2Utz6iPeZ61RTmNyA9uHUE8sLWBHv0A0MS3Dr0imnHrC&#10;aFmqFkjBK3GpGP8Aqbm5/wAfbDDUeEmKfXIzEhQ5uAD+SL+1jsBmuOmFwaeXTzJT+XQ8WiMAC5QW&#10;c2/AI/Ht1jx8MijzSo6ycsBYSLb6KLH2jkmfTjp4BQem966RWYRwurICBzeNr/Vjf3OMlPiYTIjv&#10;IyAlYpAoUD/VH+v9b+2oY/Gfu4dOM2gdvHqC61GVkETIkSPYNPGSXvY3VR+PYcZTc8lZUyKzLpF1&#10;KGxvc2APsy8MRx4HSNpmZs9KmgxVNQRKkQNxzq/N/qTz7y42njqGBF1Ukfp/F/x/h7QySsT6dPqA&#10;RWnUyokMcZtybH/eDwT7VsZoaVBrQ88WPC/01afdY1kbuJ6udIHz6YphV1DftuoAt6gOf+Ck/j2o&#10;6TMUbxLSOqOqpqFgAORYG493IIGPXryMK93SOrdv1y1UmRileOV9KG5LFgDexB/3x9p3NS0z088U&#10;cbBgDeRSHBH4H+Ht2P1PTcgqar0psRDVJJFLLMGjYACIqUKtazEH6m/15PsOabEO08VR5NZjYlVk&#10;sPTe9iRz/h7bmYiq+R6qkYr3dK1pFX63/wBcC/sQKXJLCiRyCOG0JYEHUwUGxYD/AB91jhYd3l1c&#10;yBOzpPVdD5y7KXlYyAEE6UPF9Jt/h7nRVyTwygSNewKlgAJLn+o+nt1k7g2P9WOtqVIr03vRNBLD&#10;+2un6MFJJiAH4v8AUe0lnW8tM8DFijNeQL9FDDkq3+x9qom08f8AP0y1COlBQxgN5LfVdKkizaAf&#10;yP8Abe2XauONLkFamlaSMsOC2tlFxquPbF5JVK+fWoEo+odSK4p9tKJLWKH6/S9rAX9ipkMVBW1G&#10;qGnMvlChvqpDWtcD/ifaeK7YR6XxTpVIoY449ImgyEtFTEVFSIxCWKgi6mPUSqk/X6fj2oNt4KWh&#10;qAkqNGQPIFcsVKX/AAPp7SXEhY6h1rSY6Ejj0k937noqvFytTSxzoWaB2hsWjlAvZ2+ot9efY84z&#10;FIUjn8aIw/oP1f09PtA14WjMYqfn1vTQhq8eq4+zt9y4bI1NDJXzSRyobRSTKZEa5XRe1zyRz/Tj&#10;2pFpkDBn/Cgjn6ki9gT/AE/339PaZBM/avr5+n+z/q9RchSCWPRdc5vKhjoZgs6tK6llWBbSamXU&#10;oMg4AX825/P+umdx7jhw0LNqQEKbaiBew4Nv68exRZWarF4kuT6en+qvSRmyfl049LdH1/ceZeoq&#10;RWUuJSVNbQoQ013s13bgKB/S5/p7BKp7fU1K07MLPqUBTa344P8AxPt5owoLIKdUWYN2N1ZLgvhh&#10;sLE0sLxUitUxFJA837jMQOR6r+0Zu7M1lVTyVUSySREKxIN1UH8X9qUl8RMn8q/zHVnjK946MRsT&#10;aWK2xFFjYI4Y5YFZVAQK7/m9gB7DbE5yCsleiqgsutgjxSLqZgeDyf8AivtLKXhGtevRuG7T0Jc1&#10;OCuuImN0BIKm3+PI9iHhsZT0OrxwsYYgWChPQR+oAf0t/j7R+I0rCnn0qRRH3dJfM1rywrGJY4ZJ&#10;DoU6/WpPpuAPqL8/T2319RQ1VXMj0xkQuSkigal/opI/p7UFDEK16ZDFmyOp2Pp6yno6e89pViAk&#10;Vh6WYDllv9L+8GIrKTE5VWWJrL6gSoVgCdXLe09zGSmoHraPpag6zZOikymMmpnkC+VWRrElWBBF&#10;v+Ne1NnK0SxpUQFkchmRtTaRzfSWFiR+bH27aTuyeG/l1aTUO4efp0mcHiPtJJaeYRyR3USKVW7n&#10;TbyeNuA34LL9fz7SMmXrsgGDs7qoAIIKn6Wupb6/7f2b2xQnScdBvchcMKp0poMTQY7mGKOK5YjS&#10;Ftcm/IHtOV9W1Pdn9HjtZ72JA+tuT+Pb12sYNEyetbcs65l6d4kUrwbqfqvFv9uPaBzNRkMgwnx/&#10;kmgDWlRWIFj+SP8Ae/aJSCpVuPRuwZ2qPLrOBYAD6D2MOxZ6OnoV+7Zlr47GMBiAFI+h1fnjj2Sz&#10;wSlzT4el0Msax04t0ns/DWzLHHAEandStQrLqb68Ff8AD+vtxyE/3FTJ5J2RFOtoiL3v+UPtShIi&#10;0p/q/n1StTqbr1DTinhj0QqWYBfIvFrD+0P+J+vtX7RzuOopHSSRUlZdKkkAG4+um/19k9xbyGZZ&#10;CMA56fjkjoUGOkbv3buQzmMaCn9a/qZAASQDypZh9CP9b3m3GFrhIUPnPDxMhPAb+0pH+8+z6OVP&#10;CWooKdMtGWY0HTLsqmkxCrHKn23q0TpKFBLJ+lX/AOII9h5BT5CaqWkQ1CqoBvIG45/De0crJHWn&#10;E9bVGJzwHQsSz0kdO1TJ4SDx6CvqIH9P+I9v037brEYWkZFAZtJJYgclieL/AJ9qENIhQ/4OtGoa&#10;tMdMcQ8yvMJhEkjkIA1rAmy6SP6+03lGoYNVRJAkOn9TRlluW+gIFx9f6e9oXkwx6q2kZp0+Ugn0&#10;6fM8oubGQIQLf0PB/wBv7j4/P+eSINISgdE0WI8YBsOP+K+2Zreg7R1pHUmp6zS0UemQqi6mDMWP&#10;1Yn639jvDXUlTg/DHPG11AkCMRY2tdfrY/63sojWWBiTX5dLGMclNPQB1uIq03lDXS0boqlhFK6I&#10;bre5WQjgr/S/tA5LKnEwmFJ2sxNnNtTN/QsfZhZK5kMzf6v9R6Zl0AaV6E6nxNPlmSWeni9AHotd&#10;VvxqA/rb3hpNxzRxmKaORJKorolGkXiZfrdb83/HtyQlpNZyB+f+r08+qhSoAHXqvatHM0bwlNFJ&#10;cmEhigkXkDSfoLf09ozcyBQ0zkzI/wCuFlF5AR/UfQ/7H2ohUs2uvDqr9op59KnGOPCItAXxiwKm&#10;4/1hf2HeMy9Nh5JaeGOekNSTrd3Lxp/qfETz/t/alxUaiOkqsFOmlK9OTxpJp1jUFbUAfpe1uR7F&#10;vCSo+K8s9DDkk1vIaiZP3A4W6hWT8fW/slLM85XVSvRgKrEDTj0yZGImpi8VfPRPoCCKJkEciluS&#10;yOCL/i49u1ZUQSUUH+UinLkFYAh0QsRY6dP4/r7dhRk1UFR6+vVXINK4r0300MyVsxNMZtClDUFw&#10;ZJlBuA4b8/0/B9uu25MfiJ1lyDfeSzalj9f7aK3Cte1/aS5jklIkXABz69XjkWMUIyembdNPlszQ&#10;VFHiZTjiiqWn8avKWU3K6WNrfg/Xj2uKupi/h08EUYeN1MkS3DyAEfqDG3A9qrTR4uv/AFDqkpbg&#10;Ogkhxda2ex9fV1TQ1VO4pZ2TXFTTnVcJJDzyfwTb2BFdtGbPz1M1VUU0+MpvW8aTWqlAb1K0I54/&#10;NvZw0wdvBiwx6SiOgMkmeh6bO0mOSjppaepSoqmEUR8D/bvKVuC1SPSoP41Ef09uBlxGIw0UuCpa&#10;hqdQaOdCyMCWezuiOOB7TJAVZqnuGfP9nTxlOgaBQHrqGPJVVfJBlnpAqMtTQrTpIrIiiwWRy3LB&#10;rn8X9ivsfH4uow1RIZoog48wiOkSfXhZQv8AvB9h6SSVr+kimhx/lr/qp0oagh1L/wAV0EXa+dz2&#10;IrsUuNoJqsmYQyzrq8SK62JhF76v6r9P95PtC7+xLVdMJqataCSkkMos/onKfpjJv9PYltXXw/Bp&#10;9n2fPpiSItR69LPYuRnB8c9Ky/dJERZdLQta7lxYcEk+0pjczlclS02HpJ0TJxxCNWRwTNI/0RAb&#10;H/D2mPgWzFpRxP7OtKGkOhDnpa1WPx1NLVZOrVTBYSzBx+3CIl1NMw/oLXPuHlMJvKEIcmklLKk6&#10;Q+OW2ty7cS/XlfbonjkhPhmoA8utGKRXoxz11ic3t7JIHw1dRVsLo0nlonWWGymzAvHcA/4fX3ni&#10;2zuyOpSr+7/yKNFZaiJ1eNbn9RYEgMv+pPtOzQPFpX4vTqwjcNqY468+ewrSmkkmQVLlkFHLGY55&#10;OPqscgBZTf8AUtx7FmKkTceEFNJVPUxrB4ZZ1kClXB0PIqEg3P8AT+vtNY3hsZWj8jU0/KvTksST&#10;gMegyy0q7bzy5GGiip555U0oKdiZomFljlnhU2Uf6o/T6e3/AB+08JhsNRRUTxeOmjdqhJgn3k0h&#10;a4aRvqB/gfdFkkvHfBBY4P8Aq/2P8PW6xxrpHQc13YW5qndNbRVuOq1hqJYY8bVURmkw9PTrEGkG&#10;p19cpN7svB/wI5k5vL43J4KfHilWpaiiV3jUo7RRr+qxH1t/T2r2u3ayZopGoXH+r/Ufy6alOohu&#10;NOmXC7N3Fi+yqDeIycuPosoZqGaMpNHBXVEqgwfcRSXtyPTIAP8AeT7DavqqvHYCCDAY1ZKbI6JW&#10;poo1WWodm02k1f0/3319qLNYYZZJZG7hip/yV6pP40hUR8PToeYcfRZTcb12cqi+QwKyR0sjTaIK&#10;SOZQ0jR6SFu3BJbm3t+odl4xZcJvenxlVjM3QU+mroEFlnKMdRli+o1fm3B9llxc/vInbyQRXDev&#10;n0+E8E+L59I2r3lX0WS3BtXJ5ahymGybmLEZlnWGWgiyEGn7OSoi/bk8bXMbGzAEXJt745zs+vko&#10;Zf4ZiZlenlaOojgjDzRjVZiyD9I97jsI7QmNjniOPH8/8nTep37snrhg+jsJTZRcrnMzU5uSaCJK&#10;b7mYCFkX1xIApCyaSeC1zb2FO46yGqgnesn+5Sup1kno30XQgfR355HNgfZlbTuR4j4pjqkgUHGe&#10;hwxtBFRRx01PTJBFSFo4WThTGeSETi1/zb2zVGHztBtKnyOKrxW07zp9lSwsqyUkoNyJY/qulfyL&#10;396gltp2kCYPmD1VkdVBU1r15cjSPmJsY9NNHWR0izieWntTVFMzhdMNTyrEMbMhII/pYj2sMd2J&#10;lKaLHQwmaPHCmC5OqVgiwVMAAldxJzdjex/4j2XpaRZZR31/l080jMRUdtP59MeV2Rg8vJLUZCip&#10;qyq1ytSmdAyxKyWWID/Uj8gf7G/tC7v/ALx7j3E0U8hbFSUJrcdlRKHSpjSLyCnDfpD3stvr7EX1&#10;EXgoiH5U9PXpGEkLHVgeXTnt7HYvCYxaLG0MFBHDLpqKWmhESpUSPpeTxi3pN9Qb8rzz7VfTu4dv&#10;bNx+dfc1LDlKuSpiAjdYqmDHkm8a+RrnUSL3UfUewxuVnPc38eg6UFSc0r8v8nSyCRIoSK91ekf2&#10;ptLd28cNT43aO659oVayyvPk6TX9yY3j8fjjUEKfqf13/wABfn285jt9Kjciy0+O+58PjlpE8Vnd&#10;JlKuYI2APpT6svs8mjijtFW2OkJQ/mOk6ytrKsKk9MW0emKDAbOk2zW5XIV0tdTmLKVj1DvNWTMx&#10;kkmllblyznUQ3A+g9jjtaPEwUGWNBUU+ShywFVV42RERaWN4vJNDZPUxJJ5P0I49kYj+tvo5pT4c&#10;gqBXz/w/4fP9qjxWjXSOAPHoA+4K3dxrdtUuSoMtt2n25kKeDF7yxM4qKmor2qfsqWpnSoTwxQaT&#10;dw+rUGsRb21T7x21jqGlfCRI3geSnnilZnkikB1ESNIbkD6L7cj2itxIbiocmvy6tJcvJjFOljQb&#10;D7Pz9blaPe2Zhahnip5qCpxUKUomjMYjYhYr+OQn1SkNa59IA49hdVZeg7Ayc9BWNHJDJKtLU4eo&#10;1QqzsCFmEiWPjNx/sfZlc3zbcqhFoo4+lB/hPSaG3WWtcnoZ9vbQh6+261LjzJNLR008i5MoKmre&#10;O4meGWOU+tuDYj6/6/vLtPYO39gUtbubcf3FO2HyFbRQxzgimq6J47xpFFKLgLewa5BA9tLFNul1&#10;S1IVAAxPmOrkx20fdljUfl0jd4dgZPc9bQ7F2B9jW1+5tuNkpctFVEnbKCpVfuqt4SVJtwsYKuGF&#10;+R9GfZG4evMhueoxO28dTq+act/D6ptVHUyQjyqKdEBKkfUFv9h7T7zIbV1vK5jIr86Hq1qUmBjX&#10;FelnlsVutdoyxZjc5ir6KjYvnsLSRUmQitB45ax0qNULEcsyiNQf6e1Vievtm7BzOZ3PRpU43O5W&#10;asqaaknlRo6b7j1VVPTkGzIz3KG9wDb2zeQ3G/aZmWkWDX1PTkTJaqYwO4+fSSx+79w7ggosBHDj&#10;9x0VOlNQbhz9L5IWqHAQrVS0NiIXYWeaKxW99JCkAI/L4zK7lzNHlMZW0k1DXQOKyGL/AIF0uQhl&#10;CyLPFH+Co4b8G/tbPdQraCKTDpjPnThnz6rGhMlQcdCbhZabb1FU4qop5aKDFPppJZDqpqqjmHli&#10;ammPA0tqQxk3Fha4I9zqjq6Tc25MPJSYqtjTFxotVk4HNNQLJG3lecyMeWJBA0/U+0U19o28QMdT&#10;mtB554f5OOOnPp08bxmwB0wZfsva20MTWZXc248fSq8zyUNBPNG2SZZNKxUkdHEfJIbm4AUkA8n2&#10;MWQ2TtPP0NckOYqo6wwyU1QGnRlp62SMxx1ATjSFYBiDxf2l2yW7tJ1hvkpWtKD9nWrkrINUf7eg&#10;Fznbnam2K+ikodk47LbdqKqhq6aqp3np6+bCJMsuTpo0lVkkmaAv9u6sLHSHXg3SFXtTG7Qx1HW4&#10;SSgpql4aVNw+Io0FfLTxjzxRlrhWLjyJqHN/rx7MBbyXniaz3g9o8wP9X5/l0ysgjIBFAel7s/sX&#10;Jb23BmsXm8BkYMZHXTy7YqZ6GWiqP4fUeqir5oTZmGh3hkKklCvqAL++FJseh3LU5PfFC9Mz5Gkp&#10;aatpqeof7dpaR9ccxpowF8lgEcfmxI+vKGW8kuJo9tYaZE8/M+VenFjSJDMKkH/P051u+qHrAYra&#10;uVGaeBpqn+H5Oph+5iSmYmTwVNfNISqIXYRSPeyhY78e3DGdmbVr6Oh2bJjabAZGiyUtPBQMqfby&#10;1dLKZRVRMo9DSEE3b/Wv+Pb8Ng+1GVbhfEEnE+f7PP0xT5dMSSNMyuhoR5dB7muld2p2VXdt0e+c&#10;lmqWr282OjonCQ1FLiKmPXNj4lgsk1OvpnjW2rXcnUeffe+cnWVs0ElJXpT1xjnipXiq/wDJUqhC&#10;TBK7g8G/B59n9nFart6xOO0eRH+rh0m0uZWKnjTp36h2jR7ZpM5Tti5amkqapaqqkyOLH8Sngkl0&#10;1NOUCXlQm7gAHkm319h/Tx76zFftB6fEyZLL09NR5evqzUUjxY3IeIrkcd9zMQxQAK66STq/2Psr&#10;vJIhZPE7dtSAPl5fz6VRK6OAoAxn7fPoVKqs2PtXG56bLy47bmHrJziZYlVoKetiqgsEFR9lCDd3&#10;eV4vIq+pQCx0jh53pUQ7arcLJk41yi5rMmOKmND5aqjWoQKIpISP0xP+4zfXgn3W2tJLnbTdBtAA&#10;pTOadOeIouBBxz1C2ZmYNwjOUGLiqqL+B09FRtXw1UUuOyNQ5eVaqjqoWOoNGArGw0/T8e1bvWCW&#10;g28jZCSavx8JSPKrJKTj49fqhkETfSNz6Sw+htf2xsCyTwytbGh4UHGnz/1Y63dMsbgyZ+Z6R22M&#10;tgqvsH7VKPGYfNZLGz1u35noooszXU9KRHlqaSe1zJArJI0bH1K1wCFJ9ovJb4lrNiyVFDk6ejoM&#10;PUwwmaFgftfFD5YsT6SCTLpsrHj+pv7VbLF9PdzQsO4gkn/Vw6T3LatDg9K07C2zTdgRZyooUrcv&#10;lcbVCWKZUkSs8VTElTmHEvp1QLJHGQOQGUKPp7a9i1N8hvTd9fS1ddVUmAx24MJRPQ/cQ1VI1P8A&#10;5VTQmXUlhIL6B+bNwR7Y3CL963UVgr0Q1DEfLy+VelEbPawtIoqWIp9nUvfFZUYem2dt7HLFTY3c&#10;O5I9r1+TXJmgqsQJ6GaqpJ6YRaXkmlaIRABx6nW+oN7FIZSj3lj4d3ZGmroKl8D/ABClobiNJjMp&#10;jlp6yma+uP6+hh/X6j25s8xtb9NsFEijY932D/L/AIcdNTofB8QUZiR0Dk21st1xS47aOzKzHV1B&#10;lN7UdDnazLGqkyOLoKgffGvx9VTkaa9boutjYcNwwv7DXr/K7jo9lZTEZjbNFtOTJNVlKinoEpkh&#10;EtRox+RlokASSNQ4MiA3C8i1jZwRxpzKb341AIoaGn+T/UevOGktQh7WB4dCnvPAYnP5PbGax+ak&#10;yVbtbMfcpiIMgtXHXpDSSRVuMNTG+uCd1GpGeQBpVVH4c+2ag3bltuwYalzmRyktZtvJZGZpdvkw&#10;0Wcx1TIJIoZKVl9DI4PjkYnUCQ3BB97vLVJTMUoBJwbzU+teqKSCpbJX9nSiq9mY7My5zIGgxFRT&#10;7nw9BTz0OcxcdZJR11NDLA08jFm1I8MkUT0ysqo0RdWJkb2LWewe2+wpcPu7IUf2lBVYmqpspSS1&#10;UtDmMVFLGZUlRIDpbm3lQknkNyL39Y7xNd26bQV1PEaV8mBzUeX+bh1aWCO3DSn8WfzPl0WbZmN3&#10;v0Jt/dXXeIq5twVpzC5vr3KVuPeqwmQbItElTtLLyxyGenYMGWnnZwhB06wy6TC2hktq4/BphcNn&#10;W3RV42Ktp6T9pfJeL9FHU/bcaha6s4ufx7SyWlta7pS57A/zpnrQeZ4gyCqjz6EPdFD2ZuKrp6+t&#10;wuP2hhzV4gZtjmYcpPFRqmqorqaRo4gpBYRPGtvSCzAn2FO9d5b28ODx9dip8JQzZk09HV1I0HzI&#10;/wBwYqoMP82wb+y305H0Njw28CW8nh9y8f8AiukxkYTD1PQj7O2nsGgz2bz236uiyecylDjhmJqW&#10;sgqleCGI0VHOYICVVmEDpr/UdJBJsPYuY7Hbm3VtPMyZmsp0yUU6UNdJhYFFK2Mjg+6oshBBJdlf&#10;6qxUm/1FxwA1tt2kW6mzjHY6mh9Dw/zft9ejGRQsQkbjXoPtz5nZvW+49mwyQQQpX1ORk27Jl8rW&#10;x1U24slWCjq8MlVVFwTJHMzxxSMQpULZRps60u+Eelp8HlKWtoYMdi6eZ6yWQa6ujiAilp1mk06X&#10;JswY/wCw9sNs5s5ZJIzrMxP2D/Dw62JvENTinXWV67apy8m6cFV4irq5q+sjoqVaINSY7NTMzw5O&#10;oWlfVMqgGOWIW4sb31e2TdNTs/cTUWGqaStr4qplnopKdTWySK0QZRXghvJoZAwdjwR9efZtZUtb&#10;CQaiKkgj/VjpOVeSYMw4cOuto4TtLAzVGerchtiFxRw4/N4eop56HDrUUWQlkXIbfkVyaZZoZQjx&#10;OrAkLyCvOZp1lho6WpyFZk6zHUr/AMMp5JVg8elfFDHAE0Ea4xoBIuf6+0MNvBBGSBpDk1/w5/M9&#10;O+IxYk8T0pftp4K/JV9BhcPh6PL11M+eroqUVE1ZdSZ56xrMkjRPZidRAH49rTbcEUNPDUJprMhU&#10;U0tDWYxljknw0UgMsavI/qcBwpAP9ePaSNHuL5BdtphRuGcj1+zjT0OenJpR4LJCM+vQL9s5usaj&#10;z2Np6eo27QUT4fcuF3utbHT4vd+Qp50iyOPp46Vj4Xen1QyyMAGUniw9oLbW9YKTcK4/fGSr6fOy&#10;tTjC0sRq6GkZlneFdaRKZLSAKrB7re4t+fa/mW3kVPFtwBEv2eWfP0/Lpm0dcR8XPQk5vryin2vF&#10;TdX4/aRwWWbJf3nnqaOjztZX0dfCZZHo5Z5hA0ySOZAXZvoNP9PaxzO1pp92HKUFI9DmFmSfyyzL&#10;URh3iEH3cET+kaALn6cj6X91ud4G4bTFFIv4aCgOaeX54/2erwxJEzEt59Br1juHF7M6xk23uHdu&#10;O3Rs7Dx5DEJPFQ/w2qpKKnnZ1wmWkpnYtKdXhXSt2Fhz+ce9YFosPW1Us1DNl8Rt+rqXr3tF5GiT&#10;yPMJDcIxNrsBx/rezbl2CaRPpLwaUaulfsGOkF3cLG3iQ+Zp019ebupMruOkyG3afc/9zt3b8oqG&#10;PHTp46egl+0aJ43hZFYUv7bOQ7EXv/aOkFNpu65cvndmLufFhlfIQ4vIUEdWwp/t3sKeTLQAFZfI&#10;SfSw+oP9fe72B7S0lhtm0qDj1+fVodDSB6dzf6h0beDYuNxON3DTYCSox9dm3yFXFkGdZ6jG19bA&#10;YhLjpHAMSobFEBsv49v2UwG6t8T5zeO5qqPbWxdtVVZRY6GmMInxkUEgU0yUcChpCVA0qSbXAA91&#10;Fyl00W3WC1OkEnyA9Sf2/PqngvCDNOcsTT1P+r/iumDG5Ha3X1Tg9iwVs2X3tuekkycaVDzvkt0V&#10;NBSpFlNw5KuKvFGDo1yvewuAqkkApnHdoSbTymOOK2FuCHbmNNTWY/N7lyuQ8xpZJP36pKeRfGFa&#10;1o4ibi44+nvV9tET27R69TNxpTy6cincGhUgdKyowc+Zx9bR5bJRGSugFLkI8RTQ08CjQSIQ9R5p&#10;yVDC7mVSbAqsdyPY/V289ybywGJpcbt3LMd0KyK9PSzquMSol00stWFHCOpLk/hbN9OfZTt15abX&#10;HMyFSUFKYqfWn+CnHpX9N4sql6gcc9BPS9a7L2hucbvyWbp6VcFC9SZMvVUumbTSBJ6mR6t7oYQF&#10;Cup41Mp+vtVbr2zhttY3BUkmMOZq8NSjIVeQg/e/iNdjY/JJjwDdmSVrelvqBYjm3tRsC3N9by3N&#10;y1BK2BXKj0P+rj+3rU8tZiIxgYHz6D3Y3ZW4Oxdyb2q6PNVe18RJPFt7DbeyFLHTV0OLy7RCj3ur&#10;Mx0TKFnEMd7C4Li9rctibrzW56LKR01XLQzyGSqqaLMRaajzTpanpMRSgIsccIAB1XuT7KNzaLbt&#10;xSRFxwqOHHz+f+b8unVjEkI1Zp/qz079g9Udf4+LbdVnduzZSlxKw4+gyOPeaJ6WjgTXkK/deSll&#10;aareqJOp2vze/JLFI70wO+crUzNs6rx1VUmnSLPmRooqyNorJr1n0MygX0nnj2Jlv7aW2H1A/Vod&#10;IP8Ak6QLE0bE1otf9X+o9Pez9ybC2PgsZRZujfbGBbLSR7NknhrZ8Q9PXaqqEUSQrIYEJMljIqpY&#10;8Gx9rCkzMdfT4baVKRl8tRwY8ZhoKkQVNRVwQ66qKu+3AH+F+ePYZjSXazJc3hoZCdINSQPKnn+X&#10;r0uQiU1X4VHWLIbaipq3cG/6rIpt7CxUuWTGPX0tNVYvHU9QU+2zlDFWPpi1gGR1soN/6e88WNWe&#10;srqab7na9K84htkWWto6+okXWlJS0dQbSsoBIA5Hs3DC2KXIAOKs3oDXz/1cOqkaoxmp8h0kcjvG&#10;aLbOKq8KmP7n3BHSrUY2HbE0OAyVFTxEwTZnJZyjZ1oIJD6JZQADcqotx7Zv9He5/wDnt63/AIH6&#10;v+PYpf8Ai1/8c/0fX/aPbn7xtP4vPX+X7OqeJ8z6eX7Ou/8ATbQ/8+3ov+LL4/8AmY2H/wCPw/55&#10;/wCv+b/6un1/2j3/AP/TeRBo+hFhfm3Nv9h7wOVjwI67wEUHW3fJVeb63BsoAJNvp/j/ALb3NVPS&#10;Da3455Nv9Ye9+fWgadMc0gDFS17kEk8X54P/ACL3wdX/ALJ5P9OP9f6e/LpBp6dWYDies6OpW8gu&#10;L8D8en9JsLfn/ivvOq2A1MB9Ln/eLEe9cOHWi2KDpvkl1NwjH1WC35vYn9XI99TtGo5N7G3A/wAO&#10;PbCs5elP59W8u39vU6kp5ZFDfoI50lb2FyTz/tv9f8+22WccjVa3P+ufwPbiua4Ff9X+r06qaE46&#10;fYcdYAsPrwbqCPpyQT+TYg2P+2t7h63Ym1v8Obf7Ye9yAae7/P14Lnp0hjijIt+ALj6AkDjn8H31&#10;GNbjk8X/AN8Le7ICq0brxIqKeXXdUwCki3JBFiCL/j62B/437nKAotp5sebcG/8Ar/T229dXV1yM&#10;dNQcvqIYC5+p9RH+2v8A6/vmyEgX+gtf8j/A2NvdaAmg69RSM8euKzlT9Cbki9tPJ/4L9Pp74mM8&#10;WFifp/j/AK3vWa/L/V/q/wCL62B1mWeMhiSbhhquL8G3JH4P1+n+9e4rIGYf0UH8/wBfqb+7qaCn&#10;meqac16miQhP9cgEfQE3sBwf+J/x99CFb/4c/j/H8+9sxBp14kcadeE5K3IAJH1BA4AsB/Tj6e/G&#10;EBhcg3t+eRb+v+9W93Q6l4dVJAOOsbVHBtcEXNjzz9PqffbRn8EaRyP9sPfhpXjx/wCL62ak4HXE&#10;VAYEkG50rwP6fgsD7jy34H19X0Fuf9e/tpBQknhT/V/s9eKUFR06RNdQQeV41E/Tjn6++Cggi/Df&#10;7zb6+3jTRQjqg+fXEm5JDALf82A+ljf3wLn1WIJNxY/9Df737qFNRXy/1U6vVSKAdZgqf4i/1sB9&#10;PoQf+I9+RLE6rG/+Bva/twHV1rrFNJZbrcW/N7g8XIF/z7z2s2leAP8AWLW/qT/sfp79nrwPl1Eu&#10;GQOx5Y3PFhcDjSD/ALD3k/UQOAP9uRb+vvxwvqetCg49Yv0gkqfrqPNrA8nSfebgf2SbD/WsPoPU&#10;PdQWpnHWzpoKdYG9TWDC2o8W/IsTdT9Pz74hFJBvcj6f0/1v6e99aHXTSMq/psp/NgWP+PN/eQAA&#10;WUfn/fE+/EnrYNOsOpma7nnSbjm9jxbn6/8AEe8MyhuAQCfrYf4c3PuhbScjq4GKdTqQkJq5ZdVx&#10;yPpewP8Ar+8LxaUvcHjm1/qeOL+6B9TED/V/q4de0CnU5JA5Xggm5FwA1h9f9t/h7iAAtqU8Lx6h&#10;wB9Pr7fAbTRuPTRHUl29JU/VrEaSfVYX/wBh7kR+ri/H0uR/h/X/AGPvWOPn/q/zdeHA9Q5zoF/x&#10;9QBa1x/r/wC+/wAPeRaYMQTaxP5H1/FvdmanDpzXXh1H+8YI1v1Ag2DWsPwOP6+3BaZAByD9LcE2&#10;FvqD7SBiWPp04KA16bpa+Ui4UhrkfT9X4IP+t+P+Ne/SU6fWwJt9Pp9fz/rf0t7smoYGPn1sLXrq&#10;OuZrFiQdR4/Uf6EcW54t/wAb94PGFACi9hyWAHI+l/dQxJow/Z6dVIzXpxaXUAdZFwQqixt/W3+P&#10;+v7jNTBm5t+SSLcf0vx7dD1weqkUyOs61ZRGKXIAAs1+bAcrf34UVwD9RyBe35+gJ/4p7dByc9Vx&#10;59YWymkaSGB4LWHH/II+n+39ylpE+tuQBc3FuB/yI+2/EYHSerALQEdQ5K5iPSxIJ4FiLgn6395l&#10;iQer/H6fQ/Tjn/e/eizD/V/k6tilOo7TvL6OTa5PGoWvbg/Qn3kDAFVAB+o/JI4590NTkY68SQpH&#10;XDx3V2kY6WAJJv6ufTexP5+n++HvIbOFva9hb/ivHvdCvHJ/1f6v8/Whnh5dRgSjtouEUnUo4vbg&#10;Kb/7f/invwg+h0lha3B4v+ef+K+9lxp1HB/1fn16lR1wFSxYoHsAQR+CVb/A/wCx+h/1vfZgZVva&#10;+oi/5IF+W/4j2wT4jdvl1sYFCes61kYuHPIP4Jtb66b/AO++vvuOH1XAFz+Ofxxf2pQ0Tu6bKmvU&#10;OtrAfSHbSB6Dfk8c3b6+5JQxlj/Sx/p9Sfoffg/aPn1qgLU6bA61B0CxFzzp+g4sCD9L/Q++Ky8E&#10;tYHgD+vP+v8A717rpo1B9vTnEdZng1FVUGwDiw4U2H9m1h/jf/efeCaUcH6/63+A91IY8B1sY6ca&#10;OBQQmsLwoGq4Om9+b8/63vjDICTfi/JAP9fe3atKenXq+Z65z0pjBIuRqPq+lgOLkf4/X35mBPH9&#10;SL8c/nj3pgQMf6v9Xl1Yj069ALKNX5UEC301fk/7e599EkCwFxf+oH0F/wDY+9Kaju9Pt6rUcD1k&#10;MUYcMHN1/wAGAa54BFveEAqCzGwt9OP9j7cZg1AM9aoAa9Z09Tqqp6gfz9eANQt/t/r7gT1SgEDi&#10;xsCf6A/ke9iMkZ60SeI6d6ajYsC1+fURx9WU/Q/n2zvI8j3AJubWA9vDtFOtMa9KCOONFINlAW9z&#10;b8fgn240lKzsCVJ/oLFRc+9Ek46r9vTLkchFTofWEsPrfUbX/HtV0ePVQGk4uQRx9f8ADn3ogkdm&#10;fXra1pUcegrzW5jrZISCbFBydKi17sFtb6c29vRiSJCdN/ze/AAH9f8AjftmleHH+f8Aq/LqwpTP&#10;SMjr6itqvGzlVLGwHCsb/wCBP0+p9wWngAKg/XVfn/b2Pt9I5D3HNOvCpyR09Gmqrg+scqPxa34F&#10;/wDG/tOVtbHE5s/0vwLW/wBt7vGSKgjrxalehFxeHlqIIyy/qA5b6/g2t/T/AIi3tokyilDdv62N&#10;/wDH3bUQemySelLT7dCSI2i/AJAX6H88e24VbNJwTb6m1z9fyffh3cevD59PrY+OKPkKT+PoP8LC&#10;/HvKzBhe4NhcXNhx/j+fbbE1x1dcV6xxx6D9CovY2sf9iR7aanQpt/a4+l/+Rf6/txSaY63UEcen&#10;ql1sL2Ok3/VYavcUNq4uf8Pr7sa9NjPw9SiunkgX/PAF7fm5/wB49zVd0spII/B54JP9PesH7enM&#10;cfPqC8aOS1rXNyoI5H9SffF2PIck8cHi3044/HvwHnTqhJY465RqvGiy2Ivb6/1tce8AKgfmwN+L&#10;f617e9mg49eqvA9ZyHb+n0+ljwf6A+8yS67BP1DgEi/vVPOuOvA0z5dYXj0A6+R+dJtb3ybWiksL&#10;nkcfm596qDgdboT1xXQ5Gk2FufxYD/E+4TMCfoef6Ag3+v8AvfuwJp1o4oT1PEZUXJFh+SV/r9eP&#10;eYEgAMDzfn/U/wCt7tQgV6uCoFB1GOl3JQi4t+baubm494iByLGxP5/qf9f3oLXI6bx1nDFbEkag&#10;PxxyOT7gykoSBe4PJHJ+vP09uDT5dUoa9TY7uqliCDzYgAfXg8+/R/VW1E8AfX8E/wCPvzAUPVqG&#10;lT129/pb+tvz9OeB7nrOvFmIX82HJtz/AIe6cBnj1YPinTe9OST6btf88gfjj3jef6+m9gSOByP9&#10;f3Wleq1LZ6zpTADhhybHm4H+t7apJQ7m9rf8V9uqDQkDrxI6cEjKqvJ/pY/Ukf4++UbXBK/Wx55v&#10;Yf0910muetdecAWvb/W+oJ/xPtwVho9RuT9R9LEfn3oLU+g6sDQ56gMLPZQfrxze9/r9fcfUBc/U&#10;E/UD6c/429uEaPt/1fb15qVJHWbSWsDwAP03uOBb/if9f34VQ4Xnj883+n0sP9t7sRU6j1WtDjri&#10;ab6txyAORcfn8n/b+5HmOm/JJB/3w9tkV4YHW6k56w+EBypH0I/xH+H09t0olbUy3Oo/7Efmw9+C&#10;0bPl/q/1fl1XNenGNo1ABNtNhb6/i1z7wpC0p9Sn8Ek8gcfj29oBHbxNOtAmvXKScRAEEW5sP6/1&#10;vz7mrjwASFPqtz/QW+vvThyaHqw6hnIrzz+j6j+vP09xpcW7OVH+Nrj8W/x/Pvag07uqnrKuTh06&#10;tQH9SGt9Pr/sPfOHAtqGqwDfluD/AK/u1KAtx62AD1hkzsIBC3Om97cj/W/w9udLgtZIsTbgfW3+&#10;B97FB5cf9nqxFOHTVXbijhUEsFBsSDfVb+lv9t7UtJt5eAUAP4uP9vb/AJH7vo8xw6pgcekNkt8J&#10;ErsrswW3Fv68D0j8+3sYNI1uy82/wBsOLf6/ts/FT16sVxUdJb++xqGISRQoJuCSdJP4BP0H+294&#10;pcKhGsKPryv5/wBh7fNFoDj/AFDrVCSK9cqXejs5haQ8c+QcqACQNVuB7yQYtQQvjRSSeTyf9Yge&#10;7Aahq9P9X+r9vVeHHqNkd1FFdvuHZSo4RlHP4K359vcWNiKfo+gsWtxz+D7qWFaAUPWqkZ6QlXuq&#10;tSVSJtSeTiINdrAixB+v4/HPtunx3jYhBcEg3UX/ANgSf9t7cjAJ1NQf5uqsquelLQ7o+6iQuWSR&#10;VuY5n0cn8gLf3KpYYo19YGn6gsOTY2IFvbp0ginHgf8AD1sCgx0x5eurawladpA2gkBGJjUH6MT/&#10;ALe/tz1wKvoA/rewJ54t/t/ey6oRqP5f5+tAMePSJTH5iplbzSygMQrMxYC4YtqS314/x9wnq40t&#10;qH55/wAbcDn220qGunz/AOL/ANXl1YKelTR7brZvpMw9ACFtRKm9jdR/W17/AF98f4hTE30x8ek3&#10;I49sAKx9M16sQVOOpx23l4kCLUzvcMyAIdVv63b/ABufcuLKQBraowBYj1C9v6H3vUFwR/s9aC9J&#10;zIbFr54zIrVLMSVZdLaIyeNYA/2HH+PuaMlTsCUZfp+SOb/UW91mcr2t5/4B15Y/XpO02wclHIjT&#10;hzpcEBdQKkXIcgWF+R+PbRV18SkDWBqJJta3I/3j214hBJHEdXaPSMdCVg9qzvHzC3jUKp1A6mZf&#10;oR+Tcf4+09V5mON1XycD62Jtb/b+3UuBTNST1THS+x2yGeN3amRbk6bqLn/Y2B/2/uEdwU6ajq+l&#10;tPP+9+9+M4INPX/Vw69518unUbFlkQR8AufWQnJH045F+Of9f3xj3OhFlYf1+vP+2Ht0zEglhXqh&#10;Fc9Y5etobjUpvYXOm4DfW+q/Fv8AW9utLn4HCktc3AZR/jzf3tJGKk8D8+thekzlevZVZhGLKNRV&#10;rBhqXj+ntzfOxBQq3H+H4/ob+0ssrBq1r/q/1f6j1dVI6YKHrb9x5JQlyTyVW/6eFAI45tax9s9b&#10;nrFdN1sRqPIFz+Ln22JGINf2V62VAFR0t8PsKCIEMEYkHSLXNhzfSpsPrb3DXPS2JUgi1uT9Qfxb&#10;3YyAgAnrwWo6dG2PQiQa4yCGJFlHGk3Bv74SZiZYr3BuTe17D8WPP+9e6a3AIr+X+rh15lIPUyLa&#10;ePepDeKxRVVSbA2/JA/r+OfbRVZ6RbIXC8C/P6f8f9f2730rxr1U9vT5Q7UowWlEIJ9ViRy3H0PH&#10;+8e4a5icO7LITb6Hm3P5Hu6OTjyPWuK16cJdu0TJGrwp6QLiyjkG9vcimzNS6uBI1/oLsRp5/oPf&#10;mqvHrwzx6i1e3MfrjJp4/wClhGp1XHF7/wCt9feZs/VSWi8ht9CQT9P8fdVIV9Q6tpFeoqbPxkeq&#10;YU0ZJ5AKD63uePcCrylRHYCRvpYG5sfze/u4YvUefVCgB4dOtDg6M+swRk35BQBhxp+n09ty19QV&#10;aRtbAkWBPF/9c+6NIeB/b1uhHljp4ONpQyxoI1tzwovY/mw9z4KqckNqLX/sXt/riw9p2kalOnVz&#10;jqHPQU2kroVQP7ekH/EHnj629zpKp3ikBcrx+hfoSF4+vtrVU19f9R6coKZ6gw0Mcc8JWMMdX6z9&#10;QD9bqv8AvXtOyRPI3qNh+Qb8n8gD2+rsD0zSvSkjeONfSASCLEAWH9CxP+8+5UEUqCw1FLcavpyL&#10;c297L5x1ZVJWvUSoeJxc6dYJ+n1t9bgn/Ye3JX8QuTpHI/1zb8e6nuPWumto/LcABvqR+PoeDf3A&#10;yd6lfSL6Twwvc8Wufb8S6TTzPWiajqbjf8m4a6hh6lsNI5/s/wCw4/w9szQu6qjNwpB/xNuPz7ux&#10;KD5dUIqOnhZEDMyqbn6/6/19zaecQHQq/uEsCRz/ALa3upctkcOrBTw6h1FN5xqdvRYED6C9+bj/&#10;AGI/HvPNXg+NHe1+WBNvz78eFT1tu0V6jQY4JrZEB/ANhyPqR7zR1qyNYsukD63sT78VNAQf5deV&#10;qnrG9CYxwjFmN9PNg173HtxaeOGnJjbmRSFAPNx/h7bRqtRh9nVmycdNn2sk9SBILrGwL8WW30Iu&#10;fx7Sk1XM0zfk3AC3sOf9f2oABAI6YNa9KqKliWIAAAfUmwP09y6WJpDq5VnPKkgg/j3pmp1dQD1G&#10;qZVjUKbsqchgCCB9bf74+8NZRxwhpVCllvct9b/n3oPmnW2p5dZaSqeYKjXAIuLfS3459tvkdxdL&#10;IQLWX63/AACf9693Ppw6qOp4RR+olhe9zY8H/D3Jp55zBIpjZSb2JH5H9L/8T7o9ME9bAPHrDLDF&#10;5VbULj8A/wBfbNNWLGkjMbOAQAOPUOBwfr7cQcKfz6qzenU4RE6fpp+txz/sPaZbOTurxxR+rUOR&#10;+QPr/vr+1AXFeHTes56zeJLg2vb6X59zsZk5TK+vUw+jBr8j8n/Ye23Hb1qreXXUkSuth6SPoR+P&#10;YiYvxyIupGCsb8XN7/j2glY1I6VIKDpOZHyoSyMpZf6gCw+tz/vXtQiBEkVUdwunjn+o/I/wPtnV&#10;2560ek8Z3dCzxxl9Vm9PJsf6/wCseCPcqSspoolhnhkE3FrRsyufwyso5v8A09qISGbFOvEyAU6a&#10;f4dkJag1FPUxml/IaQK8a/lWViLW/B5/4j23yyoqiWRfHe5Vbeqw4Gq3+8+7spGOI8/TPVRkd3Tt&#10;TwvIxgify2sGYn0gjk+Mn3HfJ2j0KycryQb/AO29sFSz+ZFceXToJUVr1OixQ1+RlYWNrW+p+n55&#10;9pirlaeQuHQ+rm7H/ifaggAU6aJqelHSxrDGE0sODY2/2PuTBQRy8kCRvyf7AP8Ahb2w7kYp5+fT&#10;qpioHWOWqaO/JQf041H+pAPubJi34eMA6VsAP0Aj6EW49sGRuBHHrxiYZ6jR5GK5VyRcgg83I/PB&#10;5+nuMkQsfNa8bHj/AB+vA/PtSmBQefVSSh6zSSm/7V/WoN/9iAL/APGveSOLyG8JMYb+yRwR9CSP&#10;fmOhc9aAD8OsbyaP88NRW92F9QP1Fv8AivuJUYtInZmDNq/tAEDnn34SdtPPrbDGes8FcZRcaQB+&#10;Lgm34sfeeGGKnjJ1al5BuOALDk+9Nlh14AAdcHlkle2gqb8c8k3/AOI9t1SbteMsBcD9XBBPNh7U&#10;jIrTh02a16lRDSAGAvYkccj8e4M1FOZQ8SH1csUB5/wFuPbLShTngOrFKjUOpSTJoKswuPpfi3HF&#10;7+1Di8ejujPdGvb9Oq/+LD3RpCOHDrYUefTNkq1oo3CgOCL31aR/gAfYn0+Mx9NQPOzGRgl7cqAb&#10;fUD2ySZCCf8AV/q/yY6UR6QMcegTrtwZyozcVBDCIITLZnJEjMoY3Ut+Li1r+w4zNZC2uNL8Nexb&#10;+yD/AE9qY4wuR0md+6h49DFhqWeNUeQrygFlH1b8+r2m5MndPEDpcWt/Tn6C59qPCDCvl1UyUHT6&#10;lKFfyfUf0/3v3OjklrYhG6gkLa/04t9b/n22wCKdPW0fWadRmSOlcyAkXb6fX8/Tn/iPaaym3JpD&#10;rhLFgb8qbWH1591WYAUIz1SS3FfTqfFWRSfVlB/4MPz9OPaVWnMU/gqCY/Vp5BseRz7swZxXrQGn&#10;Hp1L/wARz/rfn2uKWiEdIZI3PjGkFdN2t/Vb+2kUg56eBGnt6hyTDyrGV9diQf7I/wAD7d6LxFx4&#10;3KAFb35Zmvzf3qQ9vWlox6iz6tB1IGYA2twALfT27VLLHIGWVQxABVedX9LEe/KiupLZ6s+lemum&#10;1sulo5LC5VjcEc3N7+5oSOSnl11JVrKUCk2sBe1/ehGVb5dWBQIaZJ6hPNLHVQiOmDKzMJS172/r&#10;/j7SlSrvMqBC7An1WJ4H9PbjCg+R/wBX/F9NDVXpTQsoj1Fgot9Ppcn/AF/eGt8iOiyC6WXSWXVp&#10;tz9D7bhj8x59ecilD1kiZWDFDyDYgG17/wBfayw9VOKW6MRGq8hbjUFX9JHvRIWXh1dBVCR0kczQ&#10;08s6eRAZWYBCwB0kta4P15/r7R2VyryV37RLXvxze9ufrx7XsygZ6T6m1U6UeOoFp6RImAFh/QW/&#10;w/5H7c8YPuIyXJYv9Y1OplP4P/IvbBGo449OitM9YK9zAV0gKF58jCyEfWxt7h5CmnglUskhW/pa&#10;3qAPI1e6LIGqOvMo49SqSeKaO6Mhtwyj6XH1t/sfeCasqKUrLLrChfQBcf0AJvz/ALH3sJrGOqlt&#10;Ir1kWGGQMqhTc+q4Btfk2+vubBkGr+JLuhUjW/BFhYqP8PesREUHTkba1oeo70iU41RgIQf0qODc&#10;3uf8efr7bm2xR1lUJo2eC55CgEcc8D8/7H3p52Ap5deWKPVQ9ZGr2hivIqu4H1vpuf6Efj2p8fiP&#10;s0IUhUF7ll/WQLg/72P6e0n9o468wCnHTVWZRZAF0lnNuEb9IJ59seaEjMoCszqPSVBAIP8AgvPs&#10;wVdK6em2r05Y0p4yRZVLcqTcggfQk++oKWd6Zp0YxyKtkXS3LfUXt7aLVbSRjq4Q6a+XWWWaJJVi&#10;YBgxuxupsD/r+09PWVkCyCXVqIJYg3+n4/3w9uAUOn59UBK8OpqxxEKVAIH0I+n0+vuHjsjBLPpD&#10;SCUmzIAQrD6cH+vvTDHdjqqvVusji4IsPpwT+D7dsjhauqeCWCd6YqPQf1NpPLq8bfUf7b3ZJVC6&#10;Rw628Wo6q9REqohqUm7KfUQODxxz7cqOhyEJ/cLSIoCMQdIt+Si/X/G/tp2APb/q/n04kbU+XWKW&#10;opXAGpQx9QFr3twLn3LbEPUakiLsGN0DA31g3AB96W4Bw2OvMnp1heujpxrkIGm2orawU/m3uVhc&#10;RkKeoDCmZRqKkootb6fUfn3S5dWFK9bRHXNOoeRymOanYSVUQ9GrSzWJ4vyp/rb2Om29r1TSQSzq&#10;rIwDCRtJbT/r/Tj6+yiRyykoKn06cVQr1Y9FS7W7m2xtugr4myBhnhDo8MSsxDFDYW/x+n9PYtti&#10;KJ1jEkKl4h6XCgMObkav6f4e3I1cw+Exx9vy/wBXH+XV3lL9vl1V3Vd97ux+4stlMPkpoqHKSOJq&#10;CW7wN6zolZGJCyBeNQ/HBJ955Z4MfATfTGgv6jxf+ntTZbZ4zaVH+r9n+o9NPLilK9IKsz+5uydx&#10;U8aRvVV1ZIsSiOLUIQ1gf0/S/wBfr7DLOdmY+gdofKpdb20H+l/rb/evZi9gLVu3z41/yf4eqLLU&#10;UPR5esPhjW5qipMnuQFQ6hzBJcAswuCy8cW4/wCN+y8743vJk3shkeGS7qY7sLE8htP0t7UKezGK&#10;dMyE1FOHVjPWnWeI2BioqKipoInjQRv44lQen6EaQPr/AF9oygwEVci5CKR2lPqKzGwU/wBUHH+2&#10;9pzOQSr8OreErDHHoSZqtIHCOrAN+llFx9Pzb6e13BOy4ufGVGhmItpbleeR9fpz7SeKyS604dPg&#10;imhumGehSTJU+Si1KUBGtODYixFh9R/X2lsZtCKPIy1setiRrYXAIv6jpW54H+Hvc9z4lFp1VIgG&#10;JXp1qMjHFFdiFLnQNRJW54FyBxf2pDUzBzAjyERn9F7sVH5Gn6+3FCxLq4V/y9eJLMQOoJp4XXyy&#10;JHqdb6tI0hjxzf6f6/vDTwxS1EkkiGIk2F1ZLN/iD/vI90mZyuMjraGjUI6zvI0cUaIwktyeQ11/&#10;wt/vHvNV0lGElZXSWVRcD6m//Bv6f4X96icuQsmAetnSAQOsME9UXQGIpGW0lv8AD/FR/vfuNi2r&#10;qmZwYZXgtZPyh4tpA59uSrEo7TnrUfiNx6yV7UsEYZ5Yo5OCzOQrAfUtqJHtwnjljcRQiIXuDGqa&#10;ip/o1vfg0iKG4HqpQO1KV6hwSQTK0khkYCxErNpVh+GQ/T/efaFzm36nJzeOQvHIGvG0Yazj/jmQ&#10;bWPt6G7rhs1/4rpowgGnDp9hnp0g1h1CLyxuOAf7X+t/j74YDblTTSzU9VA8YDWMqhlYqBxqVv6f&#10;1HtS7KKOM169HE4OesVTXwpD5IpYnJF1GoENf6DUPb5S7YkgyH3FPUSTRSSCyMTZRflQp9szSKy0&#10;68IiG1dQ2y8Qp286GGTxkkcMBx9QR7Gg02Hkx8FPVUdNM6Rnyagiv6h/ZYer/YeyiMujE+Vf83Sw&#10;OpwfL7OgVlqNyfxisq6DKVdPDKyrTqiySwXjJN3ikBT6f0APHsIt1bZfGVH8VxkdXIvJEMTkxqo+&#10;npH+H0PtfHJHcLpNBTy6YdCp1oOha27nv4hCKauaFKuNFVrnT5m0+sqrH+t+PeDFZ+shaISq5kYj&#10;Uj/qTULWI+ntmaIqK+Q6qHYHp2rcTS1cbAqqgqSGXg3+v1Ht9rMpINDwDS0oHlAazrc/7e3vQhXw&#10;tbcfLp0ucAdN1Jj4xqim/cSJv22ZbqwA/N+L/wCw/Pt3eGrqaESSweNVjB8y2L/4lSefp7TxtQ0U&#10;16uxJXPTYJaKlyDRJUAyO5XwNfRz9L/j6/7b23wQYmWnljq5NMTAjyyrwLcg8/m/t4CZX1qKnqlU&#10;CGoyepdXPlEljalhV3UgmJGsSCbHn+lvx7lYfYdJk6eompK6J5ZDdGiCqfGh/TZh9bfge6z3+iUK&#10;4pXp0W6FKg9Mmd34+35I/vsbURwKo80hDOodvoxeO9lH+qI9w1abBVseMWMaVlZXklYgyc/n/eiP&#10;b88I8HxG88jpoArIE4Dp3p5KXcVCMmspImgVo1iswQFLm1vrf639ve7MB9zRw1VFGjiYK8jawViY&#10;ryrqT9L/AJH+8e6WdwohOoUI/wAnWplrJ29Jnam4ymUrcRkJ5FkpmKU3khZDUxliyyRyKACQOCPY&#10;ajH5WO1DL5SL60ljfUFUn0KjfgH340ILg8eq0cAA8OhOFTSOpmV049LXGlv9ZlIv7U2WoxJh4I5m&#10;Edag0qJQtpGUcEs39r/X/wBv7esSylg/w9WlAIFOPTBR1JOVmNP+9RuoLtGxJjY/lVHGn/W5HsMa&#10;PEU/3hlzemSWGVXWJ0KI6LwA7fQ/7D2olLyKVi4dMqqqKvx6UzMxS8Vm1A2YEHTccG359itXZtoq&#10;eggoKaHxPGqfbU8SCMobfqKWBNvze/snithGGdiSw6VGV2KgcOkzTYpHnrJaqWZpBLrWeWRy6Ef8&#10;c9Zsq/4AW/w9pzdTV9VoWGJqN44o2VUjsrWHqPFwf979m9oVMQrnpPOGL19OHU7DwwU8coWpNTrm&#10;kJeSTyMpLX0m/wBB7ZtpyV+crBTypLAUl+3D1SPGrkHTqCkcr/iPaW8kjtccR8uvQFpBVhSnU/IT&#10;R0lJPUsjMIo2k0xga20i5C3/AD/r+1hl490YSqaKoBSjR4oaeRbsk621NpcfUH6fT2+kcUkIkg8/&#10;8vWu9G7vPpM4XJbY3FD5qOSCeo0mWogawqaWQNp/ejNirA8D2x0eNzlVuGGux1TDFj5FByMDSeN4&#10;Fb9TjnkH2zcMY0Ukd4PV1Qs+oHHTxXVVFTUTQ1a+QaWSFGjaTzyKpZAtgQD/AK/vHk8duGKsrYZq&#10;Kb+DMSaSuh0iIt9T6l4uf8f9j7VySaQvhmref+r/AFHqgSUV1fCOuOMyuJqxEsVTTCu8SNNSGVPu&#10;4+LMHhY6rA/m1v6e1HsSOqU1Uj1ohoIgUqImYtUWINn+trX/ANt7LZyXnRAvcSM+nr/Lp9FAQsTg&#10;eXTTvN4RRIi0JrK5rvQAr+0Z0Isjvza9/wDbew1zWbydbuGfb0LPoZpJIKl2/YAZ/wBt+T9D/wAi&#10;9iGaOG3TxU4HpCsskz+GcenSjx8EUNJBL4EilNPF5bINSsqXZOP6G/tV4zZkUElLWUsjy7lidGcQ&#10;T/5MFvqEoH1/1wfZJdSJKhEmF8uliRhWqhyPPpunzCpJK1VGkeIMJU1EiyCVpSSjxGP6EH8e1Hum&#10;bI5+OOglq9eVRCllewY/pURuPyD/ALf21ZCKziowop4V61IdZp59N+Cx+Nw/3NVQUsdLj6gmYskY&#10;QoxGp3ZAPofr9PaC3Bl851/hoY8szypPG0axLrJndxbSxub/AO9g+zGztllBuBwrjpPLL4I08T06&#10;Us2EzkslTStBVS0UqxtMgUyQSgagLkXBI/249pnqneudq85PBIsi0usSQtMhSNfVcRuW+tgfr7Kt&#10;2SJWqvHp2yd2JDYr1MytDTV9FPDUoWQxOCVF3AI5C2/r7HbsWtSBaOXFVz1Ek+iOuggk9ZktY6bc&#10;WJPtXtJH0niydpr/AC8j1ucapaIMdB1sClr/AC5Wky+HWlp6KoJw9Q6IVmpJGNuDezi1z7ZtkrV4&#10;XKTVuad4i8UiwUjk2mMy2RJS1w1lJ4t9faXcpGm0yQ8FPH/N1aJfDqrcT0pN10i57CSYyhaN/NLE&#10;HqIiC1KsEodpI2TkPqUAEf4+xQyW2snkYKNqF/AlQoeEJpHjjlFx4/wP6ke0y3kEsDEjh+daY8v2&#10;dPrGdVK06CbGb5wGAyeVostOHnxzCOsmnEiapFQFfKZRckg8Fb3va/8ASRPk6nZu2aoZWUGugJji&#10;keQPJNGF1Agm4I55I/23t7Y7TVem5fCgY+3pPfN+iEU586dJnNYrC9t7pwqYTTVbd0mty3iiMMEN&#10;RC5RUldCjCQED0Mtj9fp7AvEpn93LkZ8fDHTDKJO9FkPJ46bzxyEWqJOP6c8H2a3t1bLeVcVpxp/&#10;m6bhjlaHtwPXoxVZV4fa2NplqJT9vjIYolgVGqakwqniTw06AsT9LBR7zYvrPMSUtTDuaoiM8MBq&#10;JaiCdJRVAKSIKcRkEg2tfj2i+qRrhY4+DGg+X+qvTiw6Yquanpvqd+YgU1JPj1qK77uripNH21TS&#10;mmMj6Hkq/uUUxhBcsGF/8PbNgqSfJO2Fp1+2ho6oJLHGZpTT61uQ7jgemx5Pu91ELRyF4t/q8uvR&#10;ESDPAfy6VVZWU9FA9bKy2WIlTqVdYA1ALqP5vxb2+71wdXjaGio8LUxZrHVTxwVMiwwQvEZGCSx1&#10;BNySCbg/0Hv0KCK3a4kBD+h601ZG0Jw6S+1dyTZ2XILlMPUYLI0VQ8cVNUVH3MdXQ3PgyFJKqqpV&#10;1HqW11PBv9fYmY/ZEOL2VW0dRlaTPrJFA6UtNTxx1NBInqZoZVJuVHBCgXA+nst2x57m+MpUoADg&#10;+fp/q8un5VRUEXH59BTnOyJj2NtzFLgc7go1mraddx1kgGCycTJpSgqqeM8eQjVDJKo0tYK3JBB0&#10;7VpNv1Ms1BDDlqfLLG9bjZbkxzRS3WdOeCFYkj2ayyeMdT9hXH29MGMRmi8Dx6HGmr2rlnEizUJg&#10;kUJUAxlJVK+qxcEWvcEEf0t7WWMoKKCqrMjlsDVVDUtA0+IyUNM+imSWMq8bVP6bAcaTz7rCPqri&#10;OGJqqD3D7P8AB1tiEUswz5HpNbgra2SPH0eHzeKo6qbIx02Qpq6SNp6mPVeRKWBfX5G4NwbBefp7&#10;VPSVPgBhd1bhoajIz1IyS0NW2WCK8YKeXRSKALKQeOPx7Q36v+/YlOFj7v8Ai+HD/L1sEG00xjLe&#10;vGvQHfI7I5qtfbOwo6Vmh3TFkKiKox7TsYqvFvAY/vUKWEIaRCpDfX68e0tuHaSYypyMsiVK43L5&#10;OGoMrOfHAskoaZ4nF7fU8D2e3twsgN1bUNB01CgChH/PoW+v95wZ/F46gaqpHz+LxYiyFFGxE3nh&#10;hESloHswDaQwb6G/HtXLtnaGL3DHlsaWCDHwzvNeR2mpjYOsnm+lhybDji1vYfluHu7BBMO6pB6X&#10;IBG7BRnphos/vvIYXIUeWoaWDLNkqzGxLqjSOKSMF6R43pSdSsdIXUQT9D+fbpX7Ozm9qirxmRyE&#10;M+1JSzy+RZHlWkdA8X20sdrl/pe9x7eTc47RVi28dz0BGafafs+XSVotSl5/Kv8AxXSDr+wNi9UY&#10;Fdw1WCSl3nNSGj+zgakoJstlU1CoopnmcKtjqfU/H9Dcj2g6DaWM2nk62kxuFpqJsW8QxGWV0hkm&#10;SQhZGiqPVICoJ1azyf8AD2o3CwI0/UtqDAEjy9eq2stVOhQvQq7f3rFvbbGEzUXkgjy9G7ZbCy00&#10;dTPQs0TM9LVoraT6gFupIINwT9fcXeOKy+WxGXqchkI3yGGKNgtUoihyMvlEiwVFQpAUyBdKH8tf&#10;m3s12p0ZfpFFI1Fa+n/F9M3GoLrXLdZMNX4vDZLDQbcwWiHc800+eVC0M+MWmoyI6pKRhd1WXxxS&#10;qCNCsGsbW9hX1RuvOxdgwrksbJiqbHNPX1tKY2jQoKZhWCYWPkt+oP8AQgXv+fZNzDbB4PDgOWIA&#10;P59XspXMhLigAPS13XjY8ztzLY1jY19E9LDIG0ss85CUzJIOQdZWxBvf6ezX4zfmOqcTmMxV5NMJ&#10;jVr6SipZIlElJJ54vKssaIeQbhWvbm49l67ZPLcJBD8ca1Jzx6UmVUTVJkE9Fe3V1vNj8xtrC0m0&#10;17BrKnH53KV9Tmaukp6yBYKmCKOE5GqWyn95hCFH0UG/HtE7q3zs7GUeRm2nkqWoy2Up5aqSESKI&#10;8i0CaXp1v6gb83HIFyfYmsYQhE9+QzqKD0HSV5Cf04xjj097E2Z2bl62hpey8Rjqbbe3Kp123FBk&#10;PNl4DExkoq6pkgPibTHaF0syk8hQL+03tTCVO4Nkbkq65Mhj6jIUwgp4K2RpqcZQDWtRSRuQzCxK&#10;/wC2sfZIm5mHeqChjANf9npQ0JeEKBQ16F7dWYON3FtGloVppJlyEkmSWNQKiDBNSSQzF2AIVfN4&#10;nANtWm3H19jHtnbMXX2waWixNXLNVPC2RrfvZfJJTvIplMKxKb6UJKnnn6/T3TbreHdNza+kOkgl&#10;UFPMH5jNevXMgt4xABgfnXoo+9d/1fYHcVTsbce2Kun2bSSRYrC5ShH3FHuE1TL901XkStoGs2qN&#10;LfRWBOrSfYFTZWbf+LzeV2RgMfHuilr4lrKuaCOOCraCUxtJHIxAWXj1opueCfZzNcxR3DQ3p1EC&#10;qn/P/LPSZFaRAYsDo0mEw0HWiYvD5DdGQqtqimkxmCosjJNUzY1tClKKesRWlmp0jUrDJO14+ELW&#10;Zbey/X0cOGpZ3rcpnN1Rur12CxdaZaHTVMHZHcC4aFiSGUgKBax9pdvu/qlkFz+mPw1xUdbkQI40&#10;CtOOenKn3pkZdxusuOocXsYY+UQ7jys70NZU5iKoCLFFST6VFO6fodyGZvoLEe0zisX2HlKz7rbz&#10;0G3MdS1H289aclJV10GRon5pamEay5kVTZbAN/W3tm5ltKfSL3SN5dOKsnxkgD/VjpTZnKYOmp2p&#10;8uq1yS0xqPBJRiWOWkdxHLKrSKItCBgXJe6ryfqLq3cu59zZPctHW4vAnK1lBDGlNJPFE8VVPAg+&#10;+WfV6IWcB9B44+hv7vLCLfahaSyEYznhX/D1uNiZi0a8ek/tnaO3tq7fr8ZTyRY7HZCsq60w0lQ9&#10;JFSRVdQWpoqZ76rKpW5JsWvxY29jX/HsfuPGz4XNYyowUVZpxuSxeVo1eBxXRqkXhlAKvBJq0Bz9&#10;P6+yvaJrnaWM1uokBHEeYzQf5f8AiurXMaT0WXip6LvneuKilzuP3tjcmu7MjtdqrI4DKY7JmKpW&#10;Wk1pmUrKSFijVIjuHhW6SANGUFyvsGu09pbZwG1oNrY2Q4TGRGbKZynoQanI11PTISqys5a5AFxY&#10;824/PsT7fraCS6YUkn4V8h/q/b0XyMGmA4Ko8v59CT07uvPb7yW4NzZU/wAQx1OabEbdrIqRaHFx&#10;qI/NlnoFlUTHyyCNZDICylBGTx7Ru1OwN65TG4rC9X7UNZSYJ5KRMnmGWOnkWoAkf7vyFVCNYhbt&#10;6W/Fr+yYJZba8j3D/qOa/MfZ0sJnmAaMdvz4dLvdu0to5AZes3bWT/aZamoYpaRa6ppFQYkvLHJj&#10;0oiJ/NeT1tCdTAKCOAPY5LVyYyqp8vvvJRYuvxix0VZQ4+JGx89ZU0i1NE1K63EixhmEqqNLH+lv&#10;bP091dQ1jFEGdVRWg+z/AA1x08rLGpHFmx/q8+gvpJqLI7aXC9VYj+O47cUFXkKWvz9XlaWalpqb&#10;K/w/Mx5N8ugrKeSQgrSeRfKpBJSy29o/e2LqKvKURwOSrdwS53xZFKRFjioqeFbKVp4ne4H50E6b&#10;ix5Ps9W5tTZLcMAh+H/JU/6j0kjVtZUjhmvSr6rzGTo8DmKfd22KDZce06uTDLO2Z/itRX08MSyj&#10;I1dalPALurA35Y31cX9lryu/6/aGahqqja1VHl8ZU5OirsVuiillxdWTKsWuOgcKsiFBrQamHOoc&#10;WJ3cWbXFsULYwarj+fVDN4bA0z/q4dCrKlDubCuKLKyPjMvRo1HltvZJ6eZqaZQ8dVjsvQOT6hYp&#10;JE30/J9m62VV4DsLCVWepY3w9bmMdHHLgBLC2Op0S0T+GlFnj1oHjRla4DD8j2FbG/kst0jtyldJ&#10;wwHE+h/1DpbPGJLavEHjXoC98NujYWO22v3T7iwOHyMctdmsl9w26WiYSfb1NRXxnwTNBUNBUTh4&#10;AJERuFF/acwfXf8Advae5B10lfgdwbjpfvsZVPVmvSNsczMtJMtQP21nAKl3NyT9fx7MWuYLve/E&#10;3ADSgOkfP1Prj9nTbRtHbiODHmfPpy3Tu2BMliE3DPg8ht3DZaDFbtgqaCeBTVZekWPG5OgWV5km&#10;+3qHjM0K3Cxu8mrVGoKx2xg8XTbLiqt1zT5CtqdGX3DTZic1I29naYCBFx6TLdUK6mCMTYEC7D2j&#10;t5Nwu9wliiOmMClPUev/ABXTkvhoqkDI4fmMjpI7zz2fG9cdBtmggx1XHVQ4/ZtdhBDLSb02zkMd&#10;FkM5R5GRbrBHBVIBHIn9pA6supl9onszsHcO0tv5Tc2zaKmneqnpMdU0tSCkxhMemnnSOHmVWvYX&#10;tpvxx7EW3bXYmspy8Qx5ceNP2f5ekFxLORoIwc9KPC7Dx2fTDbY7AgfOVWFabdGPnR5moFrlr9Mi&#10;u7i8c0DSqFUOS4JYk2IAT4jc8mbjj3JvPIVMOaR8dGNoihqNctLI4LfexynTJTafSTpuCeePZddT&#10;Tz6ooxpVQaN/m6UwFEoGGfT/AFcehnpMVT4eGLD4TGRUGOkStnlqaeSOFKWonOpmijGp2mkkcyXs&#10;F4Ylr2BNHkJNx7lgxNJsyjwu3qKtpPuIMjDU04+3iVgjxSRKATIF4MQ5/N/ZRZX1vb2TxOpllrT8&#10;/Lz/AJny6UFGMpLNQf5Ps6K/Fg9odd1m7d29mbu3tvWeiqaaGroM1i8nXY+nH261EFTi8ZRxmJod&#10;QL/cgWDBgzX+qfylPgMETQ1+Vw2U3OWRI6ukCmvo0AK1UckatyI2byJqHJ/p7X2kNxHS8vP7MioQ&#10;Z/b/AKqdUkKykLFj5/6v9jpabV3ZnuxJ4slt7bO7tq7PjiqxJHuejp8VS7iiDxzYytxcUoeoWKdV&#10;eNyQlkYEqSPabqsBQbWxrZ+uzdZn6c5an+5yy52XExxM6h2FZNG1wgbhVJvfj280x3J3jjTQQuFI&#10;8vI/Z1oHwKD7f83SxoNyVWayEG2jjIdqVX8Hq61MZXYqPJq9PDU/a2oHQxQ3UFS4KstmHB5sImAo&#10;dlbzylJuVMpR1mTp4XQ0uOyBqayKX0stLJM9yVfQrqV5FyQb3Psh3C+unt12ybtUYJpxH+AefT8U&#10;XhapoxU9BZn8tv7rbC5nC7f26j42CdGpc7l6XHUmBWjrtU9ZXrRYt9eqnZiJo5gisqray/RsyFN2&#10;HF2NLmPuKQbEkwslLlsc0zLkaEoCo8QF2Z3uCCHAsDfm1xPusFhBs9pHYCjJpIx5+flwI4/zz0XW&#10;pkJkE5rqr+3y/l0mNg5zrrMbGptvS1tNl961Oarshj81Nj7Uef3IaxshBlKKojiNOIIW0RGJwAmj&#10;Sqn0kxtjbaylBTbw29u6iyuZxu44K44Ssfx5ChwuFZHT+GV9dI2sSyq6so0sLC17+2luG/rBa3ts&#10;1UHYQD60FSPMAVHHzB63cKpsircVNR1w7u3nS1eP2bmNkb02jg8zs/fGKymewGTabC5fdslHVQJN&#10;S4XHsEkqE1mVXJRkcXXWLeos26KTMbUpaPctJ17gqOlxDrgpN0ZytWtWvnoKhRj8kaZGBXxr6fJp&#10;JYcWNr+xTfWdtdeImrVTiAf8P+rP5dFwuJ4pFAAFRjoz+IzmLr85lsEN2PkMpUUVDuNMCsMFJU4T&#10;CVsAoEjjlhjWQpJMjyN5ZDMjtYFU0D2cTZ+Y2t2HtOfG4amoqpvtqKvz08VH4MNUZWRA80+Pjq+W&#10;CTLdSRxYE+45266k2fdiJanxKqBXgoOB+X7ePRxOrTQrJXC/b0UDtzEbv2Hu/Adm7h3M0WKwVfkM&#10;Fs2loYsjkdxigr9IelzVdQx2eKpiVvMliECq3k1gt7D3N1+Kxu5cDtLdD4nL0GSrTnKqqyNIJaGg&#10;ko3CQr41IRna2nSw0/kj2It3jkg25ri1bMnkD6+fy+fn01bzCWQ1Hw1yehm2VK28tuZTem39v7l2&#10;vksfiq/aeKxz1UFHX5mlhiWrjlZ6oSaU80mummLiQckMLkGe/bW4I9x5jFZKixy7UWralw+WwLJP&#10;X0q+LTGZKNCAEB5JtcDgey07TbW0MctgKk0Z6+Z8806shlevik1+3prpvj/ga7G4bPzNnq7dgwVF&#10;HksXuzM19RislUGaOtqo8nFKsv7qSKwWSMm55YEG/t7xm4sM6YehyOXkz9TUVrTxmOA0pWogUxw0&#10;gRTqu17tc/7D2wRcBZJx+knCg/w9KVGrtUCo8+pmf2Tnlmz+R21g8VtFosI+LWrqahMgk9LWslTV&#10;5CSM2X/JvGfGhYfm5A9zaiZUzElbS0GOnEEaUwhpJSs1BK0n+YmmJDFzf1KR9Pbd4kMkUcMlQeOc&#10;lutqCqE14+fWPadJXRbU/h1duTPvUVdRVVTZfMU1H4ctTmG5rKCjp0aJKdVH7RQi/B/12CCp3nhc&#10;7n6zOwbcyW35IyDNisu8ddi0ZdcMNRRU0dvKxvcs3IH+t7W3ccNwYPozpdKEKR9n+r/P0xHUoVk8&#10;/PrrES7N3ft/E4bb0m8cJXQV0hop9z7Zy6Lnpae8dZUU1VuaEpPSHUWR6ScBQRosOPbTXPuqanky&#10;nXtZidrYRDJV5rLLRfe5JmFiTEs2lGY/nWSPz7VmaC7cwTxGS4A8xgD/ACf4emGUw/2zgKTgdOdb&#10;h9pK+L2r2rXS7vy+dqGx+DwmXdExtUiJ51ggxtMyxvoVCWeRXNgAbn6xqve+OqZNu0lHuKLd+56m&#10;qmED5KKnEVFW01OSWo6WCyeSRvQrgcf1/HtNDbPawTNuDaF/hBPD51z0oX9aQLAKD18z064PYNPj&#10;qrP0NPs3E7B2bHRUkCHbNXDFkNyU8jP9yMo1PFHJBDSpc+MSMX1n6W5Wn2nfv/HPE/8AFj/vB/n/&#10;APlP/wCdJ+n/ADn+1fT2Qfv3avX8Wjh+D+L7P9VOlX0o9R+38X+b59Bl/dD4sf8APOY7/i9/3L/4&#10;C1X/AAL/AOV36/5r/pr/AFe//9RUvBq0ix9PP1/qeSL/AO8e8CkdgCW8/wDVTz67xmhz1tqrVIhO&#10;ix1/rJsQLC4J+nuRGgAsxsLWF+Dz/W39fr7szADqoJIp02Su8jnxrqa4NwGK3ueVB54FwoA94J3V&#10;fSApPFyTyf6D/Y+2fEAOTTjjy+38uvErwPTtQ0k0wDPqsLabXDAE3N/yfr9fbfJVG2m19RAuLX/2&#10;B9+XXXV1VgARTp/ixcFibqhB+lj9QP8AH/iPcSWd2YBbj6EC17i34/3j28EBBZutkn4OHUyngjjT&#10;66gDYEnkE/S49xdLEjV/qiSebXH0tf3tdOaen+r+XXtIHHqe7gLZRYWFhxf+liPcxUuPyfqbi9jp&#10;5tce6sD5+X8urIfLpvM2km3pv+q92JLcG4+l/fOKHnVf8WbiwN/8Le/FlUUI45GeqkAnHWGeoZho&#10;tcAkg8EkAj6H+v1495tDc2BsTxzax/wv70pLHP8Aq/w9b+EUx1FkliRV55F/p6ifpq/2J951jNwG&#10;5NgLHjgc396cFTUdeDDz8+oYqkZG0hV+tuRcm1rG3144/wCRe+5FYXuLAngfn+oHPu0ZXj59eb18&#10;usSsG0aS5te5PABNxqNvx9feExHliRb6AX5t9PbTyBjpp/q/1f4ePWgaGnTpDJpX03NjdifoDa/+&#10;+t74qjC9vryNP4/2F/dxQmh6uQa4p1xlmXSCOD6Tcg3sDfm/HB5v78Y+eRY/SwH4/PB9ugAioz03&#10;WvWD7g2te1uLm1xxxbj3yZEC/XkkW4/A/ofbbVYgkcOrigFePXcMrajptpFyeLm5NjfSD/Tj3DkS&#10;4vfm5+v14vce7FgOAoP9X+r/ADdWPlnp0gkYE6zckL+k8aT+T/if9f3FaGTkgmwuQD/jz/xr3ZXH&#10;TZU1r1OE0QIBCBja5vb/AFzp94VJ/KnVcfgcfgG/u5Ar1rT1lJFiQwC8nm9z/rc+5KL/ALG/I496&#10;Jpx61kmg6hyNzf6fj6j+v6uf8Pr7yBLkkE8XWw+n9eD79XrxBGPPrC0gWwZQCfUbkfUen8/j3mVA&#10;DqPIP1P55H19tkgjTwPVgh6ws7NYKCBx6fxyeb34/wBh77cH6f2f6k+9hqLU9eK1NRw64ppMlxYk&#10;WBK2NgPyAfzf/D3xUql7c8f73/vvp7qZPTj1sLnrI0LzWL2UA/15tfi/+93t7yag1rDn+vuvdTPV&#10;hQYHXDxiMm9j9AAPyP8AA/7a1v8AW94mCkgEDV/Uj6XH4P8AvXvWqQNxwP8AV/q/2etaa9SogNBt&#10;wHIstyOLc6vx9bX942V24AuB+ef6c+3dKnuP+r/V/wAX1UcaV66SYJ9WCm5AAsQCP6D/AFh7jSxH&#10;i114+v8Ajb6f8b97QmnXic9To6hSzFiGt9Pqfz+T/re/QRuTe/55b/eBz7cJHXvKnWGqlQC2n8XC&#10;/wCI5+g/w59u0UNwPUBb6XNzx/X3Rnp5daQ+Y6T80/qbi/N7g6QAf9f/AB/3n3nBVSQP9ja349ta&#10;W/4vp0dYWJdAWIYnkADUeeCCf8Tb3lZgfpze4ve/+vY+7L88f6v9VerggjqFpdQTywsSQvFrfQn6&#10;/wC9+8WkD+nH1PNiPr70Fr8Xn00xPEeXUlpmAXTru1tOm3Df8hf05/HvkYkPFhyOGAFgT79Qhqjr&#10;ymq54+Y64rVS2JL/AEb1KSRqAPA54/1/fEQkNyfTb8j88W4/3n3ZT2449aIAPHHXc1UrDgEMxOog&#10;gL/SwPFv6W9yUgAB55AP+tf+lx7o2lTU9WrUdQTWzOPSAQXA44a30/w+nuOR+bA24v8Agccc+3Hp&#10;wrQdaqepUUjAXswJtwfqbn6hfr/rc++OlTyTxz/Tn+tz70oFaVqR1rVqNOsrTSgCygc39VxYA8aR&#10;f+v1PvKqINJBt+Ppcj/Ye6s4rQ9bUEZ6jl5iHJtyoI/Aa5NiLck/195hqB031fnjgfT8n3qqEYHH&#10;rdCeo8i3AdrRkW5ILEEcWC8fX/X982A4vcH6i3NwBwT7qq1NBj7cev8Aq/Z1ah8+uKynSxurm5HA&#10;5BBHF/fKNtJHIBP0+n+vz7dKgDTSvr1U4PUKcGYFl1C3pFr2/odJ4/HvlIbg3N72PH5/oT7qxQii&#10;9bA64UoljlDFDYMR/iQfqD/rm97+2yR1UFLfp5vzyD/r+9GuGrnrXA049KimhaRi5A0sh/tD02+t&#10;j9PqPx/xv3EaQWAPAIAFzp/F7/4+9ajXHl1ah6dko78kDgkggX4HpuB+PfESEXsbj8EX5sOQf9t7&#10;2HFdTYr/AKv8HWqEefXKSkD2QAkg+q/NiR+oAcHk++ElSLG7WItexvwT9fdAXY0A/P8A1V6tilPL&#10;qTFQKrCw16v7J4HA/J/33+t74CpJvdgABqsfr/S3/Gve6aaU4n/D1QAVqOubUKn+wTyQfrbT9TYf&#10;7zz75+SWXj6+n6D6D/Ye3NK6QBiv+rj1rUPPqPoip2ZjYnUObhSbG4tbn3wWhaT8Xv8Amx5/wA/r&#10;7cGvieqmmnHXGXMQQC19JFwBqFrfQk3/AB/h7cafE2tqW/05t/sPr7sGotPXqoOCR0nMjubVcxyW&#10;06gBr/2H0/r/AE49v9PSRwqQNOq31Iuef6e6ipYVGP8AV/q9OrgVHQfZTMzVhupYL/aAPpJv6mP/&#10;ABv3IIs35NvwSLf4ce3o5AqYGP5/6sf6vK6sOmCRHnUeqxc31KSbl/QLg/U+2yuyAijYFl4FgF5s&#10;B/iffmWMnt/n/seX/FdeJUdKzbe3JZJY5Sr6SbhmW3J9Nzx9ef8AfW9oyfLuGb1CxPAuLfX3cUC5&#10;GemSaNXoYqXbcOlPTfSNTXB1MwHHB9slVVSTNcEkc/n/AA459+ofLz/1f6uPWySflXpVUVFDTIUt&#10;a3AHH9fp+P8AePcOO7fqv/gPzb+vvTY4cevAevU57L9LD8Ej/eP+R+5cQs2n6EW/2H+v78rA/n1Z&#10;fs6hz8qW55vf/Efm3+t/Uj3lnLgXBI4/29v6f8T7qCAc9WFBkdYqcIx+n5H9eCfpc+2eSRtZ1ML/&#10;AOP9D7uKEY6bIP7OnuOJAnpXj68Hm5+h5P499CRUFzyb/S/uxOfTrVaNUDroxM5IJIB/NuR/re+a&#10;T65CuqwFrD83/r7oQeJ68zZr1xaAJHfTcm9z/wARz7kS2KG73+tr/n8ce7g0yOvGnUWK4kA0WBtq&#10;+tgL/Q+4sZNwC1/9596oTnrVM9TJQoBIWx/A+n+PvOrBf08f4j/D8e9fLr3UdlLD1A3t9Ofz+ePe&#10;Y1B0m9iP+I+tuPfiF8unC3kvWEU/qFyb3H1/r/re8PmQ2JAC3+trH/H34DR9vVS/l1maCQ+kMTx/&#10;vfNyffTzqRwRxccf4fj25X+IcevAjh11HTOGub34vcfS/wCbD/b+4nnYEgWP1sf6244/1vfqrTI6&#10;pSh6mGmU2N7fS9wD9f6++ErNIAwNv8PwbD8n3UVXj1sVGeskaInp+v8AjfkXNrge4ysdRU2AJ+v0&#10;/H0597I1DV5/6v8AVw6qTnrOVCgHm55/xFr+85SSw0/Qi35t78G8m63TrFqQE3I1f7D/AGHHvziT&#10;QQoJJFjb6e64rXreeu1KaxqIFiLX/r/h7hrSylhxe/0/PH+Ht5SaZx1WlepDVMSqTq4H1PAtf+vt&#10;zipXCgW5ufxyf9b3o6tXy62Om2Wriu1mva3Nxb/b+54om0i31YfXni/49uFaL16temr+Ir5GLWsp&#10;tybk/wCPvg1A9+FNmv8AQfUj6+6gGnd/q9OveVOsgykf1LqSD/hYX+vA9448W7tYIdPBN78e9fCe&#10;7quB1lky8SpfUob6cMLfX6WP+v8AT3OXFSswQKQCtri/1P8Aj7uAFNWFR/q/1f5Ot56aJM9TrGXM&#10;yavIfqV+g+hI5/1vbrTbdlcWdWA5sQtxf6jj3ftZakV69mlT0msjvqipXBSZGI0kgyAG3+x44+p9&#10;ulNtaTXzHcC1mIt/sPfsg/LrYWuOktku0sXFCCtUgkZmBRXU2YcX/wALfT29f3diRLuh+gBFvz+S&#10;b+6tXFD14A1oOkdF2gaioaOCVSBcg3BY2+mkL/vJPtunw8MbXNuALAgf61uPbiqSKg1P+r/UKdbP&#10;y6U+P3pPVDQI2AY2LhhYj+vPN/8AXvx7wJQRk2blf9e/N/6e9mopX/N14UGOnGXOTaS0RYPyxBXj&#10;SBwC30t/iPbxBQQRgMLgA8/S5/wv7aZl4HH+TrwOk9JCtz+TncxmIysVsGBYJpt9WA+pt7nlYYkB&#10;4ve2occfT6fn3QzhR25HmP5/l9vVlSor69MMcOQr52jcMLISqFiRcH/D3FkrYLgFlb6fm1jf83/4&#10;j2oiYPUioP8AqPTTBhw6nLt2vjQgLZSWJIF2a/Fhf+n159wZ8vFG4VSvH1vbji3191kIodX+r/Ue&#10;rRioz0+4nZ1RJF5Zdep9XN2+ptckEfW1/wDiPeBMrE1zrCfQ2Bte30FvflmCfP7etMuenCo2dPpC&#10;CMsPoCVVgoJ5a/4+ntyhy8LLYta39Sebf4H2mklfVj/Z/b1bSun59Mc2xJUk8gjLE3sygDSSf99f&#10;j23V2ehiBVfqfr/Xj/D23G7sw+X+rj14CgNc9KXE7CZx5JPyALfVPrybc+2P+PagtiObmxN7X+nt&#10;ZUg1HVTQeXSoXZsCagyGxAB0qF5H1Fv959xJc/NrNj6f8P8AAcXPvzSFhSnVhkU6cabZdCkSDRZh&#10;yb2vf6kgEW9tkuamlPDng8C9v94/PvQpQV4/6v8AVTr1ARTp+g25SUwsIxyCb2vY/wCv7ZpctURs&#10;f3GvqvYnj+p+nu6sAaU/P/V/q/wdVYEcenxMNSuovGv6bcAX98GzU1wwYjjlrn6jn6e3QCTnqgbr&#10;wwlIFKmNSL2tYWsf8fb1j8vNLpGom3J5I4v9T7rMpK1PTit5evTFX4Olh1lY19dxwoP44sCD/T27&#10;S1Ou2sljxxqvbm1+PaAqePT4UU6g09GIriNVQWHKra5H/Br+2HKoANcbm9rEXN/p+Pfo2J49MsFp&#10;8+lJiiw/bdLLe6k/4n1X9p+SOQx3DEarX5uSfb2s6qEdUp0+Kya7WUkD/DgDgc/6/vggZNIJuOLn&#10;/D8i/t5SNNT1r7OuTgNfj1X4A4/1vr7l0ksolLA+kH68/jj37FKjPW1456h1UUbR6WHNvpxY3H+P&#10;tVedzArg3P1Itf6/T2wzasU6cz0lRSolS6EWUn03/r9CP9b23VbzlPXwrX/4NyPoB7qa1FOPWmrx&#10;6daGOmViEN/HzwRp/wCDH/kfuFTsytpLFkAuQWt/j7cULSrH/i+tKwHl1NqFDLqCLruBcL+PoRf2&#10;6xadJ9QKkHm/Avfjn2wxNfs6c1BuPTZLfUP22DnkixJJXj8e2mtpWlcAMCb3H14v9OPbschHTbLX&#10;p1pKiONLaWVQLH6EXH+t77+1IjCAk2/Wb8g/S9h7fjqO4+fWgnr1jeqXWWItf9IAuG5+mo+5UNIF&#10;AGlh9DqBtf8Aw91aTVhTnrwXNOoctWTc6lYflWW5F/px77qqN4NEkMZsR6wT9OLar/T3oVOWPThi&#10;YAMOuqSujqdcUkgupstr2YX4ABPtnmeRyLjQFP5JvwObe3OGOm2BBzx6eYVRBwdWofgXHP8AX3LS&#10;kariCpKU+hP5N/rcD203aakdXGkjqM9WlLJ6o9Wrgfj/AGFz7kxU5phYu0hP0JHNwP8AD2yzhjSn&#10;+r/Z62QFOOsTz/ceoKiLbkX+ovx7gVlTLTlrtyfwDza34A9vIqNinVHx1Kp4I5VU2+nN/wAfX+0R&#10;7wU1U7AG5IHIF73P4/x97eOmPPqisa9Z5oUFxYerg8WIAHPtRLUpFGGdNRbSTf6i3PtnSS4A/l07&#10;npPvTPNIyJIUCagOLA6jx+f9h7wz5FXQAqpUc3Uc2+lj7d8LOP8AiuqilK9c6fHGNiwdg7ACzX0s&#10;Qf1D22SVo0kLYozDUfze3HtQqkcem2PTilH6wz3DqCB+QRfn/b+2zUzyAhuD/ZJ4490fgadWUYx0&#10;5BQi2K/QckAfkXv7nRMh9RADA+ofT/AH2z2nj1vz6jyK6+lSWGn0W/J/p7j1gWRvQpGj6uOLgc/8&#10;T7eSgGkn/V/q/b15uudMGVbuQdfIX62/HtvUSJMLMSAA1rf7Ekj/AIr7sVNOqBqHqUSpU+mxJI+v&#10;+wt7mTV0gjDu6qBYKLcn3pVoKDrZfGeo8dNGHOlSS17kngf159wRVpUORINLD+1G2lrXtf3ulOJ4&#10;daFCaHqR4TGvoJNz9GFxzzx7e6SaEKpiL/67NybfS1/9791ap49OEAfD021MUjFhJoN7GwBA5PP+&#10;v/rW98pZY5VdJAbm5B+hFuQbA+7aCOH+rh1XV5dcIo3jKtGQFFrr9Rzx9fcMxjWpQ6Ra1rfXngk+&#10;/ZGG69UdTA5sdQ1Hk3vwDf6W95C+hfHrC3FrG1uf7RP5v79Qk462SB1jtqbXp1fQ/m/H0A/p/tva&#10;YrI4ZSYmX1HjXzz/AEsB/X26naemmyaevTrGW03vdf6fS1v8T7hLt+fyCWBHIaw9X0uD9T7sZlA6&#10;8IyeA68amFb6nVSBcj/efp7UMGBkhWN5Y9NyGcL9Tz/T2mebxBpU9XCUFD1DORhJcRurWBt9f6fU&#10;H2sqeop4QI0iAKhQLHn/ABI/x9pijcT06raT0m6mmqJyZDMdLEkrzYC/AI9uheNIvKRe5J/xHHPu&#10;mOB8+t1BOemoRyyTGJSDpsOBwwv/AE9p2qzAZ7BtKKSNXJ/3ke3kQgVHVGkamkdKGnxCql3UGRwL&#10;8A/7C3tvlyImiNgZD/S9+f8AY/8AGvdw7VI4DrwFRnqbFj1hkBGlfwDa3H9fbDXZVGXTExjlC20A&#10;WAuL39vBe2vTRbpygpjGTrIcE3uTzf8AHtup557EyWA1G5HJbn/eveqdbpUdSSq/05/B/p7UuKyA&#10;jPjYupt6rDgc/Qg/j3Rl8znqwdgcdNdfSeZSVCtY+m/9f63HtQVOWSljZleyFbBFAJJI5Iv/AK3u&#10;qxI1CePV2kala9McOMedlEigsrE62uAOfSOP+J9sH8TjlbWEIJP9T6j/AEJHt1UC9MhtWT0+GjZR&#10;p1kgC1+Lgf7H3PSZlXyqxDajpUD02H5/4r706h8U6vUDA6itEC3iYArYamJ9RJP+P+8e8smStCQw&#10;Qva7C1+B+VPtlY/I8OraiR1jWgAm1qWRQbCx0/UWJK+245EGJ0ICK11sRyb8c+3BHTI6prIbqb9p&#10;+4r3JZSCPpYW/PuLEyMjFn0qPqLc2v8A2T73Q0oOvVqanqQ4ZSAFuSf62Av+Tf29Uc8KxWWMDVq0&#10;FmuSfyb+2WidjX06cD0OM9NlTHIZAWkay6SwRbX54X26Q1IpLMVUMeOVJ0m9/wAe/COooetk1yfP&#10;pqqaZqy6B2K8m6sBqH+x/HtxXLnxsSSwfgLzpX/Dn3cRDB4f6v8AVTqgfPTJJg0EyiwBS13H6yf6&#10;3t+PYd5yZZKjyDUbHnRcW/qvt4HSaD/V8+mnWp1dL/FwtFTKjAXAAF+f9Ym/tpaJqslIQFKgEFrX&#10;JHPB93V6NRutFdYz1PJEQux+ptx9PbrijKHvMyxBAfo2omx/I+nv0jjgM162g0Gp6h1ihoyEXUzG&#10;wFrAXH1v/h7VMlZTVACm4YJwEP6mH5P49pGUDA6U+J0xQUdTTszhgVZ7sXB9Kk/QD6+0vUYyKqqR&#10;oUNITw54F/p+fz70Jiooem2XVk9KBJzHFqk+ii5AuSP9b/kftRQYGojo5Az/ALgj1RqFupA+tv8A&#10;G3497WYO1PLqwVQtK56YZs3TfcxBV9Bfxu19LKTwLg/i/wCfaTLSU8kqtzILgALYA/m3+P8Ar+3S&#10;UrpPVNOn7elIAJERhwhsfrc2J/J99NUzNH62ZbWDfW4J/II9uIQMDpiTURVeuhEgPAB5/wALWH9f&#10;cdsrLSmKNg73N7lvr/rE/X3c5B1f7HTCu6nrxp43Jayi/HA/A+l7+1fhqqCs06xoYNqvcHQPqSf+&#10;J9oLjUHr5HowiJYZ6ZsjFLTxs0RLekgJaxcn8Bvx/r+5lXjjUTft/vJq51AKDc/Q39uLLRM4I62w&#10;BPUOlr1hi/eHia3Frv8A7Hj2oYscKGgLrFrJRtUaqQI/yeR9faRW8SSp6uEbSQnSdnyv32SWDyrC&#10;qSJ45GZS0v8AgFP059hxkqQPUeamVGtfWgW5H9fa2poA3TABr0v6OVhEqTagfoGP1P4v7dcZJFGq&#10;3f18WC21KR+LL9PdqClf9WfPrYajUp035COWUkKo0fkvypB/HPtaQYn+KiOTyaW0i11Dav8AXHtE&#10;8hjqOngitkdIqrzqYTyI0WtC7airadF/yCf6+4W4sTSU8CU8/FRbUstl0i/4AP49q7EMwLcR5dMv&#10;oXHWbbmeqcnO9VTaTR6ijRerWNP0YmwF/rcfj2i8dQGCXU8qzRhjxe1v68j6+3rgY9OH+r/V9vXk&#10;I8j0t6mqLx2VWRyByVuP8L+1fRxRh/JGin6ksTcA/wCsbey4vxXyPTgpWvSerZJPHokdgfSAgFiw&#10;Jt+L++VXJB+pZGLL+rSV0nn8D/jXuyoy4r15qHCjrFRrUEBWiUKb6dSnWLfTUT/t/r/tvacqqqEs&#10;rIFdAdLq7FWtf6i/taoLLQdMsQGz0/U9NKoZZCUc3ZWUAqOLEH3Oap80YWEqmlBwlgSQfq3vwTTg&#10;+fVi2KDh1DSDwyl5Q8l5Dy/IUEXsLfS/9T7TeUxk8kb14VbRoRIAADYn9TAe7Lpd9HmOqOhK1rTp&#10;3pa2FJFpSx1Ncxk3s1vqFP8AxHtLY6k1TrLHEC34YEKwtyCT73N8OOqIPM9OjsAp1GwIP4v7V75e&#10;Sn/aljjLIvHN2YE/S4/PtKopn16d16RTpt+xjlu6yOAxHA+gtxcA/wC9e1tgnjytMItCmaw0qFJI&#10;LcWJ/wB69tO/hHv4H/V/Pp+J2YaekVnw+KqPu1kKwEkyu0gUW/IUHj/ePazwu15XrVNQujQAfHzp&#10;IPIJ+n+8e0MspK/piuevDsY6+g13l2TjcZhpZYpwyukirMoJkR0X1Kg/rf8Ar7FaPb+OhjivGFBH&#10;rSNURGJH1va/++59uQJLMTXyNPXpp7kA4z/q/wBX+TqvvcfyK3Oa6upsZaeVUaWhqq2SYTJGHKuF&#10;ijOlrfW3+24HKjo4ook0xoFAFgfra/0H+8e3nthGcnPp9nH9leqh2fPDoo2+uwdw7jnZsnV6y7mR&#10;ljUhGJNyT9L3I/Pvurq1pYmdiDxfngcf4+1dtaiVqnAH+r/V8/l1pmpw6R22MJk92ZiDGUaPI0jJ&#10;qZYy1k1aS2lfr9R9fYR7r3WJKeohpryOFIKqSbXuCRb6+zCGdbZ6KKH14f8AFU/1fJpasKjy6tP6&#10;B+Nce2qnF5nNFfIzJNGNIDI49Sh7/S9/0/6/srWWocpkavyo8tkdmAJAXSebG9r/AOt71NOGNace&#10;tCNia9WSUv21LTxxIY0Cqq2X8kC1/c7GY1iBHLYOLh1IBBP+I9pGkZW4Y6UKq6eu6ioVE1A3HBBB&#10;IJ/1re1tjYKakUKqLqQM3I9H+1WB/H09oZizNXyPTi0rTpOV8k9Qp9ZVGsvpI13/ALHI/P149s2X&#10;VZag1EMyRswAaJONWn6D/jftxAaAN1SQ9/b06YzVHTiCSORgl7SObmx5v7zY6pqEkVdBu6ab2N72&#10;+v8At/r726JQVPVgzsadY66nhkickiyHX9QQADfm/trSStps3BJZ1VpQShQ2ax+nP0HtTdKGt6L0&#10;0rGOTUR1K0U9Rj5Y7oymJk1Kyn6r9bj2KmejochjYKyCJYa9FXUqnxrL6bcIfqf6H2h2+RgGin/b&#10;0/P3rqHE9BHt8ZfDZ+roJql6vCTlngLK001G4a5UzX/QRxY/Ti3HtHYrDVdYZVq4jGrE6JL2+h+j&#10;cf7e/utxNpaq5r03EjUo/QiZLM0dFErwTI7INTxAX9J49IH+8W9wqiqnxVX4ogVQErdDbkHT9R/X&#10;2rijXTr4nj152KEqOpCQU+VpA8qq4kF7OAfSwuLhv9t7lY6WoTILMwDxzsrGXV/m2bgg3/Pt+4ZT&#10;HVuP+r/V/qHVYqiSoPUTIQQPQNTx3R4EYJEB/nFXldNvx7fcxEfLFJC4MsaggoF0yoR9Bbi4/wBv&#10;7TR6AlT/AKv29PSKS5p0wYGdjDLFPG4hdmVlkLF4JAefr/ZP5/HtMtkq+aQIV9aMFU8qbC/pY+/S&#10;NQEL0yNROelXFisfAhKraNwXYfVSx5LAe1bQxPW076USGojjBLXKl2/BBPHtIjlJAG4fy6eopShO&#10;eknlp4cfLGzvJUU8shAQL5PGCf0lVuf8fr7ZYaateSo8gnUQBvUVJVreq6yHix9qZdMjhV4nptIz&#10;lmPT5LW0EMUBVqcmo0DTcBlB4syfXj2zru6WSWTHhj6bxBSwLKwuNLW59+a3Fs3iHz6qk2qqjqcd&#10;uUbFKoohlBEhIHpNwCSFHtUbewuMyBmGRSWGoZCRMANN/qvBHPts3DaxTIOOn1CAHWOkjvTO57CU&#10;sVRgkpKyOKRRJRylxJJHez6JUPpsPpwfaNz0EmLyggScSQqypFJb0srHgMQODf8AHtdcqFi1KMHp&#10;MABJjz6V+2cj/GcRT101M9LUTR6qimc3eKVTpZQfoQfwf6e1fI1caSBI4ZJEKICwJ0IbXDEmxIP9&#10;R7QQGMoWHHpRKjkgDpjCUC5CdpZoUcO5VG0+SRQbMFHNiPr7T25leGiUsIZJHRbQowB0t/rW5/1/&#10;a+xqVOrAr+3/AFHpPL2gKM9O2FljmqJfEJlSNnBeRXALDkC7/ix4sbe2PZFfm8dXxyyzH7ZAzRwA&#10;G6IOdTD6G3tDuUSydqip63bsVqWPU/PY2iymOqaWpSNhOniZiACdXGnV/j7WOf15GqhrqcrO7Mfp&#10;wVY/Uav8Df3qKWsIjfy6cZTUMnDpi25TRYejkxrx/bxQqoS36Sg4Urb+o/HuRUQ5L+HlS8tTIyra&#10;CJTwD9LkH6+7wMhYgCn+r/V/qr1vSaV6wJPi1yIk8cNPGrv/AJRM4Gpr86NX0H+xPvnh5DjqJnyY&#10;GjUwEbEGRDa4DD/D2ncSNIVXy6sXpFQ9ezMIyVTGuMktKUQtMgPidC31Vv8AEAi9/fLKYk7ihinp&#10;PWiqhYRyL+4F/JFxb28lyFTwmGeqCMMNdeoePyUO2ZpqevkMYllYoZIpAIyxFlEiizAk8XN/aDzM&#10;FPUKuFqlqY5IkZY3h9bppF/Wxubf19rbc+GKcdXTTjUdBHS1pGLoa+CSN4p9LNclVYfTUluAfp9f&#10;r7T9Mk0CRUONrJZ2p5FadZGOv9fIV/8Aere250QA6uJ/1f6q9VUV+Hy6c/SbvIigDgE2b02vz7XW&#10;OnydWUjdQph5jadhYEHjS5vcH8j2haYQrp9fTpQqs2SemWrpqGEST6WPkFpViBOsW/KAjn+nsQKM&#10;0gx8tPXypDUxK7QyR+MKjnmwcW/1/r7LlFxNdinch48elB0hKMekJkxVx1dPWYqBpoppYo6mKZpN&#10;bwC41BTfkfTkW9o+j3OanJvi8mUqqSFWAmk1BRe+hona9yLcgezzQ1rRYj5jH+f/AFf5ekYYMTXp&#10;6rtsQx0cuSxEbY/JyKkrGJVDSG92jmVbA/0ufcqmejmrahEK0k0MKiMSrpWpB/SgYWGk/gn/AHv3&#10;67kJKheBP7P9X+rh1aPBJJ+zrzpW09BA0ivXRyTMZvD6pKUWuZNB5LKeCFPvBPU5Omp3o3p3MVTI&#10;fHFK2uMkch1db3H9Pz7qU0v4qnrZdq6fXrPT0+GramKujlhNTRIEaeJQkyITZo2VgCP8R7j4Wjin&#10;oMs2OpymVgDNPTRyHTVMG0vcN9OOePz7ZVyLtRcGgPwn50r052tEQg7us2crvsqnFmskT+FVE4ja&#10;pkUA0rMl4G1D/VNZefwb+4dVt/CS4imr6mZqWvlJCrMhTwTxMQt2FjpJ+o9q4rm4MrLIKxr59NPG&#10;oUHgT1kTLZP+MT0EFJFU0cCRS+eKW7SxzLewBFtS/X68+4Wy483QZ0SPUrVwiI6pVAaIqzEG0g54&#10;H4PtvcPAlVWTr0JMZOrhTrNueOiq8JVQVAaPyemNLaJRKpupVRzfji3tG7xp8ntjNjcdVVypimqQ&#10;lOIbyM1Q7f5tSOLH2raBLm3qOA4/6v8AV8+k7nwn1nNTjqdh8jRZClWmjcNNBTxCpp3BEiKw0gyI&#10;f62PsZslt2TfOyaKfJ009NUufPiZmjDPJCFDu0ysDYH8G3sv27cUjkeyXKj+TenT8kGoB248f83Q&#10;UtlqPaW/auLH1dLLjqunh/vHRmQRPR1TErQz0t/SXsdMiE3II/NvaIoqPatNlqCg80lLIsUdPXRR&#10;QpomqE4aePTYKWNrr9Pr79dxzLGX01Pketo0WunDoTmnzZoq2eKOkmZ2efHBneIrAyhkiqAAbkc+&#10;pf8ADj275PZxyGdp5aCvkWioR5nQEAyup9CM9+B/gfr7pPMFsljUUZqY9P8AVnq6IPE8Q8F8umrH&#10;7leDHCXLweCqeaSPTCJHVlv6ZQLXtb68e17lKegqaGDIV/hSsorLHHEAPOQNJLBuLj8n2ksIpSjW&#10;r4QZqf8Ai/Tq8sgLa6cekbSV2Ros7JQ4kTVNBlNU1RJOSf4ewXUnjKi9n/AJ4Ptrgy2fWIVNDUFM&#10;eIws0Mt7xBhZDA30I+l7G/tUkVoB4UYyOPVG1jvJ49OGR2/tmqq0jzVBTz5Z3LUtUqAvKYx5NMv5&#10;BFiQG4/x9pOeHMVGVko9zymbFzQ+WJ45FZKcP+lWaW/DfQj2/PJJFEHtf2dNJHqashx69KfHHDx0&#10;MtRt2mpoqpZDDIpgMcs0sJ0SCRY7E2/B+n+w9ydz0c1HtJcBs/I0dJk6V5Kqjx6toaRJj5JGgB/U&#10;1v7P+29u7YkYElzc/E/CvyH+f/Z6rchhSOE0p0w46qqZt0TZLJ4acY+fHij/AItIInpqeppqj0wz&#10;wg3RGuSJCLX4Nr39uvSlJW1+38xkt1VC1VfipghRZQ0hkZCClTEvICj8Af7z7IpTI2+RwxminP7C&#10;MV/1enTyMVtSWyeHSR7x3Dk8LRbewe3qeFKzc9dLj2rGRVTH04j8jVFMOFacsVVFJ/Oo8D2n8jRZ&#10;PBZNodvBTNuStR4ohMiSSTzPpSOoY8otj+fx7E17HClL2U4UY6Yi1MfCTz6XuEyeOzuEd83ThmwE&#10;LR18ktNJ9sHpYA01TTGxDgBSbpcgiw9hdunbPY+19xTVckJODZ1nrpIpvNDDKwu6EqeACPqR71M8&#10;d5arNDkkdNhJI5K17enrb27dt7kghfDZKCo1IfFBIGp6sxoACwpagK9rWJIX88+xFxO1d5x7bfcu&#10;EaaoTNVUlRRvLUPJDQIkVvVCpBMUnJVhe1/9uWW19DNeeAwoyY4ef+enSp42VNSnjn8umbLb12PH&#10;uGXaGZyVBBlYsfBXfY1qqoqKaecRRiCZ+CyuBqjBv6lNvaZwdRX1VXWZLIVUcsdJExq8VB5vLT10&#10;HFTEZF/B+qlT+ebezK7j1usZ7fn8umImNS5Nfl0r5tEUCQU6hPNohhltGyDULq/J9Vv6H6/i/syG&#10;zty0GS2ZWQ1uErsUlL5IxTZNSNSSJrjdTL+tWvx7Dlqs9nv+qFtSNxI4D/J0qmYS2wZxQg8Oiqdt&#10;bGzFbu/bOYw+dp/4qmQppRLR06JWOlJKsdXGxgLFBoPJv/UcH2FdJl6rKZ2ixNKposCapGyNXSJF&#10;DGxU+iCdYvUbgaS1vpx7N94e3t43ni7pD+38uqQapGGr4R0YFcKtBjZq+pRslmYaKf7IVs7VDRPp&#10;u32/nPp1NZmA/oPax3dkty4/eOEjooKKr2y41SrWWaRYnbRJAsLCz3X6M3+9+9LbxPsCvbV1MM/b&#10;02pcTkyU0g9BN1vjcNl9ubiOUU0G74qyopsxX4+aopn+6pkEtFW0ksZ/b+oJjDcMCCCPqIWXqsfT&#10;1dDXY3F0jyNFJ4TJEfNBopig8Ef0dSBpZTx+fwPaPbbMyQUvCVzSn+r/AFfz6d8YuaocdBPg6Lce&#10;RpM/gM/vDMCClrIDVzUFbBHTVyVORE8qVlTGvmpZo2ZZYnjkVyeAQPYf57d24sztDN5ja8MFLk9t&#10;xCqmpIJD4a6CAN91SqiAfuoqkhf62/r7MNptbdNweycDUQSpp/qHnjpPeFxEJB9lOludi7S2Juva&#10;uK3dUVu7sVvqtqcHjJtwRrkZcTnnhFZRO9VKS4irAjwhzqPl0AmzEguEnclbLtvM7hkxklXLQS0d&#10;PUX8h8SV6WWSeIfQo3GocX/1/a2W3L3BVz8IJp0ws+iHUB6dGTpttYnHpT0lDGKKmi9UNPT6YwDG&#10;2oKjWvpsSGX8i30t7VNHQZPsbrqrlqKqpNTVwS1cNHSKlPJDBSFKiAo8hUSsfwA1/VYf19oduvtF&#10;5JahcU/1fZ0pkhDRJKxyeoWSr8Xt3JUE1RHDRwV08FD943lkJqq5zFFCQgYxqxRS0jWTjkj6+1vh&#10;MEuHOHz0NLBlKeoxVPA9RROpyJpKhViqKTM0tXYowBJe4HAI9stEblWIk0tG1RX5Z/4rpxSoalOk&#10;/kNy0eblz22ZUyOGyVDV+GB81Qz0lFVyQqKqiye3sjCNNQocIQUYuj2DKCLFYVX9w8dGdmTYXF0u&#10;OrY5KqihqZStBM1UvkV0lYki17RqBdbce9wPPav+8gdWoUYfLh1ptLjwjTHQY02M7IzlJR7np935&#10;L+JYytioMhDQYvHR1njxlSEq6GTGzoIGMrBmqGGkMD6LWWzJH0vsUYTHVK4WkhqKipmVJqWuqVZI&#10;pZhqeCpL/UgEMALG9j9T7Zj3CS+abwzRV/ZXH+DH7R17SsLgaB06VnaWdoN65HAuGloqHDU9eVfH&#10;KalakxyGSOohpxqVJDpKEP8A2HAv9PY3ZDywJhqujxpqaNce8GhfAsUMUcPh0yxX0sLi4INwR7Sb&#10;baRzWxz3688CTnh/q+fW5ZCjktjos9Fm6Oq3F2TtDPbubb+W/vDisjRT3ysdXVVGQkiy0dViq5iX&#10;BViY5YdPjKMFKhTYhBX70zE+5aKOkwNTUJjcHPkIZCD/AA6vpElNHU00juArTxWJERNyOfyPYhur&#10;aKOzjhiOkk1qONfy6SxF3dmfNejC7a6w2xidv7vx+S3JWO+7dyxPkZTKy1eHytcyT0seNqYmLwxz&#10;Bo5F0kBQeCADYL+yaWtqFoM5tfKy7exdVko5HwdDjooqBMzNCXepkkp2j9FQVKuWXhvqSePakeBP&#10;ZPqUGVBRjxrT+f5da8OVZAS2PL06EfrihyO34f7pbhrpdwZXFUcoot0ZKqkrcvmMIMjI1LT5OSoX&#10;X5aZZUjdtbCQFZDZmPt723k6aLNRy4qvmqqyfGUq1f7gnigkUXrGkih5KxPwW/oQPYdnVBApuPiU&#10;8Pl5dLl7mYJwPSrzdB/EsXVUuSp6ZacVE4ijV1V5Yw5Wm0SSAhXkU/j6H2KlPmcvhcVuLG1uHpKy&#10;qhpKrOwVOApFByGNp2ssc8qC7VBVvShuxAPtVY2ts+5x3anDjFf9n/J0luTL4JAPDote5cBgtx5f&#10;Zm44N053F4+LPLtGqw25q2veCiztUtohSY6oYJzKiw6lYxMxUpcey4bJm3LursDERY/Jz7Rx9R97&#10;VkZaNqikyVD4RPRVkSmxTyklGSTSY3Tng+1XMcsMUJUrqYkAf4K+tB5+fVrLxC+tsACtPXox278n&#10;T7b2llsxPhK/cy4eiEkmIwkFPLlq0KVjeGiimkiUyBWLafICRwLkgEyG+8p9hiaLESyy5PN3hZKy&#10;hQSU6yqRHJGWAuQSdai3+t9PaHl+3+mheW9I0v8ACCeHXrsNO4aEcOi/9aUB3RvTI71wWKfa2zvB&#10;W4+vxOcoqnHZTMTOI6mkzC0MhHgMQElM7yDW6k340+wWm3Au3Nuw753UEzOSqM5Hg6fEGJ3MGYjk&#10;vGytyWBQ6vEw03J+o9mkEE17LIIiUjhANR51rw6Su/0gWMirN0NNaIKzKy9fYlZ8FTf3fTL1OQxr&#10;LCXxlbUSY0UlIy2aOVmRj50bWoAIYMQfebNZmHagxNXV4jI1GK3XRzVtNBTeCKlpa+Jx9wscFOql&#10;JhqDaGH6Qf8AH2hltVulN2BQoaH5j/Z6VrMV/SNTXqbisjTZirzOCocvGua2jW0VFkdUE89YtJV0&#10;orMeap6xi8sc8ZYCZWILo4B1Iw9qL+5tLna3bj5Osq8rk5ccmSx1MMhFFioJ0XzQQ1NCj+UvEnok&#10;jBN/9a/tlbt5LXwlXw1rp/1f4enGCqTJxKivTFX7uiwNJuTKCiTE4bCZiSmy8s2MrY8hUIto5slS&#10;zgeB45HYNHUOdAAIbn6JWauw+a3lF9rQVVFncXLHDTypN/CMO2mqEdS1GXZY1CyWWWJR+bWFwPaq&#10;+t2tdtFvMaoRx4/t9f8AD0zbSrI5dOPz6VtBBUY3Ev8AcVUuQoPt3nVpkqMpk2haEFIpJIgzVLaP&#10;o7XY8A6vr7EDK5tt47gp9ub12vi81Rx15nxNFJHoqKl6eBpHqHDi6Q3WyScBweeOCw88thtgFq9V&#10;YAVJr/qp1sRhpCzjI6Bfb/Ue1dgYrcW4evM9k9nVubowcxWrLFl8fSVTVBmkq1w9YslN92rSMGXS&#10;2kkgLc8qfDf7nqvcO3cNtobTwGFkpqaetpKaChfzOqyGKKfhmbT9Stxx9b+0F1PBt3hPABLNIPma&#10;V8/sHT0Y8ZCZjQDh/wAV0xfaLszH7c3HvbsTJ7/3Pkaeskx9HkahVw+Qj8bTeamwGNSKkVY9YXzG&#10;FSNWkk29qejrabbVfT4OjeoqMZMfucnXVxnmkqdMR1Qiob9tWsLBbgf05Pv1xaNLbC/bMxIwPIdV&#10;R6kg8Bw6ReRw+X7PwGW3HlkpcHuOghyOM2Pi8e0X2mHq3qRFj87NRQ6Z5VEgjl1aSwQkHjj237mq&#10;6LOwQ46lWnpcYKqKienUxo0csoD0NTKP7UbA/n6H639mNrcRWdozxjvPE+v+fHHqgjaSXUxrTr3U&#10;2yt0bGzeTzm8cxmt27rrsVPmoM1VrLLRpSREQ5/b+NgQ6KaWOVFkCxKokQjSLofYXVHXW362etw+&#10;RrtzY7ImqEU6FkloKpYbGMRRNa8gU+jQwBFuLj2mm3We0TxAgZXHka9PCJGNejE0u887k6TH7kwC&#10;bVzG2K3ECriJqa+hycM83KySTOsipBcaZVeEOrDkm1vc3cfTuHyGR2oi5XLU+Fw2L+2yFbRpTplZ&#10;U8l456mrqGW0driQWOn8e9W9xLLtrLAhaVyTTNBX/J6f4eqMsayGSQ0A4CvHpD4bt/MR0u7RmKHC&#10;Uu4W3BJS7YxUuWm+yr/Hj4QMZTy0kU0klQWSR0CxKZS4Fktf2m+xNzYbB1WA2nt7F5CqwVCYXx+Q&#10;oJGkp0mkqVgmqp6yMEswJJJPF+Pay32yLbbD6iVg0zmr8MfLpn6mSWWrLQeX2evSy6tp905ehrt2&#10;72pRjNx5wmlqcK8EijGY2kkc0FE0ErkKSr62sLte7G54R23MMcnuTDUlXQ5AVeNzOXqc5lzj4Ugr&#10;sXEGRJRJUMZZGkQ6WKIbEg3H19qZWb6TxD3F6aR/q/4rrYJLV4UrXpb7gyc+LwuTq6V6KNzj4oMN&#10;HJULCv8AFp1eKmhlbhFTWYtNmJNmH9Lrzr/bOR+33HhcbFQV23qzcv3OTk3E0dTRVmDqF8MFBisY&#10;+oipDj1GQAD63PA9lO4XSWl8sqN+ro0qB6n1/wAnShQDCPEGAa9Inf2SxVJFgMjn1y9Hkkpampx7&#10;bfFctRiq+lojW5KoyWYonjRaFUURvHKdEtypV7hQJzZfb+18+m29g7HSevgWLyZWioIlo6XxjxSf&#10;eZEhQpjVmBF+PoB+Aok2qOK1S83BvElfIXiKnhjzoeGOPHppbh5Qc6UH5VHRaMPt3f3Zez6zdfcv&#10;aGS2xsvcsdakez6fwYWeXCrK4oniFN+8TWxrHJ4WZ3KHSAAxBReuo3bveTL7X3XkGoKDIrRbtxb4&#10;+oSlrIaGQCqgxGRY+M2Y6GAQk/j27vdypsFtJI6T6e0DyNDTqtqEVvFJ7ATx6GrZ2MXrvYVBt7Pb&#10;ewOLx2Pp3Xa2TFUtfVLLOjyUc+46GoggaCpBs8skMsqk31NGRysd0b32y+4ch1jt/I1OJzjYb+Mm&#10;nR3EPpj8kdH53JCyyRrbTq4H+29vbXaJsFrBebj3STAVzXTqOD/qGAfXpJJLJeyFkPavl6iv+ToE&#10;eu9p7y3bVY/uHsHG7X3fjMVuPI4rbFsMseYj26Mo2Jm3KqR3iaNJ1aoUGMyvGvkDKpUe0DhpNrb3&#10;66FHvynlgqKSqrIaHES+SnFRLCzSQyTQsotKpHjMjEBvqfx7ZgubxN+mgt8wuKseOa/5ulEywiNJ&#10;XHccfl0YLd+P3zgN44jK9eYnF5ClzlXQx7urskqNPjcKkiwzfZ1DSh3QC0608aHlW0ldR9pfatHl&#10;4HqF2Pi1qcbhKHS+EgyaJUtX1Ex8okmD6bKLHUCbfn2lnt7F79IJW72atT/g6UF3EJYCg4U6EXdG&#10;YwWGxBk3blKPGUtXIYFyNRTFaOMgao0czB1TV9AHYXJIHubsCoqspvjJ47s2mgoNuy45pUxVZV0y&#10;JS5VmEtMok0pVTSEeq8bBR9f8PazmWJoreIWVSSwBp6fsOPWo+zpNZsfDZmH2dI3sR9ywdfTZXqC&#10;Wlr90L9l/CaunpqbJ09bRw1arkYlDutKLxK6q0h0giw9ViFVnMXt/I5uWmx+Imk8nrjnp6RqXEmP&#10;HU/kQRNENYkIXlm/Ux+vPtlpEtLdItVGYZ/PpyPUymRuutlV27qHbdNV7nyEUbIoepgrq2LJ5+Gr&#10;yVeTIa+pj0U3jRntHHCmlEAVbhbe2bH1uxJd0YDI1TT4Hd218fU1MVLWuKbBfaGa5qsnJGNKzsDp&#10;T1Fr29pbuG8SzFmw1LIwyONONPmB1dJRqZh6H+f8upeaoN2PBuKlDwZ/aO4aWaIiied9y0UtfTJj&#10;ZYMXHKTTS0wIMrF2TRqawK/QLd5Sb8xgqq/r3FZGp2vmM4Xl3XSzGuWqr8hPZ1RVZpVWJjp1lRf+&#10;vs7dLExmaoaSNeB8qD0/1evSUmYsEIoCelDi85gJanG7TzlbgqfeCYFMm+1ZKqg/iEWKif7SSuix&#10;wYkw6lAZkBRT6R9Lkx2DyWE6/wBtxbPw8uNhy9d46zO7mzKzTDL56eLyVJ0gOXEZbQPVZbWsT7B+&#10;2Ley3b71c1IyqqPwrX/Lx9fy6XzKrAQqeH8z/s9An2B1Q/aW5MfuXdNbuitwG35pTgdmbYrqfDSw&#10;wn9v+I1ORSSCcSVOjUUWYekKNQVfYa7t2H2LvSkxlFiN34jA7cc1dRmJKeesiiy5EuqeamoKVPNJ&#10;oAIWIkAng/j2Irff7WOKTwUPjE+mfsr+fSSazYyAucY+fS+qM1s7a+SgrajbeXr9yQRY/G0kj46l&#10;r8phqStiWGmopc5WTeCnSRlJlc1QDfVy1gfa52517szrPFbfx238a2fr52qchlNzZZY4MgrPpdpV&#10;L3+1hQgkRqbhf1MzXJQQ2lxusb3l4WBPaI/ImvyORTzJyfIYHT6uLdiq9oHn5noMMfvfsLdWd7DX&#10;cOWw+0sNhJ8VjdrYvbhqs7LWtUQvJWLWVVRBCa2qnZ4o0SCIRqbLGHOqR1P/AKXNtf8APb4T/gb9&#10;l/mKj/N/8c/p/m/+mj6e7fuO2/3wPh08R+zj/Pj8+qfVN6n14/6v2cOkv/ok3F/zxm7P+ei/4+7D&#10;/wDF9/52P+e/z/8A1bf8x/j7/9VWzSpEpNwST/QA/wCvY+8BGdnIFKD1rXy9eu8Khhx6206KgklI&#10;1GxCkaSpIN202J/3n8fX22tWAv6Wsf6H6fSx/wB8femBpRuHW6V/P9vSmhxQVNXjBPHIsBybjm3+&#10;tyAPeNj5rfW/B4N+LW4v7owPEfz/AMv+brVBwPn1Ng002pSOCCeLXH5+o/3kn8+8Xhsx08WI4/wu&#10;Pp/xr2qRjpGrP+o/6v29XZPMcesTzg/m3BA4Nwf63HFh/j75eL1aiPp/tgB9PetWkUHn1ogl69Yx&#10;NqUL9Bp+pJ9VzYm/+xv9PeJlJIP9Pxx9b/n3sMVBA49aYEnHUlXT6EHTYc35YW/BPuQjEXuPr+B9&#10;ePbZBOQc9aVc1HUaRU4sBYWN73UX/wBjzfn/AG3uREhJuBb/AF/pb6n35gSKdbIbqDNULHb+1fgn&#10;6WIIA5/w5P19zY4je3H/ABH9bAe9fhoet6gR8umaoqgpJtwSBa3LWFrkjn6+8hp2+oKgW5PIIsLC&#10;9/x/X3XxiMNWtfy/1f5OtLpUY6xCeIrx9CvCgLe5NzwPyP8AefeORL/T8G1uTb/En3dGAIPr5+XW&#10;6YoesquTx9PzzbXz9QP9Y2+v+w94GTSvJ4/2H5BJt/h7tqVmwM/6v59e0gfPqUkj31cWBAv+oWFj&#10;cj+n9B7w3FwAdI/P+wH4920mlT1okA0PUoE29QVybFTzbn1WP+tz7yqo1c3Itxb+v49+RtK0HHqo&#10;pWi9RJzI3KhVFzqJsCebGw5/3j3jlU8AKbf7EkgfTj3rjUnq4GnHUilkUDlhqB/ooX6c3PvgUFvo&#10;Ra31/wBf6c+6MW4eZ6sB1LjlOotYEWv6TYsPwbjgf7H/AA9+8asvNvoyg24+v/FPehqStOPHrR0n&#10;HXjPqkWwstxe5Fzzwfp/hb3CMKs1h+P6X9u6mUVOK9ewRT06cRUcC92HFtRAtYf6k/UX98kiCsBc&#10;/Tm3+t9f8fboqy9NntbqPNUE62AXg2W9ifpYX/4r7laF5GkcqLi1+B9b/wCx91btWoPD/UP2depV&#10;hXpuWV2cEm512FyRYk3Om31v74MQrafzfjkH8c2+vPtksW7hnH+r0+fTlAB1OiiJRr+n+rcH9RsL&#10;8fn3jZlcWHHFzY3+o/r7sW9eq6hWnXOOJ4mvcG5UX4Bve5FwPz7i3sdI/wAPrxb/AAsPz7dCjDU6&#10;qSQaeXUy91OptXJ5H1I+n1P9B7lRi4uwHB5Fhx/tvdXap0jNerhlp1BksuoqT9OObX5N7g/7Ye+L&#10;R6xx/UWP55+oHuqHS9PM9aIBFR1nEulAbgKt/TyBe3++/PvKqfS5It+LGw/xt78p0mnr6/4OtMaK&#10;Oo00pYEhVNrklSebj8H8fT6e+TRKRqYXJtYHngX924Ht/wBX5f6vy6thl6wR1TcoPSvPqAN+f8fr&#10;x/T3wEZA9N7fX/D6f7379rGvu4/6v9XpnrRUcePWQyB4yWYXPFr3+p/P54t9PciMc3uSfwDYf63v&#10;chNPT7OtBKjPUBiPoVXSONX1IF+bAW5t7zJEBqY21H6fQc296ckgU4deTqKajUQgJ0rdTySSAbX/&#10;AOK++DWPH5+lxfm3597JK8B1sAjPWWJTyxYEHkowv+fT+r/ifeDyEekC9/z+DxY3v7sueIz1qjev&#10;UpqdD67jj6i4uT+oXAP+83t9PfIyqDwOD+fz/X3uh49eAI49YVpmINyA34FuGOrj+nvOrj6kkDjn&#10;/jR9+p5DrRaop1Bkia5AAYjmxve3/Bh/vP595lYc2a5/NrgDjm4PHtlmNcDqy5GeuBhJC61ZQfpY&#10;EkAn8H3Gd9IuBf8A1vp/sbe9spPE9aBzQf6v9X59T6ePWSAOFVebclh9Pr/T3FEhJt+AbhT9Fv7c&#10;wvHreSadODU/o44LfVv9UAbW/wB5/HvMsnqAU3P5ueB/T6+2mBPdTrYFBnrC8A0HUQAL2K6h9TZl&#10;uP8AifcqOYFrAAflv6c/0A9tyKQtSevBsdQWpiARYv8AVU+liODwT+ePz75S1IH1ILfRf+J93VdQ&#10;olQPOv8Aq/z9bqR1gp6Bg5Z7HgWAcN6T9OBwP6ce4ZlJNyCLW+n9Pp9fbwGKE/t6oWPU8U6i4UAL&#10;e9hxY3vf/jXvl9zcAMxt9L/j/WH+8e60AU0yR1tSSa+vXFsfeQMiAfnTxb6D8nj3HllFj9LD6X/w&#10;/Fz7ooqc9WNQBTJ6c4IGU8G7f7SRYX4uAP8AAW/r7b5JVv8A0vax/HH9B79Q5B69UkdPkMJspAvp&#10;FyBb62sCfcF6oEkKeLEXJP4H9B7dKVWv59VLCuep8NLpILC3I4ABsCf+K/4e4JmYsBz9T7uoAFaU&#10;6oTQ049T/t1Ck3/pb6cX/wAP6+5lNFI7Dgm/1J/4r7061GPLrYJ4V6bqqphhQ62AH5HH9P6cfX2q&#10;aKhZ/wBVgTY8j63H9P8AD3tQ2nq1AOg4z2fp6cakIdbm2n8EckfXi9rf8a9vkdMIAAVvzcfnj6fX&#10;37SWqQfL0/1D/Z60ErU9IKqzf3zFg5UEHkEAg/UWH199mS1z+kA2uP8AW/qPewgC5zXrYAUUp1jS&#10;KRmVUcOdN/Ub2DHUOePrx9PeGSqWIE2B54P0NrfXj3bBGTQjy/1f4OtKxPHFOplPh5apkVQQrAli&#10;p1Xb8J/vftmqssp16Wtb/Hkke/FTgdVJJoD0s8TtQRmPXGCCRY6Tyfyxv9T/AEt7RVXlGkZwbm5N&#10;h+OePp7sAQMdVNeI6FahwkMCppVRpABNgCdP0/Htt1+Qj+n9fqP8fdhU9eBJ4dPHiEQNvrx/vXA/&#10;r7kIn9f8P9t9R9PddRp1dfU9RpGufT/rg/4ji5PuSsSFbqDccn3SpDZI63UHA6wPM2oBuRwB/wAi&#10;H+++nvDq0vZhx9f9f+gB9uKAeHWjUY65lSyXB+v04+gtz7lyKpjBPBsT+b/1I49+09bGBqPUKKR1&#10;mKgAi4ubADn6MB9PbK6JqNiOLXH+9+/UKmg8+q4r0/xyPpFw1rm3JH54HuFUcKbfTgX+rcfU8fX3&#10;ZRU060DXHUyH+pBuedI+nPP0PvjCVUhh+R9Ta/1t78ajB6ofn1ykBYab2F+NP0F/6X98mluxUm9y&#10;eB/T8393j9R14EdcPF6QQPoBz/T8C3ubGI9N7W45sLHn3okgkdX8qdQZTJq4sSPobjj3HqAyG6Ne&#10;5vbj+vvwIoQRw62VxXh1KgIcDWCLAc2P9P8AffX3F8shuHNuP94PvXl1TB8+pQij40i9+foPr9P6&#10;e45d7WBPJH9eefp7c01FT1o8a9ZAFBubC172/HH+HvIjG9mJt9bD+v4ufehXTTrdQMjrg4X6ixP9&#10;f8Pobe8z8KCB+fwAf97/AOI910nz62Tqz1jWxYqf8P8AfC3vPEAy2tYn8/0v9be/aX48af5OqVPW&#10;GVtBH5Fv9gf9f3lSk1EcMxv+ATx/Q29+CU49eC9YHrgqsdSgW4uwAP8AQWPt6p8U724uP6H+h+vJ&#10;970mgHDpwGgp0navP08JZmdQw/1Jub/T9I/1vz7cP4GwRgqcm9vr9fr/AL63uoXOeHr17HTQd3Ux&#10;kUtOttPKllJA/qR/gPr/AE95abASMwJjJH0/oR/W3t3NCKZ6oTjpvyO9qCCP/gXGtwSFPqPP01W/&#10;33+t7foNtI55UgixtyPqePdgHcZ4jh/qz/k6qHAweg+yvadPj1JDoyH9TFlOn6k8k/19u/8AduMI&#10;thyAeCp4t/Q+3I42LE0qOva+NB0Hs3dMId1eREF9QdZFIZdek3S9wB9PfKPbTXDMpK8giwF+Px/r&#10;+7FQTReP+r/UfTqoIIqeo1T3fiY4iq1UaOxBRixYBiOPSSOf6e5Y22gNwlgP6cc/439tiP5ftz/q&#10;P+qnVqgdMUne9PpaN6sOzBtMikWAI+oA/wB5/wB79zVxFNGouFBHA/P1/Bt/xPtQtu7cP9X+r5dU&#10;8auOkZWdxV9VIRTh3VgSWiLC/P1/r/vP/FfcyOlp1v8A1H5t/vVvbpTwVFfTh/nrw62upuHSOrN2&#10;7iy05FPE4R3AsxJI/DEHg/j/AG/vL5YIgSbWUX4tyB+LW90d1IxxPr/qzT0/l07WnUaPC7jyVREp&#10;kmszc6SzFeQCCxPFzxcj/D2zVeRjIOggLYjj6/Tk+0oehNfLz/n1pRkZ6G7bWxKinWDzrI8r2uAL&#10;KNJsOTybn6n+v+PtFVuTQuwLC4Nv6f4i3txJQVJA623oOjA4backENONHo4PBJN7c3uOfcBK1lLE&#10;3Kk/X/X/ACCfbEktVFD15VNaDpTnCRPbhVIXhQBfj+yQP9795xkmVSOdJP1BuRYfkD8+0sjszamP&#10;DpzQa564pt2nDCwHksQRpADajY8n6g/Q+40uVZ0IV7mxGkfS/wBLgn20WK4HD/D07WooOnOl27Tx&#10;Sh3iVTcXYqAwt9NQ9p2fITAkMWF+eAbgnjk+1CsaUHScgg0Hn0qYMRSkXCqeLc2t9bng/wCP9fbX&#10;NVTMPIWYgn/bf7bn/W9vVr55638unOCjgT9tEW/1+lr/AO++vvqGtLmxZgSbA88WP59tkMRWvVcn&#10;rnLRoo4RAOOCAbn/AAF/6/T26JPpFjIT9Sefpb+h91PHq4NM9NjU+q9olHOkenk/g/8AGvfCrmiM&#10;LseT9b3vYHm/Hv0atUEdeYgjrlSQyLMqAAKeLEf04t7S71j6mRXuvIAA9Sg/g39rQTSpH5/6v8nT&#10;ZoDUdKAU0dgzJzwT/Qn/AGHuRSyF3COSDyOT9QRfm/ttiNGOPWxQ9Y510AuACvFwB9Lf63twWis6&#10;uSTH9AQLgfk/T2yHK8ePV9Onj1Dar1KVULrvyCQL299VGPExGhS9h+Qef6+7xvpNW62VLCvXUVcI&#10;1Icqgv8AS4I4/NvbXVY6QelI2FgBybD+ht7eE6+eOm2QjqfBVxuLl1fm402JI/H09yKSKSFCNWmx&#10;ANrk3/1x7uX1ZXPWlBGeo9U0cjAFdfB5JsD/AE+vt7ptTEBQWvcm4N+PbBUFSQKDpwEtjpmqyqfq&#10;fSQQLC1ufp74VUWoqqm1+Re7X/2/toA1r/q+zrVQePHrNRzgIWb1fgn9P+xuffBacNaOzazxytxb&#10;3alR69axTPXN6rTeQMAgF/rZgb8Aj31LiUhUzMp1abgcWB+nIPt5a6aHh1uikV6xQ5kTyLCjDhwC&#10;OQSP6gj3Fhhs3oUaWJ5HI5PHv1VAx1QDqdPLdbMx1C1wwsf6/j2oKOm1EBmb83QDkW+hPtPI4OVH&#10;HqwU16TtbVeMOdCjTYK5PHP4H+J/r7k1lCzxABg2n8A2Fvze/ukchVutgV4dRaHIRrKboU1fXV9b&#10;/gj8f61vaQlJppXBVjzxxcccEe1tNaCnHpp1YdLGEiojRgy2sCb8H/A8+8nmk0KwXi/9k/1P1t7q&#10;Y11VH+r/AA/6vPqwNB1wEaamUm7MLjVa309+mqtF31Aem4DC7Aj6c+6MvdjrxavXKGn1DSVJ5sSP&#10;02/wHtvXINGWZ2JVibab/X/G/t6MBgR1Ut6dSZKJHChVsV/qB9P+K+5kFe0jIqSCxIvq/si/PJ93&#10;CKoLDrQYnqJPRIFYvGbgcFSeTbi4/wCK+1DNVD7UnWC6+kW5v/jY+07khhT/AIvpQr9hHSepqI/e&#10;EFCI2u//AAU/T6j/AIn2kaidpGLlLAHk2tcH6G/txB20rjpgk16WEMaxDSDz/S97W+vvNR1jpdIg&#10;QpP6gTck/j3YgHj1sHHWCqpY5PXJYkfg2sB9b+31ZmK3ZBdRq55uLf09ppEAwOnFqRSvTMIRqsJL&#10;hm0kX5BPPJt+fbNX07VimZSfRwR9D7vFVTSnHqrVbj07Us0dNaFiATyL83H1ubf19tUMM0RPpsoB&#10;JubXI+hv7UErSg8+mwpJ6cHkje3NyeAPr/vA98autlVFu11UEEAk/n6+9IoqMdbJoOvQ08YZrAAk&#10;g/i/0/Hts/i+gaC5JbljwPz7dp5jpsNjrOaZSb2A+lh/T3yTICVbJcEf7Zja3196pjgerVr134bH&#10;63BNv8QP6+3ijQT2YEKbXOoH/e/aeRqAgDpxVHn1Enbxjkar3tpsDf8AHHtwAjElmsdOn9H5/PJ9&#10;sLqY0OOnKjgc9R2ZhH6L3a/Dc2/2/wDvPuRLDGyOqE6yQQQP8b2N/bigr3HrbBSCeokc0nkQuAEF&#10;9QJ/H+HuCKJwyqbkn+0osfVxz7fV9RLMMdJ9JrXqW1UliQRcWuCSf088f8V9sOVo6iBTYMwQ+QEk&#10;fT+hB9vxlfxdeZdPHqbSVEcwBUjnjgfkf19pgV/q1FgrXChb8k/4+6MPTI6bDEdT7fj8e1LTVh0q&#10;vGoAMApvbUf959sqOJPn08GFM9RpYrm4/P1v+fcuWWRkSTVyb8Dg2PuwLAkevWiBw6xKiAldP0sf&#10;9t7apK1lZw0jFVIA+t1P4Bt7tqIwc9VNBjqSIkIB0gH/AGHN/cSpyEodAobn6nVcAD6sb+/Kc0PW&#10;i2OuQjUfgH/G1v8AevbxjmjYxyyp5QbckXI5/Hurce09WjFSKdRqjXpZUfSbG30APF+fYoY2njdF&#10;cwgAWIUgk/8AJI9o2Pp0rFPsPQdZerlido1nOtrgtfSoFubG/v2XjIjaYWEYuP025X8aR9L+3YdJ&#10;4Y6bZSEqOuGEmJlWnkJeZm1/rBurfkH8+0YtRH5rDUz31FrHRb+hI+n++49qGAPH/V/q/l0mBbz6&#10;W5hfxEekLpI029XP+H/Ee1FGoq4WDnxqBY8/qNuLX9o3Y+L9vT+AtOmKTVRSBo18j3ut1N1U/W/t&#10;LVmPaMvpOtWewB/Fvwb+1iGgr5dNtk9KClrUmC39LhQTa1rkW4PuIjRRI6OPXpP6f+IPvxBGevai&#10;MDqUwd2UqfTf8g88fm3tKVyESalRx6hc2P0P5I93FKdNuDxp1PX6DkG3HBv9PbljYTIF8hJRvqbk&#10;AL/rH2zI4Q0HT8QCip6xytpW4tcH6f1/w9u1caGjVCspMjfQAW4/Af35dRGetuy8QOokBnlZ9aBV&#10;U2BJvc/1A9wqiU1sK6JCrgAKosQTa3092ooOOPTeqvWdE8THjgknV/T8nn36go5nvrZzob6AEJYf&#10;gsffmYcCf8PVQnXppUQf2efzwTybAj28TrUunhh9BUWLMCCoPFufr7cUVoOtkU6hIYVYyudWo8D6&#10;g2P4H49xoJHjBik0NpJDSEcH+vB+n+v7qY9IoevDBoOs0gD2ddQuLhORc/gk+/VEUQjZmljYkAoo&#10;NmBJuL+7DuFOtsFHXUbuXChHABIYn9Nvpx/X21GoMMgUtrQ3F9PA4/IHvXBagdUrnHUvxhhe1j9R&#10;/X260QkmljFMST/V+I1/2oA/09+dxo4dWC5r1DqGSNHaf9P5C8sfzY29rSKgYwFZ5gWPqV9IVSw/&#10;sgj2jSUl/Tp/TRfXpLVFeqyhoIWIWyugY3VGAJdh7bZgsPBFjrsTfSAPyT/X/H2pJrQ9MgaTnpwg&#10;LS8qbjRwLXN7cC/49pnJIrSsA4CsB+nm9z/ZP5961UGevHJp0/UurxqWVri/HII/1x7wQY+SGUXE&#10;hDodDC+iw/B90WTUaL1tVpw6ySTIUPK+k2YE/T+h94vtKlJNPkGl9R0liCoP0+nt9gFFR1QjPXYl&#10;jZQdP0t9FFr/AOF/ahw2Pq20xACQgkK9zwCf6Hk+0UkgpXpxYycdNeSraeBGkkk0KOWBHP8Ar3Ht&#10;bJRUtAitUqDKOSpQgk/8R7Tqry1I4dXYlRQ9I2TJVWQkZKJrQk6fIriw/wBgPqB7bKzNIYxEo0Ay&#10;kKo+tv6ah7XRwhFFePTZIpTj1NpMI6zmdmDt4luSeNQNwdLf4/776e0BXSJLLJGD42MnJUWYn63J&#10;PP19umPNRnqmupC9LamDJGt7kafyeP8AYe5+Oido3SSNFUX9bDUWH4sT9PdNXcAOPVgNQz1gqmCk&#10;MrNc8BV4F/p+P6fX231kEk1QAsSuqHhLWH+Nr+1RA008v9npOY+6o4dZoXVYrs1iRcsT/Ufn2qsE&#10;kMY0yRJGSLGwuVJHJ1j6+0UzLnz/ANXp0qViBTpkzHnYAxO5AN+SFDW5C6Tz/j7UYoKpFMgPljvr&#10;VlKjj8AqefadaEa/Ph1cx07q9J18rQtItO/7Mn6WV1flv7RVlFrf6/tSUuYpqWkNPIsLF0KyMwLP&#10;b821f737bWBw5Y160szKdI6Q+X25VZTIQ10E9TEKWXyU6o4jjL3vqcJyf8Bz7SktPAahniEehz+l&#10;VUavzz7Uuar6HrZarV6X1LU1C0yJUNIHRAC7MSVaw/p74VNFj4o/LFF4ak3LKoIBP5JHu8Janf6/&#10;6v8AJ1ps+WevU1dkpZ2hkdZqSy6JGK6v6fX6/wC3994nJSxTmNCFJFh+q41f717amSoqetxuFweu&#10;8ziqeopg8ylwG1NwCpC/j+vtr3nVs8cEkrsq+TxySHhEbT6Czfi9rAn2vsAwT1+XTN1Xies+0qSC&#10;kNRFCqqNKvHzdmF/Vwf6XH59pnDVR+4jjJR49MnIOrlRcFufb10o8MjpuEimOlNXRXhdhqD+n6cE&#10;gkKwHt/KV7M5jJdSpZQrFbf1sPZcEQdOEE46gGWhUKJQqEEIdQ1ci36j9fcSB1gmK1TDUQbMSWIL&#10;fU3H0/2PvcwNAR/h/wBX+braEhgR1KdWliH244/oABcL+LH/AG3tJ7ipK6Jw1LrtIQVK3b0k8N7V&#10;RzIYxmnTc0ZZqjqfSyrIluNa8MOLg/ke+eNeeIItQ0rSWFgOW+n196JB68qlRQ9ZJVBXjQP6k2+h&#10;4HtcxTxSUL09ygniKENydVuL3/x9tIrK+s9O1xTpNT08i1iT2DGGQOpW49J4IAH+B9plMdUtJ42i&#10;eMA8kLYWvcMrDg/7f25K6ngfP/UOm1jbUW6ffu4QmsSo1gbAt+foQQfcWLE1FXkfFFIAAQGB5Lc2&#10;sW/4j3R10oT5gdV1AuAcdcpa2KnpzPKbKAWsB+LX+ns1eyNpx4+kim0B3kRS9kVQDb6kt9fZJI7T&#10;E1PA9LSAFGg06rw+RXesFFUVOESoiovGrGN3eR3mvfhI4v0kfgtx/rexN/h8RAZV0lbX4BW17EX/&#10;ANj9b+9oCp7uPl/kPTUgDZ49V65Ht7KN91TCdquimK3keaZZNX0kawJX6n/U/ge5BSPToKgra1yA&#10;b2H9PayNWQagc9eKqFpToGsnuOtq6t5o5HibUCpjYh0PIDa/rf8Ax9pLcW5KXBRMrFVdU1BfSPSD&#10;bgezSCFXTx3PSd20nPDoxfRXx/z3b1XHlsiag4v7uSnlmm13kZED21C39fr9T/X2FuX33Hk6V443&#10;KixIcNZg9vpb/eOfeoZhFIVPA4+WPOv7T/qxsEMtR1Y51x8XcL17k4cnT08U1Up0OHj1A07yBtKk&#10;8CxUcqP9e/sNKauklmmknmVU/Q7MQVKk3vb63t7pKplYU9f9X+z/ALPW4JEQnX59GvnoIKWliipo&#10;GZ0XVEkYKsGUWtq5AF/eSU0dRqipCjyX1JKzD+nPptwPdRWJhryMdOgq9SuOuEP30IWerDxxlSJY&#10;EU883HrH1P8AtvadxcNTFlHSrssPm0sAeG555Pvd4R4epPLqkYIfu6fquVJKEtTnVI0WqPi5B08c&#10;D2qNwmnp4g9MRE6oNKqxLOt/oL+0dvSmry6dkovw9J3ANWVDulZeUFm1MUCqjf0IH9Pp7TEVbTsk&#10;ss8JJ8fpa1gjgWsb/n2/IuugU9Nq2kaj0pmp5VKJFJpUONQPqYqf9Tb3DoM+yV6tFeUBbKNAshUf&#10;n/W91mRQKHrUcjOa0651WOiqKZ4X9Ia+ogm5BPPP+PsSmqcNWUyVtfTpLPpVle5V1k/UbstvyPof&#10;dYfEkrEvAf6v9Xl1fWqguwr0Gr0G4aCt+zxVYYaQuS8bxRyRmL8AI4JH1+oPtDZTflIaj7WBvCsR&#10;EQW5sbcfqPt36VY1wc+vTQn1Y9PLpXY3bCQo0lZItRPKxdzp0i7DkAD3lTP1sqxpEWBlB5QOVUn8&#10;Ej+vtPoiUV49OgucL1POEolYtJGrhCD6gvIHviKbJKzT1tOypcsJi1wT9QR/X2pgYE0XI69JE0Y1&#10;t12amgYfb0k8Rktp8KgalUDkFRyPfJ4aqqjeopdSiEWeME/qH9sgcH/X92kkiJCHiemYkxr66V4K&#10;V1hqCp8rWjcj6g8aL/g/4e2GTM5ulkDSMDCpOpSNRCgf6m3+9e2PCVu0fl1cM6nV04fYUMgJWJLs&#10;P1rcN/X9XuTh9yUlbWL+2WAJEhJIBcH6D8j3SaNo1APHr0c4ZsjPWGpoGNNIkMug6SEOkekWt9B9&#10;fYoxGjWM+NptUseoC9wGK8A/n/D2mMhY9wAoelAoWOOg9miyLSr5BTskM1mJ4ZlDC7cXH+w9pbH1&#10;OYTMMkiuKQalYBXKvGTYXvx+efai58PQPC49VCvqoelNWUuKlxd/2/LpDRtrTyLKBquhHPBFx76l&#10;wGNOYeogoZKat/WyCQBZiORZX/P9OfepJJJEVHzWmemxpV6qOsdLlp4sZ5pa2GppgNAqBGdUaj0n&#10;yNHx6foTp9yoM3M1d9l5QkoYqobi1j+lrc/7D3eS1EChiMDrwcyNp9OuE+JppKNqvxeWN4/IQpDa&#10;gRcOmrj/AB9uUdLHLWrLkaZKhEtKbHXYA8gMP+J90nZpIwqNSv8Aq/1f5erq2lqkVp01PUtBQPDi&#10;qhqaVgYUMiBB5CPSWVhf/be2zJbg+5qxj6KJo1TmMLfSEU2IZkHt5IFt4xq8+P29aaZpWOep+L2/&#10;4ITXV861FRIn7zstiWP0Khj7SFfTySiR6ydY0VrLpcmRlJ9I0/8AE+1YkoO0dMMi17uPSspnjXQk&#10;EZOoXPoIQEC55/4ge19tfFCtpFjkQRRKugylgJFJ/PP1uPZfPOBUDj0+FUKCT+XSA3fmmxEyzQlp&#10;52AdaVVOiVU/ssQPTz+T7eNwYOKJoqfDTESQRkG6q3l1JcsNP5vxb3uJYhEHk4sf9X+r9vWncO1F&#10;x0ltkbwymRgq67c1FFTxzzjQsTuftlSUxaJfJ+LWIPHsNaHceThzUuJqPKIljHlKhoylh+q/9fz7&#10;fuISoVk49VRmLEOMdCrU4fGVVItXHDDIwXzQSMBKjEm4UXvwfpx7w5LN0s0dTjCZ2KM7GsK+oh/o&#10;NQ4Nv8PdlhMb6+JPl02ZCQQRQdS6PHvHJHVDRF+0ifaoD4lKj9Sk83595MduBcXR06U8jTuXVSzX&#10;LXJ+pH4Nv6e6fShlZn8ur+IAAqjrhX4lMlMxqFAjCWsLXNxblvauqJ2ypWpHjgjdfFJKiKJQxXk8&#10;c/6/tFETG4AqadPmr8cdJ6mpUw8T0t5ah1ZpoYJZXeJhq9K3kOlefp/T8ewKqVzWH3NUBIjVwyyh&#10;4oE41U4/VKT/AF/1/ZxcpHLGGJ4D+f8Aq/1Y6QprRyFz0t4ZVqKdJBwHQX5vpa1mW/8Agfa43PvC&#10;hoYMZBTwvTVVTGp8Cu7FpyLEswHpBI+ntiCyUW5llzXp+SfuCqKdM+Ox1VHUVslZUiqRpmWm/aVN&#10;EH6ljNvqR9NXt1rcRksrtmkrxWtS5BT/AJm+hTq/TqJ/UOfx7a2+SINIHFAvn1e4jZkWhoeon8Vh&#10;pM62N+1Jhmg8wqE/cCSr+uMooOn+tybf09orM0+UwBpqCapp56uqiSWl0EOHqGS7BGvfV+LH2rUR&#10;yJ4/l0wVdBoBqenyhrqfIxyTwLIojllpnE0TRMDE1j6W+qn6gjix9xcLV1deZf4xDkaJ6d0DSSa4&#10;XYJ628SOPoLe0kqampFQg/6vy6spOmsgIp1Lb0ofEqXIuq8BST9Cbfj2IeO7KwtSIMT9vJWGmuiT&#10;hWMpsedRtb2w9q8RrqwePV1nDmirw6RNVs+V62ryNLkGppqtR5KcJemBVbCwFj/r+5FNl8pTbrXK&#10;01HHFjalLVIJWNU+n+dT6gkc+936pPAoXDDh64/b/l63H4iuWJx1IODpJdufwKqqpKt4Yiizuxll&#10;aQElGQn62JsB+PeDsmvw2UTGzpVNSmnmR2MTBIptbBmTQv1tbgkfX2stkdbAxt8VDnpqWVRINXTZ&#10;sTDZbCnKRVz+SnnnRqUSM7TQrEnjAZ2/D/UAfTj2u8HgcXV4j7ml10UdXDFFHXC9yxF2eZbgE3+l&#10;ufYehuJUuCJO4DP7elbUda8K8OmfdG48hjslDThYMjNA8tVJiwwSSSFR6Pt2ALD/AGrXdb/09pTf&#10;uFyOAxdFDWpFmKRqlBNCpjcMjECCp0tchrn6j/Y+xNZqJbR5hhT+XSWR1WQKor+XXXX++tu73yWV&#10;kxFPV0VbQqtPUCqppIXSdXIqqQOwCSBCoPpJH0IPscNq0tTFRUoqm8FJDSRosUpuf836UQH8c249&#10;g1gHm02+CWyR/q/lw9el7lSpLcegU7YzGLjOR+2pf4nlZ6l2iFIoJDLIUE04W/6CAb31C3HtHVu3&#10;tt7mzDTCNMVWYibzVApUCmrpy/ABH0Y2v9PYknne2jFvIK6hx/1f7H+XpKsYc6z5dP8Ahc/vnYu2&#10;aWWSpn3hR52KOLGSZGZRNh6ySD1Cdx6npwxAPJIP0Nj7Z5cdNXZ2to8C6Y5GhAElWkppFkRSVDyD&#10;6Fh9bfT+nus7QW8UbP3HH29XVXep4dL+jzkuK2dR5Xdcc2Zq4neSSDFRxGtmSSWxFNSll1rH+FLX&#10;IH9fad3ZT1+28O2QzMgqlpZAJ6ejZpElg/tvqFioH+q9v2KG+RzGKD+fSa5kFv8APpQbb3BhM1kW&#10;p8LFNCslEaoT1ULQSxS3AWEQy8lrXLKRwAffGizb7k27S0uOC4sRNE9NHVMUBSbnzmRreQgc2/p7&#10;9DHbWRfWKs3E+fXhK86hjgdZZsQuK3FLnKsVGS+8ozFO8Mesp9sCYoRTA2RWufUD9eCfp7TdNjNx&#10;7pqcjgnyNLRrBN4ZxVzGnadUAeKoo3fgi34B9sXFwlvhBXVwpwz08iGT4jQDp8yOTw2AoIs09DWS&#10;Q+MlXx2Pnrp41lFyskVKGYc8MSOD9SLe4vYdfi9vz7VmnqzJksGFgiqaeoWmWteMgeKeQ8kD8H8j&#10;2pt7K4ewYSYDVP2dMzSxpOGrnqLtgtkEzNYYJ6egy1V9xFRVgu0flpljlZUPCiQAF0/DX/qfZkts&#10;VG1aHCT55aGnpMnnaCnqMnBTzmWmk837jSgDjX+GI9hRfqpr7P8AoVQD/L/V+fS9yiigpRs46LD2&#10;VtzsjcGfw21qLOyS7YxGfatoqufHRRZeCoo4SlNRyVsZAkpxqJDFNTWUFja3sBOyM5QQbhwOTw1Q&#10;aGqgkAljmkRIJoh6kdlkNwymwBX2Mggudu8O4FT/AIei5m0TdppXof8ArPAZ7FYHI4zcddFk4qir&#10;lanKxhWihljEdRTs621LqGpbi4ueSLAKfaaZDsFq7EVzDyzReSpjhDSxVNKbpO8kr2sORY/1/wBf&#10;2Hp9x/dZVUypwB9vSpYvGQ1PDrjvGfBdfYxNyPDTQQUGuOKSaQJ4ZnX9mKCNB6i9mBUC9v8AW99h&#10;t6bB+ywMciyfcZCDF4nFxOJqY0Bm8MPkDXsApBLA+zWG1tam/wCAOakUz8+k+tyfBOaenkOklFVd&#10;R92YSbciwUuSoMVSS1lXnPt5aSuxdXDTiWYR1FldZIlBLLyOBwfaDoqmnh31kMnlYsjg12/U5B8x&#10;RGleODKlD5JPHORodeRZgOVPtTuyPcIsMfxOOPoP9X+DrUACMZW8v59CZTtHkdl0A25WU+Up8nia&#10;NcLk2YPTinqKVfsa82NyEXTJYc344/D7Nlcl2XXfxDDyV2HxdIVWeKCFRT5CijlWGVokP9uNDcWA&#10;uBf8e0T3NvYxraItZOFfMnjnq/htIfFc0HTTgcFjuvMQlLW5BsrUT1lTNFXZRkM6VlWGqPAszgss&#10;TyAhOSQWtzfgR9iybI2vSV1IkyV4iyT+KuqV8shRxZ0YH9JBJH+v7Ib6C7ubpS9QKZFcdLI3VYtK&#10;dIXsLHdl7npMecO5wbzYib7uip6m7Q5ESCSndKm37kZP6l0gleODf2w7837Q46bEmkVpUScvTM0a&#10;ymtpHYo1LEf9VqGk88D2JrPR9AYlxT+XSCVe8B/Py6xdb9ZZKkbclfuKriWvzsNKmQpaEzQx0mYp&#10;oAn8QgXVcB0KuAfzz9PfeE3nU5vdEOLpsXOlPXUUT0MjRsabGIxHlmLD8KbJf6XsPz7R38gSzWRW&#10;4eXr/s/t6dhjEdUWtDnpzyWwMXtva01ZXZOaoqqKWauzVVpgWq3K0ML+Ojqr8XcENoUX4FrW9vGZ&#10;rmoarLUrRCgjx1JIstXSCGGKreTgzSU6XLuwJ12Bt+ffoHls5kmcdx8/P/D1tgjpTyJ6gbUx+M3P&#10;t7AZiCpnzdJnchTZaios2Z6+TExxATx0tHUyj9mOFlvFf8n0n6e0/U9f1G2MTWvDR0+fod30S01Z&#10;HS0cTLD92OPuLfqTQdI4+v1H5LkN4L12vImoY6gitT6ZHVWjC/pUx1nx3am2N4btqtrZFq7aOa2b&#10;lWyFKM1LHRpuCko43p6ioxcha0iK11mQ+rQb2KufeDcEW26Cq2JtUS5HEYSjjkpsjFjSHrZpQqki&#10;reMak+t/TfgBR+n3WLXabXJcqgM0hJqfTyA/zfn59ep4tyAx7FwB5dTtrLvSqPZG5BW43O12TrKe&#10;bZMNZA9LhKDH0uO8NPSU88bO0iNIGeSW6kuxPCn2td4bN2hh8Cc5h83U0sC0awxyNUGppXUAkyvD&#10;pUmYDg6v9a1/etiCbjGxlJ1JxqKZ8hT/AFV6rO5ifhx/wdAf1t3P31le1qzr7sLrjBU9ERUV0Fbi&#10;JKmKpo4YWCJNLV1c0kMtMzfQxqrqWH6l+gN0uL252BltnyVVPm5RQxwYuqzZimpKGCrkFhUIHsPU&#10;bhSQeLX/AAfer6S4trJ4IQGoSafKvn1eLw2kEjeQ6NPW1ldtXHbpyDnH1LqMlncViYDI1dUQU1KH&#10;mgERKl3YoDaMH1Na/I9ipUyQJM236DLaMft+pji+zyMbxhJE+iR1KcSM7eqwPF+QfaSC1e2szJSr&#10;ygkkeR+fW/HEsgIHDHSFxbisam3nX7ZjbL7kxkSRZPCyRzzTY11E0P3NPVaXiWFDb1aufoQTb2IO&#10;485jsRjMK009RjYqmBY4JahGSigqJCD4qk/SMXuQTxbm/uuyWWq0lnQlmBNTnj6f5uvTy/4x4bDH&#10;RcsBhdybp7F31T12P2vlaXDZGCSShpJ4Zs/W4QUzxU+TpnYMJWdQsUkfpZXXT/T2Fu+o6+o7N2tL&#10;HWVNNt/IUUUdVR0djFVy1D+ppJY/THdbesfqP0Ps63GeP+r6NAayxg1rkgg/n5dJ7WJhcMXJpU0H&#10;Qm/GyiqcT1TubG5IirzeB3RuymjnyVJVGVaSnnM2JjtXqJjHEpskTG6fo49pXf2XxWJ3JgtuYjJU&#10;+Djw9REtdjq6CorGIqqrzrUMxUlw5a/ItyQv9PbkCNb7J47issgqf9X+r9nV1NbjJxWlOhN6xjzG&#10;aw+d3Jnqyl3F/eWqeqw2RxfgoQ+IioVoY6CGKKQiF45I5EEnkueC5DD2MGT2xgNv0eTG34aSjzuS&#10;plqaiSikjjWsFYoeppqVZfXHCxAItYj6/wCHsPbS77kwl3H8IIWtKVHAn5/6vtdlqCFjHbXPr0Em&#10;M3lu/M7kwv8AFop6/Y2Py9bRMMli69MpiarDs0VDksvV0pMFRNqDAhk0ng3JYN7jU+Bo6Mbf3RVZ&#10;vK7YpYaBFzmDlkSSDKLJHrK+ZzbUjXUul7qbWHB9uGSe+ieztkAljY0cVApXiKenThKQGsudQ4f5&#10;/s6w5bem4arO7j2ZSbY2/wBlLX1dbJtnL0YpS+1K2CNBDTZ+iZWdFJ0ywOGQhgQSVIKQVx9LuSqV&#10;NrClGwq2OoizUkUSpPHVqBr+1nUBg0q20Ojfq+vA9vXE6Kkdura7qoBrWn256oAY0Msvw5Ip59Om&#10;Pz+4dlYCtr+1pIG7KoHqajai0eSnkpcjhpnH2YqqWKQRn7aSSRawNH6UAZCSQQHu3dy7Di3ZT47b&#10;9JUVNYmbx8onydZpjoYyxoDAge55ku0oK3/23t/eLZrW31ztkDgMfM9UtpfGYhRToUctg+wsztPL&#10;wbkz+PojUbOzuOq6TbOLaaaoyFZEGjyNO9Y91eKNWjghVtJZyzkm2kQN07dhpKiui3LS4RsfV7px&#10;OXxM02RFJ462gj+6gr1k0gK8ciiHSw/dHDAgm6uyupbi1FxY4jZAGr6jh+fTUix6wHywPQK7E3lh&#10;d0NiIdv1W8X3VsTaGY2/uWmXb9XUloa7I01P9hVwPbyGoaFK6E00pMCggMoZoyGu7toDcNVisjt3&#10;M0NPts5GSsz2NZpTNQ1mVkaKU0l7hTJKwU8gaCxBFgPauC+gltDb00yL8XpQef8AqHVPDdZKNgHh&#10;8+hh2huDN7d823d44iumz1NHLQYHPLFTSjd2Fw1A1ZTTT1EB1JPGhfypKoJcki5blGYnZO59t5nb&#10;WU3i+IpftKmtq6zBjJ1MmWjpo6dqeiqIp6RXi1v6Wu0im36v8Ce+LXcDw2I+QNMV/wBjpRAVVv1K&#10;Hj/q/wA/S2xO8cTvKjrm2w9VX0IU0sWc+xIxE1S/olhg+8MbzCP/AHayxlPqoYsCoU266Xa2494b&#10;Xz1PM7y1eNdsPh6GpENTQZGX0PW10AulQDwVAA1Eeo+1lzNJDsix3IpoFGb1/wCL+fTMESi4Jjye&#10;I+VemTYtLuXD43NYbLyPLLh8/Vypmq9C9DmMNV3rYIcaqTeSDwIywN5FZVKkorKw0rPMYjsKLIwZ&#10;WVZszX/wKfFI8GNNIRNI/iInNgxR0PrT6XPB+vsrV7O62tDFhFyK/L06UoCJCCePSd2/nepMX/F9&#10;t0WQ25glTcAzlXj6jNUU3mr5tORNfGGmYRv5UBHN10A2Hp9j7jqnDUuOwWAyuRp5c/U0VLTPQUba&#10;RHWRw6ZvEiEyX08MWP4v/j7C1lZX0EzbpeErCCdIINacP5+mf29KJGjdjDDxHE+Xz6Kb2TkN+bhr&#10;t2ZXqrZscWAxlTU5Wu33m5adcdm6TX97CtGtXeOaJJdbxujrYEC9vYR9g5HbGyJqGi3JmaGKmr5W&#10;p4YJ5nWocCQLB5QhuUGrxtIBxcFvY9Nq023Hc7XCH186en+r+fRcLmNpjB5j/D0KHQO9tx9pY7KZ&#10;OPbddgsjiJKGGfJSCiOFnyFTTK+SXDs92LXEdQyONIDhQ359pjLy1mF3XlictSU23cLjqFhHLTJJ&#10;Q1FAWUyw5iukFkZGdGWRDcj6G/tEQL3bYxaKe/JPmD5/5R07FJ4TEScQehx23bLbVw1XmsfNFuLK&#10;ZDJu7x1BpayDLRRTRvWYakndmWNooWYQMRpF/IpAY+1ZkN85sZDDyHIbWrYK+Oaro48Ak9bJHQBR&#10;LFkJvuB+gKGQuCBf2lNup24wIMqaZpx/Z1ZNPinVXoK9ldN7Cgl3hKuG7LoK2qqKWPLV+8szFSRZ&#10;CpmBhkxmNOIqCpjJ8chQpoIkQIT9F5blwy904XKYrYW6qvFTpNRUm4cl4XvTUC/uypCqMvMtiPSf&#10;639v2u/x7HbrY36/rPhDjJ9PkOHTMlkbh/G1UQf6v8HSPxZy3x/qMxuHsjbmCn2xTjNZjZsO2GqM&#10;jmYcjNKpkhrnrrXlWAhBOzWGshfp7T0cG0ekqbHxtJmd6V+mankFJRrL46eOVXmnNPqZIxFpW+t+&#10;QDbk+1S7JfX1u9zfyCNSaqoJqfMGuOtfUIz+FADQYJ6UmN3d2T8iMLkUwWGHVWGhgoZqPKZ9pqzM&#10;VlfWQsPtYqWFYQYJKeRv3lYFWIsCV5QeSz0va27q/Ede5OqwyxYsZLISUyR0tXUw1gPlq6WolIK3&#10;P7bBDwfqPa273C02nbojIufhrxz03bwSyMw1YGf83Qr7E2xP1zsShoexs1Buaspa2OmgrJqVp6em&#10;pI5gMLQohQ+QwKuoTyJrvyTcD2qNuUe5ev6EUtFtT7haoU9Gs9fUmtrVllk1TVlU8ZZ2e+pgAAPo&#10;Lj2GmW1vpWvWerICQOHRqsZKiPyx06bkG1t+rTY07yrKKKgqhkqpcTOlHHW0sAKSUU1RUxsjQtqA&#10;lAa5twR9Q6djduw7JyOJxUeOqquKsoRURzxU329NUVsU5jqqOcOARLzqsxtY39nlnYNJtCbhcMdd&#10;SRngB5dFTyBrhoadvAdBHsHpzGZ2XduXy3lo6uqy9bjIAtcuWkixC0EIxlRjKsSukURViY9CK3Bv&#10;Y3AfYaOev25SJiMdktszZOalkjpcWkP3zwVUnlqXLPwlrn1D/g3sqtdzeWWa4mAcqKK3z4UHSx7Z&#10;S6pqwOI8h0osq2Nw24zJufcWH3JjMTj8hU5Sr3XUxU2Pw9TRwKKQyRInhZ2u2vyk6eQOSPbxuOnw&#10;OxMfVpiqLDjOR4tMhPlMuYJMzWLH+0Hqq+qDSM6k2VtXP0UD2qsLK93S2W83NiVqSq5xT8/9XA9M&#10;yygMY4OHA0/1f4egm6/3Hke291y5X+Nbul2dTbgqNmNjNsTVUGx0qqOk+9Wenp8XZXpZYWTyNMXV&#10;CRqcg29l/wAvkoOy8InXtUmW2vXZvI0lVFVQx0wbLZCzLFTU0ch1/byHSXMjKT+B7VQXSbMZrhxq&#10;RxQt5gDqr2/1FM0IHD/V9nRopdsJgc6d7/e/dRYXbtdhEoqipqKelpMPLWwZOvrn0eWN6iEU2mO0&#10;CHQSmsBifYkbF2DvfrvE0WHze6dp47b1FBOlfR4rDscvXrO37sE2RcoxnY8a1+n4FvZKbdb+4N7Z&#10;KWJPxHgv+T8un1dQoibJGAP8p6BDOdsbK39WLTbf2JvLdefSupjgZMiTQ7bgqKSFqnHblankrmRa&#10;JCdRl+z1SH06SbWT+7dtZ7PQtV7Px9HX7vq8lTUlZUZKH7SmxWGv4aYyzyAyuQuk3T83IHsQJcWo&#10;VjcvURgaR6nz4dMMjq4jWgB4noTcZumh2Tpps7NisHtCLEy1OJqBWPU1mYzTSSZTPsKamQJFGl3Z&#10;U1EsWP6bBSs9q9PZvrbaW566POjee6czEJWwj1c9Ft+nK/56GKSR5JHZvw50fQDT7I7JV3/eka6H&#10;gxxV0+rHyB9KdOzMtvb6FyCck/5Oi97g+Vm3c7vrZ+258VltrbPyNeHbe9XjxWZWGomoy+J+3oUi&#10;njpIpZiI5Zn8x0nVpjALBI7dzC5qXPw7hposVQ0lNA+TWrxNNCcvKp8MeOxJlBlLxHhSP1Hm3tXu&#10;v1cF7GsJrnj5Aca9XjRPC1L+XRosvjExlLhZNvw5bL5JqqSlw88WayElFQnII9VPlsyqSrFLTXUG&#10;TUjaQwWIC/vJTbS7Oq8vQR4rJZ7Yuy2Y1E4qP4Q0FBj4jrknr4pXEhaVebJ6v8ALn2n3HcbOO2cW&#10;oEkrDNK5P5f6vLqkMbaw8zUp/qp0kcvurqmRaeuzabP3zvzHyJi6JKHFU9fk67cIjYpisFNNHO8I&#10;L6lusumMXaRhYn2KG46SnyucxGElpqbJ4alx0lZQVcqpFqrKWEMayQQgD1n9K8D2jtEey2UAS1aR&#10;s+RAJ9PLj69PKyvI0pFNPDpD7FyNRT4rde+qygrNsbxrs3RY/cmBp6yozkNHSpWGmosZST1ICO0U&#10;bapJ4o1N7gAC3tnkys824ccuNEsNLRwR0+Wd4kpaOJSDopaRmFjdv1sD9faprRLTbtEZrI5qCPn6&#10;9eRmJaSTh5dLCmxK1OA3Ad0U9FP93X1dZt6Jaqpy+Sqo40DLka+IL6ZFsfDEgYKgHNzpCRz+SkzV&#10;ZldvviqkU9VTvFPLQuyqYI14grMkWtEsrWQJEpPPs8hZLWOJi1NXH8/l0makwJA4dKPb23afE0WK&#10;y75X76WFpJ4BkIwsMJnusk1Jj4QjySIjN+5I5I5tYfQIfNvn/nyGC/4Af3Z/Vk/+LV/T/N/5z/pp&#10;9qPpbb/fp+LVx/n9n8umfFb0Hpx/1Y6fvNg/+fl1f/F0/i//ABfNuf8Anu/4D/8AAT/mx/vPv//W&#10;cpZGlN1v/sLkXv8A1PvAgKy4f/V/n67zZ8+twGnighHJ5vYkkfji2mx5t74LTkkXH1I4P+2v7rqG&#10;okdepjqTJVaYz/hZifof9h/vfuakZSwNuAo4H4vzcG3vxYMpP+r1FOPVO4dNEkoLcX5JIuQSOLDk&#10;/wBP6E+86x6jccCw+pvbn6+6GTBH+r/V+zrYoc9R2fQBqJYEjj+vFrG39fxz74MjXsCLf1/BFvx/&#10;r+7oykVI/wBX+r/J1Vqnh135BYXYgniwsOQeP6f1tx74NFewF7fk/X6c/U+/aiWJ8x1vTStesqVA&#10;VV1fQ3B5tckf4f8AE++Gg6rAX/3u/wDrj35SWzw/1fPrwIIqOs8kkaJ6msQbkEgCx/Fhxe9ufcyG&#10;LSCxYn8c8cfU292JJoAOtkfPj0yVdSpYqFtzdSCLXI9N/c0XFiOL2Fjb6fT3QstaHqp+fDppaNpC&#10;beqxLBgxv9eebH8/T3y1kcav6D68f4knn3Tsby61pC1PXQhYEG1lYsT+o2N/qPpz7hyyabgc35BN&#10;gb39urQn0px69q+XTpT05dVLKbngBQWGn8E3v/yP3Gao1Cwvc24Nuf6ke7qmnJ60D5dThSnkE3tf&#10;6X0kk/42/H1t/vfvpWuVFvqSATxxe/Nr8e9M2OOP9X+ry+zr1PNj1zMARGNySvP5Jtaw0/43H+Pv&#10;OrjVY6b6T9Pxxe/19tlWABzSvVgynPUZk1ISq8BrC3P1/PNv9jb3lYppH9fqOf8AYm/vRDFq9bJ6&#10;wRhwWW1wTY8H+tgef6X5HuFrUk3tx/X6cfnnn3dqgVH+z1ahAr05rAwC/wBCAbJYjn1Af4e8TSC5&#10;C8/1v9B/T6+9q1QCRw6r8x1KWmK2LG31/SSST/yP6++4iLEsByf6XuAPx7u7UpTy/wBX+brQU5PW&#10;CVGZrKx/Sbg8Aktcn3zDRqf9va55vf8AP/FfdzqZePHqowc9RjHMTa/0PJC8WHP1/wCIv/j74O5b&#10;heB9eOQLcDV7bJUcf9X2f6vPq4HdXy/1V6lQwFDdgC2r03AB9PBP/FPeOxI5sPzf6/717qENC3Xm&#10;xgcepZlVZAoUm4PHNwLc3J4P+8+8bem5uPVx+foPzb35ELGh6bIPWcSKwCqDdb8Cxsb/ANm/vFpD&#10;tyLG3H+PFyW9u6gDjPr1YKaZ67BKR21cA3+vIGr0qOPz9PchQVHp5+lxcj8/77j3rWCc/wCr/V69&#10;a00IHUN1DctYE3F+GJ/1v6f7H3zCqFtY6v8ADkn3QFjJx/1U6vWmOuLkhbgkqAR6iAANXP495VYC&#10;1x/gG+t+fofemjzWv+Try0Pbx6inUeEHFtTKSCALWJBH+3t76sGNw3A/FuL/AOF/billoDmvn1oE&#10;EU9OupBZGsoUn8I1j9Lah7lBVIsDYkAcfS/utWBqRWnVgQR03MxNhaw55k4sb2J4tz/j74WMYB45&#10;biw/px9QPz/T3Z3LN6/6v8nVQCxJPWSNI5Da7KdNieLcm5/5H761EkHki45P9B/T/evftQpnj14A&#10;rg8Ou/AF9KgWH0tyRzyp/rb6+8cjhW4N72va3+v/ALD3uM4oetmvr1nSBnQEgKBzze/H0PHuNIyi&#10;1j9eWuLAcfj3YM5wRTq1ajqZFCbE/qsVtb/eb3/x/wAPcYTDUbW4bgD6n8e7Co6aJ8up7UpMYDKe&#10;VFySLXsT+OfeUzIB6nA/rz/sOAf+I96Jp5cetDjU9YEpJSSVS30A/rwB9SPr77aoAtZv6c3sDx9P&#10;dVGo1P8Agz05j8uvfZNZho1cG4B/BNyv4+hHFvfLyBltr44+p+h+nvUgINadeJC4PXUcGgn9tgbt&#10;f0/UEf4e+lKg3LfkD+nA5FiPbeetgefWWQMy6VSzWJB5035BXSfx/sPz77aVRe3A+n9bX+nI93Ge&#10;HW+0jJ6xrTuf1C5vyCAP9e4/5H78JGFyp4sfzf8A3n3VskBvl1ReHXLwJYr4zdhYKBcD+rf639ef&#10;cSaoIBOoXv6he/Pt4YYCnVADpJr1Lp6FGH6TyCRcf7Ym31/p9PfFa0kC5AsB+fqP+K+7lRT1J69i&#10;nz682MGsELx+QF/P9QB+L2v/AE99Gp1Akf1uDx/Xn/jXtorQD08+tgVPHrOlIAw1A6uLDn8/77+n&#10;vCagcjUbH8cfjj6+9BSenCaCh6lfa2sQgvwSQBcfn6f4/wC9+4MkhZrDjm31+n+NvdwjAUFOtage&#10;nKJEVdTXPAN7WPHAB/43yPfaUjyH1fX6/wBPx9ST7upoKDqhb06wzV8UYJHBP/RJ+lvwfbjTYtmN&#10;z+LcEC/9be7EhfLrxpTh0x1+4I0GkE3tYsL8f7UeOP8AX9qOmoxEFJQHn6cG1rfUf70Pe0Cnzof2&#10;dWVPOvQd5jNSTmSONzYk6reoWNwfqf8AefblG6htI4Aa/Fv6X9Vvx7sW4HT/AKv8/VnNB0k6imld&#10;GZpmLMDYsb2ubcC30/1/fGeqIJDN/rE2/wB79uBYytQOH2/7HXgQFqOuqHEyEgxrcsQPTpJPH1K2&#10;/wB69tU+QjUcOLgk82F/9h7adjWgHTZcmpHS3xe3JmOqUXWQ2YKLAWa/0vcD+ntNV+WFrBib3sT9&#10;Pr71GmrJ6bBYmp6ELGbfWKx8Y4+osBa309p6SpeRj9dB/N+fp+PblSvDrZPp0rYqOKNV4XUAOABb&#10;g+40sR/Vxz+f9497TOD1dTUU6lxzKLWJ4+gH+Bv9P8feeKI8W/2BP9fr71wqCetKBwr1GmmB5sbc&#10;XH5seL+54jMahmP9Pzxwb2HvwK8B06Co4dNzSmViF+hv9D9b8c2/HvvyBVNuD9T/AEI/PHummvz6&#10;1XFeHXhGSy6mNv6i9w17i59t0spZ7gHi/wBP6j6+3UQ9N16cY4ljSxIJ0/m1rWsLn/ifci7sgOok&#10;Wtb6kkn3ZxpwR16oY9RF0K54sRyTxb+nHuOVvclQfyx+vH9femVRnr3b5dS0l4ChjxYLa1/pax9x&#10;Jl4Nlub/AEtyb/8AIvdOOevEE5HU+B/xq4+oufcIxMORx/seL3/F/wCnt2pKZHVa46lCRLi9jYgt&#10;b8/7H3kipGBLtdr8i3449tknAGOvHNNOOuEtWh9N1BH+t9foCPbhoAUBQB/jzf8Ax970EmnHrTA9&#10;NxlGolj/AIgXv/j+PfmpyyH/AFVv9tYXA597CAE1z177euhWgMPoEJv/AIG5/wAPcD7GUksQ39Cf&#10;6g+3ivmOtECuOpn8QgX0krx/sfp+fbhFi3lAAjsf9j9f8APdSSoofPrdD03T5iGIkmRbD68j6fjk&#10;+/fwqoEgUqSv+tx78MnrRA49e/jdGYS4kUH/AIML3+ntyhw8rrytv6Ajk2+lvdioIoOt1AFemSo3&#10;LTQuf3RxclgeFvyRxf8A1/bxT7bY2Og88jjn/ff7H3tARxqOqkjpJZLsShgDf5TFZQbnXx9CSTe3&#10;9PahpNuILalKnnn8f63txlxQdVqeB6DbM9qxR63jlR1sABqU2sL8g/T/AF+fb/BhFRlNri9rf1Av&#10;Yfjn/H3ZIw66GFKf6v2de15qOgnznbiIkpWTSzLdbFrE3sxUf8R7eRjYbKLKD+SP1Cwtz9feo4gh&#10;LEV+0Y/yH/V59MlyTWvQWVfamQmJEbu6knlDy3P00D6fnm1/eeOhhU8AXvz9OPyOPbzqSv8Aqz5e&#10;n+r5deqfPpMVnYmSqG0jylFU+o67oQ1yAAR/gLe85SFBcKv45/px+Of9j7Y0sklDgfZ8/PH5evTt&#10;FYV6wRZTKZlLF5S7AKySMyq4AJYoAeCB/UD3j8yLa4P+x+hsfalZKgop4/5v9X/FdVKMM9RG2xXy&#10;F55GGlVBKo/J1H0k2/Fx/r/717y/dRrfkW/qOSBf6+2VK6NQOf8AD8uq6a5PHqHNsvLVU63imZTp&#10;VUsDEefqTfi39CB7i1OVgjXT5Af9tcW91QspqR/qP7P8HTiqAK9K7BdSZGtkaV4pbD1fRgCSfpcX&#10;Fh9T7Y5cvAzX1D6n6EAX/wAQPb/itGMf8V1ULnHQt43qmohhWI06qwVdb6DrZQukrrI/2P8Ar+2q&#10;tz4QWQr/AIkfix+luPaSR3c5P+r7engABx6E7a/VNHDaSWnfVpFtZJBYgEuRe/tMVe5GYENL9CRw&#10;fof6e6IQCQOPWqjgfLoWcd13RwBWWkjsyqLaBc25BH+v9fbM+ZklBMb3uPoeL/7Ae/SMHNOHVh0r&#10;6XbFNSldcR4IsT6rH/Y/77/X9s3nMkl3J+pJBN+P8D7ZZqdo63TzHSoWlWKOyL9VsGH1vbg2/wB6&#10;9ymrNSrHHayfU3/P9eP9t7bIP4utiq5PUdKHQ7SuCS/4+thYXvfj/H3z+90xhJFI+vq5+lr8/wC8&#10;+9aB69W1AgnrgKHVNrjYGwA0n8WNv9h7bIq1xM2kakufqBc82JA9201GeqrWtenWWijMY1XVgo+j&#10;Wtbn9XvlUyySjUig6RdtQta3+v70tFwerDJqeuNPEkbaXYgk8BTe4P8AX+ntmAmLE3uvJKn6C54K&#10;j/ivtwEdUbJqOnU+MBR/a/DAEEn/ABPvnHGVkDI97/j/AGP+8+9nVSnWh6dcHcMpDrYi45+lwLn2&#10;4PCxUHXb82B/UPdTx6u/HqGkq3ICXBv6rfQ/W59xqxiKVxz/AE+h/Avz/vXHva11fLrQUnh1mp0B&#10;nB4PH+3vx+PbDTSRhruASTe30I/17+1kY8h00SQenGdG02U2NrA2BH+H+39ukEfkn1Rj6EXX/A/4&#10;+2XGkd3V1pUV6iTPois5+oPqv+Rze3/G/aughuuk3BIsbm/+HtIxq1R08WHSWqJyrXFmAuR9QRa3&#10;t5p6VbDTzwL3Wx55PPuhYg568CG/LpPVdcwLBvSC3AR+Cb2Bsfr/AK3vHVU0LhUaMaW5BHNiPoOP&#10;d0OCettgHrlRVdQjF0kOpeLE21K3JI1cX/2HuCmLibVYcH8gkW5ub+3EcoadND5dOE+ZlW1zci3B&#10;AN/9a31/w9y4sdPGki08JcWPqt+kf8G/HtppA2K46sEq1fLqHPl6JpIXrKlInuNKFrajewGn/evb&#10;VVUzUwWR29dwbDmx+vPt5Mmg63IqgdPVJVpVh441Pj5Go8E35uLe2n7uTz/UW5Nwfp/WxHtUo0rT&#10;pmp6czRx+C1iTYDkX/1hY++cuR13RmZgCBpBsOR7tny8+vfMdYYcUsVpEVUJW+orz9foOfeRSqIG&#10;VkBIvpBtpP8AQ29p2NPs6stK1OOuRVpH0srNY/rYWLC31Ht2pqyOGxd15Fha5v8A6/trwxx6uStc&#10;cR00VdFLP6ESRhck6iBax/s8+5keRiAYs2oaWsLfS/A96CNxHWgwr8um6bFyu0ahChDoSyt+rm5v&#10;f+v0t7TNS3leR4wALnhvp9fyPaqMUSpNeqMS3HpV06+FY45L34AIv+Bfg/X3Fhe9/Lbi4/FiDwPe&#10;2qOHy62PXqVJGBbxfUn8nkf19wJYomdyzcf4X02/1v8AD3ZSXoCOqVFepqPIqKFH+tf63J9thpWk&#10;lCIToAJte3N/6H34gg1HWyK/n1MMyqhZrXH5sSf9Y+5MdDURur2PBuALlePpyv8At/bgcA0PWtGK&#10;9YHqoHUrcc3BNxcA/W4P+Ht1KSmG0xsx5BHAt/T2y5FerAevUBHi8pMX0HpNyCb/AJNvcCSNrBPL&#10;qN+ARcWDcAD+nu+tSK069Sp6mo45bxhRblhb8fW/vJGssCmRU1EgXt9B/iP+Ke66xpoetFc9cXKT&#10;NoLWA5t+TzyD7kU80jetmIFiLH883PpP+H596HdRePz/AG9V16OPWCeGJfSqjk/j6j8XLD/Hn3NL&#10;rKVEJ54DIAAP6W/1/dyAMdWLg/LqAqNEHM63ANw4N2H5H1sfeeWlCx6nQapBZVvyLCwN/p7aLEHH&#10;l1sDHWGGr8kpSN/RG3qYjj/Ef19ojIQVKOxkjtEoAsOLj6g+3kceXHpo9KmnkiZQUfUSf1cGx+lr&#10;+0rVUjSP5YSyn6EN+k/4H+vu7MR8+qsMfPqZ/vftxx8T6dL2DcXPHNvpYe7E4qPPrSg1z1wc2t/s&#10;T/T/AHn2qoWeOMgtpXT+oC3+t9PaSWlSOn6U49QWCswbTcg/S9xz/h7gLkgkxjZWsWvqINiB/Q/6&#10;/wCPboTFT1Ria9ZTT6lFrDjgfkcfi3t1hqQZEfnSbjm4uPyLe7AYoP8AV59W1GleoUkH7bLxr4N/&#10;rYj+h/3n2/CTyopi9Olf1Ef737oTpFT1sDVw6ZBEYZGE1m1NwAbj/G3tE7kqXKFFYk2Prvc6h9Rb&#10;/evbsRqtR03IT0o8fCsaEhdN7WA+nPsNWMkkxRiFKNwV/UzE/Wy+3iO3UOPTPTj7V+Njk0qWfU1u&#10;F5F/bFPLp0CuOuLkAG/+P+8e3rRMQRpIsLWP0PH1BX3WoJp05p6wXW97j8f7b+nPvHJjTLHZXAYj&#10;6Cwt/S9/eiwpUdVUBuvCexIIJH9f9Yfj3Ghx8fqafWXUsqKAdPB/Lf097qOB62YyDQ9c2kPGgAg2&#10;JN+QD/h7VuMoo0iU6ggIDBbAj6+2gS7GnlXpyMaemevqnRrBS3NjY24I49uRz5odca31Bgt/wPxc&#10;X97aNTw61WnTS2AjrSss1mUjVoseb8+oi3+295ocsKuNo2YS+TknUOW/oAfwPx7YkRkOpP8AUOrq&#10;9T1ybFR08iSIvi8VlUBeAv0BuP8AeR7a3WSJmLaQrMbAL9V/INvp7cRizVPl1R1KmvTorRyKAoYs&#10;ALm/IJ4Fgfr7zQVzE6f02ZlUEXFyfx7to05GR1oNXB6wVFEreo/WwLEEg2H14F/949+ljMzks/H4&#10;C/TUfr9fbgJUUrj/AFcevEVz1xidYlAWM3b8sPUVB4IA/H59w46NzJYJpS5IawY2HNuffi1OJ6qB&#10;Q06lSVSCMnVdwApXVbn3Fr6EyTNdLAkWUH1MBzq4/r78rUzXrbV4dZqSpHiWzXsDdv7N7/Tn30kG&#10;mwjjQBY2H1+hv/T2y9C1QerIC3WYyi3qY3LC3p/qPbJktDNpdEYflgQf9ifbqtQU6q1QepcI4vdr&#10;f4i3+8e+8VjmlnjYOPEtz9f8fx7pLJox1oAceuNRMIkP5P0tb/D/AB9ibRUEccSNoVh+okcn+tm9&#10;pQ1Xz06FrkdIfIV8jyOisUP6Rq4Fz+Rb2x5SKQTO8LhVcECPgWseQBz/ALz7MUYBaD+fTbpUg16d&#10;cZIrQIk6anWxMguwJI+t7Cx/1vaLqPLB5WA1MDbSCSSTzq/1vd9ec9UKlelKmhlW3P55H9PwPbes&#10;81VG6sRC6j+huvPPI+vu4KqM/wCr/V8v8vVBWlD1z0hSCBe/+x5/BHt3p8bMYo3d0Kv/AGy2kIfw&#10;Tf8A4j20XUkj+XV9FBXrA9SisVs1x9QF1Fh/sPbnRzmmkBC+XRwAjWDf4kn6+6MCRp61Q+R6jVEQ&#10;mjKkmMN/aYXIt/h7WaVkYpw8zBeAShbUEJ9pfCOuo/1f6v8AL0oV9I6SctJJ5/HCpJHAewBce0bm&#10;KxXU6ASwJMbXOk/m1h7WooC06ZdiT0qKCnaLlrC4GpdNrH6fX2yUVYHfVViMFDdVvzx9Le25IycL&#10;5deR9Jz04uhAtHcE/U/j6ckj2o4a2Ke0RBVSLizfT/Dm/toRshqOnNQp9vTdJA6esEEg/Qr9R9Po&#10;P8fc2Wnj8CyIEVl4VmYaiLfkH/eOfbiOzmlOteVadREmcTujtIynkrp9Kn/Bh+P6+8lHmTRPFGpB&#10;IKku1rgj6WH4t708KkVHWhKR1HrcRHXJN5AbMrAIt7WtYgkfX3nyWVra/wAqjU7g8aRdrAf09qYo&#10;0RABQVFem5dT8OoWLwtBitBQCOPkWZvQCT+Ln/e/aOgGRd5FliYJq4LMdQv9OPdJmVOGevRRMpqe&#10;lYfBZSGX6DlbEG3+PuVV4xY4VrI5dEoX90WLEtbm1/z7Zjl8Sqt1Z0ByOsUVSxlMLR+j+ww44/x9&#10;y8VI8Q/cct5APQ9rAH6ED3b8WB15GyR1Hr4xKosLFeQy3BuPqP8AY+5bRNNOyqyCxUltNwb8kf6/&#10;49uuxCdvWzTVTqOkixRIzBjcEBSx4tx/vPtzeWOhjRG9P9oFV+p/PPstCuxwerN2ip6jKhrGZxZv&#10;7NmJNv6cH3lpM8hAjUm9yQr354sQD/T/AF/bpg05PVhJVdI6hVmCMhLnSOLEqALc3uP8f9j7wTzm&#10;oIdeCbm4PF/pYD/iPb4kVAa8OqEgHqRT0ngGg3bm3ItcEXB/437jxVIQETO/+LC4AN/wR/vXuyor&#10;ivl1UYap6zzwM2kwxx/QWU+oni3IP19zJsmvjCjSQqgFufJ9PqFP1v7qV0rTp4OKHqDT4phKzsze&#10;pydH+6iLgkGw/H494MdAJJWnkkDn6r6Sqt/Qen6H+o9sNIQaN/n68gUmp6mZCUxxCKJCt+DZgWX+&#10;ps34/pb3GztbDURtSvGDqDI6/VWF7WIP1/23tbC/h9wPTUrktQjrjh8e8DefVcNZl/qNQ5+n09tG&#10;36CKlcOsQgjJswA1alJ5sx+h/wAPdZpWlJUdUjSh+XTnkZbxFVId9JKjVbSw5B0j6+xKFRRLFHFC&#10;VMZH9u3k/wBqs1vbYXSv6nHp5iNXb0GrUuUkqpaiYMsoPAjuYGHJBZD/AIe2OWgSpncR06yXNlGm&#10;73v+OPdW0MOPXsnPSmhyD0lMjVFQYQFu5awj/T9CT75z4yZTGjlUCABfIP8Akxr+2REwGojH+o9b&#10;IwKHr1NnKOYSNCTIWJLNCwYH+zrBH+t+fcSrwNVDG1dBTBonPqEVjpP5sCT7WWzI4IbFPXqskdQG&#10;B67p9zY6WrGLlrAKoLqAkuC6W+twLf7z7ZqhJhGLFIpdNvG5uGH9Sy/n3eq6tI/LpsoQtOn+Bo2Y&#10;kAyx3v5FH6T9LBD7Ue2cXkq1gpXWDx/q1H+sT/vHHtLOwjoRx6djR2FB0ld25/DYalknqpkgWMFm&#10;YkISoFiLEi/+PsbcV1zjmMVVWU/gqQQzGnIRX08+tf68/X2jF1MwIqKcP2/4f29W0Rg5ANOiC9n/&#10;AC+l2+9Xi9pywZtAsi2yAf8AZk5X9qdCCUH102/4p7FKGKKmp0ghTQkY0i55Itbn21DAEkLsa/l/&#10;q/n16teOB1WvvTfGY3jlanL5aYfdVUju+m6ogY8IgJ/SOBe/PuDUZKkpTonmCH6WJH+9cezhLOR1&#10;8VRX/V+fTXiEnt6h7d6/3lu5WmwmKq6qAKX8qx3GkG1wTYc/19tNRufHxCyyqxBKliw0j+l/bU1u&#10;6KW/wca9bB7u7oedlfFrd+QqYZ81RzUsV45PAEJeRCwvY2+tv6ey79j5lqyq0JJcklQ1yAUP1Uf7&#10;2Pd7d28EV/1f6v8AVjqsiaiGPn1b10VsSj2ZtuGip6ZYEVULJZSfKq21m3+HHtr23S0H2UqTyIxI&#10;JYN6nNxxwb8+0sqSNIGGOlCiMRYpXoQty1uRhngNJC5F7K6myA3+rWINj7ZKjGq9RKVfTBLqRQp0&#10;i44GtfwfawSEAU49JhCS9R0909cRTx60LToqvICCTY8nQ1+R/re0fVrkMLWIYqedR+klmJDAm4YM&#10;eD/X3ZyGWvHqhSSNqgY6eYZaeuhurpMjXuFP6TaxBH1B9r7CTR5AxzTRgyWHk/4N/W30/wBf2WyS&#10;GpWvShDqzTpP5WOSjhZYGKoxOgH6gH6rq+vt53DjaGoSJzKY51RSsakfj6Gw+nu1q40FZBx6s6hu&#10;HHpgwGQyMc0sQg8tL5G/eIa9zcsAx+o/ANvaZrsPPHjJHKlouR5LFQL835+vtZbNG7kKeHTTIVXP&#10;Skgy8EuQSn1BJmUnx31EgG3+9/09h/jq5aaaSnERDams9/VwbG1r8e9zw1bVXB6oshGBw6UbrqH1&#10;tb/bH/XHsQKdvPSGOb9qGZL6iVWQH/VqP+IPtpFkgbUM9OAAjJ6YagBahZIxrniIFhfQQfqjn/iR&#10;9PYY5baVfR1y1kaCtoDKshlUsukE6v8AfA+1DP4qEJg9MG3aM6jw6daeugnsmpY5+dUDsvkBBsbD&#10;8j+hHsRKTLU1DQI8UUYlVU9X1Nxw1r8fn2kjti7kP/q+XSkyfpinHqBVUMtVUFXlkEBvdFOkf1BY&#10;rY/Ue1LQ5E5qBqSXXJG6KyRhQym/BHp+lvbbqbZtSHrakyDGek9V42DEzJXwqkcikrJLexsORct9&#10;fbpSYeXGSjU6rA9rWOrj66WDcW9pZHaSr+fVgijptqM7S5aBliVnniYgixWzj6MrLf8A2Ht3q8di&#10;qmCWOGli8joAGIB0v/rj8f0B93tpdD1mrj/VkdUdiRoUY6TlPkdwU1TBLLWH7dJCXjsfVCASAgP9&#10;oD9X9efaXxOyHgr2rKmKGGCFjKySFUMgN/08e37m6EjaEz1qOHR3MfPpR5XfdCKBYKKWWpraoeGP&#10;7WPzNFJblpNP0A/JPtbCDGAnyRrHDyfMrekC30BP4H4t7StG7U8Pj5/6qdPaiDXpEnIZ4R/tymar&#10;0oFpJI0Dvfgs2g3B/BuP9h7gS1UcDSJBongnVhrVfXb+y3+x9q0CRUL8R5eXVCScDz6cIqCpyUcE&#10;lSZqKsppVfSXtH9LupXgW+t+PbXh6+u/iljTCrknA0+WMN4FTg2DD+nvV14bAMnBT5dVQN8I4dPO&#10;4MRjf7vyRPWyY2nhRw7007xGdpBwCyEXub2/HtHZimlO8Y3pWjgaWo8skZH6TezgH+n59rruXXah&#10;m4gDplBqm6U22mWLaNNHPI9VHBRCJZm9TzxqhEbH/aiLA+xKzskeJoEYaWldLM66fWzc2t/T/C3t&#10;DZRMyeKx/wBX+r59KJGCnQvQZ7ekl3Bm6uArLFTU0l44pldWVFbTqDX/ACfoTz7CgV+KpTUmRGhq&#10;pw3jKzOE1N/qfwL8X9qqSSOGfKjpvUFBA4noZmpa1xAsc6NBGyBw8SF3Vf6/8Rx7S2K++nraqqyV&#10;FP8Aw+FmCB2JDW9Ssrj6fg+3JysjCKE5/wBVemYg6Au4r05SsqJ445I45mFo/wBN7/S+j8j2paDf&#10;dJjpPsKWGSRZ5AxmnJYxlxpVDa1l/wAfbbW6p3vkj/V/q4de8c10rgdJ3KbZXLyRzVVS0bRRlFip&#10;1CoTq1ayWudX+8exRx6ZKWKHKVEDQwsQ8cn1j8Y/tD/jfsruJVn7IuI6UhAo1vx6QtbLg6SepwEN&#10;XDUVfjKzUhdfuNchsAygg83v9PeTJ7Or8wseToUiDVCiQ1ETorSxX06XRre7DcCoEcmSMeuermLP&#10;HHTPjexdtbanqcBlK2anegKxmkqoZSsTP6leGdAVZSTxY3H9PcSfZNHToHmmh1+PVJShdTvIg5sf&#10;xz+Pa+AzyqrEaa+Z9P8AV9nTbmP8Pl1zpu1GrqqaloqGqngWcRR5P0x0sSOwsX1DUbA8Gx/x9h/h&#10;vsMjnZsdT0dpoXkCq8RMepRfm4/H9T79fyG3AB4Hz9em4jrJoOhWyE09FiHrZ6s6UijklkUgNZiL&#10;lCOLm/4+vuVVUmVkyn2cc8caK/4spRx6eFtYgfT260scUIYDj1sIztUmg6w0lVj/AOHffNG7gxlm&#10;LAu0iE6x6jexP19qSmo8bjcnTWSKevEQjqZ5yJIC9rmVEP0ANwR7Ryl5IwZMfL/V+XTiU1duOk3N&#10;U5TLYqvYPLT4+RmajSjDQ13ivYQu4/tEci3+x9hbvaCafcNJKtNGYkn1Hw0ySEgsNIiNuFP4t7MZ&#10;rhBaBVPlw8+mCjGTUM9LDbaePEU0ZlllZEAdp2LS6gOfIT/a/wBUf6+xTo9n5/Mx0hMiQQtAJ1Sf&#10;9tERf0h1XkXt9LeyFLyIjw4wSSaY6WafxOaU6RG4Ow9pbQjrquueRjTVCU8jUsZnnkmmcLoj59Vi&#10;ebHj3jqetBl62izFZX00cWJlWGSIq7GZQbyMtuA1uAT/ALH2ukNwbb6OJTqp0xWISCRj0wzdw4fF&#10;1dPiUx2UqavLQS1tE8SRmCMP6YlmZyCLmxsAbc+1zXSbTqU8ElFBWy0sSwI0semZItOm/mWx4A9o&#10;7WG5tqIWOo5/M/6vs6e8VHB9OknT0/ZBqxkI8o+Foayd6p4aeRKiJ5AbhPt51ZbNcA6LE/m559gL&#10;l6TE4/I/cYSimRZJ1WRx/m0dn4bX+R9f8fZnMHaMsxyOk2ru0qKA9GFwz5KSiQZd6d6koLmFTGXW&#10;1izxkmx/rbj2JOG2PHMDVvVzyrXU153c+iNmX1KiH9Wn/C3smF47uKLwP8ulaxqEJPn0htxb8ixI&#10;np/t4/uKWoVYIA+pp7cxhiv+b1/S5B9l27LlqcXvePbqsUooqZZYZHTxiSKNAdQ/ADHgEH2OJYUj&#10;tV0/iH+HoPyMz3BU8B0rNm5r+8O28XmmSOKXIQvNUQRyiYU9QJmSamaSwu0bAq1wOR9PY4bVzFTl&#10;NsYmhoamGV4JXkyFPdS1PHGdSyLo4YW/Vb2FgEtrhw65egHz6N0R3jDKfh49J7N4qhp89W52vgMe&#10;rHxUtHVhwRLK5KtStf8ASSxGn+t/9h7iZuLPbtkR8VM0ox80SVIQq5jQS20Mv+sLWI/x9mL3cMFs&#10;bWQ0JGBw6qkRkfWDw6z4al2/s2IxzCDHnJO8ySOukTyLF5Z21/1Nyb+xlnq6ytpYaelAWrocekNQ&#10;rSiPUUiA1vf+1+b+w3tkBik0S51NUHpVLpPcPLoGa2jwOJrqrKZCQvjMvl/NRulM9X45JpifHH4w&#10;T4mHBW1he/tF7XnbO5CuXJ+XD1eMdonqX/akyAF1isDw4/obH2t3BmgkVfiB8/TqkROgsRkf6v2d&#10;Lndf+/bwMMm38c2fpsg6inxkYSSlo9ZEksyN9UXnmxHP4Ht6F48RUmoF6qGpqSPExWWSmU3icD6l&#10;v99+PaSJGnv9EbVSmK5Ff9Wf+L6uzUjHqeo0rhcrQNBGY6Wqo6RW84Xw09U4KzxMTYBQLA8fX2lY&#10;9yY6u8ePrMbLO1RFJHTmVT4Znvp8dUr/AIPs0QXFnISrUXz6a7ZBQj9vSgq9p19OxyGOykdIY5Y5&#10;qoJHqliiUanNG4/SbH83Fr+0NmlzNViZavG4qqposNWhKylWNRMaRW0B6CFiNYH5I/HtQgWWRoky&#10;SK1/z9NOHABGBwp0raatx2OraSmq8lDNUZdCKORuTUSxx+WVHlHpBZRdAxF7EDkW951zcFVVY2kx&#10;9P8AxDIa4zT3jFROWYANGAOQVPFj/re2PpxbxM9w2fy6eWQMaIOpUlIIoq6erqEo6IxytUBZPBFH&#10;HHcvM8jGwBXlm49pXsTZlJu2nOOnkmhzlNI1R4ZY3hVCEsFiD2JuTyPx7MrO9KW5Wf4DwPSK4tll&#10;caePXeMql8SSwfby4mSNDS1VPKsxcknU0hjuum1iGBPtUbTibCYikwe6/PSVtLh5Eo2irSs5kAtT&#10;qycqwZeVuCPZX4LGfxkp4bNkn/V+XT4YLHofLAdNeVkqshHT1u2paGttlaWGv80AqIGpYZfHWeOV&#10;SrK8f50k8gi3tIZ3BVu48ZRSUFNUST00kbzzZiEwzsgk0F0kCjQyi1vwfa8TKiPGDX0p+fVfCLEN&#10;wHShSpipZDFNLTRiZ/2I4jYg6bsCt7kkgngD2OmIzidd7ThlGMaGc4gGozTvqkYrNpkhnn/ILc8f&#10;4ew3Zba95ePPOdSocKfLHHpTPIsQVRgD+fQL722nj+z8xT4ms3Ar47F5SOap28PC6ylKIyQVgjt5&#10;FdQTYk2NybD2102433nuDF4eqnbD5rK0EuR2ZmqmNoYK6Snj8zLTs4tJ/Qhef6D6eza6kKWg1d0N&#10;aH5eXH/DXppcuQoo3Hh5f6s9N82D2x01tTcOV2/j2yuAxlQsm9tsYeJclUx0s6xirnhoKcllkhgk&#10;WdoSt2ju3059qPP74x23arG7W3hFQ5LKTwWy1PHGstPKrixqLSrdlK/W9hf/AFvbMW030MYvkkNG&#10;+BePb6f6vLrRuYmbwwOHSV2dtzE9lYKr3r1jXV+2cNktZ2vk0FRjsgslO5jqFNBwIljnVlVZVa/N&#10;wVNveXC1W3tyfd4fa8P2y4iP7ilbHBVFMjtcLLGD61J9P9faYvHZXkb3Y1FyK9XYvNASv4en7Npu&#10;rZuKpc9u3N4/JLVJDQ5yDKskNNWOsWhHo5ol008lgz20+M83C+0ptHrxM/W7pXJPk8Zk4G1eOOB6&#10;TFVkLz3WojWVbmWNwdQB5B59q90vALxI4QKMPz61BHoj8R6mnHp17G7jg68xW0M5RwUWc21lqiPH&#10;VVZT1bVtfQVD0ZqaR5DTFkMMqK0bTMfQ2nhtQsqN14raiQvg6Wg+/wAxtyBM0urVFMIZV8dTJSab&#10;gA2u0ZuPpfkX9u21lc2qabl/7fI9Pl/g6808c7F1WgXHSH6u3zvreFXjuxMlLS4LZ+6ZqvblFjl8&#10;VXLHWUldMmOmykjqty9nRJYytidJDAiwa4PsGi+/kGBpasT4ymZKmAxSPTVkAtKEpaiJeT9SYvrq&#10;+lx7ZubEppilIrWtemxK0tdIpTof8ttOPMUVdRZyeGenq5VkgqEi0TUkrwmBpLSll1qDpSUWIBt/&#10;ifUmUo9+7hkosH5odwNUtVzR1gmhU01OlmQqQQjEn1Bvpb/X9qtwvI7eJfqx6LUfP/V/sdUgU5C+&#10;XUOjpYuvNsqtdURNt3B4uOBYqanLzxWkC3UCxdVGlY1UamJ+hNvaxqp990G2c7E9fS0UODqHg880&#10;YmarGrU3pQ3UKCCrC9x/j7Y2+CBLwi3GXWp/znp6XMY1HPl0g6pOqtxbv2PkJsT/ABbM7ioJshg5&#10;GSZY8fTij8ksjX0oGceiSNmvyTb6+2TDrgdwy4TMPmIo8/TGCqq6mopZaqhyj0Eq/dQJTxkCGRxa&#10;P9XFwbH81u5Ll1NrNTJoM0pX16smlBqQdKrMHcO2aTJY/F4KTKbbnT7Kjp8RU0lBlMFFWp45awTV&#10;8mmWGNmaX0jUguAHsAVYXpNwbcykc9LAdu1uUpn27R08zxZCorFriaiOVJrDxsfSfVzyPbELS2U7&#10;JBWir+o3lw9f9jrx0yKus59OkZPj6nE722rXDIyTbwx+3MhTbwyVTSh8QcE1CHjc/b2EcyVCRSxK&#10;Pqpe4tayC7M2XmBj6fb+0PvcbkKjNUUtQzVU6wCGKiKoKapcmNiv0H05up5A9nlpPA1g0rr3n8+k&#10;UsUkkvYaKOnzYe94c+Knc2Ty2GqcXTYqojpKyGEU9fFGMifvmrKBk+4hDaIjoJYEBXH6vfqveFHl&#10;8TJssyU8u9MFRUsz1crvTxy5KjRKad5wP1M6nUxBI5ufxcttIZ7IOL0krLwH8I+XTzOHYCM5HT9R&#10;7Unx+66fdeLyFsFX0lZTV2JFMJvLT17Cvo6qnmBBjjjluFjVTZXsLDj26bgxOY3pgqfGyV8WZnw2&#10;JaXIxw1EUmPd1/YiglX6sUNipH45P9fanapRaBrUCniMSB+3rciLXxW+yvTNS12zNh5qqzFVjqfb&#10;I3puCDGUU9Tj5aeryGQmpXrZZS4UlEl0PcSafUth6iAXPqes2thdsVOE3JkanN1EkoGTyUqWosDM&#10;sgh/hdJM37ipEQusg8N6goB9k242F4L8uoohHwg5+2nD/Y8+lUTqIhoyR5+vy/1fb0kO6cH2zlqr&#10;C7i6yyGLxWS27UVlTQ4OtnkkTekclJ60rUhIRCEEgpke99V2ZGsqon5FV+QymWoKDBU2LoqWWnp6&#10;6o3NJ9tE7Q083ijiWutqDpe8aGwYE6fofYzIgtdjjQHW1MjjT5DoopNJctU6RX/V+3pPfD7aef27&#10;sHKVG6sjnznqzcmZNZt7I1VZ/DcDJPWGtmXH46Q+NGneUyyyKg9RI4Or2KdBBSxbX2VLUSwZTKy0&#10;rfxXIlzVS00zwDyRRVJt6DYSqh+jatJ9gnYoTdPcKzUIbtWlOJ/n0aXEnhEAjFB+fSuylbuX++e/&#10;IZKSbE4OjoMKMDHDUxLR7hZbSVNbNQaNUMyTNJSySK58kRhZk9NvcHAvjt8B9uVUtbPjqTL00lPU&#10;lBLFLKlQUFDIptpQhdIIsbXv7UXty+0yv4HFxkenz/z/AJenVgqzqJHGV6ct1QVmx6eff9FRYhcr&#10;DtrIQ5elaU0kv2sEArZK2GoRX8kkTi5RhpYtwR+VBmc7jNkYasxODxGNnraKreDG7Roaj7aklgMh&#10;naZRN6TOSzMx/px9Pd9v2yHx/wB43zkY1A8Kny4f6vs6ZkkldRHGOP8Ag9B0E2MwW7+06zCVkmSz&#10;WN2xldtff5Lfz0WJp90R5kukMm3aSER6IKBkFwdB9Qc6tTavbVTVuNTGVGZl2zj5dw08E9RDRU+O&#10;pngM88YqISslUFZnQ8kobavoR7uzPvF0PGJMAwaedPWn+rz62f8AF1Cx8ehBr9u7hxtXjttUO98z&#10;Dt6qqcdDV5XJ5yskz1PSUE3iqaWkkph4wtSFVPJOQyqTe/FkIcvWbiplyHYm2p6rHV1TR4qux0NT&#10;HFj6WmeoaGDcEMrN6SjlFkZXFhz+D7VhplBs9u7UjHAefy68Qikaxlj0rW2tT7cxtRiNhZylxm4P&#10;LkMlS5HJ0qZ+uqKlyK6fD18CtDJNFIhYohfyKAGT9IPvnvjame3VDtjZ+xaxtq7UxtVUNmszVVIp&#10;6dihWVaKarZtc8p1XS2oH082sfbVtcW9jt0jkGSaQ92OHkPLA4npmaGSW41FqAcB/m88/wDF9J/E&#10;ZqLbFfuLdm86k57d2SpKKXDbb2/Tz5TNpgqRGpkkw2Cv5IFncsahiFAZT5HvwEXkMb2phc5Tvi6m&#10;nzqU852+mRqsdLUUVZSVqinEFW9S2o6l4DoW/qL+1VmbdoAEOTmgzQ8f8PVWjkUlzx6EOXIbOzOD&#10;hiyxiwaz0kW7JcTPkI8Rl8eMTPHkpMhKmOmV0NNKEaZlbTf0yXDEFHY+ji/vTt3dU+xN37U/u+4o&#10;a/KDD1k1JRVVNIY0gx0NiogikFhcaSpuT7tucb3Fk1mSGJ8vl5163bMqyCUKQaU/1fLp7XK0FZDU&#10;Y6nzWDzNZW0X3FBQjIU8M1Vj6qn/AGZJWpGkdo5RqYTxRBSDdRxf2ZTGYveeSyVVujI5bcFCsmTh&#10;r4sdUI9NjpsY8giqI4nd9KqAvmQNx6rXt7D08wljWwto9QVckDOOBOOFfMefSpIhGdbkEk9A1U5P&#10;qPauPotn4mLZFWIoKzbQMNZjMhmIM9S43TTUVVBCj1VRUyAETEN5ri7D62eK3YDPu3L7zpc5k6PN&#10;5HyU2A+3WJabHRPSfbNUtrJVi4JuWHFwRx7XXk4vYYoadkYAYHiaf8VnplEEQNOJr+zoL9ndj0+M&#10;2Pt7YOd27hMxh9vYGjTekklZNVRS1sNWaifG4/DeAuwR18ieQkELo039h3vuvo4N07Xg3Js2r7Cy&#10;W1cVWPNkZvs5IqyOsiVKy2KRCaghlBBtdW5F7+zMwPb7H9F4oXxCWUA/CD5fs6TwAPcGVU/On8+h&#10;E6227T5Tb+7dybKy8XX+C37koq2lx9DQSiswldjwtAteor5lhp5qqOKITUy02jSFt6ixK4XHYff4&#10;x+Sqtr7iankptLYcLLT4xmSnaFqbMghI2QAoPGSeVWwv7J7W8mgRdsiAGk0JGTnz8/nXgAOlksGg&#10;GdjU8c/5umncecruo8RllynamxcWamvmyP8AF90eBcxFS1sqyy02DxxqC0spPnaMOrrrkN1YAe0D&#10;ksvJVYWSOKbHbNkxkkuPlyNHTWLHFOFio0arIdImA8YUrpJJI9n0doLWRoXUt+IE5AJ4/wDF9J3f&#10;VRtXQt4/CR02QNea7M7thykdJV01Bkqmm+1oqfIyB5a9KeCNKeWQH1+Q+tUsqm1rrbrvcMW1qXMU&#10;09BSUGWyM0VVk6PCSmepeCeLy0ajUNOtg5Y2/qQPp7Bu7WLXW5xXDk6UOCcZrn/AOl+oG30AdJns&#10;3Zv9/wDEwQwVFJWUtHDWR4+TcNMXxMORjaSiqqmvSMxSyIFUqQwtcB7n6lzpag1AWvp8Tj8TNU5W&#10;aLIfxsSRUVQiNqVZBICQWGliVABa49m0sl1O7R6y1AKU4fb02BFEoJ9OHSdrcbSYnHtiazcG4dyU&#10;2M24lThk2r4ajcdIWT7d5qCSj8YkKXZIle5C2P8AX2uNrPBk1z2VpMbt2fK0tRVYnG5jH0SCOGjl&#10;jEhp5JY/WseoeoD9X+8eya7ef94w2E9ZE+LTSuR5/If4P59Xoqw+Ip0j7egO7Tx1Bs/b2zjld9dg&#10;7W29LTYzMbhw2494yvn8vV01SjvTUpyUkqzV7j6wxsF45FlBEHHQNV1ohoKxqgULytlqgo6zT5ON&#10;NcMmO8gKiKM8LGxsPzz7Mbu1jt3WGVf1JCMD0/4r9vVKnwjKeBGOlBmd1VGM2fk9ybrxlNhKDI0E&#10;K7UoauYNSYva2QMVPNR7vNJKSa6qJPlmpwbBtKHglg5z+R3PQ42qrm2XWbxegzP8UoKmCjpclVh4&#10;SI1BjkJCSR8m6KbC9l+nsQxwRzSSWKzFV0glK8Dn+Z/n0ifVHpkIIPS8ooeqaDI4MnfeJ2A2T2fH&#10;thdrxZ0bUoq+KW1XHJi4p3pmm/VojdCJLHhtRIKObsT77Lx5/NS7g2ZjsfPHNkqPJ0VTTVFRBFGZ&#10;JaaieMobs365SBpX8e0lxYyG0O3WyDzzj+fz6ukqwHxD5+vQq47ZdLjdpTYvEwYTc9bNSyRUmQq1&#10;glo3kmUxw1dVHMZwYohpbxqza7EXBNwsXqabftTQ7hgw7ZPH12Sov4dWTKaulD0rGSBYmewISxd7&#10;iw/NvaVLqSK1O2h8xrQ04563FSP9XzOekzjcfhersHU4J9xYvGNj8LlM3kaOl+2xk0sdZLeryz08&#10;BJRpJjoidADq4Ulvcmumhze6o8gn8CpRtIrNPVRULZTKGvp/3ZXx9PBYekAf2uD+Le/XcfhbYm1n&#10;Lyef2+vp/n6ctz4ZacmoPl/q4dQNvY+o25tOqLLuTcUO955Gx2LzOQTD4vGYzJwrTUWPyNVXAzQC&#10;QPZj4nkN7FbjmLuffG1ty1UmVngztaMUj1sGFTETJX1tT6USoSkSx16uVVxY3+lvayyVrWwXaJDQ&#10;Uy/D59NUcSGZRUn5cOmvrzq/efXuKqafHx7Xx1Zm5oo6yvgzWUytHhMVSPI1Nh6N8pCkskSRnxqw&#10;0WPIA/HLCZfPb2r0qq16nCYyghqcrFjqqsjpNy7gWijLikjoqEAIgYBJJZeR9FBPIJ7iSK2cWNsc&#10;uQuojA/P1Pl/P5qCgRPFfJ/1fy6c8/hsJ1xg4Tidsw5bIZnIYrAzZGOiirttbPGbq1pZs/WJmanW&#10;KeHyGVqalctI2kMqK5kV4znY8WC2WP4bS0f966pSY9pxVSyTULTSegVs1SdQIF21OASfoPavatol&#10;h3CS7v2KxoKJ5V+f+r/Z6S3Tm4RYoxUeZ/ydIWXqmbfnYVJR5WiyeX2dg6alr6zftY9FQpuPIx0v&#10;iSgwVNjEiTxC5WWSNfGACoYnj2i+vcXmN61OUyW79qZjCz0dP91Lmq6vMmFa3McGGR1WMym+p5ED&#10;EC9yLD2j3a/up7pYbU+JU8B5D1J/wDpZCFgiq+CKUHQnb139tDqqkwm38dnMJFW11TR4Pb+y6GKK&#10;rzVdUSg6Xmp6WRpvAiKQXMSIDZWf1KPbtn8xX4mOgoMb/Ea+hLfbRkRy5ITzym/gieb/ADqg+onk&#10;D26tpaWcbStQtxPlTrZ1SPQjp821RUm4XrsrmaOkx2SLLMIEeOhrYKSO8cNZVxQMWgdhqUXa+kcn&#10;8exF2VV42joMtDufLHI5SmCSVtDU00dMuNVl1RUt4h62sR6AeOBb2VSWd1fXMUifpwscZOfnxx8s&#10;cOtSTLGlEFSPPoBe7W3urYNep9sRQx5Od6bF7jxlbFWtWTzsTU1dTTSqUip0GpnqZDdr31f1Zhm6&#10;be24zhP4a+OoKCjaeaHJywU6TMhDUwhpozqLG3Cnnm549iK/iTaoobdTXUwDP6KeOfQf8VnpNGGa&#10;B5K1PkOsW3to5/pjrvcG9MpnDvfdOWyCy0lTtPEV1dMklZalnieolebVCjXaWYIqIqmwv7bNjbO3&#10;NNkshnN1PSbQhlqp48RhqCpiqcjVU0UhFLU1rEsmogaitiR+Le294k8V0isV1xJTU/H8h9vrwHVY&#10;FWOI1yx8vT7f9X29SOyPkHtfHYk7R2Nha/tnPwRrFla+TH19LtfEpIg+7ORzPhVFYoTpih1W4V2v&#10;f29/3Oqv+elzf/Hwff8A6/7X+p/V9P8AeP8AafZzrh+X9lT/AFf5+kFD/D/R4dI//TlRf8+t2f8A&#10;8eJ9p/wKh/R/zrP+A3+a/wCbX/J3v//XekAt6j9LaSBaw/1/eA0gNdQz6ivXeYk0629y1vSosfwT&#10;Y3/Nxz+PchbfgXK82sD+PbVCBThX/V9vXqHqO5bgm+liLc2sb8L/AEH+ufeXxn6n6/65H4/NwP8A&#10;X97jeq6W4HrWaY6iyuur9v8AC/W1wApP4FzzwPeVYwPy3H0PP9eBb3tgDhAOtdRfuDca7WvYqfow&#10;tcm9jx9f9b/Y+8ioCTqtx+SPqP8AH22zFKaf9X+r/J1vyoOuBk1rxqFw1msbqD9ALD/Y+8c+m1h+&#10;LH+tvz9P6+9xivceqjVTu6zQMwJDK1mvZufULfXix/3j+vuMpUGxIFyb2IH14PPt8Gh4daPwnrPM&#10;jshZTcaQPobgWupAP9fcmOQXC8f43tbn/H6e7SAj9QdaBxQdNjU4YWJN2uAdX9W5uPr/AMT7yO+k&#10;G5N+bXt+ebD20jByNHVlSuevCmaxBJ06g2kEXJH1Jvb3gMoe+puOPp9f9c+6lSoqoz1ulOp0cGmw&#10;VQLkWvq5B/3rjj8/6/uDMTe1+Ab6rnk+7gggevVWBww49O1MmkElSSeLW5A/wA/3g+8AZRe4+t/o&#10;PqB9Tz7dNcUNf9X+x1pQck9Z/GWBH6QLfUngn/WA/wAL+8wJI1C4Jv8A4A2PPv3wt/qPHrxo35dR&#10;GX+ywuFIIJaxuo1Gx/H0t75REsb/AJ+nP4H+Pu0gFOPWtOfl1hkAT6K1hf6LySeQOPqbn3mY2B+t&#10;/wAAgf7e/tmlTjI9f9X+r9nTtKY6xIpJUldPIvY2a5vpAHPuKzLfm3P1sLEH8g/j3YGuOtVNO7py&#10;SJ9I08WA+pvfn62/1vpz742UXa/5IHHJJ/F/8PdtLYH+r/V/P9nVagA067EjE6TyVKkji3P0ZR9P&#10;weLe8LuR9DyCOBc/7b35WU1HVdWQOpaQ/RjYqQTe6jg8XA/3v8++QuSPySDcHi/55J9+AGjB4cPl&#10;1YFdWOsT+lyLLp1Alr6r2IJJH+Nvp75Ai355/rx/h71oNPl14kZU9dF/XYgahwfpb6f15sP9j77U&#10;gi/4N/6n6/4+9MCp0j/J1UsTw64sGYi/6lAHFl4vb0ji598Sq/k3P4/1vp+f8fexqHDqxArnj1yD&#10;c3Kqqgfi4AN7gkL/AIe+/GwHAsABz9PqOP8Abe/VDHOK9WUVHHrxmX8AuSebhrBQR+T/AF/1vfYR&#10;g3qbmw4JFrm5Gk+6qSwNP9XDj1v5ddTSIAoVQB+WX/eQRf3k1G5I/wBv+SP6XP8AxPuwGOtKKcT1&#10;H0gAatNgf024RiLG4/w/HvvXZQOAfr9Lnn6j341Pc1etAAcOuKxDWwS5W5H1t9fobDn/AA+v59x2&#10;mEY/x/1vz/T3dSWbr2FFepC0ZkHIA5BsOeAbDVf/AA+vvIlSLD8cn+vJI9+yJM9aqM+nWKagDBrL&#10;ewGk3/1P0PP+Jt9PctZQ6/Xjn/YW+vtt6p14Nq4dQhSaXHLWLD9ROrk2JF/pf8e4rSc6VY2B+l7c&#10;H6392U6TVh15qnqcKcstytja1/rfg8gDn/b+4zzjlRc8/X8j/X92BodXCvW8lcdTI6NigJNyB/jY&#10;/gEAXtxa/wDyP3Faovf/AA+nBuTe4v73moYmlevBj1PjpAvpVRwfVaxAsCosTa3trmntYghRza1/&#10;oOfby0B09V01z07Q0uoG66jwLkAXP++/r74RzO5B/qbf69+Lc+7vpBoOqtSuOub06qCLcDi3HHNx&#10;9Pcq7ArqPH9P6fn2ySQ2Ot/h6jaI3RtI55APBuRx/re8qv8AS5IB+n9P8SR7s9c062oHnnqOYgLn&#10;Sv8AU2/oBYWP595A7n6Eafxb/efp7bNBxGerU9D1wMcam6ix/wAR9P6C/wDX/W9ylBALkcAXJt9A&#10;Lcke2tQ4eZ6uB69Rn0s2hSAbkAXvc3J499eUKQAAVN/9b/W/1vdjqI+zqgoDjrr7bUDckPwSQeQL&#10;W1W/x9w5DrJ4CWt/iD+PqPboag4160RU46mxIYwLHUPp+Qbnk6QeePr7hOlr2ewAuf8AXv8A76x9&#10;2EhPlnrWkDienBCGK+kck/T+lvpz/vPvhGzEAfqYX5JIB/xI92PVaUPXOVADewUH8Dk2/wADx7lC&#10;F2I0i97f64H5HHtteGevfF1EkqYl1amC6fqT/X8A/wCIHt0psfJLYsp5ve4Fv6+7EVyPLrZHScyG&#10;dpqQkeW97WAJ+pFv+Re1JR40enWt7fm35vx79Q0LdbKYqOg3zm61UsIX+pKkBjb+p5vx9fr7eI8e&#10;oYnQvH9oj6Dmx96Y1UEH8vXqx+fSDn3c4jKa3ZpOAqv/ALH1Mbmw/HvDPGiahe4sfpa3+JHHtxXw&#10;GpSn+r162XFK+XUvHVFRWAX5Ln6m5KgqPqeDz9PbDLUpGSBYHni3P+HA+vtWG1r/AKv9X+DpouTx&#10;8ul3TYmabSZSdLaORzq/B5HtlrK1iT67/wBLGwF/xY+29IGKY6pWvA9LfFYpEVT4ypUWuwv9OPwP&#10;9t/h7Z3aacEgG3JueBz9CCPdNNOnAtelVEtPTFVuNRsCAL/T6qR/h9fbdNSl2F7n8WNzz70Go3VS&#10;KHHTxDWKkdgAL83BBJ/A98hBb+oP4BHPH+tf3uhI691jNVzb6g8mxFuf8T/T33FBq4Ynkn/Yf7D/&#10;AB9uBTXHXiwHXCoqtHK2uoF/6H/XI/4p7keJ4x6QLHi30P8AUm/uoSrU6sNLHB6jfcJIAzXNr8ry&#10;PrpHAPvvTIy3b6D8j6kfiwPvzJpag62WFKL10JYlPHJPHJtb/X9xGEhtYE/X8fX88+3B8VBTqhNc&#10;HqWDGBdmW3DXuOPyPr78lO7HUyta44Cgm97fn+n19ugaB616rUcOsUtXGLorqCF/VewIHPPub9vw&#10;F0aQfqQfr/sPdlQltQz1444dNhrQLnWOAbAj6D63/wCNX95RRMVOhf6XH9OPemjc06qCOo/8Xp0f&#10;9ySxvfVb625vx/vPvB/D5mkIZf8AHgXuf6D3oovn1vVTj1K/jdMsSskqkG/ANuAPz/xHvIcTIBcL&#10;fjg2P/Ee/BQx69X9nUf+8tPexlVbkmxYDVbglebn/W9zqbFMfSU+oubD6nj+vvzjTQsPT/V8+vZ+&#10;LpprdywpdkmFxcAk8Hn/AGn6e3FcKjCyqAf9aw/w591krXtFB/qPWqk4PTD/AHzERJmnDcEhbh21&#10;fSxH+H495P4CQ17cH68fn/ffn3ZFSlG49eJ8h1Dbf8RRyjrZS2n18lRz9T9f8B7mRYBPyPpb/Ec/&#10;4e3RFQihpX1/1ft+zrWsDj0nK3s7QpCgMwDgBSFc2W5J49vEGFp4iGUByb3sOBf+g+v9ffkiLKVI&#10;pT/V/m61rLcOg/y/Z9ZIGBY04vdSRbVax9X4F/8AD3ObCRy8hQtuSCBa30PPtgxtCRr88f5erAg9&#10;MkPbZRWiDtMwF9SuTY3tZlBP+299LjYofwCR9LgWFufx7VKSSFb/AFft6qwNKDqPPvetyKl4WlVW&#10;4b0nVfSbkEH/AG3H+HuZFCoXV+R9Ab2/2BHtSTCvaRx6oRQU6QeUymUqZPFFcKTqcq13Ba3qZWHA&#10;P1sPz7lKVtYAXP8AaA4Uk88e6o0QbUTw8vPA6rQ9JuuhyUlixfSQw0iQ+sHgre17f7x7yqwjF7g6&#10;rek/4/W4/wAPe3nWQ4xp8/8AB6cf8ny63pJyemN8PVVjmIxyEaXa/GgkD6Ak/T/bEcfn3kM6D6sL&#10;EE3BH1/1v969l8sxpg5r/l/1D/Vm4SnTxjNo1DNc0XpFkTWupmJTSpsR/T/be4z1caGxa5/rwOT/&#10;AL7+vtv6mq1HAfMnH+o+nVgoA6VlN19VTcmEJqsSqxKp1AWAtza1vxz7aqzLxQnlxbT+SAOB9D7o&#10;bhmwuM/5eP8Asfn16lOhL211X5IQ0tOWdrgsF+gP9k/0H5De2GXcCW1eSw5+p59vCUElafsHVwAR&#10;noRaTqtIyoEIZuALjgf1Bve/+v8A7x7ZZtykM2mQmw4P/FfeiwOFH+r/ACf6vz9pHS2outKRIkEs&#10;Eern6KvJ+nBtf/YH2xVmelkIPkFubAk3/wB9/T3pTpbV/q/2evU9elzjNoUVNF41gAtp5CgLcC17&#10;fTn8+2pssx5D67W/PA/1v+Ke7lz+XXgABTz6fUwEKgKYkS62/SAef8R781U9Q2q7AED63HPtlmal&#10;K9bC5p1IioYaVdOhOCSLAHj/AA9tFSkhLEm/PNh/vPPvyMQaH/N1oqR08wGPSth+LAH/AG9vcdJn&#10;QHjkG3P5t+fbiqG7uvU8+sskamw+obnj8f7b3NjYso4BJH5+tyPbLYwPLrysfLqO4APJIAI+n6SB&#10;9eB/vj74mRhyAAR9Qf6f192TjnrbMeB670KQBdiGNgRz+PoCPfCaaTSAD9f9sb/Xn3sqG615ddwx&#10;RqSSPpc8Cxt7kU0YYBm/VYXtyOT7ZfsyOtopBHz6x1EhuVH0Lf1IJA+nHuasRdigJa/H6SBb+nuo&#10;avHq7UH29QpJfGgksFtzYsLg/nj3wkoTZgqEG3GkE/T/AGn/AGPu4HAnr3h4r12letwTICPoSzAc&#10;n6HV/vre8FPS6ZNTRkhSONJ+v+A9unSy8c9NioPWSoq/RYP+oGx1C1vpyefbjNDqW+ngW/B/3j21&#10;U/CenKauoEE2h/18sWF9Q/pwSB7bpqdiP0jQ39T/ALc+7DjQ9eoV4npyiqYwf1HWv+pF+P6X9scu&#10;NQyehh9TwODf+lvbiu6CvVDQnh07JWekFgbWH1sLD6D27Y+kZDY6ib8HgD6cXv7pI5kNethc06ba&#10;6qGngqBbn8ki/JFvaoiiZfUwNr2Fhyf9b21THTgUE8eknPUI5KxkaravzwbcFh7fEiIhUudIY3v9&#10;CePpx7bJox0+XWgQlekxLOGqCqJrI50j9AN+T6vyPeJ1TTa54uwP4vf6292AqKkdbJBFB1ljkl8o&#10;tpCm4tfn1L9Lj/e/fdOJXayRqEsAXHA/x49tudPnU9VCUFa9ZKv7aOPVJM5kuWVPzyLWuL/7f28N&#10;VCkgZQy88P8AT8j20qNI2o9OY6TBoFyNXG7RvdLFNRYqNLf0J/3v2g8nMksv04Y3NuefwfZhCp4H&#10;y6Zc1p0KGKp3p4AAbsAABzbTbkW/w9sU6Q/qDMG0kWAH09vliO1eq4pTp/pnmIsyArq/Ux/2HA9t&#10;4pySxDkk/Qg+r6/ke/LIAKHr3y6cGkHpGmwHJBHpP+s3vPEjRafMW/rY/wBq/AsPx7oQzYX8+vAU&#10;4dYpHWQHxW44vb8jnkj6+4tRIBKdJKgfVOfr/ifb6KVQeZ6bLAnrNChMY1hST9GsORbg2t7zU1YS&#10;DGpJYfUH/egR7baOo6sD5dY5qdbh2VbfS/8AxNv+Ke+kcszGSRlH+pva4v8A0Hu44UHXvPHXnQKq&#10;iNFY3/V+L2/1XuTEYAXJLKG/BH+8i/1977hgU6uDQ56iyCb0cBipFyDb/XHHuNM6hrLoAuAWNiQS&#10;bC496yo1Dj1o0OepMK6gNeq9iQBzcDki/vgLxSo91JAYArYr9fz72p1AnquKdc3AkiZLMBcar3vz&#10;/iPc6OoaRbNa5NuOSb8j6+9sqjj5dbU5oeoLwLG2pL6RzY8AaeD/AL76+5DwTSry1xpuFW5Nr/UD&#10;2nLCvz+fThWpqD1jjmhjbhQCW/URYBv6E+2sxiKQa+VB/tfhb/n+vt1akeh6bOOnEP5Y7LwSL8XH&#10;J449yWl1xkR/2bEBfz/Xj36msY4V/wBX+x15c9Rli0TAuTdlsS39n/U8+4Dl5rWDIx/A/H9b+7oA&#10;uDxPTMobqYNMdySrKPqf63+lvx7z0DGF2RvUf6m4A/PHvZJAqf2dNDU3r1irUE0YIJAv+OTY/QH2&#10;oGYyBC7g6VFgBwLf63tO7VOP9XD8+lyLVMfs6YI4zFrWOM3Zjck/1HHB9t+TpoKmC/Pltb+osT+f&#10;bYJ1UHXigp3Y6ccdNNDIUYftHn/EG3P1/wCI9pf+HSK4V9JTg6SRpI/w/PtQtDSg4dNHSTUdPxqV&#10;KlhfVyOAbggfn6e1HT4eg0JIY7sOeDZf8DdfdfEcNp9enlVdOpumKoydUGdFIAH+F2P9RZvp+Pbb&#10;lRHFDaIFQp5F7BrD6+1ARceZHTTsa9Tsc8sjFpTcsOD+QP6f8j9sNPJHMh8h0lOQCFBve9r+/MNI&#10;r1VTih6dHDKRp/PF7m3ItcD25wyxKNL3UkEp/qR/VvdFUgVHVjjjw6jyo7G6gEXsw/JH9P8AfD2/&#10;0E0ZTmRXF+bC1wPrc+2mrrq3V4yA1T0zV8Tk+lGUgcHVwCfppHtn3DiUmLlCQrc+m/BIve4+p92i&#10;l8jjrcias9TcVVs0KpLcut1JPBNja9vaNpcMqS6wjtcgMX08fg29qdRbC9MBaHI6eWkVQeRe3FuT&#10;9Pz7WVJjolMcmhAEW5ueL/77+vuhJLU6dUClR001FY2l0DNdzYWXm1uT7fpKWKWnD6VXTewQWP8A&#10;gRb2w50N69OgDT69NMNVKtQYizEsLF3sbWPPPtP1CxQ3IOk3vqsRa3Fj/h7upBH+TpoinT5EZH+v&#10;IH0+n5/pb/Ye2+pyK6AodG/AYBSDfjn/AB96IXzHHrRfz6kR09iWNxe31J9zYq2Qwhk1NpAuLWA/&#10;p9Pe4wKdV1E46wS0yGT1aRe9jcX+lyBf2x5WZxFM2liHU/nlWYWst/p7UJQkDqjV6lwKAAB/Z4/r&#10;f/XI/wBf2n6DJ1VLURrLK6RxgABgbkk8cj3sxLQ08+mlZlz1ldFcFWAIItyPYsY2X76lVivMgJVT&#10;zcW/Vb2kaNUbPSpTrA6StePtZ+GIVbajfTa/AGr/AFvcOuhMJi8asrj/AGKkfkj278S/LrTKVz1M&#10;opjMJdbIwJt/RgbfQn3Djqmjc/Uh2sQTckj+n+HtugeoI4db6mPAGA+gKglTxYAn6W9qmkqKQLrZ&#10;rOV+jc6ffipK0PTmtTk9Jatp65m0It4w/wDZIu314v8AX3DyRExaRWHkFidFgNNvwR/h7pGCo0nh&#10;1Q06cMaPEqoUYRm/D3LBvySP969p1y0PBUyE3PAIUcfXV+fbqKCDUcOmyxTI6fVIf6EAD63Iv/jx&#10;7jfbLUEK0asHtdVW5J+g4/Pu58zw+3rwJbh1k8vjW+oi1+WPpt/j7UuMxUiHlfCoAN3uOfwAP969&#10;opiDjj08IjXu6Za7JxKPSTMSbER2ta/LEn+nt1aoMamMOwA4H4BvxwfflioNXViwHaMdNfhWZxIY&#10;0/xJ9TADnke0llmldneNXVF4ViSef6i/tVGCwyemXJ4npSUCxxoqMV1n1MABb/Wt7Z4YpJCFeQMW&#10;W7ar/Xjjj8+7UK9UB6nu4UXAtY8WsP8AWP8Ah7clw7qjytbkAKrC1xf6e6+LqbQOHVwg6iNXxl0Q&#10;G5vyV9X4uefeKpkeGB4gNXoNwBwjAcEE+3ERQf8AV/qPVCeskYV3D/Tn/YsD9Qbe2GmqKhGsyuUZ&#10;v1BRx+ebe/NQCp6qta9TGRW/1/x/yL2qWaY0wXWQWAYqBdiB+D/T2nRg359OmtOm8JH5i2m+m4Df&#10;2Qf9Y/X22iRKlzC6FCOFDcXP9b+3SKCo6qp8upNjGA4Nx+bf71b+vuDWUUkClzHcJqPpHGkci5+v&#10;0/p7ujBsHrxUgV65xyq5sGvcX5P+3AHvBRVCS20u3p+q8alH+039tuGBIr1pCPPrI4FjwPofr/j7&#10;fGysZjENgWFirkgvxxYf09+SPTmvThcLinHqEKQ+TyXtfgr/AGefzY+5NNTw1bqykM5s3r+oKn6A&#10;2938QoKA06qKNnh1inlenBLg6RcG30s35PtW09PHGnkdgZeNIBA4H5IHtoMzY8h04oAHSWqp5JH8&#10;cat42/USpPJP0v7Yq2rjjmcgeotzoS45PFh7cZaDpskk9PlFTs0EYYkKF/tMS3H1J/437d6OSjqI&#10;GDwIV0gEG5Ykj9QHtD4cgYkGnTqmg6gVq1UMyGOdw2q4sBosP7LN/Q+8f8IpQQ8YvwCHLEaP9ot7&#10;cZ3pXqukVx15ctMSUk9LXK+NVvrH4YH3ymx0TsJopTFoCmZLXWQr/T3dbhq6eNetlKZPXCKvljUx&#10;TxCTWzeBvoUBFrMD/Tn6e2bMzFYEiCvI3qJ0A6gD9CD7fRVHcKDpl319oPDp0xsZMkkpNlawF2Hq&#10;I/qPbDQQ1ERMzRyeOxsZiLqT9Ofbchqetoppjp2leNgIw41E/RPzb/W9qZFg8Su5vxfS34Y/Qj2k&#10;YksR06Dp6bGaXyFVH04uPrYfgj3GnVyU+2BkJvZbC4/obH2pgYKMmn+r5dULa8DrIpUBzPpQceq5&#10;s3+P/FfcGSKp4kceLghtdl+hvZvbpJI0rmvWhjj1mR4SQqkP9CNBuP8AYW94qLMCinELPdif0arg&#10;821AD3Vraq560JQjdd1VGKpL/pIvY/RrW+hPtf02DpMwn3ZnQ8jhQFYFvzce0+qZe0CtOnjobv6Q&#10;WR3LLgpUo3ppLOrsshuyHR/ZAH59t+axoo4BHRFrqdTRi15dH1sT/X3uKQhu/j/g6ow1Dtx07YXK&#10;NkHMtUqFGH7cnICavwyji3059p3GJWSzXmSRYY/UupyrAgcrz73PIDgdVSMqKnz6UdU1PHGSjJ5H&#10;9IOkMDq4DED8exYw7RLTmRCoNgW1Jdwv9Sx/PtJGGaUKOHTpNR8h0DW7EkeYQyLIQ1xGI5NCNIeV&#10;Gkfj88+2TJZOJK/Sby/Q82Kf42H/ABHs8IXRp8h0l8Ri1B06YHCTth1IBpnbV+m4m+t11uObf095&#10;q01k1DGaXiGRh6LeoccAqt7f7f2yjRUYDj/q/b06cjPHrHjY6Cmy8v33NXFFYSkhkdb2JVzbn6X/&#10;ANb3I2/tKbKN/ldPpTV6rAljx/X8eyyW6KvRDw/1f6s9OrGaE9QN+dl4vaGPepWtiElgsWuREjBt&#10;caibfX2OG3dswYqMlY14FtdvUf6fX6e2XmErqpP+r/V/m62Dp4f7HVZ3fff1ZuWnkoaCpqE1td1S&#10;VFgp1tZr6PUSedN+P9f2rHZY1ZmsAo+ur6KP9a/9faiK3LOFSufKnn/qGPKnTb0XPRIKrKT5CQU8&#10;cQlqJnCjxEmWVmYHhP63PP59ojI7yoqScw+RNQ4a5sS35t7PjtyW8WqQ/wA+A6bLimlv9jo0/Xfx&#10;M3Tu7Ew5jKJUUy1Uflhp9DLpRuVeTXzf/AgewH37ubIpWCopHLwyPddL2sSPUp/2Pt83CNCI14Ad&#10;NPGdQK9Wl9FdVYHae0aPET0EIrqOCOCpd4QGm8ZOmXUf9UDz/j7RcWYyjU58spCz+sam9QINzZv+&#10;N+yxnDv69PGMijk9DscLikmR46aJXhXQNCgKUI+hH+w94a+rTJxeKB/JUIumRpW5ZgOCh/qPbIYR&#10;GhHWzVhx6kUdI1E7MwVYWa8axKQEBP0ce8uDoq7yIPIpJ4cKT67caip+nvTyYp1pUIHHrHlamkSF&#10;jKP0/pYi4Vrf7D/e/aqyiCipVkZAJQLkabsW+oLH/io9sxHWxFcdOklRXpNYqX76pZFdmiP09VkC&#10;/QqoH0IH4v7SdFmDk5ftq5Y5IzJoCsAdFvppv9PbzJoWoOeqpKWJB4dKWbHrRRvNRaopAhLFDbWQ&#10;Odf1v9PqfYhx0lFi8fM8Cxq7A+kqQwuPqv8AT/X9lmgzTgscDp/UqDSOkK+Qr8nkIYJlfxob61Po&#10;Yow4b+v0Nx7AXL53KRZVYoPIU8ukai3J1GwLH8ezN41EZ0dImZi3QoQwRrEi+NB6BeygfUXP09j1&#10;tillzmI0ZGQRMVMYQ6WVgV49J/oPz7KRM0M3aD/q/wA/StVVlGo9BJvTIpt3IQ1VBSidwRLLpLKY&#10;7MdVnF/rb6Ae0tXbJXD1hkqRHLErSFJYW0qy/UBlbm/9fa1LozkaOqGJVPy6U2G3pSbgoRJRrNT1&#10;BVA8FTFZ43P1IKekj83B9pjJVCvNFBRTASIdKxMwL+o/pJFrm/szJURVbpOaOdCcelRRRyKjvUAH&#10;X6i6ghSAP1BTe39fb5VJkKWghpqpJGZlVpFS5C6r24AP4t7YilQqZV/b09JrFFPTXTNQVVdLU08k&#10;R0ExKTbkra9r88Ee2JMcpd/MNELqTY2LC4PBj/H+sfdlkqVK9UAp8XTw9SdNk9bqQv5API/tfn/X&#10;9z9gVz43PSQu8U8KainK8Jf0lkb6W+vHtjcYROo04z1u2cBio6Yd60P8R29VwhnjkaMFWQkOD9dI&#10;K/n8exGzOTbK1jw49ImmsUanjb0Nf6OgH0P5PvXhJbxBZePr1cBpWohz0He0sEdu4xZcnU1RpriZ&#10;Kqq5nhC8mKZze6/hfcU02SxDLUVkZLFApVSWUP8A7UAT/t/Ze0QnylaDqwBjODU9KKHK4TPI9Jjq&#10;iMrqLA20sy6rHQWF+D7zZmvmmxscqsrPYkLqtpuL2NiP9j7esV/VKEYHW5MoCD1ExGJpqPKyoI2S&#10;N7BnKghzq+oPP9ePaIfKZB6KWnd/LKtpYlBJjJtbTf8Ap/U+zFEVXLA06YbVpoOlqMXQJVR1McKp&#10;dWjdyoWS31H4/r+Pb1iamOnoC1cQKsfueiVXVFflQf8AivtBLE80uPh6eRlRRXpsycM01XGKMKac&#10;gxsrRFSzr+plPFx+Lf8AEe4uS3TVUkimgppbsAqtAp1Sl+PqOf8AXt7ejtuzPl1VpZAdKjr1Ntii&#10;qYXXIutSt7mOYq6RaTcLpbjj/iPeOnr6SWZKrLo1LUD1BtP7rMRcgKf9sR7bljmYUT4etgop7+ps&#10;tHUU9MabEmOoiK6PG7aYlW9uWW9v8OPaoglptw0tQRI6pSxromuGUMTYa0HPP+HtOHmgkWAHB4jy&#10;6dCo6FyaU6SlRDLtmphlWKKaaumZXiH7ckkajU3ikPBK2uARzf8AHsE96bOzUzwVGMR6mOKT1ywy&#10;ei5P0b/Y/wBfZwtxAsekkavTpJJA7MGTh0vcdmqSrQI7imqNOr7ef9qTQB+pQ31H+I9rh3qts7Kj&#10;hJSd6iNnrNQWTSQt0iYHkfnke0dmgkuWlqRQUH+X/V/m6vOXjiCrk9MpipcxuUSyCVTiYwaNg0kQ&#10;kd/89KpUgMtrCx+n9PaHwQx2QplrayD7WpeS0cRtdo1fV6g1uD+D7fmdmdlIwOmYlGjUwz0rJ2qF&#10;K+JVZdJ1aiQQbcEED/b+zFVGX+92tTxUgjjhhiMKQ3VSoVbGQL+Qfzb2X2YijkdCOOa/6v8AV69K&#10;HYvRq/l0XGDZ643sirzVc9RU1WQZZnqdDSIf7MdOzj9Gk2ZAbDj+vsJMnvfcGMhtSSF4aYWVFuuk&#10;DgKnH9fx7V/TwDAFSeql3AqOhnGzdvVbyVNVjopp6i5laTlnLfqZv6n/AB9utBvKqydPT5d9YZXj&#10;iqQy2RgFBcFbW1fj3eJ9cX05xTh606qM0lp01nZGIo4p8dSQJHTVCSzQxhm8kMzGw0uTfSL3H9Pc&#10;zG5/bFTuqCvo1ejmUs0sUOllaQD1O9/wT9R7SblDcSQCOoJ/w9OxMmrHn1hbBZ+m2lW4aurIcszQ&#10;vFFPMDFKkDelIzovcoPo31P+vz7W1fX7ayq1T0LQx1qXDIQpZZD/AKgn8n+nvVtZzR6PquH+r/L6&#10;8OvGUMCi9B5iqLfWBqKamrzJW4iSQeOdNSstMDcR1CobHSv0ew/259l3zk+5aHLOogqIqQatUzRE&#10;u8jH0Kotex/BW49nTrAwFCD0kHihiWFB0PlDJQ1VNG9M9PNGVB/adHVSOGB0/Qg/W/59vu0d90MN&#10;Y+NyVKZZ4pRGJqhQJFktrBiP4t+bj2VX+3uaaW4+Xy6fhvV+AjPr/LpuzWHmrYi9FVyUkiqbxx28&#10;U625SQDk3H+N/Yz7a3WldV1lOrs8YhcwMDqZ1BsVJ/Fvr7TtaLbunhjz/n/q+fVfE1Ak8OgY7A2Q&#10;GxFHVuIUmjq4DVGxEcdwQzhedWo2Gkjn3gye6sVjsVXsKlSFk8k7L6nGnj8f0t9fZtbpI1wzNxIx&#10;/l6q5RlDeQ6iUPX+TyGawVXWUvghoaSVYVdv218i3LH8/TkKfz/T2lqDN0O5IpZ9sIa3JRx6JUiI&#10;dpFcWtJEt/62LEC359obhfCmAujQHgfn/LpRGVdf0c06EhqFsDEf49kKSnwayCRZJpPElMyXe/3D&#10;kWva4Qn/AFvbTSZc0eXkps3hDElMtp6adNISRQbSooNzY8391uYZXVfCJHXg2TUcOnxqWHK4ZarA&#10;5oSLWIstHk6WaKdJoZTceOUal0kfSw49qOppd2Z6noZtrZIS08k6sady0H2qa7GMBbjSB9Cbf0Pt&#10;K1zaQAxyCjAf6v8AP1cRu/ch+3pKtUbU21JXy7nx1HQzpGPJkpkWoXIRrHcy6yNWv8aefxY/0Dvf&#10;mJ3BJlExO78YRSmneGHdVJAskdL539FK0yAkg25Btb2K4nY2Ebg6sDHRY41zFWGPUdS+vNx7DzuN&#10;qK7YVdDLFUTVE9RhzM9LUx1MMngqJnxdXaSIsQP3AgV+Dc/X3h6s2xJtSoyuRxmYlyccMMqVkU9l&#10;gjgY2Jh1Egsw/pa3PHshumE12iEUYGo/LpbCvhRHQcHp73ilBkMbDiMmk0a5Sqpo6RoyxZayNvPF&#10;qMV9IUrySbexO2rU4jAVtbkaWeWWsrvJUz0WgLSJHJyGcg+o3sP8Le9Xdr9bdIZu0A/6vs68jCKM&#10;hePSO3tic3ubCNgHhio6Dxw0wy0dQ5yTTpZGanj0+m6i5JPP+39hlmuxMxW5KpTHY+eKVK5hIEVk&#10;jq0VwHUMfqB9AR7WXcUNuhA8hjptC7EdLTA7NxmHxlHQOXrlpaWGGJ6sK7RlE0mRDbhj9Sf6+xC3&#10;VkRTY3aldLUmKCodIaowBS0Eri8kTk/lP6X9lNhHJdWcppV1YgV9PLp+VxHKA3Dpj23Twxbg3dQJ&#10;RlHjNLUwicgJUpLGUWeIAmyuyEE6RyD9fbhTb0oMcloqX+LDxsKeoN9SNblH/wAWIvz/AIe62djo&#10;cNIxU8SP8H+b9vXpHJwvTfuLY2Q3IhjXKSYFHlH3kNMscn3EQPNnb6ccXWx9su2cs288u1YcfRwQ&#10;4qpZK77geF6fU3oPh41C55PtRulyY1FunE8Pn1qAE9zHh1PyGNpdn7empKevy08tVC8FIPLJPPUV&#10;KQX0rUSBtDFV9JLc2/PvvsLNmixU9DiqiN89VVsiQU/nUrNB9ESkP9oNxdPZttiRQwNPLg0HSeYu&#10;xEacT/Ppm2bisjV5iDIVtJGuAp8HTNSeeExVhzDSE1TZGGT6PGltDp+S1z9PaR2dtTc2wKWLemTp&#10;ZYWcPlHpmUyrBG0hDLIvLA/n0/7H2h/T3lpEQ1Va1pT/AFfb1en0aip7j5dKDMbj2duuXJ7AGapJ&#10;chWxyY+qpYJ1+4TyU3nbx2uD6L2J4NiBf2JGTy1du1KTPxYGOSpx6CRWqIpKcOj/ALigF7F1Nv8A&#10;e/dPHQD6Anhgev8Aq/4rq6pQeJ0hdjdf7e6mpsntyi3PkkxmerZpkpp60VjU1W6eOf7fUD4CeCwA&#10;AuL/AFv7DXeAx09fjN9biqFenihmovDTSvAaeeA3jjkhW/K2I5vce1XhXF3bfSxdoTFfXz6bPgxM&#10;JXzXoS9sUlFg4qvbGJhqoHoj/EVlrjJUR1K5KZpZalalmvIWcOWF7gn+lvaww3aGC3PjoUlWoptu&#10;Y7HtBU1EelXDyEmITMwJBJHAP19lsMEtpL9LF3MTUk+n+YenT/jIymU4HSNrut58dkM1ubBT0tTu&#10;vMZOjroVyTTjHxfaxLTSJHAjjT+yDdgLg8/n3Lj3Ht3dmGpqUZKLI7exisuX1weV1SOYvJ5wg0BS&#10;ALn8Ef4+3gs1qZLa2/tJOH5/5uqao2InbIHXODbVXhc7mdxLjqWLP5gpBQPBVxilm8dIIoIiZbPr&#10;VjJcEWKn6cexX3bVbOrMFt6vh8MmJhFIdv1GPSKd6GeKHRA9HIt9DBbrwRxwfaHbrG6eGa2ncEVJ&#10;IP2/Mf6j1ZrhdQZRk9FZ6mj7Go+yN8UdRiZKXd7PNU7wObklpsbuGkqqhmpa1VhvHNGquRAyAlVJ&#10;UMo1D2j8ztbFbpxdXumpo56qoGLfACvkkUZJYjfVPJFHwHUsGD2v/sPZnt97Lq/d3FYhj7PIflnp&#10;qSFUXUcaz6dCnQbsi663nhutoa6gw1VuXJ1271xVNQ1K4NkqJC9bQY3JTLoUTSKzeEG4Zri1+cO3&#10;aWHr6bbmG27jJpJc0kFJV18qmaonYQmUfczLcKpszA8C/BF/ZVfWZuYn3C4bKE6V9P8ALX/VXpRE&#10;2fAQUX1/z/Z0qM1NjOx8Pu87pyVNDhtuyVjpTQuYqeCKmDK9TKXs0jBfQ4b03PH1A9iRuCDMYx5M&#10;nQ5kVckMkFQmLUW1+Jv3oFZT6g63UqR+Bb3ezs33KESTDQQOORny6r4yRsYhnotmwN2bAyla/XFV&#10;1nX4bE1UeRxsu73SilxyxyRs9LXSvyYXR9DQvY2Leo8ew03pMMmKvLbdo/HuuempoKNayOSF46Ge&#10;TTW0MzDg/wBom/049nNrqWMJfnEfw/aPP/N0mdSTohxXj/k6Hzq/buR2dR4vbWRq8bV7Kx75Z66e&#10;CWOeCqy0dRHV4nKQsRriXStysZIaQ6h9OQ7wuG7R2nuHFxrixU4DMmoqRXUcNNNBDFHCZR9wX0tF&#10;Ibft6gb/AIv7SXQhvI1miNWLUGTxrT9n8v59WUyQkoeHn0INf2D1Nu87p2/UblxbZXabRUedxlVU&#10;zUVfQSVsCS048LlGnhkEiqzwF0uSjMHBAUe26mm3ZXY3I4rcdXhJsrJX0bYkYgUlZLUxymKsLt6R&#10;JdrrK44/INx7T7toiH+MrqCUqScdKLd1daj54+zrLlp6zauFydNPtWHO47B0tPXw1dRmRJTrBTES&#10;LGIatJJoTCFJhjVWHAGoA39iHu2g+82ZJhVilx+fE0n8PWsljkevqqMGalpZpENmEyKE555v9fd9&#10;gCQXUskx7GGG4U+Wfn1W8rK6tD5f6v8AV8ugHwefzB7Xxm9sHmsZubrx8EsOZosRAVpsRHk6tIqr&#10;cULyNdftpjqlQA6YhIFube0djqs9ZZDA7hzFJDjtvZXbVdU5bEVKL9/RbhlWCSBooo7hiFM0cgvx&#10;YH/WelsU3WLxbZqsj8fUDOP2/wCx0y05hJRsCnD5/wCqtelbutp+9ttdgbC2znDQZrB7ixtDFn6G&#10;SRaOpwhq/LLC1bDyweGOXU0RsWZQpI1e2/OYr/S9jsFuDZ1dFhcFhM1JUTywSpSlSWJq/wDJVADC&#10;MnzMVve1uCfdHv47VJNoVNczitR5/nnrUcQLLcu2Pl8unPas8fS5mxW/dw5Xc+f3HT0EdJWPS1eR&#10;++bHQtQUFI9e6nQ07utOizkXcAliDcCtiIKLckdVURyTUOHn+1fG1tLVGplkyIfTUOqMXVUk06wL&#10;83/x9h6K4urBhaKCzjLD0Hl6ev8Al6W1Rz4h86/s6TG+63IbNXH1qrhM5noP4pHmcZmII8PTS7XM&#10;ZngCVkMQMklGGjjL6CCtwfUAfbVuHrXYWIMuWq1kp63JVUE1VXUjR01Q8whELuJJg/iDIoEgWwJ5&#10;IufYmszebpEZ7hgoQelPl5+fSKSRIZfDiGonOOgo2B8jO3N6bpy+ztm7awlRS4Kgq3hyGanqsvSI&#10;vkRKaBGxBgNUqsSsP7gfxgXN9RIR9kpU7fxh3LtegytNjzlGmnqcPA8CnHQqDPHkVRLsLgt5Bxb8&#10;kezeyW1ntz4ZDSJ5/P5cemZXmBrMMcadGh2BnjkKqDZm/srgK3eFJt/G1+QwNVNSVNTNV1EsgkyW&#10;Jp55HcU/Bj0MC6lRcjm4AYnuKOs3HXbexmLFTi83O0FHPUw+IR5TLIkVRVV0ai0qNJaxaxH5/Fkm&#10;5DwVFwxyvH5geXV4JjK/hAYPQxPioH+3Zi0ctMaYCSDUhMNGzNDCtySq+o6tJuRcHg+xNzWy94Zn&#10;ce3dtDcsTvXzxyZLG1NFFTT0klIjyRJRvVBkmikZNKXFhqBPAPtE1/Gdp+rAoG/1f6uPV/Bfxzmo&#10;XJ9fy6YpNyYfEYjN7iqadKXCYdJaqXI0RSuFRRxxLNV1TQ0YaRWjN/KjKW9N+fp7FDJZXs4YaTb2&#10;E2lQw5yspoKdGingFFjIYAaaqTJT0+mJGCi4Kkhj9LD2zstpY7XI19M9dVaVPn1u68S5AAHDoMcn&#10;H1hnJ8NvLK7oepw2IqWyWPpq2SqeLJ19cYsjj6qghlQ1VSsYP7UcKtzxY29iB1nhtxba25jR2NX4&#10;OirKbJPkaeHHOWmqpDHotVzAhdFrelQxY8ll9lF5aybrevNCCImoC3mc/hrQD7a/kenxOsMYV8sB&#10;+X/F9AF272vT7py24cL0jtzMb+3XNtqba+erZvNR7P23TVErSpKaatiEk9cjFlMahECixYkFfcDd&#10;VZtyfJY6Sk2yd2z5fctJTRNRmNajF1U1OV8k1RcMkJVGJF7fUH6+xHeWkCbW7GXS0a00nzp5/Ppi&#10;1nd5gpFAPPy+3/V9nU/pui7gxOIgpt87mj2BHtXZ1U1Tqo4a3EZugWtapbJpTTFY4pqNSsUzpc6Z&#10;E0jm3tZb06/wNamCoplr4aKnlWGI46sMaUYch7SWN2UEWNj+T+PYa2Lcpv3c6KO5mPHjnFadKZVT&#10;xi7ZxX06Ytn9zbtpNx9jVkBxNZWQYSmzYp8zi6qhkz8lBC6RxUNdTMBE0kYXSkkXHp9JOr2Fu/dt&#10;YrdWEym16TNR4GkjqsRjKWJQ80lTS0FaKjJ6lUghJoyy6r2DAlifYwtVO32rIw1SOtST6kYA/wBX&#10;+fpCV+oZXJoP8n/FDoTth7o3vFXbT3Fl9pV2cO5MTnNybjydOtJRRbd/i1PAcFjEFQ6+aojEH28g&#10;ADGOUOo9JRo+6evsP/FqKsqcw1V1zgsLSTy4iOtqTVVeco1C46aslhIb7cRhC8ga72CfT2VIk/7t&#10;WCGi3EhJYnyBPEfZ5dPLIDKZG4D4f9Xy6m9fds7u3HDW4jK7Rbbu/Kzc2So8fVTURXHvteGrWWeo&#10;gqp7oa1WFSn2DSHQwE76o7hnClrqfs5qvCw5atioaSSKopsjjGXEeN44jJHS0ChSfJEyq0bH1WDC&#10;/vW2yRbVcR2UoBEpAJ9DXjX0/wBQ49euzqhM4NSOpu9YIOn9vZTsmDb9PW5cY16HJ0VcavcVRPFU&#10;VaRzVlbkFPkjgdW/yzxjxD0OyaUPsrm3d89z009biHkzWVSnlkpal8jTVVSs0kNQURZ5mHN04s/1&#10;9mG7w29tMXU0NDwPl/q/y9MwCV0BYV/1evQ4ybJ2JKcfVf3a22jURaoxVVT46gp3pGltIZ6CenVS&#10;hN9WuMj63vz7N3U5DKS0mxMHktz4nB02dp2fPVWQZJ6matFjHg6XzuiXa+gG+ldP0bi5Jtfiw7bc&#10;7ki5LUBNcKPPhX5in2Yz0+5RrnwxkKBQDzPRYM3g9v0W6+wt9YnqvObu3R15LRUey8DiZqehoJ1z&#10;VItRk9yY8UxIE7SNL9xK6SVDhPQjauF1HBU04yVBTTRFMSIFSvySGVZ6eWPzeWGOMLd1BMd1IHAN&#10;vbVtATcRSRnxRMdWOHHz40/M+vTjEGI+Jgg8Og0y268ZlcLtXPbswuZwOX3TNV0cmzdsVMceSx+a&#10;o6o0E2MyGTkt/k8hVakiSPUVYrza3sGcBmd/DPYmj2zFt/Jbeyk9XW5HcGXraNK7C01NIyRqsBIf&#10;QwsAFD8nkL9fZhu8dtEutnpKGAA/PH+f9vTSK5B/hAz0YjsfbuwarAZKt3jht5TfwvC1OJq9q7RT&#10;cj0u45cnQpK9LBjcXpgrJ3b9qKWVl8ZuWdFGr2sNqdj5Zqqbbu58Q2BqZMpk4o6qCbywVsao1RHk&#10;8erfSFipLEXF2/rce2GtjaXiTxMNJ06j6cBXjTrxUyQsBWo4dA5218dtsbs27JvbaSw7uyWBwWIg&#10;wOBzIiRZ4aORFfDZqoRUqDMYJAkcc+iSJk0uebqFcmOot2ZOqrt7bOOB29ka8UuMqaWVJtw7grcd&#10;MTDWVnicrHSlRfWyjkgAH6+zbdt2dHYWRDkDur5f7PlTpuC2VUCvx/1f6h0YfB0mY21hpNr7T3RS&#10;7hz+HhoZaunzcDRbc2/i6pyPtMeuMgWRnjWNvt6aaqeS3MjIrKCLE22dm7QVWxchxGYzFLBR0FVL&#10;NVbgq3jEOplnilchDGx0qwb/AAv+PZPZMb+IXl2P04yTSoOR9n+A9OSGRX8FOJ4/8X0CeP3p29u3&#10;O1mFmxMe8cDt2tq33TLJjqvrPGrJDXH+DDB19b91NkIZ4NTz6Q0fA9fNvcSr2/l6LaBG4c3JUZEV&#10;ktZGlNTo9MKKo008a1MDXbknyBFbg8A8H2YbXcxNeST0pCRj59Nz1wiCpHE9PeN37hct2vDjtl7T&#10;oxj4qE4DNZesmqsbWHNY1JskKfD2UxzLCqmOoqGYKdYFyePbh1hVwYvN5frypr5vu6Kmp9xVGQjV&#10;KClyEVUukJ+4SDoAtoB/B/xPsN81201tPFu1qas5AArQCv8Aq+fSu0kE8BRxkVx/xX2dZe0XxW99&#10;j0G+63bEGQo5v4jt+LEZHCVO5MliqqGunokqKWnx6OyO88BvMNOlSh1c2L/9xU0E255Kn7Ybcoii&#10;UTwShZMhLXL5ZmaojOrgHSQoAH9f6GkkbSzwNavrl0hnPpj/AFfsHVQqpGBICCf5U6DLFNjNzYfr&#10;CjnxWZxXY26Keeepx2VxU7Q7Vg2fUfbQs2LyCrCqLNoeBpQ0rBtQHJswyb6xOy5afbONoDDBJAlR&#10;DQ0jy1P7ld++ZjPNy5LG7Nqt+D7blspQ/wC8XkOonIyBg460Cbk+GfL5dKuTpId1447i3pV0mWzF&#10;NW1+KTP5PDUFHXfbYqqfHzQRUFKfHDD6XaON0J1HyEeqxDjfu14N7YavoxmqQblVhWU9GkcxoaKd&#10;nEj01aWuziRfSSLgf4j2ebdvaklLhSoYUU+v/F+XSSa20t+nwHHoYdrvktkVGOxuO21JFsejo4cZ&#10;NmqyqpmydbFSU/ioaqioKMKiRRMpWRZNLFW1BSwsQmjrK/Z0GChp94/eU1JkkoVxdA6y1FNW1aWy&#10;CNRJYRoTwWYXA49sT2ilZJiNJOfSo8s9OK+QoyD0Lhp8blpq2KrwYLT08CTVVXRQmKrp4pmko4/u&#10;hcvoYmRV/sE3HJBJiNmxRbUWq3JnhiaP72imroFpJJFpqWGpXxrHLERcyFQXkb6X4F/YWkku9zuY&#10;vpjiNsk+dP8AJ0sdVSAoRk9A52hQrvzb2Q2Bjhmal3r4MdWugiiqz9pImQNRDX1HpVRZY1awIJJ4&#10;tf2H0W95Is4dwbe2K9Ztf71Y6vLU+Ly1TmMvWWLAUzi4hhvb9xwBb6exJeww3xFsklJQBUg8B9nS&#10;OPxIk7+B4f6v8vTtR7Qr6fb7YPdHYlTJmazG1MFBj6h8BS43GU+nxQmHHwQRSVRgUrreaRgxvyAb&#10;laUWW33uOnqqrZ+18XsOSKsp4spnM+oilqMfrMs6wSLGbqBY2F+frb6+00MVrbzGBlaeQCq0qaHH&#10;rgV+fVyVoGmai+h6CPfOO6x21JQQdt7+z/ZdHkiaXbXW1DAclBV5GOMaaiHbuALVFVPYMkbzv4V1&#10;EaQ1m9wtxbe2Ljs2264aurzmUeaCrkoqKlNbBmMx4hTCqWlgBkmAN7BbqB+fr7WzXcl9ZfT3bCN1&#10;FD5cOAHWoIzHLVF7Tw/2fs6UXWmd7Wq8PFtzI7Ex2xNp0qVNJiKqqyz0+bwO0qYFcbS5Ckgikgpq&#10;iOm8caj7gsv1KqVv7EDdlQ2S2vQQXy+FaianFRhxHHijkHYCQ01mNo0JN3LfQXH19k+wJFH4wpXz&#10;D1r/AKq/t4eXBy4DCVSCDX+X29IfaGHqMV3BlM6Y9m70ptyUtRNid20kz53I7Xo6IfbxPU1JVmna&#10;QAxxJAQGN+QLn2ktmpvJtzUVRUVAl2zjw89WmMmoauZJGF4KGFyhKxCw8jlwzcgey3e5reeH6a1/&#10;tGIFDUYqKn0rTh5dKIxoQvJ6dDdvhNoU22cs/jxePzmWo5qahn3JT5Ckp6utMZjgmq6bVGZCOSiD&#10;kfQWF/auxWGxWe3Nns7pr6V6SRddLkmWnofLKpKyrGOA9rEM1z9LD2Y31zdwJa2duuogCpB9KcT/&#10;AKv5dJFjVICXPxVx59AxltzZLrrq7a+28xkcdlGyWPmx1BU7Qo63LZmripVH7NFRqxkmCg6XCWUf&#10;2mC3uBsmz8DR7/rM3iIdw1sOFZquXE089VWVu6Ms8hbx0gJLLThiF8khAJ4HHPs55glea0SByEaQ&#10;ZJ4KKZ/OnDrVkCF1jj0Om09w7squvcbXbs/gGFymWgqWFTH4aDG7cwzwlqBsxHUztGaxIgDNTwv4&#10;1e63CIWI25TCTVdFSbwz1BHt/cC05lx+2Vyf3C00rG1OuSrI7K7qLGSOH0qfSXJB9sbHby3UJ26l&#10;IE/FSjNjic4B8q5PEClOtXE0Vq3YdTMc/L7P2U+3oqm2e7aaTeqdUdfVmU7F23NX1Mm+e0Hw0P8A&#10;C6GLS71WN25DQRJBIdVoxUys63JMSyize0j/AHvn/wCeix3+e8f+di/4vn/Kp/yz/wBq+n+Ps++g&#10;j9P6P+16T6l/h+fDocv9HW3f+eIyP+a0fSq/493/AJX/ANX/AAK/5s/57/aPf//QfYxceoekji3J&#10;/IP+w94CswFaGnr/AKvXj13l1LjrbzluCoUEsTYG35twOP8AYH3mQhSCv9k/Tj/ebf7371pJBLcD&#10;14k06iyMSdBHq55J9JLGw4/17e88bE3vb6km4Bt7bIH4etV6wSoVH9ocheNS8jg2P0/PvOXA+ouf&#10;pweLf192C1+HHVVcE06b9D+n1HSCxBa1wSTbn3weVPUAPr9Bwfx9ASR7qEcEE8fz/wAx6sK9SIon&#10;OnVqsNfq+gPN7G3559xSef8AWA4sLfS/Pt74hX/i+qlxw6lBWSymxJNj9SARxax/25/3r3GeQBiL&#10;f654t9Pz/wAR7cpp7q/4f9XHj16oJoOHU2GBmjsRyLH9V7j63Uf8R7xiYD6E3sR+Of8AXP1Hu6mu&#10;OqtxFOuUlIbLdbXsQSbG/wDrfT3IWUv/AIhR/sb/AO++numkIMHj1dXJx1FeH1BSLEmwK/Tg/wBP&#10;x/vHuNJLa5HP1uB9LW+vHupzgfz6vWo6c6enuV1ArbSbi97/AEP1/H/E+8RYt9Tpuov+Lf7H/H3U&#10;EfCOqmtMdSxFaxClxf8AFrt/iR9Pzf3iLE3tza1/98fblD5/l1sEHB65qq/T9Fy3HIsfz/vHvsMw&#10;Nr8D6gm4uPrYfX3ZT6j9n8v9X/F9Nsp49cHhRgzgWJtza1rm5/r+feaOUB/6Hi34vzz78xqvWg3c&#10;OoktMbfS66Tcg3N7fg/195/MrH6/T6XPF/6+2tIX7D6dWYlagDrD9vIB+m7C5B08j8qo1f697+4c&#10;r21AcgE/4fn6e7inHrwIp9vTnDDqC6iFJUAgfUHTz7w+Rjcj6f7YW4/H+2+nuwJbFf8AVnqlVrXy&#10;6ymnijABFj/asLm9/wAH/jXuQij6k/0P+NgfpwPz7bII+3q4IpjqPLIRwqm3H5BC6hcWLHn6e5PE&#10;Yuw5P+9f63vw7h1tcjHTef3pCqNwBY2sL/nT/r/0PPvG9mAI+pt/vrf1Pt4U09NtWteukDI5Dci5&#10;Njz+f03t+PeMC1v8BfnkX/wHuslc088fPq60OepkT6r/AE+o5Avx9bH/AIj3jVwWA/P5v9Tfn3VV&#10;Y5rjrxIGDx6zyLoU8AEfgCw4+hv7yvJY2Jtz/X6fn8e9tpPw+XWxjh1GgpyRfkg34Avf+mofkXt7&#10;8slzxyOB/U6vxcH6+9KjLxx17WMDz65SxppF7hxybAaT/QCw/wBgPef8fpt/r8G4F/ofdNJBrX9n&#10;W646jK4J+uq9weNQ9RIJ/wBfj3geRQOB9P1Dnm/HvZ1EU69wr1LggOu7c6iNP0NtP+2+v5PtueXU&#10;1hZTzf8AoLf09vqAvcc9UPc3r05rCQn5Ivf/AGpjex4HviXY/S/H0FrXt9bX/wB796U1PVzgdZDE&#10;qLc2BJIJB4uf9b3lSqCLpuRc/W97D/Y+/Og+L06qDQ9YDSPI/Chr2/Fr3/1/6+45qCSxBF7/AFBI&#10;+vHvRAAHz62fMnqZHTWsNP6RwLA/p/PuGZypJubcm9/rzz9PbwWoz+zpupz1KWAGwAFxY/S1uPqf&#10;eMVBYj/YXv8A4/1PuzKOvVxTy6yinCXsbm/AJ4/r9Pp7xFlcgCxt/Xm/+1W960kCv+r/AFf6sdW4&#10;Y8upChk5P0PPBN/6fX8e+KyLG1l4P9Sbkfkf7H3vHn03gZp120TSrdrkEfj6fgW495xNrtze5H0P&#10;P+391ZcUHWwaGnWAQ+O/0Fhbn/WtyDfj+l/ciLWxNwfxyB9CP6+9kEDPTgpQV6hTGNQApFx9B+Dq&#10;NuLf4f8AFPcpZdJtwQLj/XNvdPDrnqoopx1FZbre5W9iAPwCb2PvJLMwU/WxF/rcWPHA/wCI908P&#10;Sf8AV/q/1Dq4auOscMSMwHAIvY/jUTxe9v8Ab+4y+RjfST6Tzfi/5t7uEFKE9VBoepbvEnGoX1AC&#10;w5PHF/xb30yyggW4H9eWJ9+0oePWsA0r12k0RF7+o3N7WGkf6/vikDynkMf9c34v/vuPdwoA9OtE&#10;DI64zVkcIvqUG31t9Tbge3elxGtgTcg2t/hbn6e/McVHWs9JrI7njp0cBgCt73YW+v8AW/tV0uIX&#10;0mwNiOf8PdArOOHHqwU1qOgmz+/oqMyBpiLLyCfSGPNiL/8AGvajhxIAU6FHNx6f6/4f7x7cjIRS&#10;rZ/zjpxVqM9AZm+ylnnKQ1hudSjksgUm4sy8/Tnj24rTxRL+lR+SOf8AXPPuoBc/6vs6rqIx0jJt&#10;z11bNZZ5mLHSLBjYkkqv+N7f6/ttqp0i1W5/1gPwOfbqx6xTh+3/AFf6v2syOGwuOlrgaKrq2haV&#10;mC2AA4azFifUw/r9efaXq52cNpJAJ/23+w97CD4eNOtAmlOh1wlGlOyF0P0CknngjgAj+l/6+0vM&#10;k7Pe1/ryQR/re1KrVKHr1KjoTaWooYlA1fQAelkNvydI54twfcM0Tu3qvc/U2+g/HB/x978Njjy/&#10;1f4OvfCOnMZqmhQ6SAo+iluS3+BB/wB9+fbhFQEJp5P9R/T+nJ/4j3VomJqB/q/1f5OPWtRJPTJN&#10;uKIykllCm4XSwvf6kWH5/wBf3lTHOxAKixbggfQn63P+391eNAteFP8AVw6sG8uorboijNxNchTd&#10;XcDVY2AU8fm3vmcUL2Ckn6AgX/pzf3qOI0LA+f8An6qTx6xNvGIAapFVQpZvXp4+vF/6f4e+UWFs&#10;t2WxH0tfgX+ntwo9acP9Xn59X+fUSo33Tl9McqyE8MBY+o8XUf63+PvuTGgcEC4+gFv6f1/PvxSl&#10;COtU9Ou6XdazCTTezf1up+tvT/vfH194zj0UWGm/A/23u9ODEfLrQOadZRuF2c+qT6MwPIUf0INx&#10;z+f6++kx635Fwb/QX4/wv7sqKfLPXjg9d1G45lS+uyrb6k/Uf6r/AB/1/bnFiUKcIbN9Lj/D6e7F&#10;Ktpby9Ota+kbW75MMjMKjlFJb1XDENa5P0/P9fcgYSMDkccD68f7Y+3461qP8H+XqhkHn0nJ+zWY&#10;6C6qeWAN1b6/Uf1H+x95Wx6IpAT/AFrW/wBgSB794DauPXtRPDrBFvj7hgfNwRZr6m51XPJ5P4B9&#10;+ioFFiwWx/wvzf6AW93kVdRA4j/N1okV0jrjVbvlZCI3cMfp6mC2ufXcf77/AG/uT9ogvpC2Jt+k&#10;Wt/j7boBQEZAr8/9VPl+XWgaYPHpp/vLUsf3Xl/I0K59XF+QPx/sffa08aH6Wv8AVh9bf1B9saAz&#10;EsOHl1cMaY6lSZ6tkgvG4uRdFYsTzcaSBz9f9698i0CDTcA/i5F/9iP+J9vqUBH+TP8Aq+fn/k1U&#10;jNOmto87WMzhG08ElrqtiPVY8WP+HvMrxkgkGw5+v0/ofbchUCgz/q+3r1G8uo4o8ooBEojOrSWA&#10;uWsPoAb8WPPvIsq2A02A5J4HH+I9+UJUtX7B/q/n1U14dQKvH1guCfIzagNKsWve4AJ+pH+w95Pu&#10;UUixAP0vf62+un37xQFIr/q+fWyhx02ttOrqrGZJ5RbUEseHP4IN/wCv4/4p789ci3Ifiw5v/rn6&#10;fn2yZgVGs1Ir/k6ugI4Y6lUGw6jyalowjO66Lrb6khtbAXH44+n1v7ZJ85CjAXB5NwT/AE/It73U&#10;eX7f9XHq9KDoTcZ1pVvCSVI9AJ0oRckfT82/2HvgdwJoKiwFv8D/ALzb2zI4rrrn/V8/2/z62KUI&#10;Hn1PpuqrTh5FZgSeSLNyLWva/wDiOePx7ww59Bf1XN7XvyOPyefz7pJMWH+r/Y6qQAPl06VHVsZI&#10;/aXRww9BNv6lR/xPv0udUgKpN78kG+nn+o9teIxJLef8+nFSh+0dSqHrWmp2MnjTSAQoZPqSCCT/&#10;AI39xmzDEGz/AO3PtkuD9vXiNI+XT/BsmmhKkwpbgXVQq3+guObEj6+2yozLg8N/T8/n3ZQadaGO&#10;lHR7Tpwo1Rji6/5teAPpxb8e0tkcrNIb82N+Afp/iPz72qGtOqnpe4nC0tNGAqgWt9V9R4I9X/EC&#10;3tkNW7A8kWvyfofzx7VaaGvXtRrnp8WkjU2spB/AUCx/It/xHuKkzyPa99RP+2+n196NRU+XVmII&#10;r1LaFFUemxFrAi555PuBWVLRlkU3A/IP1/17+7DUWGOqVoOpUEKEaiBc8njn/D3FgqWXSbE/2ufb&#10;oUnjw61Wh6yyRKQefzYW/wBv7WGPKTR6iACAPT/if8PaaZShqvVw5Jr0mK/XFIF/qSdVifof6/4+&#10;+U5RmMYS5AIB/Hp+t/dQCRUnPVyx69CGQB9ahT9QDe1xwb+2iSB9YIAAH15/oefbuk6em+nVKiPS&#10;ebk2tcH8i1rH3Ig18/ttx9CRcci/H+8e6adJoOtouesMxQi5kAuTYA2sfpY295JYAQXI0cc/m/8A&#10;jx79Ug1HV5F8z1iin5CXD3JtY8i/+v7wpAjgAvqsPrbkD24xoK+vTYpWnWVpmVj6LC/IBuGt7cae&#10;kYsArDSbGwvyPyR/re0tScdWQivUOqrI0Qkp6l455+v4/wCN+1bQ45AVBYMT/sb/AOHPuhYjJ6uK&#10;E56QWWzD6XKIy6SQDe1ifoxt+P6cW9viYqN3uBwTY3A45+vu+o+XCnThIGekPU7peCLS7EuD6QpJ&#10;BNuVsP8AXv7bshi0hYMlgS1yeR+LEWHvwkapA6YZtZx0/wCA3E1bCFlDDSpFrAj6/wCqNvbe1Oix&#10;sG59NtQBNiT/AIe7HUQD69XQVz0+x1rvMvjYAq3KXUM2kcf7D/H21zUwKlY29Nub/n/Ye/B/UdWx&#10;xPT7T1TBlaVRrubDjgf0HtmSnWOaxC8E+v6g2/HPu5Nc9VdRg9PzVDPBcH+yPR9CPp+fbjBGDLpL&#10;ABbD6Dm/0IB97VdQqOPWic1HTRVzmOFmCklgT6iTaw/tEfT2/MI0Uc62FvST+OTdbe9lSR6DrYeo&#10;z6dJOOWWSQ3UxowJ1D+zc/RtX4vxb36Sqj8NmOm/FjywsPr7Zoymgz1QVHDrLFj5PuhKAzFRww4V&#10;iTyP8T/T22LOwuvk9PNr3BA/1/bmo8Ovdoyenp6ONrSGK7g3JH0P9fp/vft3oZgPSW1KQCSTY3P9&#10;PaeQHy49eBH5dMeTptQEnj0OpsoFrWH+qP8AX68n3ByFQutrMQLG31Fz+f8Aff092gVgPXqzkjPl&#10;0542muiEqC2pb3s30+lyOT/jb2lZqjU+gWJuR6iBfn/fW9r4kABY46a1E56VqU+hQxuOB+lf0kD/&#10;AHr+vvlZRpYgH6j/AAsPemXj/Lq59R10GZrqrEckm34vwLD3gGny+kLb6CwIN7/kH22OFD1U+nUo&#10;6hHdiSfryQRa31uP9v7kyRMEY8H0+m4uQAPob+3IxkAf6j1c0A6grMrMt9Q9XqtwDcgg/wC9e07U&#10;099Ui2GtrFRxbj6j2qBAoD0mbj0+wy/RCD6V4YkG/wDhf3HpozHOCzFSSAbm9x/X35yoNB14LU9Z&#10;pTrjawBtewH9fbnJdpD4yG+hW6j6cXtf2nLADp2hr1DiFkHk9PJDaTf+tr++VTFaFZWIsDf08nUR&#10;x/h72rgmmetkHj1xgf8AeaMKQbW5vaw/x/3q3tMVc/jYkOblQ1max/1z7eClj8umyfM9PESXFiAL&#10;Ei4H4/pf/ePcGGulZiS1wwva/wDUfW/9PeypUdVrqOespjUi1rW/Itf+vtQY52kdVdyAACb3H0JP&#10;19tsRT16tpocdQKsBFZlXUeRa30FrfT2sKeUGTTH6wAQWvwP6i5/p7Suhpnj08PKnSYnQiMtJdCX&#10;BCgc8HgsB7T+ZUBlCORqN2CsONX0vb2pt1IHdw6alOnHT1jHLIdS/o4BYfUAc2v7j0rJHYaj9LXP&#10;H49vUHwgdNI1T1IqFZgWsD/gPryfrz7UdPDIYVcxAoPoxA5P59pHrqp59KFjLZ49MNRURCbQJSHa&#10;14weeOBwfbTknSFQVRVa/LA8ni5vb3dFbhXHXnCIKefTnQB5CxZ2cfUAj6c8Cx98aLJoUMS/Uggs&#10;fwbfkm/us0eK+XWkauOudRRFn8rHgEHT/gDf8e3Kok1U2tU1ennji4FrqP8Ab+0wrUZ6cahWgPUS&#10;CMLUMjNp59PILWPIDH2lpKo+ovxYC31vcfkf4+1naMDpjTmnT4kXA0j63/1v9b2paaq10VkI1WFi&#10;1gCD9R71iuphwr0oGV09J+opbVoZidJP0X/eDb2nasPIZAQSwJsObfXm3/Ee3w1eB6TkUNOnyDSi&#10;rawBAubDnjj22Rqit61Kar/Xi+n+n+v7arWoJ68PXqYS1vSbkf0N7X+t/eGtYsFMakWNvqLf05B9&#10;uoVAoR1og0BPXcQsTc3PB/x5H9fcqilcOvEgBAuSQAOLkn225Gk56uuB1jlQEX9JIv8A8Utz7VL1&#10;Ly0ixppBBHqYjn8c3/NvacIePThkPTMsCRVTOdRDDhQGstuTYD/ff09tT+PURrBPJ1A/kf0Ht5Nf&#10;WiysO7pwXVpvYqOAB/QD/H/iPfCKpkQGM/5sm4/Fx9Rx/X26a9NYB+XXTwRsQ/8AbAtwB+f6n2oK&#10;atXToCBmZPpawAP0Nh7SSih4dKI3rinTRNROWDmQqqsOeCeDc8n/AH3HtjrlctdytnvdTwQB+Lj3&#10;uJ9OOmmqDnp4gItZQbraxHPNvrz7ZP4cs73jLBQSbc8H6X492LUNPPryoHx1NMulbtb/AG//ABX2&#10;q8Xh5EC3DeOxuzH+n1HthpDWlenPCAyeHTJX5KFQQCDILAL9efwbj/ifcfcNPjjHZL6/03B44/IX&#10;6+1UBcrnqjspFKddYmStJbz20cleDqN/ySfYaT0DRSpOJA8QZQym7Ef7Ufa0sPLpI61yOlCDf2JG&#10;DmWCmjKtqJvYfT/bk+08jAn7elEY0kHphydOZ2IIAH5PJ/xH09zMvlIljBfSsiggWFhZuOf9t70q&#10;mny63I9TnqJi8e0bMQS0bG7ajf6G4t7SMcxml1qxX1XuDe5H9P8AD/W97Kgceqq2rB6UhXSoFgQB&#10;+bj/AFyfch56iOL9RGtjx9CAPqQf6+/AgdbIpw6xCONnvpBsPr/W449umKmerYC7abhTr/IH5t+f&#10;bLkKv29bQFjQdRK1VhVntcgal0ixvzYe1FkaCmjiWQkkKeVUgD6fqIP+PtuJnJ09OSBFFD0x0NdP&#10;LM0elVvaxcEnnnSCP8OfbXTVVLDOAkahhYa3YG/5+ntyQMy8em0cA46c56eeWNtchZTzoRSLG3PP&#10;tfU/hkhEkTxtKVF1NyA1v6n6e0gBrQ8OlasGHQd1jVEVQY5o5lgVzpdeDa9rFRySL+2mWgd5yZFI&#10;a4ZVVSQOeTz+Pa8AmPB/1cekrA1J49OcOWiSAeNlMQJVnd1F7cKoAubj31V0dMIyjMFbxjXqQWJt&#10;xb+nuiag2PM9eJqKdc6PI1UjiQJqQSER+N7NpvyXv9faYNLSRS6rB/UfX+mwH4t/W/t81K9NkgdK&#10;tJ6iWPkeM6B6D6jc/wBon+nt1+4pJIRGVZQrBTIzXYcfTni3tFokSTUw/wBX+r/V6vIy0o3HqB4K&#10;pJGkV1YspYRBLK1jYm45v+fbPKaYO8WkMNdw19Wq/wBL+31LcemzTV06oJmRJL6TpF1+lv62A/x9&#10;56bFpKzOsKqpI9IXg8fUf09p5HatOrhSeHWObILAihpSzW/UW5t/jf2o027K6qx06WX9KDkX+nA9&#10;seKCadOaFNPXpNS7opYnlTkMj/qc2U/k2f8Arf201+AFKfPfSqhgDpsQ39D7VRM7dNFPPpxx+4oq&#10;0+BbNIbHSpBGgnhvaemSSWGRGuTz6if0r9Bx7fCaeHVBJ+EdKGNkWRCLAW+gFtR/1/bVBiyZdWkH&#10;lf0Eeq/1Nh/vXvbMBk9eC5rTqU9QoX62uCPULW/xJ+ntRNtI1bRmElHK6o9S2AJHN/adbgAaW/1f&#10;6v8AJ054anLY6Y5NwwUyu0w1LG5VtLBm45uB7dVwsmLVGlkRpQD6lsPoPwPbSyeI2OHThjUDB6hr&#10;mYckGWFXCG3Dg83/ABq5HPtsq6/UCvmBe4FwLEcXP0+nteEOnHp0nLU6cKWhWMhvEVW5JBN7n/Yj&#10;2nZMlaVlMg8S2WwvIzsPrx/r+9umKDB6r4gU0PTskACg6RqJJ/1NgfoPcqhrJvOXQi3AKj8G3APt&#10;rTXtPVq0NesdTBG8Whr/ANQf6c/Ue5VRkpl1OCzerlQxAH9DYe3hGAlPPqpc1r1Hjo4jZSq2AsCV&#10;BY/1BJ9udBkVmXRUEgMLGxte/wBOT7LpV0ydvT4bUO7qNVURQB4QNakEAjiw5P0/23txbErKhKzF&#10;01C7E+q1r6QT9Pbsb9oDcfz/AMHWvDQCvn01fxZopdLwaHKk6QRp+ti3p+v+t7yLJQY6ImdQ7PqX&#10;RIwa4A4AH4t7sFMjeg6qH0jHWGRchkJFWncxhAjmSNSlmvchm/P9PaUrs1SoWUOti9lD2Crc/S44&#10;/wBj7u0Ap9nTbTKOlLTUciAF+GIGog31H/G/t2wFfQzMQ0bE6gAxbUL/AFvb+nupiYEE8OrxyLXp&#10;rztPXeAmnlT6MbWIJ49IB/B/x948/EHqHSB1YE+lQbLpI5+ntWEQAN69acas9ewEsv2cZqEZZFWz&#10;3F2JX+t/Yb1eFrpK6OoilI0MfQH0/tg8rz9fz7sXULQdNNESR0pllUi5P+F7H/b+xy2nG8WLczjS&#10;7W0hjYAH6C/+PtOrgyH0/wBX+XpRTSoXoIt9Hy5GiSDUdJcyaBc8CzHTb8D21Zmol+4GgkBCQeSz&#10;AfX8+0swFfmetGoHSr29TotGuoAhlU/pCqeLfQce5uISSpjFqeN5Q5AQ8Fzb0m/+829pwqlu6vTq&#10;qCvHqPnaiOjLO9TJDAU9UgsVjGqxuPr/ALH26VNWaBVLgw6V9UYIsXv9NP8AT/W9mNvbKf1B/lr+&#10;fTbNp49JmGmTLs6I61Ksw0zkfpTTcOkg/I/2P5958FiUz9QWQJGb8tpuVLcg2YWt7T39yYzpHV40&#10;Rqt1B3XuVNlYpp6syzRxIf27kCRY14QPHyCf6+xUoNpNSyJHI5lQAaiVAVrfWy/j2lW6LQk0z/q/&#10;1f7PTT6dYp0T7d3f+HqoJ5qQpTTXlEUazkzxOB9XLEE29iJR0FLRoAsaqxAuALf6x59oxFJIK/6v&#10;9X+o/N7WdNOiEdh9t53cVfURPkal6ONnEaPMWQhj+riy2t9OP+NdVOQgpARI4W31H0Hs0gsGdBIc&#10;D59MmQA9Bvh9vbm3rV/b4ailq3ZrMwPoHNudVuBb2j89uCBqGdKSTVLp9Olhqax1FR7NbALFLV/L&#10;yPVa6jno1HTPxwz+P3lhMvuulT+HQl5JleNmiSSRDHE7cfRWIP8Ah7KnlcpJXZwr5pIjHI2oci63&#10;5t/jf2ou52lU/wAuqIFDd56ub25hKbDYKmpYYYnUU8YsqrY2UBPp+Le824RamgkiJlDAeQMTfUo9&#10;LKPz/j7LoXPhktj/AFf6vs/wOz+WjqTh/wDP1KSIIyhPj025jY3Kn+lj7gQJHNi2acMsulhGpbQH&#10;A/K3t/sfbUP6kxpwHXhp0dx6cpXljq0WMAxkguQpYrf8H2n8JBU5CtlplvGPKy2dgrsAbKwYc+93&#10;P6RDDqsY1nSD1Lqp0poHnkuVjUsdIv8Aj629ivR4TIYh0kliDo5QXaRWJB+hBX6e2iElh1V/1fn0&#10;6Bo8+g4qNz4fN+alpap/LDr1hYnUKU4ZTqFifb9nsdNU4v7mGNHCoRMNQJuR+NX1H+Putqus6fP/&#10;AFfn/k6tLkVrjpKbcz9HQ59sXV1DxSzvroyykK6C44KggEk/p+tvaGx+CjaGaWCF5K6K0jGK5bRb&#10;n6f7fj3Zg6S9/A9biUOp0cR0JlfnYqeWBaieGCjqD4Q85EatKxsqBn/r9LH264KKsmlnir6aRoCQ&#10;I3OqxH5uw/P+v7Rzvpkqh/1cetxI+S/l1Czk1LBTpLRVEUc6C7KrJf8AoDpP+9+2rcO2aKvrF+xa&#10;GmdZF1RknUrjgsrc2v8AW3tYk5WD9QeXTLRa2pXrJgs1WRUV8kJaiwZ46lUUXT6hWVbDj6XHtd08&#10;MG38RTRmdZK5Qsh5sGitYpf/AAt+faeGL6rVIcDy6tIREAp/b0H1bV1u5dxzolFLHh0RqdpGClhV&#10;KQVkC/Wx+h/HuPms7T12JUsqvJZhYkEsQthpt+f9f6+7WVr4czV/1f6v5dad6pU9TcFtqqxebYxy&#10;OkBA4UMAFLaiJdV73J+o9g5E+OjnNcaeRp45PqHusbXuocAcc/19rpkdjorjpuORR3AZ6GJlmZRG&#10;HQAoBfTyRazfU+11iK+TckgMjNF4bKzlTZVTgDn8W9lk9bZTGgr0oFZTqOOkrX0tLgYJJYY1czs5&#10;8dxqkkfliP8AEn8+3vN7bSjpBlIZ1mMi+JogNKtfixP05/r7tYu1y+nzXqk6Ki6ga9JvC7w+7ysm&#10;DqKCal0L546mRgVYA3bSByNJ/HsG8NXU1HuV4xBNrlcwkerSo5uLj/Xt7MLwyRgEeX+r/V/k6Swy&#10;ASUUVr0JVZD9zRSRlwNUWrXYEEqNQPPsaqDHRYOpTI1SNDDJ6g7g6ip5AF/r7LJZzdrRc9GCAQVY&#10;+fQZ5LIPn6Spw9BLDPWRAo6RlCoYHRd9NyLe+94bjp2x4lhYFJArFQQZCo5J1WuPzf2qsVCoUIx0&#10;zMcal8+mnY+z6rH5KR63U0sBlUPbRCNbarCO9jb8f09o4VQrdr1c1OkhmiDTCFTqmZEBLGNBybfU&#10;+3YNK3TA49Oqk/pUHHoQpo2pc9RmQgwTRmLWUtGszf5tGc/Qtay/48f09o3bm7oZElppqdWaNrEy&#10;oQycc2+nu7xkSVBp8uqxTkrpI6eq7HfdEPHNLEyqQQj6Vf8A1OoH+ntXY+op60tMhjWK0jtG+ol/&#10;EfUgB/3r20ZGEnhjz6dUr8R/Z1Bq45aeFV/dkkukayoAPG0np8rH/D6k++6Pc1NLWVEEdJPFDFd9&#10;ZhuisgJVkdhxb6X9vTMsVAuT/n6oHLk4p1BmwEz06GWp8s4AViS0fkV+HRtBswP9Le3vb+2KTe9V&#10;VxS5I0ksaNLDezuhPB1WIP8AiPaS4v8A6d1Rhgmn+r5dXjhR1OonpJ9hb2q+stvR5im29PnoopYo&#10;ailopY4JWisRqh8vp1C30J5/r7Xm39tbd2xFXYWor2qppoZBPM7gByD6TCPqPbZW4Fylw4oP8/r1&#10;dGjWIqo/b0Du5t8733zhcJujauBmoYIa2kqaWjqY9dYEY2qFrrHTYC4IX2k/vcRQVBxFOzSytOGQ&#10;zNcOH+gcXtYH+vtTe2hRvqK1r/q/ydVSYFfDTtz0MtBFn8tRw5bIpBSL9qVkp6b1GN1PrMchANyP&#10;6fX297gwEMdDTGSWmiedCZk4MTg/7SfqBf2xZXAMTOoPp1ZwDRSekrtfd9RW5/KUaU9bUQUUqrTy&#10;OrCaIgWOpgONRBt7Qp2oYqwanhMDRRhJV8bQiM+olT+Dbj+o9qNaSLVeOcdMFQrGvDoS492RS0by&#10;LBUrPHLIj0zo6VAkRtGkqRyL2IYXBHPvPvDBVMe2TX4Kd5Vpj41VSRGAo9duSePajbYoJC6k94zT&#10;z/1f5+mpSaBl4dMG393ySbpfA5qiSirKukNVSyO4dpiG9MYIAH6fp/rew8xNTk83j5IaWGOqqTE4&#10;mjKXcNH+v6XsR9QfbZWOK4o5oeHVxqdMdCTVS0lEq1FTMtNEjgeR30Rgv6VVif6mwt7y7GhrslT5&#10;bBJDXLKrutpU1qzg86W/w/Bt7Syyi0ug7GgOOrQhmjK8KdQ8zU0dBFDkqt4Yo6V7maV9AVHFmsfz&#10;/re82CwGR2xuX/clipFhd1gj1g+ZjK3rl5uNNjf+ntXeMHRZozUDP+XqsdUYg+fUN8pjdx4Spmwu&#10;WpKiKWCQpVUsyTIrpe8btGeCCLEfUf09uee2pk8HWZjMYbIw1RqJVaGhZGAT+1qDcC4/w9rmube9&#10;hV6UFM8P9Q6ZSJ43JXNem3b241y0NJRZDH1NJVLThZXl0GB5Yv2yI3U6vVa4uB/T6+1bg86k1DQp&#10;uWhmNauiSJ1dWEgU6gtiDcH8cew9Isq6vBNAT8+jBZAgAcVPUDK7fq1qqmo29W0tLDNDLFW05iBV&#10;JWFjMjxkWbnm/vvOptKap/i38Egx1RMWR6yKmKly/odpIhwWA+htf2rjkndRraoT+fTDIlakUJ6b&#10;trYzdWIp5MbUbjnzwiVZIoq16Y1EKjmNErUUSeNiLWfVa1gbe8kOBfaVHV5NYqifFvTrNFK0kcTC&#10;KZNQFzyB/X29HJHeTqYD3Dj+XVSpiUg8OuEm5qHdFTT7dkq6KlzUdZPFNR6ZKpRLQveXQCAGIA1A&#10;ngfW3sLEmp8jlJpq1GGFqmMZSlkuIo2U3eQuOeTfg+35ZJIpA0eSOI6bCAgg8D0JnhqoKARQSRy1&#10;kcIEclQLJJKo51iP6X+nHsROn9pUmyMpW5LH18eS/iRlSEDWthK3pWZD9AAbXX8/j2Sb3OLujAFd&#10;Jr+f+r/B0qtIPAQ6TXV0FnZ8Ue5ts1W38jR1FHTyNDU1zSCNwYaa8xFKy6gzagOGAuPbt2ltjcYm&#10;j3JikhZ/IaesjcayYHUrf/FeRcj2c7ZcxXtlnBj+XSWZHSQaTj/P0keo987To3g63FYErYaM5LFp&#10;KCi1FOJbSoCP83IrchGsSPpcA++9snce2NsSwrGiV1TMJaKWNnZqgEeqK/4HPpv7Jfo47zcDJxAF&#10;Ps/1U8+lLGRIdIOT0tNzR7W3PmaWGvnjrKTHwyrkqWUr9vT62/bqJEktc/VSw+g9pmPe1dU10mOy&#10;8T1M00ckNbQLE00oic6DNGo4DD8Ajj6+zWZJreKkbUpSnoemI2DnSR9vT3FsTb1HBBUYWGDHtTPH&#10;V0VXTsIkBTlUkkSxaNv7Q1WI98hg5KDLR4fbyMMZlPFNVPNIfuY1exMb05/PPJ+ntJJOIoPrZMPm&#10;g6eRNTeGDQdT6TJirxbV+bip46zGy1K6oSTStJFdRPTStclXA45v7UPYGETZ9BT1dDG9RTU8UkdT&#10;Go1z1YlXXrI/sgN+Rx+PanapPrIPHk+IH/VTpqbscgD/AFf5ekD1zvpt61+ZpK1XgqY5EqaaFFJg&#10;pI4W8PiWcDS7sAHseQCf6cABtjAbr3JDSZLFyfc02PyVTWS65wsqx6tbxTU5PJQXCafr+R7veTpK&#10;zW4GW4Y/y9UiVtIkBwP9VOhaymbxGFEBytbDRLVSx00DTa1SWWV/HHEHAIuSQBc/n2Pabfm35tCr&#10;VqCWKjWsp6iNC3jWmkpv8/NEV9WpxfUD9fZTaXb7dctanJYf6v8AV/n6UyQrOgdjToOc9uPb+0N2&#10;Yf8AiOVp4chkKOox4jexqq+OeYSUcDhfoscg9Df4kfn2y12z8ftGmgipquI1WYmhkpneZyaeZjwk&#10;kMh5NvoP8Pa5DNcI1260Vainr00QkbCJT07bd3md01eShjx9XSU+Flmp6tp4lMVd6OJqKdGOpLj8&#10;ge+O5c5tzb2VGBpKtqatyEaxTzSeKEPLNbxyzN+SxFrji59rrO1ha3W7uO4n+X5eX2eg6aeTU5jX&#10;HXW3BnsxRrksxDRpDFVPNQUkEklQwhiLR6VZgv8ArAEE8W949kbS/vRXZWi3VClFkMG1Pltv1isH&#10;1iGQu6N6vXwA3pP+Psr3S6a3mSGLMcuD/k6UQJ2l5B3L1F7A3lW7TxWJzeFxyZqgqstFi8pTRNJH&#10;NDBWI0UVXEQraWjlCq6uoFm5ta/sXMnkxXfaUdbUr4qdgajxuWLRnhS6n6Iw+v8Ar+1FhbfQQ6Ic&#10;ajn7PP8AZ/PpNcDxJg7eXD7egjxmBalq87uPF0DHI5CkaLGtVwoiRzQgsscToLl0c+n+gHHtAbax&#10;O7UyO9f4nVTDaFLHrwmTo5IZ6iAgeQp9oDqVQCbkj8e0+4iFr2KPbxqkPED0+f2dKIA4QmfAPDP+&#10;r/UOhCzW69vwU204quDE02585U0EP8HyzPQ/eVE0Xjq6ZKwoUklElhENRLfgG/taZbE4rcmI29WY&#10;/GruKhNdDBkKVYIZ6ZZEUIzTxNpsRfUWJ/P9Pfre5uLa1nhdtMwJIHmR5fb04+hpRiq9Bpitz1+2&#10;N+7529u7K0G0oZMBHlNr5GtqfDVVdM0rtVyU1RUs8biFtMYg08aQbc+2ncW1do7axuagiw8eOxLB&#10;HyWPhulOsZFvJHMouSByADYH6f09qtrivJiLuUUcA/6vs6TyNEf0hkdPGxd/Znd5wKUm4qLOtOlY&#10;2M3ClNTQvWGnDfcJV42DQqhguksApItwCb+0knVT1mDhpto1q7fxGXpAtK08LvFkHYl1llMRDWkj&#10;4ub/ANfbZ3OCOVpWHetQT/k6UfTMVCLw40+XS2qu08dh6ytx2ap48tmsK0dVkKTDfbST4qlm0wyS&#10;KlW6ByjkarPq0sPqbAumR2Zmtr7ZwmGklopFRZKWrWWZjTRTBWmpa91X9Cu6rGT+CQfp71taS3aT&#10;XSgipwSKGnTTFUkEdRgdN22u1tlbw3Xlkw33VXUY/HUlTBXw0mg1KX8OQxEUp/zk0A/deJTezEDl&#10;fYlbXpKXH7PopQ9JWrkNM1bBSzGnhNUiWqIpJ7m7rZhc2v8AT/H2gsrWVtxkdmKOMA+ZHljp6Z1K&#10;KtMDz6BrtPcmRznY1RgosfW4ar29S6sXna/ELmjHDknENPkMdQJpdojKI/It7qPUSObc6fK0LTyr&#10;h5h9w2LnbHUlUw+5ergGsFHkPJCggL7WtAi3CI9aE59M8P8AJ69NFysZPl8vTqPkdubpG26UdgQ0&#10;k1Mm6KGLdGXwUEkGKG3a69JUrNS3JSHW6PO5YgKDf6X9p3E7ypZqKrrGppMhKKmphLxsf2JopNKr&#10;MHHokVwyMP639r5NQvxBMaKBUD19P+K/zdJZakAwj4vPpZbl6dqJhi8bgszTbboYoKZZYhTRTfd0&#10;jI0eQp6dkYao3XS4ZuR/UXPtM7Qi3Lu6vqqnJ0WS2/g4KioOFrYoZKeoqcgiWeIq4u6PySSApt9e&#10;R7S7tuEK3SQRDUPxUyadKYLdlhLv8QyM9LPeGU25sTC1sWJfAbi3FFS4n+L4rMZaniVcHJW+A5Co&#10;j9XhWO7+D9u7EaRf6jrLYruGiwM00i0dXjsJI+SoVfILDJVRpIxNJM8ZMlh9SCAv4uPbUElu7uts&#10;DQipNDSvy+f2Zpn59V0NUMxyfn0nKDffxsbsmPF0NXiKbsrfMEeEelhxdYK2pWmoTNTvUSGFqeJv&#10;ENMUjMC/CjV7FzD7UocZPhN9ZynWk3HSYIxtiaWVJaCgmq4iaidVtwxub/i4v9fZGhvd4drV6+HG&#10;9Sx4soNelEhSH+zNSRSvp6gdARv/ALXqc7DuDp7YdVHl8JuXMV2HXd1dNWpXRzxzLFWYeicooqRC&#10;yBFk1ArGNBBWze2WqrJBNLNlK2herM8lfS07KHenMUrJTuxJ9B8ZFyP6k29m8kBuKxRVCAU+3/V/&#10;sHpuNilCOI4/n0K22sLjsbj8XQbW27k4cdTUdPgMhXxOaamrKapp1qMhHEq3MyifVpVrWIsG+vsC&#10;u189u/7uLKR4fGbo2tQxJJlViqw1LRyzkRqPKhDK2luDax5BAuPZ5ZWsdtYiG3Olxk/7PSKTX42t&#10;xVT0MXXlDtjE0yUdKK3A7hzMlasUeYhix+eykGNb9yWGlqQfKiAF+FYhfUeOfeDE7q2tszZVHSfZ&#10;QbZr8kamsxNOK+fJ0VVSR1KrUVRgJ1FnVyLfgj2T2lvcPuL7lIahBQGnn/m6WNJCqrDw8+lDl8Jl&#10;M3naeI5Cmqdv0pZMxSPSrBklnam+5oo6TIRWsEk8UjDTez/q4HsWdk0VLktt0G1dl4PKjABRk6fc&#10;j5F6dJKqKX9xY1IL6FNwIhcACx4t7D1zvEe3Xkt9OQ8j9ukCtB5ef7ft6WLbeJSnao4f6vn0G+58&#10;XJR7pi3vu/duFikoqGpwsO0VxEFZRpjcoyOgmqKiXyGokeK6zkIpF1Vfrd4y21NzQ7vw1DW0uRy+&#10;EcR1UeVjrUJx9dTeuelqqaXgRunMbNcMbqdJ03NpL2S72EXFphnxp/wfb9vTKKi3La6Cnn0Gezu7&#10;emo8bvympcrtDZ+5NvPWQZnGyQR0YyOPqJjS4/JU8sKxtOwYhahadmaEj1gKyOy73DncdS0lVPVm&#10;SeghhehhVkCRTyTP4/HPGVBWWMi1rWIa/wDrO7NtlzahRIzLqGpq8aH9o8+Py6ZlkSQVxX/Vw+R6&#10;Afb+1s3u7cOKgwEG38HuuozVFubI1lBOtbU4ygxjeYV+BrFKvPistGb69XkjkVoibG/su9XLt2gn&#10;rN1UFDBid1NPDQ17pBHM9ZBQxtSqpo2UqjgqupoQGPF7+zC9tzeEwXJ7BwNaV+3rSEo1Y8k8ej8b&#10;fxedp54sRPkJs7tarop8hTVE8tR91ST1dWK2OEZQSGSaDRK4iSa9lCqGsqj3M23lc1vjcWAysu28&#10;4M3i8zQ0tJn2WOnpRjnLrkDUwTaQUhVjIrC5+n1PBKL3Tb7a9lUFFHaPOvkB868P8NODkSkSa+Hr&#10;0nNyY3ZnWu394eTJ4DE7Nr8Ln8rndsVemOWsy9ZEiCspZ2m1KKrSYZ4TGRI5VlKtr1GH3BQwzHIC&#10;CaSnSnRosgR4o5q2CUrLLLFOvKklRquOeeOQfaTbFkMCw3PxN8JPAj/Ufn1UNRtSDicD5/Z0S3ZO&#10;75IKnaFd/BqbKUWdqYazasdFDkamj2Ll6Simx1Di8hjJSolhiilljiliZdPBW4ufYaVMeHzeWrcp&#10;uHK1WMoKOl8DUMsh+1lpqPVesCN6lZr6WsOQOPYjleeOOCwtVAAyTjPr6cf9Xl008QVWZsluh7pY&#10;959bbH+x6+21Rb43PmclV5GOsMlNRT0uVz1Was0NTVKvjaCnBYI8j3X0hr8n2ktjZnqva9RmMNtL&#10;LVOdy+fAerV6iaqEcZkaSMUc4UMt0YkEsW9P1vclHuls4ulubpu1fwjgft/1Y69Aezw0FPM5z09b&#10;k273X2KcRV7oocBsfD7byNNmqFaOrSvy1TUrj9Mq5un8stMYo59SGFHZJY31NpKge10nY2KU0+2a&#10;DzZivpMfkZY6dU1VkDUEBnCnXYyN4wRe93P+J9t2m2wWtwtzKSC7CgHD5f6vIdWnaSSMhekZuPpf&#10;OZWqy+7cxksXsyhyWcwEWUmFRJUUebx2TnixlWZFBApPJO8XiDKRCfUCRyA86z3PBvLN5w0FIklR&#10;RuJ5opqS8VHC8xEmQlmVghaNvSafXra5sOPbu/zut9FHGTVjQD1IzTr1ugFuS/ADoaeyqLD7L2DS&#10;QZPL1tDjaWCHErUQ18sNZkqqaBaHH4KCbxysj1THStSy2jKgsQDcZYKeWl3Ll9zYWpGcxVbSz/xP&#10;b+RWOix8aRt48iifdM0Sw3XyqGPFyR9Le1O4rJdNHBGTHMAKU4/8V6/8V1uFY40LPkf6uHWOmi07&#10;Hxm199xVOAr6Gux2N27n8Rk63cGWFQwEO3clHX0dPBV/fujCGoKxEMxbU7RuT7cjS7Trdx4fJR5M&#10;Q4zcOqKjG2sl4cdQZKKANJR1MdJpvcAtrNgRc+2J5zHZhmUGSM93rx4jqiRliV414V8+mLH5PsSh&#10;2NubbtNishl9x7HZkWr7DoDU1O98LO8lRTZfH18cjQOXRXj8L3eN1CyhbglQQCsoKmVchNEMfNVi&#10;qgnwk/8AxcZIB9vGuXqJUMZUoF1szC5/qefbN8yTETQ0ckZrkj7P9Xr05Gh0aWx1Bpzjc/jYnw2O&#10;qsdn6HHHHT0G9MTIk23KXIn7+r/u7jKWVJklWTiFISyqFUAhFsYW48Rtg57btZuTDHNSYir/AIji&#10;krndqemMyi7uEUpIqNpPqv8AQD+vtwC7udoe2tyFQ14cfmPz+VOmoZIkuSB8Q8+u9p1mezuD3INt&#10;52kwdRUQTYrJ1+Mo6Z65cnj2elWspYa2RmgneMPo8ikAkP8AgErrLbpwWZiyMUNfAjKBTMKNbSis&#10;lj0oVtxpH0BPHtzYj+6pYLV1AXzPoD9v29J7uKWZPEjrWtft6LxhOlux9v5mg3RWRZjO1zZEZD/f&#10;0ZOGajG2qKqSaWGWOmjGislC+Rwq6m/1ROoEoGz8tVYjL7in3bTrtHDJj8hjaavztPWT5bMTCoaO&#10;Ko24hKIsnHqWxU3B59q99tvGuke1GvSak4oPt49PW7ssZWXB4U6sGzs75Ckov4Er5iphyuPlaDH5&#10;ShpaJE0GbVmpn1sKUr6ykUbyM2jStrkDjR4vb2Vp9sUONx8+PqvtoctDV5CSWXNCKdvFJW5ESsyw&#10;xyhtQQn9P+w9kwl1287MdeaCnCo9PXpUtfFqcfLoK/4nu/bVZu7ce4twnO44VVRQwYOhx9HR4OiW&#10;KEzUmJwbpGaysrEsYppJHOqUsqqunQo34naGIgiSrkqoazRSS04jgkD0ziU/u3t+oE/X6W/x9kEQ&#10;ubmUW4PFsgD9mo+X5V+0dPSOIVJYY+fHomfbHya3ZixU0eP2RmMBFLWUlZBldyw/YZczQsPEuLxD&#10;pq1W/Q8zC/H7Z59sbYbZ2WxzY+igj8lBPO6zUCS0ggrHXRLLGRxe39bg/Xk8+xFBDLtkrW9w2vxB&#10;Wnp6dJGmZqSgUA6l1XYPyHxW5sbvjJ0ybd27XU1FT1OA3FVY3PVGUwUbvVU7VBpReGZ2clhHpK/p&#10;NwLe2FMNt+qqKago6fO5espIJqmTJNlvtKSidD4lNU7ugN2BUKEcgX49vSWb2y0d8yHCqPLjw+zz&#10;/ZTqwuCw1gU/y9L6s7P7bxsM+7d01fW3Xe0KnJ4/FUe3JNqZjdm6NzGqRZnGKixMl9TI6lLx/qHr&#10;4HKOyFPS4XNVk2RoqWnqczj55IsocvUTY3GNTACGRv0giViAkagj6/Tn29dJFLDExbWkdBp8/wDY&#10;p/PrURap8OoPn0Oe087Xbu2xj5dt5bPfabezVPFk8bWbRpcRmM9Tz/5/GPBkrNCYVcPLUAK/p55N&#10;/b/h/wCKZrC01DlBhfu5llBgpXApmjS6IZ3lsZXAsxAA+tvp7JIryO0vGaAHQ2K/b5fZ/qHn09Iu&#10;pdTcR1g3PQ4jbWVrtyQtubx0WiokmcVmRmg/3ZIuMgjGmljYAqzFRqsdX4Ptoq8vimr9v7Yiaim3&#10;Osn2UjrRFqMRwykJBTQICWsLepmsLezCeF7fb5ZLomhNVFcgH/L8uq29WmIXA6z4DHZ9Kzdm85pp&#10;Mf15ksfT5vHUc2QqIc/UVctEs2UyuVqqpglNEFUKkKIG5LMRwvtc1OxKeldszNFiqbJSQypVwOrE&#10;5EKBocyo11t+ERefoT7LNmd76dEeqqpBBOP9j5eXTdyyxKyx5r0DeZ+Q9LBXPtDBU+7ty42oq6Om&#10;kz2Ajx0/90JpWVXpqmGuRC6AN5HqJmZEU3ANrewg2xtDa+MzGY3fncLLDj6aOsyORp6mM0+NarDA&#10;RVEkMg4AHqsCSTY29ne7x3O43q7fbGhY9xGO0ft/z9NxyeBCWPE8Oh831unNttfH7c2RunFU+7Nx&#10;VFDiMFkgYsvXaBD56+eCJGCPMkMbkzSKI05ZrkWK4wO/Nr5ipyMksVPkRKIhR0Bp6cUNPSqpZKhm&#10;s1wAAoDAf639EVxZpZXUUER0xrhqcT6n/iv9guAyG3NPiOa9B7vXqbsiXauLxe3d5V23snTWq8ru&#10;2Gura3cWSq7gPQxRRyQJGJ2LPI6uQALDjkT9iZnNZGPM0W4a/BYLGCWWLC4/DapWEckvk89dkqlV&#10;BlkFh441AUD68D2n3KTwdzj/AHQpCse9jkcPPzP+qnV2hJt9Ux1N0me2+s9sYyDHb9Gzs/2jvTDr&#10;ROtZmKuskrlpKOHxLFicFCyU8SI5M0jGLVq5Z5mNwBvY9P2fvXc2H662Rj61dl5SRItwbikkmTHU&#10;8cNQTV+aphvoVFGsqCWc2UD+ox3C7tNq2oTwaTO65pSpNMD7PngDj0S21vLJP4k/aork+Q/ynoRd&#10;uVGwtj4Z+yuwv7vUm86OiqauBRHRnc1HQZGNYKTD4qjfRPLUVVhDGsaDyM3jX+0SL2zqPb2xc8m0&#10;duPRZCqhxIevzipUZLOVNJT8CQQozmNS9wiKbcX9x1eQXcdom57iSHkOEHAAnHGhqRnNOj6ORJ1K&#10;RYAH+xx647sppe2djHMZ/HZnD0a1cD0u0M9WUOGxRrdARY81VlGE6Rkks13j13CXt7lbqp8xk3p6&#10;CroKjIUcRmrGr2hKTxqFLRwfbfQW+hB59iGzuYI7bswzngcfn/q9ekwA8TXXh02dcw7K27Jkc1hs&#10;thsHVTw0OEmwuPyNLV4hqinkCGpir1W7m50rYhQAPSPftvZ55dnZHHYXFDJZPHVGtpsnRrEglkfS&#10;GFMNOsQgelVPP5P59oILS0i3rXfCocdvHBHz9D59KJ2kZFoaDrvszZ1fXb92rn8r2Rltl7Wqo5Mf&#10;XYnb9bHCcrDHC1QlO+UmjZ4WqHIEkqkHQNKWY6vc/wDgEOcSlq81lq+oXHoagUVCqJT1mTC+r7ij&#10;gB8hjtZVckL/ALD2+9zMZDbW4VQ54nNB5fZ1Q6UUtTj68OmWu3SdhsybV2fi46usqYcY+QzWTkom&#10;x+1jNb7sZ/IsdEbFmlKoNTtzpvZgHdevZVHn6On6+2ttvHRVsr5LMbi3Zlf8s88P7SyT0yOCiRp/&#10;m41UgE8Lf2aboLODb1e7Bkk4DB48cf5z0jh8RnORp/On8s9KCKo2Tm8Tmavdm+8purEtSpt6n2xs&#10;3GV38CoqKoUF8fiWwNNJWVdTUkWqKn7snSAumJAxZ+qsZlNw1suPylVR5yneGKPK5mBpY6dagf52&#10;GgANyg+gPC29lMW6XFjaqVGh3qQlc0+Z/wAPn0rW2ikapFB0sMFHtPaGBoJ9v4Wq2dTUgnGJ2yKS&#10;nhlamcaYp62jTUEd/wBZBcvzdje9pv8AoL63/wCVeq/R9x/xcH/zn/K19f8Ak36e2/37vHp5V/23&#10;p17wh/D+Knnw6Df/AE771/44Yf8A4+P+Gf8AFmyn/Af/AI4/539X/N79P+Hv/9F7R7KASQfoOTb6&#10;fn/D3gK6hjq67x4Iqc9bezA3tbUAD9ALnkm1v6/T8++QYqbtb6H6D/Dg3HvaqNGgfb/q/wAnV+K4&#10;6xSoJCWXVcWUcWP6hfg/6xv7801rg/69xwbW+gt7qqrXUh/1fn1Qrih65inZgQyk3AAVifoPoD+P&#10;949+NWv04v8A0/H9P+Ke9mJgtR+3pumaA/6uPXFKE+QkiwJtxxf/AG/+x94JJw3C3vqF7fXn/H3d&#10;Kgd3p1s4x/q/zdSko9PI54P+sFB445499eUhf6/X83vzf6f7b35CdWOH+r/Z6r1yelViL8FR+AAP&#10;z9L8/wCP+8e4xkub3H+2/r/rf7x7drxFKj/V/q/w9eUN1KEGlAP0kEKOCbf0uTc/4++YGprkixHB&#10;tc/4+6K2gUHW6E4PXF7kMf7X9RYX+pFh/wAi95taqpX6MB/vQ97ILd54dbC5p1EVC0g41BiSWNrX&#10;/px/j9D7jOfTyRc2JI44/rx72yqTVfL/AC9X+R6nQl1bSbkEsFH9Lfg/Uf4+4zNcgXNr2J/PH+v7&#10;rpXJPH5dbwq9OCKwS4Xj8Ai55HIv+Le+aMVFtQ0/0v8AQ/0BPuzheI44r02tR3f6v9VOsDKWvZOf&#10;UBe1j/tj9b++w1ySx0/X/Y/65/31vfjSvbn/AFeXVwa4briUIUAeocfS/NuSbe+lbU/BuF/p9Pdt&#10;OD5Hpuq6q+nXm9KKCL3PpBFifr+B/tvfrkagLWP+wNr/AIv/AK3tsrQ09D04pr1zDK1mKm5Gngi3&#10;A/NvqffiLrcE3vbm1r35/wB497Ioc9eGeu0clipHA1WN7cDj8D/W94y5tYi4v+P94/5H71HpDZPT&#10;ZBU56zPFqXUvII/1ze31sP6c8H3KjJ9LEi9uPzp/P5/2HtwqHXtx14tXj02TWUumm/BLG314sOBx&#10;/r/09yxe3LXJH0Fx9fpf3Uj+EcPPqyEVz02qVU2+iD8FgbWHKm/+v9D9PfIusY9Vr2+o5+n0H/Ff&#10;ddJYY4f6q9aYjTQDrpVeRyV1/qtpa4Nj+T/vdv8AifcKSUWOkD/E8Xv/AMU93KNWpPWq0yOnKCHT&#10;w3HBA5NjY8WH9fcMPzcn63N73/HtwU4enXhk1PU1o7rYL9D9P08hvr7xS1P4/JPH+t9Pr/xr3oR0&#10;avVqk4Hl1Khpm0/QLp/NuQTzew/4j3lppSWB5AuLk/nj6297egBr15VqdR6j1dOAukEXF2/oRY8A&#10;f6/t3EqaLW5NrsebX/qPaRlbVX06cyemYQsCVLC12IC8m17C/wBbC/8Aj7hTgDnUbm5B/wAPyD/h&#10;7cCVycevVNYJp+zpxp5GuqhOFsFFhbVe97jj8X/2H49tjuF+n1/IH1t+OT9be3tB4eX+r8uqZ6eI&#10;wX0kj6DSDcC5P14H9fcKWqI9Km3+pAP1J/1XtxVoK9eY9TIqQMQzC4sdVxyLflT9L+8GuUkn/Dn6&#10;nk/X/Ye7GgFD1oEV6kiOIAAA8H/D/W54996nJNwf6f0P+Nyfe6Y63U1642QDggGwsLDnn8e8pX6g&#10;XNrj/Hn/AB9titat1uqilOuGoW4uCfrcf4/4/wC399NE9rC//Ff+R+3Ac8OtfEeHXBZl51W+n5H0&#10;v9ffa0raieQw/oORxz7qTq4cOvaq9dfeIq24tbi/5B/1/wDX9yosfr4N7n6G/PJ5Nvfvn1sEgdQZ&#10;sssPIYFR+oXP1H4/4p7mw4wKbqLgX5PB/wB5901kHIz02WzTpvqc2rK2twjfixH+tfj6f63ucKNl&#10;A0jn/fH6e9ltXHrZYnB6ZjkotV2bjUBf8j8fQfTn30KGQ29H9TcfQcc+7R9x09eBpx67nzNNEmrz&#10;D6gEFtJ55uQL+5S4wsBfUbWIH1/1x+Pe3Qrkf6v8PWqny6af70QqxBKAcjVrsvP1Ivxcf63uVFjg&#10;DpP1tf6XAH+PuqqxFaY60D031u5VtqV7gfTnk2Njf/jXuQuJ8hBAFuRfkX/BsPe9NGo/H/V+zrdR&#10;59NMu9ooI2AcXCmyXUtYLq+v+t9PbnT4dV9ZsbH6Wtb8+76akIor/q/1fl1omvSIy/Y66ZFLNGdL&#10;FWJOlvqLgfU/7D2+U+OjFjptcjn/ABtxf/inu4t2rQn7f9X+XPV1A4noIdxdoGNGWOQSNobxn1WC&#10;twQbf4/i3+F/ahgpIYwC9jYA30i3+sPbJJX4Mfnnp1SB9nQEZzd2YyheGOR2DsSEBLXBOotdSOR9&#10;P8Qf6e5Es0KDgg/j8c/7D/be05Mnw+nWi7UoMDrFgcFkayQzTIwVgrazcfUXuLi3+w9sNVWrqIUi&#10;3P8AgfauEaY6P8umatUqehhxG0piYWKuAt/7JKnUP1EcgEH/AH39U7UVOtmA5Avfnjn68D2oELMt&#10;aUOP2eX+r8/sbIAx0MeJxyUMcYYi7KAAoFy1iLFv9b8+4fjDm5H+Nr/7bj28sNO318/9X+z16uOn&#10;uXJmJeL+m6hbFbj+ob/D8nj3lWmR1FwPx+Pz9f8AX9vGNQSK560Gpk9Mc+4ayKS6htPqudQXlrG4&#10;YfX/AH3HuLNBHG4vZR+OLAk/j/evdowVJIFf8n+rPXmJbh0+UeWnraX0eRvqxBbVYC6mzfnn6j/W&#10;HvMjRKNN1P0uSAfp9Le7yFApNMjqgqRQ9NckGUmmVwzpGT9NbA2PBuf6f4Ee+YKcfQEm/pt7YHea&#10;jgP9X+r/AIvq/l1zeOqRZAxZiF0DycgC2rj+t/8AAf19yBJHa9xwfz9efqb+/DSzaB/qp/qHXqMT&#10;Xplko8gt3YSMGudNyQNXB0i544IJ98Wnj4UENf8AN/8AintsgliQKdWBoKdTKXG1Sr5ZBKFVtSgL&#10;e/OkAXF+b+8ExjC34uOPra9xfk+/awuD5/6sf8X17up0646nrZZiLSFNRbTYEKF+oJU2/wBgB7hK&#10;y6h9CfpzYCx5t7uujSxY468Wrw6UFTFUgKirJHcXKDmQMPST/r2+v+HuQHiHI/Fvp9P9h7orqhzi&#10;vXqEnpumpMhOhT1MpJBFjewPBYj3nE6AX1c34F/z9fr7VrcKo0kVp/q4fy6qAekvPtypnchUKK1y&#10;2oem1rN6R/sT/T3mFZ+lQRY/g/0tb/b+6C4UMXbqvh149N8uyhIpBEgsCxYAkA31D624B+gv75/e&#10;otwdNzc2v9L/AI9szTh6Vr9vVgnr1ypdkz3JjLkLbSxDH6Hmym/5/HuHLXop/Uqi/wBb/S597EoI&#10;1caf6v8AV9uOvBc0HShotnVFgPFIxb8FSASANQIP9Lfj3i/iMKgL5dTfUDi1v9f3TxXZqgUH25/1&#10;f6q9W0jj06f3Kna7fbxqOPUAwuQvN1v9R9Ln3Fmy8auLkH/AH6/0HtoyMV0DHVgMU6f8fsRimsKd&#10;VtPqXhebE8/1+oHtnmzKhjpsP8OLfT8e6+PijcfXrZ9OlnSbJ/bFyzLb6EFbEH6cD8fge8T5x9As&#10;xH1va1j/AL4+6h11FuPXgBwHUtNkU2qzQJfUCrlfVxwbk/j/AA94Ys4zNYuQB/Unnn6Ae7+JTyr1&#10;4IK06kT7IpVj9EYJ+hsi8cXuD/re8k2WYchvrc/jj2zrqc9OBKYr1zpdq04XT4QFH+08sSApv7bJ&#10;c1LpN3PPJP54+nvZzw6qRnHT9S7XpI2Fohx6VBFw39QR+fadkrnZiTJqJufqbe7azgUx1Uk9K2LG&#10;xIgVYwgAAPpH0/HviK9iANRH14H5/wAPempX7Otjhw6yDHRrc6Qb2Nz9Rf6f7D3KjqxpH+PP1v8A&#10;Xn2y2fy6vqDCjdYHofXfjmwH0P5/p7kpWqSP8Lj6n62496oaZPVqgDHUV6Bhe1zwbXsb3PP098nr&#10;Aw9PNr+of6/vQUDPr14Go7uuEdCyGzcfm1vyf6298DJrHN7WFiP1XN/z7tTFf9Xl02cV6yrGY2sP&#10;rc/X9JA/w/3r20ZCyoNJuRzYE3A+pH+39uxgg1PDqmTw6dKBtbG62B4vYfUCw9px6x2JjFxyFH45&#10;P4JPtUKOKnrXnTp5WBVs1vpY/wBbD+tvcmmcqv4uRz9fz9be6uFqOt9Y5V1f1sLc/wCH9PbfUA6z&#10;cMQzW45/2H+HuyYOetMCD1JjPp4I4/rx9OPeZYmKgwtze5Xm4t+OPdnK1oetU1nrGXAJ1ggfgk2u&#10;Tzx7VWKp9Ci+vUeSDf8A3ge08kgPAdOKCvSby0uokejTe34J4/r7kVF1lOkXI+t/95sPfotNKnrb&#10;Yx1gg9cQVzpvwPx/rcn3Ce7EAgjUb88f4k3/AMPdnb+XVc8D1OgCrexBsvP0N+LWIH9fbnSIpjPJ&#10;f/EX/J+h9tN5Ferg0GOmutkkEukoFAH0/P8AyDe/vnUpr/bAsOAf6XI55HumnzHXg1Rnrqkm8Y8j&#10;eo82/BK3uBb6+4sFFpexQ+r8ix+g93JrQHy69oPEcOpM9eDGWV1FjyDxweL+3+ioJSdYK6Vt+rg/&#10;X829sSEKaevTugL9p8uk1X5aBU8REhc3/RzwPyCfp7U1NFHGdbkDSfqptcgfgH35BqweqdorXPQf&#10;ZiqqZ0aKnVmLqPQQbqDzybX/AB7cv4lCiH6MQPoTbj6/n6e7yRlT2/6vLypXrxKk06SMO3ayqkQu&#10;SgZuQBqB4403v9f9759pyvycTFrSDnn6i4P4t7oA5HWq/h8uhMwu35KeOK8TXWynWDYp9OR/vHtn&#10;WuCtywcf0vcX+nu3lp6rUA1HSnkxQZSyxlGvfVY3sL2/xv8A19t1fWauEvq5uv0Fr8W9+VaGnXi1&#10;OPTxjaHQt3HotdWPJuBc6if+K+22OoZyqW9Qb+nH+xPtQQoHDquok9OMlOEDSazoKi9r/wBfwD7m&#10;FZAdbXK3WzD/AI17vGc4x1uhIx02u0ZTxqfVZgRaxtbg2b24RTEgC3ANy39B+QSfenpUk9aXJp01&#10;yU5vcWv9NB/JBFrAWH+xt7zWgZgsgBuB6v6n6+0+o1qOndQ+GnXA/cIjNGxFiSY+LBSPcCr06tFx&#10;e4sRwT+OSP8AifewKmgxTrTkDHTrQlhH5SGPBJU8rzz9P+Ke3KCDxQKVYlmGoXIH45B/w91J7qHr&#10;S0Y56aKipE07BkGhbqbKT9TYEe2uvqGePS2kG55+lh9Pr7URLpNTgdaegNOnSgpUSUMmplYcgG/P&#10;1vYce07GoaQE3cFrBvx/sD7UNp016bGTnpSOzCM29BtfSef9gfbgIyHUkm1x9Of9gB7bBDCjdXOB&#10;03tIAjaQBwbkgL+PqT7z1MPjAlKqrcW0i3AH5PunnTrwp1hpJ/KTGGZ15B1G/qJ+gH+t9PeGSovC&#10;pk9JX9NiLsLXsf6+3IwAMdewRnrItKRMwQag/LalNgf9b8e0/LKktQQlyL/Q3F/9cf7z7dqf9X+T&#10;qnT9GjRQeuwbkXHNv9v7ny0qLGrnT9QQL/U/UXPuoNeJ62AP29Qo6lmkMYVgOTe1h/yCP9h7npBr&#10;jQqighbMR+qw5Iv/AEHtO2K/6v8AV5db4dRGqQkzKzMeR4wbhbngccc+48lOZBpVrxsDdeBcj+0v&#10;vcaVrq62acT1I+7EZBK6ZBYg2vwfwfYfZrH1KS6U4T6aiT9B/Qf19rlcAY6TuhJqOlBTTJNGGUgk&#10;8kf0v/re2+jhn1CP6n8lhcfX/D34lTkdVQEfZ1IJAFz7XNNohjVpEs4AAsbXH+v/AMR7TMp1VT/i&#10;ulIPn01S6pWZVcab83HN/wCnPvnHXMjsS50/gLbg2/w9uaA/HpoyaTTrFJSoyABVJB+rX9wpJ/uZ&#10;biwUte7X+v8AQ3930gCg689HFT1JjQwxgEEkLbixJ4/HtRUWPhn0M7BgLagv1B/BuPx7TyO0ZoOr&#10;wxL0yVeQlh8gRCCQbM3AP+AB/P8AT2p6rxxY54UNmRLqFAueLen/AJF7TByX1cfXpRXBCdJSkSWX&#10;KJPIp0OxVi/0HP1YC35/p7CnKVMhNmYkfTSwN7j8C/5PtehXTUdJGDA0PQmUsSIvpAF+brbm/vFi&#10;VmmDlg0S/wC1EAED62HursKU63EpGW65VLKoXi55+g9q56gRwIgdG0gjTqtbjjj2yqavs6crTplW&#10;HVO7lGUswOrTe5v/AFPtKVlXLqdlUH8WCW4v+AfblU1Up1Umop09wwgILkn/AGJ/4j3lo6vVZCxU&#10;tpJF2tx/T3bHHrQYjrjNFb1WB/pwL/T2o46czKulQwGmxP4J/B9tO5U+n+r/AFf6sdOUqOmlpliL&#10;am0k3uAT9AOCPeGsxbxWYhAb3J/H1/HuiyiteqkUx1kpa9JtQQswFrAD1H8H6/7f2zZGk9KMQCPT&#10;cg2/2IH59uq+pqKMdap04U8oOoX/AK2B/r+L++om0qqH6CwBBB+gJ597k1AcOvKaHPXbC5Lf7E/g&#10;/T3yqVcRt4ixa4bm9rH/AA97jIZc9abrpCNQLCwt+P8Aip946WGadGZmWM/T/ah+fqefb7KOB/1f&#10;6v8AVw6oMHPXUsqRsBYtc88cH8e5JoplXUSxVWAJ+pt9AxX6e6Vof9X7OtkV64CoiLaRbUQSOAB9&#10;Pp/tvc+lRqcNLZnBW3JGq/8AZ4HtPM44cB04tRw6jzaZrRghWDfi5Fvza/595Klvu1VimnQLMxGk&#10;X/wHvyGPgo+f/F9bLauPWKFDSsy6iwY+lLkn6/77j3DpJolYBGvZhr0jgG/+HukqEk9eWgNepkqM&#10;y+ofUcXP1Hte0VbTfZsshGrkgWvYHgi//GvaURMX1AVPSgSClOkLkaGs++jaIkQkEOwJUAj9J0n6&#10;/wDEewz3FPHKX0AoRexIsv55J9mcClVp0kmIPw9LrHRyRxrrYNdRe349I/PtGUVTGJRFNKxJa/Ny&#10;pI+n1Ht+QHTXh0xGaYbpyP09ryknWWIeILrVbALYAj8Dj2XlqGnz6Uju6gSx2J1E6CR9ebf7E/8A&#10;FPbTmg86oBGQ6i7BuQy2twD/ALf2sif+fz6o6kdZaYBA1iCtzY2t+b/X2y0qVKshbUkRexH1J/1v&#10;9f36RgBw/wBX+r/ium0DVr1J/wBt/wAi9rQUpqYQnhNltZ/7MfH5I/3j2lLU7q5P8+lYjLLnz6bj&#10;MsL3Mi+r+zexb/ED3moqZ6WeMAjgg6Sb34uL+6kax1Qdpr1iqZUlhk4sCCLgci/Bt7m5aWUQ6Tb9&#10;DFlBN7XuCP8AD2oiFKVFOtSAt1BxscWt3QlhrAUkC1wLEf6/tDCOdJtQYkM1wWb6D8W9+YgcemAt&#10;OlGNLAi345Fvauo8m9AivJKoFgTp5F/8R+fbDLraoz0/q0rjh0zVePjrQyaOeRqIsQCPqD7d/wC9&#10;CzosgJZNQDWsCF/qo/p/vftWikCn+r/V/g6oJjSg6T42pDE7BQoJBZSRwznj1X49t2Ry/wBz64GK&#10;KoH+s9vp/wAU96YEdp49aqSc9OuMxS0iaZQHJJI4AKaubcfj+ntinrJqjRbUrAi2hQCPzdif6j3d&#10;FUAlvLrTEMM9PEcCRFgLHVe12J+n9L/7x75xGpYiMFmB/ryAP6/6/wDr+6NTz62oPXmEQBf0g/1+&#10;h/1ufeeKnk84YKXDNYAn6MOT9fbBei16cKiuOunkTQQWC2Fz/TSfzx/j7E3CUqKmmseNLqLKrf0/&#10;1+b+0TSVPaP2/Pp9QFHr0GO5aqc2fHJJIQ9mYi4IJ5Kj6Wt/t/ajqKqKCjkkgZDKDpDWH5/xP197&#10;jjq1OHVSSo1Dh0hqehq63JwxViy/alS8iEmzBTwVUAWFz7QdXmhViaAkHgK4f6kk3Ur/ALH2Zxxq&#10;i1H+r7ekvjd1D59CfQ7fFE8FQtwyszRlDwARpZX0/UW9peemdmDFmjiBsQDz/U3Pt0stMdbKgHV0&#10;q4ZlUBQA7lbg/i5/w/HubS1dMs0SwwANFwZF4Zgv11fj2jkixxyenFYVx1Gnp6hopzNNdZL2jYel&#10;b8KBb8f19iHT5GnkpT47eVV9WqynVbgX9pWgYvg4/wBX+r/VTp3UCp1dBhWYysirg0xcwNKNCxks&#10;Al7liPrb/X9oHLVUh8svkQOoIVS173Fub/n2sRAjY8v59MMSeHQk4qnjWOOMRsUazFiLBR/gP6e0&#10;StZENXmYK+qzaVJOo/SxI59vlmwwB6arQ1PSkMZHC2ItYcn/AG1vfL7OBXEiMWSQFzqALaz9AR7s&#10;W1rnj15lDGo668jC6sACP6G1x+bE+8+ukokQlzFqGuUkgXJ/oPr70qhvn6dbYgCh8uuB8shfhSAb&#10;L/gfzz7m081DVzKyKUjZRbSdbSfkk/4e9uzaaefn1sUNCeo7pUxRE6lkcEkE+hQPxz7wVM8UTMAr&#10;ogewKnlQDwfdGiHHqzuAaDrNErsoJYaiv5+hJ+o9qDGZdjEQsllC6iHF9ZHC290EYLZH/Fdb1gL0&#10;yZHGJK4coS9wqlG06bm5N/bDXmavlaNC9y1+Afz9AL/717fICjHSdtT4Hn070ypTRLe1lS17/wBP&#10;yT7bKraNVLGss+uIrzqlF0uOVJAPuysHFAOnTDQUYddLlqKSTxRTLK/HpjIY3vY+1BtHCzQSO0jr&#10;UD1EOjabKDe1m9l80rK1E6cghAz1AzldFFS6SxRmYABlJNz9Lafb7XwfaFzHGJb3dUa10P5+vNv6&#10;Ee1MYDgMTTrTgq508Om6gqvvFVXcx6CEZ1/tgfp9X0v/AIH2gqnJRPVosi+KQEAjki5PIKjj/H/X&#10;93caV0j/AFf6vTphnbxKDpUxQ6I9KtqB+l/rb+mr2r3zzU9MiowDoqlrengiwe3ukMeCK9OyPQgH&#10;phbCwz1LyyoGDXAuNX5JKk/717hpO+aPkCyh/wBDeI8HjhiT+P6+25SsZ7h1tanB6mpDHjIxGrII&#10;wdQ1/wCJuVH/ABHt6oabKY8CSzJHqFnR7gkfQN/Q/wCx90QxMaefVyjr8x00V9Ri8hqhYxyOFN45&#10;I+QpPJAP1H+w9quKjlzhjjkDSO6hDIqsWRr8arfX/X9+e5W1Q14en+r/AFfLra6puAz0iKisp9tR&#10;zzxtFTwxO0xjklWOOUBbNoLHgWH+t7GXZuzf4PGstRIH1C6R6SrkkcEn829kFxcSXb9laDifIf8A&#10;F9KlVYUNePRF/kR8isVU09Vg8bDeqkRomlE6SRgknlEX+jDn/W9r4qqsXNrD8cXtfnn2shhJURiv&#10;+Th0mYLXU2Oq68huSScFGvJJI7FfWbjUeQyj8e40tZTpcNIAbEH82H+P09rViZKYx1XtPn1GoNi7&#10;j3FaaGkkeOQr4xYgOHNha/19hFvvIVJiZ8fIJOQHXXpK3+gA/PsQLJGLURkAMP8AVX/N/qHSMp3V&#10;JoerKPiL15HgYjHujFtSVX7hpZnh1rPHe5ZmP6Tb/Dn2DhqsnGFmmqAsWl2dfWS1uFF/x/r+yo/q&#10;SUXj0pC6Vr1YalDiGHhhpVaQFUjYJGAAwBvYD6f4e0PmEqqmU11CVa7DzJ9GT1esq/F/axmUJQ9N&#10;Mms6h0p6ECniSlkFio0oT9HUcC4/HtzpHWq8FLLI7Bl0u68tG9rAer8+y9pAKn16fD6hQ+XXGdWg&#10;EtRFGpdfUFNwrqDc3K+3HK7ayL4+xl0Iq3p5lI1ubcAj3u2mjElPXrTwllz59NFJuDHS1TQxsfPe&#10;08dj+1/Rrn8f4+0LRY/L4SsNZIKiUGzRlUYKWAsX/wBcf0HtTI0cvGnSfRLD8Ir0oDJS1cckXljc&#10;EaZFDqSAfwR+PYhUO6HqI446qWYMLM+pWJRh+kkNzb+o9pJF0g6R0pDV+Pj0mJ9s00csk1NBApcM&#10;oUBU1Iw9S6gPr+fa/p89QPjaimkcyNIvpK208rYjn+v9Pe7FispL8Kf5evOQVoOgpzmyss+exGTo&#10;SkKUc0hmRyzFxwUIKHgrbg/n88e4G0clS47IOkcjTeRtPrCkorn0rf8ANvx7vfQhwXBoBw8um4ZC&#10;Kxpjpz7HwFZuLb3hkjSFowJSEL+t4hybXA5H+Pte55Wjop54omdidRaKO/B41MV59lEKrJIC3l/q&#10;4dKf1KU6CrY1Yf4nTY2oqooY0i8SRVlSRJdTbTCJSfrYi/49g0cJmKyoaso1mkZn9SoXW1ja+ke1&#10;0ksXwP5dU0uSCOjKnPYTGwJTV1TTUqBLIZZIwrX+oBY2/wBhf3PytLVtRLHk1lppYoyI2ViW4H5B&#10;+oPv0LmOujgf9X7eryR4pJx6g4msxs1Y8+GnpqyGd1Moj0snH9GT6MP6e2XGUn3cLxhauQIhUngB&#10;5P8AVXt739QEfPn/AC6aKsw4dP8Akan7Vo5DJSx3cH13LaADdeD/AK/PuGlDS4urdqqKSJJNRn86&#10;siMGFuL8H/D25LO0qho89aC+Hlh1n+4eupj9rNG7gjxtC6yWdefURe39CPb+mSoMfSu1DGscc9m8&#10;urk88ix/Hv0Ft47F5c06s0gVKnh0wTY+uramMVk2swlh4gtl5+hv/X+l/awwUtPmcJWw1NqmMoXs&#10;jASRkC4kS/5v7aTTb340DBx/mr1ugeHHQbb1irsLm8LXY6UUU8dQseudGanqY5DplpJtP4Ycj/Ee&#10;wcWtxGO3FHTyU5lqhMGSYodbqG+jsv8AT+vsx3JQ0VSePSeFtMmkDh59DUiVdXjQyyCF5qcjQoBV&#10;SVt6Sfx/QexI3t9xXUNHVUrzGmkRA0cYZhEU+qkW/Psm21oyjR0ow6VzKx7h0hNlwxYzIZKirFhF&#10;Yk0kiVDBEapika+of1K/RrfT8/X2HbQSVkUdPDI6ySIwZJr6kv6VKK3+9e10YEYo/wDsdMt3EAdC&#10;K0qQNJLILItvUg+p+p1W/p7c9rYXIUlVU008NWHMbMnl1CJ78EKzWA1D+nHtPMw8QMvDpxEZQQwp&#10;0zZzKY/+HpOKmneLypqZWWR1tflUXm4P1H1/2PthqcPBT5hlWJKeaolIaJlU2s35AH+39vXDOO8n&#10;AHTYAB0+fTzR1aT0SVCOJl8SsJE+kl1uSpPtaPtZoEiqKmZqNZALNayMCOTY2t/Ufn3611zxmVBU&#10;Dz685CYc9JU7upJqufH0aivqacjzQxyL5EJ4UN9b35HuVWU1NSYueJKlapauORPMkFgsun0Lrvxc&#10;/U+9oIzMJHOR5dbLUSgFa9YKOsr6/Ixl6GTHmkkik8UtSC0sBb91tCccA8A8395eqMPV4VMxkcnM&#10;itUi1OiENJY/QDn/AA9lt86T3qIoqFyf9X+r+fW4f0oSDkt0m+2aiTIY2gxFBCKmaetV5mk9NPDE&#10;q2LSMw+pvYe2nKwZOXci1H3F6UuzaNZ45uf9b2Z3UoaMFOvKqq1SelZtwUFLtuCljiCNDSpG48Vt&#10;TBLBr/n/AF/c6q2vSZCtjnXI+CTWjPUO+mXgf5tBxf8A2N/dBPLPDoIqeH+qvXmWMNXgOoY3NPiq&#10;R1fEzThA/hp6OPWuledTsLgX/p7Tm8Z8jnAMTiKiaetpFWJYkm0SPo9ACliLk/6/t9FitLfRIaeZ&#10;+09NvqmakfEdOm36OmxkFVlJoIaNa9zVSSaFUor+s+Rh9AOfr74bbjzVPDFRbmM2JiZ1hb7glnIv&#10;YTJz7R6qHXANXr04FIGmU56l181JUQSVuKipspWQxu0Qp5oyrsBcRvNHcC/+PsbdqYB6PF5KkqMj&#10;FX4icP47jXcvdlNz9DY+2oZdW4pNb9rEUIzw869X0IsfcceXRZ+2t5xtVbeqKfAV9Huqhq4qiBwY&#10;0aJUYR1C+SMnXG19J/29vYQzvHtvKVcdEscHrcBYDoWTyHli/wCLj8X9r72DVJrI/b00rjgvA9GQ&#10;xjLuTBUM1YrSCphillSeNbpIFBIZPoSG/Nvak2xUw0stRlfuH+5vpECKI4118HUSOf63/PsunUTO&#10;AwqBn59OUqp08a9Mm7qKor6OPBrBH9nUKVlqJWLtpT6BFBFv9c/T31vGk3DUZPG1NJUJURV0aymF&#10;rroFrFIpPoD/AIH2YJNbtbelMU49MCJhJRT0yde1GAx2LyuNFEuPODrpaSpmKBfubfuLUOq8kc/q&#10;I5HtQ5PMLjcNSUU+NjjyM1EpEnh1a5FT1hnN7m/1HtFZWy6mkL9tTivl0+7nAXpnx2Clzm6KzLUm&#10;dqZ8RSZBopKNajTGp4KGOMAEW/Bvb2hMLkDWyhavFschqAgCl1KgEAaFf8f19qdEav3nt/w9bGrg&#10;R3evQkZmkkpaR5abKLS0UaM1W0qpIpW12d3Wxv8A0P8At7+01mcjkhvegxFZULU4ueWPz/bkSiBl&#10;OtwFH9oabH2YXkKJZ6osEj/D0liZjNRsjqThBT/wEV1DRtTztSzmI1cZgmlaMMIWkJ50NwV/wP0H&#10;saczujb+Y25XYOkZyFBpZVlZZGsosoIJ+n+Hst2yI7a5aTOsH+fTj0n+wdABietd5UnZmN3zl58f&#10;JFDDL4IqSKWIRmqW1QHIaxbTxqK8jj2VndcsuEp6LA0sM8VKH/drJI34DNcuGUcX+g59niqjRGcZ&#10;J8vLpO+pSEoaDo0FK4mBqAysZLABG1BFXjSf8b3v7Hzqd8VNUUdBEtU8z0cksBrpWMjzotww+lk4&#10;JA9gzdG0lWbgWz9nRpDJ2UQUx59Bb21JlqHauUydPKqw0piacU8KvL9gW0zC0hJZzf8As/7Ae1hv&#10;CuzdYr4iyU1iDDUojmlDn6JOw+gIH+x9iGMw2UGlBQOM+vr/AKvTpCFkmbWxyOgg6j2rs2mqn35R&#10;VFVkq6upjFUQ10yyV0dPHcA08L8nSxNx9R+faVj3VU47HR0245IWFE6tDU0vNPGVPoMzcfn/AB9p&#10;I7d9TG3NA2aH/Vjq7MAKtk8OhbqdkYquydRmcLCYKnI0zU1elUXSSWnYeoQxyXC3vckj8+0zNQU2&#10;cyM+SSvgxUWQiSrraqm9GUm8P/HNBcaCth+D/sfama5aQKhWpGPkPn/qH+frSIK1rj5dKan8u3MN&#10;DjKegqck9CEo6CBmU0oU2EKTVUn0K8jUQbfQWv7faHK47EVlIIaapyqTU1RJBVuzPUkUqeS8rxjk&#10;WHNx/r+25LIOgDtivDy6dMv8A8umjJ43M5rG1MT11NgahJ6eKaKNI5KUGqIiZUWY/U6rKb8tYj6+&#10;07Pvbz0cW8864hwSZOXGJT1JYQ5CaFfKFiVh+hbhLfk8e1JtTKhtrTt0cSPL/Z6TeMsVJJeJ4dZ6&#10;HBYXFGr2hhJRBmDjEyktYixiqpIKqVqKKrkccl5HjkKEj6qf6e+OP3BitzmWu2VT0m1UkkllrIYU&#10;FPDX1Fx5AxNlUtwzEDn2j1Jbt4bjU4xq/wA/VlHijUDQV+zrljNvVuDxK0e68vXb7jSf9iqyFFRm&#10;rpIyDp1JTIpl0mw8jXcfW/8ARQYTcW96eWsxW39tacZQVBrMmJJhoq6VgFqaqlQ+pgRygTj8XHtP&#10;cC18UHXWV8A/5OndMpyRQfPpObx2l13k5MZnd6ZGAVsj02IwGRq5UpWoq2eYyUVNEwGkTeQgXlAJ&#10;IsfaR7kzf3+O2tDSYipkrazJMtB9mT9x90qePxIg51Le9j7PLR2j2xhckYP+TpFOrG4ASprTqb1z&#10;tk7cy265GzU1dDJ/DgaefSEpwqSS/dq62XTICRcAD0n+nvur27U0+1IItx4qDM1kyww/xySkjjy2&#10;Eje3+TTyOSbxm5WwN/6+y6wuBMZHU9q/hrj8ulbxaAFbz8+lPHWUtVuaFaDNT0nhpqh3w6tTNjs0&#10;HIb+IQEKx1J9GZJB9bspNm9qDC7foNsZTGnGZHIZ+lymPBlydcT4adHGmVUBtpY2I0G1/aO7/Xh8&#10;egDA/CPKn+r/AC9OR6UOkDB6a4szlM/i83DmsYu3q7F5SaCGgjrVr5quGAiSjqxIiKNEoKtdAbcg&#10;m4PsTKXauCklx2RTIj+F10niql5KxzBuCVYhwjsNJ5sD/gfaZbu8ubZiinUmP9X+r/B1c+CrhWFc&#10;V6CbM9kbnxVTuTbb7clqdxYrHLlsH4yF/iVGw0zRRVSxtCaiBfWq8F1sLagfc7f+8cbttKKjppRj&#10;6RufPSpEYgkZsYpA1gwccEE/7H2cbVbpb2Yu6apSc+tfP8vTpFKWkl7z2jhnoGemers/v/Ibm3N2&#10;G02ZkWo+2oMZnpqpDTaj93TZCkjQ2pJ4nI0tAgtYEc+0bs/LY/buI3AmPzFBNHm605XG0AqfEYWm&#10;/wA8CjXMVz9F+g+ntIxNxuAuypAUGvzPEcOP2dPADQI18/P06HnsfYX9+c1sn+JbfrXOASekyuba&#10;mSrPgngW0UEjEGZGkXVIdP1N/qCPbvWwGlqaej3BkKHLw5VkC46OdGWaNgCIJZJDcX5I9qZry5Nu&#10;08Q0Ln5V/wBWOqxRxLJ4a8fs6bNuS4rOUWSm2Rt/M7SrdvtU0f8AGMlhZKUU1WitC1ZR0TALUKLE&#10;MALWte3tfVWTrcLhqetxmNngx+NtQy0UsUxcU0B0rUUhIYuiKeGUWIBsfbWw21reCSJ+5ydRPr/n&#10;/wAPr03etNBJUniOiv7h2jtnfPZNVs3fG76WXcW5qVszt/NYTKUtIIa2eGOGtwuXo0ZfBLUPCGEM&#10;jG7WsA4Fyx5zdu4t47jq8XNS19LjKbK0OMqq+jikZBR1MgkE5aMEBSCFLMQQfp7Pt3vU2+28C2UA&#10;gEgDzPTVhC8r65K06PJ1t1ltDrDbVLRYOlUzyQvkNeQqBNUz15pQ1Q0bzXIPFjp+g+v9fYurPtfF&#10;4sbYpHo/4KlFWUtRX0MqQVC1k6t56+ogZi2vlXLL/avYew/sWtnN/dAiVuIPCnp+X+Xq95K5kEUY&#10;7f8AJ0HO5Nv9gZbJHdePmqqfPUedw+Vx2CytOlRj5sPQSxvPgaLIUSII1qSJlZpdXDKzG44TXX24&#10;MRga4bcFPFmpMfiZa+nz1SDV1lTGB4o5qULc/QushBv/AI/j23uaeHcrdlsFhjyGa/ZWvShQ8kRj&#10;X06UPbmwc32NtlYo9x57aq189LR5HA46tp6GlqqWd/FWUuVrBGXcNZWj0kKTYEEMfbtBlcVishmd&#10;uY93hyuYlqN01WHjg1GvpmivOtC62AckagPqSPz7MbpopmW/mxUAA+Wf9n/ivRhAVHhDJXpjj25W&#10;11PtPLZQUtZQ7VxybWos/PVMK7HV9NVLj0ymXgf0vG2nxznUbaySAtyMO3N6ZCTsI7cpK37qn23h&#10;ZMhksPOgiqqio8esxUxP0nUMAyE2P9efZZvlottaRhRRpCDUfP1/2PypXp6B9Zep8v8ADw6k7p2R&#10;tPL7DzOXrqaix2Q3fJDjKfclIiVsFHR1VUKbFVlTOtg9DqAmDsPSrqTa1w67p31n4ahMfSUFQqZu&#10;llSniJjaTCV+m9OMjD6rwsfTKAD6Tccj2bWstra2QmkAFAQccf8AV/scOkv08skugEkVrXoM9ifG&#10;vr+SoxO4qiWmy+c2hlYvPuDxP9nunGrF5FmpZYZFKTQMyvT1EbllljCNdD7chJvynwm2qHc60cGX&#10;r5TDNJjz95ElKl5EWfTcW0WCk/U8GxPss2qYSJdXUQ/SHwnh9tP8HSxwiTLGckZPWbHY7ouu3tvX&#10;I7SjaoqdsQLkcxj6qDIYulpM7kiyNVYqTKJGyyyaC1QYxa1mHF7h52PuTc8O54ttYra5qsFmKDz1&#10;W5hRSPBiMjDeCmXI1kY0qWZNBVmGpSPr7O2hhstuiuCauwz6/Z/n/P8ANGryTSFSKKCfs6XPSmHw&#10;M+Pxears9kI9wY6oz1NR4VM5NHiarFTOtf5cfgZJCs0JSaKdJVUtG7FQy2K+5+MfbeT2lWYbO4yP&#10;a89LFUtnsdjGFQcpQqgabNCKEPJJosGAJOhSAQAPZRZTXcV4711rKO2uKcTT/V/PpU+hgpPl5dPm&#10;56LeWH3bTbgwctPu2PII0eBqM88FJBt/L3FEmDhrUKJFDXo+hmWLW0iWJZmUew43hTdbU8W1mORo&#10;t2Q5xlG0qTIR/aJQbfICzR0k0RVpnMqgMeDz9LjlZSaOzklc6VBP5n16bDo0wjoCT0qthZzfmfqc&#10;xSbl2xQ7PqMP4aXMVmNy1JlxmNxyUcMxkpad4j4qcUrwSp5HLnUqnhbsJtb3K3VdDgsFmcTT4bGz&#10;QmLEUqIYmigiUSM5KX1BQ2p78/nm/so23aoZYW3JO8OTkitfWn+x9nDq010PF8JjT7Oge7F+NWwO&#10;8MpkMzNu3NvlqbIU0OWlx2UL0xqaCMLFRy0ZBjjCLbQqrZSSRyT7ECk7TEm2p9wZCmLKayNMd9oh&#10;mTL0FZTpPRZDH1KNpkSTWV1W4ZSrAEe92f616YFIESCtPQjy4YHV5YjoGct/qr0BOe+E+0Duujw+&#10;z6jIUb1mHqpMvmqzIQzwUFZBKsdVR1mK0MzNJHIsi/ugEHXHcc+wz3puGg25s+q3KqVlXWbiFVk6&#10;NZ9c8dFX0h1xQNTOeJET1Ff8P6fQ/tNe5TyTyUCxjSAPPpidhAVgTyFa9Gh2diq6fdceyYTQYvG9&#10;ZYvE4qthipVhrc9hstiGENTTVEOkineeFk1La5RwQGXnJsrN4LINhd6LkzlchE8dDkqmBoYqFTW2&#10;UFMY92HqJJkX1ahzx7C9+9xcl7OTs05X1NPn/qx0riAqCmajpW7r29XyYbNbNx9JSQYTI4mc4ulC&#10;V8lQWpFDTRPkjIYlBARUhlAGg2BIBHt23xnqna1fkKqSqylbTK9JX4xIWLGeWOTVPFj5orArbSrR&#10;sL3+n19mlvtqXtmjqcEUJ4/t6TNIYiQRkdI3qWlx+69r0Szbbw2CysFPksRuLEGhhjqqGBg0WPXK&#10;46VnYvKuqWKRZCrKT6iOAlds70zu+M5JurF4+tgwlDXU9NuClyCy45wLhXp2epIjYFTdkWzfQ/T6&#10;oN0EUdutgvxgYI+XpSv+Xp62BPf6+vSzG1Np7O2pS7INdT0+Rq6TKR7emakFTXR1iRNOtdS0salr&#10;wOwa5OkcLcXA9izuDbuGrKmLc2WpFpKmNo7UVHUz3qI2fRDFXoDpMQFibAXP0NverC4vL9Fto+Ee&#10;NWa/4P8AV/g1KyQEhjUn+XQGbQ3HmtpD/RvtrN5Xccc0eQmO4c5RYyOlx0ixPPW/wmenEZeqM5Yr&#10;FJ5FiFrrwQQXqs9WZTd1Jgdq5bbgzBqhjislOMfRU+vVPEa6NVMuqKFbLZixYgDg+zfc1it7UfVC&#10;pFKH5/M4/b5cfLqsDmSug19f9X+DofaOnods7EzGez2N3TU09Lj6jPV+NORrN1ZmUU1GJquLFwU0&#10;jBzOVZkghVFa92RSTZe5jC0q5B63bWQw1PPAP4JX1GKoZDWJnacASSVMjPaOG51SA/UWNz+U9oBc&#10;WyJdn9RaH8v9Vf8AJ1pp/DY4weHQd7O3hkamgrKTdm3t2y0WUSp3bio911eGem/ullJBUUGIpI8d&#10;65aqGMqqQSIXUnS0gNicmwm3Fk8jDS5Sup9vwGolpqqnocdjUx+5nkLRyVcM0FpDLcWDm3DeoEi/&#10;sn3eU2dwk6r4hVh3mp0Cvnjh/q+XSpUMsJZvTh1M7Lodt4nZe4srisLkN15Ohw9TmaGkyGfys9bh&#10;Kmkp0raCkSPKyyCmguisKcaVJBGk3uPZXaw2dhtyMKzHY7BVAlhqYMmrVFTNRFjFb7xmsqhWNgAS&#10;bi5uPYvggW/uFvbc1ZVNTmgPnx/Z/g6LnuI00xyDoOtn934btHcPXOAq8JuDP7pp6WkzlRmduSJQ&#10;7bxGWTHirdq+m82ohmR0KyalUggCxPsMqbdfXWC2tmtwbWjyGafA12Gxs1LXV8tFi4spUtopvthI&#10;up0Njdxcabg+y+LbhPevHeOMCp00yPn/AKv2dOSTuYx4WK46G2tj7Ny+48dgcpkNt4DD5Ki3FUmb&#10;DYuvymfkoKOSnp0jfI1brR0klqqO9opdTjUlwpAV21d0dk2lot2bVwe3sZlwj0dBjpzVyGlqgHp6&#10;iOVXaLRIGuCADf8AA9ld5NbxyGaxyFwfTH+Xp9IncBZDQj59Jqq61663JUY3cNNufLbh3JsWvr6O&#10;HNVOXWWrhyuOLUOTpMv9jFAHliKskkTAaTe4sfY45LEV0lKBkJqSnjrKJaWhppIS0tGJ0AAZxcNK&#10;ljYgj8XHtvbd4Ei/px6VXJJ4E/Z/q/w9UeCON9Zy3n0VvHVu1sLnao7VXP5zMYvdUuf3TkcTmqUQ&#10;5mTHSs82uGSUCGhmdgskDr6GDhD9CQx3BTYXb9dSUrU4gxsFHPJNSRwSCqlqmj0RSQuhLz1Ej2ZY&#10;/wDbexB9HWBLuQ9zmvyC+n+T06ZhnZy6qMjA6H7rPdm7d+7Zz2Wgr4KzLS5xKfF5dK6nqcaaKKp+&#10;6qKOWkSER0lJTxMaZp11yubsfUB7RtHtamraeird74KTceQrMtFDsJMzGKuOjjqZwJkqIz+2pRVH&#10;pmQsrXHNr+ye53F53litmpCgOr7fkf8AN6jpWsSoy6wC3E18uhOy+Thiyppdq5/BYHHYCmyGd7Ph&#10;oYaSOtNI+KkbG1EI8fkUySoZDUKV1RobOSR7G/LCkqstFhcGkaNSLLDXU5jUxlmiVIY5Wa3liiB/&#10;zV7Dgfj21Z28G2bV4l3XVIaivHOfLh/qPTcbNLM0laqD0VvZGT3dk8Tlext+VEU+Iyy4yo2hW4+r&#10;q4xHiqOonkqMhTUlh9pWV40v92PWyk8gG3tP75x+5MnTbepMHuyHa9bj6yQZ6nw9HT1a1dGkREdK&#10;0chAiLDSfrYX/IA9nWzNbxbdLGYwsrt2tQVI/wAnrUcfl0zP/bmZiSgH2/4f9WOmPrJtuLvfsDcW&#10;d2luTf8AsjJUu28r1/uLsRvvWoahnkfO0+F/jUbTGBZZF0VKo0hEOlSwb2EmF7EwjNXbewUu4snX&#10;vIIa9a5oo6mKrhusxgZQqLGQOCbcfX2hvLR7OZbq7erU/wA3+x04HNwmlBj06OnUbMr8rUU+Qz0e&#10;1qRMTVVj4yPGUdTLC1BNxSffCrAvMoJ1iP0kn0+8M+wt07nTJHHw1rU9dX0xFPhdx1EC0VLTRD7j&#10;7urlKRSGVjfQCw/Hujb1bmbQnxacVGT9g49OrbkLWQ0A66z3YOxuvcdR1u+NxY7C09KFgiymZoEo&#10;2qamqcrAlHSwAyxlQrKR4x6fqeCfa4qa2DbS7P2TLt+nOamiJpMcZG3Fk5aOglEktfPWuvjjVCdT&#10;Lq4H6TYe6w7ZOLOW+uWK6zgHHH5fy+f8uqLco0+lDgf6v83QWbb3Dt/f9XvTsLB9jZOs2bSSPjGy&#10;2l9pbVo64UkUM1BSpMsVRVuFlhIrJCULyBULMLKtK7MxVdHiK7DUkVRSV2XONr62Gl11kLeN2kio&#10;oUGmP1gI0jGwHtvbtrTw5DcGkiUNPKnr/wAX1ppTroeFKj59IKGkr8Zu/c+3dx7knpajDbIbdO3d&#10;vVeTqY8FUUsNUKBcjuTKswkqrt+4tIgBsGuefaMpKgSxmSjinxJoamop56eCngkyMdfISkMprowi&#10;rGh9TtqJvx7VyxxvI0U1XFK54UHy6sSQQfXobauCeBoVrZ6DO/xmjpJIKqsq6umwtRiItM9ZTpiZ&#10;WnMk8qEiOMJbTYsRa3tXVG1MtJHtlMtuGvkNLWfcytQaamtamCeVxLNIWVdRsupFNgbKf6FVpI8k&#10;E62QXPBa1I+0Dh60Jr69ONJDHIWb0/b0DR7b2dR5Pshtv7AiwskWKpKSbM7uxy7V2xncmjPRwUlF&#10;LUwpJVRRLqMrMFUj9J0kMXavxmEiw+VxtBSPIte1RVVNHX5M5CZWP6PJSTvJpVj9ULWA+vP0MNvE&#10;kF4J7yqPp0gn5j8q9JmcyhQtCAa9Bzgtzdh5zdu08zmtyY2rxmCko6KnyO19gZHBYTI/eIy1q0O5&#10;5W/dWGMhIXgi0yngC3Ptg2jDQLj4cNLtOio566vVKl6anpqfzhT/AJOGgjsGAH05IHLW9k24ztZX&#10;zzsxkHlWvn5dLHjEoGhtIA6HXf8AiczWVlRu3BdqZGhx2D25VmKglaKpx9LMFZq3JT104LxuAAr/&#10;AEPAW/1BetwYrHbfoZImx6ZSviqp63EU0k/hSKSRAp0QQ21LF9RqBAHPs72yFbxvqrr9OMjh5n5f&#10;njpE80rN4cflxPQI7I7F3R2tuTHDbG8nwW26XH0OI3/mKXANXSZB6KUyQwxZfKjRDJWksrtCuux9&#10;NjZvYcYbeVbTU1VtmmkRZXpqqWSlxlOZo213EzQVczKzOGNnkayk8Ae6yxwxXwuvKuATj9nTpj8R&#10;dJ49Ga3Z1LtLc2Uwu9M7jIqvI4ivxlXQZLM1Ip6mBqOYGljmp6eMosINikKi5J1N6r2625jN54XO&#10;Y96fG0WKiztDUUZzDNT1OQoo0XWstVfjWWIsCdP4559pdyubaZfq/wC08JqheIP+Eev+HpyOIMrR&#10;A6QOP+rz6zbvrutt94LcW3stWVOfg27W0FZlMDFJlMZS18v+dpaGJoVQzQNYiRYmb8hhY2Kohos1&#10;tChNJSZSs3ZnchkfLUyVlU0byvJyPucgA2mNbgCKFbD+nu0US3mrdbqiIoooH+r5Z6qBqYQJwHr0&#10;HS1u1d+zfwd9qUuytn7fw0qY6olpKH7dHWbQ8eK2xEBEjIASlRPCLf2FPN5ldsDKrVpufdOXjgoT&#10;SPUVm3cRLVQwSsiFkjlnDB2HHquQD+R7pYzPzHMttaR6KNTxCBwrmnlw6ZuZ4tvWhOpjgfb0jf8A&#10;ZgdobXel6d64xuZzW6o6ilw2E3FuCDHy0lPUVrhf4hWHTGzeLUSI44ApsB9PaS6t3O3aFfuXHYup&#10;zW2aDbYlpsfNi6enSij/AHCHZzOjK8pH0LXt9QPz7rv93Hy3eQWluni+K1D5sT6n5dPxRGW3M7n7&#10;a9CR2ttDAbP2lPubcWH2hvzKVD00m45t/SVCfxH7WEGKHGSxpP8AbwxyAN4I4CpB9Vyec2W29toN&#10;k5oWrJsnjljhqc1XVktdX19YWsiz3OgAc6Y1Fh+AD7N2ecyIl1Q6hXSKdop0nUMSCgoG6lde7k3o&#10;KDbkk1NhKPCbi/dxe2MHhosJhtu4KKEuEoC6JUSBiykySKgJN1VVPsS9tY6i2ts5lyVSHyWXdqhn&#10;qNHkggZP2owHPp/qfp/tx7D1jFJuG+PczL+lFhQeHHJp8+A+XlQ9P3crALDBlhx6ADu3dO7+wuy9&#10;u4XrpKtsBs+qV9ySYueugo8hkTLpNBNUUkdqgQhTeJWIJNj9PaW/jdF/zs4f1fbfRf8ANf1+n6f9&#10;q+n+PsReDZ/8ar/qz1qs/p5V/wBXz6Fz+6m5/wDnnKr/AICfxL/OP/wN/p9f87/tH1/w9//SdIyC&#10;eTz+P9j9D/T3gRpalRw/1fn13iUg9vDrcCmstl0rf6twP9T9OBf+nuTquun6/wCAtwRz9PbdAH1k&#10;/wCo/PrYYj4uPUIKfpb+1e9zcn/W/PuDPIOLC3q+oPI92iqCaiv+DrR7s+nz6dooiQDq0gxi66bk&#10;2PJt9Bx7jM4B4uo4Nrn8/wCt/vXtwEthj1UUXj1JWMWBtf0kfQXPH5F/fBzca9V7m5AsAP634/2N&#10;vdxRDop8v9X+CvWmJIqeu1BJPpsdJ+t+f8P6e/eQkhQRb+ptfj/H3sqqgnqtK8OuKx8XIsb3A+tv&#10;yDz78CS9mFlXj8gEf7D3VdQHb/q/1f5OrHGOucgQJqU3Z7fgXvbk3PvKCB/r/UA/4/ke7kLXPW9Z&#10;GOotnK/Sw4BIsPzwD/tx7wyyDVquQBcfW5+vNvel1Dt69jyPUqGFSlvSS1ibD0m/+v8A8R7xNOW/&#10;Fh/jbji3u6ooH29aUhcnrJ9vY/W7Am1v9e97G/8AX3HknXnkk3H/ABu/vRUBhQf6vLqzU49S6eCT&#10;Sb/kfQkkkDn6f763vilRybGwAAJv/vXuzpUcOtDrkabTYnlieB+Pp9Rb3weoANmJ+oP1+oPvSR+n&#10;WiAfh6yinJUEfTkcC1rcX/3j3MhqB+q3FrfX/iPeypI0160AVNem6opf9e9zp+v1P+P/ABHuSJFf&#10;/Dn6/wBR/t/bJWnA9XGBw6j+N4zyoJItZTxxzck/n3gaQKCAb/0t/j+feiGY1Jp1YYHUyOK9jYAW&#10;H1HBv/r+4rSsSCSbX5Fvzew97VBWg4nrTVpjqcIwFPF7Dj6cHk2N/wDb+5cMpaxP+sv54Ht0Lp4d&#10;NCp49NVXGPUAeLEsb2Av+APc8OwFyPxcA8f4+9nAoOtmlCK9MviiYkC9tVj9CAf6/wC39x5ZCfyf&#10;8D9B/X+vuiknFOvEFRnpxhgRLEWseeQObD8E/wC8D3hJ1XABPAuRY8n/AA92APE/6v8AP1oevWc6&#10;V0G6qCT+q/4/P/I/cZ9QY2Jt9QPp9De3vaio4U/1U/1fLrePLqZHosn0JA+vPHN/+N++Cprv+Sfo&#10;D9QPp721QQOrAqB1zMqx/UkAE8j6E/4D3JjhIHBsb3uOf8Pp78T1oGnUGaoUnkcFbW/Fv6k+5gDM&#10;ACT9Px+T/vre6kUNaf7H+rPXj6E16gF0Fyum2piP03IBvf8Ar9Pp75Kg5DDVbgW/H9b+9NkU6rq0&#10;564NNoOpG0g2ZgfyPoALg/717gvTMxYjn6ix/wB49uaSmKde1fLpxiyEQCBnUWA/4k/n3DaikDnU&#10;nNrg/X8e7oCxFOvE46njKQlOJQeeRfkD8Gw/2PuVFQMVAK835uBb/YX9uGJtVfL/AFf6q9VJqemu&#10;fOwoSBJck8abiwJtc/8AFLe5S0D3AMeo/m1uLj201a+g68AfLqK2agEZbzhSPVYk2PPA4/r7kLim&#10;HJUgg/S1/wDXJPuhBp/q/wBX+r8+raRTjnqE+5qe+hZka6nkFb/T6C/+9n3nTHpfkck/kE2H+Htx&#10;UY93l1sEAU8+m+o3HpBCluLg6XA/NrEj/ivuamLQML2AI1X+l+PofflNVJ8+FOqagOmap3RJoKr9&#10;eLG/Gm9gb2+v+t7nrQoFOlL/AI+gNj/vfvwidj/q/wBX+z1vVmnScqN0lSDJMQQTpuxAa/8AUcAe&#10;5qUQAA0j6ccW+n1491EWpiTj/V/q8+tUBOemOp3YBqKyl9QJN29Nr2Fvp9P8Of8AD3ISjCk3QW+h&#10;ueQf9j7UrArICOPy/wBjrRIU46StbvR1cqtQwAv9SdJvx9P9gOT78aZQfpYC/wDr88Hj/Ye3Y4gi&#10;GvE/6vs6qTUgDrC25ZqlkKsSDbn+yfT9QWNz/T/D3wWBiTZeb/W34Bt7eVajhj59WJB69U5mCBQZ&#10;KkkhbaV41OeSCf8AbW/23ubFSr+bEni4/wAPrx7sIlqDSn20/wBXn/PppmI4dInJ7vqFLLHrKBSx&#10;CqxvcaeStrjg8W+nuYkMaEf63H9T/rj/AHj3ohKHFf8AVx/1fIDq9GpWvSSrc3laxVdZPDZgXsOb&#10;H6j8fg/S3P8AW3vP5USwAX6i4ta/5/x96AT4m8hj/Vjqp1VqOmV6DJVtxrqDq5DaiQhbi5F/9iLe&#10;833qKFW4AtxyDbm3H9fZfJL3kjP8unQCcr+zqdSdfVFTGXmidv1B7sWuGsw4J4/xAt9fcaXJiINd&#10;h/jcniw/p7TySFxj+X+r/V+2rgJOD0t8H1fFI6lqbn9S6lAW45uL/Q/7D2xVWZ5uJOCDa30ufe0A&#10;ANeNerVAwOPQuYjrqGEBVpFW1gxIu1vyB+OPz/xHtjkywc/UH8fT6H+vPtSlBnzr/LrTU/Ppbx7O&#10;EMelVIAUEcAfQ/puv+9+/JW6j/ZH9f6X+t7+1OvSAemmXV1Fm24EUqQxI+lvTYfhfT/tre5kdRq4&#10;IT/A3H+wtf26JRTUP+K9eq6CvSdrMGY7qGm4Dek+kOSPTe1/6D8+5JqVReSPrcAfX68cj6e6idQ9&#10;QPLz69oJHHpm/uzPVN9GFgPxYXv/AI/UX/Ptuq6qKQesgfX/ABIP+v7qZu79P/V9v+r/AC9WVcUP&#10;SxwO3amjX9Jc3H5sCLfiP+lv6+2Q1RVxpnNh/gD+Ln6+6tKQvcM/y69pUZ6X0WHjkjIahjHH9osD&#10;x/tI/wBf8e84yKIL6x/vh9b+9CQgUauf9XDq9FpUdQZtrvUMtoraGPNr/Rr2Asfx/vh7xvl0C8tf&#10;kX/Fv68/T2zq76rjz68AAD69TIdosePEoA12BF73+lz+Cf8Ae/cJs1Gp4N+b/Ww4P9fbmpiaV/1f&#10;Z1UivTomzwUJMYA06QCL8k8fTn/b8e8c2bVhbVfm/wBeLW+l/bdCrgjh1bJXSepVFtRUDemxII+t&#10;ze9uB/rfT3hXNKvF724P5H097DsT2/6v9X+qvVQtTTqTNtNZOWHFjawsQL83I+t/eZszcAKLf1IP&#10;4/N/+Re2u8ksT1YIa164R7XgQm4B4JUGxubW5/3j6++ny9rDn+gKm3+8j3svIeB/LrxUnHXodrQA&#10;s2hCbki6/pJ49Kk3/wB798f4sdN9RJvzzfn6Ac+9vI3Dqunrmu2IA5IQDj/AfU8nj8m/498JsoSP&#10;1WuL8EXHugdhQdeIoMdSKfbkClv2voTcWOnng2v7hTZIMANZJNv98QfdgWAyetgU6cYMNGh4hVVH&#10;4+n1PNj/AFPuOK5y40sP9uR/rg+3CwZaHjTrVBjqV/Co1X1Jx+eFtb6Agc/7z74tUOblj/X888+2&#10;q+YPTgU8fXrOtHGoCqgHAv8AS305/wAP8fcKea5B1fT6r9ASf6+9inVa1FAOp0FPpuNPJ/I5tz+P&#10;6e461TeoC35Fuf8AY/X34U8utD06ltSKWUk/43Fr88j6f8T7jrWaX5IuD/WxAv8Aj3unW+Br1mal&#10;1pwDyLcc/wCx49uArA4tf8f8itb3Tzx1cuK9N5otB/2P1/oP6G/uPMR9dRI/H9OPxx78D5dUbHUu&#10;FbC+lQf9bm5/Ptrnk0jjm4/2x/2Hu/njqvHh04RJzdvx/t7fT6e8KSl7LccDj8fT+l/x72AeNOtr&#10;QGp6yMgBJ+hJ5/I+vvJ5nRrA8W4B/wAPryPe1jLGg62RXI64lFZbm4I+pH5/2/uY0jKFLDggXCn8&#10;n/Ve9FCDQ8evVPHqKiq19P0BNiw/2BsfcunYN6iLj+n5491aox14EHh1FnBFlU2+v0sARe/N/fGq&#10;qvHcJ6WP++P+t78o4efW3xw69S0ofl7MASRxa1vpx+fbLLM97vIfydP1+v4APtYgWlDw6aJ6ckjQ&#10;KNCKP8fp/sePcWyOfoAeeT9SfwOf8fd0RePVa1HUgkj+pvb6H/e/bhTKtmFr8fUjm/4t7o+kjrYy&#10;eocxk1DnSByRe9x7k/bK9hwb8XI5H+v7TsxB9OnPmesYm03bng3P9G9z6PFpGwdze/0sQP8AD8e6&#10;tJ5DrYKg16bqvIsyFEFiPrcXH+8+1RAKeIFQgFluLC5/pyf8faclyc56uSSRTpKVX3MvqMrfqA/F&#10;v9t/re22qiJkuiqOb/1BH9CfbiOV60R59OlJIvhCyMxIuPzdSOP0j3AlF/Sy2P8AW/0sf8PbmrNe&#10;qUAGOPTlDxypJHBH0ubj/H6e3WnKCILx9ADpFh/T6j22a1qOrLg56ZqpZDOWLNwSbsbm3+t7xOsh&#10;kPAIJH0/F/z/AK3+x9uRkFevNWlfLrmHiEYIYggN/jfm/wBfbxAsKxn0m/0bgBl/PHvTA6hn59eQ&#10;sTQcOk9UyVLyEFwqozabHUrD+hH9PbrHIgQBQAAtiePr+AfbbU+3p1jg16T01PMZSWYku9wouL/1&#10;0k+2mWpkaYRq9gfp/t/rz7uhABJ/1f5+mCeJPSjhoIFp/I0Wp/o31N+PoSPpf/H2y1tc8UpXyFv6&#10;8/j68ge3k7lp1U06f6HGQyRK/gCf0IAPP+ueb+0zUZF9ZsC2u9iD9QTwDb24qautN0qYKCJEXgLp&#10;/DAWBA5PvJTTSn9RJ+nF/wCvtmRVr16lDnruaKOxCgW/qB/jcc+3hqcSKCwbkDSwABBH+PugIVtQ&#10;6cZcgjpnFSYyyKwuCSQSSv8AT31HQSM1rfk2OmxsPr/xX26WWmr5dVI64yZFEHJFrgn1D6sbCw95&#10;nlWFVhZyoPP4B/w+vuiBvip1da0oOsIh+4czBASLgE8gXFyQePfAVYh9PJ1cj6cf64/2PvRyanrf&#10;wEE9ZTQNPzwNPB+tz+QAbe861caoZiw1fi/1/wBhz71pJNB1s0YdR3opWcQhG035I+h/Nz/T3Ea1&#10;S/lVlFvrzxz9efbtCg+fVWOrj1JT/Jk8DqSrDj+vP6fp7yvWVCqEjRgAAptyLXtce/UQtU+nXhHi&#10;p6wx0FM7M8jKbvqA4ve3AP8AsPbbVVICgSEktwbj+n0Ht5O/4emySenGmoyGugsq8ix5sfqb++GP&#10;dJH0aRbnkfT/AFvdZe1anrw+zrLXLIiMwJ1W/wBjf8e1HHTIwAicq+r66biwHHHtMZc46fwwFR0n&#10;JaiWO5mRWjKcerS1z9fr77qYLJ++y2A4A/4172XrhemyAMDrhRVGpx9vGy3b1Fvpb/Yj/Y+0lWRM&#10;eALLc2tyP9iPamMYqePTTdLCmkUDk3OkfXhjx/X3C0rEPI36gthcgXP9R7uzUwOtipHUrUZToH6b&#10;3uPwP9j7xRSGd/VIQink/gf1t+fdlVviHn16oFB1ykCxLZUuxUgD6Hj2/wBO0bfteU2I4ta5t+CP&#10;dGqBUDz6upBHr0yVCup8viUkcEG/5+hBH+PvhOkodVjI0ICSQStxf+o91Qaq+VfLHVWHWSJ4tBaR&#10;TrJA5Gq1/wA+4hpRVBjILtzpDC4/pzb242ojGKdeGDQ9SBVCmKqp4v6iCL2t+PeE4WGNw5AjuLnR&#10;9GP9D7YLvq6uFRuHWZMn5FIX9yxtyRe31vf/AGPvOaJgoCgP9LHixFuLg+3A/r03Ty6xCsUsTdlB&#10;5PB9Njz7TddSSJIwUsHN7KCQgt9bgfX24D244f6vXpspnp4gnWRA3BX+v559woH8b6ZXOq/qFjx/&#10;iPbwFBjquoBqHrM4LLdRbj63HI/2HtS0GRjgmVVYkWsRe1x9bn2mkDONPTytpOOmmsoTPGdQAJ5B&#10;text9F9qFqrUNYZLH6r+NP19o9BVqHp9SD00JS2Ggo5K/Rvpc/Q+0pmKinkfSQh0m/4seLG1vbsY&#10;IFem3ZScdKChikjjAYt+n/bc/m9ufbXFKqi8ZK2IvzcEf8FP09vqKn/Z6oGA8upjKT+rn/Yci3+I&#10;9urnVDrjALgesXF7fW/Pu+kDh1rBHUJSRLocmxtpNvyf7PA/3v22CKSUG6E3/JPAF/8AD6e6OQPy&#10;68AepmoJxcD/AHsm319udBjEeVCBZlIv9LXvcrz7bV/PqwUnqHWVghjYm9jcC31/1+PYhUWOMkI/&#10;SighSOLtb8Aj/ivtJNIQ1R0+sZpnpB1mUSGfR6pHYFrjgJfgG39f6X9yanGxvYACyqSS1yAR+Ofx&#10;70jYr1YICM9QqTMTITqNiWC2WwJuPyf6/wCHtF5mn8QikABVSQbWvcH+v+t/h7MLcjSQePSaYUFB&#10;0tMVU+byLdubOuo/qDAH6H/H2nYwJmKoPUWvY/6/11e3JCwBr5f4emkDHjx6e29HLfpH5/wtyLe3&#10;6mx1Q7KC/pCkGw1fXj2lEgoaivT5jP7OmyqroIkJt6tVxf02Aub3P+t7dYMUiM5ZAQOLswX6+1Cy&#10;EgA8evadOT0y1OWdggRiNVmsg1f64/4p7aakP5XjD3F7aVIFh9eR7dUUHTTNnHTtTMvijcoVuga7&#10;D6taxIP9fcMTCJWjZgWdCoJPIb8Dj2nliJNenFkp1PCayrqCApB+l7j8n/D22NUyswgd+LX1A/n6&#10;AD+o97RVUV9OqE9S/GgvIq8mwsRz/Unn3livEwUjxq9tQtdn/wAQB/X35mB69U9cWGsagdTC9r8K&#10;OLWuffKWoq6dCQhCM4C8kEr/AEIH+297QqzVHH+XViTnrgsUMpAaxKj/AA9Lf77/AA9tOR/yqFpD&#10;rW40Mq8/4fT26GPDpogkE9SIlCHQOfqR/W3tOJQPCmpQ8gA/Qy8n8i39CPdpH7eqhcY6z3H0v7Vl&#10;IJoKZZFXxKQ2oWOo2+q2/HtJQE0PH/Vnp4AgVPUeQo76D6jwQPwP8fcOasikFiSSpsWb6i/0A9qF&#10;jKj7eqGRa0PWVUsb8f0sPz/r+5sUYWNJEOoR8m/JH55/417rpGuh6v8AhqOsTOSWU8FrAW/437kU&#10;+f8AF6BYfQtf6AXtf3toUY+nWhKwx1FlxyS8te4/oeT/AEHP+3+vvI+UMjl10FDxwdJ/wGr+vt5Y&#10;0UdV8QMePXS0aqmk6rjnnn/E8Xtz7kU9SsiuJSSxJALMTpUj63P49tkA5PDrYamOuMkRQqYwAAAb&#10;BbXIN7WX8+2CcRJLMI9Trq9BFr3H1sP6e9UB49VPbkdOSFyqFrBiBqH14/H+x9t8wkKPA0rLG30P&#10;1Ksb20ke7aVBqOqk465ix5tz7xY5KqFlRxK6ryXv6XF+OfwfbvbTFM/6v9jqqKQc9cX0kEEi/wDt&#10;z/tvaoApQi+pw7A2A9YUn6g34FvbdNRr08acQOof72o8LoB5+ob/AFxb3jgpZCxBkDfhyOLA/j3p&#10;2p1Tieubyqq30n/D/E/i3uf4Wo2VdRCtdwSSQw/pcfj3Surj04aU6jCRagNYXIOggfUEfWxPuXG0&#10;5mR49Ggt+ki5BH1s59ppQBXq4qV6xsIghR9Vwv6vpcHn9Iv7my189PUKzBtMi8N9ebWIt7tGE014&#10;EdUfWKaT1AFBBPCY/SdLcgfQi9xf2qMVVRVSlam4hkTljcEv/tF7e08rEPVcdOxLirdJTMUNRSqH&#10;otDVMcgKqACBHfkSj/e7e2+twIinNXBLE8OrVpcepfyNS/n/AG/tRFc6sMOvPDGTqjPUyg3CZ6f7&#10;OogmiqQum8fqjkP0JR/wP9ce0xkK6FZGp5HUE3YFAFBANrf4e1NAe5emWelAelPQUrhElAP0HDks&#10;Rccm/uDSykyBIqclbljKr/m/0Ye6PQChOerAAio6nSp6dTy2406GVSPp+PfLJVVTj4TIXZAfXpv+&#10;T9bH/e/bsOlq0/4rpqQHrDDFT1Lcqj6BoLEckWve3tHpn2qanlQ7agxGkMTz9AB+be7sABTyHTaO&#10;xwOnJYURdKXUW0ixtYfj25VSNOFnWmcA3OoKdN/pyPxb3VWFdPThDUzx67QhLoZASPoCeQP9j9fe&#10;PGzMkt5VZ1LG2oGw5tp45H+HurjrylvPr0ylkIBsf8LfQfX6+5eaxUlVCX8bxa+Vcg6LHkAA+9rI&#10;Bhf9nq0kZpnz6jU9RGSY/IrMvDDUNQN7En234GhrY5vHLG6prskxa9h/QD+ntqebTw8+vRRkCles&#10;87oI3JIJAJtcc8e1TW4ixUB0YnjSslmN/wAf8aPv0NwzV9OnGRQePUCnrFcH0SKBc3ZOAB+b+5sO&#10;Aq5KKbwkLZQ301Mo/IUD8j/H3Rbmj0brxg1CvUOozVDDURJKxu76AfohJP5PtspWjx8kYmkL6ZF1&#10;8fuML/1/H+v7XKQ5qekwqjV6mVKvVQusIClo3CEm6KSOG0j6+1bVZygr0MARSqJp9BuV0j0mQ3Pv&#10;bKsa9o49XWZnJ1dI3G7dyOOmNS1WzvJLqbyBbes+pYwoFh7TsOYelNqdtKgm6iwUlW+v/Fbe0joh&#10;q3TwfT0rZsZFVf8AAhdbcANzcAj8f4++NdlWqFR2lKsTYWtYg86bnm3+v78oxQDrReoz13SY6Ol1&#10;LGgtwTe5Or6arf19o+SpeOrErxxD1XEjWbgcX9uULCnDpkkKa9PGkadPNrW/IPt6qUGRWmmjLa9G&#10;iZeAri9wWHA93XtWnp/k6848Qah1EjvTmVG/Rr1Rm59IYfTm/sXNj7USupGkQqJIyHKagAwtyBb2&#10;UX1wRKFIwf8AV/q/1UVqqiLV59Ar2f2NTbQ8P3nkWCcmISJFJK0bfh2VfoP8SOPYxYzbNOymKop4&#10;yp4A0AoOPqR/X/Ee0LO4OoeX+r/VXrSScVY9E73/AN8HFolZi8rJruzXE1pin9qML/T6cXFv9b2q&#10;8ZtvHYx/JDHErn8qhUcfS9/+IHtiVp7g0YH9tf8AB05XTUjose+vkjuHcuOkoJKydIDGySl5Evye&#10;fC6Kp5+tiSf969vMktr3NwB6vxYf74ezK2tKLgUPl9v+o9MtJTJ6KLkMtNkapiskkrSSAanN2Ys3&#10;PJ/29/aGz26KfHxShnVSqMV5/UVvcAf4exDFZiEBjx4/6vl8+mGdSQCejU9KfG/Kbzq6DJV0c7U4&#10;q4POjIVjEElm1MD/AFHAt7ALJdizzzSmmqgQrMDGLg/6xN+PbE2otnq8ZFcZ6tq2j0XtTb2NpqM4&#10;mnLxxxjy6EexUg3+l/8AD3ixuVlzEjCadIwwu6uzBRYXJA559o5JHWgGenEVHOelhW4KiwVOGo6N&#10;nMdljEKIZLMbBbm3pF/6+0xuncFFQN9npZh+gHXexvywt7UwxlRrbj0zJIqnT0+4HHTvEtbNIqtI&#10;SwCxabqTwrXJ+n9fbltXFwZGCStuHiQepL/UNzbT+b+0F5IzSBFwelEMYK6usW5c0cS0FPYiSpJE&#10;UlrgMPyX4tb/AB9z58VT01WHoKWNonIMq3uyve4a34/4j3psJ+px68RU1Xh1FocvNVUjiuqXimW/&#10;jYRhEdR/Zufrx/t/czcstX/D4oIYy+hQRD/bU6eGuv8AvHt6yRACxOT1qU9oCdNe24qMZOpq5HGu&#10;QlfPcqklmN0Gri3+B/2HtrwORyUFLIlbRMyhWZVqYg4JAuGUMP8AeR7pKq+LWM0/1fn1ZDKi6WH8&#10;unbO4vH10sLwVjQShgrPRVLQyaWa2hmiIuP9pPtD5PVUZFXa9PDJJqcJZTpY3sf+N+331adMY/1f&#10;6v8AZ6ZFC9WNOljRp4qVE1mVo0Cam5LaRb2rsPjUmkEkVQz06W8kQ9bEfSxb2jdnjGgjPTgC17em&#10;HL5H7eHS8SpM5IilY6EVvoCLj291K47ByCtgp5RO30MjEqR+LWtz/gfdtU860fh/q/wdVaimoFOk&#10;/SmvzsT0VRVU7QAFXWCP1qTwQ1yeOfqPbJk+xa+U+KIuoOlNF20kDgiy/U/7D3eGJIgQRnpoucU4&#10;9Zcf1pt6kcTPSxSzB3kErRqX1Obkhmv7EDB556TF/eGncy3DM/0J1c3t/h+fabw/ElK1x/q/2OlV&#10;aR1rTpAby2ZT5vKJjnq0SmaJkWEgECw08Hn6+8Uhn3Q4k/bBJGoPqBjUfS7Wt7UPJGo8ICnWgNeS&#10;eu6Gmx3WtCsKCc08asUMQVllY/hYhzz9OPbjT0+NxUoSorYI3QrqQAESlf6i1x7RS2s47gKA16sJ&#10;FA0jPUWbOZbctIJaDDVVTFMGEcjsYTTqzfUOf1H/AAA/1/bJvyCHJUUL0yxMXv67AlltZfTf6e1V&#10;kAFIbJGP+K6alqyjp16yesxlZX0lezooKssNiEjLEmTUbfUk/wBfYVN5KGGOiyEXmikZQrJxpW3I&#10;U/8AEezOA6KsvSZyaBDnoZPRVOaiklCSIrAhgbMb39a/8U9vdDl49vOgRGFNMqsGHACH/Vf6/wBO&#10;R7SywNOfFU5B/wBX+odPo3h0rgHpqyOJTO07RVBXyRswAYXAcLYMP8PyPfCOtwU2RkqmELzMGmiB&#10;jVpAx5sf6D+v9fdbgyS0R+A6dRo1ao65ijycGPipYnI8YWJmEhv4gunUrHm/9PakxefeunaBlXxW&#10;IkiRbqFB9IC/gfke0M0KxYiOfX8uteI7GvHpjyWAhpoPuQx86G8Usj2k1kckP9efoR7VCT7USpij&#10;lpFFYbfutxIGPPABtpvb6+3kimEJaQ0H+r/J1Txk10pn/V/PoOq2l7FmSaagycBx41AUxi1RyR2t&#10;dpmF7/XlfbjuyY/YU5f0oArQyxsVexHpHpt7dtY4zEzef8+rMx4cekr1pT+PcOWjgkd5mkcV9JJH&#10;rphNqBkku9+Te/8AvPtE4HF+fLplap4EpFIaWOpu0jX+pjJve/59o7yRpKQoDX/J8/2deRNLmRj+&#10;XQ07iyjUODqMdQx1Ete8EiUpowoVJQPQHPAUA8fX/Ye3nc2RxuVgmoJ2ZIYbiN4yQVAPDL/hYc+z&#10;W2d7WDwV8/8AV/h/ydNFVZyzDPHpCbJ2xlsNXJnUAkq8gimtilA/dJHId/rqW5sfpyR7h4vI0NFi&#10;3ofGJ4mUqjqLvcC6Oxa/I9l6QubnUxp6/wCr9nTrudAVBw6VGexGRyOUpMlDUGjnp3VmRj6GQnRL&#10;DZSOCPbNDnYzDUwqTHLGGMfIXW68orW/P49q2tUWQHpjXRSeJHT7NhZWmppWtLE+hJbgtoRls7L/&#10;AIe4OHkqMvBkpqmP7aemQy04kdSZjqseP8R79IAsixn4T/k6rFMJEIPxdSsq8eIkxkdOjyw1M4pq&#10;gRqSIYil1lNr2seD/r+2PK1OYr6WmEQSmmgkKyMykW0HSr3BF9QN7+1UIggBI6rIkkgViadO9HSU&#10;dNNPpJkWdQ6gnULN6nUD/Xv/ALf2DGbm3Rt3cRqfVUArGyTwS61dib6kUfkf4c+3LhYpow3l8/8A&#10;V/Lqg8WJqjI6d4minhBVD4mUr43QrYfpKsjexwwkA31hFhz80tLWxRmSGueRoyiqL+J0fk8fT/H2&#10;TRXDW8uhBVW6WlfEjGvj0kstLJtlkrMXRCopqiRUqsZSwWkeSRrLUwstgpF/UCLW5/HtT4CsrMVR&#10;1e3oJqrKowBh4ZWso0owlHFz/W/v0ywxTi51aTwOfL/V/q8utIrMCqivTRncJj81Pi8/WwU1BPRB&#10;iZZxHK6iQDWjqRzwOfaMzGNrchmqWkqVmx8qyguksisJdI9CyMOef8PZldPS01jNRXpoIdelsdKn&#10;E1dAmL+6oaiOtpQCyyUy+g8+oIo/A/PPsaZ9uRVGGosVSsYK4In3BhW8gJPAeU/S4+nsisJjGkkk&#10;34uFf9X+rHSp6MdK8B59AjPvWXH7nyebrtMu3YrxUsk04WPXGh85hp1uWZWsDa9/6e03vCDN4Ta0&#10;tPjllq5KNAvlKl5kkvdnlIHAsfqOPZhtsSPKzPTOR0xcFglI/Lp92rm9u7k3LHkXeGnqK6CRqOnM&#10;iJTVkQA0mAX9bD6kEXHIt7C6j3lk49i/xTLxCaUSSlRIWdrIdPpD+oAkW93S2El06pUKOqeN4cIZ&#10;uPQnnD0Iy6zU6CmcU15kgQRq/qITXpFifr9fbbT70z+RGPr6mmOLhllSOCpnQxiaEC7xIy8jjgH2&#10;8Y1VCIu4g/z60JHYgyYr1Liw2LijnpkhV1k/clgd/KNT/RzG1xc2/I9vFFsjIJvaPdmHykOVghT7&#10;moxMrAToxj0+Oljb/OWuT+D/AK/vd5dmW1WNwVPD9g49Wii0SGRDX5dMNfnKKPHS47NxVGKjqhLj&#10;0rNLtSBWUxpNNVQjTDf8lyADxqN/a3r8Lh8nhc7Nh6VMHnJpzUMjuRJUyKLzrFCx4/J+g592tplL&#10;abkVouD5dbdCMrjOR0joMnunb+5NuUdfWy7j2zV0s1HLWwUcIONmsDQVtfUxWMmviMkX+uo/klix&#10;2xtzbioaUeangCzCJ5KmVpD4UF2cswIBH9Df2WtuCRStEtTny4dOLHrGpjQdK3cO+9tbSWomrmnL&#10;JTNVGCipvNPNYm0cMC2Z3a3AAN/a0w9Dj9jzzfxTMRVFXUJ4oZYobJRU9isqrLzqa/IK/ji3vz7e&#10;11IkziiKa09et+KEqi56QeSz+X7FxEowG36qKijkZvHlJUpJMjOmiWmvSk3WIjUD5dJv+OPcDatf&#10;nKrfE2OzCzzYGqim+2yKVETpIGXyU85icXF/0ge3t4kWCJTBmlOH+D/V+fVbbUKhxjqVuzG0dJsG&#10;qyG3MdjKLPY+CCaKlmjZAlVC6isoJmpfXYDWLrfkX59x+zdvZln/ALvbVwtRUpnKRlmqCY9F4rI8&#10;kskh0KebgDnjj2dbabRLQXZNS3H5dJbjxXYqgAHSa6s7BpMjhcnm9+bhwlJk9t5SrpZIIZWpocdS&#10;1S+SlQpN+7ITEQCxXkg8C3tL7V66y213octuyqlFPQCQT0y1KGIiLiJW0E6lcX1KbW9o7uGS6Jjs&#10;xk+Y8v8AiurwMkPfMakdLmTszb+54anFbPyC5PJ1dOFopkp6lIQZlIeYPUIgBjFmB/rb21bk31VJ&#10;WPUbUgozG8vho2icCNNXplS4+gI4JHt82sccYVjUgZ+3r3jFzUefSoxG2QMPT0eeklylSyRtWvUs&#10;GE80b643fRwSpAK/0Iv7Zdy52TLY+PajYinraaqenq6ikqpV+xx2R/W0tNIlnWxJ5HB/Ptm3lFqj&#10;OTl/5+nXnHisFIqB05QYChjyqZ4p/uUSjkxv3qArPU41pBMlNWfUSBXUMvFwfoRcgiFX02A25tHE&#10;4yCljrkqxBU1dRj7ximqdASSnackFQhNjc+r2ksbZ5hLdSHuNQAfT1/PHT7uqkRqKgdJbGVOdy+7&#10;ctPKZ8RSYkSY2ioKoB0yNO7iVcskakA69JC83UcHm49yMfmtzUWMEuEqqGslWoSiWlppHmqKalkW&#10;0RlVgPxwVUm/9PaSCztFujNcYIyK+fV5GmdNKZHUjP4fbWbmkxe4cVKaKSI18lTVLDHj556eUM3r&#10;DEh04cMyi31DX9q/atBklWfc24RHFDiav7mClMCGZKox6JfLFKPRYHh1INvqPbm4NJuLGytjgjuP&#10;lTqkZ8MBnOTw6Dneu48FRVGJ2Lt4efJ7voJqOmqY6iZIP4fBHqEkVbDcSEXsIz9b8EX5XmSj23uK&#10;hyNPRmGSpqaeGoMUzswEi2eKRFQgix+tvwbc+0u1wfQvpmJUEEfL8v8AZ63KzOBQZHQJrk+29p57&#10;a2QzdO7YDG5uso5arGxwJUSY6eNqaaLJ/cjSddkkUCx1AFTfj21UdDiKipx1Hk6QUNXjrKlNAT9n&#10;WBEGmpuvDW/PPH59tzw3CnQrVRyM+YBr/q4dbDKAX86dL7Kbj3JQ4Pce4NqVo3BRZOmqKuGbIN4s&#10;ljKotf8AhYR1Uop+qarf7Te/sId7DcO9JdyUWKYbbqNn1DSS6AYXq6SKISGSnjiGkhkIILD1c29i&#10;xTaWCpt6CpYVr64rn/V5dIWEkgMzEinS96/fA7V2/tbKzZnJ7jXsCbHpTZSql/iC09dlEM8NM0s7&#10;l44vIxiCi+hgFIFvbD1ztfcO/wCD7TdFfKmKSCo+ynroFSqMwIaJLsbEOfoByB9D7D97ffS3Igi/&#10;EaHjTPn0rij1QF5TkcB5npUdj7zous9uZPc1HgJ83WxSUklTiMOka11TTedYqmrZeFAhiLSFmsOL&#10;Ei9/blh9rmj3hPteg2tUUeOqaSrpY94yGoqaan0xmR5NbjT5FYWRWtf6W9rt0dNrt0nc6y1MDgSa&#10;f4P9R6bt2aRipXSPXrEN402R2vTbhTJo9ZFS0mZk21TTUEVbOJRqgxk8RaSRRJqF2uRcXvYEe4+4&#10;slhNp71eDJ0clYcXRYwbdqWqJEiStjuZ8jMt9Ejg/RHBtfgfT25uMJuLCMI1EcVb51HD5enVYpNE&#10;hJFDXHWXZ9Vld37PxeUao/hEuVrMlU5mgemSaRKWWaaAYiKUFdGhPGPMouQLi2r2N+N3fnqrboqp&#10;3pa6KCM1cLQKDJU47/dkGhmF5EBJFuLA2+nsr5dVbe/ZIq6QPPyPH/Z6fu4xJHk5PRcezuiercjv&#10;Olr5sdV4vL5+tp6Bq6neaFaTOqnlxeXkqYFbSkjxpA7v9XaPkMQfYa4DLYOmq8jUQZGswlBNWNlG&#10;rI41l1GU6ENWZBpeEH02BIC/TnkLdyL3F6dC6ycH5fMD/VTr0TCGHI6MLn8HnZdtUME2Kw26cxT4&#10;6Ogloauolx8FSEUfdGgqQGaKdo11KxAuwFyqi/tC9wVPXVXS4unizmQxW4P4okznA06VFFXlzarp&#10;Z4I/1JKja0s11J5/IJjarLBtziUAt5Hh+XSNzHJcA5CjqDsKHtKDO1ozUeK/uH9jBFh48jVZB93w&#10;zxxqUNU7B4mCnXFKHszWR1bhlYxG3qHY+AwW0dzY3Fxharb0mKoSsGnIChNT5KhJDq+hdWMlx9Sb&#10;EA2IN2+2ut1WSO7kGmOSpHrnA/ZnpfPN9O/hxrxAofQU6Abe+e7K3TvXsXrfblT/AAypwlZg8u2c&#10;yGibBQS1+GjloaaCExrLqs0ZjCPp1oWZS4JPsJFS1Ndl9wtAuXhpqZ1xVQkSRVtNCsms08bWEh03&#10;Om3p4sfx7VbpWeaPbYm0qPLqqNpi1gCp6U+ZqcngdubSwNTPS7YzOWytJBumJzJXYXIVdXSmConn&#10;lc+JEqZAisXtJqZSnNyEB2em3I6XI7nkmi27k82cfiItzYyN3rXlmm8MEUqRaf8AOMiKzHlQPrYe&#10;xPbDxLcNP3+CKZ9fI5/1fZ0jlIRxGO3UePWbpLH5zbK0OwYa2syOHwSZisfb+bjiAxtJWVUM1LTU&#10;OUlE0kkdI07LTxM2lkdeV0AhLbS2ZkKXdOPyD5mtz8051zNLUSjG08lLEFkSplBCRzFmJWPWdQPs&#10;P7lcfU2zIO0HFBx6MbVRCxYnHQ6Z/c2Mx+BzDVkU2LipKYqsZp1kqJopCFSooKCFXkkjH9phH6SD&#10;wbX9mQmyEVTkcSJnjgqaKGpWKGaSPRUo8BjfXGCxUqbWN/r7Y2wtZ7f9EV7GYVPp0xOlZHmTJp0S&#10;bN7Nq46HszcGMqcnkYN2TYCrqpMPT1LZHDzYetjmpjjKmZUWZJ4v87HpFxqt/Ql63LuKqyVdU4Kh&#10;hysWF3Bklx+WydEUWjxWUSo8Ls9WzAKSoV0DcMAeb8exNfTRRwa1GpwOHH+X+x0lhR3AVxQevRq9&#10;mbLxeEott5HKRUNfubbGBq49vVU0SLmHwE9JG7xPD6pFYM3jcop0nSLcgFvpMJlIN/UkOxsN/eKT&#10;Dx0YbclXVSQ0VU1VAaWtmSodxEyMpYSRpqH6gRfj2TXkqxWCs7d5yAOIPkOFa1x0/GoLltNAPXqf&#10;k9y4Wp66qsn2kF2hQ5KmrJshiK6RRX4ilp5mnp4mNOruaiJI0mWWFbq+lkIYKfbzvja+GxG/em8P&#10;tnadDmafDZt6fJVcNL95Dt6Sqq0rNUImYRwq8pkYCT02UWFxb29Kkp5Tke5ekz6sefDH+x+3qsJV&#10;77Uq9g86Upxz0FPUm+927owPcW9N6h9vbbylRPkdhpWouNrH2pQbaWmbMyvQATF5PGju0Y8kZ9K8&#10;hPYxdldY7Sz1RX7hqpabIVf3kGQpHyqrlsfjpIYxDVGkoXsAJY1s6XKlhew59pOW7y7nsFspo/DV&#10;V/M/PHr1eZYY31DJJ6L91X3vvLbOc2n1g23ZcljaePI4iYYzEV2CyRSpHnw612XzTyF/sy4QSppd&#10;431HVIvqDyixz43PYjHR5N6+Grxn22Lw9NiqamiioQnmLwUMOqCKNDazi2kH1f4vXVulpELiM6Rq&#10;yc1J/wAOerROJg1eIB+wdG4TccGa2juDI5DD0m3JsNkZhlci+4qqppo8hj5VpVWTLFKWqmZUCxtH&#10;4wpIEaFuD7D5sPv/ACdbuGjy8tVt3a2255TSZSroKSeKnqqg6IJm8l0qVZWCOImvawNva26u0tGW&#10;KwGpnAJAr/OmB8q9VSEMuuY09D5npT0O6evjU4StxVfgshune+KiTF01JXCLLZ6gxkDV860sMx8q&#10;xU4eSUh1UISdRDEn2/Yvrml2vj63PbOqRWU2apaXF7hwaoIUeWyu2Q27qOqBlmKzRqCbK7IDwB7R&#10;AHdFaSVSjQ5r5f6vXrwKwSeGPxf6vy6TFT2LEN+Y3ZW8MfUYmq15Pc22M9ST1Bxf2tLDJSrjtyxw&#10;NoVjDNURuszmJ2jWRQJPGUWGRgrs9V47GS4+TI5vCwRNR0dRTeLG0gkUeA56rclWYadSMoPIsRf2&#10;1b3v0FmYpDRCxIock/IdWeBZpTIuOomNg23tmPcO6sVk6fG7d3hVS1uaysWSqqzJZCopYzCW2fRx&#10;CR0jLEq8aWCkmSIC9y8bowOXgpaTCYGeip67JrFNK+Up5KykqJlCmvqpaalYEyFTaN1IHAv9Pdbe&#10;eE28m43S5Pavr/qz1dVAcIDWnSX2RvbEZqtz2ZrZTWQbUrailjfFMtK2LopKgjGYhampMBZUSMtU&#10;wyPxI1wCPePd2H3FmqzF0OO/imNwsOOiocjFTUyx1FY8KaEWOtqW9Cj9alSzW+tvw9td3bWu2ao8&#10;yFiTT7f9WKft6TTwiS4JkOPLqLsjL7Q29LuXJ7n3HtTL7jqdy5XcOGqKmupZExGLyiLHTqKOmJaN&#10;kUeCabxxrIykqRq5jY7qam2pS/f66Catq4imTnemjarlcwFUnerkDMtQq3Al1gagP629+Xx92k1z&#10;YVM0PCg/w16fjkhiUxxZPy8/9VemWH5V7W3huep2jg8fnxLC8NTishTemjyKU9dHSyTIsMiGppC7&#10;IJIgjOYy5KjTf2DG4ZN9bYy8cxgmqcdABkmp1Zp6qqUzaaAZZY0CnyJ9FF+eCbezCeCB4NUDD7R5&#10;U9OmFZ9dGFadGbwOS2xuzGu9FJSThWrcO8tOrQeKtp1EWVhxUktpF8UlwWSxDD+o9mHxQpana+29&#10;71uJnoa2kx0tXNjY1FBS46SGV/8AJ6mnaxQNcSXA/oeBb2GrFpb+eTbJTVA2T6jzFf8AV59PzO0C&#10;0Tiw/wCL6LHubKZTG7v3P1nh9xUdB/e2roaPHZHLtNmdwV5yWGjM2SxcrsUqGpDDLSmCTTbRck35&#10;LbvTszeuWrRhH25VZLH12TdVrZtIo6dqo+jH/furRGDTa97H8g+xW8kO2QP4DUqOA6QpCzyKWWp9&#10;eh92R1JsXYtRTV23qCKiyYwONxVdNSqlH/FBjQwiytfRxAaqkmSQNIfwxU39j1i8HhK7CVWByFPS&#10;1fkXGVVaMvJQVOCir0ZZNdJRAK6KoBVLmx/V7CVrc37ztd0NJAVxgkVxUn/Jw6M5CmpVOdPoM9ID&#10;f+Wy2JzOI3FFPVNT46fNQ0uP2xiMvNujIYxsa0clDV1btNBOTOsVRpMIIZI1F2Go8t3piP4rR5Q5&#10;LExqXoaMtSVYi/YhKwNS0sQujlRbxIACDwPZqLKWPayAOFT9pOa/6j1SGQfUGlfz+fTF03nc/Jhq&#10;7BT7b3rTSCXK1sX96sYqTS1eUlkr4qzKVKqjq8jswqJPUrE/UsT7VOdnyOMKquTr58fJklelnm+3&#10;nr6bVGsFNTUUcqi4LcgNcnm3tJttvotDeKO0DhwGP2+v2decLJLQfF0H206bZ28clXUWQ2ttWi30&#10;u1RTbnx+Kjq6XbuT88r1ORqc1X0enyKgUAv9UMgDkEge42e2xJUipiytPJWVFPTwVVNuLIz0up6s&#10;sYUo6KipVWxUm+ogf6/s1sr83caKpqjA1HoOkxHhNqwM/t6Yti9iYXblfioNn1FBgsW2cyeCrOrN&#10;pbfrI4KGmSM5Kq3XuDPZRjpjaGMGNoVCSarr5CTogUtdlcJisftjHpSV+4VrKupXzKJpcUojDyTF&#10;o7gFgS4YlbKbc+00e2x2Es19cZSSmlanJ9af6uHV3kW4YUNAoyelZn8fszt7OVPYeYyuawXV8G3c&#10;fhKuppKs4fF9hHIV700WKq3l8dQ9PBK324gRbTSva/psZlO3qqMljY6mtrYqiM5qZaZohVVNTEAX&#10;owSCU4+qgA/W/Ptud/3iwtrgUYDtoMAeX59bQrbLXgD/AKv59OCLFtimx+3M7WYLbm1Zce9FsXGz&#10;Zjzvj8Xg3P8Ak+ZlmTxiXQyAIZHK8pyR7T28s3UVsc1Li9sI1eKiB6eWOSP7oDSpknlRjpU2BDFj&#10;9B+fZ1awQWVtomfNOJ8j0kHjTNqJoOpXUmxMhhMhFuXOdr5TL4Wppa+OqwMlPSpt8yT1chpaWgrG&#10;jErwwh/2EiKjk8D9PtO4na0hyA3pkNu0MWUen8AjpKYfb11Wx0zV+WRWVHIiGli5t9LA+yC9uW3M&#10;fSaq6TUt8vT7elsa+DgcT0Lldn8HhYxsyg3TURrO8suusySLlMfj5YhBSYzBTGMzMRMFFONLuoDA&#10;OLKArcbk93R1S1RFLi8XkKsw0FBR05heOh8emaumZyqWLcILBfpyfr7ZNvA8yy20ZbwaEtTz/wBX&#10;Hq7lFjKSGpI6QW4dt9Z5HA5rbGZqW3jkcfjov4rUZzJNkZpcihFdRYmaQeSUSm2tgFMoTmxLW9gt&#10;UGXa++WoKSEQ7mrVlghyWYqGyFZVUtdUaj45FllSJXPDBFvbj/D2IN48T6BbiVu0ANQGnDPSOzCy&#10;NpUUr0M23qrb2+tm0ORRoKvASQxuuPoKaqoaCnlxh0PTRwVcNPORBKnoDoouqkLwPaw3PUYnF7k2&#10;jt6Dc+RxuOp50iyGG25HFE1VlKmTz5ET1tSVWBCb3kIJC30i9rF0LXb7C1wy1lkzU+Y8v5ft6eTT&#10;9Qa8Bw6Rm3aHL5em3nuifa+H/jeRqqqnwGZ3LF/EkfbePp9OBZ6KjVpZFRjJNJSxSReRmYeUMQw4&#10;7ty2x0auihNHuGjXMx088ePrK+Smxk4j10cdRVwgq8n1JBfk/wCPu9jBcNbnxTpfTnzP5/6vLrXi&#10;1YCmK9S9kpvjJ0WIfJNX7cq4cVE0s+UxeDirM3OJgMjJHiElkkoor+MrE6KyBlU8/VU/xvcW5MXi&#10;FwU8W0NsQgUuVzbUr+SWOMCLw0TyLqMo+lyv1PHtHtVxa7cksVqni3BNeFaVznjQ/n1WaDxJfEmP&#10;bTA6DrcfXGxKDduTzu9UrO1N61cbZLaWx8hkaeeKhiiLa5qTAzSw0kcLSWDVM6MEAsWJNinjS4Ha&#10;+czVft6g3Lud8HQxCspaaaoWnrMlWLq+7rI6p0WpnNw1gfGn1a1rAQXFjPeNCLpgCe5sfnT5fPNf&#10;29MePoiYIKVqB0643Obx3rsTB028qrAdXZfdmRyMVBTmoxtdXw4WkmLpj8JURXgiL06BDMxMoDEK&#10;FbSwibVrt5Y6Cqnp8XWUVfl2lqzLk65MvkYomJYRLJRh4adWJsyofSoAB/IKd3ewkuwT+DA+3/P0&#10;rgRioXy+3oQNxbb2RuihpKLO1FNVYPEv4JcNTr/DMJUzcRxGvpZHvVLGATFEztGWOoqxCkCtg6un&#10;xtIa3cjVM+UbX9y9UZJooYpBdvHKxLiO5+l+T+PZQtve3spCPojUVUcK/wCT+X+fp6VlCaYgM9A1&#10;vfGzVgptv9bY/B0mHkaK38H+zop2qKUgBIqSNFgaosvpkcWQC/14Cf3hUTLQ0NZg6GOmwslVGiGi&#10;ihpElmMn/AuvnezvErfpiX6n9Rt7PraG0NjJnXIg7ifs/wAv+odJYiwm0ucn/B1y6ko6mk3Xl8Tv&#10;zc9fm9/z0MmSbH5bKyV8OFwkjmKDG7fxUASnSTSB56108jXsOPpC3HuStwL4qGSrgr3kdFqa+o1C&#10;N5nUHxU0KWB0jgAD6+01jYpLtslwRxPD5dPiRfG0cOl3tba2J3BUZiePGz7eihLQUOLpDBFUinjl&#10;aNaqsqAWYtMylrFgdNh7UuLwzZfKU2TrdWVkip2kjp6KU3p/KLIKyUHQhP4X629kcm6eLb/RR9oB&#10;z60+Xy6eWNY6sKAnzPSf3bm6TYe3a+hx9ZQbOSsroaaLL7igQ0tXUqA7vjqO6TVTAAljcKTfkfUK&#10;XduJC0tFU12QyNMI4Ggp8RRTA48PItl+6BGuZxyBdtI+um/PsQcuXjQ2jwwp4SrU6jxOeP8AqHRd&#10;LbrLcaviJ9eHlw/l0VrrjdK5jsrPptrEbI3fU1FVT124t+Zyn07tlWmVYGTAmjBgoKOLRYRqWdz9&#10;ZTcWSFJLuSgxwpKGOhxUUsgp6OkphDTGVZDaerqTYi9uWbST/iPZbKtnPfteSAuV4MfI+VOlhQYj&#10;Jx5+g6NXX0mxctVz/wAVlym5JUjORy9RVmuySU7QFZKTGUaKeAWAMdMhVfqxViSfb5QYvBBJaGuy&#10;cslLYPJBj0aL7msHMkxqVRZDYkgMD9fofaaa7vBcLKSBq/M08hn9vD16dGI6qOHA9Ivcuc35PjRm&#10;9m7MoabccSNTUNbvKpD0+MxLMCIpMdRzSxKZFAJi8isABrHFvaMrqfEV2YaCjpJaqONh/keRr5NC&#10;RKdKtVOrMY0/JLnUf9f2bXFY7YIh0sRUkcT9n+rHTSGtWcivQi7Tq95YraMNXu/LYqLJtTnz5LbW&#10;EIjlqZAXZMbRSr/lEg5CrCmm/wDZt7Un2X+0bG/R9v8AWb/gL/yo/X/M/wDNz6/4+ynRF6tw9fP1&#10;+3r2v5n+X+r8ukj/AB+b/jl3h+v7r/i3Y7/P/wDO1/zf+f8A+mX9H/Nv3//T9HUsObc3Nxx7wRKg&#10;rTy67vYHW4rNRg/4hfoSD9fqeQfck1BKEEgH/A/j/G/toxA+fWzRiOsEcVpRwSq25sACb/Vbe4nl&#10;vcaieb/Qf7171oIGrgOtjtPTj4tP9kE882tYW4U/X/G3vpnHBJPP+ubW/Nv9j7spNDT/ACdapUkV&#10;694jwNIvYHi5/wBdb+8DSEkAN9P96/wta/t0Vpn/AFf4adVIxUdZVjQA3X6/1N7WH595Iwxv+P8A&#10;b/7bn6e9PQivVlJr1hkKra3JvyD/AI/kn/ehf3mJYLwLnn/Dn+p/437aAOqvAD/V/k622TpHWICN&#10;m5I5t9CCB/WxP/IvfFQ4BY8GwH0Nz/r29ugg9VYUpXrqTRfSDcG7fUWA+txf3gkDC9xa/F7j/Y8e&#10;7gjrWoDHUiIqQLG5H4tYDj6XH9fcOVnHAP8AvHB97AqOvEVHU+EJe7DkfU/kc/4+4bu17D/D/Dn/&#10;AB92Xr2oHqeiDTqJAW/B4It+Pr77UkkBvTbjV9Pz/Q+9+Vet6hw64SKByvIN7A/T/b298zHexuT/&#10;AI3914Y4deJxjriJbAggD/C39Ppa3+HuZEjKvN+eCPpfm4v70Qa56qD69QJpUZvTweDc/QX4sB/X&#10;3LQkLbSSfwTfm3++Ptt0LGvl05r0jqIzKJPqvP1AP05+p/x95RGxS4BYX/1vr9fr7qQC3VA1DU9Y&#10;jUKrWuo4JFxckj+tuP8AW/p7w+Fr/pP14twb3+o9uIE88db11x1kerULcP8AT6f05H0P+I9ykjdL&#10;XXkEX+puT9ALe7Bami+fVem2apjcN+4OQbEkAgf01N/X3OjidxyCLW4t9fyCPfpFAGOtE+vTQ9bF&#10;G7etdTcg3sR+LEH/AIp74vSOpJ5s39B/vftsZ6qTmp6kRZOJ1VQQGH9TpJseSPfCOnZuFPA/wtf2&#10;8AFHd5/6vy62Gpj164z16i5PJv8ATUDdQedNv6/j3laguR/je9h/X/H3QKxbreePWAZ6NENz9ApF&#10;2sb/ANQPfmpNCgBf7X+H0/Fz7c0VNerD59Yo8wszsTJYlfSp44H1PPvnFT8i/wDvX5v7f8FNNetA&#10;kju6hVWVYatB/s8EMLkW+nP+P+39zDTqLagQObf1/wALj2z4S6iAQT50/wBX+r5dernpuGXkKkxl&#10;jcAXb6XvyFB/3j30lPyfTx9eTx/r8e1SwKoqg49UJBNR1FqM02kB5SGVVX0/1/1v9j/vfuR9r+dA&#10;5NrfQe96KNjrQI6ajnFI0tUFVW9jf1kAc8fX/W/1vfI0YIPo5PNuL3/1z78V0kEjqwNeo67gYMLV&#10;OpQQrEk/Qfnn/Yc++48e4IJBH14H4B+g593oCccPXr1KZPWOo3VTiI2lSUra5/r/AF5H4/obc+3O&#10;nognLC9h/sT+eT/xPtmRFGfX+X+r/Y8+tg0+3pK5DdMtQBHCypdrc+m/JFwB/j+P9j7lFUI5UKP9&#10;h/tuP949teGQ2kGp/wBX+o/s63556bY6uo/zoZn5U21MFUfquAfoR/vvx7jfagtcD/WNwQOef9j/&#10;AK3uxai0622kCq9Oy5htLEvZjYAkEFhawH5/A4P4498iqgqbg/W4/H+uffokUIVOD1oUPWKarqZb&#10;WSYIF4IF+bkf73/X3LiMYAY6eLkAW+v4Nve5F8MaV8/X/P1Q8ek3Vfe1bNHaTg6SRfgjghTcAfT6&#10;+84nS17A2B5Nrn/C3vYRVw3n9v7a9eArgdMkmNrZG0I0iOCq8rYA/QNp5Fz/ALD/AHn3Hkrlt/S3&#10;9PpzySfbytHEO0f58f4P2daMb+fUyn2fV1Mo8khYMQ13+lj6bKfqfr9Le26TJr/vPPNvp7uShyT/&#10;AKv9X+z17SRg9LCg2LPEulb2Cg/TWbWN/Ve3vuPIx2+o+h/P9R9D79qckUPXvDB4dcKzZLvqLRNz&#10;Y303sRwLL/ha/PuVFXKQCDwLXNx9LX/33Hv0lwVB1Ur/AMV/q49b8M16T0+xDJMF8T/W3C+ogG4J&#10;P0/w/wBj+L+8kmSjVb6/oSL/AEA/Nrj2Xrcd5rwp/qPWwurHTjT9dTSaf2QPybqrMw1airB/r/vr&#10;e2ibMaCfWD/vX+uL+3Wkjfhx6sVHAdLfF9dhEW8TKpNyNI1fTn88n/kXtunzX0OsEAWsP6H8e0lD&#10;qPz68B6dLmh2VCigeEXuD+CdQ4ve3P8AvXtlqsvI6lQzfXnn6X/qfewoJqer5Jz59K/HbZp6cr+2&#10;h/pcf7ewH/FPbb9/I97mw+lzf6fQC/vela1HVSM16fv4ZFEAFUXuTwFFieWNv9795o6gC35+t7fT&#10;/G597x1vHUaWjZwwAt/T6C4tYD6ce8xrPGpC2ueOL8D+vvys3r/q/wBX5deK56i/wlZnVnDWA/JH&#10;JuTzb/D6++o8lKv1Nufp9P8AePd1cZ69Sp64z4CnktpUW+txYm97kX98Zcm9i1+B9f6/0Fr+6nu4&#10;9bKCnHrJTYCCNlURi/4P+P5LX9s0+RkdmOpub/0/rb8e7r2kDqvDpRQYqBEA8aXFjx9Rx7imoLAX&#10;Y/70f8Rb24z1yOvBanHUpKJELehbX/1x9OLk/wBPfCSpfTpDc/TkkEce29fGvVtNOPWeOiTUGKgj&#10;1fpsefobf8R7jGd/qWJFyOT9fev9L1Uj06l/bR/QLp4/AFr3/r7jSTsTwTa36b88f4f193UgGvn1&#10;XNes6QqBaw+ouSOeePr7yoxZLEseQTwLWtb/AGPvTMC2OrBqHrg0YUk6V/1j9SfxY8W9yEkjQ2Kk&#10;m97/AE/1/dTnhjrerNR1HeKVudXFrWtcn/W+nvMZ1KgD0lfr/j/sR7qa1oerazTrEtOdRP6gbAfg&#10;j/H+v+HvE1QnPP8AsP8AX97oQKjqhOK9ZFp2/I/ryR+f9h+ffH7hbfUn8/4f0+vvRBPHrwJJr1z+&#10;3IJNgD/vP+Hvh5GcE3JAJA5/P9PfipH59bIPn1l8aIQLD/H6/Qfn8+4TuyH8/wCx/A/px7sDXj1r&#10;zoOpKoGH9fzwefrwbe8kM+o2DDULckX/ANv78xxTrwOaHrhJCAGJUkEfg2/2w/HueBIfqbjn1D62&#10;/wAPdeIx04eoJMS2twSbaSPyePeOVUtyDz/xHF/fgT14UGBx6yxlzxcEAG1uP8bfT22y2W4Bbgfj&#10;g/4j24CDx6oW1fb1Oj1cXAIJ+htb6/63uAX5P0+trk8nm/P+v735daJxnqWBx/rfgD6cW49yI6kK&#10;LfX+vFgD70a+XXvPrE8Wrm9j+P8AEX/qffUlVdSSSf8AA82/2HvWg063869eSEAiw+n9Pyf8fcIz&#10;67EckfgfT/Y3920mhp1QnrPot9fp/Uf7a3HuM05D8kA/gKQf9gb+3EGoU6rU9ZNAtfm30/N+fbjH&#10;KNIYj8D/AFif8b/63vxGlu3B6tk54dR2TVwSbX+n+H+w/PvgtSzSaCDzaw5/2Jv+fb2ioNevHhTr&#10;iYlVQy2uP8L/AOw9uEczx8DkmwFuL3P49tmNSf5fy62KefUVkVxc8D9R/P0+hsfcGqaVZPKzHSQC&#10;L/63096QKTT59bd+AHUqEJ49Cj1fm3H559tktWJzpjb1CwNj9Tfn2opp4dMnJp1JSLQPUOPr/UDj&#10;/D3Oo6aZlJk5W9tNuf6/U+6sygY6sqY6jzTICADY2ve4sefp7UtHjyVunBtcg/Xn8A+0zOaZ8+n9&#10;K049MVXkFR9Lj6WF/wAf7EH3MFKVPIF+QSfr/rHj2zqqetaKj16jmsVlIBI+lrEaT/iB+be3SCJQ&#10;mpjcqDbSbqCPyb+22rgDHVlQg0PTTUVDGUqoOliOW4uL3IHvyMw1MbFbW44+h97oeHVitDTr0qRs&#10;FAurXDf1A4/p/X8c++vIkt1P0PHI/wB6I97KkdNkNWnXhHJDZhcEH63/AAR+Rz/vPttnZICbAEav&#10;ofUL/S3/ABT3dBXj1pjTh06Qq8/1NiQAdP1/r9f979xXyCg6USwLfVQRbi3tyNC47uA6bVj1J/h/&#10;1Yvqe3Ab6WPP+39uVNOzaRpJJH1H4HHuzChIXpyrNjpoqqdF1lnsoIOkgC5v+Le3CORy178Djn/b&#10;W59tOpBOrHTlCg6bHhi8YUAMeCP62v8Agf7H8e5Br40XxpyWJv8A0+vJB/3r3VlJ7j/q/wBVOqlg&#10;TnqHHipZX8knGixRTwRx6b/61yfca6yEHn8fQE/i3uhBr1sqD052aFdJAvb6XAt+ef6/4e4NTjTO&#10;S41KCeSo9R/1w3P+292Vjw9OtaK9T6fKpTqELIzaRwzen+h9Q49pqox08E5H1Ut6SSf68ce1ccq+&#10;fTbLQ9KOCvgqYNSk3CEsLDggc+5fi1Omk6XFr2F78fTj3RwCSzZ/1f5+t0qeo4mKo4PKHkXI+l/9&#10;ufazoaaOWDTIF8iC/PFz/h7RO+k9owerAHgOkNkquWCo8kbsYXYg2sQB9SbH6f4++c2qmR9MVjpt&#10;c344+o9urpYAt17Qa6jw6iU7LWzpep1rquALC4v+ll/2HtA1s0iz6n1NyTwOLfj/AGPtUhWnyPTf&#10;z6EmkhjMISMBSAPqeTxyePfB5mlAYKQLcEi3P4tb3ogIet56ypEqEpe5B5sef9iT/vHuFNVvYoOS&#10;p4HFjb24iqRjqpOepCQKCGP5Fj/W3+v7nUMkkqkMbXFwPp/twPepagVHl1tePUSqjjRwdN+eeLm1&#10;vwfbh5JASGvb9Ivxx/hf2wKEfPpzUwx1DMcZIK6T/aP5Nz9SeP8AH3jdPKwjZSwfgsBaw/2Pt2MY&#10;qvHqgya9cvIYVaTUF0fRS3J/rwPbhT45YV1q3AAJHFx/hf227H8Xn05VePn02T5MzNoK2PNmNyDz&#10;yQPc9KyNNNzotwOfr/Qn2yY6Y/1f6v29eORU/wCr/P1Cko5ZtRA8lx+fov8AWw9wqirjlkspuORr&#10;JNr3/H+8e3YozSvn1SpPUyCkkgjuwtwCEGnVYD+o9t1Voji8jML3IFiL3/HtTGhr1s6SvU6mdpJP&#10;EiNYAEkg2Ivzf/H2mZKyFQ4lbW3NlIOlSfxz/wAR7UCMEfZ01roNI6fxDJdSnpXgMR9T/X2mBkJl&#10;qHCK1tRAKjj/AAFv8PdgQWpwA6aavn04eJSoDC/HP+v9favxnlfQ7OF41cnkm309tyNpBr16I+p6&#10;aa3QFKhdRPFh+BySfbz5jIDqIWxK3A9Vxxbnjn2keoaq8On6kmvUBYFQcAm4Btxp5+pFv9695Hhf&#10;T5w5X6Bl/DX5/wB492EunBz1Yr26vXrFG8bOICgYjUVY/Vbfg3/r7j/eEqVujH8FvrYG9tJ9uUVg&#10;CcdVqB1l+zVXLAOo4uFuByLC5H+PvqCpj12uDquQObEjg291MdRnHWqk8euU8EukED9PBN1B/wAL&#10;29xcrTIq/cRGxt6hfi5+nPvcZalD9vXnoVx1moJ3ZjDIP0n0HkXH59o+pVWPkBs9yADwPb+odNAe&#10;fT8lxwf9e/vDrkUB0bSQLG/P+8j/AHjj2wxFcHq5I8uuVgRYgWv9Lcf7b3mXIziBm1EheL2J5P1s&#10;fexpDVGetVIFesZhjJvpt/W3+H09tL1hqHcajdfqeSNR5+vt8IPxdU1EnrIAALAWHuRRxzSKGVns&#10;TbUBxx/gPbRUBvSvTwoV68SB9SP9jb/ifalgpHjHmZ2ZTZQCCPoL2/w97BzpP29eCgjqFJMpYIAo&#10;PP55/wACLe8zTRBlRTpP0YgfXn6e6FBUluvVA64qjkElbj8fge3qJ4qaNHJ5awAvYk/X2modWk+X&#10;TiPTJHTfIslQzKLEKGvxcf0tb2p6LJmKFSgH0N7kfj+n+v8An3Z4RUHrfisxx0j6/DrUzuJS1r/i&#10;5vq/B/4jn27fxIVFOzsU1BbFV/UT/wAT7YMek0HVix8umRMN9nWKsYm0uxYO5uiD6n/W9ojKVIDC&#10;N0e9uLg2uTzf/iPa6Aqy0GD/AKv8PTLg8T59L7G0rKpkWRSDwdP9LWFv6e2yAWZH0oC76bKNRt9b&#10;AH6e7yDUDU4HXlwK9Okh4ZLsdK3uxAF/wSfz7UD1X2UasqDU39oXseeAD7TxxFia9OayvTD9sK2R&#10;leQ6V40XB/xLWP8Are4U2XDfr4Uc6QeOOPx7f8M1x1TxK/F1IgxKxj0i7Mf1kci/+JufadrJ3kcz&#10;U8ui4vp5uf8AY/n/AGPvYYg6G6bZVbp+ghCIscgDAcX4t/hYW9xAGkALMCwJ1G173/r7ccahXrXW&#10;a4QkBeD9Pxb/AGPt7osVLIgl0jkg3t615sCAf6+0ch0tQdPKgIqT031ORhjcxs3IB4vZf62J9qKn&#10;wvk0vpBK/TylQwYcAi/tgvWlTjq/hivTFU5xIC6avrzeIFhpP/Bf+I9zxgywOqMSOeQCNahf6Lb/&#10;AHj2y0xjzw/1f6q9OqgHDqCNwRlhaZUjCkMQ3jbVxy2r6e+m2/TNA6iApP8A6rQbKQOfp+PbiXBD&#10;8a/n1UxVzwHXA7gmSdHM6NTX02DDU3Nh9fzb2nmxCJKI5RFquLMAR9Prf+vtQ8xbK9NaNLZz0oky&#10;WuHyx+Qj6lSQeCfxe9h7ep8VDJRhAQCRw4/UD/TT/j7pExDazjp4hSM9MkeYmSsfhnAsGjNyLH86&#10;xx9R7DGtxSw1rakdwWADKGC3vzf/AB/1/a8y0WpPHpG0VGr0uKaoWeBZAQCV1aSRe34+nt8+zlip&#10;grJ4ldNQduTpItf3RHVz2nqxUqtfLqJ9wjymzamV9LKv0vfkf7D2kamnHlEaMS7agH5Umx+n59qa&#10;rSvSZm8hnpzVri5Fv8Prbi/udTYiq9NwyoL3ZizD6fq9tM6jHHq6xZrTrC1TEo/Vc/0H1v8A059u&#10;cypAkXkLPa6tYWOkH/D/AA9tKjMa+XTpoB1jRi5fSAt+V5B5P+HvBI0bvEY1soPpAFzz9SL/AO8j&#10;3YDTw6rx65qGAbUTf83P9P6ke3uLE0ToJZCdT3Lp9BcWsb/g+2zIwOnp0KmmjDpskrqhXZI0DIpA&#10;Di5/PPA+vvnJQ0yRMYmMxBF1FvQt/rf3syMMkdb7AO3rqOpmeQCRBCCODfUWb8W/p7aJ6GYrqjd7&#10;FxZVX6A86Rb3RpaVH+r7em9Grh04xzJcqwUEDkk8kjj8+3mkx8xWNnBQMbc8swItcL/vftozq2OP&#10;VhEBk9QJ6uJC6qdTKLn8Kpvzdvx77rKdjDd1OqP0xup4B/1JH+P59qkU0qOtcMHrFTVCeUqrLZwC&#10;6EWJ/owb6H/Ye+qBiSBqU2GmzA3B/tFfdWUcT1ZKHB651nANlYX9V1tY3HpDD+ntzashRlUBG0+l&#10;2cX9R+h5/wBt7aMIGfXh1uQhTRem9Ked0Zizrf1KEOn0j8X/ANf3InqmfxmBR+2PULAC55uB70kY&#10;PHFetENpr1HhpxH5fuGJ1tcG9zb6Wa/vBVZKQQFGkClV9fP1IHFl9uiEB6gHralQpqeslLj4jL5B&#10;HqDN6PpcAn8n/evYf10X380LDyJfUWlF1UsP6sP6j2oB49MlCc9KmMeJCvBCkWUEEgfS1vb1j6Ka&#10;mcPAS6kDzKWvxf6gn20yajT0/wBnraj06h1M8TJplOk3PjJ4u1rgf6/9PeDchjWGNmi8qsp1Rhiw&#10;1fm/9Pb6KKVBp03KTTHXHGF/3VJ/S/F00kra4+vPtn21g4KmrSZVkiQfWwvGxJ/2rm49pbiRhjq8&#10;KADURT/P1KrqoUsDyWBaxst/95t7FOfEsKdo4InksCNV1Fzbn/Af6/tuGVTx6d0tJWnSKTMIKlZK&#10;ieKEFraSGNhe62/JNyAfbBLjIaSMzS6o3BHoGkhrHkXt/tz7eLlxjh1oLpHT9FkHqZRFCA6EEmSz&#10;ek29Jt7e6aojr4Y6fUioT6VOm4YDSOefbWkxMc16uCGHTPVwPQzSVmiRn0nWU1H0arsNPHv0OAqo&#10;aw+S1iCyWI0kHkcD2zIykEjqgWhx1xbc1FNRh4mubmN7hlKsvpP6vpz/AF9tGexzxzLKh8OqwKEm&#10;5N/qLe34P7M6s9WlQ148enXC5FKiHRq8ukX1jTYAi9jz/vv8PawwscsWN1+WMOy6SgN5CAOQQfaR&#10;pQJ8jA6uRpQVOR0j9w+CpyMcTRysFYP5SGESt/YKsv5B/wBt/tvYZbwqGp5y9LAHJQhlA08g2Y2/&#10;w9nMX9mD0jl1eXS5wAc0Q8rliHOm7XutgR7bMNJNUQPMYQrG+uIDSGAFj5G/29vbbvqbTXrcYOmp&#10;6dJ9K6QSRc+k/Uqb/wBke8DeI1ZibUtz/m42sq/nhvzx7s9QmOPr1sMC3d1nBbQCLH+lwef6Ej29&#10;ypSimSWBDM8cdtDf1H+pJ+p91iBbB6swqMdQlabyssllRm4YHnkXsR+PbWMYa9lZkMeohtBQ+kD/&#10;ABH09ug6R0zU1o3Wd50hU3IYKPrcC/sRcPtueWnjjhRUcAH1AnWCf0/Tj2Xy3awvU8P+L6UqgdKD&#10;HSKy+5aSjkYzyMyciylQIyvJf/H2PmxsBLRQXnUxtxdLAJ9fxb/Y/j2RXlz4slUFR6/6v9X206fV&#10;Si0bz6Ir8keysb9u1LR1dNPK8cqAsryyaWX8/wBAQLE3/wBb6+xJ8SxG4P0v/S1r8f76/tTboZVF&#10;Rxpx49JygBr1WBuXdFVM0saz6Azn0QMCn9ST9R+LC3094WqI9VmYcG31H0P59qXZLdfn/q/Z1cZx&#10;1hwmxs/uSIzQ09Q0DDyeUqQGLG+lSeD7Y8tmaejUguouCCSQLe11gyTDU/lw6YlWg+R6GLYvx13D&#10;mq+OSSCZY4po3ICaibNr+vAANhyPZfd6yDKLKlLOwnVJHRSfQxYWILj6H+ns5WVWGhuA6SrEalvX&#10;q3XpvCVO0sbSw1tLGI2SmgeRV0zL4UCq7J+RxyfYCUEM9FXWroFuP845Zm1Af2iq8+0dypb4D0/E&#10;Ch7+jJEiWImNr6gCpUjn8/U++ce6qejy5p6Z2LMStgAqgMbf77j2mI0rqYVp1bxAHoOsUtLHUQ+K&#10;Zbg2J/PI/wB9+Pagzu1IcxTw5aonliVrGMIob1HlkZgf9j7cgmMilQOHHq7xArqPTXT5KOKrOKVF&#10;MsK6v1hLxk2DhDz9eD7U22MhBiaGSggYuhUKzkWddP8AW/0t7bNsPEDN5da8aiBF6Ztx4dsrNS1D&#10;+n7ZiY0vcNccg/1vb2ocdKZZppDVJIHJCaSqOv8Ahc8e0t15KBw6diWop015CFYaeFBSSRFLF9Sv&#10;JGwt9eOfr7d1aITRmbVMNQGuQfoI/sn2gViOGPs8/n04Ro7h02TR1D00wph9uwUkpEwBbixYW+p/&#10;2Ht8zO4KajoYJJaanki/zCsYlJFl/r/j/U+zO3SJk4mvn/k/Z1RpnVdXQVbb2Jk6jcGSaPMZSmkk&#10;b714lrZfES0lhaMmwH+A9grXouUqWEKyKzOSqgAroP0Kn/D2p8SNM1p0zQyGq+fRmaNXoKWNJ3R/&#10;GihnY2LMF9RI/rf2u9tUC4SF/uEbWq2u/AuRcED+v+N/ZbKxlkDLkf5Ona+GdHSD3TUnOLFT0dQg&#10;UsdXjN5CRcMNf4HH0995PTMZGqAzwVB0rddJib6hlvxf2+stBpHl1U44567w0DUyQpTGOKppF1OU&#10;fWs6kepW/Nj9Rf2nZ8Hi8agrBK1Q7kSNGLjSxP1/4gke6J4k7GuKdbIQCqjj0pabMZCtmel+1FMq&#10;EqJmYMHAH4AP+xAJv7lU+XepWODwSwQWClCDa/0BH9b+9UWKpU5/1f6vt62S3A9YZ8MkbyVRkjmq&#10;QSRIfqB9WFh9Ofa+xsyYxEC08gMqkTSOSAFbgEfgW/HtLVGbxjkjgP2Hq0hqvy6C7cWOqNxCanav&#10;hWKKRHp4oQhJkiJ1RyEcnm9/px7Se68HPWzDIYvIU8siFRUU0krIwB9Q0EcEj8+zSKVriOrrTpO6&#10;oaaDQ9KTZmfXFQJhMriaukTk0tZHEJqeRQdB8pXlCfxdfaXimy9TVU9E4klYEo0aAERqDywDc2/w&#10;9tTPHEvkv+r/AFf6j1tQ5NOPQgmHGU9PNWqIkQjymUmxdiOCSv5/p79uGni+5gWCeT7mAAPE/oQE&#10;Hm4P1/wPtTEa23dxI/bXqpAZ6DiOsGCmneKeSeKIU8sjPBJETIzoR+bfQ3/HuHv3G02Q2zQT09S9&#10;LXU1oq3wglZV+sbBU5tfi9vd9uNI3jf1x9nWrhQwFOm/Az5WLcWapKlQ+JnSKqxcpv5YZVulVTuS&#10;OQfS6/05Hvvamy1koaStnqhE7BDK8qli0ai4tq/3r2WyynxzGB/qr/q/1cVSRJpB9epmb3MmNklp&#10;oqWWrmVPSsRsfIforf0/rc+xLxkMVNLUQY+npJvuSqSypEAwUcfqP6T+faa6HhMsjE1A4f7Hy9et&#10;rqcaVwOkRkpXyNNT1OVnraH7RjKkTVBVC45AYRfrU3tz7z5La2F80FTUVNRTZBWVl8UiurA820G3&#10;1+h59vx3c0sZDAAf6v8AP+zppo0VqHj0xYreO5GaaGgoKTJYb9yLyTrLTzRSIxRw0g1B7W4sv+x5&#10;9tW6cnlY3ipY6B6iJI0WB5IrgRheX/pe/wBR7V25g+l7GB9c/wCz16kitjh077KwOGRqvJGqjpa2&#10;rqpZK6KCfQPOzcKdVjbT9Dxf25bZw02boWmkqRSzI+kkpdArfUW4+nsoa6MVxoArXp8KGj1MesO/&#10;d00u0ZIi1A+QhliZxFFKFmaVLLGqk35a/Fz+P9f2m92RR4uQ09JA1bNYIZEUuWX6XW30Fz7M4KKu&#10;uY0+XTb1YaUGelFsjJVOfoI8jVK1BE/rWlkKK8bGzFZG/LAfUg294afG/Y4ZXrfPTzT2f1HQI9Qu&#10;NIcf4/T20muSYyx5A/1eXVTRV0N+fTjNl463MNS0TU9SlMNEmgiUswbS6tYm39PbAuNhhaObHstc&#10;JDqqXJsyux+mg8W/ofbviM5Ic0Pp1SgGF6fxWyMskdZEaMrxDzcMoHDB1/P9R7z7mpp6CjjmxTUv&#10;8SnRWSkWRlkkLLZVZfxf6Wv7UwMGj1S4A6aZAp/S+I9NeFrmraitgqIal6amYqlVPGgp2ZTqYRve&#10;5t/Uj2kW/vsmIlmqMW3kjBaWkQNJUAkWXSi31C/192hWGViyHHV2Eypwz09CswwqIgKmlEsgYRny&#10;roYr9Qr3tq/wvf2zypWUOHjrM9QaKqR0enpSjCQKzWRWR+QTzf3bQHLU+EdVqyoNYqep8dRFO7Cn&#10;mjlVLrI0bK6q3106l4v/AFHtf9dY/Jbgq6r7qnlpIRBI8IluImAUBVJPH49kl3PDC6qhrUj/AFf5&#10;ulMUbMpLjpK73z8G3MR9/IC7LUQpojXXOQ78sqLz/r29mI29RYjb9C0tTAklYWB1yckqb3CD8D6W&#10;H59lMm3z39yxdyEGcfL1/wAv8q9PiURx0jyeiv7/AN3bs3LX0eN2xIIqCZJY6iVR6oJAoCatViWu&#10;3Nv02ufaY3Xtuhq8nQbligIkjRvHTNxEZnFo30cX/rz7ECz/AFNn9IMBcE/LpjSdWtuJ6n9Q7rze&#10;Fx2U2Ln8kMlVUlVI8GWD3qzQyNrkSf8AGpblQ35BB+v1z7UylZTVVXWZhQIIgy2vqDCMWJe39P6e&#10;yS7t5JbiOGCtKj/V+zpxCY0LnpW9kbfx2U2w+J268ceTrY2FK40o8M1QOJI7j8k8n2mZ+wMdPuYw&#10;w1MT0dYGpmpZXQg8m6ywf4n2eX1pJDEsluaMvp+w9MQyITRs16lbX6nqMdsGixmcSOXP43TWrkKV&#10;2E0dVFpeOWlquHBAFj/Xn8e4m5ds7JymOZquGso6LWp89HKUERD/AFWG2nTfg/190imu0U+Hkkf6&#10;s9OtHGw1Pjp3wGa3/DX/AGE9TisjUhSTTVUTxPIgXUNVZG99drEDRx/Q+2bf2R27hdh4tsBRRZWj&#10;x0iLLONL1ETSWUvJa9gT9fx7V7KjLDKZj3k1oeA+z16SXTdwKjtHXWzaXe0/Zm6sluqqmx1LUYyi&#10;hwuJpnvQT01PIS8+o/WRC9iQblTz/gG+O82IrcRufCVMk9XWnzy08lYJl8MhsI4ob2LIL2459t3T&#10;i6jdJBQKadOJGIyGjyT/AJehjrKSnytLXYyvhD0k0XglUqypIjpqchvpbn8f4+xD3M4atxVVkpWo&#10;8nWJ5XigYQPNAbWWT8fnk2uPaSOV2tCRkDAPrTp8opkAB6TG1aejpKeuxmJAmxWPmNPF5WadIZ1X&#10;92OIPzpHFgDb+lvc7cFXuiXcWDxeFpJ0wtXjzrlpzoiZ1QGSRjwGYG5Jvz7X2KWv7tWQUMlc+ZrX&#10;h0lcSicg/COkph4duUFBuPL7kqqOfI0OUq5aqauaNpcfTF/9x9NCrXdI2QjSv4JPtgrMQxrIXydc&#10;s0XmlVJa0GJaRonVGChD9Wvwxtx9Pai6ZltzT4h5f6j07EFLaicevS1xuVp5ad/4fQ6GEVPKI6O0&#10;nnWeNmRtZUXsBz/S/t53aaBJcXS4rOy4yDGPA9RUvaolqY5HEqrDIoAdWHo/qvsutZlNkyutXIr9&#10;nXpBqkqDQDpPbRhz8i5iv3BjKSonylS5o6alRoIaempx9v4KuGpZgkjW1s63DE8fge1Jlcs88VPk&#10;4Iq2ox9IySr4XbzK0YAJIU+pBe7r/sfbO3qZIjaK1W8x6fZ1Z0ANaY6ZMdt6jx9VW0VSMXR5TLI8&#10;MjvTxCGqjlLFAxIBElrhDf8AqB7RO6d2VeY2lmITjquSFmSn+7pLswjlIjjqoGH19RsQDf6+z3bn&#10;FtOyMa0GR/q/Z/n6RXUbOgAB49OeG6+xOB3TjcrS1op6kU9Wq0VkBqDLGDNCyC36AA6n6i3HHsO0&#10;6azWH29Dkcvk0x1NE7Gank0yZBqadgyzQorFV+v1fkfXke6x3TXUjmBahfP/AFf5OnBFHCgVm/y9&#10;O1F2ftbK7oG0sPPU5Wv+3qZpayjpnfD00tJIY5aKfItZfNcGyIG+h+hFvb3txevtktkszNXVG7Ya&#10;ah+48VVBG0tOoIWpMixlg+gkMLn8/T2glsp7+VRr8OhqeNTT/J06ZYYYyVqepGZi3lm8d9hRmDat&#10;VNUyxy5GnrFyDrTRfuRNTM0UZUygaWul15sT9fbNvPKU2djwU+1YFh2vuBpIJacakeHLRDXDVqBd&#10;io/p9OCP9YyMsdvbMR8SYPScB3cHyP8ALqZtKhzVBBPS7myMOazNNLIYsrHTrT+XF1L6qaFkUABk&#10;KMr2+tgx/V7Fjrbrms2zl8tmI62PcePq8LDUTw1ck1MkE7kPH9vTEMGYWJB4/wADf2E76f8Aerxx&#10;RVRtWfy/yfZ+fRgq/TgtU0PQddj9i4XG4/G4/MVOV21X5bc4w2LnpqRch5ZYQwZ5pYdSRQuDpdpL&#10;WJsbg394ewsfvKpwVVksNkZKaCcGoSglIWrlkMgTwmMfVLfQk35H09iTarXw42BXIFCfs6RTurNQ&#10;Gh40657S3LsdtyptgUdNPuHFweMZOnohLjIozF57JXkeOOViDrjTkEf63sFRuvKbfpjkKqvqKasp&#10;0WjjYq6vqqBpYmxIYowHAFrX92+nSfUrDAz14yFRmvp0M1TQUNbA1NVUlPU00pDPFLGjxOym6koR&#10;Y/6/sc8JufO5TbuJrWx9HFVvTNC0tZPFSVCCQeKpqKfzkHRJ9SDzfj6+ya3JE7KAXCnhmg/1f6qd&#10;KnWqDV2k9BblNnbbgylW01TkYo6uakrKmho6eeqpKmWicTUEVXHTo51QlbxfT02vce4EWWy9FjN2&#10;vPkKXJZ3Gw/c6aew+5ooEBjx8jfWVypJB5sP9j7MCzTXivKNPaaevD5dMn9OOgzQ9Z6jC4TybTio&#10;sI1Pt6rrp1jpFpZIf4fXzxvXQ5FYTcU95Y9J9K3dwfr9Z/8Aeh6nB4Otx+E8MtdFG2Klp5YgiZOK&#10;NiRNTsw8egj1ahzxa9/aLb7WP6mVro6lBzX/AD+fTkjEp+mMkddybfikyOVo6nOy1NPHG4y9BWU8&#10;jO2GyA1GJKpF1PqW4BVjp5B59pnbWT7gz2UwtblqLFYmGnzn21RHV1MVIMlSk+SRo6SVgXIHIYL6&#10;rge1G7vby2zw2/6lBxGafn5V+3qlurq4M+Oo1Rjut9oYzL0VNDNHE+Mesn/h1PlsvLR0sSfaI0VX&#10;RJMYLEelNY+jMBYMfYu7sw9BurcFNhK/bMeQo1qUmbMOyUzY40w1NLVBQCUIDBACbmwP19l0c09t&#10;tsayPUmgoftpTp/ww5MlMDoINmZFNo7QyG8sfueaNHoa6rh2lS/7mKPM1EqtUUCYlKli61MjFA4j&#10;FuTcWufYaVi5+Os3lj6XbEsuC2KlNU4aX7l4aXMpVArFTUrwWMhZHf0gkKV9XJHs8W2itp44Ldqm&#10;QVJ8+H+fpMXlI8RxTOPn0JOC3thK7F9e1+ar3w+7OyqT7SWgFOpqKDK0WGbK5mlkiqUdYFo5IDA0&#10;kqgMSlv1L7dqdN45PqmObbGApjWyVQam25nJKKZ6ihSXTXQ+aXSSn1eMOQ3BDcj2hsGgh3OdZGzp&#10;wfn/AJ8f5urTISqMv5jpj3bndk4DtHH1O6slX0bjCmnlzVJJm6XFY7IzzoMSa40RanikeIyo0rkL&#10;6kVgAxADfI7dkyZxUpoMdjK2auxdDWQVMUEku36yOyiqx8aH91FLBXIYAi3v0l5IYZFkBxUj59OJ&#10;GNQIoP8AJ0OVPkI4YWMcs2QiWhnyNNVRv5Y6yD/OhJJ9IRZD/YFwCLkcAj2Z/GZaGhhg2s8EdfuC&#10;ghkgTKGHRj62eZdcogaYWj8ypqeJRbUD+beyzbIfoB9bKSElNQoPDNP9X+avVp9dwajgOPRIeyNh&#10;5rf2Sg7C/vBW7e2BUQ0FTntvQeWh3NBRYdXeiqas4ySRpZKOonmaGUyDTG4FiFB9ob+9dXQbpm2Z&#10;QJDT1T04ZaNYRTRUs00p87R1J4WNr6lZiP8AEezXd7SK1RdxIqTQgjiQcjpmABxoBx69DDgtq7a3&#10;dsTG7xy9bWZugkgStXI1NTUZObLYugj00M2Rx8a6JKlCpSSNI2JYHSfcXem2suk+MxNTm6PP0tVT&#10;x02RwklGqVNRVecVVH/DJYAVDxKDaV7MWAYWBsN292ZLBpQQhJ4A4/1Z/LrzxapdQGB+Veo/Vm9c&#10;BnhuTcUewcjsfG4zJZepxe6snMYopsVSQJQ1uQzVPkZIKimjlkiZxS+NlEaoxKOtxyhxmfxL1eLQ&#10;VS4jOJSjGYqpW9Zh8lBIPJFVpH6X1BbqwIv/ALC/upjhSBb4Cuj4vQ/t/l8urRanfR+zp5oty7N3&#10;fV0+4PvsBWZnaaTfeboxngOLzW36+hZpJ8RkxJIVg1snlQu3jdGBuCrGB2bg9zbS29tSXEVcGW3J&#10;j87NNX1/gZ546arhklNNBAWIdONDIx+tmHI9mG2Qw7ht000i6QxBUedKH+eOm5mbxgsfAcT/AIek&#10;B0z2pj+1OzuzaNMTXYfZR21hKHB0VZJTx0GXlxORqKPOZe9P9Gk89KsDxycxi7WbTZVbRzmz917Y&#10;hod2LAcvuAiWooJUeCC9FVeeiWCSHTpdWIcG4e5tfj2FzJdWV48rZQDSD6D1+X2+Q8ulBUuAI+Iz&#10;1g7f2V3Njd0bbzXU9RFjMBs0S1Kus0eSylZLlaA0GUir6XJ6xPTCPSRAeA6rKCJEUqraqOU1uOFE&#10;aXF4nC+SmnoKSERfZpLpPlkiUrZXQawRb8n6/U4YxHaxJbLqlY1BP+AH7eNemYq+I3jnB6DDZdHQ&#10;4c70oN21Ge3du7sEUmVh3Jl8g1VTbifFrLTpjsY48scLUUzfbmlVdKhkULovpD7flDUbapq3+6OR&#10;yeWlmgq9w10cAjqKlaGgX7oPFJGA8pLelADc3AF7X9vWaLeQ+PdkB+AWvoOPGn2ef2dNljqCxjA6&#10;GTqLfdbvON6ntLY+D2bT4Ktx+y9vVE8s6DLZvMaqOfGx4mrQfauUEMZi1OGZjpa3Ht/2th45ts4T&#10;ObrztZRPuOJ6ynwwWKkdoK+G8cFUzqzqXB1kJptceo+yu3e7ublxAuiKNgur19fQUBqPOtPLj0pn&#10;eKJQtNTU4en+z0ju0e1c0m89w7K6c64w+7snsikopNw7myM0tVR7fyVKyTxU9PQU5Xzz06kK6tMG&#10;VlKBSVK+4u2cNj6H+LZajgjrsrVV6YCEUVW9TNhaOF3p6eummdi0bSRsDIoABAUkG3tReljeJFN3&#10;RJkA/iP+X/i+qAKVGkkE5P8Am6WG+dz5XLyYDBZDJVG1sRRYBd7ZupzGMpUx+83EH3mQ2rR0dVHp&#10;KQS6JHlQ+RSQqt6iffWf37sjq7DVeK3Nk585K1c4qcdSQNk5qdpIPOGyUBDBA4sdUll+lrXPsxtt&#10;puHuDucjeCGWirXiDxOP8P7K9MzXquoiiX4cV/4r/V8+gdrMF2h8h8zt7d3XG3cV1tgMfjqCal7D&#10;zRnx+WzMSVckaU+zzhA9QlKiLJ65Gj1rJY8WBaYYNu9q7ap+yNvUG7kXG0uQocbjJDJjse1bpVfu&#10;PsaZrTkAKVKsy2P01CwpZ73bG4fYJFC6RqLjzr5E+p+dOm2tJV03SmpfyNR0ssJkeyekd24TZm+e&#10;wOqq3B7w3IK05auTLQ72lxcjSTSUk8uSn+3WBHUwRSyh7ajZtTembs/D70SLKybuycGDhzNKUwuP&#10;pAKnJ2SmQ/ezySgHUp/smxH5559kV5Gbu9jSwiZo0J1NTtpw/PpdVEi0uw1eg6EXenYfXpikk2fR&#10;4reWT2hl6GLLGOualxeLkrKxkFDV1MSsiNNqcxaYmU2Xkj2oa/MSY/cGEpcni6uenyNPTY1KqGri&#10;lq9VMwQTrEnKu7kFip+lr/T2vvLSOPZy6n4PLA/w/wCr16bhYvOVHHpAbHwsW4Nt73q9mbtxUGTx&#10;2485uWalrMBX0mDppM/5K3+HVk8ukVlNDEWRXCtZlNiPaj3tuWroqCSbbcEMtZjZjQlq1ZftqCok&#10;AjLVLqDdrkrp+tz/AI3975VhshayNdZc9wX7Tx86cBwOaU6T3iTGcMTRaft6BbaPTL7v3tUUHZ+Y&#10;WPbm9MRj8pQxYHIUVLWbwxmG/wAqXGwRxLHKKMB1qGdEuUFiwtwh9tZHej0+WXctPR5iCp3NjIKR&#10;JK+moxJRDRJWThFJZIVP6UY69QI5HtLu7XRu9MBMaaSD6fID/VQefSm1WAANXuHA/wCX7f59GCyW&#10;w+lcPX4Wo2VQvtLObb2NuGfGZLEbdr8nLRpU0Yo4neZo3hnrf18OzPIl2BsQ3vrf24d3LkI3xFHR&#10;S0TI0lZST02mXG08BJWrrZGFm+haJbf7D2a2TWf0EccNNZwRxqTx6SmMiQu/D18umnpDqPYmExUo&#10;3Fk83kdwrk1gp93Sbgqqahz9Tk1Waqi2zSQTkwoSwgqgqgu4N2I+mPpjedTulcuKuI5HA46Cb77I&#10;ytopqSsZC0UcnlsJdSqRZQQtuSPp7D25xG13GFLaokZhVV9K5J4fz9elqlGtWZsH8P8Am6m/KzZ2&#10;HpdoUkm2cnBt7f2RrKag2tDRxsmZy3imQVNFhaunVp6Z08qymSFlufSx9fsSIamgm23UV9VRYyoh&#10;qKuqMdOghmpBCHYU80qgadRUC5+tvp7NLdYb3eHgkakaAVrip8yT/q+fSedWiVQlSzdFx3NtzfOD&#10;33sjaW19070x+UpcRipshueqnrf47WRxRwDMYPHTVTNI8fkDTtE50BrAg+wmh63w+b3Bi83uhKtM&#10;ZNTzD+DSRz0+OgBVo6WJ5kdG0l7NGrf7wD7tuN5UCHbgAqNRiPIVz5ft/wAp6cQBAdeWp0bPcfaW&#10;4MFsjdeF2TPR5/e2BghjxuQ+7x1dls7VKIarJVowqR+OWWKFmWQL6S4txa/t1otq4PH7uwv3OJwc&#10;tFQ0lQ+SrMnHLVyivC6oKwCsNlAZQkTgW5/2Itfyu+2RpBJVnYA+YpXOPs48PTrcJJ1yOKHy9ek/&#10;lt67w3P1d2NlKTIb4/jWRrEm2Tg9uyYXCZKmxwp44o8Pjspjo5iJn/cqKozSNKgNlK6QPfdNSVOW&#10;3cUSCtlpZa2eur6lytP446Go82KqMf8AdMY0hK6tToNR4Ucn2/u1yINvS0tlqxAUAcDXj8h9px5+&#10;XTduTQvIaU6cIsvjtl9UQ5fOZTEYmfFbbx2HoqaQ1u5KgZTK4+GjzmMz1PhkWpyFaahggg+mr1ni&#10;5DzU01fW5avjpsvSVW3GeWskRWUyoysJJHXIRg6XDIfpYWP9fbESrbJFDaLSVgA2P2/s68XQqJZu&#10;I4f5Oklis5iaPaG3tybv2jmMJ2FTU9Ptqk89LV09LVPUBqDHp/deSf8Acp5hMuiORWmDG349p5sp&#10;ksvqp8A1JQ1udx+SljyqymqjhWlTx0wEy2CgKA2m7avofZj9TDZkG9o5TCj0NKY6pJC7r2mgGelr&#10;NsbbuHpUq9zjL5nB7Py+ISHBPjtCT1uXrEqqrI1ONJb7pvPMCspVBCNbJbk+37J0c42pjYcnuWWp&#10;raHDUclXW0Lfwt8rNCfJJIsMPpQgnTpBItwfZNtd1NJeTOyaQ5OkkZA9P9X+brUiozLTNOP2+vSa&#10;wSY3Hb6qhgOvlenzO78tSVceRpaTLUm25ZKMQNXa9bv460xfcEfUM5+i+0hkshtnFYqrycmU+2Ym&#10;nSKoqGaevZ2I+4ETxkeX66VVVuPamFZ7mVjNkKD9nyp/q+3rbyFSEA6Fumh3lJmcNipMNBNRKuSl&#10;r0okjo8JFTxgri0mppw8kMjGzH1kPzYfT2paOGurqLHHH1NdIMsskmMrMhTVCY3FBV0vPUUr2MhZ&#10;QSoYWJ4JHsthliGs0FFNCPU/b089AaPig6Ru58rhcLX7jqspR4darblHRnP4rbtZQT7z3PBIhmx2&#10;OpKnXDJTBZZADeRSFuQQGLBu3ftur3HhoaafN11bFifLNX1dHjmWozMlKvlgo6WIG3jB5Zrab2Fr&#10;+zvbdUEbWpIDzHUK5oP9X+x0ml0hvEC8cf8AF+nTDsne+H2puH7uHZWO2h/eiow9NT4Ss3HiKaDb&#10;MdfUvHXZnO1MTPH91VtpEUMeuaQIdTKuoqjuvtn4Krq4d20fXsxylBJMJpa2oyAWeqgB0TyU0p8a&#10;vezWsbn8W9lW4ytPcJtM8wIJFaYwTw9fl5dKghihMigAkf6v9Q6FXtfc8e38LmqXJ9q0u0YM5Txp&#10;jsjFSYZa/EQVDCKZ6SWo1iQEXCyvFdAdWrUAQjN3bwVctkKvfPWO28Ri5qvwLX5KrjyeSqqiSySz&#10;rQ0zKyDRwNJJH+v7El7btBAkFoSVUCnClP2dIIMVMprX7P8AB1I622cKPbuLpsL2/u7dFDR0kLY+&#10;rjOBfHvQlD9ogkkoZTJf9RZ5mLD8abD3Crdx9c1cND1hhdv5NqzJ5ei3HQ0eEgfFxyyQjVDrGrWI&#10;gB6mkbSFBLMLH2VWsdzaRS390wbxBpA9OPD7fSnHp8sJJQFxpH2fn0p5cFn6Tc9DvPIZ/G01BiNr&#10;ZTB1sNdTGpkkjq62mr2yBqac00UThqZfIqRWfgWFlsIO4N874pYYMBitr4PI/bYqrqaNqbJebD4y&#10;SmiLhamWL01FWxF9CkKCf1G/vW1We3bf/jLkh3OdXEkn/UOqS+LcMWFcfkOkVB1xtbPV9VvBs5u6&#10;grcnkaenytXW0Rw+XydDBKIaLEwxZCmFVSYxmYnSI0ZhqfyKPV7gYTbVbuzbO29xb5zdbtioqlrJ&#10;RicBKIS8jSmJKjIQzXHI51SMbDgW9+/fF3cXktrbR6lT8Xp8h079OqoCfiI6c83uGfbNdksJsPbM&#10;GczFEmOeulzlZW0eLgpJItf2dFXww1LyOiAEUsMXDtdyCSSI/Xe0aXaseXqMHn8nuaPK+KmaorZ0&#10;RMfTo5kmaNibMS3BZQBYceyXctd1fxgqVZPwj8Vf9X+yenNSRxUc0HrXoKey96y5rE4ym7IwWO2S&#10;uOq2ytLTTTy7kkyOUihaHHxU0cVPEY2AkLqjKz69PpGm5bNz5LHip3A8WYxWUrsfipJVw2MrpJq6&#10;edV/ZgrIY2KKqnlvzb/W9imGBC0KTUTBr5Hh/qr0nZ28PVEDxpnqT1jU5qbEbcoqTZG8cPRVu4ZF&#10;qM9uzG4ugoqGgOqWavx0MxWuvVWEVM0sCqS4bkfUCcDmO0M1TNls7EF2/Sn7TH0kqNRUdNVPJ/nm&#10;hpxrlKrwq6v9cj8oLqW3F01nY8eLU406uiulHk4tw6MjDg9p4vKVD0tLQ0ueysIeqqlVJcvWU1Ob&#10;WkqqjU/jF+AWCi5sL+xC3ds3G71bCU9dlJsfUYiOKataMR01LrqLaZqyWZx6yCAsYYce27W9uYNu&#10;khEdSSdPV1iXx/EbpK43Kz7fmzFYtNPksZkauSTGxwPPVVxajh8UtHRUNFTMzRKyu5k9R1MfqLWX&#10;uR3LR7JgxiVm7KHH7IwdLHSpJRvDWV2XyjD/ADbRUys0kl+Qi8AfW/4SWOyObR8ASyHUxPBR8vXH&#10;+oHqkt0DKQVz5elOgVqMZQ7+myu5U6vymU7Oyxeio4d502RwOO25gIJTTRSw1tepFPDKoLO9PCZ5&#10;2NggUAL1ge3du7prq/HYmlydWuLppK7I57cMSQY3FgAKsSAnU8rf2Y1Xj/ePbU9rHt2lUcuXNKeX&#10;7B/h6shdlLE0pjA6Y67o/e0UlLkczlsFtmkBpqGHafVFLWLktyVDsTFTV2fyyU5ihjGpnKwj0gs0&#10;g4HuNiM3X7hy1ZVbew0mWaNGBra01cFOwtpDRQSBUEQ/AW9/y3u+5XdpCI4CwBNO1fUfZ/q/yvxw&#10;OYSztQHoVKzaeI2ps2Om3ZupdrYxLBxSyUazw621P5stVCSSeofkNOSPr6VH19rjCxx4/B5FaqOi&#10;j3JWTVEsjzVH3HIUmOME+lFH0ABsv+PtuygNzu8c96tIFpQcP9jj6/l0mu2fwBHAfSv2dA72Xksr&#10;l8/tQbXrtzVWwqFaOHJU2HpYKKGSnkqFElc08ymrqGWO7FIlLScfg+wQhq9yGE0Fbntuz1lRkXqH&#10;wu2qGbIvSQIbp97UgqJZm/Jdgi/429nt5LardswGhKYJxx9OrxodIoK06MniqPDT1M2Wi25n6ZaG&#10;hjoaPN7mq5MdFUwSfqSioaqVpoEsAWYUkTOeArCxMv8AvDv7/nnMF/xw/wCBVB/xbf8Ajp+r/gV/&#10;j/m/9q9pfD2n+P8A4vq+iT0+fWP+6u1v+d3un/i4/wAT/wCBmY/4Ef8AKr/m/wDgN/zY+v8Aj7//&#10;1Iyg3uDe5+g+v+HPvBFa0ofL/V/q/wCL67umnr1uSSMvJYAAC9+LXPH5/wBt7zCMsLEHkW/2P15v&#10;73wNQevVA6itKq/TSCCPUeOPxb/Ye+DQ2sQDf6i30+n191YFsV/1f6v8HW61yes0VUtrMAQLfXk8&#10;cWN/9b3w8Ulhfk/7H6Hj/bf6/vYVAOtF6cOubVMd+Cq2HPNj/wAj+vvIkLE2/HFyPrwPwfbiqTkf&#10;6v8AV/q49e1eY6izVcagc+o3ChuOb2AIuPc5ImWwAt/S/J5/r7rp1HH8uq6s9NUtVGVZmk/obiwA&#10;H4N/9v7kfas34ufqbcmw/wAB7qSRx62HI6iDIxIOHtc2Xk2ueP8Akf198/tHsePxcAD/AGH0+vva&#10;J20H+r/V/q8uthq8eo75iHWAzj+hLHgc/QW/pb3HajZlOri9vqB/tjb3fwyDUCvVSM1PUqPNQhkU&#10;H6FwNJNvrwQTxY/69/x+fcN6Hkizf1/Jtz9PewGC168GoMdOkeYjaxut7HVYi9tN72PuA1JZmUCw&#10;+txe7EfQD24qFSGP/Fda8+nMZNZIwVYfkWuBwebH3jembiwt+P8AG/1tz/tvbnhhTqGet065xZBX&#10;1AsPTc8k2+vNj7lRU54uD/sR/vXvemvcBXrfUCevVLjUoI/F/wCvI/2P9be3OOn9A4H4IFv6f19t&#10;tGoOfOvVcA06YpMk2tgrE2bkgjn88e5kVNGQNQBtYfT/ABsCfdTG1SR59WVtPTZU5WVLgMV5v9QG&#10;/qRb6cf0/wBj7z+BLgAcf7D6/km3vSpTuP8Aq/1fn1uueoTZGfSbN6vx+B/UAH6/T+vvmKUEgKBp&#10;BHIH+3HtzToJqvWiOojZk6bvI2s2Bux/rcNx+fcpIBYE6eAPqPx9P+N+/FRwQEdarTj0zS5N9TXY&#10;tqLEKGBDL9OAAbA/QH3zVVu1xewJJtwf8B/T3WnhqB5n/V/n/wBXDRbNOuMtRLMQ6sQo0kaXBYG9&#10;je1r/j3hZblh/Z5uP9f/AH319qERcEDPXjTj1k+5ZQNROoEW55FiLkW55P0H59+SMAkD68/QWv8A&#10;4Ej3bwwwAI4daNK1PWOevkVNeonVa6llJBuVuFJsD/rH24rChW5+lr2+l+OPbZiYdbBHHpNPmSsi&#10;omosQb2sR9TYAn6n3EmGn9NgDx9Px/T34INRDeX+r/Vnq3T5Q1DSoCdRe19S34+tyR/vv6n3hVED&#10;WBt9OPzybe3ASxJH5/s6rXj1Lmkm8d3jBJDaWBAvaxDfn/Yce5GhTa5DHn/gv+t7b0qT6da1V49N&#10;wqalAwCHT6eLEuQDzb/H/G3viRYAFuL2/FvrzyPbobSa+XWj8uujeVuImL2NidR4t/sRxb8++QkC&#10;i5b6giw/x/4r7u0yoAU/b/q9OtKvr1HGNlqpChi086v6WtwOBx/jx75x1BYgC/14P9R9OT/T3rxh&#10;Wp/1f6vT59Wp1Hq9vhEb88WYW9I1H6qqkG5tc/4e5yTkgXNuT/hc2+v+t7TtOFYj1p/xR/1enz63&#10;pJp0yy4D0s6KSVH9q5/HBW/5/Fz7kvUBFPAuLWII/p9fbLSIxpX1/wBX59WWMlsnpvpdvzyTRsdT&#10;JcFlsTb1EhOb8j/H8fj22fc3LXYfUcfS9h+PejIFyOvaanPS3GCusaeJjdQSfqRc3t/vh7xvXRr9&#10;Hsb2twLH/AH22ZGIoet0IFOp9Nth2ct4AQNViTqBBX6G5N/p7jPkI+DqFv6f70ST7rVuIJ62q0Gr&#10;p2g21Ibr4FBIB+l/zzYfj3gOVS/DAW4JB5/p79Uk1bh1ao9Opy7SYIQYhdrNytj+foLfX/Ye8b5d&#10;FB0kkt/Ukiw5/HtwysRp8um/Oo67g2UrSK7oBpv/AGRwD9eD/t+f9b21z5ksCAdJ/wALD/Y+9oxG&#10;Bwr9vV9Oo46UtNtCCNlcoDZbA2IBH9OP+J9sU+Wku3+vf6/gD/H3djrI7qdNkBelZR7ep41AEYNl&#10;sLi/qt+b3/x98IclIxtruTxwfwPr7cLaKenW/s65VGEp2UnxAEDk8AX+g4H+9e3VMhIEFntcfW5t&#10;7ZkarVPVwp8+mf8AgdPrI8V7cW0i/wBOfp9fcSoyUvCaiB9Tb/ePdPiYnq2lf29OVJhKZBrCC/4u&#10;vP1sbe4hrC4sWP14Jvx/gPdiKdU6nrQIjEhFtbmwA+n594Wd73uSP9f834uD+f8AYe9fLrdK46kr&#10;HHa2lQfxcD+nPvxbj1N9T9f6354A96odVfLq4AAz14AfRE5At/X0j8+8ZNvTqP5PFvpe/J92rQ16&#10;8KA06y6Q4J0D6gA/Qg2sQB7yayF4bUfzcf7cm3vRNT1puNT1i8QJ5UAX4sfx+AL++kmBuG544v8A&#10;j/b+/dV/l128BABTj8G3JP5vx79I9gbEG3IP/I/bWpjw6c0+fWSKJSbG/J5F/ob/AF/qfcfyk2X/&#10;AA/5F7vqFPn1Qgk9SPAFJbnk/X3GcCxIHI4A+n+J9uLXrWT1mU2KgmwNjf6/4D6e+KG/4F/p/jcD&#10;6W97b161nivXNgP9tdr/AEW1+f8AjfvtgLEkj8gXP9D9L+6efVuAz12pYGwUixFwAOPTa9vcGRwl&#10;iSQB/T6/7Ae7Dj02TQ9S0Utew5/2P+9+4/8AnG4JNxYG1/z9b+71oK9bHWUDQvP1HJH+t/vHvlqk&#10;j4BIA/Txe/8AX3UEcT14AVz17Sri/FzyRfjj+n/G/fQqGv8ApN72v/iPp79xNevfZ134Vta9h9f9&#10;hbn/AGHvN5XY8Dm31t+Pqbe98ePWqY6w+NU5J/N7XJ5Itzzz74sWsWA9Q/HPIHIBJ9+r5dbrUU/1&#10;V67AUEXNweL/AJ+tuB76jJUfpNv9a5/2HvxbrXXJlBP6gSfpYj8f19+8jXt+kX4vc3/1/egCc9Wo&#10;aV69pUD/AFR/NuLcf778e859YHp5HPIHP9OB70eqnOOsS+g8Hj/Dmw/Nr+8QVgSoAUj6sPp/h7tU&#10;U1dbp59c2I+t7j/U/i/59yYZGBtq1af63/3o+9Hhq4db+fWCVEI4FieOLG34+o9yZY/Il+QbfX/H&#10;6j6e6ivn1auMdRo5PE1hYj62tx/TgH22ywut7H/GxP8Ah/X3bHA9UKk8enCKRWt/sPp/X6/j2yzo&#10;dVybW/ob8X5vb3f0oevEDT04Rn6i1/yP9f32WsoAbVcc/T8f439+XjUdV49e03J4IF/6Hn30vrsD&#10;9D/W30Ptwg0oOvA9cSdJP+vxYf4/776e8cv7d7fjm/4I/p/xr3ZVIFT1o549c1Oq1z/T/A3/AKj+&#10;nuE413e1yv1/A5N7e3FU01DrRAPWUHTZf9t+T/S6+88LsVFgebAg34/2Pu1K8etr1icAH6gfUiw+&#10;v9PeUyaHAAubi31t9f6j3agBr14gU64hSwPPHIsLXv7cog85BY2PDH68/wCHvVAvDh15Rwr1DkdY&#10;lIA5+nH1+n19zZxG8emQGw4HH1Nrcf8AEe29I1V9evV9eHUeEyKxKEc2NgSSB9fz+fbNHSQxSFwu&#10;ixJuTwefxx7cAoKA16r8+nBpmdQL3uPx9Qbfn3OjqC7hUN/6/i39P9f2wVpWvl1bPWFolC3bi9/6&#10;n2q6OVwljYcC5P8AT6D+ntMc9OAV/wAnSXroY9d1DG5P05uf6c3t7ky1EZsOeDYkE/X6fT3VQwNO&#10;rMaDqNDSuOQR9Ta9m4P4H+HuRDNThfTYE86dXBv/AF/r726yUFR14OzUA6iTQTvIdRLL+nVYArc/&#10;2f6e+1dC9/pf6L/ZN/xz7pniOrGpz1543EQUXJFgW/tAf1uPcSd0B1C4PNvppF+eCPbiCo68GxU9&#10;TIEcjQbEW5NiW/pfT7aKlgw5b1/1+nPtxRShHDpliDx6eaZSpsF9P0te/H15v/xHvBT0skj6YrMC&#10;Ryfr/rH/AIj25jz6rQHiestTVxwJqlupH0H1/wBcj28xQT0/1B+lifx9Le6EgY6dCtQAcOmOWpp6&#10;sekra5sDqBIBvcA/198551EJDE/m1iTc/Tj/AGPvTKT5dbq2mnXClp284IUEng3A45HB9sLTyq/1&#10;Ok2HJ5HNvbxVT28Omh69KBYIit7At/UcX4/qfbtR1qgAamYk8Em3055Hthlzw6ujdNVbQlrtZVA5&#10;Fhf6i1rnj2qacNJD5AwN/wAc8Aj639t1INCOHTyGoz0ia1ooanxFCLixNwQSD+kj/H+h9tGXEKpq&#10;Fi4te62P+PvyBmY/y6o5Whr0oMC0xIRxpjNz6WBUC/A+n59sMLh2UqSG+t/9492KsBU9NBjSh6U8&#10;66VK21KbWFuR/sR7WGNT0BnBYDktqUWsfqB9faVtWvVX/V/q8ulC6StR5dIbNSLYxRaVdvoulvV6&#10;Tdbj+ovz7wZbIBUaPUdJY82ta1ub+1MaF2qf9X5f6v8AO27HrvBYnSyy6bShAeSCSCb6faGqppGc&#10;+PS1/wA/W/PHtckWKU6YrmnQgU0aKg8l0t9frxxc/wCw9zaSmZo2MrcAfT8C4/HtiVKHHn0+qhlx&#10;x6iVNYqyKkSC5a1x9W/wP/IvcSopYS1xoDfQkC304APvyMQKV4dUcZp6dTYJ5dPqViD/AFP9eSRb&#10;3noE8TksVc/2NP4JH0PujtXHr1peOOsNafIllBVf7Rb+g5/HuXVDWUZjwDbSnOq/+P8AxHusYz04&#10;5FKdRaY6FdVve1wzcWIHHA/r+fcyBYmCFb8D+1wT/jz7UAj8I60tKVby6aqpp0LByo1G3B4+p+p5&#10;9yKmTw031twTe1rf7D/efbOjU9B1Zio7vPrDRp5akGwYAhbDm/FzY+0bVV8Q4Euoj6EcEE/UAe31&#10;jznj0wz1z0sqemYC/jCKfqODx+Ln3FhyDBiL8Mfz+f8AED/ifdwtOH+r/V/xXWlY9ZpaVGAJAuPo&#10;Qfp+OfcmolZ4QR6wpu9gbAf0Pu+okgeXViajHWCCFY5GJ9LMBpBI/H9L/wDE+0TkTIHYxSMF54YX&#10;PPItb/ifdzqxTphuPTzH+kcWP04/PvBRQyp6pHLuWBXgcX/qB7qWKjrekkdcz9D7WtBG7FTqPAHo&#10;/AFr8D35qMNJNOtBCvTRVSKisdIN/wA24/p9fbvbURxpsfVxbUQf6+2GVxmn+o9PquM9QNQUHkn0&#10;8W5Kj/fc/wDFfbsFYhRKQqhbBUsb/wCv/vPtog0px6dGkCnGnTTrRWdolLMWOpz9B/iP6j3Aqcaj&#10;R+VQQWa4ABJb+oJHu0ZKGh6bZVPDqdBlGMnibT6V5JIAFuAbf4+4EdJIrlQNIW5N78/kAk/T2471&#10;oeq6aHqc9TGUDXDluAFINuebAfX3hrZUWnkh/tfS3JBvyTf8e/IGLaurFgB1lp0YyLL9QeRYaSB9&#10;LWH19pXxK0h1EnSRZf68cXv7dIwemeJ6eC9gLD68n/ifblDQq0R0owJuwUj02+n19p2NDQ9KAg01&#10;PUdp9L2JUD6XuP8Ab2PuCtGyh43NtbfotdSb/wCP093UgGtOqfi6zGRSLr/T6+5NPgkmZpBGYz+k&#10;g20j/Gx/x9vGUDh1QJnqNLWpD9bMef8AYW559vtNhWi0qRcAXBUcE3t7ZeUjp0JUdvDpvkycTAlW&#10;AP5DG1gOefx7nTUcyKiu1owPyLX/AABe3tpXZzXz626lBnrBDVwOWMfqe/8AW9j+bD22TUp/XEok&#10;cmwAsP8ADj/W9vF6fEOm+PU6OYH0udAAP1+htzf6+/fbySwuJXN4/XY8EEfQA+9AhmGnr1MdeMqR&#10;umlR+5ZLjn/XJX3jo6ma/juCgH6/6XH5J49vFQwoOPVRg9eqIYv84QA17gWHPPJA+vtRwTBk8SMS&#10;y6foAfp/VvaWVSK9PqQwp6dMcsVpBM6AI2oeokfUcWX3DyDlkPkUtYgA2tYg8i/v0Xa1OtOpHUyi&#10;RQy+IhRpvYXIII94aNaeUgD06Re/0Ym/4De3XV8V8+H+r/Vw6qpHWSqeaJS36ixsRyF025JI9ulR&#10;BDUwrH52V1FxcAC3+1D8+7rQA0x1RpADQ9M9PNUU85lNMGjcgEqSTe9uOOLe0vPSOzyRyElT/bW4&#10;B0/4+9SPpXHn15VrkdKiGZGVXUWP5U2uL+4LRSoxCJxbhpGH1tbj8c+6xkHJ6syU+XUjUrL+r6n+&#10;yOP9ufcCkbTMyT+QPqJ+pUfW/HtSTXHl0n1aXp1lkBKXS30+tr+xExtWiqqqNQI0qAOb2vZR/wAT&#10;7TyqKdKFNRnpG5GjldmctoAJYm9h9bXY/wBCPoPb7JVo0KlX8fj/AFqbAW/2HP8AvHthYScngc9P&#10;IBXUek+lLIlRIGj8vl4jdSS2r8gk8f7z7bX3I9M1gdSqB+Ljg/4/j22bMZr59VaSjdvDp4G3IalA&#10;XAU2v+QQWFz9PbpHuaGaO0j6TYqFDXB/wF/bQsiuQOnTLjppk2vLDKDEA4BDF2Qal/oRb68A+0fX&#10;V6yVeuAjUDaxbjn6i3tQihVoRXph2LdLKioWipRFNyDyxtZiQPqWHt6pJXqY2jZwpADMQ1yGH0Fz&#10;/vXtpjp7gOPV1IA6aquBKWRZApcG6gEAcE88fn+vtprUMUhkktIL8BUDfX6XA9+BLY6qykGo6d6N&#10;leILGNHFyC1rW+oHuU0iPTL5CCABZWFjpA/p/sfamGNg2B15mBFG6hFWWpcR6gTyWBBGr6/X3Aoc&#10;NRyT+UkTHVrC8gJ/ifapwwFR0wAtajrnXZaohhKhfB/Z1MAzMf6L7XqYmk8PNgzn8stlsOAE9pmD&#10;DubH+r16UK4GOg2k3LXGrKRgtHEPwj+oFvUdf+wsQPaQymFam4dgFkkLRkgW0jki4+n+x9vRNqNO&#10;H+r/AFf4OmpFp3Dh0u8Rn4a9dUSlmijCyqpNw5PBN/8AW/HtgpqSMzKpAKF7a7WPPBAt7UFFAqem&#10;lYVp0oJ6lxEzL+sL+j6/jgH2oJqEJGJFDFGA/T6gR9A3/FPaV6lqHp80I6Y6fI+SQxFkEg5Ib0sp&#10;H1Tn2kHNWlYyoH8TcMtrG17Gw97xpI6aowPSpQQtCrEqSACDe4vbjke1ljIAYxcB9QHp+rC3Jufa&#10;B/iNelCqVGrpOZOoKE2Yx6LnWeAbmwAA+vHtRx062EZQRt9UJFwLD/D/AG3tPlTgf6v2dbGpuJ6T&#10;U1WWvMJTKgBV0HpZySAP9j+fbfVY4SI3qVBdmYAgryPxb8+zSKUhKf589UYCtOs9LlPFMnoaQlQq&#10;tazKL/Vwfx+L+0sytSMwUqqBm5ZdTtYcEe9OutsV6roK91elejrUoCQWYoPSDYC55Bt7ZjVGSqZm&#10;K2DFirKQPr+oe3qUQKeqEktU9OAhCw2W9rBQQRf/AFjf29rlYUisb8jgqL2AFgBf8f4e6iM6q+R6&#10;u0nbp406aWx0jyAgrxcnVxc34JA/PtEZOsqY6xp11tBKfTp/sj6jj/e/akUpp8+ksmqtR0+wRosK&#10;JpHpFiPryOL+3rGzzSxamgDRuLhCLEi9r+2nRq1HTviFUCnqPULGCLSFHHIYH6f4H/inv09TJRli&#10;GaJfyP6jni/9Pe/s61wyeu1jSdRqAk+pufwf9Vb8e2+Gup6hwkmpyW1eM8hj/gD7aYuOrgg9Z2jZ&#10;QfHYG1g1hcW/r7W9LW0lJSEMkUK6lBRR6gW/Ooc+04jaRyx6eLjT0nKykqKipRkd3bS1mZrILcW0&#10;j/X9qCgzdO0DCMeqxCgjgj68/wC290ktyrBgeH+r/V+XVYnBNQek3kMFUvOnlYGMkFytwV54C/4n&#10;n6e0Fm6+WoqGjQ3UHlV9RAJt6R7cRgo7q160xJPS5xtFFTQJ6QDpA1cC4A4uR/xX3JxdBUUw+7kd&#10;UjDBiGvyT9CQPp708gbtHWxEQuo9Y62phmvSqpeQqQAPxx/j7ehuxKeTRqW4JtqNyT+NNz70kI4H&#10;qokoaDphn2rFVoC1xex9PpNr83t/xv2itybmrVVKpI2kBLalAJIU/Q3/AMPZhbxrTT0zMznI6f8A&#10;H4mlo4zEiCw0/Q2/SP6D3DwG661xIs2qI+kIsgKqwJuGQj36aGNjgdeikelG6z1WMpagAtELgk3H&#10;5uOQb+2DObknnrmp2B8SMBrA1Mb831XHHt9IdMdR0xNIfEAGepVPTx06BY1twL24HAt9PbnjctEI&#10;NB1xvYoC4/VxxZV+vtowAPXp9WJFOuUkZcg8EC3B/wB559tqtVy5K0ZWQPIq/p0srab6QB+P8fd5&#10;dIT7Om2Ul+snpRb/AEVRe/4A9i/hdm5atiieGmeYEams6RqtvqdLey0XUSnSPPpZ4GA1aDoO9z9h&#10;bY2yJGzGWpceFIUGbUSWblQNP9fYiY3ZE1M6vVRpqIuFAJ+nFzbi/vck6nzp002le7oEcx3hg6+K&#10;aPC1RqFjZg0qOqamC3CQg8m/4uPYq4HblDCNeljpGoKQAP6/Q/6/9fZVcgysAPM0Pp/n8q+nV4WN&#10;K06Jh3B8hNz0EUlLSxU0OoEJUl3adRbSQwUhb2IBP9f9jdXEx06G1kVQeb2sPyBbj2ottvDMMV/L&#10;+f5dXaQAV6Ixmd95/dFYYw89bWVb6NBd5vqbFUQ3sPpwPaTy26aWlUrHIHa5UkEWv9fr7ORaJAtJ&#10;BQ/n0laSvQ8dTfGLdW66uLKbhheloniWpWF0BkkDH0Ej6W/w59oJ90yVc58cjBVPqGoqPSdILP8A&#10;7z7K72MSDgAfs/1fZ0ojPBmx1YxtTpnFbRxkdKYY5wI1WOR1R2N1tojQf0/x9oHfWcZIgEqmlFwX&#10;CG7qfrpFvx7UWEWmIscH/J/q/n16bhUdDb1ztqnpfJIcZHSga/GdChZQWILsvPNv6n2HlDlpamUk&#10;O3jKqGR2JIP5sW/3r2+8lBQdUUVFehTnx1OsY/bUMpJUqtv9uB/tvp7U2S2+MlTxVNKoWTSBLLpF&#10;nuLWLf8AFfbcFxqJR+I4f4OnHj1fKnSapM4MZUy0lWw0FmMKAksgALGyH/fc+w+XYlPJlYTLOisJ&#10;NSvx6T9Tdv8AH3u4YomojiOmkjQvnpUHLxfavUpFK4Rb6ALMePwPYqZF6aHGQ4yMJEscYUs3ILAW&#10;uefz/h9PbdpJ4Ss/Gp/1fs6USKWGmtB0hsfS1VTm5sxMzS+TiOIf2Iyb2U2/H5H59o2LC1dJDNUx&#10;hKlZPUwjJYj8i4Fv9h7dS8Ej6eHTPg+GhYdLR8jSyzJTyM0En9nyAJrtwdJP+9e0gJcs9ZL9uj08&#10;ay6mU6td1Nzo/qD7dlCUofPppNVena0QRdWhltbUwBvx7ETbddW1BIqSHBIQxzXs6j0tyeOB7KZ1&#10;C8PLpTETwbpNZykpUh1Rq0UguVkgChkf6qQF5/23taVlHHPCKPxxqJCGRidShT+DqNgAPdrc6P1G&#10;NerOgLafI9Ialr5IZ3rhJIxhR45IwlpGdP7Q0C7Fr/S3ttr1ptuxUwiMEpkNzKE1DWBfQC349ueC&#10;0qlyeqORFQDqbh6yp3TLWNURVdKITpWB5PG5RiQJWEZtf8f7D2nt25Grq6SnydJFPoRVjmFPchyp&#10;4Z0H0/1/b1rJGkfgtg9NSh3pIvT7tnE0+JnraCWRZmklaop1mCl0RwNccT/Ui/JHtSbSqKTMYl6b&#10;Jq6SEXjY3WSMgXv6vz7LpDILkGL4Tx6fXSUq/HpP70TI4arp8rhxG7JYT07g6JUY8oQg4/P09oTJ&#10;7gpKWuTGsVZVkdAZTZ2W9jpt+fz9PZ0YxEhI/wBX+ry/4vpP4g8TT5Dpa4/HyzQJWSN4p54o3KR/&#10;oDabgWb6jm349iPhqjHSLTsolmR0VNVlKRt9NOoXN/8AX9lDUKmp4HpQSeIHSC3DTZwfcCFqWB1L&#10;yD1SeSVDclihsLC3IF/a7loqJIlarnsjqGCta9voF97CM6+JGMD/AFf6v29W7FHd0BtLuPOSV9RS&#10;YzHNNU07mIuHKxmT9Wst/qbcMoX+gP19sk218fDP/EYqxvtSjf5ORdWZhdfUD9P8D7ULcs4ESjI4&#10;9NMig66dKmh7Dz9VG+DrsKq5ISRha5JEACCT9y0bgXYDnj2gnraPGZJ6hgA5fSPVZbHgjm/197u4&#10;DIoI4D/D1tGC9DXS0tXlMOlMX9LRWcstybrcWH9b/n37MYWmqnjyq1T/ALlmaDhgLcMqsv4/oD7r&#10;b3LSIUK8P8nWmiQNr9eseIylTRFsO9KtoRojqQQuvVyGdHvz/U3/AN79x8riKZqCCSEzXdQCy3Pi&#10;N/7UbfUH8H3eC4JLAkV686LjHUvG5SrOQqYJ1hVIzdAbfvKR9VdfoRzcf09rXbop59t1WKWYCaOJ&#10;jHUSJZ1dedHq+g/1j7LS5ivwzCoPSioeLSuKdB3vOGupdz4bcKiU08cwp6nHxTExVEE3pMxjX6up&#10;sQT9Ofxf2DmSyu58C1TT0yTzuZWdvt01llU3F1HJBHs28OGY6iQfTpG3iINK56F6OjwuVgpqt6eG&#10;RPEvi8oAMeoXYf4G/wDT2sKTcNFV4vH1uUMkdZGwjkeYsp5IZY2X+n1/1vfktJCjqOB4dOeIopXj&#10;0l5sHW0eTrIcUsCY+phWf7dEUFZrFHcMfyeB7EKrzlNPiIXxf21VUxMPLBI4LLGwtrUMTwf+Key2&#10;0sxEXExK+n+qnTsj1A0Y9egvp9u5RN21P8aWspMXUU96WspFCRSTxvdo5inqVxwVP0IJHB95Mc/2&#10;eOORqtMNPMhJgjsqFVN3YgfQ+7w27SzEJSq8T1TUiDvNa9Rt0TJk8vHtygSapyELxutZMNbxFlJh&#10;AZwQRcXN/wDY/X2yYxMJV5Bq2HIPMICrJTgktGEN7Mfqf6Ef7f3e7jkJ8I4r/wAV/qOPs6vG6Vqv&#10;HpV5Gr3RjcGKGXEU8c0sTRyVgssMksgsXSNbhf6gX+vudnIocvKYalxPTVBCLGsiq0Sgehf8CPb6&#10;q9vBRBQjj/n+zqmlQ1WNa9MO0GfB0zSwwPS1kCPLNPNDIUq3YgyObHkH68f7b2Hubw9VR0zU2GQm&#10;oU6YqfSwklN+PUOP959uwLGE8WalSOmpqnEY6FjEZ+GuJqa4xpCqFjOZFFPEQOQdVjY/1I459tdH&#10;tbcaeDJZ/wANGsCiRVdtUxIOpY1/N+PofbJd7gmGAEjrapTvY5HUr+9u35ZGocXUx19RITG0dGNc&#10;UdxpLyScLb+pBPt8r98VdIr5CmRX+wUeZSvkn0xrckIOT9OPam3s1iQRDHTRlc1b+XTC+wsRkIKi&#10;hyYkkhrvK2mJ3iiHkuxC2PDc82tf2gsZvB99bgWafHMkELq8n3UJSK44RI9YFi31t73uD6YDHEc9&#10;WtnLSd46U2KwFDtTBjHY151hpoSiSs2qU83DufyVH5+th7HLLTT4ybESYODxUtSIqepEMGpEd+ZN&#10;SJwLAX5+vsPxwI9qzSmsgJ8/2dLWLu9KdvQaYErmX3BR7llE8tJVS1GOM04VpaQL+06SN9bMdJsL&#10;g/6/t/z9ZHHQUsaRzvWwmGVQvBqFJuUMX1C3t/rf7f3bbVkEblzg1/1f6v8AN1WUKHog4dInbmJe&#10;bc1fVrPQLhamKoppYwv/ABbqiI8zfdcAuRwfpce0p2PU7grcBQVOFq6WDKURilkxzzpD9wGj0mNW&#10;NhqQ8lSRcX59m+1pGlpIswIJrQ+o/wBXHrQ0F6ls9SetsTh8JvXccH8Lq8hjswrCmzL00lRT00lJ&#10;IdcUzNyEmDHxyKCLrbgEH3LzePqpaGnzOMqZko5KGGnqaUAtCtSYx5pgy/2S1/r/AF/x9orS7RZd&#10;DrUqTnhjy/l/g63JFVjTgeH2dP22spTU+ZyG1dwxUMmWGTrMjiapZEWpnxQq2aip3SWzeWKPSG0f&#10;Xg/X21YLY9DgsNUTZeipVrcgyzY+udBLL53BcPrsWtci349veO1xdCYkmHz+3/Vx6bMYjXw1pq66&#10;zvY75zdEGF2Zkvu5tv1Lf3txcTCNlonIRo3LfR+GK25Nrce0/kY8rOtHTVlWlBFC1SkwlBEdSgf0&#10;abcFSP6/19rSU8NvAGDn/V6dNFiGAc9CFjDiIJqytoaVq+edaRx4dDzQOY9JVi5uGW3NueLe523s&#10;LgVwOXpa7H1DJm45qSb7Uu0aK9188Oo2Q/S3tFHLNFealNQAfzr6/Z04yqY9JAz0w72qNxT5TBvg&#10;snj6JsRWw5GWKuU6q2ExmOaglA9RWRSwJUgj6j6e8MfWu09uYvDZh5JKuhxhuaKeV4nDxyXhkaWM&#10;8Dj1C3Humm4v/EhjGg149brFCVIHAdN9L2VmstubI7MixS0Fa1FHU43MRf5VSkGPTVo0EwX1IxVo&#10;zchgfoLe2ff2Xx268xixjqESMKdtH2WppacIup9VhYqPyfZlBYiC0W2JyB/PpnWzyFs9PfWm28rs&#10;zC5SLcGZnyE1Tl6msNXkHijQrUOBEYwLaLiyhPpewHsVuuDT1OGx9HkpZ4ZXNXFTT1MhLqY11NFC&#10;Tb8H2G5PqLK91QiqgiteH59KWCvH3+Y6Cjvf72hp83mcFSJk5qChoKquxFHFCZq1JKjTE9UxBNrq&#10;bcG9jx7ZNwY7EUORr8RPUU9TiqyHzyhnQVP3AN2TU9z+OCD+fYvuIPqESYGhcZ6QxyaKqRUDh1m6&#10;p3bu3eGy8RubI7drMDuShq6nHrRMJXoJccX8cNWscNgVZLEq4uCP8L+4VDQ4HdGPhNfQfwGGjYxU&#10;Momi110ScLK+q7aSRY3te9x7DrRvaTG3jOvVxJ9T0sVgw8Rhw8ul7mcpuvatXUz42obdktU0ctZj&#10;3gaMYwAjzR0phspJVi6KxvxY8W9rzPbuxO3dnzFMdA1FjaUrWx0UQcwJIoikndQL6T+WPtRs21TW&#10;949yGqc/OvSe8uBKO3y6LsevsxvrsqhyWW3Nn8bLNko8rhXrKuaCCqjxLffQ46GlhYRsYrNIE0ng&#10;E/S/tJbRzcmV2zHS45KCLHHUKUSIriamYeYmZSoKWFx6he/P+Pu8spjvmYKSW404dWVNUYZj0L++&#10;dmYOn3ZT7sylRm6nKQxU7rLSVlVAaWe32sJoYo2AYuWAZE4twR+PabqaWPL5OTEZYSZrC5ASmPIY&#10;yokmipTClpKOuaMgxargRgHgcn8+10ly1sgaKik8V889V0oVzkdLSnqWocIa7E0abfzFHEY56DM0&#10;iUhqhIwLVdMSQJfqWZlvqN19JsfaLoNn4XE1UuKwVS1OKuXwZCDcnjmgNOCS8BMIIkDXUKbAWA/N&#10;/bM8kiVmNa+VPLrcYjpQcOlfDlMg+L+/ydFFWLHElRA+AaaSSd2S3lihqijR2BbUhdiORc/kQDVb&#10;Vpce+3cFjaRcvUU09FTV8MHmx1Nl1UywiCBr+MFh9Bza9vaa2ieNzPfMSprj/AenGcP2wjT5V6D6&#10;pxu/azL0W4qvPGg2zi8nFkXwLIaWvq8I1K0FXFk6qnIDlNZlVBZSVUMfz7dcPm8ljoaWizksMOQy&#10;NNQ0VWYoJBS0+Wp0Iq44vGQTHJwVBAt/T2zDEi3H1ES4Bx8wf837etFm06Ca9Qd0bWxu46SOuoFa&#10;tp8M9bloYYqqKR8hR1cYkp5UeuV7PGwYKSeV4J/Httk3DSVUWUp62uH2ipUUVKpphEv3AGpKmllZ&#10;gW0/Qrbn8exXHcLH2qKDz/1fz6SeACSa0NeuK7EqqKq2/lMPjxT5b72hyGTqHrnmaajI0VONr6cJ&#10;os6E6JF/QbfUD2B+4MPk8HizA2UweTos5V0cjVlY5XK0Ucis1Q4h0nx6OCqqf8ePwlcag08YIFCK&#10;eR6uV0UQGvqehhxuUTJ1lTGaLKUU+LaanfzRvHj6nXpIemmU+OYWtY2up1D2NOT66Tc+1MViq3cE&#10;NDRwRU1Xjcpjmk89VSKuueCZpbOTIeCzDjn2HNpvTFcSR+Ge85Pof+K6V3USSIGqTp9OgpzHYQ2/&#10;mcjV4zAZrLVr1MGNzWGMsUMlJMJVSlr4HYvEUWPUWVDqkFiLkchrXw0eyKehfK1ORkx9LDR0+WNI&#10;qxVkETer7iWojDHxx/RJDcn6H6+zloXlbUhyD/LpM0qquk1oMdChBkJM3Q1cmOFGkz/dDGVFWslX&#10;Qu6XjiaeFGjf6i8sakW/BJ59pzamHot69gwY2Otqsltqi3LT5+espaqpoZKXBVFOziOsQ2VLP6gy&#10;ctY/T8Jt3uI7e0KR0DOKAedT1e2XU2pshc/yx/PqBurNZnA7FzOXp6ejfdFLt6rfGY8a6qkq9yJQ&#10;OaCghF43lSSp0qBdTpNzp5IMB2zuTYn8PUy0lTVS4jIQPhDjp6hGjqae0EUf3FMfUsgIGlyQfz9P&#10;b2y7cbTbWjmYVYVb1B+0/wA/8HTUsrNOHpXouPTu2O7BuOh3JncrQ47D5bDM+6MTX0QkqqyqrGar&#10;p5IKJSq081PK0iEq7KyGzBuLY6PcdTW5DD0FbtnKxVeTwNNn6XI6pmpa400ghqcfU1B0qKgoQ6RE&#10;3I9oZbdEtfER65IH+r/L0oWYrKUpwFfl0vv4VQULbgOL3Vjv4ThcnW4bJ4n+H0cMO23r40qKSSAQ&#10;glVWSQCQkBSCzAgxsPb1ksltqZ8+9bkqmmwONiplrqb7haeTG1EdQs5iBWx0y2KtY/S3N/b9tbyt&#10;IkcOJAMn5ev+x03LOFXU+fl0ksVR9hY3DbWMeP21kd7ZOur5afKrTVBxWYx0mOkiWunka5iaGNop&#10;QHFmsUAsdQTWGr9tdgfx3+7G4KnHvA4qY4sf+39qHbQksUTEkiQD9wAfW5F7+93NwtreJDoBLY1U&#10;8/t/1efW0JZC3GnSomO6ev8AAbZG5aCg3e0NNTY7M5GrnWSqq5BGZ5tcjwiP9p7/AGxkA1KAHZSC&#10;xiU22Kutr5doYekrMRQUEwnze48j/l1WYpbywS4u5KhnNwzD9Nzce1EzW1pQTUeSXAH+x0nR5pRr&#10;YaUX/Vx6lZLsBcXtY9i1VfS5+pqcfKNtbUxNR/CKWprEQrWUNdWVbN5HV1IvKAF0nQjMRcQjn6Om&#10;xVTFjkxkddhJHpKqrycsssi0VGomkyDSkEmQqCwsPrYCw9o47EQTmC8q2ruUHhX0pwx0o8R2UFTR&#10;T0GFZs3OZjcmOy2XzW7RtfctJS5OPFbaioKKnbL5UmgGBqFUaxR6JPX5CPoXZr2PtAb4xFfR5DE7&#10;yxk0e4ZMjLLT5HGSqYxnNq5GETUjyMgJSSl1SWAHqWxvqAHs9eSK/wBtLyjw/DwK+o/1f5Omowyz&#10;iOPPr+fSg6fz6T/xfq+nwUezMftDFUVN93jaiOenwG+qHJTU2dpMfNVponhlP29XCzLdmedJUAZb&#10;itUV2W/0f4DN0lHBifuIInem8UjZKEis+1pliaS4N1ALM4+nI9hLl5Yr67urVqERk5P+H8uHp8ul&#10;V44hdQxNT5eX59BVVYnZ6/I3K7bz+T3huTIZHH1X29PNXwR7Hhp/4ImTy1PkqGnMfr1+qNI1b1Eh&#10;iLW9pqk3hkV3OmM3HhKnGZCeleVZPOlSdP8AmqWuheK6gPYkrquLkWB9mu4pLBZgx9yfLNckenl0&#10;1Cy1IBofn0sMT1jsrKdey1vV+7MXk8BRZmaNY0pBDQPHTZBpszt6vAZHLAMY1dgCp0s2oX9ve6sb&#10;WZrEmLHUf3U9fWwRZOqqKiWmFKETxpVRAWZQp+pXkfqsfaSxv1SKQnBUYXp2RKuprpXpo2LWYvYW&#10;9aGm3BnKXD4OgwOSOysRjKJKg5BaiU5DI4+rq0DLLKI0VolW17Muq9h7ntQbO2HT1tb9q2RGOxdX&#10;k5dMEddHSyY6AVNc8UqJqV5OJAp/VzYcEe3dv2GbfJUF3J4aue4ZGOJ/Kgp5fz6S3e4taxHwEqeA&#10;P2n/AFf4egtru2O9u2kjxmFWh68o8jvXH7bx+dyFTW4nLV+D3NWTUWHrI8JUh0mMQBRmhcsrlVIu&#10;Q4SuzNx7j3bNW5yTHUpwu5cDBXYFpJ4JKyeDW6zefGL6gmlorSXJ5sQPZxvT7Xt91DDB8MRANK4F&#10;KZ/L+XTFuJprcmQ0JFehF3b1z17tHbO3tqYvceYpKvr/AHdRVOerteUoPLmMnCuajlXcNVEYPKxJ&#10;qBTRylHckOAw5x7P3pWYSryu3s5SUWONHoSkqPFLM2tofK9PTPyZYlB1p9CDcf6xLuMIS8S4thUN&#10;k/Zj/iuOelahmioeI6VHb3R+3u48JhN1YfL7nysFQkU02Lp8ymMxOWXXoWuyNHMipFUnT4ZJdAYD&#10;8XTlyq8zQblp6+ogyAq6ihxZqIpDSO+gx2kCQxMODItxb62uPqPamTcoogloqBVJyfn8/X9nTUVo&#10;7HW7VJPTfsfq7I9SvjaWkwZxuNze8EgrKSnzXkeoiyURg++yNYxMkn27hSTqPNmA9RIcaTGbZ2/L&#10;BVSx1tHm8ljqWSvloql2x1VLzGqzQKQmoXAY6NViOePZdEst2pnuO5AcEUqAD6Uz+35U6VtJoLQR&#10;gfnx6Ys5ne497V+botqtsyu2Xgt1V+Kgot14PI0O6qOnpaeKSWvxWReZ1IbVMKeVotLaR9UsAg6r&#10;bG1KjtChzVTHkXyVZRjH1tLqgnxWa0wGL7bIUsvDeSNtN+bhVP19reYb6ebakFs2lgKVyCAP9XDq&#10;thEq1Z1zn/V9vQsbBk3TieqcrT1TYmlxVBNk6nGS0jVtBV7fxEtU9YssLhSGamkLSoQqBB6OVQD2&#10;JOe3nJiqPH/wajhxmFpnmw8ONqEFDHT1CQn7eIUhAIUFbKV4sb/T2k2PbbeOBpmQtNgs5JNf9n/B&#10;0nmnla48Njg8KdALjOjKHf2bz2L7M3Q+7dy1y47eeMyuBhV0p9vjJJDUrR5SMureZSiypIdRt+3y&#10;OA9yG2Ny9m4CTI5iurtu4qKnmmjq8Fll+/8AuoUKPTxyBdSqWBWQfQ/63tdb7+wvv3Zbx6qnJpSg&#10;9fn9nr157KNVEpNCaefQvfxTqX471tBtHb0dFNuvceYw9FHjKihkpJZ4MlXrpqqiekh8YMaF3ikd&#10;RwhUG9/YaUNFu/Y+5cPkN357GpjcZROMfj5qyTMVsy0kqvR1mRqIwNMoWxnAX1Djm1/be82ktzaN&#10;BCpAbz4D50/n07bSKrkk1xTFf216Gvbe6Nl9mYDPnZ0ddU46oqKzD5GuXC5Hb4nnaNoKx6CbMQ0/&#10;mUetVnh1x6ybNe/sY92dm4bbGBpq3cWUpMo+6Pt6nCYXE0bmsqvuALGjgGppA7EESN+fofbWxWkw&#10;X65iI44u3P4iOOB/P0+3pidxI4tlBJ9f9XHor9B1LR5zsFsdsjb2c29V7BD4nMdhZ7JJmIqh5IEm&#10;o8FTSvKZ5Gjgca6eAJEiOBIRrFwxx3WGOZ95CbG5XbGV3GcZkMZA25KioyqOahZqqeJqpvGs0ur1&#10;Rqx+lhYj2tubxrxxcwJWIKwJoaVp/g/1U9HEiWE+GT3Vzn/VTofqnf8AVY2DZ09NuPHblxVHkcti&#10;965fD4CVcX5IcdMtI7R0b1L0UMM6KGkUulrFm0m/sx02aoqLbc1Lbx1OOxIR6zOzwtkqqphh8YaS&#10;IX1/glgLc29h3lzbzFu3iTHtJJ44GTTTgUHy+XTt5IzRAJnPAdFJ3rtPdO5d67NrI8jkK3E5zfNO&#10;EwvWOGr6fbFHteaZK2rmzWcWQLG7sh1OWQvdtKjiwI7d3PSnCT7craOLbhraqrg+7gvAtWZgddbU&#10;QLoQFmJAJuAR9PZtcWy2+6PuAXxDSgr5D0FOrsQ6ANinAf6v9no4+5tn5KozVBuahrpc5FhvBWQ4&#10;SqWlnKSwOrolFXukkyXUXdQQXPJY+xB2m2My+ZoaClizVVjttULfeVsU0NPt5paWERwCuppAGlZy&#10;LgIfrzYi/sg3CSVf0oSPEnbgPip/mHn+dKV6eXsjMzmlOFf8n+qnQR9oVuY2Zs/N7iytdtjE5Hde&#10;SgocFR1dHPWbwE2brf38fgsqkyrHKEYmANAVTSA7AKPan3QsuXo8TXNX0sND9wk0pRvtolgglveO&#10;KQHU3AFiRY8+zqzg8KzlslSjkcfXHr/qx0kWRfqBKKn+fRf+ocnjtl9ib6wa4Dc2W3FFRJBTPlCm&#10;4Ml93W0oqDBW11AqR0kDai4I5kuV+tvfaboxWdyktFQmhzNeIfDLj8er1UsUZ9CGrqSAkagcszML&#10;fge0EqHarZDO1WFMeZPpQcTX0rXj9rqI0jFx2ivn5dONL1XmtuYPK1E9VujrbbkGVbPS7v3LmcRj&#10;cfSS/c/xCofGYeGpknCuV8UdO8KBkNmJ+nt0GxKJfuPv3nkH2jUix09RKEMMykspYm5KknSQRxz7&#10;tDfvcTRFl05B4Yr5g1zg8aV604CxtpyeP+r7eg73N8p8xBjVfYBwJlXMy19fNuWjiSsY0MsYoK6g&#10;paJRH4auFA7NOdY+gC29g6mKy5zdRt01VPhtl7VxjGWKZ40nz0Vdqf7G17sbBtTk/m3sVX8P0bRG&#10;wXXJKQSx4D14/sA4npFC4lj8SfjwA/1en8+jTYrfe2sjs/bnZCYXI7p312jlsdSUrYSiq85R7TzG&#10;NtjP4pypFFR0bKkkr6QWuCb3JDTgMUKbG0FLtesokWvxuR/jGUkpnymQwFD5fJFQQ5GM/tgKLC6F&#10;ma39B7JLm4hjle4uhrkB7Vrg/Oh/1DpQEkkbTwj/AMPQsZ+pOSzFXJu/HZeCj2zuDDJtDHxZdMTj&#10;t7ZKWiGqtnxpZDOIppJFEMztEFQSaSRcSG2FU7eiOWmyGaypyyaY4crKJGpKAypJZo5n8QMlho4B&#10;CnkX49tQTvf6rhRoVONOB/1Z/wBnp0hY5BAMn/B1DxPbO29xbhyezqKTC0+Q23URR1pxlYZ4pMw9&#10;O5kpqWGniWW1MD+6wWxb0hrBvbpDghR12Mr9wUOzpZaSOrFJVQ0LTz4aDV5oqVp2bSrsvJk03vf2&#10;lNxNcRNDYk0Jz8/X506vRA9W4j/Vg9cHy9PlocvFiKjsOF1qqVvtqqphoIc9JOPt5K7HmZGnMSkB&#10;ZIVeNSALpY39rH7bB5OeLJ1+UzFe1Kn+T4qKt8FC0X6nQQQhC6ccKWKj6m/19siO68P6NaIG/EON&#10;f9Xp1tqR1dQD0F1XVb02082P2ztbZuEgyNRUyZTcdbip6jLS5B4fBQV9TVGR1Ew9KyPKjO3CjTYe&#10;0RntzZGGWddvyLQfxappoKKHGVNNU5bw0p1ypBR1LFEjAF20Lc/X+nsSeBY2tuJD/aIOJPnT/V69&#10;JoxK70kyOlZtnrLFZvG4XH9pK29KrbtFV1+Umz2EFDtWryeSYIuQnIiVKipjS6xmV28Sk6QpN/bL&#10;U9g72wO48XtHb9K2amnEeRr/ADTM84FV65ZKwhbIwAvo4Cgfm/svubOzhsP3hc0Ej5B9PQDqyOJZ&#10;Cn4RjHp091/UXVO/sXV5vcWHgpqCCml25SBB/DcZRY3E1bU0S46FToeN5L6ZCpL8BeLe4fYYg3Hu&#10;nB01HS4lp3mSWora2Spqis9vGy0OOjQCVlYnRq4vyQfZgu5Spy4JLkd4Bp9nlXpPb2+q5YA4riv+&#10;rj089PbSqNgbYyeNNdUPg6KrnTDYxaWnozQYyJmkiNTXNI7MzIVLMzqUAt9fbzuHbdXjNz4zCU1Z&#10;RUdPkcR/DayqpKOCnzL0skXhnlrKx+EuxIjUlvqbWt7RRTvHsSbjKuqhLAHh68P9Weno1WWV4gcV&#10;/wBX+Dpv2FvrCb8wu7s7DSZOvfb+6qqNFq6qryGBbL4iUT0ibdWM/uxxehnkjhVS/wBCTc+3/r/Y&#10;FR1zX5Who6E1eLhoGenyGXrIKuq8kxLvDi6aLnW5/wA5LIRxwBYm5Nes+4ywXLYZyKr5U/1cPz8+&#10;nwIlgMYP+r/V/sdB1vztTZPZu0MVTU26stS1B3L9vVUe20ymOggqsZI6v/eyvnhRoaSJh5PBrUSS&#10;BAS6m3vPU5/BYyTJZLd0/wBtQGialmqKmNIcVjl+qU1Mlv3JyTzpBP49idbG4E8YtQFVSC3zHqfl&#10;/lPSCWcJCUTJP+qvUDI7f3VU7So8d1jUJPm6LL0+eoo5czLPuHcMjTfvV2ayFXIBS0L/AECyNpZQ&#10;FUfRSXDGZatzeTnwmxI5Gh3BkzRY7+J11RB93SM5V6r7RPX4wOTqtYD6Dn3ve7qyspDdNSqCtfnT&#10;/VTp63SSZAHp/q8+jahvs8DSZbdwxyVmIxq5DKTQR+WlpKqnpvLWyUkky6tKkNpIAJ/p+PYq5Kfa&#10;/XOOpNk4vb+X3XuDIGRMnmcTi4YUeZ2Hmo4JlKsIVa6/q9X5bm3ss2+1nnjO+7nIUU/AhOAM0J+f&#10;7OrPI0jeDAKKvy/1U6B3Et2LvzcZ3hWZLC7Q2HjlAwm35ppsplq8KpkGczq6oqWldgVaGP8AdMaj&#10;khufbVQbkzOeyuP2VBg63ZWKxkvkqxlKUQJU1rf5lnaQtJUyDgpDD6Sbam9+uGt9stHvYO95vxcS&#10;R6V8h1aMM8muXOnpWQ7XxFJV5XsOqyFVvjN1OOejxk8VVS/Y4/En1S0GEjgZaaBJGBaerkYubWLg&#10;AL7EbcmOzNFTwR0+J23WvGxtXbvyCPVzkA66qHH0ELrG35W7EqOOPbu1GIw+ISWZqHSK0Hy/OmfP&#10;z49NTMrE0bSPl0DeB3Lh90Zqrgh3LvOmiopo1lxnXOByeHwFG0MgEePrN15VT98qm6t9uIo3JPpK&#10;2sBWPo8NuDNU+ypp6jK1hyE2RqajDY2SHF4shS8kdPVVgZzYA3cWN/pb6e39zvpLaMthddAFrmpx&#10;5dOwxBs+ma9GVq8lUY7F1uenp0oI6TH+mPKVEQqJhEbxGrNO5hRmJsoDk882+gEbbnXew62GXJ56&#10;m3DBDS5YUmFoaqsraaGvML3eqfHnSHQtwWkUg/gH2RXy3qSC3iYZWpYCtK/b+2lf5dKfDWPSa186&#10;E4/1f6uHQa7u35vinyOLxezaba2VkGOqMjuiearnePDIFApYIpqZnUySHVpVk/SuokAi5gMzlysN&#10;HjqUnGUJ8FMHiaKn84CKsdPB4vVqsLXH09o9s2xrO0kupT4j+p4+f5nyx/sdMu4lkpXoqmGwON3J&#10;uusz+So6XPZqk+7yMOLqGyubpsNPLOz1GZrosk5pIAWuyWUu31B/ohdw7ZWTJITXyAQw2bHwSrHC&#10;utbsQ59TyG/6j9PwPZ9BNPPtytSmcH/V/wAUemEZFYqvQp9fdlU60NVbDNJFPWzLHnquBqioqWhl&#10;KmSSmpk8dNToFGiMMeLajcn2xbapqH+Nnam3aegpK+TXUZRpFkqzFAP1+RhYSSN+Sx0j2WbpCbGE&#10;X1+xcnCKPMnhj1/1HpUjiZO3CjoT9yZmT+6s+8s7UV0uEpkglo/A8OJeeSSTQKp2ks0NOhsRx5GA&#10;vc8XGL+7h/1cf+b+0/zVH9f9X+n6f82/p7I/Fb+A8NXnx9P9Wevft404nosH+l7Ff8r8X/Fz+9/4&#10;E5z/AIA/8dv1/X/ps+nv/9Wd9sAR6T/jfnm3vBIKxNOu7Ar1t+Nkrqx8nB+hW4uPrYA/77/X9844&#10;gbgcWH1txwLfj248bAVPn1ameoz11m5BH1sL2JN+b2H1/wB9/X3nEAtpH1/JsLD/AFvdQhNSfy6t&#10;k8OojZLSQ3FgdIFySQDY8cH/AFj/AI++np+Bf63txwOOfoPe0Tuoaj/V/q9eqg5p12Mnq9SMCDza&#10;9zyf6n6++SUxuCALfgDnm3+PtSurTgV+fXifLpvqMnDdg7mJvV+prKRf6ggW/wAB/X+nuUlK99RX&#10;6i5/rz9f9h7ui40069Wg6ZqvN04BVJ76S3AKhTxcH/Xvf8f7Ee50dE36gCDc34Nzb8+3CkZwRjrV&#10;fXpMVW5USymW9hxZtJHIHP8Axv3JaDSFNrEcH+vA9tiEVIB4/wCX/V/xXXiem6PO+V2DfpuLFjx9&#10;OBz+fcd4Q6k2/P8ATjgfU+9NFoenXgcdOtPl2Qr9Bw2kajwGP1A/of8Ae/cKSnFibWUc2A+n9ePf&#10;vgoBmvr69e4np/pMl5n5N2BsNJ1HTf8AIP8AT3AECseRxcgAWPN/z/X3csB2nj16v7en/wC6lUEq&#10;62AGpjwQP6D+n/Ee8bU9ntx/S5sOP629urHEUDfnTrYNeuSZSUo1rg/grfnkX5/p/iPeZKUH8Wtb&#10;/W+tvp78BqFSetV8+oNVlzFa7A3Njxx+m/5+p/3309zRTqn5H1HN+AP9b2ziny63X16aDlJZ34X6&#10;6wPQRdjwBzxa3+PvHp0tf6/4i9v8L+3VAdKA/wCr/V/sfL3WZp3ICldLG9gx/rySlv8AePeUNGSB&#10;e30v/wAaHugQipI+f+r/ADjrYqT1hk+4tezEEEcta3A/PB/2/uQrqi6uD/gf6/j/AGHujGpp/q/1&#10;en7OvcT02NSyzsFOsLqW2j8DVZhY/wCtz7xvUI1z/rXPJH9Pe1KqMnrVCDnqSuLnVrKCPrpAvquf&#10;9q5P5/3r3DesCkWFyB/U2/x+vvaSITnh+X29epXh08R4KRoydZX6CxHNz+Lgf4++H3es2bi/Nvp+&#10;fyPd/EXiOqkMOHWb+CGMcX4sNX6/r+bnj/Y/7x7lJOAfwRbj8f4+/LKoJJ6tpJHTPU4d5UUguHJ5&#10;YDVxcj9X4/r79LXCNSdSi97c3+ntozluz0/1f6v5deVKcc9ZaLaayzK+iUgWW3PJt+rj/ifbQ1fq&#10;v6wf6i31v9PfjMC2RT8+rGnEdK+LbYhQWitwbXBuBbkCw5/Pvp65FPMgB/HP+wJ491V6DrQWvWdc&#10;HI4GmE6VsNP9SOfqf9f30cgqm4Yk2uOf+iR72Ja462Bj59e/u47oVaMC5sbKP68AMfff8TX63+g+&#10;l+L/AF/J9tSSVGOqkU65Q7X0E8fWw9Pp+n0BK/X/AFz7wSZTUbfQED/D/be9I50/Z59WHDHU+LbU&#10;cdyPXYklSSefqbj/AI1/vHvuPJG66Sb/ANLmwA491MjLqpwPXgK9cZttwyKTIqsBfn83Y3IH19zB&#10;XSNYg/qI/tWF/aYMCa/b1fwzwHUY4GnjXSVUqAv1XkC1gf6f7f3n+7dlsXP+3P8AsOPddZqSR/k6&#10;uEz1H/g9PEytHEt/8AD/AK/9Pr7gyyupAViQT9L34/wv79r1E168y4qOnmCjh062VNdrEgADV+TY&#10;jj3BmlkHpJJt+bnn/W93UgnrWnz6c4aWG2oBQACLWHHH59xHqALgm9ieAf8ADm3u9MY60O3B6mpS&#10;XIYLYW5uPx+Lg39xfO39Rzzc/wBL/T3amKjj1o+g6linXi4ItxYDi/8Ah/t/fMSjT+Sf8Tfn3ShB&#10;q3Vm9B100QuAAAP8Bb88rf8A3n22TsQS17X/AAfwB9fr/X26rU60RTPr06QRqVVbXtYf1Bv9LX9t&#10;kjSORY3H+9E/0t78KdVYAio6dEREX+h/r/Ufj6+5UV+D9LD6m34/p7tw60MGg6iTgNcE3v8Agcf4&#10;C59zfJcW/B4uCf8Abm/upNT1cVGR1BENuSLkc2tx+bC/5945LtezNY8XuPx/re9Cg/zde4ip6zJZ&#10;bXAv+eP8Ppf/AFvflNtINuPqQTyD+LD3smvWjSleumFyxF+foLci/wDj/rf76/uYsRdQQB/sTa/N&#10;/bRfS2OrYK14dRWkUEhrg/Sy3Nv8SPfB0ANyb/Q8EWvf8f8AFPdgQwPWzgZ65IzC1h/hex94W0ga&#10;rWvxa9yLfn3pQdVDn0/PqpOOpAueAfp/atwbfge8JlBPH0v9ARb62uR7cA8+tE1yesnjYW/r/rG/&#10;I5Cn3jd2vccD/W9P+39686dVzXrNGiWGq5JvY35t/T+vvkGkZbNcfi/9P6ce/Cnl08pP29cHWNHB&#10;U3N7/T82+mr/AFvfdrG/5t+f+K+6FQeqVzUdeDnTp+oH+te494nViL/8V/23Pu+rSR8+teRI4dZY&#10;yvIPJ4BtY8/m9vfl9Ivf/jX+wHu5JYUPXtXaAOuDepjxzc3/AOIPvDITcqVH+vz9T9ePdRSnWxwq&#10;epEdrXBN/qf+IPuJJpb9Q+n++t72D1XPDqSmpSbH8cf7f6ge/RSItgPr9fx9P8T72akdap11IjHU&#10;TyPp/sf8B78XVmtf68D+gv8A09+yB14UrkddhSFvbkXv/sPwffLxrYfhhxf/AGP0J96Az149cdbf&#10;4kfgfj3zWNuDe4P1NuT/AFt/h73wyOvBSRXrgXXlT+qxIH0AH0F/fNksPyQtvp+P9f3otjrZBGKf&#10;6vn10rXa30PP1+pP+HuN5he30HBPFz/j/wAj93oPPrWRjrN4jb/b83AH+FvclGifgpwPzx/sD7pQ&#10;0oOvDj1gYSLfSbH+h4/FuD/h7liJbEqpPH0Fj/sQfdF1cD05g8PLqK8zAgMdPJ5I03I/FveCQIPz&#10;Y/SxFrfkA+70PVSR6Y6zRs7G9gV/BvcG35HvFGwU3I4PHP1v9fx7uoqaHpvFeucikqQvB/wv/re3&#10;WNvRa1wT9eLXPujU4Dy6eT5HPTU6nyA3H0+g+p/31veGYRBbGynkG/5/5F+fejXz60TQ93UinMpb&#10;0klOCOCPr/r/AO8e01ViMN6VAB/I+h/23txQaY6oen2HVYFj/sTwf9jf6+4YjP0/UD/xT8j3cA01&#10;enWqUNes+sf4i3+8n+l/eRFsTx/rWHP+t7cDgHrVD1jPIHJufr/r/g2P+HvgEMhbyekA+kfTj+v/&#10;ABr24pqNXn14mhz12TpA0/kC/wDr+8yU8Z/SSQR/QW597AIWg6qc9Y3lItqAB/AB/wB5F/fM0XiA&#10;IuL/AIt/X6en3QPU56sAQOuInD3HBI4vf+nH198TTKHBYseOST9Le3QScjqvXhKSjWH+sPySfp9f&#10;9h7dacR3Cjm/AJsT+Ppb/evdguM8etg06bqln5bgWBP+H9CCD7c3plKDhWB+nIJ/17e2xQ8Otk46&#10;a0q38lrstiLnSwHtjr4pnAXSQgFtVgvH5591qBnz61Tp8o5IrEqylma9hcm5+t/cekVImHBY3FiT&#10;+frz72e5evUpw6kVBdhYGwsdVhY2H9D7VNGPIbk6f7Wm9r/0AHtgBB/n6ejIrU46TNexjW2kvzpu&#10;Bf6/U++dWjRhh+Dcgjk2/AP9PbZy1R1qUcDx67oJVkCn8hbEP6Rci7EE+4kMj6bgWI4Gq9r/AF+h&#10;9vOoCgdVQZzjqTJGhkPPBOohfqQfobj3I+4YB2JW4tcHixYfW/tkR162R+0dYjAt0VVYC/4IJIB4&#10;BHuKzysCSRpFwObi39PbwVBgnqta/F1nVY1YBVbUbX+g/wBsD/j79BEtQ2mYE/4fXn/invz6QO3q&#10;wx11PM9OuqIrb6/W/H5vb/b+36hx6wuW9QQfQAf0H+HtguR1YIKV6TuSybTx6F0l+fXqGmx/wP8A&#10;j9D7dXiUxm3IUarcA/8AIXurOKg+fWtRpTpkglkE9mHLEqGtqvfkFbf09pavkIfQiAAC5tax/wCR&#10;+3lytR1UknpZ46L0a5HLE8L/AKoWHtn+3DtzKVB/AAY2J/r7uccc9a4mnTz5yi+mMH8jmwuP6ge3&#10;Skpef2r3FmLOLEWP49tedfTqxX16ba2rAB8lvV6dKni5HF/99x7VUNQYIBZSW+pJ/A/ooHvTZP8A&#10;q/1f6sdWUMcDpDVFEtVVnU4VQVsADc8/Vjx+faXyc5drN9JBf88E8+7omeqyEcB0tcVTpFF6frGd&#10;J/PGm319t9LFdhp1aj9Afp/sPbrx1HoOvIgJoep1ROFU6tBUXPH6h/r+1f5HpYEUkqSOf8f9f2h0&#10;gknp00Ar0kPFHWVMj6Q9msDz6SeCRb8/j2zZBhNHqDcD63Frf63+HtZEVXDDh0wTXFenXHxtBKVC&#10;EXuVAN7j6k/8T7TQUhidYUAmxHNufa6q0xnpqhrjpSE6hbRf0i4N7f659qGjuItGq4Y2LW+oP1P+&#10;t7RT/FqBoOlEYoc9MVUAZS2j1LcgX+jDkAf4+4+QiEakKyKxAtwCT/W1/bCt3ah16QgcOpuPlaa2&#10;pWKqWv8Agcn21RyPCrSc6jcc3t/sAPag6WxSvn00OnF0WQql7LcfQi5/wuf949+ertq8z6RYFbfn&#10;i4B97CFhjz60ST15acAjxL9T6iebc8299wZAyWUPZRxe/Bt9Pp7dSIjrWo+fWKejQXbSCfobjkXH&#10;udNO00RQ3c6TyLn/AFhYe3NFDjy60S1KDpvhp0hlEihUBbgHjn6kg+02+Inlb0owDE3P0+p+ov7b&#10;JoTU/wCr/V9nWgCwzjpQDIQIoBkT6cC9z9PpYe3anwzpErBXLoPUeLWH+pt7TyzUbHTyxnh1CfJQ&#10;lyrOoV+F5PJ/Oofn3inp5vG0aoeGGqwtq/1vdlmU560wPA9ZY3TWrFxyPSSb6f8AY/717ZKzGLEg&#10;m0lyeXjY2t/sR7eEtD1TQKdToKkSsyAgWPBHN/bQNUbBwhjUHhWPHBvwPezWnWsjqZwRa9/629zR&#10;kmj/AM2+kGwve3FrWBHvwHkc9aYkCvWA06MPUAbG4/I4+n19uC1ziNSGLtrDXvcmx/oD/vPt8KG/&#10;MdNKWJ49Rmp01H0gALb6Afj6/T2oKKqZwrsNRP0v+L/1P+HtiQAGnr0+rYoemerpVAZEYKLevj8A&#10;fj+t/amgkRIBdV1yAkcg2/H59pJcHp9AODdJmWGSSoJVm8cZsxNxqAt/T2m5tZqH1SMFJtYE82/t&#10;e7I5019OqNxx0qoljEEehFLWvcjlTbgW/rf/AB985cWallaFdX+FjY8fQ+6pLoHcereHUVr1jGSS&#10;AFZ2C2uLm1wAbah7jtjLPZ40UC+qwFr255P59vO4K6uteHpyesseQVkJR2fVa31vYniw98amWOGE&#10;wghG+gYAgfXlQfbWnOqvVST1lgSSR/KQWUi1ibn/AAJHthFQ6PfxliSRc/pXj6j24AOteVenQxhl&#10;Hqtbkj+0eeAfbzSSHSAHLSH1Hglf8F/2Pt2gpjgPs69qr02VUYJJZQE+n1sb35b/AGH49rCgU+Iu&#10;5AcWAA4H9b2PtJJXV8un4zinSOyDr5hEgYobknkf8gkC3J9xMkFdwhYsCD9bXX8WB/p7ch+HH5db&#10;kzx6mYwsiGQJoIIvpvZh+GN/zbj2wU0cYlYM1ijG12JBN/rb280ZZat0xQDz6f55pPGpRdWtReyg&#10;WFv6/wBfcetTSrkSBAeTydRH5Cge/IgqadeYrTrPSvq0BkLH8Gwte9+T7ZqWdUWSNTYFrc/UD6XB&#10;Pt6lDU9NivThNGSVZhcqL/Xj/W9qDHsKc6m+rW5diQ1+fz+fbchHn1dBTPTRXRmpXQhIK3PpFiLf&#10;1t+PblVsrxhBdSwvqNrBvqbH3WIqzfZ1eQtw6bqSOSORnYh7XBUGzWvYAj2k56iain13JVraTcFT&#10;c2vx7syZIGOmKHy6UkccdTFpI+gFwR9D/sePcR8833GhpApN/Vf6C3P0/p7sq9vDj1ouAanrktBC&#10;qaQot9bEcXvcm3vMcsCQFLNpAD/k3bnge60C4PTgcU7evCkHNwL3uBzbj8e+vuBKQSLC/AYf7y3v&#10;YVVPWixOOuWgqOP94IH+wH9fcgUZlkEgK6itgBz/AI6vdzSnr1oBSanrEZ1jBVtQAN+bW/1v8feS&#10;smnxgDqLp4uShuVYng2H0/2HvSKWOf8AUOtsKDtz1ihEFapDC5DkWZeCB/tr/wCx9tFPmaiV2RnY&#10;2OpiWawA/Fz7eKVzw6aV2PUtqSBRxGo/AGkf6494pp6mWSQxsRGLc8ki/wCfr9PetK0BOerFvPrK&#10;iIoUEc/T6Acjm3ubQiVxoZwwsTdiRc/6ke2pADgdWjNesUxVPVb8/wBnnj66j7d6WjjEZlYXtctq&#10;JuTf8W/2HtMSFxXHV81r1EnqG1iMcMfpYCw4vax98vvJKOF3U6I2k5t/QD274IfJyT1pnocceuDw&#10;RVEiq41uicE8/U8/T3xXPQSWDteQkAD6Ag8XPtz6VKVGOqm4JGluuBxrobR8IASbklgfxpPvgZ5Z&#10;qoFiBECygr/UfQEj8e1AUaAK1601WFR1zEMUUPpB16QSD9f8bf4+3rHiRXd2uqi/PIJ44JP+9e2Z&#10;JAMH/V9nW1DUq3TPkAkkaIml2Om30bTzc8cn3jkzzwO4DNZGPqJP0B/x/p7bYa1HWwzdco8BTyr6&#10;lW7p6gF/J+t/p9fz741m4RV06xagzcn1AG1x/re7xIK6j+XXi9Rp66oduR0NTJNGuhW0htJN2K/T&#10;3iwSzVM4CwGbSVFhwnHFyT7tO8aJVzTplInLVHUjMvHBTuWnEGoE3IOs/myj+vsSarGVTUg8ES6Q&#10;g1KluR+dIH1t7LEvFZiD0sMZH29BZR5bHxZFvuqlg8kt0kmLABvwrH8Aj+vtOnCRmCSZ1ZGVW4Is&#10;5a3On3cOWfSpqP2deRRUk+XSvG4nSphgUoyyOoDD1IF/DMePaemyKYtFUWB/QAeTcG5/2PtQkIb4&#10;hXpqSQg0HSiFG2SYs5IX6m30II/3j3kgzkgIYsWEhtc/gH/ffT3ZrdT9g/1fz/1HryykjrFNhYmG&#10;lFClBcCwIJUccfn3xr8pJHSu8ClidRBDc2+ttPvwRQ+PLrTE0JHHrujxiNOvnKmwAK6R9fp9R7QD&#10;7hlrJFhYurA2A/Nybcj28Ai9MCRy1D0pYqSGK+hQL2vx9bfT2oqOkNQs1zyI7aWX6s39G/r/AL17&#10;TtIusKDx6fGOo1RMIfGdNwX+qngAfkj20MtYah6awCpwrFTxzY3/AB7u7KFrXqoRtVepamPQJL3D&#10;cnm97i/HtULRxmnQPCjkIF1Wuwc8B/adJGJzw6f0FhSnTS87CYhZWX1FrH9JW/6be5mPwtQ8il3U&#10;U6/R7eoC30A/r7VLIHGOPz/LpkW9O5umvKZ2npI2VUaSoY2EQPB/xLH8cfX3OzeKonphT8uzRl4y&#10;oW7N+QSPdBqRtR4Hq57hTpvwWWrKiWWWRRFGk3imV9YCLb0sob/X+vtEwYDShaPUhTlQ4OkG/wCk&#10;t9fbZYK2eB/l1UJ0smrkDBbA6h/Za5sfyvuRFha6dGheQLIp1RFQzJqB4DEfg/T3tmK58jTraozG&#10;nWKTJUsWmQG6kkPyFYD82B/I9uC0eVpKJi0axsrgMoOsn+ukjn/b+7KwY19OtLGUrTqJ95jampVV&#10;kEhdLi1woB+l7+2qgqv8sDvFqlDG2tDcEfU8/Wx9tXCahjHXoya9/TnNGPt2UPZLW9JtwRa1/ajy&#10;eQZqUQxQi7j9wKgLBh+SP+Ke7RRooBJz1d3ZseXTFQ0BSqknlmYhGtHdrKVYfS//ABB9hXlHeOo+&#10;4fUgSwLray6T9Gv/AL37VUVhTpLISo1DpUL+kW/p7VmGelyNGAxVWdTYPYayP8D9L+2kPhmp6vE4&#10;cUPUCreWJlkRS6g+q31Uf1sPr/h7TedEWFMgjhDSSKGVi941UfhIze3+PtYgD/qdakYRjUOpNPKZ&#10;4w/IHIIIs1x9b/8AGvaBoKeqzWQNpGBZgX5I+pvz/h73I4iX5dJkTxGqepB45P0HsZItlZGlx33Z&#10;aIwJyrH0uS31Chv6e0qXCytRc/6v9Q6MBBpFSeHSf/vLi/4iuL8rGscFhGFuAo/LMOB/hf2pNjbY&#10;gzmSjhqleJwy/uRga/T9NRIsR7S7hctChAz05borP3Zp0n+w92ts/btdmY44phTQPJ4pG0q5VSdC&#10;lTcH2bLGbbGKjjghcvGq6QfoTzxYD/ifZFFKMucn7OHrx69LprpSv59VOdkd90u+PuPLQTUFQsrl&#10;VEqTJIAxRHVwPr+QAP6e3wUcGkB0JsbWsLf69x+Pax43lNa8R+f+r+fVBGFwc9FgPauZxFTK1JOB&#10;yRdtTBrfQMqm1/6m3vMqxRAqihEA5N7fTj/intyOEwjVXUT8q/6vP/i+rCv4cdI7L7lzu+KtXrn1&#10;XGmOKNFjHJsx0xgX1fW/J9oHfG4I8fjn+3cGRHBksxsBy1j/AK/s52xipMkv5dJ5qnHn0b74s9B1&#10;GV3dFmM/QulE+NkNGJI7apXlVPMgcG9lv9Px9PZb6XMVWUrXM1S0cRdmHqte7EgaT7cvJWdh5jA+&#10;z/V/sdVhRa6m6t6Tb2NwWNjhoaGLXDEsaBUtwqhQbj6D6X9zZMqiIVgLtNdkILWBYMbDn2iaMCjH&#10;/V/q/wA/TokLNoUcOuosVJJJepEawcOCF9YVk5tb6f6/sJ85X5mSrBVGJQuJFc6lZSeB/hb/AFvb&#10;qsvD/V/q/l03IsjN9nS0poIIYkWBFVAARYD62+vtuwuVyD5GnhMetnlVTGuk6TqtqBvexH490uNK&#10;oSfL8uvJqLaessiqyOG4Gk3P9Bb6+zR1kUOPwtI8kxR6qANLAVGnSotrA+oN/ZdtmuWRnPAcOl0w&#10;VMnj0XmKsny27MjRwUQkhxk8SR14dtf3Eg1mFvqpULyR+fp7BLL5P7GczxlmLP8AtsAbW/HH9fZ4&#10;8fiKQekTNo7j0OVDT66ZY5FAstpFuD6j+oX9seRqtwZGlNbi4zWBL+aFf84q/XUqN9f8bf7b2wGj&#10;T9M460wlkGpOPUpVpKPRGfHFrNk1ekMf6XPF/Yl9Y5P7qOWHLU7xpoKMk3pYMP0+lvZReq6urRYI&#10;P/F/n0rt5D4ZSTj8+kB2PRVj46OpxUhirkkBTSLhwAbhrfQf4+xRj2nhRVNVx0wKPZwEYlCx5JZf&#10;wf8AW9tyXbyAITUj9v8Aq+eerBFXNOgafsPdEOPFFUVKRVKAxSSToqshHpXxuP1ixv8AT/Yn2H+8&#10;8lhtv1LOpVFUX8QIRgbcjj629rra0laMF8Vz/l6ZkmVD8+hV2G2ZzuHSfJMl2Lr9woLpIqtZWCty&#10;CR+Pp/sLeworOx1yREePKgoBGNJ1FiOAQCbX/r7MkgSNNPSfxtfn0v6TAUlMzu5aZ3dnJYKANX9k&#10;afwPx7UWByNblIlGRTyKj6DFMCot+GF7gfT+vtDJqB0qePp0oiOod3Xq2lp6NHmplWmlYFi8aAsS&#10;PqSPz/sfYmtDDNjPFiRCsojZZkdhckHnTq+o9lqxss5eYk14fLp0MCuPLoPfvainyhkzSy+ASqae&#10;WKJmB1C48hUcc/j2G2Sq58HBLPOXiKEBmUll5b6qw4I9nMdsjjUOk5YqKkcOhAp2pslp0aJYiuqz&#10;C1v6akPN/wDX9oD+EzbuzNNXY+NpH88YB1HStiAbge73EyRQlXNKDppEMrBl6dJJqfHUpkqJVihg&#10;jJZ2IA0qLmw9nKwu3GoMRRwv9srrGrTsUW4f+1dh9fYQVnlds8cUx9o6NmA0gOaU9Oic7x7MoKjc&#10;taIo8pOkd0ojBJULFLY6GAjT6XNvqLe42bwsmVCw09WL+jX40JKgEG4XgfT2aR3Yhg8Nxn/V/P8A&#10;z9IvDWSSq+XWPZe6KfBSz5DIYqSljczSRGplVdWu4vLJza5/Nr/4e4VdSHC4eRayqeYSAqkjKYwL&#10;C9rH/iP9b3u1tppbjx4+A4/6v9Xr09J4axgdP+H3XQ7z3NHTYqhpqaqogk1THHUQ1DaZDpW5hv8A&#10;W1rkj2FWNpMfnK9opfVCjiRjrAbQG508/wC2t7W3rOi0U9MRBWPrTofsjWVmDxnnijBn0aI4whK+&#10;Qr6Ax/1/rf2JdLj8RKPt44HSkpx6QxLtMVPqLajx/hb2hQsilBxP+r59XEhZ6sMdAxl8zuekCZCS&#10;qpZMjVuEKACOCiVl/bWMqLkn6G9+fzb231uZwsMNRTtSAxQsyB9N2jRf7YY/j3aGCklK8etvIaFq&#10;dPNBt7d1VJQ5FstoqJY0llpxZKeaR+TEygEjj83H+v7T8OVgrqKqfEhvIiPIhTiyj/Vqlvr7UeHH&#10;HcKr8DjPVFctHUdK98TV0lRSfxiWOSF3SOX6ldbWAMcklz9f9h7CeDf9Rj8uaWrhaFmcqssqFC92&#10;t6Sfxf8APtVcWoA8SPplZ2DaSKV6XlTg6GsphAQfHpGkK3o4FuR9D7ddxYbL5qagrsc9OsMjrJNT&#10;eUark3EnjHBB554IPt+K/hW3Mb4I680DO+tTXqLjqmmxokoJmnJp7gVEkT6GQfSLyf6oD8fT+ntT&#10;Hb2YwT0VWUd2miRdMUbMjBjc6iosdPtEJortS/Ba+vT7Rsgxnpoh3Pgc6+RxsdTF5aGRhOskiJJG&#10;V/S4Qm4Dfg/n3G3bmMzjcPTj7SpaKdmXQiGR9bggAgfg+1lnGqq0iHpPPqwAK9YsHj8FVZerqYpK&#10;eorKaOJR4yt1S91cj8kG4vc+8uwcclU8eRqKlqW8irU04V1E4dfVY/g/1HssvZ2d9K/F09GooCeu&#10;W+cnU0WOmpaXHmskkppHgm1IRTzoLxmSNuSLgG4/1vblvGOlxda0NBNURMHFQpdyWcEXuWIt/S1v&#10;r7XRuHtx4h1VFOqsatSlOmXrmsy2cwsFbnKah85jammjpoSkUUkbaXRY2ZjbjkEn/Dj2v9obkx82&#10;P80tKktVTwqZpdAY2Vf1amv/AK/sjeOU3ITV2k8Onqjw6jh0F3amwsxWTCHH5mqoKKulkiihhnkh&#10;RHnNtAEdrj8WJP8AUe0puXd2EzOQFKlZ9rZx5EJDMgvYKB9BqN7exB4j21tpVRUdJBoZsnp+6t6z&#10;zmxsQVrJky9SVZ4pifC8glJb94H6lRYXAF/9595sjtjD/wALp6jGtEk0hWSR9Ss8+km33A+v1/p+&#10;PZZaX0k5dZMEGnT7RhaU6UFBuncEG46mhy0E0lGIrQ6IHihgfhSKd7erg8lj9b29hvvhc9jsfQZL&#10;F42OqdJEjeop4xoHN9Z8VtQUf19m9pFbvGzE1Pz6YnacEGPpcYHJY6orMhjTVt9wdMwx9TM3lSBx&#10;pLLFKSygkE2B/wBh9fYw9T1klbiKunzcq/fSiOojRzZwtrgaG5BH+9ew9uCkXYovYcfL/V/m6XRS&#10;ERU8xnoAvkHT5TFNt7ObZgcJRVMtLkftoNZ8NQArHUfSQLabH8n/AA9qPcYMdNNW0EUlXPPGtLOa&#10;azTxJ+nzQxtyAD9bc/n2Z2SRlRqIGngP8/8AL/i+CSQucL5noPuva6pkzEW3dy6sVQ0s75vGSZIu&#10;lBVvKbtjayuWyNKB61V+De1jb2HdBsmZ62Goq8i8j+VXem8pmtASGbzK54LW5t7rfTyPEQq6QcAn&#10;HT0CIDUnh0YWr7MxsFLUR0OOfxpTypHUrD4IXqY7oqU7KDqUH6MOD+Pa/wBy76xu3qAY2kSmjeKN&#10;EaniCDQhABJX6f7wfabb9teJfFuTWo/b/q/w+XXpZfEeinh0X7bXTNf2Buv++ecrMvJAlVJUUNTW&#10;VUpYyxOVBiC6bLwLEWuvH+Pv0NX/ABnEQPVSwTjxR1FDHI6xktqIaMhbfp+vA9sxt3NClQlc/l6H&#10;rbLo7wcnpSVm3qTZW8ZsjhsdU0tTkJp8fn6qljmqf2vD5oKyTXq/WQEuSbXHsOMvkCueTC5XblVV&#10;UE0XkjqYY5jTKw5WNqhDZWv9BfkexH9JFDYiQPxGeH+qvRUJpzdUZaj16Fjb8Qr8F/F9u7pjpsnr&#10;fyedaeRVEUmiWOWllGrTb+o4P5uPcuGtleZ4QDS4mGlfwwC3mdo1toQsRdweT/T2TUSNh9PxJyT/&#10;AJfl0aGrfF061ONQU0VRUBK/PS1cXkqQGWniEx/WyjUVj0DTyeTa/uCsGayciv8Acx0+CiheHILV&#10;HyOyTsBGsKKCDr5vfke1UN1GjCOL+0JzT+Z6aKNljw651zYPD6L0DVeeqZHqMZ9ojI7TUUWrU8zM&#10;Aqx/2hex4FufbLtHN46los1t1qT7RqPJVVD5TA71kctaPOka1JFypBBGk8A293uxIt6jlq+o8utx&#10;SBoyq4z1M3HgKjJ1mN3DR1k1QYqalqGo3rJI8VMlKwmE5pC3jLEOeWH9ORb2/bHyRyezayjy8tTJ&#10;mNu5zIPTrSRkSyUSuVSOW4/tA/ixtb2XSaY91Kt8Eo4/P/V/l68NXh6hkg/5ekrvLGZvHb7xmZws&#10;eHGB3Dhlw2dOScIkVZFUmbHVtNoIJKozKQ3pJItyfcfN4+uyeNhroMbWRCvkloIHiP3lWkym4HCt&#10;p/wJvf8AP09qvrkhkZWaoT/Vx9fWnr17wy/SkwGQxWMylVgajO418hQUUGaq6ciPHQrQ1TPClWIS&#10;9iuqNhqIABB9sNH1zlKKeU1GSzlLmMXjjkGobRy0tVSn9VMZFJ0zfkAccWt7rHOt44VaaX4H7M9e&#10;dPCGoEmnXdb2bgDT4jJUL47LbdzGfj222TirCpp8hNKaeGo+1eK0sHlGlnDggHWLrchq3lvHI7Ll&#10;xtVLhJWosjQBDUrMHSdaxQGhrY5AQWcWKhl459mqW7xQGSNsj/V/sf5ek5m7uGOpWLoMBuqDIU71&#10;gyDYrPEGNEWBsTk8TUaoWonjs6aGHDq/qH5sT7VdFBtfE02Ly1dl5Uxueo1ytJRUo+xkpZJoRHJS&#10;V0cZOsqbgaAo4+nsstZ5ruUkgLoNCfX7On5SkPack8OmrJ5PeWXjzWMwWBo4MtgsjDjPvs2wqqPJ&#10;UbKtVFkMc4KlCyN6lkuVf03IGr2w1OI3JW7DztX1mKqDJzieRnnkVabI05nLGOknYKglAv6SP6fQ&#10;+zS3Nq146ymrgduOmLlZGgAiFK9R9zbq25hd17bx+/KjAOtTNTrt/VF5K3F52SF4/uKunYyFIZhe&#10;OKoHpV7hjY6gEGwMP2HM6ZTcX388NJFNJJBPE+tKSle0zyPYGwJJUfXgkce009J5fp4+JPVIA0SF&#10;5ehSrcli6FI0qa6jpGrKiGiphJNDGZa2sPjpoUDHl3JAUfn2p8p2RtuAznE7VrKVXnk/iktP5RHW&#10;Kp0U2RpXRrqzMNIkAH+Pt76FVGiVtTDz8uti4PELg9NWNwuZp3nOS3BJk4/IJMeGoKWnko1dSs9L&#10;O8ItPGeNOoBhbknixgdvU2EzWzMpvKjqKypM+PgyaYyukWWfHVlMpmH29Wp/1SFSp5+oJ9ku3K17&#10;vQ22Q6QoP+2HSm4cQW4mArWnReewt7bu2hvjrPZzYWhOM3Nup8BNubG6o6VsbXweNKPJ4MglGbyr&#10;aZZjGrrqsP0ewOgrcLu9od3fcphsXRQ1OrHySf5TWVbxkxmkhf0k6hqa9riwHPsQTKVl+l8vNvl0&#10;nidZF8Xz9OjDRjI4amo8ZEtTmquom0LWvCsVNS0wcamrpUN1CpdY9IYs31Frn26bXFPBk8pu7sfH&#10;mPbdRRU8FAsMWqgqJPF9ustZK9tN00h9NufaO7ma6dbKyNFX4yPIf6v8vTiqY1Z5eJ4dJzfC7olw&#10;E+3utM1hcfu01EUomzMxqpMfj5KozVlRHRjUXcX0wiUeP8G4Fvc3cO5qupehOIxmWx1FT1NTiq6B&#10;YnkhpqQxg01SwYgkKgDowPP55+tx9FbxFIjVuOfM9OfqYLdT9ubdnoUl/jmSo89W1BpqqOt+2gpZ&#10;nqkBFawSO4CvJ+FvYHT9LAZcbu2n/hOctQVG6PtsbVtX0tdQK0UZoWMisyDU7xuF1FSD+fx7Zt0a&#10;4uwC2kUOB5462xISoFeo+4duR1M2KkXKDaxiy8CU1TjqtYair+8hamkokWdPGszlzHGVBJuLc2Ht&#10;d7Sq8LkdkruvFbfxe2KjOtAJqyKJYKXIVE+mKKDRwFia2gKBwSdP1PshKS3G9m3YllizX+EeVT/q&#10;x0pcrHbBgMt0hstFVYfcdHt+s3Pld00649qymwdQaWbM0dDjk1y5Q1MaLNUTxtIh8krksClxcXMv&#10;ryDL7i+6mzOAosZ/Ctz1+NME0MKx1Qpf26iCsicEiw0yxSW9Qsykj2p3m4uref6e3JYMPU9N2jIU&#10;1SYP+rPTF2FubaG3sNV1NJu3KyfxXZtJmKSpxtbV1ddDj6uVxiM9hGjsHE7q6OiPpKhdQAZbqXM7&#10;W0bjw1fSbizDU8uVjxmSxSsk2HtUwFGjkQaXhBHMTrYhgCePdmnlG2BWjCuPL/L1qOJTMWNSMn7R&#10;0F+yu0p8jh95UuT2jiKNMVs2v3rtbcECLDuHO46ildo3ZKyN4qiqp3C/dp9wo/cVSCr3Icdibios&#10;HBSbLbBwZ/HT5BqaedYndI3p5lnaPL1SgteRCSjNcHSVNvZzaW72lubuV/1HH7Ps6SO7TzCi9o6F&#10;nrHDSb1rqXtk1m6dvV+c29S/b4arrDJiIaWto1Ec9DhZHaniaNgwYiLUxNybEe0Zg8lX0FPl8jsn&#10;Z+PhrqDL6Z8VjzDTUtZipYGR8gpn06fCw9JBIP1Cg+03gwSTGS4bIFVJ9enirhAUGK0p69ChuDHU&#10;E1JRYDc2XqJsblII6VK2rkhpKyXJwVMUkNKZKZEjb7hS4ZCgJCst2DWA9YPM1ph2XT7extLU125Y&#10;Kb++VRX1ojqqSOGhLSyoNTB3DBlCxDngkf0R2jQxBtyuzqkjYhAeHGuPtx1WZ3c+AMJTy9SOia9u&#10;bGqctD21V9lZjM4nZGwpYcj1LjNpUSeDz1VOJG/isNLDecCq8UQWpdUjDuyuqjV79tfC4rYdLuCp&#10;yGVrM5V19ZkJS2UECCmoqkl6OmeH+2ht41kI5FgR7Vz3cm7brHMV0Rj/AFfn/k49Wc6LYRKM9Se0&#10;JuwO58ftbbe3YcdtShppdvV8lZgaitq605GhyKjOfwbNURp0o5ceCsqwtqdrN6wRb2FGWqhmc9RS&#10;7d3LBRdls2rF0F3nosVRyUZCUE9Ov7ZjIB1Mykf7G3tbeyqymGdf0TQCnma/6s9NQL4a44jiT0Yf&#10;F4eg2hs7LYLO4Q1PXOIw9VPmszkZRLmNw10U33WS3DVwxN52kkZTIzkiTWAyf2fY57c3Z/e7FYuj&#10;zUlDS5eNDT+NCyUOSqaVzDWfYGQH1RSDS8JAIP8Ahb2EozLsE8mlB4TmpNKED5nHSqSJbgh1yei8&#10;b76bXZ2dy+6Npy7jzMFRHIZhFWNlKzbiVUQnpUngLrMsUy+QLVq7HRpDBiGJDPs/az5edpqreWf2&#10;RHg6cGfO42nh1xV7Os9PxKpaSnUAlhG4+tifr7HFpfJPtiRQpqLAmuOH51+zh9nRdNaKr6y1CTw/&#10;l0rOqdyV+N2vV0W29obX3VWbnztbWYra8Wfix33W26P/ACHJ1GUqKmmnghyCsG8lPNGqyMCDIgOp&#10;VOmXzdJhpstS1tDuiqpxj4qzHQzRQz5ilAEctdFS+kCWWK84jsNTCw/p7CVtbql2S+NJJBPn/R+d&#10;P9Xl0rcPoEYHH+XTnuPAbTydThtg1G3N17KhytBmJcNuuixweHY+TQrMlI2aQSwwLFIxp421GK1k&#10;1KGU+w6q8HuvH5rKVuL3BUVdLIYsvjHhgWRKF6uqZqmjrqVLofEgSGzXDK1yB7M7ncRcBHh7HPkD&#10;Qg/L/V8urxw6VKyCoHr0LuFqttZvbMWD3Zt+koHQy7XraXJFdOTTGwaqevxFfKI5ZY51/wAoilQr&#10;Ijhudaair8nu2Nshtupwu38jiK5KfNiN6eCCopohNCKitpmjVrBZni1RDTwwsPrYtW6BbF/3g1SW&#10;qWPE8PPj/m6oVbxDp4U6DPB9PTCHfOJ3tvCm7AwGYl2tTRUuQkrKOppKXBVskuBmrKqN2dqqGKeK&#10;OepD6qhUR5fVyce39n5Dd2Clym6MpJganKy5VMdQJSxR5BaRZDEmTiDssiSm7FUsy6frw3tlrsXF&#10;4Vt6aEpk1pnGCBTjinn+XV9WlQGGT/Lps7I7vfqrOx7V2H1nld80eJosbDmc5QZuKnxOIy9QgfH4&#10;HKyTRz6VNMEqJqm37euPhmLAKHF1FLS0FPtihkrcln8MjmGrlEQnkoIjda7ILSqC973eMr9Tp/N/&#10;eks47Od5b06lk4Aevy86f6vLqviO5BTtA416h7ij3FkspSb6y1dt/bHXWfxeOps/jqyrqairm3NW&#10;EUC4vDVlbJFS07u5SKOriRWdl1AAkAJfI4fdu5aOlkrNxCGmy/laGqpaXwNTshMTU0sLIDEU55Fz&#10;b/W9uLukZ1QwphMU/wBWP81etmNY8txP7ehFwZ6067my+NwG1JabJ7cgpvuqZ6n7yuyFJWR/dQ5C&#10;kra2aRqnynUoaRgTIGX6+1FBW4XZG1MficXQ/wAUy0UdMk+UzEaivyMkUpV6xqo6mBU3EIBOkAf6&#10;/tiz29Z2kutwYEGulAcD/N64Ar546u80pKhO1R/q/n0G1ftHsXs3tI5nJb1zG3NkY1KkQYPbOUc0&#10;kUslJGsONyNH4xHVCZSZa41ClSW0RqLavb/V4bBbpmq6nMUFbWM+FinleabxU+Flp2LwSC7BRUEl&#10;iHUE6RzYce1dte3JlitYVFGJBHmR69MSRpHE03ocfP7OgprMpvPpfbWFxW0tybb25FR9m0tBhcfT&#10;4c5STseHNSKtbjIaVFklp6JPILKhUpILB7hSQzx+6JKWkpNtYbcCx0uar1xWPqKmN6uGKeSQm1ND&#10;AvraUH8Mfp9fah/p9pvHvXUVHH/P+Xljq2k3KBT0Z7d/Wm291VlF2BvLZdNXZ3aFDJm4oaWenoau&#10;slhoWaOlqchUyxLog0koJGVQeSBbkF67prNZ3c+Qj3NurIVZyMzSUufxNYImrGjl0QUP2FVG6xBE&#10;1BlZjyLXN/arc92pbieMagRw4U6pFbrqK1pT0x0I2A3bh02tTTY7By7fXGUsQq9s1EVNTS4OIQmY&#10;xt/DTNA6fQo9O7hgwb+tjBYDZextsN/eWqeozFbt3B4yHHrkpVlqoosapUiCJi3jjeQ69MQUXJH0&#10;49hWF72+UbdM3hROSTp8xXhX/KOlUn6Ll4lycV6Brf8Au3s3LfwraezcXQ4mTdueyeFyu40p5aql&#10;xFDV0byU+RLqEjerSNPGUmupJUlWIFk1uLbtB2vnsdmtx0+4KSKjp3ODTF5NsW9NXPP5xkGkdCJC&#10;EUWBBA/H1J9m91u0djYrt1mg8NME+vrw4n/J8+mIrNDWUt3k1r/q/wBXy6eto7Vn6d2jNgdtbiwl&#10;flP40Mrn63O42qyLVMMtKlLLSQUmKq6ZoHLooid2dVu37bcACHg9kYOgmSp3HkptyZ/FYuotNkal&#10;pSlPN6qdaoD0CQxgC8n1+q39oLCG63C9it8wwyEZHHNM19P9WOrTzLFAzIKnOfn8vz6BvtbubeFN&#10;tanHU+Agw2Ky298dttK2PGANJIciaPP1mNoIBHJUqs4v5KZbjSxkA5uC+2c7L2/XZyj3ljTs3C4i&#10;o+6xtXVftQtkvuHoIaI1EwQSLJYMIlYXPIvcezfmCSTbZhZ7WviasHzoB+I0qeqW1PC8aatR5evR&#10;gTgouncDQV226DPb3zTQ0OJr6SOcz5PM0EUz1FRlUoo2SBZYS5LTaCdBCMW9Pt33r2ViNtV0PX2H&#10;y8uHeOgSOKmx8EZbI1Zg0+aqr5SF9Tg8eUWPBNuPe7Laotvt03CfvlfJPp8h9np/lz0mkmN2xBwP&#10;IdNWzNhxb1lTsLfuIpc/lq3KVlZgafcCSNDtjCitdMfS4vEshiSYQgGSodPI7cgqth7xfH7AZzMV&#10;W48lv3OV1disQywrh8tU0uSRUq7mBonpZXjTWRyFubCx9hnmXdLtryK3sO0sdRbOAKVFPOtafz6X&#10;2ypBCWkyTw4dTe6s8myduxU20cAX3ju6qegwn8Ejo8XWfdUdKZ5a6oq2iKaKeK7fvcfQfm3scMh5&#10;NnQSwbRxWPpaWtaWoMmKoY6Z0u+qSbI1MzWNkJCkn6/gD6GttZxXEf1V42txw+38/THl/gr1oyCR&#10;qVoOin7TTD9018kfbVfuv77DT47F1WD3luOknxeUnFIwT+6+D24kETPPOoec6HcgaNTXsG6fdm5K&#10;WuxeVkhSPC5OrMLU09RC1RDQiILBUgoxUvM5JJ+gCgD6+9TGKezY26gPB504kf4f8Pz60qIH8JjW&#10;vHpX4T49dTVOH3BsExpWbpoMcMhX5yioammgkzNbM8smOgDJqSChj8Kx0xkvpku1zf2HfZuxJd4V&#10;+1qLG5RKMT5Jpnop55VytfTVcgM0kAFySnqChhZQeOPZrBzHD+4WnnP6i4r86Ux/q/n00tlJ9QT+&#10;EdC31Zm5tmnedHmMXULQYSjppJcti6Wnptp4qmw1EwhxusuqxymBo5ZZFUhjcsQQLqPbO0c9tvID&#10;HQy5GGirK9zV4qiSClpo6OCMRQzVlYC5e6cKE035JB9hq6E11b/UgFWpxNak+lP8/StHiXFeHWPc&#10;3aXUG6MUu56uu2PlkwVGsu3dyV8lPlZI8xVllqYMNSMoeOSNo1Mjq17WH0Fwrt20jSUFREWjNTBF&#10;qwsbVVRPM1bGp0J4msoVeL6r/n6ezjY4hFbtHIQVoa5rnjjpJNNqlBQZrn7Oga2HuhareuLy+Fxe&#10;QipMxUuu+68bfwWEx1NgZVIp6urrYtVVPUSSraMQsPS3IPHtDb6yuU2/1vRUuJjoa3d+RgVq/wA0&#10;Zmp4mlbVUPKY7amVLKvIGr6cDn3L1nEs91fT8ASEX0A/yn9meqXjvJOiRcFyft6FTb1Ll99925Op&#10;qKOuxHXOyqWA7dqjkHp5dxZhwgXxU8L6kpEHmJVrMxC3FmIAcYHFb4x+Lp67M1pepqkp4qUQwG8k&#10;spvJTxxr6nOg2tew9pVuBc3LyIKKhJ9B0rYqqhGNTjowtZkdq1NVPh3ahnnp4mrK+DVGBRU0RJWr&#10;qSTaNda+lyOSOL29iXtLZ0233izdLNSUPjlnkp6erx71E8LSLeskE6BnDE8BVPH9faK4um3WX6da&#10;jhUjAJrj7fnXHVywijNfMdBd2HvTC5Cgrdr1+JqtxQZCljgro8TmMfSRyx1Tn7ZZYa+aBRERdjIW&#10;/AOk8WaK6t3BLuQZ/C42aGsdxj6d6mlTD0VfWVP7bzzpIDPUEL+kWCgfX/A73IwfQpbSnUIx/g/w&#10;V4dI7aILqqcHPXtr4DaGN2TU7LyubhrcXT0suVrqKTPvuGoweIgcTwQxV0QVKOOIp6HHJIJViRqC&#10;hmyu0aHccOTq6ikyu58LSQ0QeDStFjslKv76wwIbGUsbKArN9LafaC6S7l21IL3sjOaVzp4gH8uP&#10;V4gGY/T+Z6SuI29vTN7dq8dt+nq9ubLzmYyFcP4rLPW57NYOpCpTu01U7PBFNEFYCR0Ok8hgSC+n&#10;bbPkJt07vhbxwQiohE8riSSS2qCI0amw0/XST/vN/bcU8u7CLb7D+yX4uGB5/t/1eXVmVbZDT424&#10;dJPI9gYnbGFousOpJIJNzZWtmoKOmx9FL9jQwrMFzGXnzBiKhVGrTNZtT/puOfaVD5vBRZPOidqu&#10;pyUdTUUbVc3gSGmALqhMjEIqgf7b/H2ci3t7vcEt4sLCKAYGR16QlINB86V6Empj2lu+ipNnVVHH&#10;FQ4yqoaTNU1NTmqFTWkp6S8SXlLyH1OQTe9x+faJ2Tldm9iZWkxG+1qclUJ9xU04CzDb6TuSIoYS&#10;tjIf9VIFIv8Akey/fdx3LbXrbmkdQGAoWp5kVxw6tDBHLGdC5/1efSj33g94bQ2hmqnqGk29R5iO&#10;jpzEMnDrlqTS3XVUTOCGCIbRoSAObWvb2K21uvcTtzc9fkdu7bhooIVZKOvqq1m1rpIlRJpTJJHG&#10;Sf0ot7f0Hsr3Yw7lDDHExctQsvnxGDSmerqvgwkudJP7adAdmO4qug6uo4e0d30NPuuvpWps9T7b&#10;21UVP2lRUs324ocfINDui6fXPJ4g3q0nge2fL7I2VtzNTdn7z3Lk6yfHTiop8RT5BqTbdE6f5uIU&#10;UYWSXnnU78nkr+PYgmt9w323G2ovgRKlGPA0p5E1z64r6Hz6K3vIrNgsQLM3D/OfL/V9nSP233T2&#10;3u6fHdY9T7Jp8Pj5MT4v7772MtfmKijjQRVu4amlozHRxTuWukbvMLkXUCyAJsr2XPuLemMz2z8z&#10;JMa+rhoUhio0qDBEzaWgoFYccXLSN9PetwWytdqFjQfor68aef5nPSi0R3Pf5no2Wx+ssbt3YH90&#10;Nx0lBkYWepq8zUvJJpzVVUSGqq8hkgukAs5N4wSgUADgW9undVX2FiTHjtnVhyFRmIglXUU6LUVU&#10;EbKL00DSNYFjw8ht/gB7U8vXFsuxi+norZoD5Z/2Py6SyxvJclFGFPTTsDG7SzqVVRUbYixZ2vnJ&#10;YaCOsjSCnnaKG9Plo4E0xldLkRq+rSRqPr5Ve9dVGbxOx4MRX1kI3DFG9ZueojoWVsbTS28NC2Rj&#10;XS8ptqYKxtf/AF/YRRvrd5e7lq0bYjHGpHnTyH7K06NmqsaqRw/YemXs3B4bMbiw+Uy+OnrKaFoq&#10;LbdC2ZtR5nKyXnmqmwDSiJlgUBUklS4szCwKlo9JBl91V8VFi3/h1H5LjKVkrSTeBD+7LCrH6n8W&#10;Bt/h7Nb++g29SxGtmx+fXhGWGtuAHSgn/hOysJU5XMxLkqyGnaSTCYmkhjhkmZC0NKUQAGwAXVIw&#10;B/It7V2O2zJBlJJ8jlpIcfj3KwVk+ozF4xctA091/HLe007zTWyRWwqXFT6AE+nHz4f8V1SPSRwy&#10;fLoL8/2nRLt5o8HtE5fc+VplL7WoHpjzONMcOTkoLlFAIDX4A595d0Y7DU0AzklbMHb1U89ZIC8x&#10;B9BWP62P1ACgn88exDssZmgMD/DHg+Xl/q/1HpG8zQv4ar3Hj0HnXe++wMhuaTYj7Yw0Cxw+XLUm&#10;3I6hqHDrIT+xNXSxxxtMBYMxchSDoW9z7Q+L37SYSonqKaiWKqrh4ZMj4o6Z6kk/V6mexYXFwqi3&#10;v13t0F44aWrrFwHkOtnUR4YOmvl/qp0O25upKndmMpcVkcrK2MpHilXDyTTVdLTJCLpFHRQegvzb&#10;yTFz/qQL+1p/Ft4f86mh/wCAP8V/4ukX/AH/AI7/AKP85/h9P8fZP9ds/wDAfi0ef7f9np7wh/Ee&#10;FPz6Dn/Rl13/AM9Tk/8Ai8/3e/4sR/4u3/Om/T/wG/2n6/7V7//WU7Q2PNueGv8Aj/Y+8IdK6cfl&#10;13aBz1tbxZNna/IUDgLcAkG/Ibgf63vGI1W9mH1twAB9OD7ao7HSwx1bh05tVEpqGrm7G5u1gSGA&#10;55/qP+J98l1XAA/ryP6Af093KrpNT14evUWV1sX9VyQfUWP1tyB9Cf8AffT3IjpvJYf0Nzfm3H49&#10;2GB+XTbNTplqsuabW9ja+lVX+1Y2Oon6e3SGjUfq/HHA+p+gH59vrFqoR5/8X/qr1TXUdB1l91yK&#10;JEjJ1DUL6wwFjy31t/hwPc3wKn4uTYgm1vrxb29GIwe44GOqhmJp5dIqfN5GsK6CwUk3VdQJBHPH&#10;+PFre+w6gEEXte9r/j/bf09p52iHwUH+odXUVNep9FR5CWWOSV3HIYK1yCDfTc83v9P8Ppz7a6qd&#10;Yy1hYf7Hg/429p1lFASft/1YHV6Hj0JWIwc04XUGLFSdSgWN/oV4+lifx7bRXgkgfiwFwR+P8fbq&#10;trPXtPl0p22wYUH+I1XDekEfX6D8nj3jq6kFADwCRwDz/QDn3QtQ144/n1tQAM9OGExDpKWUNcE6&#10;bglVXVqJAH+vYe2tJ7N/rG36gP8AXuffmlGivGnXiOlZJjCbDgBhqvY+k2soA4/N/eYyoeR9LXJ/&#10;wHugmph6Y/1cfz699vUZcdKACqv9bci4bn8Ae+Cz+riSwH5t9B9Of8Pzf24ZqLX1+f8Aqz16gHDr&#10;uTF3HqgDsynjggXFzf6f6xv76lr41uPKSSLD8c/QH2zrfSWI68QBXHWen2+xMY8GgKSWZeePqRcD&#10;m/8Avre4H341MC99Jt6Sbf193aWiCmK9br29O42/q9WgcjjVwSbWH/I/faZELcngD8/1H+v7q8rE&#10;UGa/7HWvs65NtxWIBuWP+qAFjc2sDz9PfnygYH/Y25JsPdNbLSn59XAIxTrlFtpQQWFyGvYCx45A&#10;F/8AYf8AGvcF8sw4vqt/h/T3TNKjrRr59PMe3oTzp035P5P+v/sfcRso7sSLfUX+v/E+3F+DjmnW&#10;h1OXBwoACCR9RwOBe5PHviK+ViLMODz/AI/096U6Rn8ut8OPXNsVT2N09JFrEXA4twP9tz7y/fyc&#10;gsx4uQObn+lvdqmnW6enUX+EU97hE+vBIsbfke4c9dIQFN7XHFzfn8G//FPdKEGo49aI09OtNjoQ&#10;xIC/7wR6fcaOpfVy1wfpbmwHP+x97Yhh1qoJ6lvRooHp03Fj+Pr9BcD3mMzs3H+sfwP9hb3Xzr1c&#10;KK16winRFtwv5/H1/ra309ykUhFYtyTxxxx/Qn3Via9vTi8SOojkFymjgC/HPBPBNv8AW+nvGZAn&#10;p/1+R/r8/wDI/eqE8eqOB6dZhDr9S2HI4I5/wBH/ABHvgyu3qBvwfze4+nI9+LhaV60ATw6yIU/R&#10;Y8/Sw+hP9Pfcbv8ARQS1yeGvx/QX96Yaxnh1cGh686IPqRxYAEWsf62/3r25QyMtifqR9L2tcW/P&#10;tognh5dW+HprqIkYEAfVvUfqSb+m/wBPbjTtqNrX4BuDzcD+17qwOmvn1vV5dNFUugXJAHI5H4P9&#10;Cf8AX982WxB/Hqvxbgg3+v8AvfttzQEZ+X+rHWwcZ69AwcfQXA/sm4v9Pr7bamyliDx+AT9P9f8A&#10;qf8AH25GWYCv7f8AV/q4daPb07U4vpBH5PH1/wBt/h7Y5ZAzGzcXP+v/ALH2q00GOmiTXPT3HGVX&#10;lbG39T9fwPcV5iCADfg/7a9z9fexgVPVa9TEhU8kAc/0sCT75xyMLH6/S/P1t/h79xHWwa9YpIl+&#10;lrW+hAsb/wBb8++c0gYWK6v9b6f7A+6Upw6tqAwR11BGwNw1rfQHiwJ/PuN6Bey2H+Fr8/kf8a92&#10;I8uqk5xw6kjUfq35uP6f43v7yR2YE2K8/m3ux4deC9YpNQYL9bgXtf8A2HvLddPB/wBc8e6cOrVA&#10;FOPWPS97n+vA/wB55/x98BMACv8AS31/x/HvdOHW6grTrmYSSG/qP9b6G9/eSMB2BHH+8k/4+9HV&#10;xHWgwPWOQmNSrAn/AFvoL8W9uCEKo1fpvb88W+ntt2pkDPVwuKdNxRpH4NrAH/XBPI9xJDfgHVzx&#10;+b3/AKe/Katq4dbbhjpwUaVtpA9P9eBb+vuJJyR6rf4C3P8Are3QPM9NMQes8dhxpDC455Fv8b/1&#10;9xrN/U83te45H1/4n3atOqnqTwRb08C9hY8f09yUF+GP1Nv8fdT1YHOeoz+k3UWAF+PoRf3KWMg2&#10;AsLf7fjj3pSCK9ODBx1EklFrn6hja4sRb6++EiiMgsL8H8f4fX34HVw6oR1kRi4IVrA2+h/rzbj3&#10;iMgcaQbX5tzb6e76Rx9OtA+VOsgRk9RH5tf8jn6E++KroPNibn6/jj/D34/Lr1AuaVHXbMXuQTpA&#10;twLX5/N/fUygqSB/iOeD/gPeqGvXicY65QuVaxJAH9RyLC9z7b9BJPH5/pyP9h9PdqdU6nlxYc2/&#10;pzx/vP198JLDggfTgAcn/Ye/AEio6tRjk9ckPP1Iv+b8C5+l/cdl/tAfnn+o44497K+XWiKdZ1f8&#10;H8fT+h/2/uTAtzYg/j/G1/z78AcV69SpoOsE7WuwP0/F7Xtz7c2VVVQOWtbj/W+nHutSD8v9X+Dp&#10;wmgFOmxWZ2YtcAfT6f1/V74LIFBBHH5uLn34rXIx1Us1OshjYlSDcm9jf6c3v7aamRS1rW4v/rj/&#10;AA97APr1Xyr05wIVX6k/T6n/AHn/AF/eOJyOQ172HH4/P092r5Hqvp1zdb3uv0/Pt9p5B47f1UW/&#10;B+n0900ngOnY8Y6ZahD5AfwDz/gf6j/E+8Mw1htIt/X6/wCt+Pe/kc9abDU9OssJ0MtzweB+LW+v&#10;19wSoFvVYC1/8R/gD7sCQa+fVft6mAk34Jv/AL3/AIkf6/udFMApJPA4FzwB/rn3thXu9erBqGvU&#10;OSIlgqryQSf8f8be4lTUeQFQQxB+gAv/AIe7eGSQR1p2r9nUimiWOxYEXH9eALXPtlkZixDfQWt/&#10;W5+h/wBf2pRAMn/V/n6pWuenEWsLf4/T6W951U29IJ+gItf6/wBfbbAHj1vNK9cSwHBIH5/p9Pch&#10;VRFJPDX4H4Nv8D/T3RlrgeXXuGT1iLMxsOVP1/r9eD7jrGZ5LhiB+QQP6/19+RiozTrxFePWRmCL&#10;9CfoBb8f6/t7oaJhYNwt/wA/W35IHurvnHXgvTTW1ihTpJ1AcAG3+sPakWjp5Fs62K/m3H+v7ZLH&#10;q+ojh0mXrqqJ7o9wSBp+jAfXi/8AxX2w1lAqt+01+Tf/AFr/ANOfayOSgz5dUIr090deXFpRpJsB&#10;/gQPcZY/CNRBJH0sAD/vHu4lq3d1qmMdS3bynSp4P6r8r9f8fr79+6SqvKUAPpB44PP192Lq3DJ6&#10;rSnXHREisyRBzbkLY8jj/H33PEZVsshsB9fqSD/xX2xI2kjpxQDg9d00gRiWjHLfS1rHm3vqCjcI&#10;D6WANwSPV/sfdddSamn+r/V/k62UI49c5qtNVrNzxYH0/wCuLe3SmIjW9uR/T6i3+v70dI8+PWqn&#10;gOmmpDysF5ABFr/0t/h75M/mYnlbH+1b+lx/t/dahRQCvW6+R66SPxIBcMCoJt9Bc2494ZQQQoUX&#10;Pq5Nh/X3sEGrenXgD1Ih5GpmJH0sFu34H1/3n33UxaYwLfWxNl+v9efeloTU/wCr/V+fVmAKjr1P&#10;NqkYgiy6rXPP04Fv+N++cdJGtPqe/qvZRcH/AGnge9y4YBTXqhB6wGtleoKr9EHLHSb/AOPP59yK&#10;aAwAuBxYW1fTnkHn6e9FiR1vSBSp6jVc4qGEVzwSDYer+n+8+3ymrYkQh2RnNho9N+Pz7a0k9xGO&#10;t6iOk5XY2WaRRCskaqCdfqtYj9IB/wB4494aibzDQvovfgH6/m1/dAMauPVBU5HU2jp/tjqb1gAX&#10;LLzf+tj9D7SlbIFMiH8cktf6D6Ae30HmOPXmrw6WNKmoIwC2YC1rcG3JPuFTvpIOlmuRcfVbf4n2&#10;qoWAIx1Sp49SKhQQw1Kv1sfyP6W/1/atxREj2YAgCw+n0PHH+9+2JhReHTquSNPl0i8yWijLK7A6&#10;wT9QD+bn+nubUN4eQPSeOPpYcX590VAV49OkaV7T1BpFNQfUSHFmubEkkcAAe0nXai4kX1C/HHI5&#10;5sfalF0mnTOSellj3XxmNhpccnkWIt/xv3LxcLysPQRza/8AvHPtqdtPE9XUefUXKTxQqQXH0NwP&#10;rc/S1vbhlHARF1aiL/T6iwt/vHtJGCDX16swIHUPEIXLvoKfTkkerVz/ALz7Tju2nTIxCn6c21fk&#10;Xv8A8R7Ug14dM/b0pVjQNqRQWX+gvb+p9tk9VDCANGvng3t/hz78mtjQHHWjjPU5IXfUS2kkfSx+&#10;nuVT1zOoI9K3FhxYX/FvdyM0691Emo4wSSLsb3Yeljbi9/cyWnkq0DaiALEEHm/0/PvR7Gr6/s6t&#10;TXg9R4qmOmYpbm9ibEDk/k++DU9RCuhkXSR/nGsLcX4B9vR+G2Bj/V/q9eqsmk466+5hlIZZGJ1X&#10;0KDyfpY/4c/j2mK+TSwjYk6ibnmw/PFv969vqKio6o7dPlOt1BHHA/17/S/uFSsy1CoeV134sbj/&#10;AFh7uMZB6pw4dZpRqjJ+htYf4f1PsTsdTpKqMo0ngMCA3Frfn2nkJHn0oTRpzjoPcnVPA0iteQC5&#10;Q3K2f6gH68f6/uTk4IaUqFkY6rNa1jqP1490Rlk6s2kUcefULDVNVWrI8sKpoZkB1al0qfoD77pa&#10;yGCE+S41ghbkX/1vaeWIlqnPXlkz8us9XR1FRMohIHjb1WBAF78/1v7gVatI3kiAI+pH0NrAG3I9&#10;+TsPHj1dlV8jp0pHVE8U+oMOARzcn1fT231tG0tE8pUa0+iD+0Lcf4/63vfiUf5dNaSB1Po6pEqh&#10;CCxV1JLvwQf6e0FUQVEhVWj+pJtY2sf8f9b2qDLSoPTWnHSpUoL2YH6X9846Jnja8YVQQLf63HBP&#10;9Pdkbz63p7euDyqCADz+Lf0PN/bnTUalFUFQysAVvf6Hnge76zSvp1QJTHUWWYqTwSCOD+P6e1LB&#10;EqgWOvSBwB9LD6ke6Ah1LUz1elOmGpkfVpNkLG1yxNwRYgf7Dn3JHkYBUSxF7E/kfXj2y64q3TmR&#10;1gDRISXcWP1C2sG+nNx/re/RwE/qXWRzypBHPNz/AE9slgBTrwRjny6yyVAFiH8d+OCLHjiwP+8e&#10;+TZE0mpQyJ6bW/PI/B96EWps9W1hcdYxj46tUZg7i97/AOsbfQ+0nVZ8tIVQngnUfrz9Dcnj2pWI&#10;g9NtJXj0oIMZEii6i+kWtdR/hwPfcU7VRBKeVvwpICn3phQdaBr1kaNYRYHxr/WxJ/259zhAWRrx&#10;kH+gFgOOPr7bPViDXOOo5mCsoDhhx9SLsfyF9xY5JoJgnAX+0QBaxP1HtTGRp6oQQa9c5Y45oySu&#10;o2JUc/649qeCrcJ6HuhAuStzYfkX9pmALUPn/qzTp8AjI4dJ6eiQsC6HWv0VWH1P9f8AiPcSqV3I&#10;KMeOdYPNvyDb26BoFW6ocivUqleMCzKoudOggWB/BH9P6+/UNIJLaZLnm7adQFvra/t1pVC9aC5z&#10;1jr6ow6rx2FwAoYgkH9J/wBa3PtryeKqIJGl9bqxuDxbT+Tb3RJk4HB69Ih+IcOnLH5CCpRUUqGA&#10;sVP1+vA/x9woKTyKGUKWBAJAOoD/ABHvTykMB/q/1fP/AAdeRDkHqc8oUnUSBYkXPBuP8PbvaOLS&#10;GtcW4IsAf6AfT3VyZR16lMdNy6muykhbnkfU/wBSSfc41kE8XiflgPwOR/S3uqxFRqHE9b1UOeoP&#10;2s8MxlQftlibFvr+Df2z5OmWantEmpI2Fxaz8D6k/wCx93GpT+oetEqQadOdFMyy2kOlpAWAv6fr&#10;9B7DWtx9clQumM+JiGBAN7ar39q0kUrk9JXjLZ6fAwb6G/t/o6V2kUG+qyggD6n8f6/+PthyvE9O&#10;qCKA9cJHCqTcfn8/j8m/tVxYglWa7LJa6qfpc+0msl+PTwoVp00yZBFIBW6XIYr9QBz9PcSRJqdr&#10;gNrWytbgW+hH/FPa5G0inkemiGrTrKrRTqOVKkXF/wDEcH26RUc1ag/auunTIxsQCTxc/wDGvbil&#10;B59eAPHprqKyCjYhpQrE3jUcMQBzYW/3s+2zI7bjoYDO7EBjdADb/eP9490Mupyqn/V/q/b1YxgL&#10;qHUrH5tK+UxRqboPXccA/Ti3tliprENGTrIAIckIQPyPx/tvbbzU6oFDdPBb/VCwv9R9R/Xj2oqc&#10;08KxF1VpLHnTYE3A4HugfWOFB1YERnA6bJkmkLhHKr6SRe5/PFz7WVG2PqqYo6xpKRYH/VEcAce0&#10;zoyvUdOK1ePn0ja3+K0dUskZllgXllH9kEm7XP8Ar8e+n22KtWR7JFIOGsHX+ikfkH2pW5VaE9bE&#10;Slix6itusUdyqNLLEbvGT43Ck86geCCf6fT2HWW26+Nq3UO76W9LW4b/AAX/AA9rfEVlqf8AV/q/&#10;wdJJVBeg6XeIzMWWpI6mNdGtLsjEakP0Icfj/W9q3bNIKhlSeAJHwQWBBuPyNXsuuZCpop6UxKEH&#10;eOmTctW9JTvLTyM0ouNC+r6/QEL9Ofa6y9JRU9IscSeorcyW/s3v+P8AY+2IAztVuryOSpoOg429&#10;k8rW18stRJZEfSkIBAuByw1/Qcj2EOZ8EchCm62/RYFiT/UH/bj2YgDFBw6Sl858+hnxzSvEDIPW&#10;S3qF7WH4B9syQkyhklsosSpXgAm4HHvZOKnj16lTXqeWFrFb/wCsbk2/PsRtsTLTFS6AvyI7HiwH&#10;1+v59obkFhg9KI20cOkRummarhMayMkZt5DYX4b6c+xFOQSCkDNIiuxLWUXIJ/Cn6+0SRtXAoOB/&#10;2enSwY49OglbDvW5Qr4JJI4gqAs1lYL+WH0/P1+v+8+0rUZYOjKSpd2YljcG39Wv/vQ9mESBTpX/&#10;AFf6vn0wWNT0uIMAY5EkGsRRxhUjUXQFbW0gfS349o6qo/vWYOFIuzLIov8AX/intSzkY/1f6v29&#10;VoCelvTVK0iR6Qw4VSjE344J/p7a6ekkRzH5fJ4zwPoANVuf9h7q0lMdV0BTjp0knQoH0lA4+v5H&#10;pv7d5oHK6QqraxNv6n/W9t+KCajpwxmmo9N8MiagSxNyV5t+PobG3549x6TBY1map0iOZG1SSkqy&#10;tzcKB9bn2zJJIxoPPra6SMDrnUZGpiYRhVkWRdKBQ4ccWLM3It7UDQUDRI0OqN+NRVhZgByQP9h7&#10;bCSau77OrEhvtHp0zJVV6SyJL45Y+SgYNdbn9Jb8j/Ye4VRTReRlhMcoZQdLH1F/6lufbhwuf59a&#10;UAmladTKaplaMNOJISrMt1BCaB/qV/3n2lMxkqrHThBqQOdN1GpQbci68f7H2ojQMoJ6YlLqcdPd&#10;JDTzwhyBID+SCDyfyDyPeWhz9UlOdbPcm4HqsT+D7sdIOcDrasxHWOoxFLPKrmJLqCLhRexPP++v&#10;7lxZVqmTxk+ocsDzZmH6QfdyVPz/ANXy/wBXr1sE9Ymx0cCFlUAWtwLcDn1e32mMoS0ihwbqbWAW&#10;/AuDz/t/aSQH4hjpxfTprqBDrPjYqy+ofUk25sCv/Ee4tVmoMQrM5/fTUQh4VT/Z4/w9uxQeJQtw&#10;6q0gjNDx65LjGyI+vjp2sC6ga2H9sX/F/p7TNNvunqalldjqLgOhJVXJP+pP1H+w92uFIFEHDHTc&#10;c3dUdOC4CljiEcfp0foaw1LYWUq39R/X2+yy0tS61FIIkkZDdDYE3vqtb8f09pYA9aOcfLp5qMaj&#10;HXKNJoEMNR5JEDKFk+t1+i3J/P59vqpA2Mdk8Yq+F9FjIqgWOq/0HtdHDR9Z4f6v2nrxPZTpKyVF&#10;WMzFEwf7EgsSx0xtKW9IW3145/HsPzjxU1BimjMocnyajpUG9gPpz/tvdZWCAkdMopbiOl351WHW&#10;GUAKCoALX4/pf3OnxUOLj8scgMRFlCpbQx+q3Ue6pqYBjjq7Kqjt6iU9cat2iMRjdTzcizLfhgP9&#10;j7Q+bjkr1SMxy3R7kqCx8f8Asfx7Vo3kek7Akd3ToihRxbn+n/Gva068wFG1SjpC0khYBtUfJI/s&#10;i/I+ntJeMQlen4FFRQdJrdeTbG4yeQSpB+2SZWbTpA+p9mOyG2MnV0McVHTEqqqGiOlFcH62v7K4&#10;byOGoJ6VPAz+dOin4ztLZuKzlTUZzOU8MjyyaKp3LrTaT47ysl7C9r3+n59qvZO1I8JCaqopvDVS&#10;XA1ga0W9+LfT/X9o5Wku7jAwP2V/1eXVhWGMoDk+nRY/lP8AISjzuMO2drbjpchSzNH91Nj5vJG8&#10;QGrT5EP+tf8A5H7X5mCrpsCALE88/wBB7VJYBn8StD/q/wBXr0yW0gk9V2VW46llaBQZGc3tYkXJ&#10;/Fv6ccf63Htjrc7QUupZKiNWW101D8/QHn2bRWToAW8/XB/wdJg5J49LrZ3SHYG+VirqPCVq0lQS&#10;8c7QsEeJeWlTXbgD2Gm8eyKbDwskTLeRAUJt6gb2F/a+CzQx+JJx/wBX5/5vTrTy+EKnh0erof4c&#10;x1FTFl9yMxSjqGU0zWK3jsNLqPqOb/X2FmKydRvKrkiBLwTkmVCQNNha+o/737QXshgXUv2f6v8A&#10;V8+n4AJjq8urBKnD4brvCR1ESxwDHxaYJQo+gN9On/W9qWq69o8fE9TFMCUAYpyZBbg2/H09pYpZ&#10;pQPn066RKO3j0H+I70TNZVMQ2NnjMpZUqbqKZubKWY2Iv/jb3FxVBiH8gVVkmRrLJIielgLkaDb3&#10;t1mGkE0HTSMFFQM9KzcGXz0CxyaWjgkUF4YGceRT9CZRew/ra3tJ7jxa1KTQxePysSNYCqP9dWXk&#10;c+1UAVDrPVWJYceljt3KyeOBphKIvEtkZ2eQMbcMD9ePp7QWA22cdlPPUSBpkk1IOH/tf1H9f9b2&#10;mu2Zzjq0Sqp+fSwqalJKSQx3ZZI2BP6SFZeSL+xBy2Tq6/wwVJXVFqgS40gxNzz7ctnWGLQvDrco&#10;JOhuklhsFj8ZLV1dChH3rrV1DD1M1Qvp1D/Yfj215TbqZOlp0pnXywofKlyCf6OhP1H1v7UrMqx1&#10;bz6aaINjqXSZt6WrqVrY3SnlkX7eUC4BtYpIF/Sfpb/ivt729QUWFoUp9LvUOTqZxdLfTSB/xPtK&#10;0fiVkY/Z/q/l08raF0KOHTLn6mvyVWvgZEoYAvpViJWbVqEhI/2HHtRQ0NC4klpkWGovqKq59RAv&#10;c/8AEe0q11Ukz/qx14DUadMNZlcpTmKKqdqijYadZiUFFPDcjk/4n2+Y+tqIqGqgBP3Pjdog7ckj&#10;8Kf6/X22qAXqsR2n/i+rfCpUnpJbkxGPravGVcoU0cdTF9z4kNjrGgGQLfgE3I+vsv2ZxlVuTJz0&#10;1fCwh1sFndtMiFmtf1fgez+aURJqXpAqFnKyHofaD7LGYyBabxiJIUISLkGyX9On8n28bL6So4cr&#10;JUz1azUiXJQatTMQSpAPFxwL39kt3uXAJjh/h6WwWcWXGekbuvsaDBY0y01FNJXyhhTpMEWnRh9G&#10;mkDXt/rC/sQ6Lbj0mXkx4hmqIZT41/bKKIfwb/S4/r73czqIRMvEdbiUq9G4H14dMs+8abIbbXNP&#10;V0mPkhiFRI33CyiOdRyLAglSb8fn2qsdsuPHZZV8kkkDteOOQfuID+oM35/I9sM8tzDrAp/qr1ZV&#10;0yY4efQX53umkqtqVtangjqqOOVKmSFiYi8fCGJfqA4AZSf9hf3j35sygWmLU2mqQm0lEyg8Nzww&#10;/H9Pb1l9RGmuU0Hr/q/1cetP4bVCjPTJ0V3rWb1q56DKYx8ayq70uS8h8dUkcni0yQyj0yAC7DUe&#10;OfYa4/AQbdjp8lSQy037t3pmayiQG9wTyB/h7voa7qDwHn5f8X012x5GOjKVGahy09Zg2kglLwXW&#10;aG5bQ9wwIFxf+hH+29qnN77ljx0TBxHIbo+ljb6Ak/8AFD7vBaxoDUZHn/q/1V8+tSSEjUM9B5gO&#10;qMbFm6uqmBngJSSJZl9am5t6j/rngcW+o997J3bJJK0jSSM89wmtSAD/AGeT/vBt7QXVtG8inyXj&#10;/l6vE405GT1O7K2LR5HByUkdNTiBVu1gAdIvq9Itcf1BI9s2+cluCpmlo6iOWOmJEmp9QDqQbGIi&#10;31B+nsRxsnhDweB/w8OkrpL4h1cOuPU21NkYTH09bgUoGrfEaaoemMbSoQ13iqdNzcNyNX09p3ZO&#10;ByJqGNHAxJLanmeyp/QBif6/g+yO/m8NhqNelUELMKD06EfdeZw+Px0j5OpEcPpYBVaSRhfkhFBN&#10;uPwPavVM3i8osU9PWrFK2j7y7NTksbGK/wBB/h/X37Qpi1/6h1vw5FahGOkn99tTceKk+zrcVUvF&#10;EJ/sUeIVaqousrRA6/8ADni/+29vNXSUVB5JMv4hHUkoiq49aMOV1fT8/wCv7TpFPNKGh/D/AKv9&#10;XHqzOkY0t59M+OzVRlYFgwCztLSKTK80TL4JEuqOY2Ibgj6fQ/jjn21YaHCbdrZ5qaJmjrrgLM/k&#10;RUP08YHFv6+7XcMsxWSvw8fn9vVB+mCAOPTrlP43uXE/Z1EopamnYM0lKrwymVF5vquVN+QB7Y+w&#10;9kz7pkoP4PUUENSfUdWiIxx/q/bY2/23syt9xgFr+qDUfz8v8nSd4HdgK06i7L3A2BosnT5yLJCn&#10;p6omGrZZa3yXH7gKx3Yc8A2sbfj3lTF5ba+Ioaamo6nLTxlVnqViLyLKOCmr8J/S3B9swrbTgtIe&#10;NcdKCskYCpkdO6ZrD7gyVQZ8pDj4lgAp4JauKMVEJBLTlGYDX/UfVR7W670aLH0S1gjhlgIWqpmV&#10;QVuR6vX9Ra4Nvz7bjsgdQThXH2de8Sh7ugvn6nop8/mK+h80v8SgVqbIColb1IpUwjxE6bEhgDwR&#10;9Ob+0jn6uXNZl6ugqUbEGPVNEeNDBQpYAXtY8+1M0vhosEfxUFf9X7eqohZzIxx0v+vsHJtPalDi&#10;83H5M3A80IqxeRqkNM0kP7p55UhSD9fbhjNwba2nSPjJ5YamqrJ45I5JAo9VgVjUG/P+1e2P3dNK&#10;fqJDTHD/AA+n5f5+tm5jWkKdNO6Nubu3plMdkKOpmwuNx8dVBNTpKNdXrbSJv8QADZCPyD/h749i&#10;V2HTbX8RqFilrZo7+G9oTABxGrryGv8AQg+67VG7M6thVOPX/Dw69cvpA0/n11sGlz9HumsxiIy7&#10;eo6Ys9VIxFW+SdgXOhhpKML34vf/AGPsIdub3aWkpqPB4aRWmmSiyEiM80qLK+kSS3/FieR/t/al&#10;oIYtUsh7lqR1SORpFCqMV6FrIYWCul+4yFVLLDC6zwQN44oYHiW+rUBc/wBTc+xqq+nsNkTT1FRk&#10;JcXU+mWaKNEfzOVDITJcFeefyPaBNylmjJIwfP8A1f8AF/z6deKFT9nReq/vvKYquno8btcbooIn&#10;KCupa1qSanMcjJLHJTGKTyBAB6lYG/49wZ9m5fFKogq5q1KVgZIygHngDfWMXseB9PayKBZYSBhm&#10;Feq1AINeHSrxXcG0s61O1QkWN+//AGYZahwDT1hW3hqmKqUYtcKfofaz3J/Dnx2OpIyaeWemVURV&#10;X0Pp4DIvH1tyfd9qieG3dp/MnP8Aq8v8+OmpZqy6F8+gv2XUbln3ruvJuiVmPx+QVFcvLedCAZGp&#10;5ZLkgJ/ZUAX9hzgdi7hbNfcwZBopaeN2dNbaKgEWILDkEXso9tX13EQsaCtTx+zp2KAjvY06Gjdf&#10;ZezsRt41mYjdsdPLBTMpgWUwvUSiOGR4Rc6Q1izD6Dk8exJxIhwtFU1WUmnqKwztCkbkKEVxpsgb&#10;/E/U+0SxXH1CykURMkeuenpGWOPQBk9BFvWWo3zUUW3dqRY6lx9XQLWzZVYxUBWjkEiJaL/VKtzb&#10;8fT2wYza9RgMxmdzVu5XrcS0Us32MvokgLrcRhR9dPPIJv8AX2uvbn97yLBbDSQQTX5fZ0iULbqW&#10;JOener31/FsPgtmxbLqqLP5GaOgpaiGOmqcPEKcWevSrOkhH0/5t1DqTYji/sO6/E4XN5GXc9FVy&#10;1s9VTTx0dC58tC9bGx0Kf7Wo/T/A+1sjmZltn7VXierqFprXieHQw4aoy2BxtLh6+mgSLH/bxTVs&#10;UqxMlAR65/EFKXT8kN9P8ffW18TntxxQT1z1eFqsbVGE4yRPEksMT6SQFNwpPKr7QXjJb6oYh5ce&#10;P+r/AGeno1LLrlwfTqTndxYfAxicwQ1lLkI2kathmhlHlKHxszcggqL6g309i5XYl4c1jIzLUinr&#10;UhSYvcwUqRrpBCXtqJ5uf9b2y8kp2sE/EMUrmvWlI8Q6hjoDds7voMjht2VVPS0Es+Cra96ZoAFq&#10;Mq0zGZyJit9ABEdl4JB/1vbLvPI4va+Vo6yr012Oh1SwsYwEhvZZEe3BH5sefp7V223Sz7aGDUY8&#10;f9X2/wCXpk3KLKQw6c+r67L7727n0ekqNr5X7mSgrFeoMsk0cZ1UtZAxsUunpBHAN/a/xOMxFRg0&#10;yuNrKX+F5Z46utMtpIRAASyweP8AQy3NvwLeyK3jvXvCADrXhTz+eeOaft6Uu8Gmp4fLoGt+9n5D&#10;Dbxi2hmsFmK7ceIpqmj2x/CZVSrnrKiJWp5q37gjzQTotnZLk/S3NxDq49rrQTLiJaaXwuLtGImq&#10;BUTXXyysvJLDgMT/AK3s6NAxF2e+nl+XD8/5U6ToGI/THHqFs3Id6Ve6KSffGHqcXR5ETSvA1TVN&#10;jo8XTWMNHDC6hIniuWkRb6vzz7SVJi6fB5KizgrlaTILUefFxExJVVj0/ijiqbn1/gDi97Hn3qKI&#10;7hmQBQhyT6D0/wA/p8utsTGCq5PQ5Z7PV+6MRuXZVNiK6gXGR48U26HFNUCmoJJ0mmyGPWxKSQoC&#10;RrXTwR+LewyffPYkda9NNgpMFg6SpeokiqWWnrkgaQ/5Wkf6wp/r9SP8Pbu4WttoKW611efGtMfy&#10;4daiMgOuSlOhBxOxOu6+qi3JBLj9x5eqoVw4zy1sWQjqoKcavtAadmhKhrt4/wAG/wCfYrZp6iso&#10;6GopcqmOJpUkyNXMryfd0sseoLG4/I4LX9pdrUfRupA8RSQB6dWdx4tH+HoPsbDDi9yZSjrNvSZr&#10;HS5Bf4Dj6VKdBishS6vLNUQysulZGAETqCAf6DkBrv7ZOV7Nmp8VgpKlMNTrR1VRmoygoHYQhWhv&#10;KfRbTrAUEgn/AB9mo3GK3sxafFKfIcc/5OHTRttTmR+1Tnp72/u3A9bYKat37X0mBzGVyWUFHgX8&#10;U2ZnijyU0tNT09PS6nqpDG6gyIpBCr/S/tip9kJOsprcfmYMfsZoqcz5GSoSkyqSqY3qMfxeaxBs&#10;QQF49pikkIECU1v3Gnl04aN3MMDA6X779whq8Jj6XJUlTkd1rOcVTUnjmmpnhohWf7ktLnxBYyL+&#10;QAlrqB/RdttrNrtjG4bB7g/hGMqqqoXHg66mu+4eQzr5o0YEqeVYg3uPpz7ZtriKJpJWUkjBOP8A&#10;i8+XWytSATwGOkPUbg2qd6ZeryW15K/cuFwFDUV2WkoVTFRYxpXieno8lWjQZEbVIY2YAK19QN7B&#10;TlNwb2wOTfbc1RU5Z6qERR1mLBQLPr8ZpqmCZfq/00gf1AI9qPDiRfrFNDk9NPVm0EV6FGkx+3cv&#10;SUmVOJpUiXTVwtV09PeLx/uR1CurMotw6urf4+2vJw4g11RgdxJkdkzrTKprIqANC7eDUsL0tQAN&#10;DMbgD6EkfW3u0Mk7qJh3hutNp+F8U6mnITVGNjyG3nx+4Y5WU05GSjipp4TNpkeHI06TqSi3sNJ1&#10;EW1Kbn2pdl5/I7YFBsTIZChx1LuWhlbDZGaA01NVxTlxSGRCSjOfUNanngH21HGLS4/eqDVpwafz&#10;+f5cOvMPFUW7n7OknvHb+3NyLT5ubH/x7I7LysdZBTUUkbV1PXUfjqJqWM6gVk8bJJ4ywv6SBci7&#10;dW9PV2CmNRVz/wASp6ClNRBTY2B1jmqC9meaJzZUMZBLHgEEHjkqfrUvqmA/Fx9fl1pYBDkn/i+p&#10;2F3/AIbNpTFBJjpaip+18GVeClkEwVg0UZVnWR9a6VVGOoEMDb3j3eazd2Kwu3cDXyUwqW8EW2o4&#10;TVQVbwLrnZGPDDWpFjwOeR79E4sLWQyYJrVvX0624M0gAPU+mx1FiK/LZ3IxUC1DQs1TuKcU9PMl&#10;BEzSR0c0hHojhTknUAfqRf2KMWPyuSXHfxjI1WBxcGLXGbrwhRZ8nPJjv24aumiptRhEkIsS30A4&#10;uefZKWCWtIl1SEkqfIg/PHCv+znpUpGsl8j0+f29IkV9LSy10uDocduGsra2qyu0ssiJT4aEZkB5&#10;aeoy5dllIqvLIfBcsHUaVILe3PIU0OBoKKvwtClXt6jCIJKCn1ZYKwD082VLASWb6SDkMv1H9U1v&#10;qbUwc+L614fZ/g6d1UYVyPTrHjMp/GK6fA7nknx25q6FZRjq6o14OfwgQV8e3GVtMviPrDH91GYH&#10;j8LjLZKjbB4/Hxw0eNmzGOpMjQ44U0P2VHlIZVqadUiQAgs1pI7LcNwfd9ske2Sa9mFQSVLHifn1&#10;WYGWUIp+HoEsXsyvrd+jLGqyWej2DnsvtytzlRlsictldsZjFGCujqJZzomamk008+tzqRBIrawB&#10;7XceMqKfbEVRXTAZ6eNqqeaoRaVhVmHRF5IeLACygML/ANfbPL93NfbpJJMKxZoTn5Y/LPTNzpjU&#10;RqR0XDsfdGAw3ZG3tp7QpZ6nZFBJRYGqwG24Z8tRxbelyUdTkpoa2n1aJA6ksI3NgCLeo3RmJq6+&#10;mqqDBSCCpyucxi5aXIVETU8Plpqgq0TOtwXi1L4wOT/rG/tdfpJG5vZT2FtIHlg0r1aICVSP4f2n&#10;ocM/Q7OzuKzm6KeDM43BdU53LbapsHt2RMjW1FBkMLSTzimpYiG8FYr3lidhYDVwy2CUhzlFh87V&#10;U9Tgq7G1cS1NRmp8rEktNVU0xZXrKFVLfts1/Uv0BsRYe1G4RmcRsWrUilDjy4/l1aNviVQAB0Jm&#10;NwlbvLZc0+H3rhM/gHWgg2L/AHaeWircTV45A1PQZfJLPaWeIhNcTpGQy2Yajf2y4SixlVkpxuB6&#10;fHYmgnrXranHj7aJ2rgs1NSSLoIbXcMWUcAf15903DxkAt4PiNBWlaDzPl5fZ1tSqgswqfT/AFfL&#10;pc7ry+5cVteWs2Fjn3Pu2to6MYTBZ6t8fnOPcw1tS1YxbxFAWuHNnewuNR99br3nsnF5zF5fGyBc&#10;ViGipKyppI6nzx/aEx2hMA/cOgm7gXBHP1t7U/QqNtFrXU/Ek+fqf9X7ekYciRpGFAeHSL6q2x3L&#10;WbF3lT9onFwbj3HW5fIYfGCdMriKCly9OktPQVkcwZwsM4dXh1smk2S1uMUNblu1cfuiu69qFr/s&#10;h9lR1uUvSfdStB546Qyuv9hGdgxFgbBiAbhqLcdvsLuOzum7mFFrmpAz/mHThhkaLxhwB/1f5OpE&#10;9dtbo3a+AyG+KWiw9Is33WeTa1BW1GFw9TU1UdPVZtKKnRpfG1RLAJQiFtLMyhgjXZsymY2Rsjad&#10;K226ep3jW56Tb+6XuqZnXkaKR6eXDZegUkRNGFYWJAJYGxB9v2cYnNxe3LErGQUB4AU/1f5OvMzP&#10;KsMeQRnqPtbc1N2V2lmMxQ7qmyvXNT1/t7NbFfF17ttSuOPz1RT7pkz+FrePvaarSmXU0cbLCwW4&#10;YE+1t1f1dNg4MfujO01bhZ6WufLDFV2RnyFZkMgFaMyTx1H7cYkUqQ6ASFlN7jn2HbmSff52tIGH&#10;hMdLP5eWB6/M8AD5nHS12isosCrUPDNMf4ekd3t8k8FhZqrrfZEX97N2Z7GNR1ddi/HLhdoY2u1U&#10;rZfKV1P5C7U+rymmsFZCCXX6M45bLS79ranEvQTUjVZqoo4MjIUozJCmsGQopsLD0lSbN+OfYljC&#10;bFALWIVUADH/ABfRVEhnbxpTw6kbS2Tj+mNvDeVbmYNxz0UNNXZfNYjFxz5+tgrpQJ/CQ95QWYeR&#10;WUFkAOq6izY+3pMJPXy0tLSV82UGOxUUaRyPR0kWJgImqoXAN3YEC59Q5t+faCSNJY1uWcDRXFeJ&#10;PAdLA6aqD7el1iN8Um7Tj4ZqnOYKHGUc256tK96aiy1QM7WynG46tpCdaJHZyy20HSgJIFyyR7i2&#10;pS11ftPGnLVVdWRaWixEFTUZCjV7LUO6Jc6YTZhfnSOefemtJLZl3CcgYwD8x1VZTK2heA6UtXQb&#10;tyVFis5k5du0f8MqWqpEyksX8PrIY5ylDKKgKBE1RGw13sFdrLcAX55Cgo4Mqk9Nj8nU5nH0P2FL&#10;VZSulUVVQRoDx41AoDMW1hyABwbe9zN4loGujRTmg9Ptx/l6ugYvqXrPt6oylTQvLPlsFHiK+ukr&#10;npdv0AK4+ivrkp6nLPNLFLp8fjkKRBjyAQBf2uc7lMm023cVjBU5fOUcFLPKkcXlrTFGBG8808xV&#10;dLAujEkDVb8e2LR7aLapHeiB2NPLFcUp/m60FdrhmHwgdA3tXZu38dleyd0Z9aTb2z81UVFPHFVZ&#10;KGmwKyy6mq4YcXAqiOTyRRTqbszBm/N/eXC1tLU7rehq6E4rPwY2UUtB5qda2oq2QytUVLUpZHBj&#10;uFBcrb+v4TbmtxDaQiUmjEZNcDraOjq2jPqPLrrK/bP1jUblwm58bu3YGTy65HKZN1eqwVDtmmb+&#10;HzUmKWp1PGsFQnmlkVTJrDkFRZfaOqK7sGq3WmExO1qV8NRV+Jrq1ajM0kciU9U4pq4U8EWrSsf+&#10;clBIJvwGF/ZluUVlt1gCrd8q4I8zTpi2LSMXk+Eflw/1fLpWYqXrobYh3tktztV1VficrgaXcS4q&#10;tU1iwTTVtEDDNDrnljRSlMWIEnKJd2HubuWtNdUZLbcWZwmBlGRnpsdn5J6V5YoHBaOkjpCQxlUc&#10;3Fgwsffo432y1WeRS9VBI9Cc1z06pWY4PXDZFNLLiMDvx8XuzIzZba+Mqchsv7GWKJsy8QM+Rklq&#10;SkZB+iwSMTHY8Dke3TC4mvo9vZKKgr6rcWRh+7TLyVLSU0WaijpSaGnohIuhHlchZGUkKD9faLZr&#10;hpt6WRyFqKpwp8wT/q9et3oUQUIwKft9emXtLcODo63bEm78bQbewzT7dfbdRFTQVGQ2nn5MmRk8&#10;zmTBIESlpYRE9Oun1yBgysot7DfqrO4nFZhqahZKHOVmjH1uFnWXLNiIaRm8zQRoTIGgZjG7hefS&#10;TdfarmaC4WTxn7QhqM5J9DX/AFfn1a1aNojGnmPX06FntDa1JvbZ9XjcysmTwf8ADxX+agzS4Q5R&#10;wg0UtTOjxxNDPcMQ7iJhw349ipDgyuUq8zis/TV8CGnpaCOvp9NJQQNWtU5WoCy2WWolcmIEqNC3&#10;F739+3CcXlnHDEhBUDVSo8vP8+m7cCI6ZK18+gExW98nDQYzB9g7Bymz8jkErqnLU+38umWrcrka&#10;Sg/h+Eo43wrPLFRx0aR1DXk9ciLZNOrVE3hujGUX8RpcdEklflVlppEkgFZDSpFHpCO0AIWMkWIL&#10;WBP+Pt2xtY4FS6vhQgYHCnz/ANjy682qRhGDitf9X+r+fTt1rsHduUj20+ezFQ+B2zNS5PHV1HLk&#10;MVW7gnqg1QZ6+mriX8sesAyGzSfkjkEPdvSZWu3JhMHLPkazeGRxMtdK+NRTS4CkppEp2FQ0rrEE&#10;CsFWMXPPPtHulY7Frwr+nXtWmW/y/n07EQZCi8PM9DbnsvtbbW3stkMp/BcFs6grxFVVOalWmo8x&#10;V1rCRpIpSC/kkqpQokbUXYEgW59rTe+2KnD7ipTtt4a2PJ1F8zTZqsrZKKKWjj1RVbmPWx50qsKr&#10;9TxYezmx0T7Em4P2yKBjFeA9Pn/qPTGoszRkCg6L/wBH9r5jemC3dRb7w8WOk25kpoNn5na9FTUM&#10;uW29l5ZFgTGx1ltLokd5KlxEjqVY+oMSx7yxeLbaxwOcgbPVspSvhxmGiljBq6aYVNKtFSoysXVx&#10;cGVhYfUfj2k21p/Ee8uO1XFKtxweNfn/AJum3McrqsedPHoVtu5Gsy+5/wCOYSH+E4LGL9lX5DMv&#10;BLPkIpIEeoE1dLqVYU0xMv2zkPKLeQKpJR+V6lwkuwMl2DuOlpcTu9sRXx0K7mWPJChSEF6ZqqjU&#10;tFFIV1AaVLDhjybe3tlmn3fdXsKjwIRWvqaE/srQfMn5davTFAilAC7cfP8A1fb035rvCrp+4do9&#10;Y7W2xkN1YzKf5TuHcGLCwY3B0hidVkiq5Lx1KxymKSo0OoCEqpdrr7Dbp3be9c7Ng8xtzeNNgcVH&#10;JLWZ9W+8kWTG0rhNAxzx6CJLFVLAaQbg/j2W75c2toz2/h6pDhKDz8s+VPl05bIXVZGOPMdC/vfI&#10;4fH4q+ZwsmcSomio6OhSKjaSpq6smNIoZaySNUa3LNqBt+kMePY+bqw2XpaqSei31V1u387JI1fL&#10;PTTTU2FxQj1VLQ1YPjkYm2mF1Btf8ezDbT9RYKzAeKgpT508/wDL14sUl0uKDy6BPY+56PIVOYx+&#10;S6cpNq57aElP/dumnrNuQZDdGS0Sx08+OoqXVLBEBp1VUhZFLGxJQj3BXGnfQoqmjylXU4LAiNWz&#10;dZjjjseDRjRTUuKpaghpHkIUgqp5PB+nsonmayVrEEF5MkVyAfMn9v7OnyAzCVhT/L0uYM3j9kK5&#10;rdt0uM3Hu7Ifcjb+GqGzOVrKuq0tW5LN18ESpHDByHqZG8YRQNVyF9jPgX3O1XV1z09DRQUNNRU0&#10;FZladkrK2LxXqbyuodV/oQLG/wBD7RrZwx+HZ2xLkkk0GAf55/1Y6cMiCM6zluAB6Kl3FmOnKvB0&#10;uJzWQ3HuJtyZPJmbb2wc7NWUWPrDJ/kC1OKw9SsU17L+3KJGJ+gFvYa5HP5yr30tOctFSa21xUVK&#10;wkSooI7CaumDfpRTcFx7FG6oi7YsSrUAUH2/569F9uAjlvPj0M/V3W/X20uqaGCjwFRVrT089XPP&#10;nY0bMU1fWSecYtXQatQZ1VIRxcgfX245zclZkctVbfxNSj1s0a0eMnWNlhqJpABU1DVCqQqIvAJI&#10;1H+vsstlTabUS3LVFKnOB5jpUsRuO4Cma/kOpW1tjYePCY7eGb2/PjIhLLmsti6wiorcfDRlpKGk&#10;ehpmYPOz6ZCihiv6VF/cKl29LhKGsXdU5qsrS1cj46Wk0SRCJY/JpMlWVDam9JYLYD6H360e5vL1&#10;ZowRAwzilc+WeP8APrUrgJpiy/TxU75i3Q2N/uCuO/h9bBAM1TZF6uirqVKiZYgHpMfHI8ckURaQ&#10;Ru6ljYWAu3tEYSp3pkD9/mMpSUFDBPWTY2noStVLEeWd08QYlgv9BYfX2/dOs90bGwT4iAfLPz4d&#10;UA8JPElyehCq8RtLEiqMeFjrK2spMfQV0lQhjNVSxSeOkirJ6wqmnUx4t6ifoT7XWM7i2HlcDRwU&#10;FRXVtfW1MuE/aLJWiaHh5HF9SITyDpu3J9tWm3ttd273JqVFR6Z8utOXuKCMgDot+7ekO2M32BDk&#10;6PN7NxuyMbUU2e/h1bjJMik9XDK14TA6oGkVFADvIEjGnSG594a/cs+Bo0NDAmZycbTRUVdVTwl8&#10;fHUjS8UcrExxOQNOphrtf27AkdxcG4lNF4hf8v8Al63IrSroFR5Gnn0ItR1pQ7ylamyk1VgMBK1L&#10;V57buEhfHUm6qzHsHpWyjpGtVUUyGzGCKRYm4DBxcBObUq4Ns1yZbK4TH02QqqjXQGryUdbLV1M7&#10;a6iaEgkqAOfKwX/aeOfaTfIpNzj1K7BR6D+XTsDLF29CNnqU7loKjb+Ny1dHTRweLIGhoDSx0sKR&#10;XhgLyqAxOkAwLfj9YtYFf7r7O21XKcXXGoDyRllenpJpKWMqfU7VRBS97gG4v7tsVnJtlqZ4yBUE&#10;U8/9Xn03ITLIGJ4Hov8AtnojeGF3ZBuihyUMyxySeY5arkNTPA49MEFNTKqQJ+klDe30AHvGaiao&#10;2FOuB20uVqchI9NT1G4J4/txHL+2tRIBqdYl+ukgX/23vWy3VpDu815ev/Zio9Ps/wAtRnyHVr6O&#10;ScpEvDj9nUveG3svV9t7PfJdoybPw2Dp2y8219n0E1PX7grqd9b0dXXtqEkbJdXRIWIXURpYhlRm&#10;IwOzur6BMXnqus3TvDKS/cZFsfHLSwY9ZhqWixi2VUQfp1SOCfr6Rx7dnik3d23ORvDhzpX1z5jz&#10;/wAA+fEWSZlIjg8uJPn+zp+pdz919oZjJ1u08dh9h7AxvmpcFX7ljpczk92VyMY5MnW0uOqH+1pY&#10;yLQ06hnc+p5B+hREyG6JIcRSQJTyYlMhop8ZTfdrPUun08n7F7/nUdVr/wBfbWz/AEkLyXMQ1FKi&#10;p8j6D/ium50kdgshr0kk6nbLbsjq9yZOj3dWYYfxTcNU+A/h2K+7ZP2Yo4amRlXQo/bT9xgOSVv7&#10;Dio2vhtzVlTi89l6mooYwstXDWIwpJZoyClPHExFzfgsb/63tfc7peRqJYqKZP8AB/q/L59bWKOV&#10;Q2mtOhufL5HbuDhrMHs6mqJpZUpKOmxslP5ko5HHkrKmWwUIoGvxg/gC/sV6LHYHbm246TA4rCUs&#10;4jdaR6KjjjlWIXDyO6rrP+J9h6ztVlu3uNwkLj0PCvGg/wBX2evTkqPURpgef+rh0AWby+791dgY&#10;+Cpq92Yrb2Pfz5mllrY48bV1D3WjpUggkEIH1fRYnlSeR7QiY2smzUGXyVI8eGx8RnrshUiOIzEG&#10;60+PpmGpmJ4L6SP9f2Z7jIlxZC0s6B3oABTH8/LrcKiGrnJ6Gyn3FjMdQ1G3sZWw1e4q6SSLH4ul&#10;NTXGlkMfFTnayHUsCD9RWSRCRYLcnhYYXfWH3pU1W38dE/ggSSWtSo0gMkXCCqMQ/NgLH6/4+ylY&#10;f6vshkPiMSB+3/Jx+zrTo8qGStKcB0E+8OqM1hQd+V2XpE3BQwmlxc2Kgcvj5awlZjjIci8kaylS&#10;bOQTx/QD2xTZ/wDuTVz1FVQSZjN5aYUmCpYz9ljqaIkJFGuoWVALaiFPsQXW1w30YvZe2FADSmWI&#10;Ga/Z01DOzr4KHjxJ6nfwWu7W2/Rbe2nutNrbcxH/AB+mWEkWe3XWVBXyVEQqRI6xzyEMWlkZit+E&#10;IGkvmRymVopoI9xvQZiqmVZvs8fH48TRNbUIfNIS8zD6F2sOOB7S2sb3cZkg/SjBIA8yPXy/w9bV&#10;41ZhFxHn0mdmbC2cuMyL9f0u4dpFZpaSq3HuCqqKveGaEUxhkq2inLpTRy6dSKqB3DAlYzx7gUld&#10;Ubqr6qfcuJiXBYaGSSCOinLLI4X0avH6mHHIX3a4uJLMx7ftpo0po3rTzJ/1fy6bMaRI1y+WPDp+&#10;TY1D1dt2tOx91Vrb73hWUqSZjc0YrJWnZrCKOCVVihAUlUVv63a5F/aPkwdHv6GuqqfFyYvH4qpH&#10;8PatiNH9wVc+r/KSGKi3Fh/t/Zt9R+7ZV25P1GkGT5ivr/q+fTTRdouGOfToQf71T9awYaHcubOf&#10;zGYXTlEx1PPXeGaKHUHgp8dE2jUfy9tX4/Hty+4H/PR0v/Fu/u7/AJr/AHb/AMcPp/m/9r+ntP8A&#10;ueT+AcdXl+z7et+MnofXrrzx/wDPCZf/AIvP99f+BMf6f+dh/nP+BP8A0zfX3//XUTTMbk8fQf0v&#10;f/W94OGdVNB13a4dbZMGGQCP8tweLE3H9TYccn8f198IbyFvUBzwPrY+6tMMHj14nqVUU/26+lSA&#10;bFrEXb8Ei/H+II9zo0N/qoFrX/H9Rx/xPvxlRj59b49MFS0gUgB2YepFJtfg86v96Ht3gRF5vybc&#10;cf8AE/7x794oWgJr1UqaV6QOWFVUhkWEhVDAmx9V/wBJ+vB5v7nGZFABP+v9B/hc29u/UKKlP8vX&#10;ljrU06RMe2q+pY+RCoIGkEawLm5u34uPra3/ABPuHUVsQBtYfWwP5I/F/aUyyHJPz6sqYwK9LPC7&#10;PdSmtdWpbM1tVlP1vf6Ae2o5HSD/AFJIAFj9T/h71I4cdeK+Q6XtLtNFkCqtgoQsfywRbAFh/j/X&#10;2wVuRLk8m5J5F7f6/wDre6D0pSn7etkHgOHQiYfARQID6W/4MB9frbj/AG59shyBEgBJv9LC39fr&#10;Y+3YyRkf6v8AV/qHVaEGnSnfDxPDYoGFwRe5+v8AX8f7H3klq2c8sTx/Q2bjkWPu2o0p69XpjrDT&#10;Y2KDlVA5v+Lrzwbj/ifbcaiXWTyLfj6ce9UAwOvEacdPQpYSgFgeBybHn3kaokC/qtxyLn8fQn3W&#10;gJz1qgrx6xpSR6gNH0JsSAb3/oT/ALb30tS2kC55HP1Fx72V8utlfXrt6RC5bQDbkXFxcfg/8a9x&#10;5HJsS1/6EE8H68W/3v3YAnHn1orTqRHGqA2QAXsQVFj/AEuPeJQx4vYA/wBRyCLc+9sampz1amOs&#10;xstz9fT9bW5HvLYi972H5+o90Pl14A0p1wDA2PFyL2PBA/qB78QdFgD/AIcG9ifzf3UEVqT/AKv9&#10;jq5xnh1yBBe4P1INr3/HIX/intve4P8AvP8AyP3v5dNOenFNJBP0+oAPH1+pHvsD+1c88kC9v98f&#10;e6GlOqha9cdX9mwt+Dfm3+t75Am5tzfk2HFjx72aU6cIHXEgAC/4Nhcjnm5/3j6e+S6rtyB9ODcE&#10;/wBPftXW+HXF1UhQBe9/oR/Xn639x6j62H9Tf6WP9ffq149VNa56k01gCT/T/YgE/Xn3xRL2P0Nj&#10;Yf1P+qPvxI8utUIPXcjWuPqoIuf9v6fbnBFYaiOfx/Ue6MWrQdOr6dNc86k2vYWtxf8ApYn6+5Lp&#10;db39I54+n+t/yL3QFg1PP/VnrZyONOo6yC9lFifwR+be45XgLrUWvcNa9vwR7sxYNgY60CCepKsD&#10;dipJ/wACbA/0/wCI98Xcqun6jnmwtx/vh7rpxqbierVFMeXXNFDOCvpAtxyfxz9ffoHAtc2JJ4Ng&#10;OP6e90I+zr1cV66qluGsNVgebXt+frf25qVItb1H8/4f74e2wGpUHrxpWh6anBUi7ekc/gAEm3+8&#10;++cDGN2Ja34+n0A+v0930149aAHl1gqlEkaBQSbc8r+fpY+871IIAHAHOq5vc/Tj3Rl1Y6sDTHUe&#10;CkMba7epltp/sgDkhv6n21TyatRJuLH8fn/D/be3I00ig6o2QCB09RL+ngAgjkcEgfS49tDt6iAO&#10;T+Ra3P4Pt6lOqHp4jXgXt/rH6n/W/wCJ9wXks/Ab6fnk/wCuPewKDqpFB1NCXX6j/b24PvIkhYi/&#10;45/Ivxb6n3oYNR1ZOPXB4+CLC5/2P5/IHvnLMQAPqBbm3+88/wC29668Mip64xQgE/1P4vcixvxb&#10;8+/K4ZR6rfi39PeyM16114qUY+kn8kk8f7Hj32SRxyOfrbjkW596zXr1PProBTz6Txxz+QffPWAp&#10;/wBbnji9uR/j78c9WAoKnrgY/WP9cfn62NvcIyEuQTYW/p+f8B70qgDqpPmOpun0ji5/Nj+PcqCQ&#10;gjngWB/BNvp7sfl14EUx1FmjDKePV+L8/wCBvf3O8wJAA4vb/XNvrz9fdaFsny6upY9QPDpDer6/&#10;4WsL3t/r+8wWMer/AGNvp/rW91oQKH/V/q9erk6ePWItIxsCeLi/5ve5tz/vHuBNKA50j6/gkf6w&#10;59+RTpoemmNTjpxjiOkEk345/rb+vvpbEj+v9B9Bb6ke79V8+unUqCL8D8n6n+n+8+8yKdVwOef6&#10;H/e/fiCPPq4wa9YHkGkhrkAWNwQAD/re58YbUA1zcgn6Acf0591r59OdNspXSbfUAgH88j/D3ErW&#10;DEhebGxP+x92XPWmIPU2hQpYsfr/ALH8X5+t/cJD+Dq/2H0/24920k5XpgijV6nS8c8WN734+n55&#10;/wB4951U3N/x/sP9v/xHv32dOYA6jsy6Rb6k25P1P4HHvmwH5+h+l7gE/wBbe9CgOetUFc8OuCsb&#10;WHBBseb2/wACRze3uOQzDhQD/gRf/Y+/agD1sLnqQpVf1EkWsb3tz9bH3CkSQEkrwOfxcC3u3Hie&#10;vMD59TY3jsLHn6c3seePr7wqCPqLqx/I554/Pv1QeHVesjWP0PqW5/qLf1H49yYgwI/A/BP1J/2H&#10;vVainXgKHrBKQQT+rj6Hj68C1/bjqRQpJ+oAP4/23uoA1EdOE04dN5WRtVh/rEC4/ryR74SGIiwt&#10;c3F/obfT3uh8uqaiBQdcohN+o/Ti3Fxx/re256Qu5cfS4+v1+vvYNBTrZIPTiKlVAUkXAP8AwX/W&#10;4+vv0dKEcnR9frf8f4i3vdcUJ60AKd3XTzkoCGH0/B+vH9PbjEgHpPAvyTz+PdSaGo6saDh1AmZi&#10;NX+F/wDG9/pY/j3zZfqFAIPIH5+v9ffs8D1r4uHXBWHp1Ei31J+nIv8AQf6/uBPE+q+kWJ+lhyD9&#10;B78KnrTJQfPqfFImkDX/AIHmxBH1Nj7xSU0xACqSOSbX4/1vbqsQQD1Sh67Woh9TFgp4F+LH/b8e&#10;4EkcsXBU3J4J5+v9b+1KsrCvWiCM9SleOQ8EGwFwALcc/Ue+o6czFi3ABPJB/wBe1ve2bTTz68AS&#10;KddvKI7AC5JAAuPp9PblFCqgAKSCLE245FjyfbJZPiPTiD16gySOW5YA/X/H+oA95BTK4ABsFPAN&#10;/wDWsb/j2zXNT17SQeujUNH+OSOSOLX5vx7zJSIhFiL2BI/p/iPdkpU9b0Yr1Hlq3ZeRxcgXPH+x&#10;v7nwOY2ubcfggH6e9soPb1XpsnTyD06uT9QTa5/r7lmYMBoJC83tc3B/rbn+vupT06cBFM9Q1h0s&#10;fJYta6m35H1t9fp+ffYQstltqI/ABNv8f9h7rpI48OqUBfHXZlVWLG+kccmwB/JHtuqqWaNQxUlb&#10;6hwOD/rD3ZXNaHrxBGOnKkq6aVmCMNX0YA/qH9OefbeHs1pLsb2sR9ef8Pb/AG8V6qOnAoSp0WUf&#10;VbfqFx/U/wCwPPtyiZWtpQAKBfgC4Bv9D7ZcjBr1dQaBum51dC2uQksSQAbi5H+HPuaIxIrKSFJH&#10;0HFhf6X/AB7arken+r/V+XVqEnu6gtIYmDaWa31v/asLEgf7x7b1/ZlItqF7f4ccfn2qTTTU3TZq&#10;D1Ok/fiGlgpIU/gH+v5/3j3Pp4/M4fTYAgm3+2+ntpxQE9eA8z031E3hTx6uSCBc/m39R75VUFzd&#10;RcrxwLEC/wBf+Ne2lJpTp1j2ivHrujqQB6msCebm41Ae+oYT6C41D6Fb/wBP63/2PuxBA6oCOA66&#10;mqVJkWP0lQDqt+CPx/vHt2qUApdQVVsLg6Rfjjm3tsVJA8urAgijdMdFKTXMhdnJIBTUSv8AXj+n&#10;+PtKNVmNHVnuQTc/j6fQe1apX5AdNFvTpYCkV3RlT9ViB9bH83P559wIakuzFX5JPB/oPzf3eTI0&#10;jy6qCT04PTKoUMgta1wPoT+Le5qVbRut9TueLG5Ba3+HtgodNOA62tQadRpKRJVYAqo/wGk2ve9z&#10;7ylGqWLSJcjn6fgf778e9KBXHl1fjjrEzrSoFSS1+OeeT+ffOKAvINOmOO9jrHP9L3HtQOwUPTbE&#10;DqNNUqkbMxaWQDgRkXbm4sL/AO39v9Oi0xuHXmwFhb/Yi3491kK0o3W9VaDpLVDSVosYXAU3Ylrg&#10;88Kbn6/Tn3wqy0jkKCQV4BJ/AsPaYFV6cbTQHz6mUACRKXIDKbFgL/4c/wDFb/7D2xPCRIA2phf9&#10;JJ+t/pYe1StUfMf6v9WOm8jp+WUGM6bLxbWBYiw+pv8A6319u8FQKcoCtuOCP6fgce6aA4OrPVwa&#10;UJ6Y6qlapVyslyPqTc/i5Jv7aspLrbUDZiTy3P5/oPbejSfWnVpHxjp9w8YSPSR6QFt/rH6c+0dk&#10;pJOPWxUWtptwT9fp7dRdT+nTJPSrpUULwoDEljcWufx9f959wRC06fr1MeOf949vaNIqP29VJqes&#10;5kVT+mygH/D/AF739vdBj5DYMWHqB0kEah/gR7qxZc9XAx02VlbGga1iNJBIN9PPFx/vftXUEJiI&#10;DAEXHpIubj/D20XGmh+zrZFCK9JLJyCYFkZlIW5ZTpB45APuZXKjL6kuNRueeABza3tmLD49Ormn&#10;lw6iY95R+l7NpAHP1P1H9fz7DvM0Ts4NKSFJ/PNufp7Xxu1O7y6ZdKjHS9x9ReP97/OD68ccfke2&#10;+mxssVp5GZnH6rggcD6AX9uFxTt6oEpw6lPUoToBA/I5/H9ePaxx9XINHJXTYEG1/wDYf4+0znu6&#10;d4CnScyFDE6vddZfk2va59Nj/wAj9y8iXlKSXOm3Dn/E391jI10PWytV6iY1I4ImjAGq/wCgW5A4&#10;vf20VBlPjW9wCLgf0A/r7daRc0NeqhCeHTvTJGBI2kqSP7Q5JP5/2HtyauVIVhA/c/2HH9Pr7b0G&#10;vr05kdNq0LNUGctaPUbf4j+v194ZKs+Mq4taxA/rxyOPelVa44n/AFf6v8/WqnqSlLaQMhJHIJ+t&#10;ub3ufbc0kRcC3L/puPz/AF9qCqgAU6qGHA9TQsoVm1cLfVYkcfUj3DqJ4addIOljYtqsQD/X22Ey&#10;fn1otTh1KjSSU6jyouBbi/8AX2zrUoZzMilv6kNa5v8An24FK4HDqoNTXqY0ZKaCR/rEX4t+P8Pa&#10;mx9a0qWaPTzxxf8A1tRPulAe0Y6cFRx6Zq6kVTq1BuPVz+PqbD8e1VjYnlku1rG4A5uDf+n9PbTg&#10;rxz/AKvz62q6j0kcvVRwQEICCCt2sAGU/Ukn8j/H271lOywPYKrkEo9gp+n0P+9W9tIgZizdXPbg&#10;8OmGhyMb1CKGZ0VtMkYYm30syk/X+t/YUZmnq/MfQxF7khrr/Tj2rGkADh0wRXoW8dNA8KlWHI5B&#10;Fj/sR7YFoZZDrkVQq82UHVYfj3sMBnj1SlenBpFHF+T9P6f0+vtW4OhMlnQG3JBNxYWtYD+n196k&#10;IVKHp1MZPDpjytYsChSfUTawK2/2P+PtzylQtNE0MJubAs+mxFhewP8AsPaWMFzTp6RgBjqJjYGn&#10;cVE3psWVY9RIs3Goj2lIa1zNdgNJJB1n6g8MOfas0p29JganHT+8A0Wuf6iwItbke1rSvHNTrH4w&#10;ulSwdeDwL8e0ZLFiSelCkqKNw6TFUj085lEhZXbQYz+i97fTj3PphRRqRMS4uLobBz+ef97v7deN&#10;yKjrSyKp0jpqqnrpCPtl8R+qyC7Rqb2+n/Ee81OaGIkRppS5YBW5te9mU/737qVdRUmvV/EFeHWC&#10;pXI1CqJGvJYI7FeCbWJRh/vIPvnXVUE8IFkKglbFRc+6qpFQfPrXiArjrjjqGopZy2p9bANwx0jm&#10;xAH+HtJ1uRip4vFCiRhuGZQAb3+t/wDX9vhAaFvLplpDTpV0lDLJKZZ5HksfSrElbWsOD/t/aYqc&#10;r4dLOWbWxBIFyv8Aifr7VIiL00XIz08rTg/QBbfS1wP9495qSd3fXGxAYqQGuOD+QfdtK16bLlj1&#10;1LGunS4DWB5H+39qikoprmQNrDkeluQS34/2PtBLJnSOlIXplqKyALoYMCgJuv1sv5B/Fvc6ahjg&#10;IYxx6iBqWwtz+PbYDMMf6v8AV+fTrBQPn1CgyPnBAkfSL6HvfVa4v/yP3CjgTyelFDFuPUABz/j9&#10;Ofbmk0oc9UWhx1NkqG8Z1O1gvPpck/1tYc/7b24pPAyMhZVdWAY3B5H545t7ulvn062XRAVAz01T&#10;JUrIjqryI6Gw0keluDc/QH+g9tjzxvLJHIQVU8lQQD/iSf8AevanwtIoTn/VXpO0lD04pFIsccka&#10;+plA0ub6eOLD27UNVSA6QNC3sSG4J/rb2llDKQRx6ejYEd3TTXUlZIjFjrYcgafUAf7Or/W4/r7e&#10;8lHBkKEImkoqckLcqf63HtPVlbUcnp0EsNI6YMKajG5CUyh1aSQBQzWV1tzYH+h9hw2MENQFDu4D&#10;XI0tpseebe9s+qh/1f6vy6Y0aWr0JqVnkhLEKtx/UXP9fc2GIE2JUovAD/qX8Dk+3RXFMdb4nqNN&#10;JpH0Ic8kpypH+IHuP/EhTAqmkypJc86eAfoAfz7UpGB8fn1VnIwOu2oxUEFifG0dgByTx9Tb8e1D&#10;Qbhn8LKx0m49R/Kn1AD/AIr706JXA6sr4z0mMhtelmnSXTqspAW3Gq1i1/8AW/3j3hq696yVVN3v&#10;ytx/twCfdGYqteqgAGo6m47FxUMZ0ft8BWIa3+AJt7zRVhgnij0sVADEAEEH+l/6e06oJB8+nCaA&#10;BuvVFJ5YJnDqD6gpOllItYm39T/T275DO08sQpfGl9PJB5Vvx6vbkcPhjzr1Yuumg6TWM21Uw1LV&#10;3ncqXuFYCzA/X0f8a9h7koWlkknAZ7gLrUXEf4HA/I9vCQYH+o9JygbPQj0ZEcaRcIVv6b2LD6kj&#10;/D3kpaJBC7MWudJBZFBYi3DX+n+w9ss7k56cVQF49ennIdVAX839R4H+H/FPb5Qwvf0gR6CG1fhm&#10;+v4/Ht3FAOrUqanpjr50CksTJrGnQByAP9f6H6+3mqqpIoD5W8hCn9Cgqtzz/h7bOkvUdVLEYHTJ&#10;Q0MUswMK+JWPOsnU4HI+vNv+R+w+zGQaJonWTgtqJNxa4549q4lxnpl2p0uKKnUIyslrDSP9Yf7V&#10;7ftvVX8TqERmViVINjZf6C5Pti5Olar07CwOT0zZuNaGjknVbKrBuBqYEm50gXPtQS4qCGdpElWJ&#10;tYV1YXHH1tb6+08bO4pTqzBdVeHTLFmJpqdEeB5gY9aSJYcf2dQb6H/X9yMt4Wpo1pG/eVR5GVRp&#10;fj6A+7QqY6ls9ekbWukdQ8M9X97UNXKPtXe9Opc60N73IvyD/h7Zhj6j7WWRE1SWBIA5K/RiR7UR&#10;BWarY6pVguOnyTKUq1cMLyaYySoJPp1/2Rq/x9teupW6+Nwq8s9iQFH1IJ/3r260aj8z02msA16d&#10;LUzkN5ELEXVOAST9Li/ttlyMsDuFDHURZ0W5F+SSfbZjWueq6nJ1DqclKkiKT+OSrfQ8W49xo5hk&#10;GEErgkn/ADZUm5/B1D34lU4dXDFjQ9ZmjFOvkjWw08kH6C300n3Nq8b9pDbwKdYsSCzcEcMG/r7o&#10;pWTpxl08Oo1PWpUyHTK3pb6GykEfVSv+v74YqEGX1eSMXABKEMbf1b3VqKMGvVdB651shEZIVH+t&#10;wSLAH8gfnn2pEqftHBMZB1ahKwur8fnV7vo1IATX5f5v9X+XrYqh6T8tN94GCy8adBjT0Olz6rhf&#10;aW3ZjTnY1nppFFQbalWyA/gEEfX25EyxjSeH+r/V/h6pKPGHz6dMSTQxmllV1jQ/tSMSxt+Vb6kf&#10;Xj2i8btYx1CmrYrMjWclrA34+o/PukpMg7f9X+r/AFV68kYjw3T00yqupbvccaR9fa5raF6Ghhno&#10;kM+hZNQ1ai1xcC4tb3u1jUE6+PVpVbTVemyGtWoqZYJf2yAugEEX/BsW4PtqxO455xNBNG0boAti&#10;pF2v/U/X/X9qpCoNAcdNRl+DdZajHQuyyKtmU8/6x/p7UNI9Q0o1RNeQ8PpA1fgAH2nJTienU1rU&#10;dRKlYliIEgAQHUuonSAL3I9qRNtVVeyND5JdXpeNk0KhA/TY8H/X9sSTCNc+XVwhOTjpLTbuxmLW&#10;QV0lPSKi61l8ocsh/wB2G3I/1vawpuqquogSaWSCF7WaIg8r9CCw/wB49oY7ws/nQ9OukSrk9Atu&#10;T5RbL29Xy0GmsrNCsxqKdQyI6mwBDkfWx/417X229hUOEKSaI5GuD5EVh9f7J/r/AK/u05eUkVoP&#10;Q4/1f4emA+jgOir9m/Lk7ioaqgwsVXSuweIJJ9tJf1Ea9an0XH45t7FBH0oFUWsLWHF+Pz/sPbS2&#10;orV8/wCry/1cenGLleOT1XJuPOT1FTPI9U5aeZ5ZEErMTIx1OX1fX6/X30z/AFJPA5/417WJEFGO&#10;mtVOPSGMlRVPZdZ1E6barktxYKeT7RG6dyw42lmVZQJPE5UBgCSv1UH2bWsMcdJHz/q/1fl024Zs&#10;9HH+N/x3yW785Q5nNY9/4XT1kGuKeJrMkieRJmRhb6Hjj6+yoVObz+WzsixpKaeaQMsqhikZXgxv&#10;/wARb29dzxlcHHTaxSO4pw6uxw22cBtnBUlBDT00UVFSLGOEUlVFrqOPc3eiUMmNpqfISj7qNdLM&#10;WLKEf1FH/wAR/t/bFuXVK141p05J4ZGluPUfawmNdkJ6WNVxc7AqNIjLzINHljte6sB/sbX9smy9&#10;x4/b4bwOkl9aqQf83/Rj+L/09sTw+P3MeHVo5hGpVR057q26NyUS0Uj6Ig6s4+usA30/63sWqTct&#10;RlEEUbgueU9V1a3P1/qfaaRxFSgp1dF15J49BTN13h8LM9WYFEen9xlS7rewuLf0/NvbZkqapoJB&#10;Uy3h12dogykaj+Rp/wB59+XTKviDH+r/AIvrZUR5OelPha+hyULUFK6VYgDQrNoYWRR+l9fBt/vu&#10;PaJrKiuap1KzLHIxazhi314CN/j/AI+9POo7VzTrwUk6h0vaSkpY6cIVjLIqoSlrccG4H5/1vbpt&#10;0RV2SiMyMGWTRIGDKpC8Fj/Q/wC8e0lxISlB/n6cj/tO8dN+4JJaLFVL05BtC7RgEBr2uFW/4/33&#10;+s979qMdDMhpolaaNFQSxWF7C2lgvF/8fz7dtoiYgWP5fZ1WaRjmnH/B0juskzUlBPLk3kRJ6ieZ&#10;aebUxTyNqHjL8hbW9P459p3btYamZXqWKxrYeME6mF7cBre6XB0jSn7eqxsVP29LfNUxSmkFOimV&#10;lJVytwpAv6rc+1rUT0Xk+2hIQSBQS1vJGSeP03uLe0ySyBe416dYgNoA49I6noq8xmsqF1tFchYi&#10;fFMAOTZvofrb3mixi0TLpqtbMdaqdQ1BRf0gn/eT7eEjOgfy9etlQnDpvmzH8Q8kb0BRIx45PUp0&#10;EnSCzLyfp7epqSGGL70zSPNo/wA0GK/q5LED8f6319txSGR9LcAePWiF044jpLRV9XPM2JSlhgpi&#10;xAnZVlDW40KW+hvcer6ewrrmmqcyrQUtROdYVjCrhefywXjj+h9ncoTwu80NOkaRSM1QOhhxiw0O&#10;HRJqiCFFQkeaRTp/w1uR7Eem3HHtuOmp2jPknAu8lgVuLkc8+yJrBpv16VHp/q/2fs6UeOUPhjoL&#10;8xtAb5NZqq/HBTMyKtMf1m9gbg2/APHt5y+86PHU0U4MavIUJcOCyh/oVH59q7OzWZC8vl5f6vy6&#10;tNJpAp0G+H6lrsjk6ujqJ5nx0MboIJEKxTFCVAdhx/rj/WPuaudyNZhJcpQaHcI5isTdmCkhrD8f&#10;4+72hgW78GThw/1fZ/q49V0yaNSnj0nMn1ptOg3VQ4DMRyrTVUsMk620wiLWAkDS3B5P0U/j2AuP&#10;7Nysm5Xosr5URX0lZFYKADYkFuD7WX0HiLSPAHTMMhVyHFB0aBOs9q0OGajwuLpaRlh1QyQoq630&#10;3DEi31/rf2toqz+9NZJShvGkat5gTo0qn9oE8fQX9p2rbxrHHmv+Hp8BJGJY4HTTLRQ7HxpyDo8z&#10;60WIhWmkd5GssV/1fU2v/t/afylHQRZGLHpLFNT6wjfcWNwf1Mh+v+x91njmSIk5J9OvAxs4A4dK&#10;zBZCtrsUMlU0slNUPCZBFEdRU/VUYfS/+0+xFq6WhweNpKqlhgKxRIWIsblV1ppvc/4X9obC1mlV&#10;jKcV/wBX+fq0p0kCM1A6CanztZujcGRws0tXA2orGgV0KxlvFN5LAL/rD/EfX2He4d7NuF0x0oWk&#10;nJCxOFB1X4uCf9v7NlK2sOkZA6ZqH7W6W+yessVsiWrrMfLUVBrGeWdJZSw1ltbFFP8AU3uL/wCt&#10;7Vb4XI7e29R1NBVmRnTyVEjSDyMzrewF7H6X49lUatdyO7Jw4f6vt6UsqxIFjPTNTbw2/uTd+Q2/&#10;kKciWl/ahjaGRoisbWcySWsCb8A/7D/Btk3Hm5cZGS7yzBwJIoiJHH+1WF/r9R79EpVyDgcOqOSU&#10;BGT0oE2XtWnyrVCUFNCWiuJ2RYQeLFdfB4+vPtT1OGO7duxRTxtT1aHUpXX9w6/RhpH0P+t+fbcF&#10;79PM0VK1600ZkQM2adIF8rDsPdtTWJWebDVkHiqUleJKKjlVy0Uv3H4HJBubW/PtHVmCqYqmip55&#10;npaSDxwpHIGWdVQ/Uk/W/tQWdkKoOOetgKSC54dCVjNyY6so6qtoRFX1EoedpKWSKankYr6QroxF&#10;gLfT3OOAyZzULLUSJRIIxHK111oWvYf1t9PdJ3RLSooW8/kethCZMdQafdGIkxM+qGNqxjL5qVND&#10;ssiA/qseL249r6Kepx1VU0AZWh8HkjkuZBJG3OoW5BB/23st8N1VJfM8R/sf4en6YPQYVNLhN1Y6&#10;ly707R1EVcYzG6rBLS1MElvGxNgQwFwTwwP59hHvnbkW7aR8fjsmuNyyuTFIXLRTkjlXMfqW/wCD&#10;Y2PsR2134Ef+MClfPovmg8ZdKnI6E7b9bX4WNpZ6aeqxMkaHXFHoqKTRwpEchAdbcsAQfyL/AE9y&#10;di7erdv4eWgydQlZVx39ZBm4vpZXdv7I/wAfZfK3iXQlTH+of5uvANFDo4nrLubLQ1poHpGkEGoO&#10;8pfwXuNUXjDC+o/Qce19J15t3M0VJkqympzU0gb7d4nKyMjG7Iy3sSPqP6fj3eK/umkNu2B69OaI&#10;dIend/g6BbLdu5vbO5Xw9KlXVQVh0yGqpkeloqhV0pLFMtiFe3rHIvz7Ti7Fq8nlo8XWUMtdggA9&#10;5CyCGD8mWT6fT6W93u71LdK2xqeFPU/6vy6ejjBUs47R0IVR2hgMftWpzcuVxuNzbxvH4S0c5qMg&#10;iXSGGnvqa7fg2Nj7c6DbuB2NkayPbtCyyzC81TI3mlWIfiIvwv0+tvdJbM3USyTNnjp8j55p0yjk&#10;VCDSOkxid0ZzsLbdBV7jNFQQzOv+RUflp45KpToXzF2Z2HJ9ANuefb1lIP45jErKLKyxSRSaZKhm&#10;LqCTyjqD9Qb29pY/0VaBl4eXDpxwpAPUbCVr7V3NLjMjt6B6evpzJTxQRoHk0AKZYywtYgDUL3P1&#10;t7zivqEpIcasVVWTGHwmsjW8Sta2uQjkBvwf6+72Mv05LzHjwGK09Pn150LAgAU9eoeV2pja/Mvu&#10;IVONxVHTVIq5MdODHLOyA8xjgalJPFuQPacz2EkOApaivqZZslQ1TvCaRzCUVj6IZlP6hf2Y24mk&#10;8QOKRmhFcn/VTpOfCqAMkdP+1944+bflXi8BRxQYjIY2OarlqIw8VXUQnQ89E8J4Ok2fUCDxwPr7&#10;4xbtq6OPGnIPHDJVsIPKiHQ6ryqAJyzWHPtLFaBiSvBT04WK48j07ZLr7DZJsvHQQNOsQar+0llD&#10;WqZQWZ0891VTzwOPafw2+KPdm9JduU1SKrwQzvUyPysbRKWBYt+QbD27u8gsLYE+ZH+T/Vw/l03b&#10;yC4cqPLpwXZdLtLaslZS0iU1bTCnkFPRKqlPJKsUkKaLDkEkgH+vt+mqpoY8pi83I1Sk7xRULQFS&#10;XgBuxkVf0WHFjz7T20hjcXCCgAzX+XTzxqRpOeuC4uCunwOY21DFQvRtVT5FKiOUESyx6CqF/wBT&#10;M/OoG3H+PuJFTbVwS0sFKRTUzTpUxiqlIFLVM1zJbgqrNzb8+9lp7gtIuf8AAf8AP16qJ2kUHUhH&#10;3llIK7+Ix08k6Q1NK642AKtbRMTaBTMxvIASC3AB/Fvaiy1FHR48bnwdQ/3lVVI1cpZp6R3B9f20&#10;ZsVJ+v8AT3S3uY5i0FwKMgwOrFWGBw6Qe363LVW5qnr3dePpn21TYpW27VKGp8qacR+KSLKyaij6&#10;eYwUCsbXIJufaTzOcz9DQZDLhjPKmOqamKhla1RL4oyWZFBsWNjwv+t7MrGKO5YeIML+w9MTtojI&#10;TJ6XlFtvaSPSYWloljigroI2noo7wxso8kNM8igsATZRr+t/8faf67eq3lDt/F7pwyZHC5paqsFb&#10;UuQuPKRtI6SsSG1chUVh9f8AW9pr69ktC72prQ008Qf9Xy69DGHA8QcR132ZMu1MDuPdW2q2XG7i&#10;xeMpz9nR0sFUuRBnUUsMlBMjKwJvqeMagoPI9ifW4en69wWRpMblayrwVNE05p6v7ZqbH0kb6qhB&#10;IqqxGk+otfj6+1u3j6p/FoFemf8AD/qz03K0aLkYH+r9nRe9pboHcm4du5jeOzcPtjctFUzUeLr4&#10;Jq5chkpPtnalnhSpVDCqmMyIjOxFv1EfUOMJv2lnpd1VMWNo6bH0cNI1GsCCKSvVhqgqoiv6k455&#10;t7ZuoA16itXzqfL7P9Xl+3q6zEw1H5dGPyGyKgybYibMZeqrYaqpNTWVUxqohBLTE1UJRvSt/wDd&#10;bAXuOTbj23vFkMpmcHXrnp4Imp/OMPR0MtXJ95N6oI5pAx8ZXj1Ac/jj3S8uUFoYYRmtK8P+L6ch&#10;RvE1selJBHTYyjyccmLiSnhklhqq6vqaWnjqqKOMeWpaW36QNXpP+x94t27a3UewP7xZqnkqts5D&#10;HwxlXqXheinhitKssQuFJb6fgjn+o9uvLDPZRwwGj0Ap54GcdVSMpKxbI6SfWef2f/d2XbG0q3HJ&#10;Nt+ergFNQr5KVhU1klVBU0cgCpOjq3qMbEowKsQQCWXO7/x8mNpKSXJ1GLx1Bl6aiqKmWmkeKtpY&#10;v+BFNFKBp8igaQD+Pz71b2BtkkePucg58q9NtOC4aUUANOlzTYFabJVOS8FLLU1FO7rcsrQVRbVa&#10;5B9Mn1ZhaxH0N7gfsNnjl8DRU+ysatbtqJtVZURVEME7+a8hmZb3IYgjjkeyO2Xwrh/ENZ/5U+X+&#10;rj+zpTI4ko/4fLose8Ns7aw2703d2juulxu6cxGtFtWOeOqqcNB9nGFSkpHZQgmBfyWYgvfi5UkM&#10;mS3xh8XVOmUp6qSiyjw42gp7TTpR5VNXko5THcfuCxA/w4FvZvqkakq0BQd3rn/Uf+L6ZqynT6np&#10;9oeqs7NjcMuJz+OoMzjq+WtyeUhx1NA24sNUgvRzxoo1RvGT+q9ibhib+49LldtYKMT5OqaOupql&#10;a/AUzxuZ6OdoyoMzScHklR/Z/wBj7TrC97MQlRG3xH1p07I4jAHE+vSm3Lhd7bhNNjcTQ4ufEZKl&#10;nwu+aqoqVjgyeMmXwypjYqe7hipYsSwYXK8j3Cgmk39Q0mSoMbkkNDkqqryc9PTwfcXWzQeGdCSV&#10;DgkBCTcf4e63F5DCWsTQ4xx4fPrUcRYiSuPTqTS02O6sq3psvubFUuOy2Ow239sY7L5KSnpWqaQS&#10;x1MfgqDpaSSMpdr3str8+3XeeAyW6psR/G6NMjth6plysZMMeYxsK0YCVgFjIzMbqdJBH9Db2q26&#10;6jisGW2ywNKf5umnj/UOsY6QW0c1tHY1VuHbe2Y6bFb0rMNJkcFJOMmux83UzV05gx1HNDakQxSl&#10;Q8asJND6la2qyQqNs7QrcPQ0KYM1j7PirqbD1n39RJPRwy1fkpqg8/uCYAGS4up4AsfdElcFrRmw&#10;+fz6cWOo1gfD0KVId0UOehzFRl4KGm3HJi6ivw82MiML1MWKWkr6aGqB1xSQ+NfEWdhIByTblV/d&#10;/wAe2h/kVXUVGVx9RIlOIYmilqaFY9U9NJMfU30K3Y/gfn2m2pUtb97aQ01ZBr59anBZBIOHn0xZ&#10;Olqdu9i0uQqqDHQbOzOKtmJqyr8q4/cSV8UeGq6aik/aVSDJqKAHVySQB7BhpKtMXSbn23t1abd+&#10;ChraqlxVFUvO9PTljJI0qRHSCwQuU/UD9bk+zphFcSPZ3JweFcV+WT0w2vRqiHcP8HQq1cUOmtx+&#10;erIqvB5SOOgJyS08CTz1r/b/AGSsoUP5NaIvHJOkc/Vpoqjfe+dxwZNt1psKnqtvU+ZErouSpqvP&#10;CpCPjJoVYSkyw+to2UhLabc+0243EVvarDHHqNdNPl6/6v29aggkY62agpX1/wA3UOXHUG1sDjsZ&#10;i9szZuhoZ4cfFQ0keNimx9A2qRKlPvWgjKQWVbqwY8EXYE+zDZbdX8Px2MpqAUk0j1FNT5/wMHSp&#10;jlpVhV0pmuYY5CpCRuDpJHPsos7eKG2ka4PeSSK+g/LP+r16VKHmnA/CPToJcf17Nnt35PL556tq&#10;WjoBLspJKeWibBVi5GapqjJVJKwqahS0RaoiZdaDQ2oC/tT03Xk8+8qHcVblxEuLEldj4FmDRz0z&#10;hB9vU0b2/Qtv0/Qi9+fZdfXk15tyWFqoAlwD5Z4nH88DPSmMRQkyvkjB6Dau7/2xgdhZujh23uKu&#10;rcdkajbG5qWjxs0c8OZMbxvVw17/ALUkU8ml4Znl5RweSpX33vvdmARqrK1NSJMVVrNi6ieRmFDQ&#10;1UctopQL2MiubAcX9iza7SLb7NVAq8Yz6kEef7P9XHorbuk1fxU/Z0G3RvXXZ8dBS4XMCj2pm8Jn&#10;6Pe+Nhglx0uUzGByesV+Cq3Mf7NJIjANINTCS1gthdAZSapp8JSboy0GVr6fC4wtjYqKnqaWGro1&#10;iUT5KFY2LXvY6QxOgE+08Ui7yzWcWI1JLH5+nSog2ua5Pl59Ghw8O3sBuXN7c27Wbdx2Z3RmP4lu&#10;d5MhSZPLUuWqQ0tHjamjYAkSQxyCEuBZvSoPA9yMXuXJ72ocJmMpi8RiqYU0y4+oaqkZsm0cnjR6&#10;aRk1PAxClla1ibkWN/aVRFGxsbap0GlT5f7P+x1ZXPxHJbP+z0zUOxsJ1hV71kweZ3buCs3Ll4ct&#10;nMZGaSppsLHUxA+SOhg8EUMhh1FJFTySKqj1FR7wxfwPNbnzVPmc3E60+Mx+ZrNlNrTIY6KgW8tX&#10;RvCNTpLYMwc+lb2I9qdzEkUcCH9PXRdX29Nxthmj7v8AJ/q4dc46rdG19p0FDtHEnM5SqrcnicJv&#10;uR8RJhJJspWymim3DS/cRVISKRlpy0CMHlRfoHIDbPtXA9gTotZg6fFVOSraStpqmJ5qSnlx0cop&#10;a2rXS2nz+Jb6NNnK3P0Ptma6FlG1G1KBT51/1f6vPp6KFT3SCp4/5uHShnyub66w85gzNfvOkwdD&#10;l0rqOueKtzC7hqKcZDDYzzwxo4pnkk8YZ2JiRo05S2kx1BksRtPCLhMWtHEtBT/aQytHBSzV1XHC&#10;W9XjVVZmQfqA+n+39kMHL0c98u5XpEgJJFfw5x60A8v9Q69LeEoVUEH0+XRAN3y9r9yV0EtZHurA&#10;Um6snjq7OYbE1c+dxGA2dJLFRVLmWp0sGWpW8tGFC/29ClfYZTZ6qfcONfc9BK0NHRVubhq8e2ql&#10;x00aGOKGrRgWeVkLeMKvHNj7F15GHsBDEwVJCBTzIHz/ANX8+kUQq7SR8aef+r59DztbrLCbX2Ru&#10;yi6WqFXLZLL4/auTTdkd5M8gnhNVVY56eWNYacGUtIypaTxsrLcLecu9pauOhT7GrqMhXK2Zhiym&#10;gCkw9HUc1ksBI0alF4mBubgn2TC3htnfwsKO0D5/l0+ytpwc/wCU9Z6nozHNUVuvcGM2/g6Wmqdp&#10;5qfZ0L0WSz27M/SCllof4raSSVBJMgngkBIdSNQINkluXNYNLruuql2593VT5fD1k1SqNChQf5Ro&#10;i9TxkWPiH1a/s0UyTJ4wGpOBr/PpmN9HYeI6X2xttZTbONx8fXVVhN4ttbCY/ZG7cYo8QydRhqc+&#10;LHrVVVQsVNVI0hLzzByI3UEHg+2vaNR2BXZxMngtzYyuweHpCDicjh6iliyP3P6HpqyYoXlkQhld&#10;OB/aP9SLdbi3Gm0tgQ5NQRQ0I9a4/b0sSNVBeU4I4dKvsrbXVJ27kYd+7brcbHuxoKTL5LFVE0mR&#10;pIaNPu/LUZLFS+SGlp2XQygaDe2ghm9iDQSJWbo3BlMPBi6vcEONio46iGpjFLRJMW+4FQYks8sT&#10;en1c2sCPb921w5tbW9qWFDjjUcOHD5enTIAjhYoaA/4OgVy+H21trpzbuD3JlNz4Dqxs7UzZbG56&#10;gr8hnNxUdPVK+NxlP/FKiSWnoa1F8rQRREm50eM3BRElfuyCSr3BBFtqp3Sr11PT02YqYqOXwUUZ&#10;hqa6ghVz5iVuWYlQB/rcmF1CkxEM4IRBgep8uP8Aqr/KiVCgKSa9Cr/CeuocFhOtsSN94/Y9ZHi6&#10;xKratNnJ8fCMhWrkaDC5nO0kEklDG8hRRCHUsr6XZVc3V2V3FV02Kw9fRbtwWNmgp4ajOV1fRtLQ&#10;1Mc1nNHQVS6FZgSUVS3LWJ/p7Q7XbNeJJAy1Kk6AeCgcP9X7Pm/NJFBJ31ofLzPQbS9f4r+9G6aX&#10;NdS7nze3s7k6fH7docFuJRkKaVFbHZLcu4sZWVtN9sk0fjb7qJpH8PpKFvT7QmRhwsUWW7dwZzmS&#10;rqXGVmQkn0sanzU1LpFNQ0BK8Mt9H1A59rxDLu92NtvCAYxU0GMfP/N0hZhbCsa11/4OhOwU0m1K&#10;LB9M7jxW0sViq6pj25t7D0FTVVENZtzxyTk1dRVCz1BVCsilVMkjryS1zC6v3Vjd1wHOUUs2PzeR&#10;mpa2ugqZ4fBPQFglRR1NyBGxJ1WsSbWHtDuk0jT/AE5XUI6BaeVPz6WppEdRgEfn0qew8HNj8PBR&#10;S0sNbtClwuRo40o6Srmz+HzHhJw+Tx0VKkrS+MBk4KlSRISQCPb/AEuzNiTb6rMtk4G3JkajIJWU&#10;q1sEL4jb1JQkOSYVb0NwRHK3Bv8AT63e3qe8vLVIVPhsQBQcTin+rz61BphGsjh5/wCbpBUu5uyq&#10;LrvEyLT0e38fiNtR0VTJ93V1+6dyZ6pgWHHyYuSophGC7s0tTGqPKZCQrqFOpbZjfiNuRMfD4IaC&#10;EJHNkzNT/bUwlhusccesEabeoOAPpb2+u1LtO2xSjulBr9lD6Cnl/l9emI3NyWr8J4fPoI9j9GHO&#10;df5jMbkpstJkNwrW1Em161658vlXp6yQNLlcpIZXkkmFjBJAQURgrXKkBL7W68w9Puip3zgUaiyG&#10;SbKxVOYpTUSJWxVQMkkjR1p8MKs6gM8KEkHSCOT7Ldx3c7tOttJXWpBNOI+f5dLPAW3hJwDToUOw&#10;t30u2uvn25vHFYzMUcGP2xCu2s7NTtqko6uH7bGwQ0JkesqAEV4hUaR5I/I/Hp9v00VQKzEQZOeh&#10;goqZ/NNQY2oZppokl1wPTq6Hyamu0utrj+p9v3UU0Fs4tz3Gn28P5H5fy6bieEHVSpPn027ZyuEy&#10;dHufL7axG4qrK5V6umTcO7sUaSlgrxTikqqauCtGYI44kWKmaCLQ4t/rlu3LjMRPWVlPjj/dLPxR&#10;PUJVVrJUy5qCoDFDBSRvaRjIAWGnUBwfa2z1Jap+8O4N+I+v7OmGYs1Yz+Xp01de7w30IqbN/wAU&#10;o+5thZvIw4OlxGzcZSYmi62rsSViyc2TzWRlVzTxQ3ABY6mt47Bh7DvYuNzGPz1XvDPZGlSfEUg+&#10;6lhqZMfLXQyJ42FROg0BHbkRRWPHqY+y/eIp9z07ZAKq2QfIAdPowgQuxycdGM3rkMIMFj9rU2Pm&#10;qf7xVQxeIjhwi52KjrIY2rUq5qSfUqCDx+QTTroVtI5JA9q/OdsYY5YxRY3I5sVNCKelpMLTPPNB&#10;NU/tsWmjZQsZNi0jOOB7O4YIdsso1nYKI+IPA08vz/1V6SUlnqgxU8ei94T437ppMFK8G6Uw24an&#10;ecWfy2cykceROYx9HXGopfuaCaMwxyxxs0cUaxrHGf0i3HsCNxYDeu19zbXz1XmdyYqujgqEqKeg&#10;xrVtFLRU6tUff1UgZ4qVVRxDaQlmIuLn3eeaLd9u1247Ce35/Z/qz1oAQSFSTUccVHRoMPndk7yp&#10;s5iMbVYPPYymrZcVlqNWgmpkyDc1OMqqeQHVICCx9P5AAuvtd4Leuztx0dLR0qZDM5mdqyqkxtLL&#10;X5PS84LGsyPkTwRyqfUYTIbf7H2XWXi7TKZbhgFwPIEj0+dOnjpuBpT9vTHncLuiPJTS4/JYfC4W&#10;GnxiLkaiipKSSnpqacGbEUdRTy+RI5V/bMjIpW/oB4PtZbPxFFszbMkWaqK6ryRabI5DJz+Smeso&#10;6uS1PSPS04LIkV1VlVQSf08ey+4jG5bgbwYjAx/lP+qv7OlC1RRGDX5/PpJ7qy+5Nx5qKk25WYyX&#10;Hyt/Cqel+0paqfG5ihd6msyMVXPIIZZHiOmFLaUC6n5bT79uvcuRpThNu4zBtPT1EDVk9fhqSWso&#10;8YKkalkqvursHK/qDj2ZWltDaWb3Ct+pKcA8fQf6v9jpLrkknLtUquOmbY21MfX5/cO9NwZvPvXL&#10;WybZpaXdM+KxctRTYGRyy0i4YQwPSmd3eCSIMTzqPHvDU7sxEmFOLxeI/wAnpqqlbI5OsmRKytya&#10;TWjRYoW/ZJszAMQAotb2X2+3x2jvPdHXNIp4nAB9MeX8+loLzSBuAHAdKWi2PvWXfL7pz2+n+wWj&#10;raLbeysHjYI8Li8bPCoqKvK19Yrz189xGA6eMKWsARz7et9Jl4Y8PkMvmchPRVdFElFtLCsXly7F&#10;fIi1mQ9KorADXLcBfoLn2Z8v6bzbWW2AUISC3n/sfZ6dMSMIrgqBVugk69XZUO99+YTY/X2PpdyY&#10;bMyVu6Ozdx4rH4/G4aqr4T6MJSShqieWME6KZPEjElpJQGGqNLDQ5PbeT3rmo6nb0WOpdD49Jknn&#10;kSlj8ktJHM3qMIAARVtqPJ9s2QuL3cRta/AlWLny/wBn/iumrpzBGHTLMf8AVw6VNduTJ7B3Tsfr&#10;fAUtNvTI7wyFbUVuWaD7Cmw8RheabcWRgx8ckbTSS6jI5K/0Xnj2EmyO1txbvasi2ztWLGJjao1d&#10;BWZ6piSqaBW0CenonA8zEchdRA/B49t7zDY20vgkly2Kcany+z/B05avIy63x6+XQt5TZGJaOSfc&#10;OUyMtPX0JxWVioRUUVLVRzAmQu9Fqkp0tcF0kT8AvzyKG+ZDka/B5CTK0M1YaSBM3t+Wm+4mqY1T&#10;XKqLTPpjuSbk/QfTn2tsfH/c/h3KlGBOk8CVJwf+L6ajkTxmEXcK9BX05hqXZ43ftDbm1cli9nQZ&#10;jIV22d2rXM9D5asiKSmT+K6agmJwNDBJo2sfVaw9oc5La+2aVaeeqlo83laqpGJ2rjJzUpTUNV6Z&#10;p6pELyRqq39crqg/P+G7SB/FN4poq8D5k/6v9XrqSar+CRjz/wBX+odCjUjc+XzeOxNPSUFbtqgo&#10;YpM5ufL0rw5Gty9JIk1DHiqaJEgdHdTJNJHHpUgKtiRZlrNlYzD4imznX+Uw2PabypVPWTUkzffS&#10;Jqm+2qIRpXQDY6iT/U+7Wx/eM0j3SnUmaeVP9Xl1SSQxuI0wD1Px+58jLmK7b24MNUyMS9VQ1eNx&#10;lYKFsWH8MX3/AJ5Gcys6v+hNLAfpFuZO3Nz4PaONoYdy5uPcdUZWr6nGYilSqpzra0ZNXMY4y5I5&#10;sth/X2Wz2c80kkynw14fM0+Xp0qWU4VePr/sdd7joNwZ5MhFgqKDCVf2TUVFuHJVMkc6M5LFoMfQ&#10;AyGJb3AkljJb+yAA3uTvKlq9y5TF5bbGza6tpq2k8hq6zJQ4vHoWOlYWqiFjsgHOl7cEW9rLee3l&#10;20opqUJBpnP+c9NANHKQ5rXpo2nWzbNxtThN5bwwmRy1GxmipcZTTfxX7IqrCb+F+Wqq5S7EkERE&#10;nj6m/sUMFtbL/wALopJtx4BI6Ollqa3bsEtPkqNpk/THJPdpGRfy5IBP4v7D0dw005s6FCxoCTQk&#10;fZ/qx0pk0oNek0+zoP8AePY+DxuahdevN/5CbIy0uLTeNHhavF/w+OuGksJsh9vIHv6VSKMnkatI&#10;9y9v5apyjVlNiWWur8VC84vC2N28taDZfHEgJKxj9LPe55A9qDZQ2d6kNye1yK0ycep/w+XVJXcw&#10;lkx5fPrhv+jxmMwcWU3KJsJjMpLDh2mSpbLb2lxtaQjUsNZIxZJahjZ46diVU/qJBHtiTN1r4bJT&#10;7/qMBBmJK69BFKDNUrSIw1TLGBdFP0QWuR9frYHF3byy3AFoP0FWnHFemYgq0C8fPP8Ah654LaeB&#10;27mdv4rq3D7kpdtUWOnOTqMTURQYCSocaaeGqnrWD1FTe7SshKrxc6iQFlLk/JgaTJYPE0edya02&#10;jFLqSJIAIyonJmBK3P0sOT9D7D+zRR/vGS3upNMYNdNaajWv+r+fSu6VtGnhXif9XDpp3Ng5JMnU&#10;UGa3Lkto4CoqUqdyVaa2lykZIY41KimayKVFnlOrSn4FuAq2pltwYjJ56fcOBniqZIJ5pRRzO9RP&#10;UkF0p4ZRcxg/Rn4/2Hs13Gy+u3CGOKumvD5ev7Ok3iBLeiHPkePQuZ2jw+e2li4NtZnDpQh8fHjK&#10;yo8FZikpldY1nNJriScqovHGx0s1uD7Fbr6XI7523ktw5iKHbdPRSmhjoqSoWukigi5BkdPTqt+o&#10;Ak3+tvZZfXKRb0myWSVJFSSCck8K/l04KwW4mlqSfXP+Dot3b+Sp+k221TYzGZDf+490ZV5Ixlq/&#10;HYw1mSlsjSvN41ULcqsaRoFQWF/cjEDa/wBxVZaUT19JTK1E9dkIJm+4kPpaOFXbSAPodK8e3b6w&#10;nE620UlGBqaDA+0/6uHVluiqaGXLcB1PzeZ7Xk23R4IYzC4DdObUV9JgcLnoGXFwBhItXVVMVMJZ&#10;LMOdPDNcarc+4lTXbdw8aUOEoZMAmQm+8qJ6Oikh80aXfzVlSyiykX0i5P8AS3s0t9sSVPq5W8Zx&#10;2rU1A/2RTpp5JNRDEUHljqBt7Fdo5vI11dvbL4jecOMpTRR4+eqx4hpMlKgR6PE4ukuHkIK+aaof&#10;n6fQW9oIZWt3ZuWajxEOGhhoYHX+P5bIzV1XTAj1SUmNjLeKw+hbTc259vbrdDbbVYHBctxAHmfX&#10;qtvHWshxXy6GfC7Vh2RttqvIvkLVEkdXLtbbONxmJoqiqc2SjnqViikqSTYOzzgEf2be+VZseGoi&#10;eik3hXULyFnmyNUSJp0/tyQxkkqGt6Qx+ntHa3tw41oldXADgPSvTx0r5HHThUb+rKCl+6ptiSZV&#10;o1SKLHYaSnaSml4Ip5KiVVRmQEa/EpseBf3P25iVmhlwe0qyqykVFpOQytQ8k/ne5uBKl1BI+i6+&#10;PaC5YWNwJ7g6pWwFXNP9Xr6dOH9ZNTDSo9esW4NzUmOxlNuLsWLGbcp5L/Y4+rrKaN4PTqP3DVRQ&#10;u6nklU/1gPaolxUUNJJj8nUxYVGDa5DN566pfTb0RqxA5/pz/vXtbaC6E63dNRbzPl/l/wBX59MM&#10;wKdo1AdBg+/o8tPHlti4+s7AeGVEhpqOJMZt2ijMg1yVWUqowrlUueA1/wAC/ICb+6uF/wCeryn/&#10;ABdNP/AN/wDkn/W/2r6+xL40vr8/9X+bpP4p/g+f+rHQ0f3q3h/zwtB/xZfu/wDi/wBJ/nf+VX/N&#10;/p/3j3//0HYU8x/JPIAI/wAefz7wOZ/l13g0aj1t5/d0g4BQA3Njzyo55+nubDTaANTHVybAEWIN&#10;72/4n35JgagDHWmTTwHTRkKgSn0aQtxYXJtfgXI4/B9zo2VVu5tY8fgjn8ge/Fv4f9Xn1sAA6umC&#10;aCWRwE9Q5uwuVYgWIFz+OePfITk3K6Tb/E/nj6D3oMBx/wBVPt60wx1wkxiHRq1amB9IAN72/Vb/&#10;AG3+t74tUtpuOLHk3vf/AI17s4DNTqxB4jrumxiIStgdV7gLptYXBIH5P1/2HtrqqgqCbjVckAH6&#10;f8R73hRQdaLY6VGNx/kdfSwW1r/6rn6Ann/D2x1Fd9Rci/4+vPuurNF6qM9LOkxC8MR/W3FjY/4e&#10;2mSoduCCb/g/nV+PbuCK9a4Z6e4qRY/pZdPJ/pxwSR7wqNTagvqF/r/S/u1aChPHq1MdZmPptc6e&#10;OAD9QPzbn3LitcnTqb/Hix+l7e6Gpp8+tEEHPUKW4BAbStuCLWt9Rc++bRLa/AZuOOOL/W/+9+7F&#10;lY6etkYzjrFHLJcDnStrHnni3I/4ke8LQkD8Ef4j/b2t78T1oADh1ISe/wDaNxc/W9/zYj3waEkW&#10;W9gRfjk3/p79qxU9eHp1kWf1HUP9bkWB/wAfeN1sOOPxcj6/6w/1/dh69boNNOsqvckE3J5sDew/&#10;x98FW/8Awa/0/wAbXsfeqU60oPWR3A/BC/7cgf6/uXFCyjUb2J/1+f8AD3VmFKDiOtrkgdQpZQxs&#10;PzcXtb8XP0/Hv0gYAixH9LAn6n8n2zVK0rw/1f6vTp5hQU6zRG9muObGxtcWH4H+t/X22zIDbg6i&#10;L3/x/PtQGNcU6YKYqenCFiATf0/gcEf4X99xoNNrfS9v68+7sxbrYx1jkc34J5PN/oeeef8AD/W9&#10;yY4bqWA0m31P+98e22JB62M8eo7zi+ljqsSSQeBb+z74vARf8/U8fS/9T73Woz1rFeu0qBcci305&#10;ve1/x/xr3hMBYn6EgfS1+SPwfflqRVut0Gr5dZzUqg4uLnmxsODwPeaOJUNypAvax+otx71UVp59&#10;eNRnrFLM7r6WvcfUci/0+o/PtzVAykpwLcf0P+sf9v7pWmK1PXlGc9NLyFHAcAX/ANe/HHP+J49x&#10;nOn0jV+Rzfm/uwJbywP9XDrxAA6kqlxquCSQbCwsAPyfePSGJsVHpH9f+J96LaRU9e4Cp6zAkBeG&#10;+t+LcX4F7++OgfSwPB+vI/x+vupNVDHqwYVz1mDsCV1Hk/1sfp/X3Hb0GwHJ4/1gPrwP9f3daEU6&#10;81dWOs4BksSTpH+I9TfS3/I/fPyMV9P4H+P9P8fz72ajj14gk06wiJAxuLm4sCAT9fp/re5CSHQd&#10;R5/Lf0B+v+v/ALf34kdbApk9Rnh9YKj03/Tp+lh/vHvpX5F/pzz/AI24P+391PbnHWhQinXJkDcC&#10;4+l/6/Xke/MEZDcEn6jm5H9PdA7Dq1KcOuagq66W0rf6f7D8e2xkUE8n6n83tx/j7UK3nT7OqaRW&#10;vHpwDEgf63PHBt/iPceRNR4vb/Dn6/T3o0p3daNCMdS4pLD6i/H+A/p/xT3iWO3J/wCJ+v8AT/fD&#10;3vqlKjHXNpQb2+t7/j6Hkn3yeMkMf6D6fkn/AAt+PfqimOrFcDrpZLMoIPJ4P4+v+PPvqK4+iX/P&#10;+HvwxmvWgDwPXKWx/tWubf1+v+295ipPLLb+p+gH+29+x1YVrnh1gBtwrX/wtcm5+v8Ar+8R/tG5&#10;4v8AS/5/Pv1MAU60aMOsw/A/Bte9v9t/xT3EcEfUfU+kAf72fe6AinVDXqQrAH688ck3/HIt7zwx&#10;MTqAIsPpxfj6G/vROKdWUeXWGWUKAGYfX/WHPHA9zVBHJsG+tv8AH/Ye9Ejq1PTqETqGlbstyP8A&#10;Ec/W3vt2H1/HH+w9+GcdePDrpQfp+f8Ae7e476b/AIvwbcH6j34gV6oPir1JQtp/1yefp9Pr/h76&#10;VzckLa31vx/hbj/b+7EgDHn1ZsmvXbIpsGPB+gB5P9Lf7H3Kj5F24sf94v8A192JHn59e4fPqFKP&#10;UQoNrf7yOPz7no4I9J5sP+K29tOK9WBHl1AZSD6l9Nz+P6/m5PH+w9xHYBm4vc/7x72Pgzx6qxzX&#10;qcikhQDYLawH4/wJ/wBj74qFY+m4/wB6HP5A921EDqtK8ePXZJH6uef9iQRz7lJEtgSL/wCubEkD&#10;62/ofr71qoadOgKOoMkrn6H/AFxwbc8C495jCWFrXFvpxxf3StD1XiesazhSTyp/w+pKj6cf8V94&#10;XhC2IAB/2w4+pA9+1jgOrjhWnWeOYvwzNptx/qjf8H3DlS/0YeoXPp593FOHVH416mxSEfqUjS1l&#10;9XBH9AfcYwj82/H+PH+x97JzjqpOOpKzH+hP9f8AiLW98tQjA4Bv9D9OPx7ppzUdXFKddWaQm5It&#10;/ZJJAP8AsPeGQki1x9D/AI8i5APu6ihr1Q9ZkAH0B/FwRb/XsfeMOVa7MLf0tc8Hjn3ahPy68VqM&#10;ceuWkFdIBufz9Pr/AFA98jVG91W/J4sRx/U+60HDquf29eFMCtiwFrWPP1J/HuWspcXbg24HP0tx&#10;YH37TjP+z/Lq9CBXqG0axtZOQCfryL8Xv7xioVeCRcXtzzb3YLXPXqgLTrk0DNb0+k2PAJuf+K39&#10;8kfW91/2Nj+f6c+/UK+XVQKdcXXSnq4+nB/AH0+nt2SBXTUQTf8ApYlf6tb/AGHvxGnJHTnbWnTI&#10;9UySaVYDT+eQpueFHvyxqraVN7Dgi9wfzf3QmmevFQDUdcmkd0DMCLkXuQb8/j3wkoVqPUbLb8Ec&#10;/T8j26pA602mlB15ci9KNADPf6kAWAP5BH+8+8T0scEVtIuf9SCTf/D35mqcHrQGMdZoquWeUG40&#10;j8tYC34v7xpCzKSp/wAACB+fybe6EkH5dbpQVJ6kvOisoPJ/JB/p+Bf3gUFZivB/qPoORb3Zc8eq&#10;VI6zSENArci/04ueDqt7dIaEalZiDfng/wBPxf3otQ449W1Ar0zz5A+NlAIAHJYEfj62/PvNUU6M&#10;ytwoCgXtfn6C4Hu/Bf8ACOtvT8PUSlrJAGRgWOpiBc2Fxc21W/23tucaWZQbhSL2HB/r72rmtOHV&#10;CM06dQLxo5B1Nci55U/Q/wDE+3mjk0qGCg8WGogAcC/09+cBu1TT/V/LrarXHDpO18RL2d2Kg/pQ&#10;MSSb8k3/ANuPcbJyhWAv+oXAU3/2Fh7bCjy6cYgDPHqfhoWaInS4swH7g+t+QCT/ALH20sYgof6s&#10;LmxHH+397KlWoOmtQHDp9QysSjcLewIOo/4XHvF9x6eLD+qg+9hanu6trPl1nNMQxIuxJHJt/r/7&#10;D3Kjl1IQqgWBJIJPH159+0hRXres+Q6gyxkSDW2q/FmAt9foAPfKBrub2KgXu39b+3kIZeqFqnHW&#10;GrQoAVJV2OmykkC35tx7d4HU3LaR+Bp+h/AHujkKagY/1fb1ZdNak9MVTFIQAl2Iubtbj88X4599&#10;Fx5PWQUPA0/X6/T3oEMuOPWnpXHXJYnEIKArJ9TqP5/Lc/n3JsFsFTUrcCw5A+tre2Tk/PrSjNeo&#10;4u2pnmKOp1NqtpPH1J/3m3vDULI0el5AEsQF5Fj+OPe0IBoOPVjTgOpFOYhJ5I4mLXuzXHqF/wAH&#10;2kMhRSJ9DqVrEMP8R9CPagMBw60Y8VHSzx9bHMOVKMoIs31Fv6H+lvceKimjj9IVT9SR+P8Ab+7M&#10;VOeqafPqQ9ZC0gUkkE2F/wAn8+81OGh/cl1NYi9yTx9BYe/Aaqjh1by6xVBEtkhIFwfwP9f6n8/6&#10;/t2gqVa5UkG3BtwB9fr7qUCn5daGcnpnqaZwACtxf+vN/wAW98/uYgCJBrJ+nNrEfnj29QUAXy6q&#10;ePUf7Ocm8ZEak2/J4I4Xn31HXoJAxFwv0FyRxxa/tt0DJTh14D06yPjpShUcF+DwAR+SSPc9an7y&#10;S49ANgGHFj9Bx/r+0jJpNONOrheohpRQxeq0hGrUCLkgfXke8s1NoXW6lrX9Vrfj+17ssgD09P8A&#10;V/q/2OrmgqOo0FUZjoidUuB6fr/tr+2CpqSzKU/s2APJ4H+t7VjT+3/N00T5dKGlpdKMrgcm5BAH&#10;1PJP1/2AHtrqmkmAUHTwTc/p4+trf7z79QJkdeIPHy6dKZI47mwuDbgDUfwAQfcFKOSVSGPIN7n6&#10;W/rz73q4UHVK0/PqW9THFY8n8C1ib/S1h7d8bhhJIAzD083vZTzxx+fenkKio4dXVQ2R0zZLMini&#10;JCtqY6bWuw45v/h7VaUMdM/qN2AFrLdhY2tf2nMjOOrnjQ9JM5GSqQFFIjJfUWfSDxcNp+p9+aSO&#10;EEgFGNwdVjY/649s6S35dWoSKny6zLFLNwzK6X+guot/rH23T1aqpAkLPY6yTquL82t/xHt2OurT&#10;TqjMKkL05Q0JIDmMLGSPGq+gA/439w44lmv40Ejct/gD/vXtSHB7j5daDVx1JmkansJHMakoLj8j&#10;888H+vufT4yaSJy6gAC49Nj/ALC/tlpNWR5dXVa8eoFVl6aCeJFe7OdNtYIv9bkD/D21SU7QSPIk&#10;ZOn8D0gfi49+BqBq6qVI6e46hJ41jMgGr8n1H/WP+39ykkMsJEigcg2P9Bf3QLQmnTiKdJ6iyxiK&#10;ZWjNyVIuOOT/AID8f63tkq66OBiipYm4vb+0efaiNanj0y8hAx07wUskqqztcCxA/Gn6c+2NqzS6&#10;szv6iSWsbc/Xn/D2poM+fTQY0z05CEabBU9IHHHFvp7kSVjNGGVi/wBOeCBx+R/xPtvwlr3dX1Y6&#10;4JAFYi2n6/W44J+g9wp6mbRcEak5Fx9P8CR/tx7eooFBjpskkdZkjTV9PS39Dcn8A2/3j3iWF62I&#10;k6tbcFibixH+H+8e2nxkdWXIz1z1iFrcBebAcHjj3yTEVCLp/wB1ixNl5NvqQfehIG+fTmmgqOuj&#10;Vw/1s1yBfj3KiqVgdQXaNQbG/wDUf197EZPDz6bZj1iki8itdQxINv8AWt+CfYkYLJ0Q8atKJJCR&#10;a1rW+v1HurQk5I4/6vXryzU6C3deIyU8UzU6eGJVY2B1Em3I0m4/4r7WdQYahSFhDKwHJa4N/wCn&#10;9PdFRY6Kf9Q/y/6s9O+JqoR0FdB/EKNxJNWmOSJmuBCwKlR+bG9jx7SORoYwTEYwFNyFW3Nh9L+9&#10;vkdor1rFOhRwOWkljSfzFnBCl5FIsDbnTe5H5v7SiU8CSOpSxJ0gHk2v+PfqGlCOHVNQU06XbTzS&#10;RI6yen9RcfT/AAvf6e1HRxLGgVQF4sRp+t/8fbUlXUAfb04gLZHSYrZmeQs5DjVwQzfT8WH+P09p&#10;nPxMY5URgr3P6uWseLD/AHjj25HGAtV4/wCr9vVZPTpTYSfUELKShUAFQdF/rcg/j+h9h7SNLHUB&#10;agMVX9LaTYkfS9/9v7VEVU56YGpTXpTvyp02va/+w/PtfU1Y5jCabMeUvwP9Yn2ykSaqkV/z/wCr&#10;/iulAbt6TtVTDWW1nTb1geprf1t/xT3yqRIkgfVctzoFyCfpb24RpwcUz02VJPXGlaOWPQqmw9Os&#10;8NY/Tj3HapdSNQudGkf0H+Jt9faY1Y0XOergEdTEp0IuLAar2AH55tz7anr5PWruTYE8G4Jva4t7&#10;fVMdULEcepYp4wQyqB+OQQQLfS3vHDEKttRY6x9EJJ4/HpPu+ihr5da1A465SSmFbaSVP1YD+v8A&#10;j7cGxNPPGC6sNIueDa5/Iv7aLmpA+z/Y6UrGpSp6iffOjAek3YixPIH15/x94IKOlikIM/AJK2/S&#10;P9dfd6uUoP8AZ6TgID1mlnmIBWEm4F+bE/6x9qulrovAUiUEi1mtax/P/GvaUxCtTx6f1BeGR0mq&#10;qilNQryuQpv6Qb8f0I9seVrKiSe0Tl9JGoqebEc8f4e3ogFWlOmn7uHTxj6WCOAaoxHqBsDY/Qnm&#10;/wBbn21Ry1McpIDv9Gtf6D8+7FqtUHrSo3HpxaOF47NpX8Hj/YC3uMZKmOd6gaHUsCULi4v+Pb4Y&#10;NQdNupbJ65+OJoxGbjg8hf6f0PudHVCSN/K2hhc8cXI+igD8e/MRTHW1AA09RzCUdSi6luPr+L/U&#10;kn8/n3FiqZ1dkjUkt+nk/wBfoLe05AYUPVs+XUl4kKqz2sv1/wCK+xAwU06RJ5fSrLbQeWJt9D/j&#10;7TSqBUfzHVwSKH06Qm4KeCaQmIanjYMWvZF/2oEEe+OaawaRAyckMQpWxBt+PbcegMB1YkuK9SMG&#10;rFRFIVc2BX1h9QtzYn2iKivaKzsQy3tyOCfoL/19r4xn5/6uHTJYjpWrTI4Kgaf9Ym/1v7b2fzTB&#10;pVDlyPp6Ut+L+3qECvVVbUc9SVARNK8BRxfk/wCNiefahp6eOS1z4yLBUU34t/Tm/thwwFR07UcD&#10;01zVDxkgXkFrs5FrH/XH+8+1fiMIZ1clnKoC2o2X6c2BP+9e0EsprQ9Ooqk56SGc3FHQmIaU1yME&#10;Cj1/X0kkD/e/bfkaeRCTEVDRv9LglgPwCv09qIHoKnqsq1wOnOgqYpABIJNMqCxsQFYn8g+2NaKq&#10;s0jgBJTe5PKk/Tn/AHv2od1bjxHTYXHTx97TBhGjEvF/ZA+q/RuPajo8eKSAPMyN5SCLi4W/0+nP&#10;stcszGnSlVUCoNemOryIqpzFCsi+DVqKmxbTwQC3HtHZSrjirJIgxBDEhNVlYA2ut/x7XJGdNWPS&#10;Zia56U1DGz00TEAlkBJKgkXH6Tb8j37G5WUPpk/S7MF1H6D83PtSAhHVPEI49Y67HpKhK3DqAbgf&#10;WxsOB7U0OSp2QiWzxkOdBA9QA/JPtiaAn4cdOCUVz0wyY2oEgaIlJFMY1gm6j8WA+v8At/aCyC01&#10;fO5hGi3CqbkAg2AC+3EDxLQ8em2ZWag49K+ASRRKJTrP5bgX/qfa52zjBAqzevyNo4VbKB+Sbe0c&#10;shYheIHT6qwXA6SO5K8MjwXjVAr3Ytdi1uFVfyfbtuQPFpkhbSHBNiDw4Wx9vRKoGBTqkgJ49MW0&#10;ZfOksFT+5JExGoWGqJnJj4vxb2msXkVLmKtLAckstrn8W/wHtqctwHVkpTPSwrsedHkowgcWADX0&#10;i35t/X2IVJlcTQxgaGYyKNIYiQMDxa//ABB9pkEuqterN8sdBfmNu53MyXE8cPilvqjVoirg3B+v&#10;J/Fx741C0NZDPMCFj8ZIGkC39LBfp7WI5Jp1oJU9cKMZXFz0lI6GaVp9Jk1MQV/Vd9Z+gFwbew8r&#10;KKNhKgkViXVVKqF4P01f4+9ysQ1eHVccOhWoqpmWNmjYXRmYFrkkfq02tx7TMghxtRrcycFiysQE&#10;t+SrD3VdUgqOtEBDnp6BM8Z5UAi4IB4P9Cp9iBhKimylMV8ivCFBVHtbUfp/if8AYe0761YdOKUb&#10;NcdIzNJJj5UqI0Ikc6WkTVyo5+o4BP8Aj7cqqip6NFZfT9bsAG03+hA/4r78AxfP+XqrMdJA6baH&#10;KVGQLpZSfoqsdOrSebnnn8+0xlJEaVEkJMRjAQrcKXP14/r7MkAK46T1NPXpR4yORYpGAtN5WLq1&#10;tap/Z9X9PcegCfucFkVgU1t/QX4B59pZW1Gn/F9PKKDqdVFgEPpDMCG0j/bc+2HcVfHCL6VRiC4K&#10;cEi9gARa549qbeM6M9Vkb16mUMZCklmYA29Rvz9T/vft42pPHnaf7FpGh406wlyrH/VauD7Znk8J&#10;+zj09DR1IbpozshxiNlEi85jHqjZ9Nx/RP6H30cVR4/KvBJUrIFcqSqjUxJsQB+P9f2+8TvHUdUL&#10;RRPStestNlJ8hjIquKlaJ5YhII5G/QCLrdl+v+w9idTY+CLHCro4lnVQFZimuRBwdahvofwfZYra&#10;Z9Dk56ekZlXVH59BdXZeeoy38NyE7UbtrlhVZTHBMyiwid1PPHOk8e1dtSohnqvE5JdQHMbeooCf&#10;q1v6/j2quIl0VSn+DpIJHYkP0AveEWRxu3Zq6mKpGSYhURsY2kIU+mIMbG31PsYoojosguLC4b6c&#10;/wCPsrRoy1SKZPDj+z1/1fPqwJNQOquNzZSsNRK9VXOGBsVk41NqsbsPxb6WNvclQFW172HJ/qPp&#10;7UaWdq0p6dXB0jPQQ5DLDUVhe5H6mDcHm3JPuNUzLDFJIbDSpNv62HA9roIyzBeNequajHWPA4ir&#10;3LmaHHoskj1tVDASilgFeTTf/WFyT/h7AfP9m/Z1UtLA51KSLf4A8gD2ZzLGgC0AI6YVjqow6uF6&#10;r+G21KfD0NfmqOKpnlijl9YBILKGVmuP949gfuHdeTy1WfG94jq1RsCCVLWJS/tkSLSg6eZvI9Hh&#10;2ts3D7WoIqShpYojGqKXRQCRGgVPp+ABYe3fb1WuNlhmmT9pyGcs1lW/1B1fn2iuGLLT0PTqDw+4&#10;+fWbP45srSTU0MuiYoRGyjnVa4bj8f19pTsCnqq6qapoi01PNJq45/P5I9rIJ1MAB4gf5Ok80ZL6&#10;k4dSttxGlxlPRSqI56dBG6j6EqPqt/x7aajbzw4RK2GimVo11S6bjWbAXA/4j2zHKHdk4/6v9X/F&#10;dedCIqgZ6dhVw/cmmMsfkK3VAfWbC7Aj22YTM5WCaJqZJlj5TXIedYP5H496Ko3Y3n01GXoD1kmg&#10;iqEMcyB0I5B+lvYoS7hlloYo8gG8h51OWA4/Gpvx/X3pYwAQvDpSzHGrpNw4Cmpq6SpolSJSAGSM&#10;La976iv9efcdcy0skPjiWaIFU0W1XI5uW/3r2w9uoBJx1vWxpp6cP4eqpJeV43bU2sWUi/8Ah/T2&#10;KtLJG9IoaClgnZEKP6Y5FJWwBP5F/wCvPtAFo1eIHH/L07qOoCvHoIchDUJkXkWtyNRSLJIskC6p&#10;qdrG5dR/ZP8ArG3+HsNM3QZqmyA+9o3iopWvDVenwyH9VhILi/8Arn2YJJHKKRGvVHR0NSajoS8D&#10;lsLXUrx4+thqKqmRRVUwb/KYGtb92nazr/r2t/r+3vEYKaeogkj0mMeqykEs178qOT/r+09zRY9J&#10;8+vKCWqOm7MbkpaKCoWXUJFU/VWRQtv9WeP9h7XeP2nR1dbFUVDSRzIbyJyI2Cv6T9bg/j6eyqUy&#10;afDj8zT+X+rz6dJCt3DPQZ7g7KnwmLrHhgjqabwE07rqaYOwN10qpDL+QR7VMuLxi1Ylml9MX6Yi&#10;AQD+khWHtekcphWPy6b11JqOPQMJvrdM+NnTG41ZKmtvpqxKUGg+q8sbKQGW55H1/wBf2htxZnHU&#10;VWIY5WVD6Vt6ihbizD+n+PtfHEEirSpHn03qJx0M2xMFn8liUrMrFEtVIQ0kaFgj6TdWVjb1e1Bg&#10;ainpYGliTyoQXlYxrzq/oRYn+nsskZpJNNf9Xl0pVmVaDpO76xNdlpY6aao+ylVtFMI55OCnDawe&#10;B/UcH2hd34qsytXHWUVDUT0pcH0n0wt/aHHIN/x7PoLi3W3EJ7WA/wAnl0XXEc5k1x8Ol515lKTA&#10;4v8AhWbzNEMpErs7SMkUtXGHPim0m2oBbKSPz9fr7zZPbkOSgx0MkbRTQoqPqPDaforKR7LROYAy&#10;pkHpcqa0BfpwxW53pKnLVBmSpo5Jmlh8S30C36lZCb39qWV6na1PSRxxA03iTheVHp9TsD+D/iPf&#10;oLbxojP+I9eZwjgDNOg+imwfZdflKaWob7mkqJYnBvHMpLAxRRypblfqLH/efaL3I2B3J44xTQ4+&#10;WQgPVUiKs5k/LKRwSfz7egmlhQiYVP8Aq/1fz6o4Epz59CLtLCbh2nDURy5jI56mUsaemyc/lMER&#10;tpiScjVxbi97fS9vaUyHj2ZIkMeTepE6RiSeWMxs4txDYn62/Nz7fgHjL45FOmpKRUTpX0Ey7poz&#10;LXY1aTwzuscLTR1FnQ2EwZAB/rXAPuJjoINzZKmpqWukgr2ksjOvkAikNirKDf8A1vae8uvBUuRj&#10;qyxq5A4dONdVDB42oq5YFlpaWneWVIyqN+2hY6Q/HNuef8fYgb+h/upR0lBLXvURmGICZwReWxDK&#10;Rz/tvb9lG72wnNAW6pLLHr0r9nQMdQbwo+y5s1uKDCfwg0eVq6DwysjtNBGQ1PVo6hbiQNcEX+hF&#10;+PZeq2hzWRliyOEkR0ViZPKWGmZD/Yv+Lf0593MkeY34+f8Aq/1fs60YnajRmg6MCWRLKSq3+g/w&#10;/wBb2KmzsV2BuPEV+KrylE8froqnziWKbSPUNN7rcf4e21vbeOYRAfF1sQyMhEh4cM16DHem5Nlb&#10;GZd05eOJWjKU1ZNTQeWojp5Wss0ioOQrWuCf9bn3gx2elwmTO0amnm+8KsktaiFkeUEg3c8Ae33h&#10;SB/qHzXy+X+r/Y6qrvIfBXh69PdXRUW5KKhz9NU+akaGKupIyNMTwsgkVjbnUR+D/sfYn7OqMxS1&#10;UsVfpjhD6YJZWPru/wCGH14H/E+yHdWRz4kPEZx0sh1RqUkNa8OkHvnGbeyuM0wRCokkiYVEEKhw&#10;qCM3MsTf0J/I/r7Um4Bh5qqJqqqvVFgywFgTe4/tE/X2stPqWtAXFF6YZ4kbQDU9Bbsj+8uMpquk&#10;w+KT+EKCBX2aFTdDyKfSbgC3INuLe2HdmTyeMoIalFiUKwWHyMLKlrWZ/wAGw+vt21giuAQBUD+Z&#10;/wBRx5/z680hQ1JpXpY7CxOCyGXyVP5ZJaqaMz5BEEqI0pe2pI2FrXuPT9SP8PbZg8/T1fjmTLw1&#10;1RKfDU00NpVi1DTbWPobmwt7SzWrRirCmnIz08HVx+nnpV57BMI6mjiwz0dHAgnp8h5I0aWRDqPo&#10;U/iwJ1W+vtF7r23lcTuyGbbdQPHMn3FT91NdaZlXXKiqeSbci3+t7Wt4c1orS01Hy6YAfxew0HTz&#10;sTdf94trefN0ywtFUy0HojcxV1MsnhpqlFW+nX9GBIsQTwD77OdqKmmqoqVp0yJjY1M0jP4JF/tP&#10;F/Rhybe2YYvAkrIMjgB06wLLQCnSlbC0yzUxmjp3oIXQ00KxDyRSEkIrn6FD9P6g+1NsGpqqenlf&#10;KZczxSsy03q18hrPcXsptwAfaC9l0zkKv29WSNNNOPSO7Bw8WRihjx+KheqgcSVDlFgYxBD40BUX&#10;ZbkarfT2JldnsriY4mjppq7HTC3lj03p7/R5uQbf63t+xitpx4lcjiP2f6vTpp9Qanl0XZ+t9p7r&#10;yM1NV1VJgt0UjITEWkP36pdilKrHS3J/UBce05HnMTUq8WTKUstazRQvqYOisP8AdjH/AHj27KZ0&#10;l8WLKj/VwHTgdQuk8T0Jb7OzmLSlbAvLVx4qIT1VK6wmOqkjsVWBTwPofpzfj2in3ltnadVLtr76&#10;Ssnr6j9U2ngs/C04XgqP6n3aW0cMbt8VGB9v+rgOqePGHES9LV9u53eS4fO10UGDmoUaWlo4nkeW&#10;XVEY/wDLNSjS3J9IJA9jJtRmqmmqfCIqKSFIzL/aLE2GoC4H+wt7IXkYuvhDUQftp0rKfpmpwegF&#10;7mSjx2KpsdUZcrmVqJ6ylpvKsZmEMZMyxhtLOALCwvzx7YuwA9HQSRYuBauZ7syK2uZha5aBbnUb&#10;8W9jjb3iez8WYaWIpT/Yp8uiaRZPGpHkDpO/Hmpymaz1bkN0VVTR0dCfDj3aEU1KVCD9usk+ikLY&#10;3JAN+fYLdfZSu3TV52lWhjefbb/d1BrF9VKVUqFjj/EhsRa3sqvf0LmNFNC5oAP29K4W1xktjTjo&#10;3W9q/B4Cho5q+sno4czVwYKI0tyaqavNohLKvIjHLFr2H9fYf9e5LbFH2tnThqSeky24KepoIqZm&#10;Bo6XKTyDySU5e7ASNwFPAJ44903tWeJZJvhQgn50/wBX8um7R41lZY8asdPWfoX/ALu+OtrZJocc&#10;IazI1DRjy1dHjwZ5i4it6rKHYqOSvAF7e1vlZM5snd0k+bydNU0MtMksdELu4yjyaftpVAPCf1Bs&#10;fdLyNbqyR4RpBFT9n+r/AD9ORuUmOajqDtzKYXeu3hV4eGaCgd5aSlq2iETT0yNZa6kcclJV5XVY&#10;3+o4559lRHL4mhmycE2NaurKSVdSGjSeEEGSaCRrGwUW0/g8+39pdPpHRBULivWrpA0gDY4Hrva0&#10;dJR11fjKDJQZKHHoIagLXLVVVDOZNaUtZGtyrEFmDNyRx+Pa1zWa3NBgMXT4TAy1WCxFNSpXzRPG&#10;9TEoi8q1cqfrdCpuWW5/rx7RWNpbEyNWsjEk+mTT/Jw6ecupB6Q9LjNnY7etRWbh3FTx7q3bWVkO&#10;Eo6yrNOksdMqxyY7GRzkI0igXMSnUxuyg2JCOny9dlNuvkamaktqkiWmkj0VhpZ7x+bHI31ZR+oX&#10;9r7fUhaNQQF/1f4emmoaE9CDDjqDHZuGlpaKuX7mI1ElZTktSCamIdYcm17guCDGSpuQRcflqqcj&#10;/dymoQK/+J4fG0rSQZITrFUoKkeSSNo4j6rMdB1cgjj2zHDqVj+JuPW2ehwcDpzghSuWqkno2oqq&#10;pfx1VPMomSQUjmKGTUy6SGXlSv1B5FxwvsX2lhcptSOHIUXnbJ1FVjMZTyxEtkI44gtQzKQQyHUQ&#10;Qb3I9t2Rksrt50NVUZ+0+X+ry6s4WaMKRk/5OgX3B09U129MbnMJmqnExUrQV+QKMukyxTE0wpox&#10;Yq4CEawRZSRzqPsB93bC3XsnObaqtnUVZXYipX/KopJTNTQV4cSChqInNvCyH9u4I/Hswluob6yM&#10;6GhNR8x/q+X+z0mWCWGYKgqo9ehYwe6aLNS5Sgmlgp62glkLQCcI8uOfiDIJzcLfUjEG6stzYFbj&#10;VlM95MFDSNj8bgt0y0MVM9XSyRwz0lbOumgpvNDxflVQE8Xt7QbXarEGmuasorQH/D8+lkrmTsjP&#10;y6TlJt+qfN1OSTO5LJbbmkVv4NWaK2hlESGKsmQVA1EGQlm03DFQQD+XLaeUyWBpqLbvZEzZGsz1&#10;PPQS1FNKZxFUJJemSpDXCOFIuw+vsvvfFmmN9ZEKsZ/aPOnVl1oogk49Me4sHBnaOkzWwfs6Cu29&#10;kIMtTOaJ6KkroHhYVKQmJVMkckZOkEadQBH4u7762Ljq+nxm20x9EcTVQE0+MgjcGKtL8Vr1SnUt&#10;72LXN72J9rLO+dbN7kGpJz+WMD/Y6o0SzSlHOB0kus98NVybtyedqq+auw+QEVbnMiIKSmqMYIfu&#10;o8fS0UZABgF7jQObsv1a7PRbWzO2ajGbb2rQ1WFxWICTZmqiSVUyMZb9zyVMpsQCSF0j6fX6+y55&#10;EWJppMyy8PUfIdXVVBA4IOlnDuXY+6cWM5lctgs5T5CoZcBQTPj6xaGVImWNKeADWJWtrcuxIPAI&#10;Fh7EzdVNR1WArsXilpI5p56bIQTSCKGohlhdJAWdBfyAr6Gbkg2v7e2xZrbU19X9QUFc/lTrUpDk&#10;eEeHp0Bm05ctU9j7b3blanNClwWNzm2chjqGSqqcNkErSwir44prKYLBPKiCyuqsF9N/YJy4inz+&#10;Rx+zt1uMG24zUinq5IKhq1lE4jPiqWbSqu9ihv6W4+ntY18bC2a5hAdR+wevkeHTegysIn6Mll86&#10;uLwOe3LtaCTdk+AoJfJgsbX0qLUS0tGKwwKiqbVAidSEOkspX6m3sTKnC4rqjb+J2ptjI5Y5B8t5&#10;BUsAxrKidNK0lSWvHHGLCwP5u1+T7vtljDdiXc7zSS2FofL9nn6+f5dVdtTrFGKKv+o9FV2Fundn&#10;yB3Lm9xb62Tg8X1jSbVSih21mn+9y1BkKerapq81A6xrK8jqzxMoRAFVFA1aiysnp63ObZgy5X/c&#10;kfI00ePl87NVRoYp8bOISt9VgQQbAnn/ABS7ayfXyWr4XiDTh9v206cnqtCmf9XHqDUbg291t2HT&#10;bQWop6Tbi0VJBDT7oZMbS0+IaYVVNurA1uQDrItIZGhqIn0MyrqXlRqSm1s1jcbsnTnduLjc3lam&#10;sBoDTulXIsbloPvY2AaEORqUE2/2/ttLCSTd2nBJiQUB9T6dOvN+mqJx8+hJ37hN7bw35gqnY29V&#10;/uth4sfVZGreogno6cTCSKSbCS0+qOrl8XpnWS4UOpF2HCRy248jgMasm1dsVe5Jsj5f44mKo6jw&#10;0BrVuI2mXULKWIfxg8i5tb2c28Fr4n1chAkQ4BP8+kc7SGkYBKn+fSzq8LT5rILRb3zy4GhxmQxg&#10;2fHX5rFQV2akw0wmlyLU8+lnDsiWR1J0G/0PCG69o6rY2YhyFBLnqqsraSWXI7fyVGxjpUqX1VcB&#10;qnT91UtrD2BC3PI9otyL3LrKQEKmoIPGh/y/zHT0KLGDGMin7Pz+3pd7529hOxNqZrbmfko4sPWy&#10;wxUWWo8oPNDWRujUdfSzRaPBUxVHpiCyMdQHNzYPZwuM3PvnPYbG0FGJ87tuv3Ri89inleGKtoZR&#10;CaGh/wB1RTFyVnBIPNxcm3tXf3UcUUE8nEkKR86emM/YP8/VY0+JT+386f7PSRi3FWdfde7frcpJ&#10;uCaDa2Ywu1c6dyTU5rJcVPkosLPuDJZGRXeaOCCVa5JlbU6raX1ayqi6zwEWxN0ZaTKrmcg+XxEQ&#10;ahz1DFUKJ6cCWRKKrZFs4e5CyEggMFufYf3UtdvFp+ANmh/D/q4Up0/EfCjYITX/ADfP06gdqrP2&#10;V17ImyN4xYnIQZaOpxm5tt560VC8RenibILQtqlppIpQssYYm7I+kBeIidmNjO0f4Rnw2Oq9yVEl&#10;LjKqWdaqjTGxvdammjhB9bAaHQNe5BII9mm72VLOOe1FViAKj5jpi3lr+jKMn+fXHH9a4ReoMbt3&#10;FwtlocVjDVVVH4/sqvO5qGkaSeOuqKwqVLTtrVpFJAAsfowWG4cbtLL5Wnjz2PqazaMVcqwwtUrT&#10;46py8JtE9SkbLJLG99TenSCASbXHvXiXElkPDajEd/r/AJaf6gPlrzqQNXl0icDH2ZRbIrsfiszt&#10;yj7bqqFchNWS4apytRjNtz1hkFJT00jfbmekXVFSrNIUkYXeJvzM3ZnN6URiXF0eJzUIkWUUKV9J&#10;RxYGian0QUcsSAsQqKAjKG5YXGn2p21LW2gHhkpXArxJzw/PPTTgvJrNTTz4dJnYew+qMxV5Ctqa&#10;Dc+H3DK5xmU3TkMVlYpd/ZGiqY6yv3JHlJUeKTz1DlJVIRro+kAJqCNq915DL4/AT4rBVGAoYa0V&#10;dXkqymDHG06ssFdkUQBUMIYeOYRji4a2m/tCqG2Ewj7nb+fTy0ZtTfZ0ONBs/H4vK56XcO5l3PW5&#10;OgTBRYAVFPSCqijhnymOxNTDPK80lUU8j07yzXKlj9Bf25bLwuLl7Ql3/BQZCFBjZNvZCSSpgqKb&#10;KFaaS2QrdYsY5IytkW30Xj2xvb3W421vZ1/UDJUjBpXP2elenYQkCPJ5tw/bjpIdkJVbf6f3Ltp8&#10;xiWzU1PWZja9NFiqihbExxZKOtxGMx9HQSmWSejqtASbWCbXawB9umKipc/urJ1O356TFUkC1EE9&#10;BNUyvpnW4hq4aYArGkihivjYLbggMbe1O9W8Vr4NpCCzmg/P0rnr0DkIZZeA49RaXLbh646jxj9r&#10;1WW3xmaampq6vzeMw1JBJJTzSK7UDpG6vNJTFkjdpEEkjesBgCQnNxZ+hir6OupatsvtMyPjsg1L&#10;BJJFhMjRyIkgNcinWsvJKk/hgCPb7QSw2ggFBMMkf6v8nTYcSPrYYJ6WGxaDKzQ5anzWLjwG62mm&#10;yOKq5qqkM+5MLVq8tNUTYeOQmnkpDJ9rKHW6sqSEnVb2r8FUUGXro8/tjcCZCGhmr6Td0uQURyGi&#10;kAnorUj2HjijBRJEHJALC9/ZbPM91Eu3lSJx8NDjyHHpzSIjqNNJ9PX+XQa5yortq0+W232Btajo&#10;sPlJsFN1PQ7VSprXfc/rXL0NTkoVVkrKipdaoLIBGImkCyOI2PtP9ib72lt/E0eVpUpcgmQkqsVg&#10;WxMqRzSRyRrNW008r2PqIF1AsP8AY29m+3bZohb6lvg4/b/sdJZJZPEApxyf9jqb1ngt/ZXP1lNu&#10;I5fCz0kWIy+7KHcUNPkKWrySvNTYKo2x9nM0KIq07mSV28jaU1AkBvfVLBjuwtr0++aiWKWjjkfH&#10;1OLylLE32k8DCGqp8fUOF0hAdZbkE8D2za7g8tw21BaBBUEcM+v+r/D060aRaW82/wBX+Hp4/i0H&#10;WO7aHrbEYeV6/cq1eejzOIclmURyaMlumjbW0jzTQmkRkuWAuSFUkSsJgcjW7tomxGXeo2rT4ef7&#10;mCTHPT0/8RgQx01PU5GZ9a6rrpVF4HIHtNuSx20CeAtZSwrT7a16sjA1aQ4pgdd7l7GgwOystV79&#10;xsO29yy5VqbHYqjyNLuLMV+MmqI2lzeHxWLjd5dEXlZ4mjNih8rheRG3Vitz4HAVGI2/mxV1zLLV&#10;VeDo6inxR+zldnqdORYeWVkH0JdWI/N7ezzb7dJSb29GliBprxPSV5FlbQor0xbO33sHsvctPurJ&#10;9dzvhaKujxe2N+ZuknysdRmIvDTU5pcUFcY5ZC7Wm8Qj1LcuLg+0NsjZkUlI+Q3ZQTV9fkqKSTGY&#10;OFqp56yjMjI33mTmk8jRyqAfGGAJ+t7n2S3MzXF8YonooNC3p9nz6MEVY46qAT/gHQ27y3VWUcDR&#10;4TI4nFUFBV/a7g3HXSQSw4QLEJBHDSOGjMgLIXaWyot+CSLKHcuA3P2lhaOkwFPi+v5dr5UUzbU3&#10;BSxGHJYiCnUOJ6aIOI0Q6XjZQwYi2pb6vZjY7hZ7ZHJt+WkapD0rqrxFfX5fl0W3FrPJOt0xwaCn&#10;oOgOx24MV0jXPujLZLd3a2I7H+2qqzf2EhoM1Q4Wt+/NLisfBFRzAtTVX3LKjU2rxiEalIYsrJ2K&#10;24sfkMF/ANz/AMOw9NSUTZyOPScTG0UIeqV4UUNp1A2Q8EHn3a3jdduMn+jvX/TAE4qfs/n1VTWY&#10;u3wg4r6dC1sKHHbjp8xW5/akEWRp9y56PET5Wkgny1XiUqymPyMNZOWYM0WmzxuukAC/pv7G2mfG&#10;7p21hs3g8BGKSvpJYa2px+Oo6JD9qf25GLiNghYa003IB/J+oW2yRoL14LqskqN8zg8M+vr/AJuj&#10;GShQvqAUior0BWXrZ+ut57ixO4+y6akpaqtxWQ2bj917sylfXytkR4chS01JUvKWHqEaqfSSeLXY&#10;hGbP2tkYarN0lXNDm9vZLG1VJko8U7yW8qmYUtZUKVKSrwosbt7Ntydl3OFoh+oGwD6eeM+XH59a&#10;bS1t3YA4eXS87J7D27NtXHZOpqoth7nxO4KWp2rUb4hpcaxrIKw4o5Kgo6iRlqKWaGSTkfSN7kI1&#10;iEbTvhsPU1OXydFj5oqGsMktAGqKqpzDUSeOGnqklBQaI1QSl7+oWt7Ntxjmu5PpmOnHH0+zpLo0&#10;AMh49ClXxZnMYSTEYTJZOhqs5iaiKLcFNHQwQ7eatj5ydFpId5NTF6VVuLWJIFrue6+4v4jt2eBq&#10;uba2ISShhSbbES57MQJVkeOF6VF0U8bPdGZjewstrj2m2/b7XaWkkt46uRUsxJ/ZX/V69XfVIytI&#10;a08v9Q6CPB/HahxW6qDd+fylb2fufHRyilG7RR4LAxVRdUkzD02Mo5vuKxUAWJ5InQctdXs3sWs9&#10;i6LBYTHNQ0FLQtXUMNTXbozUqQS4ny0FnydVFO1hJpNlhBA1G1vr7Tcuv9cJdwmqxViFFcHyqPKg&#10;PVbuQCQRcKeQ/wAH/F9AJSb0z+4uzdzYfOdjVuWg2nX1K0HTXX+HpZjunw5tpqPbq5kJ5mp0McYq&#10;6txCqxhjK6RlvYcbL2zV1VJjtzw1dbnYKSplpMRlMxPU0rVkSFxJkKjy3dI78qVHqHAFvbO4bl9Z&#10;fHbuKjiB9tadP6khjrShI6NJvTem3cBjq/bVZ9pt3I1mBGWzOIwdHS5Wvp2qNECUdDTxRpFUVEtj&#10;GjSIFuA3K2Bf56Fsrg56mObE5P7monXOZWCmkocNQvROYCIUqnbiJSRw3J9X1PBjCDHd6ENHUABf&#10;Onqf2dNP8A18PL59B9jd3Q7Y3HQ4fO024NumClp49i7fr8tT5/eO6/4kPuqr7inxZldXeZVDeR2C&#10;KCCyIGHtE9PY/DYLfuYyOGzM+UwtVTVSxQV1EsvknYDxfazgDTGhBKi5Jv8AT2T81p9W0NsxpV1D&#10;UOAK5r07FqSB286f6qHoR+2RurLdQ15qKNcLup6WKs04rNyouMqoG8t466NYnc6fQygabk+ogC6Y&#10;3LvLsLMbj3lrxNZDDi5vscTQZJaugwtVSNPoNbVSsFWQSR3bUAePoR7F15b2VjBFb2mEVcU8/n/q&#10;+zoutwXj1HJPGv8AP7Ps691H1/1/trZu35MPJiMllsnT09fktzwS0NflMnmHgEla1PkY/IwWOa6i&#10;NGstrMCxYlebP2ZtHEw00rbnpMTA32tZkMZs6jqqfDxVsi+QmbKVOt2DWOp2Cg/Sw9gu4XcNwLya&#10;afMitBX0qv8Aq/mYxusWEWv8hXpl3j2H2dSrU0O3Onzm545clT46q3nunbmLrsvT0pUS1ONwmJjq&#10;NYcsBCrtG2gK0qoSR7cNx01O26J8pVZuKfbuPoBW0WCp6p6mXNVaAszVWoqsfFrXY2H6Rf6HJtj9&#10;Db2lsaFvic46aSRgrOwqcj7K9NXWmZ3RWbKpIKvZdfhN85LKV+HztfVYujxdFtKGeok8UmPmQymt&#10;iiUp4/CCJXJaUxj6Br/crsTcFfmdw9dV+E2rgdzFEz1bkMjXfdUcypad4qY/RQDZNJH5tb6+1t3e&#10;2KMttGplmiAwBU19R+zptISiapWABz69Kfc/YOwuv4ts7S7GkyW5NxwRCbb4i2nWZapzU9IxpqeS&#10;lbHwtSrU6NIcSPGL+rgc+15Rdd7b29sTTFksdn66jrGrcvmKJJFfJ5AGyq0DM7FhchWLc8m3snsl&#10;urvcpvr/ANPt7VJ4D/V+XShpCNAiGPX/AC9MUHb+5a/sXAYObZ27MBT7jx0q0tHmsdRLHjoYS002&#10;TrclSyvEhdRGr04aR1bSLgE2Wkk+WTZ2NyWQpBk6/IvFBRYyGmtLRY+5SnVYrX1KoFhwB9Sf6U2u&#10;2kjuJ/AfRClcfxHiSf8AVnj1u5eNZFjHxHJPSImzOzq/ujN7LxTy7eh2vjTuPcu7Zq8RUWWzNc6G&#10;SgeZn0EEMGmkc6iVEaKAL+wm7ZzsuA2phWxuOoavJV+SSnq5pU+8pcRG1zoZJD45JibaiQVH+sPY&#10;k5dtkEVzf3J7q0A+Xr/m/PpDcO5uBGPhH8/9X+XoWdjx5nLb63HHUT19BtbD4vHwYmEyQ0lXuarq&#10;yzVmZ/YAqIaSAKkNOnkV3LM7ALpBahXYDB7fx2PzO7sjW753xVQU9Pktr0EOXOBhZlQU8YjAiQKp&#10;AJ+ik8Kbey63A8eXd7lAI4q6VPEkfiz/ACr06+uV1t0wPM+vU6uqexcnvE0eC2nhaXrvbdLUpWHd&#10;ORq8TU7ty9RGWjfGpBS1eilp2GqSWpivMzXuBe7Dkel8HtrdeRpslXZDdcmRp/uVo3NXTz0rsQYa&#10;jLZCOTU5ZgWaJNAI/FuPd7vczf2kd7F+mjeR4/s/1fZ1qGNaso8v9X59Pext+1W+Nutl48am3oaa&#10;uGPeqeogr6LIPRkLkWwLppLw3BjhnljANiQhAv7n1GP2xUSSbMz+bp56+cQ06UeOpjQvUTSgNT40&#10;VC6ZXvwuiMMo/Jv7pH9XbIszikbeR4j506s/hyLjiOPShkyuRkpRmcfjBDSjWZpcrkFjAoUYtNkI&#10;qWN2jChQXu8iOVFrW9oHO7Kze46qg2u+VxlDiMPO8VJtrD1UEdTSSM2nXVoGMkzgfqXx/X6n2oub&#10;xNut20Kavkn1/wBjrUMHjNqc0A9OnajrMUySZeEuVraaGd8lJBOkVRSRIXgdZ5BoWMBiyC4HJbm9&#10;/YiUWwNtwyRbWnq6Gs3BBChiXJQstbVmNdUVNdLBf9SL/j8eyqN5RB9RdVSN/wCXlX7OlJC6qRit&#10;OmOr3ZPFRRZqmx1TW4Qt+/WUM1JNHBRhj5MloPrkRANREQPAP19q/I9a7h7TrcNR7ipzh9tbaRKW&#10;aCBpDjSkICmKCAMis+kWuqkA/n2x9dDttqbDax4skrVqMmp8z8uqGJFZri4Pzp69BVuPs/q7p7F5&#10;rPNlaLIbk3U0mdioJJ6WnzudkEQio0nkdQ6QR8JGZv0LcKOLexQwWHxeGpp9u7L2xRbaoFqEgmyN&#10;YIqqurKeOwlqmuzMA1vSpIA/VpH09uttJsAtxdv4lywwPQn+X2Uz5VPVBdiRdb4jHADov2Y3HWZF&#10;aPfvZXYmT3VQw0U2Vx+xdkxVOI2lja2pUfw/FyVlLEs1dJECfJNPKxZrhVUDT7Yt45TA/fR08NZV&#10;iLE+OSvxuGlejgq2jIZI66SnCtIpIuUU2P5v7N02/wAC0C3pAmkzXiaH9ueHTEMjyapV+Hyr0vum&#10;MTv3IYWty9bjGpo8/V1FXtvL70kXL5nFwVWrU2MoJXZaZFViIhKdRFgV08e0zg8pT7hfJbizk2Fx&#10;1BRJMtPjaj7c5Gr0A+OVxUWSKGP6862Y/W309o76Wcyx7XYhguKseHl59PK6QxF+LH8+hcyeKrNn&#10;0eK25gKPceVqsjIPuM4kla9DjmaQNUzT/ZkytPOSdCqEjQclowLFy2Vu+iylYuDwFLlZqrKymn/v&#10;JVwR0+OooydJXEwVAVpNP1EmgL+QT9PZRucVvs7/AF0neYxUKPM/P59KYvFuhR8LxPTPv/YmY3BD&#10;/Edz5LHUezcBTvkqradGs5rNyVFOpdBuTMq90pha700IcSf25Ct194ez+usP/CTtSi3zX4abKV8c&#10;ueyMlTLVZPJRFrSUccmpBEjE/gf7A/T2Jdk3OVrGTdbmGjuOz5D/AGekTKJrjSnwr6fz6DfqHtPf&#10;W9s7lMtWdcpUbXwtKKPaBw1LDicZjfHdamRDXNJJNNIgVEkhQKq3AVdTe1XtyqkxNHBsPB4Oel2X&#10;gcWA1ZFA8TZGSOL9yaWqa2t5WuWfgm/19h+CCCO7XcPED3Vw4GKdqk8PyBxX9nSqbUYGkk7dOFHX&#10;W/NnYfJaOytxZ+BOwZK6OPbeNzNeldjNrzTSinpIKLDREqDEArMSGOq7MST7L3Wbt7L31vCXb+yd&#10;rS09Dg5X+3V9EVFAkbf52VmKxXP4DN/r+xJvVzt2124SQjUwoT5k0+X+Th0htIJWJmfPqT0OOB2t&#10;tDrDbdVlt15yOursnFE+4d2Z6oLVeTqJV/zMDm7rECxEMEXCiwVR9APtXtTPvtSE9hbho58xUazN&#10;SUdjDjoTe0CNThTI4H1Ci1/o1ufYR2rcb2bcGW1XTCBjUePzp5f5fPpZN4AACjPn8+gl21vnYFHu&#10;Kop+p9hVopfKTUZekxr4ynzFbI5JkaXLaCEv+qaUhv6IePaExu2uu9sQyZl4MscVjyamSj1PDFWz&#10;3uZ6lIW8kmoj0+Qm30FvZlPHfbnL9NUIx4t6D5f8V1UymBKpTUeH+foVsjm+ya6nXEYwbXoc3XCU&#10;RVZmqqsUCMuo3jeNUcxqRqt9f6c++FXvo7tiOaSixeH2/HqihizDRFnijH6vtoL3JHKhmNuLj24s&#10;cFlTbLOrOMlvU+v+r59aRJAviTGpb/Vw662l17Js+g8OSzef3JuOvkaprspSNLAWkeXWyRGVzHBE&#10;L2smkkfT2kqnuCuwslHQ4WOqlxkkyqgx0D01I8jnxF5CoBc2+lhb3uXa4AjTSmr08zX8utoxZgp4&#10;dKSt6z2tnZhkdwYekyeVETQRV2SihyFXSQM2poKWeoDeNSf1aOW/J9jdSVmIrMGMnSRU65yeIvWZ&#10;OsBqJqf8GOIztcnmwCD6+yjbp7qW+MN2x8MfCPKn+r/VTp65DUCp8PQUbi2/mcbuGjoPua47Pg8c&#10;FHtbDqtBT1cxu3kqmoYvTGLAsZZALfX629h952/5WMx/wL0/8W9Pp/yu/T/N/wCH1/w9i7Sv8Y4/&#10;y6T9/p5fLoSvD/1bsD/xbtP/ABdn/V/zrf0/5z/a/p7/AP/REJYIwb8Djn6fX6Wt7wLJLKaf6h13&#10;hHGnW0zLkKi4s3kP45+hNydRH9feKSFCCQLWH1va4AsQfbTB0bB/1eVP9WermnTrRZF5QElB0krc&#10;ek6tXLFh/wAT+Pbe+kXW44vc/gW4BsPe6srZ8/LHVSwAz0pIgZlVlVgii355Frjn+vH59tzVAQ2B&#10;H+P9Bb68/wDE+1JyvTRcnp0jx7TNqYGwHpI/Ve1/9ifpx7b5ciFJW/JP4IsP9b/D3sVYVH+XrVWO&#10;enumwYsrNf6cXADcm4Bt9eOB7b5KnWSNVwberV9OfwPfipPHp1aDPTzBSLCnC+ofQBQPxxcn/e/b&#10;dKdbf1Nrf1+v+v7bAKjrdQBUdPkNgo+g+jf7b35QLXIB/ofryOebf717sAeAx8utVUjOOuMh+tvo&#10;OODa35Fr/W/P495EAY8C3PN+Abm3vbKQK8et6hwPWJpCAQbciygEH6C4vb3KVSpFgCbn6fn+vutV&#10;IoRT068VqOobSFibswHJN2t/sbAfX6fj3wcljcgmxFvpYc/m/vamnHrTCgpTrmoA/TYXvc3Nz/j/&#10;AI/7D3yUhksxtyfpbUfeyDq7c/4Oqfb1xICG4T1cfS4+vJB+nvALhjz6SPyDf6/ge7mtMdbWg49Z&#10;TZgLixvfj6f63vGy3a/0/wBc/T/C3vxai+v+Xq9D1mjYqCALi/1IHH4+t+ffcaqpJNj9f8Px9QT/&#10;AIe/asZ6bPXUhZlstwAP9f6G3IH59yA9729I/wBsRb3Rlp8OerV4V8uo2kiwcXHBH1I5/wB598WI&#10;PI4F7cW/A9titenKnges6qVHPqbk/wBbX4H0/r7jOicXGq3u49R1s049SY3f1WNr3+o+tuPx/wAU&#10;94C2ggr/AE4FuP8AePz7vqING6ppHxDrMIzKpBv9f6kE3H/IvclZBx9SLcn/AGHHvZrT59aDCteo&#10;bREHk2sRwDb888/7D6e+WosBawF/9vc2vz78PU8f9R68ag06xlQraR6gbEDmwt9LH/ebe8sK8n9P&#10;H9Pr/X6n3V2oo09WIFesctzcG4/2IIHP9Dxz+PfbAE+oCwsbEcf7f3U91D5nrfz69GxQEKzcEj6j&#10;+v1I/wBuL++lkCW+oBv/AFt/Q/T34r+3rRIpnrk0ZkBPBF1/P5+pFveGRl5P5P8AsSf6H24CSBXq&#10;hzgdZI0a9hyoPNiABx9AQPx/T3GcN+oc/wC3H+8D3b5deqKdSoyv6TcfW/5NxwPr746n1Af61x7t&#10;TAr14g0r1y9BDWH5IABH++/w98jZrEED682+tvr7qKjJHWgfPrrlbryRYH6/T/ff098tSj0gC5/3&#10;kf4D3Rlr3dWDGo/n14KwuTq4P+xH+J98Xey2ABI+n5P+sLe6qKOD69WYilOuape54UDk/X/WJ98b&#10;N+LgD+h5H+AHuxCjJxXrQzx67DfUH1XFjckKR/wb30txe72F/wDXJH0Nz72Sa0pU9a0+nXm0HlVI&#10;/wBj/vQHvDIovxYWv+Pr/tvd1qOPWjgaes0bXFiSSeP6aT/h/t/ePSTYW+trW/P+v78c5PXuHWXU&#10;ATyLc3vfjixtf36zcKbfW3P1/wBh+PfgCTjrwU0r10XS5a9+CeDewv8An3IVAQA2m4uefyfxf22/&#10;HUK06uAc16wmQrcWJuR9D+CfUPeN10ngD/it/wA8+7IajPDrxHp1kVlYD6/Xi5/of6j3jIJBuPqb&#10;G/4H19249UJYYJ67DAEaWH0uLcfnn/W9xgoXk8Am/wBb/wCt7sOHVOpJctwBe4t9LW4ub3vf3jlV&#10;r+n/AHjj6n36vWwK46zROLeq/wDsf9bi3vPA2leb/T+gta30v7oVyOrIQCesEy6jxYEnT9eTY++U&#10;sovf6/T/AFrW/wAPe9AIz1osScdcIY2HANvqCfzz9fr9be4rzi3Nr/gcfgfTj3sdVDHh69S1g54+&#10;n544Av7htMSRpJH5H+9W97p5nrfA9SkiABB0ng/8j44/1/eSKUj63vfkcG/4HvZHWj1jkQE8AW/1&#10;rWt+B7zpKSxANrf1/FvqR70R59ex1haNQtyv1/pxe/059y4pCD9T9B/t/wDW/wBf34jHV9X8OOoc&#10;kakX4PJH+H4/P195WkViAbX/AK/n6/ge9BfXreqvHrEsbqpK3t/Qjgc/198o2j1C30BNyb8cfj36&#10;hp1UH064yJLYg/kAgem/1/PHuUZEKki1xY3/AAbfgW91pTq2rHUMRya7Em1rafyAbfUD6+8P3LC9&#10;h9bf4cD8e9gDifLrWPLrOaRTbk2H1/P5+tvfGSqLHkgXtwP9b8j3oKBw49eqPXrJFShQBpLADgm/&#10;0/Fj/t/cZ5kH4F78kk/T6f7378BqNa8OvAjz6lJC4v8AgG31H9T/AE94Wl1HQbW/JNx/tve6enXq&#10;gjrOsYX1ck24A/1vpx7j1DeNTcXNyP8AD/W92HVTgU6zxLrItwDza3P+29t3nPI5N+Dc8/X25mtR&#10;5dVycjqV4l4P+P8AQe8RlkJ+mkf0/wAPx79jj69eoB1k0KP6Ej8/X3IRzYc/Tj+l/wA8H/X970+Z&#10;68ST1hZRf9P1AJ/wP0Fz7keeQmwsosCSfwLc/X3rTXHn1rNOsJiiHqb1H8AfW97fTn3hJUsC1yb8&#10;W5B/wPvenPWzUHrINQQ24HNwT/h9QT7m08pDGwIBJHH1/wAf+Ne7oo4k/t62DQ9QaqMFLEqeL/Uc&#10;X/I/3j29rU+IDUQF0nkW1f7G/vRTVgdX1UFRx6YWphITZdTalB1fpBHA4A99LXxAgq1tR5vbj2xo&#10;IJJ4DqoevWV8dKVswBI+gBPNhz/r+5AqgxLJcgkXAte4HvVPNurmjCvp1H+0KBY24IXkkXFj/h+f&#10;c5EV0Bb8C9jz9f6X+v8Are6+ZI62K1x03STNE+hbXLAKRx/sf8Pp7xoqFythb6k/2v6AC3/E+/eX&#10;+r/V+zqrA16yyu6IHuQ3H+te3Nz/ALYW9s9VTyRTalUsGP6rkW/w/wB49uxnND5/6v8AV/qPTZFT&#10;Xp6pKuKopwrNYqv6Rzfjk3/pz7meacRgBeB/hbn68e7aQrkcevCnUAwU7OWLm978kcj/AB/x94pZ&#10;ZDGC7MCLWAv/AK/PuzLQ8ePVicZ6y08cPkdUjBBJHqtwT/T+ntuadbXDWN/qb/7z+fddBGT1quOn&#10;ZIjqtpuOCNNr2Ivxx/sPcVsq0TBA62Btxz/vh7dRCRQ9V1Uz1lOLikBdkOpuRfj/AGw/r74PXmVr&#10;MwP5HHH+wPvaxaTqP7OtaiesqUYjT0KR/X8m1v6D3ykcNHZQTawK3JNj/T34rQ/6vl1sCo66iUq/&#10;q4v9GsByPre3vwpneNWPq45Ukg3H+v7pkEnh/wAV1unp1190iSFCLf42uOefx+PbrjoJGVtSAcab&#10;sbXt7o5oAOrAUwemrJ1ESMrBybH9KgEj/Ae8s9MUuYzfmxsR/wAa9+Rj8IP+HqhFeHWOCpWQL5ks&#10;bErfng/nm/uMTKn1JAHIuSAv9Le9EkY69Qjj1LRIJD6V5JAIH1YH8k/7xf3zFXGgBd9Z4H4/rfi/&#10;vSqQ2RTr1esclE8gIjGkD6/W/AsefbvT13oVgBa31I5F/wCvvzK1a9OK5GB0xVeOQu0bs2r68E2u&#10;ObgfT/Ye488oYE6i1zcAf6/+HuyjPWzRhwz1Jp4SpRdIQKACTcXFv6H36njEq6ZBY34/tfX6c/j3&#10;qQkZHVg1BQ469PI0Ds0RBFvwdNjb8qPr/X3FqIZg0irpVFBuR9eOeCfe1YBft6ban4eplNPAyxud&#10;TyHSQCBa5/qBz/T23rJGSYuHJ4JNri3t5a/F1QHOenB45QBKCyAG4A+hB54/2HuPNKtNwQbAcGwt&#10;f/D/AB92Lajq62es8ETVAvqFyf8AG9vze/uG9WGF/rqXgE8j+o497Gvh/qPz6bqeHUtKULYXsFJJ&#10;I+nPP59zqNdYBvwRcA/Tk/m/+Hvbg0wKnpxeHUGrbQT9Bzyw/UP6cj2+Uo/cDEj0gWt/Q8AEj/ef&#10;aR18h59OCvl0y1L3hK2N21XPJJIHJ9u09QFjCkFlYED/AAA/PuiqeJ4n/VTq9TpqMnpkp6Vnm1I2&#10;ho2BvawNze4v/X2lmiDs5BW3qP1tx+fp7VBaqK9MkAtnpWicxqLhrnSNWm4v9BYn+vvuOkBX9tbu&#10;dR5H6bj8f193JDZrw/n/ALHz68cLnrjJWFH/AHW0odIsCLtb+v8AT/Ye4MySxkqQQfo2k2/29/ew&#10;VI4eY/4vpORmp6nxPFIAwYWsdIb8X+v0+vt0oJxTxliLEfS5uQSb3t/X3p1Pwg8enUIpjpnyNOaq&#10;UKOfr/gPTxa/t2iq1mfUQef7RN/za9v969ptLJXq5Pr59NU9GYoxGpFhYGMAD8fQN/T3Arjpdh5b&#10;n+p/I/oPdKmtenNQUU6dsauqJD4Qtr8AcA/QX9ph2by6Yy5BNrj+v+NvalKcSMnpgjpSKF8d3KjS&#10;Li/0AtzYH+vtSYyKeJgZDpUi9ybXFvp/xHuhk0mg4f6v9jpwKR0mMu1NPGQn7ki24HIBvcXH5/PH&#10;tQLV3HGkoBZh/W31Pu2hSP2de1gGvSTkx7BiTqMhYsh/1JN7cj6D+v8AvHthylZCWMYOkm+q30Nx&#10;cf8AI/d1i8/T/J1p3r0psNR1CIkknqI/Tf8As34PB/3r2yColjX0LrDD6EknkWv78UBBIPWlY8Aa&#10;dKIwRyMvk9DKb8CwP+v7wTUIqIy2ohiL6eRY/W1/bkZoP9XDrzKCMdc1rfC4Qp6AbFx/rf09wxjp&#10;PES2kKhuR+Tbjn+nt8tH5dM6OpBrYxIFGq7/AENiB/sD7k09AKiIomkMfoPy1+DwPbDPpOenFAOD&#10;1iqK0U7hn1aLfX6AWAPJv9fc+n2zIx0tdVIBYsw0kW/qfbbTny6dEI49NlRuWljUkHyMCV0opLBj&#10;9OBx/vPt5g26sXEYjUFf8bHjm1vekJfj15gAaqemOr3ZGoJbyHS36QoBH9L/API/cbIrT0CCNC4f&#10;S1xpB/w0g/09qY4lPcf2/wCr/VTpl30cOpOLmqsmWmcJ4Sy6QWI4/UGI+l/6ewzyiu0paME3bUAP&#10;oeedXtSqqM1x0iklrw6XtMbRhTwRYf6/udiZ5oZUd20hbAKCQLH62A9+c4oOqAyUoPPrBWwxzQul&#10;gSwPNgTf+ov7FKPI1BgiEIdtenkchR+PaCWRQaeg/wBX+bpZFE5XUegyfBUZqZpJ/EuhibXClr8k&#10;f8T7jVNZLI6pJq1JybgrY/nk/X2yjAqQxpX/AFeXWgjnj/q/Z040uNggVpadY9DH8WYHn/U/j3hn&#10;o7GOZxqDfpNiAv8Ar29vRNqwD59Olar1lhrh+7ToQpQcpxyLfVR/vftyjrKamhKuyOQBwOCP9Zvr&#10;79ImSR/LP/FdOxvoPTNJQ1tZUo0ayRLqJDMzeoE2Pp+n+39p2umpqpg0IBJN7FvqQb/n35OwVOP2&#10;460dLEnpWUEFXTL453LaVazAKOD/AK3H+H09wpMJJKoqSoKhhdACCP8AH3r6lVOgf6v9Xl14xYr1&#10;NTLQq/gLEPpNnYjSefpf+vuMWFJI0biw/VGBz6gOQT/xHvYkYjUBnqpUrjqTp+5RXVvqCrn6XB/I&#10;HvPT1cczFZSNLLxYG3B/x9uEM/H/AGeHXq049YJ6ZoVDQC7BvpwOT9Tx+PbLWVJ8ziFQqqCo8nNz&#10;+Dz72kagaR/q/wBX+DqjsT05wRnxAyNdjydA45HNvcOKL1ana+si/BIBN+B7VKVUUPVQK5PWV2Ni&#10;ADcfTm17e560328MjxlvISbcAkX4vc/T2y7k462F8+o5l8sioQNH1P8AQ2F/p+fciHKlaOWFlbVo&#10;8Z0gswJ/IJ9pyorq/Pq4J+EdYJcer1UU2rgNqs1gDbj6D2nHlkjUtdl1EliwPBPIHt4EdNEEHp2C&#10;q1vpYDi1ubcX9yaSqkcMmolnta59Nj+ffiVwet56xyxLcGwAHN7An/Ye8NQ88Gt5HcG4VQl/Vf6c&#10;+9qAwAGetN2nOeuSBGsAoNuTf/invlRVbPqMhZyQP66jc/QD3YqAMdVEpJoOupY/oRYAH+gA+n59&#10;uE0RaJZGjKf6kW0s/wDwb/iPbQKjp4qdPWBHGsoGDEWuf1BQfwCPcSGmnqpPHGulSTcEW0j6nn3t&#10;gNNRnqqLXHWV5o4VLyH6Af7f6Ae1BjKRIalY5GEjA24F7W/oR/T2wxalaU6uAAadNldUM1M7p6QR&#10;xf8Ar/iD7GLG0dOaRZLC8Y/Iv9Lf7z7QHW7Ff9X/ABXToTWtegE3FmKumyIgBIFQdKlWNrXI5A5/&#10;23tHbkOtJIVYgDgWsv8AiL/8V9qoIh8Xp/n6ow0joRtqEqscrKmp1Go2b8i1wRfni59omDE/fqYm&#10;VkfULSXuP9iPb8jeHmvVFUuKNw6W0+QSk/cJDLa7KAQxt9Le5823pII0R2UgHi3ANj9P9b3dZ9ai&#10;nXtAHn1Ahz1PUPJ4w3HBJ5IP14H9fcGSnqYaqN2OiO1gENyoHHq/HvalStG/b02YzqBHTgk8M0Dh&#10;LsfqdY/UTz6b/wCPtR0OdaJmQlgltJLcEj6E2/p/j7SPCCAePT6Np6T9fgI6lQ9lMuoMNNrBhyBc&#10;c+48Dx1c8jCa8TOxY25te1lLe9uXSOg49e4nqZIjU8Md4LSKihRf03A5J0/4+3SeB0pkRLlGs6KQ&#10;A3Bvy3+tb23GxLUbNOrsoXh00xTxPVSStZZBeORgTpNwPov1+v8Ah7TlfWVgQKC6+uxFrKABxyfa&#10;0IlQy9NVIwOn+ipKUEsAjErqB+rHVyfz7TclFNXzLKYmqGS7DSSGUDk2Ye/O2nC9aVDIengTQ08Y&#10;DOsQuAC1gNR4At7fabG0njDyaYZQNS629TX+oKi/tkePWi8Ornw17W49QKiulWQLGjTISFcxr6VA&#10;5BBNvfKbFTAPNBKrwupUKguyavqNP/E+1PilBny6YaPUar1hhyUTyCnnjeKZSD6+VYA8EH/X9t1D&#10;jZIZi837YueHsHsOST/h7TyXAfh04kQVs9OE1SrR6YxrNvqpulzwBxzf2vcVlY0VYQnCfpa1724/&#10;T/T8n20IgRqPn1fWQaDz6QWewstQWn8gBa2uM3FlvqsG/B+nH+398tzSPk6MpER5okLgRC2oD/D/&#10;AGFjf25E2lu44+fVXyM8eou0aFMNUyFw3iqZAheVtTKx/wAT/vHsJ8Yas1ojq430BuL2/J/Pt96N&#10;gft6aiEgPy6FGcqIXKFQdPptz9B/QexLymGq1xcVZRaDCWRW9dmVrXsCfbNuFJZTx/1fl0olQla8&#10;Og+x256Fs7NiKxnWtEDTxjxko0IfRqNrn68XPtDyZ+ux3+TTMyeRHuCdRuCBwRx9Px7eSIE9Jw7I&#10;NI6Wb4yhq2SfQjMhUowW30+lx7ctsaspW6pInlCEPpZiFN/9UB/t/aa8YItT0/DUnqLnJRQ0DmOR&#10;YCylFcKtwbXGkNx773ltHIVEhbHqH8g/bVCCF/1QIB490guk0UbFOtz27uajqFgdwUk9JoqJvFLE&#10;SJGlBUN9LOrEWI/x9y9k7cyNDEEqVdLG5aW4ZR/aup/2Pusk61qP9X+r/VXqsUJj+I9RtzZjHim0&#10;JLHUORZViZX1H6gBhx9be1Vl6d76FDIGX0NYm5HNiG/2/t1Z1fyyPTrzUUY6YMBKugOXEhD3kUm1&#10;gfpyBfj6c+2vF4qeulCSxa/G/q1BbEfiwP8AvHvUs9B2nj/q/wBWetxRqV6ecxmKTFQNKJxGGSy6&#10;WcsDa5N0uT7cMwlDQ6qaKNUlAFwAhZGtypIv79BESA7nB+3rcrIvaOPTVgarJZNVrZpC8BJ0ep/H&#10;KgN0lTgf63059hTuXGvWU4kGomP6KCdOnVe5A9rldVOnphkJFT0IVG68pxyb/wCJa3I98dtyT0VH&#10;ItOSJLlnCBi1h9LX59slQZat/sdWSoQhePXOshinCLMqsl+A301H/A+3Ol2/l9w5OOsx6zlVsZ1s&#10;RpsOT6uOb+1jXMaL4bkZ6YW3aRtbdNGUz2G21Q+TK1lPRwKCkZlcBXJ/Sg9mi2nh/tMfDBUKHdgA&#10;6WJW3Isb/kn6+w/d1DlwaD/iv9X+EeXS9JKDw6VoOiJdv7+FdmJ5MXLJFHSR+WOpVzDJ5GPpZT/Q&#10;C2n8n+v19qun22sGSFdSrFTwOipPCI1UsyD0OhAFjY2N+D7YivmkjMA+L1zQevn+eM9NSwMzB2x/&#10;lHRfd69xQw7Fmwe56qpzNek81Ria81QJeKYgvSVcBBuq8hHB4NhyB7VYYovjW9gf6f8AFP8AX9vx&#10;2sanxG40/wBX7KdbXTwXFOiE5zcVZnal9CiOHWdIswfSTx/jzzf3BrauKjp5J5GULGpY344UfU2/&#10;r7XQgyy6OHz/ANXp1WXtWvTxszr/ACu7crjsZQUs1TJV1kFP+2pJVXf1lj9AAtyT/h7A3NdixVQm&#10;ghZopVZlKNbkKdJ9K+zRUFsacfn/AKv9X5Y6Sq7M1B1bj1d8ScPtB6SvrI6bIMYY5ElSIK0cjLrV&#10;g7AE/wBOQPpb2h6bBQ5qX72ZI9NzIzAjVpN9QBP+v9PaSeRpCQhz0ojADFn4dGnyG5l2vTxUCeZp&#10;AqU8KGMsAwAVNQUfT/G49s2Uw1CkjNCFHjbhfywH1Kkf09pojIjaX6cIU8OlRisxVVMETTL6pUuW&#10;UWCN9ArKf6+0Dkp6su0EYsE4W68EA8Wv/T2sI7a9M0avSqhRAocfqYXJ/N/ag2w88jiGrhNUoB0K&#10;Vb0H68r9PZXKvhntNM9Oxkq3UDKjTTtKkywMOWe4F1tb9X+8+xJStonpTRTU6CIsVeML+i/HA/P9&#10;Pe0DR9ycT59bLM2PLoN58XkTkBkYKyQSIoZWLXWUDnkn6G/NvaefZ1Oapamngd6diGWBFI5Bufpz&#10;9PevGLA6sHrwXNQOlAu7VjgaGqmgiqYxpeZ2ULyLBiPxz7zbmwMVfTwQwUpgXxhTYsFDm4Ytf8n8&#10;+3radY1Ifj/k69KDJ2nqLt7MSRyVZq61arVIzqQF1eM8qqafx9be+eN2i+AxayM0dRKYyyBgJJFI&#10;PHNuCPx7bVmuJNX4ft/1cethBGmOo0+9KHK5RsXAKqFIJVjlnYNFG+oEkKT+ofg298ENTWfoBeWN&#10;yLK3JANrEf1H4HvbOsVcceqjuOOPTwyUtGbuwWGRBdnW4XgtqB/AP5Ptxy1DnZsQZad3naG7mlkP&#10;pZVFn/VcAj6/63tm0lhEpFKD/Kf8/VpUZ0AXj0y0OR2/S5kRSxQQTVQ8aVigKzMbmNNQ5IPI9x9k&#10;ZoQ5COmqkVKkkL4g+oC55Uj+n+t71u0TmPWpx/q/Z16B9JCEZ6z73wYyGIqHiOqERuzkqAbAXDBv&#10;r/sT7HHMfbQ0UtZ6YpjCro0dgb21KzW/F/qPaXbIppHBkyOrzuhJPn0TXB12Qqdx023KZZaqijyM&#10;9PWQ1xOjxcrPFB+SbEFT/sPp7CcblkqmaKVoy5ZgXB1W9Vgpb2ZTEoa9JVYBcZ6NJTdf4/GpFLSQ&#10;vHDGEbw/pGoLywT6W+nA+v8At/aS3VtnKVlXSV9H5hFMYnd1GqGw/Wrj8f4e34rqNoSp4jH+r/L0&#10;54ZchhgdKvbG48VT082LqKmCKqoZJF+3dgk7Rk3RlQ8kfi4+nt3p9zxYpI8dPGxeOyyMhuG/AsPp&#10;ce0P05/tCaenThc/Dx6wZDaYzUz5GGZVWRCYlkX9N/U1z9bH215fdWSprLRJVaHf/ND6srD0yAf0&#10;H5/3j2ujSORNbU/1f6v2dUk1UovHqVjdmYltMldBR1M8YULMI1LIVa5XU3+PI9+pdyTosX8QaaOW&#10;MrLdgRyP7IY8/T8H3SS28QEL59a1BcP1Jm21RgymghpvFJGYWVACLfltA4PPtQ5fdkGToPJSnyKm&#10;lXZP3HGkWMek/wBfai2U2sfhk/6v9X2dUNJG1j9nSE2712cLm5qio0r9w0kkUagRxFmcsJSyG914&#10;/wBb2nFwkz00GVmVsbAWMqwlLGUA3DeoiwP19ohO07mKPP8Ak9elBjKAM+OhBOepI6yXDwyrkayN&#10;FSVg6nxFxYK6rfn/AA9tlfLidyTpHIDUTUp9MY5OtR6Q9v8AeLf19mEKeFF4TH8+k3iCRzjrNS09&#10;ZhY5HXxCGV1d9Vgsd/1Mv/G/b9sXDRR7h8hMNGEUuE485sOAT+OfZPuqGgjHmaf6vs6VRFclj0xd&#10;g5xqPZ9fUQU8lezwaRoX9k3+pb8kW44B9r/cOPx26sdkMfIErKlAwiUWMqspIDcfm/159mds8saB&#10;JTpFP5/6v8PSbSjE0zXoAdt1OR2BmsTkxDJjsBkdX8TeUeOkKyqJQNLDiwvoNhz9fYPUWLk2hSz4&#10;vJQSIxfyqxN/HcGx0tyeD7cEDGbxWFQevV0Dwx0ZSkzOM3hT0mU25k6auogZF8tO/kjm0vZ0EiGw&#10;IIIIPuZtTtagiy0+KpqU1NYi+NShKuU/Szj8D/Y+2Lu1jicTtgDy4jr0U3iMYl6TG+esId4YtqGp&#10;ystLAX880WgPEzqdahvyQp5HPt0jxcoyddlsi6LBkY3+3lP7kkbOSAGH1DKeCPbdxOtww8OtAcj/&#10;AFenVghhJHGvTxFWxU+Lo8Ji0JqsSKaKaAKYYmip4wSY2NgY5ByCCfrzyPc/aNXUx19TjMnUw1BY&#10;tJjhC+pyq3KEq3Kk2t7YvFVaOuBivVoyKlWNT01b1ovLikyuMphTyRgpXeaMqogcAS+UpwwUEkkE&#10;+2apx0uQ3FLXS0+RkeGf0Ut30xyK3rYgc6ePz7VT3JjhWJDQEceqJBqk1AVPT7j6ijx226amWtxs&#10;UbUgUVOtESRHT0WvwXNwP95t7UW4cRVbhwuQhyswoYDaKFtWmRSUOkqoP+wt79t90I5fDQVBFf8A&#10;V/qPVpYAyd/HpGYqsxO38vQRYWnmyFTWJP8AdiAB1EfkAkaSYjixa9/94sb+wx666/yWIyr1eMrp&#10;paZJljqZHJTQQ2oCQP8A1P09p9yuQ7FKV9P+L6tawiIV8j69L7dGfwdFjJIMs8YasppWgpHs8k5V&#10;PUIlW5Yrfmw9ivkalcdvuP8AiEBnpxR6lnZSY7adJP5B+pv/ALb3SaMyWcSxNQmhx15W0SEkdBvt&#10;lDnesaoYdzQ1UtRVxeAMqSQTJUcRkXGg2sQLj8G/tNZHdtBj6v8AhtFjqVIq+qkWCV4QdX3I0toJ&#10;vYEH/YH2qkiSBROxLMKHj6dVExY+HwB6VmN2rkK6Cjrcxmsg1TT00EctPDO0UflpmEsbSiPhmVh9&#10;QBf6G/tZbX2NiMFRPT5KWaT76pM8EEkgKxSSnWY9S8ixPFvx7D0k89/MZU7VFQT/AKv83+DKgiOB&#10;NAyekfvDf+ZkkddrUtPUSY+F5auUkM5iDFS0SvZbXDDk8Hj6+3XK0uXNFWU0FoYoGKQRMCVqktbx&#10;qxt+B9fZnZ6Yn8NBkilf9X+ry6aahGtuPScxOV2pU5PEZmrkStq6uJZ56hSokxsmqySuiAlfUxUq&#10;fr/Sw9p/G4HB7gx0dVlWkocpA8lNFpmIjkCfSQ0zfUqf7QPuwmuIZtBygOcdaIQqPJj0ptz7n3Zt&#10;bNR0+3aGDN4WrplralXiKzUkjP8ApWuU6QsgB9DITf6EfT2kNs9O0GO3ZJnN6TpmaOGo82KmMjRy&#10;TixstSARoVCQOPrb/Y+6395NdAW9pwNAceXn/q/4rqsUKQ1d8k8P+K6ybm7LrsrtHIxbEK47d5o2&#10;RUyFGar+DVLR3BWmGlKhxf8AbAOn8n+ntwzG/ap89XbU22sVEUkSCCnUmKlHmOlHZ/qSfxb2aCK2&#10;22IOBXGTxPTKvLM5Bx1h2v1njq3BYPc/YTHc25qfHQ11ZlK+mhaeGRYxNLHTQRKEjUEE6UUH2wVO&#10;H3elXQZKtzAhfCVMs9ctSZIKcxIeII9JPrH4J4I593STx0AUYb/Vx63TQak8Ol3Dk9ovTfw7G0lP&#10;PBnYxHFFQQRTGqjqYTeolUW/bAtdiTb+nvD17lJMxndzZCihVphVJDJT0CCGbJQM1hUPL6Vlbmw1&#10;G9vz7S7q8aTRkHK5+wj/AGfl1aE+Ip8s9c910uOo9vU1BWPTU1HFHoSuyAEtLQyU8N4jJquVXiwK&#10;/QC3A9iZTdd7b2rkJ89VU9DV5amk/jFLOI2iySSKfMgkaI8hDwVa4PtkLPuxCudKHjXz+WetM0ds&#10;O0VPr0Bknb+S35SQ4Tb2NrqKlyNZU7VyeTCUlRh9LFqGono61rMyyL/mnRgy3BKH2jsjvjDZXG12&#10;XqsZBnMrh5jX+VqYkR0wceRZigs4X+lifz7VLCNTWch7KUHl/s9VWQEeJGMjoTMZ17X7ar6KhwGe&#10;qcBtmpx0mPqcXDOKgmvSLVS1ON+5DeCTSr6tB0tx6bj3MfduM7XWHDSQ46dYoEqY4538Bg8a6QYv&#10;KtxptbSLXHt23aDbbf6YL2k/6j1X+0kMla08j5/6vXpN4nrqi6gqM5vCgr81W1OXqEGV0U5yD13k&#10;qC0TVVPDa7BnYiUj0kn8G3sFc5vHfGG3scZNnMdt7ChljhqpWQ0mQ8cQjaOQKbhXUBV4v/X2byR2&#10;1tCBboDUZ/P/AIuvTAaRpaytQeXQtR4DbWdxlHVVWFgyCuqVkIyFOktbTztN916HqDeORJCSNLCx&#10;HHtU0m1KTsfFy0jZKfFZPE/cV6AyeCKoj8RankiihN3hYi/Fvr/j7I/qmjuBBSokNK04H59K2jWS&#10;PU1QV6xbn3J/dBKeunoKmuoKysx+PtRAPUQzVNSKfyytKQthrBsTzYi4PsI8Vi8nX5rE1QxFRV4c&#10;1o29VpTySikqMhqanjqmVhZTIQTKD6Ta/wBfbt8RBEyBqEZ6pCtXDOMcPl9vSumqIIQ/knjjZIJa&#10;lg7LrWCG3lm8Y5KrcAkD8j+vs1GB6/qKWnwk9fDjJcRt3Jz1WPShlvLQDSWrkWSwLaiAAQSLg8fT&#10;2GWuSwaGKtZOIPE/l/nH+wZKsdNRpjh0D2d7AwK12YxGNeto9y5LCUiQyV9BUJRztVNLTYkh2Oi6&#10;s0jPGCraWF/qPa2mlTcNBG86LTYHIS1FHRTO6tLFUU8msVgkYgoRZoyp4PBHsws3S2IjiQsF+LpL&#10;MuK1yfy6Cz7d9qZ2uNNlP4x2PhMbQ53LY+COakpq/D5CJqIYn7SFXR0aRPPDIAZEbhuG5DLrbYEG&#10;P3/n8lk8sMjjzkzTJiXqKeoo5oDCJcdXO83KyBxqKRi4Nube1m+PM6qtrUA8TnA8/wDUemrRlhJc&#10;k1Pl0tez9/ZeHqyXJYeiyWI3DkttfxKiC0VZJU4+vg8Yr8f4IUPIDOmp2ClbkXtw79y7thxRjwmJ&#10;22tVl8pWGPH1KIHWhrDAWp6yZYrt4pCCrv8AQH6+zSw221trDxrk6qrkHpiSe4lmITyx0gfjlgN5&#10;ZWixu889v6vr6Cnoquhkw8dKYaStSedpftsh90A0b0LKFj8aj0NY/W/uBtWXsnMbkxGMyVVDjnpd&#10;tx1udkimiq4oagErFUAoS1pSP2yP7XDAfX2GLx7WJR4Q/tHAUcOPS5AaFn8hn7ehX3dN1/tzZ2Yz&#10;r4SPNUrVk9NDj4aeOOqraqWX7eegp1rfEvjUeRn1HT4wzAkAe1rhs5up6XNTNTTV6YeiRaSVAzTV&#10;0+TqWp0aOFrkqoVWN/0jj+vsw+ltobyPx8+fl6ev29MsS6FR59BnvzbPWcdbtTANNSbbl35nYWq4&#10;I3jpqOCm2dQfx+tp55oCqRuyIYg17Pr+pAt7Dm9dgq+nyO5qnM11TWGpjno4KcoH1uBCkDrqAMZV&#10;luQQQfwfb194t5E2kBQvAn5eny61EywMAMnodsc2JyWKloNmnAw0VGtOaSaJkqIYGkUTF56eAq1n&#10;RlYHWGJOokgg+xYwVf8AxHOR1DT0s+P23TURLZGKKXIpFXgSNTp4xw4ZVuw/I9klyiG1SxBy5JJ4&#10;fb/lx0sSQd0nmegN3lhX27tbPNi8RXUe8Owp8vGo25U1MWFlzGJo3o8fkq4zyoBC0Kr6G4ZfS1wB&#10;7kbjopc7RTZKkra3btJkx4Mu08UbVmNNHKWpKiGKW40yt/atyCD/AIezzap4WU2oHclBjgR6/wCx&#10;6+Z6SSKRhvPIp0Gmzq7I9e5Om2duGixXYu4sEtRlOta/G1jY+DdceWhFNuHGVcrI8YqaCIhmDBha&#10;30ILAMMVHvOnyv8AB6OrlocJtfM0lXULSPM+W3I1VNHV1FTTwDl45In5J4uCoB9pt0EVqDoGp5Px&#10;eny+WfLp6FWYapBgf6v+L6MZXJsDdOIG5MriMXVVm6Nt1WME24Keinxe34aOGRZMRkKt7wweGq1x&#10;ylSX8gP0AFm7dGw85l9/VdVJ2JHiMJWMzR7dnmnXcR8Q0S01KsgMWqQkNES3C8WPtf45NrEVQrUC&#10;pPD7f9WOkCgaydVaeQ/ydJ7Z/Yf8I2PhYKDY1bnmo6KgpJdx7RosOdhtUTU7SSZNa1ar7laWFl01&#10;ciUjsj3srC5ApdMUVVk9hzUGRikxa4bP5emhEcsonqoxV+aOSqEh1iSQMTIoAA+g49ha7Ex3wRwd&#10;2tck8B8vTowJC2viScc46Cv5O76xXV2dpt0rR02dyGexWOp1oqhFnWClSSop1r6ebxPHGiHQys+o&#10;szH8WsHOYfNzZ3JV20M7PXoYa7BQ4eSllNU+VppP37zJ6WitoQWsbXP9bi69hSHRDPxSlTXz6SQs&#10;zprHn5HoddoSUp2Zjm7C27gcD4KSj3PUVcVXStgqSnnZqmiq5aiqMckM6WLTKUKI3KyEWs+43M5/&#10;bmGrHy9VjsVSxYKGTJPiIA1fgclT2q4aeuoI1DxxOutJGP1FjcG3sth24312AEJyePp5n/B+XVri&#10;4WGPWWz9vTFuHHbO3pktvVOOpJtwTw52Soxy5nJ1S7Z3diMlRmiy1Vh8lIZaWuNLG33VMgJKtGdA&#10;CMze0xke1Jt4Y2jotu7VzuZydNkYKX+JUhDyLTvctVKsZLMoII0ML6bn8H2Yfu+Lb4JfGOriRU8O&#10;PSeG4aeQMuB1k271VB11u7N7qqt54XCbLy1CPudonG4zE4iHJL46d8k9fUuLMyhA5XRdiAeAvtUV&#10;O0hT7sxFXMMfSUE1BQQ7rxuZmglosdU5uT7GhOKmYakqZZQFKxzAH6fUr7L1kuJtqEgUhgTSoIqB&#10;wJ+R6WpLF4rJXH+H/Vw6al7Up59tbiNDksjnqmHK7pPX1VtaCU5bc1PsyiXJZaOWKJWieKnlY0fk&#10;mj0vdRpL2ZoO7sVuTFrtzaGCxceYxuUy1LEtS0U9LjsM0tWsNSqTOWk1kFpSGYgAH6j3aExR7e+4&#10;agXbFAf9WfyHWxVpsigH+Dqfs7fm0cvX7w3tmo5dpZzbGIlfNUeRyOIqM3ldr0FGMjT52aixjSJJ&#10;SR+SSGBofrIHVgr2Uv8ANnNpbT3JXY3AIa/LOkUeWqpE+7raqLF2p446CnjJBlU6UdtIFh9D7bNh&#10;Ktqk96/fnSBgLWnTSyiVmVRRekzgcR2B3BszG7h3vBTbRwGSpFzOA2xjsjU0zAZqjkaWp3bWlIi1&#10;I0c3ljpEVmDt65OAFTm8t14GEV+TrIK6KeGaTFNg6eCeuqoauqBEU2OoacjyB0MgkW36hcg29m9p&#10;ArkCSi6QCT69MOzx0EeanpZ9ebS3Pt/E4nBx5aLcFCIKHK0+75EijmzNDAArY7MVOiWQyo3henmT&#10;lorjUpDEy+q1yVZSVFbuTICShlyC5Tau2MLRyUmRmjip/DBU5RJLOXC2Dwt6Q3B4A9h7cLgfX/4l&#10;2oPib/MeH59L4oyY+6hJ4fIfPqH3SlXTU8z7exm36TJ1WJkwuf33vColODwO3Kip+8rKFQXDGSQg&#10;tqHjEY9epioX2t5kyOKy1DHS4KtpqzK1MuNvXwwvhnp6iIztNM1GTpcFLBXKHni9+TGbwZIBekl2&#10;Smk+YPl00O9vDJ7fPoI6Hce0N9ba3JRVXZ+28pt3aeNptyV77Hzdd/fjHVOGqP3Y1hrAztSOl1Ey&#10;I4kvoFvSfeeo2nkqSioqDGQ7e2xgZhVpnaCmSpqJZHrFZ6mox8EQMay+SxGokAEn/D2xZytMHuGQ&#10;vMxxWgOnyqPKnz61J4euitUDh/q+3phg7j2W25aqmep392juPFTUeT2puCbH4nB4OiSliH2WMyG4&#10;D9oskUpkJqJIqdi1mDgsATAyEG2NsbZpabIZGqjpaaGr1ZtfsqWprHqZS5ScRCzmGwVQw4vx7a2y&#10;3mW9kvJlAI4D+Hh69auJ2NEXhj+XQhxZ7sfeW6q6s23TYZqiSTEir2tn5cvW4jFU2NglEdfS1OiI&#10;QNkGlGuSJGukQBUn6oPTuPOx0+Ew1Zh8f9m1E+G3RuvAUtQauGpHmraqhpltqcxMIw2kBnH5F7LZ&#10;76yhV0AL668PX8vP/B1QJKz6608v9XDPQmV+PxOCjyu86+g3NV5aaBIs/tfZm7K+alhmoQsVNTuG&#10;qqGO0ZaSQ62jCq5LKRYFYb1w1ZV7SbC0O4qXJ5jKUBo9uyzwJjcbTSyzK82RamjNxIouf6XsLW49&#10;65ciht/FvLoaQR58a+n/ABfSa6E0kyolcZJ6CTau+cnW9hV2Tj6+q9k4fa1VVT9k1kk1TufcORlg&#10;2/JBg8PQ1dLHJHNTB5EmIict6bBQXJ9hT1/trd2zt3Hb+7c1NnMdkKenjOXpamuqYfMsx+0FTQTH&#10;SilSFeWMtYgG4+vtrf6taLeW1Kg1H2dLbQ8Q+acK+v2dDzNufEbv2VPufA4t0qqNMi1PQZaClxeX&#10;iem1x1kMYbyBJHALKhaz/RwLkAYcxQ1ccVaVxaVFdUVMdBSZGZ4JKanx0nM+Snmq2AVBY3P1HHHP&#10;tbZQSbjZrcyyGirgV8z8v9Xr0l8YLLopp6BHF7xwOPzmIxsG4UoMRj6GvzGc2zQ09UM9V5+AIcdt&#10;zGYzEo0kshV2fwohL29P0NlhtWNqiWpp58jTZWKhxlJSUUlNSqssVQVb7moSvuI2jf0CJEuVsSf8&#10;A+1vHDPGjCoLVahwPtPoPT16Uu8nhsFxUft6B7vfcuWxO2aTceBws+yqnP5qfK5mm3LPXEZWhgA+&#10;2xTbVpTNMlXpAeqnmhiXSAutywChBmF7FUbwiG3KDKuuUFRjq2rrY6PF0lNHTrEDka9pI9YiUCVo&#10;kuL3FiR7FVxb2TXqSwZBXFPP0/1HplWkES6mz9vQ7bT3j05S4PrL+Gb5bAz5PBUlBjdrUtLVfx/L&#10;SV9XqeSl2kaeoqovNUCdWqlp7+O2iQAh/aW27l63PY/H7TpMPR5mrq4aus3LudqZMXiKOWqfxtJS&#10;NkCC8EcdkS4Bci6i3so0vZSyXTElnNEQZ/1H/B0+SslNXwjiehf3JHTberJt553MZbH4/HR0lFis&#10;BjPvcrUZGKlQz+FsdQRyzy1M0xayw+T9tVZz+rQMn3lHhpdo7QokWX+Iipi+ypq+nNhSIEqMheJw&#10;pjK+q9jbgey+G3exjk3ebEmqtD/L/N14ETs0ZFFA4/6vy6AqR5d+N2Huut/3H0+36bGnFZzJ7Wr6&#10;OqlpauNslHhHpcrAtQHppHWJ40t6nDGxa3tJ5XfO0emIZaV6uKKDcmRmnhEVU2RaV4Iz5paelpQW&#10;hUXK6muWPHPHs6gglvJF3WbsIFNJ4HIOR+X2fz6YkmWRfA4KP8vTZuTrKT5LJi493w1FLLsZFS1X&#10;tmqwkqV+Rp1kNNLlcgkqV10VJZ46RBEhZNTByB7bsDNPvaroc5sbHVK7Sy07wZ7KZCganpR94rPW&#10;nxVYjcrEVGu1yS1/aTc9zjabQlWuFphc/t9Afnj/AAdKEjCQ1kOPL1/nnoSK3LYjrPaEeK7R3Rha&#10;3cuMp6mr2TiaHIfaZzLxYJPFhYcXTysrz105KRBI4tNzpAIDH267F2NJjd35zJbmyGNxW2aLJTHb&#10;u3KGCGWjywKid8rmKuZSxUH1JEG0rf68couZpru4hS0sRpZwNT0OK8f8v+D59btZFiGtsk+X+rz+&#10;XTTuLtyvyGy8HU7N27md25KvwYl3JUJVR43cO3pTTtEMXR0OlC2QlqQ1Mwj0KoUuTIbD2ou38TjN&#10;2zUMsaJlZcdKla1JPWyHFQ04GqCSWijPjldnsF1fj6ez3bof3by8tpK2nhQ/iYnifs9BxGa9J4ws&#10;100lP2/6vt6AT4eZLd2Fym+Z91bXpdnYfc2anWg14Vk3PkM7DKRWwVOUkIZqaliUnmLT5CxBHILH&#10;hqvclHXULZWso4tp5emeKpo2qIaSpxE8a+OIYumn50SNYc8W/wBf2GJYEhh+stFOtGy1OPqa/wCX&#10;1/Z0rp4jmM5P+Xo0m6KXbecbL4zC0b1e+cDClRQ1s+OyVdjsjJIomgTOV2NQRzFRcvA8qyDhlHPu&#10;dl63cu2cBW4amw0aU1TlZBT5LLS00lBHQ1K+Q1M8cFlIsbBLaiefp7OrB7Wa4bdAdblRw8jwP+ry&#10;6YlDOQjY09B9T7f2N2bv7bu4J956sztrBqMhtfbhqsdl3zGPqQgVqmZ/vFWJvIrqhRSGUMbc+w/w&#10;u6Kmm3Iu3sdt7NbkmmWCaTcGSnpdvbZoGQf5RXUctRod4UNgiafURxf6+6X9jEYxe3BJJ4KPPqqT&#10;FyYzhR59C5ueiyFRt/7+bKps2ho6ida7HYTCNvDceQxsihY8TKlOZiKuQG8wp4ZmAJ0vYF/cvO7S&#10;rajd1Pms/wBwUEuAao1x7fx9GKmurhGtzioBG5DITxrsWH4HtRdTXN3apDZR6CQBU/h+flWnpUfb&#10;1WERQk8T58OP2noNth79rKDCT7f2V8dN67erMe50zZ+HAba25L5nIOZq83PNJUhnX9+VPsmccr+L&#10;+2Bt6bGkyq0ORwGeamx0s8MdBUV38OpajXJeNsjSxMNTAACM3JH04ufbklrJaWogMneeJpx9enVO&#10;tu0U6Fev2z2PW4+ebCby25hMplKaDXlY9vHOzYxvAqu2GnrJo4pI3Yags1OVudVvx7nDemLGTrl2&#10;1sTEYdJmgmyObyNDJlIJYLBSkMGq7S2GkAEBR9Sfp71oiqtXLsBgV4fP/V+zplvFodRp/q/n0mqT&#10;qTd1RjqOm333LvzdElKzTJT4KbGbBFRUX/bSat23HDUvEo/svMSTySR6StsXkchNicxJlKI4bBuw&#10;kSuqvHBQzo3oWUU0IFiQdMaKSQPrY+y5JTDuyzW4DuBnhgf6v29OFVkiAc+mOsWdxOCgr9vUmPyB&#10;zO58denpMZT1klfnrQosswnr62VmEYPrnmnsGNrnmxS1TS4HrfbFYcXXYquqpJ1yc2VycZgoKSOp&#10;a6U9JTAyTSTAfS/H9SPa2K0fdLx7ybsAFAOH5n/V/s0afRSICgHTljMru3e+dT+OYbIbTwFO1bQR&#10;4akqlrMxk6imn0S5PKZGDTS09CwBEUcbNK5sbj9PtLU3a1W9Ed0Lhczm6YCTFwCsrZsItfVSjQIs&#10;FQsuuZD9AVW35J/HtXHBBQ2zMKJk0+Xr/qHVJAxHaOP7fy6esn1vi5qObCYOpxm2ZZ62HKyVFFt2&#10;gylXIKWRXSbITZAMhkZh6XlFyAdHKkhT9e0e6NwSV8e4NrRbX23NGZJZ90PBVwoh48GOhBAMnPDs&#10;T/r+yC/3B0uA22ksa0NPhHzb5AdK0WOn63xDgPP/AIrpo7G3Ztrb1BTSwVWW3LvCiaEY7b+yKqD+&#10;8uWqSQB97BSODHSXGqczMsQW978D2qpY9ibcqpcTt/D/AN31oYY2bczLJJXTjX5B9tE5LFWc3uSq&#10;f04t7VtbyT2oac+LryQDj8/s+z/ZpVlq3Dyp8v8AY6DvZdD3hmIpN4b33Njs6csamKi6ooaPFUGC&#10;wIkbSiZHcMCNNLLFECJA3lOonSBfhCbq3hVbdzVNmshXZmrpWQ01FSQ7blK5Gd4/RU5TKRrpjTn6&#10;KCT7VNaRSWKxwEBYzU5rSh4dNRuNRHm3Hz6F7b+3KGfCPhoMZjMe1SHbKR0Walq1xTyvzDi6fSWA&#10;W1l1iID62PK+1BhNv4ykngzOUoIjuTN08lfDWxSRq2Lhq4tEX2U+RCsJCGsrMQF+oB9pBd3d6wmA&#10;JhjNKetPs/2erMYRWJDnz6b9x5KpraWtxeJr6ZMTt+WLGV1NPR1Fc2Sq6ULJNS1640EmmCWE0USa&#10;pASjFQSChYqXC7FrJtvbejqMfmszUCWqyBnjr8tMHcySK9e4Lkte/pNvai9Txv8AHbv4R8K+XyP5&#10;dOQupGmPh/h6WeOvuWhpclkmpKygWOR1g+3qqSjnlUaGnko6l3JUWNlmvbn6e2Xeu/MDs/cOIyOZ&#10;wk0EuMMLealjYZLJ1C2JkqKuZrsx/Jaw/oPb67e99tXhu+HBz6A/7HTX1BjlLL1mxeJkGLyqU2Ye&#10;sTKvP9mlTFSzY3EQtF9vHRUFHSLEPClr6Gckm92/oZvqzsfL9s0eXyg2vV4XbEcMkVHk6yvhMddV&#10;Rn109LFHpLWveRgSF+l7kD2F3ki2W8gt7BTLIpGqgrpHqTwH55PH59XkiD2xkmNCeH/FfLqvLvXq&#10;PrvrWmxWRzHY2PG+KjILkqaiq8ZRpWZKkaotU1Zoi1VN44rFIFA0FvSoJDe0vVtR4aurXnrRi6Wn&#10;aSsrRHUPLPWqhLGEBbkL9L8/4exleQSXNwkjijsRk8B8/wDV+zpCW1wHw+7y+XRm8DW1m6Nn4eWg&#10;xp3PPX0MFJipa3Hw0FFi9cQUV8/nC8qLkBULf0A5PsEOvd67Nn33n8lQDPV9RXrVQQw5BEgxqvKT&#10;Csi6iWNibqLf4+0nMQ1SwlnokbKWp6A1/wAHT1tHK1s0UfxEdDBuDb2fym0IMFT5CjxVVHBQJV1t&#10;JC9Q/joijyx0McuhVMmgrqa9lJsL+5GI6S37X7gzuW3PUGHbmTaUUNJjq9VqoY5n1RSapgAoA/1z&#10;z9L+67pvdvM6furupSpA9OIJ9evRQmIaZWz6dMtd3J1/jKg4RdxUv8bhjCLQT09aJC8REbqVjj9T&#10;cHhL3P5t7WsPXW69g0y1u2poauVY3NNU5bIGGloFPPmnqiGkcj8hV/wFvbW229tvVyTdCoU1Izmn&#10;+r7ek95ePBSBKgt0n5O5utdzyVO0slWyiuqytMcElJVVeQySyCxSKkpo3IRuQS9h+Gt7z7aw22M7&#10;U0dbvbc0ec3NHUPUS1NC4psTCEbUtPEkpJe1uWP1PvW8XF5qNrbARwjtGM+mB6dLrMmCMMq1P+X7&#10;Os+4cjvja2DqV6/2LQx4mjoCuPxFQzx5OpqmBJcJTM0cKD0izsznk2HA9r9905mvrq6kpmx0OAo0&#10;aJHknjSSdFGkKNP0BH1I/HA9sLt1pYRxG1q8mCWNTnz/AMPVi7SLrlFSfLpCp1/t6Oixeb3NTZWo&#10;3nlClVLFSUtVNBQ1sgMpVIGBFo24UuQCRc/j200O5c1UrPgtoYekoPIzCasE1PSCrkJPppk4Y8/2&#10;m59sX0VrHOLq+rK/l6D8uvAB1yaAeXSlyGxMDTum5+wdwZLLUGNiE1Nj6yKetioY44wZJ60xB9TA&#10;fUIqqP6Hn2i90b4yXX+Ir6fdtA8FTUFhAzOldLJKwOkoVY6gT+C3+v7Mtu283Nx9cppGOI4Dpi6m&#10;jkAij/Dx6UmFx2yt/phtybOzUFbiKF1VZMYHp4GReDT6NKlGFuQVBFvx7DLCNTZXZOe3bvbL5ypx&#10;E1SqUWCxhWCsqn5kCaogFUfRT9SB+R7sJ7i63n6S1ARFB1N5eg/Pq7uBCoA1E/4OlzlZshTVuNxe&#10;3sfjPvJ4ZpZshkRIabHUELKjsIqciWaR2ICR+RAbEs4t7X3Vkbds0jYDD0NFsDb2HgYsDSrkcrUQ&#10;h+f8pqv92m92e/8AW17eyDdbxNkuqw1llmNKk4GPOn+qvSqNCYvGlOB5f6v9npCdh7lHVO2q7fGT&#10;jz29MhHPTwx4+lqY6CnV528apS0EPoSJfzrWV/yWJu3sYaLrvCYVqqmpGqcvVR08iR5Ctp4nhozp&#10;t5NcpJZ/9Sq/717ejgvJ2jnuGoGPwr5/b59VlmUQ6lGn86noDX+RuSzlBjMhksfj9mUFRWwKMXLn&#10;JancOXOsf5NDT0sSpDF/x1mkcj+yBcj2H+Mw2Lo6+soZc3UCunaV3qMjOh5A/bSmo4RpijX6D8k8&#10;kn2s3NLiC4SULRKjA9P9X5dWSXVbkpk9GIO4MnWYOPKxYP76IxxSx0GOIksrEalNZUFFke3J0gW/&#10;xPJa/wCGZr/nZVn/AAP8P+Yf/gJ/ysfp/wA1/j7O/wDE/UfDXy49IfEuP4T6+X7OnH+K4r/nW0v/&#10;AAB8/wDn4P8AgV/zr/1f5/8Aw9//0l/JOtrlvp9P8QPx9feByilcZPXeHUOtpunxzllC8Aai1zci&#10;7fgfgf0H1Htqqq4fVW5AJt9Of9SfdqKMHrWr0HSsxODkFy6HTrVVJOogWtqv/X6f6/tNzZE3IVj9&#10;fybEf7b3bSpNT1QkcD0IdJhrKt0B4Uk2BB5vexH+H++t7bZaoyH0m3+x44/PPvdABjOetqorTp6g&#10;oViADIPpcEgX5P0vzz/T3GAaRv63tf8AH+va34961qOJ6sy1x1OIWNeB9L6fzb8cnnn3kIEX1HFr&#10;gfW9/wDH3uusUB69TTnrALycg8k2/Fh+Tcf7z74O178ACxPPBv8A7D3418jTqvzHWWJQtr6m55AY&#10;/ptfkn+vvF9AbkD6cn6+958uvZIr1mtqZbAn88W/2H/Gre8sEhvcA2PH1/r9Cf6e6vQHJ/1D/V/l&#10;69T06xTxDSRcXH+HAB+oH+9+3FLlSBwTfn8/X/D2w7ivTowOm8x+oauUCgfXgcWH1P8AvXvidNrM&#10;304sLnm9+b+/Enj14sAaddgNe6LYcm7WHAFuLf8AFPeB3H0FwDxyLfj6G3uwoO7rVK9w6kpGxHNi&#10;w/HFrj8+/RFdRJNze31uf9c+9gsy0GOq0Hn1xnWwHFhYfS1jx+QPfOUAXt9LXJNjc/i3+Htvu9aZ&#10;/wBX+r/L1ftIx16BtQsRdjwLGw/xuPcex+unkf144J+vu5JOCeqlacM9SV0gf2eTcW/J/At/r+/M&#10;bEi4AA+v9eOCB7tHWlD1XKivr1wK3CnTcngqLLzf82/P+w9xmezEAk2vY354/PHvwOOnB5E9TFi1&#10;LqI0j+lv6/8AE8e8TOSfrx/S9ha39fexXTX/AFfb1oEEnrKqIOLAm1rhb2N7W94iQGUXsP8ADm9/&#10;z7sq+Z68WHl1ludJsDfnmwHP4AHuRrUfpI+lyQTYD/E+9MX/ABdeDLx6iiPV9R9PwfyeRxf/AIj3&#10;y811IAJP+8/7D/ifflB8+vMK48+umgs1+Lc/S3Av9T/xHvLC4FvUfpY8/wCxuR70TgqeNetNTUOs&#10;M8TfqA4JNrDk2/HvOZQfrz/sf98T70BQVJz1aoOD1H8B1WUfW/8Ah+eTb8e4rS+ogAD+lj/Uc2P+&#10;8+3hnrROMdSEp7KCSSb3v+LA8f8AFPeIl2/24N/rax/IH19+rTj1UE06zKqKLD8A8Hi9/wDX99h9&#10;J55uTze3F/ejR+rDGevFLC44HA455H4vz75iwuwBBAP+x/r/ALD35moKevWsnj1jA1ek2K34t+Lf&#10;Qf6/uMS2oALbng3P9P6+9axTJ61ppgdSwigEkljYXHH1tcce+ueSSQeeePr7scjr2AevcXAAuLjg&#10;2/P0H9f9j76JJOoDi4+lyBxf3RaLgnP+r+XVmFc9ZLem3P0/2/8Ajf3mVxpu17fgn35kJyOqgkdR&#10;iDq0gD6824vzYC594ne5Gm4A/wBvxx+fe1UqCD1civWdUH5+o+oNyP68e8RYm3+3uf8ADj3uvHqh&#10;ocjrnoA/2PFh9P8AW4954XJAGm/PDH8f7D37t8j1sLg9YJ1IuS1iByLc2HNr/wCJ9zgi2OoDUblS&#10;Bbn/AFh79UHgerHOOm1mYFR6wALMpJtYmxPviYzY3A/PPpvb6Xv7oxWuDn/V/q/Z14Eg0HWcSXt+&#10;oiwW1+ATyOOP6/8AFfcVjyfz/sT+P9f24KY/1f6v29aq37OpCg/05v8A6/8AvA/2PvhbWGNwLm3P&#10;0+nNj781QcZ6r2nJ65gqhVSGJAvwOef6n63/AMPeAxgHkD/G30454921UHVaZ6kByRwSP9vfk259&#10;43XXxyBx/sOfeg3dTreadZUbQLm1+eeBc2sLAe+BjYCxbhef9bjn6+/A51Dr3aT1kDqx4Tlj/X6j&#10;+v8Agf8AH3GaQkc2PItcXP8AvH+8+9kGnVT6DqQiBSLcc82t9L3v7gu+k3tzY8f1/wBv7uRinXjT&#10;h1JRb/7Di4/4p77W5BYgg/S5sL25/HuvDh1rOKdcmFuL8Xva3I/x94nZgwH4/wCKAf1921deNR1y&#10;VVtf82t/j9efedH4H0vx9frz/X37rYI6wuluOf8AbX4H4HvJ9wVe1xyQCCfp/X37y611w8Cst7fS&#10;5BsP9h7yNOwH1H+HI/re496BzTqobOeuKwKT+QLW/Nvra1h7jfePqAt/sP8AH8e7U6vXFOsv2yc/&#10;7H8X4PJ49uENSHsC1vyL25/xv78RjHWzQLjqDNTlbkKf6cE/n+g985pLD9Vjf8fn/D/ifbdM9aqT&#10;16FCbem/HF/r/rj/AA9wJZitiAbX+n9L24N+PewBXPWvn1NSMHgn/H6D6/198BUISBYnj8fTUf8A&#10;X/3j34CvDq4bHXZhIub/AEva4+o/HvvWS3BPBHDf4fn3YDGeqkg569pIXkfj6gXsD+D7yS+sAc8i&#10;x/xJ96HVQT59cEshJuP+KcW9x1g1X5sfrYi3N/qfx7dFKVPWz1kaYj+hH+H+t9OPfMwkqbj1fQfT&#10;6fge9A1NPLra9uT1xEtj9bA2v9fr/r+8KKQ5DAD6fTn8e76Knjnrxqcnrm7jTdfr/j/r8+8slmBC&#10;8Eiwtf6296C+R69qI6xx8EEgWvc8/Tj3hCmMagx1A8qfp/jY+7kVOR1oktk+fWXWHOn+yeQwP0/p&#10;ce5kaysqupC/76/vwIHHraqG6hytGpKG5/3m/wCLe+UtQCPG1z/U8/7Hn3sBaBgf9X+TrRNDjrhH&#10;AVYuALf0Fvp9Bx7xDVqBVb/Sxv6SB7qwBAHWh1nuLHUT/rfm9/brCxQBrmy/gWsLG/torxBHHq4J&#10;A6bpwHbSLAsf6nUQb8j+n9Pc6myDFrMbgk8Xvax96MYpRR1UU4dNtVjltqAsQOD+bH68+/NVNHOd&#10;PC8Hjj682HvaoNOenGIoD59dfarLAtwSwH0bkXtY3/3v31V5AMQBxpsDzcn+vP8Aj78sQDV6bPCv&#10;XqPHMiMxGrVypAKgf0vf+n+8+8RqS2mxvcfS39PbhABoOvAkjrKKO2rUouLgHVx/T8e/SMZI2Lgl&#10;rALp+vHvZatADgdeIIHXUMYikGiwFyW1G4N7XP8AsfbDUQy6Tyyrc/jn+v19+1AdbCin29KGCWMk&#10;fQtYfn6H/AH2wNDP5Txe5I1fn68+3EYZ6owPTkHj0/8AEf4e3yhopXFmUNe1z6iTf/D3ppR5f6v9&#10;XHryjpsq6qOME6rWuQBYA2+lj7UK0niAsOeeDx9Pyb+07tXjw6dIpny6Y/vBKSb8fi3IH+AA/Ptw&#10;hpVA50+oD6H6E8k/717aLFgFHXlIrjpunrCCSA/pP1YfqsLAWH+x9vdJQoqt6tRt6QR9fz733Nx4&#10;/wCr/V/Prbtmh6SmRy764/Q6qSQzLyV+i8j8+4tQscQfyIoPIACgWH0sP9793CDHVeB6n0k085j8&#10;MhK2DFmJIP51E+2Gqp2fkFlS31tqNv6+641HrVK56VdHUrGlmAaT/XK3I/Av/vHtsemVUc2Nl5uf&#10;ofySL8Ae3lqPi60w6clqi7rYj1X4H1+tgDb3mx0wN1Z7/jTa7W+gv7UFNa0PTerS2nqFk4iul0jI&#10;5/V+ARySPb3EVUuCnJBIH1tbm9vaRl04B6fWrY8umeQtIEcSCwIDHgfXi3H+2t7gvLIH+ukE86T9&#10;Px7cBoKjqrcSR1OSCNkIILEC4DA3v9T/ALb3LDKIxqDOXW1zf/b3H/E+/PQg+VP9X+r59XDEYHUE&#10;K5m9JCBTxYC36rEWPPtmWl0s8hsgvqufr/rf7f3cN2inTbDuz0+SVd9MagyN9CB9OPrcf6w99LGk&#10;5KH124BNgLf4+9FWpUderx65tM0AV+U1AEgAk3PAsfeKPEIJtZf0FvoTdfr/AI/7370ruO1h1XSC&#10;a9cpcsDAdKnXbkcA2P5uPbxHSwA+MELzb0n6i3vatIcgdOEBT0yT1k2nykM6gXOoXNyeB74zzRxO&#10;IouQCLm3Jt9Lke9ENSrcRX161qPHrJTQPMjSygepQw5AHJtZQbfT3DlrmdljbgG9ybgj82HtxIwQ&#10;WPVS1D1OjoFiBkT8W4Fjqt9SQP8Abn3lipkYpwSfqbNwR/j79VgxI4dbBHWCaqZFf6C50i4/I+gH&#10;+v8AT29SkLTFYwqsq/rKj/Y2I/1vbaFVNfs6dFGWhPSfiSSSsVptbIzGyB202JsCVP1v7TEkjOWD&#10;FSObMSb8cfT2/UJ3cOk5UVp0roolVV0hwbC44I/qBf3HVmdwq30BgCOSLjjjT78zrpr5/wA/9X2d&#10;WCniB1I8YRCxALkEBiAt7886vz7UdJTvMAFuOFBsLlf8b+0MjinH16uorx6T9ZUrTks4DW1FbsAC&#10;frYe82QoDAqqkbSFl9Zb6j+pv7bUluPl1ZgAKdYcXlEqmd2lREDkRqv5AN+Qfz/sPaQjgnhqGJA0&#10;lrmxvbV/W/tZXtoOmiM9K9p4Z4RzchbAnj9PJ+ntWQQzeIuqgkoRYnV9RxwPbBfNOnVAoekjUz0w&#10;mSN3YfuXvYL9OWAv9b+2OoqqinJ1xlRchriygnn6+1kbIwHTDo/EdPcNFTVAGh1fgWINyQPr7TdV&#10;VTVJLJpJHFr2a1/rY+7nA0+vVen6np4oAF5Cnn6fX8/j284SJ6hhFKj3NuCD/W319sy004PDpxFJ&#10;IHHprzE60sTTKyj0k34+gFz7Xhw8cIRGFmP0Vh+Pzc+0iSk5rx6UaQFr0HR3FJUGV0sY4yQWU8Fl&#10;+oAv7gSY6BHeEqqluC3/AAY/Xj6+3i7EVGemqA5p05wZWeSJKgM5VQCqnjhAfSPbdNCMS/1j4HBu&#10;LWJ92TVLx63RQtWx0609Uuai4EoBJuCrA3Btx/xX3khzKrYXLA86QOeT9fdzb4DHqokBFB1gqMGZ&#10;NRChD9NbG/0HHt8NbEVjlMmi4BVeDwR9PdIwQSB/qz1sEUr0mJMVMGkgEIm9R1P6gbgcm/8AvQHt&#10;O18sdSyXFwG9LfQ3/wCKf1FvapWZMHh0mkAfpV4umejjbS1m0etLcEfUH/D/AG/uPHtylrbyyy+O&#10;1iPGdPqP1uv09uPLTAHHrSxJ59cqnc1RQMsUdP5zcg6iTYAfgjk+50O38RSFW5llve7G6X+pIQce&#10;6uJjnyHTwEargdNb7ozNYGVIUgiIt6Q3k5/PkP8AxHtV0r0dPC0iopIUqEI4/wCQR+PaGSNi2T09&#10;ESeHSOrkyddURU7SsqGRXZ1JBFv9U35P+v7Tz1NI9T5J1tZiWBbjj6WBt7eWBCtWPD/D1WSTNB5d&#10;LEU+SioxDRuGNlVWKgkLbn1f4+3WCenq1YpYpYWvwp/2kX/3v2mnVojROHr1XOmvTPJT1dG6ecjz&#10;EtfRdmUHnVb/AHm3+9+0LlZfFLIippQG91sbXPPtRGWYDPVGrXoRsXGHgikZ9TFRe9xewtf2y0so&#10;jqFkZXYkgKtuLN/h7dZe3T15ajPTvUIZImQNoBHJBsf9v7XVJWoVEb2YNY/UgC4sB7SGOraqcOnV&#10;ah9ekPXUUoJkibQVuPpdjY8/X/ePaV3Eh8hkiOgEHgDjj88+34gtacevSBaEjpTYF2NMEk9bL9WY&#10;g3P4+ntM46oQVARnYP8A1b6c/gA+1dK8OkobuoenuqQmJvSLW5H5/wBifagmoJaiTyrErXB5PFwB&#10;+rn20HCHSenmTUPn02R1sMKaWkIsRwOdN/7PHvnRU3ikKzxgcji1x/rj35pNQoOI6rQg08+uNVNr&#10;i1QycEfUEj3LyEOunLJdv9pUWtbkAn2yhBNAcZ/1fZ05oqtR1GoZQs2lwiNb6k3uD+bfjn2nKbze&#10;Vh4wovyXt6QP8D7sxCnppWIavT7LoKA6if8AWvzf/W9zqqkWeIsY9R4uTewP0Jt79G+aHy6u3dnq&#10;JFPofTqAvchfyf7Vr+8eOxyySWNwY2HCj/bXI92kUkEr1VRU0PXqytECauDqHFz/AL17VtVtmmqq&#10;Yq5cShdYIsQxP0v/ALyD7SxSuj6T08yilPPpKQ7nkinBVY2gLaGuSCoH1IJ+v4PtupNsR00qh4tV&#10;zfUWHIH05H0/2PtUbkU6bWNVPU6fcSzxM0EqgjgjSbqw44B9yK2FC/h0RKBYAgC4AHHttXoOHViC&#10;cV69QSP4/N5JXY3LKxIuSf8AH6W986LHSPKAqLpUgO/INh9CL+76uzOOtBSDXrBkcpDDEzNI5dlY&#10;pGtmBJ/ULD/W59zZsfLDUiZF9INvSpJv+eR7ZYgkCtetMpb5HqHS5WCejMMhs5XkOwUWtwbfX3Mn&#10;zU2PjEbFlWRQv+JuOfp7dWBGox4jqxYotD00w7epsrKZgqPodjb+yCDxz9f9Y39pGpyX31WIJWez&#10;W+nAsf8AH24RoSvn03XUc9LWjxqY+mLQKgKXIFrkW/p7WmLhoqJNWqMAC/rOtydP4PtAwlnfSOlQ&#10;ZdGeHSMzdRXVbBVjldi6iyftxqhf6kjn6c/8a9suXyCTzMscw4F1SwXgDi3tZDAY1oT9vSVpE4Dp&#10;6wuPanp0aWnPP6nJLkk8EsTz/sfadiqDIsgc8XIUH9V/oP8AYe7PGDj068sh1ZHDpStD4nRlt/ie&#10;Av8Aj7wLBLPIywEl3XSOCbG1voPx7rIVQVby/wBX+bryqWfrO0qQoGm9Kg3JuPpf/H260GKqgHj0&#10;ESgelW4uR9Sfpbm/tkyIe7qzoVbptrsrSx6HMqmHX63BDWB+gFvr7fhUTKUhnVg8YVXB4C/0ux9+&#10;jI8hjra1LZPSelpIGEtRTuhWcu6EfVr8EBR+Ofeeso6GaJ5eD6Q+hfozWuRb3ZSaZx04xXgB1CoK&#10;/JQ1EdOVJu5Tyt+EvYeocfn2HMuUjoJZSDoYBtJ+gUfhbf0/r7VLGpwcjpK0zKcY6EP7b7mJBJYq&#10;bagbHVb+1/r/AJHtiOYkeYSkPaQ86VLcX5sov7f1IBSvVNetqjqWtPGqBAOB9L/8V9iFiqlTTszI&#10;4L/pZgRYEfhf9f2jmKMelCY6S+SppPOgRlKryVBGo2P5P+t7xVyTSvGzIy8ldVv1D6Ekfj2jCitV&#10;6vk8ep1E8MUborq1hqsD9Pza/wCfbhjsRUD9+O9h/atZVW9ze/t0SAHSx/z9eMekaumjKZikUfby&#10;W1OLhbgsxt+LfT3OmaON5D5GQRo2pjYEsOSFt+P8Pbhi8QDqpdQe7pupzKyR/tK5mcFQp1KFP0Zr&#10;i1x/X2iZM3SNU6YAHeOQq40hrMp+pt/j9fb/ANMFQUPVfHBai+XSwjopvEwlcDUv4JFgRyD7EaLM&#10;/d4r7SaELG6i9lAUEf2rf7x7T18NqpUnpw14t59BjNtRabcaZeGqb7iIsF1vqYxvbVCDe9ja9v8A&#10;ifaFydFQlbhS5vqDsD6APrb26pZjU9UIUCvQj0NRVk6ZNKgC1lP6j+PcGg3PFiBJBRwRCUqSTYGY&#10;leC1/wCg/wCJ93NsjMGck9a+q0nSOvZHBplin3k8pjX6RK5WJgR9GQfX/Y+8VNu+vqciqmKdQ7gi&#10;yMUax5uRxf8A1/bdxBCqUFB034sxfJx1kGCoIaVoVQWCEBm+o/wB9irT1rPTl2mBIW7kkBkUn9Iv&#10;9f8AX9lhiJwv/F9KfiILHoO6uhiiqxGtMwBcBAFJRnH1Ziv0/wBb3FqsjStSypI2sovp4swt9Tf/&#10;AHr36OF0ap/z9WLKw0qOHU+lxtUtZDJFH41e+s3Jja/K+k/7yfaSpt3LSVTQKbBvTcn1G301H6+1&#10;TQVAJz00jKrd3SjrdsQV0KmYAuouq/2VJNyQv/GvacylbJkcg1VDUNpMg8kX4U/kPf8Ap/h7VIKR&#10;BaZHTbjVJqPT5j6NKGjipQi2iSykADVb/ev9b2tGp0ydBS0tEifchFEjMACzk6rIeLj6X9srqjcu&#10;3Skt4ihB0ljVtiq2tq8hMVodZaIAlhHCqaS0g/B+p9vW2NjzrVB54/3HazpYhfrwFA+v+PtHdXDK&#10;NS9ViAQivST3d2Xh6PHSvDVqsSoWWcENyFvyPqD+R7HvE7Tjx5jb9mNLBmSJApJv6gxH19oI3knB&#10;I4n/ADY/1fn07J4eqor1XL2t8n8XVQ12Lgp8lWVsZlijqallek4BQPCNV/8AYMv/ABX2rVhp4/8A&#10;Nxxj/EKFvb+pX/b+1S27sB4n+r9v7P8AVTplWYP8uiOZPsTcdbLJqy9dLGXZ4YZKmSVYdd/Sq3PA&#10;/A98mnDekkfng/S/+w9vJbx241KKf4f9XHr2tnahPSckjz2dlElS1VOpYgPIX0A35AP0/Nzb3gnq&#10;4ooZGU6iiMQRa3pH4+v9PbB8RpQpxUj/AFeXVGBHn0Iu1Ou6yvq6GOeF44ppYozqWzHWwuQP8ebE&#10;n+nsB90bpkqJ5MeSTHJ6Dovr9RsbEfn/AA9nLqYVBXFOmFYu+k9W09I9I4TaeMpM1FTg1wCz+WdU&#10;F9K+nUo+ljccewZz+1M5RhslDIatHbUsSJ45CCb/ALtyef62497jukmGRT+fTxtmQao+PRqsPurD&#10;V0pxyOsFRAukozDxNp4Pif6ED6c2PtbbRjrJMY/3yvTatKqrMVF2HNh/xPtgy0mqmRQ9WCsFpJx6&#10;Ru+ZqWOupDSiOpqA/kdUCuw0G9ncm1ueR7faXCY+J2nrqoNGoZkHp5IP6Arc359pZJJZn0p656cj&#10;8NBqfpjrt0ZhqdKbEYtzVSGONtRYKgYX8rsgsBx+P9j7Y63D7clnaplcMoNxGjckE/VlHHtWviKu&#10;g8fXptpEJ1KK9P1Dm92CmipkpQJStnlnQGJGWw0qwNyLG4Ptip83hqasMEGmJB6RwNR5sFHt14Iw&#10;tTnqolDGh6UlRis1VUYeeVZJ9OooCQgbT+rm30/px7mZGVhebHqGDWDoGGvnkMf8D7TCSMqdRz1f&#10;STleuGMgfSkGS1BkBKMVIjNuCoH9Rx7UqZWrocNHMqNJpFpbAkjj8E/09poYVkmJYfl1V9ax1A6S&#10;Fbg8dk9wPTSSCK6hogr6AxBv61HBvb3DZctnMPJW0JkkmRy7QRqdWpR6Rccj/G/tVCtv4xWTH2/6&#10;v9Xl1qkjR6hx6yy1uA2nnKbG5EwU0FRCFhqaiUJHpZ/UDrsv+K2PuVtmPMVlFOuUhkgeLUoSoDA8&#10;D+ji/wDre087CK4Aiz/g6tCjlKSceoe7qvb1FPSz42anmNS0Z1ULo+rmyuGhuDxzcm3tggrpaHIy&#10;hICrlnVFH0451W/PtbKI5Eq/WgWVyvDpXTY2LIYqHXUkxeNDJJqAbSRp0kj6D2roJcjWU8tWisNE&#10;b60ivoZgLfT/AHv2V6ofFCDGenVB06h59IuspcNi5oMfOyP5ZY/BLVBdca69QKu/1sf0n2jtupNU&#10;bhRoaGn+4WXVdI+bXvq/wP8Ajb2s3FkS21Mf9n/P+3piESNIR0t9xmkpttVSVVfPHRvStG0rzBNK&#10;FdNvJcf1/r7GjdKRQ4CbWy/cPF6lDW+ouyi/59+2aVnQsRQDh+2n+odOzoBw49Eq2A+SqO3oFpVe&#10;TBUxl0TSRMZBLZRHP5kJVlKgg3F/979l9xMgpFnl8IguzBfMQ7Sc6rhTza/0J9u3AE8hTj02oATu&#10;x0fTIxmoEMfkL2tq8V4wgtb9a/n/AA9rXB7nlybPjpU9AXSxClfT/tP4vb8+y6aFrcVT9nTyOHBV&#10;uFOkDuDZ1BQuM5EStVG2oOz6rtawD/krf6j2msvhqSPKxCKVlSVgrCZlElyeWibkEf09vl3aHUeP&#10;VFKFvt6VmDzFVPi5JKiKNpYVPqpyxhIA9KuDZgeOf9v7VTricfGiz+KpqYYvTUNcuh/oyrx/sfx7&#10;SReORU4B6dkYA0Ty6TJbM5actSNLSUks5WamsoSUAfrikbmx/pxf2k9wY6izVBJJHUz09U4KxSQg&#10;MqygehpPzz9CAfZra3RU6GGB028QZNXn0oMVJkcZUikaGF6VV1OzsUmVSeRCv0Nj/X/W9y+v9pTU&#10;UC1GZyNIkiSAwww+tZ473Dyhvof63HtJcXBldkUGnr1UIsSCpqemDf27amng+xw+Iq8jLIkyT1CE&#10;U/2jaBo8Zk/WTf8Asm3tWdl1Uxxsfhp3lovRG09NGwjiuQgZnW9v9c8e3duijRC6EFutSO7Cp6D7&#10;panSHI1y5OrkgzcpeYUOQnjerkQ3d2hjJuyD/afp7CyClGChpsgKqAxVFnZEQipRgbC5I5H9R7Ug&#10;vOrEDIx1oBVp0Psk8eUmqsc9NMDALGR7fbyh1v6CrXv/AE49vk+UMNbDnIIwkARfvAtwJiosSAn+&#10;qH1/x/x9oO6QBH4jp5tOGHTZFho2xtRg5pTJfyfZlgGeBGOqMeu99BNh/h7kbEyb1GXy2Uoo6mWk&#10;0s0Idm0rK/8AZ9ZB+vt+7lRikZP29UhUUZuHSe7Bw9NWbZosPWVFLE8klPDLMYbeSKIfulEA4uBz&#10;9PcjN4jM7qqlqJ5WxU0LgAVKl46iPkcX/wB4sPa6TcE0CJRWgxTy6osQLVY06b9sNtrr/ER43EKt&#10;dQ3eQrjljLQSN62DRggC/wBb3+vtrw8G0tt5+WSTG4+qrmiMNRWCN4y9x63VCbaieL29oLqG4mi/&#10;UY+tOnI5Ujc6BnpQ5aHcO48IHxtbV4R5is0SKKWSU2bVHHNJY+j8sA1z9L+1S8v39bHS4yNY6OYr&#10;4FlT9kAG/Mn4PP49plQLF6kdWJ1NU+fTQinFY2XIZ2YzV9KjGskpWPnc2Ooxw3uRYCwPvNuTDY/b&#10;FZQ5ChWapylaEglkhYSQ09QRYGIAekDg3PtXbRyTQ67z4RwHnQevTTFFkpH5+fSR6/3vXdiw7hoK&#10;qlGPwuLqrUZrYJaeryWOPqD1CSG3JDD0/wBOR7ZsYu7Y8jkZsgwo6eGJnfIzKQz3/Qqgek3/AK+6&#10;XDwSuqRZPkOrLG6gljQdLWufZsmKx9JRQQZBJp446XGUciNZlJ8rOl7qqclv9699Q5zEpE8uUyhe&#10;JZ7OhCvHNZv1MW4A/wB69p5ILjUVhAGONf8AB/q9OnEkj092enCpxNcDEuMxkELfb2jmd2hal4sV&#10;/b5/4r/re1dV5uOFI6mkdnxORQGjhKDT5FFiDIv6iP7PuluglU6slME9VkNW+3h0HtFteSqkNPkk&#10;p03JiSGrKyKYsTTzMzRtFDIToVwTr49vdWlJW7XY5GuSlklDLRzTIjSQSuDpja41W/Fh/wAU91so&#10;2N6XzoX/AC+f+r59bkGlNJ4npES5DKYbsKmpds7dbKHSku4IaerlpoqmhhIVainBPgeQatQ1AGw0&#10;k88A/R9fDxPV5nJffxRVCtEsF4vGQ2tD5Pxe34t7US3YnmMMYoDx60IUVNfH5dD7V70CyRUlFQyx&#10;VM8LTKatVAAUeoCKNrkj88j2JePpa7I0yyVlWlFDSziSGcVAlkeCKwERgYWGq1tX19ukW8H+L24q&#10;TxPz69/Tc19B0EG5MzRYPISfw/ET5utydIaebGLQtBClTOzH7g1449JY6k+hvcc39pCfsgjKZTD1&#10;1O0NJCJJIalpFYiO+ksiE6rNbnj2/JZrE6vGa1wemKhidXSroOqqBKHE5WkkC5QQUr1aLGkMNU6j&#10;WFmEfBaNidJI+o59sFfNRZapxeQo6ypppMcrSGiMviWsBfllH6Wv/Q+6lmETR0GTx6sQpYP0v8dR&#10;VuNFdS10MdTFWyEpVQpdYQYdAjmU8gC1w39SfbjubLVGYk2zi6euekYlkllK6KYo41eJpL2uv01e&#10;3LZRbWbahU8equfEm1eXSe2xt2lwNbvLONRLN9/UQVCxIDUVTmipvCTHFa4Elgyr9b39xJsJFSy4&#10;x6jJ4uqylPVFKWYSI1RKoe6RyugA44tcn/D2lkaeZCXU6D/Ifn07+mtADnp8oc2lYtd4cRmaSjNO&#10;Gn+4pXgiRmQ62plNybj9Wgf4n2414z/94abDZzEQZvF5KoSnqpo6yNIhC1tMp0MGI5tcj6+7SMtt&#10;Y/UW7Ux/qr/LrSAs+kjHn0nMXUbfr9uS5XbFXV4OqoqWplj+5xzrU0csat5KeWgrE51FTdEPINx+&#10;Pa/ym36XAYeriwjY/EZMJJ9krxhY5DCLrEzrYkEixNuPr71tAiunM92KgjBrwPp/g/1Dqkz07Ux0&#10;DNFv3Mbm3VjKKrxmT3HtlVjTNSwBFWiasFqeqelvYLb1FAdVgQBewIXNuLP5kh6nHzvkaenakmNI&#10;DKrqqXmX0E3JFyD9P9v7XSoUOlDQDh/k68uRw6HrFbS2ptSjenopaWjxNVX/AMTWCrkjSOKpnkDR&#10;tE0ttK67AD6+36LDY6vw7U9FTzvU/wAN1x5NJoaUMjAyfbSBeDKCSArj/X9prBLhrotN5nz/AC/l&#10;1aVo1wvTLmdy1mEzFLU11fBFj5crHRz4cUNVX1Ilc+BK+BhdkgtZ3dBpUC/9fYZUw29ksPPMu3Mp&#10;gt0YKoEEFaJ6qBqvRL4mFcGAVle5AcAj+ht7fKut4Y5G1A5+zptSHWumhHSzNPuOLPwVS5ugyG2M&#10;hHKtRi6mhiWoppBAXhlxddTsNaG3rSZXuCSpHsOd7bX/AIKk/wDHqLNbjwmZrWpsdPA4qKileSIS&#10;TS0CLq1pG/Fzb6fQfX2uV9cbSRsKDB9Pz6SyroYKylgT+zp4xuYo8mZoIJolraRYHrqEm9TRJU6j&#10;TCphNihkVCVBH4/IHsaKbqvJ7czu0cvtLJ5TJTZHFiE4/IR+OT+H1FOk0sWRkiISNYR+kMt/xf6+&#10;w+LtZbF3fGliK/MHy/Powii0tg4AzXoLYuzcBkaTetLvSGgwNHtHJSUVbXyVq1dBVWrWixtRj2li&#10;R3kcovoVCRJ6Rf3w3p2FNtHM0e0a3ADXl54ZsbPSPDLTNUwzaVYOoVQQ50kk3ufa76NVgF7OSSwB&#10;z/q/y9MeNql8KlfTpx2ti8PuWOk3LjczX1IiirsbIJ4Kimm8VSkbS01RDVkOgKrDIosBYqR9R7WG&#10;x9+UmFoa/be5Z6DHVFBVS5Greql+5mpvv6nWkFUQdMaup0Rqfp/j+SubbJprgXkBoCMenDpQJ0Ua&#10;PTjnpL9lbCm3DVU26NvfxXKVMtDTYn+G0GUgxdLLTxNLJTZCGeRb+SF3MjNf1oNI/Htu3/L9/t/w&#10;bYo6/H4mCdo8fU4uRnp2arkDSGN3uLNqJ5sQTe/sy26SO3LKWBduPr1WaJ2XxD+XTt17ichjcjLP&#10;vDO4/LbuyOOp3yCz0dDRZBKeiukP7UP1EZNtY4tY2BN/aI2NjVWairs/WZ2GhwbyrXpG6wNJUJUC&#10;CnSuqLBlUargKbm4sbW9s3Utw2q2hprb19Pl1RI1X9Vq4/n0IG6KisOLkpsL/C5cpkY5I6FcgoqI&#10;JQ0DSuyU6keT0KSLsF/LXAIK3zue2puTIUeXxe3clV1H3lXtn+OUszSQUk6nS1HkIpCWTSxDhrC3&#10;1vYn2sbxILNbe5fUUH7etKS761xWufToKNh7U3ps6pylBk98YaqxtTEmeTbDYSkhrqAGbXWVNHkK&#10;F4i8TsvjYPA9iByCbsuNmBMTkcrRHJxVNbPiwJTJTaXpGx6/5VFKUuSpPq4vze3HsovoVuZIJCKC&#10;uB8/Kn59Ox5Ug56Ye0p6jL7ZxmSXBVhx9LuKl8EdJkIU/idLmZBSUNXTB9KX0yAFZbAD6m/vJQ02&#10;5MiM7kdtzin1OsdOjszs0sT3ZmiH1jIOofQWPtbc3dr9SIH4qOPrj+fXljFADgHpm3LU9d7bxuyM&#10;H2hSUddG6O0lZWUcQoKR5YbQF6uUhY5ywWIENqYggf19xK/a2drEx9DkK7wVkaTMZ4Nb0kdTNIHN&#10;Oylbskuqzf6m9x9PbcN3I0boRgk6a+nr8uvSpGH1A8OnrG9jbAxkGY3Nt2jiq6GQ0T1scYp4slVU&#10;WOgeCStVZHHrpo4mKKeZFXSPUwPvDVQJs16ianzFKIftIp8gtXIqtFVU0QhEyvGNUlgNRTTaw/2P&#10;t5dme5jWSbDVz5UHScXiBjp4DrJt7eadoUhaq2lk46VsjPT4CsgpmlhyeIqoxWNPMk50UqsP2vI0&#10;l7+oAA6feYbgG5tv0+46PM0mYgiLw5igw0LzU2Spqe6yNoluYpF59JsTpvx9PdLaJoZZLM0VwKqf&#10;l9vT4K9snEH/AFf6v2dMlBtrGbO3ZFthdr1eNx1UXyW1d3Z7J40zYDcGRkIbE0jU7l5omIAL6iB5&#10;DDdgeMmczFLQ5UVu3Vly+6sXQ0kMeFjemirZPuYREpeomIR2gjeR1UkH1EfkH274BFov1xoFqfXr&#10;RkMmpV4Hpu2xt3IZza2b27u7E43H9dblzWYrKnM09RNHjZYIcw1bORjZfHJSLWzovkcyGM6C4/Xb&#10;2Fe78HX4/NVGRlc5HceOXHrPV5CpMcFJFXsZqNzpsHELELYLex5PF/appvq7JWYFVpgD5dMRRoj6&#10;Y85/1fz6Hjr/ADu2czt3Hvtmmo6PbWQkzdPi4KCm8UNQ2LrZKPI6IY10qJHSRwb+r6j68r2Leeap&#10;f7qw5Db9XJhZ8fSZPMZ+B5KKrhq3mMNXBUU6BfoTcKSG0/X6+yC3i0K01s1ZixAH2fP/AFf5OlE5&#10;I7JPhA6D/KddYrOVO9Uo83SLk5aWswOJ21ko6HJ7epENDHVY+ogx9ajSXcFPKyExggqqEpcx8Pv3&#10;YtFunIY/b2RpHq4p8iFgOinqPv6u87Gl8v6y7cu/0+t/ZnvPitCktz8YAJpjhx4H/VwHTNudXatK&#10;enUWbr7eW7Ni0WH3vT0YlmTDU2VolqVyFLV4qlKrUwZGFUiBAjL6Y0VrNY31e13vfZ02Zx9ZQ0OY&#10;hw67hpKN8/UyQQmsMRZfuNM8X63KXQI91Frjj6q9h3QmHx3U+JSi1FPz+VfL7ekl5bI501wD/wAX&#10;0XbYfYtJtnMSUeU2LX7lpuu9xZ7AdbPtepqavFUkH28lJSxfw7KkJTNEhaGSviBcamRwT6SHVHsS&#10;l2VlMbJQxbsr8RFT1GblzdIKYYwy0l2mOQaCzq7KxKWWzDUDa/vd5evdIYjTxHNNPmM5H+fq8EGh&#10;TXGOjA4rtum39hsxhcvUbG23up64bYk2pmMl58stTl1iXGpSxVqwmoMzuAPHGQHXgkqAYeW3nh8z&#10;IJslKMtt6esxeTosXjRPS5SGfD1sFXSGolGsSxieIFdC8i6W4J96ubxrez+iiUKAtCSPtrT/AFfb&#10;160sRq1juY9Pe3eoqrA0IfETRY7elNSZCkfc+VpxmcZVLmmkavnp8bTT0zpK3oaQakXWqMRILqRQ&#10;kq/7zz5tMtkq7b32S4ncmOjSGSjydJT07E1CVtHMASrWVUBPrVjx+PZbavr8OKFaiTixyCft8sVz&#10;TpZIVhWr5IwadF2rMFL0xget2652hgez466szvU+5AcytTTVs+Wn/wAnnpM2iTCALVwSfxSPx6Y5&#10;FKkKV1gC1gxmw83uTsAYjKZjA5OSZ6SajkqZcnXvXFKmqmhDACkNPL5IvExs6lbtf2cbjZC/nRFk&#10;/s6FqcKjy6TCQxoSq0Lfnx/wdGjoqvN7k2lR7LmrcDtfsGixdI2Wxkkabix+OSBmhpUelZ6U1cNR&#10;EmpZImQKQTxp0e2oUlZu6j21uTARZihx8u6qhq/Iy0yVWUqGpbzLDJG5tCY1bRI5U88k8e0lzcxP&#10;FNAmZAuPTp6BKyKxNAellBlsfi6+s29ksvhxWU238XXxYRI1oYKTH1DS4zyASFtUdRUQSpGv1AXS&#10;FNiSaWvyVFiqjH021sd95XGnMVTkK2axoYpI/ur5J30kFrXAHAta5A9ku12C2m3i6vHLuTgUpkjI&#10;/wAg8+nX1SSH8K/LojBwG9O16nfUfcOTh2n14mVaLC7W2rF97PuhcVkmxyZLCzp5ZCrXjSSIRlmd&#10;gRHGTcojcm6cgmCbEU+bpMxueoxmQyOHpqWa9DkKiCIzwUsmRICkNyqsLAW+vsS7VFHRri6CrG/A&#10;Hy/4s+X+opLgsXAgGBx+fp0ttp9VbUo9/vvnAdUybVwOPqcftzI1+YhWgy6QCI0rVuL27GXeBFk8&#10;Anlms8kcjOUKi/tG7Hm3rnYqzBbmxeWxOMhgqKttx0rLGI551jloqNDWqhPi1MCGvfmxt7K9wu1s&#10;rkS23fU00jjT1HT8aeKP1MHy+fQ2b1/ufhq2DOYGq2lXbtm+1pMdgcpXLLTV8EFS65R4qbHLNNG7&#10;JdWmSFkV0XUp5BxZrZ+7cXhchhavJV+Rxy5KhydPuJsTS18tXR1EH+UwVVHTuWMUbBRe1x+L34d8&#10;dpdUtuK+IoqPT0/1fLqtUDAO1CP9XDqPsrs7r7dmZoK+nrcXht3QU+b2zW7Oq8stNUY6vxWTs1PT&#10;JNFCskrrd1ZEGqN1P49t+9KPe22hFnsEcPVY7ES0MU64pamWaaeuCxUMMGOq1ZorF1LNGzAXtYW9&#10;uWlrELEB1Ic1NSMjz4/8V1rWWlOnh5dOm2+wNm7vrE2flqXcFBmdwUu5J4MPuSjhjkrsbt7IfwvM&#10;SjJYRnpmj12MazSiR4/XpKm/tSNT1dbR7bpnpKPD5KeP72T+JA0q47xyA5GOXIVBZkMjsX8ZFja1&#10;xf2TrczfTTOwJAJA+fp0tRU11rw6dIqzGY+u3DmUqcnnKCGGnpZYsMJcu9c1SgfHinw2IjIlMEWm&#10;JZ0Baxu/C6gKEVBt47jiqq+vjyUOJpqRMDFSzankaOIvOGSJyJLFQVLC34/Hukn1U1jFZIwo3xGn&#10;z4ftr6dJwdDM5FCSeivtuLsUdcZWp27sKo2ZuDeGZ3FVb0XcU329NiVqKhcdQ5KWqlQGMyweMvFA&#10;rMp1Ec8lKbxydJkqSHGY7ESbigydQKfJwz1sTTUMVe1nppKVWGltVhpUejkjkexKjW+2WDKZAppS&#10;nlSnH/D0wsTPcaiBp6e+n9m76p8/Xbj35mcbtSfFUppqCn29gpKbF584mN4xn2zWT1zVMDRSEsXZ&#10;GmuC40gL7dqDr3c+QkweUq9yU20sJhshLINvYTHrTyLjKQhYKd695GPklZdUjun6T9AfYPk3qzli&#10;e0gFZHxqIPn58MjIxXj0ZxxGJtbjVjH+r5f6vXrFu/tPFbLqty4TCddZztbNbhxWOqG3Lm8xj6zH&#10;ZvL5GOTVj3x1T/mKSlhF4koYAjG8dk/zxzdk5WgrGahrK+ijp6aGSurcUJfMlREhLUaNE4F1cC7C&#10;3+t/iM+XLee324C6oXfz86fs/wBXn0RTyAzEx1IBp5UHr0ivjfsmgxNdmN17W2jnWGaq4MFht1Ze&#10;gpqLIUiyXG5G8qvI0aU84aKHSdLBQAG5IK5iMPubekG6a+jgpMrQbvvjqqdsbpo6CkxpaHGCapoX&#10;RaSOJVKhgmp7DV7TXu5wW24iJviUYHrXHDj0sjgPhAscH16PPWvtbadNh4q3KNjjjpaubGQVWZqG&#10;rMrU1UcprIhHWytJXyyGR3KtrYMQw0kAgf8Ar3a9Lt/aODptp7Zx8mdgWWnye7sjFAscKlys6U9T&#10;IzTvG0YsscNlFueT7IWnZ72Q3VWYHUkefQUqOFa/nw6VukekKe1KU+3osHb9bTNv3Jydi9mZDF9c&#10;z4KiosP1ttlq85nNZBpEnkyOSNFEqwCOdUKtUSOp5BZEGk4aHY+0Nq7kTc2OliphiYauBshn5KM4&#10;Vq7JS+abJ00tSTKJIyzCIagtuAPz7MLh9x3CFbdVIkwSFwAPQ14dMr4UQOrGrhTj1Mrd87n3rsyv&#10;we+MVVsm65Jaih2rsE5uTfEO3aKdZBi82+KAVRViNY6x4pURUmaNjZgoUebytXU7Zgw+ztyQbg+4&#10;nrI6vJCeGWL95TNML0IILE+iNF45uTb3raLS22+8mvJ6eKRQLU4HrT/L1SZjOwFKKP5/6vs6S20M&#10;em6N3w727a6jHX0G3qTD1W2aHIRw1VTT1VLO1LFPHUz6DGsUYSWdpAp9KgC45SOycfkIKTdp3HS5&#10;05GjoadIabL1pO3IV0/cSU1BGp1OWAUzSD0j9Kn6+09zLPcb1bxsQI3JJpxNPU+n+rh1eYAWnZxN&#10;B/xXQyb4zOKqRtGv2Xk8CmOzWap4qvIbfx9LVbhkeo1UUFfBU/5tTEzuuioiYsxuLFbe0FsOhrc1&#10;u3J73mzlZS4qSd5Mzka2jlj2vjqWkQRLR4h6s+IuAP8AOMCR9ePa7f7qW9mXa7NKtgADyHqacAKd&#10;Vt/CtYC8hrUcPX7P8/Ss3llcJsHZSbdpaGo3FmFxyUm2tqUeRQ7q3LWqvMojiMcjFnDS1c6em2st&#10;YG3tfQVGyd3brXLU2Upt35ajqTHT4undHpqHFUxLJVosd1lEY9RJtcn/AA9oNyjuIrVbCRglQBUc&#10;S3p+3q9vIqDxQvzJ49IjBDcuydny46TA0+xcH/CjmKzP1eUpqqsqd0ZibXkKOrgZ2anaWeQLEweQ&#10;ABVBHA9zOyt3zVGMrZaOt2xRSKiU1Gd1yeLGUblrPI8EGpncrbQLXH+t7O9m25bC3WCRDgcfn8/P&#10;/J0gubjW2pTx8+kr1n1suAyEmUlTcT5PKZCbK5Wr25O7TZglQKWjqsrUiBUpYyXLLEyBntY8EsUz&#10;HUbdk76ekrOzZM3ViKnjraPa+HqMej0VKNMkGIo5IpHcoP0zFb25At79vV99DbhgqgcBw/KvVrSF&#10;ZiSG+dP9VejO0cdLt7bzfZ484iGCOsqhTZTIQN9vPUSvUyS5LISVEynXIxZ2E72vYG30EjM4el2v&#10;hcimJwi00NM0tNS5XO4zL1O41pf0TyQVtcwneWT1ECERxjgWsPdNrLTN4sjVxWg4V49PTjQKD/V+&#10;fHqJjKiPK1FBPLm/u6yGES1NLiMhTSYoTPEDLFLT0xe8YPMfmkd+bhuPac6rraL7LL4zF43Jy1Mk&#10;ks4rsrT0xjWoY2EbylWmU6b2QG39fZduQIvllmbt9M9ORHs7RT5np9yUd/BM0zRRQuTMqySq0iH8&#10;KquqEhtJJdTYXta/sZM9mJsRseZs7UY7bNNTwyrRRrj0jkrJtFxWTPq8soU8kC2o2B49rtlt45Z5&#10;JVGpfNvT5D/i8dI7qekijz8/kOgopsVi27EfJYh8xuHIVCg5utrNy5CsxO3YI1tDQ0WGZ/s6d5Ra&#10;3iiD2DMSWa/sKavLdr0G0MPmMRUU+5dtVUcVXJkZqdpm0tUeKKFaOoKwrpP9hAT/AKr3e3NjLczJ&#10;BTxU4gf6vPp5y40k0Pz6WslNsubcX2ksVBSbkeOdYYo5I6DJ1cHgWWoqYWo2SaRQjAFmPptwB9Sp&#10;tw7Yiko46rLbjxGQrK2ip6l9uzZpKaujnZRKZZIY0+o5AhWw/A92tJrgxETKYxkAnzHlT/UPXq1U&#10;L0UVp5+XULDbwhq85WbdoNqbpo6LFzmlXcU+DaPbte0baXSgrvL5JADw0xj06geT9ffNoN8b3paa&#10;rw2DxMlNtqOBMTBDAkGRMkC6IxLS1BChB+o2tf6k+0Gvb7Am0kaplqWJ8/z/AMH/ABXTp1/2nWWr&#10;rdqbGlrZszmamhTP1M1VPPk6qpehjmcHyBKnTpgBHCKXFuAtvcOtyFTR7kwCdkw7l3BX0rR1DYei&#10;qTBhqGxvEXhoGKEJ9WNibcE+3ZbZvoGW2CxI3yyfX8+m1K+JqXLdYKOgx2Q25k6zrOswmFnzccpp&#10;9ypijkmnq1vF95UpM0TVBQ8IZpGH+BX2K08FdvavlylVW5vJ4+llglpNs7aoRiMQlHFbwxZfM18R&#10;nnY/lYSgt/hyU73MUFsm32fbihOSft6cWEqpkc5PQOUVBj+oaSGkfK7d2zV5ioqWyG+exc1T5XPZ&#10;zcdezS1kmF23Qzx08KsxLosc6KPSrQMbsc+fquy6uojx0Fft7FYKQCWsrabHvP8AwihiAAoo45vV&#10;NMR6QyKAT9LfX2uV7S328RxIWdsUPGvqf2+f2dJUjVXMrHz6YNpbI6Zpsqd6QYzdWc3xHXVcdDNm&#10;89UCr3FWSklsrBDR1Io4qWU6nUShVRL3j1WUl17K2jld2ZafL4/+8mTWkigjxwy0klJjzNH6dcix&#10;nkH9RVVsBwT7VxXMcECWslFxmnVWtySXXic/Loz23HpcfjaeiqBgsdXHy1FTQYioV6aOWeVnJUuE&#10;dz9A0jIC5BNh9B7Y+yewoqmqzOQyW2YMgVjSXcmVeqnnoYQvjjo8HRGNRwOLxpc/S5Jv7J90uEkI&#10;UqzKvADh+Z6VWyheJBJ40z+zrJl8zjKQwY96atyU9a0irj8ZTtOWFtcjVsoKQwobkkzyoGub359m&#10;Qr+uti4jBY2ozmCfeORlQVlTmdwwPIrVM4DWgxpJ8a3+ikEgWuSfozszbnuUcpVzHGuAoH+D8vM8&#10;c06tNJEswQDh+f8Ah6K/D2Jv7dfY2U29Rbz23tfGYaY09PtLbX8Oy2Uno4fTJWZvNZSmZY2JuFio&#10;1QLwA7W1tMj7Y27jaOLb0cv2lHQxJBoo8ZT4rCUA+sVElSoVW0k/oS5ueferDaJNvvPq5X8SjVof&#10;L1IxxI8+PTF2rXaGNceXUTc3xzfdebrN2HD4ynzU/hVszmM3m9x7hyUEFljcx1reGAafTEgk0xqA&#10;Ag4ABDdWD3Nt6fIdh1uQp6+nyJ04nHwN9w6U0h4dIJwyC/8AqtBPsTSXEXMEtbY6Ui4nhQjy4/6s&#10;9MqRZgQcTTow2089tySok69x9JkoKvbmLoxkFko5qSljJVQsa10RCtK36yqm+k3PB94to7/gzFdR&#10;4z+5EKZ4D7iHJ5SnCGHQlxItJCqIP8CRc3/Psi3O2htwZLmQlK/yPzr0tiaaT+zFOnbK7crZqhqm&#10;PdOcx+JSndJsNQ/Z6KgvwzvkKuOWpU82AikQe1fkNydlLW00m8suuz8LPVKlHSx0kdRkq6JXt5Pt&#10;kbVGrDkaufdliQ2hXao6rT4uC8PXryGNZKvQsOg829svp+pq8vkdn4TB7tz2OllpK/ItWnI+OvUk&#10;tRT5WcyxLIrgh1jBZD+oA++XZHYmJbHjC5jD7q/gaUwaXMzyx4pchGi3ASMEkIRa5a3+x9mGwWL2&#10;dqxjkDyScaZA9R+2vSK5rJP4zcRwHl1h2V15kKHcWU3dHVbLoMhUBqZcNisc+YjxRNhL58wZaeVp&#10;iBZlESqOQLg+wD2tU4fcmbp67b2NqzjaGdIoRW5mkocfTrqAEtS3JI/wALN+B7L93cIpi1VbiaDp&#10;Xa1Pd/xXQ6SO8NMWlYvIqWY09PJIzNbnxU6lmv8A0Fz/AI+x+ymGposiKuIzuKUMVJklFDWVAAIS&#10;likNnS97XA/qT7ds1mubFEyK+fmB8z/xfTbzBSxGSOkdQZqWSFoajxxSSsL06vGa6hpnuurIGElU&#10;cfnSfrwPYO1m5d4ZXeJhxmOeGLGXm+xxsywazB9JcjUR8KptcKnH+PtZfxWsFqtuSKtQVPz6Zg8V&#10;qsOlJTUNJS0RjmlapiluWlrWExYTfRB5r8c2Cn/Y39jptjMVG5KKrqd7YagrMmZAtFBPTmpjpqZO&#10;EDTy3UX+pYm/sk+ouLaZLK0JEAGfM1/w9PNDEia60JyfPoL9wbRjwsNN/dHKVe2IBUVFVkExdRDC&#10;lbNMdTPJTBT5H+pCotvbfU7Y2nmK/Vksq2MahDPFjKCoT7UFeUijgH7aFvoW03t7U3BuIVEdstNf&#10;FvP/AFfn+3rUcihdVKnp2Od3VQY6mONwkmcaSSniatrXejkELtplqplszSaFudIsT9Lg+1dtmDM4&#10;mGsyuQGLwG2Yoz9nDjvHJkcjp4WSonH1LfmwAH9T7KprOCa7S2tQZZR8TNwXjX7P9XHp+ScIndkn&#10;gOkru3MYjLVEe26GOt3FueskUSQViV0WJxULC8s0sT6Y7D+wnrYn82+kPJdqYNzHSUmRlDK16mnp&#10;1YPJzYR+d7klvzp/1vZ5FCbFSZD3evp/LpOjtJUED7Ok7jOjjLXz1+Zx2KrJolQYuWutURU0mi/m&#10;XGR2jAQ8IrEkfXg+w9rV3Hkqmsz21Nj5BFjcs9TM7SVM7qLqPWbjV+Lni/0Hu8t3aXTrBM4Y/wAv&#10;83ToVoUqTj9nQt0ldidr4+hwe7d44VqueMxQR1UmOwyzRobaIKYuLqvAv7SX+kPt/wD542k/X9p/&#10;n/z/AMcf1f53/avbn0Nl6fLj5dNaz/qPTh/dfbf/AB1P6/4h/wAC4/0/8df+WX+H6ff/03OorvQS&#10;TexIA+n1FgR7wSyDTy67vYrjrbzocKquLKQSATxcXBvz9ePbG1RI5az888X/AKfj3agJz1Umh+XS&#10;tSkiiUDRxx+OOTcWHHuKVbliL3/p/j71QU6tQE16mhgSFvYWAJIt/tz7wspFmH+PH0/xNz/sfelr&#10;Ug9bGepQdWBW/wBAAP6WHAI/1/6+5KqbIR9SOb/0/JH9ffiV/Z1o16iE8uDqIB4IH4vxc/j307WN&#10;7/j6AfQf0v78tCO3rWTg9eROLEf48ni9ueP629x5GY/Xkjjjk/6/Huwpx69kDqVHGo4B+v8Atj/Q&#10;H3wX1g/U/wBAfryf6e7deBPA9cn9DKbAc+pjY24+hIPuUkduW+hXkcf19sMwOB5dOqKDHUdpbgBe&#10;TcWNuPp/j/T3nR2W4UHTxf8Aobj20yg8ePW81z1jKg2JPJP0+v0PF7e+2Nhf+v6jY2t9R9f9j7or&#10;AtQ+XDr1PPryoefr/S3HBIsbW/3r3AlJBvc24uACf9e1vahSKivXm4Y6nRqCpHAIvYki5H9P6/7x&#10;75R+q31BuPz9ObW9+YEGo8/l/h60CKUPWNtIWxAKr/vI/B595hqANmF+QPr/AEt+fetVVzx6tTNe&#10;sJVC/wCmy+nm4tf+pt/vPvrW1r/i1r/4kX4961H4SM/6v9X/ABfWiKGvl1y8SE3F/wDW+oFv63/r&#10;/vvp7jszMLXFyDcHk/14t7ugoanqpNT1J0qv0vxY/wCH++/2PvH47gN9bfkfT/b/ANfeqkE068Bi&#10;vWUSWsCABbgX/wAPyPeF00/k8fj3ZSa162eNQOsocMOByf6g/n/W98CvA5+nF/x9foCPfgwqa9ap&#10;WgHl1zvxb6j6j63BP1vf32FP+sLfXm/9Tf3svUV62Fz10bD6/W/54H+w/wB595YwxJsDzYE3H1/w&#10;9tsdI7jw/wAHWyoGT109iLEX+tha/IF/ctBzY8kiw+l/pz9fehmpH+r/AFf6vlvHUGRrD+liCbXs&#10;SD+R75hH1G4txbm3HPJPvwYUwR1v59YndQqnlvr9PzxYfTn8++TRWXhfqfwPoPp/vh7vUE1HWlUn&#10;4usazerSzXtcWP8Ahzx7jODGeLgE2v8AQ/7wffiSRRuvBRnqZFaTm4LD+p4HF/6fT3gcte/1F7Di&#10;3+F/e1crx6rpHl1nEalbfQ/6/wBLm/0H4/p75B3F/wDG4/r9Rzz73VTxGR1sDFOPXAxK1rH+h/xI&#10;B/HvHd2UWsT/AFB5t/Q/097AzXrRalB1kOhSQeB6Sb6rXA/x/wB599kmNRqA55IsSw/wPvxKuaDy&#10;6rkZI66UaySpJ/ANwFJI+vHvgWDA2UC1v68/1JA92pTrxNRnrsKVIub/AONvp/Sx/wCNe8es/Q8W&#10;4IHB+nupJPaD14GmeswjUeu354I/r9De/v3I5v8Ai9v97v783Dh1sGp68LHixv8A1989Xp5Avz/r&#10;Wv8AQD3oEUofz9ergCmeuBQ6gVvYfSw41e5MLKPwLj6A/wCP+I96pmi8D140HUacMQATxYgkf1t+&#10;Aef9t7mxlfyQOPz9L/jk+9gEY6bJzqHTbKDyyg/g/gn/AB985P0kD8D/AJF7owwB69XHH166hNn1&#10;MOL/AIIIA+lx/j/X23lST+SebcD8H6/09urkZ61wrTpx1Afpt/ib83I/Tf3HkcKSmo2JN/8AA/1/&#10;2Hu4Fc9UJz1IjViobSLgCxtyf8P+J98ozcEfW5AvYn6ix96Kr59eDUPXFywYaeLKeL/7bj31ImkA&#10;fm/1v/X+vvxz5dWyRnr0MhYsb/j6abc/0HuPInpPq/rf/Yj68+9/PqukDz6lRyerleRa30AIH++5&#10;9tUnob6cH6XP9Ppc+7ceqkZx05x+pfryAb2F/qfwPfQXVc/Q24+hX+lve2AoOq1pg9daitxa9jbm&#10;4P8Avj7zCIlbAn8f4c/W/vxCgV6cqtKDrh5LNzbnn6Xt/gPceSA/2m/qLEf7D3WtTjqpoeHWZJeL&#10;af8AG4PH+x9+RAQVXj6XP5/43/t/dqAHPHrwWvXTuQQSP8QPx7izQMslwS30vc8/X/H3YGvXussc&#10;gZeQB9bW+n4/3j3FmlZAAObA2/p9OT7sgANeqEDrOi6v9v8A4+8CSmQki4FrG1gSfzwfdygAr14H&#10;PXIrpFrX5/3j6/Uf737dKU6rLq5N/qeOT+fdcquOrYr1DnH9q30/I+ot/T24eNzwSCb8W+o5v7b4&#10;Dq5FAOovkUEccAX5/P4vz7jVKlEJIJ/pYX/1xb3UAA1PVAtD1JgYMeOP6/0+nH19x6UEm5A/2P8A&#10;vPuxAGevY6yT8AgH+nI/3rj26xxqbAr/ALG1+Le9AGvW8jh03SS6ASD/AF4+hvf8e5i0+oehRf6e&#10;kW5/wt7vpI7hnr3UBqsISJGIAubsb3tybg/4e+Ap3hYmRSAB9bf4/Q+7Ahu3rQFeuT1CTp+2w5sR&#10;6jxf+nuFI/kkIW2lfwBxYcWPtwRqncOvHBoepsYKRjXwxHN24uR9b+8TOgupX1H8gXN7/gD26uk5&#10;9etFtXDrkI5OCG9K/i5FwP6+/RRDguCL/wCq4/2w97AX4h5f6uPXiCTjrjLK4sqWJ+hCm5/pzb3n&#10;ki8ihUC2vY8f4/19sl9LauvU8uuEb6SS5a/15JFgP9f3nSOONCC5B4uBx9OPp7adierjtHWPXK7h&#10;lRSt735P+NyfcmKijdS2gFSP1H+trX590aqgVPHPXuI6iy17pIE1WcG2kfW1/pb377PWCFYKF49P&#10;Gn/ffT24rmgI49aA8z1xNcEcFoy+rm5P1tx/vHuOkLQhlDauTcHk2+lxb3vuK6m/1f6v9nrRoT69&#10;SWnSVkJUrwCCRb/Gxv8AX8+4QEiy6hxc24/qP6j35SpWh69Sh9Op7aGjsfV+f9gR9QfeVGcy3dtQ&#10;/oT+b8D/AGPu0WRQda4nHWCZFEZCDSbjkAcX+pt7h1sr6gOVBsRp4/N7D24hXz49aavUqliUKT+r&#10;/g39f629uNBJG9ludVwL/wCPujqW62pNdJ6bq9Hj1ObaSOV4P+HH+2+vtQzQsE1lRYAcgf70fada&#10;K1OnyDoz0nIKlXk8YY6jfgk2+v5/1/bewMihdFxyBwB/gR/j7eZc+nTQJHU+N/ES2uzG17MT+bi1&#10;/p7kU+HE41tEFsOCeAf6e0ztpPVjXz6x1OdSnPjEpYNx6eSCB6r2/PuRIiUK+rTewPH1HHHvygtk&#10;Y68RQV6jRTPkT6dRXURzyPrz/X/ff09s8lc8jEgCyn6XH0/1vbpjAoK9VZq0HT3DQpGtiDc/4fU/&#10;7D250czy6GsrD+g5tb8H2yyhTTrYocjptrYViDgFgbMbfS/H1Fvb+lbpGgICwtfiwsP6f7H+vuhF&#10;DUHB689AaDpJy4vynyPIypybawTc/k/42/p/yJL5WvdZdLaQpbkfU/7f2pjj1GvWmbz6WGHx0S0+&#10;pQzMBYG1lNh+B/xPttmyKFUjD/kD/iB7eMdAT59Ur05QY8h3coQLEj/D/b/n/D3LSPzppZiLqLD+&#10;v9Rz7qKgV6uCKdRZJRTygql+Tc2v/sbD3NpaFUYnxh7W9VyrXP4IH+w9qNTYFePWitRjPTRXZMsn&#10;LmMkn0mzKR/UE8f7z7e0pxGFdlILKQQb3t/ifaWSlaHh1v4R0nmrzOXjhYXjbUCABqa1+Bxb221l&#10;AsT6kIKuOCDqI/J59sIxBoetADiOlDQZM1MI8ikPGdJFrA6Tbi3+t76hp08Yu5LH+ptb/D26dRJA&#10;GB1YCnXGerdZb6FVDY3VSST9BYf4e4dXpVQp1KPpz+f68j3dFByP9X+r+fXm7T9nU2jLM5ddLn6/&#10;Q3A/Atb21SRmH1RSAL+pr/X/AB9uDUtAfs6oSCK9O8cqz3EsRv8AQWN1P+w99x1S6eWLEGxI+gvx&#10;bj26FBNVwT/q889e1U6xzUjk20qFt9PyT/j7zSTogUuSCbWIH+q5AJ91JqaV6sTjrDHTSNqCLqUX&#10;HJ+gXgkA8+8kADtqZWKk8t/xT3R6EUBz1UD064zuYgFUgED9H0HP+++nuXNhS6pUK2kc+lzze3Ht&#10;qORlfR69XaMaa9Q4c/GryUzoWZdPqS2mx+t/r7c8bjGl4Y8KLcX1Hj2oY6FqvE/6v9X8um1Cg9Jz&#10;OZ+OksbXu2oggaV5tdr2+p+nubVY2SFToRnUqfpxfn/fc+08bYIbiOnNPGh6h0Gepq10PnRT5APq&#10;PQfp9P8AeB7Rz0Uks5YwsFv9Px9fofby5Q56bzXPQgCvhhgUCdGfTw3FufyCPb3jcUzVHCaUYjjR&#10;f/X4+vtmn6ZLcR/q8+nQCOk7m9wwU9LcyKzqrMDrsAV/SNQ4/wB59iPSYeOniL6EAABOtQDf6m1v&#10;+J9l7Alwft6cUAilegPye+TVzrRh52kdgqmFiVtqFzIfwB/X2k8xcO7K1ohxp+lrc2I/Hs0tokKd&#10;wyfPplyK46EfbkxaKONlLT8sXPIYN9HUn639psUbVpJiGkgcNp+oH4JHvU6+EKjy60o1Vr5dLgZF&#10;KHStQ2oMT6AwuPwSAf8AevcmJ6ilRxIrAD02Cn630i5PtKxVgGPVirDuPWKWKlrZU8Lxm513uOVt&#10;ckD2xZaoM0TpJa4uQfz9OPbsYOqo4dVLHhXHT/iqVYGVo7gEWIt6QSbkW9h0kkscjyBWchrWubWv&#10;x/vrezHGD0nYVbHSrIBUC4FwD+P6W9iLtyoYvG0w0KnqJBseP8faS4UaSVFenVYgdI3cUGuCRIiG&#10;eT0qGHpufp/vd/aqq87TxubMbXtfg3Fvz7Zjh1Ch6dLmlPTpG0O2alkGpUubNYC1mubhb/T/ABN/&#10;bPJlI6iUsoAtyx/H0t/sfdhEwHaetCTyr0o4MS9LCEcEhgFUG1yL3A5HHtEbiyNQ7voawH6dJJAt&#10;9Lf7D2qiAXj01MS3w9KvEUUNPCtgSxFyWHN7839tWInqKqZEJc2t6ibEH8+1J0aa9MxKxOeplWsc&#10;cLuQv05BH1t/T2JE1NKaRHjsSo5Nzce0YZQaHH+X/V/qp0sPw06REFVGtbJG5/UeENuQf8feOlgE&#10;gCsGkkBuTYi39Ln/AIj24XAx69NKjsccB1yrahoryK6RRW024sRc8ge5MrPHpjdvEuo8D9Tf4e3U&#10;k4gjPz/1f7HXmOkevUKGOKUmaNfOQoIJA0rxyeffSzJ5FLSEJwLn/H+t/bmFWp8utLTj109PK0bh&#10;IbyG7WHNrX/PA5vx7dp6uKOACFEJ0nlfqzEfkk+0zFC1QOrq5AIHTDR42rlqWarnkt5FAQ/pRAeS&#10;Ao/oeefaBqKmSWU6rrdhcWufxf8APuzFUFRw/wBX+qvTXczZ6E+mpo4ogFOohbAk2H9AQfaxxsqJ&#10;QkIoUA/2vzx/ZHtK51nPTygnHSKytO75FHZ2bj6IANJJtdj+R/h7Y6yeGcujoFIJI/Grn+17dWIq&#10;ARnqpkzpPSio4poQrrISjBBpubqLWIW/09t0ccYkIZbH6X/A/qCf+I97MbVqPPrRYDpzklcxgqQR&#10;/vJ5/oPeZJJIqpY9LNHYH9rm/wDiT/xX36gWpHXhUZHUeRY5qVnJVH5/zot/iOB/xHtQ1EKTxA6P&#10;UUJCtZivH+PtEGpJx6fVarUnpipZpIHK67qJACykgNfkfT2imxMQqvJEQHBuUAH1H9Le1YlNKHpg&#10;qtelctaTD6lOkiwY83F/zf2/xRT2AIF1Bsur8E/8U96D6jQdOFSor0yzPTrc86XexYL+bW4t7l09&#10;Usclpo45G+gUJf68Ai3vekBaknqqkqeoFVRyTRXpppIluCWMmk/1P1/3oe2TKZN6ZJgQArggIFtp&#10;H+qHu8WluHljqsjNSp6eKHHpIYZCWZks2suSGNrEf7b8e03SmSWQyox0XH1Y2Fz9W9vGM0pTptWr&#10;0+SlEXS315vwBfj8e1jTwkxtd9VluAP7P9b+06jSaHz6drTHScq6gK66U0ksBqNrNf6e80k0NLT6&#10;1KayfUQtuALA39u0qKDh1sUHceokcMtXU6JBIEVbqpYkeo3It9PeKPOWdLOWaS3HNjYfS/tsqpNT&#10;inHqpYtw6yy4FGRwUQKuoi31XUbkn/efazpA1VTl9I5sf1WK8fge0crKW4/Z08leFOkPWMuOq0j1&#10;HT6gfSCrMTYFiP6cfX/D2y1kJRtSi7g/gXHH9b+/RmvE9VKnz6UtHOrxhCf2yGvc2LX4H0/xtx74&#10;RZMxNplF1UcG9vp/re3iS4zXrRY8Oup8MsqB4Cqs1wRYtfVzex/P59+mzAkBKMCbkWH0X8WUe7IF&#10;p/qr152qKL1wgwAgIVl0rwxY3Ook/wBon6f7D2lMrWS1K+JGUyxteQsDf+nHtYign06Zye0+fSpx&#10;tHHS3cKwSRR41FrAf42/x98sTRRVMifeBy6tdWjOggXuBY/X23OPNfL16cRlBoR11lKualiY0xjK&#10;kWKuCV1fg3H09qDMRCOnVqOQH02t9TybXJ9sWzd/dj/V6dOOQyADFOmPEyySztHWxWYNqBC6U/qB&#10;/j7SFMnnqo1qHZU+hPIufyRf2skIIOk5/wBX+r/i+k4jANW6VUzmGnkeBAzgXC24/rz+fawfH0Bg&#10;vE5ZA1m9JDMAOW1D/fH2gXxWfu6e7NOBnpLLk69Z9MsIDlAUs4KqxawUqf8Aef6e8VJNBFURCEKm&#10;h7ERj1Np/Lavpf29Jbsy5PVNYU16yVcc8tNOZyZNcRtrb0pq+qqFte3+PsVMcaaspmkEaGQIy3YA&#10;uqgfUv7K3VopcGv+r/V59Oliwz0A2fbI4yriheaZKaWoUgRM3jlcvcKIz9f9gP8AX9hjmzLFNL4w&#10;wUtpBF7cclhf6+zOJVAz/q+3prQSa16G7bzRVFJTlypcRhtJ5axFrf4X/r7ZZ8vFRRCOdjK7AHTf&#10;SASP6+7eHrbrxk0fPp9TGtPJ5YgIVB0k21Frf4fQe01OtBlJWkKqrrqIiU+kcfU39uqCooOtFlky&#10;B09RienjVCTIBa8jDnk83tx7m4vERyav2SUsVtcXJ+txb8e00rHgOPW1Wh6w1deIFUl1U3BvY/6x&#10;B/x/2HtXQ0ccbLFPIUj0qt1a5At/jx7TaHOR5+vVjQGvSeqMizoZKaPySKXYBksrXPNtP+9+5c7L&#10;AuiN49GoWnkGssBwQQ3093jXSaH/AFf6v9VOrDGeoEGqrJllSVZQhLU0Z8YRiLk3T68+1HisnTVF&#10;OaaQqQSLaAF0Ffq1/wCn+Htl4W8TWP8AD1YHGc9IzPYiupqlK2nLhkUlw4L+YMeE0m9jb3DyGGhq&#10;pG+2ms1jqNwQxt+lQPz/AI+3VlmipX/V/q/l59bCxvxGepuI3HJS06muptK8aQAQyqGsWkv+ByRb&#10;2G77QFPVvUqk0bAyMSSbM5+n14PtetyHXSeJ6YMVG1fz6EWPcNNNGoVo3L6f0teyHkkgcj24id/T&#10;TxTEaQFs3DG4sS39PdmVAK+Y6ozB20DHXEwpdqiWIEsS3pIIGluCvvjpMsppWePTJZGbUNIANvSf&#10;8f8AW9t0ousDP+x1YCmCeuZdY4xUKkhMd3CaW1Ennn/H3Eq9nUNPPDPBUWaYhnS9xYG3BP4PuySu&#10;61OOtSRIAGB6wUe45aj7pJaR18BCrIL2kuL/AENrW/Pte0tPg6HH6np4nmABuFAAuLAFjyT9Tc+0&#10;TQSySUJx/q/4rp/Hhj/V/q8ukRV1u5a7KaKeZqejOpWUsGd2U+o6R+lbccc/63tBS1lRLUSwwvdT&#10;/mxa1+eFUH2rVVQUx0wQS3QjR08KQxyzJZgAXYm9jYXYke2yLMx01X4J7s5kaJ1YnUTblTf+n192&#10;eAafL5U6oJxC1D1KkpPNFqiYKSoKMACP6g2/PuPmNr1dVKtbQsfG4Da1tpA+vjNvz7bLAABj07Io&#10;fuXrFTZWmv8AbTuIqiMlWjc2Ygf27f0PtUYPZOUyAACBWK2MpX08j6Mb/X2093FGdJP+r8v59bWJ&#10;iO7pPbi3zgtvwtNW1ShQSRGD+6+k2JRD/T/bexMwm2KjFTxQ1qC6FC0qk2VDwFXjjn8+7GRJ4SyH&#10;J/1f4P8AV59N6xA1TnoE919kY3M42oqcJUGYMkyxU7IFLyxEGRm1H1aQb6R9fY34+hiEaPAiqAFO&#10;sj1/T6aj/wAV9kZLM2kgk8OnxWVdRwOq6eyd+1lLPXU+ay2gGaTRTQaoaeSMj06EU/UX4Nvxz7em&#10;YAAHnSBdv62F/ZhbwlB9vl1qg+EZ6Jhm8gczXyvRq7B5CQ31blr3IP0uPbFlsj9pGVUgMUJH9QL2&#10;/wBh/h7NIED5I4Hj5fl0xJqXh0LnT3VR3RkFq69C9NHUiIRFeNenXeT+q88+0DV7mlp4XlJZYgSr&#10;ykHSthcDUPz7vN4Z7KZ/1ev/ABX59WHiBdfVgG2fj/gqiup1eKCSXRFJBSBowZFLaS3iXkqLc3t7&#10;TVFv2GaZ4XmDRt9W1aiLjm49onj0yB1p9n+r8/29erUVboaMt8f6EY9HpqQJVRABViRIkZg3pIZR&#10;f/fcf09ovPZKmhrJK6kRXTWsmtudDMbtdOfp+PaqRkkTS/2deB0jUo6GnZmGySYSkxmXlZaiGD7d&#10;1jvaRYvTGwf68gi/vl/e+OspPGdLVEal1YKAOPpx+T7LTAyP2fD06JWIoepUWxo6GuNREzinmsjx&#10;Fi/JNzY/gf7x76xGYetl0urNpIARf214P1IH9T787iIVGD+3j1tSz4PH9vWfM7fhggZomCagxaQj&#10;ySDj8E/4e4uXjy0kwhhHoZwYlW9jc30kn/be3YpoqVHE/wCr/V59UeMtg4HUvDnERUzTuw1xxkTy&#10;SWDKFGkn/e/celw2RglMkw1iTkxsLiP/AF1H1/23v1xKCcGn59b8DR3A9Spc5i5ojHDIvoNlkU2D&#10;/j0seP6fn2ka/G0EeUZ4yYyzhipAA8l7mzD8e7lpDEK5x1TSoYnpSUVRPJSqZFUtb9QP1T6KTe3P&#10;tVxVMWNSKSXReQKp1/gW9IW3H+39o/DMh1Dy6eDiNa+fTNPBJkDLEhdVQkgrYAtfnWCPr/rH2pKj&#10;c0S40+GGHSFCyIQG8qgX/Pt23QhyCc9eZzp1EjpDLsppMuk09VVkq7SQSRyMngY/Ugr9T/r+1Vsv&#10;d9DFQzCOljikN9bKq/kGxJ9prmA+L8RqOHVxKWjp6dBF3L1Dkd3VmL8+UqJaCnnSb7V5ZdLMhFwF&#10;B+hF/ab3FuCvqa+NqeUaDJ6lQ3+vAJ0+34NPh0YZFemu6gboT9kbCwmCwy0jU9jHCqxtKDqUaeUU&#10;t/j7fjkdvY7Ho+RgR8hKgctbRJC1v7L/ANfbkMDXALO1F8utvKqkKcnpB12I7Hy+5wu2sgtDtyjl&#10;0SxyBZoa5foweMj0gf4H6+2XGdhYilqJqCOHxpIrBXcai7nkG9vx+faO4tNLB0NT/q+fVllFNJx0&#10;sc91XlM5DS1VdlHeop5I5DBTsYolUWEipb1cgf1/xt7wYfOBcxU1EIgWeRZNMqKltbDgarXH+Pt6&#10;VUYIJMqKY6qDkgefTtuPaSVe2IcXUGqlpIzAkkEsrsxijNzcEkE8e2jK5nLV5qqeqWSPQsgUSEss&#10;znkaP6A/i3s0j8NaeGAAfT/V/q/LpOniajr6cdv7V29hEpKjGxwsT4gZI1RHhjUaby2A5H9rVz7Q&#10;mGxWUzuSSkGuhdJTGXZ/RoJ9Ulj/AIe2bmaO1BYZJ/1cetojytpbA6XmWytHhcZUZCYNPFDE0njh&#10;UPLLpF1SNB9STwPY70O08fgw4kr/ALoPGAzoAknkKf155/x9po2e5AkegHTpKLVVH+oenRXcr2rn&#10;tzaKfHbYq8dURVbWWtbXA9NDLp1+mwbV9bX4/r7T+XmoaZ4oVoWqiH1xVToZHhsLiQsv4v7VOkXg&#10;5bpsGSoWmOhB2rBnsgHrarJpjiYzHU4ymKJT1DElWRfICQwFiCD76rKFfsGyc0qukthNojsE/qfV&#10;+PaCKQSv4Y8uH+r1zXpSy6e7jXp3oso0eXXBQwPHLCrSQeWcOZELWAOj6W/xPtA19bJFGKWjYiOX&#10;lWdAo1E8G3t+CJFcyHJ6bdmYUB6EanplmYVFUgMsa2KqxcWtyL+48dfkqY0Er1LeJJVWZAi6ZLN/&#10;b/oDyL+7yhNLBfPpsA6gT5dcpKChqBUx/bp5HQ6XP6kupF0J/IsDx/h7EXenbmAwuMpKVY4o28KC&#10;aMqHVrjnUo+oPPB962nb/AiaWTJbrU9woYKfLotu3Oi8xVbxzG6Nxbiq6mnNWzYVEJhmpFF1/bdL&#10;Mv4OpTe/59hLUZ6TdtH97t+jIhpSGqIliDRLTsfU6oBwB/Qe1fjpGTE/Hy/1f4evLqnGtPLoxeMx&#10;8ODVYqvIGoeqkWOGerk0zyzBSRGXY+piB/rn2sWyu2sbjcZSz0zFqpFE6vISjTlgLQE/7wD7LI42&#10;cs5bhw/1f6v8PT7uE0qB0zvQ7nqsnkZ1r6SKCKQJjhHB6xEUvapDH1NqvytuP95y/vU+Qo6bEUE1&#10;LRVLK/mluEjDf5ySRltx/T3bRCISzHUf9VOqMXLBSMddq4loKqfM1dNV1lKjq8VKByVGqOKONyTq&#10;b+n9fa6qsxQT0pp2mLTUP6JowZCXTgsB/Q/4+726NDk07vyp/n/1U68SG6Cem2vl4MuclBTrHR5Z&#10;bVVBMwjj8Mg9Kvb6OBbkfW3N/YR56ho6+rWtollSqLoK1oy0q6b/AKxGP02vc+1Ekh0FXOfLrQjF&#10;e3y6G3BGroqf7askiMCDTRXAjkCKOImdjZ/8DYH/AF/YpR0tBjcFTQivcVDxrPGyi6J6b3/qG/r7&#10;TWaynU0oGcDr0tCQq9A/XZDM5jeUrQYWN8RRmSjrWncipmkv6VjQcNF9CGP+w9o/J7kxklDWQxyV&#10;AnjVGjrmbWXZD6yY2+gFrkg+1qxDi2ajh6dVZhpwKDpdYvbWWpsjR1UhoY6ECVJsZFThFjDg+Nlq&#10;V5Yg8WIA/wB49rLGLlchiqIVMb1eNylB5PvEUunjVbXF+NVx9L+ydSouS0XxA0p/qxTp01FNRqOk&#10;VnK3auMy1c1NXUdBnMFkI74954oZ2erCumpAdXjkUqQ1iP8AefYbZar2ZgVNKcaa2ol1SIJo5JIT&#10;LGbusdNGCv8AwbV7PRZOEMsjfaBj/COmvHUNpRel/QLvDMSrUz5ClxmPDFVpqSJZKqWJkBV5aqT6&#10;H8gIo/1/fb5zP5qmxMkePp8fiaWeF4RWxijo4lWQWZFT62/A/wBv7LUWCFXji7icmlOrlpDpd8Dq&#10;bTYPB4qryU6zVFVmMhT+OrlNRJV5GaJY7KtjqK8fTgD2sN8QZqS88FTja7DrSQVUgjqI4mVtI9Sw&#10;vbUt/wAg3Ht+0KPCIVFGPH9vr15zmtcdB31pW4GJ2p58Nm8LnTksjjY/4lSVMrTJTzMYwKuMOihk&#10;9YV2F/8AX9pfbW5zWYjMVGaVcZT0LLSUxaQRrVzIAQYFN78fVvof9b20bXRdiOIV8yfTqgl/T1P+&#10;XS5z2LkjyGKGNp5amoqKqVqkuutKelK+uWSQ6QFDEWS9z+Pp7W221oNxxSVy5BYMdQxI8tDDUA1E&#10;gfhpJCfqv10kf6x9sbhM0LrBAvcfP/V/q+3p2LSRrbPSI3NXV21WpqI458jls3PJFSZWSkvjYZI1&#10;MkNONB4cqvIP1HIP19pDsuDbdPj6h6aSlkWOEGatCBcmIl+kSyqD6rG3+P59mNiJTF+pXV5egr0z&#10;I6muOH+rj09dcVe6q0yz7joqnGvrljSiiqFlxhN9T1UAcBwG/Cn9J+lx7CvI11fntsY6HYOJOQkx&#10;JKVUBkEWVk9PkeopvIQ8gI40rfni1/bsMaQq3jtljUV4dNu0koBiGB5dL8yRYurrK3KV4jirGjWB&#10;pmaKgpoYlCrE7t+2rljfU5Ba9h9LB164xuJrK+mp9ybprIM9LCmUO2sh5YA1OjENHK0llRozyFH1&#10;/PtJdm5ZSEUBTgH/AGOnIHgRtLVJ4kdM+8M3msPRLPh8DLl4JUljnrKSohaehaRLU8qUJGqVGeyu&#10;yOClw1iAbZt84za+S3TFU4/IyUUOMmWomgiM7mpkiILPDIn6bAXP9L+3WM0VoITQsRSv/F8eqVik&#10;m8QDh5dSdnNuIYGiO4hHJkZFaQmNI4vFE/qiinQH9S/QkfX8+xsm3Pg6tMXi6egi11NNAKevaOd5&#10;aUSKJKWSaoFiur63J9lMVu0cJaZtQqceXzp0saRpGx0F0OzdyUmVym5ZNwZHwQTzyVOFganXH5AJ&#10;dalY6SzC4UAKRY34vf2w5zKynGy7d3a70eZWv1YmrhnRpYqKQAeY1K6lOtLkIf8AD+nsxtImtka4&#10;QfpkCgPr/k/z9JWCzMIyc/LqbtzDUNVuOk3tsGppzt2vxdbRbhx/hkihr8jTzH7crRzIjRzwyqyO&#10;5H01KQePYU7xpMp1hkNs12PzmRzuPyBknjjkQwVJkC6lgqgnrMZH0dV/qLfT2ZQSC6tfqSNIJ86d&#10;MmsL+Gpr0qtsbjh37T7qxGWwAxlTg8lJg66FqmkylLUCWlWeOrpKlFAv6jeN0DIQL3uPaMrI9y5T&#10;Cz5zaGXMFLunI1hqKGaZoP4ZkseAKqjRKgrYEG6ke7+PGsmPiA/w9UER01RuJ6WML0hqzQyxNJV4&#10;ykpJY6iaJZGenqy8Mc0cqg+ovC4kFgQQDaxB9u/X2T3rksPvPaNbVRGnemjpabc+RtHHjK1onlp0&#10;MrhnZSykEKeCP8faKRoEvkd/iYEU/wAvTqiV0Kk4Hn0zbgx1Cldh8946+WuwktXUQY3GMxkyaVVP&#10;9lOr0YdElMXkWRWc+kj/AB9mD2/lto0eG21HuGsoK+p29j4ZPLSzLLT1GRgozHWV0BsoUSeq4P1+&#10;n59l67buJnca9MTtn7PT9n8unjdRBOFWA49BHvPD9hV0e4n2TTPRZXcpWibKZKCOmOPoZJAlOsyX&#10;dn8GuR0K8jUbEc3VlJuyiyGNxuc25Uo0OWSvptVW0sctOKd2nmRtY9Oi1ufqLW/Hs0gt7GH/ABUr&#10;qKEUxivz/wA/SaZ5GHiV0g9ArN1/n8pmdz7e7LjmqKTb1TtjO46TAxJ9lmhVUi4qJ/t9Idtc8cpa&#10;M8RtybDn2XSj3ftmXLbqr5q2kylRTZWHI0kuRpGePDtHTiCtpMc04IbyNqYmO4Nr/qX3fdG8SZUY&#10;USmQOnLdkCmh6OJTbfqYcfhaGOpqaSChxc2KqYqSZY2qUCRx0dTPKoB1RiMkBSLF2XlSbxt1bYmw&#10;8tW1ZVYyo23lDBksnm8qvjnqJ6tPuMaBIt1dKQMtlb8gEDn2ykwuFVoq8KU8h69XaNUrq4fPj1J2&#10;/nafL05P2xoshRzZKhlxgkR5IBjcg+PaQcKAkxh1REgekgcEH2JXSOXzO5cVnKDJVKSYHG7ebFU1&#10;bRxxLRVVakxpoGgdSSsxX16dP0P9fYcu5INu3OJvMtVh6ih/lWmfLpVGGmgIPyz0End1CKGn2tk8&#10;BjYandB31gq3ytKFeLEU0wnz9RVAspanFPH42UcB2Q2tf28bQw+2ut6TP4fcmUym5sXmahZamHOU&#10;bucasqLULTF4gyzKri6sLFeBb6n2s3BLme6jv4exQD9pB/wU60PDWHwVqxr0ybxG/O0cJRV2yZqL&#10;am5cHXVldt3OY3M4/JJWeJ5MbIGNZTgxRyxFhLBLCwKuV1Ei/ta1u3hUwVVLiIlwVDm8w2cmr6OE&#10;U9NUwS0KRStUhiGV7ICGUC5HP193F3HMwmRTJ+HPy409emzEY8uaU4jpBbZ3Ku1pKCp3hl4t27u2&#10;dsmh2tkcDNVQ1+fXOnKloKmjMICSJUsQh8pL6VVrgKfbDtja1bhqx6+nkoxWTNV0smQravzw5GjI&#10;BkWKmvrDKq31ED6n8e9So9zIFAOMjhj/ACf6sdV1pEMnj0u+w+xNq5PDSYzK0u4amlWLB5J8PhMZ&#10;XQZPEZA1gONaqyMJEGlpiieNXIGn1cG3tR1NTNgqOkr4qcY6SoknWtNDUyTU/wBhSzAR1VPpJ16l&#10;0uNKjg6W+nu6bSbhyWbuX/Ua5/z/AJdbecKaH0rnpFYjJYvsPK7h2vXSLujG42ixc+NpNzYWCkyE&#10;WazdBKZcRlKeaGPwMhSaJ0mGoW1KSG9hHD3Tt+q3hl9ux1+4gamlkycDNS00uGpqrHxmoqHpKuTS&#10;5EsQJeMkqLcWPs2ubQxCLu9Afz6LjcMysiLkdL+j6TXHYnbrfwTaNRmMRTDBz1hjraCrrdvVhCLQ&#10;1MtGHQz07+NklKtfRe6am9w8dPgtyZrHbolzcmMhx9RPWRVjVlKuJqGC6WpcnS14PnjmKiMxxsrI&#10;TrBFve7k3QHhxZGM+n7PTpyEoU1kUPp/Lpfbipclgtny4TF4yozHngixbY3Emqo8q1FWN9pUT47J&#10;0PFLLSxu1RFNIACYwgZGYMr9BuyAY+uotq4p9w5CpyBqIlwH20eLoUq6nT9pW/bmMaogWBcjkML3&#10;5PtDM9tazG8ncKwFM/Z0sijkmUKOA6Yp9l5OryWFqc7m4aTbmJxS46sjzipW7gyuSo4tQytNlK6S&#10;YRRylUleKxfUmoW+nvDv/q/cdZMRt3cOPxGc/hy1GPigkMTtmQi+SDNZFQdUOkGNZFFwQv4Ht7bd&#10;yiv7XxZRg19fy4/l0nmR1YiI0p0x4HubGU+MzE2V2zuuPDYnLTU1RlJ8bHVUuQww1R02TwWEx7TV&#10;TgkLJLSGnWUIXdQ5AjIJ5jD7ww26sfX7hzE+KpS0VHBV1dXLmMPJn6ClFsbkCpZvC8hIjMp0kWF7&#10;29rrjU9rojXUP8nTaFhIWrT/AFefQyYTObbzOLjO3THPS1mPpctFSUVNLiKk43OOzw1601SKeSMu&#10;NbsbK4YG4D2HswGE3LW580dJnNz02drK/HU1dFi8fQtHTMsMunNU9dCAyqadf3I9ThjpBt9QQ8rf&#10;SGsYEdD/AD8v2/Z0sGhx3ZxnoJa7ZOD2rrq9s7Kp8AKWvyFFVbjqsgRkIfLSBsLWYesqJJZnjqqq&#10;SOlljJUAOwsdIIT9F1tQndUtZtMY7H4gZSGnq4HggqM3lqnIm5qKSqmV5KWnVdQkUEDi68e7btcA&#10;wrrOpyKnjQUp5dXihKIGGAa+X+Xy6fYOwa3CbbpKnfdLNS5X+7ec3FlK+kgvtzDRYZYjJQV1cZUW&#10;aoYuDEscfrCuCEIGoR8FtvM4/wDvRQ7jx9VGs9JJS0meiysVbFT49leNI6aF5DLr06ST4gVNrG3t&#10;JDLPFeQyWnADK0pxHH/Yr8/KnXmEDpk5rX7f83QUbm7S2JvWh2Tk9k7lo6t4Ny0uQ/uq+Fr8dLms&#10;tSVEdTorqnwoKcIdT65SYpASLsSGVSpLh9pbL29t7GVNXRUqwU2LpZsjLHU/dpLGQ9VkRVjURJ6v&#10;JZQQW+luPanaNukj3KXdrxq6iMD4afIE08h+zpm4kBAt4hUqPz/b0FWWpc72n2Pmf4tt7b256bZ/&#10;3G4K9sbHkqHcuFzmEqIpcPhdv5nEvGrVNOpjlheWY+RgDdL39gzR9o0HXrZibKbemaop546Pb+Hw&#10;WHp5W/g9O3kiyzOwCxUyuCqXIJsdN/p7Nr/bba/mDM9Ixk0/F8v9npuOWaJBGvHow29ess5vvD4H&#10;DYLcVRSUcgqKjdO4MnnMvU5JamaiWhmoafHYuaBHqGSSTX5pBDHoX9pyRpXMOHy26cvt7dOYy1NS&#10;rWigykEWMML43KYoKamkxuTnezyokjll8SgN+ljY+yO+3TXC1lYxkUOjUfI8K1/2f5dKY4RESXOr&#10;zPSdwkexep9k7l2bsvF5SoodsLmocjSmWafPwZuem0V2UxMBV0japjJnv5Ihz5ERtRDS8nkZYsvj&#10;dyYpYpNs01PXUc+LeSKkxyO1UyVU88TAiQ8EqFQ2IXnk+130z/SLZxsfF4sw8/XNfP7fs68OxST5&#10;8Om3be3ErcJunZO8quqpt+ZLI0OTxu4KZpq7OimFFFPg4sdXx6ZIftlPgd5JE1hpiwUOfb9tyuOe&#10;pJcuKdKbBVZr54K6SBaV8hItQaF6aOllYMgaxPkZAWsCPx7Zs7ZDuaW6CtSNRPCn2086/wCTpi4O&#10;iAkHupgf7HQbdw5ODZeOott4bI1ee7CxZ25iodsU9fWVZ2vDJSnNUu5snPHC0lQtN4UIg1lQj2N1&#10;c3LfjN57pG6ck2TpU3BkMCyz4/b7RP8AeUWIrZ5aLEQZGKm1RzVtSQGgEmsID6hyPZ7zBBDFKlup&#10;CJ/qPTVqW8I+Z8/59G5/uTtQbPy2PxNYu16HcKVNblcvt+ualRqqSIVGUrKKvmb/ACaFvE5laAwm&#10;wZlZG9XsQ8HLUVdTUVG8ZaLFSCjGPpsFVJRVK4atnC1Zgp56UKkNRGpQMqsbEgcH2Wuk8siBAVjU&#10;1PlUdKgyrHjLH/V/sdJbLGmo8DQ1PXWOyWdkrq2lzdZmMZkZlmztNCP4ctfk6irLy5CmnS+iQsyO&#10;iB43K6WKoeUUu068x02YqI62rhR8nkZGL1ZE140io21FY7sV1Bf0gW/Hvws0+rknYg6VxTy/lx62&#10;r1dV4EeXSISobI9sbWxs24dp0FRhMPlK+PZGBo9UtEs0App8hWZ2N0VmC6BHTFBdmYnVpuHXeWYy&#10;+Nw2DTF4t0lqkip5Xlml+2SmiGiK9rSElRYAD/H+vtrZKR2Us8mCGNMnPnWn+odMTxeJd1rUf5+k&#10;XsDZ219zdq7/AHy27cRuJMJUQVlJQQ4/Fx5PEZbIj7jKpJUwoYmUOEILapFN0Y29pfN4ChxOCnrq&#10;N5Zt11H2kstdLUzNiMXUTRa4Ykp6hmWVbXVioJ1flbe97fcy3jSTXA7BUKAP8OP5dPso1BI8DoUM&#10;Rubdub7CpcO74jF9cU9BmoKXFSUTzbr3S9BOKSfIGpo2iWghikMbojLeWNjcHUpVG7cxW8stu/Hy&#10;ZbKY6LbVHRHI5CuXGnIVGRyZclqOOlH7kaBR5DI3pb9PJI9s7ndW62IigH6jmgHCnTkS+E5kkyoH&#10;Qibny1Bt3b9Z/A8JNXV/iXG02Kjy9PgkWN7wQyfxCskEKBCVChNUgJAC/Uhdbzzm2ZsWMVt/J1UO&#10;arqmKAz4yhSPJVtWXLx00aMoKpq4KRr/ALSfzd/bbYWNq1xuGWAxX8NB5f6q46YYSXUwI+Ef6uPQ&#10;NbAwHbcu/wDIZzfWJxdH1/QUdQm3sbW7lerpcXRCJFmyVZCElWqqmCu3mqpgI1Zig/PtKZuGs61z&#10;e3clWwVFbVZeqogTjhC01G0MyyVs2T8ukXdDYeMEhrj3dLD987U90zaRkCv8uqG68KcxIK08/Lz6&#10;EPam/dudw0W+Nt7dinNDtmaowVbU5CjZMXk2rqKVKSTCTpJeWmjZSGkZLMLFAVYH2pe3Pk5hNiQz&#10;U9Pi8lW5Fqg0iRPTvTU6yJGskkkrSANpGpQGAIJ+hNj7c2fliztYheXh1McgU/w+X+f5dF1xe3Up&#10;0IdK/LJ/LHRQuv8A4c7l3OMRkd87socftZYBUU2M2xWS5TKVKpNqoozmp1EKQMo1OiIbAhLDkgBt&#10;p9ppvbI1e6d3QNDBTUyRxYWhw8latbFLGy/b/wAULIg+vGvm5sAPb9/eTRyoltRVU8T/AKs9LraN&#10;PAIHE/6uPR5cf17TbO2aNn7BRsbEzTPFX1WRm8uPqpX8/wDEUiWN0dtYBMSoiN+fqbiJtui3D19S&#10;5OnwmOy8exa6Kqy+QxVZDiNf3ebfxxY2LKQSSTvIquDFFGPQB6zc29oGMd5cfvK3/tFwSOGD/gr+&#10;3/A6AqjwmP5f6j0jdz4rrnfuY2tjN1V2DqOx8TWSVm056eeumq6Cs21VpkK7O0uEnKJFEJYhHLNI&#10;hR7rGJWug9jGkO38dtvBbXp8tLiYqOkV56CiV56pDNGZlp6+ol1FGYnSSwufxb2n21biSeW/kUan&#10;agJ/hHmOHl1a4lWulRXSMdAfkpuwKzsTde7aDr+HdlEs1LQYbO7jzFFjcOFpJko6mr2zjaZHlqYo&#10;lQSuzuqki4Y3PtDf3Yxu53ba298fSUmOqZv4hj6JstD97Ww08X+TxY6lWTyqVtqkdlvdrD2dzyz2&#10;dJIvglIBY4AzStf9Xn0l8VJELjvZfIcOl9uXfk+L29lt19X1027c/iaOowddJNtyvfAUeTSqFRka&#10;vcGRpYUBEXpCQ00o0gAsSDcB3g9+0eDx256DGU9fjdt4LctXAaehpPuXFDjbRMrVcp1avTeyg3/I&#10;PtHdWUabkIomqzDJPn07qJjDvxHQw1Gx4NxLtvPbkpsXlN2UG2DRCularpaCDJV1Oj19RSYpGZdD&#10;SAldbF0WwVhcki/10HzuJy+98yuRpsdmLUuMos7XslbUUxn8plmx0CxxU8ZBCxBgZHFybC1ya/mk&#10;m3JLO0Yfo5Zh5fn+X+TPSkaYoAtMnP8AqHQJdm5tdt1u1OuNrYVjl4o5c1NkcPg6f+G0H29O1Kvj&#10;ateSaoqfK/lcx8JYa2D2HtCdvTdjbhWfam0sDi/7v02LoWmxUyK1JkKurrhoRXhKKI41Ad9ZUG/N&#10;/Yrhk27a7YSav1ZASzHiT+eeisRS3DmVjqpw9OuHROydk7aWr7L3Juefd++8zlc5Sxbt3DLVJlKD&#10;GUUbU8mGhpJ5GCaBHLcICSGCpYC3t06323iOvtrZXFZvK4zF9gZamnlzH926OjmiwGPkN1hhmhTS&#10;X0ctYlVuBz9SCka7v9+S8lBMEZ7QfxN6/wCoeuel0jIYPBWnzpivSq3zlty7/XA1m1tn0u4dkUlf&#10;SZGEblrsjtobmy1PM32KDG1dOZlpYZgjo9RAPKwui+MB2BXc/WOzOxK6aLH7mzdNV08ZYZKrh1Yy&#10;Cii9M86xymNjKTyzJe5NgfY7utyZR8B/L1/1f5ekYt0cVJ/ZnoWKfNbsxuNgq89gcarvBHF/DsRX&#10;Sz1jZSVvRS06tH4TCfosjSqQBdgOQH7qX/R/0jU5tpaeXMb0MclLBuqpiWjpqPETizWgqZ7qXsNb&#10;hAWHoBKlgQvuW3395dx3Fw1IU7tHGp9fT7PTjStKK4TGkfhx4J4nzp6f6uPSL7b64zfceDxO3JM4&#10;2A2ZVvFWbsxFNIFyecNNMlTSYqTIU6uI6dJU1SiJwXIHNh7EXPV1M+Ird+5+b+9LyU0X8JoI5Xjj&#10;iNQ+mkgaKOwRXJ1FvyOefZlt7vuNy0EQ8KKIZpQVp5DHTU7+Gywx8W8+oe3du0OyhiOr+u8Yuy6N&#10;JqiuyVctPFVy1sEMaPkK6CrrWleoqGZ4ojJMH06hcgKB7bafrDdmdx+L3PX7gxXX9LK9PXQ4vGKi&#10;w1dP+oR12jxfXgXLm/1I9ti6S/lktLKBpNOC3l+3reqOBlSR8+g6Z9xd/bO2fuV9g4zEby7D3JQG&#10;VstDiqKbMVNCxAkYSPL+om/6IE0L9OPoOG9tmVXYr02N3NXR0+MxURhkymCEEsU9OSNJQvqWP9PO&#10;tiT7dhnba7T6KBdUjeXnU+v2dVkihZvGNcnpUbVy23cDiq/K7docrBXbtrTlzgNzffYrKpkPAI5o&#10;Gp66NpQRYemOMqPwbe1piMljdt7Wxm2MNUR1ez8NBVQPkal4P3p1u0kau10LluLg/X6eyvarJrS/&#10;lvGNZpGBYeQHz/Z07ctFIgUjSQBQdJjcGzY935ym3Tl8fJiN9QwUcGDpKKoqZamio/LoM9RJTeGQ&#10;w3Z2ljaykAhh+PZRK+o2jsjO13YK/wAZpDUVcox+NrpUytQ1dKGD5KRlLBUQcxoSebfS1vYivEO5&#10;S+Ghoq8f83SPWLcAHif9Xz6MHT01ZJj4qPKvS1M7wGKulooZaOmlB9LJDA8kjqGXg/uf1PHA9qTZ&#10;m+c9Bt7P5/bDnNDIVK07eQx4qtpPO2uWrqqqqcqt+QLaja/6R7LGt7a6vwJVqYgSPOuOn1L+GM1B&#10;/L/D1Hy2GxWXWipMlBHNBTzrUwUjhTTzNAtljeEghlW4bTa1wPr9PY7YiizNTVbd3FNX0GOxWNpI&#10;qrcFTiqyHJLr06zTS19WyGSV/oQqFQeBf2hubia6tZLOBD4lSFrig9fyznpUhjjOpuB6DvMZXB0E&#10;GQ23PDU1uY3DUV1Pt/CZSinhSrCRiImip6CA+KkhuGMzgNa7Mw4PsTexOx9v7b2HHmGqGxdNlGb7&#10;ZKgN93MSxRdKgi7MBcc2H+t7U8o7UyST3V4urwcVJ4sf8NPkAPtPRdeztJdLboagZNPT06J/tbqj&#10;cW5PkGYdxVVBnKDYeKpZ6p8fT0lLh8ZU16a6fHxwyxyyFmIYteRpDa5Kr7DSkyGZzG1aXNwRS0cd&#10;bBI+OrclkF0PrXQkgx9IwMxB5CFuTwbe37a/ik3GRR3aDnGAelk0RKBeFaeXRu58XtvG5/8AhUZp&#10;3qGSCaqxuPwflnjhJ8imoyc2pKeNxa5BQkE6Tf6BLRZyj65rpszu/cmezNRpkNGtc329LLWyfpFN&#10;jIC5ZVP0UkC31t7fubO43OQMtEjBz9npX/V9vTDTJEhiU54fZ0va/GDLYiTH0IoaCKq0Q1DU6rIU&#10;pCf3UheMJokZbhXsdJNx/X247Ly2J3TWZLcU+RyW+90SOf4RjKiofHYjDXGoL9hSMzMUHH05t9L+&#10;2NwfVcJBORFAMGnE/t6cgOmP9L/iumbI4Wpw1DQUG3K3E7P21Ru8uZqIqFKrIT02i3jpZallihkd&#10;jeWpnSZj+ADz7dpNy7/3FWthsxQY3H4xplglqsnLX4+OOFXAkeloxaS1voznn29LJbbVCXsx8Q4D&#10;z62kQeTxG/b1wxm1Np4h/wCN4aF6uujSSV6ujelr62vYpyjz6SCT+AGUX9o7e8w25vHC0+WqYNx7&#10;VxqxnFYTE42WCASvYmRpZS/kYn/dhJt+B7enQ3OzB4G0M4yfP/V/q9OqQtSYs3r6dOW1ppcriKjL&#10;Nia7buYyryithy0tLXV0E9PenpmnFHK0QVUCssMbKBc8XJJHvMZLb0kOIy+5pqbDYaOGmkpdvR5R&#10;ErZSF1RQVbTWZEAHKIoJ/r7IdoivRYSWdl2ZNZG8/mPXz6eZ0WUkjUxHHy6DaODcVHW5jF7cefLb&#10;kq5ZPvt25LA+DB0Ib9UdGkDJHLMosBqlexFmuBb3Fk7I2Hh87Fmsdj5splZ0jFPjaJYaiKG5CK7r&#10;GrsAo/tsfbl1tAvbMW93KaJxz8Xnxr/Lr0c0ysUGK+fE9N8Oxu18htubalbunGYykfzRT59KarqM&#10;3PFIG1vFGskUMbEtcWGkW4v9PaM7ar4d0fwfctVUQYiQWYiZZqgw+sFR4Y7BmH9P+Rezbbrwmwfb&#10;oY6LHgH16YWJIZ2fVXUa9KPpjruDqnA1uzqKuq8vS09dJXR11UIVmkkqv3J/IVI5LfTj24zVuG7E&#10;2pS7Qp6OTN/bOJ6+urqdaVVjUHU7glfEn+p1Nc/j2X7dcS7W8qOdRl+FRU0P+rj/ALHV51VpRM5A&#10;WlPtPWeTANtre+R7DyWZjx2PrsRDgkwVK88sFRKKgTw1DREXlqWbUAIoxZf6/X3Ipdg7QpqKjix8&#10;uFxSYVPI1Ni2gmmM8fr+4nUggyC31ZvaVY7s3RSdTqlOK0wPTq5nRU1qMDh1NfeeVinaGDA5uuir&#10;ZUEFVXUD46ijEoCCJHYLIVuQARGT9Tc/X2Bmbo9vbrz1YkvYO6ck8biJoSpeJZHGlooYaQomlQbc&#10;L9eOfYkvJJbK3VQoFB0mhVZj51PS3xUFRRUMcKYjG44hmLUtFUkQqDz5GYQLdmNy1wT+Sb+zM7K6&#10;+oes9oNkKCOQV2ahWaqr9wzxR5BqdP8AMwxQN/mwVF7E3sfx7A1qbrft1LyVMMJ/Dwr51J/l0sle&#10;OFRbrxPHz6A/cvYGD3Hu8bISuq6ypx1Siz0e36SvyEMNUyAGXJZCmXQBHqI0HSAwOq5tYI947l33&#10;mK+kpMeyUOJVgpTGinWaUE2YqRf1EfQn6fU+xqfpreAiFAW8zTP+f+fSdE7zqz0J+2Nk7d28lRVI&#10;Kmur6lmlq6/M1VRWzgsb+OP7slYkH4SNQPaB3NtxqepgLZ6fDPJolrYw0tbVrZdRLTBghLf4nj23&#10;C8s0JJFW/wBX+DrxAD4PS1gqEnTXCC0f0SS2iN7cHQD6rD+trf0v7GzZ2FlzO252yW5aagwyRmGl&#10;iWrfI5edgtlkaFbIhP1vzz9AfZRbTPa7iIo17m+InAof9X5dXuj+hqAq3lToLt+bprdvZPGQ4HYO&#10;V3Xm6qRB97E1Fi8Nj6ZnCzzV+XqzqJVfUI4o3JtYlfZa2oc5i9+Li9oY+rr5DUg/xPNSulJSwl7v&#10;VVBfSqqo9RLH/AAmw9nm8xWy25kmbUfl6+nSS1Zya0z5/LoT0nvRJPUqIy1Osk0cJecKzR3kjiMY&#10;1Ob3C6VufwL+xW392xmMe2O2ntaepyFUqpHlMuIpaaikqmIE4o4UCgoDcLweP6k+0W2WdrY7ebu4&#10;UeI9SAc0HkPt9er98051cBwr0isds2gqspU5/M4mgNS0njxdNJDHUT0VEhvG1VUyayZnb1sqNpTh&#10;QWIv7dNO4P8Alcf/AIsP3f8AwFH/ABcv9T/rf7T9f8PZJ+85vT8Vfy6XeFH0rvBQ/wDHGL/Ofb/X&#10;/eP+Ne//1G5XZrAm7f0/r+f9t7wUGDUdd3RUivW5Y8aLqABA/r9PoBe5/J9+KsLcf7E2+n+v/t/d&#10;dWSB5depTrwIIBuefwBYkgfqt/xPvkCQAPx9ST+eP6+7GnHz68BXPDrgVuxPP04H+xtew/P+w98i&#10;oa1gLDkn+vFyfbQc66H/AFf6v9XDq2COuxYDkm5/FrgX4sT/AF98DJYmxPH/ABI5tb3qg8h04F9e&#10;syxXAvyDzwbf6xPvCup2NwbfQkix/rcg/wDEe74VcdVABJHWR7KABwR9LfkWtYW/1vfRUC4J55+t&#10;7f0+nuokJFQMdaPy65WJI5H+F7A/43Pv0ZsbWubCxIH+p/p79qrkfn15VA49dyqpUXIsT+Li3N/9&#10;9e/uSqNcXZm4Fh/QE/0P+HvxdKZHW9J6iFgQdOleebfU2Fx/rf7f3I1KFNgL3ta1h7ZbuYDqwBA6&#10;xBTcljxa/wBeT+CRb/inuHJIwYD6cf69+fr78AK0PW+HHqfFFePUOb/X/C4+g/5H7x8Nz/sLfT6f&#10;W/u9adVDUND1zsQP+JIv+f6+8ZuCCOOOTyeb8e3FIApTj1sivXdiwIuCRwvCj8C/HvP5ARbk+nm/&#10;+8e65PWxw6wCNlJ5UWNgR+f8OfeIAX+tvza9+f6XHvwJAoOt0Fesx5sbfUWFxbj8/wDG/fmFyOPr&#10;9P6n8cW/3r34AjI/1f6vXqtBWnXg4AIP4H+sB+fof9v75rG1rAED6c8m/wBOB781W63wx1jaVFsW&#10;sTe4Asv+wb/jfvwgJsGBJv8An3rPl1vA67NUo5Xjgniw/H4/2Hvm1KEXkX4vwLj68X911d1OtY64&#10;pVmUmzWF7c/Xkf09xUFmIseDwB/X62APu5FR1YjqQ7alXlTxyx5P+uf+I/3v3KEZZbj8344vx9fb&#10;LUVuH+Hz60VzX06xCbnSWtz9fxe/H+395IkAa7WF/wDXNv6+3PiUADrXzPUWaQ86Tcj6k/k/1H+t&#10;+fbgqqRe3NrA3P0HF7H3WRdChV+3Pr1skcOmwSO7lmYhVuAAOCP6Xv74FtAIAFrX5HI493KErnrY&#10;B4ddoA7qSxuCRwSTe/IJPtpnBdj6RyTwP7N/z79RlUUPl+3rxPkOn2nKgXva3BP544/437i2P5Fv&#10;pYfW39Pp7v8AF3D8+mxUGnl1Kuq2H1vfnkcXvYj30InJK8c88MeL/n3qurrZA4nrszIq6yxFuDxx&#10;f8WP09544mHB5uQB/T6fj3YvQY8v9X+x1rSK56jyyKxBJt/U/wCv/W/595XiEn+uPoP9YW+vttSf&#10;s6vjrgJfFcXuPpyD+f6Af7D3GZNBIFwTfkC4+tuD7uDVs9U0r1JV9aD6fXkMefpquR/r/wCPuOQL&#10;kcmxB4A+l+R79p7ut6loK9SBIdA+g9J+vFifoffZEY+tz/gL/wCw+vvWo+fDr1FHXlDm2m4Nz/vH&#10;PNv8PfEH1DkcfS/Nh/S/vYHm3W8cOu2vbgG5IJ5H0/JPH0/x98hNoJP9n/intwZHDrRGc9YjCH4v&#10;yf8AA3sRzx7lwzgkA3/NzwDcnj36jE468Pl1BqKfSGItcABQCdI/Jv8A63uc7KEBDEn6mx5B/pb3&#10;QglsdbJXj03xK2vSygc2sRwR9Li3tukkUofUbjgD6c/X8e70IIrwPWqdOccbB/0/UglrD/WF7+2x&#10;3Bax/r/X+ntzyqOmGND06onp4te3+vwfyL+8vl9Nhxxxb+l+CfditAD1r7esIj9TA82NiSPofpwf&#10;eRHLjkkD/G5J/wBv7qTQU6v5dY2jVGNvr9b/AI/rbj30dI51XH9P6c/737qc8Ot5BoT1zXUQNSEf&#10;m44vxc/Ue2WqBZ+D+frf6f7Ae7LXqvTxAQqWt9B+B9f9tx7yQq3AYA/7YD/W97NPLqgAPWOQjkjj&#10;+oA/H59zoxcf0N/qOP8AY+6n06cXFR1DlYq34PBHP4/PvDURg2CnUf6C9/8Affn36vWqngOstPIe&#10;dQsv4J+n++HvHEpW4t/rX/H+v7seOercDTrI7BjcH/kX14t7wyKGNmIB4N/r/sCOPdwcah1ph+Lr&#10;mhKjjUb/AFAuPp+QefbbURBiQTa30P8Arfm/uwUmlOq9TI3tyB/sPeNKfTzq1E/i455tbj3omnA9&#10;e0ilR1zZ7/QAf7c/7a/tzpobEG3+2ueT+D70Wrjj17FKdQ55PSQD/vv6+3S6x/U2YD8fm359t1qv&#10;yPV2JpQ9NpEkn0uRz9eLEnn3DmfyMRa4/wBjxxxx7sFzjqrY6lRKY1ueD9fr9SD/AIe8MEPJbjm/&#10;HH+wJ930tw691llmWwHIt9eD/tvahpacNGSSL/1PAvb+h970Gtf9X+r/AFeXXga8Ok1WVuiYIAbE&#10;2sCSxN/p75xXViPwD/S/+xt7dVQw0+f+r/VX8uqMamvWGcgoH5ueSDwePoP+Re8tWg8DWsTpta1/&#10;x+fdWj0MGHn1dD59YaCYmcA6gFYkE2AsTfge2MUzKbknn1W5HB/H++PuwkHA9aIqanpQmcMtlI44&#10;P55H9D78lM8sg8aqfwbnkH8+9GlSW68q1NB109VHFHZ2ZSRwQPqL8e3uOkVgiSqBpA/xOn6ED3t5&#10;FZSQadWppOc9J6SrkjZpIizaiQL2Vb8kG1/969wqvTTtaNSQOD/jx71GFfjx624pkefTjSeSoTVK&#10;wFzcAG5/2HuEhLtq0A+r8/4/X35qVDD0+fTYyenFhoQxhyv1tYD/AFvrb/b+3+BDMgS5ANtVja3/&#10;ABoe00ilSBT7OnRpH59J6eZYXMh06lBsLFtVvof+I95vGsI8f+qvcqTf6fkn3YuaaRwHXiABg9Rw&#10;5qW8+lgU+gcgD9VwLD3DSDSWkSzcEWI5AP8AT3fVVKE8etaQBUdTXnBKxvqS3IsCVJHHP49+ioEq&#10;WLEC4+oHFz9SPbZbSNQ8+vBsmvXKfJyUqrED/SxueBe35/2P++PuamEXh1XSefTcX/339fdPFIrT&#10;q66fs6bpNwWPjkNx9Q/qtf6cH+n9D7b67FH6PZebKeDxfke7pJXA49aIQ1J6dKDMIw1JqcD9XJ+t&#10;r3B94cfipFmB0m1xYkWHtxplUnOemhpBxx655LKxGna7cBTcAhj/AIfT2rpKVXh0urMw+hHHpA4+&#10;n+9+07yDBT/V/q4dKNXbjHSGp6146suJY1ja91IuSzH8n8f4j8+4lLTxRMCyXsfo/I+v1t7s8hdf&#10;n0yFNajpwraiaVWCSKote8YAJ/2kMPb7qjWNyVRQF44Frj6kX/3r23pyKmpPT9KU6SJFTJNEqGVw&#10;HBbk3tf6MRzzz/iPYcZ2r9btqLW/T/h+BYD2riQgivDpmRlqAvQvYCmVadV06GP6rE/lfqxP59px&#10;JJZmOm4vYAXNr/4j24wCmv8Aq/1fl0yM9KQrHGl2AP1J4F7f4e1rgUkRlVrW5vySSSOPr7YmUMK0&#10;qP8AV/xfTugg56Q+45o/EzKzK1haw4Fje3p59qKaExuzOAt1NmsLEHm/tlQoGOnGQE1B6S1LWCoR&#10;FiYuQ4Lpe5W34P8Arn2HeR1zVJCqWIJuR9OD+r2ujUBOmHBLZ6E7HlYqZSWCggW/wJFivPuKKZmm&#10;TSLC/B+hFvz7v5EnrQFepTVCrGxY3+t+Ra545PtRwwyOUS4XTYsfze3tpiaVpjq1PPpNTzwxh35c&#10;vqsBY3X6kj+ntT/s0dKaiVgRGhLW+pt/vre6xku+k5/1f6v9WenRgajx6Q0oqchW/a04ZBI6oCwB&#10;Vbi5A/rYc+05U5tKkEM3jCqLWJUW+ukFbX/x9r2t0B1A8f8AVjph31Hj0qsdt96AAIokLMbsVBdm&#10;N/U1wfqefbXUZKPRYSMSQxVtRYrb8f8AFPbbouqlM/6v9X+HrytRaN0+0uNlVtTIijUAUChA3H14&#10;/wB59t8OVZW/LWFrs3H+vb3agC0x/q4daLivU6bFRyD8LzyEXn+hFzz7ltPJVoCCWAINxybkf0H+&#10;v7YYmPyGf9Xz6crqH29Yo6eGlcg+ksLcm1x+Rc/639fcVkqXcxshAJ4JPI/2HuqupFR1TSa9Swae&#10;NQ4ZePrYf1/x9+lpmUKAwU/W5H0sfqfftZBFPPrZFOvRTo5Y6SQCR/sCPx7lxwxSLeWYs6/S/wBO&#10;B+B/vXvR1K2r/iurAADqK80qNojhCoRzzZhdvr/xX25UoGrS0lgStkUfqH+PtuQswrTrVKZ6bKv0&#10;jUsWpijDW39kngW9qyJlaONQLgf6ocEf1v79HH+rr8j15mrleg/rdatUAsA2r+x+PyB6eT/X3kqc&#10;jT4+FmjZEktyCL2BH0Ht+h1jNR/q/wAH+rz6ZFeLdNNFgqvOSaKpJJIdepX1WuL8/X/Yg29pWfeU&#10;C3WRpHc8HSSE/rxf/Y+3BEtan/J/PqrXCqadLmn2CylPD4oESzKGXU/0t9feKl3DHO5IUFP8bH/Y&#10;n/ivt5YwoqP9X2dUEtc16lVu1mSJVEriT+oZhYfkci3+w9iFg6iGceRSqlSLjjgj/H/H21JbqU1V&#10;49PJLjoDt8pkaAilEcs0bhtD+oagx08Dj6fT/fX9uFfl1CPEhuwFri1uDwPeordFIJ608rVA6TW3&#10;tmztLHWVKskTvq03ZXKldWon+n+F7ew7yWRM0+hjqueUHBPP14/x9vKfDJ0jH+rz6spNKjowuDwi&#10;UlGHX0FVuJPqqC36QD9OPb/jYHAV29JaxAt9CRa3tDcNqqg6URqK9JvM1cOpwgMgiDB2BI+n05/r&#10;/h7kZ+lMFA7lwAx/oLqf1Dn639oITql0HgP9X+r/AAdWkNV+zrFs/JR1mSVI0ZpI15BPBFrG6i1v&#10;6cf6/sIpvJUeSMerTf1j+hP1IP8AX2bKgGR+zpGSdVOhwj0QhHPGq3H+P5AI9s8FP4S2sl/ra/J/&#10;rwPb/lQdepnqc767W4H+HF/6e3ailaMMAxHP0PHH4At7abhnj1YEDqDVRrJpJW4A4P8AQ3/B9yHZ&#10;ZDd3/SAVsbf7cD3UjSKAcevE1PXBFKCyJ+SPpf8AP0H+t/h7hukwcBW9LG4I9PH+Puwai469pBz1&#10;IVkKnUOV+t/Vb6/T3hqII5FEcjAlSRc8H/G/+HutDjT/AJOt9oFOskUjAlgCARcC5NwD/vft2xn2&#10;dJFa8RYkgMACx4vcH62/p7oyM2D06joBQdNmQFTO9lEgQC5GrSv1HB9qqmrg0YjRLqwK+q1rHge2&#10;27V7v9Xr1XUSanpJVmLJnM7OyupDgR3uWH0uD/T/AF/b7RpSUtM8ryABj6rcsR9QAT9PbCl2eqjH&#10;+Dq6vTgOkxlpK+srI6WKLU6JqQ3Ij1cXLgDn+vtI5OqhlkYRKdMeoq1rsL/T/jfswBNArfL/AFf4&#10;emnKtjpb4ehqIIlaeRS8oXyKBZTp+oAH+H09ppK5IZCsjPNKC11Y+lRewso92ILf6s9NVC4PSnek&#10;8iegLFGbG6jk/ki5/wCI9vVLWrUIdcZEdjpubAf63tuQ6Rjp1O7PTNUUDQyB45f3DbVxcvz75okT&#10;SAPFG4LW134H9PbYJYYxX/V/n69mvXcplSNmjlkTSoIS19R/te3uonoYYliS3KkHTa2rjnUPx73F&#10;GA3HqzuQOkzTQ5Wpmkmm40vcayeYxzbQfz7R2QjlV1eFgwYk2U3I44tb8+1QfGk/6s/Ppria9Lah&#10;kjaMrIhVlAHrFgR/xT3np7GIJUHSWsLEgN/S4/I90YmtV/n1taDj1jnBEuuAEhQT6QCv9eR/r++E&#10;0gpgrIxIufz9R/j7b0scny62fXrJCpqNSuLekcWva/Fx/j7doJpJ4RM3AC2UA2N7c8/09pWQkkDP&#10;TwI00PHpumjgppRCDyxJYkagRf8AoPz/ALf2nIakvXHyiyKxBa/5B/Cj294TBcdN6lVs9Pskail/&#10;b5Yi6rbg8fm/tVw1NI6ckgICA9jz/UH8n3pIypq3E9WZqip6SlVT1qv6ApL+rRcXBH5H4HuLKW0N&#10;JCblblGfiw/H0/4n3txQ/L06qGr1MgC61imW2q2tVN7kcEX+nuJV4+GtopZp2GsLwV51f1De9pqR&#10;gQMdboGB9epENe9NWR0sS/tsSCG40D8Ff+JHuBjcNZVLSHxizaQ2nVbkH/Ye1LzA4HTSqNVepVfk&#10;xGSqpdybXtcKD+OP6+39qfwRSMHuChOm5/2/P+PtKXGrIyOnmC17emdag1EsKlLASKNX4+v04/w/&#10;r7R08086SoAzMLgBQSD+Af8AYe3mbHTIBJp0q4ooomU8KOBc8H63t/xPubhcezCOWVWcpdtLXGkr&#10;/j+T7STM3BTx6ui5z1GyNYkSsgYAtYcFSxB/oD/sfYm0NXBFDGkhCyEEEIfrp+lz+PaV43y3l0+r&#10;qOHQX5OiqaqqeSL1xq2oeQGwJ+pA/Ptly0+u4iJU3/BP5+t/+J9uRrUgnrzd3f0osNTeIAyrrNvy&#10;o/H0IA9pKqjlMa3Y+q9grern6XA/Ht/xckdM8c9K6n8eokL9LfUengfi/wCfeego2NxpZ9VtQHFj&#10;e/P9Px7qXoajraipp1grapUAJdUsDYn6EW+oH59qOXAK5SSJk8pI1LIRybWt/wAj9qI5SwJPpX/V&#10;/q4dNFQz9I9Nz+IyRTpJ4gSqyRqWAH1BIF/9j/T+nt6p9vw0SrJOLSy+plF9IB4AB/417SNdPKdK&#10;8P8AV/q/b0+PDpQDPTHPumTINIlJpangOkScF3cfqOkfn/D+vtnzUBgQrAqqrDgW1Af6xHusTEsK&#10;nh17T216UmBqhVfuTlmdebn0E/4kH8W9hf8AeyNULC6Mjkn+ybmxtyPZsAtMdJdTaqEdL/xKELKb&#10;+m454+n9fYoYGikmWLytIiTDSbKGAW1mP+v/AK/tBLI6vRaY6UqhIr0HW5chDTR1DxrHJNTepFZy&#10;haQepBx/j+ffLJ4UUtWJKONzGW9VrBjwRcf6/tUZWMYLdNlNWeoW3txjJULJkJYkqArWuSU/1QH0&#10;/H+x9qvGeanoJ1CeJXjb9XJuRxdh7L2kXxPXpwA8ekTuGnpa/MY+VpPPJBOmkKbJpVjdlib6W/3r&#10;2H1fU1L1XhdC2piQb2jTn/H2YJpK9NkUbHQsY6jpYKRZY2VNKWNlBkkA/wCC/n/WHtoz+Dhkj+5j&#10;Kh/GoI1syC/5UfT3tCwJB4dekAZa9OGHyzSOaeVX4dwpKBX4JNmF/wDbe0NBSpSyHXLLK5ZbgIVA&#10;seB/sfd6Er0yvbgdKe5YG1rW+pP/ABT2v6GqIgZrgLpINvSfp+R/vPtKVDPTpQCaZ6T9XTh5EFiW&#10;13UmzAfk8/7x7bp8m3lUOf2+BYEn88XPtQugrjpjvrUcOpUVCqoxUWc8lrD635t7wV2RYoRGSIzo&#10;Grkix/K/4+2s/b8+n80qR1lpqREILD1i5FwATz9PbhhRUuAIjK0ZOrUbi/8AgPbbtoGOtoCaleom&#10;U+2A1T+JWsVA4uLjg8+xHx5iV1eWp0PGvrS3pWw+ova59opJXJpxHTigcT0GuWhmaF46ehWVZSPH&#10;ISQzBjchrXIB+nuDl9xUdNA1OyK0LNYyGxYsOddz7VwQ1HiD4j/Lqsko9KDrJiNq101Wlc9TJHLE&#10;ARChKx6CNPjIH1H+H+x+vtAVE1LKGeFmYAhkAtfSTzcj8D2tCt+Lzz0nOkgtH59CVBHPHoEoCnTp&#10;c3uNQFgQD+faNzdVXUMSVHjdTrazAkqyE+ki3u6kZFemmLqlT06ReJgwUq1rBhYXU2+h9veGz7ZW&#10;CONgdUYA1HgggWPPtrEZ9erRM0q0bqDPQxRF54wF1cuoAIJP04/4n29ZSSralWGFiGFiLsPUv4AP&#10;9R794oqfnjp1lJWnUShgp1meYqtzcXC/pa92P+sffsENCyGuT1xgNrYhdIBsSv59o5VaRgE4D/V6&#10;dWUKo6yZMtoRac38upCiqGDXXgH/AIr74TbcpcvlUkpp1USOCdJuqvflrHnn2reUxw54j/V+XVTE&#10;kj16ijLSY7HtJWQSF4EawsLuqi4tbjj6ezAYHbNNQ0UMBBmGgajIgIJH10r9P9j7JWuGlJJ8+lB7&#10;SB5Dopm/OxqyfJ1D07x0v28pQLT1JSRQR6GkmIBN/oVH59rqio46QrHBCoX8KFtyT9eLe7JHFItZ&#10;fL9n+qv8umXlYmg4dFN7C3plsjBU1UmXnSUoxd/MUd1j4CJqJ9PHI/P1Pt8lxlPUGOWRSsiKQ2m1&#10;mUm+hgRyAfoT9Pd49akqhoDw+z/P9nViI2pqHRYIu7c1txMjjacRZOlqJTMgq5agPS1gXR93STQs&#10;rAMAA6HhgB9DY+5QeOFPGNMcaKTb6Af15/3v2qjtdNCgqx/af9X+r06bMyjt8uggzGXz28ck9bkZ&#10;56uoqZAI4wXIW/CpDGTwAPx/xv2lszurHY5JNUylkRyy3F7gX/H+t9ffp45Qvp/q/wBX+DPTsRT8&#10;+jb9FfGjcm4Z6TJZHHvT0krpoadTq0SW9QB/Ivx/T/Y+wkot9x5zJiGcgq8uhFX+ypNgDf8ANvz7&#10;cYyW8FFPD/V/s/6qdVQguVpUdWNt0Lh9m4CQ4CBIZooDPNI4BMtQq3ke4H5+n+w9598VNLLRihop&#10;I/0lpIlcElitjq/qb+0lv4oBmkrQ+fTh0kU8+p3T2IyVNW1GTzUL/cPaGGodCqpEpJ0Q6vopvci/&#10;59g7Q4Osi1yVDlIW1GnbUNJBubNY3BH4v7cWXU1F8umliKirdGOqsrS38Uf7soZRIir6wt7XGocj&#10;/W9t82QbHG0/70Y9L6kbSRf/AB4tb2+yeIQAc9VVvCzTqWsCToWX9sk3BUjUCB9ePfR8ddEKiigZ&#10;aYt6xGGtcm6srj8f4e7ArH2k5/1D/V59eJ1gMBTrtWaEiOaZXkI9DOVBYAc3X8/649r/ABEqUMMF&#10;TFFFZwElSQASDmzGx55HPtI0Qkrq6fFQgYY6Q+bikyEk9FJLOjJ+5DLExEZuPSLjjg/Ufn2u6qpo&#10;KmlRo6ULKQHiqU1nS1rXuPz/AIe2YofDarGo9P8Ai+ts7sKeXQUUVJnqTJSLNlA9KGeCbHypDFrj&#10;ZhbSRyRb83+vtCzPkhOVe+g6rztcKR9D6v62+nt53DUKjI6b4dC1SwYj7UGLSDpUCmTSSh+v6Ppx&#10;+faMyuP+2yaVc0yS0cxDOHcB0P0ZTf8AN+Rb2t1PJDQDP2dVZArB69KbGVoqKRoo0Mc8IKqAPQ9h&#10;dGU/S39R+Pb5U0kOdgjWhdnWCM8LHyugXJOn2lT9M6Sck9WIEh7fLpsjq3w7yPXhIhPMDraX0sXY&#10;Kq+v888W9ob7qRKr+HsxMaXDsSVZCLgrpP1At+fZiIVArwr0wCS2nyHSn0q6eYD1Eal+huDyOR/X&#10;/D2MW1IsV9hU0dPHI8s0RIlP/HXT6Qtvpz7KJ42E4qf9j59K10sNKCnQRb3qM1BV0GSaWKGjoqlW&#10;qIQvL0pcCUksRew549pU01X/ABKOIhooFLXHOvWr25P9PamRdEZoOP8Am6bA1GnS6jraWTHmcOkr&#10;lF0kW0lXFwRf27Z7BDIywTCq0mJIzLEzhQxA5sfof8fbEUzBPDAPXmjStR5dMWCzIoYp4pKZikk0&#10;phmjRj+fo62uB+Afp7b67ZdHWGCqx2SWCSMKGp5QNbNazGOS9vr+Pr78sjEaXWvWnUMa8OpEG8Ky&#10;lllgyeLlMYZmiraUh4QhY6Unjb1KbfkCx9qra+JoaITCukSWUJ+0XNhrX63C/wBfbM8E0rqvAf6v&#10;2fl05GyoDXJ6S29dyZSSnp2w0MvjaeNajTH5JPBIwDPGjCxIBvz7SklXUZKvrKSKDxNEZGVrlkK8&#10;6TG/9foPZiVFvRK9Nr+qSOlpBTU+Ox9LWTzPIGECyal0nW1r+RB9LHk++WD27uTIGWfGiSAUkime&#10;acHWCf6/1H1/PsqvbpVm8IjUTwHr04sdV1VoB1w3BuvaWChpkzldSRLkA6UsZdbTaV1MEFxc2/w9&#10;iJVzCSmigjkikyEMQWq0sA0rotiVX/Ej3eBJoo/1aiv8uP8An446ozKx7Tw6Cuip1XLVVdJFLHhK&#10;mcSY3XGdESSkG7uARpPPF+OPbbtiYZOok/iCyU0NM2l/ILfVrfkX/r7TX6TKoEPcT6f6v9X2dOwl&#10;aEv5dKbdoGGolfGLDU1lWrGAAgA6U1Frr/Ti3/Ee8XYuZw9FjTSUE/kC2LorWA/rcX5t7N9ssmjh&#10;8SU95+zHTM0vdjpLdTUG78hlq3M7mx0VCl5Eon1eSSWEW8b3IBW4JJHsB6arlzxD087OtN6Zw0TX&#10;i+mkXHH+uPbrr4B0evVA3idw8ujF/tU44AXWxsOAWYi9h7V0VHmK+laWCli/ZuALjTKqiwf/AGNr&#10;j20JYEbw2z1vubPTTPWY+imVZ6llaZrC9yVYnhAVHA9t+J2Im6ameTPYirenpz43njdkhaYiyBL3&#10;tp91u9weECOHJPVlhUkmUdQ85uOhxEMSJkMfHVSgSQwVMgaSSFTeR0iRlY/6/tWVdXtjrjAVOMxy&#10;mjllJaaplkErSqeDHqA4/wBYce6WcM0shnuhXyA9Pn9v+brUrpGmlMD5dJGLH5Td+Yx2XrZ4DhKA&#10;GSnoYo5IgKskMtS5diWIA4+lvx7QuK3tt6siaT7OHJJFMrnVB5kp5F5Ei/lb/wBRx7vLaksQG016&#10;qk6sKgV6X9Tj6mXT4K2WmspVjG1mcEWs5IN7fg/X2pqLfx3HW/wbFGJHZTAnpJ0RtwUCkcEH6j3V&#10;oYrKIOwqR/h6sj+K2keXSe/utjseJsnVzSzNGwrKhi2jXJEOXYi3449qWiwU2EpaueESZrIPL454&#10;oyzrCGN2eNB+Rzf/AFj71FJ47a5e1RkfP/V/sHrRTR2x56Zq/cFNlquio5p/4Jj5IvuYqioMUJqW&#10;U6VgLu1gp44HPI9oDsWpzG1Xp48JRzTy5ajLuYkLNTT6f3I5kX1C/wCLix9m9oLe4gE8lP8AV59J&#10;5jKraYxUHp72rkIs9TVn3CeRsVk5qSJ29UM0cIDQ1ETj0sOSCQeCCPb91RhMrlNtfxPctbVU1SlX&#10;JEsE6+Q1NMynWuiT8L/t/ZZNJJNeGCAYAqSPLpVDHohDSV1dJvsLd425VUOOosVFX1VdBNKZFk+3&#10;FFJHIopnlmRW062JAuPx/T2qaDr1cguWlir4qijVZvFH4REkl7j7clr2v9GPtO16PrUtl4nHVmQC&#10;IyE16g57tSPbdDhZsth6unqK2eliqkSVKt6OOSyyVbJFy6Le/Av/AIe4lJvGunwlNtDbmkZLG1D0&#10;rU1FrqFgHkNoiV5+pNz+PZkI49uLySj4vPpN/bGimlP2dNtf1XtKbfOS7P3MKSeCow9JGZsmYYEg&#10;WmQsJ3L2CgJYAHn/AFj7bdzomPpKg5KOB6ihoZZK8xReGdJZeSnkS6hyfz79FcTTUVsBuFfQdOHt&#10;Wq5p0uds1FPWqtbiaid8ZWzI2Nc1IqKSalhj0rLTq5DGMqLrY/4j37b9JU742fHST48Y/b08iGml&#10;q5VjYsDZgSrBz/XUOD7Jri4SzuWFvVnYZ/1cOnlAliDS4Hl1jy9dh8Dnv4jJUyVeaNA6TUNPEzzP&#10;SMdcZ0ICqi62XUQf8fePJ5TDY7J1O03g+9SfEigkepldY1ptAiMcCjmzfhjyPr7M4YWhhW51VY5P&#10;pnpLr1uY6Y65UFJkc7Q0WZeY4srkJMpFR08UbzMQ5VBWyH6tpLB0AtzY3sD7YtzbJocttRcNhmrK&#10;aPFRRzGejcSv9ulg/mdzqcC9iRyBz7fs5GQtJJ8T8OrSRh0C8AOplNnJKXKouWqIaePJypR0cUuu&#10;I/eKpaOKENcDWik+o+puAb8e0DS5vd3X8uIxmHw/3eNqyaOeplhL1OQs2ueITNcEC/HtPKkLBpZD&#10;3/4OrBZVKog7enzI4vE55UjrNNQaOSOpiCVDo1JNpPiqNCEaWsTYsPpf2P8At/amHqqj77c1cayT&#10;NKwp9uq6yQQkxFl+6sLB05Kqp/F7+yp7u7lcCBSqrxJ8/s+359KisSIRxJ/YOgu3tuncdBQ1lJtK&#10;gWkiwscEtbuTIR3p1WGoQzQ0cH1kDpdZJT6V1cBj9EG2PwOF3XBkaGp89bhMfXU8RWr8CyVDakT7&#10;jHpYl0U/j629n7wSmJRN6g9F6urMdPEVHS0ikr9y7eKZGjaiTLmnWamFqlY6KZUeYRVKnSVcA6WK&#10;3Gr6cD2FVDgs5UpuLd1PG02XxrS1GFqsjTMhrkrLh8ZS+UgsqqbgMDb8c+35JkmuViYgKBX9nz6o&#10;8bpEZE+Py9elPUVdNBNR0BQsapnj0xW008ccLSCWYLyqEqIwf9UQPpews9TwR0NSG3ttLIYzN/aP&#10;W/xpjLJSU9LbyLHVJIPGpYH68/gX9p7i3+sdSr9oPAdF8N7PC/hyJQmv8+gk7Xrt21eAM/Xee29W&#10;TSStipcFVSJrylTJP4HTH5Sik8kc8BuWi0G4Vr2t757ki3BuiSqo8TX01NRyTtXQzmMNFLQU72We&#10;MQW8vA4W4tY297umtLY+EoqaUHn0bRrK66mNPPpX7ehx+DxOOqK2ORcmlPSUNaWeWeWCvqUEstMT&#10;OxKXdv1EjUCCT9PfWQxuUj3fhsxj5qyvzlNikozE1LI1DPH5B6Y0bUoawBV3/SD7Tsde3+DKdI/n&#10;1dV0za1404+XWWmkwpweWStSjx2Fesq3ldawQALKwnqJZ3QoVbyagQGN7Hk35bN47nw1Bvfbj7sg&#10;rYsvV0832MYlMtLj5kmCGaoRwV1MQUtbTa/0+vuyRS/u5VBoo/mOmRIi3HcO49cNu46khwU9Htyp&#10;pJKBp5As6weNamOaAM6xy07Kf0uumUktf6k+0vXVcG66B9rlKiiyFVuHJ1OMNKkcMlXkXXzyY8Ei&#10;yiaOzax9AOD7sjC3DSDIIHVmUOApPr/q/Z0oXpocbUSZZqjx08OLhpKzzyERRUlAZKhKsu1zdA76&#10;r/UEknj2pdjbdydBuaGnoZaOTblZXYqLNUcUgrlikiiMdUtTGWDqosfI7LfV/h9Et9mJZVB8QcPX&#10;8unYhoLH8PTFvHK0tLtrN1g80ORpcLl6nEuV+3naqjpmNKKGokHjMjuI9C3JPF1+o9p/dOxziN7z&#10;56cUeY2/LTS1tJQ4eby0tLR0TsK2h8N9ZfTbhVP1sfp7OZtcluqRnSaCv29IYwPFZ6VHWDY+6/7z&#10;YA+Wj3DhcrjvDiq2PdWLXH5GStNIjRZFYoyYpY5i2pHjOkm62W1vat3RvHbeV2jURQ1FNha5qWth&#10;25PSiSOiq0rKAJDFXwKfVURRhSbn6i/vW3xpb1RsilSTxr/q4dOTu0q6TivDpnxG1N1YbdpyYzDZ&#10;rBZilpxmqTLSLLXYfKUUstQtTt+oCrakqJJSZKd7lbL47C49oLqTrvL5aXb2a3NlqDM7WtWSVmOy&#10;MclHS02QpapafxN4ipLEMHTUbMGv/rkG73E06vFZgmT1H+H8v9Xyetk8IB5TUUOPn0pN1bnp8RR1&#10;9NEch/F/tlajgx1JHWV0nnileGppYJA6soMUitqQ2I/Sbi6g7F3hlqXtGfB1+z4c7tfJSUMOIwkh&#10;ijpa7Hw04gP24Y+MqWFg9x/S49mRjSz29PCbSVWpPHPn1RJJHlKMNVekl1pipn6yxdP/AHiqH3NN&#10;jqo5nc2inly1NuGuleuyD1lPWKyCSCaXmnmj0gAArpt7GrbdAdl7Mq4NpbWjhqc7mqKuTA0c833F&#10;GtbOkFU09TXHTogvfQjcL/sPYdt1tb+4k3C4z4IoPn54+3GePSqSN4gIUwOJ/wBX+r5dIfdwOS33&#10;tqhzu4J4Nu4XbedXM5qr/hUVHk8mEhNKqUtIfRJLH55XLRqh8QSJfUVPoqQ4jM1keQ3NFksfS/fV&#10;2RFQU8i11K6quPUkGxCsQi/Uix59mKrc7kiIE0av+O/7PTaskILA1/2eniXMR1+2KHIbf2bV0WWy&#10;IxeJwBo4FMMWOzemSHNS+Exj7aGyyTsAStiv5Nw1m7NzmQxVXn4ajxtUZNqXFrVx1n8NocNGzr46&#10;uIjmWQqFVgv5t7XQWMUE5tosKg/Ov29Nl2KaiePS3peuduUopqNsdjnV43rspVRwR0+TymaDxWyD&#10;1EWlwAQ7uob9RT+huGG5e88dlDiqSopJKiV3Oml2tU1VBNNVCnMVdqlg1MwtwEKm5/2HtdHAII2I&#10;IGSan/VjpM04LjFfSnTxhNm0WA+6ejrK6smqVijEmZl/iSwQU8zTU8EKHx6VQubWb+hNyPYwYSrz&#10;NbslBRIcCsk2OqcSMt94Wp8NBGr109mHkWQk6WaxRx9eePZbbXSLLIMtQfz6W6Nagn+fTBlsdizu&#10;+hyMkEWQtj6+gysdIlN9xVZCoaI4qkrkYqkixxicxI7eSNipB0ux9qiu6/wssm3d2zUeNq8vJBmj&#10;UV2JVKWlqRWRGnp6irjUaamJFDOystwSQSRce6Wl024B0dqaG8x6f6sefy4dbdY4ZKL5jj9v+rHS&#10;Got71sGf3VteH+IYzH4gbVTFrl5ZMhVur/vZegjYES09RIHjhgMs8iWCvGBc3Cuq6u2fTsN3Z5tw&#10;Z+CpoJ/4XBt6FVwUtVRy+OBpYU1BXitpVdI1gc6uR7VNey3D+AKIqmhJ408uPn020UYGtRqb+X7O&#10;l9PunOZTJpg9uHbuNyeNyGPbcdJuWqqpslTYidBVs+PxtBoErzxnTHKajRG1yytbT7fOtN+0+xGf&#10;M5LaEeE2U9TnKWbM1LomTxuRiu1EgoH0zSJVaHHlMPpJAFgp9oLrbIdwnAB1lSKjitPn9nH/ACda&#10;F1KkJ1YH7P8AZ6Rne+yNwdj7RqtobS3dWbf3bLDQZCARFqTF1tFFk4oK6SqqRFIyeNXMgSCYOSEV&#10;wVcN7C3Jb3rO796UmH21lNy0VHW/xGkmlWilpsbJUy1IXFw1c1JdoVkuEeZiVBswH1Hsx3G4tdtt&#10;gkQApQUH+QdJbXVK3cT51Pl/sdLzb+CxHWuziagR/b4HFmuyVfeerqWjoaES5Gp+4qdU0ltMrIv1&#10;02QC/wBRsp9jUGS2xlpdzbiq6bPpMdkUooq6afFvmcaqU8FdNFUxfvNIwRal0FmAJJBvZNZz3fj+&#10;CwIjA1VPzz6+X+ry6Wnw2UBKknieg2zXZG5o91bOxnX+3KHJ7dyG3qbsTdFblaargylLtHJ1MhFN&#10;jKcPEIK1w0ssEdXbmN4gh5KiXtnY9Lhdu1g2ziqLb+UyuPgp6jMvK9fH/EFUnI/bw6j4g7X0+r6W&#10;uB+ShLmNty/xsFwvAAcD5H/VwznpQYVWOikAenQfb53mJty4sbl3JPncNgM/kc9LsnD0SYOorMLL&#10;MkW3ajKtVsHrlodaySLHoV5QLBioAlUtd/BoV2zSrUS5042eoXMwUjVf21RMjlpaWGEaniiIHkub&#10;BmA/PtclrBDci9vWGlz2rigrgV/1eXVWZpU0oaBesGfx9b2PCd4VFRRUOxINw0dJWbOylYMW24MR&#10;jquNXizU9Y4SnnqHJMCKo1wr6z6l0hDval7LyFJtnPbOhyUsaVUlFuHD1U8cdZk6tKlStZUMH/Zi&#10;mT1aYyCg9JH9DI3Ns9vIiU1J5j5+nSRYWWYN5cc46FDa1fs3a+ezmztwV22YZVhj3BtIxY6iocXj&#10;9oLAtDFhaGqk1LLLj5YnaSVyDIJkZV4ZUk7jGGwFdh8rvbdUtTn8fh0y1JjKmOOTHieGo8lPh48k&#10;VEEsYkBQEjyg8liCLl8UG43tmYqCOI1zXNPX5V8vy6daWFJ9MQqfM+XTttavSvg3BR7H2TRYjb9b&#10;uypocjlYKiLDVNW9VRpDmdxnEmFJROv7Zj1G8oAY6PYn57cOMjwMPYMOEjqZdwbS/wAppq5ETxQR&#10;uHjxn20wHrMkjKvFvyOD7d2G3W8DQtJUWxK0Hn9v8vPhjjXqs7PD50Jofn69F729svPVG48h1LV7&#10;hzW3aDZ3YuN3PgMlgKipizGc++x1TXvkavJQyP8A5PoR0qYpiNUpYMP0agkwHbuBrcHicp/B8tmd&#10;x7fqKinxO3MFIkklDQPAtNTx5CmYrEQDYhAbggEfke2ZLeOK5kglISEmvzJB9eqrLKykxcSM+o6H&#10;Pc3V24avIZ2k2zmcNt/bu8aanl3xX12NmrsxX1qzMtTUYaemqac087QARmadpFVSAqEqCFHQ7nXI&#10;0o23u1KXDZzPZtJ8NSJGKyrd5YyVo4mK+NJLXUt9AbgXPu8f6U7XC1WEilT/AIf9X29PHgADUjrl&#10;l9rHAZTEb12zUzVuP25tTIYXLUs2Z+yxElFA8VYcnWlQzyvCsLsFANwQCwXn2HWTl7UrtwYGpjx9&#10;dtraEcz42bI5PK0cuIlP3bpNWVUNQ+qKZhGVC6bi4IA9r554YLUxWHc/HHGv5dMaH8bXJ/k6VNBP&#10;1/Dk85jkrcHnN1rSfxWux9DS49tyPiVhjqKSKlpaFRUzUq+ZRE41LqkKs1yR7XQ3pg9pY3ddau3v&#10;8mwlDPBSZXFVmNr6TcwSpEyS0mQidp/PJIxB1gBNNxb8s2cMs93B+8DqIGqnpQcP9X/FJ7lpnhpH&#10;hSfL0/1f6uPSQze09xbwTBzQZ/JUtPmMpT5usxecoqmkr9vwthzTti5MMpSL7aIIUkgkA8ssh1Su&#10;pB9ovaO7J32qm+Nvdd5jNYyrz9XTz/f11HHBh6l44w9UitqeZWGkSzaTze5Ht+5uobm7eFmpopge&#10;fp6dX0SCNCuK/t6ft0pSZXN47YVT2DSbc3FkcCMhFR4ylipM7msZQTmmqZ4jPIyRxRyyExxJqNyx&#10;FwjELqv3xuatp3yy5fa+NoKOTH1FTT1z1qVFKkJL1UGOEaEVDvZVAsv9b+6JciVfpYo9NR6Cn7f8&#10;nV47YRNrJqT5npJ4npLr/Z0tLQQbc3LmKzLfxOlrcqskFUtaaxLNXZypd08WhSfE9gL34ZiqkM5e&#10;0tw70ylRgdnbDk3BlaioqsitFnN0Sw1M749RUhcXWIyCKEi7fb+RRb0k+3i1laRlJ2qSKf5PnxP2&#10;9aeOcnUmAPnTH516Un91MH1vhv49md3U+1cLt6gkoJKrDYjE7ewkNFX1MVLT1eao6iOsimqUbxIK&#10;xgoBLMVVWYezDYrD5TLYPadHvnb1Fj87FRtncxgaWu+3w+OqIqsmhhq61HdpPFDpZ4wzLqJ5IB9h&#10;q1urhppYrRT4bMFXBqfWn8/n+fSlXVELyHuA9a5/wf5OgTzW88FiaDd+9drb7qqmir6ug2jhNzY+&#10;gO8NwVlRUUyR1cO28RDCkDST1ulIpzGyNo1gGPQzBVku8sLserzuIwTYnJ17z1NTPLSwPqjjq5b0&#10;9PRVNOrLOqE6UDMqgCx+nsTXG3WtvLHLLTUo/wAnr0i8V7jtLED06Wea6Hou4sXtCs7Bye9qKixd&#10;Bgnk2xJl2p0ydRQQ/vVG4sZoMcNROTeoWFtd/pItvYq7P3Xtmejgr6/JUuOzi4qabI1GQanfLxPV&#10;R+SeNGVQVaL06Y4+P6X9hu4uLi7vRrFY1bh+GnD06XFdCaUP5dJbtnrveNNiqrD7W29W7hwdTmdv&#10;Jg9o4if+F4Cmgw1VFUxwZZHqNBgqiJErJpwQRYEWtdFGrxeQ3TDhFemyuHw9FFmK3L5IPW5ysqZU&#10;ZlXFu5EUCvxcgXJ4tfn2eXk5gjjt7Y/2rDA+EdN0Yo0pWhA6EjC0G9Y9o1m58nRUu2N4ZBK7F4/a&#10;mJk8O18NGKk0mMbLmmjE1Y8KoXeXUBpJWNEUk+ynZbf2GyvZINKKXF0clSaeord2RyZOtrchU1Jp&#10;JQ0kmuNEiXSiKVCLa5Psz3VZEtgkRNVHlXottpf1NL0FfXoasJjqjG4akx9Y9E8tNAkRXD0bYqhj&#10;EaBRFRUokdkXi/MhuSfoLAGQix+2utKyo3BuddtbWq8pUJS09NJPj6xK2jjUeOrocFSSOiiQ+o6I&#10;wQbM1vYcFjeblGsgJCIK1OCT6f6sdGX1UERMY+I/y6DJd64zfUGQwOzhuXNLQxzwV+QipdwbbpaX&#10;IQTmCbGPujIw06mohbiWKF3kUcOL+5FXk8dW5NN2vvGaHAYFYKjEUNVPqSaunDIZDjIAIyVLKINQ&#10;YqPwD7OdTTWg262j0gDualB88+demE0o/iPlm650eDnx1AMXXbNoKnP7rStodyZPBF6enXFDUIxX&#10;ZyrK1El4iFYawTIWKD8+4M1dSbt7A2RhsJUPSw19W1RuWomkkpcrUV0Z8iyxR1PpAZbnQq3HFuR7&#10;TXVwm37UzL3SDA9OIoK/5erxozzNqI05/IU66kbO7B2L2FnNwPj66jwWOzFdtjF0dBrosdtzH4RZ&#10;KLFyxUwEsxEqyCZybstraR7CHsvbeI2Z3QMvj93VOW3BPVoslNX1UttsxTqBTyTVwIUAISVhP9bn&#10;6+128RyTbXHNN21RTT5cRTyoek1iE8c6fUj5ceuXR29ansnrLA7irtrHb1LkcdGkNO0dPHQ5WEoY&#10;qmtoKBSXjppXDFFlA1A3BZSGIv7/AN+UGzRs/bH2tAiZVI8zmN3rjBSRToZvIjpTqoMsrj0sW9Nr&#10;Hm/BBtNs8m2yblMS0jFlUE5VRjj/AKqfn0reQG80k0VfLy+3rntrb9XlN27p3PU5nMfYU7HbmO2j&#10;Nmvu8ZjpqSlX72d0haRYmkZ1KKhDoL6jyFAibxzedrtmy7lw2PoKA1ONd8dFk5VpkepFlpczV08Q&#10;CBbDWoN7i30HunLEURuZBINZTiaYJ9D9mP8ANx69uFCFVW45/LpFbcwu3sLuwbKlzmWymRiqJ63y&#10;BZapMfjpg0su2oMnM0s6xamswUqQtxcN9C3dKb7yuM3Hl6DOVz7v3Du+SHG1WTjqamoocahJMcNN&#10;T04FmLkFm0CwACj6+3uYFLzrd3DaY4c0xn/Y/l1a1RpE8JeNRkcMeX+foWt37OosxhsdSU88mGpd&#10;u1ceYo6fGQ0EETPRQuqUzfcRsiRFHkVgukG9ybD2Y3cWP3pgNoZTHSwbex9TUyNBS1VQaN66aCWb&#10;XLFPUFiCLAllJJH05PtzbKTytfrGxjIwWFKE8KcMdVufBMixKe7+WP8AV9nQB7b3b032h2pjsjtX&#10;d28NyZPalNUHIYbFVu6BsfHZGBGo6avq8YiJTPUi8iQyKCpALc2B9hfg9nx5XKHcmfgy9ficZItT&#10;SQtKuLlyH2KAslNQa0UUof8AtMh1DkfX3q8vJpXSzgopY9zeg+3162oWNC/E+XQ/bhzb02OqsRgs&#10;hjcduOpX7SjqauCsylBjK2sYx001ctNoMkg/WIWlQsfqwWzENqeq2znt7Z2qrcDFjq+trTJi6ErU&#10;5da2ZHCBaySfQioiDgKmlf6+1+4uwEcSN2rQE1/n0nhCqucsen/GUdfi8Ni8fV14ytTRUVPS5DKP&#10;EtBJVGnpvHLWxUsAkCs7ANo1m1z6iRypcXuuhk3f/CM//FoqKPIwU09Ek0VBgRM1kVpSimSVgLaS&#10;AFUfT2nvFltLUCyYVYZ9T0qjIapk4/5esWSoHkoJqrFfbplEx1SlBkZaOOsrEMsflVYWlZT62Ckq&#10;Wsxtq/r7g9r77p5Uqtp6Krd1ZNUSUuC27rEYoIY1IWvgp6RTNKoX9LOQP6cD2e2k6WNkGVQgYVPq&#10;T6nz/wBnorYiSapFT0ntrbOxuIqX3FTYnGYjO5ynpZtzV9LAsmQzMqRahFW1Mo9Co5LaUvz9COfa&#10;N2bS5CHE1VIKyGqw5WOKsxiZOup5KOrvqqKegoaUv55h+ksSTfhR+fYeu7ms/iDtJrSvp0ZRqCuM&#10;gdLp0i8scpQeVQ6rL4lZglvUjSkEqpPNri5H+v7Wm58Lujd5xGPg3FUbC2VjaelpsdtqiopVzdXN&#10;e01TXpUaLO1y2uQkD62v7UC8jtbLRANUjZZuAJ+3+XTIttU3is1P8P8AsdJPD4bG4zIZLMRq2Yze&#10;WkkmyGdkMT+Omj4pcXSy3Pip4kCpHBCCCwLvd2LF2qdq5Sf7LbWHwGX/ALlY7RPuLd88dDNWZEqu&#10;qZRW1yEyysfSiQDSvAtx7T28zW9trVw00p4DIUeX8uJ6u1S9TgD/AFfz+zrHNuPC0OTio6/cOLi3&#10;Tk6eVMTt2fKCKTxqGdGXERuZStwDNUtESPoCosvvHBsrGbhar2xkttVmzNutIj0FZV1qSSzHVZau&#10;aOmCK7sOSHaw+lve5Jjto8W3/WkYd3+bpxY1mFHxTgOp5y88OLaqhqqHcFdTLIKinxYWGKadQS0M&#10;IEk7RBSLeouf63PsUN17PoOqev4qbrnE0OZyNXJE9Rl8/wD5RRU+hDrrjGCI0YD9IX8/19+5ajN7&#10;PNud83cmET/CT69JLt2MqwLhRn7ei77Q3xuTs7sfJYHdFZUbJxu2qZKqj2xhskaOv3FNVylNORrt&#10;K1UkEMagusHiDMefSLEtWfzm4s/Lgv73NQ56joNNRSUsFDIYJJdVmVYWvdSRpHH+v7OmnZbZ4V7F&#10;YmtP8P29MRoEn1AAn7OjLYnb2FwTV0mIx9PQy5KVJ6+WEMZauaJNEctRJIWZmVSQCT7H3E12brq/&#10;FT5nam2ev9s4ylhqsjuLKz0/mFPpHgo8TilkuJH4F5FAH10+w+lpHHatDt9ZZZDx+fzPRhJKwOuT&#10;8v8AN/xfQYbjyRwsOTbE5DdvYGXrTLRYvaGLlpFpxVglJfvstBDGtNBETeWaoqBpUFVEkmlSmO2t&#10;t4TscYzP7cr4c9DRSvSLDSkwxxazY1E0yArxx6VW/wDj7E1pcpb2AsJCBIgz8z/scOiuOCYSEyDD&#10;Goz/AKuHWfrGXcGEpq3CbswjYSUzHIUlU+VgyNNV/cKqzU0DqzSDxEf7ste/HHtH0eRp+j63Dx46&#10;WllyOUkSOBoofup1echJlVHC2f1EXa5H4HsnutsF5bm8uRRUyBX06MYm0nwQMHz6XWRx+H3zg8jh&#10;8rSVM2IrDLQ1tLK0tKKyED1L5KdgzROCPo1iODxcexq3NV4+nYV+Sz1DkcrLBHX5Omlhjnq6ZeGj&#10;ooqaM2jUf2i3JPtjbnk3W21Sp4ag0U+oGK9OORFVIhWn+r/D0j9p4w4RH21gNs1GC25iGbH4VqWf&#10;wUEkGj9yud5LySMSPQFUqP6kk2A4dj7q3pkZ8VRU7Y6ieTxJkYsbCtakSMVCwzMGCccXF7fi3tbO&#10;8G3xrDANXy/y/b0xErOdRx59Lei23ica/wBxGKkuAzSGevrJYXZuXkkgd/GxP1uyn/evYgTwdc4i&#10;hpaXK1OP3FuSViY0rhJUTiRrD/KJG9R54txf8ce06xXzRmec+FGfIUr/ALHTqsGfSg4eZ6Z/ud15&#10;HNmGmonxGAp4wrV0ktE89WxPApKYhyLDks3H0AuQfcHOZ7dJxK7X2lhMI2Tq5CFosXBHj5PG/CyV&#10;MwAZhza2o/6/19uWcdlbK15dNVfLUcf6v83WpY5JWBTFPnQdShgMTR5Kbc1dXZWaSmpdOvK5aqmx&#10;lLHGSzz0+Pd/t4n+uqRYgx+l7ew/y+O3JTVeGx+WzVNks0qq1fi8ZL56TFnyXFKJm/bMv01vc2/q&#10;fr734n+LvMiaVY9vqR6/Z1pBnjw6UGPq4a2F6qCnnghkf9uWogNM9VGFBFQsUlpAhvZTIqk2uBax&#10;L/uiDcB25PiNtbjxNDNVu38Upo62Cmm/RxH5IeWP1BF/qfr7WbWIYFM80dHpgkV/w+vSScGaTSMg&#10;dRilHU5CKonx8zzUykUVXLTSyJH5TaUw8Hxk2HqIBI/NvaZ68w2e29UT/wAVrKBqaWJmnp5asVFV&#10;UxlbEyAH0La5sfUf6e0N+7S3CPHUNXj6dKIoyIyG4dOE6rLGyWk1A+lkU6kkH6WUtxwfz9P6+1Ft&#10;TDY/Ibqau2/icliMdS1GusyLaWhqtEt5CkkgAjQEfUXJPA963uQNbiAnXKwp/LpRaqIu8+XUOpqj&#10;RUbmtmp5J3V0iRIzH5mZbLEsTMxcn82sP8B7MduWim7IqfupKmqnxOHVUFOpaOinlhQXSScW1A29&#10;Vjb2j2stttjHtFuAJJMk+f5/Z/qJ6qyrHquW4novODk2z04lW1VT0FBmd45WWtml1h8nUGpnIjCU&#10;Yu2lC1lQAj8n2WeoyW4cvvEbbxOJXQkvhhp8KGKIA2lGq6xvoAeWUfj6+zXcZYNntaykeVSePVYU&#10;eVtXRiIXp6Sh+7qqp2iEP3E1TXER6UKayzoQqpYfi3saYeo6uohbH53ccU1dMAqUcVF9wsD21PJU&#10;VD2B0/QKOP8AEnj2TW+7XE0X1cUREfr6/wCx04UWtOP7Ogqynb1BQSSzUOEqKnFU6XmyU1XS0KTO&#10;z6YoaOlOt3LfqBYLx+COQ/YLrSXbOqT+K5PIeEB4Ymip6WgWUCwUqijj6H2V3Vzc3U4CJoDHJGTT&#10;5U/Pp/XGkJB4nqI/bGAzdP4Q+MpzMGjeGauSor1iIuzRwRqpBH45Nz7QWZ21uSq3GMtmKyOHHRzh&#10;4qCj0COokTmPXEnLgEc6uPYouFD2awQAk0Aqf8/RdbtGrHPS027uDbhx0VDhZZpjBT3fzJMrx6zy&#10;Zp5RYEm5Cg/7D3Az9dmqaoWd4VhiCOWeZaSmkK/iOGOBBpBPLHUTbj6+/RWqfTiN+6nr0o1HVQef&#10;ShxSY2SJxSSLMpfU3jqKmpUOf9VJMzXt+B9B/T2z/wAdz/8Ax1/Pm/Qv+Y/1P0/R/h9f8fbP+Keg&#10;9OHW/Ab/AC9T/wCH0f8AxyH9P1N+r/VfX9Xv/9WIkIj9RAuRa4vcc3H094IambA67waagZ63Jnm8&#10;nHOm97cW5P15/wCJ/wAffJ0B41c8H+gPH9Pbetl7qZPViKig4ddo17i3o/r9TwbXA/3r32sYbi4N&#10;rf4/63HvRkY11Dqvwn7euy2g3BP5v+OPpyR74si2tyRa34Bv9L29+RmY6zjq9Pl13rYcX+pvz9Lf&#10;0/xPPvj478G6m4sCP9h9Pe9a19et8OuZdgL8kWN7Ei3+N/xY/n3kCgJ9QD+BwSOfr7oeNOPVSvme&#10;uGslg1uPwf68cHj/AHm/uHJYkkXsL/m3t5QVpmnl9vWifLqWh4t/a/Uf6Af0J+vHv0YY3/2AF/xY&#10;cX/1vdGGR1bBHXbsqjnm4PC2AIP5+vucmkL6vU1/6f4/ke/PVqBcdeUU49NxuXJ+i8EH6H6f76/v&#10;gWJJFrXNgD+b+6HtoDn59bYA46yhFsTfm30N/Tz/AGfeGVNQvex5/p/vfuw+P/P148OssEulQP6f&#10;TSSbjTzxYD/Ye8WkKp4Df425t9L3P+8e/agGoP8AUfTqugU6k3Zzz6f6XHNifrY/j3wAubXFyOAP&#10;+K/737cweFR1vKinXix+pBP/ABr+o+vvKQFH0/H9fr+fx+P8PdCCcA9br59cUbUeePrYkED62tz7&#10;hoQXP1+vAte/+Fx7eAIWh+zqjVLdSZB6BY3/ACfx/gbe5SRm4PI5/wAbi5ta3uhOkUHDrYqaE9RH&#10;kFv7NwOPpY8WB9z0RgT+Bx9ePz+B7aLCuerdQWJI9PP1v+PqPyf8PeJmN/pYD9JH+8Hn/W9++GpB&#10;qOvHj1mRQyqLeq3qB/K2v761tfnni39fqOePfhpbA69w678agXB/r9LAcfT33pSw4sf6j6/X+nu/&#10;y698z1iDyAtz6bfQ/W44/wB59+4I03tY2+p4J5v78VoM5x+fWwevBje9iL3P0Fjzbm1/fFtKXsbi&#10;wsTe/wBf+J96VmI7hTpsk6usltZXk3N9Vrab3t9P8Lfj3kWawA4W4P55uPxx73p4k56t+Kh4dYXh&#10;u3AJIIP04/qL3/x98vKpBH4PH9f979+OrA/1fy6sTnHWNYSravowvx+QCbML/wCsPbdPNydOkj6f&#10;71b3s+Sn7OtYpXp3pYBpuwYEc3v/AFP59xRIWuRyfqef6n66ve9IA09eNDx6mFQCDa30sT+bD6W9&#10;yadlJOr+p5J/x+lvdmFeHXqUwPPqFUqyj0n8XAA5v/sPz7m6QLkH8cD8kG1729t1xTreMdQQzcKf&#10;pe5P1H14+vvEbLc2N/ofxc/S9vflq5of8P8AL8utEUz1IP0+otyQCAb/AOxP9f8AW945NNrnjj8f&#10;4cg3P/FfdqtwXPVKitT1yiB/oeSQL/69vx/r+4rLdmZAeLi4/PP1F/dlYhat1YgeXUsEaVVmAvbi&#10;xuP8Db3geFzyeCL/AOtx/re9cCKcOtg1PUlJ09Q4N7fXj/D3gZvH+QbX+v14/wBbj3YFScjrRxjr&#10;MELgkcWsAOf9h9feISKxNxfji4B4/wBj7cAxReqaicdZDGVsb2/3gH/bW95hIq2/F/6j+p+lvfsj&#10;quojh1gMRcNf8C34Fvzx/wAT7ymZipI/PJP+9D3uuc9bNQM9RxTqpAP4+g/w+pJt7hNKyk8m1/rb&#10;6+7HPHrxYkY6nLEpAP1/PvifXySLg8c2JP8Avv6e9CoOOms9ZQAtwAQD9Tz/ALH/AB/2/vkARY/X&#10;6E/Sw/r72SaUJ62R69cCVYn8G9gR9WIPP+w9+aUKtwLk8W/2Nh71Q1p1tTTh10sJZgSbc/1v/j9f&#10;8PcfyMx+h+tzz+B/T34Ln162TU1PUjSoAsR9P6fn/H3kCJJbgar/AF55/APPveePl1oEE5x1jZ2i&#10;vfkH+nFv+K/j3Kip7C1r/wBLXv8A43t/vHuzZ4dOaBxHUOWpA51WHNwT9P6Hn3NWnAU/gAeo2JH+&#10;tf20xpQdbUAjPURqlnb+rE8D6ED/ABH++59wpQEe4syj+n1H+Pv3HBweqUzQdT4mZ47G4Y3+v0I+&#10;v0F/cV5UvZeSb/6wN/dqVyetHqQqPa5v9Lf64t7gsWD6iAb83sb2v/Q+3QwAp5dbdqig4dSgAVtc&#10;gj6cg/Qf4e8TXdvpYD6XsRYf09+QGmOPTZ6yghB/X6ci5/P59++hvYN+Be3549+II6sD14Wb8lTf&#10;8E/gfgD/AHr3zSrCn8EjiwFuP9j7qEPDr3DHXBodVrHj83seT/vvz7zio8vAv+LHi3+t7v4ZHHrZ&#10;YkU8usHiEVmuL8/W9+D+fftDgHSLk/QEj/Ye70A6qRXrjqUn1HgfW31H5Nx7yU8Exa5+n9L3Nv62&#10;9uhcdepmh6wVFRCo/qT+bcX/AOK+3+A+JVVmBYkGx5+v5P8AxHvdKnqwoM9JmotKzOiEKvF7WJI+&#10;hBHuRaMXOoqV9RH4/wALf8U9206CKf6v9Xr1WgJz1EDytwYwyv6b/Xk/Un8e8PkGni7m4+v/ABPt&#10;qR649OrgJQ9S0p2DAmyXvwLcW+nI+vuLOyNyWsF4sfqP9t7SqaGtMnqvl06QJIoCjkn8ixB940IT&#10;1A2U/Tn6D3ZiwOerAAdc3QyjTYEj6/4n8L/sb+3CCoAFy5J/HP8Ah9R71UmoHVqVOM9NlRSaiBoC&#10;r/a4tf8ABv7YamaSWpYcixNifp/sfb0WrTT16q5z0oIIIoadCLE6RcC/+vx/vHvoKwJubH8c/Xj+&#10;nveVP2dVp14vGygW4N7gj6c2sT7co6iSKIBbgkcixBt9Lm3vzsh62acemp6RJpzq08G4+hHHNhf3&#10;Np5JJlIYgMBYFj/X8H208YprGR1pTQ56hVCxwSABW0n6hQP6fRbe3Cnh8l14Ui9zcf6/A9sE4x1d&#10;aN9nTfV1BgKsQzqSAosTzewuRf8Ar76+4+0ZlVGZvoCFuT+Px7cWjppPWiM0HXFqQ1oSV5Aii503&#10;IA5/N/culqHkcFhcH8XIsB7pIoGOtigOeoNXSRxx2S4I4BChr/UAH3yqlWQ3/wBQ1+SDe/491jqB&#10;U+f+r9vVqLT7euqN2iATg6kAIUMpsBzxzz75wBlIIU+nkk/SwH1DH/evdDUMS2f5/wCr/V9nTIBL&#10;fLrqpKPGE16WYiwW4Yc3AIBv/Xn3grMiI1IW40/Ug6r2/HHt+OjHSetkny650OFLsJGN9V7KRpC+&#10;ng2/3359swy8RYBn5Lcf482F/wDint5oAw7evBgOn3+DSopKrZVUgj62uLFlH195ajKO8bAHUjKV&#10;WwN/6n/be6eCF48er8c9Y6TExpKrkBZA12vazfi/P4PtHVlTqLBlBS31vci59v8AGlT00cGvS1pY&#10;AijTwfyLcHjm/vLQmFCGKc/qt9QAB+T71IhbA+zrykdY6sSspUPYWte1ibmxt7XGMqo408kkaghf&#10;Sfp9OTYe6OnaFDfl/s9OVJ49B5mqKeolEUUjlCfWRzYn8Efn/b+80uTjqVcEg2uPryAPdTCTSg62&#10;HCilOotLhnx7oUuC5DNYW1Mf6gf72PaYnaFpnMZsfofpz/h7fUMq0/1Z6ozaulnTicQp5F1LwQL2&#10;I/offOKJNQk4HHJ4vf6Hj3dQfPPWxTrDPO5UxDUAD9Bf8m4IP1982qH1XBAIuOPyPwD704/l17UO&#10;uEdMmgKVZg1uT/ZI+p5/3w9xqyveWJqZzZHVo3IvcX/3319+i0qdQFKcP9X+TrR4dSqTFxxTLUqA&#10;0iuJF+liD/X2kzFV6XWOPzG4CvG62bj6lXII/wAfat5BSo406ZCHV0pQ8AsXbx/1V1NwT+Lj6/4e&#10;+nxuRWmMki6bjlQ19P55b2i8cmTJr/q/1f7HTzR0WlesiVlG8njRgWH+HJt/QH2209NO7lGuq83J&#10;P1txa59qgw4jpOEoa9SJJI1W45P+H+98e1ti08CLybcEsR9eORz7RysGb59KEFOk3kiZr8fpvYfm&#10;/wCG9v7wpMTJGVuqi4I0gkcnn+vui1U1pWvTjsCOk6J3gCxTeQBnspVtdhew9I/HtmqVAPI1cWuv&#10;6f639uLUtTh/q/PqhFen2mYlDYgeoBQ3DG/4/HHuPGoZrqfRb6cf617e9tVVox6oK1r1IdyBytn/&#10;ACRbm34/1vffm+3qNCsS3HqFyLn/AA90Qlloc9bNOumhE9OJGVVW5Glrg2HAJt7WmJrbA3s5a49Q&#10;B5PP0/1/fmU6KenWxStOg23FivM4KlognN0ZltpJt6/9b6+09ujzBJXUG7KSpC/gjj6f7378j6TT&#10;puVW4DpV7RWAxRpcft3DLqvyG5t7AmefKSyyhUCrG/qJe3HIY/8AE39qlIpnotaFyxHQke3/AAVZ&#10;OX8JSWV24uqEoDfjSyi1j/r+1GVX5dXSOTh1GqURoyXKqF5JY2FvY2YOWppKXTIvjLm5J/x4A/2A&#10;9ppHJainpZHCRny6CDdFDQ5KqVwTP4VAVEIP051Ef7wP9499VVWELlgWIuSwexDH6H3XI+Vf8Hn0&#10;4VjY9Z8fjw0cKx6FWyKEKAiy/jnn/ePbTBCambyISLEkk/jj/Ve23lZBRuraVHHpRTyJTQGNgLWA&#10;0qCP9gB7UFFVNTSGSae5jYKq34N/qefddLSdtKV/1AdOlgEoOkll6BKyn8FNS28gLu1gCLH6kj/i&#10;fczK1/39J4f7NywIv/T234HgtqH+ry/1efVVbtPTZtvDjFZDz/7sCeO1rgj6n8/4ew9MKpIyPpDC&#10;44Niwvxce1aOCKqemiM9CwZXdFdQStgeRwvF7c/T/X94q2BIFDog1WHq+oIP1P8Ah7rrYvQ9bcYx&#10;1zo5jOTrYkAkFTccj6Dj22x1HqEa2aS5JIHIv/tXtQSCOHVEUjB6nPELFiSE/pfj/Ec+3UU6IokK&#10;qxYEs7G4U/j2zUnPThAHTcahnZo1JASwCLxcWuefeJV0gkKrrckcj8/n/jXu7AU+fVK1PWQvqYDW&#10;yNYDi4PHPtur6ec08k0URLA8kAsAL3AAHumoK1D1siteptNNEZFjaRR6RpBIBJAsfbLRPOqsZtQb&#10;8Aj8+3gQaH0/b0xRw2epsqqbWsb3v9LW/Ptc4tiyxmQ3H1JW/wBf6H2nnKt2jpQlR0mckujyeMWN&#10;uNVr2P8AT/iParrI/NSppJtptoBt+OCbfX2jWqPjA6dIAGPPpI4+bxVcvk0s+onysLk82sL8D/H2&#10;lvtJGk8apJIzv6Stxb8W9qy6gVJHScQuXqOlcauNYjK7pDGiestp+l7G1/8AiPbNksO1NIWmR4p2&#10;bWVuLFDyf9v7eSUHzr5dOSR6ePU/HZOKtiV6aRJYLaQ6g/rU2Yf7xz7bvvHhOiA2QWU6gSSbcmw+&#10;nvekHjnpoHSKdOBgWTmVQXvfj6D+nPubTTySTpFra1xe3JN/qLn/AHv3TSAfLHV1avWCojRYXkKA&#10;kAkX+n0vcge3OtnWExoFJZeG1G4IPN7f19toatUnq8lCtB1Ao4DIsjsVs5upUWt/gb/X35dTxqyX&#10;Dr6vxdfwCPd5GpleHVEUBeutKq7I9iGsv5AP+qBP09s81XJqIazODyxFgLf0Puytp+w9arnpzjp4&#10;wAV4UgEAfkX/AKe+FOJKqTSZLsG/T+CCb2v7sxAXPDrQBJ67lKQpq0aVt9f6ED6ke1e9HKlAxVvC&#10;SLDUODccAe2FYV9elAQaKsfs6Si1sMmSCsvl03uF5tZv1m3+8ew/CVkdZL6W1MxvyLML8e1nkD0j&#10;IYvXpZhoGhWzLpsD/rcfT2plE0dNpGrU4B0qPrx9AfbBZdXz6dbURQdNBMUk4clNKEi7H/G30P8A&#10;vre33F0s8kYikEn7iD0hRd7n6Fm/4j2xIykAimOrxoQe7y6YMtWU9O5mjZP23JL6iAhX62Vfqfr7&#10;a8lkqXGSSUgRzIn6lLEgX/Fj/vPtVEoKVOcf6v8AY6alYK56nUNHU5JYqxpUVJAGj0LZiP8AV3Hv&#10;Fi5FrpxqnlihBViE0k/61v8AH2zcEoKqMfPpyIox6l5BTS0xZIIpZyCoLkjm1wb/APG/aprBAjqs&#10;Y1xFdLkg3B/qf8PaSI1Xu6USGi06TFCauSNmm/anEmqMAgDSebAn8/i/tggo1M7eMDRfUALA8csL&#10;e3HchKdMhRx6UclWwhBlJD2Ck2JXni9x7UDzQ01MSY9PjvfkBXNr8/n3uGPxSBX/AFf4Otu+K9Jj&#10;w1FRWEeXV5AoUWbXGuqxsOeSD/vXsPanJVImeSMnQH/ShuApNybfi3tc6LTT0jLszdvS8p6GBYkR&#10;wC+kXZl5ZrW59qOlrPuKVC7jUSL35I4+t/aKSABiRjpUrELQ9M89OYKk6EOgKSNPAJv+nT+f6398&#10;ZTB4njPpcgcrwbf15918OtOt1oKdZIjP5FkF9AuNLkfU/Xgfj3hpcnHTMsaCQC4BJA/2Oq/09umB&#10;Sf8AV/g6prp1yq6CSqVncxk2YgWLAfkW9qNczEjLYDWBfltRv9fftAUaQet1r0lJNvzTJKXa6OdH&#10;pXQNP+B/33+8++MublqGZpHZlC6QLtcf4e2WSMGowf8AVnrwYDrPSbcgoohFBEiXbWSQOT/rf737&#10;Zq3NkIysLqo9NzexHJIN+PdoYkZqk9bd2UY4dP1LhgjB1Ol2/VpUDVbix/3v2wxVNDUeSV4grH9E&#10;gILkk8j/AHv260ZGFPVVlVhQjPT00VTFoVXDKOHUiw4HB9rnbuYijK06WJ1BQWb+v4/w96cY1MOr&#10;rNpx69B1u/bslbG87OyoFdisam5AF+SPrf2IM2OWri87yLBbhg7Czm36h/xT2yJmkOhR/q/1fPqx&#10;CDJPHoEqfPfwKs+wWCoybSMZIjAhLxRM3Ebr9bX/ALQHtnylUtPRrAtQpCleUNr8f4e2ViKuWkGT&#10;052BTTPS727StX5F6w0UkZZSSkqkaTf6C5JJ+h5H+29hRX5FoqoKebFiGuf3B9eR7XRuNNAeHSZq&#10;Dj0NdHQKae4BXWo9P/HPixt7bKnPOyLGzkgXHP4/IHp4FvbxpxGK56bJ6kw4qGJ2dUsSb/7H/XP9&#10;ffGCMVEnnRRLcC5te39BwPad5WXs6dVdXDqU/wC2ulm0WuBza4/r7zytJEXjVQHk/wB1n82+osfp&#10;f3qNlYDrZqT1wVVbSzNdU51g8c/nj6+8TRSIAJYbK/7gUoQUINrcj3s1qSDw+fXsr1yV0e5V/wBJ&#10;03Bvf8/Qe8lTTfc019SxkEchbKvF1Nv6+9KWBp/LqwypLdcI5DFJp5It+Tdjc+3zbs1TRK6rFrQr&#10;o87kNq44sPwPdXQMRrNPl/q/1enW4q1qvTHn6anrVQPLZlYOI1JX9J51EfU+2/JZGrjmZfEya2Ki&#10;ysRwLk3/AB7fEMZFRwHTTGTXU9TsfSU/hjOsSWUHUSv+wFvbBlqeaupV0zMpax51MykfXUv9D/X3&#10;VHEbaadVkj1L06waUZlVQB/UBVB/1vcraeJqI6hVqJS8bMWUst+P6D/Xv79NcCnz69HHpFT1CzFS&#10;IqOVo/U4XizBSL/Q8/09rfcFHTSUn8PqKNObSRyhbeg/gEfg+9wkU1g8f9X8urzFq6SKjpH7fqZp&#10;ap66OuaSLS0E1K7XHkRv1Wb6EfTj2hY6KLCqzQQleLMLW1aj+SPb6gP8Rx0ySUHDHS38gqxputuW&#10;Fvxp4J59v0ci1tOkcaKpYHQ3JJP/ABBHuvgBTq49OGRmUAdNkl6WZ5HkJQW1LwPT/X/EH3MpMFVV&#10;x8CFxNdQrqCx5+ot7ZmcQDU3DrarqFD1Cq8/RUCGomkjWABjIWYIBY8MWP8AvXsTNl9dZOCpSprl&#10;KQAlhdhqck/qA/p/xPsrub0SjQo+3/V/qx/N2OHw8k9Ft7k+SGxNu4Wto6LMUtTlzG6R00JDyK4T&#10;/N6T+T9P6ex+Wlpo40jVVAVVU3tzpFjcH/X9pY4JVWvD/V5dbc6zU9VO5LtDPZjM1+QqaiSSOonk&#10;eKDUypGuq4CBT+B/t/6++CmCE2UAnmxuD/r8n2ZQWTONZqB58f5f6q/yPTDSIoovSH3NvDP5lDTP&#10;Mwj5BEYRNQ5X9x0AJHH5P+359xq7KU9FTPPM6hUDMbm3A9ro7RzJTgP9X5f6qdN+INHTbsbrncG/&#10;s5S4fFUsk81ROkby2Yxxh2sWkI+o/wAPYcZbe1E0MoSeNXsypZ/7Wm9vrz/hb2qceCNMefX/AFU6&#10;YTTKft6sP6t+I1Tg8pQVuWpnq1pyjOskfp5bSSEf6Cw5ub/0/r7LplKnNZbMa6eQyQuw1KSxFif0&#10;8cA+2JpQVOoZ6ViFqgqcdWbYXF4nb2Hgo4ooKaKnj+ioiW0rywHtSY6npcXIkn26x1rjSJGNwjML&#10;Gy3/ANt/T2jcuy1YY9PX+X2dPhkUaRx6ask8+VikhSpZqFSGdYhpaRVNwDL9f9t9fbHnafJQVi1E&#10;k2qKVQ0TiQEFb8qw/Fj/AF9rA8U0VBin+r9nTJj0Nr8unXAz0EtK1PBD45IHKTRtEVIfSCHUkWII&#10;t9PauwGPbKUMiyyiNRHp9bfjTzZfZawKSdo6fUh8nI6SW687FgKqnlWB53lmVQsS2OrVZbyNYf14&#10;9uNPt2geKeCqSOuUagt76gx/Tf8AP+w90LOGrXSfP/Vw/Z69WogjIFOmuv3bXq1JPRiahDmMya1V&#10;42hNw4UMLX/x9tcyUNBTmBYYqfxm0cKDSx/pf/eOT7VqpJ1ft6Tk0x0808uQyFQk4lkqEkF3lYgx&#10;R2sLIF+n+IF/afpY8zkKv7dKYpTghvMwKoBfhi39Le9TSxxDs49XVZH4nHSlqJsRjqY1M9QmvSU0&#10;atTux/sqn1uSP9f2JYhNDijGrCaREufHdiunjj/D2ltnDykycD1uRPJDWnQQ1Ugym4IJBHJTQGQD&#10;98LGkoJJN7/U8WH+v7DrKZypkpJYYkMrB2W7jSyN9OPp/vfsxRYo2qadJ3DsukDoUsbt+mgqoqkt&#10;4z419MbXSRfr6r3v/tvaNpdn7l3eFQTmmaNiolZz4Cg/SSTYi3v0l9DENJyT1WO2Z8OadOea3Jg9&#10;sUzVFdIIkAZ/FTp5JnsLnREvJPsZtv09N11i2XISJk6qVWgldFtGqgWYhmtf2WKWnn8VcBeA+3/V&#10;/l6VNSKPSv5noDt50VZ3MKPG4qeswWMoqijyQq3Jjq6mSnk80KGKMnSpI9QJNx7Rxx8GWmqamggW&#10;Yylni1hb6W50lh9Tzb2tkuwzDVjqiio1Dz6F+KqkwtFR0+TqBH4I4oZpU1lSyrpLhTyAbX/w9v2J&#10;zgwMLJVUUNLIlxdQpAC/U3+n9fbPhPNLUZHHPVmZlWgNOkrubaqbtVRDk6qWnYepEkKBr8qpX624&#10;+v8AxHtB1G4WqsnOaSfWzSOyc+lVP1VW+l/a+ZVVRXPTKHuOel9j8LFS42npZ40/agiSQgepmSwu&#10;1vrz7k0VZNXx1MGmY1SKz/u6o1Up/tR4N/aaoVwx4dKFYOpU9cqqngpGhm/ajp9YjIRLsQ5sBb/X&#10;9h3XZndFJXpRfbTmNpDokiYvHy1uHH0P0v7XBIdOqvSNxITo6eFgpHGsRRHUouxUXK241X9iPgZ6&#10;z7unWtkqIZZAuoSKxVtQ/Knnn+vtNcMfD1JwHT0UeltLdMGYgpWoagwRQTBFYgIwUqV59LDjj629&#10;ibS7ZxWCq5cq9Y8stTDqFK/KxBltcL/sf9h7QeLLeUxgefDz6dZEiYheJ6BWt3pntxwHAUuJNNHT&#10;ViU82RWXUJTCwYqOBY/1+t/p/X2+YfKSz01ZQ4uCynV5ioJu9rFmb6ce25oYo5VlY1fy/b1UVkWg&#10;4dJfd+2aGOuw+c3ZkAI6RkFGjsqQxhgAqiO9ze/1t/T2DWRparG5OqrJ5alXQl1Ae7OAbkBR/wAR&#10;7W62uaKcDrxTwxqHRkMVUUNfiaWGkSnkp3jWMBVHjA0/kfj3Arc3nsjQx1lLTVQoFmSKqqBH4APw&#10;GkJ+hH1F/bgSKLsBq37eqHxCoY4HXOlxmCoK1aZnpfvpEeWnppZFaYRf7sMETm+nnmw9wYduVOWl&#10;nqlq3qIdPhkhd0ZZjLwrq304+h92M4jIU8fP/L15YQ/cOHU2qytJjfFHMnh8gcpZGCoI+TrA5F/x&#10;/X27S7XqtiU9FIsavR5NgtSsUyygMx4WWQElePpf22hF0DKOK9eKiPtX8+k5ht34PeVXlcbQNUJV&#10;4WRbmqo6ml1F14mpvuFUSKDwxW/+P19vtd2Ns/btLS42SL9ydNQYepy/0b9y1uP6e3be0pWWU1J/&#10;Z01LOqkIMDpI1ext3ZrMSZSfPrRwxSaKekETNDJEpB9cX1Bb6E6r+0TF2DnKjM02OwlHXVWNr2C/&#10;dU0eqGn1tpBlVfof6/8AFPd51tYV8bFevL40j0UEg9LybaeEamimydPTyz00YZ6mQ2AMY1ECRudN&#10;xf6+23NYmsWpyc2chnrqCA2kSWO0kbHho/H9bf0Ye3A5nCvFivXmHh1LCoHT5Q1dA8FMlFLTATRa&#10;6dYmVkeNR+tCnB4sfr7UnXWz9qT4+vraWklpZJEkWMzSKAkrD0MFXk/63sulleO7USmoHT0KoY6q&#10;tK9JPeeezWGfGpjooplmqomqlWN2malVrTKC3pUH8G9/afbZi7Jr5M/i5qqZ5zIZKKT0us7vqZ42&#10;XnS30BPtTK8d2SGwo/n/AJOqBPCbUnE+XT7j8tDmknpJYo1vGCWRxLE6OL6TqHDD8qb/APEe1UKr&#10;estKuVpsfJQU9SqionZpIqVbH1F6j+v5P9T7SkQOPDj7iMU/L/V+XTxD6atjpuf+561kWDqq3G1W&#10;UhQ1NPjZ5qebIiL9IkipOXKj6AhbD2+Q7kpKuFGqIoKnKUirTnIkxmnKpz4pHHIAP0J9+ht20mJy&#10;acQOtGSuVoPn01ybYno6qU46dqTDVjyVE+LiWQTipk/XPTr9AT/bW315+p9iDlavD5HB0Xhr6eLK&#10;JHGqNECkAnIHkULDa4/2o+7WUT2mt2FQ37fl1ouJGAP8+gNwVHvzG9g5hKvBzzbLd59LTzrVV81M&#10;o0wzOau+m5B/aVv6ew73LvxOu8fTRTSfeyZISMBEreNJksWiJA5Y/U3+vtyzsElc374YHH+f/N03&#10;NMUog6FT+69Bv2edq2nnx9Hi5Vpoo5EQzVcckOoOt/0IBwo+oIuPp7BfEVGcytbntx7Epq5Mrkgl&#10;ZHTCFkjDo150ifi1+Ws3+t7Vz3ttJLpuCBTppIJGUtD59CVV0+IpcRDRZuSlmx0UVPSPJlDD4ptC&#10;iGIzmX0lm4ufyTf2PGCxeeoMXLV7njM75umP3dNPTrIYo5IbM8jScEaj/X2Tm5+puqRYCeY4U6W6&#10;PCTS3E8fl0HmVym3cpPT47b1XSRz4CtgFO9BVrFHHWU7qXoESmNwdHDAixBsQfckUMWK2zR4+eSW&#10;toaqVpUgoEUmgjiI0uJQQIwR+rj2phtizyTgUPDhxpw6bZwooRUDqAMu+a3rWy0NKmKrsHSQUZrc&#10;o7Q0+WNemt6aKmVLzeIqNLBhY8f1HvnlMVhs1U42TGVklRLFFTx1QlSDx1MIIV4ZJBY3UcBuPdoJ&#10;fCiK3HGv7P5cPs6qy+J3qadYsJl92YOHPjcGKoKChasr5cY9BUVU00d1Lw1Jp5VIXyEFzHfj/Y+0&#10;VmMn/dnO1yTY2WkpTSz0zyLUyik+3kQxrILXB/1zzce1aMh0uDXz6bUtU6hTpa4uni3TtvFzNkVr&#10;JFnosj55aWITx1dLOtSEki40MCNJFvofbv17VTJtqkyNdUxNi4Kqaijq1heanKyBitQ6zr6WN+ZE&#10;/P0449lF2WmviIRULkj/AFf4D0qRv0hU06a95xUdTXy4qkAfcFfjhkYKeKuahraqDH1CKUjeB0aR&#10;BwGR7pzyDf25bMptr4ncJhyG4FqI5GqKygSdwwfLVQOh4J2IYqF/ShFgRx7tcLcySxuFotRX7AfT&#10;qpeNUKJkn/L0l+26jftd11k22htxXzVQKelqqWonVZf4JHLryMPjUMod01J6WNgSwPAHsKcptt8J&#10;ks9vbAxrmc1S5Z4pjNO8tNHQ1TmCaSKN1tG/IAuTz9PYjkK3Mulj2gVoPPpGUEQ1xDPQjY/Iw1dH&#10;gsRkqZ8Y2Ww0DxUcsognFTTQxzSUUTRP6iqBmOnjSpvwbe0buTdu4aypxO3IcVGKuGtjqDTxvIkl&#10;U8bAmKedjpFhccEXH596aOFIWenHpP400kwTj/g6UVNQU1PUVFek0shqIkW8kiNDDEl3/YCgWDH1&#10;MST/ALAexjhze4P7o54b2oqingyzyJQUuOdqg4qhij0VFROUYgoTawbgAey+y8Iz0tjTSP2npXIm&#10;NUwzX+X29BxVbZxk28NvZXAS4unqsJ9wcvJUUsTz5dauApS00VYACsqnXI7RqfqARbgS6bcOIbr6&#10;gzW16OfJjBK1PXyNMKdPs9RvPLG/AjDG5ZQf9tz73a2mq4kW5OpuI/1U608rUWSL4eoEsGYg7Dr6&#10;DP5mgpMJumlgk2zRxUwWpOXoKe1dBFXsQXmMEZkCMosqkoTY2S+U7yq46rG0kmIrMPQ1Ms1FTTUs&#10;JrI8nPDTh1ejePkIeQDb1fj27cW0CwnQO4efW1lfX31zw6l4PqDB4yor6vIV9ZuOsqapqiKXKeMC&#10;kSSUzCLwwWR9JPpdl1W+pPPvnWwY7dm6tv0r42n3BmaOjXIUNIW+3yNLFWaWdqwVJUaFNiyn9Nif&#10;6+ymaeZbPRISqk8f81PXp8LE0xHEjPzHSvL4zbOHy2RqalcNj6dppqmplCtSQpAPD9xTwxc3YBVA&#10;tqYgAKTb3m2/tiTIbxyUWZqK3G5WkqKtY6Gl+yNJQrHSsY8ozREsCiWVStiQfr7WESOIogvaafn0&#10;2SiAyMeHTNuXedJidlR7qxP2eZxE1PQvSmeolRsu2RrIqSioKYSL/nal5PGvkI0sQCp5tF27h8bn&#10;N2Y2j2tkK7Fbkn27kpsnkcZWx1mFqq+gnMCR1tLWanaOR2BdYyGUMLkG3t3dpksLfxbgCoI+R48e&#10;qxBZySvpx69n8lXYTD5rJ7hho8th4szQSUNC9H4K2HDzLB9wC6O6PUU7NM8R0qW0ab6mDe4mT2Hv&#10;/BZ2TEUz4OLC1+PyOSjkoaisqGoMpR03nyUPnJHhaZyTDEWs/wDsLe9xSrJGk2e7iDx/Z028bVKr&#10;QD/L1H2/2ftLc1DU5OjXMiOkr8RjSMjha6ilq485WRU2Nr6SKVFSem1yhnmjv4gshcLY3YNudX7t&#10;baMG5d7NgX2hQ02VeTBUsi+aslq7r97FIwVqeojYLrJa7AWXg29sfVtcXjWVoDUcWpgUpXraxFUH&#10;jEH5evz+X8+s1f2TtWn3zTddwVc43nXU8E5hTF1LwwUSxyVkEtVUuqK8TqsyK0RdUckMUJHuPlcl&#10;uCo3DhcNiMFX0mFr6SmqKGgp62GPxhokEVfLPIwjWOYKFXyHk+kWI9qhHDaW5dTVvM+p9OmqSmah&#10;FR0saVqeGmqKuqq6eunpWq4qyujp0DxrTTPIaVo4dTDwqSukcnk259+yRps3vPZ9PPNm8ThcWBis&#10;99jTV2TrcZXrVHS9dMFfxKGeIhi2lAb/AE9tXQY2HhrljkV+f+rh59OqdEwfNBXh/l6hv/EaDFZq&#10;sxqUmayFSavI4ekeWDGUtdI1CrUdGauFZAFbRYzMrE/U8c+x7yW76/NZ/B7exOYpaVIIoUrKSpp3&#10;KGaKL0K1cpPjkcA+QP8AQ8fkH2isbNbCw8JlBaQ5/M+np/q8uniXkkMrGg6CeLZe39v027985nCV&#10;eRrnOQq0raRp6zJNi2/c+3pMbFoVliI/YWMMzrYgBjYhFkstuzJb93x11XQ4DGbcmqaWnjyWcyLU&#10;lPU5jIUcdRhZ6etgGuUz8xxqGuCugm4t7O7vwrIRyQ1JoP2UH7Bn+XSKEtKxD0/b5/6sdPe38jty&#10;s2XtfsyixWcraih24DBT47FVH94EopmWPL4dsFNpOuGZD54kQNriJjuSoaRhtn7s3KYNnHPQbTSk&#10;mr4MpHlsZUx+Kqw1TFG0uJNQCtWHSUSwSX0/2uefZLc7gu3h7lF8Rj6fP/B0q8MyUUmn5f4OlFm9&#10;4YjF4mn3ZQ4ur3NHVx0MePm2+lPVzyUuVVmhqZ2neMQU+qMCWQk29IszDSFlW9XbV2LltspX1i11&#10;NQmtrcbujH0OFxmVw7yx3dsmYUvVJ5GAiZV1A2DC3q93283m5QC4mFEZhVfl/k/2em5CqEqg7gMH&#10;HQYbe7S3B2Dgt9vtnaJpN04DI/wabbu6KnJT4LPaIiyxY3IlYFp/NDcSP4CgJViJLElB7CyGTzDZ&#10;3Cb93NTVFLi89VR4evmmSgrazb9XkGe85iZR46iMftIU4Nx+Pft3WezmrYpVaHgPljp6z0hCJjU1&#10;/l8+hhqaMY6CTI4zDiHIV8UT1NLBCk6JXRUnipJpoo7KWiOlGkRlJVfqbCxnKjC7WTH7fx2Hkmkg&#10;p6nGjFU8TtVeRaKR5nkmiUglHDFZSeLfUey3adS6p7s+HqPd86+n+ry49O3DFwRGOA/Z0VOp3T2h&#10;Bmd4zZmgxsFLBtfcNRlskdWGGKlrqOlo6HG0OVm8kbSwGE1EWoAsXsCNNvZW6Rd44DtvbW081u3H&#10;Y2PLLPWx7fx0c1THj6bHxtUQwJEAqxifxkAMLC5/p7Ee9RwwWH1Kr2ECh8yOBPRdazNJPo1VpXH2&#10;DoxlFuTbm8dl5Dcu2Mf/AB+hqIamlpp6mAUTZQxgUs86VlUoZ40JYGYXB0MEvYexPoq+fdu7P7jd&#10;jTY+tirSuWwtAtOJ8VHNTV7fw+qXIrGpLNEGUxSOLtdeb2JPcyybfZi428drUrXifLz9P9XyVRmF&#10;pGEnEdJHI4Hb2y9vVe+dj4eppcnisfWUmWkhirGyc2LSM1FbSPjpy0fk+4SCUyLCbBSykoTd1FTt&#10;vZu/Z9g7dq6Shr8zi5KyOlxUUGLFBjTJeu+4q04bSqtMoJDWHHt+82tRaw7nO2pjQgH1PDH2/Z01&#10;FdRyaogML/P/AFH+fST2fubKdo9U0G7t67RNL/BcrUSLQ5mkbNy56qxBNHQ5TF4yBF0GomdqYDQe&#10;dfDIblgw52HJk8ntnF1WXzNZV0s24azLHJVMlHt6SCVoqtqCRyvMzJeS19YNwTc+7N9TDIs1wRVs&#10;aAONfXjw/wBWOn42UgiLA4/5Ol9kanfx+zzkv8M25RY7IjHQ7eko6etn3hS10cdNjI8hPEXNH45Z&#10;ZDDHGxKsCZPRce3HbO6sdgYa3FfeZ+txsEsFfNSQRz1MwxVYnnqMzUmvKinEZZjILltABtxb3STb&#10;ZTeidSAT/P0H+r/L1vx6x6CKkdR9/wC1arcdLS5Smw+zqTdSUNTQ4rL5yqaOCmzRmENBhmko08tT&#10;FLIOEDDSwNgSQPazw+5snVYXNZXBUQyFLjqetoNu5OSopqakqIRG8tJ9vVyWE1yqCdr+m4uSQbaL&#10;2p3SO2uyG4mnz+fy9Pl1qWJzb6ozQsf29BTurrLb082Dx+UyKYiv3Nm9v7s7DwWNgy2XbKZGEU9N&#10;VRv9s7PRJqT/ACN0QKxjOlLavYYYnteSHD7Sx/YlbBh8xmapqptvUkEs9ZSaqowU38RFMCqAgBwS&#10;w4YagPdJVlM0s9sAiAjPr606qjCixuO8j7ehYk6u2/T5jN7g2zgm/jr4U4WnytfkHeF4ZIxUPS4y&#10;edpnVC/j8h0BBIp0m4b2g85FJU7vgeXY2Rz+ycHFkIIM7X1NSKOgo6upik8k9M4ADxyBvGj3f6gC&#10;x4M7u7V9uEcD9zD/AFUHD/J1WFHSerrU+vS9xcrw0mPpsrkMPh93ZqKlrMhQUM9C5q8pT0KiuSlj&#10;qB5J1EUQVnVQdCahp59jJ2VujG5xKLbmew0+Hrd0T0OO23BkpZI1ytKk0aNLQ4yEsyvGpBJYKALH&#10;g2HtDsoba9ukuqDSQST8+P54/wA/27li8e5Cs3HoEOqdq0+Dy1dWbf7IxG7cNtyrz1PuqioUxWQy&#10;WN3NUF6+vxmU3FG5fTG7lmgdBIj/AK20mwUO3trf6KZshjcc2IxMNesJpiix1TxPGC9bWz1M48jX&#10;S4VCb2+h45Km/wB2jR3xBJGacK18v856f0qFaJOHy9eoGW3Fs/vrbKRfw3P5vD46srky9FH/ABTD&#10;LXzpKaWixsS0UqrL/lAjYyF2RSgLekgqicvtfNz1lTuDr7BY2qyma1VNV2LuerNNFj5WbUj47GuJ&#10;WQKgHrSNQQSTY+xDdXNqYlWcVYUARR5+XD/iuksaOgpWn25x/l6d8XuvFYww7U31maXDT4zGrS0H&#10;Ve3Wmzks+Io6T+HRJlMnDTiWqeXUB9okiqHCoXmv6nzbe2zmXqNrV2YbPYR8dSZZcfSVlFkqDH5q&#10;mm882Vx1VUKKg0jzK5jL3Z2YCwW59lX1NxbXMcjIEMjaT9n+f/N59PMoeMsM0pTrH2DujEbQw8Pb&#10;64THYDdMEtPhpq3N4nIYzM5Db2TKtBtmsjpSqtVi1OxE0jRwmJpAVsVAY7Nx229gjcu4Z8JSmvjr&#10;Z5sThIaKekGUl+/eKFWjkkEcnii1TSQKEuSAb+1s8E15uKoGKouS3+T8+qBvBhIQDUT0Ke96TPbp&#10;xmN2xgq2qxlDuVaik3JujDVtIuT29hzipZ/Ph5WJZKqpm8VPBUoj+IM0oAZUPuXW9r1WJwWRymUp&#10;UwdLV1NacViJGho4Yq2WEtFI2HpBpdJXAVg4Y2JJPtRDZQx3vjovbTuPrT9nTUsmpACc/PqLH1hg&#10;FjwkAepyWQwtBQY2TcWaknzW5q3G0khPgl3VkGkrFl1FptUcwOuxsAT7SGJoV3jtCmxmFw2a3duO&#10;vjhzWe3FT0Lw4DFZNwY6jB4iorgi2hRyGaIMtxx+AEn1Aju3klcLq7UXz+09KF1GMahgDj/xfTzW&#10;Z4YLIVWT3Tm8LtnbtKHoMZSV1fTRzZAStCqZWsnmcBCZFeOCFNR0HU7B2Mau+2oJqekp9u7Iweax&#10;ufpchU0OarpC2FmmhiGueprsnUA1aRgHhlMatf0obX9ppreNJGkvm1V+EHh9g9T+09XDEpUCi/s/&#10;n1MytRixTVGWzdTjK/bEtLRyUkUkRycc0ruGhlp4Iw8c2slDFpjd78qwHAUuZ7Gp8fDV43du3EoM&#10;kBHg3zMmWyFdPmoYY1vFQI1zNdWK+aR1F7sfa/b4ZLJfFrUAVApSlfljy+XSVwkhqcD/AA9IrHbB&#10;qDl6TN7f3pWU+0/JJlaPZdPgtuU2Mp8pWaqj701cdMlVGPIxd4ODfgkc+8Umx8ZhsZJmcbm1hyOR&#10;rKOWlrclDQ1dDhsbK4NJj4oqcHySFjoJuSBckC/tNDeHcrl/HU6UHCvH5/Z0oMXhgKnSoj3BlZss&#10;+OqMf5KWKhnjaOjWqiyFfkqdrVEsX3HiSGmCf5suxLsw0vZfUH+d7Bnx2ao9t5GuqMrkfvhGk5xs&#10;lDTS1Kt418FDEWlnjbUPRpCv/sfZnLYxQ2xnIABHTKT6n0efShxtBRinWogpBQ/c0yXVZzJMsbqH&#10;AkkUsodSfqrNb8N7MDW/wLaWNjTPGr3Nvvd1XBTYSmxFB/BKuelpkWekxcMTExUcMQLeZyRx/jx7&#10;JNtjbcna+lbwoITRc8TmpGPs/wCL6VTykUgiGfM9FtyWQ7Jym8MXRbFl23t3rTa2Ky8m+cnumom3&#10;PEmQnmkcVVOIalKivnMQeQGepWNfU0jFiqsWnf8AjqDNZLP5CTpM02TxdFPNksx/HPDS4xkBkNc0&#10;MQjglkDWAD6tQ59i1JIrkKhbVUeXmPn0TzxtGCQMnz6GjbFPV4iiwUFd2Cudpq6RRh2qaHH01XmI&#10;vsWlWkSZneSXSqtOTGA4Cm5EalfaO2DtmbddNR5bsCqqqSkrKtDjKTJx0UlNuPH0x8NXQ4moNqwz&#10;gDT5VcKP9gPZTeXM6ubWxA0jBI4L9v5cf8HW7a2xrk+I+WM/5elnV1pUTQUXjqKuOySxxywlqFp4&#10;i8FRWRsQVQ2v/qiOVB5sKGW2FTZeiyedpqLaeyto7LiWsp8Bh8rWbm31XCgBqKf79HdkR5f1JDKS&#10;FJuwP19upKIXTb0J8SQE6jgHp8REHxGGPlXH+b+fQXYrdWa23lcLs/LJvrsHNZzIVAqt3f3Txe3N&#10;nYRRGakwCqC0o+3SMaYfD97K72VpST6RT2pLTrQbV3fR7h3QZJ9dYMFU43b9AUpHGkQtHT0xeJSf&#10;85OW1H+yR7KTFJdO9oVBVCO7PHj/AKv59KncoCR+If6h/qPXHctLk82d37Vr8PgI8RksdFTQZSor&#10;MlkfJLVQnyLkKSdYVkKghoqRJSvHqYg29gvubMSzdibh3FU47bkdbGac/bVngqaIwiyipnESu88m&#10;kC2o2/wuPZ5upM0MUD10qoH7BTpJZr4YovSy2RtWi2tsfAbToa/KVdDicTBQQV1Y7U2SeJBcMfEs&#10;Xi030oiIoRQFAsPZgtmYXck+Nizm7avBVOz56ZsjjDk6Vm/elIkiZlyTM/jS1o9RVQB6Rbj2HoPF&#10;vpvoNtBCg0c8FUcCa14/6j0/eTwWURdsyHgBx6BnsjsLZGKz9Xtbbf8AG6/tKoWhgmxGzPuhmVoB&#10;KKhpKqWnvTxrpkLOWHkIP4IuApzvb1Vuzc0m3oVwuLxtHVLjaXLVziaGo/BkRFIjRD9V9J9iae0t&#10;tjtPBsFqQKkjiT6/6vLpDaEzP4kpNT6/5OhH2b15S7VhrMpPXZrJZLJn+IVsE1QGMUpTWKSn02kZ&#10;k/Rd5jqPJtf2Oe1MTtTYdPJU47M43I7nFNLWVc2NpqdKaEOhYqLfS/0DSPc/63sKRWlxvdysm41S&#10;KuBXJp/q/wBnoylneOEpbrk4r0D+9s72B2FLWbam69rsJsOtrocLU12drvsshkxNN4pZaeho2kd4&#10;rXNgLEfk82Lruiv3du3cFVmcrT5kRYseTC1QMdfjKeSpPokkpmZIWZeCEW/05NvYtnuIY0WxgICj&#10;yHy9ft6RxW5XvIofXjX/AD9DvsfZGy+vMLBtzaWIw2DpnUNUw46nhoZ8hURxCKSrqtH7sklgLu5L&#10;Afn2hnye6qncNHitmV+YyOX0N/GslkqtazL5Gq/XaoENoqalQ2WGkjsigAsSefaO7a2tIvEuKBjw&#10;+Q6cWOSVjp4D1/1Y6Uy0lLT0ckddFjUooZJJooUpY4KOkhJJW6yEqX5YtIAtyTZR+Reots783Biq&#10;emy2XxFJuGSeQ1D0eOOar6aCEFgsMtKEh8ht/m1dufyPZT9UiyEyKdJ4E4FT0q8HANRUcek/U5/C&#10;YGlmqxBJR42mpvIaqqqIMZjAJGtqmFfIjIq/VpXi0hfoT7UuO21jslt4Rbyo84YIKmeKqyW46Jdu&#10;5mqaFSkMmNo8ezyJHqsQ7tqPusck/wBWyLQ4qBkqB9p8+tuFaig1PSYqt01NUw/uhX4XKVtRFEKW&#10;kwNbT53EREzh558lW6qdF1LcIsYDWueb+2LdHTuxtrJid0lpKPcFbCIKY1NfXZCbJQTRaVinSY8H&#10;xmztfSB9fZlbNc7nCzOAEQ0r60PD/L0jKRRTlAM+fTbsjtao3jvLc22qDHSV1JtqZKTK5OOBKOmx&#10;tfYrJTCSSZzMCytpAQN9SfSL+22mzm2+uqbB5DZOzY8vl8hVSU9flqH7x8ZROraZIqWd7wqwuQTG&#10;tr35/oym1x3CST30hOg9qjHDgT59WJkL+GmFPmOlPlMDl921OcxWZyslBtqopoYKbD0ooPv62GRC&#10;tRVZKTS7rCzelItQ1AHWB+n2KOOx+S+/qt15quho6eVFrZaWZqSuyThhrKKQrabj0ixv/sfaNp49&#10;0K2US6AMV4Cg/wAPTrg28dF7j0w5Kux+GxVBsza+GqayqijGLx4pYKzHYKieMeNGqpYmUaE/UwW4&#10;P4PI9oHd+/KrO1WRSaty+JWeJYdpYGpApXqJgdIq0oI0VgnHpll/r6f6+xEltabeiRRAFFFGY8TT&#10;jnpMiuUBJq3+rh1K6866w+zKWGop8fgq/cuReZt4bpggDVuRqbM7o1ZUNJMVDlVEOoIoH6Rxdr69&#10;pdw7m3L/AHO3ZW1+SqXpxeppYZTT4SLT5APu2IUOBwWC3v7IeYb+Pbrf6q3AzwH8VejC0jwXk8s9&#10;K3O1VBtrCZDO0FPjqXwK1bN+3FSR1zBCoWV4wCzNxpJPsw+6cj1psrC0eI3Hm3+3pgIIKOWeWqq6&#10;p1YFmMFmdiSeTb/Y+02w2G8FHv5WEQkzT/BQfs/nXpJdXCSSDwUrTFf9Xz6KCu4O6d87sky3XGyc&#10;LBFNGv3m8s2YsfjFhK+GKlopY2aedkA1MEB4sTa9/ZXd61Yrsim5OudvzVmP1RxSqElWUmJv820c&#10;hAVL/W/sWUsZ7fwmfU4Hd8+kka3EbkvxY9G22TDubF7cx1BvzMY3JbltKKmqoVFNTTguSggSQKzF&#10;QbE2v7z4377cFGcbubGyS1GTmVZ8XEJXmC3ASOOV/wBI/wCC/j6eyeS7NiGa2AUKOJ4dGEUQlI19&#10;KiRIYYxURyxQpBG5MrOFp1T6u0oBAP0+pPHs4G19jYfCYGm2/iFbBAUqPV/tUklVAzrYxh9OkH/f&#10;Xv7B9vPuM141+61LfDWoFOP8+PSljCpANCF8h0Qbt/u6jx0/8dr6ODeuLx2UNHhMdhKiuipchUxy&#10;ENJJBHJaVI9J1Ox0E8W9pfdOzsPTzYuPA0eNqc1E5X+PZalhyFdTKWu7UskgOgk8+gf7Hj2Lkhuf&#10;3XJNuchIPBBgZ8vX5Z4+Y6Sx3Mcl0Qq0UD/V/k6mdJd17n7Ar9xZ/eVBktubbo1SPA7XxkslBDKN&#10;GmWor3skj8BVsZNH+0n8utVsXa2LhgzqYSCsy6oJKuurJRTU1TUL6nmmjYkaAebWPtJsQuN0RrZn&#10;KIpxpHl9tP8AN0zcziJwF/Fw9emLJd5b+rexK7Yzbtx2HwGVjCY7F4XCVWc3bjqWQeGKmhqqXQPP&#10;IOQzE6L/AFsPYU56s3JlTW5lhjZ8RSoYRS4LGJBJIl/UorpSpK2+relfZytnb/Ura2y6nXJJyf59&#10;eekUY1k1bh0abYuI2vsmixu2xktznLZHVVRtvfctZl8jJUMCxYwzTyRK976YkW4/Ptm6p6p2Xl6+&#10;s7Ey9fFDJRVbClw8lTTVEdNICXWSoMTaRz+Lk/63sn3ufcb69XaLQAYyx9PQf5z1dWW3i1kVJwOm&#10;DvXuHc3XEWIwm2dh7i3fltwxSQJX4uBlpqRxaN9J0sTKdWoAcD+t/ampa/bmB3ZWT4NKzdueyjMh&#10;kpoJJaHHwMxUeNoxpFrkai3+sOPbu52EJt41u5QqRU7Rkkj1/wA3/Fdehe4ljKU0A+fE/wCx1OoD&#10;vreey6Zd00EfV+LWmh+4pqqvhnzdQEjuy1EyWSnDG5I/Wf6j3Dy/X+2mqa/KZ3JQ4usq4ZEiUSIr&#10;QtL6mEUKkWPP1t+Pa2Ca4u2j8KOkS+Z8wOmXbw18KMaz1NpOxc4YaHH7Y27Wbq+0kipKmrjLQwmB&#10;P23netnshItewNz7Cr/ZfMBLT1Gbw+4cg7QF5yrB5/K97m7fq/xPF/auWSSa48JQP8n+bpNVYpAs&#10;gI1f5elDN2b/AA7M4vCZnBVGPqcpJ44pWrqTxodBb1K5H9COGI/x9jd010tg8cX3HuWSprpS7JT0&#10;ddDJFFIii5laCf1sCeAWUA/gWt7BG+S7zc3YsLBSoFKsPT0Hz/2ejQXNrbpkgk/PoEfkD8k8bsXG&#10;VuG25VQ1eaqaOSNarHVUdXLQ1Ut1SLVSllWRQCxAckG17exT3xPt7HYmppqdaGljYEQ0oaGCPV+k&#10;HSgH+wHsZct7BNUXe41JA4n/AAD/ACnoiutzDzrFbgsK5I/z9Fc+Pu6O39/b5pK6shzT4GnctV5q&#10;qjyNdVTx/rEYqKtioDH6lRx+PaW69pKKt29VVGQrI6+l+4ZIaSknYUaur/uJIqFQ5BFiOR/Ueye+&#10;Sc8xCK0Gn1b5f6v8vRhcXYSAMBn59GS+Qm5s1gqrFQbXx4oc1OtjlqvH09TX+LxFValnlDtCBdry&#10;KNXFhYm/tVlKXGU5kxWPxWG1KLtDBAlVN6rggqBz/r/7b2aT7NDeSl59UxHr8Ix/q4V6TJfk9hJz&#10;5Dove09z7nyOX/g+6t3b431I0rGRl+9TAYwrGQ9LNOeZAL2OgfQWLfW/dLIJGFXWMA6/5uEOCxBH&#10;LylRb/bk+9fTTSr9LGulB5j5cKf6j+XVJbwQ18PJPThuItiIpcVtdZZmqy7VeRraeo+0iZyVamo4&#10;ZnLta5/Qqr9ASbH3GzNcstMAGmTXYIIEadib+kKv9fwL2HtfDt6W4YAVp60/wfz6YjvJJZaN+zy6&#10;59bYPIUmakqKs4+temGqaatljxUaJIP3ZZp2PpQDltAZvx9ePaYyWG+6NL5sq1BBGgaTTBDPXuTy&#10;ypJIfHHzwToY/wBP6+244pvAIiWpY/l/q/Z1cXqRy6qVNfLobsJvySkkycOK2uc3WtMY0n+9qKHA&#10;oiHTG8iojVFQfyEJQEWuR7wy7M2hlZopayaeeKmZQlOZVJdlNyXduSTbkn2ybS+WIw4Bbien13LS&#10;1SmT1EyHcva+Bgemx+08bJUVHklNW6VIpoEuVQR00YJ4FtEakm1rn6n2sv4Ts3/nUUX/ABbfsf8A&#10;On/Nf8df+Df7V9PZP/V6b/fx+Ovlx9Onv3vcfw/y/lw/l0Dn+lb5D/8AOwl/4v33v/Huzf5v/lQ/&#10;5Z/82/8AOf4+/wD/1sDs4+oNib2/P+ufeBiimfTrvFpHn1uSqsTfQAXB5/x/w95EZStzbUb+r6f7&#10;D20wNccB14NmnXirKwF7C44/Lf1N/wDe/cSRrn0tYki5v9P6/wC8+7Ia0FK9bI/l1LVAAxb6abi1&#10;/oeeCfciC0i2IuQb/Q/73+fdpBpFeFevBhwHUSW8cnp5BFjcgcfW4/4nj350Go2bkfj/AF/xf3Ra&#10;jy68SPPrksgKAH6XNz9bEEDj/X943VudP0twefx9fdwCDqJ69UH59c0ki/SwPpYD6AW/2H+PvCqc&#10;8k3N/Ub/AJNrW9vBjT7P29UIz1ydx/Z4HB08W+v+H09yFRVBJFybc3PF/qPbbOTgdbUE56wE6iAG&#10;4H9F4NuffmWxtcG5v9Txa4t7aV6nOKdOAeY6yH9I+vB/oDf+pPvmBaxP1FgCDa5/2PvWWBPl/q+z&#10;rVQeuBNjYDVqB+psV/Avb3HlYkk2v/rHgW92UimevefUmJLW5IK2/UOSPxz7wWIQ3ve39fpzx7cV&#10;hX7etilespN2GnSQp5tfm4/NveNmC20/1A/Nzb3tc1qM9UY9w6y6b8E8fWx4H+uT+ffRYkHUeLG5&#10;/wCNj3YOo7vPrxB4deEXIAH1IsOLcG/Kk29442AY/X62+gFxb8Ee9htS6uvenWSZCAAf6XNtRswP&#10;+PuYszaxYC3A+nP+v7pih63QjgeoUkA0m5IOkn+n+8/717cFkEh+o9I/pf8AHI/1vacqRUj16sMd&#10;QnQooAU+oWFjb6X5P+PuDKb6iDZjz/Uj+nP9PbqA00t+XW9X7OpsdgUPJUA3/A4/oB/vPvArvf6/&#10;kW/4n28sa8R0yak56ySWK/pAPIJ+v05H+PvNezDn/kIH8f4e9g1qKdeIAp1HKDRq/wAeAbDkH3LV&#10;A/8Atv8AHj83PvxoB3daFTw6b2lZW0/T1H/in+9/n3FnsOCb8/j+v14H59+WlKgU621ep0AZvzc2&#10;/P0IvYgn3DeY2Om3F/r/AK17X/1/dgKYPVQx8+p0dOL3Jtci1+P9ivuL53IJvYDm3P4PveD1sV6l&#10;/bopsByfqbjn+n+H+HvDJMCAG+o5NuP9c/8AIvegB1UE8D1IjhPLKbAk8XBH+Fre8kbKPpbk/wBR&#10;ywNz72anh1ZSo49YpFJ/UCbfUAWIUji3vITzqU2ueAfxz7qKiikdWNNJI64AAoQ3Nvr/AIj/AG9v&#10;c2OfgXP044/2x/3j3phmhFetCvTc8BuxHAIvz/U/i/4PvlJIHU2vc/QL/Qfk290IZT1YEE067gj0&#10;vYlQFH1bnk/j/kXuOgvq/JuV55sPrb3sktw8s/6v9WetEBRXqU2ldPI/BP1sTa31PP8AxT3LjQD9&#10;Q/F+R/X/AB917z1oEcOoUkn0Kn8/7f8ArYH/AHv3GnYqRYcEXN/94Nv8PbqAEaTxHTop1IhXUNRL&#10;H8AKB+OOObe26VFe/wDh/Qe96T5cem6luPl05RSGOwJNvzcgn/effBIQpvyb/wCx4P8AX3YYHDql&#10;BXrnJMWAFx9ATc/n8WPub4Qy6iLgC4sLfkD225pgcf8AY6sta9Q1mIYre1ySbn6c24/w99GMKg/H&#10;PAB+n9f+R+7E0zTPWj8+vJIzyFQSQPqbfUn/AFvcALre/Fvpe/5/qR7tXFOq8cdOBYRrxck/QEWJ&#10;H5tb3kMKn8XAPJuT78C3EdW9KdYhPxa9vTcXH+P4/Hvzw2U+m9/r/rH3euetU4V64rNdr3A/w5H+&#10;8f6/tukchnQg2/rbj+vuwUMKjj02RXuHTgq8Ib8H/Gx+v199Fl8Zubkf7bn3UEdbDL5dcgr6hxb8&#10;Xvz/ALzf3KpQXAN/p/xS/N/fiaDPDr2OotSQpsByfr/W1+be3lFIsxI+h4HA5+p491Br04p8gemS&#10;VgSy6T+oc/U2HP5953IEViQePwD/AE/I90Yjj04AOHWCFXM3pBXn8kfn2wTEBmsRb+ljf+oPu6/P&#10;pqtD0o4R6BwSb/U/k/S4v7bDMisV55P6j9Af9j7crXPWq1NfPqb4msOR9LWueR/r+/GaMoQLn/H+&#10;hP19+0nj1oGuOuxGwYG/F72/PH9fcPyEElWuP8eefz7uDjh16nWYqD9Rzxb+vuNNWPYqOSf9593G&#10;lj9nVagdZUgA5/A/pyP8feGHU51PcA/65v8A7H28AoHb1WtTnrlIQOBz/tuPctWkRlC3IJ+nNrH+&#10;p/1ve6Bsnq2a9YCqkHVb+t7A/j27wSM59S6QOLi/H/FfdSAOJr1bzz03ToAPSSSRf8D6G5vb6f6/&#10;tzjkSP8AVza97m1yfpx73muOHWzSlR00yxPL9Dp5A4BNh9SQffmlJdX/AEKBcX/x592JNNPTfXS0&#10;6+Nlt5G51Xuf9gPp7jS5BhJpZl08W5/3n3YlSPn14U6zw4xPHqCHUfrx9P8AafeWnrAWN1ve4HH9&#10;OQfaeVe3Bp69WrjruajIChWsB/jY8jk8/k+8VVPcFlW7fkWsQB/T2nUd1OrGlMdS6eEr6WYhRax/&#10;BP8AiP8AePeBGZ4jbVcAfX/D8e33j1Gp6qD69c7qkgBAsbgW/wAT/h7xxVDqStibH63+hv8AQ+3F&#10;ULw49e1Z67lgV1BNvVzYcXH9f98fctFWZgWP0v8Apup/x5HutAoOevdRZHaEABb3sBq9Qv8A4D/f&#10;fn3LWO506WNuQbH8/wBbe2ajy6vpIH29RnlKrq1IL/Vb/n8/X3lmARPze39b/Tj3s6SNPVaHPWGn&#10;LNLc2sT9NNrj/e/99/r+8UAnuCrix55vcL78z6Rp699vWeZKdrlkN14sLG7f19vVM7Rg3Ny3HN+P&#10;xb2y5DCoHThApVemKqjWRl/Crc3H55uePcaokKtqJP1ux/F/9b3ZKDj1Q5z1LpotaaFVf8B9Tb6X&#10;99U1SRKoS5VvryeePepCCKMP83XhXj11U0Q8bMxClbjkAH27C9zJISBwdIB5uOL8+2zmmnp5s8OP&#10;TLZQBFGAGN/3GAH0P9kke5EdQpQrchTcfX8/T3RhnPTerNT1HekdZfIAHcWJNgbAc35/2N/949pu&#10;vcDyKpBaxAJNrfj2+maDhnqtM1r0q8fGSInfVp0+q12ufr9D/vftFtNKszeQhVB+v0H+uL39r4wc&#10;fLppsHpV+ONogFuSR9OCfbpFklb0oysALm9rX/IX3dogQG9ethwOPTY9AQS5DKbm1r/T6gm3vqZU&#10;nVrCxIDALYn/AGPtsxAZXq2COssUjwsoYkrfSSb2/wBh+D7x0tkYC3HHLC3/AAb/AGHv2VXP2f6v&#10;n1WhHDrnUjyKQD+DaxvyPpb2o0DzRaUY20/0t9frzf6e0zkA6unVpSvDpOsVgmJdQSGFz9T9frb+&#10;vttnkamVtCszg2N/oLnn26G8jw6qR6dOUMSVTAuQEtdT+TYWBPuBC07N+4LA+q5W3+ta/wDvfu9V&#10;P5dVp69T5VjVR4zq+q6Qf94JH+9e3W7lCFaxHJYjm39B7rr8Ony62PQ9NRWMyAuvDcabn9V/qfcA&#10;1Bib929yeAQf9b6e3xpdf9Q+fVc9TftxIP27BR9bWNhb6e86RtUNYqpVub3v+PrYe2XUA4r04uTn&#10;rE8y06atbakFrfW5B+nPuRHRmGQgR+n+v9efwfx7TtIQKdeK6T8uuDVaTxatfrHGn8rx9SPz7eDR&#10;LLFYsQpN9K/0/HJP+PtkUHHJ/wBX/F9OAKwr0y/xF4ZmsnqW4LNf6/U2AHtlnwnjBkQfQ8re7fW/&#10;N/bnjMuBw6oVBwvTzTZpJmEbmzH86bAG3494HZ44yRwU+iC17D3dFZm1Hz6pQ8OpI8bPa1w31Y/Q&#10;n9XuItdOA5UabEai17WH4J9qQigGh49UNSOszUUDMmrS2kGwUC9/bpEEqYvWfGCLmx/P1vc+237a&#10;EdXU9NshkppTpQy82H9bH8D3g/YRWMclwOLkg8Djgf6/tou+qnl/q9OvAgDHUrTK5XyR6WIvYXAH&#10;+B+v9PfAQ/uCVbuHtc/4fmx9uKdOT1vB67eW8ZiayMgJC/8AQt7e1Dj3dDcRtpX1Xt9T9eSP9596&#10;1DgetAHpL5eGOVNBmRXeyAHgi3HAPt0q5xVRDXEpjA0tqAPB+n+P+HvwSM/n1vgD0w4+lfH1EgSZ&#10;xKzeRAhYLq+n9o2v+Tb2wvj9thWb+GQzT3JdmL25/B5tb/Ye31iH8RHVQQc0z09is3VJMNWRWnpi&#10;NKBYYC5t+blb3/w98aeXGUpQx0kEAU3CRqFUf46fpf3dl8ga9aJp1JqKfLVMboauebUvLOfVf+gZ&#10;QOP6+5FdXq6KYAwH9rnk3P4H49sLRHoc16scr246xYzFOjMKl0LLwpUXUC1zqb8n8c+0zPl1kfws&#10;bEi2hf1f6/PtVQ6Kjh0yGfz6U9PiRFeRR9DfU1rfS9rD/Ye3nHw1MigRgi4DW1fVfzb2nkZPhJ6f&#10;RQTQnppyU1NExeax5Ki6nhv+J9xqqeSmlKKup9ViS2oXP1HPu8Y8/wDV/q+XWpqRmg6kUsEVXCsj&#10;Npj06gqppNrfn/Xt/X270Jdx+6+svZSi/hT9eebe2pF1f5+vQsDxHTRkNEJPgjVAlmDtySymwNvy&#10;feHIUcMTq8Ni1yTc8/XgEj6+6REg6X6s5DfLqRjchPURsJQVUKApClQ34awP09wKgq8RYpqKCwX6&#10;L/t/dpCKjGOtLwz050iPHLoEmkOb6uWb/XAP09p7UZJC0MNglrjj+nJJ9v0Kip6pVuHT4bIgWSTl&#10;rgHn/XAA9y6iQmmBkbQi/qCckn6f4e6jFSOt0GmvUaGNBOdClmN7Mw4A+oIP/FfcCmleMf2jGSNN&#10;ibaT/X/ifd3bH29NKBWoz1LljWQ/2Qw/JAJB/wAPa1iWJKAn6qy3KLzz/Un/AG/tNqXxMdKKVyOk&#10;bMah8gB9Cjel2JHpv+AP949p96SnZtTEMSSSlrcXvb/X9qFAFAeqgjpQCrnC2CaRYAPfVzb62P49&#10;vtEFIWPRojVfSxFhf8gf19ppCFOMnq2k0qemOt8gJm8heRm9Uam5I+g1X+g9yamp8KEKLabjUbnj&#10;+oP497AVu4fy60TTj1DpaVppF1tct9FsBzf6WH1+t7+4UGbWEsFsHvYP9WBI/H/I/ejEK1I68HNM&#10;HqdVYE1SoHLGIi8kX0R1/wBrH+9e27L1jVciSSkyXB1D/U2+lz78kbAkDH+r/V/l60WHE9OeHoYq&#10;GBoYEWIAnSPoDq5JA9tSYyWrnSTSyrb0AcBr/S4Ht3WVPWgleHTlLXxU0LgurMP1c3K24P1/23tW&#10;RbdhghWqkkAYEa0H6hb+p/4j234zFtK0/wBX2eXV1UUPqOkhLueSeqeiigcjTdZSo0EE/QH/AFuf&#10;bFmVpmRVSMmQsW1AkEWNgL+7KpDVPVK4p0ocQ1SdRkcCMAKE0j886hb3mxuPqJY00ADyHTbUTwDf&#10;6n8+6ysBx68vHrjX5GlgZzIeYhfgAj/X4/F/fCvwyxyN5Ft/tIJN7fU8e6xvrwp6sUoanrlRZfzQ&#10;o0Z1j/VH02v9OPfVJDBTOoCKSCPqBq/pYH/ifbkjnSQOtVoT1zqGmqVJ1lVN+QTb/XIP9Pb1PVtU&#10;J4dFo/rxf0lRxa3tPCwU5yerDUy08umWHHpTymoDAy8D6j1hjZr/AO8+26loQ9RqmKtGGuqsPVxy&#10;ef8AYW9qvF1Cg49VACmvHqdWVpigKwahIRYlSSATwLj/AIn2p4/s6gBT6RF6VNgP9gSPdfAPrk9W&#10;8QUNekdPNkaNmkC+QTep0DFioAvqAP8AX8+/GZaEs8b6wBa5bUeRbgfge9mMHFOHWhIOK9cVhfKo&#10;iToYi7j0oDHexudRHJP0ub+wsz7tPXNIiFixPJH5vex9qkIC06TShnOroUMREKehhhNh40C2B/AF&#10;rD2odt4+aCHz1q6Vf9N2AAX+n9faW4k19g6ehRkz59M2brY5G8FLIGmX9Sgar34vz7cMjOxANOAq&#10;X03AvcXsb/4+6xxHgTXqzNU1PUfHRKC33GoyBQ3qNubfQf4e8mPjLEMjMzNZSR/VuDb3WSOgo3p1&#10;ZRqOOuGRqERSjhERSGsTYGx44/23t0yWLqGoWvH+rgPck8i17D3q2lCEk4H2f5ettGCCB0xY7M0T&#10;ZRYkqFMqDVLELAqv0AsefYdDFuk+iQi2rSRqIFyeNVva1p1K1HHpOsQDUPQiCqV4vIlyNJYcfUfk&#10;j/if6e88shpCEQm6m1yo0G3tijEVrTp06Rw66RVnAdwLMLgX9XP1+nvPT1aSN+4Tc8DRe3+s3591&#10;Ks2Bjr1QMnPWKWAoo0WIFz6vrx+R/wAb95aZIJJWJBAZyFJJbkfW49uhGpnqmpdXd1hqHmSIaeSF&#10;BK202H4Av/vXuU1qaRYliUM5+p5f63uCf9691YVWhPTkhXgOHWBCahPMZWKoDx9IwbWsV/P+v76y&#10;DLQBJnDXcBnAJsAfyb+9LGG4nqjkINVOuqGQ1mtEsFjOhWsLkj6/T6e+qaoxeXj8Loglt6GBsATx&#10;dgPz780fhHUvD/V/n6tHKJBRh1wnTI49vNHI0kNyXj4LfW9kP+t7wQbdb7oRLIqxliEP1FjzwPp7&#10;19QQDQV62YkU6h1mmzUSUpnaNyVX1oB6rj8X9qWDbyULCqM6IUPAuQWK/kHn2n8WSTtAx1vw0wW6&#10;Tk25VrP8kSnkk8oIZhpIRWFwrj63/p7jZXPVaoKeOR2Cs1zcgWKjSV/r7XWo0rVvPqkhH4OuWN2v&#10;jfMa1qeMSPGig6VLcMWIY+4VNW1FVY1CuKcKAsjK6m97kc/63v0tGNOtRl1y3TnLQ01Jq+0Cedm1&#10;NGpU3/F9It/re+jgWy06tSozkv6bq1yLfquf+J9l0sgh88Dq/hmUinWU5uHGQE18iRaU9ba00gn8&#10;W/r/AK3t2rNmCCkV51ijdQyqp/WWv/av+P8AH2zHea3x+3p14lRaE16aKPecFZWvBTF5o7qxkUBo&#10;9B49DD6n22iAYmmVTGqs5CowHpuDfSPwfauIeM5r0yzmNNS9OxmGSn/bkYpEpZ0uAw1DSGNvp/re&#10;44WSrkEzIpZeWP8AaH9LN7eMQjGf9X5dVUmQV6zmSOljMKswBOlRza5Fzxa/+x9uhSKoUxuxaYBQ&#10;v9LDnTb/AF/p73pGmvD/AC9W+IU6ZxJUUzrKir4GZi4/pc21A/S3+t7Rla9Sav7WWOTx635Atwfo&#10;bge3YyhWo/1HplllVtPl0racReHzRslyqm4N/oPp/h7XWDg+xhV5ipSVeGcD1kDgBT/T8+07jxMD&#10;j0p/s1rXPSI3BOa2Qw05byQMuoJqBjV/7RZf6/09t25chRiMuiJ5Ppb6D8DSbe3rdKHPp1qVtaDq&#10;dtyhrYl0zyO0WosCeCb/AENz/vPsMJtzoLp+2hV9L+pSbD6H2/4C6i3SYOVHr0sxAo+pJ/3j/Y+1&#10;Xg9wqqal0zR8G99TBjwb24/xHtJLbMzE+nTgkJFB03ZDGpVKLOUb8EfQ6ebH8+3vMZ1mp4ypNkHp&#10;Om5Onkaifd4o9NF68xNOmjF4OGCedyPVKdTi50g2sQoH9fqfbRQZMZUqrQ6gTofX+piW9JW39D9P&#10;ahlWMVB60rNJjpznpRSRtJHIUtd1t+hdI9QN/wAEfX2Mu1Nr0wGueJppJPon9lb/AIYD8j2nM5pk&#10;0HTigAaVHRYO3uzMhiqZxjqmGkSAK01RJ+pgObxuxsR9ePYs0G2qJGjcU6wOhHqH5X/G/squC7Ag&#10;d1f9X+r16cBHBhw6I9uX5JZSGKrp/wCKx5CCVSArIEWJy+gC45JA+oNxz7VqKIQEQ8C6KRfhQeCP&#10;6H2xFbEjU2KUJHz/AMo/1cevVByOil7h3gmeq5qmcRNNPJI2rj9TNcc2uLcAe2+sEo9Scf4cE/n8&#10;D/iPZvZPGx8N8/6v9XHpFMWNBw644WKheMvVMoAJOnVe/N73+p9s9TXx0y2llRXAva44Nvz7OI4z&#10;mgrU/wCD/Vj/AGemHJC0Bz0vNvdeV265lmxmLqzRFwhm8R8UoY29Fhcj+vsGewtzSCilSllViImL&#10;KD+pfoVHtyqkUBz/AKs/6vLqqK2k6z1Zn8aOmqXaStW12OEdQ8gaORgDIpVdakm1/qTf/W/p7AvD&#10;mbMoUp5z91qICSyaVtexUE/ke0Ny5i724dLIE8RacOjp1UsFEvllS0IF3aOMswtzcqouf9h7eIoM&#10;jgqg/e1SRsJEYojXtY3Go/m/9fz7TqRMCwGD04V8H4m6heahzNNenjM8UiuocoVFiLEDV7jZXcVL&#10;jFarmm80cnKhgfQR6iNR/wAfbjwl1ANAB1XxBGNZHXKmoLxhCngKcFkK2cEWvpHH0HtNQ7ol3a4p&#10;6XWgDhYmAAVT+CCfrew9ssI4ML15ZPqOOOp0FLT0KSOur6FnckkkC5+nsSqKsyO3Kb7ep4LojCbg&#10;qdQ/qPx7YT9ZtXp/Pp6nhinl0l6/G4rcjpMCsyxMyOhDBlZSAQUP0PA/p7lYzMVEkzSLVonJkZka&#10;6gjk3A/w+t/x726CRqEceq0HHy6w5TDUSUnjaiM6hBEqMACQeALn/ePae3BkGqqxZIJS6M48jW4b&#10;m1x/h7W6fDi0nj004DMCOnfA0C0VEsDRCLQDoQNyq/0P05/r7XYneHAxJSCWMyRMkkhYgk8aSL8n&#10;/YeypCPEJcVPSlq6KUp0jZKNKncry1kkEy080UkEChfR6SG12uOb/wDE+23aNVlKascV1RrjkN4V&#10;kDEAE2IOr6+6TgN3KOqxDQTXpw3lj8bWYt0igQSJyTCFVxpF1GpORz/Tn2M2Ko9tZEyCsx9Kz3u7&#10;FAqs17j9H+9+0/01xIw0Mc0+3+fn/q9OnTOFBDAdFA7O3X2ls3Hmq21k6koiH7eOyVbKlr8+VSbW&#10;/F7+wf7E3YNo5SGnxsJSldxGFRVWGCO/1Lf2v9ifYgj26JIQZMsePSF7hww9Oh56doqvfGxsfmd3&#10;E1OUq40lnlZnErSOt7lGtoA5FgB7x4XO/wB7JoaSsojU0M7rrlQ6AovZmDD6f4e0F3EIBqhPd/q/&#10;b0qSRpMkVHS5yeEg2lj6rI4uuFFVU8EjQrIoljchSyxtDfkX/A/2HsTMjjsZtSgEmLpmWk0XDyvq&#10;ZW+pN7D/ABP09lltCZX1SmrV4eny/wBR68+RjA9B0B21d3Z7sjJVOLz9TSU9fSSsr0+PheKKaAsV&#10;hkKyliL8D6nm/PsuO6t1YaukqqSOrK6yxcj0vFIx9Sp9QRe5HsSwxaFDdJXcNxxXo0OBxVRjqeJa&#10;gxmSONYvQzHWiLpjdyRfVbg+0BiMO8VV56XIS1EDnVIknkRkDH6o35HtuUq3afLqix0aoOOlESB9&#10;fa2jyMlI58JlZUJBGrV5gBa3+t7bVAM46dJPEdR5KdJ0tIq8jiwF0P1uP8f8fagxVMlWXzJDrGqm&#10;SSIn0xyAXFlP090lYswhXq68PE6aq6p+2SOgv+7LaOJjyWU2BLEe0u+5aau3TSeTIyU0EMyeTxsG&#10;ZwrW8br+P8Pfru3ZbfRGK8emVnR5Kk9TIqIU1A8EUcTyGKSykBUaRl+hPP5+vsds5V0sYpKx5J5a&#10;KanVoAigNJGFN0djwD/W/tBZQy+DpBp69K2dK6+PQQbfgqJpctj44KSnytLWutYWYlI5mIaGeOJb&#10;FlKkW/Nxyb39w9q9mbbiqJ8LTaadmdxInJlL30lXk/P9B7duLAqRKTU/PqiTq7aAKU6T3YXUuZ3O&#10;abLS5Bausx6L4oydMEarZmaGm/SCSOTf3CrDjc3LkmWd0qqYloSU9K88abn+n+NvdmiKyKrcD06X&#10;VlNBkdLzG/xbblHhoPtYp6SZY4aq0tpF/b/zjWBH1+vtG12XrYtuV2BkkLNKzSwzQaWkb8G8Q5+n&#10;4/r7UQQrDKZTwIpnpLIWKaOPSq/gdFU7gotxImmopqSakKMtlCy2bUjH8gj6j230O3NxT4HHNRV5&#10;xkTaj/lCaWmRDdiVvdWJ+moc+7LKjOwpXrwjbSuaU6yVmdw0GSmpZVNTVwJCXEUPmaJZuEBvxb8m&#10;1yPyOfYa1u4N2tk3xU5qJaOCdYnYo2ipUk+lGPHFr3/F/bpVYUJSgY9NqZDJp8un+KmpVZZooIlZ&#10;hqDrGqtZh9bj+vsSslJt8V2KwWQw1PUR/Zw1SKYwamOcj1XlA+hPI9tAOLepahPTzsPFC6QQOmSn&#10;irp1rKyDIMJjUzxRh18lH4YZCqaYD9CBwSDyR7VO1tz7QhzU+3aNYqDJwxTOIZdKXHiJjLlQABf9&#10;JHts2ejTJMdakjH+r/V+fWlnDExLgjpGbzxe5qnF/cx1QqUR6R5oaND5kgFSv3DQRtfWWQnUP8OP&#10;aMpc9uTJ5DKw12OnqYYZ5KUIsDzSVEV9CsCguR+f8Le1k0kEVFjNPTpqMSmuv16W8WLw+OpoDTmC&#10;gij0yRP5FhiDH1agGIAvze39fb7m8VVbfx1PU4d2p2aJZqmGNzLLGSbsjQnkNf8A23tPConVmlHn&#10;QY/n08/YtEPTdiczTZurraSojMi007RU8skGmCpULr1wS/RwQbAj+h9hc+69wZjPUlDX1E+IRU8i&#10;SVkEhFRTp9HUcXv9NP4PPt5lVINCDV/qp0nR5DJ346UdPQUVFHKKSkijDM7skSqpd25bk2F/9j7M&#10;dSblpMltKXbNfkI4IKqKWkFRYJKgIOmpCN9bNyPZZbQzWU7XKrqDcfl5dK20SgKx6AjcPWkH+krG&#10;dlY3Gyy53Dxftqjjx1MEkTQT0Jkt6CyM3P0BsbG1iHeztibU27Lk6LM78+/pqgNLHApjinBFy5bW&#10;W+v9n/eva0m4uGDxroHDPTIEUAKVLdKfde7+wYcZSzbQ6+lyOUepgWVMrXw01JTwzHxtIrw3d9BI&#10;LgKvpBsb29ojcu5tr0lfDU4asyFbgqDVS1NGsqwVkVTG1g+tdIdXHPHI/PteYV0GMtn16Y8Xu10w&#10;PLpd7fXcjYof3mTDxZt2LTPiRUSY46gGRUjqm8no5Q3Y3tqB5sHvEZ7Eb5xskdJQziLDyrUzrlHB&#10;AjtYMrSC/wDr6Tz7ROwtwYS1dX+XpSD4uQOHr1zED4+sNTLPGzV3jpkWClMbGflxdQzKfzYkcfk+&#10;xe2HvepxWPlE2LxcdNFBKYhj40WR4Ym0xSjSt3Ujm/4PHskm26GW7V42PHNfn/g6f1yLHQ/l0EPb&#10;PVlJvmmjpGzWYgnmq4G/eqpp6JCf1xiIsqIWXgKLf1H09ondvZOT3Iqv5P4RSQyTwKKuNwJGjHKi&#10;NP1K34+nsSRQRW4EaL+f+z0jDF6kmh6durulNqdX0tZHjEkr66umSpq66pfyTPKRYSK0hup4+t7m&#10;w+vsM9hbxyGZ3jS7YyHmqMXVS1FLI9GZVh8JVkZQ0l9JAJsW/PtjcS1pB48JGM/b9vVrdzI/hycO&#10;hH3BTpDi8jX0sNKmRpKWWspKiaEOFqaZfNCZCvqKkqAwBvb2KOW3bt3r2GXA0dHIy4Gp8xqXR5qp&#10;o3l1FZJmBZxbnSD71BbiaMTTcZBw8h+XW2fwzoXgOkNQ7dye7fHuTJ5aop4MxhIaZsPTSu2Pp9SE&#10;/cU6aiBISx/cPNrA+3vaW5cNvwyUmWgrIIn81SsFXQH7HLUUwBC+ZuUF+VINvZXeloHHgniaVHl0&#10;/GairD59N25sPm9nY5q7atLBWaKanpnmlrZIK3GyQ+gVsMDo8dSGQ2kRrMQOL/hp31uzEUFXhtkY&#10;6FMPi6ioFG+LpJHvK7S6Y6eFE1Alybmxv/t/ZxFZiytDIDV2ySfs/wBXHpMXLzANw8h8usfW+1K9&#10;/PvjdeSp9xbjqYn/AIVmqnGUlFJRY2SIN9tGIo42VF/Tfi6gEgm59h3mdtCiyVHuHF4xsjR0cFTB&#10;NSfcPU10M33YpIZ4KZzoDC+pL2tbjn20rK8GljkZP+HqzKFfUBjoV6evEjNSVUixVBMZjYRtHDMj&#10;wCoZYXckMVAYPY8D/X9r3LUGXxu0Mnhayseed6CoWqzKaYo1VgJqJayCGzeVOArrcGxvyPbW33Q8&#10;YlxTVgA/4etyxF00k49ekpTfwnL5zGZiAxF6aSf7CKeBfuVkaOSjrZ6Cdz6Y2Vj5EWxNgfo3svuS&#10;ieSDbV658jldwzNNBPSVP270dZG32i0RKi/klIDANpB9JPJPteJD4btIcL69JfDGoBaknz6XiTAm&#10;oVo3hSmcJ5JAFjlTwJMZYTflBqKEm3qVh+L+xs693rLiaPEbDy1NDHlsvLXR0dZnndGrnhcq+Pq5&#10;WUhEJ9BAWxPH59laxBJzfn4flwAzn+fSkNUCFsHyHQX9gbSpsm43XJks/wCPCUEkox2BWOeUOhE4&#10;y9BTINctZCnMI1Hj9IJsDxxdFuOuqN64Gt27S7XxNfI2FzFGDC5xdL9reObDQ07FTFIP3QSOeBa3&#10;swN3DDMJIxqJFB86/wCXrSRtIhV8D/V/h6yk7cyWI2RnYM9XblkxKSZfbOQNasYztRLRtjWlyUsU&#10;SoWKTvGwZF0MWuupbB6xW2dpYbH1M1LW5beFPFSwLSSZGhWjp8dJi0EX3DVFvESxNvQAfpx7TLqn&#10;uD4pC/0a5P8AxXV/gTtz1DjzXYeSnx1HlsdgNkTitT7laTO/3olydPULJ46Whi+2o5InUAO8kkZW&#10;4Nrjn2mcfhYczPX5ylhqKDK11VRy0+djL0lRQ47DEVNdQwzsQZ4qhVKMEW/OoXHHtq6lUzeCRVRg&#10;CgpU8OrIigaxxPn0ua2UUBpEkqklpYYjS1eNFNHUtXz5GeOGilfjVDocGxLaGDsGFwrB5qdw4epr&#10;K7e+yqJ56inieLLyxQtXmXyQmndKiRmvHFKbobhbfUED2vjZYRGsjDWmR+XTDR+KrUFQekfRbZqJ&#10;MD/c7feUoMnDW1ofCNTeLD1Crjq0ZXFwUsUHLVFH4Y5VdWN9GplsD7eui6Pb+xaDLZz7p8Z/FUlq&#10;f4FmEjkbGVrqPuavH5Fv3PA0dkmjW4BCkk3B9k16Zd63BIkTCNUmop54I/1fLp9UitLchcV4jpBf&#10;IXbOf3zhKXaGPosy1JV1dLPWZLA5OSnmamimDnHzUYKRifyrDNTyytpssgBS5DJXDbw663buXIUS&#10;blylS1VumigKUszxU9bHkaoIYICELFNZ0XH4/I9qt2E1o4aKmkD9n2datpI5ENM9CQ1NunB7Np4s&#10;dRYRMjh9oTxw/e66jwZfH48LQ+ZomQPGxW8uhhzcA2N/YmUGPxeETdmxdx1tLV7TrMxOuBSWtFRX&#10;UGOrKTW1FIQxZTBIAEMhuR+Tz7t4UsNyl1bCmte7514daWZTHpbJHD/N/m6BRKjd+9ds7C7O29Rz&#10;U3ZGP23QT5ylFBPj8BmK6JoUr6RZauJmelqg1X4Xp3kKIyXJZV9gvuij2nJkttbeG46hMttmqOGa&#10;pw4E8VZia8memGTpjrlJikIMPiJ0hjxYXBr4aw25Ewr51/nnpMHMk1Fr0Oe2ps9OtduU4yoo6XcO&#10;Opcu228nPDDksZnIaKOiko4ZUAjEcsUS6zKRaQauFc6XjYGOfAbpiymW7CoNm4THTMKrFVME1dUb&#10;tgqgyVQmrq2SO4IClZBGdA0ix/BRuLGW3026aj5N5D/P9nSkFI8yH8v856TvcM+Zq9sw4zAda1HY&#10;uQyUjyU0X8TxOHpNtV9Ei1GPy9XX1z+RJIZ9DRCmRnJVhdR9XvtnGYCg2flKHaET4uizuZpK7N52&#10;I68rVTVMqxxReb9aqwZfEFIDD08Xv7WbfIskLTzNqkAp6Bf+L/b0nmZ3YI3avy86+vSe6upuwK/c&#10;jZrs7KU0OYosJPi8JtbBvURbepaVqmJq3KtqI+5rbokEzyAiIC0QQO923B9aRZ2vzmZ3HV5faODw&#10;C7Iilr8xGrQ7tq9vY5B95FBVEMqMwWS6NYPdgxuR7QXV1czFLS0USO4NT5KPn07GkMDGaTyIx60z&#10;+X+fp03H2cm0psPt7AY9+x907gyu4JYcTgKyhSbEULZJ6yaXJ1Ch444qUzJT3k0NIU+hcN7FCq7D&#10;2PkK/Fpiq+LOVx+3FWtRUj7qn/hnkjd6KikYnyyKzakThl/rYe0cW1TWcFLhtTenlny/4v8A2OnG&#10;mWdyyY6SuE2R2K43dBlIcNs3FmozI2zS7fljm++izlNFO82drKeOMAQVCu8cgiV0bklhdnBTtHdF&#10;LSy5nbdQaeuy+Ew719DQ0wepSJsjKIoxrjuS6HTJ42cEr/t/Yrt7draNUbAcVp5j7ekMj631IP5f&#10;6v8Aiuhc2MMfX45Nx4uOtjGbMYq5q+nlpaqqXGeSkjmelmVAqswYArGAwIdbqQ3tRbY2z1zuuiwm&#10;683szcmKzdTQVdHR0tTSy09JXvQxiGaSpD21LqPlg8hAU3Kkg+yvxZbmY2zMNCMNTcTT0P8Aqz0q&#10;aNdGtRQkef8Al6RG8Mx2tjcy9HtTMdfV+Hp6qGpzr5t6yHcuFoMlUs1DDT0dFqgZV0PEHlUvIpUh&#10;VZSzMuzMfk8H2/NjchmJnoo462fEVL5A1ZnoKqp89FG4pSUhAjUQ2NrMPp6vbO+xho0jtc1YU/yH&#10;qtsSuoynyPSsyuXXNdaV2UqMPJPJUYeT+J4mXHTxmOsQeDJxx0WWjiaVIpBIULLaVVDKSGBLfT5/&#10;YFB2LUb8rstSbir2nnweapq2hrzksXU+NsZBS4chiCrEaJZGI5vpHqNn95trq9sxDI+kIBw+XVLQ&#10;xRsWQccV/wBXr1npcLlKfbU22MJjaTakFDHDFt+ox1TSTUggR0nc1FH9sop2MjSHwxxyKQATINRX&#10;28d/Yeejw0WdwWf/ALt5rHR4imWghnmSODCzlqzJR5SKm8h8schiaBHAIAIVixFnNs0z7ZpdQdIo&#10;Cc1Hn/l6buFKzERH7T/k6SXWmezGRytdRChqMphHqt01mS3dWJLSRVGbo8jSYjD0+Cp5o0SopZqN&#10;Klp6qnYr5UHpXyn2ocjQ4+r2rS9sbepYKbNY/BzQZHL5aEmjqg9AkEYMc4A1Tag2oPpQFkPLH2l2&#10;eS4vZHsbru8JtS/IeQ/Lp640QUZAO/8A4vrnJuGlxe/V6xz2Wx80O6Ijldo4WhdqTPRwU1TPlMnN&#10;NJSyo0dLTeJEjOgO51EGyN7TOxc3TVg23gMYsO1cZmqLJ0+Vzr0qhKWanqA60GOMT3ZZmclfUBH9&#10;fp9HL+Pw9d0BqkBoB5D59XhkrgiigcPn0rd5JW0OLy+eiwNTvOtwgiyWG2rQV1PSTV0saiK7ffaY&#10;RIgMrqbnUq2Cs9l9y90bv6w25ns7itt43Jbs7ArKfLYiWmz2Wq6ioyjNAjNjYKEDwyea5ECFVLch&#10;TyAVcNtPFGlxuTgUFcYpjz/1Y6TGUyMREBn9p+Xp0G208J23n6TF5Lee49mbU2nDDjMvj9tbG29N&#10;Ty09JTVByNDHV5zM1MohMcQhE/hpghtwEGsFG57f27sftOn29V7ZxOB2vSTT4TcxxztkpdnwTRqV&#10;ebGU8uqNZC+hLlfWCptcXbgs7WR3u4RqdvP5cPz6ckcqQrYHDB4Y9B0J9Lt3Arn4twLkKqty1dTQ&#10;zUs01TBHS5GKOBxA0TUkSJNojJay6tKFWtbSfan2VmOu6LZsOf3fkKWvzZnpZ8NkaXHBpcJjKola&#10;fIw1E6SCWQmN/LGSxW2gi/Pspk2+6u7loY30xKMj1P7R0+Zwka0AJ416aN1v2ZPunHU21aHDptel&#10;xFdW5WqyladWbyl/FTbeSmhXy0qFCHFYrH1E3jKx2kV8uSym4d0QlxmJsFi1pc1UVeVrUpsdVBKb&#10;7uKoGHotDRzVMa6hTTpcljcAXHt6e3jitEt4aBj2inl5E1/1fy63DUN4jDPUbFY7F7dwctUcZh6P&#10;cOXT+BxDAUZlydNrrPshiXzNSfNVU+OnmZWqLRxoi3CA/XvceIyG/wCfGZc10ey85CyZXHTZeSmq&#10;pabDVQEVVS4pmV5Y5So1IUK6vp9OfbwkFrY/QFdSDz+fz/1f5uqsO8OhofOnHpow1RQdf458fiMf&#10;PvKj++/guYk21hKRa59yKhaqyOdMbxU2lxaOpkFzGwGom7BEvu/sDJSbp2ttfC4SeugpJTj/AOOZ&#10;+tp6KXJVMCKklZWT1LWVIySSCGAuBe5t7o0ENlthzUnOOA+Q/wAnn1qIzNMSRQH9gp0+7L2nV4el&#10;3HnM7Vw/dbkkfIvg9vQyHD7eoQjPHQYmKBPLUTup1VNQI1aaTlI1Gke1PQbswexJazI7r3HPnsDv&#10;qeKnweJxMmWbb2BpKRDRZg1dXoQSyvMx1KFQNyRxa1fp7m+jS8g/SEXGvFjjB+VPn59XaQKDGcg+&#10;ZHD7OPSH3ZtrP77qmo9t0ON2jnNnTK9RufcO39s5fcWQq0gSswX92pI5quOkgZh5fuqpWdGRYxAS&#10;HZXrb1Tjq/fGfpOsMZULkdorDiaubLS/wzaNJRVNPDGTh0p4y7vFGCsSvxfUb2N/b25rbrDElyS7&#10;t3UUZr9teHlX+fTVuzFWVu0DHSOyeUy2L6qoF+RGWx9PhdwvjIo8Tg8bV128chXNJJl0xublR5aa&#10;eSRYw1SlDSRItjEtkIPvJnuuMhNuqp3Du7dz1+Od5ZsHQY01K0+GenpNMFbO6jwgltbzFyL8AH8e&#10;3zuLXJjjgjoi01/6v8P+bpsRiKNgKknh17rHtPC1W0f4J1719ldu1eIXEwTUu7qTH4pcyj1unJUe&#10;Lp4qp6+ZjGZEpDLTC2pRo0rYk47A2Lm9i5rG5Ktrazd9DlcjHHQVVXIa15KutHmkNDj31PIgv6FQ&#10;EEgXsD7N7yJZLcyoaA/8X0iibTJipPnXozW29yUG4aaRqZGpaujcwZDFzGM1WLmWRo0p6sQFkRyE&#10;J0X49jFi91drPjq/+5OMnEGKFHSMNztHTZOBZAtNVtFjccFFPqZgwUKCEGo/n2FwdutmElxTXxB/&#10;zefRtS4lWoyOGf8AMOm/O7d2lmBT024qDHViZOoJNPLDqpMm9OGq6da8WKyrGq3XzHQW+guVX2NA&#10;2nvcLkaDCvtrZlVkI8fk9x5LMmty0uYrZ6ILV1VHLM5P7ZULoBtexNuQbWN7bzkTyoZXqdOOA8v5&#10;efVLiOoIrQD/AFfLoDNyb+2DgocPnJIN69jRUmVzG3tv4TYuOp2pduPS1KUaYzIY6gloIY+IgkM1&#10;c36VKrbVZgpxfSU2NwG4cnvPszBVRj3FR5Kjr6SSsqYaCnlk8NY01RVxqIZZgRGI1RlH+xFlNxNe&#10;XN60cKHRoJNcf7GPtz+3puNERQDWpOPy/wBX2dKaHvGuqs/gsFRdSdhwPmKXKyAZhdq4msikx0Uc&#10;sKU9F/EpfLEVZ/LMZERPRpMhYhR/p+u6LFUKUAXbUeMdoarEQVFPNXV1VVeIMco6krIZT9QkQCgW&#10;v+fZHaiV1LoCa4LcB9g/z9LBIq1BGR+zoNaj5A4zJ5uekoMR2HUZ3BT1FNul8fDQ0OA28Ip9bYmv&#10;ysrPj1HBUyyytLcMFYGwAYbv69ly274t0SxU+MbFmCmrc5Ry1U9U2EpacBad4vKgp5nOoNMj6wvN&#10;/YqlLzWSWMY1PSgH+f7OkEXhxSmStKk0+dc0H7ePQobC3vt+l21Q0FJXz1GRzD11XjcRlPFTNU5H&#10;J5CbIZCDGVHjXzU4lmPjKRstuFJBADltSWv3JuKq2pDmY8BR5DH1GRw2boIo565qCICGdcbPWq7q&#10;oP1kaQajyt/yU7krbdBHHEniVIBHlU+Zp0sV1ZWkkxTPXLtDJYnaGzK7sDIYGr3RW7bhgSrwNTlW&#10;pKSqrZXRqc5Ogo9dI8oaSPxlqWQprBVR+HvcnXFBv/b7bPlyldhsHiMxGdZraaLJ7ono4SZqjJiO&#10;8kqSufJ+OADxYWcSa420Nbxp4ks1KkGgUHgPs/1U6TypHORcO2KcPKlf9Veg4pOxE2nX0G+ty4jJ&#10;ZbcG5Np09XkKfC0Gcrtv7KxZqfLT4ShyjxfZxOt1iqQdEk8yhrBbL7SC9Y5LdeW21WVhgmwWz6dc&#10;ZjM5CkVN5KWkm1Vf2uNpHLlnKBI1Xlv1O490mneygG3otZpWqfPJ+fy6t+klZ3yaY6EvJdobM2VS&#10;Zw8QbuyipuOt2xU1kqywV2QoIaenkyuWrV+3pKdUjiE0rv44gCEViArKzrDa20pP9KGb2xisrjM1&#10;V5yaOrrdwSS1IVkJZlpKVdMcer1fliLgf4e0W6QTyb7aWty/bxOmozTzpX5fz+3q5kEdoWiFCxzn&#10;/VjpCdl9gbg2RSdcruqrwuZoMxDQx5XFbU0U01fXP4YPvaSpycsjzUUTSrIDHHEWHJIHpAJbowm8&#10;M3TZretflH2ftmOuGGiqMlI0ctckR8TfaY+KzFHP6RpF/wDb2EzXFvHKbCzXUyLkgYH2n/UR0lMZ&#10;BAkbJ/Pob8ZufauNzmP69pKta7cwwsm4JcfRRSVbUuOFQsP3+RrjeOIySPpi8sod/qotb2lM9sGt&#10;bAjdG2v42tHU0sOKr6irx833macuEhqMLSSkIsRtcnV/r8ce00U5uw0TUJSvDgP9nqzAxvpXien+&#10;DcWPOal29PX445kU71/8PpalJaikoF0Ir1yE6kZ2YlCUUML6b6WPsSY+ruweydn41NzbiymGp8bS&#10;LRbfwlbVU9RHVRQpYVeZoMa93YWAQOeLDi31Ltv3NLOdrK3UlWJLMPX/AFVPW7i2V/1pPiwM9Bhm&#10;d79adfbizVbT4amizOTelqt2ZygxqUjy+RVp6P7rOVSRwVBUAFoVqf2/1MoZjdCYf4v7wocxRV+5&#10;5v7xUinXDQUdb9lU1jJ/mhJNVBRAAALcWUf1+ntReXs9yjC3B+0jHVIUgjajuCR/q/1fZ1lh+QnU&#10;lZT5qWm3ti4v4Ej/AMRnliqKqCjkEesAijuJyPoY4JCSeAb+xgk6nyFDNHi4I8WZq6aOsm2jQVWQ&#10;zdTHf0RVWaz1Z4g6Rfq0eMKzfTj20s8lta65ARjBOKn5D/Z/PpSmljQU0jifL9vH8umHanyG2Tuf&#10;DZLdZ/i2M2RhTNSf6SNyUNJtrb+brImVZ4ttY2snevkDMCgMtMpBGkF2BBMHjNlbYgpaHb0+TlzH&#10;2TCorKWMRLG9Va9qn7fkRqb6Yyw+nN/ZTDbbyA19KAgcjSDxp+Z/n8+rNcxN8wPP/VjoonYHyc38&#10;sWd3hgthf3Rx1RBNicNvPPVFUoloDKftqvBYyugTzzzKVbUISF+ha3PtmyOG2rt6tmp9vYvF4Vcj&#10;I0mVfE0kAyGRkIKxU5dAXJZvxfj2Jm2lpbNLvcO5xwrwXzrTz/1eXReblsrFw+X+xxp1J6N392xv&#10;nA5LcW7clndyVFPNDDttdyeHCYCipo7PW5+rNHFTxyLGhYiR0kbjSHHPsHstDl9qZBcq0j0NXEkk&#10;sMp1Vk1J5r2iEHMfl02Gmxt/T29PYR3MIciqeX5f7P8Aq8+nVnLCgNTwPR39u53ZvZ+3azG0jU24&#10;MFWCTHVqIpgoctDF+3UyQvxJJTO1wsq8P+CQeVn1TiX3vWZTPbtGZrMfQrGaMZZHho66pDXJgMir&#10;qt+ptNwPpxcewru0109zHtu341fEyipUen2k4/n0tR4beAzNTV5V/wAPQKfJDtHE9AbEosT17Btf&#10;GboydRHQYzBUK0tPV0dE0Z8uRGNpvV41A0K7gAuQASePaf7Nf+L7ldRj5KiCmpvtqOOKleslZQLN&#10;DEg9KK36TYXP09jmSxXbNrhtEOQKsfmePRZZyfUM0p8yf9jpU/GalnxfV1Dk8zXUaZjcFZV7izrk&#10;xUcMdVkpPMWmeUCRnVNIJc2v7Um1uvs7UYulfcFRFtbDQQ66XBUMNPFNI5BZZZqZbqhH10k3v+oe&#10;wuhnkuTDZxl9Ryx/1Y/l0tuJre3TUTVgOH+r/V8+g87K+VPXG3c1U4nr3HDs/e6VK0FbXU0kv8Fx&#10;MbOFkp23AqMJACdOikDqDcFgQR7y0W34MPlJ66hrWmj9CL/F50ZVI+s3jS2pr3sD7NNx2SdUQRYI&#10;ydOPyr0hj3NZE0lTVulXS9pVG6Ns0mN3Tg5IMlWwSGoh2nSV9VDqa/8Ak8dRULeNApAdyfre39Pb&#10;xj9ibehGT3dun7PI5iqa+Or5rvU0sCi6pCxYnn6AAf63tB9Pum73y2UAKwRjuI86eXD0+dOnJ7y3&#10;tYQYsSHy/wBX8/LoLd19+ZSizez+r+nsDXRVNC4pM7iI8VBFjqSlmFmlq6oqvhRWLufUuok6r3F+&#10;UX2GPoZKygmkxVXkSYacUMcFNNUXOlWnmkBbn6/UH2ZXGxQyXAZxqSAVzwqB5dajvpjSIitcnp/k&#10;z2885uGLa2Tw+L3Ngscsdduitzk9dkKehXSZJKPG0FLpilY2As11X+n09x8ptPr2KOFcoIqjMSxL&#10;NlMpK/3+SNxrkjgkqNei/KjSot+B71a2W7bhE0rsEQkhBX8hX0/n1qTcFilrGlVH+H/VnpM4PtHv&#10;/IZ3PV2z9qo+zKB/4Psfb+QoKTbGDDxEU611XNAFnkhWxcRBlDC1tPvuuy+2MnhYcVt7HUlFRUNo&#10;6WZqL0RSILeZw1g8l+SXLG/t7btitNtZjcSGSRuOa/z/AMGAOmpJ7qaQOy6R6V/1f4OnPZ+0u88D&#10;vqs3l2bvKfMT5mIfc7cwtbFS42KmBvHQY+JtckMEYJt4Spa13diSTn2dEYDVVMk711VDdnydRSoG&#10;4HCQyMoHH+0+09xtyXNysFKqx4dUvbuaCGsVV6m9556SPEYvGQU7YqmyjpRwbex+YlikqBO/7ktX&#10;BQvqC/6o/U3t+T7w02SxWez80U+RnNNA9qxVkmSKRwbLEZUIF2PFluefa7fbJLK2S1tQFbzp5f7I&#10;/Z1rbrmZIzJOKk1P/F9SoMJvDr7rcVeK2vj6zPGiP8EgkjpDNC0kVw5jnDsEjBBJewFrnj3my4pK&#10;bcNPLHlKXGxNaGlpLFpWS97pDySbcc+0t3t08mzKiGuKkk+dPXq9le65mqpOeonVedzldsKohzu0&#10;c5ufLo89TmcoRRU9DNVaryD7sNGgRTyFjU2AH19qbdNBSbopYsUzVdRHFCpdVEscUrgCxmEWm63/&#10;AAeD+fbXL0Lbbt7iVhrkP509B59Wld2n+pAwMU+XHh0Buyd11/Wu887v6vxO2NvUGbrvtYvPkKCe&#10;uihRyJBT1c5K+SQC76Ax9h7k9gU2VxB21WSZmSgmYvV0+GRYpp1XgQGY2WOO3Frjj2utI5LIyXDE&#10;AyUFSf8AV69Ombx21lMLw/1f7HQ+1PyExaTHddFUbGxkgp/sqLJb0zktFS08U9pZpaeCnU1NVI+n&#10;kQqP6arH3GoNj7Mgo6PYuOxeQxND9wJqyFZPLV1H9lnqZUuoFv7Nvp9R7TS7ZPYxy7nLIGlkFF9A&#10;D5DraXMkjVCjSvl06SdrdgUuDynZL5DZe4cdBh5/4UaEVePwkUoQyWpBVu887SNpDOXF/wBK2+ns&#10;VvDh8XQDEbZxIp0hQQM9PTnXMY10jXNYlj/rmw/wHHtLY7CkdLvc38Qt3AM2RXOeAHlgfzOeq3Fx&#10;PcMAnao9P8FOii0m9uzdz7nTd/a29sTisTOEmpsOcjSUeMx9NJYr4Me0pMYtyWkLSN/X6D2EmWwe&#10;dqsqKd9ryTxyEfu+FZ5Ha31aT1EC3J1aQPx7NbmWCGDWrDT8vQ/Z+wdVhV/WhHR39m9n9YR7ZOSh&#10;7YwSJTIwlM2YpaGkgC3YRrBKY1LccBQzH8n2rsNtXcmOdYiZyHHECrTw0FGt7hQIhrkb+pP1/r7S&#10;RTWhTxFwPngn9vWpY3lwRU+vQKdgfIbozL0lXUVOd2/VfbFlWZZpsnnsm+jQRBrPigQ82AZrA30/&#10;0eq/be43gcxZCrklNtMEZihjZjyWd2Jb+lhcezSzu9vQ1oqHzNM/yH7f29JTayVA0VHmegW2/wDJ&#10;DohczTQ5DAYChxqIy/xOrgrstU08ajTHTw0kNP4lP11sNRP0v7CzO9LZvdM8SZRYIoGI800mSqpJ&#10;FDD1Mojcf73f23e74qRkwVYjy4f6h/I9PRWel8ig6MtiPm18fsLjJabHZ6ur3p0Jpsbj9t1dJ5NP&#10;CRQjxIL8fXhf8ePYg4bqw7VxVLiMNXNT0lOo0U8KkqZOSWZ5TYXJuTa9zc8+w/t8oluHvrigZsV8&#10;6en+r/L0rki1gKQKDoFty/Ojr/cGRMGQ2jU+Gnv/AJTk2jQxU7i4EVJSiSR3IFtJcC9vp7eaXr2a&#10;SUVOUy0kzg61iiuUUgWGppPrx/QD2vn3eQ/o269vz8/2Vp176WMCiCnQfZ75y7XoaM0GyNgyQowa&#10;Jquv+3pG8ZGp3jpqS4BLXspkNxa5vx7n1GzpUicUlWXkc/WVyq2/AuL2H+HPtRbblGpHjigHp/q/&#10;zfz6TvZlqDFB0j8T8x8RV5CF9w7UmpKCFUZTjYYaupMifrPhlMQLG3pOoAX/AD7aKrYWWqDEEzMF&#10;Isdy7LFNMS30uULID/hf27++ImUqEJrw4dWWyCNXpd0Xzf62xcdZInXe48zVSlUhinnxOOjEaG4D&#10;VV5nW5uTpU2954+v5fHItRnGnkcBdf2qroUC3pGo/wC8n2ym5kMC0dVHl15rRSwIoKdNFV87sP5o&#10;HxXVFRQQQs0rRPuMEyyM19LiOmAIvx9P8fr9MVH1vTUsn7+WmnjuW0Mqrrc/l7W+n4Huk+4Ty1MK&#10;H/V8+riJfxEV8uPDqbkfnxUZKjC0HWpoqsx+Jp1yKzrAgFvFAGi51fQyXB/oPb7/AHRpP+Vz+xo/&#10;zS/5v/Ufq/3n2m+qufT+Xn1vwE9R+z/VjpBf7OLmP+fe1H/Ar7n/AI+CT/Of8rH/AAF+v+0f7z7/&#10;AP/XhTMwOogE8Djgf4cfn3gZ13k+R63LIFBGkEgXva3P155/HvErsf08H6H/AF7fTj3ZW8m4Hpup&#10;LY6yywrybf0I5/x4sfeBtWr8kk/8TzwffgBWnAf5OrsaivUpCNA+nA4ueLkcc/77/efbhRoUBLGx&#10;4P8AhYj+p97d9YoP9X+r/L1pV8z001xBYabfkXF78GwP+P19yHtqseCfpbj2wprgDHWyoPHrFGCI&#10;wQ1yL/UcH8/j32QNFlI+nFzx/rf8R7trBaj/AOr/AFcetolD8usaq2oNydTA2te9h9bfT3GbUSbg&#10;ABjb+n+uo/HuyvQ9vWiPXqYFQDkksVvx9efwT75K5+hFwvIv784DcOJ/1fz68MDrgEVfofx/rEXP&#10;J5/p74lj9bX/AD6r/wCva/uhpSg/l1sHzHWULyLkj/eP9cn3xmmbTe3It9L/AOw9txrRqeXXus0c&#10;IP5seR/Q2/tNz7iPI5P55twAeCPpb/int3w8D5f8X/q/wdbHUuMRgG4Un+pPFrWsSffByR9SQPr/&#10;AMjJ92OnHVRWnXKIA6rBbW/p/vX+t7xj1cH9X+2/2592JVcg1HXhXrmAwudIH9eQb/kW9yPEhXV9&#10;WIHBI4NuOPehkUHDq4PkeHUUzSLIL/QFvoP6nm//ACL3jaBlFyQSf6f7xx7pUHsXA61546kpOGZi&#10;R+Sv9RwfqT76RHXk3t/Qi1iPetQFQBnrWTg9dyFWIHH9dQ54/wBh/re5MbFbkm3H+sTY8n/W92BH&#10;29ePy6gyx6rCw4IuT/S1vz7wte5Nrf6/+P09+rpIr1umMdSUClBySbW9PN9I9XHuPr5PP049Jv8A&#10;7e3tUoFMefTdRwbrzININjz/AKoAD/efeeNmJtexJH5P4PHv1ABXr1Kmh6jyqLG4uOeePyP6+3WM&#10;MQFvY25Yfp/wuP6e2HbGo9bApjppcIJAQLgG4/Dc2+lv6+8EtPr+pBIPBub2/AI96V9IqMV69QVq&#10;epUVRp4sb29Q/wB75t/T3BeMILDk3+luDx9L+7dzHPAjrY056cI5dVj/AEsVsQf9v7bZV0En/kXP&#10;9fb4FMdUbpyifyC1ub2/5JH4t7jSknkf0tz9ePe8A9U48OpMQABBPN/oPfBGe440n8fn/Xt72TXh&#10;14Ak065OiWNzcW5HNh/T6+5Gu5AF+L3/AMSfyL+60FetmoFPTrBosrMdPNrG3IA/H+v7zLKwOnkW&#10;/IH+N/fiPPrdSFp1haEEarjni1xwAOCF95fPYf7A8ni3urZIPWwQvHrCKcXIIvf/ABB+nJ/33/Ee&#10;+cbayADY3H5I4H+t72aAVPWjXj1wkTQL24AYiwHJP09uCMtrG/54/JIHF296oTgdXVa9Nbqw54vY&#10;H8/Qnk24/wB494HRb+ph9P03/qPpb34fZ1puPUlJGCjSjfX9X4/xv7iEhCeP8SP625+n+Ptynz6r&#10;Q8KdS1DSC9/obA8fn6cj3lgCm76Tf8XFwCeeL+6sCMDreg+XWGd2uq6xYcEg/UD/AA9zGHoChTcj&#10;n+i/1tf22FGqp49byv8Aq49QxIQxOtSF4/xb/C/+29tVQSoZb3AFwfzY+3OPWifPz6eKWx0NYA3A&#10;Nvpcf4/6/uFEAG5Y8kcA/wCx+v8AvfuwFePTYNcdTpi2k2UHj6m/+x4/r7mgBW4BNv6/Tn+vvwrw&#10;4dXp5dN7EsgJNv8AWFzxwfeRj6LAHn+v+2v71itevefXBQddyQLH+zb/AF/p/vPtmnFybW1c2HFr&#10;H258/LqmK9PER4Uc29I5+tx/h/r+4xVj+pbi/wDt7D/D3oLXh1UAefUguv4NiQBcD835+vuSgePk&#10;A2NrAH/D+nu1V0gdbp69RnKuSDa9iL/0/P1PtxidylzxwBxckW90alMdOBRjPUCVI/JpH+JN7cgj&#10;/ef9f3lWY6SC1+bfS/F+QfdGUHJ62Pix1jMQBFlFgL3uebjiw9tdaxUkgqL2tax97WmB1qla149O&#10;dGoZQDqJ5uSP+K+09USEsbN/t/r7dFa46bOT07RrYDj/AFv9h+f+J94xIqgXa54Fh/rfQ+3QrmtO&#10;vfb12VueOPqSf9fn3IjAk5/sn+n9Prx79oY4r17V69YmOj/fAG/+uL+8n2sZ4ALE/kXv/gf6+9ga&#10;D8+tYJ64edrXPAH9T9T/AK3vv7NlX03tf6/gj/fce3GcFQB/q/1f6h1sL6dcBUKzWP8AT6XFxz7l&#10;xUyowMjX/wAOAAf9f3rV2kL14+nWCWZmFkFgbi55PH44/r7mEozL4iLre555/pz+PbJOO7z60Kkd&#10;YFDgN5ASD9Pp/sffQjYH1tcE8ix55vx78JGHw46tQg1HXIsrC6i5A/3rix/2N/eOplI0KG5vxckf&#10;Tj25GSzd3VSBTHXcMQGpgCAeWuBf/eP6e+BpFmtJYhhb6kEf0+nu7YNAetfLrwqTESp5BNwADf8A&#10;1ib+50VKUsWPFuDzcc8H2yx/CPP/AFevVlAHUWSqD30gfXkXHP8Agf8AYc+88lOGFx/j+LAAj21Q&#10;qc9XpjrFFVEek2sSPzf82Iv7bkSRHa9ilyLD8n+tvalWqOqEUPU12RlFiQ+m4J+oBN7/AOx95Go2&#10;ZSyGzfUWHBP19+D6TQjHW9NTjrGKpAyq1iDwbnlePqB/j7l0US61Ep9QPIHANh+R7u1Kf6v9jy62&#10;F0nu6g180ugmEcG1iRe3PFj/ALH2qIkjewRQTawve3H9fZe4/wBWOnzppXpKyzSx3aRzyeSPqb8C&#10;w/pz7x1lMqi4RbjmwNgOPqfeowQc5z1Rj26us9FXNIxBkYCxCki9/wAG1vbY80UIBZgD9NK/W/0v&#10;f2rMXiEEcOmGJ6cY0nlLhVZgb2Zv6W4H+Fufp7wNXsrEhAqfgg3PA/qPdhCtCp6uD29SFx+tReQs&#10;/wBbMvFj+LH23TVwkuDe4Y/U/qt7qYghz1qtR06wUZjtpAA0jkD6f7f6e5VNOtgwa1rAAWHB/rf2&#10;1pzjqytig6j1UD+pCoOoG5YEm9ri1vb5DUahyGb+nqB+p+oA968PTw6sGpU+fSdqIB+SqLyT6bfQ&#10;c6vfOpbxJc6x+TYAXv7ooDHPHrRKkdcKQGWQ6QrAWUH6/m3HtlmeOoLEgjjm/INvz7eCADB6pqr2&#10;np+gWWm0i2oar+n+hP0J9pXIw2V9NnHJtpI4H19qEY8G60w6UdI4YDjSeOdV+f8Afce2WlIjkC35&#10;FwR+Lnkmx9rAarTpOTQ6epsgJF/9t/jb+tvbu1QAw0hgP7TAcWA/r7bIJwT06CfPqGsXB1EN9dI+&#10;p5/PubFWwqqnVrcE2va3+w9sMlTnqwNcdRpKaVmNvSlhyvB/wvf27LVaYyymwYAgXPP5t7Z093r1&#10;b7em1qUO+l1J0mxP+H59tL1rNP67BdQFxcj629vIFCfPqjMRw6c0pQkQCfW30Jt9f8fbyEaoUeI6&#10;uAGAH49sFdLajg/6vn1dV1HpqMqwXEo0gNdGY3uf94/3n3njQQgeRfra5b8Ee9lgT/q/2OrMhHHq&#10;NJI0xtG44PGnm4uf99z7ZKl/NUsShCAgBhwLD+g9qUFVz00xNeninTwU6qH9RFyLkm5+tz7dIpQq&#10;rFHpLHSLfVv9iffn4VHW1rwHTTLCzO8s1wo1fXhf6fT/AF/aiFOWjUAXYqCRb6m9vzf2X4Zs+XTv&#10;dShHSearWKQnV6Q5UNcXHH1t/j7yEOkeh10XvyPqbf0H490EdWxw68Bow3n1xEscsnlRtZAA0n9N&#10;2PFz/t/bRJVAl4UJDE2N+eB9B7d8I8fLr1QCPl08w01gkrqbKAQB6Qb/AF4PtlqhIhV7gEn+0eCP&#10;p9B7UIAhFevPQ5HT1TNHIGUDgDjSPUD9OfeJQgBLsCrclTzxb/D3dmA446aA9esjeQkeNTrUcNyP&#10;za49xnqaRWALyKoNglyB9Lcn3rS7Z6tqQDqSkM+lrhGe36iATe/09w5Jf3kKMdBNlQcgi9/p73Gu&#10;mobPVCa8OpIUmM6gAwHqb6c2sCT7VVJEjQhmYxi3p/PP1IA9tSCjUXpxBnPSYq53SUqFEpB5/Fgf&#10;yT/vvp7npk4KWJoyQt1tz9T/AIn+vvxjBIUZP+r/AA9aJIOD00yYmprZkqLsdDarKBpAv/sbfT23&#10;PkFCSaSSkikg3/r+fbixGor5de1dOy479yNmADxsFPHNh9Qb/wC8+2xatSTrNlH4JsCS30P+w9uh&#10;RT5dN/PpzalcBdCjVyAwH0Fr3A9xKipTyBypEYP5uFPP+PvWRivW80r1KhgYRlbjXb8AEg/1Nv6+&#10;5SZJFUaU182P5H0sLA+9kBqV49WVqDHUVscxZiX0j6rp4t+Tq9xgsck3lEcasTcE88jkavdSHUZN&#10;R1UkE8OpZYrGIyzGw9VuLi3Om3tR455onHkawItcX02t/X2xqFc5Ner0xXpN5aGGoiIjU3BDC/JL&#10;A8fT/fH3hrqJqiXyRqxGq9x/rfQn28jUyOmnQuOstDXJTwCOZ1U24vbnnkj/AHr29UNO9NRyO8JU&#10;EW54kI/rf/ifbUkiyNoPz6vGpVadJ7I1EdVkIUhqUkKMGIUhorH9V1/2H9PbBkshFGgFwdJIHP0J&#10;+vP/ABX29HEPM9Ud6fb0pcbRSlmciwbn6GxFz9Ab/wC8e8FPWwzQESA6zwo+np/1j726Kvz62rcA&#10;epM1HPHUBoSPH+pyTc3vcWPttJZZCIYvSz+pr24PHJP4/wAPdFkGnu6uRUV6cygKqZJDcD0i1/8A&#10;eP6+5tTjvLRNouz31EJ9f6e9eKeJGD17TUUHUGGuCVioxCqVsNf0P549w6eienWMENISQLHkJ/W9&#10;/boIcBvL/D1XSR1Kmq45DIFYJpB5vYt/wW3+3Ht3yFYIKSKKP9QvrIFri9vz7qI0WTWOvF6r0z4+&#10;leeqnnlPp48a31af8f8AeuPbL5X1I4kVUNiwIux/1j9Pb1K8PPptWqenvxppdNJZhe1voP8AYe1Z&#10;DkkTwaIldUAuTyTb6kg+0pjWpOa9KNeofZ0kajFSyipD1DRmS4Gn6D6gBSPz/h7zZGWlnbyswUMg&#10;LICCrX+pP+PtOFcEgY/1DrYH8XXHExVVNEICGlKOVWVgwYC/p/V9f9f2mhQRzSt4nFj6uQPoP6n2&#10;93jP2dN6RXpUNXtBEpmTkcG1/wDbge8ooZJTo1BlQ8hBqIC/X6e3EOkEsOtlSRjrA9fFEA3KNIAF&#10;DnQup7W5PtS44wR+nxsdKaQ7jn6/4/T21MzU7f8AUOtjUhz0lcnFUTnUZwmpwxSMmzECyggfX/Wt&#10;7cq2sp3pfHEoJVWDfU3/AMT7Yior1PTlWJJA6aKDG18dcZp5G0Oy+P8ASCoDfo5txb2hJFjkdUKN&#10;wbs/4AJ+nPswCk8M+nTBBrnoRI3lijL61/TYKByzD88e1hiZ6CjjDPIrNp0hb3K8Wub+6NbEj/V/&#10;k6cWZUxToPtww5jISGKnheKMNdpBZRIPrpW9z/sT7bMhULPLI9yw/s6fwP62Huix6WBP+r/Y600n&#10;iHHShxdM9NTRQkBG4Dh73J+puTz9b+2KlX7iXyEEqGsLmx/1z7vKoKdvTWqhoR0oqh/towpNjbnS&#10;OOBewHtc09E3gR5CojA9IsCf6Dn2UNUP0rH9n8+kNV5SL7h4YtbTE+s+oA/2if6f4X9smVjMTxiE&#10;xkOCWI/sj+tv+Ke11rU1r009AK9PeLlE8UnmWQFCoUflza9rj+n+I98aTTHYcyGQfrPCq1r3PtaT&#10;64PTaqWPWKuDSi4tEkTC6AandfpYD/Y++EsTtHOY5FkNiQCbXP5FrW97FNWcdVoNZp1yhnVXphNC&#10;8dyBwurSD9CSP6/09oKvFTHMqOkrPc2JHo+t7g+3wFYY6acOBnpb0zQvGWjZNP0NiNX9OR7dKbIu&#10;D9pLOq3SwXUf1fi//FfbEi8SBw6dV9PaT1CmooyRUxxFmDXuAAdP5/5F7ivWzRTGJSDDqsSxuAfy&#10;Vt71Hny602M9Sfto5EVyCHA4sLEfm3tT4qvijcCIgsotqsNIJ4uAPdJI3kAJ8unFftx0m8vj2miY&#10;SC6OwJQEqSAdWm//ABv2pZckywGKYOYnUHynhAQL8Ae2Gh1CnA9WWo7h0kqbDQisFTT+NZ49SeFA&#10;S5Ba37hP+t7Sb1lI0rAkE/2WP1JHAAP/ABv3UxHTUdb1AnPS8ip6pIlAuBf1L9bXN/of+Ke26Snj&#10;quNYOpyQLqAv9Lt7sGotOtFATQdTxK0NyUICrbVyb8c2Hvi2FalN/NpuL/q1Aax/X/ife0d61HXm&#10;UDA64JlYqgEKhJBPBWxOk/763uKtFOrXhmvIjFhGp1B1/wBUG/417UBmA7uPn02Y1PWdqiFlHkQi&#10;NwF1kadLfQKy+3WjWSpmj1kAx8MHsCCPx/r+2mbT8+rolcE9QatoqeGTQh/c+mgEg3Fr2/4p7c81&#10;TwSUKiR1aZxpTQeIxblW/J96jYsa8KHq0ukDSOmbDTTJXTLHG6wKLyGQDVI5PDJb/eR7SNHj1oGD&#10;+WzML6T/AGV/qP6j25IdWCOPTaqB0q3qPMGUJdV/I/J/I4+h9u0GVYVCI86cMArKSupfpb3RE+Wf&#10;9WenCyAYNT031OOieCS0RsUJKt6tJ/P5t7VVdPPWUUSwC7IpGheLhf6t7vVIzU+fTTB3BPSNxdFB&#10;QZCoedjplZSHc8qzfhVHJH+PtDUcs8tayVRXxxn/ADZALAX4B/4g+1FEdKjj0yrhDpbpdVKpFS3p&#10;19brZXBIBuPqAOPa8l8T0KGBwGLD0AC3Ave/tGUZGqeB6WcVqOkNA065GVKiElVU6ZbkXLN9Le+W&#10;JzclLMC50KmocgC5Atz7alhWRaN+3/V/qPVFZlz1iz+3IcjStGqCVpSv5J0gm5034/1xb6ce5+Uz&#10;UVdTOqNZ/SwJPIJPN/8AX91t7dVzTrevUe/z6a8Lt6oxFYjOdURDoVVeLW4Cj+v+PtIV2UhnpHSW&#10;SI/bX0aLfX/G/tUIijVHWtUZQqc9LjH4x6WrMsUcyip0tIXa/AH4twOPx7ZsRnYArqXWRynpUj9P&#10;qsePbrKDlumY5Cp0r05ZLFvUGMoSgV9TlTywtYe3ctd/PqZCjFrA8uPwDb2kYtXT5dPinn1HVFEf&#10;h0rIHUAkr6UP0Nr/AJ49utPVU9QgNRCrlf0kix1HkAe9eGQ4APVlkqc9M9VTVVNf7Wdow/6gCWGk&#10;CxLX4/1re2nMVEtVHeCQwvTWVFF/HpPFiBaxH59qEqDp8uqSAPknpwxFGlG7eVVm+6u7uwvIWT8k&#10;ngj+nsO89QZ3IUzRxI7llGp0NiADfV/iPbqOkZ6baN5F6U8clJH6UeNLmwGoDk/j2hqXa2VpqhHq&#10;4pJIZOG1Hhrn6G3vZn1Gg6ZWBl7j1JDo30ZTb62YG3+29iNBjKjGRE0sTwQyLrRGAK8r6rFuT+bD&#10;27CNYqerMGU4GOon3FPKxj8kbNG5DBTcqfxcfj8e/U8VdknEE6SRMDZeGswv9Co/B91k0p8Pl69W&#10;WrYpnrm8kNMjS3XSOWIZfx9Tf2Y/rzYVJ9mZ6+lUa0+gBQ8cAhx/xHsjurl9YRTn/V/q/wBnpclI&#10;RSmeiQfJD5Bz7K8VBtytp5K9HRnBZZvGhvrLQAgGwBHq/rx7FvGYemxzkRRk/wBnW31A/wBTf/iv&#10;tHJKxIjOD5DJ/wCL6o9WagFB/q/w9Ep7G7Tym+cCK2oyFJT0gHlqIKYxRiaTRwJNRJW7XGke35vT&#10;wLm/+8/63swhQUDMKf6vPqrH+EdEryuSkrJnigBZQxA1EsNI+mn/AGP9R7jS1CQcyNoFvrxfj/D2&#10;q0rIOwVPTYYA0PUvb+1cvlp1jooZZnk/Cg21KNQAv/h/X2Hu7t+UGEh0OwMrfSzLdV/Nz/r+11pb&#10;JH+sT+Xz8v5f8X0xI1TU9Hf6G+Ju4N41X8XzkklFiadgBEym9RILEgBuNIve9ufyPZaNw9g11TM0&#10;8L/5O7kalchRzfVY+zFpgRpXAH7emfDausdWsbO6r21tXGU9DBRQl4Y0UuY0vYLbSLD6ccD2kZtx&#10;nM+lZASPRIkn1JP1IvYXHtAz6eI6fUK2PPoQ6TH09EumFAigjSFAFgBa3HuVRUNbTuZoVuWHoWMK&#10;H/wJtxf2kknBFPLp4R0ppPWWWSB1KSFdIPqDD0/4g39uUtFX5GpRpbMyqokRyWvp/N/z7tHOipQD&#10;7OqFNTVPUYS0tHC2khE1MwYWABPJ/p7VFZsOh3TgJKGnjWKvisyylWA1gfoY/QAn2kF20M1G4Hp/&#10;QssZRhTpC1+73wOTWbJvfE1AKejSXjIb0zJH+prc6he5/HPtJY7YNVs2lllr47LqV/22TUljw10J&#10;tz/jz7e1LcSdv+r/AFfy6bEPgpjPShx27cLuA+HDVsdUWuCxSRFPB1KFkAJt+faoyuQoMrtedFVv&#10;uIY1WKUEmRGPAv8A4f4fX2pgi0tqJ6qZg8OOI6aaLGZTH7pEwnH2NYkplh0+jUF9LL+Q30/wt7Cz&#10;Z+TrEo8nFVRqqoGSKQljJIBcEKf6n8+/NGhmU+nTEDkRnpb1MCzGEnVdJVIA+h/4N/re3bbJrKyq&#10;b7kSFY5W0AoCmg/4j+nvV06KKDierwhmyeuFawigdrhTawNwp4+lifYn5utMtNS4/Hyqk8YGtnYW&#10;uwuCoH9B7RQ6ERpG4np+QayFXHSHwmOmirq7JZBA8UzWiVUJZVQkN5L/AFJv/vXtOZytyeLjhgaa&#10;H7oxJIpClWYLbUEv9b+3rYRupc8OmpSUISp6UOOgx1f5Z4omaESSRlWIK6voQQPyP949tlP2LkPu&#10;6ejpxK7nSJIoozruPSSSR/vvp7eYLChbh/q/b03qd2GOotXsrAVgkNVSRzM2ohpfUqD6iyni39eP&#10;cnciHc9LKrRNNVhPMlI7FZjIn6gCeb2/Hu5n0xBiePTrJqNAM9ZcPQU+AjFNEscVGCI1kjUJCqnm&#10;MccAXNvbJtTdNbgKiOlyFI9DAjqkSSRMCebfq/p/j7L5aSvVcnqyu0Yo4oOpmbwlLnKOaBz6pIyi&#10;yK3AuLA8f6/sR8/2KtRSyUbwh4Sum5cAFWHHjU/ke1f0601Uyf8AL1tpatUcOg22n1Lj9u5L+L09&#10;Q6VJIJAUXZlPq8sn1YH8C/HsHq3BQVk1PXGnidWlLxQoCjsL3YyqLf69x70rkKVHAdNMgajHPQxK&#10;4uUJOpANTEWFz/j9PaknelwUlI01MsNPOiqVsfG4Y8opP0Nvx7oEEiko2f8AV/q/1U6s5ERGrh1D&#10;DGrjmVJgHjchWW2pGA9JZRwefp/X3yz25dv4FqeWkxkrU1RZjIy+dUUrZ9LH/X/rx7cjtWZQXbPW&#10;pLgqAFXHTfRUuWmhdcnWp5lZ1VqWPw3s142cXP4tcD6+1XgNzYDK0kuOdft6SqS9oSBOGZLL6vwP&#10;8Le6GMwyhxkf5P8AV6npxWjlFPLpNZ3BZuOeHMY2ojqsjSA6IqouKR4ywZw8SG97XAI9gzTbZxtB&#10;uDMST0VQ8VIWmjmWVmMqsxKllP8AQfWx9q7iQSAKp49MJEqMzUx0vYpXlp4ZBpR5URiCCVDMt2UW&#10;/pzb2o63e89LQ0dHTQzGmma0f3N5QultK6L24I9txIFU1xnqskpoKYB6g/wejNa2QeNPuynjMsSi&#10;JmU82k0/Xn+vtUbPh2pVZePJ1kMdNIvFUY7rEZha7gN9Gv7SXAnmXQn+r7enkMaHVTpn3S+fp8NW&#10;Jg0SqrXjZaZZRZrkfoci3H4LfX/X9zd37h27ikyb46fVVSodcsRYaY0/zZMQvYk/049rLazOkPKw&#10;JUcP9X+HpuScVKgdN+2aTcNTT0DZ2GOlip4lY0hZZpPuD9SJha6j8Ai/+PuJ1LW0OWpMlnJZIq2u&#10;xgZxBFD5ZfEDyxU3+g/NvZVuBkNwIa0U/P8Al0pt2DRFgKt1y31PUimx2MhPggzFX9jLVmo+1WB2&#10;S8C61sbu3AFxf+t/anYy5SuqKmnrmkpshE6R0KjQYZyulZQT9AOdQHtcs8cUYSlKcTTqgWufXqLD&#10;TpiKCmp6mkVJsY8bGvk/d88CvrdbryWKnjVcDj+ntJHqvekqZJpauDGAXnoXmqxNHUuOVWG17Ar+&#10;T/rH3aKZHlCqCQfOmB026dtCwHUKbuPYyy09PRV9RlKl6laarpcdRzzVWKBOlpclTuFaNVawIAJI&#10;N1BHPvtql8CsFbXxQy12MiEFRkZFDK7EaWRdXBIvcC3t+S1E/aa0HXjL4Iqfsr0skSDKQSxxTulJ&#10;XRiRIIyIZFT6mT0epQxH9fYZZt6LJbhmzvkpIK6poWp1qYVeArGykxOyx2vyACw5Ht+TuCp5L/q/&#10;1f6j0yQC3ieZ6d6KljoqWGliMrRwrpUzSNLJ9bnVI5JP14ufYg9b5w4+n8FZOKuvqY5KU1P3blTC&#10;CSdUwIIYfgjjgeyu5tyZw/kKGnSqFgsenzPTBurDtl6KKMOEjpZ0q9IginZ5Ymug8UoKsp+jC17H&#10;jn3NzVbisTjM7VVu4VqZLaqWFy5qFnb1BaiU8EWNiR7XQq8xowCinTUrJEuDXrFTSZF6vFR0+DWj&#10;pY1kFbUs8EVMtOsdo1paeMl9TPYqGUWF/aDgq6PKYiLI52eSCnqI3/hrEfuLUIbRKHBLEORYD6H2&#10;2oZZiijA4nrWtTGGbz4dKdw6aRTpGSZU8oJK2jY+thb+1bke1LtnBVGW3LtWoLVlPRvFJD9vLEIo&#10;mexDzHyDkn6nnj8e27ySRLVliyR1aMDWGbAp0xbkzNPhcFnclLIh/hlFPVSqhLyKBHqjBjiu1z/Z&#10;Fvad7P6soMbvnFVY3D/kuQkcPi6Wpkiq1jQciOYgxtq/tagLe3g0xsBLTSaUz0wY4Xn1A1+XSe63&#10;302/MHJkhisljvtpFpjNX0ppI66QRB2mpaeQ+UKL2OpR/gT+Bri2BsCg27j2ydLMYYaRalJDUQ1F&#10;dVrLzIamIKVLKeLqTx7KLUXlxqJYAVOT5U8gP8/Rg5jjACrUjpH129d8VG5avEbapqGtMFZ9hVR5&#10;DH1dPjqCWOMSiaPJq4Z/Ih1FTH+r0g+wU7l3fksI+CPWuHjiwUVLBTZaSnp9emcSftxVwt/aH0JH&#10;+t7O4reCG0Go65DWpPH/AGOi6WW71hgKLXy6WOwMVuylosq+/MnHl81VbgyNbQ6I4Y6THYl1jSio&#10;8dFHcqieq7MxYk8n6exj2tuWlzGF2/S1WOko8zPQTwosNNp8MM41NNYAKNLH6ngj8ew9E3087SSZ&#10;Wo+XRi58VRQZIz1Czu38jTVmVylNkwcZJLRZGppauVpNVTRaVNN5GJYRuoACjkNYj629ghn9jbgz&#10;m4MXRYjNGtro6pqfLUbWWrFOZSxr4KYkoyoODaxFr359n91dxLba27SRj8/LpAtsxkorYHHpbvma&#10;ChxzZKueLHYuKmSpasmkjjpYoSBxLI1tJ+n1FjcAG/HswdRS7e6+2lkswMRT5KroaUtJkBFGMhWV&#10;dJpBH7djw39kf61/ZbY2d1f3NLtiEpXT/g6VXVwsMX6IzWn+z0DdTl8xvDdWOxVBnK3EU8n+UVdH&#10;BEr0/wDCJaeV9ZaRbM8oQojseCbqtvbFsjK7a7K2lWdh7pwFM2VxFZV0gxyQtFLK0UYZRURKbyXU&#10;gqWF78e3WLvuH7tjbTGFrX/N01FIWgEmmr/P/V/q/n01bnTd2zM7tPYPX1XV0mK3EtQ1ZlsuwyiY&#10;KOGSznHvV30uw+kdmUX1aR9SncpvPK4mqps3mNtDb234aKXG0sq+MU6JUApjZzBAWY6WNtDWNzb+&#10;nt17S0J8OE6ipqf9nqxklQVkxXoVMZgaD7CtxMG4qnL1suSiyGRqaypiqappEkjFXCEjAWJJETRZ&#10;FCi9wPrfPkdtY7EUmL7Gq6mmNVlI4oqiGQmSkmyk5ApLpJdoXYgBeQVJH9T79HLNfyMlKJGaE9ek&#10;CR0p8RHUbHbppq3cuZ6/jhqqeqxVHBVQyNGacnEMyUzSwNICkgRzouPqOCPyQlqcNvPPPBl6afJ7&#10;TqqjK1cMUUqTSwVmufS0Q030lCGDRH8HWDb25PPHGp8PIUfLptIXYgsdJP8Aq/1ft6XSVFCt6Nai&#10;CR6WmimlhM0Tyx0xUiGeWO9wraTpa1jY29ixnarJbHraLDZ+Ns7icvR0NDkKinLxPSY+eMK0tU8n&#10;rQqbtqsLN+T7SWeqa3F5wNTQeo/2enZG8NtHEevSLoKnGb0xs+S2+XoK7E5jJRUlRNHHJEmYoXal&#10;lleOnkKSxPyrDWCVNjpb6NGyFxxzVVT7TwePztRU5yljJlmp6kYugoJWSkzdLKpsGYE+YjkcXH09&#10;+vCid0zEV/D6k+VOvREE1j/PqXup4IMG+Sz+aqMDQ0GNnmyMtHOsEFTJNSMlTTTpIrllX6xKpDlu&#10;AfqD1uqlh3HvTFY+QZCu3Tg8jW1EsJhpBRy49mE8kEckgQ6lYAo9xz+r2/dM8dhQ0VWGKeXVAokm&#10;qPLrltz+H4vBwVtE1FR7cmxtBUUjhp2lDtCtOk0zMWWzIIgAv0I9iZRYiGLd2d3Jma6pShp6em82&#10;Ir8lTCmlLY/TKIxAfWFPLhmIHKj2iUz3EcEEC0ApVqeQ/n1syRxByck8Pt6Q+YyNUNn0GA299yuX&#10;zL1lNjMti8JUPDiimSLJXTR1KWhYg+h5FN29enTf2E9Juyk28ZIYYMjW4TctNU5RaBFakoaSBav7&#10;WKix7wh1AFiHEmkkMG/I9rrmFBJ4q4Yf6j/qHVFkIwQaEV+XQjVGH/iX2zvLCmTw0iRQZJ6daqV3&#10;NGpeaSN1iAJLhwEYgMPqeV9zarI5LryopNy0W2azK7VNDFDtGhqoJZ4cBX1zc1NfUU+u51l4VkkJ&#10;W5+t7Xq1vFexhlOkg1amCf8AUeta5IT25B/l/m6TFXDQ7woKvZtfumCizyTxU+64Nu1FPS1+SpYI&#10;A0tIiVIeaniqIXhkk8R1xq2kSerUVfBv+CsxmWrcNHR0C5XH0sOQhkx8dJ91WVMhoJIZaIKrMVbU&#10;pCggk34B90htY1bWxJYVoSeA6f8AEFB/qz1Dn63xdZNtaLOCvy392c7JlsBU1eRyNfU42SjJnpJz&#10;X1Ts5e+kXka4A0Akc+1bJtTHZepwtVuKmyVJjqSSKnenjMdFEkE1FZWrPUJFiLaVIVfwObD2igmn&#10;swzxDUNVf55z9nV3aCU6K56S+c3tkosVuPGde5Tb2Q3ZJjslV4qad58vHLk6OrMMlJFDBoinlQFn&#10;MZqFOoi629te0OiNndT1Oe3HVZjGz0f3Yl21JkajStFSTfvCSqcIAaiNzpieMkEKrEA8e9P9Zu9z&#10;HLbAeGpBevn8v+L6bBhtYjGMM38ugYj+TGd7A/hXX1D1l2FSburaOspd7x4fF4+WmxFVSmONxQ1e&#10;RqlT7KoBlMjzlJEQqgDOdXtB5vrWHa+Am33t/dOR3vXbnzdsmKhI6aXK0r1Dmox1Il7tpZQdKgFl&#10;DWtf2dwO17NJI1FEVABX5V/1cemHRYjoUE1zmmfs6FvYXcWUznZWY6k3H1pLsGq2xtWn3FRzrm6H&#10;N0P8LaZKHHSRmgp44KZNDOqqzkqyFLfn2A+IqcDX7k2tSyI0mPpc3W5PHZHGV09FX4wQVX34p6x7&#10;M7TQS2jhil4CkjlTf3q+ZzbOK5Ip/qHVIGTxFxitQeB6MNUxu9PUJGsUkkkEiLHUqZKd2MZUJNGC&#10;Lo30YC1x7HPtGtXO5qh3hS4ltx0lPjo8PvSaugp6aGkx1TVL9rG+PkIQGYMdbw8jSDxa3tHbRGDa&#10;xba/1ADSn+r+fSsxqJjKR2njXoLuudvU+w8fPs0U9BgKGpy2SrNp46ly9TlJZYJIkyGVMFTX2mcR&#10;1DyP45FOlTp5jsAs98Ps+jwex93yS5ODAbekpcRXY3HNHWUmVppMd4ccj005/ejjnCO5J1KpP0t7&#10;SbJBdzWU9u+GViS32ny9Mf5+tTaVnDeXSZw9XvOi3vvfaQq8PUyZrGjdO3Z5qero58SpzAx2aiyl&#10;RSCRdTQzxtQlY1DPE99Y1kM27cBX02coJdx7v+wpc9QU71e3h5q5ZcbWUhoKnHUaVJ0RBkQN+2pZ&#10;WLW/HsyhkdbVZLNPh7QfWn+r/ium38LWY2NfUdPux9z4Dc1DuaDaGEmnXbO6svg6jJVNPSYyKt3B&#10;injr5almiZZZF8k4vKyASC7cq/vH1/8AHHYEtLVZ/aFZumlr4JMtTQZ7OTwXpnr6N6G1HSRqvkam&#10;V9aObEki7349lUl/ePfLAyBxg4/wV+f5/Pp2O3t4I9daE1p69Bt2l8h4unqugx+/222+Ry8EU+N2&#10;3t2bJ12XqI4nsauslqFRIKeokVqdC0LaWB9UovpCzemPxXXdGvXGy8pj67cWbrKevz+6Mljpq/cu&#10;UmvqpYsbQaZFiij5GqSVbMS17G/sSNE8MbXl4e4jC+Sj/OfXovWQO4jhwP5n/V5dCp15X7m3pT0W&#10;+91Y6u2i8tPWUmK2PDmYMjRUEK1TQyZbL11Cka1lVUBA0SG8VPEQqr5jI5HHHmkzNPhsTkMlmInw&#10;NLFgft4p0Msk1RGrTjNTM2hmEysXWEMURrauPYZt7h4I3YAHWS1fl6dGTKD516zVmNqMBU5vOYPH&#10;4qqmztUueyVRWCVtf8Pp4qOL+GQU6taQ0iIqs8iq8oLafWfaHg2I9FWT7N25k9z0mTylfNFksrj8&#10;R9y8eNMRkaT7upJ/b1PridXAsv8AX2avMscP10tCfwiv+D/VjppQr1jGB5nqfWbwxsOA/vZmnwOM&#10;wlNSJV00uZzMNGqZSaQ08NFUTTp44pgzCDSVZxK2hRf6iBR9M0GD/u1T4iKjTLYeObJ5HeedoVyu&#10;Sy1fO7TNP9kkqJL4Db7cyL+23qFz9SvXud5AZZVOmQ0AHkPmf9X5dbTwEbs8v2noH17s2/P/AHzq&#10;67OPnI58rR7dx2z8VUQUMOEWJBC6ZDNiOKVKqrd5Jqi9QwWERrHECrNIlavYu6N67yyeOFFkKXaV&#10;ZjWx9TuJqKSknop4WQffGSr9FTN5dUi8EaSQOB7X3d0Nuto44V1utAVA/L8vz6r4I7nc6Qf29Lut&#10;7T2Xszb1K+X3PthNw1VNVZDG7YXcOOFZXyvDJVQYzHUsZaRYljURiRIdK2u12J1L2s6yyVRsvK7L&#10;n3rlH23Ll44zU5PHg5BqSCdP4hSJBSssckFQwdi6gNZiwFxf2gt7+42+6eRYjVwAaeVfX08q/KnV&#10;pIEmjUk5HQY4/sHZub3Tt3fA2Xh6zsyTZLVsK4rKY2pMVDlKYVFNQVGfrKankjq1jD06rLGir5WQ&#10;sFb2CMvR+7ot8TJiMlBLtuOuV8fDjppJv4ftlIkpqmREqSB9yVBVgSS5sb88G+5XUS2yha6nGPWp&#10;/wBWekkcLGr1oK9Cxhe3tvz7No9x7iZ9rZAClx2Rxe4V/hz0+5JoVBxoqIxLG6PKbRzxF0KkNfgg&#10;PuY2dvqTs9d3bb2dQVeIrKmgyOJytZi44aqiXHU6UN8v92wcyoEuhN/TpYXIsL7lJby7UsTsWOkK&#10;aca04Y6cjV4mLPT1r6f5embbu/tjUW2/7mbx3rtWn3TSUpodz4uj3LA8r5DMI1ZU/wAIKeGd4HMr&#10;CExxAoPQQCvsT9808O89yJtfIUIpcZkaClfceRSFEGUpYZlqZIEMKEuyOgPI1MDYe2lL7Xs6ScZX&#10;XFfmcV/y9at1W5kaQ5UVoOkj1ThaXZex81lcTU1eegoM5mJtm7aq8pUV0G33EMmJo8dR1ORlYUsM&#10;0VrxhhFEHYg2LH2y70o9u4rbdZj9q7Eky8EFJSY3GzRY2piih/ykLLPSUpBZ0hX9wyKpW9wSCSfe&#10;tjspQGuLubVqyQOFT5f7HTl07EhUAFPTpV7dye68llcPV7n3bQbWekr567J7RhyGGyE1XR1FB4Md&#10;Q5SuWPTCzTSGRYomDMIxpJGqzj0fj6bLbay+6N04fKvuaPLyw09VksZWYqMAUSQJ9jTVgTzCJbxl&#10;yhVf0g6g3svuoJLvfIrSJqR0qQP8/EfLqk139Pa6qd5+Weg7+Q2+d14DKba2vs/O7ex2IyFK1Vnq&#10;YyK+TWKOsWVlqmEUngp6iIt43V0kkcOQwVTq9l4Zc9uunwuJ27U5aohqcUM9uKCCShi2vQPULNU0&#10;yZKsAhkkMQEnjjBPFgLn2d7ultYxBFJLHCqMk/l/qH+Rm0lcr482Bxz+3p52/u2LaOyzuTcO4qTb&#10;sDUW5Ttrb2VyGKni3rL44/s80KSmVqwIJmMfijlLESeSaxKWccnPgTvyoyFZj8PjZ6CKfa8OdkyT&#10;5OoyFBkYfJRR0+HVOKtqixcIt7gXYC1i6729xYxWdTqND/xfHh0rgncgy048P9jqB1+m9IusqPN1&#10;NfntwZDcVNit1ps9MVT7Xg29lqatWp3Di4tyVUkC/wAIsoipVqmZmhTUpmDhFh0MMe6srX7fwmNe&#10;Db2Frxis7uLP0paCYCqQVVFiMbYpIJWVlFTKLxsCwv8AX2jvB+6IjB4hkllHwjgPmfl0+jtIPEcU&#10;Hp6/t6V8m4cnjMFjd27tNJFuPKY6ozGD2btys1S1LQ4/7uFqvLVSwTStBDIVmhg0RNfRplFh7VPb&#10;eJrajZ2YoNn5GPC1WQyMFXXvolqJKhI40iaLTCQynRHGOLjSDxyfZ5sNr4Fk17dgvJpwTmg/z5/Z&#10;x6I5LhnuwurtHD7fU9Fr6O3LkM53Pi33vizkf4BtCrw+080uOfH47H1kte1RWVsMVXK6s04lmi8w&#10;YyhmKEWI989jbVzFVsbDjfufq8xWiMCHG0EkNLjpKeOo1Uq1ehFaUlVF1Y6bGxBNz7J7Ca8u9xdL&#10;VSkNcuRivn/q/n0uur2GCMUoZP8AL05d0dlYXYHYdcdgbY2RQbkkLvuvduUxdXW7jhWqpLSVWJWm&#10;IMMa3VXkJGphcKQLlmrNkbUy2XrqyprpKnPmrkaknnqDNJt3j1Y/E0shYCQjg+MWUfS35E13buqh&#10;XNI/T1Pr8q/OnSOC5JUOEp5k9LDAdo9h4TAYCqp9nx/3VocPSIs3iVV3j56dFl3jksxISKGjABlJ&#10;mQzTMSzagQCo9vbRwfX1HuOrws9ea3OyxS5LK5aWOanoPGvLw0w0oCqk3c3b6c2FvZSux/vO7WW5&#10;AKIDpX7fX/VTq/72WIhFBAY56DjLds7x7Q3NtXFZlMPjMXQVlZlaTaO0K2vkzW9HptUNHTTZiqjj&#10;aGFnVS1PDEAwv5JdJFk92PX1VRs5m2lWUu4MtjKeDKxyJSHK1lVRysY3jpKeFwXLAnTdjc/g+zHZ&#10;9sSwSYykBjUquMDqst4896Aq6Vpj5nj/AIP9XHoQ+ravMDsKuz29ttZrr3FZ6Oq2vT4Wrr4abDtm&#10;cV/uQTI1rAoBLNGjJCYG02sCTf26baw+Lw2wqSPeseHpMvla0V9bR1BjeIzyuklJDUU7iwlQKvoC&#10;+k/4/Uq2233G/wBynmIKwKNNTivrTh/h+XT95dAFY4Msv+Xpn7H35vDc/auLpepqLPbgxOHwtRDV&#10;ZrDQFKelKmemqZMXmZ9MUsUzEIz+Rg5QMjWUE48rPW1eRSqO66PGToGNZ5o1fLS4th+xTUdNHpMY&#10;a3AuLjk+ziewUW4t7FKA+fkD6npLbX9KhgWav8+nvalHhcDgqbAU/UmU3HjjUwVFJDSGKp2nFuVJ&#10;C+RymYzeWnbzypIwLVLRSsHVhGpIHuJJvzE7kpqrakOIyuKgqaefFpHl6WairMj5QYXq4Y1A9Mg1&#10;MJHIJHIFvfrWGHYx4szGRiMn8vLrbiWeQTMaac6em7E9Dbmx26k7Z3Bu3E5zK0G4znYKPAJrwuEo&#10;KXVoxC1Ne0krrENKgQRx3YXb8k4sxtGthx+FwWM3FVUOmkmp1ixkq0iQ04QRxxRSMrShF4DtrBY/&#10;Swv7TpGzwPfAVBaornj0rS5WRipFAP8AJ0qto9pYbM5bfmXzmwv4fR4zI48CuydNDW1uSngiaU1E&#10;8a3hEwsPt441JRQt3JIAcNj47K7a2rnodzI9XWJWJSYmURw1FY9O0Z8sgqLk2a9yXb/Y+0G2WV3N&#10;zLHMw/SQam9MH8q/6q9NXstYBHGakny9Pn0m+3NzYrsPc/W2P6/3DRfaSPVZ7dHkra+ioDj6Pxfw&#10;unr6OO15fLqKReMszAXGkE+2Lr7DbqwmTajqZEpNr1tXU175KfIxpLBDP61p6aG99RICotgAOfZn&#10;v9stxKZ7BayA0BArTPH5dKYpoVipN5Dh/q/1fn0qe5d+9dZLbOVVMW++N642jNNR7MpcFX5P+JZK&#10;IeiPIIYGj+1iZzJLKz8KCFu9lKzzmYWKpqKfE4rIz0NNMskTUbusVRVzcPLMraUb6clmNyeB7Utt&#10;kMNsj3LapmALHFR5/wAvXorSWaaTUuFrgH0/1fs6DLqrbOcqsNic1v3c21aDdGXoZqepx+QoaY1u&#10;I2/SsWp8TjqjymWFUBUskaALazE8e5+26HI5qsqavduDSmxNGiHEY2tMFTTgr9KydWAGtieBY2/r&#10;7IbiWPxBt+1/6Ie9hSv5n/J0vAMEbTMdT0/Z/m6TfdG7sTsHZWjq/fsNfvzK5dUz2ZwZqv43kIfM&#10;C2KxxpWbxJELAnWfSv8AU2985JcPl8rWSz4mqy742E09NBLTE4+nWPj/ACSKb9kHmxZFv+PYll2O&#10;Cwgis1kEeqmo+ZJFTXh0iguLto/GcVY/6v8AV8uk8ZOztr7K2+Yd87V2DHujJ02WzWYkyLtufITV&#10;lmj/AIpU096qR+f0yThR9DZePcqCm+yxklbRYBMWGBnajoIFWaTQONSQgEsf6D2n27bNvk3L6dGG&#10;TTUTj9vDpu/lvHjVGzX5f4em/K7yo6/c9Fs3cXb1Pu5rikTM7gqqOnxtFJNcStEZD4uD6Q8rEj+v&#10;F/bE8m7asTZOmUUdH9namWeinlyUVW5sZJIH4XSLaYyL3+v9PZ1fxWdrMLKLSwHGn/F0/wBX29MQ&#10;2HhrrmJLHjnpdUDdC0D02ycrlKLKZWryBNcaDcFBRber8bHH5GSDI07p5UlH+flQjjUoYW9vO3qb&#10;OwYkNM86VuQqmFbVGjkfJ1pFgC5jVEiVRe39kew6fCmumkmAIjGK0CjjTB4+nRlPHKYxFHWny8/+&#10;L8+kN21nOnTvHHY8NiK/DbN2zFNgcPLunD47YO3FY+meOjMkk9ZVSWUKiRM7CxAH19upxdZRrUwY&#10;2hkp5aoES1UEEYbyPxJNI9xqf/E+zCOazkpc3MikrwX/AGP9XDh0nMNw/wCm1Qo/wdBW/aGw90TY&#10;mu3vvDEZTGYWu+8psBlsxWPE0VKx+xoKanSOXxQAgftgXINyD7YZtrbjRoUwoSgrEjYR5bKQJXmN&#10;2v5JhDHIPW1zY3uB7s97YNEZLpvENfhGf5enVBbXBlKkEL6dCkfkj0nkMPlhvHPQ57H1NRFHUbL2&#10;fPlMNFVU0dlpqGSorIaR5qaNVHkUSKj/AEIK8GVNs/eUmPSmG4KFa8uHmyP2QfU39pvt59Vyf8CB&#10;7Yi3ayKsJExSigDH+r5dKPodLDTUD7ekfD8qvjhQZ2TJQ9fbvGOgoFoqPE09UsMaoGsEhahqUQIL&#10;fVi1/bbJ13vqorqd6jfstRRRpeaJ6doVkktbxx01KUVYx9bliT7SruVpDGTFFpJNeA/1f6h06LTJ&#10;1Z+3PThjfmd8bcVjqqfHdB1FDuGpqZiHhpNvzymHUfFVVe4q0mpacr6ighbSTbWRyVHi9j5Clnhk&#10;rM4lQtPraMQ0kcUjyt+hnkfVYL+FF/8AEn3S53MXCBWSvrXzHy6stqIwRGaHpFbw+a2zMjjK+k2x&#10;1lkqCsyyw09XPmMxJNjqakHE6RUOPkDSvItwzlo7A8C3uSNmT+apqZsvXVb1CMpSecsFJ/SsZICq&#10;B/tI9qF3dF0oiaVB8vP54/1eXVXt3KEEAn/D0mU+Xm3abHYrDYjq/bu36fGVNPL9xjsXFTxBI2vN&#10;K9JC5aV25/XKSTyT7Y8f1ZR/xBKzMyxVlLE5mWg1yyK8uq6+eRtOoD8i3tjcd0edTHZ1Wvmf546c&#10;ht9GW6E3eP8AMEjfa1RhtgYDN4/cNTT/AGY3DWQYyjhoovHoM1BRpJUnyfhNVgv1sSAPatzG0MXm&#10;GQyyTU6wgJClLMYY4lAt6Y0sP9b3vbt3uNutPpUUNXiTWp/PptrOMuZGOTTouOw/ll2HsaWsNNj8&#10;XnFydS9ZkJs5TvXZGrmbkmTIM3kNz9dQItwAPeCg2BtnHOkiUjVUqsXMldLJWuX/ANUDUFgv+AUA&#10;e0su4XU2oE0B9P8Ai+lKxoowenDc3zT7s3JS1tGa+iwUFQDFBDt6mGJSjhbhkDQL5JGNz6pZDyfp&#10;7eWwWKkaR56aKVpbKNSINKW/QpXn/X597F5dIFWIkBBw/wAv+r8yemRbRUIPma+nQdR/IDtGmgoK&#10;bEZrI44UDNK8kVXV1L1lQx5qqpaoujN+R6BY/wCPI4vt/DkQr9qiJDbQiEogt+Cq+9C7uG1Zy3n5&#10;/l1fw0BBqcdcqP5E9yUj1rDc0tXPX3809dSQVtTz9CskoJFgfp9OPp75VVHh2jEdQkIgU28bSaEN&#10;jzrAIv8A7H2psotzRi1srFvXTUivpjpJcy2C/wBuwH5/5usOE7F7onyMlfhK/KVWXqhZqulxYrqt&#10;BpOkU7mORk0/gqBYfT3CpKHa9O3lpoKCMRkyERmIIGH1kcC/P+J96u7fc5XpcqSx9eP+T8+rW8lo&#10;51Qmv+DpY5fsP5P1eNbF5XI70lXIOtMJqjHVgyEqSWZaKnkMYZVIAOmMX/1wfc6mTCVk/wB7T0tH&#10;PKo0rVJDGwAU3sk1vx/gfaa5W5jiFpM5oM6a+v8Aq4V8/n0pCQxsWoAT/q4dJDNV/emzsQcTntyb&#10;vwdBWFpGwVdmqummqGmFj5sT5VkAYnkPHY83/p7mvNR+ObmMRrfzNfSvIvZmHusFtdCZI4xV/wAI&#10;GT+zP8+ryNEsepsKekI1HvueqxVROMrPWVbgYhJkmqJpmWSyiigcMfqbAKv1/HuPS1GKSlNRStTJ&#10;TFnBmRh42ZTZvWfrz7Uz224S3RgmDNIAMen20x9v8+qGWGNB5V4fPp73Dhe1KrPU+F3HDuSs3B9v&#10;TNT4qqhqGroaeoQNTqlCi3jBUghdA4946fL4uWbx07RMzXBkSMG9h9PJbn2zeW9xBHquWrTgpavn&#10;5CvVoyp+BaDpQ1HTPb0OM+8yVFl6WkiXyrSVNcQ0a3uX+xR7p/X1KPc2prKekieZ3SONeWbgAW/x&#10;9s2kEl64Va1/yf5uqy3McK19fLpB4/ZO6c9mYcHS0NbXZOofRBAod5ZDa9wG+n+x9t2P3FQZFmFJ&#10;KJArEMbWAt+Sfd7y1W1qkhFfIDNT6dWjkZqFhSvQk7n+NvYm0aWKszeMWGKSNZgFmSZ18nOhgCfU&#10;PoQPz7yZLPUGMUSVVQkaEgXLDk/gX+nt2z2+S6jLjAHr1SS5USeGoqemTZ3Re+t81klHgMHU1MkM&#10;fkdpIzEEjBsHYPZrGxA4/r7bp924WKBKk1sZViAgR1JJPFiBf/H29Dt7ksHIVV4k/wCT/V+fVWnk&#10;LhFQk9LjH/FDtuvy74iPbVQksYYz1FSPDTqFH61d7E/4AAn/AFvbdm95QUGNFTSxtW1Eseunpojq&#10;eQkXSwX/AIj29ttpYzSNNcPSJK5GNRHkOk8lxK8wt48E8T6f7PS967+Hu6c3vNsNuapG3sPj5FOT&#10;yhFyqt6migLWAYj8sRb6n2wbXz+8so33GbxwxFKxLqhjlDrGDwGaQLzbk8eybc7+2acwbVFq8vX8&#10;6+vRkY4LeOsz9329GY3r8bfjftLEGHEZj+NZyKMxq0ubp6mWonYW1Cko/qA3Fhx/ibe5m5OysNh5&#10;fs4amGoqyBeNHUmMD9TOATYcezbb9sSG3FxuJox4L5/KuP8AV516QeJcTtSMaV9fXoHOtfhPubfd&#10;ZLmM1Tz7b24JnakWWEiqq4dX7ZgWSwAItyQf9b8e+tu9gQZ4mOjinmhjDGqyfj8eNht9Y0qpSA7D&#10;+iX9lF5PDFKBEpdicKP8vl/g/n0rVWjWrtX0Hn0q99/CbG7ZjmrpdxUePhKLHiMGnlyO4cvUNwpS&#10;mgX0KW+vFlvdrW9qF9w07CYpVU6olwsjSCzW+lh+f9h7MLf6eqmUZ8x/s9JZJyK6Qa9AnJ8Ys9SP&#10;jw2CzVc9U6tLSUtIfNBGW9TSsw0oB9PUQSfoLew43D2ph9rFRksvT+aVgsdLCjSVEgY2GmNPZ5Jb&#10;Wzp4lAqjI/1f6uHTUcNxOaLivmejLbS+HGO3VTxMNsZDEU6wqr12SyCQxioj4YKml5JGv+oqmn8f&#10;j20DtCeaannOAzBpZnXwzTxvDG6sf12YDj8/n2Vy3kBgZLdq0rWlOlUFiY5KSvU9DDjvhntnHUNV&#10;QU+5MPS15j/fFLjqaaenI/zY11LPJ9BbnSCb8W9iT/eWi/5VJv8AgB9z/b+v+o/437DX73uf5+g/&#10;1fn0r8MfxjjTy6Bj/ZT6/wD566L/AI+b7P8AzMP/AAD/AOOv0/zn/Nv9Pv8A/9CDN+4lrAMBYf14&#10;5uPeBwABFcdd4z1uWU/7Tk+plP5HOkk25/437hoHW/qte/8ATnj/AH1vdyVPAcP9X/F9N6cdTns1&#10;vpyB9OSD7zIupvzwQPr/AE/w96YDTQY8+t0JHWBn0c/UEtcW/wBgOf8AD8e58NhY6ha9wL/j8/X2&#10;3TBHToGM9N1Q5YmyEWJJ4/1/z75zDkN/ja3N7f6/uqqB1r7OuEUh5VuLA2PFhYWNgPcORyALt/yK&#10;/wDvfu47jQDqpcKadT4YwLsEH5AH5uLf8T75Iwb6/wBSOT/j+D7dEekY/wBX29VLV4dR5iwYHni3&#10;0FiR+QALf617e+9QtYEE2P0/Nvbbind1sNQU67QEsAwK8jk24B/Hvh5lAGq1wP8AXvf8e6aKA08/&#10;n/q9erUpkdSfCSy6eRexP1II/qT/AK3uNI5Nvrb+nF/dokFOvEkeXUoLYkfkC178AEf4e+Ecmq4A&#10;A/xJ5/2Hu7oVHHqgJJ68yc3t9ebADgAfXn/ivvk+gjm4/H14sB7aVCW1Dq4I8+PXNXdLAc/Qg88E&#10;/wCPvgApH1/qfrf6f4j/AFvdiCTqGKdbJrgddlmW4te4ALAfj+lveRmK3UD62N+bn8A290FWNc/Z&#10;1vNadcQqn6sOPre9rfX6++cJvwfp9bf04/IP+8+7MKj/AFev+r/D1qhHWKU6bsD/AIXPH6vrY++R&#10;BDfXgD6f1/1gfetIA9T1qp8uuCyal+hAP5/p+Pr74E3F/wBNuB+Tx9Pz/j7rUqaHz/Z1uvlTrKBf&#10;6DV/sTb/AA94TJx+ePoLH+nu+mpzQ9br1lEZH0BF76jex/23vDGwJa44NyDwPrx+Pak100HTVRWv&#10;l13IpFrE/gWsTa3PN/eWORRYEi59XP8AxX36nXq1+XWCWOQg2uBwObC9/rcf63txjqBzbk2IuLm3&#10;H0/p7bZARQdeqaivTW9MVYMSbXBs1rkf6wN/fnlAHJP+883+gJ/1vbar6dXPD5dZVhbXcC5+n+wF&#10;gTb/AG349wmfUw54/p9fr/j7UAHpvHl1LWPQOVN/6jg8H/jXvEyhgbi9/wAGw4tb3ojI6uCaU6zx&#10;vpawNv6kf1v7iSIi2P8Ah/jb/Yk+98eqV6mRO7Aj6X/xH0P+A94rqASByOLn+n+v78a9a1Dy49Zb&#10;EkAm9+eP96494b+oliWAH9OOPdlGAOvZJ6zMvFlAUk3Nvrc/X3351t9OR9Ofr73pzQ9ePHOOuPgb&#10;8tfkC9vpb37yFjc2B44vzf6fQ+/Gnl1v7B17xBR6eb3+g4t/Tj3kjk5/1JuBf+v9b+9Bamnp144N&#10;euEsYtfggj9PPHPA59zVlsCdX+P5vc/097KmvVic46bnivYaOb2B/s/43v7wvI31JP8AX6/T/Y+6&#10;0oadVqQKdSUjW3ABPIJtwf8AivvuM83JBvzaxvb6/wBPdjk9er1wkUBbKoH+PFr/AE+t/bjHIqca&#10;R+b8C9v8PdTxr16rVqOmuWJ3uSzD+ljx/r8e+crh1+th+QD+Pz9efeivW61wescC+NiLXPPJANye&#10;QOPbPVc8ggD/AB93A6qen2kNhYqSQeDb8/n23Rk+QEEEA/1BA54sP9793rRaUyeqAcep7gFSG1Lc&#10;A8f0H1B9uaFzoI4Grmw44H5/x9tEAcfPq329Nz+Ozj6kCw5+g/x/2/vuoksL/Q/QXvxxyD72B1Yn&#10;HXVNFc2+o4Jsbm34Nz/xT2xSO5cXXgHn6n/Dnj2+vD7eHTZoeHTyqoF4N7C/9Lfn+vvirszg2J/N&#10;v97PvwFAa+fXhTrk6gKOR/vh9AfcqNm/PJv9P6A/Qe2ut1zTrCwH+wP5/qR9Sb+/CdgeG0r9NN7/&#10;AOx92K0xxPXqkfn114g3JQH83IAJNrfX/invn9yFT0/Xnm4+v+++nupHr1sGnXH7cswv9B+LE/77&#10;/H23SS+RiWe6/wBD9eP6D3YCnXjWnU5Iwi2VVBA4PHF/9Ye4E0LyElP+Cj/Y8+7ioah6qc9Z1cKO&#10;b/W/vJT42RiCyHkDi39Rxa/t7UFz/PrWnHWGWrjANmX6/QW+oNvx/r+5/wBqITwpY2AKjg/63veq&#10;i8c/6vl/qp1agA6iCo8v50i5Ib6gj6XP+8++cUblwbaVB+n0t+CvvdBwOa9eoB1wllUIeeebH6/j&#10;hv8AD2/L9tpCkBmP9CLn/b+2ZAdeMAdWBqMdMZNUCzBiFAsNVyBzc/7b329CGUyFdNgTa/PB+vul&#10;eJ9etYpnrtMgQ4i1X5sWAFrk+2lUAc8WF/weLX/p72y4+zrXDp51kqp/r/vdrfX32GUyaL2AsBc3&#10;4PP590AJBI6959dsCED2ueWNhb/Yn/Y+/SqgILG5JGn8/wCA592QVqDinWq9cUZyPQvpIN+fx9Rc&#10;D3IjB0gC39OPpxz9Pb2mmTnqoGa9Q5WGpjZgB9Tx+fz/AMi98pWIkVTJZLC/+H4t/X27EOJPWyQB&#10;X06woFaNmEZZwxt+B/gf6e+5pVQAJJqsf96+th7oVq1SKdbDEjrqCJ2uZEsCDa3JX/En/b+/aozG&#10;H555NrH8/wBB7bcUJ+XXsEV6yBZfLosCAbeo2B4/qffQqET8MdVxc3FiePx7s2R1tSQajrr7V3I+&#10;g0mxtYfTki5/2HuZSPo9eheeRqUG4/xv7acllNP8vTtSxocdRa2PWRGZDxbVoYixt+Lf737lR1Mg&#10;dmOlVvcj6sR+SB7ooApXqowR1DqKSJo/Gmp2K8f6gMPpf/kfuTV1kckdgb2AGoG97jnge7KtHr/L&#10;rTEk1PUGgoJYHubC5bi3AseDdjz7TWQQNCXjJ1KQT9SbDkm49rUbTjps0z0pqB2WUpKFKMpAAsBc&#10;8fn23apBByOOT/xNv9h7dcqWqePVQSR05BU8vpPP04/p/X/D/X9wdMhLPpPANuLD/X9sSMCvW1Nc&#10;dTgUuF1Dmw+tz/Tn3iSrZZNJupU8hef8eR7ogUgderTrm8IILf1HBPH4twfamocgsahmI+ovc2J/&#10;I+vt149XDrYbyPSbr8e0rEKpPBtYA8fT25T5ETxnU4tcBSPpzz7SmIChA416twFR1ApccaeWyobW&#10;BOom9725/H+t7ZllYSEAgg2tY8WP5sfdmSnd1XHT2Y1MYuCCBzcAHgcC/wCf9j7yzQpJHc2/oPob&#10;m/0J/wCN+23qDUdO0FK1+3rhBIySabHjnn+lrAgf73x7iDFRk6yEH9AD+T/iPdvFcAUFOm9IOT1I&#10;OQA9ALEj9R0/S34sfbLlE+2Gq9l+lltf6fk+1Mb6sefn156cR04UjiUX+v5uR9ObH6+2WGqWVvRc&#10;kfj8kE/X2/pqdWOmA1T1MZbKbkWPtSJLJMixgaQv4+t7+2iAG/l0+CSvTc0aR65G9RNjc34t7dPF&#10;FFGvkCtcck/7z7Z1ZoOvUAyeoAkllkYozKAeP8f8P9j7dqerpIEBTlgRxxYkcf74H3Qxuxz1dXA/&#10;PpnqqSrqGYMLKQbGxuoP/E/63vjV1i1Pp0sPqC4NhY/S1vp7osbA/Z1pm1DPWWiojSXbUrA2IQix&#10;uODf2zyjTGbKzC3D3+oP0t+fb2oKKHy60Bnp3ju8g9Si/wBUtexH1uPfKgmERV7DV/Qn1H/Ee7Fy&#10;R2Z6pjy6xV9P5kaM3sbm4Fhe1xf2qqXIGYgJFzYjU31t9eF9s6KvTy6eVyBpPSRrsYlPGzSTcag2&#10;lOPxzdv959yauUsdMjaXICgfT68gC/091A0nt/1fPrz8c56iUEICa4l1xBy1yfrZrm9vr/sfaWmS&#10;eOVnsVIP+Oo3/of+J9uJMoHTZWpqOlnCIZYUQ2cG/BFgP6i3/Ee4YqJJtYlACgm2oci/At7241AA&#10;eY63XSNJ6mLBHAVMZLMf1aW9Nvzce4IBnZlRwFueLH8fQc+7FCOPVOpeoRqCynV9CeP9jyPbZVUM&#10;zMDGxOnn88j6e9KxU569pJHUqKePTyALnm1vra9iPcqhp5VAeUtccgG/psfb2oEY8z1qlOsFTKnK&#10;pYggg2/xHPtTrMfGouCFUEi1iR/re230FqgU63rFM9J405MjnSwLtbVcEKbXvf2xVk/3Eig3sLjS&#10;v1/oPp7vRVNQOtFiR09UsHgjIve4DXP9T7xO0sckcZPp0rYXBtf6fX3cfEQ3WiOuYWJ0d1A1Etck&#10;Ecr7lVCRIENwW4N2H05+lx7o1a1HTlRp6wU7u4YFSovb0sL/AFsDz7ZsnkBZEBVrEgBQP6fUH3aJ&#10;BUOemXmA6n01PoufUL2+pvz/ALf37HVIncREXPA5Fv8AePbxpTA60smo09euqpPGpcNYC5/N/wDW&#10;9q2PFzxSRSsjGNyNIAJDA8/T/jftK0gylM9OshAqOk62Vppo5Y1lXXHq1gso0H9P9fanen0xQmRP&#10;R9LLwQbc3t7aZErrrk59erqaLq9OklDXmSaoigf1r9dR4IP0tz/vPuR5KaIj620g6dJsCPwf9591&#10;eJ9NVrjrwYHqIFraj66Bd2AkVr+n+q/4/T3grK7yIFQ2Qixv+QBwOPbY7MEZ6sSTnqbjsSI5Wlku&#10;zhiV5PBP1J/33+8+0aaRZ5ySupLkkn1fnj0/T2+sjY6aIqely1R4ILarPpGlfpc6bH/H24viIxd0&#10;ZgmgkEjTyB+fdGkbIPV9AHl02RZh2Kxsi6/JpKq2sHngg/19xoYzrYBSyC+otfkj+l/9491AxU/6&#10;v9X+r56APU6okGhSW0s1ioU8WP8AW3+F7+3GinggDiX6m/pPJU39qAjOlBj/AGOrh9GembIwVMzx&#10;vABxa7fQMD/Xn3zNRG6SaVurkX02+g+gFv8AiPeqMq09OP2deLBuuApZBLHrfS0YOkMCbNb+t+eP&#10;fclDDW05IaxFlt+T+fofp7sCAOqBQcdYlyNRQVYSRSyvzcD0j8fX/D6/763tgnxciQvYhFFyn9WI&#10;Fxz7eEiinr00yaWNOlDBk45ZVA1ObgPZSAoPH0HtO/xCpplKmNj9VBP9V49IPux0vx6qusHPT2aa&#10;KVg1/odRA/Nzfm3vHDmmnPimW2kkkG1xc2/r/T3R0UZHW/EIanXf2aoS0fpNgLD+g5+nt3oZpCy6&#10;D6C1iPzx9Ln3Q8PTpwCo49Q6qOMqxZQWC3Xj6n82B/I9q6CZYtJQhXcC6L9WJFm4t9PdjGumh/2O&#10;rVI4dI6oieUv5ELxxtw7XsALlTq/r/j7a6rLPDUeNdTMeNItpAH5ta3ttol006qXaunp4o8VHLTq&#10;7gLYg6vze/0N/cqny/pkBRVYKQ5AsDcfW3tlbdajz6cDkDrBVYm7R2kbTrUpqa9tPNr8f7D2na/J&#10;KiuNDFywN1vbn8Ej2tC6KDpgsWrXp7paM3UlxpCWsQL/AF/x9wqaplmADyFS5sFX9Q/xt/xPuzSE&#10;CnVVX16lywRodSqG0re55H0/r7d4KgUos7Bj+QzAEj6c39p3qRTp8FYzjqBLTioN1GkXFiBext7m&#10;0tZSkSSqFhKXfSCp+nNxf/evfqMetVDNrPUCrpKn9uJi8yudBYgjhvwQD/vP49yl3OskT04cICPq&#10;y2FwD9L+6SW1aMOPXhINVDx6grtdI6hKkrrIt9GJIBNiD/X8e2M1c1ZKqPIVK8h7+lgzXAHt+IKq&#10;DGeqMamnT+aaGkjkZEBVv1KFFwQttQ9vTQTUkIkeTXquFAYcKPad3DuFp/mr06AQuOmiOeCslaKN&#10;AhTSSWBBa/It/Uce5+JCSuplsdRuVJW1vyTf3ZhwH7etxopardNOdklghl8B0lE9DBSSGHIAIv7h&#10;bqgiB105LhePSORxf8fj36J3Ve4U/wBX+rPz61IAcL1L2jUTPAVqlEcjWYrqYg824va3+t7QENOH&#10;qPKW0EsFA+pP9SL/AJ/2Hvzs7AjpkLQ1PS7Z9CWHPF/wLC/H/Gvb3WYcPCs1MWaUEiT1/m31sf8A&#10;iPdY3dDRunXUOBp6bIcivlaKbSotePg8g/UXHvqipaqnZWdjELBfSup9R5uf6/X2oLHh1ULQceuq&#10;manmUqoWQ/q9TWWw+ov7WUETVVOIGLubWBYgBiRe/uhFB8+toDWnSOqZ0oao1CiONP1MF5ZApsAR&#10;/j7a8ptmtpaY1EcZCAFiRyVAF7n+g/1/bKSajp6sYjSvTjit3Ymvq/sxUoagtZENhrIHKrf62+pt&#10;7D58lUQ1cUIjJCn1Naw+vGr/AJH7ViIEV4dJy7Vp0s/EjI1+Qw/3j+nterJJV48yabrDHqYhfrfk&#10;XJ/p7aEZBp/q/Z06ASCeksywUeRSMPZqpwsaFuLgchQPyfabEst3aC8f5OliSR+b3/3r3cjGem42&#10;JanSgKJZRJZh/UqBz+NN/fCjmqTWXTUylwbKSfp9dTf4+/Oi+HU9OCuunXc6ReEhrL6bXbi3H9kH&#10;8j/D2vRR09dSrI7hZgDrj1DR/t/6/wCt7LSZI5Kjh616fYISATn16R7V81DVvAsTNAwXS4RvICBY&#10;k/ix/wAT79PgRV0bxIjxTlCsJAYsbC9gf8fx70ZyjV4/6qdeMTVoOHXCPPfa1SvJKj0uq85uiiPV&#10;yGI/qPyPaEx+3auWtEdR5PJE5uxJj0gG/wCePx7VGeiVH+HpjRQ0PStq8rS09KZxIrIyXTSA+q/4&#10;sv8AvPsa6ekoKCgWNhyyKrLIdTFgD67/AE9pv1JmHlTz/wBjq59OgJrMjlsjmZXi5hRiyNTgoqqx&#10;9UZJ5P59h5mcbjJGkq6dpUnF1tGdEbMOdI+vswtw9dL5H8/PptlVs06FLDZDJqsNLVpE0ekMGbUZ&#10;QnA1MBb+vtC0+erKQzU9QrosZJjAJYEarCxPtU0at/l6aQur1PDpVy4+mmIk0JqI/UAOR7e6bPUs&#10;h1uQWA5S9+bclvadowBQ8OriQlqDqFLjZNJjibSD/atcgXvYe1jSpSZWlAEojkYaFVfR+Lkj/ebe&#10;0RaSN6jz6VAJIM8ekvVyVWLqSxgM8KASM5u1ueA3+v8An2ia7bqrJUmKtlIjZmkWUaPSP8Pob/4e&#10;32eTSDTj0x4aAkDpVUeV80dOZYQhmVdHjbyLcjnm1x/jce4WBx9K1WUg0+cm1yS+q/Nhf+v19p5Z&#10;XTLeXW0ALUHU2umEVO0jA6ACW/qAPz7E6nwrRgvVywpGAWLE+v6fQA+2vFeXCDpwoEyePQf1m4Yg&#10;3io4Z5py/j0Kp0BgbXLL/T6/8b9tuWShipGahkAmjXUDquDc82/x/wAfa22jkVz4vDpslSKDqbi5&#10;8jPVKK6IiF2I0lCCLLwb/wBPaXx61VQfJKVRQbOb34JtqJP9f6e1bPRqDqiY+I9KWsaCBCFBZtJM&#10;arwSVF9I9u+VroqamMNOQJmjsHXksR/ZH9P9h78oGolqf6v9X+HrbvRaL0zYyinnn+4qtXhEhZYn&#10;JsCQbMQbXt/j/T2nNsY/OZ2vSGaGSyyaWNjYDVb1H8ADm/tuZ0jQ0OT+0+vTMay6qucdOG4M1itu&#10;YyoyFbPBSwwxs2pmUAlV9IA+pP4AHs1lPsfFJjYIJY1mmKAsz2YKbDgXvz+ePaa0kmNS4x/q/wCK&#10;/wAPSiWZNAVafb1VPvD5c7jpd+V/8KU0+BppTTxlBommYHl5LcFCPx9bfQ/j24YnZWHglDmkhZlu&#10;b6Rb/XP4PtLemQNqqRkdbSQhsdJ/dvy83VkMfLTY2umozJET5eCxutrR6uVIN/r+Pa0p4I6VRFEA&#10;FUWVF+gH0AsfbIgZ21t/m/wdXZtR1Hon+7uxanc0slTXeWWunJ+4naQymRiNOomTkXt9P6/T3mLE&#10;Am4H+wPFv979v6UBAAqf9X7P59a1dueg9Q1lUCuqXxkklVZrWuD9f8Pady+4qLEqTK6i9gWYrb6m&#10;w9rY7GSRPEbAH2/If6qf7IZaZV49D/1D0VuLsabXTQslMBqDCMs8oUamZSeBfgXPsvO8+1Y4K0wU&#10;8noZbIRe17/7T7M0SOOCg4/6v9X+z0w0h1ah1a5058Y8BtPB0pytLFJkS5kmd1Ejc/2RqX/XB4F/&#10;YE7hq8lut9Mc0hkLBuWax51WVhb8W9oJbvwjp8unSvi0A6NljcZQ4elWlooY6eCMD0xoEHH5NvbL&#10;TYDM+qkqIZVjQEiUkadJ5uL/AO296FyhFQevCGQGh4V6neSO19a2JtwQef8AYe5uMxlFh8kprJWl&#10;u6SKliVN/oCfz7oXd1NerIEjbrp9Txt4jpZlIVjcWP0v/sPYxxFagLUUIjgj02aICx4tyLfU+0hK&#10;jDZP+r+XT57zVekkwkp/2K6R6h2e6TEixufp/gB7UOGx9AzsZmkSRL/uMNOo/Ww/1/do+Ir5+XVW&#10;BGKZ6Re7cxmaemH2FPFUrIVHiBuFUmxkY/UW9umRybYikdoCIkszI0YGqRiLXYj/AHn2vMEDnWAD&#10;T/V9vTQ1g1Pl0kMLhf7x1q/xHyVEq+MTw1EjtHAqsW0xrqtz+CP979gVuPeOSnq5KSp8z0VXEAks&#10;ZunPFjb8g+3NKrTSBj/J0yZHDZyOh1xG3cXiY4vtKSOGSMsdaoAwLX1WP+N/x74bKyuHw9ZLT5Go&#10;kr6SsGhoJ1IsXNyA31uD+b+2JRK/wmlOrwuqHArXrrcmPyGRx7JiaoUOSicTUlVpDiORPwyNwysO&#10;GU/X2/ZOkw2Pq5p8THrhkLVIVn8lkk9RUi/4P+x97VXYZ6u+hKleuOGmy1RQQpmBHHXKPDUNAjRp&#10;JLH6WkQNfhvr9be0+NwtWSCHGIUVdLSRUqBC44DhuBzb3sokYq+SeqiVpML07JSRoNUzGZh9HlOr&#10;TzcWDcD2oPvcViZKWryJkDF1Koz6iL8lCV/23uhtzcxmmB/q/wAnVmmEJBIqeoE61tVFPBStFGNL&#10;J5GUhS1rKQDf/eveHd28Isvk6Iw4zzwBEWIJHdEiVeGZj/h7vDax28OgEnrTyszAkdNu1Ntvt/Hy&#10;U8lbLU1FRPLUVEzG95ZWu2kfgD8e8W36in/iYyGmOjihdZGidQsr6GuUV2/4j2nuYTIvhL/h9enY&#10;3GrW5pTp5yUcj0EtOoaaWeNoQ1jYFl063Vfx7EXdWdwtNjRn6SkpKavcAfdI9uQOdQBsWPHP59tW&#10;dnI1Y5SSF/n1eaZdGtegw2rhc9BkavDZPLVdbhYlZo6OpiS6JIbqq1BGsxjkBSTb8cewpxedpt7V&#10;S0eYbxM7CMS0/j8vBssif15N/a2ZPAWsS5HSWGQy9khqOhHel/gtBO2LiVvGryinnlk8RIFyA3JW&#10;/wDgOP6e1hmus1JpoKOsiroJI9EskrmOpiuLq5X8H+lvbEV6WjJdaH/D5dKTbqaUOOkpiOwqeriq&#10;Tk8dVYyaBjoUL9zBOFHqMU8Q/r9QwBHtjrMFS7PakStzbTRORbUpaVHUemK/+PtwQyTIWpTphjHE&#10;QoNelBh8/wDx+CpkpsfNCsUixo9S6COZHF/LGVuSP9h7fqasoK2KaPK0prIJIlaldtJWC3KSaW5u&#10;D9PaZBplAU0AOf8AVw6dahXPWKvoshF4HxNTFSSpPrqkaMOKpD+uO4P+xvyb+0RBnYKuaqxmToYa&#10;fF0srlmkjDyTKDpvGOByPa51Zf7M5PSRHYV8TAHT29I66qiB3NW0QRdcjCH+o1Jzxf8A2PuBmKnE&#10;46GatwCBKfTdhBExfX/YDW4/qDb26iA01Z/1eXWyV06oxjrLRirMIWv8Zn/tGO2gj/abe3brvfNN&#10;UpWHM4umqZooX0pVoVnaFRZ2QNx+Lj2mu7XU4aMkUPl1eCZjGQ2OmHcuErspTRR4zMV2GlWZGMlH&#10;oKsdV1EiuD6SeGt+D7hS1dLvPNwYalxsDGObyUMlJJ4ifVqHkZeAR9D79Owgg1Dh1uMNO2nj6dOa&#10;CPDUM9VXV00kcMInqpqg+RU8cYEjxhRcA/W3Pvn2Fg6zBQQIBWU9ShXz09JH5HlUclvLF9ebm/tu&#10;wmEyFh+09UuYmVgP8HWPB5uiz1M1bj6iKqpGb9qaMt6vzYo4BHFvr7FHaPXdDuHa9HlctU0mMSup&#10;pYYhUweTIS2GkOWJFhfix/1+PaYXV2LhlhUsq+fl/q/1Dz6UARBAX4n+X59Av2J3a2zt1rtPC7T3&#10;Bu7LRU1HX5E4zwRYzF0tSSVjramU3ErIpZERTfjVa4PtTbR2btnpulrKukebJ5KuhlNVWcmnVGbX&#10;444Rx/Tn3eKxm3G4E07aUU4Hn+f+r9vTZmEFYYF4+Z6Crcu49w/Iejl2tjqGTZ+Cp8rSNOMg5Gdq&#10;5qYiVJoilljVX/SBybXJ+g9hrHvmGp3NT1mOxgrKKqrvC7UrRotJUM/qEy8XHN7gf4e199axIhC4&#10;oOtwzOaas149GZpNp1NLtGLBVeXqaiqpseKaTIzfvyzrFFpEj+S/JA55PPPsWq7JUmRjqIchWx0Z&#10;opFddE+nyqRqZeeBcf2f9t7RW9zI1LeJcHH/ABdP+L60Y01Fmz0D2K2jU7UrIcrhMbPlTmYjDUiW&#10;mRjSyLxDJdjrcA8Fjci/PHPtBbsTZ9TtbO1lLI+SRaeORqEDyxCpicAzerm4/IBt7NYCyyeEzeWe&#10;m5BVNQGOlltqo7Gi3FiKHPYvG0tB5Mj5MmkpNTNSeEywUQgjuo9Q/UTfgcA+yy01TT5bIhq6jSiC&#10;UqUiawRAA4vF6lPpe3tueoPYeHHqitrPeKeXQ3exEyW1sht+gxZxkVHkVhaOor2oTKbU05DkSTyc&#10;FrcaB7osivEXfBPD/Y/ydOMjCgTgOPTTQ5aCuknTxVNI8dRLTRx1qxQyTvAxWSSCIMWK/kMfqOR7&#10;aMth6Z8jDTUlFVV9PlH8hozULUz0b6bu8tOxDaB+rTzx71DKVTxnNKdadFLaAK16npIVjJndFKfr&#10;ksY4iL8Mpc/7A8/X2o6PH7Qx8MW183U+fNIsksVRBM4poVqDdIFpJBfTYjgG6Hke2ZDMsnjjCHy8&#10;/tr1dFh/sj8Q6apJstM8VXQfb/ZgFZKKqiK1M9mIaSKoRyqkW9IIIb/D6+8NJunc1BXQ7OrlFA8E&#10;0VPh4aZhUGemnc+KdKyTm5FmtcG319vylI4PGTIOa9VWuvwX6wjDbfqKmpzppIpJ6qMLV1D+S0sd&#10;KDFongJ0nRpIIK349uG54osZuXC5DcaFKGnjeCqaqvO8jAaZUjjX6MDa7D8G/PtK0k97ZgRNx8/9&#10;X+Dq9Y4X1HrLjpaebH1C4iSnJ/cen8QCRI0y6qdiLHg8H6f4e1JkP4ZnsPQZDFNO1Ni5Kmmekp6m&#10;pWd6URGSMLJ9NV7FFP4sCPaixh8GPwCasc16YluCz6lHTRRyV2OzWQpq0xkZKGlrIKvxwLAKtf8A&#10;JpofEjB9IUISzH6k2I9gnlMjuCowFJPV0wosa1YqJWOolevjhlPjgrf9S4IK6WA5+nt5jDDIyrk8&#10;T1o+KyKzYHStUw+aRVcGVVUtHqF41YfqVPqA1uT+SPYzYrH5XbO2qXMQbgxz5XIV1DWYbE1pYPDQ&#10;69E8BlVrAkEaQfz9fZdGsd5I8rpRExX5jPSw9ihFOT/qp0ha7JpndxV21Jdu5SfCxYqriy+etHDQ&#10;LVVKx+HHxIW80hMZkJkRNKmwub+2Gh3FvY7j3PicFtano91TzeTI1tQpjjqKOSMn7mKsuVWPSR+g&#10;2vxY+1k0Nuzxyyd1KUHlX7OmPEkOqNRQj+fWWvo9oDAYqfJ1/l23jloUoEqKl3pZXidIaJJI0Gue&#10;UMoVUcM2q4te/uHicNNPiJId0bkzcNPRrXZTK0+kmJDGxElHS1chUnWQCpUWt9fd2juGl1JQV4f6&#10;v8nTYUae6pp/q4+nT1X1UlI0c2MxlHVVdZLS0UMolWNhHJz56nxxlhFCpZiNVzawsSPYtbF2x9rh&#10;KzO0sLU+0tw0aSY9KuUNUws0ix/e1ZNg4ABKsv1v/hf2TyTp9aIoKl1PcQMf6vP8ulgGhAT55p59&#10;BTvDeeLmzeN2ouRpJt8YCqhyFRQ0cLIa6OTHNUtQUIkeRojMGiv5CbD8n2pspisvuPbuVMiQQbdn&#10;Q0w8tMXkqqakAgklemcC5cg/pAPAYG4v7ciniS4MFoNR8/8AV/qp03JRQC54+X29JWhz2x9q7z27&#10;hspWGq7BqUqKpKT71ilJLm9VW9ElSh9MKgFE13FrqQL29hZlNlRfa7X2djqSpq8TnNy0VPFkpmqJ&#10;FbIUdI1cJ6qGYgQoY4pEGk8EBgdXtZCHgt5JWbLcR8/T7c9UcLVV8v8AUehGl39gsZBuXc24qinx&#10;9dtLauQzeTxkTQ1U9DgImNRUPHNT6nnBamU8KPUwXTyPcTM0e/Fz284MLPW5vbuCw9RV0dbDG00t&#10;LuCkiPgop6JQZJXJBVXiAuP9iPaporeIRW5wzjI/LPWiZCDIOGadcsLu3bTYPZ2Z3HSYTaua3lDF&#10;Bj8bWVVHFU1kNaxqRBTzErqDxaahoSTpPo5YBva+6/pH3Tszb+/N3yCavrpZqKrxc1FBIMrTYyZ6&#10;NoDE5JCyEMrRsLhvZQFurm5e1tjpWM1rnH+r/P1YzJFEpk+Jv9noLN6b9lwW7Nw9O7IwTY5l2mua&#10;O66GuNHR7RzG5J6kJUVcToQJIRGtapDFXVyrAAcsEmX/ALs7vfE7W2fDhNsf3dkyMVTjaZooaKpq&#10;K/xVDZeS3oWNruqXH5tfgAw3CyhW2WvfI1Dn1+XTdtM/iHVhflQdLfZ+DymQ2fQUm/N6ybt3D/Fz&#10;S1uQqafFY+nyL0iyTRUWHx2NSCANNTlXZ1Qsw1E/Q2XG4KbGbp3DjMdttqSvyKU9N/G68EUpqYIi&#10;i1TtKo+oVrkW+lgTe3tLMzW22qbjufyHGleA/wAg6UJ3Mx4KOkD1hX7s652hvrcPZscm2ttHcuaq&#10;dl7eErZV8DhZGY46kEcBkdmlkRpBGsjAM9k0pYBJ5vq89gZbd21njqcLVYqCkiweV+4t41lsWqka&#10;4MwdRYA8C5vYj36W9k26OMaNWsZp5f7HTBjjuAdZpQ8en/8A05ba251nszsuuzMNXt7PrUVGUkgx&#10;9Qao1MlPJIcfBTQEiCennVopUcEsyFQLnUImX2Xkdu4vFdd4HM1GUyMsVakdRHHFTPSGqbx0mQqy&#10;TpeNHukguTb1Ae37SLwY2v8AcBpLHA446czLH4cR+Hz6ftkdoYbeeJy/Y82Ilwm36Glp44shkX89&#10;TU/aRyVdbBDSKodCqtE8ZC3ctptce3fY2w+1MFR0mz90Z/G5imqfD93Bj5DA2LoFrNcqQ1mhDIrI&#10;CSgUEMQOPqUN5c64zNbqQDgHyJ9f9nr0JRQNThivQeZLt3ofK4uu7mpqdhXbejrxjczkcHWUs1Zl&#10;0xX20URx8wEgmCssKyzwq2i4Rig9q/JbSg3furNYuugrKEUVRj44KjESUtO8NLDAaqKv8xDABmGg&#10;xkXVrMPrf2/NI1jaxIyamcCvqa/LqitrVi3+HpNYDt6h2T0Xtvf+Lz1DVUOWoM5lid5y5mokq8xP&#10;k/HPt+nZitQTDK0nilCsrRRkKAmlglKzZO8H7WqP4vka+TblfB5qGtppRHKYxB4no61zdSVZbkBb&#10;EEEC/tTfSUtUW2XUDQfn0mhZYqySmh49PfW3e3XOT6Hl3Ften25Q1m0aY0+T2rBA8VPRZmJxPUPj&#10;6JgszQ1GtpaaT8k6GYMjgKLIdb4vd1dTYfN5Sqq6egCySQOZhGyJLqWSnkhZTqVVNrj682+o9tzx&#10;3G3WoWBaGQ+Xz6dE8EgMzZA+fUWt+QZ2vsjKb8o9m0/2tejSUSCsgpK374U4SCDLwyr6FMzIGKOx&#10;VT9Dwfb5HtmghqtpR07VcFDtfLVzUeKhqnq6LI01YrUkM1capC6zRlvLqiYAEm4IIspXbLqKyZEf&#10;uchmPAj/AFD/AFefSJbtZ7rWTSg4eXQbV3ZmSqqfs7N1RoKSr3V1riY67MT4rG0OSwmcwuLnrqvG&#10;008BLVmMPlMVOlS3kL6vWQfbRhOudtZDJ1VXLgY6bG08ryQVMsdOrTZZpWSWdI9OsmMWkUt6SwH1&#10;ufZbfePHcLBGS5xUfl+zpeZ4vDq2D5dCVv8A72zG0drUVPDnMNWb0qYIcrU4+ljaVaPApCKiFquZ&#10;5FVDVTL9nqS8q+Qsqkxlva4pdqYrHbYrNlQTNk5clSVsddlZoqWKsqVrXdrTPCoUldZ0f0/HtdYb&#10;Y8N0d1uydJ7VXPD7D8/M/wCTpFPe+NS2iPw0JNeii5/vrdu9d3bR7lzOMqdl7Y2PuCknpNryV1fk&#10;4Z66lpnoa2vgmjSBxHNBI0LxJCFbnVqufafx1JiKbEUe0D9lksrtud1FdNQU1TNRVJgNNDOKVrqJ&#10;xTPoZyCCLkix9mcVi1q0kztpSehC+oPAn04+VOqNeuq1RTQcSf8AJ0MGan3buHecHedNXZjEbF3P&#10;tvFw0mAptw1GFOZx8TLkzFU56nQTLRmsUzQxx+OT92RVZVdkZMZ3b1VuPc23pKh8VV09KBRx1FVA&#10;XrI5xJaYUZjWyyOqB0cEKrrx9be7biBa7cIbdaU40+ec/wCqvVrGbxCXcVrU8Ohp2Vuvb2wtk73y&#10;JxuUxdSZavdtXC0oNPFRy0kc8VVVvVS3EMBKwzBrzGHQWDABvaqxezKvBUNTQ5XdGVlwXgalV6ir&#10;qo66mpolPgeKak0ATC51P/a+lvYdSx3KadHtIxrOScYrx/LpXJeQIB4lceR6C7J/IzYW8qmlTZux&#10;8fuXsVHpq2lpKahw0lBl66URw1KVVfkBrNOVIAYDWltRtb2y5bbvXtJFDWzbd8tfP4aU5uupGrcv&#10;X0S8hKitsZPE6g3JIIHs2XZb2ZGS9m1KPT/B+XzHSJr/AFSgwIB/h6VuzN5dxZzcdYYM/tVKahxc&#10;9PW7Xwk1HFhMDlmkaN4oXnjEslRTMRG0QkaJn5Kg++6uj2pPuHG5OoNbks7j4fv6HHY96egxKUtI&#10;fFCxhjGqRwoVQ0jEuQbW59tPsM30nhO4WM1/0xH+Tp1b9nzGuR69TKDNduLiM1jKGHb21tk1clRj&#10;J9xbmqNxbp3l/eTPyeevqmjeWKljpjLNKEiT0UylbKEGkKmh3LQ+cVmQq4aDNZeMGjowk5nmxoYi&#10;lURELpIZrSAD0k8/Ue3YtuDyIun9GOlCft6TPNMNSgk+Z+3oH96db7jixK7N2ft6r3RsrbclVU7g&#10;zNXmcTSQ0m6mEc+bq5ZZ2knqLxETQsFUFiApGkr7aKIPlc09TkK8QthMjIMPSUczpV+CVQKtcgl7&#10;PG7i6owuAARbj2INxhjEQtrZQEIFT0ngd7ddYyx6UmZjGzdlLDt3bDZM7+2pST72zuXj8uDlr6Wk&#10;8OJkxrhtK1kMUj3lRCjtpVtRHp73lRblzbUFHQV0OMx6saStqRUS6olqSskVS8QZdZW3C3/NvZVc&#10;QR29mfp11yken+x0rs7lpXL3J4cB/q8+oXQ2S6w2Sd0ZnIU1dmt1Zk1OfxNDPhqJpWOEp5MZVY3A&#10;sqNouQQzswBA1sbA+3uljgx0+3sW+RgnpaOneFK7JTQ/xCqq5KdyK2BJBYSNI1hpvZPSOPZdDtd3&#10;HtrXEi1dmrT04Y/1cP29Pi9V52UgheA/1DppzubqNwYzs3dFFtvOfx3IV2PasxW3qGukwlPg8XWw&#10;U9VhsjVY3xtLElCss0iSeMS1BYhQAoHqDG4nB5mSQT5CvyOVlNbXVAepqFlY0viEFNHH+3HDcait&#10;gPrz7ebari8SO8uiFoRQV4Zz143ZAMcKkqOmnO9g713x1fuKDD4rbe1Ns4GJds7foM7JQURxUdFk&#10;4kGWys2VdpWr0hCCBY3PrszKztf244aWNMOlVUwVlTPBLXVdIlTNMhiSZ2jcrShvUij8FTpX6Ae3&#10;n2WGbddAYBDTyxX0rwqfLqlzey+EVCVNKf6vWnST7VyGeqN+nbe2Nw7d2rj8zBt3be7a/EYvH1lV&#10;kqinpkyFJBNuOpptNNUTeUrEyzo0sgAZv6IvA7jylXV1OQpdvysIIpC9SDLDMGV2WFIYJVGpGAfS&#10;1x/tjf2u3a1s5pEtZPIin+f8+k0P1EcOhTSvRh98debWwm3KDamV7Pgx9HmZWoRjMmMdU01dHLHH&#10;9+aiqJGidWkjlYD6/UK3I9y6E7ty+UObkoJWx5pqpaOCuVVcTrHalqBHT86Gk4YF+RyR7Sz/AEKt&#10;HYxHSoI1GvkPU/7PTyxTRwlidTN58f8AV8uk5nqzo/rTZk2waXeOEwOf/iuJ/js2DrYJKmSknyEV&#10;RnaISZXygzChZ2jYRaoyR47Ege3ajqd6VsDfxrBWqz+zPFRyN9mkcUYOqBpCGbWxNtNre3kTbbeU&#10;tEVX0atTn5/6vnXpkwys4dyWpxx0GdSvxx21T4eLaHbuPp8aJWy9FNlKumrsrU5PI1Umn+JKsSRx&#10;imjsq/dQ302B4+rJu1N25WOKh2/gsnFTvSfa1MMn+QU8ch5NZ91qEjaQujSt2bVyR+VoG320Pjyy&#10;rLMSTWoNB/k/Lj5dXWKaSbUw7cUHl0p+mM50p16uYzXYXcHXeezFVumqymKzK52hyeT/AIXNpFLh&#10;5sfCnhiHkfzlY0WKNwGC+klXfauz8dhJpIqTBVEFVJTU6NNMrSQxySp/lVVT1Ew1K6Esp51c/n2H&#10;rqNJJVu5ZPOoA/kOl/iTN+mgoPX/AD9MncfyBqtw7a8sXZO0KjA0GbzGQngwtfCMxkqTG1hXAbdy&#10;uGoahxUQ16FJHk9MTFDcKCR7fK3ArQ4+gxuLxU/2dFWU08VJRyxRwT1ELXWSsMxDMGPLsxJ/Nifb&#10;sO37fceJcXEqhyK5rUD0H+bpqS4vNelFwcA8af6v9Xr0FmxfkX/HNybgzm8+wsDQV+V2/nMfNmM9&#10;jsj/ABXE4rIaZDSbdjxIanWWEkrS08a6nCgu/F/aUnwu+qysrIg9PDCahZ38mMp56JGIDRx0jSyJ&#10;I4S9ixBuBxb2ZPc2EMCxodSlaUH+X/V8uksVoxYswNanodMZ298X8Lhtr5kZ5p8q2IqcVRyHduZp&#10;tzz0gJWrqM/T4pHgppagxLIA2g6mFj9bOo2NuqtHmyW8nnkIsaSjoIKKkhdU0roeMu3Bte/1/oPZ&#10;XFuSJ+nCmlfsAJ6e/d6a/EYVr69BtL8sOktiZD7LDdJVUNG6O8OfyGVmzWVrqaSp8kskyZEFmMhL&#10;6L1TEcHj6CLS9XZOio3FJuZqTJ1CzRz5JKZnmMUz+R41ZnuCWtyCDYe9wX4WRnmUt6f6j0oe3DEK&#10;uF8x1m3H8+uuNw1dNS5Dp+v3Btmjlpaukw+UrsXFAtfRkx01U9H4pYiI0uUV9QDcj6A+1fV7Smqc&#10;HT4CXMO8Qp44K6uaCM1tYyqBJMrH0q7H+1Y2/wBf2osN0FsZbiWMs7YXNAAa8f8AV+XTEljG8gcU&#10;AHAdFzxvydweI7OynaVD1xMmUaWok27gk3BNHgsN5QYo4pYII18kSx+pokChpCWFlsFRNP06mMq5&#10;6rD5t4y09NPRxV8UtStN4X/chBhkjuhH6VI4JuSfp7TSXqStqZSMZp68en/pzSlejFUn8xqjyuIp&#10;MZvbrOsnkmpq+lz1Tt3LUFPFPHUUpSlloaLJxyEMW4l1VA0/Vb/QKmq63wFbUzVldJUVFTUKrT/u&#10;uIpJ04jqPHyVaP6RlGFv9f3uPcboRCIKFXhjzHlk+fTaWyJgNx6CGL529iYelp8TtLbuEocBjpkT&#10;HrW00cmQpMeoAkxqSU7LEySkFpjKjsxPBUW9s2Q6gwebyNJW56uqK+HHUz0+PpwscHhklN2qnmAL&#10;tJbgXJH5Iv7dl3WQ2otoUp6/7H+r1wevQ2kcLF61J6UkH8wLdGFwk1Ps3r3DYjNZDKLk8nW5TI1e&#10;XoGBjWM0lJj4Vp/HGQpJ0Oum5C24Pt6frDaElZDkWirnrqeKmgiqHyVWxjjpraVjj1aFJtYlFBP9&#10;fZbLNNLF4Mg7af6v8/ShUQNqU5PSJovnn3xRmeJoNlfw2rmyM89BT7ZMEQkyTtMWWYzM7GNmuvkZ&#10;rjh9VhZYSYzGmTzmkjMqppViW4UfQBQbf7x7vDJcJALZW7PT/i8/z69oiBJpx6L6e4u0J46mkj3b&#10;Wx0ldWSVtRFFT0CSPVSHl2mEeu9rD9X04t9PeCWgxM7Fp4oWjAVfE7L4dQOoM0d7E/6/tcku4xR+&#10;FCCC3EgGpHp9nTX+LDzH7eudB2F2viYYqfF5rKw1jzSzxZSnikkzCwyxeGSCnrGVmSI/WyWAP+Pv&#10;LNQYit8LVFBR1Qp2D0/mgikWN1/S0QIsLf19p1a8gDRIxXVx9fz86/Znq+mBjroOmug312lt2TJf&#10;wze28MHNlFKZY0WZyNHPWq/LCtIZWcm/5v8A0+nvIf4fdYfDS+n1iIpEbEcghP8Aifemt7kqXfVn&#10;zNf8vXleCvbSvWCHK9lL583Bm92LrT7efKRVuRXXGVCNDNWqRZStho1Wt+PfGoyWPgVmqKiljRVJ&#10;YvJGqhF5YnV/T8+92+13IGuCMj5gUz03JdQI2huJ8uPUnG7T7O3PLFDjsbu7MSzyRRw+GnydWzVE&#10;xCxBWAIBYm4JIv8AX3Crdx4PGYlsxU1tNBi47F6sENCNbAKB4xySbWA5v7ct9vu766aBe51FTU8A&#10;POpP+ry621xGijHHgKZ/zdO+K6T7Zzu+Ydg0u2sw+8qqCWdcXWyrR1ApoFLz1NRUV8iRxxKByzvb&#10;8C5IHtlynYG3cXt7+8dTVP8Aw5mRIQsL+apklcRxJDEbElieCeP979vWu1ST3DxKRpjFWauB/lJ+&#10;X7adUluNLiKnceA/2fLoRcL8Qu28t2PF1wcdj6PMCj/iOUyE+SjmxWHoVsHnrKuk8hZtRVVijVmZ&#10;iPxcjjQ78x2Q8CRUuQgkkpHrVNTRTQwtTxgFzHO4Cta/9m/ttbKNnoHqGOkeVT1aSV40LEDHHpWb&#10;k+FW+ds/f1M+4tp5iipMvRYOZcXl/uslDX5CVYKVa3GqhaDXqDESPcKQSLe2Ok7awNetcaVK2T+H&#10;mUVTPA8Ucaxcu+txYqP8D7USbZBFcCAyVJ+XTbzziISKoyacelxJ/L07Bo5aH7/cO1qSCtaCOl8E&#10;tTV1DVc5AWnELRxi9iTqDEfW3vvbvZQ3TQSVmDxktc0Fb9tVRRTwhqaJmslRJq5IP+A9lt1JttrO&#10;YJmIoMVp3H0/1V6fiE7KpYih4n06e9y/Aeg2llqWDOdmUeOxdXjmmo62fCTvJX5WFddVj4wkuiMg&#10;DWGZySObGxsoN3dg7a2THRfxzILFWZB44KLHU6tU5CtqJCBopaSIF2AJ5a1h+T7c23bbi+tGvZAI&#10;4RXubh9gHmfXgPWnTct0PFEUXc3+rj6dFw65+MXYPb+4czj9h0UbbewlbPRVm7s67Y3BpJBIVVBU&#10;RrK0srLpYw06SMgIL6VNy2129aqhkramqoJ46Glp4ftaRUL5XJVtRxHS0tMD9fpe4/3ge130+3G2&#10;RoiTXLP+EAcKD/Z9evAzE54k/aAPX/V+zobcR8OsZlcPhsRQbqgyu88tl65MtmKR77K2hgcTravy&#10;WRq9AklkbRoiXyLqZgCBYn2rGypocTTV+XjNDNUQCokpGdXlpy66lp2KkgsPobfn2UbUr71uDw2a&#10;0jQgBjw+Z63d3ItUoKuT5DoHNwdCx128zs3rjKJu1aeqNMcwiNBSTRRssU2ScqGCwltRSxYlQCL3&#10;9lNzPf8AuNd2z4zGUsCRQViQQYuSItV1UYPrmmn+igjn6WA+p9ifeLWysrbwLdakChc8Sfl5AcaD&#10;y6TWgkl75SST5cAP9Xqc9WebF+B/SuJ2hR0m5aGr3JuOpoI5K/PnI1lLFFVTRambGUUDrGkaE+jy&#10;BmIF2PNgZr++MVRi6KuxtN/FZpIoRVx4+VJEp6plHli8rWB0sbX/AD7CeyRi7MgvX8MipAPEjNOP&#10;+r5dLJzKrBY+B8z0R3cvxBjx++c3hsnuGDZO2oZamXb2U3BCj1OWoKf6T/bUrDTxzYnVbkgG4948&#10;nkdwp9mKekhpxUPGJ5ZpVkWljc3YeNDd2txxYexDanaRZyTSVZlrQGorQcf8o6Tr47XOljRfKnn/&#10;AKv29NHX3UnSOSyOeo8nujI7nlwkNQaGgxFHVUDZ2oguNa1k8TRQwarC+ssQb8D3g3PW19OaSOhr&#10;XgA0mQGBXae/9og8j/WHtzZTbSWclxcxguTj+iPQD+fTM3jC4pXsx5nj0oOiusNj5Ot3RJuralJm&#10;Skrpj5lytTDQ4uM6gaaExkLI6XCmVtX04uT7xRZPdeRjp48PT0MoMnjqK2taWOKML9Sqx31H/C/t&#10;iV9ns0eSYFn8lB/zf5+lCRyse5iF+XU7PdOfHnZ+YyNf2HnNxYkfbrW4va+DmopqysV2Ohf8qXyh&#10;CQACQL/6oD3ymos7T10bVVctQo9cpgEkaJYX8cStz9eBf2nW+F3AFiQID5f5/wDV/l62stvAxRql&#10;h5nP+r7OnrAZzoer2lXx7e2c2HqADRUEeZp6arr62Wb0Csr6lNVwAdT2aw+gHHuK+QE07HMV74+J&#10;NRio4qjxM8Cj9c7hrgkf0N/ai4NzFCsNgi1PFzSv/Ff8Xx6sGjoWAJJ/l/m6UOA65wGHxZm2Js6i&#10;3zkqgD73ceSxAroYstOQy0uJglgEPjRjz9FAHNzz7AbsnF5XeWbxlLtTdVFhcOtvvQ9TUS5Byjeu&#10;SKIkgi30ZiOfYyh3e327ZEjnNZ/MgcfT/N0FTt1893JK6nSTUeeOjldH0+Z2DsWVN9baq6rdq1NX&#10;U1VZisHjaeikpZ5CaCippKVYYkKD0uig2+pv7EbCLt7aW1cl/DqeoytRRwqlXksi3mlr6jReyByQ&#10;Fvf0qAOfYShnkvdyWS7cgAVAB8vT8/sx869HK288UagD4jx9Ogh7B232x2V2fsinzW7F2ptqrrZ6&#10;ii2ztvyxz4+jphd6vI5OJEZ534W7PpBuEUc+wjwPZm9t0Z+moYq6kwuGgmSN4FhAZgWsVZvwAPqP&#10;94Hss3vcorBZDboC5qa8f59HVrZrIwMmejDR/G7pzEx5LK1WzoNxZmphd6nLZuapyuUmkVLAwy1T&#10;sIzxwUUf4n2azMpVolJjcdRQVdFUpGchkqmphghRCB5H8YuzM1uEHH+I9lXLm7/4q25TOWuR8K8K&#10;Y/wCvl1ua3WWTw5aqi/5Oq6htLbdN2Dk9x7pzmR2rX7dyFbBsbaW2cLmMvkch4nfwVDV8kRihiBI&#10;1yvpAsT/AE9pbdaYekx8MaZD7dKYAQ0sZPhL/wBRFGBc3/qLexZtN5fyQST3aaWk4t5/8V+3otkC&#10;G5/S7gP5dL7pT+/Nf2FmamTaP8ZgyrtJU7urokTJmKMBFppKyqYlUsOBGAfpfjj2gKPK00JucwIp&#10;HBAUPqqSDwFhhX6E/wC8fn2RXokuJNRyB6/4T0ZasUA6OtW7dlli8K7UjqkDIxDxxRUIYHUz1NQ9&#10;yyr/AMF5/Avz7caXdSTx1aVrSRUEWoK1U4QOE41SSNb6/hV9tRyzJMq2mSOJH+r/AFfz6bmtkddT&#10;fF/q/wBVektleocbSzUOUx1FQJuCR9QkoKJZGgMxJcU0K/kA2Mkn0HJ/HvF/emjpKWGDH09dU1FZ&#10;MAqUNJMwkDvZQsiD6D8n2olMUrvPM41KMfb04kRDgngOupetstkcq1Vn6nFwYfHUyMJMpWxSPDPE&#10;jeWeWnl9CixGkk2/wFh7fdz1GMr6elgaSSlqFhAlhqFKhW4DhI35PNwW912m6u47VlmB7jj/AFef&#10;2f4ek5CG4LJ3DpC9bbYz22dxZ/I0qYrL4Wsq/NRZHFSJJU1CWJQVtRDdfQLBEVgALAD2hIcztr+J&#10;x0TtA9FRMvnIXX5ZkF/GsafqZm4t9APerp5lg0Bssc58v+K/Z0pWpRmp3EY/1U6HiXA7ylwuQyFM&#10;8kWdyEciUMMkqItAk3pjaWaS9liU6zYXZrfj6zjBHtfIP2LuLcWQjxKlp8RtZaCmpI+EKRGsqmLy&#10;FE/UiJo/GrV7sYW3y3O37bRI0p4j/wCGlOJP8s9EQaWCXwiNTnP+yeg9rMnl9y/cdObdwOGqK9MK&#10;tNurelTkjWU9F9xEFqZ4qEwh5amU8gvIAOfqLe0lkd19j9sRW2rLT7dxk3mV5nmCyiDXYzNI3KAr&#10;9bC/9Le1C7jtexx/RW66pBivFiely2i18e4NSfXy+wf6j1M2l0f1H0fRPnMxDJuDNPLHKcxk6A11&#10;UZgD4qXGY+mQoigg6F0m3BJ4v7fcL17svbsYj3Jk4907hqWXyKsxhx0D2F2qQzapj+fWbf7T7IpJ&#10;t1vZDLNWKIZ+f+r/AC9LvFR1024/Mjqfkewuyt2Mk2ytvzbT2vRs5qclm6FajO5qFV0xw4ehiLxU&#10;qk3u8odvpYKfYe9mpu2TI0OJwkweh/ahpKHEt9vQqrH0ahTEajza17D/AB9nSS7bBt/ixjNDUn4j&#10;9vSeGJ3Yu9a/6v5dCfsCLGPiZM1PR1VPlppZXydXnNTZLyRjQ5aapuyxgD0gEC3tEZzAb625k6KP&#10;L5eZEbQ88GPlEnjQrfxtItyP8bW/1/aWKYXNmZYxTjSvTiaWkp6dK/DZfDbhpGrcVIlXSGWSLymn&#10;kiWRonKMyCdVLLcHSwFiORwfY5Y7F7LrYKLMpipJKqhpopauukVpZZKlAC+h6gkXJ/pf2S21zfTV&#10;sJpfiJAp6fl0tdzApdQPl0hc1Ubxoayrghr6B4K+oaLFUrxJF9rAwsDK0I1sByfqP9f2F+8O1KvI&#10;5j7HG0UsHhLQ01TWmV01J6f2acaeB+W/P49iiKxttttBGufMn59Fw1Oxdjk9Pe19mxYWlf7uSCpq&#10;qo+Wqanpkp0kkbltbAl2t9BduPaX/jPYX/O2k+vl/wCA8f8Atv1/o9p/rbX+D/iv2dPeG3Sn/g+K&#10;/wCdfSfp0/5hPp/tvr/j9ff/0Y4CkfW3+wuR/gPeBoFT69d4yQOPW5KzshuQTcngcA/4n3GeF1Yn&#10;VcWAF/pb+vuuoZFP9X+x1uinPU9J0dF+isfrxzccXuPr7xeotfgcf7yfd+3SAf8AiutU8h1y9PNi&#10;frb/AIN/W49y420qDfkj62v/AI8f8i9+ZsaR14VrnqDLHqkueQDcC4ta1r8f8T7xzTlbfXn8/wDE&#10;kH35EDmnp14/LrLDAtif6i1rD6Hj+n+P09xHYkH8ngD/AA9vgUOOmDThXqSgAIB4H5I5HBt7xCQr&#10;e9/qfxx9fwR7scjrY4Vp1k8SMQV0/Tn6fkf4+5KFmAPK3ueTzb/WPulCPn1vy6jyiNGI4NiBwOLk&#10;/n3wcDlRc/j6/Tn/AA9t66juH+r/AFfb1cKw6kJdSGFh/j9fxb6fn3xQXHIt+CeB/hz78TpPZ1vN&#10;B1ya39pj9L2t/j9T/sPcdgwbgG1xzf6/jj28Klc9VJJ6yKyEckH8WsVA/PP595khdgxLav6D/ffT&#10;207MtKYHW1Az1wMsIIGmxH5tbj8m/vPHGotqsP62IH0HtstxI6uxoKnrG7sxsDcXFjb63Fx76IX6&#10;+oWtb+l/8CffjrNVXj/q49aqOvKdOkuAR+R+f9sP9f8AP+t78qsBquOAbn+t/r9feyTXT17FdXXT&#10;MjWBTknkGxtb6cD3wLajfn6ADni4/oP9j7dCUWjZ6rkHr3A+gH5+g/3r3xkFrm9vzwb3/J+v/Ee2&#10;aLWh/wCK6vXHUiJjb0jVfjni5Atbj3DL8EXtc/UkgGw/qfbunSfl1TXj59SQpIv+R+Lcgni3+8e+&#10;Ib8fn/H/AHv25TNeqAjrzL9Pyp/3n+vvKFsNR5/I5H0/HHvzEVoM9OAClesN73UWS3Fj9bnm4P8A&#10;jx7ywyqt15ANzx/X6jj3uuKefVSwJ6wVEDN6iFNj9SD+Pzz75zSqFAHP1Jvx/r+6gd1etAkfZ11D&#10;CxvquBcWtzz/AFv7wiW9yLD/AGNvfiPI9eJHl1mMdrX9XPP5/wBf34TEf1/pf/kfvxAP29ex59di&#10;H6f7yLcj88Ee+nb0n+vB+n4J5Pv32dbBoOvIvrH4Fz+eAQP6D6+44YEabAXJ/PNr8e95/Z1WtD1I&#10;KlSG5OoD6jg3/p7hyab8354tf/bc+7ioGOtVpw49TFJt+OPpx9R/re+kQatQFv6/197J62xrnrkz&#10;WFieLm39PeRmFv8Aaj/t7jji/wDX3ShHDr1QMHrgoa/Ngq/gcC35v7j+oW5JI/F+eeOR7tShr14k&#10;06zXVh9AAfqfx9f6+8sUzD6twp/xv/vPv1c9UB8x1hkgRhYcki3HFuf8PctZVYX45/1/68e6mtc9&#10;brTJ6jGFlvb6D6e+Svzb6XJ/qOP9j72OHVhXz64SJe3+A/NjYngjj/e/cqOUfT6kXNy30HvxFet+&#10;XUJ47c882FgPz/jf/bX95A66Dz9f9Vx9T9b+/UznrVM1J6xNG2sAC+k86QT+Pp7bp3SxB9Z/w5F/&#10;9h72KDq2AK9OkKSGzD0A/wCwIH+uRz7wRAA6gv8AgVP1/wAPe8VA9eqgHy6kS30ldXNrhh9OOfp7&#10;cdXptwDbi/HP1PuhWpz16hrnj02j0vcXa55Aub/649tVW+j+2L3/AKH6f149uoKn7Oqsc06c6YFw&#10;PQRcHm4vf22NU8j82ubfjnj6+3tOqhHVcU6nCEWI/r+fz/U+89O4mkIOnV/gLfX/AB92K6Ur1YDG&#10;esFQPEoI1Ecfni4PvOVMbkNc8XseLj+nHtnUHGkjr3XAEMt1t/S/+J/1/bfKzkmyta9rAn6e3UA4&#10;nrWeHUxAoUcgkfk2B98o42f0gNyR/rj+o590IBz17NaHrp5FTkleQef8L8c+3GLEySWsrfUW4+v+&#10;9+2zUDq1Om+XLU8d7ul7Em5+n5t7e6XErGo8llH15tcW/J9+rUVpw6uF0nI6YavNa2KwnUT6RYm3&#10;+tx7cTBGEPjCgkG54/A/Fve6Dg3WwBWpwB5dNQq5jKC5JA50qT9W/wBVq/3j2la+T7dyS3qJY3/B&#10;5/Ht4N5DpuRhWo6V9AgqIx6bLpX+ptbj21pUM7316RwQPpz/AK/txFrxPHpqteHTi8KqlgtyLgki&#10;5t/rf63t9po9TK2oEnggkgD8/T3WRcVHToAA6ZKiXSGUqyD6jSATe1re3Ger8UZiA402PP8AxX8e&#10;06UY1brfDiem+Ci8knmJ9Ra/05A+nHtlkcm7KL2Jvbk+3FoDU+fr1Qn06fkjAAUmxsBxwP8AWv7w&#10;hGZ1fQbX/PHF+SR78dIxXrfWQuApUsoIF+TzcD6c+8FfIAq6TyL3t+r6fT/kXu6fFwqPX/P1pusl&#10;IjWbX9CeAfoOfqPbfFkJI7Xe2k3NhcW/Pt+iM2eHTYPUmSkjcEaAb35ufr/j77lrWqG1B+PoDyDY&#10;fke6io4dbOR16KnSBQoX/b2PP++498xVKARrJP0AYg/7Ee7KCeI61WmOuJgv+LD63VbcD6e5UNTJ&#10;a62sB/S9ueR7rIhJx/q/1f6vTq4Ip1hkgj/tAm54/wBcDj6e5rVA8evQAePUQLC/A9tMoBArWvVj&#10;wx1FSA6iutvzYC4vb6j3EmrahNNpFAtxzYe3UReJHTZNMdZo6SBgSYzf8n+v9R7yQZJBdWkDE2+v&#10;0vf8E+9mNSa068rnh1imoGNiqW5P9foQf6e3yNvuYQI11Hjj/e+fbZUKa9Og4+fTHIPtp/3X0r9L&#10;8Xt+LD8fj3kjgk0sjR8nk3sAfzb3cPpAPVdDVxjrDNPCZFkWU2HpsLkgg/qB/wCJ99rjoAC8sJ1G&#10;5J+g/rfT/wAa9p5CTwOPl1cDTg9cv4nUMRHHKrAEL6uW5twG/r/sfbHWJFTMSJOPwv8AXngf097j&#10;YtUeXVTpHShpXedBqjKsCLtxYf1PtPtMqM8gQ3sbEcjn8W/r7fAAPy6bJNa9OwQkBb/0uCf6fm3+&#10;8e+CTMY9bXVuQoP1H45A9unhQdV869dlBq0jkfk/W/5495I68EheWIvqW30/1vx70RQVI69Ug06x&#10;vTfU8Akixvz7lR1JDHWbA2sPyfzyT+fdSUr1upGesLw3UaRyPqSOL+5a1DBCf1Kvq55vf6cH2y6A&#10;ZHVwaivWLxDUA3DHj+h4+ov7jpkkYlSTqBPCmw4/A9uaF0/7HWgxr1kakINwOCBckXax/r+T7jVk&#10;0dTCEIu/qspvx/sfe1XzA68TUUPWWCNoXJ/sWFzx9T/T2wJG0EnIUAkGwtexPPt9M8OmtJr1PYhl&#10;P1/239f6+1LTT2jJiRS1rfW5B/rf22wxU9OIaY6bZYtTAO5034X6A/i3vs1bGNhNwfwtyCeL/qPv&#10;ShTn162WPn119uA4Mf6R+bX/AMDZfbG+VaOUqDx+f9T/ALb6+7+ekdMOzA1HU0U6FRdef8fr/t/b&#10;hBkTUAKZLW+oPFvxx7bKAZ4f6v8AVjp1GHHrC1MqEkJe/wCRc/61/btFNG0ZSR9VyBYX/HAIv7bd&#10;NSg+fTmoE9Q3jkSTUi6QLm/+v9QR7kqmhCwtcqdNlJawH4H/ABPtPlWA8utgV6xMwc2N+GXUbgC5&#10;P59yqCokiJeVtKDm35uP8fallBAK8eqmoPTfkKaKYCGNdTMQC30Wx459z4sitbPd0IRTYOeWt/h/&#10;vfPuoiGnPH/L/q/1euvE8j02y418fTkQvdiL+McKfzc/7f8AHvFUViMzRxG2m5LnltNrcfgf63vQ&#10;jBGR/k6sGr1IpaKRAksvOu1o1PpubMSb/X/X9pCrq5vuLKpZfxxa9/rcD2ojVeB6o1elRBAgiBJA&#10;bgHkEj+n19ulFC4CySqqq3IH5N/p783oOqrXqBVzLcpGWZhcEj6ADj2qaaGikQeUBXt6SDckkWBs&#10;ePaSVJC+B0oD44Y6S1TVV0JtCWkTV6lYcAD1H6f717jywwozpe6nhANIt/T/AH3+Pu0cb1p59VNP&#10;I9SkqpZY0lKlSPU/Jb6fXj68+40uNKujlyQ39kXIX/C3vzKVJJ/1f5uqgefUmHLJIjRiPlRYE2Go&#10;D8/8j9xaihpgPKHZJG4KjkXH5PuqFy1BnpwBKUbqbT1s7Eo0asi8hvp9T9P9h7509PTgFnKyMFJ1&#10;SW4B9uMz+eOtLpNSOsdRPOx0IGjBYemMc3+n1/4j3Aq7VTGKEg/1sACvNvT72h1ceqMAB1OpwaZP&#10;JKGHI5Y/X/Ej8f7D2wVOAqWkVlb0k86j/sfr7djcKaHpoxVz1PTJU7Am4FubLz7UuHxCwzxeSzG4&#10;LEj624/UfbwYGun8uvLHpNek/mcr/kk5iJX0sAdWkj+vHsVVVfBGGsNHCk2W3+Nj/vftO+gtqA+0&#10;f5Pl9n+fp4AmvQEB5xWT6XdvKdTBbubr9fUvB49tmSmjaMC9/G1+OACeCD7plWH+r/V5da8tPSlw&#10;FLMksjaSPOoF2Ny9jdSv+t7RVTWStK9gBGDbi4tx9efbr6QMdU05r6dCZRUEUcUeslnYX5sSbn8f&#10;8R750jioYhyt1vbk2/pa3/FPaMppqyZr06pzU9Zay9MihVIViL2AFz9QSf8Aivt5gaBI2vpZhZVH&#10;0P8AgTb8+9KpIqRT/V5dbJpnpgq/uJJYxGWVTdma+oHj8H6f09xclkEhiCMUUMpIA/UW+gt/X2+k&#10;anqpamT59ZcXjpJJWkBkZkdVa50rp+pB/p+PaT/igA4Ds978GwIH5uPbjKtdPVQx8uleMfc8lQvP&#10;4+hP9Af979wXri5sL6yS3BuLH6jn3tSKU6rk8epaUwQX4sAFsR9Lcj6f63v1NkKmnfTKrABjYMCL&#10;qfobn3fXGRTz60dQFV64T0UM63W3K8EH6ED+ntWU1eGiL20mQWt+m/4BHtl6D4PP/V+3pyOT16TV&#10;TjW8qi7MsYDXve3N7Nf8ce27IVMaxjVKWdvqPyB9AdPva6mwevNTpxoaZxIbRKiDlSALMQLmze0y&#10;yyvJZPWL3BP0AIuCAfbwUhemzXp+DKq3b08c888f1t7kw4OB1aUg+QXLgA6Tbm1vz7bkYgZ4dXUK&#10;wr1FfIFHVAAQ1gpuL/7z7nUM4gPgKaVvYXT63Nv9f3UMK9NsXBoOsVZTmZfICdQF+G/p/vHsQqJa&#10;QUjs0cesKSHKjUOLcf8AGvaaRmL18ulSUPHFOg2yH35roUiml8Wv1RBjZrn+2D/xT2lK+BEkaoh0&#10;OGPC/wBoH8gke9iVq0bqpWpx0t8fK7xLBKHRlX1NwEI+n099UOOmlYNpDB+bauBqH0Y8e9iYofs6&#10;1QdeyGQghjYFyjRjltJ5C/kWH+w9xsjiJKMmQoWVmJ0p6hxweRx/sfbgn8X7etPGeK56zY3KQVih&#10;EazKouW9JHHB599UdFFp+4YCLmyjgsW/Fr+3GRyMeXW0K8T16rrnSQU6AzFrEk3VVX/aiB7ZMxiq&#10;1JRUw3kRr8MQthfkke6K2k0PVHjr8B6caDIU86eIlVkWwZeSDfkWPthnkqxAVg1GpjYO0YNvIg4Z&#10;VLcXt9Pxf24uPP8Az9NsCV0jj05ELe5AIItew4Pvlj2mqafiKQyBwXLxSIVtyOHAN/8AYW/x9qGd&#10;KcfLqkayHiOHXCTShBJ0ixAF7An/AFvaqookkaIMCJFa7kAi1j9P9v7aJBGPPq61LUp01VUrxLIw&#10;sUKWUcX+nPI9vWbmaGKNIgWZUOsnkDi9+f8AD8+2kALVJ/1fPp1z5DplwsQlaWSQBQz3QDg8G1ha&#10;3H+HtCruiZJXp14aPg2BJH4uf949vUXj0yZNOD0pXxlNIbuur/AgW/1vc6lzNRUPGG1Nf0yMSTxf&#10;i3vbgHh1oOwIYdcWoIIkbQqra7KAoFiBc/T2oBQQmUTRnQZFFz9Tqbm4B4HtgJIp0npQSD01tXsE&#10;aNxcxtaw9NwOCL/n2qaDb9RJStKAdLsNPOoMbXPPt1WDsIyM/wCr/V/qr1vRRa16QWa3njKCtWCW&#10;oQSRozSKSFMa3sC3+x4+t/bmm35dKKVVC5sx+pFuQD/T3V+w93l02DTz6ZG33j5GlkimaUIiuiiy&#10;KQ/5Ba1+foPePSuOnlgQKzCzNI/4Fvot/p7qUYqDU9e1gHPU1ZznKOnq5NUcbalSKLgPc8GTjkfn&#10;20Zrcyx4+anEirqOiRr39A5sD/jb3eEVPCvVmY9OuE2VHHlqbJyo3+To0lOh9IWSRSjOV/rYn8+w&#10;SmqZp8iGp54RHK3qDWuADfhfavAX7Ok+Ca9C0qhUCkXsB/r8f63teUuTakoxEWLCW6sPwwA5+n19&#10;1IFf9WOnvw9MNVjY6uqScqoeH1RsB6lJNvr+L/n2lv4k0VbIwQNC2ouwH4vwoB90Zh8PTdaHHT14&#10;QY1U3uALH8ji31/3n3Np6iFZw6P4xMwuuo2CkXK/7b2w7nQUI/1f6v2dOAiueuLxMyWIDFfobD6j&#10;829+qdxGkqgkM6iKNgPUx0gXtcj3SOISKNWeqSyUaq9YvsopIyJUBdwdRFr3PHB9jdtXORV+PVpm&#10;RypXSxK3+nBUH6D2W3loyPrTpZBJrjoegU3hgZKXIA0utUmRmKxhjcg6v3LfqJ/3j6+2fI/aU8s0&#10;qSeokjSGBLC/4P1Fvaq0XWMinTLU49KagNfUwU8EkYZAqMWKsoTix4P1v/T2H+a3dUhvt01kKSgA&#10;5IX6A3PHtaY1XgOkrPIGr5dK7G7doaUGYxq0shDu1gLtbngfj3FxlbU1b/bzFlD8gmxA/wBt/X3t&#10;5dPd08uo56cqmmhjXyogJXi35P8ArH/D3H3YsNHShyFWQjiVFsptyNX+N7X97t2LjUT/AKvXrclE&#10;WvXHGyvL5DdginhHNypPFv8AW/p7CQ5OZS+lwJQ4K+oKCWH5P5/1vb7CvSYOeHTr7EDaeRyky3l9&#10;DRchhclgPof8PaGYeg6fhoQc9RqmKKSMiRVYN6bG3N/eXcOWyZeTwkhzyykXJ4+kYH4P1/Pt5GXS&#10;D5dUlLhqDz640tLBBEixqtl+lh/j+f8AH2ntsZPJrkLzRSQ+sgvISq/1JA9syKshoOvR61+LrPMi&#10;yRujC4Knj+vHsWcxlq6Wni0u7ReNSWW5uAdItbn3WNI0NKZ6fkLMuOk7jMVRU80ziNBI0r8cem/q&#10;+n0/23tFCatVneZnamlJUDkFD/hf2tU6qU49M0IyelDojvYBQw5HH+9+5tBk1lqPtfJcEgMI72YH&#10;hRq+lx7q8ZRa9aDqxAHWGaIaS4ALAXu30H5J9i/g+v5cvTJUlzHYgr9wt1Nxc3P4/wBf2TPfOJfD&#10;UVPyHSwQDRqbHQKb67jwWxWKZFldP0SGmlQyxE8L6D9fzxf6exiwO1/skj8aw61Co+hQt7C99XH9&#10;PemlVHrIvz/yH/ij1RwXXTwA6JB2x31QZWnq4FramGllDyUzSu3kdpARFGIDzYC5uP8AD2uoaVYx&#10;ok5I/wAf96vz7f8AHkZFeLH+rz8umvB0j16rz3BnRU5KrqYwvid7KpAX6fV7C/J9zLqtgnH4va1/&#10;6+2ViZiWkz08o6Q9XkZZr+Mt+bW4t/ZP1P8AsPr7xSSxRLrkdQBzyw/P0Iv/AL17UKkj9iD5cP8A&#10;iv2+vVXcV64YzD5DLVaU9JSVFZUP6RHAjSMv9TpUfQfU3+ntIZbdVHR61aRUCi9r3Lkc/T+ntVHa&#10;GOjsa0/l/q/wfs6TSOxGhf29HM6y+M+4NxUlNPU0YVKrx+oMRHEp+tz/AKq34v8A48ey/b23DDlZ&#10;HjhnZY3uGVT6lNv1A34559rPqzo0dMRxVfU2erTOlerk67wNJQvBE1RTJoFQF5kS5ChvqSQPz/xv&#10;2GtDtiqqJzPV+Orx4Bk8gv5UC+o3c8g/4ey+a4YnQOlywfiHDobqnKU0A8QkWOpchYopBbU7cL/g&#10;Rf8AIPvjUV2Hxc/ihSX6rZDa17/UEgXI/wBb2oFqjx1bjx6bMwV6AUHWWNayaMGZoVvf9AP0+n9T&#10;/vft/pZKnLQssbXhKXQAXZf6XYfj2ikaOJ6KOngWk+zqHKtPQssshCsWOpifSwI1GwP5/PtEZPH0&#10;aVgSadkqkI1xg2XSDpupP1tb2tCMy6jjpltKmh6doZfKiuoDRsAUYHki3FwfeXN75/ujQ0n2SGaQ&#10;qNUkqgs4v6gP9YfQ29qba1ibvcVPVZp3iUaemyfExZFpjXgtEW0pBHIyKFX8sUsST/S9vczDb/8A&#10;40iSyaoBJYkn0hXP04Nuf6j23PDGPh62kutQzdYxgaSFLQJfSulVkOolf9TqI/A+nvvOb3kFZHTL&#10;UJURSKqSR3taK+nWAT/r/n3dY9EXDqrSgvQHrugwVDRqHSnSObW0mtba9bm5JI+vtqy01LU414Ma&#10;6wOQssRf1MHPJS/9Cfp7Yjbu1ScerOQw0jj07RpKGLSMGJBX08La91Nv6/19oyqr6qmxyxyRxLXf&#10;pEgQHUQNPLL9D/T3sgatQOOqElU0efWf3NooMjV4qaavlqYZ6eEtA8RYeZP1BWN/x+D71FMDJpHD&#10;qwjJj7uuvoQAByTfm34+tvcbZiVEdTX11ZJJRwQk6gbqms8qGf8Ap+fep3DyBFz59agUpV264yXK&#10;kAXLcW/wPBPtaLNJnHR6WFclHTy3dUs8cahvU5Yj8Dm3t3UsQCk0/wAvVx+qNSitOsJ8NMt3dIQ5&#10;Cglgt2PAAH5PtkOVgpM99pVSosKPpiWBwS9xfQR9RY8c+7yKNFRx6Z1ATZPWblo+OGK/2h+bfUge&#10;1dunDPLQUdfjGVopWDPDEb1EdvqHROefwfaGCVQSX8sdK5VVgGHH06a6Gud6ipoqmOSOanKlZWUi&#10;CeNvoYnP5H0K/j2kslVVNTiWoK6Ew0cP6jPHIgDAXBLMPrYe1sLgGqHJ6Yb4aSYHTksUYlaYAeR1&#10;Cs1/qoPAt/r+2nYGIq5s/T1NLItRjIJNTTrqQob3MYb8+2LybQukfEetQR1bUvwjrDXypFSVBcgX&#10;ikVQRe7MulRb/X9i3nK+aPcAnGfFJQoyo9POObH8Bj9CPexrMAWmSOrsyCSpPTBh6CFMPDG+OhaU&#10;oxfxLGFlcknUGa31/wAfaM3tn1V41RXrYLiRZpozZWHAkjY/763vcUbqlHPVJm0mqjHT1jqZaeEf&#10;sxwSN+tIzdR+QD/j7atsZiSvyCn7srBBF/lCzC/kRTcRxj8GxtY+6OgVdK8Sf2dbicE6q4HUuZbx&#10;sFXUxHptwQx4Df7D6+3rLLic8WjpKjxSRSW9H6uTbS1v1A/4e/LVe1uqSBZ1xjrHAs0aWlsxtyV+&#10;l/8AAH3kbKUe2aWkpFSOnSSURVKkCUyauVI1g2B59qrdkKkkZ8uqUkioq4HWKSmFS5d3YqoBp9JZ&#10;NDEWYkqQTz7SVVi9wZXc/niW+ClUr56MRl445RpvIq8m35BHv0s8QAC8f8vV1glaTUfhPUgOsUah&#10;2AKrb1sAWYDnk/W/t7642rldq72uKsy4uacsZwuuMKzX8d5OVYflf9tf2WX8gki0oMnp63QwSEg4&#10;6Z88YqnA5JXj166KZhC50sxCEqDpv+fz9Pb52P2ZnMV2HRUsuPiqMFReIvPNTu0bIG9QR0/N7fX+&#10;vsxFrHDZiNeJHl606TyXEwudR+HpJbC2tjqLaKR0wqKafNRS1dbMs8hnjqakEEx6jYFBYD08259r&#10;Pf244M/DhJIJanG0U0FNJajk0vAXA0mNF5AJPNxYj6+08FEtyiAA5/P59KXoWDHz6hdZ7Gm2bDno&#10;a3ISZ2uqcpUy/wAUrQWrJ6Zm100E87X1eNSFH9B/T3OqUy+MpooJc1S5ikqqIvA0is0ni0fuxeJO&#10;DIB9Tfj2zbzsvcBSh62VWuoGvTlQJh8vVVM64Gsw+QoMmIahzHFA0ksT3gqFnQ+uF+LEDn6Ee0hH&#10;s6SnigzlPHJFRyoGpo5NUT+fV6SIx6tV+De4/r7ca6NwTGoqRx8/s68IkXvB6U65/HtkJcO08bV8&#10;Kh54U9SpAwv5GY8Wt9b/AOt7a95bVzmbTGUdBno4spXODU0cflEsUH1IKp+thbhT79HJ9PEXdaU4&#10;dVePxCAD1xosvSBMhJ9tJR43Ht6chK0S0tSukNJJDZrhVJsWYAe1X11sGpbb+bpKmorspHE/jx9S&#10;PFSyLVpxNSyCQm/PFmFv6+0zTtHdK0mAQa/IUx08oXwfDBqa46R++d90m2Mht2D+IY+CSqqDNXU9&#10;VHNUSNiWGhquBab1DQxB1An88H8O8XRdXlXp8vkZ4sRDC8RdKoIJasRGx/Zg9PpsLE2v/re9GaSa&#10;UxWg1V8/IV/n1RhDGuqU0I6DfdPyp6125lxtyhfI7uz5glmah2zTfex050a6aKqqp2jQPIeNKlip&#10;/UB7jyVWIxmQp9v1NeIak1whCwEzQko4WnmLyAD9z8qL2B49qntjDETIaUHTSyh3AHA9C1S1dfmM&#10;dHuGjoLxVeLiqqeGvBpK4CoTyT0bwoCVePgBiQSwt/j7kHagj7MoqiljSFZkRPt40MdtS3NSXm4F&#10;z+F/HtDczAWI0dwP8/8AV/k6cRaS+ITTppi3PH/o5yeXyNTrOPoq41c0miX/AIDOztEVpySWVQF5&#10;+p+pPvj2N1bT7i3DtTNbdVqTcmLyMEOaqI9Ijq8cr3aYJIRGXjNwSQNSmxv7NHRo9sAmyxGB5/5/&#10;TpOrJLL4i40nj69Bl1r2XkaNN1V27cjQJsmZIMlst3d/4hRRmIrWYqsKKxZZnKy036il3S5XQqqH&#10;cuwcvlokyNPT0Q3Bj8lRvjqmGdIUq6VJAjLVkCwRV55sbcD2hiWY2picHRT7T9g9a9PTTQFhpYVP&#10;UrD927BxuSjoFzFZFhpcfXVGUiraGsK4rIKROsSOymQtNqddCBgWseCTd4zCJXQSVO4sdjK2u248&#10;Y8BiMsVU8o1XSQf4i63H9D7ctrWe3RYiCqnP5Y/zeXVGeMdwNSeo+3Z8d5qVdi5fN0uF7FpqjIQZ&#10;ETRrJiXp0AWaGjrlLRn12YWGlhbTe9k7tfbNTl8jBUSRnC4moyU2RjSA+RwALOmm6mx4AuLD8X97&#10;unmoyWiktwr6deRo0PccjNOlZ2F2HitibXyskksG5c/isLBSy0tTPHR/eyyKRA882lkTUbs5UXP4&#10;H09iTldvbZmyCxzfw7+Ax65clS1SAh6hbMskaABQxPqLHkH25Jst69qlCRI3E/L/AIr5nppNzgUs&#10;WFfQUr0V7ZHdPak+0MpLWbTytfviuqmi2WuMsaA4tx+wMlVVraykR/1KesWsAeQgN24LYGerqGpk&#10;yzY0YKZJaakp5oEp5YwQUmZSNRPFr6tJ/IPs2G3NbWAtEYEkZP2/6uPRem4F5zLKp448sdC515uT&#10;vvFwRruPaFJnmzdO9ZUVonmpqvFZUR6GoZoxqjeAHlQul0Fx6riznFVbVzMuTgx5jhr41gpaqsp5&#10;GFW9OrXjp5ZAfTcG4UW+tx7TQ2SW8SpI2or/AKv9X+Xp2S7ldtdKD0/nnp0qouy8BVYvJ5OWHJYi&#10;YzzfwSSGlFJj8jJH5Fni0qJHVSWN5WNubfW3vNuDFYCnx9NPlmWpxpotHhkikkLUch0VIdeWvY8n&#10;n/ePbf7vuLlS8T6aef8AsdKEvlTiurqDsbfe5s3mNyYTHYP7LM0OYqIa+Z6qj+zauWkWeheKSP0t&#10;C63GkhSb2tf2rsDl8VkaBcdTxx02AxsNPBTUJpmjpXx0EV18MbgemwFmHB59+t9rjhTwou6Ryasf&#10;U/5Ok8t1J4niuaAcB/q/Z0AXbG0d4bZzdPvSjo2yHYWciyFPT5egraY1uM3BXFKSiWaSMKjRwx6g&#10;YigsqqFPF/abyHbeOqMsNuDG5OndvKlHelaOL/Jmt5E1WUxWsQ4JX6Xt7UpbWe0+VSeJP7OkrrdX&#10;LFmOOIH+rj0+7P8AiRmcetFvTK70xuYz8olqM1L4JtNXHWg1FUn3CepalZHYswW5P+Pv0XYCUtbQ&#10;42pwGQkNXNppKumgWpicoAH0tEx0Hm17X+vvU8di6+KtRXNPKvr1dBdv2E4/n0rMz8fcjWw5TK4z&#10;sSGkMOMnirsdWhKemiDjzQjIyPH5JIRbV45mKNYce3TC1uVhy241+ylgppI4TR07IqioJ9ZkEsfq&#10;MhN09fAt/j7buJoZrmIoKgClaj/V/m6eK3IiCE9NG/dmbTy+w+umy+4KWsr8DkRNkM3A8Uy03jpz&#10;FURtSVRaKKjFxKwjXUwC6bj24zZSSSGipKfDzrKSKmniMMdLHT1EshM4ZAP1FrtIf6m/N/amO3tr&#10;cNIPxVr0nkjuJTRmyOkfiNlR0uW3HuPL9h42fFLS/wAHzNX/ABCszdZl8TR0olxc5rpZiQiRPpp4&#10;wLaBoIHADS218/naqpRJ63EUU7JJXK6KySeGQM1NGfo4f6gG45v9ePaK7vIlcCMajTHnT/MOlcEJ&#10;EYJrUdLSr7o6n6z25gq2uqttbtzFAft9uNj6yj+/SOshanGRKTvqh0qDFO6WYH0kWsfahOKn2/EJ&#10;MLiTNNPNpqVSNEdjUPaSsaQct9AW1fj8D2otrW1uIzLdkVGaV/1f5+vXHjuNMeAegY/0u7a7Qy9b&#10;ht59gY/AYWkpTXYqtXItHHKuNjv/AASeKoEaRsRI4jMXLWJ1NY+8lPhcy+Xpc9VRyy1VGlVSLRwT&#10;tBSlKqweWe9tZS3pDcfW3Nver/6S9iEKUTTkH1p/g/1fnW0jlgqDUg+vl+XTfXdt9Nbf2TlOtsJn&#10;6PH4LO0lHl5crX0RzVeZ4X1Q00NDEkgAm0rqkX1AG/FyRIrNoQ1mTqMtU0kc0r0YoIqbzaaaOMMZ&#10;BO0nDhySRcHggHg+2pliuliSRiAnGoyfyHp8ulGqWKJli4nz9P8AV/l6R2zflJQ7S2lRbMw25MlB&#10;GmVkz9ZuKow5qc1VzzSqtRiaSgIeDwqFDhpR6kJjsffWGwm5UhrP4pNT0k5p6inopYJBN41YFKeS&#10;RnF9SgKfyCRyfbv1VusqRxJqRfl/k86/6uPSVbXQpNaFuOaf7HUvtjvHonJfwBdoRVu6YX3Pg8zu&#10;PD1GPr6NchTw1X3mSpIKaUIjCQ+SNgVGkuoUEXI47c2tmsZHXpkczPVGvSOYVhenjq1rFUIxLIgU&#10;x8AoCP8AAgfX3WW4Et4srLrCnhTgOHD7K9PGBTAVJ0ny8v8AV/q49Q+3fkl1RuGg2vDsjZ9AtRtq&#10;uloG29ksRkJNvy7YqopJHgipIniEVSj6UmACsCbozpezfBtDcdJm4shW7kqchjgZi61Zg8kMGlmj&#10;hCwIgY/S0lxwLEG9/a24u4blRFarmootAB5fKn+r16Tm3RFJk/b0oKP5PdNZDrfL7Z291fBtzds8&#10;FNHRY/BY1oMfk8pVSx0stZHUG7xorH1QMJG0sNLMQwGWow0O5YlyOE3pV4uno5ihqMI+PkSeWCQS&#10;Sw1Jq45VIK3UgAGxP+v7vLduCLIRBpPXjT/Ufn8+qJbBB4sjdv7Omlezc51Y1PsvsfoRNzZPcqpX&#10;rR7oSZ5oMbU2padMZHBHLpAlQEk2YMtwVe1sFNjMPXwxZCDc088dNNJHFU+UwwEtKGdZBFZH9VwL&#10;Hj8e2BdSiU2rLVxStM/l/s8Pn1b6ZI/1B2g/Kp/Z0Jmc7A7R2zUvhqzoDG0/8cx4qazEUlTR5qum&#10;Skovtop6YT2miTxhNYliJJ9LIGNy+JkNueaSglztO9Y6eCOFKmzEsugfsnnVf8A+3ZIbiNluPDUD&#10;zqVr/I8PT/B16OKFwwWpPrQ/5v29AfXYvv2Whos5iOoMhQbep64Z6teuxtFJOggk+8kC1epbxeMF&#10;dckQ+tiLjlsXObQxdRS49NzY166qeX7On8ySSVLo2mSDylybh+Dc8fT3u4uJmjMtwmlf9NkfMADP&#10;V47VS36ZzT0x/k6U020u/exlqMhk+ms5iMXHFBRZOprKmmxZo1VC38aocHLHG8yrTyDWlMj6yoIO&#10;oW95K0bWwEs26JJYKSsy9ZSUdVURxxCbI1si/b09MHYgM4C6V54HtIkz7gAaUSMYqaYHCvH+XHPD&#10;q0kSmkKnJPXPbsfeG4pV6AOHocjhcBgarKYp8jXzU1Pg8HSSp4cjVrTQCd1kadUVGBJb0ppCke3m&#10;PLbapqKOvbKRUkMxmlZ3aniMYifROHCj06GNmP4Nr+243nvNTIAyr6k0+3j/AKvs6c8FYlCHBPoK&#10;f5/59BluLYPyFrN0V2zz19/eOfD02OofIKjN1+PrI6mmFVRVMVfkqiNZjNEkmhbXCl1ABAsnqjLb&#10;XrM7SYx8pnDW11JNPQtDBMaKojZTOtMtV42h1kIWjR/UfxwfZj++ZYbdVj8IVIGK8eFT8/z/AG9M&#10;rYKHZ2DHzz/n9Pt6FbB7D+QWzNgV+Zj676io8Th8pRJm6fLNUnK440TJRVm46pYZ1KokcoFZJHUj&#10;0Rlil0Zi2HdmykNAPDuKrlqKpaAmOPIVaw1MoEApq6aK8KMLj0Ej/W96nnuoUcvIlOPw/wCr5+vT&#10;sVvGWAVf83+Dpanp35Ty1ubggy/S+38fHAMlTRwYugoop6aml+/lyeHhWnkqwpkPrqJ2HP0P0PtU&#10;5CXGUjx5TG4pqvJ09PHDRjRGlNqnqBTLRyVOlgrAsT9bixt/iktpjeWoe4ceHk4+M/5OPl5dPi30&#10;PVe01zX+eOgf23tntmvmzfWPYPY2Ow2z87mcnV7om+/yD7kFJjcI24H3NicZLLDI9FIlMsLsY/G2&#10;sakYgFe8wcJio4snn6KN6/RqWko3ephWSUeLxU6MFuzsdPpAubce1llHebnZskREcEXFm+L14jj5&#10;V+XEnpkrGknhIKs2cYH+x009eVXcG8snX7I6P3xUybMpp1pJd37rxVNjMnPFTOKtZ6qoH3EnjpYx&#10;rjEoJWNipsWC+3KjTFS516A4OemqjRjKvXNCRBIdSQ+JpweX+np54HsvvJJbe2R0nEmolaD5V/1c&#10;On47cMGcrQA+vr/k6ROeyHbWP6fbeY7hxmb27DuGXYCbeoZIqiuotK1FXHWRUrwgRRsA7LJ6W0uh&#10;H1ADwtJivUxgjISSR2VzdVkBs+tG44/APA9+J3BqICe4ClBUkHhQ+vzHTJ+lhGtqAD16B2bfHaii&#10;Cji3Bklerx2Oo6aWhiSKrmoQimlWjq6dBIC5/WYiGdi2okk+09kc1ghlqWgfEw5CoWBsjHVJBTSw&#10;UawuIA3nlICSEOSqjkqGt9PZh+675bHVLKyVNBGQc/P/AFZPScXcDlnjUEDz9ehp666s7qr9l5rd&#10;FP2Jn9h42fKSbZnxFZkdz0WS3BU1NP8AfyL9hQxM0tOzBUeWS66+DYAn2n8l2ts7B1IhkMl3malj&#10;lo6QuJaiMfuxR+PkhP7TD0j6X91uNoeG1El1MP8AS5NB/wAV+Y69BdPK9EjoD5k0/lT/AFenS5w/&#10;wj7/AN9YqkyWU3FQUslURXfw3cecyE1VDDP+7BWVEcUUyJJL+oK3rtybEEe1HFuIy11JRUu36z/K&#10;KVaqOpljhp6cU0o1oVmJP6h/ZH0/PtGsVtJD45uCSx4AfzIr0+zyKxVkAp0jcx8dqrG7X3Rubdfd&#10;23vtMBnKjC5PG46qzOerH3BiJv4fUUdXQoIiJYWGgMyN6eVOnn3wod30sqVhONmolpHkaUaYX1AO&#10;UeUCLj+yWP8Ahz7tcWKLcrB4viOQOOP8pNP9VOrs7JEJAoz057n+JO74f7t1A7CodzfxqnpqCglr&#10;JcrRilvSpPQY+N64s2k61ijUBbNcWFj7jVXY2HgpqKWnjqax60kRRUyBhDZ9ANVJfTHckaVY3I5t&#10;b3T93RI7CaQKB8qk9aWaR8KtD1wwXwV7OzG4M5j8zX4bAUODEP3GayMtbULlHmpRVOMNTOiy1Kxg&#10;6ZZvSgYFQzMpHuC3YNRUmnjxGFq66rlnqKSaiaWGJqeemKtM0s6sylFDA3W/9OCfd/p9sihaS4kN&#10;QRQimR/PP7erqLpnzQKOltR/BWkxq5efe/YuJweHoqbGZWh3BR0FRUxV+NyIljgT+GVYgkjnZ4yq&#10;oXN73XVbh+pNwVRLU1d9tDlJ3f7aggZpWjhj4aqqD9RGCQNZAF+PqfaOeTb4tMjVWPzJOW+Qx59X&#10;CynC9xrk9IfO/F/E1FbSTbBbO5fZWNoBVbl3Tk/sqdauuklPgwO34tCCStaJWdoQX0KQzf0Pe5tx&#10;1O3cYap4TPNBStU1czgwUFLHGAZJJ6liVWxNlW9z/h9fa7abG0vw9xKdMdTpWvcfy+zz6SXc8sco&#10;hg4040x/xfSS6j6J2t2f2FksCdx4/B7aXLLi8NDT5GkyG687KY3nCYzHFI3kVYUaSpqjCI4gOA3N&#10;k5tbfFdmW8kkdDWQspmqJMRKKimxUTQhokrqonQJCTyoNwP9a/tPfCy8dbW1BDnFKkk+v+X8+nYl&#10;nSMyTNgfL/N0Pvbvw86/2jgJp8Jm89g8hTzDG4ePeL04qt55f7o+WHb+Mo0WZl8Y/Z9A1sR+D7c6&#10;HeaZyeppsFNQ1UdHAZa3KSVIGOpmZjGiRkC8vKkFlNv8fbsqbTZzLHdlix4KvHHqeGeHDrVLuRdS&#10;0UevH9nQc1vxMl2VgKDdHYVNuqnTL5qDF7e2Lt7CQ1+8c2hjFRNLUyiV6ehdolkfxTaioHqIbj3w&#10;yO6MlgMUs+Sgo8hXTfcPAcV5RTzpTx+QuwIZxxxYAn27BZ2l5M8kdUjQcDk/lX+Z69JNIumJTn/V&#10;w/4rqftX45bE7W3lPiNl5bemz9t7fjxSbix/YUFJJnMVX5moeGnx1DFE0cHqMZbWX0kEAXPtFZLs&#10;3OU2KpNzxYcvtuIeTJTxJLNUxx+MN+5FYGJbkXdhYDk2Hu0ce3Oz28QrJ9vD7B9n29Mt9SjfqPgj&#10;FAP5/wCodD5ivhJ0zR5fMbFzO+a7+/uToZpdqUtZJBQwRxozA1lHSjmuaIKWkiWQWF7j6kRNr9lS&#10;7t3PWY81c1JBLjTU4mLHU7VSKq2aWoqqlVZb34X6Aj/b+2bu4trRIoIowcgMSKsScfs+Xl09FG2l&#10;mkOfL0H+r59Pe+fiPsnqXqqkyOMwOA3nncflqSo3Tlt6ZWTCrkaGVzTNRYhYpEjg1F1EUXkJLWJZ&#10;vp7VuP3PmII6KmyFXTy1Oaq6taGo8LNFSRRER08dQIgAHf8AXpYj+ntLPNZx3BldOwEDSME1+zP+&#10;r7Ory4iIDaaCtT/s9Izdnxe6ozdXnMltfbOdw2O65xGKqdw46mr56dtz1M9OclkXx1XmGlvFBFaF&#10;pqcaWckA3U+07ks/k8VFUz1O4qjKJTVsdG/2q0mOheqeQKadqxwRZfo3juQP8fYikltyKmFYgVrS&#10;gx/s/wA+B6L7eTx/7Ik/MknoSdndK9ZbnGIjxfTeA2ZU5bCzZuni3M2T3VX0+L8QSDIfwFplIaQk&#10;Ffu2TU30U++szlewM3FQUu3ctjdqVc05FVJkaT+LsaRk0wnHiMqC5PqJf6iwsPZMm47Xa2ck0sYd&#10;q4NK/wCr/J0rSyuHl1s50+lSAP516jYP44dC7VqMrW7g2pXdjwUkAkp3pnqMVHTV8TSSZJctTfd0&#10;kaIv7axgllQBrq3BCuirM/QmmpEqWyM9JDoyGQyMMdHDUzJENbxwRessx5CoLD+vsshne4g8WVcS&#10;HtHCg6fWNPEJVsDy6QWe6p6L3DT19TWYSi23T5SWE4TFbDrZcxlKOnep0a6uq0PSQxKbI809r3Ng&#10;OD7w12cnzGGlOJyEk9aFPlpoIhTzMSeVSVjZVA+pJ/1yPa/bdytLKd/qkAYA6Sc/sHr6efTE9lNJ&#10;KtGOiuR6/n6fLrFtj48YPr7s3H1W49g49dpMEjx2dyOYkzdHTVMcYCSV+IkRWlqpnHo0KUBtoS9v&#10;bPkcRlht6jrJp6P7gwyRCGGrNVFEknLzPMrATTH6XF9JvY/X3fb9/nneYxjtrgniaf4OnZbaKOUK&#10;Pz6F/bm6dgQ9v5raNBitwU7SHH5Sqr67b1RjDLPDdaXEw0U8AfH0KIBLaZYvNcWBNiQ63jurdu0t&#10;g5evwFGM/URQxxSxr52TFUtz5q2bQwcqtj9COefp7W7XN4l29zcHvXKj1NDn509OklylZAqDt/wn&#10;oSa7rXq7d/Zu1avO0kWGydDW1eXxUczYym/vfk4YfTQCKWNhMYYrztGnrCqCLAEhm6H3VmOwMkJN&#10;1Vq47HimAho6SoIevqAhKU7S6vIgA9TKpBP6fYT5k3u+t5lSGpLOK0xSp6NbOFFhaSgx/qr0rO8d&#10;p0O1+tNw5jZO18ENw4+Ceso66txkFfDieTNV5ZaCZWhlljFzH5VIDEMbgEGD8h937W2+cfhqeqqj&#10;VU02n+D0NYqo0BB/draganQA20ox9RPII9juwaa22VfqXOuSjZ40pwP+rPRF4rzXTyBccAfM0/yd&#10;Ij4hUm/Mlgcvvfe8VBVSbqnWqosuaCfGV1QtNamX7eh0Rw/buo1rNCiqeFUEXIl9GZl8r1jmoM/n&#10;UrosfU18ox2YRTXSRyp5YPt6x5OYo/oSyE/QDQByCrfcbtOZljiYKjihr/P8/wA/y6NpItVorUq4&#10;PH06UPdm044eweud2ba2hnZN21uShwk+9sFOY6HBYpapZqiLP42IXqfuFd44SbBbszkhQjeqt2bb&#10;Xr3IVH2dTlarHtJPSw+OtnpI5Y5LR6ZmXQVU2OmPVb+t/YltWSPcZUD9jDIrxP8Akp0kuY59aOuP&#10;X16W1VtXfP8ApQxOUoK/F43bMlBPBnJEhoosrkAIjJHFDHGGkZmcAGZ3UCxtGeLKHqilyeZ2Xkt8&#10;5WonyWazFW2Jgaaskp6TB4RFCu1BQSHRHZTfgamtyTzcKXG5vJvwtVAWOFdQHqc0/wBXzPRskMfg&#10;rG/4jU/6vn0h+2KzC4XdOz9jU0rbfw1Q9Ru+roMXgGq/73bipaxXx2MylfEjECWRTLO7srPYansA&#10;A3dmYnbvXmzqjB7chyuWzW79UMElZkHYQ+azz1Bm9Nlub6SbH/AezvZ0luDJvd81AKqq/wCX9n+X&#10;pHLpuJhbxigQ5+f+r/V50aenN+dq9v7+yNVuOh23tnafW1ZPRVNJjaaepyOfztbSukEBkrZZBBDT&#10;RnyM6IGZtKqbElYnXOBzO06bb38BrBHTVNPGu9MtLH9wgmdtX2dFcBTp/wBWAeeb29hm8mjuHkuK&#10;a5QexR5DhU9LvCVBoPAD8z0LnYcO191UGV29vXGUFf4pZK/auDnrpKepybUNGp++nETiy+Z2TQ1x&#10;o06l1MR7faulxWS7Lihr45ppMTSmbGV9VQvU+V/84szVrKVYqxuE1qtxY+xddrdybFCgk4irAHPz&#10;HHoO290FlZQhBJP+bpH4Kqrdu9NCvxOIx1JPkJb1+Cxs0eGocWKiUUk9HRw6Q0GpVCsyxtL6tYW9&#10;rP2cjxeAwtbuVJ66ozEJmknzNRT/AHdRLJIbnwxRDRFpHCrGeB9faLaYxdztaTkeGgwB8ujC/adF&#10;RIuDdJzAZDcud3XjNl5DHYGg2bVYyOWm2njan7JKCkoU9fnaQrPWRyMRqL06A/0N+QSou3sr2bV0&#10;GxtvYKpzFeZHZclWVDU93iBZncAMoRQOSzAD/efb93eWWwQyPEdIPEf4KDzPTdpZPM3jOcj9nQmY&#10;/rHZvXOf3D2Q2QXCUL4lYsjRxU9NBiaOipbu8y6EMpdiQDpN24UD6D33v6iz2PyO39rnaeJpMvWI&#10;gyu5cdJE9Q0bPpaKSpk0C1vqzH/W9sfVyDajf3FSXyoPp/q/zdKIVDzkRntGOnvrrNYPdYzW89tb&#10;zzW4duVtQ1HR4iqp4oMZhZscNFX/AA+BqaOqPkb1Wldh/qR7X9ZvPbmw6Oh2phUzk1Us9O2TrKGn&#10;jqHqahwFKUjyEgm/ANuP8fZbtVtKIH3S+IDOO1fQfP8AzdOOzy3AUDsX/V/qHSTyfX+a7CztTuHd&#10;dJtyfDUtHVUm1MPWffStEk72kq81EEQesKpaIMeODa3tV9mdhHrjEY6Wiwc2Qrq+GnnkfI1uqaBn&#10;QORUEXF0vyFtz7Ntis4buxfcbgkkkgD7PP7D/q9OkFzPM90YfhCU4f6v9noufXvU1d27uPdNRuDe&#10;lLQbV2bmq7bGO231/gqfA4mqWBjFLUmsqRJI4YcKRcD+za59tezuzavsiamoINs1NSxhJyFXFGRS&#10;QKB62d2INjcgfg/S/sqvNyTalZFPE4Wv+T8s9L0tlmQyMaU6EKt6A2b1RT1m5qLfVbt2hpmU0Yy9&#10;TSNEsxP+T0kUtQLM7NYLZC39PYpNuqLEU9Lg8XTR1FbJOaeGjjdYmiu1mLRxgmw+rf7f3aOKOGA7&#10;juOAwqF9fTj1qGMudCGijz/2ei75z44ydrb2rt87jz9Zi9v0NBFVVmaMH3RyoiTUBHWVbJGkYQAI&#10;ApH4sB7S+4svVU+4KOlyNZM1NHoM9FRN4VklYXCNIpMjW/p/vHtXcXcp2kS26aC+fn/qP+z1a3ii&#10;Z2YjNcE9DP0t1bsmLZmWye0sNRnIVslXDQblz0CZSrWmicxx1UMEiJTxLcEhUFjwST7eMpQ4+owd&#10;TkMdttMtX1UmiFGhjiEYQXs9TVNwB+WJ/wBYe0WxX7XFyYbqQgRjh8/LPXriJ00hMep6Ya2r3Xtv&#10;sHbWJznaabP2njaGaXIA1y1FZn6uaRUiigxFFAFVjf0RQrxf6n6EP8fhcVLTVUtfSQRbknjlEVPh&#10;TPXU+PRV/wA9PMhCah9Ltx/S/t+a8m/eA8XthHrxPVnBCAR/nXow+S3BuaGbDLhKtpdqU80JyeR3&#10;S8GJrcw8pHioKCCeBZPV9SfGCbW4+vtrx65VcBkKTH7O3HuioapeKGW8NJBLI/GuSedxZB+T9LfT&#10;24Li0G4tM8oWi8B1aWN9Kjh+zrPvTNYXD5rB5DM9ibK2LTJH55qTI1VEa2rhiXW1PRLWPEL88sFY&#10;j/Umw9vG3+tXqJqSLMxJi6wKtTUxY3xPHSMx1GnNQv8AnHH0JUEfm/8AUN7vdzMryQJUE6RXz+zp&#10;dA0arqrw64ZXu/b1LiJMvhKyLMUDK4p56p5af7pEUs1ZpkRfHBxfySaOOQOfYv5fLbZwUFLtmmrT&#10;DWlCtNHJJ5q2eciwciQn6n+th/T2o5a2S/tCN03GgV8gfLH+Th0U315JcBvBWoHn/s9Exd9/9z5i&#10;ffOP20lVtShq3hyGSqJDj8McTSTFquCgNNaSU2vqkjVrn+0PwUjdOYr67MS02RzU+PpKKpfyyGOO&#10;qqpwjf5qNINKKSP8SfYy3W+8GMxRDBGPIdN2sCjvHE9WJbL25hMFgKA4HE0FMtRSQSrFTJLTwESR&#10;huXqQ0h+tyzAk/09yhkcfhaqDORYx3p6eNHD1sP201SbXD1M0/ChieFBHH4PsgiQ39t4OvNckeXy&#10;6Vs6xNTzPT5UUdTX0VVQS1y089UkiaqZkk+1RvSPAjAElfrdwef9t7kZXfEHYNGKefGVFFj6Xl2w&#10;qLOX5FuRZQT/ALUfam38HbY2tYDVm8zx/Pqoj7/EJJr0kNq7AXZVRkq+mzdbm6/KsgL5+qbTEsY4&#10;ipjGG0rYX0qvPsWdt5Cto9uCnxNA2PpzSvFjBUslXlqp3BvUzP8ApS555J/wA9k1kbOLdNc7681a&#10;uBUeX+rz6vdRyTRaQacOGMdBb2RszE7nzWNn3TVTZVaLIU1TlYKaaox236akgOpaSaBWZqq/AKMb&#10;G/qv9PZU8pt/sufdFYDQ5XNTzzlmikknalSJWugnkQhQgHJFwP6+xPuF5HIAYzQeVP8AN03EgjHd&#10;gdD5R5fauMw9JNS1+GxuGEccdGVmpaKlAI0xxQoxQajawUC5PFr+1vTbDakko8jksxE+aEkZlwuO&#10;aKDH0ZB1COWSIFeONXqP+N/ZIz3Usba0KqOBPE/l06jx6+3P2cOvU+4ErJZBT0VX9gsWqLJSxui1&#10;LG4K09NIBKwH4YgA/i459jBnvstw4bH0eVSnzEVNGuqOmaQwRyX0qjS/2rW/x9sbRezWUMsMZ0hj&#10;XPn1V7aJp/FIof8AD0GGKwX8C3Rm8viYpMNLmpE+6eujgeSsWEavKtObFRz+bcm/uXlKDDYracdJ&#10;hcpjsRUiMLJS0ZUWdhfQZb+pv6gk+67JG8l5LdXa140Lf6v8HWpzWQKgJXpoo85uXJb/AI6TI7Sz&#10;GS28kbvT5yo8KU8csbadS48WZUI5EmgX/wAfZScrt7PyZeJZM/VIs0ok85qBxETdnEKcm34Fuf8A&#10;Aezm9lkaMsor6daUHVxx0YaIxlB41CqONCqFCkf2bD2Jke5cXiqKk2/hK3IVG4G1/c5ytCyGlito&#10;tEBfRzyLck/0HsntbeSHVd7g3b+FPL7T+Xl1Zy0raUNB0yzY2or6yU5EUsmLESCLHors00wOp5Kx&#10;2srj6BUtb+t/cesUYimgmyuelnkll1aZlY1FSGGr0qdTG5/rb/H2uQT3oZ0GlAPy/l1UMqNTpwhd&#10;NRigpVjWNdOpAixxsvpCWWw4/ovsTNsdh7cAg2/XSGWvmCxw08EX7dOH4jSQqLaj9SB7IpLCSzl+&#10;tU0ANc+fr09KWuIiq9BxvLaOayk33WIqIKQRBpJmmkczzso1HxEcLYCwLH/YW9oPfG0qGgzEmQ+4&#10;FRI7hooIldvGX9QBjS5uf8fYvW4W9sVkGAR0ggJU6W4jpSbPzlRlsdGlVQVFJNSr9vI8pUpM0Poa&#10;SNxYEG17ge27x1v/AKqav0xfp/45f6/+0/X2R64f4fPpfpP8ulddP+T7/Q/q/r/xv3//0m3yrp4O&#10;om1j+P6j3gZ3as8Ou8dKjPW5oYSfqpAUtx/QGwJ99NI7XP8Aj9f6/wBLe90WlB1oCi5z15YlU8jk&#10;f4f1+v19xVlNzcWH14vf/Yj28wqKDrXAk16kGJQODqNrcgc354/1v9b3nWZbC5sb/Tn/AFxb22VJ&#10;4Z/1f7PWy2M8esLQ8kkG1rXFvUD9bgf0t/re+BkL2Frn8D+gtf3sLpYt5ef29VyeufjCr/Qk8XP1&#10;5/B/4374m30JA+guPoP6e3AQ1adUb59esV5sbckDm5P1P098inH+AP0+oNvfuOT14V09cBJY6R9T&#10;b/D/AF/r77DqAbkf4WuOPx9f9691NQKjry1GT120ZdlNjxyeL/UXBP8Ah/j7xEk3H1vf+n5+h49t&#10;g1IPT3EdSLKtz+QOeD9R+D75HUqWU/69+f8Abe3qd+rqlSePWEFHPIuQbgD6X/Bv/wAU95IkDWL2&#10;4/4n6e/ScO3qpI6xSSFPSo5v9Dc8AW/HvJwAQGAF7AfQHnn3VQSO7rYr1iJBa4Vjwb/W4uOBcX94&#10;9JKsQ31uCfpa4/p7qFOsauH+bqxOofZ1n8oWwsL8Egc2/IPP+vb3wsQLagRb8i5J/wAPd2GQRx60&#10;KDj12rA3Om3J4uAP9499G9vqBcnjn/b8e99rGnp59bAoPn1yBAP0J4/wt7wlio4vc8EcAfXi1vej&#10;UGp6qx/Dw6kKAw5Cji4P1uP9qJ943dmAF+Pz+Be/PPvyjzbrVafLrIqKpNgePwTf8WuLe8a8kX+v&#10;0/x93Arw69Xrmx0g254B/oCTz7xtH6gQx/1/px73w69SvXNZQUIKgfgH6/7D3zufpybf1/3r34kf&#10;t6959cLfU/n/AAH+9+8bOQ1hYfQ/T8/X3r59aJPWVY1K8km9x/geP6++T6gLm3IJ+pH+t70prgdW&#10;Bp1xULqsOB+BYH/eD7w+u1hYWvf6f1/x/wCI92/n1XHDrNaO4PPP55P+H49847j6g/Q8ni/+Nvez&#10;kdeqaceuEmnVx9OPpyRfmxuP+J98xICCSTxYcG9/8L+22UjC8OrBsZ49cdBuLDkkk8f4fkN+fcZj&#10;pa62/wBj+f8AbfX3bqv29SFBYWYci3I4t/rD3icBmBN/9ueTf6+7VNOveWesiXAsAOfxa9h/T32r&#10;f0sCL/T3YZx69e+zrpl/qCRxweCLc3/x+nvCyyFwwuRzc/gAC/1964DPXmGMdZVZNJHAPPHJ/wAP&#10;z74mUagOfra/5v7uE1DqtcU69osLm9vqB9AR7yWt9Bxfnnjn+vvTVpRutg0HXC/5/wB9/T3JhCs3&#10;H15+trD+vuhrQ9eORXrBMxVeRxcf1F7/AI/2PvuVjGQBY3/1vp7uNJFB07QMtB1whUyC7XsBwLkX&#10;I+vvpZGK3H+sP9v9fdiqgZwem+u2jGuwHp+vH1X/AH39PeJqnUdJJAH0P44HPtumetZ6zJThQWCg&#10;3+v9f8OPeB5o7k31c2J+guD73TOOvfZ1mWJjYEFf95/31vcqKbUBZRwOeR9fzf34g8T15Seo8kNi&#10;12+puf6D+lvz9ffOWZlHJ9IB/wASfe0BJ+3rZPmesaRRnkKNVwR/yL/e/bFVyarH+ybm54I4/r7U&#10;rHQUJz1RqdOcC2FuPqB/hwbWAt7by1xqUjj6X/4i3vVKGnWq06lCwspH1Avb/ifcqGZkKleL/W3H&#10;+P192pTtPXj1hkRWBB5HP+P+B49u9PI01gQD/jb62/A968Pu6up6bagLCCQbcfpB+lxx9Pb1BjPu&#10;bAIRe1h9B/sTz7o1VGetnj0xVGYWmBZnX0gk83JF7WA459uUeFMVvSAbgm1iL/Q8+2wyk6R1sLU9&#10;NMu5I5lJLHQQdP4sR9Lg/wC8e1HSUKRJ6gVsPrYcf4e7FWpqGR/Pq60U6gekNks4ZplRJAWJAK6v&#10;r+Bzz/vPtjqpYYpH1G/1+hH1B4P+H19qFWuDx6rI+cdKqgjqKiGIoNOqxI5/Qw+gPPPtgq8mwQrF&#10;bgjkf73f3or3Z8+mg1c9KqixSAq8178/UXA/2HtKVk/3R/cP+sF4P+Nve6Kv59aJrg9KiniFOtkH&#10;0+pI4H59xYFYPfmw/SPxwfxb3cMoWh6qPTrNJYi35P1455H9fb5FVMgDM2mxtpt/QW91qGz59Onh&#10;U9NctIrkqE1A86uL8k/n3wqqsMw9fH9PwT9T7qsOOqlq9ZKen0KbrY2tc8kW44tx750+pmFiLMRx&#10;f/ebH6+9uMdaXj1xn0KpBBJUEX5/rwLj26ovJsQR/qjaw/r9Pz7ZZaZ6dwOm0yCyggq1gSovc3PH&#10;tKZeYxy6QLj8n8G49uw5w3DpqStOlBRIGjDfQ/0t/h9PbSrkixH6vyBYW9utQcPLpta9TLWNwb2t&#10;/wAa+nvnHqjvwAhPDHkG/wDX3rierEnj101m+hN+OAbW/HHuJPM6yB15H50j8fS/uwOaeXWmB8uu&#10;aqNPI/N+fc2grWeXTY2JAJa/P+x97A7adV7ifl1gniGi/wCQeLAD/Hj/AGPtUCN5YCLcE/QGw/3n&#10;2mbtfH29KOI6avJHHICSQQLXK8/T3AqqUIgLkk2/SL+m30t7eVxw9f2dNEEHqTDP5GbQLAG1z+f9&#10;b3HpqYF9Sc/Q2YXIseD78a0IY8evUr1llmKqLj8/6wNxa3+HtYYxmS3kawX/AB/p+D7akOMcenBg&#10;56SuUjWQMES5a/JHH9L+5UuRHnJLWQHgfTUL82HuqqKYz/Prbua1HUSLFn7YKFsxB/P6bi/19xqz&#10;NobRqwUWsbcn+vJPvRXiW6rqJ49SKDA+P9x9TNclbtYD6Cwsfp7TFdVeRhwthYcjn/G3vyqFbt8z&#10;14sTjpU0sHjS1+SLm30H9PcZFEt/op/A/wCJ59usWXgOHWgvWU+n63/3u1+fx77NCTbSQ5J4A4IP&#10;4Jv9fevEJ4Y6sVHXX3Ci+oaQo+p+h/1gPcinxcgIDfUkWIFjyf8Afce9mXUetaRXrBLWxhSwP0B4&#10;vcf7b2/thUSnDupk4Jv9Ch+vtM0hL9XKjy6Z0zQknCKRHzaxudYB50n/AFvafrYzDHaIMASRyL/Q&#10;f1Ht/Xw6rpp090z+RjrIJAvx/j/RT7YVOkHRZnPB/qP63t7d45HVDSvTgef1cAf7D/W+vvyvOPqd&#10;Ja9iB9B+Le/K2c9aPXRVP6Xsfpf6/wBffKSNpFIVSzk+k/S1hc8+3VahqM9ap1x1BfqQB+eOef8A&#10;X9ulBTTRp61K8G1ub/0FvdJDip68AeolRMjNZTc8G3/E+5lRjWqkLpdQn9b6mAHIF/r7ThyDx6e0&#10;Ej7esKVqQsschBL/AEIHpBJ45HtK1NLHHEbo5cFrsQb3P0Nz7Uhqn1r0wy0r06q+o/UWIvwR/vHu&#10;FTuqC6ckN6jf+g+n+x9ut6Dqo9B1zIvwfb/jHlaS5twR9eSB9R7YY+Q6sCa9RKpVCHi1wb2+hv7U&#10;iTlmN7/69voAfdGFOHV6t5dNDQKFFrWtci55J5/HvoO0jlGRrm4Nl4ta/FvbijHVasW68yLGgcOo&#10;tYi7H63sL398dTQFywYA/oI/qT9PdzpK/Pq1Bxp13bzadJQi413J+v8AXn3EUSa2cFmLNcgXvz9B&#10;7rUhade+zqUfGFVSFAUcFuLW/pb26UtGaiQGRVjUccD1E/439pWlK+XTioW6b6qrWniPjZpG5I5s&#10;osPp7kV8S0IBsW/AuRYf61vb8LeIaV63Iqpw6h0Uz1uqxAP1Ngefx+fbFV5Uo0aiTSSLagbWP5/3&#10;1/b2gaqHpNrpjp5p6BNDFoweTw1iGH4J9yqau8iqGk540sCf9v70VocdWDZ6wT0aqSypwLkrYWP+&#10;HtSU1R4hrclwB9W+huPwfbEgLjSfs6dH8uk1U03kIWI+NtV7L9Rzzcce2DLZFWc+Gw450jm55Jv7&#10;0kQUZHVSainShxVE8cY8xLNx9bW44H+HtoSqVUGt5DqYcAgXH5F/dtJPHrS4yOnRort6VQW/NjYf&#10;nge88TeZhLCdLoLWFzqt9Ln3o/p9b+I9Y2GgaJPUrcfQcf7D/efbysklOsUtS6t9Dove7A3Fx70j&#10;KzUI6sahemh4Y5/NFTBlP0L8iwI5sffM5p3mDRqqgW/TptYf0HtUiiPFem9Xr1E/gUQpykjM5a9y&#10;5Y/qP5b6+3tMm9dpRC90U3Ytawtxx7SysQ2qvTihumIYOnxgkdkjtLILADULk2JJ/pb8X9stbk/D&#10;qhkY61J4vcMAPqT79GdZr/qHVW7ePSio8SjaZUUBGAF7WI/Gkf09tlHkBI7BvUHchQ1vp7vKgYU4&#10;U68GoadOdRR6VVkOllUG6/Un8g+5s1ZBRhmDAk/0/F+CLj20kRVietM6jqKlPJWaBIhAX+pIvbkc&#10;H3woshqZmK/t8sXY8E/T8+3yuoaeqKzHrqsx4CqFJDiyoF/HH1NvcTJv5VSYJriDWbVewF7m3vag&#10;L21z/q/1f5+rNUL1Kx6+IvESqyW1Lp+tz+T/AI+4awwzU7SQ8FRqKqCbj/Y+/SLSjDh59eQ6hnqX&#10;5ZI5hHILhjZSfwb8ce4SxGSQAfUEAN+eT+bf4+26UFT1X4mx1KLgKf6WuRz/AE9qqkoGmULJYoot&#10;qkAHP+BPtO7VNV4/6v8AJ0qEYC1PTDV1y099IbUxvZOb2Nubfn3ArwkD+JJQiC5uouQw/Ab2/CrO&#10;Knpt9C4HUqjdpkEjxksxA9R+qnkEj8+03O5aUgtIdK6i973/AKge3e1MDh01knHTvGLKLBeSVta1&#10;vbpjrToX0k6QdJNwR/S/vRcUx1sYyeodV+2VW9gx+g/P59q7GQmoRY05Y39IHN7cC/8AT2lupgny&#10;H+rPV46scDpMZB1gcyymyix1lrAD/gvHPvHlKL7JopGMfkLWCaeQPry3tu2bxSdPn1aRdJNes+Nr&#10;xWrLGokMaDmTVdW/BAUe2StyNRBaMFiHAF0NwxJ5F/awABs+XVCSRQdOdLQU0l5fGNQNwGHqBtwf&#10;fSNVTL4jcaxb1D1fT+nuoKMajy62gPn1ldaeE+QWuhvwbC/++/w9z4zNRL+6VREtyHJdgeALfj/b&#10;+9lQx62RpFf+L6b3EFaT4lLyMCBdFEYt/tX5t7xVW4VeMQ6wQp9Ia3A+n1H+9e3BbqTqOPs6r4pO&#10;K9dUuDEMrTWUM6jWRe5I5Fgf979waWQVE6t5jpRv83GPSeb3JJ9vEFfs/n03gtUcenCoUxQuBGCz&#10;C2p/qOPwBc+3OarjaRlkbSiKAxdgFZfodI/J/r7akVWBK9XLhem6npJI41ZVHkZiQFHKt9ef9v7T&#10;bCllqXMQ4uQPobc/UH/intNIrKuD1sGv2dKFDKsS+T9Vhf8AF/8AC3tW4tqaOndmQEhSlnClr/4/&#10;19sBTqyf2dOKxHSbyy1Mk8aRuwBZWbSSqgf7D3wSppUDXUISbnTYOLGwNx/re1PHHXhIBgceu5KW&#10;scgh/IApX1Djker6W9zKyFZqRXjXW8oIZpOf+Sh/sPbGptekeXViQwqcHqJQzNBVSJM2iOO3jVLA&#10;cjkC/N7n2gajAxtX+W6AM37ig2HqsDpt7UBysdeNekxRWavStjqwYibOGUfleePpq/Ht0jx9Lj5r&#10;cFW0leRYAfS5H1/1vfkkeTA8unXRVGOorVMlTAWUFSLgjSbnjm30/wBv7exXxUzo6L5EZQOedJHB&#10;NvalSDl/LqjHGOmOTGy1cTxPIYmDMfR6Awb1Aavrx7W+Fyn3CtqmMZWxUfRfpY2H4t72XpRl6bqT&#10;2nj0FG7dspBp00a1SzkpMAAz/q1Auxvfn6+1OtfCBqmcBAvIUi7fgsT/AMU93IVxqHHrVQPn8+go&#10;n21kBIYaCFmlaQMDKD44EX6RoPz+LX4v7QG5qmmknSSmmAULzwdJv9dR+vHtkqQvV6Kw6H7YNFka&#10;XHGDJwkz6ydVxcC3GhRccj2AO5s1IZJ6NGZlLgEgEDk86f8AiPb0UdBUdNzMY8U6F+GNURTps2kX&#10;/J+n5PuLt+iaVo5GkKx/TXIp1fW4Tn8e3HBUY49ejFRU9ZHOlSbFv8B+fatqq0JTNR2GtSAJvq4J&#10;+gUD8f4e01NJ1kdXLdYUiu/l1GxW2j+z/rkf1/2PtOSsKMs0syuWU3X/AFjfkfj/AGPvxbWaD9vV&#10;fhz1I9+xk33kvpC8sRcElbkcaQf969tNkU4dbQ1avXibAn+nPt6qtn1Fdok0SK5trMf9pb31Ff6e&#10;2lmMZI8ulLW4fIHUM19KpIaZRbg3Itq/1N/6+1RBFXYXHuYQ7RQIFckWY2+pUW59uavF+LNemyGj&#10;B09N8hoa6pijkKtJyyAG5AHHPsL6/cuVkrle8qQ621KAVDKTYAn/AIj2+AqU046QtJKWr07pDFGo&#10;RUUKP8B/t7+1rTy0NdFE1RJHHK+kcsB6vySR9f8AH3sq7HHSlZFK9wz1hfyxXMal15Nvqf8AWHtR&#10;Ctx1DH4wIZZBpCOBcgj86j7TvbOWq3DpzxlRaDps8NXUur6pIU51JcC6/S1l/wCK+2DNNLkYokCL&#10;PC4csv00j+oFv959vxgIKHHVGLSCvTjSxRwa+NLEgEnkt/sfaem2tQVMHiVTFUKylTwSbfj+nvbS&#10;lTjh17QNNOs/ktYkDT/UX4/PsUdnbVxtBRisr5pIyiMI4uDJOQL6WU/Rbfn2mkEkx0Jgev8Aq8+n&#10;EWOJanieg/3XuTKwTwY3CUK1ckzqKmpdisNHEbjyFh+pr29A/Hth3TXYh6j9iFEaMFQCwDm/AIv7&#10;vFD4Y0sa9UaUVoelPgoclFSr9/OssrkOSq2CgjkD2lqVwJY5HETRBtTIoHkUH6Na3J/r78aLgdep&#10;jUc9PrAlWANiQbHng+1h/FqSdPBSQq8XpXSSS6W/r/gfdfDzqJ62ZAxoMdNCUc6N5p5yZBqJKABD&#10;c3At/wAb9v1HgYsvFJBVUbokqXiKahZm/tx6ef8Ab+6GTwhVTw49OKAfiHSeyueGKKyR1cMhR9My&#10;My30jnS5Yi3+w9qDaPUpo8ilZNKrUfkVis7N5RzcRhCOb+2LncQyBFwT1tYER9degr393niMVhsh&#10;TY2Csrcx9vIYoqJFmjUWsZ5Jr2VF/JP+w9jruVKjF42jbH0stRSwHx1EdLG5dVKaYpHWIXKA3DEf&#10;4E8e020vF4jGTBb/AFfz49NXizSxkQnPREerMvid+b+3LSbyzUGOztZFBU7dfNVkIppnWof+I0uO&#10;NYwiWo0mMxx8EqG0/T267ZklmohUSQywq4XSsiSR8250JKAbf429qbzTLNpQ1p/n9fX/AFeXVbVZ&#10;UhpPxPQEfJRcRt3cC4qlyFDkq4TVEkjUdXSVc0NPoCwJXNROyK5OohCdQFibAj2pdOq5/Nv9t+Of&#10;afWIhTjT/V/q/wBQ6fp5dFYSGor5fo4ViBYBr/0At7b6+sipAATYm9iOPof6n+v490jlkY9vA/6v&#10;+L6sSEXV5dDf151bJuxKmfQVjpmjRoyramv9SLWuLfX2CG8d41MVUtNDdSxAUhv0kNe9jbj2fwNp&#10;iAP8/wDV8v8AJ0kYsT8urM+hfjttTCYf+Jy0sU9RKpeV2jBZ0ePR49ZvbTz9OD7Q2UM2UWmaepvN&#10;KtmEeogMTwt/97Ht3UrJQY9B1dtNQoHRmNvUtJtz7ymoaARUkDllMmkXXRd3A/AH4N+fbXU7dpqa&#10;og8k7SuxH9kgcC2k3/B/x9oxC7ZbHW2waKK9KCi3TLX01RJHR+FI+F1SK5P09Y0/09q+nopaIRwR&#10;UMghqUaN5GBCFdPN7iw4+ntK/hqRoOo/6vTp4swxw6RFTlafKiapnytOlRj5VqI6eN08ispOkMQe&#10;fpc/S3+v7DjsPakC0MclKRDVFmaOW9mLX5Vj+Px7MYtfhhnHHpHLoclAc9LHZO6pM5JWQOdS03jU&#10;EAWUFLggj63/ANb257LgrMViUkqHgnnniMci6x6EAsSQPoTbj2h0rJcVK4HTypohAVuue7hDk5I6&#10;LXUwGlkimWeKM6XlvdFF/wBQ/De0tn9vUFdVSVkU8jSRuWQIxAuDqKG39m/59qpn8JQQaA9bEYah&#10;p0pcVWVBghiqYPGyot2JAJFrA6f6kWNh7iVWJx+Yx32mQpI1aE+OOpJRZImt+AfqP9f3W3lI+E16&#10;rJpK6XGOpsjSxT645GdHUsYApYG35VvqD7Y4+tqilx1dV05nq6VEZ/KjeNUtyQv+t+Le9tMDMEXB&#10;9OP+DpvwQBqHDrAc7jEq4aCapSGtqDaKmkNpH/1gPbHh9vYTOK61DV8VbDrQSRsB5GUegMPoOR9f&#10;d5Z5EOkcOtosTg4yOnGeSSIBkVGW416mKlVv6mFgb2HNvb/jMXBTgmB5J5IG9S1K/oZDpsQfwPyf&#10;bDNnrUPE0xTrmzfhuFa4DA3JuPxb/ePalTa2KzlT543CVTFXmpYxenM4HDJc8XA5t7TTSSiLt4dK&#10;FWN2q3HpoqMjJjlvUxk0wNlnL3kEdvq6Ackf4fUe1BuDC0FFgFZ18UiR+CSGAqxZSQVfjmwsL+67&#10;e0ms+IPs+X+rj1ucoi8eHTVjcxNXZiaCH92j8YlSeRHQKVujxKLC59gXX4zOVdLVRUkdVPRyCzqd&#10;IQr9VZfpyOefZpVFfV59ImEjii8D0riyAgFlDH6AkAn+th7VeAabY+yq6VQpyVaLRsdTMAP7Fv6n&#10;8+2kPi3GqQYHD/V/qPTtWit9KjJ6aa2jTIV1GsjFoKEvUSQ8gSTOuiHX/ULybf1/1vaS6/xdBmM5&#10;JmNyQV6K7GRSR4oke97p5OPr/T8e27yR3PhQkf6vs6rboi1kmHUvIPWR0c70CxPVql4UmDGItf6M&#10;Esf9b2J+VkqYqmB8TFNNAsgiGlW8TIDxdl4v9P8AX96YRRxeGxz093Ehk8usdJqaH/K/GszqHkTW&#10;CUJX1gE/gH2KO5MXDWbJoYMhhniqK1lLvHGfuC/AQnSL83/PtnbAT4koOoVoPTq105YBTToGcLmB&#10;J2lm6Sj3RDUUWMxkaz4hplaCH7hy5e5PDIV4AP5N/ZfclQ5rB11DtzDJNStPNG6QrERM4c3LOQOP&#10;8fa+QqIzM1Pt/wA3SQa9YiXoaoKujq6b7yOaCWnCveZXV4QIzaT1/Swtz7XmV2TlJ6qiXN4/xwiF&#10;AK5rkPKALeW4s1r82PtDFemRaxmtP8HSp4u4a+mWh3Pt+sSpGLyVLWSwSN5KSGZGmjINrCG91DWu&#10;pPB9qbFYahoyaLd2Op6rHiP/ACPyIPBLGf0eF7j+v0v7dmZ5AGtmoa5/2ethlQd9D0ns1lK7K0Uk&#10;mzMksWTWUR1ICxTPTSJ+pammmDKLfQ3X/W9oZNhTV+4nx+JjXHY2aS4nBRgaYvqZb/4DgW97uJDC&#10;msZPTYUMfRelDUbkpcXgjlck4aWmpQ9TFChDvUKnrVIz9ASDyeAPY6Dqumo6anio46WBIEU/cSEK&#10;Jz/uxnU3a5/Bv7aslnZtUoNW/wAvz4f5enZpbdIhkKeivP8AKzajVtZSq2RyFXHNJBJicXRS1VTS&#10;MotERKlozzbUSf8AY+0nWbCbN7okhngWmwFPRFJp/ErxNOifsPCW51X/AKH2Y3StEqxxirGn+z0j&#10;jnUnxJCNP29CPD23RYfYdJlmm/i2466XyUuCkmijyEjTVOp6edI7iPRGW5NhcAX9te2uvNzUE+V8&#10;FRBI9M7PjjKxhgljX9LXt9f8PZdMXMyxlDQ8elSSBEJB6UG4e3tg43F4+qy9e6UuSlhpp4ooJaqq&#10;o5KgAJFUQUup19R0lgCB9fp7lQ02SaKvoHlopNzpd1poCjLZxcTEDk2P5HtTDDpmLyiigY6Za4Vj&#10;4YOfXp3mzOL+3xWUj80W1po7vXVCzwqh1aII2WWzKjWt6h/T3xoetsxkMer52Wmqa55wbVCkKqH6&#10;sij6/wBLX96LzXEp8Mdo6q00UK6Xap+XSfy/c+zMFVfaQSTVFPDTvJLNQwrLDHItysMhv6b/AF1W&#10;t/j7FGu2nt/E4BqmbHpLWwUJp4W5LKSliyD8j+g9qbPb2uG72oAKn/V/LPz6qbwUCgZPRW8D35vz&#10;e/btNtjb1dT020zlFra+oemRpJKSM2+wLt/myeC0gPP9PeTZ+NosltKIZDDyQVGOZ3jqGXS9Re+o&#10;WYcgrwf949lRtWm3I2yNQH+XD/V+fT5laKHVjh0793dhbi6/7OxM+B3bj67H7uWDD1G3qgeVMbPG&#10;dMVfFLTEMCrm7Frj8EWPticRSpUxUc4jpnEkeOgZC6U1SoI4Zrte4I/437PYrWCykMfH1Pz/AMHR&#10;YZpZckEdCvHUZQLiavM0gny1P4Jc/VwOtO+RxzHU9oYyE0gEOFb/AFvpf3h2xsyl27o3Nn66XIZZ&#10;qnzpBDGz+FQdMYZTckW+oA9oHsLzdrgxgiOJfPzNOlTXcVvFoQFn/wBX+r/J0nN9dw1+6KzK9a7E&#10;wSQ0tRiqihqNxZepSgxgE8GmWLHlA2tlVxY6gL3v9Pa9ostSvUSRwQLCtRIZiqx6FMjNqIZQBZz+&#10;QfZtLt9pFH4b9zUp8/TosFxeeIZACPQdADuXZG7kw+PyNbnZquowVOIEmkrGqJVggXQrx1MrEmBR&#10;ezXt9Rx7n5uTI5ahWmpWUawyJYMpbSOVQr+fqPdLS2t9uDGLH+r8/wDJ0+ZJLgjxASR0HvXMWztk&#10;b0yW5t2mVquART1dVPLTyxUq1RGmaoDkej6MJB+facxOw9viqjy9bhEq8rSsjRGfU8kE6XIdmbh7&#10;fi4PtDd2cl3JpaTSjcfmP9Vf8HShLmWNOxKkdCl2R8m8xQQ0+BwG68VjcXkoZWTPQrSSJUY+T9sp&#10;SJGHeGSzcMrA/m3tzydDl8hUJWCnSCallUU/oQuVVrAKU5X/AIp7WC1sYIVtwKhekj/VSNqJOfId&#10;NexuyOtNs0dXhJN0HLQ7kgq6rMytU1aUgqKqC9RI6VQEbggcBOAwII9p/H4jsJtytPPjcfTYicsk&#10;1TLVfuRggkSJABze1idX5+nvdzdW3hqEGoilAM/6v9Q6citp6EO1K9KLcvcXxcpuvFwlLvapyuSx&#10;9CKrH47GxZD7yqnp20x0T1KwiJRqvZHkH0uOLe1wdv5K9T4qpZfIhEIugWFwv0Jvfk8Xt/vXtQl9&#10;AunxF08KinH+XD/Y6aexY/Ca16Lb/sw/XJOIGQwNXQmir45K6Z4qmWqyNG0oHkSBVKho1Orxs3JB&#10;s3I9sJ2Dl6mCQVWagWSqdJJVhgUqmgWGosf3CB9eR/h7an3RHZgqHTwGKfZ/sdPrZ00ktw+fQmRf&#10;Nbq7F5KOPD7A3C9LiIamnxlZWz/bisNS/kfxRprNJGzAMCyMefUo984etI6aqxuRpN0ZhDQu5qKO&#10;oaCSirI3NxGRpEkRQ3ClGsRwwPBCD6icExqlDXgM4x+3/Vjp028Q7mOOk1lPnRV5J89t/cHUOGnx&#10;Gcxpgx1ZiKhhl6SreJo/u5hURyRVisdBVVaFkIZgz3Crmk2XtmSWu+8rIppK6YyEFnIUHkRlddiL&#10;/W49mRn3AipjwBQg0+Weq+HBo0V/MdZIflF3Z/DtsttnrbLwUOEooaSokqIUYZDQDC80Tx014yU0&#10;6bE2bkgj6oPe+1NvR1mHoljfINkKuKOWCnlFNPHTrZRJFLGQQF/oTyOPayNXksGuZRooaDPEf7H2&#10;dJgkYmMamvmfl0ZP47909lb82/vnKbhwtPtGn23RyNjsjXiqraSryemSeeOvp38bXW0Zcoyk3PAv&#10;7VO28PsamyWQxNLkpqjJ4dlnqQ7RRzQwlQUjmKCzgCwuRf2RyJcRlTjv8s1zw+zpSqwuhY/h6Cnt&#10;jtf5O1my9u7nh2Btmi29vCkixQgpqiuzMr19cWSGsjpmMUlL5hdo1uwF7Fm+pnTb26/x0flqq2EU&#10;6zT0v3FQxeLzaryxI59IP+t7WNDcgFPEAp6Vp+fHqgeNcBCa+eOg7qeifl7uJTVRVeMw1XUxYzIt&#10;QY+ppsTOiU8Pjo3nkU62K6SpDsbn639pis7M60xoZMYcZKzRXcBlSLxaiwIJ4Kk3Btxc+6qRCQ00&#10;mRX4fT7fL9mPs6u4LmioKfP/AGOhR258dPlTu4xv2V2fW4mnp5kqKZcfU0dRXPMVEDySPCqBXVQN&#10;DXJ4+t/akxGbwj4xdwVO3Y0aVJRS1dPTGWOoxret3SYAhRYHUPpx/T2TyS224XDRhyRH68a+nlX9&#10;vSrS6RgUGeu97dT91Um4qPZO0e963+DTwUUmVoc1W43+KY/PadNJIPR55RMQjREHlvxcD27yZrbt&#10;A9GsOHpllqIvuqG1PCGm1gSkwg/Un6jT7Ux20M0XiyP21pQdN/rJ2xIB+f8Aqx0FlN1N8itzfxpc&#10;j3Xk5IcZXnB7m05SsaKkjplNOy1qQKqrZWOsSAfUE/19tFX2djKfLTYgpHTVqY8zpDKouKtkLx0r&#10;tHcKTb63/I9mC7fYxRI8hqSc+WKf4aY60HkdeArw6z4j4S7qzG36HNVW78nn6Go3TR00xpcjOI5t&#10;opXLBPmqaKrezsilnSK3IBt+LueM3RbbsW4q6B71CGQU7xqviNySNVrD6GxvY/19lUk8V5uBtoe1&#10;Fx616eZDHGCcsep29PjLTy7x/wBG21MkcUlOIGOWiyNYKmalEXjYTUiz/vsGddS2BAPAt9XPbO4/&#10;7wY2pz6TrFjJo2NHE/iV0WJyrzMwY8XB+oHH+39pLmcm/WxtU+EZPqcf4BQ/6qdXC+HDrkPHpB9r&#10;/HXavW0OzNoS0dVm931Oapo8zl6MZCT+IJXU7PT4+CnKFPW5jVGUk3Df7AJNydxZmnrqmm2piBui&#10;Cjopaqqlx0qPURina1QkcH1k0r6vR/tvYhjG126BLihkPzxX/B0kMN3MxKMQPlTow2yPgh1w2EpM&#10;12DPmMBX1lZHTpi5shSxUi/dskdBDIzgFZZXbxrGWuWsouxA9p7DdkdgZDb8uRrvs4aXO/5XiatI&#10;pUqaKl0EGLwMLtKGQjSwHJH4PtItwsl5qjjGlccMdONbkRaGYk/aa/n0Mz/EP44xbnwlRQ7c01+1&#10;IVhrcEtbLLR5bzRpLSVGbiqi2oqsmrWhUMOGvpt7CKTtrcO9Zcrijl6ja2HcrQJlo5JJaynqbaIq&#10;2sgSxjvIFE0Sm6hr8e377cHiGiNQTTpu3gSp1+uDxp0NW3ukOttnvDlcVsrB1WZoFqTSVDY/HrUw&#10;wzuWNFRySIFAjUlYTKb/ANXFyQq9+9n7w3JXnrDZ9U0WUjjgxE2Sp54fuatqWkiNZVEzkGLWSdBf&#10;9R/PuttcxbVt5mZQXIJ1caV8h+3rTR+NcFSaAeXkKfL/AAenQadefG3qrZ2azHbWTwcEubzWVym7&#10;aWLK0sDUe0KfLVUldT0VDQQa4lkp4pFQuAbMDotx7U+9Krc9JsjamEqM1lKHcNRD/Al/gzSZKary&#10;WLTR4pZj6zUSKquSvB5/1/afZNzIgnuJjQFsE4NP9R6dmtkaUFckD7ep2xtl9ax9j7/zeO2zt6WG&#10;RaLdVRmcvj6Gnnih3RSNUvWY3VCENCzQVALTaXV1k5K+0TgNw9t5SBsXmMnV0srMtDUUeSpVocsY&#10;YaRnl8FJUOju76SRYaiCOLEXpJuawkvD+RxTPz6slsGA19Lqn6w6RoZqPdWM2Ts5XSqfK0WYxOKp&#10;5aVaqadR9591j0eJF8liHPoWzNwFJC3pcjktuUOxNt47bVdDt9qtYZ8pAZTLT1uRp3geu3JQxajH&#10;Ekjq7639IA/p7SWt2IvEvS+pyc/Z6Dp76XxGVQDQfy6T2V2jgcpuDfW6qzMTZjcNdhqHHUmEkjpG&#10;iocRg5zk4qHaNRURoWkqisolnRm/de506R7as1mt1bIx+Lx+56KkxmPgrWlqstgCHxqUkDmnFo2u&#10;R5AQw1KGNzYXHtdayvOHvLb8YpU9akVNQqK6enrb8GwN912Sz+HqpctloscaGpxuehqaetx9RWLF&#10;ko454qxFmQpaJTp1KtrAmw989rZL++m66lVox/dvGGnkwdRNStQ7hr65EsKeTUQWcH92NdN7Cx+v&#10;tHvG6LYRxhiWoRq+Xr1aCEsGIx0412KymB2jWyNPRQbgylEyZVWqKyv2pj2ZXlrJUpqsJ46bSTFI&#10;+hCdWojj2m4erc/id4nHTPkqClo56rNS7lraWmgx2VzFezSGoo6jVZblgktOw0hgTbkXWXd5FNbK&#10;Y6v4lMDyB6TxDSxxQD/L1E233RsTd20ps7t7JY/ONBqpK7bOGrIcnnMa9O5pqqhrMfRF5QyhJHjb&#10;xKJI9LJdSGPHLdU7xzuPzVNmt2YGkxlZuPA5ak20u4RWHDNT5AyZPKRTKv7bmnDOsSmzBm+hHtK1&#10;1cIGigjIBHnip8vnjrwgQt4hNeHDyznNOmmm7V2TJumjkxux9+5DInA1uOj3mOtdx0FNNS0zwVEO&#10;CXLZKkgkkWonUCMAGJZV9TKG1EUN29f4Xfu0KNdiZiDCYOq3VCMtuWjjmrfusSumlysUEHkQP5ah&#10;E8puEsrE/wCKCyvJdutZbab9SdvhUfPy/wBXl0/Mqs4mdtK0/wBQr0FeL7X3pgOzqrE73TXmKjqt&#10;8rh9hlqCK+5abJVmQpkk3BSRSQxeSkDUyMWd9Rb9tybe1hT5UYvdlXtxqfH0+3trYjH5Bco12yNZ&#10;J9saaNmKAxxtJpPjsdVr/g8ktzbyWMUTli00jajXgPOlPL/J0tidbmMsvA8OpVBSv2n1gN5OuQk3&#10;D2GuW2/Jt5J2bDYOGqzU8VXRT09VHDJUx0ui1WzDTKV5QAC3Orz/AF9tHM4vENjGps1mJ6bJCjp6&#10;aetShyFUf8kq6+CD0JK7c+TRclTc3F/YhdXn28bhfvRdOAOBHz+2nD/J0XN4rSNDbZIrnyr0D1Ht&#10;j5G9nUu6zht+4yq2Phspltox5meCmwOY3Ti8fVmm3FQYHKQU88kdJFIk9GslRIBrDMrEL7ed0bM3&#10;xms9B9hulMHj4sGIpzSU5KDNrVWmqBRFhqV0N1vIdJXn+vtVDuUEe2xi1jALE+VBSlfnT0p1q3jf&#10;LXZq3yH+odAZ1b390P17tDej7o2Jkt77k/0i1iYiHN/Zbg3C+zamhSLFRTblyfoJoWikp6iJCqtr&#10;DICrkK90OwKOkxmIpMnka/cGSxlQ1WctkJpFmkqpJvOHSNCQEiYjxRsWsByT7c2/db6KGVJiNMlc&#10;DIHpTgc+Z9eAp0+ViLgoKY/PoONyfLvLVu8d112x8DiNjbL3JiqLDybao8Pi2nqKOkhaGqlyk0QE&#10;YqKuN2p5ZKcDTEsSrd01svObKCQ8ojCFyoBawBbj8Xt9PZdHFQqzjtBr+3H+rh141oQKgHy6KVkM&#10;qJZ8z9i1Rj8ZmKsTSYlKh5qWOngnMuPiklJHkaG5Cuy/W5/J9oLMbbyNbTVUH3TxmsqS2qkZkqGg&#10;JNopTJxawsdP49je33y3DhkGnQgArwBAFafb+39vRFNtrudR7sk9G56w79662vkdr1c2DVotubch&#10;pXGfp6OXF0eYhRfPkML9jG85eWRmk/fYWINuSPYY5TBJgK+oy9RppxWQNQ42nrTSzpS1KJeOOnp2&#10;Kl2Fi3quLX59rLm8W5iWVnqEFScj9n5fP9nSeITVFuqUzn/L0fXrrs+g7Zw1Ls3DZmbN1+Gnx+X3&#10;Tktvx5jErlMbVSsZJ6nKRxEQJMSyGOGVJLrwAgPsNM1FW5Tc0eOoqKKqyO38DFX5SuppIcbRUOKy&#10;ru33NTVZRkjOohjIsKswAuttPsOXl0tyihm1eIcDo9hj8JS1OH+r/J0YbB5rb+1MG+RyNTmKSk3H&#10;ux8Xi6KupqjN18uYpz/DIMfQUuESaXQ32R8XkN7i72L849tdm79EeJof7oVWW28MVSUH25DT5PVN&#10;M0NPPh8lSs4qIlChhqjuEsSQPqVCe321+wgOpr/sfz69JZtdirDFPX/Z6Se9+gev81k6/d1Jl6jZ&#10;O4mzn95cpmMdV0oxVdVxQJDVjcGHyOumaOWJQKhozC7EmQyXZr94nf0m2aCvp62izu96V8xVYx6G&#10;hojLmcY2QLFxlRCFKQQ6dDT8qbge71ea8G5ayhXy9f8AV/q+XpEbQIVFc0rStOlTvjr9NzU1EMHl&#10;aPaGaE+GrYM1DQwZChP8JqBUwikoJmSORit9NyCoCt6rcv8AS9bZCFtlbh2rXTRbczVRT1eR2/NL&#10;V0sJp66LUJaqjme7xxi6vCijWLfj2xcbkLqzmeIESAleHmcCnSiFUhlo3ACv8v5dIf8A057Wk3V2&#10;FsTdVC9FuDYOLqKsbggSkq6SqgSnSeL7TJQoy0VX60kSKo0lWuf7HItUG+do0W56zF0SGJaWGqxt&#10;LiaHFTM8L0UvkrqkQ08ehUZiFMjkBrADkH23PYOttCZyBQVYGpqacP2/b+zqqOzglfP/AAdFbzfS&#10;Hc+5+nsdLUbn/iG79x5+i3rW70zW7TRxfwvIxmmwOJaqkRpCaamdfFSQRRxrI7MG1NpLFjt0Y6n3&#10;RkEjjx9DX5LbeXr456uncIKCjk8rxVM8Z0qqMQ0rO30uAB7WXUcN28GkVQEChpkfZ+X7emyzQwGv&#10;l0KO8utMqnVG0cTmMxuzNvtbfuwYJ5NvZSKlybZWaop8HU5bHipjDvrWraOnpkF7yBmLckRNt5zE&#10;7sxKbjy2SpshjK9ZMTULmZ0/hTQpIUqhQYpCyMrN9HnJbSP6HnVzfzxXws7VaBeIHmP9XrxJHW/D&#10;jeIH16n7u63bZNDXbW6125kMLk4fud04eq2FRRQ52vy8cLLQHdG7MmNYWQh1eGmQo92Ba2pS21GP&#10;pNi7HrsXi85jIsHuOmqMTi58SlOKmTOV8sqx1CVIaxQRHURYldJFzwPd9uheW/bcChrGM1PqMf5+&#10;vT6SFgYU8/8AL/h6kDMYzujtHadNltibiwu9OtMlj951lHuqmyFLQ43bv2iCaKnSO8EtX9+IxCAS&#10;j6RICQH0AFHk6vbkeC2RsQ5Pcm7Nxa6agqqRoKjH1D05WCSpkqlKrTw09yJVlN7gsbe2Zo4oWk3S&#10;/cUWtPl1Y1JEKVp/q/wdGwyVRQigrsxuVKelwuNgkq5ErYJPNRxwRa6g1CqZFlJsCnhBJ4RQzHkU&#10;mw26tu1P8G35veeACeI4x6MU1LPHkain8zRU1VAJD4msy2nt5CLCxI9obPcLy7ZZbVCsZOa+lf8A&#10;DT06s6QKpNQx9aDoPMRkdg7txNRu/YW38TuL+MQR0dbUDHhaWqpMVWNAsFZBVeNHkhfULBWeO5uD&#10;bSUDtneu7IqncuOqt64jbcdVFOKTD7gxiV+NMtXIYZJZ4aUtIZNA1MrOFJIW1h7OZD9PdJNHGTTi&#10;R/L8q9MFFlj0sfs/1Y/w9OW/es9j7mmwObymxJNyZjA1uOqMTlcJW0+I3HihjJvvaKSjzDVdDL41&#10;lUExpUf2iwF+ffuvMnU4+PeWG3BvmlGMxEv8T29Btdji6rMUlCdcVMZMXGohgvfy0/qZr6RwPaC+&#10;NxPuEYgAGviT5fl6+nTiUigqw1UOPs6m7vwwysu1a1NjY7P1s1ZHR1lTnUoa6PadBWQB6zIiiq2Y&#10;T1CsiQqYvoC5Mmn0SCXW9vbIwm0pKrC01ZU1+43ijOMSWearp9YC1Uk/3DIYAOQvIZzbSPaiysha&#10;3zX16+vwhgHgfmR0mvEe+iFsMKeJHH+f+r9vQQ5PqnsXdm/dpnceZoRtXZU1RlY8jQUUWNqchWIx&#10;XDUf28BZalAP3KiOZViTSBpdm4Qse3s7hMylblqKugwOb8cmJosgrVE+BppHEzzVMcrPGhkuVVrl&#10;xwW/Puu6Xx3O3ae0OFqPzp/q/wAnT1rDHbHwcY6HnCblwedjrqbF5rHZjJ4Wb+H5iXGTxKk2Wooi&#10;lTTMYTe6NbWi3Cn0X+oA95Z6it3Vg1o6VMJjBLjY6XcVXUUb1ORaCOxipaNmNkK/SQqt2PAPsoSB&#10;4Ni0qC7tX8q/P7enAQ8jgtQDyHRaNp1kWP2v2Wu5c3T73zVIu56/M7C25jaw4zA02SqpKqnx1bU0&#10;8LSvVGMKJYnlZlUmy29RzZbF409g125aSry9fkcDgBBHQJlGOKed3YmSppR6fLZjdmb6WNgQPZlM&#10;t1Nt1pYE6a0qfOg4f6vs49JoTFBGxyanz/n0HHUmXy8vR2Hxu68dgNsYXf8AvPLU0EJwcuFlgw1d&#10;UtPSfY0hkDScoEifxXKckkespmk3TUzYfIR7WoMXXZ5amnpchh4shTQpQ0FRP/lGQqZHvawuSouW&#10;PA59ti2txelbomtO0fxH06WMWIVuCjJ6HHcmz6Ybh27JuvK5VdtY5ny1FnZopXqp8/En29BiUipV&#10;JRFhaSZWMQFo/ryT7S9dug4jN1+ZyE+MOPkIxGMkmMgocdQxACWloMe5VBM73LvpJPH4FvaqeJyk&#10;aRroCZp6n1Pr0yrowKVrXielvidg4yfa9HiFqc7BXyzRZ/O1AyCRZrOZeYaoarOZmnu8iKAFijWQ&#10;KEVEA0ooDztXsnYGNgyeKkyD5esr6mesrmyCwy1VTeK8dElDTixiQelEChbG5559pVtrqXc47130&#10;KMUHp/g/1U69cBjBpipUdB32x1F2BvenxrYLLU+2anDU0FHghhK54JcVK9YslZmI8pOvmSoaNQPL&#10;HdwAbEsxPtB9OVdPm9052rwWJhoa2XIVTv8AbL9zHiKKRijPFRoRDA5Xj6kjn2n5lljhvI5WHYCC&#10;F/iII4+vrTp63Be2aMmlRnoWOw6XG4/rqfHbhyjVdDBioMfUNlcl9k+4KqGmEcUWTr0Uu33DJeYI&#10;vrubgi49z8l8ddr1eez2e3BuDN5OGSd6qPHGnSklnyEz+SOGTKMTrjLH/NogIH1b8e19/u17fqgt&#10;0I1AVJoQPl/h/wBXBJFFFENL5Pp/q8ugzwnd+XrIdqYrHbY21RGs8aVckO42rqfGYTHx6KitpMNR&#10;00c3jAVY4vM8SgkWL2sVNttNq7WqKfbmMx0eWzdJUxpUPXSwz01JNUjWaZ2hCq4iB/S17f4n2RT7&#10;bPEReXEumvADz+fnx6XpKHQhPhA49LbNf3h3pgclXSZaq23tGsxlYYZMTHV0W46iiRSRWQzzASUr&#10;Si5idAG06WFuD7lZrtzr3b/8foNybgxtTVSFqKTDTQRSRUJU6JI46SjU8H6+o3/r7EVntl0lxHeP&#10;2ACpzlq+v2/y6K7mYOgWGla8T0EtV1Nu3MwbGG1J6/a9DhKyjzUm5qbOTVG4c3AIdUMGRrcw8szF&#10;lI8peFwwNhYe8WyOxdqZHwbX69osnVfxCcRjI/w+WfERzy+qVlY2RdIuf3CABzY+024fu6zle/mI&#10;aTyApX7KedTT1z9vSy3FzOFMxAVfTrJvPrHe2fqH3h21vDAUe1NqQ1WTXE4CeuwtW9JRXlQ5fcZs&#10;QugXkSmSMuxtrt9VPvTZdVW5TFSZKojyFHQaWnfXGaiP8ylFK6FQDngDj3YTXdxs/h2ykM9aD/V/&#10;qqOqJPbQXB1Glf59M3RncnX1RQ7lg25iZtvzVeUeSmEmLqKShyk0iaKSYTy/uSzy8AlzqNxc++G7&#10;cjUZbARYzZNGlfR0MggkesqIaCm8mi7Ss/6iAPqAvsv2Ozh2ov8AvAlp3qc/4B9hwOlEheSTxTge&#10;XS121RVmN3nWbs7GmosPlMrSRxYfH4lcjlJ46CGUhY6llicLJIWDPpGm/AJtf3m64kgzOPfF5V4J&#10;ZqBnmrP4elSsU0aW00oqZLMULD9VlBH+39pLu7uYLwRKSFkNAK5Hz63LbxhPqFA1dNnfsGY2xj5d&#10;5bWWODM1NLFi8a+YqaY0eNrax9L5hccyssk0KElEsxZuNP49x9xVu/M1kJcBt7aqmjfiOuaengxV&#10;FSobCFiwYu7fkIth/ifZ413tGyWnjeLVmABNcknpuK2lmo8vl69NXXO1tgbdx+G3TunetZmdwrDP&#10;VZF8kZxmq/KTeuapFFF+9HFGbiJTHa1vUoFvbbiqPtPHZZaOPAbdwUUcIpZs5QYaKJ1p7WkJrZGD&#10;OSR+IgD7J2n268VZgpnYmqrlqn/B/m6ckCIh1vpH2/7PSk3Dk+jK/HZCTP8AYeSz8FTO1e+0sjv7&#10;Iyg1A/zdIMHHOrKgIAEbKVB/x98aDrXa9XnarNbu3nJkcgk6usT18KwRsCWEfj+l+Bcfj29uc28X&#10;SLbiIRLTz8h9lRw69btAiViUt1HzXcW4tu7bxkHWHTmeylEYPDjqOHF1mNpY4lj9FQoEXohvYh2Q&#10;s17gH6+3jsHBYJEpqjZT4GnzrSQlKyvklqIljT6yFYm8fH1Baw/3r2YbRAW2p1vqvpwPn6/8V5fP&#10;pP4spuNIFB0hOiuwe6sxnd0/6WsNuWj2t9szY2ipsLR0IoauSUmagBJTITLo4Rl1FjzwD7aN7dT0&#10;ub25SVFXn5ctufI08TPVPVeWB5LamgxVOpKIt+AwW/Hvew31xPFJFIBHEhIA/hyaV8uFK09ftPTN&#10;wEEo0rUeeM16edpfICWh7L3Ps0de1+3OvtvhBHlYsQ9E1OXRZJstnZJm9OsklVsHK8sSTwG2wcJ3&#10;RtutqKHB4JoaKMmBGqVUwzWuomqagMgIFyeSfZfuke2R3Aec6nBqB51+X24+3oyhjDRUcgDoaN9b&#10;q6R3HtuRd47q2tUYSaFpQ8mWp/N49OpzTxxsZQxXg6U1c249jPt/AZ6gys0mZq6P+8FWjSVuTjlH&#10;go43AtT0xH6bfU6Pr/X8+y/cbm6vUWWRToXCg44ef5cOnI1gC0BwPLoP6zenXVZsOj/urQV+R2hQ&#10;xJTYrb9Ji6kVGWanYrERR1+iSRXsNDVBAI9R49z8zQYDCUmSzGLraSuzgpXQVGQlLRq5B1snlJNz&#10;9OOf8fZ3YQ3V4VW/xGowOA/1cf8AN0huJTrCRKQDx6Dva+8eyd37iwW1s9sbObL2Q2QMqJi2pZaq&#10;SCAeWjpq7+F6kgjNgWXVYGwufaLwPZVAuHXB7nZ39ck0lRSs9LAwY+mFdHIT+pv9PaV7Ce33A3Vq&#10;AAcf5z/q4f4XZGqgI+IDoZN69N1lfn4N3bQqqGgzFJRJQxLlKKPKhRr1tVxmrJ0yr/YPPP8Atwh6&#10;nddbHuukO3KxGw0ckY/gmBpjUS1C6tWieojBUXH1vc+1u6pE9l/TI4niD1W1YrmTJ/1fs6EPE7Vp&#10;jttYt03yeUWnk+8zGdWFiKhlKtURI7FYkW/pChR+L29j2OyqGshp8NT4+tTJTi9TRUUOmOkFrH7i&#10;qbSt/rqAJP8Ah7Du0bdDYO19fPX+GvnXz/zdbljluHop7R0V7d/x/wBxZPcEechzeE/u9ioVkgyO&#10;dSbIVlU6sXMVFRw8LGOALuAeT9PcT+MDFwzVIemxSM9mqqxzJKovwdP9ok8KCR+OPZ1PbS38gkjB&#10;KqK+g62RGiiM56dRtOkzKQYfKJWbvmFNpkxmKhipsezNZW5lIWNQoF2seL2N7ewC3Zl9t4ncxyEF&#10;W2e3blqcx0kplNseJhoaWOBm0xmxsW+oF7ezqV7mS3R7ohUSnaPOnD8ukyeGVMca0HDow2zMTV/w&#10;CiwbYOLa+BxDLR0+JjEUhq6Wn5VGaP0+MtySP1fm/I9hwuUyG3c9ShhJkal6qKoZGSKWGJ2kDmao&#10;Zwxsv1C35/J9odwja9ti/wAK0+YNOnIDpfSOhIeOOeB4eRFLG0R8ZMZCMughGWxHH0I/2HsdM5sn&#10;N76+z3FuCno58N4VlipHnaEy+nTE708elQPr9T/reyO03KOK3/dtgD4g4mlT8/menmigiOuQ1Jz0&#10;FVJufZWyqqTaNHNVQ13nkcj7eoqIxNIPKyfdSBtZAPC3Nh9be+MnW7VtBTUmKql27io282R/hiSP&#10;JMkfLxxsPzbi5PHt+3ufBkMTDVO+BX9n28em5JY4R4rfCPLrlX9h0OLeR6inlr6p3jTHxSGmpAnl&#10;sqmV5P8ANhvqSATbgD3Gg7axONzlNtjGU2QnOPCUsaw0kd7qNOuasqTcnjUbD/D25ecuiztzNdP+&#10;o/caf4OvRTtMa+vXKq2NPn6eesykkAqsigllV6irkpYUf1+OOlgaNAADYEsT+b39qXdW7nWgeoIm&#10;o4gC8xmkVQ2r6k6LC3+v7POWXtREfEHiOOBPRBudrdtcjS1V9OkxtnrWhx+WkZxjp9ItTLS0zAU0&#10;cf6VEk5ZgbfUqQPaS20+C7AiYxVEsgppCPHSoy/dsvDKoQWN7WDNf/W/Psr3zdJYZ/BSnd/L+fR9&#10;Y2/hQhjnpfZB6zadO9XEIZqZiRLPUzkR0UdjeV2k50r9Sq2/1/bhvJspiMWsMApMDSwxlIxVzIAE&#10;QabxqTd2t+bWv73s9kulpyPEJyT5efD/AAf4fPrVzMjPRTkfy6b9s5TA56umlgrjm6oGPzS00LtH&#10;C7qHtUMoCxj8qrNe3+29h1tzOD76krMxQxZSiiZ/AZl8klS2mw0R2sOeSbWHum4u1DFE2k14jy6u&#10;nctDgnz6XWSx0tTQVVLQVUmNmnTSlTT2VoiTYuOL3tf6H2IW2tq4XP5epzWUqZoIFN0oqdQ8z35W&#10;DzN6UQfnSL/4+yzcNzuSI7S2XhQaj/qz04EEUZJyfn0kt1ZzNbdw8UOHo6WtrtGg1NbM8NPEij1z&#10;NEgZ3Y/gXH9SfwXGpwu36PKSVNPQ4+OKMlrSygyEL+ksOPz/AFPtXMkjWypITWgr6f6vs6TxFmNP&#10;PpuxGZz1bio1q6ioeunXS0lJRhIldrkrGzXJA/1Xtq3FgdrUiDc+5KyJVU+WGhk1iN30nxs2nl7c&#10;aV/3j2ZWM893B9HaAKq8WPD7Pn0xMfCk0IKnj9nXdDn8/LW/3fx2MlkSBb1OXaWntB6wGUxsbKx5&#10;Jvc/05t7QG06agyORqty02KkixlM7sla6GnR2FzcNLzf6WA/H19od0USuu3wnW/DpUreDGWfiel/&#10;WVIhhSmaojFZUKEjXhnk/DskYsbf4299Z3MS7g8yYbJrAFdhM/65ZbcMqzDkD8cfj2ZxsNvjFu4z&#10;SnSZVZn1Hz66oMetKgMqK0n1BUWVLm5tGOL35vyf8fbP5qr+lP8A8Avsv+Uf/qZ+r6f4fX/H2W6/&#10;t+LV/q/1U6XVX06dNI/x/Vq+p+vv/9NmCKGvcn62AFrn6e8DQa+X+r/V59d5CVHW52XbTYWvq/ry&#10;FJuP+Re+mDX0g2B+gt9B/iPewK93n14mnXlZAASCbEGw/Nv8R788TFTY8/S/14/1/dlwQaj/AFf6&#10;v206oSGHXSzKGN14H4sQP63/AMf9j7wOh45IsBe5vc/14/1veqleHV6VGePUpHVrmwub2Fvxxwff&#10;atb6H+ov+R/gPe6k/lx6qaAdcZEUjn8cqBf6/kn3xVjqY6jct9OOePdwrA4pTqpIIz15wCijTYqO&#10;CLkWP5/3rj3mYsORewvwfyAf9j72SQKdbTApTqOqxk+oWY83/wBj9APcVvIzFv8AbD6gD8WPvdAB&#10;Q8Oq0Jz1LTxhQB9T9SByT9SLfj/b+84fQg1C5PNvp9D/AF/HtnSGagx05qotOsTJqYkHgHm4uL+8&#10;oZWFgDxY+3MqBqNeqAVrTrAVIct+kc2Fv9sPeSNTY8mw+g+o4/339Pemrqxn1/1f7PWiPXz6xSOO&#10;AbAm/PIt/Qg++VgSGN7fW3HFxz733Up59aWtM9Y72uAQOCOCfqDYc++RlRFspNzYEfT8/Ww96AJP&#10;cBjNevDAPXQgd2ufp9T/AF5/3309xiRc3Isfp9P6c+7Nqp29WFK56kqv04P+sP8AeL/09+fTywax&#10;A+htzf8AoD70pwOtk+nXa676dNw3P54/r9PcMyqSbG/NgDx/vX192Ir1XVU1PU1I2UC62Nhf6nj6&#10;2sf949xtVzyfwbfS3+Nj73Sg6q1epmkAAhD+P9cj+lv+J940kZXuSLfUXtbg2Fvd1CgZ60McOvSR&#10;60sDZuAf63I5vb/D3IaQtYj+n6f8R7qwFade1Hz6jxxBRYn6H/eD+be+Cs1yLE2H4/r/AK/vRHW/&#10;OvWVlXSCCoueTYH/AFiB7yBbngf6x/J491AYcD1sY8usbOAACf8ADi9hzwL/ANPfJ9RBuAbD6f6/&#10;+Hvw0rinHr1K9dIbkFSQbn8WH0/H+8+441HgCwv/AK9x/jf3bSOPTZX06kMyr9SG4HAsLf61vfnD&#10;Hgf7YA/X/D/evdwKCvVlpTrGhW5J/wBhc8Wv+b+8qJxp4LAEk/8AE+9UJz5dbr5dYncAlgSB/S5+&#10;g494J1On6W/HB/4j3rSa1PDrxHUiB1NhqvfnkX/1h7iEEDUw4t+fp/S//G/dlArTqvDqVe/C/wBR&#10;9Bz9Pp75qwJ+lvxz9SPz9PeuHDrxOaDriVuDzcWF/wAe+2Dc/wC3Fze4I+h92FKZ68pJ+Lz66FrG&#10;1v8AH8c359xyqq41f64/P+v9fexXy62R1m1ErwL82F7fUj6n3muoFx9R9DexJ/r/ALD3piSc9VI9&#10;OHWLn+l7c2P9Prz74pMqMPwB/wAT9QT70QQOtmoFOuRhLC31v/h/tvcaeYtJf6i/HJ/4n3eMDNf9&#10;X29eFB59Z44wqabAG1voL/7Aj30tVa6ubj82PP4Pu7JqGOq8cdcTB+V+vHBAsPeN5FYlrEC3H5Is&#10;P6/7f3rwzp+f8ut8OsigrZbj/WsB7xLKNJsPz/h9Lfkfn3tkNAevA9c7XPP/ABN73/r75rUiJblg&#10;L/j/AB+ntxVU4PWzUdY3hLnj8f1N/wDefeOesLpbXcEHi9zz9D72sQXI6pX065RwgMeBf8m3H+Nx&#10;7bDKGuLXINuefdyuak9e6laSLfi/9Pz/ALf3hdZGNlBW/wCbX/3j34Ag0pw691zBQAEm5P8AsP8A&#10;e/btSU0klgAx/wBf6cf6/u2PM9eAPUGoqEi5NvoT/j9Pz7X2IxQIBcD8EC31P9effmGoah14A1p0&#10;HG4Nwfb+iPUxJ03BuV4tzb2s6KkSI86dK/TgW45P09sPQx1OD/xfT4TIr0GGYy807KIfIWdgrFNR&#10;Kknj/effOeeJHHAsCLWP1/FwP+K+0sK1JHD/AFf6uHWnpw6zw0dVJCLsWZ1ubjgMRcqx/H+8e2zI&#10;ZZETxxnU17D6fn68D2rjRgSeq1oOnXEbaaSUT1CqiqLkWOkgcixP9fYfZaomV7gElubf6/0B9vBq&#10;mnD+f+r/AFeXVGqRXoW8PSwiH/BPR+ARYcWv7YUmeUuhFhe3PH+3Pt3RVccf9X+r/iumlBB6fiiR&#10;6W/2P1v74SUTKxdbNcW+vFz9fbLGg0N04VJ65R1Cvx9LHn+tvfUUcsf1ULfkWNvT9fp+fdSR14Dr&#10;mzI97G9rD6fQ39yZHBQ3IA+h5H+9+64JFB1bPn1jRLN/U/UH/X4t7binkbhvob83vb8jn2pXA6px&#10;6zBrA8fj6j26UK6G1HUAf94H+t/r+61qDXqw456g1ZugUEX/AOK8e3wG1tI45PNh+PoPbAOCGPTo&#10;Pkemhl1Hn9Qt/jwPrc/7x7TmTj8kouvJt/rf7f36M+XVHBoK8On6jIWPhrjkf7cf0P8AsfcUY9tA&#10;ewBBsf6cDkD25rBPVAPTrMalQ2nV+L8k/wCwv7xyRG2hbkWtYi/JP192ZweHW9PXJCBcn+v9eD/s&#10;PeCOnkZ9Eitpva5AI+nJ97FKdV4dc2kAXUCL8/1H+w9vtJiEDK5Wy/XgAA/nn2yzFWPz6dCqRXps&#10;qMiArIpu/I/NxxY29rWHHQtAFHqICkBbDj8f6/tI/iatQ4Hq49PXpGzZaVKg3IReQxY8g/nj6Ae2&#10;2qx1nUOpUDnkD6fS39f959qY2OnJr1VlC4PHpypsmGDNGQxJ08E/X63B9tVTEaR1OkBbDhbfT8Hj&#10;24pDDz6pjTXp1ppfu0cX9VyLt/X62/x9yaeoiERJUaudIBAtYWvx788YrQcf9Xz62HHDqLUQzmUa&#10;XOgWve/PN7c+2qWsCEjxElja9/wfz72F08eqE+Y6dUptYU+QKFHAA4uPr9fcaOnedtWmwN/r9f8A&#10;fW9+elD6dbFa9Z2mSIBSeRYccH/D3gqIWBs/oA+nFiR/Xn2nWhao63T16kJIpF19V/6G4/px74wa&#10;A1i40j9I/P8AsT9famhpTz6qCFNR1xkuQbLY/Q/n24PWCNl0RgN+SbW+trn22Vq3H/V/q/2OnPLP&#10;UVaYsrB2JX8c82P49yY6wxyBixduCQALXPvZQcD+zqpYdR3pFkQqPQpv6iSCQPb5JlEajsFOrTza&#10;3+8+2ZI+4EY6cWSo6YqfFPHWlmYFC1x+f8Lr7YKmdXpZBdST/qhyD/sfd8EDpuuOlBDAUqQfUFH9&#10;D6TfkG/tkx+PklmZm4S5uT9P8Pr7eB0rQ9NgEtXpwq6qOJLj1N+AL3/ra/tymxYJ/YDErZibek/6&#10;xFvadpADnPThWooeo0VbwDJpXUPoTyPzzf3ygp5HsvjVCn9tiP8Abj28jila9U0+VeuM86R3cszA&#10;2OkC/wDtwPp7eYZYowqyKGCj68cm35Pt0Ikhx1YGmOmWojqGJaJmXU30uRx/gPcKfIxmQqFLLzYC&#10;/wDsOB7Z8AIadb8QEUHU+no5BErMyq9gSbc2/r+fcGXwzhkeJQHLW55vf+o97KacA9bDdTl8sYVw&#10;+rSACLfgDk2PtqGDkMvoT0k3B/2n+hHtxWqKdN6RWvWdshCiXZ1BHB/1/wA+1fjMJAqq7ehhySSe&#10;f9cD3RtQavVxTyHSXyeblXUkKGQEWGmx5/4M3+9+1JHDjmUoUDsRy9wLG/8Aj7rpcnUrcPLq9QOP&#10;SXnq8wrh7qihgQg9RP49RB/2/tsqI4aQN4yhAuQRySAber3bUxoG68dFe3p5pZZq7SZEkW4AKsLA&#10;MbEFD/T/AF/aXr6+PSRf1X5+g+v09uKK9Nl6AgdKijo2Q3I9IH+J/wBib/4e2ymlmMqaRa7XuD+L&#10;8Xb3cLWoP+r/AFfb01Uk46nzrH42ufov0tf8fX/X9renZowFQAvb9X0+o/qfr/r+0Mqd1Tw6Uqcd&#10;JObRKLyMVUHhfr+f6D6e2bNTNIyrI4VwpuFFwT/T27GR+HptxjPTriKdIkdo1JRmurNwSLXuB/sb&#10;e08cc9RaS9/wAbfT6i1/b5ahAHVFj8unj7lY/SeLc35t/vHt3psQ4dL8aQCAv0PN7H2naZhg8B04&#10;EFOoM2SiWNiDcm4uw/rwbe3irkEMIhYc6bL/AIXHFh79G4Y58utkEL000kJmmM6MLE82/wBe5ufp&#10;7S3nTz6PGHDkDgH0n6H2poGUV8umKPqx0ovGQmrWVtz/AIW+v098npVaXTKzInJtfTx/rj3VaMen&#10;WqBTriJWEWpAHY/6/wDT8D2400IEoip1JBsNY/I+pv7bfz1fl15ajqJNLaIzTMqgC5Q/1/w/4r7m&#10;5GmcRqhVhYgMt9TfS1/bKHNT1Y0I6jUFTG7MysDe9mtYcG/09tEkH27QiNZGVuSfwD+R7VI4yOPV&#10;GX04dT1kMyyayqkG3+wH5t7UMJSNQynS1he1rnj6E+22U0qOrxtQjpimEkjsjDWtzpBvYf0I9ovc&#10;dcrNrRlTTYEDlib/AFYn+vu8YC8OHVJ5A3SjxsDQwhXuxPNzyB/gPbZRSVD6Wj+l/wBTfq/2A/4n&#10;26SA3y6oq1HUyQJazcX44HH+29uVT5F0kguxIJXki3+w96qPPrzRkio6xRWNwLAf14/2Htzx4Rwx&#10;lXTqFtLE2H+LD6fj3oMAAetoSoz1BrNa28bE2NyQOf6cH+vPvL94ryNEUui8BD/m2P0uB/xr3Yxq&#10;Rnif9X+rPWnNOPXAU7IocPZjzrA9QJ/BPvjBWomuJURPrdRbgf63uxjWmOrBvLr0tK0hSRnZrEWP&#10;I9RH1uPeXHlTUuyAeNm9Rt6eOeL+2ZFqukf6v9R8+rLQN1xrdQgXUT5ALKLm97c8j82/r7dK+tUA&#10;mEsCgFl4OsD+1Ye06RkEE9OyOCO3qDQ0jWKzgNqLEtyNGr6Lc+2dYXr1Yq2p3ILA/VT/AK3uzOUO&#10;OHTarr6dWkjpdIYaUUEKb8EX5t7dqPGU1NGfMrMzA6mkW/4/Grge0zMZGx1dRp6bKnIVEjfsFAFs&#10;QFb1Hn6m3uC2mOoanR18T2FwVGkD63I+n9faxI6AH06o/Gg6lhi8CzvGRKoJ0kFiT/h/W/tR0WRg&#10;xkVkKMVPLAgk/wCBP/FPbcsPjGpwT1dWVc+nSZrsZPlJf3NSqRwhuAv4uB/X2js9l5MrLqieza7a&#10;QSLD+oF/bsUQhFB0meYSGnn0p8Pi48ZTrDpuNP1/J/PPufiVV1BnAITkalvdv6nV9fdJCWoqj7en&#10;4u0Z64ZJ3QHwsQz8WU82t+CPp7fJvC58lOLsARpXgi3H+29tqjIerlgwxjpmgaYL46trI1jqe5BJ&#10;PAv/AF/w9tzQfcxO0ynUoI5Yg3/pb6293NVGoHpseh6cFnFPKkcWnQxX6LxYcckce0fWY17EqrAM&#10;S1uRf/AX9qllUjqjxnzHSginU3BI4sOP9f68e5mKlhRwk/7RQlSNQv8A0B491lNR29ejojZHWCsS&#10;VoyYgGJFxcG3HNr+8+ajYlTBd4yGPAPJJ5DMPadGKih/1f6v9Xyu41d3EdcMe3oIkCiRfqL/AIA4&#10;IX20QRzRSKVXUGINlW1iPxz7cDq1Qeq6SBUdTnZSLavpcf6/+PHtTxyMYltZXtcF+R9Pp7oVAII6&#10;sCaZ6aHRfIwa5TgWX63/AK8e+6SjEztLMzKRzcMACB9bL+feirMOzrQVQanrjVVfgVVjUPqsoAHC&#10;n6Ak/wBB/T28V0scVG3gd1eMAHyEAcc8BfbKq0b9wrXpygZemqjSSarDTohV7snjW9j9DqJ9h5NW&#10;zxSGx1l24I50j6gX/P8Ah7MVUMvSQqQajpXCJSOVtYW/1/8AH3xeasnIUq4Is1jcED+q2/r/AF96&#10;LIopTqw1deVIk5GkD6cfm349vNCk2pQ6A6rHU5/T/wAg8/n8+26gkkdOqp8+odSUCEhjxeyqB6uP&#10;6/n/AFvazxxWNyHVtTDhrkW/HAH+I961VWnXjUmijHSPyyPKgaJ00obMhXk3/qW+nHvPkZapBIFa&#10;8ajUbtY2t6gPdQzDA686r5jqNi6agkMbmNVmZigAQckGys3HHsLZshkXr5EVGemLNYt+bHjg+1lA&#10;Vq3l01R9WOHQgR08CRqAFUhBytgfpzb2/JtODKxrWVKrGCA0t1Cryv0H9faZrgodCZp/xfSkKrKN&#10;fEdNNTmo6OT7e3lkNxGqksxsber+g9wa6CjoKaWmpwVOk+NgNTHT9CD+PamOQuKt00xHAcOp1M88&#10;7pLJYC3MY4C3+twf6e0zQB5ZkWYlr8m5uxsbC/8AX3qUg4HTIYq9CKjpxY6UJH4HuNu3D1tNFE9P&#10;A0sNQLeQWADHkAn21GUJIByOrzI5XWo49YKepSfWoIEkZs6fkf42/p7y7Ux1TBTqKgFSWDIdPp/x&#10;ux59+kp/n61FXTnz65zOFUj6k8WB55/w9i7icnT0zMJGElkKEGz2+nIHtO8BlYFeB6UxyaBjpF5n&#10;G1FXEFhvEfKHDKStrH6G3J9zZaylnDwShSr/AKAPSeeeR7fEAUYP+r+fy6qZCTnpuipK2maOohY6&#10;oyRKWBa4uLgf4+0ZlsbSopaSnjmBDFF03ub8Xt7sgOruFP8AV/PqjCnDPSxoaxpxpDkFdIbVbgW/&#10;F/aGbDNPULKRKiByqIgYABuLXX8+7tKEGOmglTWnTxqXn1C4HPtTJhWFKEl8ni41yg2NlHpBP+Pu&#10;izgn/J1bRSp6htVp5Aqspb6BPqT/AFP49zFEIi0QtdYgQb3BUgWvc/8AEe/M54nqykE09OuJ1l7u&#10;LFrW/ob8/wC8e8ERE7KUHjdWHKi4cD8kn8+0rVHeOrVB6zMPGpDHUCOAfx/hx7l1k2UWpgSFiIrI&#10;AzatH9GH+B59vRSIq6em3VmIpw6iQw0bRys6Lckl/wDVW+o9te58CDFFVxyq1XNHyqfVGBuB6v6+&#10;7xEsxqMdamRaD169jq4VDTw+J40p30RyPa0o+pIt/T6c+0bi4a+aUU08ZPjYxuQfUirwbEf717tK&#10;AFqvHqsRbg3ToWAFyQB/X2Le1utJKyrFRBUzx0rWMgc38bHk6R/xB9oGnkA0kVPSjwIx3noNN69m&#10;4TZtFNLXsrVASRooFcfuhByb/gf1P4+vsymC2gMeIfLUeTxj0nR6m/A1D8f7D208uqMqAK+fVQVD&#10;Yz1XV2d8mKXLSVlNhsTOfI5jkneaOKGLg6vBY3k5FgTb/W9qqfG1MigQFF0srKWFh/Qq39P9f2xG&#10;0CEB0LH9o/L1H+r063okaprQHoCsZ2tiIGqKrN1k0Uc1NJTVFLEb1EaO4kjmjZra2BFilxcE2sef&#10;b1ErxRIrlWbSA1hwSfxz7vFEjEsAVofXgPXpypAoM06K9vPcUeUzNXNjZJpqSSokkjaaHQ7KW9Aa&#10;IFgDb6c+8VTWRUkbSTOBpGq3+C8j8H6/63tNcz+G2iIf6j+eafz+XXlXTUnpfdX9S5PfVXDoRmSV&#10;1XXYBRc6jZiLf4D2j6vdSOjim9T24VbX4/oB/h9Pe4iGP6p/w/z/ANQ6ukgbBx/l/wAPRzttfGCm&#10;xVRTSZCKMU6vH5Hl0sXXSB62PCgn6/7b3AilnysPlmSVOTqVwb3H0H+x49qkkAkEceQB01Nq093D&#10;pYZHFYTraWSmo56DyyMpgEDxgEPdWFuTdfp9OLf4ewv33haqrieakhDTUoLg3CuQDdgSef8AY/X2&#10;u8TUQp/1f6v2dMBSwC16M70zurHQ0cMFXWqBknCxISzRCQrwiFbgH8W4v9bew+2+mZyUrUkVPMKl&#10;Q/hk0FlDqNIuT+P9f3ZphHxOPPpyNWeoPQ17jqsFh6N8nkqilp6FNP3LzSqiGJjc2N/r/re5ux0z&#10;027Xo8xBUqaeoPkEiExaE+p1G4/F/bG4SB7cLCcn/V/qp1uElJf1OA6YN95DB0Wwsjl6OejSjbHt&#10;JSVEMiKkgmT9oxshF73t/sfZi8tWUUE6RKUIdbqgA5ZeCFPPtLZWc6qHl+X+fPTdzOpNE4noh20K&#10;bN57HV1fFTS0phqJYZJ3llj/AGipCv4/qf1G3Nj7CrdGJXLhkjJSQtqQEXUN+Bb/AF/Z+soaIIPL&#10;pLEoDaScno0fXeZk21Tr9+yzQLH45KhT63RbHWT+eOTb/H2HIwuRo3ipJVqInMoVmt+09zYAt/sb&#10;8e0z4yOPSlcYPDoc4c/iMjTtXUtRTVUKwmRdDK0gXTqPp+o+lvYhbU2PUxVl8o8bUsg1gKDIJAw+&#10;pJ4v9PofZZei5uUpADUf6v8AV+zpRG6QtrY46BjsHu/bmHw882NmeWvp5fC0TEQSQSIQLOD6rfX8&#10;fTn2vslsjaESiWoCFXA1Qiyo1hxdVtz/AI/7b2W2FvvQchhRQeJ/1cK9bkurYLrAB6BXFfI7de4H&#10;NDtrGzVdXGiySTlW8UWtvUFklFiAL3Gk+wx3q0GJoqejxaNJR1DGFoYy30IsBcf0v+fYlt4DHFqk&#10;yxr0lM/iCsfCvQ/dX1uS3LW1+V3DTikyVEIvEzqguCSzyKPpY2/FvbXQbBo8DiFqzMWqskjzxQkW&#10;kguLhSb/AF5+ntuFJruYvpog/n1uVkgUKuSenX/SjDltz5HAUFK4p8DUwwZGuZ1anmedC1obc6Vt&#10;y3+B49wsNtmOWoeskjkhi9SztMCgkv8AqOg+7XNnJ+D9nkOrxyR0q+KdKbObzp8fEtNE8dTWSgGn&#10;ipXEr34Kk6T9P8Sbe1fjts00qtXUMwpzGWjnVoTomA/txtxzbj8/4e6RrJq8Kmo9blkjiXWcdB1u&#10;XsZ8TU02Ky1F9wtenlo5IqqPywOODHURfkX5BFrD6/19skuy1SWpNbWz11E8jPCmhg8aPy8LA/UW&#10;/Pv1xHdKRoWnTCNCwLA8elJi+zKOvp4I6ejgociYwJY5pomgJX0JJHJHa4J5sf8AY+1fBt3DzUNP&#10;RUVIqRpYtrALsDYElvr7ukUhjofiPyOP9X7etG6SM54fLoMsh2Bn8JmcjlM5kIzS6WjpI4SVgUqC&#10;VjVDcFv6N+P9b285Pbm2MLgZ3GNpqkiMSukyeUKw/tQ3+jDm1vfrfbbh9T3DEDhj/V/q9OtTXyhQ&#10;IxU9A3tDu3sXsbtSjwdHWT4jC08lRH9xTiFHqCi6okqla4MbcLa315BB9oahh23nqKKmlpQbyMIW&#10;UCMpe10Crb2/DYRxyFg2T/q/l0nO4OUoy16MzuTJb62zWS19JV0slJHTq9ZBNE03l0XJkExN14v+&#10;P959r/CbfxmCj0Q0pqZJLMoqFV1jt+gKtvr/AE9tzbM9xJ4rt2jyH+rP+brTbmyAJGtK9Fw3b3Pn&#10;91+aGLIw4KjomMdRVY+VxJKCwWTVMR6R+PfWXmyNmfwX0KWhXxllDAekEfQc+zC2hghTwk4ef+r/&#10;AFf5ekxeZm11JPWbZEW0qqRSmViknrWC1swrY0nmiZryuGB1MSDyfbftukGRnkzFXjZIslGSgeoQ&#10;Xuv1ZAw4/wBce7PBbyMFJ7R5f6v9Xn69O+JcRpgEk+fU/uLdr7NxNFtPE7ipf4FXRHyGkn/eigay&#10;iEzI97m/0I/r/re3PdNJkM5j6ejkpaj01CvBJTrZ43H9f6qR9fdza2NujLFRa/5OPmeqxSXbn9QV&#10;6DvpDNbL2RuzO7gg3tjp5a3FrFlaXK5VHingSQzQPH5Gusikm1he1x745DZ0Wbx9LTZGlnZ6OFAi&#10;AhTJpA4b/H/W9pobeHwqKwBPn+3P+bpRqmDUK6uuoPkxi9k7vzFTic7hKzC5/IPLVTsZJ1xz/wCb&#10;DxvF+pLC9iPre3tnodkzRZSCpjiemipdKxx1ErKkYT8lV/V/sfdXgjA0juHVw8rZIC9ChuP5M7QX&#10;adRE2XizFZladwpwFP8AeT1RnFgI/wAR/kc/Q/Xn2q9w7cz2Yjhix+SFPa15gdUTf1DISLe3/qoL&#10;eHSFow+Wekb2byyapDUdFv6m736h2LNm6vcW3qhKqoqXb7B6EHIwg8q0bvbyavyf9vb3NotrTUdE&#10;Ia2tLyaBeRXuhkUcsFb/AIr7TxXDzPrAqenWtVCaSembdHymwOc3Cs+z9sSvEs6g0lXSGlqmpXNi&#10;GnptY1fgfUX/AK39zY8dR08DfcZGNQU0sxYAD/FR+PeyJzJq0HrwgRKHV/xXScr+3d0biysFPtrr&#10;fJ1Tw1CSCJoJjI0kZLGKeULZ144Nh/re07htjbYpczUZ5cjJVVVTC8IYtGCqO1zpkXn6/j2jure8&#10;lkqoAUGp/wBX5fn0qRYgtQOPQm78+U/bv90KfajdStgq6D7by1FR9xU09qchxD9oEGoEcm7j/W9u&#10;FZX7WxdQUnyH7iabxmUEIR9WP5Fx7No7O4MOo0UfM5p/xf2Dy6RuINVNJJ6Te3Kf5JdhYhKmj2bj&#10;6Ghq4pmSuej+3nq0lW6wxq9wUU8qSAf8T+XOfJbdyFKiyTRywuAy2kF9Fr3Uj2yglhJCsM/4fn09&#10;oiFGYf4T0GWD68+Ruzty1ORxWLqKLJRyGKV5I/JSTuZCG8kRstiD9CB/UWsPbdi9x4uurjicYkk+&#10;gMpjRP2tKCzBmX0hh/ifaeZ7e27iRqPmONf83+rJ6fjVplJpgevQnb66N7Ho9rS9gdgZ7G46emKV&#10;pq5KiUzUMkpBRla4d0LELZVJt/W3t0qcjt7FzmlajpYp5AZNHhQF2HJ/2N/bsdnI+meSXj8/9X5/&#10;s614pUkIK06CvA7P+Q3ZOCOXot6Z+owtJUfZQzplqqMCnkPjBV4SGMQU3s3ABHHtPUG/8HkM3Hi6&#10;WgDzyM6GYQ6lRo7lldwPTwD9fdbmKG2joJiT6D/i+qRBmYuUAPQtbh+I3a2K6+rc3l+y6vw0FMlS&#10;+MbI1VPA0D2LEvezm7fQ2v8A6/tVwZ6imer0QxgUqszvoUAMPqCx/Nh7YEYaZIdZ1H1/yfn/AKuH&#10;TxqIy4A6A/PfHffGJwm355s/WztnamkoKeijr62o/ZqXHj8aK5AjFwSPpz9Pz7DiTuDbtG2RZ3gi&#10;jomYSABFPlIsCTwPV9OPz7X3FtErBCxIHnn/AFf5umFYkVwD0ZkfAzcmVxmIGQ3ZXTV1TDTQ1c9R&#10;VSulPjVAJpdMjFjo40Kxt9Lf09pyPtvJZ3G5Crw1BKGUSLTak/zjAagbi9/9Yf63usF1YQyaWANO&#10;FevG3uHSpY/4Ohbw3wV6v25X4J81W1GXggZXrFq52iindPSEEYsAlzwT/sR7iP2LVYyXCSVdRJJV&#10;T00UtTSaLstROLGnGn8j6i/vct6kiMCoAr/q4f5+rrDo7Rx9ehDqfi9sDO4vdmIh2/Q4ujq6o0mP&#10;roGZnNPTKHirRrJ0tcshKWva9yD7eqjdWfzdNXYvF1ixZyWpiho4ACWiWXlXnVwLKAbsfx70b6yt&#10;l8bTQAYNPPry2bOxqx/bjpJ4v449TbByGL3PkttUU228Pha6qy1fV3qIWmpItReOOJmLtqW6ALdj&#10;wOfrix0W7cA89Fm9w08dR9tPVTwMxqCsSR6pHpZAA1l+ovz7rDfGaZZQuoE4/wBX8unnijSI0JP2&#10;f6h04ZnGdIdo4fDbm231wc9RNkcbRY+vpcWMMsdXLVpDDTZGmqxGQuprOGjNh9fqPYdbX3juPcmV&#10;q8Tjt309dSg1EUNZDSuJlmN/EsqcgAEcn+ntvctyazmExX/B1SC2jnGDgdDNl+oep8bjP45WdbYB&#10;Z6ZKaSpphFTkRpGwEimZjpfSL2H5NvYy1lbmY9vw4WlrFyefagJqqiGSNV1Ri1RLGo/tJ+oJ9SPd&#10;LPcRHI17MtBnTX7OP8/29aktFaioaqOiu4/qzr2TsybfuU2/T7Y2bQ5ylp8XRVONnjikrasCGjM6&#10;NqVYqiRtBkNlVrXta/tCrQnZMC1+6KufMS5enZaBKMzSzQsTcSOZbDUARwfp/U+0wvby+fxwSiA/&#10;t6cISJfDUVPRh03DSdnVGS2111FT4KTZGeo6fcZy2OSnpJ4tBlejpIqU6mjmAsJV9LAH3GbJ0m7t&#10;xYGhxsjQZ/FYx5pmqZDBDLj2FlnZwLF0e3AN+T9R7env2hsRGx1DVinz/wCK6rDbL4jMwzTrvGbZ&#10;j6oxHYmQy8zVu09y5pcvDiqKjlr6qhyNUqUlbTQRAMWhn0KQDwtifSD7Dqqmye2qnI5rKVErV2Zy&#10;rYdYqJQaqenBsZ/GR604/Xz780skp8byQYr6/wDFdW0LD20rqPQw0seBytLQYejoYpcfQUdDkaZX&#10;gvR0jC4ooBY+mVB6tB+g9sW5uq8jlMnHlYty0VNs5mgqKTFz1bQzSVEsIExqKbSEaYTXF7gFf8fb&#10;Em6PJH4cKktmvWltU16nOPT/AFf6s9Y8XukSTnF5HH1q5ymaSGt+zoJpaLxxkvDVRVN2/adCGVSx&#10;ZSSCPyRNx3WuydhYygzG5BLVVE8SA45YgHkkrFMTGdizEoCfTYW/x/JIohfbiWJbw0U8T5/Z0qJg&#10;iIVF1HoPJuyNxbxzuS2x1zSY1o8ZNPBkN21lX9zQUs1K6eSkpqWBfXOSSjozjRY3B+nteZzcOD2z&#10;jMDUZ3JJtzaCw/wuixlG7SmeLSSiEr9GYX4seLn2rtdvkltpGszTOXPmfP5eXTUs8cUulxU+n+Do&#10;LsXiaquz2+oMHh8fu7tenlx2brtybno48ZjMXWVMQhxdFTMqtIYKdYrrFEbgfnm49uvKUGXw2K3d&#10;tIQyYvGYeop46uSY0q01HLTgQTU8rkDyRaLFG4N7f09mG1aBCduJ1upJJP5/l9nTMzMAZOGrpg6g&#10;wG5to7q3rtPtzI4r+M9l7qpN00WLwkRyEOSq6NVjzInp3jd/tKiP7d/IdOgoxJHPskODoK7fe8Vd&#10;9xyY0V5m8dZkGdylRAdSSyhTzTC1nkViUJHpsfb+43BRNCqSRin8umYtJOtzQf6v5dHVr6hMNiqm&#10;qpsdUVcePpXmjxmLhhNVOkK6vtqCndo0aRhxGhZQWsLi9/Zo9077zeDk2t17hKqCJafH0hyeX+3F&#10;dBkIynkrJKGRw0ZIbV9eB+kgce0dii2Fs1w4BkkNfmPQf6v+LeetxLU1Cjh+XReNs9QbR3nuvP8A&#10;b258dl6zL5XITx4LD5eSuw0m2qPFg42JWx9MYWjnnCCYtJrOlldWIIIm7Wzu3cxX5XAS1tThoKMf&#10;bS0FasVBJkp8kBPD9pLSWjUPwLDjUQCAWt7r4hF3GoFHk4t5AdOVBjNRUDy/zdP3YdPurA4GPP4j&#10;BQbozlHV0U8U1LG9emHpKQeKWuqYcjL5qoQq7uTEwmsDpBI5zbeTbVZtrcFVtDDtjslhomnq8BLN&#10;JT1gh0SUviq5ZSHiMnrY6vpbi4PNJrfTuaR3LVByD9ny/Z1YOfBBTGeoWfz259tbh2Rh925eiy2G&#10;3fkGw1LuCmo6SmSDNyRNmMcY8cgdZF/YEERAN9QZjwWAdZ/Y29Mpmdm1uZqcxkIZKTHxxYfaNNN/&#10;DKajEplq4KqqmdeTZV8pS6mzfS/tZJu0CQGG3AShpnzPr869VFsWJlJr69LfDbp2XQUu856CvxuD&#10;kx2YyL52uz1ZTwGTKCmSQZGrUyhjCU0BAWQ6F0qq+2bD5/be089Jga/YFZlK6uz+Rw9LUVbeAzS5&#10;CtM8MFbO5MEnhjRLPrBU6rnSfbl/ayTQ+KWoQK08/wDUem4ZDEdJHEnP29OGZx+ez+Mosnht9vgq&#10;WagoK+onxmJo8pTzQR071L1WLeotIon8g1eXygoiBER9TMud3bW2dXdjndCCtj3BVYulpnx+Py1E&#10;+OgajUKs6fbBTq+iMxcgMFYWt7YZ5biwSMrQgUznhw69HAmsyVJJ8+kR1DBuvA7FTHZnMHP0dBkc&#10;u1Fnc3gc1g81W4yuyk1ci1+NyDMzNH5tETKiBogiCMEaiItDDjIJZMxT7nodzVGPykP8HxsdUqTS&#10;5WNFFRBk6mTUqGxHqUesD6/j2WLaXF4/0rdiLlgPOn+o+Z/n04ZRCNAGTwPSLzG6Nw5JH2i/WO49&#10;j0GY27l6Xde92ix8+OwGAemqEx1Vt2kx7yz1MxkFxSSQxtTeQPIh+jMUWKwMu7clm9z4mXdlbmM2&#10;Io446sik23JBS/bvPTo7IwjH7aRyIbl/ULce1N/DLdukUTiNFoKeZ/Pq0brGlQKn5jpxio8/guqN&#10;ubZ6zz39yINsbRxtTj8juDAw5SrzFPTxeamhmp30pHUTiCWSuj8bOvl+gN2Caqu24cxNU7Y2xh6/&#10;b1DSyU8B3Lm2mcS1eKqREJazW2pliZD5PIfVb/b3O32u1xlU/VZ+Pn68B5cfLplJHlcyOdP+D/V+&#10;zp1210/m/wCNJvfszdMO8s5SUeegxWBwmEpMTtvB0e4KSODJ0mHSRpKuSSURAJNLUgqHdBZTf2IG&#10;L2f/AB3Lvnd4ZujycWPx1NNBU0oNPiamOspdUFdJQZDVZoiPLHyQr2b8cNRz7k6pFaJpUnNf5iv7&#10;etpcQ1IHHpAb27TxvXO0MTt7Yu0M7SZ7M5zNUNFtmmo5a7LnJ4LKKazHvU4CSoQLUPoiMjT38DN6&#10;g44TuXk2n19mKDfJzuHpKGHyYejyExlrqaSpqIX01WijCqKye0hllAfkWAUE+z1ttgv4ALgUC01e&#10;hI8vP/i+kstzMkmjhUdT8Jmt0do7GyuyN17T3hiczlaSmyWYxMstHtqrpKefKJNkMRjqmtlJehgv&#10;DBEriKSSnJBZmJJRGU7PxOdyFNDTzQblqKylqPuM1nqyox2Fx89LDqiNFRIAj6yfpbV9CTx7bmmi&#10;tgCtAEoAAPIfZ0qiXUNJ4etehP2d1fBtDHJjtv09NsbCU2QmqosNtWChqKzJQ1M3mkGby2Thlmd9&#10;R+sMi2W66itgBF6V2vQR5PKZikpZqqqNDA2fz2ioqaCqnlVmFDh469P1IunUVOrkcaSLhPdr68ln&#10;j0NpOrAHEDzJz/q49GEVvEsfzP8AM/5ukD8ld24TFbRiwWfraWnrdx5GnpNs4E5fIYWeetgYPS1m&#10;XymGm1Q0mtX1FwIdJCyHXwBwrcDLV7Xlp6ZXx2PlpzItM8HiqWIdmeOeCMBVEo9TabMP959+2ib6&#10;feGJ/UZuJJ8xg/P1/wA/Td/bK6BGyfQcOimZHt3b2K7I2xXZt6HcW7MVuBcRFkcdW+bbsFPuCjRq&#10;etxmbqCWnkpCiwR/cehwWICk29pvZ+0aWWgpsvVwyy5dseuGqZvW1HV0uOrJJsdVwQzkguqSeh72&#10;N/6AD2t3CeK7vWEuRHwAHnTHVEie1UQqAoNPOn29P3dPd+5tjbtr9sYbJ7co9tZrM4/cuMaeuShz&#10;eBqcjQCDceFzBpVIWkkrVeWcoomTyG7EMCq8j2lgqTLRZ6ooKetzsdFS0T5aojjknlWjfyQSyIP2&#10;/IrlirBLrqOmw90r+9LVIJAfDX8JqOPkfX7K/bXraBoSdBAr6f5+iM5v5IdrYnH7p2dtvcybY2dl&#10;9yZrL0OE25IvixUGSqpHqcbhsyR92KSTWzFGYByWeys7EqBnLkyMeTck3v8AU3Nz7VrCsYES8B/x&#10;X+x1WgrqP/F9FokrNTyOTIWkYliCQXdjquAfzzf6e8JdeSBc/wBDxf8AIIv/AMU9qhESApNB+3rw&#10;FGr1gWWZWGnTEpvyql9NwE5INr3P9ffWog3st/pe3HP1J/PuwQHjWnWiQBU9YNJe2ppDa7Dn1cGw&#10;VQeBc/4/737Z85ncfgKJq3IzpFGXWCnRnVJKmpkFoqeAMeWc/QX/AMT7U2to9w9EwBQsfICv8z6D&#10;1+XBLNcaBpXJPAev+x0J3VHUu6+392Um1NpUUs0xVarK1zRs1FhMVHKFqcnkWXhY49QAUDUzkKgL&#10;ED2X2j2fRdn7uh7M+/rJKPbVY61WzGKzQ1eVx9LLS0JpcgXWOAhyTMACDp+o+vtHu29B/D2K1DVA&#10;+Ly01ySRwrX8/n1eK3Ma/UPQk1P5/wCx1b7U5So+KfU22en5sxiKVMrDXUGH7QqaWIJjpM1lpK3J&#10;19fs2NpKurkpEqX+3EbsrftLLoAOpyzuXx+08XlMpunBwvQTLLTnKVGTefH0GOd0gpqTyKDcl5GC&#10;lVuLHn6e9W+2ztcLJGSREMD0Pmfz/Z1p7ghRCx45PSux0snY+RwWM2B20+1ZsS9Lmtw4Gl2jQYvc&#10;u4curCqnyVdR5gLLSwkRxGZTERIHVdQ+hVG2MhjqajxU2J3LjExQpWyAxUSQZLI5OmqqfxUs8M6l&#10;ZRYgFZNLXHoK/kETQvc3ztIlGDjuJ4etMU4ZzwPzx0qkcLCaAkkUFD5dJXuTF5nPxZLC1XXW4dw5&#10;/PQx4STdpravAbIwFPj6s18oydPLUPA8M5cJNBGLzKCfJbR7AzdGVq8zkYcvi5Kqkpq3K/b5KmpP&#10;ucPuGajSdaIeQsiTNIrHWBf1D9JIt7Fs3hCMqoHaKV8j/qx0jijkUDUSejM9fbTi2rs/GbWyEVLX&#10;TYjEU7RyzxrU7cgqmp3mk/hULHRBSobqihUsgH0J5dKbsOo2xR7hy1dR53czYnK4/DYTJ1IkioEx&#10;lXOMYkC1MxOupikJExK6ix/Ptk+BI8arQCMBiB5n5jpqVJdJUGmo5P8ALoP909PUm61x218fV7c2&#10;DgtyUVfnt8YPb1DRpnM5uKSop6sVEc0LLqpCwcTG/qXSnAYj22zbLSGpyOXpt51NSZ6j+J4/GMcj&#10;SVKeMGskxU9RGLVCl2YrrKiwF7+0r7m+4zGMx6F9T/k6WRRCJQOPQoUe5MlAmOxeS2dVaI54cdUZ&#10;KhmwcuMpojekXKeB6hJY4jZdUUcTsurSAwUn2r4KHcG6Ma2F29jA1TV0IoKvK51qXHq9BXxMclRY&#10;qip0+5mpzcM7uVVmA0k2t7obmHaFFzNVhWi+lTjicdNUS5kMWoduSP8AV/q+3oN9y5Lam2s1W7k3&#10;xkqOLCYatkzdPhsNQ5jPQx5HDT07YnP5/INrpqfIwiMJBTRxq6oxbWwUlAih25V9dZH/AEbyedJ8&#10;hUy1uHaueGLGZCMQLG32VSxZUVWH7isNd/1cEe1Z1KBupFAw8v8AL05EVJ8JMU6ErZHYmyezttRb&#10;32rkospjoBPS1n26TSZDGVcAWWqxtdRQr5lmRWVghHKsHTUrqxVO7Y9tbM6dxmJ3LXU9ZW47O47N&#10;aMdRVDyU1M+XVqinWqFrBlLxmUMP1cXPveyXFxcy3kz9qMoAU8ajzp01dSBZkFK0GT+fQc0VJvDL&#10;/ISTdeIxWTx2yIdg5La+Xyddlcd/D8pmlrafJYWposHFJJP5ILyoxlRLKzE2PpZTptDIVtNHvGiz&#10;lLsLrnH4D+J0i7cipZarJVLXraqunWdSVbx2Uh+Sw+h9lUU8O512iEF5QT4hbgOPHpWWMNHY5bAA&#10;Hr58OHTRubtWg2HnMTsQUWV7M7O3huODH0uOzMaYqjxtFUSinSobIxUbxJQU41TXp4HaxkdyNJPt&#10;cVEw3ztXGrT4/MY7I7nxbZShzOUpVarxlK6lMdLUTgqGkPpl8Cm4vzx7e2uaDbHkM7644SVxwrTF&#10;Ps/1Z6TzxNLIFWi+ZH8+g7oqXIbG7JzGXoNybUXau1lpcBWde7dqWpky248mBmM3UnAAulMUE/iF&#10;TNctoOq3J9gVT/F7EY+sgXdvYeTr6gSU9XUxYgR0FU0VOdREhqfOdchuWkDC3tu73e+lq9tDVDwJ&#10;x/L9n+Dq8UEQ+Ikkf6vn0L23+/n3zhcpkto7Qy0CxVU+MxOUz/25wmQrYyYvuo5MZK7vTrILAXRp&#10;B+kqPV7ECu6swIwlVjNlY6LBVM1XC9bmos5X5fPVVG4by0k1XVL5IA4tqEJVfx9PdtqlkQme6OuS&#10;naB/PHWpdPA4X8+mij7IyGB3QK/fu6cpWYmrxk8FNhZdpY7bW2aDK01RC5yOOyT1E81Rq0uEjqaq&#10;UoDqUKfql6TbnV+y8Dlqo7Lzu5t07ZjGQmiWWSqVq1LmmipxG5SNQbMxMer8m/tdBZTXd2UvZdCE&#10;E6RxI9PWvzrw9fNuaZokH0y1r5+f+r9nTluOs7w3Bujb9RtDenXG2+ttxPDDDUVeLr6/dclN4DUz&#10;zUMdW6QS1E1jHCFdVRSHIYj2j8dvHsPdeO+/qKHcVBt3DV0bZWSixsc9buPJVcuuDGRT1oVPBELI&#10;/iU2A/HHty5ltbaM2Nkqgn+QHXooiZBLJWv+H/V59CSNt7DxO64plOIj3VVYlxiMfWVcYmoMRRER&#10;19bjMffUup3BnqAAzmymQD2qexV23TYrH7ir8BuDDb1rcd/kE1VWeWkxdayaI5/4XJISTELBQkYA&#10;NiBfn3faY7k2Ra4FYlODT4vn/n6bllj8cxxUPqfy4dJLZFRu+v3dmaTE732BuDrbD1z0s1Bj8TV1&#10;W5oaqah8ktDU5ylqRRahUMZJNcMsrL6WYEk+467B3rJiNvZcZrOVWCfGU9LmMJFBPTVFfPMCxr2q&#10;qUlrtq1N5f02vf8AoXRbxDdvJb2w/UjYitMD5dPtEIiGfhT/AFfPpX1e89m4/dBweVq9v0GaaGer&#10;xVRW1uOWZ46dFpphHHVOkqMrWTTCCDzyDe7VjTiccNy7NxOLbaFHkKqnefdWSyE+TrpZqY3EtNUs&#10;zGRo2JtGF0g/Xn3qQNZXibhMTLIAQF4AV8/9nq2kXEej4QP59PLUVbULjc7PVz5WqoaSqeHF4+mp&#10;8fQVzZCDQBJDkGkkQhbWLz8c8WJUteY2XtrbUFQcDkN29gZmespZqkZGgepih1IXjbHSpGTFHqLN&#10;M9zfgcezOM3F9Gb25YRpT4a5/PplIzG+lVJp5nP+TqBtjPbvrJayXd+3sFtTH+lMUlPuQZatlZJW&#10;SQVwanp4oyRpKLGz/m5+g9vOOx+QpaugoG68mqZcssM9dnK2oWhoMerNaVWmdYwzIt2JZmP4C+y+&#10;SVUh+pDE04AZr0+AGJUnyz1Pr8vRTTSSU+6qeFKBGM2Nxi0ddXTSH/NiaH92Vgf7KRIpP+qt9Bg6&#10;0o8Xgc/lxhDUUmPr3ipaqtqpqVaSIRH0in8QRmkY3K3vxyT+PZVu/jXpidUDSLnTSv2162hRIyrH&#10;j0Dfc8EmW2ABuamjylfRQz5elwuGpqta2uqoY2EKOrtJoiQMPMebnhR9B7gdr0u68NUUdZsirl3Z&#10;mairEEeGylZTmjpo5eTVRUcHjWwvYs30HJ9iSzeKXby92PDK+XA/6sdIm1mQqq0Hrw6D348bmx+4&#10;tv7hp9x7AxHX9BR01I4z+Lx+UxaZiONnWohrM5lFEzSxEKdHkudR02AI9w9qDd9Hn5K/eW2qOKtS&#10;gnrJamjpxBt/HTrDcOlU3E0p/BUXufrxf2jWJd1eIVogcChrkA+np1WV/DgMURoTj14/z6X28q/Z&#10;mQ68G0tnb+qFlyVVRYqKmx2bky+7q+mrK1Yp8dGK2VquBdDtrkcARRg8AD2E9Dsvc2/Zc9na/YuL&#10;paerqqhkyVetDSzvThyWnpaEObswF1LJz9SfZhuW4lLxbSGpNKDFeHz/AM/W4lgijGs5+f8AqPQo&#10;VG79j7Eiwu26vcbxyU8dFiqOlmmrMzWykgU1OK6r0TSBuOWlkX/bcexf6yr5qvBVOwNj4HI7UgoZ&#10;y+R3LSCmlaepYaJpHqKkBQzBbWVDpHC2+vsMXIttpvfq779eWTCpQGnyHE4r5eufksC+MmqulV/I&#10;H/V/q4dBD29sbaiZ5Ozey85R7iw2Fxk1PidlZtpKPbdOpkFS9ScfTM4rJdQUs1UjrcLwNKgB/wBi&#10;YvsyHcdNtHHb+mpsVkYVjr6mGihNaqytoKtVG8jMR+Aw5+vsVSbl9Jt63WijkVpTh/q/wdI4LaO4&#10;k14oD6f4OlX1dN1t2DtrH9iYjZNBj0pKmt/hQqaWGRadqJjEK7GQsPHDqA9DrGrAcX95NpQRbeqH&#10;2xSR5pJ6Gdl/iuVqyK/M1LEapKlH/ap4ieI4o11W5Y8+w5cRzyf41KamTOM0HHHr/qx0YBkAC1wP&#10;8nQm1yLX45sjVzUVXRSwCTwRxrWUdPT6S0kkEsQDTSc2LlgtgNKA3JMDgNx0PkrMfXVeMgqoIg2R&#10;ho3i9DAcLUSx/wBo/wCPtF9DMLhXYEhqUJOf9Xy+WetvKNAZBWnRWOztn5SsxFHltqY3N5OSOtD4&#10;U5JZpljaZTaeloq1xpiVbsoFrj6e1zt3MK0s1TFSxQ45EYRVflErO45/ajN/p+W/3wtue2bSZI4V&#10;PiSEjUDWg/Z/qx8unvGlEBkY0PpTy+3osnZ23eyKXa70abxysm7KlkdsLQYugxKQ0zsFJrMs4VlB&#10;Goqivyf6C1wG7h7FrpMlR7ZxuUqIIcyslK0ePhE2TeeQ6A8acMFW9ybjj8+xzDa7fsO2rcRRrrAJ&#10;JpQgeg9Og9Ckt7OzzVoD2/5+hy+JPx6x2Cwh372Hihlt+fxGWox9dlMhUV9LjqMQgxmFWZoDKCWL&#10;S6WKngEW9sW0ertr7PozDn88d2bnrG+78FS8jQ4yJvX41xkDM00lzYmRgl/x/UF3FzuW6XAumHhQ&#10;HFTgt9ny6OEdY0KRjUR59GKyO+915mtrBgcPXY7AY6V4Bk5oqeH+NTA6TImUrD4qWlWxJaOOWZuC&#10;pjPBDLeuGzW8sg2HxKVVMuOl1nB00T0tXVlWuskrBo0UccAkKo5/x9igzRWFoI1NdXnx6YXJMh6E&#10;zH1FBicQuWyWTpDFNDHLPlJKlDR6WWyRwzuxut+ASSzH6kmwHPFdtSdeZqLAbrnqMrlKSnjoqTEb&#10;fWPIyYaEkMVqK1j4/Kw4KozEe0M23a7fUD4avk+RNem/qQ7UUZPSe3FtLE72wzy46noohlpYq6Wf&#10;I4+sSLJCKIpTNXULGCV0+jASWuADYgg+xNx3yIxm55arFxw5nZ+OoE1VGar0hSRmX9UUaSk+t/oL&#10;3/PtI23wRALCBNI3r5DP+Dp22dlcu+flSg/y9AhjPjLRYXKV26slLQb2ykg/yPbdRQ/wfb1NKzBY&#10;2iWOWSwjH0JX6C3tc4/sTZxQ5pcxUVEFNS/t00lK0lXWzFdCyNIoAJJ59Itf/W97itZJWW0nPapq&#10;T6DzA/zdPzM3hN4aireYxTpj3d1N2dXYWbbm3sHtzG12drPFPuGlybw4rb+L8wlcU2LZWlZgl40s&#10;1/ofr7BXKbhqJK+tzVclVko53eSlx1ZJT09JQQgkI1UCSCbc6Rcj2d3RinYRWvaq4xx6ZV/Cj0tk&#10;+fRo8BtmnwOCx2Dx609B9pSU9PUVVJGzTVEscYEzxzSWb1ML63uf8PYVV89Ru2rjptnYhNybgmlY&#10;zifKumGoVj/1QZlVkX8gG3+v7TS3EFlGWuzQDgPPporJK9Y+lNJNFQQPLUSpHTxKvqKnVc+nkJfU&#10;xPACrcn2u8dtPsfZ+ErMxujLYXA0UoaGGLb1MktfVFhZlWa11T8XH19ltpdRbxPptIyypkk/CP2+&#10;fWnbw6ROw1eg/wAvSZ/vFtvN5kbehAylfSxR5CeneGQU1FHq/ZmqBUALruPQApYHnj6+151pujK0&#10;UEslHQGU1jGGHN7h0wFQeD9lTW9Q/q/5/r7Kt0htWvA0xLiP8K5H59LogXTTUgH+fTP2Ds7Hbwx8&#10;ePyGSy9HQ00i1NTj9v1DUNRXGP1JFVVMFpBH+dIKg/m49qLsDLRYXEGfcEWQzWQQmemjpKeOGnuV&#10;16Y1C/S9hck2HN+fYn2iVr6MviOLyHn0inOmTRD+Z6QXX2Cp6fLVH9yY8Vh8LHH9tlhPUVOUzNRU&#10;QuUQyyvK1mHqLaz9Ta3Hst+1qTH733FPXV21MpDLMyhqoVctLT0yFuCJbAs1uAB9f6e0W93jR0iR&#10;sL5HpyBBToep3NJS6vMoMMRs0qay5ROPShX/AGNvb1vjZNdh6pTtzA7gqJkkEkZqpZXoKZWawmqJ&#10;pP8AOO31Gsk/0Hs0tWt5rFZJXHDPTVHaSqevTNhNxUOShj15XDTVLlkEdHVx63ki4mtA7sw0ni1z&#10;7EY1O8sT1nFXZ2u8c5eQpSaTG0MScQqL+o35NyLf0/Hsr2aKCbd5TbrpRRlvU/LHVrqTRpQ5b/B0&#10;w/79Wu3qKeKjpqnLQUDzTVUSrIiBm9aSOt1DfpuP1c8++XUHamaydHX42rFFSUVNDORUVkcnjjjU&#10;Wuznlnc34vz73uVtDb7ik8C6nJ8vt/ydVcxzQUl9MdIvtnqLa28YaXJVlHm5cjS5Kgnhhwde9JPU&#10;TRTL4S2pggSO2pr8WFvbNBPgv7x1GWrpKOSOKYszUa+Ms5a6qxNyL8X59u7xJc3SCIYJ49KLdAig&#10;J0LMNLWQYWCio/KlQlKkCPXSLNJGAmi8jr+oj/W5/wBb287yye2d80UWKpKeRGiOh/HUiEMqL+h7&#10;G3+HN7fW3um0+Ft8ZjLVZj0zcRygmZ8qOkztnBbkwVbkqzL5eHIUlWAyU6UzGSmcHlllXkgj6rb/&#10;AAH09pTaG+8LtFqbbO0ZMbU1JpZKvPV1P5ar+Hx0klpi9QV9KX/bjLFTI/IUj6OXOxWb1vr5tTth&#10;FrwritP8/Dy6at77xhpAwOnPN7bj3MAuYNSlLBMxo8fDUBEnvEAslXo/UdWo6TcKP8bn2vKuvwfc&#10;ckkc9BUmmxcZIqpp/tKKNRyDOFN3JPIX2w96drgWwiyzny41Pr+WPSnV47YKWmJqT0hdubVbqfHV&#10;b09etbDlcj91VUYo56qtqayVRGsdCytdVCgX1KwH5PtE1lPm6RfDSxUFLgYf2FqqfxtV1CRGx0kf&#10;pQfQf8T7SyJAjlUq0h49LFX1x0LVPNBUOjOZBUeNJDBL5FEOtb6Shsur+v1Pt3p5nGJhg26J5JJJ&#10;JJqyqR5qmqle9gplN1Ucf2eAPbFmsa3DSXBBbgB5Drcqsa+nUeeKE1LS5KWI04VUp4pTFHADa7NZ&#10;jdieBz/sB7QeEn3Fkt401BTYTIVDLUBZp6su8ELq2pyC11uP9UT7X7xJBDYFnahp03bqxapxTqdU&#10;S0tNSSSyyRwUqREmQEIix6bjTb/D6W/2HsZdz7aqsrkYBuGro4aSnCl/uJF0iyj9uGEXLccX4Htr&#10;afE/dQ+lU1ev8+qF4/ErxPQf4rc2FpoJ4sDQVmQmeVrx0VO7+rUR5aqdrIvN+Cxb/D3H3B9pHt9s&#10;fTxipxSARRpQsYIKcEWvdOLkfU+7bdbi2uGkrWU8TxPz61IRI2RSnThizUVOVSqqENBWPG4dKtUe&#10;epjHAVADcBL8c/7D2BowOWrqiXH7Hx7zSBT52jDSAF/1L5pyPoPrb/W9qbq4ggPi3ZyeHWgCTVcD&#10;pY1VZS0EBqK6pgpYV/VLPIkUYP4Gpjb/AGF/eX/Rf2v/AMqUf6fF/n6f9f8Axz/X9f8AafZd9dB6&#10;H+L/AGerV6Y/757W/wCd3Q/o8n62/wA3/wAdfp+j/a/p/j7/AP/UaHBVuLcD6fm4+v594FioGfP/&#10;AFf6vl13kIBFT1udIQwuORe9wQLfgcn3jAY/R+WB/PBH+H0931jNRjrWa165GwINvpbmwFrj8j/G&#10;3vN4yAeb/T6cfX/H3XB63Xy6xeRbjgcXBuL/AEPJt7hTNdtI4At9f9bm3uyEgEvn/Vjqjahw6nRg&#10;aVP14/pb/H6f6/uG8oVgATwf68X/ACPbqGtajqrjNepSw6lufyDYfT8XHuRHYsCPp9Df+v1FvfmN&#10;O2vW0znj1FkBCkkXsD9P8Dzf6f7x7mEkKPqL/j+h/HvekNkeXWgeoKkBvp/vH1/r7xPdlsg5uPpx&#10;wfz78BpqSetlqU6yx2DXe1hq/Fjf+l/6+8Oh/wBVxY/W/wBP9gD72VrQ+nWj1IEqfp082NgLg/Ti&#10;/vOhuDe3H4HFz/Xn3plBpXrYrxB6jkkMQDyebm39ngC499iQD6cf1INvdgPXr1MVPXB4ifqQfqQA&#10;Lkf05/HvjLUaRYX4BHH0+vvQX1/1f6q9VwM9c46YMeRwSGI5v9ObX9w2lLAM34FuOL+90oader1N&#10;WMC4Uf15/A/1/eA1ABt/T63P097II61U+XUgU9xfnn/Ac/j6++Pn18liPr+fx/sfeqevWq0z1zEQ&#10;QkKq/wCxHIP0PuJNKFNkJ+vI5uD/AFuPe88etVJFepMUZYer6W4NuDzb33G1+b/j6fkcf197NDx6&#10;1ngeuLrpPH9bf1/23/Ee+epbj/fAc8fX34EHqwIr1x0tb6G39f8AYfgj3zWQLxc3+p4/2PHvTVpj&#10;rdR59cSmrkgWuOb/AO8H3miqQSfpa9rf4f4+/DhTrwPWCWm+hBIPBFv8fyP+Ke5Ecmo3+ig/ReDY&#10;/wCt70Ot+fUeWIpxyWP5a/8Atufzf3l/bbj8n6/ix/HPvZXqxIIx1gvMlieACLfm4Jt9B/Tn3HBV&#10;SdJH1/P9AOR73QkU6oaDqUdTAM4NvyQfyTweffKDSWOokn62/wB6t73SnDrYoDjrHUa9PpFh/Qfg&#10;H6i/uWFQ3Yfj8A/kfj3pgwz69WJBOOoWt7aCb/i/1Jv9Dz/vXuE7KT9L/wBB+P8AHk+/Cpwf9X7O&#10;qkinTiqkAHVp/BPI/wAbgD3Hlsqte9v9cWt/Tn3sDz61xFepERLEAD/A/W9/rckfj3FUsber6/0F&#10;/wA24v79jquCepLAD8f7z/hfn3NUC3qN/wDXJ+g/Fvfj1bqGzEn0j6c/g83+t/capZAPqAeAOOQS&#10;OePewRWvXjkU6zwK9ub25P4sRe/+29wS44sbAf0+pP4PtwKXNem6+XUq1r3u17c3sB+eOPeJnCk3&#10;tz+SL/63u/h6aHrYOOsi8ji/+t9Pp9be8bSowUEg8/Xi9/r+fflRqk9e65Bbf1/HP+8D3GWxJtc6&#10;jcm/+9n3cA4x1o9cyT9Ppbgcc+5JlTx244BH5sD9PbhWo68PTrCEYOWvwfx/gPccP6eOL8kgf7zx&#10;70QaH5deHHHWX6Hn8fUf6x+nuFUsSCCbEC9wfrY3+nvyDIbr1fXrPGALW5v/AF944iJLD8/7E/7C&#10;/tzTXI6r15vT9f8AiPbpR0bysLIf1Ek2591NRx62M9Q6mpSJSzMBYcA/1/2PtYUe3TLpcpb+hIub&#10;/X2yZAr0PVwtc9JGv3PDTq4Dgn62UgcA2A4/r9OPatptuqiAgLdVF7j/AIn/AA9+Zhx8vXp5UxXo&#10;OqzfQeYxamXW5VQCDfT9bjm3uYsK0i2Y2/px/j+Cf8PaiNlpT1/1f6v8vVJE09NFRUyZSQNGNY+g&#10;YmxFhblf68+4dVlRCpKsBfi1+f8AG3tiSNaUB456qHPT1jNvmokBniJ0lRcg2t+B+B/vv8PabbKu&#10;7k6iefwbD/WI96WMKlOtcTnpdrho0VboqgAXuuo8D8H3GecMwZmH4JI/x59urn5f6s/6v8HXuGOp&#10;EdMUXQqkj+yDf8cD/Ye2jIVMbWDG4I4H+AHHPu4TyHEdVr084+nkQEqNJJ+v+JPPH09tdKq+RjcA&#10;t9AT/wAQfdl1AV6oBU9ONQToHH5/A/4p7dkcadDKGBJF/wDD6ce2ZWJBI/1f6vXpwGnUAxHWHDsp&#10;Fjbnn8839xK6eGMWH6gosOLDiw9tRIzVPW66Rjz6l06SHk2tqJvzdufbQriVWTVyR9D9P68W9vhN&#10;IqOqas9TiNJB/Fx/j76QMhI0Anj1G3Nx7tnz6tTz68SG51f6wI/4p7cYZJtXrFgP6AXt/j7qxAyO&#10;rVHUSRE0m1rn6XJsT/h7lmoW4uTxe178/wCsPelFTWuD/q/1U68xH4eo/gspstjf/Af7yPeCeUSF&#10;WBsPoL2sPwSfetAPDqrGo6zQIYgykXPP+uR/QW/w9zEmHj0kqbjgD/bXPurJwoOvDqK0Z8moagAe&#10;bk8/m1veIR6SdX1tqW4AFvpb3rUg6sw09ZtRawW9vo31J/xPvGIJZDcC4Bv6OLf0ux9uKRx4dUp1&#10;5p441sxsSLeq5vY8+n27QTRQhUfm39W5+n+HHtyitk9eVguOmapgnlZmjuL8CyWH15JJ59qOjrUF&#10;tKi1hYf2b24/5H7blQNGVH7eths16SVfjpiyszn9XPJBtfn6f717h100zS6pDZbEr9D/AI/Ue0cf&#10;Z2kdWIr09Y+mgEASGzNwrA8fT/BgPaWylVrIC3bVa9h9P8b+1aAZ09UOOlRjqbxJdrC30N73/wBh&#10;7bI5tDgXIP0/wF/zb8+3FqzZ4/6sdUp04SR60PAIvf8AA/3r2/igWqRZA63CghTx/j/sfbb1Xh04&#10;ACOmM5A0srRPG3qYgNx/X8g/T6+80NHNCCBpFgeSLW/P59tMwI0kU6uq064yVsEzBrs1yDZSLnn8&#10;gH23ZGWNItLWab8Egfnj3tI86uqk46n0KuzlgCsR/F+L/Xj2wxKDIJGKsL/RT/sTYe3lfj5dNih6&#10;dXJ06R+B9bf7a/vlWF3ZWBKoADYAf7yfdkIrX8urNUjHXGFQq2PLfW9z+Tzx7xpPJf8AbB/oeOD+&#10;L6j7qSvn1QK3XMxqB6iOeQOOP9h7z/dyx+lyoJ+pBv8AU/T3RmVxn/V/s9OfD1jFOjG4F+LAc295&#10;Fkilb1lrXFrcj6c/X3oggV62rUzTrpldR6bXt9b/AE/A+nuVDViN9ClfH/gPp/r39ux9wz1pmFcd&#10;RZ6USLqIbX+OSOfpbj3PmySrGqLYgfVhxq5/Ptt4k4+fVWbHUOChfyO7k820obnSR/S3vBTVcYYv&#10;IRpIJAJvz+PdlSox5daBz1nqad2UCO9yQCRxxfnV7aKmrlcssb+MC/I/pexAv7fUUAoOtNk9Toqd&#10;FA1rrJtyf9b6+49K0hmAu0jE/Uc2v+Db25pFOPTYQ0r1km0hCWsqjk/gf7z7WdDjYpVL1FvIBdQf&#10;x/UX9o5Wz2npQq0GektXZOWFlSnU+MmzuCOLiy8H6n26fbqbRABAgPIsCw/1/bAYk1/Lq4Hr02NU&#10;MuqUuZGks1iDZTbm3+HvNK0ePhdgAWCnknVfi3APt7UTx4Hrw49RIUkylRGGJC6g2lQFAAN/UR/r&#10;e0PVZ8RGT16Wvxz9B7fRVPTDsa9LaPER2QMoKgcg/wBTxxf21x5eWqD6CWF+CbixI+ov73IgC9aV&#10;iePU8UcURUqqj+th9bfS/tuejqppTI5JRjxY/T+vA/4j20JKNTq7LXPUpXjVQAQOPp/j+fr7UGJp&#10;JEkCX8jEg3Y2tzzwR7cMwAqerKo8+mzISr4WJuoAP0HP9B7WZkhRRG7qHUWuCP1W/HtOQJMgcerE&#10;gY6SCx1JcyIrtGWuAfwhP1/w9sVdEryB7Bvp+r8/7f8A1/foU0Gp682RjpR0kxMWj6H6+kfT33TR&#10;2BfgBQLAci/t5hWhOOqKD1jqJRcINRLk3NrG3+Pt+o1EisSRew5+luPx7q6qBWnWwTWh6TlbI0bq&#10;oDabnj8G54vz/wAR7j5OOEIshBlJJUn9ZFh/h7TpqDfLpwsSuPL/AFf4ep2KmldmjH7QUXUelbkn&#10;/H/ePaXKIsplChFBuL/717UK1eH59N8DXpTjUYvGzFmtY8/4/W49zC9PLKpfSbKLDVY3/FyfdFqD&#10;6V68SK9Rik8cTKhb9XLWuAB/Qe3jGrCkhYlQb/k2H1/Jv7pKGINet0HAdM2SklaNQoe2n6AAn8/Q&#10;e+GSkjinBRtevn6+kc2Bv7ZjDcD5dXNFHWfGLJLTHUmgrxwLs3HPH+8e48QZ2CGzBjqBA5W5/BP+&#10;8e1SpXPn/q/b02TXrJO6xIzi40qQQTwbD82/1/b/AEmNQwOj6mdlfRZefpf6/wC8+6y1cUXiOrIt&#10;T9vSWrM00VVFKmlYA6CVmcjT+OF/1+PaCymCkWSTUAVvezf0J+oufdEcmg6q8dDTpfUOUgqIkKEc&#10;ixtc2I/HHtrIhxtOHVS0lxqZuQoPAuPaxKk0PVTRRjqbdpnsSAgFxb6/4kH2/YmrpplV3jVmawJ+&#10;v+N+fenjBBPWope7ppyENQotFKUUc2sObfgfT295DHwGnaanKqNHq0nSdR+gI/P+w9p4hIpNRjp6&#10;TRXHTTQ5OU1CwVKt5NdluNYKj6kN+PaLWmqw4K8Jzzf1WH1v/wAR7VBw2B5dJWWvDpVmWID1fq/p&#10;+ATyOfeCpp6iKbgeorfU30sR9bfnj3sMSKDPVitKdcopY3S4ItqPA/qPcGjqalZ5I2duL6VW9jzw&#10;SfeycY8utVzjrJJHGy3IXj8n/Af4+3vVWA3UFixvzci3F7e2mpwPl1emK9RgIDwSFsDwLX/2PtR4&#10;2eKmTSyLrIvIxQDk/Xn/AHr21p8TuOOrpIQMdMeSp5pmBV2Kg2RVJI/2Nx/t/eDKZunCvGH0lb/U&#10;gC5HHA93WFS1evNKOuWNxc0VncA3/wBj+fyfYez5h3mJjb63sV/N/wA29qRQAgdMeICaDy6UixKB&#10;Yi/0+v8Are5UVfNIVRC0hJs17g8j68fT3YCq9brqx14xxi5PH+9cc+1JSYJZxHVvqR2flA17j8/6&#10;/tlWPi6KY6sEjUVPTTVZVIC8QFyEvqtwv9Ofb5W08tNGHhU2sLaRq9I4J490fw1bu6tRnTHTZQ1c&#10;dVI0cjXIY31ELcnleG/r+PbnhqXzsZWYhgQdNiC3H9P6f4e23YFccKdeiDDB6ac/WmkRIwgYMdJa&#10;4spJ4tzc/wCFveXIzwU8hKxjyAcqBYM1uDb3SJQUo3DqzNpPXHFwVNTEuqVilxpdjyoPHBP+PPtN&#10;1Fa9RG8niUHRwqqLgXsTf/iPd9KjC8OvF2YZ6UtPSCnZE8rEar3ZvqbfSx9hlU5aSGtKOgT9z0lT&#10;yefqy/19qVAIHSZ2OqnT+FFrfUW/PPFre15jjUTRxCS7QmzhmP8AX6ge/dvmP9X+fp5dVK9NVWYo&#10;y5UhZbWsPrx9L/7D2pIYoBGCYo15t9fV9fq3tPKUBoM9Pq+KHpikkqTIbSyHi4BFl+n0U2/AF/fD&#10;JwJFFFNTi5PLIvJFuCRf21Gc0/1f6vLrR0tGesuNqJJZJoqkgaSArHgEEXAuPz7Tz1tQ0qSKhCqQ&#10;tvof6fQf737Vp2/n0nqT09ClhEbRkg6rm/J5Jv8An/evcuSjyk9K8yRSaHuUupYE/wBP9b3STiKj&#10;z6dQEg9RErsZFUCnapgWZFF01qGC/wBT/sfaeDVJkSlkjEciNZm0gAkH639vqo09MFqGh6dj4tJl&#10;ViysoYWN+CPwPa4xMPn8fliR9Nk8i6VuB9Rx/vHtidARTh06lAtT0lcrUtTCRopXQkFzGdTEm3BA&#10;/wCKD3mzMUVOwaJFjY3awUD6fXkfXn3SGLRXUa1/1f4OtyMWXt6w4SqmrI/3WZ1B03LFv1f1De5e&#10;35YagMk41OVujXOpW/H191lUAhhgDy6vDJSop037nSrpkjkpWCrrUSAi6mM8OWA/w94M5FUrIUBK&#10;K6cC5JOrgge10XhmMac+f+DpPMrBuue3qinki8rep45NLEAKoI9Qb+n0/wB49tNFjWVGlmRro1hr&#10;A1FQLkkf8R7q5qdI62gKirdPlXkkLrHC6nWCCVN1VjwF4+v+w9urV0UsDQaSgUGwFwTbgXA9pGAT&#10;NenUcuem6PH1EVQs4fWzMCWaxVQfrYn/AIj2H2RpKtJ+FeSlkcWNueODpP8Avft9HDLTz6aYEGvl&#10;0saeaJl+qiRR6luL/wBRwfYg7N27QVh1T0ivIo16SOFF/wC0b/n2nuPFGAadPxH5CvQc793VU4Gl&#10;EkNQKdHYRBxpLs7fQKGBH+xt7fsp/C7yY96NUkDAgsnCgCw0q3+9+24oQTqrkeX+r/B155WU0YY6&#10;aMG+ekjp8qMgJqSWHlFZS0us69TSKf6cj2x12EVIYjSx3kdbEaLKA308aj6f8b9qQ4OG4D/V/k6o&#10;61Xt6UeNz5knqFq5ESOJ/SfIGY6RdjI5tf8A2H0+ntlpcVLSyulSsaM/J1nkKP6D/W9uMhA1rnh1&#10;UaVA19PcuWhqoRJSO8yAkK0Sghmv9L/4H3CzVbAiolOTdSBIYgSWYGwNxz/rj27GW00bqkjqwovU&#10;rF0093kqOQ3MSvYaFIuy2/1/z7g0NXOzi4edOF9QPF/6K3H+HtuVk00PVkBoKdT56ePSbaYmvfji&#10;/wDTUR7ErGYVKylWWEASNy8RUX/wNh9ePZQzsz6Tn/V/n6WrkaSKdB1m9zjEVLJVkrTgftzqxC3+&#10;pUs3PuZV7bqY4ZLhQr20luDa3IVPrY/19q445a6gK/Z/qx0magxXpP4/sXB1tSkMM5lmhuZVjNwp&#10;1f25P03H1t7S9Jsx6moJEhiexBRydFzx+kcH/D3aYT+Sn/D1QeGp7zTpY1+/8Zj6bzzMJIbHTJGR&#10;fjm1jz7cKfYstNVqXkZkuDpuPr9Tp/2PuriRUoy06t+nq7TXpm/0pYato3lpXQvawJ1CwPA1qwHP&#10;+A9zZtvVSMpFOzhQCuk31C/1N+PbceTTz6s5APHA69BvXEyo18hTxhiQ+plUj8mw/wBfj3JO2cZX&#10;IiVxMTqdQRCAykfk25/2x9ro4Ln4l8+mWuLcfGa9J+s39k8a8jYykWvht/nnYhXbmyx3sOf98Pbu&#10;2y8IkcM9OrCQWRpQOHtz+Pz/AK/vUsTqSJDwz69JWvUfEYr0h6DuTdE9dWUdbQwRx6GkgiMgWVT+&#10;llIJuQAb8D6f7wucDi5qUxrDGXgvfgamY/1a3+9+2DNBFgnJxUeVR04njOur/VToA+3t3Y/M0Nb9&#10;9WU9DkUjkMa1U6xReOMj1RNIRyLk2/P49idTwiKJS49VgSLcC/4/r7LXJmkOk4/nj/V/gp0rRdNC&#10;ePVae5NwRrVVMUDpMvkceRGBV9TWLXW3B+o95GkA5Y2Fjx/gPx/xX28Iwo7ePr1ehbh0h4qXI5io&#10;tHBLMLgKEBa3NgB/T/W+ntJZTd1BjVlZpFYRXXVfjUP6X/p9PbksbADyr59bJHAcejg9XfE3cG6j&#10;jqrJrJRLOsc/2RU+T7dwGBlf8Fgb2HNvYO5XsdKuZlhbVESwksedB/IH4PvUNvDI1ZM/6v8AV+2n&#10;TDykLjqy3Y/x+x+0MXTwQKkFVCqNG6CwEq/VSwJOknk8/X3OxtfQSRisRiABc/Tkn6gnn/be1bbe&#10;jdoOfl/q/wAnSM3bDiv7Outx0u5IpjjDCsyzei7XYen+2EH+w+vuVVdg4+nBp1kXVGpvYWAYH9JP&#10;+PtWttb2cepck9MPNJMwrw+3oMovjfl9wZMZjMznSzgRxM+phHy2tdXANzaw9oo77XKVMkCBWLEx&#10;shP1U8X1fn20s0bnQoH+T/V9nV1DI+kcOh3xnTuM2zRRNTzSqaUrOsisQVkQXvp/1/a3wMlLjlMy&#10;RqJJLl9N7i/NuPb8FklxJ4j+X+r/AFf6qVa+kQaEH+HoHu2KXObmpxh4qp0pleMapNPqUH66Txf8&#10;nj2y7x3fVUGPqKnGUXnq9AZkpIw1XLGrXdY7clgLkAc/659qfp7aF9VOHCv5dMCW4lJ0knpy6s6j&#10;gV0p9x5XLZHG07NJFj8hWNJjkmt6GSjY6AL/AEsLXt/h7a9n5muzFJDV5KjrIFkfVTrUwyrMnHrB&#10;EoBAv/Ue6iaOVtNRjz6UUnVAxBJPS17D25jsNHMu3p6OnqJKciup0aKJJVBtC8kUdvWo/I55/wBj&#10;7dshLVplAaemrHGlWUJE5RhexIKj6ge3RaRDuU4+3/VjplnlLEKM9Ne3Hxk20tGWyWGjYao6l5Kq&#10;CNontwriU35P9bD2rKahnr4wJqR+RceVNJDW4PqHt14oHQEn9nVV+r+fz6L9uXsDCbGq5JKLcVGq&#10;JJaRKOqjnDozeoaYmII+pA9zoEyUX+TeCRUjNlKi6BQfxf6e9E2sBBWmeP206oYrtzQ/D0lcxXbA&#10;3DE24HzWPqKitS8izThJmdrNZo1tf/bH/H3yye3cvlooxTSrBcgs0n6lH5Kj8+0k18iVoPtpn/Vn&#10;pVHZ9ulm6adkd49V9cVFZDnjJUSRq60y0UDy08l/7LyoOP8AEn/jXuBPs6oggijmmgkKHUJJF/tL&#10;Y3Avx71BLHLkqfn/AKv59WMMkWEag6WOK+VW085lKlsNSZY+UCEQUf6tLn0g8AuPpyBcWtb3mpNv&#10;zZEiKomidIT+24b6W/HHPtW9xFAgWNT9g6qkBLElq16b95934nYkD5eixOUiqsnY1MElM13ZwWV2&#10;eTSC3P5J9vVDtemjLJWTxzxAkqouDz9Sfp7auLh2SkKEE/Z/q/wf57xwrGxctX/B+zoDt4fKfL1U&#10;FNV7QwVdjMnoAqJqyLXGW/srCFY3H+pBA+pv+PcWtXDpJ/DzVrFGLARwkI4F+L29uLC4iEmkBvt/&#10;1f6v51lCyN+qaj+XSu2NnO4MjQDey7UnydVUxCQzZV3kp5FP6mpVPKf61rX+vvHPBgoKZ2kr2SFO&#10;C1xqv/Tn/e/b0InK9yg/6v2/l1ULbquK9SKLc/eeV3JSQY/YlIa2pvN45JZRSRxF7GSRlAAtxYD2&#10;w43ObSeYpS1hZkezDy3/AMbfX3Qho2wVB/1f6uPXvCil8iR0L+7Nj/IOrxTff47Cus1P+mCBrqxF&#10;iL3uCv0BtY/0/PtbXwssBkndZYWjv42YFNI+v191f6u5okZxXj/qp04Ugj76ceihiPuvb+ZNDhca&#10;9Flkq0UV0MEi1DySfQErcEXHJtYew5q92bExOQSlpqSljlMi2KWuWv8AqVRf8n6+7mwWAVmkq3nT&#10;/V/q/n1UShmoq9HI2/1b8nt37Zeq3Zv14ZKmkfxY7wQxMisljHPNEFY3H1A9rWbc2BhpUrZjCoCB&#10;1vwVFr+6Rkmqa6KK/wCb/Vw6vLpFNSZ6LFT/ABz7xnz9fgqHJ1Ypaido6mczlqafU5BJj5AsBwbc&#10;f19tK9l7cmgMkTxSIraXuAQf9f3RLaJ3NJCDT/V/sdeR2IqqgdLFPhH2lS1kKSbjkiURmWKWnrJw&#10;Y5iLFRptb+vH+tf3Mm33h4oI3TwIJV1IQtlIsbcj6f7b3tbJY2Mmskfb9n+rj062ugIHUCl+IHYO&#10;VyVRFl83kquKknCyGSokklYoLh1WUm4P9F4/x98KTd071EKpB5YJvpJTqZRH/tUlh6R/yL2g3C5t&#10;0ACjh6+f+r/DmnRbP+8Y518LK/Z0t6z4e7YfDZEz5arpstTxkA10y0ZlYJfxwKD6ySOQfx7Sm4d+&#10;VVDWVKxzQhI1LAM7CS45Opfx7MIrmJIlVUGR6D/V/PowEZFWZsny6FXrf4lbGqNt405bH1E1WwtO&#10;/penZSuk2Y2JLHm/+PsKJ+4Zsi81M9a0BvZJISWYMDZXj/BBvax9++pER7VA/LpsIJD3Z+3oxO3f&#10;jd1ttaSnnxe36BpIVZHjnhRopo3sxWQWPqDAEOOfakx3Y2Vx1PT0kzzVf3Onw1IjF218KnjXm59p&#10;JrxKGVs0/wBVelK25KgL59NG6PjL1nuvLjMzYHH0lTAT5Yo0Cq7D1anf+lv8Pp7WFXuDdCY6dq7F&#10;V0cCQrPFUtEyh0exVkUf0N7j2ms91heSinJr/q/4vrz2Tp8v9Xn0gMV0d0xSbqp6zbmQwH8TSdsf&#10;WY6lrKaoKSR8y00qXNj9DyL39gJm8zvHPzGhp3qqVZW0weNm/dsbcFLj/Egcj2vmvURSWNK/6v55&#10;6qtvI2PXo1GF2ltTbcJlosfj4GhUtLVNFDrQW1ElyOPr7EbZr1vmXATS1IqsXStNkJpnkC3fhUjJ&#10;/Ux/pfj2WPevbjxBnXw/4v8A1f5OlKqvwHgOkTv6hw0lB/HHpqSrSvqKKloQlNHKZHP0mkZh6VFi&#10;S34H149qf+6+3aep/iOVqqvK108ZEFLMSIIfKPqypYva/Fz71Df3c7ky9qD9p+XVTHGrdoqT0H9b&#10;u7flbTphtnYvFbexNDPEtXlxokmligYM8NLE/wC3EWAILFW4PFr+2SjwNbjXeOGb79w809LTlvGx&#10;hI1CAK35H9B/vftG960kxXIHT3hBUpSp6Eqr3DisjQrVVa/w2E+GCuq2VXjgmJA87SRk2S/Idvaf&#10;PYeS2pN/D4MbS4yqqtdRUqWEtQWvx5Xv+R9PaspHUTvk+Vf9X7ek7BjReHUPcPUWzey6eml3LVVe&#10;48dDF46CDzmHHxr9DJFBDZWa44Zr2/FvaEyvY+TzWVpZJKOsgZ9TReRSgLx/0I+n0uP8Paua4EkQ&#10;Abh/l/1DryDQeHHpZbR6/wBt7Kw64TCUMNPQqpTxiNQCp+oYfn/E+11trO5uupKt6Kko8fPTw+WS&#10;WXSlWyNcEs4/SP6G5v8A7x7KGkjFwoNWJOK9P5aPuwOoe49v4BzTLmTXVdHVTJTpQFnmojIPUgam&#10;AIb6G45+n09vmJ3XVYnFySZVqaeeqeZJ1p71EfiXjU54JbTzYD2ZxgtcCZhQjH+r06Tuo8PSp6RO&#10;7Os8buyuoIaMVVDFhmpq+gkjmkoniq43LwiEhb6LqAwYc/SxHsB8Q2G3huypx8Cwpg0nnqMhFA5q&#10;aiskS4R3N9SX4CjTb/H2o3SWRIqx8Tw+XTVvR2INKDoYp5avH4lpC8VTWQwIqtIFhiMpsg1aT+kf&#10;U2+vsx+zcvhE29UUEmMjxMSGox1JUkKtdIIyUPhVhcfX0t/t/YfWEQ3ivI2rzOcdLNckiaPh9B0A&#10;PZ+1d6V+5cHl9v56rrUoaikr63bsqaMEyRN6ZKuSI3ZfTcxkm45Xn2GENFBjKrLYmSXJ5jN6ZJ8T&#10;k6pBHS0kjEmlMoICswJBYX/rb2YyNBI4dz2eg/4rpoI4GgcfXoZRU5TIUeIr4TQ4vHEF8zQSRtVT&#10;zQlNMsFLUwFQoBvY6LsPwt/aeZOzdm4o7y3VXRPXwV3mpYKPwSJlIY2ER11KcKyj6Bh6l4+o9seL&#10;FfSmFPgXiTj/AFf6s9eOuBO41b0Hp1HpqrZu4UyG0aFaGrgpqIwZLHRRmAUNPWITCjU8ioVEg1FS&#10;g4I/r7F9t3wYvFYnObjoqmprtwRPUUuOKCeemhqI9ccNQqDUuq91U/g/T3q3SZpRMraY4jj506cL&#10;AoI1GTx+XQZT7QTOvmtp7Nqv7t0WCkoaKvy1PTSQGTJR6Z3egX/NySRqPHNIBw4Kk3HvvZW2cdgs&#10;Od2YNJqCLc2QKRUVdBFD4xOWX7aNyodV8npGoe09zP8AvK8ooJWIgmnD/V+fTyxLDFTgWz1j3Vu6&#10;Gu3FVda5pqarr8Rtc7krK3HSymqEcEkcZrZcbYhTpbyKoZub2Frewnwm8qvam7M5T5yOeggx+Qkq&#10;1qvvBUB6eZW1Y6SPSSoa4I5vYC3s2uPDnoigZ6SB/DqrcOhQzmAx+8trCkiamq6XIY2L7SdolMet&#10;wklLkYvpZoyNacEX/HtM9r793Vi4tkZOJZ85hN01lTXY+mVZY6iGOB1CwM1jcODqXixA9qQYPojE&#10;lAFqD8v+K6TOzxyqyiobrBtDF7Vx+S3FS4fE0lDmca+OxudrKaGKJq95ccmQpp2eI+o6ZSDrAYEE&#10;fSxIyYuhq8nsebeGcw0u38rDjmrKWnoZl+/q4GYiNaqBb2+lwF5IIuR7D1lFLcXhiQExipqeAPoC&#10;eJ8+jRnVIhX4z9mPt6S+W3tSYvfG39mY2uiyozmTlocnS1kb1EWFNNQNWt4qqMAa5PSoSVyA3pHq&#10;9PtO19buXde2qagwu2qTAwQZOCCm3FUeXJVCSTr5ZXilW8qEfVgfT+L3Hs0ju7ey1wyksTmh+XSe&#10;SGa4oymnTrSbfoMJvfJ7hr96ZnIZKv2+YjtWSspqXCLQ0lTcV8eEhCRvUDUsInkOq3ANifcOTG5H&#10;FbflwGZy6bhmkysbNkaWjqInhhp08jRPFMAQGlFg9h+efbkE8R1TUoCOHTfhOgCMdVD0o8e4yeSp&#10;MwlJV4wLjJB9nWGhHmerkUxOzUMsyFkjU6gJCPUv5HsS6ZdvVu3qfcO/dwtX1dGZFFBBCkMrwUE4&#10;lip9LFiAbBSLfTnUPwUr9VeTPbw0ij9ft/Z0oJEIDhdR/l0C2cqd+bU3SNkdPdZYmmxeWK5bLbvy&#10;Ne9HhMdXZVpvvq58fTI0lTONPkP7q6mNiDe/uBu3JbO7Tz2O2hHQUkFXLhaPO4yqmWQPRRUUi1JW&#10;jpKf0mRYZNS/hlOnkHgzcHa9nCw1YE5p5nhX/P6dJUUTTFpeJ/1f6v8ALx6T3Vezd89MYPcG4N77&#10;3r91JWbvy01bRaqOanq3ycseJxdXNmMiPuIkE6xRmPVpjJJ/TquiK7PDa2dp9upuik3XHV00FFiN&#10;szUceLoqipSRvuKzLwOhjvoA8Mcaeux+pHt2xi+lgF0wpXLedfl16RlZ/B8+Ax0MseJO8sauVyu2&#10;6jZGbaGWOozCV+PrNwUNM6LI8eCz2Md5ERjwzsY9NiBGdWpQUptm72xecrH3FtZ12vt+LO1FTjqa&#10;ObHx1ctWpfEvQvTFXLSPLFpaMWAQlh6SPbk1zbygeEQS3n/q/wAvTfgTK1WFVFcevS3hzuIy0FMc&#10;RnKCdq2Z46WWiqKas1vRyk10WhSwugjeOUGxVvTdXt7WvVeSrYcxHtarhyePx+LkjWCbJUUjmoyk&#10;0vNJlMhPwsRH6/B+oW5t7LL+J/jTJP8AIeo8vn0ogqO1sAcP9X+brFuUBMRXVsMD1RjoZ2lFNM61&#10;bUaQtK8mPjF0kqF+sAew1H9X4Ii7nr8fQbY3hjs1tHEbAzuVSvmweWo6sZKGfLQ0njoq2llpy4SN&#10;jpEgITgglTb2os0T60XMlXUKePkf9X+x1qUF00IaH/VnH5dA/t7Eboq8rs/O7c7X3LvDC4edqHcG&#10;C3FQYXF/eYnIpIk0+TSDH0lT95TuIZafyRh7QvGSPK5KJ6lqd11+yt31VbK2W3jlqn+AGrgraKln&#10;y9FDQfbxeR5nRnmRWZgRH9EUm59o5ryN91Ek3wICa0PE8P2/4eqokhg0N8Vf8HQh7lxuFjn21HXU&#10;lFTYXB1jZuLTj5nixtZjpUnpKuJqeJoadVYsrOzLw5A/Psa9nbuh2fW/wTd+5UStWJ6imx0sdS4S&#10;KGjSFaSKtAWMSGRWZ1uQeQotb2mudu/eUy3CLoQEGvmc/L/Y6UC4CRmNRk9Bb2xtSs3jtmsk2Bti&#10;hr63cCx0L5WWXG0kCwVlTpqMpXUdQrNVRpE10Wwk5H0AuGqffGy6zD5nbtTSQ5Gp3NlclUFKKGAw&#10;0tLWIKefMgSnyQyR31u/B1LqFr+z2EeDO08pJQAAD8vn0jm1TERrinH1Py/2f9Qaq3qDfjb3693L&#10;hd0vg8PsXaOJxVZTmsrjm9zTY6v+6G28uaQilmx7ICgLK7qZn0+pVb2GeUmxeJ66otpT1dFHtmOq&#10;FHPvajysUmZWSSYzR1VNov5opmA8kZ0rpYKOQbNROYLqSY5LjA9B09pUxqte0fPoZocM9TutN3RZ&#10;HcVPXtt40x2rVu8G3mSRkdZKtBE8a1kbgxrKkhYKz+lo2t7U+QzO222hjdr1U8lNRU5ohRx45Hx+&#10;6MtRQUwZI6iaOMlSzBpZJGt9eCPr7QW4vYXluIRqMgPHIH2dXZo2ZQ/lw6wwbXrIN4VG6IKzKTVd&#10;fimoJaWtyMuQ2xiqmOpMhrKLGSSxskzx2gPgCgqvr559iVW9eOlfTV+22x2P2Xi8XUZTJ1sVbX5v&#10;dFdl4o1eLGY5ayRoBG6XbyyE+qwC/SyC2lknj8Fq+Oxoa0ovzpg0/LqzvpOs0p5D/V/q/wAPQB/6&#10;fJ9vVmP2lvCDK5ffO79zQ4Hb+MmwM23drU+Brsu1HDnsplPDIYzTx6vu4PPJKSqBIkSQy+ys9ibj&#10;rZty5mk/uPuWixOQXH4kYxPJC24qgQ/cF8hXxq51SxglTE1iVNz7FDwRRRA6gzqMsfsz0gVpHYh1&#10;JB8vL7OjLbOpJqbAUMdbnKLcVWsldP8AxGkgpoKGAy1Ml6HGwwElIKUN9sgd2ey2c34AzUfQVdXZ&#10;nG1km5t0/wAOq6GKPJbfq8t9xFtvH1mPBo0WAKEd4SDA0BY2UiQW0keyBt6laHwolowIAoOOaVp6&#10;eY9elv00MdXrwriuP8HQQ7h+QW09r4PPZRkoJGoZM/S4OaWqixWL3fuHBzSLX0OOrGEulJClhVkP&#10;F5NUetnVQ6V3XNl9z9qZjqSmxw3Ht/Gbcqslhcc1LS4nH0WTpMYmQxtW0oQCZvIGjQq63Zip9Jb2&#10;IbyddtsY45GoX06j82+3/P0gtSbiRpiKjJ/IHHH/AFDrvYGVwtH13jO4c/hk2juDchxs27a6aSu3&#10;VkYKar3GuMFDNkCWljpRqjaRQoipUBZ0HhLKKHXHXTZ6lzFbBtk0cslL/CJcZuCOmWXG1MiKsuSo&#10;ZItSUsiAawiqSbgGwPsB7vujbfdxoavnVQZr5Co+0+f+fo8jhV49VdNf9X8+nbs3sbbO2aXA1GY3&#10;ucBSDIQbjpsrhqqmaLKUONmMv8EqqVxMKqlq4y0UxiINgXRkdVIMpsjakGx8HUbfhyVVlIRVPUxV&#10;tc6vVySOqrL52jVUILKWUqv0IFhb20UvJtwS9KUVgMVyARkUzkVof9mnTRdCmknK1/1V6qX+Q3eO&#10;3+9IsXmXx5wG4cRS1uJrIIIvucdVU1HlJZsZV0WWlEczpJG9zFJENLXsLG5UDksLElgbixva3+t7&#10;EUSKDgAH5dMUJ7q06JtPVSUg8nnmvqDqXaQFbepGVr34IBB4+nFveJXVVVECqqqQiIulQAOAoAsP&#10;9h7UC1Rakjic8P8AUenGYnLZPrXqPlc9k8rUPXV9VV1VbMwNRXVtU9VO5cgXZ5WZib86ix/x99lt&#10;a/U835tcDn6EH26qLE3DpqtDny6YXZxKTIS9iCQ7EaiRqDKR/T/A/wCHvibcLcksPxYA/wCJPuw1&#10;V10pQ9bFfLrmiyEl1AChrgluYyOCgUHn/G/vFIADyf8AGx/Atb6+3YyWwB+z7f8AL/xXVJJBGlTg&#10;dSqeKR20Kv8AtJI9JZib8KOPr/vvx7A2fvfalZvSfYG2xVZ7PU9NXS11XTeKHEYl6WIufu66pZA4&#10;BGk+EOQePrx7X3VvDtaq98w1EjsGSR6E+RPDFadJIpmu6hMCnGn86f4PP1HVgvXnwH3tktvUG8ux&#10;MvS7Pxb1OJq22zHQ1mV3LV4ipqY/LHPDSeijnlVwscbeRkJPmWLSfYabuG9t87X2piKaix+42r8n&#10;FNXbiqKtKObbtclTLTPMlFDGyeGKMmN5dTH+qj6+6DdLdopzGApr8IA/Lh/L0r69O/R0kDE0AHme&#10;j9bP6/6r6N7A3puvFwz7GpKfb8mMpNr41JKrHbmxcFHTZb7xGrBNU1GS88cqU1HDIjkFgqyhn0qD&#10;ZGQh692LUxVM2Rapjq54chS+aD+D4hjO1MalJYwryiZVWXyTMf1emwvcKwWly+5G+ddIUYPr9v2e&#10;nS2q6RCOHn69P/Z+x4u2t2bextWm04sHT00OWoqqroDWbqywo2jrzT0M9Uq/ZxRyG0ojDMeQ9r6V&#10;Tu4jgBnsPjN3ZZJtsb8xWKpsbjayo++AyUVeV+6oKCE6FMgeLVN+leDcEezz94Xklmbi3GkglW4Z&#10;9f2f6vXpJIY43ZWFSOlDizURYnddVtfD0E+9NkZfJUrqKZsRFmUkxn8RpsXX5epgklkiXzpdUuQ0&#10;cdwFIJR9V2VtTa29dubNwGKnol2xuYbXraKvxrY6ioqeeZmky0tYS01SSrL4wdK29SixB93v9vEe&#10;3PRizuNVfmRin+TpPBdyyS1pRTinoOnDbOGzW6NpZjOZfJmuffm38PmKOpw+cmrIoVmwsckGOw1B&#10;UwJR0sF/V5IjI85kLSyehD7MDuOpwW6MrM9LJjMadtkSnOTKGNdWQI0cmHRA0cjAB1ddDklraeR7&#10;K4mMG3RwSEmSQZz8P7cmv+H5dLEZiTI/rw6L11ptzsLqahqMjkzvDeNF2FnKfHY3rjHRUywbOw+Z&#10;qldd3VckaTQwlbMtWrBY1QFn1MSAgu19w0kWz6PHU9JBVY+Gaihjhw9Q/wB4MpQgV9YTBpIWWmdV&#10;d3eRvqS4Bvc72K2it7aRpe52Pn6eXSeYkzhm4en+r/VjoRupdnVC9obx3plp8+c7kDkHhTO0dHND&#10;BtqfIvQ4L+E5GGUsKKsSBp46bwxaWjJHptqwdJUeNyWwaqPPz5Xckv8AFK+to6+vq5DA8U8olhxL&#10;vBIUZ0cn0qLC9uBx7C25XJXewpbw0pwx+0/5+l4VvABTPz+3pSdxy79xOYwldsXJYbHwVi01HmYn&#10;xNLWZmCA1LLNmqaSWwWKKH0Sa9XCgINQ9jlsPrfA7azm5N+PVTtm9wUOOx0VI0kbUmAx1BDqGKxq&#10;ooKpI5Mk9ySzWtZRz7c93nv7mHbbWCsa0qW/kQPWtTX/AC06Sx2sdsjSlsnNT/qx0QH5H9kbo3vt&#10;jE7GkyNbT4TAVlbViqijvkOwchTO9PHmMgERDDAgeZUgjurs5lk/TGkYddrUWL3Xt/csGLmxGd3d&#10;iYGnwdNLXwCTGZG3iZ49DgxXFw4YgH6H3IkehYktJlCAqaDzJHr556Kw05fWvwniT5/6v2dLX4tx&#10;di9fZnr77naOd2f19uL+LpuXJvtmdVzpbFzVW2J81VVMZlt52C008a3CtpDeJ2ADTb24dn1XV2V2&#10;PSTVO9NyUWPFNuQDGVs8NflpoyzYjbkkiKJkp5UC6Ywfpq+pt7DVrbCz3KW4un0h1IVRwFOFfn6/&#10;s8ujCQvJpKioXj8+jbZrbfZOS7kwu+s5Lj9u9e7Wlq1wUVFm1jn8S0j0mVzG+KaeIQ6ayGSVaMQ1&#10;BMKaFmCSFrCPtPcFdRYCLB7u23oinoMRjttde4+iWSpnp2phNVVmSjkYot5OHEpGixJFz7JVtlF1&#10;JPZsY1Oos/mScfbw9PkPLpYGLkEZYefkP9X/ABfSE7O2RHuTNYzfHXm58TjavGZXcGY3Z3Vm8rBP&#10;HtehoVGPg21gzGAvjCTTIscASMqh8krNIdTJvPd+dj3xhWkyeN2lhcBi1eppQ9LlGo6+ofxmmrI6&#10;Z/FGI4lstxYA3B9n4soBtCWlqlWkNSW4knzP+z0jQyCZ5nOquPt6n9JdV7XTrze+Snnyvadf2Dlq&#10;ubJ7kyeOy20ancuKhQfw/wDhM2SZJxSnU7ieOTTK7NzpAADHO940m5dx5U7aSmoMZiqeo/3N5uYx&#10;QZutSZUkVfGGHhNm8YAJI5sOB73LHHbwR2R/UbgT/q/1V61Bq7nkP2en2f6v59Cp1T1NVbP2suN3&#10;PW09bVySo1JisMjU2G2xRQgx0OPxc0xM8siIR56l2Gtv0oqj1Pydu70j25Dl6fAruPF5OpFPPW7T&#10;xk9Icb4j4y09U15FVgLrM6cj8g29pLSO08Vmc6Wj4D7fPpyXupQVB/1evUDJ9HdZ1Odxi1tfkpsq&#10;kVVUUOF3LuGr3Bi8mGOqWddu5qaSKRYXszR06ogJGtbFfftlZzsTceVqsbHtr+7ez50kqDR1iIlV&#10;kat2/dqa3MVya5LgFncG/wBByfaLdbqKGj2pLSuaAj/J/qp0ohChTJcUovSgzm3thYV4947krGyW&#10;4dt0K01Nk1kr6iXGwc+Onxe1sQ5gjJF1jSKmLtxdmtf2rN1di4Cj3rR7ZZsvueLFxxqcdt1VWPG1&#10;ccYVY9KaVkdm08F1A/J9qDtL2W3JNeNpkfLV45zTOf8AN0ngm8erRjHkfl0HmwtsZ3MbFzm7du7e&#10;w3Xm6N4VFdXLX7tx5yeRzGKeod8bXZ1aeZZKbyQNqVGZ3QHlRx7Tm4Nh4fdFdR5rdsmboMzXVUUH&#10;nGcoZaqGNp9VHiZMRCHiVihAkET8f4m59qn5hdLRraNOxFwTUfn1WLbkM+pDk8ehA29UTYGjXEbI&#10;p9vfwDF48yU+Jp8Fl8fSPUajNksjBuJpmieJ5TIQDSs0jEt5bc+xt3nVbp2Xtygx22MP/E2c02Mh&#10;pBFVVNjUjw+Z1pAz+gctyAPybeyLl23t1WbdZsGtaHHHIx5j0/z9KLlfHkEB4D/P/g6K9iarqLvL&#10;ftfPuzclHT5LaskmciqY8jQYxqdMNklWeI1NaBpiSQ/unQNS3INvV7QE23F6x25XZzc9Y1Pj6aCS&#10;troo6eKoFTJUMDHSM7K7IDKbBFF/6+1VitzzDeMUUoiZJYEYHmK+o6pdXMNoFjj7mPp/q/Z0Of8A&#10;ph2n2Pm8dtnr3L4PcGZnqqiNamnzBb+EUVDf+J5cU1E48oSM6UbWAWZQCb29uvXHYe3MxRfxWlyN&#10;FTw+tq2eseOKqieRbQwRCcqFVeOCOP6e0t/b3CTiJGJVDwzSla5/mPTPT6t4kWRUkdMvcHWtZmMT&#10;VY7+D1m4PuoUp8TRUS1H2CyR2lnqsoKe8utj9XX1G3pN7+w07Ept11m4HmhyVf8Aw6B46jGRBZa3&#10;FVhkYM9Rk6pR4o4gOdKMOOSfY4S4s5bBI7VQaqK041pT8uitEMb6nNCehE6jp9s4vamOjgxuJw+b&#10;aA0mbpoqFcTlI62mujUf206irlKk2VpCWa+oE3A9p/tGOWXbO148Hk6AyZXJ0sOWmx9bDT0OuMfv&#10;NBob0Lq9ICk/4+yjbozDbTzSjvUmg86f8V0+T482heAp0rdr1tdUZ3P01ZQV1PT0EdEcXUV9JOk8&#10;tLVazIhqpSxkYMgJHBFwLH6+52Ry2T2DtbJT/wATp3y1RUUkcOLwtQuXr6fFMLNNU1LIZFL/AFIU&#10;aVH1JPtnalF3MZ7gUUV4+Z+Q8x1a7qqhQMDj1iq6PGbxzlFDW7eqarEYeOetStydPWUtFNlRKsVO&#10;lPRS6FlMYMjGSRCAbafoT7DPEdyVW8V3DtSrr8jSVbUczYSV55JVatiT0RNDbi31uxAH59mLSRWV&#10;0jD4Tg/n0m0CVcYYdOsGzNu4zKU+Yw+38JR14Zoquqgx9NBVzU0os5+5jUNdTZrG9wLce/bB6p7f&#10;qkh3BV7rxy4dqxErKCrz0oqJqcSXfzKwCKLH6aufZbum5gytHbxszAVqB/l6dghUMPEIP8z1Fzu/&#10;dsYHL0uDyn8RbIzwNU0sVJgsrklcIDdYpKKGQa7D9I5/r7MxNt2bZkORwmxYczX5fPQtUDKY+SKo&#10;o8fdLkeWqmVFBb+1Y/8AEe0e2wwzyx7vvDKSnBeND6n/AIqnn0/OXeMxINK1/b0C43ziN+URzG/6&#10;bE7X2XhMtWUFVht3o1Hkc5URTeCmqWxdREzGJhZ4YAdTkgMvHsulM+69hV7ZDtDPSU2RrZ3aCokm&#10;bKyLGrelYp4z49f0/RcL9Bz7ONwgk3WrwisY/IHpiC4SAaKgn0HQ7bdyG2cxgo/7ppj5cNGogho6&#10;WlbGU0C2v4WoWjjaIWN9JiFwf6H2LGWx+E7Nx+KyY3JkKGhitEcnSU4onaQWuHnmLBn/AKAgn8/T&#10;2V21w1pE1mBrcVIzwHT3h1fxOAbPSZppMhtF8nS0eCgnNXI1fSUVLlnmY8eK0NJ4A0UVxzpXSDwL&#10;k+xFwewtt0FCMVRZXN08S+Mvlat6MVeckI1+IOY11J/VkW/PB9lYbcjL9S66tXClaL/qr0oE0aRV&#10;by/1Z6C7cPae6KSKOpfB7cy9dDM0lVhaaorZ325RREmSsyE0YZfuLWCwv4/cwbwfFyVW3MVRVOdy&#10;8QEdNQ4kLL9rHqtrqqifxxqTfkXNvZmdqjtCLy+YDzOek5uRdgKnaPM+vTHl9kQ74iwu8MnXQbY2&#10;y6msy02fSOllyqyQ3hipqcSM2lSNQMjLccqrfX2HnYWTGyKamy2RwcFFufLKEipKYRZXcNQzGyoJ&#10;KYOIwD9QjWH9fZpZAbvCZrgkwoaCpwaf4ekFxIyy+BAeHH8/LoQOsMrgN3jIQbY3HXbi2vgZv4Ys&#10;sOPqMTgKeqh5kx9Kk4R6lk+ruwZBwR9RcsFNv/NYDc/8Tramqw0lRVRyz0zUj1uTnUNqSNlX834C&#10;lgB/T3u/gS7hMS4UDHp09BKYiFOfXHQ5T0VJVUrUc9PDNStGY/A6jx6Cmiy2+nBsCOfZtE3dtfNR&#10;vns7gq6jqno4XjnrB9vVzKsY1SvTQWVAR/x1a/8AQeyS3juHZbYPqVTx6VsCkfZ5+Xp0C8ext4bc&#10;paXD7M3BRUmHjrKtv4TLRielpIJ3MiU61dVK8wCE+lYUUDm5/qDlXQ7i7V3Xj6DqrZGMxGNxs6y5&#10;Lc1dTw0zSFHDS1FVWEWJFvoNTE8Ae1+97pt232XhTsXlOAK5J8gBX+Z/M06ZtLWRX8WUjT/L8vXp&#10;8pa1Ordu5TOdk76qMs9XWfdSSTwf5LRagIYMTt7FUcbTsv04OtmY3Nh7FXtvI9crjsVtLN08ORra&#10;BYFyOSx8ccCyViJomfVHZ3LEHSLE+0HLlluFpYPebgdLyklVOSqnIBP5/wCz065Wa4LJhP8AD8+k&#10;x1/Sb3yu5s5vimyVVj9lZ6miXD7Yz/3s1SpiOqHIw0krf5GHBIMaH1Aglbj2Geck2PtTEwVFHFkj&#10;S1kKGixUX3C1tZKq+kSOoJVf9qZgB7NtvtzOjSyt58em5JHVvDTPz6Fyjmz0ztBVx0EUsTkS1VP5&#10;JYFVvUqxJIVYta178D8+2LDbT3VvZImylPBtrG1mgY+gE6VGQnhY6mcwgs5svJLgAD6/X2ku91hs&#10;2K2o1Eefl+3p2OBnGqXHU6rylJQRzvK7v9tGZJ302jjAHHlnIEak8AC9/wDD2r32Ht/reOr3FX7s&#10;roMPjYwTiMTEtLXZGoax01tXKCEjB+qRoSf6j3uKzvN4ULoC6slm8h8h/q9emJbpbXtjyT+z/V+z&#10;pDRbxy+eraXE4XbqxGZJZ6vM5eeGfEUUETBUemp6NjNUyPeyoxgUfXWbWPLH5CX5FIIMLlG2vj8A&#10;uv7aZWqTVwRtw00gNlLEf2jdv8B7vcX1ny1ANtiGoyGmrzJ+f+x1SKDXW7c5PH/iuoMkVF1Vjsnu&#10;Criym5azN5aKTI1VLT0iVUZlURQQ09LqULTxAfpU8AFjduS6ZwS7eFHS5fKY+rqaMfbYmho5kNdM&#10;8f6TKgOlBfkk/T/D24m2KsBmcaQ+WJ8+n0uS5Ij/AG9KTbu4KPcqzVWHx+Vp6aq0y1FbkaKeippG&#10;ZbEUoqNLSNYWJVdP5v7bsjX5+Sjq6ncjTfcVEIkWoqivhijKBYqajhU+lAONbm7Hm1vdbedGZY7c&#10;UjXGOH8uqsoAp59OuKxeEx1oMLDSU0cU8rzQ0axqZKiVy9RLVOLln1Ek35B/3iFsTH7rq4pK7EUN&#10;FDTQVGs5LLZOGCOWQEsniiZidKjkWHPtFfS2sl14RBYn0FR08ilF7j1h3LnMLi4RTZZ69jWRyIlL&#10;jcfkchVSofQ9o8dFIyj8Xaw/x9jBJv8AxWFaD+9GQoMlleP2MY4qFQp6V5JsLW/Uf9h7o223U8VE&#10;PhRV/wBWPTqpZKFYRQnz6CQ7DmroqiPZ1BUbfoqlJNU+ailo5ZGqPW8ghKmZhf6I1h/U8+wI7D3K&#10;uV3BDV1OVqoMH5llNFoZVdGX0LISSCo/oBf2IE8KOwEFoKMBSvqfn0lWkZ/WyehZ2ht5duYOhx7p&#10;A1bDAI6uqiUD7mYH1y3sCAx5t7ZZKSTcU0bbMrpIqBVhgqRYQRu4e8mji5v/AKrT/re0D3sVnDSb&#10;Mv8APp5UMhr5dKNXZELVBjBDOQV1EaL3BN/of8Ofc7cNNj9vyUUy1MdZL6UemKhacTILEuZAdVif&#10;6e6wk3lozS9pFf8AV8v8PT8ZKyaR11BLJN5NcLRKGtGzMpMikXDgLe3+sfY947a23abbGLzldW0l&#10;JkcnTq/2kUMYkiRzbTEzMoBNuWKn2FrBNwvr6QQ4jiJoTXJ9fs/PpVLdRL+iV1Yz6dBRlt85xd3V&#10;O1sXtbI5Cko445KnNGZI8cjyRiQwuFVpGYA8Kth/Uj2mNxZbr7FYSbAxrjT9w4mq4aMw06TVDXIe&#10;t+zCeR/6mT2Kre0vgxuLyTUBwHl9vRYFj1fpLpHUrC0O6a7PNmqhJMfTKJII1rxJPU+FmHlWkjq3&#10;cQRyFVJ8YGqylvpb2m8Ft2oGJlrJ6tKHbj6mjp8f/k4ljK3bXUtbi3F1B9lhl+ovvDtBV65Yjh0u&#10;Z0iQauPp0ua/JwQVUdFGkc+SdA0MbDUUBPD6VuR/X8f6/t0j3jtySk/glBgf4lDSxktLLHL4Gt6V&#10;jQGxk+n5Fj7f/dws5DJPNWR+mHeR+8Yp00Pg85U17V8mdloI9IQUtLFAxZb3ZnllDBCfoNN7D839&#10;p6l7Uy1Rm4MFSYaTH4mjeMVCJSxUtGoU3syIAD/iWPt652+2gtS8Y1SP5nP+z01C5Z6ua9Zl2di/&#10;JJWVDVNbkXikjXIVVRNNUxJILFIGdjoH9AgHsxmDrafM1prqYSGmpo1klEVPFCJXA5CyxgXW/wBS&#10;P9h7C8zVhWymGqRjT1oOlunShYkdA5ujH1W1MPMgqIYHqpmp6SatyFVUiISPYEQTuby25UAnn6i3&#10;sN+yv4dnKkgiooeLSNTkh5ApJtdzx/h7HFmDZ2S24yQP9X+r16L4kcylmOD0o+osZm8Jhpoq/JDM&#10;ConaaGSVYojAkjX8amnWzD83/wBh+PaIr93R7dwUODxmLerZ2UJTyqrPUSvYeaoqZLk/4BBxx/j7&#10;T2G36Znv5nr+eB/q/b1aU+IQi+XQjS4Fa/Jx5SomkEsKeKJoZXTRGDfxJGDYfU6i17/0+lmXGRdj&#10;Y6Q5aSgjw+Pqz6WiWwKHko1SeBx9bfX/AA9p7mazvpPDtxrZfz6cWkY0v+zqbLPg66R8XPU0VZUQ&#10;qry0TzRyzoDwryQXvz+Li3tYf35H/Ham/wAz4/1/8pX/AB0/4N/tX19pvoJ/4Tx/1D7P9VOreHH6&#10;fPqH/dqi/pJ/ndX4/wCA/wDyrf8ABP8AaPp7/9Vndwbk2/ofyfeBukClM9d49QpXrc6jVuALgc2I&#10;/Tf6cf1+vuMsygjSo+v1v9AD9LH26Eqe49U1YoMdZ3iJUgn6D6W+pta/HuQJ7jj+psBxYH6Xv70Y&#10;wc8OvA5z8uo3h0/4/wBb8jj6gEe4c0hDEcfjm3HPN/fglR1YtjqfCFIH1sef9bjge4pCtb6Wv/h/&#10;re3FFM9N6icHqTqYAgA/4D/WF/r/AK3vMgK2APH9f96uPesFqefVhUCvUdmJGoi30/25+vJ/x9zR&#10;9B+Tz/sD/re7VAqB1444efUA3+pPH9P8PfFY5FYlzbjkDm/+wPv1QetccddtIjKNA1fhSeObcjj3&#10;yc2S4+l+eP8AYfn/AB9686de+zrpF1OBzf8Arew455t/h7jlx9LgD/WtYkW/H/FPdsdeJxTqQIzw&#10;Tcn63uPwf6H3gZivJNgfz/hf3r/J15m6kogY2HPI4H/E+4pk55J5Iueb/Xj6+74IA6qepIjAvb/U&#10;nji30t/re+3kOm4APP8At+Px/re60+fWqdeVACb/ANPpf8g/X/Y+2pmbWRb6/n+nu1PPrWenJQuk&#10;W+n1+g/P4HvmzqAACbkcn+t/r72VJ49bIJ6xqraiT9Ln68n+lgPfStqazEX+n096C9e8uuTjSvAJ&#10;/wBt+PoB7yeNhyDcW/1uPfh9nW6eZ64awbAixuP8SCbc8++AZr8/QAfW/Nv8P8Pe6L5de01PXL8G&#10;39fpccf62r3mRtX1H+3H+2496Ip1WmesLA/UH8/1/wBv7yQxks9v8b6QQPpce9mgp1snrHI9lBbk&#10;AXuf9ew983Ywg/15/wBb6/T3rBwOvVx10qiW3HBta4F/fCKrBJA5JB5v/sPp7vpNNXDrQbr0lMLC&#10;4Fh/Qf43t/vPvkJTfm1+L/15/B90r5Dz62cjrxiFrc6VuAD/AE+lzf3JjPIJJF/6f8b92w3Wwc9R&#10;ZVIFgF44A/oPxcj8e5hlUKRcG/8ATjj/AGFvdGGa14dWIoteoaREtfSw+n+3P4t+PbebBidX1vdQ&#10;b/Xn/jXv1SDTj1UmuenMAlVFrabWJte30uPcaWUhghHHHJve3+IHtwaWxTqtcV6yxx8FweeTbjj8&#10;i3099mRIlDCxJFjcjm34/wCN297KEmnW/LroKZTYg8ckc2H9SCP9t7xNMbqwcWP0A/x+v197UZoR&#10;16vXMRXBBUgj+vFwPoT7h1M6kDTyeP6Em3H0/r7sI6PQ9a+XUmFCByQL/wBf6fX6+4vkdtPFr/1/&#10;wH+PtQqAGg8uqnHWSw5/2P0H1v7xyyEkEKf+I+v9PditaivWuPXJQPyQP+K+4rEl7AAf7Hgf4e6g&#10;UHXj1lHA+v8AvH+8n31DIS5/Iv8A4g/T+nvZqBwz1ogjrp145P8AvX9be5qgNwb25v8AgX+vvZB0&#10;9b4mp6w/T/fX94ZPIOEAtfi39T9L+6gEYOT1Yjz6yLoPJ/2I+g/2HvEtJLISxFyT9NF/9j7tXy6r&#10;x49cjMiADgcAXLWH+tz7e8bh5JJF9B/2A/2Pv2vT16h6achlYaeJ2aRQQDe5+luPr/vXsT8TtptK&#10;uVAIseB/vv8AY+9M/ADz/wBX+rj1cITx8ugO3R2LR0jSR+a3OkjXcm5tYH6X/p+favgoFp/SyqeC&#10;Cosfxyb+6sIiKk8M9OatOB0EdZuiryTaqbyorFRqcEegnjgf1/1vr/re/VFQERlCAEX/ANhb+vun&#10;hocKcE/b1oSGmny6kYuiqJ6mOeeUuNIsANFyxu1gfr/vPtD5CplkWQj8BgLnkj8Xv7uIihqp/wBX&#10;y6o7EnPQ4YWjp4hCjqLvobhfSDYBrkD/AHv2hZppnkKHVwef6C/u+ksft6pkGn8uhPgigjjDqEF1&#10;uPoGP+tb3hAkhPrIsxuOD/vHvwFSetEkHrMzRyqNCnjgkf1/PPvG9XfXYMALiwFr24+vuxAWlPXr&#10;ZYnHXKOmAC3Kk2JB+tifxb201EwK3F+foTze/wBCT7sBXI6rqr1PjW1gben6gcD/AFh7xU5l4vze&#10;1jyLA/4/1/1/ezgZ69Xrk4X8f7Ef8a9uwYLZQObXNmsxv/Qn3XQCtevFvPqGQxLEkWH9R6QB+CPa&#10;Zy8k6ynSDYnkkXP+sfdArV629BSnTlThfGtrf7C3+3HuPRmqa7L9bcDnkgfk+3QK0+3ppTU065vo&#10;sA1gPampYHlA1KSwA5N7A/T6e9NpDZ6e6bppVQXBH+tcD8e81Qwp/SCSx/AFrc/T3RW1HPXjw64w&#10;jyjVZQLcXN7m319tryOulyjAXv6rj88+3qANSvVSepIUG6g+r+i/jj3zE7y8gcWFv98PfiAPPqtf&#10;PrjoCf7z/ifcyKpjiKoQdRsSwH+Puho3lw6uGpnrBJC73YNxyLX/AN79zWqNQ/qP6D/Wtcn/AHv2&#10;w6AZA6cDA5PWBISpAvY/1J/23uM9VNoMSelSbC17/wBBz7sAHz/LqrU8+HWdaeMOHa7MPzbj/kn3&#10;ihWQeqRyfwCTYhv8R/T24wJ4Y/1f5P8Ai+m+Jx127JyqKP62txb829ukU7qwXVcD68m1v999PdQd&#10;QNereVeoEtOjAkKAT9Ceeb/kD26tUs0SqwujWsb8gf7D2wVDH0PTitinTUlKscjOhswuSpFx/ieP&#10;adyStHeT1fkAfUAWve493jwdNP8AZ6q1T0oKJw6gcfQEn/H+hB94qF4JRqdASPTyP+Tj7UOgIqvV&#10;FOM9d1QmQ2RrA8/8aFvajo2jjN1J4+i34t/rH3Tgvcerhx5dJ+vSWUAEWJX6mwb/AB/5F7mS1Ac8&#10;jhb8D83/AKn20QvBsnrZJ6h09MyL6GsWI5Yg8A3NlP09pHKGR2bSgA/3kE/1I9+GOHVWNelZQqqI&#10;NTksTe/9k24uB7ao6WoLoUDMPywFx9PwffqgYPWgMdT2ljCsCQP8GNjx9T7ffs9IAI1my3Df1/wB&#10;97B1HSvV8+XTYaoEE30gEgW5+n0J955UWOAkxLwLaFHN/pyR7akHdg9WU0z1whkLy2EjHm4JvYD+&#10;g9tVVHC0RdI/X/RSSQfx9fewpDAg46qTWtep8TuG0seBexK2BBPPHttamqUTyBG0/wC1f7zY+1AO&#10;Kdap29ZxLEz6S63/AMDzYC309t0j1aXfS1hfheSQP96961ANQY6bINK9Z7IRbg/72fz7mUIlnRi7&#10;t/wX/X/qP+I9uGmnOf8AV/q+zrwNRnrDLpQrYAE8X9ualYiA2ojSLC310/i492RQevFqZ6jNdgdN&#10;gb/X+l/yPfL7byP5PG0hJuADbj/H37RmnXlJJz1x86ottYW3Bv8A8QfarpceiQLI0CISL6vyBb/i&#10;faYk1NDU9PjTSvDpM1WRLVBiSZmFyCtiASx+gP049uKyxpTHj9JFyP6f4e7aM1bpsyZKjpqaKZ6w&#10;WJ0kH0n/AFR/qD/vv979tj1bCxhBYn6XJ/r/AF/PvxiFfT/V/q/1V63qJHTvFSKQRMbAXF7Dg2t9&#10;D9PchEmqVAnNrhtKm1rHnn+vtiRdPDp1RXHWLyU9M5+3UNpYamF7k3tx/T2HWbxj/dN4vUoNiBe/&#10;++Pu8LnHr0zIvd0saScSQI7eklQf8OfoPfKgx8rssell4tYD6/09ukmh69GuanrlPURxoWJWw/JI&#10;/wB49qgY6qgUBFUK3BJUm3tJSrVPTrLQY6aP4jSSsRrJZb/pIF/x+P6/63vlZ6UBibk/04P+8c+3&#10;lUN88/l1Svp11qWoJUAqPoL8/wC8n/ifeF6uJ28gvdf1Aji9uNV/byig9OvM1ePXa0zqvj+oa/N7&#10;ED829s1TXmecKJP0m5sRYD8c+76PP/V/q/4vqgcLg9OEFOsMZAXgj/Em/wDj/wAV9qDEz+RgGF47&#10;WJaxvfg/X2wwelB1eN6ZHTTlYgqF1JEg5AW/4F7m319qmqMcEYELhQVDGwBvf8X/AK/7H3UamoK1&#10;6sacekhRLLUyu1REWPkZVuT6bc3t/Tn21GUEAgFh+TyRYn3p1JxTB6qrefT7HFpJ9Sq/1ANr3Vb2&#10;v7SuRkDT2hvp4v8AhQf6n29FFQceqzN6Y6UlIGEQ8tgxv/X8+2yoEomiUE3NjZb8Cw+pPt2lDnpo&#10;1YAdS4ihRm+o5HI/2HtWUEEskQ8aNewJ1A3uD9f6+2pV86/l07AGLaek/WVMEMlpXUAkgaT/AFHA&#10;9911JUSKusMCD9NBH5sTz7T6o1I6cZGr1yoqqC76GUjk/rU2sBYW9yqainiSOeVwqxWsh/U34BK/&#10;4e3klpSnVvC0ipOeoNXWQTSS0saM8koN3F9K2+oD/wCt/T29xZQva3oVSRqP55/P0/p7q61NV49a&#10;VyuD0npcIsYbWGmLWYrc2BPPAPH5vc8+/TeKtTSAGJN76Rcj+g9ssjVxx+3qxYk1Pn1lpvJjnLNq&#10;WNVKgEnSpHNz/gf8faZzO25Sg8SlhIP0W5t9AAD7cWZk+L9vTbRluHShxO46Wp8gd1UxEqWuCp/x&#10;Nj7b8XipqFbSUzxaGsNZAUn8fT+vtSXDdwz1VYtBz04VtfTzgJFURvqXkIbsB/h/j/r+3ap8qR2e&#10;N38nI0NwAf03H49pxJqOkeVetkHieolKIWcMjqmgAHUtmuB6iL8n3hggCRP5VHqOoXIsD9bH/ife&#10;0Lk6QOvBQCa9ZaifXIvic+ng2H4P555/1vcXJQK6jkOQAQwYWUH6qQPagKy8a9eanWTHzHkaSnJB&#10;Ug3J/B9pd6LxyKI2dWkPNgbcnjn3chidVOmmoor09iYFWLWIHP1H4+vtWUtNKhp4z+l7BtVr/wDG&#10;veo6Go8+tgEjpgq6mPRPKL/tg6dN+SOOB+feLKUslPMWicFTbUB+kcfQH+nvzDSfl1ZqceuWKrFq&#10;oF8iMrHn1WDEf1t/X2mnxs2ReQR6vJxYG+n6cm590LACteqeHrNOnpqiKnQGQhUH9q/0/px75UWz&#10;a6SRw6NqNrsF9IX/AAI90E6Cg4f6v9WOr+AUNOodRm8fTx+Rp4yP6agGva9rH3KGCqsbK8ZhcAEn&#10;WyldVz/T/ifaxXSnTbIyGq9ehylHWxLJBPE4YXsrq9rckEr7fsdDVQlWlYstwFT/AFz+Qf8Aivtl&#10;pFUhQM9WC16bq96eZHVAqtpJL2H4FzyPr7Eemmjp44ppKdWpxHYhwNLm3II/r7RSjx3K8Mf6v9Xl&#10;0oVyqEdBRWU09S1RTU9fJHWvUDSYnPkh/KNwfxYe05Lk6dK4tSxeBCCpjFwASbkr/vXt6G3CppJr&#10;008tOlgmJrJ8YkWQnFTMApM5ABIAtZ7fn3kGHmy0+sMBfkXPDXsQf98ffvDZPs+fWiFYBj1Fqd0U&#10;W3qQCYMSLqRGLlSBYj8f7c+3WXZ7+BmjKGVYyLABbm319X9fafU4NTw63qTAPHpOU3aONerjgl8i&#10;JNIoDEakANiASBcEX9hn/dOR62T7inTy67RnTctpP1Jt/vXtZrU8MdM6W1/LoV/7xUX2qVEcyvEU&#10;1F7gFQRf8/09ivids0S45Y6qRVmUWjRQAAD/AGTf6+2lWaWQleH+r/V8+nS6r28egN3X2LkaPLr/&#10;AAygkqqPj7mYsQVH01Rhb8gHnV7knaI8MlpIxrHHpt9PUNJP09uPFIvBeB/PqqSIfPpli7pxj10N&#10;OY6kurAOFLOgLXUh7Dk/X6e0nlcZNSxhE9RHDP8Aiy/776e3FjBFerVJGDToWMBuKlyjeTUFDepY&#10;7qTdvpx/T/H2z0uKgm1apVDEhgLGy2+vtxQ9aV49VLJSjHpQV2ZmpVDLTSOqqwJUqNQtYWHsR8RR&#10;07UqRSNcKCb39Jb+pb/X9vGEsKf5OmlnRW01r0AG89xZKiyLVNHAAzkJpOpn0XAsFXnkX59htn8R&#10;48mXKlo9Z9SXUnV+OPaWpU6Bx/1f8V1dgGIYdD3tTOJkcLBKCElMQBiZtWnTx9R+PamxOAqJ4IVg&#10;tGqj6M1ib/m/urF/T+X+r/Vx6dIXTQmnSM3NvfEYeWeTIOWuLhlXWqBPw1+frxx7Ucm3HYiKoUzx&#10;6VTV6TpJ4b1f8U9td7E9pBANMfaeql40otekNT9l4zxCpoaqCnkMzyOjs6+RSbqpXkA/4fn28Yza&#10;FFSWqQjEk/pNrMByOR7Ly08zeEQcfy/1eXThkiVajj0kd1d0sS9AtVRqZIyEkSRnYP8Apf0n+l+f&#10;bbuGCmmfiALLDY2HGpQb2sP949nNtatGoqf9X8+kz3Mfw1qennrzM5M0iyvXeehrUtHI/qaN2BBJ&#10;ZrWH5/r/ALD2mqlkqYdCoIpEBUDgMePyT7UNACpZcn/V/PpOboE6D59CXjhNj6zySTNU087BgeTH&#10;Gb39K/09tNHTLFIWqICwkIW4BPFrD6f8V9lkkJlYgGlOlKSFRjj0rq2vLwAUtSqGNTJZiByDcgk+&#10;1R/duOohikWJuPWUDaiLfQ2b29HbSIRTNetPcjNegvn7NgoayppKirgiKnxRyOhVXJPI1KTyPx/X&#10;2/YsxYgsFp0je17sFBPH+Htf9BqGphXH+r/VwHTBvlVcdBlvR6re8EMUWUmenM1tMDPpFm/1X1N/&#10;9h/j/T3FyU1HkJBUzJEXQ6dSKNR9X5I+p9siwVG7cev2/wCr8umWvnIpQ9KLadPmduUH8Jp6iqlg&#10;dWeNaqVmWJSvKoSSQv1I5/PuMzRzFPteHUghnNzxxa34/wALD2o+lULnP+qnVPq5JRRhQdOsUtVR&#10;CdsqwMTqR44gURTywa5sbn8kn2x5/Fy1Lxv+4GK6GZAPr9Of8PewiqtG/wBX+r9vThlZgMcOlTsr&#10;clJDBUQo8PjSUyxo7/2ZPVYXJOr68e03TbFqpKgP5P23ILB7lbnnn/H+vtM9QSBn/VjpQHVQGPSu&#10;ruz8HR08jSMfJErelR6gBwSP8P8AH2KGK2hTRU6K8SOyIbMIxYn8gW/3j20bNpO9j5/Z04t0RhR0&#10;WTevyHTHZBoaaRkSaWNGR5iXiRiR5ZLcBRxe3vBNG2KLJS0soYniyEi97Nxb6fn2sisoImDLnpHL&#10;c3TPQjSOlNjsxHvmjinyWWoXpit7RVKWeMpqjOrVz9SDYe2GrqM/V1CiKmmdQf8AUkD68G59qzLA&#10;gwB0naK4lOqpp0tMRi9i4THN58jQQXA1O1QtySvNrn8/19qjH4fIOiPOrxyHnSDzyeb/AOt/h7bj&#10;nR8FadOGKXTQZPQRbx7I2djXmipMhRVdOmpWkLq0QZQQFDi/JP19qNcZPcekAL9Wf82H5v7pPoZQ&#10;oFf9X59eignBqxp0C6dp7fXyH+ImSWXUFgowzlSbkGMIPx/tx7cRg2rIDEahI3IOkqb8Ef4fX2Xt&#10;VG16agH06WGIMKO3SMru+8btHJxVZw2QrKRnvMGiCAlWNiuvkG/9QL+043X+Ujl+4XKUrqSNSyGR&#10;GVQbCzAH/Y8e9x3sjSeHoNP5f6qfL+XTbWUP8XQmx/NPq2ah+2fa+6Y6jQxj+zx9NUmSRl1ENG00&#10;drN9CWPF/a2xeCho4PFNMtQf7RsChP6jYN+PbM5uJWGoUHHzr6f6q/b09FHDFSnl0V3sT5GVOeyD&#10;V228JkcM6jxR/dOgm0L9HLU99LE82BsL2ufb8KqjpVWKHxx2NrKAPx/Uf7b2mj2xwTI+enzKvDh0&#10;B+Ul3/vqV63IDIVC6QwkkMrgIODpJHPN/p7i1ObpKfh5BrH9SLW/rz7v9G5WqjH2568pTgfPpRbO&#10;6P3RuJ/KaKVIdaxK7QuysxNgWuLC39D7DXMb+iWskp4SPGoILBhY8fgf7f3RYyvxjh/q/wBXr09g&#10;OCD1Yl1t8UsbjMBQVlemrJSFJZPQfSS1hqU8G3Bt+PYObhrHrHkdKvyRznUKe5YrrNyL+3Msulh/&#10;q/1cetOqh6pk9He2piosTSQUpo1ikpIo4TUhVRZRFGEB/r9Pbbh8Gn7lZVaoV40g3Kv/AIE/j2l8&#10;NmkpF1UqtKvjp5y2a8BSmpkE8rfrCkak44IX2KGEgw1REKZ5rKRyYzbSf+J/x9mccEhWgNT5V6S0&#10;jLcOPRd+wszvTESfxTF42KoeJx+zUG4lj+gs3Fr82t+f6+2Wp2bto5N5nyMhglYGWFrjS/0LIwP5&#10;sOD7pPDcyJ4akV69+gj1I6UOG7O3xLgA8+0BHXxxEwtHVK8UqhdQV0K3/r6gf9h/VT43a2zaJ2qI&#10;lJKKWBZwWUWvfn2xHtdyrDW44/6vy/1Z6t48LA6VpToMd0dtdu1UK4+h29BBPUyLArqrSR6nP5Yc&#10;cfkH6+3uDJbdp0neJIn0Ix0lg36R9SB7P7e3yAWoP9X+r/P0hZlLEqtegh3NtLvLPT4ynmyjUKT1&#10;cCzS0sTQvFG7epI3e/54AN/adot67T+8fVS0xkUksdC2DXtz/T3u6tYpToL4/wBX+r0+R6tFO69u&#10;kAdCHm+le6227FSYvfmRjfxiO7yapxGyjVpcWJI5/Vx7U0m+8ZF6o4acJYGMoilL2v8AX2nWxsEG&#10;lD9vr/q/y9PPNOwqo7egcT4s9iZhVXN733BPMzOtV5chMkhBbQvjRTa1voT7hDsKjkkvHEocj9Qi&#10;tYf77jn2qMVmiaNX8+qI07nAFOnQfDjJxUvgqdx5OekUkmnmrpJBIOdKyMSLqPqB9P8AY+3SLeMU&#10;6qUZAWOm7EXLf63tKWjjY8dP+r/VwHVmjnC1r0man4iw0rTCaWpktG1vFr0CLRYKAb8Dk/7xz7d4&#10;shNWlHgmF+PMvFhb68/1/PtuaSNk0qPsHTuksgqaU6QjdW4bY0eQps7jJHhBlfF1/kd2YOwaxjQX&#10;AJ9FwP8AintCZ3tigw9XJQwHy1EbFNOq7m3DMqf4c291a2EMXfnqw06qefy6HbZvwtot1UNFmt1V&#10;KwLWQR1C0dPGqKquutI5SeWNiNRI59813vT53HPrn8E2glAzAOSRfgf7x9PbMcwjqqigP+QdONEp&#10;Hd0scP8AGWh633ZS5PC0SVtG7aamNolMYVnHBNja36haw9hvHvLLYadvHFVVUbuVBjDso541/wBA&#10;f8R7WpcRA1koaf6v9WemxE6ntFejJbh6i2fvXGx0uUoqMDQvoeGIlCVtdLj6j8Ee1htvdmVzRljW&#10;CaOZri0l1QH6gX9sXm8QxU1jA4Y68bQuDXHQT7s+PvX2HipawUdElPR+pykSGUxqtnPp5Y/74D2l&#10;NwZCOgyU65GrjNdciNIpNMiueNJJ4HPt5rpriMSjCmn5/wA+qLHChMdamnQwbJxFLJt7GQ4Ogamx&#10;CxoqCpiXxvCACrRJe5uLG5H+v7Rz1eYrcZW09estGGciOR57u34V0/H0/wCI92W8qx0GvVvAAU6/&#10;PpexYzE01fT1FJFAZVRoyIYY+E/2sr9OfoD/AI+0biK/H7XEs1XkDMrSmzuLaGJ/RqY/g/19sOss&#10;r6uA6bVoIAanp8rKdqyExWCBvrqP4PBFhf3MyvbcxmgoYFk8TEKDHqYEH6ax+QfamCYQLk060HWR&#10;qUwekzS7FwFPUSVj0sc1XKQzTOiXUj9Pj49Nv8PcjHwCvyTVUMQlqgPKwcglbjVZC5+ntBPeiQ0r&#10;x6UpEqmq0r0ppjFTUumRxHEoEYIH4PAvb6X9rbJf5Xh3pamtKSTKyRLE6v4n+gSUr9B/j7TRTspJ&#10;PDrZRGBrxPSapadIcq09JQqFABnmdGjaVWuTJCWHqI49grmqd+uqWgkknrshT5SqeGplpoJsjDQ1&#10;HpNIjxpYoJbt6zcC1vqfaqBzIDKKj/V/qHSWVfpqCMFg3Slp6uOreVBHIni06TINJkBuGZB9bAix&#10;/wBh/h7EPEZGSeRPLL9xTrFG0lMqNeB3S/KEBgR9CCPr73NM7R0Q8f8AY6VxEE8fy6i1VHEFd440&#10;iqGJCy+lWfn6Fh7EXaG7UfMyYn1pSGJw7BlVw+g6ZGDcW/w9l8sRMiOMtUf8X/l6c1ggilKDoKey&#10;9mrV7ZqslBFT1GXows1Mk8TyRN+4pamUR3a7jjUPYP1lbX7i3vl8HQMswK1Ea1sjBY6Z4gR5mQ/q&#10;A/NvZvcSpCAWHp/PpFErPIV8uhNxzQYfbtFJNCaeOmoKZ5IIxqZHZFPhQfk6jpAv7Q2A693ZJla6&#10;HJyUoginfVWUkwlDRlv1oq/QEf1F/aG5mK/AK9WhgYEhzjpyfI0scMUzyaBMAYkdWjkdiOE0OAQf&#10;639jXj62i20tNQ4yKpzVZTXaOesh8skLLyyoq/X/AA/w9lxQzVFyaA+Q6XKxiFI+mWroKnMRu1ZO&#10;cdSuhR46SpbVOjfpaWYhbf0sB/t/a2zW/c1UbUr6+Wppbx05RKQyBZHe1vGvJZLfTke3bCGG3m0K&#10;naP9Q/b0xK2pS4Pd0E+O6e2PiN5UldR4Wc5AyzV0uQAdY2ZBqD1L20SMTYAnn2geks89DkslktwV&#10;dLLHIrTUFBczGlZm5bngD+pv7Z3Um5dEQUAOfLHWrVpEQ1OT0q+4dsZjdmzazB4Geairq9lgesp5&#10;PFJHSspWVQ49Vzcaf6H297q3JNLU5HK0FF9n5KkQtVo7CnBY+kOU4UuPp7M1S2KBI86R/qPWmMoH&#10;f1l2JtF9u7ewe28vmZc3JQY9QgyCRmrlENkLOX9TiMkAki/0ufeXJborsVi8WchLEIa6kkMVZp8j&#10;0bR/X/G7fX63A9s20JlDEjzIp+z/AFcerM4RgScdZ6XbOCqszk56KKaGpoqqAVlOsjQ01brjJTWo&#10;9LKoJH6bahb8e/bXz24c/C9BhMni8lkPJaKeVgklIshsdRYXUAf48/T3V44bR/FmXHp8+rI3jLQN&#10;QdQ944vZeFpajO7gpaujxNNCzV0VIsslLWeP1RrNSUuoyOSLKCt/fWQ2TlcBuPHxbxzWLzNDly8D&#10;V0cIjfFTsuqINF+oqWJGotb3a5aS6thLCpHoPXqqFEeldQ+fSV677mwfZG1Nx5PYe3NyUE22ZpY4&#10;cTmcamMOXWnJ5xs4eWJ1kClSCwdGsGUXF+3weEwGUpKysrKGuxlBPLKGiVBDKxWxp5JZj6S/Csv5&#10;H09ojDLImgdpPH5dOakXu4+nS4p9wZfc2Aqko8ZkNvZispPFFHklT7qgaYFBWJHTFlYITqUhvqOb&#10;e8Me74svDk8Lj8BDtyldalpcjCjRyU1A/L1OuUFdIvqW5I9u28cVrdLKv6jHH58Mf6vt6ZlJlWjn&#10;SB+XUeLZ1XQT0GVzO7M1uOpoUp1goa80cdHVZKFGSN0gpIkHke5BuD/W3HsFcVsPcONzdPnsTvPH&#10;7hwtJUPUZOCoqGFfHBKTEDFRyFlY2bUxViv+FvZpcXa0oQQ3kOk8MOltaPUefS0/iiSSpj6yhr6O&#10;eqDxxM0Dy0crrD5G0V9JqWP8hPN42JHC3t7Ue2+nNzbNy67+wpfJY7JxVc0j06pE1IJZCRG1GxLl&#10;3HCWBUHm/svk3WK5kMLimkioP+r/AGen47QxuXj8/LpL1W+tk5DN12w8lk4KbOiNPJia0SwfeQMg&#10;m81FVWEUyL/uzRJqQ8OFuLizgdo57L1AyOaqzR4eZhUwvOzQV+HrVAkWCo8Z/dX63uLfgn6ey+7u&#10;0uH8G0Wr8Py4fy6VKng1eY/MDz6a9y77wm1qWekx9M2Vy8VMklNhsfGjfxin4iZKWUnxK1zYAtf6&#10;2DC/tU5rK7DzAkpcrLVQT0uiN67GSyU1RO0f7RcyJxpa31/r+famLbzBEO+p86+X+r/V8mPqmL00&#10;1B6DLH4jvLDTfe7Y/gE+NykslQMDucSyQ4imnP3CRRvRskvlQkoVD6bc29xzhsluBsVFbF1G38RU&#10;1TUFJPWpO2TeCmLUxrdaklgSDIp4v9T7tDPbo30UVSznJ+3jT5U6s8dD4rn7OnXKZzb2yafcufyQ&#10;zdDubM43Df3jyNBiKllw9NJU/ZOceI+BGrNIYCpd72azWt7CmfadVJU7VyG5d0TY2fMZtxU4uhik&#10;q5Ipo3vT46OqdgkYSJeAL/m1/am81mNoYlAC4zjppCImBYkn/D0J0G7DKdx0ODwc0q4DHQ1lJXVk&#10;9PR47MNVUr1IaBk1zlQ6sssjQi7X+v1LnSdiVO7900u3azHV9HszF5Cppo6ptUIlNDIyq8shtqDs&#10;rWsQQfbRNttVmba2o0jZJ8yTxPVomkmlMki+tOmOPYCbfh3HvHFUtLUdjZrELFUZGVdVN9xFFaGj&#10;pYjcJChso49QUFveffUa5JczUHYddX4/LQU7Q0saS0tVNjcYQs+ZilS0hBUgesE8H+t/bkRjKK6v&#10;QqKZ9fT/AIrrbIxU6hX5dcdhqmIwuPwtb2FQ5jMYLJVFFnZxVY2Rf41m3asp9uVMMZCxNF5VEECa&#10;JCoQAWPKeqcTLuKkWskArNp0+L+9wz46S2X2zSpGsEuPMBHoeI2QC1mA9smYFhBEO48a+fz68VXT&#10;rbh/g6WVJV0WNd6eZIaDM1ddHSzST0/2kGdyD0/lWrglQFXEiBiNLEoQUYXABwVW3Nv0GErKnH70&#10;3FWZuRTSUkeWyMsVCZXiBjhEMWqMAfSRtdgRYAc+18M0yV8RAgUeXVAqcVJqfMnrBTV26pM9HTVu&#10;38ZFg2iaU1tPVtVVEU8bMNbiZYT6jp0KsJNrsW+g9ve0aLP7MwLR0WbtTvTPPuijq6qKSqgzECa4&#10;4MXDMPLJFNGVCsvF7fX8FitHcTGSRK14Hyp8+ncx9o8v8PTXnMftzcWZx4zeBavrqGRn21kIqWvq&#10;KdaSqSFK2eorIlEELxzK14pX16UDKPU3t+qqWmOKpN0ZnIww1Nbj5VbauUrYo5qZ5QFp6mSZLSRt&#10;YktGxsL8cg+3LfVcyGMLpRT8VOP+r7OvGQKfmR1Do83WjcFVtPFYPJx4yjWiqju+joEXFvI0jS1W&#10;OCzcSuAqoZYtS3JB0sBqbdk7hwODotx1FXRxRLQ1VLEKmox9RXvJFWzokVXSVMustCjALIqWC31N&#10;wQfdbq1kN0BG+KEn/Z/2eriWkVAKGvUrfOEyWdnwNLS1GVp081RUT/ZZabGQSmCkYNRVS0zKWaVZ&#10;GaNibK0YPFhddbjyuzl3fishjcbBQbgxGGhycmajC0tEMZCjRjDVMfAYyBisQC3tb8e1CqX20I7V&#10;yaD8zT0/b+zphR3nUPz8+gE612H2fR4HemI3vuav3DtLcmWymFosBUw/xPOUtXkayNJN00OfZy8M&#10;IYyVEtLN5FSRZJFZT6XC3e+16LIrtbLYxfun23m4N4UOeqWjp6rG4+CrFZV4dayQj7mKOQghG5Cj&#10;gk3B9aXjTWslu2TWlB9lP59UkhBkVyfMHof8OJRW5Bc5I9NLXpFt+pxMUzVdFkqiNHWDOGjhjP2b&#10;VEAMb6WVGAXXcpGfbz3LvimxtDtvseu3okExo8nQYjbeFoZshjcrXVKiWKqrJ5CGCxKtypTkHgjm&#10;7m3LHJYtCw06CQx8z5+X+r/B1SR/p5dQJz+zP+r/AA9Az0tsWl67zO7ur9v7DzEOzopKHP1+8t0Z&#10;uiWrq6zI0cdJS4nEY/HxyPMsYpZGaczxaGLH1FluEvYm1sjuPAbJz+K3PUbVw+Xx0W4d1Nkayu+5&#10;ppKynWfHjG4WBSwDWksEI+qlyAPfobuP6ZyoqyMV+0Dhn/D9n2damhMrq2rSOJ4+np0PeGy9bJk8&#10;/QVNJHIlBXrS4iXHwOyT4+OnhMy1ldM5QTxSSESI2jgWQSMG9oneG0f7pS0W5txb23DTS40Y+agx&#10;e4aCoqKHMVa0wqqGlnnx80iqZlBaT0HSlg4v7tb+Nd29RQJShavr+XW5BHbyK7Oajy/z8en+kyMF&#10;cL0L01VClTVUs8lNUqxgnpKiSkq1ZCo5SaNo2sf1A/05Gml3/PGcFls5jdqU+79vYVd7SbvDmnxi&#10;7TykS414MpQUKh3yBdo4KZGQsT42B/UCihsIUU6qla4HzB/wf6vTp0yh3q/pk/I/6v8AVw6CnJ7M&#10;p6ufcWLk3DumbZu7oF2xPs8Cq81Dm0k+4qsptzPV7iSCkelWZqqFXaElWMREl4i+7h2dQ01RiqzO&#10;1S7r2/uKtmyc2XyojhptpxSwR5GCSj+zkSeTzLLpjGuxIsVtb3v6iae3eSEFSpKgDzpjrbeGknh8&#10;fP7OnLb+7pMvJnMLRYuTEZTbMMYpsdS1dM5zAgnqcSaUy11MEjWOekKSMmvQrI3kAYr751lBsvBb&#10;1wO76B6PJ1OIjyNJiKFDJTCfHzUctPDSVUaB0kUuxGqUXva/4AUP4rbaDKdNMk/ZQ9N0Bmx8X+fr&#10;HLj9z712dl9sZqHKbTyeVxlNS12axtfHLUUFbUOv31RhqlGRopI0GuFo1CoSpX1A3eMtsjFbBxu6&#10;N97n2DiftczSY+o/uniKqKoosTVRSEyPHTzLFFHwTJI68Asw5FvaO2juN4uh4ZKRR5Y/xDHz8/s6&#10;1O8drHoShdvzAp/mr0FGyO2Nub1q8Z1R192vmc7ubahyEec3VuDBGetzlBiY3oHlNYaampamVZpI&#10;7OgRpREZSzjUzobY2ysj2ntbd+6c5VDAUWbz2SqcVjaykh8aQLF/k8kGWhkEiwAlYWYeldNrce1F&#10;zuYg3OPb7aOq0yRwHpX/AFfPrcUam31SnJPQp7n37S9evgcFHQZHdFZDRYylqFpa4S5p6XyrTTVa&#10;40KTVVRijlqvCtpJAjiO5Njn2djOwttY/b+z6Oj+3xWeTLJmc9U1s1fQUNRSyLOkS1UTFlZlkYRg&#10;KFIHH5PtPfXFvZiW+bMi4A8+lKQGVlh8hknj09Zb+4+fy1LV1Yp8rndppT5ajx40x5KmhyWqngmN&#10;HVGMskjIwGsWDp+GX2Oe6euKfAbeyObyOfyFfURU8E/28EiNTQRRKLpTKiiZpCmqOJlcWuLfn2m2&#10;ae63oHxE8JQCe6uf9VR1WbTDIEhFc5/n0W3bfyao9w9z4nq3bW2KFcdPNnKKuySiVq5MjSmSWdpP&#10;APt4Ytaa51kZpGYBQoYj2qMVkKKl21js3TY3PPQZCsooIaWGOpmrWDxJR455pJDqkC3HkYsbEnV9&#10;D7Y2+JI7+RlcN4BqfTzP+qnp8x0/JCZAIsAsOP8Ah/z9I3tOgzu5d05HrObcHX2P3K+ya/IwZjPC&#10;lagWH+J/ebtjgxaI8lOzxmNk8uklAZEPoc+1Jsfrag2plM9uDI1tRl6/MzxnGx1CqWw2MSmWL+HJ&#10;ODeQF9bFyfyAAAPaLmKSfmC5SOL9ONCCak8fTHmMY4dbt9FtD4fH/V/g6APsD5p12V21isDt7F09&#10;ElHR1dHlaukpYlx+4MkjosOeoaWdQaamkKSTRwPeUeQhydIJXdLDSUhqloqWKkWrqPuqjwgIZp9A&#10;jMspH620Ko1HngfX2oNgYdMh73C6anP/ABWTmn8h1syBlAY0+VOH+fom26OzM3v4YyPeG5auup8U&#10;kyYugKhIsXjw7Tijhc6Q6qS3iRiRzbUB9MmuNS4tyx9RY3IN+LX/AMP+Ne1yWsjaXY0p5Dgft/1f&#10;b0271FB0FmW3HLVRLSU48kEaCKCcxRLKIYmOlV8QAvc+q9zz9fp7wuxbV/T/AGP0P5B9mEaBKdN0&#10;PHpMMXkZHkY3uD/yQCAunn+v4/PvDzdSATfn8tbgg8/4+36jIbFP9j/B/g6uBj/UOsoHDAkAqLGw&#10;VATqBHH09NuP6i3vmoIt/tjc8m3+FvbTsua9VxkjNOuaxNKWZAGt9AASoP0v/Tn/AHu/vkwtZrG4&#10;BsL/AF/x9tq+o0X1z1UkKmrqWtN44mMzFbqCthyTe5vp/p9D7AjdnZ9fNWVe3dqYTKTT/wATh2/V&#10;7oqqf7fB4vIVUwpzHGzhnnkUm3oTSPqTx7EE9qmyRrcXJDSAaggyK8RU+o40ApXzI6SKrXP9oaL8&#10;/Tz/ANX+Dqyr4+fDjFN/dXf3bO5sE9BPt4dh4zrbH1KVOczO34qZK2nr8o5liMdOhkgeVIEkBLLF&#10;JKhYr7DyHrjb+1JqrbmNppZayqofuN2Zumyy49aqCqr/AFU1RWRRNVNLERconjUhh+foQyRXN4n7&#10;x3E6S+Y1OQPn8/t6eieNSVgFF4fb0fnbnbNXvnErvGipJcXgarNTYzaGMy+2aiqz2WrKGgkmfL0u&#10;ithgjpqldYp5JSxXSdRF9IEDJ7Zx+aOAxdFOmO23tpIqj+5G3hFBLl6gsvjqq5xJ5PtIhqkkjsS7&#10;ep2JABRJLHY7e0UZ/VlarO3r6D/J8/5PKC8nisKgfkB0EG3sxn9p7lzu4s1T5TLbh3Ya+mXtPdUY&#10;gwG0cBjmP8P2vRxUcEcBr5Z5pEj8cccbei+pYwjt2T672dUZXN7/AN4y7llxsMFHT02B/iU0OCli&#10;gVo/C2FoRZzI2lbSMSxJAsPd1e63mSPa7N/DCr3SADHCpz8vQGhp03K62kXiUqzVoPL9mM/6qdca&#10;3tDtDb1JsLq/rGPY+Y3zuGfMLkJ8zU19S2Op2V8jJmmqppoDL4tUkjn7eQaIwgW5VSiJMn2N2HQz&#10;VnXe09sbcXAvURUi5vFwVFVBTBvt6Whx1ZIPDSzenySLHcJ6bn2aqNl2mRdqJLljXuJNT6njxP8A&#10;sdJfDupovGkNNXEZ/wBX+HpbZLE7F6dp8bl+4u1d77jymYjX+KTw5jNYnEVk1NTPUVmVyO09kPC1&#10;VShEFOPu46r0aUII1EApHtiprplo+4dq7zpt0ZrN02Hj3RPlRDSVFS8miCKilVbzKBYkoTwBpIH0&#10;rfPcOxeJh4ajhTA6vDGtBGV/Z/q/1fLoadr7s2TlcVGvVW5+vsht7A4hKyXAbWONqxRUdUJJ6LRD&#10;hqqNaFZDHKESWl5YPflWAftwbxqeup4Y9ubPjgyFM60+PralpsvPLFjFMVXl8m7nReSNW+pAUWJN&#10;x7ZtLCGVayvrP8q8af8AF9Wld0GBTp7qduxbuwVbj89l8hkMXnY5xWUdDI2FSOjrYV8WPpqzG+Kr&#10;jEQs3k+48jMSSwUhBMwneWRzAmgnn2AZ55K6vjxcWJrZKKAzReWSpqJwb+Q+oyP6VN/6e1rRm2Ye&#10;ECOHnx6bGiVO41P2npDnoXaMSwzU+Z7Bp8pDjcbhRm6Xe2Yjyr4jEyO9BjpXeTwtHFrbR+zqW5Ks&#10;HJJELYe9dm7f2zL/AAjE11djaTN1LV4xFBMcfQ1+QIqpzTUj2edEY3YpcAAC/wCPYY3DbzPuBurh&#10;gDTAr9vH+eOjCB38LRDw+zPUnfO092bjnkpMVncZhmlx0VNDNOkkmXrqelqD9worIU0UxkEnEiRO&#10;QWJC8cCOOyNrCoxe2MQKivzG4182NpakyQr9xP8AuO0tJIysoU+orYlR/QD2Z2lpFawfvq5Y9nAY&#10;pj0/1V6TO0l0xtmoB5+p8+i15vpbtPNZOp3Duzcm2dn7V26alMnJgselRuTJbbxkReBFz1TGxDiE&#10;uskipECxJ8bN6gjxt+v2TuDH7U21kMVichvTL1OV3LuHJxwZLJFpGMgxuMpFAUKW1FXkOn8WN/fp&#10;Ll76H99TA1J/TWvDyqfn1aNYwSgyq8fn0JdXndtdhbR3PvbMYjL7k251zQ5Cmxu0cY+VxWOyktFR&#10;LVVOSnlJiNRKIwsSIC6wqHOh3cWDzee5N5QZ6desDisdR0X8QGc31uZIAJslSOaGto6OkRLJKClg&#10;EiJN+FA5Ju0NtaW6TXf6szCprmlfIf5z0mYXM5oTRPIfL8vPpdbe2sm6tlUeH7MxuOlpcolBLRbE&#10;wdflajHYzCrN9zh6TJ1cckctYAEDVD1BFOSDHpa3LntB+z6HaByOZyGPzhrKOarxlJ/EpqDL56pe&#10;ZtFNDWziOSBGItrU2I/p7KgU3Gdm0kRoe4/hGP8AD0rUeGFiGXI8v8vU/Mr19/eOPDUuLMOYx0Ph&#10;qazGYQ1OF2/CaQVED5KERtQ+TS0fiSWNmUEOQFX2JOdk2dH1lWT9j7dxG1anNxR5Dc2GoFP8Qqsg&#10;xCUiitgHlnqDZVElz9f6X9+2Yz325ypbPWFBpDH0+X+x01d0g0hRqr+z58Oi3x4Dsai7Xwlb1zuj&#10;dfYNFTw1WJxuf3JmKCq2Zt7F1CxfxyGvxWJWjp/HG8apGkEAncxxrG4CixMq/A1vacVbS9W7YpsI&#10;MLjNLDI1tWj5CMVBHhSrqFSnMqji7WX63b8+zaQ2W3SeFI+qRzgn1+XSGUTyKZOAH+rHR0JsoNr4&#10;xKvdOYWqMtRHC9XTYuSnp45Xg9McFBSmomCMyMRqeRgWsW0jgReocd2B1tBBVbk3bjKXHVFVNRvs&#10;XbMVHuzPZmpgpy6x11ZTM8FDCSNKssjG5tpufZHep9UzJFHoPnIaqB/n6eg1lqOan0H+fpCbtpMH&#10;2HUQ4qXZ1bkJMHS0+cx+69y4/JbfwWDqa9nphJjamqEVVUVsUaed4YYRFo0rLURM4UmS/wBI1FR7&#10;ZzW4KjacmOqGhpJK/H1IY5exJCUzxWZ7xr9FKqOfp7pt8Nv+8k7tQjFQeOR/lx5dPXNszQ6ATV+P&#10;y6ArN9DbnzOa2ZRf6Ydzz46hXKTUX8NpMdS4YIaYSzTvT0CojGR2CqXllYAGzC5PsstFtXNwdj7h&#10;7AwuKrKXFVlPBksfT5OV0WCuyFMPNC9JCGleUEkqrCy/1Hs13ncbW/lVVIOQSPs+XVYLR4UoeFKd&#10;Gnxca0u3cVt3P5WmyORTGx4yuq6VFpUrjRxinqKrwsWEQcLd11cEkL7WOIyFb1ZS10c1dDlMvkKu&#10;HcGRzucxE2X/ALuRVS6zSU1PFJeNvUSXuP8AW49oJo0vpBNIKIBQJwDfb0pQaE0qTjpjz+18d2LT&#10;0/3eS3FQ4bHzZOjixu3s/WYGnz+llpy2RmxxjeanTxsIotejlmYMLWEbFdtVeerqfbuN3CMtV1wS&#10;uNe4iwngx4szPDEyPKwHPIHP4JPPulw8e32rSsooBQKM/Kn5/wCqnV44lkkocAcegXf4s9QU2VTe&#10;VR19iaGqoqeoV8Y0lduRMhVzkxrVVcVZKIHckggtGeTdiLe1N2huTY82258LuLKnMxV0UMUtK84p&#10;EZjZklEx0t6TY3+t/ZnyxJc2tm89yAqyA486V4f6j+XRddRJNcqIhTT5+XQX9Y9Sb6xvbT7p2rsb&#10;bHXGBoY62kmzFQFyWQzFNJKFqKIY6mkWOHy2BuslksLE/T219X9abQweFln3TS7TqaadRXYCjipp&#10;BX0mOkBbzV8leS7Obryqc/XUOB7De4QXW5XfiWUrRQ1IY+tD5HgBSuc/IHo0EqQoERdTD5Y6U3en&#10;fHY+Ozkez+n+v9353O0FccZl8/NRhNowZCeENTUkFVRM/wBxKpJaZXmhVALEMSdGTt7IZCgxeMxO&#10;3MFnanGbgtRR0G1Nl1m6KyZH0qJKpo38cC6WBTy8t/sD7EO3Ntuy7O9ykmphWpZgcgZzj/Bx6QiC&#10;W7vCZgQFIAoCePrTgPUnA8+kt8f6v+Pbu3NujuHcNDW9l7DqWjqJcjuin2/hdu0tfSmR48PhqZFE&#10;0agmOqqalyit6V1EEmVgesqfHJU0m85kzdFg6SnnxOHqpMfTMKwx+Z48jRUEYSMxcKE87c3ve3sP&#10;7bucu9yR+BqiinJ1GlOBpiv7eA6U3Gi2jYxdzDAPl9uKdCD3L23uGhoMFB1VF9rnNz7kxuIz264s&#10;NUZyjx2AefwSZPC1FVoSp/UpilFM6FNRAvY+0719vTGZ7c2Sx2VxuOwWYqfuaOhoxTRvC8KqY4Xk&#10;kjADcAWCk+1u92z7bcRSWpPgxEas8c/6q9USstuVPHifXpf9jbRy2M65aLG5Pcu4TjDTZerqmysg&#10;zlR9nULWzSULtZVaSzek8KDYcce0xjdq/wB0t2ZqkxD4SmDx1ElbVVmHp/tK+WoJkFD90UMxLG9o&#10;4H/xb2pvfBnlhuTUgkECvAfZ033mAhRSvSvh3FT7w2Lh85VYjclJNkVpZlxuMyAp83jmMwRq6dop&#10;Y4gIbF3M3p4ICsWCsiMf11vLKVlfka6eHF7aqK8tBQrnlljLRvcqlNHcKpP6Va5A+vtTuW5o5+ns&#10;UJamaA463bQLH3SH59Kqfdu36KsTGy1FTUZSOlSTSMbWGd4SAPM03iWOzHkhW+v4/HsxcmWoMdQY&#10;/D0FVE70lKjVAx9TCCHVbn7uTjUB+F+p/p7IbKwvYFea8HxGoBzSvDHTzzo8mBgY6BqXBnc2dyW4&#10;qvEzxK9S9DRS57HVLE0/0d8RCWJiMn0MoC8Ac+wl3ztPa/Z749t55qtx9Pj2eLHxYt4FapklblpA&#10;Vb+n1Frf19nCbreRWn0kUYIGa8Okv0cPiFwMk16WmGw1ZsWkqqXZ+ETJSZKufKZT7+tnp/FKYViO&#10;mZ1diNKgItvxwPbj/det2ThIcXDBRxbRxxNXjkEwqpKmQnU09WieuSVrC4vY/Tge6bdEs5aZQS74&#10;Yny+Q6deRB2cCMU6zYrd21t0Zialopqhd2Q064/IU4pqqmqKCA3YpG9SoVYtZZlkANybgE29oDIb&#10;+o62hztfjMzkKrc1PTSSQisgWFKFUFv2/EzKir/ZiUf4n2cW5MdwsUoAUcB6npNMCU/T4ef+z0qq&#10;LbVPRxU+KgxOIpcEBNJVU8LSyvVTyEteoSWMCUuSWllkcsx/HN/ZYcbunftXloq470jjklqw7LUy&#10;TU8kzK99MhCXZR/T6e/bhJ46lSuodMQhkIofy+zpUpTU8cKU8cEKQRqEjgSJFhRANIRIwNIFuLAe&#10;zaZTIZrsXbdYtZlo1yGGxY8VRjLfveJbOzOBr1H6/qA/17+0W03ItStg2Fc4B8j0oeBf7VcE8ekJ&#10;idr7b2DX1EuAxS0Sbszb1GUMc0pjGRqkLCoSKRtChitmCi/+wHsNet8TmZJoab+4bZ93eQrl80pl&#10;MRUlfNEJSCOfpp/p9fabd5o4JDqlKgeQ6UwRCmRT5npWZapo6emZ6vLfwqKMhpJlnpoWt9QpadW/&#10;3gezSYPYhrsLWU+TONTJ1dSB9kBBLU09GP1+NJmIUt+SeQB/sPZIl+8VzqVSsYGCcVP+r9v5V6Vv&#10;4QoBn1PQK7y7TpMLmcXNSQZuswkFJPLUZalp6s4Nqtzogjq6ikjZn0gMQFGi55P09vmfo02hgIcR&#10;tWKppslUIkXmRlSBS4/dJjj0qoseT/vPtbs+3QSzNu25gMVrpBoQD/qH+rHSWWVp5BEuEXiOkDs7&#10;dmS7R3RkarcU2Bk2NjQWhxy0lV/EamZG10kk89Ryy3NxEqDn6X9oqg23X0kmOqcztXC5upkYN90J&#10;1eZpJD6ZJrgkjn6Wt/r+1F9cfUK0zOVQeXCtPLq6aGGhCAfXoU6vdOCzK5jFYDemU29UUcfhlCY5&#10;NFCsS2kFE9ZHoVh+W1HSTfj6e0DvnrWI7laoqs9NPPWSKVxkdZBR0mOV+DGwYFrKLhVUAezNryNt&#10;qV4V0LT9vz/PpNAmpyKk08+n/YG9P7x4eScYnJUtNj3ajjrJopJ/4x9t+21bS+JTcSEE3Zrk/j27&#10;V2ai63KwUmPkrMlPQ/bwZaWm/wAlo9SAERVFQxZx/tQWx9lNjaxXYW7nNUBrpHnT1/zeXTs7mQeE&#10;mB5nqXWY1d+UqwV08tJiYa0NVY2mrB9xWpA2qOGv+3t4gxAJTUTb629h1tzYG7+2snkGyeXTJUiE&#10;ymlWbw0ERJ9CzuQFJ/Ogcn/W9qdz5ijs2SGEaQcCg6qlpGItb8B1N3JubavW+C/iWWYY3FwGOCOO&#10;jo56udzwqrHTUivI9vy1jb8kex62p1xl9k46XF42swFElg1TFQqgq5QBqkMs8oA/p9F+nspkQ3M4&#10;vZUZj+Enh9o6c8W3RM/D0D1d3T1/ugUerF7oqaKV7U1TUYushxxnc6IleKBizMxPAYXvYG3HtOVX&#10;XmAy2bbMho6vI07KstXJVyy42mnIvyCF8jg/2fpf2d3kt5LarAwqR5LxoP8AB/m6bVoIzUY6W1Jv&#10;qbHUlMlbjqmip5I2GMopKQRZerp4iQsgpYpHWKOw4Z+T/gfYWd1YSm2ckNRX5/J7lrKpPMlNGv2+&#10;Mph9EjCqSLKPyeT7UbXbyz2fiOojX08/z6SSXQYnQDjp6663nJvahydcu2qrblHRZOox9MtdNE9T&#10;X+C3krPDEo0IxPp1MSfr7Djq7OUuayxqMjUTvisbEZjjpqiVKE2bnyHgc/48/wCw9lu5q8ZEFoaO&#10;2Kjj0/DNRat6dL6oWRoZVhcxyshVJFVWZCeA4D8Ej6i/sa65tpbirFqsVt/7SjQKXrYwsNPNKOP2&#10;QbFl4vz7f1yW9qtvM5eTpyEP8Tfl0wYijzlBDMmTy8eSkaZ2p9dOEljgY3RJHjIDEci4Ufjn2FHY&#10;DgZGjxFPKlXTSyR3pIF8s8npu93F7WBtf6D2YwqsdprXBOP9Xr0mY65DqHT/AAO8kSvIhRze6kW+&#10;jEA2/wARz79tzP5CjytHg9sU9LSyzyIssYLyingDfuKPqSSPq7fj2gnhtoYDc3Y1N5V6ehLFscOu&#10;qiGGaIpUKHiFnIYkC68gm39PYk7w7CqIjDjRhIsjlacBY6yXERSxRSAWH2yMLkg/k+62lvDHbmaR&#10;qBvKvW3LGSqdJ3H7apqSeaeCqr4aed/KaWLIVeiRybl5W1/n/Upb+l/bDKcnXUtLJm8nJT11UAsF&#10;JUTGGRYpTYO0a20X+iqBf/Ye7RTaUZoU0xr5+RP+Xqyku9KZ6UUUcMWoQRIi3Jdo1Uan/IJHJP8A&#10;U+0p2dV4/b0GPxlHhnkyEaxGWQswgJYXLMD6nY/U+37Ks1q1xO1Qa06ZkL+LQcB1xp3eUPL5FeJ2&#10;PiAA1KAdJBYcfj3OxGQ3ZksB56mZKfHQrCoSdWaGNdP6ESxF/wAHj2lsjB9Q0UAoxr/xfTr9oGvr&#10;JogEwfRGJ2UgOFUSMo+oLDm3+v7ELaefiKvU01I9bURWiAhp1RSw9N44m5Y3P59p72CLxqTPQDPT&#10;6jxIytMHqDk6RqunMJqDBEx9bamBYfXSXvwvHNvYiQYUyB8xmaSGhYlXpqOZYy7t9fLJEn9P9qHv&#10;a3v1J+nt1qo4t0yYo4MVqfTpF1GYSB4cPiaqoyD6WFTVQs7LAoIURic3Fz/tJ49uw3Pko6Q0VDJF&#10;R05uWaGONJHW9iWc/U/09tfTWttP44Wr+p/2entIkArnphn2JhcrWx1+chny08ZXxQ1k801LTta3&#10;7VOvAt+SRc/1t7Sc+Wo6aaGpz1CaiigmWZpZtREi3vpZuA9/6C/u8n1V2pWGShI/Z1cqqD59LaPG&#10;FKSop8NVrRVD07RIkQjVYH0aUdY7HRb2ht7b1pdyZOB9vYAo6GOMSxRolNEoOlWNvyB+FHs2gaCz&#10;24W8h1ED556LYonSQsxrU/l1i2TtnJbXxklDlNwVu4ZpKiepNVXWaVDO/kaIP9SqkkLf8e1BvTfM&#10;abOxuBnlmarp4yAkAaSYtIvCaE+hv/ZP09p+X4FtmnuJABrNRXiP+L6buI2lu9anAFOo+M2bR0e9&#10;Mxu6JVWXJUdNRP6V9f2xYrIvF+NVr35/23sDP3v+dXlv+A3k/wCA8n+3+n1/w+vtT9bD6/ir0p8O&#10;T58Ol57/AP/WSrPquGPHH0+p/wBt7wU4Co67vhamg63SljtpItf/AG4FvoBb3FMmgmxve9+f7PFi&#10;be/Bqn5dVIoepfiDAEjkWH0PJ/w980kLWJYWNrW/2/u9fIdVDdYniCgkC5F/rz/gf+J95mdQtgST&#10;/r/k/X6+9UJFOrA5zw6wIp1A/j/W4sPp9P8AW9x1CFuLg35AP9P6n3oAitT16ua9SmLBTwOP9tz+&#10;B7zh7EgH/Xt/h78oqadbJ8h1gZPSrH88/T88nn3lM7BbX51WJH9P8T79pznrxPWJYFJPH9m/+H0v&#10;b/Y+5AmAAJJPH+2t/j70R5jrWrqKYCSRYAfjng8/4e/NMlvoACf6/j+v5910sfi6vWgqOuQiYH0k&#10;/wC24vf6WP8Axv3CldVBKkA/77n26PIdVJr1LiR2IDg8/wCFv9gPcMSq9zck/wC9f7D6f4j3bPAj&#10;quepugrwBYf0Fuf8SeffBrEEmw/oOL3/ANc+/AUx14+nXdyPof8AX/23vrlh+QP9gRzzb/Y+98MD&#10;r3mR13wCfyT9f63/AONe+BRQSeefqOPyP6e91p86daJr+XXPWSP9Ycf7f/H3Cm1AixawtYAX/wBu&#10;fe+Jz1ag8upEVtN7cn/ifr75xsOLgfQH6cf4ce/YJovWqjz64yKbXufr/vB+vP8Axr3mZ9JvcAHn&#10;m9wPr9PeqVFOt1J6xqLj6cj+gBvbjk++JIBBvcGx+l/8fz78BQV61XHXLlgRbkXHIt/vXviJrPYC&#10;/Nr/AIP+B970nTjrxHl134ha9yBa9vx9Pr7zNKUAINybn+ljfj+nvQFOtaesaoGYg/i3+xH0t7iv&#10;IX+pN/6E/U2/3v8APvTAcV60fUdZ0TR+B/sP8P8AX9x2PjIYagb8fS31/wAPdgz00+XDrwNT1ltq&#10;v9Dxf/C3udE17avqeARf9Q596pXIr/sevW+Jx1FkFrheB/sPp/Qe5Oo35vYD+h/p+Le9g0FOtjB6&#10;j6AefTc/W9v95v7ju0jGwbgf4f1N9PvxGn8+rVWlOJ6zxhADdf8ADn6fT6+8UsrLcAk2sDf/AHk8&#10;+6ih6oDXrKsakXI/r/gP9bj3CmnY2LfVbfmwt/rj2+ijhw68SAKDrKqAXAHH549w5Kkn6vf/AIj/&#10;AGB9vBM9Ur1mWMc2X/kX+w98PuiEuORf68nn+p9+K0NevGtaddiME88f4f7zx74x1Jc8E3v/AE4N&#10;x9Lj3tY8VPW6VHXbxgDj6f69v9j7ku5P9om/H+t/re9g1x6da49YQtvqOPrx/vZt74qj/Ui9x/X/&#10;AGI49++R691yJX8f7e3++/3n3y8bar6bk3FrfS/592xSvXq+R646ha34HJ5/HvPHROSNKabfm3+3&#10;/wBj715069nz6wyVKKOWBBP049zVpG+i3e4+luP8CfbiKWHd1U9p49RpKpVsSQvP1v8A7Gw9zoMX&#10;JKVGg8f7a5/p/wAV96bSG6sM9QKjLRQqSXXj62I/p/T/AIj2ssXtmSUreLUpA/2nn8/X2y5VTx/1&#10;f6v9WOnFU9BvuHsCix0chepWJlJte7G1uLi/sS8RtJE0sYvSouxNv6fQe2JplVPQ+XV9OanoqW+e&#10;/qeGZ6aCvSaSSTxKkLqwABsSb/73/vI9qN6FKdVVAot+ACB7ZR65c4/4r7eH8/8ABR305HH/AFf6&#10;v83QVUu86nPyVEoWRpST6pWuWTn9Krwf8P8AX9slXMkeoFVF7i4+vPB9vaA2QeHr/LqiuX4+XQq7&#10;ZpayoEd5HJADkXv6LX1WsLW/pf8Aw9pyZJp1ZY04II1AH1X/ADf2pWhJpg9eJBPQr0lRQ4x4Xqqk&#10;EhkYq7KpS31B/JFv979sL0DpdJlb6j8fT/H2/GokFeFOquxU0HS5XcED6ZaSWIrpP9u1x/Sx4ufx&#10;7T89CwmJEY/Vxxbj3bSBjptmBz6dLejy0T0q3mvdOfUpOr+gH/FPbdW07NIo8YGkf7yPqT/vXttQ&#10;GNa8etl6io8+nrH1aiFv3GYkg83uATcce2euomCgAFSbGwHJ/wB9f24V8v8AV/q/n14sKdO9FXI9&#10;2BDDkA6h/vN/969taYueRXIRjyLfg/7f/e/dgBSnXlUnj1PkyNPGyhpFH1P1HHFuRf260GJlclHi&#10;IAsLWNv6n/Y+7FarUZ62e09NmQzVPAqsJkFyedYv9Pz/AE9z/wCBymUFVKf4MvtOFkJxn/V/g68V&#10;U56gtuWiSG8k0bfkssgsRe3P/FPfCp23NIxLqWBvc2F7+2NZDafPq5UkV65026KFkBWZBbgWYHgc&#10;X95qTbrqpVY24HN0Nvb6liR1oLQ56i1u6qSOzPNHY8giVef954PPt1p8P9uLGJmJ/LA/j+o+n+39&#10;uspIIIFetMxU9MdTuSOpYFKlFQf2VYEgEXvf6+4dRiWMjHQoDHjgcAc/4+2NBHHrZlFMdO1JnojC&#10;lpS5Ueognk8rfj3HkwIqIyNV3W9gOP8AYgn2+AKVPWgwY9ZBuVaeZQyWjcj1G/8AX/D3GpsJLqMR&#10;jJAItccf7z7oQDw49UqAdPU2p3BTRoJvMqgr+DyB/sfeObCzK7DxnUf0ixsOf6+25AAvdg/6v9jp&#10;wr5dZ6bPUsqK6yo6WsW1DURb62H+t7xfw6WOM3DazwBbgf7H22H1Cnl59WCnj1K/iEEkgsy6QQb3&#10;BuLX/HvHFRSObFCLEf1sSfqfex8VE6qdRx1lmroUQsZF5B4uLgfT/X/2PtziwVTLwEYKbHkX+h/2&#10;3twhwCTw62Ao49Mc+5sfBbXURl+RYNYfTm/5/wAT7kDDyRvaSKQA/wBR9be2Rn/V+zrTECh6xfx+&#10;nlj1RTwsRyQrfQH63H49uBxt0Cqpd7jgEiw92Ebmh8urAgADps/jsKM7SSLEg51sVsbfS1/caqxL&#10;KpWWIlStrGw5PB+v+9j3sR6jQ46tq6kUW4IJvVTVEZIkuSPVcX5sB/vXtLTY+SAlIrhL3st9RP8A&#10;ZB9vgEdJ5KHI6VkNfFOAz21gC5NgtrXuPb1jaKRgo5Btc3Bv/SzH3V0LDHW0OM9MuWycFPdmKlbh&#10;bg/T/ahb2o1xBFmfUSb2Ci4H9B7TlWp6Hp6qgdJM7lhdmSIx6BYs7MFJF7E/8a9ts2I/dvIp0nnl&#10;Sb2+n+8e9JVqr5jrZWgqOnyHPRmAeGVW40gqRxxzz/r+3ugxSPpjaC6g/VUF/rze30978KpyanrS&#10;VDA+XSSzm52pI5J0qkjYrciSQhQbWUKG+oP+HPv2TwSxyoYkdQQCS3JH9Ln3tUYMa9WkYHPWLbu9&#10;48hRO0sscjqzKdJ9DFTzoH5v/r+22fGRmEx69Tnki1v9iR/j7ZlSr449UQg06VFDnZDIJfHpgHAb&#10;UWH1sBc/8R/sfbHHt+oSRgwIQm6i17j6297ieoo3l1ZlpnpQS7jojGDHIhb6NZ/0n8f8U9vsODM8&#10;DQIljySSBxb+g9uOjKmocP8AV/q/1HrygE0PDpL1W7qWjqkmmmA5CKoYWJY29R/2N/aeO3ykrQNd&#10;iSbhhyfx9Pp7tGpeOp49UagOOlT/AHkganSpRl8ZAOtXDLb631e5VNthw9kic3sLDm/+29uJrIow&#10;p1oAdNtbvOgiiLvVQoNJJLG1uPoL/wBf959uk+1Z2RbxCPTyCf6W/tX93Rhq0+n+r/VjrRXpgp+w&#10;cWXIWq8pc2Kqb+o8WUD3IxuGiWQRuDIb21KOD/rH26V1f6uHVBIiHqLnt0zR0xnh0Qqovokez/1F&#10;1P8AX/H2+1mIUIRHGxFuSWtp/wBt7QoGDENn/V/qr05LKtNS8Okzi93CZ0eeeOMswKoq/wCc/rcn&#10;/ifbKcLIw8YN1P1sLH/Ye3V1kZBp0nR1JDdKpt1UcbeRtKSLe17kH+lz9P8Afce4z4UwMCQ9lA/s&#10;3/HvTudVDw+z/Vx/b0+a0qOptLuaGuibxvAWLNb98DgHkH8j/be3eDHGVQI0vawJYc6R+QP979tm&#10;Pz6uj0FW6YKzcUVHJeolVBqNglzd/wClx9f8L+8L7XjqS4AHktxYXub/AINvbWmRQGpj/V/LrXiq&#10;x6zf6Q4qEJ5n/Z1WbU6gqtgPUP8AinHuGcA+Ps4iLSHi7CwW30492Uu3Hp00Hn06RbvosuDGlTGs&#10;Qs1kYMZQTyVYH/W+h9udNjnmQl9Ln6kMDpFv8Pr7eEDsOHVNQ4HpO5PdFLQTKqM8S3KgqQ7sCb8M&#10;OPcCuoIqJg5jDOwsBoJHI+gB96SOo0n/AFfz6q7kfD094jOyZZCIpdMMfLFZACT/AFY/4f09sFXg&#10;fuFZlkkjaT1aE0heR/j70wMdD+z/AFD/AC9aVg+T0q6Pcao3idUdYhpaRiQ9weeD9f8AXHtOzbMy&#10;T2anR2H+qIANiP8AD24smM9aMQc4PTqN4YRDpnrYYmvbSzi/H+B59qfD7UyEIUTxsQBcWP1/1z7q&#10;X1jSvTqxFMnpMZrfeCRG8VbFe5UkkcEcWGr2r329K0JVwAbWVdOphbn+z72AwANPz/1etPkeq1B4&#10;GnQeRdh437z9iQyoHGthIFUlrL/uwjn/AHv8e0+uDlikAkYlb8KAeBe3P/FPbml5Bnj/AKv9QPVe&#10;1OB6Wx3bRyxaoQNRW5ZrckjVZSf6f195ZdpU9VKJkkdT/aW31J+um/usayofl/q49bMkci0bB6hH&#10;sT7GExTQKx58bh9Q0jkFiP8AD8nj3Pi2hSR/uuG1Wsrstz/T6H2xLIwNB65/1HrVUUU6am7Jnmbx&#10;QLEV4YoslyDf+qf717UGOw9HTqXVS1mHqYC3tomRwFr/AKv9X+x06sgAqMdJDcG7sjNIIWZU8gOm&#10;KNiXK2uCTcfm3ubk4KJ6N9CASkfVUU2Nvr/xT2maCUSaf9X+r16dSXVnpv2nl8wuTT7mUtSjgrLJ&#10;IGI1cA88/wCHsPTjaiTV6mcgnSB9Dx7UPrVdPEefTYYOxpmvQ4x5qgQoW8cVwOCRrFzc3H+N7+88&#10;G3JyA7hlVvUVa4tfk2J9tq7E6RnrRUK1Sc9Q63eWPj1IkiF0OkMhDA88fT/H2qMfh6WLSWN5Ftqu&#10;LgW+hF/byIa0Jyf9X+r/AC9VZvLoNNxbwyLrKKeAGnYftusgRjfhlk/1z7lZeBVpfNTrqeFGB1Ak&#10;jj6qp+nt7wGBq/A/5/5/6jx6bMwoVXpk2bm5KnJtj65lhFRKkiCJ7K5F/wBbj6n6cH/evaJiimrh&#10;osS19QsOARzb2+iKlaf6vL06bWRgcnHQyVlXTYvTK7KiBdJu63IPN+T7z12BqTSawrLpTUVUEX/1&#10;r/717TOpBD0rnp9SpFK56hYjeuJmyT0a1ULuX0gmVCykixBAN/8Ab+0TVU1b4mCI66TYlg39LWt/&#10;vXt9cEU8+mmBJpX8uhGgqaJpLtJE5K34Kn/eR+f6+3LH42rqIY0Km9/rpBZhfge1Wk4PXkfND0y5&#10;TM0FDJK7yIoC3PqKqLfm5/P+t7WP9yDWQB4wEliXUpItc/XTb/evaWZnjJan29PKI5MNjoKX7nw+&#10;MyKUdbUx+OolEYs6GwZrCS9/pb6+22LDSRo0U3pmjuNTG3+2sPelZnoQP9Xz/PpmRwp8MdLOfc1L&#10;KY6indZaScqR4luHB+rA3/w+vvPR7enqXJqQZNRtGACFH+JPu7q7AaRj+fVlKqcnppy+/wDE4qIt&#10;BPFD41DTFnjLAfThSRf6+3t9uQY6mZ2VDIBdbLewt/qvdI7WaSQahj/VTHW3uYkWoPSMou049x5A&#10;UtBI5QMEkJNgGPDCwJ5/p/h9feOgqFSwfx2+tgAT/W/teu3qCD0hN9ViFz1Nz6z1EbmJqgMTbyM8&#10;iqOPpp/Nvr7Uk0NNXxATQoWKABrLqAA+g97k21WynEdNruDeJpfgP9X+r/VQIMfncztaulMNdLLS&#10;tUO3gaRtJYvybH6A2J9tsG3KVGJAvr+qkfT+hX2newk1VyT6/wCr/Y6VreIeHSsrO4JzHoZBGsP1&#10;dGvYk+oSXHuY+KaOEhrNEL29PpUf1N/6e9G10kDz/wBX7OHVxOg8+mmj7Ioa+uH27MtW2hSC/rlJ&#10;PpUFf6k259pWo21BWSeaJ7WYf0F+eLD24baaM5/1f6v9WOmmnjJ45z0K1L2V/DoRTVsB1lSRa503&#10;H9pj/vP9Parosd9rAiAAuv0INz9LXv7YJL1xj/UemRcuzEIMdBjm91xV9fJIZCKZv1h0ES3vyoA+&#10;tvyT+PbiEmYMguLC3N7cf6/tkxMy1pUH/V/xfVY9Ycs/ScOSw9NOsjzQl7jSI2TUxbkfpJt/Qc+0&#10;9XBoASIiz8jyAfTngE/7z7ejhA7+FOnXM7VI4dCbg6uPIFFasjWnbxn7YycnUB6je/5uPr7ZYaqp&#10;+4QNFJ9QBcNa3BJF/b8Zi4LjplknpVelhX4uhNBUEVEIDI2oqyahwbBvqbf7H2sFedlR9JMfFyQW&#10;A/wPtYroMMOmzBPTVmvQBVNLio556dZ40qizaUjZEldfwym4ufrc3/2HuLX0UtZC4CHSQ1iFJvx+&#10;PbUrRHC4P+rj0/Cs6gBv59PW189SYOsi81Shk1KZEeZV8er6ah9AP9f2H8+36+mcyxU1Q1j+VYIA&#10;D+D+faZXpJx49XaGRm6MJR722/kIlp5MpjlaxvGKiB5Sf7QKhrggfn/b+1RhaeqVbSxuCRyGNlWw&#10;vb6+18OomvAf4ekzQOpqegu39lcKqloqmBirekxet2YtYcD6XP1/J9qZ8dja5VWYLqBHqIAI0/0J&#10;93NirtVf9R/1f6vLp+Jp1Okio/1f6v8AP0Bx7B3ptRpJKSmlqqVvJphRiwKvyGdVvY/XgD27wUdL&#10;SRBY7WUcEWJufz7qtqR8VP8AV/qHVmkopHn/AIOguy++9ybnrjI0c0IndQ0MgKKqi4dLH6fX6+8g&#10;A1Bv91/Tlrck/wCPt/wkHx0J+wf6vy6ReFKz11cf8HTfUVtUlNJTxif74lpGSFZHDhOfrH/r/QH/&#10;AHv3ORgVKq6AWAvq4v8Am3tOwiUnHmelAtuGpukLWx5P7yOsmoa+WS+oxtTyXUWudTAn/er/AI9p&#10;XLYymqqjypViKYABhYODz9eSLe29UhGlBX/V/q/zdO/TQ/i6NJ1zvLNYfBx0mR2/UT0ADvTOxenl&#10;WNTezAqxIANvwf8AePbam16dpBNLWKFa30IAP+J/5H7opfR86n58P9j/AFcetG3h+NT0s8h3VW08&#10;c9Bj9tV888MQfTJBIn6uEVG088/mw9u0dNjKRxGzwSALe5HBC/kA/wC292SEtU06cV0QcekLW7k3&#10;7n6I1lNj8rjJnl8awxzCR0d7t6mQfS3P+2B954MnimZoo5EjCkqbEfj6+1aw+GKHJ/1fyz6f5eqP&#10;HG5yD0ks3srsp4YchVRS19RMqSKrWVbkfpYG17cf763thytXizLcTk/gnVwb8G5Ht3WaDXw9P8Hp&#10;1RkhSmKjoXOvsJveDGeOsx0cMoOsAgOVKi4Kgj6j8e3LG0uDMWtzqjILHUSebckf1/p7RzB2aisB&#10;6dOxiFlwvSW3ruHtqnqjTYqgiNYJUjRgAAULWRWAHFuCeLe8iVW3YJ/2/HEAdIJI9XP4HttdVKOa&#10;j/V/q4dXAjU0AFeoVfhO68nhdNRMs9ZKDKUhjkjFObcAyn6/X6H245HJYaGkSZUVwWCk8E8/0A97&#10;CFjV+HV3OhagVp0H+wtk9vT7kr8fksrLSxRwGenjCFoxIzaSupuSQObH20x5/EEmyRhY1BLFiLE8&#10;8W+vtyKNHOmvSfxXZaaaV6EnKdWdjiMsuZqZJ6mVlMSQrd002BZz+nn6W5sPcqm3Xjjq0FV0ghbg&#10;gMQeNI9rjDDpoW/1cM/6v83TKGQtUDoOs/8AHPetRLDJNWGc1DoZwbFolZbtre1zza4J9xZ974ry&#10;aXWByCQwIBswFuR/X2nMNuBoUn9vl060sgooH+r/AGelDh/i/vSCn8sG4srQtZHi+1nkiAW/Ci5I&#10;K/7A/wCHvqr3nSQ01oEijLi6BUW7fn6n3eOC0Vtbmv8Aq9P9XpTrUjTFMY+fUnD/ABnztdnPuM9n&#10;cxk4YXKvHUVk/jQAFblAQGJ/BI9waHdlZNBUVATUIUL3B/Vb62P1Puzm0L0UAD8v83VbaOfUWYnp&#10;Ybk+O21BVYugkkkT7ucQMjOxGl+RrU8fX+vsN8x2VknkEVOzMHZk9NzY/wBCPfpLlEHYAKfZ+Xp8&#10;undJYlT0Pe0fjfsDARRucTTNNGq6XeNGa1vUdX9Pap2rujKS0stRUhx4ATZifpa9/wDkXtLJdq5o&#10;eJ4/6v8AV8un4oWQEk9JHtDpTZWTmpaNKKnj++cxFUiS2vkAf4En6En24TdiJGH0uSQ2klifSVH1&#10;4/HtsTK2KYHl/h/1enVNDkEE46R9H8S9t6oWkpIAFj9JSNdbgn06mb+19AfaOyPca0mpFmBYcDST&#10;f/GwH+8e3GmQ8Fp02Bpxnpc4z4l9fRPHNV4ymkcN5HDorl2HI1Ei/wDhb3Fp+wMhkSJAz+KYao5F&#10;vYC97G30P9f9j7RmcioB/wBVOnkT8XQkw9K7KxsMaU2Kox4hbS0MZVuPSSpFrD8cf09ycrmqqspJ&#10;KmKVy0cd2bVp1Ff7IH+39sx3TCTR06Y6jUfLpwwGzcThJo6RaKCOJ5WdIljXSobklrD8n2CGP3HJ&#10;ksy8LCSyuwJc2uQ1jc/717tcrRMcR03HITJRhToVRBFHFoRFVVWwCgC1h+B7W80EsFVBNC3nWTQW&#10;hU3aM/m4P+9D2kjRnXvwOlD0DdnH/V/q/l1DSZJIpUcGMoWXyEDS/H6g3/E/T2Icz3wLR6VDCMvo&#10;/wB3al/tW/A91hCJIW/LqzlmFG6DVY3O6Y5TJKVDCPyL/wABCjgjxlvy/F7D+nsKqbdFXRZHwQPJ&#10;C5Yi7qQkgX0kq30t7XeIFXUOkbauBGOhErsJj8nT+Gtp0nS2pQR9D9QQfYlT5HGtSQyVMrfcTIC5&#10;jYAq31BA/p/r+2Inl1Fzw8v9Vf8AVjpximjArXpC0+JykNZLBRRRLR0zWjEqEiVDe4J/r+Lj/int&#10;oyddkqShaaFXnp5Y2WOaMkkgrwo/x93M1ZKA9U8PSlVHTzQY7E1NXoljijrKZ1leAhbqw+jW/wCJ&#10;9hhh91VonqIoKerMzEo61OoLe/qA1f7b3bxdJDaumow9aU6VlVjqSrVFmiUiNgy2AFiv0PH9PeHL&#10;UmSjlNXEHp5nHk8On0uG+pI/r/T3oXBc4yPXpxodJqfPqVEY2QBHEir6CQQ3K/g+8+N3ZNj4Gpsn&#10;TuI3BGuUkIL/AJUt/wAR7cPd3A8P9X+qvVg5Udwx1DqcfHPIkysYpY7WZAOQPw3tfbZr6DMRH/KF&#10;WBQ37iniNQLElv8AivtG7TJKCuf+L/1V6fiZHBIwOmTOJUUkJnpoRPKbAIbnyv8AULYfk/ge01kN&#10;1ptytejM71Cs7PTlfWHH40yDj6n2sbuWrdMvIsZ0jIPU9cfT5Cnhmnp/DK8SiRCuh1JHqVhx9Pp7&#10;X2I33OMclTeQK4IeMA60a1gjEf19sRsqvVvLh/s9OKAUrT/Y6QOf6xweaqVE1LC5Gh1aVVcGzaiV&#10;jYEAg+0LOKCTLvkaiKKWaZrqXY8X/Ab6X9uyzNNxPDpsABtQ6Eenp5IKGKlhJQQRJErKovZBp4Uj&#10;2m6yvyh3H9ikxhpzY07LGwhWnb663Xgkfnnj3pyqpjy/b/qr1ptRlpXHUuJE8ILJqJW73GoswFm/&#10;V/vHsWNr5CCgZhk6l62xK/shU1qeF1M9xb+t/ZfcRvINS46VJIqDSM9IzdONyGQpBHiUpqSf9Qlq&#10;1d0jINzpjgINyPpZhz7V3940wdDUVMSUksRLNHEilXKnka2H5/r7qlvFckLItdPn/g62zErX/VTp&#10;B1uz5dw19LDUVmUpJo4lWomE+qC9gJFhha4sbfkewjyWIqN5ZiHPUk6waiNUMp/bST8uP9f/AB9v&#10;yXPhAQqMDpKsCswlr0KdAtNtjFU+OlkkljootEThNUksan0AgfVvx7DTs6u3jgKaipnp6ieKaQw0&#10;9ZRBpab0nTpMqXsfyQefa+2ki01Xj/PpJeLcDtXI9enLH1OPqhLLRaBIzK1QhQxzqzC6+aNrEXH0&#10;P0Njb6e5eM6/pchiKCt3RmqqUZONZRT0thFC3GqKVjb1Di1vbhu2ZSEXh/q/1f5etJZoVDTEmvl1&#10;1JXTGeenpqbyPTaPIZpPErCRNaNFYNqH1BJtyP8AY+1/l+vtvQYjFTYRany0SCNpZ5wGnUG6+oDk&#10;j6c+ydZ5JHZZDn09OjFoI0jXR5dNGLy+SkyNZS5SKljjuho/thIWRQtnE5kPNzyCB+fcbMYavxWI&#10;hyeNo6uSV1VWmg8kg03AYPpva35t7pblCx1nI4dbKtoqo6docnRVFZPQGaD7iIKTTOyCUg8q6oxu&#10;Qf8AW9t+MhyP2r1NcJopSNSwsulzf6kIfrcG/u+t3eijt6rQKtTx6nl4yQoKsb24+i2/BI+ntd4G&#10;veHGvkDU00xp0dDSyXinMZ9Nme/JHt1Ii0+l8Djxx1vxF8PBz6dJXOUsdZURY/7eqj+5ZXFbFGJI&#10;oZIxr/SbgXA5J4/HsPsHj403NPXWrqZa5JZIBXVQijcNcmNITa6g/Rvai77R2ZA9M9MwrpfWcV6U&#10;NQ1qR7lZWQIr+JdViCLkIL2P5t7UGNxX8ezc+Jhrv4fPolcOS0KKyqXQrKfrqtYe2XPgES0rX/V/&#10;Lq9BISrHpuzeaiwOGlys1LU1sNP4PJDSReaoKSzLEXWJfrp1aj/gPbhtynxOzXyGXqnE2fa6olTE&#10;ZGLRtdigj/BH1uPp71dq1y41Hs416sCkaEAdx6a87SVe5IqfGQCSPDViMa6rp6hYpTEUssS8XHPP&#10;p/I9vdVual3HjMhW4ankx+Vp6YtkIoYRFA6n0vMpa3q55HtlJAkojJ1V4V49aYAxkrj59M+F21Vb&#10;dqKbH5HIyZrDtUhcXNkZZJq+lmsXipZWPDqLHSx5H0N/aGxvYTYJKPGyU0VfX1iSqa4RQq0CSca5&#10;GHq+n1592MI8TxmqKeX+D/V+dOqiZgojGa+fSpy23KfMSRGaqq4YY5IZGp4JpEhmMLa1WSO+m17f&#10;j3ltgs/gszAZTS1+oLTxswMJYuWnkaNDf1fUE8+3lmkWQKOBH8/t62Amgjz6kzfxOHIY8QpFNjnW&#10;oStci1RGwQfamO/BF7hvcrZOMp3yIosfiHqhHQMsNVOJEinmhF3p2QEGxP0J9l9+qRgGRqEny6ei&#10;JqQgpjrFnq5MfjpKuprBRQxSRiaVTHqjheQRmQGXi6g6jx+Pap3olVnsZQUk5g2/RUE8MOQoKCJJ&#10;ajyk+h1EZsym3LE3HtbZobeAhASW8z0y9ZWDM1R6dI7adBSYrJ5Sqhr8nuGrzayV9JlcjUO0Io0Z&#10;R9hAzjTFpJBCogBHP1v7BXf/AGTgquKbZ23oZawJNFSioMsr1InZfHM8hcFAb/QL/sfZjDptIvEk&#10;I1HJ6SSSeKxjQfLpV4bFV0E8uUytTG+Rqo2jlpqSONKKmiEpeCKJtIdyoNi7sbkmwA9qPY2zc1sy&#10;grsluaoXFRpSUk1HLTyPJkKgeXyNHUiM2OpDdQOT/T2Vz3LXzAW4qKmp8ulUcf04Ik4/LrqozFDk&#10;ZEx9ClPlmapnp6yNrNDTLBG6yPIXUglZAqGwP55uLe3jtrLvnFoX27HWZV8nQJWUEBSVZYTSAGam&#10;WnNvIzC7Lc3/AML29mUNzHHaCOUiq46bkjYt2Ctc9JrrfB1u28TkKHK0lBQ1NPlshrqKKRGgyNPN&#10;KKmlrmNlMbaH0NGRwVuDz7R2U3XR5ug/glFSNjq+ZcdX1keRUJT0OmMJULEZBfWbfU8X9pogq1dj&#10;WtafZXrUhdyFXtp69LyGlljnE0k/kCRzRL6dLukk3lTysDY6BdRYf4+xho9u0+Z25NJE38Qy+SxU&#10;+Fnx1HVhHrcJLTaZKqBVbx+aNiG1AD6fT2itJfDu+8UA4fb0pdFdKN5jPQebj3IMLm4osqP4Xtan&#10;WLJSbnq7R0mOzYrRHDjqppQNMNRGzAPf6kqGF19gVSYXH7BWm29iBujK5DIUdRU56EpCZKZKeQol&#10;L9rHqdCAQ19RLf63HtbOrMDNMQvkOkqBYz4UQJHn0v6OpesEtS32bUXkjbGVFPN9wtRA8Ct915uF&#10;9TMVULfgX1G/BjuvtyS0+1aiDwTRCuysCRTZOp+3cxlNQhp6eUkrotcqfz+PZH4SfV+Kw1AD/L0t&#10;LN4YANP8PQSdh7Kh3DuzA5eSuniGCw+WmSgo6BZWeoqtMH3dXUqddihaNFAH5N/YR5PdO/8A+9O6&#10;9pVVTNksXUTFY5qKD1LTTxeeGaCSOzcDSJFLEmxt7Edz9LbqssKgV+Q6QKruxD1I8ulngtvbYlo9&#10;u56LDR46qoKKI0nnLxzUJkhMMsEwLBWKksoYg88r7Xm1crS7bxuWyG5dvVjxV9HTYTF1M8EUQrmd&#10;rTSIVuUYPYWJP9R+fZO8S3cwpJQLkivSwOyCiinDpl3zic5umt25jtpbuo8FU4HP02fzqx6a2omo&#10;IqeSKHHz0auD452kNy1uF4N/bd2DvLsPbO0q7c+3GxtDiRJFiZaWqp5C8UsqCMyGWK6gKum7Ecni&#10;9/Zjtb2UUjFFDOvrxr69JrtZzRyfy6aqrZfXO4NwYzA7mokz+48bGN30T1s1RpCUuTtDOqpItxHP&#10;JdIWDKBz9PfLYGQzm6KfbFJU4qom21mp43OZhx8rE1GKjSWukpSwZkCuT6/oVvz7Ktzv4qSPE3eP&#10;Kvrwr0phDNpJWoI/1f6uHSh3RUYLDfxvNU1fj03LhMI04oKrMRUMJjzJkpsXFkYiwAjqZoHjgMgI&#10;LodN2X2InbeHzdQdsUm2ZlxWOjy0y1dRUUcf2zwU9IauJ30rdiNNlJBFxY8ge3bCK2XbvGoZJX/b&#10;n/AM46o5k8bubSAeHQI9DbzfIZPe0W6chjarc0NFhchNisdlJMjPjqesnnxtRShJpWSJmlijZ0Qq&#10;LsGsAw9xKSpppc9ktyzbtr6/Fbf2uZmopaRYslHVJIUq0giHpemlA4jZdYsByCCHRbyTRxWtAp4n&#10;P8h8/wDV8uvNIUVnXNfLpQZpMzgsFj9s03XG3KXJ787BfHrNjqmeXCU1A8c2Tpdy5uviiWoXIRwQ&#10;ILqjKZwGSUX0hBYzsGh2/Qbhydbift9vZnKY+twtDR0Jo8lkKeqTxslTRykEK4GjQtlJBI+vswFr&#10;CLkTRNTSOJ6YSUslG8/L/Y6Xmd2RXZ6Lb/jyyjOYfE1ePqclNNPkY6OvkpY9NdTCQKDUxzWkjklT&#10;WV/UOfaNw2xos3vmtxuJqMrJt7xw7mxMNf41ZkcCskwzqrgqY3Om7f2L/Wx9o90vKIBb5Zzpx68P&#10;+K6UwRhDqfgM9KSTcdXtvaNLmN8PjaKuphBS5upx0s7YlKlqr7I19M1QgkWGQ2lWN1LLqCXYjUVr&#10;2bjIs1V5jcWzNyYmozkm3KPHUeFaQzPRLRSh8lNTxR/tl1QFdR9S8gfj2/Yp4MKW92NJUftPz6Zk&#10;VpatHxPSM63rNwYelO39xbczNLEu4dxVEW5naiTGVkWQzM1XixUwvOapXlEyoCIAhZVJI1EewjrN&#10;tZ8bFpuxoYcpjqjbOErv7zU1bSTxLPUJVaqespo6i+tfHICGYWKgW+nt6Fo5ZntRSozj0/1fb69U&#10;mjaFVmbjTh6/Ppdz7uw+O3LQbYyeWx0WU3HU1CbZoFqENZWrj8U1dk4jCbHVEIJ5CRf0kXsePa5w&#10;+78/gtj7a33t7HJufbmUzFLTsKuPzZHGfbQPHnJp8en7aDyoyRngfp/BU+ykWscs8qFjqX0PrkfP&#10;/Ofz6dMxCq6iob+Xr0yZmXbu6s/ltgVtRmaDNR7fgydS+PjyOKjqcTkqyalo5KLPRoiyyxNAxlhi&#10;m1R3uw0t7at8djV+ZyeO3BjMBHmMRjsnFT5bOUlFTwtHWyBZIaepNWCTHGVunoIblRf2YQW6paeA&#10;5Or7a9MPK6trUVXpz2rtTE7SojgaGqqooKilkWkxUuTllFPS0rmOoqKCPUroWM6NUSIf1spuCRfj&#10;Ubqh7eyOJ2vX5Krws0NJkxjc1RrSx4o5CeQVC/f7dQhpyjIYdK/TUGFvaWUnabNtK6qmvz/b/q+X&#10;Hq8LC5fP7f8AV/l6x0u3KbZq5nK4Cknr5chJjZaykq66aerkpqCkTHCOnyWSlYqI4x5rSkhmDgsC&#10;4ZDCVNRS7e2/V4bF4dNz1+B2oHEdTSUP8NyVZj4dBxjUzBmjqJdTHSEvpuDz9Sna7Wa4uC9zIUSU&#10;lioJ9MCvSy6n0x6Ylz0GGUiyGcq8Xk66srNuUWT3JUY+GoxeRyNHnKWlqkYwZFKynZYZKZnihjUu&#10;rxAsG5Fh7C7amRoZ9xPvfduIbG5Lb2fp4U2N90r0lC9fR/azSR09aRGIqUsJgEWwZbAHgA2vrTx1&#10;+ite2PzPqB5V458/t6SwDt1se7pTbmwWfyWwU2JtPc+XFbnNnVtLS9oSywV2QjnpYKdaTIVdTi1g&#10;WaorUkcieHRezyKdVr5O7M3Udjbpxe0qTbeLykVE8G6MO+X+7pqSvqKem/yqjE7aad3MDs8cUjFW&#10;tY2bj2ZxGzstsEMJ+ZIya/YPT/iuk+lmkrKBXyr/AIP2f6qdBp8buox0zs6py+5c5kq3ceVVcZuI&#10;JM9dh6MY/N1EOMFBTJE06aDUOZZHYga2Z/QmsJfP9f5PaezaPJbM2/j5t25ONsdnMfNW0mUxGZx8&#10;tX/EaSTG0uTCl6lV8emnMf4BW7LclljcwzrK1ySBHwBxjpQ6FKCGhPn0MNBn58ju3P0GRrcbUbep&#10;Y6CuwJpaPMY/NYSvo0lx+fhzNcjGB6dnXXBUK0QAeWGQOuhisczsfszPUFHnMpjjmzJtHHy5HA0/&#10;2dH5c5iqURyOVm9AnZYxGI/HcMtjYWIT2W6Q3Cm2gGkKxz8q+vn+3+fV5IBH+oxqxHD59J2m7A6c&#10;63Yben3NiMBJV7irUoo8jVyzST1+8M0+dnaKplLstNNVVjyiV3EKqwbUF+gdbk2J/Ds7s3d2V3Nn&#10;6TIZDC02XnposZPHeJIlrIsVDTIV0usRKVEt7azq0gjT7MWeWezI06UqRU+Y9f8AN0wqr43iVNR/&#10;xfS12rvCh3Z/emnxCY6Zds7nyO1p4octS1p+4x0girHroqUOadtZfTTyDWVAJsGFlUlbJv7Dmh7f&#10;gzmG6+xWXjnw9fuSuaHKZCadHp6GOo+3RZZ6VjIby3OjSDqJHFLSU20gtbLKtQuR5Af5fQfPqsyx&#10;nvkHdXH/ABX59B9ktrYfZNRurc/T20NtVvZmXoKSjy2JxsseHxuRTGVaT1LVKxt9pSVapO7QrKYz&#10;PIUEraQZEDDDYHfGN20uXi3RnJYVytBhItm4Z5127VffZuLDY+iFfKCUVkYSlW1OykH8E+7G6iku&#10;JIYqDSCSfPpxYnVVLEk+nl6dC1kXwiZOiOQpcQ1XDBVZCCrrTQitoqehivUVtOJgZVSPWqvKpAXV&#10;yRcAnH6l2c1BhdwZ/P5TcNJictUVtBFtXeEFBK+J+xn+xr5KadQpSGeSNwiuCCtnGq49hG/Xcd4v&#10;4rezUEIwLSA4p5gDzIGf8o6M0dLeM8SxyB6f7Hn0Tfvb5AYbA7kxWzNqYaXem/KnGUufwtRsqpm8&#10;lTVVdNNNiIKqOlSQPAsBiq9a1EhK/RUViSKe1sTiJIa2vefL5danJzSUi5prw0VLCyLFR4uAooFM&#10;hUNEzBj9TqIt7Mdwt7kT+AknhqFp28a/P1P+HyHTSzlV7kFTnh69E87X7d7C2ZVYrbn93uvMBlRh&#10;aDJbp/ubEDNlc1m4ZY8rXbiyVD45I8lUAyGoj8jMNWpmN+FpPA1ULxaaWKPQAIwvAQABFUiwBtYc&#10;e2LOZbJfpGXWWBFaU4mpNOHnmp+fWpE1jxvXorlXkada+o3rkJGy+QmZpjTV9dUz+p6X7eNazIGR&#10;Z5GjsulQukgBS1vfTXF2BubW+t7AX49mEUK1o3+rh/q/wdVDdmk9BXW7hlkp1poQUgE8sgQglUlc&#10;8soP0sL2P+wJ94GL3sPybX/1/wA3H9PZgqoF61xFT5dJxpDKTLJIzuF1er6jn6ED+v8AS3vhchjf&#10;kfngEc2uRc8e7UBWg/1f5+vA1HXLQbD8ci3qAZjYmxNubf2Tb3kCs1zq4+vH+tyf8PbbOqUqM/Pr&#10;YpTrmI7C2mxsBa5+i/S9/wDiffFRpbk8Wsf9v+L+9v3LgZ6qHUY4dS4YQ/1KjkAn6/jn6XsQePp7&#10;7eRVXUTYc8k2F/x/vfukcUksmkCpPp/qPTUk8ca14Dh1LQMZBDRw6mC8qAXd/wCrqFF7ewKXs+fO&#10;7xbH4VvFtLGUuQ+8zjRBWzOXpJ1pZKHFtVaUMNO+pZnW5L8CwFydblax7Xt/6a+JcGhIGVQelRgn&#10;+I8PIVGSntyJ2LMaDyH+r/V+fVonWvwrxOG64ly/Z2LiyXYm4quggo9uyZCt+02Xiqty4nyCYJi8&#10;lbLDHKwLv4oyUThlkPvjnqmq2+MnkIJsfkmqZxmDQu60kiNFETUVayU6lXZQq21gGwPq/qm2+9F8&#10;EkugMUUD5AcM/wCf/J1S6iaVfCjqo4E/8X0P+0tqYTclNgdqxYXc+16TbWEn2ImfERrI5sVLMkFD&#10;gmbKu08cD3u6xXUto1cfQhuX3H2RgNxLvWopclW7W35uyCegFLOTRV0VNkVmkx8JJKrIURUQMBrt&#10;+bGy7cp4r1XZMCP+WOtW8UttpiFWBp/q/wBXHo3eHg2xSQRbIxdZjpK7aOExVJ/Dllp5sniMdU0T&#10;0GLqqimUiSNZ0hkCPZQ+lwDwbGurN54nqncSVGQxGZq9w7zp6+ppcrn3gSDb8M7Cagw0kmgyKI1k&#10;WOZIwQNIAufYWW1TcLRLy6NUQ4UVyRiuKVr/AKqdLGnZXNunCuT/AJOgMymzsn3Dt+iwGK3vhcNs&#10;vb2Sx9Hl4dpUcVZPuuox9pM0fuGqDDSQyyhZqJrSsdTNITwTAyvemWzG3dyUW28XS5PJw0ogxgoD&#10;PVSZit8qCtkxsTILeMMxUFSbi/HHs7sZ9utJtYopArxpmlM/l/gHSWa3mkGDUen+bpN0HxF2Xjd8&#10;7b39kNwbor3wFfLUxY+urqGloqfHpRyikoMlPTL5Z0WVgJP3wjqSjqyMwKm23u/O7Z23Cu7Bj9nZ&#10;es8MtXBO5myCUnjaRZ4qWNXR6iSQ/u+QLpvcgn2SIsF/fm7iGpa0B8q+f8ulSgrGEPl5V6U2/ut9&#10;rdmVePeKhrt64PGrkxBjaavpafAS5OQrR/aZHMB4p1o4Ib+GKldwTcfRbHLtzNYvfOZxWezldCzU&#10;UdfWbdwEcBkdxUUwhq6rKTzIRqB5Ro9IFx/sVe4yySqtjEPDQkBn/wBXy/zdUDfTxtLGNTcembLb&#10;Cr+nNoZPGda4RWbL/wAJh3NueprIqN6Sjx7+LFUuExNMwZ1iSR4QjvcKx1GUn2Fu+N5bu23UUuC2&#10;vspabA1rZONaeSQbnzuQnZzLVTQY+dpCqMW1IGBUcfX6ezgWtlZATaqsPxHA4enD/V+XSMPcXHxZ&#10;Hy6EbaW1abNQyZ3eG85925yCWirWyWHjqdl4jEwpeahoqQ4eSJ5SgDLO81S5YEqyRo2gh7tfYe19&#10;zVOAGIlrsDLmYs6u5hnY4FWhyECAxRTwUxiWNJSdNyDwbAD2X3F+QGmenGgz/Ov+r16VRwkjA/z9&#10;CFn89l9uYvcOYlwlTuCHGLS1OMxe3oZZs1kaV2VKuGKmmOmSoj9boiMA6gD0k8CTt/dNV05kKjM7&#10;oxGS/h1Jj6qlpsXTY6JY4pVsv8VkrZGZEjmCWp1LIW1cA+0cu1/vWRWDUUEFjxr8qcOnHuDDEVTi&#10;ccOH+r0x0h+ytuU3dXX+Q21tXd9HjVylTTxyZ7Hu1e9OuOqxLV0kSUU0R8yOojlRnGg3VgG+jVFX&#10;5PtTf2A7I2dQUOAz2DxEla9Bn4agrDBURPHFPUvEtlYpyjtZOR7UbrPbC0TbGB0104888PL/AFcT&#10;0zbRyKpnY1PzHr1F2xs/GdSdWx7M3TuPMbvxnmqqGbJVcWjJ1iZqYvJRU9HSu0zDU8gjiieWUqbD&#10;UePak2FuetbcW5N+9rZPbVRTYOjjSgfG00VXSU/lmKQuuRj1O8ykmyRDi/J/BR7pbT3qw7TZfpoK&#10;aj6Kvlw8/wDV5np6MrawMxpVuH/F9c917XkwmxYNodaYuelkzFXUCGnFXU0pRJ0afIT1r5M3WNv9&#10;2iT8HSqFmUe4dA23u2+yKrc9Juiqi2dtyGKsl2lj6SWmrM7Lp01QXWyxo0zkGdyPIUGkEHkPb9ev&#10;HBHtdoKyOAuo5p6mv+A0p69atEdFM0jVp/q44x01baxG9eq+qtvbdkmos7vWb7vGVe6MjWTzYHDS&#10;VNTVVuLlr3qCKuSjo43jpaalhS1wqXiRi4k92V+xa/K7M3Lls6+2a7FJV02AwtNC1SUoaaZdFU9G&#10;DGsZTQFjDLb6fUD2Z2tpLb7GtiwC0rVvNq8TnJ+ZPE/bhhZB9UW4mvHy/L16Yuidt7s2TWb929Wm&#10;o3hDls4N35fe+Vnhx0VbunP4+FcjhaCCGOYzQQxRQP5FYrHrMfLelVPg8dUdnVOErd1YmGDalXpm&#10;pZK4PU5HJ0sF1hrJp5P20LH9KKvF73It7Cct7+74mt9pOqWuSOAJ9fs6NQqkF5qeoHS73DlaXr7b&#10;e6ZsDUw1udoaSaopsNEkCUFDVyxGpp6ePH0oEgQrZiGLOw+hBPt53TnsXtKXJbQ6x2vjUyFWY4qp&#10;1pKusSaRoxFqekpbMUVP1OZFW/0F/Ygs4Le3KblesZZgMA5ofs8yei6SN7paN2L6dAH1dszsvsjA&#10;4XsfvvsSsosdDWS5/b+28TBQbVgxdL90J6J83k1CSW9I0wsocIAJJmuVAO4bqmi2B2Phc9uvetOM&#10;XBTnKnaW3sdlZKyryEg1rj9NAWBQSm5Z2uALfTn21vNzPuFroRTEJMMTQECucetP2dWt41jctHVv&#10;SgxX1+f7Ohnl7L3D2DsrdE/VW08hPlBksntfC5vdb4zD7YeSJzSvuoPJNLUVNBGCZoxFSM0xAULp&#10;JcDZNJm6yi3TurcOHqqOHIVlLR7b2vFTw0lQuNaUa8pWVasRNNKDfTeyAWAJPti2SxuZksduNI4k&#10;73Gan0r07JrhRV4uf5dInApUbcynXuwMZunH7hrKGjzGU3xvSurUyNQM1R0miLFUeIjOmipnnlMi&#10;BPGqxxpH6mZmPLPLmcztLNS7C23HLmxTpT0cWQrKmAM0YCvOpU6QQL6QWBbj6e39vTZbO8ZZ3qwU&#10;kA+tf9XDpuUXRAqaD9n7esMuSyeydzbbn7P7FhTAPXVs+qiwuOpcRLU1pMeLxmSqWEtQsYLAmVVC&#10;ggBnUXb217NVeutqJvbuKVY81XSR0X2bQ081RkHY6aWlNNCCWRSLpG31I1Px9Stra73/AHF/pWMV&#10;tDksMVPoPl6n9nr0+9wkCrDHQuw4+Q6i9n7yy2/q09QdCS4irzxoXr8/u4VE8O3tg0FQ5Q1kGSoQ&#10;2vJTmUinjpw7pdpDb8PG+slFkKM722Nh9W4sdjW0yxU0AdojGG+zbQNUkijhVUkD6exFtlpt9xA1&#10;tdsGKk0B/wBXA+WOkcsk6Porg9JLpHam/Ot6jM9ady7uoM/tncGRkbbwq8nmazI1M4BmqP8AKK5i&#10;IKWZ1L6XcMzkn+17Ltis3uveGZhzeY6+pa2mw1RHUZWSehNbl1lA1iOATyokTki/6PSP6G3vW4NC&#10;yixtWoTgUPl/sDq8S+GNZH7eP5dG8+yw22sZFiaPMw4SGop5KXCwVFXRwQRS+O0P2gYK76SVJGsk&#10;/n6+2mLde6pt45nLYzB5ikrMt6UiyNHkqyohoIDdYqN5gYkuBYsSfzYe35IrNYEtmICoKememUeZ&#10;T04xYfHR4ahx1a8NRS0SQeWUCOigqJ410vNJFTFUXW7FygNrnm/s0NJ2xuWv27FjcJhadt8Q0kds&#10;NUztCUhB0LPUSyhebXJt/j7KbC127b5JGvsxEkqKnieNacR/qx09LHPOwaNtI8+Ffsr/AKj0SbfH&#10;xC6+zu/598br3BljsyctXV0CVFKIGrne8FJTyQRu0VOtrXC3P01XJb2iczQZva2Hqdydm7tpMBBk&#10;X8tQlBL/ABWseol/caixdOVEeo83dlY/7Ae1Nm77rOTZReFDDwJGlQPIAf7HVnuIbdRbL3H+Q+0n&#10;/N0NmM7G2jmK/wDuX1Rtp925nb9PTxVU1SkuE27g6aMCnpanNZ2rieZzYExQQQySSWbgAFgFONk2&#10;/NmU7AwkmR0ArS0FBLDW1OYaJSEM0UQbxGSY/QIABf6Ae3r6OK/Q2ZcUT4j1qPWmQMnob6Zcn/DY&#10;6LMRUlRWNQk11XSqKfEGobUZIYIZneZY14A1gkra7E39mQ25itxblmqc5ufDw7X2/FSulHT1ESVG&#10;4qyOZLM8s8rEQEj/AFC3H0ufZQzRkxbdtSmRwcnyHrX1/wAnTzFLeEySGrHyHRVN89l7W2DHFt7b&#10;e4U3jvrNZMPTUMVfJT7bxtXFLdPu4MMpRokbSPBJI7MRdmHPtHtR7Bq55cfSYvOZBIKp4FrGrZKa&#10;nimbjwRopHk0/ltBufzx7VzvJt0paRwT5gf4P2/l1ZVaWOvw1H+rz6Fygk7jqqSjyeUy+zcA7UUc&#10;lTi4sTWZWSUqod6p6p5ofEG+gjBYKPzf2FGS6Wptubtj3A+/aeDb08wefFmaqmrYA/JpXKtZyfpf&#10;j/W9qJr99xtR9MhBI88AdJYo/CerkkdKLbu/q/OpkKX+5+4oMljgY1nnp6Slw2WdfQKrG1ks5YRM&#10;3NpEDKOPV9SsmfbldUvQ0lJkGaBfJR1FW/2UU6qL+hDY8j6H6+0gt5IIx4rA1404dKFl8TNKEdKO&#10;N9wRpHVVkmPhVyq1NLSxS1ckDvYemc2B0n6+m3tVf6O6zfe3KrJ5ypqMdSY2mkixFLTTyMjvGp/c&#10;aFXGv8C7fk/T23YbkX3JdrswKNlj6fy4kdN3OiNNdMmnQSb37W291buHbmEgxz5XJ7y3BT02UqFK&#10;Uxo4qkeNayqqSoUKnpCx2+n+P1BDr/Z9KcvWYpsJmGlEzB8nLOcfRssTFlLuFLFB+ohb39u72ktv&#10;KND1byA4/wCT/i+nIBGqapcD59DXlcrBjqB8hJVQQwRosjM0ZnaQEiyQKjrdmvZfrz7feytg9VVl&#10;JHUy5aaHOUSFaqagnjhxjMPpFNLVeq9+CQb/AF4HtZYQbl9OfrKLXhXjT5/PpJI0ck36Yx0jduZv&#10;fuUztQ9dt2hx2znhU0FTX1jx7keYm7SSUNMjweEi2kM6uPyW9q/qTY+IxG0sruHI5H7TH+HTSmCR&#10;lhnQAkyPLKF1jiwIHshSO9vN8S0tKHTlm9B09dzpaW6gZZuA6aOyN71+Iyu2trYHDJnMzna71xNq&#10;K0VLCnkeqfSCF0g31OQBx9b+8mz87itxZ2egwua8FKpeOetgYrNDCt1Z4vJcXsDbj/ePZjvsK2BE&#10;gXxGr/OvXoZleIs/p0pc5FU0225amtxkGTrYIPIuMYiWmqKsi8cEugWKl7Am1vcWCgyGA3t9vgMq&#10;cvSVExlmqcnVM9boB9WsctYn+oHH0A9+3OIybesswoxHAev+r/Ueq27tI2psKPXr2MrRmtn09RuP&#10;ER4af7QLWY6mbz0tLMF06KOfSqsv0tb6fQ+8/b/ZC0wpMfjY1+6kCwy1CMR4nI0konJbkf8AFfa/&#10;ZbZrLbB9RlzQ0Pz8umizGZmGB0leutgLh6rLZiqcvFXVkj0NIwUrHBquksh/LG9h/vftFYvdGV21&#10;jJtwURrd1ZORDEXrMmqUOOkbhiKaPl2W9gFWw+g59o3iW+n03VVRc6QOPT7sQulfPoQ8tgaTKwDG&#10;t46Kjdg9QlLTxLPUxhtTQrMVtGrEesgFiPyPcDG5nI5xn3HkaSGevppTNMIo5HjhWIayohGpna9g&#10;BcD+v9PamXRdP9GO1aUA6pq8BNSjpzpqKlx9HDj6YeCnVDBCoY6hcfRXP5/3w9rPG5mXssZCGfD1&#10;BbG0stRKqExyFIEuolWP9HAuQCOOPqfaScwbVJFZKfjIA8znpzSfBM746TppaDaEAnGQjpaarr4K&#10;c/esgj89bPoRUYkXZmPF7kn6n2gNm78yOL3ZLjYIJqSipZjF6XMUEES8MEjSwYkcD83Nz7pvNjAq&#10;AgVb/L1e3bWh19P2WxNHmKGeirIIqiOeIoRIiMCbXF7j6X/HsZ6jcNc01VWYuVIo5ZAsr10zvIY5&#10;OH8SqOb/AE+ot7MLQh4UWXLAY6RXOokIBXPSFTZ+JFJQY3KUkUy02mSCLH0qQU6SU764Wa/A0mzD&#10;+p59pHsLdlRksdjsRh6iLHVcR0aVXxpI4a7y6hYXP0v7X2/h2du8rHUzVNfTHDrUVuxl1t1J2hst&#10;MFk87lqiaaunzE8ckUtXJ5npaeOMIlJEG/Si/UAf1J/PuVtTb1HnsW+O3zKmVCQu6xQz65WUKS7S&#10;Trcrf6AD2Eptz3BboC3wjHNeA+fRq9ung6qVYdO+46iuxtKZ8FDTw1ckkcbvPTsYDc2W8SlLnnk3&#10;HH59pc7VSGPK0O18biMRiaYLIYaulmmqaqRWNtdS3OkAC17f1t7OHiijnRyS7tx9BX+XSQxAqAQB&#10;8unSCuNPBQfxCbzVVSoRngCrB5CLm0Qb6f8AJRH9fcnbuzsjXQxybizr4+klnVYIo4BCsyFtR8ak&#10;kiMD8mwI9ll3dStKyWiaiOP+r/Z6Uqiovcfy69kcv9oJVpKV8hUxRPI8UDKNGkehHc39THgKAT+f&#10;p7ELP7UwtFi2raI0dREoeJKqONI6qqv6TEJogSFIHPq+n49rtmSeZWS4bK8R5D/Z/wAvTEgDPw49&#10;IjD7yr8hnUxVVi62iq5KdZ5YZPVT0kRFw7ait2LcABfxf2G23augx9ZJIuNp4KhvKEeioDTUUBA0&#10;x+WpkAMmn6n+p/FvdNyg8WTSxJUeX2dXVQEKrivQiVMMskHiVyQSPIzcySR3uyqFsAT+CPay25j6&#10;2XOLX1eXp65JTG4jhiiQxxqbmNS17X+l7Xt7L9zm1QCJFKgY6tGFUEHpoyU8VPjKiKOmkhKxyLGJ&#10;AxUORw5KE6rXva/+Htg7c2rW4LM0+7/4bLXUxkiqIhBKZIYCvrX9lTcn+n0H59n22CDcNqEIqoAo&#10;ei+OZYnMfEg/6v8AVw6TPXm9cNuGnqcHT5BZszgWNLkaaRHhqOGstQFcAMrflluL+4W2944nc1YM&#10;pnNprW1MK2Ra+MPASLKsk/FiAByvN/aCW2SFBZRyFU+XSoE6Sw49KXKYevkx0lFiMvPh9bXM8EMM&#10;1RFGW1SJSme4Vm+gYg2+oHt53VurGbljXb1C1HjKKm9Mr0VNHSUMbEeseXjUV5GlR7W28FvtcJaE&#10;apG8yanptUdpNcpqf8HTXtfbNXhZazI1+QyeWrapBGHyNa1VMkMbHQiR2WNCfqSP9b8e0tDl02D4&#10;EwWDmzE1xL9/UgeGMfiXxyelQT+bX9pxtkd7We+Y58gaf4OrtIcouB0pKyiOVppKaeeanilRo5oq&#10;WQJJY8MrTjn/AG1vaR3Tv/dm6cjSU8uWo8L93KIX0Ta6hVJA0pEgGlbfk8+zMeDY2ZWCPCjGOkkS&#10;L4lAf8vWDC7bw+AphS4ykWKPW0jPIzTzPIxuXeWUkk+zi9c7U2xtbbVJm89m5dzV1RFqWGoWFaSE&#10;j6BYFuSR9fUfcdV3PfNxaJR4MaHJ9fz9OjR51iHhRirdFj7r3l2hkMtNsLr3ER4maWOF5dzymVqi&#10;OGTiVqbSoRLXKgks1+Rb2412awe5pSi4WjqIoCSHkpIZVWxsNIbj/A+z4yQbcn0werHH/FdVS2kb&#10;9SRqV8uk5s3q/sTY1O1bkOws/O9SgaWlkyk4jaV/XJJJJIGcf0RQ35uf6+wo3/8AeS0a0W2qeGkl&#10;XVHI8FHBSqot+GiQEj+pHI9nditnBEZZTqY5oTX/AD0PSU28ol1E4PRgthRVqGqqs9WTTvNoekFV&#10;lKyvCjnUSKl2Vb8EAKP+I9h3huv8tLQNUZSoU1et5IpVDMkUd7k2Nrm/1uT7QtdSzXJWMdvp5dKa&#10;Ii1rnpeVe4cbRzJA8ytK7KgRSAdTfpFj7m/YH/jrUf8AKl/m3+n/AB3/AONe3/oH9Rwr+fp1rU3o&#10;ep/3if0T9Hl/Wv0/p/r+/wD/10I8jG/q083sD9eOPeCxFeu74JrTrdaRFFuL8WHB4v8AUf8AIveI&#10;xuw5JP0v+B9Pe8cB1pqHrmHUH6f7H625+vPvxcJ9Wtb+o/H+w9++Y6bODgddhNf44P44/P5v74ef&#10;WCFPPH1vY/4e7mvW6mnXYiCkE/T+gtcf4+88BJI/x/3u31B/4j3Ujqpx1ilsL/7yAb/7D3nJCng3&#10;I4PP0I+nHvR+XTlajrDYsLEWH1Fvob/77n308l103FifofqD+T701eI8utdco4wCTY3A+o/3i3+2&#10;94xORcA2CgW+hvwD9fp78oNKt59ep1zaFTY2Fz9T9Pqbf7H30Ki5sLki454/1/6e70x17y68YQPq&#10;BYkf7H/C3/Ee4s87MSAbj68cfT6+9AHzx1o16kRRKoBtzz/j/vfuOrlT9eeLD6/7H3cfPh1qppXr&#10;Ky3B/wBj/vPuSrtIAAD/AI/0IH559uFaio62p416jFRG3Jv/AMRx7zWZQPzYcDj8f19snjTrR643&#10;Uk2t+eSfqf8AC/vteT/sAeOB/t/fvlT169gdcWsPxYf1J98JwAORccXP/Gj72KA562TTPXKIk/pa&#10;39B/X3Duptzpt9QOdVvoeP8AevdyNJqM9aOepdmtY8/48f8AE+/SXPBvwL/7C1/x/wAV96Brx68v&#10;XSKqjg/4H/Ej8+8OpgP9ewAN/wDfD/Ye/HSRjrfWS3+PvsMt/wA3Btx/X6nj37Wadar10Qf8OR/v&#10;FvfMszWsOAfrzzx7eVa/PrxNesYCoWJYDV+P6f63vzxObEAC3PA/P+PvwAB68Pn14SJ/X88E/n3k&#10;gpZJXCt/U/T+n+Nvr7qxNNQ8uvD59Y5KiONSb3/p9fqfxz7mNTNGwN7j8AXHuoYsKUp1vINB1HWd&#10;JFsDe9v9f6Xv78VkJPpNv9q45I+vtwxr8S+Qr17IFOuPkQAAstyeLG/A/HuOEl1+rVYc3+trD6e9&#10;YPWuHDqRrTR6bav9sT/jb3iljZidIYH6m4v9f9f3RYyMtw8utDrIkigAEjj688X9wmpiVbULfj8k&#10;n8Ae3QaH59ePWcSi4Cm/+tbg/U+2o00rMR6hf/XNyPb4yAT1U06leVQPqDxf8C3uaKN9KIVaxI/2&#10;PFhb34AE069ny6jmdblgy8c34NuefcoYuclQqFQQPULfQe9VGevVx1HNdCAbyKbE8X5/23txTFSO&#10;wU/0H+x9uIop8+q1JNOoEuVhjXVqGkm3J/2B49u9LhpnfSU4tbkcW+n0PvVAV4deFRnpmrNwUsCG&#10;Qyqv1Iub/j8f717fafa7uxJT/WsPoP6n3UVpQcD04CtKjpI1/YVBTKC06AqbMpcAk/7T/tvboNr2&#10;F9J9Km4sL8D+g92VTnP+rh1WtT0mpOzqLUo8q/uMtiXuDqa/BH+x990m3mZ7eMDm34/qOfa1YmRQ&#10;zDplmzQ9RMz2TQU8Rb7tTZGa5e30BAAH1H049q2jwCx/rRR9P7Iuf6e6iASNX/V8+tazwU16A3c/&#10;dMMMbrSzyuQrXKsdIsfUpvwPa7x1BDEFLBbAD08c2+vB/wBf2xNAqr2rn18h/qp/n6UI9CBTolW/&#10;e2s9lKmpjpKioWNy41WZTYk8A3txfj2plCxJIotcC5BN7EKbXP8AxN/ZFelTGGXA+XpX0+zy6VKd&#10;QqcdBJthcnltxUZr2lnEshHrJ0lyNBBYWH1P19oXK5FFLgMoIJH15H+I93t5K9p/4vpGy0NG6Pzs&#10;jrmVEgqDFKUZY5LFbBbWsGY3vf8A1/x/sPaKqat5XQhrgsdRNz9Pz7NIY+6jYFOqs3aaeXRgcdiK&#10;ehpZkEamQRqqhRZlFrAWPNyb+3Omkj0L6ufqTb8/4D/W9mSwAEkAHy/1fn0iM5rSp6DXPrWvKR4n&#10;VUJA5P0N76hwf9cD/be87xpKxNr6f6gXN/8AW9t+FoIOKHpxS4GOm6nydRS0607O6OxP6LkAfUg3&#10;5/H+9e2urpIXK+kIb/gaSD/jb3TSdRb1/Pq9WPxdLzBbgq4YWUytUBV+rNf024VQR/r8e22THQsV&#10;0gMf7X05P55/3v3tUWpIGf8AV/P060XFKDj0q4Nz1qI7VJeJP7AGo2A+gPvg+EEwDaVFgeLH8f48&#10;+9+GQ9T6/LralTxPXo+wo6UvFeRw30kuAq3JH+H5/PuYmEUqAoVR9CNI5/1z7dcKrcOnFbFa9Jyb&#10;sfTK4leWSS7FSJjdbi4W3Nv9Ye5cGISEgmxH+wP19uAooOP9X+r/AFU61IRSoOek5kewpa8FI/Kl&#10;xY/VW9PFhY/7C/HvM9BGHDjSCbauAOP+Re20A1VpUdaVqDu6jwburHpjA4mcBT4mbUx9XHqA/wAf&#10;pf6e5IhgH1VWsDe/Nv8AE/6/uxt0+Mjjw4dV8dqmgx0yyZ/OSM8cE80X0UABgWF76V/1hwLH3j1U&#10;qtYqouP8OLc/j3vwEEeoeXWmlfy6kM+5ahRonlLKwvfXZx+n6sD/ALf/AG/turHiY/t2CX5tb/Y2&#10;HuhVfPrYLstT0t9uwZCCO9VqefSSutmYfi9z+LcX49tcscE1lV7kEA2A5H55960xEdaCmmR0tKWr&#10;ylKXkmhQI1yut76ST9NA4P4P1+n49zaXHU8aaypbjjXY/wCPvzBKUHW6sKjpNZbdOVmqvt1bR6rH&#10;7f6mxsOfz/Xj3zFNATqIIN/oCB/rf0t7c8KNKUNf9X5/6sdULOuadYHzeW0mERqY7HQzgm5BsSCW&#10;5N/ctaOCTSxUED8cfnk2v7aaFSf9X+r7OrrI5WvTJJujKUWtEYq5vZmDEAj8MqW5vYfi3vNNi6N0&#10;4iXn66V5/wBif949pXtgW6fEppTqLjOwM7HIyz1FmUHR5JOF0jl1QHj6/Q+4UmLhjH7MUamxPKi/&#10;H+J9uCJVFF8umjKz+fSiot8VdW5avqJ2SQqupXcR3P0ICj6H6En3npaW1ldP8PoL3/x9rFto2Wte&#10;HTLykGnHpg3FueSMNNSyMbkFbyNYW+p/J/2P/GvcyfHoy/Rb/T6Aj+lh7r9Oi5p/xfz/ANX29a8T&#10;pM4bf9WZTG7yEAjSxZ1Nj9TcDn3D+2jiA0ICRze3P5B4/r70ylBw/wBWOm/FaQ9K6LN1GSc+apkS&#10;KTUNAJVbfVbt/T3HkiSUhXS9zY8AcH+nvRRaajjz/wAn+r/VR4uyL69O1FkaijVzTTlbKQAZC/Iu&#10;fp/xI9ttThodQfxhhyTzfg+/HQwoOJ6srllqOlNi961ZRonlKFPSPT9Sv+w+n9B/r+5VLh41KvpC&#10;C4J/rYH+g900tw9P8v8Ak62X0gN005ffrMstOpMzkMFH0Utb8lv979vMqQxqtkBA4JNvp7oqx6j4&#10;hpT5efSaSZm+HFOkRRVWVq3kPnZPIGcQhiF1A8c35PuPMtNIApjX6W5H097e3ViADn1wD69Ow3Em&#10;nPTnjq/M0bSyGomspYsBfRfhfz/tv9t/r+5lNFDEtgFUHkhQBf8A2P8AxX3tLUAVU5/b/q/LrT3D&#10;g4/1f6vt6TmezmTr5/WssscahNTMRp59Wlf9b6/8U9zPto6lRrAuBb+osPoCT+fe/Aq2oZ9erLKS&#10;aHpGvu+o27I0cJcROS62fQyl76uPzcDkj/Ye2+bERB9bBbiwAvbj8fT6e0z2416zkGv+r5/b0+0y&#10;igH/ABXS+w3aVRV0Qp6cSAn9cjre5uQxUMSfz/xP099/awOwTxhlUfWw/wBj9PbfgBq1xX/V/q8u&#10;mvHfqc+5MlRQNUGqcPctZmOlr8i4fj/Y29ykpYouEjVQP8DyP9ce1qIqKENf5f5eqtJK3Dz6Q9Xu&#10;auyTGWaoZmJ1EX4RlJ4ANrD/AFvcSXDxySCbgEnj0/14v7toCZP+o9aaQlCT090fZ08NK2PCvMIl&#10;K6vMQCqAGwbm4sPwfbnS0EUXPBc/U8Xv/UEf7z7q6VrQY/yf6uHTQmfzHSHz+/q2rYIHKwDkRglj&#10;a9wp1fUf4W98K6mZoHVRqYA2BFhz9fbUccaSaxgefT5ftop8v29Oe1d0lq6kFYXhQyqNetW/s3Rf&#10;SeP8PbBRwxoWL6I7EfTj6f4ezMxggMM9FviOGpxp0Ju48pWTxxw0qzVGtWJuD6Q3P+xt9Le32Gkj&#10;qI5GIJVuNQ/NuL39p5YAtAgyf9X+r/B0uWRitCKf5OgmyW9avCV9NTvPCs8KglP1Eav0qQlwOB9L&#10;++KYenU6vUf9f82PAt/xPtvw9OKU9erB1VSwHWap7ZykwEKrHqOlVC2AAPJYkc/X8e5C01OAUZQw&#10;t9CBY/4e9/R6hqx/M/6vs6aa6cEEcOmqbeubLRTQyyRnyKHELC4seSCP94/PtuMEcUraY7KwtZQR&#10;zbmx91S3pxNPnx/l/n62zyMuvoQk3DU5HHRO1QstRENTa5hdR/X/ABtcf74+51NToBqUBb25/P8A&#10;sD/r349qPpkjJ1Gv+qmfy/1elVdic9IDcO7K+V1pnOoL6G9J8agWN7Wv/Tn/AG3vjUQRSgh1uyni&#10;/wBDc/76/tMYk1Agih/l/q+3qxllVqH/AFHp5weeytCkfjL+CRSxdL+niw1P/T+l/wDW9+pselg4&#10;QIptwoHI/wAR/jf3dYu4iv7f9n/V5dWMjtxBr03bn7FeFTCZjUTgOq6j/mmtYEaSD6ef6+5c+Ip6&#10;oWeIWsBqIuQP6j/A+23goafPrwMqjAx0k8H3NksOWIq5JXGpTApbS7ar8jkXA+n+9+4Me36OJv0a&#10;gfw1/rfj6e7G21gajj/V69WZ5IwCo6VVR35mayBjEvgmFysgZOEPpNh9Sb8f77hyix8KchPTe5Fr&#10;8f19uC0VjoH+Yfz/ANXr1TxZGocjpAZntvMmIu1UhqGX9ti3qVjyR9bA/jm/tyagjKWVNI+vF7/X&#10;6W/4r7Z+nVWp/q/2P5Dj9nT4lZlp59BtT9wZX7xpKuoMliVBZyqgKTpYk8cX/p7xfa6U0rH+P6f4&#10;c3J/2Pu/gipHH/V6dMkSB6L07r2H56yGpnyRjQshKmXkkXIIt/T+thz7ZKrFxEE6NJN7EAA3vxb2&#10;5oUdxP5Z/n6/7PXi0pNGHQ07a7RrpXjgWYVEICm5kLp4/wBAY8Ac/T6f1/p7iQ0kMVlAuw9RH1uT&#10;/X+nuwCEZP2f6vP/AAdNVk1gAU6VuV3Jla0STgKkJXQrKzgafyVAt/T27pRxyKQ3II4+g+v+PtiS&#10;2jY1rnz/AOK6eWtc46DKq7EyuLqEWCEARPzZyxe/FwQf9j+ffCWijWPQmkD+gIub/UG3vyWsamp4&#10;/wCrhX5fkOnixpXqRjuxspX1xnqkls6aLullQ3upDA2/A/xP149wXjQDQ6DT+fT9fbzWcUtdFKnh&#10;X9vTAkuAeGOlrQbgyHk+4hqJNQ1cF7hWPAuCfr/sPfoqKjjYSWFx6go4AP1t7olmtKMRT59PCUjI&#10;BBPWPKb83VWo1LTxvCXJiapOrXYHTqCAX/259uRlppEAMSXHA4/P9D7Z/d1uJCyn1/Z1oSy0pSvS&#10;MFbvShk9WQqGikbU2tgdX5uCT/xHHuFIY1sViHH1IFhz9Pb6W9vHkn/VjH59MyvORQdKakqc7kdS&#10;S1zjUwdU1ahcKRq/PvDFG0rG0esG4ItdSD/UH2+yQOug4H7P9Vem4llB1N/q/wBWepuTy38HhWaa&#10;taCeEK6OJT5Qyc6wy/4j3LixNPCCyxKrEksBwuq3H+39sxxRq3Gtfl/q4dKXLthR0icr3BncpIKe&#10;SrYQx/tRSmS0kkd9JKqBcf4398Z49aNEU/wAA+oI/A9qJVhYADPn9n+r/VTpMTcI9Bn5f6j04bby&#10;EtHVrkhkGAf1O5cgF7fQt+f97H+sPbJNgaWfhwwYm5A4AP4Jv7SiBSajgOliNp7m6Fqn7by+PF4k&#10;imhRV/cdtbSKxtaMpxzxy1veajxFNQvcWa5Gnj6H/H29ppGCf9X+r1+zpgnU1UPHpm3D2Nl9y08k&#10;EEU1MxjBdg4Usp/A/wB6tb6f19qmCWKNDYi3+v8AW/Fvbb+GVAIHToBUUr0XDOYncWRyUchNSBrJ&#10;XSsiIirdtVm5I4uSB7YMhTwNOJvGCTy36R/sW96iiRcD8v8AY/1cOtOw01PQ+bJ3DnDhjj6ivk1x&#10;pojZ1dmCr6dKlebg/X36OWNGsmnngWPA4+ht7VxpH+Ifliv+r/VnpliZRStPWnUXK0GTrIpTUNO6&#10;rqJk0OGYKbIRr+vN/wDCx991lOtZTOpkC2H11c8/190nOiQFf8H7erxwIVArU9YtmZifb2WjH8Pn&#10;kM7trURt4wyHUG1Wv/sLe0tSYErMXFTGI1IPqI1H/C3tv6thRSM/n/q/PrQtIg3Hofs5v+L7HQMV&#10;WvPMmgJBH6F1L+oSNYj88fn2tKWhgCXMqiwJseb25J/p7q9zIufI/wAv8vVvpIq5z0WTcW6szJUi&#10;GnxVVK0h0WiDAqSbfufU2/rb6e8VVVUNOCWmRSvAsRf/AFgPe0nZTU+f+r/iur/TximKU6m4Ta27&#10;M2Y4XxcssUjF5Gk1qqjk8uLXPIt/rf09xGr6KWllL1Fgysq2Nzc8XHvxuiaVAr/qPr04sURNAOlR&#10;S7D3Ji9wY9qTHBlgmjkn1elWjQ+pLkf0+lv+Ne0rjpY6VpPJUq0WtiGdvVa5t7u05ahrU4r+z/VX&#10;pr6eMS1PQ6bmxlRl4IBT4qWKq8agpFGFjVwo1er+l+QfaxpsxiolRAyu7C4Itf8A23+v7TSRITqY&#10;/l/q/Pp6iqdIAHRdM5152TlJ6lo3akoYn0gXkUEfpJJWxJA/px+feRs1jwxFxq5/INz/AKkD26rI&#10;AKU/PrTYIoOmWPqDfEoR3rJBEzhmURtGVXXxK0hN7/nSD/r/ANPbRV56gVhqhW1uWNjYn6fT23+m&#10;Qan/AA/6vy6szOOAr0K23OrN1wxMDnKkMp/bRAF/bK2ILMOeR+OfbRLuCiCM600TCP8AU7KCfpqF&#10;j+P9f234cSNqp1oO+nA6ESn693BIyQTZ6viE5JWOKXSCLaCW45I/pf3wh3zBosoRQo/SLWt/T/jf&#10;veqME0H+r/UOvIxJ7um2v+PC1U5knrKud5G1GVpZPLcG/wBQeL/0HuWm9VldVAU/RU0gWuT/AIf7&#10;f2zSJjwyf+K/wDrZDMcdQj8e6WihmIqKgly8kzTzyyOwUEhRc2uPoPx7Ytyb5lo28YI0EDkiwP8A&#10;rD/D2ot/BUnUOm5Q6mvSu2H0Xg4okrJEbziRyfWzsoN+NR/J/wAP9b2iF31Uyx1DwtayMEUEar/0&#10;AHtaJ0QUHHptdb4Oehcbq3AlqYT0yTKjgt5BrB08gtf+ntig7BrfP4J5GWQtb6mwX8cj3v6nSCR1&#10;pAwbPTvP1ztuRAqUMGkL+nxr6j/X2INJvCaWFF1ggWBYNfn/AB9tfVEmrdP+BrNSeg4ruoMClVLU&#10;R0cYkc6gPGosB9ApH+88e81ZuWqRVKPdALnSSRcf6oD+nun1Taqf4fn1YwACo644rq/AK8peiiWZ&#10;jpUsqghfqQhP9f8AD2ztvKdZFRJnuy/kkAH88e6Gao6p4CgZ8ulInV2DeMmWgprqy6SIkJsOQCxF&#10;/wDbe5MddX1MbT+SRYyGYHkm4HB9si7KHSuScdPrACNR4dZ3wOFpGipftYCyaV0EJbQfqLW54Fx7&#10;jNuZoKVoDK7yRmxN72LGw97LlsnHVVCZx1lGxqKbI/ffbU6JKoAXRa4UXFx7aqrL1NapeOo0OE0g&#10;HkkD/Uj/AIr78JzGuCc9b0Iwp0/0O3cfQaYRRxmLyGT0qANRP9o/8b9t1BNkUKyu7srS+seoMwBv&#10;/jwffvqa4B49VWEr3dOldSY+RWj8caukRCHQtlJH+9+32trKIOGeoGlI7shYg3t9AD72xfj1YrEp&#10;q3TBjqKtWFkFLoZpmCvZbFfw5I/Nvr74JuikEJipneRCmn9X6DexAA/1vdVrwOevBkJ0qOsb7Rkm&#10;qRVVCwpIsuu6qCZBbgsx/P8Ar+0XX19X91HLFLKR5PSp1eq/1AX3YEKTq6rIvoOltTUdMsHiMUY9&#10;ADEBfx/U+1oclWNSRCoHhsoIjP6yAt72P9fdRKHB0mvVyhRM8T0kEwuPjr5ZadBKzFryfUK1/oSP&#10;rb8j2011W/2kphbl1JjPJHp/qfp9fbYn0NQHPWjHVKnp8paJROhlRSI+GvxqLfQgfX6e0xS5DOqF&#10;SVGVFGpWBN3W9x6vwP6+35LoeRz+3ppI2Viw6dHoMe7FjFEWva1gRe1v0+8M89ZJMJZIpRCzcsur&#10;R/j6h7TeNmlc9WMZOSM9So4okXQmi4FhexI/AuPbtksrNTQ0jKsjJoAFxyGb63v/ALb3aNya163J&#10;qC0A6gU9DCXqCQup5Ltb8j6i1vx7U2J3CIqRECskhv5UPAdGH6P8f9h7bdiGLVr08GDJQdJrMbXi&#10;yFV5JdLBQrQvpDSRTIbiRT+CPxf281GAoKrGDJxIlLUFywX6o9xci314t9faUXMnikH4T1fQpTGD&#10;0z0+4q6jzgwcxetp1gBaawWSIiQIpY/Q6rngf09pmkymRLS00Lq2rSCIgeBbRa3+9+1mtUWox00i&#10;sx0jpVVeHxbmKqqoQWhJYPKQbHV5Abn8/wBPaU3LT11C7apRDHOis9zzdluwPPF/x7pHcBz8+tyx&#10;lMjp6x89PUwBobMqMUBt/qTYW9hwlBNO8c00qpGGVAxI9YLf1PvbyORRemAvmenD2KuLVKaikjSV&#10;bqt1seLHjSPbaa/xcenjppjpuql1yxXQsoPP+B+oJ9t9UcoaR5aRxKYHBNPrsWW51cfW34v70WCN&#10;kUr59UIJUlDnqRaASAFLMwNmK8Gw/Tq/B/w9+xtHiw8ddLTClmlKmRQ1lWTV6rH/AHn3YTF+1jj/&#10;AFU62KBRqGeuE5qArpDpZrG1wL2I4B5t7kbiyX8OraeWFHaGcr45VUn6KAzAr+fbmtdFBx63JqBB&#10;A6jY6MvS6J7GQFlkQfRbsSE5/wALe1y2ZT+FLWyeGM+L1I/pdzYXUKfr/iPaWNDIxXy9fz/1cadP&#10;vImgMxz0mRifHkzToahl8mtWHMcQYFgWY/T+gPsH8jvCHITvBHimsrkQ1CCwb1WPr/F/6e1vgouO&#10;PSVppJO1hjpYU1Kacf56WS4AIcgrwPqPatwdJWZCeOTwHwjT5UYl7X/Kk/X6+0rSaMV6uqV7usOR&#10;qoKSBmeRY3Kt4/xdrXAv7Eutgx+JiijrKj9ia3ijchVTi/Oo8c+9JDLcZHb1cypFls9Btj8jX5ia&#10;oloaZPPTNpnmTkSHWRpVgPVYfUX9pPPZ3bsELSUFFTz5GIqGYcM9hcEBP+I9uR2yRg+Ia9NvIdNI&#10;xnpRYbG7k88hyWRdce8ZMNKioZI2Y8q0jDVb8gfj2hv4jlNz5NIKiBoVSMLCEDC/FwtgOf8AXHt6&#10;sMaUj6oglZgH4/6vXpUQ09Li6eVkukYJlleRrkn+0xY+4e5qlIKGOlytBFHJAz06h0KqzElhdhzy&#10;B+fd49GSp69JJp7WHWanEba54pjLHPpcevWv6bAr/T/Ye+oQV22s9K8GG1gxtFDcCRfy9z7YSSkp&#10;QAnq2lTFq4fLrmeZlVlLgLrDkLaNgbAf65/B95dvUdBHjZWqyMzVCQ/blkLCNm/QyO30J+ntuaRm&#10;k7zQf4erxUC4FT11MJmeMRuI4xdpH4JIH9kA/wC9+5QnyGMSWsr6SbGUh1XpCodqj/UsgJ+hH091&#10;RBM2iP8Ab1ptUY1PivXENBUC0ckczxn9aOrlD+blPp/S3uTJk6ObEPk6WhE0cS+tSNMyBzYtoQ29&#10;P9Pb0cLrJRjUde8RWj1KKnriFdZVRpmBblQLaW0clbnn6e2rEZX7ilnlrpFES6hTPGCGVT9BKrAk&#10;n+vu7jv0rjptH7ST1mdDcGMLcsNQN7EfmxH0Pt6x8+OepjV5kEjAaYTM2qULzYxj6/4e2pUkCUGB&#10;04Gj1Y49Y5/MEbQATzYgD0X/AD6v6e3bJ5qKfIx4ZYZIVlgiPIGl1c6RJpbmwP1t79CVgh1DJ60X&#10;PiaD010VCYY2qZZhLMskjggWMag8x3H1PHuNmcdkdtbayFRRZGGqqom9EcRDzJrH0KD6gf1HulrM&#10;Zp9TpQdWlUJFRWqT1xp8jT5KtjgaiqVUQvKks8JEL6WA0gn883sRz7Q+y915yKgyo3mkVRQTxs0F&#10;C41tLMOUmCi5BA/I9vSr4j/pinz6YgaSNT4hrXqVXYtKiSmqaZlo62ncKtXEiiT7Ym81Mw+jI9hd&#10;TxcA/UX9r+lxMe7dvJm/tKijx1A/7Fm8FP6G4bxH1H/Ej/C/tK0rxy/TodRPHp/SjR+I+Pl02T5z&#10;H4vM0uFkq4pMlk0eoipm1GqdEuL3T0gcHSGtfm309t826aSrihxFG1SRFIqPOFU0xKt6gr34/wCJ&#10;96aAwVc/EeteNr7QDjp2goNFXLVyiIs62XSp1qP6MT9f9t7XlXuSowG20qoaSWqiEscTmAeQsSBq&#10;Ai/P+Jt7btIY3YtIOHV3dlj7ekTVbfo8vuJ/PUtHNFSvKsKraTQz6FkEoseCTYX49pGqirZq7+LS&#10;ZGcUc6LUpQiCN5qdGGpopfyAPwf+I9mAkjeHRAOHVAoDaiSa9K2jWOCEUQgQPDaFpTdIpnC2Eqse&#10;SzWuR9b39w8Om3qSqrspHGaydtTR0QmMwklPP+aYlQb8Ee0zrcMwQnSPXryiPLJk9Zq6Oumijp4J&#10;PAHIE9StwUQfURn6gn8H3wlqaPeuUgzdbSnGrhKSopHpSWpp1SNSFjjjBC3P0vb36fxI1WGLNfPj&#10;/PraaT3y8R1DxuNXb9E9JTTVNZJV101T5qktM3nq3DStI176F+oF+BwPaAxGDrMtlYavb+er1Uyy&#10;RFKuB5awMr8LKVbSVA+lvbl1P4aBSv8Am6bSJZCGRqdPc00cEEktSUSONC0hJGgADnlrezAVVJg6&#10;UY/H5R1zG4DSCOSoog9OGRFuBPDckOot6rm/tGvjNAZJCVByB6dPFl1hAK+p/wBXl0HGOrNxVtVX&#10;1uNWPE7ejqGMcWQjWaWeTVeWqopI2KrC550N+k3/AK29xaPGtWw1FG8dJS4nI3x0z04ZKiGT6xST&#10;yHkm/wBSPadJBFMJEBLD18x1c9y6WOD0+ZStjpAs2qoqslQQyZKKBraZ4lHjqEhRLDkH03+ht7Q2&#10;U2vhsBNW4SFpKzIiL7HXQUz1TRGoP7NY5qDfkH1WIt9fZuoV0Ekpp508ukoVQfDjHUzBZ2XP4ugz&#10;MVHLj6OshSpEeReOKpVCGWSJ0hLBSpF7kn/Ye2aro6XbFTgMLXY+ujmzFoIa3xSNPUOG8YkniIBN&#10;ieP8PbcWImuXPbX/AAenVmGllSmT+fTrTZGlrlqpKGspasU0nhlWKaN0hmWNZTFJJGTpOlgTf+t/&#10;b9g8lkeustuH++OQnQ4/wx0SU9OYqfw1p0wyzTt9WsdOkfQfX3qWCPcESaLIBr/q/wBVOtKxgLLM&#10;cHH7ek5kY6beuCpGxb0NVjsg/klqJrtaGFyHjiVAfX5F0nkWt+febbO0I6TOVW859z1WZxlTJ95F&#10;t+KCaqmqInbyIHkVmBjX6gBb29s3d3LcUtUXQeBY8PLpyG2SImZW1A+XWXLZGs8LYmmpjRTT0skC&#10;5SWaCCioZjHojaK51M1/0AKAOLn3JxtZ1zuHP5Wrxm26Gimx0krTMUWBFqS/6jo4DXu3I+n1Htq7&#10;guFCwlya0r9nTkckbaiBQj5dYKGi3NicPSU1dm3y9anihlqzSxeZyFJJOlRcm1iTz+b39xNu0u79&#10;4bpzlRk61qLbuOrRRRNURL4K+UxEUyUTuCHUgDU6kaRYj25NcQ22i0thk+n+Xh/s16SiOQ6pD+Xz&#10;6y5XI47bGNU09A01T4HqVpKZCKrwLIslbUyAXb0li2k/qf0/U8DRiMBgqfAQLVVr46spZpJqX7qA&#10;F6arik0tJEvDWI4BuQQbj2nngl1GhqD163aYH9ToFNw773sN7rSYLaMO5dvz09PFkKuhyccAkoam&#10;ElRIZgULISSVUAg+knm/tMbw3BsTMPX7XqMJhp0SiWqnrXkWlmeRRqkMVVCDIhJ5tcDn8+1lvaNb&#10;hTWrHHHA6ceXUSGGB5dO2yNmdhUc0W5stvfcbNUVtWkW2Jo6eqx9Ni5qh1ooKmkYqmqFCv7qnWAA&#10;NVr+wv2a1dnafMZfr9qWEYOviohQy1XiEOOdNNRNPMTqZY7MdC8uPpz71O0VvcLFJlm4U/i69C3i&#10;Rl1IAGOhZ3DkMNSQ4/FbmjSqp8tqp1kekaeCavhaMwxGCNX0FyxZHayqV5IuPbFuratVWdgVO4ds&#10;+Opp8W2GeaRqyajpayiePyVn2pmJLujByVDarWBF/b13IDAElHcR/g6osZ8TxV/w9Z9u1lb/AAPF&#10;/wAbpp6HJTmohkpZFjqJoStU6QCoehUxAmMIWZfRc8HkXc58bX7zyMOP2rl2qnychk/g2VpXjoEl&#10;hbW8iZWEq0TWUhSyBg35t7RicWduTKtKefn+zp3w1lfUGoPn1IyWVo9uYyuzOceCmx+LpfLUV8ST&#10;TSCnW3kY00SM/BtZELk/gX49rrtfP7f642zg9sVFTX4nPZA008GeipBXx1VVSQ2qaKrq4RqdAHKF&#10;lOr6Hnn2o2mCWW3e8u/hYnQD5D/VSvSe5mVZPDQ0Uefz6BzYVblt874y29qXOUdTtCkp6/bcO1pl&#10;rI5qeQ1cdXS577WbiOWaOMELInKSEqwII98uhv47LuIU+4Hp8hgMtS1U1NAWkmaKqhUvHUfazAGJ&#10;GFwHuCDYWF7+yzdG1AC3wagEj08+l1uGSMliOHXH5LVdbhuqtz7lwNUMZuPA09JU0GQST7aXS1bH&#10;G1KHYaZw17/bMTrtYC5Hsbt35ykwGcxmJp6VFwkmPyAniakhnx8s0to4Pu3muCbgkoQdXBvxyttt&#10;rj+jWbUVkalaHNP8PTBlkaQseA4dFn6Axm7u1djbt3Zu7KVtXvAbtxseLyJqqnD5vGUGJSKWrixK&#10;47w/biRZH8ckVuWcEN757Qz+QfD4mHLRQYaeelroqDGY6WjXHSQJUssNTHDDbRqPOhPwRe/siutv&#10;jiuSIQWSvcT/AKvlx6WJMvhkEDV/q/1fy6ETf20cJNmNz5LDwQ52sxGRwxzeXzNLlKvP0MsePinf&#10;Hx5KpGmRPtnjkjZ7iNi+mxB9hn2DX5eqwub29NnJa/MZespRTw4eI0cW1sZHIi1bPkpP7TL/ALsY&#10;DSWtpP5GdvptYdekKuntHrjotK63pn7elB1TsvCrurC7z25tFtr7dosPk6Wrz2bqIZty9iZav0Gj&#10;rHpKd5NMcGmplDudcpaMqqrGLhMlPJtyjfEusuTrsbKyUmPaqR6qWV4PvfNNXKypUpIR6RKALcE+&#10;ywK7sZ3OhTmvy+XTpYKNCZ6NJBNDkI46qmZ/t6iPV5mSSNiqs0Rh8M2lomFzc2Bv9R7VmW2jV5TD&#10;5zeZOSruxcttNZ8fh4aqlqoqHJUzJVUdDjqK2mIuqKSVJPqNiPp7bgu2muij9sCA5ONX5ny/zdWM&#10;ChT4Xxnj+yuOgxizUG058TgsZSUGN2ji84+OyGQyElXTxQ4tsRUGWtavmLJNIcmUilkmZQbszMWs&#10;S/46XD9fUW363sLcNON5VG20ilq64Rw00IqEIfGQ1sOlJp4HZg1gCP8AW5LUMF1dTC8tlUQo1RnL&#10;U86Hy/1cerSTRRr4D8eBPqemCsra/sak3Dh9vYaWi27SbpioaioFVBSV2QqMXPDkJsg1BVqAlBVF&#10;V8LLr86evSA/CS2nFS7G29msntfFUW48LHkKWti3DTyQ1dVWEVF6yjlke2ptT2aCM8Hkj2olkWfc&#10;B4xNQDVfL/V9vWlBji/SIofTj0tc/R0W6KjHYbKZrI4LI5DD5ijl2/R1jRzuKyAqMrE9Kbo8Hhk+&#10;2qSwHLKumTgKPfGYrMlRYabcm6aXA4J8tQpuDbQFNpz2NqSGankr5JB41C3jeLRx/W1j7Ux3DeFI&#10;LNKE4DH9nTRIWQPKa08ukPtLrfbG1sxL/dvbMdblKLC5QYXemVjFZNhskpNKaOOCpRSpqDIZnqYX&#10;1TrrVyPq0bducxO8cdV7V6thwmCSiytHQVtZBLDTQSYagqIp6iTH0p8a1Csr2lIkDDkE/Q+9Wlku&#10;127zzFpZnFT5/wCr/Y6qpa5fjpAxT/L1x6/2/vjAS47cPZ+6cjnJanHJU0OIkw6zthM9lKdHyENV&#10;XY7ygGII0ECqiQ/uMF9Vh7DDfg2501vDbOOxcmW3XTQ46bNbsqI6Fa+GHF5GtNJSrOKf9pFDmUxO&#10;RqUhSG59qIkle0W6eiu2QPSnCv8Al6TyyDxtKqdI4+f5+nT71lvXcvau1NxZLN7YruvZF3BlMFgo&#10;Jqqs/iU0OLjj0ZphU09K6q1QXURGMqyxsGDKTqgdU4bCbU7VRsGYs9gZ6itqaOCui8+ZEtdpamok&#10;rKgKryQ3WQMCpYahqJDD2WbxBJe2BAqGPzPH/D09babeQ6OHS23QtbJsvJffZanwVXFi/NkcxETB&#10;QUgpkE2RqB5WkKU7Isg/cLFVa7E2v7Ef5ObmqcLhMBmdoS4GpjTc9TDuF6IMZKavqofJQiaXGutm&#10;lVJYpDJc30gEH2u2Pb3g24m6prH7Qvl0nupzNNWGtBT1+yv+r5dAX0JV559zb0oM/h924rHrhdsJ&#10;tB93S5Itl8bjxPS56TF0eSuYqennkpbABdQnViLEWQuyMLHvCj27Lu+fKYCJ4kmrIKGNVzO4wCWw&#10;eOGRrw7+PWsksi/qZV+ouGBfPdT6ngtACWNNXkvkelixUi1Pggft+3owG5q3L4/FVFTgIsbPXxtG&#10;3+5aaWPGUdNC3lr6mp+1/c4iuFCnhmUn03BX71m5e1Ko7Y2pgqTH4zbm+63A5uuNbS1FTt6jFPLS&#10;NWNTkiS6R+uGzE6jZr2JCott+xw6J31SNnPmfPh03DG09ZXOASPs/wBnh0Glbk8H1vQ5DfmczlVm&#10;ctX7KhngoUUUcWfqMPG1aVxS8U61VdNUQxBWKgXSwVA3vvFddZXHVa1NVu2fdFBRVuSw42/lVtla&#10;+qwcnlpq6jSl1OJGWIiOUSR21An6AFmSSWd1gMfh6yKnyz+wdOAaASp1Gn+r8+nT/SVj5YkjkxWT&#10;wi1G0cJuqbczQUY2xh6XcUviWKuzVd4o2mgc+SaLxNdLPa97MO39690bvTIUMWzt5YVGrI3xtBPL&#10;PSpTwzU0iRQyZHKmKUKZUGs6i1ySdK8g0aKwsiI4wBj5GvD/AFf7PScCWUapBQj/ADdNeVw3Rm2k&#10;qN6bo/uAaymxL/xXcuTp9v8Anr6XHRConqqiCkQJIyKbgRwkqCqqLaR7V+2cZidxf3o3T2JJX0m5&#10;No1cOCnkasrpsZi1wyGvK1czeaPQ07aXkUXYKFJIJBKL27me4SxhFEIJr0rWJRDqoAT/AJPTy6bs&#10;rlq/btNsen6fxWz5tp7sSXMPRUsdDjq3OUmblp65shtamSooIWmFNJLVs0p0lOW06OUzvLqHsXtp&#10;KWv2NuUVu1p6ylGRo8zLU4sQT0JFW8uLVoG8kZJso0IA1iB9bOTb3t9lCbQUWWlCMcTwzXz9SeqN&#10;YOzhy3b+Z/PhX/V59c8v3Bsnql1x3YNKds5GWknyEE2IxWRz6VeLSt+zp5K6fDwTvHVFFV5YXZ7h&#10;SySSAcHL2vtrbu08DhcFkosc2TgWhnSjP27pFlKGEQpV0+sBmmHBMoBOoXWwt7A9hZ71PcTbjITH&#10;AzVqTggZHA5rXh6dGEssI7IxWgpjoiHfvc2S7SqsrJ1LQ7qy+GpcFuDbOa3FjcNmITNgNzPE2Qwu&#10;RqaiFY6emb7cERyFCwPq5HtW1FOuQQJVxJJTuReGaPXG2jlDpkFrDi3p+vsQwXKwqy2eWyCRitfX&#10;hx4k1+zj034aoatg9Engav2BmosmmZyWKy9PRwz0ldT5CGCsx0JjEVRTxHGyyMG0EwtDcegkNb8Z&#10;j4o1RFUKEVVH0AAA02A/H+t7et7SQsXc1Py4+vHz+fr1VnWtEzX16D7N78qq6esNO1RO2RklqKtq&#10;uQvFJUF2fzCm9QB9XDMxZbmx594g73Kjm/8AT68m3F/99/xBl4cagHhT/Vn/AFf7LWTnpAzzTVLP&#10;LLKZHck2cWS4A/SOPqPpb3xTXYXv9Bfnkm/PHu76K9v+odbK14dcWj1MwX9IY/UAC2kFdRJN7fT/&#10;AB9++hNje9rD/WHPvxyuRTquqhoOssUdyF0kEErqcDm7BQRb+v4/w95EjZwxuLC978cf0H9faaW5&#10;SMhQDU/6v9nq9PPpyhxjSxmYtEqoQxDlr6B+VA/PuHNWUlPJHHPUwwtK2iISyRxmVz/YQOeT/gL+&#10;1KwTSRGcKdI4nyH+r/iumhPEG8PielBiNp7hzsVZLgdvZjPR4ynNRXy4nGV9elBAAWE9W9IjiNOD&#10;ZpCBx9fr7Ll8kOxs/szbWPptnViQ7iyWaoadxFGlRVQY7mSVlicEASMEiLEcauObezzb0htrN725&#10;UE0olaEcTU0r5UAB+Z6LZWkmn0pUAHPz4U+XrX8vTo9/wU+P2I33nc9vTsDaX8a2ri8YtLgYsxSl&#10;8LX56rqmhq5PBJ6Z2pIY3XQwKq0gYjUqkRIpO4X2omFzOMyWayucpKHJUmSpf4fA1HNVHyy0FZED&#10;F4Fi9AVGDFr8t9QAzbcwQQyvfl/DU1VcU/Mfb/gz0ZGzWXSnELk/6j0czDdd/F3Hdjx7z2kdp7ey&#10;HXi5zb2fxsXkpqCZoqXTUV0NLODHUyQanjlrIWYKQ0bnyKdKArut6Obd22oM/iexKDFbP2vWZ6rM&#10;tTj6jbEOReq+8qKCkkpYXapqTIbNFHIAQo03+pVXN/PPtgeM1eQnHA0rSprwFP8AUem1gUTFxmnA&#10;eX+f/V59CVge08XmqXP5Tau7er9wZDcG7sditvR7fM/8SqYJaaGjg/vVCtTJMlTHCkkiuUCJAqEq&#10;OVA05TNbFxkOBjqaWqOZyGGD0NDTUFRFW1lM8eoBqCJSyFyTcEX+o5HsosbW8WI3PiBVQnjmpGOP&#10;S5pNRMIA9a+fQb4+m7kz+4N7UuOyW3ztCk3SsVXk8hlUq1wVXTCOauNJUsredqRRGyxMIwptqZWv&#10;ZuyO0Nsvs98ftzKUtYmBM82Mxtegr8Vic5SXmjnrx6nMtM5Km0igc6luBY72WOW6uJIrkUEuT5fZ&#10;5novvLtbcBlX5AjP5/LpPUvafY1J2viZN1dXUuEocy0eCk3rQ5Gkkz+48C1WYqCPC0p8TRUlRKi1&#10;PjcvKB/m5FYgknFY8fdW8sQazek43DCtJt37/EU0sWD8XmdZa15avQxLFj6owQePxb27vJFjZmGB&#10;RpjBoK9VtUR31itfP/Cf9Q6OJisJguvtu5GPA4h6TFUn8Yz8uOogZqh6mcvkKqGliJIZmN0jXXYW&#10;VRx7OhDvfr3YNJJg8HRYpINs48UdNNoo6aur3jVYq6rSqmsZZpn9UjXANuCfYS27ZJ5ZRc7i5YyZ&#10;oOAFa09a/PyGOl08rumlDp6K5uPqns/s7GY6tyG6dx7Ybc+cfcGSxc9dU11NiaZ4G/hG36jFUssV&#10;PFQ0cIVfFpkaWoYzTWck+0m+LyG6MLmdx0mQov43mRU0GMzk0UIjxceQCpHTtRMXPpQjVIz8kavo&#10;bezU7jbw3ohWMrFEOC8OHVPBHhhFPdx6F+KXGbNqNubJUVcdDiMecnJiY0raysya4xzKMhDk7xq5&#10;E4jZqcLZr6NIWygLdx9bT7D2du/eFR2NDNu3EUEdNG2Mpp6WimpWmQ0cE8Ra4eaT0s0Q0k/UHn2c&#10;bbdLul0U8PRGgqKjj/kp0juQYwNFanz/AC6j0nbWazu+NjbYj6qzse1t24/L11RunOVuGi/g1diK&#10;Z6paSTC0j1TEnSi65ZYmBkXSjFWHtq+P+4917m3HT5Dc+2qWiwdDBNlcj2DJT1ccM8eNZdVOtfUu&#10;RLpdtBVWsGNiBwPZDzTMDGbe2eszkBVBznz+wdKbIuqlnTFOPr9nS437NS0G28rSUcTVtdV0H8Ix&#10;e2KSSlQ19TkVeOGnp6M6QCyLK5YkAIjtcBSfZkt6Z7qk5jb+dqV24VzdQaeny1cR9tUwiTxPGsQK&#10;h3DW9bCwt9fa6DaLmfZWeR6uuDT1oP8AV5fz6aS5K3LQlceR+3/V/sepOejML8isHi9+bcz9fnqb&#10;H7YGjbm1vPhqvNxTT3ydD4ty1DVC/bSRERinWRn5FigFi87r2hiN3/xSmy9BRVGDkp6OEPQafupo&#10;4UEtJV3uVLK3ERt6QCb+628l3beDZWXczjPn+f5dWfwEgaaX4q8D69Q+tuy59obVoqmqzWao945X&#10;Mblrnwe/BLBiqHL1GTkXK7ahlaBJY4kZVmlCNreQqygfT2Ee2M5h8BXZdsen8NwtHX/wXIVtTF9/&#10;JmSCFWKqrPIVjQD9tXdQg59qd025ll8JGrKBX7PWn+z07A4KB5Bg+XRs9xYCp3bgcQucp48jmpoq&#10;XOUFNT1EuKhwVfTwCVK2hi0iokaKRwzI0hkNrcDj2ot0xU+4qzbEW0F/u4ImnydQKahxcdFXR0/o&#10;1Vtc/wCwU+oDWc3NwpNvdtvEkViySanmJpqzXP8Aq/z9MOx8csx7R5cf9Xl0HGy6XP8AX8XZGT7L&#10;3HV7uxlTksfBiIlr9y53K4ujqKMLJiMZgTHNWLLI7hykNiRblVQkNuQpM7vbb2rZWS2xh8hj8xPS&#10;z1VJSPT42uqKUBKmKpq6NCzaGF9ekg2va3tBB9Ltl+0VxqknYVUZY8fLp2YfpeM50oONeHSzmyeP&#10;2PWVVXmabdmYxGQxMFYIsxklys2IVpJFSCHG5SZTG0oPjaNCZAwCWPPuPj+m+pcR9jkN5UUe79y1&#10;FV93lstV5HJVdBU1xkE0j09MWVVhiPpVCoW31B+nt26ber6GVpW+nC/CDxI6YgngeUCFKjjqPn/q&#10;8ukLUdh9q7rr6sbFoP4BgFx8ElDQ5PC0VHn6IpEY0p6r7yaeEPMfUqpEQiBQATdmE3s0wZDAQz0G&#10;VrMJhI6TyiuwdPBUmjhoSohp6SiuqkMAUCjgD2xyzbxWlq8bLqlatS3556enJMtQeH+r59ITqqvz&#10;9LvjdGLy+GxWV3jSVNJHR4/PVlXjpa8ZeNqnI5CrzLwVrO0YXUzimYt+lQByAt3Pv7D7g2TUYl5d&#10;y7Jx9TLS4+Ld6z09JVNEgVjUVs8OhgspuhEbEkmwPtds8f0dzNKf1Sa/7WvkOmpw0si6zSnkMdCt&#10;SdTbgod/Y3elZkts7i+yx+VnqdkvRVsVJRV1U6SUNZtuavqZYYp4CPEtTNTLdWYARlrqktgz7T6u&#10;zk9RTz7y3tRVWMcx7jyrUJ2pSVMwudVNGWqJJD/akkuFBuBf2zf7cd20PPIAtalF4n5V/wBjp1Hl&#10;hUhRQepp/q+fn0q92Yfsjf8Atd8VHWYvriunroJJ4sfWybgz38Mpq4OzUuUaOkgpZpI0NgsM63IH&#10;lA1H25bs35LmMTPmc7u/b8lBhh9xT4XZUNbNK0Mh8UQyNfLcRhPp6FU/0I9m1rBBaI1nYxhFySTx&#10;/wA+f2ft6T66OHySfPj03dfdeY7ZOcyLYjb27K6szp/3O7x3zmMRWyN9qpaOKho6KQs5lYkkLBGv&#10;AYsQoX2ImLr98NtLbD7YgpqmXcAjyENXKkuJxNBjpOR9x91J9xPIRyrEqrfUcfUL2q2Cz3F5OCTG&#10;SB51I40Hn6Y6XsPGIjcig49JvdqdZ5rdW5aTeFZj5YNt01PR1+M1HOZyeorolqoJ0oqSORKSIRlb&#10;IsZck6nMdgCpqzb71tNUYjcufxWRlqAlUzyUQmjo5h+laeeZjZr8LYggc+3otyul7Yk0I4pQftyB&#10;wP7eq+FEBrReGPt6RmK3DiKRqPeOwett146DDVDYSGmirv4M2dxjSiJ66ow0RIngjAEqtUIGBFgA&#10;TyHWa2vLQ1WNyc25ocTtPDKGrKemyMsMjeM3czUagmTXaw5PtdElxPD9Par3ue5j5Dz/AGdUkmSB&#10;C5FT5DoXsZ2DSZGatxse1M5X7vq6eeox/wBxhCMbWLpvDD/H3H28KRE+tZZFIFyAT7Qe3uxs1v3P&#10;52ix+MpJNqYstIzziLB19XHBcxtDE1nk1AXLMLm/t68S22to7eI6pW7dRznpmIPKviuP9Xy6VsW1&#10;MXgaWnrXqMlDl5f2vupanJ52npa6uGmQQ09TrSKFWJCaVjQC309y4+4YZZaiBoqunMdUtLS4elaW&#10;eeokQ6Es8p4X8ce2rqCFTRzTzJ6d0l1oePXoOucZTqkh+3rMgVlEuTqqOljl/ebXIywUqIhYnks3&#10;P+PvnXdgZjB4+tq9zYPIwVmYQ0+Jx2MoRS5aam+qST5IgFU/x12P4ufbdstte3IlR6xRcamufln/&#10;AFfZ1tyyJ4YxnrmNoYqVaCLCVMEseMyBlqRVVdRlKCOdB+7GMSJRAJbkkeldBs3JsPaAze59nz4O&#10;lO8qfcm5apH86bQxredKCw/ajyGTvaI/6tUOr/D2aQGdtaI4iiP7T8x/n+fSaU0aoWp8+niuoM3H&#10;UzR7bpdv4n7qNDW5ytppKqoeVeF8eKozB5iouAZqpALiwYXHtW9W94YOfMUm3ctjKjAU8EQpsFha&#10;SkhZ6GE8oXq5FVgbc3sWJ/Psh3TbzaQme2Y5NWJOWH+r8uPT8LiY6PP/ACdJTffX1VnsNVpiJaKX&#10;OVbRvWVWblyMuPrBDEEEc2No5EjKHSAIrqgHJuR7NJlKq2Gm/hhnyc89xSQy1I8ieUEF5XmIBsDx&#10;f3rly51XRuHGkAHy4nGa/wCr+fVb1KFYiRjj/sdFSrNrSw7zwcWfGG2zjcW0c2cr6DGulPVJRsr0&#10;uNx1LTKzRq72Lszk2/x9hfUxSUOGSloKpMblmkZp5g0D1VSzHVKIPMGC2+moL7NlRJ7qW7mXWB8N&#10;fLqpJaQBT2joycFT/FM8JK+CoyW3mpovt4FjnShovGf2JKwoV8hcWISS4HBIv7UdDQbUxuBjrclD&#10;FXZqujdilfIJl8kZI8pJFkPH1sPp7LNuFzebizSNohjNKDFR5D/Vj/I5cuyRaIuPr0H+9Mn2nl94&#10;Qbe2i74badCaWWuzWNgCVsay3L0UEMupZtSkW0m4JHssFfBk93bzf/KMEKzyMtBjYKidddNDciMN&#10;dV1Mote1v9v7Od4vLeKIRAaVGK9N28JUVHEevRlcZS0u3cHTQGatnp6OANNU1eqeskLtrmnqAguS&#10;WJLALwPxx7MZgs/m59uywZ/E023IMewpqWBKvxGoEa6dY0EDn/ez7Jtqtoob7Xa92rLP6fn1e6ZF&#10;AIyx8vToCd3bXw0+56XI42vrs9lK5pJpaaWCHLw0kRfUrrqT9pQTYC/AFrew+q957q3JXPtyhxGR&#10;wWKgV46rL00MSGpgAIK0+QcXBcf6glvqfYguZbHbl8cd8hzU9xz6V4dVjtzMKyE/5OlZhesdrYOu&#10;mzuRrqjO5WdlngpsjWTDF0049aGHBRv4CyN9JHiLLYcgi/sJF2NiMNnanI7trlyVAGZ8dHUzTVYS&#10;a+pFahuPI4+tiDz9fe55p9xiVrY0B4/6uHVAvg8RU9CqKySop70kL+e6gpIPEoF/UfKwIt9bGxNv&#10;oL+0/wBo76ymQ2m2A29UVtRA0zLKXiMDeMCyrFELWQAWCqPx7U7TDBtpkkFNbDj/AKvPpJd65XD+&#10;nWOnxFHHXvlWpadcg8H2/mjXU6xFtcg8jAElm5JPPsKOmd3Y/Y+d+9ycjyVjh4FSR5ZIYFkGiWQx&#10;Rnl7XAJvb8c+yvdraa9YEGig1+37OqxOoUqfPqXX0aV9JPRyMypOmklDZhYhl5P+IF/Y6rl9sY/c&#10;025Nr1FblclWqs1Vj6muCQwNKt3RR+om3Nr3A9u3Aa4hRbrtC4x0qgegKgdRoqaqnopaPIeAekwJ&#10;LSjh41Fkl8UoKq309PIv+Lce3jKZbDZ6nenfDTLkKiG9ZPBoSlok/pJkG1aOb+lWJPt2ORGIOqtM&#10;ADrz6vLAHXqSjq6VwjVnnplW0flX98k8tq8elSf6G3+w9hVhMpi8LX11CqyVdDAsmqOKbWsg/May&#10;udXJ/KqL/W/utzHpZTXST1qNmKcOnM3sbGx/Bte3+NvYv9KrubfmeyVHh9ujA7Mo0kkyuQqLwUoi&#10;X1RxNI4DSSStayqf8TwD7Dm+7jaba0ZibVMxAGf5/If4eHSmFCyFpOA4fM9Ibfm58LtPDx5HKpPW&#10;Vpl8OGoKKnNXk63IOpH+RUkY/wB1qS8shGlEBLH6ArHcG84unWqKWTDLQwZp6tIJMbRS1VZkhH9d&#10;bRBnYkkALYDm549nS7RHdiPcrl6lQCPQGmaAdI7ucuPp4j+wdMFNSbb7QoIKp8pJlUxlZTSTUjsg&#10;ix+RjQTorUqAASAG4drkfg+13jajAZTG4h59p1dRuKvoI6mZBRLHJjo5ovKDUy2VEcA8km/45HtB&#10;Aq7hNJPNL+mjaVpmtP8AJ/q49bDzRRGpAp0lc/BvfA5eoqqXeuHwezKeRdEWVeSoq6yrcqjU0LSM&#10;0li1wEQ/8aLD2Blt30G4xQY2GlocV5o2aSeoheQKHsU0q17/AF/FvwPYguxFbWtIVNSPz4dahcuw&#10;ZvPz6HHFSJU0FJUeVKl5IEZqhY2jWRiLsUR+QP6X9jHi8Rg9zxY+SMff5dYVFT4YD9vG6r+pZm4v&#10;b9VhwfYTiu7lImS6NATj1/PozChqsgqB01ZPJVeGNRPMtNDiolV1qJZwZWdzd0ENvoCbL6rn+nv0&#10;KZjE1lRT4/FD0jQ0raz4AD6FCIOXc/T8D2qeK3IV2NfPrWokU8uskk+OyVLTyVFfH4JQZAqvGizC&#10;3Ju1/St/6/6/tlyMe5ZJGky7UsVFExkSg86UEDyk3j++csCwH1IuSfz7N0dZYwIF8uP+r/iumNUa&#10;tUmp65UX8Hj/AOADmWVwVFRGstXIEHB8TAMFH4FgF/w9sW4cnXZalMk+46MLTRBIqHEMs+nTwFkq&#10;U4QD6aU5t+fbcOmA+EqUrkk9ePd3A9TaCjpaRpftaR4vK5eaeXh5XPqLEOdRJP1JA9piXddbhMfC&#10;tRn4JlVP2aLQX8AblTJc6f6m3J/qfd7eA62lAoPXpuSQii+fUxqaneRpGgj8hABl0qJGA+gLr6uP&#10;8fao2zT53eFDUZZMoZUpgPtMd4hHDUM40q8slgNP5tfn+vtHLeRC5FtTjxP2dOohCV6g1dZRYkwm&#10;VBFHOzIZhYlLC4v9WN/8PebH9e9lVTz1lJUw0qw6pHIkUeT6+mPUVUD/AGN/6e2p721acQAaj8ut&#10;mkYqx6bMnvLbGL8C5LJwRfdSJFEjRyyszubKpjjVj9f8OPz7U0Ozey87jpfuqn+IyRRssWPStvGF&#10;/SsjiP8AAt/aNz+Bb3ePdbe3k+m+EH5ef+rj15o0prNOmXI7v6+2pJ95karGYVaqVYTk56UUkUk8&#10;tikH3TqpYtfgLcfW9j7Tj02W2JQSLuGjijZgzaIo/PNIPwAx4RRz7fiszezeOnw149UeRQNKGvSm&#10;xuZxG44PusNkYa+nRgvnpZS0Ib6nkW1H/ePaXx25sFlJiDipJamT0wQUcasykHUqcjQOf1G3t+4T&#10;S9NWB1UN5k9OxSRUUJKBp/U0oLgj+0TyD/rc+3mqmoqmeNKgVtIsgVZ0ebyl5FFioNrBVAtZB7bk&#10;keOOop04FV167jV0U+qNjclNKaFCnnnk3JP5v7SU/UbZWufO02TEVPG3khiaKVamZna4VUIuBxyf&#10;z7bk3RZUFuBnzPl019N4ZqOsUlZHFJHE6uGk1cjQUTSL+tiR9fxb2I+Axe83qIYclBNjtsUCCJa2&#10;qLQxyWF5HVpyCTa/6V59oJpo7ZPAsBqlf0/1Y6UKVjOqQ/5z03T5LDCaVY5qOqyOhT9tTNHUVjWN&#10;og0UOplF/wAsAPYvZDsXaG3MWlBhnigQoFapdF+6qLC0koPJsfxx9PbW27BLqN5uJ1yHNPIfZ0nl&#10;uZpJBXC+XQQz7E3dufOfxHc1csdBBI8lJiqSoljo0Go+FahfrKwFix+l/wAe0tQdoY+vLxUcUNRI&#10;w8cSFFkZ5DzrbUCeLX49mL2sEUgeQ4rXj15/FmACmnz6U83XIZU/3KVUQVg0hp5pKcBEH+bRYiOD&#10;/j7yT47dNayVtf56LGyvrCxP+7URg39IFgqn6Ae7vuNq6mGxALDiR5fn07EFhxIc9ONJVbVoHfH0&#10;k1FU5GlQIyuUcwyMOPLe51fkk8+5P2H/ADYX6eT/AIHJ+j+n6f8AOf4f7z7RVm9W4+h6c8aH1/1f&#10;6vy6lfxKP/jt/wA2/wDi3yfr/wBV9f8ANf7V7//QQQi49RIuLXHPAH+HvBip4jru4K9brhksbAX/&#10;AN4PP1PvLYLHc/UfS/8AvfuvHHW/kesRJLgf15+v1/oPcL1tc8EXA+lj9Pp7cUasdVqK/LqVdEAt&#10;e5uODcAj8/7H32Ybfnk820/T8/n3stTy63qx10JL882+mq5H1/pb3Kg1upGnTzbji1vwf6+9MFrj&#10;rQoc9RpisZuTqP8AxP8Ah/xHuQIiPqATb+n5H+t/xHtv5dW+R6xeUG/Nv8T/AI/0/wBj/h7jSI+s&#10;8cAGwt/jb3UVBr17GnHHqUjppHPN/r/W4/PuMkZuDfj/AHu4+nu4JGOqE1x1ld1ta3+tz/Q++Mkj&#10;LcAD6EXP+B92C14daIp12qqbEn6fQX4/wP8AxT3hVWkJ/wCIF/8AD26EFPn1vrk7hLE8j/X/AKf6&#10;/uT9qSASpJtb8/j/AB9+UKB6569w4dRzUjVbUBb6g/X+v0/w9yoKZgG1Bhf341Hz/wBX/FdapQdR&#10;pqpCRZkuBzY3/px/rfX3LjomckEEgfX+n0uDce6OQKEnPXseXUR65EFxYXP1+n14+h95loCDfT9P&#10;oLX/ANiPetbU+fVqY+fWFq+M2Gs8n63sOfwT/h76NDLLdRGfz+P6jjn3qoHHqxGc9cv4hDF6jKD/&#10;AFN/rY/T3jXElD+lgQDfg/X8+91ZhnIPVOPXJszG30dbEfk/j8WsffX8Nex9Ab6heD+eAbf73726&#10;gD0r5dep1yXKxkgaraTdjcWUA/Q++D41wttJY2FrKSPpz7dUBqY6914ZWIsf3NIBIN2sfrwfeL+E&#10;yvdhGw4+tv8Aef8AY+6ntoOOetdZhl6ZeDMl/wDEji349yo8bIFQFSP8LG9/z7dRPMZPWqAHPUGb&#10;MQ3c61sh+t+GH9Cfx7nDAu7CQhgOPTb8/jn3UuFquK9XqvTb/eaFV0BlNj+oH6Bfrf3MjwpW3BJJ&#10;H0HNj/X8+9Z68Cvl1Al3NEdQLKqjgl2H1F+QSSD7nNgmC3VCfpYn6j8H6e2KuHqR1qp6bk3dSSEg&#10;1KLa4IDfW3Jvf/Yf7377TAuy6QDc/quLE/7Ae1igkVbHXga/F1AqN6UsUhZpVKqDpIkB/wBYHn/i&#10;ffL+7bAgaSBccm3P+NvbR1Bc/wCfrZp15d+0bgskykgXtci1x9L/ANffNtsCwNrXPJI/p/Qe/d9R&#10;5061jqNH2NSetdVyL2s3JJOmw/rY29xpNrEk6W/2BUcn2+AxyBXrdV8upMfY1Iqjy3j+gF5Pp/S4&#10;PvJHtRVKtIn0I5twf9h7UopPaPT/ADdU4Dptqez6Yq6wzAmx4vYi39D/AMT7kvtpXClYwQp40j6c&#10;e/GAhtXXvLqDF2hTRa0lnCyFfoxvfm9wAfp/j7cIMAhUAxg6eOQLf0593MFc8Oq5HScyHZ0dO7aa&#10;i6uC10N2AIuP8P8AY+3OPb0UZDaV1nmyj6D6kW90iUeeAONft6qaN0lK3th51aOKVzFcKpawLNa3&#10;6v8AbfX/AGPuZFj4UOrSoYn68D6j+g9qSigADrdaADj0mK3emTqYyLyGG1lVS9yQb21j/itvbpFH&#10;CgtcD/W4+vvyopPd1UfPoPMrls1VF2SGUqeLGRSR+Dwt/r+P6/X3m89FEy+R4lJPGprXH+x9vCMy&#10;Aqor14Nnt6TU2O3tVRPJQU+Qdf1OYkdmiuL/AFQW4+tvx/vHvi8kVyacxaT/AF5AP14I9+JKiklc&#10;f6v9Q9etGMOatx6kUOMy0iqM5HXiqUBg0bC5X8B4ZLA3t9f9694xUpHZpJAbcgA8X/H197M6/CMf&#10;5uvJGFyOp0mz6vJa46OhmVXVVMki3dlY3ZjawF724HuTFnYUb9a/4XNub/j2mnesJ/1f7FOrqDx6&#10;T0/QdVWzqzxNbVdkjU2BPPrZfz+Of969+qNzwIHCy+oixUEc24IJv7D0imY6CKgf6vTHT8au57uh&#10;B2x0AMfJSVn2iI6SLIGdbrHpa/pW5J/wJsP8PYa5DKLLKzeXTdjezX55H59vQx1Naf6v9X29WkUF&#10;s9HCw2Aaio46fwh1WMDVpCr+njSB9P6+4D16tHZHsT/r354I9miuaDUKdMsoIzw6kJgjFUF3W6Cx&#10;sQACAOAVP+x9z6WraFQxck2HDfX2pSfHdw/Z0maFS3SazGAir5HjWBFu7WKDm9+Ppz7eqfLRul2s&#10;Lf0P4/r7rI9Bx4/6qf5enkUKadIKu2NLHUARqzLfUQ6ck/g/4fT6e8NTX0zIzatNib2b/eh7bMhQ&#10;iuer4rQ9O+J2xkYZUQJqD/gxXH0tybf73f2zDK0yc6iQDfggfT6fT3ZZBx9eqFVrkdLGTatdMNGm&#10;NTp06jHqtcWPB/3v3MTOwnQEcgE/k3H+3P8AX3YzKST5j/V5en+rHWtCZoOmCTrycCUywo5sbHTY&#10;ksb3I/1vb/T5GKTSuu4tckc/i/FvbZnBqf2dNqMlQOg9yexqmHXMsSI2rgaLXB41XPIA/Nv8effK&#10;oylPAp1kA24Fx9P62Htv6qvw8eGf9Xn06YyBjrFjuvMjWSQsB6B6nKr6WP1Hqb/H6/7f2xy56Jr2&#10;tbgLci/P59vq58vPrQGP8PS9peuZIPHqa7Alm4uCL8qQfp/xPvkuYURsF59JIF+fp+T7s81QNZ4d&#10;UCEMCcdcDsC9ZHKf1arOSBoNjz9B+P8AeOfbdJmLWDRkn8cWHPAPPtP9RSpX/V+zq5Vjw6VsGzIy&#10;DaZVWwJI5YW/At/r+4s+UPBIA/r/AFtb6ce2zcnh69XVWC06d6PakS6rF3NuCPoT9OSf9f8Ar76p&#10;stAt2I55Nx9T/hf3dZlUAnPXgrVz1wye1aqptGkmlNIS1vSot+B7dqPORzFvR9L21cC1uOPdHlLZ&#10;HDqrxljjgOktkthNSpGFmbV/aZeSz/2r2/2JA9+lzMKyN6fzwB/r/wBo+3YpDpqTnrZWpp1wj2PM&#10;8KDyMLgksTqsbW9I/wBb8+81NlwzEaP8fr/j+B7cFwGGTSmOqCM/CT025XYYCghzyBqOkEenm7MP&#10;zbn29RZBXWxJsPqB/vPu5kUDUT17wxXT+fQe1WzJIahniRQ7EWfll024P+Fyf6f8R7yLVU+vm97m&#10;9/x/hz7YE2o0HTZR/IdeqduZcUvoIVdK6QgNySeWYnkG/wBRb3kNdTggH8n6i3H59vCah0qTX/V+&#10;3rZWgqwr0zHZmYkQykg6OFSSPWG/rxa4PJt75HIU6jkj+n+8cfn3sSk4Pn/q/wAv+rPW1TGBSvUU&#10;bFycjloVZSnJKpYsxIva4t+P9v8A7zglqqFY/IWsT/tRNyf98femuaU01PXhCtSQOnjHba3RLVGl&#10;bxtBEtwTCkbW/Tb0/wC8X/2HvJFVUUkRJ/N7c2v/ALb2zJKVGrj/ADp16OtT6deqNvbjhyESRtpR&#10;WAfSgBNwOBfj/ff19t09XSrG7AkFTYKDcE/T6n36OaoBJx/Pp6gIoR0rqPbuY+6jhIjKSLeSRhpY&#10;AkkhdPPHNyffVHXCc21ek/QfT/Y+1JlGmvAdJ/DoadRs5tU0VnWIPMoGpr3a9jxyf0nj25E05jYu&#10;5J1fpNybX+v/ABH190LArWmMGv8Aq/zfb1YRheA6SkceaStjip6aNVCMpcAgksLaVH+F/cVWoCbB&#10;9LA3uWvbj6gH3sPmnWg1PLp7ng3Qkep6YTRMpTQsZUNc8ayP95Fv8ffNZ6VHsZbn63vcf7b3ZXIB&#10;p1YKD5dQ6rE5urpxoozCD6bBLMR9B6vz/X6+5i18AX0yi35sfpfj3oXJ1Ur03oBPD8+ktU9f187l&#10;p6IFgbq1jdkAuLsf9ckH8e+RyMPHrVj/AEIBuD9fe9QclTwPXvD0qa/6v9Xr1Hh2Hk4gZEiliKht&#10;DISqAjhfp/t+P9b3yirKZpGUMLi+oCyi/wCSbe6koUx1sFSMivXVftrcUcMU0kbuvAUO7uSPotgf&#10;6e5nnpQo5P8Ajzawv9bn/iPdQ7K1MH/P/q9fLj08PQdJt8BuCZpNEXjsWCAA6mJ/2lP99/vXvi9Z&#10;Tp9H9Nrj6cAfW/8Aj7cWZa549N6ATw64QbMz9Qlmpl1avG/Bs2o30hTbj83P+x+vuKMrTt6fKAbf&#10;QEX/AN497aRa1U1H+r/Vj9vViFTIHT6vWeXg0zmgVnUqS8kZZP0AEC55H+J9uUFTSyLpDgXXg3vf&#10;/Dn2llrXxB5ev+r/AFfb14Z49JKv2/uOilb/ACQEa9KaV0FCXv5OPofx76NLQamksrMBfn9Nj+dP&#10;/E+3Eu2jABxn/V8vTFOqlF4hR1iOR33URLRrJNDTcKSijz6lJFi55txzyD74rVQL6Q4Av9BxwOLD&#10;2/4p+IcP9Wf9Wfz600YZq+nWGo2VlqjxyyUsslSFB8rFpPVyzl73+vHB95fLH6j5bAf2QP8Aff4e&#10;2Tc1oKcfOv8Aqzx9OttHUUA6wLtbIRFFGPDzJYEuZCDZjZlFuAOB9fcNqmnUEtKCbn+l/wCpuB7c&#10;8cCqj/V/qp0y8S14dKin2nnKgxlMd4wVCqSWCqf6ergXvf8A4n3DqK+kGj9wf645IP8AiT7t4xrX&#10;+XlT8uvFCq6QP8nSlwexs6oqC1MCXBU6rqCtvoqi1h+bX99vk6eKHUCSTYA8cEn6/wC8+6+KCQla&#10;E/6qfn1pQgzTPXGHrnLV2RYTKiU6BjpRSNQT6hiR9B9P6n3kgraeUBzy17fUfW/uxKBsUPz6d1kk&#10;CnUPKbSz9GppopGSAAWQAgaQtuP6m359v1NUQuBqUAA/X6c/Q3I9pZJtFTG2T/g/zfsyOr6Tg0oe&#10;gX3Fs7PRyHQZZCys4JTkA/2QGFm+vP8AT/Y+87VaIQALp9DcDTb8Wt78syu+Dn1+f+r5daIalek5&#10;D1vk5aaWWrmkjqf1KEuJWC8AEE8c/QD6H32JUa3AH1IAHB/rY+1XiV+HPkeqambIH7ek/PtXI0bT&#10;FqiZljupctpYXAA1Jf8AqPp7cY1B+ijgH6D/AGPHthbghqHzp/m/1Z60ocDh0G2bppUhYGsfUGZr&#10;F/ofyGAsfblHEDbUB9Bzp+h/AF/bUk2Kqf58R08q1FegdyNbNC8hWeQG7D9XJUngk/8AEe8rLDEu&#10;pwv+vb/eOf8AevbOuRmov+r5/wCz1c0pnqHQTZ3JzJTUUlQ8jteyE2FuNV/6W4v9faWylfTqrssa&#10;cAgfg/Tkjj8e1gBSPLZH+rOfPqpo3w9HE6g693DNVUK19ZXiKd1d7O/jZrAxppH1uf6kf8VREeXT&#10;ysSosD9f9j/j78syuKk9J2R2ap6O1X9aTx0EUMU0pbxqAv8AqrC7X+v59ucmYCRK9rKR/h/Tk+7P&#10;MiGgNa/5+nShC8Og7ounvvK2dJpZJJYpL6jfgE/pDEf1/wAL/wCw94I81FIw0i9rsSb2Nhf/AF/b&#10;JnbXk4P7eqhJGNWwOlFUdRCmo2RmdXNowQfUASAvq/rfk8fT3Anzl/JaMalBKi17W+nI9umQAceH&#10;z/P/AFHP7OnNDA44dKTEdTwU60iGomaGR7zMWILFhZgP+R29pVtyySNILnUpIt+B/hYe6CcgcaDq&#10;jI5PQzQ9X4ymWFlhja8YGsqCzLa9yW/I/r7cKDcU0oAYWH05HJA93WVaZPH8uriJh59JrcHVuKRn&#10;ljQsxGo2ZrK5tbi4H9fbumbaYFEC6xzb6cf4j20bhFNHz14xPq40HSRk6spKJ0qS0qxObfrk4Zvw&#10;tj9Pz9PfOnzuhiDpPNrAf4249urPrSqinVfDZTnptzfUNJWILtMbBXbyM1wAdVrc824t/t/buuXD&#10;RM6ut1tfn8Hi3+v7sZWxqxX/AFVr1so1eg0l6ipY8isL0z+OVCFcqV9R5FwPoD9Ln2msjuUxtoi5&#10;P55twD/vh72JWUlzTrTQ1FScnoY9qdMY37eNquM2XVpAF1LkaRf/AFh9Px7ZZt1up0lwGcADSb8E&#10;8+7pNUGuf9X+r/Vnr3ggih6XtN0/iAFK014oX1aXA/siy/jke2Cu3TVhygkKAj02+rW+vujXTFqN&#10;5cOtCAKK049LnEdZ4CFEk+yhka516kQjnm1j/wAj9v8AiM5LVRrE8hDNYjkBtV/9vb2le4INa1+f&#10;TyRilDw6S25thYylqHrYqOI6AwYBPSUI5UD6E2PuTk8jLrWEylWsQxBtYAcXP+2+nuyXTHuBp/q/&#10;1fLrTRIMHh1C2zs/HUsUlRHRRvGzmRA0Y5Lm7cH/AGI559oSbPVdJK0ZlYkOdIDc2H9faiO5fic1&#10;6bZFr8uhYXaGHrYI3NFCAY1veNfyL2VR/T8e5Ue464QapHbTIx4BJt/S9vdXmJ+I9XREGR1BfYmB&#10;+5RoaOFZKdQFYIqek/gf1956bLVLyKTOwBYEjUQSn9OfbBkIPpx6cCgHHXdbtrHCB0+yiYhbIdCk&#10;LIfyvtRvm3hQv5rIEvck2F/pcH3tJdfacnq1KcfPpALsOhnlC/ZRiQygMERCTc+ohh/hcm/+39ht&#10;kdxy1FQ0X3BA1fW/1N+LA+/NIdPz6acgnoZcRtihx9Onjpo1OgADSBYW/wAP99/vXtzgqZhTreY6&#10;W5I/qGHFvaNpmLUPTypjh1jnoaZ6hiIF1rYB7fQr9b/8j9tVRXzoHGpgNXAbjgf0B9qY5wBx6rpo&#10;enGPHU5ZG8aEhedCj/ex+fcaDJ1LuojkbyX4Kk2sOCLe6vcY60EzU9Z5MXSBCJIU8Z4KlRz/AEPt&#10;SxVs0SB5HAc3srEk3I+oH19+jZpCD5dbZRjpNVGMpZGaKKL9tfq6qALA30E2tb3LWssVaoKOrG1i&#10;eST+o2H0Ht8jWfTz62pXptfG6VeOjDxsoFrLcADlVJP1495qyOjWFDFPxOPWGP8AhYqB/rfS3tt9&#10;dacerkx6a06j4qfIyVEq1FEsZpXIiZTfWP1CQ/Sx/qPbKmHisyxycEawVubE/S/tNK8hag8utxxp&#10;INQ4dKj+MsArSxaW1ePS4AvYfX/Y+5uKoJRJ42V5QCNDCy6if7V/8PelloNRxTrQjYmnTfnMjAIP&#10;IJYotSnWHGsAW4Ww/J/w9t+6KB5ltpVyhYAMLEE8jgXv7VwyKVDA06aeI+fWfa9YioV+gdVb0tqU&#10;gcXuf969h9LGaOMXXxen1kLweeRb+nt0vmtemyCox0t1YSknhluSCD9PbBp81Xq8TNq0iNk02Uj8&#10;vf8Ar/h70z0FeqCrGvr1m+n+sPa/xmKyRRCVZUvcuP06bcC/5PtpbhGbQOlHhtTHTLXZCih1CR0L&#10;/TRcF7/Q3X/ifbvloKumjiancMrR2KfTkf1B/r/W3twVqcf6h16hpx6asVU01W0qyppeOUkOebBv&#10;wGH9OPaAo4svUZZleI+LyKQeeR/h/sPenlULg9NBXLUr0p5HhigZiyhFQ2Nx/T+vse5IKam2vGqy&#10;KtSAzSsTZXDCwAP4tb2VxNI9xqIqP83+oU6MG0eF4daU6BGOpr6rfc4eInHeOFacAXZJEYlmYDj1&#10;X49g7TzM9VLDM6CItb6ggKDy1x7MpCStekEdFenQ0uoWJXjUlgtwB9b24AHtT0mKpoS08bSSgAtp&#10;/BY/S7H2VTzyEaF/Z0sCIe4Y6apK6VrRSLHEWOkMxHH/ACCP+K+4FfnaWF0ijkVHe6lDZSSDwFv+&#10;ef6e1VuHVatmnTLymmjh1khxhYs0vIuShvzzx9P9t7Y8hjZsk4kWoERZbMpayhfrpv8A19vtcORU&#10;D/V69VMIkGtj04RPHToI9LWBsCq3J/HI99UWFjxhWaKtjmBNnjYkaGHBI/r/AE9th52ywoOteFGo&#10;qp68agSlojDKoI9LEAq3+H+H+PudWViUzwkxK4+uoLyrfXk/4+3gQ4yc9aNVFesUMJdZBqK34tc2&#10;t9P+Ne41VuI1LrpDyOQF0ixuANNgo/1re9oFQaR1RpGY0A67p8bFTrpAUC7Nxe9ybkk+533MlTTR&#10;oYxAo/X9LqfryPyfaZqBtQyen1DsoDdeWBYpXfU0hNrav6f0B9qrGUVC1CyzSh2ZSIiw5Jbki/49&#10;sVcvU+XTwCBSOkzk66virIft4W8esCfnhV/DWtz7R+VySUEppptIhTVpAtzq/p7WIV05GekxJQ56&#10;UdJAsqLUhjrkVdRN+bf4e+mrKaalLuLqijQXUE2P4t/gfp7uhUHTXrxJ01PWQQypNdSRqJLBSbf6&#10;9/8AH8+8WLylK8phfQy3a54BVf8AD/E+7PGrDPVFkC8euqynmMZaFyrqBb8gn/av8Pb1mtxR0VFK&#10;lLLKUVV4c3H6eQv+9e2Vio1f9Q/Z1svUYx0z0GHEs/3dbBD5gW9Ua2JIb0sxbn/H3A2blIq8zSo8&#10;MLhSzO7gNqA+ie9TA0qBXp2BhkeuOpOeivTRjRNMpkRPFGpYcsCTJ/QC319qSWmmriRUw0teiMAN&#10;TBTpI9VyTz7TtkVWo6scVB6gRzUtEhEMk9EZFJsU1rqvwApBHtHbqwkSwhKOkjKTRhQsT/8AAdz+&#10;VH4J/F/bsJovdWvz6aZCwwOnnF1rVKOszkvG7DUyhNa34Yfjj6ce4O28LXfaPBNUCI86ZJCWYEnh&#10;QObn3d5yDWnWliKjS3UmrqYoNJZHlNz6UF7D6XYn8e+nxWWpJWDVglQtpbQDYL/iB9L/AEv7s8yy&#10;L29aEJU1BqOskc8MqhgNNxcB1APHJt/xr2o4MfHFjZZpwHmiZSiEi7qAWbk/7b2jVHMmeB6c09p9&#10;eoUtaxrIoIr6JFfU4BYI3CqTb+vthG4oBHJTZGNEUXajV4wQrLzdT+bX9rBEtar00J5Eqr+fUlqT&#10;TIssLsrFv3jqN5Ft9LfT6+0Vnc9NOI4dEk1KWsrQ3Eai4ve1vby9ox0w9SajPUtI0S5Ucsbsfyf9&#10;c+5WLwzUdpfuElo6grKsc50SIG5KE3/HIv8An34zYpTp0JQZOD13ccjm4/w/3r2NVPksNhcA8iVC&#10;wVOgvCgszyOBqcK7fT6e0UfizXGBgdKWKInHpAZDHZTJ5uBJqZZsaLiod3KJGgvoHiH6iSf999PY&#10;OZXck27a1KJxICGOh2k0uD9AwUf1PszaTwIz0kWkjaT0sMdjKTFQmGljWJPqdIA+ntRbY2ZkMTP/&#10;ABTM1ccFOurww1UJkWYW9LBub/W/srluDdNojz60P5dK1hFudch6iVmVhcPS0WurqGGlxTSIGgv9&#10;DISbj/be2XIbgylBuR5aLxSQIVZJYYtKKoNweOPx/t/ZjSIR0oOkzNIZdS5HU4UkU9CKWpjZ45It&#10;EscrszHULOrve5+tvav+5XL4nJSZ3GmaDR51qdIJ1i9nS3PB+v8AvHthQWkAQ0H8unB8BLCvTc1O&#10;tHU0MNBUpAFPiekYhkeEC5sv1uAOPaRQYvPUEMMNT9jDAxMZlQ+KZ0ABRGB+ptwPz7e/smIXJPTa&#10;ssiCuOnhmljbV4zMGZV/b0qyLc2JDWuBfnm/tW7YoVxzSVMQjeFYWURyEEObWFkP+8e0MzCSTT8+&#10;lMdEGodN2VImhWm1SRvJIv7kRIKANf8AUv0/x9oXdNZUZquFDmJGoqSaULFon1OyFtIZwOVHtctI&#10;46wDh0mc62pL59TaOlhpIRHCBb8sAAWP5PFvbTl8nJsE0mPx9DUVuLqRonrovJJEzOblXLgj6e3Y&#10;mEi65OP+r/V5dUnYwELEKr1kXRUKrPGVZTcK1tcbA2v6fof9j7zyqK3F17Y6QwTyKkw1/uNCDz/m&#10;oxyPxf8AH59+UAPU9eZRIh04r1mvYi/5/wBtf25bapKfGR0WUra+ndljda1aqFvIjoeDA7fg/j+n&#10;tiQvITGBjq0arGgJPDrBUCR0kjRXBKjQ6soBJ/rf6W/PHtY0Gfwu5pWhoxRy1sAlignPNUkcnpZQ&#10;34F7Hj2yYvAXVxHTscizYXj02GmloyZ2qJDCQrTwrpEIZeS6ra/I+v8AX2maTE1lHNkv7wZEpSK0&#10;qeF3aSJ1U+lla91P4sfdZJncfoj8+qiMIx19OYmV1R4VEmoAgiy2VuQTf2Hm8oaqvx33G05BLSYw&#10;qtSyXhmiBf0td+WBP1t7fhlAXRJx6TzKzisZwOs4P0DWDG/AP9P6X9iZsfN7ii2/j4ctJajmUxFC&#10;PJqFtDftn0i4/qOfz7Y7A5dOP+rj09HqKr4nTTW4qgqqj7o08bZCJF8c49EyhGvGPKo1AX/p7dJq&#10;DEU9dNDjKinhq5oJJ1icpAgKjWGaNuDf829tr40jan4dXJRW7TQnqRFPOIA9RCwOtUIjvKSGOjUN&#10;IvYH63H0+vtF4zN1eSytNQ5NjPQzVOlBSyzKRUQtcpD4vqW+hB49rLkrHEQME9NwuWI1Z6ktGEV3&#10;iWNJNBAdgLcC41n62H1+vtc76qpafFHIYHF1kYUilrPLUtDKsegAOYpvrex1W+n19s2IjVTVtXn1&#10;a48Qiqinr5Y6ZMSKxJJIMnV0tZMx+5pvt4VRUTWdXrXgkEi35t/W3tI7akyU9LQnE0lPBBIrLUuN&#10;NVUtMTfUJI76WN+VI9+luYUJL5I9erQoWAK4HT3KsZBMp9I5szFVsBzcXAP+x9q7EUGSWszGPqqI&#10;5CSoivUOsUocJINK3lRQFcf4cj2lmuQ5SVMDy6cAIJU8M9QqqajWGmnasSljSQNC5kRI5NIIKEMR&#10;qFgeAfbJhtmbpq8jLQ7Rx9dBUJPesR2ZpY2V/wBX3EwAAA5JHNvervcba3jV5jk8P9QzX5dVit3a&#10;ujAHHqLmtw7fwWLkyueyuOx+KWIySVlbPFHSmIi+rU5IIIP4vf2vcZkP7nS1CbmfG5POQ1bKv3Es&#10;M80ESD6AQE6iDcc8/wBfemVrtVdqolBTyr04GSIEKQT0w11Iu7cdT/wPJ12PxFbSeZamgj+0FVHN&#10;Zo/GalLhWXnUq8g8Hm/vJNQybu1VGBzM2AaunarqFqo4zj4mU6mWFrXBPJGm5J/w97ll8ABUUMOA&#10;p17QHFakddCql2tj448pTvmmx9PBS009DH9zmK6M2iDTwSaRf6amLhfqSR7wxxRGamoDvCGYtIYa&#10;nMwRoZIZ4/oKyA/QA24/I/x92mEoj1SLn0r1VdFKA56miqqBjaurj2vUiopoWeHESPSo1UCNWilm&#10;VjEGcfUNax4PHPt129R7hj3FHkc/uTBZetw/3q42KpWZKqWARnQaeKRT6if0sf8Aih90um8W3W3Z&#10;CIzSvp16IaTUNUn5dJPLLhYdt1GOw228zjKTcM1M9dNgqOjplop6yWNJ58hJDMoGkC05jLGwI559&#10;wtwYyv7FxYye78EslNSVskMaUNXJHUSUrgqKmqSIWIj5K61/qPblrOqA21mcAfb1R1XjMPyr1lwV&#10;DtnYFY22sLkHpZMojV8dJkpGmovvFYCRaJpGQh5tWp4o2IH6rC/MSozmN2B/CY8FRvUY7G08EMtV&#10;EYamSOUAtGZwg/H5DkAfj2qW0iMPiXDd5NfT9n+XrfisBRB28OnRsNU7vxWXo9xq1PFknqaVaFBU&#10;QgUGj7ZrOxB9YuRJHY8g/W3uJDtvaWWbNZTIUwo23F95U02QoJWxSwVM8HmjqpEUlXlWQ3DBdJHB&#10;HvRkDXKOMgcRx+XVSAVNR8XWSsO4MVQYrH4GWOobDnEQV0VZHNk62ux8MyU9SBUtIhDvArHyyFn1&#10;WYhuQ0vqvHbuzW3P4dUwtDk8bUVJx9bWzNFS5VYJPEs9QYwY3ewBjdT/AIHj2WbpLFFc1hGon0Gf&#10;X/Z6tbK3hjxjSnDqFvncm3Noas1uCqC46RIaHJCKBaqroYZm/anCxHypC5NphpItZhY8lIb4y1Ts&#10;TNY3IZqiqsxt0QGDI02Hlq5qaHJM7LUrN4zqCW9SgkAHkfT2vgR7m1AclD8+Py6pK5ifWoqvy6Ue&#10;OrIs3jKiTGTy0M8qk0dbNSQmoEToGpqxYJBpdbHTz9bEHn2qcPtWl3Vtyu3a2GxuDxheGPH1VWzV&#10;hy1OlnniqJZgGUmMgC6cNbk8+y+e9KXC2dsTI4/l08EjZfEmoK8Pn01Ve7qXFbkx+1JKx8vm6yk+&#10;/rKOnSninx+Plc09LkDTKLmN5kdLGQ25PPAKq2tgtnVf32F69xn21Pl6cDP5YM1EaSopyZDreMkF&#10;21XjITSbEG1/egZLe4jnvT4kte1ftxX/AD9VIiZTooq/4ekTufcOc2rjKzde/aqjpKbA5Konw+Jw&#10;kK5F83BMiU9IjQSqspkBdtUSEsDZ1J0gECp6U7F3z/c6irMxn2JTKtXq0lRiaWR3YxJUwRhjJe1m&#10;jVhf/Cx9nV8fBTxpaAkcOksNS+hQSPn/AKvPoS9s5tN4bZx+cbG5DDLl6ORjQ5GNqXJ0iF2hZZAQ&#10;rRtddSkgG1jb2vRtmuoMquapMzVYbGGE18FClLJT12Ty86s8kDVVQdFPTar6WB4HH+sXw3cVwQgW&#10;prmvl/n6faIoxIPHy67nrvuov4c9FSZP/KXp8gv3EVTT09CshAmliILyzBDGWhCC7E+oAC7TiaHN&#10;ZTe1Rs3cm4qOop8V9nW5GizNPDWQQLk6YVkU0VXKLtpV7K0Zsf03ueFO53LxwqtuK68CnWo1AJLH&#10;hk46bmy2Gg23W7t29hp8gRSVn29JiKJaPJ5KXHzSUy0IgmERDCVGQLMBoN9QFj7e957sqqPNJPsf&#10;K47IUqRjCY3+Gy09KkMdPGDJHMYtLNNI4ZBETfgcm/tVFbLbwIswGriT8+k7O0tdPA9MuysK+Y2h&#10;Gu+dsy0uVydXJms7h87VpnYaXKzTtKIqeeVpYmihUR+IxhVH4RG1Ad7I7ckzmOj23ufb9fWVlPWs&#10;tXVVEEuiiWcsqzzCVda2vo0n+v8AsQiJSG78YP2tin+r/V/leVZHiKioI8+m/PdXImYl3PtDKPtj&#10;JCgFPJSY+GOOjyK0/wC7FTTRXCLqZQfIqhgfyRce05iN3ZWspd25LcEP2j7VlrMJgsPTxx008Ech&#10;vSSgNyY3REYH6H+v0PtXcKskywoKIck+vVY2eOMl/iBp0uVxNLRzQxYuBNWWrP4ll62by1H3aUyq&#10;JZJHJK+STWqpYgAXIUhbe13icLWdvfdxQ5BcVXDFUFOauLKLLJU0CWeSSahTSpmST+0G9XAJA9l1&#10;/uo2/QhQuK06VLDHJGWJoTx6RmdzG3unMJLX1MUxw0+TyNZFDDSTNHRZLIM04ijqEDLBC92UArZf&#10;VYn9Pvj1n1zhdgbv3huTs2pjq2pqeSLE1+TnlWmmx1PKpE7xEmJnKKNYGq36Sfx7avjdbs8drbVR&#10;eLEcR6D5f4fl0yhjtgZBljgfZ0HnbO+d+7q62wlZ0E0GU3DuDJ0NLVCCSnZ8Zj6uhl+5889QU+3a&#10;KQo4mIXhbj0nlaV23KXL5jb2+9nbwx1FhXjqaoPV1KPJNA05K1FLH+khLtHGzWCgAG/Ht17mER/u&#10;6JNbjBpwz/q9OrIpp4z8D6efTXtDfO8oNuZnY3cHXuSym44YoKKqO0sbUZLa+Yiq8ehWkNaz6lnZ&#10;QslQoLAmQlCRcANOwtv7Q7ByxrpJYZdmYjJrlN07plq0r/4GIEWOpwOEoqXmN6kpqaWUE3cWvwPa&#10;kLcW0C2UP9qwwOIHzP2dNsY5B4kox/PoQdrZDeO2dr0+OzMeJrd5T0dbSbS2yrx4mXPmiUS09dls&#10;hVaiGiiZDVCBf2Y1dtEjlFV0xg2XunaSbP6rgzQp6LIyZHb9TUVMuMgNXK61lXTVrTql9ahwyshN&#10;rC9yB7SwxtYTPLdN4jMM0HCn+r/B1agZAynSvlx9eo8U+8trVlL2J2TlNm4mjjwCYreVBgcZl8np&#10;MVXI2KqMTXOGqTFHNPZ0MJBEjkqttXuP2XtM7V2muRxlJFnd70EmMpKlZYVqaeLLZephiKUi1ZMW&#10;lUflWjJN7rY39v7Wst2skl0dEa/COFfz/wBX+duZySFiFT6/y6ddk9jyb0y7iKngp9sZSmr6/a1W&#10;tYsVZkMTi5UoKitqaXQssfknLNGVkssajXZmAITzPmIJNvUG7Ov5aXL0dRJLTbawdQIIa+hyNQA0&#10;1ZTRM0cskj6iArDSoNxcAe35pwtuWhft9TmtOrxCrjtyPIdCTQ1FFWQZCtxmZSqgnkmVqoTQVcFB&#10;NTwLAyQP+kLHp8jI5YFiWJsTczmQrOuNqSS4tJcTST4nH1c+dp8lNHXCrNRQkvhqZJ31vLGOVRFI&#10;4uRqN/ZXaWd7cQrc3EhAbh5ClfTy/wBn063JLUkKMDH+z0Xiiru0t0pW5OujrpsBntwYzGbKOCDY&#10;fJYihxeTdn3fmJkBX7OrRA7LqDmIhVUh7ewJropIdqQbx2xuKLAGWpxsuA2jjGoKzJYTHy5Bp3fI&#10;vUAmIBHdlg5ZA4W/FvZhFPrkeICoQcT69UKkLUef2f6vy6Gamrqmuy9TsvKbZymUxq4Vxm925Who&#10;aXb+bqXp6enbH0tGGczPNHIxmtEkK+N1BY2HtRbD2Zuitmzm4qHFYmPbmbyNXWqmSx9NDg5qaWUT&#10;1FZkFrNH75kVpIjEG8bF+Bf2juLuS7lFpBqLnB01/n/s9OxiKFNZoBxHz6T+++x+ttoPjsDuXdBp&#10;9waqP+FYLDVmQr96V08lo6aOixWI8ldP5vo4dNEguWvzZYYXbOX3ju2rzNLJj4cBHgpVoErcpVMs&#10;edkqW8wx3gYMiBh5Yyl0VDpI91mVrSOO2RSWJFeA/wAPE+XqT05G6HU7npl332Vg+qNu0n94Rn8l&#10;USZBPvH25tl8jUriEfyfe5xCksSItN4qeaWZ1kke7RgD9LtFmX69aDHZp+vds5rLZWafdmXoM59t&#10;W53ClCaXI01EIo5ZK0sxicFXYAagzauKXFk8swvZFZnX4A3AeoI/1Y+zpt3U9qEUP5cPPpA40YXu&#10;Cirs/iJ907i2W9DHHs/Z+a2gaKixm6sYrx1KVeQzCostISlLJFG8ywK2sCUkIipfCzxHf2Trdmdz&#10;JW516XJY6n2/u3FtFjvu5WNQit41ik0xgKb28j6RdiCfZpe3TJDE9xH2g1JB/wBXH/Uek8aVqqEi&#10;vl1N3Nhp9z9Yybb7T6Kkg22P4bNVYTYW5sZl66khoGjeCWKGlFAysjag0dPNKqxarSE8e37aHSm9&#10;dz0MWZ3ZvvN1FTPkKuXLLQ5EUDZKoNUGgFqdpRBBBGSkdMrXNtVhe3sPbhzQWkaGzi1laA+RUEca&#10;caetOHRmlmsWnxWNf2Any/4r9vXLendXVHSk2F2RFh6Xb9PFiJJdttFtuen27CqpoGLo5YUjXzSt&#10;o1Mrqh1Xd9QNzD4TbuQH8VjzseOpaKTJg0ePxkaP95R06iJJsrV1AdppZdKltShvqD+LpGSaWRZo&#10;G0HTRmIqciuMii8c5z5efTbsgI/E3+D/AGfy6Iv2N8ltjYiPbC9fU+f3ruWLA1tRU7i3PXVmNj2j&#10;kcnUOJ8RhMRjwiwvS6pESKn0QpH4gkktj7XWPhpaFWSip6ejiVZPRCiwoPI+prIlhcm5uBc/kn2j&#10;n2yBplfSWckepHqcE0zw9PQDq6vJpJdsdFkzfcO/9yYmop93bvq8lQxlZb1jUZr2aKA01IhySRed&#10;liX1BL88km59tsuNxTZODLS0NJPlKdZFpshLTxS1cImQJKsM8oLKGAswFr2F/Yi8F7mzFrMKRL+E&#10;YA/3n8v8HTGVaqnoOKTuHf8At3EV22ds7xz1Ht6veOSsxSV0xx1U6yio8klJPdbl/UTbk/W4Hua8&#10;zO51A3+t7WH+AFuPb0NrHbxBYqAen+euevEl+5vPoMK6uq8rPJWV9S9RNO7SSO73ld3JLHSAByTx&#10;/t/9fCrBm5uObXsf9jbj2qZWVKr1oimeozKQo1Ne1mYWWyg/1APH+t774uSot+P9j9Ln/W91yAAx&#10;69WgyOuaoXuNNx+ACLhbHkA3sTxxx76AJWw9PJ/oRa/N/e2dQ2o56vTV9nUgU76yDoPAYgHQ11F7&#10;/wBf9gffrBbkjgc/n/e/+I91JZwAPP8A1f6v8vWmEca6upEJVSVBJ1eki4HN9XIt+P8Aevz7ROZ7&#10;I2vhauox02RFTk6eMNLi8bHJX5BXcaooPt6a5EjgelWsT7WnZ5I41nuaIGyNWKj1pxofL1HyPSNb&#10;hpjSIVHr/q/yfZx6M91t8Uu6OzcTS7gxW3IMTtyvdfttwbnyC4THPRFdTZOOGUNUS0w/EsUDK39j&#10;VzYpncqdj7t3ftvdGzYTjtvYXBV0i1OTekikocotf9vX1dRj5CzsYg0a+lT+bG/szuLmCPaVt4D4&#10;lalqeZPl+QoP59MpBJFcF3oK/wCr8/M9WnfFrYOD6U2hmOtdy57A5TeWZ3SKrK/wv7yeirYc3hfL&#10;t6hpaueGMyRvR0VTMqsBY+XixBZQ5TD4qowkW4anJ4DD5ArS0+P3NuCsrKpM5u6GMBErMWZBAtHe&#10;NjTxyN/nLPpuPUHtqa4u3e0ugWUHI8lXyHSu4dVpo4noU8puXLbe3NFtjGYfcW5IalI6iv29tzH4&#10;vD43amzpp3of4lR5WdqaaorxLLC88FLUu4iDGOJGCO8fZ3b24aSg/iGcO4IsxBUrj8tW5Y0ceFeV&#10;iSKqFZyiQIbWUxvYqDa/tHdbVFJc6KAhMqKV4eteNPL0x1eNz4XCg8+sm5OkNh5zDy7VXAYHF7bn&#10;ppGjotvw1WAyx9eusDVuGljeojld9UodeWb16tXLtuzeK5qvhg3FvbJttPPUyVeJxuwMdHWTVuMp&#10;3RRkKrIWNQHeqV4wtOjAAeoW59mzJL9EPAVU0ihZuNfOmf2ZHWojGjVWrN5eg/ZX+VOgi6x6P2t1&#10;1Q12V6r6vwjdj4GpqaKszXZO4K6kq6LJ5GkSqkoqapxNNkVMKUNVEdcKx60dQWZzIVwZ+hym4t41&#10;m/46eWj2vtejxtDSfxjJrioKaehj+6bLZIsyuGjDgoC1weTyfaR/BuLOPa7El2UVYjPGpNfLq9Bb&#10;kySnLnhx+f8Aq/PpbbAnxPV+1cB1vv8A3FhKrsTf1bu3PzYnbGLrK6jzNTlstNXZOjwVD4XLU0EM&#10;iQs86AaEd20qCVhZOu2pFBteogyq4Ra2DJZCkqaLKuaTNLlqky1kooqYMs8Uz6ndnBsL3I9v2Ru4&#10;o2oauppXGPl1rSrnIqOP+XoQ6GkytRktzfdwUufo4q3EQU+LmxsME+LqMdSJWU7ff1UwRpYw8MsZ&#10;iX0uRIhuSfacjm2ttJ6DLUuwKKbb+KzNPSYetYpgoc1ka6Bqxs3TY6kjEckEBU6Flltxwt7e2Z7I&#10;XRZZJqmndTgB6fL/AFfZ14sYgFCha8PLrNVw57cVDUYBN1SbU3BkaRKysiwwx+cqsBQQzRQSY41d&#10;epQTTo5Uz/bhg3kaNrojlizvaCZjF7g3DJsuHFUdRDFjV3DJhFE1bV1E2imRYJyY9agP625C2vwQ&#10;PamAW8RFrG2oqPPyHTTahHqNRnqZt/ZEO35KKjTdu6K6GlqHyVPia/MrLEiiJqeVFKRrUSUwaRW8&#10;EkrRKwWyg/VUbAzeZ3FicpkaTK5vGbdwONlEk2Tp8VT4da2mCmpWrkpoQrDxk6NR4NuOPZVKiNfJ&#10;aW6gtIc/Z6/KnV/EVI/Fb7BWnWDdsm0sTkMNNlMfj8hnsxlqfHYynQiTcEqVDm8uHjkk8yrC2mSp&#10;aEhVjDu1gPbtszPUG8o6tKvEY6Db9HJHFk8vuTIiqnraOK4+5o8FoMaqxOiPyG/OoKPbt430E4jt&#10;WJkIpjgB59XVjKupx9nz6gbuo8zioZ62gqcpX105qBt3b23sfDjo5ck1P5Y4crmSXfxFkLySM8Sl&#10;QVYNcAmM2JTQ7f25lsVjsTVUu3sfWVVTQQzxI0dXRTo1SFxFNFyU1csZByWIUE/Qkhsnvt6iZXFX&#10;IDMa0B4U+37PzpivrotHErY1eg8v9X+fogvydzmGyGX2U2R3NhaTszM43EYKCHb9dT4ptuZ05CKm&#10;rMtvbNMWeCmh8zpTRR6GSzsWMZaxeI8/hN+ZVZt07Y2dFtOmydTj8NFummfE5Kh0pqemo8UwDSSz&#10;y3LFAAo+vPsZ7jGbRPoduYjPcf5EnpPANK65Msf9Xn0bvH7DzPXm0YYcTursXcG/K7Gw12drsXNS&#10;58bjzKUkdF99UV27KeempoYUS1PGZYi6KAFkYEESdvU829dhbtw+3kp9t/efc4ykyFJPJJS0qRL9&#10;onhqF/csFHpA+nI/Hsjg3OPZt+SMgylkIFBwJrn/AGelNxbxyQrI7Uoc/wCx5dB13HjKDZO8+qey&#10;d4Zit3RTbFfI1tbh5aXGrlspLkKN4lylLjlaClM9JMUnKxhSSo08ge8eN2zSdfdX1/X+1Wos7u2T&#10;GZSomqo6CKWCrzNUjNA9XFMZF0xkqqrI3Ni1he3s02lNO6vuu8sEDE6EJzQA6R+Z7j68MgdIrxnl&#10;jWK2FEXzPlnj9pp0E2Tym7+6e59kdwZZM9130nsevpIse2ay9VtrI5GPTJJV5aOOhaORIqqVkhmY&#10;S2MI0aiCQAm23sLZz4zC47sPcuUz2/aGCrl/g0hr48c+UrkLQRDG0wCvDTcadICXF7Ace0t3d7mt&#10;2ZdIjgJFD5kedB8/Lp5AjRjT3EcT5fPH+Do5O5Nz9hfeUdRsjbuDm2lUV1FVZTdMuUxiOuFpZ0fK&#10;VVPFJKFMssQeOIuj6RZjZjZYNfvafqzb1F1xR0VJLSRUWRpZaHxESV8lbeeqzdVNEQyRDWyD1gki&#10;1/ZhaWMNtcHeJu6RvhJ8hTgOmbjTcoIj8I/yf7PWWfrza3YWXx2/5chnRkafJYPKYieky1TFS4wY&#10;CXXFjlxbs9K2uUO9Q0kDElzpIsCFt1rUUeY2LJVbbwWcFFg6f7PGYVMSWx+Ry0+sLUVLITI0SyEv&#10;o1iwOpzyPZO26wDeRFeSABgWIr5DgPz/ANVOlotSLdfBotcemOk92fDW47OYRv4ztPCQ53KMdxbr&#10;zWbGJzWA2dj1jetg21DOjQCpnVVh+4cgLqJAJsQs6Lbi7M2XU5Ldk+Rzu681QSmpx66dOMpS5eLG&#10;4TCwExx/UBmJLE/VrDmtk0u77i8yjwrWKtGBpX8qefrWgHlnDM7lCtvDRmxU+n+x/l49BZW77zPY&#10;XbVFt/rnKYyg2TszLUtXk8pFjHqaDc+XbGsZJMtuppgTHTI6+OCNC0kg/ckYBQodbw2XXdl4DF1O&#10;YxiwVFRXUdLtzbDVDY2HHUdOvFXlkjZjK9zdhYWtYfn2ph3CGIT21otEQVL+bH/V/q4dOC2UyAud&#10;ROTXy/1en/F9DFtzJYDruuzGL/itdlqSOkyW7d27syRqcpPW5atqQy4+hkpzohjiUN4qeNWCppUW&#10;a7Mq9wdb4bCYCj25hcJJubIPFFTbjzX37UcGIonXXWS0VMhtoUiyxKpZh+pv6I9hnYB7u8fSzHtT&#10;7eHz+0+vCg42nPiMBSij+fSE2r2vvDcu8KncO48zjNjdetM9DsXa8uOSbNbwq31RLUZrJ1F/CxsH&#10;jipyirqAZmKFiitiddQV2Oy0FZhGg29U1vjxrrRU0DzwUEusmrFRy3lIF2KkAcD25uG5+FeiKI5I&#10;7vlXrYRY49RpjoZt474psF4Epsnhzm6aKN6zFTVVQ4VaxREsipSozMUOpkQ6Swtcgc+3/dm4sxtm&#10;upZa7HyVEmZkjx2NhwbT5SpgpIFCRQ09LINMTBfpojAvyPamC0iFsWUAKKmrcSfU/wCr5dV1qW7e&#10;7pObRpdq7lxlVBjK2skjwNXJV5dsjRDFQVeVrdddUVldUQBGqUdtTSs0z/SzkkH3Fym+MXjKyHCV&#10;UGKwlJDTLWVa5KuqcjuYVMgBU1cABjjc3/tyC30A91ECpbfUsC7Pw8gKeny69HIJJMmvWfCbQydX&#10;NPuKXdWQz89Uft6GlxlNisHtCnoFNljx8cUbVE0FvV5TPJrP0On6M++qWL+7WPpKOtrlrd01MVaa&#10;2jxs1TkpcWv+bo6anKkLcfn6n/be1OyXwKz3MlFA7Rn9vVbhdc4TyHSiwj1VVubIySOkGM2xj1xi&#10;0K1VP9lHl6gLV1NdUSKNZcQlUXULIrMbXN/bPtWtwe2KykoJqGahaecI4z0YpspJqsgWeOQeRdX1&#10;CfX2kntDOGvi+ojIpw/1Dr3iZ0L0osxT1Gaw0xoa1f36Zmp5sdMk0TNbUkkMhOl+bWJBH+HsW8xt&#10;DaOSWsqtq0FLjspQsj1eRrBJFQpM41soeoszn82j9porZ7ph9QxcOOA8vtI4fZ14zGIAt+wcei77&#10;Y7E7I2hV0tN2lPS5aizlXVU216LBUKV+66uCKQJFNVUuKXwqgBBklcqFHLEe23G9t4bCWwW7cvS1&#10;1UsTKtUceniijRSgWkhGtwo/BYkn/D359iuLdw8DBErlePzr1Q3Eco7BQ9P29enhuJ13DtilqsFl&#10;HmGQeCi3Dk8LLk6tnEgfMSUUipIOACjFlHIsfYdVtDJlIKjN7Nro6DCPVTCTI1tEsDSzPy4o4H4l&#10;te5uf9f2cF4ZJPBRS7qBUDgOqkFQA5oT0LmLytTTpjsPudKX+8NRTGU0mMnqMjEkEXoE89Q8URXU&#10;QRqKAEg2J9ozb+06PD5fIbry2QmyOXRdGOramgoaeOKRjZqidiWF7cIFHA9pL4y37LbAAIPiHnQe&#10;XT0aiLI4nzPSnmaRxDDGsRjcEVAEkgkWPTbRCEA/P1JI4/HPEvc8vZO5c1hMLtmevWKXxSVeSpyI&#10;YZmZhrJZtICKPr7VG6sdq20sAK0pQcfs+fScwyPcamwPXprWkwWNhqq6pgo6dEZnlepWOR4VUWCX&#10;bUSTYkAXJvYX9jHnNv45pMZt1slXs8NLTrl8zS1Dw1FfUgAzQxVA9MMWq9yvJHsqsL28TbmuXFHk&#10;J0qfIeVelKAFy5wBw6RGEy2VqY8vnHpaZKWSrdcLh2gRBQ0ULFY6yoSG8ktRMBr0C2kEILEElP8A&#10;YmRpcFBi9u4qilqTLGkYq6Vo6pYYm/5WahvVI39Sxt7V7ND4Nu93dP3SHh6fl0xKzTSlgCAOnLZk&#10;tdnJqzO1q1NNGKiWlSkq6ealkeSnOj7mOnkNo0POmwJYck+wNTcuQ2ruT7ylgMwhC/5VV0sTmWf6&#10;iCJYwoA+l+Sbe1F7aW9zCDNkeletxu9Cqj/V+XQgVNNHWU01LNrEU8bROY5GjfS66SVkWxB/ofYn&#10;00XaG4aWfde7sPFSbYKeWjjFVEr1oJ9JjpoXLKOOSQD+PaeG/tpHG27WO5cMQOH2nz6roSBqSUDH&#10;h6npEY/I7GwOYj2dja6kg3C8Al+zBlqq8RfiapnkDAX/AAHcE/gH2MvWe38ZuOGPPbgVKGixx8OK&#10;xkGSZTKU/W9RArMbHjk3Y/i3Psl3RryW4G3W1QD8TUqc+S+X2ngB0s8dLaPXxJ6A/wCQnaW5+scY&#10;mP2Ht+r3LujOGSWqrqvFyS4rG0ygL5aqrh8StIf0wwq3HJbiwZS9ibe2nm4mSoxB81VE0FPW0yiN&#10;qKMiwdJF/P8AXjn2LdjtGtLQRSPq0j8yaefRLJcGWQspoPn5/Z0Xj4/7+7qqMnU1WT3DRRYWhram&#10;qyW2ssDV1mRmrGZ3ipZpQJIVQn9sCSw/Nx7K1DtHGbYyTikwp3bN5DBTHOVc6wSmQWCU9LAh12vY&#10;lja/9fb17aaG8WdyqjNB0rhBnXQBQn+XVhkFbUZ3DJOa2Xb0k0AmqGpDST1VEoGpg1RWJJEvH1vE&#10;SB9CPaB3B09kMTlv49lsHRS1eQu1DtqnmjpIafyklXqGg5REFjp4P9fbH1n10eu37Y0xq9fs699P&#10;Gp0ijHqZhtx4XOpUHD5BcjDRSfbzVcSyGneVANQiqWUJLb8tGSL/AJ9z9h9NUGdzhLwVclTTu1Rk&#10;KLFVUgoKWNPW61eWnVkW300qS3+N+PZNud9KAI0wWwPM/s6diiSKsrcB1i3PujD7UxbZTM5Cmx1O&#10;0kVPTvUh3epq520QUtLSR2klkY/RE5tc8AEgcngxu5qyTa1GIMdicTS+GaRKYGli0nSTLOApdyfp&#10;fk/Ww93VW2S1Vn/Umc/mCfl5U/Z06EWWsj8OmUT1OHo58/NFU5GvyLo8VCKgiZ42jtFT08Ls0cYA&#10;sWC2A5JJPJc9h9QR4jMtURYDC1eHUT1X3s0KGsr2ZCsS3clwhNyQP969ku93ryoNLt4jEDANB58e&#10;n0SIRkggHpI7n7a2tS4qpp3zxwuc0xwTUysjVGMmdlMrSSMPHdQbBmOn+n59iE25MftSGppsgttR&#10;d6HDY+iWloqdUOkKFiWxY/2pJDcfW496tuXxfXKXL9oUfEckn5dNGT8CZ+Z6SFZis7vOkp12pU05&#10;hl0U+U3LlMjLX5CeN7PIVLtxHYkiGIBSTbSB7TtbntpZzxVtXi5K2emaN6OjlnkkhaZD5TJLTwt6&#10;o0NrGThj+OPYmMjxQ/u9pOzzP29InhkMmpKZ8+sWJ6+7L2801Bi91UONochUzS5WupMTTCvWlCCK&#10;njpautVkSZ+biNG0C2ltXIQvYW/dwYnGfcYPHT1M9YHEiQr40poz6QXUWJv/AGQePaza7PboYiUA&#10;opNPmfX/AFcemHgYNpbIPQi4DY+OmqNWYK5ObHGBYJKh/uJZHjHkL+R/pY21aRcn6n2DO0tmUu+P&#10;Jkc1O2LycrkRxyu0k9TN9dOkm4A/BsB7Ltw3K4+oMarVRxPp0tjt1EeroSMjXfwym84pZZ44/wDO&#10;CEoohiUcu2riwH4Hsxu0o8R1xTTPlpQgji8cUcksck9Qy8mSVYbhV/ogJv8An2gm2ebc3RwaIDWv&#10;kOnRPRNEQyf5dBHvCqy2+6FMVtIMfI7JV5KSGSGCjjdSjLA9SF1yXvd9NlF7An225OLdu6MjHmsR&#10;kcfhcLDJ9261slpGRRdNNHT3Jb/Bj7Nbi7soYPordC70pw/y/wCr5dNRqsP9qa1/y9ZsJTYHY+Kx&#10;+3snS5DOZmaH7KoqKaiqKtp2k/zt66pKIiXPJ1gewi7L2xW7ktJhMrXZauVCz0pi8MMlR9GMMJ5a&#10;5+nF/a+2nNvaBbkBT8v5fy6YkhLPVOB6EfDztTUjpV0FPhqaB9FKoqlmBpVW6vUvYKjfW41Ef4+5&#10;nWXSe4cZRS7r7BM+Nx1KUakw7NEJq9hzeWJTaOP8AHk/72E7y/udxv12/al1E/E/ko+3pUvhQL+o&#10;aseA/wBX+r16TWR7I27/ABNNuYXKUWTz1RrRY6WYVEFIwTUTNLDcFwPV41JIHLWFrtO7cHtTPZKo&#10;yKPVY6kgk8bRRxxpF5SbCKFT9Qv4J/P49it4bi3t1t1NWC5PTGkB89LHFLkoaKCLIPFU1SrpadWY&#10;GVAOJZhawY/kLcf4+1dFuvbGzNurSweSKG0T1MtXVCSqnUD0rpWwUN+EUeyO12uea6M0p4cPQfPq&#10;8txoIXy6h1WKq66rWeoqYxHCjinhjhsiM/Gti5JZh/Xgf4e+pu3qLJ4cot6T9tjT4+nmbyzxEWRq&#10;hIbt6h9R/sPa+2tYrecnB9WP+T8+k8hdzqGemmk2VRUuQ/iLuK2pZxIZ6uJJXgZf0/ahrhP8CP8A&#10;X98+td59i7r3BHgNuYiso8Ymn7us+2dFRSbGSeoYBVUD6Am/tFvt7tO3Q/USUaQ8PMn5U6UQReJm&#10;XgPXps3ttzYBoZ8zvOmoZoKRHkikycmpUl03CUkBPqkc/RVBYn2M2fwkT5iKjz2YirsbHIklZD9s&#10;srSrGAzRK1tKhvoT9bfQe9RblfS7SJI08NmGPs6tCkDOSorQ9B3tHKUa4OsqtmbYlx9bNHPBj3ml&#10;NLTl5GKRyzROxdglw2nRbi1/YP8AemNpNqUlDkto01PgkqaVyWRI45lWVbhzJJcrcf09nXLyrc2H&#10;1E51yAmvp0WO0/1LRtwHSp6i3FuDOU+5sfumuiymSweaNF93DFFHTvD4FcRqsICko1wSRf6X9h31&#10;xk8rW4RsjDjqRqTHExVGdzchZq6rc3kShpnBZwL8m4t+SPZbdvC199OxLM3kPIdGMQYJ8uhXq/FI&#10;0dM8lUrTBrJSl0IVeWd5Yx6R+Bdhf8XPsTsblpqiZ6qSQytGVsojMFO8v1CoF/srx9Pbd5AgoiCn&#10;2celSV6iTUUSU4pkXQjAguSZZVT+0+qS51Hn6/n2oMpTV25aCaoyeeXHwBNAjijaa+lfpEgKra3H&#10;1/1/etvuPAmFvbxVPmek9wiR93EnpLQRUO2ZkpcPgzV1NTI0jyeSGBh5Hu8s00gZySTcDSf8PZe9&#10;xbYSsumMqqrJKWZJ6gIyFdBt41lc25tYhfZ4ZyhIkOfTpLIrEVHS8ikd0UzRiBz/ALrMiuRx/qhb&#10;3G2Riq/GVuqKk/bWYoWLmU3v9Gb8A/0W3svvTFp7jmnT0IYCp6yPYqwJ0gg88cf48+1t2HvTe9ND&#10;DRxJVwqoVLKNCIgHoUKPp7d2y3tYbUyxgZ8/XpPN3Pjpjx+DwUEstbSUlJLPM7NJVaElkdyfUS5v&#10;z/U+wU/vFvn/AFUv6vN+t/0/8dPb31EPqOP+ode0Hp90r/qV/p9B9P6e/wD/0WH+GSNfiw4+g/P9&#10;PeCobNB13dqK08utzlsvCoB1qxP15F9P099viZWFiLgXPFzf/X9+Hbx49ax5dcVzlPcEPbVxYleL&#10;/S3vAMW3FxY/4/T+t/6+7LITUL5dVr1KfKRKCbmxC6bDm/4I/H+v75fw5iSLauR/jf8AP192owXU&#10;fPrag16xfxeLgatPH1JA4/2PHuZBiTbkFTcf4fX6/T3sg0x1vga9NtRn4gxAdSNJ02N/p9SP+K+5&#10;bYdyAf6/6w+vtpjpNOr+VRnqFDuKBieQQPp9Sfp/j/r/AOPuPJhpF50sAfr/AL0Tb3oHUKjqnHqb&#10;HuGnJ0CVCwX0jUL/ANQLn/X94hiWjUNpYn/UkWNvfg1T1ULnqQc5G5Kh0FuCb8X+thb/AIn3wbC+&#10;Sx0G5Vj/AFPtUqsOHVjwp1h/vLFHcGZeHsL8k3/HvPDhNP1U8kAnSfz/AK3vxYAkHiOtEYqOo1Ru&#10;RWUGORCtieWA4HP0Pt7psHGwVdJuT9SDew9upGzsScA/6s/b/qPWuHSMyu+BSAuzpdR9LgC54Gnm&#10;5/33Htxk26hRSgF7WIIFwfoL+2AJEc6+HWx8+HTHD2PBIxRntq1WYtYNxqva/wDr++4sOsY0sovY&#10;ngEkkcWv/j7vLGp7uvdp4ddNvYzt+1JwHAJYhVCg8kk8cXt77GMjThV5A5/qPz/T3REJHyP+r/V/&#10;h69WnHrJLumRiC8oSzWuT6G59JsD/vPvLFQrqJ0cD6cH8f1I/HtR4HZQAf5evE1z02Ve5ymn/KON&#10;PJZlCE/6ki/HI4I95FxYIJ0k3P0Fj9P6k/7a3u/g6AOGeq16b5N7DyaBLZUW5kJIP9DYL/X3kXEe&#10;jQUAubjixv8Aj228Jl7h5fs6vqUnPUZuw4aaXX59QZSDZmIH9eP969+TBqpsw+t7f4/4ce31iLKa&#10;YA6qzjy8uolV2bFfVHIrer8kqPr/ALbn3LXCj+yoC/1AFz/jx7baJRgjJ4+XVQanPTQ/ZiBGaWdr&#10;2bQmq4uBex5/P9B75PiYgwZkAIFh+CT7tp0fb1rUCKdYqbf9RUxsKeV2jd9Wr9SLbk6Wvz+R/h7w&#10;S0ar6EFrfn/A/wCA9sSKS2sDP+r/AA9W8q9KTHbgeRA9Q+oMOR9Be5sAf9jf3wSmWL1swte4N/oP&#10;yPe4nq9HH+ryPTbE07R1mr8lLVRGGkVtWnnjksLWAta/P1/437coJKU/Qhjxcf4/6/49mDRBloAM&#10;+fVf1CKnHQb5GLOwyF38yIpLKAdCixFgF/J/FveZvCDq4H/Ek/X3dIQi0bqwqOPTKKvM1B0GOS1i&#10;RYubC97m39P6fj37XTkFfqR9D9dNh+fbbQrqD/6if8nn17URw4dZkOeQXJZEN7rZhcMLNZrX+tuR&#10;75BQQDYaf6Wvx9b+9qsZcg1+0/4P8P5derXh1gqauqp0BD2kN72axDHg2H/Ff9j7kpDHp1aAQLg3&#10;/rf/AB92j0htNaE/6v8AN/n6p3Hz6TOUyuRkYqtRMCxuNJ9LBh+f6WP14P8Ah7wzNGn1CqB9eQSB&#10;7cMqCvVxXj04YfH5Sru3lnkdyPUQbaiLWJH1A4/2P+29xTWQgaQV54/1rfX21JMW7vL9n2fP8urj&#10;HHpUU20MgXEsnmLixB/UCoPIIY8fnm/vwroE4Lcmw4P9LfX2xVviWn/F9WCg+XUx9p11TdWg1Aai&#10;rOosBb06bDj3jmykSC9y30HN/p+Sbe6Fz9nH/VnqugdTaDr+eZ7yKAbFv7JBJAAAHH4HI9tcuZjQ&#10;i5Fjqv8A4fkX9qRMtBXiKU+dP9X8z14igr0p6briSdJU0yEeleR/Um5X/H2k8/vM0cSrFKI3nfQs&#10;lixUKt2sPfkepAPlx/M/6v8AVnpPNVV/LoR9qdRYx5/PXUwnjgRWWByVR350hj/xF/aYizxkILuJ&#10;NXOqQ6iCeQTq9qhNpGPL/V/q+XTK+vQlybUp410wxinUAKI4AIk0gWsClrce3Sk3FNDKscbsyOrn&#10;RckKw/IH1APtp5tYJb5dKEFemTI7ExtbCZKinj8sci6ZQq6mQi1n0ixP+w9459xzMSmu1zzzfn/C&#10;/tMJGZ6+nTpJFepdHsjHU6ahApsPoBY2/Gq3uJPuBo9I13b8WY/W9/p70TnJx9nVVU/EenSDa1MV&#10;b9lQD9eB9ALAXt/X20vnplksXOmS9ib25N+T/h78ix0JIz9vSvWAtR09DB05jUBFugUcKAbqNIC/&#10;7D3ISuFSpb6vbg3NuB9b+6EqpqOtA6hQ9YjQGBlUH0cagBc/63+x954ZisQ5ACmxPJOn6/737881&#10;WApjpsjrDLRhnY+oswuAbAajyffObKOzBEuT9OL2Av8A0961/h6rpHl1igwsKBpHA5P1Nr/4AH/e&#10;ufcuGeQKGLH6G4uf9596aRlGc562qgdRJqOF3KhQD6Rq03PH+J9x5p5mQtqOjn6ccX5H+sPbLTDh&#10;w6cKaRXqbTUUCSDgFwtrXHPHH+xPtMVWT9EghGog6dbEhLji3HJ/1x7VKCVFT8+msEkdP8NCoZS9&#10;vp+kAE2PN/6e5WMr3YBZQA301XJGo86R+b+3n0kVUf6v9Q6qDmnl1Fr6EfqjNwOSCADYfkn+ntd4&#10;qpcnSFa3J5vz+Bz7RyTUUj/V/g6dVM56DvO4yF9LsyEggWB/s3uwsLe4uSl8kjBnIN7AAni31sfa&#10;dXctXj/q/wBX8urMc44dO+GpUgpYhHGLWB/SOSR+QPp7Z2qbHSBa3H+P+FufaoSuBx6b6efswQXP&#10;qBufpx9LEEW/2HtQ00f+TiRtVzY8jk/0v7TTSkNQcer06TczKakxLoCqfx9PrzY/198zTM8Zcsbf&#10;g/4c8j23r4U6t2Hy64feJHMY7XYXJABsD/tR/r+fbXVxjUNOpyByLk/Qf4e9VbiT1oDp+opLp6tC&#10;KxNjYcXN/qf6/wCt7ghHBsRoJ/tE2sL35P8AX34Fvt6qfQ9OLPEQDqDheQv1uQLC39P9h7lx6ol0&#10;oQSRy2ocf7C/twswoF4depnpvkWOdtUoK6OQhTg883J+vvPDTSXE8jcD6D+p/r78XGUHW9IJx1En&#10;qYgBDGoVr8kW/wALWt7nxBlJZSFBOpb/AFI/Njx70rsDn/UevaSBUefTbVCOUBH1ORYNpt6f9cf8&#10;U9qCjmXQNYLN/tP0H491lk1doP29eUAdIrI0DCVnQqiC4Goes3N+F/3oe4eQqmjtp4NvrewAP0v7&#10;9E5VhTqz6CKg8enPE4uGojbyjUFNgAo5P1Ptikybpd2f/Xtew/r/AE9rMHPn/q/1U6bNKUp0pIcF&#10;CwWFYxpsObANxbnn8/1986TK+djdfT+CTx/sPx/t/bcrMDg562PQ9carb0VMgC/U8EBBwSfz+f8A&#10;bf094a6sldGVGvps6hTzb6e2hKwA/wBX+rz63jy6mY3E00MgdktrXQzMByfwSfx+B7xUmSlI8LOQ&#10;trG9za31A92eSo/1f6v8/n1UKAes9bgqbyfcrCjOCW1EAkn6Bif959un7lREyQ3JPP1t/sbj/b+9&#10;CQrQ+Q6vSop0yGOnpalZKnSvGm9rgm54t/X8Cw9u2OlFOgjb1yEG+kWAJ/qfe5JyyhutLGCanpL5&#10;vGnITNKtoqcMtmYgl1vzx/gefcbKZHwi2sBrXJ4At+R/sPdEuZCaGtP9X+odekCDC9T8DtmncB/D&#10;rUC63B1An8g/kH+ntLtlZVYFD9T+oH/H8e1Ky+XCnTBjUnpcfwCmaMiVb8EaCPT/AFvb6W9uVPUS&#10;z+pibkXN+QDe3FufbRuWQnOP9X+Tp4AUx02VWMpoQESNBY6RZQGIA45/1/px7nUk05lssbadVmZh&#10;9P6WHts3H4if9X+z1cJUDptyOOpPtjrZQ5ThEva+q5vf6/T/AGPv1TM0MvLHmzaNX1JPt6Kdmbj6&#10;9edVrTrFTY+CopPTEtgoTyafoBwDYf098Eq5hJqjAItci9yBb6H/AI17fadlp00qinp1wkwlHJAY&#10;p7g3KqbaQTwLL/Ue882Sm0gl7KvBAuB/rW91LtTH+r/Vnq4RaGvUKj2zj45SPEGaS5BYaioP1t/T&#10;/be4v8XkeJixJ4IFvpf8391bhUdUUeQ6c02xTQ1KiONFJcObjn68cf1/xI9tENbJdnAbg8gEk2/1&#10;x7vrKjt8+qstT8ulFU4uBgkcgU/01KLEgWPHtU4qtkKkyykC3AJv9D+f9h7baY6qMOPn/m6uFXz6&#10;D7cuApZFtTUsbShvWdP9QRf/AG/t/NRLInoPGk/mx/1/6e2XmYClaf5P8vTyqpGekVT4OggqNU8S&#10;tKzAE6QQePpb/evcGGpcyG97g3JP+vYW/wCNe6LPVCrHj00y5oR0oa/CU6wxGNQosFVVuByLksAO&#10;f9j/AIe5bTSEPp/oSfobfgW/1/bXiSVGerDTSnTfFi6FfF5I1BBCLwBe/Llj+eP9a3+w9sf3TanV&#10;7+Q35Jtb/WI9qkYsBRuH+r/V/wAV1ohQaHI6Vj4qJVikjRfEumygXF/oBpP9feGINJLpkDFb/UH6&#10;f439u62XKn+fTdAT1nqRHDTa4fGGAOkaAP63DD8/QAD27GkhCPrkkYkDSCeQfoPadrltfb/sf6v9&#10;VPVxYlI4U6T0dVVNJGY6eFFDFX0qQSn1c/4H/D3jx6y+UoRZARzq/N/9t7dNx2VJz/q/1V/l1RYV&#10;r13noqdqcSIVd2U+kLcWtwSPrweefakllYWWM6dItbTa/wCObe0KTMzVBP7f9Xy6ckAFB0gIsRS+&#10;N5K2FJvKfJruLxj/AFHP+uf9j7c8YsssgSbXJfn6cWtyT7VOfDFVxXpsVr29BjvmWipaKapoGgpj&#10;TkElmjF+D9Vbj6AcW9rSnxsarq0qL/S5JsD/AGbf7z7ZM9waAE4zj/D/AJOrtGprTFeiZbp7HpjV&#10;TUxm8o8bJP4wAnkJIYB+f94HtyWGONRbn/io+lj7cR5XJ1n/AFfP/Z+3rQUKKAdANmsy1bO7Uqsp&#10;c2TSxdzzwoUfS9/eN6mKMNf0hb34t9Pxz7e0lQGrWv5/6sfn1oLqx1Dw+yM1uCthhSFzJPIosdR0&#10;hm9X6Rwf8PYe57c8EcjRrKBpJIsRa9rfX2pgdlQsfPH+xSn7fSnTEppherEenPjX9hRU1ZV0Qeok&#10;VTK8qBiwJDApf8f6kn2hKrOfcahG+oEc3awB/wBb2zJM+a8f9X2f8V07GoOejkYLrujxIgLQiMxE&#10;FQkaq30v9f8AePcGKqgjQtIdb/qHF7nngf737Su8jEKP83+odWB0nh0r5sZPNJpitDHbRYHkJwST&#10;/j/xv358zDLH4XGpiwWyDgD6fX/e/blC1CCa/M9WBFa+XUeHa09JUvVQ6EjILnWLh3+pJA/x9uEC&#10;xJGjC7eUECx5vb62PvQRwQ1f29OdhGemeunmnlmhYJGKVkMh0kBl1f1t/T6e4lU6UwCS6T5SRr1c&#10;hfqfbgDyVBBBP29VogNTnqfjkatbzUpYLSqCIDGtmkPC8jmw/r7avs6QMsmthCzWsByT+ef+J92E&#10;cgFGOeqlkOQOlE2VrWVoRArVMcQctchEH15H5tzYD3irfHj5UkhYCJhexYMR/rke9whgCjeX+ofb&#10;156HPWXHtJmadlqYn86mxOgorWP1S/PuHUZSKBBLC5aRlIkZT6FvweB7oEJcgnB60SKVHTnTYmWo&#10;PhqYUWKN7wq66pDYCxJ/5F7bqXJvqZw5IY6QTxzf/H2s7lWh8uHSfWWkzw6n1mHhkVVKAFeSum9x&#10;bjj/AGFr+5tTnXoaV2MrNwSNJABN/bZdnYKfLp5qBemyn2xSVdSr/bRpZvVqW7WsB9fp/vvr7SbZ&#10;OesBlhZtTE6rsbAX5PP5+nt5qhc/6v8AY6ZSr5J6WMWOpqULEUUKostlX8jgce5FJ5JGDy/5xiFU&#10;WOr/AF/8PdDL2dvTgB4HrHUqiKUThFuWIsF5/H+t7mLRmaqJq9SWH7ZP0C2+tj7YNXSqdPEBTQjH&#10;UZ6xYKZRShZCT6wOTqJtbj8+89HXx0UsjRLq0nSp/qR/S/vYiqO44/1f6v8AL1Rm9Oo+QoHyECRS&#10;Ex67M68cqf7JBvf28xSDLqZ3cxsDzpNyb8Xt7bkbwqFc162o1dMLQ/wO1LHGJY7EgMukA/qALH/Y&#10;/wCv7jzbfiqGBSQjmxZrAtx+Cfp7oZpSagV/1f6vPrzItadSotyfaoVmjA086FBKp/wbSD/sOPeG&#10;XEChjBZvIoJGm4IH4uQPbiysx0t1cxBE7ePWeDMjIOfGhjYgHUQVJ/IC3/4n20tWUsDO8kix+FeA&#10;R+o/0/1vbjISKDz6bEgHTwKaokVVVNfla7EmwRfrqv8A149stZnYaqmlSnlcaSfqwNyPoAPxz7WR&#10;w6QGOaf6s9NGYE06m0uN8EwkdIyTcekAW/x9prHlq2sCOSnjILXFyxvcG490kjr1QV1Z6dZWEUTM&#10;ASB+PYkxtClGVKEvFa7MvP8ArD2glXur0trVKU6S7CdqzUrDRJ9Arf7yfaXq5ljdpRwtjcyXN/62&#10;v7sgSo6YNa9P8SMUCMQSCD6Rb/b298cY8cshZQPrqDGwvc3P+w9+kAHDrdWPHrlUhhHyeCCLf0/H&#10;J/3j281kxTl2BuNJYf2VP5X27C4C/Z1qQH4R02QQhv0rYAltJ5u1/wC17bKYzu/k8jugN0Bubqfp&#10;wPz7f8SgqeqKo4Dj1MmWIIU0BWIseALEf19u9RWQxRLJUsVAFkjJsQfxe/8Arfj35asdS06uxCjp&#10;qipJDIyQKBc3eT8G/wBQAPz7hf3spYnWGNtNyqkhxcn/AGP490kQVqeHWhLp+HrJ/AQ+p5mDvdig&#10;IFlv/h/X2uMdmIVpw6EMW5Ln/EeoXv7SvGxfHD/V/q/4rp/xdMdfPpGZXAy1E5WQsEU+lEJAIU3U&#10;kDg+2+vrvuS8a2J5LN+LWsOf6+7rGVFeHVFkMgz07Y3H/ZhGa+kaVVfo1xyeB9R/sPabqqanraOW&#10;KcesA6HItpI5s3+v7sKltS9eGkKQ3SjiklgnTQP2ntrW9yxbgFf6W9o+koJElEfpVYpLq3LF+bj2&#10;pOngRnpkLnp6eRQl/rcfj8f1v7EObcH8Ox8MJsxYNcEfW3p9N/6e9RW6tJrfHTjSMiGh6Rf8Bjrs&#10;hNUkkWKW5sR/aIa34N/cCkrhk5lmkZgItN0sRrU/QL/rf19qHKDA6pHVhVup89H/AA+naKBR+6T6&#10;7AhXA5Zh/rfj28VkNHTypMjeJp1FwhuLn6D6+0RTJWuP9Xr049ARTpsx1TXVMDxSoJRTuVvIApOk&#10;31G39eLe0JvTcNTTUsdLFMzxLx6L3sDzc+3YVVCaefTMz0Xt6UGKxsELSVhgVKic+piAWAH0APtJ&#10;bZrY6yVZKt30ajpJuSSTbSST9P8AH3eRAy46rCfNh08ymQRt4gC/4v8A73x7FOryAgiCU7gJou1r&#10;MGW1it/aJbdfiIr0oeQkU6YaelaWQvUL69dkH0K88P8AW3sKcxUzv5KmOnDBZAPMq/5ok2s39Ln8&#10;+1aqg7eHSWQs3ShUWAH9B/vXuPBnp0gmWSVxLGgJ1HiJ2/SP+SeR7dCKvkOqpIwBDddFFP1A/wCK&#10;+8GKzs9TVpBK/oZiwOrVqF+OPx79JXiB1UTVeh670j+g/wB9/rexQWlhqUiMkmmwUcG+q5/tf63s&#10;udZAa8R/q+3pYNBp1AMzRFwqavqeeLAf09xqnE0+K0zOf1vqViDfTquAPxY+7RVk684Cdw66p6z7&#10;vWsYHp9Lc/RiORz/AL17a33HR65IIU1sp9aW5JvYlT+f6+1BhUDPTf1Jr1nWnbgu/I+lv94v/wAa&#10;9qCPKK1JGaVQCnDxggH/AIPY/X/ED20sQDEjI6uZCy/PqE1JeZzMSwb9Ln6f4Jx/vHtq+0bM1a/d&#10;QhFVhpc/1/BHusz6FonWlWvxdS9cdJASCWAFwPqSfz/yP267hxkNBQx0yO0uuMM7IpGg21LqA+lv&#10;dLdG+J8V4dbkIAoOHTfisici88njMKpI0ahmuXCmxZSPr7DrG1UEFY8FQdUbswVzwfr+QP8AePan&#10;IHoemFKq1D09MCQdJsfx7d90UlTkYo2xdRDEvjVGhuF1m31F/wDb8/X3sOyDIJ6vIoYUBz1gpwyK&#10;yvqLa3bUeRYtwNQ/3j3x2tgMzj2MlZS6pSP25EJ8eg2sbDj/AFyfdfFTzx1aOGRBU56xz1VLodWn&#10;jFjZhqGof4W/r7FSCiEVPPVtUCKdEs0N7q+r/U/6359tKxZ6Ux09oAyekpVV/kqaaiWlaaGWRnFQ&#10;Bp8WgXGs/i97D2HVTn601zU9LTrKqXLO50nji2n/AIp7VyCJY606Yq5fpVxUaBBqLAkC9m4ve/Ht&#10;8grzKnnqBHCFUEGIWH1sR/hz7LGpIaR1H29O5PxdcTTiP0IXkv8A6s3sbE3/AMfcSKrnatPiqI2p&#10;mW51tqDWuPp+P+I9qVKIoUDPVDUmoOOubwo0PqjOsfQqLMLn8Ee2bdOdmoZovtQGjfSpdG1xE2AY&#10;kD+vt6i6M8f8HVWJB7euqOAJENa+okn1CzBSbgH225eKtyONElJEX9KvJPGmoopHOm30t+fdIdK/&#10;F16UM4r1K1IpClgC36VJ5Nv6A+2fD41YpIoJJpHJkRjFIhBuW4PP1Hv0jEd3l1SJQCF65ngE/wBP&#10;bxuYV1VNFj6JIjLBpcFbLrT6AH/G3uyTIqaj59WmVnbSh6wwgBS929ZLHUb2P59obcs1ZXR0mMkn&#10;NLPTOoMcTNrWx/te7qVQFlHHPTEndSJuI6yi31H5/P8AX2IOGoMakGLQRGTI0yXNSLgyA8jyn/Dn&#10;6+y2SSUk6jQenStFQBQOPXBtQ1kkFCosCOQf7XI+t/aqylZV5+JMRXSy06QMFjdHsAv6SoK/S4+h&#10;9+h/QTUg48erN+odLnptpcdR4+SorKWFddT65mUetyDe9/r/AF49w5cLNgsRWy1kSVNPTgtS1CEM&#10;8yOpZFdl+hvwb+1yyRSkVOetNG0Sk8R16HJQ1dTHDDIyyhXM0LqUZNFvqG+v14t7T2H3nQw4+pgq&#10;o5lir1MDGYMBTt/ZAH+p9vmnkMjpMstFyOPWaroBU1FHUrIY3pJTJpCgrKCpUqx+v+I9uFJS42TH&#10;rTy1FLTQuxlgl1XOtfUrxFfyfz7bX4i/To00p1nmeRGDRxPKQACqsqggn8lyPp7WT1WMhwMb0Ery&#10;VkUieSyBIZQOOdXPtPHGyyNI2Qers1Uopz0xJHlJszItVFAuNNOfCwldqhZbi4KgWt+L39g12Tj6&#10;muqsLmI4amhRtMbvHE1p5I2uoUrxz/re1EM6FCikVB6TTwlish6e6RViR4BMsrRObjVd41f1Kjgk&#10;n/Wv7fIFmyaUUUazypMIYqiGfS+lGOnzwQ/4Hk/n3o0RCw8ungC5oOpDERq7tpAAJvwvAF+Sfcjd&#10;Ax+3a8bZE0hE1OLCBFWUvKljonT1cn+wfp79F4vgiVuvSBFk0DqBiq4ZOiir1jaJZ9ehGLXCpIYw&#10;dJ45tcEfUf4e82wcFLl4qjCPQrXVTysI1yHklijiNrtIxsR+bn2iuLzwpPFY4GKdXhTUClP29Ys3&#10;k6TDUEuTrqo0tHSKZJ5F0FiALhFDggk/0+p9t24NvYzrvcE1HEJKCsvHUrPSu0kLl+XheKYX0r+C&#10;D7Xp4kyCQ8Dw6YbRFJpXHUbbefoN2YOjzeP1PQ5BJDH5QmpkSQxXYIWHNr2v/tvp7lbgzNXUyYyq&#10;+3RsVX+OOuq3gZW8ykAgqfrccg/n8+22URxkefy6uxYkN5dOtLBHTKYEJsjMUQvqKRubqAP6f0v7&#10;XdfjtnY3FwZOWaMSTeKAU0CArVIR6/vYluCL8fS49oII5nLVwB5/5unpJI1AIGemCKvzs2VmoFoV&#10;jpI4neaumfSsbs2mGKlCj1m3qa/A/r9QOMNRtemaesPkNItK/wDuM1Hww2TkRxcMbDkfn29Gkjtp&#10;U0A8/XqpKgFgPy6kzxZt6eOBJIFqBKgNcEGpkRtWpowCqk8Ai1v9b2FGfrGH8P3BtrHz5Onpkmik&#10;knaFREkh0afCQGZQDa63/wAfa1QFJjbj/Lplq6RIo/b09xmS2mcx6z9BEXsQB9btzf6/T2KPV2do&#10;tuUlOs+DWJslI7Ry5OAOIp35ZKVyCUte9j+PZXd28k8tZGOkeQ6UW7aVoO2vSJ31tqq3Pj/t6POZ&#10;PFSUv7rJiqkwvUKQbx1Ud7OpAOlWFr8829wuzJMpWxR43H1GLvlMg8CKsemJQx1G7XcsLfgW9r4h&#10;HbQFwCKDz4mnVJfEchQePThteBI6WN3SvWaOkp42avk1SFdPJKAKFa63PH+x9iTT4VdlRbUwWGxN&#10;A+cyNEjV1Ss60wadxcTmJjYgE82H+v7JYIpLtWu5wdFe0U4jp9mWOkMdBQZ8ukBDuOh3PDvbLZDM&#10;zptfbuRlo/HT0qOsSY6mVsgGkgRpGYtfi5PIAH9U3VdjzUFTU7dzlFHDPHVvAnijaGWSpD6dVPUJ&#10;/nEJH1ViP969mzWEcK60xiufLpKkx1aW/Lp+pNl4jIT0G6MPk68rWUFOUSollmoamgmj8sGvH1Qt&#10;G4V/roVx+lvpb294vNb+2nksjU1mFyIp6igapopIxBVU9XCY9ccczR+tJAv4Yj2XOljcTxyLTUpr&#10;/q+R6UETKpHl8uk/ubb3WXbO2qva0+QxtdQU2RbHV8cFZJS1FNW0dToqIkjLIbiQWB0lD+CfaU62&#10;2km883X7wkpUGPy81ccnBkp3makyqk2ampJxa2og8N6SP6H3veNyIlW3jyajh6datIk0+MRQfPp/&#10;3puig2DtqOjieYVNDQUS46GKOQGakonSFomnjRlQ+NGHIF/7I+tl3RvhsJj8pOi5Gt3THTVNDTRT&#10;RyUlPII5CE8GPYCMMD9HUXI/NvZ1BYpPpklYJGoBp516TSSuH0RjPr0iM7/f/cO6dtQ0b7epOtJ5&#10;afI5mrgqZqzMmRY/PHAK5WCeGY+lwVuLjm1vaHxNRT4Smw1XvPCU8e5aw1FXUU1DTKhnpzIft56p&#10;I9Kl1H1Y3+vtHcRrJMSjdgIHHj6j8+nELLGNYGrz6Eif7/OQZel2vmo4qMItFHXeQ1QpMhGn+UR0&#10;0vqLIFKBl1DS17Ee0jiZMIM3UZRsg/nqMxNJNVVbGfIYmlV9a0wipwUCHj1mxt9ePb9xJ4qeHTgO&#10;Hr/q8+qxqiGo9f2dKiWKrjx7QxwxzzRUHjWCMrDS1E/j06VaQlkW4NgfweSfYz1cdZuemy0Iy1dV&#10;ST0NP9o1DAq0FLCJNJZGhPL2BUlzcXuPZZZ3CwXHhKAB8sknp2WHXGXJpXoLlhxWzf4NVjG4zE0n&#10;8Sq0rpspW/7lKioqYXk0xz1Q/LlXVUYghdIA9p2CCs622dNJHQYTKbkzubosdTw3hglejmOl5K2S&#10;clXPF+eb3HN/a5LX6uV7maqonAcKn/iumldkAjXJ86fy6gVuRXsDf9FiqWXPUu1tvbersxksjTH7&#10;SirM49bFS46jpauE+ZZYYjPLJ9Aw0AA8n2He9auph2zS5aupKzB1UWajpadZaaR5KkTOTPLQgtoM&#10;SL6WXTYf4ce27chmdU4Ur1uVqAYoa9CxQVNP/EZ6Omq4q0JSRSzNFPTzNSldKQJViO7h5gXdGY+o&#10;K39B7XGX3VSbchwWCXJlJo5KHIwyRVRjNSklGSIJaeIsiJeTnQQSwDH8+92cTCFp2ALMcY/wdWeY&#10;awPIdJen27S5/JZTN11JGFqqXJ7eloamjgdSsGRML1JqZUWSS4i9Gq6qrELcH2wT7t2ric1X5Ibi&#10;aSiiX7rL4HJRRxTwSJSmRY6GrQj7jyyWLKwB544NvaloHugolx8x1RrgR1ZDXqfHQ7hlxk+Oq6XG&#10;0tXABTYnK0E7SxmAto+4noZ41NO6R8BFkmBtfUpIX2kMp2dnM9t/E7JzWPrKLH7xpGfF5OlLJBK1&#10;TUkUr42phBAMLAKyEA/UOOfdUgtrJmuLYCvA/wCr16Ts7zUEwoD59cqfZ22o90S7sp0H8dpIDjp5&#10;kqNRhilpxLLDVoDcs6PHJ+4eBoKgA8te1Uptu5Lb20Id5VtPDmMhG1XkqeVqislrYpfBLQTUyOXh&#10;ALBFBNmsSePbUy3CI16yjUASAenImjRhETUH/VTp+yqRtQ1dQ2Np8jPSQVDwUtUIhHMyr5FUSzKy&#10;qG0rdrG3+uPZiMlsN9l7byGbbO4aesx2cgrstlq2klpq2g24tV5q1KWGEuRNHGxdFNw9j+m49lVj&#10;NJvjOZ1ICiig8CfX7Bw+XS2Rkh0hDXz6Av8A0yxZDsDamzo9u5+em3TtfN1VFVUKQVe3WylJEJ4K&#10;XJZUAARyRJMiSDhX06ls91c9z5/auZ2zLW7dpmy67cjoqqGasSWmSeqq3DQVtTUuVWSDRqdlsQf6&#10;Ai3tdt9gIQ0L5ZuNP9VB9nl/MsysztragrwHTBsXFdsYne8svYGXxePG9amuWixGErVqaHG4XEY8&#10;yDH4+KWLyCraSSNpKkPaymwuQqxEycGU2zm9y7sosf8AaUaw0OEzCUNLkUpppSwNQKnjyQaysYUP&#10;bSQOPdRArXyxQk0jFSPKvl1Ys0cQDZrw/wA/T5kaQ7Y3js/aWwcpS0lbmavI7j3Tt/I5muopMng6&#10;emjp6xsfRp5BTVLPItS0qxKZHR9ROt2CIw/Wu0dubfrdw1WNkqYKuoTOQ0iVbUtbW1ixeangoKd2&#10;a5lbSqRxm1vzf2pDXG43RRH0oldR6akCwoAq5Oelpmd9V0m4qfaOBVky8rSJU1oxNXl8TjYo5AKm&#10;pr6uAxRwmJA2lZXXU9hpINxIiye+85t7M5n7+k6iFPlI8fBUb7MEqQCcJUz0UKSIHKuCsiyMzAk6&#10;FNhw4kFr4+iGPxKDJ8gf206bMreFSRtJJ/1Y6SGf3FsvBT4bb8eDz/aWfrMS+eOP2HQUU9RUUOMl&#10;OKTP1kjVtHj4x5W+2RTUKS+ohfTcBhnZM5S/3wylftbD7vpY0o8ZujdNTlUWN6SkjiyFPX09LS2F&#10;PBUrJGYZoQ72NjYg2VERs4Qt3AYHp/xXXtTZ1AU+Z6FDHT4WSm2hS0lRkNrGamkrMRtuVEx1RIxx&#10;soqcXkKSZZBJLRq0jy0yyEJIgdgQiN7UWxtx4cZrEVWBmqdkmtipJUo5sfVVmIzcNNCYphTVc/jV&#10;JQzaSkQKSaVN1a9y2SEOCrDXQ8fMdPKQPlXy9euO6cRJkcFksZk6Fd0UdXDVxzRCePG1VMZkAgji&#10;WNdOhQSWl8gkQchXBOkYM1sih3mMhhcitfl6CjepzNZHV5ERQGryiNU0/jjQrIFV116GOm3p/pZ5&#10;UmjA8EjU+MUwB/l685j8MFgKdAunY+D2Bjdv1uTixOAOfnxm08JT0GFydXUTUu3q8Y94KqrpwyEa&#10;JFjiNhZjqFxcANcvjd15vr3aVJsXb+Cj25gpcs+RqKNVx/liopm8KQRZSSPz00xd/KCSrSKbXUXL&#10;tpbQWwkGTO54kfsp9nTTsZCpUjSOA8ulRHn9obS7az0Wf3znHz+8YNu0OE2pVz1Nbh6H/JZB4sfQ&#10;4qnMUFW/iaSd5ZNQiaJiwElzi3fjcdW9bVQ2pjqOKhyGYpc1uPa+LzNLQ0PlOpchPX1kMbs4M4jt&#10;AhIH9k2+lbQtDLI909HpQE8afLrTgSAFBgcfLpRYuKeDfdFFnKBshVY/DZXGYTd1fj3jq50rKqGv&#10;/htE0bOiEQRMKqoKI07RJf8ASAUflq3G7kG0MFgc3JQ1+HzX8Uagw8uOochSQRYdaWuphX5FojJa&#10;19R1KymxBIHvSpLDbOxFdR48a163IyMwIOR5DpcJSfbVuUyVVHI33NHSULs81TVRTx0lTUS05jxs&#10;ZdFB+5ZXKoGNubqAQ/YbHbd31k941O4MplanI4+gXJbNjq6irinjfERtXVMskUYFLUKTEyByrWUk&#10;oblSE8Yme5itFYKGB1U9fTj1tioiMlKtUAfL59I7emW3BsyDY8u28PjJsTUb127g92wRIlLHS4nc&#10;1em3kraBVOoPFW1VPNYI2pUZWKhtYbOhsnWb2yuc3RDt1RlGZZcRlcvQtLRUcFHoSPHU1drLalBD&#10;+QqbgEqNQY+0HMM0cCpBU6P4Rgn8v2fy6U2FZYzI2NXn0od3PQQYoRZKtq6bHTmWlrY6OWGCapiq&#10;o2Ry9k1EEkgqhUEt6rjj2L2S25sLbHbcWdyMm28znt6U9LHNQ5t5jkYKgJ4KyrxMQJi+2mhtG5ZQ&#10;PILsSGb3e7Xcb3a47knw0WhIGKgeR+X2U6aiMImdIwAeFf8AV/PH+HoDtm5ncu5OvNy7cxdDm9lw&#10;bSTLYTa24NuVOMyYkxuLjajxEUseTVp46+mCK89KsDoECqJHZgoWOD69zOZyGYkydZtjG7Owu5Za&#10;rC4zbOMTGz11fTSCVnydSEsBCGEBsfUV1fT20L2QMINti1s1NRJGK/tPzGKdWkCRJrnPlw4ft/zd&#10;BpvPvrZPVsG2KWth3vW793j1/Qaqvck+WzP2eInjaGOdsb90IDVVNRGagw06RyMCBI0fpjCG3Q+P&#10;G1cr11tmXwHLZsYiXFCprMtUPlMs7VKx1Wp5WjglRGlcqqK1rAANwILOIbLI95dkamUfkAPL9vRZ&#10;dLNcov0/DoX8Lgcfmt3bZ7Z3bTxVuRwG0cnXYnclRSQYmgxmKraJf4jOIdAdJQsjqI6mZ/FE8h13&#10;vqnUOxN2bVyEFPhOvk3BlWxEVHkM+25ZoaGoZZxTQ09HQyNop3WMmSokRFBIBBJ9l17uVoqpcTSU&#10;qdQXiflWmf8AVTpRt0Nwwbxsfn/xfTBD3J11vvFZjN1HbH8A2zHVQPR4itwMOIy+Oaig+5mmrWyU&#10;cz1cNSQJaRUgVWQlT5iwCKij6PyWPp6eGnONhIj86feVb5DI0VYHa0Qy1RSu0q2JDy3B/A+l/aOT&#10;dHuFM8gwPKoHpTFcGhGOPRqPAXtFcedP8vQft86OoZsvLi1j3pknhqWpIcjjdtVS4jLUYjvUV0OP&#10;krFnQCRWRRJGTaxvYmznifjvtpKxNwbjaWq3WJJGmy1DV1S/eR1ERiZZoJwI1AitGCqBjYNe/suN&#10;/uG4OYlASADBqrVIPyP+x5dVpAhBRatxPHpCdi/PLFbbang2BganJyFfDVYLceHrcHNgoo4gIJjL&#10;GGDmQlWEfI0m1x7HfGUVJhcdBiMVD9vjoAFSNmeaQ2AAeaeUs8jW/tM3+t/T3622y3gc3BUmc8Wr&#10;k/4AB8gPt6s8sk+JGAUDh1XJ2Z29vjtzOzZzfWep56VBMKTHQ00NFjaCIWYQ0lJDyWv+p2YsfqTz&#10;7lNKgPNr8C9xyf6gD/ins0S0cjPzPTTU4r0D9Zm9af5GCmrShZLqLAHVJ6+fx+eR9PeAVCg24Atf&#10;/W4vYge1ptDTVxPWjU8c9MkrzyqTJqkUNpC6m4XVYkAmx/r76ZuSbj/bfj6/U2/3v3dEooWnWuOR&#10;1HtrCkKTc/1sw0kqGKkG/wCbD37V6Qb+r6cW/p9efftA1UPDrQrqoD1xVG8hsdSA/m2lRxwo+t/x&#10;z79weSbDhjbj8Xv78SVNAK9bGjPr1nVVYk2Ia2kEi4sDbhT9R75rYAWsLjj6j/b29syEmtfL/Vjr&#10;ekjqbFDIhGoMn11NyUItccj+l/8AeOffmYJY3/xsLfn/AF/dFDSCgHTUjqg49SoYlaQlpWPo0gn8&#10;AelSQf8Abc+0Tnd00UlBmqbB5Ghrs3RQTwJRRTeZ4si9OXpoKkU4coTwRceznb4UtryMXgpTupUe&#10;WeH20qD0juxLNDRMA8T8jg/y8/2dGY6j+PO9a/dOx89vrZOdxPW9blcXksrmMpHS4qmm29DVo9XU&#10;+HKSwu0MilAzBCTExkQMLXIJ1NgN0Ybt2qz2dxNRmK1crXVdbiKWaOvyUNbKHehmrY4dSxxx6ldm&#10;bUwFhpHtHzZfGVWE7aVY+ZpUfI/Z0/t9sVB8MilKfZ6fy6vL3nTUe4+tctj8BubGbax+ewK47F7l&#10;QU8uOosdXxrTrUUKmSKNw1OWWns4UkqRccExnZv9+6PaZ37m6asaOikeSbZmJSnprYmaXxiarrRr&#10;lcIbPPECQy24Ui/tvYL6z3FGtLMBUgpU/wARp5f6vXrd5F4Dqp7if8PRbur26b697LHUG1ZJcln9&#10;x4ibOvvrP5mpz2Ry25MRpSSgjpalRTxVCUZmlppINARYnXQ1wGDXZdDT1Owf47JNT1U1Lt9Pu9o7&#10;qolkw0VTNWNNia7I004L/tC+h4luwtxfn2oRpHunjgUhD+L7Oqvo0KPX18uh63pXzz7lwO2JYMnj&#10;Fz1dL/DNy4GtenyyxY/HivyeOheKCRUWVokSUVEiqUuwPkSOwndTbT6xyOQzlfmqyj3BlNzUcS1W&#10;Dllo8ptTFJRHQY8XTslvIQAWEhLIPSCOfYV5gl3v6hXtFCRrUaq5yOJ/1fb0rjMGg0z69Bb33uLs&#10;vC7dp63bMOepsNgcpjHkqcOaobq3FKq/bpSVMUSErSGVw05QEzFRwqEhg2+Su29t7Grdr7xwmQTF&#10;VmLxrbc25tSkjk+3rtE5qYjQUlKdShC5M1xpI0g/WxF22Wz3OzK90aKPiNeJOeP+rHRS9wFuWRAS&#10;fypnyoM+XSN+HXbe7+xF7HxO7aGur6rH7mkycm5p4FpTbI0yUUGDyUGiJfNAlKFh8Kn9oaXVNClw&#10;QTcW790xUW0ux6zKbd2nWPFnKpft0p62SaGQSQNJQskfmVjp0xMdABDEeke2kdbaJ329QdWCR/nH&#10;V9JaQePWv29G5n29hkyb7rxuExNZuulxM+EocjUymGZKNp1nlxhyKxzvBE8qK0xSJiSourEAezp7&#10;BwGM/wBHOVl3OtBnqOGKox1FBXR0LSJiFP3MEc1ZTrH4kYOumKOyrY2v9fYYs3ubneWt4W0ooq3E&#10;VJ8x60pn7ejOSQRRLp4n/Bw6KN8hN07jxvafVO0diVG4tr5vcuabLZDcGGWpqsdU/bwNiaymqtvy&#10;K9JVyCErrmqadgqiL6AAgG97bzodoUm08PumqxGKoM3V032OKxsLyPjscswSCtiMQIp4lUqutiSe&#10;bD6j2KItskgtZbheD1pqyWIrn16QG9ie6pk0x8q9GM2y2AzGYz+SwIytdl9vtUbfrs1XrJT01flE&#10;hWWqx0pbxpUGNijSGOMRRkhVIIIAyvNtrFYnL09DJD/Cnp58rNmqpXzPkK6WkfHRVqlGIsCNItxd&#10;QfYW2uCaW+8QkMxwQMUA9ellxNqQVxTyHQdZOm3dnp9qZjKxZmjytLkIqaDaWNybbaj1zwuI33JX&#10;4Gonk8Crq/aWUodQEgP0AH7j3XNB19U7U6/oX3hS7kYZiTPZetp8Aa6srarV9vT0E6RomgoqaGYE&#10;259jCyhtbKaW9lP6hGmg4AD/AC8c/PpBN405Wg7VyBWlftP+x0+4rrzN7h7H2923vl6bBZbZ2KzW&#10;39vbKwkseZoaClyaNBVZTJbjkhimqZZ4mDJGlPCkK6V9b62aPSb2k2jV7bwPZW0snNmTDT7gbHYR&#10;/vKSWSogaCPHNHTMVmEQAaQMWUPc3sB7KZLcXUUl3G4UMSAfPFa5+f5dLI2lLBaZp5ZznpZZGmqd&#10;3YfLVmwd10+Lqa2jq8FDlTQNWrjq2lq3WprIY5yjeVSSouNLLpdbjS3sc9wbkyUYwFbhcfuenm3f&#10;TQU2NilZ6GiwKTMkYaookJuzA3V2HA/SQDzrb5LeDb3uABpirx/ER5/PP8+rCNpJ/CkyBx/2ei57&#10;W2Btvc2Q3Jtvfs/We7D13lEqt1zpiqPOZ7cFRLRNkoDlKiv9dCsINpKaPyamBDkXIMLflXsDasse&#10;KbFNubdlLQ1WRiqJPJVSU1S66aiqm9VkDE6rW/F/r7csobuSEbjuUmlZDUKMGnl+X+HpkyGVysAo&#10;qmlfs9Ou+qa/uTtOqi3NQ5Sn636vpsuMbSYKLF0D1mfwOPISl/hc7Q3hUgLCZVk0/qRAdJPuXsxM&#10;9ksJVQz11RRYqnx8NXQxYyeloaerimVnmgX7RdQUDjVw9z9fZYs8TbmFtFGsk1JFaU/4vH8ulMhW&#10;KKsufLpWdxN1/tvJ7dzGS21iM5mcpuajwv3+cxVRuGqxldUOsGNq4Pv2ZYyH0aQP27fQXt7fMX/B&#10;du7fos1QQ0+FaWKrqKvFy1hefIsLiOpqK2d3mJYgWLEjnkezGysRe7kWvXJERrX7M4HSO8kIiEKc&#10;HxX0/wBXr0Fu9Kre+894bv6oqYcrubGVqYmmxm/oMBF/D9oSVaRiuxkdDDFFRzvEhaZn1a+dJb0g&#10;AttNRV+xsXuju3cP8Rym8t0PWjC4aEyVGOwdDI5hpadqmblmIKi6AAJewufZjdSw77uhh+G3t6Eg&#10;fiI4L9gpnqpj+mhEMVSWGfkPQf5ejNwQQS1tD1ZhocbS7Z21hsbHlJZKqFcnVJSrGaWloMZSgAL6&#10;A1RUSWvI3pQ2JZ86z2jLvTFT5MpQUfZeRppZ8vlqhZ8wuOx1RPdIilc7QQsUPoiRbr9bc+w7u26y&#10;/XiAKWiGEVfNqf4B/q8ujG3iiihDy0Wgz5/6vs6kdhb0wfV2LG4Ny1pxmzqEUlKIYCIGFaXP20dN&#10;HRqZ5RcDWhYKfyCAQRo3D3Bt3q/D0e0MDBRP/DhHTT1VfUQYagkriB9xUVFRGju7u93ZYom+trgC&#10;/t3b+UoEk/em6gmdshQeHyP2DHp5/LpJNdtcMQvanl/q/wBX2dFDXobsX5EZjJ9gb53pLtbZm45T&#10;Ubc27jII8rl/7skH+GU6yV4SCi1xnyE6HcsxLKCfaWwXZu0M7JkpK7dGGq8xWOEpRRVc1bFT1bJp&#10;WjpIqhY5HQGxuqi5+ns0czRXEZZQlutKgY/b00Yg6aIePma9DBkupc3tjBbQwfXmEkhxWEmipsvS&#10;19TicdV5XHRkfeZKrrMWZImq5VvpZ0P1uVXn2DNFvDepzmUwmYweT3XVQVM1biKyhx9RjcdDTj0P&#10;HMkjK4RfqQWJ/wAfp7fv5LVF1x6VjPkPP06dhR1OmhqP9Xn0YSLA4agpIZaCWLBRTwwU1RIHpZZJ&#10;tdvDEaipaSMy6jYONV78X49mY2xk6mg2m2485HSUc9LHVPHicPU/cNWIqaUaqDeoG9/QT+OT7CNo&#10;n7y3kW0YKqtCWP7cf6vy8+lN2GjiUDLN5+Q/wdF17UwdRl8zS7GwdLPkn3JV0kFbuLcNO7UO241Y&#10;SSS4uWONFaZlUhCoGljdSSLBI7Y3r/GoMpuby1VLRRMaKLG1Lf5+rYnRFSxm4Nz+BwPZzuSWzbil&#10;rDRdOWbzoP8AP1XQ30+niW6XGU69pcbhsNtCChjydXUymSTMpTmCWkp6YKJq/I1MbhyVHCvqLs1h&#10;f6+5EuI3Fkpi9VNR4LIMj1dLLqnqaiCIJrXWbLEgAtcKfdri/gM6QRqWQkL8umtBjtjQ8Os1Bmdo&#10;YbB1T4tKzcmJpWGNq4oEpVp6mpM4p5BFET5pXLGxLXH+P59lspsrPRbxrMum4Zd1VUc0lPLivsYK&#10;XHGoU6HllarFm02JB/4j2t3KsqLbHtHy4/y6YtldO4E/Z0NcVHFJjEolglxsJp1hSCCXxS0sYFlS&#10;OWnb0kDj0tx7VKbn3FlNyUWX2xuXGT5mhuajE5ipZMTjmUWjSKSFPHI/+0K31sL/AI9pZorW3sfp&#10;pFop9OJ6UKGd2p+demauwGGmw+Uwlbi5Di8jA9JWNTeVqquirE0VDyS0xM4NjZpC1/qeBz7jdkbk&#10;lrcvtzc+djo0qMCY3y0gmSipp6xG1o0MZu7i44B/p7VW0TT2BtExXz+XTGoW7+tT5+vULY2ycVsb&#10;CTbewTTx4T7mWbF0ks81ScdTTworUscs5Y6Q4Z1F+Abe3Gs3NS9jUGNrTPuKvH3D/bUUZkixtZPH&#10;/wApNQsaAvHGbD1EAngX9sRSLt0bWisKJxPn/q4/4fLp8R+IdQHHqVidtY/blTUTY2gw2PgnC+ap&#10;ipvFV+Nf90tLqtYm7Dm1+SCfacodl1c24/t4cY2Q3bmahaeKeulSjxVLTOwUPNRyEtoQfUKBcAW5&#10;Ptu93BVgNzO2mJB5ef8Aq/w9ejhCvpH+x091eTpKHHVGVknVsfR001RO0KtUyskKFmEXiJJbi1gC&#10;Sf6e1x25s/O/c7V2PFvXF0qUix/xL7eKWjkQHmQwY+i9KxKL2LPc/k39vbZcm32d76GIh5iSB5ke&#10;XH1/Z0mKCa5MjGgGP2enQVdT71x2+sdnd5Y/bGVxUVVkamnp6qtkp6qTK0mOJp4pIK0ysSSwYGK+&#10;lDZQTa5FTP4nApsLFbbwmQxmWr8bTwoamojRI6icfrd4wS5F/wCpJP8AX2i5dWeGS4ud4BUyklRn&#10;HoP8HD/DwvLIz3C+AOwChPSMwuW3tN25k87lMDlsLtOpxa0EUJqGrGkmpmJiqnRf2og1zcAg/wCv&#10;9fbThEzdHhajD4upo67OTwWqp/4W9HSUS2OmnhqGNj/iNRPH092VLY3v1V0Kxj4Rxr8yOHSuca0B&#10;4U/n0styyYaqyOPzW4Fr8biMZUNJSrFlmkbKTPZRLU4uAs5Vf7N/p9b8n2lKfbJrayGl3BnK1ZaZ&#10;y1ZUURXQ8pOqzByVEa/S3JP9R7c3Ceen6Cju4D/N1VcjUM9LRs2IcUK3B42GRZIw9LBLqpDIgW4U&#10;KqltTf4gW/P59r/HmA0lVtnb1O2Zrq9pIxnKukS1MgXTqDOAqqg/25/r7RJH9FMLq/OqgFEHr/l6&#10;86eKAT2gcfKvQY7iSqnqcPvrduYn2XhttLLWVO3aLLukeSdwDHHkftbeYkj0xgWF7cn6JbD9MzY+&#10;vmr92ZqLOQ00jVKYrGUAhaWYG8aVuXnPC8AFYkBt9CPddw3GS7YQW6GLVxY+Q86DpRHoRKx5P2f6&#10;v8nUtu56bOUdOdsUn2S17rBT5POvCpiBfS1RTYijaWSXSvI8zRAG2q/K+3He+2s/vfASUmXrk2Xi&#10;KVD/AA6ip5Eo5amKIeiEKrHhxYAnk/7H2v2C5tdvJs7BNbPl5OOT6k/4OkF7EqN47HU3y/1Y6jYr&#10;ObV2znmmxK5jfe4s1WUlBnMpRf7kZMUrP65JnRFSGGPUXkRALD8cAeygx7i3Vs7JHHQ4XLUtBTzC&#10;BK9kq/DKAdKM0x0qwPB4P09nFxFCtXrVzx/1f4ek6l2oGBA6Hp46asj0yJDUxNyA6pKh/wAbNcez&#10;RUXZarjcJiZ6iWvy+SEapEtMpYF7AIka3sqi5Lsf8b+yuzN1G0l3IaRitB/q9ennghlIPA/LoJsl&#10;1Pt6fN1Gbho6bGqV8kz0800TTuF1STVDA/4ABeAAP9vxrsnXybipqWbHGSjogryVlKjpHEqtdzPU&#10;RsCL/T6j2bXN0txYDSO5x+eetQR+DUjz6d8PhKDH4eqNNXTJPlPIUhrJopR5THpjjpqaYEfgNp0t&#10;f6m/sKOx+x8I2VkkoVytZV04aGKKmpn+3UqLAabkWB+rE+3I0SKzW3cgUFSB/q/1fPppA6EluJPl&#10;0otqYiqw2LSlqzG0zO0sjiQzSyO/LPNJpQXP9FWw+g9xthdh7sr6iPDYSjq/LVtpkYL9vDDGR6iw&#10;sR/yER/sPYbvDZ28v1ctDo4fb0qRWlGlhjqbmMNhcnDrzFFS1MUH7paoRWChDqHqPNr/AIH+t7Ey&#10;szOZxCtgzVQPPNNcw0VOWkaeQ21SSSrdyvJ4H1/23tYlws4F7OuCMV6cKgjSPLpuiwWFrqmPMfay&#10;a44PBDLNUPojplOopDDG+hBxybA29qTZ3ZEe2stDic5kZ5aipYCoSpkvLDCPSiALZVve+kC59s7j&#10;ZPd2wuYFAplcdNq6Htrw6Dfs7qTE77wdTBQ0lHTzCB3pTTRxwpU1Lf7snaOxfgWBY2H+PtVbvym1&#10;91VE1Hj6qjWfTZ3ZwEdzykTkG5Nz+n2ptWntbJfqqlvP/V/qx03EWZyaY6QnUGz9+9dUT/x01dfj&#10;jOBS0iMZpqKArpdkSwASwHJuf9v7DT+7GX2mKirqqqngjkUGKFHjZmitfUkSEnn+nHtGCl7IGjU6&#10;QeNMft6VmQKAoz0P1BujCblZ6Wg89W0TlJiaaeOKCZTpKPLIoFwf6X98dvTbl3Aar7LFD+CBr12Y&#10;z0goqHSnOiBReSVvqbJ9Pz7buLqG3mWCIlpDgKufln/Z626KsfiS+XXWbqMHiTTSVUs6V4uKKlxk&#10;Rnr5Gk9J8VOqsNJ+haQBf6kH2i3zeDpN1xUOEH+VI7LV5FKcxUFCpOmeq8khIJ/1A+t/rb2dyWEg&#10;tA02XPBR/IdIY7gkn06fY1qKigcVsBOuIt9szq8rrp1LDMyALqP0bTcfj2tdwb56ro6WSmMVRmK3&#10;Ukf30071LNLYF38pIQAH6kfT8e62tjeqPEuJKCnwjy/1D+fTbzTNJRaAdBxi8L2Y+TgqqnNYTEYZ&#10;HlJwuPxiC8Jb9pWlbU2oC35H9Tzx7Sb73gkRaXCeGOkZ1Iipw08lRI/9lpG1HgfUj22IVRy4Hd6+&#10;n2enTxZqd+ehDTERu4nrpXrKlU0iR7JGgvc+OKOyi/8Ajz9PeFc7uNMiBjsDUVrRlQBQhy5Y29Dy&#10;IbgD+1z9fx79ctb+CFnalfU9OJrAoPPrPNTUSwMKmVFhYG7VDRBBfnV+6NPH449rWu3Bu5khG743&#10;w+O8avHSSSfuSL+mJdBsAP8AXv7asZI4IiNtUfNv9nqixxlyTQnpI4rbu0BU1OS2/DjqvJ65YJsh&#10;E8U7xylrzK88d+f9pv8AX2md00OzYKKKsqZKyap0o8SBpFokebknQLan/wAWNva63a4uUYymgH8+&#10;qGolzwHT7QTZ6SsdJ4KKKgiLxhmaRqyRkNlf0nQFIHAtf/W9hruPZmC3JBA9Pm1ppfGHeBmJY6Ty&#10;8r8gKOALD35JniRgo+zqsqB5K9PgeTWytEdI5EispVueBpve/wDsPa42bsfaO0sd/E6nPJXZCSNl&#10;jtAqRRIPUwDyknn6aiPpwLX9h5vr7+68NBpReJr/AJulCaIgAoqem2pq8l9wIKfHFoeNdTJOqgA/&#10;6mNfr/j6vYo4DsyqoKV0xUkKwT6gshIhp44o/wBdQ5sNbGxCi/un7itHuhLODIU9c56tKzSR6Rj7&#10;Okfuvr3FbrijjywkkjSRZX8ZLzyEH0QxOxPjW/JKj/Wt9fbPUb9mkydO5ppsvW10g/h8Eca+BBGf&#10;XV1GkWEa/Uljz7Prnw5LUxMQiqKUHVbZfD7QKdcsfsHFYfGpjsaWxVKqsKqaJ5JKpkceqOOeZiVv&#10;9LqOPx7ETc+f6+z2Hov720dPkqtSIokfUo1INLeOMEal/wBv7L9jhv7eGVQ3hxHI4efn03Ipe41x&#10;jjxPQNUuwe0tubzqX2BmaTE7ZrB91lqTIwR161VUzHxlXnVvG4X6lTc/n3Ex8OzYMd56OlpKCBY9&#10;NNAyJJojW7EpGoCoPzpH+ubn2mgtpJbwiNiSTlv9X2dOzu0agAVPS8yU3YEdRS0FQWrzqvUz0FqC&#10;AFzZI1LMWc82JFvrxa3sOX3LgsrmDjsY7TyiRYZJUjjjpk9QGiMIPqb3PtduMS2MWuQ5HlmvV7cN&#10;IKnFOhIxdDkqejvWmNWVGfxLJLPMW03/AHZnNiR/QC3tE9sZTKYVFpqeeSmRIglkYRWityEDcgkf&#10;U+zTZUR7MXCDj0glkYynOOHU7D+CenaoUI7yTOzvdZCXBt+sf0/A/HsJ8HnMpnjTYmH7qoLyeOGn&#10;pGku7N9Qxj5b8k+011LHbu0rkD59PIWfHTwSqguxVQASzGwAUC5JJ/A9mQ2rtLKUESmqx81IUu1P&#10;FKNJ8oWwkZD6ib/TV7KZJY7kjwjqr5j/AFU6e7QpAPDpLZTcmIjjaNMhSygHTOYpFkCxtyymRLgX&#10;H1sfp7Qu/nrqCoeWoqYEQajJUVTp+3IRa6qxAJH44P8ArexFGge3VUXA6TdrHp4xUtPLRxNTKqRF&#10;QUVQQuki4Iv/AF9hN/HIP+d0/wBNf+Zf9P8Aq/0/p/x+ntJ4Q9Bx9er/AJ9OXv8A/9JfjAcE2uG5&#10;tYf7G/vBxtCE6hw8/wDV69d3GoRVetniPteKoKRxTLdCAdTn1gg8Cx/17/j+g9xXxgjJshuQb8f7&#10;1/vv+K+/RhGwcgdUFa9P8e9JJ1DicIdacXOkLzcG5/3o+4X8IjcszJb6gLwNIP1P+w978IR/Dmua&#10;+v8Aq8ut1A4dPX9/ZgqRCWzfQ3Ny34stv+J95IsQiktpHP0J5H+vf36bVpAA/wA/Ww4Jp1iffPkI&#10;QzjWvJsTdj9AAn9Pxfn3ITFIpB0hyeefx/t/beospFSKdeYD8J6h1G8jYEtoX1WC2Nx/QW/Nz+D7&#10;m/YRaFOkG1rW5+n9P8PbaxSayvn1pa1z0xneZDO4nsGJHIVdIIsCeT+feKegQKCBYXseOTz9P979&#10;6RiraG62COnKh3NJUFiGZ2UAq2ogr/Xj/ifcF6WIXLEG30/P4+vHtRoUYShPn/q8+vaqdO9PnK97&#10;KY5EU3NzexGofWwAH+29xxAp4P0H5ABv/h7fTFCfP506r1KnyMqKzIpZ7n0kXYX+pt+ePoAPc2Om&#10;iN7W4/Fvof8AX9urEvF/8lethqDpJV+4K+ICwkVSSb2YBrEcED/fcf7ZzjijRB6h9Dxb6gckW92L&#10;qrZxw/2Pt/4vpvNCT0iKusydfLNphLDVf1ubKT9CzEAD+vvOrJp4HH9fobEe9llJ0t1Qaq16ZJKX&#10;ILIJA+khiwQMWRj+nTY/X/G9/r7xv41W/wDtjz/vPtlymvT/AJunQHA6eseuVqCeECg8XILE8G9h&#10;x/sAebe4TPBcjlTfg2Nv9ife0ahDChA+z/V/q/PrZrp6Uq0WS8R8js91tw5/AtYav9h7yxvEABcC&#10;3JAINyebe1BlFC/7K4p/q/w9UAbh0x1WOykrhV8p8nBOk2t9CCb/AFH9QfeXzx8W0gD6fT8f63tl&#10;JAQzN58f9XH7fy8+vFWrg9YJ8BWo0cYeXVZfUisQwPCg3Nhxx+Pybe+jUqfyv0/3r+nvSThG1U/1&#10;f6q/Z69b0+nWRtq1DhY7SMBc8jj9V/ob3t/jz9PfhOrXW4/1/r+OL/8AG/bhutADCmfL8/8AJ1YR&#10;Y1dY22lKGYaZJCLi+k3v+QpA+n04B99ffpGCNduLf43HFzf/AHr2lkuldhjrQQcep8OwJZmErw+U&#10;qQwQllHBuo445P1/B9xfvomZmL8jmx/H5H19+kBIGg8f9WerkcKdKOm21U00ccYo1CgqCFsB/sLf&#10;gEfj6+4JroNTa2uL2F/yP6c+7rKugKMHqpFD0/jbGRshijUMR6+CVU/Xn6X/ANh7hS5ClYWvcj6X&#10;PH04Bt7qCak8B/P/AFf6vLrYoen+j27kofGSAORqKqSCv50g2/wv/vj7hHJU0K+kAH6/U/j+nu6y&#10;stWBr16lenhtr1teyrOSVBsDpS9ibgk2+o9wTntUtgQFHP8Ahz7usrOulj1pl8h05x7Cp6eHV41L&#10;kBfUL/T8+5cWZVb3tcgn/A8/X3fxVTNcjrQWpz0012xzUaVCgKLauAtjb8f77j25U+cRxYEXH15H&#10;0/3ke07TMG63p6T9d1zGeWQkMLWCgfjngfj3I/izOpsSD9LXsD/iPdGuCpwf9X+r/iurhAPTqFF1&#10;7RQuhaBGA5BZFLfS+k3/AMfz7Ycjk5BcKx4BI5NmA/H+w91Wd9VTmvW9IGOhDwW0qFApMEf1F9Md&#10;ihPPIP8AX2ljmJvJp1MSPxfjk2P09uiTUCTwr1ogeXS9G2qNY9QjiU2+ukX024sfbjBkmDEsxJIv&#10;a55PuruSKDHVgCR01z4GEquiMAKfqFHpGq9weP8AkXvuWqa3LE3/AKcgD+lvbJcnrVK9ZYMbCl9K&#10;AMLc/QtcckH22TTGU2HNv97/AK/7H3cOeJ69SnTvDSrCOQBcgHji1/p9PwPz7Se48bJV0iyxazJS&#10;M8njRrO6sul1UHgm3IH9fbizUep4daeISx0PSixdQsUpibgSqoDWNgyDgE/7E/7x7SdPkWYeMRVP&#10;lQKpR6adJOOACWAH4/1XteCGUEEft6RiF1wR09tGpueNJufrYc8+1TjRLdppl8epbIrMCyL+S1vy&#10;f8PemK6SFPTyLpOemmtZSFjS7aWu9gfUR9LEf098p1AkJVvr/Q3+n19ol1Jk9PGnWeIhkAItYc8E&#10;f6/19tr+SSQi35At9LD/AF/dix4nqvlnqUNKrf8Aw5t/t7ce5agxCz6ST/rH/XBv/h733Pgf6v8A&#10;Vx62OsPDXI1cf0vz+R7yl2QAC/PNxwAOSR71UjtP59WqQOsYRHOr/fXt9T7dopo0jBccEC3PN7X+&#10;vtllDEaT1UNXj03SxSNJZT9CfwQPrx/T+vvlGquxcCy2J44+v4ufe1qDRvXr3XGZyqBR+s25P9fw&#10;be5dPLCSUb8m1uOB9D9Paiivw8uvKdJ6bKqGpRS6AiwDE/kkcrcn261kURx1R4x+4IJfFbjW+g6B&#10;/wAb9p3XRICf+K6fRqjA6aKCepOSgDm8bTRiW9jpXX6jf/iPYWUEoqo9Mnp0tb1WP09LXP8Ar8ez&#10;F07ar0gMmhiG6Eia8Z1KLmxuALf7x7UNHEokiQFWJdWJW3pVPUWa3+2HtoEmpfy6uvdkdNdZIfFK&#10;w1AaGUAg+p29IAv/ALf2slqoksicgWvY2/wv7RFSufM9P6sUp0jmo5ZrvICPrwQCVv8AgHn+g59w&#10;6gpKWIPqNgOD/vHuimhpTrZ+zpzpleBUDGyixPK35/qPeCgo0abVMSRy1v6D+h9u69A8vz6rwPXP&#10;JVkiw2pgSx4JBBvYX4P9fauMkKIixr6BYc303t+D7a8PWdRp/q8ur8V+zpCKlVI8jyswk1M/HJKc&#10;C+n/AB95KiVIoT4wHZxawt/Tmw9+OGCvxHXtWQQOo1DTS1VSXdzFHESSTyTz9Cf9ex/3r2nppWTn&#10;QisLmxt/Tkm3vYUVz1Vj59LKCJZONblSVF1vz9OBf+h9tOpqhySx/wAbcD/Ye3ApAxTqtc9PWlaW&#10;MDR9D+oi7Hj6E+5iQKoFiST/AK5Jt/T3oEg0YdWHUCeoZybcADk/QDV/qre3ozKKfx6SPSAbi3JH&#10;0Hu/h6mqP+LH+TrSsQanpMLDN940pdXBfhfUdHq4JPuJBPGCS7WUnnn/AHoe3TGrDI60XeteplVD&#10;OwAhUFwOAE9PPH1/1vbguQiU6UYKovcngm4/APtowrx6vX18+mt8XUyLqlBclgAqjhFHJF/8fbRk&#10;ZnZha5U3/tckfX/b+2wCpoePW3A4r0pcTTxpFawBH4020kG345/1/aRlqHaR4nuQeP6WH49vrSmf&#10;+L6T1KnpXpAiosiAA/UH6/Q/4e50QIiHjJH+Iv8AT3Vqj7OnQC1SOorlTKRIAxAJF+efz9f9b3Nj&#10;ikVNdyxN7G54/Oke00lTjr2mox1FaaIuFsEANyLA6vxe3++PvlSxurkhCxYkc/QD+g966sMceuqu&#10;WNk5lCKovYHlm/HPtQUHkR78A/6m4vb+h9uqF4Nw623Ht8+kfmfHNEFW5tb1lWPqA5Nh9fbo8xjb&#10;V6VuObWsePyR7TSECpzTrek06aqak+4jERLMVvxcjn+g/wBb2h8zVNJMyLqY8tq/ANhwT+fe07hw&#10;6qwpg9CNhaRYKdGOlLqBp/1uPp7Y4PuXfSxCKp+oAHFrn6+3UoF1HqlKDPT1KIgCVBZjf8n/AHv2&#10;qsekrOgH0P8AUk3/ANYe6Gnn1dQPPpLZN4UidrepbmwAFvzyT7WEEIgVj9Htcn8WPtgmvDh1cjUa&#10;Dh/q/wA3SBq6lqmSMWVkLWH+q4t9bf717xT0a1J8pVhYcv8A7xYA+9ByuBx6rnhTqTS5BqJfCHVh&#10;qsEPIFz9SR7aTA8Ql8YN+CWP1HB/H+39qPFNBXh/xXW9JPHp7WWKYx+UrYXCgAW5N/qf+K+2yoqH&#10;VBqQgA2cleLf4n3fxQaAdUYMM9PFJRIXYhxq0jSAeRb68e/QCCRRdibjn62ufqT7dYscHrQNOsdR&#10;9xC5soADfW3qsORa/ufDiE8ZdJLhtWpR6SL8i/tuR2UU63QcemqbPFp/FLFYppCyGzK5tz+m9j9f&#10;blBjJBHaMXt/Vr/i/tNJOwah6sFJ4Y6bp8xTM5MrqqsTbSlhccc/6/t8o1Ma6JCxa31HIHP9fe2Y&#10;SAAdW0lT0jcodcrTQoix6iLWKu403J/pbgfT3LkggCmRWIIuWJIH55t/vfuiq6mvGvXmZWJHTbDk&#10;6mV1ppIeDpVQqsTzwl7/ANP6n/Y+4K1MJLR6gq83a/Nv68/7x7sY2w3TePPp6ehqQEl8bO4tZCPS&#10;D9bAj/YX4945KKhlu/nBYG7aG0km/AI/p72PFWhAwenFIby6yw5bKxH7c0ehbaV1jWBx9QR/j770&#10;08aLouVHNzxcfkknn2oY6gK8R02CFORXqIrV8k8okCB2NlANxHf/AFKjgDm/uNXzySxKlOdIsFLf&#10;kf8AG/ekjBfXSvnQdeZyc/y6csPTQ0ryNXEmQFz6uRc83555Fv8AePczB0dZLIqhfItxqZvSDb/f&#10;fj3S5YcW60EY5PDpm3jnsLjaKeaepSmPjcroIZ7BLWC8f4WHsTU26k8SyagH4J/oRawF/aHVIsg0&#10;jp2ithhSnRM8r3/j8JW1dDVh5KYyN4ahGViLnVyhIH+tz9fbvRYxaUBiQb/61h/rH/e/ZiqPKdLY&#10;p/q/1f4emXATI8uiy9jd1DOrLDQIUhbV6rlXctx61B/F/wCnH+x9uck6RKCxUD+yp/230/3s+7CI&#10;A6RxHGn+r+XWwxIqcdAfjMNmty1DGOGQxvJdpWDlCWaw/T9fbDWZmGK9nU2H0DcC/wBfxyR7u9Qp&#10;8qf6vXgerM9Kqn7ejK9f9C19XLBJU0sgWUczSK6m9uPQQdP+39oDL7jceRVf9StZVBJ5/wAR9D7b&#10;aY6QtK/7H+r+XTYqDTo8/XnR+HxbU9UaRfJHJGzyyaRqf+oW3I/AHsGcxkaiWVjq0En9RudPPH19&#10;uayfz6qwoejj4PEUtJTRoqqQiqAAqgHSLX494KSb0gFmdjb1H0g34Pt00pnHVhWnUqsg5ZgAqqP0&#10;jk8Dj3zrJZ1WwJ0gD9N/pf8AqPbQdVOR16np11SQQOdVhqJYANbg2tax9t1LXM0rBgUAPGprm/04&#10;v7dVRUU4dVqa06m1VIpiGmzED6AWBF/6D2qYq5zF5fKQEChfyT+OB7tUiijq9KjpHz4qEytF4FLS&#10;kmS44+lzqPuNWTz1PjmclhDeyqLg/wC93/x9+STQT1orVcdTcfRUlGJKeFVQzm5Ykav6f7A+2ioz&#10;EhcCRtAQ8Ivp5/A4/P8Ar+3hRs9MVCDTxPTrT4aGJG8QBMl7u12Nm5PH9PeBsj943jJBUhdXPI5t&#10;wPdSpQavt6urluI6kxUCUillFmudN7D/AGBNveRYQUdRqCHgXX62F+D7TNJ6cf8AV/q/ydPqhIr1&#10;k8hDqzaSw5+v4P5t74iCCFdRclgCxQ8XsLXN+AfbySGQdN0RTnri8s7voVBoJA12JIJufp/T2x5O&#10;oepQBLFU50L9Rfgav9f8e9kU4/t60SWPTjRwJAWuSWb6lvzY/i/vPiKZW8chDLpNy39kH8DT7Zll&#10;pg8COtqBx641sjBXVbFiOEvY2HB5/HtaiOnEYmQKJE5DHgMTwTb6/wBefaeN21aTwP8Aq+zrYNT0&#10;lZWqC7QszFH4ZQSxW30/w/2HvhVypUqp1DUoCsVXixFrXHtWg8MY4fLq2oE0PEdYaKKSmZhoOljq&#10;Gthf6g35/wB59peqSSAlQtlblTa5HHN7H+nu6vXH+r/V/qPVNJrU9KmnZJVD3uwGki/F/qPagxMy&#10;U8aMrCwDXt9SxH5P+v7RS6tWenlahqOmXLU7VWqMrySv1I4UfWw+n09xMhnpBLpA0GNitlve4/qo&#10;9mESqFr69MO7Fj69eocBCsepvX5AGN/9SeQAfc2GseqpSzK7sqm/1FwBz9f6e6uoHw4/4vq6k0z1&#10;Ekoko6sBWVEkccfgE/Tj/G3sM9wSy+ZhGvqDcoLsDY88/wC9e9xdvHpPKCTReltSqBCtrnj6kWNv&#10;wLe+8JhZKlXqGBUW1MsgNj+ToHtcLhAlDT/V/q/1cetxxVNW49YqusSn0KblpDZQv1B/F/8AD25T&#10;QUdJOhjl0Ne7f2b25Fv969pjKSSRw6uSq8evRPNNEfIgIN7WN/8Ab/j2oMdlQyvGEVwQRdlu30sP&#10;r7YlUMaHqyMTw6aazHAskgkkjZWUhVbSp51EcD/ePbZWap2t4yVNwXsRbm1lHtooqinW8saDpzpy&#10;I1/Vz9dIN+LcE/6/vnHQyUSxyRxtfQGLt+j+g/2P+HugYE06uUKCvXE1MdRqjLrwxXSPrx/sfcSe&#10;aoleSNm0gqApubc/jj26oAXHHps8c9Zo444wrAfQm/H1t9Pr7lY2GSOT0SHm40kEarH1W/w+vuw1&#10;EU61ReI6j1skZj9SCw51fUKLcG39faY3a1VM4SGJ1ZGGpbEC1rEgD+vtSjqq4/LpmXWTQdSKFQsI&#10;s4e/IYEG4/2HtEwU1VNUeSpV18Y9LWNrjjUB7akcHA62sbcT1N9i3g5VekjQM14yP1fVx+f+R+2Q&#10;Dx/1f4enFowo3TRXrpfVYEMtrgCyn6DUD7VU6KsCyIpDaQZG+vF+bn8e7YLAefTg7Vx0nKeV2qJI&#10;pGUrqIiS1jqtwB/X2nq+rWOyQr5Fc6mN+Qtvqw/1/wDYe34lpx8uqM/n0/UsDv65TocekAfS9+Lc&#10;f09tEVQssU7QraZLHj/D9PvzijV8utA8R04MlmQOfQwIsf6nk395oqCTKLCsvpkjJ0gk2JY+9ibz&#10;62oL8esM08dEHex0Hk6QCQR+bfU+5uWo6nFUQlo2XyBTqF7EqPqdQ+n1/wBv72HZjkfL5dbkB00H&#10;UCgrYcjK6OjWUgrrFgb8Dj6fj2xUm4JJ4L1tmIYrGlxqBAtwxt7s6ahTz4/6v9XHpqNjSh6cvsYo&#10;21QKI9XD2/tC9+QfaQrcolRUvDOkfgJJsRfT/tRP5/p7poNMHqpcaqHz6nAWAH9Pc/ES0SloTBHp&#10;LAqU9ISxuCbe9Cq+efPq4bux1xcMR6TYi/4vf/D2paqoh1JpmP0tZh6Dq4CgD3pa0625UZPWFI2A&#10;9Sjgn6G5/wB5/wCI9yqempY0XVpmhkYCaNlDKdQ5BT6W/wBf3p01cBT/AGOtKaGtOsMkkragBoYA&#10;6G4H+8/X235HBU7RSGmp4mx0pbV4olR0vy2m35/p72klBpPH/V/q49XkQ0qBg9d09TciKY6KkKCU&#10;LCx/AYW9oSn21HTV4kpnlECyLdWJ1ISfobfW/t8yDTUdJvCWoK9Tv6f77/be15TUlRTTxpI0hgns&#10;0TXOlX+ov/rf0PtOreLWvSjTpNeosksbJIVKlk/UOLjj3NzGZhmp/tZbO8JETWuGUj6Ne3H+Fvb8&#10;aBUqOm3lJOileoVDjxTyyToxAm9dvxzza3/FfbRt/DUNfXxRSIxnB9MyjSLNwPIPzb/b+2pXoNQ/&#10;Z1tAhIB6kZKraipJqkKrCJCxBNvp/Q++90TPt6d4EjX9lyC/psbC5AJ+l/8AH36J6jV69blGhqKe&#10;usdUpkKOCsXlKhBIoP4B+gPuDgNxQV1dH5ZfCqsGdQ99RHFifz7rKKnA6pG+ps9Z6iImCVY1Bcow&#10;XVb6kWt7XVfkKaecRCQLHICNRN9QAuPz9bfj3skaKDPV+3xASemfH0U1NDqYEyDnSOOT9Qf8OPr7&#10;C3J7eneumq6BZKhA+qwJTTY+o2H0HvXiDgT1Yw1bUnDp+VxpUuVVmA4LD6/0HtHZafNU1XGFgmDL&#10;Yr42bQwFiQD+fatJE006SSLIGqOufsZsXmaoYFFnqHSqlQAo3BAC+kqT/Q/j2lkRGbUAKdKg7LHQ&#10;8emyWhikrI5jCpCr+of6pjzqUf4D6+2uoy2epqOR6hCYQG0TRtq1C1/Xb/bge7I0eoIOPp1UCRRX&#10;y6kLTUvkLLGmsWuLDixsDY/737bse8OUjSrM7rWw31Lo0azfgWP9BzY+9P5+h62jK4qfLqRfSQoX&#10;0/1H4/wt7cZ6memmEciF4ZowX1KEAU8h/wDbD6j2wiocL1t2KkHyPXrK1iPqvHBvY/ke8CT032FU&#10;2OML1BRhplk9PpB+p/sn/D26IwrhnPWmZStFoOuiGLC/6RyLf1/F/aVxC12QrFDU8cgW/lQSK3jA&#10;/t6Dwf63t7tNRh/g6bhLE6QeubMFF2Nh/U/48D2JFPDzFEKpKaOBgrrHbxyIx+rKPbDMVXSo6UEV&#10;apPDqLKQAXETSFlbSLAOCBwqk++OUFZSTRND9rUWkCpPpW7J+UHFx/sfbTlQtXHWmJGRnrjTOk8Z&#10;OiWJiPXE5IKE/njj2m8zR7gxzyZGko201AEyvJeyqf1KuofT88e3IGjkwfLqkqyINS+fWWOenlLR&#10;RzRytGQkiq6sysB9HA5B/wBf3hoIKz7OXIVuJoauVlZ1nhTy1ZVRzrI+hHt4lWanlw60okCaqAnr&#10;mzJrVfIVYfRBYBr/AE+o/wB69tku9aTFlaiaNqJVBR4/Erqw+mpr8gn/AIn3cQiSqkV6ZM5X4h1y&#10;aNXXSxYi973IIP4sR7kbXr5N4ZQNh2WfkmRJGeMCP/VxE8alP4Put4EiUdPQETtUYHWGrqqehppK&#10;mpcRwRLd2IJsDx9FB9ifmsjlNqYKvlqkgrqMxaJljh8jIoIFmQ3Kt/j7Yt40mcagQR05MzohK5p0&#10;nIUxOZrqepiaohqaNjPFplkiEmpSpsVNpFseRc/63sGZqiu3bHTvj6Ckhog4LsU8aqym/wC4y2Aa&#10;349rJmSFaDj0mQPMuocOlSoCA3Zje59RJP8AjYe5M9NIk7pQzSGShh8s1D40lgkaIAyNTC97AX/H&#10;tMpcgKfPpw0rjiOuf++/2/098Nu5Ko3LPKjTTKcYWmjppEMZkVTewjQcj/X59qnIRdOM46rGxk8s&#10;jrgxVLsRbUwBYWHJ4BYn2MGI7AhFPTUeUxdFKDL4qT76mDEMvF4tYsCPryPaFrSAn9NqH5Hp8SyK&#10;BXpGZXaDVdW9bRZjL42SQf5RHQ1RhjqbXOmUj1WN7ekg/wCPtlxyZrIbsnmosdNTLSy+Q1EdOixa&#10;WbVaAIbBD9f6e/XMsVtAFLfz62iSOxI6fapqCHF+CumR4JIPARUzEvOdGkqzOdTMfz+b/wCPtKbw&#10;xCy5XIbirKarrEglaOuhY+JaOQCy1KzRHUFJ+hHtSlybiIRg0xjpmRSrF6V6k49aelpKKkhaNY1p&#10;0WlRTbXDGgsEVvyBa49iNS79we2uvaTc2NoJKmvirEo6qSnbVUoGW0bVEptdb8En2ktrON7phcZA&#10;AIHVpbh1gDIOg/zW38xuDdVXjcjW22pNhUmipPEkglrPuPDOBqN1ZFsQwP5+nsCN671qd85SDKVV&#10;FUwyLGogbVogLqbMkTEHUf6/0PszlcRppU4HSMEtRmHSv2ttjFbPwtLgcLE0NBSGUxK7F3LTSGR2&#10;dj9SSfal21S5bL4cw1GRqBHUzCOGiqbMEaMX1WlUc24Gm1j7LjMXqqDh0rRapVjx6e5DFETOyDUq&#10;ENKEBYJe+ksObfm3tSy4ulghSPIGSqj8mhXC6ojKnGmcxG6H8A+2JPGXDY6cAQ449eWXWbJa9gSD&#10;cHS30Zbix/2/ty2ptNdx5+oqaKOsydNRgCOCaCqX7Rk4KPVxWB/KhWHI9s3N01vEACM+n+ry6cji&#10;ViWbAHr0w7i3Hi9tY9avM5ShxSyuIY5qqppoFeVvxGtSy6v6kC9vajl2FU127cftdKWHFR0scmUk&#10;pvt55knVlZ0EcwOlQWFjq4v/AI+3EuhHAJTUlzTPVGh1tQcB0lqzsrbmO2NW77TKQ5bC0j+Gaupp&#10;qRIo2SpFLKWYlR+2WLMq3YgekE+0TurOLivBW5mhioYqDJ+GjieZ6eQ11NeN456eS3BAtwT+CPZm&#10;qBsDhxPTLN4YBb1x0tsclLLTeSkrTWR1lPHOtUjxyrJBUqXglgmjGkqQSUPPHPPty6zx2Tq9xVW6&#10;5BLBjIZGrFpJyBT0TubxtLHLylz9GXUGB/HtBu02uEQQ51Y6etlo5kfgfLpp3XV0UeLOGqakipzM&#10;MlDSwqWFXV2jvP8AbBLanCAsQCP6+xo3jjP7z5OgyGML4/cuPpjHHWVUTzxfby8saeRLLz+CPx7r&#10;bTy21sqOKgf6v5dbaGN2JrQ+XQGdbU8OwcVuDH5KXFZDZ2VzNTVUVPRQrBUUlRUKqVdPkKeZ2Zmd&#10;ku5JB1fg39hNvLqrMYxNvZeCojq8rLnEnz1RNVSPjqGmdNZmp0k4VSyjVb6N7XW92LxHDqccB8uk&#10;8sQQqykcePQkbS7Uwe58tlcXRI1PSUVJC2KEq6K2vaAtFkIEpNROqM+LxgfqVr/ggdR7r3HuWeoo&#10;aDKwUy0/lS1N9xUTLPRnTTzQT20ANYXUg8Hj2kljgtu0IKn/AC9PKzy5DYHSvTbuAxoNW9FEzN5F&#10;lkmWIKVqnvIs0Zsjc/kgn/H6+1Hlt3bnpqH7bJQ0WL+1hpvNXQaIaJ6moskU00lPfUWawJVSR/a9&#10;p7e1QSeLSpzx4/6vt6q7OME/z6Y8TtHaq1FRX0ctbkTXyTkU+RraytFOkLFZKWiiyTEwRKTwgstj&#10;deD7nbmw9PuDHU9ZTbio6aqgxqz1WTxlcKiveYQ6mSnhZLWuDqF7n/D2ZRXcxUROvEmnClP8nXmR&#10;CC1c9MO2MlU4atyOJO387DRVGalpcXS1GHio8dR03nKrM1ejurpIvrVgvAIU8++VHBms/tvHtQV1&#10;ZiKeooaiF6jLY4yZRoqSIxzeaSqvrSci6aLGxvz7aeeES+Hp1svn5cf8g62qOy1Jp8uuVRUYPB5r&#10;IvVUqVVWmSoJIqbH1sUVGs9ZWDwSnHwkeOeEEGV5gQ3BBGqwTdFsTZFTsTH1RrqmgzdS8mUra14J&#10;JRVwQsypTukNmKEAGyMC354PCF5ZfqHDZ/2f9X2fszbSukY4/tr8+pMuf7Eg7EydFHhMVkdipRY6&#10;joWgq/t81Hl5I/uaytqXm/bMJDiIR2FtGoMSSPbHkext5T7az2x9pYSXJSYmhiFW2EoJqKuFNVlV&#10;FbTwIPJpj1L5NXrX/Ecgws7e2s63MlNTZqf8n+r7OPSWd5pzpA+H8usOX662AN84bsvclXLHnYXX&#10;GYSPNZw/wmGuqqdwsFDQ1Uhg+4dVcqIuTp4Bt7n0G6aDalLtvbW8cXFunddbjoap8h9yjU1LHJeO&#10;BI5y3qljYHWU9Qe/uwaaRHnLFENaD/L+fTis0ZVPOmT1LyW385uOuNXtzddfs7F0laYanH0uGpfL&#10;lKujq71U9T98gZYZlHjWwIeM+RbXU+3Sr3LV5x6vBUO2KfJHQUEIgjnkgaoiKVeSgYEusiD9QQc2&#10;vbj22Pp4F1O1Ac/Ly/1f8X06A7EgZ6cBtiixEsGcrty5Khenmp/PVyZGKipKikjnLUmIrY5AIngD&#10;MQpYeTkgPZjdJbhxf946CnwO06DIJmsHFS/xWqmo45PFXxxGEUhknAdZGAVo2JCn/G5HvYmt7VKs&#10;1dfAf5h/q+zqrRPLULinTxRVdZQz5Stz2UxUeNqKmSTCBJmQjGLEswknd2CFgWcsVU2XSS1vam64&#10;6voN04zOR5/GnE7iNPV46VdxUMdXLkWaMJBVwLUroVVdbpJHfg6eR7J7zdJorhVQ1U+nl/q/lx6e&#10;igHhanXPA19PXpD9mdlSbKpcNlqLD1m5sPJXwvk6nCV8SHF0VNd6yolCFhUXiYlKc6QxUeoGx9i3&#10;htg43C5zH56qy60GPpI/AcFVpAaTHVy032M38FjI8aRysC4XTe/I5+lQm43KhIY8VqzV4CoOa8et&#10;OYBUVqTwA6BjefcdVl9sbr2ttvbtduvcWUoPuNvZHAjIpSZDGzn77GNnKqiMVTA0MJVKjS9mOpQR&#10;cr7DnPdR9TSZyjrMPS5GhzVfuFM3i56JKuSGDIU0wkmarLE2gklsQlwATxwAAeTXE7wNrIx5f4ek&#10;4hjBBK5Ga9KfrzeXdq4emk7AxW1p6fAYiV905Ba5aXI5KWcfcUZoKeBfAkkUF/uC/plIGhY2J9vm&#10;+DmMTja+n26i7t3nm83Q4utjrIZZaCSM0zQrBJTqBEoVfU7cEqPrx7vt0ccVoZ7ogaRgV8uNT/h/&#10;1YqzSmQCIUA9esm1K6HMZDFZmroKXYvVW3Nj1mZwEElTS42qp6uTIwzz5aerjlLR00VPqVYxZQSx&#10;cnUgDF2ns7dm8NgbZw1RW023kozRV28cTQUqoXx1HTO1XTRPTHgQW1rCtyb2vce2tvuiEmEEZBc9&#10;pPmPLj/PqtwEkcEvWlKgGv29ZNi5XZNFv7P5qir6rNRZp4cVgNw1OVqMjRtPkKuFmosf52cf5fM8&#10;SGrX0OadVLAabozcu4sBuHY+M2DtGhyu39pUsGPx2KmiWWKordw/faYhWGucMKPyHVUs1ydVxYLc&#10;q7SCPboXlmbVLJlz5D5AcOtkPO4bgOCgeX+rz6Wm1uustid6bh7E3Tl6PcG5MlU1dDjVhpvtaPbu&#10;ynET0+NooYYjJLVK0IDSufUC4BBdyypyW4c3XjAUH91aPC0OI3Pg9uSZKvlIagWgnMlbKKYqVaOo&#10;WJxAwtdrWNjf2lt7eFYZfAJLSAn8z/qz/Pq8niE58upVBiKPFVWZr4N1ZPO1efxO49yR4aP7aOPI&#10;0VQ0IpZaORV13pVeKnjIlA/dDMoNvYcbzr63eHYu2sLi9uVG+9g1IqJqmWGulhx9TIaxqbJzSRTk&#10;pGmPYC62UkWKnkXtcOu37boLaJCMn5ny+f8An6TxCSaYM6al/wAn+rPSh27FPjtuzVWWhpNt5d1M&#10;NXr+wq3pFhY01A8tVThVqHmRVmALMdchj5KkexhOJpdv7ZMO0o6nP46tenioKGCjlnqGwuNnCrQL&#10;S6WmqljJaPV4wSjC5sL+0m3QtcxmS7OhwPXzPn/q8+lz0A7OC8OkjPuGmlz2veMmN2um1qCSesyd&#10;ZXRRUVLW5SkaNan+JSstPSa4lDoHmY6kItfkonFZ7b9fmMxksrTUeE2iKGSSds/TJPPiMhi53FWM&#10;TTVWl6dWKWEdwytYgfS6l7YqEjtiS1cmuPt6TvIY1LvmvDpU5aj3HQbepJKGWq3HuGgqYxRCmrnw&#10;kGUWokFPDJnJoRLG6RRsJJZDEQ2klUUtb2ttr7Rzu8sTFnKDKtTYCtpxHFuKjzfhkMWOlZqNZ7rI&#10;KkHUyy+QAXJUkke09zuX01yLSPLj9n7ajh8q9OhQYgz8KYp0H3YfbfXHX2QTA5SCbL7qjMORpNp4&#10;zbtXnclULkjp8uPjgTx0+sxEhi9uLkeq/sFsfg6+p3RvLac2T3DksJn2y2CxldmlePbu1YoV/iNP&#10;XiFWRWihqI2hEqBEfWLKxJ9r7iR4mWUEVHkPMny6TonxVBofXy/1f6vPoTayseDAUG53oqg11NBB&#10;m6zG4iiimyWWeTFmCXG09PPd2mdWXxx69WpEQyWGr2L+wcjsrrDAVGYgtHW7gqlpkxFbXY6eqKUq&#10;qlRJi6QMI6aOUlpZI2k9IIZrAW9k11Y3d9cCS4fSqZxitfLp7UY1pGOP8vs/1fs6Dbsbbu4OxMwN&#10;nrHXUOJxdMM0udgjq6DFfxR2kShoamQy+SpkgAjlVoIzHfUCVcWQKu0tk5Xdu7qDsjaLUucqaanp&#10;KOpxVAMbkqjHxx48uYUx8GlGZVLg2Zy/9kWtY88eB4RbGqUFBXz4ZBPTLQsGEoyf29KbYc1Fsnbs&#10;G2c5NWY58bUZib+K5uatFJkY67Pzz/eJlsrI5vI86sIpJQyB0QAC3sxXV9QKpcHAuy/4diKTCx0s&#10;GVjgIghrxFLSZSjr46oxyFXGhkjVWVL24t7DLQtb3azRyEuXHqRQ0Hl/n6XVCQkNjFegT+SIjh2T&#10;vTHtv3zZuVYtxLteLNUeFzb0WMycGZ22NvGBZnp5IJ6YRipaIeaxDn6EuGyMPs6GqqE2tj5sTSw0&#10;uSxVe9QJaEVUOJyBgWbGU1QWZ4xJ5AsiJoIbhybe1u62Mt3OgHcxYfYK/wA/9Wem4rhY4S7CgpQD&#10;/VTpi3r2H2LtPa02U7CkxWSra3Kbem2lidvYypyL4nIZTCSVMmE3ZVwx01KhXVqR2nTyWBVQrqfY&#10;EblaPcm6t4b5w+Rxwj2/DDi8FkdxzvSYalmoo1eeiwsFPG0k9JK6sXeXhpCQoIsQfXsaske3EHSF&#10;zTy9an7f9VOk8ZCRa1wx/wAvH8uh46wxtZsjYe0dvZjF5So3Dl1nrc89PFTS5KesyU+usy25auJ0&#10;jSoUSxioMUr6SmiItGi2V2M7P3RVbPwWWmw53FrlqqbPps2pfI1OHZSpohksNLFFKDVyFhGQpCL+&#10;pufaHbIoLKeXwjpOKV6ZuUNyVWQVHy/1V6TGd6/2TU71rKWujjxFcaKnqsDVbgpaU0mRqftXWvG2&#10;cvJN5r0cSo9XTDSblZdJUF/eCsxvdEebqdw7A2bAMdu8Y+splyUNLgcth5kijpql86lY6OGjjDeN&#10;1JLAgKD9C5f323XlDJ3MMUz3EelOP+qvSuCF0ULUEClfL9vSeHY/Q+A2mdp9i9jbXyVV1/RQUG4m&#10;OVqcrT1Yqm9AFPSCU1JlIUPSIjyxOAjL6UZjjYGjbDYbHxyQU0eVkolbKrTSzyUhyU581WyeS2v9&#10;y5EjJe5NuOCC4ttkvLz6u4rEVJAAOCn9KhIrTyBpT556UTSBarDkHhXqrnuvvem3ruDdGFxNUd09&#10;eVGWpJ9uV+YwtDQZ/D02OUUtLHhmSGCZKbx6kWKoXUy6WcK9/bbX024a2mZYHxNLUmogdZZ0q6uF&#10;YFnBmDRKYTqMdxGdVg3JBAsRUJLFImh0k4IoQMnpqBO8NKSQONP+L6T2z851Bsnd2Pzv3PZ+Vx8W&#10;NqjXR0z7Xw0/nrKQLSRxStLUjxCXUsyW16QCCTdSpmdQVuQ2lALHhbi3+9eyy3s3WPSO0D0z/qqc&#10;/nx6d1cfU+fQGZvdn3tTX1AhFXV19S1RJVzzTM8V3Zli1ahqULpUEqL2HA94WcHkEc2AHP8Atrez&#10;KOEJ2/n03Vq0PSHmqqiplPm4FmJjVVEdjzcc/wCt+f8Aej7wlSSrm3NuLf7a49qAyiqDy6sTQU9O&#10;vFrKUAJK3VbEAmw50m4/PPH+Pvlx6gfTqAAHBtfji3uprQMvl1UUOeuAXkH9Wm9yAblgNQ1j6/8A&#10;G/eMIR+m/wBT/sQf9f8AHtwyA5PWi2rHUi4e2oG3p4vax+twVH1/r75KmgHUP9iP8fqR7q0viEaT&#10;16j0oepBiJcEm4uRp/pxwDb8e80SoTzcX5/ryf8AbfT2juZJQOzyx1ZFFKt040EFOqgVXkcL+Atr&#10;BTbm5vyffVTLBTAkuqoATdzpAFrnk+/WMF3eY0nVwoM/5P8AVw6anuVhpqP2dTY8fJWV8dHi4qjI&#10;SPKvghjppJJy0raRDDFCWLG5sLfX8eyr9v8AbNJQVu2MViMvV1EO6JcnjUiwsRkkauopVgkeapjG&#10;oRRlrMsN2J+n09iuGBNusWklADgkA8TSg/2ekCkzT/qg0PAeVerbPh38aafbkO4c12l19Sx7xxuV&#10;xNZgKvPrT18NPhq6hWuBpceJCkdSsikvJPHrjJCgCzj2EmerqzqfbGT3clLLiqUV0OAx23ETJtPm&#10;tyViGrOUy1bUskrU7IC0ciepuVAXg+yK103101w7VEfcSaedaAf5fy6VXUoVRAPMfb/xfR16rOYT&#10;dG4aLY6LBnpKvCZPctTnNOMmosXj6XIriDQ0DRpOj1gqJER4pFAVA7u7MEiZ86Zw1X1xXpvGTM4/&#10;H5HscPX1228xJUNNg9bNOs9EZ3M8xZ3IZJGB02BYkew7vxk3+QrAhKQtgjgSPt8v29KoEis0Icnu&#10;oSPTrHvrG4ze2Hz20cris1kMdQQ0wlqKBoo1ykslKwqaHzRKBEyqw1sqgqxuoXSLjJ2F25tzLJ/d&#10;bAbop33RLUUcPhpIKqpCsWDyQtNDHJGC1tJVif8Ab+z7Z7GPZ9uea8CqzDI/z+n+oU6RMz3dwNAO&#10;kevRKuh/jbu3b/blZvXeO1pRsLHY7NRbYXOZXF1WUiknlEdFUSUYk8qeOHyBZZdL/RrAEewlxPSm&#10;894b6yGX3Nk8jDtaCGh+3jrVqMdHWarzOKuB3SSXwn0qQo9JA4BPsv3Te5kt1h2aIyOafDwFfMn9&#10;vrwPSiK3jjctM2PTo1W6vkN051xiqemq904BK9/vqahwG36mDMVRq6RwJaYx4kTJDIzOhtOVuzWu&#10;SD7deyenzgtw7Uz3XdfjcElLPS0eUo4pExmMr9FQJUnyTRmVhEVD6vHEzMeSxvcL7VZpdjZrwapQ&#10;DU0419PmOk4aNrqiGg9Pl8/9X+DoPOhfkVN2c+/cTuXbO5qCTGVNZldvrVY2eomymDKLDPi4JIaa&#10;GL7qCYEhHYEiVQvpjJ9iZuTbtCma21vjN7ox8VbtJajIwUmIxr501qNT+OqRdStPotZv2Y73sSbD&#10;2W7bHf3u2NtooikmhLZFTx+35Z+Y49Kf8Xt5DJGpJPH8+kdjey6uvlz/AF1sbo3sHJ4XdMkuMzuZ&#10;3XVUHXVHi2yFG1Kgj+4QGRjZlIWWNmItHrLKCWzt04ntaqxu7cEZ8/HtzGZFctNHRVEORWOSo+5o&#10;kpsXKAZGDIyyaIybWBt7Edlbpa7em3tgrivy41r0gMJaQyjNT9tOjJdW7en6/pMriMrS0WBp87nx&#10;XYPF02QlyVJA/wDBqWjq4IaySNBH5Hg1pC5/UW0Fr2Dl1RNurKY2pqd87kG0cDkWWEbKixktVujL&#10;wi0VHNS4+dNdDE4sEtGzPzpAHq9h65uoLe78O0ThxfFPmCaiv+TpfFFJJH3jJ4DzHz+X2dZOyxlW&#10;lxWR2ZsPG7t3hiDWVGIzmczH8A2ztxnjelq58pkqfXNORY3pI4GBsS8kTBSUpu/4vbv3tvo7hO5Y&#10;odoVsU1U+TzVJkaSrwuPol/Zoo6Ke+p1AsqlkFwSQB7MLjmBL7TZ2CmRzRQvl881Ip6npK1gtvWW&#10;VgB6edfKnTZV92bY2ngIF3BHB/e1KnEYptnbYrcdmchk85nahIKZcOIniEkU0svlaaQR2XUzC45X&#10;fXu3t37/AKjF4rA4xx1xt2nfHx7m3NWPE+cioz9m8mMpIZHeJyQZB5IrEW5Uey26ni2AeGw13Mhq&#10;QPU+Vf5evy6UoPE/UfCgYrxP5f5+nLsXtbZHVeNq8vueuWly81NBUS4zE06ZPKIrKUinqIoVV/t1&#10;ZdDTzFE/AIJA9t/Y3TmY2/FTRxVdJmIf4iox+RyGTfGtQRqwZXnpoiyMkYB0j6km/Hs5hSe6tHnZ&#10;SuKkfMivTIkjaURA548eHTP098htj9yU9Wu3zWx5XG00NRlaIUOSmpYWmdo1jo8jJTwioI03YKgI&#10;4/HPsYZN7Y/aNFitvYrYuSyu4KHHx18gxePfIUjKsIM1XU5eoLiK4Gs3YsRaw+g9h6z29buJvr5m&#10;VSx0qDSuTgjhwx6dKpZJVJMOF6TWX2RuPP7qze56rs1aTZmfRMJSUuSmGNqMPUic0tPQ46lgWmim&#10;Mkx0L9xJ5Sxspbi4a1feu04nny1ZlFO6auokWjpYFmqaXFwxrylWKp7s4P8AZCqAbWW3sSx2Cqgi&#10;oBCgwPU+p6QCd1bw0PHifPpXxdV1NNSY3Z1LLRrsWLGzw52UkUG4MxWVDcikkw0cC06W1GWUs0r6&#10;rar3f2moIsjuOrw27aPAZ3cec3TWtSRpkh9jBVJHJb7uWOiCxpSovHrI/wAT7Lru/juEkSVwqQjy&#10;8vTowt4ihUIP9Xr0INLHt3ZeBfEUk2O27t/bOOgjghpnAGKxyRExxlZzIS50krdSzXFgzHkyW8Nh&#10;ZGlpKWLE5FMPJVYyKhydJiVip0mknUGpjo6uS7xpf8qlyPow9kewXDmB7tUJIY0J+2g9a/b09O0Z&#10;k0vwGei4bU7r2puPcOVwW4IFy0GIyzZrD1tc8tZVY+lpUDUM+ZoYYPDDUKSXVXl1R3UlQ6mwV742&#10;0Kvaf9wev6nH4nPwGibcmcyGQE+RekhYyGEVLu8iB3sNOsC1/wCp9iPbnnsoprrc1IklPYKcAfl6&#10;/wCo9IJx9VIrxmiqKDpdYCqzVdvWXsfcO5crXbNqsaMdsTauNxGQjxtFUVbh63NVohUPVzvFGY4Z&#10;ZUKxo0mixa/tg3zit3ba6+wGB+4/vHnZ6ino6Z9uR1lWuGxzJ5Kmvc1esPKRezuNK349022ICKe/&#10;PaCeHmSPX7OqyOxnEa+XE0/z+nSj2dvDH7p3buSqo8BlNu0OLSCirMruClocdLuLItK0Ea4+LyPM&#10;IKdI+Wk0F2dfTZTqXuzocOmyclhhlN0bLgvTR/xaNqJM9UhV11U4Yo4Gs31MU4F7W+vshtWuod2F&#10;yVEjsCFHALU9LJV1oKZA6Ze08dnsjkNvT4na+1N+SUj1sr4XcJkXF08oK/ZVJd1mj8qerRqiYluQ&#10;BZSAxzW1er9119JTYrebZ/LJXU9HWT5cGQU9OW0zTfcppiLL9SF5J/UT7Es824hGMzAk8AK9MhUc&#10;E6aADpQ7Z3J2NDTZR92dbUGDocbiZazHjbe4KfMS5CqhXWMbBjBDC8bMOFY8X4IHtx6+27sjHdnZ&#10;+OioMdUQ7Yo7pk6zHLK9bPImmKWOaQaI7fQMv55/x9pN7srn6WC3DktIQDQ+uT03DMAjSU0nrnuH&#10;N7hyHXOOyD4muwmez0GNNTiqevC12EkrFE88LVFPYyNCoIlVP1eofTj2y7l3xkcfveiMgaujqJJK&#10;ai2/iW1nySSafvK2eIiNUUc2c/7b2aXVhFDY+GiadI48T/xfTcUx15JNelXhsJSx4GKmWWd5ZoIz&#10;PkKuE/dSPpBdtNSLqLCwFrD6/X2YSWXcEO3ch5cbt2hxk9Gzfe0lcJqv9yPTN5IkUICOQSrkX/r7&#10;ItokT6rXFGxbhUilP9Xr0ouGRyqljWuB0XXJ43ZmT7K26tRvHfeQz2HyKVVLtqeGeDCSvCddOahm&#10;hVmC2EiJJIT9CQOPYXbV35JSY9cBjJYqCNKl1gmengqC7PJY1AkqAef9Sxv7vdW0Udy91INTH5/y&#10;/wBXy6UKoelTw6G/dPXeE3LXrlsxDV1zR0whemiymRoI2hjGrwMlBImtGNy6nhvzx7Wu9twbl27F&#10;RU23qGPN5fKQg1eXz86zUmNiYXMxEQB5/sxRp/r29qNs+gNl+8bwCqnsXyH5cSf9WekzxyzOY0wg&#10;P+qvQQ7b2HiN4VWQpJ6h9s7a29mWgoNvbMeXbaZWSEB3OVkpyZpFQ6VYpKA5Bva1vcWbYebq9qU1&#10;bkJ8VPU1D/c5RKLHx08hikJuUjhUyGw+ilrn6m1/Zba7kL/cJHC6QMLU8fy/y9KJqRqE8v5dLF+0&#10;Nq4DekWzTHmo5WovDjq2rqa2bDPURmxpf4hXymPyf6rliPp9ePaH2XR47rjctbls4yVmGro3pcTR&#10;COObJRyzDSZmpm5TTc+o/Qfn2YbnZXN6qmIlQpqSeBp5dMRSLQxrknpRb0gy++tqVuF2tXjGZvy0&#10;E71jyVsWNQ09QJ5KZq6kW8scmnQyxnlT6uODL3ttTZ27K+nw1XR1GM22JEyNXmpJf8peWYajGXn1&#10;XY3OkWsP9t7v400NmTY/qyMKU9P9gfz60Iqyapxkf6v59RtlVW+6LbU9Vu2qxuX3Y3lposLhoTSY&#10;uL7OV4oDTBtUoV10tI7k/j/W9injFwW2EwOG2JiXy2PoINNC9XIqU9H5CfJXVM6qWlka91CqQPqL&#10;eyS2snt43vN3eruQSBn8qeg6ccu5rhQBT8v29BRuLGbo7BwGfot75puuUq3eir225MHzWTx0A1Lj&#10;6CWpYijjf6StqLtcgkBiAH27N45Pbu846obRxFRm2KmmyMlbKkFK7fSV4lXUxFwbkC349iS4trK7&#10;21GdSI8YHn/q/wBVek9tRu1WqDXpWbF6/ocl1pQ7Xxu/t3VW2GpJ8bUuzY6PKVNIAYJaP+JeF2jX&#10;TddUPqI/t+1nuvbVdV7em3ZlKzG1e46jEyTw0+NjSKDyGLXFA887FmIvzwOfduXL07lP4EiaIIqg&#10;V444V/yfL8um72kRW3g4scn/AA9B9sjfGF2Tvag6V2btncFFtnFZT7aoyebkrqhVSQPPJPjhFGV8&#10;DSjRrdwBybAD2VHYuP7FhlOVzENUtBJkHD0MqFYp1Q8KlQw4UDk2cf7H3bd5oppzbwcQPLyHT8Mb&#10;xoGbz6N3PUUTF4GqYFnEZIUPG88auLLIsXJ/1uOfY5VmfyOGpZKrHz0flqCkMdPJOkkVHGxBkWGM&#10;t6nb6aiD7SwWYkj1TIaKDx8z155dbCH/AFfy6R8uAxmamSkroaplgdKiWYRSU8lfJGdMYqKhFBEa&#10;/qCBhc/UW+ubIbgxWNw9OuSkoYMpXKHkeqEsTTNJyqqF5I/1h9faezgkvJnnY9q4A8utPLocIvDr&#10;hFia3+Lk0k1UuJpVWKGCGWnZI3jHqIMvIY/Tljx/T2z0+4slUZHHbex0y4OSsCJNkqdS1U8EhBLR&#10;JNxGtuAeWN/oPqH7iKOytWviuthkV/1f6vXpyKs0g9B1Nr9vY2pjrK7KJ/GqeEGohxlWsT0iz0wJ&#10;vIqqRIxPB1XUf0/PsXdz5/bvXOKpaWpnlzNZIFYmsmLSTVLgAMYmJ5ub83t9fZZs+1zbtG27376U&#10;JoqjGOvT3Mhk8CEUAxXov+Lpd49l5/LJj4KfYuBxU0dEmQx1NE9TVojXmp6aYqukFRpvGBa/BuOA&#10;9rs1ldzY98jJjaqPH0zFzkHTyQXYXCQrb6D+qn2Y2c1ulz9HaUJNMDrctIlDuehow+Awm0qyOgjy&#10;dOa6vQCOgkljiqqooLyTv6tblibsWHN/YaZPszFVzQbVpMjFTRTVCRVFXWGDyob6HlRHuVI/sg/6&#10;59mE1gtirXJGpyDjy6TRy+K4rinSoosEsFc+WnCGs8bxxRUzyRxJETcRtyA5P5JW1/cPe1bJs8xY&#10;3rubIbpzVXSqHyDQ+d6NGAMrRrEpLfWw/Ht3bWiaz+q3EKK1olcfafXppxO8mlVoBj5nrDiJcrma&#10;OaXcuIgxKR1kwp6EVn3XmpoXIgqattKqur9Qj5t+T+PfLBZ3etJtRsflqGqjmrnDVclcr0stix1T&#10;zMAG0i/pUAX/AB7RI0c101wmdIx/sdKwgBXXxHU6XE4isyNHkysMlZj1lipmR1ZYxILOFjBKg/Tm&#10;17cexko9zbZo9l0uIhjx1FKigzVMtHFJJPNIb+kSAsxP9Wb2UWlleSX0tzdsWQ10itKdWkfVIAnA&#10;dB/ktqZuXfUe5ErctPS+AUqY6HL1VNj4IgLtJJTq4jBPH6UJ/wBiSfcCTO1WNoBUbdxuOerCLrrh&#10;BBQohb6K7qCST7UW232E85a7q4BwtT5dekDEaRw+XT5Phfv5npstkMhHSza1GPNZUVBnW3LX/si3&#10;FrH2EEW/twUe53rJoRuLLRyv4aLFYx5oY53GmNZKsgrcXuSWsPrb2eT2tncRBHAWNfIcceXSWjBD&#10;GMD+fSgkwGMGClwkRnosdJS/bsYqmaGWOAizWmLBlJHBNx7j5LDVzzVW690V+Goa+qMjx4+mqBXV&#10;0R/1LyoQqsL20ovHuzXH1JEEKaY18yKDpoARDT59SqCWnhWLHUVNVCmo4YoI5nhdKcRxppRUlmsX&#10;NhywBB/r7Z9oYPKZfLwVFHlKDCUauzxqyvX5KazanlWAWUE/i54+p9lu53ccaeEq6m4enSqBSvcx&#10;HUusn+2p5JTE0wCm6qVUci3rZzwP6nn/AFvZucRtHFbkliTJV2WqpYCtpZvHHHqItpUAcm31AFgP&#10;z7DtxfXlrCI0AAbyHS9NJGseXQCbs31ktlUlXX4zF4CGkCSSvEkspmIjBeSWVkACi/0J5J/Fvb9v&#10;+m2zhtuJQ1VTUw0VHGy+Kj0RyS2HKawCwv8A4C/s65V2pwXvpaAt+I8c+nRPe3sjy+HEP83QDdT9&#10;j9pdib/r66h27i6bHyJGWrMrUVssVNElh5oqWMortYmxLD8ccW9kWhZd5bmGMYHbWzxV6qto9KVk&#10;9NCfQJD+ty9v0lv9t7Od5vxZQEWg1ueFet20TOat0fNRUwUl2P3lYkHJ9MCzzhb2FuEUt/gbD+tv&#10;YnZbpnD7rgX+A5WYY2mdYSIqaQSyoPoqMQBf+vB9kMO9mKLwbj+1IrSv+rHS76bu1PgHpPTbmbGm&#10;JM1RChaVWYSLV08kC6frrckED+h/P9Pa5HUe0tsbTiGSllxsjllVoJ3mqJeLk1Bhuyk/6lCL/m3t&#10;jaJb+8vXb8A8z/q/1eh61K0aOsYFT0iR2bWZbc5wW0sSc3DSxJNkaqfXQU8SyMyL9pUVGny8j1MF&#10;0gfQkm3uRtGmwm28ZLNQZSX9x2JpnAWScjmNJZJCxVb8lQRf8n3W7gnu77Q69o8+nWcJHpA6Uue/&#10;iGSmp6KTEoUAD/dGV5kpi4tK8MdlDNb0qxHH4HtKbhyr5atWvzeWoWo6ckQwxIslyp9IAvdiv4tx&#10;7NxrjtxaWi0Hn5dJUEcfAZOenjAYSgwNI1NjKOaHzP5ZjMzapJCPVI7vexP1t7hPV7Z3LQVNJT+W&#10;aogVNNZURlKeNvp6bgfT8ce6wmW3lEchqD5Drzrq7x1NCZGCoWUtCaQlg9PGrNMSRdWDNx/W9vYS&#10;5bZ74uqlliy0FfUVAEkkazRpDT06epUYavr7MJNci69NB5f6v9Xp0wGGrpyhmEylhHLHZitpUMbG&#10;39pQfx/Q+33FtQ5uagx1bVVBEZSM0tMLQvpPLSulri34v7J5XltImIwT0sioxr1kclVZlAJAJsTa&#10;9hf6+x+y+ztnfwOnerlkpYqWn9awuiPMoBIRUBut/oT/AE9p9le6nLoaVY8T/q/1Z61OxQ1UV6C5&#10;tz7pGfkx9FjYa6mnlVFkcSxpQgWEsssvAcW+ii3PF/Ya0G/8ZiZZcbgMJDLT+E0zVtUq+GCFf1NF&#10;JN63cn6kcezOfbYIiHnYs1a08uqMxcU4D5dK+twU+U+0atydZB9tMKkx0ErUySyBdKxy6frGOfSR&#10;yeSffPBY6m3FXNkchFKGaT9mSYgpHEDyKdGIAB/qefae7u5JKQQcOFB04oSNdVenKsn/AIfSF4lD&#10;eNDZSCbt+CxF/r7es79rBDPFBUNOXj+3ihhaMRxqBazaPpf6nn2utY/p1BagIz9p6bZjKeoWNlqq&#10;opJNTeGxLu8qyB3Yiw0BgP8AYH2k8ElPtgyZOWeljkg9VNAIQoExN2kUEXax/tH8+y69gfcpdLA6&#10;PPqxkMSUHTtUJ50MGkmOUFZWBsAh+ouP6/09t+XylD2LktOZWREjXRG6KGlqpf062Dc2/qSQPZib&#10;j93Wa2tuMDy6TRRBu5vPqLjsZT4imamolIi8ryrGzaUjDnUyxqoNgObAD2sdtVG3utcjFHjEStys&#10;iBYI6eD7mqdn5JOlQkSD/VE/Qf19k1xtw3GLx71tCV4evShWxoGOmrM0E248ZPjpEkpaaqDRzu7t&#10;EfDezWEZ1MbXtew/17e1DnuyKmKb7jNyihhLBpdUsURIb+xGBdv9sPZtbwxfTBLNKBRg09Mft/me&#10;mh4YJUZ6TWE6029hqd46CMSNdirzM8w8hbUZGDkgm/0H49peri25vQmuRBW08XKtUqJYU/r6WH1H&#10;9T7r9ay0tQe75dWC6F1sKjpY0cVVjaZIZPA/Nh4VZbsfqdJv/hwPbN/A9q/8cF/z32/9j6f0/wCC&#10;/wCHu/0UnqfX/V8+qfUr6f8AFdOWuq/45xfo1fV/r/qf9f3/AP/THEnTx6bgcn+h/At9PeCTurdx&#10;NB/q/wBVeu7gQUqTx6vnxtDLJ49AqG9Q/UgXXcBeR/hxpANvbbPoOohlsAB9LD6/Xj37xqLQjjnP&#10;XtNRpB6EnD0FUvj9FQzlgv7d9JvewAsQOfbLLNAsl2IAB/HA45Nx+fe1lZRpUk/6v2jr2gD7ehRp&#10;MJXVFOp8CElbElTrtfStyOOPcZq6O59YC/8AFOB/yP3cXJoFbJ6oRQ449T02ZLbUsRWS1iV/P0P1&#10;bkf61/faV0ZP6/8Abf4fXkH34uScUp/q/wBXy6sRTPXc21Jo421QsSFIIPFtX00qf9v9PcwVUY03&#10;e1wTa4BHFxe/vTO2fOnn/q8/83VaHiOk4u2qh2OmnsuoLbQSpv6Sw/qLj+n9PbXXZBFv67ADmxt/&#10;gBx7SCYFqD/V8+ndFBqPHoRtvbQmWNXMShjpIATkW/Avx/t/9jz7T0+UUodP4sRz9B/r/wCPtUjg&#10;EV60DQetelxTbWkWW5uBcg+geotyLD8e8EOXR+LC/wDrAn/H6f4+3xIFxX/D59Ux1zrdoPfXqIU8&#10;3NuQPwDyRce3SPIjSCeOT9LDgf63vTS6cKerAcek3NtPW7jRdCLXYXPJt9T/AE+vvkMwPV9L6h9D&#10;ci31uT70ZNRAOf8AV8utaa8esJ2KiWYDSLfqtYMSLf7Hj/kfvKMoDGb8cG1z+P8Afce9PMwYUNf9&#10;X+rj1sKPM9RhsmHy/puQQOASpb88n6AX+gPPuHJl3YlVJAUf1Nrfk+6uwYavM9W8un6i2bTUwUuo&#10;YMTp9IFmBuAD+AP6e2mTJzFyASB+PyAPxce7K5Iz1UiuelRFtqgWNWKKx54K83b62I98kyjk8sAR&#10;xYc3sOT7sZCBpBrXrSrTB6jy7WpLBhELA6v0gfqNxwPcsVzkX1klvzf8n6D2xqYdvV9GOHUZsHS6&#10;gzRRqFPIKryPy1vxf+t/ceWsmvckW+l72bn+nvQbSeJ/yde8PHThDiaRl9MQJBufRfn+zc++Jyni&#10;Q8kEAfXi/vdSx49aU40nrsbcilkuY1030ni4Uf7Hj/Y+2eTLS+Q2Y6frfni/+Pu+mv5f6vy68Vqc&#10;9KOHBUyRD0JqYc2AF+LXIH1Nv8fchKwkKxa9+frzwL+3lDgU8+tefTfLjYtTIsaoLgH0i1zxxb8+&#10;+E8kk1jr0g82B+vttQUNfPq9FpU9SKaGCAFPGH0kjWy+kEC9hb21ySPEQQ/F/rz9Ppzb24ZD8J60&#10;AOPTxDTRzC4Rbn8A/n/D3EerMx0re4P1H9B7ouKkZr1ojpxSjWEanIA/x+pJ/p7hSztF+vknhQRw&#10;Tf8AqPd1byUZ/wBXr1og06mJTJKPSTb6kj6/6x98VqZJeAwA/wAG9+BINevdeNLFEP03t/UC4/p9&#10;fbtTVf26gFvU3H1va/1+vuhbUaU68COmiqoBUksFOlQLfVdXP4t7lPkQBYSFRbj6Dn8k296yTnr1&#10;SR1DjxK31GINYm/FwL+4FTXCRAuoFrEA3seRwNPvfW9WMdOVLjhC5bTZdQZlIBufyb+4ER1PxYkk&#10;EW+v+29vVAWq8Oq16nTKAtje1iD/AEt/vvr7m3JYBfxbk/7e3PtkH1x04PQ9RCqqpJ+h/H14tyR7&#10;6qKtUBUspJU25t9Pr73pPl1t6Dh13T0hf1hXAupPFyb/AJB9wYJfI1/0m/BDGxP9Tf8AHtyhUdUB&#10;Hn1Oni0qR+oAA2IHAv8AQW95ZSWuQ5Y8fS1gfp7qTnHDrYrXB6xwqFAumm1/qT9Pr9D9fbVUyMps&#10;30ALD8/jnn3ZTQ0GetPX1r04wohAIFj9CB/vHtpNSxNwxUX+n59qkHl01gnPUvxi30BPuRFKoU88&#10;kfQ83P8Aif8AinvzKPTh1YGuOsTq1x9bX+o/23vPCvlP0UEf2r2v7TPVe7qxoMceumbQPyf6C1/x&#10;7yChZm1amNufzY35t7dRlA/Z1rjw6wvVKthpsbEf2eP8be5MioIjqBLWCgEfU391IoQTjrVD1ijZ&#10;zIAum17nkm/9fcMK5dAVIBIAuf8AH6ge91TNONOP5daIp1K1AKxBU2uSB/X839vEjJEiBmsGNiQL&#10;Hjn6+2/iYAenW+IqOmuNXkZ2C3K3sDzb/Xt7jp6XaSO+kn82/wBYW9vABRnrXWV/3EEcn1A+gHN7&#10;35t7c1nYwkFvwBp/Vcf0v7o5Bp1dWpw6avtQs+oLb6+q+mxubE+2CXA4mSZqopUQVDf5z7aqlgWU&#10;/wBZIlOk/wC29vCVxHQHqjormrDpzWurVIRTHJHwAZELlfwLFSL/AOxv74I0VM/hplKJc3YkuxI+&#10;pZ3uffkOoEN/sdbAC8B1MZHlTXMdTAA2A0i1r2AX+ntwScA2L6n/AK3HB/wt7bIDVK+X29bDA8Oo&#10;jQmw9IVDb8G7C30N/cyKSVpAFYH6fi9yfpz7bqoFCM/6v9X+fq3USaKJYyzKwt/iABx/T25ohVlN&#10;7ObE/gf6/HtoVrUdXVQeOKdNksitGwsSguo4Goj6WJI9zTUaUN3uQb2+vH9f+K+7gD8eOqGg6axS&#10;6pR40/ULEj6X/pb8e2ioyepgFNzcaQCbD24wBPVSx4eXTzR4gRxnVwD9bgXP5v77LGpRr/qsACDY&#10;2/P+x90NFWg62BXHXML9rKo/sXNxb8gfn3igpnVrRgvzz9Rb/XPtwfD3f8X9nWip8uslTVREXk/b&#10;OngEA/U/7Dn27Qxskw1C5tYAj0rf/H20X14HH/V/q/2Ot0pg9M87o0DFSQpuWYH1G3H4/wB69yai&#10;J5yfUqaT6FUfU/0P/Ffe43KCpqf9X+odbNAKDqFTSQwWsjt5AGdma4AJ+oFuP9b22yxSx2GkE3AB&#10;NuP9v7qZtZ+XWwAB08wPBIS2r8E2B5IJ4uP8fbPVVC082qR+QOQOLf6w9uxM1KDqrn0HDp4hp/PB&#10;ZUCg3+v5/pyf9695Ur45otK2sTwbglif6X9vlBUHz/wfs6qG6jHHvBKXYk8G4tZbAX598Z6AS2kV&#10;NTkf6zW/1vbTN4TEHh16lcnrJT1xS8bOAFvyOQOf6+3GhpXtpMYsfrc359+aRSKHy/1f6vXq6Y6b&#10;K+rQOGWXmxtZfqq3+g+p9qJqACFbIt/zYf0+hFvaWRxTHV9PbXpLw5RmqpFeRiPqvNgVJ+hv9eD7&#10;apIZFb9sgBbXubE3/PumoUrTrRAHShhnjdP3bkubr/aUcXt7cqGMKrSEBSP7RP1I/oP9j7qzFhp8&#10;uroM9M+TkLSJGpL6msEUABQBf1EfX6W9855oijhubKQL8HkfS/upBbj15mIbHXCkp54njKgKC3I5&#10;NrHk8n2kHTySn9IW5tb8H6e31GkUoemiat0uUk8cIJN3AGoEf4e8UNOzTyDSWAHBsAP8LD3Yjtr5&#10;9boeuc1SiQodQHJ4vdrfXn2osb5YX9a2UEAccj+nvzFfDpTPr14Kw6SmYWKpUeOTWxuxBPB4+h/x&#10;/wBf2rqaTVdmXUPwPp7Qy+leP+r/AFevn05wyOkJWQlSqRuIrBi7D1fX6WH1v+PbgCpiaUInHFuD&#10;cW/ofrb3QqwNFP8Aq/zdeBr0yFm+5FNJI3ruTIAV/tX/AFD/AGFvacyNUEjYJpW5bXazG5+p9voK&#10;8eqswJp0t8Rj9coaTySFAPEWLAaV5BN/63/p7SckqSkow1L9NV9I+v8AvH+w9qgh6rqFOlvFE0ID&#10;qdLG/pF2P+tx9f8AY+59DTxtcLoAX+lzb/Yf7b3Y4TrwUHHTTk6uRGBYSMW4H4vf6Xb/AIg+5bTl&#10;GChm0gm4HAIHH1PvS94rTrRovUEUauGYomp14LC5XUL2sOPc+HIqqsdegL+b3P8AiOPp7ZkjBNfX&#10;qytUVyemufDu7hTGHb6Hiyf1BP5NuPfv4gzayjfpUkkn63N/z7oFAzwz1UtU56y/waNfGsiBmZgA&#10;LE20n63H09tNVkJPCX8pPJBC/wDE+39TLQMMda4CvTvRYalNSVWnUHhruBxYWuL/AF+ntOnJv45D&#10;rNlBsL2J4ub+36A0A4nqhPSnXFxeRCYwb2uSPSP9b3Lx9dNUoSrWvewJPFufp7u/aM9eVqnSeI6g&#10;ZDH00Di8f15ZgBfng3/w/p7XOHo6iuhKS3vyL2N7Hkc+0k7gUKdOqtaDoLt0Zmg2/Os900j1aSRb&#10;gaSSGt/sfaux216gAawDHe935JtzwPp7bSWrUAocf6vXqxjWlK9AVvnvHbONikZap2qNB/bguqxk&#10;rx+5wfwOfYiY/F01LGosC9uAoA+hsR/t/ofdPDlY1cUH+cf5vLqqkAUr0QfsvvPI5momhx0jxxEu&#10;vkeVpGJBsCvNh/T8+3UnSNKiyjiw/wB5Fvb6RKDqPHrda9FsqsjXZSdg8peSQliG1Gxb+p/3r22V&#10;2QhpYJWYgFf8Rb+hvf2pUaXVuP8AqFP9X/F9NZYmnl0I3XfVuY3pmKemWGVYNWp5AhKkKLhUv/t7&#10;+w5zO4m8beJ+PqoBvcfm1vd5CqNqbJ/y9aVWK06sj6m6PoMVHDHVUoLcCV2jsVMZ9B9X9b+w/q83&#10;PIoOpk1cMSb/AF/oP6+02p3Okf6v9X+Hq+mnHo2eJ2Zi8fwkMbCIXVVUCx+n1X/bXPuE07yqBr9T&#10;ca2sCb/Uj354WQgHrdenyKGCFiyR6VT/AHWvKi30uTx/U+26tx4GksnlNtQv/W/4t7oJM6fy61Qt&#10;074/IGQEq/hXVY8fTj6c/Xn8+8b01LDTq7MNYJ/bQgaP9c+9VZnx1YUpw6yx1VVNO0aoQhUfuuP1&#10;m1uB+f8AePcSaqhaIaSkaotgf1X9uOjg1PVSailepdLTypISxd2ZrkcAAf4f737TVTUxeUFmXWOF&#10;sukXH5t/X2/HXTXh1UkKen6KJgmkKSpuWuSTyPwT7daCU1SFRIb3AsOLe6uzD8utrQmnTdWRpAwc&#10;xgghrsRz/sD7USxaoVgOoXB1HjU1z+Lfj3QPVgR1fQcDpNSPonkqfSeRoFvSpA/N/wAn2kq7ESyS&#10;tGmpUv8A2SSxH0/UfakShVz/AKv9X8umjEC3SqpMlEYVdyNWgfWwH+2/2w9z6XCx0kaEhrkgsWOo&#10;k/X6n8f1918bXUdX8Og6g1GWaZ3VNNtJCkX4v9Sf8fb1C4kjeBIyzC+m34IFzb21LGf7Q8OrIx1U&#10;6aJAYZo5pJNKvYNzyQ30v7RFdDULO7TLJYknSTpT68Xt/vXt6FhT59MyIdVadLGmeFokELKQLeoe&#10;o/Tj36joZgXmdv2nHAAuQv0t728oPYOPW1U0r13PUoNKWBcH/W/HB59qGgaGAapE/aBvoJFtI4Lc&#10;e0jRs3zP+qn+r/D1cGhr00Vwml9MLBZD6dYH0JXlbH6f7D27zmmmpmkhRUJU2Ja9lFvoD7sInj4n&#10;/V/q/LrddXTJTmqjq0iqJGezAFQigFjzy3+t7TlM4jLNJLrUG2nkFv6Ek8ce1SAv2/n9nTWFNTx6&#10;UNSupVEcYVtNw5A4H14AN7n3hyE7CzKARdbsOQF/PHu5iCmvXi+o0HXKhT06SWBF/Sxs1/8AXHvN&#10;FPCsMZjuC7cliNIYf4f09suqlqVr1cEhOunimaSTyaSqrwFB1EH83P5HvFFRyVVX5ABoP61trJ5t&#10;df6e3BIqYPDrVKmo65T1KU1La/rH6CW082+h/qfb7Xq1HSp4YvGUIH1NmDDm4H9fbccymTPA/Z1a&#10;VSUoOmKgH3tTI08wmVxwALlSDceo/wBPbVT0UFfIJZ441tYk2vp5tqNrc/i3v0ilD24r/q/1f8V1&#10;SMGndx6dqitkoY9MZaQi4S5A1c8KPz7k1z01BFphsQpstiFX/kn23Grhqset6gRjrDSfcVxDzro1&#10;D8ephb/auLf7b2He4S0niqPXpMqgmMcf1tx/vPtUhAbST00wJHr0paZQiaB/Zt/r2/xv7UW3YVlU&#10;spOoRM92P0VVvYj2zI1Tnh05EK/LqDlJjEim1wZEQ2HJ1kD9XvC2bWGsaOTwlVP0Y34vYkKPasRC&#10;gPTbSMj449cjQq8ICs6MynlWsfpxcn2r5ctSVeO9QAslltYM7X5/1v8AX90+mQGqY8+lDSllqekr&#10;Bi62kyesSM6u9zqJKxqB9Of6/T2gaupgMoWKb9xWFxe9yPx7eEVBU8Ok2sVp0tIg+k60HINh/r/n&#10;25JUiOnE/l8YuFLE/VvqQD/r/X20QFOnq+AKk9YHjEkhjZQxsW0njj8fX25QxjIQyPKY3k8ZKMQe&#10;R+AfbctUPbw6vDpYkN1Cd/spIkQOqGQKy3Flv9SL/wDE+2JaZI3CtCjsrWJI+otyo9sONRBr1tWI&#10;anl06+QspKsQCpIHFx/Q3PtQ4ikgllcxXjbV+lvSCTwQAP8AevdS5UUPA/6vPqy6S+R00ZSpkghB&#10;dda2JJHPA5BNva3aCCOA0ryLqkQt9Rf/AAVi30/1vboRnAYDh9vThMamnQeR1tVLVisjhfxxzeM8&#10;E3H5dQn1+v1/2PsHM3raaXwzCGOmLmRvxpT6j/H2sWqoNXSRqV6Fek/zSFhy6q30/qv159tuGydJ&#10;VrMn3AR7qri/LkNwBf3Yxk5HTayBmK9ZZg3pIUNpJ/5B4+vsQ3qFoKeF1OshTp4XiwuTx/vftsRD&#10;VQj/AFf6v8/TxOkY6TqxmulmRrouoBuWJIPFvaTr9xNMRSTxMUe1iqkj1Hi7f8R7UU7ajHy6bLk9&#10;O1NjIaZ/LESH+hufrb2xVGMWWEJCskcrvdGva+rn6fgf19pmcip49e0gj7enHUObkWA5I/H9fbfU&#10;bRq4YVrJ5AyONIAuw9JvwTzzf20s4ZiDjr301F1g16xpPFI7Rq4LpYsvP5+n19whjJ6eZSJmTyEs&#10;oIKgcWuSfe2OrHWgoHHrN7jtkZMdKwqJxKNYBU/kA/gt/T24ncQAMdUYhc9e9qODcPlnQ0CaorBZ&#10;Fk4JawDWHt9gNNW6tqLZHWFoFddL8m9ww4I/p7WlPknkhZBaNIwjFSwIUn6qQP6+21VDUj/V/s9P&#10;aqinTbLRoJRIbtI11vYhiBypv/h+PbDUtDBUOWjkMsoBRk1COz/khePde3ifXqhqvlXpxTUyKAQF&#10;HBvyePeOrq6+nhRwxaEhWUp/YJPKm/0Nvp7vE0demjqXur14RxFj6fUODf8AIv8AX/W9ssWSjllk&#10;+4TVqseR62s34vzf+nt3iKD+XW1Oanz6y2sLLxb6f09r/DU1HTD+Jfe+DxJ5BDYeRyouAfZZK76/&#10;DA8+PSpUjpqJz0z5J5pUNEKQzrUftu5No0Vvyf6/09hRvmXI5KvlqKKczU0ramRubAm7Ncj8fn2r&#10;WZFAB+zpJIrMdQOOnGkgFNSwU4VVEUappQWUaRbgD3E2lipoqtpKiMPFJbU6t6hdr3VT+f6e6zNU&#10;Y69EtGJ49SGNlJ4uAbX+l/xf2p81j4oKmCWOvllgLK6JcrLFdjdX0/W3191iicrVuPVpAlfXrHDI&#10;8inXGY2Vip5urW/tKf6H/Ee15jcvh0hiiaI1LTKI5XBA0kjnWf6+23tTWpPTwmAAQdNFbS5GZ2kg&#10;qEgWI6kUr5NXOof04/r7xbipsZjVp2MCyCZA6+Jg8kdzwD+f9f3qFGlbUeAP7f8AY63KdAFM167x&#10;VXU1azeQsrQSmI649KtpH1X22ZaShpcfTVUkMYjeO8YmvGyMeAfxxx7fRNR0g/b02zUUM/U2naRp&#10;p0ZuY3FypuCNIIBv9D/h7YqPJPUUVT5ECUYRVaS90B+qFT/re7NHpbs60jmhJ4dSiql1N7OLkf1I&#10;tYj24YmTETwXCRyGH6+Ejzr9SXKjlrj639sFJK9x6urKVx1jm8wI8TAX/wBULrf6AE/j/Ye3Hcc+&#10;EyGOjlh1xy0igLK/A5/Wjf4X/HvcEWhu01607B1oRSnn1AoIsjDPN900TRSszqI7+gg2U8/1H19o&#10;6mq9tY6ikacPLVTSorQQHmSJz6nS/wCR9Tb294cskhZjgdNmSNVOKnpyfzFwEMapoa7MCza7+kaR&#10;bj+vPufjNu1FZUtU4ymmoogrOk0mr92AjVfk8/4+2LiYRGgNflTpxIixquOsctVBAq+eRASypa4N&#10;3bgC3+J986OsfFV0oyjxCNbDWyNpdCbXKi9/9b3tV8UVrT/V/qz1rUYyQc9c5F8sRCEgkXUjggj6&#10;WP49rnHV+Pb7iQy09RTyJeLyAWA/sMmv8j+vvVxbu6gefTiMqmvDpoqoaphT+MSxyK15DGx9Q/tK&#10;2n6g/j3Hyu8IayH+HSGlnMa6fFGLvHovexW4sR9f8PdYoPBrXz9fz/1f4evNKWGk56w0OAp6Oqkr&#10;IXnSWVmeQtJqEpa3LofyLce0zkszJR09H/C9NKG9Uj0SpKGW93WRW/w/HtRCqNUnPTLMaAA06dxS&#10;JIX+4vONQ0CVVIS35SwH+3+vtkzKYzcEENFRQU0dSRrrg4jczK55lH1Km5+g97qYSX+X7OrVWQBB&#10;1miSVGlMkokVmBiGnSY0tbQT+f639qHa9HjNsU1TT0sFJFUy0swSRUkeYzspCSXH0sfaeMPLIJJe&#10;A6vURrpTFeoeQppKtYERpFjWpgkmVWRVkhRwzo+oElSPrb3mocrXVdNUYrL0yLVzDnU/plgNw19R&#10;+pH1B9uXNA4kj8uqxaqFH65faQpJHPEQqIG9KgFL/QWt9P6cf63tOYugGJqqyGHJw09C7NGUMX+T&#10;Ev8ApDk8Bh9L+/IzympHTagIxoaDqW9iqsYy5BDBQbMP9b/inty21iqTMz5QU/kxjUyP93XVAbSo&#10;N1E1Jb6g/Ufg+6zMwdQvcx8urpQgl8AefUPJV4x8SSeGWpeaVYIYIQpeSRwSASxAA45P49tuMyuz&#10;NrVdRS1GbGUyV2SGfT9skpLcMDThjqH5U8H299JNJ3ymny49MLdRIdAzXz69KK6pihCiOkD6WnVt&#10;NRKtjcxBSAvP0LXuPx7W+3dx7eyGabG1+Ngr6OohBinWJpJ1qXHDhTZlI/rbke2TbIGrqIz0qWYk&#10;0pUdMG6KPcBxLVG38ktHk6N451WpK/ZzwRtqnp5xY/qS4VvwbG/HKXxm8EwO6Mtt0VDotRPJDSJG&#10;/nWljLFfHIFOrUfwDwPp7fubGF1Vmzw6ZjnKyGPp4noosnS0cs6JLIiw1HKqA76A1gTewJ59vO0t&#10;0/x/PZPacIFZQ5KjqoqrKVSJ44SIyrLNE1jeMjlRf+vtJcxx2yCVR3A4A6cik8Ryg4dNm46eCmoq&#10;fMNFP58HNFWwU1HJpaobWInpEBsCZFYoNVhzzYX98seNubX2/kMbNJQ55Gqj9z5WE1LKp9IkjhWz&#10;aQRYX/Pv3hSyyeM5044DrTMqJpTPUmaGvyVTRTo9XiokgMrDTD90rswLU82oSR/TggE/4H25ZGLB&#10;0e3sFSRYrG0cGYnkmqI5YfH4o7+kxu9yOPxcfj2wlrcTO8ikmmB1bxFUKrCgPXCgkqZsxlhJUzzR&#10;45KeCFVdBG7yxeWTyQxqqlwbC9v8Px7Zd5Z3HCoxWB23Drkp4qZ2XH04nWf0+ohuW1H6kXtxwfaq&#10;ztvpoz4572OetSy62Cpw6y4WKvVa2sykkgeoqZnhinKqaWlVtMcRCWUAAXB+tjzz7Sm197V9Bmc5&#10;UDBT1VHS0zxJjaqjeomrasEozCnc/uKOdLKLi3t26ijnVYiSfmMY+3pmKR42OOpmWxq5SkNMaqro&#10;W8kTrV0MxpqqLxuGIilF7agNJBBBBsQfYsjfu58ft85rI/a7axjGOWKmihjgkyckq3WmpljIcyhf&#10;qH5/w490tbeAsVgWtPM56dYnSGkPHy6DrIdf7BzGaiiyeOfcuYghe82WqpMqcTAx8gkaGqYxxLI4&#10;ACxoNR/FgSJfWe5uw8pmq+v/AIbS1uNShmmiyEmSpjVGmdtccE0JPlVtPIGmxsfafcZLfSARXScY&#10;9P5dWh8UAqSAp6T3ae0+shtmj23nzHt/H5XL0FNj6ehophTVGTkk/ZH29Ohj5+jyPYKP1EXHv3YW&#10;36PL1+Dr84mNrYYcjDpEk2txJUur+bwJZTp5F2H0uPaqQyS2eqPtNOtUjDjVnPT11tV4+goK7A4m&#10;iykAxtMWgjno54qSNKRTSxQU881wSdKnSCRzcfn3zydTl9l7m3M0tNjptnpjaRsbD5IzR1n3QVWE&#10;4f1FgbroH0/1vadbUm2RFrq4k+f29WEmlyzcDw6i7ZyGP7R2ngMlUNlcNuCOvqo6ryQGkzuHyOLq&#10;JYKyJTYoiHSDHKLpIjKRctb3wzu6d0Y18Vlhg/sdt5JYaHF1sEOuGhqClgC2o6IWABUtx9QPaiB4&#10;hCY0yU49NyIdQJNQesuFwOxanIZbaMu44twbqo1XJ7joZ6+A5WogqZ2WmrMnQwBAbXVC6oADp1W1&#10;Lflu/be4ewqSg2g+XXb8dXBRZis3BSSzVVNUxsGJgMTspAABupKgH+t/bUd94UDSImp2NABx61NA&#10;spAdtIHUGiqNs7IpM/uqipchWHHTVGApsGtDRU1dSNTVI8lPSaApfzuUbyXbUun+h9hTkcNJsnce&#10;B6z2/ualGI8ceY3fn4oo/wCJGJ5tBgp01O/6bMqhrG5vYX9uKskVsby5X9Vq0Fa0HkPSvr+zptcy&#10;BIj2D+fS321nqjduAbc/92q7HVYFdHiMRmJ/t5Z/ANMcsyFSsPllBTW0bFVUMLg8qfJbT+83tQ7f&#10;xlVWPtmnydFXplJ5JMi+QoqgLKIVhjsqL5AygtcfVTb2muboRWupvjYcOHy/Lp9IGeStKAZ/Z17C&#10;bhzUuyEz+4MVR4vckeNqpsphIaoCmo8nSB/JRrWz2LINKnykepbOFsQPcbeFZDsuu3DkKuiioWSt&#10;SkiolqooMfUTsLxzR08YuIJYz5JCPo3p5N/aqOHWiAngP8nVHk0gsfPqftfJUu4Nu4WvoK2atpa6&#10;hSqjrJ0eSqCNx45J3FvNG90JIudJNvz79SZ/ceV3LsrIfx7+I4aQtVZymodGOxW28dFHpphUtIdT&#10;J9LORovwffpZFjgZEXSxwPUnqqhtYkBqPP0HUGbB4vGYjcdPR4OGmmqVyBgmkWOtrc7XVVEal6n0&#10;MZXkeUuugsGOksAq29iRtnsBspuepwGMplylPh8vG8lJDQRMKemUHXUI6EI62YMrJx/t/ZTfJFbR&#10;hpDQsB+3pREWkJKmlOkbunYWKn2xlMjU5WqwWZyO2Z8VNmDl62hdJ6uFTAjSTm6NrAW7LrF/6jlt&#10;zjbrqt8ZXKT7owmz8WtO7Q4iOlkp6vNJTakWqyVTCupIpZNKsXkuoF7fT2YtPHIkcNvETWgqR+Xn&#10;/wAV02YilXL1+XUHZO28Htjr/bW36XHZ7sWDGNCTkMpkKHcM+LqqhxPUClqMrKvNJHIRAtLEfSoU&#10;EMT7AWSbPbt3RWU0OENZkto0VRMkdNQmppbrGZammwE6gNKrOQVXS1mJIt7U3vhwxrG7cf8AV/q+&#10;zpmMySEkjK9DMZ8Xh6T7upqYaGnnkpzLV18i0xlqJkSngaqln0/uMAkfrseAv4A9q7bdRno9zUVJ&#10;msFQ4jOyx1zYnbWNrIo85kJfs3rGWeqpndY3kaMaTK41G449lcqQzFUB7ajPl/Pp9Xda1AB9B+3q&#10;Bl8pi6bb+Sy8+Uo4MTDTvVVuXrvHUYukoImH3VZMZGSLwRxhmd9QVQCzHg+191zmcr2JtPPbjxu8&#10;JNm5SkqZ8duPE5XExyU9JUUZk5qamYrIrpHoIP1DKQRY8Kv04roW6ReISMH09fs6qkviRapCVINP&#10;s6BrsvL47a24ti42u6ym3jjKipqlwtfh8mn8ZxldIscD09NgGWMTI7SL5yahYxGwZgdJUifk8lWb&#10;E2QgpZ2z+ZbFV1bTZujo62oxlZlRShKaaskUP9uJWYWiVrWvpBIPtPa7dHNeNd3ZGleCfzz1ead2&#10;Two8V8z0HGIrou5N5ZLH1WKrdpUmNrKLDZXaG7ZsbhtxT4ukkFVkEw2Pxcsv3FLrChqoksSxQMoA&#10;9l23FubJQVmLo+1czicjlGgxeXwkG0aipjkp6+oyKwVEVTCSBO8cdrFlADnjURb2cyu9xbarWipn&#10;8/y6SQskL6Xy358f29GI2Xt3AYSkrE2bt6TbtLFk6zGVUGWpqtTX0+NilipqjGieZ3SmeZ1aJiAG&#10;TVaMEqwH/dNJLjMOuSztNkpvt9xTzvLRwLIseKqqwxYl6mOg9RVFeIuoAIszEceyK3eO4jZVIXR/&#10;qP8AxfS3vY4FcV6CfYu5qat3SMNg8tgfDWbKoYYaB6muFfLuLHFlz6UNPklu6LZgZruLBP7JuQ22&#10;nuHfP9+Nw7Vz2TqaMpLnG22uMlTw5avxtCtelJLJMjEyeIqyyAgP6l+q+zCJ7RDHQAoaV+z/AIvo&#10;tnjlnjaOtCcA/wCH7D0pewMXsVto4reMuzdvZakkl2tQVtZm8WnmxW0txZqnoctUyxy6XSOmjnae&#10;eEkKoRyVOm3tgrsb3DvTH4hMWThYqyGXJVVTLkfGyVcUDVLLUSVBErylrqyRpoHKt6fZg25Wxm8I&#10;ADNBQdMQbebaLVWh8/XpUV2S622J56mpSip5KKPHYzwUOKNZLjqCqqIqOgo4aTGQt44ASh/T9AWJ&#10;NvaGpsrubJbk2n/faDNbuwFI7w5OmoBTtjarcFUEx+JolqKBUNIkc/Msksuk2sv1PtFuzxRW7RxE&#10;KxzX5eeOl9sJi4qCR/l8vs/PpVVOEp8fjK+m2u+N2zkq1PIuQjx9PO0WiYSVFXJSPbzOqs+nyXAY&#10;jVccexUze2995ree5qivwjdd7eyPiFVujM5GLImGTG0Pipsvj6dZmpgCQgAQg/k2Yn2jt72FFhis&#10;+9yAAOHyyaY6USRsqs8hoD+39nl0GO2d8bRxexxT7ZztL2bmMDBWqmA2uaIZuqqqypkqI8PJiS2q&#10;kexK2rTHwpeQgA2aOs99bU2zj6/a+Iq6rdMFNPl5231BgfsjUwtCampwdBLOzKJIyL3jYhlILBfr&#10;7td7c08olu2GriFBwD/q+XTUM50UTyrT0PT1ntpbj3TV43P1dbUYs09BSQLseXJmowEOTTKtOmYy&#10;kuPVPvJFjaNfCT40KehiSWLZk99b3qMphf7oVkyYrd2TMGJonkpaGbHYv7aOCnOSzStIVnqpPJ4N&#10;DWGi7fge1zLaxwMyipX/AFfn03rkMgDcG/wfz6dP7nbdnxCHe+Fw2dqsZi4J81VzY1qrE1VbHG1Z&#10;kXo8LMJbxq13RPGxs+gFm1XGrPbb2PV4Spn3ZjIsjuOTDVRfEYzJw1sM8mMiMqxQyzIn3FdUop8j&#10;6LvyLWW5Qbct1IxkqY0JxUev+ry4dKJponYIq6qf5fToC03T3Ou78bQ7IhxUXVsOexlPXZfdW389&#10;/Hp1z0sr1hxmMhaGOkxGP1xxUwm0MpUKz+Mj2+bT33idt4GnxI29Jg9rzUXmwSVNNBS4ykrahfu0&#10;wtQQRomcuDHGyBjyTzx7Lk25JtwaVmLGuSD5dOSakjASgNMdJ7uDpLOb6zO3svgd6UtPvmgrMZDu&#10;2bGBabN1+2YqtMXPlsZTFwYfCrSM9laNm/bH0sUBmF7Y7Cy+apcBtXA4nE4+hpqOg3Lkm1pkKqaF&#10;aiqmxuIIHnEGpoleUqiMdXq5AOrm72faysa97n7Sa+f7P9Q6TwxXElfFYD/V6DoQ9vzdddMYZ6TO&#10;7+z9RJUZFMrXjK5H76fGrVEwUUOQmx8YFItR4w4RpEaokRggkUOvtN4rbdd1bPubH1W1o8oftaSX&#10;Iby3RHRxbYmp66RaerhxFP8AuM7u7DWukSHTZgFt7YRo57iO4uCdPHQPTyr15iSvhx4Hr/q4f6vl&#10;0oKXd20O68Rt6p27v3KY6CetmdsNtLKNRbnhydJA1UtJuCagcyUaxRxyeSOdRAzPH+45aAsjtkYn&#10;e2yslX7dqJa3PZTdL0G5aip2pjw8kVBVvNHM9Pk6tEip4/t1JijQBwRZB/V28QXcqzRrTyWuPsx1&#10;qE+GCpOrzr/snpd5jM7Or8NUZzMZDF0eMw1XXYqefcdYtHiKXLQ1aUb0+UjmkWOQpUokemRjzcDk&#10;39yMTvjI12UoP7l1WSwu0cDmoMLFl99V86VmayeTlaKpgosVAmq8bI8rtMguSS7A+k2lFvZpRxrl&#10;pUkfL/B14M057uHD7f8AV+XWD+7yZLE11LvrC4DK5bO0Mv8AFqXbuMmWjeioEMcNMchXsJpnVZEj&#10;RnaMtf8AbiVVcgQ58ZntqYXdOaqd1UtVXY+vnhq5saP4hmNrbfyFOc7X0tD5SokkqXWIQIQSmsMA&#10;fp7c2+eTcLoSKuhFFc+Z9f5H/N1S4BjUJSpPy6Q2QzO0917h27s2q2hkJcVmcTW7mxn8Yx1NS7f3&#10;FmNt1VNh46HJU4EtQHo4pRM/ngVHRUF5PGqe4fUuwaHtqircrvPZlRtjbmMaGLCkV2UpMhl6NXZh&#10;T5ykrR45A4fy64LWPAYgi5Zu26yLfCw2whpHOSTXT/sn0p/g6cjUJF41xQU4A+nz6TPyC7mruk8N&#10;TV2Jyqbk3Dl6idU2vVYyOskjpY4SsuQoGxIhemSGUxqfvGnVgbAFwSxqsVSbRxTjD4GLHippIY6V&#10;qGhmgWopqWQBUM9PC2oAhL6pBc2JB9pk2S4tgZ9ykoTnOK1rinE/aPs6bW6W4NY8jyPl1Xpvjtzv&#10;Xf1CufyWAzO19kKqZ6LM7h2/kKrFVWRx5MlPJi8tWwLT2eRjDHBS+ka9LenkLGJ5owA3ksLqrE31&#10;g/XUP+J9+NtbO2lfLPHI/wBWBSvD8x0sjVx5/wCr/P8A6j0U3MZBpFqa0yUEJrYEaspEx8VPBQLE&#10;AIoaGVtJZiSTIEXg/Un6++V+GLWLXv8AX6D/AHx9rFjOoAGi0/1f4OtkKtNPQcVeSpUVUo42LuwP&#10;mYWJNiSoH9L/AEA4/wCI6udIvx9bfknjj6f8R7dCqGwK9VNSKDphmleY6SxccLbkBb8klT+Px76a&#10;zAcnizWUg3P0/HuyalJ+fr16p64Kx1MdC2NkuwIsvF/1AXP5v/j9PfQBubWIBJFvxc2PI97JFM8f&#10;9VOtf4euy2oqtiHJsdQNjYagdH1PPNv98eyTYk2I/C8fW4tcn35ePofXq2OuaqBpAGgkAl9BYtYW&#10;YD+n+v74Lqk+oBtew+hB+vv0jJCMH7f9X+r5depX4f8AY6cqbHyTSWiOkPwXOoISo+lgPz/vre8g&#10;Dj9Q4sTe/AsbC3tnxYm+D9lOveGVGokdT58TJAgPkTWTwFYkldPJN7fn/D30xW1mYAn6X4J/1r+9&#10;oCxqgrTj1ppY0NHI/wAHUeGOrgKEwvMupnKIt9SC7erTf6f717Tec3XhsDPj6OtqljrcpK8ePoYw&#10;Zaur8ADVEkEC+orGpBdgLC4/r7VR2Tm3a7mPYvFifP0+Z9fT9nTHjl5NEX+r/VToauqOjuwO5qnM&#10;y7ToKWPFYOAVGXzGRrFoMVQzyxlqKikqXDFpZtJtGimw9TFV59l/+RVVvbc3XlTRbIxlYaeqihyF&#10;flvuDQzx0tPMJEoqaBT5WklIs6WBC8Hg+zLZr+wtreSWJ+8jTT0GKnHnjHyr59JLm3mllzSgyPt/&#10;4ro/fxF6c291H2nkZ9/7uwB7Imhrtu7X2jRSzVR0S08eRyWaSpkhQELEjU0MiWjOqVdTOVX2XSh2&#10;huOn2Q2xdw1qtvfJZfH7g2RUYuU1tXjcqVWE49K6IWhjaP8Az0oay3uQbX9lSbl9VLJOwJhFfzP5&#10;06VmJljCk9wz/sf7Pz6sSyUlPT5KHeS16UmFxmKzeP3V9/LPRUQxVKv8RjykkEsf7klJLDIkZbSv&#10;innYMeAwnbJ3JtvES5zau8q+DeO79vJDXbgqd01VsXh8hQ05Rcbi6aoDPVCIXaWpRAnIsRf2X3e2&#10;XZkVyxjjfGlcGh9etxzqUOjJHE/8X0iMtR5zdePwmZ2Rm5dsbYy1LHLjH2xiaSTLZjGZ+OKviz0t&#10;TXCGOgGm0kUTRyOdWqWzkxIGu854N+bbzG8ody7dwu39sU5opabbMNfUTxzV1Rd/GlTZmd9SgeoB&#10;bkj2cWjR2ki2ECUFCak/z6TzFWQOzVr+fS1w6ttipx236us3VuSvzcldUHP5oYaQqKCmQmOtkw8V&#10;JDGAgVYljpbseWJN29uvx9xeA2ZQ4TsDOzboyWTy8mWbG0uUSmx+IxVFiZSpy9X5iWY+MFoQT6hc&#10;hTYH2S7tHPvM5sA+mIEBiDnPlj9n+Xp2Mm3h1JUsQeP8v9R6Z+w6XdO48dmNtbbrcRjYXxsaZKsq&#10;4KvJVtS2R8kMOKpaOnaJItekeWd5WsjiyC5cTNz/ACPp9yV2WqYtr1lfhqSQLjqqqzGRpIa2heTx&#10;TVv2ONKsYiQTpKm6/Ui9vZ6LG2tUW1t2PaACxyT+Z6ajlcx1Y1Pr0j+sui6brvb9LQUGVo8Zlp2+&#10;8zdbt/bO3KZKnIP6/JTtkqaqceIm0bsT/XSosoHTrBazsrBZLL7gx9HQ7a8kcG18hjZGhSShhUxH&#10;wRVNnEkZBVmKkD6KWsfYa3LcbiG4j2/bgWBNH86cPy4Z9fXFOlcSQxxmZzQn+fSC7R3dt7p2vjg2&#10;5nlyO/KulyObq9v5SaWuqcxJV/8AAWqyzUcd6eGeZWVFQRoWF1AVT7zybll2hV7jakEW4v4a0Qky&#10;iGnio9s4Iovjo5YQ3lkqWOp28YIYaRZfydSW5s2jMpIqPhPEnj/q8+mIne6Q+Sn+fSbruv6f5DbT&#10;2Ku9VzPWuLzElRlslsunJTLb03dRRK7182TV5B/C4URmp1kgSRgQ7FQseot+8N0bV653Pidx47bm&#10;dq6CWm/jtFkvLU0UFZV1ksktTHNHYLJoZ9SwyWCcezRwl/Z6ywGqoanl8umizwNpYfn0aHDU2fz2&#10;2Mhht1VWHhykj1+LyMGHD1cMGPdjFSIz1LBvLLT2aR2UcsSgWwsOPSfae1t0VOXzVfhMVRZeoqYK&#10;mpzlXDBJkpqtovt6NmnsWj0p6E0G1vpYH2Bt1spRcxiAl4wRUUqKD16Xxv8AonSc9Ad3r07nctsR&#10;cDsbcO6sXj6LDvgqLaW38kcTizi/GvmilpqYxCqGhCmiqkK6SQPqbvdRuDe2+t47j2WKbMQ4qghK&#10;z1ONxiQ48xyqHaOszGUBjbyKwRY4RqA5/Bsdy39psdvG1igLHyGW/wA/Wo7ZZl1znHz4dI/bPWnQ&#10;3UG2dq9o5yrwqbkqo8ZUUW4t6ZZ1kjrEp1jWHC4yheOBZItN20RMy2bW9voH1B11mOqt6bRx+2IY&#10;KLG7kkzEOeq4a/I5RcYPtTMKqKnnKIhC8aiGueBbj3Zi89p+8p4zrJBUEUI4dMao9TQx/CK1/wAn&#10;2dCLQ9u9ad5bH7C/h9DPubFbUlpPLjcjSri6XcNZGPvcTT0lTNLJHJFUVMIiJfSFBHkUKblB7xpc&#10;7kqoU+drsjk9qU9a0sdVV09RRPUV8M5FOJlcrLZU5CsbNe5/p7NJN0doBDDxIyPTrUdvGh106HHb&#10;ON2/QQwti8RhsJXS0ETVGPxT0bLTxSNraNTRgIyCS41otiR+bD2NuKzj5amzMOF3JKhwdAiGnhip&#10;qN/u/t7QU1fJD5SkZAtyQ1ufZVBbpDNEky1djUZrTz6endvD1nhWh6CzdWEx9NWYZ8xsvEZf+Pbh&#10;SCtasqpMvFR0T1DTS1tJSVqxjz3KNoRCAT+QB7CCkwHXOdxNZV5fC4/dG78RK1fV1WOqY8fi8XWF&#10;iyeVqUrJUgsBrWYnUfwPamVb2W7aGV9EZ4eZ+f2dNFV7XUA9CDlP73/3gwP8Oy+Hwu1zMYK2hq8P&#10;V5XN5ljDrWClqvuI46LSFchmil4HIF7AV9u75p8fgaCryFXRzbymjngo6CSRpzAjHRToghIRItP1&#10;sgt9OfZPHtcYumjlH6Pp/Efn6/6vt6V+I9KLxPHpEb02Rk9z5aTB08dbiNoStSVuZrsdU0lHLVvG&#10;7T1aozxNPJMxVVZ/JaxP59xKnd++N/5KgotnVeKNdh6lYsxUZCtkx+Ljl+kkAcq7zsCP82qj/H2Z&#10;y3dvtNoYmWmrIAFfs/l/q4dJkhWV2LcD6/z6S+M6l6o6ixe6ctkMHU1NJuGdnlCY6rzuT8QjYsY4&#10;8fC5hJ1EtLcAE3ZwT7nV/SMOFp6zJ1EkByFfWwZjNPT137uTyKEyBUnqD/mgTZYyAP8AD2mstzvN&#10;71M0ZQDAJ4U9f9X5dOHwrc6Y8n5dRcP8m9gZLc+P2bgmyM9TUU5jpYosDl2jw1JCFiQZWOnibxML&#10;AAk6QLAkXPtM7hrMhXbZbxUdViMEld4K+oEs0DtobTLprLASJ9T4zwfzx7VWoWAvbwEyvx+Q/wA3&#10;VZNAkBkNCeA8+hfx9Bg4d3iSuytFkt0NivLQ0bPTrLBQeS5q4scCzxsf0NOByOL/AF9u+1do7Zoj&#10;TVmzcvDWvmqaSHOZbO1EEsNNR6P36Sjxyrpsx9JLN/rH2XlZpH1ymkiHCL/hJ6cL6VNRRf8AD0h9&#10;w7v3JS0+5JN8bSrVocRX01TtTF7OfJV+SzTQThqGsqMonhVHEgDeCNeB+otaxeMZtDD0sGRoqio2&#10;vNHVSSJSDE08VDL43eymadeQB9TpHP492uIdwjmW5odI41OPl5/P+XWop45BpAP7Kf6j1xk7Hra1&#10;aCpodt76xMsKRzVqZmgmkjTTGWlgSmhkdJJSBYM7BRe5FwbBJ23msn10iY3DVkVXt+rpYkrJIbNW&#10;QsrWanNQQZGDH6G+r/H2LLBIZbNbpzWT5+X2f6vy6KpndpDqFADj/J0peua878x6bo3HtWuwGbx2&#10;VyVNTUmRmZlMCsI6bIxU0MjQ3lisfodJvYn6kvqZrE5fG18EuOydB95V07LJiaqF5IhCCXVjV3cC&#10;S925P+PtqW5ZXIZqgV6fjUNihHQuWNxzwAb3HJP4NxYf7x7MlSbJTPbWxVY2cbbuGoo6eOCOTJz1&#10;k2WlS2uCV5HERP4YIukE29h+3v7h5ZIbaMs3maUA6WOIoWXXxPkM9IXKbphw+ep8NFj6/OZSuDVU&#10;4oaSELiMcFKJUVUiLrCMylV1ksxB08CwVMm3cTUtHXpjYcdT7bRJoWpK93kyojGppq1pEMaKSOFD&#10;X/1vdESVv8SJ1O/E+n+r1/n1Z5FSjk8eHTcM1kKKVYajKVFfLuGteKmjqMdFBDhtaaEoqWGEpNKQ&#10;PUWfVyL3A498NvboyO4sxUrtWmXKV88THIzzyyTwYxFHp+yZ0KFlA4+g/Jt7ruC2FgI4rg8DpVfU&#10;/wCXrQR2UyVoo64Z7CYTG4EPuPJLicHiZ4qiSWkcY5asavUuQkgOorI59Sq12+lzexUNJ2ZtnaLV&#10;OLymUerysyu1dJVTxiCKUD9ElSLIXPACLcj8D2ui2Q+Il/N+mBwUenz6Ry3Uk0ZhjA0+vn0Fm/Or&#10;tw9kx0EeMbFbd2/RSUs1BMlJryVRGHVgaemqFtFHb1EuwZvra1rgnh9r4bsre8+4qNq+gq6OQ1NN&#10;T5mrnbDVJi5WVybMU+hCAgH3ffdzcxiCAagcHTx6ftolhXxHOR0NtXkF2NtWnkyhqMlFjqeKkkkw&#10;2Nb7uQ28cbUuMp9ZZv6hP9e3sesxWGHE5CHcb7ZyNTGiLQrCkRpmqlH7YhgF+VsDzc+2Nps3gALK&#10;VWnnk161PIGdfD41z0EOOgTN5zbtds/+/uHo6iqmnzZrYq2jY0AJZlrGyl2USScKsdv6g+wgjqt5&#10;TwGTa9dFDlgxjZYqgCGJL/qaJhwB+AB7UG5s4pybpRQcK+fTzoXWg4efQ35XFbdqqR6XN0FJV0Mi&#10;gOtdTCeOQm4IdiDcn/H2qqzqrJU2I/j+7905TcWeq4RIyUM0UVPTavUIEVE1XvwSOfbUO63O5ysi&#10;R+HCnqKV+weXTKCKMiNP83QWbc7P29LuN9jbXw9PhqDDyGkInpPsadkj+stBBTWj8f8ARma5+pHu&#10;FQ9f5+qo6PIbqzg21tajJnipp61hU1Cobx+cOxNz/qbD+pPtOt7cyyNZbVGXY/E3AD7T1eR4Y3Bc&#10;1f0H+XpRZjsrbVDlZsXgKGp3Vut1VDQ4OhNQ4W+kvV5IhYkjT+0Wl/wFz7Usm/6GNKfbuKxsW4MM&#10;g0SViuggQj8vJf8AVz/r+1Npta2MpmnfVK/ED/J/s9ak1TKS3b6U6YKrrvIZ+tj3fVZjI7P3AqOq&#10;Q0LU9S0afTxVGvUjqQP0qth+P6+wAzGzcNnt5nN5nfVLhcTj5kk/g2MMlbUoIzqaJpUYxoSeC5Bs&#10;P6+zTd5rlrUW9olCw8zQfn0mgi09zGv+XoU46vJQY+mipcdV5OqSGON56l6bHRyOigPPIJiHGo3I&#10;URf7Yc+xC3nm8Q1BBlMKDkKKmWKCnm8LTBFiGlBJNKCxsOWt7psVnHBZ+BM9X4t9p6bnM3idwoD1&#10;GwUeUWSpXKxR0s0zPN4oahGVw7Xd0SHgcm1ySf8AH2H2x9zLld2pl8jSVuYySWixkVNTyFFfXYO9&#10;KvFkH0JsB7RcwSiWD6RDoj8z0stGCLgZ6d6qkjjx8lNBJHRQBG8kjNpVYmu0pMrHi9/UxP8AX/X9&#10;itvOrhq54a+bGaMg0mmCirYvJWzOeC0CXsrMfoB9B7c25Y128W5J0Acf9XH/AC9VIbxCw6Tm16Vq&#10;GGamSvhrKRGeQVNGY1pYSTcQ6zctpW12Le2qTtSvhxtVtTO46XFpPB9vG009O7UiFSEIhgv+eTqN&#10;/drGyt9uuProF1E+vz6YuYhcFSxI0mvUCr6/w+Q3JiN3wTla3HTyVSmEI0deZYzERPPckqAfSF4v&#10;z7QGzOntsZ/cENTWZ+TNxSzmeY09E1IkMatdkSQkkt+NX4+o9lPMe+XIjbwl0k4FfX/V69LbW0U9&#10;3HpW5HJT0FBVVZpbSRI3hjeVGDv9E1eM/S/+P+29jZuDJ9f9WmVgamibRHHTxCWaWqm/qQF9R/wF&#10;/wDX9t7Ttt1uECy38g0DNP8AV9vVZZ2qY4wB0gKOo3Tu2ji/4tcdG0ky1ErwaowUOlIokLOSw/tM&#10;R/rW9g/ufcmVy1PDn1U0WJqGLUJq4JWq50Q+mUUTfW54QEEn/W9iCL6ZawWowvE+XSUI6tVuhCxV&#10;DBj6cUkbK00aqZyt/wBbr+D9QD9QP9j7Rc+UENfRy1dBkp6tgkn2tZan/W19bxqpCkj6D8D+vtPP&#10;IDAQDQevSmIan+fTr/rexvhzFQ2LgWDA0sIfTO0dTPJLG8lra5Yra5D+ADpX2W2ao5apJPr/AJun&#10;JSF4nh0wTY4vVtPJk6nU6GMCNIo3ijvq0RSAWX+pJBY/19h3mO0MkZv7v1tTjsdSiRrQY6JIXWP6&#10;MxjgCgD/ABd+f6ezZLZLZfFVSSfU16Saw7V65Um3MTR1jZFIZZ690CNWVtVU1s+kG4CtVM2m34Cg&#10;W9oiq2zuTcCVE+FyUVLjKZSstRLMhDhjqCqY7+puLL7e+tQKEXLHqpjauonHTy8saMiM1nlJCKAS&#10;W08sbD8D8n3K2zjN4YSN2wjwGvnWSD7uSqpfNa/7hV5yREij9Rtf2XFY2n13AqOIHz6cAPwjrhUx&#10;wSwslTGJYeGeNlZ1bSbqDGt9XP8AZsf9b2NuD7JTZ9OtDl9w0+XzsxjaojoJy9PSkiywtUMLkj6k&#10;gD2juNvluZfqpF0otdIpnpUJFp4S56RWc2fjdzxiCbHU9JSrqQtLTxiSYFrkrTrwFP412P8Ah7i7&#10;43BW7hxbz4pq2WRowSZDJNDHq/U0caCwH+J5Ps3sb0BfDc8PLpNPDnXwB6k7V2nQbWjlgpqbGwCR&#10;vRJSUsdPNKqiy/cSfV2HNvwP959hz1ntfK5zPLjoYqmtqWdpJylM3jiRPVJJITfgC5JJA9h/mG/j&#10;tYzLIaVwPUnyA6WWsQA1k4HSlyWSocRRT5DI1MFJSU66pJ6iVIowSbIutyBdjYAfUn6ezSVWYXCi&#10;n2zisc1IsTATVS04LTOos8jE8sSfp+B7Ltr21vD/AHldVeSTgPIDp1pVdtVcDoMpMXFuGSbO1+Uj&#10;qqSOM+CjFRphjU+pVOnhRa1zyT7TO9tw00lDBh4ayN1sFlMjIzmZ/wBbFhxf+ljx7Fm229xbwPM4&#10;ozeXy6LzIsk5cjh13szaop8xW7hqKQwVEx8NPo1xxJSR/wCZjjjbm1uSWFyfaczGW2btzbdNT0ol&#10;rMm8RNWYYo5nUuL6IVbhL/2nJ59p9psppbiS5vn0itFUf5em55pC2lcKOlNCm6azcFTJULTUuCp9&#10;AokEkgnqHAIklqAo5F/0pcAfUkn2EVNuvEV9S1PHjkhdUbmTRPIin6XWMWVj+Byfa65jSHKnqyHV&#10;k9LFVYfqctz+BpH+83P+8+5NVuRKOF4hh5Vp2iZUIhcGaU/pYIo5P+HulvbqXEta+p/1Y6pI2o6R&#10;jrvSb31H63H0+n9PadptkZHOt/EshXVeMo5UUpTrTsryMzXWMFyNR+nCg+93O4ivhQCtOrx25PXF&#10;pFB0ggv9dIIuB9dTf0H+Pt9+1Oy3hbG4TJSzgfv5PIxukSf6lY9Vr2P1PtGsSXamSVw/9Ef5enKM&#10;hoOuIaOcOokjdfoRG4Y2/wBqK/S/sbds52TMbdliixEmQrlRnnrJo4yhJX/NwxyfX/A+y+B1tdwB&#10;kYgHAUdXnWsQ7qdIjO4lI8pQ5CTM/wALoIyE+ziZ4BNIOTJJLGQbD8j6f19lyzeJ3oc7JLPQDG42&#10;F/I/MfmMZawAvwL/AI4sPZ7uE8TJohFSfl0njB4tw6W8E8E8ayQTRzxsPTJG6yK1uD6lJ/2PsQ63&#10;NxVlBj8bj5KelyEsYQ0sZYyBf0CWYpxcn+p59odtt/pI3uJwSa1HXm/UkqvDrpYyJZHYsy8FSxWy&#10;/wBQo/oPbym2avbuPph99TT1dS7TTOWM0wLG5XxtwpH093tpprt2uJFIUcK+fV/FVDoHUCDJ01dN&#10;PTxx1BFObNI8bxwuf9ok+jf7D3Gr9kVdZSmurahZpKgf5PAKkaoRfkyohIuTzb28tyryFFFAv5V6&#10;3pV6gV64x5mjapkpEWZTCQrSGCRYWNvpFIRZrfS/tHw7NqqOYyPUTRJf96TW4bSfpFAUN7n6e0dx&#10;Lraq9WRQDnh06rIjW0sGv9Lf4fU+3eWmyWKlDY2ClgqZdC/c1jGR1iHIIv6j/U3t/re3ofCkiBlq&#10;wHl8/wDi+vEgnSOujolBF9S8g2Jsf6glfbRkNpQbiq0lylTka53lVpJYYjHHIwH+bp5Guqj8f193&#10;lvJBAUhGmn8utRwLqz14FI10jRGFXhSQAqj8n2O0WBxmE2hJS4qhgoFjjVZpp5XqquomZbkSSn0g&#10;2/Cjj2S7HbyNuJuJ2LHiBwA63eOAyp/LpBzZaWXcNJStLPPGxkeOKCMQ08ccYsZG+rtc2/UbX+gt&#10;7Bf+Fy/8dE/4E+T9bfX+n6vY61n08/5dM0X08ul9rX/H/ffj3//UEOqy/jY6ifryBbkX/p7wIqGO&#10;n9h9D13hIouPPraVwewYvt4isShrWF11cXuzBj+Bx7YpsyW4Bb8/UHj8jj24Bj5f6v8AV59UC445&#10;6XlFsungZXMaajZ+Pyb2IOn6f6/thrMiT6dVzfnn6cX4/px7suWqOHVzwqOlzjcHHEn+aFrWW4H+&#10;xJ5sfcE1hsSGJJ/H4/qbe7/aOmjWvToMYg/sqBpv9Aef625/2495o6uS3JYH6cHnn3anp1bNeoku&#10;Ph1cqrggkkgix/JP+B9uMdW4S/5tyD+o2/Nz7SSt30r04oHHpuOJgLD0H9VwygcfmwH49wKiUzFg&#10;SV5Btz+BwLf717qtCoYHJxX/AFf5v8nVi1OHT5TQClsqoCoANibi5+o/4r7ap1IUgOGH5/FwfqLH&#10;26tENfPrRpTp5gkEhF003IAIBJv+L+40JCMTYgf0vc3/ABb2+G1DJpT/AFV6ZoT1kqULL9Ax/r+N&#10;IP0sPb5AWKltPH5Y8n6W5v7bkIAz1ZKg46TkyDyEBvVz6QFtz/Tn6/7D34qdVl4+pIHJN+b/AO8e&#10;6iRQKnh1dhXh1y9TINYu1hpJsfobf1/x94hMxNl+o4JJHFuDb25qUCp6oVK8eshpFsGe1jzwvHI+&#10;lx/vPvpnIVhclz+f63+vvRaoFOvKDpx1zjgUyLcaIweAfqPxwfx7bDM+v6m3+API/wBf/er+3QAe&#10;qnjTp08CCP6XP0uWH+w49+13INx/iB9efx72c48+vVHlx68IwF5B0/QEjhf6e5sUjAFuR/Tn/bG5&#10;96pXjnqyV6bqiGMsEFiCLt6b8fjj/ivuPNUseTa9xzf/AG9vdQgoadXqKV6l09OoItwOeAo+oHF7&#10;e28yEg8kjjnm/wBfdwmk1HWi1eHTmEX0gqt/qvA/A/w+vuLI5sLkqRf/ABv/AE9ucOPTfHqVEouQ&#10;AGB/rcaSBYi/PvPBMwNtRP4GoW5/wA9ucFqevUNK9Q6mBGP0A/DabfT/ABPuT5S9wPqoufx9B+B/&#10;vfv1CBVuqnOOHUQQop4As17XH+wv7hTTvpKsL/UA2vaw/r7aeh4dWFTw6cqanRWDK1rG5F/r9P8A&#10;ePcGEmNS1tI/xP8AUf4f8T73XPVa5x04TASGxN/6G30sbX5PvFWXdVkABP8AS/Hu2BhT1YNUdd0g&#10;KFkb8n83/wBh7avOYmFuPoCf9f8AJt7cSnwn59VORjpwMWsci44t/Xj/AB99GqmeVQGYD6A8gW/1&#10;ve1VDkdaOOuvCiofTyfqDY3/ANv7kVE9wLsWIXlr2t/W3/FfftKr1YE0p1ihj0/2QvPAA/4n36lm&#10;1sS3I+g/ryP6e9vGQKevl1oHrqZAALW4v9PoR/r+5YmCSenTfj6/0+n09tkAYP8ALrZGKdYfEXjs&#10;wPF/9jx9fc3U2nWGAItwf6kWNv8AjftutDQcD14evUXQt9BUkfW/J4B4B/417bJtcjMRzYkW+n+u&#10;fdgNJB61Q8enCLQihRwbf11f4jke40Ym1gc/639Bf/D2+GBzwp1o4PXNwgViber82uSSPx7UUaa4&#10;tK/rC2H4P0sPbEhqajq65FOmVnMUxL/pJBva/wBT9AB/h7YKmnqdTK5Kfi9jcDnn3oAUr1opTPT1&#10;DNCwBTSQf8QP8bH2zPSSxkGzML+o/g/19qVkoKDqrA+XU0So1wfT9P8AeP6D3JgjNhqXi9rW/J97&#10;1GtR1oA8esMjD8G5+v1/p7eoYlDg6SoIBb8D/Hj2ydBNCereWeoEjvoNjcgki3J/wJ9ukXjPEfB+&#10;hNr/AO396oVFT5dbx5dNk3k/3YNQIv8AUqR/iLe+2GiRQyfUfU/m/H0PuwIb4uvHtFeuK3aJjG9r&#10;E3AJ4F7m/wDsP8fef7ISOCQh4Bt9CPybX90YaeBPWsN1gGQMaEENf/G4HH1BJ594qzHWjDsx9JuL&#10;8/X+n496jJBAGOnDHjrNS5MSSMiqOR6iv0uPqWHuB4HkUBSqgHnni3tVpK/Mf6v9X7OmqZp1L+4i&#10;RjcNqNtNl5v/AK1/p7k00ZUaS4+oB4+v+PvzOAKkdb0nh1FqWDEMEPANiTa3uWYQQbKrGxIFufp9&#10;ePbDsck/t6uBmnWBJ7Mup2RQQGYEAXP9b+0/URXLKrqrc8D68/i/49uIxoG6oRnp9ifSASrEcWb8&#10;W/PuBFSTxyDWzMNX+wAHt3xRQg9e0Uz1JeaNk9GkG3+H1PHIPt7hk9YWNCoFvyb3H9b+2gQRk/Z1&#10;6tOmyeP0kuwYm9/6WP0C29zJaksyqrMCALkfQ8/S/vSpiq/z+zrYPr1Dipwqs0iqwJNhzwL3/Pvl&#10;ZfTrfVcEkf4H8Dj3Qh2PWzQCvXG9gwjj02IAP+N+W+vtvkkQTMIoyVNr6eefyP8AX9+BqueI68aE&#10;YGenKON/EPJINX9W44/1vcuCpXWkRBBPA/N/dlXVnraPpHUOppyEeQWYA+o/0N/qD7U8L08EQ1jW&#10;xAPH1ufwbf8AFPeiGzTBHXgx116RdRFVVc6+FmjjBYEG4tbji/8AX/X98S6TRhkBTR9SBb/W1X9t&#10;yBVOpTx/1Hq7FWz1nhjngkZJmEgY+kMb8Hn0ke+NLBLqY+qY/VPrpFz6efehKunSf9X+odNU6yV8&#10;sRVPUlMv9okC5sObD/X95K+DxRCWYlTf9BJ1H83J9sowL6Vz8+r0IWvp11i6rzymGAB1+hcAaQRw&#10;QB7Q88SV5kII1A2BP6bA8n2rAZMjqmGNOlzFIaRUDKdJW/Fi1zyB/wAU9x6WkeCYDVrF7enmw/r/&#10;AIe3llBHoeq6eslTMskLEDT6bi9r3/Hta0ia1CSKoHADMbH+v+v7Ymk1YH+r9vTiDNPXpE1WqFmk&#10;RnJ5Yogvfj+n09zwIEYxiXhbCwNx7rGusEg8a8erErw6bJHqmCyNT/W5XjkAn6/42/p7do5EWK4J&#10;IAGoH1H/AGPtlkapB49bRTXj0wyxSSVIUqiEltLqNIPFwF/P1HthqWEsx8KsTfgDjj3RQwNW68cY&#10;PSxo0ENKgmZVWw1MwF7n6/6/ubG7xRSeYKB9QAdTE/1t/wAV93QB2qMfy6unb59NdXGkk0f2+tj/&#10;AGj9EH5Xn6H/AFr+2x/3i3LBTf8AwBH1Fx7UFNIH+r/V/l6aLBjXp0icwBSQuoWH9Tcm3HvJR0CE&#10;FygaxJLPe36uL2590d6Y/wAHVfl1ir8jICqLJpJChVH9dP495K14YZFWJVUlQSFXgc8c+/IPM568&#10;SwUDrFjlqamF3nZ/1Hln5P8AUEf8QPfOKbXFYkE6lK2+v+HvThRkcevKSB1xkpik9wrKhRg5fhP6&#10;X5/p7UFEr6AD6dX0LWBuObFj+PaR+NaVp/q4dWXj3dJXKPF5CUIYLwdF7G/AI0/n/E+57raEhSL+&#10;r6f2f9Y+/VNdJ9OrPjHTFEwaqWV/0a1ABI1MRawYf8b9pOrp5JG8d2JJJJsOAT9A3txAFPTQUjPQ&#10;k0VZDHGsv7YUKqi7HkgXvY+2+fF+PSZfSi8gXsx5uSbe30fUcHqzKF6mwZhZg/29pGa6s4F0Fv7N&#10;2t7ckjhp6fyRj1Wso+t+L8W90cmumuOqgknt6a/LUVVV45iAqkavx9Obm/8AS49pOorZHlZQSoBs&#10;APr9eQR7UoFVKjrTipp0saehiRFLaXJALarWtb8E+5+LhqKlnRnvcHSPpqt+OfbMrrp6cjCgUr1B&#10;ys1PRqsgjsVI1N9dNz9fbj9nIpkUseARYAn/AG9vbIcMA1OvaQD1AatiPiOkEsQblh+eR/h79T0T&#10;vHLFpBRuSWA1Ak24/wCJ93LVoDx68dNaDrHVV8cMsNQWIkX0gITp/rpIP+8e+dNtJaouLkkg8aSB&#10;yLH1H3VpSoqP9X+qvXtC0qOoWQ37DjlVpdCKLMTrVnFuReMc/wCPtW4DY4hkGu5cngfUAA8fq97k&#10;uCyf6vz6oqLXh0EG/e7qChppGjmiWJEvrdgtyRcepP8AevYt47b0VFGFRAGP6ja7MT+Ln/Yf7f2h&#10;aeoHHPrin+T1/Z06RQUHRDt+d7T7hrqhBURvTwrop1R2MZ/skqg5v9LXH+J9uyxaLLyo4/Bsf9pu&#10;v549rYE7SwFePnn7c+Wf9VOmGR3JbhTosu5tyS5SV28rSL9F44B+ukf48fX/AIr771Rx+r+t7fnj&#10;6Gw/3j2v0sw0Mcj/AIvPVQCMnoNzQZHJT2gp3IL/AFKtpBP51fT8/n2yZfMx0dOzA2a4Iv8AX/Ye&#10;2pQVpp/OnD/V/q49OYKE9Gc6J6Pl3JmHnzELNSrFpCm1jItjpY/4fkewZzW7fKTAGNnJU3J/B5A9&#10;qFYEfPpuhBqOrRNh9M47byR1EVPEhiUaFVBwWFiT9fqBz7g0Tx1/EjnSv0Zjx9OOD7SXJaoI8/Lp&#10;+Kgyel7WRPh0JgiUl2YKqqLi/JN14/2J49t+Wgp7tGrhUVwVbkEn+h/w90i8QOD1uUjhx6e8FVVL&#10;wrLJGTJJGdUdwQv+N/8AiPcCCA3VmlURi+nT/qvzcn6X9qy54N5f4OmhTgOp1TMoVhFATI5BcHjj&#10;/aQp598q7JeEsrN6VFyfrcAcW/437T+GHbVw/wBX+r+fVqgceuWNxeuNWUepj+k2Frm51f8AGvYf&#10;ZHN3lk0GyX9IFyT/AFt7URRKuD020nl0t6ahWONNYBcfUm3P+wHtvpclJMxDghbFVUck345+ntQy&#10;Lpx1RSa16kPAoAK/W/JP1/r+P6++FRSM0ytqOkeo/wBbHk+2kUjBz1Y565rINP0t+AP9hx7UuKlS&#10;C3Frf2v9b+lvbMqmtB1dcUI6a6+Jp1t9b8aTY8ke1NHkk54XU4sDb1AD8gn3Uw6QOOP9WerVqadJ&#10;uTGyE/1RbNpubE3ubC/+29wBMIpyQxLvf9X+P1IH1t7dQFxpbh1UnPU94PJAAEACC/pP1sLeph+f&#10;6+3Wkroiro8a39QLsefrzpv780C/hPVjKeHTJXUdQHjkSV7XX9pB6T/wc2H+9+3fFxwF9Srq1Nw1&#10;wAT/AIk+6yCTTp9evIKtXpgztTMsVnfx+MepdLOxA/CqOOf9j7kZnHUDCMgK8oN3VPoAfyAfqfaN&#10;dSkny6ekZeFOo+2MzlpBKro0dOeIZJba2I55A4A9o/J1NJSKIFvGHW1rgsSfz/re34kZzUnpgtQZ&#10;6EDHxVNSTPJaQh73IsFUc2F/r/r+2ZYJpXSNGFvqGJ40/nj8n2+7BRTqqjVmvTuZY40eRlN1vqFj&#10;e/8AsfoP6e54kjhMkUhNkHDEkIpAvcf159+y4qOvcD03tG8vjljAXX9QANTAm1ufp7R+UyVhKsch&#10;CMQEa/Aa9rj/AF/6e3oqpTpuTIoOn6CnChS6i4H0sL/T/D31jK+riVVljEqkMF41K7f1Jb2pLI+G&#10;PVEVwa9cailjl+jGNhpJZTZgAfx7yxZZ5ZGpzCNJPII4U/4e6MqnI6tqbVTrxpVUB9TagOT9SR/j&#10;f2rqDJQ0kRHjuwUHkE8ge0Rhq2omvTwYrx6YMjjp6x1AfSpJH1H0vybe8Ffl5q2MSoVUAi4a2m30&#10;IP8AxHtwxoMqP9X5darqHXPG4mGgYxepyQdLc3HF78/659w3yEiwNYhAyC7KoszfT/ePehJQ4r+f&#10;W/Kh6nLQRmVWI1FWOm5vpH+B/wB79tPneZAsg1gMAx+t7/T3uTu6qKCo6cBGqFmT0kjgcWFvr7cI&#10;6ISgekFY+Tq0hL/jg/4e2a46sAD8uo8lR425JBf6aQdVv6+3ikEFIrN4V/QwCx/nj+0f6f4e2mqT&#10;XpzUAO3ptqhLUlUEun1qxZrcAG5Cj8f69/YcZHHQ1NXJOJZY7v6QApFy36QLfj2rW5ZBpPSZlDNX&#10;pRx3CKG+oUC/+twPeOvrEx6pSmVgWC3Lnix5/wB8be3I5DKdQ68/aKdeADeogfm3HP8AsfcSmpUd&#10;jXiYNwTpXkA/kk+39bcOmxQjUOuRPIH9fcqjdqsvBKzNCz8AsBpa9gbD35znHVVcM1OuLekFgOQP&#10;6fUD8e19RUSY6DzMxYCMaRz6lP1CKfaJpizeGf8AV/h6VhAuR0xVExrJBDGAPWQzcEKU/Jt7xPNR&#10;tpZbLO7/AKXsP949+eE0qOvBhSnWaJahWZX9UIX0kfU/1v8A7b3KQtSyK4I8pXVZWBKgfn2ykbMa&#10;HyPXjQLWvWOUx1MbIR+1fSdQKqxv9Of6+07mc1O9QpUnTGvquxUhV/JHsyjUhAB0xIDTqVQ4+Gni&#10;YBVu7FmsLi5/H+t740tF/FaSsnAXToLtcizH/U2P1v7sykkZ6ugVuJz1yqKyOjmponufK/jUBSbA&#10;i+okcD/Y+wsixM9PXyiIaCJWYAEWvfjU349qeA6TeH+pXpy9iV5nfGo1VOqGJVXhri5/UzN/T2nL&#10;AMKefT1FC93UQIFnOhOG9TE8C9voAffsfHSTMoeaN1Y6lY2KgD6aR7aLlqKuD/q/Z1uLSRXrudpE&#10;RnRC1h+kWu39efamq6KifxiGpi8kSglFJABtfl/yT/h714badXn1eqPgY6ZqWsqw0nnpZBG0hCyM&#10;QzkFrABAOAP63954p/2YaRgknmPquo4YGyhQfp/r+0hCs3z/ANX+r5dXqQNI4delhIllqxrj8KkC&#10;xPqBFyWt9f8AW9pjOzQUNVJT1CRAIbxEf0tYc/6/49qkTUoIx0y7aT054+T7iminV3s63OoWJP5u&#10;vsPc9h5cmYJKSI2svrQXBINzqt9D+Pd1KxfEadUkQy/D1Pv9efpf/be3Sk23VUcFPU1SSJ4m1sYz&#10;a9uQrj+n9fbRuSxKjz6cELKlW64CWNmKK6lh9QD/ALD2oI0x60zZJZvCxkCvE8t1dG/tBf8AeL+7&#10;FZAwXy6t26aniOuBd/KIihZShYSAWAYH6G/HtTUgpZw8kUsKiWlIVXYPZtPAcf48WsfbYU+eetq6&#10;MK8Om2oaeLxgxyyaahSxjUj0k/qX/YfX2HGRqpmdqRqz7XwM1gq3EjoOFb/X/B59qVWgxTh/q/1Y&#10;6TFaklj07gL+oD9Qvf8ANjz7Tk1UssscxdzKR4vKikAW41k+9KShp69e8seXXL2442atqpTSvVMp&#10;Qagx5Vl+th/rjj3dlB7urLnB68Tb2ttt1WOMv21WsFWXZka62CWPJJ/H5F/aGaAkah1eOQFtPUKu&#10;WoMLNTyNG6AsNIDFiBwLH68249quKiwa1skdPDFTwsS0YjY31H8kf4f4fX3eMdnec9O0XVQdM7TZ&#10;ZKGORiJZxpEoKBFI/NrfT/Y/63tuzuIoZkesNN45KUaTKCdLqObug/3g+1KuRgGo6oy0J1Dh1nx1&#10;XLrSKSYSCYM6KRZkJPKq35A/oRx7DGOmKVDV8NTKsCTBfDGCUZtVuWH0+v092Yk9pHScKK6un728&#10;ZStq3jgyEsTN9uvjKxsTqtwrFT/X3ZQFFB06SaavPrHHGkYZUFrsWI4+rHn2na7LTbsSGhq2EMcC&#10;gxEgpZE/skfQ+6vWPK9UJaTDddRQRQ+TxoFMrmSQ/lnIsWPtuko51gbHU9Q0QJ0xkyaoZPTZSQPr&#10;/T3QzkCrZ6qEBBXrL7UWNxsm36BMhX10FK5NvIqmQsLW0Ff6H/fce24JTK5AGOrhBEtSeuBIYlLa&#10;voW/AH5HPtZ7eoId2qyU7IKVlP3JlJCsl7NInH+290uWW1bV5np+IiZa+XTdlMnHiqY1EyPLdtES&#10;RqWdnP6UI/x+l/Yc7r2jJhsnNRQTT11NBKJoKmnS7ojG5GoXFh/j7VRvqTxGx8uks0BVyF4dZsbW&#10;/wAQoaesMMlO00ep4Jf1xODZkb/W9rbGzZyGnpsglbD/AAiGOOOpBkvURW4ZtH9eBz7T64ZHMdM9&#10;OKr4bVgdcpkppHMTxK0rqXXUhs2n/m5a3+wv7ckyEf8AFoxKkE2NrFXx1ckCyhpLetJAQdIP1Huz&#10;iPSVQ93V1LawVyp6xtFKaWwDpOimyRTMgB/ADC1+P6+w337hd1ZLJFNuqZaSNlKfZltCA8EPGLEA&#10;+34rmJEAelT69J54ZZDqj6zwyBYImmbxsVGrysobVbkM17E+4GEr8ph/vIqzH662OH9x2YaInTi+&#10;mxvz7u0aSHuPW43kTtPGnWcgMBzwbHg/Uf6/ubiJKrPpPlHkipKuhkebwxx/tVnjWzQogNrkf4W9&#10;1IVGCDz68tXXUeI68Tp0gBmBYLwb2v8A2mJPt+2xjaNKtd1HEVlJHNLJSNDNLZIqm1zJHGPw31A+&#10;ntm6AI0lsdXgBJ8UrQ+n+XqPM+vXSxzItSYhLpIu3iL6S2n+h+l/aokrqRcw0M6kuwDU9Qgs+lze&#10;7KONQN/x7TBT4WpDgdOagJNJFa9eVJPAAtgwWzRkkqeLFQx5sfaerFmpN3VsOaqppqY07TUMi6Yp&#10;JY2j1pHIFNuPp9bH2pJV4QcDps6llo3DrjTOJKSJqdI472BQXKIVfTKBaxNrG1wP8R+PcmtwGRzu&#10;LoqDBY+W2QrYp6mWsnMYREFmCOONRH0BNj7YjnhhLajU/t6u8TMg0ig49cKitpqMTT1dRFFHBFqb&#10;g6lj+rOVF2P+wHHsx+J62xse2KmmephgNXijSSGCZXCVDx/t1DFubq31VTb629pFnnF4rBSQT/I+&#10;vTrNHJGUHpToq26e956bdlJisdh8nMaDMiZWrMZWU61tBTyCHIUlBIBpZniLNDK4AuRf2RmPr/sD&#10;F5zJwSYrHZTEUtTImXegrKNCtHq9VYCSJEBHqDAX/r7PGnViE4E8B0WJbSxNqFCvn0aaDLUE1Pj6&#10;nziFMosRolqlamlmeaPyJAIprHyWvdPrweOPY14frakkx9JubEVtZDLjYJp1pHleeoqGpv3I1SWI&#10;XPF/9gP9j7JZJJBdCDybz6MkjjMXiJxHl01124qWiyMeLrISRUyU8IqNUK0yrVXQefzMLer025vc&#10;W9t2GqNrpWJuWt2fLJksvmZqGoyaGq0RVyoJW4ZgFJPLWH9fZk6GRtJfC0NP9Q6aUj4tGSePUisp&#10;q5l+zx2WiomhpYykDU0E0viDGMM2rkLZdIYL9fyfakgwWZwe7sRuGWnoXp83FNBGyzRx/suT4zLQ&#10;qfU1jpMg5t+r8e0lyVnQogPaerAGN9XUA5XEZqizeKpqqoaXD6afI6FnWSmnRFqkCzyDSTaxsD/h&#10;9PcWebY1FkvsaWLGUuagrJ6l6allDF2kfXPHIzGxDn6p9AeQPevAuDHV2wR+zqvjQu+laV6cqX+J&#10;OAzytJTywKA8qpFOCw4cRxAEHn6k/wCw9rPM1eD3XTGph2xND/CsS0FXBFJHDA5kHjjaaMciSM/o&#10;dSbA/wBPfrQy2Q8ENUMSa5Pz6uVElSfL8ukXgsPntsVVZBlN6HLR7gzbVWNjyNKhqaJFiDy4+hlj&#10;IDRsqairi4JYhrn2kp8FimxGNikjTBZGhkjSKtFQsNQ8R/TBJO3qcD/Xv79KJWmMid3y63+npCt2&#10;ny6WiVE4rp3WV6yjliW0MUYfwyxixKOPw/8AqSf8f6+8cePzdfEMdUU2M3JnMFUQNQQzVH8OWWkk&#10;l86VFJXLa/FiRexNx7f1JGodsBuP29NMshxUEj16jVFZjqCF8iXqcfS1uqWrqUgZzHURqIQKinZJ&#10;NDWGknR/ZsT9PagyeV2zW7dhxeT20lZXY3J0mRqMbJWAGjrYiXhZZTdXTkqyqxuOPb9tDUt3Eauq&#10;PKWwQMdJiPb+55N1tmqfcqxYmbENRxRfwyGYzrKyyeaQll0zRlVaJyun9QKkMR7bcTUtLmKjcVHB&#10;JhmqpDSVC4uKWLEubehalEtqYXAOn/H2luLUhNCZA9enUNaMfPpSzY+jjx0GGrJhmXp6dZV/ik0M&#10;+Sm8LcVV5F/UD9JCPrxf2JlHS4PeGGlxH8HWfN46eKpiyEB5x7K92q/MTfQvN0f8f4+y/wAaSzkI&#10;nYlTwH+r5dP+HrzjHHoJdyf3k2hu/EbrO74cds2ohlocnt/IRwyJmayaPRjaSlDafDUlyNMsLDUf&#10;SwYH2A298Q9PStt6p3nPuurrcjFUV2PosTPE1LTQsTFNT6WdiFIAuQBf+vtYlzdOniFPDXyqRU9M&#10;ugPZx/LoXMFVTV4NZNt44SPwItK89RRyVMiSnXNHLDSahGAQpHrbV+bEe42592ZTN1O19r0ryvtD&#10;bVTRTZOrWpEf7tPAJBR18JsQQQRoYWJtY+zCGNYLUpxdySTT1+f+rz6TyVeXV+Ef5Oo2K2hhsZns&#10;5uqCgp4txbgjip66tsrSPS0Tt9rCrgX0m4Z/62W49I9rDZlLu/dmeyVXm9wU+N2f9rWP/DaSuCZb&#10;JUyj/IqKGiSzRF1IvJqsP7PPPtHeTCBFjgWjev8Aq/Z1tUkZqyGo/n0n965GDa9Djf4RtRs3mqnK&#10;0FHQzjHF6LEPX1IiqtwZXKyLZIqZNc0io5lcgKAAxdVVhtgde498vubObirKDKLiTTz4SbwzJhS6&#10;FKFqerqkM0sixjTbWbk8Wty2kt1eSKgACKa1pg0/P/VTp8+HFwGT/L+X+r06D3e2/wDuih3FgcLs&#10;XrPGbk2/kcnjUbeNRuMU8VRRQsDm2qMVSwE0ik3Mc5mcMAf2+eGzK72p+sdmy4zC/wATnyVZTUe4&#10;0yDxGWpmw+QrfAlNEZgWAFjqFvSbEgX9qIrS0lma5noxFQo8h+X+X/N1SV5CoROAFft6fptof6RN&#10;6puDP1VNVbc2xDXbdbZ95mh/vJFIlRPmauWNwsjLGwjhQrYRsSb6re0fsLcmA3hPmYZNk7gz26cu&#10;kqwT5GmXIAzAlw8Zq7U6IqrpKkA2ub/n2nvXQSiRpaKPIef7Py6ciJK6dP21Hl0r90QzYKjxeSi3&#10;Ph9nbP21KtXnUqoYqDH/AMEpqV4TTGu8ieAKzK4cOq+kKUa59qrN4vbuw6rDY2h27DjN9diU0dJl&#10;MHWZA19BLiqWYfdUFTGzTRQI8Z1xovpLLYfpNrQ28piN9cNVErpFM8OPr0neSMzeBGMnifX5enDp&#10;F7H3lRdo1G48pjM3Sbg2LtbKmHB7mocfVUj1eZpsektXVYvIIRHUpSiWanklhjCSFmSzre6x+2q9&#10;h7eraXbmHp6dYKyno8tlFrKDFVK0ESLW2p5iiidnR+fGS5tb/WatEiuXFzOpZskKfL8unJCUAiUi&#10;g8vP/UOo9bJgN87r27HmcschSSY6ryGI2xFishk8XNkvM2NkyuXSLWIVpGidYxVhIi73BEi+w53r&#10;l8RgoqbMZbL1tfSblFQ1ZjJkhqqc4OmIloaimjlUnytMAttWk/W1/ZzBGJV8aoUL+3pmSUIdAz0v&#10;tvmplqa/EwYigoqXbVPjYaWvikaMSbhqKWVsrTGlhA/ajgkpnD6vV5Strpf2jtt1sG46ZMzk945P&#10;YGLyNfkKCkMNCNeRg86rSU0/gMfhlj5DkHRIukggg+yrcXkLHwEDlc5P/F9KIKPQyEgHHl0ocvLX&#10;U8EK0GFp8/PG0LNTzVsFF4P1AVXkq1l/owAF2v8A1uSBfzGzsLsHB7fynXNHldwdhbmqY9s4/eOZ&#10;8krYCLJOy1efq6Ff2dMMbExsdTEWOuxYe0u06buJ7vczpEZICYoSOGfOn5ceGOt3NdfgQAfNuJp8&#10;/wDV/h6LGc92LvvsrfG0Ow4Nq4PqbZuCx24Mhg8HJPnMrvOOpMzwYfKZSr8GmCOSnaStpYaNC9o6&#10;dmkimcshN60uNy1PvfbMFPvAV+zqrH1Gc3BjqBKCg33nKfHQfxKpqUGmGeUBoyYFYO0TF01WJJug&#10;ELmQN3SD/eRxx+3/ACdJtWs6CDjz9cD9vz6FnrrL5LI4fZucrKTFYul3RhhX4zbRIkyW0MRXxLWY&#10;TDQTQxrdBTKiVmsKsdQiwRkoIwjhuak7O3nhxRbUmr9q0+N23iMztzayU8OPhy8d1p8lT11bW/tg&#10;htRpopGBZgb2Fj7S2lxDAjRgaizGp41Pz6flt2fvU93kP8ny/l8+sAXr3ZuXm3VkTjcvuDIbhqdv&#10;ZjdjRjKZfE1EsT1tBjZEo4pXpokgMEdQIVjRAVkmsgLKzVWyKfNbfwOa3NFQ0mc2tksZRbq3fNkq&#10;VKyjx8GSaszcGRhjsgaEAQpIms6h6QL39tLPcOskEY4glB6Y/wAFervAsYDvxHn5/PpWSZxKDL+C&#10;jr5Mgucw9TktvYVMeVp6mopqWFoI6DLLaILKqvIySMANRkuqqx9jJVb8rclUyVHXEsOQgraqho4/&#10;voHnpDQ0dOEX7ClgJknmkOoNLKQsYA/J5SW0FpZQ6b46mz8uJ6tqllzGaAdBjB1hT5PC4huzkpKK&#10;bE0+Ry9VX4rMVNPVw5TLVslTldeYVYRS0sSmMRRU8n7hJ1WWMBmWn7hoNs7orqPfCY2XKUkkkofH&#10;Us1flaSeOmEU9IIKcR+GQQsdS2J0/wBQfatrHxSkkXauD6cP8/8AxfSYvRCqnPTfu3p6h3n1tT4n&#10;rXcVZQYTK4OSLHUkmWhrdsZugyb/AMTocrkJqumyEtVGZCk8JjkAdWuDY8gpH2LTJvRo8Pk6naZE&#10;tbuajfJw12anmw2VYvUxxTMzeNWjW60xCqjfk29md7CkaCVBU46qsiltEnpX8uhqXa8VftKl27u+&#10;Gi3VI+JxlDm9VJFR0GVq6BFZqz7MHTEGlUSWT9NhpAsB7ETMZVttZWMdSrHFn8jlsZFk6bM1zQYj&#10;LUNekstRlJaWpCrPI9VII0hgYBALgByB7RxJHPCZL5Q5+zA/yf5+rF38Tw46D86fs6SEu163cmIm&#10;p+zIMVV4+CLKV9NUY6OtpMztufzmCkjw2Xx7ipgaCiQ+apR/LK8jrdYhoaQewKiow250r6XO7qyd&#10;TPllNVVUMlVjNv1dLRrT5ChXGwKW8Ak8gVWBJufpYk1gjjglWVKIFGAOnJG1p4S/njrm3XlNQZXa&#10;8u3MjitqYDHNBHkcXjqKH77dMUBLY0VOaLJL5BIIn1gM7nWGZ9YKpSh21sjDY7bFHkd+5vb0tDPl&#10;MljaHGRrQpiYcxL9xJFNRTxO0pqFNvEwLeNeLXPtIz30viSxqKHFSeNOvRiKNgCT28OlRX1edNbl&#10;Wxe1aGuihgx0cdZU5GkifNTwzTSS0kYIPjSkJGl5SQZJGCqNDEqLuHpuo3XS7by2wq+vxmOenocD&#10;Dj4MS+OpKKg88uRyeU0kxsqzt4jygF0Hq/HtPt1+0do/iKWdCan1PkPy6rLa+LKX1Bfl8q/4eHQZ&#10;bD7NNLuTcuy99V23qDcdN5NxRLT7mpMlPLjqypFBSYw0yqpE9OI1jdV+oKEKxZm9hhgNr7H2l2Bk&#10;4t87ozGayuLyRxWzpJMp4qenrRBFPFnIZ5rxHw6+I5gw9V9J0g+zR0u7uJBqEaHLfYfLpntRjSpa&#10;uK+X+z0JGQr9y53beEym2qejxcmQgocrlMfufHVFXULi5qdZq3AvQ0U0ZSrcOY/J5GVGUjRIGFhv&#10;25uCh39iKesoGgxOAlzoymay1TkZ6+sqtxRwtSK1pkSmicOiPpjBBIBAH1OiVtbowWyanYAfIAev&#10;+qvT4kCIJZM+gHn8v29Iao27LtHJVucmqF3TmottVeA2jtjGYXHYimxu1I6unnqMZAkUk1VMqlIk&#10;M0kwUcAqLhvbNh+8KOnza43aNSlbHJkpcVFSZmtNJPkakSiKpqoVmUlYtZ1AsdRA/JPu1za26t48&#10;sdWXJI/wdUM5uMfDX8uuW6ensP2DtWXH77jhgrXCVAm2/GYHxS0bF6GOnlAJkkgQsutUVSxYoigg&#10;e0fnsV2NFuHdeQnztfuPKYmGGSLbtJUU4ravIVyJUVqYvGZFZEaCjSRGp3WMO9iQL/V24uI5hG9N&#10;KkDNPTgP8n+Dryxsqnw6mnkP9npW7Sm2VidrYKHbmMocJteaCWLHNjoI4MXTUlLI8cT19dTgRxvN&#10;o/c8r6jISjszn1MFJLt7B4/K73zy9lbhzm3Mhjm3DPu/Jthsdj6uulNEK3BvTECpMQJp4oBdVc34&#10;BHtorLdyGLWqrSoA40/Ph1Q/oAkg8fPH5jqaUy0VZHhqU7bwuBqBL/A0x9PNXVNZBHSeWopqigaK&#10;GlgjLs0jOkj6k9A0ufJ7GPpDBL2Lueo3hT4WOPr7IbLrsVUAyCY1OcfJvTkPUzM05qlhGozrbjSA&#10;bj2H+YL9LaEQwkvMGHD0HmfQfb0utVDjxGOGGP29BZ3jv2n2BtrG0H986XFbqr87jKrFTV09JSv9&#10;vST+eUDHx+JJaVjGKZoHb1BzdiRcGnqevNn1WKpcTlMUuVx1PQHHwUmTZ6gR0+lYSW1EFpmRADUM&#10;TJyQGAJBSbRe37wu5cqS1KUpilcH8+Py/Y/cKfECgDhX1/b1XD2d8i+zcJvmVNk5zF4aeramz+Xy&#10;2AliyEmQyCeanipcrHlVqESjg8kjfwqMGLW3lYO51e1mYIpoI4mVIaemVFihSNdIVRpj0xjiwHFv&#10;9b/X92hSSzua2sdXYk6ieB8xXJH2n7Pl0nkhRwRIa16LHk95zyxZLJZzdeUyGTyBkirVpVmhE0dV&#10;UtNUVVRUejySSM7gKq3GoksB7asVt/beArMnksPgsTQ5PNvHLmcjTY+lpqzKyw6vDLXz06K8rLqb&#10;SZGNtTWtc+11zFe7kwN9IcHGk04cAT/qrivDpuOKKA0jWn5f5B/q+XTHuDufdeYo8Vi6jN53NYLA&#10;URosBitz5GozdBhoZYRTM1DS1WoArGAkbNqMUYCJpQW9uEsrMTyNRub2AsDybAezGC3SJQBwGP8A&#10;Uf8AVXpxRXPQQS1VRXSPPUMZJHkZ/TZELN9dCDhQPx/hx7wMPySP1A2J/H+2/wBt7VKQBQenp/s9&#10;eqa06wAlW0aXB8berT+S1x9Sf9v7yBQeb3HA/wACALf74e2i1BTz60ATx6x2ZralZAQWPFmUswNl&#10;P555/r+Pp76sL2S3+Nr/AO8kH3appV+tn5/Lrkzc3cHjRoDEX5sLoh4vzf34K2q4sD+R9fei6adJ&#10;61T049SEiZ7r6rr9LC1mAJJt/Un+v0/p76e5I/1if+N2PvyFQvWmBPHrJpZPwhY24ufrexUFb/X/&#10;AHk+88ZAW1jfni34/BFvaKZGMuotQY/1HpwMVUUzXp+NZakWOkp2mkfUSF1Fl0r/AGAvN/6k/wBP&#10;cCrqkpUeoqZ44IIQXkklcJGiKNTMzN9LD2YW8COpSNdRp5D/AA/L58B0meYq9PM9OmFxmV3JX0eI&#10;wVBX5nOZGSKmpMdQQy1NdPUMNKwxU8QJI/LH6fliPbJNnMbLBT18VbSVdHUIstLNTzxywyrJwjh0&#10;JBXn639rbSLWDHDxBoxBBx/q+XRPfMyThpM4wP8AVnoY9u9M9gS1mW25W7X3Ft3MUt1r0yuKrKRo&#10;0RTNoomdbSOyj06NQIIsSDf2WfceSoc73Au1YcpPNuXLYFqjCVCQ+SDbUNKpWtp6WQX0mpKCV2JB&#10;Gn62I9reYJEtdsUL8CgduCST5mnmePDpTtcjSAmZdJz/AKh6D0+zq2DoPEUXVvQGOq8rg4cHi8TU&#10;5Sv3AKlKZKzdUNbXKKbNZZ0jVmkiR1pUhcNrWNVAsEX3OzOC7SwW2tySpR4haPatM0myhBlJa3Lb&#10;oyk0Birspm5J2WnWMrIRDTsuryC99Nrk23Pai4FtGhq6l3J4fZ9o4fl0rnUsdSkVPAV+X+r1/wAn&#10;UXbnbvTe+ewqCHEZfK5rP7yalwW4MfkcbX4mDaNBhKKpy9BicdSvTQVCs9UsYqaqN5IWQu0kyARI&#10;pdKLL7t3rVbBxlfhshjtxQ1GUTFS4uGsSumyUhjp62vqH8dooadF1qSxUWNyB79LdW1tFKq0oDkD&#10;zPkAOJr5Dp5InZhrxj/UejUVsO39twbi3FmMjDRYiXHwfxiTL1sUeEocfj45SzMlURFGrid/MzH1&#10;+kHgAexMkweH23v3c8O/aOWfdGRxFLBhs4aDztmZ54BEayZ6JikkI8YiqBMqmwsBz7rcNcz28N1q&#10;ogFSOB4cPtH7fLqsTRhjGgzwrT/V/k/Z0Hu2N2UW+Nl7Sy/SlTt+TbFPnocdlKU/5LTY/BYupMGZ&#10;xNHTxR6oKuNLGkUBYxdGuYWUkRYMTtzamOyWP3l/d2npK3GY6oiNPHTYs7lqNHnlWrx8IeQmBrJw&#10;vKkfn6JbaCa6nF4hZENQSfSvlXrUswNY4xUjz/l0jczu/cm66vEf6M6Kvq8nR7uy+H3DU5CmGSpt&#10;l01NC1HNV0tZVTU1PI1VFpkjTzTaS4upQFfaT23tPE5HeDbpyucx1Zhq6iyFTsXa1ZRZig+4yUsA&#10;pJBl1rmMUtLHcrFEEClWFx6fUYXFztsRWG1xGrL4jeYA+Kp86+VPz6TJb3Wk6jqY/wAv9Q+XTh2N&#10;n+yW2pFtzbuFzVLXQ12DoN87sxdfhZ8hjNsVJD53I7XEFSlQcm1OCY3elTwuxeMOwRvYL020d/Ym&#10;t3rhtw1eEps3nRjc1NNRy07NgsHRVj/dzQMBHFR02i0cMZNmsBpsCfau8kilIlthUEdvz9OvRUUE&#10;FvPy+XQwYjPbdy+OxeYxWTq6jHRyvjKJ3OTBrakoIDFLFXL5qmVNLXkbUQRIWa4cgxNdma/7HamH&#10;2/vWjqNvPjYzjjHtmqzWTrEpbfeGszNPJ9nE2otysPA/2Hsh25HtDI3g652Jr509KdO3F1bx1e4Y&#10;KtPPzH7afy6CnGbVxVfuXdO5s5s3I0WZbJRU+Sq6jcUVDh6nx0iQUlXi6SjlSaSN4RErfdINTg6B&#10;cECbtrB4ChzO/wDI0NRW5HEbibEyVtNMafypW08RhnjpYNShYuARqIJN/rx7Nr+wudxMUlwTEyip&#10;6S2W6W8jeHbdx4/y6Ys/m98Y/E7Bpshj8DRb2grs6tFOKnLTYKLFU6NBjZqqrFO8v3UtN4TPEiMv&#10;k1kMEtZLdu7sjkpsV13hosJGYPtnr03Pj3ycktFUkJTU9BTQBiZGY2MlwRa3+tqLb7fadseQsXZy&#10;WqMUr/q/LpXDJJeXBkYADhSlesvUGx8xkN25/uPc2Uj/AIhuGlpcPQ4fbeUyUWCSDDVE0NVXZGCX&#10;wieV5bqkbqUQAkgswKtXZHSW9qreuxctsqmjxWHgpMPSZTB4LHvRaquA+SetanVVp1QqbF5mXSRz&#10;c+w9FvViNkLAnxO7VUEkmuKH7OFOPTkdrKbssWAVT/Lp22L25tKlg3fQbn3rjFGFz+frYcnmdwYy&#10;WF8JVZKSWjo4qlnVmamu0HhEZ0gKELAgA8dU8GEwb1WWyaULpQoastNAIKfwx2knqJhZeOSxvb2D&#10;uXLHdt13aKWWMlIzWjV4DI4/6vs6V3txbRQGIefCnHqvnsnd+ycvVVWzep9rUW8MnubLV8dC+KoZ&#10;Ja2sbKztPXUUFwZURxqINl0qLk2HBJN2U+zjX1eSq+0TmXyi/ewQ1lVJCJFEh+2jx1TjGWOOMGwC&#10;stm/J9zHdJdz0Boqrig8h9lOimG4SLtKfzGfn5dWB9QZbeFDtzCYGo6LPXNDR6KH7TF5vCVNFi40&#10;QEzzwVBpp5Q45eSISuWPqLG5L/jd0UGV2S0O48ZQZKmWtpMfRTQwR5yoGRaQJC1X9ozqwtp1SMwt&#10;/a+nsJLblNzYhiFpVvy6M2YSBdAyelVl9qVUG8MblttZnIY+Z4auXK4eWrNLiKnFMQsv26PE+iRJ&#10;WWRQote59IJPudU5HbOzcAlLuGn0ZGSWrlqMNt+I0UWWMi6IxXyQFVmIQi7TPpX6X9rbCynuro38&#10;L/prwJzw40/y/wCbpNPMAfAUdMWRpt47ozck20TQU+IkipGp9z7hH8TrsRVxX+4fC4urUiHVpA9I&#10;tIeSVA1FI7E6w2hW7e3FlsRW5vD1OTqNWIxhlp6imo5eZWWT7C5qE1cWkbi3590uryY7mA2FUVrT&#10;j5fkenwoChUFa/y/1fn1L3vvzfG0tybKxtJgsBnMBULUvvbLy174utoYhEI6SpxVJUExLqfUzo8r&#10;3HpBXlvY67Y2/jKDGUrVOJwQzU0aw1eSpMeEld4AQJKucqPGLC7Av9f8fZcsk0t931ZQcZx/xWev&#10;TsADoNMfLPQGdobqzD5TLVeK3PuynwlLTGcYaSvpEWtSpF3pcBj4fJUVkxa6QLpa30U6bn2G1Ltz&#10;A5XO1OI2/AMLkabJSS1GUid6eSqE8/kr56XVfXcca7AAcXPs63Nkto9cw1uwwKVz5D/Vx6atmovi&#10;zmijPQ2xbqz239oJu/dcj5DEVWEjrDh2oacy45hRiSnhyMkQFnbhZlJf1/gW9rLeWJw9PUjJzbxj&#10;gx+ApVdqOoqxWTyPENas1M17SMeNS+r8KOfdLKx3EWn0siCMtUk8KD/VgY/zdN/XwM5eIVNfTHQJ&#10;9VdtZzMxU9PT9JbrbJ7zyBE+fg2/T4Lb1Pj5ntLPLmZ3V5aeFPUqlfVzzc8h3vSix/cGxKWlly2R&#10;2hHTGaqhp5YRRUuZZR+zrgqWRwhPIJFvyfd9vLbYZbWFfELZL8T9hP8As+vWpfCMviyHjQfZ/sdC&#10;risTmuvt/wCRyEGNi3jQbmbFY6prKWSX+NbSo6UMZImSOnkWaFmbyuhkjYkLa9gPcrZ4o8di9kde&#10;4Vdt56KVGG4WEkM1QtVckI0n0sqjkLfkeyp4/oRPud0x8Vj2D0Hl+09KhSdsYRR087ignqKjeW98&#10;tVbw2zT7ZoXpcBJFUGKinoIKMVNZlocTTl2Z3lLp/lCBrKtltyVTgevtg47LZvLrWVWTyGLrJitF&#10;HLJNQ4uplFmCRqLHT+Ljj36Se+nlhgvmEMUlPPJHp6D/AC9eYMItcC1PQf7v7K7Yr8Ltin2ptmhp&#10;YNyU0Er5jPTikqauhMatJJBjw90aVG1WZlPIHAPsLdx4ioq6fcGb321DtvbSTKmMkqLV82TjLG0s&#10;EJ0spta1h9f9v7Psm4FttPeiglj5D86fnTpKZI1UCXLny/yn06GjDbnxtOaDbeBDbkzVPDGMxFSz&#10;Q0yYgGEO02Vka6R3Y2SMFnP4v9S17cwXUNbgpqPBYDNVGTdo6iPP5p5KWnqPJ6iqXKQiP8gMrG3J&#10;PtCILl7smaQNx7VH7OnB20bgB9vUecdo025qbLV2Y2vDs6OnqIqrbmMxVfW5V5CdVPVLkpR5JHH6&#10;WSKJFt/ZJ59v+6NrYPesWLwiZ6agpts0kbEY6eCjx6NGo1ReRwFJZjYEAc3Nvb1uZttgaGNKtKTn&#10;rzBZWMxr/wAV1lx2SyOGSvzNbhaotnsqjRwIlRVZhoz+xA0tNTLKVSOJbiP+yvBI9tNVWY+lwldt&#10;x90UEk7GKGDFQSJ4fEBoMldkZWLSSH+yAoUf4n29bQSwSGdlyRx6pIVdgAK06f40mrc7RZQYDx00&#10;VJOpytdKUyUTy20wUmLUNojcXMkjMrngabc+xO2Vuna3Xm2nosZjYIFSnDZ3KMVlmnmlHMazWuwv&#10;9FW/+PsMfue43DdxfXUldJqq+Qp/LPSid2eAxDAI/wBR6C3tHrjMdkpJQ1mZqqWjMwfDY2naSlhi&#10;aC0i11SIzdpFYBg0hsDYBfrcvlbsrZW7N25HsLH1tWy0si1abbmjC0M9Sf7dm9TAmzFFAH9T+PYu&#10;3O9lvStpH24ozeQ/1Z/1VokghEAByx/l0KuAizOFw+Cw2ZmOVrIKKGgqM1F6TPLTQhBU1MRUBWYA&#10;Xa/qa50i9va4we2uyex695KOPD7fxeOh0QGplqXDELpQyU9Gqrf+iayR/vPslut12vZEW1Ua3bz4&#10;n9vSxIHP6spoPTpv3NurbmwKCSvyhq6g1MzP4aYR1NbMSPW6rUyRjQo5ZtVh7nby25PtXEx0WXr6&#10;bz0Ieas3PJT+KJNZH7FFSamYKPoPUzN+f6ezbbUuruI3DqQr8B5AfPpDJcRu9IjWnTZsPf2F35HJ&#10;m8FWCWlmj8MWKjMTyxvDIwlqayVCVDEWWwbSPwWvf2GuB3Tk5KGsxuwcNK/3zFM12BuAJQQLY8wU&#10;EdQw9K31EKCT+fx7pcQ2drN49wfEcfCoyB+Xn04BLJSuFH+r8+lXX4oV2RpazJ1s7U1EC9Lg6W5p&#10;Zp29P3lcEXyzsv0jX0xpySGPq9y6Tce5tv1wwlbmYMxTS/uJWyVjx08jNzrMsg55+iqLD350MkXj&#10;gaa+X+r7er+IvDjTz6mticXVmOsfGww1IjKq7U0SVMaX9UZ03+tvwfarjyCbqiqI8lkaGebHxO9F&#10;jP4gs1JLIPpJKsulGI+tm4Hv0TzWbCGFdKv8R6oRHp1AVJ6hmipMPIs1FQaTWzotbVwUwadY7enU&#10;YRrtfi1jb/D2ncJkM2lNk8bPho68sWhhpKGogjEQJ1FtcPoHH4X+vvzzwQ3glc0Aznp0pJLHTpzq&#10;6dJDT1IqPtTA4cyMoOtCLeN/IRa5I/x9uGGp8Dt+nE+7RQ7XxruZJqKnp4ZZ6mzemN2nDa2P5dlN&#10;vwPbF1Jd7jKTafZqJwOrGRYBpABbqFlanImil/gMFPkciRphaqqmpqOFm48k0sA1ED66E5b6XH19&#10;vVZ2VTV1H9hs7acMmJjR0pmjpom+4Y8CRiy2ufqXa39APdrKGz25z40peQ/Fn+VOmZI5LijPxHpw&#10;6S2N2PWLVnL7g3NlMhknKMwp6iSioKcKdXgpIY2usYuRYkkjkknn207bm3Pi66asr8bisBUVEZ8c&#10;sT0ZyMysPTDFHAWK8G7Hi39fdL0W98wMKFgD51p/q/1U62tIxpY9KqrixuSpjSy+Wup1a0kZM0kB&#10;MbXvUObBrEX0sxv+AfcHc+6cvRTBg9Lk6+tUxB6eSOfIUkTekJrUWQ/km/P9bezGMIsNXFFXgOm9&#10;VWovDrlQYrGwQJT0lLJTUsEhYU2l4aaRyNXk8LW1D+nFh+B7DneWMwNNt+PIVFbkp87VMzVFRDqq&#10;jCoNjBdDa4/r/vPtu1upbhm1gKq8P8/VZQdYCdOqmbzOpSNadUQRkE+Rn/tXX6BQLW9jF8cq2PEY&#10;jNZZKWZxHSfb0IqqdhUVNXKfTFBrJ5ABLab8fX2EdzgS+3aGCRuwNVvSnRiBItmQnE9Bv2piqjPY&#10;GkwlPVTUS12UpDXVkUxhWkx1OxlqppmH1U2CAH6lh7i1+58lX5GvzG68LRJR0Lv9os9HBNVFw3DC&#10;Wp4FvqLcexlcQLIFsrLCAZpw6TVSFR5npQ4PbWNweLixuGqahYwqsrismZWOkEyaEaw1fm3J/r7x&#10;4jcuEzNbDkaSmgqaqB2WlXM1sc9LRkcmVKamGnj6/wC8X9oJ4haxm2BoPlx6tGVbubz6cKnH1ctJ&#10;LBJWyQxuD5mxcH29ZKv9pFmmeQgsONQsfryPa2y+c2vRYypyuSlx2YrhC5WEU8NPLJKBy8AHqKr/&#10;AGefp7btbCe8ISb9OIf6v+L9ek1zctENFuPtPSXp6LOrW01BQJWYjHxt5HneqauUQIOIGWfUod/y&#10;F+nssGD3JuDfu7GpcdQ5PHYiOa1RUK7JR00Cm0kk0xGi9uFUXP8AT2v3F7bb4RDajU/AeZJ6agLS&#10;VL1+3oQGZYY9Tm+kWubanb62A/qT7cX63oc1ugzrmIKbFCoEMk7xz1M9S0b6X06gobn6kfnge019&#10;eTQ2oBWr0z5AdKoYlL1680jrCZBEzOE1eIFFJa19JJNh/t/Y5702H/C9vUlHgKox4iKFZFpTCFqa&#10;6sZBrmqdP6j/AEH0H09o9inEkTSyf2hJBPp/m6rKS0hjApTpFbf3OMllK2hrqNqfIwF/3EcSUi0f&#10;lIhSOQgG5td+OT/gAAFvX2w9zVGTqsvmcjBicDj0c/bzQtLUVgW7NHHCl7lv9U1gB/X37cr7XMtn&#10;arqdj9lPt6cCGOMufyHSlyeTFCsKRU8tZU1MqQxQwtGgXXwZppZCAqL+bXY/gH2mcpgYNx7x+2oq&#10;Koix8MpmqamFDEkMYbkCONeXa1lv+f8AY+zTc5RaWKxlqvT+fVbeMswL9OSlhGuvTrCjVz6dVueT&#10;7HmtqKDBYODGYeeWjWOJFkhnZGd2YWBnlNyWI/H+wHsj2eznJa5ue4nh6dKpmD0UDA6ZkgeqrjLV&#10;08MiQnTBMCTp0nUdKt9Bf8/n2IPWObG2aDJ1c7rLXVkYRI4Io49EP6mOgcknjkn2ivbP947nH4uI&#10;0P7T16XUbfSppXoJ+6tly7/xdBgVZYqJaxampmkedRrj4iXWpsALlvzc2t7b8llKfclXVUtYZ8SS&#10;japKepglyMvka6oETUqA/wCvf2LZ5YrQIIFB4Af6v9X+XpAkLxxHNaeXWfa+1q/ZuHgFFVQ50poW&#10;OOpp5qXH0qxizzGeQmSRh+GP+wt7Krvqip6HNChxcOYrnQ3kqK2qlYkk8/osqjj+ntZJNS28SQ5I&#10;4DptNTNWnQx0Uk8tLDJUiETOoZlp9RiW/wBApfk/4+1HE9RTYWJcpQ0VFjjFpaTQ7VVQ5XkK7WLk&#10;fmwsP6+ye01SSkxEk16ffSFp59Zxp1n1EsALrqNl/oSv4v7atn5bY2HzC1VW9VWzNKVhotKQ0/kI&#10;sCyxAu5H+1G3+Hv25208y6dYQDif83XoRVSqcfLrBVx1MsDx0syU8riwldDJov8AUqtwL2+hP+29&#10;xd9w5/IbgSspRPBQB1ZPHHIVCE6gEuAoFvqfa6OaAWASA6jTpLHDIkh1nrLCnjijj1aiiKrMeSSB&#10;Yk/6/sxG2c/tSHGYynyVNPNU0sCCeRnI1SAcRLxqJ/HAv7CybbfHW7vpDf4OjdZdNNHSP3Dj901E&#10;k74StoqYSKiRpPTtNZtNnkYalH+3v9Pp7cd69jUL0seObbtP4hHppKRqPz1IS19RFiQfzz7Ndp2+&#10;zskZi5avE14npDLFJLLrLH7B0jtrdcZLH5OfPVm8s1XV9W6tVrDVeHGuUGkJDRxARhQOOByPz7Dl&#10;c3m56JXoKKTEUxYrdoTAgsOX08FiPx+PbiyWRmPhqGb1/P8AwfLpwxtQaj+3oVRQUrNaoP3UnH/A&#10;gq5AJ+gT8A/63vDhcf8A3lmloayeqYSSFWby/vTkG7y2FzYn/W/w49s3t4bU6gP9ivTywaoyadZa&#10;uZaKmeVUjVIkPFgiAKOBcfQe0lu6hx2wsjKaSnrPuHWxqZSNcbKLDQLALYfT6n2e2lu9zarPJwIr&#10;ToraarEJjrHjK1cjRpVAwskuq3ibWlhxbUfr7TmJw2+d8VMP8Er5pGcnTEkjyyAfU2ROSf8AH2lv&#10;91trGMrJ2jh6Dp+GJ2NSes9VVUmPp5KqrngpKaJdUs8zrFFGo/tO7WAH+J9mrwGwcntfbkR3DVJL&#10;k5QzSrNIrvEpFlTQL2P9bm/sM2c9zud6WVSIl885/wBin+fpVLNFENCmrdBBVdnbezeW/he3qlsr&#10;4PTLV0aM1I0gezhKi1m0/T03HP1P4APeGeyGNq6iKBWsshMchuwLE21aRwLexaLSIjPp0j8YsDTo&#10;XqNVNPC4UAtEhI/pcXIuf8fcraeJqtzPBUZavWkE7AFS/wC5JGTb9H1F/wCpI9kd5em2BjhWtOlM&#10;SYq3XquoNLTySpC8xjRmEaWH0H9T7GKTb+Nw86JUZBqikiCtFBTIzW0jk3YgA2+rc+0cZubiH9Ma&#10;SfXp5JEJPy6R9Pn63KQs1Li/tqg6ozJWyKq8cKwWLUSL/QcX9sW+q2fK4sQ4p1x1NGhQXb1HgAuf&#10;6n/G/s92cRWUbKQWfzPz6TyqDJqJz1m25jJaGqqp6+Y1ddVNqEuiyxKD/mo/9SBzYf8AE+wC/uvP&#10;/wA9YP1fdf5z/lK/44fX6f763tb9Zc/w+f8Aq8/9Xr1rS3r5dLO/+B+tvp/vPv8A/9WLU10zyatR&#10;Fzq0k/g8m1veB6Rig4HH+qvXeFiCKdbktJj6eKLQqEWGkMBa1jb8/wC8n377q8ZL8m31uf6+6stD&#10;Rf2f6v59eVcZ65rR2l9I4+hJ+h/I9wTqYMbc2ve/P0/p7sCyn5dboDw6cLILDUfr+PoAOCAfyfeA&#10;iVV1MeL2+trX/wBf3dZFNQePVSMY6zssZayi9xf6XuPoBx7mRuNKlS2r8jgr/rXPv2RUnh1QDz6b&#10;5YyWK6VAJAFwQTz9SvvtapmOp3uOOASLgmwA9ttEpwOrEFe4dc/tgihVUA83vzyBckn3KmOoKVsC&#10;w5FwCePbaKFwP9jq2pad3UWI2Y+W9ltawJF/6c+8C00jNcqGtzb/AIn24ZNAo3VtINKdZXqIdH7b&#10;lb/WwsefrpHuSKRSbhfpf/Wvf/ffj3VZABnz68fIN1FerexGq9zb6FdQA+o/3rj355GjGi7KvF9I&#10;5P8Are3AAy5FfTry6VJp1wjjWR/ICus/ljwovcc+8X3RGoqp/wACTyQfx/xPttowAAetavPqWtNr&#10;b1OBb6j8cXsfbW07LIWuBf8AAJve9iPz7eWhH+r/AFHptmr05/bK0YXm6j8/XkAcj/W9ulIJJwDZ&#10;f9dv6H/D3sopOM9a1Ux0yV80dLcFnABNwCP1D+pPv1RSmFxrAseSR/S1x/t/z7sjYIHWy1Bjrqkr&#10;lqY7xliR+CBcG9rn3BkHjJIA/HH0/wACPdlocE06oB04q5lVVJv/AFF/9sf6f4e4M1YQwAa3JBH0&#10;4/417sAFx1dSU6nw0QZdRUGw4J+nNvyfz/vHuOai45b82FzqHvYKjj1XV5DqT9tzwo+nPFveCWok&#10;4Ci/9TY8f14Hv1BWoPXvLj1IigTSdf154v8A19xZKpVIGs6jc8/4fS1/fghYjrxPUhICQTpAA4Fv&#10;rzweR7nU0wOm9rfn6ahf629u0qKE9eB6b6mFrkqGuLWHGm/0F/cmWVY7FLkkXJP5v/vHuhB+GuOt&#10;n16jwQmW/kFrEABR9APyL/7z7aJKh5gU5XkkC9r/AOsP9490rTj1XURg9PMdPHFZh+Ra9r8Dnn3x&#10;VWFgGNz9fr/yL3uoOetg1z12SLtcCwtpA/w/r7zsgRB/a4Fr30jnnj37rxp1iVtTf0sTcL9b2uPb&#10;a8HrNgDfkD6nn6Dn3sfPrVfPqasnpF/Tb+v9fybj3FaNi4AXg/m/+293UkfPrxFestxpP9R/h76K&#10;rYhv9YD+pv8Aj3cd329eOOvAkc/48/8AI/fohpksDa35BPI93WrA+XVSSeuL2K3PN7/2b83t/sfb&#10;ikShg8h44vb8ce2yoofLq44dRmlNiqKSeRb/AAv+PbgmhgfUOfof8bcce29DDHWwK8OocjMpUgEg&#10;fXjixPPPvLBTW/xu1rEX97Yk9e06T1gmqR6uCLC9wSPxa3HtxagiQeW+o2uQL8W+oN/+Ke2QTWh6&#10;2AD03pkpJT4lXQNRGo/W1rAj/be+ER0yaQLXI5IF+Pp7vpqKjqpoPy65y2ZCzPqte4HIJP1/5H7n&#10;yUCzqHfTcrckfn+ntqmkmnVq6um5MoYD41uQGIFxyfzz+P6+296EC8elTzxcH/eh7stTkcevadPT&#10;muRvpkLMAODYCx4/r9P8PcJseY3u4HJ4B/4p7fVge0deag4dSRkFkQ6CeBzxf/ef9595Hp7jSbWt&#10;+LDgfn3tloKjy60aE464RVXN+dXpHqBb6/T32rJGvpGm3Grj/YH3QJUVJwf9R61X59cn1u1mu35s&#10;P9v9P8PfOVxNo03LAC7Ecce9BBWnXtNR1jhDQrJq4DXIUfjV/rj/AGPvKmsMj/hf6nj3ZiFPTqKt&#10;M9RyFeN0NiznjjkH/Y/T3gr8izhYwv8AX+luRfi/vca1aleHVXcjHWegxqRapb3J+lgbmx/JHuGk&#10;wjABIIYchbc/i/tQ7GlD02D+3qQ0BkYsoAKngm9/rc+5Ub/q0rYH6m31/rc+0+pa06tX9vXCWL9O&#10;o6iP7NzYD/Ae5dIwe2q4UGxYm1ifra3txwhWn/F9eUEmp6batXjJ0aSx/s2vwBcEn3jnpoTUakUC&#10;/wBW+l/8QB7bjIHaerOc46zw1VQKa0jEkGwUn6A/hif9h7zJTrI5jRNVhySALf1590ZiBnrwOO78&#10;usb1LRIsruUBNwoJ5I54A+vvnLjCl7hb8agpJI/w/wCJ96WUHh1sgMMdY4sr5OPWRclWYWB/P49t&#10;tVSGP1orED/D9R/ofexIxxw6aKlsdOtLVJJ6XZdRvzc8f1I9tzfcSFwpZbAWBsCR/Qe1CMCmevUI&#10;ah6nWgjKlgrXY8gXNx9D75wyFQwYeoX4H1uB+P8AX96YLQdeqQeuEkZdgVNluLX4H1/p+be24VDN&#10;UalUoEPBN7EXvf24gAFF6rnqYYR4SjnVqBvbmx+nH9Pc0V8jTIL+lrDi4BtxyPem06c9eqRnqH9h&#10;GkTWALC7C+kkfngn2oEMjldAKg/WzcEDjkD2iagfOerfF0zuIo0kLm7cgXXkE/0v7X1BNFFTKq6f&#10;KQObfTj8n2w8etqcPl08n9LoJMxDUy17yuX+3VrD1MASODpUfUnj2x5SRXm0ym97Dj6D/Ae3YY/T&#10;h69ekK1Gk9KvCK8dIGgXSQSdH5uTySf+K+03UY8LYU4AEn1AHP8AQ8n26O1s9NBamo6V1NkvIt6m&#10;4MfBuRb82498kxy08ckj6iRyLD6Ei4v7qGOodWddI9euL5Q1Miww6QGJB1EcheCV+n+8e4clQFYX&#10;YqOCOT9be3kQajXqhOOpqQF4zZFJFweOLf655/2/vAlSfNcMWAN/re59uxJpJ68T5dZJ6dWgClQp&#10;It9DYXHFv9b2rqJhPFYuyixYheSSOBz7pIo+IDPTsbCvSDyGqlqF0xI/rA1PwEX8kWHvBLHLEweM&#10;AAnnUSCD/j/X2jDgGjZ60Vqa16dYHhqI/G7MdK8abEEH+g9yXEhg1SFRfg2/Vx9be9jTUBerAALT&#10;qHGYxUFYwzEXI1EaCD9B/h7hAxpYRzXdjpIIAsfr9PbymvaR00Aa56mPHJIS7wWRQWFvVf8A1yP9&#10;j7UtNFB9s3kk0MRcc8Hjng+2JQ+qqCo6cDLTI6RlVVVZrkWOEuiMq/S1rnkXH59ss0EVULLIRp+l&#10;iLn8c+76ioqadaZ1OOlPTVM1E5LREh+STfSDa5sT/vfvHSUb002oetLXufpb/EH3ouGGluPVaeY4&#10;dZq+uWsp9IPifVpIF9X9bC3+35HtU07RBdUli1rhTaw4uSf+Ke07K1Qw/wBX+r16cVxSn8+kHWid&#10;maCEMqOQupf1M19I5/2PuBV5PWW0MqBeL3+tvop/Pt5YyFqR1WgNQT0543ALAU8ivKz8hbX0Egks&#10;p/4n3Bp8opd1kQrY8ObC/wDT3YRVGoefVdWenevwriNDE6t6f82LngC5A4/x+vuRXtHUwK4I12Nn&#10;4Ita4uP6j22UaN8nHVzICKHy6jYVZKSolhK+jUGdLaWBvpIDD+v+HtNtKsIbU5klIOn+gJH4A9uK&#10;GYUHAdNj5dLPwtM0ZRFihBGoCxZwP6k+0pVTTQTlrKQ54N/pf8f7z7VRHUmg/wCr/N1Vqg16U0UU&#10;UkSgahpABH0vb8kH2+0ErxaJGkuWtYKbaT9fqeP9j7bcA1T/AFHqy4ofXpkyESTK6LEbLwSwBBH0&#10;vb+ntY00dRN6lX1OAeRyeOOfz7SlQuOtuOkFXVNHTDTJJ6Ii2oq3C/W4YD6W+vtSYrBSFwJYpLsb&#10;kWIW9+B70SDXPW1Unu/w9BjvHsSix9I8kFbRgICtzKhcAD1EIeb/ANAfYjUGEijILKo4+lvoBzbn&#10;8/19pQspj/P/AFfl1YuvDy6Jl2B3zFHI8NHK1RJYksGLK0ljZiot/sObe1JBSwwgsqi6k/WwI5/B&#10;930MtEPA/n/n+3y8uvBzwHRUt0diZncTSJNUuEJN41Ijvc2YkLbniw+vvlJULe5ZQeP62/pfj2si&#10;tgBSmPyr1U1HHpALTZKpLGGKWTVcatLFP6/63tnrclFECbrx/aJP0+npHtSqiM0Y0r5fP5/6v9jR&#10;ZlWi9DFsHqfLbihSWSJyxdSy6SLKOf6/W/P9D7TtVmkYkhz9DfmwH9ffsxISCPl1VKk5z0aDanSa&#10;weOKajsyyKFPiDM/P1ZdNjyLX/2PsO9y5OWWGOSEl4wSj2Nrm3HtMJGEh8Tz6uEND0dDrDZeOwaS&#10;0nhSCbSskY0+oA/rLED8/wBPYZyr9zL5XJFmBUAf2j+Df3dXK9Uoa56H+MCmh8UYBuuktx9Px7kG&#10;eeJlKsQgAPp4F/qb/j24rKTVsnqxpSo6ifa08qOCtmYlfVcnSeAQPr77krGqCEJGo2vq+i3/ALR9&#10;2Cea4I6rUcD1wiolpQzhW8drrYeogf2Rx7eaCiiKkO5kLL6dPIFhcAD8e08ryHj1dPix0x5DIyIV&#10;aKPQAwVg17nmxLH+v+t7TuYZSxjbiwIB4IsOL+1lutRX/V/q/wAnVHPkR0osSGEaupDBrNpsQQT+&#10;PaBq8RLK5emfUbgm5/BPOge7nUjEn/iuqFAwqOlStQgAD+g/T+v0/r7eKLHSLFH5IgWX9TKPV9fe&#10;mlVT1ZU6jT1KXbTJb8AG4Fx9fr7z11O0cXljUBbWOk3b6fQj3dZQTTrxTNesVNKHcxubtyebgW/o&#10;D7gRSMY2W+g/gm+o83AAP0v7s2lmB9OqjjQ9S2UKQfqObi3A/wBc+5STSxuGJLItr8E2sP8AevdD&#10;kdez5dYTGjAiwDN9CLA/7D/H26hhUhHWQK9rC5UED2nyhI6cQK2Wx1Ct4AV0Fl5+gJF7/wCH9f8A&#10;H3MWKWBASyyBj6SOQL83P9fdkl1GlP8AUOvMgXhnqG7xTOQNcZQHUv0Zv8APeKTPvQho47kLdiws&#10;CT+bH2rShIqcen+f/iumC1DXy6jvt2nrmWadFZjwobkKPwbf8b9tU25/M4k8jAhRcBrm493eBGFR&#10;1sSV6caTBQ00ZiVF03On02sD/Ue4M9dJWzKSgKvZQQCzA3/NvofaTQsIx59Wyw6dIqdYI7KdOnm3&#10;6Rzz/vftW0tBTw0LSz60qCl4QSb2vY39pGZ5ZAFGOnqBUoRx6TtRXzvWpDBokplYicgC4a3AF/bJ&#10;Uy/5NMnqZmBVWtx7XhKAA46YUsTSnTrEl50cWVVN25P/AAWx9pOnpXqQ6SLqs/05At9Lc/n34kAZ&#10;68oz08PIEFyR9Cf+N+1UKCSKhVEAQrYqbXa7fgt7bpqIJ+zpwYHTQKyNqprtcW5FyAAP6D8+8dNh&#10;mjIqJipYstmH1Bv+b+9NIWbQvXkArnrlLXxteOPmwYWH0IA/HvjXKlLMT5FkSTgfX/W0hf8AX9uh&#10;WCUbB68xUnHDrlSyGoj1eNkZbcG3+31e2rIOYqcsgYAgMqDj/A2t70tSfl1V6UovU2IAsbi5F/8A&#10;H/b+49BXfewvBLC6IAVLMLG4F1YH3t0BUEceqxsR8Weu3TQdanm97EcW/PvoSPEy+r0pexAA5/F/&#10;9b3Qeg4nrdT1l0hgeLX/AK/6/uXNkZqYAhmlRtN7AKAT9ePdYwddGHXie2vWD7eNxfSAQf8AXP5t&#10;f3kgq2q0BE4S3CqT6pPySD/T2rMZVcf8V1XVitesbRJG3+bLX5vwAPx+f+I95Y56WIu0ukkEBL2t&#10;q+r8H/D2lkhLEAY6ujgZPXispACkgfU/W9vx/vPsPN1VEVXMgiRbg8kA6VUf1P19qIYxGv8Ak6al&#10;bVg9TEUqoBJJ/wAfc/Awr9sYmlNmHP1FyRdUX3ZiSKDiOvR0pTrzcWNr2P8AvB+vtU0OPigkifTZ&#10;tVwCdQJP/E/091q9KD/VTq4VFyOos0t0cD6afqPr9P6e15IoloZY7/5Si64bW0lQv6Tf6e0rxMHD&#10;gY/y9PggqVOOkpFI0VdGwH+SuWimDatYbUCHW31/x9htP9xNJIxhYTxXsFJ5P0v7fZggqMdMBSTT&#10;pZIEVAFYFSODe1wfpb3wjr6hpFUMUlUaSriyg255P19uRuoAI+3rRrWnXjDGQQVuD+Pr/sPadyzV&#10;71Qi8l2lI1ODp1C3AAv9P6+31kQj06akqvXNQqqAosB+PanoKGupcU1TJI/juxfTq0m3IU/6/wBP&#10;ehKusDpxIyF19RJJoGqUpzoaXTrUEAsBfkj/AFvbPEkc8zVEUDMOUIJNgb83X3aVyR1UGpr1M+n1&#10;I/3q/vBUyxmmnpZF0aSAyOxAZR9bX5PP0HttV1ZHXqeR69/j/h/vufbphjSMkURdVCrYDUA3BuAC&#10;Ln8+6NG1Sa06ujKBpI6xTF1W6C554IuP9iPatx2GFdUulPN4yCbM/wCnmx/3n228rgU49W0h2xw6&#10;aMllI8bSioqI2dF/UIgC/AuT/sPakzGKTGRQvGBO1NCzTvH9Qyi7iw9t2tu7N4j8OnZANNEzTpN4&#10;Xca5l5kdWplnmCUqTAASRsLRsD+Sfrb2Bu4svHkqmJiQCG0eMgrxfhueT7MyipgcOkDOXOmlKdLu&#10;CFaeMRrewJPP9T9fa+2XmsRRwusiRVbxqAYZiCq6j+pgfyfZfd25mXDEdKbeYKadM+boa2ujSOlq&#10;pKQA3aWE2lGnnSP8D+fcjdFXLlKGohxfjjdyxQX0KFI5Fx/T2zDF4OTmn59OykuDp654ylkpQPuJ&#10;Gkk0Bdbc3YfVrfi/+HsJabB7kMppKhfLEbEIri5uOGsP6e1TyqBq6SLEwwTWvTyXUDUWAUfm4t/t&#10;/avkoauiplpIXCyyIFA12kRjYEH88H3pHDDUR/s9OSRgUVeulZH9Q5Cn9X4/1wf9b225/bWdpcN9&#10;/OYdIdbSvbyMD/UjkW/x96jk1MaA/wA+tPEyx1r1FhyNFPUyUkM6STxIHkRbnSp+hJ+ntMisEGNm&#10;E6xO/jFpUIchzb63/wB49qNK8fMdMliI6efU337aUstRUszvoMB1orj/ADyubfU/0+ntuQsRQdeg&#10;LH4uvH6H8f4/T/efa6NPDT1JqYHSKN2/dTWtwD/aA/1/bOmU4I/1fZ0/VAanHXEcixBvbnggX9rH&#10;b+EElfHVzVsb07uDFqYIyra9jfj/AGI92RZHGlhTq40rSSvSZ3BmGoqCqENPPNUrE2mOKNpLkqQo&#10;ATm9/wAe528dx4ihc0lGkcszgoykltf+qPPH4P149ui2MXE1/wBX+r/D0289TRR007Rx+YkpUq8z&#10;IUdiXihUBSin6A/n2j9qYOnnFXXVzTR0DsZDFqASO51XS/B9o5p5NYVOPTkaBQXPDpV5Krlp0WOl&#10;VJKuUkRI19PAv6rfT/X9zMv9vU1EFNi5I0hKCORmj8gkUjSb24/5F7WhjoGrieqFvE+HA67oVqY4&#10;ZJKz/Ol2fQpuEWwsi/8AG/aVpMZPjK6OJVFZBJKwjd0DaCw/SxH4PutwAVoxof5/Z1tQVNOPU8Or&#10;IWuVFrm/BHF/z7jbiymPp5FpTS02NrqaRtUjIvhc/VVH4HusUFFrWtem5XUNQ4p1xiBtq8pkRwrJ&#10;cC6gj+o+t/8AH2n6nJ089Iz1sxkQji4Bhu3p0gfSxH+PvYVlftNOvFl01OesvtT7az8tIj4zB005&#10;SSFiZW0+AH9Wl3X6D3uREb9STy69FI7dqjHUWppKep8bVCK4hbWmofpP0/Pv1fi87Uwy1a11PJVS&#10;qPFT0kjSar8iORfr9f8AD3QSA4pgefXmjcioOTw6yq6KSgVkCj6spVLD8hjx7bcjNkMNtlVr6ORZ&#10;quRhNEjfbvCV4dTcHgi5sfeo4lMmtTj/AIvqpaSOKjD7eu1dJGujBrL/AGSCCG5BBHtfdaUSbp29&#10;W0VIBRqkUgWeokGptS3UQzMOHVvobW9sXREEgcVJ6UQSBoypwOkrujPQbdNBW1KVU0MtSlOUpIXn&#10;dNZ9UskUd2KAG5IHFvp7aOwU3PsWgwmPox5KzKwsJcokqzNGb6FWYrYHUOfai1lhlDSSjIPD/Y6a&#10;uPFRAiHB8+s2AzuJ3UtfU0HlmgoK40LCppZIF80USytJGk4BI9WnUOLgj8e0FsJJo8hl6XNV8dfl&#10;3UkUE3Kur8Ors3Ok3Fre3pdU5BTA6TW5Ebsrmp6UcpITg6QCNTD6qo5uB7d66GsoF8eGofFUtJL9&#10;1RUkUpEZRrtOiyXIABubcEcj21+nE2qQ5+fSipZaRjrmCpUEMGUgWa4s2r6cjjn2pMXueWPCTvJC&#10;00VNNGtWyRFkEzLZZIlUE/65tx7pLCs71r/P/P1dJCErTqNJSxPOkxJWYIyKRe5TUGdTzyPpx77p&#10;8ZnKnLR1zVVLTYtqZK4Crij0sjMLIzsbgn6EWv7SNMq/ooKmtOnPDevik0HXKWeJEIAkkIcQ6IVL&#10;SaiPwBb6Dkn6D2rHpDX5mlppqJMutSyPirUbCKOJmEcwNYBoIQ8gFrgfj3t1Hg8aMOI49WBbVUio&#10;P+rj00SVlNQY6rrJqj7GOjSSSukle5j8a6tbRvexcc2ABJ+l/YwbrwU8236XD7ZyWOx9bQxPPUMr&#10;hlWSIaihRASw/s3uNP19t7fFJbvW4Spk4efW7hxMhKtQDot2zt9mq3Nntx7kw+4jishU0eMwElZj&#10;SkT080gjWdFnMegOTqsQdS2tyLey65jfVaMPJT0ORMtQzxwVcGOqo0q4K2F/VKiyfWNrH8X/AML+&#10;zvw/DY6ukIkRwVTj8ujKJgMWaxayXH08lRAkiU80kSSFYZ7aohrBsRa3+t7cdlwbu3AuSmkxMtVi&#10;qqilirmmcRvLEYyJYvIiKLEXPBJuf9b2VTXkSXCoD3E0/wBX+fpRGjFCzDH+HqNnsjt/Fx0K5PIU&#10;eNlFVCMYJXQN90zeGLxQf2v1W+lre5G0c/X7Z8EcX3cFFNXVVBSRzw6vtFjWwEuo3v8AUK54Yf4+&#10;1k8CSDW1KjPXk7KDyPXDcm3cXuajko6+COpAjilYKSnlVW1ohcX9N1uBfg2N/c/csmcp4MpE2NeH&#10;G0EE+WpSVEYrK2SO7eGFLA6lN14vxb3S2WJ21Ka+v2Dr0rMqkddYiXFSPBVwVMNVXywpjJnSVZ5o&#10;oqRnf7eVuWGl7hrn6m/+PtgodxSzbSNPuanrYq2ix8k9NVRqsE1H90SIZKcyD0yEcBb8/wC8+9ju&#10;uNUfwjj1RTWKkvE/t6mNihFkmr6B4IDVyx/xGPxlvu1hjKWcqQLgfQkcf6xt7Y/7n7Kh2rSZqtTI&#10;zbhopTU1mUVytbPSzzXhjWENoMxJADNfnj200s8k7KSAvl/xfWhDEkYIGR1z8uYXNSofszh5KJFp&#10;RpcVS5BGZ5pJpQ1jGVKqEC3BF782DnuXI5tZMNQ7RpqnCx5mmUmklSoqshl4XspqZk0nxW+pJsLj&#10;8D2qikijgLsdRHn/AKv2daIkLjTivUejponFRU5iuo8rPQV0sqTNTwQwYdhCD9tCeSCitcu7FvVy&#10;feavweVztFidubmyaSVGOq58tBU08MKVlSsHpehqZJNI8i2BXk8EcH2ne4Zoi8QpXHVygLBXNaZ6&#10;yQRUFHPWZSiSULWiip5lV5vs9MRYw1NPTpqVQfKRI6KL2F/pf2qc7uKA5zA0ODxrJNmqCgx+JrWE&#10;VOtVW06aSskqah5F0kOLafpzb3VYRBa6pSSRUn/N1szFpQowDw6Y8PRT0GMzL7iySzrDlM1lKyHW&#10;9RBR4+eSSqWBAw1+MRHWgIJH0H09vFR1FV1uAqKrJ5HFYfPNWz1kUdNlXMMkoBLxzekBCTe4UkX4&#10;9sW26s8h0IWUD0p1aW3jYBa5446RdT3LjabctDhMdgN15jGyQ061OSo8DWSQUwqCBTVUUr2eWPSQ&#10;ZPQCF9VyfSW3aG1ZMLtGrrM/XZWsp6Z3pKHF41meSokrKvR/E2j0aw0ZbSFAII9X09qPGnmdig0q&#10;ASSemgREwiOT/k6edyboqf75YHbOBpcWK2qhqK3LZzJxtJBR0dDH9xFioxGUZpKgaiGElowpupJA&#10;Aq0GLx+y6TNZZq+nwOMqca0VRBTLqylRkPCTJWSyTX9dhr0gWv8AUccp7RPrpaypXST3Nw/1f4en&#10;JnAXSlCegS3xuDI75yO0NpYfbb7zzMW6KbcMuTrtFLtTD4KmrCzrK1MjawdIp0LAuQdXkJ9wdtT4&#10;bVhtz47DLLBJQmnn3LVQrFUZOhqbh9aKQAt+blbC/Hty5ihllMQeoBrTyFP9XDj1QySKhcgcPz6f&#10;9547cOVx27ds128IYsxkVpqzb+1cTJGxwVbQBK+gZKx0FRKrOqSFDYOBbTYm4b79xOKyFHl8JsPa&#10;z5uurcpQzTpAFeAlImkVElLLrATi9zYnk3HBu8lrbR6p37qdNQLcTnUwFP2fn0s9gV+96PD4zcfa&#10;ufxGKjpMHVwVMVSkOK8j/cQl8plnqSscMg8fKKQovxxyZ74DIYbCLjZYKYbtroaGmd4aLyUm26QR&#10;CaOEeG0k8hPoLNcK3A4BuSxXETsbqaoTOkHif9jpY6a+1D+fSkoc6dx5OHK42vhTZ9EldMkkVRHK&#10;+5a5XNGXUzeiKlhs0iaHBlurcL9YWK2nl6+aLIbvztPHC8E2Lp6j7cUVDloDSLVLnoYZCWeSmkPi&#10;1G12B4BFy8bh5gsdmlK+fDz4dJynhHvOogcP9Xn16v3ljsb/ABXGbcoKrN5XDRw1uSw2LngqqzGV&#10;VVPG1HiK1FdxTPVx65Yw7ACP120MD7x0vYOHyNdFjtvbix0EmLgpsHJWZKgMsFVQ28FfV+Sdgsat&#10;IC62Lf6x9qJ7AQREsNR4mh8+tRXIdqHt6xpteY0FZV57HVFbPVZSp3VJQYnIS009JkKeYTYrGwNR&#10;mEVDpGqQu7sEcg6gVb3LyfYlRsnMVkNMY93tQSSUdHBi4oIahWmpfJTNTtDpGlL/ALoZv8SST7Sx&#10;7dbs6TTLQcT5g/t63JcMVKRkmuOoFVs+DsbY1PFV0uY2ZNuCKjq8vj6opW18cZqlmyGMroalnjvK&#10;itEHX9CtdPwPYfbIjl7O3fT53OvmIP4diKfK12ZqKCOCbGzRyEGkpJ6n0rE5ay6gSPUf8fb+57jR&#10;kgQaqkKFHVIIBoL0pQfz6fs2aTr/AGe1BtDB4eKUH7DAYG0lHQVVZVEsyNHRxu7ceSR1VbvYjUCb&#10;habYoZ+ysBmet8zv5JM/j9/1+cxtfSvHk4qrCUUgMMEPhddUJSXQyFxpNwPpYJtx3BtvJZUGnSBj&#10;1/1f5erw2yPljWhr/Ov+r06C7cOOpNibzo+6sTs4rR1nXibTzVHE0GFr6Q1WahzVFLkqN1I8kRT7&#10;d20ltTAM2lV94ezp8HhYZNkCm25RZzbeBDQbl3LTE0cWLqJ/IlFQ0+py8odAEc8pcH+o9rtrR47M&#10;SXFSZO6mcV/1f8X0zLIrykpRQMZ/Z/k6UHXNXVbwqX7Oxe4snLtLdTRGl2hRCgmpIsrjpHxFTmqz&#10;JSJFOvohCTUiP49SBiHbgoTrv+6W2cXnq/eLncOZyfkh29TLVtX4Jo4U84rauOODTAykraQsWKk+&#10;hTa7MkRurkKarGvGmCfkfM9OBnRCq0qfPj0q970PZeSy+0afZOX2/g9upkZajfFbkqKrq87Jjowg&#10;pqLbYjkFOHlvMJWqYyEPjdS1mRpuzxv3CwNu/e2+secDU09XPTbcpmqBU0cKyCLH0n27pamjf9MN&#10;zqI5P5vWaSO5P0cCdoOWpj/Z61FE8IMjtUnpyqo8ZV5HI42k23KK6GWkabMyYunp6GWatXyTVEVf&#10;KVaraBQGnC6vUVQkvcKoK7M4TeEUG7d2UGROFpYFyEUjZqbFNJk0ZaSnaDBURUyu7iJIHZrvoKqv&#10;FzUrI7/T2rCowTxoP9VenqRhA8nE8Pt+weXUTHbfTamOp9v7V+1oRHKIqON6GrrfFStUvXSJPkJX&#10;NlGuZ7Nq0vILD1qGl4OPfW5d/wC4M1TVuTi6j25QUtPi5mhil+6kSFJ66mWlk/cmqhN5YiGUlfTw&#10;Ab+73d1bwom321DIaYHGvmSeqwJNG5nlOPL7f9jpL1WQwu16DHYzPQbbHZO73J+xpXaD77Jsgp3r&#10;mq4gZaejhhiUtIxUaIyi6pPSVbvTcuMxP2NHQ0WCgo1qXqa2ny0dDXVH8Nll+7MMuMgaSWSSWUsi&#10;CQXBFgLD21BZTxI7SsS7YrXpx7kyMCTX/L1x2dgslloa2qzuZzE9bNTU1PNNiavP42i/iNPSnFy1&#10;mIq5hCqx+KNG/wAl/bdmZyGc3PHNbi/uxSnd+wNt/wAHpNwy0UzzUdF52y9OsDlaZsbj1eSDU7NL&#10;44UBYgEtyR7asbe2kek7a3XyPl1WQsRXhXjT0/y9MGO69od3YhNk9s5ym3xWbepppWo546tYaKad&#10;7UmRarrwTXzwwMIhVz3ILPdFLG5eG3XtzeO64sjWQ1s28q/NYCRJ8NQRTNVk1qQ5GnDTCMLrpFan&#10;DycJb9y4ufZjcVj73aijy4fZ0nqr0EfHGf8AV+zoYcXgaLZ22sdt7bFNQ4zB4DEvQY+mqpapoKCk&#10;o6QrQr5Ls5jQgCQFgQl9JFgDNq3l2fvLcsO78XW5h4GlpUNP9niEOJqKYVMVHNT4+MhlSWSNDKra&#10;S7Mqrce3bgx3ESAtQcf9Xnw63GrIWLHVX/B1lxmSh3Lt3H5XbWUpjSZKkhqKDJeGbJRPEXAMsf3D&#10;xO4IDqGexuQxHBUrTFUO0OwNw7bzla27qHdO1aWgji25hdVbhaS2XD0lbka3IrHJE8//AAGc+nUy&#10;6kuVJKS6leKD6eGgU4r5kHjQDj1QorSFzxHzx/g6R+Vbd23Jq9En2nW7cyUmQyFVlNw5WbFZWivh&#10;2epx9Dh8djpIaxUMLVWuWpV/FrjKkKJAiewN57xoO6aWoyO/cZhdv0gXIU2PxmShrEwMMT+WfDZm&#10;kgTXLWMULOCHBU2DAcAwuliFmIY1GVA8q18yfnX/ADdJoARJrZsf6v8AUOsPXG28BFsNMQuMqcjH&#10;LSpjstkcvijin3dPBQR082cpaWdmaOjqbl6RQVEaGyAWuZPZHZNT2DSNkOqmq8pm8eqZLPiXDQSV&#10;lNisTF9rT7jwVCyNLpUyGOdhqZU03ULf21Y+BZ2a28xBY+Z/P9p6ek8STvhwB/qr8+pm08H/AHHh&#10;mx2WqMDj9vyZFaba8cddXLN97uTIyzVuKyD17LDNJNUtF9oEUMzyOgUsQXT2yexczvLEvtvctHuT&#10;sDJQNBNSw4SrzSZNKieUQU0mQ+0tFHSFnS7spVRq1KBx7rN4Mak1EYP2CuP9Xrw6tC7OKcT8v9Q+&#10;2vT7VYbC7dMmXxj7f2ooU/xGqkx2MpKGanVzUzvUyr4GDWDHV5wv9pg2kexUz+Ikpq9sxubGbfyz&#10;01VQbbxm0cHRii3I2brI1hSgOarm+2kIhBaNmC6lB+nHto6WRYySijJJoMdKdLk9tGr5fP8AM9Ne&#10;Oz8FZRKNuVlQ1Lk8TLuWh3flWgymBeimfzvUpSfewVBUlwTEqwqoN9Q06ffDK7e3fu2m6/pdxVVV&#10;sbF5erydTT7bnmx9BVUsyVBo4Js5TwxxSPNJ6I6aOGMs/wBSVPts3dvHDJJZDVTi2D/Pzp/LqnhN&#10;JIDJXHHhj5dNmK3Fs1Mnv3LYOkrM9ndtU+Hx24crRwz1UdYHx38co8Ph8tkJmhMUKVBnnjjnEcLS&#10;/uHVewjr8c9vZKgp45qin2023RrkqaTFz1tZK7SCrnq4Pv5mdWkdWZ3VmvwqqAPZAt/fu7IRXUK5&#10;/ZTA9eH8z0qCWzBVUVNaY6CTfHyhx20pNqU+28BJ2FV76zBxmDjpdxYbFUVPUNKENNUZZIpYl0gj&#10;SGUkAEyScg+xT2h1Z18tZht7efcmX3BU01RTUOdyT1lDWPCCystRRFI1jZVjKLI8avpFtXIAQ3Nx&#10;fXCCz8RVVWoacSBTGK0/aR9nShmEDldArT/V6f4OgG7Q+RPceBqN+ban2R17jcftjbeNq8zhYayL&#10;P0tI2XlDiePITvRx18T+eFpoI6JGjLerULll9TbH2PHjp8FNg6PJ0v3NZVTU2SVcnG0uRmNTVCZK&#10;sOHVnOrS4I/3iykWtyl0LtZiAwpT5D1ofPqjO8kdWWg/1eXRX9zfKjvzNYmPMtUnaS1lPFRDLbei&#10;/hdPVpQS+FKihE5kkWSNn0SmNipBII0m3tR4nF4vCULUOExNDhKN5ml+0x1HS0VP5LaWkFPSqqgt&#10;yeByTf21BYIt5JdMS7NjNcDjQfIdeY9qqxqBxp0EHaXbe5d4Uez8XvLcku5U2/jo0auFfWZCWtqJ&#10;EOuWqra68vnAJSUg6b/T3P1C/NyRxz9b/wCHs2W1xx/1f6v9jpomooOgGq9yvMrJTQRwAMxXSjDR&#10;Z9KBC5LfT63JueT7xOXN+Ta1/wDaj/t/ayNIlAFB/k63XpPvO8za5ZXLs7frYmwJ/wAD9fr9Px9f&#10;fAMf0s1rC/14/wBe9+fbhUHuAr1Vq/h6xt9LIvpLgGxvdhc2K/gX/N/z74sfytybc2AH1+pI/Puy&#10;g8GwOvLX8XXUYb6SaVBaw9RYhlHpC2tb/fce+LMSSBxe1rEN/h9fd0C6any69Q9Zo1Uqpcagl+WB&#10;QWPI/V9f9b3lUHTY/wC2/wCK29ss3dUdbBxjrrUoYFbkhgtieFZ7j6t9L8Dj3x/tfp9R/pe3+x59&#10;7JqnHA6qKk8eskV3FgPoQBqJLaieAL83/p7yRqAWf6n+n+v+T7TTMXpFwH+bpxajj09w3gpgxVvK&#10;0ZDBgPQ5BI1j8ji49+LKW5/PA/qf8PfirItRwHVGcJg9cIY5pVIMSlxpOsKGdFU6kK/4n6H2ndz7&#10;nodpYqoy+RjqXpaZDJKaWneplCopc2jX+gH9f8Byfaq22ttzDAtpVQa/6vn/AJOmLi8aLSqcTXPQ&#10;2dHdcbl7Y3hFtnalRgqDLR0dRWPNnquSjgEUYVNUawpLLI4LBgsUbfQk8D2WXcec3D2kcTmdvY2p&#10;kw2PqKiKSCbMyY3FN90yLDV56nK65GiWzCDTqBJHJ9qrm8tNvs2sIGNRk+px+2mPWnXreOQv4r0J&#10;bq37pjp7YvxtgrKHKbio8nvTeTwVX3z4qmiytQaKhLVmM24kaFxTqQ8jajyfXJpsNKj31sSvzu2a&#10;faVduqixNfHS0b53IbZooMJj8VFBN90klRDIXLxuimNFFiWAY2Fx7R8vvewwu3hMFlNVrk0+ZHz/&#10;AGdNXTWrzAk5GK8f2cadJ7ZvcG25a/M74wW1t2ZbGV2RraHY/wDGMtVbi3BvjKhji8ljdl0uQnc0&#10;YhmjV6iWWUxrC0lrKGIBn/RvubCxYTMY/E4rLLkN0TYybP4TLVdPlYtvMvhx1Xl6kNaSSoYiWVER&#10;UQCzFiRbc9wHMizk9nAHzPyH8vn0/GuQFH+TH+X59GIoe1dq5Hc+U2hW1FXic5j9u02fkxWaoGpo&#10;6iFWb+InHGaNTUNRusazaXIYuDGCoLe1hnk3xiUwezKOverweKqKZt1bjyCUgo8zW1MoqZMdjKJm&#10;0RRxJYRksDxdub3ZSbwrR5IV/WkGAOIHlw60iF5xJJwWn+qn+XpNbKoNqbpz8/aeQxeIpdz5ahmX&#10;bFGtI0O5MPtekJopJso6xpUNU1cpZ5wUKRKY4EaQq0sq+312vkNtRpFsnGU1ZicVt2orapnrKWnp&#10;qUQOqJ5KwFyVAuHZeNRBJ59+23bbJbWJr4Vm1VoT58T9tc8fs8um5jK2pqkL+z8+gJ2P8Z4N11G/&#10;Nw9110uW3DvHeM0FC8LV9BDPt+jo0fH038ErVEcEo0uYm8bMkaXDepiSwLvLM7t3DFS0GHzprZzN&#10;Vbjny+4Eq6aGNofuWpKHRA7qiBv2fGQfwPZhuc8KIPFIpgBf5f6v9jrcAY9qig8+jmbe29j9p4yL&#10;E42lw2Nw9CsUOMocPiExMNKlhH+6kMrJI7mxZ1SO5uSOb+4c3Vu94a2HdH3X94KnJ0yNt/EZipqa&#10;UwpHU6JIJKWpOuRo0s6GSyk/X2na/tpo/CJ0IvHqyQMjkqan06zQ7kwstVlqKGpBkwkkKZNo0LU9&#10;KamD7qMyVEV0BK31LfWv1ZQCCR2ymXOQq9nVGb27UPVbWxMtZWUcFVFS1uLyiAItLFTqwBjdAS1g&#10;VPFh9PZVHbQravEr0WVq+uOlI1hmIGf8HSHw+3pqNN51WHytAn968pHLjMnJC+Rp5qWWiWMzVE0b&#10;qZpVkedE/cAsqgnm/tupOsNw7szm4MvuKaV8LvvHx1dHjtZra6npaeESPtypSreJYYmsp1q1mY/i&#10;xJM7vc9KxxWIwnaMY4U/1fb0ljgSFW193DpKV3auxuvcBV4xKzG+Tr6rwmM3BPXLPhMfEuRb7Otz&#10;9LJj6arWeRmaaSSnhUuXLK5QsrNlfYuQ3HjZdnbXrDtHZG0SIM7htrJ9xlJ8rUHyS0zVtTIqS2XU&#10;ZCJWH4KkW9mtludrs0B8QeLcy5OM0xQegAx+fQY3TZ7u+nE7H9Pgo4ADprye8dn7QzG3t2Zaopsn&#10;vDsiB6DZma3fUnb+LTBUEP8AEqejhMFJNLj0cT+QB6EyyPIFlcGwAab1y2C6xqqzY1DgpK6X7vHz&#10;4Rs5r8mQqZ6fXPkKuogUJK0DcRRIQAfx+fa66nW4iFxM1AwqRXhXp/bLD6MDTlj0I3XuUye99s7d&#10;3hXZPGxV1fS1ceRi23JNU4cCnyUkaUuNlyieRQ2hfuJHjDuVGnQoWxguoMEu7MAnYHa228VS5LFz&#10;Q/3dydVC1FXR09EC6VL6illViNDMSD/j7j7cbm83S9XZtqJaOlHPktfnTOPLoTqyWkPiN8Rrjif9&#10;Vei3/ILsaq6xyGF2Z1Vka+XdG4JspWV2x8VjoNynJPkfSsYp6hJ56ZpZPJI6wPH6btwDf37eHcOT&#10;xtdXJs/JPnWp7yy1WQx80e3qT1XMIzlOqJLJY+mNCxJ+pHsUQ7HY2dukNwFcgUpk+XE/5hUf4OkM&#10;bySsWbAP2/6h9n7emjYHxn21v7bdLXdp9Z0fXW4a+MTNS7c3HVwZmpAkDGoqsfaRKfVe7rqZl/SQ&#10;o+gXZ/ee++w8Tk4KKuhFMtJK2TwpxUjyN4Y9X28BYkaZTxqmK/UX9roJEtiIo1CswPClaf7Hy8uv&#10;SRx0DjJ+fz6HrYvRHTnTtTjshgdu01FlUlejpdw5LIPU5GSatQxMJJ6uRF1upKaYo/oTYC59hVju&#10;o97b+2pOYcVt3A0cccldV0uQr6+iy7z090pKL7plKtE6gsUBVASOfp7L33SOK5Nqalz59aeEEBno&#10;CfLNf5eXQi7r7B27s6pw0GWbKTSZyvixlKuJxddl1gllP+frEx6OY4xcBmIJ/oLBiBJ6/wBv57bl&#10;Ltai3ftKfG7fpKv7qlfbdesGF1U7ag+XqopHExlZeVeQs3sklaKV5YoH7mw3rT5fZ0tiVoxU0FBi&#10;nULP5qmy9Fn8btDcGFp95R42aCKnr4Hq8hRmWH9mVcS0kUwX1hlbQYy1iwNj7zdmjF9mz4t87JLg&#10;f9yEtN9hg6rXVSUSyWpZKtyoTSTZiNJt/sPZ6k30G3fTWy4H5VJ9OkqWweQu5Jr009WbDqutMFU7&#10;eTPZ/dxYrkpc3uWoiaafIVCkVUMBiXWsY0qVRr6foGP4yYk5Dqw0sBgyOYjjkaOhKV9JW0xjcfte&#10;aOJkYWB/Kkj2UC3lvlMj9qn0FCfz6WeKsa+Gpr0qK6DE76xdTRo8sKPqgqXloJaeupyraWERrYwD&#10;YgjUAyn8E+2ev3pvbdPYe3MNS11DgNtGphO5sfk8jTxoqPLrmPiRvUCnKqpJuefZleyrY7QRbx1k&#10;04oM1pjpJaqvjlmNR514/Kn+r/L014/ZG3NrY6oysOJizOZo6Ko+3y6YyCp3BNEkR+3paaoVWfUf&#10;0jSVUk8gD2ZXcW0ttmCsfr2Wlj3ZkqeSlx9R/FJDFDJMnikqvES19C3IuD7KdluZBGL3e2zHkClc&#10;+Xzr0ouYZrgCJRRfM08vn0UvD9m9wR7snoe0sHPR9NYajmyGXydbtKNslWSU6eWhx9RJSSGIRGbT&#10;rtDqYDS3DE+wGrvjTm9vfb1VN2V9xNUVEVRmJstDKzyVF9dQ1MySMW0/2Qbfj2bxbzPuheRY2HpX&#10;+Vft6RN4dsdOSf29Cttf5R4DcWRqsTT7J3SzxxtNjpMStDlaeooWYrSSVja4PtGkAF42DBTcBmty&#10;HmaxW/t9bxbY3X9VUVNFQQiGuz9eqxIzILzNU19WGKgnhEhB/wAL+1N3e2myWitckGRuNKcT5D/P&#10;1aO3mmJkbtH+Doc6nceL2vteTdG5YlwVNFSGuraSmimrnpgw8op6eloIy80unlvHEWJubADhf4fb&#10;9L0PWYvIb83FJls9Vf8AAPF49YEx9GFPqlnqpFEkrf0IA/1vZDc2N7vkBmVfChrxPFqelDw6djul&#10;i1Qx93kT5A9IHb3YOM7z29mzsKT/AH7eubD1Ocy1HV0stRUvDeeCgxs6o40Bl1SS2+tgn59j1szs&#10;rYNTTZOXHYyLH1GQqHqJzEDUzVtQUsZ5AgJFvwG9k15tstxeRePKaJQV/Ph+fRgjTmGicOgV3z1F&#10;3akdCKPe1Hu+ipYxR01JX0lPgosJjhZAkElMwEr6QF8jjWQBzwPaEz2Og7Y+9pa7HVpxeNqknlra&#10;2Oako4442AVIvKFDg/6heT/rexI+6Jtiiws6Ozigpxr6n/Z6TC2CkSynj5dCttjG4vp/G0ST1mOT&#10;I5tEibE0oE1dlclp8skxZWLuy/R5jdFWwJHHtId07p2jt3aVLtyiSL+LBIftqoQSPDSlCAjzwwEF&#10;gABZBx+Pp7Mdis2soZL2/NXkNQPQdIbiSWe5xiNcfb1K69o+wctvfMbvy9cuO2hLSPjsft91Weor&#10;KxZQ8mSE1rRxqbqoBJf6m17BOdedd0mWoaWrzW8ciK3IRrVivSCKCKJ5R+1FSY+YlSx+gZrn+lvZ&#10;Fd7peSTs8KAoDToxjVVTOT0JO7tyZHb9BLUYvBnO1SFQlCKpqQNGbGWaWpWKURoi3JLL+PbP2zi+&#10;t9oUkWLq6PKV+bWcyS5uo/yeoqKh2sqlIBotf6XBIHs72+G7ltWu7xgAw7VHp9v+r/OjaUNPppj/&#10;AC9N+ycxuTcqf3grZMPS4KsgUY3F45pK6VSD6qifKOI9ZP00rEqj+hPPswOzOtNt5XYG3K+soMhk&#10;Y6mBqlaKeoMNKZAdKS1FirFBb+0Te3A9geLdLubd5bSI0UGlQPsxX8/Lowunjih1uQKCuegq7P7a&#10;rtoZ/I4qPNbbwqQQ491mnjlrsy8MqmaWCloPUrzOL+NSn+J/HsJavEbJ2zvBoMzWU7V9TIY6DFYS&#10;eqmqYi58cSJAosLkgF2H+tb2M77bLoWqyxtoFAanicdF1neJcHUg/b0K2D3Rk90bao8rhMbVUjVM&#10;ELrU7lp46GN4yLy1DU0Ds9rXIAAF+CR7M3RYTKYnDNHg5USpanZoqepn1rBI6+gysOLj8/gewVZ/&#10;TTbgJbtCwU8acaf4OjSeWN4tFaevRb95792pl69qbdXmGIWrWGuqaKkdWraeKfxyRwJZpGja1wEu&#10;WH59lqyuycrPk2m39uL+OZSsqHekw1NUefG46EXKvIi2Fx/Vvp7HE25XcopbqUiAoK4r9nSGOOBV&#10;Ony/1fn0YPY+Z2rLhEbY+CbF7dpkXRM+IkwiVDD02hpZ40lkb6Xd05/BPtloMbjN0Z19nbfgjysl&#10;Ckj1CwTPDTUqxjVKIorAMf8AkLk/X2kuJE2+MSXR73oPU58utgagXOAP5dKzJ5+jwGGnz+fqYsRj&#10;6ZI3qZKrSFgWWQRRGolUkD1ML24A9qDAdUbbyWQyFZuDBZmngokempGqaxzU1M4Gi8USCyxg/QHk&#10;/wBPZfum5T2xSKIgnifKgOelMVvHIhZaVPTDlt1zmjo/7vZHBV9ZVyRymX11FFHRE63YtBOCWYcA&#10;g8fUj6e4NT8dNuYuGtzUm4a2njZXmahyVoS0f6kihEJBI/oCBc/n3ex3O+3e4EdvFRRxauPtr0ju&#10;RBafEak+Q6aG7RSPMY7Bx4GtzFXX1CU7T4CaKvpKAkWefJSTCLwxgg8guf8AY8e0ntmo2/tWvnqk&#10;lnFJDMNNKfXXVCRr6pDGptGhJsgPJ+vsy3HbnYhJG+0+XTkUxpRBx6Eitiqqmimgi8cVRNC6iRiX&#10;ihdhZT9Ltb6/Qe5e+tv5bs7CVu4YscMRh8Yhn8lXoWSSGIgJHDHHf1P/AIn/ABPu9pcW0Uq7XanU&#10;5H+qvTU0ZiUSScSek/QVON2y2K2/WZN6rK5aeb7dXBaaeURtUTyFQToQBfzwOAB7R3WG8qCHF5DB&#10;w4SsqpMfG5gqaaGSSNJ/oryaQBYf1bj2lu9vjhvVeZ+JyOtrMWi7cdKGsgmmMBiqRAqyr51KK3mh&#10;v6o1Y/pJ/qPcOvxW5880tUtf9pNPIA0RqvFNFSg86wnqAI/2H+v7MZJggKQqQAMfPprTqPHqZ6UA&#10;UDSB9AAbf7f2tqjrmFNswVNCwqqgMq1bQ1Phlnk03IVpCWP+v7S2cs08j+PgDhX8+quCsoRRjpo/&#10;jVOmU/hcyyxTND54mMUhjZA2k6pVBVefoCR7iJhtvYrGU0+VxuSy2bVgKXFpVSx0cKA3Qy6AA1vy&#10;WP8AsPfhDJO7BXCR/wAz0rA0kY6kyGvlqFWnkp4qMJeSZkaad5L/AKYhqCqB+SQ3sVtt78kp4aSm&#10;ptuTyZdlMNHS4rGVWQkplf0AHwrpUEfqdmXj6kD2WrtdpDIZpnooyamhP546f/UlGlTQdIfeW1af&#10;LUsn8Vzj0eFLRy5Faysio6SURvqXzzsLBQbEKfSCAbE+5HY2wKKv25LnN2RTRVqxmYU8cwurv+lZ&#10;aZWKA/4C5/qfZjtG6m+uHhtaaFxq9fsr0lukSMqiipPn0w7T3fQfx+m2ht1krcbBAzGoZZWSKGFO&#10;HhqrEvq/Bk4P1W/tC9IbEh3NSblq6HDVNLjsXRy08GRrnDCevf1JHCbKgItchb2Frn6ey3d71Lbd&#10;oLcNqZ2FQPIev+r/AD9bdfDtS4wf9VenzsjsXDdf0uIlyVWI58nlqSlipYopaiokpWk0VU5ihDMs&#10;aXUNIwCgkC9z7AvLdb7yfebK7VlY7zeGKOFzKEVpLLH/AKlR+T/T2ItzuhDFWPAAx0zDCxIdjj/V&#10;69L2DI0VRRJkYqmP7J4vOtQ58aCK19bGS1h/r+zU7w2pXxbbwe1ttHHQ1NPR06ZOo+6jooXrZFvU&#10;+SWL1MB+m4t+efZNsiskEu53yFnYnRUGoUcKV4V/Z1Quskx0mijA6DzAbngqclnslXtWrTtUsmKh&#10;alq5yuPplEaTRpCjBfKwaQL+r1AEAj2hKXZ8e0ngrdw7hx9ZVUtpafHYppJqKnAPJmqH03tzcAD+&#10;pJ9uSi6vxpVPDU+bYP7P9Xp0ojlVD25p0rMbnXzau1FjMjT0wLxmpyUIoWe3AaCnkJcg/UFwv+sf&#10;YkUe8ot4yQYpJFkZEtAlNCw0xRixeSWwAA9tJbLtNuVGQf8AD/qx09Ghd/E8+krJtaj23UV2fpyy&#10;yVBMta9RUPIru7AaYYjq5JP0H+wHtQ01N/DaVqdoHSlZ3LySesyEE6maQ/j+ntIiBpvHQ9/l082R&#10;p8+oFXXDKzhkqEapiRCkUR0eLVYogj+txe5vz/re8WLqKPUxjo6WHGhnMtSYFIcj9WkIPUb8Dn3e&#10;a3a4lCk6n/wf8V025KDJoeueXjroKYn76slyrRxrBRxVQRyx4XU05IjH5JtwPeOsxmy9xZCMyGsq&#10;8i5WFIqeGKnp4lX9JKxLpDDi5JJ9rbmWWzs9FQoUcB/q/wBXDh1SGOR6k06T+LquzcFDIklHgqfB&#10;08c1U1XkMnkspkZJXYu6+SoILJ9dIAUD8cce3DMYSg2dRsZchR08E4VpFcs9QyKupVZ2NwLfX8e0&#10;+1QTbp/jCLSnAnh0zNdoH8GMV6w4PfU+98pNRU+Fy002MZkesCxwYtZWGlmje9nP1H5I/Pti21uL&#10;bmQWsbDLDJIgKy1cVNfU99Cqahh6rngAf7D2/f26pOqTSVp5Dy8/9X+qjgEjpUcP8/SjzWI3Bpp3&#10;qpzLT+Vb0zVZEYUckrBHZbKOTqJ/x98a/ay5asFfmvt8bj6aPX5DTRtLLIB6FuxF2Nv6X9t3E7zI&#10;LWxGtjivkB6nr2qG3GePp1JodzUuJpRQYzzZrJSz8UxqXKRKz2kfkNoRb8AfX6cew7z2N2ll6uKn&#10;WuqKqSnHjaOJ41EYbjQAL2vx9APZhBBcWUAWQgH5dMCQSPq046W1DUZh45JKqjp6dSQ0Y8ru5BAu&#10;ZLD2vtp4Hr/AxJXJtLHT1tMAYnrENSzOo/W4e+piedIFv6j8ew7e215fTiJpiqE5p6f5v9Xz6V1K&#10;J+iKHpF7lO6a29HQZ2XHQ1GtHmoIKeKoiD3AENTKrGO3F3JuPwefaV3jvHcWfywpqTBCKlhIi1vT&#10;Q0VIifQC8g/SB/yL2J7e227bLEQwnU3zySf9WfXpCiEOWckk9OezdoY/bFHIVyNdkaqrkaoqKqsy&#10;dVXzSSOdRIkldif6cf63tpijlpPVT0ONkrEGuWqeR6jwfn/J40soJPAYnj2ypDqPF8/Lp1m0LjpX&#10;SAVBXVUVMcJ48KqsQkuOfK7jXb/AEf7H2y1O9Kulqft6injHi/cmWmjE1VJzf9x0DED/AALe3biz&#10;QxBRivz63HIa9c0oIFYyAytqQKqtI5iQAcFIuFB/xtf2+YPOLuqr+0GNP2zWSM1jywopc29RjIv/&#10;AFsD7KphFtya0ywGelMf6jZ6wVMX2tO8wqZIzGNbtHHGzuq8sAJAR/sSPZsqLa20Nj7ahqcbj6D+&#10;JvTiesrI4gJZJSNT6C3IAPABPsM7Rb3fMW6s94xEYOF/1fLzz86dMX121smiMceiFbr7M7H3Z2LL&#10;tCnauodvVNeaKHxqkMcdGoKNLPKqgu7m+o24BsPpyRPubPwbjyLxQiCnmDFXklZzISDbmOO9yfcv&#10;u0FlZiBR8Ip0VQwniTxPR2tjbdk2xt6jxclU1U0YMmo/pTyHWUQnm1z+fYgfHKlqcVUVVTQlaqeC&#10;ilHkYFYoNSENJdvz+FBP9fcS8yzLdXUcTGgLjA4nP+o9HiR6bct1D7IpMXkNqV1BmH04+raGKoj+&#10;vnXyAiFhYnSTbVYfT26b63DuaqrZTJW0NLCJCLz1Pmmdi1riCL6c/QMfY8j8K2tEigTSABwx0gSO&#10;MVKjqJsXaW2cFjIUxNELugdpTSPCvIuArSKt/wDXBPsG8zjcxkahAkdVWzzkXljgPItyxUcD/AD/&#10;AGJ9tfVhE7zSvVhFmvDoRPREn1VEQW5IVVH45PtlllzW2nfwxy07oAZp6yT9wm/CpGPoP6e2REkv&#10;e4r/AJOvB9OB+3rkCrrcFWU/kWZSPamxO5K/cLJRNk6hZ5rBjFGHkCgcrGzXAP8Arjj2xM/0wLEC&#10;n+r/AFeXT8Y1VI6xrDDHykUaWueFA/1zx7bd35msxYGOE1TO6AKsTNbSDxrlbgX/ACfa+0UGLx2I&#10;zX/V/n6YZvEag65KE/WoW7AXYAcj8c+0j5JP6v8A8BPuP8y/+c/1f/Bf9q9sfVr6/ip5cP29P6D/&#10;AC65+//WYjqZrn8/g/0B94GjUBQcR13jAoKdboH7YQWHpB5tz9fxz785JAUXa1/pYD6j3Ze0j/V5&#10;deatOulVbM1vGD9Lk3P+x/w99xO7PpI0/wBAeTzxz7dYAr9vTVKcesMsaRqHFyQbk/Tj+n/GvcqV&#10;A66W5sCbDgD/AF/9j7ZRATrHHq1aYA6jxztGwIsFN7G3P1sbe+lhQKLEgC1+b/61x7dbUcdaBIPX&#10;FqhixJF2P0FvwPrz76EUayA3+v1v/X6A+9H4KL5ft63XUanrk08rr6gLf1tYW/P095XV2dNLE/U8&#10;kWH+FvdVoq6iOvaa4p1jDqFYMLfgFQdXIsef9t7nRSCJSHYc35BuPp+f6e08xLDHH/J1ccOoTQeW&#10;QFUJVf8AAqNX+B+nvklRc+gEgAWJHBF+R7sqUBqetgHJ6xzU4sNZCkmxAPI5vckf4fj23Vs2px9V&#10;IHJuOT/ifb8Yx69Msc16cKGn0K5Bve3HJsoFiQP6e4L1MYjK3Ost/X/bX93ZCWr5DryvSvU+KnlL&#10;lrekj8r/AI3PB9xlUyOpPNhf8cf0+nuw4HqhJOepUjLErAH6k8i9jf63/wCI9qOgThSSOCP7Vv8A&#10;W911EdaFeHSRy8gbUAt+Lj02BI+p/wAfbvVUomjDc+gfUD6j+lufbOpg1Wp9nT+kMPn0n8dXpTOY&#10;h9ZHJBN7BhzZmH9fx/vPtO1hC6k+ptxcEj/ifbqGuemtJBp0s6FWfS5Jtf8AqBb/AA5+vtLVYKEP&#10;zfkKD+ST+bf7x7eBBNOtnAqelXTEMpXi31JH+te/J94YTruXsCRxYfU/63uzilFUdUp1lfjhbkXs&#10;QeLe40juJLagFH191HVuAoOpCKpS+nmx/wBf/D6e4EhDTXAv/X6/UH+nt5aBM8OqHj1mFwtvp/rW&#10;/pY+3ik1H06gL8n6f717o5U5HVweoFTZRq0lrWsL/wCNv+N+5EiNc3b0i1geOD/X/X9tV8utsM9Y&#10;o2UqNK2P5t9P6f7x77iiifk2P1P1+oH4497OOq8DQ9cZZZFFluOR/T/H/Ye88cYP4sLi1v6Xtf3v&#10;5Dqy5PWGSUqPqSQGvz/sSOffp41RbE3B5ve/+sLD3oAqadbYrTHXVPKZSTax+n0sOOb39t1TKIVJ&#10;RAxccXF/8LDj24B5N1T5jqfChlb1sQAeRfjlr/77n20q5lcF+PqLKSLf7D26qac8etK1D1OYaVsO&#10;bfk/4f76/uYKUOFCgAj6ki5/1z70xodQ6cqG49RvPY+o3H9n8W/r9ffMUxjb9IYkm5txyP8AD3Vm&#10;JFR1QjrvzK/1NhwQPyRf3wLOfQ62XkXtb/YD24B174evBVsWQm/Bsf8AX5J/5F7kwHQANBYBv1Af&#10;T/jfvZ40OCf59bDEcOo03ruQ9uLleQb/APFPapoYY5dJZtAA+n0v7SyBlyOrKQMnpK5CpkhuFQyO&#10;3Gr62+v495K+aOICKAN9OTb6m/4Pukeoyd3lT9nVyRp64Y+mkmVp52W7GwUXIH+B+g9wVLONfBP0&#10;sDzwL259qmooqv8Ag+fTPHqadIfxsWsSPUebg/X3LoqkopVgdK3JLkEe6Eas06uMHUOoWQow7go3&#10;qa9hHqFuLcn6e+c1Qmkuukm9+ByB/h794DJ3HrzGpz1ip4nJWF9QW9jqv+P99/re2sVPmb13NuOf&#10;x/rD2+iRhdXDpvNadOzUzQJZOC9jx9Of9V76K6+F9QP/ABW9vbctRQ9XoOI65wsE5f0EEHj/AAP6&#10;h/tz7w+JtLMwC2+ouTwOfp7YGTQ9VoeHU0zqCoQliw4YBePwb++KTA/oW4H4AsB/xHtSFVAR59b+&#10;XWKSFmILsRybHkk/63/I/fGWr0poF9R4PFwpA/HtklQ3Vg9MDrNDRlmVzYKNX+u34ub2/wB69sFZ&#10;O5IYXup5A/1uf9b29G616oQSOnmGIKpFxz/yIC3uRSJNUOtgSBa9+Abe7SFVFetKpPHrBO8UMZuQ&#10;t/8AYkf4+1CUaIBbW1DkW/r9faMMCadOD06Zg6y+u/6WPIPF/wDYe3Kmpmli9NgP8Rcn+ov/AL17&#10;8W8jx6uGUCn+r5dNFXVRwTeou1/wDa35+n9Pc6njRD6wrEXtxcgge6E1Fem2rQ9N1VLK4HjZlDcn&#10;kgf7C3v0QvKSEZEDeprAAkn8D6+7cVzk9boafb1xqGKQgNIryFPQvJKgA8cf1Pt5FOkpChbki4Yj&#10;j/Hj23xB+XVguMdJl6+Wls7nSgIugBLaibL6v9v7aK3Hkl9Mn0Fwv4tf/W9+RyB3dabSpx0psfll&#10;Ij1QsNRF3NjzawXj/ivtLPEVnswJHPFj+eebe1MT0BB6pxOOleXDQKykA8XNx+PyL+/VQhjhd9Kq&#10;x+thz/gL+9DjSnV6UBrx66pWmklQamKi/J+n+uB/t/bB5kkdSic8Egnn/efb6roOf29M16eijBCG&#10;Y2tb6f77n2+UeMatZXQWA0jgfXi/tp30k56dVQcHpmrcpHQIVksxNzybG/8Ajb/ifapSnFLGIyvq&#10;+mogarX9tahKaHrdKZ6SElSauQzI94wSdIJK3/wP9fciWoESRhL2Fv0gX/2qx92VDqrx6bJJ6hx0&#10;v3DzeQWuRcO3HBuLr75Oq1kYDghubs1if9j/AK3tskq1Rjry18+uoS2PlOhldLGygEgG1zb/AF/z&#10;b28UFFQRQHUHkksSGe1gbcWH/FPbUpZuGP2/6v8AZ6eRgDQDpMZXK5qWt/Z8UUBYIypwxBP5f6A2&#10;9xKjHioSXXIVVgSqoLX+mkE+9BwKU6sacOPTtRZdqWWEJBrZQA7yEkf0Z1uPaHydAR+1DZmU2BJP&#10;HH1sPatGqdRqP9jpooTkDoRsZkA6+WY6VcavpxybWBtb22JTtDIiubsbHSosLj6C/wDxr2pSQMfT&#10;pulOnGSZZYnaP9PPJ5sPyQPatowoj5YoxHAB+v5Nv+K+6Sk07c9XqAcdIqs1NL/m9aA8lhwObA8+&#10;5NVKIo4/7X5Ia3+tzf2jGTXreesdFCZ5JvotzpUqLMB+fofcL+JliRbi1rf0JPFr+1axx0qePXix&#10;Bx5dSjiNAUhnvcljq/ULfkj/AG3vBVTRQIG0rrPI49V/6+2gwaQeQHVdZOep1JTTTa1LsV+ltR0g&#10;XtYX5PvHTV5lJJa9vT6m/r+Le1L9ooOHWgT1wqsYkdrKt76hoUAi39oce3SnVLFtQ5HP5t/j/rf6&#10;/tJLqBoM9XC6j021DtcKUYW4FxwxPAH9L+5qMESTU1yRx+bH8ce29JYYHTlAMDpulTXLDpGkKQGu&#10;LagfqCT7htVSKQrAhTxdjzYfQafboC00nj00VZepy0MT3kQqzLYkKOL3B/V/vHtqrGmU6oUZix+l&#10;v6/ge7q9O1sgdeox4dPVDHA4/dkWOwI/oLD+pNvcinhNUiowPnbgWvqBPA+nvTFVqy8B5deoRx4d&#10;RKmoFG7SKR9ut2ZmtpsBcn1e3pMXWJCaeRdPACte5AP1491MgkOoeXXginNePSakz2L+4WqhlMmo&#10;kFSLBv8ADV/Xi3tjyeNkpEWRWZlU+sj6m/4H/E+9xy91HFOrstBjpT4fLwZBnRV0uf039IUj+o/P&#10;5tx7TksP3cq+NCq2AJYc3H0Ivx7U0Ciq9NaSTnpTRT/axHzOrMCSADYf7H2rsRtmesEXqYBLH1DT&#10;qA5AF/ad5Sjah1cKCKdIHcm+sdhUmMwUFgQQp16SRa/H+v7F/C7dZQgdSQtuWX+n559pnkDZI49O&#10;6NAz0TDtLunH4pZlgrYxLLq9CSWe734UL9b/AO8e1/FQpAo0qL/1A+oAtx/sfr7TodZo3/Ff6h02&#10;w1Ch6IzuTsWqy80rPNMEYkKGcnWt7G6g+8ijx8llBJtckD6+n8ezDskWmnAHl+39vVNI/FnoKKqo&#10;qqmZzEJJGdhp9Nzf6XFh9P8AYe2yvysVHGT5V1fSwN+f+C+1AiVlyuPmP8vVmpo7ePQk9cdSZ/eG&#10;RRnpJkpwQ8kkoMcagAOp9Q9V+P8AX9h7VbthVpdUoUj6ajz/AIcD/ifajXGselQD8+mQG1VPR8cD&#10;8a0QY8vC0kaqheNFtEGRRe5/r9Db/e/r7RdfudnlOp2aNiQpDW4/F/bNRMNLDI6uTTh0ZrbXVmPw&#10;lJGlFSwwzqodh4wx1BbED/ivuI+ejWJ442B1/wCx5+n19sNbV+I56urilfPpUwbWkNTFUSxkCK4C&#10;8KLfW9hYe2+auaejeNvSC4J4H54491lQCnn1oMePT3R4xKfIidf1CMj6/gG/J/5F7iCiVYQWVSz2&#10;0knj63+lx7TsWDUXqy6SST08fxAtOQrtaMG6hbH+g5At/U+80tAfBpQFgRzzYAn+nvSv5t59e01r&#10;6dRo8kPufUQpU8c6iyjg2/H+w9pmu8dMwVLCUE6iD9bD6XPtbCCQadNsPIdKWkL1Ch5ATGyjSCPo&#10;Cfzb3KoM4kSNCxs7Lp4Njc/kn/W93eMOoBPVFYrx6ba/BeaVJkAIR1ax+nH04HtprjUVDt4iCpHL&#10;MQWIPAIHt1HCqainXstnp4pEihRVfhhxYAhbj68/8R7jUsUsav5Lr4/qdJLNxfj3tm1gU/1Z/wBX&#10;+rHW/h6zzPGSumza/p6gAL/k+8U+UKxHwP8ApNiosGP+B968AcWFeql+uUdIC15Re44PNv8AYe+o&#10;spLKtpU4+l+DpNrn3pkVq0/1f6v9Wer1NOuzRpG10JDEgnk882/P59x6mogpn8zaWDAWuPpf68L7&#10;1GlBQ9UZgBXrMivKpXlQDyR/xBPuJNVzSIzIQ0bA/Q2/2HP9Pdm7MEdaVtQx1lSFARcepf8AW5/P&#10;tiFfWwuFItGHvrYgfX62/wCJ9smTNOPWqsD1nKK31F/x7VNJmRLGyO5LKtgBewt9OT7djjUnWOr6&#10;qjqBLRgMGQL9fUfoTf639slaWqUkWGZgx4AFzz9T7f4Z6aajY6moCo5AH9TwP949s9Diat3treQB&#10;73BFuDck+3GkouPT59eCEGnXJnRP1MB/rn2s8cVpAVm4NyNR5JYf6kH/AB9o5jqAK9PDtGeodQpm&#10;/Qf95t+Lcn24VmbKwadBd0vbVckgi31HuqIqivn1ssSMdQYMaolLhtKsBcKLC4N7kH6m/vhTV8cs&#10;B1ICzAWQck/4k+3pF1/Knn1pWK165yUzpKCjEAE8n6D/AA94gY4W8gQqW5t9B/ibn3Twn/IdeBAz&#10;1nJMg0agfx/jf/ff4+1BSyJOI1aQvHa7IgAuT+NR90ZKcBnq6049MdUrw+R0RY5D6Q7+oAfT9AH5&#10;98srVR01PJ4UB/GgkOfp/X3ZF0mrdac4oOsONp5amVGmkJsAQwXQtwbfT2gQ1VVOrAMVJPJA9JB/&#10;5H7dLqBTj0yoY8elfaOMW4B/pc359waxWVbyVSlFcjQzDUD/AFJ/x92RX+VOtkqpp1yUg/RSLgG9&#10;rA/7H26Y+mmnMTLIhhCi1uAbn1Et/wAV92cBRTrwzw6jzzJGGuG1H/b3A4t7V8OIowC8wDAqwUAr&#10;pLW+p/2PtGwkLY8unO0Dphmys9wkIs91vcMSFvyv+Bt7S+Zx37DJTlfKosFLaRyLA6va2LSDVhx6&#10;bYAig6eKSpaU3cWU/Q8/X+h9oqJKykRoqhZEKD9YVgpP5s5+v+29vsyjh00qlK1z04Agi45HuOK6&#10;oqllgGpSCAnPLaTyNR/J/HuuOI60pJJHXdvbjRYla142qlaNwAdLA6W/Fyx5J96YDiOrgZz1wd9C&#10;k/W34B5/23tVz4+mp6VEgiZJkHEjcK1jYEAfQ/6/tKGAbJ6eI7MDqLFNI7ksU8ZHCrbWD+bk/X3j&#10;x7zrNHHKVMSG+lj6gb8EE/n/AFh7cLenDppRQZPXOojQo7Lw5UgEc/j6G3t0yNdN52NLIFjsAfVx&#10;ewvq9+UnTRurSDUajqDR0cYhQTJeTkkkc8k/p/2/vPBUUMdJHUSzh6ly3lIAC/Tmy/W3ujxajnz6&#10;cV1CUIz1idaxqh4UiC0yqpjNyWv+QT/hb2j8xkKGmq45YCsysw/AOm55H+8+7RxlO08Om3YUxx6d&#10;oBKYQJhpfkHSb/7H3FnrqStlWWRBE0f+btwwUGwJ/wBv79Rq9vVWYNQP1kRNC6bk8k3P+PsQafIU&#10;hwzQgp5BGToaxDarfX6+2yraw3TwlUJoHSelo6g5ZZ+fFxZxZdNgeD/X2HDzFZZmWYI2osI0YerS&#10;bG3/ACL2rBNK0z/q/wBXz6T1yfXpR2H55t/Xn3kmoEr4UnMMrtpOsob3Gm5PH59thiD1YdwqOutQ&#10;BsSB9LD6f4e26oploFjqKWF/JHbUslyBxe5/1h/j7r4zFtJyOt0x1y/3r/iPb7idz18lEZaeMGoR&#10;rcXBsL20+9AIpr69aVnYGnl1CqKGmqeJ0Dx6SDG3KG/9Qfahweer5ayUV7EpOul0flGVls31/P49&#10;28XyXH+Tq8epDVj025DDUj0sawQJE9M6yQNGNLI6m62IHtG7qWkknMNPSRmdpD9tJFbVqPNrD26G&#10;bTV+qPlqAdO9KJBBH5GZm0Lq1AXuBz9PbYuKrKWhmqI00TygK+lgJAAeLgfQ/n234mr7OtaKD59Z&#10;7i9vz9bf8U9u1JnY8VSBcpHKiSx+CNirEl/oWJ/HP597WMO1R5de8Roloc9YpYi5Qq2kq4Y/4gfj&#10;2psfmKCCKJ/tvJInI/cJYo1ig/rx+fdmjVutiXSK+vUKqo6icyKlSY45FA4RSQedRuf68e0bnKmt&#10;p62SuVZY4ZJDLTzMrmNebqpt9P8AAn3VGQNoNMdVkR6+JTHU+JQsaR3DaEVW+huQLG49yEy+Zz1J&#10;PBOvnoXAWYfTR9NTgf0Hu80qJTTx60gd8nh1hjpKWCTyRwxxyEFdQFmYE30k/n3Gl2/RPj54IlSo&#10;kCEq4JV0Uf1H9R+L+02tga+X+r+fV9CladSb/wBRb/Xt9fwPbFj6c4UMauVWiDAJMhHkRXN9A/qf&#10;8PboDMaU6bChBx679z8VS0+WqyprKlqaM6Q5GklXJtrvwePe5pTGmOPV0CyHPDrixIUkC5Ava/1/&#10;2P8Axr2ocjXUeIanoo653SBlXySy8+Jv7dl+trWPvVvK8g7sHrb+EKAcB1jQF11yRqrMBdfqQRxy&#10;f+J9ts1dFX16rFLSyKHsslR+bjkxsRc/7H3dzpWnVaivWRQFUAC3F7D+v9OPYi7egqXoJ6KpngMb&#10;ajEQpHkA4KrpH9PaV61qoz08mAQTUHpiykkcE9PVCOR3RgrlSAI1I9LOGI4v7T+ZxlZgdU9PURUl&#10;I4aaF6j8m12RW/29re3opNeGHDqki6M1oOp1HXU9ejKrJJJEdE6KQQjfjUP8RY+wvoNw5bKV9RFQ&#10;1Kx1UgdY11DxTP8A2bPyBc8e35fDABYY6SxkuxCnPThZbWIFh+LXHHtmyG08nlJJn3CtXjclfV4V&#10;k+7p6rR/uzUCSpIPvXiBsRcOqtEf9E4/4eukZXUMhVlP0KkEf7C3sQNsxY1cU+CqcWr+ZGTy1Shk&#10;NuNUbOdSH2naNmk11OOn4XIHhOuD1jlVrq4dlEdyUUX1g/UEc3/31vfe24n27WVRgqqYU9OxiMcY&#10;Ml/XeMkm44+hH+v7ekjMnEcetodBOjr08SVETRupKuBxcqR/sR9Pa/p927ep6+keqWAZEnWkUQCA&#10;JcEtIicfXkn2nayLD4qD9vT/ANQrdrDPTLV42ulpp6SCqKxSxsmqUs81yCPRI3+wtf3E7A3Nt/M4&#10;/wANVEkxiqRPalAWWQjjQSn+8E+3re38IHSaV6akkDihz1C23ganDGQPVTSwvBFEIZpGlEbRkkPH&#10;f6fWxHtnx2YyEtbhsbhhSU2PrYIjBRFkhrzIPRZ4lte/5b3ZUQKXOT5nryhnZc0r5dPdVDSRQz1d&#10;aFKwRyyyTSamWKJQZGKqSbAD629rOKpnqJp6Hcu26yobG1EkCx18TO8kYGoCAC91tysgPtDNApOt&#10;Hp08pYFkda09emSH7KqohW7cy1DFTZKJaiOqpDTy00jsAFq1IurXHDKRz/gfaHy+EjGUj3LtrB08&#10;JrJGxtfSVsjSVBQrof7QfQlkPIvx7WI6xx6C2or0yY6t4gWh8+neieoijFHkquKpqo41naphhNLG&#10;0Wr0sy6mAII55sR+Pr7F9qDKbZ2nXblp4cY9Xj6JHakmQzVElNGoVlZ11MGC+ymNPrLmkgJXjX/N&#10;0qLCKOiHu6Dmv3Tg8ruuh2ZKM2RXmqeOtpiabHLUwwtUiIzXGrWFYrZSNX5v7DvG5uDK0kNdLCu3&#10;0yEhiVamn+0WWoe+rwu1i978WFx+faxtELFVz656YRyyguNNehIMJgUKDLWvCFIVpA02n+xqDcXN&#10;vrxe3tc/3i2hFRLsnd8GMySSmNW+2qWSscMurX9yuhwfpcC359o5LCeQ/VWz6W6c8df7FzX5dB7k&#10;cBuOtyZ3TtnMZHF1L0kkH8MyarLi5FDHSHxlyAxPIdSG+nNvcbKZ6XI0dXidm0/8GxeEolhx7sWe&#10;nB06NYkDF2N7amY3+vtZDHHDpr+pIePn0zIsjA5oPLrPt3az4q2R3fXw5zcWZqL1dU9NHBESqkwU&#10;lPSi6pHEo0hV/wBckkk+2rZe3t17bxdZk63cVFlancEZSWmaSVY6R5ZPGfuHf1LqH5Ufj2zJuDy3&#10;QUoVCefr16K38OH4tRPU/Nvgs5WRYutxtYWwVZT5Gmn+1URPLSx+ZGxxBIcobAqwFj9AeD7BfEY+&#10;r2luDL0zYBZI66oyEdTkp1jqofLTuXeGETlSNXOgm1/x7MpG8ZaknpiNWicgLg9LdGirYIJo5JBF&#10;KkVRGY3aNmSRNSatPNiDyD7FSrzu5sZhaXKnx4nY8kKJhIKOYfdz1DjTOK2AXMKXDXduPpz7pbJb&#10;ANpUeJ5sR/IdOuWB1Vx5DpIwU+167cWSo3igyG5qKCinyctTRVN4KWa8lAIqiSMQNYWskTkr9WsT&#10;y5bfytBg9xY7LAJnJMpSQ/w+naJ6lMd6RJWTzyH0L9Lg/wCx9o5Y5JwUDaQD+3q4oG1DzH7OuO7M&#10;HNunbmUwT1uSwMUjPFLW46f7KoniUXiSlnhJcK91VrWJtpFwffW7t0Y18gKaOt/vNla6okyONgoS&#10;scOOp1cRyGTXxqQEAixA4J49q/pJEh1V0Cnlx6b8VdWlRXrBs3GVFDQUlKMO+Ap6Ckjx1UlZJFU1&#10;WTlp0CCpWaJ2/aJuQ7kO1yCq+1BvrZ9XVbbocnOtXU1j1GNVcX9zT6ZIjb7ipeWIgAKt2OoWBA9o&#10;7UTMrBRRc56fkEZoFy3SX2n2NhK/eeZ2fjRBImLhrJ63IxwV9MkFXFVpDHjGFUml5GDl49EhLqpI&#10;HB9vMuD2/sTblLkGr2XHyRCaskmgEs1JTaTNP41a+ongRG3DW9prdJbuUgj4Tn/i+tyukCcOotFu&#10;/Obs3Bn8ImFWklwWsYyZq9hRZKdiUged4PXGEIfzx8kobDnj2Gm0Ow8NkdxZGukydUmGfGNjEyuV&#10;SnpMggWctGaMzG5J49Nh/j7X3Q0qsMIBIIwOH5/6q9J45dXeeFOlnn9t1FTgKaHH0VAuSo8hHlkx&#10;sMlRBh66u8bRSw1hQBmhOssSyHkA6b8e2il3jTpvJ8ZuuU4zA1DV2PwGRyFC/wDEqusZxEr46pYA&#10;cxsPVyAbWNvaloaxaofiGfl1UTFJKS8Dw6dq+jrYcV5cPSU75Vfs5ZaJKxqahmkQhpopLqQU/Vxp&#10;Uv8AQke11tqt67ocqNrYyGSvzuGklkoMrnZppjTsW9dXDXKAgZNYUgD6EXHtKUkHfdN2n8I/wdOG&#10;jnRHinSI3DRb7rqKnyNTk/ssWKRJ8tg8DQQT1tdGUAnxjDILIxWQEgmKRXH0B557yFZ2H9hT0VDF&#10;QZveGOq6morKWkp1qftMPOzLFPIJyiMrkIV1EkG9r+1McltHWSRdK+VcV6dWNtOkNUj5/wCfryw7&#10;Do1qMhUVMeE21nocZQwVFXlziaLIZaFpTHBREyxzR1CopRwjLrsVsdB9tse6NzYfAjP7nolps9U5&#10;XD4rHxy1nhhgWpZy3nhi9KrGwGoLckAD3aGeKdyFFEX+fTU0bKADxPTpLt/B1dbTbfxq0y4SXG5i&#10;tydNTwxVH3FRJLTU0MhrZdR1uskpuSb8te49te0N8S0uTzQ31TZqKfAT1OZgr5qeqFHWwqrxLV0E&#10;DoyinYOLayb8ahf6PXLCQCGA0DcadNwoYidQyP59Zdy7ZkrsM1BtVMPRfe0yYWpV4xEooVdfKPuK&#10;J1kMkSxsqBH1KSWBuOWNt5SzZvbGXo8vkMtSZl62Co2M1PUacpQGqME89MaZBCNDW0xAEtewPHtH&#10;KghgYLRafi62HZpAQcny/wBXp0+1OFpno6ulSCHHTU1KrUe4NFLPUUdTFBpiqzLVs8pkhHLPIbML&#10;3PJ9idS1u5qjOLiKTG0uwq441qrb5K1X2slBVho1evlgRjA7SAqschDMb8cH2UPeQLGsqgygEV8z&#10;UenrT5dKzExqjGnSQmx22n21lzmKip7IxwrfBnUrExteZaqlZPJEtDaGApEpV2RSbKLi/PtS7L2f&#10;unFYrKRbr3cn95s9VPJHNR1MMU1BDA3llqUjYMZGZVFxfTpv9D70Z7u+uVMUPYBSpFK/kf8AVXrQ&#10;8KGKjNX5gfy6DneO/wDaBGOfD7dlz229rUy+eCk2zPVYmreuUYrF4emqQnigCO/q9BKkLcBLlg7z&#10;GdxNHmaX/L9y7g3DTY5lw+1MQEr6eNqosn3eWFv83MfWyEL+Bb2butxbKvissag1xx/L/V/sJ2Oo&#10;6kr0LEdDVSRVS0uOwuJx1XVpNuHM1Cy0NbVQ08WkGhSDSVkpwqxRVM05VQupQbe1BR9dYzcu38JB&#10;/BcE1RtGrqa2CopIFx1V/EZU0/ZZKl1iOoXWSZFdtPAKm4PtK9/M8miMMdf54+X/ABXVykKLrelR&#10;0j83uvFbD3hksrm9zblSl3hFi6akwtdJNktt46LHRyrNl8GaKB3ojLG37gL6ZHClk1FG9hjlNg4y&#10;tr6qr27GF7Kqa1qbF0GRrZGwFblMdCKmuo0jgOjyiNbI8j6L218er2uEkwr9TQIB6Z/Ppnw0bvjN&#10;GPrw6EHI7pTDULbhyE1Kmz6fFfxGtyHjqY6+jo5irUuRmhcq3i8esyRpCZPoVFwV9i/t2t29s/Yc&#10;GP7DylPhd3ZuizNPPTZmsSinyiSS+KpliiYsEjjaQRRErwBccN7KksLq5v8A94QkCNPhB+zj/qPS&#10;hrlECwHNeJ6Bfc+f3ZuvsDFY/ZGPXc+yMVXbby2W3Vh6zEvRYLI0zfxKPEr5J45Kx5I1jmqEpi1o&#10;54laxPK82Viuvus9mo2z8XJmqrAUZM+bjhgnr61a4g1SjIThF8RZQXJYKqi9wOfZelpLeboX3CbS&#10;AahRwx/h8+OeHV21xw+HGukH9v5noF+x4O5O08/SbQ3NLitg7R7ASvwlFt/KZPyVlCcU0lfQ5Cem&#10;xzkvkZkKNFBHUFHYaXX0gIW3K7SpN572n3p2HBk8Fi86agU71iPLRUM2MdKCgx0SxaRNNO4EjKPQ&#10;0eoxsxuQfX99Lo0WVDpxT5DpLDCle8VP+Wv+Xo1m0qDHde7JxXX+w1odyZDZuNxFCMU2TpKGd6eo&#10;l8tVka5ryGHygzSqWVi0hCng6vYhdlbfpNtbj2Nu+Cry+ew2fyv8NfaWIpaSLB5DIVWJ8FKXrq1l&#10;FLTSFQXV78ji3qPtqwnkurAlgFK8fXBP+b/Y6vPJ4UoXJJx5enn9n29Bj1v2Tmt21XanV0wl2luT&#10;YGOoHh3DlquHObgjo8+9XNBV12KpxEs09EkauJY6h43MkRYAkiQP81gosVtjL5/d2SrTiqnMJhGi&#10;oa6Kdp1Z40oq1JKZXUy6iUdtWkPYWHvytLLKYrYUAGSfn69WmZI4+7JPQ/wbioqnORYCkikWtGDG&#10;aVpqGogip6ZqkUhgl8wRo3ZijLGVDFbm1h7UeYyu3924Sr2vJS00u0tuYSOpwtHU+OiyVLVbYpW1&#10;10VZEV88vlLCFVLIWJDfkh20iNkNKnUZD3Hy9f5dUcLINbCuOHp0i8fs/wDu5lRvKqetm3dm829H&#10;mJcTJlMjjKjHZrKw09NSJiq+R4qWGngho2qKqNEkAhJLspKNG2O+9BsMSPmTg9tVdaJ6nI7gzmPy&#10;G8JaatiCUmNpMNQCSKGWWRhqedlkCEniwA1bxB715oU1sBTUBgfOvVXkJVRIT+Zz/LH+r16b925P&#10;Z83Y23MFUbb3Fnd2CmmqsZHBtfMU+2aKGjT7yXL5jd0lNHRSRw+mNKdaqUiZlUQGVlKond+2qvZS&#10;4jKSLUZKTI5yiqv4fBkqQypi0jvUjJTVAEAHqW5Wd2P1BBufaoNJOzq3bpx+Zz025EbgqK56EfBb&#10;motyHIJjY6xY8fIaWWrqaOWkhkqgzROtLFVaZWCMjBtca/i17+1RWdi0W4aSTbmy9zVPX9DhMBQF&#10;qKsplpqStZ2KoKXPUZnmi8cfrCOhL/pJW9x63sRbKJBR5WOT/m6okzSMS3lw/wBVfLpBU+xngyLZ&#10;Td238dv+vqs9kDS5ILTPNhsPU0qNSNPicw8dKxV4vFI9KFYAxkRtZ2DXsmnxtVtzMVux8BUUOVxT&#10;0+Upc4stHRZHeTFiKvbG0qfKMZaeOpRdbTBLsxIX1NxRrUtc/wCNtqBHDyHnU9P+IAn6a09Mcf8A&#10;i/2Z6dN35iXB5/BPlpa2t23mzWYipoocDJVYLbQioXyv98N35WMOEp45oIaJBK8MSfceVrrFJLH1&#10;1XT5/ceZ3Nkt5bSyuz9vtX1bvuzctRTwVeByEyiopo2oMyIxZQI9LMjhnINjc2QbnMJZUis+9xQa&#10;fKnzIwPl1WGZowTKKDyrx/If5eu96bxptu4GBdv+DcWefGmtwW0cM6yV26KCjaOmqUxkNAkrpFGJ&#10;FPmjXxp9GYLcjn2FuGr21kdy7a2dlNURqYMxlK7EwLX5LICMLVTVP3iAO0kMjF5IaclYVN41Wx9m&#10;6xGCNZZqVpj5fZ/q+3rZkWUFgOomwaeDe+29ob43ZtOvwe4/4RXUkeB3BHUQNgIq6VqKro4sTO5j&#10;CTRooSaaLzywlPJpv41eOqs9tOipJ5sPRvkN4S1yVK1eWFA9O8csIOXgFNWoJY0ZTLPKz+rUdWsn&#10;j2SXVtPcvrnlKr5Bf5fb/l9OPTyOoXTF1N3vt/NZ+pjoqvLQ0mwp8VV02aosac3jN0HKNNHPia7F&#10;5vD1UTII5I0TwrGdesgkjj2r5Kzee4t15bcfXOz9h7elgJxjbneghrN0VsDlYKycEaIIYWCKQZDY&#10;hQTcm3t2ZbS3kjhXXJIRWgrQmnp/qp9nVQHHdIRT18/9X59AzN1/s3aPXcW1e9ex9zbz27kJKWof&#10;F7pyM0OKSejyC5bEYagnoFXLVssU6wingnr6mWSSNNEagLGsrbGCz82UzGV2PBt7Fz19dT4vcm9A&#10;sK0Vb9sfHVQ0hgWFahhNchKcaA5K6v6I75/CYNchmKZCcaHyr/s9KI4oZOGAf2mn+rz+fS03pujr&#10;Gmx+39v7yStzNbVUM+e27smux2RyG4BTUtNII8hk6eUSzUpip5HhepyMsZF3ViJNS+1Js3Z+L21v&#10;FtoUmL3XmcjuGaXcef3VNTyNtjH1GMkMqVFN/EjUKKiZiIyVbURbTpt7RbhO1/ZrcXEojJOkRrxI&#10;OM5FfXyFOlEavDVkWigVz5/5ukH2B2jmsXsfO9n+TZWK21gMOKPbW12rK6bcOcrsqI6SSjyuQopI&#10;Fo4xeNo6OngmPoLyuFUBRiqMTSUuYqs5ksFhWrUrUbGZKWP+I5ZU0+NZPNUKPt7MSEjgOkA/W5Pt&#10;fZ2SzxpDCxCJk/M/P/V6dFc8sqtSPLN/L/V8+iSr2JXb12vQ7N2/vneNSa3aVVS7l29Rih2hsuji&#10;en8tfQ4z7OGSrrA6F0qqjIuZJLMRZX0hzoamv+4q4IsbXS1pSWb7iZBDQSeMD7eNakXUaybAKDax&#10;Jt7WXctjG6qTUBeA/nU9WtbR1UyuaVIr5n9nQabs2dhclt7bGVqewtm4PYtFX4rHwYfEpX5DeGNk&#10;rZjT5aWfAMi1MklOqmaV5ymoaRGtiLqilWrWFfv5ITVFfXHS62hhJsTGJJLFrc3Nh/reydPEmYuE&#10;CoeHrSh/2OlbJEDip+316AjfWS63oa+Ki2NJuesocdLURVNduKemSbKyCUCnnFDQemFCuphHcvyA&#10;3IPvIWUBlULY21fTk/Q3Nv8AePZhFbUKu/EcPkPkOtFzw6CvIbjrqrXCHkWFj6Vf1glF03Bckiw/&#10;p7wuWFiDYC3Atb/Y+1sax5BGetDOPXpiBEmtSXkJH62cv6ief08cf4298C34JIa/1HJNwbHj/E+7&#10;hTxHD59ep6deCFf0KGWxPqPp4Iup1Hk2H1t753IIH1AAuTfn8XA59t0GTw696V66tqCkjSwvoUDh&#10;Spv9T+T9Lke+MgUG/wBQbg/S/wBOLX93jLFaDy60NRbrtDISyflCpDEcFTcG+k2499cpcgXH0/N+&#10;PyQf6/4e/Gj4Jz/qx1pjjrKgEttXDAC2oKVZj/iPz9fr77IVjcfq/JsT/gPeixUUPDrQBNKdZIIp&#10;3bxollLCykhVP9r+1/vQ998g6Tzf+1/vfHvRoV1D9nV6Bu1ePWZIHaRUWMglxcFRYnkcD88c++YQ&#10;hS3+Nxfk/Xke2DOpfQfPj1oihx1NNO58ckQWMKQFGhkElmK6v6Ej6H32G9P1sPz/AK1uOB7rorJU&#10;Z/1Z/Z1YNpBMhp1KnIVHWoqF1sLGCFSZOPwSOLfm/wBfaXz+48fhVRauQJNNBWTUisCI5Wo4DM8T&#10;SfRCw4UMRf8AHs4srJ5ULsaLWhzn7RXGOiq8maVxFFWuDWn5Z6GjprpndfalVPWbdpzU4jF5na+J&#10;3DMChrMfS7jyS0C5Gloxc1CU9pJptP6UF2sD7Kbnu28j2DDXbNknwW2Ya5cZJU1LV8tZXjGVCier&#10;igpIl1rUxLY2K2I5BPt55U24E28ZZiCAft60kIdgZG4fP5ftr1bt1b8QevumdyUm/cPUbr3VubE0&#10;mTioIshUYmmh+7rKV6SSaKGFIEXXGzxR+WVlXXqJ4BCdzG+6frLDLsLblMtVhqOSLKTbjz2SaHLZ&#10;WamrEyEeReZU0tAXXSsI1MVGg2J9pbOwg1vf3ZDSuKU8lHp/qoen5DJUKMAD/VnoVqLrqXeO4MD2&#10;RvOuyVJnaDDZPF02zaCthk25gIs5QvQ5OmnLxmSprlSRo3rEdEJA0R6LFg93ftztrcufzGd3VXZS&#10;q21lMZQZlc1tHIJjdvxbfjiWVo54XIm8kQNtMqar3IuCPa8brFKq29nTzUKPl/hzXP8Ah6aFr4VX&#10;kOK8a/6j/sdO/X0HW2yMDidi7XiptvU238lXbex2Dycx/iwyrySVtWYnq3kkqWqdT1PmikdWVjYg&#10;KVUT+st04FKQYDYu35914moqZqytyGaq/sIZaqnhEVdJHQ1UrPIFjAIBCrzcAk+yO9tVjk8S5fvb&#10;AA+fS2BvEXswP9Xr1F3xtvIZaGPN5PdlVsOSjDY+Kt2zDTZStSCtrIhSIK/J0bmIyTCPyqlOR9F1&#10;2Fzz3VuWh3HuCGhjio6LblBHTZWSmaB6OVauZ2pgrRSlYzq0kRsgLBb/AEuPauYfT2apb/G2K8T1&#10;WOPSSZDU9O/X+0cltbDt/GsnVZ7cjrLRzZerqWrZJ6SGpkkobTSKHF0YNKrceS4HGn26YbN9U4nb&#10;m7t1UuH8eMpMPl6GrNNBVVk1NpAhmoKasr2ZPNK5BETAgXFiAPaLb4LmXd447iSqoNR+f+r7ft6p&#10;eSFbYKgHceP2ZPSR35h+yq2DaOIwe46X+Jw7vwWTqa+rNNSQ1+NxdacrkI67G42OOV4Ejj8ZWGeP&#10;yNpVjZjcJvjnvOqgi3PSUWDy1RRsyGmrWpqN3p6ivkYUTZGqkIZzoFm8dzwbAD3re47Jr+MyGtDw&#10;9afLr0Ad4NIqBXpf75wP8eo8fCMhDQLTV8dVV+aWpj+5xkSlq6CIU8iesjTpZwVU8kfT2cTq3aNN&#10;NJV1m7911u5s5KJWWB6T+GRYynkbiGGNSzaAAAhJH5JFz7DW+G+uZFS0iKR1FKUyfn8vl/m6MoZY&#10;4lotCfMn/N0Uvvzt7cPWWBj/ALobX23t/bcVX5Js1VTQ5A5ed1/bpKOhpDFae93mkleT0j6nm0rs&#10;p+v+u8dVb7r8J5p8fDHSL4yxeuklcCnjqQTaQq36S99Iv7EeybDNuMFbqSiRipp/Ifz8iPP06Lrq&#10;/dWMMAy3n6dFy6P7j79703Xl+tMPvLHYDE5KknzuRzUuHjqMntrE0kkdLVJttUZFV52mjVUkDBWY&#10;uGTm4BdV9qZjf+QarKvgcSufkJkpYpKnxxVUdhRFZNRJsOWFlX624933m6t7RDDaIK0x/n6ds4S6&#10;anNft8+rA9y9T7Xp9qVq1OJTeeWptrU2Kj/vBUwQyZaTD3npqurlgWOMStIdcjiPkkD2OeezFLMa&#10;7ZGAyv8AdeuEjVFfUUv2kk0STtrZ5ZH1DzSr6gDdrEf4e3rKD6eAbjMPElkUUr+HFK/6uHTJZpn1&#10;vlV4DorG0+va3K5Oh7m7Axq9pYegx0VBtTHT0uQpRT1NNORG2PwdWnh+2p3DIs0iaXI18gBvcLbl&#10;LtDeEFZj6jAQ1tTsewxed3Vj6iaWoyIW0uVZ6lUUoZLNZXNwL8D2VXDSmZduaYu01SQvl8vP8v2c&#10;elbfpoJ2oATw/wA3+x059r13aXU9dgexqfP5g4Xfe4cXjtz9d7LiwzR4vEeHxY/F7bM0LSvXut0l&#10;rozENRCr/YIZ+wt0wVlNhqOk3PjMrP4Zkno4YA+Oq5IodId0gJUxhhbRq+n09nm17euzW7DTpYtx&#10;qKmuf9Xz49FzN48rMAaH18ulx0JtXJ1W4N87lz3U+4NiR181H/dzL7hyyVO5o8exbzUpSpd6mCUc&#10;SSOT6i1iTYWAnrzaEm64d25DP7nlzWPwFaRQ7WwgqaKjFVVOWlqKtCyRrpb0oXLGw4t7LN53G+a7&#10;jtbJMtxY+QH2dLIEiiQFzUk4HRl9z7lpdt5Xb0D02PppNwyz45szX1VPC8K0cBq46CGL1T1Uz+op&#10;EvpUBnLXFipewKDF7e2im3MFh6nH47N1cdXkctgJxPWNIlmenqsg4YG39pbn6fT8+zLZ4pIo3vLw&#10;6pKUAPkPs8q9MTKZZtNNKr6f4c9J3abvuPd9bn67MZJp8LQ1OHotuV1MMdTQpUVQd9wU2NciQtMs&#10;fjSpccoSq2BI9x8B19PPT0W2qXeM8mIy9EKyKfLUVTUyxi410QqKR4lNv9Sz8/09l9zfyKGuoo6v&#10;UimPPgfXpSI0RS0hwvr0/ZvdiYXH5XNVWBnqKjCVL00kNNVUhkkgKgpWIagoQrKfqV4Fxcj27ZfO&#10;ZnH7jxfT1PSRZPB01Ilf/EjDpedogZQiwwMViRSPo3PPtStiNtsvqpV/WnoSPME+Q6RLcJcSeOcK&#10;K09OkTtKl2tuh4e9ngqsHm8hgarDustXamosdBXtEVn8sUYlkZkUiW2m2kJccsxRzbIoafIT5DDS&#10;jNUNe3losc71ddWyz/t01OlRJp8Sj6sEBsOL+6NFdGQC5OlaVof83SssSB4Q4+fQiVy7qlmpzhK7&#10;HyUVbBDqra2KyY+IMHkqoqWEaqmSRDaNWljQH1G4FiyZPZeJzlRR1lXuncG3a+Aq0UOPlpqimijf&#10;kxrDKVfyC/Lgn3U7pOilIEDKPU0r1prda9xNeniWoycTf5LR01bCVIJeeSklaRf1OSIpEIP4+nsN&#10;9w7C6ww+Up6Lb24dx5bcs1XHU1f8Voa2aatNw7tBNENJv/vj7fkmuJLcz3RVajAB4dMxwr4lFBH7&#10;T1C2/W7qq2qzuPCYnERByaA47NzZWSWHUQPu0kpacRtax9DOPqPZ8dkVWKptuUOWpMBSY/NJRim8&#10;k6PE6wKojaTysouXAu1v9Ym3sK7fG1xuLQSN4kYNfUV4+uPQfyz0YXOtEpWgPl0TT5HbW3PubKnb&#10;dfvzcNPsTJ1Ec9ThsDHjnrKqtLmSKlmBvL4ITpIQnSfqQbCwI78qG3BvfG+SqrsXtKjmiqNw1mPr&#10;1levkD3NFEmskFhwLAAfm549jDd5/odtENjQylceQB8v2dIrFZa65hn5/wAuh36U2tnNpdbUuPrK&#10;uny+4EirP4Mcjio8P9tRgePG0tYkEaSMFADTS21OPzf2NW9NxbdocfjcVg5arDy1sEH2K4+kY1Do&#10;YwUFTLGL6iL3LP8AX6n2VcuWNrNZG93Jg7rX4jqNa5Ofyzw9OrTm7NwVA7Rx9Py/1efRdurtk91T&#10;9lb1zm/Rid1bcXIVMMzZPJ1kVBDJHey4HCyvLDDTLyCPFqYC5JPPstfam0MRvBdvDJ5TN0GVpNcX&#10;mmpRkXqEY3JcRnSn+3/wv7P2vy1gY46ELw8h69US0VZTXAOcdG22PTV2LfM01Lj9vRYSatFbQx4V&#10;Wx6UrywiOeGaF0tIWKBvIAv5Gn6exx66wW0+sduFzG0s9Wglo58pDHBVVk2kG8VOdTBb/pFz7Aln&#10;tl1v+56520wIc0ODx+eeldxcNBD4Vsvd0DfcuU3xvU02zNhVbUVYa6Om3PksLMK4bfxk/M8stW6p&#10;GlQV/SCupQfTz6vaIl7W3DuatyGFq4f4VRNVeCiMVKZF8uvSrkPYH/Xt7FV1Dt+3yB7VAzAcTk0/&#10;1eXSOCF2ozkk9KvZfx52N1+tLl8amRy2ago9Fdk8pk5nmyCFNcxZhwoLeq309tHYOP68wOLx/wDe&#10;fI/cbiklVy4mgNSwIuPDRJcAf7En36zXcL6F7i4bRH+EHiR6562Zk8bSgqB5n16VG1dxbsze4sgm&#10;OxdHSbKpKYQ0c9RT1MJmyKTMk601S5DSKoAuRCFv9Cfa32FWYXcuQp0xdNlCuNx5lpqlsRVQQK8M&#10;VkmnqZ1ERsbBQDcmx9kMxS1ZLbWD4j0IHHPy49K5WZLdpjTh0ne2clltrbQy2WrqjDpBU1UMVdBW&#10;5SSGOeiqalYZaTHfthxI6tc/gC/Bt7Cbfm4duDJVUu8qOs3TkaOZlocMsFPA4dGsksjUw9Kj+pb/&#10;AGPsb3MTLAsBbw0Az5H8uiuFjpDxDjmvHpZbS27Hidr4qg2RHi9u4mpiirjNB91l00zqJHFJHWst&#10;y1zZ2Okfhfx744Ls/sbOTxwY6mpcbi6WmjgocB5YpKqCnVdMP7dP6Y0A/Ejam5NvZFH+6duNIEoa&#10;1LHJJ+dePT5tPqlPi932/wCqg65ZDqrYFZJVZLNYWlrslVyeauzNYXNbPMwCl2mv6RYBVVQAosFA&#10;A9xK7FsM0MtuTNnEZCa0s2VpMfSLPQXU2VXqtTMRz9AP8LezG5vJ72IGMalHAevV4beOABUxTpV0&#10;q09Lhvs8FQU9TS0kBpaKhaoEVPLEg0CEyssgVPxyD/re1gMxU4jBQ1G0dz57edfW1HjZpaUvIzu2&#10;lE8cNo0UXv8A7yT7RWixmVpL3THo4D7OlDo0tEpjpGnCU+cqqmn3hs3b+JxtHCk9LOldSVKTO1jK&#10;S6xQEBLC5ZR/xPubnq6uoftMbXYjG1efenRqmeqqJIhC0ya3WWaEEei9rWPt6GRZIvq5D2V7RTy8&#10;uH2f6q9eERK0TgOs23aGir1mymAzWQpsB52jpaKljhNNL9rIY3kg+5Rn0yEcFbA/X/H2h8VQ9oU9&#10;XUw7AwdJH982itzONgjimqZnYko2SyTIgjX+i6ifaO9utrBE913MvCtTT8vXqixlhpYinTpuur2Q&#10;KXTvOtx32kcS1RxmVqI2TTHe074yIkykfgsjWP0sfYuTT7o68oaH+8WXrMrnKtVlqKbVTPQ0zvyV&#10;apB5t+SAb/j2jtLaXew17KmmFTQerU/wft/Lrfiwhjbx4px/1enQbYOXrztBMhFs+gxEeIoS1BLl&#10;KWiqMdVs4UFoqWjaGIhBfgtx/gfwH29oM1l6qiyOT3MlJia6MFhFTGokN2s8FJqsNX9kMf8AX59n&#10;lnehIzFZxadGPT9vTDQKGIJqehG2pQYjBUlRiMHi/HU0EgjmV3jR5iwBjnqZyWI1DkCxP9B7YNod&#10;WyHMVLw19NFSVAaohatCqvI9EkxuzMf6AAf6/tncZp7jT4aljwNOvLJDbqXkPDqXuTemO2zi5sjV&#10;U2QrXgYI1Fi6VquqeS9mSJRYEj/Ej/Dn2ra/KQYlKjZ+Mrf70ZGvEsVVCkggpkS1maNFPCqOFva/&#10;+396gshtsg3G7pG1OHnn162ztfqAFoAa549N1As+5Rjtx5HGybdho2jraGKqWN8mFK/8pYIIj1Br&#10;Mo1f0vfn2EVdtLL7Sw+Tr46KqxEFbdxTUwaWWoAJuxmW68/ixNvai2mg3S78RTq0/wCHpqcNCojr&#10;0tKfJY+rmkp6aqp554OZYo5EeSI/0dAbg8/kewdx+ZigmkpRVy09VVzKa4qzySgFr+EO9yT/AFJH&#10;+t7W3DCKrtT5f6v9VOm4wzHHn1O9jbhFymPAz9Zkak0EKFaShqQYaeNbavI6v6mLDnURf2TmVr0/&#10;T24pXielLEQjU3n5dYZEik1RMF1OnqsBq0g8En/A/T2o4OyMPnFlilpWeqYiGKalCfcAKdOqOI6r&#10;X+gB5t+Pb30gtKKzYHXlbxMg46ZosLJSSRtR1jpCrOz0swaSOQvzcupDfU39jv1zkMjTRJS0tLNS&#10;UsriSpqqhEp2SLTZzPIQCTbhVA/1/ZDuYjlBYAyFuAzTj6dKKoo1SHA6BLuDbu28r9vlM1PDV1+M&#10;imXGUMOurmaql/zYo6UkqjX5aQi4A+vtl7X7A2/RSNR1SGuZbKkMcX3Mbn8lr8KB+SfZns+1yWts&#10;JJToLeXA/wAukv1IkyvDrrqHZmZo6BMrLK9EKwsxEheOrKj0rqFjf/AEgW9hbi+76Kueh23gpFw1&#10;JC5R1jXRCkkh0yPoIAZz9Bb6e9ybVa2jtfnvmPAnNPSnVonLt3HV8uhTqNiYqunq6zNKc5UVCotq&#10;tQAIoeYaVCDwgPOm9iSSfa53bu3b+2o4AajRVeFWqci9lS7D1uOASfwD/tvd9tiluoDc3VGrwB8h&#10;8+qTszMQML0zYTA5etmrHrjFS4cVDR0uL/U+iI2S7oxVUPBC2vzz7Ces33jc9phw2QqpayQFUM+t&#10;QrsdKskYC3J/APsxa48CMtKRQeXTMduWNB0vaDFx0YZfFSqv9kQxFePrZy97+1hgOvIaajNbumrq&#10;Go5k1VMtXaIuz+rxxq5ufxwf8PZEu53m6XXh2QqeA9APU+XSuUxW6UbLenTVl9yLTs9DiVjr8uVJ&#10;ipIyZAAvBebx30qPyfrb24YvM7FwMmRkwKSvHSCMVstwwVfosbSRg8XFyB7NZNsdmWO6fU/Gg6ZW&#10;5kC1wOmeeg3dmKWOLJSYyiZ7lFpllkMbWv5CstrtpuBfgXv7d8B29tvOVVZjMidFBCyw06qio1VM&#10;eZGhD+rxon6pGAueBf6+0t3tn02nwCdR41/1evl1cTPXUmT0ksx1tlqUJlNsVcP8f1nyz5CSZ6cQ&#10;BdZAihK3cva1haw5P09xd1Z59wJHj9rPS0GMhJjasqw0dLDb0s6xrpaRh/ZA4v8An29B4O3xsVBk&#10;lb8+rBJHOuU5/l0/7N21k8NDJk91zrktw1VvIaYGSyg3EcSk2Vfz9QP6n3CoIchiKSP+D1xyU0IB&#10;qawxotRMfyKaCMEIpPAJ59pVh8YmS7HHgOP7enPEIxwHSnq3o65hBl4Pt45AdEUjFYfz/n5fSrNb&#10;+yL2/wAfr7xDas/YUzU+f3BUYlnZfNTwq1RN4FPKPIxAVm+lhc+9T7vcbdF4VvHUcB5de8FDVxnz&#10;6gZHIU20MU0uGwaVkEas4Wmmgo0dibkq2lrqOSWsAB7Y9y1OM6vq4KHDrLUxwuiwxWtLNKosGdef&#10;p9bt7V2+1TXVqbu9OWFePr/q/wBnptLosaKKDqbgMi27MGlZWUq0gqg6GGNzKAhNvTMQL3t9QLe3&#10;XcW5ajde2I1qcnFjKzwsSSbRIJB6eR+R/W3v20stpK0Ua1Xy9emZ4dT606jYbamP25layrx1GSle&#10;EMj6tUsciDkXaw0/4X+v+Psv2G2JnJK0SUWVWrRGNRO8FRIFRL31Su30J5Nvbl/ehm0E5Pl04keh&#10;dbHHSyeRIlDSMFBIUX/LNwFAH59jNgs5R42qp8dU5BJ6yeQDQs146eJOHcgfU8fUke0E1nOIfFkw&#10;P5/7HT0cynh1BrqZqmNtKgaUc2KDXK2nhLn6D/XHuP2XvGnr6aKhpKt4bS6DJTerVoH0unJ/qfZv&#10;t1vHBba5Ms3r/s9IJFcy6uA6aNu4I4n7iWSxkqCG5+sdyWZB+ABewt7SuypKqqp6+mjq6mqdihDS&#10;IYgWN/Rckk2/rf2guZ1iu1kc4GadLFiMo08elJJoADOBZTe5/Fxa/sTsH09k0x9dnMtlafHQVrG7&#10;QVGqaRL2WJyRfn86T/X2XTcwm8vxbWkZYrg4wP8AVj/UenniSBO7ifLpDZTsDEUWThwsEFZX5SVf&#10;KsEVPII0iH+7XmYWH5Av9T9PaXpcIlHuCCCj3BUTwwtcxUqGaQszgCNSeAT9Afr7W7j4kdrWRQCe&#10;PV7Spf0HStiqXqaMzS0jQFkJaGqZAqi17yFb8f19mHzdPmo8PRUkv3lGJobkNZpo4zbh3uTqYfi3&#10;Hsp2C9SFZJE4k0/w8P8AVw63NFFNMS3AdAXQ/wB0a/dtdk6Y4jI1FE/iMsUilHmjb1skajSFjbgt&#10;f63PsK67Z2C0mqycVJTWBaSWudRPp/1RT+p+tvx7NzNe3pIQE+vp0mZ7dGouadCjDuKR3EdLHJkG&#10;Y6YxRwmSC4HK/cNwAP6n/Ye1pisxtjBYiOh2wICpjZp5VYRJLIRybqBf82HPsji2j/HvqtwOplNQ&#10;BwH+H9v8urvJI6aQMdJjI4zdGeqZlyyrQ0BkWOCCBUnkMJtcub2W/wCT7CHI43K53KMMf9rLXVEx&#10;IlWEvTUoJuZWJ49I/r7Et1uEMcWpzgDh/sdejhCrXoRaY0uKxsKSO8VPSwpGrVDgysEGkX/qT+Lf&#10;X2IUeGk29jRBSZD+NZiWErUVF1VIrr60jRBYAf8AIvZPZrJeS/U3a6EB7V+zgT/q/PrUrgsEUY6T&#10;H8XTK1RWpp5KDHQyAo86hXq21WB4PAP4H+39hyNg5bdFSI6uphpUMmsyVGmNL3/SLm7E/gke1F7u&#10;f09RGpPW/BGmtelLWZigx9OZSZJlRRaKliaeXT/UJGPoPz7VON2htzY1S1RM0NbUxLpHiuweQcmz&#10;jgAfnjk+0Jt7zc1BYlFPr/q/y9XR1AKp00R5mqzdMBjqSelSdbmerAiZIzxxEbkMfxcf6/uFlqbA&#10;56V62ppUVwQzrFErm39C30H+N/ZlEskaC0RsDGemtKoa9OdIldRRrAzCoANlkmYoR+TwLk/4e2n7&#10;7bX/ADrJP0/wv9Lf5v8A46fT/efdv3N/T86/n1vxT/l/LqZ48h/x2h+uv/N/n/jn9fp/vr+//9dM&#10;mZgzahwCP9sBx7wPWjCpxjrvGSfLrdJ8ChQFNzyf9e5uf6ce5MTowI/J9NxYf7Ef7Hn6+9larqH2&#10;9U10z1ElWRJB/Qf6r63t+feeFAXsP9V6r8/6wv78KipPXmIJr1HqHOgfn6FQCLf6/uRIoRyxOoAf&#10;S3Ivz/t/dEag+3/V/q/b1emqnUZS0sYUDQbkXuOQDf6fkC/uCzPqHJsT/S9vajFOm2we3qYqpo+g&#10;ulub2vf6H+nvkqkONbEWt/gf9aw9+GV615dcHIKEIvNz+bgn8nn/AHj3kNSsbafop+p+v5vf3QqW&#10;z1fVQdcBTNIl/q34F/pcWtYe80lVAyAra5HN+Te/59t+G1KUqR1YMKUPWKGmnSS7k6fpYXsRa30+&#10;vuGtY6MbkEW5H6fr+PbioPMdUJFcHqZJRrIo0hlI/J5ANyb3/wBfj3Dq3eUhlcgDggWI/wBgPbi0&#10;GOmzQ9TKONIVKFAbi9yLf737iRqSfqAT9b/4nn3c0p1agIqepUrhRYA2A4Av6rD6A+3mmiCgkm7a&#10;QBY2P0/r/vfurEgfLrYHl0x1crOVCrxe9yByP6e3ilQqQ2oBQQef8P8AD2zqNTjrelRmvTFXsjLo&#10;A9ZU/S97n6XPt3+/hETLe7W45vc/k/7H3Qxkmv8Aq/1DqwYDI6TgxVS1QjlP2ywJAFmtyApJ/wBh&#10;9PbNK8crlmI5B/H044/1/dxGAOqlj/xXSmhE0KKiAixHF7Ai/Iuf8PafytOHA0Le31Ia35+p9uKt&#10;Gr15sih6U2JqiAfI1r8/S/1/A9s6xrGLfRxwbAn/AGP+x9qQNZr01WnTu8jE3tcE3vcfT/jXvBJA&#10;0jXsbD+vHP0t/sPdMAHreT1mSUKLEr/rc35/Pv0NGXa66mb+hHHJ/wCR+9gqoxnqoXPXparSo1FV&#10;UX5B/wBvY+3iKhMJUuAAebcXvf2wWHDq4XH2dNUlcJgwjYkji4v/AK3++t77qirHSpVbcE8eo/63&#10;vaqSadWY9d0upF1MGIIJX/BfyT79S031YEW5P9Ta1rgH2/QD4vPrQC8esFZVkkILj6D8gf6xt7yy&#10;VEYXSv1X62Avci3Pu3gk5HD/AFf6vPrRI6wQxSl2Z+Qw4DE2t9eL+26WTyAKwI54HPPu4SlSc9UJ&#10;pk9OkSlbMhB4uRe1v9f3Dqoi+lfSOBYk/W35AHtpga1HVg3b8uplNIoDMdX6vpbix/4r7ZjGY5id&#10;VuPr9Af9f/H27HQL1XTmnTgX1qOP+Kj/AJH7eKORrlyDp/BNvp9Le7toI09bHTbVRggBbX4P+xv9&#10;be3lIxIAV/N/r9BbkE39pzVTnh04SSK9NLy6CVcHi1tJuTcfT3GmpkLDi7C30+n+PHuoJBr69UIx&#10;U9S4Kk6f6L+P63+l/cc+gMCDYfQDgg+3CdXHj1Wnl1IFiQVP14/PP9P+J9z6aV1UANYf4fj/AG/v&#10;ZCmhPTq6aUPTbVQxsW9JJ/r/AFI/1v8Ae/fKqm0urX+tx+D+Le9KvfXqrcOuNJBqhdLWIsbgEC4P&#10;FvcFq7TqCoxP9bcAe1HacHqo49SVoCdJZ1C3+gPJP9D/AMU940q3dTpvck/63+x97YqBny68c/l1&#10;lajRXBIH6R9OSbH+vvmlQVA1gG+q550j/Dn/AA9tkgih60K8eumpgxJUlbWsBYEm/Bvz+feAVaeR&#10;kUWF7D/e7ge/KARTrRbPWZqZ9CuTza5Buf8AWv7yiraJgU9XI/x/Nr+9kZ0kY6uK0r1ielWZCGsD&#10;9TYEWtfi3t3IM0ZlkAF+SObkkfm3tM66DQfl06uk/PprVlikEMZPp4LGxAsb3JHI/wAPbfoVdRB0&#10;Jf1WH1t9fr71Vhx6aNK/4OnTWX0gAO4HBNha/wBOPeNJoHfQi3K/X/H8c392KqRqPA9aqeubRTop&#10;LMObn6j6fXj25R00ci3ZEA/ra/1/Fh7qVC8OrDPHprkrJYmIV2Jv+m/4vySSfeaCFUcKLBSbGwA/&#10;3n3Wlcde05x1iqKh2jLEXYci9z/yb/X3nSJZKgox9PIuf8f8f+Ke/KBpJbFOrNQHqLNUSRUytGpu&#10;wuQB/Q3J0j/ifb1TII1aK99XFh9f9h7ZY5+Q6pQk4HTDWOZWWcrYqCfUbAkD6kH3PWjij9YF7G5L&#10;XHPvQBJyenCBWhx0zS5SeUeMWUsAo0kE2PN7C5/wPvJojN2+rA3AAW/P497K0FR/qp8urBlpTrAt&#10;TNq8Z9KlSGY6jYHkMGP+9+5CMkSlmNrWP1H1uPyfdnwAV/1fs68WBWg6bnimqpRGqudRspIuPp9R&#10;e4/3r201MgkLyghVANvwTY/X/be9BPXpsgMOlPQRPTpHT2d2uDzyAbcj/ivtlfRMrfhgvBH9rj6j&#10;3cg1r16tR0pY9cBUG5Qn1AmxX+oPtjrArwkO1ipHA+p/1/dx6jqxNRTp+oy0c3pW6kE6vwLjkD3G&#10;o6SOQ+pNNvr/AFNuefd5CfLqiKCc9Z6qqaMek3JP+sF/x59rvGCGCG6qSV08WIP+tb204rlz69O0&#10;KgkjoN829VVVIjBsjA3NwRzxwwP+398a0vK3kI0hiAp5+v09trQcDkdNsxI6z41Y4IvB+sqCXAtY&#10;AH/Dj/ePfKKjaVQWIAHOom5+vPp9+1tWtevIvmT1wqMjFAzoiMWPDJYAcji7+3MinhjUDk/6x5N/&#10;qf8AjfvQyanpw/DjphD11TLKf0D/AF7gAj9IP4P+sP8AY+8TVKhhZVF72sOf8Le7NTgOA6brQD5d&#10;ZoMfN42MkjuxIY3YaALX/wB8fcuCQSIRIhP+N/8Ae/8AefbUiqq1Xj1dCQaevUGohkinRopVCXAI&#10;sTaxu31P+PtlrKWK0rxsEYEE6uAb/gE/7D23G0uPMdXdhXpYUNa14YpUeQMpAKAta35Kji1/bLDT&#10;JNKpNmIP1tZbf1v7WA+vTYK0oenmoq3p6dgt1DC4W92v/QD6e1JBQQXBNgwsLA31W/rb8e6nVSo6&#10;uSqqKDpF1eaqhdQG0tezPcKo5Fh/jb3grYQJhcenUFKWH4/On22vl0wzVz1PxdQXp3swJ5YS3sCL&#10;2tq+nA941x8co5AQOeSq6ePz+PbrNoOK462oDGh65HLTQkgHyNHfSrMCQfrf6/737i12HVIhpayW&#10;1amAuTb6A+2vG1uV9OnPDFD59OOLzjSuGdPW3HjDN6R/rf737R0aLFUCLysq8ki/9OP9h/sPa5Gd&#10;hU+XTJHdnpayv5Kfy+MOSARcD6H6D/e/brJW+Aqkf6ALXPFyOSf9f3YBWNW49eqRw6Zo6Ezq7yEh&#10;2JIAudP4sL/T3xjyDPKNBZiSNQJ4t/xr24FAXuGB6deB9eupcaqxNqAFlNmABN/9b2/VE1O8aCRw&#10;ko44P4PN/wDjftF4ZZz4Yx0+MjPDpho4quCWQohlhJ+hBsDyCOfqP8PcSGoRG8YvIC1rn1W/Hvxj&#10;OVfB6aIJNF6cJ4JJEEwtHZedPpvfn2rMdGh0usRU8G6jkEfQ/wDFPbJ9Ca9bIamk9B5np5kDo84K&#10;3I0sRptf+g/1x7l1krRSi5/C2Um9yf6kf7171HIBUda+EA9NmLolq6O6qLayfIFtYX+gBP8AvPHt&#10;mngkqH+hZGPqQfQ/n/e/dtYND1YSE5x0rKKaGhi06lSVF9MtwTx6Tzb8e3PG7XE8iyeI24IAH0/P&#10;0Pu4l8Maajr1K5B6RW7e0KXDUs3lqkRo1IZmddR/rwOb+xYxGCgpFVnUq4tcH6XA4Nj7ZZWkFBkH&#10;/V/qz1suq8Oq8u2PkLWVk9TQ42qiKq7qkqXWW+r63v8A6/4/2PtS6ljU/QD/AFv9tf3dLcVAUdVE&#10;hY6geigVuZyWYqWnlmqKmeQkgsZJDcmxsPp/ha3uJUZJI42OoAJyPVwP6m3++/4o+LRYjrOTT0/2&#10;P9XypnQILUPSp2ts3N7jyVDRtTTRR1MqrqKkEAkXC6vrc2HsMs3valpVktMDIt1UE/kc3NvauNRp&#10;wKV/1f4OqNJ3VPVhXXXxbYy0MtdSjxBY3md7Oz8glAXB/I9hHWb2qJWcyOSjFjqJsBc39vKsZ7SB&#10;1SudQOOju4nqzDYqOFaKnSEwoihVUC+lbfUW9wUq0rWM7+r6MCSVUi1+Cfr7StGFOlTSvTmr1x0r&#10;DSyUKLFHaw9J0AM4J4Bb/e/cSuTyuCJQg08Kv0BI/wB9z71HqGD1s0OR1NonEcZ/ZLnWQWZhcgfk&#10;Af717iUkqh9JN9ANySCLAc39qyuta+f+r/V+fTYOcdZ6uNtFwLBjwFHq1Hkf8i9v1LW0f0YhiOSP&#10;7IAHFvbRgaQVJ6uJABTpPVlJXJzEpFzYH8kX51W/HvuWqEkqFHLRD6AcgC97ce2vACrRuP8Al63q&#10;9OucVM0cUmtAkrC5JFj9OGF/c05IRwiRreNXNwTb6C9jf6+2jDQ/4OnEYBa9Qf4WZqhoxdZWQAEW&#10;PN+SB9P9j7QeVydNVVRaHTqLC/145v7cjgYDj00z6jjpdY6klpqVI5btpH14B5Fvp79TUL1DiReC&#10;3qB5sSR+B78AVwetFajrnUVkcK2bkAc/1Avzc+3CJGpJD9yyswWygni3159uAGRe3reF6gyOtVGv&#10;2+pVY3JUckn6jj3wnqAxYE6S3H1tqDC3pH9PboXQK06rUefXcMJULb1AEH8cFTxqP9faNqcXLFVS&#10;FH/aksRqvqB+tiB734/kfL/V/qx1RowTqHT7FKroD+foQOQLf4+3KnhYAI+kx2BfTb/be61rx4/P&#10;q4NBQdYnYclbhuQL8Xv9L/4e8s2MFYjX9MYFw1jb+oFx7qSVFa569TV5dYhUiNgpsWbkqLBvr9eb&#10;e8tDigiWmkVlJ9IvcFfyf9v707s4pTq0caJkn8uuE9XpP7ate3qPIt+PfeSgo2jEXjhLoL30fQD+&#10;o9sJC5Oo4HWyVpTrlTSTE6m1FWP0J/N+be2Wnp46gn0kMoIsgAWw4/417VD9PI4dNilc9TJHKf0N&#10;/pf3zp4kjnXyoQhNlUH6c8k393oSMZ6qRRqjrjIxKeki9jcn/DkfT29VSY+CEmCRopnUkLcWAtyW&#10;/wBf3VEc8enXdNORnpvgerkltKiNEtxcXuTf9K/j2lRVVLSmO+uMk2ZbNz/sfeytMH9vTHE1B6dd&#10;K8HTb6f4f7C3t8ikpiul3X0gqynkkn6XPugiNdQ6dV1XtPUZ/IDwD9QQfpYD62/4j3CSYCdjDZ1B&#10;Isp4Fh/r+3cIO7qpOo46ylSUGo8/7C/1v7ksss0OpiXAb9IP0B/r79rx29ep5DrGNKubccDn+pH+&#10;v7UtCsMdLcM2q3qFiLEjj1fX201S9B0oTSFoemWqaVp1BVQt/SeDcfm6n2ytkYJJGhnIb1EOotck&#10;mwuT7sIi+PLpPXPTn9uyKHi4aw0k/gfn0j27rPQU0RJVWXRYhRf683Lf1/1veltmrVung4UYHTe6&#10;Vk7jSxT1fVh9QPrZf+K+wn3FR66iSWFpTSSy6goJ1KL3tcfj2ojYIApOeksqFu+nT9Hq8aa7a9I1&#10;W+hIHJHtXYCoioqSIHVKpX6OdOji4Fz7vQO2erR0C1p1DrIHnAVWKEWsQAS1z7eamqNVS6aUsrxk&#10;Er6rgfUiw+ot7oaIanqw1NnqLBT+GZml0sGWwYgckcfU+03XVtVGqu6ySLcBmUEgW/suPx+fr78r&#10;rqocdU0MvTmkcYvpAH9BwbX/ADb3ko5Y62lk1K0to29Lfj6n/ePd3pSvVhUih66e6MhBAUsAf+Ke&#10;2GOgE1WFpyUZSHQfRWNybEn2wXCCo/4v/V69NiPW1BjrMSACT9B7VqxmjaL7tNQ4ItbSv+1XH19s&#10;ST6h246fEWinUc/uhvEw+vPP155HvFkqvzTWhYgWAHHpYKLE/j3eBSBqbqsrsaKOvQQ6IwHHPP8A&#10;ri5vb2z161VGkVRI5jWQBk1H8E+kcf4+7qVZiOmnBA1N1mV0fUFIOk2b+gP199UlUtRCWcHUhGok&#10;8PqN2YAH/e/d2BB6vG1Qa9crG/H0/P0/H0HuBkawwt+wjeFlOq4BJFvqLfQe9fLh1p6Uqo68L25N&#10;z7j0uMlcq0uloZQHDkgFdQ4tf3ahYY60oIWrdeJAv/h9fcitwsieJ6SbyI36XP6UP+pIH4B91LlM&#10;N15kD5B64q+q4IKkHkG1/wDA8e5lBS10X3EVUGkBiLIYSWUnTccj/evdfFWtOHW0iI+fXiQQCCPr&#10;+f6XsbX9sFJiqyqkkYO0LKWd/MCA6qfUt/xf+vtwzD8HDqoiLMdWKdciQvJ/qB/t/aqx+SFMPACj&#10;aLhip1srGwvYfge3NNRU468jKDpB6xTQiT8m4/H4Nvx7dJEgqwfPby8641C3eM/TUB9Tb214bk4F&#10;OnlAHHrGpMVgnKH6E3sCDzY/09sbZbG4+ZaKmSNFchZALeQOfobjj3rwqZOevGUL2jrLoZgC7eoc&#10;gDgDj6Ee1lTYxJaeOqqoHiVvUso9OqO/9fz/AIe0rCr0jOQM9OqKrV+m2WvCTPBDJHJItlMf6iHP&#10;0uBz/r+w4zNXFjsrKaI+WIG8bSsGAa3IJ/rb/ifawR1jo/SZ2Aeq46c4TI0SGUBZCo1hb6Q1udN/&#10;bngcn/EapY5qOQRTOdUwN49erng/717bkQBaA069E5ZqsOuM2pYmZDZkUkX5vYfS/uXurHM9On2Q&#10;jr7u9qbTdleP+inm/wDX25CwC1bHVplr8Geo9JOz6xLE0LLpN2IKuGFxpYcf7D2x4igkrzR1ciyU&#10;bQDxTxgNpujWAIP0/pY+7NOi9q5r1RUrQsKEdTHYKD/X8C/19jZQ5LGGifFV2Ngq4ZoWRRMisTIF&#10;NmW/P+P19oTBqk8SpB/1f6q9KfEKUA6DzL4fLS1sGTx+XnoXgqUaaKNrxS05NpIZkb0kEf7Tcfj2&#10;HNZWYqhEsMI/h7qzIFKgxuCf0lQP6fn2/oINQa19em9a/Z0uolmYI0rJKCA1wugg/hlt7TZjpaUS&#10;1LZEyxSs1oIkI0k8g3Pt6hdAAPz/ANR6bAUdxz1KBJJGkj6cm1j/ALb3nw+z6fccFXJUVMsEMa6/&#10;LI+lUZT6dKN9bn8X9ppJJVYBRx6cSJHBLcB1Ar8glCIbxyTSTSCNI4kZmP5ZjYcAD8n2xw4zIUf3&#10;tHDM0lLA/NSh0cLfx2P+P09vOpalePTNKVA4dTwwIX8FhcA2v9L2t7TwpMlX1Mh+0qCkLBZqmSJn&#10;iKn6aWHH+w9uFEXzz02NRJBGB13ccC/J+g/rb+nsVMRt7HNhZZMnA40WMM4i8b6151Iw5IHtGyym&#10;UeGelShTH3DpvnqpFqYYIPE7G5mUsNSqeF4H0N/p7VdHM0eEqkx+oVSRNJTNOgRJHjFlsDyLjjj3&#10;ZnpIKj7f9X+rz68FOmnTbV05kyEDzhGhN4pEVmJAcXXXp4tq+t/YUV2Xz+Tp3GZ8DRQMQIiC0Fh9&#10;UIP9f8PaxNJFE4f6v9Wek5EhrrNenqClpqbUYIY4i5Bcoti5H0LH6m34v7Y9jT4ubJZVKSngWWOn&#10;mqIhHOy+JouWWFXB+hH9fe5EqQD1WFlZjpHWSQ2Uc2u6KfTqBDNpIP8At/r7EnBY6o3rRU1RUpUL&#10;VU1WYoZYn1K6q1l80if63tqaRbepA49PRIZUJbyOOmuur6XEKXleGKDxyTOrOEYaP1NGv5v+f8f9&#10;f3B3/TYnF1MEEdS9Nmqc+KYtLekn0fhYv9UB/t/d7XWV1yDjwr01chagA0PXWGrJ8hTiuvGaGqRJ&#10;qEaHScRuLnykmxB+q2AI/N/cHF5zbyXoaSkmbIZRDE8ieqA1a/8AHLVfQW9uOudRPDrwlGFUVr1P&#10;eOcyK5mRYo316AjAsmk3EjXtx9Rx7jZDa1Rk6QSYuPHwZmnqgGNRUTa6mlk9MkYYD0uPoSR7TrLo&#10;kOupHl040RkTFAw/wdc5J1iILhvGVJMgW6pp59RHPI+lh76zPXWUoUwM2Ipauv8A4hM8eXh1Gqpq&#10;aeNQ5QuvqUNyRq492FyApLYHlXz6q1qykGLPr02U+doZqqtpXqIYXpRHKvlkERmppF/z6LJa6hgV&#10;JW9ja9rj2+5aKaq3RghTVlHjMjRU0NFG0cVO0xK2AVk+oN+DY3v79GsgjbSMHPThYM4FaEY6zRx0&#10;8VDVu5kqaaZqqqlErNKGjlu7onk/sW/SPpb6ce1jT7skTcNRi8hlBSzRLDRtl/U6mquAyeGQ8n8E&#10;e01xEWgqFqeNOvLLomKscdMTYSgGJiegxUUtPpNXFih4YEdZV1okbJ6QfoRzYn8+3TJS1Ue4oqDF&#10;1c2XFMUmmq5KaOmoodLBnZyL+pR/U3P+x9p4oisGt/iPkDXpxpO6iDHWDFzR1G3xWZjFLgWrEkjF&#10;CKv7uq0yMY4o1kjABL8EKl7X/FuAp37uzd67kyuNxdJkabb9UqTNlZgRRwMyKs08EtjG0at6iGuw&#10;5sPZvC9vHCoNC1Mjz6QSCdpa0ovr057fxFNS47GfcQUk1fRUywfcrCgmjUXCRsxuQwQgPzybn6W9&#10;iNsvEZAYXHnd8+3dx08E0tSt6lKh4JI+aapxoUBgzD6lSP8AEH6eyC9LySnwQUOM/wCHy6MIVATu&#10;Ib/V9nTZmq2M1TwY3+LUGVeKO1ZT49lpZQWKhK2SoQxkJckFhcc6DyfYe7p6qxu7N+yZvb1ZlIqe&#10;GnpqyugZC6pUW5p6CoCaGUqAQWPHN/wPar6qS1gVJSPSv+UjrRs1mk8RcEdT8Vkq+ixUB3M9FFWf&#10;czU8UlM7Ik9MjEU1RNFPYo5UDyqpYX5HBsIbRZ2fbW5tqbhrJtpPKxhxqvTaMlULSs0tHJLObao5&#10;lsDpNyOR7XwzQxnxIwGqMn7ekrRu4aOYkenThpo66ooMvQ+HIGMz0yVMNbrp4oZnWKqeNULI0ilN&#10;PAuLMtxc++tlVlfDh4KWLIQT1FBHFC89UJiZIGb0nRIfUAQbXHtHdEySa6cen4e2MJXh05yxxyAL&#10;IpYEk8X4bTa9xyDb3wq8fl8t2XR0efx8tZt6BYqmuycUdVBiplEYqPJOyjSJI+Y2Grm17e3ZZRHa&#10;6Yj3kY9em9LCariq+vl1AEqxYt/sEMci08yUVO3jZhMoZYEC6iCC1rDVaxH0HtWz0sG5OyXwmTzN&#10;LgdiUePhTG0WPQVKZKGZdcMsVMV0xSMQ4Yni4va/t2WR4rIRwCsh4n50/n15V1Ta2yPT16SM0+48&#10;DsybJ4rBtuTd0kSyz0GQr4Mb5a2SXTUJU5HxuRT03Ij0RuxjVQo5uFvujc3UG3sdFtzDVGSq8pZ8&#10;dFHDWSNNTVBiKLJWqhCohv6lsB+Le01ttV0pFzNKPXTTq5ukJ8ILTy6D7Yn+zAZXOTVu/abYmFwa&#10;1FPPBS4qOprqippS2s00Ukp1KyaQVmlINzcKfoA62ZVyF6t9q7Np/v6KCsqqncWWraeKloIREEqw&#10;lKbyFXQHT4wb8Xtb2rYxvMqyyE/0c0/1fb1oBgp0Cnz/ANWehX3OKTTTJl8rPTYyuraHHxUFJTSe&#10;esyE9SPs4/uodTqGkC34VbDkgE+1T1xtrPb03Md1x1eSrtqQVVdHTVWYqko8fkfR4mhxlIhDSQhw&#10;VJIt/Um1vdNxuSF8C3FSBwHkPWvVIECnxC1PSvn/AC6Dvs7tLZHXGHmxNfkRj8/WUsLQY3CUEuVy&#10;NGJWCRV9QlNE6xBbMYpKgLrZfRqI9ye3aHeeR3JBtLIYfHnbOYxf2MVRhKx3yEGsBqWqnpjpskUo&#10;VSRxYG31t7rb3lrFBSMaT5n19c/6j1V4pXk7jVTX8vy6g9FZTZuV2XV7l25ls1kklzWTqMtV7mik&#10;p6qlygdjXQQpKqhEZDrRQ7kBl1G/HtFZDH7f2/1fUYfdOHy9bnaLceP2uM0sCzRtl8oLUkNPK9ta&#10;xqPXc3B4vcj3WG28a4Nwj0FOH29OFykQicfKv2npcjMZSr39hIKDceAbbuU2lWZpMA0UrZ2rgpKy&#10;ngOZpyXFoNVXBGWKAc25PtVd69fZvHYrCVVDBjs7igKVKOnnoZfu8Fk46RENbQy0ja38xUarjgi/&#10;utrdqoaOUaaHj5H59amQOw0d3+EfPoOOje6NudoZHeGNpYWodyYDJVQyUMlQ80tTjnytUtB5UlRD&#10;G8AurRKGCgqVdgSFcNtbPjx+B25JL5cZv+WGjnzdJM1LIlR91KPuzNFVHyRkK4drnkISB+SnYvPK&#10;ZVzHXH+r0rjp9NKpQ8fM/wCHpdVG7K5snmpJkoMjsVKWQUuTx0eQetirqajDzQLPTB4qhWmjkjQw&#10;kMHZV9R4Cbpd0VNDBkcHLmYKbcdNm6tMvm/sVx9LnqZKtqQUzV04LpFApV4gRpaxsR9fZiY/EFSl&#10;cY6TrIKUr5/t6e0wNFkK3GZyahepxi4ijfHYmsc2wVUivULVU2MTXCamVJTFLKH1roCqWVmsstwr&#10;BHh8YdtbC/0iItMmSyuTkqaqSGiq3nVU/h4clmD3D2jNgoufZdDGsev6qXSxOF9B86dOu8lKooI6&#10;RNPk8w+4q9t1bvp9hU0uXmxO0cDDNtuKqz1CuNiqhW1rZGOdjKsn3CRxxhSNBPIZfYZYrdm+srl6&#10;fZmMxf8Ad2Zq+pq8xUZGeEouMqJbZNy9YSp1xxlYf7Fwb+14e2t4jJlicCn+x0wDKXocdCDl8Zt6&#10;NZtxZGmfIGmp8cacxQT1zocdO8uPbH0lAjO0vlmJVo1LEkW4UWVVZTbb2cmc3oKJk3tjv4zS7Xxm&#10;IyMtZF4K6VIcZkITIyxMIiTJUpCugAm1wPdII5r16OKQrk14kjy/wfl1eQhV7B3f6vLpLZOPc24/&#10;4Jt+Knoaza+TpKCTdOUy1BKJ6imp3Zszgnw0uh4XrEMKRSSnVEPKSGYIWQuW333TR4TIV+KyOJz9&#10;Jjsli6POZShnglz0OPzkMf21NkMaoZojDPLIhljb0/qA0+r2pWOxRzSMKQMcB0nYXAPGoqP5/Lqb&#10;Ptbr1MphsTV4Wmp6qaWsyGDxclNURY5qnDaY6qpp1gH23laIxsYZH1SRLq8ZEchUequg652TWYes&#10;q8hWzVddjZPHLW7kllqa6aMKj01BBNJ5HEzM4FvQArf6/svSK/vIzMjhF1Hy9D0qeZEbRpz869Br&#10;h9wdpbwj3biHx+BxslBuBKHHoMHVfb0dDVFquiqMtUVkkkL1FLAKeeWGEBy0kfCA8MOQ3btfZmCj&#10;xG14Mds/H71x+dFbXTZCOTdmE3DHpOPSSCYs8sVQL6QrXjuWH1HtXb2LuDcXJ8U1xXh+z/V/LpNJ&#10;cVIhPZ8h69NKdd7s3jv6gzW/sjmctkOrs9i6rA09JDJhOst44HPYx4a2sbFeSYS5THyS1BkZ30nw&#10;06aAkzFUdlsXl8rjoNt4+kyGFzPYe358nDlcZV5L7GCbbsoU1kk9HrWGObUvmKoNSPdhq9sJdw20&#10;jTSHCnSBT16feISRheGK1+Yp/n6G85XCGqyVS+Viqn2dlmx1XBIaMT0tVl6Knqqeg11GkhyKiEQW&#10;YM5tGCTwUtsbaeQrStAoo67ObLOTjpqrbeTq/wCN4nJTwpTZVpKUMRkmmj/djklHoHpAXhfdpbrv&#10;HiiiuRxHl16MRlKnivD5f5+nHPZvB4WjXKZvIUmNxFV4Y6mpzZ+3xAEy6aVayqrCIqXU7Kv7gF2N&#10;tJNyE/tU0O9Is7ht6feNk2hlo8HLLQrmqvCFqsSSnLysDUxAyqryRI90Atp92vZ2ho0JotOHD9nW&#10;oAHFDxP8v9X7Op9eMhSCllw1Hj5ovufJkqeSdqOaal+3KBseyKYmnuIwqzlEYCxkSwPswmS3g238&#10;5uTbD5j+EYjbsO2Eq81PSNRyZdMjTLW1VDjUmRhMWjEjNp/SCFNj7Lo7FOy4ho7uK8cCueP7B/g6&#10;v4zuT4gpQ9BLhKKk7A27gN053Zx/jc2Rz9ZQYKtrabKUWByOMyVVQY2tq6yFxGssawxBjCWKu50g&#10;ldQcdv8AaWzYa6Pbq5Nc1urd2cFSlJu2eRpI6GIO2PjpUji8SokaEQxoAS/6iWPtb9ASpedlA9B/&#10;h/w9Nmc6tMeDnoMewOntzV2VoMxS57J9f7S2FszJfw+k6tSixtXkszmplqtxySxVLElWMMbs0qnj&#10;UwPkZ3IZ1Xb2d37lMPszcuzM9TbN3HPNDA2JgqcOop8VkgjyV1YyPLDCqqwqY49DAHSSFbl2ZrLb&#10;NvYW1AQDQnjnP5npu2jlkn/WBIPn6fbw/wA/S8wHQ20Nk57M782zW1Vb2XVU00NfujdFXV5+peOr&#10;pI42pWxdHU0ECmQRReIuptb6Nf249vUW3tjT4vD7jqqqSnqaSqahwG2cbS0OOqI0qzVqlfSgOGdn&#10;RLSIwZ2J1AWv7R7Qk1zZi5kIj1nz+Ij16fmKKaKK06UvV++sb2Jj8tl9rxM9Hj8/U4iuyGVq58i8&#10;mTpKSE1sFDIbELAZGjKDSim+i4ZgAfjyMmR68z+eodsLWbnM1PSUMW4cLQ1cmJwn37VNVNiZI0jI&#10;0eLW4YGS976h9TNbdGn01OlF/b9vTBLtHUCjfMeXQj1kNRLmMS5nmgoaVa6qYQVhgWrrjEtDT0td&#10;Thf3otE0sqLqsJERiCQnsU5dgN2Xm9m1G6sJT04k2PHWV9LSZQbenyW5KyEPjqiR8ZojLRIFDxvG&#10;WAIUki9i+e7ksbQraKQC5HCvn+35DPV0jjlbXPn14/L06D6TOUm08DuvIwbgqJqHH7qkkaWvx+cz&#10;/wDA8dRy00OdxxilqPuHRTFWeKVZRGjOGRHVNDqbGdS1/wDGuu9o5qWkrer9s47KVmQhydQtbVHM&#10;z1U1ZDAldGyTIELCKIlvFpXTzcD3SW43A2dbZG8aQ0FRgfM1+Wet0hSWpNVA4Hj6j/V6dB5uPtDb&#10;mD2/2PvTaFJWVm9ci+KipaOkx9S2Ty0VHFT47FVMNBUxuJkgSaSedEhMyRkh0ACH2/7pl61xexMl&#10;LsaoxGPqMXNXbRwWRrMk0i5OuM5bIYuBbSeQLqaFGsdK3VSqge37Cxu7ebxL+TXpWppwB+z/ADdV&#10;aUORGgA6TPX+c7zyXYu36PsSglfDboxh3nldsY7CQR0GwIKeEUm1I8nuGsnjZqmWopWmqKKFGkWY&#10;BtATXpZdodXYXC4jae7d5YXLwVuIrHXD4jb9cuSoaiqrIl/hOYaWOzIkKAOjGVRHILubce2Td3G5&#10;XTQR9kI+JvPHkMft6ddBGg4a6cPTpRdidn5ncuWzPWPVWe2Id0wUQrc+d6U+QSiw2Gpa8UGcxVZQ&#10;eKVpqmpBCxRvAqvBI0iFtIf2gamHeG/stFtfsrJYD+7eRyn8cxNWuSTwB8NGIZKN0g0S1T00JVam&#10;UNoMhFm+tnr1ltIzJYRioHkOP+r/AFDqsMCyNSah8+P8v9WOhax2G2ltCkqsltbbUjZDHY6Sijxe&#10;NieLIGlyOUfIpRRUta6rBHLUM06RkIEU8KFCqF1k9lbG2Rl9v1WzKeLBZCtqMhGM7uerq8rWLYax&#10;W7do8pJJFHrmYNNOYrBOFDe2rOa7vLZXv+7PAcP9XDzPVnEasY1x+2v/ABfSJ2xkt47mG+aPetZg&#10;8/j6OKmSn2xsyOqoaukp6+jeXI4LcuU+4kMtYqFVhip5IQwN5lAkTQjdhbW3xNVZfeOGk212VmKz&#10;77704yo8FAuXOR8ExpUnEBkZYxIb2CXPI9t7nfWccirOdGmhp69ehtnZcGtfPpYbgz+1sLg6DEZ3&#10;IZLYWNZKWlpZJDTwqlBRU6slLLlIfu4KeMhRATJKkhIKobkMTJ4forDYPZNJtzM1WUaXI1MWX3Os&#10;GUaP72So/wApqsOZ6XQfs0dirQqbSBfVwxBQbVfzbndNfWbDgVAIIpn1PGo8+Hlnrd08duukrUL/&#10;ADP+r/Z6IRv35l56k7OzmMxm0cfUY/GrU47YNfWQvXSNPI3iXcctCxQxTVIukOoqYYntIhLSK053&#10;2umYodsS5VKhKOkiyFHt+EGjFPQQTeCJ4aXHCOMi/p9Q1f0A9iGTapltWaSQK78Scn+dek8G4OX1&#10;xxmnrT/J/m6n4bdPadRtHOdhYfqmn27ufIvW4et3dVZGgy/3VXNRpJLNW5PcbvXCkjdUZBCpprjx&#10;liRwMeJr0qcXBJj6VqOkmQpEs9NJSStGh0nyQ1AWRfp9GANufpb2DZNus4LusZMrIa1BJoeH8/2V&#10;/OhkJnmX9Q4/1fl0STsmu3vFnclhOzt24yvykCo+TXFVlNWY6pkrUjrkQVGNApGZEZP8xcLyt73H&#10;vM9DTlNc8gqH1iyMqjQLajY25F7f8V9qrabcWlMbdkZGOHrivoaeWfLrRWIAFBVh0g8zvnbOEoaP&#10;+5VI1DkoqZafJVVPX5FlqZpIGSZ1pp5CrgBihdgqm5AS1z756wosvpX+gsqi3+0r9B7MEtI1IJGf&#10;I+f7Tx/w9V1E4J6BvI7hy2TkkarramYyyGeTyyu7vLIugvqHF7AC4/1vwPeBpLji5Y83BuAfoAQP&#10;a5IqN8v9XDqtPI9M6oWazAqAwtdiCbcsyl/r/U8/7G/vyupvqP0v/h9Tbm/+8e9yJIANA63pNeu/&#10;CbgkOVsGH6T9PVcW5/Nz/vHvG51Gy3P45BFiD+T7vGoVavjrYFT1lROWJ+lyQBaxUr/ZVeP9Y298&#10;ioHP0NrWFr/T8e6amOPLrwzivDrqO8lkDWIe4drkAX5JI/ryB77JIHA4H++At/vv+KeADGrdVrU0&#10;65MkdyjyXY3YH6kG9iwuPqSQPeIyML3tYf7b6XuCPz7dEa0x59eJoe37OpEdKZQixKxcsqqq3JIN&#10;+Lfke8io9/rx/r8D+n19p5ZY1GRnqyo0i4x06UWMlnQkFVve5IGoAGxIAH1v9b+82nSLnk/S/wDg&#10;Ppb2mEglag4en+fr2nSKdZ6iiamVEWMhdQ8jMFZb3NjA4+p/PvwF/VYFgP8AY/4f4e9EkdgwK/6v&#10;n1dCoSnXkkVIPUw1r6dTCzNGOFC/0/qP8fcatrqfH0c9XUNohp42ldrFmVVHOlVvcn6ADknj27b2&#10;Ut1chF/F/g+f2Dj0xPMsS1U1P+rh/q/l097UxGU3dnsLtTbVI9fmczXR0OPgLiKJJpn9U0s0npji&#10;QXeWRrBVBYkAH2V7N99Zaamr5MLtLJwURrWxlDlMuY8b97Uv+3GtJSVLJKXYm6qEuPr7N5n2+wcD&#10;4ymTX4cZ/Z9p6SpBPcKA5Ir6f6v506tZ64/l77JxdRhq3f27ZdwZmmipMnktvYmCnhxazeQStTyV&#10;M+uaamLAx63SPygHgcj22be6Pqq7M7gyu/c1msuqFf4FQ5Cvra6GhrKimV5kr6aYnXBJrsUGkAC1&#10;/ofYel5hut1v4orQHQx7iPKnD/V6Z6VvDBawHIJ8h0YXsTujbnW218RJsCk2uIPNFV1OHpv4dhoa&#10;vbFHVtj8x/deWKSKl+9h0loYpAwNghS7CwJydDdl7k3ZnGxG8MVhtsUk3ipJUqat8z9lA2l8NHQw&#10;xK7+K7iLW9tIVdXJsIN23SOwAgRC7GlKA8fmf83l0ighL97vQH9v+boS8l2/trb+JwFdmIMnB/Go&#10;KOokkFLTR0GNhq6cVByOVy8sqUUUGogMyzs1zcIQCQKufweO2pPtHaCYLF5TCYPGZbI1u59+SUNd&#10;Wq4CBI0WoAjhEpZwkADaLA/W59pbSxmksTPdEiSU/COCjhT/AGetGdjIwA7VwK/6v9jpJbDzk++a&#10;fcu9Zd11GRpcnkqHB47C7Egr4cVjY6GUMk65M3myMpMn+UZSIU8UkMYQRBFAPDam6a/cdZuityuX&#10;2Tg9nzGLBQwRT0VdWZdY4fFDFUGPWqRsvoSMBSTwBx7pJbmzmij25O4cWPAV4mp9enVI8MtN3UyP&#10;t6eN34LH46Hbyx7a3nvXPYjISZzDyUFbVQLja6epvUV01TPVUtMxDSH9uVpGCXvwRqUO08P1ftPR&#10;m6msxeAq1hyUUOKENZT1jU0kgMlUtFO4knJVR6khAA4Fx7bvtt3O+OkMFXB1H/AKcPkerx3kUeI0&#10;1fl0kd/b07VlyZ2ltPrTM7upqiKjqf7zQZvblFg0qY7yVGOq6l10QFJEF1LSMRY3W4Bl5zD7WzcU&#10;u48PLT5HHijaj/jDSBOTeeSEiUAXT+wR6lJt9fd4bOQlbXxNbL8VPL59OS3CgBnWhbh1O2DvTelI&#10;KbA792/HtbdFZV1FVS7ax9RHm4mxcc6UdPWR1+OLDSzEtMGsvBPAufYJ0naFBFTJis5gsfRbUopa&#10;2Oo2tLWiuye5DVsY0qq2oqwiQggBnjuTY/m3tR9D4MjNaEiVhQsfT06TNOpoZBny8+hUyGzquqfK&#10;ZKnztVBuatpkpcbnGpaWSHb8MTErHQ4zhJAdTk/cGQsTYtp49mJ2Bm+rJdrxYbamLx2KA81fJgaW&#10;Kmq5KCqKF3aSsW7XIvYl+BwPyPZRbbJM26C4vpNYYgCo/wAHp/P5+vTd3cslufCwBjHz+XRV+zsR&#10;8gcbuKkyFLX0+QxFBHQY6fdy56qwMVdSVtQFmjqdl0Ky0jyxuQdSopc2+q2AA/bu6t2ZXsDJ5bE7&#10;wOVxGHqGp3w2BhgljoKQG0UNZLYq2pgVvY2seb+xBvcgj02UQC6sA9N2iYDg19ftPRj8l11sGt2c&#10;+3txbewdTR5GNZKlM7BBM9Rl5odUtY00p1icsC943Uj6DSOAK+R7A2d2LDTYDPUMWSxstS331HUB&#10;oJYMhQnyxxATKpfUfppUX9pg11ZWpt7dqs9AT/q8x6/sr0qVCJTI+f8AUOi97M+Mk/UGa3FvXr/K&#10;jEZuWhkxdJDJE2QwlXiqudJ5hV415FKNE8aSKTMQukG9r+3DZmf68qq+Wlw1HRYvEYEtS43bMKui&#10;LmI3aaorJKBQEeXgWkfU39LW9lM21FZ44pWq8pGtjnGBTP8Ag6deeRIWZRVuHpTpx7F2x3XQde1F&#10;JSbgTN7xzFRUDP74pYKTB/YbbkdVhxdHPS/u08UerUVp1UH9x7lmNwpxu8aXtXedRLUCp2/hMTU1&#10;ySZFI6ZMlkJ6R9P2ryMnjR7CyAXbT+fYg3eSK3ij2+xUMxooJ8q8Sfl/xXSeDVDEZnqSP8PQtbb2&#10;ZX9Rdcy4vbqHcGVip6VIMbU1GQkwdNWSWiqDSwzvNUJTeRmmmBkJPLAJ9BLn+Rm3s7n6XE0Yz0G0&#10;8PUSY2vpxjoHqMk0I8EZkqpGJip7i8htqYf0BN0SbZZ7Wo8Ih7g5LniPWny/w/4NK80waSQ1rwFM&#10;D06R+H6KzNFh9yZqsyOCl7P3BNLWUmTiXNLtfb1ZNbx1FLh/MBPNB6jFPIgIYIQoAIYD8hv/AG9T&#10;9j5fN1+Ejrdq0qhcbjMTJOlHTrBYRR6acrDGHF2YAjUSb39mF7EL2NIIpNBxU+f+r/UOmoneJSHy&#10;fX/VjoccLgszi9nY3Ay7jra3PUuJp6Sp3PkI466tqsgIgKnIyxTel2LaiitwBYcge1hthN491VW4&#10;KPryKlw2w9cc2dx32EODippWUiONclQgmqlIUlAWNv7Vhz7K76/tNrlSGMa5nBA8yQOP5fP/ACnp&#10;ZFEXTxpCKD1x+zpHbr3NsDqPF4DcHYedL16PHgcdnMnHVZHJ1ddWqq1j0NNCJBAJQoeoaFEQKAGN&#10;go9ihj5abbeyqvAY3b+fr8jTIojp6mqqZpGrKZzGnghl+kZPLMoAI/qLe0kRmjuWmvGCow4cP+L/&#10;ANXz6UP3FTHwHU3I4qoy26cJuWDcWGp8TRw1MUiQUdPJNW0dZEpVJMo0npYMAUFiovwtzf2tdqVu&#10;SzKU8ea3BtPFNSUv3NThsEs9Tk4XVPRHVSaViWQHh9IJv7QxyzpcA2cRILVq3AgedM/PjTrUohKF&#10;TknHr0Hm+Kaj29DkZ8fsnd+563I1SYyHJ5fIUZwsSZCZRMVlqqkVIpU5OgQaTay8c+0PB0PK0O6d&#10;xYbsrI0GZzf3TI8zeFtc5LRxVU6EyaPoPSBbjj2ajeri53ZYZ4u1fzz0mkt4kioteu9z92w7aqcB&#10;hazrDOZujqJqaOVsDFR5KmxkNMoT7ulpZ1jVlhbT4wHXj6G4F0l1DgIdjQ7ixGWpYMruOY1EtTuO&#10;vnkyFHTBAQGp6WoIdjf1FiB9bXPtzcIbi4vkmckoPwjzr5n/AFfl15GVIgqtT5+v7ehN3dT1udoc&#10;DXY/N5PHY77ukq58ZjStDX5oSkNDRT5FiTDGASXRFBJ/tWFvbHupK1MltdY0evkr5phVZDDUa0zS&#10;wNJ+mKlhEhBIuBcf4k+93McUVq8hGg+QP+rPT0YZ5BTh9nSyx0oMVQtpYRTuI2iqZnneEiFXbXPK&#10;SSOb31EfX2YOjzXX20qnCYfbe1583unNRpFbIyyT5KHWtp9VXOvjiC88rosOP9chtttF9Ym+3WVg&#10;gJ7VNAaHjQUx9tertO/iGOMhVHn59Fg3DtzvncmZ3PX53tLC7B2DgZJanESbd23T1LZClhiMplyw&#10;yNRPI6xi11DBXbkIOF94t27vl+8fC7mOM27j6Iq0FJT5KMTSLa5SebkWP1KqCT+Tz7O7e3is7RTt&#10;0dFehLHiek6SJJWQNrbhXqX1X1zh6OOp7Gwu5s/2BuPdEAjm3FuGhFLRJHASqjE4bx06wIDcDn/Y&#10;+y07g3bndqZmLLRVlDWbfrpWbHw4zyhnTVpBk1KAdIt6xf6ce1zQQ3luyqK0FCfn1Xx3R9J49GXh&#10;p4qimRKmBvIqBJBUCN5A2kaiGUsLN9bA2/qPZjOve2sNmadsXN4UqoqRp1NasjTgabupcj/efYTO&#10;2NBKCrnQTkeX5dKXkaVAynu6AXtLqypy09PncLU5CGqjqadainxkyUqPEG0xPLAxCyBCfpcXJvb2&#10;le1czvisxUDbPGCXERlZqhit5oSpuZmaUpYHm7WPHsa2q7dFZmOJaseNfX/V/qHSMpKJDI7Z/l1J&#10;6x2ficDmayuz9Xnq7e9WjUzVebnIgkx9w8dJjoaM/bBUA9S/qvc8/X2kto9sUVZV4yg3DlTuzO06&#10;GOKkwtDPLSUk/wCmOJJowV0oLamZjf2UXMP0yFi3gx1qaY6URlpgUj4nzp0v8psenWiykG14Mdt+&#10;pzE/mydd43dqnW2qonkReS5FwDqW31vwB7FLDbF3m2Zr81naSHC42qp5mx6pW0c2gzIWjqZVFmDL&#10;cWReP6+0LXcG4TxJt6GRQRU0qKfbw/z9edkt4CrNkDoOs/3b1riaObbGP3JDm9x4iopqCpwtPR5O&#10;SummpplWemltEQpcKRqZiAP6+y6ZXG0tVuSpwuWgqdxQU1TJJVZ5opFyFOmv9FPURAgL+AGPsT7o&#10;pjh0qwUngPTpNbtqzSvQ746Y1GMo6iOmShaopI5Y6M20U7Sx+RYmCBf0k86QPz7MDgOwI6XBf3N2&#10;glTQU1DCR91mqnRK8kin/d1jwP63v/T2F7Lb7Tbrr94XP60jeQGB+XT1zG1woWU0UeXr0C+6+oMX&#10;vDcNJuvfkVJlzjDElDicdRTSUqLGbpLMJ21yyE8fp0gewyxu0I4dwVGW3ZuiklrayQl2xkcHhp4T&#10;9Yk84JZz9C7H2r3Pcbq9cPGlF+eOnreKOJcGvQsLWzRYvThsVPqpoRDR0tWhpYwIxojBtc6Bb8ck&#10;fT2vliwezvPW7XoY6yuqGWQVGRp2q5SxGryCWR7WH19EYH+J9oktVuGEl61VXOkcD8jT/P0+S+nS&#10;BQdJhafM7ppZMfuB5cVC6yRVH8GyL0jvc6CoIQut/wDGUn82B95a3MbZyuFq59700NZkq8MsMLRi&#10;gjUAfqFjrI/3j+vtXB9VJcAQ9kC4/wCK6TSuoosf59NK7Uz+BqsNi9i16YzAY9gciK6SXMVFVCbk&#10;04NY1lJJ1FtWr8Cw94+t9wYHFRVNDrpoKNWb7OOjWadIZAfQsa/V3/2oi39B7L9xta3IZc+tfMdP&#10;a2aOi8f9WOnHsPb2ZzOPp2xCrLWxOiSrLNDSJLTk/vK85DFE+psnJ+hNvc3dGcrVJrMFtds3Lzpq&#10;pKYz1M0xHIMRVvp+eOP8PZ7bR2UkKwvJWnlWnTDiYA1NPWnTFtrAyY6mlj3Fuj+DppUrhqDIQ0NB&#10;R049C+OqOhjq/LXAJP09g5id6b5r930UWfyNRg8fDODJSQQESRwxm7KsQ+lhwPp/r+0u6wQJbGO2&#10;iBJGCf8ADXq9s4jOpuhIj2/hqagqFocZR1LTwSMGm0zNWyMnpaerk1s2s2u3P9fa93vV4ntLOUmE&#10;x2brMTXRaUjfWJPKBwpmgUEgn62J9rbK5/cuyJFN3Uzjhn/V+zpiOAvK0w8zXHSJ2lt6t68xGcqp&#10;4KWtiqaupy8tPjo0p54PITJLCss7hZFX6LcLwPaj+xo8ZHjtubkqjkqbHMIY6iTRTRqALyS629RJ&#10;t7T28V3JC1xCKeJnPTrPExLLkjryVk+Sirty7Xp0o8hX0kbVEbKaupqZYYytLHLGjeIEXNyOfxcj&#10;2B3c+9arD5CLFbarJaGjnRC2QjgeoHhICqsRuB/gP9v7EVqi2tiHOXPE8c9FKB3kJm416VG0qKtf&#10;EUtVn6eEZaQytNF41007GU8AEt6j+pjf/evYj9M7Lo3wlRmxlIctnatA8k1bCUipdYDHU7lmkkH+&#10;Asv49x7ud5ebjuK28gPh/I8f2dHsZWGLV69Nm+t2JtmKmasgrPsZpUQyUC+apmb6GMr6RHGLi7M3&#10;J4H+Ijbqpv41t6sxVTuDGnLfb+KnSB38cKr/AMdNd+T/AEIA9iDaI/3dKRImmM+uTX/V/sdI7iPx&#10;nBQHPHoOdvV0tLuiHLYrZ2fhw1a0jZDJVkFNHNLNNH443hp1IJVbAk3J9hd1R01ktu1tTuDP1G3q&#10;15RKcdTqkVRWzNJcedmlUJGP8SfZPvW4NuV4LWzDEV7iMADp8IltES5z0u907+xdFBU0irlY2UAV&#10;FelLVQQUliGK60tLI5HASJTf6X9z+w6GgpcfUSZ6qo6SGVpDDT08y1DMxBA/bgv9P6Af63sS7ZD9&#10;OAsa0AGSekMkizGi1+09TtoZ+LMg/YJX1Eccca1FVW0NVQRi/IWP7xQzH68f7f2E/WyYGGep/gVN&#10;VyZaXyGOoq4lghRSD640fkX/ABc3/wBb2l3Jle4HiGq+g/2OnlUqlR0tawAxN5XC0wW8wsxZlv8A&#10;S4/H9eP9498N4dn53ALWY+neorcjIWWVxJI6w34CgLx/rfT2Yx29ugE8oAoMDpPLqcADh1GTD4q0&#10;TJQ0wVAGjAgjAuRcMeLk/wCuffPpLam5Ow8tV5nc9TUUO2aAGSpmmUF66o5ZMfQiUWJP9twDYf42&#10;9hvmHfTC6Wdp3SuaAeg9T0sgt2EZZ/8AUemzdOebb+NaalpfvK6QrFSUw9MSljZqipZf0xIOT+Sb&#10;KPrcLGu2Lg6PdYymPxaNFRzNLDSICjVFSD+yaiWQ2CLwWsLn/ePZldA/RLC7Vag1H/D/AD69EhXJ&#10;FOs+MyM1bioJamRIKmWL92VdJVSeGeMLxc/2R9B/j+Zed2pn9zTwtk6eKen1eb7dYl1kE3Cxj9RA&#10;/wBVYf4ey9b36eDwIQQBivT4jjOT1lp8hhqOJo46uFEjOmR3k9IcDnXI3pB/qL/6/sXdi9e7fwGO&#10;qM3JtbGU+UgGuklq4Unq9aD/AD+mVmVBf6XF/wA29h+X6ncr5LPxGEf4qY/KvW5Xjhi/T49BFv3f&#10;iR5DH4bFZeaSOvnEFUaCyRRpINIjSqhXysxvchHAtwfz7CfsLcGUzrT4ereqQ1TWgWkVpp3YGwCR&#10;w/RfY+t0tdni/RAUDpEYhOwY8ehH2pt7E4ilSqoUHkliKyTMW1G/qcu0l2J/qSfaXodovg8BV46o&#10;lrR/EHWSeaKKaOdFAu8KMR6mN7En6f7x7Q218bq8NyDWmBnpx7ftCMelP5o5JF8bxtoB+jof1cBu&#10;LkD62/r7hbX6ywxqGlevrqRHdmI/3eVYhtMjv6iT/hb3TcLm48SiivV0iVesVdWNSwtJHF53C3VQ&#10;+gFv6FrG3sWztrDUaI3jyeSpKYoscWgRU7MpvdpR9Sfz7TRyMyaGOluJPmOrVC4PSZXM5WqIgU4r&#10;GzzKWBlnNTUKBxcU3p/p+T7WWP3JiaWlqKeopaPDUvj0w09KgNVNKeNbzE3Fvp7vBbyrMHjqwzUn&#10;06pNoYAIanoONxbJzlbUUdbR5Kvz2UWrjd58lUePFUVKGvJHBQQLpbUPrcE8c+2uPPYHAPLkaWoW&#10;prlVmhhYAxxySDiSVj+p7fS/0/p7W3NpHduDLhQeA+Xp15i4j8McD6dPFVgtz7lpTg8hEuPxEyCC&#10;vq4p2SrqYFWz09MiWMaN/aI+o4v9fYRbjohuqqavqKt4zrM0i08QnLOTqsQbabf6/tXNfhkFugoB&#10;j8umUg0ZHQnYnHw4fH0uNpU009JEkEOtrERxrpW7G5J/3n2l8nl8ZhqaKhK1FQx4cgrJUsDxpWOF&#10;TbgW/wCJ9p4rUxgys1K8OtljqFOHTqNX5t/rAH/ez/xT2ttn7ikyWGr8bj8fJj6cxNqZqfTPJYcv&#10;LIAWP1/r7KT9PFuCysdbV/L9nT7oZI6Hh0011BTyVNLXTs7PTSDxK8hESluLrHcLq/xPPsLqDZ9V&#10;NueaVqzxamIWSWKUqoY3JJNhb2Y7teOUAQV6rFEAM9OpYBS/JABPHJP+A9jvBicNhnhkqaei3DUy&#10;w+GnpRDGVZrWaV415Ok/1/2/ssgS9uI6ysY1B/M063qVqgcek1V1NZk45IKaWpwyROrT1zogcICD&#10;oiaS6+ofmx9z6OglqamOKkxEFC0jIpeMQwU9Mn+7JX0m/A+ijk+73BhWItksOAPE+mOnIjoyTXqP&#10;PXQ0FMZajJvVRRK7EFWlqKh7eiKMKAOfyR7Um56isqIIMJiJoHjjiWJTNIxRdI9bm3BJPJv73s9v&#10;FYRtdzp+o5rwyP5f6vLqjuZX1Nw6SuCjgeonz2VimimMsj3SKxdT6Y4/V6rAWAA/p7Bas3KNiVwl&#10;ijjr8kWKiWGEvFHJf1OCRbUDexsfZpLbLfxiW5OPSv8ALqgmpUDHQiVFLDmaDwTrURUtQlni1GKW&#10;SM/2HKm4BH1F/akxnaOUzV4qipY1X+caIks0ak8a2/H+sPbCRW1qe1Qq/Z16pdSF6Tg6/wBtQt5K&#10;bGwwtpIOkWvcWJ0/Q3H9fYT9htnMlUqfvHEM0mvwK7B5LG5V1H4/r7OxcRJa1QUFOPSaOBg2elbR&#10;U1PSU8cFPGsccahAFAA9It+PfLb+K3BFTPVVVRMY4VXTTQMW0R6v7brwv+JJJ9hZ5/qJvBj4npew&#10;8GPW/wDq+3qUWUEAkAsbKCQCxtewv9fagl7Rp8cI8VRJHG9iKiWO4kfixVn+p59mUWyxQKbi67m8&#10;vQf6uHSRp9ZoOoE2NgqZvNUF5tNjHG5HjjINwyr/AF/x9+h3xIamn+4d0WawWOMOYyGPLyn/AAB+&#10;nvcy1iLIP8HV0ZScdZfsaa1vGt/wxAZl/wBYn6e1FkN0tSshooZZwyalI59QH+PA59pLeCNl1Smp&#10;6udYah4dY1oUZSJPzcWWw9J/xH598sLU0e5Y5Bl5H8rvYU0BLtYG7htP6QPyfae5u5Y5vDtxQD/i&#10;unkVFWp66mWSkhvRxxWUHV5G0qoH0N/qf9b24101Ni4mx+MdKJJyFklKrPKw+l1Z7/QfQf159q7a&#10;IitzJlqY6pqD5PUeGJ6spPV/umK5jRC0Uat+fQDyf9e/vl4Npf8AHSr/AOAfj/z4/wCB/wDyu/8A&#10;B/8AD6e03+7T5fFq/wBjq2P9Q69fL/0pv+BN/wBL/wDAb/jj9P8Ak76/4e//0Equl734P5ubcf6/&#10;vBMItKDru/rzQ9bpbs8ZuDq4+gFx/jYH3kjQo1ubH/Djk/g+9kYz1ogft6wyyCRbgC4N/qb3+gBH&#10;tzhgl+oso4/PJuLfT34kefWwoOOmeoqYR6eXN2H6eP8AY/098Zyyt6mI/AJFzf6f76/trBFKf5On&#10;NOMcOs9OEZRpFz9dPNrfUAf7e/HuE0gEn14uOf8Akft1SD1Q0H29TBEfGTYX+hF7m9/rcf7G3vk0&#10;3kKoLXAHJF/oOfdVQglq8eqg/Lrwj0LqYH8Ei/N/oALf8V9xXuWIa5Or/WH9ePd60FT17gTXqSgF&#10;vTYDT/rk8W94Wf1EFtNhwL3+ht+ePdqUFR59UBocdZlT03C6r/U2uOeRb3j8jXvp+v8Atv6fQ+9k&#10;AjrZFesgRRwG/Fr/AO8nn30CWJvzx+P7PP8AX34qevAEddmygf6/9oc/149yYEbghS1v8L3Fvpb3&#10;VsdbCk8Oo88qWszBefqWsL/1uR7daf0/rFl+gHN7D/H3vBU04np2pC/Ppkq/Uw8ZDEDnkW5/pa/+&#10;x95pqxI/QoJAAsf9f/jfvQUEV6pXqNDj5HPkcgFiSQR9bcW9wWnLlLHTc35NvqPe9JBxkdarQfPp&#10;ySnSNH1C5HC2F+fqPp9be8rzqmkahfi5H4A9+BJOerBqDPWFKUsWJQgC+m9vcaepR+NQ/wBfk/Q/&#10;T3s1rUdb1A8cdS6akeOxsTz9P6XH1PtsCq3K8/UDnk8+7ZB6abTWvTqWYA6v94F/xz/sfeZNLHRY&#10;cfj8E/4+9nJ63UDqO4ZBrLW4+vPA/oB7d6SIIbmwP+8j+nulaCg63imOmWvnaS4UFhx+TYn8+5kk&#10;ayG51Ef1uL/7D22ykdXFPw+fUOnnaMWGlST+QbC35PtM19qaUnSzAk2uCfb0LUYCueqNjI6VVHeq&#10;g5KqfpZTa35HvClbJoIUEH6f61x/X2rOlsV6oDQ564tQpru1iPqQeQSDz9ffDXEi6nl1sx1Efjgf&#10;T3elKDrVanrmVldiqR6FUaQfqeeAf8PfFpRLp0D8gEhv6Dnn3YqoNDgde+IddxxtEG1NqNvppA4/&#10;F/c9YojYO2ogXtcX5/HtiQHLL1sU6heeYXCpp5+tjbg/X/ivuAywrJISq8fQkA25/wAf9v7YAI49&#10;WOOnNXlZI/UTqAvY/wCHI98QoaOwsxJvccWH9Lf4+3mGnNeq8evBiH9QIsONQBvf8i/9Pc6GWVQq&#10;KthexJP4+v0HuruCet8OoMsETF5HbUbEhbcav8Pcp9ANybNa5P8Ar+6FTw63WnHqNEXZdIXi/p/J&#10;/wBt/r+2qpqFUN9CCfpa/IH5Pu4ibTn/AFf6v+K6oSenSnhuVJFiP6n+v+HtsgrZHOhTbk/W9zb8&#10;f717doun59ar1NlpkF2K34H9LD/H/ivuVCJGkHlYlQefx/sAP9v70GFKHrxr1hl0KjeJPUb8f1/F&#10;yf8AX9zqhIgoseDYD8Dn3Vu1vt63X06h0rzPqDjlST+bi309x445FNvwf8LAj+o9+8RQCDx63p6k&#10;uUb1D6gn63+o/r7neK4GpQb/ANQb2J/r7pWo/wBnrZPr1B8tmYB+RY8cAH2yTx+CdyLWP+Fz/rj3&#10;ePVTPl00QxNeneJxNEn1N/r9f9t75QTEqQFBF7Nxxa/593kZQQfL/V/q/l1urUoeuEkQueSLjj+p&#10;NrD6e3hKy6pFzYg3vzbi349sMwerenV1Yg1HTa1EFdpLgNf6fS/++PvA7xqzKzsuoAaf8P8AEe66&#10;iQAeHWz1JSNyoYKGIvz+Sf8AA+8EEkWoqgAJP0P5t9G9veGzgU61nrnMHVbvewUfp/x+qj2/U0ix&#10;gA2seTx/X6W9tsKAr/q/1efTi/LpgqonmOpb6hcCxt9D/Qe5ayiUnxoAdV+L/T6e2lUaK16rUg9R&#10;ZIjCV8r3Urz9LA3+nH09yIog7r5Lggj6ekcf1/r71r0ig8+vedaV6i1DskbGKxAU8OAfzYAf0/r7&#10;VdPTRLH5NIsORcG7N9AOPaaRyoyc/wCTpQpoOkFU1tTNVGmBaxuOCAFU835/P0+nuDVTzyS6VAjS&#10;/I4AH/G/dowNFSa9NOFAz07UVJSwwmQhppTchiCCf9YcgD22msSKpEeote1+bC/tVGniLnh02aAC&#10;nn05Pj3ko2mWPxsASLDUbAcAe8mTnK06tGOSLmx4H/IvbZBSTR5dOVGmleuGAplkmkEzH0vYErYn&#10;+vJH19p8VckkZjY6if6f8QPah9FA1OmwT5dKgUKQzeVRYAnk25/wJ/3j3x1mBA0gJ1fpHF7fm59t&#10;OQxoOrcBw6kLGJ3KxkDQfUfxf8WB9wppzKwAjAU2NrG/1/B97WIcD/q/1cOtBh5jqfDF4VP7pZlv&#10;zxa344/3m3t4oTRxIvk/W1rAm9jew/3n3bwnb4PLreoVx0nMk9dK7ePiNQ2ogHkab3HtTKV8QZbf&#10;XmwGog/6/tiWMpTV/wAV15qmmekeGaSpeNgwAQ6NR9Bcf63vqOCSpbTYqv4LED6c/Qf09s4Jwanr&#10;R016zzVsOOQyOwLjlkUXJJNgST/j+Pea5ptUL6QOSW1H6fj3dQG8uHl1qufl1BIWuMdVCzksRZdF&#10;wW5BJ/H19p+uyDmdYUIC3HKk3t9L392RRxPVvLHn0rsbikSnaokBZyCSCPSCRc8fW3H59uNMI2VW&#10;0XYG5Y/n/Hn21Jq1aAf9X+rh1dRUV6b6osjSanULpsoAsB/QAj/YX9vIZIR+dWkMCf8AEe6nuUjr&#10;RopB6SojmqJQSQYxIQFW3+q/3nn2kq6bysVCs4L2Nrg2/wBf8e34loKcOtNnh0v8fB4gJC4RljuL&#10;2I/4qfeelhKKtl4IuFPBXj6H35jSv+H160la46j1tQsrEFvVexIU8/4g/T29wzLCCzWJt9BbV/hb&#10;3sEmhPXnBrUnpJVlJJWERRghbqNZva5N7k/W/wCfcRCayfWdKhbm/P444t7u2O9Rj06qFB49OBUY&#10;uiWnLPLI5AB4Un8km/1v79PVRwsgDBgD9AbW/wBh/wAT7bJZ61HVycdvWWjx0k6SFlZC4FyR9R/g&#10;fbNk82rxEs2pR9IwLiw4Fv8AH3cQhWqvn5+fVdR6f8Lt807EBSpN2LljzfkqSfaU+5hnqATyTzYW&#10;JBP0ufayONgpIPVCwbpXGGSGHSBwOCfxYfWw9uyxrIVJUAEALx/h7TMGU549OFdNCem4zNGhCtfT&#10;ctY2tzf6n3h/h0tPK1Q4JFrqQOLX/AHt1Zk0aSOtgDiOuRyEdUggiYK19LBvTyPqDf8A3j3FyTyv&#10;CJID/a9Q5uPz9T7qp0NnrzHt9OpePjjWRo5QC1vT+Rb3xxeVkFlZASGANwP979qyiv5dNK7A9Ycp&#10;ikkVmEjLdTwtx/rAj2J2OqdaKSQGYC4B+lxcH8f19lcqHX28OnNStxz0EOaohGznSSsZJDMAfyBY&#10;Xv7UKYs1ChnJY2uptf8A1re0jK+vtx69XABFPLpEzbzpMYXiGlQDymoJY2IIZvpb/X+ntR4vba2V&#10;5GNrG90A4/AF/fpKsNI4469VYxXoBd/9+0mHaSKBIZChsqw1XmcyH661AAI4+n49rOlooqaOyqAV&#10;tyfxYc2I/wCKf8U93jjqwB/1fb/xfTZfWMceiR7+7Syu6aid/M8cUpJMSAkgWI0tJckm3HAH+t/T&#10;uqqkpkLFl4JuPpza5/3u/szhirhqiox5/IfzFPl1Ra0qeg429tPL7vyKRQU8zRGT1yBW5ub2F7f7&#10;x7Q2R3XFBKVaQLwbfS39P+I9vCJGqBxHl/PrzMQM8Oj2df8AxpZcbTztTeRmYPI/+7LH+zqI5/wH&#10;sNslvoiWRFcunqBJPH++t7c0ACnVcl6jo421+icRQU9LM1NHFUxeNk0INY0C5u1gdXH1/HsIM5XG&#10;uaV1lIBYldDcj8n/AGH4HtnKGvn045BHDoymJoUoKeGAIPQipcix4Fh/xX2naWWWotHYlVYX4ve3&#10;9b+1KsBk8emBjp0kVVBb6E8Dnj/be1rFUAJFHpHC6dR+lhwbE+6sgY+J9vVuIqemF4G1yNf6sGsL&#10;/wCuNR/2HvklQpmKN6lPpLH/AGwFvz/sPdCNWeHVq9eaBlh1rww9QXj6j68/8V9xqqRYIpjHYXuG&#10;H9sD/D3sBqZPXjSuOs8CGV4i4PABDf2Afxz/AIf8i9sVNUyNJoXUEY2sCbknj6+7hgFz1TQGNenK&#10;WJAoJCkgXuQLcc+1Mgmp0Q3shHC2/r/ifp7SmQudJ6eAIFemhhBOzfRmB5a4Bv8Ajgf63uJX1pFO&#10;wH0YG5H0Btf3vIGk/wCr/L16pANOs1LSoJg9vof9iRf8+0JSktXEM5Pq+puAf8fajy7Tx6ZoNVen&#10;puFNhfj6exdxJpYaQM8v7gS1gLKP6fX/AGPtLIsjPReHSgEYHSEywqZKoIkQ8ZYEk2JsOGsB/hb2&#10;lcnUzPUSabMLmzf4fgW/PtTD2rpbpt8nHDpS0UMaQRixHpBIJvY/1v77p6SaYrNO5S1hHwbn/YH3&#10;WSQjC568qrpzx67knji1RxjV9S/0UD/XPt1q6OJKcSXZnJsSx5PtMK6qnpygC9Q6aseWoaKyqgFx&#10;pH0uf6/6/tlplR5hHYm5tpBspP8AtTH2pqOmgc9OE7MkbPe1he9rkD82HuXk6hKGDxRclv1KPSig&#10;f0I90jUs/ccdXftHUajRql/NIAum2knljxzf2lBkKydiKdGYAfVVJAAHI4/1vb7lV7j0mAkfhw6d&#10;vFEo9VvqeWI5J/wPuO2QkE9qtWhvwNRsWtwePe1/UXUp68S6Hu65BFC2UC34/oP9a3vGmTVagRqw&#10;UX5XkBh+Cf8AX97UGmettKAKddsisOfra1/yPbgGFUxLPoALEN9P8fp7oQy0INOrqa8euiNC8Lqv&#10;YW/2P9f+Ne49RQVlTMrozSx/gXAvxwTe3HvyyacP1t4tYqOuhJGo+oW31H9L/wCt7UOPw8CweScn&#10;WzaSiXut+ALn23NKWoq+nV0jWNaHJ6gVFY4k0RKLBdWpvpx/rf717x12F8RUwIZFdhrVG5Cn6MxH&#10;+291imzR8daKhhUceudPXrKra/QVBsSLAsPqAD/t/bnj9uQsDJ5lhVFu0emztf8AA55/x9+nMmqn&#10;EdbVVPHj03Veb8BSIQNK0hIDqR4xb6aj+Pc2bEiBC8DqVjsWYWuBb6kf19sAvUL5dWYAcOuEOUWZ&#10;gkqMjyAhEI/UQObH+ntN5aaqpyftAXWRNIYXAPH4/PtShK5Oem2NR060qpKg8iqHQk6DyVJ/qf8A&#10;e/aXpPuamdYqinMc+og6FY8E8Mx9viQAagemlVq06nMwVSxsABf+gt7XkNDFFSp5SXdjZUQ3JseS&#10;xP8AtvbYcuadKO1VqePTM9Q7TsqKFVFBZ24v+AFsPeJ8csuuOONBHYMU0qTz9Tc/096YhePXgGIp&#10;5dZVq9AUuxLkldRJtwbgX/4j22xY8pVAO6LGtrIeL/kNcf717eSQ6KU6rQBqHqRJUBoiyhixva1u&#10;D/SxPt7yU1PjqRBRoWlkBWSQAE3PHF/p7TEMzVbI6u7ALQdNtEtRVzO1SdMcbAxxcjj/ABt9b/X2&#10;HbzV8kjCO8kBZmkVfoPySx/w9u+Wek/fx6f7KLcAW4B/Nv6A+1RgaPyaywCRuCoJJVSW5PH1txf6&#10;e23JUUHVloTTqFWzeJBpBZgQxUC5te3HvK8QopZY4xFNcMEkUDSP6aP+J92qrKCw6s1FbB68jtOi&#10;M2uP6MY2/V/wVvaRbJ1s9b4Hu0cT8gj6Iv1t7uyR0+3prU2ug6mKqr+kAexZw2Fo66FHZYwxGoCS&#10;2rVbiwP+8e0Ur+FjNPl0qQBh0j8xmqmgkZVDsoPJUGwW/wCbe0ju+kWVGpyWLRFY0AFuA/OoD+g9&#10;vQU0ax0zIBSnT7i5DJCJNIHlAkPN+SPwfz7Q6YirZHpwkyAAOjRkm6k2sR7VBqnJ6TlHGAMHp01K&#10;PqQP9iPatoMfT0dIamqkSUQRqGikH6ltyG1e23USdPJ2ih49RJZnMghjRxrDfui1lt9PbYWhycqw&#10;0/7UWq6CM30An08A8+6GR4DT16srLIaHqSLonqOohbk/1sPbhNHUYiB4ColDGxDHU6/2gb/4/wBf&#10;byMswBOOtSIYzRD1hRo6grIjGy3sQeG/B5/NvbrtzIKrK7wLFY3cSgBQT9SFP1HH196aBZW0+XXo&#10;3cZbgOoGXgeWndUdw7KQoS4YkfQXH+v7csxVUtZK0dJTQrqUa2hAXUDwWI4/3v34QrbZOftIPW3k&#10;MhoOomHp6unp1NZUzOwJsspuV/2nV9T/AK59o/8AuvSxVEtXDU+OWYeuJnNlP5ZVF/8AbX938VmF&#10;Rw6a8KMHjnp4FVzYxuf6MoBX/Yn20ZnH1tLkqY0U8skcsUesgkBHtYjj8W9vRv20PWpEJI0nrLFJ&#10;5ULMumzMLGx4B4PvKm3Vqq1KlSFnjIJppFuzG3BBvx+Pr7SzTMOH+r/V+3pwIGb59cnlRBqY+nn1&#10;CxAt9bn3J3LubK41qOhaNvtpITHpUmygcE6fx/r+/QMrJq8/XpqcyIRU46iwUVIkkk6Rq0skhd5S&#10;BqLf6/vlgcJ/FY/upkhaNg8hjnNrgC/1/r/j7bklOrQOlCIrCpPXOqq0plXUHJdlQaE1kFjYEge0&#10;9NmKTb+SjoyjxMZGljAJMYa9gw/B/wAOfb4GtaNx6TtJ4bUA49SSFdbHlWHP+IPte01XTrAclUyQ&#10;xXIeLQwuZmX0XB/qffgjfAMD/J08HCjV59QpkYlYYwzA2D6gdIiv6xq/rY8e06d1QTVN3Q0zsxRy&#10;oUQT24EhAtYm3vTwKo7cdNiYlquOpEdOI00amdQfQX9TL/hqPNvb3FUSNTR1LeRkild43h9RYKAT&#10;Gw/pb6X97UUbQOrspIr1xZE1so0guigq3FgSQGU/19smdr8RnYIHg1QyeVFaWJVcFidNpRxp54v+&#10;PfvAaMlq1r69VLiRaU4dcaWCaBSkkvkW/o4sVH4HvPVbbpjR00ctWaZJk0NKCjOjm3qC/U/1t7oj&#10;ykkU4dWZF0gE9cxUamkVEZ2SxFuA1/xqPF/cvaeIkx+Qno5MmaqkDKoaa6pJETddMZuQfdJXkw1M&#10;9WhUI+cj59Ra+UiiMoik8oXUirpLxyAfkjjj8+525KShWlykEZmpmjBd5IZEBsGvxG3BH+ufaqNW&#10;oGJqf29Uk0kEcOsWPmqJkp5ZWRlkjJFkbUOL31H6f61vYWVW/KOgoP4VjZ6iOeUhJGJUxySqPSSB&#10;/rXt7cKLWreXSUzDTpWvTkYY2kWV1RnjBEbFQWTVw2kn+vt1fObkNJjPJVNErIH0RRrPE6kcOLcj&#10;/G/vYMZ6vSSgz10KenDvIIYxI/630jU3H5PvLi8tmcnlohNmVppYVEbQUvhlSS36WKvwvH1PtqXQ&#10;iHStT15dTPRmz10YYVjZfGpTkkEXvc3JvyfePNUORpKupFXWCOSvRnpGVfIkmk6gFijuL/T3q3ZX&#10;Th50/wBX+r9nV2XR2nNeucbo6+g3CnSRyCCB9CD7T+GdtuVJeoiR/unZtVPTESTJIumZ4ktxwfUP&#10;e3KsONOtRgoeFa9cyLi3+xH+uDcH2sk3NX4dR/Dag4yjSXyTU4WNXmjblalQvIINwykfX35e4ZzX&#10;qxJHA06hVeNoK8qa2kgqSqsimZA+hX/Uq3+l/aazE2PqqmkzlcmQycWVcxFpY38Rb/NuI5ohZLfm&#10;5B9tl2JKVAI68VUgPQmvUqOOOFFhiVI0jQLHGgAVEHCAKLWHHHt32ZlcLteWGH7Oo8mXrJKOleog&#10;8zK6NpDRR2LcXF2H+v788TSjUWwOqowiNAtKnqLX0rVcIRZXiCuHYI5j8oX6xu4/sn/bf1v7VFRg&#10;K6lzlRXQV7VNNUq7ztQGV1p3kGoSsHAsb31An/Y+2VZitCAPTpQVUNqU1Hn1wp6uKaBBJC1K1zEl&#10;PV+JHcxnT6ApYEEC4t+Px7XNBU5jb+IhyGOycDPWh45o6lhGtVLHGWdOWaxsLfQ/4X91XXNIUZK0&#10;4f6v9R681EXtb/V/q/Z0lsvi9v7nrzjMxivuXxnhqaeUK96byuBHKkiAWuwvYE/Tm3tEbf2dSZKr&#10;z+8Jsi8P2VQ88CVGiaKGumXWv2jqwLnUeAf9b27JNP4i24FK/wCDqqpHmQ8enXLZpMXV4XDx0VRX&#10;z5Z3gVYR6Kelp4waipqWsQqAED/EkAf4OcG1MblMtiajc0tGwqJTPkKuMyU0jVNrKJoVaxJFiG1X&#10;1AD2zOtzpZYjny68oiLDWKkdeyGSqKLE5I4bHS1VVj6cigo1ACVBRQEWJj9ADwQfoBxx7ctw5OLJ&#10;5j+GUIpIMbG8GPyk0Jlp6t6a3igqHjQ69YBBu3B+t/foV+miVWOpv9X7OrMC9QOHn1gwdBU0eMNX&#10;VGoqMhN9zkUpamoSpSjqKlfNJRUs6rYR6rqtvoDYWHuLFnMDUS1G163+JV+0oWNPWztTziaeSHiQ&#10;o8S/UXN3X6f61/bkkK6xJHQSdURjTTIO3rHU47Ly0MmWpKfHUm7GopI6YSvJNQwySAFYJ2GkugIG&#10;oC1/wQbELHZ1N1xTUP8AB9uUs+4sxjnnpqWtqJnU033d3g8sJYRfthgAWS9x9fbEtrceKJJ3opI7&#10;R/n/AMPVo5I6ERYA6DTc0vaX8Qp8vks/htnbMpaWnqMxjKanjy1ZUmjl81bCmR8ayp5kBUeK5C2s&#10;L39teK3muA2pk8lHmoqtaaXNQ1QkmWmNVlcU/wC7RUcI/WwAIJU2HH9fa1rKK4k0uB/m6o1wUTUD&#10;kE/7PSoz23Mdntx0AqsVeajhpGpqmGnEz01DUCTyPVTuQIhriKhbFmINvbdT9hYXL01PuSHb0WYy&#10;WQigpaQ1QeuiSrhbw+NogPEjKHNz+r82+vtNLbQwN4YaiLkj/iv8HV1maRQyjJ8+pzbNyIpkxVNu&#10;nIYrEw1M9S8eKWGhrGgnbzeI17a5AA97kEXW4v8AQewv3ngewcXnspjabG0VXkqgUdTDjqWamE2M&#10;hqI2qIpqeNjcQC7K3qJVjYixB9v29xalPEIoB69MSLNUhCDXpQbb3Pt/ceCpM5g8qmRw0r1VLBk3&#10;MiJUS4ysfF1TNLOF1HzROob6PbUtwQfcbCZPfFfWLh9wZufCYRJqWLL1MkVRUxEuyx+GMFCEY308&#10;H83vxzt54iKxAM3l/qPVY0lP9ocDpwqaOkh8mSpcVTVWShp5vtjElNDUzFhrEC1UlgodrXJNvz7X&#10;XZuOrtlNjchs/F12SwGOWnqHyVSBV1dTVTSt/uPp4wFcqNSkft2UE39s2rxMCJz3+Y4U/wBX29Xd&#10;JkoyDA6R+wtxZbcWMqYd2xYjHbjM9cKjB4qpeT7XGLUNT0U0ut3bXIouXDWP1UDkBghwu0dx5KfP&#10;ZDa9Rjt55GB6aRKSSaOKOStojSNW5ChS6gxgq7SIFtbURx7dL3FQyMCg8jx/I/6vTq4EZOtlo54/&#10;s6VHgrMdFTpBXI+Ogs0z1oaorTEsgZKeCp1qDqF0BkVm+nqvb2LPWm0KnE5haDKZDG5Gko6KamyF&#10;criRJMVPRHy0QSRULOZCF8lnBUG/tJcxyysDGCjGn5dOowiFW7gOgj7h3rNQ9cVGVw2Czdfn6itx&#10;67Xw328lNWTZ2HJxtjqiqkjYrDDEV88mt1bSv4Yge0Lvbd1fSZ9Tg8bkk27gqKjg2vLiYaqkxuQh&#10;iqNElLEkJEB1SXVl03A55B5WxLFCnhhu45Y+dfXpiZXaj0+Y6Wmx9uiLb0v94aOn/vJn3GX3ZTTT&#10;wZOWDK1lKkQpZKoi7rBDHFDCTxpQaQBYe1tjc0dzS4HN7hx9RTZFxJRy4s1TY/K4vFUsrAV8crkB&#10;mE1tAAOof1B9o/7QvGmV9fn/AKj06HUICwoemyTb52thM/idlxUmNapaXMR1ldRLk8TX7grAFmo8&#10;hQ0pWTxyRxR+Z0ZLagynUDdUbgxWO7LxdbixmpIqLEyY+vx0MeRo3gOVx891kykcOqd2dfyCPr+D&#10;71ALmwU0XVq48eH+r7Om6JM2qtf8nQbwH/RvntsZmbbFFWZ7cVVXYXcWVp9v5NclHgJ4WykGOweQ&#10;JWmpaWCqjhd4J5NLKpteSz+2moylVszO41N1ZlI49tpPJQULVJ01tFFi2eZWeY6njAAIGknUB9AP&#10;b0cUt/bhQulWOT+dT9vDrUsiQ90eWPSmjxe0uwdlbkyHX9NS0p7DhlXJ7goqaGKqiyYqfsDWTxIA&#10;DU093ZyWHC3a9+UJsCvo+wdwbg3rWYmuxmLrqg5Kc5GuVVy7xqIaQUcZAIiRULyOtwAPpyL+3E+A&#10;8dvBkg+Xl1u3bXGSRSvSsqqSXY+ycLtLbjgVNFjKLb+HqI8a0kdDFR0opkqpaeI+MEgKkUZdSzsA&#10;CeSAqyPQe6t1HObpw+6fvply2cqa3B1UpVa6hpddZRU2Fracyh5nQCMRSogN/wBY+nt07nonFq4K&#10;14Hy/wBjpO1mR+ojVzw/1fl06Z/feI2rUYuny1PWxU+Slw9JDUU1O0y0EuVyC4uOXKwWU09NHI8X&#10;kqLssal2k8apqYauvN1ZDdmytqUNBNm8TV46DIYvO4iSlqFpI1pKgARVHjQFS0ZChTZlJP8AQ+0N&#10;xNFBKxoGLkZxx4YHT8BMianFCOk5XbVw2P3PuXdWbwm2Kj7iTE1+Dy8kVOM5S1dNQGkqlaatFlKM&#10;gkR42AZW0sPTcpvB0mF3Hvjck+4FzjYfF01PQ4SioxKDVfcylKiHPxaGnaKKdh4tGlWj9RbST7ev&#10;IphCkUBCu3En/J/Pq601MxFadKjNzbnoMVi2whwP3RrIDmJq8yIktBHEZKpsWiGOMVEiqNLStoTk&#10;lX9xNw7N3Rv7fVE+Hp0zGHw8n2ktLDkKKlr6GBR+9JgsZLpd6eMFXPluX0lLcC7s+5R7ZaLHMaNT&#10;5mp6bigeSTxPw+dTw+zrCub29szBx1+dnh29DViGtrshlVaGlNdXMlNG+ZzEStTLUSOUja8vLWC3&#10;FvYkfYbI6dx238buPLNkq+oic4/BUNPP9xXmijmkyeTyEcKrKPNI4bySJaIARrcX9pba3n3KI3cx&#10;8JG4V4kfL06caYxHRAKkYr/hP+XoJo97727MzW5MB19ijt/F4imFFk+wM6YaqkhzWRipqqiptq0t&#10;OamCuajgDmtiWVImaSMmRGbSQezG5KXu+pmjj2ti4MhgfDHSiiqVlrcVt5I5J1yNZMAlpIZLxCFF&#10;uGkuTbn2ZzNDZ2ohiNAOFfM9MR/rMTJQmvQk7H2ZSda0dfBUbny+bm3LnXy2Rrc/VQP5tw5CCKml&#10;XFwIgaGKYRBlpzI4TT6Ta/sS99/H7Fdr47CZnbtU2Ml29jKfHU1VVU7YyLMQLEEramrYI7NJBIl4&#10;bFdYZgzgaW9k9hus6SDbpFLSEk49Cf2f5erXNrAV8djQ/wCqnz8ugszPduO6irZoeyZ5pBntx5H9&#10;jB10m5qjbcmRrUj2xjhjI4xUiCqpg8srKNEMwKorLLdJHS2c3Y+Gp4cFSNksJRU2SwVbu2aaKalq&#10;XxVSaelhx+PD+dYo1F3Lf5xjqPHPtreY4Lc6rkHXWoArSvn/AKvTy6U2X6qhXPaP50NOlh2ThNhZ&#10;2uosZu3I0cdfBVY/PYbCxyR0FY1QzSUrVk87MyvJJ4nSGaytF4z421c+xl2ztTYe087nN+U9Hj8d&#10;ubMUlGmRydZVy43G1X3RSXJ1FNRyM8UUrCFGkMSAFuCfqfZbbPu243MckijwkPA4/OvyH+enl1e6&#10;FrEx8Idx9P8AVw6LN3z/AB7duy6TqikO+MliKuTNmRdk4xd4blpF2+qJtnGZydigekknkT92eVJ5&#10;FhDO7Nqb2Ce19iQ4LsjdHZNBljuLbsW9MhVJh6NZ6SioWrakz1+WrWf0VRoS/wCyqEq367+kqTfc&#10;fFvLlNtA0lsk8ceYx0nEZt4jLXJ4D7f8PQ5xZLNZDpfbOx9wyVO0997h6vxmNdclPQR1VVuJsIlJ&#10;/CbXl0PXSxzJLdNcallW0xUqhq/eu4+4MzuXPYCpxuVwuzsl97Q0NfSU8GTpMaH8UT4V6llWWaoK&#10;NI8Uy/Syhr2X2cSi2tTHar21FAfs9ektuzumvjQ8P83So632PtPpba+29twY00uX3K1DRZ+vw9Fk&#10;6yDJ7mGLaWtr66pp0b7eDUkiQzSeNEBVSVJ9iZtyPZDYHbtVQCj2W8ufrpkzGdwzVVUMzi0KVkFJ&#10;NmGLq41SeLwuVDAmxClPZa1rcGRl16wfnQAfP/V+eOliutKAU+X/ABfTbu3I7npcrvBIMTXdjSUW&#10;3MbSw7FxO4abCmbH7kyE0IqKmnvHEXkFPIjzVNisSOsNxI5ZoyMk9Fkc5vDD9mZXYMdV5PFT5vC/&#10;xjHI0beCfLNPIVaFapoxN4/SfXyLEL7fmg1FEEQkA88Ur02VKAtqIHpj/V/Pp1kwtXXbex20dx7K&#10;wu9MbFSKmRio6zHYynpFhl8uMxNJiapgkq0cTrCspqlBMQfhyQvKbeG098UW4aPBUce7d0Y/CS4t&#10;uwM1I1Ji8dUVdEIZsvMtW2mKFgrzRmAOW0gCwIPt1INEqpctQE1CDgKeX5dV8Z2jNKAD5f6v5dJm&#10;k2bvbbNZtWtotzY3Yew8flqirrup9o7Yx1bPXpJLPPQYulzNHCszu8rU/wB0sESRhBLqkZR5PYcb&#10;L63xHaUNRiqts7t7am3qoZRdz5msmTcGfqqunelo6mj+6bxx0a6fLHIqsJCRe1j7ruW7LttIoR4k&#10;jngPKnTkVuJ11PUU4ep/2OhP3lunIbVoVrKPH1G4MpWlKajwdGrmnV6VjLVyJPBC8plZZFXS5CnS&#10;pVUs5YV9vdVYvr2kyGVxm483vrP5jAw7f2nWVdEsMO3aaVxjnyNLVjyJJPCW8quqg6FtYAlvaGLc&#10;nuJ1kmAVUyV9T5fn5/b8+ri2MY0t+004dA1k9x737GzFPgMxjaLrPau0t1Y7L7uk/vTRZvLbsxeK&#10;hXOU+3J8MtND4cbkB+zX/cMHazRKjJq8gXJs3K5au27gH3PuynzWyqippcnu+vx2RqEyGIkyQyGO&#10;p8nTzPephil1BIxdmuQfSAQrn3poIWlkGT8IqK8Om/pS7BlJ7eJPn9vQ6xCjxtJk8viqalqYs3Tx&#10;5Onw9DLjaUV+VWiMVRPDWnQhkniWCJ5Hl0KIw3F3LcdwYGr2f2ftHxw1FXtqlxTZKr29S7crFo8/&#10;n53kTOV8mPbV42naSNzccLpUC1/b6Tvd7eGHaXGf24NfPH5dNaPDm1A4zj5+vUTEV3959uZt48ql&#10;HU1EmWxyZPHZHHVk+LjLP9gY66hvH5KZJARqZjrDXY3J9rX+K7zzODzOP2phMbt7FY3BvFTQZipn&#10;qjjcfW5B6uvqKHEFBedQpZVYtpGm5tdS1bNDY0hPczefqfnnp118VNRwfz/ydM1btza2MzeGy2Yq&#10;ZjuDL7lx9QMxQUgoHy+Sx+Ekw2Kos1WUK2MCxSMsUMkixtKwAUk29tm0cPVdhZFa2q+63BSUy0Uk&#10;QhT7o7bBdVrIMU9PT2EdUsYhqorhVIJW55CHdb6SEeEoyeAHn0/Ai/ESBX1/1efn0/bhzO1tiUDZ&#10;Cvyu3dqrXVDoKrMVuNxUOVyH27CJKirrpIzNLYBxdy5C2vYn2NtZ0vV9h5Sr3FuTIVuC+6o6Cg/y&#10;JxBVV9LTo4k14ytEpowfQoRWBvdyvPtH+9LmGOK0hib0LEYHz8q0HVzFAle7Uft/4von2b+U3UfS&#10;uAq9p7Br8bvatxX8fyhoKPLNW4+DJZOuOTjxrbnx0EyVLyzzTs0oR9PCSOCAfY47V2ptzY2PpMdg&#10;6AlaYaUnqNEtQfoGYyRqii/1bSouSSQTz7Qy7OL92lvJCSaUzT+X+evDjmnW/qXUBUwOHRFd8fLP&#10;t/s2rczVOM27jBS1MdVisNRSnHNDIB4Wnlr2nleVLEJLrRfURZePbnmcOdxwNDNlKvHxEH7g0jeO&#10;eUNeyJKlmUj8aSP6+9yrd2OmDawPszQfMnOOnYxFpMlymqvA9N3Tfb+1utarIbr3zs2n3RlJowMJ&#10;msglPVtC0RCSUdNQ1OlWYlru4uQLD+h9pzbfWu0dpTNVY+CorshLO1S9fkZZZagSMCFVbsSbXJLO&#10;xJJ/Frm1vb7tdHXuU1KHCp8OOJYkZr5CmKedaBqR4+ES6R/h6UXeHzs3d2Fi59r7VxNFt3bGQxMm&#10;OyqVCGprq9KkqHSHTpEK6QYtIDEqxsQbH2tpJWJAAHP0UAhVH+A9nUFtHGC37Sck/wCc9MnHy6Id&#10;V1tTWaWllESIoKww6Y4Ylf8A3VDGPoLXtb/Y+8ZuCCdR+v5454+gtf2oFKUFB/q/l16mo/b/AKvP&#10;qIo1j+wNQ5LA6mEYvqLPe1vz+b/X3xAuSvJHJ5H+1cEEe7MaUPDy/l/q/PrZBpUeXWRg4GpQFI0K&#10;NLc8ryWjtb+htzb/AA9+F11fWwB/qOBewB97JBAPn/q8utEHz64uv6QABJqFjdXW7WuzKPpcW/PP&#10;vgqrqNxx9Bf6XB/33/FPdmdgooerjhx6z6mKAeQKeTcfUKy/Q/7EcG/+x98yOfT/AGRYLz/X6fT3&#10;QHHd5+fWqipHXQCkEkD1sSWFnt+Ab/63vgzMbjSOD/Uixv8Aj/evbiiNc16oWNcdZooo/wBYkbm9&#10;xpBVvTz+L/i9r++mY2sb/wCw559+UCuodUDmvUhIFlZWBX0rbU9lBX62JP8AiB/tvfKyqRb6/gc/&#10;W/Fgfx7ZdmdSDgevyp/q9OnAQPLqfRJLbxlGvY/uJYkgXtZeOfpa3vOqt+q17cH/AA/1r/7H2jaW&#10;Mnw6/Pp4VAp5dOT0NRTQiZHHidtIch1LG3rXjjj33qFjrYf0I+vFvetBBrED/qPVGdQa16xRzSSv&#10;YlAOFAezKOLBiv0v7DTenZOO2hDVA0VRkaynENqOGWko1kM4LIgq66SOPUFFyoJP045v7OrXbg0Q&#10;nmamK4z/ALH59IjM8jaE6Nd0t8Pd5d2Y/G7ik3Bjdr7UyMmRWDIS08uWysgx9QaN3gw1IY1EbShk&#10;Dz1MQ9LEauAQg3R2nnMliKUUVBi8bVZKdJaSiymUvHNQUrrLJUieBNDMG0qYxJe54BA9q7O4tY1d&#10;1Wumoqf9jpl7ZmmGtqjjTgP8vVgPT/wz2H1dno8jJlsrubLY6hqYJMymPix7U9Zk4DRSwx0qTVDq&#10;DDI5VxGbAnVKOB7S+zdvTbf3XPVY3HSbz3LuKohzXlztVi1x+25Jz5ZXp/vZJZRp5CGnQHSAptb2&#10;HN0CX8eudtMZNAq8W+WOjGNvDPZgeZ+Xy/2OjAb8y2Lp9lZOuz+brdj7Q2999BX5DDDLy182OooW&#10;o40iWiijMaFTyhjlUsABcAMVf2xul8usmJot0fbZdpYsd9pistHDTRZKRtc1NkY6NhV3KBivqUfQ&#10;n2abbE222gR4wuBQ+dPIH8sf6so9KTSa1z9vQJ/HXqLa+AFRuSDaUVTS19ZVZ2lzm9MJU1O4ZaGs&#10;hFRjq7B1NXalpkbUHkWKMSNck8BfbdsLbW1aSWap3PuF63N5HHJPRUku6qmkMFOKUxtAtIkqyQob&#10;XdtVyTcn6j2TXr71d3UbwoFiB4nifs6XeJBDGSmW/wAHQo9r7r3VSYuppdj4XK2o8pS02VqoNkT5&#10;1IozXwGTIYuCaNoKto0LkCON7MLH1Wty7E27tHcO19vmpyBmOMqSJf4S0uTiZZlC1EDTU0qlQo4W&#10;WVjzyb3t7P7aHcFgZZCBQ1HDz/b6dF7Txy3BohAPnSnSN6vz+/U7U7BpptqVNJtzMwYyqxlTuKOp&#10;2zWSz4+KSAVi0dTAfK1QX9cUEaCNVUkEjkA8NtnE7f3JNQ7Ly+Xq60zU0sNHkaSmeVWyUhpqGSWu&#10;ikEJeFizrGsZa3q+vtKZJID485FFyaH0z08qDKjz9fn0ZtZaiTDyPuOnoIIxQyvlftaqplpAsSFq&#10;oL54omMJUNfXbjggg3Ij7D+O+NwO88vld91Gd3DVxYz+JrmKjJQVFM1RMSJoFVlM5dRchr2C/n6e&#10;yjcN13DcGijsuwu1Mg1A9c8BX/V6bRILeMyfEfn/AKv9joFtzd00B2hjsr13UYqrra7Owbco8dko&#10;npwsmsxgJ4nVIxpW0V9QYsoUEgj3iqaLIb7xOS2BsWgpdtbCxNZroNzzJVx0jZVZzVVcFZPPreZX&#10;a9jFze30FvZkLq32QlHYyTy0qRx/2B1p4TP+scUGB6fZ/lz06R0dBtPKydibpqMvmuxK7asdDJtb&#10;F11FVuuNp6wTGDbuCdqaIMsj2lqZJACSwMliB7RtLsnrmBcvj+yMnj8lkqaY0NNlNs01TCxqfFq+&#10;9ldx6glh6zYXuDc+9a9xaZZFosZya9VeJTHQqC37OlrlMvvSvw+FyWzsFSQVVaKatrsdvGVsdNT0&#10;UgVpaGX+GtUeOq0kgW1opHJI9hPj6Teu2d502S2diauXZlUxwkeeoYjUQ1tHM/jkfJTJqEcnPrDA&#10;NYWB9mF1e28UYVGBZKHjmv8Am6TpbTatLr2npVTLQZCOLH5OOikqWjpq58dLJFO0clPKsyTxo9mZ&#10;YplGmUKBcD6Hj2I/VeE381fvDD7Vo4tr4CQVdfm62KmInn+yLGnp4amoZ2M0xuEiXgAkm319lN5d&#10;wyzRyMNcjYHy+fp/l6VwosYJbtAPp0k99ZPZWHO28lu6niqp/wCPUeN28rU01a8WTzEqUBq/t4gU&#10;SKJW1z1Mo0RJc6gzKGMhQZTblR1mdxS4iChmaCfFvkKuigatTJU4NP8AeR1CC6HUP1XuD+b+0W3W&#10;12++MjSF0XJzgcaD8v8AN6dO3cgKLTFegszy5+XtjDbZpNz1toamPdxwlHlJaOmn215TSVmOyuPk&#10;dlni1i6AAC/0H1Hsr22d5QbXy8mYXOrV00FeWlxopjJkKoSelh94wOlWvYmxNvz7EO4273D6QdNO&#10;B8x0nSVQKceh9zWJp83i67E1SIYa2llgJdPJGjOtkcxXXVpNmAvY29iRVbrxGYoWq9s0NFs6b+IP&#10;kC8aUpgepqmvO8q1AXXLL+WBJH49preDwXMjkyPTievatRAPDpPYPbeTxdKKHOZ+q3XFJSLSyVNf&#10;SQ01XJobUvkXHhIggHH6AzGxZieTJqtnzZnYW5avbUIwmUp0FZU18mJ+3gro0Blr46WbQ0kwkS/6&#10;fTc2v/RJYTmXdzHcHUWB0ivDh/k6cuwyounAJp1Cz286Pbu5dtYmukSdNwVxw9MlNUCappa+fS1H&#10;NX0xKqkRIaPyeptTCw+vtP8AT+5o98Use0tyxpQYOWpSlpcbR4mihkyRjFnEkUcesXIudRNvzx7Y&#10;3Z5LJ2e0PeeJJ4fYOHVrYCRSzCtPLrPuyjbDUuT3dh6Knq9wUWPqTFJl8xXw4+GARl5Lo7yRRJxz&#10;44gT7NxJW0O1NrT4rbWOxu2cPSLJHEJXpMYlZNGmlpZn4UaiBeV/x/Ue3+XdpSW9+vvAZnA1Eny4&#10;0HH+Qx6dJNwmYqIq0J8h5D5dV/ZnbS9idm4au3/nc3vbK6UqH2/t7H5bOYDamOqahZkNNS01OFGg&#10;C7RjVI5sXtcD2W/B7j3hDPV5PIZHEZfO1c8q0dLjK2CooaGiP+bhFUDoYgcu/Psz3Sl7c6SmlF9P&#10;P0HTluFji0g/6v8AP69H3i2dtFNuQYSkxcuN2/AFmMJpKuimmdWDK8sc6LPr1ci6g3tYcAe2jH4X&#10;b26d4suV3I7VL81GAwRjhjNWBdXmrqSRT9f7Nj/ri/tHfNLaWwMYCV9f9X5dOQpUluI6dsnXZTD4&#10;YviMes8NFTJaoylZMkqQRmzvJAyGRiEF/Wy/1N/oRhggwOGxsVA1dHgaSgkMtTUVVS9TlJlBu0aJ&#10;KWVNX9WYn2lsrW9ebxSKl6Z4AD19erXV0kUZZRqIGAOgtzGR3DkKqauxmJn3dU1lEKfGY6JIaHbd&#10;JPYlanIZRz5pAD+rQhA5sL/QDcy2K3ZvqZsbuL+62Dp4oUkyU5QR1pJ0sXRmHlY/2VJtfkg+xrfw&#10;LbWC/THxJKZPz6Btje3ks58ZTSpwP5dCLiDuTbmyaR8tjzuHcsMBknxmGaKKBqueQutJSS1RVUhi&#10;BC625sL2JIHvPUdidY9SboqIcXhM3mchNFGs2ezWRath8JW5OPhhKoisTdtI/wAPp7C95sst9br9&#10;fLTz0Lw/P5/5OhOl1Lo0AaK/mek9Bgext34ZTuncuN20akSSpi9pYaZJ4Fdj4IMnkc/LUNI8S2B8&#10;NPCpb1WsAAG2b3RuLsHeaZ/bG8KfE0dFJFPLBVRyY2GnpwwuV8CN5TybKeT7UXLwW9mtrFHUAUAH&#10;VoIjWur7a9L/AAeCo8BhKbDxLNVQww+OZqqWWunrJGFpZKiWpJLFzyQbKPoLD2s8jhNqZLcFTu7J&#10;zLu2aCnSObHZN5o6UOkYDVaxK95AxFwpsP639ovEvbmBbWvhU9P8HDHSkRpExZR1Jgp3hpUoKeEY&#10;qJF00zUSwSJBGr6hEsToUXjj9JH1tY+2DfFPgN+QbdqqjK0m0ocRanx9Cg8cVRAslw7WtpW/C82/&#10;1vau08S1tHtbcFzUksTxr0ldF8bxScny/wBXl13Q0cmPaqvLVVxrKpqySWZorxMYUgEMa3UBQIwQ&#10;B+Sfbxj8buPcG5qPD7OhwuIh8NPT1W4qyd6o1kMSjyvFa4Oof2dQBP8AX2kuJLfb7PxJwZH448j6&#10;Z/w8OlEYJepwB1wymRpsPjKzKZE1M1NTI1S8UNOZqhUFiIoaeAanYf7E+xH3Pjo6LL0QyLDL1VNB&#10;9pNg6athp6SfQniepkjQqLt9buTb3e1mmfbxLTwgcg+fVhLFIxCZHTBt6tiymOqp8S1TS0lUXqaX&#10;J1VNOZQamQymMR1fJ8d9Ok8D6WHtt2uKfYlfJlttbKwVLBXSKKrw1UmUqVm13CvJISsKL9S1/r9F&#10;PstubWLdjpvHY6fLhX/P04tY10JgH06z5TE/xrHSYirz2Up6h4jarpUTGSMzLp8sSog1W+ulWNv8&#10;Pai3jk95ZeGpyk2RpxGKd5KfQ0ppabi9/EgJcKeNXIB+g9nG2zxRFbS1j0qvGg/w9JZ4owmTk9Jf&#10;ZGythbMhbGYTFpBWVU7vW1NWolyNfVOdTzVNTJzqe2rTcE/Xn2XHYu8qzGz53+PZOGs+7maPXSh9&#10;GgyaSQNIIAH0JF/8Pet0SSe5X5detz4Y7j0KMsEcojDKt4nDxkqDoZRYaf6f7D2/7on3huaaKj61&#10;wk8e3qWFJ63IT6Uaecf5x1mmZSwvzwPb0TWNnb/qMHlb/VQDrTRTyPrbh/q+fTfDL9iqNmK+kNXU&#10;TSJCRaCPQzkwwQxubkhbaj+Tf8e1fszByUmMaozdNUZnLsSi0sH7pgYc3drEKB/gP8bn2TSie5nq&#10;x0IPXpYg0rpHHrnkKlo/GqVVNRoSGkqKkjQVvYJECVBY/wDBv9v7E7A0OSWGrr0wWQ/YgeSOV4Z6&#10;im1KDykkwVXIP0A/P49tK0Mt6luH88gf5fTq8w0Q01ZPSQ3LmsJD9pja3cmJpJq6pgpxTtX09FWy&#10;mY+lY1RvItwPqBe35HstZwmY3dufJVGUy80NPFLJ5oaxJA8FMrayixwfT/WLAexLfyCNVgthx4DG&#10;OkSRae5+HS5RYaOmjSniHiRUSKOHSAb8LYki9/yb8/X2KmwHpKWuWk2/jVyEVPrRZ5ad4xO4/wA4&#10;0CMxZgo+rcf65+vsN39uoKrM9WamB9vS2MgJqOBTpuznh/hVRJW1pxcCpqlqBLGqxL9PVJINI5t9&#10;ePYx43c+SytdUY2qrv7vUcSsjyU8dMZUiQeoRIxYBm+nIJ9uPb/QeG1uupiRx8v+K6bfQ6FiK9Az&#10;uHYO3qTEPmodvx73y7f5RSU+TqZ3jrKtjem89QwP7Sk3F/SAOB7L/wBiY+loc79zsupqKuR3Vq6t&#10;rG80stm1PoUqqAn6ABf8fZ/Pi2D3Z7vQcB0jj8Rsnt6FHYtVuet25RT7uxmOxGYbWJMdjHkkpKaB&#10;Tpp41eVmJIUC54/1vb9sSTMJl4smuOpp8q9jeCjRfGtrmWqqjwoA+vI549hu903QEDk6a4Hrw6Xx&#10;nRGdXDpz3EmObDVkOTqvtKGaFoppNZDFHW2iMc6mP0C2P+t7bt5VeOzGcarqMhka7I0yu0uHxEbv&#10;BNIrXWCWc/S54Krz/U+xOLh4LNIJKRqABUny6TJENJMWesO3scuIx1Pj6KlEFDAg8Us8o87oRw7x&#10;oDc2/LOD/h7C04LsXfucSiG0ZqejhkuYqvyQSQUynkvLUaEUAfi/+tf2ivd4s4Lfw0fV9mak/wCr&#10;/Vw6pFbNq1SY6dKvIY/G0xqqyrgpqcEDyyOtnZuAEA5Zj+AoJP8AT2YvDZnGbEoU24MfG1W8BhqG&#10;jkeVIhazpGUHqY/4G3+NvZbZWNSNwuGIJIIHDpyUmRdCHA6RW4Nu1O8ZcdVwZaaix1BOtXBTxQIH&#10;rpkH7ZqGqAdMYPq0lLk2+lvbPi48Vl87HJlao4PCCoElSgZaQzQxtcRvYg+s/Xnn8n2p3N7uSGlk&#10;NTkUBPl/xXT1u6xrnJ6UOSlyOJwMz0FNLmctBTN9rCG1NPU6fTd2FlW/+AFvx7kdr7mWjSNttZJR&#10;jEVUhSJmDOiiyohH6hxzp9mGz2EVlZDxSHlOWNPPj0glaV5C0gp0l+v6PLVOPkrt24WOgz0lRI8s&#10;TvDUoqsbo8bLext9b88X9glt+oqsllI3rKuTLNKQz0YjUsxvcQh5Lmw/JUe2b2eUgqp0jp2FadCS&#10;dKIbFY1VTzwFQAfX8Cw9qzJUu5ajIPFgsHTYLGxFRPkL/aOzgXYRvNdmA/1Sj/be9hbaCIEfqSEf&#10;b1bSxNW4dQ4pYVUJJViqdv6+NyQeQDHCLf7x7FTrSfrvAVRfK1I3Jm3DtJAwgqaKCRuAZQAxlct/&#10;qzYf09kW6226XjDxJPCjFOByaf4McRx6Ug0XTGB9vQadk0XY+cxNTjtlVlFgI5UCSZOVphlHBPr+&#10;0MTp4AP9Vyx/FvY51u7KBaUxUOPpKKCJdXgijigjiL8iNY0AAP8AXj3qx2WyiP1JYyOa5PH8j/s9&#10;M1nLaZDj8/8AUOi6Y3r3ftTXiPce7clkg8yRpKZKmolqY6eyyVVXLM5BvzoUA+0aKOlzqSx08DrO&#10;QLvB9TI6+n1n/efauW5WBtc3Dp/STkHHQxLV5DapherroJKMNwta2jTTx/rIQcA/0A/2P9faEzuz&#10;90YhHelyNTNWSLqURh2iRT+lZJI7t9OPqP8Abe3YbhLkmRkog4dUJBOlTnpb7f37tLcassDUUUUc&#10;rRBaowxSPMp9RSKW1wTyCCb+27DQb7TjJO88MxEEMERkiWaVzZVAYkn/ABP09pp7qFCXjFAua09O&#10;nliWXHT9U/3WmkbnHCop1+4aUJG70yKLly3IXj8X9ihTbY29tiFclmahqfLyp5qmxjdolAuI1d7k&#10;f6w9lsD7nv8AMQo0wjgfUdalkS3JWIAnoMctvXPZiolxm0MdS5ejjdaVZZXmhjMpNtZMY0sq/VvY&#10;d7j7Hpq+ojxFBQTVwklAjHhJ9H0WWaXiw/r/AID2I4bC12qEktn/AC+fSVS8zVbj0rtu7Iq6GcZX&#10;JV7pkZYrTJSyP9tFq9RjjjY6eDezH/bfj2He4cnnsTPBDR4qVXqXDy1AiAihi/45RE34P1uP9v7e&#10;jltpYTMTX0/1evWwr66dL+GOnmQASCoWP0n16rsPq0gH5/wP+29iniGjyW12aqr5qaeIki/NP5iL&#10;6n0kXt/S/sntWnbcjGq1U/4OrzAKvSPzJkxubpZqXG09UKhVjlK2WpWMf2YiVI/3r/X9l23OsmMy&#10;LV1duE5BL+mGGOSJLA+mP1EkD6exQ6yOvhoNAHSPWEPS4p21Qo3ganuP80+jUv8Ar+Mkf7z7kY/N&#10;4vLU4gqKuppgGuwgjFgB/qpHvz9Obf7H2i8N0JINenVcnPWQ6v7IUm35JH+t9AfYmUW4tr7ax/21&#10;PFNXVNfEVmq69zNMsZNitPDCLIv050k+0EdlI84ubltIXgPL8/8AB15y0hCcB0na3GZTI1MTy5D7&#10;SmpZVmhpqNdPmdb2NVK9y45/QNK/1ufo67B6/rN4VVfksXiIsfSl2Vq7Iwv+5+SIvNcnjngf0v8A&#10;09lHMO+w2kqQglmP4Vz/AKv9Xr0YJbCNA7nqDuremC2bRCozdcFcJr8aNGsrD9IdluNIJ4W55P0v&#10;b2KTbMfARzJVV9CAwuqwRjSAPyxPF7f09prNbq7lWQRlc8T+zpp7mKhReg2pO2cNusIcHR5Gr0OY&#10;j5FMWs/q9AFyR+QTa/49g/vOhr5GSfFRwskSkGVn0CQj8EJ+D+b+xlbpbogWXubpI+stjoVNvVga&#10;nMdQxjndg4gfUTGG+i6m/PsPMblKuHVDVZLwVM8hSWTHKiGNL2MMMzD6/wCP49tXc3h9yrgdOQwk&#10;mp6UckMcq6ZEWQDkLINS3H0JU8H2KWNyX2tMaWOmnhiKamrKyo8kjC3Jka9zf+lvZLHIJpvEPe1e&#10;HTzhVGemasx3nljlklBMdgkEUShbnji5v/sT7SGU3DIkwNJUGdoiyR01OrB5ZSbBncf2R9fZ2Qun&#10;9XA+fScMT04Q0caIQ0Y1OBcsAbcWsB9B79U47M7joqemNP4J7szSlLFnf6HUfr/gPadLyGIMzZHW&#10;/py7VBp12z01HrdpdKnT6dRYLpH9lR9P8fYvbC6OhweLlymVr4Xr68GXS2p5Y0JvwG+n0/p7Cz7p&#10;dbnuIhhjIjU0qcf6vz6dkeO3TRxY9AXvjvTD4GskxWMo63KVUMiRzSU6KKcSNa8YmY2OkEFtNz7i&#10;VXW+MrMmamYGaOJiqGaT0Cx9RWMEA/T6+xLfzlIVt04nyHVUlUDWelBjeyGlx0Us1NpnaJZCiJIb&#10;GQAorMwIB559qfLybeoNs1WBxlPEJZ4mWaeGJWkZ1+gZhyB+LD21sW2i2ujfXrVJ+Fa8Okt48tzQ&#10;LhR/q/PpL0S71zm98XuCunkpMJjTIIcc8jRwTCddHn0DhnA5Bb8fT2R2t25HTZuaSSSUnysYoKeF&#10;pJJG1XVXY8KP6+xFfOZcDA6aiQ0x0YgG4B/rz7VWM2buzOV8b/b1CU+pAhYJHHDHf634HA+pPsiu&#10;76GGHwo8npZDHTL46jVFZS0ql6ieKIAXszjUf8FT6k/4AezFVmE2rhsBBTzzmepWJY6iRmAGu1nC&#10;Sfkf4+yrabbc7iR5pRpWuB8v9Xp1eaYA6YxXpGxZnOV2ZeKlpEjx8akpI7MXcADmSPi3149gPnN0&#10;PQz/AML299vQx/2mpk1TSj6euYXNvYh+it7aPxpTqb5nh0wGdqav2dLRIdSqZz5XsCQwGhTb+yn0&#10;/wBj9fam23iKrPLFJWvLHGBpeeQPYXHLre1z/vP9PZNPuLqSkefs6U6AB1xqqlKWJnsGexKRghS5&#10;/pc/T/X9rD/R7if+dlVfr8n/AAHH6f8AV/X6f7T9fbX1t96fz8/Th1rSPn0x/wAfk/5VI/8AzpH6&#10;/wDjn+n6/wCP09//0WA0jagyXB/3xHPvBENpqDmv+r/VTrvCVqOtz8ViFbN+Prx+L2Nr/Sw95aaN&#10;gfUQeSPxwf6C/uzCox1UAKcdR6mZf7PpGn6fQc/m/wBOPbwrrGqgqBfkn62P4uPbRUtU/l1ZToPT&#10;GyNKzsH1c8KOBb/XI/4n3EqQkn9q5vwDY2P+HvQJXB6d1ACvTjSF0AIXQLW/2AFrkn+n9PbWYNUv&#10;NwL35/pe/u6UWvrTppyCOnY1AWEabfnhR9L/ANfcqSGGOMMoJb6Hjm31HvZ1n7Otqo4+fUKGolkl&#10;0vawJ/NhfkX/AONe4hs5uFvYGxP5t/X3Zcrk19eqUPn1NP7fFyNVuB9Rc24v/h7hyxtcaTYkfhT9&#10;P8T7cwOtEDiOpcUilSDzpJNyw5IFuPeN43BCj/bf424vb34MGyOtUqK9ZEdLMTwOfqb8H8Ae+46d&#10;lI1kgH6kf6/0N/fixHWjqAz1xeoja+gX+tr2/wBuPbvTMsdlVAQF4/H+IufdGq2fT/V/g6sp6Z6t&#10;GkBZpCCTZrW/BsLfU/n3IkkJFjovzx+bn/X97AJNR1cHPUOOJVNwZAPy30tx7ZalnDG4At9LDgj8&#10;n3dRjqrAVx0/UyRlRYsSb3v/AL0fx9fcVZHY3CmwsB9f9iffq0OfPqqiox1LMSAaSRyWJFh/W319&#10;8y11tzqF7/UcH6/X34hga060SRgDroKAxPpC2Uf43H0+ntrldyWFyBcrzxb+nu6Vr1o18+p6KgA4&#10;ufrwL/7f/X986ZwA1yxPPP4v/Qf6/wDX24+KfLy60McOsU6ngADmw+v159zoGKtcjnjg3FuP8PbW&#10;ePW6efUadA6Fb8f778+3iORmS+lhb6kHjj6G3uujOD1uhOR0yyIqOVJDfUAEXP8AQ/7375fdaU+p&#10;HJ+vNx/T3ZozinXjX16wCmDSH08ccgG45/J/w59p/Iy+dwCwsp1WU82/PP8AT3oKV+3r3l0pKCJY&#10;U4U8i1yD/rC9/wA/7D20yFghCsVAtcXAJ/5C9uqGJqeq+eenEabj0gn8G17G/PuPCCx06zYm1vr9&#10;P639qQS2SevAjz67kKqL6eQL3H+P9Pb0lMVUEOCAL2+hN/z7p4lQVf8Ab1sU4dNrzamtoYEnn6f7&#10;Dke5VKV1XIvfmxP+9t78xIxXrWAadRapWZLLdSPqQP8AbWHvqpX1HSos30ve5v8AS5HtNWh7ureV&#10;estKfQt25UC9vx/re+okl4AT0i1wAeSOPbhZaUPn/q+fXqHiOvSMgJJcahe13Btf68f4+3FIVHLg&#10;p9CB/rfX3rDHBr1sEAVPTbJO3IT1E8XH5PtqzFQEClDYWsdP1I+nPvSCppXj1snGOnLFwtpbycm9&#10;xqtx+eAPbIC7q2lg35N+SP6m59vMCvVOJx07DSCLiw+gt/vA9yaGD1E2sx4uR9fbbmgp16nr1iqZ&#10;PTyeP95A9v8AT0bGQFkNjyR9Rb+o90VqDjTrek8emaqq1WI6GUn6DmzX/pxz7l1NNGoUqAzcXH+v&#10;yR7bBZjXqwFAeodLVO1w2pFubMfzb88X94UEQHMf5tYC5/1ve/tPWs06kO0zE6Xtxe5YAfS9/cwg&#10;SKI0UrcAXF+P6297CknjjrVT59QAxhbyyMHIJsDaxsOAffKDHKWdXh8pAJBexH9eLe3mICVHXgc1&#10;6jVGVYCIrP4Q5Asl73/1z7jTY5LnSFQXJIA55HIt7Tls56uxTy6cqfJPbnU7ECxvxb83PPuNNTBY&#10;18aam/JAI4H+A91FakdU09vUyGpDuxdgo/AJtz/rn3Fnp2kjDadDk25Nvp+LH3b8VB1dcDu6kw1C&#10;o5XUGUckr9B/X6f7x7T0kE8MgJDAFjYgmxN+L29q45aYPVGXz8unTXHIhta9hx/h7VFAzzqkaxn6&#10;2Lfn6Wv7rIUIqT15cdJ6uRacvIXFtJOngWF7/T2sKXFMAjXsSbE3Ab/W4+vtAz8cdOUQjPSKrs/D&#10;qkQm4tawB/H5N/p7elo40VSRaxCn+pIH9fz/ALD2wdVCx4n/AFfl06pUih6TzZeSaYxIxZeTYfWx&#10;FhYfX/WP194qmu8UXhS55J5Ngf6e/IpY9/xdaNF+3qTR4oTVX3TWCMOP1E3+jWDcj+n+t7TMlcEf&#10;VKzMCTx/W/0+ntVoGnHTLZz0roqBmTTCqKQAdVr20/7z+PcQBZ5hJ9QSDwfoAf6+3ozpHXu0io49&#10;S5S8EHhuCQtr2uTcf0H/ABT27hEkQxyEAH9NrNYfX225Baq9aGD0yeSWBxLGl2H6x+k6rD3g+0CM&#10;LKoJYgEAXN/ob/8AFPeq+fWwuepP3/kVtbMbAXNzYW+otx+T7j5WN1RXI/s2+nHp+tz/AIe9oaGn&#10;XmWgoM9S8LLG7OisbEk24v6uQQD/AF9ouWveIuGANzYaOTx/iP8AY+1oClQf29NGoPSxSkVgCLji&#10;/q5+pv8AQe5dJK0vrJ0gWs35/qfr7uAFNAerAhhTqHWRqi6QoY/0t+P6H8e1fjKhWIR5fS3AH5Nu&#10;PbMsetCfMdXWhOekRmKd4ryRQDUCS5vb0kX4+ntTRyvBqulk55ve5PAI/PstCgsB59bMYOa9JSpp&#10;o60ArKWkbTqFtIAHJB/BPPtkyMnlk03KEjjn635/3ge1MXWiQBTpSYmAQQAi0iqbE2Fl0jnkf14/&#10;HtpkiXSpUHyKwBNibm9gPdjg/b16uKdP0MzamDsBGUJAuoA/Nx/X/Y+1NRQhI4nlNg1msRf6G4+v&#10;09o5mIrQZ6dQinSSrqgzzzQwE3jBViLW9Ys3I+v9Pc+SIswJGlLfS4uV/wBf3oNTJ8+vMoJB6ZoZ&#10;wiskbBpQ9tXOnWAeH/wHtjqKUqXERQKSW9XBF+eSfbysKVPWtIrnpUUlb5NHnDmQAKdNih0r9Qvv&#10;B54qaIl3Uuw4H1NwObf8a93A1Yp1SqqKDqQaaesqLKjLGvDG9gQxuL+2+XLR+NvSAfwT9f6cD3vS&#10;VbPTddPHp1hwj60IckA3IAGkfm5YA+4KZQepUfj62W9z/W5HtypwOI6uHzkdTWwy6hI8Y1jgM9iq&#10;/kafz7jPVmQkIbcng8/X3bQOPkevM2o46lpSrGLMC1rcrwOOfp+PbDWRVV20XYE83DH/AFwB72sg&#10;B6owPT1TtCVBawP4025txyT7iUSsk4Lo+kmxY3At+falHDZrTpqhrXrnVDVEQpUtY6R9efxYexNx&#10;6wPTGyjgAqfq2r+vtNOACPXpQhr8XQYZGWsjrB6/SSQyEDSFH44/P/G/b/jaZZVaKdV8bXBb+1a/&#10;FgfbUpXR8/LpxWjQ16R+cyE1LNFU0UjtKjq3iVrJwRqvY2/qP8PbNV7YaZitI+pAx1KT+oE8E+2h&#10;Iy5k4Y/1f7HWmCNnh0qaDfNMkStXJ4ZGFw34Wwva/wBbj8+8dHtCsUtrp9JU3AVSxYDn6D299XGK&#10;EcOqlBmh66yHYOHCroyERDely7hBGx+gdj9P9j/vXtYUGJmZQhjaFkK3LIRcD+l/9v7oTnxYs16Y&#10;PZg+fQX7j3rjKIt56mKpSbW0YhlVrXX8lPr7W9BTSQmMEalFhqYcDnkc+3okWavjYJ9MV/1fb1sS&#10;EDHRSuyd2060lW+Pa8nMviWTWQGFo2cfn/Wt/vHtVtVRU0Pldlso5Gq34/rb8X9srat4hQClfP8A&#10;2PnT/L59WXIDvjopf2OU3jko6Oip6hqiofSdEWpVJGln1f7cDm4+n+HtE5betLSO37ihf+Dc8/X8&#10;/T2dW9qkaAPxH2U/wdNvIPKv+r16Mhsj4m12ahSesEms24fWqrb63H5P++t7DDN7/MpdI5isRH1u&#10;Lkn8D35gPICv+T/L1ppK9Hb66+O+B2vTUzPRxvVxAC+kWU/XUB/X6kew+yOafJRMQXUhTpYMQSP6&#10;e2WB1Bwaf6v8PV1YMtD0YfD4Cnw/7caoY2b6FBZbi/HtNU9QxD3HkuSNJ9RIvb6n/Y39+cjpldeo&#10;9KSSIen6ra3IsLfn25DFCeAup0SyXYLa4AJ49o3aknaajpXQEUPHqOa7xPoYXReNf0ufz7jwYSsh&#10;muVNtJPI+tvoOPbnigjH59NeE2r7eupMlSMnEin1cEHn/be3cUUjp6yVbnxheT/Qix9+aYLgCvVi&#10;CMdRfuUVvSLoOJCfr/Uc++4qOeJgZFVj+NPJ/wALn34Sr59eKFTTrjJVQyqRG9hex1cAccmx/wB4&#10;9sVdr1TaUI0kkt+P9h7dDigqcHqhB4dOdOF0x3N7rwBa/uRj4C4VwgU8EuQL/X6gf7x7q5FQFz/l&#10;6soIFD1iqZVQNrYn+yBc/W3t3qqpV008jXLgWFvoLfj35UB+HiP9X59aZwvTZTU7EtOq2AY8XHq/&#10;qSP+I9pquWTyNFEzOCL6B9B/rke7/h0t1rB4dPUBUqHYWP0uT9fr/X2z41ZEqZEmi/cBaxtbSD/i&#10;R7sNBXHTYDhs8Os8p9FweLj6fQ/7Ee1nRR1CRFTf1Enn8XPB45/2HtLJIDhenx6dNU5hLqx03Xi/&#10;5+nIv74zxSLNG0yrpAF2FwOOLN73GQV68yGleu45EaNxEWJuwA+rAk39N/ciKr0SBmQMq2CryQPx&#10;yB/xPt0rqFfXrQrx6jy0uqMojlST6iCAx/5CPtyaVZoi7IFBBA/oBzzz7p4brxNerLQ+eem5EMMo&#10;jQksDdgPoT/S4/r7SkhkiqHKDWgPBHFif8fe46Vz00wzjpRrpkiGr0kj1A/4Dj3iml+7bxyLruNI&#10;FvT/AEPP59vGgOOvEsRQ567ijEK3U2F7m5F/6/Q/6/twxg/h4dpFU3XSv6QFHurhJhny6uNS8eod&#10;aGqiqRsVsQzWub24/HtKbrngqVSWDQs0bi5Tm/P1sv8Ar+9wR6SQDjpqZgwp59OFJHJFHock/S1/&#10;x/h7m4bEwVkMVVPEdSAFiQAT/gAf+J93lDK3b69eiWo7usdVVeFgildTDi/AB/Nz7VDY6gaA+CEL&#10;KbAl24J/oB7aKvUd1R/q/wBVengV4efTWtbVrMRMQ0VjYIv0/wAWP9Pz7S1bUmmrBECykcMoNgLf&#10;4/0P59vrESvr0y8hDU6eYgskQc8hhqB5JsR7VFDI01GZJPSS1lC/lfrz/wAV9pZYWEmOnkoR011B&#10;WOfQtz6SWJ/sn6Dg/wBf6e5FNO61tiFKFQNBuV/oOR/vXu+geHk9VFS1Oo9VEGoyVLK4JPksA1+T&#10;+fcjJ1UNEVKOVaQjyIovo4+l/bUasQa8PU9XlK07eo+Phkq1/eiBEY/bc/2xfkkf4e51BPBLStLN&#10;zGRoPJOoN/UH/Ae2JgwNB1tNOmrZ6i1kEyVSR04HkuZBwPRbgWI/B9pPMGEyyojaI0XyRMOfT+Bb&#10;/H6fX2ptyWUDiempCOlFQLIIo3kAMjcSDjhr2PtLyZmKnlg5JZiAV+hNuPVb2uESNxH+r16bE2n4&#10;ePU8xXUre1/p+bf7f26z1000azU5K+Lk8kBkvfi/+vz7qNMbZHTlS4qesKQRoSrANr/rzY/j/jXu&#10;fSV9RBGZdDSGZVtp9Vh+Qf8AW9tSBXbAx1vuAxw6jz0kcxVC2kRMTb9IJ+vFveMNUuT9FZ2Ol7g2&#10;QnhQDax/Htwj5dV869ZNMSj+oXm1iBcD63/P9fcOvlqQ3jKh1QKXHHqANjf2yak92OvUrw6zQJHp&#10;1rwWuB/hf6WHuXQfa6GQoFZ1J1FSv6h9FUfX/X96wTSvVwSRTrFUCa6spuqn9IIv/rkk/wC8e8kC&#10;ywSsolD3HojULyCfSp/r7ualcD/V/k6p4YVq164ymORASth/ae5FrDki/wBPfcuErlmiqZgwp5Dc&#10;rq5+t/oPxY/n2z4udAFKf6v8nW2hr+oOscWSpJNcUUitNGp4AP1+l7m1/wDYe4dWcXT1cwjTSWBW&#10;+m1mA+oJ/wB692CmgYnrzSZAp1JgNS8SGQqGPJt9SL+5FFlK6heNgrmNGDlybek8j6fj229JDppW&#10;uOtioz1hqqClq0dJAp1qV/HPH5B/4p7ky1i5HIGYrHLBJp1Fbakb+1qUf7x7dVDHGE8+tHUzgjrF&#10;DTfZ0awqzK0akKDexA/TYn8fT2oauajoUjSOKMymIKS1g/IB0j+vuqxlgWPz6cmkCgAdMdGtZWPI&#10;8k0ixLPdVU+njj/e/wAe0tU0tVUIxFOs0MySCQBeApBABX/ifdBMqkgnqhRiury6UkbwR2UyaGUq&#10;AGPJ4/DH2loKKGhR/t5/HUpIS0YtZUB5sx9uGMs2qlR1RQoNOpt7m2m6EDn68n8Ee3mKirap1qaj&#10;S8RCjyu3pC/1b35pKYAPW9B4k16wNNDFqiUgOASEUc3/AMB7TW8crJjJ4lpo2anm0Rh4RcBeBpbT&#10;+b8+1Fqe0l8HqkxoBpz1yp7mJS4Ou5Lar/U/0v8A4e1BjK2jWi+4cOumMLybsXK3Oon8c+9SVmfS&#10;D04pAAJHXCWOVnGkrYm7E34A/A/x94sNS/d1TlppGjk8rKGPCsASLH+hv9PdZW0LpByOqxqpYseu&#10;VTL4Yi4W9iBb/aSefbtTxRIHlnlSX7MssigaZPr6Rb/e/bWs1oM16dAWpr1hlZjZIlKmaxV7Bk/T&#10;c3v/ALx7jxyRrWtWRziOOcro5DEaeDZvx7dIJFOPTI0gluuRQmERMhcqLNxYH/YD+vtp3dTUtfTf&#10;cO7mamUyIsKgFlPLaT9Dz70tAacB15wJFqc9epFaNdFvTcm5a5BHHI95MJl6eHGQRUtPOzyJpk1A&#10;GQAfqIX82/Pu4iTVrJ6qrkpQY67mpzNIGZxoSxVbW9Q+t29orcc07ZOGGoo/uY0QPDUxwiTSp5s/&#10;5Fj9R+PdgBWvDpty4YDiOpK2tx/j/t78+26Rqyrkt+3LSiMMdLMrqq8Gy3+o/Pt3ITHWirFtXl1y&#10;9u8EMGXhgp6eOGCcXRKlgW1nV9JF/r/sPaLv1VNT08KMtOHXRNgSb8c+1+cfJiMWhyckgOg2KFo4&#10;H0pbXExHqv8Akfn3eMu0lVx066iJRU16gRVcVVMy0zQyGKwlOpWeM3/S6DlT/T2G1HuWikqnpY44&#10;kj1lGWOC3kOrgvIeL3/x9qHjLcD0mRxWg6cPfsxmBUy0g8DQCnkdRLG7SXKn6Mn+Fvr782mJaA56&#10;sxJNOugLX5Jub824/wBa3tTUG40kYaEWZ4oo/IFTRIUBsSJDxcH2wq1FfXq5cUp1jaJWFrkck2vx&#10;c/4e8n99cdlqqfGw437o1aGirHksHVD+3+7GbH/Wcc+3n7U1g5HTSTB20KPl1EjofHotPIFjkMqI&#10;tlRSfqB/tP14PHtkxWFw8GSkwlRhYWp0Vqn74xfcRqCbExzNzqUfUX9tGsgDVz9vV10o+gqCOpkj&#10;MIyyD1AXVW9Oo/hTf6X9q7M4TDYLExVKZh7VZcUmlCtwOWg8bXBBFwSD7bRJ2k7sAdPOIlWqnpto&#10;sjUVVTUU8lE9MaUosjNKkgOsEqylbf0+hF/bKTjosMJcfhqKGphnSYVNS6QzVF2BdfLcC/5UE+3v&#10;BGsuWJ/ydMMwCUAA6nhZBOXMzNGyBVhCLpVg19eoC/P0+tvfLIZ6lqKzEq1E7cxmNo5Fdo5zZXjE&#10;Z/DH6i/uiodLaTTj/q/ydbMmRq69HE0Ye76izM1yACL/AKQSPrb2O+PwmyT9rksrrFZHTK8VCEWf&#10;7aRls0xb6gH6kWPsnliuPwtpFePn9nS1WQUoKnoI87nexTVS43b2Hx9VSiqdXzVXUmk1QXuYKeAK&#10;2qUfpDFlB+v149hJ2DsQY7P0eXo6daHbeTdHlmnqXlqHnLapY6aNbqUcG4F/8Px7MrO6j8LQTVh0&#10;muIiJBIMDzGelds7cn8YpaigrK6iqtwYolMnBSJLCIfI7fbeWOW5VrDS/P1BNgCPaqV6usx9Ku3c&#10;KKaCCKWAS1JFNQVEqLZ2dZB/nNPPA/HuqRQ1LuSSf9VOriRyMYHUky09BV1SZXLpUzzyRVEVLGhN&#10;XR07uEjRFpxr8Wu9mK/n6+3HZ2IxNDR5Co3FWjN19PULLC2OgjK0PlWxtUlQQzD0kggG3uzxTu6h&#10;ToXrQpQ+Z6S+8cnu+eqxFJteDH0EVWKn7uozzyxtMiLZIqaggJLEGzNqt6T+OfYdybpl2rueppZp&#10;Y8fgauWTx1VVNBVy1kbgyxDwKRZf7LAj6gj2vCqccSOk7MUY5oD0tJ8dHmMZSGvgjkroYo3/AGpJ&#10;6ZYK0R6JmglX1qAS2lvrax9udXhp+wtsvJRmfFSRiapSsphHTUsMYuIqt4JCpEf5uhuP9b2yk5gn&#10;8JBqLdWZBJFVzT+XUapyVFt6pgirK3UtfJDSUccwmnraiqKkrTxyqGLu/wBVVrX/AAfaH2duelgr&#10;anZ2VrKnNmnMiGTEorwGelF45md7Bvpa7XH9T+fbk8TeIJSdLf5Om7eQainxU6eKyKaRI6qjFPDW&#10;IF0vWRsdML2MsLGM3Un/AA/Pt/mqsBS0eQzEdXkspUeAz0eLrJ1ha1VykcBh/SqhSWsS1wbe3TBI&#10;xAc0Hy6q0qKSVFSeugcjriiaGnjRjeWohcuECJewjkAN3bgcGw+t/au2NvejbDZSDIYKmyeQq8eK&#10;uDHUCGpycVCPQWmncByYbav1Egc+y+4sFklEgYqo+eCelUU7adPn6dIreW3srX123q7Gbnn25FQZ&#10;OnkrXeSNqWrVpVVKL7ab9u9ST4TYAnVZfUR7UFTlttZjaw2/HXLh8tPTyvg6hoVLPPJZal20gmRX&#10;F1ZwOPx9PaOOOSC5Mw7gOnXYSKE4E9RpsXurHbuhzlKIshiasiDP0pqT5kpoInNBLj4ZmCRtDIwd&#10;kv6lvf1EENeI6+29SU23kwm8YtrZCPNQ1u6BURsDuIR6CIYCrgoyBTotw2o3H09vx3F6+t2j1j8J&#10;rw6aMdugABoQfLz+3ps3LuzdmKrc1q2JW7rw0uNtg0woopp6epEbpUDLmveMCOcsmox6jGqH0yau&#10;H3f+Fx2W2VmsRHEchDJUZKpoanEY6OOvhFRJZY4okUI0sp9Erobn9R59vWhZZS0h7qCor1V4/F4e&#10;n8+m3aU+VXclBksktRhJJtv43H5fG1uT+7o6qshieolmgnmd5USC7mnWQAetl41X9hlQ7LrNh7Uo&#10;a2orVwc8dPHVw7YqHNdXVEqN5Y4USHkTlbknk3FgOPbJSa5maqnT/FwH5eo612RIAhyPLoQ8bvHE&#10;bhyMlBhIp81SRSz0lbmqJYnxFK6ROZYvvJGUS+tRGRBr9RF+Ofb7uLMzbwWQYfbiS7wr6KmxNTWw&#10;P48xiMbUwj7LIvDIwJlV/SocA2NifyHFS2togXPDgP8AV69e0vKCFwfP1A6bcLt6HZkU/wDv4ZaX&#10;bNNU5DL/AGtQ1DFRxT1Tz1NfT+Z49UdMhYziNHH7gZrhdSmLS0WQ2jS7rx26sis+Oo6Ik1O4ZAct&#10;HmfCk+PpqFYwYTE0oX90OSCdJ9uIyO6OVyf8H+r7OtKDGpGqo+f+r/UepAylHuSl2tn9qVJyVJWV&#10;dPV09VjJ1XF1OHmlEFfPWSyIpYLCzNFHYMZALDgkZsRuLem5IsXj8ttaoixmP2zTbupMhTJUPVVO&#10;QbXHX00QS+oIjAsg+pAsPdZrixSqrQuxof8AVwp1qNLgtVq0oD+fp1H/AIPtrb+Zye4Y8v8AbVeY&#10;loNvVkVVkIRjYJJHH8Po1pDpCTF3tGSS58luQRaTlNm1H9xcnuuvrGqMrMzVOcqKNWgz1LFkqmOO&#10;losBB+iPWPHHIH9ZuR+fbCXlZylNKjh/n6deEUArUn049QRvihod+YfYZoctFHkqOtG36ulpUlwc&#10;smFojUV0GUrHPljkVFJp9IMb6SS2uw9z9kbB3NllxmWydbl9t4OgyM0UWL3GHgyNbSyQMfO1R6ZF&#10;UN6FEiaG/s8C/th9wM8v09sNbcCw4D7fTrTRrCNchpSuOmvfna23tqU2Qix9DVbrzRw9RXJQbapo&#10;cpPPPDOtPFAI1cI8gLPLJGshkSNCzLYoSECdkZ87yrNj5bE1W2MRjHr8bT5FKYPSrFI7LS1Vezjx&#10;eKb06WS17hrn2dNFbwoBQFjSpPmekayTNKVYEDy9OhHp6LHyxvl6VBkJa37atSVpGvIYox4hTs/K&#10;WF9KMeCSpsCfaj229LmsjnsVuqrjo5tt0yUUec0TyfxHO5emPjhhFK3EEcmghQPVb0nk2YuCINKw&#10;ipbyH7f9g9OpqkqsvlT+fWPM1eXpaaim2/jRkpaitxwqKeWohoUpsSJhLkalFqNN5vDqSNDa7ldW&#10;kAn2oNt4LYmMxNJT+Wooc/W5CIyboRp8fkKrJ0MKGvhoMTVXMlO4QlkmXRYlgQeQiY3kjliRQ0AH&#10;oPt6dRY40ogz68KkdNGU/vS+UFXSTwyY6mx9Usm2Gp6dqfImoZftKyvzDI0kEsZRgsdOXXSzFkch&#10;WVxizmyM3lqTe25scu4crVulBtXH5ijfTQ46jqWhpspPoIjQzuWvHJyVsCfx7Vzi4aJbeB9KqBUj&#10;1/4rqoKVDFcnpLNszN0WLi2ntGdNkYgiqymezOCamlranJ5V5JsnjsTDXU8jREl1lWuXS6nSFQEE&#10;BVybow9bnI8PtnZslMuLydZDm9wZVaijw1Bj5WWbJU+JYgiY6j+1CBoIGkEce2ZtuS1tfq5pi8h8&#10;v8FP9X29WWSV5KBcDpP4fAb9pEq6vdO+FyuOqsDjKfb22sbj4os1WZKnV0p8pm8tOHkkmkUxCZ4o&#10;41DAyMw0+1jsefCYjN5czQUmN8rMcVhaTH1NIfsqlyVrpUlNnknJuqqOAL29opYDNGshqwGSa+n8&#10;+nSTpKDj0he7sTv/AHFsTEYba1eal45Ynzu6qnJYyVYq+gJaox5eBAqRQPG/3EjourhGJJb3MqoY&#10;trR5vO5LJTYrAri4xVO6CPOVeW+8NPSSDTqRYmjZE1cNfl7Dn3q0tYr64jRFPZkn0H+H/UB03JL4&#10;MYWQ5Pp/h6bsjvPL7qO0trbf2/tjde5cnuXTFKs9TW7C2/tOPFLW5+orq7SnmqoZo2ENPoIYumgi&#10;xABzqisz+PTdtTkYMTX5vM52rjg3RRVMEuHx9fDjjDQULwl/uZacKTI8iIIzYlWNz7Mr+UpeIGUk&#10;LwA8/wDJ01GzGoJFK5/ydC12btym3TBgqRctkKLD47GjI5jaa4ytjqc7gDkaOZlpaiRoft6+A06x&#10;xI95LyMpVGZXCm2LJJhcvWY3ZOAxdBWyUUVLuXJ0jLPVZWsipnePMxxs0rqkrqfDGjkafrz7bvPA&#10;AFzcAsQcKeA/1efToCMhQmg4+n+r8+mHsXZu2dxbZlrO4N0VWUwLbpG5cLjcgsG2sZhMdLJFS0m2&#10;8mtEIUqUgVi0kuQLSCRmIYBQBAk3hTbFxWRyFLjs9vHsLOVxdn3BQx09cJ5YkjhxWMdl1U9MjEaF&#10;45vf1W90Mv7wlBuW0RJwVTQGnr1pvFiSkPA/z6zVHVtbuCuoKFchidqdTbfxElJgds7IydRFRV4m&#10;qRNLX5mFI4qSS8SaVQo6prkfW7OSA8auqJZ8BNjdlVC5rdW5ZsfunOUKJic7mKV6COunpaiWFBT+&#10;COT9iVwdReIaQzlh7USRWlWmZyAvAHIH5cemx45aun7TSnl5/wDF9CoMf/DKnKzyZ+KPC4rB0JxW&#10;GrqWgqsXtuSjjntmJKp1WtlYoqkq9UFVAQtrhg4Y3sntTc2bn6+wqS4vTTz+KKeld8hQY6N/8laO&#10;nsjKiICvnmCh7X/w9vN9NtcH1arVj5+Zr/xXHpkJ9RJRsD+X7OkHm+qOj8dXjsndGB2smRp6uOtq&#10;ty5Jooqeqydcwokmm8zmOR5pZAsMJ1DyMBGuoi4nYXZNNsYU2O21n6/DzbixQlytQxoqmPHZCllj&#10;MtXTYyO0Ub1pZhIdTKoCgf4E8F5PfSfUXaCinA+Xr/l4dLfDjjHb5f6sdM2bzUe8qTcMua2bQ7op&#10;dn7gp/4NRk1VBS55Kmkk8ifc1cMhkNGJOf21EkyX0KFViH1a+39vZyPN7wp8lkczFKlJsak3HDkM&#10;rSV7UtY8ORlo8TCiJJIzSR2kYEILFAQB7W3Ecrg6HCR8WIx5dVGhm7ck/wCrHS/kCbmo0w23svQU&#10;VDPDUQbuk2lX02PzGHq62ghqMeYq2md5KaXxk3tH5WBRleMA6hc3NuTOUtPR0mL2jkKbG5amrqLP&#10;Yk4Z6Shgq6yQ0YmWUqrMZgsniCD1hvJzxdzbn2/wmnRgzjzrU0+XWpIpWYmQ8OH5dF52b1ZtfJZl&#10;p96dhUW8M9tPP0Wd6+3c28YqrczYDbc8WWkgylMkoSVKKqmjjqpXVhpKxMFUnWm+qcZsvYuIzOOh&#10;29gMTvWKjqjS4OhqK7JZevoaSkGRjfKpVl5A2t2Kq+k2At+LE91t1zf3yzSTMI14DhU/bg0p9vy6&#10;8pVI/DhAB9elf21mN75bN7Nx+1opqzrTM5PHJvHf5yeBosftqnrskMTTpgj+3UVMs7N4zMomjjEg&#10;uSGICf3jVU25ewtp5CkMmdrMjkqPAvSU9ZLWYvDiV0OQnxtJEHSnqIER3mkB+lw55JBwxENq0bYI&#10;GPn6V+3r0alV1tx8z0puvsBjeneqs7T6P4Vids0mdypyeaRY8pXxU/nrfv8AOVrkNOoXTBCWVGES&#10;LGgVFQBK1e25shuTP4XbPYOT3Lt+kkrIdx11VgK7cNVh6ah/br6N69EWGomM6lEp4IxZLE8jlua6&#10;mtYkEgAkalBXNfTz/b1aJQ41k4Hr/q/l0ptqbtyMmy8Nmd0bSo9nZyuSFsZt+pyeJx8VfXVsTTUs&#10;dLaVzAzRMDLFUASxt5FKNpBfDuzFbZxOLp9q7X2XlzNT5TGPQbgWvoMXS5XcFdSI8tNUEskMjxQq&#10;qPCeF9WgekkXghe3Q3d3JqcjgOCj5edeqtSVwFWgBxT/AFf5OnTbtXuOrydTlMxncXT0kkFY3904&#10;sfI1VS0NBWS0dPlIKuSZZWSd1eTyNS2dPGoAI4E+DO0e0sVt7HVOOFXuPETmkyO36Ew5mOuL4k1k&#10;8dI1M8kf2wjaPxpKAVcArwTqLLezF00lxM2kNwJ40H869PGR0bSg/wBjpJ1ePzG85txyU+UqsTtX&#10;P4eKbBbipErdu5DC1dLUxRRiqoMpHDVJWCdKl/KulJIGEcyXEZZ6buiHMYfMUGIw1RgpsTRTSTU2&#10;coq2jkxJNMZqajqKKJbvNJZhHDG9zdQBz7WWG3wWkmtj4i1JFTjP7f29JLhmlIZmIIpUcOggpPjP&#10;Em8sLvzcW7qzPZSqiw1LmBhcZjFm3HVU1WVTKz1sql44IkaKSbRchUYh7lR7Rs/YuZ2jhceuJipa&#10;bNZqppIcjX5CkEdfAujXVUtBBVSfVdQKCVyVY8pyPatbW3eRrmZQ2nhXgB/q/wBXHpx3d6KTQD+f&#10;Qq7x6V2v2tlcf/fKsy1ftXAiWWi2his5VY/b+YnqGAgymdGNME0roEkRIlk8ZBJJc3HsMt19g9q4&#10;mbKVcW16SomyEtIKuqyORyGRz7Rs4hipcfQUwRqdTbUYoYlTyPcFh7WmS1WESgUAGPT/AFenSII+&#10;vtyAfU/4Olpg+vtmY2hwdFt6CCg2/gYplxmFwq0tNt0yy+iSsqKeBCKmfSAhkmkc8E/qZ2Yy22ur&#10;JNsUdNmNsQZOqzNVjpq6nx+7c1LOmDmyGPCfazU8SjzKZGe/3ElwCbEH2FrPdVvZmaY0VWIAXiaY&#10;/IenRnQKvh+QPE56Kx2h3dturizGz+zdwNg9nrnaXH1G5Nl4TKSpnoqDMjIr/D81JLLJTtDFFCKh&#10;qCOd0k16JVGmyqxPXVcMFJQDLx7NyWTqcfX5aPZ1PSUcaPQya5Kem1a1SObkSaeeWsRf2rS70SPc&#10;eHU0ouqtc/l/Ly61IIyykVKrx+Z/Mf6v59AF2N8nNinc23Kqg2HJ3Ns7aFJm8ZhM/vjIS1VPNUZW&#10;KnesrXpsrTSCoq6dU8EclWqSGNm9YY+QijT0lPHEaKCqrZ9J8hqauolqZgxtz5JSQPpcAWF/oPaY&#10;29zHEZ5j3vXtqCK0PDgR+df8PVkKO2ogBR+XRQsl2O9bn4Nz1mzdjYHB0tqWLH7c23R7WpMhSCpM&#10;op6ylpXkaoJBCyyKeRa7fS7vK8CosaKvo4Mjcu7AfUn8f63tmy2+dGMk7Fi3lX/VXqzMD8Ix0E25&#10;9/Pl6mY46jpcfTgzR0tPRU6QU8FMZi4hiiTkopNgWLH/AB9x2kIFrfgH/C17m4H+8f7H2bRwKDVf&#10;P/D/AKv8nVCS3Hy6D2oqaqu0GonZzGDHELlfGtrhEB4AvzxyL/4++CE8kjni3N/r+Rf8f7H284Bx&#10;/k69XOOsLcMgRuSfqUtyGsFIX6kf1t/sffYOo8gf69wbW+mr/b+6kaRjrXA5x1wICFuWQcnQEa7a&#10;m/s6v9axv9ffmJ/SB9f9fn/Dj3tAKknr2CASeukXUA7soZQ1wALRjgA3Y8m/0tf/AGPvw9IH9Pr9&#10;LCx5/P8AxPurAMcf6v8AV8unB/PqQtgG0gl2TS/0YsFHAt9Cfp9L/wCw98Wc3UcD6fkXFzxf8e7o&#10;g0kjrRXJr10IeX1FjYFRb9BFrnTpPP15Fvp76PDauDwdIsTyOPx/vfvYoV08PXqnDrIqDxlCtntY&#10;sLDj83v+P8B+ffQdmB9JH1I/wtz+feyir516rWrZ65tH4wCGFwy6gotcEc6bf8SP9j77F2/1xxqt&#10;9f8AW90JVcfy63Rj9nUkQFYjKUcRtyQLAKW5GoEf4/j34RsGA1em3+2sf9f355VZCaZ634efTqRH&#10;42I1aowzEmVAG9OnlgP9h/T3I8Y1A8WX6m3+9e0BlYqVPn14A1zw6dYWiRBIkjsEsxZ+E1Aekqv1&#10;JuP9h/sPae3RujHbZxNTlMjMEhgildIwyrLVShCyU9Op+rubAAezTaNka7n9FWmpiK6R8/X5DzP5&#10;9J7m6ZSI0yf9X+qvQldXdcbw7t3fi9obZhnJmni/idf4pJsdgsXJMFq8rkWW1kQXsoIZyAq3Y+wL&#10;x/YmTzVfHV56pg23t2SqIp1jnEiywxUyVSVE+Rh4SztoYSFQSCACOSY7uiwp9Ps61YcWPE+p9B9g&#10;/wAvTcWlATN3E+X+r/L1a3gvif1r1jtysTB7bn7F37R4qRajJ5mGF2nNcz0lRDQ4Cqf7eNWQP4tC&#10;s6izNKbglj3z1/tTdcNHkazIV2cxuEyE25pqurnpvttyCuL/AGO2abIxlfFEXWNGb6hABfm/srju&#10;buVTZlhrOPkoFM0/bTp13iQBmWnoOlT13vffWJpcdt+u2VhdkVecGO2ng9k4JUlymx6fCRzfxve2&#10;XpJUENTB4pop4oIV9RVUZnLMwDP7Hrrd9ZiqffWYoMHko8pU/wAEwWMyq+fGrNTiT+E16LGYbQsi&#10;xwo7hmUGzc+2p472GLw7Ydg4k8T8x1ZWSRhQam+3ofczXbwwNEI9r4ao3RU0uMpWq67LPSUsGUro&#10;WSN5VNNJHKJahGklmeGleNCF0JyVK82Am4Z85kdtAZCkocPHPk8RuWrZImyBjBiSGjpIVsYipC+P&#10;yMCASfpclk8yGSJbdg7sQCvp8z6dKpI/Dt2eUEdJvtbKbZwmz6nc258HBlKSuXFYPO4aIwVVMseU&#10;q0EzVtRUeJE+2di5qXRGAHA1ED2z9dVGzcvvHKRU5go9wzR1JrKqkZ6asMMM96lGimVrSMwYMy2K&#10;gHke1e+Q3ylXZsYx/qP8umoZI9B0DNOlF2DV5DAbRmrKSljy8NHHDGmPq4lnikkf9qkMzxsgaNGK&#10;/rB1G17+w77M6j3dujsGsrtlZfDY6iylJBC1bk8nHAaCOmHhnhkgmR3eJgNd4wSSTf8AxEFzfQ2t&#10;nG2kkhRwHnTpIsEjksTQ/t/l01bL3u+L2FjZ910+WkzdFTmKuix2ErKx66pkdpYTSx41HijMgZV0&#10;u6KjfqIWzGXtfrHBbFqM7Q1+6M7vjN1O18pQtiMBg6nC4Jqx4xKypkp5NMkqgEwlUF7k8fT2URXd&#10;3dzRsSI0Jrk5P5eXp9vV2Tw1wK+vl+f+o9Zn3LvzP02GyNJtrFbMwbZ7HT5Gt3dmaatz8eCjqAZT&#10;BgsEs9LHLUm0BaXKgwqzMVJFhI/0hY+JNp7Ww2IoNuYXCR07n+LNE+YTMA/52GobU6ul2JkJ1E8W&#10;HtRPYpFFJJl3fzPCnpTr0U6tJR+GMfLp8xOx5IczuTcOezFXm67PeSiipFlqabDUeBVAlNjI8R5G&#10;hZiLmWRgS1+T9SV33Lnt07Y2xhsp1xJTZmeZ1G5K+um++zMtJ4vNdI3fXZmuNCodI4CgfT2ywj6J&#10;7i6UeIGIGOA+XSS5Mkl1RR2rSn+XoJ+vcc2d3duzDbw2/NjKDBVNHUbOwFPi5cZtOmpAZYZqiiej&#10;VYJ6lCsepme41Eqv1Kp7Y2Vr+ytv02PrczHsHI7hqgKGmaqqp6tqelbTkMjjsc4RYC9iouQL3IPs&#10;ju7o29w88cfiADj5An55OPl0awhSgLYPp59ClumaHaNHV7gptsZDc82LxdVK8dCmJSuqFjF6Ohnr&#10;a54mkAJOi+ooLM1za4j5baPXJzWHx1bhchmsdgqGSWfP5nKLRbXmqU9B+9p4HWSpmZhqVACL/Un2&#10;9FDdTWOJx4k2aDioPkK8Kft+zr0kj1MminoP9R4/l+zoEcXvHvXK4LLZ7Mw4TasmRyCJg9g7XwU2&#10;6uxaekkmWGBqjL5GqXGU/pJkllnx8kSRgm6tYe59FjsHvmpSvpqdsLj9tytjcDj6fG1mL25X1L/u&#10;mWWkjRTNGLcyGy3NiSfaa8jXboxZIfEZss3E+Q/y9OxKSPFfj51PAdPf8Qz3WFLHSyz5bdNZuCas&#10;z+7qzKbipcjufBUIpViWHHCodIAA+mOmpaddA9ZjXg2e81tCt/vlidwQbkipsSn2yVGDNUtJjqaS&#10;MgST0VNThRIW+lmuRf629rHicbOPAiIcDLHjXyNeNPT7Pn0khliMhWpb/V59Bd1z3Rj8ht/duzsx&#10;tHdGXzVIc1DjsxFhq7MT53G1UslTRQZ3I1SFaaqiRgkolcRHTdNJOn2vd57Vgz2OqaaSYfbTw/tU&#10;/kjhooHA1ido4xck/Uk+9cu3FzGCDGST8Rpk0/1f6q9M3Ah1Alv9R6Lx133jgtg7vooNKzV9LUyU&#10;lZUz0eWzu6srBVSBThaXJ18jCOKJhZIlIUm1goHJP8V0xmdrtk8q1VRnHY6SsrTUNMap89PJGRTY&#10;6ETjTFAGtrYm9/Z3Jdwy3PgmurzHp6/n1YW1KaPP/Vnqxul7d23mKjb2KxkWTky24dDS46WBaSuw&#10;FKV1TVWXidiyMouI0jDlmt9FuwTFD0dv+rxNBufKRQrTzV5rFoY5Y5ooIJp7mob1hBHGv5W/H49o&#10;ju0E1y9paipXFfn9vVng8EjxDnp0qu2OvaHc/wDc2r3Nj6fcbKfHjJnaOeaYWIo6dWALzEHUIkBJ&#10;H09mUn3Wu1aKhp6UZHcGLNO8c9dqinpYmhjs1NCkbBlX8KAp9127b4QxuJzplJ4DjT/PTpmV2bt4&#10;D16BzJ9fSdl1mUkysWN2bloq9azH01HBoyzjy66TLZFp1ZJpCQHtp9JABtxcOqjsyj2wabOfbbcp&#10;6SeYQtRYqgposvj4ah7CWpkkJe7XuxNr+3brbo59TOCKZqTxP2f6v87sbgdpqehIk63gyOMqsBks&#10;5vPLTRxQvLkM5mq+XHZGZkHp+ypGhpyikC8axAL9Rzz7U+5V2Rv5YsJubJTUdAaZcnRJQVlqrIGo&#10;j1RtU6AbIt7lQP8AYj3azuruC3CQgAMaMT6cMcP83VZEQksBVv8AJ/q+fSGpcDv/AGFS1eU2ViaD&#10;c+WyGQpKDKUOXkfG43F4zHzFaj+FPCfJIzqTZ3YgtYkEAL7LQeoK+go9xZP7zKNjaJD/AHcosPHU&#10;VU2WRJirRGli1OtlsS1+fd2vC12LeOh46j6dWeEJHq8z5DofTnqUTUlO5jiml0/eJNURQ/w/XTmV&#10;FlaSwdmfTGqp9Sb/AEHscOidm5yLa+4s+2Gw+ByUtJJBj6urgaXNJLpLCeWmksI2t/qrG319h+4u&#10;xd77DY5kWtWH4fl/Pr05WG1rIdOo5+z59A/3VvfbW3m2hjM9U5k02W3JjoZ6HFTrTUlfTyS+H7fJ&#10;zLaSSEuyloIiS9rEW9p/DYDGbl29nJN05Wsq8jj8ifNWw5WnavrJvIRFCKKIMsUQNrKf+N+xBdNu&#10;SbgIolCoR+z/AGaeXVC0GgKAST0IuSyNVhshgsRhMehpchHKCgx0sWNx8FMokkmkrISqq7AgLFa5&#10;sSf6+wa3B0huTdWTZsTmJKipMirRYyZJxLHCTZEEsKlQB/aew9t3e8padkxpQcetLtwY6o8dKaoy&#10;tDR0r1tZUxU1JFGzy1UzokCBP1XZjf8A1hb2IEPW7bBwUGH3PtPDZXP1EqE1NVVRVn2yG1irMGcL&#10;/ULa5/HtDA9xfK12HYRUxjj8+lEYiFEFCRx6Ytv7qwW84lye2M4tfjaeWanmkpqeRYJp0bRJH5ap&#10;F5QixsPYk1XWGzqzEYjOZOKjxstOEevfEJ9vSz0qnW9O9LEeW0jSGPP59p7CS6vJHt4MHIBb/D/n&#10;6tMywd9K/wAukzV7wzFFuKuwdDjpcoXp1agjnJhdKtvTqkrGAj8JPqK8sAODzb2FtZvvZj5qso9s&#10;QYvF4umHhjjGPOQqaqReNJkqW0qOOTpY/wBPZ5Jt5s4gsjFn8zw/zdMQzPJlqfs6WWEoMzHjKVNw&#10;5M5LKkB6yWlAx1KkjEsY6aOkCsVS+ldbG9rk398t34vaWZxGCm3Xi3rpa2ULjaiauq6CSJCbLHSY&#10;/G8lSfoZOP6C3tNatP4cgjICg/z+3r0iRtJRh1Oh8jV0yQVKLT0yqs1KtOzs88o1rJJWSHltIHoU&#10;cXux5HtRbE622nht10k1bNnaKDFrHVrST55FpKgqBIkLhoxIU+mpL/4X9pLtbqa2HhEHUeNK46uA&#10;FUlBmnSY3jlM5Htivl2z4ajKVKTUlHIMfPWrTyyBoTMaZZUDFDcgs4W9iQRwUx2Tsmok3XV7mpN6&#10;YuHHVExmjhlrGSrX1f8AAeONf9tc29n8tZbVYYlwFA/YOkMFE+Lj59ZNk5itq8LjKPJ4LJ4jJ0lH&#10;T09bFNT/AOSCWKMRtNBWIxRlcjUFDahexH59iBhK7bWNwkOuY4vJ1AWSSepqJJJawKvC08LtoQN9&#10;Rx/rn2TWVpMt0XlOpR/I/wCr8ulzuWWif6v9X8+peWgzM1enijjrccU0fbftQpBKT6p55W9b2H9l&#10;CP8AW9pjN5jdG5KTIpFuNaT7FPDiMNQJAa2rQGzeeZNTBbf6wN/ZwJ4baYRxrQGtW6YMGqhHHrJj&#10;tt4XC1Uk1Hi4xPXytV5CudmcCoRBoltOSAT+ldAFvz7RO3J85QzLQ5zHYypo3byV1NXQwyB1XnVM&#10;Yhq4H0HtBeGKZi8ZOryp08gYfHw6UU0ZmjZVllhZkKpLCy60LDh0DhlJ/pqUj2YHFVu2MxhK3GYr&#10;J0GLyM0YX7XEUzTPTUgGkiGHVcMSOWtx7KRFLY3IuJl1Dy1Hz/1cOnHZnA05A6DzJJuCkzOOc0U2&#10;VxFIkjyVVXkKSlJrGNo5Z1RLaEB9IAFz9R7T+OoYdvlI6SqWelikabJTsKhamf1X8M81iq6v7QDX&#10;t7WGVrsFeDNwHoPXqwGgVbpTVDGviInp2inZStGHME0Sy6b/AHEKE3cqbEFlHNv9f2s8jvvsLdMc&#10;UeycZRTYin8dPVVHlhp6GljX0MLzFdZsCABwPd4P3ZtCeGRrmI+1vXHp9o6TPDG7+JOcV9f9VegF&#10;pOlup9oZabP7smkrty5vIy1/3+Uqp5q2olBBAhSlBbSlx9PpYA8C3th3hubB0GDTBTjG/wAXrGtX&#10;x4iIIWZvSVlmhW7W/JLcn2/t1pcM7313VK/CCeA41p5fZ1t5fEkpHXSP59CZt7CV8m4nzEdVl3wc&#10;VMIscmYqZprkkh5KWknYGMMDwxQcce0ji997fxeOkwONgjoMhkUMZrIYHWtMY9Aj+4PIQk/QHn3V&#10;bOFLr62bvA4A8K+v+bqjFpmCA4Hl/q/l0psltyXKZahyFXWyz0lC2tMQ7Wx0kt/TUS04FnkT+wXJ&#10;A/HPtQ9d4HD01Tk8nmanNZGqWCYUsNUWosPBqF1LqvMjMTwXc/63stvL2a8v4ooiEj1Cp86fLpY8&#10;cq2+mPif5dNW/KjcaY6CHATUtKZqmnSpkWH7uv8AtzMPJ9nE9kWy31MVYgfpsefbfhNh7pzeVylW&#10;+NxmKxMzSrFVNWipralS3DIhYiOPnnSLn27vu5W8TpFAGcj0GP8AN1uBFRQZf8/U6s3lgMOkUFXk&#10;JJalI0BjFPOHZgoGltKBQx+ukn/E2HPtbbuxW39j7EehxMtdV5mY66urhqGWZiFP7Uag2VCeFvz+&#10;ePeuXLG5nuJNz3LtVR2L/l+2nHpi4nMswjjHYOJ9eg92xubdu8OwKpp6Kho9k43HsKOGalaWrra6&#10;RwRUfdScXRR9EWwva5I9vPx+xmNbG1OazWBoKeticPTVVUElqDKzEhiJOCw4JY/k+yHmNrvcdwW1&#10;tXYr5gVpT7R/g9OlQkSGLjQnpL/JTdGYwOApKXCZDJpU5MVEM2OxmlJKmJYrgSzoDKiMTZvGQT9L&#10;82Kj37S52sygqaDKQQ4mRdU8UcQ8xRR6gTcAC30v/tvYqtbK0tbFEjiBlHEnOft6RQyAswc16Db4&#10;7buw8u1xjNxYXIwbnoKqWFJK15vtZhLJenakDksLggMAlwf9v7Khv/I0NNmPBiKyvqaslEEESvLJ&#10;MzcaSIwTa/sweEpAGuGAx+zral2NOHR0MK1Y2Pgaughp5m1HxQX0qhY6Lg/m1r+2qloa6nnp6/Nb&#10;cmL3V43q5ZWVeLhjTqSL/wDBj/gPaKORZlKxtgYqOnFjoenEMkl1SQEjg6GUkf6/1t7VG7ag5zGU&#10;uNp6CRaiUJGphppLqlrAKUGlB/iWHHtXZ6bdGapP8+mnj1yZPUOmpjSy1ErTlo5W1FXY2Dn6szMf&#10;r+Pb/s7r/CbdxwqHzoo8xPczVMcK1MkC/VoYCWIFuQT7DztfXd2W0fprwqadKV0xL2ivTLlcxWRu&#10;YKTCS5OJgAdUyU6OfryJVPp/p/X2rX/u7VTU+ImNflRObzTVEy00ckY4bUZDq0/1I49q5Iry2hNw&#10;SNR4AZ68CGzJgdQEOeEVTWiLG4iOONxHBFE1dKh/qVhCrf8Aw59uWZx+x9q08E+Do4WLpb7KmeJK&#10;SKoty0niUO9j9Czf4+67fZ3l3GZL9tP+E9MGZzJoQUXpNbcyW+c7V5ChyccWMo6aoXw17UbrXVtK&#10;3IKIW8URP5spIH+PtKUNRVVySz1Lwxwlm9KyoioR6gbsfqP8Tx7UOWWUR2q1p6D/AFfn04X0rnj0&#10;IU8VNShFAdpbBQxjeR3H6SCFF7f6w95cTuxdsyTVNPPJWFFkbQrmc1E5FkRAv1A/3j3a5tY5XH1J&#10;pTj1oszrppSvTPuTatLuvGtj62FYY5dCa0XxywQ6ryeNl5DN9OD74xbzzOelZqihq0DtrBlZoKdX&#10;JuNWn8D/AB/p7Ynu4Ix4MRFB5DPDp1IABUdcMXsbAYGKNMfBHAYohEJDEktQyKuk2ke5uf6i3tVY&#10;aOsgqjkauvo/MQRE8s0ggpEsTeCEAlnP9T7K7p2uSIQhC/4f+L6eU+FGT1gyxovsnoaehrZkNvJT&#10;0sKGepYt6VlmchQo+pF/YRdr7myqOjwVcTi5vIzX1aeVEMF7knnkj/efYx2+FILUALpA6J/EPiE0&#10;49PG2MTSYyhtT0q0zSMzuhALqW5ZWf8AJv8AW3tPde1M+VqhJmaqeBHZTHTooEk2nlQUjFwv5Oo2&#10;9hzd7hy2iGh/1fLo1h0qtW6UFQzrC7RqrOASocgKOOST/wAU9j1k48BURRQ1NV6Izy0rgrpIsVBH&#10;Jt7a26C60dq8emZbpUPz6Q0M+dhlqJYaRHLp6Y4wQxYE+ptRCi/sPt27zwWJxkmJxZjk0kl6kG/6&#10;voAh/p9AfYj2+yW0ZribLsP2dFk1y8zVOB6dOeMxuUqK1MrlpTCyxCOLHRlXSNh9ZXlABJP+p+ns&#10;u1TPkM7VxgQTSRs3oWMBJHVjx6mB5P8AvHu89wsaEg9WiUtluHSs9j/tPZ+Hx+KNRuJ6HHTOqR0d&#10;Gh+7rZHbnXVStcL/AIKoJ9kqPfXE48JT4fEsTQf6v5dK2IwiCp6TuTyuQSeKlxONeuYEtV1DsIae&#10;CID9MbNbW5P9CAB+SePbricRgMNkKmuWP73R656zI8U8aK2oJBGQLgf09vXkUl0BGj4PkOnlYRDU&#10;ePXKefIVNJYg0c83pjhpmEk97c6pDYKB/X/efYn0vdOGo6AY+h8MEQRwZI1MQb/llH9bH/W9p7fl&#10;yxtpxdT97/Oh+fTUzzTfioPToAt09EZHeOVXI5zO1M9LBUQ1FLjPOTF5ETR5KpgAJCLmwtYfj2h8&#10;jujJZ2ZZYA+l7CCKZrM2r+263uF/pf2a3NzDGlIwAB6dbihVBUcfXoXNsbFw21KEUsUUWoC8syRh&#10;f08qF4+vtw+zgahFFXTGprJlJmlEfgpKVW+scWrlrc6mPsohmmaXxzgcAPX59OsBSvp1OaoqVqTU&#10;UsMcVJCfTGGM9XVMB+p1W4UfQKt7+w+badNHk0NKkleiyqlLT0bRxwNO7cNNO/0UHlj9be3rxmMJ&#10;kc6RTPXoHJOOlFHXh6cTSg0hCF5EqB60VeWtGvJNvp/xP09u/YeJzeBxlPQ0ngaoaFGqJYjrVdY1&#10;MqEf7wfftiEMsDXYGKkCvTEr+I9B5dNeAzlJnTV1FOJkWOdo40nRonKoAC/jbnn6+0TsOiqIZkr8&#10;gr1oWUkU+vQrH8v5W/A/p7Yv3kuZfBU6QenQuha8en2q1fbyhJRC7IQkhXXpJ/On8+xPrOw8biTU&#10;TVNPTQVZdI6Omu8zIkYsHNh+s3P0FgLezCPaYvCVD8IGT6/6v9Q6Y1yahQ9IuXalVV+COTLVTwHz&#10;SVUqhImneVrrCqgEiNbcAkn+p9zsf2dW5MGSR5WjEX7cMcT3tbgC1z/hf2mMMFrII4wFHn/xX+rP&#10;VmRWyePTRL1VtxF1wUqGoMvkeonbW5Zm1M5vxe/vic9lchKghZKdWubNcGO4sLkj/be35JIUyBqI&#10;/M/6vLq6JpFDnp6p9sYfHwkSRtNYWYn6PY6raAfyfr7iVdXVCF4YCaqx0uEdVMrn0kljbi/4Htjx&#10;DG/iTmh4/YOrhPExTp3p6Om1rKYhDx+2GW4RByLfgH/X9xqTYVRURSZWs+2p0SzmNG1SsT6gHLDj&#10;2hbdzdXH0sAJ+fW2j8EZ66rNyUNFNDSXkknnJWM6DpJXg2/J/wBt/sfbdXbhrqaF8fQeOCNToR5H&#10;1pccalCHn/D2aw20FsfEkGpuk7hj3HqWMXT1MqVdQpeS1wCCn1N7Nfn/AGHsNMzPV1Mhjra6pqmN&#10;wsEauql34Cxqlz/r8e1JuSkZYUVetRrqwePTpHFHELRxog4/SoF7fS9va62rsORKWLIVtMYDJZk+&#10;4hYS6bcCz88+wtNfyXk5hhOqnp0s0LEtTx6b6zLUtIdDSK0nPpDL6bfXUfx/sfa3q2kIioqOQmdV&#10;CCOGEmOJFHqka1h/sT7OLSzjtYfGm4n16ZDhm6ZI5lleWpqIwtMSHE0swDyMx9Magn/bAf7b3y/h&#10;1Z/zv1/zNv8ANL/nv+OP1/T714k3++zxr+X+r8+nNa/5OH+z1h+/ov8AnTv/AJ631P6f+O/0+v8A&#10;vr+//9Jrmkex0WCj0/g824594IIQG7sdd4STQV63M4okI51O97mxJCrewIt77piii/6ib/m1ieSf&#10;brZ+VOm6+Z6wVSyEkWK2H0IvcA8An3LqVDC4PpsLXuDe3+HtjXTtPGvVwygU6jUIKNq03Y/UEC1u&#10;NVv+Ne2GaRo20BtV/wCnBva9/biEMf8AL15q0B6UscSupcjTY2N/pYfUBf8AivvOkpNm1AMAePxY&#10;/wC+Pu3GoI/1f6v59V8s+fUSSAKbeohr3sfULf1P+v76+51NpYj1X+lx9D9Of97920scL1ssevfa&#10;hE1hSNNjc2Nxb6+8jTCMW0ggk355NvyfdNIrUdVLGnXBIWm9TSEafp/r/wCpv7jS6iQbkBuQLj6f&#10;Tn3fPl1vJFepEegBlIBI+pPHJ5uB/t/fBEkdwFIP4/r/AF/2PvVQMnqma5PWWR4kjJZSD9bf7AfT&#10;25eO+ldI4sLj6m39feqjJP8Aq/1efWxWvTX5P1MG0k6rD6KP6cf717wzSeIMbWsLACxtb6/T/iPd&#10;lP59bJAPWWGEzaFJvzck/U24/P8AX3AWoJ1EHnnkH+v9Le7hWbIz1SpPU94ETQrKNNgbWI/2Bv8A&#10;n/X9xrSSk6rWBIvf3oDy6stCcnqYWjiUBfqQLAD8Dge5EYCqVF9RH4/H+v7uY6U/1evWq0wOokjl&#10;m1MBpX68/wBPwPfnhaJdRAbV/h9fzb3Ukn8urUNKjr0c6StpBK6b8/43sT7hSwl7EJbj6fm35v8A&#10;4+9jBqetUPn1OSZUuC1+fr+P+N+8UUOh7MSLn8fn8km/uxOpceXWjx65ySlhcLf+lz9D9APctYgz&#10;WH6eBf8AxP8AS3umetg/y6jvNoW7D1WJIH4/p7lrJHACHbhv8eAfqRYe3dJZK+Y68DTpudJJ3HjS&#10;xBve3+25PP8AsfbDU1yBmVCWueOePr/sPbgStCetO4r0909KwCllAIHNhz9P8fz7ieV5QfT9AQCB&#10;c/7E+6HSrV60M56lhFXgEgE/k8X/AMLe4yRSSM40ngEC/Av9B7vqx1vTnPWRmRApuPr/AF5I95Io&#10;JlOizKb/AFP9R/T/AFvfg69a0nj1xd1PquCAORe/H1/HtRUdLIB6wWBAuxv+fpYe2pJc8enEUnJ6&#10;Zamoj+iEKwP6b88f1P8AvPvlLEVf0ixBt9Lce/I2r516qwz15JFMfq+lrj8k39zFhRguo8LySPrq&#10;/pz7owKtnrY4dQjUMt/Gpu3AB/p+fb5QCnIsxA+l/obkfXgf193aEsAAePVg/wCE9JXKVFbGSyIW&#10;sTc3ZQAR+bf77j3hyUcEbJ9SpuW/1/r9PbYBUkHj1ttNKjqZhqiqqYXY6QRwvH1ANhyfaHyzagwS&#10;2gMSpA54F/bikrSvTRI8ul3j1IALXLkDUCf96/417bscHb6/T+1cE/4fj2ocgrXrS8epVSQtxzf8&#10;WP5v7VlNEl1Om/8ArX4/JPtIfPT1evp0wVUr6SNen+tz/QcgH29u6rEFAs+niw+rfi/+296FOrI2&#10;DXHSejikecsW1R67EG4AU/Uj/Hn21xpJIW1k/U2AH+8c+76Rg9UJNeneSaKJRoUfQDUTzf8AJ49q&#10;CjoFdAxS5FuSAfzxyfbUtF4dOLk9Jety7RylQ9gSwCi4JsPVwP8AYn3FrYHpZQQbqTc2Un682Hu0&#10;T1FD1Rlqe3qZQVMdfBytnAIsSLXHFz/h7daIPOQViYEAE6rgW/P197Z1UkE1HVQrHJ6T+VVKZfXO&#10;nL2UJYtrP6Qtv6X/ACPc2Whhu8hAZmHqAF+eBck+0jSAnt4DpwxnB6hUmTrdMcABRVsFZ250/wCA&#10;9stVDGo9K6SLgD6X/wAfbq9eBFaHpTUVTM5tI5YMQSw5A/NtX/FPbHUo7ldP0H4Av/jb/D3cYPXi&#10;ARTpS0jxoj3NywADX0n/ABN/cN6cykBkB0t9QD/vR+vtwVJwOtUanDqUlQsIJEnBFrEjn8m3PtT4&#10;ui0hVZQLkXa3q54Fj7beoND1UAt8Ix0js3lAQ8iMWKg3S40+nn1X/wB49q6OIQjknSoFtVrnji1/&#10;bbd6Y6dUYB6DWSrepm0ro1M5MhU3082YNb+n459t89YeQSERSbflhze/HtsAldJzUdU1ENQdKSix&#10;Uassi6pJWuSfwBawHNvp7S9fM8jAxsSur6D888X93jGknV5dWY1FRx6XePgSOMK4CtYHni39bf71&#10;x7jLG09g0RP+1EcDnm5+nt5itMdaAb9vWdpVpiWWZRYH9tSAxB4FgPp/X25JQOqC1ntzZeL2NrE+&#10;2hICevBDx6bJcjG7eu8dxb1XLD/ED/fce5SxeNbysEuCbKL8j8f8i90VtZqvl59ecAHqFNMZDpiR&#10;3Jta40kAkAkj839sVRlWWo0ekAGwsCTx+b+1iIpGeqkgGnT5T4ZDTBwCWddTc24IueAPc0VTVseg&#10;i4PFj9fpY39svGA1R04pxQdQhRpj5DKCB+SfoBzf/fce26qxTKpU0t78hgoJ5/1vehIAePVWRuI4&#10;dO1Hl45TqWrWw4KluLD68Hn20viqqFSFVlBHFlItf8E+1CzAjH+r7Oq+CR3Dp0TJUszAmRGKnm5X&#10;8fkj+vtwo6aSlRSbkgg8nkf1+v8AT3p5WODivVgFAxx6b6ueKrLKALWINgCCD9OfaqWtjNMw1Ay8&#10;cE8/63tNQlhT8+rChGnh0jXxkq1itoKwjXpKjgEnkkcc+4FTG9QqOpCutyRfjT9efd66G6oVqdJ6&#10;dKSVKYyIwLRNwCR/aI502PudTiKOIGZlLnkBQP8AW5PvT1Y1HXhTh011TTSTlaZHEQ41MbC/1vY8&#10;+5aVKFdLWa/KgC9h7Y8PU1SDT/Z6uccOo0tNKjao/R+JGa4Ooi/+x/p7kioEg5UmygBf+J496ZCu&#10;Rw62GFKefUAUvjZf3NBLlna2kNcggH+t/wAe2GqmdnZVsPrx9W44tb3dQQvVSe7pW0kEKqjsb8C5&#10;40/X6lvx7Tzs6y2lQ8kWvx9B9Pb6kUz1rST9nSlREaK8MgFhzbnkmx5/3n3CnozUTLckqOfGoP8A&#10;sOR78ZB5+fVTGRjqZBU+GEkLYjjU1vrbn6+58eIllT9qMRhfrcWPH0B90aTT1cR9ucdQZMxBC9pp&#10;fIWJKgG4/wAdI954sKEdW165DwQPoOf8T9f8fdtbUyMdV0qBQdQ5s8ro4C6E+oLfVh/Xj8c/n29x&#10;4ldSKVB/J5DFrj20zPXpwABanphkz6+KSQORYNbggDT9Qtvr/r++FVQ0lMwiES3e5uQLKPwbnge7&#10;qWYVr+zrRFBUDr1DlK6sVpzK2hCAAeNY/N1AP+HvBGssRAhLMp/sra5tz7cZqEavLpvNaAZ6kuYK&#10;hWaZURiDZ21WBI4PtaYennnKa4mtxc2sLf1v70zxsKA/z68yMMkdA9vTJUeIhmcVMK8nSpZSxY/Q&#10;BSbf717WSYVVKvFqIuCwB/P+J9tFgahhxHVWLNkinRfKrtG4lpa2aGKRWJiktwy/gi30I/1vahoK&#10;FRbUB+LC44t/U/7G3tPJFXu/1HrytU0r0Ce9u0jTeWlo5mlJOmWSRmSIHk6tH1J+vH/Ee3CTGQSO&#10;HtbSOBqspvwRp/Pv0ZmiXTTj8uHn/qr/AJunDGr5PQcJ3BVrSvSSSyK1jaVQrytxpAV2Fx9foPpa&#10;/uBXT01BG7MyjQpJXj6sbC1/+I9mUGthqk8z/g/1eeeqhVjqBk9Stq4TOb6ylLS0FPVRx1MhWSpd&#10;pJCsZUu7G454FgBx7DHdO5Gkx0sVGy+TSStjbi/I9vuxSYMDw4/5/wDJ02rFlIbo9HSXSdNt3Ltk&#10;czCZmk0gPKoc6iLgEH6WIJ+nsvNflK/IyGncvHNcgub2YX/F/a/xA61B6Y0MDpbo79Di6DGx/wCT&#10;RIsXBCACykc3At7hT4nJBUcrJMP7TDlQSf7Q59p/qQz6Wx040BZQR1Ojq6S+lZEVvwpNiR/hf3Ip&#10;KWs8qrYy/TXawVLfUe25ZlHDh1tUIOOupJYAhZiI/wChP5J+n19vEX20DuzxoCosbcgG/Nr+6D9Q&#10;Anp0mnDqDL53VQjn1EEEjTdfwDb3Ooa1HmXTbxKwJHAJ/qCfbqxIF+Z9f9X+x02XJPp03V9NJ4Hu&#10;SZWWylb2H+IHtTvapq1eNLRhBdFI+q/i/HtIw8IFTwP+Xp5iSB59JiINS0PjlkvOJG/ce44LfUDn&#10;/be2iSoC1bhwFUG1uNPB5v79GqlDXj1QsQen9YHNJG0fqZl/USdRv9CPc58hSspaONdSIVHJGoj6&#10;n/iPdDC3xA9X1kjptix9UjiOWUlZHDkjnSD9F5/P9PaJmrYnknVwpLEgLYECxv8A7x7WBO3SOm9W&#10;elilO6JEVLWQC5NwSLW/3n3xpasyIUjJAjbk8W+nH9Pd1UL3cetFl4efXp4AGDOBcjj6k3/33+Hv&#10;l6aqVRJfXGQA/Nx+PfiSCW9eq4ftPXreCMmO2k/2eLEk+8RgalqpGkRmit6W+hb+gHuqtqUk8f8A&#10;B1ZkKgHrn5BNCgjcBvyOCB/r+3KkNJr1yxqJGN1DWLD+l7e6OrEakP5dWRxSh6hVP3OnTGzFVHLD&#10;gNc8+5Ete8E40MjKeNHC2t9Pp/re9RwaskdekZVOOsK0aTQevWH5JcaifV+Re/0v7bp65qmXU9wL&#10;2soJVQL8Ake3hEqDt6b1EjPUyGmWBAigGwvd/wBR/wBc/n32AdGoP4rmyjjU1+OfdjpGRmnVhkUJ&#10;68T67FPIfqbfReb/AF9w2qKgThNS2/IPqAX8+6+ICD1Whrg9Z1gi0agp/r+Rf3ykkaLUmm/lBs3A&#10;X/E+9RhXOPLqxGkaj14KHsb/AKCLqL3/ANb3Cp5V84XSGC3NweA3+uPbzrjPVA1TjrM6nx8G1+Of&#10;rb/W/wAPfeRSaSnkaMut72A4U3H0AHtFXTJ2nHV2Bbh13CyghSBqH0P1P+xPtJRUUrVEX3PoTVfV&#10;qY/8Gvf8/wCw9rInAPTTLpPUomwNhcj8f4+1tTTyRBooAfGVABH9QDY+7O4ZdNOr5pQdN0sCSMsk&#10;v61J4/oD9fc6IOqK85CsDdBe5UA/X20zn4VHDq4QAceo76WJEYJVh6vxe/49t+SwFRW/5VTt53IV&#10;r/QgA/kf0t7cE6qKMKf6uHVWgZxVeu6fI08R8EtodJKrf9J/1j7iLV1dGY6aQHghbAEKLC3192Ek&#10;cgNM9NgGMU6mNTwzXmA5YX1Dkn/Y+3imepDLKYwLX4tbUD9CP8fbWBUDpwHz6hzpCymPUSGFuLnT&#10;YfQ/4e0xkaiujr5xOh8bG8Zvq9LfQ8+7IyladNOrFq+XTjTrD4U8VtAUAFeOQOffH+OyQUbRpIGJ&#10;sLGxuP7QHvxUOKEY6sXpgHrpqWJpRKyglbkf69rA8e3ikj/ilH5jL4JFQ21gHj8D/D/D2jkJgfAr&#10;Xp1B4gp1weTwSKAhZWI+hsV4+v8Are0qaOkSptWMFZZfSwsQ5/qT7XRuZFqOPTIRVND1KJNgVF7/&#10;AIJt+PbhVVMNFJEiSN4uPULMAp4Kn6+6oSQfE49OPSlV64qNS3ZbE/gi3I+h9xczuNYqeH7CeJXH&#10;1hAIYgD6/wBf9f3ZEzqYdNPJqQCvWKOnCly41km4LG/+2Huft+qkylI80oOthpVhcAMPrpJ9uTUC&#10;6vTq0Qr1wnsjR2Atf1D/AA/r7k+JWljaORkfXpmv6i34Nyf+Ke0rMTwFerhRqr6dZbkIdQBFrrY2&#10;4txwPbpl3WjjhiVCbwM/mVrqDbgFh9Lfke2YY2NWPketyPReodI3naR78CTToZSpAH+Df1/r7TWM&#10;rjUkapXimEhF7/RV5JJ/2HHHteVYUYdMqwYUbqbIq6TdAy25X/eBYfT2qH3CFpZXil86091l8hPv&#10;WlVIZhx60HZcDgOmcYmMy6nRYyxJHisLWHPI9odM9R1dafLKHJlAJ/SEU/RT9B/h7s0VVIXHXllD&#10;NQ9PYTQgVDawt/W/FvfW9srLj0gkxheRGjUToLFtP+v7at4yjUk63cHtBTj1hpg5QmVVD+RrW/p+&#10;Dz+fePauRleBZp4XgDD1MSA5ubgqD+R+faiQBsr/AKv9X+r06rCXK1fj1kmj8i24v+Afof8AX9iy&#10;lDRZagiqZJXd4Ao1KeNIsBrH+9H2k1PG+Tg9PMNa0Ar0kZK6qx1dJTRwoIprsob9Rcgn0Ecf7D2+&#10;JU4ynx7I0gSVY2KAD9YAtpY/6w/r7q9p4kvieXShZFEekjpiePNy5OMpGJKYzASljbw351oPz/vv&#10;9gAOWyay5CSKmZKYyTEWIuHIP4v+fZiqBVpx6RFxq9OhNjUpGisSxVQCx/JA+vtaUNO1RjGMVRJJ&#10;LHHoMYfjSeWYj88/W3tDKWEnDH+r/Vw6eUKwxx6iyyrHUIHQKjm4ktclx9B/xv2hTja3zNH5nqDA&#10;7OsMguOfUQ+r6j6e3dQCVYY/1U6Z0eS9TLggG/B+n+PvN/uVkVzUwf5MF0sIVU+NgfwV/wCJ91FK&#10;9uOtgOD3GvXri9r8n8X/AOI9q/az09MFVmkk8ZVtDkFjdvyf6/09pJ9Z+Hz6djIpjqHXRvJCVQqh&#10;IYaz/ZuPz/h75bxzNGtHUSrFFG8j+NhBdH4+jG31Pt2G3oBWtePVZJiajj1GxlLNTIqSTSzKq8NI&#10;ddy34U/gD8D+lvbLtSrx9XRBJVdpI2YsknMmm91db+35EJyD1qNgV7uptQZgAYiF/Fz9L3/I9v5a&#10;myCtQxD0hbxnQeTexBvzb/W+ntGyf6ITXpwGvb1xs0P7rkc/ru3AB+lvfPH7aqmdIJXp6dElLLIv&#10;oOk8kEt7bac/hGfl1bwQOJA6j1GTggieULJMFW+mNCxP9AB/X215jD4dErTTTVByiyeJQlQViewu&#10;Rpbg/wBePr7XRpKyh5DjpltGQvHrJTz1crxM8SJTyQ6yx1CVXNiqlfoODzf2kKeknaB1EyxzqSyq&#10;8Z1XAseR+f8AD3dpO2nVUU00nqf7k0UayGLXPTiWGUSyIlol8qjTwODf+o96UleI49axwJyOvH/j&#10;X+39rSCOfdyzYjJa0x32+qnnVz5Y5obk+Jf9hyP6e6zOYgPD8+nI49bUkPaemWpSmxKSVsECeWSR&#10;FmC6Y/MJHC3ka344sxv7QdZs2niq2p8ZV1E1IJVeZ5YPUrovqK/QkC3thZnGG4nqrRIDROA6dYnZ&#10;o1aVBEzc6NYe39PVYe49PS0f8Vq5KYGujpEZpqUMVUER2LBCL3ve3/FPbjI5H6nXhTUdPWQ/69r/&#10;AE/1/fctNlsRTJmYaGoq8ZMxCoIFZQDaTxSlbaSPwT7tFJEz+CDkdNssijxFFR1w8sRkMHkTzBPJ&#10;49QEmgnTrC/W1+L+2yanklzVBkaD/JpKsKREkcfnh9QZlMfBYD8fn26aLXzp1orVw/n1z+g5P45J&#10;/wB5J9jZQbHqKHD1Ofr6mqqsaEapqGIFHHAT/Ye/Nj9COR/j7KfqzNc/TpjpaYgiaia18uknU7ux&#10;ceZg24KumizdW7/aUcjrLLURwp5Z5oY4z9EW5JYi39PaSLY7d2MtiaWroY8QJqj7USpVwTfbm8yg&#10;T3blfUuk/wDEezBhLAQtdVcV6ZBWVOFKdPKGShbVW1Uc/wBzNHCkvgWBwznTDG2i4IudIvb6+2ir&#10;wNHvujpv4buF6GTGuq1FNLT/ALDIeVuY7eof4+9eJJbtoYagfTqojS5XjSnWeaoemcl6dnif6PCy&#10;s4f8h0crxb8g/wCw9z4dmpT7p27BM8JpYacJUVEEskcNRUXsyC/KE34Y+6qztCWQZ68Yl8Ra8B1g&#10;myB/h1XVxxyo8MMrrG8YaVSqeljGps39bA8/T2LO3qePH5qukkpURaNZEjo8pJrldg2lRHVPcEfk&#10;EjkH2xcQmWJY85OaY+3p9DoaoxTpH7gqpMjt+jWlr5/9yPi/3KYeIssUZXWZWpgS1vwQGJB/1j7w&#10;7w3HR5lY8bF95HURS6amKJqY0VAQNQWRGH0t+Rz/AI+3orGO3i7Tn/L1WSYuaHqPsrbuQw09bV1E&#10;lBUU1UsZpavROcrVow1FqiaQ8Am2leeP6e5u3ppnlopGmXIYZ3/h1KtIHqZErHjMdWrBvpYH6/S3&#10;+t7YnJjQqmG4/s68P4hkde3HHSvBlBEkWPy8MEeUqZ6p0po5KOlqDNSu88Z5XWhFibg3/r7yfwmm&#10;fLZLDPWxLiIS1OuPgiMddKCQ3gYMQXkuSVcGwsD9fdhPMsIJ+L1PAdeXif8AB1g/jNW+38VuCLHC&#10;bL1tPDUirlqNeMpvLAQ1UaiO4SGwGoBATex/r7B3s/ZWBi3Jhf3srRUddIKV4K5ZmqoqmmTzJEjN&#10;wVkS5Bb8jk/T2ttC8kBbUGPr/qr0nkVAy6vPpRbMzGUy+IabKPhqqrjf01WCqGlx9VE9yjDXdkcE&#10;Mri5HAYfUqHqrysW1cXR0mIqquaNMZU/e001MZKeWgiuNMckQswcekqP6ce37STvJmAr/q/1fs63&#10;OoIATgOp74yPLVMz5ShpGSkqqWoxkyOz1MNTAgkWZlYWSSJrFGBP1+g/Id9O5Gipc1kYnwEW1fK6&#10;GoqXjq8gZqasl1wR0stRzErErqX/AFJ/wPut34b0Yd3p9vTNtqFVI09Sc7TzT42YQQPV1ESmSGnF&#10;QKYSyqLKzvaxK8soItqt/gQvs/s/+9W5Ip8Msq7Z23SSRZyLGPCatKmiZ5WVVYc+lrR2/qykcA+0&#10;dzeNAoiHxNSnTgtizeITgf6h0z0WXbFY2j/j+RpI8ll6kJjfuS1PHUTVelaOm0i9mF1Dhfzci17C&#10;PsTYeVq97YreNFPXYnF01DX0FRW1cK0UdVjqMO0EKI5D+XRbylUsWH1tf357ktEIF7nOKdWEIDCb&#10;gRinr6dQN+bnwuIwlfS1kC5nIOuOgTA0saVtVLUZOuSkxzy078JH5iGEkukekkG49qyjSk3FRZHN&#10;bWq8bPn8dNW02AymSqRVv9q9mnlpacKCwHI0galINgfaORGjnCOag8QPXpShWSOow3kepFdWNQyY&#10;6jytHOuNyFKi1/2NETQ09axVVhrKqBz40Y+ksbIw/UwH1B/KRUeWztBPJ/EYa3ZJp23VubKx1EeM&#10;y0xk+4p6OjoEZVViSVSRRfTa9z7O1Rlj01FTwA/y/s6RvQyamxo4k+fSkplqInqPJPC0FSyNjqOC&#10;KOOSlhWMJKTMTaTUSJD6fRfSC4t7H2pzkcuzdmQS5t/4huPKVFZQpjKTywtTU91NBXtqVhFoZWdg&#10;4YH63FwWLOGskjPSi+vnwPW5pF7V8z0DdBQzSdr70rafASw43A7cwuNnrslWSLFkquvV8n99hKUp&#10;KmuFV8TuyqC1gpFjdFx7F3y2OylbNHkaXeO5slS4agXMS44YrEUalzT5jFvEXbxovpbQS12/I96u&#10;L2JDrOUQcAPP0p1SOA+tGP8ALpT03Ymz62pqo8LmcVk8Pt/HZDI5mTDVhrqijraWyyYnI0VL/m5W&#10;WVpfFMdbMvKAi/tZ7BwdFtGM7LGTnyXZO58dXVGT3gYS+PoTR1Jihh1T6SyRFeFBF7WFrge0DOJ9&#10;O4yKQicEPrjJ+zj09oI/RJ4jJ869B7vvIbmyEs288gtGvV+0Xo6uPa0VFU1e5t3TVONs9SklLKI4&#10;lY1aQQUzK2oBpHKBhpQybPzOwY930+86vFbjztdSZCuo81LVT5PGHFqfvJZanG1aWSa66lVgdNhp&#10;J4Pust4L6RdB0qD/AJOrRReCh1Zr9v8AMdCPtDdeO7D2/t/cWBgzuBwyVRhqcHlMRNgsvT1NMwpo&#10;qGdFfQsUL3WT7Z5IpBwrlQQVNmtz5LamFxskdTPQjHUlHXT0tVkI6Kop6CPQY6kBLvKtRIQEjRSC&#10;p/Fj7dtbaF3aRkySc+v+zT/Y6tJLTHADj1IXD7b3RLl1rKXE52irJ8ji6iZaWPI0UlTFJNSVtDOh&#10;EkSSU3jaGYvZvICpsbL7We1N6YrdwzWEwFV/FcnHBFlJXoPFHjlnl/cEE9RVfpl1m4Qjlrfke09/&#10;aLGgkkbBNKDierQyKX1LwHQcbnwy7Uye290ZIY+i2/i/Ngp5Mh95W5iipZ18MEtDT4lWjMRjj/dZ&#10;nBih1k8arR+xhurdWCxlLHuSLD1cjGl3DjK8U1DNDjbtGMglWRrupGoorEkkEC17v7SRbqxjXVmg&#10;P2cBX5fy6buI1dqjy6a+vNv7Q2JuvcH939jE7cqUGa25uvAVNZnKbIZnJgyZjEQ4uJnjpX0mIwzq&#10;qxuNSM6lBdhwGP2Hh8Nk0q6XJbj2TgkmzWHr9yYKSsq6rIRQmOf7bNVSRwlWkFogCANQBsbH3Z4D&#10;dXSIXo7fEFPAfz69q0Q0AqPKvTvn6ztCtx+Aix8m2MP2Zk6ulxWfx+P3bJPiMJgqjItWLkVw1Uhk&#10;qqmGiLuxSNWLK2iTxewRy1b2m+28hlzJjMBh85jVymIqxBAaqLCOxaloWaJWKudaxRI1iW9QIUH2&#10;uQ2sc2hRUr5kY+3+X+HphvFK1LUr0M1HPgK6snp6WpStrsJXGjq4/NM7U2RakSpl8qOQjSeKRHZg&#10;DbVbg8exI6v2S9PRLXbgxWSNXlcfj66kr2yEFdUxxZyMoJIZ1uaYRFNTqDfnm97e0LM11KxhbCHh&#10;608j0pXsj7xTz+fST3hvKKlhMeJyWOSooq2ujrochDVDySYaKOrraCGA6DM0kcgVAlwSQyk6SRg3&#10;ttnHUVManE9kUtUmzaamrd27fqqqNqqWZ59FTXO7m0MKa10U3jtxYWJHtfFDcaf1FAB/1cP8vTJd&#10;Hoyk0HH/ADnpk2b2HuHK5uCi3F15msDR7hrsl/drcMaYyfFy0FPR/e0FLlGpqqWoSomijnlEnhET&#10;AAAjgledWZGnxmBptx5bH1O4KrcipFiamor6ethrEEi07Q0OMY2RY5BeQhNQTT+BYFd66XNyLaQ9&#10;keWH+z/g6UokmjUpFT0m+5Nt7j3urbc2b2ENhR4Voa/cU+Nx1RBX0cc0bVbVLZiJkWMywNIsI/SX&#10;LFiWXiXv7IuldityZaroMFV7PzuKyFfjaMRwfc4Tx6MjJLOW9YuUSPji1hb2aK1t9N9PaKQpByfP&#10;/V/qzXouUS6yWYmma+XSf6w2amJ2xldqbfzW6N47e31tzdEo3nvPMTZlqLOyOaXH4tca0UaxRyJN&#10;U1UxAUlkF9RYEJDb+6Kfth9/U25K3Hw7QahMuRwks0tZkajF0haopf4eIWSRRIkTyMyWcG1vp7ab&#10;VaeHBaDLYqeH2np9WjdTrGqnl9vSr3Ft3H9d47YMmA21kNwboocuMLiMpSAY+hpsjuSH+EVuX3HJ&#10;FeEQlZSsSSq4BIVLNZvYPYXNddbUj3btradVm0x+46rAQ0jbjw1VUtjaCeklV4aGopvHNI1ZDOzR&#10;SIQ6rZjqtzeZ3jcSOQzIP9XHpqJFyq1ANMUPQlUOG3HkH23k90VtAmSxFJkxkaLbc+TpsPkchVVF&#10;PLRyiGqkLGOAQNaOZpLu2rUACCrzJTbEbbM+y1rYtxY2ii2FSVFZQT0kElO0i5jOZBshWgLU1UlO&#10;VWjt6U1n0jn21barmNp5mDZrQfy6dkioAqVFMemOP/FdRcztbHb1p8ttzeGPoc5tjI1dDmazE11a&#10;KpJBRS08mJoZsdEihadJ6Np5VaRlklUj1o0iBQYiDsGgy1DLg92w7mrcw+VraOuyCmPKpSwVxoWj&#10;Xb7Aq7xvoV5i6xMSTf6ey+SdBJquI9IFAP8AJkf8X07GrEFA1aV4/L5fLrFl6XZOQ2vnMFurD47G&#10;bdxtLHQ56ik00mFp6T+HJWNFFX0fiXwrE4HHjcC10XUt51Znv7q52qxmT+5i3JX4yLLY7Gok2dq/&#10;vGrZTPU1ENI3gvNLHrEMDIY0DE24JV+Gjss1wtErwOMeWMdaaRiDEnmOusbJi92YKnfAVcFVgIpp&#10;sdLOtPVYunqMYtKKZYqCeoQyOkULhRKdSSMpsQpOlqiyG59ts2+KnauVyW5twY18dvOr2vTNkJ8p&#10;Syv48VOk93WKKCJQJooYzrIUMQRq9v3clretUNRUpQcOH+bppFMa0p3edOoMm1tmGhx21i23YcXg&#10;s1iK7Z+FyFNH/uCr8NZ3FFSzSRSyTczSQTFiyGQuupVAPCHdWRpsXFuLK4+sxOBoeVcVKwVlRmJH&#10;kNCXwNWLrZ1Apy50Hk2uvtm0CvP4Yoa5OPL/AAdXlZjFQ4r/AJelVW0GPqZ6nHK0U+Qq6NwBUwS+&#10;jF6oqXJQJkIFDDWGXyKJNZLLewIIburd1PjqjNds9rUWQqpaXIxLtmTI0iO75irp2iqziaCQXgjj&#10;SLUZBpT1A3/Huu7Wp3WUWEEmhPxacUA8um4ZHt4uHceFfL1p/qz0h97bbrZdsY7rDrtcVgYJqGOk&#10;qw6zLR4nalFGtM9Npgu5aoLJAqMdUi+UkkK7Ad8fvbJ9zYbclVhM/U4PGQY3xw0uJxv+5s5KaJmU&#10;0+SqHEfkjYAARpa5ADXF/bDPFts0VjbJrripyaCg6eARo9cp4njwp/n6LXjujurfjtlNs5/I4Cm3&#10;Tn87mMpFlt67jzQxmGwlFUsrVZGBRHgWn8Mj3Lo5QIzySFePacxz7TwW2aaqybZKLsWtmoMhvSrx&#10;1dIlRWZfGSLK1NlqmNmgjRgFhkEPOnUlyb+9PZXU1yZXbSBwB/zf4K9aaQD+zpTGR546F6ioO1M1&#10;vvJ0eOpNlp0WuHxuP2alVjKRJIKCfBQQGrwNLShjMscyyiOOpEcJiMTReixKSrO1IDTzYqk2tWip&#10;rIqjH0ldt2jXVPTVMv3FVHhJqOwgh9ZEtS7+Rip1afbrWKxsJHclhnPDHDHW1d2wQafLoR4euFjy&#10;dJkK3cWWyGOoaqnyIxOUq56qnrMpT0CUUOUz008jGqeLQJKemAip4ZCJVjMiI4hZnsLLbKxRweK2&#10;7mMXHXzzfw2alkpZMLPlJDplnrsnhzK8iztYlGkS6g8kj29bQQPJ9VOdbD18h5CnVJi7MEpj/V/q&#10;9estXsbbW6s1S53L02IzddSxKjDL4mSpq6anikeoxi0tBkHEdJJA8juJmpjIWZrFLn3NjmbbWO2J&#10;ld242DdY3rKWhqcm1Litt4jKz0+mnpTj2hedqp49Qp20BmRSdWqwNaR30chRtIQ0oPPrdWhIQD8/&#10;nT59M8uYG7c7u7Z2Azc208ps2TGrkZKbH/dZ/IUVTEMpS1WIyFbIIDSFy9PImiXTKrpJ4uAzvWZS&#10;Ginw2c2dTbVr46idJnw2CjpI48PW4uF/FU5LOOwmkidrCnpTChLHm1j72IoYIQ1xUU9Tx/L/AFfs&#10;6uNU1QuAeomJxVdn6feWx93w7zlpYsUMDLu7NVSUqbrxm5opJK+HD4zE6aWOajiP2tRVxRalNmRi&#10;rHSlU2NvPfFc2Qz/AGDNLk8VkjPn8Rj6bFjJU0KBTQxwwxWRGWN3Dvqa4sbe223NWZYo49IagU/L&#10;1/1f5+mjbhclq9PkFftHrPC4nb+3Nvx4bbwo2Tb8kEElPt1ZZneZaOarQSyReRiGVnjIfVwSbXTu&#10;wNxY05HK4bc+0YIcLjc7l8hteky0T1sonnnWnp2pcrPqlmR3QTSSxyMGP09IHtfIYdQj1VH4qfL/&#10;AAfZ15IZSpXgfKv28enLdm2M9kseZ9t7jrMDueppsPi67PUscLA4ujrjV10lPh69ZqUVDJJUJA8k&#10;TGMyfU2Hsw+G21VdcY09jZ7FV2X3ruHINU5TD7VoKnMxtU5Of7bHRUcEYDrFFEV1SSABLszG3tLA&#10;8O9O8Zbw7aIZ9T5f7P5Z6blhlFEgw3mePy/1ft6Jxu7tHF9pZ3O/HPbmYwu39sYbA0kL743DnDja&#10;uOl2ysEOUgMGQhtUTGSyFdYEkSSS3VAzAeMa+4MnjIaqopxt6tqZFklpq+GGrqVgH4cUkpUOw/Td&#10;20/lb+ypjYW8rDbotSrgeVSP9XnT9lOn4o2WizNX1I6ItvqbqbA70TEZ/eGe7b2xjcfKKTI4bNT0&#10;GKpMrWSE1EUVVVwymWnTQruKFQshYaZPSQH5Kenpx+syzMLPO4Cs4H9AOQLk2HvcKXcreJOAvyGa&#10;fL09K49eleqMDSox/L7aefQAbu7AoMlfG7fo6ql27QyscVilleHHQXARq2Wm9TzSva5eRrkf198S&#10;youlbL9ALfi/55+vsxSLNWz9vVD3GvQaVlXVZGo89U3kfSwsQQqlSf20X6KB9bW4Hvq3pGs/n8H6&#10;H6r9PblRqIj/ANXr1TFTTqHxqbxAeq/DAjUBYMSGH+2/1re+HqJJ1AkDni1r8Ahh/X8D3fAUCn+r&#10;7P8AVnrdQesh0hVBVgNV1Ia/kKD1Ao31A/ra/vLYixvwCL/QA25HB/x/2PtqtcU49V4dR78kaeW1&#10;aSt7gkhf1Lz9Px9Px77GheSf1fTn8A+n/Ye6nW2AOH+o9bFTkceuamVgAF5DEX5srf2mP1Bv9PeM&#10;8ng2uf68EAXNx+Pbg4Z68QdPXMKI1NwXKgEBV0tqP0AP5/1/fA6lYj8EW5Fzb+l/dwFZa9aAOBXq&#10;QiRMita5BuCpZRyP6D+n05/1vfIBgpHP1uQL8nlfqP8AevdSULDq7cMceuLLG8i2HGkG5/CmzBrE&#10;f8bHvoen6m/1P44H+x97aj8OmiCDjqWkTSadIK38aqSD6rnkCwt/rH3lX/WsDc/kC44vb2nckeeR&#10;06EIy3Dqd4YYdUkyrIo1IAr6m1/QKBb6jj6++fABsOPyeBzf8e0+SQSc9eI1Z8us2nXGWOoU7kKI&#10;pG/cdr3vGLfT/ev8ffJVt6jYAj6/S5/B590kl1di1Jr/AKv58Or9qrnqYtJBArO5VFMNk1MNDSE+&#10;rQp+thwfae3HuCk2/ja6vmEk5paWaqFHA8Zq6oRC7R00UjLqb8ezbbtve7kDSdqDi1KgUHn/AMX5&#10;9Ft3ckfpxnuP5f5+hC6m6r3P2vunEbewtO9NSZHJRYuu3DPjq+owmHLwPUxzZCqpUZELqhWJGYF2&#10;IFwCSCYbx7WrN+7z2/silw0OGqoK6pqDLlZKmt/ilEyosRw8FGnjmZwWt5HAUhhYm1zq63Cz2qwk&#10;WEmhoSceWP8AVX/L01aWszTFnOafy4+ZNTn/AGOrqPj78b8X8e6HddfFumo3JNuOjxbVskmNpcHD&#10;QLiYZnlMcvmldVLTMWLSDSFuQTchp3t1n2PVzZnIvmBgtsUEmPxmOx8+Krnrah5I1hlqqWihHhWI&#10;yEkyu3FieLD2QtvcM4WO172K1NPLpVHasrd54/n0Lm3Ow9oZHJYrDYmtocpkczRZHIVFbicni8lS&#10;UrUMi+Wkr60zJM037gCRJE5UKdWlRcifLQ7grOt4tpnc9EaODC09PU5PGY2OiekiD6YKiGaoZtc7&#10;uullVQVPNybH23sfjxTy3BjPeTxzx4/6j1W6WJmUPxHCnQdV2G2Bju3aHetXgMtDvitq6rHYaaXN&#10;ZSpkyUyYo02SU4WnaSmp6WGlZZUmlOks1gqva5dqTYeHjzOObtCqx2Vo5jJUmXF5SSkyjUuNlEPi&#10;neOFWmYIdWpPWzXW/Pt7cZLmaNlgOjyz/k6cgQRmrUb0/wBX+bodshWZKqxWUG3RFBl46Z0xkmWo&#10;Z5sea2SDyUxngilgdogxXXaVCB+fZrM32Fg5cBtai2ziq7D0GTqXpsSPsHpq5cfSMKaoqh5f3Io7&#10;HmWZ7kfX2h2TbdvsVkuwPEmBySdR1U41Pn9gAHl1W5muZ5KSntpwHRSth9Udmy753dm+3+wKHfck&#10;OEpY5dv0FLLRbQpKqtnbI0VDNiFVY6hoAoZBLEzAOhLElbgia3bOA3tX0+KxGY3DkcxA8mO3Pj2q&#10;Wxs8ikzy0tJXsXUKpBEy3Gprkjn2YX4Eka3NzJpHHT163eRhQJSvRmMS+cz23sRUV9JFtd7AZPAZ&#10;SmpK6ohpoiYY4qhqWURRyMFWaPQSFBUEEiwdYsTVZ/cuHzW7ch/diOt8UNHh5auGlmzlJQ1HmUPD&#10;LIXUNcqzKoLD/YH2murya6tDFYCoGNX+r09Ono0EbVPH0/1f4OsIraHbmIyeP21DWZWbGPO84poX&#10;rBRVlVH5ypaJNDsurWYVJKggNpUj259jdn4Lbm7Its5qix0lHWy09QlVjqKUpQ0bJ4qMSTpdpmU8&#10;sE4A/wAfbibbDa2sVyzEuACc1+0U6TiSSRihFK/6v9WOkT1lha2v2lRZ6myO8KPJT0+Qp5aXc0qL&#10;NPXx5GT76rOOkDLTrNKreMFbiMghQtrgpSfHvPV+9DFl5nkhy9dPkcJUQyTyxPjalvuIavQgugCN&#10;/aIsb35t7aut5WSLXBkVA/yf4etpaqjHWfh6EGt7D2rQbez+5KnKUsdDtc1cOeV54UlxtfQrepxt&#10;TrYKJlay6QTe4K3BBKqocOtNmMrianEz5zJbVy3iwEtHNVNPVTQRiJgIaPVpT6CRpAb/AEPu107Q&#10;hYnbSrDPSlI6r4pGOneny9PkcHjc+tSmNx2SxdLkXev8MIp6aupVqozO05UKyq1jc2ubkG3sSKzP&#10;7QoNyY2bfWPY7xoKaCSkxuGx0grFpmUutLP/AA9mLxjkFHFzzxb2mXa/Es9Kv4UbV48T889UjmJf&#10;9IVI8+g9lp9x12Ff/Rjl8ZPics1Y4zubydZlIYy8rR1FVi1aKQtdw2i0nhFrqp9ia+9sP2EcJtim&#10;2qtVBmneejoqunNN9nDjz5RkqimGl44lYWVuLn+t/dPBstqt2k1nyFcVNfT/AFEU+XToSRyWduAr&#10;w6LTi+l9zdO1m5u2Ny9z5yWqxVFUT5eawq6TIQVZ1Jh4ocv5EeXV41i9GrUyBApPuRFLvrDtvGq3&#10;XHicJQ+COnwmYgnkrY0jJ8EMcVCjEq/ILekXPt1DBLcxC1iLAAlieB+0njnI6ZOkqI3Na+Xr9vUW&#10;nyHR/ZiddYPr3NZfeNfjtxz5rL7Op5IsZlKxtD5DJVu6qjJwwSCKKT0+mWzawqkqD7Lp2Xu3rzq3&#10;LY7I10Oa3PvypoYqwVWQyFcMTTllOmSnxUrmKK/FwFv/AI3Ps/WxubuDxr6UJG3BV9Pmf+K6L3ut&#10;LMkA0jIr54408h0ZHZTb33UcwZxt7aXX8VXV4fCYbC0jVO4qiCj/AMjrZ6zMLMaWNWlDiPwU5aw9&#10;TE8lH4DuzfPY8s+Nk3AmJTJTRw4+HG0Mj14kMmlYoomB1oRwT/sfdZL2DbI9FuoCjH+o/wCr/L1q&#10;3to3PiMO4ZH+o9PWL6X6q23WLnKPZuFXJUqTStla9DV1AZiZZ6qWatZ1D/Vi9hb8W9jHg917hGV3&#10;FtnelFLNhsHjEoqOieJEq8rXTINMs8sfpjS97WH1I5+vspuLeMtHPAaFzVm+XRkhahMfHyPULIbR&#10;xmQpsfufr2bE0GWy+Tx9f/eVC1dTrixd6x6WnDBJtaL4glwLEtcEW9qb+NbxbY1TBl/7u7PhaGoo&#10;sVRZapkyNRHSiM+CpmqKYNEGPGlOSPaOzW1G7FbNCwHxHyr/AKuPVbpCwBkOa+vSdl2ttCTfUG46&#10;TH7p3Fn1nhrK7IYaShpcdHPG3hSKaGokgfQP1PoZhbgsTwAm603JBtfb+6YNxZmr3dW1s4ioqHHU&#10;jrI0T3WV6SZxqW/0UCx/oPbt5b3M25JMrCNVqT8+vRr4iBRnoTd2YHJ5uqwDY77eiOPrHr6jIVDu&#10;/g8SDw0xoIWCz6mNzrbSum/N/Yj7C6a2nkIzvCSiyW2o53d6fE5+WqaaWc+pqqqgrjdh9dBa4/oL&#10;D2W3l9uN3cG0tP1AvEj+YFPTz9OlZFtbU18T0EvZPe6de1mL29HjMjvTLVsUr19TtOhaqTHIvpjW&#10;php5JGjlduBGCW03PHHtj7UxdNs3FzVO3qmo3JmsvVR0yJ4qWaPE0bf52QSw6dKjkBnNh7E23W8/&#10;0ZmvgECCiqPP59F7zl59EI7R5/5OnvqfsXdHYtbkTlNl1u0MHhoaf7SoyLVlPW53IVBbyA4+piTx&#10;xxKNTXkclmXmwPtW1uPrqbbGHr8VmcjNSw4SkU43FvKHaqlX/KGi8JHkYubavp7Kdp8W5ml7MBjU&#10;/Ly6fkdEbQePUqPKbfm3hlsVuHbeIhycuTqXpstlo6GcVNBRoHo5DLMpMYWOxRCQfzxz7C+uzvZm&#10;1KrH4uGlq8xht0RPFUxRsJqnGpUjRKKl4CSJEU38kjWBH+Hs5jS2tT9bGg8RTjH+o/Z0nnVZv05B&#10;UA/z6U1ThdhbzqafI1FDSzVm1MtTTUdbLTtTCmq6CVamCSkedQrwMwHqj9LcgH2FO3dnYzA7tyeG&#10;GfylNhq6pSWurZqiHXYnW1HC6W1zEnSCoso5JPtrcLq7MYuIl7z5Hyr/AJOvQIinQK06Xkks/wBm&#10;00ECy1PhLwwsxRGlK+gF3AIW/JJF7fi/s422ZMTtWnnn2z94Y2gEKDJTNLNJqH+6pJ7Egi54HsJr&#10;t097dI1+wYA1IHD/AGenru5eG20LgnoDd64+t3jQR7e3MsNP5KnyvPh2nBhELggS6DIVt6Qbtz9P&#10;YJdtb6r2qaCnpNvpuCrlVjWQSzGnFLdvQNSlSf8Akv8A2PuRStpFt4joFVR5f6v9joksYbgSmRqm&#10;p6VXWmx6faOMqYKGpqY6aao1QMJhMZ4woLzy/chxqdtQ4VbW4A9ivs+eLI9el8rS0dAJEmhmhd4p&#10;vtI2SxgjaEMAfyTqJJ+p9gbb5JF37/Fq6fP0/PoQXKf4uK8fTpO78iq6fd2FnoJcnNWBoKmChpH8&#10;a1M0UtnkqnkdUZAvpCFdI5IF/YO9Q7MxdRntx+HC0MVNTzytDlJ6KWWAOZDoKS1fDn+qLYezne5H&#10;8VFQliTlR6f5OmEeOGPU2Olxv/dEO2cHHVySTConniijo6aQxVtTqUmSOForstvoXHC/7b2td2Yf&#10;7BpK7Ez02fylI3lnp5aaKGRHQaQKKnbUFCj+hv7UxRjwgJRoB8q8f9X59VMofKefn03bO3NW5el8&#10;eYwdTt+kmAXHSjIGuinhYAg1VeAhWViTwygH6XJ9hxt/Ye5t119dm8juClxMaKZY6KpbwVglX9MI&#10;lbUqgf6o3/2HtJe33cltbxlvmBgfn1dE0jJPSozu5KLbUVGJKDJ1sdRKsKriaJq0wIeDLJFEdRUf&#10;0RWP+HtTVfVmWgxMmRqs5t2vyEt/BSoZKqSIL+hlmvpZuP1FSb/Sw9vW948jFGUqq+vn1ogFtIGf&#10;WmOkzj+zsfkdwyYGLbu66WKGBJTma/ECixbO5I8C+dxPqW1yWhA5+p9oyLbNRH+7ux8pnkpPUmNx&#10;iLRRBj9BUV8riQi34W3+HHvbzSSN4cVEHr5/6v8AV8ut6dHzPS9knaeJRQVFJE8wYJNKPLp+vqSn&#10;Rl1m/wDVx/sfp7jUTYrGZdJ8RixTw1UhMtCZDW1iAH/NS1EpFgOb8c/4+9XEKvGF1VIpngOvBtGT&#10;1IjjmFMsdRMss4j0yTxxGBXktzIsWptPPNtR/wBf2uaupq5a9VpsLHHj6mIx1FRVtCiMki6X1TJd&#10;r/X6AW96WJLeBZRVnHl1taOveem+KMeMxz1xlqUfyDwEqU0tqRVgubj6Xv8AX2lsTtqPZuYlqMPO&#10;aCGvJnra8oJk8IbU0FM5YNb+rHj21cq17GJHXPkp/wAvVo2SOoHDqUXhrYHV4VlsbGnkIPqXlQ4P&#10;0P5/NvYxtX7b3Rga+jp65KmpSLRqEgB16fU149QB/wAPx/X2ktYJbO4Dy0yD1Zy8tCvDoPJIdw4n&#10;PUNQlKgxUsrrUCHTKY0YelCWKm1/7X1/w9h7Dhewkxj4bD4kw4CxLVNLXRzVmj6GaYwtaO/J5+nt&#10;76/boLkyCjS8M/5Om3hrl8AY49KiqyG2UrqepyNZSxVqsaek++DU5eR/910qVKrrY/gJcn2pNm9M&#10;4Ro/42lQcnkYJgKibL1Pko45h6pIoi+oEA/qJB/oB7R3V3uV7N4FCAfIcaf6vLrxkgtx3f5+kNvn&#10;tzEbIraagy0Ffqycbfw9MbQ1WQr5F/R5Wp4BdAf7Ooj+pI95M91/tTNbip58xUPFPA66psG/ipoo&#10;k/VHErBnZrcC2kf4e11w11DYCBPipTuOfz69CyH9RR1Pw+6MzU7f/iGOxdQQaeV6Om3CWp8jPM51&#10;RNVtFZY0uef1Nb839itRZPaJljwO3KaWNo4EpVM6meV3VRa80t7ni5/3n2V2+zPZx/W3supjmnp8&#10;h/nz06080i5FAPToK8pF2iaOfObumxEVBBOaspjKipp44KZbks4ADFALAajc2/JPtK5jHZ3GV6LF&#10;WzTyzy+JYUdWSFSbAEL6Rb88ez9jbmAXJSi0rwz1WOVZAa4HSz2huLa26cRK60EcFNTRl5p6mCSJ&#10;qlx+uRPMNbg82JPPtHbjhxO2MhDlty5mnyK06GSLFBpZEkq3Fwrx8BrH62B9q0WfcbULTwkJyeBp&#10;8ukhlqCIR+fSpwmXqc/jqimwWIrsGjSvTrlalKWNRAjaPuadEZmJIuYwyj+p9gfke4cpkcyQrti8&#10;HDKQYaVzSxsqm1tCBfSPwLe3pLW1s4vDtFFTxPH9pPVI2ZGq5r0sKLb+NpI4hLCK+pjQK1dkAKur&#10;kP5YzTaiL/4ex02Tuej3NHFVT1FeaJgx/wAsmdDURR+lSqC2lCeOfr7DV5NOpMMDVb/P0vTK6qdJ&#10;/N4aOgpJZ8Vj6GKpLkxPBRRK8csnLTcAln4uLf7x7hb8rMMcoq4OGjg0eISNQ0yubsOdckag6f8A&#10;VeoX/Pszigf6EC5bU5BrXpqItUlvX/Vw662BTZ6DEXz89fPUtPM0bV8paYQmQlNSaiB/VRYWFh+P&#10;csbriqJKTHJUU01REY4o0kWnWZmAA0/QlVH9B+Pz7RRQiygZ3FAxJ6eHeajqe+3oBUVVZaeIzI5d&#10;Yqio8Y+pLmEMAzWP1IPth7E23mJY4apXrchJPGCtHjJKloIxqsYgsRAY/S5I4Htba3sU9sWWiquM&#10;8ft+XTOlix49cduZXGMlVRxKaRqKURM1ZohnqbqCJ2DWNj9AT7nbBwc/MWXx4MyU/wC3TSTuqwBV&#10;ufIi30/0/wAfZFcXMqzKI2oCf8vl0pKaIqsepO4sgKfHGenrPBaRVMsUSTs+r0qsYbgm5/Ht8j2Z&#10;V5fJVyYZqTAvJGy1GQqSZal0vYRQyODpH+Cj2c3G4R2oj1KZD6eXD/V/IdMUXRq1V6TWQ3fQ4DDw&#10;V2XNZmD5I1jpsZTI7aieHeJWAa31YsxA+o9xMX1lXnIPST7kp612IMzyLIwgQGxVLm3Nub+0V/uk&#10;8aCTQVrSg6cRFCljw6zy9h4+HEvlTisosIVmiiMUYklIQMdKox/rb3D7A2NR0tGlNHuWmhZOPsYg&#10;UeY/QkInJH+DezLbRdfS+PKlNXr/AKuPSbxkkfSo6j7N37NuuqnWPbGapaNf05adIhSMQSPHqZgS&#10;eP7Gr/H2htovjMVUCjlm+7kSRUaaf9uFNTWEaKxJZjcWAFvZXuCSvWQtT7OlkR9OhFqFkeJghKnS&#10;fp+on8AezCbiemweIhmif7hpIY5PHFDG0cOpdRXSR9f8T7LtmtxdM0r4oafb16Zm10Xh0EWIqq3O&#10;Z2top6ZqOClmlTzSzzCeq8T6VkXSf0HmwB+ntKbLq5c/WVQaFYtUUgUyjWyXXiRmN1Xn6ce3dzdb&#10;e5jWLhUY6cK1gJPn0qd1iLD4U1LPKVp3jciNihk0sDpCodTf4i5v7B3cHVlVmd22kr8gT9wAIoGj&#10;qHYs3pWPUwSNbclmv/rH2Ir/AHPwbMVouOkEUOptRwOn+gzdDU4iHJpIsdL9uJmaRZIlRFHqsrLq&#10;/BsAvPseq/rjKYPbMS4Wnpl8USeQxOs9bUy6eWqJ7Dgf6iNR7INlmtrmd3uKk/P/ACDz+306cmkA&#10;YKMDoIqXujZs+8025X5CrpqueKSSk+9p5qTGrEraUaNrW1Sf6qZwfwAB9S0Z7ZPZWRaoRZatUNy5&#10;jUxaI/wqL9QP8Sbn2Jf3laQvojoPLpO8Woah0NEeVxbLG0dfRlJbeMrPFZyf9SQef9h7DCLae6Md&#10;XJHWLM130rHJqlZhfl5WPAP9B73Lch4ywOP9X+bpuOHOenAMGAKkMDyCCCD/AKxHseExtPgMLBXf&#10;bwx15gLJI7eQrIRwfGP8fZZYkXUxM2VXNOH+r8+lDgABB1g1iWV4gTpSwewIBJF9Or/e7e0ljK6l&#10;oJ2yeXyVXlqtWaYBwY6amYg2jRGNgAT9Le190ZLg+EnYg9MdaBEYqePWYqNJVbKLW4HAH+AHuPlu&#10;xHyYajigfQFt+ytwiHjmw5Y/ge/KsdrkcR1UtqyesUVPHCWKg6mN2ZiST7w4KPzTwmCWNaiaQIkZ&#10;VZaj1fkluFH+sfaW4mZgZX4D/V/g6dUg4HWc8cn6D2YPD7fqsY2tKOZ6kFJHqqkxhdVrpHGpPP1u&#10;fZX9RHOtWNR6DpSoFMnpJZLK0UwaCSuiSORXTxQ6nlZTcMzsv0vbgfnn25ZOH7dKipysjNUSQnTB&#10;SJrCLp1KOOLn8+zC0SS6dfDGiNfP16TSOoBC8emnHVMbCnpMPGGgjm/cnq5TG7WbSxXUNRsLgD/e&#10;vYRRZ9aavhaWR44Y5wKej8qM8017AyLGfoP6E8e3761JhZfLzPXoJRw8+l6YVZSCF1shQuFBIB+t&#10;r+xqzmCr6yho8jVVUOqso0mFPcrpjdeEvzc2/wAPZLtF8JQ9rAtAhI/Z5/6v8PT7BVYgZ6D6gzWO&#10;x+Rq8bDS1P8Ak9X43qSA4eQ+otfiwBJB/wCKe0xQiTwxYyPHLTWkKI8N0kZTwWLn8X/w9rG0WrmV&#10;u89bFG6UlQIyzVxri0egMYpCrwJb1AKg+h/xN/bNmuqlnqJKinraZaqVRI/kqA2gn1ENrJ5/qB7W&#10;R7k8kYd1Kr5Y49J9J1FR5dN1JvShluklNXDRIYhIlJK8T241o63Fjb639tUlBX7WpHhp2+8qlT9a&#10;Ru9tX1ZeOeOAB/xv3WOOG5fxpcDyH+fqw9OlHBVU+QjVwGWO/wBHIViR+CAf9v7UO26TKbkqqOjM&#10;opJJDeolkUqIobepmb/W/r+ePZXfXsdjGzoKngPmfLpQkYpU8OouXrKPDUNTkJonlSBGcQRjW8sg&#10;HpjjT8kngex0p9t7D2/TxpUSy5WWBvI7SSaVknH+q0c2vyBc/wC9+ye1tt23MmSZvCVh/L/V9n5Y&#10;6147oaRjotmZ392vnKp4NtYahxEMpWJZ6mOWpmihY8uuvSmoD63Uj+l/bFuXdeKrIvs4IIYoEWyw&#10;RlUUD6Ell5+g/PPsQWO12+2g6Wq58z/xf+x0zSZ31Oa9KDZWzt309T/FM7lqiurGYFqiYXv+dKQc&#10;RryTyq+wcr6CnyTaaBY0dm0pHABYuTZVJFz9f8fb0s8cGZWqB6/7PSgQO/Doe6V54Ix90WYKuppJ&#10;CL2H1Ygcf7x7E7Y/Wgwk0G4t31MUgjYTUuOSNSWZeYg5b+yPzxz7CN9uFxvLmy2wUTgz8BTzp1ch&#10;YRjLHoLd6di6YqnBbZjkqcxPG0f3VgIaJW9Jk/N3/wBSp/1/b/u/JTZWZWoY1WIA+NFAAAAsvpFr&#10;exXsllYbVaiM5c/EfU+f+HpH4chYu2ekZsTH1tGKqXP1c09S0ovrZ3VEY3Ch3vcn8+wtDw0Bq6rM&#10;1xg1hkjhhJLDg2L88824HsynaS7kVYRRBxJ/Lh14ii0UZ6Gg65oqaHF0ccwVlZ56gaUA/JW4+v8A&#10;j7Sv8Qi/1NZ/nPL/AJk/8Bf+On++59qKxevy/PprS3p0ofC/9If83b9R/wA7/qff/9NNvMGBAIte&#10;9+PyLW94JaBqB67vE9bokcTKOVIP0/1x/iB7lQKCB9fqPwf9h7ucfn1sfZ1BqGbU1iOAeLj8f8U9&#10;zLNbQ9gLixJsP9b204quperLQZ6iI6q4KhjYG6j+t7X/ADwPbdUQqT6V1Ef0/rf6391Vicjj1btY&#10;Z6d6eZgpEjAA83PHA/p/vfuFIHjGof1+l7/4c+3VNeqFfMHqXGUkspP0HBAA5v8A1H9fcYseGF7j&#10;63/1/wCvt4Eg1HTfljrNpBBQj082txx9fz75CQ3uSTf6jk2/wHvYFRinVc9cGRQLAadJ4JtyLccj&#10;/e/9v7lxOGazk2FuPqeePemIHWyQBTqHLGwUtGFuSbk/4c2v7eKdIkOq17j/AJF9PbLZFG4DqyNQ&#10;0HTNUyTOLB+Qf7Q4HPP19zw0P00qv+P4+n+PttRVenNVOm10qla4ctxY/wCwvb6D3Aq6dJlIUc8E&#10;WsR9f999fbykrx6pxHU6iqnhdS5stj9bg/S4tf20/wAPdPzx/r2H9OT/AMU9uq4Ap14qPXp4ORjk&#10;+nB/wBJAHI4HvE8LRi5FxzwPyT+f9h7cTiWPHqlKHrMs6yWUH+hubDSP6H/X94EL3BcaVPI/3r24&#10;vnXy60OskujSRGdTfQ/nn6fn28I8BQDk8ck2Jv8A19tSeo6uGIGOmXRVeQ3tYMeBwLfkL7xlYeJL&#10;DniwuLW/wPtnIqB1bXih6lBp76CT+OSbm9/6/wCHuBUXAJiXkD/jfvX29NnPTlTcm0j3Jt9fqD9P&#10;cSKSXklrG3FrCxJ5PtxAK069Shz1KmSK1tIYAj/Y2/oT7gVtSL6VsxX6t9bkf4e1KLXj1U9Z6WHS&#10;uokrqPA+ll+gN/aemkudXJ+vpH+v/h7dPGnVPl06IvB+n45/2Fzz7cqOY6eVJJH1YC3A+p96ZFbP&#10;D/V/q+fTi1HDqLMnPBsBzxz9eLXHt5ig02kVgLj6H+v+A9sioNG4dXOTU9N0swYaCCSPqQPxf8n/&#10;AIn3IALSgMosoBsBbUf9h7oBk9eLGlB1hJ0w+ljdri7ckW/xPt6gqVTSugWtb6D6/wBbn2y66jjH&#10;WwSRTpkmpWcM+sg31cHmw4N/z74T2lu11BJPN7fn/H3pRoPb1sgEaa56yw6oxpYE2AI/IIt9bD3A&#10;f02UElbmxH+3/HtzxK5I6pwHU+JdXIAUkDgi1+Le5NJIgIPkb6m5+g/1vb2vHCvWiSTjpvroHYW0&#10;KOBYfX8ckn261cZqqUMtrJ9CRc2I4PP+9e2ZCQwI8+rJQjPTTjXFFVvHISS5J0jgX1ElbLx9Pzf2&#10;iqmF0laN9JBt+NX+wv8A737upDgA9VIpw6XUEiNGsiA3sTY+n8fke5WMpgXcKoP4GofW3P093Yrp&#10;p6dbVe7qHkqhkjRixW/N1P0v/U/63tRUMPLl7KAWt9Rz/gPbDNqUIgz1phQ06T+RmKhGQlidJNvU&#10;RfgE+5slP5tKR8EEcL+m35J/2HtoEg1PVwPI9N8dX9vqkkN155b6k/2Qv4+v49y4MaVIswAP1Fue&#10;OByfd1l8uPVRQtTpsrMwhViy/T+j+mx+tgPyPb7Ev26kMyrYG/0t9L/Tj6+9SUkFRk9Xpo4dI6WU&#10;1EsbxrIQzCw9QPJvz/gPcJpY5iwJVlY/Q/j/ABt+PbdCoAocefVdRU0HT5HDPAqsNSMo/sng/wCx&#10;vz7mxyQwRXUhfopH+A5IuPbeS41cD/h6dWgFT02z09VVStqUs4uyt/Z/oCA1/wDb+26srUsRCygW&#10;Ovi5PFyL+7afX8uql6ig6ecVi5Qb1SMz6lCc2UAGy+m/H49o2rymp2VHYlb3v/T6259q40GkHpsm&#10;mOl/SYkIAzqg1W+lzyf8R7b461mkF/yOCP8Ab8+3gFpQDrXd04S0SrG1uNJvb6n+ntY44QVCDyKA&#10;zWBsAfoeOfdJIyqavP8A1f6vy6ushrQ56D7Lz1VJMTCzGIXPqJHJvfge1TSQJBa8ZYAHQDyB/iL+&#10;0MlG4np00WmnpCZGuqKsOqSrHrIDsl9RJ/H9Le8FdWR2YkgAXWyn8/71b3o6qinXtWSD1PwmHkXS&#10;tmJYK95FBLAkEXA/r9faInnkknkVCSrcKL3vfg/T2pUdtaZ6aJrnoUaamjhhhMmlWQAsLEcX/wBt&#10;7nY2lcOEnBJcgKOOCf6E+6MutcYp/qz/AKv9j0YNa+XTdmMhEkbTUrL6FJYhvwvP++t7WUGKjKMb&#10;C2kizfQf1JA9oWdgdNDx/wAH+r/i+lYCKQT0HVXuSRZIgGu2q50AsWB/ALX/ANifbfJ4aZGT0hrm&#10;x/40Pd07z2+f+rz6aYkGv7On2I1NY8cr38YQHSBc3Ivw3tlnjNSSEZj/AFIva301e7gGP4R01qVj&#10;ny6UtNKtOqtMo+g4JF+Dwv8Agf8AY+0dVUc0FaPIrMH/AEsAbN+B/vHtVC9e3rToQQRkHpZU1XBU&#10;UWqFkXTe4BF1sOQf8b+1NR0kiqrL6vodKgkg2vyf969+Zzq62FJx59JKvraclkkbRwRqchVN+PTf&#10;/D2q6eeCKP8AynTdBbSwuSSPpb200YkNRjqwLDBNOg9rYMg8rfw8MwmYESAlY1H+q1/7a3vHUTQV&#10;EUiCNUuCVOnk/wCPtPIjRkFDWnl8uth/Jj05YunrKaojeeaSW/DFmuNR/s/kA/0+n/Ee0w6CIPIx&#10;1Kp+h5t7f1h+1vP/AFf8V1oLStR0t0LSsiRgxsVuSLAn/b/7c+20SxvIzRen6Ehz9ePoB7VQx6T6&#10;jppmYmvU6aORYgs1yfoDGpuDfjV7yTZNYEOn1sBc8cCw/wAPdzGC1Gx1tWPn1GgxTVBubopP5+p5&#10;ufrY8/6/uJHlAULsSSxvY8Af0t708Q4DgOqaqnPTi+MIcKvpCrp4ILH8m9/bjRTPUMW5AAvdv03v&#10;/T2xJRf9X+r+fTo7j03VtOlPHoP5JBCfqt+Tx7VdLSyXDRkENyb3ABP4v7YLjTQ9OaBSp6QldWw+&#10;tJVZTEdC2OpmseDpH59slXTtT1buXBVrn08hb8kW9uK4ZceX+r/V+fVXpXSOlRQVK1lDGojZHAA+&#10;ltX4X2yPVwSVemQW0Hhm+lvx9Pbir29bBoKenShWkqIaL9kglhcqoP1I/APufA9PU1Cx09l+gJuC&#10;f6XB4/Pth1IGry6vqxU9QZ1qqWkeSpZnPOkH0j6X+nt8ephoKeQMw1MNOpv7Oq9yB/xPuip4jV8v&#10;9WOqs9RUdJr7WpydVEUDIsbayqEjWBxYnm3449pdsmgYyJJYKbjSb/7cn2aBAqUOemAR5dKf+EyS&#10;KsTpfULG4tfj+g+vt2pMi8miUXbnkfi34PtI6EeXV+Ir01VmIhRXhLBOeDa51H68e3OfHz5IpKv0&#10;BHABUf1BJ9p1lEJoTWvVmNVp01QZSjxCvTyBUsLar6mJ+nC/7z7V+3cBIjo8wWQrYhQtwCTxcn3d&#10;3VlNcdeUCmOPQCdq9nUlDSS09HO9MZbq0pn8MmkL6vGFN/6fT2JkdJHGq6kRCCfothz9b2/1/bMU&#10;Wo/p5FPL/V8uqSSGnGvRA9zdn1zTToK+qnXU4HnmeVydX6y0h4F/+Ne5PihRWYuqoAT/AE5/1z/r&#10;jn26IpagUyDT1/l64PVcEhjwHQfNvCtydRHDTxTVFZLwnr1MRfQpLC9h9D/T2w1OZpaDURIoA/xF&#10;wPxyPZtHZiZavgD/AA/z61VMhB0KGH6t3Vux6Xz0VQks1x+kgaP6HUBzza/+HtLzb3p1ZgJRZQSC&#10;pF7AW5v7clhhWIgcf9ny4f5eth3Joeh9wPxNmV6SarV3kMis+tRpLEcqQB9AbfX/AG/sO8xu960S&#10;RpINLkjk3P6uAPaYRqAG+X+T/V/qx15hU8cdHL2Z1LjdsLTtHTKktOo5RAgJt6i39f8Ab/1+vtHz&#10;JUShJRIzKDyA3+NwLe6mUK1SOt6MVHQuwfbRa4CiIx4uUAuCOTf2zS+qcNUJFCUN0crc/wCsfbip&#10;rGOm2P8AF07R+iIiFpJQ19S3+l/6X+g/w9qnEVUYgcVX70begaQBwR9R/tvdpYjSq0r/AKv9X2dO&#10;RPTzx0js3STtUxNQs1PNHeS5JYEg/RwPxyf9j7aa1IUaT7WRIQwJ0qBcg8kX9tAMB3decrq+3p/o&#10;ZZpUi+6jeUrYazcIpAtqt7S88wWGRG9LG4vYXPHu1AANPVB0oUQmRW+qi354H4+nvHi2JVLnktpL&#10;X+i/mw/w9vk+R6ovxdeqxYOR/qdVv6n8fX2JFA8QjjBb/DUbfpH1v7SPGzk5/wBXy6f1LWvQe5Hy&#10;q0rLGLfURi/L/wCBt9P6e2TKLGv3Bia5Qk8WBZR9PdkjKjP+r9vWmYE46f8AFzSyLTeVCokQXuSQ&#10;rfXgj2nTVftkoCCwIYAkCxH19qApBr+fTden4QgsAxuFtYkD8G1vp/re2aSjdtZBIZ/Un15J55Pu&#10;pLKPXr2mvU5ZRwOABwefoR/h7zU9DVLC+i8ctrlnIUNb+gH59uI+rIyOqmPNWx1ilniV1DEMCbcC&#10;9vb1RNoKpKnrH6nvwbfm5+p91c1Ocf7PW1BrjqBUqWUvG3FuB/Tj6AD3Ozby+FHiUCOwGoc+ngHn&#10;/intuKlft6deuip6g4hUVpEkctKGJIIt6iTb0+2ami1yw3Yk8HWeBYC559uNRTjh0nQ1HTtK+mOQ&#10;6T9D6fqb3sLf7f231dNUPXST+ZTFq/bVDYj8nUT7cR+2lMdekTUcHrNC6LCqFSCEANx+fp7UdPTh&#10;qUFlDva66TcAAfn/ABv7T3DguKH8unVACU6bJJWWosCVT9JLA8n/AAv+Pbc3nEhHjdlAJKgE6Vt+&#10;P6e23dCMH/V/Lr2knPU9Qlr6lBNgDf8AUfp/iSfeB0RjJMpOtVJ0Xvpt9b/4+/IjBh6dVLADHWQM&#10;bLGfoSPVb68X4v74yNHVUCm7CTUE+hDADi3tbQJkdMBy+G6xoHjqWBt49N/qDz+ePeXFUMKSlLt5&#10;CPUSdWj8354HtNLI5GOno9KmlOuNXMwj1f2QeByNRvYD2+5N6eGCNYQXlCW8ZsFY3sWv/re0sSuz&#10;5OOnmoPh6bqHzySSGayoWJDgnUB9Qtvae+0jq2jkI8PNrKLjj66vx7WgaR01x49OjTNCGX9Z+vJA&#10;NjwLe5zUBSnkZJP0aSCBxYfQgD+v9fdPE7q/t6cGjSa8eo4qgZURkI13FiQLG301f4e05PkqqKtp&#10;wkbPC1g2karNfi/9PapChFT0nbXUaepwgQxsDe7XJP0/1rf4exDxdSUjd5SIywuF4AUfgfX2xPFr&#10;HYeHShWIFCekjkqcu8axo0oH1YfqYjm/P+8H3iqsdS1MokSoj1ghmDC5JPJ0D2wgkQcOtMEYU6kU&#10;2RqIYiktNJpF1jI4FlFgHP8Ar+8NW9IQKMSFWFrSXAII4tx+PbgWSmo/s692gaeslKtSCatoxY3J&#10;i5PB/wBf6n/be01naMxwwMG8kZGh5FOoq3+1N/T/AA91jYmqnHXnSiAr09UNQJWlUqUYG4Vhp9P9&#10;QPz/AK/tJw4UPN53m0UrEDkXBcH9QPtQrkdo6YEYB1Hqczhb/lrX0j629iFio6WnhelWRZmmS6yM&#10;RqH+0i3Htp4Hk7q5HT6OqCg6Y66SdnjmCOqRNZlFjcfS5Nufx7DfN64KqaJ/WFlJQlSQLc6iP8Pa&#10;iJQAPI9J5Wo3T5G2uNG/1Sg/7x7wS09bPHDKgLUzMivZSSNQF1JH+3HvTFFwfPrwDMNQ65XF7XF7&#10;Xt+bf1t7bava9XUTyywAKsbApruAQw9RU/4e7rIAM8OvGIkddFlBtcX/AKf8V9q+jppsHSxsZVkv&#10;EPLFGNWg25Nh+fz78WWQUPDqwwMdYTpnJXSw0NcMeLkflf8AC/tPwbjlWtkhlRNLMxjZiFI5Oi5/&#10;r/h7v4SadIwem9RDZPWYqDb68C3+w9rKlrP4qBEj6EWNkdHXUeV+o/1+PbbKY+HDpwEtjqIyLADJ&#10;pLMWU8Gw+v0N/wCnsPJYa3HZBy0+mJZdTf4oTYah/vftSkoIoOmTGVeteHUzgj/Aj/eD7WdNNQzt&#10;oMf7U6r5XXjWSLFnX8e0supfhx08GUnrGyyBbg3YXIB/3q/tnfZVQ9dJPRzrNRT3dlCfuxt9Si2/&#10;p+PdRdsg0yDPXmgBaqnrh9zGo/dPiYfUN/vBB98mxxgniQhpufGfMQQAp4JH9R/T3djroeqMdBoM&#10;06zhgRq/H1/r7l5Ojl8KCngeVVGllRiliOSVtwb/AE97Q+Hx+3q5qwqvHrgjg/Ui9+BcfQj+ntx2&#10;7kK8Qy0lPEyMBokp528bFP6KzWBt/h72zKUrSv2dVjD/AA9Qq2lpZWimqBYxOCkgXVoe1gTYHj8e&#10;1HUwPPSfbtrWY21KvqkjA+h49ss50alwB0/oFNJ6jwuiVDSjSY2W4kvZWuf6n8+0jX7NhaWKV5JE&#10;cOkgka3kIvckX/A+ntyCZpBny6akiUY6mpWxyA6AWsSDp5AI/Fx7WuLxGNp6aaVKiV1KaX5ChXbg&#10;sU/p7rIX108urIUHDplrK+tM0MC08auX1DktqRfoFb6X9sARpK16eBA0xvHHUEhUKgcXb63/AB70&#10;wCpU+XWlep0r09lwIBLISqaQ7oF1MPyRb/jXvL9tDjaSvFcytNMjfsxSAAOP0tq+hAP1/wAPe4yZ&#10;gG4DrR0x1r1haV6mWnanBCIwd5HjuChFmQAkEEj8/j2GU1VlKSMz0EEkqVExjOhtTBr3spH0NuRx&#10;7eqqvRx0ydWnUvTj/h7l1GD3FkqCGop2lMcjMs8c0euSE2vdzb+pPusl1HGaH/UOriF9FR1jMsSu&#10;I2dFci4UsASPpwD7n4DbGUp6KvqZdKVNBGzxBnCfcIObDT/X8fn3tZhKwVQf9X+rHW/BIUk+XWGa&#10;shhkp43JY1MviTQC4VrXu5X6D8XPtW7byEuThJlp6SMxOgE8chSohb6EkfkH8g+2rq3AOrh/s9eg&#10;LEUY1p1HqwIbOJJTqDXhI1xSBefz+lh+LH/Ye3bLZbFiNIEq3NUyM37TCWPUnpYMRbSP6j21BbFW&#10;1v8A6v8AV/qz06ZFI0jqLSQ1nlZniiWAGyhlKS6bar8XBte1+PYT7lgyEVPHX0Wp0mqVDsJQPHJp&#10;uot/xPtZrAOgjpPKhK1Tp7uL6fyBe3+HvBj8jXVUkNBO8lJUNHZJZItalgNQdJF/x/Vc8+6EqRXr&#10;aliNLceu/bvTYeSA1+WkadpVaN56clTEHvzLCjDi4F/dFY6gOvCILVvPriXUMq35fUV/p6fr7faK&#10;Sr+1iqaaR/FNIyKTqhexN2jAT6kH8e32ZOGK062FZl1KcdY3EbsUdVYgBiCAwAvwxB/1vz7x4yur&#10;KB65s0tsc5mjgqoQzPFK5/YkkZuR/itvbDIrMGGCOvJrSuvh1jqEdwggaMSIyNocnS8Qb1pZf6j6&#10;G3Bt7w4Tbk0FVPV1GYQx1jGSKF/DFPUxavIjQkfUH6MCPdpWdzRVwPPrahFNdXHrqWqCHSsUkrAk&#10;MyJqjiYW/wA434+t+Px7c87nM1kY4NuUWFeGnrZFjM7GOOIeFgVnOk3v+foP6e6LawIfFX4uvF5W&#10;OjgD1DgoKemnfISzvNMiS/uO2oQxSEM8agc6eBwf6e3vPrjcBhaZhMlZlaZYvHKKNWWOpTg+Mqut&#10;geVIv7SQpKZy0uF9P8/T8hUR0XiOsFDUVlfUzO9O1PQlXVNczGWZSukMYwbJf6gjn2+xZ7K1W24Z&#10;cokgxs1O5ekZWiVrKCI3ZzZbm1gV9vx28LyHwxQ+ZHVEZ6At0yfwPDQ516mijgXNKI2+4YJJNGrg&#10;qzBLAn03DHV9Pr7DfF5CWSugy2GxBoYoqlvvIpKZVNHAy+FaqGnibS6kizkLwTcge1hMATwi1Tw6&#10;aq5bWBT5U6VNRBHJSmjqpDKs6mO5dommcfuaQ45U8cWa9v8AW9iUkuExtRjnWASTTVH3GUWmpaWO&#10;gf8AtFZTCAvI5IYnn2hktHy9eIwPP/Y6dV14jpMlM1XU2YplKUcIp2p8PUtPVSZBZTFpNQ/luSVY&#10;+lgbke2nL47FZ/dNJnqDKwLSBx9nt6AyoFmgjOlSVAV9bjT+bce1azGGAQ0HzP8Aq/4vr2hXIYHP&#10;p1H28uawm348TmzX19bRUxWr3JOaMJXNNM3lrHSF7o0aMGKlAOOPbLnMjLlVny33OSxFdi1E2Vx7&#10;Y6UsscpESAAgBiBYFf8AY+7eJrUMtCD1VjUEsKEeXT5iaOHFQU+OhWKahYEUVR5g7OQpldXUg/7U&#10;Qyk/0/p7ddm5TD5XB5LKZVKypyIqpaDFrLT/AGktRHPFoD1AI0OoF9DH6fQn2kuUmaUaDQef5dWh&#10;aoow8/PptzSbhTL4Wlwv2dPhW89VnJZw8kkaUrrJBHQojKVZ2NnPIt9Be59iBX5il2rtjb+PoYqW&#10;kqY5mln+5jIlWaQ6PNELD12P9f8AC3tq3t/H8SV6t5fs6u50DScdB9j9tVm5N+7tzOWrKiow01Bj&#10;8bioKSoC0ppIwZaimqU1FSDLc/pBIPLfUe0RvbcdPs7MbfnTFVOfzOcaOohdBrqC0aqI5poV9Kq2&#10;oqg034+vt2NPGjIuCFHCny6ad2UgRitelZt1I85iMnjYJmxmLoJ6vCmmoUEcNP4wRUQw1Eg1Ex3F&#10;2VtNyQBx7T+d7ITdUNbj5qGKpy2WlGOoMZWUs8a42pEZhMsMpBdX18Mynjnj2oUQwoAhooH7eqa6&#10;1Q8fn1N2/sXG7Whx8WNq6yGKgNRNVVJmjWbKeRmcR5IRosbIgJIsoPAN73JxUfXOW3PVw0VdlVRo&#10;oMfEKSCvWngpBBToa+mWVlcOy2LAEC7cHjn2hnvxGCUU9OLAH+JuH+o9O2X3NjMDjJcpUxVhptZJ&#10;NNQ1FTK7SzeGKYwwKXKOxFmt9Df6e4O5tm7ird6VWI2nUUmbpa404p6yikmVYYaWEBXrZgPDF43R&#10;gV1c245PvxuFittcw0n048eHVWRi+DjqFi92wrtOn3Juijm2iRA75Giy7BZaSZHKuEK3MiyH1xaV&#10;1MpHpDXAFOloI8HDUbOky1NBl6Kj/i+dq8dqpFyss6mWeWatlDao0QFTZb3H1Hu9qrOPqXWrNwr5&#10;DqzMooAf9k+vSRgzEG4YsbvSLFVtVjK6sSgxVJlaRXqMZ4atsfDVwYhLMktRONYkeS6xWJA+gSVQ&#10;2U3NtrH5bam65Znws9bUU+Lhhjio4oVQI65CqrSH1SEkIbKlm9fHPvx1W8vhlRR/PzJ61QOviIcj&#10;pTj+H0G4MktbgqekXK02OjbMPIks+aqkL+Kjgo4UYhadRqJLhgxGlT+r2p8LubH7wwVHW0scWFTD&#10;yRVEVRi8XRJJBXGXx1kFVTU4XV5yulmHGqzL/imniFsw7qlvIn/B9nV4dU61UdMKbWk25lq6Wkqc&#10;luD+85emrqHcW4sxXQ/YQl5YUoGyLVEcP2/lkARFGtCQxJCkcN3bQyW6MphoN51tDNgvNMa5cVVJ&#10;h5JsPUOlRSplcdNaZqiKxCshIU8/Qmz8F68sX+LIQeFTw9Om3hUCrNqpWoz/AKv2dMu2q/CbewG6&#10;INkY/NtlkOQkoaDMNmM1jJs9BSeBI6HLeSaEUckqRlljnQXJ9KOSoR28q40e1P7r7fx7Tyx11PFR&#10;5SrqqRanDRSVIWOGWRNDCaWHSjEfQHkW9mEMBtqyyNqZh+Vekjl5n0rwHS6xeMyFTm6bcdXkft3/&#10;AIWKKtxlCk64/J1Cxxn7xfuGYmKGQyiCy3Oq5b6grZ6LLUVRtxszlaGum/jtNQYWWvqohj6XFnFG&#10;obJU0VHLeTRIrx6nGoG1wRz7RSSzSISqUFOHrTy6VqEjIPH/AIrpKQZLb0qbuj29gMnB5cbX5fcS&#10;4jFvSZqtzSyeFsTU/wARiW1TNEFMSluUa4KqAWVWW231olTjcjkdz5Spqdr01VXVVQuTjSnmhqi6&#10;zLVw06qfCXm0w2PDBeSRclcUm6SzfTkKiP68QPlX/V8vLp8mOniAVIyBX/D0g8duvueXGZKog2Pg&#10;cdUZvKCnwWJkhqYJqWN4VpqaWvqppPG8sEEJnqQYQLIypwAfYeUPbVBXS7XxtRSwbcocjWbspKmg&#10;3JUpXZZafDoqUjVkNSCyxVMLMPXw1iLk+zSfaI4YGaCpYjBqBnpNHdMZAJcVrj7Ol8mzKyKszVZk&#10;aqtzOVOOwMlLLiKSXbmNSV6uX7n7AU0zq00c0X3JLSF41aMFrNctW4s9tap7MytTk5KcSUu1qOix&#10;VdV0LVMVVSVtMzrNjp6ohIxTlyEdFNjqHt5IZorBFBqw49VM0ZmyKH/Z6ddq4Srpdp4+kpsccNUP&#10;n6rK5GkpquPGzJULnnrqlqt8eHWc1TJqqlL/ALvkYOSCR7kYeg2dsvYzT7aSr3HXZGsM4rMdUN97&#10;K9LSEGsrpowEZIZg2p1XVaxC349oIUe5vC902lUGF6fY6ECwDB4nqTNLufI7oSlkpocZgqXH2qZK&#10;yGjrYK+eoyPj+1p2WQSK8lMBe4KA3FifbH5Kzcuchn3PQT5Ws3Ii42gwxqqllSWOl8oyq0kLRsgZ&#10;h+t2NlFza9w5cXIjBEB0IvE9Nxx6RoYVr/qr0/QY/F7bwiUmMmiwuLxC+Z3jSnEEdLHK0k8DvMjA&#10;C2oHSAw4sR9PYhfxDcuU65z2NzOMwVTtTCUFRhcziUzQilahho7STwSwxsZCJbnmRCCpZSfp73Ya&#10;BcUiUl2GWPp/k6rMQgFaHypXoFc1tzq/C9tbWyzQ5Si7F3rkKvLYTO/wzIZGnlnpMWaSupXkYeKk&#10;147yUpLIv7ZszatFwTpcRlN47A2jDtun3LKKnOssWNx1JJLDS4mlp/4ZRvPVVBGmFJSXEjalVSdX&#10;0JCk3EMcskbEFsefn1bQxhWSlP8AV/g6GTK53Fbeq8jk8/W4bC4ejxtMxyuQr6elkNQ8k01XAUlt&#10;6RHHEwsdTngKdI9rCiny26917pp8XWwUuE2bQUu1c1j6mtfHw5WbDRtR19bTZCAtIJEq2BuEAsdS&#10;tdQD6ULYRpGoJZzU0/n1RCswZpDQDHTLR19BjsTg6yrkyOUn3RmcjkcJVnENNVUJz/3OcoKJ6cIp&#10;gSnorUhZwrEJZ/Wx94dvZnB4vF7kpNwYHN7tp56CSn3BlsdSR1eNx9RUM/2WOjzFTTiolarKxj1N&#10;JYhWBHA97JkmmDGTRTy8yPn5dOJ2jSorX9nXHd9Fm62u25Dt3cuE27loKt6ygxmXiqapcrQU8SU2&#10;WZMTS1lK0v2sU+r0XF2VHaNXDe1lia2PE7fwGO3BBBixgKSkkpsVS1lNlc3i4q2pmrKdqqaKKJYl&#10;jjK/c64BIlgrElvaGaJHkLwkdxyT59KkwNJ4/wCDqNT0q1ldnsjgRV1U24aipSvqa+kyNDgZnw9H&#10;S4KQQJV2klDrGftZIX+3lGuVC4BkYQMbtPaeaqMRkJpcptGuo4UD1VXVY2u/vBHPMahsVLFkklWW&#10;mVm1Dxotg4BNxYJnbcGXw7ejLgV/h8q8Qet6I1BZsn5f6q9AzvjffZOx6bcs1FQ0vbT11TVfY7a2&#10;nispgH2xQY+kdWqKvNY77mWnq6hfR+7MGaSPVTqilz7Bbcua686k3zueeHakmTqN2V71WUyNZVTV&#10;f2FFIzpNBiqUhYY1qJHk0CFiUUslwtlBwlrNIEaeSpXgFxn1P5dFfiiB9SClePS92tjN4b92DsHK&#10;1u68ptStp8DDWVeLxVOjfdZeSiiGNGeq80Jqub7E6vLF+0J5v3JFKqie8FLujAbtysuXh33ktkbK&#10;29FgsbQYjHbTNeZIKbyRtSUmSZZQs4C6FIjbQv8AZa5Pvb2oAMMSglq1Yn/V/hp/lutxp79RpjAH&#10;+r/iunTJUu/NnbZpqTbG1cb2RuvKS5SfMV2Sz1FtXHJkKz91shWRSwysaZ30q8FJESCB6RqLqKW5&#10;J9v1E+267A9fbg3tST4eroC+Ypq+lEMtTPEaSrlTJ+OAT2DMZkRZEHDMi+0dvaQW0JRpquDUgf5h&#10;kAfnXpSJmfJFB/q9f8PQa7PPbNVS7wpu0uwNk9f5mm3PhMtiIdhVmJr4KbA0dKkuRo6iHND7jRUy&#10;6oWWpQ2AJjFzf31gNif3MaHMY2vjTKrSyQY3Z9PXLkKfBY6prRUZmpmrD5C0zSlV0mRYYrN6nJuE&#10;zxz3TK0g/TVq54kjh8qftPXlMamifP7OniXsvHb8ymd2hW7Y3BR7Gp6WGiq995vFSYKg3Tnq6m+5&#10;x+OwNDVmOpnhMADGaKNnkYhI41A1MFFYmR2/UvkKuCj2NQYevy9bWblEtKmFqaybGNXLjsdQ1JWa&#10;vqZ45dYKLoJvc/X2azIs+F7vt8vX/V5dNGSnGi5Pp/g6GJs5ha6KPFQ1B3BVVlJQTNh1KHJQ0c+R&#10;OP8A4pkgpT7eCKRJTI7qraoZFj8kqiP2IuydpVeT29Q733Hvfc9PXRK523t+hqYMZiMJDXQqrSV7&#10;QIrzzrGRLNrlKx3AAvY+yZr66+qNjbxDQKEt65zT/B09GiJlq1P8v85+38ug03pnZod7Q7Xx2y9q&#10;5jCZqiqJt9T5SmWuymSpoKdxiKSPGqpEiSTq8ERqBIHYS+ONRGzlPU1HRYHcmL27t6Fuxchv/HnI&#10;Zc7ioy1HQY8ylaesVNLsra1LK0jAR21CxJPt6SR1iNzcHRTAC8f9n5Dqi01kAdvE16fq+unzWHzG&#10;R3dJW9bYvY+fpqqmr8FuULNWx4qljqpFrZFp442pJGl+2ais4mKlT9Qpmb1x024aCl6f2fVbYpZK&#10;Jo/7wnM1okzGNxcolyAx1NUVgqGq5Zp20LIn6BxwD6VFgslmhmmBZpiOHofX0xTpK5WaQspwuKH0&#10;9f8AV/m6Y8ZVUWNqsh27lqjeM9BkaanWmocf/FK3DVdMYoMcNzJt2GNWolWmjDSpVEDSHk0tIqMU&#10;e29snTbNjq6DM0PXrNjo6DJ4aLFw0FTX1tOftMlMiS+N6edjdzIFPD3Caxf2YWwS2uC/h6mOdR8v&#10;sr16QCVAZD+XS3rdg7dzFZQHceOl3j9rmq3O4yuz00dXHhWnq/4lRUlLEgRHghcCKnWRXYKq62YG&#10;/tJ7EwlbqnpNv52t3jR1WLljzlJjnho4MNMtRbGU09dm2a5qryTPLCvkXSBf1A+27+9YNqICtXt8&#10;6/6v9WOnoIRwU1A/1f5+lRX5Cnp3aTJJHj0pauM46qqJfN94BTCSqlipqNtYChnj0yfkaypGm4oT&#10;de7CxMabR6/zUz7tzVDT+RJssmc2xt4U84mzdZEtcQXRmLwtHrYk8kAi3tmFb0Rm9vKMPwqB3H7e&#10;qtNDqKRjSo8+P8j0De3uwOyqqfcG495bVg2l17hsjmUxSz0OSbfG4qZK98ZgFGDieUQiYeOpaRwh&#10;JeONYwqvL7Yc9til2bmsfiqPNbpyNZAlHkqT+CYl49rrGzsain+2piYlOoOq6rtY8Ae3vAle3LXF&#10;I9Xl59XR8hkrQdCDsjd0+9sMM3PgVwNO1TlMdU0GVq2OUhFHUmGF50EKoBNHplK6+AwszfUjPRdn&#10;UO96LEU2HXD5AVs/29HTV1JJPlhW0RNPUSwx1YURPC/qaYL6R9COD7LLSwi22Qa2OkkEmuOPW3rM&#10;hdOPQMV/UOL29k8rvXK53duLTFUuRr6x8DlRhNvT4yOT7wUmQosTaprIbIA1HK5SRv1o4IHsMfjn&#10;trJtvrsHMZvHCqxWG3JmcTTsMdHQU2NngmkaSurFnCvOzraOEr5Lks7H6H3bmG5illjtImFSQaZ4&#10;eh8+P5HHWreOSONpGNBWg8v9X29OHyR3hLR9XLS7d3JLi9w7sipTt2jxVXTwZ7ccbGJ5aPEVr/tw&#10;KFmjmqKvUNESsFOpwQcOl2TtyKPIPQ0q0oyUsdVURoHCSVAYu82jhgzqdDi9ivFrX9lFyt3FMtQG&#10;CigNeHlj/Vj8ulsc6Mo+XVeNF8td7VC4qj3Fkkkye3qvJUZRKenFTWUMlGKWCmra8KYCIpVE0Uyw&#10;6/IgJYg8vVDT0cdFHSR0MMcFBO9PFD9qVijEbXTwLOouoBFmT03vY8e3LezYOwkYkudR/wAg/Pz8&#10;s06ady7hgfLoJu1uyNwVW6Idx47c1ZS1O4do4iZspR5+A1033Sn798qu3ptEEutWj+2qrzqoDOq6&#10;h7dQ3rSQ21AcCw9NjcDn2s+l1RNCKhT8+I4Hh/L/AD9boq8cn16LbUblio5j4lgratPV92oeRPNr&#10;Lhn8hs4W55IvY/n36WoaeQuxubC/4sB6QNP4t7etrGK0hEaDH7TXjx8+tE+fSZyeSq8nUSVtXIfJ&#10;M40rGPHBbQBpijHAAtwB9PeNlLWJ5A5txf6G59qVYL2j9v7Oq8OHn01g6QSum8gJ4JsLtYekfW1j&#10;cgfU/wCPvjo1Fh/rW/NhawA0/wDFfdw+gA9bFaDrkrOoQhWNgdQBvcli2ol/97A+t/fQRh9bWIsB&#10;xb+lzx71rQ8Ot8eA6yXRgCiSfXl7eoXs3Avf+p99kWOpjYj624v/AIf1/wAB78GNNIyP9X+o9aHp&#10;1iQmxRAGFwQfWSl+NWpvz+Wt9feNvU4C3IIuT/T8fQ/X+lvbq9qFm4/6v9VetilOpEalEa4XUG0q&#10;DYayeRdh9L2uD/xHvnoCi/Bb/bfX8AH234hc04DrR7cA9eYktYEBf1elgQObeu3+P0sefeM3JIKk&#10;Xuf9v+f+K+3O2mpTw602Bx6zDhQVJJ/T+Ryv9B/xv/b++ehWHpY8ccgnn22ZStdQ49WFT+XWeNHa&#10;1kA+rMVb9P1Fh/tvfILpPAuef95/wHtsyErnHWsluOOsqRRyMbMU4AF/0uR9V9QJN/fLR9W/A/J/&#10;PtrxMhK1PpjqzU0hj05SRxCiiMiPGTo0lW0rc8XFv954t75DSql2Nh+Pz9RdTx/xr21rkkk0IPP/&#10;AGD/AKs/LqzFIuJ8v2dS5KGkpWjh8yyyPAWdEdyYZCLhHNrE25Nvp+faX3Pu/E7ZxsmQr6i0SzwU&#10;wSHRJMZqiTxxrpuLAE3bngc+zOy20yyapu0AVNeHlw9T0iknZyI4+J/1f6vt6FzqLo7sDuDclLtz&#10;BYk0MP8ADqjKNnM9DW0eNXHUjKjGKoSJ9RkLrHCqKdTEXKqGZQ9x3YOcy2ZqNtvQ0eArqWhiyk9T&#10;kJ/PFNjalylPU48R2D6gCbk2X8+2btrW1PjwLrqaAV9OlEaqTSUk06PRUfD7qDC4WHdFVnN29hYW&#10;PLyYmiwOApaSgkgzVO8lNkKTOVEZMyrFNC8cka6XDekAki4Hd3YPK72q8dsLbO+6Gqy8tRFW5pWm&#10;RstjMc+loHkai9aQO51aLKGsLk8D2aG+mtNu8SVNLPwUcfl/q+XSHwo55mkXtA8/OnRl/jrW4nG7&#10;a3NuJ+qpupcHQSfa0ARvssfuSOj8kdXkIcLKySipUxLEZ6iPU1yqPbWPeHEy7325tcYnrvb9Tumv&#10;xWYkho96VlDQZirrKlIxS5COioqmRHoY4ypu80gH1uOfZCPoFkaXdWq7CojrgemBxPS1klYgRnSv&#10;+H+fS93nhtn7gyjV/ZO8anb+DqtqUtBW7Fk3ZXbVxM4rq15TPm8ji62nSvle4plhRtIAZR5A1yKG&#10;8e18rsTZGPyO4Knbmczc9NFFUY+hqEVJawj/ACyLzxvJEWjNwwXi4sL+1e0WpuHlupl0Rfhzkgf4&#10;MfP+fSScqZRFETjif83+r/J0VbbXxb6q3hvzLvs7D9sde4za9eZ6fI1yzYeknnZlambBQbhi/iJi&#10;k9Txyzi5QXB5U+w23/j6vd2PxeahwVaYc7iMes1TSZmso8Xi4Z/VA0WKpSqNICRrkcG1vx7X2t5b&#10;lHihOYyRT7PPrXgssmiQ/n0bTrOho9ktWbOn3fJlDjsnmHo0zmqq3RkvPJ97US1+XqZGM6qXPhRI&#10;1YIACWUe2nBdSbhwuHSh2vuLHf3jlDTZeu3JEJ6RaGQlo8djnp2fwsLAuyjUeOf6FL3Ujari5iYp&#10;wWgOfUnp4Mi0SN/z6es12RhKBo6jI0mRqsY1fT0+N/hcVTLWS1StokqKyiJhPgBcBf1LcEkE6bK3&#10;+HYvcddidnb67BalzWGj+5bD7YgghirMe6hniesrUecqdPqK6bjmx9t2s1xFbn6eEIshxXjU9OSe&#10;GKuMkDpFbmy27ds0WV3j1V1xjc3NuKLz5Or3FuWqxUy11GDS0Ev8HijnWSNbkFUmhJHBdeLNe3u0&#10;tjbe7WbA4+gNJi6ONaChaqrKadp8mxEbPT0cJYxavqXlCm/AX2q3vaovoFWdy78Wzg+dMeQ/nTpu&#10;3nkkqpGmvXWa2V2xvTpiowu4N0YbG9hZmH7mtyO3cbLT4+jpppzUriYkrJJJJPHCfCW1LqNyCfqR&#10;33TtjbO4txUWWyW2Y8jlqSK6zTOzsaR28nienQ2I/oWFxf68+y3x4o9sSASmMUoKcfT/AFf4OlEE&#10;chJKAfn0V/pKv7K2RtvcGMXsHESbcNfWUeMiGDjp4cZmpHMdRU02VqwLiSQaniCyKWBZbeq6H7Fz&#10;W1sRR0bZjbO38Tj6fiirKg08NTSSxmypGqx6QrD8azf+l/aqys4761pHIzBeOcfMZr0xK88MmlmF&#10;T0NvTGyt9UGazmZyPcW5t311UyPX4yrp0O3HjqRrinplmlOiVLFQ8CRi1hZhb3mpN+w0W1chuyrq&#10;aaeLE44zYqSmkWrqa2meO8SQU8V5NPAAA+v+sPddusUa+FqBSNKsT8/8vSa+dwqhKkscnqX2D1hR&#10;57NUGz6bHZKbHb2yTz7vCUzwYujgoIWramvmqyphM83CxlbuSeCfwktldp4fsHbW5aXbdO+1MpHR&#10;zyZbLSUEEWS8szay4K2J1n6B24Psxc2kG7rJIDIWqFrkL8/2V4dWaSVoBqbtBApw/wBWP5fs6xbj&#10;6ZyGO3ZtLcOZzuZ31tjDZnGUOC69rK6Wn25jwtMaShrqqhnaZaiSkt5VZla+n9I/KR6r3tR7PqWw&#10;1dlKXP7tzGQkSmajx8mUzctMxKwU09WA2h/yyqbDnn2Vb9BcXE3il/DReArTpZbaaaT6fy6GXsnY&#10;uK3pjkpsyGjwOOpp56qCry1RjsD44bTmpyGOgZYpVhVCwapGlLXAHJ9mB2dn6Cuz+TqcVg8ickZh&#10;RZyqoqB42p6iLjw19XWEWRfr44vTcfQn2S7jaMkcRuH1eaqDk/sGf9Xl0pRdSGrAD1PQB9p7b+02&#10;FHisvu7aFNgzTvJt5d319O1JLR+ESxtgaCgEYknAYCGpleSRQx06dXLfvKnoxM81XuOor6w1JaDD&#10;VQRI3RW1eKKBCNZH4Nuf6+xbaLezxIjgRRsABih9P83+rgiMqKSIkrjj009F1b4+KPF7e6lwm2sC&#10;MYXqt74GvFYs9Yy28tXUTQJIPJyzfuvp/It7KbVbxyfZfY1HR4/qKkzFfQ1f8KpKzM4oTJDTwyaZ&#10;Jm+6TxDRYtqf6D2p3qWzsdu8F5SoUcQc9JrOFtZ1r51JPl0aPDbcxOwNrVkVbuPIpjIpKvLZLI1l&#10;csKRSVD+epNNKq64kLfojiYXJsoubEad/wC3cbsOvx2b2djsXLvaCHxVoofAqU7ug8jLCoVV+pAY&#10;AceyXbLKS52wXO410MaqDxYeVf5fb0p8UPKyxDtGK9IPrPe1b2pHvGDL4TI02xzOtFt6szFJPRSZ&#10;/HvqSofXMQ7ISLWf1EHng2AdZnsXetFgo1kxGOrK6uqTJkK6bH1BihI+nlqaUEnSP7TMf8B7XW72&#10;6uWkGBhV61IhqCppT7adCTFsTAw5KjyFHNk6T7CjajpsdS5WqXGR07kE6ce7NGv0HKKt/wA34tLw&#10;O89+79fA7Zj2xV5qilnCVMuNx864hYY2GuofJVehEC/kvb6f19tXN9Y2Nu8kRCOeHqfT5nq8MBZ/&#10;Efh6+XTNXYTr7r6oze/MlXUuAqZ6dmrszlMiQkcSpZYYI529Woj0xIpZ24UEm3swuN2ttKmztTgK&#10;PF42lqZxEamUVRqql50/QA8fqUA8WU3P+HsM3E94IEu7yufI4FPnT/V/lUItQWi/4voKqreu7KnZ&#10;jb5osvlcrRok9Xj4YMFDhFnoGBbU0OTADtoF1eYWX62J9tnZeyqGqgpsd/eVsLUBlZ6uoqqlopdP&#10;6aWGlaQGx+n6v9e/sX7MhisvqI0+L8v29FslxVypyR5DoOej+9d07rfceXXYdbl8WmQjo8bRYOjx&#10;jZCkAP8AlWQyWXUwwSBr6tMaC34LfUlTrp99zbqfAvj6WbBY/TH95WnxY6aFD6Z5mWykH6lLE/gA&#10;n2/f3Cx2vgqSzEeXV7dW1Fzw+fR2qRqR6da6GLxtVoszei9RrkUExsOTqH0I/FvY8VGyKTf0VBUV&#10;26c1DHQ0scJx+Hq/4diGCAL6YaNlbT+Bdx7I4bncrW2NtbRZJOTXzH+Hp9TCJCZP83QWZXdFLsWt&#10;qD/BKUJX1JnereaVsnUyytdzVTyqS5UcgByALAe0pvLbc+OwK7c27V1G2KFnL1+RiM9bU10f6WaS&#10;rlk1/T6+uw9mO2ST2wc3QDyNwHp1qeNZWDrgdKrb9fQbgqP4w08eQmjVUooWCr/DSRqlRICOJCfr&#10;IfVbi9vaQ211/gN20JwuIyq19fj9Un8ar6KanYshAmaCqLE6AfpY8n3u6uXiVnuCNTcFHVEWlGpg&#10;efU/cG5htmiGUydBUNReVICtARWVKySkiG9OFUkseDpZgP8AW59mKihwe2qXE4PHYbLbqyMdGlNJ&#10;lUZ6lZJdI8g1fpjUE/U/j9R9lu3W0sbNdX8gUE1CDyz/AJv5563dRtdGgOlR0A1dVb23c2Qzdbu/&#10;DddbbirpJIMXX0cMNe1JT+mCprZ6lwXkkA1mxA5sFuLlH0fUO4dz7qhrsvSYqgwSz+WYz5aCqqIV&#10;Dcw/bU6lmY/S1wB/X3reN8DxG3sULScB5D9poB0pgSGEd5r0odwd97A2LtgT1FbnMxV01IFgTHbS&#10;3CWr5QmlamN5KYQrETYlzLa30v7XXb/8E2vt2DF0tXT4+MqkFHTRqYKd3ChVACcC/wBT/vPs05S2&#10;94tvkvrumtvP/Z+X7OkEsrTXf6ZwOgY+OnYWf7b37uTcU2CrEwmKIp48nlZI1rFkqbyLCtNJZlFg&#10;AAv0FgLDj2WT+7vYtSaf/fxnFRPE81Fj6KdzFOmnUCsagAG3Jd+PaxLiMSVjSoJ406tIg4k9HOlq&#10;sKz1M0kVPK9O4gq53p0Ywn6BJJZQCbf6lST/AIe2nbsGYhzEsW7svJNUzVGmGCln81SiIbsZGpyQ&#10;Afob+937SMKrinr1aFFFAfy6cbqKW9HHFp0Awpp8UVrXHpsOP9h7FbNdcUuR+2rxmZUj9D/w+gqp&#10;okjH1DVcSjUTb6kkeydbyUDw1FD69LAq8CD0kaLeHkq6mgnxmRgNKzRisqY4o6atcXJFJKp0tY8W&#10;HP8Ar+5FBh8LhHmr8nljSUqxiNIY6upqKggcamkqSUQt+FXn2+kN1cqqQn7SeH+z0xJMkXbSteu8&#10;jmMrUj7PE4V6yclGNVXeGHHpfkrpVmkbT+ToAvxe/tB7u3TsvGV1FrzuVlpJJtb0VFLFFrJPqapq&#10;vUzGx/BHswktHW3IBGr16ZWc66MKdO2JGaelb+IUmPo6tV0JJG71EbWHBWABNCX+g1395DXYXIyr&#10;XbcnqkheKywTRRwwQH6tJLUElpD/AInj/D2itpFRRHIdRH8+tspkPrXp0pVrREUrxTuwNvJTtIfL&#10;/Q+FkGj/AFgx/wBf3gr8xmVoDSVAooqe7P8AxEOslLGDwttQZifzyB/gPauOeESEL3H0620QFK4P&#10;XaUcC1H3Sh1lKaSNbLxe/Kg29pGFMXjGirsplzuF6whPt7LFRU8T8lRPLZfr/RT7YnaediY+wL5d&#10;bUKDpPn1Ku7agFKW4Vjpa5/qFB+n+ufZg9mYnbOJoxVUmKpPDk081zVCWniRDqeepeYAaF5Omxv9&#10;B7JFS6u7kgsTpP7f9Q6dc+FHj/i+g23lUZaSM0tFkZqOSmkBkNNRyGqrDKh8FLQGJifJISBquAou&#10;SR7dIO5MCuWk2/FJBHjKcFakwmIeY8qoMaWHP1P+HHsxuNoisYxLHmU5qfL/AFf6s9J4vEmFZc9B&#10;3V9K1eXhTP5Kvep3TGiSUC1EsskOLc+orDJKzkOBwXHJNyfrb2mOy9+q2ESPbHmSAAlRAhjjldv7&#10;Q8djpH559me2LHHGXc1kPE9J2t3DmRuHl0p+vOuqzDV+Qy+6mp8rlpiiUk07tWS0tOv9gSTXsSee&#10;PxYX9gbsXJ743Pm/sMHjarK1CMFmMT+Clhv+tpaiYgC3JJ9lm8X1parruG01OPn6Aep9OlkKOVqc&#10;D+XQs5Ktx2Mop63Jz09JQ08bPNPOQscaKLk/8aAv7MJjcZS7Ay6V2Zn+/wA7NET9lTVpekpZJP1B&#10;SSqKi39TaSSR9T9PaV7e83W1WR6xRVxXiw/1efVlmjNUj+yvQezZcdi4Oqg24zQ4iodoJMnW0ky+&#10;WKJrP9rSuA7M1vRq08WP1sPbXvjfn2lbTnHVK+acR3llnGiEMf3pEWwvb6A2v7OoYE+kFc6cAdJ1&#10;YCsbcOvbM2TFQ4yWnylJTANUSWhjh8fkiDftGc6jckeplva59h3l4Ja+up8xHQrWRsrTSVsperkM&#10;a/2KbyN401H9TkcD3WO5adPAYkMPL06dVQPhHQkQRw00aU6GONEARIlVI1W/6Qqi3+wt7d8BtbYu&#10;dyVHU7kpqasq2YSJhsdqeHXq9C1jIQHP9QABf/D2V7lLewwMsB0f0jx/L/B07HGrNwz00ZqpzMVP&#10;L/C4adPGhL1tbIoWNQLl0iUG+n6ksP8AYH2Oud2Zh5sLUDG0JxskcIURU6RosUUa+mNjERp4/HtH&#10;sBInpM2tjXJ8/n1W7Ywd3l0CtH2RmKTc+PoshUUNXi6qXwLMZJonaplewNNG6nyL+AQwA/3j2U3K&#10;Zymw1VU42SoMrKxjMihz42/Btca3H4/HsVzwlTqP7P8AV/LpipcAHHRiEbWiPYjUoYA/UAi9j7c+&#10;v9uQ11dV7hesSKGGUxxrNOs1XIx5LIikKhP4Fzb2G90upppFtohWvE+XS2HTGlT59Rquq+3UARSS&#10;tIGC6VJQW+pkYA2H+w9mQwm+MJhzOj6KiSKMRODKs6wxaQD5ZUGkEnkgD2nOyXD0jZ9IPkP546rL&#10;JigHQPbx2Rl91RwGmm+xVKgVYlEXhmapS5i0RuS3p/DN/r8e2nPdg0UsUwwNOlM86FTOsQUSc8uC&#10;1rj2e2+221vR5O9h/Lovbx5DSQ49OHXHanW2ZpzAN2ZqozEUD+SKmklYolv0B1Xi4/23tL7Oodw5&#10;uunefMx+Igu6Uzq0ojA/ShXhWP51Xt7LN1vmhlURJk8Mf6sdLoUVEq3AdCBuGow+ExhlqKGJ4oyq&#10;RrJGPCGJsvk18kX/AAAb+1lR5ijw9XJRY/HzT1ckpQ1VRLJJEhU6XqKmW31P4t79JaiTTPevnB0j&#10;/B1tqyppBoOknksLkc/QxS1eTio8aIWdqajpkjnlRhqip6YM3pFrAk3v9eB7DPeGJ3Dkci1dLkQl&#10;AWJamxkOiSot/wArFZUDVp/wUezl78PbCG2SgA6aijjjxX/V9vSw2z/DaOhgoKfzxvTxquireJpQ&#10;bfpCxMyj/WA9t8WFNPVY9qbCw1OQbTNFeaSeVT+JHXlVt/Vz7K0QNAz3DY/w9OqKHHT5LV03jqJJ&#10;KkQwQ3SWR7RIpt6gJG+v/IPsccHtKqrYDVZ7LQkpGJpMFTOtY+kj0Col4C/T9Iv7LDcXAIt7NNCn&#10;Go4/Z06ZERaMK/PoDt29k0OFqooMRt6ulaoneiXclTC1BQRS2Bb7dpBrl5P6woXi2o+27KZynxol&#10;x2OhpcPTs5LPDTgTy8adLF+T/vvz7OoLCK3pNONcg8z5H5Dpg6pKVOOnTC7eqs20OYzFfXZyUxqs&#10;NJLVlcfTm+vWkcHGq9hc3P8AU+0+cjR4elkyCsEqpRZXkVnqGLEXl0jhf8Ba/ttbX6+UtKaqPnj/&#10;AGempJXDaV4dLV6SrrZo8eyn7RBeVYtK06qv6YNRuzH+puPcal7DzVdF9vSfcRUVKWHmkOiWpkF+&#10;I2b9Iv8AUn3t4bW1cpCKs3Gnz6c0q2WGemybrPa09dJlK+gpqqtlCIoliV4IkSwX9sj1Wtxf2j8j&#10;u/cddUNTimNvMUZRO7u9uNUhQfU/gD6e22+lg4gA+p49OJGCeHSvoMBjMei+CCMBUCodKqsaAfSN&#10;QOB7lx0+eq4rii0h3CCRoHUsQfojVAAP+v7bW6jYFuNP9XDqxUVz1JabH07lXqY1dFLtH5hdVt+t&#10;kXm3tajr4nGtU5LcFPDUOuo0VhUyRpb9JdfTf/AfTj2mtL24nn8OGIha8em5pI0FPPpDVfYKw5RM&#10;fQbdyldTlgjZMCKkpQ5a1lWciRh/VtFv6X9gFvCix2Hn8Jp6nJJP/mVjAQySk6RxGLD8f19iUQuq&#10;65Tpp0mDGVqdCFSTtUwJKyeNm/Ul9Wk/W1yB7VGzOuqSvxU1V/CXirmVmZ6ypkKQLICUOgfQ2+lx&#10;7Dc9+DeiN27fIDJ6UGDTH1CyWWpsZ4mqJLLISAirqkcrywXn+n49uu1eqa6HPJkMnkaSlxdDIKhk&#10;guWmKfpVi34v9f8AintRuF1JOgtLFSzPj5f6qdN9sI1N+z16Zcvu6hoaIyU8c9XVTKUp6VEKu0hH&#10;AYn6W/wv7W2a3ZJWZUY3F0clXJqWCnAv41CnSHlN/wDY8+1iWMOz7ePqDV6VP29biLk1OK9N2H29&#10;46b7/ITiEyq9RUKoA067uyqzDhQOBwT7fc1RJNjWjeQT5Faa1QYpQkCSFPVCrXuSPoD9P6e2tpvH&#10;qTINKVwKeX+r/Z6aniqapw6asdUSQZdWhj8WNknbxeSOSWqlGr0zsLWRfqeebfW3spNZhNwDcKxv&#10;R1NNBFUa2lljdLIG1AjV9eORb6/19m+5XML2x8HOoeX+qnWoI9LV6FOOSOVQ8TpIh+jIwZTY2Niv&#10;s4uF3Bg49u00WRjM9ZHEsfkeYEqluBduB/sPYI2yxvReswOlCa4/1Z/PpTPLUgJx6CTd+A3HWZeO&#10;bB1kdHTatc8ZpfIJXBuWJjIP9Pz7SWbyTSIr4aKOONAS7I5mlN/06n+g/wBYH2LdNqvxmrfl/q/w&#10;9NjxNVSen7b2Kq4FlTOVL1c8hURqYVpadAF9SxRLy3P1Le0xgmzFTk2nqV8cLSBFaWQ65NJtcIT7&#10;Q7jdII9EQ4eg6VR6Vy3SrqoqOOlaIKoVUYgIo9NxySQDb/D2Lmd/hFJjacPU0zVhQF1ifVIARa7k&#10;fn/D2i2mC8mDTTVVfKv+rh0lkn/WpGMdBNiarMVmfrYqegrkxsLaUqaiNY6aV1JLfb6vURf8kf63&#10;tBUuWjSR48ejNf8AW6JpDW50aza5J/p7WT2dujgynPT4ZuhGloZ5og1a6gAelCwOm/1a30HH+Hvi&#10;+fSLWK8RNKSTFEJCXQfUlv6n/D3cxsCNJoo68TXrguFT0/aMyLpAkdlW0n+C/Q/7H3gx4p8jUl3h&#10;QhiAiHhpS5sLgc29pb2TFFNKefV4yBlup9R5aKnsrsdIJZzyqKo5uTwPYx4oYLbESTy09BDU6Q4O&#10;mNpVYj63/H+vf2H5LC73QnJ0ef8Aq/ydOG6CqdPQM5utz+45paLHS5CSDXoZ18sVOU4uAy2LH+lu&#10;P8PaZzG8f4nNLbyTktpgUSKsf+08/Tn8n2cWllHt6eGlABx9emQ4bj59P+F2KuOiidxFC5BkqpGj&#10;Z5Gdxd73/p+ALe3XCQ08FMJa1ozVzgki/k0r9dKG/wBB/Xj2hlNxdXH6NQi9OPMippXqHuSplBMF&#10;DG3ghKgEBYk1H0l5OPr/ALSPYZ71xTStJJSyU8nrJRV5mUk8+n+v+PsUWjssIDin+XpIraj0t9pZ&#10;Ly06RTRVMUoRdTyL+w1lHKP/AK5t9PYf/bZn/lSrf834fon+a/1f1+n+HtvTF/H5/wCrz6f0r0s/&#10;LB/x0h/Vf9afq/r/AK/v/9RJpFZrli3JA+nH9bge8FlbVx48eu72kBqDrdLllshCgKLD8/X8gX9v&#10;MB8a8gkW4vb6/QEk+6uQT/q/1f6vTq1c1HTFMrSMLEAhh+ObXsQAP6++56iJUDMSzC/+sBa3B96C&#10;0GkcOtDhUcOuMFPO8htp08A/g3BuBb23Cq1E2HH+P+I+v+x9uBVAoOtA9OjUnC6mP1v9fqPz9PfU&#10;ZEoJY8f0H1/1vfmrXHXqngOu3BitpAvcXYniwFv+J9xjF6nJGkC1he3PvXHqpUV6lrKdCAEEn6kD&#10;n37T6bgfWx/24+vu1acOt+VeuF+bE/Tjm5+h+h/2PvNCitcvxYD/AG9/p79jrWDTrDO7qAI+dRI5&#10;vwP629ukZWMA3sPqT/0KfbRJLUPToIp01yq0gIA9V7AWJsf9f6e4VZXHVZLAAnkcX4sRb+vvaKB1&#10;VmznqbRUA0fucnTxx/sfz+PfCnr2ZtJF7j+p/J9qWQEV4HqmrzHXGpxwUFh+kH82/pb3PafWEfgK&#10;CTp4PA4PB9tAFeAr1unUFaexeO7auDfkXv8A4j231FZqayAKqkni1/8AA8+7qxA7uqFs56cqfHBF&#10;1OzMzAC5/SAb3+nuDxMxJcDT9fyP8LW931EjUo68KHqfbwKECatVrEf69yD7lxsAmnTe3+8n8e2i&#10;wbJ6sCOPUWSNteoNYG5Jvew/qPeCVpTwq2UG4HH1/wAbfX36nXiK56kRLEBdjdyLaje9v8D78iyM&#10;x1cg/kHi35t78eFOvBcded4lAK8WIuOSbn6XsffvCrO1v7H1tx/tj/T3peND175dd+ZkjBPOuxF/&#10;xc/2vbTU0wJYpF6fyfz9fakSBSAeqsM9T4JiV9bi/wCBcEf4D+vtmloyzXvo5+gIJsPzxz7d1gMK&#10;ZHWtPn04JNZSP1f4kED/AHn/AA9vdNTRRoFNixUfW3N/fmYn/J/q/wAnVlIBz01zzyFri4UEhrfQ&#10;fj24x08gsWVmHFvyBfjn2xqAHWwCTjqFJURkkKwU86vwxAP9Pr7yvTtGNTfX62vz/hf3ZXUjh16n&#10;WBahZW0K11Btcji//IveSH9wC/pAFrk/n+vusgXy4+nWxUY6xyBoj6fVf8f1v9PeYQXcW9ak/W35&#10;9sVxnqwFc9cWqCEPAQgC4uCfp/h/rf09uP2wC2KAlhbk/QWte59ts/l17T5dNv3R16ll06Sbn+lz&#10;xwP99/vftmkoZ0kYoQq/Xj/H8D24kmOqsoB6e1rqZ40D3Z+B/r/1ufbrTrKtOyyOSLfU/wDFB72z&#10;BqUHVo11HA6ZagxfdKyIoYm9gf8AHm9/8P6+2pKdTKSwN78MRcmxv9P6+3UU6Cf29aZSOPTtNVMs&#10;ahSAdNtIIAB0/wBfbhHEEkBQDVYHm1vpf6e6MwXq6qD02yStLEVlJKaiOLgi35v7cVRXkBLgC3q/&#10;HI+vtpcVIHWqg5I6bJZGji0CNmNyF/JseB7mRMiSjSxNgbni3A/r/vPvS62ahpk46sKHiOm6rQtT&#10;MXUg8Gx/BJ/w9uoq6eMLb+v6vSefp9D7toatOtMFTuHHpMtjKuoLa2cDT/mwGUaByCDcf7z7a6+q&#10;aWS2vSv1NzbV/r39+VSoxk9ValK9KHE0MdPCGaG7f2bLfQ17gi5v9eT7YTPJDKwUmwYcDleDfge7&#10;qcdVxxHSr+0iqIELBdWn6kAMB9AL/wCHtzesV4QWIDfg/wBfxqFv+J9ssg1VX/V8v9VOt1xQ9NMN&#10;A0dQ4Rbob6v8P8L/AF9tEi1DM5Rj4yCQAL8nni3vYOAD17B4dP0ZpQIwyfuKwB1G3P54/p7ZXpgo&#10;kkdb3J9RsGPHP++PtxWx8+tEUz09rUamSJGB4/xKiwsObe+qfWzgeNQgJvdfVb6Hn2qAXTUk161x&#10;6w1JVVYh21EWHqNr2+pU+1piikADkoL8rcfn+nPvbuKFT1oA1406DbcEM1W2hPISD+5YmwX+pIAt&#10;/r/6/wDj7UJrA6ljfSVKj8aQf8PZaVKkgf6v8H+Dp9SE7eNOk4mKKGIDSWVkdlFzrKtcjVz7SlXI&#10;4kCk3Vmsb/QX+gFvz7cRapQ8fLppstUdCHRJH4i6qFKpxZeWAX8m3vg1LLTKJY1V7c8cnnkcH8e6&#10;rIdVPL/V/PrVNXw9ZhV09YfDK5Q2IF+BYfi49zoK00kXmmuzfVUB/J/qf8PavUknYMfl/q/2Ot8D&#10;0na3Emum8FOQkV9MkjfgLxZR+b+5MWekkJXVb/AHm3+I9ttbLTOafLqxlzSnUSbalPF6wtzbSWa4&#10;/T+QfcKsqzNG7aQQDe/0/P8Aj7qkIVut6zx6eqCjWBo0DkEg2UfT9Itb6c++VMkjhHVhawFtXp/w&#10;IX3Z1EZ1DP8Aq/1f6sdUA1HHWOrngHlglQggsQdPP9eST7WEVNSzUoFRAkkgF14OsEfU3/A9l89N&#10;VVNOlKMVBDZHQbnJZakybfZVDpSvcSqxHjF24srcG44v7hvJFQo5ijC8E2I5v/h78MtRs/PqrhuI&#10;6elp58y6eeoYhTysbEKQfwR/vh7R9TXM0zMf1G9ibi1z7XRqtMdMPUnPQgUuNCU0cY9SIBfgG9h/&#10;j7wnKMj6WOtrW4+g4tzb/X92aJQtaf5+qAYHWZcSkiakGhb/ANq/PN7XPvFJVeRCrHSWJBsPqD+R&#10;7YZVJoOnA5XB6nQUhgcOq6lWxFzbn+h/qPbK0DCYNHI3H1F73/wsPaqIuo1HI6qQDw6dTOjQlZEA&#10;JHH4/wBufcuOHzTpE6XQrYsRYcn6+3dIkrnPHrxPUCWpNLTvMjAuGGkLc8j6Lz7wV+NWOoiWBj4v&#10;SDoBt/tQsPbKSMp/U/Z1bSKV8+pVBkvPTO8iaZtLGzcf8FN/amool0LHDGQFALSWubDke00p1Gvz&#10;6vHWvSarZmjdpamUMWBCxarC549vktUsMIiDepQRb6X4+l/bCpIW1Dh1Zm8vXpNQUCT1D1Dwtdzw&#10;x9VgG/3j2n53mkYkkBP6cXP5PPt4nSK9UpU9Kqkip4giqGLm3qHAAANvbFUrTSPpmVg1/wCySAR/&#10;U2492RSxqp61q0YPHpRQNURR/tkFB/qrEi/1A/r7zRslGfJBYfS9vrf6W59u0YjSR14GuD1FmQ1o&#10;0T35vweBb8mw9w63IvUROjyC63IA+v8Ar/8AGvd9BXIFK9baRQKDz6k0WOipZFeNG5Fjf/W/Htgp&#10;IqucuAQVJ9Kr+bfQEe1OteB6T4qenmd4YQGYWI+rHj/e/Yp7aw71MSCSM3DAeq63/H0HPtNcOuqt&#10;c/l06hNdPQL763VDhTM4njSLx3dv1CMfW5Yn6/U+xgo8AkFMhmXTGD6lCgH635Iv/T2hCh5RGCKn&#10;/N+X+r59WeQRj16I7uzvbzVuSiw7tU1ccbqknkJiJvoJEZHJAFzYf0+ntVUpo6cAJpBAt/sQPzzf&#10;/D261pKcEcf9XpT59NiUvwyP59E/3buHd+4pHnrHqPEXk1RIHQMNV+QeSOPwfeSespkV2LD08kE8&#10;f0+v59qYrOZNJOK/6vlTq1ARQjpE0GDz+bq4qKloJpZJiEQlHICg6nHHJHsMN07wjhimip3AKiwC&#10;kfW39f8AY39r0i8JfEJqfn/q+zPp02xpRfn1YR0D8blpHospnqJXlkbU3kXkKfpwRfn6WH09gNlN&#10;3VlUWhid3cix5Nhb6+3Nfbq4ev29UzWnVhWD2JhsQsbRUsKLHYRkRqCoIta5/wBb2xU89dUk62k1&#10;chtNyAP8T7YlbzHn1tQ1ela0FLALBIgq2IHF+OTb3OhpqiOQLKjkXurkEqRf839pwyV48OnCp+L1&#10;6wyzxOjeNkvpsVuAyj/Ye1VRwvLG2iQ2HBvwPp/T/iPbEx0kMox1dFBPd0mauojhlAlQBj+kjlv8&#10;bEf7e/tL7hpp4UVwy2RiGF+QAeCR7ft5qY9etSoKYPShxE8U4ICsCQGuR9eOQD7bKKufQiGVtIN7&#10;LwAfz7UudS06ZQ0qePUyelQs0gRdVtOpvqR+AD/T3NrYZCq1CkhDYMb2IFgT9f8AiPbCMQ2k9WPr&#10;1ip5I7tCbaxyFH/Jv0/4r7gqgm/ZdeDYpJa55+vPu0g8+vBiBT16lXMfrB+l7rxYW/PP+9+3umxs&#10;FJF5pAStwebW/A+ntMZJHYKPs6cWgGojpumrHnkMMX6wOTzcf1HHuerI5RIdSqT+Lj6/UX9qhUH5&#10;9ULBzQcOmt1aMO84Rio5+hPA+vvBX46oUPKjagoJKLdtQtc2P/FfdROVw3/Ff6v9nrxTUaDrPQZC&#10;ml0REFWPCs1lsQbW5+n9Rb2jLzSvrQWKMVYMQBYH6D2+kgBDHh1Shr0pSEVbEjm1iOT9OT/xT2+U&#10;gKoksia+CojJvwPyCfdZnUrXqygg9N012Yxo2g8MXAsL/wCt7j5SpjEQeO4lQWEa20ix+jfj3WKi&#10;dy+fXnJPWWlikDMr8pe+r+0ePfDE1olZWnbUxABYfReLi1+Pd3BI6rE7D8uvVkBCER8WOq39b/X6&#10;e3bK1AkVKeOVSgt6VIuTb+vtOiux1HHTjuDx6hY6nEZeZomErE3Y34F7Dj3BoZVjmMLRhm4Ci+oi&#10;/wBfr7dcEpXrQAGR1LqULJqD6BzqN9P0+n095f4eBUPI7MkZNyn1HJ/A/HuiOxFB1sAHJ64Gp/aV&#10;VGtwPre3+Fzf2rqGkpWgVpiQosI41HqHNzcm3tPKkoNR59Orop0lK+vqUnKU6qzH/OyObJb6WFgf&#10;fsqKenjTxgSCQAMwIBW/Glh7rHEzNQin29eJVVqOu8RNUVLSGY+NoiSicsrW51gn/ePaOqDS01QF&#10;1L6hdgG4Zj/ZP/FPa9I3Cmvl0nLpSvSriaWeHVZgdRAJHIUcAge86iGdGEaAabMWA9AF/qD/AF91&#10;kZxj8utqAy6h1j9UTgyOTc2AuNR4+lvfUdNHTiaoWYXZbKvIDH6X9pwJSaH/ACf6v8nXlAB65vMZ&#10;SkJjbg3c/wCpX+lvbb94tdLHB9ZEJNhcWsefakpoGOtagxp1IEXgV3/ssAD+eP6/6/tQUn28kZil&#10;kVXWw0KFFhf6n/Ye6FGbuQ56vVFoD59NFW9RDJ5I4S0Z+rFmufwLD26NQUIppZTWLwgATUQSbXtb&#10;6e0xWUmhB6cpGBUdNqZOtNXDAtA9mY65LAhAPyT9efafSnp5IXaKNQ0N2ZiATIF/pf6f4e32xQ16&#10;qq1qen4zTJMiyMSspCqBwEJP50+4NTkg8KpTxXcehr8m45PH4/1vb1QDWtf9X+rPTJq/aes0FGyS&#10;O0snBbUtuABa35+vuZj6WevQqfJDU6LRAfV73Fifxz7TSzsPh4dOxxqTQ8esVXURUX7j+NqfVeUk&#10;2EYHOqw+vHtOV8GQo2ZaiKRJYm9QI/WAeBz/AMU9qopVkXpt42U56cIJaapjWSCRJI5FBUobixH+&#10;HuJW5uZqYxg2tpV424sPw2k/j/W930A5HVRIxFT1yjpo0fXpGofQ/nn/AB95KaSSagVplBgjPqYG&#10;3+JIC/j+vulQGA8z1YVK149cyFElwfWR/sCPoPfCnmjlnV6aVkVTpVlvpJvdeT+PbuYx02tCadds&#10;t0IYBrjkW/2/+v7UzYWCqGqp0+QrcyA3BvydR9t+IZB2centI889MzZBoCFRCVvbRbn/AA0j3zp4&#10;II4mgRSHjYgkKdMjD/ULa1v8fbUqgirdeFRw6yPJMXEhIMbgWXgNGp+pY/U/63vJUvD4oWkUIzHR&#10;psAlyQOP6+6Qh6kE1HXtQUVPXcYcSSBDcDm5JZvyTyePeGaloFgqTLpjNSjIhe9o30fq/wBb3QLN&#10;qov+HrystKngfPrms07PGqXYRlS4UC7qTYjn8j6n2X2rx1XJkHRqn0U8j+tCPUFOrkD/AAHsyDlV&#10;qRnpGYwXLV6dfY07eo0kxt6aRGrHpyYy5sBKi3Utf6i/tPO5UaqYPSqNQem+rm8bx61PhuNZCk3D&#10;cEce0tVYncOQllaXHsxWNw1REbqrLyRJ/iTyPd1ngPn034cpJrw6k+enjCKZYk1WCKXUE3+lgTf2&#10;nsJDkoKhhVu0KLIw0MQUHPI1f8R7fdlK1Gem0VlbuNes/te43KwNJJDT1btOoI8QNvX9DYD/AA/P&#10;tM0dU1Ef8V06siatI49YJow4GtVK3FyRcgDn6H6+8SNKxqXqqaZJaaXW0chH7yav1Rsfrx70r+YP&#10;XtJDHV1z4suiwUiylfoOOLf4e2CbLVz5GShplm+2kXyU4UlhHIQLXIF7f6/tYDGVqaf6vt6pVtdB&#10;w67CAWLBS2mxbSBf3NolyFJXiGue8msOhV2DrrH6ebe6GjrRet0Kvnz68SrodJVlINj9Rxx7FGFq&#10;Onhpqp54knlBS4vI4I/1Sji/+J9pGjlIIxp6fMkYpTj0l5mqKiappVppnhj0n1WijbVz6HPJA/oP&#10;fWZnpXpoiys0xGnzspCLq/Qxt+PbcCFWND+zrzZGB1yxcVUs8vKJADdYfq/FtQv/AMU9prGVEFLk&#10;PtZqgvKyhmidhpaMnlrf6309rtLyJq6ZGlX456dq6NpqdjGgBUEoVHrDAcWt/j7i1s9HTZScwLKv&#10;+VgAC/i0lbrKjfQ/i9j7usRVRqP+r/V/PqpOmTA6yUomlo4RPpLtAnk4IOu3qUg/T3Arax86pid6&#10;eOWHWg1XRf2+R5LWvf8Ar72FVB246q7a8Hy6yQU0dIGEfkYOxYgkuQWsDa54HH0HuHhcKYaFqmpl&#10;kgSKUzWPCowbTq/xH9fdHXU48+tKoRSWPXOScLIkSjU7/j/C17H/AGH9fa5r+xaDb20ZY6enWZqr&#10;XSy1UMSyyeR19LOB9AP6j6e2/pIXm8RuI4V4Dq5mdYqr0hKnZk2R3TS5ytyVWKbHMktJj4pXSAvY&#10;q3k0EagfqQbj6ewdpszubL08t1BikZPBKz6PIga7Ix/Fwf8AYe1azRRGijPTCCZ1LMcHoQFijXlU&#10;Vfr9Bb6/U+1xhYpMbHBTtAImr9Won9yQspsAhW/pv9D7SySiQ0r/AKq9KY00gAefWCZUkGvVcwHU&#10;RqsoNrnV/sPbNvbBrTyJT477eKsnRzM0kvhkimPrLBBa4b6391iLuNfl/qHWpkzoXB64UFUauEzW&#10;Ggu3iYEFXj/sm4/P1B9h3UZTL49o8JPS1k8mqMiTxaYCXGlWMjcEc39vgK66wemTrjOjqb7ErGbC&#10;z7bfqMrLIKJ6WUl2qNehFcAqaeRb6rg29lTXTC4EZB/1evSpYuytaHpplzmNiyVLijUxvXViSPDB&#10;E6SSaYTaRnRTdQPySLe1BiaShbDZQZSepq1an8bWLwEoOC8bqC11+osDf24XeSUaMU6sgUL356yV&#10;rVQno1pvGqmRjK7qXsNJOgICP1ci9xb25Y6pxu2tqNLRzyuI51jp5slUIGmL3KKF06rr/U29vJbt&#10;LPqkNQOvBhHEdHTZVwT1uWgp5rLT/aSO4hSQshDAWknuFs97BdJPHtuykdfU4WtqqxPCamn+6pYq&#10;R4ZZKiTQTGYka3+8j2oVQG7RgdMkFgSfPpwglplqEpqdjK8GqGUkSfsgANoZyLX+lhf2HeNhqpqC&#10;HK5vE5vHPRtqxeaUExMo4kglh5QgWuRcH+nt7UhOlWH2dMhHC65F4efUzzRNUNTxz07SxoHnpdam&#10;dUk/zchRTdQef1LY/i3tdU1XicNU0uaknr8/XZWntJi5UQQwwFPTVQi4Yf649oCH8TvOlQcU49PD&#10;JDqKk9N9VBW1sdTRQucZGhh+3rqeRJZmKvrkT7d10gWFjqJvf6e1C2dNSKKorKelhpS8TU1Mn+dn&#10;1el5SJLlSD9bk+1VI5lIX8z1Yh4xVvPqJBiRSCpjp6mrlqJVfXU1DavHxqSOyBVtzwAPp7fp924C&#10;fNU1I2mtx0KK01KEe2pQFYKbFWAN7j6j2yYAEKK2mvn/AKv9X+DqtSrahk9Jim27uCPBV5iqYqLc&#10;VR90Kata0qprkb7d5QBcEKVuAfqPfUlHk63eFblNvwQ0uNpVpGlgWejSGmp2jLSlkXkIf7S2ub+6&#10;KsEKBSdR8vUn/V59XYuTqJ6w09XTYvZuJw+88nJkcpXQyURqmpqpZ8nkldgppwoJEl7aCCLWvwB7&#10;aqLZ+Rya70w1DRqk9dIczQV/3TTxRfdMWJpqM2HjY61CX/p9Pe5twhUqHBrw4f5evCAkMqmgPU3K&#10;7mxuBg27l8jmWoqBZGxFZDUxRsZ6iWAIDV1DcxvC6h2NwD6vwfYaYzJZzaeXpqXLYkVlNh8oKUZG&#10;WKRUieYhhOiuQDYXsv4IsfbsginjwckdVGuDDZA8+ljUxwZbHSRw1BEWQpDolgkQGSGVOCsgDcEN&#10;Ysv9eD7EzGHb+Z3FlY/v6/IR1ryVkdSXWlginaO/2CIrepWa5DEcfS/ttBJHCAQMYx/h6srIzYNa&#10;9Jmvmz2K2/RS01JQU81CaamnptUlYi0SusDVSSIitqjQa9ABvyCfz7XEXWOHpxUZvIVtC1ZTU0VT&#10;T4GGsqPAqQXlUSIrrqlFiV/DHg8e08TXks3hpGRH5seJ/wBXr16SS3QGnxHA6BzI97zz5rCbbw21&#10;d51FBmMu2DqN5phkXHUdQ0gihrLShh9qznRJLovGvqt+fYVdw79xz0+3qGSlbIkSLVJkKeR6KPGz&#10;IdMcEjoDqZlvZGP4/r7OwiQKdODTpA0kjEahUV6EDrTY8u1qrcVawq6RMnXkNR1FZJXJUmNRJ9+h&#10;lJEepnddKABrFvpb285DLVdHTYN6XbNVurMR/wCVQZKm8v28dOQtTBTyeQhGdRcoHI5/Te/sik8B&#10;2LytpX06MVMwAWIV6VC0BerygGV/heJqonp5MSqUkconRmhqa+OpJLIsgKjj62Bup+sfKVGSrql9&#10;45jb9dRpNJV0VTU09FDTJSyQU5jWpjCIXfWTpLkr6gdJJHtsSWrSCGFhQUNK9edJAupxnrnt+hxG&#10;36Ck2ficoalsdTJLTw5PJVGTr3pJJ2lCvPUOXKryqrchU0iwW10vsWLdO4auvyVJjKTaeFxjSPBW&#10;5eqqWaSKqPjlgp1kYeSqmN9KvwLgEgEEuXMsKMI4gWJ40z/q/wBVOtQq/E9vp1I3Dmsfio6Cgrqe&#10;ty9VlaqGmhoaCl+5qHCyB5MhUxRW8VLTkB5pv7ItYMxAI3bYxW/MxUUtDT4agwOGxcUklXlZJYpM&#10;pUq95ZoxSYu8flkuHjUubX/rceyu43Sxhbwj3ytwHH/D5dPLb3BbxJML/q/L+fQW72zuyNqU+Q3J&#10;mMlXZSTNVGPpqbGVFZoxNNLHKaOnqQ2S0rTwITaqnD2Ki+k2A9u+Y2LgDJhIJJ5qSoq5FqXSrEMM&#10;taqzeSsWdHvKp8fNg+kf6n2pgnu5FZ/2eVPs6s7RGgUcD/q+3pMbc7fzVfHvKrpaPH5ig2/PLj0f&#10;AT1GWpaeT7Nf4YaauhWOCYPOSrIE1gc6zcKA+3nuLau294mux+OpjJBh6qly2IkyFJFhckksBhjm&#10;yFJHqBk0rpUfUqbleCfZjb2rG3UTMSa1+Yz69JZZaMcU6Vuztubv3HsCuoNx7vyMVTlMquTw2Yoq&#10;GWjzuAplqoq+KlpqjIA69DoyrJJG1gzJqdAtn/YOWp9l7NSqwGz5qxdw19flltLC1HHJUBpaanpn&#10;qAreGJVVVAU2H0ufaZorG8vT9US3h4A/z9bJnVB9OQAeP59JDtXrfLdl7nixz9sVW0cfhsbj6eei&#10;waCHNzpNMGr6yeqDqkElRrRUZFFgo9JUn2E2+dwnJYyr7HnwNdtPdk9ZQYVSlNU19VX5cwHiOiqj&#10;pggjp42Z5EQazxYkk+zJGt0PhxGiKK04dMsCqgsMnoRuttow9c4rG9c0OeyO7MHTU1fV42XONRvW&#10;YfBCceKhkrqOIGtZqmZhG0ukiMNdvQivkwWC2znKjdp3xTZerrKnGYhqytjyEtLM+YrYfNDLBQiy&#10;CVaeNSQRZRwRz7S3c88hTwWFCf5f6v2+vTqxRgFSvSkzybgpI9tUmx5cPRQU2RZa+irce8tDLgqS&#10;ilppKWKWnkQ05WdoCjxqx4C6Sur2odlbOoKKuyE2OrYKvE45JKPGS7oq4aehoI8xQLI6070wllqG&#10;RZGj8hEa6rgG9/bV1JKNMbN3fL/V/n6ejWNUq1ccOmzdO5amhxdDBWYvcU+UmqEqnodm45sjXVMe&#10;IyKMzRzVphhhjlZUYpJIzmIsBqAZvc2ojosVXVWAwkS12NpZ6P8AiP3lRRw1GcjpYEnrIMeav900&#10;n1/aUmxUlefdfDOnxZ27jwp5f7PWtdV006lYmfI5vEY/O52nnwWZroK8YykiSqrYtvjIO0eOkyMU&#10;DyUzVkcTBZJjpF2aMEKTdj3T1zLk63dO/MLgqCr3b92mN2xj2ZZavKUChFqqiRa8+Nmhp2PkkCEs&#10;g03BFy7Fc6yI3aqIMnz+z+XVJYQtHABc+fy/wf5emah3rTbabau2c1d1bbn3u5N1ARY7b2DyGuKk&#10;o6KpfUyQGvqWnWki8p0iPRqJZAUtvLbkeAq9pV+7wc3JVYihX7WjqaZZhLXtqy1JBUoQsVHS3UIE&#10;XWWOtja13VNzdQkwgquaGh/1fb023hq4JyeB+3z/AC/n0q9sbkodypuNMXGaKpxGeyOHqlqKGphf&#10;7qmVRT10sdQsJmWaMxyq6MQVITVqVrDfS772/uE0u1Ns0Usc9JQwmWg23SQSQ0FLFTyRyQZavqCi&#10;BpG8amQEtf6ixv7TWu3JA/iznUxPz/2f9X5dUdtb5agHQPDZ+W2TU5Tcu4t1x5mjqcrk62pyO+st&#10;UsIKyvrqapx393MfQo6QU1KiVKQY8fgrpIszFBYPcG0tm46hy2+dxQVW7dvU8lZIuNpoPv2mzVJK&#10;seJnqFuWNOJRDYqoDD88e1txtRnmBchIzQn+X2cermdVjouW8z/q/l0rt2R733FHJi9r4DGx4bMV&#10;TUVfkdy5GSOnoKXE5RVbJUWDo0YypVqryQATDyKY3bx3I9h/kN1VTZPGYLdu2KunwddR47Mrjccz&#10;Y19xGAg09RWU9Mo1LY6ZozYs6kng2NpHgiiZLRwDwJ49NhT41ZRU+XS/TGU0q1k+Kr0kykUmSpIM&#10;nWH+MT4iSrlWWro4PM90VXCEQs1gAqkFAB7M7hOx8DtzY9Vlt0SUu1BVZ2DDYzFQUTNV0tJVRBaC&#10;lTHwjWGmRZJCQAAASeVPsisdmE141xE2EFSzebfb6eVPt6VXV14YWJxx/LoonbuzN67n7S2Vtbb+&#10;Aqt1bdptq1m48xl8zmmxmDqs3j8wEp3qshHHMXqKaY0zRU6o5KyEWVEZlQeX2BhNv7Xy26+vMzl6&#10;vc9dlFyNfU5hKampK+WeQImOq8fVxQxAky+RCv7jyKOW+ns2tTdz3LNdUKrwp/xf7f8AJ0mmVGoq&#10;CmrOehA2x2Pv6v7EXYvY2z9ubXxFXhi2EpcJl5c3kJpKVZRV5SHIY5w6UqoqRMDSwiHWPJMQQGQ9&#10;BU5jbuD2/tDcVfmTXbklzFZksetM867fjxGRUOtU8ACwLOAiRTyk6f1gAD200Qu3aZe0DA+f+ry6&#10;2uqIhCa4/Z0MtK2GzeZqtxY7FUNTU4+koKfGbpRKSaHMUmQozVeOgyEOqSWGFZySI20Oz6QxYMFf&#10;6LLUe/4ty08mNxGyPsGjgz2Uoo2jnyWNlqTJjGfL2/eElQQatyhvG7EkcH3qez8BUEQZ2+3FfU9P&#10;RvWpbj8v8/SbhxlTsKaAy5rd2+J81kZJcTi8i+Okhx1XDRPU5GmxEFNBTrTwLRQyfZwSSsFcaA2q&#10;UsVDFj8RJjsOa7J09ZuSkpZFp6mjzEL7doaDEgPHSYmqqyDUxSka3aO8gYgPwq+7W8Fy0bV7VBNR&#10;5/b1tpASF4dQKXN7ihzuRrKbb0OM2Tllwsgi/gWYn3pl85uEfb5CuzeNpokOO+0CwxXq0ZHjXV5F&#10;CgAKe3I6Xsvb23YchX0Oy8jQ5Kpqzna2rjosRX4nxtCaWR5tGmdHK6QwJtf8n2qt/wBGIiAFv9Xq&#10;ekk8Su1GbTwPSh21tiu2Zmty1NPm6vMbZycGIlpdvPTvVZPCZuHyR5Cop6sOS9PWRvAxiZQImjJQ&#10;6XIUJs9sHIQbC2rmdtZDCDG4uoylPXQnMHH1mbqKjJeKDLxUMxEtTKQrxuyBR4ghQFbkPQz6dauO&#10;48T6fLpt7Y0XwiPPpWLnaaLcTbeeLNyVdVTNkIagYPJy4WmihjSOSkkztNTfaQuf84kVTUeR2Zwg&#10;KqFBgdvy9h1G3cHtvN4Wan2vLglTEVdPkRX5abItUGefL1Vao8kTo19MTiyqBrDXABQ13aQuxjA8&#10;QnNR6/bx6WQwmhD8KetekfT4XZkW7907qosiE3SlZjqbcMk9RKscFJT4eKCkxK0U2mIwvGwlEiqz&#10;GV5AsgsUVV4jrp90VOJeizecgxUtHV4vI5aOsq6ueHKUM/hP3SVlvTUDUzlSEVwAqm/G5r25SPsQ&#10;M+KCmKf7GOtnwlNWP8+krvvuDCdZ4zcL5lcQ+YxUa53E7fq8jQYqrzGHeASSPilhSUySwMsqBfGX&#10;ZUubA39yMx0/idoZBM/u7dVTndvUGElhcZ6vD09DkpFligqsbRVAdS4LqQXJK8gXWyhuO63K/rbQ&#10;xlWXLHgKV4V/1f5eq6oYzU5J8j/h6RnXfyHoO1cQp2Zgp8Xn8puKNaDHinauX+D496aqylfuOso0&#10;WKkMsYqIULSNe8Q1B30Kgm3jitt7ZnwNDlJ/soEbM4P+L0i5Wk3Mwq4pahlr44/U7Eh2mUNGvCEL&#10;YD2ss0cTFZqV4Gn+r9vXp3IUaBkjj6/Ovn0NdXtalq9z4vdD4eCozU9F/Acvl6PJ1eNyGHx0dDVV&#10;VPpjWQieJZ5jGkXDIZzMpYah7Te1t1dgV0+6dyUzLjsJHRz1NElVGuPoaf8Ai9YsUOOocpWeoy1M&#10;hsI7jlgF0rx7V3Eds0iRBK0z68PM9MrrMZ1nB9fPqflcftVEweBzUceQqK2qokx9LUDz1eRqcLTG&#10;eKtqoIQPIsCR+SSV00KQt/UUHvDB152k8Y3Lm6sxUON++o8hjq/J0WCbE1B0VlPPj8iWbyxE6S8k&#10;jBbelbn3Vr5WIhiU1XjQVp1QQhDlvy/2fy6hf6SdiDOY3bcGXiqsvnsU+bx1LjcbksmlfjYpxRyy&#10;rPjoJItam4aJn1hAXK6FYhu23jNt4TbW4pJsjjew9xZGqgkyOc3XSVdNsra9FWnS9NipshaSqrJw&#10;zpDNHdXcIqkWJZ3RNcT+JISiqMAcSfn8urKCopWueJ4fYOsVfFuzK7lxbSV77X2pjZHmXF0L0tTu&#10;XdeRhqUjh+8eMSw0uKiX9ySON2lm1r5jTojRyu9fvKDbO3UocJsFsbiaCH+IPLFTT0H2KpUrR1NX&#10;k6oxyEzaiWUmT6Gy/wBQXfu6J5y8kpZz9n8unWlZFoo7QOlRBjjFWmrnyk1RLV6oTBNIhgZQDKkF&#10;HALIgCC76ULPp1MTa/sPJs7tzPdjZHcGLqKopPt0UTYTGyQU6+Wnp1Su+0qomKxeRryyO7agS5Ps&#10;5YPFEgrTT0jjGuQkZrXqVjaGpoaBaSeulyE6T1ci1dZ+7IyT1z1NOkgTTfxIyxqBbhRa3sYuj9vb&#10;mz8+cxuFyMBlo6aocyVVa2TxlDVVPpgevhjW8jrqJjiVwp5JsbH2Sbvf2sLI9wfPhwr8ujKCIlD8&#10;v8PQedv772v15tqLPbnp8jV0710VLDS4SminzNQApq6laWSWSERIscRaaQyrZRYHWV9mW6n67yW3&#10;Z8tX7uqKSu3LSGfFY2SgoYqKjodvTSioRqeOBBEr1Eg8siXLLwrH2HL3co91m+iiYxgCvkcg+een&#10;tBt0DsAwP5fl0TH5M951abV2HmNiYmkz3X25aw1+XlyNXVx5DLZqKMQU2NMEzfdKkCIT5WUxynT4&#10;7qisRvlL+IQU4hJcKJZWVYvKRcB3sCTwTYe/WtqYHN9cL4kxFK18hwFK0HAE08+tt4cxKE0QZpx+&#10;3qvev3Jis/kGwtTl8xtfZWBq6vIYrbVLFUZiejq8kqy5JaarqBG+l3DKjTt6R+ByThhgEAJdzI7A&#10;3AFo1P0Kotzx+QST7NFFxOwL4UemPz/z8OqfpgaYx/q+fSF3hvXBVKCk2/jFo1RFgapq2SsylQIn&#10;IEuRq+FR9NrRw+n/AF/fckgAIF+f02F+Txx+PZjDAAa/t6rQk9BPNU1VWQJZFZELMQLBdB+renm5&#10;4ubH+n094RrJ1G/pDWup/wCI9qToC6F86deqowPPrDqhQLGmj1lCdLg8kEgi9uPqf+N+8o02uALf&#10;4Aj8+2GDcOtVo3d1guwkKuPwbX5seCT6jbm39efp761qGKva30uvJ/xB/p7vobTqT+fXqFs9drGX&#10;CyIWHCtpNgotbQyn6n8/63vlYLcr+Lf6/HHFvdASx0nrR4Drg+o+NWIF9YW+ledXIsSPza5PvCzH&#10;Sfrc/Q2sP9if949vKih6+nVx6dS0QLYenRe5XVySPSeDyQPrc/m3PvrSxOpieQeCSALLw3vZZaaV&#10;Ax+3j14EAUp12CACqJZAbeTSCGJblAf8P6/099qdX6rA34I45Xm5/wCRe6sCvwnqrBeFaU69p0nS&#10;lyqrqIb8huNIP/G/fIAlr3/qfdWYBOqLXz6zwRBlZFTWQLKt+G/tWP8AQ/098nFxe9ifqfz/ALD2&#10;0j91KY8h/n8urstaUqT6dOcdCumExRSTyBdTrwEVvwoJv/sSQPfILptfgn/D/Y/T2y8ms1TNP9XH&#10;rwVhjhTqQlOiK0dUBAWN1VHVyb83cA/j3zVSOTa34sfqfwf9b23I6t2qaeuP2j7enCoAqc1/y9ZU&#10;gjpvHIsZn8zRLDHqCMXlOmIi17D8c+/HVpYlCFHJJsOfqOCb8j6e2FlQzKsea+fl/qHDrTgxx95G&#10;PLp/qcVJBj2bIV+MjroZoY1wcIlmqESW7PLNNHqjQp9SjOCf6ce2fIZKCjpnkmbmzBE+hdiOFW3+&#10;wv7ENht8lxOGHaooWPpT/Vjomu7xFiNBqY8B6n/N69PWz9k57em4qDE4SmEp1xT1+TCgw4+mEwM8&#10;rs3H0B0qbljwB7Kr2DW4SGglwVLQSZTce55ESlpJvuvC0yyeZJJ2kuSl10syc88+zS4iij8S5kko&#10;ACAP8/W7RruVlDgKAOr0Osod61VbQV+RnxeK2dtaknpojD/DmlyH+QtA8emi0LTxxeiUh1/4L9eJ&#10;E7bsizmCrc/hVodsbX235N7ZSTH+alr6ClpWyBxeOrdRLRwyIislgTyTcew3AIrpFtrUVkkJI/oj&#10;JJ/ZnpdI4hDSMRnh9prw+VeoFZlNlUGH3djNnb1wSb13zuGtqNm4lc7SpkKPdGbphgKfNHGLqmUt&#10;IHqpZXhK+MDSA31g4PI0HeMb1XX9J/ciPK5KA7kz9GlHQ7grcLikKUcIkiXVJGzWjCFrJ/vHt/cL&#10;uHbgIATPLQBfT/ivt/Lpu0R2XxZW7eNKU/1fLpNriF+O+0X3N2vvvJdh0eCxxiwFPl6eqkx8Gdrq&#10;l6ipqQag1R+6bU0cVU41iJ5EUDUysI2QZtqpDTbWat29iaJqw5OqyFJFNTVFZGAtTNNNVOHvKV1W&#10;QHXfULfX2TRbfcPSa5XxJDSp/hr5YqKU+3pc0kYGlyM8AP5dc9vVGE7UpKw9hVG0N75DMnH5bamI&#10;25k6qDI0e26mX73ByiCj0nXA7Mxq2KGJgVZtQPsNNpYTZW4KPdO89zxRyY8ZN46ujmoI6PCUdLTR&#10;tMJKOjkUqssj3klk+pvwb8+18q7huF5HtlpIIlA7iOIHmfT/AFfl0mlmFrHqjTUzYHy+fQj763Nu&#10;rZY2/svZlGM5nMjhJxt45rM1NbXVGRoZ46eWXOVtY/mkp0SVXaUs7M19WkLc4Ou975jsXDbnpsVh&#10;4dsbJxxrMJs56dJDU1CUqs4qIp6tgpY8MAeATpN+T7fE1ls24R2VsPEkcnUx4+lT6fLpowvPD402&#10;DX/VjhTptz2xMLt7JYbeu4MjX7i3fFksdWZyskkEVDLA6Li5WiwlHCyx0kQYCNRGXCqWZ3YMSBGX&#10;2xm49zbXp8X29l8xks7VCLJY1iauowKn/Pz5VKKR4mVPwqKORYG3s0v76SC0eWVaBeA9eqwQVk0q&#10;TQYzT/J0L+HyMspztPJtOpwtDhJUixtRJ/DI6PPwmm87z4uFHWSJUb9o/cxRXJBW63INJv3YUuM2&#10;niJDuuWfc1Gaakn3rRYbGwZmPEHmox9GsodkMg4Zy5tybAew3sO5m6ElzMpFD2KfL5/6uGPyXSRe&#10;IdK4AGaDP+o9AHsDetfuPsfcGB/unSYTbEmJnqzg5sjNk4a/cpr1NRkp3RGo4otEZUQxISzkyEEh&#10;fYM4XH7L2pvCKvoacyUmXqKY5zcufNNV5SauMoZoy+hUiBPrtGLk8k+11+k+4JrJq3oOH5npmMrA&#10;Wooqeh+eLcUm3K9atKFc0lNX/Y0uHeop6TiNloYQ87ama1gSQq3+iC3syuzt0YtK6qijqYBWZzLV&#10;a0nmqDNLPRU8niSa8nIUfVVXj2Ubxtk7QrKPgjUV9K9KILjIjK9F27A2dlavEY162lqGots7apqi&#10;tjoKWOnSDLzxeSpipo4Ry5+kj2JAsAPUfcntbY+y+zaWj27nczLSVFLKuVhloXhNarUkZSRnp3DB&#10;orE6+P6cj2s2KW6h2plhUUc+vnnA6ZuYj4pmKkqei2bA3l3B1Xm9x7kx/XdfnNqZKbD4WHG1VeuN&#10;x7NPV3oqmlykglKVTNN49EkeltQH1AIB/HdVf7loKmHctPVbHpgiVDUdU2MzwMKaDI/kUpHAtuI0&#10;5I9mE63cVsI7dCZGpU07c/Ppjx4wCZjT0HRu6rveWnpxgcvs/N7W7CrcZJU4nEZDHSbkwFXkGe1P&#10;joMxgpFWZyttQPisSebDlW1GOpch91htlVG2U25XtHHnFqWSetyIQ+ORqqrcGWYhb208L7RtDLt4&#10;+ocGScg58hXy9Mn/AC9ejlifunBoOoWJydZTU2J3N2vi91neWNaslxCYujroMNQ+eFkIo8Vj55aW&#10;FnT9q9bI8jDgtY29hpuDeGyOlMmaHZODpHzs8LAZx4vuVdZl0y0dEsAcx83DFtJt9SfalNlmuY1v&#10;N2kqeIQcAR8/9X5dUNw8nYg0KfQcelDR7dy/cm2pD2LHV4na+VMirsmBZaCrqYKerY0024qxbNJ5&#10;FVJDSx3h+hJbiwm7M3bmMlh1qopIcZl85OZqvGUFF58jL5l/cyEsVy1wPoxAuPqB7QzTxJOZ5IwY&#10;4hQE4GOA6WIqvpj40/1cek1v3qPY+RmxNJuHCz5nC7Zx8UmKrNwZhqbDYo0zhafDpKSi6ZAihgyn&#10;iwv+PfOv2hj8bnaBaqUz5eq1zPk8t5nqJHk5SJVjIVVX6adQ96+pu763N41dFcAYoB0/qioyClR0&#10;87b3/Hl9tZiow1FSjE4PVjUxe2Xo5KelFKumaNJZVDFv6WiA/NvcE0G7NnZ+LK5eqjznlmcUUeLg&#10;ShpaKiPAFUznU3H15I/qeffriOHcYldloi045qf9XHpiNlIMYPHj1kwO5NmdmbVz2A27LVYPh6Ov&#10;/iAV8ilZKup5KYCSQF730vcEH6IBb3Gze3MdVUOazFPnPNkssQan76SOP+H0sh/dgxzQi5Iv9Wv/&#10;ALb2bwXstzSN49CRigH2cD0xpWFhGowepG3tw57EZnDbUrtszQ4PH05p8bkcOZKsVtRTwhVmzKzr&#10;H4NXLABnLPyT9B7dtobKweE2zP8Ae7groqXIxqIngJaZrNyIvNrZyTwCE5P0HsNTx315fExqFVSa&#10;k8P8nS0SIoCqtT02b27Kz43BTYfa2zYc/mMXKslRBXVXhhpEqFss9TVIPFEFX1MGlvaxsPa9odwZ&#10;PH0kGKx2FzP8LpKaa1TWrJRzVUSAsLpMEZmb/aVA549sDZbcTrLI+uRjU+g+z/Vw6pI5kUkkDyp0&#10;GWaw22t01WSzua3lstM7U1lBRPQYafH5qHE5IMsSxVFRA8ujxkk2ka/5IA9hXtrcuQx2YyW5v7mS&#10;bTxJlkR8lmpJFkr5Ijz9nSSMZGJNyCBY/wBfZvfWKXrpaozOVpw4D+X7OmvGWKMxk9x4Dz/4roW8&#10;3g8VufbUvXtdvR93ZgUMaTUmIkxtNVR08y+OOXI/w70wwkcBpNOofpB9pnK5qHtzNRFa2bDw4+do&#10;6aqnpWUVU4PEaUzi4/1/9t7NL+7ewtFs7cayB5cfn/q49MW1qqFpSck1/wBjpw6365xHRuzanG4W&#10;jkq4ZKhshWQQzAtGzL+6VnqiLqo+l7e09vnE5iqr9v4LDYlqmsoJGSq3PX1K43Co5b0sYJG/c0j/&#10;AAP+PuttptrIzXNS75CjJHW6M7kg0Xpb4DLLNDkszLWRfYViQ1dHiadRWV9FEkNpml+21O7StyI1&#10;QhbcE34WOF26u2qIS7p3bXVGYyDkxU2IkipMbTRj/N+qAAyE/Xn/AG3tClze3UhaJQka+vE9Poq8&#10;BnpgrszkNw1jw4PbmNrcbjyBU1mcpWapllI9UNHSzKpXT+XdufwPYg0iYespJKaenSvmdDGiTTSS&#10;I0Om7/cTzmxZufSv+29p2jupZBKj0pg9OMVHb6dIjLVGew9bFPDL/C8areaolhoYjOKlm8ccVHQU&#10;K6vEg/VLKR+OSPaAoq/bVTumLbm36CfDVFxTzjHJKEYavX++TYD8/wBB7evoTY231Ej+I5zn1+zp&#10;lHcgluAzTpfxQZ2j21WZDcuSos5HFFJkY/vqSCBYIUTyRI0VOgViv4J9RPtLZneHZ0HbFN1vtnbm&#10;UyO3pqnHQVuYpcdWpDR0lWyvW5GpyMaeERwoWLM8gBIte9gTu4G37ds63M4DOyaifQ0qB9ucDjXo&#10;ot7iWcmR1NP5D/J/s9JWkp+u63bOL7E3NT4mmrZ4malny9ZG2jIanip8Xj4qs2M0jKFjp4kMjMQF&#10;Utb3K3nuWTbldXZOmr6yg2xhHMPmNR5avLVS+paKlDfpLH1SOBwD7pZ2yzWkdV73GokilK9LfqHC&#10;54n06WeBxor8PRQ7kosNVbgr6Vauvgp6K9DRK/oFhLdiqfpj1EFyLgABiqW2n3FnOycrT4+ow1JJ&#10;TCYeJaqNaiKGJW0+UFwCxA5JuB/j7S7ncw2VsYYSQPQeZ6ctIgCZDivHrFiutdpbSTI1+EgqsXVV&#10;SyT11XSVk0ElS1i5DpHZOWPAC8fQex7pNv4HPVeYWtydNTStTeCSqiURM0H0ZIxqsigD+z9f959o&#10;Y7i9RYVgj4+R/wCK/wBX8utzPFHHrPDoON37z3JsTD4isxe1sxuOP74acbDL56lZJSdEjyP65WYs&#10;f1Hj6m1vaModgbR2/UVtRgq85hQraqaVw+qQfUDxev8A2N/949rrm1vZpUF2wSuTQ/y6pHdB1C6C&#10;oPmelLg+wN15jH0394NpVez6qrI1NLKk60sbco7SSjRq/qpvb8+40JydJXwULUVPQU07iVqLGuyx&#10;aW9WqtqphrbSLahqA/HPul0ixITFU0FKnj0tV04E1PSziGLr6B8ga6bJT0/ljjyFfHE0gdSUP2dL&#10;TqkSljwpVLn8k+4nZ+xcnk8IKr+J43H0br5kDS2KxhAG0qBdmPPP9Pbmz3ZdDGinUP8AV/qr0jma&#10;My6a5/wdMe1N74WqzNdtqmp8vPlKN0WrqGoZTTckkE1JsgUfTSpuDfj2DL4TbNftWgx8WIXL5Smq&#10;TGlbRJMKll+pDyWbUt+bngD3uVnikfxpAARw6dVNRFBjoTNM4qmlM1qXwKvhKpby67mQP+occEE2&#10;9iJtamwWPmx1Fud6OLC0+gtQFVWRig1FZmA1Nc/6r6+yVobxkb6PBbzPpXiOlKafIZ6bc6cp/C67&#10;+BKGyr07JRs7IIllYEI58vp4+v09iZ22+M3DtjG0OBxcceHchV/h9GIlRONRvCvJt7M9ngisrZ2e&#10;TXOeNTw/y9Jykr3JMvDy6ATpfCbtwm6d61G+c7V12VrXpRSxV2UmqwlCillNPDO7LGNbMdMaqB9A&#10;OPYQS7LxDw4vF/aGhpabRNUVNVIdUgHGhAwP1/1K8+9B5zE5Bqz1p8urkAN8h0YT72wnlVvugG0w&#10;wU6hmBA51Nf8/ktYexohxe2spiFwWIp50rZKfQj3DTPHCPVM63OmIc2uR79tkE1i/jXTg6jgdMTz&#10;M2fwjj0Duc3Buvb2ZO4czVY2La9GQs6MGijg+5kEVPCk7H9ydiyjhSB/Xn2F1HsXam3PvJKjLwy5&#10;WWokJhlRTITe/wDnJODb/Uj8e1d3Ff3U2t1pHStSadXWZaAIpz59CLS7hyWQkpmpMHUCgniSQ10k&#10;0RF3FwiwJ6gLc6j/ALb8+xJwlPg6/GnGUuM++mancTT1AU3hteRkHARAOFCgX9lASa0utbvUE0oO&#10;nmOod2AOkvuWqzOPqUytbmExdBFUQrDTwKQrTO2iGGZjcyM1/XfgD6D3x20I9sVFTjNp4NIqrKXi&#10;qKtI6mqngpybSu0gukS/4Ai/ut5a2vii+3Hv05Vfw1/y9bMYlTSTQdRdyY6n3NQUlRuTPS0mMoKi&#10;KtFFFNTY6kyFZERLTRTBv3ZhcfoJ0n8D2g+wdp101b5MblJaqrl8YrmI8k8KqbtTwCVlQf65P+v7&#10;EC7k89mJZE04wKeXlj9nSaNAp4UHSl2XmIpca0LY6LE0sErrQtE0X29ZT/qFSuixBY3uCOfqLj2G&#10;+5tg7g3Z9nS4qqpMbVwJHBKKusV5pgP1HXTAov8Ajdh7Yj3FLaA+ICT9nVXtyzlxgdK6Wvp6aFqi&#10;RpPANTtIsMhCrb/Ugaj/AIWB9vSxPtmgotoZWngy00bRRtJTzyTRBL/utK8RFx9ePp/X2xb41XhN&#10;NQwOn1FRQ9cIJEr0irqaSeKORCFElOYncX9LNHULqX/Yj6e1jiaSmx2SiqcHEh8aCRhHTeNKdPyg&#10;H9fxe/PtNculzBokGfTpxSIxqPDqNVfv0c0GQCwpITCLyqfNc8NcAfX6kf7D2uZ9/Vbf7jKdqd6m&#10;2qaNEAWMN6R5W9V/9h7etYY7JPGkWh8vXphgly1W4DoMW6pwdVXnK1Jq3Cj9oy1Urm5bXqiQkaf9&#10;p/H+H59hzuzb+EzEIqsjhIT+4z1WRpozRuz2uQioPWbfQke3xM90SEajHyPVXRYiB0IeHV6M/Zit&#10;eZFiUU1JUTfdTRxoAoeSdvX/ALAsf8Pb1sDbmBMBjpYVpcdAWkInZgQPpqdvrqP+PsmuormK5Cp3&#10;O2Ps/n/q9entYCVI6i7qzVTiKLVDHLNUyFUiipUDySO310rJxYfkn3I3hjMM9M0GKbVGxMbw0mpN&#10;TXvzpIZyfrcn2cQx3EALzHIHTah3bu4dQ9pZHN1SMc1SyQSEeRJJ3QsUJP8AZjsqWHFh9fadXYFX&#10;FhHr6yqkx6zoy00Ly3ljiU+pxCGJB/HJF/frO9kubkxRKWC8T1eQonbxPTqd1Y18ocTSl6upjCed&#10;okfwxGT9C+cjSTxc6Sbfn269f4+KJmosVXVdTXTM0QlqGXkEWPjjQ25+lyfaHdVaGXx7kCi5p07E&#10;VK0PDrFuepjpqB6jIxxjHwATT3N9IT1ancjgC1+B7ELM7a3JgsdNXTiNwocrT048k7XHp9Kfkn/H&#10;6+0+33EW43WgjA8zwx1q4aJKKh6D3B9g7G3FlIcRi6xpKiRBIJpNUVMwU8qsstrkf0AHsItvf3kz&#10;+Xc5pHx1BAJKj7R2/cMUS3DT88X49PHs33S8W1AtrVck0wOmUCxoXkx0KNR9jjaJp6ZImeQpDC6a&#10;WMkkjWUBl/p9fcmp3RS0WQbDYyhqKuvrWCaaQBSkQPLSVN+P6W/PuzQRwwLcXjU05p5deUvKe3h1&#10;w/h8tR4Jqmb0RKz6ZAGXUw/UY29PHNj9fYhYqqfbNLUS1lP4ZKmFTIZ6j/Mo3LGw5Lf6/srhc7hc&#10;CaGulT/q+XTr10aD0jdzYiDdf2tJHVh4aWp8umCmVzNLGbiN2fhUvybfX6fT2iayrr83kYV2/jf4&#10;nVSlmieVm8S6b3YswNh/reze4ubW2h8S7an7OqQwvXPD9nSqo6WDC41lr6lKWniQB9OmJVUi31j5&#10;JP8AgPbz/dSuhjik3G5NcfWaaCQeMW9Xq1mwA/HPssjvHuyfpFonrTp5ljBouT1Bj3PjptS4h4ZY&#10;EIRpysjIXJ0WjCglvobn3Hqcdi6gCneqXHwQsXeTXHLIn5YoOFv/AIk8e1UNtMgJUVYjqlTq6lfx&#10;PIRRtMlI9dLINMUaK9Oj82UsZAxH/JPsRttQ7YxmLSXGwmod3dvu6wxvI39WJP8AX6+wtcWNzPfF&#10;bmTA8hgcf+L6UEkjAp0gdx126qmpNLNpoolRLxUYmkuzfjUP6cc8+09uXIy1EwnEepY1C00MBKDU&#10;fqzEcE/7wPYntra3ghESUp59J6FSTWvTntLGmlp5I5ZZGqJnaWsqKqzsQfpGgbkAD+v59hTuHKZ6&#10;OiK42upKaQu33dTVOxWGNvqkSDgkfj8f19mFvLHAS+nPlw6ZKsWHQhRUFGzBmp1IUL4wyWHpP6yR&#10;9T/r+1B11gcdXFqrOTvOWAYVfK3uLuYvOp4vblRb2Ft43C/uJhFb+Z4f8V+f+rPSwJHEmtsEdQtx&#10;ZCsxtA0uPiSWoX9MTKSDx6QQpUgf7H2IOb3bgsBRNitvU8Zh1mSomlku8swFtUszW/2w49nG2bEi&#10;AXl+dUlBQYoOi15ZJZK8FHQW4fa+7dyZJ81u7IGnCaoqGgo4zFBDSk6uImJ9THksxJ/xsAPaVj3H&#10;SZChkpKmaJ5KogAU7sGW1zpUp/j9b+3zKtvcGZFoAOnTFroa1I6Xf93JKSspqmiLKlKp9M2l1djY&#10;amB/Nr2I+nuLQ4X7PzVSPJFaMiJtJ1ernUXb+ntJc3f1sgQZoan/AIrpRooKcOnioyIPjgZY3Z2A&#10;kXUDwPqAvP1+lvcNYawgzwyVVWtOxlkmKSCAuOQS78Mb2+nt2qsfDqM8B1V+xOs5lpl0xyrT0zTr&#10;444y8fmKHiwVeQPaKyVdmc5kREIJJpAdLzzEqionICKbarf7b2uk8C1gCnAIx0wE1Dtx1PpqamoY&#10;PHBGkMQJchRZdTG5P+xPttnwu5KqrSCp8kNECoK3Maycj18c/wCsPaR71Iof8XHd1ZI6tVs9ZhLE&#10;wuro34urKf8AYcex/wBsUkOOw+h1hQOqqGms2oj0+lW59hwNNPd63JJFelLKOA49B/ueZ6irhjp2&#10;mZ4yCVp9SsAOTqkHA/HH+w9pfdsM2P0VVFVLKdBYKqhBD/RSfzz9fYisVSZKuo/yn/V/k6Ss7B9J&#10;HTrtyrasjmgqaSSAxtp1SSCTz8frUD6D2GOGqsnnMtLTyVkksjHRohVTa5szajcD+g933K9+kiFM&#10;ADpRFDXPSp0QwRsQqRoik8AAADn2PAwFBiMKo8caVoAEjTyFpbkcgseP8ePZBYfWX9wbiX+z/l/s&#10;9bkqDRR0Hk+45avMrSQNLNTf82YwUWx5Ylef9if6ewkzIrqeeaXxiNCnDqoLWtwI73A9iFnSQBVN&#10;adNUNOl9StE0KBGLcXNyb3/x9t2AyWSHmkWGrVdXoqJYxH5fx6Cf979oZDG01ONOI/z9WoadZZoo&#10;pU0ShStjwfpb88e4m5cluqaHTSQlgxJLlzIdNrcE8/7x7MoJLdFovTJRjnrhDTU8P+aRFI49IC2/&#10;P6R7SeKzedhnSOcHTGeVLG5I+pLt7Sy6XY449bUt59SCAfqAfY24f+9OUoHrohHHEq6I1MhaQXFg&#10;xt+B/Qe0aXltFcC3AqT/AD6cZcd3SfrxhaaVY6xVVpTrGpSUNvrz9B7TlVPV0U9q6pM8ob9yzgMG&#10;B5NvwPZvIGlSp7R1RacRw6dYFp3iX7eNUjK3SyWUqfpx77/vPR/6tv8AU/rm/X/qvp/vP0/w9l/g&#10;L6+fT9P8/Xf23+K/8kj6f09//9VlaEcaRf1E8fU/kEn3grXFR13hPw1OOtzZZySRISOLHkaVNrEK&#10;PcWV3ZtJY2UAWHH4/wAPex3DhTqp49TIY40UMqgk86uDfm//ABPuOX1MkdwQbXvyL/63txQKFj5d&#10;N1NOs+jSDIAQefoLMf8AY8e/M6g24tyOOP8AE8+6UPl1YcOuSKzeqx/1/wDE/j33CGVgbllv9QOO&#10;R/xv34fPrVDU9dTlWW2kK1iLE88fQD3KYKxOu4v/ALEmx/P+Pug+Kg4Dq5HUQFlRSlifzyLcni3+&#10;v7ySx6UXSpYEcWFhb6/T3sgE46oV9OsVPKWdg5VSDzfk/W3194lBJCk2H9Atrm9rE/7b3oHTx+3r&#10;QBWh6kOV0ll5txfUSfpfgD3kqi8aheLFfoLD8+6KQzVHl+fTmQtfLrFSqr6jb1ar3uRa9vx/xHtm&#10;Yay2tgrDkD8/159vA14dN54Hp5DGPSEBZfz9eB+LD3gWbxsdJIb6lv8AD8H26vdQHNOtUPWR4tY5&#10;HBPHFv8AX9udNU3Q3Gonixsf9793IqKdWBPTPU02mQEHSAdRsfz7xTw6z+rTf+n4/Ptg9taZ60wA&#10;6mU89lFwTpHH9bXt+feNIlBA1r9QfrY2H1/r72rN5cB1UcadZZX1LcqblT+Pobf4+50oBjsh/TwQ&#10;v9f66vddJB1Hz6cpgjpvhe0nrXgjjWTa3+A/417xaJPHcKT+L2t/sbe3lYHDeXr1XPXJ3j8pGoC/&#10;qFifqSbfT/Y+5lEp1DjgA/Xk/X+h9+YoONM9bJIyem/INdCFJJ1A2B0i5H4b33XFU5g4P9oKOCT/&#10;AFPthTQ9WJUr8+ueOEkgAqiGFrKT9QAPwB7aWMhUrcAnk3/AH5t7fJWladN16eERQ9+SAQARyCT9&#10;efbEiMZ9AN+b8c/4c+3kYEZ49eINadOkjBYyT9Lf61uL/j25wLZiHIFvqf62P09+JBHW6UyeoEzH&#10;T+2CQQRb62v+bj2pIXieHSoJNx/iL/1H/E+2aMZBXqwahoOHSanWaOUuTYH/AG5vz+fcqekjeDyB&#10;jqVf0g2vx/j701UbPV+0inn1BpMhItQYPGdJY3ci9iP8fcKOJiGVArWvzbkWH+8e25CCKjB6qoq2&#10;eHTo8qoytK5Ckji/Fib3HuTSwSq1n+g/2I/1z/xX22GBHVqGtPPqPXTxFSUIJYAWHDkj6BR7dngl&#10;ZEUFQ3NrHn6cjgf7b3RWqxr1vHHpkWpp0dmKsVJGpmA031Dmx/2PN/cCSKWMHUGv+Dbk8/ge7hq/&#10;l1SjHHTjFNBKVMbLa30DekXHH09zaOMzIVaO7C/Nhxx+fdyyUqvWu5TQdNOSdqadZBOqobekm7EX&#10;+in8/T3HegnV2dQAljYm1z/jyPexJ26T1bz6lJlKSRURiTL9SF5H1+hIPuIU0SanYkni54A/339P&#10;e8ED/P1uoAx04iUyREIvpFyOLsf8bn3xkkdARGPzY3/2o3+p9tqwBofy68tfip1mSBJdJkJIA40t&#10;z6f8P9t76E0xQ6W/SD9OASPpe/192rpNeqEknPDrzU0BazgtrI/xIX+gt9P8ffChmLynyXJUm1+f&#10;z+Lf7z7UEB46jGOtVOrPWPIweGNfFpsxHAtwP6t/vHvFkHlLlgbRqCTYck/09sKwVqdOMnp1NxkU&#10;IgVW5lNgAQOAfzf21xTyF7MpVb2JPP0+hPt4FG4npscadOc9MiR3Uam4NgRp54Pueup5RqJ8YAA4&#10;49sCvW2pWvUN9MUJ0aRLyTY83t9T7foUjYKmpVJ/Frn63/3x9ssGNadWU9J2eeSMtIUaQL/aDBf8&#10;CTxzf+g98azFpIjgrqYKWv8Aj+vv0bHBPThK8D13R5tkkSzBUYqthpvY/wCH+P8Axv2m4mdZGhKf&#10;krYf4cWX2YogaMU6TE0NOlHUBCqzlzx6gb2A/Ooi/wCfc4h6eWENfS3JvzwPwB72CtT8v9VerE4q&#10;Om0FKqCZk06lNhb08njn26vWnxEBQQVI5/r/AF9pHyx+3r1D00U+MVZldnIYEsbcAXsf+I9xkgMg&#10;UtZVJWx1Af73/wAR70Wpw6szDz6cHnWIsqBnYA3Gkn/euLf6/t3WOJaZ9AZ2H1JNz6bfQf7H20Xo&#10;1Tw/4v8A1fz6srA4XphL1ElZGJDHCrfoVRa5/wASeALA8e0hXy1EqjxRkBTa9jzzxf8Ap7WoQxrX&#10;j02wPDpa4+npqcnyurM1iASOOPpx+feGk8+oAIzSH6nSbXPt4yKAV4f6uPr/AKvPpsAkdZK1YLam&#10;dVjXkC9iQDz9Pb5HBOtlkjJtyeL/AOPI9pjKpPTg49Mby07ANDMoubAX5FvyD/Xj2+YyBdZJUoqG&#10;9zewI/p7YlnJFDnpxRQ16TOaldYrLJqkkUgBQLnj+0T+P8fahqKzQiLEAF0hWYjk/wCI9o9Op6yH&#10;Hp04SQMHpJY7F6/K82p52kMgUNdf8FAJtx7T1VVpPcA6yDY34+n+PtxoSSDwHTYkP4ulri6OSiS7&#10;RhS5DfliPyo/H+JFj/r+0rXaWlCLpVfTwGux/wBc+1MVfPyPXnowr0taHUsOtiWYq1iy+n+psvvM&#10;tNCArhf7IuxsWP8ArX9uuSTTrygkUOKdRPu5ixj1chmsANKgf0498Z6KR4ywUxpxZ2H15+lh7SLi&#10;Snn/AKs9bZQV6lw18KMsZkWRyDdUt6f8CfbfBTSxSXc2jLXv+SB/T2awUZdP/Ff6v59JG1g/6j1z&#10;rKqKRD4xeTTYA8BSTfm39PaqWhRqEzhCgBsHP6jc34PtPOwjlGk/6v8AV/q9VUYBWrdIuPKv/Efs&#10;2fySW1sit6Vtxc3/AKfT36AUqRGKVdTHm5twR/Q/8V9pZEeTv/1f6v8AB1TU1e0dTJpK0zrJC2mM&#10;frUD9S/g/wCHuRG/ghZVUK0itY/2rfi3/GvdGBB+zp5Rp4+fUSWL7yqR5JWKxOvp+iMwJHJ/Fje3&#10;tOVcji8hYhw3Ive1hYG3t+I0FDw6bZgcDpV0sEbkRBPTourWCk3/AFDj8e/R1f7ZcnW39BYAf6/u&#10;xWv2deAxq64yUdpQgsg/xJYn88f0499VbUs8CkAxS/2iNPPN/wA+9pAVbUprX+X+r/P1skEUI67o&#10;3rYah0ktJCDZb6r8/QkA/T/Y+2RonMci0+p2a9i7ajqt9OPaoCijUKdUpU0HTwJkEimchFUchV0r&#10;a/8Aj76x+3sjUsWlif1EAEkKnJ54Jv8A7H234y6tI6qUoat1iyW4sXQR6jVRAKpZgLs4AF78D/YW&#10;9iptzZVTTAO3hCEE6iBqsfqvP+9+6GVD2sD+XTcjqpxnotfY/eW3aWN6eOomeoXUFiRiFJHCsQCP&#10;p+Qf9iPYr4vFxUvKxqrgEl7fn6n/AIr7YeNGBPl+3ryux4D/AIroiHZXb+Sy16ePJTPC+oGnjuug&#10;MOAzA/7A8/63ubkqtKekZS3q02sOTf8ABB/4n25DEPqAWHbx9Pt/1f5OrOHALP0HXW+3MluTNLVx&#10;BiEm0MZgWW5JJRg3DX/23tAVW44qRTpcXvzd+Tf8fX2bu0ZWpGPL8v51/wCK6Zjc1wKdHGw3RtRm&#10;KiJq+NdCqtkSnVYx+P0kW5H+w9oXOb7IjlhViHYWSxIJ45PtjWdNE/yY/wA3Sg4NT0YXZXQeDxFX&#10;T5FqSJpI7h7xjSRbSBptY/7D/ivsKauurMgzsshfVc8nnnk+7FyyZx/q/wBQ6boWPRj6PH0eORI4&#10;4ljVbKLKAOP62958XjYmKTaCZdQVwbk3+pbn2wzgkCuD/qHVlViaU64ZCseJJVvYBCytxbgWsfYt&#10;UO2cclLHPM5RpBfR+ALXP59p5HYnSuaf6v8AV/s9KUCBa+fQD5XsDNnKVFBR0fkigspnBtqYf2b2&#10;+v8AUe23NGkp3jgptEiqLAkcg/Qnn8/09sxqWNWFOtO400HSt2w+SrIJavIeSCWR+UViyaQBYD/D&#10;6349poTyibxxEKD+NX9Te1vp7fAABDCvTXHJ6WLQRNCJpLlgCOU/P4sTyPbXnYjOoieQKbc2P6j/&#10;AFBHP+39tp8VV60xxkdOeHYJGWVSbtYEj6C3tioKSKGQI3CKeLm5/wB69vd7daUAdO1TK3jJTkj8&#10;AfTn68/X2oiINQiIBikX6kk8/wBP96t7uqtSjcet1Hl0ya5irSqWEiNymkC4/r/xX25UWMpSwsVc&#10;hr31D6fkAf196HiHDDp0LGBqr00ZHMVEaFrMilPoFYeq4sb/ANPz7mZqCKSg+2pRaRG4fmwtzyT+&#10;f8fbMcLQzeKx/L/V/g6o2RpHUPA1tU1Y09WQI5E4U2DH8ahb8f0/4j3FwNO1lFQusqdPAJAH5Jb2&#10;/cyx6aeZ6bhQg56k7gmI1GmcINIYi/JI5Cqv+8XPubuGeGkWKOM+g/5wL+QRcg2/4n2mhLSNn+fT&#10;sjUOBnqDtinqapZqioBWUMRFcXCWPHB+n19hpUvGk7kKqws11F7FL8Xt/h7MYxUU6YJPHoRYw5jS&#10;5JkC2J/1Vh+PfRnMKFY2aQsfSxP6tX0UD3UgHB68GJz12I9ZBYBQv+2FvyfeISxlnWRLsQDp4N9X&#10;Fz/xv37QCKjHVgQTnrmVYadLG39SPpb8C3vlTrTwSH8A+rxjliT9SB7sVNM56o8gU4HXGQuy8Dkf&#10;k8D/AAv7c5MRLUaaqnl+oBVLgFf639smTwjppjp1kVxXqEuQijZoJgVZfq1iR/gbj3jm8tM6l1F1&#10;A16fqLcm/wCb+/eKtK+vVdJAoPLrOgSZSFPBNh9Ob/S3uJPn1jiVkI/V6r8txweLn26EBNT/AKv9&#10;X+qnVfEpVevJQIGOr6WIFrD6/wCt76p9wy1EyxqWReBxqW9z/X2/pUJQ9ULNTHXBsZTqrHQrNybk&#10;Dg/7H2tEozW0apLUKruQyG5J45Fz/T/Y+0rsyv2dPKi6O49JtqxKKrd0ppCiehrAAXP1K/4+0Tmc&#10;SXlheOpXyxnS0aliCL21ccE+3VkPHplkUig6U9HVeRCTE8afqVmtzcXsRwfb3hFeBHRh5QvBDKWL&#10;f4sD79NpZAKdXSqii9N+U0uUIcxMb2YMEItwAP8AjXtg3JNJ6zCskOhm4W4Vhb+nv0ZQKKdaev59&#10;OOPjKxKWcSEqDqPLc/1PtK4qpqkrPNLewH5WxIvwb+7u6cR02Khq9TnUOjKfowt7UORq/IXmpiRN&#10;oHINvX/tQ9sqFjNV/wAPTjHUOsUMRRND6SBwBa/H459sMu4MhD4lqYnMX0LXOk24IUfn26JI3JA4&#10;9N968PPrkIYgbhACf6AfX+vtdYbIvPQhnhChyPwNZQ/m3/G/bLoppXHSmF2CUPTXWU151dXYHSTp&#10;JOi4/r/r+40kggqTETZH9QNlDG/Fj/t/exo00p1U1Br1LVTJGr/U25F+BYfUX/1veWilroJ0ePW0&#10;ayWW9/Vzcc+/K0YbS1Otd3FesVXBTVEDpIFGpPVbSSOOT7UGbyP3cccTNGaqyk6l55FtJP8Ah7c8&#10;GJasuP8AV/sdbaRiNLdJ/A400JkKahSlmCKH9PLatQH+PtLDBpJMZ5YbjxnSYvVrFv0vb6f4+6GQ&#10;AaRjr3hkkEDpRmsUAKrjVr0N5PTp/pa/1v8A09p7IZoUCeOmhWWL/NywXsbX5Nhe/wDsfd1Ra1bp&#10;t3NaJxHUoR6rM59V7gj8f0+vtvpa5IKpGQKqTr5TGykkMTf0j+g93CMy08vL7OtVoa9ZGUMCD7Wj&#10;5Q/bpK3qUnRyCB9PTxwL+2RpjfSP5dO9xXV1CFKusi9iPV/tz75UGUlQFZxoDvdSbchTwP8AY/n3&#10;SbTIQF/1f6v9XHrSHzPXU9GjepQbgWIBP54vx751FTTVaTTvZ4UBZvHwYZUa4I/pz7oEkjIAPVgQ&#10;wNOvRxtCEjUgPwPXzrX+1e31PtPQLJumWKihlmVvIq6G/U2hrWuLgX/B9uSv4alvMf6v5f6sdMr+&#10;o3h04dZppaegglqJSscSAvIwFgB9Sfany/W38GhFeYXM3jVpbMJNVx6i4/HH19oYLx5HK0wOlUkC&#10;IKgivScwu8sPnJ2hoqmOT9ySNG9Sh2j+oUtwf9h7S8ZrYZYhSRMsf6WZAbIn9Tb6e1rOukr0yFbi&#10;OHSqYIRpfSR/RrfX281k+WjgGhpVDHgLfTLdbaSR/U/X3qExjjg9ecMRg9REho3kJ0xu6f1ALLzc&#10;f6w9p0GKRKmGoXxyswFm/syf2iD9bH8H2prqpp6oDQ0bqZyLW5A+o/qLcW9tz7cloJ3yOMInLiMm&#10;m8hDgH9RjI+v59+EpXtcY6q0SmjRnPXESKSVN1+o9QsOP8fcunrJKhHaslMU8kgij0uDpH0uyk/j&#10;88e9BdRqvDry1p3dcrBbaQLC5/5F7csdQ1FGZ6qshjQxDV9yEOmWP6rJGeRz9fbUhUHtyfTq6KQa&#10;nrC0kclo1cFmJFrgEW/UGB/p/T22zytmcik1LBLJMjBHnViisoF4+PahTpFK8emnBdu3rmipBHa4&#10;VEB+p4UfU8n2o44osRGaqaWpeW6tUUUkRkcaj6mgP0/1wefembWdJwOrhQoqoz1FZnqSUjRTEVYx&#10;1COClx9FZRz/ALb3Oq9yUNTXQ0YMj09XRorRyR2V1Pp02+oI/HtyO3UIaeXW2mOoDpvpsbLDCXcx&#10;rUxzSSo6FrAE8Xv9bi9x7Qmfmx6VEjUKpJkaR0jbTOz64lP5B/K/Rre3SwVfl/xXVZCrGi8R08Qe&#10;QxhpDywDadIBW/JHHvPBkK2rqKWjlpdUcvqlOnSkDgWFpPob/kE+07ToBRfy69V6gcR1zKKt3Fwb&#10;ckXPA5+ntQLSq9PWyTUMsNNRMJHqAmkaRywLH6j/AB9o2lZXCVyentNVJpgdYmmQSRIJ01zXCIWF&#10;2sNRKr/gPr7ZckZszSwRYzINTxIJ5BTBNaVtNImlo5ZVPp0kXUj/AGPtWpKmvSGSLxyCDT5dclQR&#10;trYAs+kO/H1FwLA/6/tDVkuRx+NXHz4OoqVkq6cNJ4ZCxjkbxsTIlxf/AB9usqMals9OKHRdNKjr&#10;MLHkG/44+ntcLjjSUlNQwzUsVMypPNBUMIqyJdd38LoeSvHHtlQaliPs6fZVoFGB59Yw4LEhWNiV&#10;BFyp4v8Aj22TZ+LD5plnyapj6cApIxWWSzfUIT9Bf26qFloRnplnWNxnHXTIJYiropLr6la4Ukjn&#10;V7b8zlKDedZi6n7oWg1wxV0Ydx5VcHRUeI/kWHPvRR4FIFM9e1pPRvTrjTU0VJGY4V0oXZ9APAZg&#10;LhAfoOPp7eZustw7oWfL0j1E4x0Xooo3EUs4UaljXWQCBa4/w9p5LtLchCOPVmtTL3luHTTlNzYP&#10;C1FJTZTIQUT1zmOnaZgsTSXACtJ9FJJAF/z7UOLw/YGSwiU8eTp4aWlmWnrKGepCeGPWNJawIZx9&#10;CPz+Pbb30KyDUvHzp1ZLaVkwRUdcKyowVBkYaiopoxkaqKRoKqOjM00kca3ZFnjUkcf4259zszQ1&#10;GMqKGHIysgKj0qrpr8X0lhI+qEGxBHtRAyOhYAUPXmBVgGNepmOyFNkIZpaJkkCuVazKSkh5MUuk&#10;mzD8i/tpp8bSikyOeq9M+1Y6iSdzWqJft5/Jf7eFb88i4Fr29trKzyeChzTiOt0AGo8OuU1dFHPD&#10;jvPGcnPC0yQrwzRR+mSoK2NkBNrn82HuRt2iod0ZOm3XkcxPj8PioisePBWGKaCJiEAje9wV/wBV&#10;79cyTKRbwitfPrahWPinFPLqBmKisx1E1PiaJ6zIVhlWAtfwpPICWqaqQWNgeeOT/h7Xuwc/tnP/&#10;AMcxOSWKvxS18s9PSqksUVMiykLOpXhTY8lePdXsHYqYn0sPPrazhQxIr0HfZdFu+go8bndmTU0G&#10;4qaEUdTNOkU4yEZTyfYTLMpLqzrdTcMD9CLn2mZcqp3NLI9PRUVNh3qKbGJN42hqIYHOhYmW9w62&#10;JBNvdJrZlQRCpJ41PW45DXUcenQi0VJI+DiSaSqepyMEMtZPH+zOs9TEpmkVSfRpP9kfS3uHuenr&#10;cltrOV2XajxjRS0tZj5aenlpIAGlBp28x4JcXRtJtf6j3uCWKOYQQDNKHOf9X+rh1WQtpZpD9nXd&#10;J4KOpo6KlmnqhoqYpZJ6v7iRRAoYiQEk6gxXlh9Dwfx7iYzyrkcTQUavU42qRJ55KSjieWrjlUao&#10;4qg3KyK4v+Lj3uWRYayP/M/6sdbSr0C8D1Pqz/k1TPqjgngjm8T1MrrTROqnxSThCBoNwW/w9iJT&#10;bA3HDs3eD1eVpMNk6mvDRVa1JkmXAQsZPFMDa0hW3ptwf8PaRdzSW6XwELCnH59beJSpRmyegjy3&#10;YeDbfeycPHTVeUpK6DJrTSUuMlqIKfNsESinE5UBV8S1K+QHQdVwePaG21uPM1eEymNxee/hs1Md&#10;MVdUUjNBLBTyAFUIs4Mlz/atzf2YkRiXxGUFvyx00AWjKV4cOhCzeBxFbXUFfXYdcmyTGNYydaxy&#10;zLb7mSllcRPpC2JILAfS/wBPagyOBmz9A0NRPPLNTU0FbUfcxTrS1MUjapfEwBbyAeoSAG30Ptkz&#10;AnspWvAU/n/q+fThjZlCv5evWJcpS4moiQU9NHR1dY2Oh8EkPlhmjW0KsCwUKxGgJcEG1vrb2w7d&#10;6827Fl6iqlnymYxyPFT4swGelkpTL6YzPJHxIvkJBLC2mxIBHtiS4uC4iBCnz+z5dbWCNV1cfT5d&#10;c8tl8pTYtJov4fjskqGonirX+5h8FOfJVRxiN42L+MFh9bHj1DkqDf8AsPcu/MtkKLD7hi2x/dyk&#10;pKKKCpqimPyH7epp9cIMjFgwCsWPqH49rfqpLZFCqZAc1A/w9JmhjmqSdJPDoMNr7zwW0tn4LNT0&#10;+4cud6ZWtyN6LEy1eQopclUtM8NbSLpMMVN+hlUAIBfSeSWfZOzsRsLa+NTfweop6zKUVVU5CYx1&#10;C0+USqMr0sSza7LqVbsy3KsSPr7RzmXcXJibSF4/Yfs9OnogtvHoPd/n6WOfz+UybZPH7GrMdUbh&#10;x2Kqp4sdXvLDTzmsgRaGrklQKwTWWVCrW1Kb2twvaTcGHoc3lMkDPXrVtqwdKImMNVUwPqpxTfRA&#10;sQIH6eB/t/aeS2SVFhdhRfiP+r18+nw8idyefUGvwO48jtfA4mOSnxNYscEW4q5qkPPTUEtPbJ2a&#10;7O8k1iAQ4Oo6i3FvcXcnZuZqcBVJVqv3WHmGRyWMx9A1UchhaaZRUNUXKsqRlwTa+o8WFwfau2tb&#10;SOuhAAf2+X+r/i+m2Zya5JH2/wCrh0mNv9KbR2rvA7ko5MlUvksfNQY2syufnlbB188TeU4Cjlun&#10;mqI1JZgNSqh5YEj2nYI8Rn9xbm27WvX1xrf7vbuejx8c9EsNFOkamlgnlBAQEKX0i9gw/UD7eDJD&#10;H4gAHEY6qqFpCp+3paVVRkMThMRPR1tLR1FFDlNuCs3DeqEtZTSGmpa+rWlaHyNI1K50rIgJkFrA&#10;8G2ocnQ0GMxtDSTUNEUp2BgivPL46dOY1H62Nvqzc/m3PsP2+2W1zcfVMp1asE48/wDV/k8+n5Jp&#10;MqTUU6rO3xjOzchubsRsxR7r3lgK6fH01C9TNR4bCxz5q0K1TTkCJIYpSFEcQ0lQQzD6+wMq94wT&#10;VG4BVY9cpuSWaeGjpyuqfH49k0U6U0LAv5gjanVbXJsfYhntUhZZG+GnDyPzPTCSVbw/Icfn0djb&#10;vU1ThMP15idr7nO19g7apKCvyiY3Q53LlY5vuq8ZGrkYxGjmk/SxUsP1Iw4ISFX15tCHFZODOVeM&#10;n3Yz0uRjlqKIztDDCv3VbDU42ndLQmK6SGQ8E6geBdHbNdS3JIqqcAPUnget3TRrF+kKkeZ6XMu+&#10;t15PcO1Kna+Dkr9j1JzNNncm1bQUtNqEyY7DS4+pqkZ6mSSe7RJAQpW+trlR7ZaLfG1ewaOjwW2k&#10;qkxWKwsTV1Ji6iWjx1Y1O+l4qJWVpkjV7rZGVmBAPt36aPbAZCdbyHifn/q/wdJ7R2nj/UPAeXp0&#10;/wCI29msHWZvKZrMY3JVGRzUn8FrpMXHHkMdi5YhDDBkKmBoY55QFvq8Sqn0Fxf20wy5zae58LBk&#10;NxyVlLnmdhRVNbFVCCChIlNe9PItoAGKwQ6T6vUSTpN3JK3Fu2pKY9P8HV1OmYaWr0/sMPm4cnHS&#10;Y9vuKCKSIzrSSUoNRVxM8lNDUoF8vGlpkBI9SE+q1hwz1Vt6iTMVKY3+O5jMY6IwUdLLRy0s04id&#10;KaWndWVzOQ3j8oHACjgXuXW9vJrXxiUROH8ulMkniCkXQG4Ck39lf7urR5mPau2tt5uqlystfQ5G&#10;kz1ZTUkpNTj5oq1WgipHdUkKOxLLchhxYAMXV57Z+y1pMRgquVdw5SrGexmTpZqrK4GixEHmapyB&#10;ICxRoWj9aqRYXB49mCvbfUGSRgaDt/PzHTOh9KqAaDiPToY8jjcFn90YPLVr5CKbatOlVg8hBk/s&#10;8PkajdSy4+SBPtpP8pkVKcDxyCw8qlQxYECdkqCv3PtvbuaxlXg4dwDCVk2EFPi6etqcnkaWNpRT&#10;CWrZBHDMwKhpGGm4a9jb23GCpd3UlAeP2+X5U6q41gqDn/V/LpBwZyk2tuHeGKWjz1dQpmMJJna3&#10;IZSoosLg8bmadI/uMfq1+R41sXWnClydLMGS/vn/AHnyqUOIrd8VchOHkyuQ3TUYGSmNBTRwRrBB&#10;hMrk1QMEqS6yFKYkDxFSSDc6RVfWtsAoenEfz62G8FBq8v2f6v8AN1hGysXRpk6LY9JSYKbKYjF0&#10;e2WzslRWwieCSSsl3Di9v5OR2NRQpI0izVMQd5CNTaEtIH/ZW0Nlb+O29yUtdLia2vpshkBDQyOu&#10;MUUMtPN9v9vIRqkkgZQYhb6A2IBBcNxeW0BWmoLjrwWGd6tx9elJ12d3YSfO7R3BJVZnHbcbAQYD&#10;ceRqEqM/nKfI0T/f1WVhpoIo1SOpidY5gWLgtqtpF4m9sPSbQq8ZBs3a1RS47AxKK/duzRLU5zNz&#10;7mSenG3slE2kRxrK2t2kaRkVIwtibe37KVRCJ5Wq7ZzwH2dVeOrVC4HkOP8Aq8+sez5K3OVeVyW7&#10;cnXo+4aoyYnrfcdLt9aDBxbRr0p5MzhDFCaqqErinrTO87Rq7oUSM2PtKdfddYeGoiyrplKd8lPN&#10;jq7HfwX+NUKUGJaP+PPk6+uGmnqWWQfbSKA+vlSbEe6z3UjvpY9vlnPyp69bQJEOwUNP8H+r/i+l&#10;juTK11PHU02MjxclXHj/ALukNfmqnGl8rKzjA0/go4naWnlnhYVJMigRgjRKCyha5zIZzee4J81S&#10;ZLcGE2WtZNtyCTb+CWF6+tpG+2x238fVEtPFMzXM8+gIPp/X36RIYLfwLdAz8c5/M/6qnrSCRmq7&#10;Glf9X/F9JbbFPh9n4mg2bWZvFZbeNPi23fuCnzmfp5ckafIZE/x3dc0FR+4tDHVGWOBhEsS6FhDJ&#10;YkPHZ2J21icHtXaeRzSFW3fjK7IvR5f7/IYKkx+DlWSpyZqD5HklqHGu9wuoFQNI9t2MV2sEkrjQ&#10;W4Dh6+X59Nz+FJONNaDz/wBXzp+3pJ7A3ZmN+btzO6Mdt7P0O38LtrJYjFZDceEGCg3rkMjuE1dH&#10;W7dqTK+rHQU9HGsUzRgyioWRibX9qaHbdJk8Fhcelb/eCkr8rS1m4qabPVGRMCUWOaq27kMfWSkx&#10;09quFJHAUsB6jyD7aW6uYgYKdzfDj/D047KtKjt+f+T86dSq7NT0W8M/lajBRYakwm3Y49s7jqcH&#10;4pa2apzH+/vxZx0MgrKrRHFQGndNEUshOgN6WZtqNk4jdWLXB0G481QvNu2TK7sbCZiaafc2Op1P&#10;lxUdfWP5VgW5tKq6GbUbEBbeEt3ZN+qlddAD5L9vH/UOvN4c41JUUz/q+XrT06kZXLZjE1VTuKWn&#10;x1Fi6fZlJT7OgzeFnh/u1m5zLE1TW0tCFY/dhqaOahjqI5Y44Fjj0NNKfYX9W0GNpdw7l8PXFOm2&#10;sZX53bk2Z3FmJsnlZqurs1Lh6CKqKoUijY6qho2OkqS4J9qb9xEFi8SsjU4cPmeqRatRqoAHz/l0&#10;r9zUlfk6Ohoqfd+SxmWjgxeYY4Skjp6KrTE10VRWVFVEUnqEp6gnR9r94PIgMYMgEpMrPVK7p3Rj&#10;IIBQYPaex8hR4fAUWXEOMw+PyuIhV6xBInOQg1orSqr2fSCTYcuzPJDB4KZLDJ8z1aNFLFn8j/g/&#10;ydYdp7aptr4bN1k81dmtw7mqK7O5/LUpqv4vl5Kt5BjFp4pmU0q09KY6Wkp08ccIQKtiGYudFk8l&#10;kux2zG76qkylNjqA7efbeFwNLlf7yTo6U75yCGpvTRx65YzDoLs9hYDS3tu6BNl9PbnQeJb069Gu&#10;lyTmvl/l+X2dYF29FidjJidpCtxVHIhzVPPuLcG4MdLillqBmJKevyDu+RQBrpLBI4Cx60drDQz1&#10;Ltzam6+yKOq25id6Uc2LjxeQoa6TG1eJ2pWVVCktY7Vk9RAPDGmk08i+gFiQt/aYq9naKplEmrj6&#10;/PpzUuqrDSf5dMUe59w4DZFVW9kTYPH1bVeSoqnGYupmzWUjoaio+yxdLjUi1PXVU0brUIgjD6XR&#10;ChcMfaozFXN19j6mvq8vPjZ9zU+RzOQlEUm6YFzVbOkcGMx0hPligCDSWC+O/wBCL2K6CGOak00d&#10;QvCo/wAI/n69MNMpOla4Pz49MWFnxHYlRNR0eGORodhboxG3KaCoyGY2rPT4ujxUc1Tl6+hp08c7&#10;iVyYKNo4zpALCI39pTBVXYG6d4YdYt0Uu1tmYvLRwbioa+Shw+cyMUcfneKnoVUM3kuo1oFI1Ekk&#10;j3uXcIYIzFBH3NitMft8qdaEFJBKfL1yf9jp47DoNu7c2xmMrj9izb23WMHl6vblOuDyO6kmyYpC&#10;KGnfLVqTw0sLSeO/knjGgHQDa3t37egye8pmggwkh622dXJVazkZaWt3hllCyGlpKiruBErMYowN&#10;TNISQOF90hf6WHwIG1SNlzxAPz62kdZDLJn5fZ/g/wBX29B90BhKza8Ulf2DuOik7n7Dw9FkK3bF&#10;NRYxYtn4ShWRcVQDGYIKSqB1NbVzSBZHVIwwEet1RksNR57bGW2LjYmxFRjqKhrsQsWLTIrjsPWv&#10;Hka5cFNIvkZipMLsHADjgcD2UxhoJfqCSzMaceJ9T0ofK1OAMdKM5H+7+5sLvmrraOnxGVrK7a+5&#10;8rU5T+APlNy49zt3AtnMeJFoirmNhTAoZF1ppsDpID4HbVJJjc3j8C2X3k+bysazbbpqyCWmraPE&#10;ZDyLuCsaoVXWNWVWEa+u/wDVefah5poZfFnYKoBz/k/1enXlVHFFyK+Z+fQ15OtoaSSiyWZTHYqn&#10;o4gyZfKz0cZoq7I/5J/D6WZ2AEjg6WYMVb0qAxPCj7Qrdq4SPDU2cqM/kqCannKjHRSwBa2T92Wh&#10;l+/8kVx/ZEqlrj0kcn25YC4mjeZGAr+f59VncIdLDqFt+fLVsOTmlxdFhKwZKSnhEk8WSWroKYCO&#10;lr3+yMQHlUEquvj88gj2pevF2bLlstUboyMedxmQweO+025uKgWrixseLC1VDkK6pk1UpqNQ0xpE&#10;q6CL/U+7ulzK8cMZ0qTRmr5HjTpuV9K9pqTSg/1ft6DHu/Gdl5Ha1HB1tJWYPP0OcxVfJlcLNTQv&#10;Xx1lRLR5THCmlWRzATKlVUPIvPjBUMw1Djs7dm59/Q7oXE7aqM/R0MdPDSQZmtWjoJfvZXWFp6Jd&#10;cU6QgXdJW1MAFt7vena9sdWd6U8/Ph/l/wBXytDFLMtOFf516fN147a+3n28tRmqfaNbkaySNq6g&#10;xcVRksikEAnylHRV+hpqMSre8sIGlmuLOwuJXWfx8XFVa7r7FbD1W5Ja8ZSlj23RDG0SU00aB6XJ&#10;09vDMfSV0pGAoudbMTYOXe53G8of3W4WP4a8SSPs4D04n5eqlUW3alKsPPh/lz0UTvb5sU+x8tUd&#10;f7L21l53paOtx+V3BuKapo3CTUpgoa3bc3mlqZ3ViZDUVZUkrYKSdYMhRUmKxL1n8Dx1Hj3rJfNV&#10;vRUlPTSVExQJ5JzTKuo2ty3P+Pupsk7ZdwAJ9MkYPzJp+XH068rSyCgOP9X+r/L1XXld7dl77pqC&#10;izW99zZ3FY77inxlRuXMyyGGOcEvGslS/rLD+07MQAF1aQB7mM02kLIbflla5PHBFuf97/2HtTDD&#10;buxeJdNfMAfbU4/1evVtJKkFqgdB3kMoMaBFPkzlRjLR0SNW1AEbsbf5Lra4RSDdlAH9B76DIoIU&#10;WIvY3N7f4XsLc/j2oWyAIZ8/I8PtoPPHn1XWx7RjpL5HeWYyIkijMNGJf87NAheqmUlrrPUy3f8A&#10;qLKbf4e47PdgrKQD/vN/wOfZikYVdSnh1o+oPSZYGzyF7uCWBB5POrU/HJH4/wB9btjYDVYm/Nvx&#10;zwPflFa6eqgZx1hjQFzoB0FPpYgMOCSL8W5uf98PfELckAi1/p9STa5PP+2v7cLBQGIz1s1/PrmW&#10;sUvGXe1ww9IAJICX/It+L/j329hYm3HA44/wv/h7qlcgef8Aqx14HVgdZAGK3KvZrG9rMTb1aSfz&#10;/sffrobqBa5Njb8+/aXXuPl1ulM9Y2jZdLhmIChdJsGCqODxxzzfj8cX989QFh9P6WH+2sPbWipJ&#10;6rVuFOuZV9DWXyWINmsCBf6kj6/7D3xYkDkXFiTfgfW9uR/re7qoJqMHqwqO09ZPSRYWSyhfSCzX&#10;NhcWNv8AX/3n3wRr3BNwPz9R7vIoXI61U19Os8cSsEQAgsx9P0IuPyyD/b++YYEgaTcfkX+g4vf2&#10;yRQatWPy6qe7NOpRpKiOKSTQrRsP1DiyseDY/wCv75AD6g8AiwH+v7bZiRpOK9XCeR6z0igEAImo&#10;Lq0lgpf6Dg8/U8e+dgAP6/QD8fS1wePbdS9a8OP+Wnn1cVBr1ziq3imKx8jlHAYrpAW0hQj9Rtxz&#10;zb3JSGWQWRQdIv8ApP0P9D7KX3Kzhn8KQtqPp/l6c8B9PiYA+3PS3/uLuCswU+4YosdHjKe1nqqq&#10;niqZHY/5ulRiC7D6hfqfwPcSeeGmUGZ0jFwoLuFBYngAn639msCSXBrHw/1f6v8AN0wzhRTiT+3p&#10;O02BzGTkWhxeLrMrUvE9UYcdTz1U8MNNYyyyR04YrGv9pzYD639hturfmFpa6LbMWX8WaqlEhgo7&#10;yVFLTqvkeeVlDKg0jgvYexHtthDaD6u8AINQoPnXgaeQ+3jxpw6KbiSe4xAMefz/ANX+o9G2+PPx&#10;r3vuYr2RuDaFPU7LxsVRNQ0W45PBR7lrlJpYljx2sTyxJIf1lQrMNK6uR7B+l3JQ5GHK5XcGO3Hi&#10;sTj6iGjxeZyWSrqmozNVXyGmpKikw0I0CE/6t1sDb/XDVxfI96LK0k+bUwB/qPStLd44w7KNX2f6&#10;vy6snh2FuTaAxON2PT9fSZCvqYWy22MJtHDbdwuMxWPRJMrFPuGEz1bzLJIgi1ANJc+mNQSAaqN3&#10;rls+22tjZ7H7WzlDLMkNfu+aR4q6SxjqlpZ6dbRvz6RK5ueLD3d1itoGaceLitP9jrQMkjaCQD6d&#10;DrV01TS4OrqN0Yz+8qTyUwmxW2sU8hgpRKrR6qSao11PiYBmMSBrfSIgE+13RbO7LzFVVdd5aSaD&#10;CZzDmXcm48hmWyVRk46hTDLHSrA+iljPIhWKIhgP3Dz7IJOZLa0j+qtgGkftUAZz5ev+welAtFbv&#10;m+FekJl8p1ZRY6Dso4+lyH9yqjJJgoKLERYqbE17U5pcmsNNVrTEzCJ2ErTPpUA+NVe+qfWbQ3n0&#10;pjv4htuup6zY+3kSGDEYXHz1W58lEYx5HylayOvjaYszrCg0AA3+vt+zSO/l1Tx/qkVJPkPl0xNI&#10;saaR+Qp/q/wdBbt7uDpv5HSw7A3Hg62DP5LFvWw4zdMFOMVHXUpKFMNC1Vqlqo1YzQu1OjOl2BsG&#10;UILcHadX2Rt2FZMBWvkaLLvRpHA1NO2LrCmmlrnicqJCQxXQwNjwefZuzw2aMnkfP/V/g+fTMMTO&#10;2okmv8uhc6w6N2l1Dk8vV7RX7GmzUMAroZfJI0gpS7rErSuVjRGcyDxgXLEEWAPt/wCuIchlctN1&#10;RuXCZTLJR06ZfL1FTIcdSimc6o461o7qGJI0gHn6ewzdySW6m+tWo8naKZ8/8HmejAKCKuK6OBPU&#10;vs/dGA2ttifsYblxeKFNSNj8Xljj484KqqrZxFDT46GA65ndlYGOPVcKWIAUn2NeemxuFocNrT+5&#10;uEw9bFG8NPJj0ir6eAnXDM7llSFwNTlQHP8Ahf2q27Z2KtPD33D0q7Vx9n7fLH7OmJrujEN3GmAO&#10;HQCbPy2b3Vkd40i7npezK3L4ubJY6N8bU0NNtL7uIJR06qsEbyzIxVU8kqhAtwy+r2XyPce0twbv&#10;qa/q7Abfo2jSelOZpMSvmqaibUamCV4lVyW5ZXv9fz7WbrbwwQpHcOZGFKjyr/q/b160aRlLtQH/&#10;AFYr0YnYO3N0YPZMNL2Xuqq3NmSzVGTrZJKemghRJ9cEMb0yxDQiBBJqYhjcm9z7ETDbozFJKmDG&#10;xchlGpaZpmzueaemxcVTKp1COOdZAVD+kMT9Pz7LY7eziYT3Dnu/Cvp8x69OyNO4IRqD5dJje+0E&#10;3TUfc0PZ820KOWeCOrodoR4k5XJw0cnmWlTKXNQjMnLxwJf+lx9Qzr8R2FuvPDGbz2xHmqektW0k&#10;WNqadcRRQ1HEXhrIWjtpU2YkEj2Y3MkUcFLEadfADJPSaEIrapSKfPpZ4jLde7awcmQoctS4mjqa&#10;p6Wor8vLVQ5KsyFG5pXWqTMaamWW6tpBXm90Gki4oVGA6V6pbBbvy33dNl6Cm+1ocbDlKvJx/czC&#10;0qxUzlmksSQL+keymOz33cLN4rlxDGT5ijEfIeXThuoll/xdan1yB/h/ydAtU7w7k7Azec2rszGY&#10;T+6YVln3hm6LJYkxwSkrHSU2h28juLNeOEso+pU8gUZuwKSq2zNmdtbWyeWq3gDRUX2Bp6spJyq6&#10;5QLD6Fgv4/B9tbTt9rb3ZFzOxSPIFcE9PXL3E6eGCFB406CDcHT++a7dOMw2+exNsbTwEjCWTI0G&#10;ReSavqKf9wQQ0OWZERytwss3IN7f09k13lRb0oly268xUz46sasSobAVmVHggoZeSseOpzHrdQRf&#10;UrH8Ej6exx+8Uu00QoUjAw3AHy6LDGqHQDqI6PTtufbyY/GUGBniyFFS0a0tNX0aNV0rrRqImL5G&#10;ENHqYgnl+Te1/bn1x032Fuyf++tDNk8Q+RkhakrKyqjgxkmPU/uGnog+qzAED0/4+wdufMMMMhhU&#10;FyvEDND5fLowgt1Hc5p/m6S+9+3+tNjSvjd1bjoIa9o1Z8NGkmQyBjcBkMtHTK5QEEEGTSPob/T2&#10;Y7ffS+267EU0WNpaSj3eIo3TOvK5RK5FBaoql1AOt72Fj/re/cv3t/doz7iDpqaLxxmlaVp8x9nr&#10;164EWuiGg6LBtv5MVrb63DXSZSTM9Z0aMKOho8D/ALk1kMf7EGGaJFlmZDbyCdgPrYqAD7RfWmx4&#10;+t8xXZrd27mzu4UhIj8CCHF0cTjktNKS5J+nJt/Qe67za3+8FbW3Tw4qgkmgJp8unY2jhUFKsT59&#10;Dfnd7VO/9p052tgK2XEZsmGX+J07U+UdUktopsauoXUjUWaTgD8e1RvE5nc8VJujHZCWox+Nkk8+&#10;JxlGKuacqbiVZSCwtwQqjn+vswspobO3G0Uowpk+f5/y6SyRsjmQD4ukx11i9rdZ5fJ7XyGOhxeR&#10;3Q0mQXPZespqKKvmlQRDHeFpOXS5sVtcG1v6hThM1u/fO4K2mmxGfxuFgDUxrqryQFU+hLPMNKtb&#10;kBQbe6bnfW1nGkMJDN5Dz6et4tMZMmOhtjxm2NpY1nhgxFNMwaqURQU0QqahuS0UEVmYE/U3J/x9&#10;uFXhNqYurp4P4vuC+KqGqVesrEngyMhJvBXTMqALe+m1/e4RuLx0cBS/7QP9X7OtaxWp65UOQ3LW&#10;0kNQaTFOlWhSTw/cU01IjKbTRQyGbykXF0Zk/wBf8e2ebdtAauXwT1VSKeXyGehqR9nQNe0dKhvr&#10;Df0IUfn2pliMSaCaAjP+r/Vnqyua1pQdPEGJLQ6JYaSzw+KYVFNHLNU8WaSo0nSb/wCpOoexIxGT&#10;zGfUzVWbeDx0xNLRySIWaPTx5ZDeRrj8kqPZeGeqwW6VFcn/AA/6vl1Z/Cij1nj0HWU25tDaAMtF&#10;tOnP39dG9bUUNCqKtQ78TiFdMS2J5Kgn8nnn2Em6tk7430VrcfvB6OmxNYg+zyNS0UOnVy0MkYZm&#10;Nv7JsLfn2cT3/wBHCYUjOqhOBx6TxwRO4etK/wCr7elXDkNs7WqKOgpsTHRT5oGd5MTjF0SSIt2l&#10;yD06gre9gz3ub/T2YqTBU1dt+giofuZcjjsZFSzV6CCjh8gj/dlS3qJYnixJPsI7VfzrdMt6KFmN&#10;K+Q8v9X+bpbcRBV1g0X/AFf8X0FGRztVt3dFZUV9XjE2/mcmKlMayZLJZOecgRqrKHaOKIBQSCio&#10;p/17+yh75jraWOppfJubISUs9o0hJpaB5L3tJXSkObflU/H1Psark6nIA6LXJwEr0YShlhnhinhi&#10;gjWeFJbRtGWswuoPjFiP8b+1z1uN05Cli/i9FJQ4ujj8tRWVyq4lC/Sno1qD+6/0HpawH159lFy4&#10;dvDtqua5p5fb6dPJOE7W49MW4chjaK0YZXy9UDDSU0MsySF5FLLLUmlDNHHwbyMtvwLnj2NOJ67y&#10;O6czT5yky4psLALLBLE0UigN6yscRK6ifzf/AGHsn3HdGto/oYI6yU/n/mHr0sg8KL9SY/l0Du8O&#10;6drdXYV4N3xOmSkVll+1kFZBM738ZaebTIRbgLoJ/HsVsrh8DA0NBjsXBJkEQOtaaaJpmnAveWZA&#10;DyfyT7R2ljflFuNzc0JwKnhwx9nXjIJQzR0A6LjtXtrPZ9ctu+TcElJsxpDE2OnrJ6WOmxxP+ep6&#10;aYuNVrXC8nkDnj2F9ZuLMbaXKJVSvHU1GtI4hNdHBJBuUb6W/wAPYnG3reNHLOuqOOlAeGPkekDi&#10;Eppj/On+XoweN2rsff0G367C02PqqSmMNWMkuPj+6gIAkj+2lljujk/Ug3A9lkzc+2sjkL7yyddU&#10;h5DLT4mlMMdPAZL2JiVSxZv9qN/a64lvHTTAAi04/L5f6h15RGMAcOjER0ppKdIcckCaFVdVR5ZC&#10;4RdI1up1E/4kn37Dbgodv5U0W2sJ9hjqtlSXJ1QEhih+n7rIP9si8k+yqS3ttPjTNrYeXlXp5VMn&#10;YMA9cpqT7qBUqzrZQGZactFGzgfgMSf9a59iVltsypiJzRZaWhyuYVZDUyRVMqrHILoYqVbFWIPG&#10;rge/Wm6s0xkZe1MD/V8urvbBqKPLpoiyJmrGh+2WWloyYwyNCWjnQ6XLPI2kgfTixv8AX2x4fau4&#10;drYmaKiyqSZGpVnMjGVquRSLlitvRq/r9fb6XouJjNNw8vSvTTxkjw1HDrnPWYrJSCnqaU1MEElz&#10;LNHG1IJh6dNyfVb88Ef19ozNzb+mx4dJClTDKdbvHPE89z+oPJzJa3C3t7Vw3EUjsKdNMjKQR07w&#10;QUUR006QIAAAkQQIgH+pReFvf8Dn2scNh5OyMNT7XzOZyVPWcmSphKSeJVOpkqAOAp/pcG3ssk3V&#10;9rDsi11HA4H/AGelCwrIPEfy6YsvNFt2GrzVPRUjIIgaqNWWlmmZP0aJLEE/ixHscds7P2/1vgxi&#10;aJ48tUSEtV1xj/yucN/urXqJCWFtKkD/AHv2TR2G6bldfXXRMafhH+cfn08ZI9IRB+fQI1++are9&#10;SEoaWuxENKWWM1kiilSdTYVZGjSzg/oY3sPoBfnA+1Nq11bG9FjRJXZKSPyQyz6442J+rxgnTb+l&#10;+Pa26e6ghLO2kKPLievQyANRvLp0xu8N3Y6lyDbgrqUYzERSsMhFQSxS1MMMeu6SSaVc/gMEF7e1&#10;/WNPgxR4BoKSPFxxaXq3iGiJitnaIfpFvrcm/wDr+y/bklStyFZ3kPD5E/6q/wCTqk1xFJqauQMd&#10;A3Tvtvs77/fmNyuRXPUMrCHF46vmpqmrFIxalhyEURDyLIeAgGk/Q/S/sq2+czX0W5JKPDGLJ07y&#10;krJWTwmFYw1r340j+gH19jd4FitQ8mDSuPL/AFHpJBI8gGoZ6Nxs5J59tYmoyNAmNyE1FE9ZSxK8&#10;ZhmZBrRtRJJH9ST7E7be/MFt3CPDW0EVPk61HWtr6WE62T6iKGWQ30r/AEHHsptNsmu7sXcrnSh7&#10;U/1ev+rj1W7yumv5dBh2R1huPe2Yx1RTZ0riMTNTVVPhq2VjQvWwEt9zUQxAazexXXci1xY+wAz2&#10;S6/rs/LXYmnyOYzrSar5DIyNSLd+EEVPZVUH6r+fyfYgvAzCs0mkeg48OHVYZGbiOHQuYKmz1PRx&#10;0+Ylw6mKJIolxFNVRCMIoUXarkcE/wCOgf63tXY7ecONjeinr6SjrKtdNQtGPHHGh4WKKRyWIX+g&#10;9kzWxLiUDC8K/wCqn59K66xTqRW4elrnp3qYVqftWEkInbyAS/mTxn03/wAT/vHtfbLr6GhrJa6r&#10;3CKzzRCGnppal2jj1n1uY0Cgn+gt/sfaXcI7i7CqqgKM16cDELpGekhvTH1WQxxoaDDyqxlEstRB&#10;HSpIwhBIjSUn0hvoWJ+n49594nb1SFkgr5aRybkM7hqk2uzrEBcDn/intVaRThD4rAjqrkqa06g7&#10;HbdNLEafLY+nmAL+N6cpppIg37UElQzetgPrYewdqN7Y+gqVxuFjqXrQwj+9MLpGWY2AjZ+eP6ge&#10;1D2sUQMlya+g8umBI7tjoR/tnqL/AHYUxtb/ACcG6/TnyMLX/wBb6e1Hm0r6ilooNE0dbUKvmkjX&#10;W/jtreWea1l/1r+0kLRyRNMoqPIdPDDUJ64UoiikmCOohVrIvCojfTRGg/4p7n0aLHRHF09TOa2s&#10;ULMXdbf0QcANp/wB9pITJFN9RMuF4f6v9WOnGCSJpB66nF5VqZViMFPqZCQxcem7NydI/wBt7gJ1&#10;9WbRaozOV3RSwJUXkajx8JetlQ8iN56hmCD+pAJ/1vZhrm3RgIIyAPM0p/q9ekBnSJvDTJ/l+3pO&#10;0G8KbO10uOxmLr5hAzCatrYBT49Sn/HNiWaQ/wBAFAt+faYquyabwVVLHSySQJqQSyyfcStfgP6u&#10;FJ/wHtStqtpIKfEePVnbWNTdKNcbH5o6hnIeM3CRKIoif6FRyR/gT7lbU3lDUR1dMs7QP4mfQVUI&#10;gPJMt+Af8fbbIUnEtOnCwZPs67rqCGr8TPEshjkVvUW1WF/0kf6/tFZjesGKyqq1c0swZikMLGVx&#10;dv1sqmw459rZlMkep6CvWllNepyxoqaAihdIUqALEf4j2LGM3btjceCEGarMhSkKwjAkVHqHJ513&#10;Oq39Leyy1NxFORb00nievTO1QycekvWY3J0letbhIMbJ52RKhKsSRGKJfqYDEbX/ANce2f8Avhi9&#10;kyRz4SKdgp/YSHyVFZPJbm7MW0AD6/T2vezt7la3R1dNBpSKNjqdW4gZmglosuI5EqFKSwpcwqpH&#10;6Qv9rn/VH2o8d3NVZdJaXLTLG0ilmhKSlYRf0o0l/wBXtM9rbowa3UKB8ur6Aw6RdN1NtXF1ENZi&#10;aNqaqia5k8g1SXNzquLW/wAPaEzWZ3StTUQ4SlDfdr6p9ToiQ3uWkmfjgfj+vu7yW0dJXyRw+3/V&#10;59XClqV6EdKWERwo6q/hto1gEBwLagP6+3LauWosJOKitNKuTcjyyELJKzf1B5PH4HHslvEmvwfG&#10;+H+XSpXVFonHrqspzUwNECVDcEBit1/obe1Zk8lS7jqnSaSSfygKyRySIq6foX/AP592hlFjB4cd&#10;AB/q4f6uHXgmrJ6gUOP/AIbDoiCqFLMWYBnOo3I1Dn2KO1U23s6ikyMxNRV+DxpJNMdEJ030Rqfy&#10;B9T7K2tL3e7tY2OmIGpHr0xc3LRLoj4noLN9DdO5bYTEyLQwyTAyvHDrlaAGzOztcLe9gOfyfYYb&#10;k7O2/ksg8NRkBBqfQzrdmZT/ALrjC8k/09jKSxFlAIoKCg/1f6v8nSW3kk1d5r0pdn7Kl2zjkgLp&#10;UTKNYEhP+ePOtmHH5/HvNW4nb2SxsVTTR1kqyhWkVqr7USWHGtjyB9L+y21luGLIXBP+r/V/LpU0&#10;xD6T59KCOsy8NY8FUKRIrfttFDNM1mN+FQj/AH3Pta7MWjpaOV54oEhiW0a62mQ240xlv1f09h69&#10;triS8CRmprn/AFfz6VeKAvDPSf3jNUSJDDStOZ5TayKImVfy0h4Ki3udkYcfmJQvn+zlICpHCY9T&#10;KTYav9Tf68ezJRcWSAEah656oCOJz0wYqfJ4iJ2aD7+HUXkmmWRFU/U+Pj12+l2/4n2H+Y2zQQ1A&#10;p4necqQ+hGDqSObsD/Q8c+12mV4PEkOmtetB6ntHS8w+emyFOKiSn8KHi8iuhuDptY/X+vttrqjc&#10;GLgaOioJZJ5YmjhWYOVCEWUB14A/wHulnFaA+LJwHn8+ks1Zm0npzP2GQ5aohcRSB2WOVV/cU39Y&#10;+v8At/YaTbI39kpY5Kql5lfyMgm8MQF7gO7XsPz7XS7vC4IU8OqJEw+I9SGymNiBBrKcBOCquGYW&#10;4sES5J/wA9ixs3adfjpIjlqjFxqjKWVJhM6re2m5H4/PsgvGuZlJjVvt4f4f9Xr0tjkQYGSOmTK7&#10;hpUppFpo6yokZWEfhp5VBYLe2pwLf4Ej2J+5DjqZKeOkgeoiKfvSIrmMtbVdh9AD7WbNZUgZ5WGo&#10;/wAum9cjOaDHQX7Zq89kq2ukyUqUBSW1HTyNH9w0JYqDqsdTDj6Dj+vsOsxn8g1FPTwUMqwW0wIR&#10;4aXVa2uygcfjj2YQWlrDNrBqfM8T01KCxz0JeOw1LHUR1L1Mc1WLmVyfLUWPOgu5J/1x/th7QeJl&#10;rIq/yz09NHMjAB3nugJ54JN7D8+9XqidaKMdbidR29KuUK0TAl9OnnQLsR/gB7GXHS0WQpGqKiqp&#10;55IlN2hTUgcDlVJHsPtHPHMIVFB9vSkUpUdIHIGqoZ1jpaaoRJmFxJJa4ZtPkOkn/bX9pDK7mhgV&#10;vIwVI5AqIoJdmJsqhR/Xj2dxWQQH7M/5evdzEHp9o8TazsSzst2Ym4F/p7kZaOGsoKX78PTRzxHU&#10;SGDSaxcLwLiw90smZtQhzQ8fLH59UlUa+uNHqp6urjpys7Ky+gMo8YtY3/1/ao6qw+1qLKMTTJHA&#10;8Ls08jEM8lrgK31/xB/4n2HuYrW8l0lGqajA9K/6v8vTvjCKM9IvtLMbix+1a+XCQiTJ8CnhSPzD&#10;1cXlU/Uc8ge1TufB7USeWtStrasgvJHA1QXjDDkKPzb2b2kV8bZIWAQUoTTP+bpH9SxNAPz6DDrf&#10;e3ZuRRaLN7dxGMcPHG9ZBFJCJImNjKY5NRv+LXH9fYKZXP07yOj08axqUjh1j8E2DP8A8QPaprVI&#10;EIBPDPTwJbHr0ZOhoJIUVnnLSMS0tv0gn+yi/j3JgmjqJqcPA7U0QVjFGrIJPzbSv0B/oPaICNYz&#10;o+I+fTgHr1mlSWOOTTKqyuGCu9mCH8Mb/U/6/sQMbi6fONpejhpqdSqqrJ4zb+g/r/tvaO5mFqoo&#10;asfPpzwhxrx6QeTytRg42cVU9bNpZ3VCJOf8f9SDyb+4Of6vwsMhrWnMaWv4QoQEnkcr9f8AY+72&#10;93NMoRFyfPpPUK9Om3b3Zc2VkajbHhpo3KmVJlZQFtdZPp6vxx7l0WUxOIxoxcSvPJI1zLLZESw0&#10;6Ut/Qfn3qDbpVuvqpjSnkOrSMJAFHDpzyuPzOarY6xZY6Smp0IWKMGSSa/N5CRpA/Nh/t/aKzmNo&#10;qmVmgiazqXlkJF1B5I1D2dtK0i6FOeqAEGnl0p8NUVcdOErWTUp0RqqsuoDgcH2lfssV/Q/T7b6D&#10;/fW/x9p/oJ/51/Pq+rpQa5P9QPpf6n3/AP/WgSsgBKsosD9Ta344/wCN+8E49X4uu8DEHh1uUojM&#10;wUq1iRYi5Juf999OPbQ662Lhrt/T8Ef192BNSvWyNQx0+KdEahlA/qbG4Fvx/tveLwP6m0lW4Xn6&#10;Hj8f7b37WDQDPVdJ8+somQWXWNFrmx5+v9R+feI0zqmqU3Bv/vPPvdRwHWtNBjrIKpGbSg5Fvr9P&#10;fZbxrpTgMfqb25/PvYUnj1XHXgA76n/ANl/PHP595InN7hixH0H+88e/EeRHXgaHrHIl14GlebEE&#10;fjj3ndpXIs2kX4/P+3PvYUDq3lXqIghS4K6m02/Fxx+PcyBkC+pgSoJJ/wAD9LH/AA9tuNX59a1V&#10;PUWYS6rqpAJAA/Fj/qgePeKpaNzqDGyr/T/iePdY42QENmvThII6z05dNK6ACxsefz/W39fbLMgK&#10;s6tyef6/7wf8Pb4U+XTPHp4ikKsqsv8Aib8f7H23xgG7SEBb2PNib/T/AB9u4pUf6v8AP1uvn1Mk&#10;JA0oNTabji44/wAf8fbmZ4YohotyRbgH68fj3dU1GvXq4x01eGaWUiQEAC/H0sOQP+Re+BLyHUSQ&#10;LXAva9/8B7beMg0Geq8ft6zr404H1vY8XsR+CR7wxRyNPwLgfT/iBz7t3COh869eFTjrJLJEkZLE&#10;gmxJ55H+BHt4pwQf3CLE20nm/wCLH3Ralafz6tkdM1WwsTGOQv1Fxb+puf8AYe30QQugKAj+n9P9&#10;Y29smqnu6t5VPSf+6qEkYMb35N/rb8Ef4f6/vBVJHFGmm6sbfSwvfng/X3TOo+nWyykU6l0Msk0j&#10;arOqseDc+kcc/wDFfbMzquq/J+tyeB/h/vh7uKtjpoE8B0/iM3W3C/TSotck349tU5YnUCdLE/T6&#10;qB+PdlAAznr329OkWkAqLKQB+Pr/ALDj31H6bDxgHm5K83/1/bwOCeHXhXrjINRJMjHleAeLf63v&#10;BJxJqctpP9BZb25+vPu6EUNOrMfM9ZALoAugEH/Xa34sB7caKdlGiNXbm1wL2vzf3p2KmrdNgZr5&#10;dNtZTI92dlUWJINwTp+lj7VECNKqhr3tyDx/vA9sSNq4eXTwFPPpKVDLTOzKPST+oWIv/gTb3Mhh&#10;0MWsAo5Nzxf6X49p9Zoa9erU46h1M6yqiXJZr6eCLf0AJ95JEJRXRgB/T6WH9B7bAYvw6dFNOevR&#10;TRIWjkDM45Oof0HNwvvDLLp8frYlOCFPJ/oLn2+AQSR01THXcMGsSjxqqyE2LrYLb8/8a9z4pGlU&#10;MwNyLAMv6R/U396cCpp15RQdNMsS0zFFYBVOtnRySbHkAD/evebyGnWy/qPJNh+o/wBPdAccP8nW&#10;yK8TXqO1MK2UM5vEthYsx4H9T/r+2uWpYlkkYrqbgX/qOfbyqWGpetfPp6ho4otLxRq2hQWJU2sP&#10;9f8Ap/vv6+/Q0izhjYsdQs3FiP8AW92fsUeR68oB49cZ8g1PIFuqrpNxYal/oT7eaTHRlQsirfn+&#10;yP6W+vtHcEkVXjjpxQRjpgqc9JHKzRO3iFudVybi9gD+OD/j7a67ETrKTGFMd+FH1sR7rFdELSTj&#10;69eaPGodKXH5yjlgDMzCQjkEjTq+th7yRY2JApaO1zzzbn6i9v8AefakSHTUHj02BTDeXTdU5mWR&#10;3RXuEsFuL6bH1Wv/ALxb2xZcfb3Qc6rEEfQD+nHvYocHj/q/y9WY6Vx0qcA5q1WYjSFBBBFrn8Hn&#10;2109M8ya2Rr3v+kk2PPJHu5IA6bAJHTzU1awSaA6WNgBcD/D6H2800KmJudH9CSQ3urEnI6tngem&#10;KrmZZ0413vqAUMo/p7nUsBUh0VmYfQ/j/go9tln4dWCk8em2vqYnQpK6xxsDcf0BF7t/vXt5pleU&#10;lZdKE8ctqJ4t9PesHh1qhQ56SuQlSjQTU4km0nUAEIQc3+v5P+PtukwqxVP7Z1EtqBIFufwbe1EU&#10;zAfIf6sf6vXqjZ4dOS7nFVQh5k8V47Fb/p0GxBvzx7fTgopaXyTnSUB54/1iPbMsgV6jz6cjCgUO&#10;ekdBvaeLJGjo0WUM3qHIHHquPrz/ALC3tlmxcdPFIVbyNYkarD/bf7D+vuhkYnGR1vSCaL0t6TOS&#10;VssYlQ04VhqAUm/P4I9sNpfG1wSyn0qL/T/E/wC9e1FRg9UpQkHpU3h8oKsNEim7G1/9ha1/fcNX&#10;LETqAVbWJBuQbWuPewFYH/V/qHWqUNeuFTRRTeMqWdw2oXUDj6i59zIKVKlWYB2+p4FgxPvZfQtB&#10;17J6baqtkpJFDmJQSBywLKAf8f8Ae/c+OEIoQJ4wvBHF7/6/59tFh5de4Cg8umyaZ5WaR5BKW9Sm&#10;zadK/gIPp/r+5USMhOqxW3BIN+PqefdGYEdbQajUdQ5pBNp0aw+oBgjEAAnj6e40s+lWKvYKbsq8&#10;EEfT3pFbTTq0nU+KnVpU1xa2ZQA7Am5PLWPJ9x4q9JQVuWcjhRctf6fj2+YKR1406aViMdZp8fJD&#10;KrKBDECNTcAfTkj/AF7+03VVMqSssl0Ic+lOD9bkW+v+8+/ItVov+r8+vMCp6WNJTQvEjpZwyL62&#10;IY/0+n0/3j2yNUs0vAN7i30P55Y+3UArnh16rcD08iALFa4083P6b/0Cgf63t6p6lroCLr9Gvxyf&#10;z/h/r+9lFPTy9qdMVRTALIRfX+LXvb62t+fathniaHRw4P0vZrn6XHtPJGQatgj/AAf6v29WSQnD&#10;cOkPPT1KVPlUvHz6wCQLfkBDwCf6+8EkNPZXcpxexCk2/It794jqaCvTTEVqB1LilqWLpGHBNrhm&#10;W5P0YEnn3mkySw0jQtHdCtlNvpb6H+g91esrAk56suqh6i02CZsgKuOQKxPrUCxJtY3a3PtMrXwt&#10;KCx+htYWsLf19qdGMHjnqgYA06WTY+cRMqi5P9s8E/X6f63ucZmlIZG9P4AtfnkDj2y4Kjh06V10&#10;NeoEVPHEGSVbMSSTpNrg24A/4n2wZOKrivISQptpuRz+SBY+9xMvAevVGQJ0pMdLSzWRbM4U6iAe&#10;Bfj2308tb9NBZTb6Am/+2Ht9mjpQ9VCsT1MmhpeWLBXII5a3+wFz7eqmjkngQaPE5sL+qxJ5/wBh&#10;7bUnX2HpxgQOmanrYaeaW8glQamtdSRb+l/r7f8ACbZmbQxs7XBSxsv9Bcn2qdmbNK1/1HplcH06&#10;D/d3YeKxiT+adaaKGN/M7ISVGm5IW3sWU2zKKWB4lQzRHU8YAuwtyFJ/p+PaPxooptTqdJ/Pq0tZ&#10;Eohz0TeXvzCVeZy2MqsiIaKdGgoq6eRYIUlS5DSu36dXHq+ntUUYFPEvmTRoAuHGk3sLqR7el8Oc&#10;/p8D/g9ft/2Ok8MEhFZeip7sOTy2bmTGZBq56uVniFFKKpBqJcMJo9Sqljf/AHjj2x5ndVNRXjR0&#10;VvpfgWY3Bt/xv2qht1WhcY/4r06dLrH8PQmdZ/G3L7i/3KZkVT+S7hGLEaDz6tRIt/gB/Tn6+w6z&#10;G8IyhXy88nV+bHj0j2oaJHBI4/6v9Xz6orFxq6Oh1/0jBgJI3SkijQAJ41TQilW1liw/1gOSfaFe&#10;uWY3ZbmQ+kv9eSOfaWRWpprjpwMK+nRiqfHfbcIQojBGmPgGwPHHtO5egZqhG1csF+gJJv8AXke0&#10;8RKkjy6s/dTpT42sRqc2AFiRyQBYCwPPubT0UdHTCWUAE/pFgCbfkn68+9u7MQozXragKKkV6iyV&#10;jVVQ0UX0Xl2+oAIvYf4/195Bl6elaNUgJdueAAv+BHvSx1PcRTqpbrDLi56pH11FlFwOSW4/BPvO&#10;d0sGeJ3YNa6hidK3N7kj2sSJSmKV6aLGvTU20KbXHKkaAXGsqvLAfT/efbfVZF5k8iMl2/Oqwt+S&#10;PbToVNSOnFNRnp8o8fFT/tFTZPoNP9OQD7i0FWVmImctfgMPxf8Ax/1vfiupM4I68D3UHUmtptUX&#10;7Itb63P+xsP9f24ZtI3gWZQQAFCyNfn/AFrfT2lQFX0nqziiivUPDySK7wvpLXZmRbDTf+t/bXQp&#10;HPpsPTz9WI1fjj2rKnTU8emVrw6cauVoQ3J/H0UEL/W/HvJXUk0eiWAXMT+tP1EAfQ6R7p4lDSTh&#10;1cgEdYqOpilDIzC7r6WI0hr/AOJ95qI10r3iDppIIDgqbfViAfbpmQcePVRG5wesNalFHGRMFYOr&#10;LcBWubcc/wBT7VcKSVLrAx9TDUVA5Jta1zx7SSs0nevAdXB8Mdx6SUskOPjeoHCKQoZjwBf/AFK3&#10;PHt1iX7QSRuujWCFFibEfU/8R7TaRJjzGenBQCvr01TymuMNRDJ5ApBlOoWZW/SLH/bj2ksk0FVr&#10;R5T5lJC8/pH+I/1vbypKDqXh1rUDgjpbY3yU6oUiCwsBqNvqf63P+8+2+PEwzREyKrpb1E/qYj8g&#10;e3Nbef8AxXWqfLqZLkjHLojvruOOCoB/JPvA+OpbN6SjBCqav0jjg292bxFNa1r14IK0PWdK2Y2/&#10;Sy6rtp+pt/j7SsazUVVPTyINTcrIRdnUj6gH2tiKOlePTDoyv8unZis0ayKeP6X4B/xt7UtLjaYI&#10;tQH1uLFv68/UW/w9sSeLqpxB6cAQrjj01TVzh3gKeO4IUt+kn8Nx7cqirp6dY/EoF7Ape5JP5497&#10;EBpUnrTOAOm6CGoqGk8zG4/S5AAA/oB+fcb7dpoqmbSDGy3HpubHkmw59tSqaBRmnVkzw6mCpSKW&#10;CEvaW9iAbDV+B/T+vsOchiUdmkpJiLPqdCRbg82X+nt5GKgDj0yVUmvSgViQNQ0k/T+n+HPt1xkV&#10;NT6Jpr61ABPq03H9nj6+7a6mlerAClOsVQJGUrH+R+CL/wCv7UdRWtURRJSyFHJAUD0ra9wAB/xX&#10;22FKvU56sTUU6bYaRIWkaZVYckki54HJZj/tvbPU+emqC1QTqXS1+Qv9Rf8A2/09urlcefTT9uad&#10;T4miliHisVPHFj+fxf8A3n2qcbLSeBZ5JCHlIJXgX5sL+00yyh6Dh0ojKEaj0yVqVDuYY410oDZy&#10;Dcenm1/8ffqmOkesfW0UkboDz6woA+gU/wC9+3oYWZaMaZ61IylqL1whmqko0MaOsiMV5OnUSbXJ&#10;9stXQ0haKaKJHUvb08FNR+jW+vv0kehtJPVT8unOlqZnDJLqV1UEki4awsSv+HtykwUMStUlB9pJ&#10;GfJGLawbci/49sxsf7M/t6vpxq49QVy/kc0yn/KlcBdSkRst/wBVr8+0tkYaYRqqENHr0orFSVI+&#10;ov7c0BWr1RiH4dPkDSMD5FAbgkj6H+hHubh6eVKhx62BivGtyyfT0gW+hPu50lCetAd1B1Gr5EWG&#10;9wP3ArEkKVAPPP8AsPeCaGWoqUXQFBYq9zfQQfqT7qBQY60WGqh6kLIscRYm9gWFv7XH49qCWrTG&#10;0kccY1yIDdGC6pB9Syk+/RIHkBfq7mgovTQKZqyeR3JVGIClCbDi1mH+P1/p7TJkkyeR9LpGJVGm&#10;76bG3Kkn+n+Ht1sKaeXVPiIr07Kq0lOAQWCDmy3Y/wCNl9q1KfJUOPkZISURWJc2s6nglT/iPZd4&#10;oeTSc/5OngrjuHDpoebHVVXGpmXysQVjuQwK88r/AFBHsFKwwUuYcEuWnbylCSRoc3uoPHB9mqKX&#10;T5f6v9Xn0jY6X1dKH251lLDPWU7QsymONQbkhZDf9BJ9uRkIDXrchU066F/z/U/Tnj8exEkpof4D&#10;CKnx2Zwrqf8AORPa4lUr+B+OfaN11Tahgf6v9X59Pgr4eemdZ3bJSxqH9MQZWH+bZdVjGT/W/PuD&#10;T0ENTTGCGdpp0IdbDkp+UsPoSP8AH3RmKODinWgKinUuWpaFg8iBIiNLMT9G/BJ/I94EhSmSWFVb&#10;RUlopkYG4JNjqX263etQeHXhVcAdZCdbKx03SzqQeDx/Zv7c8JRfwNxU0mgStIrLG7g2P9Dck/7D&#10;2yjajokFR1tl0iq4PTdk0hyNPLRzCQQSI6yFNQOkjkg+5OfzmQqf8qkmlVi6wzRIxZWB+gsPp/Tn&#10;2sRY9IRRj/L02akfZ1CwmBxuJhFLTU8QjS8sT6AHUseef9594zLDJjhPFHNCYjpcxA6/UvquLfS/&#10;tOYtE3yPr/q/1fy6fDVjpTh04KJFqjFJIkgkBZFbiwVrC3+PtQYClw2SxskdVU1kRvaKX0kxSnga&#10;w34+v+Ptm6ikUa4iPs69EykEOOk3nshncbX0z0FHRVMTEtUQyGRHkgXljCyX9QH9QR7RO6tsJTNE&#10;kNe0srspMnjCowvYBm/B/wBb3q0nc4YUp1SRE00U9KXE5NslA0zUzUwW/oZtTXH14AH+w9ycBgi7&#10;GlralondbwyIWKBrej1DkA/S3t+QyvlB+Xr1VFVcHrjk8n9nTmoig+6WNgJowVVwmoBiof8Ap9ef&#10;aCzlDPj8tJUy0MQx6toeYVA1mZTf9AN7fn6c+3oUNBWor5dMSBhJqHAdOcMyTIjq2rUgf6EcML/n&#10;2v6CrGdxaimLIsUaxyw+kmRFtyob+o/Huk9IRUCten43Ei1rTpuZUpKvyS6W8zkxyFSNDH+yzD6f&#10;6/vHkJ6Xb2MmIjVZJQhSZ4yjqx5Asv0ueDb27a0caz+zqspKLQDryrJW1SSGUiGDWHiRgY3Y8Asf&#10;8PqB7x4Gsl3JP45qmOF0VQ6RaZZNFvTKA31Bt+ffrqF2GuMdagkrRWPXGtlhxFK0scBdQxKqXKJr&#10;Y/pZ+bXvcce2rM1OEkqYoJEaCekl8UlYi+NmCvazC9v8R79Gk0S0B/Lq0kiMaEcOptMs9mleQOsq&#10;q8cV7iO4vw9rm/sLMlSZLGZCfKU328uOjqg0tT5RMk8E5KhmH1UkcMD72rBv034/7HSVkNfEQ46l&#10;g/S/BIvb+n+29qKqqcnUYmGfb1OJ4Z0ZKoRzKZkINklKk6rD8MPp70ypEwL+fA9ONqkj/T66uLgH&#10;6/UcH/WsD/xHtcbG3NJ/Da3F5aNZ0moZYZopSJtZ0FTct/rcH/ife5rZJqSDtI8/9X+rz6tbyuvY&#10;emHM4lqyWgq6Z2hqaKrhlDoxS8Yf9xW0/UEcMDwR7YqCEYiopo6QLNCHJETyFXSAm0oBP1AH1B59&#10;uAKRQ9eC0yuenx18kbobrcEX+pBtcEf63ty3XuSgiwMtNhYp6Sqp5XWaZ3Ihcj1IpZ7kr+AR9PdU&#10;hVWDVrjrbyMVIOKdNVDR5FKypqK+pgqInSMUkSQ6HgIBErM/5Lcew42niK7d0kctZmYA8MwRzK7X&#10;UO1yIyPqPxa/tyZ3VS0a+WP9X5dJ4CGOTnpxqJ1pomlMckgUE6Yk1MbC9rce13luv/4Y1JVVNA2T&#10;mqZFpmEpRIpKZWOmcKbm4sAOOfaKKZpCc8OlUkYVQ3EnqHRZeiyDTLTzIzQKplW/qjZhco/4uB9R&#10;f2k8vgt1bZgVqbAiOCrqHlp5qakCxiMtoZnCfT0nULj2+t1DJj06ZZZF+EYPp1Jp6+iq3mipqqnn&#10;kp2CzxxSo7xMRcCRVNx/sfYj4zMZjG4zHr5JJ3kCx1k6sbQao/RJIikWA+lz/T3RgjtUjpxdQAFa&#10;+vUapxtFVy3qIInZQGTVGmo6TqaxYXt9L29qHAZeu21tbK5JcnQPkQKmadBIr+YITMksL1FgT9Aw&#10;H+w9tyW4llXUvaP5dWVtEZznpNZ/E0OeyuNocnjK2ajhR5oqmLzJTrIymJqaoNOQVBUkgsdPFj+P&#10;aJ2/W5rsDPY/O1UFTVU8MUg0wtKYPKTqdJwvp+lyPfrqSOCPwh2k9VhDy0lpWnT54cTtzFtT0xps&#10;ZSxo3iBZUAZrIG9XLEccm/sZJq3ahqF2vlZadvNE/wDkNHCCsFUYyBI8bfVlvyD9f6+0KW00UP1A&#10;NK5z0p8bW3hkdIOVd01Ef8ewMEPnSZQs2WnCmvxaTCSWOPwhtCSAXjY3twSv49hjjNvVeLyzY2uy&#10;NLBgBPPXrWTIz6qGE6J4fEoKrwQyozf8T7fS5NyuiEd3D7OmzG8J7uHHpe1mRlXGS1lJQTVleIVS&#10;LHxuschqpUBjiaaTSFUMQGkH0FzY2t7UlBkdqt/H6HbFBT0+DrrQHM0X7VZUM0avK8TXvH6udIHH&#10;4Fva3wJLZFq+t/P0Hy6ZaQScQAD0loMTnqyDb2V3DVGPNUDSVUuFgmjmxMVTKHiCO8SKZzGjaUkY&#10;jnmwPtEtTYuOLJK0eRqYsbPT+CppKpq5K5HkDPT1sCAyq31/AH+PthzOX1MaVrX/AFfPq6UpgcOl&#10;zrqS1NzFGJUczROCJkYJe8JBINmsCDf+t/a7zm5DkMMdv5jA1lXtKKhpKV4lIWtWqmcPSRRpChlE&#10;iMBokFv8bn2kCwxnUjUkapr1YanJVhVadIWj2XQ0ebrNyUNXFDuLIzzVE1STUTUk0KKKaeM0plCh&#10;HARnA+ji6kEX9tk9Zg9l4ZqeLGVlLuKvp2qtvUddXETxUEcgb992I8fN7MxA9vRWn1h8eRqqvkPP&#10;rTSrCfCQUr05LJlM1lqYUmTxVTt+gWqo89HDTO0lTlVjGmGmlZnQImoeVSTY8XuCPeJc0dy7dqaX&#10;KZeTH5GWqWTOyIv3a1GPQhHp6Cm1F3XgAy/Qn2r8Hw2HgAcKfZ1RZAQQ3lxp1yGJfG5SGWix1JNR&#10;U9C0WKpoo/A9NXMzNPNUVbDSisraFAViBqIv9PaP2vlcBNus7bwi5WqxDZIvDPVU7yVDyuoi8Oll&#10;UBUN/SL/AOx9s3SCCHW7jV16KbW+kDHT1LJXxYd6qrWjiyUVC8lQsM0n2McqJ5JRHNMA2kW4ZgP6&#10;8ezC957ipcRtjGwQZWPC10NZBTwQU8AGSyOPiS1TR44sAAxuum/pvwSPbOz2yisxXj5n/VXr00xP&#10;nn5f4Oif/HTA5v8Avlu7LZNq3O4TOQDLT1FVlIqzGY7cc9cZAiY53cCRogQHQEqoQ2sbqF9F2hNS&#10;YyjTDYWpqaaqjMA/ZI1z0663lr6uypGxu17kqCDY+1otYfGZ37if9WOmmd2AbPRmMpsKhzVWlbk6&#10;+rkq4aiWopzE/jjpopQE+1igJYFAAFuRdvzf2l9w7r27uDcUNLLX11M9TS4qvkjoK0CnlzdJVgri&#10;40W4HnsFZi1vyBfn2oZXSPBFP8nWvEV2oc0/w9PGBxFXgsXHjlaGpFLUzw0lRPpEy42SXVE87IoD&#10;OgPKi2oAC4PPtRU28sbn8lNkN1bcho48LURYyfH1uTb+HwVUgHgWvo0Ij1gg63YE/wCJBHtCYRMP&#10;poH01ySOPSkTaVLsMg9NMO2qrGYSegwWfqlmrDLWLkXhp62sMUr+Sb7SaW66bMPCvIW402H0Fv8A&#10;jufzFF97tao2xt7bNNJT0jVBSETBKcFa2WjULYj6Kl7Hgn/D2WXQstvbwApkkI41rn59PKrTDxC2&#10;PT/VjoJKHYu3sfkYqTes28t9bqrHrMqFnqco+NENVU6qGinp6eYU66AgBBugNyfqLsuHpMHtt8bB&#10;U5MZyk3lnppqeVkSSpq6Gip2nq46+dAfRGxKpEWAOkE3tb29BBPdxGSY+HThn/VT7eqvIsT0jz09&#10;bizmbz8m6aXAY2pxO49i7WlQSVZnTGQ5/PR+XEx4hXVY5mEMOqSq8Z8Sv4lILSe5OZ2iMjlsQ9Ju&#10;CPA7cpmlgx6zVcVLX7lFWwrZqGOqRWkjjhdVsSt+W9Jvf36OaSJPp0TxHHE+Q8uP8+rPoajE0p5D&#10;qDiuwKzH4mvmzWAr8xvRoBX7oxW28dLmcdtZqSF6LHVdRSTSRFnqERm007ln0kalVBZ8bIRYYBIN&#10;c9JXVFRR01Vh4K7MT02SpWtVmtydQERAxvGq6efwePfgjo9XajChp+zy6q9GGRjpsFD/AH1aKOto&#10;pIaygpKWvyGM3U+O29QZDAZOF5Mf9tg8a1XIfGUDs1QyWdSjAFiFBDPGXa2P3XuKSqjx1TlIKurx&#10;1VVlqmqOSrqyGmmVtALIwRdcY1WuFvxf2ZxrJdkB+A/Yf29I3kRCQnn0OMD0064jD46CKekxs9LS&#10;5BICsFLR0NNiZZKRoouFkQyrBD41BsGPAC+3rB/aYygm3Q2z6jJU0eLqYNz5zcNdkneXGyUolq5S&#10;JdCgMjIFCow5Cqb+2HjHjgyS+eAMdKyD4VQBjjX/ADHpMbrjhyMse1U7FTauYyFXT1G2qHB0uDGS&#10;SehdqqJPs8nHVfcKhp5ZJVWNBpSQmyqbRNpZzZeC2zn8pgMONrZHL4/JRQ02Op6uamxMuSnjo4K+&#10;sFTrEAjmmgWyhSxtZb39traNJdCV5NSpkA+ZpwxTqgZdFFAWvGn+odYd37c3FmanZ2EkyVFWYem3&#10;Dg8rl67MSQ0ldlGwZORkxdBQY2OGOeSpWCR5Ea0aoHJDKNIRO2dvbK/vrT0e4tyZbIZ6iYYirqSk&#10;k5gSFC0tFR0MXl1Wk1s7so0qTqHtTKt5PH2FVX/V9n+r5dNoIFYgAsw6Vm5stuKj2rlMxtPDY/N5&#10;hMe1XhcVW5RMXS18zqJIRWZGRdEKlTc2Dc2F7c+1PnKfGbCx+Fm26Zdw7hyeUrKvb2WyM88GIx+A&#10;pqUVFRla8xR+OOocMFWBmYgsGRbnT7oLeVwfqGFAKaR5nqocqdKD9vSaweY3PvDJz0GZxNJgcFQ7&#10;fo6bcuIeSStyU27MiT99jaHJRlElxlNGrJ94sCed2IXSsbj2JGP+8rMHtOk2tgMpX4ncz1lLm931&#10;eRNBNiapYS0yVEFUorZKaqdWQExqDxewKj2Xx2UUcjS3JrIfhXy+X2kdPPMagj4fP/PnpD5jeFHi&#10;927rXdubxNPJs7F/3jxezKHH1ORnyGApyJ8dlj90I4DkopRpjgpmkMXocmzX9onLY/RXS7jw+a3A&#10;W23UPjqfZC0v3EFXUUMLo9Vk3dTqRtY8cEQEZGi/J9rmlmt0FtKoCsMk9N6Fl/UjrX/V/k8uhMx1&#10;TW1whoMnR456LL4eWvqNy46uTHo8uQkJp6PGU6aqgssPr+5edGDLqUH+yocVtWbN9e5iszS1e2qm&#10;espzAualeGSIrWLWVtGMVWR6WWWMtDEfGdJFlBA1e0Yuo2u9Ft3Yocjj/qHH/L1uVaoDJgdI/cO/&#10;ZqDszZG3sElTnKOuxuWqs3Didvy5SIUjRimx1a2645BT0r084vNTysWkil1izKqujsdJtXIx7Bxu&#10;G3LXw1u3941FTWZWlxtPVST5OSjaKagSkbXABPIYY1klukTg3BB4XTF4IXM9DqHD0HW4gHynl/qp&#10;/PpQZih3R5N8ZKXGYerpclgKHDUONkzOQpoamghecVFTkq6GIPTGFausllWmid5EMSpIsiD2uqjY&#10;WUp9ytuifIbyppcnNUR020sfJiMjRY2KGIfaJLTVBI88hEkhqyCLa41P6SaNefU2ojhUaRTJrnzx&#10;TPTi6Ffzr5+nSJxfZOEkxlRinze1chHt/C4kZnd2WOT2zha+SV/Dmqill8DxL45EQNQrVl08kfkY&#10;KRdyyuw8tQbSpKOn39T4WlWuptx1NPkaShp8tS0xgUVePAxxjWfRqkYNNqJYLqPp5btjfXFywEPl&#10;QN5YPH5f5umpJLZV1AkkH5HpJ4zuLbma7FqDSdebw3HmRPldlQ7m2/T12Z2UIaaoerpJarI5AQwU&#10;gqNEa64om0s7LqkUhiFOHzddnpcJt7rUVlVsHBy11Rldx1VdHHkFzuTr1MG4srT1AjSKNrv9ui3s&#10;oLWDW9qbjRYrSU6pn9K/sHTaapj4o+GlOOf2dChj8JR4jI5jfHYSYSfe27cRFhYMTj4Vrmx+28LR&#10;SZI7IwErxrU5K88lXV1UwgVp3kC+JYooUVPV/W2T3RkmqsTuLHUtHBkqPB5ts9DSBMjW0eSkpsvk&#10;sXUm4Q1BCmBljJcnXcKR73LdSww0KFmpinl1YxiuutPWo404/t6Wz7opqCjpp6qiyX+V498pS0NH&#10;ia6Wup6FIBOlPV0Ual45kW4dGVQrAJ+q11F2LkuvtmQZPYhzVTtjG5LOR15p9v5CDI1UVNiaBaaW&#10;Or8plemSodywgjUXszG4cj362tr5UFxcAB6cDxHy/wBnpl5YpDQ1AH+r/VTpHbJat3VHtjfdReuy&#10;MW16+kjq66gyeAikj3NX0mYK0uNmjUMsMVLBH5njYt9EZCZdTbtyODpyfdm+MDWZTsXctZQwYzA7&#10;coaFvvTtOcrV0WYkkoRIj0oVAGmp4QABYi9wLSx/WMBe9sa5NDQsRwpXAHVXDIpEFSTT7afL/P1B&#10;3zg/9J9HiNqZ7GS4rBN9lnMjuBa+gkhpNyY+s+yTa9LTO4kNUJJTJHNJCYvR6Q7aR7c1qd4bvp8G&#10;M3s/A0Eu8K6PMU2LwEwhqooniVpchuKUFnka2mPwsi6jYOL/AESXFztkbNcRmnhilSaj7AT0pjhm&#10;emvJPH5fb0rduUOJ2tRV8Eed3FkIcBTwY+qq9yTVMyQw0tP5UjpZZIqeGSwILSRBgP0ahawF6s6a&#10;xOIodyVfYVFDvHauLxsp2nSUdJU02dpJK5DHW0kEVFIGEgICxyoyj1arLzYpt9xm3S4VLUMlK6m8&#10;q+Xl+dPl0qljWNKYZj5eg/1enRaM139lN412wdo9YZXBbX7I3FuWmq9002TfH5jEU+0sTTyVGQme&#10;skXTKKiIRiNafRUAgx600hym6LDQpkdj1tPHhNp7T2Dlq/OVO36GryOZzdQsmCNBS0U1dUjxSzee&#10;RneKORljAHLNyDp1EMLRANIzmhY0HH+Q+WOkhUs+oHhXH5dLzM0e7Wwu88ZSZDObu3nvvAw7XxGY&#10;z9Hjtv7FpFWfIFKynwuG8tXSQQw1bGaeqR3rGjiRJAmkovd65ejo4q7c2dgyeaxEQig23t+LNvi6&#10;LJVVX49VNksdC6JNIpUvrqNQVQQFv9aW0MQpEnBRVmpUn5VPp5dbJoAoHcfP5dBTsnZ+eNBgNnbL&#10;r9tbH7KRayTsfeFJtH+8WWw9BC1RGlTtbJ55vAlPUSFaeKmVTpEjyqRpfUXvcnTnbO9JIuxKrG47&#10;JJkJ/u6PDSZqooXxmKkk81NAKG9PGIYRYaDIGsNRJvf23Lvtu8j20WqiChoOti1SOjVH7ehwxfa/&#10;TXW+QxPUr7pejymPigxVPPlKevqXzWXVQlR93nEhMdTk6iS71DM2qWdmAvISntfy0WxesM/hqlcf&#10;LnszlKCjyc2Rhknztbi9x1FYkbTT5+aRIv4fBH5AqSyFgi3Ja6+921tJd24lncoPJaf5P8PVpJGC&#10;6Yl/M8emSgreyO3tv71xlVjzs/CUvYO4topHkcZX4ibd/Va4V6Qzw0tUj1tLXVE06D7hFhUKhMSq&#10;2oFF7h3LtjsSmyUctTXY+v27UZiTauayJr32tV1smU+7kpkhUh6mcnyqjoFVBYLcKPahEa3YRQtV&#10;TxHnw49NCunU37fKvQlYPbGV2dWUlRiKLH1dJmmwkO64YaSGLLCfH4JMHTV9LWSVMUQpqdKenDwF&#10;ZXI8jodbHUnsJ2VvGjXKPjKHJ5XAVOFpIGzlTUx4nH0ePSoMVe/8WyfKK7A+OnjJe4vxz7cdLdNO&#10;sjUDgedf9Xn1QF2yK04+g/n097g2RtDcNThHy+Kx1RPiM/HuXHQPEPG2dpqZoIMpLRxFVmmhV9Sy&#10;Sq+mwPFgQ+UHaUNDtP8AvPg8FkdxbhpNyfwqSLD41MNDDip6Z5oMikdLHJLLDFGqxedk9T/Xg+0y&#10;WtvdXLCd+2nw1rnrcskpXsGP9X8uoeS2/X1+Tkws7U77SrcY9RIa6ety1fPlkrleSnK17GOOFkcM&#10;FVj+n0BLXCDr+xJe4c3t2Gq2+cJQbazlJLXUTyipG46pFZ71bRKhiSFQzSNpIGqx5NvZj4Vnt9qY&#10;bbFfmOm7eKeZy0hJofPqftzakm2os1/ucyWSbI1Dz0ZrEp3XC04hEcNDjo1FzGpGq0jMWNr+8m9t&#10;r9g/xHL5jZW3MlkdpNk6TLqYaWLJTY5JYhH9jFRwL5DEzEiLREQsfJN7n219fYxRhHYBgM/7PV2t&#10;JxKG4+f+odZKPcWNwybfwG59z4Jdz5CnmpqaOarp8bPnarGRBq+TH0NVKzyOiWkmSNm0XJ4X3YV1&#10;9jZcNtbBrlqY0ebqMfDXV2NLxj7Gtql1yQtHEBdowdHN9NrWFvYa/d53KY3h1eGG8xg04HPr/g8+&#10;ljT6GMacaU6qA+T3fWX3FvzeOC2OcfWbXp2j29Fu7GGWtqauGGmQZClpcrqeNIDPrIanK+UjWWYE&#10;e16WkqXDTyMFsABa7f4j/WH4tb3QQNaErZKAPlgft+f59XoSKvx6KlJlMMMYi5sNW5aXVrrayaaa&#10;WmijsIFgp0dQ7WB4YgWN/rb30gjg1CK4BYuSWJb1fkk3t/rfT2tS3eTunFTw/wBX5jrRaoxj+XSC&#10;z28a/LmJI5Vhp6aJKWljhggp18cXpjGmAC76SbuxJP8AU294wxLeprkk/T6fW1j7WlQqUUUA62QK&#10;VGDw6SctmvLd/IWK6nuz3YXtc/8AEH/W99+nWADyR+T/AIWJt/sPexr0EkcOmzXz6jsHAOrgagCw&#10;swFjZQxHA5uT9eLf4++jpueeB+fx78NR/PrZFOvMpAW12LcC4I9LC7CxJv8A7D8/7xy0rYNxf6E2&#10;HugdtRXrxrjrISdMQKyEWIUDliPzqX/AXP1t/vXvh6ADp45sbW/1ufbg8RiNfDrZH+Drux1D9b+i&#10;63Jtpvc2ta5tz75XQIAbamH149X+Nvr7a0SGUsDgfy68KhaeXU6aqWSmigWGRdDG114DsP16v8eP&#10;z74rwSoHF7/T+v4FvbzZGqvXhU8eoq3IDlbkcFSp/rY/7Djgn+t/fK/9OSOP8B+efbdKY9f59XAU&#10;8esyAHRq1hTwA3BIB0j/AIp76/1xe/1A+n+PvZ4YwfLrxpXHWRY9TM9mCIbliQyldY1G39Rxx/sP&#10;frc2A4+n+w/2HuhZitT1pUHU6BIi1wFYlSuo25W/DMrc3/oR7yLwfpc25B/wIPtiXCagaD/i/wDL&#10;+fWiCPh6y0iVEsrQaWksLurllVSrDgWsDx9L++ZQD1ckH+oFgf6X/wBt7TrMz9px/hI9aenHrxr5&#10;dOktFHRaiHeYcFZQqiFXNiY2Nzcji9veMiwLMbf05t+PalXZiEQVHWmbQupum1aSO5qDKolHAUEh&#10;BqF+QeTfm1h7Lr2325ufYecw9LQ4Getwk8fnra+IJNfTKI3gjQuNDJcMSVN72A/Ps/i27a7ewFy6&#10;AyvWpOKD0+deOf8AJ0gVpp3NCdIxj/Z6sm+Jvxq677l61y+c3juHM5LMxZaooabB0VfNQUu2WSIN&#10;R5Cani0moknUllJbxhQV5cNYRsTS7h3JkaWvyyQYzFrHFUwUE6eWrDp+5HUy6GZBrBuq3DAX1D2C&#10;913lza/S7YprXJFaDPmR/q9K9G9qkMaN4hq3DoQaPb3SXQO3c7jsbVVm5t0175TEVWZWspqebJGo&#10;d6ap27jxMVl0QNEonZUaMMNeu5sAh7E2RsKPdVfl87uatxVVuOkgxqUmPpZU8sGr7bzMykiSR3a3&#10;I02tdTa/s+U7pc2EcylQFArWvlTouiliVyiLWmD6cehR+PHaXZWX2RFt3bnWAzGP2Y9di5NwZrfG&#10;HiEuRE7ZKnxUdLT05kRIaeaJElIYngcWJMunq8Hs2oqsNnfv4ds46KiosD97SxVElVDR0wlaWdSC&#10;76HvpksCT+mwHuh2aWWEXVtIBI9dTeWR1cXzE6VAJ+3gOhA/iO8uwdp4HO7RotqVG8J2qqjdlFRb&#10;oraelxM0sho/sqLK0kbgStGgWaJx6bHVqJu3W4utqffc+zM1trEQYSDbOQrcr99kscMXS10VZH5b&#10;GKIMzlpQJNbISLHn6+0MW5KkT7YXM9yxIFP2fl/q9elAh0H6mYgAcB0lqbs//QvNvnL9ubqOUpc9&#10;Jt6hxO3Nt5zI7yymHyUEc9BkaeKKrSnSn8ivTkpEVW6FiNRJZZ5ftXaUWGro3rpKuKgmpduV+Qxk&#10;UyxtkZyIjTQVEXKkufpe4v8AX8+1+08vRWKhr9k8UAtSgqK+RPyrT0qOHl0nmM8jgxCik+fQHL0H&#10;3VuDs/GbuxtVS7Y29kchUbvxGyN2Zg5VaGnoUhpIqjNbciaSmNRKJI2cIWMbMFZtQ9oWuk7Bgr4s&#10;H13hYo8KcXDWT5HcNVkZriUHzxxRSsEDfS3quxP+v7XR3O3xESxt4kjmmM5r/k+f+HpPJFJK2u5I&#10;GnyHQ35Kg61q8NT7s+RGe2s+5MVud6SKHBw0lFHR1FNWaMOqCgR66QiIJM7PKEQE3AVb+0z1vlOu&#10;Z6rKyZqhxmDye3KuppqqGaeJZZMq8vkq8iMcGcKA36bux/JA9sblaXMzCBCSX4/L5dKFmKpWMV/1&#10;f5ehF7fk7hp8ZjV6ylk3NDmMjDUTQLT0tIIsFFSqTj/46j3X7knUJzCD+NXtX7g3Jh8xlq6Ha+4q&#10;Y11FjZJq7F0cK6q6sMRaifJyKFJBB4Ut9Pp7WxbXDBFF41GI8z5Up+zpNHNM4KuKCv7OkF1Ht/fu&#10;B2+0XZuznR6jdRTE1lXnIK9Nr4DIMPLS4mm8tQ8Ohgw1ALruWJsB7BzK0FTuDbddTZClq9yZZZ4q&#10;aHFxY+HCRQVVR+qooxUTuzxIf+bfP+x9+M0kczMpCRqK/b0/pBAFAejOQyRYquiWKPH0GOlp5Z5s&#10;i1dUVslTDSFUSOqeWIKjlW1B2qW/SQAwv7zUtHk+ttn1C9f7TmbNMyCvjCvO4rahhFLJdgCsSEk6&#10;ybAcfTn2ls2t7idrm8/U05UHh/s+X7OvSxkgRoaD0Hn005qjwm5qyGj3Fl6OTFSss2Lx0VUKOOuK&#10;Msi+WYyXlf6kxpa682HPt/oMlvzB1GI2a2Sn3FW5vETZjI18ZiqYKetku7Y4Ta9EUEHCkkc/4e/N&#10;NBMDeSIBU0UUzT7PmT1rSFNDwHn0mpMD1zlnn3rlNvQYI7TyVdiKOeppHxd4oJ0iGSSmhRGkNQCP&#10;tmszFSoFmLANe26bde/Zc5ishR5CiwqUMsNdXRVMuK+3lgujNRTwEMwU3Nr2I4sb+/S7hFZXEaKN&#10;UjmgUcc/4OqyqrJqYUp+2vSk3Vk9rbIoKLKTSUtPVtWwQ41ZIWrKiuqq6QIsCKt3DSmyiUcg2ubX&#10;9pXp/YNFS5jdlfkMxSb32/tiir48bWZGFnNLlZGLQxpJUyN5HjFzwCP8R9PbG4T3Vzew2SggOe6n&#10;ko49V7IIK1qTw9eo/YO5a6gxW2aKinrMNndy7hwVHDTQxLVVSUi10dRmIJZIklVEMIaJ5RYrquCD&#10;7w0neUWD0bZqKerzVZLWPEj0Ej0ojjmf9em6qAg4uL29qLzarOJjPWlBw+zraSuzAf6j0oMrs2jy&#10;eRiyayR086Iiur0NLViXxm662nu1ueQDz+fc3sHrfbMGcwfacO4auePxwLkMYjSZr7mrjjH7PjB9&#10;BA9L3BUkci97pI729v7f6aMBAuNVaCn2dXEKRy6zx/kemvaG48nVV+Z2xlMLUY+rws0ho6laJ6HG&#10;1mJeUx0dRSuxYMSQbiP6C1wPqRP293pldx064rCbeqcLQYqAxDIZlBRUrrCNJMMaBVLEjhQf959p&#10;Its2zbSKDxpWNSeP2/6vy6eVSzF5Safs6CzN/Hbb2Y3Hld1bqzmYy75SrSSPE0UAhjgU2ijgWctL&#10;NIFHLOxFuT6fatyWLyO+Nq0lXXbkyODkapDCWho4w1TSxPZliiY3swvZtXtz98TW80lvDGDiozTN&#10;OH5f6vLp/wAGLWNIqPPpiwuM2t1RvWrwmz9oY7Iw1NPG9fLJlZDVYusmPk11NRVJMoDL9UVQ30sD&#10;+Unu8YXH0VMuIxVbmYqjw0lbLQTyV1briIRJJ45LqDf6tpsD/re3LCaZY2lvpNLZNDSgH+r+Xr1p&#10;oXMnCg6Fvak25Kuur3zNWuPNPK02MpZ8bT0lK0NQup/tjC4cxqfw8hc2ubAj22bl3k+waDDUkzyY&#10;DFZYapfJUefJVbuAhhDw/wCbPNhZeBz7vZQ/URPfqKtkBjwx9vHPTLEeN4TmtOscW1tr73y9dkM0&#10;cfuXKbbq0pKWOWhK4zE1LIKlGigl1eRz6XZmdvwOPbjn8jhMTtf7jarZHJ5utT7ho6mpqKkASJrJ&#10;Y1R/SP63/wBb2k2eI3F21xfUITAAHn1u5Z/7MYH+HqRjqXeNduWppc9SYmi2pRwBaFqVUiq6qoST&#10;TGNUT2VbAHTpFvpc+wu23Mu8sbmsZu6smWCONpp6jGr9tU4l0N4h5zewuPpexF+fZ3PdTG6WK1UD&#10;VjPp69MHw1i1txHSwy0U2LigqcJDTGueeOnWlqZZVhrY5G1TR+luJNKllexItyCLj2/7AlxW4Xn2&#10;XtytwNOkVlqayuio2yGSaA2E0iUpLyMB/aYqP969oN1t57FDcyAyOfQ4HWo543Os4A9OmrdeSpds&#10;Ub7uysGZqloE9dLi55p6ejjkULLNJTlkUpcDW+gsPwPbf2vXVVHlqPYmGpcvVVMdMA9fhIFiKI1v&#10;NLVPHfUvI/IAFufZjtsAsttFzdYkk7qHiK8B/q+fTALTsSK0Jx1G6/ylPuPDDeR1wwZ2VpqaGrnk&#10;kSnp4JWp6cxLPpETNa7ALyTf2k8Xs3sTbFRjY8fQZHcGJy8kbVOVrX8lLRsX0tDHEknDD+p/PAHt&#10;FcX8LxvNI1GHAefS2ONtekmv+r06Uv8AePbk1dVYtsxjVydDH5qnHvWQR10MBBKzmmchzGQCQwBH&#10;+N/ZsMdVtt6KHCSUtYuVmgFQ1XJD5qClQJqdzMToQD/G5H+v7Jtuga6mW7lWtTRV4H5V6cu5QYCK&#10;4X+fRcd9Y+n30JcxTZrGz7So5paSsx+PrJ6bJ5mrSbw/YqtMPJNqYFRGGUOf8OfYH5mDb+5d2rja&#10;jLVG4KqOoWRqahkgMZlL+pQFbj+nquf8PYt3YSW9l4j0TH7OkNkTNxWnQ2bVNTjNpUrQ4Sm21T09&#10;GPFRV0kqyUdPFHaI1aKpswH1W9h/X2x/ILbO6aynoavbUn8HweNpooJseS6VUXiWzKqx3vc/U/7E&#10;n2j2K7tRtwSLvkNSxp/qpjrUtu0cpLHJz1C66yLeCtocrkYMlnajIV2QmrqdW8FbSzylqXxPYWEU&#10;emPRYAAenj6LrqDcWRo+vIqM1KpmKmcRBzLNMsaL6EEovcE/U6RwPZLIiHd2upxRVU/melYUSIEf&#10;h0ydmbExm7sxhZ85QQ5HDY2Caepo5Y4CZpQxZXBkWx02Xh2tf2I1Tuiv2hjqiqy+SxuSqnW0MVHF&#10;O0p1DhFVxcf4ljyfai3W43C6EsgKRL64rQ/LpqQxt+jFg+ZHQX1HV2yt/PS4vCbazmBpKaXzVdXL&#10;9jBTJpvxZWlRyb+lY1so/oePYfY7d9TuQV2SyWFjx1NT/SrqI/PLf+yqrCGUH/DVx7N3v0adbO3G&#10;ryp8v9Xy6bNkIVrUiv8Aq/b0LFF17SbSo6HG4fK5ST1aIsea2OFJluWkdy5uQPr7CLce18VlKw5L&#10;CYjKZfJs48hhjENMkrN+202sjSP+DsCf6W9u3FGJEzUp5Dj140U5x/LoSqarlpoVGVloKMaT4Qao&#10;F2jjX1s7SaQSPzpuB/X8+xY2pj8jS0+Poq58Ya9GUtQRtDLLFp5a8NIGW6/TmT68n2HLuCiNJpKq&#10;cAmo/wBVafzp0qicEY6TuXy1HJFU1ESZFKVIC0uREL01KeLBRNVsvpt9WVCLfQn33vHdFFhs/SQr&#10;T1H3M8kV9crKS9wNQHqAUH+yD7WxbYo23VIaY63byM8hAyK9Qdn0VZX4QvVVlHLDI88dOKaANGsJ&#10;YhFZ20szaSNTEC5/HsYKPbAqsSN0zJOs0sHmCiVEEy24uJQeP9aw/p7DVnPLe3f7uhqUU0r/AJPL&#10;/VSvT1y0duAPXoEN39sYbaO6sb12azHCsyU/28FKaaonlpA31kcUhstxfSH5P4HF/aPrdswbypKl&#10;q7PDHpTORMIXjMiQr/uqKOI25Fwbn/X9iMtcWs/0lvHUnFT604/6sdJn8OIeIQTXpTVW+G69NBTY&#10;/aOWzsmYsKZqWN4VNTK/MtbWVnKi9iPSfSLLfge0E25trbRq1wWBjixtLEAKyseojNbkH/SS9gzk&#10;t9TcgD6Ae7fuh42+ouz4knEeg68supaEUHkOhNpsPmdwY77zcMlO09QolpsWkP8AkuPZuR6pCNZX&#10;gBmUk/1/pli3DR5KtaHFrUKk7LHLV1dRPKNZ4tAq3+v9P+R+1k9wYIdbmpA4dORKXwTjrPT7dqKW&#10;kR8jLRzGlLSRU9DRU9OGAvbyu/14+p4HvDmaLd21a+irsTUxvRO6vLLM4WRLH1jx3uD/AK/tNHPD&#10;fWpdkqcjh1U6dRStevUVftzdkNbh62mieaEeKqo5Ed0aJ1JRopdIVha97fke2Heu6tw7plgoKJsh&#10;UOkampkpKdjTJYWKmYEgX/J9r4rmCxtBGaKfyr0mitNMhYDj1w2dsDa+x1rTiMbS0BraqSZpGKmZ&#10;yxuAzuB/sB7D2r2VlUqKSsrIKZNRjdlqJ5EmkYN+qnpl5I/2pj9faVrxriFhnz6fMYDY6W8VZTTs&#10;6QyrKY7iQx3dEI+qvIvpB/wJv7cuxojmsfi8FR02Qo5kpAlRUUsLlGuxuXZTfj6G559qducW1s0j&#10;NkknjwH+T+XSdoWllJPUaggljmr5pKgTJU1IeBB/ulFjC6NX5ubn/D2+bf6Kl2RtmDc1RrrqytQy&#10;UdG0TeZwUDRzTKnOlr3UE8/X6eySC8n3a8alfDjyW8jmmPzFK9P0iiYQA9xz0iKTtTaOT3rlthY/&#10;Ix1GawUcJzLK6LTUU84LrQ+ZjZplUBpEH6ARq5Nva62btPA4yjbNbxwNOldXKz06VUY+4lkf/NiO&#10;EsSqr9RwLnnn23NJe7heCO3YrEnE+X7fOvTjFAmiIjV1j3XncpkF/huyMnTy5CKoiTIVEPiqYKCB&#10;WvMJZrFfIRxp1XH9L+2fP7OpMRUx7iqWrp0k1PQ4qhXWzEk+OMRwrz9fz7NPEN0piiOlF4sfPrSG&#10;hxk9PGD3R/F3nx0SqazHBIq+qk1LAHCDWyBrEk/W305+vtwwVMczR1cdXQy4aplXTSmtlaoqHkvZ&#10;I2VjYDm9gePaT6tbeYKCWRePp9terPGWQEdScrUz49qargf72JXLVEECxxKkFrvODGGuf6A/X2GM&#10;fV+Vxufaqr8q88ZqDMw8PjvzqEcZLHj/AFvaq8ujdx/pL2nqscYWrV6daTN0NdTiop5NVxzGSNaH&#10;8hwpNrf4+/bq3XkoJjiY5Zo1W0UYiZXmk/ACmO+gf76/tTaiG0tQWA9c/P8A1fn0w0RdtQ6lQ0dK&#10;HNSsMfll9TPpsTcfUg+2rB4Psiun1wUU0FKWDGpqS7PoI1DVO/IsOSF/1vaaXdLHUBgk/Z04sTrk&#10;467qa2hphpqaiCMn6Ru6l2/Fli+p/wBgPbL2Rma7GRHE108tXKCEmah1GO/AK65CWPP59nNq7JB4&#10;pGmorTpGV1PWnWSmMMkSTwx6FmUOAU0NpPIuv49vexusI9y7aqMik7Y8sI9C1X7EchLfTyyXJP8A&#10;gB7DZ3Vm3ERjuA406W+ABGK+fTbl85S4dqVaiKpnNU7qqUkL1EyBELmRoUF9PFifbtj+nH23UPX1&#10;dctV5CNEQkkanVv9U17F7fUfj2sluprlgIwQB/k6bTwh2g9YqHcmOyDMlP5/IoBaOSMI63vpDLc2&#10;vb8294KraO01qmmWCor6s/594o2Du/5VVUX/AOI97dbqRQJW0jp0IoNeneOSZ1LSRpEP7IZ9RsTw&#10;WK8e/S7Ux8oNVNTVdClOpNPChaJxZfTrRwebfn36NnFIoTUevVWCjJ6yCRTpCsrE/XSQR/j9PbBT&#10;FMbXwwoFWOdgKkufuqgxE3MZbnTx9bW9uTxt4RatSOqoR1k9rXI4za1YUlo4alViUyt4AqRNP9R6&#10;jbVY/wBeB71bCQw6ZTn/ACdbKmuOHUKE1wLCbwFfJ6CNQfx3/tW4v7TNRVZfFKkjUD+Ka/iFTO0r&#10;OpNgzC4Cr/j+fx7caOB60NdPWq0NOpgIa4BvY2Nj9D/Q+3PEbYx2cK5CoyM8Okl5UhiCpJJflIWA&#10;JYD2U3V1MT4aAD/N0pjiANesM0rRAaYzIWNrBgLcfVr+xYppIKDHNR4rESvKqM0lZJTlpHQfQFjc&#10;gfn2ntoYBJ4t29fkOFerSIxFVwOk9UwzVFYk1TkkhpwQiUcc4RdX5Y2tqb8Wv7Czd+4aqliaHJ+W&#10;FpVYxJGuqNEtbUSLc+xhZIunVAMdFc7d2k56e6SmpoQXg9RNw0hJZiQeQSf8fx7CvA4rDVuRjqDV&#10;1k8kkusnSuoEG55FwB/j/sPaPc3mKkEgdOQKCajqb7MKFnp8Upahr/CWUU3khmPmCiwOpgF0/n2X&#10;WDRhmCMDjPy/2ennAr3dNbyQSVoRain8sa3lQSx+SNW45S+rnn6+5tNuWjpqSWnq5AJQhtFEArx/&#10;hVUL+B+f8fd/AmWfxUFAfXqpkWlB1Cq8O088UsTcK4ZtZ1Bx+WIP5+gH+HtMxbspIKqT7WJyz31V&#10;VRIFjVfzpueP9c+1EsJkpqzTy68JQBTpxeh80YimcaBb0ILA2H9o/n/Wt7fsbnKSapWSKWCpqAdQ&#10;iSQMC30Ut/xQn2lvI5HQJKaL+zp6tfh6jy0JELxoSiadJcAFgtudP9P9e3t6ym6KmmnE+VaNEWJP&#10;t6SlBkIH0Dysv5P9AP8AX93treJ4hDEKL5k+fSY9rGvHphodu0aQzfZGVpZZ2aesqC2pj+UiVhwo&#10;+n+8++FNuior6Uu8gp1JPii03kOrgFhyQfyR7Mbezt1k0qoxTy6rICFB/b1xn25TQTq6xSzyPYyS&#10;NIQq2F7Wv9P6X9seJZf4uJ6metyDtLfTPIsNJAqn0iyC55+i/X+vve6xuYDQ6QB5cf8AV+XT8AoP&#10;s6fKmNloXip1hpAYyoMUflkuRzpBsB/wY39jBuHP4TFUtP8AcKj1PiR5Il9MKHSGs4B5A/x/3v2S&#10;7TYXc6M+ohTUfP8A1f58Y6obiQkqgx69Ang8DuHK5SteGU0mNSpljgqXtJUzKr+p4iQdANjYg3tz&#10;7DDL74x2ZpVBRWEfpQUyW0qDYg6PwP8AW9ma2sdoSpbjxr59UMTO2snoUMFtJ8HNLLDVSyedtcn3&#10;Ezz+q3LLruQT+efaA/u9X7hr2lxlDXyUqWtMUeNXIs0gW/4/x9tT7jawqI6jV6dOJEE7m4dK2asp&#10;qOJWrKiCn+gJkkVR9bC2q3sQcai7fpPs6zTGQHLoeEj1KQS4P5HtLFbzXL+KPt6u0ylezplqymUM&#10;c1G4kVQNMiMp1gNeyML8H2n6et21WV5mY+RaeUSt6gY9angqx+tv8Pai6SenhA0rjrcb46cylelM&#10;URozLoKqWB4NuLgf8V9vtflqDKxMirUS3k/ycuTpAHH044t/T3e1jWzj0KeqkktUnPTZSY+tpZll&#10;Z6ZVKWnVE5Y/W4b+t/6+0xlc/U4GLyUcEk0ukBEQkAkn9JY/j25Gsbt4knAdVJZj6jp1ajhqkZZl&#10;DqTyCAT/AK/PtsxmZ3NWy+TKTfbCYFoqSM6mVW+mprm3HtLdXwY6YRgYr04EVcefWSPH0UKgJTRL&#10;a3Okajb6En26imE9UqloGnLixkfVoAP18a359pZ5JPD1SCn+r/Vx6cUY6z6lVSVDaQPoAef8QT7X&#10;f8Rptt0x1RR1VQygeZ09CEj6qp/P+v7Z26we6PjTVC+QH+r5dMySHVTpK11FLnZBGlTLR00bXkSJ&#10;wssuluVZh9B/re3DA77gUHTCskzMQuhSTf8AoB+Le/X9nE0niNQAdKY6sO09MOa2K9fGIUrp4qe3&#10;7gD6Sy2sdTjn/W9vG6ctmK/HLJBRDymIkFnCpY/1Ynj37aZLaNmUZH2f6vy6YmiKmtemXa21sRg8&#10;jKrV7SAvcRsdTFvwp4Jt9fZf/NnhVl61UVNdtJe8UYuPo/5J9mtwdaUhH8uqo4Wh6GNBGANAWx+l&#10;rXPsX6DM4T+FLDkRGBp0q0TKHu3Bvf8Ar+PZNaWl59SZQcDjXpyR9VAop0jsvj8q1asuLks9wXWY&#10;ExWH0Atb/Y/8T7geLan9W/V5v0/n+v8Ar+zf6m4/nTy6rpPr/Lrlq3V/qaT/ADen9T/q/r9Pf//X&#10;TIVpJLAsTf6ckC3594Ks1F7uu8FFJ49bogKogNgDYEGwDE/X3njiKH6AkGx5P+v9PbQYgnpzTig6&#10;xyyh1HLWIJFx/vh7c47vHpso/NyOeB9B73211HqoqahumWa8T3/cJ4FgfSdR/tf737a6jycgC6/j&#10;68W9ujj1RlocdPFL47AltLfUm45/rz/X22upb6A8c2/pf6W93XByem6evTmjqoFyL/S9+fr+ffGP&#10;VHy55JsPr9ALc+3GIYY69kdcXtKbIOBa5sPyOLX95PuSCw+v4uPryfegtRUdbB6xmnHpN+b3/wBt&#10;/r++aRyMLgf7yR9f6390rjPXh8+HXnkjQ6eCfqLAc/kjj+nvFO5hFmJYN+F5tx9f+K+9Urw69mmO&#10;ssCLLZwoVl5ueOP6Af7z7ZnnZyVQH08C1yT+dJHt8iikr1QjpySILYsQT+b/AEBv7hgO8lnLKAf0&#10;8/1+tve0ppoOPXqUHWdiFUkAHi9+P6f77n29RUuuPUCWv9QT/T/fH3ckg0Pl1cDV01y1ISS3Cm31&#10;H0HNv+KH3NhhIFip0gWHF7f1v/xX20791ade059OokkgPKyC9ze5AsL8Af7z9fbhBQzgiUKSLX+l&#10;v97/AD7pr1VH+r/UOr6DxHTbU5Cm0+JpFDBhzqBNz9Lgfj3zNKyOS1kva9x/tvflauPTrRHkesYr&#10;EkjFtT/WwuAP9ew9yGqFiRQGub/4Af4C3HurVYkenVQfXqPHStMxYrpVgObkkn88jjn3FMwqLo1w&#10;tri/9SfbdD1vzoep6wfbBXT9XAa1v9iP+Ne+dPTodRa5HP4/H0/PvZOk0/1fy61Shr1wqamT06So&#10;PH5ANyf8f9j+PeKqWKOMxxpdm9QsObfT/WHuwJJr1sHHWSjeaWTySOQqix9RH+Jtb6/0v7a18jOF&#10;fSABYfm3+HPt8AD8+q5rjpzdkRC0ZYm5t+L88kj+n499mncsb8ppNz9Tx7qzUFFGa9eIPXaTx2U6&#10;rG9gvIH+++vuTRUbR/pY/XV9Af8AYe6PIxA1dbUAdRa2rRibhblbXv8A4f4+1jRQs4W/BIsrH8cf&#10;ge0creQ49OqKHpDZCpWLUeXiVhqF7C5PNz7zTRvEjggsfooseRyLWHvcbhwD59aK56jxSRzTKyMF&#10;QH1MSPSSAwN2/wCKe2V6tfKEHBT6ggn6fj2rRBp+3h1Ria0PT4KFhGZSQQ/GsEC4+oNx74O8rK0o&#10;ULbkHn/b+9MoQha9eHl1mhWEMsROq4FwOQB+ALf7zz7lQ1UrIgsxN76jf8H/AA9tyBfLrZDdQ5qG&#10;FZJWJUCx9I02+n9Ppf3Dqq6UOwJuyfg3sOPrx7vGi9eKgYr1PpMfF40KrZHH6lXkj8f6309spqpa&#10;iQ6bk3sSxNifpx7UooBqBjqla46evs4aeIa/9TdVW1/9Yj/H2pse1RGAHcEcf7z9fr/T220grkVH&#10;T0fbx6RuXpqWcFkUq4vx+SAP6D+vtURVsUSAm2oEWNx9fyBf2jeMO2OB6vUE9IiXF1U0jC1kt+V5&#10;Ava3H+HvOlasj8kEt9VUDm/+t7otuNGn0/b1rX6dRaqhlpl1Rho9IIBY2j9I4sBb6Afj3ykaKbgE&#10;RgC3/Ghb3vw3Stf5jptmHE9Yqcyw6XKtO7FWcq11B/BbX/xT/b+0tV0ckktrB1B9PNyb8C5901gH&#10;V59OFVpQdCXja+KOmBBMd1Un8KLAE+3fFYt7hWQ2K/X8EDmwP09+eZdOf9n9nWwuk16TG4c7GiM8&#10;coLK30QXI4/3v/fce+eVggoQLKCfqAADc/Xg+9RuXJ9f9Xl1aReyvmesW3qysyyh2dxGbcsWXSv0&#10;t6rH+h9skM0pkVmYRIx4VRzb8X9qCKCnHpNWmBnpUVNND4pFWNpnUeosbC/+sf8AH24GVYrytd+N&#10;Q5BawHAPvQBGf29XFSvTL9u9SFp0IhN9NjwrN/h9OB77hr5KmVTbQq/7AsP6ke1SiNFrxr69UJNc&#10;dQKzCx0lO0YZpZTcXUAhS31FyfoOfb/BUCpVoGbgi4t/X+v+PtHMSRqHl/qp1ZDpbHSPkxQxVQld&#10;HF6pCVkYg3CngXA5B/31/bXlZPDFZY2PNg30uP8AEe2IydQrivl/m9enGB0E+fS029Tiqld2nj0g&#10;agATYEnk82/r7T0ztoDaFAb9X+8n2pAJbpirNn06VtOkYdk8jsyfo/H+I99xUcMqagouP7P1/wBh&#10;784dGGk1/wBXHp1O7FOupsjLC3jawBJAYnSb3sAD/wAV9v2OpWhHpNlIN7AqB+bD/jXtLNPqOmnT&#10;hjoQek1lqiOoIeT9astgDquPyx/wH1HvHOjQu7WUqeSRzp/1z7qk6iiHj5fy6o8XcDw6lU8Yq4oy&#10;C6OAAbgAkg82Uf7yPbOtcBI6swP1shJH1/LN7Wqp016oOwnp3mxYaONkSxvdnAB4/NlHtvqZnkeQ&#10;xEX0i6r9OP8AX9uxxhV7uHWnz05UsSxxxLMn9ptLHm/9m/8Avj7540WfWy6ZLktwef8AE39urRsA&#10;46aFTjqNnWPgZFOtLALyL8nmxH5t7y5akiqZfIhUSADX9Rc/4e2kTQTTh0oJBQasEdYsBkZ6emWC&#10;dH0f7qN72A4HJ+n+HPtPijVZbSMt2IX6WW/459uijCgHVMDiK9Kl65zDrjVrAFiRZjYfUAe1BT4N&#10;WGvUzggkA+lCf6cc/wC39pJJGBoOPTyBXycdJufcYQ+MqsZuLt+t1u35v9OPx9fc2CGOKN1kIS/p&#10;UE2sAPetRcDz6bbSpPn1BqZ5ZKiN4AZNNnewuCTyRf3BqEbTYSXj5K6VsQf6t73UhqU68oXTU9Od&#10;I8RbWyaZSLNrJa4+oCj/AHm3uHUv+wYg4LFPSbcfT6e7pU1NOvGnAcOptLH/AJSsugqgclwpFr34&#10;P9PaKlhqUk1gM5DEFlAtp/AHtXHIAKdN6STg9LBZIWXTcLcXCn6883/4n2+UtVIsYWzeQaTZja1h&#10;/j7bJDGrcOrVpjpoqaNC5a6hDccDk3PJ4PvkTU1spjsXJNwDyBz+L+3EWILw6qa8PLrCxpsdF5i6&#10;oAtmbjUwH1J9iFgcBKyqGjC8WLG5tf8AIHtPOUJ+3p+M4qega3nv+kxyyutSGZLsI1KrcL9QWP0/&#10;1v8AjXtcrs1ZgFka8X1PABt9LD88f778+y6N5keg4n8v2/6v8nVjpJ1efQC5P5I7fx8UsscipWQq&#10;f8mVvPIX+ltCjm/9L83/AD7UdBgMbjY+HMrADTqYEL/he3I9mcDzs/mONeP2fl1RmQfCKdFL7Q71&#10;3hvJZYMdjYqGhkurSJEyzVIPN/6i/wBPr7k1mapKCNrSgaR+CBa35vx9Pav6IyDU4x/h6a1KvwjP&#10;Qf7I6n3ZvCsikkpKiFJnFmk1chyLFRz/ALyPYVbg32jRyCBgWJK3LG1x9CP9b2pEEUQArw6bJJOf&#10;Ly6sM6q+NkGDlp5slEhtGrMgRDc2/J08f8U9hfU1tXlm1lzyb67nT/S3+x9tu9DXrax6xkY6N3jc&#10;TjdvwCCCGNEC20Kqg8C4+g/23uLNi6h0MiyeWVfovJW4/wAPbLSlDUnHV/Bp2jpygylKHWEx+JH/&#10;ALX0JH+NvcSmp6zkyxspW/1BAFuOL/jjn35pYjw6okZXDdTZpaayhJFIY/ghr3+l7e3SmkSaVUm9&#10;Ok2ufqB/Xn3VgpWqef8Aq/1fmOrAjh011MctPG7w3fUAxUGwv9bf0/2Ht9q8K81KrUzalVdTljdu&#10;De3P4+ntH4pVqnp0KrJQdJ+i3DDDWNDWqI5ncpEgBsSB9ePz/r+0bU0Ts4aQqLDSCBc3H4/wv7UK&#10;wBLAUP8Ah6bCgcelvDVJo0oSedRBP0B5/HtJZqf7SQB0bSzKABdbkm12J+g9qbXvJ6bl7cr07wEN&#10;GGBFzcXHI95oJJJ/FEt9LCw8fOk8CzH/AFvamRTQg8em0Y0r1wYJHqc/g3N/z+Rb2vMTgI2hdy2p&#10;l5JNyf6+y+eRozQ8OlUYU56R+U3AYJoolUjWdP8AS/45P9B7btxZNaGCOmMQKsNJdgCEsfpq96hU&#10;O1W49VdiuenHD0nmd6wynk+lRxqDC+oj2y0U6voMLhW4uCbXF+Tb+g/HtfpIND02CvTrUx+lhImp&#10;SD9Bf8cC/wDvftRrJ9m3mne6PY624DE/Qe2GWp0Hr3zHTGyfeIYacaJEvwONH9SLfn24x5+jiIKR&#10;wtJqA0kWAFvfktkJzgf6v9Xy629xQaQOmeo2/XVAZHqZ0Qobur3a978W4H+v7fKSqikb7iTShZwY&#10;ygsFv+Le3miWmlekxLu3dw6S9fRVcKfaxeSdUjYSCVgzPp4B1cfn8n33nchSvTxqjN5bXDC344uS&#10;PZcIW8Y5xX0/1f7PSoMNFD1m2ljK2nklaWNPA3Cx8nTfnT6v6ew+0uKkTp+6j3uB/vYH+PtaqUWj&#10;dULGop0JhZDAYn/aZOAD/T+lz/hx7fZpPBQtLGGEmkXBuSo/NgP959sPQyZ4dOBiB0yU6NNW+OSx&#10;jDHSwtZjbi5/29vacStqaoARqNSOAf8AVEarm49qSVAq2emgWNR0/fawU9yWIDKf8AD/AFFvc+up&#10;fuZY5FQRTrFfW/0ItcD/AI17ToQGbTw6dYEijeXUWlqPBEyF/LH5bekcrc+2inmmRZYQxVi36gOb&#10;kc2HtapU0156ZB0sQeHU+aKN2SUgEKv0vxY/Tn240eMlrdELguQQysvNv8Htz7buJglWHTiR6jnq&#10;FVZCChRpiQotyp4JtwNF+PalrE/hlNGhkWQsFRgijQqWsRz9T7YRjKTUU/w/7HTsi+CNS8ek1RSr&#10;laqSRImjRGZ1ZydbPe44H0H59pOXFQOz1MSLFC41SXJtz/Qf0PvTalbSvTSqGGvh0rYq5lAglYyT&#10;A6V0jlrf1t+R7ZpfEsviQAp9FFvz+Tx/j7cEZXubquqpovTihcpqbhiLkX5t/T8e3zFRpDaWUKRr&#10;FrnUR+OB+P8AX90kI0/Pqy/Ppsr2klDRRFgSpuRwD+Rz/wAQPebLfa1w0MumVh9W5Y6eB9PbsRoK&#10;L1pzqND5dRsdHUUgOptUQPCrwFLHUfr/AMT7Y2x80IX1s0Ytzfn+nKj6e9Vct9vVDpA7T08LUwvc&#10;Ws/5+vP9eT/tveaajmo2EvrkjnXiRfVouPUCB9P9j7vHJU6Tg/6v29aKkLUdYUqIqgNGNKvExuh9&#10;JJHIIJ+o95I1EcJETnVGGmKuTqJtq0j/AB/p79MqsanPVlpSvXixaQF09L2QEWIH4uT7xDcpqKZo&#10;mVlLXj0SAgal/wBUD9fbdEQ4z1pZGBoesa4mJJhMlgVN+L35/p/vfvBQ0AybOioEYMClzcAk/Rf9&#10;f3p20LUdXVc04V6k1NUtGoeQ3FvVYfS35/5F7WlDDSYuOeWplVZEiKmIcgEjSbMfz/h7oRJIOzAP&#10;V6JG2T0la+oqsi9NDSQs0TTCTzn+im4DL/T6c+0dWzY82qaarbhybK2ogfWzD/ifagLLEaUqB0yd&#10;BOodKel+5K+OohVSFHItpJ+hIt7xZCapngpXjgZ4ALSMASSSeWvb6fkj3dfCDmuD/qp1srIyVHXO&#10;njSJ5QZBrLXVSQNK/wBAD/tvePGUDrUjXEW1sZIntdrfUqqn8f4n3dsjGOtKCOPXqqoRYXbyAaRZ&#10;xcAAnjlvaxqMvGmOqIJZ2AKmJkBHjufSLW/I+pI9lpt28UEZPTwemDw6YIcZqroalIEGn9wSH/O/&#10;1a4/x+lj7CKq23W5KuSqSpiCRIWkYHlkXkEn+tvwPa3xDEKFekzQCQ6q8OlSZY1AuSLsFAsbkn6A&#10;e58dDTTfbhaotKpWJgv6GINg9v63+tvfiGPcOHWwEPb6dcixGolfSFve4/H1B9qKeEwQLC0rc8SL&#10;KP22/Cqv+PttQ5JB4f6vPpyihcdRUkSV9YUH/UspGof1JHtww1UmJeGer0pEv7mjTzIV/SS/9D70&#10;0YlJXrRYqNZ6gZalfIU09PAx8jjxiS9hHcerj+oHvHm9y0WTqoZcfRRrKrN5XRTZj9CWHNj/AK3t&#10;wQrEvGo680ryCg6i4HC1mLpHpqzIzVq8eHy6SYUAto1gAkf6595lxtVVeOUkRRSMshuGWRGHJFv6&#10;W+h9ozJpNAK9OlDSrHj04NWU8OtCS7xjTYWKkHj8/kH6j27LjaJJJkMolOkysgYNqZV1WCj8+1sb&#10;SGMBhQdVJjUhSemaXIVTrFIkLJqdYtTKQFDvo1MT+Paex89bVtVJjEZ0Mh9Ei6FcKdVmDfT/AB92&#10;n0hRq/z9NKHZzpx081IpIEglrnRGUACTUQVZxp9J/P8Ah7dcbP8AaV/irPFIjsoloYSBf/EsP8fz&#10;7SyKWjIUEf6v9WOnR2tQmvULIQtVURkopDFMiM1PWyqXCk/nSeSLfj2xbkysk1ZPTR42enh8gWGc&#10;yfsxMDcC5N+fp/j7tEiaAK1b7OtSM+qhGOpeIpXp6aHyVK1MrRgyuEVfISP1WH09p2qylfjKOOpZ&#10;nQCdVeaI6vGCbDWPwD9PaiN6vp4dMSAhajpyaGGQlXRXuOVYAix+vB9tf2eSzc5QRxvTVTedmL6l&#10;lB/Ki/B/BHtS8qxju8utCPxDX165M0cKXY6UQBf9YfQD3gxtfU0GW/htLTSQQRl4WDCQo7g3JD/n&#10;n/H20zoU7zUnPWhqD6acOu2RJFGrkfUH+n+PteGNsnFLDnCKelWmdtcl1c6BdVQuPqSOPdRGGFYO&#10;J/wdOFiD+pw6bpGWlANFF55JJkR0QjSPIQrSOR9Ao5PvPseiw1HVVGU+/mkpUgkFMxiSKpk1L/wF&#10;kN7Gx+htx7ck8YAKOPr1qMR6tfl0y7pOUqMfFRUNFBNU1VTAsxld2gpoFmBepuoBbSOdNhfkX9pn&#10;MbUhzKTGhrZ0Inapm+6ZfNBEHMjeIjh1X6EHm3tl5mVgCOteCj1p556f46l4ljWqVFLFY0eHW6M5&#10;FgLW9N/xfj/H2k6ybHVVdBgGdqagp1damrpypjroyA9pFb/W49u+G2nUPiPTdQGEZGB1MGqxbkkg&#10;EISAAdP6bj/H8+5CbnxeBiRMNSmKRzNRipcIwXWCYZJEckspP54PNvdvC7R4hqereMoFIx1wkhEw&#10;0ynUl1YICV9Sm4OpSD9fap2bs2u3G9WaSogpDUxGWorArxpRTC76kLW1KfrYfT2lubowdo6fihUg&#10;knj0x7l3NQbXoPva5aiYvJHDBSUkRmqqqWRxGscMY+puRe9h/j7RWUq22zS5HG1GTp8hkKaqY6pI&#10;ZPGsYuzSwTEeq/HANv6+1kQEqh2xjpIzmIlRnp9ikE0cUwV0WSNZArjQ4DqGCyJ+CL/T8e3KXaFd&#10;uDAmSPLUNJFU0pnvXSeNz5xqKWPAAsLG/tjXIs2mNCR6jh08UWSPualesM9ZHBIkbRVEjOwF4YHl&#10;C3F7sUvYe0P1hgc5Q5nIJFHFVUmOqoZamohq45k8bFo/ImljrF7G1vxz7VvOkKfq4J9fs6SW1swk&#10;Ok1A6yVDxqmiRgpn1RRg8FnKE6R/jYE+xfzm8pc3uGkoUopYpsNCVNaIWEqhk8qgxA2YagNLW/Pt&#10;iLwAhcGurJ6UTmWRgg8umbC7fpsLDWxQySypX1DVE0UspkiV2XxnxahcAqFBF7ccAe8O3d4RbnyJ&#10;jy5rq3LMZqemo40qZfEYxZvuTCDHGBYXv9PbV1EhSsVB16F/wEdZzR0+IpFjxsdHjaSN/JUGyxIE&#10;LXd725Y/1Y8/19iZgNj4jG0VRXZPKyVwrJPJ/DYWL+NGe4iibizrcg3H49lBlu3bSRpUeZ+Xy6VK&#10;FHDNf2dI7Lbuy0mSOIwuIlSRFctla8olFC+g+MtGpLMjG19JBt7DLIYCWgmyUG4MJU1uPqspUQYi&#10;OkknEv8ADZJfQ1TLGPT6LcEDn2sW6WVQEan+fqhiZWJkWoPD7OltS1oraeNqerpjOsSGosvkRZWT&#10;1DSGBADX/tfT/b+1r1tmNv7Og3HS42skNNXyNR48slRUCj8sNlEyBdJaNuODyPz7uYRcBfqDlf59&#10;eWi4ThXoOeytk5Leq7SVDGkWBztJncjHHIIXrxQyIzY+GYtdI5hrDE3I44J9uG1MIKHcFVlKjxxV&#10;dQJclmcrkaQOfs0/caaghmJWKK3PJJA+h9s3crTqIYu6uAB/l/Lq5Ih7zg9Om6q2lj240NOJKg64&#10;cVi8fjsk9K0+SZPtqbHz1cB1atfp0g2uPVz9Oe58vHVYmrlyeRTM0eYqpaGko4qNoqFYXHjjmSoj&#10;sRcFTc8X+nvdvD9PIF0hSBx49aLB111rXrnt/E09JV01NRYp8W1DQ001VVzVwqa+WWcsZKOojcya&#10;hfVdy/8ArW9gxUbbrMFvHEY/JVqY/GRU8GVx1HipvIubfxA+GRGPpRWuru/J5t7MBIDCXXj8/LpI&#10;6HxgCcdK2iykGXo5p8eXvFU1FDMtTG8ElPPTyeKbXGwJJAs6j6MCORfh53A2R2vI+W21Rxz53M5H&#10;z1NIk8cNJi8VURhtUlRMy+Qq4YXRTa/+w91QI6apsr/hPTr6+MPGueuNOhrI2pKmIVFLTxwQ/cTE&#10;LLV1UJKzSGBP0rwp5IJLHiwBKuTsatoayanxdZi5oZoqafI19YpJWoSMLKtLE/qID2Os2APP591S&#10;ygrqkSvGg/n/AKv2dbMh1gK1KcemCv2Tis3HRHJRV0H8Okq0pKeiyM1Ipp5JGjRaj7RlVw0Z5Uki&#10;xsbke1B2JNs96XEbg3RR42oq8hjanBVGQqKyWmZo3VKmGGDxnTdldtRX6W9sJFOztHEdCg4FMf8A&#10;FdXleJACwrXz6RvX2NyGJrty4CgrKmlxNFkafK4+mnp4J/GuQeenrqWSaX93R5afWgYhjc2On6BF&#10;jKTbVfLXS4bOT1+Ax1F/CqzGxUlQmUr4YQ9SMdj65OSyG1n1XIHPHHuxkljIialT5+n5f5uqII2y&#10;nAYI6Fd5a3wxg0qLVOZAsglWakpXClEmn1NE5BB/QgJv6dX9r3y66ycNLla/FbFxOUp91EmpoP4+&#10;iZGSOkeX1U0dPAV8bqeXkYkqOTx71dpEgWW4Ooenr1qPuqijSf8AJ0z7opMVU4StXdtdSQbbSiY5&#10;kyzy4umZeBI9TWCYEQn9PivySAWbge3Tc1JuGoNZnq047dFVt2nMkctTXxyLR1lXOFqllopWCxrH&#10;zxc6rXFiB7dDNIAANIPp6dVK6a6aEjrPio8DioaXF4ughw0VUXWkpaaiNGlQtNT8SI8KhT+0ikMW&#10;uBYHmw9qBNpYPHdSSzblzLnJ5zNR1L0vnlCQ0D1AmkxVFpKhFkRSYi9+TYXB9tBpZ7vTFhVH+Tpw&#10;LpTSc1z/ALHSF/vPvKq7h/u1RbfvsbHbSnqa/cMksKCTcdTWIKWCBGGt0ijVkkWNrhnu36QPaPrq&#10;bG4vHUWe2ZsTIUGHLUy1dStHJV1EsRVRWRy5J0fRMrWYciw5B49qY3h1GGSTW3TboRR41p0u8bUy&#10;QSnE5nP4uuz0gnrEpKZIcfKKJqhxTPHizNJM0arZGdnYMynkXsBDyhwuW6+y2aTb+Ao9tYSlmrch&#10;R1qyzzVddT6awVoqEIklaM2Z0Jub6R/T3RLeKOf9BiTTJ9Bw6s8gCd4Hnj7M9IeOvk2/vHGbfzGf&#10;3Fm85umWqqMfU01BEuKxeOooXqGpa2kgVoadHEbokxW7sBqbXYnF14+az2xc1GlDhKDPDCNlMJhU&#10;hkTDT0khDwSTyRkqsk8XqWJmDarFgATZJcQwTX6VqVFa/b1ZZJVgxSp/Z8uut/blG0Mps2tno6+p&#10;w2Y3TS7dzGTpH81ZjDko5o8bUClA1tSx1fiWqkTiKJnc/ot7VfW1HjpsVh8pm40ptxVFVLR43DZP&#10;IpjaChoYJG1yJjEBu8hJIU3uumxHtye3uJCwt/7Nc9bEooBJj/J/k6R/a24d0UOQytLjYcnT7Mpd&#10;tmsz+R2ztav3BuetzNTMaekpaGqikEUUUMKK7uIpHU8EBfbruHaktPT109RuGlqKWjqocZg6fHny&#10;NTTHVV13mRrmOpKXRjc+kDgX9otdyswg06AONfP8/wDV9vTvYe5a56y9d9nY/dVRjGo9n5/D5PPY&#10;aTceekz9ElBJ/D4ZVxmLqaeRz/lFJM7a4NA0gXLBXLA5MnlMsNgYHZm3qOmpt0ZKDHZGjx2QrTTV&#10;VVC2QjmqHmmp3DQSer1mXhrFRc8e1scUUJa5n7iP9XDpMztI2kGgA4f5Og7x21MW3eu/O8MvuKty&#10;O1tu0ddt2eNMdUJi8LJQYaOHIRymaJzkKeNVZlNDq8cznWD6j7DvJ7L64od2VdN2JvqbcktHWT5q&#10;TbGOrZqVKeWdI4o8bWypMPIlMi+QjVG5Lj0gH3Y/vG4UMtI09a5+wVGP59V0QKTpBJ/wfzz0taXs&#10;Hs7sPryLJ9RbIj2nUZSpkpdv5/shIqagOCjpUkp9z023MW8lSwq2f/IY5gqaQZpfTpjk66n3dm6H&#10;tLN7Ujx38F2lXSVdZjKPIJWVn2uOqESXF01TLUSOFkeIpIUJPBHt+5gt1tap3OKUPz68rSBirYHH&#10;/V/m6i92bFg3F01TZDc71+6N5bNxmJrJs7s+r/u7k6/P4xUoc7WYqaiaLwB3aqdYFZQlyn4t7VOa&#10;/h21t0dh4THJAE3VkafJ5bcu4gIsNRVWXRaiLGfcThI5VRh5Io4CSt/VyB7T/SydkznIGAMft62r&#10;ivy416bumqmTfHUnTu8s5Q5jH1+zcLVRYzbWPkmqstVybdWXaC5JA7JN5J4I2jmE/p/dZQwEl2Cz&#10;au7MbSV+STbuJ2xLveRstjzvyTE5ajmnatlMzURhqo0WaoaLXpkAsFCm7gEl7wgjiWdiVGdPkMfL&#10;qqlmai0Hzp/sf6vXoZd07Dh3d9umdy+eO1YqrCZGp2VEcTTY6WswNbHkaCSoyFHGtYYUnihmlpxW&#10;FHMY9OklT1uao3F/c/J7i3I9VDkdty4yi2zHt0D+F44YyaJp6vNU1YovKDy8g/XbSDx78syTz6Y+&#10;1aVNfPy/4v8A2ersjKprk1rUdT8djaHDZcUGENA9LuCpzWf3G2UrchW5StbKs9RSDDyzs6GBXLj7&#10;YERxQ28arf1Pu1N75jM4nb2zsEkuFxaZeuizmRr6lKqtztPV46TJZKSlqpxpDTzSSatTgr6dDBQf&#10;dzPHGTIih5PLHDPTZiV31OcA8P59JHL9XbYpt25ztHNJUZrKijxSYuhkWrbG4mTDVSS4qenxtK0h&#10;aSJ0iPkSMt/nDobUFEvZW08XjUD43PZ+txOa3JJjsPPVWWmlkXGzTY/EPOryKY4zCHdlYgkDn8e0&#10;N008pPj0oBnz/wBWOlUSolFQ8TjpQ5zdox4+yrUwZ3HjdvHdGRxEFc9fWUeIgq4qLL5LH05hSZ0V&#10;XlSFjEhdrKQLke1P9/2BsnYWS3BuLbcmU3ZufcsGLw+ByDCrxuOpAXZaqeeBpGjgWOOSUl2UFtC8&#10;Xua2i2M914sfakYHyqT6/YAP8lemLgz0ES+Zz5/z6ByvzO0u0OzMN19srd4o8ZtDbeS3RubI7PrG&#10;pK2WoqKuDFUGKhrY4zSyMTI8tSyCVoxeNxG8qMGT4/U+RxefyVQuydu4qiyUubycdZRbgTIaIi6e&#10;WkxdJUEXEbhFfWNaGUXaxNk+6tBdusMep2qMCvD5/l/sZ6UQ/pQljRa+h6UHyFggHXNRT1u9c1iZ&#10;aeXB0kc6U7LDXZOeoNLS1eclwNKsscUrFpJREY4D4yqxj9PvjvDsbLUlFu/J0+HMG4ayueKLFrm4&#10;ZsnV0VDUCNqSlajMkdKTTM02rWWOnSgva5rAkEbBGXQqDA4DpLL4pAK5px+fSg2f1lj8XhdhYiev&#10;m3HidrYWFImqMdTUtPkcrUU6zS7lyTTDXUTPIhKRhbKZWeXW2kqF+Oy+3qjb9Ic7Duzce4cptKv2&#10;nLiMa8mQr6XK5rINSRyPXy3BdIzCsUS83J1/k+1Auyrlg4VBU/y6vp1RgEGp4/5elrmaPcpaIYmu&#10;wW3cXRblx2WyVZWUP3YrNs0dLHU5ahjhilgSGeedZVNZK5ESWfxyHgKzKU9d0HtfHbaqabb2Vp66&#10;JcvksA8DVFTkb06rUS7jXmJY1lHhpIYmZV0Al2AJ9p4wt47XEgI4gH/N/qxkdMsRHRIzkf5eP+x0&#10;HW0Ny7G74bO7n2tPulIcBPVbUxG9IVixlNHOJHbJVWyZKjyOTLEYvuKqSmCyRvEilgrKjxjK/B71&#10;nx+66aTZW0MbLQw1GHhroKgySVNCWeqrnw8Rjhcq5kjhLuDyWuSbe07NPAfDhBkCmpNf8v8Aq9B0&#10;oBDqCx4/6vl0qHiye08G2DMe+uwKmoqJUmr46qg+7igyEhghiqMlUyU8kaIhV3anVmQ+oaVNvfey&#10;Ot9mYbJZHE5XOpXY3eFIc6Ez+FpVq58kMhqaPGZKsjPo0MS4Mmo35Fhf2gvbvcbka4yFKmnEkfmB&#10;07FHHE1Kaq+R69uzc24aGiGUw+16zL5DE5uXHz0eMzplgpsfNjRNPX5SggKeVlfSkcPhlZOJFZQz&#10;D2JG1uuDW7tx1dt+oqNkbA2di8lt+bB0lJ9tlcxPU17VtRBLm21TGh1ai6xzDSwISwYkM3FzLJEt&#10;jCPGmkpVsUX7fzx/qodMiW1ZpDSnBaf6sdAF2n2njestk+bdU+E3xvfd1XQbkwtLU/bVOJgmozR0&#10;2KnwGDq1cfe06vFNSIlOGke0ksvp9rHb1fE24N3DFbj2zhcXtzHUEL4/Dviauixr1bNK1fkBGvlS&#10;eQJpIkk0sh4Acavb93tU8Qgt4o9TMRWpzX8/L+f5daguYXSslST/AKv+K8vPpEbvrsC+xevaPeO0&#10;u2+yNx79zuXeCj3BR5rA7or6miiaeDDtRQ/ax01LHFMZYEVEjBi+40lNTe0p232LDgNiUOVgzbbg&#10;yNdqocVEaY43F5TIzEla2eUDUtPAgOlFJ12A1En2I9rs1tUY3KqAM49fQ+vrXouuZGll0Q1UDjn9&#10;meonQvWWRp+3d5u3UmG68xdGmLlFVVbvi3XuPB4o0gSm23BBTPUQx1NfIhrKmYy/tR3RVJMbewZ6&#10;ROQrq6o7F31l4a2o2w/8CpMNWP4qWinyJiWlrcfFr8ZUBxE0bRFtfq1E29o9xle5ZbeBaRk1Y+VP&#10;TpRAnhxHUe44/wAH/FdGj7eoarKYWTrzbpy+AyO+osjO2fwNIRo/hfiq8jTVuQh0tBLVQjxRzMwJ&#10;UMgYcD31vDdVVBkN5YHdWDxtBt/BV9DVZCSTK6Tmpq+cVcWR81GjyxsjaP20a+n0kC/t8rBGBHD5&#10;jrzVA1N8s/b0p9mUeFy+Fwe6cLX19R9/hqaDDVtRFNEtBi1gWL7GPHzLGAoMZJaZGZns2ojSPY07&#10;d3Burd20aPLYh6XP0OdFViwyz/w1I6OjvTjIU9DVspljJOgqCSwUkjm3skSCGO7ZUWpH55+30/kO&#10;HT4MYXWx+fQJbtXpvZW744M8s+1X2tJQb2TM/wADnyWNqK7P11QZaGpzMEFQtNU+anFR+4Y2vJG0&#10;TMFNgehy+0N35Wm2jSbaqcxS4VHp8xlaeVdtYyPJRRPDNJSUGompjWRFjI0ab8i/1Kq4iNrGXkkO&#10;o5p1qGQ3B7gAB+X+r/B0PSU+5qSGvr5snS0AkyGujo6mGfPMmNVl8NPPUA07JI/7hIBcJqA1uF9v&#10;0O2afCy0ez8nXf3g3NuuhnzmIyfONbAQYZkMMMcMms+QtK2h0iAYISbHku20TeB9fKNCcAPX5nqj&#10;TeK5UHtXj+VOkxFvWozlZlM1Ry1mI29sfN1eBztG9LjcrFuiarp6ciamqKOdvElMJo2IZg+pmDpZ&#10;V1IvaUO28JUJtGHZ1f2Nu7b2cln3LnM2JEwW31aQyGqZMiWRKeNf0sKZTJYkHke63NkZT408vhhs&#10;Kq8TX1PXklOAoqB6/wCr9lOPTrmajLZER5Ft3w7Z25m8ZS0mGoqSKjlzeQr6+FqpZKSpazCraPiC&#10;Klkk/TqsefamPcdXm8TuLb/WGAzeazmNqZ62UUGG/hcFPTIumVnMY8ghDArThEZ2Jtpsb+212rar&#10;BhNcyamIxqPVC885qv4fL/ZPTRWbPx0WfxW5d7ZTFpj4sZDt+DHZnLS1VJNlJKomimjlypjjeqqE&#10;usw0lnKrpvYt7H/pI1uR2Z/ePcGzZ8FmMhUyGpGUx1LBkKhYR4hPErRpL4m5szhdXJFx7KpBa3O5&#10;aIH1L8ySo/yV/b+XSyWWZIxpwfMVoa/On8uiK/NTd9dFubBbS2j2rLh46LGrHV7dwWfr6ZqWtq6l&#10;XhTOz0k5Cv40VqeOwdEN2AV0LLOnzu4cpLJQYbCtjo4awU4r6+n00f28LWkkSGMq1rcKTZf6ce1l&#10;7+5rA6oj4ktKUHHIxgV885r+fVYYJ2PiXRoOOP8AZ6QbdD7LweIh3T3V21Lu3GS4SXcNVgKfMWrX&#10;zFXGJPXma1pA5Zv1rGvlZrDn8vtFtLC0Wdn3RIs9ZuGqo0oZq6Wrq/B9tHL5Up46BnMKgN/bWNWP&#10;0JI9py+4XcK28reFGproXiR82/w8elIkSNNES49T0XvfHycq5toHrDZWLoaPruhEZxlJVUFGHhrU&#10;eXzZJysazPKxlY/uSldQDBRYAPryNrPHAH1+l/8AEH2aRQIsYA6ZYmlR0VCWaWsZpp5S8rkXvz6g&#10;fUD+efrce8ZOo8k/1tfn/AC3+34Ht6mkY/1ft/Z1QMfIU6xrGsSg+m1gAbfT8MzFvx+OT75BiNIC&#10;/j8cix/PPuhUGpJ6938fLroqpV2aT9LEqptYt9dPP9PfRuW4U6jY/kcfX/bf7H3ZaBMnH7f9R6ti&#10;mT1wJGgl5BoBZbWBsRccDjnn+lrf1v77Y2NgpP5JI5NuPoPx7qoqKk9bDjz65w/uDUzopHH1uov9&#10;OT+T7yXuOOLfQ/7yD7aCgGvGvXi2vrg15HsV+lyzC+m9tJC3/wAR9B/T8+45/UTYW/p9OP7P+w9q&#10;qdmn/V/q4derTBPUiMfoRSzEkj635PDXA+h5B98wWexFiFNhxa5HttgIzRxSvXqkeXWZqYwA6msz&#10;i+ktqIHCn/jX+8+8gJAA/P1PH5HHPtk6SanA69qYjrpIpixcFPpdtViwAA0gA8e8gFhcj9Q/pzb+&#10;vtOSGYqp+E/z6vk9OEsUqiGSQLpkjja6EHgm+sEf1P49+BFxYX/tA8cf7f3pg5B8vL7evcOPXcTQ&#10;wsRKWkjJFrkAK97j0/kf1HvlYEk/1tf3RWZRT0/1f6v8PXsddzJFJJa+oFVN4hpZCy/q0/2v6ce+&#10;RAXkEG9he3+PP0901a+1xT5dbKM3DPU1Kabx6oJnmJYRsx/VGNYW55/A4+vvzShLDV6rXIt+k2/P&#10;/FfdIoPGGoritBnj/q9M9Vd0Q0BwB1nyMs1NN46WWSSJY4wfJGC3mdQt4gARz/vX19l/7N7Ny9Dm&#10;6XrrZeLqMpvTcmDyVfia2OWljx2N+0urSVTztbULFgDxxyfYrtIrLaoFv7/50U8DTAJr8zgefmad&#10;E9Zb2SiGiCuRwNKVof5H9nR4vjH8Y8DuTC/6Zu3cgMPsrbOfamqdqV+Hri+dEFPTtT1FTPFIrx00&#10;lRUwosUUEjTaWT0hgSHGydkb+epQbogqqOSORairz2bqqHIPUVEbh5Y6GnWR9KSG+lrrb8Cwt7LN&#10;x3ZNzPhw/qFsACuK/Z0ZBo7KOrkADqybd3b3WG0duSjbslNlpKOljpaHaW1IjQP45dNONUVMkaRJ&#10;TodbRsAVUWCarD2YOv3bQYJJK7KZGJMRR0n+V1FRJTQRUxQWZ2PpOk/0uefaSLlmdYFiBCk5P+r1&#10;/wBX2F7bmKERoSx4Hh0RSDYeS7GXL1OG2s2K3zkMvUT7eqFmzdT9ziyGaMyz1oaGmADNrusalLk/&#10;W3spvY26/wCMb3w1RtSuM82axUc+0pq9qyro6jKy1ogVYqcIRCgtxIRySPwD7EV2baCyVJmBVB3U&#10;4Y/1Z61bJMa6u0nPR8ugtl5TYvVf9297Y7buOy1FU5GLcC7fp4KSmlpBEJoKitqaM/vyvTsryyXB&#10;s2m3p5xUeb3NuaPdG1u06aqxFdsc0mSy+5KGvo6eFokkVkgimkBEmtGFkC2I/ofZc93WIW9oPj4D&#10;gBxyelEcKI/i+eOHA/6vPp02/itl7bg2/uTrBcfDh96RLT4jG4+ir5cRkXyVO2XiykUVNY0vphd6&#10;iWVAACQ5RiB7ODjMjTbo2dRVGMr5oMPLQxRRs8Tx1EtKsfiEi30nkccLe309g+wdtq3RhQPICTWl&#10;RXjx/wBX5E9GjxrRS4r58f8AD0RTsTa1PtTtaPL57Z0Ge3LLnRl6T7LL6sTT187/AHdPJUY6pBjL&#10;Bj5FMp0ggA3APtCVay7dwlNgtvQbYozVVhlp1dPJFUyeUPUVM0VUv+dXjkliOOfYh8QtHNfXqs5Y&#10;ev8Aq/1V6bkbxLmikinl0LuGwGE7N7Om31uat7XkrNtYdcfUQiukwMeLjq08sGPo5tqTReWnqPXJ&#10;IEssptcEGwn7mwO7JqvCHHZ6Ghw8cTy5+rvHGiWjurQyO1tJa40hL8fUDn3TYt0t2t/DghrKTQYF&#10;R+fl8/2dJZ7a3UtJLx8h0n8VvXq/A/3xfeGxpcxuebIND1/tn+G1Wa3DuSCIFKakiolido51ZAXm&#10;mYppYEsDceyvbQ2rtHdW+937Ty2AoIJaSZ8jLurFiopaWpdWD/dCfWUZpLgm5AJvxf2r3qae1ZXh&#10;asjkDTjz+z063EqGMuVpTPDj/s9HK3Ru7J7d2NQbyoMfl53+zx9UdqVdAr5mZsjAhjxUkFOvlSoh&#10;LaZAuogqxNwCfbFvr/Rhicrk8HhI925HfamGA7jxVNPKlMsagQrUQ60SoiC29Yuf9q9r4IJreET7&#10;jKuR8IHD8/8AV9vSRWllk7V0g/bX/J1l2lkuxs/Nis/lqDBba25WY5pZdtTfdVu4ddTGs1JUT1ia&#10;IaZ4+RJBpluDYlGHtR0OG7RkhostQ4qOvyWEx8UtPnK6gjxUv2365Y5qaaY+VgORoBYf69vZU+62&#10;LMYC2GPCvH/Vw/2Olnguc8D07ZXJ7JpElwuUyVIItxVbY+XHLUT1CSVdUNDxsKTU1OHtYlmRL/0J&#10;N1jlot17823JkGxtPGyNDHksdBV1FHlch4nBmanipimu4HMZtxxz9Pe4LtIkaNF4CuqnD/V/s9eC&#10;xI4UnpH43+5HWOaxm2zWZWKPKirfEy1kUlXg8JEql0op8vIrCm1epYTLKAxut/oPYj5LYdTUphXq&#10;Mli8LgkxkMOdpkIpsolKIQwo4JkU6SD+q7fUfU/X2UQz3oi0xJrYt2k8BU8f2Zx/hrR15IQSDk+X&#10;QTY7vvbbZXdeHweA3huTccOZyY25Ux4uprtu5auTVBHWwVImVFgEl18lgdHK2BHtz6yo6alx248d&#10;iRoxSPL9q1TLJU1FXChKeWXyX9JFj9efbMuqLfraWUkv+KnD8v8AV/m63cx67OowfLpm+TdUn92N&#10;nZXcNEZMtDksPrWjmSkhxOTqpY3ApayRgRJHIDpfkrYG4vf2Tzf/AF72/Ry5Cppc5gMVtGWsqaqn&#10;ocdKlOYaZpC0jTQU0aysxH4sT+AfY+uLmEy/4qncRxAz/q/Z0ThW1AMwNOjKbO37tPc8xx+LnyU2&#10;Wx1PSwVhyWJykUgYwCSwys8X28xPLN4Z2Fzc/X27daY7b2Qpq1cZtfJ7mzlPTGGnatmFN93UDmaW&#10;kpwR4QLGzSMWP59g7chL9Sou5dCk8B0awp26l6U24K7+F0hyNXnKHA4uldZa6uq0iWOGACwEk9S2&#10;gBmsCbC39T7MBgicbSU0+ewmB2/j6BNRpmqllqPNH6tLwpq1Mp+pJ5P9fdI4WmJgtdVG/Eagfz6t&#10;Myxiqmp6CXcszZJqin21n9yZzL5JIzA1DTRfYUlNOLakr9EUSRsP9SxP5uPr7Cbf+7N49ibiov8A&#10;R4Y6/bOKjcZaaOiTRTzR8yCVZxe1vyAfZ4W2vaLRbc0MrYqeJPy/1U6L44Ln+1lNa/Ph8h069XbK&#10;peu8DIM/UpDnc3lKmeqmrMxJWF2llP2dFSyzsB6Ut6Ix+om1/Yw9Vb1akpYMVnGiyuWeb7SKPE0x&#10;qYcdE50ItU8Y0R3/ACPYa3K1pKt1J2IMn5/6q9GSapE0Jx9eg5+QHVOW3nh687UrYNvSaPv8lVVl&#10;dNRnJz0gE6LTFQ76gEALtYfgce3Tcm8sthc9U4ikpcXgceSGnylaixCr8n1FOka3dufybfkn2IEs&#10;dvlslngTxmZeNf8AUPt/PpIjPUeO1SPKvSF606fw+69q7f3VvHcW7d75yhZZaXCwZyrlpcDVxEr4&#10;WjlkFtJUXdrNb9IPtE7uwe2clkMHms/TUm4sVQAVXilu80zj1kxJGy6VJ5ICkW49p0jupLBrVP0R&#10;wqMUHToZdZZRVvn0PW1q7Lvjtw4PHwy4PP8AnlSlmqaU1FHRSNH4qeokkmVhMwAFwzXNrn+nsLO0&#10;Kzdu6svjq/beByuM2qkcVLTx0WGqKeNgvpUaggRgPqAPr/j7ehfbNtsRb27BnzqJNST59NpBOxLy&#10;5JP+r9nSk69xrbWxC4LcG8Itz7uWSfIZyuq6+Bq6SSpkLKwo7hoYVQBUUIFAHHvNntsbgxO2Y9tU&#10;znDZPJ6KqrmnilczRSrqCZKuIOk/koq+n6e3Npuqlrx1r5L/ALHVJYRKKKeH7On/ABmXwm4KiTKY&#10;yupctTULVFFFPTVMNRFFVQSGKr+2SO9zcFGe/wCLDjn2G2zus5Nq/wAV3VPujHQ5+gSSakp6X7mS&#10;klVedUrWUgfnke/XN5Pe3QhZCEPE9VS3ES14k9O9TUM0lPSnHzVNPWa4qmU+NYoI2jP+dSQgtq+h&#10;Cj/H2JuB3DX1uCkyGXy9Lj6OtqdGVyuPoqqeqqEVriljnlINv9Vc2/w9pZ5TLdeAo1MowDwHSqON&#10;VCk/s6bqzE0kb00tHj46upx0LnG0EtUKbH07H0ecQ2YK39kOIyQLgW59jFmd07Uk21RJjKurTHUN&#10;NEjVMM2mWN/qJnjYaSx+vIt7ttlmkOs3BDuxqeFB9n2f5uqsZll1+XQJbe2t2Iu9s5mc+MCP4hLI&#10;1FSClMyfZoLeH74HXp+guAD9ePYe5/cOQrcTRVmHyuQyG3XDU9dka6RKXUALSxkhUDAf1At/Tj2a&#10;QzRqxSJQZF9PLpiRV1FpRx6EnbW3MTRV9Q+QwW3sdnpJ3roocavmtCG8cdcGkFw5tYmw9x+qW6f2&#10;3lMhuCOKaSsiYyRS1tbJLH9ySWklhSNhqt+C4I/p7KN2sN23WRYJH0ofipx/1etOtpMIVrCM/wCr&#10;/Uemzs6g7KymAbG7Lq8ZR1tbMYaiqanWTx0ZFnV1q2IGr6HTza/Ptc763jit/wCOkwuFaSKapYrr&#10;iCnh+EBIP0/PPPsy2+2tNhtTEvcacfT18uqeFNNN40ppjh0H/VHV+79iZ3J7l3jn6PLCoolhjjgj&#10;miSksGaaULIzjUb6brYWHAHtIbc6yq9rUUk2RzdTT08jgtWIBNDGT+rxR3Us/wCBY+yH62a6uv00&#10;/aPLpcBGF0g1boWqnfGLrZHx+HigzOUEZkXEvUJTTsL+hpSyv40NrlmH0+gJ9w66LdFTujEYrBYK&#10;ozONqZkjTK1Yjg1qxCvIwJ4HP1P4uPZlf3EFnYM875pwH+QdMwxnxdUlB04UeSx1NiKiuy1RQ4ma&#10;ngaoytPT1qzR40ohdo/JYFtI5uFF/wCnszu7dhYJtu/w1Xlp6iOmUyPQTLDpmEVpDGn6RyLKbX/P&#10;sr5TFwz/AFM6mr+vl6AH5Vz/AJOq3c1SNOQOq5ttfKXfOU7mqaSio8XU7JbKT4yhbJ0FcmSkpTP4&#10;4qyepDs2preQIEAAsD9AfZJ63B9iuarC7Mxk9PiaWRvuqiCqLTyu7kPPV19SQC5/tEfQcD2Krq92&#10;+wk1SEM59f8AJ8+mWgdyCeB/1efVlUmRwsSUdXkquhSeqjU0pqTHHIwZdZjpYXu9vzYXP9T7FDY2&#10;xKrbGDra+WoNbuepGmSqlLNHTEjU8NNJ6rnmxc2HsLPuTX25qk4pEMgev29LmttEQC5r0nM/mqWq&#10;qKWilOvFu2uqCEFplvZPKjWOgHnQLlvzb6e4+39vZWXI/wAV3fhS9EJmNPUVLMGlAkveM8NpP1Fr&#10;X9mt/M99/itk3D08h1RXSDgRq6y5TceJio6rGbdy9AuWp4rJSUb088tMzJdPLDyEb6frH+uPYq7w&#10;7GlhpKfGU0UcFHPTrBToFKwrGF0ECNTxYAfn2p23aLPabfxYRrl414/z8+P8+i+MtczFp8kHA/wd&#10;Fu2D0BQV+6qvfW566oym4YMrNWPLJIWkiqi2tCJG4PFhYIBbgce03gtsVs0EdbiKWTKrWyFZJpq1&#10;afFUwf8AzzzkH1Bef0gk/j2Tvuha5dpMFM0HE9GThVSrmg/1cOhp3nvfb2DP2W4sxT4N41R6engo&#10;3rc5WleYo8fCqsQzWFjaw+p459pbsvaGw9nRDP8A2tTWZBVEk8cLSS00lV/aKryQL30i9vYisra5&#10;vbb6i8OhT5edOi0XLSSFI1wPP/Y6T/UHY+89/wBVnY8jjKLG4bH1rx4usmDLl6mhY3gM9Oh8WsLY&#10;Mw/N+PYYbJ3NlMjXyZbIUn2WNhJFF5WUMJGB8aQ00fAsPqTyPZVuUkDH6a2zTj/q+fS6LUqVPn0P&#10;FVSrNTS04BvMuliTcsL3Otj9R/h7EhaqozkzR1+TjEUr6DLIpaOlh+mmBP62+rH3ssyQiO2XgMDr&#10;Z0KNbeXTGKKjwcLzUGNYyjVM6QaVmq5z9WnkP1v+B/th7iZDMYXCvT4Dahetq6mZYUaSUM9TOx5c&#10;xoSNN+fVe3vUe1mONr/c2BPED0/2eqpM1waU0jrqgTK18f32eip6FVR5FpIGZjBEQSRJUSANfT+o&#10;qF9qX+6UuLgirt6SDVIpmY0M/wDlUjuLpEZiSQg/wAHtJbzTbi5SyXSnCp4f7PV2lhU6FNW/1cek&#10;6m9KTLvUY3ZclPU11JKIZlq6eeOhpljktMdACEuR9Of8T7F7riPCZiGY/wALo6mChXVTPVxRTurg&#10;8WDryRYcm/P09hzdTcWV2kHiFgxo3GlP2/4fL16U6VMWs4Py6An5Ay7lxWAkqKHc2awNdWqUmbA1&#10;ktBLMmghlFSmp0Ui/wDmwrD66h7aOz87l8dDLUIkpREPjjgQMFAACAkmyj3I+0xWMG3rGq1JGTTJ&#10;Pz/yV6IGAaYs5yOg4+MG0Nn5f7ytVlqsmKuU1UtTUyvO8pJeZ1aX1yuxN3kYksSST7JVlN957LZ2&#10;OFa+KauLrGsbu3go4g3N2Y2Z/wDW49u3csUMNAulfQdOwVDUTo/OPxWPxdP9rQUsNNDcsyRoq63b&#10;9TuQOSf6+x4w+QzskuOoWp5J6moVFaoMbLS0cNgHmed+P8bKfYUmkg+naetB6Dz6NVBYUPTNkaHF&#10;RJU1MmiNI9UkkcbL5J5gNSwiMckk8AWvz/sfa1oMPQUWdGUq5ZMnJSKzU8EWsRBlF2dIAOT/AI82&#10;9llxJPdQJCo8MNxPr/l6dAYIQBnh0lsllaurwc1DRKMY1VGYWqJ3jZovP6fXKSACL8c39s2XraPK&#10;ZZm+0l1MrvJCsmiGJTyCzH6f63+29iUBILRI0NQKAdJlUonea8esm3cZk8NhlglyMc5RlVauSENP&#10;O97H9uPhv6gj6/7z7C3J4nBwZPzyywJPJIDHSwO7T/Ww1MfqPyWA9qJLdp4AzGg6ZRmBqOl9SVE8&#10;sShopCQovNIERXNvqqISf9h7WEvZ+BxFPSYGmKqVXSw1PNJrIszMW/J+vPsph5fWGQ3sjVJ4D/V/&#10;q9er+IXNG6Tc+2qjIVktbW1XqNliijCooRSWRSVuTb6cn2ictBtfLv8Axt8dPk3Egle5JRmVv7Ua&#10;8Bb/ANfZg7SXA+n1gfLrRUIK8elJSQ1UESQO8IVEEcekMWCqthyx5I/1vb9jd9Y6SaNBQQA0cH+T&#10;0tNTnxQ6QQqqguLj8+2E2uG0AVTxOSTk9UdnZaA06g1uHmqYJIUr6lTMbSuz+tluLhSgBX+llIHt&#10;O1XZElZkWpqmmUQq58ktRKXI/CxQwRAc/wCv9LezhzDFDpQdNRJQddUO3qPHqBSkxELa8aqpZvyz&#10;swYkn/X9uEeXkSop3pcTLJLMVdXK6IkS/Mzjlibc8+y6RoZozqatOla6gK9ObU90ZXmIQghjcXse&#10;LajwP9t7bt5bqqpZEpo/GdIBdYxpZtNhdm9qbWKOGHhk+vHpKwYnrDj8dBRBmj1lnJPrbUFU82Uf&#10;09xNnVUlfVSSiigqZCCnmqIbxAgWKJa1z/rf7f2W3zjVpYmgz0phTUeHUupt4WvJJEBYl4yFYf7E&#10;g+1znIKrG0a1dTSxiwdgsMOlIyv0XT9Dbj/W9uWKJO5RBgUqeqzNoNOmuhrKWqlkigqWlKAFtUgL&#10;sCbagfryb8+wiiyeY3PUyxzU96GGQa5pSRZQ1ggY/TURYAfQe1l2Y7VNEQqemUDHuI6eERIxZFVA&#10;fwBa/teY6vhxTx09NHB5oV8jRIrmGIfgkng3/A+p9k5tww1yYr/q/LpYrNSg8uuE0QnRo2LKrCxK&#10;mzWP1t+R/r+xI2puilkyVB9zC9VVV1TFEkJGmLS7W9MI4AH+P9PaW/s1FsxrpCitfPpyjaSOHSK3&#10;Ng6qTFVsdDVChhho6iTyrf7jUkZcN5z6r8fj333VsqHP1DrjGooZyqhjqSOOJwLkG3+v+B7EmxXK&#10;ptKMwNf29E0cJeVs+fQb9J7myhwM9FuE5CWWKuqzRVNRDLJJUUpmJhckAn6f7f2iNgdeYnZsceSy&#10;+ViylUtpFx9LFqQEHUDPM31BP9B7J7s3e6TmCIaF/iP+Qf5+lyt4I0oKn16FHLZjI1KzUOLopoDK&#10;jRnI1RWJELCzeCJSWLD+rW/2PtR7x31LnsdUUtG32P2qyJCVCaQbWYKF+lvZ9t1hZ7aoiUamPEnz&#10;+37ekk0cjuJCemTaHX8W3cjV5Weoevq8jZ53laRtBW7IAHJBAvx/T2W3FbY3JlK2pk+9laG7SSTO&#10;SCRe+lbc8D8e29wvFVtC8fQdOrG2nPQlsyoLsQoJtz/X3zr9o7oymQgx+OiyE0QaxFNG8jOw4BYj&#10;+vvT3dvZ2+qQgMePXlhcmvl1wlnhgjaaaaKGJQWaWWRI41UC5LO5AA/2PsVNr7LyO3Q82bhlWYAe&#10;Ok0+JkNrmWdz+B9bDk+yoytfsDEe318ulCEKtK56bjlKSqRRQ1dPOsn+7YnWZCt9JEeg2JJ4vew9&#10;uuTaKaNmR2e45dY9I/ppUsTf2tiPh/prwGOvOoIBJ6lU4cEagF+tl1Bjb+psB7ZMRkmkrVx+OoVq&#10;CDaSqlltFD/qzcD/AA5I9uzTLbDWTn063oVh1yqY1dC0kjqii5CAXP8AQfm/+t7EvGw4XGv95JG1&#10;XOvJkd9FMsv1JjT62BH1PtHJJd31A/avp8ut1OkqvSUyf8XrY2pKeZKOOS6jSmupMVrepzwCR+AP&#10;YebyiXcFRp/iBijmYhtLn9F72IU/T/W9mqTtb2/hRLwFOmY4jwPn0oMRSiio0gEekovNhyxA55/r&#10;7etqY3BYSB/t/LVNGFZ5HRf3nUWIAYkAX4t7DMq3NzPWZqV9OlVQqaQOvZD7uSNY4QkZc8szElR/&#10;X0/8R7WlHvirT9hBDSIXIihjA5+g5KDk/wBfan6CyhIkI1EeZ6Y8MSKVbz6SGS2RR14L1ElRVyFR&#10;5HlkbgAg+hfx9PYddh4nMVkS1AqbNUjW8ccrHUr2Iv8AQ8j2b2e4LNETGuFxw6YERQ6V8ulNgjRw&#10;U/2NIhRaS0IBUL+gW0gjg29pXa+LEKaa2VUiiuGQDVI5H1Fj9APz7J55ZXkr5npWAAB5dPjlgp0A&#10;M34BNh/rn2p6kTSVCrRFAApWFUdRouLanB9mCtHBCNWfX59NEMWrxHWJLaSZAb/2iQT9P6H31TbV&#10;yLjzZGZqq7ArCj8M7NwCv+29ls18Zahe0DpTGhwT1jNZTq2gOFNieRZQAOTzb2ua3r/K47GxZRUS&#10;J6lf80zEzRpbgstuL/j+ntBYX0N3MVH4PPy69Iml9PSYg3tg6nLz4VJi9RAgZnA/Zf1FWWN78lT9&#10;fbRg9trSTSTy8Tn1BnVtPkZrgC/JJ9qbyV55Ao+Eeny/1fl5deOkLRenmsyUYiIj/cDXBCEFtH5b&#10;g8D2x5+iyJqy8k5kiRyywx2te/8Ah7PYpkW2EcYoOkprmo6k0EsDwqY1KEqL6hZj/rk+5+3pKeBg&#10;Z1RHZvUxIGnkf63Psou0eY1FaDp+MEAU65VyytERHe9rhQOSf6exHyaitpIqeieWqZkH7cRuQoF7&#10;8fj/AGPtBZOluxeWg6vIpIz0jKPXT1ktRWRRUsav/npQFuxNrc/k/Tj2F2a2NnsjA06yS0VPCxJj&#10;e5lkcC/6eLD2dpusNfDjyT58eOOksiAGpPSnjzeLEsdOKmNpZAWGjlSB/Vvp/tvaRp8BkpK2moDJ&#10;U1D+RdSqjMqWNrsfoP8AW9uXFw0EBc0HHpxF1Ur07NLGsZlZ1WMDVrJAW1r3ufYt/wBxKv8A5WI/&#10;+Avi/sf5z/lX/wCDew7+8m/hbjX/AGeH+x05Rf4vOnSd/vRj/wDm5/ndP0P+b/47/wDBP8f949//&#10;0EfE0qMXL6VuOPpe39fp7wYoCOHXd0VrjrdNlWFkCKupj+b/AEv/AMV9vVIwlBIBFh+oc8/m39Pa&#10;dkxUZ+XTiv0z1n7BUMR+Pzbj/Ye5bqbDSbn6Hi9/z7siZz1bJ4dNwmXnV+gHUPxbi315+vvA6+BS&#10;zC+o/wDEfm/+8e3KVoB00dVdXl1nik+4k0qf0Afni314H+t7gspa5jT6jn+v05592wOPXjxz1PVw&#10;lg7cg2H4vzxx/wAR74LRPKQFCg/1P1uP8T73q8vLqlRw6yPXRQAu5a1/oLfQ2HvE9KIDqcc6gW5/&#10;P1+vuyOoz1s4yOsiVL1I0RNa68f1A/B4/r75NMpAVR/vfP8Avvr73pB4nj1pSSM9cUhkQ6nP0Nj/&#10;AID6Hn/ePeHSGXS6gcHn8Xt+Pr78w81HVuAz1mV9LakkJBYem9/z9Db/AG/tgkVlmcD06b/S31+g&#10;I92jHZjqh+XT8GBRSedVv9j/AI+50dMWsxQsSAWaxA+t+fdAwBqePWyK06iSTgArrUC5ABIuf8Pb&#10;nSRMAdQOkfXi1v8AfD26ZAqiuerU4dM1YwZxoZQ3+JB4/wBb3OV1Fgo0i9v9t+b+2WPr1Y9uOofi&#10;YqSx1Ec8f0P0BHt7gcWAJ0qVH5ubj86vdA2KdbqDk9Jqrp/WXALOrE2NgOf9p4+g/wB9+fcGpikM&#10;hlNwgBINjb0/4f8AE+6BxUr59eYFlqOnmilg8KRCzOSAy3Gofkm/P+8e2OUa5Ndyefpfj2+hGghs&#10;dNUPT8gKKFFvp9bfn8m//G/cunVB6VUOxI/5Ff23g8OrKR5dRalpOSzaUF+QP9sfajWlUU4NgrG/&#10;CmwJA5B9pmco2OrrSnSX+7MtUUJZgv5ax/tcf7H/AB9pyoHqPPItybn/AB+ntUpXTnP+r9nVGNMd&#10;KemuQCBZTf6Afk2PHuRRU6VNha5tbhTcn26V7dVadUGqteoGRrWo7mwKk/VmFl/xJ95qzGyQIGQl&#10;g5F1Nv8AXt7TCar6D08BVa9dY/KwVRbUApj5uBwT9L3/AN5946KJ1Y3BAH55uovzb24SHFRx6b00&#10;OD1zyM6FVAs2q9h+Tx9Lf717U1LUKslkAsthqI5ufr/sPbJUFc+fTgJHSJyNJI8V3Y6mZmKpwAl+&#10;P94/4p74V07iVWVha3II/V9eP+N+/RRoBpPE/wCqvVSTxJ6kYyANTuGRtWrUv40i4ta3/FPbJLTP&#10;PI0qA6vwbfn8/T26D4YpX/V5dVqTg9KOKsigjSKQ+k8G7fRfyef99/j7yU9NOotLe31ta355Hvxc&#10;HPVgadY6uqp2N4At24Bvext9fc2Q3CLGliD9babi59tfizwPVqnVU9N8IsJHlkLWsLaiwH+sbf7G&#10;49sWSoXF5zb1DUQCf1D8C3uyuFOkY60w1ZHSlxWRR1+3t+g6ebX0nm/+HtPUqVCyNZSQz3v9QB7W&#10;iWi5x1TS3n0/1RgaPlhwoB+gN7f8T7VNOzkMjEi9uPoLAXHPtK3r1cduPXpL1CRgo6C9iRccn1fW&#10;w/w95JJbRXvwhta/1H6r/wCt78gq9D1SpJz1HSAeX03vKosbcg/T88C/NvcjHV6tIAn5/V/if6X9&#10;rBCuknz61qINOmbO41xATJewIIsVAUfk8+3kvoZmJNmufryeLm/tG4p2HiOrmhNR0xxR+VFCKDcA&#10;G9wtibKR/wATc+4omkkmj0hgoPPHH0H+39tUB48erUNKnp2amgp6Wa5jLabABrfT8WB4/wBf2/8A&#10;3qRWBk4C/T6XLC3PtMFDE1GeH2U6eNVUGnSTbEy1CFliN5DqPqDG31sD/vXtgrqxatjHe39lbnjg&#10;/i/++/2/t5FKnPTDTE9vSvxeNbHRCSxOoF2Fhdf8Db/D3gSEoihhqIvZg2q355P+HtyoJ9P5dbVB&#10;xr1JeoDu+g6Q+lWBXSeePz9Sf99+fcapfXDIEkVDyLBgD9fyf979+qRjj1YkfDw6m0UISpjaSJnv&#10;pIYqSCCLWH+Fh7a6aomiJiQF3IPNyfobm1/dyx0jVwHTQU1z081lHTz/ALzaUX+lgB/hyfx7WNBV&#10;RwQiWY6ZCLKPrYj6Af77j3VgGHVqHicUz0Gmax1VWVYp6VQ0AJd9RtYfQliP94H55t7w1eRilUrL&#10;zqPB/oT9NQ90WPNBin+T/V69VLtkdTsbhp6Vllpr3UWdRcXU8nTfj6/159t6ywOpUi6jgm1+PoCf&#10;diCOtqvr09tDVIytchyLgX082ubD68+59OggRmQIU/wN7huL2H+9e6lmIo+K/wCr0/1fPpwV+Kvl&#10;0z1jCqmjRjN5Va/I0gFPrb/ivtwo2dwLkEK2oE/0uCVFv8faSaI1LDjw/wBnPy6trqadQq5qeE6d&#10;BuyENa+skfRieePfWXjfxGVCALFitrGx/J9sREI1JP8APnp00KfZ1J29PHLL4LMTcAOz34X8f8i9&#10;hpMzCUkkhtRBPN/rxYf717OFNaU6QuW1fZ0KkKRmHSBdQosAtrcX5J/3n290FOrlZHaxHB/H+I97&#10;kbyXq4/w9JrI1Lxo8aJf6lSQT+LHn8e1MaekiRXjvr4JH4P5P1/3n2kDy66Nw6cqoGojpJLU1tSZ&#10;I5LKo1D6higt9ABzc/j6e2yupGmbXD6SbgjULX/p/j7dSRlODg56pqVhXp3xtbHTxeGqF9FgvpPI&#10;/BsPp+PeSHFvoR6gJcH0MbHk8j3Qy93b59WSPFSesdTm4ld0pTIwC3kjW/C/gt/r+3OKNonKytZR&#10;H+2fweL2H4/p71rL/b/qzx681EoRwPTBUyxzQxvTIXLy2qAP1C34NgTx7TeXroxOIyLBh+pbA8Hn&#10;kn8+1MFuTVgfPh0y7+fp0sMHRSik1m7MvAV7n68jge2GpyaU0cmkhgBe9+Lfjgfke3xGK9+eths4&#10;6UcGNeoeNioi5t+n1E/n6/g8+4+NrFr0ZkYOTcH/AHsce1EsGlKqOqLIS2k9c6+E0ToWuF4ta1r/&#10;ANrn2509FNIxE6KqX9PpZmI+gNv6+0LlAMcertVc9RajIQxgGncsbDUdSoFtza/9Payw21lqpNTx&#10;sFYelxc3FrkgEe2XkC9OLQipHQU7z7LjwVLIY54XlgBaWFpFUKF/Vqb8fn8exEotjU0I1lLA2IYW&#10;1EfnVb2wJpHYAgjpx1UtxB6Kbu75WUVP5Kakr6OpnHDQI7FIjexUm9rj8f4fgX9q+jxdPQx2ARV+&#10;tyLtf/Y393PiPQUOP9Xy/wBR6b1YoPLopm8e38rvKsZYali8wZdEEjoiofwyDgmwPP8AT3Ay2bp6&#10;GnJMgUD6gfW30tx7WQ24MlJBT/VX/P1omldOT0oOsupdwbsyK1PgknBPkEk41Ri30Kqx9XH5v9B7&#10;Dav3lBCjMH5uQqg8/X6G3s47EXSBn1/y9JmLuano5O3fjmZ6iJqxQ6IqFtajxjSb+hTbk/kkf4X9&#10;hLn95VD1BS5aKXkBbn6/XVb/AIn3dXqug9aIYUI4dG22j1rhMHSRCnpo454gFLhFB9P0sT/sfabo&#10;XeulYzlms36Te1v9j7Tse0nq6ipz0IFSFpIgIVVbgcgKOSP979qCOrWjdY3CKij0gEfT2yAJMdPP&#10;2ACvTJNRNVo0sZdpGNjcHj/Yf717zUmXEk7aALg8KLAG/wBD7tLEqx9a8RjxPUWqw5WBdbGxA1MT&#10;yP6i9/p7f2p5amMykKC34ABa31PA/wAfZUxCHSOrZcD16aI6qCnlEQYkL9SbhQw5Oo/63tnEAp/I&#10;zIt15LORfg8/4f7z7dDjgOraAmT09tM1VoUO2lvSFQEKeP6/n3KGYkjiAic2YaHA5AF7cW9qFijY&#10;5+3pssSemqTAwyzl5ohqjbyRtYXYjkXJ/p7TuQSpqQWp29QOprX/AE/kC3v3wNTy61pLV6VFC9PT&#10;qBOAupQo1W4t9OP9f221VEldTkTqRLEBcvYEgcfn8e3EGkiReq08m6nR1HgkCpZo5SdOkagD/sPf&#10;DG0ywuxi0qsZvoJLEgfUkn27K9Vrx6qAK065VcmtNDaryenWotYn6D8/j2p5MwKeimjidYndfre5&#10;vbj/AFvaUozkVHTuoKCPPpNrhFnr4Z51aVYi2n8AA3uT+T/vj9fYf11ZJlSsE48gvZvpwR/a49qg&#10;FJ1AU6aNeHSvp6WKjVvGNIJ/x5/w9+SOOnYR3ZZE0/Uken6c397SpOsHH+DrzEKOsjMzqeAUN7fm&#10;/H+Ht1Z5MjTyUiSN5EUNGxJOkgXH1/3j3ScUAkHEdaR6qV6hLGlJN5yqqshKtYAXv+Rb6+4lLt/J&#10;u3llDAoF9QPDaeb2H9fbQvACAOti3JFT1llyVHGApkUljbT/AK/+Ht9q5apEWGJmDqimMKDyRwef&#10;9h7eEhI1nrxjoNI6bIIKYvJKyIdTtqZyD9f6A+51FS1dXEtRVAx6LgBuNfHJtyT7TzOmoaM16ukW&#10;he49RKmqpaSQ09OVZm030AHQT9Bf6D/e/cqKL7c+aJoyoPKi1uPqOfexMwABGOrBQeos5FUDBKJA&#10;5Fw12/2BAHuJXVq6RKun13UjjSb/AFFjwPfgi1p69UZuplFRuhMbM1oyLPzquPoS3/Ee2A5OmofW&#10;6pGzcNY8cnj1f1PtTFAGNG/IdVMgQaj07SUslQAuslVtYkW/H09wX3J5azwJJzp9Jtq4P9PavwFV&#10;eHTbTFmFOB67TGQpHyoJvqYc8n/H/ifc2lj+6dC2pxrKl4zYhif7X/E+0Ujha06dXu+fXKZ/AjW0&#10;rZLgN9LD8D/iPawpGqqEmNIuWUmNgCC6j63J9pmdZE7vLp2hUVPDpKVcVHXaZHmGlXUSqSCI2IsO&#10;P95598/BVViOjgOuu41gKiW50/190FxpIoKD/VnquX+I4680lDQOJFZkcIQQmpnkFrAgD205aTTT&#10;SUkZVQgubEhWYfnn/ePataYlPVSTQgdOGLi1TiqcMTJ+jUOUQ/j6/wC349oamZvK2u6qBqbWP6nk&#10;gn/iPbpYN8OemVUqdR6VMgsot+q9hbi9vbmlRokAjvLBIDYDggj8En3TRVaEZHDq9TX5dRyl1JYh&#10;ZARc2uDc/UD/AGHt7RaWVYnLATG6eoguL/4e9RwSq1QcdWDBhTpsllnjMieMmMesFVspA/Fzf6/0&#10;98UxdfTTNrkWop39a6SvAvfkC/096M5HawoevCAHKnriMjQ1UYKExSqdLK6kWa1rAn3GzVY0OPeO&#10;mYGUeplNitgPoB+f9b3eMKHDHP8Ak6q76Vp1koKYmpaWRAFAKx/XUT+Sf+IPtFYnJVFdqkqw0Co3&#10;jLWIB5+mke1ZjU4U/wCr/Z6YQsDqPTw6hV9C3PJAJP1A/qffLPZSgo5Y0iTzsoBKqPrqF+T/AF9s&#10;i1XIJ6u0oAqOPXqfylLyjSxPCi/AHA9ysJmZ3A0RtABYm5sOLkc/m3ttwgGOI6tGzsKnrhUU0U6n&#10;yKGB/BFxz9be4e68hmDZaWMyGdLpbV9fy4PukciKaNjr0oY/D16lhhhj0xACxKm34t/Z9seLnrEj&#10;RMlTtTPIOdZsDc2AH9fyT7e8QSfDmnTSgoO/z6lexEhyCUuP0uyuCtlYfRXt+ogfTj20VV37vL/V&#10;8ulgYrHX16bJKXyVIdbqVPr45dBzYE+2n+K1tLOJjLC8Ai559SXNh9f6j6+3hKoGk9McO4nqRJSQ&#10;SoUZCAWDG3+qXkH21ZT+K5HGaqICVHkYy+MXYn9SgEXAHtpZFSSrdXKtIh09ZgIo2tcKdPAJ+ovz&#10;a/tTddYPI+iozcv29NOSAZhcaEBDIQeORxb3u7k1xaI8nqttGyHU/SZ3Nl/s6OZaOJq2vj0FKaBg&#10;JAXNkYsP02+t/fPIJhaCuqlQiGM1JeP6lUIe+pP8D/T3W3SUoNZz/q+3q0rIrk0pXp2pJK2ejpmk&#10;C+UwKZedJZynIP8Asfr7w08iV8syI4qF8gdHJvdT9DqP09uvqQav9X+r/V8uqxlWOD1mceCNG4js&#10;liota/8ASw+vtj3NHVSVUFF9yI1UoNNzfRb6KPzYcn3SKUt3EcOqzIQQK9ZqTxtF5I1sJCzE/km/&#10;J9uuMGJoIQZmdqgPqLlQFXR9S3upVpW+zq2pY1Ap1iqFq3YrF41iKkE3Osk/Qj8f7f37dO6ZooIZ&#10;cXSVFangOt6SNikek2JdE/2/txESE6ZMZ61JI7oDHn+fULG4404lNRy7TOyhm8h0n6EOfx/re5G2&#10;cBk6mGfcmTq5IKaJY5kgWTS8usX0eNrEfgke6T3SlhBHmvXkhr+o/H06wZPLwU1VSYeGIzVdd5Aq&#10;hHMNOkaX8k7gEC54H+Pt6XL0ikrSSxwLI7GP1WOojn/bn27GEVNNKkdbaQH5dcXxs0oRqsGdkQK4&#10;FyjDVcm39R+PbRkkNNS/xyavpRLTkpJDCNZn1fR7jkED8e6Eln0gUFOtGgXUDU9TYJl832CU1T4T&#10;GziWQaY4wCB4wW5P+w9pQ7ox2S1UiusDo6SuZlbxkD6Mobi/+9e3liWteJ6os4fsPThHD4yW1auL&#10;AEAH6/19ukWQxsjzrWR09TRCmJlZ3XSSBf0gHkj68+6NCcUOereIvGtQOuEscpQeFzHJrBBIDgi/&#10;KsD+PbbjNzUUTtSUMKPGAfDKFsIiWvGGA5IPIuPz7Um3V6GTPTSXGDo67lp/KVJdxYWZVNgwtYj/&#10;AA9ihQV+28XSpLkoYjV1GiaOZkAjSQjhbN9bn8+0E9oJXpGadKllCJniekbk6fc1bV6cdUpBj4S8&#10;M0TN+9MD/bVwPSQOAD9fYEdhZrN5rcyU+KyMM8UwijFGq+EqGFmCqxH14IPtWhWGOlOA6RTKZJBp&#10;PSoxFBHjaCGlRCmgEuXkMsjOWJLSSn6n2sMNg5MTtyoi3B90WpNUqSQAo6eU3VJXHH1tY+0pvFuJ&#10;AiGh/wAPSoQmFKMK9ZJJ3aeAUz07rJcSa35KL6iYgv1I5v8A7D3wxFbDWF2ipZoqtzNS06VbmHX6&#10;P02PDKw/P+x9+njatScAdaiavEU6lS8LqJsqkMwC3PBvcf737eqraGJwdFBkcqaWjqclrEFOzJI7&#10;x6PVYD8qT9P8fdbeWeU9laL69OMkacTk9MdJn4clkKyhx8b1C48olZU6WjijnkGtIVMn6rrc3W9v&#10;YAZmmejrzUtQB6B5ftJFpruY3hbVHUaSfowNx/T6fj2YRkuKE06L5FYPqAx0ofY+bGTcE1BM7Tw4&#10;rESxrGtZVSaghK2W9KhBYW/F/wA+088at8IqwyP9X+bpWmoHuNB0ms7V46GSBZKKXJZJFaWkoqaM&#10;NUSAcEiV7Igv+WYe0rTbapjk63J1NY2SxmNadZ6qsstM1RI5igSGnNwwJIsf9h7o8hChAaMfT/V/&#10;qPXgi6i1ajp7NRZadWQxz1ABSAkFlsA0oZhx6R9f9494c7tqpzOJSSpqv4M0iR+FKicQQmBFKlIq&#10;OE8fgof9h+ffluZEeiAkDietPEJB3YPXNZoi5jjJkZW0voBYIxF7O/0v/he/uB0rONmVuXFaxrqG&#10;sjmo3royrJCWBEOtZrFb3Fiw4PHt6dY7qMJNiufn01ah4GOnh0w7qw9VmsdBDRVApqukyNDkIXYu&#10;Ec0kweSCTx8lXTUpH+PtX5rK4nFV8XmqZfv6pY53j8Ua1dRAXtFHE44IYH2nWBEU04dPs4DUPE9P&#10;NMZJIiCkKql0jKMzrqUaX1KbfpYEWv7w7vydTitrgbegodt5zceSjct4zRV70fhOp6mws+ttNpP9&#10;f3S0RdTOKuF9eFfs69c5QKO0t+XTZHS/c5MPNM9ZTUVNoCSinlpRkGmuZo7XdZY1BVlb6Bhbn24b&#10;Bxu6Vgo6nL133MWDgnyGXYt5YDofVAAq8tquL8cf63tu5ukwGFNWBXrcEThQCa049dZ2oo4YFomb&#10;RXZpzjaLx6UnkleJmYxyngGNFZ7k/jjn2I9HXu+L3Du3dLTVlVVwfcYzbFGyfdLj1bQGCU5Usmn1&#10;aSQbfX6cl9yEBQRCiA5Pl/q/Lj1YyMAdIqx/wdIWSnrcdXbf2ftOjalxlEs4y+5qyIVKwVMUQeOm&#10;jNSD5KmdiWaTlVPFrkAIPYAy24aqpxlbttdoUaCTJ0U8skStArt5FqRHLYmKRT+Df2bO1qYgYiWb&#10;hx6biM1T4o0jpS7rzKbcxbZhVqcw8ckePfHU6NPNkZHfxfbxJSJZZQxJ5AUcg295t+7w3FQ0VZRb&#10;dmgylWY0w8VJGqSLk6WWQxVZjDckBWvYkgC/vcKR241stPn9vXnJlHYakfz64YrbGIq4KPJV+IMd&#10;S1ZBnooKy4mxuQjVHhYoh0CSMryw/I/I9pXatHl66ip8BkiuDo6WVJ6qorUnZaaKntM8VPMxKhmI&#10;sH/H09tPdQymseW4DraxSKArYA6UuQnFFDJXw0k9bULGI46ek0GaoLOAoAYrcAm55NhcgE+xYqcC&#10;KHdUu/psRh5+v8NgIXps1W1KyVKzOBHVRGnc6ghdib/T8359pZNc0a2SEiUnNOAofXq7HQfFNKAf&#10;n0EEG86eopqfrzK7hTF9nZqfJRxY7Ho61USRPPkYqinmMZiCJQxB2Yt9QVIvce0zhZ9p5Ldkm7Uw&#10;lfLi4T/CaemWoWTBUNFpJ8ywyH1FyS6lv8Le1dxDMkIg1ZGfmT1SIqx8Smf5dLOtxu5otqphId0R&#10;ybkNAx/jdRTQwV9dVQuJDKKaj0Rr/ZjfQlrfge2Xc3TW2cXujG1D7prJcfuOtbMI1QadIKSg16o6&#10;WlWL1yS6jYg2XTYkE+24by6kRtKfDj7T1V4IRJq9c9N2zd+Zjc2Ez89TtmWhz+2qyTDVuKNSwSsy&#10;9PSpUPLSzSxLppZBJG0bnU1iwIuoLLJ+vqLPrR7YzcuK3FQfe5bOuYqipVMWYKYCigo4otIUNGV8&#10;mpv1XIFvepnujGXUFG4D59XpEcMNQ/1U6j5De1Fi6Os3RPjMpiS8238CkWRpYKaavlrsv9jC7lyW&#10;fxSTSCOzc3J51ABxrtm1+2tp0MOOl27h9s08CzZLI4+n++zgrZpVMLUSNawUkJqZyW/I9swI0bs0&#10;yMzmlCeAHW1KfChx0xYTszbG5N/ZHb1OdzndNLFXRUeFydJlMVgDQ0Y8U8jzlDTyPJ6pQWV2020L&#10;YEkOcBufJbHyRyeL2zXZCeem+1hzuUiipp8hJlpCIqiWY2uI2Fn59INrH6+1rQRSsGlNdOaDqhdh&#10;gLj19elzvjZeF7G23WbRzVVKmMqpqFsnR42eNWeGinWoagc6bhHsob0g/Qi3tgl3TFmJdyQ5Lb1f&#10;j8fhtwwZLJ11CsYxUy4oszGdyxeRJ6lv2o1/qOSPav6mKOioctinTZrRmK8Dx+zpQU+PFIuPRa6S&#10;V4KCpoKV60oauXyeOSN9Q0guiRev9slrXNrG6kxXZsO6tmbhfK01NRJRVMT4yiyFAKqOpjRxHHAI&#10;P1SSIoY6EPpI1Hj209pGW1RV+fz63HNVKtx6Tx2wmO3JisnQRVUn3UNXQ5SpFTNqhTxmsSpMdwg8&#10;kqBHNiTdQAPr7WS1kdbtfG01fT5j+7OCanydfk3q5cDitwTVdlkx1JTwE1Eqwr6mijAvYsTY+0S+&#10;CJGijp4hrU8aenT5U6dTHHl0xzY4Qb0zORjyNDFuXcGMgxOIpKbFx5XIYGgxkVTUDK1lSCFiWoke&#10;5apAi1CKFS7GzBhvWeuoN+be2/s3K1OQ2jR0/kq8WmOrYsVtsV8S1sdXuCprrpU3LiWMO3MYC8/l&#10;dFL4MBSQjUf59JWVzMGBNPP5fMn/ACdO+yZMpksPU5bdW3Ewu5ZKmtxtbJDkMfXz5Knxkj0dHVUV&#10;bjH/AGVkQMRTjxtFKZPTc625ZGv3lHh8VS0eXqs5tyqnpayTL7VxaU8NJWy5Z6LIU2eiIJWFA0fi&#10;itwg/wAB7ahlhStAFf8Aaf29XaCSgepIrg/nnp5pqTCS5yWvqaBqbOoq4ykfJ1CyzVFJDTrW+XEx&#10;PNImkh2EskahyyOHJCg+3ip2rm6DH9h5ytpqTHUGO3FiX2vLE0tXnc1h4ahY8lLS5B3dofLqWRAP&#10;pZkZbAH22dziEyQR1JzX5elerGMqDrpk49adNkG5JKjLbVxwo56mbJYzINmjBURClwNSKGOrjTJU&#10;pKl9bpJBGACVJuRZtXvjgd77optjbyjydFRwTYqizW6MPjKOeKqyGZgEYVa0RR63ZEuzzTkgmxsA&#10;LgOg2txMMVwan7PL/VjqrGZIyaZ4/l1gzO3cPBuzC7lFGxyVUtLtmavafx0mPxsJlydPAULqFM84&#10;jgjRBZpHS4va4M1e8q7K0mO7Axc0VBNjpKPDzVldSVFHLl5aiQVkeNiKu3mNGVkkPjK+gX/IHtW0&#10;cTMYBkU6YVzpEnD/AC9LlYadRJTaVZJxI7U5CtGI39Mnpt9HJuQfqSf8fZg9t4nZe9cnVTVkGaze&#10;RrWxtbU01HioqDD0lVVwtDLX+ZQWcOyEsZWZtdg3FvZXeR3aJpjcADgOJPyp/Lpcgjc1I+eekBuP&#10;LZralAkkU218VhKCKrP3mZylXLVzU9JB5qeCCmMUShyobUolcKi3H0t7GTHdPY/cNfSZ+TJ5rEZi&#10;DTQ1NRR5ARQy0cELU9LUVVMw8bTRRhUDRgnkg+m/sNXG6bnZdkUJccakf6vPpUIbZjqZsj+fQN7t&#10;7+23sqaoxdRNga6jr6CesxWL8c81TkMtUzpPLRxxxFl8MryyTCSdUsBcFiyqGzefVG1dv40T7xyO&#10;U3pRp9vjcTUZBJK+opchWIYYCmOpdMAOtFImkXSpN24HJnY7huO4LrkHgKONRx+zpPKIidCLq/n0&#10;x9cfIKPsrOx7X2PisHhd0QCfce4sXFURLjpcFS5GlpZ6qpyz0etpWWps0CQLLccOqnWE9vuKm2xs&#10;PEQYzB5KpkixuLrcnlYJvu8xjKo00uMx74iB/Qar7idfNKVVRFw5I0BTiwhUK11K2upNB5Af6vt6&#10;TurVp6Y+f5f6v8HSl2Fld0br7b3lkdwbkpKHA4HLbh2VtHaNLj/Gu5aeRKHM5HO5mplL+RI4YjDQ&#10;xC3q+6kFx5NaW3jtuLaOwtmz/wB6MjPl83UpSZVct487Q1dZkMc1dMs9NLdIQqxsum5v9LX5G4Lh&#10;roytpFFwAMHHVlKo4XIp+fSs2NvvP7k7T7F2rX7bpMftzblNjm25mY6Kpx1fVxRVk+NqUlqJZD9z&#10;HJJE8kLQRxpGlg2syD2o8nQ7Mo8VRjFbEfcVfW0uMaWPHJPTYL+KV1UkMsGTqaEsKZ6eMtMFAF0u&#10;L3b2WQJLHIZ7ucIM0HnQH1/w8elDgvlEHUpavfuQy+Sx53JR7VxtPmq+CJ62DHT7ilwGMo1kjy2B&#10;pa+CSOeKeaRYZZqlDoKMVDem8jHbL3Tjd01WWqssmV2hh6g0WG66wNFXRUeNqGkEokeSo0xTVEQb&#10;WWaWy6mZuBb2tnvhc24toUI1fiI4/wCXPDptI1jYyBs0/wBR6S0m7toyUDg1VJt3d2d2nBW1HYWe&#10;k2bRZLIYsIsEORq5aGZ6pKSpkgMcKfaxxkqViVW0kPuQz2Frm3BhPDks1JgK6lXJYzDJNmno6quo&#10;Hldc61PpRFgZlMkMRYLwQPr7SNt30wUlwjMOHWo5Wm8q+X+r/V6ddYCrycw2luijqNu0FHuOkqKW&#10;nzefnj25JLj48pTDGLtTF1KzzTtkqYSVEMtUUkaMoXX1KAkMplqPau1RhdvTnKbpyNIhx0cieCjx&#10;dLkmFPm2qMhFGUTVp8ZEZJVgpIuOHdt1W8rXNwwFOHqf9Q61Kkj0RRSnSvrcJnN6b0oKnIYilx2y&#10;8FVyVOVSrmlfIbly+Br4chsyWkp6d1KU9LL5Kt2qEvIdMao0bMxf+melsYcHPPu2gxlJj8rSiii2&#10;1DSsJ0igm/yh6jJySeeUTlV9TeoqAeL29oNyvLi/IFjxVsnNaedBSn7fP9vTqeDEuggE/wAh/n/l&#10;0BnyS+UdT1dkW25tTBZHJ5Oix8eQr9zWibbeKnyMctNQ0VQ2iQSzKQJHRtKgFRdmJCiduOXa3XsT&#10;U+3sfRUE5jR8Li2oKf8AhlBNNOZKzJQGNBK0zKHveW7G1+Pogt7G88cPdOWp5ca/b5ceFBjrUk2t&#10;fDTA8yMdIrqOu3t8ltqY1tzZL/fsfxHJUm/M/g8rksLuDci0EJ+w2i9HT6KeKgY1EclS8ShZF1Kq&#10;KXkJKf2Xg81nM5gc/wDxSPJ4zDYtsxNsrMV8cFVX541bzU88s8ayCRKldBMF2N49KqNZIGizO8Cw&#10;6Cq0pWmKetfsx0XaIxJqRgaeXz+3/V/h6OhtClpMTBkMdS4yjx9NHWx4vH1WBxpgoRQ0dGtPTUoS&#10;NbxijYSQhnQRAaSGJLAYq7EVG58xkDV1R2+1PhqDLxYvb+LnqNsYiarh1GWCoqksySuyiZU0fuI1&#10;gOR7bqsMQjhWoJ9ck8Pt6fC6u4nh/h/2enXEgYLE42gbI5DNVC1c+LGQ3HVUCZ3JGmqJjeWSlhgj&#10;ndI0YxWjVmjUM5LFmJhN075mq6emxeCOE3Bj6NKKmrXWh8/8PnjiQTn7adSlwDqRkJ0/2jx7QptT&#10;RRFmqScgA8P9X+Xq6ylTqOD0Wfqjp/G4/OZ7eu5cVvDZG7cvuLcNSn3G7Ywc9jZ8tLU40yVmDqPL&#10;JH49Aelq7cgaUK2PtMZrc2O3JnK/b0e9K2ZKvCxYr7fZWKqaubFTTTsMo1QyN4gJYigdpCWRgSlt&#10;Xt1RJtdqpVFUipJJFf29bjX6pqMK/b0sMFss4rCvlYdgY2TLQbsl3AJuyNwUcdRVS0SN/BK+LK0t&#10;JXvTyUshWKgjEKaIVQsxkF/bZitqYrYefxXVGxIPt3zmLm3DvHcslGlJlUx1PUacaMjPMWSwkEgR&#10;ItNgGIsfrqOS58H95TEmRv7NRXFcV4cT+f8APpuiKzACgX/Dw/P06Z6feOP3RgMv2zvvCo8eyMtU&#10;4bae2sbnaTc+Gqs/DTNishW7fmx1PTy1VRWtVPQRrWR6k0PaKMMxZK7xw2B3LkNx57H7qp8ll+tM&#10;hpo8XumIUu23nqHhvVPEHZJqaGNS9MQtmkBL3uSVVxNdIsdtIK6+NOPTelPjAofnw/P/ACdCDs3M&#10;51MTsuiyfX0m2497Y+orsnJi8tUVFdgpZsYK6GHPOtLTTJXOG8czI1oXBCSMEBVKgx7jqMtvvMb1&#10;xNPopqaLLVcVJU1tPFX0jRpQU+ExFIIknkistQzI/wDQkEgj20TNGFiiSlPL+Zr9tene0eda/n0u&#10;IYYNo4/EbZ29gMnXU5kqaSiR8hLWU9HAIJMjLV5jMZaaaoWJ5C0CMwlkMjKoTRdlccnsKfbdJR5/&#10;eecmqaGGsyG6szi3xfnrN11Ukvlo6Vamq/YH3dkH28mkqTZRa3tj6iW/kaCAUNKavIep/L+Z6sTH&#10;EAa1p5evUbHbmoMrHVYjaUNLPHjXGEE1FV0CUWHlpAaWphko4pBIv2ltAWGMqxAQOv1Vy7O3tT4u&#10;pjyEKVmNzmPwdNT4Hbb064yahpKxNUVLVS4jTCkUWq6GO78AH+vtdZ2gs4grNqAOT5mnTMr6gR5n&#10;/VTpr2BgKKmwFVS6cZmYMxl8nkc3loMlXZugzOUScUFVVL/HJKqXWzU6pLCZDFGVKxmwA9xuo8Xv&#10;vF0jZjN1W3Yo8pj4KjAxrS0tRSTF2kqa45FmMdUKsLyzuWCnlib+089zBdXASOMmhyT5dWEZEOlj&#10;nFKfP/L1N3jLiMtS1WHqHzTLT1VN/FEw1RkcfkKeOdQtO0EiIFkjlLBSqN6vUF1MGHtQbArRk89u&#10;Ht3NRrkMnT1j7F2u9UVWjkoaDVLPVUFIikLyb8ix+o5v7cvp1lljtDiNBqany8sep/b1qKFdHhqM&#10;nH5f7J/wdIjdmzsbU4eDqLbD5DbOOyVLW7j3DU4aZv4ilLPl1mkjmyNQ/l1V9Q04eZHMgEZAKpb2&#10;u6X4859q6HLtvGFqbcGYqNw74xD0dVQQZupq1001PLJTO7vBTxkKKeUaCefTf2V327Szo5towWPw&#10;+X55x/scOn4o4kfuOB/M8P8AVx6Lo3za6j2xmcjtGv2Zn6KDY7y7a2tmcWMTuNI6ahpVx2pmklSW&#10;mDeNY7xmfWoGs39Ps0NHjcFg00YXFY6jqpoKamqqmjo6ellq0pY/HTRztAoJVRcIGP8AX2HrGxuU&#10;P1O6yaz5Djp+Yr55FfTHSpg0mEFB5/Z/sdER7O7O3b3NWSUsFfuOk2jQVeVyqw53M1k8PjrpQ1Uz&#10;U80pQiMGyqn0ViAoBt7cSJNC+fRq+oRLEKL/AKXNvz+fZlbhpnbQCq14k8f9X+frRWJcDP29ALuG&#10;q23gHhiw1SMpKtHplmkovBGlQ9iXhBYsDq/PBta31Pvg07adK8IOQBYL/gePqQL/AF9r4bCCJ9dO&#10;48T5/wCo/LqhqRk9B/lM9l8wkMddXVM0ULGOGnkmkMUK2uFjjY/TkafeO+seq9z+BYWI+tv9j7Wa&#10;fDNB1rgaenTEzMrgCxCkkC9+GH0H9P6298TGSvFtX9R+bD8/8T7sJFVqnh1oHPXaSDX+Ql7aSQbl&#10;j9EA/pb+n/FPfBYjYg8EE6bf4j8293aZa1Xz49bUU4dSHl1EH8AqrqRflmFgAf8AkQv75opBJP1/&#10;B5P55FvdJHUgU4db48P83WNz5FBQW0kfU+PUQOAGA5P0vb3jZLNquP8AYfXk2JA93WQFNHXuGD1z&#10;VyFKFGsebAjSAOdP4/2//ED3yW3Nv1KB9B/t7H3p6/i4HrWk1qOuyj2Hq/VJcEk6bH/Af0H+8++1&#10;Yk6Ta4P5+p/ra/urAU1DrRBHDrkECsNRZdQsOLqFBvzp/wCR++9PqF/pxYfQD/Ye9eJRO3j/AKvP&#10;rwDE9Z4oELII3k5Ll5Sv0VT9Sw+h/A/23vmo/H0/oB+P6+2JGNKn/i+rUzTqYiLM40MzWUMXkJIB&#10;BsSdZF/wePeXxi2o/Q/S1hf/ABI+vtN45roH5/8AF8OrY8+nFKcRhy41HxtYluCx41W/w/HvrkC5&#10;I+thx7uCHai/b/q/1HqqqeojxJFFGyBtRMmskmxW9xpA4/rb3wYHgmy/1/P+2493Rxp4E/6vt6sK&#10;E0r/ALPXcVNA82lpdF2ACcksSBZV0j/bc++X6bEkWv8AW4+tr3P/ABX23qWRSi1rTh/q/wAHWmOn&#10;5ddvQzUtSkzho4pCUjLBgxWxs3Av/wAT7wyVkFM6iSVEZ9XjBIGrSLnSD9fb30sk8eoDA4/6v83T&#10;ZmAPb07YPB7gyj1D4XH1tdHReM1c9NTST09KJpPFC1Q6jSupuBq+v49h7ujdGLwk1LW5SvipRPT1&#10;UdCq+UCoYhWZXkHFxp4H+29mljaSumokLErZr/m6LLq4Mga3tl1E0qf5U/z9Hh6Z6bym7Nvbh2ft&#10;3A1mSrINw7an3lks9Jh41wdVTQSSRHD0DkyMCHYFyxuByBbgGdmNmd4b63BmsdRzLhhRQY3G7oSi&#10;qaZoHQ6shhlinC60ZwGZgCp/rfj2Vc67haCJII21Go7fXoz2iD6eGkwGM/5+rIft9s9bbAwW29wT&#10;Ypa3HRT5WuwVfk6OqqKwxVJAzjzzDyXhshjlVQFNl+qgiF3l2HuXDY9NvYljSz06qMpmIqSNKWBG&#10;W8f28jteOU2uCEYX9nHKlulpt4nmA8Z+HDAOaY8/tz/g6Lb0ePcmUfApwD/PpC9M9LdfZPdGX7hg&#10;SrydPnyw25R5TM1uSFLFEWpcnNPTyO0UscjgCBXLqqgcC49gvQY3c+e2QmWp8SMlT19OwqWzWZ+8&#10;r3SSQh6+aiCtb1cxi1hx9Pbst4n1ZiZjU+X+r/i+ngn6QalPt6NK+Ww1DkoMO8v2dSyr9rEtDPT0&#10;jAR6hTx1nj8JbSL+NXBt+Pau677FwO1cK8O6pmO5KJ2osVPLj0eooaQvqjoI0X1mzDWpVQBf2WXd&#10;iss4aRiIxkitKkevTumWRQimnr9np0gewtk7j3RV0VLh62hpdsV4n/vXj2nqaWpyjyRCGGaKSnUr&#10;/mx45Q3LLb6aeRP2HtzZe66DO5nK4/JZCr3JKsNbU7hpKsU1fTRyXpVUVdo2QMAP2yDwB9Ley27m&#10;mk3BVt5AqqOC+n+TpQ8TRIAB0GPb27d7ddQYah2bi8GMPiKJGix2EqYoq+k+2pzHNDT4kQvZRE5M&#10;Zkj8IvqcEge1ljMJvvC0VLR0ldt2BJctPDLSUMUk1NRYRBoo2hhOkqdAAdADb/VH23NdWVtqmSMk&#10;/wARpUn/AIv8+rxgTf2hOB/qp0HWU3N0v23mJRuPbW+n/gG3KTI4zJZj7/BJX52oldquhjq4pEhk&#10;qIysVnd/ExYhAUHKf33iNy02Zo92NlcZNtfAJGtRQRY6aesNTIwWoaMm40MLaiTx9CPZxFfJuu2i&#10;0gSjkd3yr59IlpbyE1y3Tz0ln9h4Oap6wGJz2E3rvds1maepzGRo5P4zQ0LM9E0NbS1BKPTxNpSG&#10;OAEhWcXBJDFnd9SZ7BR5R3/huClmlpaMS09ZAMlMFs0BhqAoYqQbixW359l9jamykaG0+MDuPp0s&#10;JUUZ8sfXoZ9rdf4Hb+4HR5jnNz+CCsqZamahkqsNSySNHFNCyKJYklIIVuGYqf1WJ9pjHbwxW4TH&#10;i8NtOmmennoqCOllP2dJkZAt7qiaI5ADdggsP9f3u4sxEWuZpCzZJ86fZ1tGaQ6QaDpXyYLIYqny&#10;VZkN418FERXVMtX4KeSbGUzv5P2ampWVgI0AUyPq4HAUfQQ9wYLL7ey238hW7ew5gpytNNXUdXHT&#10;QwJMdcNPNjynqC/pFmIHtuzlj3O2aPvNDSn+r1/z9afShIV/9XqOgj2Xv7Z29aLdGF2rvjMVVZX0&#10;lbkaeiyFPUT5NI6cmiqMljchKeY5JArDVaxIsAOPagl7N2JSDJT1+fxdXNSKKZ1ppwi0utSPtRGp&#10;IR/xzz/h7Uf1eDSowISgrx4fl9n8+kH1EyoYkWtTxJ/n0DcvWfdNXQ4bEbYx1dt+gfKtWZefc1Ti&#10;svWVrx1HljrcjV+TW4Y2k8YW5HpJ9l+fM7bquy8Hmaesko8Q9J56ylyWs5KIwOXimiIYlopgQAfz&#10;+R7W3kTCz8G2yeFerROy6i/xZp0bvH4zetNsHI4nMNhMnuj7OvpqWbDRvj8XVedStKRBU8wsuqzr&#10;cji6tzw0703bvDdFTnH2hgaxUxtSBFLFCZFkhk/5S2gYg6dP1IDNb6D2+r2tlEIdVSB+09bjjlIq&#10;3HqZtbb9DtHDYyhyuRinr5IoKdqivmgUy1WgM1LSs+nUAbhVH1+tr+xr6tipMPtWoxsGVqIMrnIo&#10;6qryM2tqkZBktNDTQVnKQxn6KR/U+wzou7ndRuBWqR10j/P8+jCVo9IjOadBN3bjlytRharK7bh3&#10;PiMFkTPU4aoZhQtRsn/AuZ4w2qUkWjS3+0kDkl53ltihn23TQTZWYSRq0tZmnijkepkZbOpYfpS/&#10;00/QexZtdw03iNNTWeC+Y/1Y/wA3RXOQLioWgPQZdYdgblbsfcEUe3IabCVCUVDgNqU1TJRfwegg&#10;JcVTRPHpepluTMGIAsFB49hDtCjGw0p8pRyrX0GQq5olyFO0n2/lPpVXdeSAeTcaSePZNfCKa5Jm&#10;Hw5p9melwXUhjBpXo1Gfp6PeNBkttTl6Or+1inno5lp3qRTzGwdR61GqzIHU3F78XHv1XHt/LVdT&#10;S1u6ayCtr6gyTzQwK8FJEx9UYikNtRH1Y8k/T3ee4umIaBQARQCtM9bUCMVIqB1Kp/4tisfHHQYG&#10;mkgoKNYKWl++WKpnMSBYwJNDKq/4G/8AX/D2vMf2BtfDxUOz+saRc/LTTCLLLTUhrMpVzfpdplhC&#10;gFuRdjpUfX2mg2OCxP7z32QPIcgVoqV9M9J3ea7r+BB/qz0BuR2Ju3ey7h3D2xmv7kY6GAx4XH4X&#10;cSQ43E0kZLpV5GvkCgyatJkJC3IsLD2x7e663lT7/qd0smE2fjpZzLLR5HLLUyyKW1s8VBQkrrP4&#10;8ki2/wBb25vU8e4W4hto2cN50IA/On+Q9Xt2jhXLaiB/q4dSsv3hsHH7QjxNDLuzs6sjxsePZ9rb&#10;ZyM82QlijEH3T5Cpiho1DEXZ1mb82DHgojv+n33uHIU9DT0dHU4eObXHV4yWSed11f5ycJ/myf8A&#10;Ug/159n9k8W27QkCDIGft/2OHSFITJK0mak8D5dKXo+Da1Nt2etw65egrstULPlKDcVK+Or6Wpjj&#10;ANNFBPHGXjS9llGrV9b/AI9ih1h19h5cPgdwb5ydUlZQSqKejEpo4qmGEgrFWo12dAfxcCw59g68&#10;u9z3CSSzsF0qeL04ca0yKen29GqSJBhRqanSV7r7Y3ntapn251zteHcuUqMXNPWzxtPJPjp6g+KC&#10;SnihUxvIo9ZWRvwOPYq9k9q4nbGOFTHJRrDIvgQo0aQxADSrOb8D+gF/8PZtsnLUEFvqu3MlM0rj&#10;7PSnrTj0XTTyNLShAHE+vRNOivj9u3f26Mln98UFbtaTHV61k880UseUy888hlmZ6iX1PqJs4Y6f&#10;8Px7J/XdsbczVcMXHkWyNbmnWBH+6mhp6R5mtrhgVCCw/wBVI1/6ezuYRwL4rUCJwUD0/wBX+Tra&#10;NrYKB1Z7idsxYhKOOi+3pIqMBSsVNFJU1aKtgs1UbaQTzpjUC/tUttmHZ0dThyDmpstS3qazKM60&#10;8UUqhylEYrjVzYFh9fZfBNHdkXrHSuaAf5enfFZiUAoF6xY/JvuOOKujmqMdDj8jKPtaZ45KioaB&#10;mpzHkFlS6xk3Yolj9Dqt7W2xKTa9FtPI43deFxIxFGz1EeOlZpZ3dvU9TNUMEOr6WC/QeyybbLm5&#10;3IS2jFNWC3lT0/w9WlvPCjGgam8v9noNe1JN8PX4SPrrI1lHm8hL9tJkPHTVWJpqSK7mOaiqUkQh&#10;mN3Zhfjgjj2Dua7L2bPXVuG2hiqBqSQGnNK0c0kDSg8KHYgMR/QG3+Ps5O3w7cKyyFm8yemYZpJx&#10;30r/AKsf5+hK25h9ww4ugG6s62TzcAD1FXQ09PQUzSFSrqlNGpGkgkWJP+wPt3wu19xV+Aqq/eEN&#10;FSbXWmnMGOpJfs6hYo1OnxDU+oH+q8+0NvdLNeeBtq6j+JqVA+0+XDpy6EcaDUasfL06kV+4cbS5&#10;OLD088bZypaJEi8E1SsYchv8qaEjxjTyCzD/AIj2B+DzOxMbm6mGilr5qRZGSOOr8axu2rmJ53P6&#10;R9L2/wBf2c3XiR0BYA9JYaHHSktIY7EoshWxZQWUNa2pQbH/ABsfYy4+AVtHNLi6Kl29UVZvj6mH&#10;MRyFlvpV1dlA1MeQqrx+T7Rs8CvrY6gOPSvwZj2jHTe5khULVSSVyaWWeNKHUrBuVYqgIAA+oJN/&#10;Zg9g7XqKXDpQbyqaiulJ815pzMioeQfKLXJ+v9PYWu7m7nvAbLCnGB+zpRVY0qfiHRc+zt8JQQyZ&#10;PYkVFJlKVXpT44FinnmjYq0LwlbgIRb9NyeP6e4++d84zbJhhxqzSmFhFEtAFeVQBYIhYNz/AI+x&#10;VbbXbR2YN5RmOc/P/V+XRNGtzPcM7khT0mOpdi7s3bSV2f3rH9o2X/dmx9Z5XSZ3Js0tPEyWFrAp&#10;exHHvLS5qu3bjqNZchFgkn/zn3M6yVoT+nj/ALTt/tvx7RfXfShxaxVA4Hh+z/V/l6NVhihJd81z&#10;07N1xtnrnN5HO023qzc+ReIPDBR0Aio4pWXhNS6khjS3F/8AEkn2md57ywXX2Pagp6+qy9RNbz+Z&#10;ooeJP0pEVAF2Yc/n2o27aROf3rfkE8QtPtyePr/qHSd7pp5AANKr/PpUbRx+6+wJ5cxuLb+N2bja&#10;Gcx4uCjqmyNdWtH6TNVMwQKig2VBcE3v7Ue2uwNsPtSmD+A1cpMtTGhEzrK51ePWfrpFgfZcu2pc&#10;bk08lQvl/qx07NJcPRYs/wCTpM72617KyO9jX4XNGHBLRw01NCzhI4lRf35WSMGzMxNv6j/Y+0pv&#10;nsClr8S38PAqBSoQ6ozBIWUcLqj9IP8Ah7ElnFaW0TRxjuP+D/Cei0Ws0dx4sjVr0purepK3aGWy&#10;WSytUZ6ivkMsknpZ6pvqXk13a/Nr/wBOPYL47I0fYBgoM/JWYpICFh+zmEUk0Wq7CRXBuv8Aj7Kr&#10;u8ltVdLbNfX/AFf5ujCGJdeqmeh2NMcfFUSUESvJIxlkSQn1sFt6WXn8Dix9mKTLDA4Kmw+FgL0F&#10;NGoE8k6QRxogtqeW1ifzpA9lO22i+M99MdUjeXp/q9f83SmYCXBFOgbye2YNz7gjyWckSCeJPDFR&#10;pTvVSS6uCscLXK/01X+n+v7CbN5yeoHlEtRNQu7NJUVFG9RSyyj6iOWewKL/AFHHsRtPJIPCrn0B&#10;4dJtEcZ6FHDYXH49BFDS0tLLFGsccdMywSRwHkF44PoW+p+vtM1OVwtRRD+HVa1mQjZ/PDCI46cN&#10;b0qpTgD/AAHsvS1Mbky0Ff29bEjFsDHT9GajzOrogpwq+JtZaUn+0GB/3u/tZ7dbGZHGGkq6Shjr&#10;XX/gVOX1q7c+OKCP6gf19og0kVx4mo6fT1+fTjoWj6ZMv/EKeeGspp6ySnSwkoKdKfQ4/tSSTz8j&#10;/W1W9oSj2PW0O43yEGSplmEp8WmLxLoZvTFEZSpBP5NifZhuN5ri0sO3rcENeHHp0jrYpqYTNFKq&#10;ul2jKrI6gj1BvEWHH+v7Ezc3X3ZOWpYWqKyopqeojVkNGyPUyKR6UBlPpUj6+kH/AB9pNv360WLw&#10;bVcD0HVWhiSQljQ9B3Q9hdY0mQyOPpcxiqWux0rrkUcLC1PKBrk8jkW1fk2N/wCvvFtbdGV6+8mJ&#10;MFdW1CAREmnaV5JibeNXXjj8m/tTLYW85F5d09f9VR/q/PqrVmWiHHy673zsXb3aeFp4aypvQShJ&#10;1mpqhohLTstw7NEQSCDcXI95t35fcm7aGppx/uOaRNJilZpJJFYXYs0IIUAf6/swiv7dU8OFMD06&#10;Z+jVc1qeoPX/AFttHraIRYhFkLs+mp0ooiLkAqpkYsSeTcE+y+4PYdDh8s9bl0nylQJQ0cCGSGle&#10;RWBUySMNbr/WwANreyrcrie5Gkdo6URQdwI6F2+tLo1tQ4awa1x/T6X9m8wYy0uMauloZZ44oFji&#10;hpoHlEYtZIwEBAt+F/2JPsM28sBu1tXbFa56WyoUSp6CfdYxFPVJTrkKTHVdVM0kk9VVw0xcfV5L&#10;ysC39Cef6W9tWC3UYc4lC1PonnqFgcflbtp0Wte9r3H09iXcbO3FuZiPhFR00tXHHh1h3Fs7+I7f&#10;ldMhIYIqSSdWQkB/2i3k1AqB+CD9fYh7123j2Gqklhhq3XU9tCEta/q1f70fetpLzWn1Ei4rj+XS&#10;ETapNFaqOi2dNdqblnyddiM5jsjPjMdNJSU1fJHPMJhE5jZ1I1MAQAQ39PbBtfY2GgSqyWbFHX1M&#10;6MkZYRNIqX+gKcL/AKw9oLqbcLy7SGMFEU56VPJEkWlBU9Cl2N2xk6RKfG7Sp8lHVXW8y0zrGlnF&#10;y5qQpYfjn6/i59gh2BtLHPkZDhduuXkJD1b1IhiRb86VjBPP9LX/AMfYndkitwsjVanAdJolkpWQ&#10;cehi2FmcpkcHS1GeyVDUVpQB0p4HgdTpBPm8jE6uebD/AGPuLi62j27j0o6qCmSiC3qQ5VA7gfoV&#10;pDqt/Uj2TR2kxl8Vagn+Q6ed1poHSwq6Y1VnimeOVFYROhJVC3Bdl+hP9L+2WLNUuVqzRYNKLFUs&#10;8uqsqoGhgqZFJsVSQgn6fn2quJBbprbufy8+m4kZuHWSOmZEDTyyVTootqA06lH1WNbAk/4+1FJs&#10;DCwzRVlNUQSTGQTMkizSMzn1DVM/6ufyBz7LlvJ54yJBQf6vT/L/AIOn0jOcdQlysvkdJKGdFUkC&#10;YPEVa350XJH+sfayyFDV42CCsnpvHFNGStQkDWKqNNlduCSPe9tWO5JRTXSc9ekKBtPTPT5Shr6q&#10;qoIKyOSpp2Xy0hqIzIhc6g0kS+oD+hPvhtXExbhNSJ8FSx0UkhiFXWqkck1j6iqgam/2/vW7XX0j&#10;gRMWYDgOHVkjBFTjqPuHJjDRJJ/FKj7lRq+1p1WQNcWAcPdVF/oWHtfzda0dKVkpKuOhj0i7RQrH&#10;HTQ2DN4o1/tWP1N7H2Wx3U1wlEj1P+2p4f6q/wCXr2tIhV+PQU0vdkBlloqzHTVEkZMcUQLGSpmL&#10;aVV3ZQoBbiyjkfQfj3A3NLtuTEQYONpJViDRRlW1TyOw9ckjDliTySf9h7Pdpsr2yElzdkAt5enS&#10;WQGeUSrjpx22m66nclRuF4FpYKqKLzxTkmFYkA8UUK8BAq3UAf655PsO8JsKghlnnneqaGJGkgpQ&#10;rpC8xHpMv0H+8/7D2zPcNcXASHz4/Z082lE+fQl5bc7UsUCwLAss0qI7PMreNNQ1mOMcsfxyP8fb&#10;zgcJgnzcEeQA8Uj+uNFKHRa13c8n6+7bnDcR2+qDj08jrowM9Qs9m83Dgq2pxMUbVkUDNBJN+4jS&#10;gXQCNPr9P6+3rdmKxG3KyLIbeijkmiQmNpLyGJz9GVUH9P8AD27b2Ynsle9PHy6YSaR2ZWHSF6x3&#10;ZurelBkaPedEmMmSplg00l1jqKYC1xLKL8/m3HH1Ptrw2085uimqMplKt6dJHL6G1xlgDe0cbc2/&#10;x9lt1vqx3C2VqtaCnSnQkK6vX06W+X3HgdnpTUcECsQFiXwqjrELWBmlH0P+B+vt2/uVRVMf2ktf&#10;NAGFpDE+l7A/QMbEf1JHtxbq8hBk08eHTTFQa8OmSff8keqenxyVAA9HkbSl9NxyoPJ+gFvaUymz&#10;9v0ZFLSvGqeTS9QzqzMfybE2BP5Nr+1kM16qGaTLHgOqAq2adKfDbjyGQiFRUUUkWqMOKcRlbahe&#10;2s8kj8fT23Zijo8PTLTYaqSWOWENUVBAWQNb1KNJ4Uf4e1FmBIpnuh3ngPT/AAdNmuqhwOnPF1db&#10;kXkfJUTUbQzutPCHLo0YN0lYkAaj/T8e5GxJ1jqHrJZJYaOn9TOmqL7h15Crq9RBP5+nsq3iE3Di&#10;GMVJIH2f8V0pDqievXLcYd6J4II0lqZwY4lkQSKmoaWkKtwOCfr7k7r3VFkC8dOzIHc6roS5UHmz&#10;/wCt+fZ5ZJFZWog4mny6SGFtRcdMe19rSYsiaqZXkC2QIxEQJ51eP6A/4W9hpJmajJVSUqxk0dOy&#10;p+0llJI5Dsv19p5ZY7de0jUf9X+b/Yx1eOJmz0uY4UjLMLlnN2Ykn/bA8D2t8dtivnj8OIeCmNQC&#10;ZZXGkIrG/qb6/wCw9lr38cY8aYFiOHn08q+R6a6/K0VEC9XrIQgoiLrZmH0so/3s+xApuqp3plfI&#10;5OFo9AZtDHQT9QRGf96v7QQ73cTzeFBGanHVmaJFqeg0zHb2FxjyJFRVsk8ZK6TTkc3sbuLj2G26&#10;9nUtFU6ErCipcM6tYMB9VAP0HsUxi4MGqQZI/wBX+z0lEmpsdLba+6E3FQx1aU0sXkAZUcEMFP4b&#10;/H3wxcFDBTIoLVgJtoUlo+PyxH1/3r2TPHIZTqNOnWBVf9npQzvKeF/ZGm4c21c/6/tofN0dHlSX&#10;oQmhv0fpjVQbf7C/syez1wABvz9ft6aR/IceufikeDR521Mv+cAF+fyCPb7nFlztEk0WRp6IMACx&#10;e5jU/wDHNf8AAfn23bMbesKJXj1Ukhu7pupEWhkeEQzyEm/kVNVz+Szf1Ptr25t3BxQ1Cz5WaunY&#10;6VljvGhlPJCsTdv8fZddLeGYSNgdOse0aRXqVU1NXGEMNNcEkv5GBYIPzaO/P+F/cyPFU1BWakZm&#10;Zn4uSTYn8k+1k4eSHiTjryNmh65JUtNESVVePVz/AE5NvYtYifGQwwyEpJUIQQGs2l1+ht/X2QtZ&#10;XL18TCn8v83TyyEGo6DzPNkpZXhgV1gcFW08XQ8Fb39uec3fEtHIzOshUEBRdrW+gsf8fa/atrSI&#10;6aaQOOP9XDpm4YtQrx6R2L2PUS5OOd2db3LyF7NZjqIuP6+wUrNxVFZVKlpy7uBHHEjc3+huB7PZ&#10;I4YUOmg6pGD0NVJiaajgCKEsFszSEsQB9blvb62FqaqleaqlFIgHAksZWNhq4+v+tx7J1u9c3hxK&#10;T/g6eei/F1hbI01PKkUQM7s1v2wdKj8G/wBPcDC4XBvWLJlKqWelpZVYwI+hWsQTq08kn3e+jvpQ&#10;YregJ8+tJJTIHXeTr8hFSn7CnH3UiMIjINSo9uGKj8D2MM2Xp4aeJcFjkpaCMKbwpcsR9DJI1yx/&#10;1z7Lrba4YgUu5C8h+fDqwLse8/l0D8WMyVZWTy7iyZnrn1iKGRwsUUZspFPAlgo/Nwt/8fbK+eqa&#10;irBnpCKeM2KMRrnP1N7cW/w9qpreGCER2+HOa9bAFanp/pNs08FLK6V5eeS+l4/0Uq/QLHe5v/jf&#10;3IhnhmqJpRTQY6mhQu0gVRLM6rcKuj8f1ufem/UCRGrMT55A61NJHHHUceostJVUNIi/e1WXq55F&#10;ijhMrCKGNm5d9ZtqH40j2l/49H/ytH/i5X+v9n+n09n/ANBH/CPgp/qz0U63/wAv+z0ov4JL/wAq&#10;6/8AFt0/9PP9V9f949//0WSOIMbG3Nr3AIAP9AfeC+v+fXdwMa6utzaeUxr+brcAgnk/42+v9fp7&#10;dIY1jDKi3JB+lhbj8e2+Of8AV/l/1ft6cBHE8emaeZpSjStZA3qvdibfQkn+nvEXCfrcl7+oWsP9&#10;j+fbyKX4cPLqhcnrmylgdEY08WJI5t9be+E8yOFhB1kkf0+v+N/bng1JbyHXgevUscsQMzKEvfgX&#10;/p/yPke+xH4j/gRfn6f6/wDr+07ANgdbweswlMqgm/pawt+ePz76gBL3jTi55N7f1+nv2QpHr1og&#10;nI69UlQo8snIFwBYWtxbn3jr0sCs2mzWJIuTyef+J96Thjy62aKtCOpGOk1euDUbDSAQFXgfU3+v&#10;tpJjHCW4+h/r/gfbgNCCOm9VTjp40SMpMmoar8fS344v7Z3qJ9bgk21EBR7UBgc9ez05pTQBFsAO&#10;Bdvx7lQpG0d3/UfxwOfzx79ItSCvWxjqNJJKshVAdA/I5ve9r+3+l0aVjP1IAN+bf0N/aVhmo63U&#10;16YasyXeT8AsV5/24Fv6e+NUNCmNLE3PH9P6Hj6+9A5qetkitfXrLRnyESSDggAni7AD6c/T/X9t&#10;CzlGtJquD/TT/sf98PbuJPh6qSfPp4enBXUljcW4/wAP6e32gk1slwSuoX+tiD+P6e/PGApNc9e+&#10;zpM5MaFe2kG3F/rz/S309vtTOphMahBx9PrYf0ufaUoGP2dOBiPPpO4+lmin88jSkOOBe35+pA9s&#10;iUSyM1nW9rlVHA/N+fbpZgnr1QtU9KNsh4goeJgOAGZvr/sB/vPvHT0M8U+v+wvJvxwDfi//ABPv&#10;yuApDDqxUdZKzIU81P40JMjCwsAebfQ29vskhZF0G1zcrz+T/vh7bKrX1/1f6j14EcB0mqeMo7mV&#10;TwCAwJF7Di3+P9PeA08T3Lqpew4Ci/H0/wB49+AK0p59eqGP29TPvZl4jdhGpbksbfX6m3ufDHHE&#10;gCKqHm/A1f1PPvzO2nGfz62BTDY6ZqhpaioPnd2j5UD6pqt6RpA/1r++pWDrYsulebkX+pt/xPuq&#10;r3ajx/1fz68TQ06zQB4iNCuWP1C8DjmwI5+n9feBo0jgd/T+k2P1PP8AxX3c1pjz60ozq6yxTyS1&#10;iQsGsGB5PH9eB/gPcelkFvpa/qub8/1P+w93K9uDw6oTk9TK5GLj8g+kAAcD6gEN/sfctac1Uo8a&#10;llsOTyAfxYt7qjaVJbH+r/V+fTihjnpunrUx8P70iq5NgqlfUCRqvb+p/wAPcxaV4dXkAQD+0OLg&#10;/Wx9tLKrnQvWxGRw6gzVizrG8J8xYelSQQNIuLg/717wyKRynqB4Bv8A4/Qi3vceomh/wde05p1M&#10;jliK2cKpA1EC1rWuSAfp/vv9b2110qQqt5LSG5A+lrngf7H3cRszGnVgAFNenrGq05f9g+IAAsR+&#10;sWuTY+4irJUQODITYFlUf7xc+7ONJHl03qXz6na4qaoQrAPWdLM3HN/wL/7b3Eo5PSyiMO4PBPAF&#10;vrx7UMtVHVQc56k18dpFkMrxoQNSixvq+hvx/sfbvCpd9UukGwBAAsota3+v7TGgwPPrYOemapfR&#10;HpiV3XUSrMTdj+Wt9feGejMivoYmwJAuFvb/AHv3dDQ563g/LrLT5ERtGJUIuVBPLEE8Em3A9waZ&#10;THb/AHWy8HSLm5+gv/xr2sLdupcdUGTnqXVkTMQ48yv6vVa3H5PP/E+8tXU1EQVgW0j+19WPF/ab&#10;UNelunChAqOuNFQUkocaED8WUcKLHki/udQ5C+kkeofhhzyf6e/CNc/y6bFSadNOWxR0MgYhGJvp&#10;NgRb+g95su8oiV4vo4F+Ppz9PbAADdKWBKfPrjt1IWkeGe94DxfURpP05t/vh7SYqistnJMg5/Nr&#10;/QC/59rlFVr6dJsjj0s3pFeM+MARtf8AAPp+tyPx7mz5cwKEMn1uvJP9rj6D2yqBsEdOF6CnUKDC&#10;JMxlCAjUGH0+q8gj6Wvzb20yVZYPoJYnnj6f7z7oR02DU16fYaVV06wFtwAR9P8AYj29Y1GULLMd&#10;AKi2qw/2/wDxU+6uQBQZ6uK9MWWbWWghAYgnlf8AeLW/3r2+1BVlAjtx+QTyQByB7TxvVvl063wZ&#10;6T1NFJFdpbliCCNI4B+gJ/Nh+fbLXM6Ra9IYqSGax9Jvf6+1IIrTpuhIqPLp8x0aSTFdRUOFYJce&#10;sWt9P959saZILZQ2pebjm1/8Le3ilBVhg9Nljw6fGxxclraWH54PH1F/amxE71KiMMxAPpB/qf8A&#10;X96lUBQ1Pl1cHFOkhnYIqN3mIVWKkuwBPp+vIH/FfawRJIlCoukgLdiCAD9RwOfr7RvItNNK/wCr&#10;/Z+XWwjE54dB0/hqZfPLMXQlmWMPdipPIH4H0/PuNWSArIjsW1C39FHF/wDjXPthkDqv+o/6vsr0&#10;4WoM9PWHRoZQ8Uaxor6gASWZSbKLf0t7SE0UXLaFPJJewvx/r/T2pRXDAdaJXiehAhqJCAGkcEge&#10;gEgXP549yqR4k4VgGNjciwv9eAfbzRniM9Na69NlcJn5dDYagVW5a1udRHvjkKpw4HkKooJBuADx&#10;yOPbaA5rnqz9yjrLi6GAJqWECRzZlHqIseBz/wAV9w4MozMq6rop5Iv9fp/yL2qKKTnz6bGkdSKn&#10;DqiM6qBI1yBf+p+h/wBv7UTZGKSAENcKo+p4H+P+HtK9toYMMdPBwV6SsGNnjqHV1JZ3YjjkqT9L&#10;m973t74NWxVkBVTdk59JIA4596MJVg/+b+f8utLkU49Z4aCbHVBJS0c7X/cAuDq4IH59onLs87hI&#10;YydPpva5P5+v19q45Aoq1ajpt08j0vsRCtPHrlkT9w6gL2ABNrW/x/w9t9Pj55rRyRO4f0kWJ+o/&#10;qPdzIjCgx/q/1f6uHljf06cKiuggvJ5o18YvcsB9OTwfaz27sSsjk1gMsLsCEANx+SLf8V91N4+n&#10;R1dYRqqegn3t2xtvF0sgnq4RNGrAszppDAWuCP8AiB7Gyj2tFFFGWRNQQBhouTb+pt7KpXkkm7eF&#10;f9X+zXrbtqqvRKs98jKCKXJQrVTFRI4glja0bEC4UAf0/Bt/r/09qumoIKREsigqALcfX6k3/H+2&#10;9uwRyOTX5/6vn+3qpcr2jom/ZHb+Q3HPPBTVVQ6zMUJSRl1C9r+n+o/r751FdFToCWFiTxcggf0v&#10;7MFgH4sED5fLy/1eXVKDT3HoNtrbKzu7atlhgmeMMDKwVyTqP6QwvyPYc7n3jFQxMY5A3B4DC4J+&#10;vHtTE6J20z/m/wBXn+zrwXj0frpH4sR1MqZDNU0yX0lBKvJQc/Xm1/rx/rXPsFq/eEles8bOzaj6&#10;f9Sp/FvbkyrJRlwR1QM2unl1YTtvrfG7aWmFHDFEIlswVQpf+t7e0nV1zlFZQ51cEsSeb/T/AFve&#10;lDVoT15mx0IVPSRozC0Yt9FVQAB+L+2OZ5JS3o+h4e35vyBf/kXvxx59aUk8enNAqjg/j6H8gDj2&#10;pMXETBdlCMSCPqWIH19I9o5CVNOnVqOHTXWuBJYEsBxYgWBP9Sbf7x7w5KCeSoVNLBLcEgg2/p9L&#10;+3rYg8T1qQE8euVLLCkGoMha51WIPIP9fp/T8++4UemlXwm11GofkMOTa/t9hXI4DqnDrhKY6iNh&#10;ML8kLzwQRwePalXNSwIjHggEfX8j+v8AyL2naBWGR1fVTK9Jp8HDUPIoYkagbWAsL24P1v7TmRzU&#10;tTI0UfpEwNz+Afobj3aOKNBw60WY5PSioMXFTIjMS7RfT6cAfQf8i990EixyJT1EwdSAbg/n/X5/&#10;23u5QupZcHrysFNR1yrQzRtLDCQ4JFmA/wBjYnj/AGPvm2UkoqiZANalrBrW4/A5/wAPfkVGXv4j&#10;qrltVR1ibHR1kMTE6DpBKg/n6XNvcLKV0sMZq4Y/IJkCuiXJS/8AX/D3cMqdh4evWyWK6vMdSKKm&#10;WwhkLaoXLKTYarcgj+vtPLVyiB5Fch3NrE2sPzYe6Ng4yOqoK5OOnYxoSAV4UXBsOSOPbV95U1Ds&#10;hl1kWDRi9734AHt0MKY6qa165hVXkAD/ABt/xPtRUcUCRfcuj3sL3H6WB+hH9PaZ3GrtNOrip6wS&#10;M7MEFhc/7cEe89TJT13jkawkWy6kOlSgP5H5Pu8YINRivXia8esUaPAGQepCSQDctqI55/p7WGHo&#10;6KNo5rDlV1i/1H9b+9SIzDTXHV10AV8+klmK2sKSxItmBfxtY2DW9P8AvPtRVuaoKVko40QiccNZ&#10;Tcgcxhv9b21b2CuSxJxkZ628zLw6S9HicvWp99USNG0OpWiBZVIPPk0A/wC2v/tvcJ6VqudZoYrx&#10;qmqQAWKEc2/417s9IQVpXralnXUenSGtSjpzBU1KpNJIEiLEWfVxwP8Ae7+2vNVr06RiB1jflQgY&#10;G6kW5t/sPaZK6tXl8+vMVCj16e8NRpMJGmTyjUra2VgdQ51KD+PaXp6yutomsQSbyA2QKDzb/kft&#10;XpT8PTQ1A9KCSnpwdaqAw+igeo/6495jTCobxmYFGDNHxYavz/rf659+XWDqI/1f6v8Ai+t09euJ&#10;n8S6xGdSkB7G5sfpf/intL1NI1XLPSy30x/pH0Fxxwx/4j2pWQAauHr00wodPTipUKrAXDAG45PP&#10;P09qfE7ZoGpfPO7RTqpEZ0gl/TwCT+P9j7ZuLqWo08PPp+JUp3DpjrstUQVCQwwCVDYyvqt41Jtc&#10;W5J/w9rCjekpVgQUSrIqkTSg3DAHgkf19p0XW2pz6Y6vqYcOkzkErqo1JTIfts2qCPT6kuOVB49q&#10;Crq6OaE3VVbSBFcgEG17cfg+7eGA4pw69UGP59JDGY/KUsoBkeRTIxnPLB1Lfq9X9of717ZJMsE8&#10;UXiIRjpdh9LHg2A/3v354oCag/6v9X+bpOviUz0qYMNK5nnM+t19cSsfpfkaj/T/AA9o7Ol6ed5o&#10;1BiAWQIQeQf6n6e6QOSNLZ6cIoKnpZ4zTJTIjn9wAqzKQDqHHHtE1MtbUzGaNCYX9VkFyAfrx9PZ&#10;gmhO3h/sdMsHbI6d1CoAtxxxcnn/AAuT7lU1VLJHI8WkGJWKxtw4ZBY2H59ukKnHPWqitDx64Oi3&#10;Gq51Gx445PA/w9sNFnKiSqEMiVBlllEYZUayXNiXI93LIRg9M9+unl1zKJpI0rYD+gA+nsUKBqyC&#10;Rkk1m8X9tiWX0/gey6Qqy6q16WLqr29MdUlNLGjALYSc6QACQ3Nz/wAT7aaminrmBijLPHIRML2J&#10;Un+yp4HvyuoAJP8Aqr1sxs5I6cFnip1s7hVYDQW5F9P0v+fc6owaQ0jenwq6AsoA1/659++oapC5&#10;HXvAanUKHJJNNoBDsrW1AHR/SwJHP+NvaCmwTvMNUyPH9QrACWMXuNX+Pt0SS07h0x4aA5PTyJFN&#10;zyAPzY2P+sfayipKOho4Z6iFhG44ZbB2K/2yo9pnRmkofLp7CivHqAaiSaaSGCRC0f6gRwt+QpPu&#10;bRU1DXuoaQ+EWdNQJkCk/UL+fdmiYLU8adbDAjPUWrqqikQskQeQ8EAhULW4Bf8AH+29h7u2jmhz&#10;iChE9VSnSoZhp5PHpA+lvz7egOhKN0zcIS4KdONDLLNSxSTxrFMynyRq2pVa/wCG9qgY+SGkgM+l&#10;I3jQ+o/n+ir7ZZi7kDgOlGgqoJ68tTG7yJH6nRtJABP0/wAfaZ3HDTim1wlxp0qQpuAT9WA/x92i&#10;Wrdxx/q+zpqWjDHUhC5B1ixvx7k7P3GlIzUqKotcMr3ZiD9fSb29vyxxFMnqsTspp1Er6JK2NVYs&#10;Ch1LpbTzf+o9iBk66eDFxSRMdE2owyMAkN/r/rD+ntiIhn0enT71VM9M1HRwNXz6gnljVRKgOqSx&#10;HpLH682v7TDUFLnKAyVdQIaqJ9cciWKFvoUcfkH/AA9uyCSN9cZx59NKUZO/p3eWSnmjjjhMkTCz&#10;WNmS3AK34sPyD7T0anHSqmNE7OwKSRqGZNKudQW/0/1/buuo7z0wx0CkY6msquP3FBANxf8AHH1P&#10;ti3Rjd1TynItjplpYmiVWia0qxuLBnUXP1+p/HuoeNX0jietPHO/d5DrFFPTEiGOaJ3Gr0K6lrr+&#10;qwHt2x1HLlKX7CtDqVhVVqEnAKMRwzlfrb8397dig8ROPTiLr7X6yuwQaj/XkWJJ/wBa3txpMS+A&#10;x9RWQyzztDEwV1qQ0Yfmwkjbn/Y/n6e23l8YhHHV1jEQOg9YjLHI4hNgSNWh1ILAflT9PbXtHeWc&#10;yWRlpMnE6QljwyXhaNP0sqj/AA+vtxo4TGVTpmJ5dfdw6wz0VOVMixKs0YJR19L3P1Gv68/6/uTE&#10;Wz+d+zSlmpEhqnVZ9JhQMjWNl/Kn6+7LDpTtJOOvF9chDCg6yzTLSUrzSEssMZduRdrC9gf6+xFq&#10;dtVOOpKhZIIpqVohIFP7yOqrckMw+t+bf7b2kYuT4VCDw/1fLpRpplaU6T1BuTGZSSPwTssqyGNk&#10;dTHIjG/okjP+tb/bewk3NLt/G0NciwRx10kcUEsQiYHTKNQdWP6SPwR/sfb8UEqEEtj/AFY6Zd0A&#10;NRnpTIXJN7aObG/PBsPpx7gbMpKGuw8sUQLyyuA6zqZJUX+y8bi/J5Ht2aXRQk9NxKHUheuTG1ib&#10;2FyTcW/2N/ajp8Zj8fWIlREKaBY/3gqkTTXPGkD9Jvzx78LhWWoPTmgqdJHXGQuY2MJQuR6Cx9AP&#10;4Jt+PbLl8tJujMUGHoqE1EFFVFDCKgrWyUuq/kW9gRxf/A+7CiJrr0yxeRwoHD/B1hijSljkkkdF&#10;LfuzvwkQcLZmAP0H+ufb/uHGY7D5DFFqNGkj0OJpYCZ431alQyx83Avx+fx7SRMJCSzft6VuAAKD&#10;rqkqPuomk9FtborRtqVlU6Q6n/H2NdNuvE1+Erk+wgdKjGyRV33COIZoSmlgIiLqR9Qfrex9tx2E&#10;MdwJFJrXA9P9WOnGnZkoRgdBZkNpZs5fGTtm6pKWjy8dbQJSWSoSbUSUqJm4eJ0Zo5I2WxUkX+lg&#10;M25uzCVOQZJ2jeOkqWSlilQx+NlPj9LHgG35/I9mF1beIo8M0rnpJFcpq7s9CpVRSyQSLC+iR106&#10;xyf9hf2uaiojomly+fo4p6ZZBNgo5w1SjO6aGsnICg2Nwf8AXt7SR1P+Lg0px6fYkdx/LpoaJahD&#10;RY2pEEilYsjNT6IqmEDkHVa4kPIHH0J+nsKewo45MZQ5qWN5q+qrZGjo8fo8UVPLzCtTHELWBBVS&#10;famMuHKfhH8+k81Qmo5P+ry6eKf0Xp1EpSnSJBLLrLSsVux1v+o2sSR+T7eKfMYw7dtuapqMdj3g&#10;jko6Onkljr5pEh0Op0cGPVY8/wCx9vB1NQlOral01kH2DrFURzCZJaSKEysVSaWY2RIQwLWCeotb&#10;6Acf19i7h9x7fh2HRDFYKoyX304x/wDDoqOMNWPKvlheYyfWxHB1fUce0bQxCYySN5V+zpxS7IPD&#10;HQW5PA7mrN9yVk2ZioMNSY6LI0VWs8nnomjkMFZTxwakjCMhvK0gIsfr/QMu0qLI4B8XX1FL9vXZ&#10;WglphjqupjljwjRAPESsdx5GvdLn8H3u2lEuooDpB4+vTco0EMDUnHS32rnsbnaarbFVS5Kko6kw&#10;DKQoy0tfIbtNJBJbS+hro7ISLjg+0j19jaxsRk6SoommyGRieroXlQBDLTzBpY2kbhrrcW5H+t79&#10;LJEWBY4X/L1uFH0lSOPSgqHMRhlMgjiSS1QCOGjdCif61nKm/wDS/szuE23s+Cix+c3QtJ/Fo44Y&#10;oPugrwLFSnReFKi+k/1IPstmhvbtm+nakY6U60ioGGR0CW6t2b3/AI9UYDaGGfI0Ihkesr4CEnoq&#10;qqUyQhpAwFiTqAHNr3P09hz2liYspuSn3j/ExVRUmNEOMxtBSxS1Rp6Z/QuuRvCoGosDpvbj2ss9&#10;UMIgYUpxPr0zOgdhKvH/AFevSu62pDicEMO2NqaSrgq6iqy088kjRVOSyMjVdXPFJUEyuS5t6gP8&#10;D+PbrtTceSopKmh27iaqesnx89VmHXxTGlURf5yV19F7WOkn/b+9PFay/wC5B1UOOvBpKgJ+fWfe&#10;eD2/k0xs+6sjTUlJS5jHLi1mmWkSbISVCrSUqu5uZJH9CBDqP49o3a+erq2Kvq5qen/jtfPBFS1F&#10;VI8tRWU8NQRW00FAAo16eFI4N7W93kgjZcjtXrUMjs1OB6VVXRoppB5Ggx1KkxlgjCRRhgo8M8k5&#10;OpVj9R4/JDE2X2vaXPVlBUZzOVO33qZ4cdHQJjqmkmiqPDCn+ZMMi+hgCxCC55HtBBFb+IqhqLWp&#10;6UP4hqy8ekxl8DTZzEYzGUOeqqKOWujyyZTFVkTTTskpq0dJU4kSRjYn6EXvf2CtdBSx5CPd+Vwu&#10;T2xg6CvoacfxITRLVzVKSTkxI6X1BwFaNQSqm/s5AS5bwonqKdIS/hnxJBTpWRVUZJoPv6aoyIp5&#10;KjShjEghEnjSZ6dWJC3IXUeCQfp9PZnNrVO3uzcZV59ii4yl8lG8OrwRER0+gBittTKB/a+o/Hsr&#10;m2x7aVVtqVPHFft/w+XSxLpCmpsnyHRdt57xynVNRgNrUSVubyu5JpZ6GojhkrZPM1erVQlWW/jh&#10;ZpLWvZL8G1rJDE7ow+58hldgTZCTJbTz2OekjnakSno48VTKsFS8NVH9ZQ4KjgFWsbW9r5meKIGE&#10;DWPP/VxHSZGV2qwJBrjpR7n2XFS0mJ7KXbqnsHaZyGZpKWgrp6h63KZOinxc+OeVmVHhkSpdXBsN&#10;J4IKhvaLzGzcQM9WnamTrKnZWCpMTRz0jVGiGaujl8VWkjBQr3GkkqCb/wBPylmunhiEdwRrauf9&#10;Xp06INRDLgDy6XWxszuuv23hZd/4vG4HeGT/AIjJNisVLLV0lNDHPJJR2eW7Ain8XlDHh7i/09vO&#10;fhpN5U1HUR00+26faNQcDTbhmjqzCtLkk11E0VFWFEleMrqjksdHIvz7atxJAumA+IWqSPnx6u/h&#10;kfqYI8/9jrjjKY7dyuYU5R8rltzRz7hTCSClhaOfHUkGOY008C+iJ1EEbmQMC41L/bBydabIy20p&#10;9y1uGzbbvyi4SunpvuqoU+JyFG7eKheqWYM8MrIGBsSByL2sfdmu5/FQXC6VBFR86dUEcaKQhqT5&#10;/wCrz6S/ZWU27kcBtzH7vFdgoM1uvB0KLGry5SjzVLN/E6VaNqRZFbTLCn7y3AX12JXT7btq4Gti&#10;we6V3JuvICvqYZVwkePo4HoMXTIPJXKsVUzpphc6dbycKoa9/aqa/aWZViUaa+eOvLAETPA/lTpX&#10;56ozMOZ262GxWEqsZLWSvuGsr6qShr4A0HjxYx6wxuZJJGZrq45Fl41EhhWixeX+72nh8zmN9ZjL&#10;00UFLDDHSPVY6VomikyDy+RIUhhuXV1K/wC29+mMoXxWolD+35fn/qx02pQqUBrX1/w9Tcjn6fbu&#10;Jrdw7olxO1sJiVqqzKZGsyCfaw0C8pNJM8cYV3OnUhBOohV1sR7EOnwuO27uPHbR2nk8P/F48RPD&#10;uP8AiZFbRUgigjRT4I7pLUGYAlZGB/K/Qj2iktJkt2vLkVNaqF4gf6v8PTsciSHw48AcT0iMbu/+&#10;9+0pd1ZDD5qn25UV1FXbXaiGRxmfyOPecvT5KWD9iangkjZGW5UtEWLCzWIWdi9I5RtzbQwGJraS&#10;totzLX1Pnpp5onxc9PDqy0c0DmRY4i8yBZWP5Ki3091ttxMdsZZRT7f5fn/xfTcsIeXQmBnqdtTt&#10;fE7jpt6VFXh87t87HyMlJkP4nQTGDI0MkRqcblMJVQKUqUqIxzFHeSN/Q62KM6rr67Az7V2jtXcW&#10;z89tPN4WSfBUUeTRp1ariiFAmcqH1eKSLSGJc34YWJBBKiO0A13cD1aTJ/1eXVy7qBHIMDh8vLr2&#10;1qfPvuHc+5aTeuG3htHPy46uwtLRU9I0uFpqemkSfGUldQPIKhJLxyxyO19RfgAiyj3vQbNesoGg&#10;3scljI9zY2nzFBTQmSedWwwxqYn7ikBiCIsaTI0i3X1Lc3saxwXNCsihSRg+nzp1YspUN8/yrT/U&#10;emfrvPdgZPEVJz3XX9zcvLSZqqxnlyVJW4t55cjNV00tbSB46qKaokmElUgvqI1awGBCR3j3DFR7&#10;N3Nt7H4qg2tJgNxTY3F1cz6JM3kKGTR9w8NOgt5YxJqdgyqdNyRx7MLaxtbc+I1XcjJOf8PAfL9v&#10;SGaedqsTShoOueB6xmXsNe1Mlu3cOaq8ntl8NFtutmhbbWEoa6SHJSjF06oG1+aJAsjkuVLXNuA2&#10;7YymS3DuHY1Gu82q8FUbWpcnkMHihJV5OtUVRhyUDU9kECo6kvNYKVPH5snvHijgcKqgseJ+fTkS&#10;sXWQHyr9vS3yhWkx248jR4nGY7MxTTR0mQzQpaahrK80aR4vISVkPkkaEs8cIXT5NYaMKOGLjSb8&#10;yVJHvdNu7MSmxtHWvtnCZGLFwNncXNWsqT4aepUESlQzSgBymg6hqHuojtIETxCSx+f7cdWHiuxJ&#10;xQ/6h0w1WyqfO1e0p9z7mqq3LYumxmXy2Go66am25uDIYUJLHmU25UySiGOCuaGojeM3VliDuSAS&#10;Jr7S63ptg0lHuSgpIcfDRZDcdXnJsk1dNtupeiSjq62lh0iKCUljHHGiMjBb+o/RLbWl/LdNPA1F&#10;Prwpx/1f5OnZZI1XuFaf6sfZ+XQX5ndXYT76zdRtyevlnw+RoduYzZ9TtzH4LF7xlqIqjJQ69zZH&#10;7ueWlo6UvUT1NK0JikLKUtricF63cuJ2pt7G5Tam5dwQ42uxb4fZ+M8Gk7jzMNdHT12VlhiPkSKM&#10;GEMsgsLNYktwaiORXJkIOnJP88fZ0mkcEBVrngOhpjpDm6gUm48LtnI1kUiTZCFVauXCUVRSSfYU&#10;6VFbADUytIJQzqsICNcoOA5othU2aw1LUwZDcWWzWVy8U2UyddXU0yUe28dT0Efgp6Cisdc0rMXF&#10;7BubLZbEpXcjdy6ABRWoAaZp59KjCIlqTj9nRNPkFtPbuXnxuYrNqYGPbO3MthcNs3b+Aqsbjst2&#10;PvPcOc/hktHuLNQhVosVSGNTKEZ5P3JZHdNIT3A2rl9357LZ7K7jT7LYmJqKOtwEVQtU+ZzscEIq&#10;g02KkCyRFHUtJ5IwQ3pWOw1e3N4Xx4Ut4F0scEgUH50/1cevW7LETXuPl/xXl0octt3rvrsYXb+y&#10;tqYeTtTduOq8Pkc9iFoqDF7Ziy0UdLk5qvPMp8SF50p6GBZDLKLa2uGZoO7kylfR1HYe38Bl81Qx&#10;4NaTH4mryK0tFmsfnKla2rrcfiIo3keaMLGAJiuqMEqpYAliG5jtyu1zGoAyaHyp/l9OrMrf2seT&#10;0qNgZDDYmvTYOa3XtyPdYz0tZmF23ElXV4KvwGMjpaGlz24Mg2kNNApfSkKskkjRatLnWGu7sJV7&#10;02tR52j3xTxUeEqJpMnisVg2kpZslRyRU8GCEMsvkScSTMJJChc3CqnNva2JpYwY4Y8Gua+Xr/m6&#10;adUJ1k0Pp60/wdCxiM7T4Pec215NuVFPkMnUxNSZWuysFdkK/GS01ZVz5ORwreOnX7EIkCObNy4Q&#10;kanzZXaElHmMh1vi6PDbdpsHipMjNn8slc1JUPTxxyGoZbgsyhmV4ydQdSptb2huLO1KLPcDxGJ/&#10;Z/sdbEjlyhJAp/L/AFcekt2P1fRZbISb/r6vsLc1YIIMVR7Q2xU7bpkNDk5lpZqajlrIobLdhJLN&#10;JXKoQMwN7e3lZkoMzWy9j7joJcTvaBpcYcTmq2ChpkoRZpoMcsSOlTLJIgIJZXt6v0BSoJlvUX6b&#10;sWM/6q+fXmYRahxJ/wBX+rPTLaak2zJjemNl5Km3Z1ZJhsBDh904ShhqK6jqlQx41N05abwzUsVO&#10;zyzSUlW8i2RUsXF0vtTP4V87umkpKlbVe7vHNT4ylipTWz1jJSJUV1VST6vJ4FQPIV45BsT7rPFI&#10;2l3oSBxOadORvg+H0LeYxdam38dO1FRR1eN268lVPUSvXHGzUVCKkxUtNPA4nAmUfqKE6FNjpt7l&#10;b07V28mHxO0dmQUtVlq/Mtt2lKRhMnCk1YUq6bFyVihJZCym0ruEW12bUAPa2PabWGI3Vy5diK/I&#10;Y9PT9vn8ukonuGmo+BWg+f8Ak6DHZ3XG+KXsHN9ib43ZkaTCNjKGafa8FdG+EyeUx9CIkz9fApP2&#10;328OpZKaAIkjgOxKrpefnMg+yc0wqd4xpNTbGWTH0WakhpcjlMjRO07zxVkTBPHVD9rgpoZbAMGL&#10;e92qeLbrRAtWNT8q9bmmIYrHny/2enLEy4/f+35ln2lis3javf01FkoMTJSy0WKgT/JXnylFkUjZ&#10;6mkJjadPC45WVSpHjjDnA9kZbsLIT0+Rau2CtbQYw4KngNFNV5igq6h6Kuy33+TDDwI2o64kBNra&#10;/Sfa1ltoFDwLqYca5/1f7PSaFHcESkjz8ulnS7Uotr4x46WmTcwx9ZkclXNVMi1FJJDTfxDH4+ix&#10;GKh8bMB4EiRlB5ElmZ/aIwfWNDW90YvERdn1G6p9p5KGt3IaukqaRKOPGTCsjosbXM8kMhF40lKK&#10;oBBUfWwb3G8uI7Qsq1JFAoNePr9nVYYk8TVqPb5H/V+3/VTEd9ZKs6yrd5VO08jgJ8jiWnwmArhH&#10;WZmR8nThMYMrj6cIsDySyLrgMpZUN5DG+pEFLOUOSy2ez1ds3O7bO0KZ6fGb+x0MzvDGZKogUyUT&#10;pqETiUlRExbVq+l/aJJBDbJC/wDakVHy9ejBYi0gKn8jn7eGOHXDFZXH0qbJxO7Mdl33PUrWvtCT&#10;LUMVfmJ5qLENPWmpyePMtPT1QpgwneokhR7hQW5HuR2Ls7bO6MFit37Xgzez4ZMZJjqWonaoxu3Z&#10;aATeKOvrYaaRXjaRlAGphIVtqXg31aXUsTfTlvEYcSM5/wBXH+XW3jqf1MGn+rHSW6tzG98TuHd2&#10;z9+752rvPJU9dLmMdQ45hS7qw0GRiTIjAz0beOOpp6aGSIxVEcSadWlibgJ7pbB0e3K2hyGIrRLh&#10;8qZnktWxx0dJXxUXjylVDT1S/cSxOVsoeQhbfUk+2rtXvD4corUj7OIxXh1rxRGh8L+Xr0ou46kz&#10;bH3LSRU9VUZGloYqymo6ShqqiqrpWrAuOpKKrpw6xTSSqqjhm/otvaO7NzG5MpvWpqcfncnkMflM&#10;bDjoTiqRKXDvSpJI9PrIYzuztYk+lfqQSD7MppEt7cJQKUGBXpmKM4Jrn9nTh1LsvD7Q2JgsTS7a&#10;l29JFJU5mrxmUrYMzkaHOZSRqnJyz5NC6vJqkZQ8bfosvHI9u3YWe2pQbNh23g8Pjmy0O1YsVu7K&#10;1qHH5KopaakE0FLCJiskrNO7eFmJC8AXHtiyhDA3Uzkk8PQcf9j9nV5S5YgcAKf5OmfY+1ux4987&#10;63LvTdS1W2K3cD1GwNp0EkFRSYigjpWxprayqaESLJNEAxp0lMSu8j/rYkhVFS76y239vZ7rugxd&#10;CmAoXeXaslPRVuVpNTGnkz+PNYQtQZFUq5v5VIBCsCLWFxbxM0b9xY8f8n+r16adJiAVx8uhOr6z&#10;H0U0dNkjLFHlZPt46yTWlK8gDSR4+WphI8V1DaBJpV7lQzOxBFCSozm6dmS9dbgr8jU7/wA4I8nF&#10;PE0X8NxDwzLWYWiy8qmSHXIUYnxqWFhfSR7aEqQM16SFQigHmfn1YxtJj0H+rPSMbDUuI3BDunHU&#10;WDxm2sLjMhS13jxIXIymRnNZVY+SnQOkcbRxD6lZF8hVf0OzdvyLDQYXF0ea3Xkty7nooaekq46r&#10;DtRDFTq9qmWuqlZZGIICQhrm3Nre1EbSyRmaair5DNSPn145aijHr/lx1K2fPmWyuZgi2ZhNv7Qa&#10;Z6zD5vG7mhyX94vugksFdS4SipUhpUkVneZvuDd/0iTU0gFKk6sy0OG2bR4SuNVW1Ui5PdefyE9R&#10;WUEWNBVv4XStVcgyBrEqASBYn8+yddxossjjNSEA/wAP2/t6f0gHLYHQfz9zUWO3FvaPcjJj6DDz&#10;UOI2ltqFIZt27hyEcU0uWyqUMMzsacsIo6YuiBQru59S2Mxitt4DG09MtUsOWkpKqoq6Cepp4LUh&#10;qJLr4gihdarZAxANgOOPZTFYX11KzTNpVuIyAft8/tA/b06JxgRLn16rk7a+S/YebqKuk2Pjshs6&#10;aoo8didwGlqWqc3VvjIJHqIhH+6Y6YtI7qwJNyxLXdh7V9mqLuQDH/Qk8X5P0/JN7e1YaK30xRHu&#10;4Y+WP5D1Of8ADaOMirv/AKv9X/F9E2kp6jHGorcmJ6adVjqVEghjLGovKkpSZSTcgm6r/tvr78qr&#10;GP21VVWy8AfT+h9vrEGNX4n/AFCnWi5JoT0j8vuquyBZJa6oqtUjz2klZ0WZwBJM6g2BIABIH098&#10;SxYE2/24I+nHtWIwhoOtA4p0lHdnFpbFiC3kBuDcaiQP8Bf8++LKSOAPr+T9P8be3EIDd3Wq54U6&#10;wI/qJs6jSBYA2c6bWUn62/xPvwIAHNr/ANOLge/EEnqtc5HXG7F2HjLKoVjezaGPFzYf7Ej/AB99&#10;tYC4J/3k3P5B91j1Nhur04aR1ldVLqI4/wCnrBAsF+rKP6g/i/vjckG1gRf6XsCeLA8e76VU1PA9&#10;a1VpXrjcEx67sGFgX0qWC8nUpJ4/w/2HvscC/H+J/qbc+6kVNB59X1VHWcOHABFhquBYBVDH08H8&#10;++mJNxxe3+8Hg2t7sop022og9cghD61DGzAn0nkgjgi9rG30/wAfeJf1A3HN7WP1A+lv9f6+7kkg&#10;qfLqoZuA6nvTuEZlilYABnYodKtfUR/hb83982FxewFtPP0P/GvdAdPHh1YtU1PXCJdbKnLFjdf9&#10;ShPJu3+395FDE8Dm3++t7SySxL8RxXp1Q+nHA9PEGLyM0YEeiOEjksw0kA2+v1t/re8gQq3J5sQf&#10;oRcHge2WmDx1Ax5eWKf6vy68RTHn1nSlFPK9MXUNpIJGiRC6NeyuvFuP9j7kxrEQxeQrpF7ab6v8&#10;Ba/+8+y65N2pAhUGvnXh9tf8n7OrL4dNT+XT9i5sDpmmyPmeKAAtTxRsVlLHSg1qeBxci/H9feOS&#10;NSxEZLIL825It+fx7fhuWijBuaK1P9Xz6soMjfpjH8usM+LXK1dQcTTzzQecrBcaEQf2FZluLgfX&#10;nn6k+2zK1H2FDPOVLtHDLIkQIDy6Yy/jj1W5NrD2tsZobu4XUw0NxPDhx/Pj0nuvERaL8f8Aqz0q&#10;9o9d5bNbuxWAaKfHVv8AGMbQZGr+0kqqbEQ5SpjggyNcYgQIVEgfWWAt9G9k6rPkPm6jb25c1Ft6&#10;vxc+FqFjo8ZPHUfcZASyeNRZ4xpJABOkG3sSQx7as5WEAgDJ9f2f6vz6K2ExHeSfXy6t8wXwn6yx&#10;L4qnzLVu7gIHFRVZJaemFPLAmqOSjgp+ArM2nRJr9P1Y+xTxCZLMbYos3ntxxYTM7jxlDkYqWdBD&#10;Nt+jrUSSCjXysWLvYiQmxJNgOPZNNf3txeEWqVhQ0+Vf2f4K9L42t4k8M11f7Hn0nRUbM2jnMttX&#10;ZfS+bzu39m52ox85xFFSVFLvfcVNQB8m9SkapE38PaTxaqgLHHIhAINgAw35hqSDbTbk3DRZrsLd&#10;mPyr47a+L+7rKTFLX1DhKOZMRRFY5IVtdnnBJAN+D7Vh7q41CZhDCgBIHE/6vPpvSquFgUGua/5O&#10;hZ2pXeLe9Btfr7FYDY20qvb43tu2qpsNDPlqqTzrSti63L+YRR1d5BcskxjjVyrCyj28Yffm4dmU&#10;eCxdbtrNCohxC1WcSnpJ/sKKSY+WwXV4oVRuNVyAv1N/ZBHYWG5XDTE1Jai+uPP16fmkdRSuOlRu&#10;vYGA7Chyk67hxIXLVUVHiqulGPmdnggFJV0k1UdT1OsrJeItx+PpcpyPfOx9+ZDIwbk2xjno854V&#10;dqiarkqauahl8MM6y0JtFIWOiMJIC/sQTI9oAsTEaRQ/8V0xGC6BWz6dN9P1TvDZu0cJiNm9ibgh&#10;m21NVNjqY0e3Homx9YLPiKtMnTyeSmjY+RGdjKlvQeAvsVsPtvbuEx6R0W36LbGPpXLvDNXy1s5p&#10;fJ5CsqpI5jY2uoc2F/ZRBDJcXGuNjI1eOAPtp09LIsaBW+ygHQe5fem6mMuKTc2X3vlaylakoUxW&#10;2qTAY+HKPEYlqKOur44Y6mBWJ8rQlySLLYGwgYfEbTwONqJdibUgy+ayOUq8hj8vlTT5TTlJ5Lzt&#10;HXy63jRAbAAjSOBz7vdQRS3DNuc5OkU0KacP8Pz9fl5Pq07UC0Uf6vXrFkD2hms3S1HZe/cVs3Ze&#10;Excp3VhNtpmsHW11DUUjxxTVs1S5VRJILkxXAtpBK3BFPD1ddS0qRb1yNBNXzENDQ0tH4KKjZDcG&#10;ORi12v8AQsw/wHssishPP4lqvhxg5qRU+n7f+Lp1SSSinQCT5n/N0Wvs2m/iFPU1fx/2pncitLH4&#10;8pvN89PX5bMwSpaegeCrkE7U4UKZPFdXH14HIYb63JldsUGVzO08HFndwY+SQoK+oNKj0Mg1vLTr&#10;xrMYtqC2uB9fYsh2y1qHvaMAKgflx+fRbNNNMAkbaR5gf5+hz2Ftmt7H2/hNv7zzFRt7au4MFjTU&#10;7e203jrU3BTOBUY+uzmiQwRTW1JG4D3GhXBIuWOXtjuvelLBQVeOxmJx+QMknjxjRNV5KnhlVZ46&#10;ULK7Ajgaiov7897YWWv6aNUJwcf5+qw2h8USEfzr/l6MTtXobrDZuWpNw0GIqK3NYqJ48flc/lq/&#10;NVONSSMxymlfISMsZZSQSBe30sPYob/3nt3a9TtbZW6MNVZz+K01DXiKsrA8WHrbBAhSIh1YH9UZ&#10;4bm9/aTbLVjbNfzPpEhrQeYzn8+I4dPGdppykXAYr69N+3cbU7trc5urbGVp9sS0+cy+3UyOPwNM&#10;53LQYurAaWqlrwyyxeXUsM8akrZtDAXBacVjsVQ7+opN77iipp0q4slt7b2NZqPyU4F6eTKzR2UA&#10;8WT68WuL+6bmly9mVsVAVhQsfQjiB/l6VwS6WNckV6WOUyuSym2a1Np0n3ZaGux9TX1fkkEc0Bak&#10;rlo6SX9ypkVxIoJsmof2+V9ij3FVvu+nxNJht7wYWqoK5Kutx1KkFdUVqIP2omkRrwfn12I9rdpg&#10;fbdl0lBqbzxWnSGNxLdMwqBwGP8AVx6K18b9h1+w967/AK+u2Fkzjs6KIYrddXTtQx0uPUu9diYM&#10;fkNLsjy6JGZFBJFtJH0Cyq6pzNV4shVVWMxO3q+qjqY8XU0S1FXW5bXpd0ZAofV9VeQ/7A+ys3r3&#10;FUtgXYVqa4HS7SqOS3lmn+r/AFfy6NH/AKS9tDOVu26SSoyeXxFElblRRxJ9vjKGRS6zVssjDSbK&#10;bois1xyAPaO3zNtXMZ/F7Xo8iYMzh6M0M4EYaqE2v/gOGUKvB/QASR/T8+1ht5rCxDSkEnP2dJ1k&#10;Sd6r58OlPt01stPV11YacRZGrNdQLTltC0MsKeB31k+tgNTWsPzYXPsSaDrnec2IpXhyFZtbC46O&#10;HSiRCTceTmQhtUY0h31/jkAX/PsjTcYWYxhPEZuLfhX/AFf8WellFUCjZ9P8/SMy3ZOyKXOxYEVt&#10;LmczVJKZY45UkxONpoTaV8rkGLU9PpA9QN5D/qSPpCxu2G3pvXIUGWxmYwkclJFTSyw5iczxLGLC&#10;rrWRhGkjj1Oi/k2J/Hu257g9lZgWncw8gOPTsKRZd+nqpzUG29pjLfxOgr4U81RTTLEIKSqjmleW&#10;Gjx8dMSSqghISNbFVBOr6+xU7HoMb191wm2cNHW7gFSrUzVdZVWlZ5bkz/cD0oF/p/T2s5ThumM2&#10;7bi1NYoE8h/hr9tR0X3U31N0qIKBP5/LorfVm8Mt3T3Tkc/WUlLtan69haKlpKR2mrc3HWhqYRZA&#10;VaRv4gNUl1ThtNjxyB+IzO8euNrx1sUc2dWuBip46PHz5aSFbXCCCBHjNvoNTKLD2o8O03G9ZpaA&#10;J+Vf9X+bp2XxBGEHH/V6dGp3Bgtt7vl/hmTaoSagkjqmFJXVGKq21AqhWopHjn0cG5Ugfi/sZdhZ&#10;Coy23RWbnwklTXZNmfwHC0GNraWFgQ3nDHUnpP1vcfj2juCrXwkt+1U4U4V/Z+Xz6tqqgQtT7egV&#10;7HxNZjq3GLsvdY27HjYw0z5Xcm5sjR1Epa0FOMcJnWZgw1FHcgn9YI49sGIqdjdW5HMZTb9IcdXZ&#10;MyR1D1kisKbW2qXxTMzFrt9ATYf63tRcWkm6SI123amQBivpXrTMQojXA8/n0+5jaG6e0drUW3t6&#10;TYmoxJNNVV8uLinhGdeIaovuKecD7db+orGW55Ui1vc7B0m3d9ZKqzdbkMhkJokMklPS17+CKO/6&#10;hSoTGCx/tMP9b2n3fc7mLRaREIvAY/1f6h09DF4S6gP29OVbDlettuUGF2rjsLR0tPDHQ0MlXFKY&#10;vJY+JZ5Y2VmAANr8/wCPtK9g5EYWOf8AgNJV3ijMsGmrFTWa1FlCUSEBiP8Aaj7NNvUrAPqG1/4P&#10;9X+r59Jp2Na9KjZUWTyVCKrcUtBPWsrRTxUWMkpqTUf1GKepLOQf6Bv8fzYIzb+8pKnbVTubeVNl&#10;6uTFzeOioKuT7Olq5FXURPBGE8hX8LexPHtp2M919JbMETi1OP7etMxEYK8T0+VWDEJFHgBRYT7x&#10;Zmra6lpInyEC6bI9J5g0YZmNtTqQOSBf6J196Ue8qSv++2s9Rj0glqJaJlMcUSqNUaxE+rUP9o+n&#10;tShSOQW8clAcZ/1f6qdNSAtHXifU9O9JjBRQxxxVc7yqqJJU1HjkmqCtgWm0hVJbkmyjk8e0D1Ph&#10;sNnc/Xyx7VqcdJHJ/uKqNVZVskolsGFPCP0j+rf7f2l3iSOKkeokefz6taqPjPbTqVW1KUdNJVSP&#10;FHFAPJK80scEYjX9RaWUhV/1yfZ+IMLQY3bYpMtkKWrzksDNFkZqOMNQSstkWCAksAnH1e/+N/ZJ&#10;t8tzJeeI0ZFunAevTtwVchY6/Onn0UnObm3Hm95UNdtKnq0wVFkUXL4iirpI6XcFGbiWSauIMYLG&#10;5ARCCF0liCfYDL1dtWOaoy+++xtxSNLI5eOCeKipJadzZYIYHZyq/wBWa59nT327Xk+iwjVY18ya&#10;f6v9WeqP4KdgqzHy8h0MmY3fvOKjip9jbIx+RrXTSsWQyr0NBjza5epalp2DW/1Ebgt/qhfgD9yb&#10;fouvc/BkNjUgz+LyUwWlqa2J6jxo5GuPyAab3uGew9qJ0SSEm6cFhxAPy6pEjhvhp0IeAq8pXYmk&#10;mzlBHiswYgMhQwVAqIYKgcMYJl5KN+pL82Nj9Pa07K3VT5Cj29FX5GTHiGnhSemoGaKkclAzwKn0&#10;IFyDcH/W9ubQRb2LeANJY1r5nrTrplNeJ/1fs644jDRYubJTLqkevqzUGaZ/LUN6Aml5WF9It6VH&#10;AHtN43G0NZTGpxe1aORXKsksDaZp2U2DP9Tb+psb+0Tury0lkJI/Z0+qUAoKfy6eiQvLMAP9qIA/&#10;2/sbdj7Ty+SelzGcosXT0OPAaCJXqZ6tBH+nRDoAL/0t+fZLuN/GjfQ29ativD8+jGNdC1OT0ktx&#10;7gpsbBNSwtLJXVClYQmgQiWT0gVFQ5tGv+qJ+g/PtQ5zdObfNR4DG4nOS0lYyQ/cwUNTJIQ3Grya&#10;f21HHJtYezPRbbdZLOWBYD+fn0iijaR/1Okjg9s4L7SPP5ibEiuj1VEipUwDHUpAJtOUIWQgclm/&#10;PI9rD+62O2MBPnK2ir5qxPIKfJhA0cjgftlnuCQeDYf7D2k2x77fW+oYFYQePqP9Xz/n1S4uIlrF&#10;GKsP9Q6Qdb2DUdirksHseLMUMuJrGop83hWjkgiMZuZItBAYWHCvb/Hj2VbsbdGY27uqFsQaefyS&#10;qYqfHCQQxhvUUVpLXPP1sP8AW9i+5gtIrbgAAB0hhklc91fz6Hrb6mpwNElZHWu7U4in/iyQismK&#10;HxtLULAWUF7agATa/sTZduVHYuEocjn0gx1WIlaL9nVUgoLCQso0t/U2Xj/X9hU70YAbeIEqOjGO&#10;0UCo8+m6OSg21NJRUMFRLFPI07xCcPFTSSEsVTym6A/UC9v979rzYvUGyMfSSz7hz2WzskIaVcVH&#10;JLjcbBqvZqhaW0spP0u8gH+HsqO47pdXa28K+Gjmla5+dPTFfLpydGtoi6ivQKdudi9q46nip+vM&#10;NhaJpZljOWzBOSme4P7dHRq0UStewJdpbj6KPr7BvsDG7g3BumDAbFx0kWJMyQrS0KBKdYY+LyTG&#10;ygflmY+xzPJYbRYd71encT5notgS4lGubif2dC9s+qrsVsvF5HeuTjkzAoFqM1kapY4L1Ml5JESK&#10;MAKBfSkcY/oAL+1pt/r18DVxvnZ4amoIW9DQ65FiZeD91kCAAB9LD/YX9gya6mvE8WBSB604/Z0Z&#10;xeGopWvUmXdcFdSzNjCYk0EJWViCLUSOPt6NyJXJHIDKv+PscRjKB8fHHVJiZKeJLxQK7TsHPrtZ&#10;rC/9Tzz/AE962/6jUaBhXiTjH+bqsmk5UmvRfc3ubIQ55/4Y254q2pdY56n7SGmoykbaNXmAJufw&#10;Baw/qfaLzu323hTHFu0tHQwr4zKvjjWMEadMSG1gB+fZ19dBt9VhXXI1fPpk2or4shz0uMHlodpL&#10;NlKt0qqnJ6SYkE8tRLzcySTqHLuSeF9o2LaGwuvXjklpY8/VlLI0ks00RmbhFCltIN+eFvf2mMF/&#10;fjx7h/BTjTz/ANX+r7bIVc6EFKefSroM/uPetHL/AAqGr2tGJ/GaitpojV+BHBMkcMuoAt9B9OP8&#10;foujhKWjwsW4P4GMfJVqXMdOyyT6GHpC+a5Fx+V9orKZLy9aBGLImK+WOnZAIiIyak9MM24ak7gb&#10;aZ3JFkauOJH/AMsg+3j9JHkaQ0QUNbghWPtlwtLQzVaV6QLSVELeQLPSpUVJI9Q9RvY/4X9qNwXx&#10;/wDF1JIbH+rz68rNGCwz0p8tWV9FQPBK61ccsYjMkNU1HAFcaGsyi9vze/8Are81d2HkMlmUxSTV&#10;TKjeOXwRsoIBsV8pFgT+QPp7XRW1ttNnpWhJ88dM+D4oZnGT0ksb0/taliqM3JiqH+ITK9VG9Wnm&#10;jilf1iQoTYkcHUeTb2jNybpzuOy8X2+GDaXURSP9sI1+guXJLEn6/T/Y+10slpJZDxM46ZhhZDQV&#10;PS42/tjFjFNAK2oqln1moZamZPUxOpQhPpA/si1h9ParxtTJn5UWuqhR6l1zx0qLFLIbACFHAuL/&#10;AOt/reyE7ktsoEK0BPH/AFf6j0vWBitV6i1+JXAUryY2levljGin+9nlqIoTcnzyq550/wCv7lyY&#10;DDw5ISVUP21ChBZpHtNIAPq0jEn+pt7flSW7tR9KdTt54oOqjVEc8emql3Tl2xrLGy12TIIWKCFj&#10;Ej86VCRjgE25N7D2Kb74w+O2/wDaYGmVKeJSqxw/uSSkjlnPNybXJb/evaXaeXEt7n6m/cMxz68P&#10;83D0yfPpPcGaZwrYHr/qPRUdz9Pb17B7ApsjvHJzimgMc0ILNSUtGiymQQQxJYWP1NueAfZas5vq&#10;DC1sucXG+GWCVpSWU3MguwuLf15PsTvbwXp8Jsr6dNyExxlFPH/B0dTHbTK7fXB1eUnqqZqMUZkQ&#10;6XMBjEZCve/6eAfaFg7T3BuuoqKkUNW5ZiyMF/Zjj1W1HVz/AI/T2/NLawqLeLAGAB0zAoiXHThh&#10;tn7f2/RxUWNoYoIYlC34Mj2H1eT6kn8+1vtXdVXWZD+GvJO3gRpqyUS6UVY+dAYm314sB7Kb9miV&#10;fIsaD8+lamoqeusxgcc8Es4pafyolog0COA7nTfgX/P195Mxv3DUE9TG9RFBUsCqqG8rgWNy39D7&#10;Xi1oqSSmoH+H+fTEjM2AeotDtyRIoI55A8SEMV/zQ+twulByP9f2EMuLym9a9Fx00QpZ5CDUVoLu&#10;2q7aaeC30P8Aqjx7T324Q28Xbkj063DAz0PSuZo6eIs1kjiW5sOAqi309iHi+sa/DTwEUkMYQq1T&#10;XzMkjOBY/tKpKqP8Pr+L+yMXTXEeodzHgP8AV/q/n0tAWP8ALpnO5MMQQlajycgRKHWQkD6WYD2t&#10;qkUz11JQU+SiD6oxKihJJmIIDFAp4BP09rhC1tYl7gAE8OtRkl6+XTdTVNQ8NTVvj5bWZotTNHHo&#10;5IDh7cj8kC3saq2iqZsPS08kaxUsUCgeRUZ5CFsX0/j/AFvZXs9wsRcQipc9Un8ISVJz0Wd6/F02&#10;96zICskny0k7I8cDyxwU0TNpSJiD6yCp5/1+Bb2x4fEX8jSTOVjJEEXlCxAX49C8D368kkafQF4n&#10;P+r59XM6RpWuel1n9yw09NE0cMQkmRPNL4WafUOCdbi7Efj8e4mVyla0j0UZAV1MRt+pR+m4t9f9&#10;t7O7WOKxiEpGeOemKrOKnqNgduYqrWHMTjVJG61ClgNBN9QLFh6SL/63sO6zExYWvXIZGt8hK+Va&#10;eEEsLi4Dub2v+fb7STbklPgX1Pp1UyAdkfQtY7L/AMXopKXF0elUY05nnIWK4Ol2jUcm34HuHk94&#10;ZXJweCLyxU+rxw01LGfK6/QGy83/AMfelWy28lUpXzPqTTrUduWOpsnrLjNmYfHVT5F4RU17gNNV&#10;1LmTTa50IHJCqDzYC3ttxdGYGFRVtVUEpGomeeSpqncn0qFc2UD62+ntJNcSXLdmQP2ft6VUCmg4&#10;9P8AUyAx+KCOKqVvSUXQkKLa5LML3v8A4e1nSU1eiy1VJK9ZI92eesfT41tzpjUW4/AHtNNdhyI5&#10;T9gH+r5dODQPj6S9Q+P/AGqSpgSjjQgLBSRqyu2r8ycHn8n2pKHNtHEKQTjzv6C4P9p+C39B9eBf&#10;2wloiSeOy4HVH0nh0k83t5KyQVDRF6WM+XwlRYqg1Ki25/12t/X3A3FS1dLRvURtLOJF1GSJ+Sy/&#10;glPz7M7KQXLnV5Yp/q/1V6SyOD2065bWrsdU1a0TRQ0z07ERwSx2Glvo8fl+o/HHsDJqXMVsnmLV&#10;Ri8hLQuxEpXVfhhxb8G3tbPKv9iv+r/P+XWyaHoYlNPEAqmJAAP06QPpb8e2iryeVgrDBHSyCNFt&#10;YXlFgOC5P59+8NEiGo9aNW6y2Vhf635v7lYfJbhr6l6WCjncEhNfKogbgE3/AKfge0s9xa2w1+fX&#10;lQnrHKsCqXl0Kq8ljZbW9if/AASlo4YVnAqKx0vKytdEJHIkA9oUaa7BmOBXH+x/qPT1dPTCMrJL&#10;PIIv26aOwBZSGkvzeIn/AH3+t75VGf29t+NaanpKI1jD/gRJGhkRrerQv0vf8nn25Ds0kx+ou3Ok&#10;eQ/z9MtI7dq4HUT7LLZOXyy1k9NRi9qaJwqzD8eRiNVv8AR7i4rO1uRqglJT1NTydPjjZYma/wCn&#10;yDj3W9+kgWmB0piBbz/PqbU4ykhgYzSRwqFOqSQglRaxK3/PsQK7K5oUJieNofGt5VB4jUHn1fm3&#10;tiwMKSaoxluHWpVVPi6DuDbe3ZcoKryJUu7ssTN6hI/9AlrX/wBhf+vsFM5uOhnqvBWSsPUAwDm/&#10;H5f/AGP4HsUGOURVZukoUVr0KWOx6UMISBUW449IAAP0C29vuLrKAU5mjV2uloVRNBFxYOb8W9lS&#10;26+MHJ4GvTpNRQ9Y61KqQrGjIqlgZGe5BUG+kAc3PtqqNgzZOobKVWQbxyEPDALBwPwZAv8AT364&#10;3J2PgxLQDz+zptE0nrh/GaWKT7bS5eMAMVH7YNr2Vm+vv2VwNdjqAxQwyliB45plZU54BX+vH096&#10;spA5Lua068/eepdNkaSrciGeF2W6siSI7qQbEMB9Le4G08LkTXRSVsh+3Vh6IyWci97AH6Dj2i3K&#10;8r2x46fjU+fWarmEUErArr0HSCeL/QEn2rdw0dZTStPECmsfs6lZtH4DGw549mW3vE0I1HVQfz6T&#10;FSHI49NGLrKeqQx6gzoT5bEC5/It9faexMuToRLPOxsLlpZnu3qbnQn+9ce9XBEzhUH7P9X/ABfT&#10;mrw1z06zxU86iJhe9tKr9OPpqI9sW4d1qytDBUrHJqCkgcAfn/D2titvDTUePScMWYU67p6RIR9L&#10;n/Hm3N/YhbHloxTirZUnlUKTJJGHdT9TpDcA+wtei4mudFcHyB/1f6vs6MIz2V6as+JWpxFG7xh/&#10;TZXKI3H0crzb/D3J3PlJKlJ0pYpVBBClbCx/BLn/AIj2dWEEduoLZP8Aq/1Z6SOHY16h4PHtTrG8&#10;8sckgFj/AI/8g+wvx0GamcqG0RGT9IDFj6ubgf19qri4jSpAz1dBQZ6VLlBy2n6cE/0+v19jzR5I&#10;43CU9FI/JGuXULkf1A/ofYetYWku3uWNf9XH/V/l6fbNKeXQa5XEx5TMmrjSzRL442Vyob+t7fX6&#10;+0/k86IovJHGI73ID29QHN7+18UMUsncakf6qdMSEjz6fMfhnS6Sy6xYcqNPP09hzV70q3eVFfxw&#10;8g2a6s3+Nvr7MvChipppUfZ00VDju6UMeLo4yG8Su4+jsBqH+t7S/wDeSb/UD/gT5P7f0/46f63+&#10;P09q/qU9eteCOpvjT+n9jR/yD7//0mSMumktwtgF/Fx7wZquaip49d3cDrc0lCyBhGeb8jn0n/H/&#10;AB9zvuWRDIAFt9b3Nx/j70Ahr59aHd02mk1uIjck8gC3Df0/p7ZamsRnY/1NuP8Aip/4n26ilcV6&#10;0en2mo3EaA/QDm/1sffCKZiFcL9DYX+n+t727EYByetZOB1kkpkuyMxtb8W/wN7n3NSse9ntp/qb&#10;E/19trGD1alPPqDLRoBeINc34AIvf83/ANt7coaynFvGQTYE6jwP62J/2/urROuOP2f5urByvTTP&#10;RVUt/KCoJOmwFzbm7Ef1+lvcLIymQMyi4cGxH4t9be6BSMHy68WqKdOeKiWLQC2kpYEG5uDzz7TT&#10;eSMmzMeRxcAf7A+3gVpkdN0pk9KgBX+thZSfpc/7H3z0XIPBNgT9SRf/AB9+CauNR17j1jaQItr8&#10;FuP9cf1H59zI4FLaibDn/C3+39+IbSaf4erUWmeoclSQLABiTwf95Ht1pwLAofpYfi5/rY/8U9ts&#10;pHXscB0z1UnqIkHB9V+bAWuBb3n8Lo2qwJYf2jf6/wBPegNQp/q/1f7HW/8AJ1g88UiaQWAS9yvH&#10;4/PtsrKAO6yC5Lc2UG/9DcD/AGHt2MlGz9n+r+fWyAft6c6TI2iMZ0qFsoZjwT9Rb6f7D3nik8KK&#10;qjSy/wBQTz9Lce1FFYUPVQDw6gTRNNK7udQfgBbBbWv9D7cQTMNYPqsLj6D/AF/aMqA3W6Y6hE+C&#10;0ZHo+gtYkEf1t7m0kDM97qgPPAvcWsfdSSMMK09eq0J8q9N2Qq444vSWdh6f1cajzYf8a9usnhjT&#10;1KWP0/xH+29tMAxoenQKjpgpjWSyho5AoPq5A5uLk/8AFPbZNURqnoUAgXBPBPF/dgD6dNrWtOn6&#10;no5Wk1SSM4YWII9IH55t7i08zTy2eyj6ai1uLWv/AK/t8R1SozTy63nqRWRrSQkqCxP4tq+h5Fv9&#10;9/vHt0eRorKgDFgV/qR+OfbNKHu6sOGonpmiiSptK7sqowb66b/1HHuLLHqDKWIYji5tY/Xj3oca&#10;j/V/qz1X5npxhn8el9AKq3NgSDfj1X/4p79BFLMRGDcKADwbkD+nu0hCqD69e1hRTyPXCpngp9Ux&#10;BDOxt+kAX/tG9vp7nQUTLIbL6fxf6XIv9B/xPuqHUueraRTUemqvzEfi1eQFh+F9RA+n6v8Aere1&#10;DA0FOtrqrAAm45vb6C3+x96ZQ2OtM2Rp6D+tXIVzlyJGUyMqaSANF76jq/wPA9x5qhGVhpDM1yht&#10;/vH/ABr22YhUZ+3/AFf6vn1bWRx6eKGnnjkVw2iOPSrJ+VAF/oL/AFv/ALH2mq2rEBEfIJ+p/wCK&#10;D2oiGpqHHWi1DqHS5oKA1EYm0hgALL/T63PJubm3HH+9e2mqpnqdE6oSBweT+Of9f29UJ2149WqH&#10;Wh49PlDVx0pkp3ZQxN/6W/sgXHvNT007ppiUgA2PFr/1590YLq1t1pYqnUesNVXUsJUzOpZ+VOoH&#10;km62H9f9j7nx44QoHPpJN25+jHm9x700gyK/LrbqAeGemiTMfdSmJR5FC3U6b3ANhbn+v+9e8QID&#10;Owuy3H54H+JPuiihoePVDQcB1Nku0UYN4/Tfj6nUOQFPubBaRwlwB+Wsbc82/wBf34r5+fV1I4t0&#10;01bmnhZwkj/QhQeRb0ggXHuUaGEa3C62vfgWH1+oB91LMqUPVaVXtx1AXLzySRx+QQxsoX1MCbke&#10;oXHP+FveKphVoivi1Np/Rbm/9f8AW9tkVGuv59bQPSvl1OoKuSKpGqbSmq2sk2IPGkk/7D6e2Smo&#10;WVjM9gb/AKR9QT+CPpx708pWiLw62pQCg6VdTXRyr4l5IX9TfRufqG94clWDiEvdl/sC5uP8T7dj&#10;WoB681NNOuWLx7BnnC6Vk+jkqLG/Nv8AYe0rXVMkREiwqF4Fxckf1/1v9f2tibSNJ8+miCV1dKel&#10;pY3BRpWZhe4+ini3+8f094ywrVja4Qqfq3JPF/dXFG1L/L/V59VGTnrOgNKHSxcEcBf6H8f4+3nF&#10;4xXlEnkaS5/QALG3JA9p5JAoz/q+3pxV1DpnymTaKJkCeMhT6yeR/sPamkhSB1SZSqAarc8rewHH&#10;+x9pBIJBj/V8+nimgVp0m4pJZo3enZZHJ0llsxDfm4983eGVVEbBVtwALnj/AIn25pZTUZ6p4hYU&#10;6jIk8LMZlZ2JsWYm3JP45PvxaGallhKAWQ3aw1Mbce1GitH60raTTqKPuqTIQTCR2EjgBL3RBa5t&#10;7D2poxFOVjclWY6QBwBzf6e31aq6W8umnFTjz6E+nqjLCsjJZgBqJIv9Bc3/AOJ9q7b8PidbkXuB&#10;Z2Isf8B7bncFcHHVwB59IndEplhlCrc6W5VQ3AUnk/6/sQp1Bg0xPqe97D6/Tj6Hj/YeyxtSN4jc&#10;P9X+rPTy0Yaeglx0xepMdRAY0IZA8hBH+x1D2mql1clZLqQLkG9/6Xb2+CPw+f8Aq/1f7HXirA0b&#10;NOl9RQSQxo0emQX/AFC36b3H19p12LmSIKWueD/ZP/Bfb6A6em3BZtPSqAWMxzMQnAuDbULC3Nvf&#10;Klpow7CoYl1uUUMb3+vAHtxtZSq+XWtFMHrFWVrFVNOh0SNaSQKLcHnk/wC9294sreSBliVVdFPp&#10;Bu5P0PtqMMDqfgetsKLp6k4krHKPIzsjt+thZBY3Bsf+J9oulqZhN4grhx9bqQLW+tvp7MlZNFek&#10;9CT0qqiCN49TFdPBtf6835Pt6pqsMJYWdgSPofSAB+fenVWQMuadbDaT00z0ZWSKVUWwI5sWJ5BH&#10;1/2PvLjpXIdA1gSVGm5P14At706/p19P9X+r59WRzqr1hyUUfkjcgsbBmvp0j86ufamwVD91Owli&#10;YOWHJBOonkcH2klWvA/lw/1fy6cYtWp6R26s2uJoRKkyGNIySeDpUD1mw+oH4HsbsNtaiEGtqdAW&#10;AI9Ivf63ufp+fZPJK0b/AD9T/m/2elKsSmP8nRFOyO+8hT1jUtHkm0ozL4kYantwLuDYH/Ye1KlF&#10;FTqAihSoA+lrD6E/8Tx7MLcvIcjFT/q/4uh+XTJ1dE73d2DXZl5DU19RO0vOkE2HJHq/1v8AD/kf&#10;Karip1ADrqsb3/Ta1jz/AL17WQweI51DGPt/1fLz8j0ncFTqbj0iaPbGczqiQRVLRs37YVGYyfj0&#10;gc/7H/b+05kNwxQqQGDAG5IYWHPPtekccbd2OqElj29DnsD44ZPKlamsDwyPcJHJC9yTzYE/U/1P&#10;+w9hzubdHlpZPtpLSRoxXQSx/pfj2juSUlGg1B6eQ6kowz0fjpLpSm2oSuRpI3+4KrIJYlCrpbUF&#10;UH8H8/4+wDrctU1bl5ZGsSQwJNyfz7UrQjUPPpsmvRyqPG0tDGsVPEiKvChQBx+AD/vXuRSLCYmG&#10;klmGr8C9vwT+femRiQfTpxaHjjrqd5FkBuAoNj9T9f8AD3KpoEkl8b28bqSsZFyrAXJJ/HtxADHq&#10;8x/xXTRXuqeotXO8UWpDd0YXYWsyk8Cw99RUsEcsysPIFNtJNgo/J/wt7ZfU8erq9QDjrI08pWIr&#10;ZA4vqte/HCgH639uFHNBDKAzWVbsoQXAH4DH8+9LCWy3Wtenh1Br0nlhPiUF2sG1mxt/VR/X+g9v&#10;iCKqnepGlwF9Zt6V/F197dAiaR1YMTjpOPJPSQx0ja0Zn9AuCz2/B4/3n2wVdJOs7PGGZSxIa3BU&#10;/ge6RzaO1utMhbI6VFLUU8lOiuVDhAGj1AEMPrc/UE++NNRAyMJ5HYG7AP6Re30sOfbrOJEoP29V&#10;ppz1xqato1UwIgIFmA9Rt/r+2uvowrGSJ7MhI02tcAf6r2wC0bUOQetkCvTlSVBljAZOCA1wQef9&#10;b3EjRJQuhlSdSpB+oPPPA9qRrHcOtYOD1mdilwyloyGH+t/T6+57Urs15h6mX0sBwTb68+2nYqDi&#10;nW9NOo6Tx6R4mBCmzC5BUX5HHvktIywPHZm8vBJ/r9B9fbDylsN5fz63pp12ZVMqsDYoCfwBb88D&#10;2nJ6EUtSBKCRe6qOVJPP1H19uxyEih6qVp04pKJY9SH6/X+o/wAbe3ugxVLJJ9zLZJLAqigWv/Vv&#10;dVdlYgZ6dXTTpurKqWNQkYuDcM5PNvxp9u+QSOKmLeFChQhlUW/5CNvz7ZbLV8+tMCBjqHQSPJKV&#10;MrEhgQzknj+gv7RC09LIusGSMklo7khCf9b6n28gkIwemRTi3T+zMCBYMAPV/X/inuZQVdWk3g8x&#10;kHB0j02U/wBAPx7VK5xqGetHBx1GqKeB0Lsq3/1RAPP0+p9raHHmvkpUlJQq2pJRxoa30JPFvbUk&#10;xiq68T5dOaTpGodJeeuSgiqpIxrAWzxE3aRQPqir+T/re1EX8FNVQxPdqZGLuGsHH0b/AH1/aXxW&#10;ajOOPH/V/qr04e0aQcdJoU61NbRVMy2SpdRChW/iP1W3+v8An2DeSrpZ1md5FiVZCgJN7ktYEH2v&#10;ijBcHpO1K0J6FOGFIVVVH9kfT/Ack+3CLKwUlGiSWnYxliT9EtzqH9fbkkS19OvK9BQZ6ivSySz+&#10;QN4lBubfVwOLG/098KPKRVJQxFiurkkcnnnj6+25F9OtrJqxTrI8BCsSQb/j/eR9fbtWrBGfK6Ki&#10;GzDSLufoef8AivtiFTU16dcACvHqNA7uuhWLMDpJPCi/1t/xT2zNuBKqN6eOQoEeymNhwy/QOB7W&#10;LAKasdMeLxU9ZkoVjk8tg7MultfPH19vNHLkJo/88C6rZWF9EiHk3P8AX2zKdA4Y6smRSvUWeKjR&#10;/VGpV2Ba4BKtew4H4PvnKayoAQO+ofqI5VSOL+2Uda48/wDUergY65qlND6iic8DixI/UBYe1JiE&#10;0RFqoBwrKSzgBmB4st/9790kTxKAY/yf6v8AVx6dQBVqek1mJiHC0h0u6tZVPCkD6tb/AHr2kd+i&#10;rJhOOBlilJUoh9SW/r/xBt7ctV8IlX4jpNcB2WqHp5245akYTLpnVvWSCAdQvdSf95HtO0gyMUcR&#10;EGrSB59R0gN9Bwefat2U8c/l1SNXRe7ien1zExAZxc308j8D24JhShfKzsYo3AKwA2RT9GY2+ov7&#10;StJIW8JcdP8AhKBrbrB93GZPtkJeQD1H/iL/ANbe82IqKB6lKdo0ZmcXcKDxq+oI+nvTRnJByOqg&#10;gmnXVaJlhkkjYjTGx03tyBx7f83l1xc/7EYk1II/IxDtqtwwP090g06T4nE9OSHTTRjplx9CaymQ&#10;1DslpPIY47otieVYe2LH5xnSYyRlZyS2lfpe/wBbj2oZI3UFf9X+r/VTqiu1enaaiBMek+hfSVPN&#10;h+LE+4NVuOrmllpvG6ApbyNwr34Uav6+/IiUqvVdbA16yRY+nhKlV5U3H4AP5+ntppqKeOsp6qsr&#10;rwVDFDGGJ8dvySPr7uHckrTpsxoDrJ6ks3pkCKWZVuFta5IuAL+xFqqShnpoYaaqt4lDI8gurX4Y&#10;W/4n2ncylqkVPSggFcdJ6lqKuKaWSqpgPK51LEdRXTwhP9bj8e3LG7fNIiSSVIqGdbxSQhraW/1V&#10;/wAD6H2z4ssnaB/lx04ioqaiemuvz8czPEkDQiNiswqCqEOOQFt+T9Rz7aM4mOSF3hbyVEco1Rmx&#10;JkQjgL9bezBY2IBPA9JzICSBx6cMPLkZJAtRGEgMQMbqW/Q3IufoT7SWQzsNUJYqyZKWotAsSlCI&#10;hpICFAPqPwTf3oRDjH1oyYo/Hp9p6RaWyxamXU7MzNeRmc3JYn22u9LWTldcepl8biM+kuq2uVP0&#10;JNife2hIWo6oXAOepYGlfqTb+vJAv9OP949tEcU2Jmp62WCNxIxR5UUAGz2Vrf7C3uqKpOk9aJKj&#10;UOvGzBlv+LG31Fx7FV6+nyWFipanxFYwzhRZFjDcWZb8397NuA3iRGh4dPCQMlD59JiKhkocvUVU&#10;IkYVKxrJ5D5DIV+hQ/iw4t+fbRQUuP0mGEJKscq3iRyCpPJYm/8Asfr/AK3v0ol0VPW18Mmg6dpp&#10;ZkIY/tgqbOQCD/tNvx77i3HjKasFEY6Y1ep4AY1vJGL2u1v94v7sLclNTEj/AFfl1TxUV9I49R5s&#10;fNOuoVMoQ6ZDGzAhj9bD+g9qrP4ueDCxyRxVNRHWxiVRECw1LyYX08i/4v8AX2njcSSlTgjpx0Ko&#10;Sua8ek1g81R1mYraUzUsVTjXMEkLuqSFXUFZo72DA/QkfT2HUVDGypFRa46mVWaWAyBXUr9bn82/&#10;p7UyKwFRkdMKy101z0uWl0amksIwRpcAm9+B/vPtqyMldQT0tAYPLQ140SSM50EqPWusfQ88e9IY&#10;yNLcR/l602pD8uuasknqWxK3HI5W/wDUe49JRVQyNDLjlWnoUcp50BmLKw0NG7f8SfdRpQ08z1bS&#10;Xoy4A69IUCsHsRpJIuATbngH2uZJKChMxpxNPkIDHOVAHlkXRpl024Jtzb2qiRlXWxwetS0roTJ6&#10;abVVSUEywpRyxyIwUn0tf9u4NuDax/x9q7KTTVO0kdamSN6mbxBpAWeMGItzp+n0+p/1vZezut3W&#10;mKemPn0+gHg0PHpJYympYN21MK00SvFRectHYBi03jQ2P1Nvr/Tj2Ge3sTgsxU5PD7jpZMxLDSxB&#10;54manL07LdZ0lP8AaW9r+3p1klQNE2k8emEZQ3huuodKvN1FfTUsUuPlpaeQzKh+8geaNmfhI2SJ&#10;lPJ+pVr+2iqyOL2Exw+Hw89bJ5VaOVS0rokn+aZpf8OAQPbIt1l7rhs9bMhi7Yhx6nRh6uKKV3aN&#10;WT1QqLDV9HuW5+v09q6ly0uTXHxZzGPEtSVMUsEKqVs1gkkx5/qOf979+8CFlJiNKfz6t4ki0MnD&#10;qMaU0oqHoZiZbMzRTyvJGG06vTGD6b/Xge2ncG3aujzMsOAoIIsg0MkkMiuxrXjlFrxMg4IJ5B+n&#10;u1vLHHFqc1A6rLG7uNA67oMjBVY2OtnliEbArM7AJCrqdLC78ab/AEJPPsT8ZtmWLalRJlnpoM7T&#10;UwnEldEZpGeOLyD1E2AN7XXke0L1nvFkjHZ6dKQ3hxeHJx9ekFkN5Bdy4mgxtNVZLF10wpZqnHSx&#10;Clp5Gk8LvJpOolSL2NgRfn2DmbrModtokKLBWZLIx0TyRCQxSU9RCSTE6cgBhww5A9nKCNWr6dIj&#10;4hjofM8ehICKar9QYJDcKeSkmrSW/wBiPfDaPW2MxuayVNm0XJ1kOJgykdKlXJ446s07VETyVACs&#10;QRbUpHB49pJLqR01pgVp/n6cjgRDTiaV6achlXNDTVNBKIVmysFDJNPTu5WMVxo6gxRMRclgdDG4&#10;tzY+1fNia/dlLiqeau/hFFTSlngjp2qIDTabNqmlKlSBYH8f69vbLzGNiyLqJ8+rhdSjWfPrlLLT&#10;Yg1c8cRqaqf1yKHiWpqJQLRxBVAvf8WBP9fbDvLA7Up6SjpMNlpMhm4MZOiRJWs1PMsTtJ5njUEm&#10;3I06iB/W3t2FrqheagBPDqkixutE49cMJW5qtlrZMljhj6USp9isgAqSniAkSUK7A2e5D2Fxxp94&#10;dkY7CbgwrHOVED1VHxS/dFhS08osJEYi9iUBt9QTb25KjlhoxX06pCQU/U8us+XrMjRPRvRUL1sL&#10;ystYkGg1KRlCI3iSQqGAfTq5va5F/p7E07i2ztPCUbYmlZnrq56aLwCacVFbAwVJIU5KlT+VFvad&#10;LORpSZ2wvl0qeULHRRTpHz4XNZ7L1CZWrWGip6eLxwRpCsiQVoZaimmaMHWkgWxDHix/w9gt2Lj9&#10;xbl3y2RqXNRicXjKKapgp6gySkxx6ahngH0kT6txew/w9q0miRBEvngY6RNA2vVxA/1ft6VW2sbQ&#10;YTDU1BQRLTUiT1jwx6fGmqqrZKg+NfppYt6LHkWt7eNr5quot1QQx1S5LEU2L8UGiCNY1cxmQsG5&#10;DEEj6Wv9D7rJ4fhlGGT04hYSAg4HUvK0C5Cgnp9TU7TPE7SIxDeiVSwLKR+pRp/wvf211edp8luG&#10;Wv3DPlsgmPiqnoaOljemhmZTyFo4ySzC3NyAbH2+zaYQiEKMdaYjUWIqes0FBFQ0op8dHFTcrdmD&#10;yk24Yu7HUzW4BYn/AIj3Lpt+5WXJJDLhI8hSLPJi8HtvFxy5GvLVaD7eunZrCNTwCCTZuDx7oUtx&#10;ESxoAKlvs68HlJpx8gB/h6iy4ynghqpxVPSTytDUV2SLRI7x0jeRhMxCoqaNSk2FlJN78+11ncX2&#10;VgaLGQzUwpYNxrNFV4bGyRDI01G6i0tXJABz/Z4Yi5sOfZbb3llIzNGMIfi9fWnT7xzUFP2dJjDb&#10;g2NvGurajHy0+Xk2vWQxHJ1Ecj0dNXSQmQfw+pqfQXRTctGPoysCQQfcDbfVm/drZyHeK0WOylJS&#10;TCopYanIr5cdSSKGmqVopvrIo4C3Jvf/AF/en3i3krbgHODQGn8vl14WjRtr1Cp+fDqBnN57Ez33&#10;mya3N1FPUZlJsUVgp8lTmZprxPT0+Rii8d2ANysgup+vPtbR7pzW4Ny1VRjaWlxuOhac1tblapoU&#10;+80lhVGFwfIpsFCqQRbk29qIbW1kipoqft4fz/2eva3VgVPy49QYNt43Ze0Mfhq58jmDSQUuNxtP&#10;h8aGrPs6cLDT0NJHTLpQKvLSSMF+p449hR2iN17pyNJitvQ0W4cHHTU9TMKiohpIRuGGWT/KaRqp&#10;0U+kqoa5uCRzb2qtngt08Omk+dP9jpNPFK7awQR8+ldt2iixtJLka/HRY+skaaNGKCeuixSsJKWl&#10;nkhDEabamjW6qxJH19yMTNRxbS2xgvvJcJTx7gqavdLY7JpTmOaBwskWtQfKjG6kAn6f0HtxpCjH&#10;RkkYr1aMIVHyOesk2Kn/AI9lc59rTVNTHhKahwfliF0bXNUVETzHlQ8hj1Wt6bc/0FBxtuetqsli&#10;NuZGpw9KabD0dCjjC0sKTSFqvJSSgIzhwupmjJvxYE+yqhA8KSXvNTXj+X5dLKDRrp0k8fHvenwm&#10;Hxmb3Hh6Tc06VeRzFdT46TJpIwYGOgxtJUyARrG0iopctcLwLk+1ljcVtzN/f4PZtLHiYaahespc&#10;jVLVS45cxUqyo8qzjVKFYBjpv9b/AF9lslpcxUmcmZq8B5D/AFf6vLrZdW+M6QOg9z29tzdd4Oi3&#10;H2PVJWVFRljQ1GLxdNSrkJcNFI0gakFJIsaOynWdbLewiJUtr9lt7i2RUbTpYKDJdr1O4M3kvDPN&#10;t0UxpoZAjiR0SpMrhUPq0PIEOkXtwQBBZtdFA8kQRfL1+WCOiy4ET9qMT/l/1fn0qOle15u2qPM5&#10;qj66zGzts0dfLQ4DL5ioxgm3BHE2momjx1Fcw6GGl7SSpqBUSFgwCwxWcosFkMXFPlJcbt3K7Hjl&#10;zP20UEs1TWVxNNR0EExv5HRfU2kfQ391eLxoXOoFycV8qdKEbRICRilelhnMdW56meYbfxtblcBu&#10;qmqdttl6mWKnjFI8MkuWEkCl4zYzxxqA2qy3IDHSvpHqKoQ7V6zpkXJ1tMkNWdxTNJ/DMfKnmmqm&#10;jlQ6BKvJVuW/AP0Ja8f0S/U3R1+lPX8v5fLpTq1rQkKB+zpF5CpOIxlZvPtrK4uHF7eyP39JJt2O&#10;tpaSadZ/s8fBVLFLJNUy08lljIITUdTAaTYN83TQbG3fHsLa8WDp87ndr09DlNxUkT4/cNdUznXk&#10;GoZ4AywR6YhoVRquORf2vgEggF7cAhuIU+X5evScaA2laUYfYT09barKDsrbtHu/cEJbEQZ7I5fD&#10;YmVopMclJip5qHE1tehjXzvpH3Y1s0aSlWjLCNJCk9qbcosNuLNT4Gm3LW5yooq/+Brn2WqqJ8xA&#10;6yTZOooseolk8EZkkWWf0KSC12A97knml0mbKniB1pUQMdGD8/8AV/M9LTO1MMGKpKjM5jG4bGCt&#10;o0zNXLU01LQz0tVIaSkxyVleVVBVVL01PYetw5jjs7qwW0G6985HHSbir8RjdoYva8lZT5DLyKai&#10;tejt9mJI4oQZKgmdEkkZFbUDdf6+1FbVGWKNak5yMdNFpI1pIaDpMLgtqYmvqcNU12XzVRu6aeqh&#10;wlfV1NfRq9JHLXvFSBVWGjiWEmOKOR0RlUINTXuGO3Mzmt5VuXhzuDmrqSPbYqsxm56qtkrMXQpA&#10;zR5LHx1MmlZPIV8cZBZ2IGnj27PPbxldeCDgDrcZkY0YYp+fSvrEoMNT46mopqfDCbIx02PoaSCl&#10;gp8jWzI8wx7QpDIQrIkkkjRKGRFaQnSh9v2387m9r008E9c+E2zjsZVTfwvb2Lp8jX5B4dKVk9Vk&#10;qi3iqNUq6nk0iJ7ix0+0z3cUjhIqFieJ/wBX+r+fTnhyqp1cB5AenHqPmdt4zKzQ1s+NpsjXxyoK&#10;aXI1NUkNMsZLjRDFcMlx64QoEouHNiT7eMZsDrXN4mauqzm914fJy5b+KV27K5MbmMLJHClTWZHD&#10;01EklTUTAKLuUCcE/RvbEzXZl0K4DHhStPz9P8PW0jjZO4VGePH/AGOk1VZfeMJmoJaTF4qvpBRV&#10;GKgwsdfnMfl4ZppKCGhyNdk6bHU9FrcIRElQZBxochSJFbR5es2xt3Z9N1xtul3BtSGiqsZQV+4J&#10;IqDPVmNkneSagEjQrI1MSC4QuGYDlbWujNtAjmW/Ys4NTSoUennx69Grmipw9PPppj2zHn6zcJz2&#10;Zq8PuSpXG1NVR7ey1RU43CVVPTomMzlJS5aKSnFaI1iVpWgKeheGILe33KYDeGdpMDHjMeOuP4xU&#10;VH8bqaqQyyUkFPHpifH0qCwYU2uNWcgW0i/PultdWxdjCDKfIcfP1+0fPz6USIAKuwB9PPqDDubE&#10;YGk3I9ZuGDsWo29RUBoKWjpqBsxK8yxRSUlbWQuKaWeprVSUlUjVNQ9B0+w0zGBpNotDks5ujIVt&#10;HFi6HBGknog1Hn6nKzRmL7lalijQxQEeddB0AMoYEcGkUt5LJ4dAvr/q/wAv59MFYwA4NfLoR8fl&#10;/wCNRQimx6RXra0VAknRZ8eKOeSlmqdMSm8ksyuIbMA6EyEkXUp5KXZv8JoKet15+lwGRIjzWOXz&#10;VFTQ5CthrKmkweIhZSi1MoiXVMxCsW0g8+1BjZmKyNpB/wBWemgF04Ffn/xXUyRMw8c9ZRClpKup&#10;xoMWMrox4osoUAjkyNfRtLrEf6GWEeoAeuwB9qTL9sb1rNoZOqxONqf4RBXTUMOPxVRJic1Fisez&#10;RQpmJXVpRUU6R6ZY0YXS7aiPpW1gsLafTGBqPn59afW6a6VpX5dIun6o2U2cx+5c3i6XO7mojVVd&#10;LVZdpMhR43IZN0kzFZg8dVkw0xqJrOWRLqbaSvIKP6p7Cye2sxlszV43cVVjKyGjJM611VUZTcGU&#10;gb7DFUVfkH8bLI9zCELMUVgRdgApnVZiErQA/wCrh02vnpHH7ePy6mdlbMod8babbLy4ykmkkpKi&#10;mmrYhKtFQ0VdAclVUtGhUs8cJtCdSrHKYnLDSvsdtu5fcmZxWzsDVTfwCmz+YyqR0tfIayowk1HE&#10;9S2LqaKkCaUgUqaeF5UsLAt6fZTezxxs+hRwGSP8tM/6vPoxhC/Ea8P8/SAz2B2RtTNb77Rx+1Kn&#10;cG88NszHyVEdBDT0Um4KarEj09RQ5GrIpnqas05hqqhSW0RqCCSqs+br2fhIazDYeLddVl81Q7gw&#10;WcFOFo6CKNKJDHTVuUjh5kiEiFlHDSOqobgFvaO0uL/6eR3wDXHn/h4/t/Lh1px4pDgHGf2f8V00&#10;7A7A3PvGhrM7nOs49pbabbuahecZ2XMZCqq5qwP/AAmgX7eAqrqWdiVEaFSykjgNNLRjB773LlMN&#10;FlTi8SailztbloEqoKn7yjXJ5Ndtw1IUFZppA7MpZjICCbWHu0jxJFHFIRqb+Xl/LPVSjla0p6eX&#10;+r59P1EajfPWeAp90wUdBms3PSZnbmHwtdmMP/DoqTICfa8WZqsbI0muGFYVr1CiFnEkYjKr7SuZ&#10;wn+krZmVzeDqd67SO1JJDtJ81T4VKrOVsiHTj5pKgGcwu9mLO4CmS/q0lfb0NwsE/gRHWCASRwFe&#10;Hn8v8HDpuWJmArUMf9X7Osse5Nw7P3VszbWRx23M1n97mtq941OAbPYrHYKhwtDpGap6KoWtia5M&#10;NKscslO8wQuGPjKqjukMJFuTcdfuaokysr7PlpqtMvWS46gloamrppU8VRRxxJHUF1WRmjZSV0g6&#10;jce/X8kx0xQ8XIBHyr1WMiMFiKnyr/sdKjtHcmJxmIj23WmOqr940+SxVBhDSZWeTL05iSlr41qc&#10;UQ1Kq/cxIahmAUutiCbhpy+6zvLL0tftbamCePG5HIz47K0slFT1uVniV4pZ3qKrxiFpI9bNZSEL&#10;ah6rXXSLHDF4TsTjI4/LppTJI1TQnNOHSowGEmwlLN9/mMrlGqBCPBXTrUU2OiHC0GPSJA7RqWK+&#10;SZpJGFg7kAWk7h2/9zjZd7bowGU7By1XQJHtrbOKmr5sZSUGKIatOXzsMJlUqXZ6eNVXzH+ouQnt&#10;7xZ38EuERPsqfQDq8kRRe1dR/wBR49QZpaiHJx4TADD4KgjnlqM5WSwrFWy1NcompY8HQhBBLJMx&#10;c1FRMx0WCLFIzlomrB0bf7gd2bkz9ZV/xOGmwmHxG6MfRSQUH3yB48WiwkeOGDVxTJZ7EF9Nz7WM&#10;7XDNFCOxfxD/AAf6sdNr2DUxqW8iB5/6uHT8tNR0hyEGPoqajkqnlymQOOWClqamsqAI/vJljVS8&#10;0wi0maT66Lam02CsrcLJ2BkaLNx5io27ldqx1SytgsfRYqiyMEcpqcqQlOCzNIkTKjTs17C1iTej&#10;3AhAiZfixU9XSIOddSCD0x09DSbPpnpojmMnSZfLxsTl87l9wVFNV5F4cfBDD/Gpp2ipBJ4/2YCs&#10;UV2YRi7EiNtXcm8Nw4mkWr6+p8ZsqHHQbjkoI8bPkKuqxkMn3WLlDU6+Sqq5WQSRKvIIJa49pwu2&#10;6zCrHxGwWrwrx/1fl0/WWKkrnPlWn+DoHdy4XYu3MzLuep7GyLdh5vIVG2cJXZfeUS47GZqelC1W&#10;OosJOWoaGBIiv3KLTGS2gAtUPGWjdsdhR5HGbbqKvBbgxmLSgqc3ksdLQAUNJXzA0eEx+TgAKmpM&#10;hEpp3ssS+tuQB7V2dlZWCtFC1a5JPE+prX8ukrPK7F5DWtP9R+f/ABfUTovrTIbSzW9MnnM3i935&#10;eWXGYPBbtdGhzFRtyBEyeUpKbTr00qTVAiWRJWaaeJjKwCR+w56023lZctPubf8AmHeszuGqZNqb&#10;fNNJjzLSTwtTVtUhQCkpY0RioC3c/qA+nsvnvjJOILMAKp7m9P8ALU9PxxOikkVJ6GrceSq0p4qT&#10;CwLUxUeQpEy+R+4+6/hJo3irY4ZKOJ2qaieUmJdFgNLFpH/slX1mDqsTtfC5vb8cm2JqLNY2mqKH&#10;Jbgo6hclhaKN6e8SVjsDb0MUYhzcseePa8xiXWrDxDTjTA6oDpkAJz6fLpkp9zGo3vVbPrmfNUkm&#10;GqK4VlDtzLRRYip88afY12Ti8sIaeN3eBwy/5oqTrtd835Q9VZLfAzm46yDMTLtulfJYXFxVU09b&#10;kIkM1PfI0noSEpp12YH0gkgH2ni2+8azVA4jWv2ED04U68ZQqnSlT8/t8+gq66k7gi2Dkdu4LbK7&#10;cng3plcZtbcG8ZEmWi2Y2Q1SZqrwTyislqVkNR4KabQrKUJcqLMF3l3Nkt44vFJtmm2vsTMvQ5PH&#10;ZulmmFEmNWH04+sEp1SHXdXS41G3BBHvcotbOErDWSQA8eJPVFMrv+pkD0/wU6H+kqvs8VUo2Rm3&#10;RmcFSvBXlBQwV9VkVgExDUdGqRQNNdTGukKqkckXJMLtLbez8jma6Gg3nm85mCkZmpoaGlxiU9PS&#10;y+mGj+0gXxQj6Jqbn6FmufYf3Ca60K8ulRigNTn/AFfLoziiYJUii/b0Am6uwOztr4UV+f6421gN&#10;tiSpFRkqzd8O4HoFqac/ZT5KlnFK07s5YVAV3ZRyuu1/arznXFNBiNyVOFzNdgM9noYZzlMpFQ5G&#10;sxs0MweYo1QCtpFWxRiQDyLezrZpp70g3MZZVwPT7aef+bouuZY0nEKN/vPRcKf5M5OTf+y9qnE4&#10;Ld21cBk67HTt1w2Wp6Cvp6zECmwqRYmQyLL9jKfUUYqwvpQFeVR1vja+PBCfN52XdE0lolrpGgFP&#10;OIR42P2tMfGhDDkLcfX2j3AtLeiPSECehHH7Ken2eXSmiaQgGT8s9Bf8qd6YnA52h27sHblHsTNe&#10;B67MtBt2XG58tV/u09bT5orG5Et2H6SfqDpIt7EP7enkFpYYXRWV0RkUhWQ+hrHi4+o92dJSAgwM&#10;V4/bjrYUIdSHPRChvjKYGpqMhi85mosxPT1tLWVMNe2ueKrHjqYKiRrsdQPqBPJ959ZYkBrWP+v7&#10;cWFIgKL1Yr256D+sq6muRnqJy3pUpeRn1KwtpJP4/oB76/Nje/14t/vXt0cNS9VNaD/VXprkYgKC&#10;ttIAXUbayBduBwPx/T6e8ciahw1rcj8r9bX9uxuUNCK/6v8AV/qr15T8uucLBT+gaTq4DXb6ajY2&#10;5/qR76DaQoIP0FybWB/xPvZXUSwPXq166IDFjwbvqCgPqsASVAP+vf8Ap9b+/XVjcgD/AHo8c29+&#10;oyjr1MY65IpACK0nre+j+3bUNKki/wBDf6n32QTwCLCx/N+Ppz7qrDz49bpQ9cgPHLeQkEFgLm1h&#10;q5DKbG/+8e+K+m7MT/W34/pf/kXu7HUNC/6v9Xz60VPp1kdBrQCIG3NgbWsQSCb/AE/Pv10P9OL/&#10;AOFySPz/AL1713jrZIGesgjYOQUlBsDbg8af1Lbi35PvwKlvqLjiw+vvzB9FOH+z02Wr1KgSVJFa&#10;RH0XR4ybG9jzpBv/AMj9818Z9IH9Db8g/wCv7RsZQCzHhj8uto5BoP8AV5dKBBPctEZDTSqdatpH&#10;qYWdCTYe+YS5NwSDyL83/wBb3R56LSuR/Lp0JWhA6y0uOnb7ZkplA1kBvIFaQO+ngH8j6A+89iv0&#10;4Fgb2Itxe1/95/3n+ntFE8c3cxBbgRUfZWn+riR69XdSuBw6cs1j67HladUqYcdIVljmdZFQFxqK&#10;GX6cXINjza9veO1zfm4v/wAUPHtWSyjTjPVRhT0yQeJRN4llYglHmdbxqgPLIPoRbnj3Hq6ujx8D&#10;1VZURU8CKWleRwqIgHJd2Nl/2PtpI9wuZhFbRliPM8P9n7f8x6amlgiA1txxQdCJtLa1NuqpOIxF&#10;PWZjKVg8VLicRBJVV9bJoZ9EFND6uACWJuB+ePaNyvaG0sDRZuslroZ0wWPjyeRjpv8AKJaaiku0&#10;MpSO/wCu3oAPP192fle/v7pTPJoAqT8vt4dNPuLRoEgUVPr/AISOjW7B6E7Ikx2BwsOzI9vnc2Rr&#10;cXRZPcckVEGqKSCaqyEU1LB5KhRGlPK3k8QuVIFyPYJ7r73p8jtqsz+MerwtAtNDLQZaqwdTUzLV&#10;1EgipIxRTqAySEgFkJKg39nlhtdjYf4tH36a1Jpx4k0+eOk8guJSHkalfIV/2D+XRquvvhzRYDMn&#10;K74zR3fk8rpo85gaHN5PAbcmwsQWOnl8eP01c8lKLaI52Ebng6L6hAoMxvbduFpKbM4zF19TkX+2&#10;rKijo40m25IUAhqsjFUOHct9QI1AA+p9l8l5Y2Ery6Qq/wDHvspXpWlqZM1pT59DfjuutiddZqnq&#10;tu5LcuDTG0stRRYSbceTqMJm6JImknx2Ohq5XQLG1ibksG+g0+oo7D47eeW3Vldo1W5UyVNtquhi&#10;+4p8SYFxyCANphlqBe8at9PIR9NNufb9zu6W1mrwx/EKgD558v8AV9vTccEdSz/4KdLtK/ZuMwX9&#10;+jiqfEy7qooKmWKpnWCXJy1sYlpo6tIHkjeSUFbyaCwWwe1rBZzdRZij88NLvXCwSVE0k0uTq/u5&#10;K2eea3+WzRGQDykemyEAW/x90S8u54hLJAdLD+X+r/Pw6t4kNNMZOPl0D0Hyh2xLC8VP1n2ZWVND&#10;A0LUGM23S1VDBJSExS0UFcJY4vGukMrNpUj6DjSEJu/cG59r4LL4fdeQqM1t+oiGF/i2GmMeQapq&#10;wYoo4IZl9N1+usED8En2tt40gfxo1CNTPoP2dMOqMwrx/Z0Km3sNsjclThd24jAxYPOmP+MrR5DH&#10;U6VUYn/amkqIqdmQSKz8SRS3DWvcG3uNtnqjbeYx2148TjclsDJbbngyZyOVyMs1VnHKElquirLa&#10;dfFnQAC/pHspmvZyHVT4ms0FOAHShEWMgmuPL/P1x3Bu7JbMlzOXrq2r31hchURw4/b23tvxvV4D&#10;7cClrYPvqJpPOrnU8i1PrVwQrKtkEmt2/uzdNXndsxUeYSOuRqinkxdf48dLLTSBZBU1RbSdaX9B&#10;YX97+sj2tASwrSlPPp0wiVdbcB0p6vObRxOOoNy5KrxtHBRwIn32Ro/HkaWnq1C+KKLQJojqK6wE&#10;sFBuLC4FWX+8uyOva+k25sbIQVW2aOmNNJKUnqsvPK4Splp44QWYqLsxUfjj2m2uOzu7x7m5fxGo&#10;T50HnT/V+fVZg2pVrj08/wBvRdcxmev919nYKkzXbeGzlBvM1tJQbOoqijhpKOLE0TVNPBVVMblg&#10;0zjhamxkkNoxey+1Rg90R4ba+Jkq6Grrs5lKZaioorvW10dXUWkMKRzcrpaw0gWX6e2obZ7zcWnn&#10;fRApx5A8c/P/AFcMdamMjIY4cfPpj7G6yrd9Z7L0eLytJs/BYKWjjXL0xOGohjaeJTVw1FXQlNSv&#10;GzguXFwOT7DvZm7c3ubcGfxfYm3W2vgKaKqGjLQ/bSZKmmugR1ewCMP1WY39ne53WqRINs7mqBUZ&#10;oB/q8+kaIkUZZxVv29KfdOx8btXrpc90qZt1bnQ46LblXQZmPN0k1TEwUZCMq0kUgjAJ+rf0vYn2&#10;jNzbh2v1JkqaXrbA0lXPkAkDZNvPXw0GPMh1Q0jSN46fTf6KOR9b+7jagY/H3FtRGQBgY9fXqiSP&#10;PUU0L8v8vSz2tgN3ds7Ihp+46fJ4GR3SDJbXxcy4VayeltrmraigkklkglNnSESqp+jqbAe36em2&#10;Iz1O5koZ+yt618MVTHRxQQ1MlHM6gww0irYXU8KS1/6e2XeW5ob6T6eBeAGCR+fDy6dWKavhWy0H&#10;mcH9nWWCLsSnqlwNFSbf6v642w329Pl/uaeqrcljaK9ikFQqQ0kcigsxLah9dX4959sdL5LdeIym&#10;4N47Xrdq5epqFkoafIVqT1ZWFy8ZEcTt4QfppuDb8Wt7LJ97juNxTbrA6kA40NKfb59KWVYYdT8e&#10;mDfvyd642G2IFBuPD7ooPvkxuYkwddSZH+Ha4wyVMtRRMyNb6sEPH+J49laz2NGH7CyD01DuWgyd&#10;PVfbutMstXA1QgCqYwqlnjbj9vm/sT3LNHAI3YcOkkSnXqUHPRj8XkaPMYqgytFUw1tBkqKnrqSr&#10;iKmGopaqETwzKQSLMpB/4p9PZp6PLZvEbbgyO/f4dQpS0iTYKLI1NSmSjqW/RJPi4AFjQDkLIdQ/&#10;oPr7KtttPEkZ4B+lnUeAP+c/y/wdXmmWvhLkniR/n6Bas/u9nt0VeP2N/EJKupqoYN7ZTC0NC2Ik&#10;ooYislJPnckhV5/0xlaN3ZblW0kWDJtbBbHqZ8jupqiXce+Mioq4chHjGgosYoHplgjVWUSfgSOx&#10;v+B7puMsl/cCO4cRwqeAOW6cSIrTwh/q+XT5lp98Y7LYfHY/F4PF7Ao6c0VY9Rk/uMxWsFENHTUy&#10;tYJCE/Uo1OTazhQQXiHK75hWao8TZKpgrkjhhWodqzwvYXmBspPPJBAA9+WWyH6MIGig4f6vy/Lp&#10;8wgfFTPUrI7b2JLEYKqKkx9JVUsssjeGGmom0fqKtKAAQbnT+faOq4uxc9uzKY/aNNBDLHB91kUG&#10;Q1BZALskgvYMpJ41Hn6e73V1ZWsaSTLVjQDFf5dUA0qSzCg9enOoyezdqbVxeQ3Jk8fTYWD7ejo8&#10;plYUp4yapvHSKg0DTrFrEKBbk2HuTWSbhlmoqbceXjnoaGmb+L4ydWajR1GkGViv1FuLP+fob+1k&#10;U0r2/hRDTq8uH8uk2qNWLoK1/n1Lx2J2zTNVZfb+JooK3JraLK0EFIKmuSRQ4eOoF2MYNzZvTxe1&#10;vYlbA3JlMrh6vGbVx2JhwdBJJHP9pLHLMQ5/dlcCS4LXOn+n9OPZJeeBt12NQLyN/PpUFWUapTT0&#10;6BPtPrfruo3FhN5b/wA5l5c7FUQRbfapn8WMo6mnbzQUtNDTQGMC/qk13LfUn2GHZK9iYCnbIbOx&#10;0k9GwkWqql809VF/qrRKCdPPLtx7ObW+sXQKwGv0PSd7dtdOPp0LOArtuZZIsdk58dU5JDHJHSTi&#10;JY3vzA1Oh9DPYXKKSwH4tyW7YWza/f22J5d3ASSvVLLGoqVgkdQeURWAuWPBPsqutxmFyY4F7aca&#10;Y6UgRxgeLnpz3Tuyg2maMS6lE+tCkdJUTxRIANEkrU4OhVsfx9Pa+zu9sH1Pg02zRYanxEVREP3K&#10;JI/uJz/x0rKqU6nb/Et/gB7pt+zi5l/eN25c1wDwH2f6vn6dNzXIY0TgPLpC021Yt+5ej3bU5urr&#10;6ShqHSloZnlGOidBpdqSgQpGv4vIyl2/LH2XTemeXd9Lj5Nt5amx1f5Qk7V9SsNROzG4NM6kqlvy&#10;TY/09iQGO3hbUK/4B0lKPNIDXoY6KmekSSJjGY9d4BGhXxxhQNDXJub3N/Zr9n7E2hiOs6Cl37kK&#10;Tc2RrrVzvDUTSRQPIl40Wa4Z2XgG/Bt7BNn+8ty3aWSE+DCMVI40/wBWPl0rlfw1EYFSPPy6Kr2T&#10;2D3BU9h0OB6t29JTUeKZIM/ks7T04pslC04dxRRS6isarcCU2Y34A9oFNuoslX/d2kgaiBkCMmkS&#10;xq/GnkkHjixHsQ+DFbyAyMWP2dWNHXy6MNHn0gpaEZ+SOhrpUj8sIJ8LTAXfQxUGwIvfj2HNJs/t&#10;I7kTE7Tenw0E8hnraySZKWBYQQTqaBWDMx4Cqf8AYfX2/eXm3WkH1Mq628sVPSYQyManh1Ky2d22&#10;mJbIZKSmrKBSCI2pvvHZ/pZaVlLXH5YqABySBz7EHI4LN0eTpafN1tZV1UNnmqUmlipo1jN2Yxji&#10;xIsNf1/p7RpdTXdt4kYoDwFM9LI9CCvWHCZbb1ZjTVYNaFaSTiKOBIkMkjA2QCLgn+oF7f19hJ2R&#10;95kdy0FJDHXZXGh4fKuPYuFbgWeVVJB/1x/rezAS/SWFCQrEHpKgLSFiMdPmKXRRRXhMDHWzoUCG&#10;5cnUVBP1HP19mn23uram3sXidtVNPTwRJS65MZURGerdNOqSSqeVbKn4Jvc/j2HbfZZ7tXupZSNZ&#10;/l8v8n556cklfVSMZHRd+ydl743Dla7O7SqZYstTQeDFZT796XHUV/2rU9JSSeSeX8kSqUB/N/bX&#10;uteuN7RQUOVxuNpsYP26ealpooauO5sDTNEt/wDXsPZg0F1aQ+HZtqpxrw6rGWr+oNRP8uuHX21u&#10;1Nk0NbU5XcOX3lnazVUVUGZyMlRjPNpGrxrKf2fpZREVAH4+vuXtnrGgwsUa4ELk8UxPiDeYVCKR&#10;6BKbhj9f6gcfT2HpLqQTfqYYenRjRBFqcacdKHNdrUdNQTQbiB2hkKeISTvVz0zUXp5keCqkDIV4&#10;IBIv7VI3Xj9n1i4jTRirbSF0nT4ABdmZ3vYD/D2eDalmiF3OpFfLFT6dFyzeOCIzQcPt6CPM9fZL&#10;uvDRZePN5qnwL+ScJFMUGUA9EZiSm0FkNrqDYG/Iv7Stdmd4Z3PQwYauoQtRJphYVAiS1wQwAOpx&#10;/rD27uEdlBZeJNFUDPDJNP8AD6dP2qIDUn7ehN2hsjr3r7aTpW46rhhoabVkJa6BqiRVS+tpX06E&#10;/wAQWHuX2PsXN5PFUq1+ciFZCivJUxCYaGBuRGR9eLge2eX90uPCaBIWVK4x0zOLXxiyGhPTH1r2&#10;b1w2ZydLtCkUQV0w9FJJSMS4JGt4lYWvbmxI/wBj7CR22jh8a4rMbSV2epYylNW1M7yzO1rK5hJ0&#10;Ak29R9nQtbi5cm7c+Hxp/k+zpNI7FwIfzx0O8sG4a3LUtRS5V6TCFP8AKaBaKlDs39RWSAyf4WUD&#10;/X9rDrysz9LjK7ce42o6egHFLTrUxyVUo/3XGiR3CIv9ABf/AB9kt5b295fLYWiEAfEfKnn+Z/P5&#10;9KmuGjQL+I9JHfy0lfNRbaxkNU2bqy8izrTzvRUcVrSVVXOxVHc/RRrJ/wBb25ydi0NZQ1lLRQx0&#10;0krEOVt5H1/2pZW5t/h7M/oLaykD8SB59aYTTEF2wPLpOUnUuRTOY7LZfNVOXjoFTw08xEdJSlAL&#10;fa0cY0hjb9bEn28dcU9UktfkpJ4xCiERKI3j8jsCQilwL2+pI9hzdJUvb2O341OT6Dp+cEQUHHrn&#10;3JWQQbehoI6WWWpqpo47qyyGnjDjXO2lrggfS3/Ig73Su4q3Myo2SmipQ5bxicwwAA3BYpyTY+xP&#10;dFYolS3QGgpj5dMRKFUMelzsmm29S4GhmpKGFZWhUvI8AkqpHcAvdpLsLkXtf2oNtYei5qchuOqa&#10;KMa5adJjpaw5AYc8/T2SSybi7iCFKEnj9vSh5VhTUASeo26szVUsRjxm24q2qmtHTSSRRKFdj6Wf&#10;XYaRe/1/2B9xM9vfCRyNhqGWODWdMIlqD5Gv6QxW5J/1z7ModqayH1NwdT+f+r/iuk6zvN8XHrHg&#10;dsZeX7fJZueGSo0hnghp44kFzq0Lfiw+nA/3v3N2rsfOSVKZmvzGLraCNxJSwIhqGSRuQ0wcC9v6&#10;X+vsn3Dd5J62cMbDjXpSrIozx6jbn35gcUtRiXpclSVs8RX/ADZohJGps/gqgSL/AI+gNvp7FLc2&#10;2K7PYyKGDMiB4UBM9QSFJ+t0ihAAA/oPd9nlNpG0SRVLenl/q/z9MyMiya26LThe3Nu7Q3bVz1+2&#10;6ypGTn+3p48VSeWVSBZRVVVfIvkYm/q4B/A9ovb206SiD0NTkJp5CxMlRG5SWoN+RGxN0W35HvV1&#10;9WJfGI01+3Hn5dKGYFNQwB0Oe4uwp58dHkcdiBoEXkEVasbx0yleDOgursCf0g2Fvz7Yd55KjwBc&#10;YqGkjK2iLtIrmMD9Tysbszfk88n2cW23O8IkuiXY0OeAr/q/4vovW5Lmi/t6edgnJ7koUqszNV6W&#10;Z5tDQtTJLduBDH+lY/8AUi17c+0zttctu2Satjx/7CWhTIVUJjjLf25YVltcW/Pss3K5ghZbdMke&#10;Q6WQoOLcOlxkazEbcpwk1b9uLtKtOJf3JF/AI5Nr/T2Je38NRbbrhXZuvpKjxjVFAg1Nc8gCNFNz&#10;/sbeyy4sbzcwIol8JcVJx/q/1fZ0pa6WOM6Mny6DXcu867PYepodpYrJVFbUK8KVDLHBSRG+hpJq&#10;moddKr9eASfx/USdxZbameJgq6CKZ2JMerXAyG9kYeMg8f63sWWdhHt9qEV/LosT6mRy54dBns3b&#10;Hb2ArDXPuNkpWmElTSLDT5CKaL9TxBqhDYnj1IeP6n6+w4kqIMLJ9rFUwLGzkrSxxvqAP+rkc+2f&#10;BkdmZTj19f8AV+XT4kDY9OjFwxtm4I6ipopvKqBTPLJGLMv10RRi315t7eq7Ys29sVHLSxUz01r6&#10;q5vtqZnBs+iVASebj6H2hi3OK2Zrfi/yz1po0XufpGZPsXDbArHpdwPVM87oI6fGwTZKrCN/mpJa&#10;WLlFsPrx7TEezabaVLU0dTRQVk9SviSHHSuFS5+r1DAX/wB6A93iMkswuXqqj18+rhI5QAnSvx26&#10;6fdEUFThJ5KOlQrNJLX0wSSRf+OYp2N1P9dVj/h7W+0dqYDEbdyssGOplzFfGzy1M7tKIY1BZaeK&#10;SXgc/U2Fyb+0iNNuW8qZSfCTgB5n/Vwp+fTV0whjCpjhXpB763PmabcGBSnqqgYhaxI6mmoYh56h&#10;5DoE8yoS+hb30/Qf0J9l1ymFqMhnFWSmxyaJQsCNHCyS3a+qXTyR7Ee5M0aaUBp/k6aQas9DdBIn&#10;2yShnZfGGLPq18Dm4bn/AGHt6GVw+z5CKirhlrtQDPEBFS0y3t46eEf72faCHbpLiPxJaBePz/n1&#10;ZZip0r59YnR62OxBihYcow9cgP8AqrfQf4D2tv78UWXx8UVNUP8AbN6ZGaQL5iv+1G3+wHu1rAls&#10;xKAFj1qrM2rpMw7WWGufIOIZZg14LIxEOq2ohCbXNuSB7yYerxdHVWxWMpFq3kHlrJSZJWa1+Hf/&#10;AB444HtPfWzTpqnckeQGP8/SqIhDU9Taykq5opHrK6oEHjb9iGNI1t+C2gajx+Cfau3Du+vWhaOI&#10;LLJEh9ELXIsvIXUeT71tNslvXUKD/V/qHTMyrK9QOkHiNhYZsqcm6yFpm16pVUM9mutwo4/ryfYY&#10;Um69zxhZZKeeJJidKJLGNKf1YE3/ANifayWa3aUqgqfXrxjBFCOhCl21hJ1CSUcD6bcuisb24+vu&#10;XR5Hc+RqqiakoZHp6f8Az1X5TIVLclVCiw/2Ptm8vLdAIzlj5dOIiqKEUHXOShw1GkdPOaeBZCVi&#10;iYpEHKj6BPqbe3pqX7hTU19SYSbIwlYl2b86FPPvUd1cSLpjXh8sf7HXqIGx1GEkdIy01FTCb6sv&#10;gCqir+Nbg29udNurCYSkkoMdQRSTsL1ORm0eVmPAVGl5W39B7RHbWll+pu3NP4fKnz60zMxoDQdM&#10;lbtzM5mujrazKy09HER9vjKcMsI45acp+sn/AB4H9PbbjMP/AHoyEc81TJFGHLFY3VtYv6msPoPf&#10;tx3BbaHwoV6UJH+I+XT1W1q4CgbTEshjT0lgVW9vSCbc+xnakihxrY3G0YWOFB5aqVg8jkL9Aq3/&#10;AKC5PtBtYjjuBLdHU7cB6VP+r/D0zcq57/LovWTyNbVZyLN5XLSJT+Xx0uLpI/HApvbyy1Etrn68&#10;L+bfj2W/cb1lJXuz1MlPCkhCxwK3llcmwVFFz7Fk6jw+wY6ZiYVoc9GUwzQVFBBIqq+uJS7HS9wR&#10;cXP59iRgckWxsVPOkra01eOSNmJH+qfV/T+p9h9C8c/iVoB8+npQrjHl0kNx4dJaz7unMccysB5V&#10;dUZTawUWB/2I9x6ujNarw0TUlHIxOmaZiDzwL2vb2aG5WI+IVLdMFKZOeuVJVSUSrLX/AHtYqIdU&#10;UMast15JUEC/+39omrwa4aQHIZKCqqJrszxEeNVP9hBf624v7cpPejUq6R5eXWhMldI6VeOyy5KJ&#10;npqSoijQ6QJ4zG5I+h0n8e5OD3XSVFe+JxVNGqxXNTWhQ+gqOSJD9Tb2ju7GC1HiTHW54Dy6fTvB&#10;rinWGuxzzxmepqZm0j006kpEdRsqMF59589mYlgljSqKgfpksFcseBe31PtbbKojDPTP8umSjSYJ&#10;6x4zGmKQSyQhTaxVnLqB/tN/p7ReM22uWrPuDLLUSEgBpQx0XP4U8D/X9pbzcio0A/s6djg08en6&#10;eeOmjMj2VVF/qAOPr9fZjMdT43b2IhpKZ6c1EiDyMxAmDn620/geyS0tWup2urutBwHl1Z2bXReg&#10;Lz1fmNwZlo44KyHH0zahLGqmnkUcBbsblj9RYcf7DmRWz4emxMsMsyS1VYLyyO35Iuqpb6AfgezW&#10;xgme6+oYaUXgOm5vElIXyHSfhh3NW7iopKWGSDHYzUoijXUZSTpdpC1rngE2tb+vsv8Al9sYhK9a&#10;6aVFW+tVK6/zwxXjm/09nk7z3A0x8D00x0Gnn0YLHV808ABgcyxgIxNlUsByL/63vhBVxTVS0NDK&#10;ju2kX/tnmyhfwP8Ae/aaVRZw65Pn/q/1fb1tGZ26nst1aWa40i+kG6gD63H1PsQsdgs1TSJ9wj6m&#10;IKNJJeNRbgkD62/pb2QTXqzIXjyueHShdHAnpLVeZwkqyIk8RKArIsafum/1UH8X/wAPbpl4JQsc&#10;Usr1FRawGo+ME/UhfwAfp7vbu6xaiNIPl59WCg4XpqxE1K800tLFHBShrtIEAdrfQMw+pPtsggGO&#10;0yvKlK4HpQpq1seSSTb221u9wfhqPX/i+thtBp59PUlatYGhiRqpTwzBgoTngWHuVJkaOugZKucG&#10;QjRAZLKo/Fgv+N/ayCOaFuwdo49UKhiGHHpr/h1TRVCyUdPZC2udYzeRiQLEk/0/p7apdoJVRPI1&#10;WjxuOI4XJNz/AFv+B7fW8dpAsa/aTj/V/q9OqOuoEdS23THTOIpKWaNxwzzKFTg/krfn2C24NhmG&#10;tk+3fXeQlRe51f1te59mnjP4dX6TRxAHHSro62KrhSZbqGUGzcWv/j9Pa32xi6/G40wyzhDdnVNX&#10;qZ/wW/4j2Ql2e68QDHSwHs09Y6qSAlVZdZ+l7EhQfrY/737xzvVsxSoqWWPWxKqOW5445v7XS3Q4&#10;oK9apQZ6kRRQgBkRQdNuR9P8PalxdfTQQKgisRcs8gHkkb+t/wAey8JLK5Y1P+T8/wDV+XWjlcY6&#10;ba+kkme4kI+gVASEAPB9P/E+3R9VdRvUNURRxoCwLeprD6AEc39uKzJL4UY68e1a9Nq+OjqUiWnm&#10;kkcqCVNlUE2ub8W9oPKVELqKd3L6gbot9TKeCW/p/r+18MbRgsRQk9UajZ6UkS2OoDi3H+HtiTHU&#10;SoZWgvGtz49RKkAcFj/vfvRLu2mtP9Xl1U0UcOpHuN/FKP8A5VoP1+L9Ef8AmP8AU/77j3X6Jf4v&#10;+L/bx61q697/AP/TSzVmrQpBuvqJv/t7g+8HKKCXGRw67tV9Ot0VaEqHsQC3AH+A+gv/AIf198nn&#10;aZdCkAKSxBNr/wCt7aoQNQHWxU8Oukp0hcNJe5AVSBf/AA5t+PbPUTql7gG1haxuT/r+7JxB61Qg&#10;9O8cTMvBNj9Dxx/hx7509UZCCL6QPqOefzY+32ApSnXusM1MqAkkaiSbH8gf1/2PuTo1EsCQf9SS&#10;efz9fddDqKrnq1OsHlWyq4Gm36hYf7wfeKMvEz6mPqYWUD/H/kX096DigHVeGesk0aSqtlU2X6m3&#10;45sPb3G0TRqHGq3Gm/4ve/Htpw2skdODpkdZEf0EqDzqI/IFrf8AEe4dSYWYBYwDYAf0v/iT78q1&#10;68xBHDqfS+ZFJeQt+Tf68/QAe4LsY0Oki9wDax4vzf2+PTpvB6lqut7te1uNQsPx+PeaIq6+pzdr&#10;X/BA/HvUgNKDrYI8+sL6ke6rYC4BIv8A73/X240yvTuvJKHkWvaxN/qfdFloCrDPWwD02Vwiq4yV&#10;9LLwQfyyi/0/437d1cSSKNNz/U30gW+vvyAVqenaDi56YZUaCnc6mABtZSCzE/SwPuRUIsa6l5LW&#10;FhxwB+PdGB4eXl1Q56iUMzzOVcFdAvqbk3LGzG/5t/yL20vHLcEKoufp/j+PbwZTx62VAz0+JJGq&#10;tdmOkf4/QD1cf6/txSmcRqSVB4/w5I+n591LL4nVcA06aXro2Z7B2Uar8fgH1A8+1LjYY0iJcqWI&#10;tybkA/09sXBZhQCg/wAPVg9MdITMVUz1aCISgai1gvoBAtc/4fn36eNDDLpK3A4J/PP4I9pO/FOF&#10;f9XHpzUpFR1PoZyKqJZg12AFgCNPFrED/ff6/tKyjW5V2Fgv44t/Q39qhSmOmaHJ9elzA3jjBjQ3&#10;1Ackk8WB4H49x3LHxiMEWsAbAfn27GWU/b1qhFes4WO0plIJIY6bk6SV4t7dCGijinLeoAC3555u&#10;R71I3cU6sCugrw6Y4vHUST0wjOnU3qIH4+gHuPLVF3DWsARbgnn6W59tAU4+fVKErnpwgoFSNkDA&#10;nSbgkCwBv+PbpRnyEMoIYmxb8H8/T/D27IOyg4deChsHHSayAMGsSsJFXU2jTyAP0kn/AIj29zPH&#10;EiFbtIvLXNrj/eOf9b2nHHPDp8BdND0lKWGoqZZVZBHC5sgUagR/ri9rf4+2mUrJL5NVifoCfT/r&#10;W9uKSo7emulLBG0FP4GW4Q2uqeuyjggD/D+vtwhoZp0DBroBexPP+sB7Zkk00FOnVVSuemqfL0dJ&#10;K6uCkhIFx9Dfgf1/1j7g1mKDOHNy1h+oj6n6Dn20s7IaU628a0HlTp/xubUwBA6ovq4Cgiw5IJX8&#10;/wCv7bzFJ5Vp2cxoBchbXZTb2+koca+J6aI0Z6c3eGOFqpESZzypNwAx5/1/9b29LNTUqDxi4C2L&#10;E3v/AF4PvdCxoeJ/LrQkOAOkfJSV2Qldpjb161RFsBz6bf717zeanmiZAo9diCbk6rfUX9sNEymo&#10;JH+bpQvz69HFW0tQskhBEVwQoC8X5FwTe3/GvaenjZGZQQRr4Wx+n15t/vPt+Mtgkfn026hRUefS&#10;yp5Y5kVwGT9vltQJv+GF/wA++oDIjElePqD9Bf8Arf8AHu5YN/q/l0znz64VccEiKgc3sVZQQWK/&#10;4D8n/H3NhqwusyEixNzzb/iP6e6mrDpzPEY6a6nF3MSwKOQLfQMLm5Nh/rk/4e5cNXFNYLx9Qbfn&#10;83t/Xn3s25VTX/V/q+fVleuPPpqq6SogYlgWCG8dwODe36je4+nuCxJacRhVGl/qb8/19t6CVo38&#10;uvBaPU9P8brGKSSVpJCzIpH+puAxHFvp7RGQRlZ5STx/aHF/6c+3UrwX14dVlyaDoR6B1ZY47D9P&#10;0P4H9ef959p4zTS6lKl0AJ45F78+1GNIrx6bAIHTwI44yGFlJtz9CT76xkUpnIYNoJvY/wBL8D3c&#10;tqjx5da8+uq+REiJBF7fj+pH1/x9iRjWig0kgRi4HHF/6e0MqsT69KEI49BxlklqUkVSZGtcMSRb&#10;+ouPahlajyERjdQGW4VwbG1rcj8+0bWr6tSn8v8AZ6dEus0bpL09TkMNMrLeSJ9OtW9Qv9R/rH/e&#10;/bRFjVpbvcsoHAY+m3tWrkDS3l59NMvd28B071GZ+/0Rx2R5fSfGBqDEen0j/YXHtvqCzyOacgK1&#10;vSD+R/T2+oC56q5UnHHp2pAI4IRV3LoT6yDc3Nrkn/ePeSnxpmRZJQnkS9lsLkD6H23MxGU4Hj/q&#10;/wBXl15QD2nrHLmUp5WgQy+Nj+v1adQ5Kn8f7H3ghkWlnYt6QHPF/wCn0/x93RQy1PHqjYah6kVk&#10;clZTKq3fVHw9uLEc2tx7zHcfhll0n0j0k3/wta3/ABv3fw0ZNBp05rwKDh03jZqzJCzA6/1gcqLj&#10;gc/71x7hvm4W1sulrg8fVvpyBf6+6tbqBXrXis3TtDg518cbs6gEAnkKQDwWHtOjMqHkZWWI6iAh&#10;F2IH1tf2/FFioz1V2znpRSYgMkccl5LC5cEKP8P+Re+sbmBNUylyCL+n8XAP0N/bxhBjr1oSZznr&#10;hkcYUp41iW2n9Q+v1H6hb+nt1mkWRvLdgGvawtextb/ifadFPwnpylRqbqBFG0aCMBSV+pNjb83/&#10;AKD3zhSB2V3iAZT+rhSbn1X/AKkj35koSAcHqlWHw9YppqlFKRyEggHRfWAAOAD+P9v7UVLs6HIE&#10;1NMyqXB1owNuBz9PbPjNGKDI62wRiK8ekHmezotu/wCSZWORSDaKRNJaT1aQLe3ij2c1HJGRIGF7&#10;n9u4/wAR7cS61YI4/wCr/VXptiqGijPSOy3bdDX0lXpjeNo42W3mF73trGg3+libH2KOGxlMoX9l&#10;AyWJfSoP+B9tTQOSH9fz/wBX+rj1sOxy3l0RLtzuTJUQrKanyrlZkkWGASSWRgSDrJsRxz7VgqoI&#10;B4xpUAfgji4sf99/yL3X92ySDxCP9Qz/AKv9R68spr0TY5HNZqqLlZ6mWpfyLbW2tnIXgWP+F7e0&#10;puHdNHQxkhxcWH1P4HAufauytPCaj/6v+L680lBj9vRm+ofj3uLecy1uTpvtIDYxpIC0hBPJ0fgj&#10;/Efn2Cee3xLKJPtpQGB4UE3b/jXs0JEZ7R/q/wBX+r1bDBvt6sg686GwO3IKeOooYpCIrGRkW6G1&#10;2H+uTf2wQbhrKpSZASGQqVIuFP8AXn23KA4qxz/sdeUGvQqHZ+Kx3jWliSLxSCRCpCng8gW/Ptjq&#10;K6SOd4/0iQGxawuG/At7YaNWjzmnVi1D0raaijeOOUC7If7P1DDnkk+8YxdNVU0kyL+/Y6fyHN/7&#10;I9pGDIajh07GAfLrM2Slp6mOFyPE1tTfQpx+T7ZWpq6meMrGzfQMtjwL/wCPtQtygqD020ZBx05i&#10;SmnVv3Ft9QQRz7e0GkxPwJLgO1uFv/Z92WpJ04HXsAZ6apTdZIzcqV9C/lrfn/X9xK2KTzyvTuWE&#10;iXIX8G1j7ZL6QVfgOvFQc9S6Nl8ESyroZPTZh/TkEX9x8dFMS8Ugsz883J4+pH+v7fZw0dV8uqhK&#10;NnrJVsihZB+kG3BX8/6/+39u71P20YgU2/BAuL/6/wDvfthfEds9XwOm8UqVD/cMuokXT82H+0++&#10;AzJjaOKW2kjgnn/WW/t7wVfjxHXtZHDh1xOJW0kkVwx5t9LH+vvwzNEaqzKPVxoB4uB9b/j3ZIdO&#10;K9VaSp64PjKs0oCy2kU31kcnm9rfn3mrXpJaORl9JYHT9Ba305/PttoSZdSn7er6lI7v29caD7yG&#10;oWKWzKPzz/seB9PaDeeaJrQcHkAm7FmHtbGKDPHpOc8OlRoRx6/oebWsOf8AX9ulPkK5UV5YmOg8&#10;gkkkWte3tqUqzZ62gbz6iPS05uFIXV/Sygf7Hj/be5MubYlBKAmoWQA2NzxdvbBt1OBjq5kCjPWO&#10;KgSPVoYub+om3P5498Jz91Epi/UbC99TBv6m/wCPdfCCd3W9WoUr1lj/AGn0uLDk/SyhfrYe5dGk&#10;0MJapBjbWBe9ixvYGw/Htsunl15VIFesU5SVwsJVhpJNrEDjn6+8GRr5VMarpdY+Sn1JX8g+3VVH&#10;NWGevFjwHXdJSooduVMn0PIAP4tf/Wv7bpF/iMWqGIRmEBuDZQAORb/evdigjFVz/wAX1XiKHj1K&#10;DeBtMj6vIeCeSSfp/wAT7wULpHWxyTXYggAm6gH8gj26or+fWqU67qUZ4HRDa6n6C5sR+P8Aivsa&#10;aespjQqJIwQELXVQoACckEc/659l9yuqTGKdLVY6ASOgflx9emSaSKc2aULolbWSWkt9Dxz+PaRl&#10;rRUPPCBpR1ZQ6sAHU8WIHPuwQhB0xqBNT0u4qIU6xTEhnjZSVYXKG36lvwP9f6e0jXbXmqEm0Opi&#10;LK2kE8/kf7b3aO5kU58utPEG7h0+Jk6clEcsrsDwRzx9faUiozHUkTsx0M0F5eB/Qab/AF9rIy0w&#10;LUrXpPo0t04E8XHPFx/iPr7m/Zx46aMxS6g5uzKTZNRuAE92Wo7W8urNpXh1xVvIhupXkizW5I/1&#10;vc2vllngeoi8jhAEdTcMtuB6fqB7oXCV9OrEll+zrHCixnRYAm7Lb83+vPuHjsbQxSeaQNB92Q+g&#10;ngyDk2B/2/vazEnSp4da0he5h1zkZwp0DUQeR9OLX9qhq2jplVfuACtvTawVT9eR/h+fdgGYUbNe&#10;vaqcOm3wTSsSY9IPOrVckgf4/wCPvr+IyPIslOQyfSynhiDxYf191KLHxHDrZLE467+0QxlJb6j+&#10;Te4B/F/6X94KzL1MrNBEzDQg1A3VtJ50/wBeT+fdBIAa/wCDrTE0p1yp8fTxjWY1LM1wbA+q1g3+&#10;29wKrMzU/gOkeRU9WoAqtvra5+v9fby6Wz00zNGuT1nWkiIkHOlyb2Nrn/G1vbL9/NWVpfzSIwUP&#10;L4vUjxX5v/Qj/evdwAo4dePdRvPqSsaIgRVGlRZQef8AAfX3lzuXleBUpJWeDQEYG5BIGk+kfW3u&#10;pAU562xLY6xQQCPUzInkZiSwAJsTcc+2jCtDTSs8kzrM1iwKsGAPAax/x9+KawTXh14HScjrOwJU&#10;iwN/wfa7KxZak8MyOVgOtakchlt+k259oGShGn4un/iBB6gm9NKXVhplsDCTazA/rFuPp7b0+1pH&#10;UrIVLAwsT+k34BJP09qURgM9Uqo6ztrkUgqLAhh/W4N/cKanhFZFT1NT5Bod42UC0g+ouRxx7uh/&#10;hHDqjEKft6yBy0etVIN+Vbi3Nj7h5Wgqmp45ImMUYIsbAqpU+hWF7i/vxkOrHViupeu1dSSuoFhy&#10;f8f8bf7x7z0WRr6dKdHnikRm02F7oTwL/wCHvbVfiOtA0HXF6eJyWK8n6kf737m1W56+kRV8joyL&#10;LZdWkNpFxpH0sbe3o2Ty49UdmWnUQ4qhdmd4I3LkE3UG/wDjz7DlN0F6uWrdZkCsJpEd9YZ/oZLH&#10;8H629uChGOqaxXUR1PCqFCAWUDSAOAFtYAW9q6nek3bE9JGgarYBqebSv7Ul7hCV40n8f4+0simF&#10;/EB+359PIwlGnrDIy0yGVmIiQEyXubAf2veSOnoMXVimyElM9bGgGqnJVmsLMrqPyPbgZ5Rq4Drx&#10;WNG0nJ67WQzRrJFcK1iNYtdSLhgD/X2p8pUUNTj6en8KojTpGH0hiC4ugc2/Nr/4e2xBR9QPVie3&#10;TTqBSxVEVTPJJKZAyXCXIW6tyVX/AAFufz7aaqllmp/DSkEwn7ZzGSSt7H1KPqD/AK3tQpaPu6qV&#10;BFB1NWRA139Bca1D2HA+vP8AUe2ykkixUU6NUioqZJFFSt/G8CEWDKp59P8AS/v1XfNP9nqq6V7R&#10;x6yMvkI4Gkcg8G5/HH9PcXF7b010uU+/UyrIXQMGLlJPUpC/n/X/AK+6PM57AvVRCgbXXPXpJFSy&#10;lWYOCLgekW4IJ/HsZIamY4Z5K6vUpCtlWNisrqouvpP+t9fbDawfl/q/2Or6kAoTWvSDlpKaPOKt&#10;BjG8093lmdB4EJPrLP8A1/NvYRYaGig3EtYkeWroy8skUjkGlGtz5I3Yccf71x7UrKdGlyB/q/1U&#10;60sa6taj8+ltVxyy0ksSSJDI8RXXyQhI+qfT/YexE3X9jLjhWxQ6Ho43rXo9arxa5MKnlvpyPaCK&#10;KQykjhXj0/IwK8KU6TuCNZTSyU1XK1SrERRVXjYs5iS587L6VJ5sfz7QWPy9NBialsS4Ej+SRaRp&#10;AKhPN62CFuLK30t7MpIApBfOOkyyArjHSjkhEskfkTWq+oGw06lPAZf8fcTAU0VHWJmKnJ1Ek9dG&#10;weikYnxuRc3cGwFvxbg+6NK7LopjrQVaiQHPXKdXkR4lQAWWzG1vrf0j+o9uWc3VU0+LtS1cq0yz&#10;SU1VGyBkTyDVDKthYgNb3RDGMNQ9bZmCkiuOoseMpFqjVvTQGpAXRUAHyg6SrC/+t7nwZWCl28uU&#10;pYjJNLD9vNUaDGimUcoyL6rE83PH49tMB4nHHp04rVThnrqSJ56vxTMnhj0VEUdizsUNteo8Cx/H&#10;1/PudhqCKvwctfkhGgYq9N4mV6gSxm6oNY+jfi/+t7TuGecUyPP7P9X+qnTqldGfPrDWV8kNdTUt&#10;MjPI4vMHVhAkLf7sLj6EH8f09sVRVS/u1/2D1dRiaWWSj0VBRIys2plraJSObWIP+2t7MFWPC+R/&#10;1cek7liMCpz1OaMD0eQIs7EODcs5aK2mGQn/AAvyD7wL2lmpUgyLY2GSulPiBhhE9YqabEoqC/0A&#10;FvdZobTVpIFP5daieXw/U9NEW18VBSCgiFUlEG1/aiql8DNr8l2T/X59rncMG5Mps+jyFNUVRave&#10;QulWGSGkXT6/IqWkW4uLW9lyXAiujEB2gY/1f6j0oePVFqrQ/wA+m3FvgKTP5DG01Pj6evp4KViU&#10;ULUzpICUJJ4NrfUG4PtD7ZFdmcOaGJKGapx2Ro6jH+SSSn8ngOmo8TueeOV4/wAPa55aUehpTPTS&#10;LVdJNPTpQVkkNJOlXM0qQvBJTzlI2kjW7K0TyBASLeoA/wCPPsXX3DtmGWSseOlkyxpY0yU8kpVZ&#10;oUh8ckTxRfqAW4sfrb2g+leSXUSQnEDp4SqBowSPPpCLgNw+J6COsNLilnkkx0UEMT1NM/3HnhnN&#10;TUE2Ov1L6Tpv7DubcVb5MxUUmLauo6qN8dhqShgZYZpKqAyOoiPLsikOjAnj/W9mqRwUCqcrk8Om&#10;CZakgVB6V5xqLTUUdRWus9G9LW1dZNKv3Mn2zBiXk4VUkIIcABbEge2nDVef27jTPmsPqraVYKXw&#10;LHSito6eoTmoMhBII0jWlri54sfbTmGY8cD/ACdWjEyAahnqVNHS5NIWhqS8UjeVXhmeSmqFi4Cs&#10;EYKym9wQfwDfge8ce1mztXHj46ero8XWyyVVLR4siFwthMTP5PXzdvqLDi3tNJd+Gh0eWKnpzwgW&#10;o3A+mOpFTWQ0FI9RVVMSrAiCWedliTUSFuxAsLn8D/W94d/5Oq2nQUWMwWbxuVr4Kuni+yyMIGUx&#10;VFKnjqZacpZSVdRqYEmx9qLUs0XiXApX+f29J5mp2wtn5+nTbipGr5J6uXFy0XlAtULUwyU2QjUk&#10;QyFEYSH0ngSRgckc/lVV+7KTEbXoafbGMp6/cmfqKWHMSzLItVNSz+ppopJvoovYhP8AY+062iSS&#10;maQ4HwjyHTrytoCpx6Zv4Hl63dUuSy1fMMFjI4pcDjqaaOnplqijRVE9ekQDSlV5QSNpW9wLi/sO&#10;67dFDT5er21iKOq+/R6WmzAEXhpqYFwJnptI8hI1L6r2NuPav6VEHiua1/l0n8armNRnz6WMd5Qs&#10;rMrJcvCVvco6+hn+gvYni39Pz7WEuza2ifFbhwtNSZCaeOqxYx87iCCCWZfKstVUTNeSaRiDGq8j&#10;n2x40ahkmwBw+f8Aq9envDqweM18vl0z/wAcpXr8hjJzNSvQ09NW+cFSZ6Z3byyxJGGYRxsmiRmA&#10;HPB/Ptq2VVVWG3FPvHK4xP49SU89Bj8FQjyTyzUknjWbSh0gcEkk3PtPPJFOBbg0jPH7P9X+odb0&#10;SAluDcMdcdy4ddwYOtwj1D09Jk4jT1tUrKXSjlOqcRMx/Uw9Kn6AG/4t7XmS3tlNyVlNk5M3RY8q&#10;01LNjZppaauiKyqxQzICphYj1BrENxf2pW3too/ChQUORjprWwyTn0PSe21sfA7PoGwuPxE09MFi&#10;qnrZBDULPVRw/bJI0Ur6hMqALdEtptzfj2lKHuSmy2Ralp0FZPSSmhdlEvhZ528EEFibuWcfqb/e&#10;vd/oobc1xnNOtidpTQHp6O08esEsMUs0KSOkpZPGHSVH1eSNtNl44soA9t52puGtnpM/uFxQRUv3&#10;NbVbcoKyWtDQRSl9LzI2gSOnpZQSAR7vHcxPWKAU+fWjC/8AaOeHlx6cRk6Y/sQO3kYpTw1EkYWJ&#10;pnBCGx0lgDblRY3Fj9SIc9bQ5lMhnMnNUY/bdFkkx8cVXM1I1H9w+mlgpaiM6JGcgAtpJAJPHvfh&#10;eGKJk9a1h8uKAfy6zxuadaejklilyc1K0ryLCUWd6cIlTVGHUSqa3FlL8XC6vYi0+2Nt09LFg6qi&#10;inqI6KR8bBO2nG+CvH3cdZOKhDLUFHbV5uAGB+guPZdIl1KDKvAHPrXhjpSFQHSRjpPPlK6dhW0U&#10;8SYyKskhyUYiNZkTUUE/281JDolMUBYpZoyrNzxpY39jztioxWEp9v4nLZ2hzH39PHUYukFHoa8I&#10;vJOTb1JHwqsbf48n2jNpJcalPY3nnP5f6vPqpmCnGeia9rz743LLvvPbC2NnNs5XbUtZi8xnqvN0&#10;ATLUQCyrRY+gjqGIaoV1kkUxgglQCbg+wE7X7Ay0u746rE5GrxmHw1YaDKVslMiRIwlWOGHDxyAi&#10;aSTWQSUbkrawufZ1DGbKAIvcxHH/AD9MSLqIauPP/Y6HvovrHG7W6sxOEymIo3qMzRRZbKQ1VTPk&#10;6qabKQpVzRZCqqrsSrkrpT0i3Avf2FscO7MvvatqTt9K6sqqqSnObykNPXVf2gjC0njFQxELaLnX&#10;H9LlRx7bmvoVhpKfLh8+rRRvqNAAB5/LobKekxOHxlPS0sNLi8Zj4wYKeh/yKjp447sVjiptI0XJ&#10;JW1ieSCfa9zeVocLvKbGZPaFQ2M2tSYyXK7rpqCRoKCmmodTVJlZTGUGpY9Qb6hh/ZPtFogkhHhy&#10;HU5wK0/1f6vPpSNatqdcDz6T+Mr5snhFyFFkFWqy5yTYqiyEkccbzxSSFadCgEtlETM4W5AuSLD2&#10;spd40EW2t31vVtHQ1W56upwsNVmTSFKvIRVUy3mkqXQNMkFMshQ/Q/ROfamKCO3nQ3UmugwuKA+v&#10;r5fL1+XSWVXmB00A/wAP+WnQV5brut3bujZs+/S8uAxH8TyMO2461UwsVdR0bY2mauip3USGUVfl&#10;UFnCmPSTpZh7Z+usjiqXZs9buKtpG3xuWq3FW7Qo8pG53HjWZTBUTvJWkvEjSgTRtZQEt9fb17DL&#10;dyrNU6EyQOB/z+XTcc1FEQqOP5ft6z7v/vzkeytvYHbOFr6HrzBUGOk3zlJZKWlweQpnqxNQ4PCY&#10;+O8tS8UEUsdYqKEVJoltx7DbEyVtHDntzZDfmHd8xUZzYdfL9mRNBU5XGSBctHk420pTK2mWpdYw&#10;ASCb2FlQWSWRR4dFGf8AUOtkqqHur5f6j0I2chx+Qnxe2Jds5Gpo8bS4reOOqoaenXFUlXtHPUdV&#10;jsTcyqyVpZUkpImj8bCOS7oU5ROE2t3HntqyNt7JGbGbfMOPOHxuVgXJ5FH8nkkxwUkOoRE0qHBZ&#10;SpQMQfbFzuUFrOIZVpq/FTA+09aFrMyBgf8AV/q/2OnrKZvAYaupUyrw0U1dBUTpXz0+mmjjx5TX&#10;95kCumIL5bq0rBRzcgkBpOGj7G2bkuv6fc1bnNubSzj5DN5ZamnMNVjqTG1cqS0WV8aiaSUqiyRR&#10;1A9AlBUA3tdfCu0ZQAa4BI9eqapIirMcZx/kPTYuawe5Y9wz7aGJ3Fm9tpNjYBLLG9IuRrMPFlaW&#10;CKvs6rBOs8KTTwAglWQ6mhKqcfF9l7c3Qoip9qL/AAyWiNNRVWSpqeP73FSlhUVNTRspdadnUGVp&#10;P1Egnm/sP3PLsEEwZJm1GhNCaV+z/V+zpdDdzuneMH5f7PQD0nWnZGAxk9XlOx2r66qyc+XrMfRw&#10;1H+SZCocPBj8JkaieNmkSNvFSJ4Y1VBp02YWRW5qfN5Koydbtilp8O1BiZayJ8nTU1NQZmiSSKNY&#10;cXBGHcwLCHRgUUSfRTpHt2CSG0bwCTI1aHzI/wBn/V59XbVSvw9Ctha2mx2KxGOzlRLl3rc5TYcN&#10;RT1OTqMVmJaeStebcFbG+qKXzry5AMUjx/QnV7Dmbce7sdPj9zZymxdVtvHTVENLW42FIsdiKzGm&#10;2RaipSBeN7IodFJNiCfp7XCe0mrbDiRkHjnpMRJDWVhUdKqnwm31TKYekZ0r66ggfKyyVdRPmail&#10;qVmgpHr66oZp3APmEYZ/SdVgLm6u7Zg7W3LPtCswOZwm2sDkqMUdTlcvkDimjyTQSTGWRJEdTAY1&#10;9CxEvqNiOPbtleWtqjQW6VZONB/q+XSdo3LeIWpX14j8v9Wegg6+pti7E/v1gqGOo3BmcXkqvP1e&#10;JxtHNuPM/ZVk4ioqeJI1aR5jKrIxnKktd7iIXXBR7DMWFfGZLsHHZ2myFDR4p6sQyrSYiloIDks5&#10;lJMnIVcR1smhfIOFXgE2NqRS3t1dAGLRx8xU/wCr/D0qaSOKOgqa0/2fPz/l0rqvfdRAlblG2BvG&#10;mbF4+lzS48RYpMvn6+vkkxNLhKKjpKqRJ6qKNXkeGSVQp8RB5De0ptbc2MxWwd6ZLaGD2vkcnGKP&#10;GYOnetiioq+vTIU+NFXQPVFJJoYJJBMJHkVrJ6Sobi0liRdeJOxZQCSK4PTbuzxARY+zz/Pp03hj&#10;8nk87sCkp6/clBRjNVlXlZcRSRvC1PS4aoqUo83XoGjhhnZftiPGRJr0qyyeNvako8mKTF7p2fUY&#10;uXdWWyuHlpdz5zJVxp8bJT5Kj01VPjJqIedYgolkYIfKy6WLC4PuimESC7IpTCqP8P8Aqx1cBm7G&#10;4efz/wBX7eoec2hWbly2081JuOr29hdt5CjyWK25i6KKAVVavlpQubaoLRvZHiSGLwqsD67+RijR&#10;t2B2ENt7XqJKSOuoY4JYqzaNHkI6vI1EdZJRrIKjFxVM5dljLCSFpo0WJvUoZjcti8d7gVGBx+X8&#10;v8HTqxRomlP+K6f6ncWLyeWGCpJaXKxotRHuB6aqpmo8bBHM9M9LlZX1BWeSOSE06EuxVldVQMQ5&#10;7Cwm5Nq5F6jKJnqnEY+kx0+K2alZTw10+Xaj0VVdnHgLSzSSlpajRrClmUPci3vdzKkpVDhSfiPC&#10;nGg6qmpUIQ/6vOvz6TW9Fod5bfni25ubBYipyMdZj33o2KpcwKHDxVJSvixlRVEU2szJHFrd2VbM&#10;6oWCssjP7pqsTi6TdaU+VrMTtmrljyu1pMcazLSZ/I10irU1uUjYIyUqzKghUjxAAsbkj27ELUEw&#10;MQNWa+ZHDrbySU1LX7AOHXKi2+slfmqOorhHWbmxlL/DMziamFKOkwVFS00P2OJxE8sqxGd1lnlm&#10;WM+XUbuywxKjPtvtfI7ugy2CpcniOvJ6rDrNg8zk1pcpKmSFV/lfnobFaeJEREkD3ddWq/t97azR&#10;BJFH4jcKnJ/n0mDyMau5+X/FdQd17HgozS7i/hu494Pja9aifAYjKLjpaygWklTUaWSop46yeKRz&#10;IkUkyI5IXSNKn2t8fltoYulpH3vncHvrfBWSODIUtROmLmo/Q7tLSUNrsrXKnxEgadNrn2U/u+eW&#10;RiB4K+gpn5mn5efT/jH8HGnE9MFVQdlZqvxdFsZazrfr2HEzHLU1RjMWu9f400gemhxEOV+6okp/&#10;HpWTU369XNvq3bWTZu58rU4WCoFbjsxlRooJMtNg2Zce3lasp/GqyzLoLBEkfWy6hxf2pubSSCPx&#10;Im7wMcPs6chlDHVIvSk3/uLP7S2bJuypjmpq7A4WWorJqDbT7rrZWqogj42OlxsitGTMkLzzxoYE&#10;0qz3iViHXfm1OutrLT5mDD0u4s9j4I8btvB0NS+GwNPJTVHkiqMtT0zqCkLj9x5JDrBKuCORW02v&#10;cTFruXohz6sf837Oksl1HLJSFeHnn8ugu69392x2pUQ0lHgMv1ltumk+/wBy53ccVLl9w5OGrhWo&#10;pKHZshkanh8ysC7y0JSFTeEM1lGfHdgdh5qKvx21MptDOZmgoKWs3bkBnFp8PgpZy0sONxfhidZm&#10;8Q0MXdQpIAJNz7q0G32cviTISZMACpJ/IdXAMg1VoB8/P8h/m6y5rqnpxoNqS7n2rlKPFYvcFRQb&#10;VxdRjclkstmK1l0S5jMeiorbSTCSqXyujuAs0wLNoULsvgK/PGi7CqKJWk2zkCjbXwVNNXip3Blp&#10;FqMjVrTI5jgFKkasZ7GNnLWF+SrWYwt9PGuhTnPp/l680algwz/q/wAnQ30uUxW38lhtitU5Kqlr&#10;Nv1NZBlsvNqK4zGSQYylpanMTBGqaqV59UaF2mKiSRyONUfq/Ebk2djdz5uiarq8JWUAzeSlzFVB&#10;Hncdjl8k1ZA+KjRkMjFizPpB0/RfaS4kN1cLEVNAcEDH5nrQC26V1ceFePXPd8u06iq23jdx1UcV&#10;VW5xafb0E0dQKer3BHSvVUqCeJQNSLG7qvkUFhblgB7TG4O/+ys9k8diNox0GAiz1VTUmLZpzUyi&#10;JiKOn0PIqRxILXfUvBJ+ns5gSx26BnRAW4kkAnpE0TzSAuak+v8Am/z9J+Dpfr6OmppdwYWl3PU0&#10;IramSszNKtYZqmsqzkKysekAYPIzhQCwdtKqLkj2L/YG2KTa3UslNuvfeQ27mcnmYstu7KYVP4y+&#10;cqZYxHLi4KadkupCIVSEqvp5Fible23Nzul1LcRx0QYBPD/V69KZAkdFFageX+z/AJukFt7cOR3D&#10;2h9ztrbOLyG1cNs+LH7ZTLRybeq9u1Ecvjnq0DU08sENUhFOENOJQiDSoUyKz9jN446fD4XbuOyt&#10;FVVuYw1JLtrJbgokb7jGVMX7yS4+kaMwyhFeMKHspsTf35dpWC9+qmoc8BgVP59O+LK40cP8vSky&#10;2Ar5aiXctRFkMZBj8iK/c+G2tXzfc1WRxsiVdNPBXVUcJq6ZgUllXwxmRQVK/WP2XXKmMT4Gu3hB&#10;jMnj1zWQhw+16Koq5kpYKCUFxlaiPUAb6NUSOzNfTewPsylYOjC3OgevVKFGGoA9DHZpfvqSnNTS&#10;VBp4ScqYKYmSSeJo0ngWQFXeMLch4tANhpYal9mdyO4NuUWzsjn0we08bueooIcPHHQUzZJaShqw&#10;IoKBYI1UxO6NZrfpJGokC3tLttsJJSzuxVKkAnia/wCr/L1W4kmDKiDt8z/k/wAHRUv9H/YlT2nt&#10;PCVO+ex8t1ngamXcdaK+rpMRU5TcmMqvuqaXIZmhSOetoROYyKEqkLW9K6VBKb6866XP7wxuVO8Z&#10;50wFLRrW7dmp/usPTUwSyQ0qy2MdQOCztcf0/p7RcwXN1FAY4IxR6gMPL5mmf9npXbCIfqGpPp8+&#10;hE7h7Uoustp5DIZDBVqDM1NXicQaSspYa3IZSaJvDP44zq0Na4YOX0ixUDn2cSGnxWGjnehooY5a&#10;txG0tLSgTSKPTErtEpZtPNjewv8A159guKxlVxNuExKClB6+ea8P8vS5pZJwIoxkDNeqzNw9l7w7&#10;krqXbuKpRS1O3aGbIVk+5s4gosfPFIUqJMfSzSJCTMpQOZEMi20iwvcN8jsjPbh3JNJnayNdpoIt&#10;OHkjp6yDLhlvNFW0rqGXT/UyWIP6Tz7GTbvJLai22xQuMsfL504mv7Mcei+K1it2MjjU5r8+llge&#10;/wDpbo3q7GUuFxM+b7bqKavx+XrsNFJSVmHqHL6qmHcVZG8DRXI0xQKxJJ1KAAfYmUtHjsVR0+Ox&#10;dDS46hpk8VNR0cMcFNAv1CRRRgKo/wAAPr7S2lnICZZ3Lv5mlK/l6/M+XTpz3U6IBv8A7P3Bv3MV&#10;uYylVX1lRXhfPVZbJVGYyTxRAeGIVlTwsafRY4lVVH6R79Y6ixa9mI08WFx9fr7NqgIFA8uPWqrS&#10;nr0GfmRlC+MgOvkZwLOxuQR+b/6/0/x98ha54H9f9h9Df/jXuhJA6sAWFR10qM6Ah2BBC2YWVjYs&#10;o4/2H1/2/vkCDcD8cXFvrb3qhGW6rSuD1wKi6KRw176wAQoY39S/7wL/AO8++JAAsB9OV+v1H9Of&#10;6+9gk9x4dWPH0PWZmLFSdCkIoZkAIsTwzORxxwB/t/fZsfxZh/hwP9a/vXcDg460GUCpFeu43RUI&#10;06y5JZm/OkWIbT/W/PH1/wAffAIFNwf62Bva9ufr7uXJGk/6h17UD3Up120xPqKcBks6EHT/AGlF&#10;gB9Pr75k3U/Qm31HPNvdANDAAY63g56ymUStqmBLnjledBfjUQD9ffFFFubni9iOB/gPe5Hbyx1o&#10;An4us5i9OsEaVF7hhf8AVa7EX9+03Yk2HP04P54591MhC4z1UpQVbh/k6cKeBREmryMGsS8RIMah&#10;r8j6EEe+aRADn883/J4+p9svcu5x5dbEY0jPHqTNAsTxP5llDDyLEHs8SXvodRcAkEEfX/Ye8oiA&#10;Fxa4NjwL2P8AT8n/AGHtLJOQ2lq0P+T18h+fV4krWnHpyolFQjCGXTawaCy6W1mxAB9R+lyQfeTS&#10;Ra6kcE2Nh+Dbk/71b2mLRyA6TWuK5/P/AIuv5dWaqmnmOnQCqoZgzatcC3EOqMBWQWT1Mbgn6lSP&#10;fFnKkq3CltX4HNre7w2qU1x8aU8/X7eqeI5y/DqNls7VV/ijrTPpikv65v2rlRGdCgf0A59wayvp&#10;6aKV3lRFRCxLH9NuATf/AB/3w9mFpZzySKpXFeP+H7Mfn0zPPGEpHk/tz074baWQ3HWYylw9DV5S&#10;euqFp46KJpFEpI/3W4Fi1r3HPsm/a24Nw7qx+4MRUVMVDt+melZKajroJcnmG8+mKKCejJESseXD&#10;k+m9x7FEVzHbsYLZQGpRm/w9IxAARJMSWPz4fZ6dXb/Hz4+9c9Uw4DcWIwtdVbzyeIqaOvztVT5O&#10;jWiinRKqshNBk2QR3dFhWRIdTXI/SSfaWw7Yytr9tUe585mcdi5aOHE0uy8DT/cVGeroG9M2TrDG&#10;x8CpZbmy8fUe0M13cJbusZAGaufLpTFH31XJ/kOhl3pTbqoaGsrNhY3bFRuJqiSr/jm9JqhMRgaS&#10;WO1bJTQY9WqJXCKT4UeFWLapJf7JFPemG3TDV7bx1JjsLHsufK0tLlsS0mrKpjy4dqusy9S48Yjt&#10;e0I1fgH2lsZBJtzm0RnLcXI4n/N1QqBcFmap9P8ANn/Z6BXYm69sV9dunJ1W6c9m+yMVgamR8mlB&#10;UU2ASpkppIvBtba1G7JMQ4UmGpSSV+CG5NmzfXY0HUlVPLhtvfxzGZ7OaqiupqgTSRx/arIbeLUd&#10;ChSE1sL2/wBj7VQ7TYT2qybgNRApTGD00Z7h27SVAxj/AA9Qto7K3L3PtTZua3rufdOzNz4LbcdH&#10;V4HG0AxSxZGWWWnkyFfS5SE6pJFjGuNAAt7AgEXkZNtzbgk2x2TS7tp8FhK+KB6TbBoWZ8nJNqUt&#10;UyRMLuU0gM99I9k08qlXt7SAlU4t6f6uNOlMYAPhuxJpnp/2DjtkbYq850nFjs9ufK4Oh++z+4cn&#10;KtWlNSZaMVtN46urk1U0ZYkRU9MoQMpYC5Y+2nG0uCwmd3Hm9zVuK3ZuquqllosMlSoxWOKQhFc0&#10;lW7ujfpDAKRe5H19qhLc3wjE9YIAPsJ/2P8AVTrxQqnhW4z6+nSuzWN3XnMJtvauwq7KbE2xT0yQ&#10;5bPvRvLuM4+nURU9LhDpeFXlUNJJVSMT9LLqJ9hJvfujK1P2cO5MNj6GoTJejEpimqoqNqSQilq5&#10;6mcjWR+pVVbf19mUkNs8GiA0SlK1yRw49JAGjkqa1OD0puvepdtdd01QuGyG48lPXidqnI5rPVeQ&#10;qJjVyioqGiVNEMetxrvHGDf6H2Y3qyWq3PQVu5sm02djqKGOKikrYUimqprEO0UZYhYltpW/9f6e&#10;wVfXJju47G3FM5p/l/n0aURYNRweg27jfF7RwWIw+AyVHsSlhyZyNfVY9BDS0dDqMs5aGNPVLNI2&#10;trC5N2N2IvNG46fbgysO2NsVFfm6YL9xjIZY1MiTSAyChLMdWj6kIP8AW9nEu2Wzss24E0HCuP2/&#10;b0wZZXXSh7emDIbZ3JvjG4ip3V2LR43Z9YqVNBmKGmSOqnMMREJys1UiQxLKvILtz9L3I991O9q6&#10;oykNJV5fHbfpaWKCSeKtqvJNLVTgXo5048Wkmzfm/Fvb8dskMPiWMIbV5n060uji/ceodL0rtPH4&#10;iuy8+38pv7LZGappqSvx9FSU0tLj4mKxVuOl1KsuoKrRtq9V+LD2GW5M7mtqdgYXbe1pKWeuzgNZ&#10;/FswlXUxRGdjI0FDVRIY0T/gw1Af7f2YSCBbIXNyg4V09Mxu07aRhc/LoSNvU+J7O64rKneOKqqb&#10;DxNlsbW7epfNjpJqXDOadv4pTU7B2nbQT4xIUIIIBB9t0+L7I3JVZKTK5CkzEgmaLG0iVlNBF5gS&#10;qoradTIDz6hx/X2XybtbRzJpTQPMgdKVtuyi9LjAUPX/AF5hYaTAYql21h4aX7loabHVUUVPAI9b&#10;zVGhTpYjljck25vb2lcFt3I4neIftmhWWSni9FHA6QYpI2T9hvLGQsj/AO0k8/U+37u5a8gH0poO&#10;mo41AwRX18upRzkW8Nly5XrXcFBOa+JzicxFF9/Th1qNM94J7EG4ZTrW6/04Hsaesk2NtPPVuagq&#10;ZK7J5CeVo3m102OxNNY+OKjjVCkjgcFy/H4A+vspv9uu9xCxSsBEtMZOqnr/AJv+K6eMxjUrFxPQ&#10;Nd8YftLeexsrt7AmTB082PSOo/h/2lZlc7My6JaV5pZE+0p2/OiNnbkFlHBVW+e1ctWVMuB2pR1V&#10;ZmWQSQPJE8dK0bc6kmcBeR+R7PbS02fZLTxnALkfs/w16SJFPcNrmNB6f5+iy9H/AAyx9B4t6dv5&#10;ChyNFGjPFgFnbwU06tpH8RkQ6Sym90H598dqVeRlWnTKY6gxu4JX1VklPK0ks0jDx+WqnjU3IF7D&#10;X/rAew/fv9bquCCw/COA/LyPy6WqoB01ovy6MXu/EY7CUU8mNzGSrtnw0YSDFzQ00tBiaekQyGjw&#10;8T6NMbEBXLQtx9XPA9tW/Oodq56tly+UzVfFM0KxJTV1c74hpA1mqWpBZ2YfhS9j/T25Buu6m3W1&#10;gh0KBQ/6v9jqirbA0XJ9OmfrLunMfbQ4qDCUm4KSGSo0wbcx7wZKnhZi9PDUNrFK5H0aRdNh9VNr&#10;+4yw7ax9TRYPB1YZUpqWnlkVEphKIf1SS/bjVoPJAJ/wv7SGzeOAzXDVdiSB6E/6v8/S6IsAZGFA&#10;OHQr4rK73ymMrs7ujb9NiBFUVk9Jjoap8pLDSc/axqagInm0hQ+hbXvb2w9r7n3FU1OH2hsLw04m&#10;aL73KwtFFFTBSA5Zx9SL8Ag+zuxt7bZNqNzd90jiuc0HRRGk13dGU1ABoAeH29JjqPZD1tVnew98&#10;UlVNl6+trKbEYvLM9THicNFJaNoqKQtGJJ7amKL9LKPaA3TRdl4LJJjNs/Z0MElBDJm9xrFURVVf&#10;Lp9YBI5a59N7XPutpuNjNAl1IA8jHA8x1ue3kZ6Me3/V5dDJRjbe5aVJK6ClrYYa2VabGZD7Oqio&#10;ZKZzCnipo9SD0jUL6tINrjke3bD4x67Yuei3JUtlMrVwTqlNVPGirGiWT1L65JGPJOrj8e/R3F1c&#10;bmrDtjzU9OPGNAVR1iyc09Fn8BBj4IqbGiQx1TUtK73EoKLG3itHFEByWINybC3Fwz6l3Vuuhoq/&#10;bO18Dkmn+4kKUmOpXEUiobNJUSuGZiB/aJ+nA9+3E2FvdfUXLDGMnp2OEyKFpgdTd14HaeVhp67d&#10;dPi2psWzSxVeVeKKGjZxZnSeoYJGT+T9T9PZpHp95wYSjx24qWClp8hGZ6+daofe0Wr1FKgAgtxx&#10;oH+sfbW3z207PcQxFjwGMU+z/V69amWFW1Bsrwp0XmlyXUmY3rVZ3Zm4Dkc7tmM4ukxNMTNt6rlI&#10;Dk0EgRoNer0mpQkjkAkewSq8hJnd5Y/bW0p2q62l/ZiOloI1VBzJVQxXsPzckf19mF5JBYWZeYAM&#10;2SB6ny6pAHkbW+PXowVPUxYXbVbmt1mnxsa082Sy2urNVBRR6Lui1UqpqAHCjSOeAPx7WO7thJVT&#10;USbvqo51SPxzwYqGoBWwtqWvlGlSfzdT7KLe8uZbcmFNOcV6c8OGpA8+kztPeuKztDVnaVO/27M0&#10;lLU5SWnRZJHJHpx8UvmKAC4HouPyPr7m4foDriCk/i1Lhcq1XoMtPDkMuJo5GtqDtEI1e3+Atxx7&#10;LnuNznm0SsFTzI/1f6uPXm8NSKUr+fSAzHdVfh9ww4OoyG36lfOsNdNj8JlRJSF+AhqJqySAPfix&#10;1f4j235LF7hoKKppKWCqyUlSPDQwU9GVjpCTZaemjjGngWuztf8AqfZxBJDF3g0Ucfn1tl1dCpR5&#10;vbtdN97PWUFA1Ipqql6mup0eWEL6J6qSYoQn1K8afr7C1sJu/AbgoMPl5K2k/iJWb7ZnKLZhe87w&#10;kj/CwNvZiZ0ntWniH2VFOmoyC1K1p0osVuDbm48c+YwmSxuaoIHqIfvaGWGrhWam4niWVLjUpFiL&#10;+zRYDbOPxFOtbWZIPNAokaKgWRWiAFyJKiQkk/6w/wCNBQx3t9KI1UKp8zT/AIofn5fzXfUIikKt&#10;SfXove9OysjX1MmDwu3HlFaXpYKvMSxrS1LklB4aOEa2W9v7YJ/Nhc+0luDcg3TVVFFFRVNBio1a&#10;I5p6eQIxVfSImA1OxP1JAX/H2KUmtNuiS2B1yef7cmnSA2z0MrmpPl5dOnW3W1Z1/RTZGoyb5fN1&#10;krVz4BKtFo6eSpYM1LSxzuVhjjB9IA/Frn2HeyJafaWXrpZw2UjkEoSsqEVY4Vc+g04IuZD/AKo+&#10;0242i3zISaUIwPPqwzHp4E9DBurGVm4cEaOlq58ZPK8MpWJ/WxRrtT1DRkXiIuJFB9Q4v7kNHhan&#10;I12TymTqq3UzSQYtpb1FVKWuBNPGAQi/TTe3+Ht+4W5cLFCAiAZPp/q/4vrQIppjGeuca5SjoaDF&#10;42hpqXREsMtbFHHHQ0UaJbVBSk3ZieAPp+SfeBIcVkpv41mY8pS0VNII6XEY6MQRuEP655+Db8e2&#10;Jpi6/S2rAYyx49OoCpB49ZpUzFJDDQ4yajqKt1d58hk5pCQzH9SU0Iuxv9BqAH9PZk9r5nGPtlpc&#10;XD/DaeNCsYYu4JCka2dyST/U/m3sM2tin75UOxkYEHrd47+AUY0qOigdx7e3NVZilx2aEG4qTJTK&#10;KhI1Snkji8gtFBFELAf4kiw+p/HssWS2vuHcO75cgcjQ/ZrI7BGmP3FQzXsSmmwQfi/sZ7zfiKiI&#10;h9MDpJAiRR14ADo2OCq8Tt/bWLpIKaajpKHHwxLAsLlYBFGF8bOSQT/yESfcrH52l2NmaueuzWJO&#10;QCGGjpoZLRQX41zVCqCW/wAAPfpLaW8jjDrSMZOeP+rz6bM4YFI+sWdxNNvnAtjJ6OsixdcUap+6&#10;jjjmngVtRjSnmY+lx+Wtx9AfcKo3D2Vu3MRUlFRS5qgnYM4xMs7RLGW/VV1UmlVA/ppHHu17ullY&#10;22hKJTFP5fb07DbKv6jCnz6b8Vs/rrryjFVDQ4TBJGtvva0UVNIGt6tMjhbs31styfeDfvWG2YFp&#10;8nndxSpVRxLNUYWgmWNVmUavFJWOWLgfQ2H19pLFt3v7fVHHojJwzYqPs6RyXcKuViBanmOHU3bu&#10;8qjcNfV01Hgq2PFU0gjpc7UOiQV6AXMsdIFDqP6aiLjn/D2GUHYyvUJgMJSzPQBkp/t/VNK66tN/&#10;MeST/tPPtU0CbbGXZqv5n/V8+noHMzio6WhpIXlSolRXnj/RJyNN/wAKt/8Ae7+zN4PrbbVDh8fl&#10;qykrKDKVhWdYGeWeJS5ujyxKDqP5sxsPz7CsV7e7nLIITVE8/X7OjJXSOQKPLoH892DmKTc1ThcZ&#10;DjK/HU1Ofu5lqEp62Kcg601yyBdIH5Vb3+n+Av1M1FjsVBBA0ZmjiBZ3Nmdv6so45/p7X7JsTu73&#10;dyCM/wDFD/VXorv74mXw4+HDHRXa7N7l3XveaIwVceCExgVIEHiPj/zjx1BGqwN+bi/+t7L/ALvw&#10;uWzs8s81RNj4VIKrQxhpnj+pIDEcn+nHsQPMIWEMI4ef+r/V+XSiFk0jOejebMrMLisVS0FHOaiW&#10;1nlqpgNMqgDxtJY8AiwIB9pfG0wgpamgR8prf9qNp3SWoLXsZJzGVCDm4AufaJrjw5PEJFR0+w1i&#10;nS7m1MaecilZVu8jMSBpPK+Jip1G/wDrf1/w9sv+hvOPOcssqtRPKGetPoaPUbsGLtyfwLC3tiTd&#10;0uiYYxVvQdNMixGjYJ6aZt6bdpq4YufIRxZR4nnix5uamaJCFZ40S9wCQDe1rj2LNHVGip4cVi6m&#10;ojgo0jSaVmEslRIF/ck8vCjUfpf2kSAwAyTZd/5D08+n485bpkrcdBkpRkMrRU1RJIXNKki+mCP9&#10;MYeIjUxA5JH5v7ELH10+SRYXSSKmhRR65DL5jb+2yWAvze590imENVhNXb5f6j1eXRHHrbj0C+49&#10;uY/CyyZQmnmrJ5WdWSGOlWmH9IYpLksq/QgX9h5ujsLE7Tq54ammVpuYYwly5dxpWzA/Tm/9PZ4m&#10;1tIqzXLcM09fPpAZGnSi4r0utv7Oqs7haGoXKzU1LUGGYqI1bVGjXK6GAFz9CSPYEVWNyG6cqMpD&#10;lqyfHJMKiop1ZRFEdWvxseQSPpze39Pbl3f1T6aHjwHTiRiMDX0NMKQUUMMCiOJURY0VAFDaFtZR&#10;7FCPdGOpqGSCWuqqRKGGxFFKTyo5UlgRz+dI9o4NoZD4jU1Nkk/6vLq7TNWidMVZi6iepE6U1DUr&#10;JIpf72IHQg+rDR9bW4B9pnF7q3bm53pcLhcnJi1vJPXzftqsSm2vVJzzb0/Qn8D3u4urOzbQrBn/&#10;AJ/5cdbCEjW3WWpxOChlhqa5KOKVmEcJlMUSPIfoscZtqP8Ahzx75LlKbE5GNjQVdTkJZAbT1Ek8&#10;jMBckKeFA92lRp4Q0zFRTy62GpgefTlJTmeneJZ0jgdWUeGNVCpbgg39zqmin3HW/cVDR0qMyl0E&#10;6hhc8oFUXB/1v979sy3Bjg8OEZ/2P9X7evKoSr9YoBDiqVKdfLKI1Nm0MS1jcsznj/bn2L9NuACm&#10;osFTVjUkNFClOGpYEWOIAAFneoY6mJ5J9oLS1ayRrhl1SOa5/wCK61XWxbiOgczGyaKuyVfuOuxU&#10;NdJVSGcpXVlQ8k/jFohHDSr6FVQAACfbHmc5gMNK3nNZlKlV1vW1joFS/N4o4rIeeB/T2ZQ2k98N&#10;dw2n+iPLrbSsVpH29O+Dw+462mTwDF7dxyEpFjsdFLK8iodP+UVFSFdbjk2Xn+v9Q5quzBkUmpIH&#10;eGnLiJZQdAkkY6dKhfr/AIn6e1iw21k+uKlQPP8Az9J/DaQ1c1PS0oto4+mnjq5lSoqU+jOgZV5v&#10;6NX0sfpb3kw3XKtUR53K1dVUROrVAp6eXxySRg/qcnlF/A+l/Zbd7hPeyCG3FM8eI/L1+zp40iFP&#10;PrJkty09M8lFTlFq1dYA86OKdJ3F0jGm2s25sp49tO4dpbYydU9ZVTtRxwE+OjgCToSpuv3M5/P0&#10;vb2sZ7hYBboc8CemVQj51/1f6vXqfR1VeY4Ukh+5Om8tSzCmLE/mOn0m4+v5HtPNNRUkkNJS42as&#10;ijIMIp0BTUPodQ+n4ufafwDCNTvk8envy6eebf6k2/PNvb7Fjd0V93xmInpUIAd2mjY/1ug5J/17&#10;W91a9tYlGrJ+fVqHieoU1bRU9lqqqBTe48jqv+w9uFNSVsamLKQpdAWYyzMZXcflgtvr+AfdA007&#10;jRXPToCinXIzQldcDhr2AMYDLb/Di3+29vzCKaCFY4XpoEKieoLo3o/KoD/X8ce/CIxVrljw6brX&#10;j1ADyJLJrlSWQgtDCFKm/wCCzD/efacy2+2wyT47FRyQ04vr1E/vO39uQ/kn/kXtZbbZbD/GJxqf&#10;16YerGnXf8IiqpI6rIBZ6hBdLKAkIIvoi+th/vfudtXG7l30i6USGCMF5quRtKRov9nW55J+lh7S&#10;Xu5RWjeHGKk4oP8AN/l6eGlU1NjqBnc9gNoUgrMlMKdZpFiggjRpZqiVjpVYoYwSf8Taw94NzYfD&#10;YCoMmUmkrapCFRYnaOnUryNSf2rf1Pt62gu7qIM/YPnx/wBjpP46uf0+pmIyzZqmjq6WLw0zi6mX&#10;1SMD9CApsL/7H2qOvtxUNbVx0VNGkd5FB0MS9v8AU/6359lO6WsUEfiOa06Wxa2HHpp3bQ1MmOqa&#10;iKXWYoXIjZQU1W4YqL3P4FvZoJ6jG4bGNeOMtMhLFrMxDC59Tf4+y/Zttm3G5E7NRV8+H+rHSW9u&#10;z/Zqc46IBn6nd26d1w4aiknjWjqBcoGSKMK45aNOLD6WP+PstG7ZI6uvM1FTRltR0ayLDm5Yf0A9&#10;jq48GGMITWnTNsrqO7o8vXdHkMfgaelytW0s6Rr5WVdNza3N73J9w6XIx42jmFTODVS2LuGssafi&#10;OO5+nP8AT2SeCbmcPp0ov8+lhBOB0qaqiarmhMaDwRkkIy31Mfq7f1NuLe2WmpM1nvuJsQJZo4CZ&#10;JHRiNC/7UzcX/oPr73cX9rbSCBiKnAHn1d0ZF1Hh1OnqMdjI4fvpYYPIREhewDNa9lAuf9v7ZK7D&#10;1da6jKTPRwwkrKxkuzki1gBcjn2p8e4C6YQST0nOiurqXHPT6R9tpkDjUoiAsRb/AFQ498IaGDA2&#10;ShYIkqkyVb2BaM8kL+bEf19pmt3mbxpTqYcB04rg4HWRGEy+tbWYEoTcgj6aiP6H2udqLtrOVop6&#10;2mFSsQs8iMVVSByfyPZNurXUCUibJIx08iqvefLpjzkuTo6KaehmjV0DFVkjD3NuB+D7EarocbRQ&#10;vHilpqSnHpJVh5GA+nA5JPtPZWszkTS1Zv8AB1ozqRToP6fN5GqmSLKLPNMxJCRw2gT8Ek/S3+Ps&#10;PMlJkNeigiWWV2t5p3Ijj/q3+2+nPs/QLGod619OtVB6XdGlK0V53VEX/daKNTX5sTyT7e8HhdUi&#10;T5KqSrkVNThWLIlvroVuL+0U1xdyN4a9i+nTjyLGmOmbOZmOmppI8fTvHI7aEPj8eoni7Eeq3tj3&#10;1j6Stg00bLTaU0ILkyF1NzI3/FPYksXEEA19xHHopIkd9R8+u9nVOSCzJkWM7ySGQSogWGNH5SJB&#10;cnj8k/7z7RW0NtDDVoyuQqUqJl/djhaTQSF9SlgfZPuEsu4P4I7UrSvSyNSop506V1fMWgkhh165&#10;VMYkSMuqFuCfYjJu6uyVYys8VPBF6RoAdlH0/FgT/T29JHZ2UAghWvz69HDQlnJNekeuy8fSRPPp&#10;nqqmVjI5kkYKWbkgA3sP6+3CLMU1LIzsr1UhXUfKePr+bcD/AFvadbY3JDPQD0/ydP6yPh6wVOGq&#10;54RBDKtAmq2uAWYfi6nm5t+T7zpPDmKOqqJ1QzsdFNHxaJB9dH+x/I9rCqrOsS4Ucfn9vTMhIoR+&#10;fTWaaowFXRU9O8rUulnrJW5eWViLF7cCwvwfYaVWFyRrkmfWtNG5FwxA/wCCj/X/AK+3LqeNUKRd&#10;ORsBluhJpq+lkiUJIhkZA2kn1G44JHsSsKpYxReR0FgXcAftgixVdX1Nr8+yJ5DENYyfLpwMpr8+&#10;kZnlR0nkaKKX9QSJyf3GHOp9P+NuPbduqnpqCQzUNK5dgdT28ru1vUdf1BPs8sUMtuHuDk9JAHDk&#10;Dh1j2lXVddG8NdUxlYmtGiDwqiA+hRHflRbg+0pjKSqrqktMZqdH0qqn0gAt6m5+lvyfaa9mEalY&#10;hw+XHj0oFFFfPpbVE8NNFcFJStybG5uB9OP6+1Bk8Xj6SLTDM884BH6b3J/1JP159o7OCWYeJP2r&#10;9vVGk1mg6Z6HLVdVMdVMIYeLMzWt/XUo+ntHQbdyVTN5qmpMFPqBWBTa6/W1vr/r8+1M1yoHh2w4&#10;dWVcZPT7JkaaMgAl3t9VFx/Tlva9plpYaFqOOnE729FzqJP9on/H/Y+0EMbxymSR6ca/6v8AY6sw&#10;1D7Ok3WNUz1UVQJvtolFnIFvQTwOf+Ke2avwsYhaSWngp2l9TWI12/re/wBf8Bx7MYJvFkogJH8u&#10;mGKDAHU6lyWqTxJPJUaOB6LXIFrXA/3k+2Yw40IKWFTIz/qX6l7/AJYD2pMfhhpGPW6a6dOSyVZc&#10;u+lEA4+vH9f+R+3D+6UX/OvX/gN5/oPZT9XH/H+Lpzwl6j/xeP8A46L/AJ/w/Qfq/wBt7//USUFM&#10;rqxY/RdXA5/p9feDBxw67tCgOB1ulz1LRsgAH6rEluLD/X9844xodhpGn8CxuB+PfqkLQ9OKp8+s&#10;ckl5UU3N9JuxsBc8cD2y1IWW4sFIP1P4/ofe1opqMdVJoc9PMOpRySy/7f8A1+B7cKKGNUUXFzyf&#10;of8AbD2oY4yeqrStB011kspckKwAutubC549uaxI9gqnWDcn6cAWN/6e2lbwzUGv+r/UOtn1PTbJ&#10;K4/zlljI9P8Aa5J/H5PvFVUxZhZdOn6nkE/i/tuprXq9K8epFJVIqAF7ggAD6hT9LD3BklKXQE3+&#10;gtcfjkE/4+70LCp6oSBjqdHErWcgW+vPP1PB/wBt74pGzx6muOLkk+o3+nHu7EKMde8uuy4WWw02&#10;B/AGkc/W5/PvnDTNotY3Nz6gWt/T/b+2jVuPWlFcnrqWpRWB+q3txwAfobn/AA94vA6y2JPGn6X5&#10;P54Hu6SkD7et065tIjxFh/RhyR+fpz9Pb5EzKy/ULYXJH9P8P99/h7aJBJHEHrYBGOmOZFaNiW9Y&#10;54I/J4N/cmSV1BKqbEWLaeOfpa/vWocDjqxFRXqJFTpIRrK3F/RqBDW+pP8AxUe+6SYMB5G1Nc2B&#10;Nvp7UAVX16rUefUbIQOjN4l0KVAuBxz9fb0tMKiMFNKsDfj+v+uPaZwweoHHq6sKUPSf/iIomYTG&#10;R106bn6Wte5DWt/r+8c0U0HEjBwf6X+o49716myKU60VHl1lpZqSqUvTgrwSVYgEXF+fz7zwSPGp&#10;ANmYcXBA5+g4Pu8hDjSKH7P9X+r8uqV6g1NNDLIJHVvGhuzC59X04BH0498n1ltLMSWsTY/j8j2n&#10;x1eo0nrLDoCao0X9v9Bt9Tbhv6398ainhVAQoJIFhx9TwOfbgBrUHpzTUV69R5CpkkZGZlVXYEkW&#10;soF2/wCKe4kVLISVEYt9bmxtfnge7sRp+Y6a8uPU+bIQKVczmx9IAvY3H++559xpoJxMS0gKRi4U&#10;f4/QEH3VXDDUw406sU8up9PPS/bBYo7PKeW/N/qWv/T+nvuWaJ4kTRdweCABz+f99/xX3or3hhjr&#10;YIUFT11T09RHNK5luhH0bk6QOCP9f6W/23t3o40iVZLkixJH4F+PfmZvhGR/q+f+TrQXVw6TWTdq&#10;l5IXQIxIRW/LKD9Qbe+clarsUk9LC4W5+vPA/wB6900a1NOvHDZ/1f6v9VOuNPjJKbTLD6oyup7A&#10;kAjn23eN3nULKGsbmxvbnm5PvykgUbqwKeXT7JNFHSuxh06l+hWxNhxb+p/w9rGkbREQDqIA4uLe&#10;2XGrJ60Pi6C3JrrrASoTUxA9I/2Pq+gt7jT1UahDJoCg6mA5A/r/AK3vWjW1c+nVnZlFB050NBPo&#10;lWn1tK4IRm4AGklLX4/1zb201wWqPlpVANuLcX4/PuorC3qP8HWqGRc8elXiGkpoVpsjJdgQCWAa&#10;/P4P4/obe2aaQwxfumz3NlHJ4H5t7Wly1MdNAUNPTp8pqZJ6gmC/i0qpcmw+pPH9Tz7xw5MohY2U&#10;fhbXsfoTx7oy6x8/Xras3EdZajCq0igAt6rnn6j8ek/7z7eqOFq1Q6Hn63Yccc8ke6ZXjgdbqCKn&#10;pN5WthxTGOUXv9FRgC39k2A/I49z1odJbzOGX8af034496LawNIp1ZaLxz0yy5k2U00TBza7Ny3P&#10;AI/4oB7Z8tTeHxLHqMchAJF7f7c+6QyEOY3wevOKjUOlZgatayKSpkMZlhXSVbTcEDng349x4wKd&#10;VPP9Ln8n/D8+1jSE4A6bFcHrnIgrGcFlBHJCLf0g3ANvz7d4lUL5HUXZT/rMCLC9v9j7TODla06u&#10;pYt9nTDJM7SCKJiQj8/145J45IH+HtOZPGSTqHRbR3J+tgL8/j3tGCMfl086hhUcelniMxDGfFLI&#10;vnOkabEsbC17H/H2z0lM5lNMkOtgbcjix+tj7fLK6/Kn+r59MBSCM9PddVJFCKuWcxpbUebm4P5H&#10;09v67ZmjYyqAiH1EW5Bt/Un2mFyqmhr1fw1Oa9Js7vpJ0EOvXICFUXALf8g/8VPttrfJAGCg2UEk&#10;g3BP0/Pt6IiTP+odVYaR070YjmKk8k8BWBHFrgEe+eMqGeQXkawFyOTf+tz9PaxQadvTQLE06gZy&#10;liSB7wqxJIDWFgQPSdP1/wBt7VE4+4pJDExDW/w5AP8Ah/X2XT6oSK8K5Gf9XHp5CSKN0ksY6w5G&#10;NJY1Km5X6ADV/h9f629o5fMhfTG5cGxJvpHP1H+t7UJIAcnB6oEYnOOhDlSGURhnQLYengk8cC3t&#10;xpa0U0iiVtTstyL3AB+p59uEB1oOtEkHt6Yq3GGriYxIUjVvqBZmIN+Co/2PtmysyyVAZLkMb/0P&#10;H5PtqNQKr/l60x1Z8+lNiInSl0yAXUDi3+H4/wAfbVNTzyR2p4nNzZgbAHV9SffgwDUY9eUEnp2j&#10;mhjJM0iLxcc3bj6e+0pHhkEbemTg2YXFvyPew+sVHA9eCsG4dcXqUkjLqbp/VfqTbjn2xZKilasY&#10;xkIR6pAeFP8Aiov+fb0DVFF6tIOnCmnT7dCfVcDSbA/4AG3vPQUcfmVlf1G2u3+H1sB7fJZBU8Ot&#10;IVBz1iq6giIhk45sbgX/ANe/tXeOapVEC2VCDqtYWH196CoO7q7sSKdJIzQ0jSMzAs4NwbfU/ixP&#10;tVYXCySSqzQh0uCS4BH+uL/8R7blow0k06aqadBxu7elJi6SXRVFZihWNIyb6r8KSp/1/wAexkxe&#10;KRIVWNCosPoCFAPFvx7LZAQa1r1cBqAkdEM7E7WMdc5rJ6TUHJjEkgknJX6X5IUj6/7x/X3PekSm&#10;J1rqA5U3tY/Xjj/b+7xu7EFRT1/wZz02YiO+uOg/h3UNyxWoq9oWI0ui6na5NwojH1Jv7Z6jNwUh&#10;K61QAEWvb2KLSHVDVwCeP+r9g9eqmVR2nJ6gL0jmN1ViVDx1VSjsNUjqRYM34/H9ebcew+zW9PAh&#10;EbnUzkXueb/kD/ePbsrCug/6vl1Ugk16OJ1p8aMNQSRVVTSRv44IiqOqHSwUXVjb/D2F+cy9VknZ&#10;AXKyKCCD+k/4n2XNKlcClP59OAE4HRw9q7VoNu0saQxxp47rwqqLH8W/4n2iHiqklVXY34vY3JA/&#10;qf6+9mRWOOm9GnPS6VoyhKgW/HH0/wBh7WeKjYoNC3UqNRJ5vbn2w8gT4uno/XpMZUrf1uVZWuoF&#10;rD8398crSq5jMYVXjb1MeTa3IA/4j23HIob5deZa9c8VNIFcSksGW6Dj8cfX/iffCnmFo9DEsjDU&#10;twP8L297lArXyPWlJpTrLNAx8iuLa0OlgCSP9Y/19xsxXyR1Hl0jQw45NrgfU/7x7TR6RinTjA0D&#10;E9ScbSIKZYtRLAkEm1x/h9faVbJ1MrSmMgljcIfSF/r/AL4e10Z0rTy6YJz08ClhULxyvGri/wDt&#10;/bti6yRp0jsSW4YWISx5ub/717blKUPr/Pq6k16iVlOhiZr2A5BB9X+sLX9qf7UeUyI6302Zl/SO&#10;L/X3SPUF4dOMucdJ56wFFjkVgNdwr/qPP9PbLU0UspllZzGliRKeQSObIB7v3U4U6pp1YPTvDVwr&#10;oiW0knpBjFiQDxdv+Ne2ip5pXCgllOpHIu7fi/8Ah7oxIavn1umkaenKP/OXJFiLWHCj2kIKionq&#10;SrJJFoe/PGr/ABJNvapHHl0mo2rqWfpa3+w9reOnmyaLBFKVC2uPpYj6cn639sysyd/n0+Aumh49&#10;NjzQ0ZaWVf1cauWJF/pxe3vtcbJTzMtV+19Cjt+lrD+z78sxdajiOtFNPXf3cc0atAfKCbMEPK3/&#10;ANV/T6e59QDHSN4yrFrjUxGom30Vfr70mrXUjHWxSnUWOz1A1alKgEooOn/XJ9pd8c86+V2b08hD&#10;wAw+mq3t95RWg49VWME93TqJQpC2vzyQf6/Qge+oq9qKVFVhIWADgAek6vx73UMO7h/q/wBX+fqj&#10;GhovXnhWVbEEWNxzyeOL+1KMms8bRsFuRe55Yfg29oZYM1Tp7WQKdQFpDE4e5sCQALWNx7Z56WSZ&#10;DJDrfS1mb+1pP0Nh+PbqlloCOtEenU1ZkQ6HKqSLqPxcfWxP59zaWksvjL2BXUwBPp/1yB9R7uQ5&#10;8uvKBxPUaadQdWm51FQTbk/0APuFKscUtygkWNv87/Tn8jk+3oxWit/q/wAnXm49Z1LOn1Klh+j8&#10;8i3tdQ5uBsYsEekSyoY1YgWC2sVv+CfbE9uNeocOrpKCmnpFthagZU1UjM0KOJdKk3Lg3ViD+B7R&#10;oKpVCKeZo1QsWdbkgf05/r7sCCK0z03QKanpXtqaEvCgkZgLIxABNvrx7zncMWMpauSp/cij9MbH&#10;jUCfSRb8+9LArkA8evGQrkdRJ8b9xJC6OYrHXIB6rccrY+wwzW4fNVxVEMZKysGUoCyox4uVX6/7&#10;H2thjSNSP9X+r/P0maZpDUDp5jTxoqXLBRa5tc/69vbtQzlKKapn1u7m4kYWZBf+wv4t70x1UHVl&#10;ZgCX67Nyy8mwuSP6/gX9vFHURySIaWRmE0RMxPqDaePUT+fbDIQCDmvV0kD5GOsbgaSXA9J9BH1/&#10;pxb3NqADTgzwjxRy/tupCsp+oIJFrfn22FC0I4/n04SSKHh1jQ/uEI9yVuQ3P+3sfr7a5p10T6ad&#10;ZlMRCyNZmLAfoP8Ar+7ha0NaH/V/q/l1Qn06kaTcG9rXuB9OfczBSGGBJ5VKFJEk0EXKLfiwP4Ht&#10;9yD2N1qMtxPUaqQyKYx/bjZRyRyRwLj2qMvJimEVXEoNQNDtFHYakPOkn68n2iS3dHOe3P8Aq+z7&#10;enXlUrUAVHTRjf4iokp6k/tjUiyt+q97cD6cewpzxqa7JSinDQCRAVQ30AjkhD/iPaxRoAHHpGys&#10;51Hh0/RKUjRS2oqLFj9T/ibe3bFQyUbwyOxjheFQylefIVsxIP8Aj+Pfi6mq9O0YU67calIWxItY&#10;Xtz/AK/vjR456qWWQSDxxTmSIMpUoNfNh/Q/n3R60qB1tVJYmvXncJbVfn6W559rLJLjRS0syU0S&#10;VMMRE0sagXB51EH2yqUrQ4PTxkVlofLz6a6QVoqaoSzM8DSAwK4syC3qAI/HtLRZCSdvtoHlRZW0&#10;Wp/UpVv7V14t+be76ACan9vTXiasDp0ZU/UyqSovqYDi35ufa4otmV1HSNW5SZJ6GoGtIZAyTn/U&#10;nR/Tn8f6/tK9zV/CTiPMdOiHQNVa18ukp/evH1ddNjKB3krqchZWChoIyf1KZAbEj+ntvyTUCRB4&#10;oTBHAllRxaRWBtZWPJHt+OI6viqemieOrp7pTVciZ1kdjzJGCEZSPqV/B/1vaHny1Xkaz+Hw0kgR&#10;yF86BgCv0LNYcf8AE+1QVVFa/wDF9NlnY9vDpwVFjBNz/W5P0/rb2pa/GPS08DU6h3UI8sjKBe36&#10;gWH+HtoOA1W4Hp/R2CnUaCpEryAnTZiqre5NvyAPeCojx1cscLSL9zG6OqafIWH5BX+vtp1dGLrw&#10;60GR+w8R1lXyqeRdOfqQCLHg8e0/msbi6kM9PTKTEvinSKMRrcNYh/6A/Xgce34xRa149NSGpoBw&#10;6yR6wCH+tyR9Pp/Tj+ntS4mOixIp6akpIY5Wjilurq3qNidTDkj/AAvx7o8bO9SeriUBQqjqNMjS&#10;o93YR3dSoWxIAte/+H+t7cYtqQy5atyzU6xOsZqHfS80IULrZk1cG35t71hUCk1B4Dq4Ul9VOm2T&#10;LwQRU0YfySSyrSqCyRyGTV41DLxYk/Tj3BzeRimpEOMMEqNp+4aOMKrAfpdCB9R+R/T3tIzEdRP8&#10;+qFtYovl1Oo4ZUZzPquDeIGTUVUj1KSPrz7iY6ohoaUZGoMhjllZppAwVJFVdKE34N/p/h7fSTWx&#10;QkdeqFTV1kqYzMGiUoGCAqSLlGPGof63BH9fYXzxSZPPVtaa1I6FqmdVMrHWqSetUuvDW/B9vigF&#10;BkjpOdJfWDj06lINKqptdVANhYcC3A9i1jaSgqsdSU6V9XFDMwhFVBCWnhkiIKAs30FxbkWIJ9p5&#10;A3lQHp6sZT5dN9TNPGZWjgSRokBCPMI1kRv1WuDzYe1OMPhoaiLGR11VVySRxPUCWVdflIuWiP0F&#10;vyP9h7LJheqNZIH7elCrb4oOmumydfLST1s9HFTKkkwgtrYmJG0hpQQDyRf0jkcj3mSHGUGNamx7&#10;/dK1RUpWrpSWWCInSxMkP0N/z+D70EmLeJcYxj5n/P1ssuUj9euCyVlVXaqmL7ZI4YHpJA7Ik85J&#10;Zk8b/UC9rfn2Em5pclnckMbQySQU1BEEatWUPJLSmMNpksBYrzpbn/H2YRTJFFU8T0maMyNpGAOl&#10;DTwrAjcKrSv5ZAvCeV/1FQfpf/e/afxu1jXiSmx8qzFYGZK+plaJTNAdcsatH6bkfQMAT7s85IBJ&#10;/If5Om1hBwP29ZJJFiUM2q2pF9Ks5u7BQbLzbnk/j2/bJFJitxR4nLimrZY3DJM8hkoh5vT6mH6i&#10;v0I97ZPGhwaHr0TGGTQRqHULKCofHVX2sk0Uwhd0aBV+4OgaikXkFgxtYEj2OO8MRRGuwLYqOgip&#10;PtnbIU5CCldmcaSkcgubW/P0vbn2WQQeHrWYljX/AFU6VTsWoy0AHQe7FzWaq6LPDOCqMlPk3gxr&#10;SIDWvSLApBqDASmvWWsV0gixsPbFlaelwlXSGSnWpgrCsjJHCZIVVm4UtF6QpA41c/j3cKWBVzQD&#10;9vWqggEZr0rcZXvmKSo8MkkE1O8lLra4lEqJYlklBNxf6jg/4+wn3FU7szG7KilpEFDgaeo1xJGy&#10;xx/bABomUJZgSL8H8+zK2lhSHSBnpHLHM01Rw6eKCnFLSU6yOZZxFGJ6iQ65JptIEjs/+J9x4srl&#10;JMVkGpa+kiH3EtFU5GxlUHVZVmddLMCtgSAf8ffnZVNQNRPVxqoST1KaONmTUoYodSAi4UjjUB9A&#10;R+PYl7QxWOxu0IamgemrdwZKuhiasvZKWm0N5Z4Ek+lmsDb8e0zq8kmqQdoGB8+nl7Uop49I7IVG&#10;Ul3RFSzB4NtUmGqauoKJqbIZJp40p6dnW/oWPyMF4Ja39Pahp8OuSwc8GU3PNS5aOd3kMTTTxmIX&#10;J8VLFchg3IIU8X93CyqQyoNNOB6qGBGhjnpuyOZr8Xm6NcZtQ5PF1VKI2raf7Kilp6rUCnlqKxkX&#10;xsnFr31W94ctgMAMVEcZE1JW08Q8NbAzRrX11/NIzIDddfrFiACfadhNDJq1VB4j0/1f6vPpwaZE&#10;oRTqbiMlnXyNSmQ8UlNPUvKlLoUS4yi0+KONpUGiU69LMdRNifrYH2m5+vapcZSZeXGVFPURmKpm&#10;qZqpNbUxczMayNWsilCbGxuP6+6Jc+JKUBqD5f7PVvC0qNQz8+nKPdmClyb4uLKU8lV5HgjhRX1S&#10;VETeOWCCS2mR0bh1Ukr+be8XY+Xz6UO2aTB0tFS4jBwrVUyJJLDJJW6/G2iVVBUH+yzEA3t7V2Zi&#10;hZgoqx4k9NTK9A4OOm3bO26Sjye583UTTV2W3DVQxV71Tao4qCjh0UGPhpwTGiIjtrVfqSS1/r7d&#10;arc+3cNQ0dXubNTSZeqQV1TjaFYWfyFAVQyWI1A/1bn6c+7PbSSyGlFT/V/qr1trlFQLxbrKYMu0&#10;9RRYnF0NDj6WNKSjra2SYqVXmUQ0kVjo/sryBcXHHt/oO1NoVm4MVn4h4oI8VDi5YXVBM9VrJUz0&#10;8QLD0EAH/X9uHbovBMa4DZr02LkmjefQb1HWO7jsbc+2P7zCorctuWtzOMrB5gcbQ1Sxypj4XmYM&#10;NEyyOpJNtXH09vWdxfUkuVpdwPt/HBXieoq6OJp0nra15BJAXjVrc+oMvFzb2kaznEekymn+r9n+&#10;Tpx3VjqKivSY2VRd/wBLt7cO283udclnjlVgwG7KzFYYQ4nD/aCF1kip4YvuZI3AkWSaNi2ohibD&#10;2HO4dt5TA7kl3JlIpc0ksH3WCpqZI6ejhomJamoHihBsYkIRn0gsefz79HMCohVSAONfP/V/s9aM&#10;eli4NSf5dDXtbP4rceJq6PGV7R1mMqqrEZcOWNZT5GFitTMDKzFvIx8sbksCD/UEBi68iwFFmq3c&#10;258o0dXXNL9xhqek+7agpFDWXJVr6tJC8oEUEW+vHtRM09wFji7QKZP+b/Z6rEqRsWbJPl6dSd3L&#10;uefFVVJtijo3rWhDQVddkXo0SdGDRLHHArF+QNQkZVI4IYE2VK7qx+0NtPXYrIJW4WDNvVUOSzbt&#10;LXVVKpEyw42hWzSS/wBhGIX6Xvb3ZrbxGAnFaDy6o0jBCYjQdNMmEkz9VTtnklosjUbbFHl8diHL&#10;0Sy1JYTCbLGNWZRdhHGDe3JB+pZ6DsnFvkKzddbj6LH0ldJIlJRNj44q0VM9KzfcEuWU61VmYXHN&#10;72J9pjttvKwjXAH2/s68LspHVuJ9enddtT0+3aHAQZbIztRpTRNkK2qmepngp5xKY5ZoirXsAit9&#10;QAL6ubpfOPtfO4DJ52RK6g/iNfJR08dFOprKt44FeaeneQMTBayyWuQeAR73oaGbQjYp1YPHIpJF&#10;OnyBqqGWChZvuPHT+WaraIRgqHMccemM2Dn6iwAsG4+ntIUNIcZuCbbuE2lm6PBfe0ctcyUZqqmt&#10;hiiWdRQVb/uMXl9TNHyASOAPbh8NAXlereXl/LryhtZREIA/n1LZwsLSPNEpRHJmLaIFYAgl7taw&#10;P1ufZsMZQ5bsGA7doIcZtDFR0dOzVXjlNSkTORJTilFlaZiCGOrj6kn6ey+VHtVNxaK0znj6ftpg&#10;dKVeJeyY0+XRc9/by2t0TjH3vuvIbn3XW1+Smp6eCNYKkRzTIJQwKhVp6aKMWViTa9gCTb2E8+19&#10;v7KrHjqsjH2U1RlaengxVNG0+IxeZx9QxoYXjuUjcWLzyykDhlKkkXUobydA9yPBFK0qKn1/zdM+&#10;JF/oVWBNMjh0KOFz+R3vhZ6qPE57ZMdQkZpJszFS0+Xnx1RSJLNWQU0bSGCzOUXWQ4Kh/TwCMuzs&#10;PXPR5ndG/wDHxUTVEbY3FfxeoidqinnUrJFSQKAYo3JKQxhQSObc+2bmZ7wrbWBPbxPlj/V/qphx&#10;AEYB+J8v9XDoEt8b9xFNuXbPWvWE8mSydNk0y+6aPacYq5MVTQFGhyOZrkvGT5jG9SZZC5AGu5YA&#10;ovszO5fEbew2NwUbUE1RDPS0NPT0ySVdNRq94pFDMHVWUMSzvYsvK+1NosWoljVwaH7eqTRhDQHH&#10;QmbFwOOqM5uvLzs2UqKiuoJauskllmop8mKFY6j9gEUxkhVY0UxxXRCo1m5AL5kKXaU2Ngp6rdm7&#10;XqRU0+TqECSVuSkq40Hnh0oFhijJbX5zymn+hv7VKLuVix09MEw0oCfXoWSapSqpBTsvlK6vM0ap&#10;T2OlgAjEuLAaLAc31C1vaklwdft7r7d+5BVs4qMntmkwVSmThqnbVk1qXymTr0LJGixsIhAp5LEM&#10;35FNKi4WOUCtD5Y6tQpGSP8AD8+k1U52aTd+F29SRwrG2MzOXy09SZYphDSSRY+ioqKlkCmQzSzP&#10;M0wuqJBax8ysDR0G89r0XWtREw/vaJZKTE5GhzKB6LJ1lYglqIZKd18b0yhmYqqsLAg/n2WnZ1a/&#10;N0zlQBgKafP5eXr8vyUG5kdRGq/IGn+Xop+79gdp7x7ww1Gy4fZOBpqfP5zHby2vS0s+58TiqaJc&#10;JDDT11Ysnir6wThJHEYURNIBcrZgu31u3f8APLiqjYuKoMTjMRQYCpycNFi6XGVNNFmPM0U0MNbp&#10;/wAmghQKthyx4AA9uW/0UTsH/ULVyc5H+Xplo52OpzUYx/xfQz7G6523hMfksHuHO5ves2dyeZpY&#10;Zd3bsyO6J6ukxkyUtZBI8rCCOZpVZ5okQOL6GJ0MB1unZ/XMWZTsmCuyhzCzx0u4Z8u6nFRZXLY4&#10;UsFZ43UyhDIPTFGTGD9LLx79B9e04jNBHx+dK8PSnV2WHSXpQ+tes+wch2Bj5sjtLdmL2tQ0FP8A&#10;ezdeJtasr5K+p2fh8ilHFj8quR/aWphp5KaNp1mTVquUVwzew/6+w2Dxm2M9tyTLbbyNbTUtZuhD&#10;JMZPvKOOA01XOjKC2l4vXGG+lwWW1/ZtJM7EKDTpNDEY10jPy/1eXQg56vqcfktvVkdFmJ6evroc&#10;HWLRCB46E5CRJKasropZAoiSRBHLKoJs1lJJAL1s/NbIbEYan2vT1uJyGCnMkMkX30GNyNRT00kc&#10;VTXFARVGIsskDW9ZUKxtwUoVfFPjMH1eXTyUdNIwPl1GyeGzlZX5OOsqqWv2zlaJ6Opx7QRff00U&#10;vjhqaajmZUAhqYhIlRrkYqdLx2N/YYNBU5RczWZbdA3Vm3qqKPGbWSrqJ6uulzlRLJnZqugmCASQ&#10;UoWSKnSW7OQHsPR7VvK9KKulVHEfy/1cOmBGgNK1PpX9v8uHT8oGLnx2NoMTDR4WDH1PmrYTR0lD&#10;i4MYkMOPx0dKpVgro7lCqaI0hYG2pLmF3qtBtbZtfgcdgs5Wz5HG067v3RV5mioKrDJUolqFp5xZ&#10;bKReCniCkC1yePZVZ208sn1ty1SSdKjhT1/1evSiR+6i0p/qz/qHQPbZqM7u7ekW48nuXCRbYoq3&#10;KQbI2xjoBVQ5+KlU01fuySdZFYurl0p2OtVGpwq6wSi6XE7j3bhOt5MTP/B9pU9NnMAM1jSWoaSn&#10;23Sl0ym46+YrK0UiwusIULGX1OxN1UqoxFGZNC1kY/6v2daZlKhicD0/l/sdPNZvfZ+zdxb1w0uT&#10;yuZ3RHTbe3U+23lhqK6ph3PkJtv4jH7Vx58Ykbz0uiRUDMpki8r2ZPYy46h27vDb0WEGCq97Um2H&#10;xeNjzdPVfwGGpr5II5sjU7Yrqhk8kCxkfcTo4WUllQk3AJ5dvkjmOqSjyVqBmnoP9Qx08twpi7qU&#10;8q8eH5f6sdA3uXee4Np5GTdWV3HiOoZc+mYyzYTO7dl3vPPhqZxj8HUb0jwE0U0NbK8gejpaOol8&#10;Sh4WeQxug57h3dQbmr6bbVJRx5SDCnGtU7bqKzHzTLVfcrQ4qSoqFEiCGNyHmeNnbiw5IBMI7cbb&#10;aDUSTxJPHz/1f6q9MKgmck/6v83Uvr3qZ9mDdW/clkMPj95bxOUqW3jhcHnMdFFhsgqZ3MqMLlqo&#10;zLUM0Uj0yThViKqwjIXQS7782FuuSvodp4TcMMh3Dnq+kyuIrWaljnp6SRnhpMbXTteaGnjZ6ZvI&#10;VDAK+kWN18N07wmVEOMVp/qz0zMilwqsKedf2/4OjAY3eOGqduf3yrAsGFpMBDn1yPjkqq5MXX0Y&#10;yEk9Ti6GN5YpXiVJWgiEjG9vrx7UNDjmoqfFbOhwWAxVHgcTS5+AClpcxWNn6GVUqZqiudWjlSNJ&#10;X0FE8aSKpuWHsvJkCGXJZz9lFz5dKlpjAAp1Ljo6WSvfcMmSzFV/EQ2IjpZcjW46goKGoZZIo6TD&#10;o8SCdpI0b7mRDUFXYK4iKoGveWeyUezayix9XXwSxSQRRLtt9FTkHWSSTM1FdIEFQ0RXTG7oVRUQ&#10;rzqIC6HHxrmnn5fZ1STIJWtfl1LTBUhzUmUmT7uSdVkK5COSoFA1KYBjIsYC3hhCMsszDQZGkfXr&#10;UKFK3wVJ2Pl4cVPma+i2/teauonxuIqaGKXdW5ZIqZKuGOo/ceSKmLqztwjCNVUDTz7ZnuxoMdtF&#10;qPm1Mft/wDptAiuWZs+n+fP+z0HeQyewoN1Zd6CKtqs7i8PWy5jKU9XkINs7aopJHo6ppKiVv4at&#10;aX8oMcUTzhg/mMYYkw5Nu0eExcWexFVT5bc9ZkZF3Zkny081NjtuZKubIVc1JjG1a5qdYzHEjMWA&#10;uSbfRCtzIzFLsUX8I+fz/wBXy6VCPSCU/M/z/wCK6VEOQzVTuSpoaijFJtqnoYf4HDLjZqOqq8xR&#10;u0VQk2QEzximZZIvEFp4ySOHIDKyc3lu3eHWuMy1Thp6TP7TzlfTzYrIZLHQulHU5CIQ1tNWQ0Ug&#10;R2axljae2onUOR7VWq2149LhKMnl0xP4sY1KcdcYMNidxVtDWZqmTGbrxtHHBVUuLyNUpSlpqsyw&#10;ilrGjglaEM3LwhCNbRMzA8ryowuA271FX56vweD3Rmc5MsslPPj4aaDJVMkizQpAlMVPiVxqsps4&#10;F2ve/svRJ5txcqxSOPgB5/6v9R6u7gARqoJ4npIVO485me3qfZmOqcnjcVhtuy5WuyFBPBUoszTi&#10;ljpa6KsimjMkyuChlBZNJK+ok+w7O2+qNuUMWG3dHmMfnqzH1PizW28TUQjbNRX1n39TSffqHp/O&#10;LRxJIQ5CA/j2ujS4l/xnxKKpwD5/5f8AP02zgdir6iv2nyORjpUZyv7IrKihq9k0G2GxcFdMtam4&#10;8pVUz5nHvTpHT1mMfGU1SYwsjSPomMbOUAuFa56gXc3XeErMk+Kw2NpcjudKrZ02Whgr6qDCqAUj&#10;QVC/tz6A0r1czBmNwqkH2/DS8lDBSVTBPAV/y9UdylYwQfkP8vz6mSybd3rV1225c8+TqMFSmi3R&#10;jcFka7F04qsjAEEWQkx06yC6CW1KZnChv3OQhKH3JW9bdiy5SryO69wyZxIKuvoabb1DNDSZjLyw&#10;AyrK0w8RjZo1DEBRcGxseVkrXYoqsunz48Pl69NUikOAf8H+evTpS0Fft2h23gdsYbGLgcZ9niZE&#10;rMxWQzYrb1DTGnp/sY/t6g1EqKkaJHLMlxctJcciJs/MTU/W25MlSUuKwmQmp4/vYaBHqa/PVdFT&#10;pRYutr1ULEpjsFMSGzG7fk3QiD/HVkbNBgnh/q/zdKNQKAUyfT7OoGWxlPPuvb89VjqvJyRNkJMf&#10;kJ2ohR7fEtIRWxU2kCcyVIQDUQwUekOoIX2xdUbjye2BjtoUeJrK+r39SrkXOUppqFcPHTzyU2Qk&#10;LVDmWUAgy60KKRbkn2pkjR63Mvdp4fb02O6inAGeou99u4rNPi89kcpkMauyquqyCjG1SL9281Gg&#10;NJW07645A11CRSRsblSliQfbNvHGV2PyFRjMd2dj8TTT1kw3DNS1dZJDHRJAftoHnQGSax1DxswB&#10;vb25CbnwtQjoTwGK/wCxjj/g6rKUNM4HSnoqiHMUVHk5sFVwSRhamipsrSUcOSp5GFiyxSOfC/8A&#10;W7Kbf7b2Ke0M50jtjBH7KCr37VYinoqzLMuGbIZFMtPHaXKRVjqvjiQBlCA2QfUkn2iG0z3MhkvZ&#10;vDB4Kv8Aq/zfs601zLppCoAHn5/bw6BTemO793HPNRbZyW2NiIM5M1Bn5q2oyoqNuxLaDHVmACEG&#10;snf9xpo510xgqNB/Ulsf2FsnvjJSYLKY7KYijwDVFTg0iyISqqnqSYmkqYpdVzGouqjleebe112r&#10;WUAi23ORx/ZU9btn11Mvcf2dK3BbOy+xaatylNl4c7mcw+MbcdTXY5KOllXHU8qa8VR45k8BdpDq&#10;8jyDm55vdO47N0OUkl23sbDGGhwtXHh8juXJRySboraeXIGJjiK2oYJGkZ1alRB6fbQiaFCZ21uQ&#10;TTyB6ursXxgDH+r/AGel7FQ1S1JyeTylS/7amPFRPFDh6JlpysxtFGJZy3LFqmR1BsY0QjkaO48H&#10;S7L2ztbPjH5TMnGuYHoaCneQSNXopaoyDQgiMIVB8vPJt+fZNtDeM0yXLBck0r5Z4dK5Gd6NGtQO&#10;gp6y7Lj3vufeWOgi8MVBLGtPVFxonamlemkFEkwDSKv9oquleOSW9ix1ZisLvPr1My+A/gsmYSaN&#10;Uq188qyU7lEqtcgDFgwJH0/wt7TySLDeFbeUsop9n5n9n5dVlRyqg+efn0Vj5J92736t7Z2li6DI&#10;DO4yiSn3BkcZROaPKS0NY0lLNiGp4G8fjaNCyPIrXYgm2kH2r+vdry7clzn3Dz1WSrahJazIChWh&#10;xkqr6YVo0X1OwQKHa9r8e6z3D3Uih+A4Dj+3y9ermPQq+Q/n0E/yw7TxO9du7AqaGsxVDt+kR66k&#10;29T5havf9DkXp+Js0IXlSjgjsoQa2d/rfTYAVI5TH+jgi6j0qf8Ae/8Ae/ev3esygSiq8acP9X2d&#10;bD6akYPn1XFkt4VKVM89DUS+edJIaqq1axMsl/ILN+Txcnm/P9PeB3c6j9bfS5JJP5v7Mo4YVoox&#10;/k61UV6Rb1DzEM8zEu5DE3a6v9CrNf8ApyeL+8Iub3Nh9fVzcEcEn2oJC0IGf8HW61FfTri9hzYu&#10;6kgqg9SkMCwA/wBb+vvwtbU1+bfgHgD+vvZBJ0jyr14Eg0Xr2uRW0RheCbkkrzqsRbgWF+Pwffgx&#10;U2P04+vAPFvqf6e6uoYVXj/q/wAPVhRlqesi6ZENyLHXexuSST+QP688fT8e+ei7lr/6wAH0/wBj&#10;7qXIj006rUAU6xs0aIEB9II9TMzC+r66eL/7H35jwbi9rX+v+v70gFRTrxxitOuikgcKJANQYhdQ&#10;OrVzqta3+NvfRbSDpFvx/UH+p920AnuPDPVAc0PXSxsTZnBZv1Lps+i/pH045tx/vPvrnTy3LC1j&#10;wb/n3v8AFUDh14kCvUpFjIK+O+h+SikngXXgfn3hLlACzW/s6T9Lf0/4j2+Iw5oo4Zr1rXUY6kxU&#10;hnLRxQkn0uWBN7g8Egf1981c86bte/1/3rj2zKqqRroKdNhmrjqfHjS6rHJaCRQSfHddagagdJ49&#10;5kRnK6iAt7/Vr/4fT2hmlUAiNSTw8v8AL0oQah3Hp5oYqalUNUVjQ3IEWuN5YmUqS/6ATwQBYD8+&#10;8oN2sOAD/wAg/wBebe2mXTHXzP7f8PVlSoHkOsNPGlRMHkS0YcsSLgEFSwsPoT+P8PfO+nkfW/HP&#10;PH04PtvSW7X/ANVetjj1jB0uZIwIk12YpfXGVP1PN7/095VkiUancBje9yL3/wAPaSaK5J0xpVfK&#10;g/1DrYaAKWkbPT3iIsZKjyS1cizMNUutuT9Qxtyf6fU+wc7A7f2zswCOretqK2WRqanp8fjaytaW&#10;r+iws8CFFP5szXtyL+xVtW0MsQnum0rg6fOh8v8AVT7MdFE8txO/hxdq+tOjc9S/Dve3aEdDl8jR&#10;0GG2xUSU08WVyOQVKuoxchWU1GPx9GJZHMi6vE8qohP5tf2AprMzXrkX3ZmsfQbk3XTH+AQZCaSL&#10;GHDLJrlpYKHyq8kum2prCx4v+Pe5rq4uZi1qoEKVGMCv+r/VnpcqpHH4Y4jj/qrnq1bB7b2hsjG4&#10;TAbEwccu3dnZCWnyFFhKaKqy0GZ+2XwVdbUSlSx0SGSc6izB0awQcobN5Hb1TDtrE1GQqKLcKGbH&#10;0eGwFGscdQCxU5QpI4CEWJDz34ube9QxTQRtLL2qxrUnpgyB5NIHQj0kOTo8pkSsMdTi6uNa376t&#10;yEpqoKgqEegjpRG6+FVGpdLKASR6iSfY2bT2z2DVYenyVZD/AAmtxk0cNCak0lRVT0KNdpo6qJdD&#10;rILGw+h44PsO3e52M0rWcZ8TFSAfP9tf9Vel0KaBVzSvHoHd4b+6s29kv4Zk5PuKXcj1EeT+2Wum&#10;x1PlFUR08WTipwwppXAIBdVv9D9fai3v1jsPeCwbt3e8wrcFEZEmpctPSUNQ8K61SuiUmKQK4/I/&#10;wvbj2q2i83Rh+7YECJStTxH+odJZjBCQwyScDP8Aq/b0XrFdr722FuTb/X/X+M/vFj9xbhTViMph&#10;6h8ht/FVdUDV5PHvRyU7CHQS6ioSReLggXBCTB5TbFViamOsx+brKXbkGUz88mAgWXDVVLDAyrjf&#10;3vVUEclQifq4HHs8itS84t3koGOflTJ/b5dN3E0iR6ogKn/Vj16NNvj+/ePydLW7WyOz6M57+Ebd&#10;ij3UmRbIQ1k1WzTV9CcaQpbxE/5OeHKqS6kaSBm0ezN7bvzyUI2Vkq3bzS+HbtKaWqgxuGpfIVSp&#10;mqlVVD6PqFZQOePbe4T2NtE8NuwVf5n7R69UsxMW1SAmvn0Ii4XF4wVWQVocfX1fgfLZmKKmirMi&#10;adNCirmmV9S24VTcgcKfZpNndf4HFdgpu3M5jFxZerxaUeOxQZakrFJ+3XVkzSXXUw/bWx4PJNz7&#10;B+4y7luu3+FaAooOWPlT7M/b0aI0MbFqEn5f6q9A92F2BX023MpBhtlbr3FR44Oa+too4saJJ6aR&#10;aukoqHySRyuSfGzsqaNAKjUWsOHYmCx77xpYYqinG3cpjpsXkDpVqnG1s5tT10LAXI5INzYez+zg&#10;ktNnTUdb09eP+odJUfxmYsCOmXozfm9d19e5TLbh23V4jcFDla6uxdBNenGYxChZIIJNV/HJ/nIn&#10;XSDcK6g3I9+qqTFdN7KysVBu3JZnKZCGGnx4mSJRTBfSRSU0ZNyQRdjxYCwHu22WE1xdHcbtAqR/&#10;CKCpPr0zPP4hFuikgZJ6StFmN1d8b425jc/1tR7f2JteWuy245cjkjlanJ5BEMOGxYaOCnVUD/vS&#10;xkNewBIAOore3d1ZOn3hQTYLHVeRy89U09VVSu7aQ0l5tYD6Y/8AWb/Ye1+6So0Jacinl1uMOz6Q&#10;MdG4yGOoa7GVWLrIozjqikekmhsFjFO0fjKKPoAB9P6ezP1OwNlZXKQ7lqcrU5LPUsv8Qhxkwjjx&#10;dPk5lGg1UiKVl8ZFhqY+0Fte3E6JBJSJCafOn/Ffn1aRJAp8Ja/P/L0Xmp3r2biK4bfj2FRUeyKN&#10;Good00mZkrczU46mTxCai29HHFJFI6j0nWdP1UHiyM25Hkq7Mbsyu68btmKXF+aLGS4zJSpVxOSf&#10;3I4NQjOtR6jwfxb2q3UCWSK1t60Hn5EdajVoIfn0KNVL9jj9rUWGqc0aaumhAFZj5sgJaBotTR5S&#10;eeMzQsAVKMWFiLNx7SuD7Qiqc1V0VFQo1TSa0pftq1FlaVb8qiggkH8XHP1v7YnsYoqB/XPn1YSt&#10;IhU8OlLXYGKspHpZ6gvBJcVS1ESzRywkWkiIJWykcEm/HsXturjqfH1e6NxPTbj3JGNdLQVv2mTy&#10;WKQv6XMJJRG/1JC3A/N/bMq3UtwuoGOBfyr+X5cP8nWmGpBDDj5+nQM7yo67KV2N642jRZfZu2n1&#10;TZDcGGFVtrFVRZCxxePyOMEcutv1SNE6hv06jz7TkuAq3yNRurMZbPVyVjJX4vaVMYtVSwcsYo6a&#10;IkFf8AAT7vcXcl9/i1sPDiXBc+XrnGerxxiLtWrEdLmjraHFUsOBw8OOhGKphjslnJndaXHLT0YE&#10;ctTUTDW8jjSbySWvyzH8rfbe4N4bmzUNTV7KOAxFPC8EWRrpkoZkQKVKNTOoJ0/09pLmTbYIFtoi&#10;ZnB9San+f8+rojKGLtSv+qnQU5zbO0tm7ez8EO9cjkK3KTDLz46BkzE1VVSyiQ/a0VOWeITHgHWF&#10;J+ntSU22sXjVyOQm3LNRqZmd6oUqCKV2uQElqCQw5sSn+8fT3a3S9v7hYokFBxHkKHz4U/n03cXc&#10;cSBNNWb9vSP3R2vumePbeGw/U0W6a2vhVJMNPuSCkrcfRKg8k1RS0scpVhb9E+hf6Fj7QuE29uvL&#10;z5yqyW5MZkNsQ1GrHugl+mq5WVWJJNvqQ1r8AD2vv7y4jnWwgiJamaD+fXojAgDtxPD1+zoUMlvH&#10;ZG0ZMDF/dqqxG7s5TJFT4qCjgjyCGOEvJDNURFo7K39o/Uckfj2IyZra+GwUtHKIKCCrjemasdIY&#10;5pAF0vP5BfjUfSCxt9PaSx2K5uLv6i4bVozQ8AfLql5fNqEKivrT/Vx6Bzc+G7S3JvDG5bBTmrfB&#10;zw5N8Z91WmhILa0xLxu6KpZOHl8AuDcXHHtPbbk2B1tTZPcjNLl66RDUzZar1zNHC51R/bxC6oUX&#10;i68/097vtnvd2vkinlCwqcqKEY9fX/B69VF3IE8OJaV6d9/0vc/b+LbaVFGnXlLWI1PVJR5CdatZ&#10;KYH7gSZGmMUhjYAgRoFBHBJ9tu+N97d3rss5+DcZw2PWYoJpAyCqsPUhBIPB/JHsztrO2gma2tlD&#10;FRlsCn2dNtI8MgMgrqHEeX7ek/8AHjprevRm7qvBZakg3jRZqkbIJmoagxnA+JxCb/eXDCU2GlGD&#10;XuSLewUwe5tv06RVOKeTLyxqXLRuhlq9PGuNLk3/AKBV/wBf23JAyOfFbT9n+fpUkjSCgFOjsV9F&#10;VZCCanklihimTSAFMhT+oYcBgfzc/wCtb3Fot8by2/uCWrxeEyOMo8swVaytgmhVNZBYKZVUNa1z&#10;Y3v+faG9g2+df1KOV6eRXrpetOoGT29gdy4xcNmIqbLU1OYhNAWVl8ka2HkjUm3/AAU+xqO6IJaR&#10;aPcGZ/iGczainpaOnidXjkm/zcaIzFixPJY2t7tt/wBSiG4IEUCDHz+fVZBC7eGg4HoK6jYdPisn&#10;Qz7QwFBhMXh6z7zIVbSrClXFTxnyjSqm6qt7Dnn+lvcva/Wce0quesqaqpoq6u1O0lNO0lQfL6tE&#10;1UVDC4tqVLADi59kF9dT7hNqiXUoOK8D9n+r8ulAaNE7esWV7VwW58XUwYWlos3SwSslZFXwxtCw&#10;gezSLRyswIFtUfkFybELe3tL9gbwTHV9HhqgVE9E0yrK9AVddXA8lRWOf2wPz+fz7GNjEYbDVKO9&#10;h/xXRaHLylxivTt19tSheGbdFNTS02QyKukAyFO8X2cLHUY1ogVBUsbgn8Hjj3Fy/Zzbcp6eXBU0&#10;+UBjVIYqQyZKViF5EkgB/wBiSfdIVtnjJuCBmp8v9X+rPTTxysSPX065VPVGN3NHULugPM0kzlhT&#10;wpQo1n9LQJCx0rYC1jf+vtIUu++0s/DW5ebCmgx9JeTmSohdm/3XCsJCXY/k/wDFPbTT7Y0gtYFB&#10;r0+kJjGf8OelNjdi7JwAp6CGkg88sXihNZItVWSIi8/uzAtYAf63uThtzZPdEsdXuwTUstGbUhEy&#10;xagv6Y7spNgfqfepJHQfSWq9v2f6v5nraiOL4RSvTnSbaxu2qKrg2zjaSiFdUPU1cSRMyTTzcTVD&#10;opF3IFvYpYvLZNIC9ZlsGtFPqjiiWplklIPGur1Lct+FjQW/qfaUakeiIRTiTj9lenlEbZ4noNtw&#10;bYwNZWaodv5+bKUTxTQVEVNFGiki5Whk1LEgP+7HkIIH0ufcnJRUGMxNVUVeXZTVoVp6PTotq5Es&#10;iKWIX+igX/rz7tbWhubvxiAFU5Pr9nTckzOwij8uJ6i4zOZrKZ+ixVBtjVBjv3clmnkLxoynQKGl&#10;ZwgeQj9chYKPwDf2Cv8AB69yZ/JXVlMzyzlvJJRUSqBYMUA1FQP8L/19q3njWXQCK/Lz6vpIFT0O&#10;P3VOulHaOGchUEbFJZvVyE9J+v8AsSPcKjwVTVZgV+LMNGlPGDN5J3mSaS3JiiINiTzyfr9fdLu5&#10;RUERyW+XXlQjvHXOadIIh9yXfWxU6UsQrG3qsQOP6j2Ie36ary2QkSfIxtLENCrXroo/8Ra55P0/&#10;Tb2V3kboiiNa19OPVvF8Maj0m89kKHBYx6oUFS0J5cYuPy1v/BkQWJt9T6r2/wB5ed45TLYbATwT&#10;SU8anWsX8NkUFmYehYvGWIJt9dI9rNktI4LlriRdJ9W4/wCDpm5InI0cekpt6Lb248vFkaRa6pam&#10;iWR48pS1ChDc6dS1SAXBJ9IJIPJ9h/1bid010WRzOTmnxmLUNHS/cSHVKz3vIZ5xdjb+nHu+5blD&#10;LfJbWq+I1RwzSnVtHhwnxPPy9elPu7LYqihhoZ4Y6yrndTFRRx+aURoQ2too+Qv05PH+v7ArsHry&#10;rm3OcjTZgZiJp9cumVX+2YNqK+NQtz+Ba/s4vLiXwdNKY4dJI4u6tKdKbGVRrKOGZqOooSUAFPUI&#10;qOoAsNIUn0/0vY/1HsxnXm+oNl4E45aeogWeHxT1FRJqmd9PBQDi9ybc/wCHsL223Rz3q3lz3aPL&#10;yHSi5Uzw+CDToO+y+tafsSDGRVdSY0xVfTV9PCAFSWWnlEgSofklCRyoHtE7j6mze93/AI+c9S0l&#10;DVSOYIMjLOxVL3dxDGbf6wv9fYguuY1DG3tkJ0jgox0kWzjQhCelIu4sZiJkwZp6tqmkp4BIKOmD&#10;06ll0qolYrc8c8f4m3tSYDrLZHWuK/vJmWk3BmI2BpITIaHHqU58niD3fkfRmt/X2QrHuW+XBinH&#10;hQjifM/If6q9POfCPh2+SfP06Y6vcGc3Blhg9uTQ4mnjhaTJ5aWn+8racsLR09NC37Mbm99b6/8A&#10;AD6++MPZe69yZDyw00NHjlbTHfIRBYo14UR08CG3H4J9iBf3ZtkAsrNMD+fzPVY7bjqyT59SaPrj&#10;bFAkss1J9/XT6mq8jVr5q2skY3Zppnubk/QAi349ovfW4t5Yiqp6iGtFTS1B8qeAqzsf9QNX+PF7&#10;D2Ypdq1vSmkAdU8MAladKPGYnCxwGOlxsEIi/ZdHgVWFh/j+CD+PbXjZ+yNxzUxZZaWGqkDsairF&#10;PGsC/wBuVmN7eyS63WFAVUEn+delMEWg6iKdOPgx9FFqWnp4khHAigUst/wioCbn+gHsZ8jPRYmm&#10;pKdENXLCimpmgaKMVEosWGu5bSPpe1/aC1gM0ZnnqNXAeY/Lp6p1EgY6YqQV9fUVcxcU0LsUpoZU&#10;kkMMYFg+g6VDH6kXNvami3wMhjExlTSRwQME0QxyEPHp4WTUOb2/r7rBaLaM0sIrUcT59VZVZgzH&#10;PSDm60jp9xR7mgyVTLkYVljaSaNGheKYhpYfHbgEj8c/4+/SU+KoaRUx00fmcF5XncTkO3N1QHj/&#10;AHv/AFvd47aecma5/IdbWXv00wOnCHIZmsrpFyFJKtLFL44RTRtTh0X/AFcj8nm59PH+v7zLlDS4&#10;1oxOaksbEpNHTPqA5OkD6D+h92srFo7oTSCny6pMxcgEY6wV2LTJZKJ/t1pjACdc9LLXR6W4K6mI&#10;5I/IP+w9gluTbWR3NVSTU2Lkr5luSVq4gUjHqZ2df96A9m11fwxjQ7U9OqrHpFacOhHpp6HF0VPF&#10;LPDTxppiTWrQJc8Kqh/9459p6k3jTbNP8CkhklmcrHNELGEHm+tmAv8A7b2lSzGLqQ+dQOqNJrOm&#10;vUyppI6xYyWZSnqjkjNnXV+Vb2uqXC47Mxx1wylNTB9MslFT0WsyNe4QylrX/wBh7rLfTvWNF+Ve&#10;nUUeXUGoraujdYkoZamPkfctUxqBxfUyWJsPz+fYq0gkxmIAp6WZKSmiaQrLKmiaYi6ySQxHk/0D&#10;H2gsbe0a61zAM5PGnAfI9UuyxQKOJ6DjLSDKZVad8hAKiqkWBft4XFRBTA3eKOebgD+pUC/+w9lq&#10;yu5t1ZHOtSY7DT3nqCrywQeSZ49ZB0IAdPHsQ7lPYW8WKCg/LrcEDYB6FOlpIKKlihDMY4I1UPNI&#10;W4Ucs7N9f9c+xFnw9bicetdUyvjZPHcwSprmPFy7S8m/+w+vsisrkXTkoKj18ulEi6O0HrAtfS1V&#10;QaWIJUhBd3jdWjQ/6lh7bNnY+qzuRPkyASiiZpXeZpEMhvcrpHP+HJ903K5aI6IxUmg61GAq567y&#10;tamOo5KjwSTsq6EjhRWck8CwNuB7dt4rXeVKIR00lCnEcSU45Gr+1I3/ABv2aQSJBaCvxEVJP2dN&#10;6SWq3UDb/wBvNFJWL5vuJz+/5Zi3I+gEYNh/sB7x4jFUcUKVddi6WCNGXQIoA0zhTwU1gKP9e1/Z&#10;aWknbRGaV8+rsQvU6rnkDNFSyhpyrcMyiOMkcM+gav8AYfT26ZDdQ/coqOhmghK6SS4MsotZbkm4&#10;A/p9PZtDaxW0YYnU3n0yKuat0zUm3nMqVtfVpVVCNrjCR6IICT6/Glzyf6nn2lzRLJC7yRtNNP6h&#10;ToDojAN9czL9eP8AYe0z3FZMYH+rh05jTXpTayGC+lEWwLMeWvwFUH6c/wBfacqMnR46oEUaytUg&#10;6UWCJmAuLFSf6D+p93MAZfEnOP8AVnpsFies31H0+v4PsW9qNPSwR11TWEySqPHSRxyyFNR5uqC/&#10;P+PsnuPDuJPDjAVR5/7PSoLQZ6Sm4ENQjUiUmpWGqSoeSGJAALhQ0p5/2Ht0ztLiDDJVOWiqpFLR&#10;qqhSG/2pSTa/4B9m9nG7LQGoHn0mlcq+lc9J/B1ucFRFSeOKWiifRNM0zOWB+mghRcj+0fp+B+fa&#10;AxX3tVlI4KSOpyDJJc00MRZQBxeU2Nh/rce2NxuYoIyJWC/6v8vSiMa1qRQdL2qNNDTSy1EkNLHo&#10;IeokdUC3F763sP8Aefa8zmxaA0n8SytMkOQlKstGml5AByS450/4Kfabbb2a6DBK+GuKnz6Zk8NW&#10;7cnz6QOP3olRllxGLYZGjgj/AH8mbimjYi8cUclv3D9blTYf1v7Ra7vyW3nWmSlloqGnLCCnjAjM&#10;0jC3klJNz/r+zdba1QeLQFvMkf5+qMPEFD0pa/beKzkcklYErJZ0SNpydYjjVtXjgA4Uf4D/AGPt&#10;zrII91UK1GRKU5Zbszxag4J4A+hJ/wBb3QbjUlEFcdeW3WL8+sVJTJt0ijoYnnp2Poh8tjFdbm+r&#10;6L+fr7ctu4zBbQZamCmQVDESNLILSEfkhfxf8X9k09pNuLVkNF6fMhUaE8+o2Ulr8vBPR07iJWBj&#10;YRcgMRazyfXg/wBPb3mN6PnpDTY+8xiADNysS3H0JP8AvVvZzbtbbVaCFeJ6SC2q+s8T0jNr9aU2&#10;AqKjJ17J5qqQs1rPIbHgE/1/xB9hpko83TzvUvBLPJcLHDHdtQH0AP0/3n2y90k4qa0HE9KANIoO&#10;hZpWofCI4HiCgXNioIP0ub/n3hxmPerlWp3LKlKJHBFDCxkZVDXAeU25/qB7QXNxcTApaigHn5dK&#10;YgvE9ZJZHjiK0sYlYKdPIC/Tgkj6+zQbbbGDDPisPSpTwSQMZ5wgEjuVsutyLn/iPYftbARX63d0&#10;xkeoFPQfL/Vnql0WMeeHRUe0q/PwZCly2Sq1SGhroGpKCN20SIkgaUsqfjTcc39gbu3Z+QM7SCod&#10;Yw5f0kkEXvbSPr7HxnVU0otDwPy6Roy9Dlsze2JzVBB4X0yFEBU2BFxcXP09pfyUIVaatDuyjQLr&#10;cWHAVb/7f6e0Jide9TTz6dGmtel8fMTri0AH+p+v+J9vMUj4/HtFhMekby/rldvGV1f2mt+B9bAc&#10;+0McEXime5JYjgP9X+fq5dmGnpvliWoqE+6qBoQ3WFQNDH+pvzf/AB/HtJZDK5eEWeSV9JuZLsI7&#10;n6sR/wAR+PZikiEdopXqhwBTpxjpaVeUhjFwBwovb+l/bKd1ziaGGrrQoc2VInYtYfVpOePbpiJX&#10;UvVARUdchTwKSVijDH86Rf8A1r+xJxu5oaaKGGGRXaVl4JLPL/go/wAOfZbJECTLIenDRqDpmrsM&#10;lY5aTgKjaNOkKpI/Vb3zrqerytfCNQSMMrMrvpJ/oAo+o/2Pu8lyIrWkY49eUKrdcqIU+PpmvyUD&#10;AsoLfT+p9rDG7axc8ojq7SVbWXWjH0rb8qeP9j7IJ5b5V8QCi9KKitQOk9k9x1NPE01Iv+Txglg6&#10;8uw+oDC/+29utZtnG0YQRmIoGu1gNRI55PHu1ubqbuatetk1NemGi3lVVjSKYZFk03S5AS1/qQB9&#10;f8PaEzdFI5ZaWqSCNbj6Bm0njk/T2IrYNFGNQqemG49LLF1iuoM8MhkaxuRZbj62H+ueLe4eJoRS&#10;AtUVtRUgXLKsmnWxNyAeAP8AYe2ZzcSPVBp68DjqdWz+RQkUMaseNciatF/9pA9uWRyZummPwQoo&#10;0hrsQLWJB/P+v7ajULGVrqPXqDz6iUGOClnkkEsrtdygCgn68/8AED6e+eJzEZlKqzP9AT6l+v8A&#10;S/0t+PaecJgGg6cC1FB17JYtpISQFX62BsRb/ffX2u1pKeanNRNOIyFuqMOR/if6+3IJZpf0kHbX&#10;jw68ajHQZVmQqMfWpS09E07vfU0Zvrt9FsvA/wCJ9h7nKtaeZmp5ZJuRx9P+SbH6f09nEdrCE7iK&#10;+vTAD1qehEwaT1FMhqqZadiP0qS315IYkfX+vtljy8zSqzwuETSQXb6n8k+6usekxLmvVWNDQdPZ&#10;oE0tZwrNcXVfoP6W/p7eJ85RShI9dpreqMOFB5/Fvz7TrZiJC5x8+qiVg3r02w42qjkc3BiJupK6&#10;io/pY/09zYsgIow0VP4gR6dKk3/2u5/4r7LjCrtUmtDnpTUlaDrqWiaViks3l/PqIGn+igD/AHr8&#10;+0rm862hkkDOT/ZUG54+tvZxZqka9tAB0m0ZoenKjx0cJ1r/AID/AA4/A9wds5emimeSWK73+pXl&#10;Db83/p/T2iv0ac+Gpx9vTy4FB1KroJJ4SqPpP5/2ofSxt7Xf964P+Ow+n9F/T/qfaT91n0/1f6v+&#10;K61Ruk7/AAJv9T/tf6/7X9f9f/H/AHn3/9VnWLxagG4IsdI/H5vf3gprDDT13fC+vW5o7mTQ5XU1&#10;72J5BB/w9wZSkZZVUj+t7/n6ce7gkr6jrx7TjqfGrSFWci/+sbj/AGPthmpWma9zYmwseB/Tge7B&#10;SBnpvBx0+JUKgt+QBf6XsPbnR0jxKCzrYDk6vwfqBf3vXmnr14KOPTZWVKSXRVbV+AABdubEkf7x&#10;7eYagBiI7cc6uLtY39tPj8+vM1OHTLLSl0DS35HpWx4Nvx/r/n3iqHY/UXB+gBH5H1v/AK3uwbrd&#10;ScjrNTRIosPSR9WYW/NwAP8AH20uCCpK8kkX/wAL/j2+JQ3bw60ccenVFups9wFB08ix08/T2+0V&#10;PHKF1Brkc/1It+B7bkJJ+Q6sqkitOk9XVckDMUK2LWuTwpvxz7lCj8bnQtwQTcnn+lyfafz7j1Zo&#10;wcjHWBsj5Il1sA1wCoW4+v0H/G/+Ne+Ip1BIZGZ2P1Atbn6+/VrTT5dUBNKDrL9yxW4kWOMAWDck&#10;m17cfn3MWnU6VAC6Qbg3vwb+6kkZHn1dF6bzVsCzOS2ogK1rKOPp/wAV9wJZlDsrD0AgC4sCR/gb&#10;e7oO2vmetlh8I6c44GZEZG9fP0JP5ve/P+8+22aS1xEB/UHVa3+HHt1SVNa9NUFK/wCr/Vx6c4og&#10;9vNf6WKlb/QfXn240VdIiBS1mt+Ob/0tb2oaTWp08evZpjpP5DDwSTFypMRa/wBOOb8G/wDX26rV&#10;l10yC62PLWFjf2jI1Ybj/q/1ft/LYBrXz6a2x4gk8lOwVjb0KCbgfQW/4r7jozyvpjtpU8Hk2sfz&#10;72AV7vPrZSh6mSpFFFee5LKbrwL8c2Fvz7kvJKgRNLMx4J/40P8AePdSdbFj/q/1efXtNOPUSCCB&#10;g8gdEQXsmofT/avz7yojSoUuxJsQbcg/0v72SRkdb1Y0+vUaWWKnkWX0Ki6gwJspuRc8f6/+PuP5&#10;JKa3kJ1X+hP4/wBqt7ULKD2kceq0z1zekhri7QCyC1msLKRz6NQ/F+PfOWTzjWF5b6kAAWH+J9sl&#10;QCR1cGgI65U0RpbIzjSt9N2Ja5/SRp/w9yqeCm0LqCE8H/G5+tz7owIND1rVQ1PUGrrK8u5i8njH&#10;FzcAi/4v/vXvpwketRdVtwb8H+h96DBRQYPVy9BUdc4RNU+J30yNf1BV5Ungrf8Ar/yL2z1YDssi&#10;sPodTc3JFzcA+/ITWnVa6loOPSloj44nidTww0obWANrBrX9s0FfKtS0aX/ANze5vYXJ9r44/EFD&#10;TqhJXHTrWY6FqVZXFwFvYfji9gP959rehm9ALSC4HIuADf8AA9tXC6Rgcet6/PoL8lS+SVrQNYk2&#10;OmxsGtbnn6X+nvjVyRrZySRYj+i3HNv+N+0VDkevVgxY16csXDMR4wqoy6bAXDhfoNR/2H0/2/tm&#10;bMBJVijUEflRa1vzyP8AevamKEsuT1on1PT8+BDRtNIzBiLhiTcG3At/j7wzfuSHyCwcgr+Sef8A&#10;H3YIOCnI60WrnqTTsYYl8bXZB6ieB/ivH0+nvJFQBpAOShsxH4AH5PtthQaT5dbGcdY5suUhZ7jX&#10;yB9Tq5/T9fboJhQoTrKpcDSPr/t/flqe3rQBH5dJ+alGXcHwq0oQnyNext9Db/A/7z7zSZWIKq31&#10;AkH63H+8/wC39upCK1JpT/V/xfp16tQT1AjwFSWkIUJ6CpJuD+eAB9D+AfbnDUwVVPaoIZVB0G30&#10;P9OOf6e0d1CfEDrgj/Vw/b1eJwO09NYpq3F1RFDqDSuomRmIupPqAY8f0/H+x94xjqWWnBV2Lg+k&#10;kAD/AFvbUjsp1gf6vl05VWqKdT481XQVzQTQqIWChip5uRbWzH6/n8e8KwSIGWVv0/RQeTb6XHt0&#10;SLItf9X7emgNLY6yTVEYkUwRCznlwtuSeSAb+2qsq1VkjQEgN6rn0c/Xge/KCzdbbUM8OlJj8e3h&#10;eaVgrOARpv5LfVSb/Tj+g9utAtK+htKLJYXAABvf/H3VoyCaH1614h+A56TmaqMlEsqjySQL9Nd7&#10;FT/tX9PahSogjvE3qYj8+oe6mIMMjHTZLKdXQfT0uTmkWtgYwqr39A02NuBaxvfgXt7S+Rx8cskg&#10;iIYSc/4LzyP9v7smpFwcD/B/xXTw0tQ9CZhs7KIoXqo5IZI7RtqNyxHAZT7Y6fHCItYjj8qQLH/Y&#10;+1InPl1UFVfpS1WSE2hSDyeNSElrWsR/h/X3NmqFoqYL9WYH6nk/nj22/wCtSvWw4rXh030dI9ZX&#10;SSiwVLAWANhexJP0v7TFRkWgX6jTIbW5tY/1I593VBw/1fkOHVWZjkdLKDHJM1+dcSjk2uCOeb+4&#10;Ky3YSOLXJs3IFvrYDn/Ye30Wgp9n+ry6pitT1Olj9BjjP0Fytrn/AF7/AI/x9vMVJHVxibkNFYg2&#10;sHX8ix9tOpQ1/wBX+r/J06DqwemObISUcv21wyTalIuWZCfz6f8Aint+oYYFUNMoBH0/41/re2JU&#10;1DtPXg2g/LpNZCsrPJopizgk3P0/wPP9Tx7Z8rJCj+WPxs3OkAi1/doYWHCuerPIpHb0ocT5pYhB&#10;LrUADWxFjY8HgfT2nZsbU10bziMmQG3H5T8X/wAOfaksIaeXTS1cZ6f48lSUsi07TKqab8n6MLj6&#10;n26Ybbla5S0JBci9gSwP+293a6j4N/q/n14I1eHSf3BurF0UUrS1UarGNXqYKhX6n/kfsZsDtHSo&#10;NTH6SASCv5/I/FvaFpaiqmny6uygceiZ9rfICgxDNBiaiKprE1AFJ1shawDtoJ4F/wDiLe13T4qm&#10;pbeOJCB9ARe1v9j9PbkKM60YnP8Al/Lj/wAV03Q5zTokO9+7dwZxnByhpmY2eWkZiCOf0EE254/x&#10;9uUtTHTo0kjoqILkCwANvpb+vt5IFRQoB+X2dbBHDz6BTHYvce9c3DRY+OrrKmqlN5XMjsbn1OzG&#10;9rf4ewg3rvQQcUzKURfUAeQb8XJ/r7ehjeOQmuP9Xz625GinVo/x1+OlBiMMJM7TNLkqmVpnmlBJ&#10;AYAWS4+g/wCJJ9gk+56jJTTSec2Uk3uSF5t/tvZqJmVKDpGCC/2dHaodl4jD00FNTUcSoihNKoBd&#10;QPq3HJ9xqib7hFfWZGPJu3+9AH/be0szuW7Tj/V/qPT4IOT0+UlOlKWjEaooNgQlj/hc29uuPjMc&#10;XldFKsNIYrxci/HPsvk1F6Hp6Op6hV0ivIIkkIYMG8YP1s31Y/7z7iSUsVUpIvE4kuGK82vYge9r&#10;rWhU9UIBNOpX3L07WYeRDGfobC4H19qKLHvjaWKYfuLJyLm/NuR71r8R6N+zpwJ2ageHSYlycOVq&#10;6ilUeKSEeqwtcNwpufz+fceqrqYlkIUSOP1W4Bt9b/7x714TCpUnqofFD5dTKKhqVEbkkxof0k/q&#10;A5sR/T88e04DTJKXs1ybkKTpb8g8e3libT3GnWtS+Q6UjedowFsBptdgAR/hf/W995uRKmOCVUui&#10;gJwLW0j6aR7qAqSU/wBWeryGqAefWLEQyQCZHY6mYuOSTySTYn2mI6BZZzOsnjVfqp4Gq/BHtwFq&#10;dnTWhSATx6eXm0ABgWJHGnm/+uB77nyi4iCZ5gC2oLG6D+yTbj/X97Gl6B8HrRbT1waETFCD+2B6&#10;lPJJ/HvDS7rWXxU0ZJllP6SebH8XJ+v+HtUsQGR00sxJofLrFJj4XcyNa4HHF/pzf26/d1pYQlrR&#10;Am2q/wBP8APew6MKNxHVsg1HXD7WnUmUIBIwW5Ucn/At9fclY72LM0Yb6Mygm/8ARQf949pXAJ0j&#10;/V/q9errj4uui5AOmzkfhT9P8Ta/uTLj6ElWCoXABFyNR55tb/evbLI6/D08WUigHWCGsnNwwNrk&#10;HjgA8gHV/vft1xmNM/keNTH4xf8AIDBefdGkZVA60keo56bMpko6TxpKVYSnSouCwLcAf7D3yzNP&#10;JIFjWMsEUfu2tpI5IW3592jZQucHrbqxFDwHWPDyopd2kA8jn9n6k82Ba/09ogio+5MTGQDUGjMg&#10;IB5/A9qlmUJjpMQQ1D0qv2zGHsCLc6SOPwDf2rqClAp5oqtSBJGSg0+om3DG3tKzNIRTpQo0/Fw6&#10;T9dUss0ElKytokAkOrjST6lA/wB49oyrwkdNUmoR5XaQlCpPoUH+gH+HP197Er1KHptkUnUB0oIK&#10;hZl1cDgH6/7fg++p5IKCNLxnyE6WcAtp55uTxb2/CxJo37Om2JC6uu7NKSdXo/A45/23t5x07uym&#10;Ca6NYNcXvqH0t7eZcGo4dejcMK9QKyOMofKl2WxWxIIKm97++vHVxZRo3gkKOPSyglOTc3/p7bSd&#10;SpVjQ9bZWJDDh13rgejEiyJYC9788fgX/wCKe8+Rw80XndJtMM6qzrILhZVF9II96SQsv2HH2dba&#10;MHrBRZKGfQhUNKhKgr+U+mrn2lcVVes008oULIwU6rqxB4t/Qj2qfWVqoz02tENOnaZLgsF1Na3+&#10;NvbpkIyXUGRXjkuBKrXZG+gDn2kFVJVhQ9OtTrHTsChspVl+qG4BsL3Uew03Pk/FBLjq3WEVwDLH&#10;f6ryl7fX+lvaq3UNRgaHpNKzKNI6lC31H5/PvDgI4/uYKiCM1UJjW6OOEPIJIP0Pt+QDTQ9VjBoN&#10;PHrx+h5tx9f6f4+xpoqCjydG1M6JCOJD6PUtvrqJtwf6ey+aqUZT0qWvwv0w1dVNRTLLZpVP7ekv&#10;6WueCo55vx7yYvGY7FSMoWOanZjqLm/DcFbD6e1CIZYx4nXuxD2dRa+qrKqC1N5KeoA9KqAfUPUD&#10;dvr7j7tFMKZIqBvVGpEMYAOoOCw+n+P09saZFYniOnHZSuMHrLt9qxkllrVAllN5Dc/rX0m1/wDA&#10;c29oDAK83npKhnSrUmTwyXBb8j/Ye3C1RqHlx6TINLaT59KF30AE/S9if6X4B9rmKkZaVjIBFrHj&#10;GrgEH6Ak+2JZjUFc+fTwUgZ4HqAZVMwVTqK+rg3IP+A9ofNrUU9TAaedozHfz3bgr9NIP+HtTBMX&#10;+MY6TypXh1PT1Lf8H6XFrj+pHuZQS46sH+USv9ySFsqnm3KsrH6n3uVSx1Jjq6MKUp1xcyLbQilb&#10;ckmxH+wHt0qDVypDTxIpKHTG5FtQA/B+l/aNqB6r+fThBPXFAia3JsSbsL/p/HvjRrWw66WoHid7&#10;Mz24030gWP8AvPPswV1K4z02VZfj64SeNwsos+n6W5ufr9fcjIUtMItE9T+zLGRIFvf6cAkfj/Y+&#10;2JQzVoKenWu1B8uuEErvf9oghrXawuPyf98PbxsugxmO/cH7ziTzQK5VlcDkD+vPtmWJ2Tu6cQoP&#10;h6ZNyPWSU5p6cmKKVGinmF9cesaQwt+PbzubO5KvaSGONo1jJYPpJBUC90K8XHtqJY0YUHyz1ZlN&#10;KV6btr7bx2HgRldZJJFGok2uzcMW1cm5559oyvpjksW6uz1EMihjKgZJIn/wYC/H19vyNoI9em6B&#10;loelZEUSYpYRtyoW4sy/UMB/vHtowBjw9RElVNY6vWWOuV4xwh0n68fX2+oMq1HVABH1zrImnp5E&#10;jALspC3Nhf8A1/YhVFSayJloaRWQROX8YJLLa5Yrbj2zJHHEAznp9Sz8OmGlp2ppCayqJdpU8YkK&#10;KFJ4VAwtf2hsbgtNfJlpnlggg0yXXUzFfyujix+o91lkqoCnj034dGLnp9nnAHhQI80oKqjGy3ty&#10;T/gPc+RqCorqiammC0kyqsyzAFnLfUMFH9B9Pr7cSNo00uceXV6q5qvXGP7hKeNZkV51B/zROgEf&#10;Sxb/AG3PtkoqZ6NMhlamkqZoMVUyAmGNpC9KZAySqh5tpI/1vz7dMyAha0r00I2XUwHDrJLKhKQe&#10;RY5Z0fxhjySBcgWPP5+n+PsQYt2S5LEPFhoKhIZ4TEvip3kd1lXSS6gXHPBv7auTBAQT1eIyTCoG&#10;fTpIx7VpEyUeSyc0dVNFMtRC8zmNIHQ3TxqSBxb6n3Ew2yqygxlVkqqoh8qxsEpJI7SyO3rv4msB&#10;9bc+0hujKQiqSp8xw6skSpUE56l1W6KL+K0uIhSaZ5v3Hq4x/ksSqwFjMPyfbFV5fHyQLiaqBjCy&#10;mKejECq5SU3MnpB5U8j6e1kduQdQND5HqmvOg56fFpWEjzq95WsUdnd04GkLb+hH19tOC2biaiqq&#10;Z6qZEojNIUid9X7ZXQjaF5BH04/1/e5PqVTs4jqqJEXz+zrjX1stKgENPJUTsPSqi0YItfU7cDi9&#10;ufaghpqei81GstXItPErU9RSKVWYC+jzO3H+DD6/n2yDKaMcetenNCg6Rw67Mkkywv44VLsqzRVJ&#10;u0Yt6gmm9z/T2Hv8Vq41rcglCupncxrPM8ZgBk8cl5WPK6uVH+PtSWEgAOR0wNS1YD7OnALYAfgA&#10;D6Cxt/h7XeFkrshh5qOkRRkMhzVNTQuFhV7erzJ9Q31v7RzEKwY/COHTyklaDiemys+2hmiq6yRY&#10;oqZT4zJKoVpGBvZGtyPx7fIMHjdr0yTUsTZSvI0zzamlZWL2HlF7DTfm4/3v3sRGVv1cL5D/AFf6&#10;v2dbqEUhMkdNEWQqstNLCdeOpQwCF9KyVKW1FomPNj+Cpv7Zos5GKifGZRKOjqcglZBSSUlKiRrd&#10;LRzIoAufpfm/tUbVWAMVe3+dOqrMUaj/AIunOWkdY4JKaSeTwyxSsk9RJI0qq13jLSE24vx9PfLE&#10;7ESF5M/mHEWPSeJhNPKtP5pr3aOFTyLkX59pXecyeHFg/wAh1cqifqHP8+m+u3PRLWjC0D/eZqSB&#10;pvtIFMxpobafuanTwqgkDk8nj2ISR0m6I6lY5hHSU0EskUsgJkpYEXW6I5t/QkHkH2y4mjddOSSP&#10;sPW1aN1JbFekzJUPtGOlkqIhLV19XBTyx0wSNK6unkEEUnjGq36lFr3FvqfYN4HctPmskMVQyVM9&#10;FSyzwT1MoMqLTxt/ny8pH9PZrNbkw6mIrT+fSKCSrFV4A9CBOqwxS1AiQz6QyqvpLy6dKxhh9bnj&#10;2q9zquOy6ZnBFshDJTR0yM8QSJakJbU0YuZBf2itVeFDHOvS1iGIkTj0z4SStr8WafNU8ePrfJMZ&#10;aaCrMzLTGdmhcyhUKkrbUALD6An6+wg3Xk0lqRjJpqOgpgYa7JNHRtA8Ve9xP4qZbJyv6kbkn2uj&#10;Si1UceHSOaQBqE48+lDEgRFCksFXSrPI0jMn1BaRrk3/AKkn2qMgsUGKw2cwMlQaSHTRvObrDPNG&#10;wYlRESiLItwQfp7qkbI5SQ1Jz04aPGJF8uo8UxaeekqHpzKFWeOGMkuKV/2wZFbk2dW9QAHIFrj2&#10;2V9flDkqal2Dj1MlZFFWZyWlnaeWCfUVeOWZifSRyVQ/63uxcQLWc19K9NvWU/o/nTrxVBG5r2hd&#10;FlPjaZYlj0mxT0sSL34BPPsWsVSySwYfLZipqKX+E5FaPIUWuGBa4gcSWmNyGVirWP8AQ/n2XO00&#10;zlIBUMP2dKKiNR4hoR0ncjUsr5DFY9FasrsVNW0FSsUs0UD2MIEjQg2s4V4+Rfkfj3x3FuHIbk3F&#10;NR4qaOm2zRw1FEWeeKNWlgsiQ+QkEKouGJB/oLfX2qjjWCIIoBc/6ifXrQZpGqeA6atmbaTbOCgm&#10;y6/f5+pY1+VrI6dnmnr6phJO0UMWoL6voFA+g/p7bN35/bybF1UGXp4crHK2Ep2EE7U5qZh5DA8x&#10;5JPDLe4v+be7wWM8cplkINc0/wBWOtSzoY9HDyr1MxyZ+PddelRj0XCT0yVkdbLXRPP92v7EccdD&#10;Gp0+nUGbWD9OD7CnFbYlwWSwMGTwy7yztUFyNVVSS1k2NjjrWIgpCDZWdV0kqy8Na31Huk8zSatR&#10;0AY+Zp1SKMx0FNR9elW8yT0tU4nlokjNRE1SRFG0P27lJZ1M4ZdI0mzMLW59rmPrODJCSDaWMrcV&#10;kpcjVZDM11XUaIPBLF4DjKTzEBAHUkFbkAn/AFvaU3ksYzVvQAZ+3p7wULVFF8yf8nTHX7go8EXr&#10;c3l6KPHTpSwUUcUEkk5nJd5J5HhLFhIrRgKEAGm4J1W9qGg69qMduCNCM5W1WNOPapxsNTFLQtCq&#10;eSPyVKBgySX9TXFz+fqPfmuZzGGftBr5UP7OlCwwhdda/n1BfeeByG31y9Nm6Ghx+TirYMfkqxmp&#10;nNRAz08wFFWCN/JEysTGRf08i3tN9iVT5zeVRRUNfkJfFkJ5crh1M60eOUwQR00Uj01i0IKnURxz&#10;yfaxJXjiXxAKH0H+r/V+3pG4RmweHHrJsLFrhtp4GhaVas02KoYf4rINFXlSY/I1dVKwBWSZmMjK&#10;WPqY/T6e2rDxwUlTIu+qV6DE1eWNPWjH1Jx9NTCSnZKe2QRf3jccIrEn8/Q+7OPEFIzpNMdUHZVm&#10;yD+zp7y8mSkxlUdvzUIzApjNQDIRPPTyOtmCTQxywsA/6S2saSb+4+ycvRz7nodr4jCUObxsUsVL&#10;FmclQpk66riqpCjZGlpprRKsTlR/Uc/T3W4Oi3/UY6vlj/V/n63C4Ddox8+ou4AqYetyFXW1NBFQ&#10;Uj5CUQZJsdEn2cRqGjnroF1iMkaXP0t+PahpaGhylflsJuLbNRD563ILhZMuppIqesiDU9PHDJAz&#10;6rudYh+luCeL+0zM/ghoWyuT8/XrRTVJRxivWaoqXkpKOuocgjwRLS1NS1OsNdHVUDskksiMWXho&#10;wxWRebG4B+nsKZDujGVtftrb1RS5ObG1sNHNLjUWsp8bLWnwsfu2Uxw2UMHjQ31Ahj+Pa2EKyCSc&#10;ZPrx6bYSAlIjw/l/m6dYpo54o5wHRZEEirMjwyBbav3IpACCPrYjj2ZOrzmB6cwlXk8+Tls7HiqW&#10;DHmWWSddFfS6KxKM2CpK/IIRuAPaFtsfcJDIxMa/6qdO/WCGicfX/N0DFemQ7Ulwpw9fLidn47cF&#10;bPngtKkGSyeS23lA2Jp2SckinFRCsxBQFyFJ9F1ZZYnbuNqZcBu2PPHG7hqtoyx4fbZq5KTFQOYj&#10;U0MtTAp16k8oWdyh4sbce/Q/vG1cxRLqhBy3E/Z8/wDAOrzSWzH0b+XQfbv3vkKkbx2rLsTK5jad&#10;Bu/D4/cOanhFVJkcbU1kS7kmoaXxGJmjVWSnRZNZI0hAdJIHdbYjs/FY3eT1mOoaTDYzLZKryNZL&#10;4HUVsCmWpromPEkSHVIJRf8Awv6rWvb+B5EgZSXPAUOAcZ9OPVLeNlBLEU6G/OZvYv8AE9tRZjKU&#10;9Nls+sdHtyGSepo6vIpkCs/2UMXoI82hdSMASBZvpb2KfYO9dtUmE2lUTTVe8NwYzQuPwdA5lpq+&#10;oqKL93IVcbaRogDFxIf0n36ytZYxI8pCRtnHp6dWeQBqRip6CvY+zNzY/eW/JKDblJtDbu6qs1lR&#10;nFan/j/nx9YaWmpaCCMyJ46iFdT6zpQeoAu/tJyDeXZm2hg8XJiqXK7YzEc+RWNZoZ2jrseaulSh&#10;qZ1P3CRs5EkA9LACx4sbyy2tmgmUVLY+fTcYeeQoxoR6/Z0sqwbT643lUblyldnKKLdmJhx7Tz1l&#10;bPtfHy4OTVLNWUkf+T0ks6yxWrJVGvSyM68Bg4wdHitn5rd21N3Q1qtmsa+MfJTR1X8UzKZKnane&#10;bHxSqBHom1Knp+osD7UgGSNZkbIzT/P1UUhYow4/tPS7rJH3Bi8dX7erqSVlrKDIQSipjmopY43E&#10;k0E81GXBDRMy+gmxIbm3sVNg7XpNiYivyFVkUi2LRUs9bJhd4NSq9fWSjVGKyGRToBYJ40KW+mnV&#10;c+2ZPEvF0EA5+IeVOneyIUSucU/z9Bb2Rm4MvLi9m4mLcK703BIuNh3Ps2lqHfaOOmktkssmekMM&#10;SCKPWjASagxGpAdIKA2DSvvHD19eKSupaRd8LV0FZQzLV0rGWpauaHFxZJo/HDSo3knnK8mTxKCQ&#10;FDkj6WESHyof8HW1YhC1POo6EvLZmLEVa08k0NRL/BZ52jqg0RCxSiFZZp6eNyz1MhVI4VRb6JWW&#10;+kgDL2FuB8rWVmFhxr4aXcjUW16fIRz0b1+QwcrD+J1M0c8ojiiiK+JHchxqIRSb+01pt627M0Zr&#10;50PCv5/5OtM7OoEh/wAHQMdW7Nmwm1sPU7kzzbrm25NlN3VMFFQ+PHYjcMtPK9OmOWli+4mkamq5&#10;nmU+UvKfLYFowwC9gVFZtfb+xBBmKKt2vuvOVb5SOpnglOYoanGx1FBXzmUa0hpFV0UrwdSN9SLm&#10;8J0xkSrQn/BTpLKaSAxmo8/zz0MOIyGLzG6c0VpZxlNvUdLi5JaiilWOj+9nlqKmGhrmBifzCOB5&#10;vExtpRX5WwnbP3CszRz4rG4WqweCXPVJElLFj2yC09PJQrT0VZOiiWneGaz6n0qELEjj2WSRK8gG&#10;STTp8SEJqrgV/wBinTtmsfHWU80ZrK+inrlpqSKqp55nWhlScVFNVQ0rMYVlWRRol8dy2lSSLD3z&#10;6zl2JHNlMBunfVHuOU5yJ6eKggG3MZR0EqGlkejDpI1Syt40iVAqx6SysbX97ubC4dhJHRNOfUnr&#10;0MoWq11V4Yp9nSZ3nXdgQ42es2ZisY1ZHgstPBRZWL72vqM/GEfEY8pS1lPBFTsBKZpvuJCSUUKp&#10;5LrPhOt9uVNfuNMZU4ncO14Mvh9rZbN0s1ftuTKxP/uIzmQhDKZqp3e9OWOnQoc8AEOLazSYaYMv&#10;Erwr8q9NyIRQ6aH16b6/++2dTB0yjHxYTNRYmr3LTU2QbH7moaWfSMri6FWR4/tl9KVMqzLUaXlW&#10;Bkk8br3DjMzlcTWs9Tt6rrK7NnI7yoOwL0sVZTvDHPVVXgChY4oHVRHHEtyrBv6e3JLlY1KlDTgt&#10;PLp1EDNQeXr/AD6fah8dhFxlDR4/LJj6bErj8HPgKV66noRTr9pT0ESwiSztEFKNUIYQI/UwP6nD&#10;OV2MZZopNwJ/dzOY2sxuJ27hqeqo8NV1U8AeOnbGqqSxxghrSsq6uFc6b3TWTyAFUFM5JNT/AMX1&#10;uRUJyOPXdBiV0YmrkwpbOUT0kVTlM7/D6vOxUYDRSynKUwljeRkJ1xxShFDNpsbAuT7lTbOO25kc&#10;7u2Gl21VZuWkixX26yU+LoY8Xqx+GRqT0Szo8YGq51KS31AHv1vO9xM6RgAqPiPn6Z4/8X1aSNIg&#10;Dxr/AKqdNVXt+hlqdwGg23RDcEuOjYZqRoaKsyNRWzN55o5/3JI4gQWGojlSgXSFJDWher272Hnp&#10;OvcNl5slhIKPIVNdmKSOkw9LBVvreGlhqDH5UgEhWASSL6V1clAfb1y0OhRcMGJPD1P+XpOjOWIV&#10;aU6echjaPde06rA7viiNFuKCsw9bT0GUqVaso6hniSNchjxA6SzQreVYGsjFkR3ADM2Rbgp+280m&#10;d3BVZSgzu1sgsuIrNtTxxUdfQy5YS1eOrklaOOFqoh4lnikLAn1B1Fvfp75raIRRAAdbghSQkitQ&#10;cEHiPOv7Kf8AFdewW06PZmKo8FtKjpYMRGkVPLT5GsyFXLDDTY2LG0k0U8xmknMcVPFEYZHXUouJ&#10;U02YTZdsZzbdY2EWDHff74x2brZYNnCryGfo9uVmdSsyNK246oGCGClWRKYSqCXZ2ZQLL7TNewva&#10;G5OAuAT08kZeTR9v+qvyr+306SmJ3JtneolqKqbLRHY25KXFx1W66KLAUtRu2mxbrS1iYmQwTytN&#10;FWxVMUcsca3aFoVV1Ns0/UODwencO6dxDa+Lr6uPItteWqlr81S4ekpzHBS01dTPL5mqiNTKSCAS&#10;Cb6lCOC73GYjw01J/EcA/Onp/q4UPTzm2QlAat/IdNVH3BNuLIbh27sHbWY3lX7dkGDq91LBS4fZ&#10;kO64T48lQV1TkZo6gJSXSSdqSCe9zGhZwLpPBbBo87n4srm+65DiJvAxrKCeTCZmRK53FNg6eGtc&#10;xxHSqRCSNmOn0hSOfZw9xeOghgjAPr5D88V6RHw0q4JJ+WK16fd37q3NgNtVzbd64rsrnhJVpjMS&#10;XpWw806SrKclU1eI+4kWFmkMyq8CSyFWDCNiD7eN/wDclN/keyOuNp09NQYfExz1mYz0AoWoCak0&#10;U8ZkkILzMisGY6y+v0/k+6/uy2tU8SUmWRsk+VfSn+ry4Dqkc1y7VfFPLyHSS6r6x3/h81uTePZ2&#10;+6nP7gz+VkmhwWDrqz+5mNxMC6cdS0dHkI1lTQfWqRlACBrMrXb2jcT2Fg8LXR7Wy20Zabbe4BOl&#10;bm9wUr1mHzMHkYUmRoo5bIFgcp45kB0FbGx9txWcZbxg51Dy8h8ulHjHXocUX19ehYzuGfMAT0+T&#10;q4K/EVtNWY/+Gzw0k0M1OI6mfF1kzB9cFYgVKiKQAGNwRYhHAnbdwOSwW1/s+x81FuGOo1psiGJc&#10;Y2Lx1HFReKlz1RUNplBZmASJtN+bXB4ZWY3cumBSqqe40+Knl/q49aAERoTWvH7OkZUVdXlN0NJs&#10;iDE4846roRv7I1mOyYy1aI51nXbePijRKeWVojL5qvzSiAkBVLMxVqwuUr9nJDmNyV2F3jUTV9dl&#10;oZ63IxVcFXIsbUvgpVuYaV40UAIAbkkH36SJ7qbwXUqopgY/wevVSx0FFNK+f+rh/qz0o81g6fdG&#10;38tgMRkc5s+SWk/haZPDUhxOQx2oCZJKI1cIDqNRGpLry1iCSfaJo8dhN34/dHYfZm46TJZHIPJV&#10;bYxj1+Qhhwc9LLr89LAl4ZVp0AjKFCtgeCT7dmmu3nS1tV0RqMmn8h1VI4o4wTmv7B1ypsdJtj+6&#10;e1tq4iakwNFr+/q4oqCSjioqeldPt6t55kqGqamdxM1RHG7M6s0h9bEvkNX1li9vjsimw+XrKW39&#10;3o56KOFYtw17xNLUzSQBAIVYDSeAbD/H3qK3lM2iWTAyf8g61K/AoMnieu6iq3FJlJMJT5PAx1VQ&#10;j5UK9PUPV4rDiZKSDxQLIBUuZVc+V/GgJtY6QGQnWaZGbcsVDOYsjgo6j+IVGCUPBWRLITUiGngc&#10;gTyXKxq7PpWx9u38ieAQuK8CP8uenbeFy1AR0pss0yY2uelqKejq/tJ0payqF6emqHQrBLUW58av&#10;pLD8j6c+xL3pT1i7/qFwb7ml3RncOuO2rg61IUp8Njsitq77GWAM3p0EksdIueSfaeK602yuSPDT&#10;z8z/AKvz446cEAZyCcn7KfPpGbakpaPZyVO5K/bEy45ZKrc+coGSnxNXksS6moy1UKgDxteFJZDJ&#10;ISulRcraybbq+CLAwZHsXJ4ra+Oo65Mfi6OEw5qoyNTHUhslVyRRyFHYsCg8pupv6Rbmq3l9eVFk&#10;CQMknA6alMMZ8NssPL0+3qc+84qnNvt/A4yszVdBjo8lX1BP8PxWNiqkvjYqutql1GSpALRpDE5C&#10;Au1uAztjzgNpbUz2e2fRwYHbFfmzTVmRgyC1e4q21QEoqRVqwwgSezExaQqKTa/tVavWTw7htbgV&#10;PoPX/UeqlcBwKefXOaClr8vh6LNt95maOgly1PRx0dQuCjnRlpajIBpQyySQmRUjDy6l1alVSxIV&#10;NB1zsTI5Pam6sLsquoo4J48luOc1GRQCaVxOjLJCDGYmYNqQELY/09pfGAd4vFFScfL06eWKndQV&#10;8qdJSrzO6MPBu3FZvdm12zeUNcOu46emp6Cu8CUI/aqKCrqXNVUQysGZkAUjT6eSCMG+epdtb5xq&#10;VcdZ/c9Ma0Lw5DEU59NHETLJTw0iskYLE6jKLsTb6+9sbqJhHafquRkE8K8M0/1D8qtRsVqbkGvl&#10;/sdFJ2T8hd29fZzDbB3Dj9y9h5zctbWwwfd11BFWQ5FakiarrstUFisRChIqYQqsaW02tpI17eqM&#10;XSY+ixGPM9UlLS00TT1gLVVTpjCiepaTm72ubWF/xx7L22tYNVzdSAO9a5qPsA4Y+delglmkWqii&#10;1x5dE27xTurcu4chuzcEVNgcdBl8jV4qh23XRQ0+HaCco9PDkKLRJLLEOHk1XJu1lBsFazo6opij&#10;jVf0RRII0UA3ChVFhY34t9T7QQbckIKxMdPz9TxPzr9vAenTxYg14k8T0WzM78yjV9VX19XNk8zW&#10;Qfb1WUq6qaqrWgSNYI4PPKzsAoUAH6j+vvE0n9eOOPx/rC/s1htlXK5/1fy6aJPnx6DesyVbV2WR&#10;io/onJUE3sSOT/wY/j3H1FtTA6QLfi5Jv9OePa3SFopyf9X+X/VTr2OBHUHSg0RsA1yxtrIVAfqQ&#10;V5+twL++zqOkXFvyeLn820n8e6jSASePWtQPXFStpDYhtPCi5VCBpDauADf82/1/fZT6sCAfqf6H&#10;ixJPHvyv5EV68T5dcfKbqpUsp5B4LLch10gX/PNrf4fX3xVbMCT+eCLHg8G//FfdmeqlR/qpw/4r&#10;rxIII65vICjJa11BIYMtiP0aV5Nj/Qn8e+RUMCBf+t/9f6g3/rf3QEq1erA41HrpDp9ZZTaxKj8A&#10;W9StwARYWt/re+FirC7Fv6Dn+n4493qrr2inWiyVoOpSQGoDCKIWC6mbV+L/ANpr/wCx+p98zYgE&#10;gi4/I+l/r7aBOoqPLqhA65GBYSELMfoR4mBFxze/HP8ASw98QQtgxuP98eL+7sC9aYPVSyhsdToI&#10;GLeemQ+XSt1Nr82/pe/P+298Gb1AEXJ+gAFjf6Wt78FAWpNKfP8A1HqpqTTpxgpJ2EjpbVyZDp5R&#10;rWIKgcfm3vOqqR61U88AkXv+P98PaWSRwewkCn8unBpUav8AB10NMbLJFKplZdBjjfxsG1AKGX6H&#10;kf65HvIEF7hQLcH02uPr9fz7Smao0k1r8/y/Lq9KHA6d2p6mNdcsqoVvbSFcNaxWzkkHngD/AJF7&#10;52P9Pz9R/wAQP+Ne9VFeP+r/AFfPq4oePUJmVuJCJNMgILHk6uHKL+Lf0t76Y2PH5P8AvX+J93Ra&#10;qSfLr3DqFPOUlKqxETWYCMsQLc6GZf6Dg/T3xaZIwSSoABvew+v0/wCRe7i3kkIpUn/V+WeHTMko&#10;UE1650zfdSmOKCQmcuI4Y11lifyW+oC2vc+y3dp7y3VhMxj5NuSPkMYrxw5OkojDJUQSyvoQTcGQ&#10;K311BeLc+xfG1vaWKrLGBIa5I/Yc/LpBBpmdmJJBOOP+D7erXfiF0D1xuXrWprOxtgRf3ora+qeh&#10;yWajrPHWYhEU0tXjkkZYDpJYOBcsPV+n6B92EK2rptu0NFud4qvL1qpWxy1EUVLFkHsyVUiyAvL4&#10;/wBOhAL/AJ49l0Es30ss8wqM0p6dP6wJTGopT7OjrbAoKHHZPcUibHosPS7fooMbt2vpaanevqcJ&#10;GrM+PpxGoEcZaNXSPyC+oXtbhty24NuUW6cFs/eW1MduvJ7cenakztRReOSnM8QYT0ZpmsoduRHI&#10;SCwF/oPacQmOzE7uUDdwXy/1evWtZmqFx8z/AIeoa7Xyu7MVV7w2FvzcmyJdzUslU2Pp6bC5Ghnr&#10;oT9rrr4s9SVbxSjxeF5KNomCiwY6UIB/cPTu6sDu2s3xNFkTs2SWSsbI1kiw1VJjDL5ZKerpf1og&#10;UaQQPpY+2J783gFtDWpwMY/b1vRFAdRb8q/t6XO3ex9oZ3If3bh3Ttmr3dRxRplcHi8tBVSQVqQe&#10;WqjplJDSKtmPAuo/WAbj2Yn/AGYGhzWzmo9gUj5WfE0S0U7zxSQx0elNAnniX1sG+q6Rz/Ue3dn2&#10;fbdqJmvaPKxJ+QJ8vU/Z0yxnu2JZqJ6CvRbK34rHcfb1f2JvHd1WuLqcxT5Kh27iaueOOtnpEDUs&#10;NZJOigBWTWyKGv8ApBtc++OAxtdv/q3NpuTJNTCFKiVcVjLq7T0qGeOJJqj1aJCAbDkci/09+a7k&#10;k3Y29qoUMMken+x0odYo1XUKscdKnsDO4zrPtrryfEbIXI5XetdQ7Zyu6Jqh44sbia+uWnqah1hV&#10;iZIwEa7AAiwJ9hxtvbtDmKDb+By1XWYqsMEglSnrCtEtMHL08RWJo2eqhHqJViOfVf2nu5ZrXxJI&#10;aOf59KEQMAX4D/V+3owuVyFbjI6/JRU0dbSwQJ4qdVkjrDUgkSOZvUvhYaBfRcEE+oEe3/tnccG3&#10;sPtba2KfPZGKWugFPkaOVGpg9K4jekqnpbDyEHkG/wBfabattURy397TxJMgHNOPr0y8sjz0pjh0&#10;kdkpW5XN5vcORx1Di5mjTH/Z/ZzrkZVbTUCuepqbMYJOViAQBirHi1vaoqdo7vyee2dW4vI4ibD4&#10;iKJs1jFrVNbC5sxqRUSAM1+VkiFgCPze/tgXiw2bQIjF3Joaca/4P9R6uFMchlc0X59MNbv/AGpg&#10;otyLn48phhkKmspaPIZLDzRUeSKRNDTQUclKJENjcxNJpLAj8iwdN10Gb3BmXwnhx2Mx7WlpcxSy&#10;LNURwIx8jmIWJK82Q3ueOPr7dAltbVTQs5pg+vp/n6cR4wPEY/6vs6gbEyu3MNtifcdNkM7kqrQ0&#10;Nbj8gk0BbIOAyRpFMgjjBBUCUHQFNyfr7D7sDLbMhpIYKGmyG4pNsUaLW1crS0s81YnDSqbCE6uQ&#10;UUEgcG3s1s7a4W2pcS5epoPw/Lj0w8rMS+mg8vX8/n0qtgQb/kObyW7ocNhDlMs9Vh8PipRk4KXE&#10;eBVgSrq3jgkeoJDPIwAS54X2oOmMXsbK02UlweCp6HcG4KZ5aivrzLljSU54kVQxCRhTb9PJP09h&#10;/dYpkukleTxI1wE4En9v/FdKEAEfinA4n59JnuTO5zaFBQ7nq8nVDbeGqoqnIUWKqafD1WRlTmnp&#10;nmm8jy6ze8SsqEckXAPsSsHDsjZVdPjfvctuvcAjklnjcSy0cQJJC0+Io/2VRB9DIruPqXP4NX2O&#10;a4VbncJBCgoQtaGmOI9fnUfMerAvZJUP060U+Zx/q/l0WjcOc+TXc+EjzOIpNndQbCy7QQ0dXVVj&#10;zbv+1lYRieTcVSIdDTkgIlPBC1iE8j3uQ03dltrrJXVE1LisFW5ZxpooYwlXXS30LLJb0hv6hQD/&#10;ALH2sES6tcbEog4n/V/qzXrwc1EfH5/6uPRqutdvbq23hsJhMnubM70GOhEU+fy0tGgULGAKeLwq&#10;s0wF7BpWci36/p7ZNkdWySHLbii2tV4yonpp6VMt5oYmqBOlnnoFluEax/WEuT9PYXvd4jF7HEsm&#10;sgio/wA/H+f59LFhj8Mk4PSv3DvHAYydKCozONSqLxySUhZp5UjRwb1EcDXClrX1WH9bjj3G6325&#10;TbHyOUqqWomrqSvnaky7ZdfNUgs5UiQolzcnhj9fZpd3E93IviYAoaf6v83Sfw1EZVcE9cN40UW4&#10;MKtEJaiCvGjK4megqFjkFVSqXilhlYoDYH1Am1j7FjaG3qLcXYv8brJaqlh2tH/k9IJvHTu5ssYe&#10;AgW+oPBHA5F/bG/zytZJt9iKeJg/lk0+Z/1Yz07EFtrXxH4noEu1t6TdZ9OSS+Js1kdyq+P8sUH3&#10;BMmUXTPVzMpYMsaaiWYm/wBAfp7k9g7ommr6uhjqZJ51DlIaWNpFggW5Zp5lBABtbnm3sz222hsr&#10;ZYpFAkIFTQVJ6SVYjxBj7em7obr/ABOP27iMzR4x6DH1caT68lUTK1TUTf5v7ajn5UAklR9Lngey&#10;25rfuS3+1JsjEwVjeGb7b/I2keSeQvobU8QIC3+hFzb+nta93FtKPLXuPH/V/qz02IhJIZH4+vp0&#10;YTFbQ2/tfJZ3c48EFXkkSSvrp/DDFTUtLGb/ALrW0oBdnLNb8+3RsTv/AGPXR7KihrMrQ18MMyqr&#10;zkwF+XSSVSbFL/m4NvaWPco3i+vbBNaV/wBXn1ZUEjV4gcD11jMjszd8FNuyilxtdHQTVdNTZZhD&#10;qi8UhgnVJpB+h7XUj6ggj6+1xmtoneNPicDXZd9v1OKhU08EEUss9Qy+oCdZNNiW5Nr/AOt7TDer&#10;i2t2eNCwc8fkenlt4nYvX8/s6aoayn2/JmM5jqWbMU2ayCVVdWLV0kcNMIYRTgQSC4MaKosGI5vz&#10;7VuydjYzA4fLYvetXQ56jqSFhjaZ9TEkktLyGX+huR7LUn3K/u1a3BQZqetTPHGtEy32dBt2dvHc&#10;2Shwzda/xOgz0FSZqirmxcE9P/DyNMtO0dSskU2u/pCXP9CD7CLeNNj/ABZHaUm2IFw0/wC5jaqW&#10;pWmo6eME6JaWYizMf9TybexTbW0dqdQcs7cemJD4gDuOHl0M2AmqcpSYrKSZMtVR0wiytLHTRoJK&#10;lox5IKiLlomjbkBbf7b6o7q6Pa+EyngohSV+RpXZ40lqXKqY24aKX9CKDb1cn2V7pDIcSNQH/Uen&#10;4TT4OJ6fMtBJU0FRBHPLTiWJ0eWGITSKjCzaIiDqNuAB7M0d77jzUNRr2pDWU+OiLCsqKcS0kVvS&#10;rRVUwsSfxovf2WQx7VC6Qlqk/M/8X15oJKV1EV6AGLqLa228o1TR74zuCrs9Vh5qHH5NcecjKBdk&#10;OMpgFYAfqJTgfUj2FO1aWCn3n/fTc22sjdJytFW1hKUQfVcLj6Rfrz9ZZbX+g49rN2nW9g/d1rIF&#10;AGQM46cjQxD5/PoXc7TT1uArcFgMrBFXChNKG8kctRGpj8bPMQSVJH1st/6ex23vuetrqeEYtoia&#10;mMCSB21S2kX06WT6f6wH09qtnt4LOwrpBI8z/P8A1cPPplFLSnV/sf6v+L6Kx1F1RRYLP5iq3IKm&#10;WairnkoKuJWpqFVQ3OqNuJD/AFkkN7/7D2DOU6yw28aQmurJMZXU4Z1qoDIRdBdw8RP0v/X20by7&#10;aTw41qGOPL/V/wAX1aQIgL/4OjK5LeEuDeJUoZsnTyyRxqkTxRzIZW0xlXb0t/Uj+n5v9Qtxu4H2&#10;3lRtrD1E89XE/jnydTJdEQMQEiiRQCf6C/t2428Rx+JddxP4f8/Wkdj0upIIa6GP7iING6rJ4nH0&#10;LC9m9iZD2BR5CZNrVEtVUVsqOKqRKOSpaAEWDljaNBf+vPtLDZQ2J+twGPAf6s9XzL+XScqduiKq&#10;FfSeOP7YiWGmEzU0MjD6ioeNWYj+gva/1B9g12HtWfbqsaHcNRk6itkDUdJS086vGZTcRyOhJuL/&#10;AEA9m1rdB1NxIuhaefn9ny6SspdqLXp6xWRlyMMkktDUULRytEUneF9ZQ2LxNCzXU/gsAf8AD2IO&#10;xdsbo27iKDMbkhLtWkSU+PlnMlWyXsjvG3+ZQ/W7gNYcD2HpN1S+uHjgOE4n/Vx6WRKYl0t8XUeo&#10;r6SvasxkFQyzxJomnCP4YWZblUkNhI4H1VCbHhrHj2pd3/xPIZbHVlN9oTpiZqWAy+WTSP0rp40r&#10;+SwF/Zj9RGLHSmKY6rHHpkJGa9Nm1aKDE4+ei1VTJFUTsZ6xlJYO9wdfFib30/j6exWbcBpsPFQr&#10;jYp8mIF8kZgR4gwW3iuR9beyvb7SASNcztg8P8PVp4Wk86DoLa/adXk9ynJDO1lBgY5H0imramCo&#10;kYWvIWRh6VINhb6fX2EeATK5HcFTHkMeMXBUSSKIoWQEKeLheVHsxvpYwAYhWnn15KLHprw6F2um&#10;hx+D8kNR92aWBDFNUO0zTMiggyvHySf9ufauqNm1VLrFIxSR3ZlP3tMpK/2SGuOT7dju4UpI/Gnp&#10;/q8+m6aiG4DpJUW/cdkB+6JJIkVVl04vIsqyXsysChHH4/Ptyo8rjtk0emueGsqhHJNUPUuKoqAC&#10;zKpsf9vfn35bWTc5DJKxRDwAJH+qn2dWkLU7MdMOdw2Q35J/uPnrcXQQuiwSUiGiZyvPkkLMGA/B&#10;XTf+vuJT7qrOyFmxOAxDsk6+lmkWC39Z7SEFUH4Ptmdts5e/WrUnFeJPXkgaQ63bA6y0O0qbYiJu&#10;Pce6JZ0oQwaSWHTCsZAAj0xC7sbfqYE+0DluosptKY5DJZCMUwdpZEpqhBKNXqKPe5tf+vu9tfyb&#10;qmuFDQ+ZHVDJHG+kZPSl2t2jtPeVXUUOAqamoqqY2cS0VTBEQb2ZJpFCsOD9D7eNtY6j3ZXQxiGi&#10;empNTK8glkcsn/BOP9fj2kv5026MIPiY56fVAy6j0+57ISYTH1FYXqJHNgqx+DSrE2FjL9P9ifaB&#10;7c3nuXatTDjKOnlWjhNvTG0QIDWWOPj6Hj2INtS1jtPEWhLCpP29Fhq0pJ6wbbo8VX0sebSOKpqK&#10;1QzztIJyCDbTe5GoG9/8fay63w24N/bf/ieapoaWlU6USSSWaedSLgJEwCgfgk2HsO3u9iO7Fpa1&#10;JPp/n6MwixoJH6ibp3RhtniKWo0wy1Wq1vFFAoB5eeQ2Nz+ALk/09tW+cZXUDw4rbuNYGNlSQwQi&#10;NVBPrJeMWJ/1z7M4QltEZrg1c9NLWRqjp023lUyuPTJSToVqf3IryggRWuGANrD/AGHuLkcBXV+M&#10;pqGVZ4sn4lRvt4TKtPGOXllqDdVP1/N/erW5VlYuRnh1to6NjFenMVsCSO/kjFM3+7WlCl5rhfHF&#10;GRc/6/uHgdvbnlqzjcbQVkePjISryuQkmZ5EXmRlNrKn9OfbVzPZ2/HukbgBn+XWqBVLtwHr1xrs&#10;tjKKLzVdXTrb/Nx+WMySSH9KRx3uzH6W9rysqNh4iFqGtkqa/JyDQjmo+3SCQDmRFQXAB/LX93is&#10;NxelzOQqcdPy+fSJrp5WCxigHSXD70yNZBNRvi8Vikk1yrNTvWVVXF/xyuXVVv8AllF/6e0NkqXD&#10;4ykmyB3BkZvKfJ4I5C6RA8AGeQX/AOI9qLdprmQxqAFH+qvTjOwx0rIZqySUxvRLDEg/zzyL+4f9&#10;oiQGw/129u+wFod2yTU0eTqaeNQw+4CCSUcXsL8En/Wt7bv7h7Oipk9Kl+DX6dM+68rNgsXJkoKB&#10;Mi8JUfbtMKdWufqZGDWt/gPaur8Rg8MTQxVNVNWSsY/NNMDPUMRwzKo0qP8AW97Rbrw/qpj2+Q6b&#10;SQTGvTLhc1m80sdXJR00FJpDuio5SCx5QO9mdh9DwP8AW9qvC7dk2rQNlnrqSYBTN9rSq7uXZdSp&#10;K7fUj82+vsOPLLud4IlWlDxP29KmK+H4YHHpPZnc9Huark20uNyMDTs9MayrVIIRGPTJLT6STY/Q&#10;MQD7LxufDNvncy02K8FFXTyNJUSmjZigLXYgL9D7El3ew7fafq5IwOki2tDUHoUKCFcRioIJZXkj&#10;oqdEEssmtzHGoVdUklrm35J/2PtZU+x6jaMMUeQy1OYYiJZZWlYSSMOR+0t9IH1tf2W2s11erqiR&#10;qH5dbaWOLCmpHUGk3FQZQOlDHPUsC6G0WmO4Olv3HsP9t7nVW/MY9MMXQZFZoRzUTngB1+pAHJH+&#10;HszgszbgvJQsf9X5dUWQyvqccOoEG2kkyJy9ZBElVGGjp4o31hIm5OpuBqP5t7W/XX8Gjmkyk05q&#10;WsfFJ4Uphf6lyW5/wF/Yb3a3utwlEKcK5/1f6vn0sMmlMDj0nexKzMxYn7PGRRxSzoUa/mquCtgq&#10;xRAf65/Hv3ZWXpaynmSkeB6hrn9wCURqASCij/evYp2rb0s7VVYeX+r8+izxJNdW4dJnqfEZuleW&#10;fKLNFEb+PSrxiWVj6zMHJJH9Lf63sAts7gXHVkj11QJlDhUp40KM5BvqYILKvtu7gEpoKL8/9X+z&#10;0oDMwxx6HCrgNTC8SsEZgVDkXKgixIH9fYl5jeC1cSx0lPSq6oBpjVXMbHkcv9T/AIH36G3gijGs&#10;lqevn1VUlrV2r0mcTtn7GaaWWsq5zLJqOqRkDLa2kJGRYe0VNFmq5j5Mm5kl/wA2kg8ccer6BR9B&#10;/rj35pQqkxJRR0+BXzz0p0jp4FPjjVR+SqhmNv8AVHkn/Y+1VtjrDL13kr38VYY11SMKmRjpH6VA&#10;c2/2x9k91u5Eohaor09pRRUnpLZ3fO3tvGJMlWilknfxw+VGClgNTXP4AH5It7dcti8xR6qRKeai&#10;OnxlFQ6XT6XeUjm/4A9rIZYUQS4JOc9U0hsjh1lxOXw2XRaumrqbIR6taSpKj6GP4RFPFv6nn2H/&#10;APA6TGzmuqmkVozrk87kKCPVf1c/j2oPiXw0r58P8HTTER5XpTLMsn+bIa/0INx7E3ae6aWpssTp&#10;9sDqmqViAYoBbTGX4/wva3tHPZLGwVfi4f6qf6sdeeSiVJz0h90YKWrp5J0LSzqpWkpmmkWAzH9L&#10;SqhFxfn2lN10+YzVexwctLTwySlFqKupCSKCdIMcQ/PP1t7PluIbS2ApVgP9X+qnSeJGGSePTtgw&#10;MbjKaCuu1UsAaYQU8rxBgt2AYKb8/wBT7X21nbY2OqUacVuTkpDreJS7EgXaz/0v+b+wqLVd3vFm&#10;u+2NTw/1f6h0sk74tKmnSX3ZQtvBaKjjDQ0CVcbSyyvoV7H/AFH9f6A+0FkN9zV03ifWs80wAdiz&#10;OoLAcr+Pz7EswhhjpCAqgcB69Mx29TjpS4raePxSIkIBREt41VQp4t+AL/4X9rrF7OwFQsedztQ+&#10;Qk0BoKWYssAbTe7KD9L/API/YYe8vr+b6S2Gla5PSiXTbJWlT0ntwbkytFIMXhqJInuA1SNMhjUv&#10;a0UdtOrn8/T2ltxbjpIJBFjoUqJI+EikYRwxi9talPwPxf2JbawjtIqSGp8/n0iWSV2qen/EY6vl&#10;iaXIOInl5PiJMjA82cve1/z7a6OlyGYJnq6pdJ5EKuPGB/qQfqQP6n/be0s94Vbw4Vp0qVQM+vTz&#10;I9LjY7JEVHBuqk8n8m/5P5t7V2IioqBGpwrPLMbhlVSS68AliOF/r7QSQSyuJZOA/wAH+r168atg&#10;dMOUmq6jTJEyRxRizq5Yeki59I5Lf094M9/k9LJUy1elUYqqC5cArq9H4t+PZnBEZe1QKf6h00zF&#10;TnJ6x4aVZKgQJSkMU8jSkDQSrafVfm9uR7C/HV9VX5eJEZGgRyS1QCHHNtVzx9PbG4r4UeiIZPpw&#10;6eicdLJgqRtxYaTfSDc8fgezDY7L1SUX21A0RfhQ6DVqvx9F9ldhHHbS+POKt6H16cejH5dAtuvb&#10;ONy9Yk2XjnakQl2jZzGulLn8/wCv9P6e/ZVMkuNvPP56hm/ciRQBEg9TDVc3P+Hs0hu3mnLlaL5d&#10;JZEjVwadN23oNuxZZocbSCkpEjvHOzm88p9K6UP4/ofpx7Lluusro8irQRtHGt3a8XJP4Cm3P+Ps&#10;2Yo0QByemEBDUGeh0olCU8YDarD63v8ATj3B2/lM1V1bB/uShbSieJ7Fr8Af8SfZNeTxxppFAP8A&#10;VjpbCCRnrOyRkHUq25ubAW/qb+xirMPTtj4FysqxzzIHRYwHEYIsBIBxc/n2gsZ3llZl+EYz59We&#10;IM3ScGQl+6kFBB5oY20ys5KaiOSY2P1A/rb2io9kY2arkqWgfwQi8lSAwDn6hUHP1/PszubklRDG&#10;QSeqNEBmnTk2SVEQMEWok/TAWGr68k/4e+QaCmm8eIxkkjghRVVKEBCDb0k/7xb206wxgCdyT6Dq&#10;wSpoOpCrLIpNRIqqb3SL6aSOLsef9f3Nk+9glWWSqK1sg/bgRfJpb/EAce3VZZEHaAo9eq0oadcQ&#10;KeRGjEd4RcO5ICn+vP59qDBVVRj5TPXVnnmkBawJOgHkH/Yey+9V7qgUaVH5dPrldI6a8lSQ1VO1&#10;PDToqgkX0gA/1At7dc/lglMS9U8bOmoIQA5DciwPA9r7KFtGrpO5Ianz6YcNiY1qrpRxlIiUMgI0&#10;6lNjz9SR7QpzVPOjUsMU0tRIFXWSTZieC3/GvaltMP6krf6vTqzrqX06V4o3Eqya40jQ/oVABptz&#10;z7j5CCoxaKamvBIAleNWW3PqVZG/AH0Pv0TPcoZFWg8umC+dPWSCWGp1GOM6VZl1spF7GxK3/wB4&#10;Pt2xuRp6pI0nmWUup0KPUdX9AP8AW+p9lcqGJi2AAelAWpqB1jnhddTQpY3Fzfgr+TYfn27tPFSE&#10;NBTtrIAS8bAt/jf+nv0UEUve5qB1YA9QSk8wZJZQov67ODpA5K/7b294RJsnIWr3cwRj9OsomoG5&#10;UWPP9LH2xeSNHSG0FCfT/L04BoFW49MmXemxUDSUyRiofgEqHfngG5/x/I9vM1Nh5ZUjjpFksf3J&#10;HILW+hVdPtQ0c0EFWYlj02TrJxTpM0tbnQrzz1QhSx8UESsFuf0tIX/29h7DXfFFModcdEIVtdfH&#10;fixvy31J9mO3uipWXJ/1f4R0kKNrz0vNu1TVFMDPM0s44JcBT9bekDj/AFvYO0eOzj1TTlamcBwH&#10;lYMiKFbkLe31/wAPdry6RhprinAdXWMg16UdwPqR7F/BJlslPEsgNPSQ6RJLJyNIIFkH+8j2SXNw&#10;sEJVPjPS5Iw2eHTfWPTU6O7KrSNfSgtqdgL+xqz2DwMWLpXjx0ZqPCokl+jSMBy7/wCv7RbB9Xcu&#10;7TOaeQ/yfs6ST6lloOgRodzbhbc1bSfxJfsRO3iiManxofpHG3+B/J9gxlqaJnEVLSx0YF/LOLBn&#10;bggIg/3s+xZ4EUK6idR8umiSc+XQx4yeZkMk9Q05YjQgX/NgDnW35Pti/h8X/HZv06Pz+r+vtvUf&#10;5+v+x1rX/q/1Dp18rf6n/kX/ABX/AA9//9Zuaqj8J/SGHINh/X8X94JFKmp67va2Bp1uWrSyCYWZ&#10;il7Febf4kkfn2w1A8soIcjUPVYf1+n1/HtxaDh1oktk9KGAmKEgx3Cmw5+ovze3uM2qG6i5F7355&#10;/wCSfe6u3TZVvLqUmiQBzZSfxx/xPvkjSva5AX6aR9Tf+vt0srDzr1vUfPrEY44ySADyLs1rKP8A&#10;ffT3IBaEgmwb62Nh7qgDNnrwyesD6ZkIXVpvYleT/j/re3GmRai5lPANrjj68m3Pusg0cOrDHTVU&#10;yvTkCEXYj9N7i/0Bce3n7Sk8fp0tY/U8m1uf1e0pLV1dOoRSh6ZRXVwks5ZQRqtcqv1t+P6e4q1E&#10;UDHlV0/UfS3F/bgJ0iuf9VOqM2k06mSUc1SBZSdVxq+l7/77j32teJw2hrW/p9T/AK3t3RRdR8+q&#10;6q8esBxv2rqHjvZfqfwALglf99/X3nEoiF20liAAxPPP5NvdSKnt69gZHUdoDMxUMwUNci1gf6Dn&#10;6X/PuI1edRAYA3+rXFx+ePbixBRWnW69TBj1dVBBIsBYEGxH05HuBK4kdtTXFrgccn62591yBXrV&#10;Cc9O8C+NEVF5J0lrfi9r+2sOzO1wUCtwCeT+B72hBOcjqtCDnp1eILGNJDMR9f8AY3Pt1pGVnX0i&#10;6km4HJt+B79q010jq1P4emetibxks7AGwKkiwuL3t/vPubLMwJDrpBB0m1h/Qk/1Ptpe56g9OnhQ&#10;9QoqdBGNB1fUnm7f4AX/AB9fculqIgBGv159X5J/xv7dYH9nVe4n1PTVW0kpZpX/AEWBC3soA/w/&#10;r7mRy3Y6gfQTdebWva/P59tmlKjrRBHHqDNTkLZWH7liHuLgrzaw9yxG72aMlAxJuRc/W3tgvorU&#10;en+r/V/n60qlzXqNrhH7c2iR1FmN7C/1Auef+K+2isDCUWNzYfU3Y/61/wDefb8ZOmp6u4zp6fKL&#10;x+GwUqtz+kWUf7D+nuZTSrNpgIJNhci44P8Aj73Q1r1RFqc9NeQialDVa2ABtpb6f7b+v9Pbu+Kj&#10;WESKWMhF9IP9ebavbDO4fSeHTyqpFOk5T7keapaGSONYQdJlI4bkDhf6c+4U0Luul0ZPGt+efqPr&#10;/T8e66lbuU5P+r9meqBW1afLp8paiOFwySiVJTYenSl/oP8AkQ9tUsDxxhywVW/SDz9BzcH/AA9u&#10;oe6h6sVAGoeXT3HUxTSGJVLOgAcgEWLGw+n+PtO1ESrPeKzE2J5/P5DW9q4yy/Yemm7s9KWnm8lO&#10;RNqTT6RxwV+gIv7UOPEoUGQKq/RQOTyPrf3Wc4oOtACnSTyPhMh8Wpmv6j9ABe9rf1/p7wV9R40a&#10;N34NzYfVf9b/AI17ZDBjj/Vx6uQw6cMZRCRknRObAXb6H6Gx/wBb+h/2HtPIHModfp+P6gfX6e1M&#10;ZVcnpvTqPSkm0eIxN9ef6AXt9L8e3uB2l0CS9kJ5PBv+QQfx72aF9QPHq5XSM9JupjECyeNR6lB0&#10;i9rE3uCOP6n25vOsRBVi1kNgOOR9ST/vd/eiQAQ3r1WteHTJHRy1Is6eIGTUzG+o6ubC3tnrJpqm&#10;N1udQYaFH1sDyP8AifbIIVv9X/Fdarmh6VFBS09I0bAekqQ7H6cr9Rf2zr92s4DsSgFlH9Pxb2rj&#10;bFD16hGPXpzlFG8GqMDUfr/if629qShq3ULGQwB5JI4B+n19ppijk5z1YBuPl0ma3HKxaUEXH4uC&#10;3+2/3r2tMdIgQXdQp/UHFyeLnT7RlCRT/B1cEMfn0GW4YpPKXSKVplWyFCVTV9Bq0/0J+nvnXrAy&#10;NJG/6QxbkDVcc8e2gpjap4H/AFf6vLpwEMD6jrjgaiudkp6mEFjp0NydIFhY3v8A6/tJTVUGpP21&#10;VeLnTdjb8X9qBHnB/nw6aZ3boSqelqwj6pGdudC/pQD+lr29y6eoSMFlUKbal55PFhcfj3cxH544&#10;9bJAWnn01VlPJOUjka4JCmw4Hq1GxH+t9ffFsuFIVrB+bkfX+vPvehWOeHTJFePDruPb7BWeInRy&#10;QrfpseLC3uQakSDUpA9I/wBa/wDS/wDvHttjpwMj/V5Z6ejFeHl1hhx5jPjmHOo/4H+nFv8AC3++&#10;49pyaplppmKl2Dm4W/A1G/On3uM61o2KdakTNeljHRwVMKDSgKKBq082Cj6X+v8AsPcTIzSTwGQM&#10;A6LcjUbEfkf6/wDsfdwCDjh16g008+pWMgippvEUBWRvrp+rWPNz7Tc9QXSOPSQpYMSeSCD9OPam&#10;NFrQnpoVUU6UUcOl5JAbtYrY/Q8fX27eASRQgEhrgrfnUfwCPdyKSVXy63QEZ6Z/uCj1BYenkMV/&#10;H4uCf+I9qPHQzOywyAleBpX6WJ4PHtuWVJcDB62pANOknlpoaaKStiK6tLHU5N/Tckc8e3DMwTU0&#10;LrTj0ABWYA6rEX/P+29pYidWl+nWXFR02bdrKTISRzzk+V7uIyQE1A2Fh9D/AFHtL4/E1uQ9AGq5&#10;uGc/14sP+K+zEhqBv8HSWtWox6VOa3JiMErTVMgiQAawgBAA/LWH49jXtXazQwqamIHgB7/T02Nv&#10;6e01z4Tpo/F/n/1f6s9KEHh93RC+8fkPS4iqljwmQjkkAZoxE4DAqSeR9R/T/kfsRYMdRUoBip41&#10;IPBC/m31P9PaBLQBqsT/AC/1Hrb3BPDojm6+/d9bkVoZcnLHDypERcsykEWYNe3B+lvfOeojgU3s&#10;vBJA54/JPswigWlTSg+zpqurvboPsVjtw7prYo4Y6uokqZVBd/I2rU1i3+P5PtI5LcsMRIEgA1G1&#10;jySPx/vftbAoTj6U/b5/6v8Ai6OSRQY6Nlsn401NfHFLkKZ3fSsjFlIUD+0NJ4N78D8ewy3DvQvB&#10;LAkpQsCLhiOR/h/tvx7vKoIBGaf5f9R60teHR3ep/j9h9p1UVelDCXsmrVGrekfm5B5/qL/717AP&#10;L5arq3k1Mxie4Ygnkj8n35fIE9ePRwKHHU1FEixRImn9NlAsD+B/xr3Axqwq7FpCUNwY72Fh70dR&#10;7QetCgNepkurT6Rc/wBeOPchZ3NSNLnQhP7d7XA+n09vKuM9UdqsKdcCg0cgXYctYfX/AGPtSR5K&#10;Tx8+kD0m5JAt/h7TSKCajp9GIXj01mhjL34Nxe6jn/WNvc6lrTM/rB0qbFypUE2uLX/r7oFQ4Uiv&#10;WxXieolTSeJDovcgARhtRte1uP6e3XJZkfYKIW8ixsLxqL2/H09tLGFlDNwPXq1HTPjMJprpZJov&#10;HI6/5zm5BN7En/b8e0TLWSznyICA3AH+pJ+oPtS40/CemhUnpYRQRxLoNvTz/g3vHTmeKdo3fUWs&#10;yfkfS9gD7bD6gQR1fg3WSRY2j1gWA4P4/wAObf737n1dVVGMU8MWplNyoUf055/4j23qQPWmOrnU&#10;Fp1Ghp4gxmZ+WFgzH8X449stVVTLE66DHJwth9SeOOPp7ejaMntx1RgaVPU1YluGuGFuL/737T+T&#10;kqqtKelMOu6345/17n/iPbh8MNU8emgXpTrKqhb2/J5/4j3Nw+13qJIXKmFo/Vr/AMR/X/efbZn0&#10;mq56ssQ4nqPU1cVMhZze39kEXPsT1pqOjo28ki1E/jsJFA0xm1gvP590NX7uHToKqM5p0lDVV1XW&#10;osUTU9KHBZHvrltyWAH4/wBf2iZ637ioFOk2hkHIvySPz7UqlF6YLjVTpUxwiJC5W97Ej/D/AAHt&#10;xMYo6bytVeUux5sWIJ+gBP8AxHvSAl9LdPsVC1XqOJDPKUEBQKLckAEH8kD/AGH19umMzDwxMTck&#10;qQoHJNhzf3aWNKUAyeqROxao6asjiI6t4/oFVrsT+PyNPtQDNQtSLGiK0zFSCwHpIP0/5H7Ry24w&#10;ynHp04HavTEuFqFrmllkZadVIshtqFvqSP6f4e0885eqLTwoGDFlka3pJP4PvUAU1px6qxJNT0pv&#10;AI6YJBKxXSFKBv1cf4e8GQysXMJfXLaxAaxCkW4t7voIOo462W8uudFQslmUaUvqAN73B/N/cqmp&#10;fuKE2JkZQHVTc6bH6n2nkYiTVw6sgqp9euE9T4KpEayI/pZiQLk/09pjclTF+xTKixtCB5GVbJ6v&#10;rrb8n29GwB1jz6akJUaenCgjdVkkeRpBK+pNR/So4AW3Fj754iopqSJNZDj6mQm4UfjSvt9iWBFa&#10;HrSAKteu6yGSYEJ+B+m1tR/ozf09v+Oz0dRNJDBJGzHWuo6SGA+n1+n491aCia+J49bEoLaB00Vm&#10;MTQjuG0JpOlCQF5uRZfr+fcTNVlfNh6pLETpZUI+gAb6f4k+/BgHBOOvFTnPWehoaWnrPLB+mRCw&#10;+huSPx/T2GqxVGqzQ8n1syMQ6tbg+1PiDiOmgCOPT/7U+DK1sWltSuly5k/QChsTI3/E+6TGq1HE&#10;9XjqTnqNUP4gHtcfQAfr/wBZB7a8ri6iaqqk+wSthdC6OmltFhcMt/r7omlYxrqD15lOrGesiSoU&#10;RiwW9hZyFOr6Wsfz7acBRVNHUzBVMUZUiOFhyzjkAe3kfV8Zr00FIavXN7aTf6f71/j7GPEVCz0y&#10;2VIZmQRy+TSvq/xP/FPdZoVKnT/q49KFfOekhk45IqhXYyywhzIgS7EC30t/vPPtGbopsrhappI3&#10;aSCazxKLkMGF2Cjj6e2Le5B/Tby6q8VD4g8+n7GVlPkaVZY1XUpKSKQNaMptY/7b2kaJc/kqsBRN&#10;FHrA1sDcLfkC/wDT2t8aIjjXprRIxqeHU93jiQsxVVAJ/A/2w9iOmNFL46tmjllEYDSWAa6fUA/U&#10;/wCt7LnLa6DAP+qvSjSAoIPTcKtZ9cIDIA1rWt6WJsT+B7i1eUkqFptNnRn0i36SYzpZSAfqPbmh&#10;QS1Oq6yePWSCkjgMgHBtf63b1c/X2mMmIEmeUSo6Ob6Tdyrf2kW34/w91GuMUPXjpGR1PQkqLix+&#10;n/G/aeqM0FlBpKNlRNKsyRksnNrrxx7dQqMk+nTbMx+Edcv9fn28puCeIKYkkmuqlVkjLer6Myke&#10;3I1jJ7s9eYuBjrG8SP8AUWv+VNj/ALx7d66eWqSKqqplij0Ij3OkqrCysp/Fj9fbjKFICefWyQwG&#10;s9Y4USENFGptqZv9iTc3P+9e5FbNj1xgSar1BjoFQQLhtPCsD9R/Q+/GNq6q9eYqEPp1ijEvnZhH&#10;oW36bixBP6h/j/X23YCrpUeOmWpkqGjJPmgPPr/sfX8fTj3qQNSnTUZTgB1lqELxtYIfTysgutgf&#10;ag85etheKucAqwMI9aykfQ3/ABb6WH191A0qajp0kFhTqMYwIWDQLYfnhCt/rc/7z7dc7WJisOZq&#10;ZE/fBRoZBofmxJ5ta/8Ah7RpHrkpJn59OltC16bKEPVVshn1n7WzI6teMkkrpB/Nvz7C2Kj3HmIa&#10;rI0kcdKkENQ1PUToPHHMsRMAd2BsNVgTz7MY3hSRYz0nKuylvTp+kqIYnSJ3USSGyR3Gt7mxKr9T&#10;b6n2InWmYn23hY8nn6Ex1U0Dx1SVFTHV+SaT0uyNHcMB9VYADm3ve6wRXBVEJ8j9lOk9hLcJqd8e&#10;nSK3ngp9zQw4yjr5KKWGaGpaaAFZIfE2sDyjj1G11/p/h7lZjOYrL0TJSVctFG5OtKSNZHdGb1KD&#10;9f8AinsvkgMDUU1HRi0glWrDj06YnF11C96sx1sugKKl3ZCrKtrhPUBf8kc+wtxNXlcLlzQQwGWl&#10;qqt3gqqpg1Q1OQRfQw4t+ePamFknSj5I6TUeJqrwPSimjWVCHvYC/pZhyOfqLexOqDkYqRIvHHVU&#10;+SdoZFMka6Y2FiGUG4/qPdSIg+hlOOnwSF1Bs9NCfZzVDMGeOeisxJR7cjlgWFjxcG3tW4DI43YF&#10;DLNUPAkji4DuDPGJf7JU3v8A6/8AT6e9yWUd+oDjA6aM/gfCePQcbtw+Q37LBRUU9RTUEDlp5QhW&#10;nnaJww0TagQRYiw/P19oXM73/iv8Sp4KUUj12l6Ov1mNSwe76E5Ivbk8/X2+tvHHGETivTet2Ys2&#10;AfPpbYfa4xYxwNdPUJQ07wtFMEcSlk0oXkPJ0f2f959pmZFp4knijqahqmMpLUhDKtM5N9RmX6c/&#10;1/HHvQNBpc0Pp1bQwXsz0qQSWKkqLH0rcXZbflfbTRbeztVUvNiaqJpJJRMEqciIkJBuQIbA8njj&#10;2012Iu1xUH5dVWDu1qeuFRUQ06F5iwQfqIikkAH+PjB9q2lbJtSipqIjFE8ggaKRnDJUK3ilEWi5&#10;vf8AqLe/OdVFAwRXp4VUVY06xFqYy+NWUzLH5Cq6SfGRdS5/ofxz7kZHD1NdFRzQ0P3FNLFIsldJ&#10;qEVPaYK8DxEWa4B+v596RFiBDGh62wZ6U6ixZKlWpnpZKiJKmMhhSl08zo0auJFS9yObce13jP4X&#10;hqWsp0eVK9cfIlIkiMkKTGMvH5dI+mq3uyRrOtTnPp/n623YKDz6Q2cjz+VqsQ9NHSjELlYJMkwl&#10;V55KNX0SLTf0YqST/hcfn2mMLM8NDlf4pUM9VWethEq6g8jAkRMwIP8AS3u0ldahfLpqMFQfPpV5&#10;GmkkqMWaOKMR0shvqv4wixlVVgLEW40n+vsHd07gyOVrY5aXFrT43DK8Rr2TwzIxlAMhvyeR9Qbj&#10;2pjMa5Hn0zIZD9g/b0901MKdZP3JZGlk8rmRy4VioXTGD9F4+g9vGJ3lXz7cqpqzXlMalSaSmplT&#10;7iQ1Eal43ZDcjkWD+25ihIUnTXr0WsoWGfl1hOOohWCtSCOKt0FTURpokeEka4ncfUEgGx/Nj7gY&#10;vcWbhxtVW1tJk8K2Sx9TBTwzgwRtIp8WlYn4AZTcHj6fXn3TxIm7Yjqp1tVcLqkFK9Z5qenqTH5o&#10;opTBMkya1DGKVPVG6/0INiPfe1cJLSU2QWOskheoGuYE+NYFYiY6yBY6hcA3A5t728zmnTiKFUjr&#10;K5UadQudQ0i1zf6XHtZ4CF9u0S5Cpz1M8ks1S9O1SZKmpjQrdEp4CSNSmxuPx7sXkl7dPDpoHTwb&#10;j011yR1xlx8lJUyxME8zq3ghdGNyjTAgkEXBAHsMsfi9r57fP2O4ZK2pircqJKmradofJFKpMmiJ&#10;ONWs3HFrXHu1JGi/TNCB02fC8TvFa/z6y5N62kxNdJiqeCavpqCd8fSzFlp5amGAmngkKEEIWAUk&#10;EWHscq5dv7M2vWYH72Q4epqpoqTGl1nqnpZZ2gjq53i/pcC62AvyB7a8NnUO5GpfPy6VhkRdKDB6&#10;SGPWrzGZxmUnxUUFdRYiOKuyY8qQx1M6Rz1GMoo5fWyFnZizrwAOb+w2lxGP26tFDsmWL7ucffZX&#10;+K1oSoij0AtTxjiyk/iT82559+jjeUkzdwPDppwiL+n2+telnTtVP9wK2KJVWcpAIQ764b+iRibm&#10;/wDrAAf7z7kbsp67cmLlraqoE9Rg6iBKXEQ1Yp4JhJCNNUklPp8oBI1i/HPvffakKFop6q/6oo2S&#10;OHWOmhp6Kfw09NMoqxLUSVJ8jgyo4/alaS7LwxKDhbAgW/LFi9ztS0FWu5Xkrq+KsONpsZjgKOhx&#10;9aIg4rJ61rtNYgXAbSeQb+3QySkFDT/L15HkSqtkg06zzRTtJE1NJDAutGqXkiaaSWFH1GnjGpQu&#10;oE+s30/hTfjBU4zKVcLYifHyyYanrKGokno1eopmydVKZ4xSrF/nJWVSb/2V4vb3uW4ULQkV/wAg&#10;634TMaEY6yl4BKCTEs7Quw1aVlMETjWfV6tCswv+ASP6+xrqcRWw5ChzMAmixccELGihBx0a1aj9&#10;qpnrUYEFNPIb6j6D2TLM87mKmT58cdLSqqoZT+XSejrKSWGpxs9VDJVsaiN1k01ss0LveQLTEepS&#10;G06QpA/P09t+Rm3XksrNFSrFj8OEyeX/AIq2QgEKSrThjCYUYOEJLGMSLpblufZjG6QJq01bhwr/&#10;AJOkzVL0Y0HWGmjw+Np6eKWOSpqI4cbitLU0kk0v7vhgYxkaSy31TMn6QObAKPah21jM1HiJWps/&#10;SVkP21dV124qvKvGftqcGoWOChpB+54wCukG3+I4HtmW4aecVX8qdXQAJQGo49JndWb2/javGR5L&#10;C5HIVVRlcdj8biaHb8ddprsrVfYx1dTXSKYKeMlwzSySx2RSQGPBDKqrcDl9nZqsw8OQG696TUGJ&#10;nzTSiJ4sO2RWaJNEfECyqh0tqLEGx9uSQOkodmqEFQPnTy6bNJUoBxxX/V5dKaTG5uTcuNnNZQQ7&#10;WxVDLNFjY6WYV8uYeJ6RZ5K3y6Whjhlf9rwj1lX1EgAKObB5Tr2nxO2aPDw7p/vFA+UzMlW4zVet&#10;VLOtPR0mLxLgrGWuXadrAfi1vaZpDMhlu6pQ9vl+f8urIug6Y+5fP7emLF5vD7zmyecjyeQx+N2n&#10;lavGeVZKjDUk8lJTR1FfU1taxQVECM2jx6hGhRteokaUDkaSbbGekqsX9jtB8dSnFijqaihWPG10&#10;ut6tquSIglgxuAjHk2/A9qIauB+MHzPn03KArVB0/wCqvS3pZKLM4qnqBLTZbH5Kniq4J40DUlbS&#10;VAFRSyxqSwZGQoVNyGHP0PtUQV9JSjb+VOUl3Z/FNcEH8NZ5noMvSnyNJTSoTCJirAn+g4P4Pujo&#10;S7Buymf8nTsZ4MM1/wAPWAs9UclRClWgWlaJFkqFpZabIUksB1M0KNqEV9aHVpN1Nri49iTnoKal&#10;23uKu2tt/wAO5Kmhp8rWQVlGUNRXPCUo5KTSNLF5dQdrkuTZePaG0kjjuNdw5YCoUeQ/1f4OlEyS&#10;PGQlAf8AD0hMc2Y/jtFDlsvRz4WGbJ0OJ/hVUA0zwhpZ4c7f1Fo41URrHYIFJckkWB7bGys52rjY&#10;M/2YlXRYfaueY0M0szRUOWrahY1+yqaNl8321OU0u6strsBfU1jG93Ny6xWtGJ4/If6h/g/MuWBV&#10;Ss4zWo+f5dT8turb22s5BtHEwRzbqyuHrs/HgsbGkVS+JxcywVOQLsvgEzyTBIEndTMQ1iVicq/U&#10;1FjNzx5TdGUm3BFuyCLL4LalV5Y6PCz0FejwaqXHyr+hX9a3cGy/m3u8lxLDpWP4QO71/wA3Ti26&#10;vlh3Z6ny02ZoMzi6PCRYCLa/imn3CksFXLno8nFJDNS1KVEMwjZZI1YSGWFnLaG1afcPbmRzWztk&#10;1fXTZPK5nOVwqsg0bQNFTSJSxmaXECpqh+55gtmtcab/AJI91SRJ5PqZQMcPX7etaWQCIGpz1hyW&#10;zMDl95bf31XUGOnrdu46to8ZXTI0tTE+SkjtPCSSkegBgr6dfrPKgc4etNm56XdsFJuKmxtbuqem&#10;oMnI9NkEqMbtvbn3qVVT9w4OtZ3QNC6XIGpb39pL6cyQExggcBxyf+L6ct1WMl5CCfX/AFeZ6471&#10;3vhtsbXr9xV1dU0lHTTVOLghTH1Brsvl5g9BQY3FU86q8zyzkGFolKyaQVfx6iVl2/v3d2xdz4ja&#10;mxJNv4HF1tL9/JYTV1eqGveKaY172jjR1Ct6yXubD0ge11g0VpaCSdKs38QqQCOAB4fs6SMss0vi&#10;1weHEdAv1vsTbXa+3INy9mLW9hZqGpkxtVLuTE1OBxTy0sMcrRx7TjcUrLA0jQrKUdWKsw9RJ9oT&#10;sCmpt44TEbzqN01T1tDlqelqfs/FkcpFUyMP4JQxRgKFjiJqZJ52a1wODp4uJdbMqLpH8un5lVlW&#10;lcdDZtugxm0q8bNwW3KTB4QY98rjY8RjBRYvyR1Qjy7ySQfspI7zU5jgChiA7Elfoq82+2MfLhF2&#10;JtuPdu5c3X4+h3Uma15yajRaNvDXR0bMYNXmIEsiDSi3vp49ooLaZFd7qTBrpUen+E/IfZ0+WLEB&#10;QMcT8vXPTTR/3vkq9yy74r8fgtp4wrUYOuwtZJipKik8s7VUmXqZm1wpTwiAKAU1szsbhVs01mH7&#10;RxUe78JR12JrarIzbebGxYuhx9BPg0yle1ZMtZkatEhSVaZOVRnJstgLi622IADmMj5kZPTbqpY0&#10;evp+3z6nw5naeeXF7gFVVmCgl3CKDyVVeI8jBiJGwmUqlxcTt95Ekj2R5ImsSGFiyk+3JtKnkwW1&#10;sZjJp03VSblp81ianypkIMUKOZZWjztddneWsk1MgEejVqva1z53ktyZXrQ9VoknagwDWvUqlyeU&#10;rdwZVJaOGLaVHhVinrapaqCrymWkk8j/AMPo5ECrSwU/kWZzIXd3QAAISRqnw+DOG17npdoZvPXp&#10;sDRZLPYc5LH0m4sjTaqoiIeSNkSCIA6AF1IF4ufZQJLm5kJJKqMgcKjH+r7Py6UuqhAOOPT/AFce&#10;gVzldk8hn9v4vbU29sPhkhzW9cnhdvVONxuTzW0sA4igpYnyaxVEElfkamJihnilkhaS7qQCqB+7&#10;z26t1b3wWJ2rNu6h29Rjr7J0dZNTYCgkwZpo2ra3TRRL5DPPIX8UOkrGur+gBrJPY7bb1Y5414+n&#10;5/n6npKiGQ1b18+FCP8AZ6d4J9rYvZWxsruXcKbAye+Nx0286KStrZsvXR7pzGLkyyYaGvzzVSFo&#10;ceHonLL4302iWNnRDnqev+t9pVOByG56mCno9rbQr0n2zhYmpmrMjPWS1f3sk8DNI4jjLxxx6uOW&#10;dhf2WwSXt9HSvhq5wx/h+Q/1U6UuI411Rjh+z/UOptdubsvP02dj64pqQy5DdtFT4vcW5adnw2Hw&#10;UWLpKfKNDQK8UspEsUsykjSzTERiTTf2372zu2d54Xb+IqNvvRbTz2aFemQq0eOu+8xpDx+ClpS0&#10;zgxMInLjT4ybkG3taIFtImETFnHn69M6nkf9XIP+r/V8unzaO1c1i89kMznNz/x/c9FgaXHHE0LG&#10;lxMdDV2mSSaCdSFeerppplZNJQEoPRcNkwNNi5qLfm/a+WhzW66H7+seLdMLHbkCxV02E2/t2Clp&#10;dKMJYIYjGQGOt1BJJ9sSm5mkjjPwcSBxNOt9ilgp7iTnpq3hNVYRtp9dYqnz+Gw+8ctU7boshsyu&#10;o4dz0EBxL7gy27WrskjrAkM4dKlrPMxdpVDMyr763/icnuDG7U3Jncnia3I0GLmyuc2piKiCho8d&#10;NE0dRR0sGLoA9RNMys0NQ8kjaVjIUAsb3iGlmjgTQleJ6qxPzJH+H/V8+u+rJafCZbdu0aLb+9aL&#10;DUGTpoMNuzddTubOVe6aswTLl61MvnRLGlNHLEhpQk3jl8pkjjGs3T0ne3X+UpkjyW0585ubHT09&#10;ZiYKmlq/4NjcjjIyKZ6fHzBZEp4NflZmTU5UEgkD3ZNstIayeKyhuIBpWvqemluJXpH5eeM/6vn1&#10;LyXXe+pMrSQYLsP+AbRkhqaXPUlPhKeo3Xl0rJEqKzIf3mqGKx1jFDBFLHTKIYpJGjHkEZQWaHbk&#10;0+yFye6FlqZdw0KRZg11bJS5vOSS+R8dUUyqoTReWMBXsVUC54t7LUhM97ri/skPEcP+L/mT0sLx&#10;rSEmrHpibsLCjf7db7QVZa7AQGpiqsRgqWq2hs+jpnip8vhM7PSTxvT1TpFUGGONB+r6XXkMKRd4&#10;Yqlwu3INv7ewuYyO2hlM9uLIfw6vWavxCyVEeRo4hGYUFDGrGyJYO2o+oi60wWjuZql6YA8vIHHT&#10;J8VfiNP8/QgyS4qsmyucyW46yvoKbNUWKxeNx5r8O2LkykVHjBha1aaRJKySsrnWZJJwqBJI40UR&#10;qzyJqm7/AJMZSU2axWEyWSxGPpMPtmTKCWGhoKynjqzJWzwY2pjZiJZJGd2UAubBiLD2sFrZTfpT&#10;UIGaeX+fpNqfQWUmhPHh+zrHX9YYPIxZdZy3nzG463dUtd/lH8Rp83PikwdFXU1ZFKjI9LSRxwQW&#10;4VFCj6X9s2a3Vu7A5er3xn5sJuUZncEMeAegr3kSjq6WlMKYw086aW8MEiv9vGpUSepzqPt0yJKP&#10;BjGlF8uAp8v2dbUaOGa/P8un3D7d27isENl4iCXHY2iomhko4aioirTTV88vmrZqsN5jJVSpOz1L&#10;P5JH8j6tR1e26twuX2lVV+46KKryeIyGXwFBFLuj/ccqZk05qao0stQgF4iSNcaogNwv092WRJh4&#10;deHp1YHRIQp4kYPTzDlKKesbFSVVIMqKWWufHw1Mc1QuNNUaWnrnjXlY5bDTqFibqL6T7WubwEh7&#10;Xibc1Fi6/BCtixFDi8vVPElXiKyjSoy2dvTNpJV5PFSqzfi5UWv7YcsYfDgyR5/PrYFHqc/L8sn9&#10;uOk1Q5ObObFGQw1VNQ102KmmppqGlSeopMhThv8AI5KPIwuDIsieGeN4r31AaSVYPvY1LsZ9vY6g&#10;88JwOAp66LrnF06RCocCPw1lV+6WJpPIFLSTtd2U6fry3a200dfEOTlj/m/1V6pcMWj0x/F/g6T+&#10;yKbJQ11RkKvb8FDu/PxYiq7EyC1Lz0cdRRUPhxOPjlGhJamOmZRop00RIymRmJTUxHcOA3jW1gqN&#10;rVeV2/j9pJiMjuvWcfT4qnpYzL9zFjn4mena86OCC2kAAge/SyR2/ZCTWtaevWokcR0fI8z/ADp0&#10;qGxddjYXGPy0ePqK3cE+WemmtXJXmes882LjmqRqhSdLIzRxkxFiy3P1ibW62wuZMey81kxuam23&#10;gKvdWJlaOsxU+Vp8hM81JPV0moOC+n9s6mAuOTe/ttprwlXUaSxANc/Lp1fCVKSZ+35mnWLcO7Y8&#10;BisZlJ6Uh8jn8Lt2qSOohqVx9Rka8Y+aZpIzoZaaQt5f0mysSARb2y7M23hJtq5hslj9z+WqraXE&#10;CuioJahsVhZ3M0cdPDUA6fJpMckluF5/PtTMv6unxACBw6ugULw/4rp7r6iujyVHDTz40RPSVsy0&#10;dTUPT1VbUxMka+N1V/2o1cs9kJLFfoBf2pO25tiYXbO3MFjv41QUNBR1q01JiNM9HEIZlq2mrqaA&#10;gPUTO3j8knJBJvxz7brWQRSPO9WY1r8ukk7kOaYHlTpO7SptyLldw12ajoPFXy0UkEka1gqllhph&#10;TTUsJqCVWkREjkijT/drzMfU5PuJ1tu+r3mcJTY6jj25k6SpWLHR4zFiSc0UMelI8rUSKNUf11tc&#10;FbkD2xfNFEhEYrjNfX/V+3pVC+tasadPOXpsZj8fm6/KzzVGNmp2nyMORrpXo4YYV5+0he6xEiwC&#10;xgXYD+0SSNO7tw7ppuw9vbbhxSidqWhnpMzSrUU9J9yY2ZqSryMaM4gUgs0d7D6n3a2FnHZKZR3c&#10;aH+X+HI6qA/c+o6TX7P9Xy6BLYWN2HlOu927gp58rkNvZafdceUoMg33qiChrpqSoNNhixg+6kSM&#10;CKZU1yAp9bgewJ7BwOa3xuKllSXFbgioFenj2vgsh58dRZOkqvJkDHWKIFaWouzyXF/rzce37m5S&#10;1t9FPDBHy/b16GASUK93Qy7Wp6HGYYzquSgjmK1U1dn4jSZGojkQfaisjnIkj8ERSmWOVUKBLaR9&#10;SeTZuxsNjNqUUUeytu4/z09HWvRPBBVSGqWG4kqjNqLSIf0sQbX4PsC2sklzfuzO3hMaBvLj5eQ/&#10;lWnS2dSiaUIDen+r9nVeff3dVJjd4HD4/tneNNk8RlKmhyFDgZHw7QU02iWKOI0MMSvGy6Lt5CzM&#10;PUbWtOMe9K2sxdLRUGCxmFpZZBkoahJ/3adARE2LjpwFBDWBWQAEG4+nsSpNs1hD4cCmR28z/n8/&#10;tP8An6TCJx3O5/LHQY5VOlcLSbo3puXsTsPd+9MxTQQ4WvosnSxZXAPX0XlWnyazyC2o2LtCXKKN&#10;NgxF1tHTaY/BUwwSgMWCQx/t8mynS1x/j7ZULMPGhOiuDU/n+fp+VOnIwT8Wa+fp0UnN74ngy8ld&#10;gMtuCPRAIFyuYrkly6Bhod1qoNLLqtwQS3PJPuYiQxl5kiijkcIrOqgMVUWVS314vwL8X96FtqkG&#10;slqV4/6qfy6dNVGkcB0FmX31nq7GJg/4pWy4uhnqJqKnepnkgjmq3L1ciJISQ0n6nP8Aa/N/fAs5&#10;Orkeoi3H0HJHP/FPZgERV0j069jiekQwU8yaXJGrUASwZmF2sOR/jz9Pfi1j9OPrYf6/1t/j78AC&#10;tK/6v9jrwUlvn10qFmI9OpmsFI9Bso4F+eObf1Hvr6khr8XNh9SBYfj6fj3b4QCPPr3AY67JKKCo&#10;XUxVdRFgpYkm1zyfxb3xU6SDzpubfkG/5uPr7s9CKefVdI8uubjUpUFC+hQw+h9B+mhjxz9f9t75&#10;Wa99XN7kEkcfk2/p7pqHCnWzkUp11ZG/bC8eM/uaFtewABI+p/P199Esp+nBI4P1ufqb/wCHvYCs&#10;McetUHXgPqdR8kakX+qlfwuk/wBQf63v9Pfd2NrcX+p/HH9T/wAU91IVeOetqCWr1lRS4I0qfGQU&#10;NgrMzG5Fv6f0v/h76LHVc8j/AHi9vx7uAmmnA9eIzQinXOMMAyC6O2q40/4j624H+8e+y41WP+wB&#10;4uDwT7poOnUOqNjPUhKadxdI9dgwOmxsbGxJP594JV1svJQKwJIA5A50i/uyuqowrWvDP8/9R/b1&#10;RO5sdK3BK9KJWkpvupHp5I44+UZZGsDKAPqygXAPHuVCgYklSLatJb6gniwB/wB8fZdcSFaKprwr&#10;TgfP/B+zp4Lg1GepUhWOCYExl6hf8zEgCx86Ncst/UR+VH+t9ffIU9nOtm/ra54sPrb8e/PdM8Y0&#10;Af6v8PVPCOrqDGq050+CIIi6hKYhJIXP6tRfmw/H9Pecgj6Xsf8AY3/rb2nUj4vMf7PT3HA6wyyr&#10;MgicXVxZeeSQ1yRb+n+PvwP1BNhwL/1/x/2/u7AUDqKn/B1Q9uSem8JdmR3dRwp9HDBADYup9p3c&#10;+58VtTD1mZy1THS0NJHrlmc2A/Cog/JY2AHsz2vbJNxn0OdKqKsfQfP/ACep6S3dyUWkPE/Z/q/1&#10;fl0JXWnW+5e1t447ZezaNZq6vWWaSaokMVNjaOCwra6pnsSsagi9gSSQACT7BPE9oDNK+clrIv4J&#10;IGqKOKCG0cNMg9LV9TKQ3kY8BEHHszu5IIJfo7VQKcW8z8/9jA6utuXt/wBTJI/1f6v29WjxfCzZ&#10;W2NuUuGxONeu3XPRx02S3NXZKpNRV10+kzNhsXEDBHBHckvKA1uD+T7CnbW38zvLtLIyYrcElPte&#10;qBzmQpliqQZCsi2j+6K6Sb8BQwNj9PZTvu7FIFhQVkbtH+f7Py6ct4Et0LscKOjTbn3JienuqMdk&#10;9yUkdTJt3E43AUsdPBSeSprvt1oKdaZJHCoJCoZgG4/1hf2EHyA3UtB2ji6o4uvlxW2Xp6eJ/M9J&#10;SVVQ7+b7mncqdRX9LD/D6n2dQw+Ftcdqzd2mpPzPHooRpA/isOJJH59O3TVPV/6P8Tka+6Vu4Vkz&#10;s9O/iZ6H+IgNFQySRM6uYkCqSD9biwt7Ezb+W25vbPHMUf30eSgSknrMkGgFFWSRQhYKSeRzqV0B&#10;u5j+pA+nsqvY5/pxGnfTFBnHDowjlSMGuOn+Smqdt4tqOnWhbEXlhgpY4ZUqKRKmSSWXwrHqWRbt&#10;6Yyq6fpqbge2DtzNbuwe4KfFzbsOXweYp2qJKFaUTSUdDUx+E0odf1sCTy5IP+H19rYZxHZKfDCl&#10;R50B/wBX+r5dMRwoz6l8z6Z6YOtMdtepx0+YxeyqTbFbHk67H1LfYUtNNXS0FRoOTiaEX0TH9xdQ&#10;DAkgji5VXW3UUux8BV5/CV8uaqMrDC0FEKVqJ4UlfWJamsQsFWx0si39hB93F5emOUaFjJzXj/q8&#10;j0bRWugCNPP7Opef3XjDmYNs5OOGiglLy/f1k9I8c08CErS0lExMjychwzKAACRc++WRo8vJDFi8&#10;hkaXD4yGoNdmsnDU1MTY2Gol0rBE0enzFr6FDAc+xVt0sTq1xbrVyKDpuaMRuPE8unOeroqcPkqK&#10;hqMrkp6Y0eKxxanQ5GakiMwZHqLLCByXkLABebE2HtfZvdGB21TYqkxu156zGY/GySJnKxYKdZY5&#10;I/3/ABmQCQyPfVqSxvxf21Ht1vITPPMTITUqOA+X5ft6SE3LE0wK8OgT2ftPs7ctTurJ7x3vjMNW&#10;ZbKLp2ptrzZEYIY+YfY/c188xV7xoA8LU5iIJOkkn2n9p5/bmTxlTFR4nHGCAS1tFTV/nqMi9Ubm&#10;FyJDI4Ym/rU/T2iurQyXIJkbSeORTp0SOFzgnoUNwYvPQ1GNq1zGV+5nlpqSuqaIUdPj6ejvepkl&#10;jcKun6kK9zf9J9qDH4/PHD5erxmCGOrK6leWpqIpqkVQjI9Ro4JnDF9PIOj/AF/6e6rdW0E4RTqZ&#10;eHTrgOg1nAPSZ3JXbQfNbao9ybtFZj6TKRw0mOmpsfJi5skqXply9bDTlEUNwqvKoJsLE+0/TZDb&#10;JzeJo8fuWekekpVhzEeUnefITVhWxaQFjpuT6goHtZKL5IfFnyzGo+Qx+fVEkUg0GPLp/an3NHg9&#10;xDKbdxeXketnm2/R4QU9PT/wrSv2sTmfT+4oBOpuCTxYW9ueI2Vl8zuKooYqKkp8DSPLWV+Yq6Iz&#10;0tUs/KwwLMFjlL350/QfW3tJf7hBAgRGLTNgAHh8zTpxF0DxZP2dMu7O1dv7Q2hS5mukrKvL5GOn&#10;osdtigq44cv92BpdJFjJaARC7SPIdItYXLKC84o7f2xl8nt/EYyPbdNVxAVu7QtPi6P0m60tBDOz&#10;BnZjfRGtvyx+g9u29g4RLyd/FlFCF8l+37OmHnMi6WFB6DpCbsXcO79sYvdFZSPueKjX7mi6spaS&#10;LMSZGqqCYYJs1XU4iMYjQFjLJ6FBIF2Iuy5HH5zZ+O3BkOt46vdmVyzrLUV9YyajF/uyCmkYqCfq&#10;dKEX/wBf2+18s9xXcSDo4LxH2n/V/LqskZljUL2j0rSv+r06dYXxHYNFtSn7bwuN2a2EqYq2g2kc&#10;uHpv4nEvio6iq0BEEcS38aScK35/qDZppK+to91dj4unjnwkYOMoMcX+7qaotq/3IUhVrFG+g5v+&#10;Tb3aWVbxfprY6FPxH5fLqip4bduT0PMdMaWk+zwMq2mlEvnqXmq6emhdBqMDhhe4A0Kr2BJP4t7M&#10;di981T7VjylDjquqx8Ss9RCB45aZUFyDCtyD/sP9b2SDaNsE+gHvGa/5z0prIMMePQC7g2RBW71N&#10;Lk9wUuLr8jCseMVlL/xEFS2hFqLAstjdVYn+vtgoNwUOSpJMrhZpMS1RMZZYKlFiqnkJsskS1KkL&#10;/Uaxf8+1lxbBXAiGsgfsp+z/AFfOnWk1g/rZHSvO3shAKfC7pgj3DSpTGCnq4IJo6YUttLwVkMb6&#10;ySvB0C3Nvp79k8uuGgkmqsvNHHUKtVVZTHx071JP4E0elg/5/A90tEui/iaAGHCp4f5a9WkkR6Di&#10;B5dZ4MBjM3ElLDgqZ6fFa6GkwuWSpWgjhjUAmkW4EQsABYEgfj3lx2c2RmNnZiPHZSWsqK7V95kK&#10;iF6euZwPQgisG0kixUmxv/T2rtrWR908e9cGgwK8DTP2/wAuk9y81E0Dt6RWUx/acHYGzqyLF0NF&#10;tbE+anjwuOqUq8bNDLaNp66WZU8MsCeqDxxmx/JvYBfsvYe8M4+SrNsZGi23FRRSGKrSnC1tfIoI&#10;SKGnjUBIzyLlx/jf2l3TcbOC9S3dfEZj6VH2ny6eETGLUxoOhY3/AL22xtDH0rbopnqsfX1UFLOp&#10;hpqimpo5XAaprFqXUFIwdZ0BmsLgexl2a+6YtuVVRuyikXK09S9HSPUPGtbMI/S1Tfkqj/gavaOW&#10;YXF4IoVqiipxgfZ/q8+nBBCKKp01406CLdkG0KnP4am2tlqKnoshTyVuUgxdqnEVVOQPt2ZKZjEH&#10;Ni17fQc+5sWM23HK2fq5Y486Es5lqDHT0hN9OlpbXf8Arz/sPa2C1vr6UIw0xA4A86ev+r59MXM4&#10;tl0QiteoGV3LvOlaHauHxUlbtZoQkVZBRmryWRUn92MUtJwlOtwNRAJ+lwPqX3sjdOKhyEFPTz5W&#10;WaaRTM9IiywMpP6llW1r/gm/+HsStFFawUqAR0nikkdquKdD1sqhylLiohlIKWC6D7eGOORKiCP6&#10;GOoWQsAR/RTx9D7l7syODXadEldQyxUtZANSvVeKuTWoDTrP6irNc/Un2Tba0jzSSK2qnn5dPz0B&#10;oenOjpasZKrlaqB02WywaYCji6QlQRcpxyCDe9yfYa7Ip8FPl4aDbuMTH0okibIVVZWtVu8Wv/df&#10;3BBYn6m3pH9Pbe5RyeEz1LNmg6tbyAHhgdPM0jQwSyP+4URmAjRwWIBIAALH3YZTZnHPtw47BmKd&#10;6OBY2jTxPfSo1XVeB/gPYK2Pb3t9yM19kuaip/wfLjXpTOxakg4dV7do7azWQ3zg87uOSrw+GFbN&#10;qrKV6yiRXmOmBqiVDrbm3qPFh/rey0bt7OqIq2nwdTNRQL5LzR1tPaODSdJjjWRQuoc8i/P59yK2&#10;22kMJmhQAnz/ANWf8/SOOSsmono1myuscFjAM3FJXzVc8CLFWR5OfyVkNgyyyzxyEur8WVzYD8e3&#10;+rxFTPjqHcOKgqJKsx3SOEKqTJYEGKNPozH6f6/sjt74GRraVgAvSkg1yKDpxizFDSZOv25l6ikW&#10;jKl71DsWiDE6lnlnNioAHJ4/HtioK3NmeePK0T0Lyp+81QrA6n/RBpFif8Tf6+1hbS6ywgkDh1pv&#10;DpSvTzUUmEqKOmfG1UNVHEweD7SeKVQFPqlWQFhx+Lce5Nd1zgJsRPlzWR0WWiLVANMyF5rC51Bg&#10;bD/ef8fbaXN9eXJTQdI8z03NNHFSg49Jz/SDkqfdWMwMeGqqzHVq+OXJGMRRUMi+mNXlJ/cZrfQK&#10;Le07tvdW36OjyFJTouUzE0UkDVjsJp6X+yviiJ0qb/k+3JdrZ51mun7FoQo8+mHuDIQiGg/w9LDO&#10;YfLZOtxssGVkx+NoalJ6mhgCItePo0dXMAW0AfRVtzYm/tk2ptnIZPcb1VXkXlPmJESAEqS2oRh3&#10;/p9PSBb2h3q5Ih8OIUHD8ujC2CoNZPTzlMjT4qglqXssUcbHkHSqAcu3+H5/r7Fff89TSU1PSxUJ&#10;pxSIFjklQpDOAAQxqEJBA+ntnZNrC25kJy/H7f2dNySBnOk9BzsXJ0OarMjXQ5inyZmkYNTQVKyS&#10;48qxXwtTN6kv+o3HPFuPYf7b3PWTZSFVpqap8ThXCJIkTuDwGkcXYX/H09u30CRp4TnT1eP1OOl5&#10;lcTTz0FWhnqKcvEw8yPeSEEepoQeFb/ahz/j7UO/O2cDgl/hdbjo6avdSzTQ08kOmUr+lHUeo/6/&#10;tbtm1KIxPK2PL/V/q+XRdJLM0hCt2j+f+r5dBntXr3IU+RbMndWUq8ZMFWDG1lSuSieGMlVbVKP2&#10;yfqQh+v19hMkO786Yc/DO1HjWNqaPzB/2b6mkdV5LN9B/T/X9qLi6t1JhgFSOlEa0IJ8+hdRqKnc&#10;UYMayFQ5jKW1A8A/S34+nsx+0aCev2/PJWq0bLHohZU0zuqDmaRpb2F/x+fYba7Vr8Qn/USelknY&#10;gbh0C/YOSGFzGNloGhlWWqC1sc8zLAocALDBDCVLObg3+gH6vaVyWKjmxmRpo6nVXJdopKxrIxB9&#10;MfIsAPr9PZ6krQy/q/D8v9X+rj0mNZSNHDpWY/Kz/f42oWkCUVTG6SR0q3MbMuvzOAbkk8W+v/Ep&#10;/rmi3RtOrqq6oiSqqKolY5YSDTRxvwzs4sLAfgW9lN/4O6ShDwU8PUjpRVIk0uenTd0WFzmJkxtf&#10;WLDBIVeVf0TsEGpYlSQXuxsDce1huHL4bMVElLXZGKaYoBMmpZjE5FjYKbKf9e/sQWSTWsAUqFA8&#10;vl0jYh6lB+fDpDbW29ktvUwkw+L8NOJWeIcUrVETNcGcOGdrj+gHtNbdih21kjPBK8lKCRGka2Es&#10;hP1lkY8D/Ae0O4wJd0X149PK5CEHj0vcwkucw70rRJTzypaXytqaBT+oxIv1PFgTb/H+ntNdm10W&#10;SlhqsnSh4PKplkMf+ahU30IzXJY/Qfn2a29vELPwozSg6QINLGvXtl4mHC4xqGmfVGkjOQWBLSub&#10;ySFF4W5/AFvak2n2NCmGjpcdSPQ42IiOKGNGaVlUaS8siE3Y/W1+PZRFttna3BkU1c8Sc/P8ulBV&#10;pCNRNOmPdPXlLuWrhrshJ97UxK6wio0imp7kFVipyCthbliCT7UlRktv5GNKvI10lIrNd6RTGsso&#10;H+rkPIv/AIC/tW0NxcgiICnqf5/8V69VM3g9sYqemeixe5tun+H4jH01eBGwjr5WlWGnJvpVKZf1&#10;Acc6gP8AD3yl3djaqKLEYNqGmRmA8Wh6ieVgSBKxj5P+Jbj25Bt9vYxmW4PiP8+A/wA3VIzLI+uU&#10;49OotPs3LjJzZ7cdTkK+oSJgvhqIaWjp4LAmnSBjwLj6i5J/PtUSZamx+LFEZ5p2Zf3mZTGrl1sV&#10;iDW4/wAfbe32MUt0b2cBSOA+XWrgNONCdIupweZzWfWsipqOkpYnBpFU/cTxSRPYS1Uikgt/qUU2&#10;HN/z7Lrm+tRlc2mVmeuhppZBI0btLHGI9QIUyL9Rb2u3Pc9UZjtqE+VOm4LbRmQjowePzNKaZIZa&#10;inkqqdFilWF47vKi2a0YPBJ/HtQ57Hx1dLR4ihpqVqRAlPHaNY45De2pne5f2gsUayhaaYks2T/m&#10;6V+HVyx4dZaGcaqipqGlR2uzRO+sxRqOB414XgfT+vtX00O29h4ZI4IqdMtJGDUGEeILxcRgHkj+&#10;pI5/1vaS2s5764N1OSEBwPX5/n1SS4ArGgx0iZnzu68pJEirTbdhIEbsFklnlBIaRio0i39kXJH5&#10;59gpVbirsznljoBFLUzz6PI0xWOKMty5H44/Hs9uyscFH4AcP8HXoO09CNSUkFBSR00S2ihT6WuT&#10;YXJsPqfZoKCjohjKXF1GWjmeSnV6sxAcyMLuqyMeAPoPYPRL1S11GtK1oP8AAf8AV59LFlDNkYHQ&#10;G5fMVYzVTlI9vVSClqDBSTTNZTGDpD/bLyxa1zf6fj+vtM5XC47biiTbyxUstTcz5KVvuquc35Cy&#10;tfSR+FAt7X2dvJeMZr7upwHkPy8/t6sSXagwOlFt/cNZuFqiHNxySeNl/wBx8MLUcMKW9PmVjqkB&#10;+tyf9h7QW99pZ3P7eappq6qkkYMZpIyblv6W/wAR7N7S+WNmioBTAH+r/i+ks0Q1+h6UmMzmDoMk&#10;2DC02PmKq1NFqRNaH6gf7H2EGzOqM9FVLV5Soq6ahEpLmYECQKb8K31/2Hsqv9xlkcpECxHVo0CD&#10;uPSpmyVHEdAqIZJiLrCkis7f64W9h/ifY3Q4kxOYkrZpIowBBTw2CIV/3a+j6/4+6xTvDSo48a8f&#10;5/y6d0lh1BesWRPIadFLA65JfqVt+hb8+0rn8BU1BY/dyMuo6oIZihYn8Bxyb/kezpLlzGCPTpMy&#10;DXQ9TKSrhdQqoyC3DFbBgOL8fT3C25hcdT1RfIw2AIA1m3jA/PP1NuRf2XTmeftjOenAABTrPVyT&#10;JAzU+lpf7A+oJP0B/wAP6+1FurJ7cwdD5sLRIG8frqZ18jPKeXOr88Wtb2ZbbYAjVdvqPoOkUjzF&#10;iCaDphw8eeqJJ5M1NCi+YmCnpV0IsIFow5PJJ5Juf+NhPgN2TV+RWarDSQayzeGA6goPpj4vx/X2&#10;9e+Fp8KLHl07FUHjXpSlBoKrYcEC9yAbfU+zP7J3TXVxMNHTSQ0QZY4yykPI4/tLGeSB/U+wvfCz&#10;tc01P5n/AFf6vy6XJHqFT0EO+dlYzIU5q8hOJJ41kP7hCRrGeWXWf0g/1FvYiZHLvRq09VBEyqNC&#10;JMEZnY3seb+1+3w2l6q6xQcT/KvSK41U0xmh6L/jdlyzzNj8Pl6ymlqJDLPPj3qIhTwJJYIHBXg/&#10;Tj6/W/stHYGLyGbEzQoUeZ2k+1h1FGiPqVSq/n/ePYoTwIkpCKLw6TBXRO416NptZoKPG09CamSf&#10;7WFIXqqph5ZZIxpdnc/W59gVJmcxt8tTVDvAiDxJBGWDElbcqPz/ALD2y0SN3j7eqlmfFelZwbHg&#10;/kfn/G49vmEyG4crVUgZZIaZZEkfSSzug/si30v7K7y6iSMhadLYAzEA8OvWHP0/x/437OVsanar&#10;oJ67LUka01NT6IBUgF5nI55P9Bbj2DppZpLqO2tmNWNTTgOjCULHF8z0BXZ1euL+3pcVU1C5DIVU&#10;YdaEktDGTzIyofSL/Vj7RuTpNuy5QuMdTRKJdTTWKRghr/pH1/1vYlu7WZIQusliPt8um4iaVHSs&#10;29U7hXEIauskqZ/ENEbIjVB9P0LgAXv+faO35uOemikShLR0iRFYfGCFK203XT9P9j7WbTDBbRaj&#10;lvM9I5tZcl+lHg8aBGamuQPWu+qTXZijfULc/wBPYG0FBXV7/dvU1sa1EwHq1m6XuQEb8e1Vzcli&#10;QuadVVdPDh0p/Yz4JVmZMZQrURRxD/LK2rk8Sk25WNW9R/p7LGXwF8V+524AdPUHE+XTZXSCBHqJ&#10;x5QlhBDFGZHYn/X/ACf9b6e1ZJDJTKr+dBTi0YJN3Yg/6r+n+t7dj1OmilW4nr3ipq09MSzw1Lsv&#10;hk81y9rFUW/0uD/a9s+fqfuaZYYHjUEWkkk5H9VCe1VuTAKsc9NvqLE9TsVSmGWWSRWuSDGqg8C1&#10;iWt9T7BCNKmXNSLNUTtTU7MsrwqwQ6W/QCoAN/pz73dyBl/TGT1qNTXPSi9mU2HNJJSyVCg08KBV&#10;Vpf16QbWjv8An+p9he8b/GBGh1H/AFcelgXFT0hN5RQSQRxyIZWkJtGoIB9P1kIN7fQD2qa7IURp&#10;qiBpWDJdnm+qhj9bt/X2dWqMpDOa18vl/hz0nlXgeg+ocRk0yNJWwU6CBrxrAWKOUW4XQn0sPxf6&#10;+wrkwIzNUZRWxyCNiw1HlVH5J/4j25d3TL2AcevABRXoYBXx4+nRZaaSPgCyLcFz/gP979vtJt+W&#10;igepMhnWMMxAAQm3449kzhp30EY6UqwVK+Z6hy5+llmSlBMcshCgtY2uOCPbhTSyJGslZTKY/wBY&#10;8yDSF/1m/wAPfhASSsRI+z/V8+rGVdOeotWIncx01SRMTobxSHWWt9CVJt7WNbmsauIjj8UMaMty&#10;kaADn8lRb2p2rbaytJMSSPM/6v8AVTpBK7iSq+XQY/wfPvuNpoqiV1RrB3ke5BNyNbf77/efYaVN&#10;bQM3kiUqnJLgDj+tifa+W1jDELk9OqzUzx6FuihyKxhKhlLj02/wt9ePbnQ5HGGjlKUq+VjzVvYy&#10;m4+lz+PaNLctN3tUL5eXWpNdKg0HTfX0WTNVE4rGEPI+0UERnn9R08lv6X+n9PcaKnolWWpDLLKQ&#10;bM7fto39f68H3aZpJJRGB2j/AFU62rOMevUxpqv0QkNEoI1BFJcr/QX+l/eOXb9NllvLWmWqe19V&#10;9J/1KRLfj+lvbZup4SQRRR/qz0+qVyBXrr+KtQHStCy01/qltQ/q7jj/AG/t6OyoMRQmqmmheZ0u&#10;sUZ4QW/qfzf6+0ltcS31zQg6R5+vVZpFXtHHplG9Urq77KlpqlUV9LzSRhQb/Ti/0tfn2D2Twddl&#10;8kiMlQFVrWfUI5FvZdVvx/rexDd3gtbfSgx0xGlTUjpdxSwrCGDoFAudJFgSLkW9mF2FszC4aFK7&#10;KU0NXVtGNCOLRxLawOkH/ez7jm/ur7cZ/ChJVQc/PowUoBQcegq33umuWB6PD1LUxPpeeIAyufrp&#10;QsDa/wDgL/0PtX5OLCV7GIJFG6iwWKNEsPwpcc2/1vZ3bW8trECSc+p6Tsr69S/8X0EmDyW9KKSS&#10;qlMlVA0ri80k8hsTq8giJtqtze3+HtGVkMNP5YaWH0qpt4yQpP5JP+8+zGEpHpeRu7/V/wAV1o5G&#10;T0KGPqKyvEM9bIE8j2ImSzaeNNlP0/23tLmpamZmlcKbWRbckn8WHsyakqhvL/VnrVQMDpVrSJUA&#10;JChYa7u/9kWP9f8AefeeSpx8Mcf3g8jSLq0uLAE8kf8AFfaRLea5ckGijpppM064rDXlpBQFYtDa&#10;dQ9RP+LH8/4f7379QQ47L1EdLSwKpZhcLwCP8SPbN7GtnGXkap6fRS+fTrlVVOTxdNLVVU2tEQsx&#10;I5FvUbX/AKc8f8U9i5idkUMax/dzKlPGyu8SG2sp6ith/wAT7DLzXVxVbde44r9uP+K6UfUqimo4&#10;dF+3f3auJWX7Wlmq62SN0gUKdKkiwkdv7K3tc/7b22b0gWeNkx82iOIBF034AFr3N7X/AD7F+0QG&#10;wt6TfE3H/V+316KgzSyFj039U7iq8lVGrztA6VFU3lBezA830qODx+B7BKXGzAu8+s6dXqa/N/pb&#10;/ivtbLLrfSp6UmnAdGsp66nZI1iCetQQq2Fv99z7gfw2X/Uf2tf6D+n+numpPX5eXVNLevl1O+9j&#10;/r/Zt9R+r3//107HGAoLMtyLkEc8/wCv7wVPHru7pr1ufySkltKtYGxYEaQL/wCH9ffccSyyAgA6&#10;Qb3BHH+x9+p58Otkig69LO8UVi19VuAw/JuB7zSxIInHpZvwBY297rXA63gjj1GhmkMqH1Kn1LMS&#10;Lki359sTSGI2ZbAkWPIAP+HtQo1EevTLA9PmgSKSrX4J/BP9eR7mrEKgMzfRFuB/aYn6W91l7WqB&#10;Qnqy0JA6heU04WNbnU3qJtpAub/T/Y29zqSYqjL4SWNgOOR7aYBhWvVgGH29Q6yAeUP5gqi5vwL3&#10;5sB9fb0YhHEjm41W4HAt/Ue2RVW08f8AD1biKnpPip+5mljVQTH9SQLj+g/p7T+UjJk1RgKrAD6f&#10;U25JPuyrg6vn1RwSM9KjESjwqkhu6c34/H4F/cKjJjN2I/oFFxzf6G3t8EMhB6oM46l1ya7aF+v1&#10;ZuR9Px9PeSoqmRxckA/gn8n62H9Pd4Stc9brQdYIqNWj9Ki4/tAfW3IJ/B9w6mdWXUtlYDVybXtf&#10;/fW92ZSDUGo60CD59S6WEqdDgWYWv/vfv1HViVNbclT/AE+vPFj7tJGpAK+fVw3XVRTmJ9Kk6WVv&#10;zb6fW/tS0sFPPpJsWPJuB/vftK8RjqV4f6vLpxXB+3pM1dbUwXUBgimwtcH6/n+nvOXp6aYCw9AB&#10;/wBsORb/AHj3WLIIbz/z9eZm8usLx1VbTXUm0mo8G1yf8fxb3GqZUmLFvQg5W/8Aj9Ofe1FDQceq&#10;6s049SqOCSnRFX1ycByp4+vqPPvPTiOIAqVbUB9fr/W1z705JwetA16wVPklYqQyBSQByAP8bD8X&#10;9qKnSOZQSACF1Nf6/wBeALe00hEakgf6v5/4OrirHPSSqJKmKZUV2KF9MYFwBb6ksfz/ALH3OiVU&#10;Qsil4wBbVwAfxcn3SRmZdJGc/s6cAIbpsf11CLJKI5C4LBSCzH+g0ji17/7f/H2jsnJeps0ixKP6&#10;eprXuOb+37cscHj+zqkhAOOhExkASjDRxPMSDa5/w9Vz7m0sgiJkiF2C/qPBP0vx7U0I48OtIQTx&#10;6ZMlCapBBO2lGY+hb8C3Fz7cqmvnVI5GtpvyOQC34+ntttOuh/1ft68y0Fa16ZMfhKMvURR38gBs&#10;zKp0qWt9Pz9Pp7wPlBIdBb6qVIuLf7H6+2WjHl1USEZPTnT4FqcK4XUVcPdgSQBzcX9t1ZP/AJKR&#10;qvxdbnkf4D/W91CNrBPl1ZWqD5dP1BABVEqpGogSKAbE/wBT+f6+03SAB9crC5JuSbDn6H2ZnMYK&#10;8f8AN02OPT9WM1vFGh02H0Un/Ej/AHoe1RTOpKrq/aUcEDgH82PtK4Jy3Hp0KFFTx6SVVGUWRlS8&#10;rnkE8sOPUwH095qyGnqYyBZpFJIPAPPHPtKVdX1jh/L/AFf8X1fUCKdextTU0jKr8ROLW0tcED+p&#10;9ttkpgoVLk8EgC1/9f2pFW8+mwaDpzJkqy7FyALELqN7f4/8a99hQW/Wdbm9wL25+l7e9lTWgx/q&#10;/wBXHqjGvz64GbSjExjxxj/DVwCW4HN/6D29QUMTwETuNR4ULa9v9Vf222sNUdWjAHxdJmqzMqVN&#10;6WFnjQanZtWkG/KgD/G1z7h1uJEaIYpCCzHm97i30Fv6+9IziWj5HVnVKV6c8bn1qvKJISroACpB&#10;9BvYEn/C3/GveD7eOnjIeNdZAOp7M39L8/T2okkqew46qDQeo6zx1MtVKCsxKKSoWMMoABvYn8++&#10;LywxKrMFsoH9oAE2sf8AfD2kIdjUdXOnT1Lihlkd0UsdTHSbXKj+nvqly4aZoVa34AsCP9cXt7Wx&#10;RArU8emSRXHUPKYIiGOcpcKLt9QSfzf6m3+HvNPXktHAHvc+ofUXv7841EkjAGOvGvHqPQYhIVkq&#10;fGVYgAEgA2/rz9B/xHtlqKqPzPGQC30HPF/dURuK+XVi1MdKinpn8EchJC/Vr/Uraw498KWWUTE2&#10;/T+WJtb+vPt4vRCOtDJzwHXGtpoTCoHIa5Gn9VzwD/h9ffJqmJqh2YCTSSSQbC9/rYe2UQBOtkjV&#10;jrJ9tOII0RvHrAH0AP8AsD/vPvNR1vknk1G6AWVSeBb6f6/ujwgx6kx/q/1f6h14MQcdR62k8UUQ&#10;AJdmGprXv/Uc+2WqyQWRw4LWc+q3Fr8Wv/h7tGoK+nXn1dPsGP8AQhU2ugupvf6XP9f9tf3xaQaf&#10;Ix/aNrjn1X/wP097ppND1X7OuarclFH7ii1xbj/Yj/D3MhpEmAk/CjheD9fyPezVcDgevUqcdQZq&#10;1oiY2vctywuCStvz7cRAP2yqElbck2/2P/FPe0qW6sxJGeml6kgSBpFAY8Di178r/wAV9qbCUdSZ&#10;1JhkZWZbkE3F7c3/AB7rKYgNPA9eVDSo6QW7ctRxUErGsgjaOOU6XtpYKCCLfkg/T2JUOBWVDrjU&#10;mRbEG5IH1IJP59phg0Of9X+D/V69bLMRTopmd7kixkitFXCFKOVw1vT5GDEDRo/r/X/Yf0vOodsU&#10;lFKZFiLSE35/Tcfj2ZW71jAY0H+r/UM/z6TPVjgdAH2Z8k89m6V8dRVMMFMAyCRAWnbUOSp/Fx9R&#10;b2rI/wBiP1WCgcC9wAL8D3V1SSTsHD5U9M/P/Vx62tQO49E8qqutzVYSrT1U88hUEkyyOzE31Hm3&#10;9Lf717TeT3HTUp0CULa1/wDE2+l/959uRxKSS2fz4f6uGM/s625pw4n/AGOjQ9cfHHOZqijr66kZ&#10;TOquFYWNiLr+OPxz+fYc5beP77xCUlWFrobn+lvdiFdaAUA4dWAJA6Pd190Bi8HQUlV9mi1cKIT5&#10;AeGtyVLcXt9eOT7QGTraiTXN5PGg+gY2JsP8PbEQoNPn5Hq4jxqPRmsRi6OmEcCwB2C+vQo0A2tZ&#10;gR7QVXP5pGZnJI4b/UsD+R7WIpUUOR/PpssDw6XUESxIqooUD6AcWPuJHRh5E1LeFvqOQQb3A/23&#10;tp2HcPTqxQfF1KaYqp59Q+h4sbD2oY9vUlRTOyHwMvJIuSSRYXv9PaJneNwyn/V/q9enRGpWnTNL&#10;mJIKhYnjEok+liFtb68fn2lZ8O9LUgvJqivxzbUCf7R/p7VxXDPgjJ6TGFVavT1HVLLHqTg2/wBs&#10;fbwsEQjTQwPj5KkcEfkc/wDFPe2Vw1TmvToKU+fUUysWIZSA/Ab/AB/HA9yp6qObxugVBGtuAefw&#10;Pp/vftkoIznPXq14dYYIHj1qxLl2vc24ufx/sfbNHVMDLZbR6tJW19RJ4Pt4FGFDmvVKGpPU5of0&#10;c+sfRr2tx9P+Ne36kSjWmJeMa2H6Lgt/UMLe9NGzjtPDrasFHTVUSVRqFCNaMcl7cf4qQfcCZU8q&#10;OtjYagAP02/BA/p7tEoVqN5f6v8AV/qrVs8OpqM5jZTcc2P0F7/m/vJHJ9yxurK2khSAA1wPrf8A&#10;p71LGEXUOvAk9cSPCFGq6lhfUbj/AFufz7aZmVw1PMhEoJ+gLE/4sfbRpTUD1dtQGk8OpqAghlIK&#10;H/Gw+n49veJwwlKc6ne2lmUnSW4AI9sySHz8utqlT025DJCmR2I4QEsNVrheTY+32qpp8dTTO0Xp&#10;VSC4HJJFhzxx7qh1EU6dMZXI6aKWspclPGqyqW9LLHqUgW5It/UD+vtIh56uIKjMbtYqtioB/LH2&#10;ZmgANKdJOJoelBaKFyzWHA5b6m30AH9P6e+p8RRxSRvLKxmsA4jIB4P6b+2QZTlcDqxCKM9dRVkk&#10;ofREQoJCs4Pq/wBhx7dRTReJoo4WMAjurckqfpcuePbLSOG7+PV1Un4RjqP5W1K7yqsmvSy8AH/A&#10;L7YJa2HGxvGFLSkkAE/pB/p7VIxkAI/1fb1Wvh18upxhadgzmyfWw5uf6e5tBJLUgFPS5UG/pGn8&#10;j6e7SjTwz1tKPmvWCoEcQOvlb2I5N7+kj36pnaXWjI4Karkj1ah/aH9QfbSaVGodVJzTrlFEF0sG&#10;BD20gWC6fwLH2iXEiVb1UxMZYhE1A3Y/6x592DhxpHn02wOqp6cQBaw+n+8W9rLAZCeKVVZzdiLB&#10;ibC541D3pwrKVOenUNWHTXk6SOeEkryoJuoAaw5Nj+Pb1Pi/uKmdqmFXEtnje3oII+oUfUn2goAu&#10;DSn+r/i+nWUlq+XUWLIRpBEIpP0WR0YgspAtZixFrf19o7L0MlOJIFS0bNpDjiwH9F9qYGEg6akW&#10;meI6eYZhMitfm3I54PuFhKSnSq80U7xuvBEi6QWP1AsL/wCx9rRqFNOa/n0wmlmr11UEiNhoLqQQ&#10;QCL2tf8ANva43AJ4cfTzxxpUxqFFUikFlB4V7D+ntESqzENivDpTIp0fp56YsRNHJUVMZDxvrYw3&#10;UrqQfqAJ4Nvrx7COvzdPBVI4V7ySKsit6W9BsLD/AFvp7MI4lIpXpI8mkZ49KT2pqerq5aaoNCiG&#10;Oayq6n/OqVudY+osfqB7am/SIr0+up11dYmSNmUvyUOpdR4U/S4/437546atRxLIzxiFGicKSykf&#10;S6/nj3oyKwzwPVVQg1HXpI0dSpVSSQ1jbk3vfn246oZy0sA1PGoAUEXc/kA/g+6KlGBU1B62D5dY&#10;/UgCueGJ5+oA/wAfadO5IoJJzGJlemYiSF9XD3tZv9Y+1QoRx49MM1GoPLrI0KutmAN/zYfT8jn3&#10;mkzNTmKijidZS8dnBLE2Vhxx7a0JqL9OK5YAHrjDTw0ysIkWNWOogAAX/rx7XFZk4KLDtUQwK81I&#10;P3kjKlwR+dC/U+03h6Zgx4HpQzDRQcR00JTzSVkgmlcxSLqjGngj+ik/i3tJYzcE1VUa5VlkR5Fd&#10;YAhskZI12H0v/h7XMkZWnSZXbWenOSmTxlY9KNoI1mwJNuCx9uO5M/hKSDxR0yUx1BkKLpm1lbsz&#10;KfoTz+PbcMCl6hiaevTsk2hTqHUPHUtdEfJWVZnZgQV40AA+nSfr/tz7SdRWpkKCnqMe0UDrIGcT&#10;L+tfoSt/z/ifb0sSq1V7gemzJqT06dVDAtc3Btb/AA/qPbbWV1XR0/3EBSqlqw3piiBETBrMqm3J&#10;P15HtkolaMMDqhdgtUNT1y9qzByyJTxVGQhCLKirGkkQDam+hA/1+PbB0u2iPy6dTWqgvx6wzBnX&#10;SjWYEE2NuP8AH31k4VdGSRJdJckpMCq8+pQP8D+Le7iY8BxHW2HmeuUdrA3U3A5Xm9vrc+0FPUS1&#10;NPMkEivBHKNUQBIiaP0rqZufaxTqAPmemTkUXrJ7Ue16ZR5JZpBDYBi1OVZx+eLH+v8AX2zLX8PW&#10;4vn1jkLabKoYk2sxsOf6+3eszFHjZ6Z41Z3qZWGtF1qr3sT/AIe9RRtqo56s8g4r1xMZdCj/AEIs&#10;Bz9Lfm3td5vC1Gcw+Ny0hJpaGB1rkLol0vqjl0fU8Gx9skGOcrwDcP8AV5dKGVXiDVyOkbjsvjsb&#10;nK3AtJpq62cVVGgSV1kJjCSxeS2kEFSwF/yfaOye61osGKLb1ppo2PliaMWeK1zwOGvzbjj8+1AV&#10;Yn8R849OmGcsmlfLp/XGCauatrFR2RVFOA7nxG9yyj+yeB9D7QlBuTIuY4apTBEHLMgpmMaFj9B/&#10;QAcD2/qjkWoz0nBdMHp30LfVb1EAX/Nh9OfYoz1JkWhajpqNl+0QuAgjKy2sP0i3I+vtKlshZmfO&#10;elLSHQCMdN0KNH9wsss/M7lCzl/2z6gFv+Bfj295rI00WCaSHG0s2UhEQhQQK9ZCZF/cKuv4/wBb&#10;34W8cDhwaca5627O0eOmCipK9sy0klbWGgMcrCNZFFJMQ+lAUI1A/n6j2GOOlr6pJppauZV1PLDC&#10;I9IDD6xgy/pdTzb8j2689Tjj0zGlAS3Sv0qLegG/pJsL2/F/eHeC102OjrqSvo58hTxgSUkqtNVv&#10;TyelWCqQCFI/I496SWUSVK469LEGHacjrFCEjZoo4Wjj9ThgFERYt6gPzc3v9LfX3CxG3s7u2Cjg&#10;qHkx8tNEZFrIGRBGtg+iS31VlHH9Pfprho++MV63FEXUJIeHXCrrKagiM1Q+hSyqqjl3djpCov5J&#10;v7GV1wW0MDNTSBq7yULPWVtRUCX1vEVDwxpb9J+hI59sJFLeNrl7aHh/n+3p1pFh7Y+HSPQ5jNZK&#10;OqWqOPpaKsHgpkpWWWaOKQGZaqolvw6ixVALf4+0BQ7rat29U0O18XBX5t5Fjp5Zo1gnSnAKtLCZ&#10;SBa9tRH+v7elt4I2E0prTpuOR5EOkZ8ulFUUMjZKGvlyFRFQwQSK9CJESlmncgLLUXFzpF9IBAue&#10;fbrhGyOOxdMd1VNDS5halZP4ZTu0sxdmILs6XXn6sBf6+7SzGQa4R2+vVkGgUkNWr1xkZayXRS00&#10;skE9K6PXAxrTgD0pEqswdj9SCFt/j7Va78npmr6dqCeVYKWUwB6bw0tS9+IiXFmkB4vYf69vdBJB&#10;Kn6lCR/q+3pyrhuGOkpU7Ao6iWCoiqamnm+5gnmnjqJXqFWNdJjp5C3oRh9UHH5tf2F+Tqd05uSk&#10;oZxIK/OGaoiivMn2UaP40hZofop/IPvyTRINQwF6bKu1A3n0t4IKHHU7CJY4IKaO0jcAAIgYu7fk&#10;2+p9rqWjGMxk2DrMYJ6+EU81RCK92ZJIwrxMsqWZVYHkc+0zyhmFw1QD+XTmP7MUJ6bKWcZWWnyt&#10;BkQaB0ljgZKeyTKWKShjL9Srpw1h9D9fyE27YMhW5mJ4NvasTKRNPDrqpFXQgSpp/EgDSI4+hH5+&#10;vtTC8ejj0y6sXBpjp7p1aOFI5Kg1Eka6XnYIjOb8MypwD/rD2I2yc9h9iUmaql29TTRlYVoaB1ge&#10;ZFkhUFZoHYlTe/LC5+vvU1nBdAJMxp6jH+A9W8RoQTFjpF732vld10+MosduTI7bjp66OrrarFN4&#10;6moihsVp1kItZj+pTwRx7i772BvDd8eO3LDmMZisTVhJEwrVMMNRQwOFJVY39LqpubXvb8fj2wss&#10;VmxgiQ0Hnx/1fz6q6Gekheh9Oo+D3XhKbKVOzkbN1uUw8ca12Tlw9ZJS1tQyajI+QpozEZG/tD0g&#10;Hgfj2x0lBWbgyO4sZg8lBjaXE0q4yarkaKRK5oFWMy6r6SpIPqBHH4/Ht5pHiVSF1E+Xp1sUdipN&#10;APXpYTV0VNBSzVMUxaokXxxrA8ksUkqGTS0ajUCq3B4+vtvxXXc/8cjaqqchnY8dDFkJqmmjljxs&#10;zStp+0+6/QHSxBAN/wDD3ZrmUJRhorinVVgTVjNOvTZSliijM08dFNUPLFTxVbIkzOhKhlgvqb6B&#10;gB+CL29wcdidlZPcmSr1pst91j3qSVhq/RSzCcRIItA1SG/Nhf8Aqfd2juEjBVx5dNK0LyEkfD1K&#10;f7lY4gjwtLdFd5I3CNxeQhVb0/S4uT/T2NsGQ2/gIKmHD0GMy2YielISvrBU1slRUACtjip5AVV1&#10;uSAOCRzb2WtaXEgJuWOk+mPs6WrIgxHgjpGVNDmczUU0lVk8lisfer8tNjlipo2SGbVSSz1pJk0u&#10;g5UBfr9R7DPM9WTbr3M9TJnv4LQ1kUFTnKeFddY00osYoxEdFvSpZSbfke3Iri6touyMtQ4+zpua&#10;CKaQMWp6j59PlRmIaGhWSGCWq0+SClQPoSbwJ6bzy3IBAtqsef8Ab+36u6lfBUNA1HLSq6Searqs&#10;3XVJp56VWD0s1IrFVJPqDqbC9uPek3CS5lKOpz5D9nWjBHGtVIFPz6b8bvPF5Seqjo5DVinlFM0N&#10;Ghq6qmq4rmqp62OnLaGUFGUG1wfYY5zdUO4stQSmiWSgoqwxVk+Ox9PSTBKGUwKHngJV/IAzo2g3&#10;H1N/atYBCCFNCemTMXzStD0pqakSjieOGSd9ckkuqqqamsKvIdRCtUOzBAf0opAA4AHsRMTlqGBs&#10;ZjMJW09B/Ep6uuNfUUkqQJOsP21AiU+p20ot1M1yCT7rJbhk1AVIp0+sq1AGK9N9VTu33dVV07Vk&#10;cdKsENFSshnePyeaqYSOYgTIQn7ZYCyDm7W9prF7qk3S+R2vFFn54cOuR++jqDU01Puitgl/3GUq&#10;T0qvPHEjI5BtdtShtI9v/owxh6ip/l0nV2kcrQ0H7D1ynooYqn+ImKl1xiOKCZqeBZcfHKdNbMk8&#10;rAetdIa1rBfo/wCkt2KwuT3huWbd1RX1u25sjSQ0dJQTwQulJ4FWmjx708j6+FB8XkQ8n1Xv7Ty3&#10;ciKY4Br6ukQd9bkg0/1f6qdSFWPGUaoivKkIZ5XYosjl2MtRVSFQqlmcmSSwA5JA+g9jbvmWfr7H&#10;4HLy5PFmsakrcdHiZ4BPLlp5gGYzU8REaQogu6KtrkBj9Pe9uS6lq9whVa+f+r/V8uqXFzGDpiat&#10;Ogq25uTBdh1+6sDRU2bkoaKWgqXzkIlx9HDNptBFjMpqWoapWSN38qj0rYqwNro/r6kyf91dz1VN&#10;temy2Yiq3zEMmXqqamoKeaoDSmWjSXSiikU+VQQQoFlIt7vctGtzGWJI4UHz/wAnXoWLRFTgnOel&#10;Lu+qp6bJbdp6zcmQwtJWVaUxpcfTGabJzGpi8FDPVLFLJHHUNpgOgqzFtKtqN1B2q7Az+0cxgqnH&#10;7jmz1XW00E+byeOirK2OqqaaokC4+NJwy6EBXVJCdJuSALe1blZu24UAehH2dJyzxj9M1rxI8+lT&#10;UYnG5Kimx1bi4PsbzQpTvHAI2ikTS80KwE6NWpgPo35IF/ajo6zbfY2c3hUZjbxytTiKFsrLE2Qr&#10;I6CCsdwaqoqmpQdRaQW0AXAJP49ppYTEqrE4Spp07DIHrrWtB1wECYmkw+Oo6mKjpYJKfGwRvCsj&#10;SUsVM0dPR05LKFZURSGIbhCNJv7EGn3D1tTbSxUmMhWNsZmKqmweMxPnag8uQhEeQq/3WDtJqiCl&#10;5HJjH4GoApxt0wnZnl1KRn1+Xy8/TpQbhAoEa9MKUO5Id1tLHFQSYWtwcceQzFRKRlzW0Ne7Y/HR&#10;0kC+DwpHUVEhbSpZmtfgkxaXv6l3DlMFh6Rq3aa/e42hnkpqaGuetPkMFDT07zi14jYrYNpc+3m2&#10;62WNpIxVqefTMd05fTL6/wCHpkg61x1HT5ybIuu65605epo6bMqtLSU7ZZGbJU7tSgjTUmyTPouY&#10;7IQVuCud+0m8sJQYnbGFqMbR7drMpkp8jX1tcMhlnpnk+8jqaqitGRLNK7cRqVVhyQPqxtzKImaR&#10;O444U/Z07OitIJI2rT+Xnw6ZNjT7V3ZuKp3gtJUVe6cfiMdQSVceLqKXC0RkiaOqocHkHGiYKR69&#10;UjEKVKgBiAw7Hxm38hvLM0lblYZcVjMSIsFQ5FnqIHzkSGA5SN4VjKIpY6wQGDOQPpc+vPFaIRpg&#10;sfzp6dOR0V9bZGP+L6UG/wDM7yw23sVX7ewk+VrZM3jGz0NC2Pgq6PbpqPNk0pErJWSSpEVoYrMV&#10;Z7sxRfeHIZbasW0ckgp5MXmqjOSbdjzGLpK+plxzl/LkJcPWV5YPK1PG5CK9hwWFhY+t7cwTDW9a&#10;DAP+H/V69anfWAoFBX/VTpwmp9zVG68a0GSQ4CkxU+QqqCrejSpyVXPFJTUVHVQ08QeKOOQrN5gj&#10;epCtm/DBhdy/wvctZsbEY/JQV+VjgkfO5CK+e3FRKizs71MBeR4NOlolRlU2bUbAj2skKRw/VSEV&#10;Hl5DqqECTwiKf5ep9dg8Tk3x2czy0tQ+BZ6mjpZKlZsLisnFHLRS10McqqhqI0klg80iFkBZUCEt&#10;caqah68rsfkZt4YuKPJYyUjLruCopchkasVCgQyRTxtJLTIWs6RxgH2WSWt3dETLKVQ1+wDj07LP&#10;RNCIGP5Y/wAPQLZ/JdrYvP4zH7JpsVm9t56nMeCrMLRHHUG01x8zSVKVlJUMaau88XoWV6iEKy+l&#10;AW9hLLjWyOdzuFwe2/4JtXbeOyFdtXaeKp2kze8c3lIJMbQ7hy1ZMxkFPrnkkp4mfUVUmyrce1Us&#10;sMEISNtROCx/n/m6ShJwxd6D5f6vL/D0usTHm9vYGgz25900Vfnqurpf727gy1ZR0u3dsYihd8nm&#10;cTjKOlEVJAqLC1E1Q2mR5Cs9RLJ4YoQgNv1T1h3ftfD7TqYchSYimZMxj8mtBW4Suwsxqsq1bWsz&#10;GoLTxojQwnSVLauDcPgRIFmlY18h1qrNVeA/4vz8+l5ljOtTgKtc3BQ45ck0ddSS49asZxclSSUW&#10;OoIqkOv25WeSOUSaH1adBsGJ9yzu7KYmtxlXV5WTcNVl6XD5BaXGKVw6ZShgZDHNOUaaQqGESogC&#10;sfzb24t7KQQ3aoPn5/PrRQUDLmvUs4qgngeH7FaVfDkqBSEiWZaXISh6xqd4mbQJnVZbnm4BZQ3A&#10;RmW3FVDJyby29tTP4rLZGHPwZ6ueqqWoJPu/8qljp6SaPTD404i1m9wfpZbaEiTHSzhqcB16jLRt&#10;JH7eudFjjTUqY+eZKukpUoYqFZInWqSGhgjVGrZzIwmkMsZk1rHGLEKVNizHKqMS1HsPDbd2yf7w&#10;73GFx2Yw5dZYMMlVPGsL7oy88KlEiVXmVYi58gugDHkFTFIbiS4vDpQcB6gD04n/AGPn0tQGTtUj&#10;GK9FPp95bmyfaOR3Bko9sbb60x+Yz2xdwZvN1cabqrsnQ1M2PoNibcpI2Lf5TOlJk5JQNelmEbC3&#10;t0fC7j2xUYjJzVUO49x1eKnxOby8OSlwmPx04gNRAMbiwrRzI0gtJUVBuqpctb0+01pcW24XRGmk&#10;YNQvmftr5fLrU6nwwK0/w/6q9OEGYwe9MLlMZksPLtHauOyVNn8VhZ8VLuXIZnHxVcYqpKxIPuDT&#10;1bs2mnoaOQy2lCx+V7qoXdlbwnwHVdXvDBYXbmd3JnqmXbOaq8WBm6HFvLRSS5GaqeJSNMjxhUj9&#10;CNqDtf8ASTWKLRuDSXWEAqinhX1NOPSWVpXiVIc04/P/AGP9Xn0/7fhFd2PTdevWbxosHsnCY7eO&#10;Fiy5nxKZmGWt+0xtBjmKpNW0+MAVK55iZI3lgjc+ogBZtkVfXmz4ewOx8fNXZvJQ1q7djelCTx5H&#10;MQvJPUZiEsieGRAqR0yLrYgWChfbvix7jMY4m0pHxI4EjyH+X/L1Ul7ePS47vP1HQuZqorc9kKXb&#10;+38pQUkVBX01RuyZvLJXLi0jkdMbhjTuniq2nWAvPJqSKPUuhpHUxzcFUtndv47r3BU9TkanJ1Ue&#10;Vy2PSqNqWtehfJ43+82UTxx0phmjM5oImLBQAdTm3t8osNZNXGgFf8n29NxIKk5/w065ZxcBh66b&#10;fmftA238bNjqTIzxT1H2VFX1sTZEUGPpgzl6hlghaWxclQFAjJ15I96ZCiwuA3rQYXbuNoqCql2h&#10;uiN6qHDbgqYKXIaZMliqdkDrFqZnQhfISt2Hq4vDDEaq1W1Z+Q6u0kmDw9fL/V69Y56CCoyWV27V&#10;zZmskrr7kxs9dja+t2/j1aIY44uWtB8MumVHnaiqJU1Ry2jWyFlec/u6heDP722Zh4Ipp5sHRS5G&#10;JYszuSaorKLxRV1XTVhZY0SEFYrR21EayDwGRYRGiuSy8c8Ps8ut+O5BKjJ+XUTbmHr8dRUG2t15&#10;o5jJT02QrguHxc+3sDFR0WQiKUlKtGSwKieBTHPVM0gDlUEetQ8bdylf2LmaenyeVz+BioNuL92+&#10;VyOOy8uSx89RenrIzTqIaGosDqGnXa3AIF63vjWlvos11ajw4U/Z07b08TWR/s9N8mKxXXGLydXh&#10;dt4YnK7g+7hoNt4RcE0lfU0vjMlatM8jVbMyEs5A4b6aVuJe8snug5rbmI2vjqyt2PjxT0Kbhp6e&#10;po71EMpXLx5OujjYaORdXYRub6lb6+04aK0g0TEGZ/TjUjgP9Xl08VOrWfP58PLqHsSgokkzOW3R&#10;HR47fe5ak5rMbafcX8ajxlJBK1Ht6WgxpZAganhjkEiwiTyF0D+kAITsvMS4qTdMNTUYZMtT0tFF&#10;tyhGOkfIZmR5I/BWCOkTxCOjvrYuDqAI4v7rYW4WjsCvEkHpPcyErj/V/wAV0IGIqxJSYh6Glq56&#10;WtE8lTUmtSaLHskbMyzmsk8zl5fQqxq1jcsVAF3vq56LO7YafL0uU3BmdiZOeqo8hgKnGYuCmq6i&#10;Q1OQaip8iEohHYASLpLGxtY/RRcI8jrDHgN6fL/B/q49UV/DjqMnhX59IffrZfGZPGPg8rtTDjcx&#10;GFy67h25k80+XsBT4+CN8HUUlTrHmdFaWbxIGNwCwPsM+x8luLsXe2IqKDIVFPsbIfw/H4oZbIrH&#10;Dl82ulKw3RSr1DyNpkaJNIUDSQPb0rpZw+DGMgZoOmI4nL62bB/n0o9kbfTaWAixtWcKcjSJVS1j&#10;YLGrjaOGhkr6ioxlHR0AaSVKenhPghDuzNoZiS7MfcjfjQVqU2Zzaw0P8J3JX4CiwVGlYIamnoE8&#10;dTkjIHMk/wC4v1Fr2/ofbsIPh0UgUFSfn06TQ1pXJ6UWOYpaFXqquKWnSv8Avqp4Q7NVOdEHhiVN&#10;NlHACAAfXnkqvauwM9urF4av27V47fO1q3z4TMY2txdPhavEUMr3ZJJapy/ip2PmRonD3H09Xsuu&#10;bzwHETg1PCman/V69KERdOpiKHj5f6qdIvdPZW1dlS1qbyr02wsMUdfQVksnmhzURJgWGhSFS8lT&#10;qXxGlMWtiU8ev6rI3a9L17g8dh5tw0OShevlxFRQY2RJqfCUh1RKKaCUfuxzqoJ1szKSQD+fb9tb&#10;M5+pmXT9vE9NsxJ0qMY/1Dp32znTuWSoyH92Mzg6SSjw9ZQ1uapaeiqMolbSfcNFJRB2qIJaNrxS&#10;xzovJupYfRDbdqezaN828uTx0WWbbtLA2Rqqeesr6jCPN/kmJaeIM9OHSTXGqqGS30H19rDcwAhy&#10;OH7OqC3kk7WPDPTpXYPBZBKCKqxlNUQ0maGXpYkQRQxZmGWWpOQkijKK8gkMjsWDXcliCefY2bby&#10;u/tu7HyNLLTYna1M7BZcg7Tw1k1XKFEDL/EbtIsi/wBsMQCbD82ZjW3u7gyhNR9fID/V/q4danUq&#10;QpOacP8AP0GO5tl9ab07A2xmM79xubP4GnrZcNjVqaivwWPWCoEdTVz0lN/k0cySMq3mOtioFjp4&#10;AvP7hG681XUeLNYsrTUuKrJI0pY2kYAJK8TIAERmuXc3J/r7fn8KEaVp9nVY1ZjnoYqSnWjp1gB9&#10;EZkK+qRtKM5dUBkLGyg2HP8ArADj2PGw9gz4igrMVtquMbr9vXZneafvRyys9pMVSsLkKqi7lb3N&#10;ze/sneZVlUyCrt8K/wCXpRpCpqJwP59BjuzdmFxyUVRuOmknatlnpcPs+daQV1bJGS38SmpZ2sT6&#10;LJrIVFa59RNhdwdAMrlRjqfISzv4pY58jGjVTUzw8N5Z5xwXFxpHPNvwfdb/AFQUmIGsU/L8vken&#10;UdXjqRj06CTfu8oNibFrt05Lb9NS0lLJT1NFtupq6XE/xb7ogpT0dPRl1LRuQ2pgVGktY/X2qtsb&#10;H6+26lVTYzaAx8OPrpcrLkapWtU180ZjnnjMjEhTblQAotfSPZTcwXO4ToHm+LiAfLGD6Y9PPp5l&#10;a3j1ggE8AOi2727e7wpaCmyidgbbyuU3/CuGwOxdtU6NLglll86zR1ccZ886q6q8sgGocLYcexRp&#10;6s1KJMgHgdF8IX9BUgabW4t/T2payt7SLwYSKjjT8/Ly+Z/w8C0mt+OT/Pogm5KfKw7lyFHuRq2p&#10;zS1038UlrZmau8qnVdp5LMXBvYH+gAA/E7VJYhyFtawX8f4c+24YEwUFPt/w46eIXBbJ6D7cWboh&#10;PIIKiavnvoaSZyzo6iypKzAXP0IIJ98NV+f999bW9rxGI8DrXHHSBqaioqWPnJJYAsBqVFuASVbm&#10;3H59+W17G/15Bvbn6X97aoFR14Dtz+XUVQdJ5PqACEsqnUqkcA3B+tre+LC1zzz/ALUQLn6c+7qw&#10;JA/yV61Q0z1xAYKuqykAWGgOxUcm6/4f0HPN/eO7hSEuWt6Va3+88e3v0zIDJw86dVcHTUces6iB&#10;plaYhU1qJJI7qfUosFsb3tb8f8U99RpIVBlt5L3bSfTa9/fpXiDkQ10eVePW11ae7j1JrTQ+dxQz&#10;O1LYJH5wBKGYaT9CAACeD/xHvK4FuQbfi3JH+2/w9soxJx16hGR1AVJFayFGPKs/1RvpexuLc8++&#10;wAbECxHFvoRfnn/b+9MSp41/n1YAkZPWVFdyQXBFrjSUIY3t9f8AYH3xHBFxyB9eT9T72TXhw618&#10;Jp1n8ZBZVa9gFZbryLfUc2/wv77BYm1hYfX/AJH7qwWh68rd2OuYRVVtRdArWR7MbNe4X08/63vt&#10;iqn/AF7c/wCP+N/dV1Hj8+vFvMjrPFHIyM0MRLAW0v8AQXFuDf8ANr399hUY8C5+v+w/Nh7T3Ess&#10;KauI/Z/P/VjryBZGpWlelHgKeKrq0o5pzQyOTH5pIfNArvxqlVDqC/4gH/iuXxaD9FDAfixHIuPa&#10;UTiZA2dJ9fl1vRpJFc9T5opaWWsovuIZpISYmeFfTcEjVEwN/wAfX34FlubL+BY2/wBYi3/FfdyA&#10;3qR/qp1dcqPI9N8Lo8cUMki0lQG0IpRTGdP+rVwV5+v/ABv3k1axbSCT+QNP04PC/wDFPbLRiM6g&#10;SB6E1+zjw/1fLq2quJOs8dUZS1PVWkKEKssaeA6w1mRlXhgf6/7374nj8f7cn6fg+34xrGD/AIOq&#10;E6c9NVc7UMzOsIZL3Um73BFhpJ/P/E+2etrwGNJD/wACZFIQEgBb/lmt9P8AW9pL24FjHWuph/q8&#10;vPp2GITDXIaKOjQdG9PS72MG8M3DHQ7OpZCXWys9WacgzH18abghyf8AHgfX2B/adNH/AHAyeMyl&#10;djs1kfvoqqTH1b08OuA1A0USNcjUFvZz+f8AW9nOw3l7NDLPMpRCAF9fnX7T/LpLcmEXAEC4pThj&#10;9vR/up8Jiaf5F4vcGxtj5LBbMm68yWCqMzQ0dUmGr8wJ4qs1MplUKFIiWMBQLvz9L+wRrK/e8O24&#10;Fx+woMPi8SkFV4UVND0gWxmg+4062W2pib8G4HtXZybfJcNRtchr8z/q8v8AVXrUrOi6mPRwqWHb&#10;tPm5Hqt0vk8tkpGx8dPLkKctFIoMzUcUNCEWLjgKQD9Bck+37bm99z02Frt9fxqmqNpUOimfH46R&#10;anKwVsoCkVcEYKqObBWPH14HPutzBbvdJEqaWGan0H+odMrIGWgyT/LpC702b1lunKjrvM7Zgqcz&#10;mcRNk6aqyGLqDj6ijoZlWqWlyVwvnj8illiOsBtRPsMN07ixHaDVUWTwdZOY6qCviqSywzyNT3Ee&#10;Pq4BZY4nv65A9/z7VXU8UAAVvL/V+fWobZyaNUjoRNmbLo9i4fF4DBv9vhMZRfaQ4oBngiZpRIZ4&#10;qmXVKSPUoVmIIP4PPtY5Tp6ozvVVRlI2ocHuJpP4ph8btmRo6R6OjTQuMmqGZQ8kguSbgagL35Ps&#10;u2zcfFunjiBKLSrH1/2P9Xz9cRKjhDQH5eXQeZft+XDds4PYP8NepwlTRzQZzMzyrHV43K1S/cYe&#10;qFJGl2pZNLwSOdIDMGFkjOuN0xsDe+7KuPE7122aTCUFMtRT5jL00NRUMEI0UpmV7uPyF1fT63A9&#10;o993KEJ4cDVkJ4D+fSq2AjTXKMDh1P7e7h2p1TtXIbkqMhSV2QR4qSjwlJlIVq66qmblVgUS6Cq3&#10;Z5DHwByRf2a+Lbtft6ijpkysNYjVVql1pxRQ01GptClPQwGS+hQAQWAP1/w9oY9uE8Bfw8kGnE1P&#10;zJA/l059dAsob08vU9Ejw/yd2v2dvCZJ9oZbb1VQ4nyYCnq6ylr6jL5RrvWxVGYnaKOnVjbxkqxZ&#10;b8Am3sGO9934mo21ksRt+ZJM3RQiaWgWmXXXRLY6pLjSxVgHAve/sZbFtke22BaUgs4/Z6/6uP8A&#10;PopmuJ7m48UDFD/sdDR8a9jds0O89x727DjjqMFuClaXa0BzElcdtss7q1LRUkhtGk0LaXZFAbSL&#10;j2HfQ2d3P2hgMrTbrwdFXYDbQ0MMlA6JVO4ZvBqlAJYBT+k8f0HsP7zIqXMcVnXxHOaenmelcMhW&#10;Iu/Hy6G7snKbS2FUU+TOUqtt7m3xWwYHHVWOhlrHqK1Iz4qiSgKSw6YrqZHlj0cgMbkXTs20N7VW&#10;5KrL0dNR7C2TTLUVC1NHGDUw42lNyo+4JdmktZOfzf2qku4YQttbqZJDQVPr5k+QA6bAK90hBP8A&#10;q/Z0v6fOYyno6bD1GZp9yZtEp6KdGNEKqvr3jBd6imokWKEHl3tGFRfwT9V5snuOCOWlSnhNbSTz&#10;S0cldl6qnhqoYUOg1Cozcq5/I/2NvfjtiaxM2XXIpgA9X8RZKofPpB9n9PUPYOBqsacrX4JTpqTB&#10;g44kiq56f1wR1CMrMygiwVAPYkYfrnaeYn3ZupcdizX5JZD5KJzO05VNS1CSOSiFj9Qgsfyb+y28&#10;vLybcY7VT2jj/q/1H9h6UaI4oxQZPn0G25e08h1lSddbbqJMswq6rF4qfK5yn8LRqLUwpKuKJBK5&#10;Cf23t+CdR9zNqVmUi262Mra2kx1BSyyCmgkSd6mdImJ0OWCqAfoPr/tvbF5pjuSYU1P/ABHy4Dj/&#10;AKv8HTjoDQ8T09b02vtiffVLu+lwmUzWdq6OmoKmqo6mlWgo4pSRFUeAkuXFzdlHA/1z7S3Y/VuW&#10;7o2/h6jD19Bg4qCrYxSV8lVAzLF6JJY/Crhr/jVb6cH2+m7mzieBFMjDjSnnU08v9X8mTbxpJWVu&#10;OekxQdnbN6J3RX7O3TLuLJZXc8kOZWrxWPGWpaS48ENHUpCyvCbG6gIy2uWK/UtsyLsjbH90Ycu2&#10;4chRqJK3IVNNUfYxlFs0cd2BkUfgX/1/etqhe5nN7dqELcF86ep6vOcgpwH8+hwx0U+7MvQ7oehm&#10;wuOFK8NCpqKf+KV4mYMk9VFGrCCwBAAkLWP1Hsvdd2djWytPW5Clraqlo2aGpSKGKgoKjTxpKLdj&#10;/rq1/Z9PAjIYEYLX0p0j1FTjoRoqIU1LJT0sssTPrKzSO9VJG7/271BN7fUKeB/S3sZ9v56vzKUW&#10;ex2Sw20dg0ya6rHJETla1wL6Uifhg/0Mkrj/AHj2VylIENpbLrlbGs+X5+X2dPR6gdbdx8v9Xl0H&#10;+Vw9PA0dNU46v3huOqjlkpchkAIaGjKsfG7zwgRUqJwbU8LOTzbm/t/yQi3tlaSk2vgJ6eiZo6ip&#10;yy0sD0NRAhAlNW8bhlP5uFI/x9vLLabZaeG8viTtwHnU+QH59a0zqzSzfB024ibIbCwtdlN+bnpa&#10;khGNPSGfxfaMSTFR0D1J1TM3AW4v/QD6ew87CzezcZkziqDI1FfLGPDU0dMWNOsq+ksbE6Fve1z/&#10;AK3swt7a7S3EtyQGbNPTplJgx1UoD0rtm1W4K7GLWZ3GxY2SdvLSwtMs1YKWT1RfdmNQofTbUB/s&#10;efbvt+TbEOJCTwjCkqJfuZKt3WpkaxVZEcn6/gj2XizuRM0qNj/B0/4pbA6l5Q5qGojko9GQhd1R&#10;6LxRxPAp4aZKgnm35Df149iCu4qjCYl67+Iy02PWIGljp4mjaoa1kLyyrp0jj9N7/wBfae2tFubz&#10;AFVNST8vTrU8h0iNRmvSFy+1sRuStWgrsJR5GpLE1r5GSGpp6SJvVIq06OWLkcDUot/j7Dut7O3H&#10;4oMnFE+TKzgJTrGJ3EZPHjSI3dv8foPZ+Wt4VaMgKKcfX7eqJFTA8+nal6o2ZQ0k9DQ40Y+GpQLN&#10;9g7U7Nf6hSL6F4+iW9vG9cbLvnaL1kDfwTIikapQtDLDK3o/cic34J/HF/aKy3JPEaOLPz/1f6j1&#10;aWEDqNt2lk2dlf4KKisyVBWypFE8k0UpoXa7Q+iwbTb0ub2H+PsB9gY/yVgoc1V1ElFTVA8lU0mk&#10;RG9iCJrFyf7PtPuTSsGVDU9XgWh4cOhNqHljgleCMSzLGxijYlVeQD0KzAGwJ+pt7MlujZ+xt0w0&#10;GNq/4q5ihUUFXj5vFrAT03iCFZGP5PHstsnubOAksoqSTXp2SJpjUDPQTUuY31DJWVxgw0dKs7ms&#10;x1cJvPE+vSZI6+Oe0SBbEK0Tk/gC/sE8hsfam1q1KrL1+eo8bTycO9OYKqsVDzDFIx024/VoPPs1&#10;jF1dx/osufOuB0wAsZzx6EWDIVNdRl6EY6Ss0gOorjPT00jLdfM0C6j/AF0cEj8j6+xV2b2xt2Gt&#10;psRtzE/aUJsq1FTI880t+DJJflnP1+lvaKbbIbUePM+uQZ+X/Ffn1sF5QVY0+XQa7z6zrt54mtp8&#10;/uGqneaFh9vi4kx1PGAdfippCXkUcW1Fy3+Ptx3Z1bU743DS5SWmWKiV1lErU8gH11vLIisv+88X&#10;/Hul3zFGtn4cIq1KY6UW1rGigyMBTrhtPdGA2dtylwNdloJa3FxGBKeWviklYIQkNNHLJyxAsBe5&#10;/PsYa+rj2/g0ocLSu0lPTrFHW1IXzVEgGkvEh4H+GkWH+w9h7Y7ZmvDd32QxJp/k/wA/+z1e40yr&#10;oU4+XQbVeOG+twRtuDKwLRmpE1RhsW5+2p4VOuNMhUj1Et9WuwDG/FvZe8ht3fO4JZsnX5MUscZZ&#10;oGWcaVVATZmmW9/6gW/pf2Pv3lDKwt7aPGBgdIZFhgHHPQ4Y+v2VtSGLDYuGnptTLajoaQNI7SuE&#10;8rxxD6En9Vrf19ora9TnM3uFsEMp5KWiDPka2RtKRxqdJVAg/UfoFP19tXt2LBKqKu3kPn05GgcF&#10;mz0q8g1JRUslW1IkrpYxxpEnkkmY3Rbn6c8kn6C5/HvL2dip9vVUVTtSHRRyCPzzQ/s1cklhrMqx&#10;XJJ5Yf6/t2Eq1sJrk1dh5+XSJI3Z2JWlD007Ry1dlsazZeKGHJR1E6zQwO81P4vKTAYZnVdQC2Dc&#10;cEH68Et22t9nb9XBNlKl6aR9JkgmhZHc2BAOvk3PJ4/3j2iltxdDUPh+fSwSHTo4V6eMti6fLUM1&#10;HMotIhVW5BQkabgj/An2NMm4qbdNK9LUtJOtUgMbmQqsCsPSY1AI/wAbe2/qfp00x8B15IxxPQe4&#10;3ZEO1KxcjiEp6ULc1SRU6vJkPTYmpnY6mI/sm/HtPTYrCbUEMVNkMsKuRw4lSOOqjeRh+h/SFjX8&#10;XDD2kRLi7LXFwAF8ulAcnAGOlZSV+Qy6v/kVEaXW0ckc800UmkG11sG1f6xUA8c+3LIddbZ32aPK&#10;7miz1GKOMSy1cElNBHXsq+hFQ62ta1yAD7a+suyPo7PSTWn2fb/s9NtEkYrStekjk9xZPbhfH4j+&#10;B18klUq0WMeWrWekikf94zyIApAJuFFuTa/uFPBgICuPgrmx2PoU0UsEplWRgh48kq/Um1zfj2tj&#10;s7iJPDSju3xH/N034mkA06VlNU5YwRVE+OWoqqgJ5mppIzDCNP8AYWUhrD6f1PtXRbpoRt58Zich&#10;E1ezFipk5KKvoLsPxx/X3u12j6W5N1dZxj/D/qx01LM87gUwOkNX7brshvCmymUxurEUlKyRMNL6&#10;aiZxrKwjm9uNXtK7fxktVO9bn9xIr+RpIqChAleRr8Kwe50j6knj/D23uE0s7eFaqAPM/LpZGwjG&#10;M9LDK5CXGwx02JwT1AKhJKqfTSUlNFa12ktqZv6BBf3N3LUbhqqaWl26kshiRlZkSRY7EckzLZC1&#10;v7INx7U2MdlYKC5BkP8Ah6alQu1TnpvxcWLR/vcyaaKeZkenSpkj9NjwEhku4AP0J4/x9hJj8eY5&#10;HqMlHUNUwuzfbguPNKDc+VkuTz+PdLm4eWUqWoD1YRmlR0IJN0UxldLAEMLEBSOCv4Pt9gnz2anS&#10;GSkmpEAtBBHKEkKLwAX4I/1/r72bq2jXSg+09VMRALN1E8dJRxyTOygEl5ZJPVck/n/D/D2nMjS5&#10;yetGLfFmGJGeWeoqZJpYlVOSzLJcEn8Ek+1TXESRAg1ZuA6ZClRXqRFLBIiyxSRyI4Gh0KkMPwAV&#10;946Xf1FhphhKcmeqf9q0MYigp1IsWC2A+v0HvS7eqr40xzxp1rxGbHWKopI6lozJ9EYNa3JINwNX&#10;4H+t7b/7qV+68i8jbsaBACwgiaM2c/RAq8An6C/tya8nhQRwp1YJUVr1znmSki1+N2RbXEa30qPq&#10;x/wA5P599pit6bdrfHTUxpKaI6IZ2bzVVY30E0sv4UD6AH209zAFydR8+rLGzcB1xjmo6+Jgjw1M&#10;TcMvpcf6zIfp/sR7E7C5WoiENXnauaZ7oBGqhlJH1JDD8f63tCZprqsUOB09pCCnn03VmLi+3kgo&#10;aanhd1a5UeOwYfT0f19ifWb/AMLLiZ6el0mZYtMrM0Qkc2/SB+Pr7XbbapA3+M5J/wBX+TovmjkZ&#10;9ZOPToCYep8+d5U2cqcmy0EL3pqCnep8EJuWMsvqALfj6f4+wYg3NDFVT1UxMte946KAMrCmUjSZ&#10;LA2DH/D2/eKJHFMIv8+lQY6aDofWxqGnjpFIWG4aoPOue39lj9bH83P049hlnTvHL1syRxzRxTlh&#10;5LOzupP+qS5t/re/PuEMK0Xy9P8AVnrSwlj04xxxxIscaqiILKqgBVA/wHtYbH6oyUdXFWVeYSlR&#10;m8ksUUM0khAX6ySPYAn+nPsPXe7Sy4jTVnHTqxrHxPTXk8xBjoZJGQysq+lA6KHP+pBY/j88exzf&#10;AzR/5qRZ1jFgNR1sF/CpHz/j7cFzKsKibtr08qhsjpFxbipKiVh45I2Zrn0ehS5tqeV+Prx7V+24&#10;JMk8dHVYp0hUWEtXGY+FNi3iPIW3+39oru8hto6xSVY+h9elYtxTWDTpA7yLYuKpy1Jm7SqCzwY9&#10;kkJNiVjM1jdiePpx7UO6MFLR41hT1MNPTAf5uEHVYc3t/wAU9q9jka4JqtSfM/7Pr0X3E0ayBK1P&#10;5dBDsnsnFZneCUFZQ11VnIYgzSVSxiGLW3jEflS4Vlvcgm/Nh+bF5NQsmQlqMxUyNQUl1ponmaIy&#10;yk2FgTyP8bezO6idW8K3AXzJp1te7uHRyIoTFRImPihjqp1UyOI1ZYwRdi+m3P8ATn2JG28c9dSV&#10;FTHTRJA4fxSGQFygF9TX/HP4HPslmliF2kOWIp045ZIiW6D7d+ZjxBgjmrJTMGTyRLCdOtmACpYW&#10;LfQ8k2/p7Abf2TbHV7otXLEUbQEjUhSdXB/5F7GIRRb5FOHRfGzHuPQkYO0mNppSovLGHJJDHkfk&#10;++eO3LghQxRZHXV1coUkmbx8kXGsjn/X9k6wStIWBoOHTpZiQB1LnhqmdDTTxwKP1BofJq/rbkAe&#10;42W3Ri6qMUKU9HLFcKlOFEiAn02Znueb/jn2qRFgQszEdV0F2JPXKCmMRLvNJJI3DMxUX/p6VsP9&#10;49vm39rfd0wlWFMRQuA0ksEQErEG5RS3PI/r7K2uVeUrCNTf6vy6foF446i5HKRUC6APPUsP24A4&#10;Vmv9Cx/A/wBh7ErG6sHTNPjKWpmSMFRWVAuqqP8AUKotqP8AW/vS2cE82m4IJ9B/l/1cetvIaaSe&#10;PSLypXNOlBka6npRMAWoYHXyzG1/WzHVpH9AOfz7gRbnqcnUmlmo5Z5ZG0g28gDX/sW9rZngskoh&#10;AA8v9Xr1ZYldarxHWVdn0ePj89NUimjiTUdP7YKhbkyEf0/Ht9TKU+IrbSU8jz6QhV4rImoWYHVw&#10;LA29vJILmFWBooz0laESDSTjpN1+3qzP4+SKOtSCF2LiWGdvJIYm1IQyc8kX9pLM7Gx25ZHr46Wg&#10;Lay5kEixvH6rgMH4P+Fv9t7dl3CAnwhUH06aFuIyBWvSgoNxSYOGnx+VNdK6RpFHK9M03m0rbWGh&#10;BYD+pkAH9D7fcBtjH4CPyytTF4wAobS5FubKP979hy4imvJvCjBC1z0uQ6Tjr2U3LLXRinoaertK&#10;P1IrR8E6dRY8/wCsPazg3RSmkemRUqNTMAWtoFrgKijgD2/abbFaXHiuRX5cf2/6q9elV5VqT0G2&#10;d2VlclXUlWauox8cKozLDdpHP1byubk/7f2HeXnggqSZ41YSEOI42ugDc2e39OePZzJpnT06bjYq&#10;NPp0K2ChqGo0SGZx4bwtLNHZ3KcEoD/X+vuDJkcOKdkekjqGU6irKGRP8FH09l8VnIZfiIH+H8+t&#10;yOSKKOnf7bJNKCtV4UsBdRZmP9W/3nj2GWU3Ef4gsWJpFja2osYiBGb2sn1+ns3aG1toquanplVJ&#10;yenyGJxEEncyt9CSeD/r8D/Y++UGSmoIZams8zTSEs7aNKsb3sgUc+0gIuJBopQdWJAGnrKUVlC2&#10;4Frf4W/p7bn3dW5KaKlAMcafRCdJ030rex+p/p7VyOlrEdHn1pEBavWOOmgiZnVBqc3LEXPsQ9u0&#10;U1VZqimapBIsrAGNSPpe/wCPYaur1i1dXS0IpFT1Gr5khib95YDY3bjV9Pa2bCYx5VSopIYytiyx&#10;KqLxz6iLX/1/ehPK0dYiTXqtFBJ4jpKjK1saM0c7SJ6tLyfuMxAt6b/T+lvb7NV46Ck8Mfihp4Bp&#10;TxgAn8G5/P8Ar+2razmEuogljx+XVXcrmnTF4clU1IlfySySPciRrrwOCF+gsPoPp7CfdWWdUZKQ&#10;kxFWfxoP6Dgvb2JbeIRpVznh0mYsxz0vMTR+NDJMl5wdOo8kC30X+g/w9pjbB3FlchDGRLQ0Goa5&#10;GXQ0qk/VS30B/r7RbleRRRkQjU/+r06eVa5bHTlUmCONpJVQhRexAN/9YezJ5OfBYXFUkYqPu5fB&#10;rf6WZwOSzD6/63sr2e0vbotLcdqseH+Qf6qdJ55pC3hxjA8+gIp/7yZ7cmQMVB/DqOmqRDDUMzMz&#10;xWv5EjI4Jueb8H2A+X3lHU1piQSvcnTGCQmr+yoA4/1vYpMENrARUD/D1pUPma9DNjsRHRxKLr5b&#10;WZwo1H/Ek/n8+51LUZGoiu4aOMlVAcFVVQOQW9l31KfDH9nSgKKUbqRJT0iOGKgyC7cW1avqPT/X&#10;27R0FLkIxBG+gkgM34Nv1c+0kkskbFm49boo4dRnqZqW8rpqQAmw+oH0A/23uf8A3RqqsRUlPOFp&#10;0a7sLglVN+SDz7ZF4IIyxHc3V6ahU9Nkm5qGn1TVCMH0gKOLX4HB9s+XwuZp5lo6VD4VVVaTmwX6&#10;gs3+PB9qYbiOOHWcsa/4f9Q60BXjw6caDK46tiFT5UDMbANw17fRQPr/ALD2+bbxTwyAzy+WY+kn&#10;UVVD/QX+vsqu5ppPkPl08HAFB1EzFfEKdgqegC/6B6h9fp7UO52ZaZVikDyqpAUPqJH9Av8AvPsx&#10;2eLQhZ8DpNJl6jpJbfZZq6VnpzHGz6y7R6Re5szN/rcew6oly0tWklSwpodYszm0jC9joUfT/Y+1&#10;l7KrqY0XV/k6spqRXpfuaKKFxEFkIU3RORqP01EexkoJZawU9JS+RUICGTk6gbXbj6+w6QlohnbL&#10;f6sdPrQMGPQTZaGCF6msr/EVQtKIjcBNJJFxzbgf09uVXhkxpMk0yMzi4Mhubn82H5+tve4Hub1R&#10;IRQD/V/q/wA3XvqY1bTxPScod20mVdqKggmPibS5gVfGAD9NfH9Ob8n2wzVEcKSGG0l1Kv8AgKT/&#10;AK/taluxNJPLqjkEVA6VUMMlS8XlBhGsGME3Zv8AH8fS3+8+w7yUpgd6mSzBTqX+guebX9ncSCYa&#10;K46TN2+fHoQ6BVMSQxjS1rP/AF445A9o6LLZDMVTxPEsNKrWWVmOpgP9SD+PdrmWK2URwCp6qoBN&#10;T09RUsNOpZQdX1Y/6o+xR2pTzUtRrp5qfUbLrLanUMLEgf1/3r2F9ykL/wBsD6/n0tQ6Vp0ldxvT&#10;1FG8U8czx2YsgUrGwXn1sfx7XmRztRQU7xedZG5DSXI5t/vrezDaog1JCMUx/q/2eksul2p0CibG&#10;xObyUdVJQeLSwZYtIYOPpfjix/xHtKx5iabVG8yymQ6nuwAW/wBL3549qbidtZNOHV10gUHQgrtT&#10;H0gikgpjTiFQsRRbsfpew/qfcpmotAEoNTIFJC/WIMPoST9faMGY9x7VJ/P/AGP9WetgGuMdd6K0&#10;SEUzCmQMl3IXzMDwVKj6f6/uHoP/ABzj+uv8fp/1P/G/dvHj+fp07pPr5V6cLH/jtJ/qfz+r/V/7&#10;7n3/AP/QYooHZ7twLcg8cf0494LAjgR13eCk463OZ6mNI7ofzfi55+nuc6CONjfxiwAAABIH9D7o&#10;9V4Z68wIOeoEMgqJgCPICdRJJsrX9tqswQuOfx9bkj/W93+XVV49OjorOFY24H6QQo/p7a6usjL2&#10;ZVBAt+Bb+nuwr69VJPDp0pKRkThmIJLck8/n3gTIANojFufoefz+Le3FUtlutAmvWV6Iabs1/qT/&#10;AEP+++nt9pawAFWBubWtx/j/ALz734KtkeXHq9SOk7W0jXDKbAK19V7Wt+R/h9b+1TGgmpyJLKVA&#10;KC9rEf19opkIOPLq6MeB4HpIec09YPFqcSErKSvBA+hH+8e2KcGQsiDWurl7gi9uRf8APtxcju4+&#10;n+rh1UkdKeA+EJIzaGC2C2I4/wBb/ePfqakEZUtFqU8k25uRxz/vfvZJBpWnXtJBweuNXX+ZH0TB&#10;XUW+th9f8T/tvfHIYvXIHNkXTqAAH+uB7tGx1VXrxoaEdexuZVYDH6pJFYIzXvzezWHtKVtIyX8a&#10;u31BJuAT+TYe3xKSdJ6oVINB0rqOoEigsyjjheOP8Ln3ApvNFpjuLMef62v7cqH4dVIoa9S5gjXe&#10;xuBx/r2449rfHJJGokHq9P1uD/hx/re00hPA9OrwxnpF5N4pXMRIXngEfgG/N/6++UkZkmLMNTN9&#10;ebAED6+21qMjrZPp9nXkkWKnCA6Al+ACb3N7f7b+vtorS4mCcFAQDY/j+lj7cjNT1VwenmjWP7cu&#10;LlmW9zb8XsTb/iPctJrhSGBKCygfUk/197dM6vXrQFccOoJit5FZOGJuW+gH+BHtcYyGVo18hClw&#10;Pqbfn6W9pJgKcMf6v8HT6UXNeg0zdbTwzsIQzmJrWW9hx9bj/WP59ulfBphaKJ9DBQ3H0PH4P9fZ&#10;ckkhapyOHTvlX16iYaojeaOomjDamZQTe4Ib6/4D/Y+wvyUcok4Ryb2uf6g/j2ZxtUjpO6Eip6GD&#10;GyQGA+tBwDpFrW/1j/tvcmhkeJm8rFCF4v8Am/1+vtWSGTGT1WmmnTbkoElC+FAwLH6cWseL/wCH&#10;+v7kzVrNEQP3FVub/X682Humg4Zhjr2KY6jQUEcc+okRysg06bj/AFgb/X3CujgyI2liLFQLm9r/&#10;AF96ZSpp5dbrx6clLoQkiBgp/WTwRe1vx7iSvImhCrFDzrY8C/5977Scnqpqo6mQxxvrkVlElyNC&#10;W/HuJGyM7+vlTx/Qn8DT7UKdK9nH/V/n6qG9MdSJVcKhZOCLfW7D/En27RVxjURrqDC1/qLm3+P4&#10;9sSUJHWw3TU+NEjNM+kqSSp/w/2H59z4p7OpZrj6hRx/vP8Axv21pBGk8ethgM+fUCop2MbeNACL&#10;jWTcg25IHuBkcgFLRE3IvYA2BP0APt2CDUAR5dbZxxOOp2OoW0ib6awNV+Tx+QfcamyD60Mj8fRd&#10;N7f4ge1fgocnHVBJQ049c6rHr4pFhTUTdmubm9iRf29LlkBPNwBb68Dj2wYTxOenC5J6YHwrOqhV&#10;0km/Avf+n+H+w95jkvuE0re68gE3tYfX/ff717oyhRXrwft0t1jiwv2spdiNEgOuykBwTYgW9stb&#10;U1KvrdvTe4+oBAFvr7ouk8evEACo6UtBS03i0RKAwBH9SpP4AH+HtkqqmSoUqmsi1wbnTcf0t/j7&#10;soANTjqlT0909NHBydANyPoBe/8AW/095UZ7xNYxMFALD6nj/D26hUAgHrSipp1glRSHU2lF/oeQ&#10;OfeWWtjhAjJYv+oMD6gf7Ruf949+CtIMHqzEj8usMdEzuZSo8Z40fgj8Gw9tDvLLNdCyyMeNXJ4/&#10;Fz7qr6CfPrRz06hI0iAZRoA/AsOf8B/r+1NQHX+zL/nGXSSPqDbj/b+25GLJqHl1eL0PDpPZBPCw&#10;mjF415C/UEX+lv8AefcV6SogqXQJoRyVufUb/n/kXukE5ZKHrzqQ2OHU3z009OkvkDsvq4NhYfjj&#10;n/be+SU8vldb6bXN7gFgB7uHwadeAznrg88JjjcqG+luCQpb8/7f8+03katRUGFFN0BDMRe9v8fb&#10;0Kgnqrk16eqWFvCrsT6rWH9B/S3/ABPt9xKmoZYXi1K68Fjbj/D3eVA3Dy68hHn0yZWUUaNULLpK&#10;MCQACb/m5P8Ahf2vqfCyxxgRRLoZeZCeAbf48n2XVIqD5eX+r/V+XTxCjh0G1ZuyheVjPVMJUYWh&#10;QanZT9LkcD/Dn27UW15qi2h3drAOALKtj/U+9icig8um145HSN3H2hiMDHJLX+KljF2jaRx5ZAQA&#10;p8a8m/8AvHsTcLgxRook4sACSeb2ve49tzoZwCBn/V5db1AGnn0R3tHv6jlqKiLHSioSQv4wt0Ch&#10;iQFtYH2o1SKJVP1+vI/3sW/3v27DHIZCh4f6uP8Am+XWnZVx0VjcG4q3Jq8gMitK2oJpuqKQT6XN&#10;/wA/k/i/uLUV8cCPIzLZPySLAnj6+zLQiAA+f+rh5dNirVr00bZ673Bu/IwU0MNQPMzSEIjavH+q&#10;97WAP0BPsONxbxES+OB9XJDMv0X+lgPb8RjjY6h+3qhGOrAemPi5R0QTJZumRp0EbwRsNTi/J1lh&#10;9QRb6f8AGgir8rU5KWRUZ9fNiDYEcm9/8faaVwCT5dbFTg9H6wO28fgKSGNIY1iVVH6QSDa1j9Pp&#10;/vufaRavlpZpY5jc2NibsxP9eT+Pb0RV1r/q/wBX+r062aqcdLP7OKeON4xxdbAWAtb6WHvlVZUT&#10;YmWE2V3As4sCrD6WJ92kjFVYYPVo3wVY9YafGmLIicMdAUjR9Qbj+ntK0xqpfErtr0mx0kgcfkk/&#10;7z7dLqc9MKtTjp8cIoY2tex+l/8AbD2pklmhkj/auiKSbA+pv9b2i8SMkkjH+r/V5dKAjdN7xJIj&#10;XkOpyFBNjpB/AHtR0WRZ6eV2ASMXGk2ueLE2Ptt4gaU62rCvSeq6ALUxKpZ5DyH9RFh9fV+PbBki&#10;lUieKRQQxJJ+oB/Ht6KIo1eqMwI6fKTXFqDoebW/pwPp7T80GQjW4YFbXBBJH/IXtx5AvEdVCdOS&#10;PC5sP1ccEWN/cqjluAJuLizC9yxtz7bYK4qOtggcescylblbD6aeOB/r+8k9O66WhbRFKpJJBYhh&#10;9B7pXw8efW+PXUUge4cXdGAsOFNx9QPeOA1Dsg16Fjaxb1HWPpzx7UrJqAI8+qlfLruVY1DenUSt&#10;wLAW/I9qqix2p9ZdNMi2sFuUvxf2luGYCoH+r06dRUPn0w1ORCApoYvG3OogB7c/7Hj358NMGjVb&#10;oQ5YEMTrW9zf+ntOt0WGn5enWyhXrIMnAVdydV1AYcDQbWAt7gtBUUtVLI0IlT6KwAbn/aj70rKw&#10;p59aZGJqOpolingRVm8bEC4PpP8AyDf24UmWipygcpFLIfTf6WBt6QPz/T28sBcdVLFcV6a67GvO&#10;GK6pI0HqX6kt9bE/0/B9usuVSop56SeUGKVCr3ILG/0a/wCP9h7q8JUAjiOndZHTRBiPt6uCsggK&#10;zRsCgHChbWZSPze5uT7SEEaU7+KPUyA+gqRY8E8/n2qD6kNfIdNhQDq6V0haRFchVLfqBHIuf7I9&#10;pqqlqZax0JbSDdW1WJt+Af6f193jZadMOpY56cY0RI1sABbnj2qKbKLSwQrPIR5Toui6l5/Dk+/P&#10;GJXrw6dV9C1HTNUUPmkdo1U6SG9RINx/qdPtry2HXMOTTzimk0rZ2N4yB+Tb2nrJCdQFevGki93U&#10;yKoMEQEoZ7XHpF2/1rG3v2PoZqKFqeetRnAt5gxve9g2ke3zM0tDpp1pVVMV65SyrJpYRM444K2v&#10;+bEn6H3LiqRTyaKqeN1DC0twWa/0A9vrGsiZFD03Xw8jPWGWIumqBGViP0G6r/Q3t7Ugx1NlIJLU&#10;sZexIdbAr/Ri/wDh7Lp4zAag46fjJkFSOmNslJjp41mqToY8qwJufwiqOfaPlanoKsQRaBJE1xZg&#10;2sg86j7VWymmtvPpmRgraVHHpSDVVQ6m1BZFsRbSQCL8D2p5slPDRLUSnSrAAIWGof7ULfj3SZFM&#10;ulR06uFqT/q/1fy6YoMfTPUvHHyyG7NpJBH+pJv9faIeSWsq2danyq1ysX1ZOeAB7sg8FM0p8uqE&#10;Kx7elKoWNAunTYcn8XP1JPvupgkpdJp0vLqDO6HUXBHOofj+nu0cq1qOHXmU07evKwkB1Hg8AEAW&#10;5twfb41YIsQwaGT94Kslr3jVjYvc/wBDz7rMqyuP8PVkLLGSw49N4gJrg4kW0dyq8epiLWNv8PYJ&#10;5XE1E1a6tJ5IS/7coXktfUpJH+9e1cFQK+nSNkqxNa9O3sQce0dBRUscqsA8Z5H0EgHq5HvUixyt&#10;k9PCqrjrEwZmNv7Nr/4g8+3rE5KITuhjCtf0GZQYn5+gH5/p7rJErR6RnryFw1SadRayB5E4dwP7&#10;RjJWQf7UrD+nvBUrKayoWDHtTTu/oKH/ACeV29Ssqj6A/wCHtiKiLpB6s4djj9vWWIoIVLT+SNF5&#10;Z7arKLHWf6/199/3dNfVvUzJCZtMa1calQWcDllUce7DVTAoD1sKpNGNT1hkroKdEuW0sD42KuVI&#10;H01Mf+J9p3c1CcfkIhTVbU6uqXb9Dxuo9SMR+D79bu7MVOetTIBTPUilmM8KyMANRb9JDKQDwQfb&#10;1tyld46hqgyWktM85GqJwDY3P0H+xPu0y17T16NWpXrHVy+IJp0s5YqiarOSR9VA59zN0GKCnp6j&#10;EpHTTxg+dY1sk9uVYf0P9be20pC2eB/b1uU649K4p1Gxv3Z+4FU7Sr5AYi4F0UizRkD/AHgn2gY6&#10;il3DF4sggXIU03kSqIPAAA0MP7Q/Ht7QSfEiND5jplGLroccOnMDTwvCgWCgAWN/x7d66LH/AMM1&#10;wxSgQOElanA0BCbNIQeQL/X24NUZ7jx6u1NFPTroa9R1FdJ/SP7V/wCn+PtihQ02SjoqKoE8TItS&#10;glUqdTqPSR/vVvr798Skt5dM5HanXL8c8fX8+1JR11VWSrT1M0chp5CkiU6a/Hpb0nn6f4j22y6V&#10;qOrqzeJoJr1x0qmplADN9SSeT/j7aMoc3VTxRzJK8EdU0LMpt5IC1421fS/+v78vhjA8+vMJCfs6&#10;7UIo9IAB544/3j2t4cHhaTGSt4ohV1qIz2Ooq0RDXdP6nn3QRzF617f+L6UVjC8MnptNTUvWaFjZ&#10;aeE2csthLqU20sf6G3vnS4yFmWlpftadnKlmVTFqYjUFLHgg/n3ejAFuNOqChFOA6yzVIhRpnSVl&#10;QH0qAxsDYnSvtGb1kbD1OPoYGiqAZWk0wMpkE3+pc/XT/Qe/W7u7FmFOmpiEoEzXrNST/cwrNokj&#10;1/RZFKnT/ZNj/X2IJyLVG16mmqXlx1VNQoIraWAIsVut/wAfn3afW1PDzQ9PKw00fBp0yfw7RmYK&#10;yFIpYw8xkZr+SFpIyCUNiLE2449hRio6eieRqqpjqZRUmPRGpDov11uH4A+nF/fj3ijcOkynQSOP&#10;SjN/x/t/x7UWdrcWtAQs6yV1RA0qU8NnUQI1roo/tA+9RxFTVeHThdWFfM9YkM3kYMqiJQArEnW7&#10;fUkAcW9pDBrXVlbTiSpq6mhRyzR0s/jLUgOoB4wb3U8W+vtUZzGlAOmlUM3HrIxspsVBsdJb6Brc&#10;X9jRUrlZMUa6hpUOPikRYHQoKqSz8xsz83X/ABH1HtJ2Tvpbj+3pSxZVqMdJ+Kpx8OS+xnqSclLC&#10;ZZIG1iIR2t5FX9IBPH19te4zSwbagglmaPJ1LTVlJ9uA88qo3inikK8XBN7e2pLd4pdYwB5Hr2sN&#10;HTzPWWjnmnytYYw/2sCR0sok1IomCCdHgRv1Aq4Bb6f7b2g9o4HK0mYTN5b7uWgI/wAl8tIwWoQg&#10;lqdnPB44I/2PuhuxIPAqK8D16OJo6SNw6c6hhJFPBDMiz+MjiQB4SwsshA5FvqPYmV8rYjG1WaXE&#10;mlxj1ojWSjJc+F4vNZ4kN1sL8j+n+Pt+2aPxBFqyOrSFtJdR+zplikp5quLFS5AVGQgohUvDLGuo&#10;6HELVAIUXGo2I5/2FvYYbz3NkM1DSzUWIWHEtS09MKkxAyymWQlw/IuD9fp7VqY4qoOkkhdlDkY6&#10;c8dQfYJOpqZqh553qGMrcJqAVUiT8KAAPakwsUdDhJJacNNXfayvGkKgQwM3pcSTi2liQLAc+y+X&#10;xWfVXA/1fs6VJ8FBxp1JlJaSOMhBHqGoufU5A1KqJ+R/W/tIbZyEFVuenqMo1dlKsmyrC0r0dOWv&#10;YSPMFUG4sQo+v09vuawkagop0ynx1Iqeu50k8EiwMkT6CFYpdV4/1Kkf7D2KWb3jBJlWgroY00KF&#10;VFA1U8mkD1Bv1LwD9Lj2xFaLorF+3p1pzr0N0z4zDrQUaRw1EkhY6pJJDczKXLg3X6Eg2uDz7lNl&#10;KGgniMdZSxVjwvLI8rsLFxo8LWN1BBBuv0v799I3x1x6dOF1GK8esjQSVcU0VRA5pxIscaAx3ZEI&#10;cTAHg2ItZvrb2FdFu2q2zuarjmaTM5PIiKoH3LPLiqeiDgo0FQ12f0mx/AtY+zVBBcw6JQMdFzGS&#10;KXs4n9lOpdZj4a6lFJ5J6SL8Gjb7aReCLIQOOTf6e52WzOXq6+prDlwZZpXpsIMajGlihq5P3YRI&#10;APWq8hf9Vx788cSr4aKBTq2py2pjx65UlDTUtMlOkV00oZWntJLNJGgQTVDm+pzpF2J9uGe2zPgM&#10;MY4qOpq9z5ungkR6hY5VNOZh/lM0K38fNwGck/1t7RLUyEsaKP8AD0+ygoVGSeoeNzNJl5at8fV0&#10;9RR4+ploKiSMOAtfCAZYBK3pYKrC+n6Hi55soKWllSWqlqsjN48dj6ExVMCRzBJoYleXRTykoQGP&#10;qNrWuPbc8zmip5n+XVo46Gta46zyPeNESmUGqnmSRJHaElCWBdnQE3YAED68/wCHtOYLbTZii3Fk&#10;KUwxxZytlWWWXJJQRU6Vsh+3qqWnUBncMC+j6AAjn24ZZIQDStPTqgVXrU0r1wrMlTUNRR0khqml&#10;miqJYUgo6qrLpSRjy+aojVki4YAGVl1EgA/X24bize9ustjzTUkVZCBXxUNNpRp5J4pZGWPIioRT&#10;GqnQDpc6jcDj2/FeQ3T0ZQSPl/n9Om5opIY9S5A9Ok9Pjdm7rysc9RS4/MVlDTyC8jQTfa30o0Ut&#10;OW16rSfXTpH0JvYewn6sqYslWVb1EVRka/OzVCzPCRR09DV1TEvJ5pCI0IZyyqD+Le3JXWlOHp69&#10;UtF1dx4nj0rqtzFTvN5TCsFp5WETTkwwnySp40ux1KCPSCf6A+xB3Fi9i7VWs3Bh869RuSlEtJX0&#10;VNJHLRVVXDAaSaSOSVtUf67uF1HXyDb2lijujmUjQf2/Lp5xHXUnEfz6ZcXXZyuqn+9w8dJipYY6&#10;mlnmqlXIIX5FLU0EYcagfVq8i2FgV1X9xdoYcvKm6MVUZ7JtFBBJXGSKsixlJDrWJqaCtm/bkmdy&#10;AoTUfqQL+/NdiOTQ5AX5da8EEa0wT041lVSiRcfUz0sM1eksdHDLKrTVLJEZJWSlNiyoBqY3sLc2&#10;49uNLX9kbvyMu3s/tcviI6ubHz0OSpcjRj7OadpBSF7i5EaqVcnT+b2Pt5rizKfp8T/Dx6rGk1f1&#10;KU+fTLFHtbCUlXmaaqx9FFWw/fVGTinglFUIYvF94p9SubEAlBzwP6e2PJ1tNiPu9nR0Em3KrH1F&#10;LNS01MYlhjggX7uemkivLI8kivZG13JI/BHtsIGXVxPz6uexigx9nDp+o5oquOmraSrirKSenLpO&#10;lpPuA5UxSxSxkIFsG1KE5JHIsbqjZ2z8mc5j8hurHTRRpSrSYc1k0ah6QMa1sg6jkWtdFawsSPaN&#10;pjKhhtjnz+3/ACdOxjSdcg4cOmvKZmmTH5GagqoqiaiJimSk01UgqA/g+1KxXIkLWQj9S/09r6rT&#10;bexdyPmaTd870tS6437ChiSnmjq9YyHggrahmVvOWOs2FgANX09+s7a4mjMU6gDzP+x1Vpog2ta0&#10;OKdImKfP7723LRZvZlFjJ54Keeni3FPHlMfI0hlgkmqaGkCMGiADKjEaiQRa3AVbo3hjKTN5V9u4&#10;vJ19RDIMg9M1HNUQ49acGrlCvCutxJJoJZgACCQbezZIYoVUE1p+XSWWSRjSMcePS9xFLkosTSUm&#10;aqaeprI6T7WpqKWP7eOqcqI/MsDavGbXsgZvr9Tb3lMc+58LFuff24oaTK7ojqazbGIyiQ04xVLR&#10;IsLz0TA/sJM4XmQ65B+Lc+9PPNPNoiFI14n7fTrSRxJGdXE/6v59M+FXE4Sefbu28E0VDiRSRZCr&#10;p1WOGOpqV88dL5Zv3KmZInWaUgkIrqNWolQ6ZvdGJWljm2xj8hLt3MYmo27uHdNSa046gjp6b7LI&#10;1NBixbVVTFjpflbW0gm/tkrHBIVLAvxH+r06cBLKHI7cg/6vM9Ysfi83WKV3PkKSappc3VZvH4/H&#10;+OJo6NcjJU4SjraorqeOFRGjFI1LOh1M68FTLs+HCbC21ndnSxmnwWGyprqTMQTf5RhMjVxj73Ih&#10;h5OVRwgsAqklbfT2Vi5Zrpkuc5FCPKn+rz6UhB4Y8I0A9fPpni3Urbzy2182Ps6euqMRTbcrRXIE&#10;rc1BjJcvkMZj4zpJemjhjnY2JYuVZdK+2bamZpdv7L2um5MVjtl7C3dLnZ81UUb+Cvq1jqWpqHGh&#10;4U8rNIitOpJ9Mem9yw9uvCl3Kwt5P1EAoTwB6qh8BNTrg1x/qpx6x56nhyOZ3DktuJHm9/bTxtHS&#10;4bD5qrmhw+LqslTmqhyUUBIRRVI5ikqUXUxheIMNDWTW7dw9NYebHUeBGZ3Jj9n4uoqcXiqaphhY&#10;ZqulRKTK5Crhij1SEEL4rXvy4JI9rYbCeGEtcy1Zjkj7OGekr3Ib4Fyv+r9vUrasXZ1Xhqep3cdp&#10;YbctRkaKXJR4ijyGSoYsNToDPiKQVFWrCZn8mmqaRkAkJ8JNvc/bkOIz2P27uTG7DpMNuClkrjQ7&#10;gqJpqiHF0+Obx1+Yr0qmWF6gM5eE+LUW/T9CQ0bfw5P05CV8x656eSsqanWh8v8AV69PVfCY6jIx&#10;ZPNVOQxtdEkDYM01Kr+SucwQ0VJLQxJOY5AGDiR2IBLM6pc+w5xVH2FvOfNbkIq4cLRtV1FJu3d+&#10;QOOkqFeEQwRxKmlJEQAsIYEKrqGo3PtZPcJEoBqfs/1f4emY42J9B5E9OCV+38HNQbdpVpqSeVbU&#10;mHxdE7iCFtTmaWmoIytPCSHPlmCISCAxbj2YXZGBV+vqPA7wxdSmc3Xi8thqndlBCaWvpJJp5ajG&#10;xv5RqjuyO4rJVVdJRb8j2T+ILi78aNqaPL18uldHCBWz5Ej8+gq3tV7oh3H/AB3be5YZ8ftaqxFd&#10;kdlTwzGHIUiaqPdVfFXUUcs0skdBUg0eNjWxq4VcjU9in+u8K1btvBbTy+UwT0mOy09ZhduET1Oe&#10;oczTV7JWZKryULf5px509SEOCFBC/Vbc6YwZ2FSB8VcdehjqdA/4rp+3B9phN05TddBtjNtkn2zR&#10;0Od3PHLCMbU4ahkqqnFYimo6qpDS1MNRPJIPDTqEErapST4yOtNsyj2nv2jyBqpczl8hQ5GSqr8h&#10;HSU9OkM1o46CGCPlFRL6QCB9OLeyxlubu1LhariijzFOtFkAoT8q/wCz0XnHdpRdwdNbsmegqNjY&#10;zDbkosDQpgMjkMxnYqjBZSOqGTNbLSwhy9TGhZQktwHLyFmJBbE2Ku3ewcnX5nKVu4N61Fau6qPa&#10;9GyUe2aHE/xV6SjzWcyMjs5tGCaeJI2bQguCTYLw9xLa1YeHFwzxNMY/wft6ajRBISh1Hj8vt/1f&#10;s6Mrit0x7ooIZMAKcbUkpanFVGYnqqmLMrlooRA2MxmJFO0crQsXhqJnql0TI8axvpZln5nMZPaO&#10;9XrcVLV5Sgz1DTPmd000j0cOOzWaqJaWlx8RqiZTT0kUdwwA1FrDSSAVlpFAYV1LUrw4eXn/ALP8&#10;+vStIr5GD1mxtEN04GoxG6to0eKoqXLT02OwWTqMbnP4lhcPUxrRZSupaYeCN6m3k+31SeK6FmLE&#10;qG6fD11XhKnCdb0DZDL0mTrsZkalJJae2UytTEZWqmqSpanEEv3E87N6baFVj9G5HiiYyz5B4da0&#10;mRKLgD/V/snp+q8zR4lavIZ+spsdQimiqaeOofUY4qWITTOQoIM/kcqsURdmCqVuTpD9ldgYnZOD&#10;WvwNQewuwtrUwjzeKxL1Ax8smXTxoayKkYkCjjVpYv08fi59pVRx/jF/+nE/AHifT/Vx6uvctbcV&#10;I/n+XQabO7H3LvPKVL5DaWR2JtGvkni2rldwVVDQ7hzJxs0GuoOCq1doErDMyQxSAvoiZ+PIhDtt&#10;nsCKvw9BsPfmx8dUZLNUyz19DEoirBg6geE5apqEuIvGVe7mYONBNr2u+m32On6qAlfn/q/4rz62&#10;rzntk4+n+r/VXqJvXrfceR3FNvfaXau6dtVuOpBHSYImlzG1JsiktzTVWIqbGSOcEQtErhgWBidG&#10;AspMD2JjMN49ubI2/urPYvFUuPwNZubI19DS4jHYzB6qeKqnyAI000URklZmRdXJAuR7s9pZzj/G&#10;e9+IA/y/4fl02RMpoO1f2+nnX/J0h8l1tuPLNQZ/f+b2HtOo/jGTzGN29trbMmRq6/JZ+jhFdBLN&#10;k6oPVZV3iSMPSwszaQqhgeQ3pO3N4bpyWbwVHHg89hKbGVNFuORKCohwTwT1WiqqMZkpHVpYVhKq&#10;xLXe5dRpt7pNJYWVAoCscUHH5DryLLIxY5A/Z/mPQtp1PspJcDk/DlqTKYrK0uYxtbLlKmStjyKU&#10;skMcdTBM0tM9llkBTxFQf02AHsRcbtDL7UirNyZav2tUbRqak1r4inrKqGhr69WM9DBQY+hDLPKr&#10;KqI0spu9yqEAXSRBtxYwlGoPxYFP8uenxpUkqcnpGZftDa+4910vWuApt4Q9lLiHmTKQ7Uo1yO0c&#10;JWVUVFV5XK5HccaxwwSftyTRwXlcaQFWQqAs8Xjm3rgqyo3JhKGfJViQ5o4/O0rDCY6ofW2Pjxsd&#10;YBYwoCTMFD6iWNgR7KtyS4ikSDbAQoIB0/zr/q8ulSvbRx6p+P7c/wCfqJW5jBdd1mComztVU4ug&#10;h/gNNU4svnt1ZR8fHD/E6jPPj4XeSV5yqGLQFvp0BXOkIvbNVs6tXJbVo8VVHB4ienqMDPjKbw0u&#10;ZyNEryzPiqOhBqpFSRnMlROSJbXDaT7OJLdordZJJf1jSoOQK+X+qnTAcE1VQF8ulPuBd6UUmF3X&#10;S/wnF/cGah3JDnKynQ4XCVs8coqqjKVUwpUdfBDH9vBDpWSVyPNYyewazHWEG893JXZOtkxm1Ip5&#10;RQY7FoHzpqaOJais+8oJNZMks6kvK11QALwRb2okuJEjEcI7sVJ4dMNGjnWT9lOhHlytVRYwhft6&#10;7KR09NO0k8r0OHIranxIwyviMWlAfQigyMAvp9Wr3B2BtbIwdg4/NZthR0OTZ4qrHmgrKnN5BaaB&#10;loBIghjgX9sfvFiFUAt9SPbNzeHw/CiOfXy/1f8AFdaRCjl6flmp9Pl1I3HU1sWByc2I+zeuFLIK&#10;WSsqzS0UczDSsk9TCruNN7gIhJNl4vcCvhOy9pQ9s1m2NvbfGHwdEZ1zEktBFSUa5DHsqCphWABH&#10;hQ3YtIxZm5HAA9r2EcduNT+I9Bnhn5dMq0xJT4T8sf8AF9Alkdg76zfT1ditx7hkzG9ZMfkZKHJY&#10;mWoo6uSnyB8ox330gQpUSQsaZp4YolAICoOWOTJ7+zO4MLn8MtHj8Vt/ccWXxdDWRu1BHX1lTXPG&#10;lfi6ZTeX0XlZrDUfp/ilmktEnDqKyKOPHp9I5GFHPy/1f4elDg+ndsYnJbYzLVuYyu4tpilMGSzV&#10;XT5jLR064aTGmhqq6ZC6qySNp0uP8Li59prbnXeax+38jVeRKVYKDK1u8MvkNv5PLZeooJYP3cXt&#10;arqTYGcKrPpAN/obCxSDc0nvBD8TNwAOMeZ6ckiMcWr/AD/6qdKrc258Tj8jt+lmd66tyedosZh8&#10;fRZqnpYWragNIK7LxCSNzDDoayaZgW06Ymk02QfXm1MNvrbm5KLF7lrqbG4OR6mgxAxzUVbXVxha&#10;aLHz+N/EC7Jo8gZib/S9/Zu/iQTKEodWCcYHSIZTgTU0+z7epW7d1V22ajba0+3ZcxDmMvT4/K18&#10;eQpqOn27jJJo46rL1PmVpJkiD6/HGgBCks6AX9uHRQxlbhdyVW4sNFJXYaKuXC0VdiHq6nB1E0JC&#10;VmKhqOUCabkAckXPtLeRm4mQK9AD3fP5deRmWMArmvn5ddb0XNynbcOFrZceG3JjJcnMlTBSxVWM&#10;p6hXq8XPLLHI4FSpKL4tLX4DC/Kf2Pltmz56r/vBn91VWQomefFYFqKmjP8AFI5fIs4SRi4Qm37K&#10;2uPqTb27PDNKojRwi+Z86fLpyGUqaAZ+fl0/Zk57RSLgocRIXq4VyL5aorIRHjr/AOU/aJRxvqmI&#10;4QuwUHkg/T2ZvM1WUweMpZ85SRbYp91NUUUGL24IaLLTx1dPepyVSIbxLKF9Wo3INgfaO28MSMID&#10;q0Y1tnPy+WPs6V1jfj3Ecft6BXbs+x955bN4TbdfNvbJbDyFHVVOY3N9zmcThs5HO8tDiqDIVg8j&#10;tEUct4WYIOdZYge2bZ3UWG3BNjaDF0tRLisFS05iz+cmjqnqai7STTNQiwLNq/wsRxx7QbnuM0Ka&#10;S2qRzSgrTPz/ANjz6URJGql34Dh08dg9v47qzb1Vm94SQPWk1M1NgcQkslSIIYwFT76WykixZpXR&#10;B6rAC1itarbG0dn7ryMdJlIshuPOyxVJoqiTXLHG8KwRH7VFayArZBwACR7XQ7fuFxarJeUSMcKc&#10;T8/8nSRbiJ2bwhSnE9Bf133HuHt/YsO5YNo5XbG2KNKo1GYnmpVgr/4ZUNDK2OqpZ43aNUW8spi/&#10;zisv49pzs7amd7HrYcTj44aWfA1NGIoZpZIqWuRI1kmgdPoQOGjdb8ixt7fd02y3026sykZNP8P+&#10;rHTMKJLV3bJPSg6tzO1OvdkybnzW4i9Ju2trtyVmRq9DinFXVuKfytENSkpoVoyL6/oLlvYzZzZG&#10;05Nr47GV2Ax9BOEpGqp8bT0cdXFUrGFqCKpFuxflWPJI/wBh7I9t2/cbydrrWck4PCnlgf6v59bn&#10;u4oDpY19OivbQ+QW6avuHece291Vu6sDEmXODo83Pl/4RVxz1SzQvFSy2WBaceiJrJcXsdLWESnb&#10;a+xcBHA9TQY+jZ5CHrCsIaNrBUANhqsBf/H2JLDYLq5uTPPQ6fPAp+f+av8Al6JbndWmbw4VJpxp&#10;5dTNx5rsnuXfE0WGxOfEGDpMfHIuFrYIaFMijGeWSrqHIvDcnwgrf66h7VW2MnQMka4mLz01fCKt&#10;K2NE8Lo4uoEg+txyCL3/AN59pN0so4py0so1KeAIP+r/AGfy6MLEzyprcfl0CfeO0975jGzZHd9R&#10;FSy7fnbCpt1amsmqJ5gw05VEXVGBb0vrIA4+l/a2EfluJkUxk3IIH7n1/UPz7JzGJDWLFfT8ujdV&#10;IFTk+np0Uup3S20UiSnydXLlqFGgx6vMkrY3WxaVYHjb9s35BHI/HvPcCyooVVFgALKAPoAPaqOB&#10;UHdk9VFVyfPoHsrnchk5paqtqJ5JKiV5JpJGklkmkZtTytIxLE83ufePUw54JP1W/wBObcm/tToX&#10;gMDqxYUp02giTSpQkq19em1zYNcC31J559+UoSAPyL8XHI55H+w9+ZWC/wCo9aUnj1neRyhLqFt6&#10;SbAm1+GBH+8299k+rgE24vbgDj6n3sZTJ69TPy6iBDdfVYFtQ1ElmYEm4B4tawvc/wCtz74yMbW/&#10;wseR+Fv+P+Ke9xoK1/1cf8PXq165pcnlhdHJW9yQDJZVv/X3x/cFj6v02tfnkWBH+8e3P0jX7etV&#10;FaU6yaIWuP2x6uCRYenkgj6c/j35WP1P0NxzwP8AX90YDgOtcMddFYmURg2aPkAEcjSRpva44+nv&#10;tSxBuRYE82H9Ofr784QUA49bNfIdcTGgKqLkkHjUxW5H1Ivx/T3yQFWJP05P1/25P49tyNqXSP8A&#10;V8utrU8epgSOOFWvq50heBYACwF/xf8Ar75vYn68fQ/8U91jBVaU/wBXr1416iCT1OzKQx1NY/gB&#10;rX+v1/pz9PfBABcn6A8c/wBP62PvctSABxP+rz60h/Eep8L6WEixpL+ljrJC3HI5943ctcDi3H+N&#10;uLce7RxLFk5r00zVPT5AXmaItpdSoK6VCopUcg6eG/17++KkpyCbi/N/6f1/p7q4E2CMHy/zev8A&#10;q+3rRYjp1MoSRdaRWRQgDICUF7n1jnn/ABN/cxASoZrm49X0/PHHsudSpKDy4cft6fFAtR59dvV0&#10;qOZYaaNCLFWIUljezE3+o44uP6H3yYHgHj8kH+n097ifSMZ8urA1yem2siWebyOviZv3rACRl49I&#10;BS/HvmAp4Jt+L2vYfg+2y8intAOPM+fp+fr9vXtS17uPn13HDRPolllnaRp/3Y0VdAQ/7uEn+qvx&#10;osPwb+8ckkMakarhQb3Nr8/4/wCHvca3BHiyUFf5f6j/AMX1tnVjpSv+rz6c4qFcxWwUGNo62qLM&#10;sEUBbXNVzM2j0CwA/wBv/j7L12Fit25HMx5bEZKKlxFLDFC8McqJWVLl7yPTkkC4XgKSP9j7XGS2&#10;uf8AF0j1t60x/q9OtKwt07m48R6dXDfFCp2h191nhtkbkpqhN1VlVlchkKaroaisp6ESzaoYauaN&#10;WSNLAeoAg3JJ9gN2DtzKZWsxdVRs0Vfialcnm8nV5JKqWXFUja6WGaigLKnIu/Fx/j7Moy1rb+A4&#10;OpsAdJZG1HxQcV6OBtXI0Rhc01RSQYipkgpMTj6bE1OMgirV8j14pqqpCioWViDEyqospte/C/k3&#10;/FuXbVfJNNU/wWKgalr8v56eCPHwhPG6wIUDHVzYWJ/x9p7O2NjNUKGkatMcOmZYklUMx+Y6QkHW&#10;eF25uSjyGJGPo62py1TmI8ZFT1bvmq8KWkra+dpSFeJeRJYKDa4PA9rr49YzbNNseppcWlJX4WWr&#10;q5nqpEjf79pDfyVKODrawtc3Fvp7Du7m+uN1WONu407RwpU/PgelSeHbwBjigx0XP5mZiowMmCzV&#10;NXZHFZ+KielwNZj5MhHUYyomk1TVNDW0dljctpDM1iQAPobew33lvzAbC3VkMTsnCYzJ5zKGOGXE&#10;U2hmpSx9PipLGNA5NyqWufx7Ez7LBFEs+5NgCumvD7fs/wBVOk0d1PcqNIKj+Z6F/qzAbw7E6n2Z&#10;P2XuHcdLW0cMFe1fR1rYfIZiNEIiq8jVU3jl5T9WtRq5a5Bv7yLlNwZzEtUb0yT7arKenqUjwVRC&#10;KJhDz+9JGhvpUD/WPtLHchH8DbUHhHzHn8vn0oKoq6zljx6EDDba2ltqv+82ft2PNNmqpKzJ7kjr&#10;/wCMz/cQqI4hLkaySR2YgenS9lHJAv7Ztk7+xe38fVas3kWp6auRIWxcYrvu4gbESksyxgn6av8A&#10;Yc+6T7eZboMwVccf8n+r/P1dJBoK0rXpy7E2Qu86WKkfb23cystNPFL/AHgnnihopmUGCeIUkUry&#10;MDcWBX/g3tyyydib0ykNZtndOLosRFUQzNRVlVU0ddNSysDLHK8OuPWBf0kf7G/sxO7pZxC2QEn1&#10;Ar5dJjboG8Q0/wBXpx6SVBtrrjrPEUy5DY1J9yY0jrqvG7ciykf3MSWZqY6POUZv0sqX/LWHPtN5&#10;Xbcm5ajceZ3RsuvWj2ogoKWlaragqdwyMNIraN3ZfIEHrDXIPH1+nvUtxLLot4HyRUmladWTRH2t&#10;8R4dKyi3Lg6D+A4DD5+Krq9x1VZU0k8VMMnR46KBBVVFNVijKrTIx/ZiWZ1OslR6gbY9kJnqGiyV&#10;XQYfK4HZ2DxNXXfbfdyVVRW1R/3ZU6P1sOSQoP0ta3suRYTerCh1yk5JHADJ+zh09IFWPuzXgOnT&#10;dNXt2OXDY3NT4WTMZvJ0+KxYq4ofM0j3qZIqRH1spKI1gW5YgXJsPcCizmZ3Jt+rr8DHlshDStK9&#10;XVVh8qRQMbtBDR8tpXm11tb6+1cksEF14eoam4eX8+qBARqA6fGgw2Nq6ZZxjKF6uQR0USRx0z1F&#10;WPqwlGnVIRYBfqfxc+w6l2Fj925igr6CWemytOv3EVLOIqfG1RiGqSmNAxCqr8i5NiTyPepbmWGK&#10;h4Gv2jrSQq7axx6eaiojo4HnnLLDHp1MqvIVUsE1sFuSBe5sD7Hms3pmeudo0WPmxFPhausUzpT3&#10;iZYIL6Io2VWKqGFyFBJ5/wBj7c2Wzt5ZXvpAWoKAnh0lvD4jiOpovl8+gVymxdl9rbjXOVeTfPY7&#10;bjvjhR089qJMvEQ8svkiA1SRAquoEgfT6j2HND21kstJFlTlaOaKln0R7eloSKpmjb6o6NpsWtpF&#10;vzyfaq+SF9SBAFPE9PQkhaKa/wCHpf0Ww9t4ylqaPHUMlIauGRJ66KpmNW5cadTTyOWLW+hI9i1J&#10;2dvCogp6mTa1S1VOY1pcVoiiAWX0oSpYISRzb2kg/dsNuwRdKitT6n5nqwty0gBY0+3/AC9BTTdC&#10;7EpI6hYc1k2e8klXkqjMNV5RdEnldDkahmkjRD+A/AFvp7fs5WUWFSjfL7fC5jI06rLDBGJkgeoS&#10;7q6qdHF7M34P59k1qktzK1zG9Iwe359LJmWmkGo9enjbsNVm4Zabb+7JqrCYmt8S1Mrs0832shQA&#10;1JXyEAr/AFII+vB9pilods5e+z6CDGJPWTiepaWjpcmaRyNReNXGoMBc2H5/PvcsE9qxvbgmnkKk&#10;f5/29UQl1LKOHSryddlcXTT7mrBU1UGLpZmhoYapsYK69tP3CSN4hcjhpbWHPsPstvPA9SZV6Grx&#10;su4BHKyRpW0saQvqazSKsiKDb6BVHHAv7M4dtS9hEruVBzg/4T0kknlGFwf29Tqqkr967YgMOUrt&#10;rz5GlSRqrEVEctdRlxcpDUAlNQPGqx/1h7HLbnfG38xtuVcRiIKSs0gS4ijiggmlDC2hVULcgHgE&#10;+2rbY9rsb36xySRwJNSPzz6fLpuUXlyPD1VXz9R+XRP94fFLfW5934uqzXbu5M1tiicVkMmTkD1N&#10;FW08glh8kaHx2P18gT6gXPsBajZWRqt0tJR4mPG02cc1L642bISSSMf2GklDMqD6G1vZxc7raODO&#10;DUDpwQSadNeA49HWpcrRUOHMlVk4Kw4qmWKvrEMaq7wRDyTMqekararD/W9yY8ScLumKgydJgKlI&#10;isjtXussNIiG7OYH/W/4HHH+Ptq7ufqLMCAEavTj1qFFjBY565iuhzeFFbQyZFYqiNngalXwVcv1&#10;C+NmBsCfowtx+fYi1kmz9yyfY1compdNnNFVVETmQL6IYmuV0j/UhbD2UC3u7CEFT3Hj8gfX/VXp&#10;1W8TNOklHFuvHU9RUUqKKh5AsUddBTzU4jVrvPMtL4pSxFwSZbsfaZwO3cXtCrrc7RV8kdKkhTwZ&#10;CSlmk5bn9xOCADb9K/4j3SSGe/PgtnFT5dXaRYaKOJ6fqqrnyFPHi6ild6irh1vLSrUxQoUGq95A&#10;Chv9BrP+v+faxzecxeRo4HVRSQSJc1auniew9RkBW51c6QOB7es7BbRGSM93Vkdyavw6TeExGdoM&#10;hVS1NYuRIf0UkkJSWCM28SQyhytlHLM12P09g7mqqgxBhrIqXFw00MpdKpqxpJZXb0hkhZNBc88k&#10;8fj2pgtZJWZXyeqvKFboSIfI6nyvISwGpCixaCeSAV5/w+t/ZiOudz45sZ/G6ionqkij0IGJlQyh&#10;ebIi+kAceyK/22Wa4W3+Fa+X+r8/+L6v9SPDKr59F07i25nMlAMDtiHHUlZlSDJWusUTwUtype8k&#10;gMjk3Cixt9be0Z2FvjC7j81Hk8ZS5GKAkU8bqotKx4CS3Ug/7SvsRW9nHaRCKMlVIyfXpGNTGqnp&#10;z6i6gqeu6JpabM1q1eTMUuU8jmWGoeNCAzUkutNZ+nksGt7CygwdfHX0eYgqMRtzFmZQ2MpoDNkJ&#10;YYyDqdlDtd/+DgD2lupEdTBbKXPqeFelERCP3f4Ohxea2ulMdRVyLGS8rpDHExa9lZ/SvH+0qSB/&#10;U+xt3Nv/ADslNTU2zoPvqmSKOAhGSOWPRw/kjNzY/X6+6bdt9pYW5luwC/z8um3V5Zatw9K/8V0B&#10;eN6nwM9dX5HedPE8MORmraannnkNEfJ6o5zK+kFluRa3H0+nuPTVe8KShSo3NUUeNralXMdNWSxV&#10;beMfSywklP6829p4ZYbucm3TtU8aU6efQBpXpQrjdkVjfabcx1RWQUkipUSYXzU1PHKOQGqn0Ry8&#10;WBCs3sCd+7gzPn+2g3dQU0akhKeOGoMjn8s62It/T2fRfpLVUAr9n+HpIV1HPQlYvG0NPGssWOFN&#10;K6JqaURSS8L6V1gk8f7D2z7BzGWNVVUs8RrY35krYaf7dSy8gsotf/e/ZZeIkswLZavSlG0JqY9O&#10;k6qyXYhdJuCfpzwRz/X2Ku0Owdu0O5fFX0kFVNBLpaevWKIag1tNLC5ZnIJ4Nv8AY+2dx2uWaAIs&#10;hFfL/P1oT6gdHE9I/eG38pm8BXY3FZWqw9RPTvHG9ExWUll028t10/7D37sDBbN3nudMrB41qDaV&#10;kgERKng+tGIAN/bjxXFtZLEhwBQ9NW6mlZOPTV1rRbm2/tOhw25ppMhWYtPtUyE7HzVUKE+NpGAO&#10;ogcXtza/uRitu1MNZDNTVSpjoin3Xm1WSNLftr410s5H0UH/AHj2WvOY49AFXPCn+H7PXowVUpU+&#10;fStrcnTiBopIy1RIrCniGkM7W/UNZBCj8sR/vPtZ7hoqSWJchQrJC0QRLSyCoYiM31wwLwpI45H1&#10;9qrOZGh8GU5pX/V+fTRVlbSPPpDbcqsrTVk+NyctNVpNJJLDLSUj0iIJR/mKiokJ8hU8kr/xT3Po&#10;8zRUWDEmUDRyzsYqeCUKxIIv5p1PA/2H091sbU3F6REaKua0/l03cMQQF4/5OmncOEy2Qz0EeHKG&#10;nhQT11UsrRPH6rrS0egG5b83PPPHsM8ljNv7nWoNRXLSxRFglXSzrM8017FI404sPyT7OX8a2mCJ&#10;n7eAHWqFl+fQhQ1GVx9PTRpRvWyy21QlfthTRgctJO5IJ/AUC59hQvX+6cdlNe3ppMtSatchppGn&#10;dIr3/fUCy2/Iuf6e9XV/EFpKRqOAOqrGUOpuHT3/ABOjjiWWrlSgDNoArnSmu/8AqUaUgN/hpPsX&#10;YHr4aaGFIaOmlARKhpitKEA4kLuwBJ/wt7RW9u7KZSpNeHVvFUGvl1CqDSSOZXknqEvrjSHXUBif&#10;06EjuAP8fa0qN47ep8ZRYv7yOIafHVimkSPyuD6iQeTf+v19+tdkuVLXU5yTivp0lNy2ssRjy6D0&#10;7Yzk+crct4IZLMGxxr1MrQDRYaLMAtjyV+l/bFldz4XHrGlAtIImF1UeLWA/JLFhfV/U+3DtVQZJ&#10;Tqb163BeM5IbpR4rE5mp1vlp51lDDUNbiNmTgeNVIAX6EC3tQYp6bI4/7ujgRakC8k7IpRVtwigD&#10;6+yf9NbrwpOFeHS81YV8uoGXNXjqpYamoaSikAWOFGYTF9Vy5Yn6c+2yGu/eKV/+VeR/CkRZRrLG&#10;wWONifT/AK/s3mtWkOuIaQPT5dNApwHUySkVKa9A32hRPO8tmIjFrlpJFHLfn2GXaOP2djHCw4x6&#10;fKy+maSjcLJJI/0jDkGwF/x9fZna2830/j3D/Zw6Rxl3c04dTtoVmYyFJJWV1THUUcr/AOQEweKo&#10;8K+kPKR+ota/IBH059x+tdl17T01TLUNT4wyrI8ECM1TVc3ETVJvYfgkC/sg3DcgNUUGTkfZ0vij&#10;CDU3Dp3zeSjoKOY6ovMYn8flK+NDb/OOpNyB9bfn2eDH0OEho4f4kkOjxoRSFlZI1ABXVq5J/wBc&#10;+w2lnuV2D4NePE4r/q/lk9X8dEBKDPVee9+xNz0u4Kqm2hBW1VUXkibLR08peSXXocRmOyhRzawt&#10;9AD7DbsvA4vctJHDj8hS4qREMcTJEkS6fwNcYB/1jb2LNmtm263YSLqJNfU/6v8Ai+kJuP1qcf59&#10;CR0hvXfWKrMmm6sHnstDWMs7VZrXrJIJQLMYqeoayof9SG4PHsui7CrtuCoihtmJ6i4jnjnhSnjV&#10;uTNI8vquP9b2oMxeTxZKgDy6e1Kw6N/j9xUGShWdDNSfXXBVwvFUBhwU0C44P9CfeWPrydnjmadp&#10;30BmiorSM0jfVPQCSB/UfX201+G4ig+fWtIrjgOsr52iS/kfwAEgyVNoIwB9GJkta/8Ajb3ndqfa&#10;2iE0lcsvJkmeJnKF/wCz6jwPevpEuf1SR8urqwHDqRFIMhH5I5oZIGPoMMmtWA/JZeD7Eva9ZHna&#10;Zaakq5qXyMTLKscZkZb2Kh2/T/sPZbK6WbFwoY8Bj/V59PLp4t0gt10/8OJyVVSwV0ECXihknmSJ&#10;G/LGFQQ/+IPHtfR5bDbPWQ8zVNrS11a5kmAPAWPiw5+gHvUe2Xe50mum0oc6Rw6oZC2IzQDoHsrh&#10;twdipHBBKaHHI14cdjQaSBze+qpdTqYfnlrfkj3KG+qmrpfu4KOUqykwsVXyS2H1VT9P8Afdotp2&#10;4XHhtkA5/l/q9T1VzLp0qx/2Ok8vTv8ADZhQT7gZSzKs1P55xDCjc6S1/wA/kge0JLuHcuaqPt4K&#10;UL5H0hquXQkalrEhBcnj6/T2ImuLDb4SYV8vLj0ylqp73yehNx3W+ydsQLVyzC8KGWVqSMeSZgtz&#10;rm+tyfoCSfc2s62pZJYKqtY1c2pZJNSkU4e/IRP6D8H2Hjfz3ykp21rT19c9PoyodPl1xpO4aKB5&#10;6COBKeOC6QIz6qpkUaUkYNxc/wCx9iJFJQ4jDikpoIQ5jKMQALgLa1z9Px9OPbOz7M73xurpiaZH&#10;+r9vz6ZvJHZKUx0CW68rnd57mo1SpqqbHU06SsqsWF/JcM0afUG1jc/0/pyV3eNDia+skavkFyxE&#10;cMYBa/8AU2549jG61nC4H+r9nTcZJXTTo5G1vuI8TRw6GYLGuqSViL+kWt7BKs2uPvWEEFTJESSH&#10;s4BW/wCkN/Uj2WyNoXsOT1YLnpV+1lQUWDwkAmmjg+5iVC1OHWd0ktwJNfN/z9faUW09wayGgPV6&#10;6D2+fXEknhf9ix+lv8PYiYTc8daaanjQslwoiH0FvqXA4t+T/h7pJDHaoyxcT08CD0y1mLSQy1Bk&#10;IfST5LAstvpov+f6e1tXbrpseiUtSyzmVbCBbCFV+mllH+9e2ra3Zv1h2/4T8+mn0P2+nSPTajVk&#10;33EJNK0UmoVJ5qXYflXP0/1/c7A1uLnaWop4oaVowrCQadYdr2te9uf6e27u3EkirJU18vL/AFft&#10;6tqYR0HUTP0+bpaaOBppa5Ji8bRFbq0QHq1EfXj+v+8+03uapip6jy1Nasut7DUf6/7SPqf9f2fx&#10;wEwAKKADpMkrCoIoenjay+SjVIqFqQKBe9r/AE4If+h/w9pis3sYYo6KjieYIASkAUsNX1Z7fQn2&#10;1HawwKZW4nJ6upLNq6fhgIZKh6mpPkkbj8kBRyFF/wAe5VDkhkqYy5edKOAemOBHJmkP0CPYjT/i&#10;faRpZHfRAPz6daQAfPrnJRfZMPsKYzTSG7vIRojX/Vc/X/BR/sfbxStjIpI4KadFBHC6ybMRe12+&#10;v+PtmSKUKWc56eVmYUHUSY10kbvNTMdJP0VblRxcKv0v+PaZ3B97NI6UXikYXTzNINA/xNuP9v7W&#10;RukcYUmppw6a0MenTHhBCHZWj1erxupBHH5HtORUeR9VNTVEUtWwJkk1Wp6cEXLM5+p9tNcGL9ST&#10;z4DrekjpxLrp1sPT+Lg3PNvp9fbvQQ4vFxNNXNT11SzBWmHoLG/OlR/U/n/evabRcXT65DoXrwI6&#10;wTeeSywExW/USo/2HtTV0lJkcQijFeOJNQWYKt245P8AW3HF/e7XwopWGsk9eaEnuPTTDDVU+Qke&#10;SvEqyqp+2YWVLGwtb8m/09o/F4vD0DGremlknkkCI063UMTYafwD/j/sPfpvEuXIJoB6dW0hMDp5&#10;lMpOlCqgKSx+rD/H2JtPm6amSmgEcbzEgeKPQFAP1Btz7YXbkZWd8Dy63qNKDz6SNZjqypknkWaS&#10;OLSx1knVwP7I/HuLmcrVOpjhpQkjDSpVjax5uW+gHswtoYol1LnpsMddOusVi4kOuaraZA2rQ6ga&#10;W+lgtufaLymbSno1hmkUyAMZBG2tlb8fp9uW8R1s5xXh1RyTw6VEVKomMqrYAAKSLXH+t7RtNJLX&#10;1AmeqEUCsPSDqdj/AKnn366mp+lGKmnWxx6n+1j94IBTItUxVmCssYJYm3pWw59pYo1VCzgV/wAH&#10;TuTjqM8YdmJQXH6S3+8n2/yR12YWKk0NFCFss8h0ah9OEb/e/fjdpbxdmT/q/wBX+HrXhg5PTUkd&#10;Jj3nqSyl3N3jT1Efnkj8/wCHvjQbExlNXeeod3kVh6/QsQINyAW5v/iPZdPPeXSgDgetqQvlx6wz&#10;7gTws8CXYg6UOpn+nBKqOPbruPI4ynpvBB441p10llsoY/1J+l/ZrtlkbdKTmrNn7Pl0ldmZ6nHy&#10;6gYiLJVFS9ZU6wk1mVH/ALA+gFv6W9hxS5uQTLFTSJzb9FiRc/nT+f8AD29dRwoKtSo6UICadK1o&#10;I3BDjVf63/1rex52xTVVTFCPOqJoDSM1lZmIvxf/AFvYTnnk8Q0FSeHy6VAhRT06C/d9TjqCOWWa&#10;nkldbhEiGof0Astz/sfcXdFQ1FJ4orSNYsTquW4+rW59n1lbAxeLMKE9JA5LHqLs4rlIDPd0iDaV&#10;Bj8enm5Vb/6/P+PtJUE9TUVALMsaC5Kg2Yc3uw/3r23daRhR04Rjpe1EEMFO1laRiQF1+rn8AG3v&#10;rJ1kNGjzTvI7clOQSCDYH2vtIWdQSaL/AJOmHk9OsFJDJM3jiiijQW8hAsG/qFt/vftNU1RLkpFd&#10;GZfV6QTxf6X9u3LrECiZ6uoxXp6McdMp1BbWNzwOPYi0uaiwUSualXmji59V1Bt9AP8AD6ey6Cwk&#10;umrKKLXrbsaUHSEy2G/vAWg+3ZYJZPUbaSVDfUn/AB9pbI74NbKzSVmm1iqMeR+Tx+PZuI44V8JA&#10;AB/q/wBXy6TxqFNTx6csRsrHYiLRBTRBjcSMAoLccXI+v/FffWJy82TYlWAiUi5H1e39f6D2X3kg&#10;ioq8T/qx0qU/s6dqjG01MhfTdyPTc8Kfx7hbw0iK5JiiVNRVG/WQLkEH2/YMTHp4k9J5GBJ6y4W+&#10;mQsdbFiAxABAH0F/z7AnIbtnSoSix0ZjYsEaQG9lBsx/w9r2jit1MklCemQWLdP1r/X2OfX2WjEC&#10;rNKXmKjU4b1az+Af8Pzz7B9+JJZtTDBPS8MNFKdMmbpWnpbxgErckFbgqB/T/evbhubIQmU6qttK&#10;nUyhtKgjmzE8exLZxutsoGMdIQw1V6g4KjMMTH7dIyTw9jdgRa4B/HH59piiz6PMIqVmmbWA5H6d&#10;I4Nyf+I9p7lETLnPT6knj0/PSq49VrAGw+tj7XdFLVVxtT8HhfVwij88+0rSxqlG/wBnp8Cmek5W&#10;wUlGPJONSgk8C7Mf6n/W9qv7Gt/5t/8AAfx/j9Xsq8SP0PxV49W8RfXpOff0X+qf/gRq/S36f6fT&#10;3//RbRNEBqjXlrEE/T/Yf8b94KqrA5/PrvCrA9blUkEremR7Iur0r9Rf6avzf+lveGtnuti1ib8D&#10;+v5Fz/r+/AZx1VsdSsfTWYELdVt6m5NhyD+OfbXTszMwuAovy31uOf8AjfvZApw6aBFa9O9RpULY&#10;EuSPp9LHj/kXtnq6V5JHeI/kEm/Nxxx72lQoHVm7uHTpBMoRFksrEfS34+vA/r7b4EaOcCX9V+Dy&#10;Sf8Ab+1KMGWnVKEcepExDRkp9COQOPp9Tb2s6SmeRo2Fl1fWwvY/4+2T2D5dWpjHSSrayONZFY3K&#10;cAn6N+BYe36WaOmpvGznUbg/1I+o+v8At/bX9q2Mdb7uPl0moKaWprPMI7qukqLX0nkNwOf8PbXS&#10;kKTYghyCfUCeTcnj24YyDny6pqBavTzW3dRYWZQQLggXAtY/T/be36hKkNq5UG/Lf4fUn/D3qdBQ&#10;U406eBHn0k8j5Q406Vb9P6Sb/wBbDi/twmNPp9QVrLcKTc2P+v7TRgqx634g4r03RLXMV0MYiWIc&#10;2t+kcH/W9sdVBSinlYWGoNpAW9vxp49uEscH5f6v8vXtea9KnH1NY1VChudNg5LkXNr3sBb2kGpj&#10;qWVUuoN2J/4p/vPt4dvVT3Vp0txVIVaN5AHPCgD/AHr6+3yiqhyhsoIAAt/QXPHt1Y1MRznj1RSR&#10;0mcnSvrWRVZtJtfn8kfU+3QohVfXb6G5Frj+l/aMhlbHT4Ip3dN6zPdtUZOklQAfz/rH23VeMLB6&#10;iNgxIsyk/W/5X3oFhgjB61RZOnWizEaslLKpSxupsRwDwGv7bqSnKSBSPUCCWY8C3Pt7Xip6boF4&#10;9OVdOrRFlPBUrpUc3PAFz/vP/GvavhrhCutmv47C1/6Dggjj3TSSQB59OrUDoPqzE/da4lQIZDqL&#10;EfS59X+P+t7yT5MyKGZ9F/62+h/H+9e6GJQ1KceqNJqNB1xocKsIKRprCnTa1uQeSP8Akftj8iVb&#10;EM54P1PpA/2J9u+EQuqlevVKjpTgSUCgRxjkfRRrJv8A0t7gZCWKDT47EkWYqL8D/E/8V93iND3Y&#10;61UFc9OWPinqVbykgBtSqSQDf8C1vbZSz+WR1Vj6uOeTe1vb+oaadUrnpxq6fxIjstmQ34/1/wDk&#10;ft2ippVIDIoUi+r8nj6+0zsKGnl06AD+fTW9VC41LI5dTZlH0W/4HvmYLyMkh1qRwoH6R/W/ttWB&#10;TUePXior10agoqmL0EMLm4BY/wBNPvhFhkkYvGVUAgjWPUP9v/X26ZWUevVAq1z11NnfEFjmUlm9&#10;HoPpN/66fpb3Hr6VEOoMpmAta9gbfQ2X3QamApgdeZRw6mY6rZxpcN4SQQRdv1fUEt7hU8xLqkrA&#10;EEFNI9Nx9b+1IVXSo4jj1ofPqVUxaEdol1KwIe7cgH+n9P6+4WSo6mWoMwUhb8EA8g/0B/2/vUU4&#10;TB680ZZa9S6CenSnSIOLqvIJH1/P098YqaSPQHDL9SCSTc2/APtx5A5qmeqiOmSOubTo2uxXjgqt&#10;vpfi/vFIZEmUs2kNYMv1+n+Hu6EHBz1Y6esiqjRHSouvKn6C55+vt1oyyS3YWVyLE/T6cXPtvQpJ&#10;WvXvmOmuvs8Pp5dAQwH4/rYD/WHHubmZImaCMfQi9x+gH/X9txx0c54dbqFTqBg1mWKaVlNy1iG/&#10;WR9fpzz7iRwQnQDKha5BVef9uR7foWNaUHVVp59SpqmdBIVifSLWdjYcc8A+3KuelgpUj0DUeQ6/&#10;Xkc3v7RFGMlT0/qGmo6h4wVc9TJLrJj5Uo5uOPpYL/xPtEymN6gNExkOr1Jqv+fbqhkPy6ZY1bSO&#10;limoREOAnHDAH8D25RQv5WYpZVBIBWx+l7g+/KQcnr1KceoUsy+NUVwWbi4Nx/rHnj26491nb9Sx&#10;6TfVcA8fQH6e3GUBNS+nXgc06ZciHgW2h5QxtpFyBqP9f959vqzwhZCbOxvd3te4FhYH/e/aPwmq&#10;COntQ0ivTO8U7MiAmNAFCxpcg835t7Szzs9QwRtQDf1uTz9B7WJGCtW6Zdxq7elQsSpApZQp0ahc&#10;WAJHF7X/ANf8+3CLbz14M8UStJIfofqef8Pz7o1YW4Y6tqVxTHTPU7roscfDVVHiSNQC54UcfUFv&#10;x7VGP2lkIzFIiHWv1FuLf0Fvr/tve2uAGr5daKEdB7m+zNsrHPDUZCAIyvYmRQ17Elv8L/j2KmGo&#10;JVjWOoVSUAGggEXH5Nv6+3mhinUMAR/hz/m6Y1aWoOiN9tdm0uFqZKrDVqt5NbibUVQ3udKX5a4F&#10;rD6/7H2t6emijThFU/0UBR/TkD2hNoI3opwOnw+NR6JluntvN5qV2lkMl7hGlkeaRbtwUVjxf+lv&#10;px9PfCSrpqf9TKtrg3Y3vb6c+zOOylkFf8FP9X+z034hJr59Iakxe6d0VKCgxtVVSSEPqETuoUmw&#10;k1EWAuf6+0nlN00VLrPkXSOAbi5P+sP9h7f+mWFO7j/g/wBVfn1UvqNOFOjbdcfHLdefajmykTwG&#10;RFaeOxtoH4LHi/14t/t/YWV+7jXNUwa20MWUAEhQp+hv/tj7T3C/pgilR5+p68j1JA6sR2Z03jdo&#10;rQz01PEJo4kEhaJS5IUBhcDgC1gP6e0ilHkJ2klBM0TXspNrLa92Y+0rT6RRuI/1cPl0+sYOa9DM&#10;avFU3ih9FPIAoBC/qY8WVR+PfCBko31sAfVyNR4/qOf+I9vEB1o3n8utMKHrlULLWKUidhpB08X/&#10;AB+qw/3s+2fMxwTs9XGI4zpN1HPP49sojxmgqR1pjWh6ecS80USUsxd2UD9wjgj/ABv7DPJvVRwu&#10;y8jy+k673U/Q6R9B7WIaEBq9MkdKMAD6f77/AGPvhQZSogKCddJNiPwnp/qf6+3G0seqKWUddOgc&#10;WP8AsD/T+vtXwZWaqaPwaXRiAxtYDjkj+tvbXhKPLp0OT1CamiRSXNrAkcnn3KqHeBgrEIjeoab2&#10;LAXtxx7qrrQqOvGo49Y40EgDgaiOOfrz/vvz7Ty1/lqTECAga31IJI/IH093DGlBjqlRWnU7xqF/&#10;qR+bf7C3tQ08qKsyVKkoE9Lf644C+/aFkQg4I6cFQem+ZH1RtAQCWAdb2uP6k/4e2hy5i8sYCjWR&#10;9bva/Fl960iM0Jx1oksMdTlsWKHk6R+OPp/X2+wVkaUgjmjIuoILn9X+JHtuUxyNT06cSqfF03PT&#10;SGoMkcnF7FRzx/xB/wBf3GlqIIY9AVAJPVdvTpP5APvaAnFeHD/V/k60xAFes4jkZ9RJ9PpIH0Yf&#10;4/4+8+GyemoZfLwD+kf1+l9R/wAPbzL4i6Tw6qjjXUdQ8nRCWEkICwH1PPH9NI9iGtZRGlYtMDJY&#10;nxi1yTx6T9faCS3YGo4evShpFpQdIH7bJCvVVgYQllBkb9IH1BZfpx7QWeycq0zx0hKO9/6EC35P&#10;vYXQ4Jz00SzdL3GUIB8kw1uqgKzc/Uc+0PRVU80qSVaOpQ21NyS17ftj/H2YqyFeNOk3eD3cOntl&#10;9BVQBf2tGAipwR+qUqCG5lYEfU/Ww/1vbEiVbHw9PiTUvTXGxaUqRygNiOIwb2I5/PuZRCMXecCM&#10;BLgN9SR9LX91ePWKJx6cUD4mwOotVJINIhBcs9iRyFB4+vtL5rJ09pI4VjDhiLCwYj8XP092jgCc&#10;ePTMkq1oOnWlidVDSMzEgHk8Xtzx7jYqsEyRCpiEkBPrQm/5+vP4/wAR7V6VI6aRzTrnUI2lmifx&#10;y6Tpa1xe3tQVMkDtIlLdAE0hA1xe3BFvaZqrUMen/iWvn1Cp45lSM1BV2vcta35/3j2jclVzxpHE&#10;okDP9ZrEvbVf1H35TQ6h5f6v9WemWqOnQBebfS/0/AP+A9zqKkkqkV3DNGhVibk8j6lj/j/T3tpv&#10;4sHqyrXj1wkkWOwuAzXsOOf9h7Uy7jgxsP2zyCLUFKKWKtzxyPzf3V0+oGeriQRinr0yzYhKmoWp&#10;azEXFmCsLf1Q/i39fYZZHKY9si7pUTAyTaypbSAdVyo/wv8AX2/BG4AFRjpuSRMEDp9QFVVT9VUD&#10;j/AW9uX31Tk6xKSOVmg0IISD9WP9llbjj35xQEt1XudqDA64qiRBiAF+rO1rX/qT7d6SmjxOuaoJ&#10;jrYyUs62Bt6lb/be0wBlNF4dPkCMZ64MRMoCWaJxy6kEW/I94KjcUQVXVTIzlvKyi6g34Cr/AL37&#10;cWBFNDjpsyA/D14Q24JJVbBbfX/Yn3NyNXPUYyOZ3entHohccqdVjZl/J/p7rpUTaRjreo6Kt5dY&#10;4Yo4pJRGQS7a3v8AqBtYH2ift6nx6vMZPA/kk+tiri/6hx9fa7C9MgVyOpfvOudqJ6Z6OOOxdLeV&#10;hfS6rZdLWFv6i3ujItQ/n1pZSaqOuOhdQf8AIBH1Nuf6j30IMtJBAZ5PD4EvFJp0m2oEq39QR79r&#10;XV2jrbKSOPXfHNvr+f8Aevaxx00r0zCqlYTLGrJZhYKq/W/9be2ZKnuTj1dDQUPUeRRqXSg0liGs&#10;DyT/AIe+dFPFDTVNScjoKMxR2Fnu30U/4A/k+7d9BTPVU01JPWOdNbxxmDWjW1306AoPN/aAzWch&#10;raqFZ5Pup7ENoGlHIsEkBN72+p9uaCW1cD1RpgTQ8epMcSQoI41Cot9Kj6Lc3sPaxp81W43DrHUw&#10;WpZEHqiS4u/Cm4+o/wBf2nd42koeP+r/AC9PIZVSpOD1Hko4Jahakk+aMBf1EgKPxp/H1+vt0wNU&#10;lazJLA0waPUyaC6tzwEI+h/1h7rMI2TuNPTy6tEzFqU64VgeKPXE4jIYesm1v+DX+o/1/fq7GY6G&#10;qWnWExT1DNobx6JbEXUEj6j/ABPtuOoXUDw/2OrNQGlOPXqeokljMxaNlUerQQVupOqx/wCI9tjL&#10;jMDA89fkjIsqyeajZRpeEHT4zcWI/r+fz7VlZJ108Pn02THGNRyeueuWZmVYdCrbTOzKfURzpQc/&#10;Q/63uFS5XB5EPNjaVIJY4RZok1tHGpuhV+Txbi/ujWrx0IJI61HPFIpAHDrMiyqLSSCT8XICX4ty&#10;qi3vhjMxiaXJ5Crhg1V7IdScIJ5tFy2n8F/rx/xX2+qUTS2R02soMpWnWKpp3nhEIk8YLLqYD1BV&#10;NwF/x+n19skOXrK4SwPI8GqSV6dypLB3P7ccrD/U/S/vT6ANSdaXUWNTx6khVBuBY2t/sPfqCpyl&#10;JVhMoJNKt5F8aPIXtxrB/I0/UA8+9fVIy0XiOrhGXLdeIBBAtyCP8P8AePayps2s9ORKiu8TDwya&#10;fGtlb0kAW5/1/wDH3pAG7s16uHJr1FNKA5aMlVe4deW1XFvq17e0xWg1OYOSFH5Fili+6p3hLKbN&#10;+5LFI3ANvx/tvewoGK9MMXZtQx1IRdEaxhzwulWP1+lgf9h7anyd87LV5d3ix3lMlLQ07SMWRR6E&#10;YXt+LkH8+3hlNC46qa+JrbrwVlj0q13C2DuPq1ramA/29va5gNFuOgr5RiKingMEkUFRTQ6FWVEt&#10;C0rtzz/qvyR7QNCI2DA549Kw2oZXHUJmemeCL7uJ5JJbulSwEkkd7yeBVP1W/Atb2hcdt5CYlyiz&#10;xOCYYzFUIJAz+oSIzj6n6f7x7cMpkFEP+r/UOmUjp8fTg1wDa1/8b2/2Nva22517QUbVuVTI1ktV&#10;Q/uw0zII+D6nJkQheOSeOfbDTTBgr00+fTyQRrkcemWtypp6mipftw0dczxmoMq6IiEJCmL9TFuA&#10;Lf19xd57mrq2WiwkqVdJTDwVCT0MgMcv7mnU0yWF9X6uPaqOWK3JdTRuqSKz4YV67xWIpKGSeqj1&#10;yVFSxEksoOtEB4hTVyFH4F/cigzFTX0EOApDFj6mnepbzZeJWd2QFhLHOORfg3Uc359uSlbhfG4/&#10;6v8AV/m6qjaf0ydPp1lkpYqernybfcyvJHDD4YHlK6Q2gE06sFY3N9TC4F7e0ljOxs/loZoKimK4&#10;/G1U8MipaFVeBPGssavYnUAfxce3JLe1MQZANX8+mlmmLEPwHWePG0UVRLVpAoqZk0STks0jJr1h&#10;Ltfi5vb3OxvaLiqpMPIKeeiq3EQiaEVTF5kMamQfpt6iLn3QQJpOoZ/Z1cXPcFXI8+sFRh6OeoNY&#10;BJFV6AizwyyROqhxJo9B+hKgke0rn9p5zI7yosSuRjTCVElNOLzLDSUUMrWaIIvAKmwt/rH2yJwi&#10;nGR1R4GaQEHtPUz7gCmkqPHKwiSVjGsbNK/ivdY0+rFrem31uPag3BvbbO195tt16j7tMfJHjn+z&#10;huJJyFBlIT0k6ibn/Y+1FtbtLF+oaav9X+br0lyscojpWmOomOqJsjiqStaCWhmrqaKrFNU8y0pq&#10;EEqwzAfRlBAZfwbj2u23FQY2p+6o4BGkGl1irBbITSRji4m0q63NwV+ntiSzi1FTny4/Z0o1tx4d&#10;YzQ1FVRyU9fOHknSSORqUNDAiOT/AJkXLg6eCSx5+ntC5DFwb6zNLuOXN0m2qtqmAz4uP1ido3Gu&#10;ZDET42ZB6gwtf/X9vqTAuiIVH+rHSVlWZtTtRh1yp4mxFHTUUMdfkI6eJkSV5YpZwiXMaTSSspY2&#10;9IIBNgL/ANfbvuKv2pnvDF91Xy1mFqUp6r7NUpZp6EMFmkMrCz8hPoP62PvwtpIxrDYby9OnxKkg&#10;0HivXdJFXxNKHWBYpkeZf3ZZDDUsR+1oIF05JJDf7D2qtv0dPurHlWxtBiMdDjpqBclkv+B32Qlv&#10;rReHLBv029J9o5ITARNCCzVqfT/V/q8unEkVu1seXz6a8vkhhWEl8pkqusqo/tsbQxKytIYfH4mk&#10;caI4yBqYyPx9R7ZM3U4nZ9YNt5DB5XcBhZqigysUFZh6QyG00LwzqBGRewPLf09qobhLgapTpIxT&#10;pllZDppUHr1DU1+foKDKUVYuHeVUaroGjpMqEZSVlpZ5Y2ADqbi6MLfkHke8lFWVUW2s32DuDKE1&#10;FDj6z77bcsWitjo6gvDR0kVZL6goZlXSFsb3vz7cJSWXQo7T5j1/Z/q/LqgPhqXzXjTqPWVIosri&#10;duUuGmhpa8vUwZeFIPsYKygYVksNRDGVbyOiMVcixb6/4hbW7k3DINs0GzkWl3BmvuM5nsdJPE0F&#10;JQSMhpaWSSo9IXQCzqbG1vbrRJHVmFRQfb0y0kj6ViOk8T0pymtpPuEjaGPxiAsNUmvTd5bgcG5A&#10;XTzcH+vtfU2DwtLnqqXMbpkoab+OUtdUY6nilmmheI3ZISh8YhZiwSTTa1vadVuHqsdBXhX06VMY&#10;1y2fl/q8um6vq8kuOeTD45a6tejZ6MVlQlJTtI6ftLVM95BzpLrov+L359r3tKmoMtiMTtTDT5U4&#10;P+NY/I5eoqsgKirq6Fo20Uy6uWIk0kBVsPqfbKWs9uWd6Mx4GlP9Xn1vxVkWnDI/Z0HPW2P3VO82&#10;5t7pt+DcktBJhzQbex1TR4yjFJWvLUywy1LyyETWh1a3P6PTxx7QI3DhtuPNjduYUUe3McKdMm0l&#10;JHVCmqJF8RqFADEyMwuzKCVP9PbKW9e6dqsT9nn15nKDsFAOPQnpSTSxoa6YPUrJI6PSvNTIEaTX&#10;HCQjAsqiykN+oDkH2Fmcwe5cvni2ApYK6OkySS02NpTTJXZagkqfNCZxp062Q8KTrK3v9B7Vm5ht&#10;xolOPM9MNHNI2qPPnQeY6mtKsMBmqXigSOPyTyPIEhiCreRmkewCjnk+xoh7H3bHVVSZyOXalBQU&#10;kEK0cSQUkcApP3RjaJLHVK3OsL6wx+ot71CtlICbdASc1/1fy/l14vJqrMSOkfBsnbH22o0SZh6q&#10;qqci9dlJ5MrNV1GQTRJUTTzMQ8fjsiRj9tUAVFAA9pGfN9i7uztVBU11akebxEcmOonrpYpKGmNU&#10;qrK8asxeQRHVZuCDqNlHt5THGCETP2Vr15FZnJJxTpzxmC2ztfHpBi8XicRQUTSOBR0VLSQxSO15&#10;XAgUAMzfW354+vHsQ8/s+rym1aKfAZLzZDbq1FRStloMdRUO4a6kg8fgFajs8vgbU3Po/qb/AEQN&#10;LJHcfqLUP6VNPy6UyKGjop4cK+f29M8O4zS52ahrKdC1W1L+zjquvyVTi4qjyijqsvRGFFpVqSAq&#10;FSWLmxBVS4bIdq7nrMVWzZHcNNTZDHTLNkVymU+zoxReAedaWCnUqSHv4rMAfoT7sbtY51jROPXl&#10;Q+H3GvTrVZygoJcaIqGurI8rIkNPNjMZNVhZHOryVUsY/bQC7M72A+pPuNX9e5vsPK1Yj3Picnjq&#10;F46vFy0stNUNi4aWJAzxowUo0oUk06gnWQbkC3vc91LCaCM1PH/Z614Mb5LAVpTprrd14HamMpa3&#10;LUlbhzkcjSY8U/2FRUzS5XITCGNJJ6VXUoGPqqXYRqguzKBwF21sLuTcGfloKvBZ2hwEdX/CPFDK&#10;y7iqJhN9wRWNRlY3fkOySKUjUkG5v7bnv7a3SrMK/Ph03HbytNShC/z/AD6V9VVRQUk1SaimiSKn&#10;ecT1EgWmRQmpZZXB4T+pB+nsStx7Qr6Le+1sBj6LL5+uoqWhyFdjc3QGpx2Co6usaISzVagrKalF&#10;laVCoVFQBOOPdra9iktRLIQobh8/8vTrxkSUUVp/q49JPHbox+WxGXyzVuLiwiT1dBS5vF5WN2rZ&#10;aTVR15S6qIZoahXp418ruXQkhOAXqPPbbwm5q7ZeK25uzOVUtXU1Z27QU6tHCcoRXCqMEaBoKRQ4&#10;8JYi0ZBI97MMEkYuZ5APn50/1enTLNIGMcQ/1evy6jyzZMbfgyVTuLb2IeBI4qrOVKJUwU8cU5pX&#10;SeplqI4fMX9MnqCiW6gHg+xbpMH2C23d0Vu6JcbQrMsUGA2PEsdZTT0GPl1QwZCtb9XmCLyDyf6A&#10;29pw0c0ipbRnRXuan+Xz6uJI4SEJBY8P9XqegAG/etKzsXZmI23jE3VV08+byec7KirBTvtfIZfF&#10;S0LPTQaSZamYVGmaAxpHTwtq9RGkI9K6n3ltTDZLO0NLuPNTZTOVuKwSrANrUQwbnGNTVtSq3NtQ&#10;QJDYuebWF/dLq3Fs9YT4cYA1EcSenUlMwK0r/qPQs0VJW4zd2awmJp6fC7epcFiY8juaaqqa/deR&#10;y2YqKiWKSjiqVmiZYrOz1NWrgOzBFKq4VnwvSFHtbCHsDcP8N2vnMhPHUzY6WnOVosdjp/3aijWj&#10;kveqlcrHT3YhL+q9re6JNd3tx9PApaL+LhX8/wDVXppvp4s1Ac8ek/S9+be3L2Dk+utmU8u7avC0&#10;32+WqcfVrRacu1ZDHemrXMcbUlJF53r542LBvHHBHKSw9wM0+EptuUcE2RwseUrcnFJSPW5+mo5Y&#10;qN60+ClTCprJ0hhJLqALEWAt7OUs5Y5C5wAOHr/l6p44YFa/5OhSpq7JS7qq4tdamLpcb4ZKIbdq&#10;4qeoyTaZmrl3JUlUmsi+GOGAFRcl21aQrNvfCb0jxFHkt0bpoI5JKaSgxdYkE0+Xy2OFWK2KChxE&#10;2iClpPJpWaUDWQqgixHtP9Rq1LDHgcT5V+3ietiHUwAbJ8/9X8+m7aWR2b/FM5g9o42GnqKSvbIb&#10;pbH0lNDSUu4aumhEsWXq6ckS5CSAxO3LllALPx7c8Btfc+U2FU77rYKaZqapxlHTQ7opa0QVdDVZ&#10;KOObJ0SwuiSrZ1WNWHL6rnhQSk3EZnMSZpk6fIny/l0sMRFFJFT6/wCr9nTfmO0drY3sravVDVM3&#10;94N2UG4K6nbGy0EyUcuCoEyD4/KQhmmgeamaSohcxrcRABjqt7HPqzYm8dvZbL7w3dT7aocnlYEo&#10;YooIKanmSjpp5NEkcdKCI1ZdHoL6z9X/AB7Tvc3F7IsNvEzIDnVw/Ycn7aU9D1WUwwxnU1TTy/wd&#10;FL787h6W33th+tMFuneu4ZqKup61q/YT53Jw/wAQRmNPjq7cTFoZrtIzFZJXjjKAXVkAULcxlN1b&#10;t3nX4XH0Eq4yDK1MNJuGroZo62ryNE4iyNRVV8T+GPHo0sUFPTKodgLsf1exX41ta2lDQMo/1D/V&#10;+fResZJrJw/1f6vn0ZjYWIwmxdl43J1ojw8MW2KILtHGVrVeIxdCVfIUsdFQuqSVFdIis9TVPqeW&#10;XylCIwqrhrdtZGgy24Oxq/MSrTUAjwEtLi5TTje2ZwtMaOJaitrx46CjptLKSg0nmQm/1L4rxr2l&#10;tpwePyHl+fT7r4NDHxI4f5/TrNQbjxgqtubE2rhqeKuyuKl3xX0mWeAPs7BZurlrDX1dAjSS1FXU&#10;1Us0ccMbj1l2eUKlnRM+AwXam58JkajJY/F02O29WVNZAucq8nhZ8zSv5znJmh8XmWJSERI9JdwO&#10;dCm6iVvooPCtwWp5V6oE8UiSXy9OH+r/AFeXSvq63K7Pw+Tralcnu1ps3TLg8Th8TSU1dT0mSenx&#10;9Hh1/cSIrHOZJZKuodAkbnWRouXTrzYu4HpxksWa7ceSWuyNLWZB66WgoEnpkqBhMzWAOFaJpVge&#10;ZQxZkuW1Dj2hN5/jAWUUAFaUqf8AB/q4dKFgUx1r5+f+rPUHsHfm0dn0MUG6txYvbgyZgWhhyBSo&#10;rc3HHUocnh8Ni4iZqiqlg1QRRwI765FKKxFi9de7M3Z1+1RPufLxzybjyUUuRqKbI09fPuXcVfpp&#10;qSMzkcRamYRxqBZRf629+vZ2v49BXC14ilKf6vXq1ogiagNfn031u4dpbhgQYiOF63B0c84kyGHy&#10;ONO3cUkaSZGfwV0UDREJEkYUL+qykWDALfsfrSpOSmrMTUirzmXxWHxFHT1OJSaPCY2DJI2ZqGeJ&#10;k8yyo8siR1B0iQBQbG3v1jclrMax2rWlM1/1f6vm3K48U6Tj1PDj0GvUvctNuOiz81ZFQYnEbfz1&#10;fDVZ+bMU32ubnqqV6ulo4YZU1RyQRmFJFjdrhQ/F2UK3e/VcWfotpYxM42N29tiGup8ntjG09NTU&#10;m546uKKnkqK6GkCxFxGsgWJlKkufpz7pAb3wyYoSGf8AEfIcQT9mfn0w9zbGQCR6n08s+v8Aq/yd&#10;Ab1b3fhsbvfsLOVVFnczX75qKKoxe4srWZSrxG2mhhkgpdmUhzDmoixsU5NSainhSMmRrgrFGQrK&#10;qqxGA2Vj8ZTbOgras444vG7YMNH9zXyTQaoKevKAxIkniAeV1tfj62Hstj5eVtxF/ezMUAz9pr5/&#10;5PSn29K/qDIhiiI/2PTrBFn977335vqiwPY1Rh9tUub/ALy5rs1Gql21t7D4KJaLKYXa7ZH0vPEW&#10;N4vJ4UDvKS1rEHNjTVOSpJMJW7IyE25UxibhyGQyWGTG7ZpcpWySLBjMLDIfGJKYadSxJ/ZN21n2&#10;KZntYUpFJ5YX7PU1z0nZ3UfqHSMf6q/5ujAb7qanEZfH7gyPZlPgNh01bjcJSUWFq58hmchSGGCe&#10;oqNxZqXy1EgZ1mjuJCqJJHLI7EsA/wBFmK3GRriKmi3Vvjd9JBK8NNV0gpsPUVmUgNQaY5FEECFI&#10;0ZRGCWCjSRc+0nixq/jTMI0PkPiP+r06s8PiRDTw9fs/1fl0xbk2vBXU9TktuZfr/q3r6sWnrM1u&#10;7F+Kn3OmK2xXsaerpo54VpAjVEhY1czlYgyygOTds8q7wwG18o+Lp6DF53JnD5SdMVRwPPgKWtqV&#10;hr6aT7kFDoVHiAUmx5Cj36B7WS7MpTUo4VHnxr/q/LrwVJwItXDj/q4dRMjQ9Z9nbr2RTbjy2Yy+&#10;39v1e4Nr4+j3HnZXwnYGZxOLjyNLkUpqKYJXOkLS1ImliAfS19QCgusfWU1K+LgxecWgq6iWuy+W&#10;ylNi1lrZKKrkSWfHxZSrLCnjlfXqRVZ2506QCfbDXVwZGkMWocAB5fb8+qyGGJSa0A+fSQq/k/te&#10;sh3Xk89turixO3s1idl4TBZbL0cozG56ZpawVVFt2hEj1AiVqaVqiRljRQpBV1B9teK2fvldyiVp&#10;MaKFkDy1hrGNRLEK0yHHxSlSU1oqarLa1x+APeroxeAV8EkkcKf5T6fs63BcW1NXiCnQhbk776Yp&#10;9oyTz5Spi+3Z0p6FMNWzyU1Z9n4ly8+KhC+WKF3LXvfUNQF7N7ed59Z7Uy8uFL0VFSZaDJrUPLHW&#10;lpZIXmDV4EErhZYwAJCjLbWBpAufaS12zdpITLCDnyNa/L9n+ry6bl3C11FnyBwp/l/2eg161+Sm&#10;TqazeFZW1Of3RtPE4HyYSvj2jU0GNjrYoFaho67JUcLsKmqkfxomkhYl1vqYaveM7UxdZjcxg8bU&#10;0eKzmPrqIbfy1e1LWSiOCZKycxUbEJGrpqjKqo/F729ma7Dd26i4lQyVGRw+WfX/AGOq/vO3koyk&#10;gEenWfc/em9cLm+rN7VGGz+U62z2289P2PhNtbfr6hcLVV1PHR4aVsiUWSV4qgEH9wXQu6rfRYRp&#10;N2UNJTwY2OvpqqsmU0w8k0YmqJFHjfQotYXBJsLD29a8qNCzX1wNDEVFDT5/Ph/PpA+7vI4SNDpH&#10;y6LvX9Yb03vn5c1ksJmdubLwdfFuGlo4qJpqWlRWNdHNUkl3mlMVggJDgnT9Tb2HO3dpbR2D94mP&#10;koVgrKqergxEi+albIVJvPVzzTFnlfVcKeAg4Ue0ybZfT3IeY6UHn5keg/l/h9Olb3pePTClD5/t&#10;6Mrn9/b37YwdFi8Vtnc+AR4oXzW7sbV/wbN01Gs33LU+PpYyxp/OqqZUaTUy2DfQWkmm21gabI53&#10;MTxo1XEs9dUY6mdqyohRiqpT08AdwiA2sg+nPsxg2WSR2EXamRU8Pn0m+qmLBQtadRszvbszdGSx&#10;O0+v9ttU1mJnenibdFbIuDxktNRrMk2byIUPUTvw0Udj6zbUDf2nazfOzKDctRHi+r46mqr6GhrT&#10;u6PBULUtYhTRHGa/SZRLGqDUrKv45Ptt9l2+JtM07MfQHH5Z/bQDryz7hKpBUJx9a/t9eo22ej+/&#10;cxQ42r3b8jdzYlsbUZaKbauNZYY4GlrH10lfWU8ifdxH6wLOJBFEUERUAAO028sTmqujrsliY2bH&#10;a4aEVcNNUCT7q0cqeOQkBSQB6gP8PZpHtm2yQiFCUH28emUN9ENCMK/Z05YbofeOw8RurEba3xkJ&#10;Jt61S5HPZClq63E1WPnolvFV4+ookMomKcMVb1cFgR7V2FyOToBXVD4eSJZPHDQpTwRJSSKw0osI&#10;gvp/oSw49pJdv2dp1VDTQa1/n/s9OM94EB1Eg8f9X+b7egk7W21gN8UW3doxdnUxSkFVkN3TZXNz&#10;VG4khpkvPUV0daYxItxqKrpU2JVb+wkx2AzuA3RuHO5rFV2XytfkGTDZOSMzVUWCFp0pzDSi7eNn&#10;aJSeQBf8+6z30NxOFLgRr5eWOHSoxO0OhMVGejT4/MbF3j19g8NtLdO2cRtugxq0+VxuGehosf8A&#10;evENNItTLpSKPy+WV10ky39Rve6rkwORzeQpdyy0eaoqjFLKlNjqGrr6Ja8v+la+lAsxUi4Yj6G3&#10;09uyXtsf0YmFPXj5deiie3Twxknz6Qn97NnbHxQ2RLvHbWSos4Xmrc1nZcHWUGLidAk0lJL5o42S&#10;wskRDBGuwPJBfK3B78yMMMlJSCN5WBnhrKqGnWCMiytESzksp+v0PtobxBajRENVPQf5eHWlsI3f&#10;VJ/P/iugzoO3finsysqYchu/ByCkDR0+QwtBksxUVkpfVOKgYmmIMcnGkgsnFrgj3OTq1s1NSf3y&#10;iwmbx1HGZIcdksdFlTFXfQTq1QBHaxI/Tf2VXW9X80Jhth4ZPmaf4BXpXFZ2sYIC1r8ug+3V80+o&#10;Nu0WRpeuMfuySvyVZFJWZLB325STUMBZGjU1150nCm6ERWF+WHI9i9T09JQQQ09JTQU8FPGkMEVP&#10;DHDHFGi6Fjjij4RQOAo4A49ldvZue6dtbniTWn5Dp9E0DQuAeq698dqbl3rlMnUGuyNLj8hXNWTU&#10;9RkJa+vqpGJZZcrlJzrqJTe7twCbWAsLZWa4ub2NxYjn/X9rkQA6V8unRgdBiWZm1MBqJDtJcte/&#10;HLN9Tb6Ej8e/KGA55/pf+lve2ZS2MdVY8SOsMjcllF0sdRA4/Ub3/HH+x98X0jki5/px+PdlDNhe&#10;HWxkU8+s0JYCwTktcOSRa/0BVQB+D/xX3xTV+ogf1A/p/jb8+7vproH2dboOHXbAWZASRez3s2oj&#10;iwv9D/sffIsQDcfm3HP4BA90CAnHVGJA64It2XSbtw3PCAcrf88X4/PvgLNqJ4JsPqfdzVQAMjq1&#10;Qoqes/KAALq5Ym4BAH1JB/3i9/fbm9jyP9Y/kmwHPvyCnVSQQeuCXVnB0tqIU3BJAUC/0v8A14/3&#10;v35QxUr/AFIPJ+i+9OyBww/1Hqq9w+fXJ0hWRW0kgfTSACzkfUfQW598iQq3NyL82/rfn3QAs2kd&#10;WB0ip66EbNJdSdbDTpBHIsLX454/HvrjRbUbf0/wHPv1W8TAH2/Pr2paVrnqfHHG8Z4dJ1uLEAIU&#10;t6SdVub3v/xX3wDKl/yeOQDfn/X9uMGeleql8dZI6CSo+nGtSANS6bL9bgfk/X30JSSQAR9f9a9g&#10;APemVAoLGvD/AC/L+fl1TUx4efUxcNJDod3FmILWICtY3IH9T+Le+CjxsxcXLfi/INv6j36QmdQI&#10;zgf6v9Xr6dW+D7enxdKwCKnjAZE0u1lup+vCte1gf6+8yRmQ8EfX6i/+2tx/sPaWSQRjh/q+3P5/&#10;6quJGD3P58OsiCJCvlWS8iMUjYxnyFfoSUIt/rfX3KChFsPx/Xk8Dnn2lBLtVvPpzjgY6Za2rkdm&#10;9MSXbSQo9elRYH+lv+Ke+JkABY8W+v44t7sYjWnVGbR1wo3llkSOmjlmnY2SOIFpHNuVVV/p7SVf&#10;vXb9FLVUsmUoxV0yBnpROhnAb9JKX9mI2544xcSUPy/4rPlx6YWRpDQDHr/q/l0YrZnxk7h3mdvV&#10;MGz8tj9u5yYk5yrp/FBDTAkvMY3Ib6X0AqAx+h/PtE7k3ni8Vt6v3bkq+ako6BZAkELhUr5tOqCK&#10;GSU2LMbLY8X/AKeyiytrzetyNqh8OJfiPoPQdKLy6SyiWOEanbzPl1YPsrpym2HWYDrvCbaw24sv&#10;ko/vqjcmYpYHrdvY2KULka/JRxhWaxYLTBJVYsQovY+yy/6YMH2Zio8PQ0WSO4svVvRw00tZBQTU&#10;JR7xTEQF7g/QFfr7Eb7XBtQaWByQBwPHouWdpnBkPbTPl0bnD7MrNqZRchFlsZSbZxtDNLVUxoJp&#10;KuoPhY1DyVck1oY47axYOT/h7UVXW7N2Bg8tic1rpdz7voJ8fVDHxzVrUrMPBHOIpmYg30lizBf6&#10;D6+6WVtd3Ev112dKL8Cnia+f+br0twsrrHCOwGpPr9nTBl6bdW/tybPy22cnQQ7M2rn6XPSzztIk&#10;m5W+ykppKKGalVgIY0nLKTGbyAajxyn9kdUbfbb25tr53d2Sr67L0FPUfd08KQ4jF0yt5UZo0lOq&#10;RgbEEgc/Q+0FxeX7XitGoC5FPM+XD0/1U6WSBEiqBUefT5vbdm68G2Gy+E29SZXFxZKehyWOnqJa&#10;bcGQedWpII8QGiaONUk/ddnJ1qoA0jkqjbMNdiNvZPbuF3TTYnbe3KCoDBwhyVejIf3YZYLKjfkA&#10;KSPyfekimi3BJNGqV+J8lA+306YuHjEQLivoOsW7Mdtisym0crndjVW4szkcjR0lBItGtZS4GYKZ&#10;fuK952RFij51OyHUQLD2hPjxvHZGT3XXxS7UWo3TRrUSQ7tyiGrr52SQhZfuqoqgkA4QhAwH09u7&#10;8jzaPEkJFRVcUP8Aq/Z+fVIZWKEqKU4mnHpo7z2vufO7Or4cBunI4agECw5LE0KLTxVlA48E0RrM&#10;bD98IyrWliimAZLqfTcEe5JNnbWyW4c/vOsizMOUfxiTI14qqeGOW5+zXHn0cf1ta349uTbNe3Ph&#10;tbuIkTy/yH/L8+tfWCgihUk9BJUVXY29Njbb2r1fTVfXtbjKeOGsIwrYdEjogKda+iylWHWJJLEr&#10;EI2di12aw5DyHbPU8+SaPbL1GEoNyVMVTNSY6CVaY6TqLUEkyvpBN/Qnp/p/T2W3SXyMdMiuy4Fe&#10;l8LdmplC08sDoaduV/a2D2k67uoMZns3h8c98rHXUdNNl6iJCRNW0tIkMERYW1NHpH50j2qjjYs2&#10;aHCdcVUdPitr1skuehrhIKzJtHyYxKqcuGHCOVHP45930/uyKl4wkllxjgPs/wCK/bjpvvesrUA4&#10;AdJemz2T20J91dtwUsVfuhqTF4NcIfvcZt2ieJrRzeWUspZnDz1EQa4HNlAuX7cuM3FkuxqnL5yT&#10;PYjZ8dvuMTlCYZAFTSy00YYoUci4k/obA+zZ7kLbLbWVCxGT/s9MRQ6DVj0M+2WpP7v0iYuvxGTa&#10;OnMX3mLkiehqKmO6tITCzc3/AFgte9/p7E2Xd21dlbKTP+bIy0LPPSYqBpmhhcjhU+0TiTT9NTX5&#10;9obKyuJbtixAVeJHH7K9Wu59AEaj519Ps6TuUxuRz2cix8n8Kp46SGlrMjMtEaurKOzJGlNWS6TC&#10;XKfRRqsPrb6u/Se7Nvb+pMv5qyHFVcxkWOjonjpHdGBU/cJBp1/1Org+0G6wSWl0k1uKgHJqT/qr&#10;+3pyOfVDkcP5dI/uObcO3sThshgcCm54aPIQyVsdei18tEsLiSOqpzUlijggBXA9P1HIHsG93Ue2&#10;uvd0VdDkJa7c88lQamjhoKmWh+1aVtUbSSIbgL/qbFT/AE9m/gzXMImnIjHp8umln84x0Jm189V7&#10;u2zi87FQ1G358hEszUWSijqpoNEhSVCsEgUhrHS2oG1iQDx7mdhnH7n2nhctU0tZBXU0hgp0apln&#10;iMRA/wCBK/S6jkMbce37JxHGYI27R/qr1p0ZnLnz/wBX+r/VSViqGfH5PKRLLDJRVXirVjWmjp3h&#10;qpB45QrR/rVgoJ1XIP55t7SfXm1KHN5zGV8WfjopqWrhjalniLPUxows0QiI/PA1ixPsu3We4WMr&#10;Gur8+noAoq3Tpk6z7CiqKr7eWpWGCWVki8d7Imo6tZBt/iAfZjv7hNBvat3JBuKtjq6WI+GlrIzU&#10;U99OmSUaH0iw5AC3v7TtLcfSR27R4IFaY6shUgsOgpTe1FX7ZoY58RHU0GURqSZaOrMKKGb9tRFM&#10;it6iLNzYfW5+ntd1uOlyu3q+CevppaioRQmUSnuYyTwkgDFuOLge7wTfTThXTAGBin2/4etsoNFI&#10;PQdUuUhxW88RUY3H5GhpaVqqGr2/LUvFHMrxemrpkZFhezDgljcccHj20dU9eYraGTqa+gx6ZbLt&#10;EzT7hyNX5JPJKbGOkjBZUX6/gn8X9lG+XNxdULsQtfgH+U9KUSNY9LHTX9vUvtvdVFmtstjcpmq7&#10;b9BlJkhlx9HSPJU1ECOHK1kjgOytaxVNK/11fX269p7IwW6cNWVm546Z6/Fq9RjzRuj1FwNfiaV1&#10;+hItYLb+nt7ZJr+4k+lQFIgKkt0jujAmlYu4n+Xz6SnWG6afbOV25t7ZNNW5TB7krjFlmrVkp6XE&#10;tBBY5CmhuxVnsFYFvVwT9PZJdu5nPZLdEVLhcHSY5qeT7eHJVNNLHTaIvQBIRZAQOSxNyfYgvPp4&#10;E8MkufQef5dNRFg1XIHRxZ/GIZTMCYgjmQDWSUtdgAnJ/wBYf63s2238rtjE1aRZXd0WXzBXTIiy&#10;xmmp5T6WjgCerj6Ak+y87VuNzEJSoiTjQ/EfPNOnTd1BWJCR69AdutN3ZahqafAbPFFj2JCSSywQ&#10;V9Sn/HWSlfhUP1KG7H82+nsPuydgS7grZ9y7YyYZIonbJ4plMsdQsXJemqV5VrH1KD/xtdFcmEra&#10;OKkUFeq01JVsdPmxtyV+OoMfhN1wijqSyU+PrGWOAVAkv4oamn1XR9QKow4cW4U/UMutv41LnEio&#10;cTRrSPUGmJlqZvIjX0SFY5iSfyb/AE913OWOOPvqaZp/q+fVoEIBLYA6ErKPBHQVMtTM8EEUTSSS&#10;obMojGv+h/p/T2se5tu5yiqMVh6XFZF8VWGFnyuJq1iip5W/z0dWCrFbHnmwI/PtTt80a2H1J+Jv&#10;LpCJPFmJGQDTHp0h+u974jeNJkZaOs111FkKmkq6SdDDURxwyWp54lcAvDIhUrIt1vccEEe15tnb&#10;2zKDaFTTZDIzbgbwkD1tVGkkC/0UDlT/AEFvZXDHfXF7rLCNR5VyR8+lrSMoVFXB8/8Aiumzc2Y3&#10;y248VR7fxcFFQLUj7ytyTwoK+AN6ooCjNYEX/Uuof0BPsEm2riq+efDVMmRrqOsmEeP8bKj0U8hu&#10;H0mxsOCwIPsye7ktWLVFBx9ereAHHd0KjSSLCJWCIyqHlViWUKou4Vhbn+h9q7bu3K3Yc1Vh67P0&#10;VVRzQutMEnqGeljK+lpomCKDz/X2140106yqnbXz/wBXDpnSGXRWvTGtXBm6NKuGiq1aGdGiE8MS&#10;SO0b+pY3u4K/1IPto2nsHPx7tOYzdRDkMK0k0tGE5laI30lYCfID/ib/AOv7Y3PcvEUW0IoerxQ6&#10;FJJqB1Kr8nFFS1QhlWOqij0gP6EimdfQskrAoLfkX9wt7VgOaONwy5Wq1OQrK9LBSQrex87elh/j&#10;yf8AW9m8aR29mrSGhoPLpMpctVupWMNW1HBJXJBHVPGDKtOXeMMfyryckH6/T2+vUR7ZxFI7VRFW&#10;4XzPTs6xRW+qmQamP45/PtLEouKvLw9COlAYhuuyDVSyJJChgjsFMgD+Rj9ToPFvqPa0g3VJm8PH&#10;QpiKuqAUSPWRUw80ZPCtJJMQ1vydQ9o4hDaTltXxcB151BOutOku23IqHNfxlMm1P5Y1pxQzVDJR&#10;OurUfHTXAD8cFRf2lqra+CrVBCnJ5YkhklmNNHrYWjRfDdnINh+B7WO5AMkzaU/1f6v9jryK7nhj&#10;p/FXWiZjNBHT0YF0kXVNKwU+ppL6VRSPp9T7i1GFq8DRy0wxxoHNO7eWn808jOy3NpVAAt9ATb/H&#10;27YvYs3ihtXoem54ZGwDjrPBWU1b6oJ1lUNYp6VsQbXKsNR9oLr7bMuX3en8Wroaej8ja4GiM9fL&#10;GW9RZ39K3/rf/Yfn2Wb7uEsS1gFSPy/2enreCg7vLrJkJ5aWiqqiCNZZooJHiR20oZAvo1sLnTf6&#10;2HtT9lYqHZ+ZSbC189dQzsvjo4xDTyxyE8o/hJZx+b2/r7W2xknsFknoCRn/AD9NRu5YilKdM21c&#10;xkc1i1qsrjlxlakskUkMU0k8EgQ2SeGSRENmH1Ug6Txc/X2LG0q3KZfFUsCilpSkSmVq2U00UbuL&#10;FlTksR/rX/x9kDNFE7MFLk/L/Vj+XSygXLenTbuKKgoZf4hULWyPIVAioaY1M7hPVouBdRcf6oD2&#10;65OLL7djC0c6zQn96oljTSaqQ8jRNIOAPoOPai1iW5Gt1oT17xFY/LptxtZhN0OXqYClREWhp6ae&#10;RS9HHfT+5TxNYM1r8n2i8vV1u4o1jeASrJ+3MqOypGOSbyrwbf7z7MIvBskIhw3l1TSjGvSsoKGl&#10;xWsJIVU+oayAW/Bsn19rzZ2xKKWhM1RU0tPQ0gKx08CGF3a2pjrktcG/slmutxkuhDbqSW8zwp/P&#10;/B03JcQQCh4+XQdb+7Kp9sGnpIKGtqsjWnTEI4vuI4QDpDTLGeOf8fbLuTd+S23K2PwFGwpiPFFB&#10;QLDFNUs5KeSSaw1Ef4nj2I4bO2tUE94NTgVJOafZ00o+qXvB6z4raGK3ZRU+X3Ir5SteRKgR1zTS&#10;U1GUIdY6ainYpGP8bXP9fbRRdY5bcULZ7P1FfjQyakhrp0cs8nOmnjjP1H+rYf63tG2/fUXH09iu&#10;oDiRwHTzrFAmk8enXL7/ANu7cqaXC0gWurJG8Yo8aupaREW7PUMoKr/gt7/4ewZzvWpjzMzYvJyv&#10;Vq5SIVUxWBG+isGFyR+T7NpryREHjYp/qx0l8AvkdLiirVrKOGs0NEssayaWDFlDC9mFrg+2fI9X&#10;75o6iGoqqpsjG5jdoqSQeofUBddrW+ntJ++I5oyqYHz6rHbuGJ65Q5CjnLCOdNSEhle8bAj68Pb2&#10;Z3YszbewP21fjJI62aMKiyK8oj9NgC4Nrn+o9hmNUub0Ss3aCT0YujGMJX/Vx6Qe88ZU52SjSiya&#10;QU9NIGqkili1yKDcqLg3/wBa4/3r2h6+tgizwqq6OKApKTHCCYnsGv6pPx/X/D2LJZHaEJCMEcek&#10;6nTkcelfRUmnEpSxVDS/saBM9pQ11+oB+o+n+v7z7gy+y8vUU1VUYaOeWIIhcZNo1dl49aN+q/0u&#10;PddMjW3gsx6bhVwxqOPTHhMJuPGRzwS7hjqIZJpZYI5cVBqpllOoRxSQsgsv9HDf6/td0O6YZKCn&#10;o8dTUuPiisI4qcqXuB+m6gn2WQ2lnbsXrqY+v+qnT5jZzUnHTBX7RqJK+WuyVdWZIOmkrMAlLGv1&#10;uIksP+Ke+snnpoYdcxV5mU6Q0rSyccA6Rwv+HHswh0GgGF6ZcMvavXDF7VovMy0yGKFG9Xjp44IG&#10;LfrUsBqc2+pJt7AjL7g3rLlD4FmmWR9NPAI5nAS/LtYWsPa+S4tok7qCnVVQ6qkZ6EamxuOpIRHB&#10;TU6RgeplRASbcszD2+7hqtxYfCRNVhjVSqshhVJEkbULhV+vB/xPtNZyQ3VZmHbnrTBgaddUv8Pm&#10;mlel8cjQkxO0ZDIrg+pbD8j279TZTdWQq2Wemlp9SkcMbRx2sfJKfpf2VbtNbBgqCprw/wA3ShYy&#10;0dTjph3pBhzhaibLCAQR6W/dTyBmDAraL+0QbEC34959/wBDlq6pmjZ9OlywjEhZjY39TKOf9v7M&#10;I5QsS0Hl1UqFAHn1l2k2OGJpzQEGJ0Uh9DRq1x/ZRvoP8Le0th9zT7Unhjlb9xQAqlhpu/1vb6f0&#10;4+vtr6GOTvlwDnqpZm7PLp7yWOp8rSvS1AvHJwWW2oW+lj/r+xCmyP8AHaBshPBUE6gy+NZjCgBu&#10;jFPz/Wx9+NxCreAjADpyKEoQAemKhxSYWaKlpJIREyG/lEYqJCfqNYtx/sPb/s6KuqpZa2eDIVtN&#10;TK3iBhaloYUtYsqNa5/xN/ZNezI0q20JCknyyT0rkOiOp6Z94T4+io/B95j8bVVrqitI0clZM/10&#10;qDyf9h7n1WZo1r0SNneYMHNOjDxxW+gkCfgf4n2etZqlsBL5j8z+fr9vSVJG4dMOPwuRegl8qxJE&#10;0bKtTIhMsoa9zEZL2v8AT0r/ALH2rV3a4ULLKjRIthHHpZjcckkcey6GGEEImK+v+r/V6dbdRTV0&#10;GNd1NR1FRNWw00kdfOTerkeVVX6hQqkhgvPNgL/19oHcW+aWQTCKZ0CXV1Bsp/r6uLW9n8NqYx2n&#10;pHqZia8OhJ2f1uuJjiasignk/WJXGp1J451E34/r7A2XI1mXrC9BjamcyOf8pkV2UL9Dpc+kD/G/&#10;tLd3KJVSan06fjKqM9DHGiQRKg0qiKF4AVf9gB7Ws9MqYynp6aRZqxhaqKMBoP8AxzSQfXn6+ymC&#10;VkZpLgU9OlAGo44dYUd2ndnGmFVXxE39Rt6mI/H+HtNthPtlkefFxSIQzy1kl3mlcm4Vf8B/r+31&#10;uBcPRWP2demVV4DqQJELWDgn/Ugj/X95dvmpNRPPTRR09JACiyONDMfo3p/H9PeroJVY1FWOT0zq&#10;otT1xm0FdMgJDcWH1P8Are0xuuryDVitTeWaWQ6YtBNr/TjT9P68j2Yrojhq1BTqiqxOBx65RqER&#10;VUWAH+98+xf692xV0mCnrcpHMstQvk88sj31nkaA/wBeOLW9hd717vcgkWQDnpWyBUzxPSW3Dl4a&#10;Z6akiljepeQaqe2ssh4Ia36f6+05nKWZ55f3CRcqss7XhUE+o6R9T/QD2JmmZEA9PLpogE16faB0&#10;MCaVVSVBKKOQfaehxNUj/cRtNO2okuqCKG1uP0/4f159ozcCRgGxXFOvEaR1NLKOCwB/pfn/AG3t&#10;hyuSqaWpWEKUVSC40arn6k6j9D7MERQmpfPpLUa8dcvYhbMpYMmDV1KyxwHh5pXIuDwVX88/4eyX&#10;cJZSwjh4jpZGdOem7JVTU0BMQDztfxR2vqIH1t/h7EpMFhat6ejpG8ReQBtFyAhP6mP+ve/to+Pb&#10;xNLKat5ef5fs6e1Z1HpFS5/L0iVVVU04aCGIuur0F5F50r/Ue23cm2kwiyR42EVczg+tCBpBHJKD&#10;2/YK0oE9xgeQ/wBXz/z9I2nLvRRQdZdsbuXcMflnvQqpt4pgysxDWFpDwb/Xj2GFHiia1WqaOSrq&#10;mf1BEY6LngAfQD68+3LyZaEBqD06ejTPS9Z1EZfWqrbhyQVHHB9iwFpaagVHiKS2X9sH0Io+oN/a&#10;WxttbM/4fn546dcngDjpG1M1ZNXr4pEaJQ41gfuM3402/wBt7T+SlhARkiExt6VQfT/EhR/vPsyj&#10;hjSoOB0wxz07UX3DXDyFLHljck/gC7e0HLlAtXJOsZpooNQM0ylf+DCIN9fakQ6wIwa16bqQK9Pg&#10;QaNLHVf6/wCP+2956TNrlNfkeYQqD+4GKgi3BPPu7xGNgqZ6rQkE9Y/AkYvGqg/X9P5/JHtFV1VJ&#10;FLUvHEahW1GM3JBF/wA+9sKYbquoqM9SPcSDN09HRnzU/kqpWvGEtoW/AUL9b/63tOsIaUuxoB1p&#10;Xr172IG0sjRySq1XAHmOkCFjfSWW/K/19ld6GckK1B0rjbFOo9UkrxMIn8bWPqtz/vP+8+xXdy8Y&#10;lotETWs/lIY3/IW30/1vaePSuGz6dWHHpJaGEjRVxeVWYlPCugaTz6h+T/j7a6jGZepRp1d/CoJa&#10;xYLzz+r2sivlDCJANXy69IpRanHUxKvFU0iROEWV+E1AamAH9B7CvO5X7Vmp6jw+FWIKvpYu1+SQ&#10;359myQsRq9ekRIrU9KWMLpDL/aUW/pb8AD3k2tOMhUg0tKqU8ZBaREADsT+hT/vJ9ll6VU6CanpT&#10;HkY66mZUjYsQoseT7HDGvUqT5pD53KrFBC39R6VIH09lxVUFRhRxJ6eGcDpBZZaeVdMcSvELvLNK&#10;BoBB5Ylvr7iZaB6VmOQSYSycjXrYNccKpH9Pa2CYTgFGGkfy+fVKLU9c8TNFURqMa8BiQaW8XjGk&#10;g+outwRc8/T2w00yUgad0ZNWrQh+v+DNf/ivu7weNJRTwp1WRqCnn0oZg04ESkNwC7/QCx5C29pD&#10;MTrWvIiT3ZixsWuv1/Tx7NjG0MQpgdMLnpzpIjFGq6ALAC4+p/xI9z8VG9PSqs8qBmAEax2QcfQC&#10;/PPsrGp5iRwHSgUp11UG5sEvYgMSLi1/rb82956nDTSxo0kjSPJykYb6An6Ee1AuSa6MAdapUU6w&#10;R1kQdlUABeGNuLj/AB9p3K7eSij1W8krAMQt7rxyP9f23BM8h7jQdMvRTXqZBULOCVBsCQCT9bH6&#10;j210ecqqEimpIWTTwzX+pv6hx/j+T7tNDEG1nj/qz1sPXA65yRJKLOoYf4+1PW5EV8HgqdBcRcEt&#10;9SRfm/tq3LL3AefW2UEY49YYqVKdiYuFY8rb6fj2ElTgJ/u5GSNYw7k6xcllv9FP/E+1U761B49N&#10;ImfTqV7W+AR8TEzhmknbhI15EYta7X9lwjEsg1cBx6f/AAkDrg6B1Kn6H6+27L10lVMVnDNY/oX6&#10;En8OfZxr0R0U0HTCrU167VQgCqLAe1PtnGO6B1pyCSABEpK3PPqI+vshublDJ3nh0rSM04dYp5Vi&#10;Qksq8HliB9P9f2Jv2eSxlCaqpB0f7qWIBOAP7V+f9f3W3aO7l0xDA49VkcR48+ktJW46trDRxSRm&#10;bTdw7a2F2sCv4/HHtM/3qqv8f8/o+rfp/wBR/r+zn6VP5dJtXz6cP4DR/wCoX/Nf8nf6r/jXv//S&#10;QorSqi304Cn82/2FgPeDxap7uu7lCRjrdTNCrE8C9yT9Pz+P6395BVeW4Y2P0BH1Bt/X/H3t019w&#10;HXq+XWNabwFdAuODY3+hP4X/AA95UQKrc2J+n5PuiqSSo62oXrhLJcqbEhfrf834PvI0XgjuzX1D&#10;VqJA/wAQAB7oTXsHWmovDrjHL55bgadNl0j1WsfqTz/r+4sCUrursuo3HN+b2vYe3jGVWo49eBqO&#10;ss8tQiMq8DmwI/F7cn6/4+1TR1cUal9KqEsGJPP+290MZp61/wAPXhU8OkfkKOWaQJqJZjqAF7aT&#10;za/+83PuDlayGqi0wn1g8ObXH+H+t7bSNlcHq1RQ9OuHopqNmaoJ06bFByDYfkc8/X220krpZCdR&#10;PH0Fyfa4qp4jpug4+nU6sjVwZANIA4v9LWv7cp6x6OEuX0hltwTx+eAPbTUZglOt4p01UtBFWy6Q&#10;l9DajqC3I+hux9tiZh5D6SzkH634+v8Avj780dE9K9U1VFenc4aFDyFVSLgW5+nH09zVyDSP4nHp&#10;YWuOAPbFEpTz6uPl1FbGeJRNEfUpLFT9f9Y/4/T3gnnaBHsdSlSBaxJH4v78CPhPV9I4jqVDAJ5E&#10;Y8MrXP8AZta1/cSlqrKGYFWv9T9OTcE+1RAAqOm/OvWaqpdRKqQy8+kckcW4/wBifc4ZCSRzGDZA&#10;LKeOOPwPbWiq1GSOt1PDqD/DoYUElvUSdf055/JPuZTzTItyGZVP9T+R/Q+6SZFPXra149Qqingk&#10;l9JVHI/IANx/j/rf7f23z10cE5d2Kpq4Vf6/049+iVa6W60xoenRKGSalCxga9FtTfkfQEX98psu&#10;skR8ahVB5v8AqP8AT240SrkdeDeY6w0uHkjmBnfyP9bgekH6EfQe21a+SWyLe17XJ/H+Ht7RUauv&#10;Vz04mhihJZtPPJAAAH9bj/H32ZnEojLMSWFuQBb+ht7ajr9lOtZPDrmYI2jLhFtpNrC7X+nF/c50&#10;8pS/5Fjc8Gw+o9tMSpIYcerZ4dQ438StpNgrCw08jn6fT36mi8JY2EY/slfq39PbRznrZTPd1kqJ&#10;fMEUEyH6tf8Asg8G1v8AevfObJaCCTcDjk/Qj/X/AMPdlCnB62SQKdYIsXqBC+lma5IH1BN/x7wU&#10;ubWapIAH1tYfk2/UT/vHt1bddPd1TXkdcqvEeOn9LXsCSWt+OQvH+8e1lBFFIrMZNIZCx54uFvx7&#10;YYkLQZp0+iAip6QlTUTQyxjw6ysiqDpJ0o0mknj/AG/+PtJVtQIpdJUWBuHPJIv/AGf6/wC29+gY&#10;MaNj/J9v5dNyDSadL2kpTLCHRzcjlFuAD+fr7yxeOUB0VbqQS305P1t7dP6bZ4H/AFfb1pBXj1Hl&#10;8qEo7P6lKgD+n+1WH09uhkDhVLXCgc2/Sfp+Pz7ZIBr1ZTQkHpqETQlmVbMxJA1W1Af6349pzN1R&#10;gmijHKc+r6WFuPb0IqT606bkJpjpR4enEkDyGwZjyODyDzx7TzI880ehizAi4B4YX4/2HtTpKnOf&#10;9X+ry6px6etaRIxYaVAP4+n49qX9+KOIOqqnJuWuxP8AifdPFXxCKdOigX59MGiCYzNG7O/HFmCg&#10;fgAe4eUl1RWY8mxWx/ryAP8AjXuow1fPrRqePUvGRBSdAIUGxBP5HBP59sMeQanUl30EEC39oj6W&#10;N/p7UF+Hn03XTU9OslIk3GgMCPqfoD9R7nPkfNTMzsPUpsWNjcj6D3XwNfw8R15XPn1GSkEMwCKQ&#10;Cfoo4v8A1v79iEp1tI66ZLnk3N7/AEA93lg7cGvDryvmnXHISTkaI7FCOQRa1jyeParcIyo5Jvax&#10;UWJI/APtF4JVj8/9XHpTqGkE5PScjmkUsnpsOVdgQAb8sP8AePcMwxxaZU9KFuSRe1v9b8+7EyRn&#10;Q2K9N4OR1NWc1AaI2aRR/ZNg3H9D+PeYwPOkrQ3Zn/SbG17f0HurakA69SvWFamKGSNZ9CiMEtqK&#10;hrD6G/8Ah7fMDs2oqHEsvkBkH09SqLfUW9uGYBNPA9aCqDVukBvbtLE7fhlLSxMsAJbQQ7lR9Pp9&#10;P9b2LmJ20mNjVU0s30d3Fzc8gAH3pXJU68eY6akIGE4dEc7C75pdwVUixCc06jTFTwMVRyqXLySC&#10;/wCPpb/H8+1bBQKpU8kA8/jgc3/4r7aDnK0AJ/1f8Vw/Pqqa37eiy7m7CeohK+RyWuFWOQK0YI/T&#10;d/6f0+nuTIKaC8pcRDgN+n1H8WH159rbaOULopqH+rz9R6f6g4yp5DoH6rKZ7d88WPpaCbIVKkpH&#10;4/K4jjBsC9uLD+psPaXzu6qfHUsjpIBpU/kaj+Pp+Panw443rKK9V+I9GG6Y+L2X3Vlaaq3BE6Q6&#10;1vCB+2iWvdmN7/63sAM/2U7o3glsVchrklrX/V6fajxjxXA/2OmdfcRTq0bY/wAf9r7XUBqKCQ+K&#10;IC0aBQUN/pb6359hsd211fK0cuuSLyX1Xstr+2XIYdeCknPQ3UmBxtAB9pTRwlU03RADa1vamxQ+&#10;4lV5W0xkcsOfpz7adWZSo6fA05PUPKSfbQnxJ5JL2CkgX5t9Rz7V71hjpxBHIIoxe0tzqPFhxb2h&#10;MLAVZc/Z0o7dNekjFRRy1rVcitLIQt4PqgtwT9fqPxb2h6yuRmeNpS2hrF1PAP5PtXoZgDSn8umG&#10;Ir0uKSl8aqyoBqFwrAarH6Xv7bfKamWSJpPR41ZTqJ1cX5A9+CtoJpnqtc08upxURKrKvOqzCw4N&#10;7fT3CkxReULcOp5HP+x+nugLAHV1YqPLrMKhdJYggj8H3Dq6GNY7OhGluP8AX/oD71WrAjj1orip&#10;6yI+r/EH6H3zoNEKhSQAj6lVSQNP5v7eVaivTetR1xmDEcflSL2ub/iw9qasqKSro1DLfQdLMOCO&#10;Of8AYe2ngo2oGlenFfUuR010sVRBUSXYFHBKqf6345/rz7RIo2hKzU80bwpKzala50Hkj+vHt5QV&#10;NGH8umiteHTuGB4IYEj6Ef8AEj2rBVw1NLCrpbUCLjlib/n3p0CNVenAxpTpvWGSOWRg9+QQthpU&#10;AfQW95afHePTK7oIGFtJJZ7k2F/6e0cxZyU6dQACp689UCSiqzSKfUQAFt9T7m1GPknWMKV8X0Vh&#10;9V/1gPbC6l+IZ62RqOOsEdbEhcsSHHLA/wCAtcn3zbac1VCHlmQBB+yCbagORdRz7sJnRqgfb1vw&#10;xwJ6htuSihm8ISR2JHk0i4S5ty17X/w9hzlRVYOeRYfUNV5HBAK/4MBz7XRTArRh0nkVY8DpQxuk&#10;8auBdWGoX/xHt3xeZEiRyO51hSAL8EsOV593kGvNePXlaoqesUtOrKQqrZjdv6/1uCPfUmQZnkQr&#10;rDScjgabf4n6e6iJeLdeLVOOsqxgBSptZbf7f2r8XFRNCfLCt2UAyNa6k/6k+9SR17lwR04hx3cO&#10;mDIS1iSr4pLgNfxgD1WHOo++stBHQJDLSy+T1DWp/XYm4HtpGcyaX4dWbQF7eu8bUSVomWog8RHA&#10;Km6nT9SPp7Ydx1dS8NGaYhHAFwg+hHqOsj8kf19qIiVkJ8uquxaKnU/H06xfcA6nLSXDP/qbWst/&#10;wP8AD2lIsbWVszVM6HQAdKg2BH5kcc/T27I6qPt6YWOor04l0XgkA/QC/wDvHtpr5qjHyXp9b+IA&#10;+nUQwv8AhfbIlCYPVWWnXP26YfOvOBJLSTq5DBm0sOQOdX+t72wikFa9XUufKvXFl1C17C4/AP8A&#10;tr+3Ty0tSdXlfRqIZGUgqxN+CfdjEdNF4der5t11dgLaQf8AEHg8f09rXFpR0tPd5iYZBbTYHU35&#10;tb2lmjk+Gn5/6sdPoyfEOmKtaolkAijHlT+1chVBFvVf/W9hpuWl+4rnkp5WGiQLAji6lSfqWH0t&#10;7V240ihzTpmUBmrwA6e4NRhj1216Bq0iw1W5sPeKqxcUtPGDTF6qI2voFmIFwNQ+n9Ln24wVG1jH&#10;r/q/1fy6oxJFEHWS/P1W34559wGyn2r0c5oZaSSOdYWZ10mTnggf4fj3QaS3aeI6bLOi5HXiAQQe&#10;QeCP8PbnvGqqMhQ09XC5IkWOOUpfVG6GytYfi3ttU8KUkDj0+7eJCD5jj1gpoRAjQqCFV2Zf+Cub&#10;/wC939x9t0dVQTxNVRmWkqF0iR7HyM3+6zb6H26XRwVbj00ilBqXNesklyjBW0sBcEWuLc3sf+J9&#10;rPPGOKjVPFH9pI6lkB0mHn0tf/fce09KuAK/I9PuTpz1EpLsWZ2ZpFGkseAw/JsP9h7SuNmC1U9N&#10;o1QtrHrNlA/AS/14/PtTUsKDpOjHV6Dqa30uDYjn/jXuJkqGOhqaNYFmb7pmV9ALCEOvockfRf8A&#10;E+9Bjwfy6cdApFPPrytquR9ASP8AbfX2sI4pP4PDHVvFUWdVVVb1kBbNKl+eP6e6Ftbdop05p0pk&#10;9RvSKo6QwJjOt+dBN+FP+8+0TXzeBmgV5YTUq5iLsXFkaw1gcqT/AE+vt0DGOI6YOPlXqWP99b2+&#10;45IJKM0mUglp1niKK0RDakYcSLq+pvyR+PeimvMZz/g6snYvcKjrFIZLXi0MV+qt+ePpcfT2iDha&#10;HGZOcy5YVcdNE00QZLM9jcIb/U/g/j28mrT3DPTbJErV49c1JKglSpP1U2uP9iPa7l3MK3GxUtNS&#10;DQlNG8sbJpTwob3L/n/H/e/dHt4idZGfs62s0jVFKdRYqQRTSTGR3Z2LDU3A1LYgL/h+Patweex+&#10;KpGN4KSSe3jVWDtTvYGzcfQ/4e0c1l4rBh5dPpOIxQ9NmUx01fJEpu8MdxMhIRZlcWsvPBX6/T3P&#10;fJ0VWmqSpiSplD01M8guFka7Kwk/1/8AjXuqxMo7RwyenFkRlqfPrEtHPSOFjhc0yss0ojYXYAaS&#10;gj/PA9gxQ4ibclfVxZaq8StUVcLqJQFMkTWNvxZrD6f7x7VM7aAUx0lVFLnUcnp/kcQxFgjMEAAR&#10;BdrfTgf4e0xjDBga2oijmrKGOObQZY08yjRLoaOT8Mp+ntQtdFDk06aChJDQdZSAeDz7zVE8yZJ6&#10;tcfLHSVDMFq4xZbob3A/A+vH+PHtrUFqrH8uvHUW1gUHXvbxkaupWSgnMMsdPK8MiTxELE92C3IH&#10;9Dwyke2Y3jDFSRX/ACdWkLFQ1Ove1/Fvair2hwskFNGY1VYJU0vM+kXS1h+DwR7ubWLMg49O/Uvq&#10;EbcOmuPHGColqkqahjK12hd/2Bc+rSv44/3r3HxVJzU1GehmkpkaRo6eFPC7RXuNUl7ccHUD7YBE&#10;hAjNPXq66kq75HkOpVS05jKUkkKTNwskoLpGf6mNTdv9a49y58lT5GeVVWOnxhgWPyROdcqnixk+&#10;mtbW/PtxlKHSDn169q1nU3XGCB4YvVIZpizOWa2nUx9QRR9FuePYe5/FZvM1dK2KxdRQ4oQgU1dq&#10;hmhqmEugsyj6Ef424PH9fdhIsR0k1PTLpJIw04XrOsiAtG0sbSpYuoKqVDcrdL3At+T7EaiyUO0a&#10;mjw2UqY5q6ppIZvt/uGaJfMPHH+0BpB/qPdkiM9X4D/V69OFhEQp8+mqaOLMQGWmkaMJM8aziILJ&#10;J4JLP4pG50kggMP8febI0002RpDXRwQ0yRCenr0cCmY30hTGOQQALgi3PHtuOMlmRFz1ZiQQTkHq&#10;TTTRCGXw+WV42ZZIWJM4e/K3c/7EG9vbrXiuw2NSdq2jWSvtFNE0jlftagaVmi0i1v8AA8+/IrFi&#10;jqaf5enDTw9QOT03089JlaxkWmmZaCQMtQQqKlVE9nga51ahcfixH59v9LX4jaW1p6qrWjrJqiX7&#10;akSvpVlSRnX0NTmVTcgm4tyfbD7f9ZcjxGIC+hpX/V/sdaMphSg8+kvlIsrntyUdDTT12Mx9HAlZ&#10;XVVBkTTziQS2SjnjhfkSAEcgiwPsH8tisBT+DeGW3RVz5SonWGmxVGgp6Gl+5F1EyD1KLXAH0v7V&#10;LFOJDClAn256TPop4xqT/IdLWGprDXNRjHSR0MEIP8QnqFJmf9KxwxKGZv6s7sP9a/uPJkduS+ST&#10;NVdFDR2ePwUoVqyrknTRDI0iEkEHn8D2+LVkSin/AFV6qJ42NXz1Ol8wW0AVnZhzIbIiggtcLzyL&#10;gW/P19teytow4OsmqsjPPiafVK9DV5SnRPuEvqjFNE92sR9HH/Ee2SzONC5I/wAnW4o1Ru7tr1hn&#10;qSI2NND97IsqwyRQyxKUJa0hd3IAKjkre/tU7dkq6bc9NVV0VPWozNVU1M8LzLJTmQsrCUXH1F9N&#10;vbVVZCjilOPT6hlcHrFladqvGVtJFVS0Tz00sC1VOypNTmRdAkjZvoRfg/7b3Fp9o7a3B2Jnq2po&#10;KmbM1uVkzULxTCPGYtUbysKlbW0HkkfUf724rSQxCjYUfmf9X+r5NaYzOaipPn6dNuo7fwONT7hp&#10;oMdQ0NFI9QslRXVpjgSkh8T6gWmkaxJYNqJ/2Ptu3PLk9xTJQtS0M9RUJkHirMYKipjSOjmERkad&#10;gAtlClksAfrf3ZnijHi1z6V9er0dzpJBGc9PNLDHSwrGhkWMW0rKRdNZ1ab8c3P+349tu2Y9sbVj&#10;erYvuDPR1cURph5I6Knq5kJikmjvd4xwCOT/AIe7aXahbA6ZAiTCZavXCrhqalTBFOaSJ1IlniAa&#10;p0nhlgLcI1vo5DW/Av7Zdz7E3PQ5TJZ2gqqeoifS9ZDCtXSIs1TZzSQxlGtoB9JJFx73FPrGg8PL&#10;rctu2rxEOf2dZYaiKQIA1mdXKI7o0jpG2gyDSTcfS5/x59izs/DUFPhGrK2ryE+4/tBT00MchqJY&#10;78/bRU5DNIwvwoX2zPLNHQxEBBx/1eXT1uEJ7xU9NmQqK5KymjWKmGMsz1tROXuiopa+u6qiggXY&#10;k/63tRZTLxQUD4WtnyGUzMEEdVBj6yeSSs0g3jjFFIP22uQNZQWH1FvaSBVnfxzSgOSPP59Py0UF&#10;OB6i0NDBHWGvx0OMpaKdZPLJRU1PGah7i071MFtak345F+b+0ap3pmdt5LsTc8Ym2tRFqSHG0yQv&#10;GaVIWE8+YSIcwxsFT1t+rmw9mEl3brKtnHQE56QKjopnfI9P8/UCny+1cRuKDZNNPFR5utop8zBS&#10;SO4adNZEv2slSSHlYCSRo4rkIrMwC/VA1GxttJttO4cHnK7H+WvioK3AVLPVRnIVdhTw46eKzGKw&#10;ZisgIsQL8e6mW9W68AgFCKhq/wCHrRW3aP6lKg+Y8upa7jMe7U2jUUUzT1GEqc9SZGH1UrUVHWRU&#10;NTHVhgPHKJJ4wiqz6xqayBbexOptqY/J7WxsmAyjtviOpkejolp4JPvXmlWeup5aWdSxdVF4mkay&#10;ngnm/vTpcpL42DHTPy+fTy+HKukGh9Tw/wA3UTJbir8PmalsrSUdBs2jxctXkNyVlalLDQMgDLLP&#10;JMwQRfrWQmxX0sTpv7COu2vmv72nDbsq6/A1Qp46+TGrkR9wj1Eg8PmWkciIym5EYP09rBNNJDrj&#10;/njpoIgmCuf5/wCbp+wmdw25MXS5vb2Toc3h60SNRZPF1MVZQViQzNTySUlXCTHIodWXUjEXBF+P&#10;Y4Vm1N47PwFf9pgKTFxVXjhpMl9xDXZiojlbQteKGYOzyspssd7g8gcey6GRJ3yCSuTggdKXxVVI&#10;/Lj0j8L2BsPeWVnx2C3RTZmrxFTVQ5Cnx8k8tHSVdCAaqmqquFFi1RNbWGkIv6T9dJwbK27k8TU5&#10;ajekpU+0xUm4c/l3yVLJubGxwtqaGaON2Sml0AkgAmxPqBsBq4WBlDyDNaCvD/Z6oldXZw/nXrNu&#10;LdWCpYcJUS5KYJns3SbZwMD0VTNiM1mMrGzUQkMUWqWAqrOswkEPp1aiOfax7A21ht0Y7FZLJVUG&#10;3qAUmPyNPW5wzRSUkCFWr6dKVuZJpuJAxS92AJP09p7aOdZCtt3Cv5ev+x1uVo6fq8fLpK7S3FV4&#10;uPMYrwTbqzGOz2RoKqHbkdG0cpnqWlx9RPNUyxxUkdPGDSSRyTHS0ZIXgj2kNr7QiqdsdhVODyst&#10;TgcfA1Bt7P0uLCbhzVAqLPWU7Vk7RkaFJpkMRAVRqJtZQZeIyOqEVYcfMDplY1pQHB4ev+ry6y5r&#10;fs2Mz/VuAzuHpafP7snL5fGpnJKii25PDj3kjmMsMPjqVaqHhpnlSMPIF0WflVLSrlsxtOmwlXTU&#10;GEpctDiabGQUj1MORp6Fn+4g8VQiFS1U0ZEoUNdNQ1H3dHQyNLGNTLxP+bp/QNOljj7enCqo8LRb&#10;ik3GmSzEz4Zs5XZUJW0UmKqJkpkp51yUbEMBj4ntCt1EZI+p59rbBdQZDIYWtxmf+9xcdfDGMnlZ&#10;MjSmeq0ztNIkOOp1dUjf06laUXFvoSfZXdXDXEyvairA/Onp+35DqxEUCfrMKD/Vnov3Y/zB642f&#10;VU/938mm/ssXlhw21Nv4avV2memWKOSrz9WyxqC2tBJBTvpDsND6b+0JLt2sw+7cD1dsSHJ0GNwW&#10;Gr9y1255oUT+9mXZr0WPrK2EXWmRmMZUMSLhQPTqK+CX6WMtc5dsU9Psr0iWSrBhhPLz8+lltfeM&#10;ldsrM9ydoCmpaXO1OMxdHsoVhrqLYOCirxQVCsKhAJ8lIJJMhWTiBGaJIY0VVjuRT6VhWm2vldyV&#10;1NTY3L12RyWPljgSRHphSVDU08fkmYhpSyEvIo+oA+o9oX2kX94iqpKca/z/ANj1/b07dXv08JYm&#10;h/1UH8ugR+Wm9M7kd/7H6wwkMmRx0dBTbuydIJIaigrnatNNjzl6SkTyy0yAE+FpERy2oghVPtd4&#10;ysZ6qrq6CCA19ajQTZWod5qjxUoZ4kkme5ZUZiUi/TybDn2aXuyW8S0CGoGAOH+x/h6KIdxuJTok&#10;ICn/AIvoON64uloMTtyi3pn6yj2tt6qoav8AuXgcZjsVjshVZmoNE4FDABYSrJK1TOzMyklgwcGz&#10;3TQ4jG0VVW5JqM5vNU4XI5WlhhhyVXHFGRDGJ4VEjCJeE54/3j2Urst3cTdyEKprpNaCnAf5xT/A&#10;OjJr+DSFVq+nz+3/AFfZ0D+Z3fv/AHP2FQbe6jwuSp9g9cV8NFg8FlxUy7RoKiSZoa6vy1HkJPCW&#10;qJJJNGtwyoxKWZ3JBrcu1dz70w2Sw+PyeewkNdnqCupNw5GWjVf4TTTipXF0FDHad1cMQTIq/QXJ&#10;+nszuLiS3HgwKXYYoB59aVIE/UkYD04faejl7e311n15ncZl8nlNhjO7f2TXUm6NsbGxr1lbT7sr&#10;ZqRM1uLNZlZftafQlGacRveUrI+lmACld4vZextl0NBF5bviY6kUMUtXHDS09dXjVWVENDCVHlkY&#10;amaTUbfQjn2VW+zbrfkm5BCGh/KtfMen+o9bk3KGGNhEM/IV/wCK+Z6BPJfIburtbcSQ9abSgx2C&#10;zVZFDl8tDtTJT5Cs2ziJWekWq3FV3hemWSaoMMcEcb62IJGttZfc/HmsznK2o3HWbvyuPhnGPwmB&#10;2lJ5Pv8AKyU7v4IUfwo8SKyss00lza5VRb2dSyS2sKwRKIwvy/zefWreKIjxBkn55869Hww9DtbZ&#10;u3osjtHG7PwFTLSU+d3Ll90NDg5qTD3CZHLZqaCMus1oyGikeOFHDXdQtmcMB0LtDamzYq7b2JTI&#10;dqWo2o23fX0s4xmUhr1p6qqWlQiE/aIZJgfXqKAi5t7LvB3eaXx5KmAfwjj/AKvtHTmuzi/TBAYe&#10;ZyeHQB5b5EblqO2pMPXwQQ9CwUk9bWb225gs7kDkMZkNorlcFDNn6VpCHq6lxGqUVKkg1JGJCzav&#10;ak3fl+v8LWbKye8dz02UzmOn+2liaOGuoP31UVLU+Lh/c9dTHH4wdfFwRb2ZfQ3NzEYpaRR+lc/5&#10;f29MJdAavAU/In/IOpexKftOvHb+N2j1pjNi7QzWL8+0clLW5Tau8Mpm6uFKWjkra+RahUMVH6ZJ&#10;o0R4HVFRnYlwuKnLQboyVIkW52xmOgpxjxiqGGIU9UNSyRv4KuMgeNRYsq6VH5BHuo2l7WMjblVw&#10;eJJzX8v8g49JRezAlpwS3+r8v+L6RuF2ZVdP7ZyuXynW1fvjeU+VyO7Jt35yrp63M495aMU1VBBn&#10;aF/vJfIQY4aczeefW4ZSrBRz3BvrYmKyNVC+Sp58rS0UlIamtnlYpJIqo0UNVKNCag6lmTi9v6e1&#10;9ntDvGDM6xsTXSP8J/Pq8k8xYLGKpWpJ8z/hp0HnVnVHyD3RtrDz7hxNNszZ1fuug3HDtbDUmGww&#10;GKpqgZKGXK4mkZaibS6JGtNVt5Ctw63a/tBUu6NidewYjAZPOVUKqkWaXHYyKuydMkU7aaiPI5SC&#10;CRSJJiX9TK7Hkn3U7SjljNIqnhnOMcKevD/Y6YlubhzREqBwr0YHdWP7U7KqNxZLZmysXiJ/tcrt&#10;SPdG9IHxeRklpJ3WgzO38G8nkXxI7qk9U+gs2qNHXUS85XfXV3Y0eSwldUQ5DCxxUNdVY2qgrKCn&#10;rIRVgrUNEwjLRtKultQ55uLG/uo2JFtdNpKFckkkfy4/l9nWzfXMchcx6gQAAeg6606l7+6tx2Gy&#10;dVBQ5reVbT5TFTZN66jzdbicc8LNjsfPWVwdpBHo8qiNmjBCx3I9J9PtDq7KeCko6SCg+ygycjUm&#10;FnFPiY4qmxQzBLqiqWsFBBsWsLWAQHl7cYSSswdm9f8ABTy4dGFvuQK1mi/1fIf7H+HpaUnZHyD2&#10;whnyuGpsrt6ao2risbNnqJ4N41NQjPDuDwY/HiCKeeojjaWJhGsaHSWuNZZbY/G7a2RtSgw9FM8m&#10;IKJBL9rC1VHX1VShEsklMmtvEeS2piFH1NufdrLapobgy3na5/i8vs/1H1x0zcTG5attXSPToudR&#10;vHs7vDtDIVQ2RjsHuba089ZhYM5NUYat2pt2hrYjTxx5uqVozkZndQGp4lJLPYWFwk63de2secbM&#10;cDNuOM5GOohmoKWKpWlkxUhmpqpo2cCJoW5a3Cfn2vutts5H1TSaaj8NP5+v+X7OmY5NxA0xjA41&#10;GT0YEdbdw7nxW4MUu+Y9gyVeBfDS0dbK9VIKjc8C0uVgjrjCHngcpelqbrOXJ0lTz7ejl67L1Zyd&#10;ThsrTEtRsbU7lJaaoW1NPH+dEQLXt9CWYryD7cht9rWkUTYHrSpPz4f5umZI7yRqsag+mOHl0mcT&#10;s3AdabQTYeB35tDLinXPUMM1flaKOqhz1JL95m8ZWPGWH3VTKUUrJpcJGkYc6LF0y1XWQ5HHYOgx&#10;mQknyMDTRzrSSS0kCLGWlaaqXSiWsOC17soA59r4prJYDJK61GKfZ/qp6/l00LG4lo1NIH7egj68&#10;i2vUbd3f2hvfem3I8ftnOy4vIwplvtKyoljqdONhfHyrIzs/l0wKqaWCOVJAJHOkqtwPUfdTYtaU&#10;UJkpzTtRZI1LRpEGU08yxspDNfgEj/H2X3L7YwETHUGNfUV6UfT3KLpBNcU/2enLI4XqeDC1e38P&#10;2VLmBu0LmnzkW9Ov1xK1NVXGKc5XGzVsE9ootCFlQHTYWbSQMkdDu6eCnk+yp6WjikqaiWJnmnyE&#10;plm866KdhENTE3Ys3FrAfn2k+o2eO7/TjBPCtDQfYf8AUenjZzOvexY+WcdcqzsDoPEZLL0UnYEm&#10;YzGWpMVh4qqKqx+O2nQpi8WcUkcuTp2qikEcaNo8aMCXJZrn04KaXsabDQSvgaTHVU1QQaNKuOqr&#10;IInZkjqTr0JG+ltUlmYjkC/v08mwmUSeHqK/LFerraXK9pc6f83p/sdMwyPxIj39k6St7fyucpaf&#10;F1KzVlTNJSbYyUKPHUT7bmyNFGP4jTBolNPTFTEWuNcjD3yXbG4i9ZRVKPX0VfDSx1FRUSU2ljBJ&#10;54n8SSqy6X4OlSWHN/bov7BiPFWgBxQeVM8P8vVfp7iI1gweplZ8iugJabbG68bn6TA7q2bX7hq8&#10;LhcZS51pl/i1I+IrKM1c2PlglWpp9LIXcJGxAAFrhO5nB92ZF6ipoKratEtNLLT0VBM1Uv3lGUvH&#10;PNUQ6lR9QsFK8Ak39qYt5260Oi3jqDmpBJr+fD7Bg9UO2GUVnOo/6vT/AGeuO0+1/gpspIMZCm58&#10;1JlpIMxlM9kMVksgcTlSwWWmMtSsNQA2ol/tIZEIQXOq151DsjtB6qWvrtz7fpZI44/s8fT4+sqK&#10;I1DU6iZ6uRpEdlD30gEfhv8Aafbc3McTHQkI0kZ4f569XTabdVIA49Qs/wDKb4lLhf7uUOwd9Z+g&#10;yEtVS5HI+Kkoc1SU8FcfBNQyVk4Q+WP1DSY28ZCPZr2503UuRqslBldxZvGVE2mY1IocM8crNMgQ&#10;x01bWzyNHFxqK6OSL3HtPNzAzsDAtKfn/q/1fLpRHt8Kr4YGOo+U/mCbSwW35dudb9YblSKkgpqP&#10;C1G5dwUOPpoooXEgqKzF4ZJdbgjQFFR6ha7CxHtzwvSOwMHXtlo6SuyGVdmd8hk8hPWVLSM1wWdi&#10;LBRZVUcBQBb8+0Em67lO1S+n7P8AD5/6s/Lp8Wsa4p0Du5/5g3eOfo6nHU1Js3blFUBlKYbE1Jqk&#10;pTAYftVmydRUgcnWXCA6hYaV49utP1htGkyU+XhhqRXzvMTI84kWOOX6xQxyKwQC5Kstm5I1Ece7&#10;vuN/LRWPCn+rj1ZbWOlNPTfP89O7q3DUeDqaLZ81DT0NDSu64/LU9VUVVAdS5CqqKSsiDtLwJoTH&#10;4mIFkU3JfaHZu26C5io2lY6whqZ5p/GGOpljRzpAB5AC8e0cs13K9WcinkKAdPeGoFOH2dJHcXzJ&#10;7v3Ekcc+Xw+KhVIfuosJh4KOStmiWy1VTWEvKWK+ghXVSLXX6H3Jl2rt+d0eehSSSNUEbCSZHVY2&#10;1qFeJlIF/rYi44PHuz3d6Y9Ac6fkQOqCJBkAZ+XSdoflV3Zi4qlcduuGkirKmaaeGXDY7IRSPWQr&#10;BIJI66ORH4W6lwxU8gg+5v8ACMPHE0C42lEciqjqtPGAyC4UEgX/ACf9v7SfTeKdbHI8yTXH+rj1&#10;YRgDHSfT5Dd0vXpk27Fz71MEtRUUwkqkeGKecIZWSldfEQ2hfSyaRbgfgwcdtXa2HBTG4LH0oJeR&#10;tNNG7anbWx1SaiCTyefr7dPjuBVuHzPXvCUnUeP+r/P1J3N8lu+d4LbcPaW6KiOyQiCgqKXA07KD&#10;6SYMBFTKx5I1EEsLg39voIC2EaqFsAotbj+gX6e9eEoala1/y/b1bQoGOghqcxk6uoNRVZOqqah1&#10;DeeWd2c39IDM3JP+Pvkslz+n8E35P+9+9tAqjH2eXXtIpnj1ClnqbMXq5pNUgvG08lm/tDUAbf65&#10;I99tJwNIBJuLf7D6i/vSRZOo469pXrgzawA9/Tckks6i9gU5Nv8Ab/6/vhqkF+ef8Pzz/rf7f274&#10;cJpTrwFPz67up0m5AsLk/VQV/wAD+b/77j32XcfUXtb6H/W/33096EcfkadW4jOK9cfS6m8mkEso&#10;ueTpvYaQfpbnn+vvsAclTzyDcmwI+nvRZsK3WqHrGSxsGHCqGWwUXVm/1+D+R746tRAVjzYWte3H&#10;+Pu2nSKsOrnhngOszDQjF0RQtytjfWTbkqL/AOBH9PfO/wBGJP8Atr2txx7bpxUDqmk+R4dcNICE&#10;KuplJHJA1AG9+bnm97W945LW1E/q/J5AFuDx/X27EK9o8utjjT/Ueu0ZyxisdKchbBQ9zza/HHNj&#10;77sObMfTb6H/AA4tx/j70SScjj1oE0qeuCu5ABFldnGoryCp51XP0uLf8i99CzKb39JIHBueb+7N&#10;VW+3rXzHXJlaORSCvrCgm4AWy29N/oB+P8T/AK3voDj/AF+Sbcf6wt/sffic/Zj/AFfy68wJHUoM&#10;pLck2PoU/UgNc3B/BsPfRS44NrX44vb8fX3YSUap6bIFeuUMwWS8i3BPqYDgWH0H9effQVgBbVYf&#10;42BI5/1vfmdGJrTP+r7evUJ6yPLG7vZEvIRpZVLjn+n5Nx75DkfW4sL/AOxF/bZHW2x12krxyWjX&#10;RIfQpC3cf8gH6ce/aQU4Hpv/AFI+v9P+I96Lsr5Of9X/ABXVNJIx1NXzrMzTKVtH9GUNr/1IBP8A&#10;vJ98GFrW5Nv97+n1971aqgj/AFf6v9XDqpBBpXp1pHDaXdljCkHUG4K24OgWP+v7zwJe9rXH4NtX&#10;0B5P9L+0Nw5wHFK/s4+XzpnpQlDmtadOk8saoksOmUMSSoYLoKWGnQeOf95/PvKYlvfTdibi4vz/&#10;ALH20JDpoWoo6dNTSnHqD9/VoFjgijSeU6L+NCXdjxpLXF/fJtUdvTb8/QfgkXP+2t73EYZwSjVp&#10;jzxwNP51684KUDjPTfk4cvQmFchEY2mj+5p2UJIJY2Yr5FljJDC4I4P1BB5B98fTZizhRa5LH6Af&#10;X3t2ZCNK1p/qH7P+K60pANG65YqkSvnWnlMrGRrQxxrrkaR2A0gC55PtN7jzdBisJkshrepSkpZp&#10;HjpgZZ30JyqRpck/4D2qsUmupaS0QDz9M8Pt6alJDqiilfXownVfTu5sl2jsPDfwypw65HLU8xqc&#10;zSTw0bUcUZqpmaV1/topVALkkgeyey4TE7iyFbWpLVQZbLtTaIlpJVrjBKblKgwiWRQL+qyi3+w9&#10;2uTcxZDdor59PqyMeHDq+aGtm29i6SGampExuMo3jqqxayngp4lpEtH4vuvCliAfq4t9P8fap7Wx&#10;m3cxtWPp9K3HUGbSloWwr1prHeOojkEvmqZowTpa7Lqf6359vbJFPt8Mt/c58XIA9B0Wzqt1IXBo&#10;BUZ+X+r/AFZ6ALr2bL5/dk3dmMqM1WbYzmPy2OymLhqsXNQTQUMogo6ugombWZYHpgr+OWxBfTrP&#10;6iy1mBg6P3BhsLCmEy2ayYZhnvNWyVi+aPxvNRRxL46YKxIRCHJ+tx9PZshNzH9TcKVHkp/lUf5O&#10;kgVXOhOFf29GC29ncfvnCJk6anylJQzyzU09BlaIUVQ5gcLNDUQyh9SH9JMblWBIuefYj0nXuB3B&#10;smvppJc1uHd+Zy0NR/EKipkikxlMj6TCplWypyxYn6/i309o57meSV5JSAijA416XJEtAKdvr5/l&#10;0z5HJbhxe8qJ5qzD4rr2j29WpVQTU4ORyGckqI2o3pahJP244IUdRCsV2LsTeyaRNx2Eo9nU+J2r&#10;HURZmFMNU/xBcNFPJl66pN2hpj4ywk03GtmINh+AfZJBIxY3FydBLdtfIfZ/q49KWQtHRRgevTD/&#10;ABeu3PjsluCmoajb70OYgixU+7zBT4uKhpWRajMrESHiWZPIIzcm5UsPqAFGToc9jIavb+JpKqPO&#10;7icmkr6yOKlocXSFrPBUs2qNCB6XJ1N/Uj2IIpIam6Y1AGAPPpJIoNFrQDoR/vKSsRcitWk9FQrL&#10;JJHSq1UJJlAaOZBCC72AJjVF9RIIB49wcBhNt9dRS1m+svQ4/dVSJIaCXEVn8QjLSIdM89PFdFAP&#10;5+v+I9pRbXV5cCcLpjBr3Yr1XxUA0oK1wTn/AFfy6bajK5DLJSHb9DHV0Mky/wASly8WQxN6bUNc&#10;VHHUxK7yEavrHoFgCefanxG09p9j4SPBZvOZKSpjyC17ZqkjdqWcB7pSzkXRVK/QAgj8n21f7nfx&#10;MY4qUNBT/L/qr0oVI1Uu44fl1B3Rlc7tsHK4vFU+Xx8dIUnxCVUFDX+SO7ieikdSrnkK6M30AK2P&#10;167CzHYezarF47aW3qOqw8Cw0WPzGPpBkKhkphoMcsdOrMjaebsBe978e3bSHb7eDxbnulPcanz+&#10;QPTH6kz1WtPTqBt2bBbuoqmqrWya1NXGsuVwOUnrKRaBqgajD9qSivHxpDqWQ2te9x7FrZWA39U0&#10;lFlKGqp8FS1VTHU56J4VkyNZUMAZCrTXsBexJvYXsPYcvb+F5X8KMyHgCOA/n0YhYVXvOQOHSC7M&#10;3Z0/jq2Hbu9Foq/Ix4monw1FUpLJRwUyqIVghFOQokZrKosWbgA/0lb0g/jeWnptw1JOGphDD9vR&#10;0r1VbVHgqkbqhK6jyGB+v6QfZvSaOxVYVAcipJ8umIY0DVGa+vTZ1DRYTbWzqeTY+MIrMzJX5Jv4&#10;lVihx9M08pZ2mpjKbaBYaFXVYetgefczdPXPXm8tuUGKrIJdv0u3ljqIWrnqCKbUOfu4JXQ3fk2L&#10;A/717RbWu50aC1YSNIa8cD8/9jHWrt4oCJLkA6uAH+x0HcvaHa+wt1TZCtxNP2jR7uq4qHHYfaFN&#10;TUlVLPR6lE+NrtTqYqdCRN5i62IPkXn2WLd+F2fsKtkyWw8+1bUtEq1SUFNSLHKRwyRJCzFOR9NN&#10;/wDE/X2dRWN3Ev8AuwZajyrXpKkpfKLpB9f9WOjT7Izm5tzYVq3d2zjs2skmlRcLU5SHLVC06t+0&#10;1TJBEkWphyQjMB9L+8O0my+XqmyB1VGTnAdanOwPLFjoL38bOVBXV+Bc8D6W9prm4jkOiuoDyB49&#10;KoxQZ6Vk/gpqZgEaOJQbRUwEbNfkrGqW5P149jZtrGzpFnKnNYCWopRCZJcjS1X+46pKcM1NESVD&#10;2+o0j/X9lE0gkuY7eFyjE/D5/n0+QFiLLxPSM3BkwHxlLjM5RUWSlnijgoqyDzVTCRfSJYwyyqtx&#10;yTxf+o9gntGY5bsKdNp4TK0tBSyyPWzQ0oqhEBe0fnfhATybEkfj2abpLbWduolYFjileP8Aq/1D&#10;qsMTOp1Yx0qatkgxTrlKmkYmARTzTWpqaWVhb9DE2BP0W/Psz2HxNREuTq8/ULIan/J6ShSZWqoI&#10;h+qSaZTYM30Fgbe0EjX96Y1sVIUZ1Ux0laWOA+Gufs6BzObjxkVRQY3BQBGpHFXV1j0sqUU76Sqw&#10;wRlT5ADcsAR9B9faQi7L2listLs6HGJRUyMZKmTzs1VVSk2YvKLlmP8Ar/T2bR7b4UfiXLlpW8/T&#10;ptnuJSJEahHAdZMh15unMyJuht2yTZwUo/hlBNQxDB0KSAPEsdGdLA/QkltRI5PvE+72jrniwj19&#10;Njjq8MUEUiDSv62eRh+P9h7Zls7aJsEM3z6URuxQGbj0rqfaCV+KpP72UuKyeZWJBV1MsKyQtKOC&#10;YI3vpB/AubX9xsjuaL7ilFRkqNjNYPPU1jsdP9pJIjYg/gW+vs2t0RICGx1r427R1zoNt09JBUR0&#10;mOejjiZjFSUtLS06GT+y8El7Ef6/ti7Yrd1LhqJcO9HSbXWJZ5Z4YRC49FnJCAMzHnkkk+2LQbep&#10;eSIapCck5p0nZX1nWc/5Ps6ibHoMbDX5Spq3qpd1mSSDIGurZqt46RZddOlHGzGKOKxF1iVRq+ov&#10;7LztIbdr9x0ki4PMeUnVJkpZquOGfT6jLDCUA+tzw3tq9uZClFkz6Dp2ACvaM9CY2rS2m2qx03+l&#10;7cX9mb+6jpXiraTORUlBTApJj5kdp5yFvoaZiFUXvcaSTe3tLEsrKO2p829OnmJ+EefSVqKZqrXS&#10;VuJM8supvvYxEsUd20o8YJLal+o/HH19si7X3bnKifcuzttZWllDlUqkp4lp6q59Ro4aphoW/wDu&#10;zSf8PbNzfbdDL4UrhmGSOriNmXSxpX16hZTd2zttRQ4nde7MFRyTIsCRZfI0lNNOLaRHOZXAZ2/o&#10;QCf6H2JmyuvuzKmOrq98VlCaB4n0Ymcu05ciyeSdDz/jb8+y+55gSd1t7GJmFQCwWij9vWzDbwJU&#10;kV+XQS7u7e6j21PBRYvL4uPPShJKc4Y0bTxUyPqmlMLEXQKCTdLW5HtEVFdS7Uqa/D16PjELt9rD&#10;jqJpfJJ+oPJwQQf8W9iOK0UgSk0ann/q/wBQ6TSS6qMnl0LdNNFufHYjNYeSmykE6rJ5qqd44/A4&#10;/cMXgUlX/wCQfcSPuKjpAuJpKOlqqiMsqZKoxsUMokYcRxEgsOTyeefbMm2WinxpyT50rjpsNI/F&#10;iK/s/wBX2dNtV13DkMocnPmc9RxPGIpcPRZuvGLnAIJeemLBCxAsLKOPYa5Ch3Pu7MiXzR0dQtpB&#10;TnV55wefIVQkNx9AbH3ea/iRNEC46cEYQVGOl/GlLjaRY1IhpadQoLElUW9vUx+ntU4zOZfESNRi&#10;NqqaMeOVixWrmKrpZTLJYqo/1KD/AAv7aWCOgmlwfy613sMdYazH0uQiAls8ZAdB+qK/6hJ4/oT/&#10;AEJv7CHeO41xuUknosfVxVlQSJDWmVqfyMf1QCT8D+o+vs1Gh1BdtVPLpO5cPo6nRqURVJDaQACA&#10;FuALDgcf7b24bbrslkKCRXrFgl/zk0jFSZCfUI4FbUA39Db2kMqNLpA4+XDp8VCV65+1/snNyVGR&#10;fBx19UwYlKgIojgQn0s9RVMR5GH1sPabcHjtVErAah8v8HTsS+Jg9NuSp4XhaoenjmmplMkJdNbh&#10;l50x/wBCbWv7WFNgaXr/AHFDmsvmXrYWbz0OJpoZWJYtcNVTP6VH5/4n2lCXG8Q6Y+xPMn/J1tpz&#10;ECi8fs6TUmSqN2YrJY/F00tG0iTUFRW1bRrFA7ppdqZYizSEXNrhfavlzeZ3rUSJj1R2ld3hp0kW&#10;byaeQXQKFFh+SbD2qkSy2yMRgUA/mf8AD03GrstWOek5jtvbd69xqVWRqljhpaeOOpydVqhWFP0n&#10;9+Ry3Lf7E3994Hr3JiSor6/w46YPeR6lI08gUn0R/ahSb/4+yG8uWuZljgQsD6dKvGjhWrHrNmu0&#10;dr0EUUNFUnMyTKAkGMZJ5kBX0vMZmsq/4k/7f3gnwiZrP01K0FO8iyBJq9kgWOnp0axKBvWT/T/e&#10;fa24aa1s9MldXkvnX/V/q4dUSaOhc9Okebp8TgajLDy/bpA9TDRgyPPLO41+O/0W54449uGe2/TY&#10;aTzUWZhqKWH1PDDE/nGkaiumx5J4+vtRYWt08NZY9JP+qvTZuVaoAPSd2rvup3SJIK/auUxNSSUj&#10;kr3pWpJgzWDRyRvqItzYpf2FO5O0KSlVxWeSDwraGOUctYcakJub+z1LKJIgiH7T/h6Su5U1HS7x&#10;u2aXHvJKpUyTNrlZVsSb3Ghhaw/HvBsDs3++OTp9uiJ5IZ51BeKNIoomY6QRoHJsf8fZLuT2+3xt&#10;OKFgOlESNKK+Y66yeFpIEqcpTho6yCmkYyO7yh0jHk0N5SbDj8cexc39HldpU8NHRSQUsTRu71Uz&#10;+UfUepYxyGFwDf2abJNFJZC9C9z/AMqenRQolmu2Dj4egt68zOA7FqcvXyu9XPi6/wCyejelnpft&#10;2RORI72WRG5Kspsf6n2H3Xm3N07nzMVQBLPQxyGWXJVkg+0VdVyY4rEgfkDj/X9kXMO7xRqYeLtg&#10;KMknoQwoscepzQD/AFY6E3dW5MBtDD1FXk6iKkiWIiKCIpHPO+myRwrxcn6c+1t2Rm5dt0U8clZL&#10;XxwgRqYr2dwbMqBOQB9Pa3l+1dIBM6aC2fn+fSGWQSNqUefSQ2THjtwP/GY8YtDIylykiK0qq5DR&#10;lnIsSw9V1/2/sINn7zoKmsf7lIUkBMvhRdUzfkF5JLkW/rwP8Pb24WjyvRDj/J04spVeHQm1tK89&#10;O8cLlZCoVCWIVR+TpS3tX0u7oMvlxR00iVNQHJ8MMgdYiG+krL+kAf19t3FvBa22l6DH5n/V59Ox&#10;hmPTauJjpKZzr06Y/XLa7kW5IH9b/wCx9jdj9qVU1KK/JV9OkukGnpASyqpXgyMOSf6ewtHcySXA&#10;itYuwcT/AJulEs0KIR506BXcfZOGxNS+LpKLIVLs5jqqpIrMjatIIDiwXVwT+fqL+wC3jtahrMvI&#10;4r1MgfmSSXxBPVyiLzx9fp9fY4MjrbgaaY6Lk7u4cOhk23k5qvE0ks1FJTlo10Iv7pMenUGYj8/1&#10;98G68w8tPTVJgmnEIGucVLlWc/2tA4AHshkup9RUmlfLpZGi9Txlo/uGp3KpJyUjZSG0j/aieSf9&#10;b2rMeKfE032OPjji9INTOV1GNR/ZEljb/YX97t0V21ympPAf5erNWmOm6uhatkWeoLmGI/5NTo2k&#10;Ssfy6XFz/S/tF5iqnrKi0FVLD5GCo0cYcSc2LIZPp/r29mMjCCMkUx02iktnp8pKdYYUUoAV+t7X&#10;FubG3HHsa9tw4Xb+3ozJE09bOgL1Nbp1aSOQlzwCfr7DdvZ3u6XpeQ0jXyH+X161PJ3BUHQTbuqM&#10;5k8zHR4+r8NJTE64qO7zO/1VpZAOP6Bbf19patylE1UdUSzxDkvIpnjRb3sqm9h+OPYke28OHwwa&#10;U9P59aWudQ6U+PxteKQM0jwTtYlYytPJIwFtTsoW5IAJv7UuMyONliSGKPwIW9McMYpozf6ySabf&#10;6/PspkgEX6nxH16cFQK9JzL43NLK0zTJKAhLPUSPVyD/AJtQq4IHHH+9+3jIbeGVgSjxzQRyTDVJ&#10;VnS8ij/C9z/t7+6RXZgUyygn0H+r/Y6uq68tjpLUG7VwlTUV2a+5EFLaKOkRJIkJPFyLBWN7WI+l&#10;/aZqupNt0JFbkqmuyWQCgQyU4HjjI/UzmUEf4Wt7aS/3C7YBhoQeXn1RtIbt6dqLtquzdSI8Ri6C&#10;kpYmtPJlqp1ne9yopqemv9QL6mb/AAt7cqTc+J2tS/wijVTK7HyCRPPKQBYXsLW/1rW9vwbVG0/1&#10;l0/2D/P/AKs9U72bPDrjn9o5nfk8FbWyy01LThHpzSzy0S6r+tlCNqJt9C1/cpuxKeCnmWdQfIpD&#10;IyhEItdRpX8ezKDa7Lx1mUcP9X+XpPPG7rpB6TlX0/ka2WlEOTlgjpZFZJUkaacWYa280xJJNuL8&#10;D2Wbc2762XKOmOx0lS00vpSk1FQGawZkTk+ze6aCNKueHWoFZRpOejE4ygXH0VPS+SScwxKhlmbX&#10;IxC2JJPswGz6P7rblRLkVjparw6RDLp8iXS+uQ/2R+P6+wXHPJNuqLGCyV/L+fHp67YLHRfPoOt7&#10;5KbH1+M+1jmlSSoRpDEGYGz/AOYRV+pP+29gFntuy1OTm82QSmx8UjSOI5mdpVVr2UD6XtYXPsZX&#10;Fyyppj49Mxx1Go9CZSzianhcK4Zo1JVl0sptyGB/p7ZdwT7ijp6enw9PVUtAVCq2glyi/wBq5/qP&#10;aSB7WNWbDP5+fWyjas9ZwFJv6Sw+tuSP6D2qNhmsgmH36zMbCzTxFiSf7Sr/AI/19kt+fqPl0thB&#10;AoesNWCadwpN/wDBtF/68+xtqGpqiiEE8EX+BK+sfn/YD+vtm1iEUlY61PVJWDVHSAU1sdcaiKok&#10;0AHUlx4z+Pze5/A9oaXGieqXH0oASUldMVgSpPqItz/sbezWcraxmcju6rGus06VsFaftvuqg6RG&#10;CzF+Atvpz9Pajx3VZoXOWqoX8EXrhSSYyKR9QSOf9t7I23Ga/kFvFXPHFOnSY4Pi49JCt7JwKVAx&#10;lNXQSZF2MRjTko4HIAP+98+33N56kpsZHSGeNZFsqRFwSpvYIEP49nW1bOtqrTS4r/qr0hlZ3kqO&#10;HTLjsZX5DPPXmF2ptFjMUKBx9T+4OfYcy0dZXOsshEiH1RxEaU/rYn+vty4lWhVRj16fU+vHoToZ&#10;aWlUxoQhHDEm7ccXt7zyNlYqaQSR0OPo4+SdXkmdR/atwLW+vtLAsbShUGo+vl16U9or1jUUjzq4&#10;knqJzcC5YIl/xxYfj+vsKqtnzeVWkoYBOyuVkdVOkKv51fkn8ez2aaKzt+856YiXU1encWRPUbBR&#10;ck/QD2NmPwbUGPhpaiKeNZVTU6j0Rra4swFr+yK3lWZ2cUqeHSqigUPSQr8sktSzUktPI1KGtEzD&#10;VI/6SCpsbf4/19yJK6lxcoamkYrGOdGlZSQP7QPtV9K0q/qjj8umzKASKdR0panKQMlTEqtIT6XZ&#10;pIQD/Tj/AIj2mpdy1FVWSAWUEkIzOQbH/VD/AH3Ht6UIkeniOtKQ56eqXA0tJToiot1szBUFtQ5u&#10;o9q/DZOCBGgdlnqJgNTqqKI1Y2b6ck/jn2RXNsZWWR8KDw6f+XTTlaGomIkg/Zih1EKzMzSMo4sL&#10;20/kj3zrIKeSqSNakMrfr1G3H+p4/H49qw7rAAooT/q/1fy69UKanqJQz1KU8sktLYx/p0L9fqAb&#10;N9P68fj3Bq5qSlfwxJEpWwLIw5Fubge1ENu+kPIcn/D00HBOB1MphWVaeWRpGRtVkdLaT+D/AMU9&#10;pTJUGDrAzSJ5HW7PGCYlckX9Rvc/63tcniKMf6h00XrkcOnunkr1sjhRGbBXb9xh+LWWwH+N/aSG&#10;Po6mUQpeno4gT9ujWVv6ltP1/wBj7pLLJEKKKt1daEdO4LBAW9TW/HFz+B7gZOmpqSNvDB5hpIWM&#10;X0g/gm31/wBj7cjJdayGhHWmyKAdcgb/AFFvaE/hNTKz1NgJpGJhj+ixA8KLP/T3R5Rq7fh6aWOn&#10;XftTYWhy2MUtHEXqZ2Gl/wBQX8MdRNvZbLokbV5Dy6fUEDrx/wAfp+b+xlwMssb00NbLGGZl1LxI&#10;Tq+tx9PaSZZDEWjFP5dPpXVjplySI0UskaFmVGN1JXlfwLex4qKKmlwrQwyKzPGp0RlR9B6Rx+f8&#10;PZfsxeO58WfgTxPWrliwoPLos+SztbDuynY0c0cNPKwaeXWwOu4Zjq4Ufi/++JaN1bPpZKlnmppd&#10;bOSWKk+m/OkAWH+39jZpmaPtIp0lC1OejH4LMxZCljZZInsij0ODzb+pPP8AtveGgoPtVjpqJ2pI&#10;E/KpZv8AE3/r/r+yhkIqaaielC0HT1JIhUl0D/7Te4P+HPsQsRX0lLIqJepq1t+u7MPxqt/h7SzW&#10;zstJWoD5V/1cer68dvSRy1JU1aORanpbMSyAC/H9T7ccludJiIXkXULJ4yA7fXk8/wDIvaq3sEjj&#10;+X7P9X+r82lNSSOmDGbUamkaoVWBe7mVW0X/AKXt/tvaBy1fLqmEUfniZbnRa6t9VAt+R7MIIoY6&#10;av2dMMrA93S+oacCOMuSkik/W3NuD9f6j2jKeiM9Ws1R5IlJLeMcBbf1Y/n3a7meRdEefLqyAV6d&#10;iwUcc/gf7b2uYHohHDDHCZ3c2121aSPoRa9v9f2TEPAC0h/L/V/q+fSlVqadN0i1DyM5k8SKPp9L&#10;j8g+1AYY4o1MjgOQNKf2lt7ZE0ktQo7etsBWnTUGLSERpwD6if7Vxa3tHbgr1jGhFZjpvyCX+nPB&#10;9mNrFSMMx45/zdJ5FJ6eKKJgCzH/AAsLW4+n09hNWZSZplV5PEGc2SMgE/0J/PtcQugmnTYFDjpw&#10;9vFHRVZkE7SPUiUKw0XsvFwrf4D2jMysAPhHTgFOve32mpKqqnU1NlSPgW4VVH5Yn+nvU7kRBYc1&#10;8+tgefXFmCjn6/gfk/63t1qlp2i8VLC5YEreMEeT8amYD6H21BH4dWc9XIqMdcFL3u1gCAbH8f0A&#10;9wqXH1Ms6QikUm41agCEX8lmPtue5TwiV6soB65s6IupmAH9b/X/AAHscMJV4jB45I5UhabTewt+&#10;rT9Ofxf2QRbdcXdzrc6VH+Drc0hUUToOdww5XKzeKgaSKO4UyG62F/oAPzx+fbHnNwpkIGjDiz8K&#10;OAq8/wBfwPYxsreGyWkQ/wBnpK0bNQ8evYLbcuPqRPKSzryzk3Z78Wsbk/4c+w4/hw/5WYP+BGr9&#10;f5/1P++59rPqT/B1rwz/AKqdL7zD/USf5u/6D9P6+//TRcmNeNFRja1v8Lm31J94Nauu8JAUEdbp&#10;8WSjlYuvN7gH6gW4PtOP5YKiSEl7A+n6/n/W9qonVkwOk7YOOnkaZI1ksvI5+lvblBJNGDJIh0f6&#10;3J/1r+/GVagDr2eoM8McoCK1m4+h4/p9f8fcmrqpZqcW+oGkLdbhSPwP6e2zpWT/AAdbqaUPWCkp&#10;I4JGAvYm5PPJ/JJ9ttGlT5B9QvN7m1vz7cJBNDw6bpnqdUtCqMeC1uOLnngW9qCUTCnfxgkgWZgL&#10;/Ufge0kzhDprgdPAVXHTRT+J6hWcqNR1Iv0+h5v7TkU0qyFZGK+rjVwbE8Cx9uBwy4yemSSGpTp9&#10;khQrdQPof0j/AA+tx7faWFtV49bcgk2tx9eLe7NIQtD/AKv29O0NKnpkqZE0kOUUfpAvc3ta9uef&#10;cuopnqInRrhFDfqBHJH9PbDNnV1ulT1GpqhKaRbENI9r2seCePaZp4J4ZdANxqsOOLfS/tUJFkWh&#10;/wBXz6bIBPSgmkjZC5sPTfmxIt7UfhESgsjyAn+trEj+n+9+0oOfs6eFKZ6ZjMZiVSRY7AEcEk8/&#10;X31GwnYx20/Uf7bkEe7EeY60WIx11Iv24D6y1rH3LpcYaklATe50cf0591eQov2dbVQRx6hVeVSl&#10;tIQAnp1X4tc2BJP+29y2wj0ki6jq+hNv9e1r/wCHusNyWHdivWzGBw6hnOQ1sZ8WkAEgH8X+l/8A&#10;Xvx7z1FNLBB5PSF1coPrb/H3vxQW0t1sKKVHl1FpKqGpqTEt2kAtrJOkH6Gw/wBh7Rla6NJeJLkn&#10;6seBzf6f7H2/Gprxx0w1a46W1MGWICRvoLWAHP8AtvfAUgb+3xIhOlefX+P9793keh0+nWwOuX3F&#10;hfQbK+nmw9J/I9xhHUwAALaxsrG39OB7trBoD59eKUGesmqGYk6g39QPxz9ePbjBGXW7vybcgnV/&#10;sD7841GqeXW1K9QZZVjbSI7Dki49Nrcce1ZQ09DFTSTzHVIsbFdbf2hx9B7TXKSijDz6dRl/LpIV&#10;lfkJ62OjpxohMgEhjQ30m5BufaSq8sUdwliCT+Pz/gfbqxgx56ad89LGnxq2QtcsB9SSR9Pr7T8t&#10;fJPJIjAIAbem3H9efd1jUrVf59VDdOyQJEotcm/5J554NvbjjUCTKy2Gsga2Nzx9SB7eAAX/ADdb&#10;HHqDXtqhdSCSFvpA/wBgL39rWOuiW8IcsdJXUT9G/oB7QSRM4quOlesJQDpJNQSlhM6BQCDoA+q/&#10;1uLc+4NREkyXtqcKbNYWFv68+2iGXI6oSHOR060sxjcoWshb6c3P9CP97N/cakRUFizM5H6VHpv9&#10;R7UZZM+XTeoqcdZaxixOlAqgn1MQDp/tW/1/bnGJi7FwFQD/AAsP8SD7YLBc+vWxU9Nshg0qqEs/&#10;PFjqP5/V7T2VMBmAmYsL2U2uov8Ai/u8OpsjqrkDh0oceJFh9CKvFyLm5PtgMxp3urBE4AtcH/X9&#10;rB4nnnpqtMjpx0LKpDLqJ/r9Ppb6e3KCuLxPrLSrpIvfheLX593KE58+P+r8+thuoMtKFddGmI3u&#10;QBbV+SOP6+4ck+rxMTqUG5/JH+Ht4Rd3Wi1RjqQiaQwUBSf9axNv1f8AFffo8Y1bUMdOqN7WP4Ug&#10;f7x7ZkQRKetqA3XpK5KaIBiLrwR+Tz+B+feaux8UNM63AaM8AG/4+v8AxX2yjspEnVylBTrjTVbT&#10;SCymzrwWFr/4X9tdJkVICobslhc8AMOLm3tWzEgN69JwSG006kyU4Ym/OoWI+t/yfr7U9K8lWARN&#10;zbS35H+sPfiMcOnFOaHpiqhFSXBiuL6lH5Jt+farpMVLMqw+p0YDWbEg254/p/X2WzMdfdx6UrQL&#10;kdJWtztNSLJUlkjZSQgLWb+guPz/AMT7EjC7XjKx2gkNrMWYqR/W54/p9PabWzmletKK1x0XHsbu&#10;KkwENZJU5Ckj9Nlhju05vxZQp/PIsT7E6hxcdMo1eoKfSLWAP+w908Jic4qPL/V/qHTTKFORXqvP&#10;sPvOfMtURYxFjEpkSWpmfyMwYkEIq/Tj+p9upihYX0D8f7E/429uqssbUr/xX5/6vT160SCe4f6v&#10;Tovp3XWM2lnM7M/1I1MSD/tNvp9OB/r+2DM5eHFRlnkC39JuQB9T/vr29qIyrsI6CvGv+r7OAI8+&#10;Ferk6EwB0P3UHTOX7HeSuqY5zTKhaONR6pR9Cp/3jk/1/PsCN09gv9wYqeUBVN9RNgx/Onn2cwuF&#10;XT6dMs9V6sx6n+Nu29sY1J6rHQtWTx+u8alxcWtIxFz/AI+wxym5qjJERqxKSDlmNhx+FHuslZDU&#10;+XWlJC9GTwe1cdg49NPDGhQ2ARQPzcarf737QlXjGZjUxuSzNzrvoJv6hb3QFk7W4daKg5HSqVwT&#10;p+h/pe/v2JUu0wdbWkIsAf8AW5J9ukfp9URmrQ9ec2H++/H+HtWzNV0tFdCsanlWva9uSD/T/Y+2&#10;fEIYKRXp3Saa69N6pTzztq9bqLMpH6eLX598ajNO9AY0b9wKLsRyD+APbrjz6orGnWOHGxR1TTWs&#10;DewH6T/rg+0lU5VEhMTX8kgBLcki/wBSAPe9NTqPlx68SeJ6dAgBBHAHFveWmr0BiGrmRSA3PJUX&#10;sR+PeuLfLqivXHl15kBv/W9+ef8Ae/ajp61Uuskbi4/bf8c/Uj2nYo3bX59PBmB4Y6iyQM1ihUgH&#10;1L9bj8D22Vk5qopYCdBF/G6klgx/STb/AGHvxQ4ZfLrxatRw6kRoEN+bsOeLcj31TYWpSKKoeo8x&#10;kYatI0gWNySffjMV7GFPn1URLpx1wNRHrePkMo/Nub8cA+3XyQCaOn5EbXEjkXT6cj22e5cH7Org&#10;hTQdYtL6TJa7KLhQefrf2mK6gCB/tpJY4hMWCqbK4vc2A5t7ssjghX6qy9S1NwP62BP+F/c2jFQR&#10;GoIsCCBe7f1PJ9uEkjV6efVUqBx64uVFyw/H9PauqpXOPUNoKpZvSfWCv9fwPafQBIHPSgFfDIOe&#10;mmnRPu3K6gxFjq4Ug/hf6/6/uNS5gADytyD+ePp/QD2pKIRXphHZTjrlPj9ZOgWvcG35B/1R9uDb&#10;heOUxxkszoCjXJX+hsvvTKujSeHV9TBq9N4wUDqryC2liSo+p5vy3tgrdvjKytV1TPGjMRNpYWKt&#10;9bD2jYsDoUdbKBsnp2SrihVYE9TrGfGpJBYKOL+4GXwUOPpolxhZgdOok86b/j3eBpBJR+tsF0UX&#10;rLSVTVAbWgjYGwAJN/68n2yYkVMMlSa9dSM4WMkW0XP5v7WFlelOkq1jardS2BI9Jtzf/XH9Pa1Q&#10;Nqhi8wjpyQGBH6dQv9F9pWd6laV6VAKwqOoLabPLo1TW4/qbfTlv96948pPSrqQ1EjKU41f1HIsf&#10;9690RZY6E9bbwwtB1ypRIV1NEiEn6C/0/of8be2SFKrIqGpZF1KOFlPHoP8AU/k+3GLnIFfs6bA1&#10;nGOpLvHCNTHSCfrYnk/nj2qMWWgpZnmSMSEeNlBBUcW4P9D7ddDoow+fXkYKxXporB5aiBVZwoOv&#10;UPzZvaEymKlatWVLpBMxEioLhWY/qDH8H+lvbSHu0EdedM16eUYFfre31J+vt6kp6iiokamiE5VV&#10;BQAeogWJJP1PvR8NXzw6t3Be3rGsiu5UmxH05/Htoo3kyM9RHXUrU3ibQCEMbi3N7EfT/H2qNNGu&#10;I8OmgGLESdZCdC3Xn+lyTcf6/ubU1NPj3igjlLIygGNpOFv9SP8AY/n35VZxVv8AV/xXW2ZEYBeu&#10;KguCWXSb8G3JHttzVG1ckMlLM8dVpayqbJKoFwVvYf4E+06eJDLXiOvONaimPn1yW4uDwAeP6/7H&#10;3Aw2Ylp4pYKiUPUeXQRLcOAPST6vx7MmCyrXy6ZQiM068yB7E/i/to3Jkh540qQSISpiXULnT9JL&#10;2tb/AA91SNQa069KxpU9cgAPoLc39qLDPUZCkEY8ckTIW5sdJ/BI+vHuk5WmR1aMFhQHHXFiq2Ym&#10;34H+3+ntyTKxUDQUjPFMacs0kcv6TJ9V0/j/AGPtsL4neBx6sx0YHXB4vJr5ZC66dSmzAW/Pton3&#10;bj6utWmqqOcIJCzMnMYa/AB4Gn+nvwgVuBz1RpyDSlR16OIxLpV7nSACw+thYE2/PuRkaig8Z+30&#10;RzRKG1Rv6gpNxrH0tbg+3EQqdVajqzMGNB1zXVzqN/6C30/rz7n4ypgyNXTztWJGWhWAQWHq0/Vm&#10;H5P9D72ys6kKK9bUqT3Hh1ilvFE5VS3JY2IBFzfi/tLbjqMpQZQ0vnj+1idZYVDC5V+dN+CP9Ye6&#10;Q5GRkf6uHVJgwbUDjrJE4kRZALawCbixuOOfbkKBq2L7kr4vFTx1Enk51C/LwH8/0Ye2nkpIAOnK&#10;alr1yLAEAnktpFh+barH/Ye+RzC5BEpKaFpJYS6KNRWyD9bRE/W31t7e0kNqB49VD6xTy68FClm4&#10;9RBP4+nA9p+Slx8WQ8FVVhnlp5BErAE62/3U7/4H8H29HG7At1SsaMPU9cvect/DIwlSGT0iSLxu&#10;GWWACzxSMt/SR9feq1HVzRRjj173PxsVHl3kM5qsYEYSRuF8iyRfTSBY8WPCj8c+/E0FAanpsDU3&#10;cOscjOq3jj8jf6nWE/3kj2voaPAU2M+5q8mjrTXMEcircyL+lR/vHPtl45a1GAf9X+odKYzEFJOa&#10;dM8tZkjWJTQ48+J9PmqWlUJHGeCeeSfrYD/jYD/AOmWzU01FTOY5nkUxqgUq7m2sfjg83H+x97ld&#10;Y48npOn6j6h07yOsURd3CqgBZmPFl5Nz/j7UFdhabET/AMOroFmqsgZIZYKYCSQxTr/nGf8AB+ht&#10;+D7TQuZu+uB084CY416wU1ZFWwCppmvAwJWVlKhtBs1g3NuPr/tvado6XIV2Wh27Q0kjvSHRKJyr&#10;CSNW41gcA2vz+PbskkRQyHqgVy/hgY6yz1MFNA9TPKkUEaa3lY2UL/W/+9e1JPMtF9tj6jGx1gFX&#10;JCAmidYGBswOm4AUi/J/1vaQrE/ce0/4enjqQ6eIr12tpAJUdgrohF1IupGoGzfTg++dHscZGogr&#10;CtJQ1sdcJInx9pEmhka+mZRYI4/I/wBf3YNPGe2pFPPrRVG7m49QavK01GjvLq8caO0jOGjsEW9x&#10;rHqB/wBUOPYlVm02qVOIXOxo9I8dRKiwkyG6a3hZn45Xj6f7373GJx+qI+PViYmohPSLj3nCsMOX&#10;OFrRTVjGnhqBJE0ZVZ/EknjUkhS35te3uDUwYSkoqekix61EdNIJI/ugAGqB6gxWKxBHNhyPbMiS&#10;tJrY0+zyHVu2mkAHp8ozlamaWeoq44TKiqI6VdQijBIBVprrzcc2BuD7BnIHOrk3gWogpEQCako6&#10;eaSEJDK58WlP6Dm3H19rY3BQMM049JWVg+kn8ulUoW3+q40ljYltPB1Ee1Tj8PWbhxc+Qr6yCA4m&#10;WeSWvkSKaaqhjXTHRCWwIfWAF5+vt15aU0+f+r/Vx6uELIQx4dNNXkIMdVUVIkMs0uQmWGKnp1Fo&#10;RqLS1TrwFRQSXI/oPrf3z2bjKjfNX9u5r8ZBQTwMpqkkE7KOZomhawAKi4I+v4Pt5nMSa4ssfLpq&#10;Pvqrig6b917kpdp4mfKzxCQKG0xh0h1yBfRqdvxqsCf8fal3xT46bIUi1FbPT47BQKFhfRprFhcu&#10;jtexANz9fpY+00RnatRlj1d3iAox4eXUTaC1AxTVkscH3mWqmyFV4T+3TzTxKrxM121aNIAIPPtE&#10;b13DWZOrosRQTxV2JjeB4olpLSUU0kYcIZCSLAWYSL9f9h7uWEC92COqmshBTIPTvh8TDRNU1jUq&#10;Q5KtYCuqFlaVqoQsRDIzNb8HhbcfT6e59DgaWrxGRlniFRQR0waoq5JPLVGqVrrSBFW7Lc8MOfx7&#10;SvMz0KnNfy6eRVAK0weps9akNVSUt7z1LvoisbGFBeSXX9BpH4vc/wBPz7C/cO3a3F1cVXhMdBUV&#10;ZgRZYJU8aoWYCIHyALIwNuQL/wBfbsd0taOeHSeW3b4o+PU4EEXH0/BuCD/iLexc25sGs31TLurs&#10;CsqIMdg6SKCSGllaKOQxjTGjkkaCrkhlQG4t+fdZbh2cQ2a5bz8v9X+r7bIqFKzmp6DXdO88dtLI&#10;Yba2Hgop90boqqqTF4gs6NN4wazI1sqQgmwQO2tiq6rAt+PbXX7tx1PuajwOPpKrH0WPmmdKmJFq&#10;PuKNEsAJl9SqTyB9eebe3oLUR1aZqk8fLrzSuXCgY6W1NTVT0RNayTVdRTp5YymiBJdF9ATkcE2J&#10;tzb2KO2MKMhRZHdX2keFwWidMrUzrLFNkKWOI+YRBiGGqw9X9PoPac6TL9PGdRP7B1d3AGsjI8vX&#10;oMd6b8w+BzOC2SKhsxvTNTLPt/FQxxM1NJHLpjyFdYBUihBLktzYEj8e8CZFczisa3Vu18ZQ0FbR&#10;VdPW52vSSOdYDIIZ0MUljIWW924/w9+mtbawcGdzIxyBxH5D/V69UjlklQSYUV/1fPqPjcdl8dX5&#10;Cq7K3u2Yf+KY+tw2AxtPDQ4uj+3US0cix08YqHYzBjaaYpdQTe9vbdsrq/IYLcFPEKWkmqMpVrXC&#10;plC1EAlp05lpI3BCKoIuLk+2ZNxiMTEg4HDp+OAai6nB6eN29g7Vpdn7izNTk5YqHE0jjJpFI9LV&#10;w+a8SU7hSHV5LMEAIJ/HscV2vtukXMx5ysmqq+oq2zcvhdY5I2pgVAT66lazLYrp/AsR73b211d2&#10;wu4iFRaDHz6Ze7iFx9LTuPr0VLO9t9sVGW2MOsNo0EG1tFNtKWpzxqpaeVMqsAjnmhiKSQtSpolJ&#10;Ehdh9bhj7TvT+Dx+fWu3tksbPTvPkagYE1EghnioopyYmZIdKi1iLm9x9b+97jbyvGIIST5mn/FH&#10;q+sRCvAn1698se8s513Jtvrrbddj56vIYWSXd6y43+IWopoDSIiRSSag0pJlVLkgAEkg2L12Vtik&#10;zeRxWToMZRQ5qketmnyNL4IqqqElKKWKCumsGkSwX9bemwt7bsrG4t0pQ6T5Z+XVHvEcaGYVHDps&#10;+K/YEeKxG6I89u3cNdtzRt+g29i87BP9rio4FqKjI/wWJA2kO0+kxpct40/Cj2x0AjHXuT2VuSmx&#10;WNjy9FU4f7GgmiqYo4chdArCIKC5vqa3+39nD7ZHKqyp2MvmfP8A1f6vLpG10yMVI1D5dK7c23Zc&#10;93ntLtXaH8dzFHt01FflDkaeux1O8cGMnxkkdA2QRCkPhmkUWiALE/Uc+0rhth42s8WzKbbPk2Lh&#10;snS5SSuepaljOYp4WiAFz5HWIn9IuObH6X9pZuPh6j4vAEf6v837elAkWOLWwAX06E3eXYeM2njY&#10;t6ZTMUlDv7KbeqKLAbaRf4nLLi3yAyIigoadtIllVIy88zaQR9bAj3jw+x6nZk9fmsVJHjYJ8qzQ&#10;TyZCnyVfWyyMZHpY6ipAEMbFQrMLtbge1UL3ERCSrqxmvD8+rVt2U6TSvU3I792J2Qz9dZGCqztf&#10;UbfOYzeMmwmdx+OoaCVlpRVVUbowmkDPqhg1kfRiRYN7Se6YdjtmaLNZGXJ1uUhqErMisNMaxq3J&#10;x1Ac0zVU2mQxLZURWsAAAOOPdzDI7lg4VT5eg6TSTk5VM9L3atHuqgwc+FpcPt/DYmj/ANx21BSz&#10;mjajwMVEsNDNUY+jhkhWUMGbRHJpta9jcBY4umbfO64N753M5ZoaN0mwmzaSIwUFIaLVHStNNIf3&#10;WZWLS2FgeL2HvbxzBfBtiCvmTx/YB0z4jJR2BLfy6CCr22vTPXf+j7ZdBjaSGshliz++c1Vj7mpq&#10;84zPncxUQUieR6p2kIpRLKqqdCgMqAF0xmW2psJtzT7RwstXnMvUmqyDVNYs7V7SPZqaiqKk+IjU&#10;WKxFwPqfx7s2zxqvi38mpRwXh+df9Xp176i6kYrEuivmPXpn3R1hv3uJ9nLv3cwwe18JKcnS0m0a&#10;KuxOR/i0MTijyGWnknE8LLD6UeFUCMxsF1ewy3Lv7MbqzMeHy+2qWux8FfRtk1ngqZnoqY3WOslS&#10;lIMUYI8fkJ0MSoF/bkZsUj0x0QeoP+rh8urLHcDJqT516GfZHVW2et8UlHtXIZOkM0FVDSvLXw1L&#10;VdRVFshMStcsizSM6vLqcMw9ZBALexAyNBlMnm8FU1Gys/S7Xx+Ngx2PxmKhqsfTwiRySlZDEBbV&#10;YamsfR+b+0SPtyK8Sy5bicV6UBbhQHxXoP8Ablft3a23N0YbFdzbSyvYmay2T3Bks/ufN4nNzCpB&#10;ipWFLjUqYdNPRoscNNTrpjjf06QCQXukqd15muxsdHtqnxWCxlRDPHj5cRWeWCSjBFJKK2UKRwSF&#10;AXn8Xufere5261UxIQxfia5+2vVZILiQFmJ1enTJldvddbWxmdyO6e0a7Pbr3HgstgKrNVW6cXRi&#10;po8oI2ytLQbeonjo41UokkknhZkABeQKost2G+KmWd4MXkMhj0qpilPWtR4ydmkYFEiSoaO8MXKg&#10;sLsOeT7XQblY2yldIBIPcor/AIOkrWU8tCxp9px/q/wdFmmqPijtOHFpkt+bK29vKbb2Oppczt2X&#10;K7xgFPQRmOoq6isxcVTGlbVizugZWBGlbqAS15LC9iwrDJi8WGr6iJnM0GRxcdDj5Ge/jqIapleW&#10;3AtHx+fbMV1t7TNNKKnhkH/Vw61NYzEhV4f6s8elTQ/IL4kVVBUYPcO+4pdvU8n2a0+W2xvOtyua&#10;ghpgkdfBV4mnfwK7Fr+ZFlJBBCgj20r1zv7OVlHjNx5JqLE0xiyVRW4usjVaiokv5aCCCJEZSrEl&#10;nZef7JPNnJ94iSE/SCjV8sfz6ehsf9/VP516lVvzB+Mm0du5beGwKM5fdtQ/93YMNW4iups3PT0e&#10;qHH5Cvq8mWd6Fo40aPRKWClUdY3uomxdQb2oopKTFdpVtFRR+dKWmjwGOqHNPMp1/eVFZI0ksgB0&#10;qQ6g/wCvx7o/M88VuGki1lacAGP2jz4/mPs6aO0IZNVaHoNB81umN9Z7Fz7h6Uxa5aeOmkbLbn3M&#10;IKHH5jHVccuOjinTHTLFBwZjU2QgrZo3JB9hrRfGnf1XQwUWT7RqcVT4+khxOPTFQMJBjqWoeUu5&#10;QDQ0ysqMiu1tP6zf2U33MW6SSVtYeNMsyqB9oBPrw49K4tuiRi2r9g49Dlkvn38dMW1fNjKfOZme&#10;Zoq+rfH7dmgXI5QRik008uRWEyvGkSL55FRdIQKWNwowUPV+9cUMYtN2nlK840Mq/wATwuMmgdPC&#10;I1i0QiNyCw1amfUBxe/tbbcw3LQBbiBQzDu+E14cfPhw49JF2smYyOTStRnhn+Vei0575dfHbOHe&#10;MGR6Fx9TT7kqaD72bF5efG5fOgzvPPW1ktPj4BBLT3DFVnbXISNZW7BLzfHw10+SrMtl1qsnXyNV&#10;SZSlqcnR1EtW84m1/bu8scdlUQgp/uu6/kn21Lvl4za417fTV5dGS20QxT5dCzjP5iHUuOpMJiMT&#10;tLeGCx1DHS0IoZcVh6nEY7G0lL9vFT0k1BVCdgiqDp8INx+rSCpU+C6oyOIrqupfcHjhrKinrFWg&#10;h8VVSVMUCxF0nqPIp1adDWQDT9APp72u6mRgZY6n0PD9vA/Z0x9HSpQ/6v29JbsP539e7j27X43D&#10;bBqs7MtHV45E3IaOXAZrH1kxikpa3HU1RFVaDFpnAdQA40am/WXyp6uoq6aKrnzuYXIRZKorRWRT&#10;R6zSzx+FsaUdSpitc303Ler/AA9rX366XtjUBKUA9P2f6vn04lpHSjCvQNY3555vb6DFY7q7an92&#10;E2ticTDgCzUFIubxhkdtwoYVkks7GJVpWYhEiVRJq9XuDB0V1ymSoctV4+bK1+Piqo4Z8jOkzl6m&#10;Tyfc64o0YSRnUImRl03PBNiCe4uby5+J2UH0oP8ADXp8RBRwA6bMr/MU76rqGqp6Wg2Fg3lrKCan&#10;qsXhMjLLR09IVM1DHHlKypjaOpKgSmRCwUsEZLgq9U2x8ZT1LUkOJLww03iiztVUq1aUeRnFGoSz&#10;OsdxYkKD+SWufamC5e3t+2Ul+FKYx5n06ZNurN3Dj5f6v9Xn0/Zf5fbiyGHxW88jvijpszX5COfI&#10;dObawK1GNWKlj8K5WbOZDileraO8qNNUSx3BjjVSAJtR17tatx8+NzdMczT1ESwGKvIMdOisHU0k&#10;UIVY21qH1i7XA9VuPaYzXkkviqzV8qYGPlmv+by6fWMBdIAp0GuS+bPb75jG5baUO3tlQUWRkyVd&#10;R4yhkysm43kDRLBuSvyrtJPDHCxjSKIRBTdwA4Rk4jrvbyolMI56ijUU6mmqaiSSKOCliCRwxBdN&#10;tRGp2N2Y/U/QCjz3UqgSuajz4f5+taVBoo49KiL53dmeDKZB6DAUGWqaWuiwtRh6FElkymQqjLUZ&#10;XMnIGdpFp1/bpYYxGir6SGPqHJ+ttiyxzQz7fpKgTGIymdqiWV1hlEscPlZy3jDAftg6T9CD7tHJ&#10;dRHUjt+Z/wBQ/wAvVjEpPdT9nSBrPm38k6qqp6qPf8WMaCmlpY6XHbc2+lCzTxGKSrngqaeUNOQd&#10;SyE+km6gC49v52/gWpVoGxlI1HHGYvtvCnhMJUqYnQWDLa/B9v8A1N6JPFDnUfOv+odNiGP0/wBR&#10;6Cxe/u448tWZ9N+Z2PL5KeGpkrRUyvIlVE6MlRSfcFxAxK8mIKCpK20MR7kU1DjaKMRUdDTwxKAp&#10;RIUVQqjSBa34+nvc73dyP8YkJ9MnpxIo0FEFB/q49J/Ndkdg7iyLZPPby3Dka1y7LUVGUqdayPJ9&#10;wzxLCyqt3UP6V/UAfqB7lx09NEB4qaCIerhIY04k5cekfk8n+p9pGTXhzq+3PVwo6aavfG8q5pJK&#10;3d26KxnlpJ2eoz+Vn1y4632ErtLKx1QaV8TDlONNveYkKP0qAosB9BwPx78sdTQda0gcB0nZKqqn&#10;eRpaioneoeWSeSWomleeaaUySTT6jdmZ7sdVyfrf34MbA2HP44uD/vXvbJQ09Ot0FadYCAZHJu7h&#10;TySSGN7sxJ5Fhx/sffVzxdgFP0v6T/vPu2kehr17HkOuiqchYV1KVJBRWDf1BZR76LkHk8AcnkW/&#10;HI9+CKR1sBTXHXNURtWhLFWYKE0eoWANj/xX/Y++ld7EM31vbSACLf1v+Px7s0cVaqP29aNPLrti&#10;FYeIFR9GLcKwYaWCaB9eLnm3vrWdIs1+f6i3H+H4/HvfhqGOoZ68CD5Y68t0cjTpC+oIVf68EOWH&#10;1tz+Bf8AHv13sbuV/A/H05/H09+0oDhQet4rwr13rBZTpaSx1nTq+p/pexP0+v8AXj32dViS5P8A&#10;xB+gJPvQ01oF61UYA661obL9WBJtyb6gS2kE/U3t/he3vGQSNVwSQByb2P8Avvx7dUhTpI62DmnW&#10;RHCnQwfgm4AOkr/ZF/raxHNvfNRySCLA/S63stxzb3RjgAjP59eqadY2YhULC7FSLkPzqseAf6C/&#10;0/w9+Clxe9rf0H1t/iT/ALz79qVD69er8q9d6tGkadWrgayeATYqOOOBe3+399EAWvb6j6n/AG5v&#10;79UkY60CeuCs9+L2te4H0ubqNP4IFv8Aeh78CNV2P5sv9LHj8/7379RtNF/Pq3EcOsjDUoslhYOQ&#10;t73HIuf+NH32WBB+ot/t/wDWH9PegpUgjz61nieuIBGkkKSw+pIIY2soufqbfj6f8RxvqsPq35JA&#10;A5Fuf949306c8B1r5+XXgujnhU02CKzEkg3sOeOL/T6e+Whj9WPP4Fx/rj3XWoNVHXtQ8uuvKin0&#10;RgmygEkH9Q4IBN/9h/X3y8em9vqT9W+t/r7bExcD5en7P9Xy6tivy+XXJm9QDXKppAEdhYH6K4/r&#10;bi/0/Hvj4r86v9YW+g55APu3i07adbrQnFOuzIo1DTa7fQG5JNhY2H+tcn/iPflLX5A/N/8AiLA+&#10;9sFpjqpx1xZF03D8k2BBBvzqsSotcWP/ABPvtlD2BvyQAQf8fx78rFDUeXWqsBUdeXyRgkaQFDFr&#10;oxJNj6bX/wBb/euffhblTe4H1A+gP4HHvRrhutnrxu2lwLDnTrNi5Atdhf8Ax4/HviyC4IJ/p+Pq&#10;P8R/re7JKcgjrxNOsqOFAUW5UO39qytz9Sf8bf4e+9LD+19B9SL/AE/FvdQwby60OHXXBViqgqWb&#10;9L8Xb8g/4k/j32QWUcjmx+g5H1APvSsFcgD/AFevW/n1xUgFTYenVGt2bixIe4X/AFrj/H32oUcA&#10;/n8/kEXt78xbif8AUevA1ND10STdXFgwW+lrBSoF9P5BvyCP6e/cDgcWuLfXn/Yf8U91Go5PW9ag&#10;UPU2NI2Qqy6luGVmuzc3At/h74lhaykWAAH0/p7vTPd00x8+sa4+RmL21i5YWL3sWuupBccfT/H3&#10;w4FxZrDk8/42tf3ZjUg1+XTdM9OdNC0ovaMyg6GuxA45PpPP+8H33G7OD6CF5txe4P11Wvb21KER&#10;gurP+rhwr/nB6fRSVyMf6s9OpwslOTUkxzLb90QSKGj540xHk/i5A/Pvn4r2FyoIvb6Hg/T2347p&#10;VsED/Nx/1U68Y+6vXBDQM0YWLRU6WDksZGvr9KoSBYj6XN/eQIRwbBfpYH/b/wC39t+Ir9y5PHI/&#10;1cOnQg00r1jrFVGYvPIyi6qt7vZeSDxb6/kf7H/DFLTrKLliNNzcf8Tb26l1JEwCAZoPl/PpHcW6&#10;yLU+XUvC1zUAmfR50mU645ETyjQx0FH+ov8A2j7w0rRoxjjEj35Zz9B/xT3a7DNmVhXyA/1fn/qp&#10;0ls5kMhijU4PH/V6/wCz0+5WLI1NFDk6inoaJIxGoghe9Q624dbCxNiL/wC9e5LytrCAG9j/AE/p&#10;+fbUcUSoXY+nr0tkkKvpHSWakqKmEVXljjgp2uwZgrDUblVH5a34A/3r221ORFFGz1MmoBrKuoD9&#10;X05NgB7au5bO1/UUUJGcen+X/Vw6tZwXE8mlzT/N0M/XHUG4O16qix2F/wAlx1PDK/8AEKlZjTxh&#10;W1TxwxLdnu17hPyTbm/th3TUTvhnkp5zGshjVvAYzKFJHpV9Q+p+tvx7JIr7cblysUR0eR/b/q+3&#10;pcBawSdxqwHR1+jOpestl9gUdNkWpchumgoaqZI8j5UjJX0fdHGuh8ZHOjXzzew/JT93bt3NjqDc&#10;z47FyS1G2ngqaysrI6uCgq6OoS8P8Nen4ma49f8Aqfz7GG12scQ1XLVZhw6LruSSU6lP+z1YrQ4v&#10;bdRLhnWSJYclTypj6HxwtMamniaerMjyKzLoQFbC1jx/T2nOkt/7hzWR3fmsnBBTx1eOTxvjqTJx&#10;TfxUN446ZWIva9gwV+Sb+9X0lk86QGgAPr6f5OkvhTvAUU0/1f5umrsrY9HnsHtfErS0lVR4rcOO&#10;eenypo6mk/hCxumRkmhySvHI6R+qNipKkXBAv7T/AGjvnJYyvZ83iP4dl6zGSUAmpw5zNJE13hqm&#10;FQS0RuSQH5t7NFaCZFdTVV4eh/LppVeFPDBqOlPsbA7dw2Ciptr5FMhgnrKmrpHpJKCTHFpHKzR0&#10;jY2NITGHBPo41g3N7+wJp5Y9wNt2CmyE2Ty9U89H5amepkzCz+X9uniSzAq1+CpuP8PbE8zIjNKc&#10;D9nTidx4Z/n0tmZY1ZmKoiAszMQqqoF2ZieAB9SfZj8YlXtGlxcOfNbh6xgEqMJULMtbNEx0gx1Z&#10;5CMOGJUgX9lUQN4GkgNV9f8AY6WK4QhemYVVDnaZpMZPj8lTMrCDIQT0+Qoo6mNrC4hazMhsbBv8&#10;CR7MNDUjEbOrqrGV+N23WzQLJT19az5GOjgk9WmWRQrXP+HtFa2L3G4EuDJoGAcD9nVbm41aYq4H&#10;ED/L0WjeMT7k3zt/DZnBZjeeDpp6n+JYzHpBiY63JU62p62WnqamKOWCAguyNKADYi5UewU3zvHH&#10;VuBo8Fis5RU+YrZkWtzsNOrnJTPxJpexEIN+Gtx/S/s4tY5LVpJJlFfIemP2daASRu7h5Doads7U&#10;rqLPVuarKqtTGNR09HgtuzTqabAww/5wqkN/K8nFzI76bWS1z7Tu3Pj9h915VJcpmMvFGsLTT+fT&#10;UtXtEoZlpZmYAlv8VsAPZFecwXIbwUGWNPs6VfSIkfikHHU/fW9P7m4SfLx48ZQxSU8bRCrSmjpl&#10;nlERq66RlYpDHfU5UMf6D8+3mkxm+clmk2NsDbGS2ptuilkp6rMSUwDBkOmSsrK2qFrt9Qq/7b2r&#10;N9Y7ZB9TIwlmI+0/YAP2Vx0maIu36mB035LM7UweNj3HvLcGJq3lh+5pDJNAKVkZfLHS4TGqzGb/&#10;AGliJHP6iwH0Hupw+c2VhcFQPvGOqnhmaTK11RTxqahPqYIjELA34BI5/NvfrCV92V5bqDTq+Gv7&#10;Kn/P+z50keNWIjyaf6v9X+Xou2A3RsntTde66+l2HWVkdFRUVDiyJAnlk1PJ9+9IzxxqpLBiFuw0&#10;/pLe2CPd9NNkavJ5yqlo8NRxO1HSNVJFHOyj/Pt4mGoH8Lz+b+1MtkE02diAv8RpU/PrYfwItQFW&#10;PQkz9f1uO27BQYKCirt15CVI8jnp6MPLTwM12jD1CSaNCEKGa1rXHJ9puh3pl91bpxFXtbHVmT2x&#10;SFp67JUMUjUNMYX5FQPrdT+kng/j23urWlpaGzd/1GHrk/6v9Xl0/aQvpLtxP2dPVLszb+2ts19D&#10;uGuxsWYzqVVJTzZOso1nqJ5oii01Ez6Cxe1ykak/k3t7Xm6qLH9v7bzm2UyFfhjrjebLUqIWV42s&#10;RLG5XyIfoQXB/pz7LduuJdhBVRraXgBxHn+zrd1a1pLMeGOgijwmX6d3PhN4H+G5GgqMTU7dXASz&#10;VEUqRTOlVDLiKhI5fFUXi0sgh0yISGZSAwIDnNp5bq7dxxeGeTNJTBTTVywHwV4YfVxHrJN/7LNc&#10;H/b+xC2qSES3hpqzSv8AxfRcNfGPh0bbA5Zc7h8fllpKmg+/po53oqxQlVSSMP3KecLxqU3FxwRY&#10;jg+1yu4u285BT7dj23VU6sROs7U9SPJH+pjPZQVQf1JAA9tLcbVagugGo+fn/q+zq3hyltTn9vWV&#10;oMbTTyZORoYpCqwNPJMFiX1WCKGOkMSbf1P09me6+bcEuOl2/nMkqO9IY2ioYVlNMLWDaG4tf/Vf&#10;X2SzyxQ3IvfDoPUjjXowVFdBpyR0EXZNDjIkotz47EUVflsfXw1UT1tZNQU9UyfqiNSgZgStwCEI&#10;X624Pt9pMVU7JhnoWYzR1wZnyHnp6dtcrkLIaKnS4Y/6k/7f221vb7lKt7KKhTUD/V8+rlyy6Bin&#10;Hpoi3bSdhokmPk+2qsVOY6rFy4yqq0doUDT0yZacxxPHz/nY+L2J+nsGN67a+83Pj4493V9JWxsJ&#10;qiCGGrjp54RZtTxlvGGANjfk/wBPYoW4kSzBjAAPD/Vw6QAoaucU/n0J21crNVYQVf8ABDR0yiVY&#10;EWspaoyeOQoy647cFuQeeD9Tb2FFZurBzb1SlnxTD+HTLDU5aYCASLGbO80Lg/qH0F/z7ZuYv0Mt&#10;3nr0MlWr0so0dYSL2YqSF1aljJHCq1gSAfofbl2RuHcdIaKXbNNHBgKmyRVMLMIkWTgpKFtYX+gP&#10;1/Hv1nFBHbh5O5xxPnXqrBy2cj/B1Go4tCaahxNVjSZmcAtcfpZR+Bb6W9qHbOI2tSU1BNnDV5TO&#10;1bJULBQSSKskhGqImOYcRqbXa3PtE4ubhi2sRx/PpQhIwoz69YMg2XJ0Y40MCABpamuWWRVQG7+K&#10;OFlJa17XIA+pv9PYq1z5mf7aHLQ0lPjWVftYKmVZ6kBOEQ08FxzwLEf7x7cRrdYjDCD829a+fW6I&#10;rlvxdJHGw4SKeurMQ01RkfIwrpqWF4KdpG5kJnqAAQoueHP+39vkO1qbLCbLZKtMFdToq0WKp6xa&#10;anlROQJ9IJVSLegEe0EllKxCWy9nEscn/i/n6dV+qSMhfM9JTLdhT7fyWJwtBiq6uxtZJOMlnPsZ&#10;6n7KQn0lY1K+T1XGrn6fQ+w+qdq0OZz8Mua3CcXRxSgyYzG1sUWoqf0fc6LsOACtvayaW4htvAs1&#10;q1KVPToKodfQgSZmsp8SJsdja7ITeHVDLLSyIJGtcPNCCHA/Nhb/AGHtb7x7px2zqal27QSPDDDE&#10;sUMYbVIUXgSSP/Un6k/7D3XZ9hhtq3t6BJI+TXhX7P8AB0illklOomny6B2n6Wx28czJvHd6rUZC&#10;obXHCAfFCtwVjjiPChbW4P15uTf2EWQ+RuYmhkxePD1NXINSrq8XjQ8hmPPH+t7EQG3Wy+Ikaiox&#10;jpIsHiSBmJNPKvSlh+PvWUWaps82BhnyFMD43n/cXUV0lircXI+t/cCsy2a3dt5airYLkC8kYjV4&#10;45CvIvFJfUwHPqN/ZW16hnJpQAdGIgNO0Y6FfG4nH4dWgx1MtLA9m8cZfxKwNjpUkhb8cC3tObQw&#10;MkVfOKOhrczl6ONp/Iw8kETj1NeSo9JYf1Jt/T2juJVkdfFegJ4Dp0RFF1ceplVU01LCZKqeOniJ&#10;WMySOEF5DpCgn8n8W9qhZa2eSpq6rJrha6Eg1EQjiRhc3EclTHfTf6WB9qGhKEaEqPn/AIeqccDr&#10;vTH40jEQmhYAclXUr9QSJPqP8fb7gcXmc1lI5Xo4K6gLRocjBK2kM3J/dJFuPqTf2X3lyipoB7vT&#10;pTDGE7m6gZHJUOKpZGmqIqVlieVI30l2C/6iEcnn6AexB7M652/lcVR00tfTwRkIoljjkqJ4plUB&#10;lilH9kn6gn37bHukgZnWp+f+Uf6q9MkpK5WnQQbA7Hymfymbop9v5SP7WctFPN9vSU8tNI5MMqxS&#10;trDEcfp/17cew7j2vgtg7TrI6dRlJqlCaitnTTKUH0ipgT6f9cG/tywjuLm+8adtITgB01OwUhAK&#10;U6FOnrp8jXogWalip7uYw6N5Gt/u8rfi30X6fm97WhdN0FJm8xphioMRG0xdpJag1NXGpNy6wLqA&#10;Y/UByPaXmEsilowXb+X/ABXr0ot2ULqPXHduX/geBr8l9pUVxghcrS07IjTOV9MbyMRpUngkc+x3&#10;7f2Ph8htaU4+snFRToQaqac+WqLC7F3W35HAAH9PfuWZb1SyXI48B5Cn+r58Ok90wLg0wei8dT9m&#10;Z/J7wqcNl8XT0tJkYXlip6GIpHi5ImtFGPy6sD65GN72PsNPj7TVuOq6mMvIUVHiTUHkJBGn9sHk&#10;3/qfdOYH1FVY8GB6cXEdD0K3cdNR1mzauCsjWRC6uA8yU6jQdV3mksAP6+x23g/jx9XHJIaKSdCq&#10;yxoxqdZF1clb6Rz9PZhtU6RKH08PMj5fZ/qz0yY1lYZ4eXRberaM5DPUFXS1TZ6kpGINK1VCcPTx&#10;hvHNFAjhfLIo+j3a/wBB7BPbOy9xVNbPPFnKfxyF281XUTmqOrnVfTwBzwPbV/ueqZewtnHSkiON&#10;KP0arcm7sFgMczV+NrJ4Y1AFLR0Ucy6v7MSpqA5/HudJ1zuQZBpJM5VPTKSLUpWYzEn1aS5At/r+&#10;1E+7yCAKqkH5463F4TAV6ZqPszaFVSxyRRxUsjLreCtiWkamIF1E3pNjxwFv/r+2vfHUWEzNEqms&#10;jxlcFUStVxfcSMf7UzmmIAv/AEv/AIe2La9vWiLMhavA8B/P/D1Vo0eSg/b1kwu/5K2rlhSjbKUL&#10;Mxgr8cUSJCDYUyx1TK7kflgPbn1B1Pg9qSz5SHIw5KakR5IzDEY21pyresm1iPpf2G9wN7fXaWrr&#10;QMc1Pl09JS0tyVGT69Quxd8nE4gUi0dRSzZWWGgSapT9uM1TiI8R3J4P49p7fGVrdwZUwSLDJGJi&#10;NNVUtEirex4FySbfT2N5GG32QgjwFHl0kgjr3UycnpVbH23j9uYeKKihRGnRZJ3SMB5XIvd2Ucnn&#10;6+3dt9ybOwMeOp3paZSFLmMtGrcWALsAT7KNu2+K4uvrp1qfKvW7mj0WuOo2b2Nid05KOuyySVKU&#10;ylYYpWDRxk83SO5Uf4m3tgxmXpt4LO+Rlp5QQxCRHTHGCDd2nk+p/wBYW9nlxdSiQJGMfL/Y6aFE&#10;WtOHTwmNjwFNGmKjZUUqrBi8rOBYKixqP95v7RuUwmzcWZKfEmamqahilRXNIZJ5tZ5jhBOlR+Bb&#10;3oR3IrLIeHl/q49VV2Y4FB070L5GRDJXJTxlwDHFCHvGP9rZybk/6wt7E7YW2YqKnVcTiANKmeas&#10;miLCdyt1Lz/2ufxf2GLyVJZ6TOST5D7el4CpESTTpPbozFHjqdhV5KKkWUiJI1mjWoOo6WZEfm/P&#10;1sbe3J9w52oyaYuLyFvKFnmWIx01PGWsbuePpf6D2fI0Fhb6kTNPzr0zpWQVPTN/dTbZpTkp4FkV&#10;oxNEZZPLLO4XUL35Jv8Age0rvLZNZUVi19Bk6dacSB6moq2ljB59WiMXvbnn3c3rSwUK9/p6daQa&#10;W0nHTrt3ccdRTxUU9FNSVUYKx00IWoBhXiNtcfAuLWB/2/uVS56lx9A9HCsle0AKSVEYlFM7r/xy&#10;RgCw/p7SQ2iO3iTtQny/1fs6u5LEFenSpxs9bVR1JkWmWy2iKI1RY/6pxex/1vam2tRZbcxEsmK/&#10;heLAOurql8Ejix/SjWJuf6fT8+0F7c29uwjtgXk9Bnq7Osaan6S25s7h9r08klRk5KuvNvBj4j55&#10;C17AGKIEp/rta/sQcbtDBwVCz1bU0iQklQiHyPIDdbkm3+29tPb39xRcqDx6ZN0mghePQN7m7ezk&#10;ePmgwOMrZchONMbT2WngjA9TERgux/A9h9u6hqvvpCZXejDE2DhYxGDYA3+nH19ieKNLa0CQjNMk&#10;fZ0nim1DUwz0KnX2apsjiaaaSAU+QkjXyxuhMvmKgv6h9Rf8++4JsZJjoqbHUkAnFgZCVUyH6fqf&#10;8f0A9o4rYgmWdyfOg/1fz+zp5nYZrQdOVQmXiy0lVXVsn2JjOinSMsIrNdmAjFybf1/4n2mhR5ej&#10;rnGWraengJLxJA4uIyeC1iTf+vv03iMNNsmD5nq8cofga9KOmr8bXUhloYpakrdPVDIp1qOVu4H+&#10;3HsS9tZqip5HeKpeojitGkmkqsjAc2vyR7Ib2CZiFc0JOaZ6VI+paE9BvvDb1VlKExPQwQPUBmdW&#10;ZXMSN/qSOAx/HtT5TP0dVTstaxijCn/NP45GAF7a/wAf69vZla2yOoEWWP8Aq8+kkhMfwip6CDb2&#10;wMzgMmZ8Q4qWd7slcpqKSJmNtSRjkjn6avYdx5LBSyfa0QKPOxDFyksjk8WDuLj3uawa3rIz6qfl&#10;/g6ujMVq/Q/LSbkWJZ8iYH8MYZVgWaGNAouSYgxv/t/Ye7vxfmqHjpql4udJVmDNdjY6QPr7Wwy+&#10;HCGbjTrVAellgqiWajRpkUMwB1opCkWvcg8j31HioMHioqhv2m0+uR1HlY2vw45N/wA/j2lhjkvp&#10;TqFR/L7OmpJQp0r1KFWs9U1PHZtABYA3t+Trvx/re0uu6q6tnfH46oqzqv5TTxmeZ7m1lANvayQQ&#10;2A1Glf2dWALDPWdqOlYrJLDE5j/SXUEJ/iL+1LiqJpqqn+7p5ZgjJI4qPS00n0USX/F/qLeyu7ui&#10;8BIPSlIxTHXqhxHC/jkWM6bKVAOgAclQOL/09jlJs+bJ0URrlggpEjDeVWQsiW1BI0/1vZFb3/h1&#10;itlLMfl1uTwkFWOegWq9+4zD5OaKGplqK+SUwJRlZFWSUNYmSU8f63tCVy4TDTvFFMkSx2vIHAd1&#10;H40uOP8AYez+O0uGQNLgny6aEpOR0ucdWZTMUqTyU5Hk1FY5F0pHzxcqbn+vtM7g3Cxx5bEWJsfX&#10;JcFmtYN5Pz/tx7MrSCKFiz9x/wBX+o9JpPEL58+nbHYp1lZ67S7AftopHjVSbldA+lv6/wC8+w0w&#10;+8Z8Jk1etqzUVspU3iby+NW/sqV4H+w97vovqULSYUeX2dXRtJp091NHBU070ska+JxYoAAv+2Hs&#10;xi9jU7YF0la5kTTZ2sVut72/31vZbtloiXXiAYGBjj/q/wAvTF4pkI6BXJdSpVblostDMYFpZRUF&#10;owLyaeBG5+tufp+f9h7Lzmtx0P3/ANyZVqZklvDD/YJv9QQDyPYjuu9KE0Hn1tCygAZ6GymgFPAk&#10;KiwVQOD+bWv7dY9w1z2qq6o+3Dj9ilUgIUI4IA/P9fZWCkgKRjtHE9OqKEk9dLSU6ghY1BJuXPqY&#10;n+pY+2bPbmqZYREwcxSKWY350AWuB7UQxxggx/y6amchqdZI4Y4+VWxIsT/vftl2nuOVstBTUlL4&#10;4tQM0svoS9wLkn6/7D2xfxIsZLZbq8Unl5dcpFDoytcggg2+v+w9mhy+68dT4KKkWrjlqRF+6UUF&#10;QbXspNyP9f2l2awZHM04oDwHTFyzO4K8B0D1LtLIVG658o9M0FErjxF5X1SheCzqDY3J+n9Leyib&#10;q3zKK94qBJ5JA5BcMQhbVa9/8P8AD2KJVhRMnqiE16GGOMRoqKAAoA4AA4/1vag2gubzrioklMZS&#10;yrZeCWFgt24/2PsMXt2qvojGOl8SUGo8Ou3dUUs5AUAk3/oPrx7F6ioZsUS1ZLGagkgpq1G5/B08&#10;e0ipNckMK6fXp3xFI7emuSqiq00whnQi/k0kL9bW59zjUVPhnmjoJJfSQJFtwPr+eR9Pa2OOPxVD&#10;NWnl03JVlx1CaOHXFE9YsZDg+MkDVz9P6H+ntCSVeSi8zCmaN3vpaQnUoP50/wC9e17tGWr5DpoL&#10;26en1UiIUAhgLWsVINv9b2z1rV0VC2mSOWSa7M+tgy/m5UfT6+/RzIXLOKU6qVoKDrKLf0tbgcW/&#10;23tPY6tkM3hd2UEjWVB1Hn6f6xPJ9pLmVl4DPV0FMdd+xYgVI6FZFo46hiF8bzW1A34J/P8AvHtF&#10;aKZZe8kDrxqTQdQpiTLp8zILchPqRb6C/vHjqODIVyR1VPEplcKdCgC9/oPai9PgQkoPLp5EB66q&#10;JWggeRHZvGmq7XJ4H5v7HZ9l7ZiwwaElK0opLm0liVGoKD9P6+w/tj3l1c1k+Adeleh7RjovmR7K&#10;3ZSbnhovsIZ8S7PGzLrjkjbV+2XJuD+biwt7B2voqfC1TNG0s0t/S7EsQCeePwP8B7E0sbOM4Xqw&#10;kI+Hz6HDF18mWo0lkiWEOo1R/wCJH9f8P8faxw26Ehh1VUhEvAQMQQvFhcH2TNbyM9Ix29aklAFB&#10;x6TGf2nFXkLDEoU+qWwIaQf6m4/p7x5HLzVau/plVibFAvqH05v/ALz7MoAFXQK06oeH29cMXt+m&#10;xrRLGDCyi3rZrKb6iFA9ojIQVixlkkSITEgWtdQBcsxHHtSsik0UVp15iFoD0tqaSFjoszGMWN78&#10;k8cA+4lPlaTD0wgRwKl2Gudjqll1G1g1r+6C2aRzPP8AaB1XUCaDrJPStVuPISYALCPgC/8AUj8+&#10;3nH0EWVlMlpAzgFijEE3+i3/AKe0N1faKKn+r/V+fShFqK+XWCpmNBCSSmlb21DgAC/0/J+n9Pam&#10;noaGjoHhp0jR15aQks7taxAv9PdbJZnm8SY4/wBn+fTMxqaDh0m0r6qqrkZ2kZGNljACoq/6o2/2&#10;F/YfTUtZLUsIrKj21l1FwoPKgH/e7ezOaeKJKDiOHWox0r4njEal/qPpz9eP6+1tSSUuGjhd4Y3l&#10;aO4VlFvoDrI/x/x9lEdu16T4hIUf6v8AV/m6tIxHavSerBUZJpYoJpI40cqzI1mv9NKt+LfTj2zV&#10;+ZFVMGhVEIbgr9Pr/ZHsxNtFDFpHAdUUSVqT1OoMa9NHplleS4/tnm4FuWHuLVY6qyNO08aDyaSC&#10;7lQCLckA+00NwA4jPrj/ACdOSDtqepa1NNSP4i+kH6KAzWJ/qfYa/wAKxdFUvUZEB5UJ0qDe73Nr&#10;gfj2aSRvIoHAefTQK+XTncsoKWN+QT9LexC2xUxRRPJ9sscbA6S6ggKR9LH/AIj2VTwqZwkZJI4/&#10;l1cAle7puyUTyxhUkZD9QEJVif6gj3IrJaaeobxKGAJJRBZNQ/qB+L+1UhWJaHj/AKv8HW1U+fXC&#10;kjnjhUSsS1ranNzz+CT+be5VLDPUMEYKqEaUQWBBP1uF/NvZfK6Dhw6cAr16aSOFSxuWHLN/h/TU&#10;ffGupZqW4j8jA29CL6yfxe3t6IIyVYdNlwpp1xpaqOoAYlRY/XV6f8bH2malci8olqZCifiIG72H&#10;+q/A9u6if04hSnXq1PTjH4QP29BHJuBwT/r++ZiasMaRJIIwR5JmawY/6kW55Pv3j+GvGpPViPPy&#10;67/zdyxXnkKP9f3N/h9L/wAcV/zfh/P6/wCv+v8A4+2/Gn9fnw8+tY6x+Y/6r+3q/wCQP+Ke/wD/&#10;1McuNlkksY2Y/UC3JH+HvBxI6jUcdd2w6sO09bhsW4qSCIWnjRPoG1WsQbEG/wDt/eCfbImAkWE6&#10;+AWsLg/gWP8AT222qJhT8ungqlOpFJvmmu0clTEVXkAPxb6X1j/evcKrwUlPCS9y2k21H6L/AFPv&#10;wcs4qKdV0qvHp2x26KSvlYQOhRWsxH0Z7+oA+04tHIrcDXcfm1v8fp/vHtYEceXTLDNQelK9dAy8&#10;sUsfwDf6fi/+3v7VWOxkOgNIBqYg2A4Uf4+9yRMB6deQjz6RGWz86yskA9Ea25PLn68D/H2pocZH&#10;HG5VUaNgLX5t/if8PaOeIhaP8X+r+fW9YBqpz0iTuqSpq4kEjxPGxVrXGo/nT/r+0/VbbSZ3q0jB&#10;0txe+n+vA9sJqioDw6cVlfiKHpcUm8oh46CaYCUxi+m2u1rC5PuZQUCsGR00hRyQAoH4tx/xPtSy&#10;mRQ4x8uqk5z005jO/aMhSTWXa49Rd/pqv/rfT6e5P8NRpTGql1PB4J5t7qVcRUbH2enWgf2dQzuL&#10;TElQ8ixvZSFZwoP5sSeeeOLe07Ji5YZ5FMP6WOgkaePr7qjgL3dbYZqOHS2jzVNVU0EsdQrK6LqV&#10;XD82/wB49ucmNeeCAaWD2FyCAAD+T/vPulVDY8/5deQ0wc9M8ebSnqaos6mNP0ixZmN7n0j/AHx9&#10;w1xggYq1yQQC/IuDxa/59vKrMOHViApzgHqZJnVqUSRHUKykhL3tbkHn6X9qTF06QqzKV5NwWHqJ&#10;PvUqMoGrrRZfw9IXP5F6xliKyG36gjAILcC/+Nre8tRJrLMygMnFiObfW4t/j7S6VXh1sOVwOHWT&#10;HxSRrFEJDJG5N2uBqJ40m/8AT8e2WceaFhdvqQASRz7c+IinXteft6VFKwpZwxVQLC5Ww4/qLfX+&#10;vtup8NTTMVnsJBzYDjn2pUSFdSnrQYDyx1NyG46ikCtBGZIGGnWSL/T8/wDE+8k+G+3YhPVGwBGl&#10;eR/hf/iPdXZq93HpyTTp7ePXCh3JHXRhidMikqxZ7qfzcL7Y66kaQGJPqDxb6kkfQ+/d2Dw6Z8wO&#10;lLQ1kaXlc+lhe5+lvrce2KOjr4SUZXKkixJ+nPAt7UJMtQfP/D1rSenl6ijlXUJENlJ/3i/19vBp&#10;5/tzrkAOj9A4sLcCw90lkLkA/wCrPWxQdNUc1MKi8cYPrB8hAsSORf2k6mlqJZlWM2H54JJI+lx/&#10;X25GCQSeHVWoTTpRLNEiamI+vPPH05599U+MlFRpdGZmHN/SLfW9vb6AFT1oilD1wmroRF5FddK/&#10;0s3+FuPp7eWpJacXjGpv7CgfpNvpf2meWg08enAvn1CSojqP1XC/2iT+of6x98cdTVbTs8oYtqN1&#10;J4+vBPujTApp/wBX+r/iutCrN13Wy06wgKUAIsD/AIfkC/tYR0zRr5XA06SpX83PNx7Y1A1X/V/q&#10;PT9VUU6SU1WJJBHGxDhwyuLWsOLX+l/eOioVqJ9RfRHf9Kqb/wCtz9Pb1SVOOqFlrXrrKZI0VOFC&#10;eSW36mNwP8Ta/wCfoPakqsdGkMZi4Uj1v9eP6H/H2k0trz/m63q0jGD0k8bnpJ6idKjT5Va0Ud/6&#10;83t/Tn8ew7yVKlU8ixuPQ50heSbNb8cj2rhidKMB00WWtD0KNDVGKFGlVhqVSxP6VJF7X9xEwxqI&#10;wtjcCzFvop/1/b8hatR14AdZXy0NO3rNgTdQOCQDY3H+x9xWw08N4vISSbGw4596WZuJ8uq0FadS&#10;VyEEoEoHptqFzYn3y/hbjxIEdrmzHkBQOeQPajxyDRvy61pPl1wFdEwkbUostwOLkHgWv7XGMxTr&#10;BoSHUxFwQOBf6g39p5nD8T05GM54dILLZyCKoLyzKiK2kgm7E3sCAP8AH8n215LDTgOgX1sSTYEs&#10;L/i3tqp06jw6se5sDp8xWepJ9DBwFCrySFW/+v8A717acZsyonm4jZS5JJPCm/F+f8PfvF0ig6qE&#10;Fe7HUzK7wxeNgaWWeOwHIVrtx/gL+xSwOxkiukhZ3NvTYBb/AI5PJv8A0v7r48pjqKU/1f6q9OKi&#10;DPRf9/d2UGMRJQ6Qxi41uWLC/BIVfyB9AfYoY3bXgUa0UBRZfoLf09oS5eQDj59e4HPRRN//ACHx&#10;YhqBR17a5A1yG1FmJ5KLz/Xj/efaxp4Y6dNICliPrYW+n059vCEnNKAdaLA4XFOiJb13/W7lrZJD&#10;PP4P0qJZi9+LX08L/rcf7H3k1XuPov54/r/a/HtRoVBrJz/qx/q8uqA1Neg6Rp6qQRxI8hZgosv1&#10;ZuOP8f8AjftqyOWp6BGXWusqSCfp9LAn+vuqq0xx5deDIMseh/6s6UzG6KumyFXSzfw5ZgpCq3lf&#10;QRrIABsvFvYCb4zUlamhGJALagOAlv7V/wDeR7dFq8cmrrZZWXq4DpDZNBtTGrBFAsZVI0VioBmA&#10;HFx+D/X2BlTEpkPkmaQjU4kZtWm/Nv8AYe1dHHn00oUY6MtG1lGlAo4GkDT/ALEAe03BXj7p6cEO&#10;oYhZCSSp/IC+1callqeIHTLE6qA9ZyL/API7X/wPtdU8EP8ADj5mUsxBXVb8/kD23MOAXp1QKdND&#10;yy/eBUU6Ah1EX4+n59tGlKJWmb66tP5H1P1sPdK40daxWvTgSZbAfTTe/Bv/ALH3gqsiauEogZgj&#10;WCk2+v1sPdGAOT5daDkkr13FAsTMwtdvrYf8T7Yawzww+RQzIWGq17BT/gP9v7djemCK9bI0ivWf&#10;3npY46zxKYblFBJ0WDK31sf63/x90kIBJHVVq2D10SFBJNv9f+v49vv8Hiji8sSaVHq0fkG/0H+H&#10;tGZJAc9OhFp1gFQpfQf1f4Xt9PeGeSPx6QwXSoABI5P+P/E+3QhJ18D14sBjrKoIJJ+p/P8AyP22&#10;iWKGUvOXUTCxsT4zYckD+vtUvctBw6ZNPi8uuRvbi1x/Xn2osdkVjQQol1a6qJOSVH55/PtmaLXx&#10;Oerow8uoc9PrPkLEWIb0m3059vNPT0kjBGClWsW1/oju3PPtNSSnb04aVr1DnmmjVnUEkX0heXe3&#10;0svudWYymUxiJlkhHLMoseB6Qh90BZWqw/zdbOc9Q6PITSo/kjaKbVYI3+86gPaTmgpWZG1Sp62W&#10;4LC9jZlt7XLUqCvTZoDQjp7V5RcFVPA+hv8AUfU+5xpdMSgy6YpARZrkEnlQT/j7aJf4W6t20r1h&#10;EqlyQl3T8iwt+D9feEUtJFE8zHU+kBVve5vb0j/iffiXJC9bWnHrn5ZWcIBYXuW/p+fbJTSSPkVp&#10;4wSGNtZ+iD82Pt3NCT5dNHDZ6kyFRGzNyAL8fmw9iHj0kpopUmtPFpPJufTa5uD+fbUjK4pJgj8u&#10;nRUcOkrXFZ5Ynp2MM2v6ADkg/wBR+OfaD3DWIsiz4+oKpC9pIDY6kvyP9h7fhjcfF0zI1RRcEdKK&#10;jSVYgKhV8lhqZfoeP8fabr8hXSSloacMhVDqI1HX/j/T62937UND00wdhSvUpV0iw94qzO1lNFGp&#10;CCplVSVJJAK8c/4H3sBPPrwLItPPr2lf6f77/W990NdNkwiVJAvKP1D1EDmw/wAP6e6sNRqBXq8e&#10;o/H13wAbAD6n+n+9e1nTSU+OjqnljmN4X0NHypup5X/W9py9BjiD09jqLMkk3i0MgUSBnB5JCm5W&#10;3sOcVuCc1wp555qiM1DInpNyur0iS/P09mCya1A6RIWEp09SSoIIsB/jb2IrV0YMZISNdZARwSOO&#10;Rwfyfbawgk06UM5HHqN42sRcsSv6lPPPFveKXPwNOVl0xpTeoaeNR/oqi1yffhbLXI68ZeuK0uhG&#10;CMxZxyWJNuPyT7h1maSSpBTRrqiqc2WUAiwIH+sPd1jVBpA60ZWalOssVOI0RCSQnIFza5+v19wK&#10;igjmmWbVqZUaJlsbO1voF/417p3qT8+rED8+swP9ePz/ALD8En2lqzcklLP/AA9qUKkR8UvDa0Dm&#10;xYn+z70Ash456bkd1IXrvj6/194IYHaVxVqJUaQN5CfWEI1LpI/3j24TRaDr1Kmp6798cpi1y8h8&#10;AkYIirEsn+cBChbgfkm3trvXJ62yBhTr3t+padsTj0jhhq/uCkZqZG/3WV+q6h+D/h7rq1PQnq4j&#10;ZF4ddfX+hH4/PtPSYqqrqtKuvPjpfIXWbylLKDYCQj+n4H59vxUHaOmSmdT5679qRsVTNj50pGge&#10;sSLzhWkMnksbXQfXkXuP6+6SRSKdXl1cMjDSOPXEsQwBBsTYH+nF+fbPQYOeu88sMj005jMVqm/i&#10;Et7lR/hxxYe7EvT1HVEQnjg9eZgoub/7AXPH149vdZtnL0FNT15mp6WqpoPJaCZGWVFHLlR9Cf8A&#10;D3qKajUAx1uSCi9xz1Hiq4KhmSJmfSxRrxSKuoC5W7ge0nW1c2SgWqq/A3hkWFJFIEuuI6uL8g/n&#10;/H6e3tIrWnH/AFf5eqpkUbNOpIAAsBYf09q3Gz5DKYBKelpJDMsxjRzdGkhlUrIEJ4PNiAePaeYJ&#10;GRIenkDummnWJtKOZGcKpQXDEBQVP6v+N+w+yc9bhWqKOfyx1gfyoum0i6DYrdOf9iPd4ZFdajh0&#10;mkDRHQ3WUEMAykEEAgg3BB5BBHvFgKfIZmtqcilI0r+GRrSG12tYlQ/0/J45/r7daXw0pXB61FG7&#10;GrdeJA+pt/xv2INDA9JFSS1SDVUiSnilKamjuuouwa4H9Bce2mOskDp9aqO7r1wSRzdbE2/x5A9t&#10;FduSppKappmWOWSkEiNUQoqStGtwoKJ/a/xH+v71pTDHHVC5B0jPXgLEm55/BJIH+sD7YsHjs1Xx&#10;QSvU3ochMywx1UcwBmB1PHyCDcfT29JKGTR6DqqK1NTdeLAXuf0jUR+QP62/2B9mF2ftTHUNPWvQ&#10;QSQV1OzeSEGVk1FOHiLfp55t9PZPdBwAzGq16XIFHaF6SOczf2s9HTyCP7Gu0gVGpAdWu3iIZub/&#10;AIsPr7wpSiveevqKhBJQyP5I4lPkIjOgkSjkNfni9/bg1BQyDB60CpJB4jp0kqFozT0cMDMlSumJ&#10;2ZfGpZdQBT/U24PvvB1Vbk8iseNlWlRJvFNUS0oSpdB+pSwAY3+gJ+vtxY0jFTkn9n+r/VXqiOzt&#10;QmlOomb+yo8ZPPXwvUokZk+2ErGEuguNKSEKLfX6e8+79rS4anrJ8FKKybyNPWQTKYtUsrB1msvI&#10;B5uQfr9fbVrqd6zjA4efV5RqU+Fx6a9q7tGchgNXSLQvPH/klpRNFL4xpliEth6h9RxYj6E2Pthx&#10;8W5BjaGHA48PJUzGTKiOVytGAoYMzfUG5JHPPtXLd28Eo8U48q9MrFLJF28fPp/rmxYnEmTkgTxp&#10;46b7goofyC8qxA/qJsBYD28Q16HMjEUcVRkMo0aCoylRqEMM8bDXSsI/r+QLj26zqY9daDjTqpNH&#10;CIK04nzx03SQkULVlY0VBjYRNIlHTohDU7XEU7u49LEWcqv0/rf2JW2toTV2YiydUHqKSlEZ81UF&#10;gpo5GNjEkI/WQfpf2Sz3LzAxRjj6enSuqRgP5j16CDsztDD7Q25LjUqxTZ7JxVSY/F49nq8nUIiX&#10;NQGQXjQDl3/s/wCHtTbyxO0ICu7q3ARTVlDFBTJPoYCSOGQ6IxSpYMPqfpf8+2bSzuUYIZCqHJr6&#10;n/Vw/wAPVZpxIuoDuHQVdU7v3tl6yr6+i3RAZpvv64GJkrMhjaWqiEzF8lNrYFXceOy2NyFtb3Hp&#10;KLD762ywNDTYbCVFUtVVxLRGk+50EsjKo0kHVZix9mU9n4egWjFiPM/6v9R9OksdyaE3Hpw6hZvd&#10;OX6c7Bjpayu3F2VunJYJ6LB0j5OOpNAhqFkmE8UtgisLWIXVYfm3sN85iq/GZJpdqRGWighZ5Joa&#10;lY2hgpU0osics7W+n1uD7VxGW0Ws4qT58R1vxY5gFQ0+3oym29wUm4MBQQ71p4KPKVzxQTY6shZ4&#10;pauq9ZWmZltpLXW1ha3P49p/H9dSdmRPXZierpKHyN5gKjxvIkdlmUutiwa1wBxz73NJMzD6YVJP&#10;5Z6oyRKuqb9nWDf3am2erKekx9RFJU11QgTH4yhheSV3kJWAOsYIRL2BYkf4exdg291XjaSmxePx&#10;1PPVUFOKI1jv5630DhmmYkBh/W1/fm5dv7lhLcTgV4qP2D7Pz6THeBF+lHHUD7P+L6Lrh96/J6sy&#10;WRzmaxmLxmCr6iKrw2KaIJDQUaAp4JAF88xcaWa8y83tweGncMGIi/hmNw1FBTSZGsgo3KMXPoQy&#10;+WYDgMbAX/Pto7b9LGYyxY/6h9vT0N485JcUHQtbAzO7ahc/nt6ZKSppcZSVmSgj+yioooIXJvBT&#10;WOpo0VWI1nUDwT7WD7DwuNrqGeSqNSQpqqlKmjpZPHKB6XjnI1D8/wCuPr7LrWzu5XJkUaPLy/L8&#10;vXpye8hVRpOf9X7OgRofk3uDem2N0thdrihq6PKzYPATQZasIykKSFFqxSpGtg44tq4Jtf8Aq318&#10;GBytFNtqlfVj5Hf7iKhcQaneTyOC0fIJI5/P9PYhS18KH9JgG4/P/V/qp6lhuHE2uhNfWvT1gZd9&#10;4fJDsnd+Op6fOfYR0UL5LyVJpaNU8NoidBUFXJstgT+oknhJVnXvXW1qSCeOjqKWZKhZpqupq5q+&#10;dtb6hRgVJPoPIAFj/sfaaDbbq4lJmlBX5efT7Xz10Rx/n/lz0s9mdp9n7wyOUWjo8PVUjQyU+Np0&#10;pJMakRi1I+SnrGmnfVq0kx6QADwB7W1UYNx4c4Oux1VS4KrpVvCENOZKb6rJ6ObMAOP9v9fauSzt&#10;YY9Fq1HHHz/1Z6Sia7WUPINQPl/q9OgvoML/AHL3nkuwINw4jde+1rKnFzzz1YrEpZplCVOEjGoe&#10;IqDa/DAf198IJcftXE0uIx2LMeHplihpvGoaSokItZYuWJc/7c8fn3VLS00iW7fU/wDg/wBX2/5D&#10;16Q3txREGlfQDpwTDZ/sHc1buCr3OtFuMwVAmx0ZkSiwdDC4aCN6sWhtCtixI1EHVc/X2n8Fv7dd&#10;RksqZNq5OCkx081PRvFTSVDPTrLpSQpFHeNiBdo29XtYTsEqhHABGa144p8unRbbglVRj+fDpy3p&#10;8fevJtuY/G5He9Fj67cE9JU11RW7gp6WLO1gh83kT7icebm/iI4AsQPb7lcZuvMKchiNuUNJmaqD&#10;+Gx5fJwmWSnoZJvPJHULEVk8RLOdNwQxv7K2v7G2Y28B1KfIfb8v9Xp08LS5b9WY9w4GlP8AV/q/&#10;NP4fP9P9fxy4/dHbiT4vFVEeebARZCkpaWvzOPp1oqZ6Wad189TGsUQ0RzaW0qSL8+1023s9T4XG&#10;Y/GzUsb0kDLVxpGsKTyOBpandj+3oN7Ag3B59+/eNvA7SohOrh/q/wBX8unjZNMn6zV/wdFHwvdH&#10;Su4+2t9707AFc9HmsnRJtWprZK7IS4mhx0TU06ZChpVYTrWAoSVN4itgDe/sLcp1b2PkKyqBzdNT&#10;U866/MJ5LSFgAoVYwPUo/oAL/wCv7LU5iknZliRm0/kPTifz/Z079CiYrTo7UHyt+MO0NvYGdqha&#10;JbyUVFjY8FLU5OgjgUF5Z6WMSSxxNqUozXLg3ANjZQ4fpyqo/CazOsHjnE7zQmaomqWVdMfn+6IU&#10;WNzZR7dbc7p8qoH51/wVHWxbJSnHoF93/wAxPrrwzQ7Z2PuDNCaI0YXKx0WDoYYHkZZ5aeSnaadt&#10;YtZWjQ/63teHZEbTyyfxWrjSdoXljhCxeR4F0K5a5sSBZrDn/X9uRbhNHVtAr+0/Pqj2SyChrjou&#10;k/zUiGPoaWn61xNRWY6HI09BW5euasgoqbI1LTSU0NNoDui+kIGlBB9KkLx7ao+txJUI2SzD1VFD&#10;OJ4KKOkiWzozeMyyyFw3BAayC5F+Paq43iaePw1UAnzof9Xr1aK0SJy1OlDkfnpT0dBP/dLq5cdn&#10;6qhFFW5vJ7jkERSWJBUrS0NBGkiKJF1Qhqr0Kbfk+89X1TsutrIK2akn80TmSRRODFVyAWjaoiZS&#10;CU/s6QLWH9PZGxvjwkND6qD/AJaD9n2U6WaVPxKCemXE/wAw3t3H47IUFRg9r1RmNIKCVBXU38Ip&#10;o/8AgXHAzM0kjSAAq0rHS2rhhwFfFgsHFJSSJQwmWhhMFPJpIKoxW+tVIVm9IIZgSObEAm90huEX&#10;UWIPnk0J9af4OtMoPaQKdF93F8ke3M8u6qJd15Gkwe68nJkq3EotNO1OoLKlHQ19QjVEEOliHihk&#10;VHsCRce+dBhsNi/uVxuIoKEVlS9ZV/a0sMIqKmVryzzeNRqdvySL+1DvPKP1Xrin+qvW9Kk/8V0g&#10;9wdq9k7slxU25N+bry8mCo46HFSVecrFkx1KpH7dO8DJe5VdUjEs2kXJIHtyVYxqYRRhmChiqrch&#10;RZQSPrb/AB+ntOYgDp9fkOt0UjpNzbmz1UlIlTn87PHQSTyUIqMxk3FJLVXFTNSK8voaT6SOtiw+&#10;psfffkNrqAeL/wCFv9f6+3fBoaOTnrWlaU6Z7gaBYRlH9BU2ZHAuShvcXPPHPPv3kayiyk35t/T6&#10;3968JASamnXiF8uuPou7KF/tEcEsfoZPV/tX5/qPfEy2IUC5a1rf6/Fj7cEGqr+Q4168Bj066iRt&#10;DEfthNZJACgHT9NI/HPPHvoOy21E/QEFfxe/1t7sY1fgP29bx+HrsR3DNEoAuoe4FzYAjlhcfn6/&#10;8T75eQG/q+nPJ+tx7r4RXy/l1rVjH8uui0gX9L3JsCpOof1JY/j/AFr+8YYhhpH5Ppvb8X1H24yg&#10;oQ37f9XDrwOOuwCV1FrkafVYOpJ9JAta1ja3vIzfS5Nz/j/hb6e2kQDgOtg+nXlYnix0qDxYfQNw&#10;F/x499Hi31Nzyf8AX492Ga9aJrjroXbm68IQo+mngG3I+v8Aifr/AIe+JvqW4PBN/ra3492FNBpT&#10;r3DFeuhwjgOCbgclRcn6i39frz/T6H3yNwbg8cf7f6cn3UUIpTPXj3Ch66JuCCSxuQDqHqXXcWA4&#10;v/Qe+Gu1wQCD9bAj6ji5/wBb3fRwPDr1FHy6yWZtA1yAoNK62DnSpuQoNz9ef6fn34Dk34awa6/R&#10;R9AD78TjHDh1qvXQcMLKDpLMvPFzY6iPz9fz77EnJvfSfof9hx9PemjBAK8f9nqw4cevaSqaQ5Lc&#10;goCv4uvLMbkC4v8Agf7H307D6H6mxF78W5+n1/1ve0Qk1Xh1UCp67RWb6A2BOogLYqw08X4/1wff&#10;LWukACxI4J5AuLe6iNtRY8PTrZFRQ9cGVm4POlvXYWb0m5A4sL3HH+t9ffhZrHkG/Nrj8f1HveVB&#10;61w64aShYEjSRdeEJP8ArBjf8f0+vvjezEX/AD9fqCOTz/T/AG/vdCV68RivXMrqRTzfStgCFYMQ&#10;Bb8g8e+SMCpsPyfp/h+P9t706ENk/wCr161UeXXGT0uo9P0Q+otqKtdLhrk255/43f3w9Wr9J5/J&#10;/sn888m/u3Zp48OrjTTj1kAj0D9wcG1l/t/gCy/UW+vvno4u1zYf1v8A7Ae2zJQ0XrwHlw65aCvp&#10;ukYsHIFgdJ4JsL/1+vvkLBr8i5/px/jb35qlfs6p5gHqMedAbQVFlY3F7E2Ukj/Cw4P1+vvtgpuv&#10;+2+l7fn/AIn3RWYd3VsDHH/V+XXJfSbai4uF/UpAYG30BF/x/vf14PAAA2PFvzYjnm3t2pK1Geq6&#10;s465+u4I4N7CMlSQSQWBA/1/6/7b3hANyfzyRc/05/31/b5YUoP5DrYctx6kOSFUEG1gCUUADVwR&#10;f/in+HvoW1W4sTybW5H+t/X35tWitcj/AFfy6sNNOvEMUuxbUt+L3uCQLjV/T/eveVWFubk/4qbf&#10;Sw+ntllJ4cOtClfl1hsyP6R6AL2BUE3PqPP0P5+v+t75FwOPz9Lc8H6f6/uoiLHJx1viKgceuwmp&#10;SVU+r1EkqfQoJCgD88/Un/W9+IX9R4Jtfk8n6f7x78C4OkcB16tB1wUsPRpN/UYzxZRfkWP9f63/&#10;AML+8ekL9QGv+kgcc+3NZbgaevXq14HrLdm4DspAOoH1cj68nnj3lQtYE8i39eQPbUgUnGD1WvEe&#10;nWBiAzBQfRyVIAB1f0Y8hRf8D+vvjIF/NvURzf8Ap9P99f3aMt5eXXgw49coi7fpBuoLadP0JPIA&#10;5/wsbe+L2Ngtv9bn/Ycj/e/d46jubr1RWp6yoDckoTwtmFrG/wCoW/Nja/A/1vfINdSQnPAsPoQP&#10;8fdChDAE/PrZArnrqwVrO4/TquwAsTwLD8X99fpJ4Fz6gLfT8397ww44GOtig4ddlQwvcgC6nSw0&#10;n8WFvz7yW+jDi9jz/txf21q4r14UAoeuKw6IvWVsQQSpKlSbfn/YAj30xNr/ANDfg/7E/wCw/r7s&#10;gAwMdNmgOD1g0AO3qY6+GZxfUdVhbn635HH+v761hha5U8fjkf4X978NkNaV6vqXz8upOmy3KBgB&#10;/QXcDkNb+hN/fFQefUCbD63vb8Wvb3ZiMAj9nWiw044dePp0BRYEm1gvJ03PP+w459+81hyOf8B+&#10;b/j3sQamx1Qv5DrOKZ5ZQNYVNJJDEEldJJvfm/v3kFifoP8AYXt/sPehGdVOPXhJTro07rZUszXs&#10;AP6nk3v/ALc294i93Frj26I6RknPVWYsPl1ISkZY2LhXuOAQALf0sPwPr7zEEG/B/PI/wtYg+2AQ&#10;RTrwOnj1h0Ahoghvfi30Gn8/1H0/4p74Ek8ahyBwSCQfp7uB8uHn1vVXPWQQLGC+gll1EFQfpe/I&#10;/wCJI99k2/2ANrWvx+be9AV62GAFONesXju2pw1y6ghgedRuv5/23viG/rb/ABte97WFr+7aScjr&#10;Q4UPUsRSarBdRIOhjbQAOQGYWHH495LqOf6jg2+gtwBf2yw1cT1sHSfn1KphUqTGLeoElyfwOSTa&#10;1z/T3yQXuT9QDx/T8C4HtmVmWgHn1YBdNT1KSCGOFlVCWbXIHDcsFtb1Xv8AXj8e+akqCRyAebn/&#10;AHi/uklGYA8af6v9Xl06NJGMenWAibhkUqGKrGFYk6m9P1F+ST/X34ksAebHi4vz/sfdU8PIUg08&#10;uqsSvHj1lkgraKoRZ6aeOqiKGQTxGN0a1xr1Di4sRce+a+qyg88WuDzf88f7z7TyTJB3OQB9oH5Z&#10;/l6/l1sCRjhf5dPcO38llEQ09HVTCRi+qnpKmdFV3GtyIlPpBPP9PfN4tDFOPoAw+vIHI/29/fob&#10;jxohKwIJyK/y623Ghz5dNVbSNQ5CWGKohniiZ6djCJBHJYaXkjEqhgD/AGbgH+o99xaISSAOQb/4&#10;8fn3S4DXAAJ88f6v9X+bSLHGSycPOvr+XU2lmeITMJZ5IIKc+TzjWVkYWEUa3JII+ht9f6e2TLVk&#10;tNA7wIGYKxd2kCpCF58smr8D6+3zKYQAq63PAAfL18hin7OtL4LktIdIH7ehg6T60xe/c7Gd1ZOX&#10;D4GOpi8VH4JGmzdU82kY+hVRcyN+AoJv9B7L3mN/RtuGHB0yT5uaroTVGam8H8MZI20SKtRIxTUj&#10;fUXv9Pdbjb5ZE+ovzpNfhHHpQlwVTTENIHA9XLde9ZYnbW1IlxGP/unSUM08dJFWU1QmUhRpAgkq&#10;UjVH/cvqUf0INh7Lj2TursbF5tqHOUMtJtHMeMUVWlYyU6iEhvFRpE1vKv1YNwR/gfYntJrP6QRW&#10;q8B6efz6J2FJSz5r5+fQubXxezRK9ThkxlZmqC0ORyQjgfNLLUpdvvpiBMBJYlQ1gQPT9D7fdtyZ&#10;/NY6Wjxm96LJuEkmpqPIlKSd1ReYPFACC6j9If0ni3tHI7xyVkj4+Y/1cOn9Sgaia/b04ZVsPiZY&#10;slVYWR2eaOCavo6KKcUaSvpFTUFSHEeo2d0QsL3I03IWPWm6MrQzLj5oqO6VLpK9WzUuQqWudSrD&#10;UC2gckMOTb2TX9nGWMsanUfSuD0+r1Ulj0x7/wBrY3cWKqTXVFakK0ciotOC9NGbX+4ZYl1FrekX&#10;bTa/p+p98c6MNvjsCqoEp8NVSZKnjppjIVnrkqqUMqQQEAaDcjXICPT9b+zScpbWMYdiCKA5p/q+&#10;zpKmpYyzZpnpm2jjz1r1pTJWy1JpdtQV9Y9lCKuNedqyRzTJrYhEZiqC7avoBcWKlUbqOxd/HC0+&#10;16TD7jw2bkh8mmR2MizWhuFJGkggq6/UEH2omtIWg/VYspHCvSVJy0mBSvQlUlVjNx4anraOoiyO&#10;GzuMhqaWoiJMFbjclTCWGaM2B0yROCL82Psz/ZmVzM+zo8pv+v2xLlJ6eKs23hIJaiOtlMhBkirJ&#10;rowB4IiT62Nz+A3tpimjItI/DiTBPrT/AA9Xd0VzHEM+fGg6B/rfBbR2tubcuG2DtzO0NClZ490Z&#10;WrkkjwU2VhpvJD/C0qWJnmGoJNJHGFUaVufxh6cwO5eyMLksfutY8Zt6SkEElNTpDFKEPqjeFZyx&#10;+n0LX/x/Hssvt1ks7lYtvQu7Y/L7elSpFHF4s+Op/b+/NvdYYiHdVdHCcuJ2gxglhr5lmlnj8MkU&#10;ooVdwrAgcL9bW5+quouq9u4fcON23Tvj8vj4wXC1McUckax3dFaWAlr8Xc8XvwB7duxuaWpmmUq7&#10;cB5j8v8Ai/t61FcQMviJwHTFiO6Dn+sa/ftVhcvtU00UyiGallqJi8bCEzU8NZDHrV2P7IZP6Fvy&#10;PYt5neVBt6mqqPF4WnSsoqdkhkp40t40W0ghksSbD6i3+PtNtmwWfbdX1SxzSp4+XE48vn5Vz05L&#10;LcTaVRuw8egJx/WG/exsrj8nnu0cxPsjI1cVXVbfnp6WmlqGYl4KbICmjjuhb8a9J4Gn2BFb2Vvi&#10;vURYaWV6Yt5Kp5n0FDquYkaMKGt/hz/X2YSDbreQssY1eWAaY9eri31UY5p0aCj6b68o5oamfb2N&#10;lqoYVpYnZHMfiHAvFKzC5/P49vU1DuHemCqoIPs6mqp1WRo6ut+zSpRxd9dQx1DT+f6/19tHcSnY&#10;Ae7068yxRZbA6x1dVs/rTIU1VUQ1NBR5NxRQigxlXWwwVBskKCmxsUjKHHAKoQPzYc+wvKQ1rz7P&#10;yOM+/C6FnlxFV/lEEjehYoa+Qi9/yv5H+HtQaW0JmJ7iDx6qVWRqHh0JDt5YkyUFS9MrQa9NZG6w&#10;eFvXrmp2KMrADgkgj8j8ezH7JhwvU20qnDlpayXIkVL0pSJpYIGQgU8zwcEgEg2+vsKRwSblfG8u&#10;hSNRQE4r51H+r9vSlmLUSLGnNeiodrbW3F3TuXacm2MmNvUWzcjVTpmTH5mqq7UqaqWCpQej08MR&#10;/j9PcXeO5KXae1v480X8IpMgo8WOSnjiarD8gklbi4+tx7P9nijupncDUIz8XHI8vy+XRdePI8yw&#10;6tVMn5dTtsYKLcW85tsZfKDduV2fDFVV+cmr5pHxE9QCtNF9rEwQySFSw5BA/wAD7C7b2DrdxQNu&#10;3C4unQ1MbzxzrEk0sXHKR1E1vV/hGhN+OPb15NBPdfSsS3y/2OnV0RR6mNOh3zW7Nt7UFBitw5qG&#10;leb7emiaqlEJqPIwiR3EV7KWIUmRlX/E+0XjN8V9duaTA4GuylbmqnzUtdA7x0VEhb0PZFjX6f7W&#10;55/Hu9xZ21jGtxKAQpqBSp6bDLP2Hh0oq7HYg0ZfJU1E1DQ6ayNpYRMacUxEwlEsmo3Fr+kf7H2p&#10;9oR57ZG4amLP5mlY1c7MtEkvlqQur9VRILjj8BT+PoPaDcdW6RhkSijgTj+XSyBkjNAa04dNuSTH&#10;bqwbtRR/dwSQ6qSoERVCGAJMPk0k3H5tb299sbw+2NDXYZ1rakgeJmfx08MpBJ1qAGNvx9R7Mtqs&#10;jDa0uOHp0heZ2kZQOkf1ntupx1Bl6bJ42OhElbKghNpJamnItHPJKrMpLD66QCBYH2AEsWa3XkjX&#10;pUV6Z1k0+DWRSTOzfrghQ+QH/E3H+Pv11fRIwyNA8unVgZkxj/B0K8MVPRU6QxLHT01PGFRQQkcU&#10;aCw5P0AH5PvlU7XzG1Zo5d24SXK5qrKyU9PiaY12oNygrfHccA3P5v7qGS+XxdWhB5nHTWllNBn7&#10;Oo9BlKDKQNU4+pjqYEllhaVNQQSQuUkALgXAINmHB+oJHtdV2IyhwCbo3PtzKYOholCU0FSR4amy&#10;6lnbEKBoUWsplt+ePbcUkEzG0tZK0yT/ALPT3Banj03Ue4cJV5SbD0OVoK2vhjaeemp50llhRWCO&#10;JZEZgWBNig5X8gC3tWde5Lb2Y23mc5XpXM2LpzImqJ6N1s/7UYKgcfkBT7SzW8k99HaxSACufPHn&#10;/q/4vr00piiBXJJp0zbsrs/S123qLCR0jJlsg9LWSVQ1iCBIGmlmEd+TYAXsRzz9fYUT79rtw5xK&#10;TG16pSCXxCR5Fln59KK0jG4t9PZ3dKlpFoQVp03FWQ09elXS0FNSxhEhhUn1SeOMIjOfU7CMcC55&#10;9iFTw5vF6spW5oGijChqd442mZbepoQpJP8Aif8AePbMNy9wPDiWn+T/AAdbkCIaefUWePH1DmjF&#10;KJJGRn1LGVjTT9BJKv0J/A/wPtpqN/02crI6DFY1FnBEcdUWjdqpk+t4rHxn/Ee7PHBbGsjZPH0/&#10;zdbSpOT1ix+IkovMZ6+apiZi6QEBI6YfUqrr6mH/AAb23bh2bLmUjq82KWmyLsWgSKZAJkHpWJwF&#10;Jv8AS7NYf09tvcSSrWGpUftx1conU6nqqYloKfyOsFhI2h9CahrHrktq/wCQb+0tuXa52Pi6XMCX&#10;HtDKA9clFCa2rLAXWAVU3pAP0On3q1Y3JYSCmn1/zdNOpSpGB1ypa6OrkqI0injNO4S88fiEoI/z&#10;kSk6tP4uQPc3Z3ZuBjT7iTHrHOVVV+9lEuhAbARwJzY/m3tPeWRk4NpA9MdOwzU7euVXStVJ4xPL&#10;Av8Aa8VlZj+PWeR/sPY7Rbtxn8AkyEMsyy1I1LDHTw0lKyspVWUKqu4v+SSPaPbbKOS9rIwIT51/&#10;b07cyMyUHDpHVeEyM+Up4dFKcdGmpquaapqa7UsgZlTykxoGU24W5/rx7C3FUWE3HlNWULyf5RqF&#10;NDUDTNO5FvKqHgL/AEN/Zxu88qxERGgA49N25BNKdLCpaWnpv8mVCYkAvJqIVEXk6V5J9jfunBVW&#10;D27Stha7GUNNFGXkgWO7RqbamTR+piOPrx+PYe2XxZZWkZNWcE9OzTxh9I6CzAbrx2e3NXYutxmV&#10;NbCUSOonjIo5FA1+MDUNIX6202N+b+wjl7ESGlkop46iqZQoZJonjS1uJhLJbk/gKPYlERBqTSvS&#10;VnNQV6X527QisWshjWnmX/dkShXK/wDHMqBYj/Xv7zYDKZTsVJNu4XE05SMEmeunlCCwuQpjufx9&#10;GIH+PtDc3trtXfJUsxpjpzwtY1ueo+Tkxe20q9x5Otlp6aCICpfSnj0arKxjAJLc/wBnk/48e3DC&#10;bTrttZB4ESGgrteh1pwTGxBs7K1z/ri59pppllXx2GDwrjpTFEpIK9Zv4viMxi/uqd0r8fPEH1KL&#10;q6sLqCp55/PHsT96yTQbXgpo2mnnmBeaT9bKI1uXb6hQf6H/AG/tzYpWYySSfkP9X+H+XTE6aph8&#10;ugs2nRU0++8hWiGnpYKOnEFKkaLEjvOxLqhNi7CwuRx7RmxMm20MRX5iaeSatqi8dOgRF0R/UMWN&#10;h9ePdZbc7juKhvgQ1Pz/AMn/ABfTU57NA49K/fu2Y96xU23KpFOOaRaivZnceSNeBThIzc34Jvx7&#10;40vZVRl62XzTQqoYrI0gLGMH+ypF7t/rfn2a3fhxKI40GB8v58OqxIFFATXqHj+q9uYOhjpcVTPC&#10;IbFI4HMSu45GoDix+h9vEWRqYp5amirJCktxJV1kyaYorcpTUcag3/pf/Y+0Csr6aipHl/nP+r/J&#10;0ob4O7I6mVOFo6ikjosjQQaY2V4qKip5A0sytqV6itdiNN7Xtb2x1W/6yjqRHD99OSTGiK4hRj9N&#10;Wvn6/wBPa1oo9IeWmM9VVQy0XHWZNgYSaArLQUCtIQzM1MtQw/Oga7fT8H2608k+bEcebpXj8pB0&#10;+aSUOCfSG02vf8+0Nxcp4RMZoB+XTqDSRTrl9jDgVb+CmG6KwaJY4EEekWOggcW/Asbn2JNVTvgc&#10;I8FDHFTQGIExU1OsMegrctI4uxJ/2o+yna1We78WpZs/t/1fLrdxKrgK/QT/AHNFujcNN/E1FRJT&#10;1Nonq63zyJOklgkFKtkQD6+lQf8AYewaxcONrspLW1k1PJWoW+0pke6o7gqJJ7mwHs5vxcudNKIK&#10;V9fmOqoQF7ehyrJKiioYoKSKTwommac31rGABaELze35I/4n2i93bTyOVrTFS1UrVDSFikkbfbIt&#10;/wDNwagR/rE+7LexW0XoB/q/1ceqmHX3L050NXFLSJL6Y0CjkurMbCxLhfof6+3fa/VlVSKs2Wyo&#10;olmJHjjkVFa/5kVeWv8A0A9l/wC9ZZGrBGSB50680YjQ1yacOmrI7mpaUSJSRS19RGuoxQo1v9Yu&#10;wAB/1yB7QW/dpNiK/wC9+7kyccEmqGCIyQ04F7h5SD/vdvZ74ss0ID9tR0kUVzTp0xWRGUo46rwS&#10;UzOPXDKUZ0YfqXVGSDY/kH2tNm9i596FsVTQ+OMoAkZZ44ZDp0hSzc3/AKeytY7G3mExFWHn0rMP&#10;igV8umjNbQwWcqoK/I0iS1NJ6oZyoMkVjq9BINv8be3mhpMy+RWbMzVNPATq+3ppjGsiMb+qUgE8&#10;/n+ntRc3n1Kf4uOHn/q+3rahQNI49TJTRRUjpRLSySqCqa0EoR1WxJUc8D8D2Ii075KA01HBJWVI&#10;ssUUrL9smngl2P145v7QCb6dv1jx6uwAWp8vXpET1MOJm+/rainxtAFZ6ioVZPupdX0Cj8c/Sw/1&#10;h7DfOLXY+rD1C0+qOwEdMhEaFTze1gbH2ZxqskdaUr00HBNVz0u8VPS1tIr07zvFINYediZXDDg8&#10;kkce3fH7gzWQgKGapsossSiyBAPqxHAH+x9p0FvBJ2gA/wA+quoalem6r2/hIZPO1FShmN2kkUFy&#10;5J5XVe7f7D2pcTlp4JnaolepkiQslPGxKagOXlccC30sPb012WIRjjrUluhThxHSUzu1qOupfBSU&#10;8FEk7qs1W8S+URg30QqeSSfyfaJ3JuZqqeWGpqPFJKVVadCxXVe4tp9mwK+ENIovTCRAfD0p9tbZ&#10;ocHTQR0sfk0BrVEmkzPq4JY2/wB4HvDTY+shpoMg9SxSIExUyn1Of9rA+lv8faRXMrGNOHrjqzsA&#10;wQZPTrNWU0lQ9F4jrdRrkZRoAbgAMfqfr9PadyD5ivM1XWTeGEC0UDEGd1+pCot+PbskwBECeXn1&#10;cJ4YqOPU6lgpqVRDToqi5J0DjVbkk+09DvKox80NDDHUKxkA1EMgJvYDge0dxbxhGkfJ6vHJVqdZ&#10;pIIpf84ivxp9QB4/2PsX4/8AcviXhkqrV0sYC3kI1OedJP4/1/ZXaTSxSlnwvT0q6lquek/UKuPr&#10;IpYqa1KD+6Y0B0AiwKqOT/sOfaY23tXNU+V8ppvHAslpa6rqQAoDfSO/1H9LG5933G9RhoBLE8AO&#10;HW41ATu6m1uVx6U0mqbysyemCFWkma44HjUXH+N/p7VOdpnSd3AEzAeiVEVxe3DD/X9q7Vj9MDJ+&#10;z/V/q9Om2IUV6bMPUxyxKqhoFJP7TsVYXblSPxb2GOenrnCRV2RKeTTGKQx6/Jz6bBeQf9Y29mUL&#10;CKMmNaD16SABmqc9KSGKBLtDGq3vdgPqSeefYtdY7ZwmOppa+aPXW1ChUdyoMan62H9fYN3H6u+u&#10;wqk6Bn7ejAERx/PpBb6zNfQwJBQqLH1TEoXuF5Asv4/wPuTnpsRiaxmDgaXuDzz+bX/r7PYtueWJ&#10;dXSUXDE0UY6625VZrK49JKiMRmRD9SvpP0DAf0P1HtlqexZKiFaCjedp5CVVIwTpjAsGP4A/1/b8&#10;VnZ2J8TFf5+X5da8MytU9Z49i0BrvvauOGYjS/qQH90Ekte3+PtCVtDXZKoLlmqCgvJdW8aE82Yn&#10;36W7MoAHn0/4ZQfLpbR+CnjVFCRIOFXgX/HAHvJQMrB6bKtaMftrFGmmMKPppH5/1/dfDkWmjqpo&#10;2D1yl16S0IQv9bt+R/r+2HJbLhgZ8liojNPI+qNpfWqC31VR+f8AX97MvinTIcDy6awh66jnDHS9&#10;kcfVSfz+bX9tIo66mhdcgZJrkt445Pox+psOB/S3u0bHX2CgHWmIPz6z++OI2mmQnNU9LJGqyWV5&#10;bqly1wVH5/23tq7ncjQpr69WEfn1weRU/UebXt+SB+QPYm/6OaACCuy1bINCj7anjD+LSR+p3/p/&#10;h7Kxc3Eh8CEdvmT08UFM8emRs4rzNDSU7TlCRITIilWBtpCfW/55I9sOa2k1YXTGMdTLoDutl0ry&#10;VA/4n2d2z+Ag8TPSOdWFWHThHWpo1VGmFvyNWoC/9T7B7I0GRwFRI885QqdTKhHCr9AAv19mIUTj&#10;UR0lDE8cdTQQwBBuCLg/1B95cZueprbQofKZvSfKWZiTwB/xr2xM/hcDw9OlSZx137VVVtxYYYp6&#10;qGHyuQ6gEA8m9lX+ntKJ2nyagdOMqrQHroEG4BvY2P8Agf6e3TG5SHDRKEkGoScQqbLc/wCH1Pun&#10;0uttbAU6sxJWg8+unQOpVvoeOPr/ALf29CtyNfNCyJLKjsDpNz6j9AW+tv8AY+3mngihpUCnW44z&#10;qp1wEcUYNlCixuf97Pswuz8Y38Odq9SkZj1Sahbi349hV74y3gSEVrivT1xGqpUnh0DHYmRameBs&#10;c6vWCUCCNGVm1A86lvxe3PtD7jo8S1RJ++dKsQiRmx0qePUfYs8NvCHr5/6h/q9OkUbk+XSu2vW5&#10;iSjh+5pAjNGrSMzG2thdgE/4qfaSnxqiBqjwoYzxDqALEAcWH/GvaMAGTRXhx6dZiBQ4PSxSpDSC&#10;PUS4/WAOBz+T7SYxEvmaonEVIgOrUxXzMoPFlH9R7vKhloqCv+DrQOKnqVrU8L6je3H0/wBv9Pbk&#10;tR90RTQVQSEL611BppAPoxP4F/d0UW64HcetoKmp66KgHWygt+P6AfT8+1Bi/BQMJy7vItyLtfSP&#10;6j2hnD3DaG6erTqLUhpo2jAAVuCfre/+9+3pd01ba0SQ6WOkFiSFv9LX/Ht5IltgCvp17JAHr0xy&#10;7ZxsrJJLTozIQ99Iuebi9vz/AI+2bcRr6eg+/DrJrPBB1BSeDc+3baX6kkNwHTLtoNB050P2qyPS&#10;xJoaFRdSCOPwR7C+tyNaiRyPIxa9ysdzbjgafz7VDz9OvHJr072A+gt7W+EqcnWJT6i0cVlJZ7A6&#10;f6gf4+yue5Chggr5dKF00BJ6jyxwi7ugJIP1/J9vu5sxj6WlFM7oJI0X1Lw2u3NvavbIpNHiTefS&#10;KWVWag6baGllWd6i7CJyQEYg3F/qP+KewgpKuSsyBMLGYh7qXuzA/gKPau9nASh4dOxVbhw6evYy&#10;4WsyNNRtGlPplk9LTuOFH9QB7DwWEyiR808ulNe2g6achS09SyGaQ6YyG8StbUR9L2986vImigIq&#10;ZwXdgxJPP05sD7NoFeWr0oOkzsAdI6wx0kUsgaKPSiKVFrab3vz7gLnUAAtqZ7aTYGw/qfz7o1tE&#10;NTycOnVr59TDRlrC+lV/sgnnj8H24zx1ORSIRDSHFrk+ok/Qf149pluY4QSOrEVI6wRiGlMhdvoS&#10;x/AAvz/h7jQbTyazB3mDqSLlyESNb/6n6n/XPtie+Mi4H5DragA568czQKCvk9R+iAElifwNPtdR&#10;7ZyX26rDOoilVRqe6/UWOg/S3ssh3ERuW05Hp0+UDDPScqdwYpZmFQP3Y9TaFAfhT/aA5v8A717a&#10;p9g4yiP3tbUNWSk/5hRqW/11er6/X2Zx3t5eNopoHqek7BYx1hg3ma2Y09HSBFA4nmYBLA/0B9tG&#10;REMUBhjT7dEHrBFvp9Ofz7MLeIRHUO5umGmWnSho3mmcSSMsur9On6D/AG3H+xPtFfd+OUmCb6kC&#10;5P4/PPutzk944dXjctnp9CgqAwHtUYjJrT2Zpwzcc8FiSb+n2XSRtI1CKdXJNPn1BrKVZ0KaLrY3&#10;sSOPc7J5id0vAVLNcuRw5uLW9mltDHHGNWadJ9LVp020eMiRz5FNgRpU8otub2/xPtJ+WpkkX7ga&#10;ELXd5Dd2sbkAH3Sd9QpGM/LHTy4Fen5URB6PwOAOQLfTge1Ac/jqaIRKE1oAAbWv/tRHtm325jVn&#10;Jz1vXq4dN0lJUSy6zJZfyL8/631/PvH/ABvH/wDHdP8Ajp9V/X/T6fT/AH1/ar6Y+v8AxXW+uP2s&#10;39P9p+rfp/r9fr7/AP/VV9Oupl+htwD9Te/PvDiOBJMAfb9nXcwMoyT1tBZ3IS0NPMzu9j69GlkV&#10;fT6Vvx/T8e3xEijT8Hm5v/gL/U+25rMq1WFfn/q/1Dq4nb8PDz6CkbgyeRqCsUskCrpWwsokUNYD&#10;SP8AivtMZ6IzowVQbC4AAFx9Pp7RLANXiCvp06supaefz6MH15kTRLHHUy21kklyxCkm6+o/Un88&#10;e03jMU0xAEXJJGph9AfxcezWOAUq3Dj0y0mlqE9LTdm8qbFRvJJU2ZVuIYidUmkX/wBsR/vuPa2i&#10;xMESKhAJIFyBaxt7RzKXkouAOHWvHCj5dAe3YFfVmapi1eh7CIsfUl+AL/m1+be+TUqgEahpA02t&#10;+P6W/wB697S3cUU58/8AV/l8uk5lo1R59ej3T5HEop2WYuLszDiRjYnjj/H3injHgaBWspH1J/B/&#10;r7bnttdGoAf9X+r+fT0cx1d3Tlg8vImQSuqA0jFiqoA1l0/QhD+fzf22QUWl7NJYX9IvYEfjge7p&#10;b6o6t6Z9MdeeVa1r0r8nugeP/JaVmdf1akLuCTYgu1re3yClhjHo0tcWv/X/ABufdGtmA8x1cTll&#10;FMV6DbI7qrKmQ/cnxBJPo5PoA/BUf0sCPchaCnkYtNGhJtyf6W/J9pWsDoJX/V+VenFuAMHy6gzd&#10;kV9G0UFLUykBbKFUrGrCxABbi34/H+w498aqko1jCKtgDey/Sw/B9pTaupqOPVhOD0+bd3fnK2Yz&#10;VIDByVvIukn+mm3H04+ntL1dMjK+lyP9Rze/PHP+9e1UMU1VPr/q4U68868Cc9CzQ5YRsiSQki15&#10;DYhQQLcE/wC8/j33QUrGwc6SR9Rfj/Hj2ZvamVNNK/5f9Q6SCYIa16Zdw7iipNc0KsdDXAsF41Wt&#10;c/T/AGA/p7d2xg4cG5sF/F7X+n+39opLBvgYf6v+K+3pUs8brUGvSPo+yorvGCItD6wGvYfUjSTz&#10;/X3gmxgEbHSdJH09Ibj/ABHtg2QBAPH8+H59eE60+fT9juw46mpVFlj1D9LkkoSx+gBH+I/w9xaW&#10;kgiuVWzci78mx/Av7UfSOBReFP8AB02bg/YOnHKbnqKhlWVi6MeFh4BAFwxt9P8Ae/eU0DzFwWP5&#10;+nNh+B7oYSVp59eFyCQPI9YDuykxqROVUJYWDgKWY/UkXv8A69/bXHgxHU6pAW9Wof6nkfm3t6OL&#10;QNLDy6daYcR59PtV2DFVYvXRyRqQpVgTyo1fQFj/AI/X27vgYamxaMB1F14+rfW5t7Qy2korIgx/&#10;q/Lp1Zl416TUHaseOtBNVErISC5sQg1WADH83/r/ALf20ZPbTu6pEvibRqsPoR7TQu4Y4qB04SlK&#10;9L3BdiY1qNameo8kbTFPKzCytf0qLf4e0om3KyOoZTFc6rBr2H+uPZtAyslRj/V/q/w9JnJDVJx/&#10;qr0tqre+H+0WY1kYQoWYKQx+n5A/P+Ht9pMA7zaqhVDITyQbcDgX/wB69qVhGklck9eeaNBxr0g8&#10;x2LR09MiUMrukwUgIQxAY2JI/H+N+fc2o20tS6eLUCvLKPSrH6Dn/H6eyya3mDVUVHTizo65oOou&#10;P7UoqCB/4lIkYe4SUnWy6eWFhf6fW/ubTbXkgOuXxxxfkCxe455sP9j7SNDMVNVNerCRENa9N9V3&#10;Fgq1xS46pesq73sraYxdrWuTf8/8R7acli6oMftwXTn1EAC39f8AD29BHIlFkU/6v9X+z02XDCoP&#10;Sxw27cLVIrT1MUdQdN4tfqLEXK6T9bE++8ViahjaTj6E6f8Aiv4v7XPEyjWo6aEoLdN25954qljs&#10;s6G/oGtiOSPTYfk/4e1RNTkxNTCNSChBJPIYj+yP+J9pJEMqalwfs6uZ9J7j0HGMy8cVemSkrJii&#10;zAhBp0NFquCQ3PHPA9oCTAtTu7qCGJYki35NyAT7dhWT4W/1f6v9WeveLGxrXodIt40lbHEFddPp&#10;C3NrgCwJA+hv7z0tOkULICA0h/UVBe9/a5rVmpQcOqfVRqc8OmyvyrS1Syk6kiX9GspGef8AX+v5&#10;95YMa8zkDRq1AamHqsTcG3uj2mjy+f8ALptrldXHHWCs3VTUcIkdpAgQgxpJZbr9QD/vvx7f6Xbg&#10;Vy7uGuAwUhbA/wCA9pZIJW7dJpXy6ULMlO046D7J9t0KReKFlikXyK7FmJ0j/VH6g/7Yf7x7f0xy&#10;06AhUFr2sPpY8/7A+6vZsxH5f6vt6o12iila9B4OxYsnVS06yzSM2o+s3U8WBBvew/qPcWamEzXa&#10;Ia1tZyLXB/2Ht36aNfhPHy/1f7P+TrS3qccdPtFuOaljGioPhIK+JZNbBwdXLX4/P09z8bQ6ZV+p&#10;H4OkWAB5H/G/ajwEKaaCg/1f6h1V52NCvQb7/wB/mlxtTIkuicJqKCYhrgcN/tuD7EKkiRVS0SAj&#10;86eSB9B7SPAqAhTx/lx6ULI7AA+XVd2+N95jJVUxkyVS6s7FoxK7RnTwpEZ4vY2t7cZZQgAP+uP6&#10;n/WA9twW1Tqp05WgqegrR63KSskQeX83bURwdTFif8PcCryUNJC0rMBp+lzYAgXuffmADiM8T/n6&#10;1qDAt0JuwOoM9vTIrHHBOadWVmZEJWzGwCf69r/74ew7y+94oEdllX9PHq/1x9P959rRCiADjT/V&#10;/sdMeJxFfl0fbrn4pUyywGvoeV0ay6LcAD6aiL3J+v0t+PYJbj3lXV1SrwykpoVbA8LbgE/j3qON&#10;YyWHAnrRo4x0fjY/WmB2riIsdBQwR+MtyEGohubXPNvbKcnNLCvme7EHVf1agfr7vIw4HpyOoHS0&#10;jxVPBKzQoEU2KgcAEfkAW9ovOTlVaSEXsDdQLAavpcD22KA93n1tm6f4AVWx+vAvySbC3PtJYyAP&#10;K80o0liWJ55JP1AHtUDinTC6i+eHWb2s3qSsKx+TUnpYcWNgLgH3WuaDpwsFwOsAiBYvaxNx/sff&#10;KJxOHFRYBQStz6jp/A91cAr6kdbB68wKW8f5P9Ljn23MYkkeYKEFx+q97j8gf63tktQU68DQ16zf&#10;jnn3Jp6eao8iQSrMHtpVhawJ+n+v7pWgqR1sDV59cXdUAZ/SBfn8Djn6e1NTUT0lOyvGq2AIuB+r&#10;8jj8H8c+2GlDtSnToUKOm+SZJZBoe/1HpP4/2P8AT/W9tVdNUmBiqFVH5jtYccjj/ePbhK6a8OqG&#10;vUqJUDfW5H+q+tx/r/X2hIxOJj6/LqkKutyWUk6luouPbsZDL01TzHUn2oayCrr8ZHHCgjniuqhg&#10;FZgf0/8AFPdpP06OM9OBS6aDjrENKu51frseTwLCxt7yUGLyUNNHLUtcwyAsikmTTa5sT+fbJuFZ&#10;h8+qJCVHHrxkjvouLsDY/j/Wv7mtXN5CI42AD6XQE3K/1Pt9ApPW9RJp1xEQt6jf+h+lif6X9v2L&#10;rKguE8fli18vq4jB/Fjz/sPenVSKOOrBiOm2vp4tBcSeKTTwLcsfrY39vNfBTzojpojkhJZmJA8i&#10;/nj/AIm3tKiNE1QcHp1iKUHUCjqJ43ZJQ8iSW0BQT4yPwT/T2H9flBGZIxIBEjFVUXN2vxq/r/T2&#10;qpX4uPSctQ06UUcSgBiPURyeP6fQe01Lm6ppooFcwNGy3DL6WB5vc+34wtOFeq6jgHrJpXnger6+&#10;1DhZZjUSz1bogLkRuotdLDUx/N/diq0pw6tQE1PWKcExlVXWfwt7Xt9B7esluimxsQpRKspKM2q5&#10;DMPoCxHHtOYEkyePXjPp4dQYaHVKaiQFGNgI+CFA+tr/ANfaFdDPIaqIGNagC66rJqJvqufwf9b2&#10;6CEGjjTqpoRrPTr7yQLW1JmRVLL+n9slRdG+p45t7blYINRz1pFJJ69e319xcth6to2qaddWmFhK&#10;XP6XU8aQf9tf2lWc6qsMdWeMngevXF7fn2mcdkJ6irVW/ZWDSkljYmRf6Ee14A01Tz6YBcNTr3te&#10;VOVWBKINUf56JiEsWUspsQ/9CPz7r4Adqt0+X0gY64gC7GwBv9bfXj+vvJDFSUvkeNYlqKi8kM2k&#10;eksL6bf0/px73oVeHl1aqgauvEEn+g5BH9f8QR7fZo4J8WrykLWKQ4lt6LqOQbfg+7AkNXy61goS&#10;3UVTKtSVWxh02K86g1+CCf6ewyyVeYKiF/D5o76ZGj5QnVZjYc2/x9ueKmuh6Tk9vb1M9ihiMVjK&#10;iiSrqColIDxEgHxm173+v+29pZ0kMlIjjpXGUVKsOm6qqqiKZY4odYtdiDyeeAPby+Pxwo58gJ3E&#10;1IjT6YiNMmkWuyf7b3YpNERX4T1pZYnGPLqCa6q+7hpDTjxTnQZXJunpLWU/n6W9hlnFxeRmWo8Z&#10;SaVi8k5SyvYfolv+f6e7CPRUqadUZ/EyenyNSqhTb0gAWv8AQcDk+2WWhy0QlqY6WRqZAsbOysQY&#10;LXVwBybD+g908ZQwDHj1Xw2buHl1yuL2uL/0/PtQbOxlXX1jSEmRGC+EWZdOk8OP96IPu8zKi1PW&#10;4lLPQ9R6uojpYHmlbSqjm/8AtvYmJha2oELyQtFGH8RR1Opih9RAb9QPtE8sURqma5+zpTob8Xl0&#10;1HK0aGVFnjkdIxIdDAqFf9Oore3tMboqsbjIDiVjCTVYdSzoCwkH+adL/wCP+x9rLMLMPErkdMzn&#10;wxp9eplH55j9xJIpQ/5tU+hBFmDf1/w9pzB0dSk0TJTmeVhodkR1srqCl0/Ivwfb8kwyG8+mURlI&#10;8z1OlZFRi7KigXLMQALc/U++sjTV9Nk6N2l007zyLLEJApiLMfHdDY6R/X36GQnCjrUoowJP2jrk&#10;jB1BBuLDn8Hj6+3DeNNUuqVNH/lMUOLZZ5BKPtmZPUyMB+gn+vtNUxOQ/Anp2QCRQU8h1EonJSQO&#10;nibzSERsLNpJ9LH+t/rcewvw0/3dfBSx4wTK6iQxhnIj0i7SAj629q6KQQD0mRm1aVHU0kDkmw/q&#10;ePZh8HjWqqWljxCPKQwEsUYsqMQOP63B9pZz4NWmyp6WxkPhek5k8nS0DTSZKWCkiVLpNK4X0C+o&#10;kni3+8+5O6On51rqbMw009TXzLG8tGZEcqPo0i3+pHsutb8s5Ujt8jTp2W3U0cGp/wBXr0kdvdqb&#10;Vywq0OUo4oqGdqU1jMYqZnUXVCW4BtyOefcyn2HPtqpiqcrSxrHXQNUU0aFVaNhZZIZ1j+h+hP8A&#10;r+zCJlvKolRTHDB+z16TSP4NHFD1xx/Ze3t4R5eDaWWgrpsJkEx+TkhAZI3ePyK0Dv6WFr2INuD/&#10;AE9tG5tq1eUaghw8TIIpP3oI2CTKJPoyk/Ufgfn8+1AUW2OOOm2ZXAz9vT/jNx00EFTNlquOFQzO&#10;tS/phZIhZlJX6MALkWt/T2kptlnb25IyqSTNVVFLCZZbPEDMmp/oNJ0m6sPbMR8eqSY49ekpG2tM&#10;9PePzVJlMYclTPeLxTyaeRIFiLANpIBGoAFTbkH2ZzGYza2PxEMOQoqeZ0kFTT+QKhim/stEUtbm&#10;3A49tybZO7hlfSP+K/2em33EL2gVHRPt0bq7Uze8WG0qx6HFwJ9jkDHAtQlTAVYSxyxzA2ZRyrqQ&#10;QbW/PtQ08mOFLVVsMSRGT96WXSAZI44/WCR9RYfn6+3pNqWNAGaqn/Cf5f5cdNrfs3AceHQZ5PJ7&#10;3k3VhMBWSGqigjNBT06eQ/b1lTMi0lR+4TYq/JsQVuLewTw2ZxlRuWukhjpUoJpxPTGlmSVGsbNd&#10;Yx9Sfwf969vJawmAxMetC5k1+Ic/6v8AV/s9HOz2Kz0Wy6SBKyWqzNPRpBUzzp43kcqNb6tQA02t&#10;qBv+bg+1e+XwFNknFNSwx1ziOSomSBlLRltJNhwp/Nx7YttuQkhpCVzivVpbuelFX/P0iBg975DB&#10;xiur5XokjkjpqZqhHZZ1QGMvMQWkU+oWY/7f3y3Nk3mw70uJp4KcVHhFRkHiLN4zKDKXdhci1+OQ&#10;fz71EtnDdeGTUjA+X+r+XW9U7R63wOm3YO0cnTbjXO7ozeQr5KZahcdgY5o4sfTSCHxxyQ00JC6w&#10;Li7G4vwB7UOJqqTC7dRKWnpp5ahGaSfxKFc6NZOlebD+nu15tdpcXKyyGhHDP+f+XVEu59OmMGle&#10;g7ztLu7dvZlZ95msniMDjTSRRYyCZlk1LM8SuKkH0vJcaitx9AfbHtfGYzbsldkItVRNk6p6hqh4&#10;VdYDUuZBBGy/gE2HtfBtqP2zMMDGfTz/ANX59MzXFwCTEpzx6fe0MnuPe1JSbepS2LhxyuaqkSue&#10;CfIilXxSSyqultBH0W5+vNwD7ViZwVlQ+Pip/uqeLRKUiB0LOra4ywj+hv6rH3q4sbGzhLJQMKmv&#10;HqkbXcrhjUA8egpXrvIY6kpt2ZXcE+Lz9YkuLFZXzRtM+InjEdTTU/3uoWZbKWC3HHsNq+HfVbuE&#10;z5YuuApR9xFRUdBVy+SINpRpCVZeL3Nhz7K4ru3l/TxWtDWnS36aVGDLXPRldtUfWG2dtGDak+GT&#10;L5BPsWyNXlKGPJVORkj1Mk1Y0iuWJ4VR/gLe8mWTsjN+XHUmAr46GW8cDRRNDSTU8b6RIHPK8ENY&#10;245F/bc1/ZQroRgSD9p/l15bKYt4j5+09QsDUdDbJll3BXby2lHmqaQtksjmc/jHyVLW1qa5Kedp&#10;JTpb0ldIH1Fvr7nbS6s3zj6t6vI1aJE7x6KeSpikAi/t6ljLEW/ofr7pFvJlQoY2I+YoD+2n7R16&#10;SyoQytkenQedk/L346UlJPjYt20mZrdEul8NQ11V4KhFBiVKyCLx6mPFxJ6fqfYm02wMgKWqpanM&#10;xqk6TKgpKbwiMTAnTp+lrn8e9/vCdF0wxgfPH+r7enFtVJ1OST0V7NfN3q6fK4jLY7ZGdrZ8fNRy&#10;1DZedHkkFM4jMtO4Zy0gQFk16QSLE+2MdP8AixYp6XMnG5Av5WraenWYCUm5BWWxdCeCDY/0593h&#10;3a+VtWkEkcK8PtoD1b6WBj3jHSor/wCYZsyXcdUw2dms1t2OOKKminMNHPURX/dkSCQsscijlS1w&#10;3Iuv1D9tzrimwIeSsyU2XqZZVl+5miSLxuDcLFGC2mxvY3vbj3Y3txM3eACPtp1pokX4Kgfz6B7t&#10;H51VO9qaLH7U2t/daiFPV081HU1oqZauJgV/ymanWNNBUcxAHn+0fark2zi55fPVeepNnGl5mEZV&#10;xpKsi2BAA49syTXUieCG0g+g68lrCMgVPQI0Pyy3zg6BcZtnE7dwsMQpvHJDRmeojqIH1iVJZebu&#10;xOv63Bt9APfqLa+3cYxaixlNDIzeQyBCZGf68sfdI1n00LsfzHD7OnTEnAgdM+8PlX3ZvdWp8tuc&#10;xY9oWgfHUVPHDShD9SzEFyBxzq4/H59ujUONlKGSipXK+pfJDGwFj/tQI4Pu4+pTUQx/af8AVnq6&#10;oicOgxh7S7FpaeSmo95bmx8MrETrQZeupGlDLYF5oHDkaTa1/px7ytFS3RjDCSg0xsY0JVfpZeOB&#10;/h9PehHIWJJ48f8AVXj/AD6voU9Mke7t1rTVVHDuPNw0tTOauqhTJ1arPVOLNPUEEFnItqJN+fcl&#10;RGnAjRb8jSAP9tb2y0Zbz4evWgADjpplzGVqHYz5DIzXBJd62qdm1AoNRLc3+n+tf31rck8BR+fq&#10;b3+hHuwgiQY4n0oOvCnEjqPPVzTiI1M9RUhI1SFZ5pZFiROPEokJ0qL+kAW/1vfHy8kE8Am5H0H0&#10;H49ueAKVAyercKddM8hWMFnZb6ljN2CEjnxhuAePfRexvf6fSx+pI4PvZiDDSR1paDhx67ppnptZ&#10;iX96Sw8zj1Iv0cL/AIgkf4/0/PvkJGYH+t/pa9v9j9PdfBRDTy68TQ56xSSOWvI5a4B1FjyOODcX&#10;5P4/x/w94pCbgDnm5sbHg/1+vt6NVFSetg0HXOIqFIOoW4AIPJI+oB/rb6/7H37yC2nm4HB/HH0u&#10;PfhESdfl14g0p11oJALBbFixCix9QsbE/X8++gdP1sSPrz+q/P592Yavh4f4OvUr106avyQp+h49&#10;GkWBNvwf6f8AFffg9tWnkcEcn8/2QfejGDTVx/zefXqHrloJ0k8MdSn0qeBe5P8AgbfT/Ye+bGyg&#10;qLaiL2+pFuSP6n6e6KCXIY8OvDBz1jQkv6rkqCLm4W4v6SfwDzz74CQsbG1iD/UD/b+7tGFFRx62&#10;VAz1yaEKCQSCCDa+rkL/AKk/0/p7y67LwCR9P+N3+vtoR1epPVa+R66AINmK2sdNyfqSbi30tYDj&#10;n3xtYEjnU3PHP+8f092rVqN5DH+r59e4inXEEsVQsAF/R6gLlTZWFx+f9699nTYt6hYf48/7Ae9L&#10;qrp4163pPAdc1VwSv1LAFf0gBgACdTf8Tf8Aw94lIIY/i35tex/F/bzVDD16qdVeHWUpyov6g1+A&#10;QCQLX/4375qRYBvx+OT/AEA+vttwa1XrQJ49YXVw2pP7VgwFgCLkk/8AG/fS6b3HA5BB/PH1HuzF&#10;9NDx60GJPXKz6dLC5sDfm4ueATa1/wCh99EANYWsf6k8W5uffgSy1Y/7PTlajPXrllu2u4sLED1X&#10;GkAfg/W/+v75MVJB+hAueR/r+6gMBw49Uqwag68ilAbkHUwtx6gBwAf8PfMW+jHn6c2t/vre2yT5&#10;DHXhTrEq3BZLgG5UD1fVfqSf8fp74sfzyDyBe3I/qAfd0XyPDrxIBxnrkiC7CwIIBc24DcW+g+lv&#10;+I98fSSVYki39eALajce7dwAZf8AV5dW1VFesoEgCtpsVI/Gprhrak+n+P8Aj/vPv2m4IB+gAt9D&#10;cfS9vr/sfe9YBBYdeI8l6430uNSkXJcsSbEEC+n+nA5t742Cn83K8gi/4597LFlrinWjq0/Z1zsZ&#10;BYW/UbEWHANrgHn/AAv75A2v+n/Dn/eSf+J96YaiKA9aDqft680d9PB/xspJ+vNvyDf/AIj/AA94&#10;wNR5PJ/3nm/09uklOAwOrFgAKdc2ug4QlRwDa+kEW+v9effaC+q5tYXB+gBH090d6AEefWq9329d&#10;PewsoOo2ZLXJB4P+3P8Avj75KSbi5H4BH0J/JPvTAChpXrZx1idVXQ1gV41KbXUH6Kv44/pf34hg&#10;vOk3b8k2vf6j/jXvylS2KjrxCmlOuShCQyqw0pawHIBAsrX+lvxf3xHF7G4+ht/tv+Re9lq09eqm&#10;tR13/nNJYFTwwBvcH6244/1/fNgdCk34P0FwPr9CD7bU9xA8/wDV/q8+rA5oOvBQCx+gJt6iCRxy&#10;VI/2/wDj76LOfpqIvf8AN/8AC1h7voUcaV6rqzQ8Ou/CqgarX0gWvdSD+SCf6f1982e4tyCfxyT/&#10;AEHttU7q8et0LDHWPxji6ggG97ALYC30+n0+nv2ogqWH+wv/AF4uB/xH19+IU4XrWBUddCAWZQoI&#10;PNwCP0tqsTf6/wCIIvz74sSRdR6r3txe1rfX3dAFw5x1tFqdXWRQCSDexX6qWA55+lrg/W5PvjYM&#10;R9bng34Fz/S3+9e9klRXy6sKk067s4uLnRcEW5Y6b8EH/G3PvsrzawFh9eBxb/ez/r+9K9BUHj1o&#10;gA167UsoJ9T6jqYXPpI5te30Fv6f4e+OnkFR9LHk/wDEAe7hu3Sx60QpFGPXRYWIN7tq5AuPp/ab&#10;6D8f8b99qPzY2H1ufz9P9v7q5BFPXqymmAeubAixDgFiB6QeOL2v/hxb6++UmpgLci/H05t+B/vP&#10;usWlfi/1fPqrivDrqIDWXkBvo0gfgXNg5t9ePxf3yS5J1fQW0j6W4+vP+PushAUBOPn8/wDUPz60&#10;uBnruUJoh8eq5LiU3PA1+kfS3I99HUv0PBJPPIHP5PvSkMKt1vzz108UbPx+4dIAYW5QAm1v6j6j&#10;3wJNgxJItb/Y/S3Pt0UPaMHpshga9dhF1GNdAkYM1jyQAb3JFubfj/X99XufULA/S4N7Ace9kUXs&#10;NadeBqft6yCN0QeNgxX1MVIAsbBrX/3gW99niwW4P5t/txb3pTUEvQjq4HbjrgVjdj9G+ulmHNrW&#10;1G3195Fubc3/ABfi6j6j/X9ttp62GrjrE48Z/R+pvSLkayLXufwfqT7xk6ARfkfSxv8AXm3+x93C&#10;66HrzNTHWWOIyFbiwZufwpIOm44vwOOf+RdFuFY3+l7f1/1h7sq9xRfLqgYgU6yCBfK6IC1iFJsv&#10;1X/VNzx+OPfSKTcm/wBOL/4Hj3aVwKKOtAZ7us84VVVEVP8Aailjp/ryfz7zjkfiw/Vb6G1zwfr7&#10;THBz58OrNQCg6htEwTyqpBBGksSRe450/wCt9fcRmBY6rryLAHkf1PteiFVBXI/l0zjh07QU5EcY&#10;jUSHTy7AkPxx6v8AW98iD+TpUcKCLtx/X3QOB8IqTx9OvCnl10LKb6NchHrINkU3/SCf8P8AePfM&#10;AAA/X6i9wAL/AJ/x9tMxao4fLqw00oesDzSsWUIES6lVXUXa1+Ln6fj/AF/fZcFhz+OObC3+IPvW&#10;hgv+xn8utHI69FDKq67FhclhYl2a/AB/p78WVbXsR/U/QkD8e/KrMSF/Z6fb17tpTrkySMQVDaiL&#10;EA2Ki9rMP6f198FcOebWvYW+vJ/3g+7SIYlovHz/ANXmOtHjjqctK6IWCTPZSZDq03UcWLG49yBG&#10;ttX1bkfT6/iw9oWncN4R4f6uP+r59PKg0+vWRo3EMbwmRRdbqWEgk/t2sv8AxP598vESQW/Ta34B&#10;4Fxz7aM60Kpx/l05oUnUep1HEIUMspYPLxGGQNHaxW1vpYfn3yKaTwb3PNr/AO35928TWtT6f6uH&#10;Xl4ZH+z00K7E+OyhVLoxIuJFZrg2Nj+ePedUDkKoFybWb+p5HJ9oZZjGpd6mnp6dXjoW08OnigpY&#10;5ZhCskdOHkESCYsoST+zIH/p/Tn6++TRFHUMVAS9gbmwH0Ww9tRTrJHVFPd9g48T1aVQhyan/Vx6&#10;dauL7aadZsgtVUArrmDPUAeM8eaRrkXICjn/AIp7kQzU66tMSKVs2q1/WDe1mH0/ofZXPtkkv9od&#10;ZJPHjT7f8PT6XgLagaCnSyh7CzmPlgmpK6oxdL9hEI4KOQQ0r6RoctALKdRBNyP969wJ6uAyuxYA&#10;3ZrDjTc3PHs+t7O4S3VAMADPrQDove5i1kA5P+XoPxBUV9Q9RT08z/f1UkcMiws4SWeXlxYWJueL&#10;ewp7D3jk9tUMOTxFBPlleoSlMFK6M37npEpU82X8i449qbSWN5DFMtKV/af9WOtsgZCK549WE/HP&#10;4y7N3RS5DFb6ndcv9vRZciammpqqmpw4Q01O87KrI31dyp/wHsvOI7enmk3LPuCvgqqVaOogaiDP&#10;DRwkkxvBUTi48gFxpQm1ubezGWBvqEmXAGemaro8NR59WD1vRGzqTFbdxe08ZS7ckwebxeTgytHT&#10;wyZGBsdMKlZFacENrZAsmr6qSByR7ZMNS5GPryvyG1MDBk8Uk611RPFlFrK1oY5TNO+OUxglkU+t&#10;E+oFrE+/G4gkvCstSafkPt69LRaUP5V6V+azu3sZvTblBm9xPQ5XJQ1dJhcWsVRBRVstQqgrWTAv&#10;EWYoRTiQr67qpLMFKawePoOzdw0eJzGfrKzbeLoqrNT4+QR0VdQ10EetKOUgaWRl/UFW/wDUg+73&#10;U0ltAsdqg1uQOHqaV6LnDAmXj057lr5Ns4ity2NxdLJk6isxVAgVGK1LVdelFBLUtHpbTGJnIBPB&#10;4ub8hvkHxUH3tD19X1tFlavIvSr9kTODAkumOHzTveO/0Ngb249q5Fktk8W5IOkZ+3pSh8U0QU6V&#10;iqzIgqEia0cbPfkCUC72Ui1geQb+1ZDt3PHPbWo87l45tyVCpFSRUUzVGQKIeY6ogKotyzajwPrc&#10;8eyoXQeIzKNKV4+v2f6s9KSoGP8AV8+oclfQ09DW1jlYaGhjnlqJZYzDT+KGLyzSIWHqS1/UBY82&#10;v7HvbdPvLGVtVLj+vqaqroZGxtNk6aE1LytI37ldNHpBDfh5C1vr7LryfbA6yXbmg7qHgfTHy9On&#10;oYTMulmoDxzx6CTek+xs9iDQ5zsxsDhq2SmydTCmfocO81IF9GNFWSjrA5sTCCWa1rkE++890nDT&#10;7gi7H7AosPJl6Dx1dRV0M8yCQxC0EU9Pwruo4DsCePyB7SS7ncb2TBtwIThWmAPy4f8AFdNvFbW2&#10;lVoW4DpLbG7r6zyYx/XfXNTkHroqaoo8JRVlJURrHR0mpTXRT1B9cCnlAGuVtpAW1g6ydBsntjei&#10;f3gos3HRQROtBPAGiSPSvpMUhK67EC3HH4v7N2F3aWC2dkwJTBr5+v5/b02EiSurjx6Fpoc1tPaT&#10;mhXGZLK0oaomFUZqGjqppZQZTqhEhQm9r2Ivzb8exKodubW23gsntrbO4cji8xl6Fo4M3l52Z4ig&#10;1RRxU5kAUsbLZSLDn3bbLa9S4+tutJC8APL59anUzKqgVUH7f5fLoLszlN65muweazOz6HLbfwWW&#10;SWo2/hpTlamapmU0f8SNTWxRLIlEsjVHjEa62UAG9vYB7XwW8qHP/wC5PK1VNVq0kbZ2NnrPvo1k&#10;/WSrFYgf7PH0/HtXebk8zFEFW9D5HrccATJGOh5qhj6jGyJJSQVVE0IP2UsMYjkSwYRmCYWB/wAC&#10;OD7FmozFFT7jgwYmqMoZ6bz5GuXTT1B8EXklkiYEBV/HANzwb+7+FKIBJcmjHgPTqwfUpIFAOHSU&#10;paSrnwhrI6Wmw08bzpi8e+qrpIoXm8FMaqNQCzN9bD9N+CPbRt3e2AymXr6SbDyfwvHyl5qhmUFS&#10;jeoDQqkX/qLX/wBb2zfbfGEBjajHq8VxKK06nZPF54Y0nHZZEy3h8UbvAft3mZbAlJHY2B5Fyfa8&#10;j3NTUk9dmKbJUVNgFg147DUtNGcjX6hZopml1Agcm6jUf6+/W9rVlhVeHxOf9VempmDKFfLHz6Dq&#10;v2hkMri8RhMxQVWW3JM8Zym5JqurixWLmhQyNX0UdLJG12NkiiVQBf1cCxQdW23q9aTNrlY9ty1t&#10;deSkj1ys6l+FYxrdXubabH/ifb91DKdWkVp5nq8ci1A6EeibN40DFS0c+chpKCELknelpnnqAujw&#10;tHMwDXAuz34/ob8ZcnlJqfdmMpcFfK14MH2GOqZhBR1ZA5qquYhuFP6EP1PJ9oriFIrAmc0HnTp5&#10;NTnGKdd00P3G3qs5dTjhUQ1hrXp3InpIWujrFIi3DBP7Sjj+z+D7ETf+3stvHH42k3tW4rFCB0la&#10;OiyUdSS2nUaYosa2PFrg+6WN6wsvDsICFPnwr8+kw+nSRmUlj+Z6APqeDrzZWS3ceusfufKvmqyK&#10;pyj1mHy0AknhLKtSmUygBlRrm35/P0N/YYbr7NGwKeiw9HXQOaJBDR01ApQCG1v21YWBP5LH6+zL&#10;bduFupupV7mznj0lmcTGhGD0MrbOwG60qq/N4d5Vyqx/dUuR0SNKIxpSOQAkaFAsFXgj+vsONtbo&#10;bJZ+bc1WgxzMzTTSKkeguPUrzVAUXYnkgfU+/XgSdwtPP/Vjp6MBUKjzx0tjQQJjv4bFGPtlpRSR&#10;wknSsATxLGC34C8Af7D2uNmUh3LuDIZTOVEldSFj9g8TGBWI9X7sx9dze3pNv6+y3dZ5WVbe2HCl&#10;aeX5DpTFH4a5PTdl5zhsUBj1p6cQhUjj8epUiHB8cYsDb/H/AG3vDuTbO3ZdzR1Weqak4+ORTBjo&#10;Kx4m1L+iJpoiVZP959vGW6+iEKEKaZJ6aVFLaj1koaqrq8XHJTeNqkxi08sTxQux+svgYqwJ+uk2&#10;/wBe3sZa7dOFweAoKPE0NNRGoiAMyCNKkRX0xBJ5AXb/AFiefZXt+0Al7u6YyEHAPDq3is8uivaO&#10;gwi2tuDObtra/MZSokxuPEUVJj/NUfZSzupadp6OJkhFgQFYqx/xuPaNrcHFQSUmaqt21EIqR5hC&#10;0OuWnudTLp1hbfggC/tesk92CiRAIMfLpzXGraVHSzpM1PUzZHFU+3Nf2TLD5jURR0dUCnpIkKFr&#10;j6G6n/XPsUNr5nC5ELjoa3IZQTLeWargTSAq+qUQPcaR/ZBvb2WXEJte8lVJxQY/Kvqfs/b05kjX&#10;QCn+rj0De+8FuqnhfPpjMJi5MYGko6eirKoySl2BSFqyFY5FLH9ZQrf3G7Bq6GDDDGUJSekl1w1N&#10;JI6I0iN6S7CMAgHnm3Hs127bBaIb/VVmGD9vSNXM85WQYHD/AFf8V1A6bm3XuDOV+T3niocfkKXQ&#10;2PqaFKqSlWNlKvTioqmYMw41KDz9Tzf2E+I6X6xp6SLNpU18OYUPUvQRVRqoS1tVhq5AH1K+ykz7&#10;xeXhiGkRE8TXh0+5jt1LIv8AqPQwZTd+5aDNJQU+3YqrGSyJF/FZalqMQsxtZoXDa7/RSCBf2hBR&#10;VO6MzNQff11NHFK0FGkc6JG6xnSY7A6gD/qgP9f2dzNJt0dAMeZ6bX9XPQhSSx0lO9Q62VE8kpVf&#10;UeLsbD6n2pMvgtybVpIZabb+NpfCjWyQNIlTLGvLObAMw+h1FiT/AE9s2cttesSSWb86dekGj7em&#10;WgzWEzU08dFkfu3XQk9MrTaYXI/Q4tYGw5W/+PsIM9vKbMxpDHM8tQ7BamWVp4iI4z+iJQACp55v&#10;z7N3QQxny+XTKvU/b0/QwxQJohjWNLk6UAAuTcn/AGPsZ9pb1xlBtyLD5zGUVZBUI6B62mhniIdd&#10;IamA1OCvHqNufZJFbiS58XURT0PShwWXSuD0i9z7TrMzXUWTxudyuFq6KSCS2OqngSrEEvk+3rIi&#10;THLE49Lo6/Q/19g1JszEtuxK+lrIUomnE0iGOIxhNV/GjXAB/Fva68LNFoj49VSPQanpbKW8YLrZ&#10;9PqUcjUByAR7MFv7M4un2hTpjKRZ6hKZEBeVGAXRpCRs/CgHk2HtFtG3fS655nyScfz6rI8sjmvw&#10;jpDYGnzzbiy1Rkp41oASKOnhiMTMS3Ms7f2yRwL/AEt7AHraligz4ydVPBFURSa/BDMXVnb6I3kB&#10;ueeQB73uImuFKIO3zPVoCFrTpbVCl4JUAvrjZbf4MLG1iP8Ae/Yx9gZTcnhLGc02OdddSVUPUSrp&#10;1JDCrCw/xPsy214ktBDbjI4/I9NOgDVbpMYHFYaGQz08UT1kTP8AuWu6aiVZrj8nm5Jv7LvR1cjZ&#10;C33Mc01TNZKaplFXMqE/8cSDb/Wv7pcLIe9uA60jDpW+xt21vSp2wr4WPHx4qqrGVS8FKsE0i/S7&#10;sCbA/wCB+vsv+lt3YXdx3aeFeHV6LL2+nl0w5fAUGdMBrg1RFASyU7OWpWJ/tPD+ljxa7A+zHbYw&#10;lMcU+ezFWZCwEkc1UAZXa1/T5OAB/Wx9lsj3O8Xv0lsO0cacB+f+rh05NdpaqFX4j0XrsTfVVt3M&#10;4zZ22MMaitqzoejoC0dPS0v080v2y3vxYLqUf7E29suWzeMyH+QrkPOwuFijeIMb8WIQLx9PZobG&#10;bb6io9Mf6j+3/P1uOZpTrYf6v9X2dKnbGDydIf4pNhlopZP3JHnEslr+pmHldze/0H4/3j2FG+pI&#10;Fxi08dRTR3Qp42nRVX16WJQcsf68ezPboWRDM3nXpuRtTVHQq4PytNUvLHLdipWV4mUOCtwAx4tz&#10;cD2wde7dp6oPDSU1TVug1zZGotDj421XKw6hdm/1/ZbuUlHGpsngBk9OoKDqZmcpDiqf7iomCR/Q&#10;RIhkqJj+dCg/QfU8f7H8e1PuOirsGnlDRxKf92aQ4ZCbekLfn/Ye6WxYKWI4evV8SGnWHE5WgzKF&#10;qeTy6CNaepSj2vY/Q+09gdqVeXyEWTWt9K2uszGNVIPOkr+D/W3tq63JSvhEV+wf6v8AV69OxqsY&#10;JPU+vyEGPiLyq7XB0rGmsn/XHsYZ62l20YSVpJZ0ssU9XJIY0e3Bhha9z/Ti/ulraG4j8Sc0X09R&#10;0wW8WpQ06DWWlqN2LUxrUV9FSyMPNBQrDFUuA3Mc9UORfi4VuPp7dcnuVc3h3ppYlkWaEq0wZoVV&#10;mS19Y/p/r+zbborS2YlR68P9X59JXt3L6q8OkBh+t5ttbrXMU2RnjCzIy0cypV+SJWLMqI30Zvyy&#10;8+wv2111Uw5L+Jy5CT7FW8sNJSxs/lYfTXM55H+PPvV9eCdvBgFScE+n+r9mOlS9mD0LWd3rRUFO&#10;8GgJUuhRhVusSRal4ZkBLE/0Ww9jFT0NVkJXqqiOGngpl0QGVokLW4B45sLc39klxAARbQgufOn+&#10;r59OmRI1yc9BbVbmxW34IaaKoqaqryMjSSJTQ1VToLnU19IsCb8D2y5KihN5RkaZq1CfCihpIE5I&#10;1A/1B/w9qolnt1BZAEH8+qBzIagcelHh8xNUuIP4Lk48fMimeoqAsNU5+ojdPrYj/ah/re2fE7WE&#10;9eajMzDIPM12+6REpBH+Vhp15t/tTf7D2jvr24lQLDgfLqwKIMjpS5HccNDjpY8ZE0AgjISOmu9Q&#10;j2JAkkYaQfza5P8AX2sMnidobcopa+gxtHLUxIGDiOyIfyY42J+nPPtzbNlnuzrvZCq+nSWW8kLC&#10;JFp0EOC3tv8A3bno8LKsuJxzSTK8waJ6mWNOIxJLCiBWf6kLxb8+wby26XzdSIaWKACO+uRgUCqe&#10;Qsai1yefYhmitbKARxL1uKOh1E16HzBbdGHjdpaqeoklIL63Lkt/qiWvb287aymTdzRUSSRx6XEs&#10;6qEVVtyNR5P+wHsPyPDFIJJMmuB/q/y9LWQMlD1j3Hh8XVQifIokviKvHG92UurDTZP9h+fbXm8H&#10;XV1Qj11W8dIH1eOnmijMxVv92ycv/sFA/wAT7O5bqSSD9Jckf6qdJ1RF4dZcTX46KMwUiOJEsGUx&#10;S2UEXAUkBbf4hvarx9dhsTjzRKtPTB2WxY6pnt9WLubn/Dj2VQWUxk+omb/Nny/1cetkasg9MGXo&#10;stlKyGeAzyrCjcI5jp1ufSulbAn+pv7nyPQQUZlP+TrKrEGOP1SMT/bPtyOEy3HiHIB/1fn/AKvP&#10;rT5ND1AX+KyVYpUX7l4mRXM062iQc+hRfgkEf1PsIshTQS5OWrEcYgjKMkkiuWdrX1f8i9mkzKU0&#10;qeqotOhKozItNFHLzNo9QQrZfxYH/D2q8fjsrk6ONIp6egpZWs00vFkP+pAub2/A9oxfpBVY11Gn&#10;DqxRVNW6ZcjV4/H1Hmlhnq6pBqSGAamLfgnUVUf65Pt8qsBg9v4yWURmorKiMr97VXBLfW9PExJU&#10;f4nk/wBB7bskurmfxrg6UFcf5+mZ2YkImB59Jqi3Fks7llp4Wjp6eldXlpqZvMQhHC1U4AF/r6F4&#10;H9T7ARcbE2WeeaskZ9ZaNiBZRfURHH/0U3tdflpBSMdWWqLU9CaPoOLf4f0/w9ryLMUGPMYM3lcW&#10;EjyMoVTb6+y+OzmkUl8deW6BFOok0DzBgbKD9APr/wAU95pOyKOK1PFMJmuBoCfVj9CCbcf63tdH&#10;tkCJrkp1rUXPHpnbb0EkhkYlG+gKMQQP8PawosnJk4YwFjMrx+lEAYJf6aifadmRHxlenPDquemm&#10;qxkWPdpPJKEVgWd3PK25tb2lsjtXNVT1VdHT0hWAkeUr5NB/Olh+f6+3Xu4iRABn0/z9a7YqVIFe&#10;niDP4mP7SlNVpmqFHhjlBWST8Xs3444PvHS1kmMg0zV7Szgemniaxufwqr+P8fbaRNrLEaR04TqF&#10;PXqdUU8VYR+whU8mWRAeB/gfcmbbOe3g6riaOpQXUzlwWsv9ptf0X8/n3qfdrSyi0Fqk/wCr/VTq&#10;qQitScdNlXm8LtilMmYydFRRa9KSSukQNz6Y1BN2P9OPYubG6j8DgV1KYRYeeocLquDyAX+vsGbp&#10;vMjv+jVjWgFDT+XRgEhRdRI6CbfXdu28FjZKmiy1DPIIy8MCVCl5Rb9TBbkKPaqz/X+CoopftK2U&#10;GzFv82WH4sALcezjbBubqssyUBpx/wBX+qmei2S6jDaeNfToENh/JrJbvyz0EmAW0UvjjqIzUilm&#10;XXZWSRwSWH9qwt/T2X/I7c8VUL1bmmDEGSy6iAb2sPZ9NJIiUAz1teFejl4rOLXUqv4PHOUV2h1E&#10;hSRf9RHPtP7grq+CnFLi6SaVIFIV4jcm/wCW/N/9Ye92kcKAvIak9MupJrTp1gjUs00pBlktdWtZ&#10;PwAvtDYSlzmVqZYqktBEpDN5PSUYm7EE8XHti9vVibSgyen40qKnqazBQWP0H+3/ANYexbw22zG8&#10;VqipmEZDnzMNLEckj/D2iNw7LQ+fV6AdMmQykcEUlwoLKVU3u3PAFv6/4e1TlK6KOHTUVISOG39A&#10;NIFtIJ/HtXaW7laev+HrROa+fSYoKVmqGmp6Yl5b3ckjlvVqt9P9j7RlPlKWrrNUMsjIqshdbhf6&#10;ARg/n/H2vZViUIOP+r/V/Lj0nclq14dKpqWSOmKlIy55A+vI5JZh+P8AAe0Buza75BpGVkiRgWd5&#10;Hu7ajc3H49r0nIFACek5j0mjdOFNOsiKL+oCxABtxxwfYc0WJgxtQVWphLRsCGUHh1+gW39f8PaW&#10;eKRu9x06lPLqT7FXFULVdHLUV9QrawNAa+vQANKoT9B7LyzSzCOPAHHp/TUVPWJ3KFQFLFj9R9F/&#10;xPuXjthUuUqTWTTeKGJtQjlk/s2v9F9s3t3KpFvCKk+Y6sAqDUeotXkIqRQWSSRm4Cxrf1H6fX2I&#10;lBU4nCJop4oC6D/OyEOSq8DTf6D2lj2u4l7rhjQ+XWhLU9M1albkbIDLDGbALHdCGP8AqmH1995D&#10;eWRq6TTRtHHTqWFwdK2AJJH9fp7X21nb2ch0irHrz/M9N1Ns7GJVCqrFepqTYh5SXsfpYA/T/Yew&#10;1kyc1XVxs0isWb8G/F+WIvb2rnk0IQetqFGB0s4oI4UCItlAsP8AD/W9rN7RU8chjMieMDUCfS1u&#10;dK/T2gtWMjla8eqyAH7OoBBaRlD6GDjiwuw/BJ9hlk0qslVyeMP4UOlWaQg3vzwbfT+vs3klWJfD&#10;Tpmg49OaLpUDi4HNhYX/AD7yY+liiJghV5Kp9KuWY2jBP1L/AJ/1h7Ry6lXxH8uH5dPLw65f717F&#10;VoI6DERxxQJPNKqgqbNIXPIVb/4+0llpeRp5sAdbbLADHSceWSpyDL5JI4obm6kiMraxLkf717h4&#10;/alXO6y1UghZ2uI7myD62bn6+6XN54h0xCoHTlAB1kq89SUqNoJmKD+z/aP+HHuTmqKChhMNZI8s&#10;WkKqgEr6Re4Ue1ljA5XVw6Tkq329YMbkf4ifNTRKhJ9TG17XsQ3+t9PYc0FHDkMqEhp2aEOt1sTx&#10;f6sB7d3KeO3h0BqHzPTiRmuelGzFIyzEXCk34Avb/H2vMwn8NjY+BYBHHdI0+oAX6v8A4+0m2wRz&#10;APx6bkkodI6aqScVRNpTKNRDPbi9/ov+A+nsvOd3L93XfbGKR7EqdCsSOeLkf7f2IJNEUdAek4FT&#10;np3AAAA+g9rfZWJqKiojlpqexNiC6klR+Wsfp/r+w1f3MXBjXpXGukV6xzSxwxtJKwVADck2/wB5&#10;9jii/bRtcpJKiEMtgRcjk8f4+08CBmBIoOPV2YAEjpLTyGpYKutI3cESXKnjngn/AA9oPLrTu0k1&#10;ayKRdkUn0ix4J9nMeokKvDphUBz59KCmusarH6lFrswt7T2AxuQzGU1Urh6dWsF+uq30/pYD2X7r&#10;eRW6+EOJ6UxIRk8OpM80dPE8srBI0F2Y/wDGvYvtRVNCocgPJEgAQcAEfm/+H19l1s3jqCcAnqx7&#10;jUY6S71tLUu0SvZJCDrPqPP4C/4+4cEtdVTrJUkpTxEakB4Yj6Bifx/UD2sndQPBgGT5/wCr062g&#10;Tix6ytT0dNEfFpMzqdJPJW/10g/k/wCPtQz7kVRHF5goQBQsdibDixB/3v21Bt3hoWAqT6/6vPrz&#10;SenSZXbxnledoQ2pi5MgNjfni/8Aj7bstueKnoXkTmQKTqJ1HjkL/h/T2vsbRi/6hx6dIbjUcDh1&#10;JoNtaqvU40wiwKKCgP8AUt/X+o/4n2A25d7vNGw8l5HsAo+v1+mr8+zxYo4uAx0xpHDpd01HBSIE&#10;iWwH++4H49pfFy1taslncs9hZQRyT9Lj2S3VyivUcOlMYIFOpXsVttbOy8kX3UwJjcW1uxA+vIUH&#10;/e/ZO+4q8ulP9X5dKCAoyeoFXkqSjOmWVRJ+EFy3sQqTZavE9TPVKscQJKqSWYhb6QfyR7Um8mci&#10;KNcnqjOigE9JWs3fBTzx08dNNJJMwVWIAVQz21MPqPaX3BQU9PA8tOjNoVuWJJJA4t7M7SM6gJTn&#10;/V/q9OqOwpUdP+NrJagkS2B4IC/gfn6/4+wId8nU1kiRq73cgBQdSgHkk+zG4kjhHbwHVQD09e3P&#10;7PIf6k/5rR+f1/09lv1K/wCo/wCz1enXvf8A/9ZR0MsK2MLawTwXYrcH6WHvD1JWQHyPXdIpHJ1t&#10;NbnxdTWr48ghivpFqePWB+TrY8An+l7+3talDFIzkIVX8nkE+2ZJW0ChrnrXhqD0HB21LFk6WKnp&#10;5JkkNgyx6EewvYnj6H8e2d66naQqJEI5uTp+n04v72FJSp/L/V/h6a0gedOhHp9vZKCJJftpVICs&#10;qqSRweNXHH+8f4+/UzKZ1CylU+pAIUXv/X29CdKmhrT1606RtT16w7hgn/hrvPjxLUH0K+l3YC1l&#10;ut/rf+ntReSDQAWFzY3LXuRzf3R+4igAp15kAPbw6BSmos1HPNMYZXjN18YiP6OQAFsPpe3Pvrwo&#10;V1a14/Oo3I/xv7cEhU1I6qYUfrp8lVJUGD7WqLSNa3isuuxBZQOf9f8AH+9e22oaMcKeCOTf8f0A&#10;9tSvrb0/z9ONCqgEnh0I23aWrMSGdXujAoqxlj+BdnH1+lj7bAAX4lU+oWuf6/77j35GZaf6uHVR&#10;EpGelvO1oGBonjBTllQ3ub3YX/P1/wAfb1CrrGrM62txpawt/S/u2tmNTx/1Z/1f4erLAnDoLcm1&#10;LNVSUsFFUNdvUZI2kJsb/QfQD63N/eRqnRZjIv1vp1C/uq5OmlMde8ONcnqHDgBUB0SklbmwkZGU&#10;BeLhVH+wt7jSr9y3pk5034bgi3tNNA6qWAr6f6v9WOrqY2ND0rcVXx4dIoqmnkQI6KSITq4/TpIB&#10;/H1v7grhJ5CGMykE306h/tyPbUZnibUy4H+qn2ft6uYIjUk56U1X2TgIkaCOCXzABCxglH04/UV/&#10;P4/3r25RY50PEguALgGw/wB59mMU5JBYf6v9X+XphreNh0HGY3jRyRSk0s5DalDujEj/AGoKOf8A&#10;W9zypijs7D6j6H/C319vPMjNgUNP8teqRwKrY4dIGnD5CsWSmp5WVy51NGygg/Sy2IA/1/cGYhxZ&#10;ZFFxb6j6A/09sMamppX/AA46v4aPXOR0vsPC1Gf3KCcgNdmEbC1yR6jb8f748+40VMDqZpB/UWIt&#10;f28Q2gKo/b/q/wBWa9NmNGbSTw6da/P/AG7xotLIwAsT43ZrAWGlVH1/wv7lrpUWVhx9ef8Abkn2&#10;3oCHhn8sf6v59OeAh4Hh0xSyVNWfJJBUMGNlCq2p1tZQFP0H+P49547P+lg1vz+fryPdmjWlaCvX&#10;vDRfiPTFXTzUkjfcRVFPDp9UQQkAWtqLc3P++HtzhgOi9wD/AFv+f8P9691aRUehWv8AqH+TP2dV&#10;C5q3D/J0GGWy4mqfFHKxSOQtpQOWIvwp4/Nrnn3wqKYyqjqQHQ/kj9N+R7YSBUmLAVDD/V/q/wAo&#10;6UUBTST094Pe0dFBPRVn3DQt61AQssbEXZjbj3jWjuoLAFgLE/j/AFwT7f0KGOkU6oUJ65VW/THL&#10;oWeVKaViyi/IGm4U8f4fUfT3yagBF3AFwAOVF/8AYe9glcL/AKvz/wAn+oN+ECO7PUODsFhK607y&#10;SJHfyDxSTH1cEA/S45+v+2/pmSk0ALqiP+AIJH+sfdKhnqAft/z9bECDuUkHqDX7wFSjSyQ5GNBw&#10;vlBVCWNk4F+P6D6/095ZafywvGHAZl08kf0/B9t3IcUdRwz1tYVLUY9NW19zU2Pz0dTVRSmEyagU&#10;1SKlnv8AuXH0P+I4/wB49tKYqpKmEtcWK3FwCPbZlWVQSucHy/1f5f2daFvpY5qD0Mtf2PtzGT/x&#10;JJRGxIdVZ1ZuRzoQc2/p/vPuZS4iaAKiqv8Ai1vpe1ufbrygxUpQen7fL+XVTbaTUtx+fQe7g7d2&#10;/kqoVk1dM2k3ihRjoZl+quV+n+29ypcG7Rq6yepST9QOfyBf2UPNPHPpRcf5D/q9PXp/wEddPUzB&#10;d17bl8sNWREJVWNdWuTSy3ABRRz/ALf6W9pnKYatjheSJfKB+Li9h9bX9msFwgYeItD9n+H/AFf7&#10;LbWop2tw6F/ZHaO1MxXxUDV/28jkonk1oryfVeSBcn8+0KKWtnkPhB1K7WFwLm/NrezESpWp4dJR&#10;AxfSw6MbLksPjqVWrJFWJol1SaWZdPJXm35/A9q3GYidWR3kGvgMBbkgf8R7d8ZVWtKjy6vJbKQA&#10;p/b0X/fXY+Kip6mmiimSMBmjl8b8XIUC1v7X4uPauWjcKOV1D+yP8f6e2GfU2rT/AKh5deWCi6dX&#10;l0V+o3xj2ncOKlYDqvK6EKSTbki97/kn+vvk+Pndbf0+p/Fz+Rf6+2WmfUCB/q/1evWltRTPXWO7&#10;G2nj55DLUBWJBUBizWA/tEA2H+PvEMbNezMLWH1/FuLcf8R7SOavUL+z9vCv+bqy2sanWT0sU7S2&#10;6tG0tO0guHYFkcEFvwl15/3nj280VGKcBnkU2P0A5+v1Hu1GkXSVpUf6v9Xz9Ongi6qg9F87C7AO&#10;bnlixtLVA3OmSTUVYgcEoAOCPwfbwtVCnF1BuLjVyL/4H209vIcV4cP9Xr0oB7QOgFl2/mq8tUTU&#10;87KzEghDYgm+oAfX2x5fJiBjYhgq6ja5Nvx7TRSMr0YED/VU9WmBKgRno1fUfTlPmcLTzyExz1Uj&#10;o4ICFTq9KMzfm30/rf2FmY3B95I9LJrSJtQD8hiSLWA497mhEqmSM0YcOmgzR4Pn5enVinW3WNJs&#10;yhpZqJIZJtMIljIVkGjnWWF/V/j/AMi9hNXUFZUNKsdS7xhyyxuSAUta1h9fbRlkVBr6dCKcjoy9&#10;HV0USxnwJE7KAxVRfX/iT9OePcCkw0xWQyhn0mwWxCgf4kfW/u4nrQL59bEQU16m1OShjZQrouof&#10;1BJ/H09y6/HtT0azQLqBGhri5BJ4Cj3ciraWPGnWgQRUdRaLIrUVUkDkB0u62I/T/Vj7YEwzzQlp&#10;dRVyAyEc+r/VAe9SDuFMjragEV6dWro1fRx+km/0Fh9bH3mXC01PTyo0XiIcRgg6i2r8j3orK4Ge&#10;vdoJx1jWu8kqCMh1ZGawFgLcck+8SbbqWjDRgMiuP3GNgUPN/wCp92LslA3WgobI682VpFfxtIFk&#10;sf2/q2oG1jbj3Iq8PItP5LWRLWcCwJtyLf1968Q1Cjz6sUxT066p6+GSUxh/WbkoeWAH1N/9j7Tc&#10;2PeaVEu6RkqGaw9R+hH9be7Uqanj03QDpx8i2JvewJtf/ifagosVWU87CIC4VdDEG39DYf196dgE&#10;PV9NDUHqBNWUzRr5GspNmF/obfQn+n+Pt5p4pZnellkLOP1I11On6mw/w/1/behnUOvDr2qhoeoU&#10;80NOi1CpZSPSyWNzawvb3LrqKmooFjiAlaYAMSDZGta7En6+6NGzHQf9Xy6cxTV1DxuQqK2SSSVW&#10;gWFiEW6lpF/1Q4+ntEpQyT1MzU1KgKMolsoBYav1cf8AEe341EY7uHTDNVqdKNpo40XySAax6SeP&#10;x9CR7caOGoWrqEeBnWwKsBwSBcjUeBb6e3C6FQDgf6vLr1HDAjh1HmdDEjLIqm4vzfg/4e3SpEsk&#10;MS00fjdXIlU/Qg/W/wDxr2n0IrFh04xJXGOosDBXczuHUgGNh9f9sP8AYe+FJRRyeX7hAGFwQigc&#10;H6OSP6e9y1C6hivVUFDRs9dz1ToYxE1wTclje/NtIH+PtLVf32NyH21LIzxsdYKXuFP+rH+Pt23m&#10;1J38eqMDqBXpxXx1EYZ41sRYhgLAj+n/ABHt0mkMlEXYyNUMQWUEjj83P+8e2mdtdBw6dWgU1HXB&#10;FCS2AVYwDY8fX8W/3v3Dx+GiyzCOSmIUHWwFxypuCSfr7daoFRx6ZSrHuGOuFZWR0cZkkZbcAX/J&#10;J+nHtyqutqnIs7U7skxj9DsLLqA9P49pvqJYskY6U+EjDjnpkk3fh4FvPUKnr0kAhmHIBJAP4/Pu&#10;LidpVtI4pckpMbM6tzc3H5uPbzXRlQmPjx6aWHwzU9OcmYpDAZqeZJfSrLY8EP8Ap+vvjk9hiV6d&#10;iHeGmL+o3bWh5QMR7TQ3Lg9x6caBPXrqHM0kotrVZLfoLAEm9iBf+ntMVggiqoqIDyHTpRB6WQpx&#10;pC24t+D7XoHca/PpPI4Rgo6dgbi/0/P1/H9faswOJmZZ5KeF9SktIjk+kkerk/1/oPbjKuij5HVl&#10;HmOmrI5CmpTCk8qx+V9MZvcs39B7lwYHIV837BX7ZmYzQSIPJcCxX/Wv9OfadiAhULUdb4tWvWOq&#10;zFBj1BqpUjJChHLDS4Y8HV/vfHtpXY4pKuV6nFyxySMH8Wklf1+llFrC/u9tIhSin1/1f8V14rpY&#10;nrmmax88SzUtbSzRn/diSoyXtci9/ajOypWErSYyMaI2npHNmPjKXIVfww/PHt0sAK14deqrHtoe&#10;mUbwxDvCseQicmoFLMqgftzF9K6z/Qn8g+0rUYyarqaalFI2mNwC6AhgPzf82B/HvSMCag9MFnPa&#10;R0pzURRQvM8qhQC12dQPpwAfa8fZ09TClOHalMnj0q12R42WxYkfT2nmeXVpXNOn6oFGs9I0b1xk&#10;Qln1rUxReZZXhYF1ljJvGFP1PH9faEy3WhwdfEq1r19FMZDIgU6i7G7Rsw/A/A96indiVmWh688S&#10;AgpmvTxgdzUmeo2q4opKVlPMNQQH0nmNweOCP8P8PYlDZ8pxFEkNNJGZLKuon1rpvZV/B/1/ekuF&#10;8bTX/i+nDH+lXh0mDvfHRZXJQy1tO6USK0qR21U4uVvIxPI/1v8AiPeas2t/DMBOkmmKcwtIpckg&#10;oeGRh/Q/19q9Tu3HA6ZUKikefTbit90ue3FHFQO1TRpMaWXxqNKTqvkVy/NiB/Z/IN/aPwm1RlaV&#10;RLEsjQ3KhR+pb3D2t+PwfbjREkMnVImUqQSMdLHPboo8E8f3MqxpK2nXIQFR/wALyfz7WGS2lUQU&#10;sH2sqLCUeKeLV64lK8MB+Qebj8e0jQSpJpK1B8/9X+r8+qrNGyUVqU6SeD7ExeUq6uCeOZJomWSm&#10;kaJljqVvYqjH6Mv+2P1B+vvnQY/H4aGgpoXjlqyHMkihF0g/pBI+p59rRZTyUanHy60bqNV0qadc&#10;KrL1+Xky0s0E1Ni6fxRU6sGLTEDXNJawsLWA5/qf6e1RU42vgo5KryCpbwGaOJV9QkC3PH9f9b2k&#10;urdoiBKuB5/L8v8AV+XTkU0b4Vqk9IbB7y2/lcwcRTxy0MkVX9rPLKwWOVL2UozEXUm9iR9faDxu&#10;0qjdlY1fW0yweND5PPHa5RtS2Vhwf6W4P59szAxKDbjj6dO6lB1THHl0I+5N+YHY1HTU9RVGeSea&#10;OGljiIlcmU8sxW/pFyWY/T2tcRt3H4ypEs9K5ddXrYePSRxqFrXAH9Pbsdo0kWsvk+X+r/V/h6Zl&#10;uwhDoMdB7uffWSzFE8GEq6UI7xD9oCr1q/qMTDSQNX6TfkC5HsOf9GsuX3LWVlbWzPixUNJEzAJ4&#10;0vc6yeCCPpb3sNcRoFAyP9X+r59Ms0Rk8Un8uhBrexMZiMFRylEky0tJCsWKhfyOanxgNChUfhvq&#10;Taw+vtt/udmHy1bhoYfuMUZnW5b0vTsf1E/kEH/b+3CS6DxOPTgIDal+E9P398cJFg6XOVtTHRie&#10;ljlMU11mjnZP3KcoRfUrXU/7x7lvsWkx1fjosUftZKVTHVCOAzB7uLoZB+P8Pd7dv1NLGteqyMCP&#10;0wcdYKbdSVGMqshUxRpTPdqO80cTSwGPUHYP9DcE+xfx2Ip9vQCpxlHO0k6+WaNPIYxLb1PGCDp5&#10;+o9qpvCQaJyCvlXpOr3D90K08ui5ZLclXv8ArazCZbKY7H09FVtBTzK0Qq3ppOfBOPIAS63CuALj&#10;+pPvrF5XcGQrZRPTEeJdcS6DrCk20jUOPbkT2KjVpWg6bkS6LgVP8+ut17M2Btvb8SwVwpoK2YQV&#10;U5q7U7yaTpllKGx+tuLcH6++e7YtxZKCGCkp6l5QLi0Bl06hwVIF7/4e0FzdwQPrjoo/1eX+r9vT&#10;8NrOV7uo/S1H1ztVMnOuUw0CVNU6yStkY4FlMbmyyh3sx9XBBP8AT3Cw/W+7JadKqSsaKf6tFMvj&#10;cqB9A34/pY+y399Vl7V1L/q/1fl0/wDRgoamhHTzvT5K9K7arJMTkMpj5kVSDLRSRVkMTjkeRICx&#10;54NwD/sPa2pevqqqgSnyYiRopFmSXWJH8qE2Poubf6/tVLexFBNEp1edcf6v9X56jgZaq5qOi1bl&#10;+aXXe3so9RtrJVeap6iCSlmpKKgnSGOB1BHNVoXVe4Nj9Pc09awVUhGTrDPBHY03hvG8ZA/S5/I9&#10;tNuF1ItFWjD8x1tbOJDXiT0jq7547fxFDTzbPwM619TMVy9LkU4lh1WM1OY72e3Iufrx9PajOzMY&#10;aVaLzTxQqLEQsqFltaxLXte/tt7u+ljoaCv2mn+r59XS2jVtRFfToFR8zMzQ7lrNwQ7foMvUTBjS&#10;PXl0ETCQSx3WKxNgAPqD/jx7gYzrTZmHlSajx4EqnV5WYestySyoApP+w9pohfaT4khJ+WP+K6Ul&#10;I6dqgdSt4fPft/ckM1HRQ4DE0FVHEGigp6mSqp2A0yhKqSTkX/JX/ivt7O09s/cmrOKpnnIsWbyk&#10;c/X0lrf48j3ZIp1GnW1PtH+b/B1XBpgfs6DWo+YnfFRi4sVBuyGjpowAGp8bTGpsLhD9zKpOr8Xt&#10;z/j7dWocbNF9pLQ0rwoumONoIyoUj9K3H9Px7q9iuoTrWvrU/wA/XOc9W4LpHDoPKDvjtzF1lbkq&#10;LfWcjqslKk9XIarzXmRriWJXusZ/BKgXX6++KUeNpovDBQ0yQ/mNYI9AP59JH9CfagW7ykeK1T5V&#10;P+DPVUABovTdke3+0ctkxlqzfO5PvzoIqIsnUU5YJewdIiAebfUfX3zFPR6CBR0+jkaBBGFt9f0g&#10;W9vFJFOkua/af8NevMoPDpil3/vt6v7xt4biNZcv9w2ZrjOpN7BX18Dk/T33FT0cDE09LBCXADNF&#10;DHGW08WZkAv/ALH3Ro2cUkNftqfnwz/LqoXz64ZLfm+czFDFmd3bkykVPc08Nfmq+pjpy6gM0Ecz&#10;2XVxe39Ofcsy2FuOR9LajYG3tP8ASIzaqcPy6c+demePMZIBr1U0pks8jyyNK7sBcBnkJI/2B98G&#10;qCV0Lew5tpFrgWufz9Pd47COOTxqZPnX8+tmppU46yVuXyFdSxUdTMPtY/8ANxKLL5G/U5P1LN/U&#10;8+8YkY6g7G9z9LW/2w9qjGooY1qOqthajprZbgBQdBFyDqXkm7XP9P8AYe+KsVJNyfpxf+v9fd2U&#10;MAKdaDA9cmUGwsVY8AgEC/0Nr/T3zDB/Sf8AE2v/AE+n+PtsqyCo6vx6xlGRtQL/AOpDEE2ve/8A&#10;Tj3xa4FwRccWsLab8f737spBNCMH/D1Si1p14L6gLMynkn/agtuPp/T+n+t76Ugk6v6G4P8Ah+QP&#10;dnBFAv5deJAoB150ZRZeNNgpvYG97A/g8Hj+vviSLi30+lri9z/re7KKKa9ULCvXNEOkggEnkEgm&#10;4Bvzf8/0/wBv77IFxYm54t+efrx/xX3UFuJFf9X+rh14EE54dcjHIF1OgNrEEn6EHgf7bi4H+w9+&#10;VDyRa/4tb6/Tj8D35nHA9O6hw64yXCqLNb6MDc3B9XJ+pH098lBQ+r6W4/oL8n/efdXIcdnGvWwK&#10;gnr2kMCRwb8kmzN9VUAj6ce8ZcG6gWH1BJNvp7dWMjubphi1c9ZjSlFEhN/7JGkaiAT+B78SFA/q&#10;RextY8/4e9gFySOHD+XW/EbrgkMkuogcA2BXUP7NrnVf/Ye+Wv0kE2J+n+w4+v8AT22Vo1Vz/q/w&#10;9eDeZ65LSOZFsCdItzewBNzxzz75K1l/IueP9iPrx/vv9591de7rYJPn1wkg9bDklRe17Ws19PPH&#10;++/1vffHBNvp/vrge9GtaDrXcO0nrpIWa4TWwLf1twObKeOL+8bD+0OBxwDb6fS49uxnOhv9X2dX&#10;Ddvz65lCrLGQbnUPUBxf66T/AEt+PfgC/wCCeP8Ab83+v+v78SEyP9X5de1Yr13pRAfV+f6A/UWs&#10;o/1v6/T3zsv1ub/Q3P8AtuePdNTHB4fLqrSClB10scjLwg0qL+kW4v6iB9PfE2P+qAF7AmwvbggW&#10;97BKmuCT1ovjrwhkUaiquzenUFJ5/IJ/2/vwKlluf6Ef7AWH+HvbagDQde1gnPXPwSeNvQfTfULX&#10;AB+oPvlpXTb6j8D/ABP9PbettdfPr3HPWEq+pSOBbk6gTYcDgf7bn35Tpvcki/0vx9eLH/efe27q&#10;U/1f6uHVdRXrOlM0oGleRwbC5II5N/8AePfidRCgnn/Hgg/j/ivuqnSus+XVgTWvXS0zRu2sKORb&#10;V6bH/Vc/m4459+KfWx5H0A+g5/PvwkJz1bX5ddGIgqSPSQzMbE/j8Hn/AB98eCPpwODYixsPqb+3&#10;ASp+3ptsmvWQxkMAzKpNiNWoWBP6QFvz9ePfWlbcckGxv+LfX6e/a2rQ9bDY9CeuyCToReACQ1rh&#10;v7QAv77I+jHj+hH+JsfelY/AM9W1U6w6OSo5PBINjc2uLA/776e+AH1seR+Bzf8APHtxmOKjrweg&#10;6yGK6KSOGJ+vFh+b3/B982NwOTq/2H0tzf22qkNnh/qp1Suo06yQUmvUQFESgBuPqb+kj6f6/wCf&#10;fEkLclhcC9ueLj24oL0VRxPHqzDNR1kNHI6oYYyEaQKXPHABuT/sT77DNbgHmxuB/sP99f3pkUNk&#10;8Oq1PWF4QjnUR6GKk3Nr8kAW+vvnYjkE3J/3j/X901KcEY63U06jyKNQWTSAAWA5Buw4v/jz74sP&#10;ozcEfgn+nNr+/IeKLmvW9RVaDz6yoouVTm4F7ci1vU3+88j30dBHBJJ/H5545v7uPEBoRgf6v9X/&#10;ABfTfz6yrT1BcARmwYAsBxb9VgR9SR+PfSkatNubki/1A/Fx72wbRq8uvaq4PXc1JJ4fPc+PhdQ/&#10;QX+psx4PH1t75X1W+gF7EAW5/p7bFE+fp1evWDxaQRcnnUpvqPqPPFvx75oo0kkhrA2H+x+g/p7b&#10;kkJkAGK9XBNCx6kS0hWMk3BUX4PJY2IuB74NJGLatP1IHP8AX6fX26sUrVKV4dUL1PWCCiqZRJ4Y&#10;5ZLJ5HsCdKrYMXK/QAWvf33Yctp/xH5Jsf6D3QMcLXrdSeB65LCzKLvpUNpLXsi8cKDb6/6/vmAw&#10;JZiCAOFH5/2HupK0CqOPn1ftC1HHrI8UPgEcd3qdQ1O5XSqgkki/+8++d/Tc2BueLWt/rn20SQ+l&#10;R14nFT1xSk1KAZCzkXbgAWI/rx/h/re472vyQBf6/wCHtXHXyFeqqwUZ64GFtWlAWH0H9AT+Bfm/&#10;1v7yXA9V78fW/wBfxb21k4Ioeqas9ekgkGlNOkn1FLcoPqC5/HvoGzAk/Tgf7Dkc/X3siq46uHIF&#10;OuIiYKRHct+tubFWNhbT9B77axJ/H+8f7En3pagZz1qtMDrKikskbLcWVQVsdRJ4A/1/yffiNVxc&#10;X/r9OLcW/wBt70rUo3W0UjJ680TQWYRu4ckKAGYC3Nmtf/YD34i1h/rC44+n19+rWp601AeuCBCh&#10;JGptRYA/pAPFl+l/fRFm5NxYD82P4tf3YMdPz/1f6v8AVTrVSB1yRNZsoIe5IYkfQDUbp/X8e/HS&#10;Da4FrH6/Tj8+/LqYcK168Wp12YHXS2ljquAADYjnSwI/3kEe+JZTexBNwPpcg/4392CMOI6oSTw6&#10;yJSyhVLxlYyhd3B06iL2A/1/99x78zqq2PqsR/S9/wCl/dkjZzq4Y62tTw64R0rtMpVGQOjBuDZU&#10;0n6f7b33c259IvaxH1v+LD/e7+6UoaLk0/1f6v8AN1cBvz6yJTKisG9cxuFZf7J+l9V/pY2PHvxI&#10;Ccm5/HH4/HHvw7nwOtKDqz1iWJjMsdvRqF+OFtx9Tx9Pfa2t6vqbf7Ye9PUns8urlwuB14xNrIQm&#10;y3+g1H1HkXt/vP8AtvfgUBP4sL/1+nv1HNCfPpst5nrO1M5Ae2sawttQ9P8AS4v/ALz/AMV9x2kG&#10;r6AAggX5ub2B/wB79qkhIXjn9n29VLEnqTDQN4tdzrUn6HQQtvVov/sOfp75kWF2uTfn+g/P190R&#10;gzUj4deyRXriEKtpT0Lp9IdTq9XpLcf1/HvtHZ+DYL9B9LC30+nussapQ+fn8+vLnj1wlhSDSRqZ&#10;idVvUx1E86v+Ne+yWX9IUi9r/QAfk+6AK2XJB/w9Wao65JTJOAztJ6l1kD1c24AB+h/r7xAx6ixW&#10;5uB6vrz/AF9qD43hhQccccP9X+qnTfz6naJEj8KTBRYyfTj0j8W/Nvx75yONP1uefx9T+OfdIYyG&#10;zgdeJJOOolLE/mfVpUH6arswP5Nub8f194DKQAtr882PI5sW5/3r2pESli9fs/zfb8+tEkCvTkuO&#10;8rliTbQdJZTpPHCWUcH/ABPvtmSw9R1WINxyCfdUDGuBp+XWwcdcIqWp1cUx8aHV6FIDKtxe/wDT&#10;6j3IDR+Mf2rcEfgH6Hk+0JLiUmumv+ry6doCtFHXH+H5CSrCCFo3IDoLMhaJhddKn6hgRY/nj32k&#10;LOLqvovwVvwf8Px7SzXsIOljUj/V9v8ALrYhNNR6UdNichAivMY0lYWkiqSoDRn9SFPwR9eT7kqp&#10;ACkEAf6xv/Wx/wCK+0byK1XBGo/l9mP83+bp1ATw4ddRQES2WMS0q2klhgRWewYgXXn62F/6e8t/&#10;ooJIsbXt9f8AW9tooUamyf8AV/sfz6ucLXrBWs1SXaGmWkjWyhAQTcGwUrfgmxufeNhpGpz6VFwR&#10;9f68+1CyKfg4+deHVRUgUyT0zDG1FTUQU8CNNPUNpjjjBJaRh+lQP9j7yB/QrH6MOCPyL8fT/H2y&#10;gSSQhDWh/wCL/l5db0ngwz1JymPyONP2lZDLDVNGraHDaxGeU+nBB/Bv7wBp5qunpIkb94lpJSt4&#10;44gbEljx7LN23SDb9KoQZScDzr/q/l0pgtDIjTSYUY6HTp7qCHcW193713XLJTbbxFDPAsCTfavU&#10;1KrczScglIiVKg8M1v8AH2z7oytJt3GVtfLUqqU66+ACWY8Iqi5uSeOP6+zjaI7++lDzqAgGeNfz&#10;4f58HotnMQ/Sh+I/PqZ1f13trsveeC2Vg8Vlq6eud/uqutqFShpqClXzT1KSUv00qCBfgkgC/siW&#10;d3/uP/SFVDMZfL7eoHpXR6KRWSm8EqXp6wSICNPPqIHHsV3ErPH4MNKDy/1efz6TQRxx4P7f9nq7&#10;HZXV3Xm2tm4bCYHbu3clRYqJDT1P2NDUPU1tPKRPOaqQE+TyBgbuLEWNufYpYrKY5NnQyZrLUuTy&#10;oqkfFPjJquWCSqWTVSiVJP1a1sGZl/r+B7DsUUzXjBhpUDieJ+zpW+sr28PPprzOM3JJvfFttzFw&#10;0GBmpKmn3Y9fBRQs2MniKn+GVMJaRZEfSwQNpJBJ9hJ/cPFPVbjrqYY6LLbhCrNjo45a7H46cymW&#10;oNJESjF3NtX0sbgcezV4J5XDSYQfl0yGRa6eP8uhLjyRpYaZZFrHpYIlDV9W0ay1Kxx+PzVHCrz+&#10;stxe17D6e3bb9JuTMhI6fKVtJ/AJ2oF2vjab7ammal4sy04AiLj6hrgg88+0t3dQWA8KIDu4sadO&#10;QxiQl249R8icDQschV0uOENZEZZ81VvTSFI7a4iZqkl2jUWKqjWUWsPbNmOqOw9uZ2qzG0YcdhKH&#10;PwmpqaOtkeSsojOB9xSxCPyG7MSfoLA/W3tC2+2kNDKDUcDTH25699IJSfDIp02bb3xtDd9PU0+N&#10;ztBuA4mtFFW1NMpkpJaylAlE8cqDxML2JKMVDgqOR7kbE6XxWz5Yd2b+nhhrqiratoMfimZng0Pr&#10;8lUz2VdTcqvJ9p23G83lilmtIxxY8M+nVAqQsVShYenAdY8vumur5Mnhtn01LXZSiRY6mpyLywY6&#10;KSdOI4miBeRlBu5ACr/Um4DhmuweucdmcpWbcnqKHdeUYUkWRnpIY6aKW+j0+TUIwxHqKabn6kfX&#10;2eQbfGiK1zJqVBULwFR69NiWUtoYAA8eNeoWGwO8aqkosVu5duz4WKLTVUlPWZWuq6nSn7MM080c&#10;KuiH8PqvYXuRf2MvSGcyWJx24q3dUxjlpr1D1UlZBOKuKxZqiKKFmCoBxa/H559k25W/74vo7eFd&#10;K+pxTh5/7HSiacW9uCi1PkB0Xf5cbQyO5sNsrB7Rxf3WVyOdGMpoYqNY6WkBiLrJU1DKBHciyg8k&#10;jj2g+8O2qDcu14k2lnJZZ2yUcNWtNC1T5IwfVHpF/wAmwNrXPsVWW22uzWrIhUn5D06KVNzPdG4m&#10;FABQef2/Z118YPj/ALr6u3BuPOb6o8PU1tXQUkGDr6apWtqKINK7V8KHSNGsabkH6AD/AFk1uLbP&#10;aFXLs9qFHx21TjKCSoqxUQRTRLpDSQTRRkSBvqbKtjfk/X2VRXlssT+Cut2JGAeP29LCI/FJZv8A&#10;V9nRi8Pvbr+fObmwlJl8dPuPG5Oo/jWOYk1iSlR4GVZRYoUCorKdNwRfj2/7qx+14KiXLZh5AmLo&#10;hDQZCOsdYZJ/ELM1yVIJ+q/k/X3W2FzMwj1aTxYU/l0oMgEY0jPU7CVmXlpKRaSGBHqa+WetpauE&#10;wzUdJJUHyKAhX1AfpYggi1r3HsIsZ23FRYXIxS0P3CPUOIjUArBUxRPaNYTa3H5b26baEXniV+Hp&#10;syuRQ9Kmsw8NZU01UZp4JKUP4zAwRiZP1FmN+P8AC3uNRdnjceTpqeKixWArdCwPXTU6SMKX8q1Z&#10;cBR/hp9qJSGbUoLU4DrSMo7T1xpcTDRRTKaivrI2d5vDPP5FDlvIRGihfqfoCbe171tt2BtyZIy1&#10;i1iEO0UUtNMMc0Z9TMSyiN2b6DSTwfZfuc8hMcbYJIB/M/6j1t6pA0g8h02bwyUuNwFVVxx1esKo&#10;/wAkdVq4y3AaKx+oPJN+APaNy1FnhX7hrjTRyY7HzTRwUqnQkSykhplCnggC6Lcf8R7OXdIQsS4x&#10;/g6TxszLnNen+mniaCj/AHQzzwRvGWYF5gsYZmv+Tzc+0xtmhxVNj8llJclV5LMRv9xFjKidoftK&#10;dXJsVUsSP62tf2klMtxN4ZOmP/VjpQihRUdSGMnkVQo0FW1P9SG/sgD/AIn2NO290YzPJQ5FFocT&#10;moPHA1bHRxJLKqjSsLByCbD6G9/ZfcWzK2haunoT0+kqgEeR6TNVipKeGui1VeTx9YHeShnqHbxF&#10;iXkEL2LaWJJ0ElR9AB7TW8aeRKypymZ3BkainR1NPT0cqPTn1elpZ7MEuR+OT9Pa4TyyRiFKIFGe&#10;mwEHw9OWGjpIqOGOhoUoY/GuuPwfbsrAfTxkBm+v1PsJd3bfk3K9JkKFZ3kmRU/ZpmVWANku7EBr&#10;D6n6e9fvDw4iGNaft6o0IZq+vTx7FbE9X7gbbGMmoUgrYUkU1tIksUKqUI9dTE51X/qwPsiTeFeZ&#10;0oQfsr+zpWIUUqCadMNdubC4yvjx2RqxRVE6BqczxyLDUE/WOGcAqXFuVJB/oD7EDM7aweGpaJJ8&#10;nUpmGpUmgx0dYKLEpM/+6IpFszn8fn/be1tglxIpmcBV+fH7c8Om3cklI+A+fSdxG5sxmsjWtTYy&#10;lXb9NWvRLXl5ZcnUGJfXI1EihETUfSS5JXkqD7D7NSDb9NPV5VKFMtPEf4bSLPPUKg0+iSZ5CFuT&#10;9LA+zOOEXB1N8C8fn0laQn9NOI49LGnqVq7GnZ2gjdlklICB3U2KILX4P6uB7QWAx/aT19Nnc/iK&#10;3+AzzB6KsrKNxjgFuRJTO172A4Itz9PaW43S0dja25FRxA49ORxMvHrpMji5qyoxUOQoHyNPGr1W&#10;Phq6dq6njlH7ck1KjeRAw/SWUA/j2Jc23ajcSzy5WrekpI7vBJF63RbjU0nmYFl/wAHtN9c8VIYR&#10;0/oUdx65yzpTBY4kWSRjpEYJS7Bb2uAQCfYydfVWDwdDPS0Rkydc6LE+QnMUASADSIKexIXn/b+0&#10;FzZTT3Cy3LUAOFFT+3/iurtNRKHgP29A32XidyZ77S9VHjMTTHy/ZRRtWy1VSrBllrI7IGRReyhu&#10;PryfaS3buTbVFVzfxDJKa/lQy+MWkJJip2a4LAH629iSG1uHjGs6UFMfs6R+PqNIxQevSq2rjspT&#10;0FMkFHBR0BK2hmlcO0ZP7lRFCAwQv9Qt+P6+0hsaj3lm8tXztQVFNjJUcQ5Gpk005Um6eJx+3yP6&#10;c+ym93C2tJQseSvkP83SlV1RUf8A4v7OlNnMlh8dSla6WLUhWRKRLS1Mmk/VadLuR/U2t/U+3nH7&#10;bi2bl6rMVMNPJlGkLms8qTPoJ1BEUGyj+vAP9fe5Wk3SgNQn7OvBo4+5Pz6w/f0e4seYqNpvDUxF&#10;GDwywHSeLEyAEe3Hc3ZVHuXGfw0wU1ZNDqBMupaSnFrapKj6X/wF/ZrZ2VtZJROPp0hdTJLrB/Lp&#10;FbQ6up9o7gyeaoK6pjXJrH93F5NZqHQ+nVGQVAA4v9fYGx7Tk1HIyU9K9NPOEUR1CtFY+q8IlsdP&#10;1/HPvcjmZiErw6cC6eHQs+RNZjv6wuoqAT6b2vx7VmVwED0dJEa6CGJSqyU9PG3mKgAgF04AsePa&#10;BUkVSIxnp1H1mvp1jjmLyOnilVVtaRgoRrm3p5v+P6e+M1Rtyjo/sI6+KQRlfHBNTpM5lUCyOkVh&#10;a/1Yn3uK1mB8SQ9XaQnt65BpdQvGoFyCRJcab8Na31/wt/sffdPuRcVAamWKkzEyqJUiMMEVLDzZ&#10;YVRi1gv5P1Ptxo1kbw3OlR6Hj00wah6xVFN542jWaaDULGSB2SXn+j/Uewsn3VHuLdMVS1G9C0My&#10;sIqJvEkkwbgLGii/+Ht6cxwweHH/AD9Om46qcnrNDGIYkiDyOI1Ch5XMkjW/Lu3JP+Psx1SZd10N&#10;JipsfmZagU9klgaFmjstxrErDj8H2X28gs0MhNAT/sdPOgILE06Tbx02Cmq8h9zjKOjmkElT5/2L&#10;H+03lHGr/XHst+78Lmdi1nlSlqI9WqQVMixtMfwPUoJUj6G3s3i03KeIxx0hdwMIa9KCmq6asiE1&#10;LPFURE28kTh1va9rj299Xw7q3pl4p62nmqKSnkD+TxWI0mwUzS8k/wCt7J94vbeCPw1oCelVspbJ&#10;wB11V1UFFA888qQxopOpyAosOPZk+xH3TjsPBSUEcfjen0oq1QY05VbetF/tEfj3vYpIbaAyqCGY&#10;5NM/ljh1uSJZJC3mOg52rJtzNZfI5CAefIU02kzS0jwrKj8q8MsoGtQRa4PsANs0e4VyH3ElK8rq&#10;+uedpkhBF+bFyBx+F+vt+7uPqDpNSfKnVo+w0PQmOyKp1kAH0/S/14tYezCUtBhNxRAS4KlNTAAj&#10;1kkirKZBblr8ey95p7UaC5z5enSvQoXV0ga+TKYepNT/ABqZ6SVyY6AUSTRrH9LRuB5Bbi5vx7TO&#10;TzuTwKNQ4LGvU6mEZEE0MKRm/wBHXjg/kjn2YW8VvD/jM+W+efy6aZdRqenk4ulzKwVFeVlC+tEK&#10;EfqFg+qT+g+g+g9zsXRVr05ymbqk+6cavtdfnggjHqIMZuNX4vz7SXFy9/N4aDSv7OnwAi449emn&#10;p6QpQUFKQtgNcS+K7k2FpeP9v/xHtlyW866BJI8HS03B8aowMBYA6DoAFv8AEA+10Nja2v6kw1H5&#10;9JHDueOOpAwMVQqNkJJ55FOoAykqD9bE/U/09ycDlMrmKlI8lBJPPHYiCSn1xoT9P3WHJ/1j9Pae&#10;/uomj0qdI6cRAox11PjcfjaaV6REog/MkkcjRk8Wv9bH2+ORTVoSpWukDPZKSGwpV5/SwX6/63Pt&#10;Ksn6VFagp+3p9FPHqMENTTeSmNGraPVVyg/c8cahccf69x7fMvuVqJYlqppKcxRARwooTQlvRqCg&#10;Af6/sxsbdHjrH+Lz9ekckirJQcekfjdqUlRLUzwwQVInqGaeolZqgNIDplZGlLfU/gce01W7/gqM&#10;f4oobrG+l50vNJybNp0/Un27HAltMSpyRnppzrYH+XT3RbHjpcg9dJWSSqR6KWypTqR+n0C/094t&#10;qbghra+8sM6ww6iHqYtOsjm4jJva/wCT7RbmAU0KcnpZHULUdOmaxkv2EwpTplfQo8ZKtb6HS39f&#10;6ce1HuHPtI8v8Nq4hUuiIjvp0REcA6TxYfW3t6xgSCEM66qdJ9bas9Jrb+29EQTJUrrAskspTW7m&#10;RnJJZ3BuSb8/T2xvUV5ohT/xCPLV0qM7llKU6Ej1a1P4H9B70LuRZC0g0jyHn04wWmOlFBjcfHP5&#10;o8eMdDCVRXUKJZdP6SpQki/9Sb+w60CKuK1X28LFwNcDEAn+liAB/sPermR5FwD1tWHDpWKQUBW5&#10;FvTf6/Tj6+xu28uJoKP7qaq1yCO4jDgE3HpRbfQf1P19k0FlcXVwCwGgH/V/sdVuLlkWijj0Gm7a&#10;nMVT/wAOx1IwMzaDUNGTEiHhnYn6kD6Af6/sPsxn6pskftMRTzed9CypVrrAY/VoyefYnnNvbQ0F&#10;e306pACRk16U+JxD09DBFPX1MxRFLh40QAjkgED6f7H3lqJcdiAtbXUdMKtUEskk8rSLEbX0qpNv&#10;ZdDHNuHwMQnDqzMVOleHU0JNUB4oqmRYQWUGNEQlfobuRf8A23tD1nYEVYWNNJU1KeQ2SJQIRpNr&#10;JIRYC39PZwlrHGvhA0/1ft/PpqrVr59SoMdTQepYo/JpsZAvqb+pb+vt4x+78fW2XJw08USRBYRI&#10;6tJLLaw/T+B7QTWx4RGleJ6cDECvn1jehkj1NSzOju4LAkaApPqsD+fwPeOo3lHSyaHlMSn0xRxj&#10;SLj9IW3AHvaWwRar5+fWterB49ZGx8D8uqu35Zxqvf63v9faopM//FYI4p4HrA9rPOSEVf8AVhjz&#10;/th7qGEfap6sE7SR00yYaOllNTSSLR2F2EEagyc30lfpyf639hjvZP4WXkhZNUqsFMRJKG97n/in&#10;tbGqAAt0nkcg06faWYzQq5V1P0OtdJJA+tvYNU5rZqovUZjUXb0wkHyEA8EAfT3We4cDhQdNR1rn&#10;qR7ESioJIjTMVMupgTqGshSeSx9lsk+pSAel0YAyevexiw1YsUSC6U8Ug0+VjpZrfhVPJ9pkEldQ&#10;Uk/y6d1gdNtdTrOvKmVkGpY/xf8AqT7VseRhnpf4dRTTfbcvK99WqVjy5b8j26sn0xMsuX8vs6oY&#10;1kYV8ukw2If74ZSqhp2qQBFD6bGOEchFUX5+huPfdLtPGxlcnWVHlhiK2EagOZG+gJa5t9PaCS7u&#10;LyTwYRT/ADf5+nKBBnj1zq9xVSMKGnpCtXKshBlN0VYxYm68c/i59ram3x/D1p8bj4lijZtBkYqm&#10;pSfUx/J/r7VQ7NaRqZ7ga3456aOt2qxp0E2f6wbdNRPlszW1DeKPXDS0xYlHjF41QkkD/XA/2/vN&#10;nOyJKI/bw1YAjiDFlYnk/wBsf09mlltdgqiZ0BY+Xp8ukTRuznUxp6dIvbvQONrzLWZejecS1DhY&#10;agjSIlPpRwf1fk/6/wDj7C9t/wCQy7z09DK9TNqtck6Lsbeth9B/h7MZ7q3hGaCnp8vz6ULBGM0z&#10;0N+J6r2thVhkix9LAsCabRRqNCgcBT/xPuHO2RhKyZDRydTrYEaj9QAT9B7J3lN0DoGOnSy6adLi&#10;mjoAuijsNI0qUvwAP6+2XLViqqeOqhpRJ6dSWL/0soHJPt6CIqldNemiSW6nQR/XWrOQR+vkX+oI&#10;/Ht+xORxONokpj4pmdA8jyBXllf/AFTP9f8AYD2gksmklM8mM+XThLfCvTZX0uQqplaKWSNUNgEZ&#10;lSx/qn5P5uT/AK3uctXHJK0nneCC2pk/LAc+j/D/AF/diukBYhU+XTmrw1NfPrC1K6xKrwpPMCAH&#10;P4/xb/H/AFvaf3DnMSo0zPCyWta6ve301Kfz/j7MbW2mKamNOkPiMzE8OpeOo6iFSWZlLG5DcWvz&#10;6R/T/D2nsXLV5Y/7hqQkJc/cH0xqAPrYfW3tq5lt7Y6SanpQqtSp6c5pIYU1VEqqhsvqIAJPGkf1&#10;v7wbgo54KQ/xDIJrtzHAb3Y8nUfr7etJZpe5V0j59NyUrjruCSOTmJGC/wCqKlR/gBf2E9IsMmRW&#10;NFlqGMn1b9I5/wAPd7tmKEV/Z15M9SPYz0+PiaKFWrfGgUWjY8XH+ot+fZTH4y1oOPn0+AK8esLy&#10;lSbRM5HHFvp/W5/HtxqKw46IClYsjLY6+C5AtYD/AIn2qt4lPdJQnptzU6esHiFQW8q2IIIAN7X5&#10;+vHsPJf4jX1bLNO9PG7EXUnhfyB/X2rmuQsfYOH+rPXkWvHqYAFFhwPavix3jpIaUzStDKpT9RMj&#10;C39m30H+J9l0VxIdTt+3p0oTjrGWW7WF2Tm5+nP9T7bpKOloJVSOKVdLWS4ZiR+fUePd9BkWrN9v&#10;WgAvDrmragDx/sPaijrchJDoiitAo0s17XBHJJb/AHn3SLwo+0fF1p6Uz1FeCASa2N3vcA8n/YW9&#10;pPMVUUa/b0qyPVzOAUiUt6r8m4/HsyiVVXxpiMdNg1NB1KW/5+n9n+tvx7n41KrHw+WSlMcps8ks&#10;xUlb/T0j8/4e0NRcP6jy9OngKDPXFgr+nWeb3Cnk/j8e1HQbg0OJFCyugJMrD0oR/qdQ/wCI9+eB&#10;CNDfsH7P9R62QB1AqcetQjRlmVGPKqbFhquNRHtYUec81O05BJJAW3LO30Gke2kihV9HADrYHSar&#10;MIwlREYafzf9Kr/tR95apIq+JWqoizEX0tw2m3Aa/N/emu9FUh4dbWJa9dUUUlBIy072Q/XTZkDE&#10;3upH9f6e5mDwqUqvU0lII7j9em//ACSfZLcyJNMFkavy/wA/TrqUTHn1xy2XXSKeeoRC3BCtpJ/2&#10;A5PtH7sql1t93IqliRpJF2I4sSPYqtI9MAEeNIHReVXVUZ6d8BEiQfsg6DyGP0Abk2B/x9pbE4nG&#10;V1Uuuhp1ZyLvoXVa/wCtmPsvvmlFTUn5fP8A1U6fVF49PtRKYYmk+ukX+lybD6Af4+1bmchR4GL7&#10;XHxx0wIAmmUAsQPqS55/1h7pt+3qy/UXHc/kDXHp02z1ag4dM9JHPkCZ6ty0VyYobaVHPFwv1/2P&#10;tGQbo805gp5JZFPpZrcMT/W/9Pa2YpEoZqV6eWhx06mkhNrotwbrYfTm/te0u14MzSLNUHluLN/y&#10;Ve3sm/eErS+FF/LrZCr0zZDMJinKut1te4Fxxxzb6e1BjcXTYeBoaPxw6uHkAXWf8B/T3X6B3k8a&#10;5z8j1etQB0wVmbNcVUI7KPUqBSEsR+pj/X3IqGJQeppE0+rg/j+rD+tvz7fRQDpXBrTrx7RnrBTg&#10;aixVY2+qXZbcj+yPqbe2PIyRGkZlbxEKSF1cH/Gw9rbe28OQkip9f83TEhocefT1RGc1Cq4Dre2o&#10;KQRx9P8AW/p7Daokcl3NUGVDeyk3v+Bz7VMrg6aUr14Vp0q1C8DRb/XH+9n3IxeOyea1q40019Kc&#10;ktJq/wCDfj+o9op9xjtnCJxHTnh1Xu6xzTQ04LuVXgn8Dgfk+5svXGMQ660RyM51W8ukIPz9Ofej&#10;dXFytEqOmwiDB6a1zkErFYY5GsbcoTqP+Fvc7G4HEUjMsCjTHa5FtJseACefaSW1kJAbienFoMjq&#10;TJWTBAfEELfg3LDj+gv7d6zcDUzR08TeNANIC8Cw+g/A/wBf2rtbCGFdTCrdUMmpqN1ATGJU6pph&#10;rY8+r/EfW1/c6HdEaUwjuSDwVtcsT+QP+Ne3lgWOQyt151Dnh011G2hPUCTgFbFTfhbcDn/iR7lp&#10;BDXwXt+u3DDUfV+R/wAT7StdsJCV4dWK0Hy68zSUEgDElltYg2HBvY39pyowuPoZH8aqsjk620qD&#10;dvpwPagI8y62PVMZHp08UmTmql1ePj6AKfrb6kt7gfZUX+rH6v6j/Of19+8F/l/PrdB1O+5m/wBR&#10;/j9P7P8AxX/D3//X6ofLTweR206R/aIIA+p/4r7wsNzigzX/AFf7H+z13ajt2FetvrMU9NX1v24j&#10;1FmJuF9TNewA+h9uFI7VYmkZnZXXSo/qAPr/ALfn2jluCiBMcersADQ9QK2hix0lHGkccbwvraTg&#10;kO5BC3N+bcE+0bXrUwVZPk0IGPFje31Ht6C7qmnpmSIEdvQk4+OjqKNT4hIzKObDkkcm4/Ht0o8h&#10;41DaieLEuRdm+vA9uGagx00sIJzinSeymBWqcxvGljchUWwUc21N/X27jJarWYi1iLnm/wCRb2w1&#10;07PUf7H+r/Vjp4xrSnSdG1IIlYNCp16gQEH0P0I/x+n559yDlzGhOstcgDkgD/X9ure6gEp1VYlp&#10;XpoOwoJqgyGCKO2p7hLuxYW/V/vHtuqqxmkQux0n83tz9bH/AA9+S4bxCpOOrsg0049KTH4Gnp6R&#10;xBAgf6MhVfoOOP8AeT/vfvPCWZWmUk2I4/H+wI+vvzzPGQa+vWxErDAyOo09NTkrRyRqGZT6rc6h&#10;9FP9Pzbn/e/bh923iZdTKwQm35BK3XV7YuLxqdn+rOadWEI/EOmSm2zSitjmkiiYNKPUynSfwT+f&#10;999PaTGUn+40SO1rkCx9I55B9qobpmXuPy+3/VXpPNFU08uhBl2xj0pWanp40Y+o+kar2spA+vHt&#10;TY+paWULra5AFri3PH+v7sbtgv8AR/1f7PXhEABToPNwYKnipjI0CFkJcekg+kFgAbWuePahl8se&#10;mMS3BW9tX+wAF/8AePaUX7u/DA/1Z/1efV3iDLq/1V6QlJh8bMj1clJaVpLf5oFQw9RK8cf4/wC3&#10;PvNBI6wsSTqAPJ/AH1Bv7WtcEpqBx/q/P/Vnz6ZQN4mny6S+Tw1NNlaeDwqY3lH7YOpWe9lJX/ff&#10;4e03ksjNFG7q7Ot9IPFyfryPbP1DU0ny4f8AF/7HTvhipHr0Lm3NpY2SWJDSxQy6Ncqc8afT6T+P&#10;z7TsGTmea7uyLe9yb/4kc+3o7ntNT1UxCvS7rdtUSUwWKCN3KhAAF+hP14495p82UjcrKxu3Gk/0&#10;/rb3ZruQKAM9a8NSagcOoNJsejkqInlo4gQliSn1BPNmP4H+H+H49s8e5ZqgmNJDdCdRJtf/AFwf&#10;r78Z2ajV4/5OqFKNTh9nSi/uLi6S7mli9YsFCjSob66fa0w+QZ1V5C1+CRyb/wBfbv1R00rgdU8N&#10;zgDoIt7bRp5FlgpoYgZAwVioGlfpcn/Yk+3mTMTO5VXEaJcBR+q6+7+JWjnIx/q/1fz6dEYHb0HN&#10;F1dhaKHVJRfc1lS2t6iUAx8kkAKbfT3lTKvIFCMdX9CeT+fofbb3IUByMD04f6v8v5dORxhu3qO/&#10;WFBTvUeaCLTJwHKra7HgMeeBew/4j3lfNNCCHb1fRVX8f0v73DNHMdQ4fP8A1f6uPTUyeGCT01v1&#10;BR1MqCOnRALl5GUFmDHkRgf7x7ZKjckmtQJCCHFx+OPxf2tEqKeAr0iYsQR0ucT0xh4aeQ/YxlXg&#10;YKWX13Y8sfxf/Y+5SZyYhZf7JsLg3HP9PaaSZAxH+H/V/LpVFETHq6hS9T4d1ejMep1bWV0+saTf&#10;1X1f04/4r7wVG45I/wC1Zf8AVX5/2F/dBOBRq1Pp09pAFV4+fTjQdN4aVf3KJPJb0hEsl/rqNh+f&#10;8P6+5dBudJbL5bm/Lfiw9ueKpIoKD/V/q/1U69Tz6Se6+iKfRJMtKq8WjjUC5Lg8Hi4PPFvaqGXj&#10;EaOsosFJYlrWFvpf3R5MkMMGlPt6qVLDov56VnkqqiJ6FhJ5WVAkWvUqsQCB9P8AC55945M9GIJW&#10;EhZQL3U/X/Ae2LiRFKuKV/wf6v8AUerJGGFPOnTzgehJBlqeOppRFZmZlcBh/gzf4WP/ABrj20Lm&#10;/uoXELNrswFzbUVFyvtxpKqHNCOk4WTXpPQnwdP0GCy1PJU06mHUhLomrSG/TJYc/X8D21x1aeUN&#10;NAuoC5k02YA8nlR7qbuE1Ff9X+fp5Y560Ga9CRV7UrhRCHG19T4Gsq07SeWJrfpOmU/7xf215Td8&#10;FDL4oCCR9SG55+oPt2C7BNG4f6v8H+r5altiuW6cMH0amVojNmkDyuWKqY7KvH1C/wBDyOfc+i3V&#10;5VSR5Lgj6A8/4cj2aCeNhpAFPWnTBQIteFOkLuT4+40eeGkpUWRrLrZbppudTc/Qe3WXdJKL+5pB&#10;4AubkD+vtl3iUmgx/q/1U/ydJC8rHB6RWG+NeIpZ5ZZaNaua+vySIDFGT9NII0/7x76gz4k5Z9N2&#10;BXUeSPqAR9fdTPFQaOIH+r9v+rhTp1YpZRSvU/J9H00J0x0utQrI5WNSsR02JXi30v7k1u4TS0zS&#10;k8AXsDf/AGPtI90iEV4/7P8Aq/y9LYoSi4/1f6v9npl238fMXk8sITERGrAuzppEjAcIL8fT+ntr&#10;otzJUgsZPW3IGr6N/wAj96klagaM162tSaHoRMz0dQUZipo6CFKSHSpaOEA6L3Go3HufLVzSUwmK&#10;69WoAHki44Jt/r+0c80dQGxUf6v8HTjRO2UNOsOB2pQY7Jy0NK/gSnljlZ1Yqn6hcIv44H+9+0PI&#10;kdRKzTRujgn6Cw44+n9OPa6CGJ0BB6RyLOr1bPQ9irrMfTqlNNBNCdIsblzfk/T88+3nG46haEqU&#10;JVxydN2N/rdv6f63t+72oSRgof59eFw4bSBw6DncO+87j64ECPXE1lVnMcWkcfp/qf8AX9zl2/A5&#10;tGAImFglrc2uL3/p7Kms5FOgDI/1fz6eW4L0DClem2TuEU0bSVzFamM6pX/UFjJ5KBf6i9v6+8E+&#10;00dFinKqGe6AAMn9ebf1978OSRaDBHVjIIycYPWeg7zojLJW42OWrhSK0zgiOVrek6Vf8qfqPr7h&#10;TbTSEFA1gzXuV+lv6fX3VYTXSeP/ABfr1o3C8U6UmO7npMooqI4zLpVhojfUT/Unn6j3AqNrGSJg&#10;CtgVI02DNz9SR/vXvfgSRsK1p16OVWJr59P9J2vjPPGhDJI6yL+4DoUopJXnm/twpNu+OPxhPqON&#10;R9K3+vp9qHtqpXz/ANn/AGOvNIEGOk1ke1qT7tJGqFCByG8S3MhUXRgxuOfx+PeLJbVmqKGWGABW&#10;jvJfgeS3Nhb2mMRjXxQtRw/1V/1cOrwyByVY8epmD7gwcecplra0WrQIkU8iBgf7bX+nF+faKwO1&#10;Kxqpoq6Bz6za4+q3+p9rgsc0WoHP+HptgyPXiOhO3d2LiMTjHraWvpyBGG1eRQNRF1A/1/x7EWq2&#10;5RUkCPCximRdR9IJtfkg8/7zf2WvHJHLRjUH8/y6s10pGkChHQMbZ7VyO5KipjkovPS+ZoVkEoiS&#10;w5Bcf7EfQe2WbC4xozURI7VbqQx4u3+JH49uNbtH26sH/V/q/b1RZpGB1rw6XdHvDPGsakqlp4cb&#10;C6CNzqBXgAqL/Uf0IH+v7YTg6ytqhCiDx6RqD/pSwuWLD68e3oo8cPz/AOL694y1q/DpWVW88Ph8&#10;c1bVVGlwbJ4wDJKWICoEH+PHPt4h2xTY9FmV/uH1fu6bAkfSy/7e309veGVFH681xGwogz0jG7Iq&#10;s5VT0K0z46Pw/wCTvMCw1f6pyOP6H6+26vxrtHO8MHgLP6I7aTYj8L/rf7z7SmGjCuR1YS1wxz0r&#10;8RuCnD00M9atVoiUSzhg6Bhbhn/rf6j+ntjx2Oq5JpIqlGCr+m631W4Fx7fEAkFBj+XVfEKNXj0o&#10;stnKKlp0qaeZGLC5s4AAte9yfawpdtK0qvIG03BKleGBFyDb3r6T8Ff9X+Hqz3Cju6CzLdnRwU0q&#10;waHlVW0vrBCurHgX+vHJ5+nuRV7LgkrfPGsSpYMb/qVbWKufZf8ASzRkq2a8D/q/1efTX1cbEMD1&#10;CxXdtJJiEE4nNWshpzGkTMssp/Q0BH4Nx9fbZV7TP3JEcULwOAqFRpsSbEm/tRb2zV0Pg+v+r+fT&#10;0l0hIoeHSlo+08fJj1mmnnhqYg0k8Mql2ItqUDQfyPbpQYegx16dIVkkjN3fjUGb6kf4f09rjalT&#10;qbIPSSS/0nQg49JXKbxy2dhirkqGoqao1fbwlbCREYBdeo/U/U+3eFXBV4WIAFwjDllH00/8a9+M&#10;SVIbI/1cf9n8+qGd8MMHpLVlVE6NDWxjyeRQ9RCzaY5XFyrA/gm3++Htu/htbVVrOkSmM34ayC7C&#10;+o359+SGJEOla9ONMxYVNOlBPvTB4bCwpWZOSKoHjAMatUyMIyB41EdwSbfqJt7aMvQZLHrpQxPF&#10;LIqhgQDa/rWx/I/1vaRVjZyjrn/V6dPPKaakby6We1Ny4HcaLURNUxzwQmSSN1YAa19DEr/UfXn2&#10;nz13QV1ZFlJXZKwkPaP1JqI9RP8Ar+3kilViUpp6p9RDIveM9ONX2pHjRJSij8ywBoxLI/jZrDiw&#10;5Bt/ifa2o8bR457xsomjVVI0gglVsDYj6m/J9qmhUxnUcNj8v9X+r0aa6kLhVU/LoOcnubL51FRq&#10;aT7KaQzRyCR42tq12ZkI9PAIUH21SpS0Ek8w1IxLOF5ALnnV/jf2kKpGO01p1dpJgdRXpcUlRkc5&#10;TUlO4jeEpGkkht5NAH0AP0/1/cmD7vOrAimTUjXLqvIhtZvUPrbj6n3UCImo7Sf9Q6oJZmBXiOmn&#10;IzYbYEVfV1H26U5juqSyjQ9Xr1j9tz6Qwvcge1rRYkUpWOQzTuI+DMvPH4/4jn2rSMSxampQ+n+r&#10;8+mwZloEUivRat29knIrJUY6ShxsKVgSb7WpUv6vSsgY8XH4IH+9+0tlI6qHPwQ/whxFKmqOeKnH&#10;j1ji1wLD/Y+2rN9u1GMEavmf2f6j1u4W9KKw8/8AV5dDptivp63rubJybsFQ9OJPuWnri8iIg1OX&#10;Yte/5IX+vta0mCqVH3FXGpa2pebkJ/ZQj/jXtyUwO2mlPL/V/wAX0+kUirqY1x/qz0VrcPee3DOm&#10;D2xlJWAnMEoCmNTPfTJNG0n09XIJ/wBv7g/wilq6xXlpmJglJ0GIhRc8SW/It/X3ptuSXKuDX7Pl&#10;1QXN0pNVqK4PS1q+28ptTaw8WRpD95jleGravidnkSI66ZmuSHLci3+t7V9XR1Bgip6alLRWFrID&#10;ZgObj68X9oEgs7dj4hBYef8Agz+XSlvqZUqmB/q/1eX29Fx2f2XRZTKV2d3FumLHVwkminpGr2hL&#10;0xclVVWIVzbm9uPz7TNdtjMV6LFJQxyRsrIfK6jQD/gPqP8AD2zNuEJqVBr+f+rPTaWswNXboxO2&#10;O7updttPPFvilgkEiTloLuKiwu12AIDL9Gb3AxWyM3jFkQwwIrM+gwENr/AVm+g/2HtVb7tAYirq&#10;agcCKdUks31hlbHTjvP5I9Q7iajkg3ItYo8IkeZnjihtIPLJGGAL2tdv6i1vbJkNhburJHNPZYXO&#10;oh3VCCeCv15t9R7SnedD6CCfyPV0sCe4mnQj4b5G9CY+iilqd1YUTRKYwYZhUEqq+QSBUBIBA/Se&#10;b8Ee0tQdUbpfLCTIyTxpDLqjkjdGieM/kOp4NxyCPZtDuyCjMafL/UOHXmsFDZYEdOee+XfR1Jtq&#10;fIYbdGFykkkMsQxqy+KuWoUWEUtDMFk0t9A9tP8Aj7HWh2rJTJHHJUrJGFCkMPWD/W/II91uNySc&#10;EaD/AKv9X59NfQorBlJHVc+6vlTiK+epq8bh6mhr/uXZJElElM8HNjpFmBPH04H49532zKzgrVxR&#10;wggkLHZmAP0YD/ivtNHeKg0+Hn+XTjWfiULseokPyqwEVA8k2Ay9flnicA1NYrxQTSJaQwySXIW/&#10;IAW/+tz7zVe06Gt8RlmksiEHSoUsD9CG/B9pDNOHLIAK/nT8v8nSlbaALpYVp03bY+X+a21TZGJM&#10;BT1E1RVCqhd6q0SBR64ZYypuD/qgb++VHtXFUQZVEkykWIkctxfkED/ifbpuLl0o9B/q+f7f+L6r&#10;4MKtqUdJzeHy67C3JUQS0NPQYTxNr1U0CtIG+rMsjf1HHAsfr7cBhcSRpSkiQ/XWiBX+vI1/n/H2&#10;3+sh1g1+3/N/g6cKjTQjHp0iH+Rnajv5anc1bOmjQKV2R6W9wyt4voGH4P1954cdjadSsVFANX6m&#10;MaMX5vyXvf20YKv4lSD9p9Pl1vVjpmzPe3a+f0Gv3jlUihP+TwUk70sMSj9IMcNv8frf/be5SpBE&#10;FWOCNFsbAIoHP1HA92a38ZT4pr/k68GCrjpFvvPd89S9bJuPLNUswMk33k6vLYaR5XDeoX/rfj36&#10;0aepI4w34siqeP8AEW/3v3qK3Udp4ft69qWurrjld3bhzOpavMZOSF2DNA2Qqnh8gW11jZiB+TwO&#10;Pp778xA9KgfhvodX4B/x/wBt7d+jjr3eXD5f6v8AiuqmRiemx63IudMldVOGHIaaZlNgQAwJtwPx&#10;75rIWvfj/Y2/x91aBEAC9bVq8R03S+Rmu7u5b6kseWBsL3/3j3jLnUefpx/h7eEY0Cg/1f6vy6tW&#10;ox10IyQLg6v9t9eCSP8AYe+DM5uOTc/6/wDsLj6+3FRF49U1kdc0g59RFwoN72P1+tm+nP8Avre+&#10;atYBTb02ve5t/X22y6iWHn17xWrXri8R16hqYE34/NvUOPz/AEPvwkuSP9gCD780ekV9et6ic8Ov&#10;GndApsAeSRY3v/xFr/T30zab8824t/hz72ilvLHVa9drTNIbaeAQTcmx5AA/4n3x1g6T/aA/ra/+&#10;F/djGQSBw69qx1mWkYFgBxcG9iAOfr9Of9a3vpWHPP8Axq4/px72yHAH+r/D1UHNeskkAsqql2t/&#10;Ugnm5Abk/wCx98hKvAuRxbi39Pr7qYnA1fn1sSD7euIx8v10cfW4vYC9yLEC4598mkCqADcH8/0v&#10;z7qkZkapx/qp1YvQUr1n+y1avT9OLDgN/Tj88+8JlRPqbEm9yR/vXtQIJJTRRw9Om2kVcsaddx42&#10;eoFo43YAAWQMfzbkj+v++HvwniK8MDbn6j+t+be9tbTq3cpFfl1UTRlcEddSYmtWXS8Ukeuw9SFT&#10;b8WDf63viJQ1zqueDb/X/wBb3swstBTHr9n2/wDF/wCSwkVsA9SP4bJGPVG6n6XsQf6fn3k8qabi&#10;1yOLcc/4W9teDJro3VgwAz1HFBK0pAViAbk2JBvyB/sPfSsW5AHI/rwCfr71IFTtPr14mvn1JXH+&#10;li3BUk8gC/4/tfT/AGPv1x+Ddv8Ae7/192ANasKL1utcjrGaRi2pk0R2uObXH0P49+4Xkm7f4f7z&#10;9Pfu58AUHWjxz1x8JkLIEsoJH0P5Xjk/X/iPfAOpJ9Q+v0v9PbhjkCjH+r+XVajy6zfaMiXI/Ng1&#10;rgi/N/6/7f3kDKCCWubWAHB/1rD2yUc4pT/V69br6dY2p5JB6V4BB5BI4/PvyuvPJ5P5+gH9D/vv&#10;+J9+eJsUHD/V/q+f5de19cJqdwUHjsQB9Bz/AK4H++/3r315UP5sef8Ab/S1gfe/Bk9K9aEnl1lf&#10;GzWF09IIOr6Aj/be8ZZATzYf48+3dLkAcf5deLgnqUuPqJEAEZew4VQfp9Lm39PfNHWQj1XP4J4/&#10;w9tSK8YJpQf6v9WOrrQip8uumx9RCragYkH4tY6fqATx7ySFVUs1gF5J4C2H5PtmIOzaR5/t622k&#10;CrHPXGmTXPHTRJJLPM4jjSNC7s5HACLfn3gjdJRdXFmPFrEcf09q5Ekh7XXIH+r/AFfn00rV7vLr&#10;NX4+poJWhqKd4plHrVwVYXF72PvJcKbar/4f0/3x9sUL9wXHVmp1iSEOit4tBIN2sCb3t9frb/e/&#10;6e+i4AuDa3PH0vf8g+7hGY0I/wBX2469qrmvXB6EubW1EjhmA1H/AILbn/fD3yEgIW1uT/yI+6mJ&#10;gT8h1vyz1D+ykR2DLxGoNwDyDb0n/invJZQt78HkkFb3B549pWeTxNPp9vTgSMrUnp6ioopINa6j&#10;KVAVVvo0gc6ieb+8UsqoL6hZiV4IN/8AjftVBC8jZHDP2dMuypTPUaKinmlamijZmiHmc6Twin6t&#10;/UfX/Ye8ABI1Egc35/1voB/xT2qZ1BKqK9ar5k9SDGA/jCGTUtgB/Uf1t/vR99NUBb3cWFrA2PH5&#10;vf8Ar72ltqp25P8Aq/l1VpUTiadZEwstQE0UkxMmoOUDEXUX9Kj6WFj77E1hqk/wAA+n9fr7bktf&#10;EakPz/1f6v59bDACrUz69SYqU07NT04XU1y7MqsxKmw+n0+n+B9+Wq1E6fSq8Ekg8+3GsfDUFxUt&#10;wxT/AFef2fPqqzxuxUEdvUaswzRpE9SJHlmAKDToQJfTcH/e/faVAszE3Frm5At+Bc/4+9S2h1BQ&#10;KenE18zj5V49eEqaiQesT40loY1XUfJoXRdvIdN7LcfQX+vviZ/QWWxNhwLC345t72tvR9LigHWx&#10;KhHHrLHhg9fFT1JaKLWLyWLXJ5sv9T+P6e+IqYkHqlDMeWuQP9gB/vHugtrqUkeGQPL/AGf9jppr&#10;mFRTUD0oqrbDGRHoaOoERULpZXNz+XDgfmxP9PfB6sEC7Lb8FmsP9h+Pby2jIaaTX7P9R/1fLq6z&#10;xldYYdRabacjO10m1XKlIYHmlU6b3K/UX/xP099Gosv1UFmsoJH5H5v7djtJJDVVNAPT0/1fPpiW&#10;8iSlWGeu0wKGd4kSapWkjb7iSKNmW6clV0g2v/vf44v75xVUSlmMiuNPPqBtzz/sPeptuuZEA0Ee&#10;mD6deiv7VuDio456h1uFyh8cEeNq6UPIoT/JpgJEIBUBmWxNrG4/1/fETIyA+RSWbj+pv/j7bS2n&#10;RzqU0A/Z0qN1Gwwfsz/q/wBX29ONfQvFO9JFRVEcdPToGZlY6WUAPIyAGxP/ABvn3xqMnS0QjFRN&#10;HEZmKIZHRbtbhEJ+p/w97h264umOgYWn5+p6YlvIomCk1+zrnguvtx7uWsbbuIyOUXFwpUVKUNHP&#10;UFIHk5nlEKkBbmxZja/09+gyMVUhMM0cukkMqMGI5+h0n3aXb2gk0stPt/1cevLdIylq0pXj11m9&#10;g5nblZFDnsbXYnzorwT19NNTxTXQEiAzABrX5t9Pzb31JX09iHmT06i6l1BUILte5uLe3U2q9FGS&#10;M5pQ041/ydMjcrXVpDCvXOh2LnX0zRYTJyRVTU6UNQtBUtHVSVkminMRVNLaz+kKTf3jORpIkRzK&#10;gNSoMBMg9a3sPH/UfTke/fu26lcqwwho2PlXPlU14fPpx76GoFfiFfTpxpti7qyE9ZR0mGyMn936&#10;uSPM6KGcignCXZsgQtomtqAVuffP7+lhdYpHRaiZdUaMw8snFzpW9za3Pv37ru508VBWNKg+gp/q&#10;8vL062LqJWEZPd01vtHcuXpanI4/G11TgMVOsVbXQ0zjFUDswjVJqlR41ZiyixNzf3jkyEAVj5kj&#10;VHCyuWWwf6+Mk8D/AHv3YbfMGAKFiRgfL1+0fs62buKlSaUPTjjOvs3UyRJ/CK6rqK6jNTiqaKlq&#10;GaakJ0HIKirqZFJsrW035vb6yEq4mg8/mTxv6AdS6Qx+gDH8/wBBf2kazla48JYyGHceNafl+XWm&#10;u4lXWTg/4f8AV/l6bKja2WpMt/AXx9X/ABGBJKiaEQTPOKaFS0svg06lVQLsxHA5NvfF5okCSSuF&#10;DMApf6XJsPr/AFPA93htrqZnSJSQOIHXnu4Y6ajQnqbBiqmqWbH4eilqauKlllrBS6mcxJGHmuiA&#10;kqi+p/oAbj23125MXjaWlrayq8UddP8AbUQOoNVMCSwhjPJFgTe305+lvdo9sknmeBQo0CrV8iRg&#10;f7HW3uQgrQmvD8vz/wBX7elVtforsHeG5c1svAYWGbKbboEye5tVRT/a4cVMKvTQ1tchaNZnuFEK&#10;ktq1AgaX0t1T2DtSlnNJNnKCOqVQ0kDVCa4Q3AMtv0/0sfayLlm+cam0geWRU/lX/D0hbd0HwKx/&#10;Lp/xXxF72ysBr6bYeU/h6SkR1DmngNYIiV101NPIssiN9VcJpYfQnj3Ni3NiqpS8VfSvHdLslVCR&#10;eU2iFgf7R+nt8ct3qEAJX8v8J/1Dppd9g1dwI/LP+DqDkfjx2TiJFgrNq5+KpkSqZIzhq9kZKJfJ&#10;Wy+VEK2jX1G349xJd5bd/jMW3VytJLm3OlsdHMsk8Pp1WqFX9HBH6ve4+Xr1bV7t6IgGoVpVgPMD&#10;j+0D5dXXeI3lVVFQTk+Q/Pz/ACr1yxXx27Rl2Xk+yZtsVlDszH0Jyy5isMUMtfQBrfd46gkbzvGR&#10;6hJ4wpX1Akc+1DVVkVEIzM6Kz6URWIRQzcKqk/m/sntLKa9DGJSVXJpxP+ofZ0umvYoHCOcnoNdt&#10;7TyW86iujwtLVTw0XlqauSnppKuYU8R1S1E8cQYqgHJJ4A94Z8pS0NM1TkKiGjjRwpeokSNPV9LN&#10;IbE/63t2Db57ybwoELAg/lT1PCh9D6fLr0t9FEDmp9BxNfQefz6nUPXua3PnabBbHxuQ3bU1lC1W&#10;Y8PSzVc0So2lvuvAv7agixMmkf1PvEudx7zCCOoiklkRZtCyx6xF9RLoBvp/xt7cfZbxRQrSmKUJ&#10;r0z+9LfiCaevAdO/+hjfdDjJszkcFkKCgoKqfHPJNQVRgev8ng+ySfRpabX6dKkm4t7k02YoKtKh&#10;6WqpqlYJHikeKZHCzIDqjYj6EG9x7Zm2O+t3RZkYF6HhXFfl/wAX1ePdrd1Yq2F/Kv2Vp0w7k693&#10;ptufD0ee23nsHUZimhraKCvx1RCZqKWQBKlFtduCLi1xcXAuPbCu9MAcm2KTK0cmSR/G9FFKskwb&#10;R5fUqX0gLyWNrezY8s3BhqQBUVGcj1xxz5D9vSRd3Vjq0kD/AA19Pl0I0nxi7aXa6br/ALnZGDbr&#10;0b5E5OreCkeCnWcRJqoqh1qHaUkeOJI2LX+ntVQVKSgtqQ3AIsQSATYDgn/Yew9c2ckR0AHGPP8A&#10;1fbw6NIrmOUagegNy+Eq8ZMI5oKqCRZGS80MsKu8fLePyhfoLah+Li9vcObI0kE6QS1FOkkjWiie&#10;VBNLYXbShNyLf4e10G03csPjRo3DjSi+n7fs+3pJJudujlC3DB/w9KTF7G3VmsXVZvFbezuQx9JF&#10;5K2upMZWS4uhQsEQzVkaNGrXBJu3A5/J9pvLb02vg6qjoMjm8dSZCsWR6eklqESaWOMFpZdNzYAA&#10;3J/p7MINiv5VaWRdKeRYgV9AAaH8+Hz6Z/esTZiBbOfs+3/IK/PoWNm/Hzt7sKgr8rt/Y+WfCUR8&#10;ZyEscdKs9QgVhTUFLWtHJUWuCzQqwAPqN/rPm3Hh4sauQXI0TUpKlJzVRCBtQut5Qbf7H23a7Rd3&#10;FyYypC0yRw/LyzXGeHTk26wxIGXLH8Pnw/wdNWO6N7Mrt6S7Tk2duaiyENLJLVw/wWrknhp45xFJ&#10;LBEwUPqJCoA1iLn6An3Dpd/bVq6OWvjzuPNHSQtNVTecCOCMW/dlLW0p+AT9f8fe25avmZhCoapo&#10;DUf4a8ft6Z/fcSAeIpUn5E9O2X+K3eWFykeIm2BlqiryU6QYt4pKCSOrJ1SeGGeOZovIEUySqXsi&#10;KWYhQT7cabc2JyNK1dRZGknodKk1McqGNRILoxY/S/4v9fe15avImWNkJc5ABBBp8wf8359Nyb7F&#10;q9BjyNf2dJHK9D9m7fzFJt3PbNzlLn6wzNQY1ab7k5BKMK1R9o9H5EkEYZS7KbC4N/z7h5jdWMxO&#10;LlyTTCu8JUeChKVE7Fm0jUFNhz+osQAOT7tBsVy1yyTKYkAqWNafYoxU/l+fTzboskY8EgsfI14f&#10;5OlX198d+w9870g2g+Gr9qQ1UUtTLmd0UNbisckccepjTGaMNO9uESIG5IuQOfaU3L2phtr1O3sZ&#10;Wx1dbm9zTwQUOFxqx1VdEJwTHNUqpsqX9Oom1/8AAcWG02qu8kr6EQ0BpXVTjiooPn68PPqsd3cz&#10;Nojp9vp/L/Vj7OhK2J8RNxdgy7wqsfmKDb209lVuRoX3juClyFPi89V4uRkyD42FhHIsEKRs00ze&#10;lb6eSDZ8rt5YjCY6PJbgFTg45pYo1SuAmmDshkCyR02rQbAi1/dbfb5dwc/SSKUWtTTQB6cdVT8/&#10;l164vWtQEUF2PpQ/bXh0wY742b33RuWq2315ldrdg09Dj6mqqsph5/4Ph4I/OKJFp8jlNJqv3DfV&#10;EXWwNyPcTD9j4LP46sy2M/iD4yjrYKBq2agqI4ZZ6ggL4ARqKjUodgLKfrb8bl2eOBxE0qs5BOKj&#10;hTzPHJ+XXor2d1+HP+r/AFcf83UncPxH7A2xufbm08pkdo1O5Nx4TN5+nwePzg+6hosEiNVNUNWx&#10;QIWfUwgCMQ+iTSfQ1n2XcuJoqOnrqmtENHUzJTQVWlzDLUSSeJIoyL3Orj6e08e2XN5IwiCnRxFR&#10;wPzp5nh8/wA+lMm4LEwjZTWnl/P/AAjpGw9Cb/y+4MxtPDbZgq9zYWhGUyeDnydBDlKDGfbrUJUV&#10;UUjoi+RHQqokP6gLXPvPk83S4unqK6urKamoqeETST1EyRRpD9PI+qxAuefbcG1TTsEjQg1yfIEc&#10;c8MU9em5NzhUduSfIf6v+K6ath9YV+66rHYLEYLMZLNZDIVFI8FLRuY4aqmiaomi+8a0QVIkZyWc&#10;fn/W9o6t7P2rj6qgopsheWvEMgqFiY0VLDUX8c1VUt6Iw1jpJPP19nEewyFWaZlFMBa5Y+X2A/M9&#10;IX3SdqlEoAf9VPXoc6L4Xds5qjz2YGIoqGlwaVyQ4yWtDZrPVVDHq+zx1PTqyX1ei8jrdrqOb2n0&#10;HYu1sxW1WOxlf93JRhjUVEUbvS3U8rFP+l7jn03459pZdmmtU8V3UsaUUHIr6nhUfL9vSmLcGkXU&#10;U0jzr/m+fz6TFZ8Pe5sBhKLdGaxeNp1rZ4IabCpXRnMwmqj1RvXQopjhKfRg0tweDz7VNNk6GqWC&#10;WmnilSQEo0bBwQrENcg/gi3Psqntp4gyuKV/Zn0/zdK1u0YHGAP9XHoKMt1pvLANm6bN4ivoZ8VI&#10;v3UdXC8TB3iV45Ihb1AqyspU2a4sfaby/YW0sPkvscvmKTGyhAVNU4jjYXC8OTa+o+7x7PdR2wfU&#10;O7NK0/1enVEvjMf00wDSuP5HoYNs/Gft/ceyKPcuA2pBl4a9tUUC11PQ5FQLkO8Fa0YYFRq9T3BI&#10;AUk2Cnhy2OYUwgmjmStQzwSQfuRyJ9Q6unFj7KZ7Kdi3iNkYyfX9v5fl0tS505A4DpBr17vlI87X&#10;ZDBVWNk2hVpj8vT5Mx4+vpp40DxQJDUlS4CkG68WNwfbPLv7F0kjpN5YKOE6Z8g8RjoIZWfxiGSe&#10;ThXJ/BHP4Pt39x26qC8neRgef+T/AFH16Sm/uXauinoPM/Z/s9CSfir2lm6BchDVYGXL1itV0O1v&#10;4ms24KnHpGrnIU9JCpjaJSyqzJIbGysASLqCqz9JQw0tRO1lqyRT8atd016l0/i359pU2r6h2UNh&#10;PP8A1efSgXrqAEU935dA3tXqve+6ctuPbu3oKb7zbxDbiXV9s9JIak0jUrtUaR5DIGGj6cH3h/vT&#10;io2pWqamONK7WKUtdVkMXLhCfyPyPaVdovJ6+Cw7K1zxr/q9CelBuljGkrn/AD9CFN0fvJIM/R4n&#10;aEuUym3Xo/40jy01RVUS10Wqln+3hf1LJY+MrcH6/j31V7sxVNQ/fyVEf2OooKgNqidr2WNf9USf&#10;oBf2oh2dppjAzCtM/wCX16rNeMpGgd3p0nMT0T2nkNywYGgwc1JuiPxVy4upkihq6alJH+XVA1Wi&#10;iUket7f0+vHuPj98YnJ09TURyeOnoxGkrToadE8n6OHAte4/3r359gFtWOBwx44/znqk1+1unj3H&#10;DpRb0+PHa+390bZo85Tx5nLbreuWmhxNQ+Sld6JfPVu5hUD0LdrAfpBI4HEfdfZGI2fgKvJZCr8U&#10;EFM8xWH1TzKq6gsScaiPwPbG3cqte3TXd4AFXGo0x9h9T0km3mS4AitATXifL7fPpSbB6J332DuD&#10;HbZwMEtFh6bIio3PUZWSqGFD0rlm/iFFEx1hwhRUW5vxx7KXSb2z3ctaBh6ubHbbpXeo81Ug+4aV&#10;TeNZ/N6SC309LexBcXkG3ItrbDVWg/1f5un4IgAZXyfXq0/anWXXvSWLnzNJhcf/ABytp4aWuq8Z&#10;j1ppa0r/AJyOgpY9XjUC7NY82Go359h5lt0ZeqOZ2zuqhx0mZlnNNjKvKSU8EdDAhMTzJOB5Crgf&#10;Q8XtYD2+YY2AmA8uAwD1UMA+lcDPQsY3EYyn+xyGBlNHjmilnkpKH1UWSSpTXFK8TXCurEtrQBje&#10;zG30GPr6j+wyGL2jT46sWGoxf726ainiakqZaiK7R4+MFRGEJ9GtLm3JJ9hu7kFsTeuSzA4Uf5el&#10;iMdJU8B0HnY9U42zms/PVxTjATJXw4CnrBSXGMqRI0eTqINcjtIo/cjUaQvpGrli443ZWB663HJl&#10;Kne/3ySyS/cR56amNRDJKSb0SwkBQPpZ1v8A09qo5923WMB4vDT1Pp/q4dJpriBVKxqWP8v9X7ek&#10;fWb6zXY2xaukx+x8zJVZGhjmomxM0wxTG4aOmqMhWRUp0n+141ZSv1I5HtL57sujrMnULs+opcTL&#10;jsjH/FqtY0AywJugSRARdrW5/r/X2tO3WkLfqfqMfXIH2dVhMzIdZ4+Xp0sdldc19PgVod91z7lS&#10;amgWhxtWoaLb8L0+mWgje/7hQkgSEk8WHHsTerc/uDdEGdzGWw0eIjpZpKfyZGo+7eYhP2zTqVA0&#10;25/w/qfZRuH7uvLqOyVAxHEDhQdXeNoICQSCegP72o8P17i9n4TC125IK3J5KOnoMbteNKRjEkyv&#10;VV1dU02lgGDaSTqLH6Acn2DOXwu785uLKZeWvpcrT0lR4abFU9WY6cUvkteqp29FwPowH1+lva+4&#10;IhVbSCPQlPIf6s9bhCLQ14+vRoMJV4DA4fFUwEuNSqpkdJKuKbzT1Dx+SYy1Dhi8hN2Nyfp/T2q8&#10;t01tDP0GN3HUYv8AgeWaSGNqOLIKtE8y2VauVZLhVH6m0tc/6/shddyMjR29WUeuD+XT4ltg5Ema&#10;Z6Dqh7X+w3nmNo1VVPuKloaOTLJlaPDzmenjZ7jEOtDcTTDgIVhUkHm/tyx2I65wOXr6CizlVV1t&#10;TD9vkzHHF9ok5i8aukSBgF5t6r3+vtSLTdoESeZlUeg40+37P83VBMJlOlKA9SE3B2buTCNlZNi4&#10;7DxirhyGIoa3MO+TkoYn8kYrohHH4ahgAxRHIX6aj7DDG4/K7Wy+4sdiaWnxVZJL5ocvWBPHUU6M&#10;XVY1KrDYg39LX/2Ps08AXFJJCXr5dUMiAVGOhPafFbgxdFWThqujmCM1NCsz6ah10MsqRWkBjOpS&#10;CBbm49wOx9wbyzm3Kanp8zHSw0DBqnKy6hHJIOGWFIS19X6V9VgPr7X25isojGqAM3kAOkjQxs/i&#10;rgnqFt/Zm2Nu5XK5XEYymosjmVg+7eNSJDBTD9tCG5AuxJ/xPtKYzdEOV2nFhcxPj61oGdqhskXe&#10;lqkQWbwfb2IZRfSDb2kVZHuGfhqxjp8yhR0pvs4lqmq0BSWSNYnKBRdQ2olw3Bvx+L8e+e2aHYm9&#10;8kmNg24KPH49ZAn8Oyk1N94YkJePTKzsdTDjSB7R3UBgPZIdbHJPXlcshameo1bJVUFDPOtUJZFI&#10;IkqaYSRxB5At2SlMR0KDckngC5P19hTi6nbVZveu2/NhqzH0bVU1FFLLNM09GUkK3KsARa1iHufZ&#10;gwS1jBV6kdNR62fSw6ciWCXGl3CXH9lXa3+xsCf9e3s2W0vuMJgc9iaSWaoGPpDPSZStUkBpGtGk&#10;c0TOw4uLACw5t7R0jmvo55hUjgP9X+r7Olcia4gp9ekRuOljq8ht2ScyAVNcaWqoI5QVqYhTySHz&#10;I4CsqMBe/wBeBzcewcyce6Viimo81NXnLPIammip5qaVGZ/0RpMAZL/RXNifwPam6uhqLEYHXo4y&#10;TpXpaIkagKIUjWABYvSmlUC8ePT+m30tx7FLaGx6nEYurGewdbSV+Zpv2snU0TKaK4ujTzy3vq/I&#10;+vsgivFubqsbV0+X+r04jpQ+mNe4gf4eklkdw0dRLTPhc3iqx6CsJr8fTV1PUVNXGAYnp40hYkOj&#10;c88XFj7B7etBJskQY2DGnI5KvkHikgkkqpZzKb64UgsoJBHAF+efYihWiGaft+XSAuJG1RDHSmx9&#10;fTZOmWqpWkMRd47SRSQurxtpdGSQA3B4v9P6X9vuN7MzG26WmoMpiUpI/EsKY6qp45JJh9GM9O4N&#10;v9Yj/Y+0ckEEylwfzr/l6fUMDTh1FrMNQZBxPJ5lnsPHU01TPBNHYW/ZlhYFf9gfb1JmsxnKWOsG&#10;CWnxwl1RQUwFLPMR+lYksLJf6kce00Mdq7mOM1NMnj+XTxGmlT1Mggjpho880jaANdRKZWNv7TM3&#10;1P8AifYrfd19NtekqKQsZI1MldSq7RFVsGEKSyD1EAcm3P8AT29Z2iQztJorXgemZZg7aSfLpDzL&#10;SVu5ailr4owCifw6VxHNrktpklMS/pAJst7W/P19hvXbvxm9q6mxrpSRVtAA1FVyh6krOoslKigD&#10;88n8/X2YXPhQx0JpXy/Z03EDQgHPT7htvw7dFU1JJLLHVy+eogCxRIZmN5av/FyPryLgAfge1ynU&#10;Kbvp6bJbvyUUVbjjG1LBSa5TLGnIWpMR1AfSwH+t7Dl5vcqj6W0QgfxHH7On1hjB1+fSWyu/aTCV&#10;dPR4vDz19NNLK9XUiWOhhgkdrExGr0iQk3LAEf1ufcnf2+aPD4qm2xXGqoaSipVgpAWCRStbREVi&#10;S7Af8Gt7NNl2qG3ia5cVkfJP+Th0ieRpJCyf6qdRtq7Wpp9wZDfcMuOnqcxIscjxxPJPFFAAhhap&#10;1aWYEW9KgW9g5tLObxq8v4BTpPiJw8VKqvAYGU/XU0h5v+R7cvntozpRRX16UoH01YeXQl1kFI0U&#10;k1SBGsYErTqWV4/H6g4dOePaYy+9q/a+4paGCBhEkzmSnpYpFYux9V9YPH+t/T2p0xiMOf59MlmO&#10;K4/PrO0cNRGA6rKjKCNQDAgjg39stTQ1m+82tW1MkccZEztU1sZWP6G/2y2e/wDr+095fFYdCZrj&#10;q8MNctw+fWRFWNFRBpRAFVQPoBwAAPY94Hctbt+gjx4gE0aKFjM0uiL0qB+3Rar34uHt7LrS2SRz&#10;LMKn/D/n6USFCKdMOYwFNmHjaSaWndBYy0yok5AP6PubFgv9VH19pfI7jr8lXFFpaswyluNcC0SA&#10;ekg6fW1v6H2d+JDEoUDT5fPpgpQdOdHQQUcaRooZkUAyuLyMR9WJP5P5t7CDP7rylPllxtapkooX&#10;VYqGkhSCNl1fSeRF5H+v7cJRYtS4r5+f/FdJ0Zg2epYUAki9ybkkk/737HzGSYLctDQVGSxtLTml&#10;jjWMeR1hi0gISsH0ZgB7KkeUBo4DWvn/AKuH+DpXQAauNemmeOtpWZ6eeSdHZ5PC8aSNrY3CLMba&#10;V/HI9uG66nHCjp1wymPGU6+MeWOOmMjJxLw1ibn2ttIDHEUY6mOT6f8AFDplSyE449QdvR5X/KJs&#10;4KZcjK5YxUs8lRDFAHIpwGdVAOn6gD6+wn0YfNZKJY8bBTMGCFtTlJSeNTqhANz/AE9p7kMiGhJP&#10;p0pj0sakU6UgBUHUxb6m9gOP6cexwy239p7d2ckWMjjq8tPD5qyJReBS63KRofyPzc8n2XbXbXlx&#10;cNPdmifhHmfn03NMzNoQYHSCxmZ3Lkd119NPjlodt0iCOiqDc1NbUC3keTmwT6hQB/jf2WLBZCGh&#10;zxrqnFsfFKSStNpEalvqjyWBt+LfT2b3dukh0IeHVVNDw6XxFwR9Lgi/9L+xcyG5Zsdj5s9gZKin&#10;cgIHqw0ulSCzNEinki1vbltBHUJJRtPy6pNXTprUHpvlooqyI0tfFDURt6mQKyowBtZxf2DFRufc&#10;m8qyOlkhq6qHXpE6xMbHVdnEYHH9bH2quLqCCMrjpiOHux1Mhghp08cEUcSD+yihV4FvoPZmdvTR&#10;7Q2sq4tZJq8oWqXewnIt+gW+nPPHsOQ2sN7eGe5HaOA8ul5WlFXgOk5k6BstXpTVhtj40BjjHIkm&#10;vdmkH54sAPaQbd2erjPHPD9okisQa4oyyW/45sACf969mzxw8IRgdePaNI6doMTQU5jaKBUaLhSh&#10;ZQPx+kG3tkocFu3dlZ9pTaKLHRt+9U+cRxBCfVJdCL/4Dk+0N3ew2a6UFXPyz1uOMN3E8Os1ZXU1&#10;BEZql9I+iqoLyOfwkaLySfZhtp4fb+1cbJStBHkZJU0tUVtTK4llP1aCJz6R/Q2v7J0gvr64FxIS&#10;oHl/n6UswZNI6Crd9Zm8xJTQYuvrcUkUyzSNR0sckoiT1FJppAR6voVFhb+v5S2boaN5zLTU08jh&#10;tSRUitpVieCWuNVv9q9m5fu0Me3qvb0s8JV1oo41rp4wwVQ01SypJJYckoOFJ/oOPbINyHBwzpUq&#10;odxZhNoeRQTawQfT29FArsHGAOqSSHTTpxrMTT5JoJPI4SJxIphdkUsPzcfX3H27Ubay+SE8MklZ&#10;WmTU8SqFpacseQTYXJ/PPHvV94hGTQD+fVI21deyD5CnpZhGYY4Y4tKzXZ5zxYFR9B/tj7GXHYTI&#10;QVQmCUjR1BsnjnijiiiHJ1g+okD8D2QXbxslFQmny6VxvHp7ugvr91YeajmppKyugmol1TCWjqZa&#10;iaUCwERUaQCeb39u24crhcVEV/h1OJIeWqk0hi1rs2r6/X2ZbbtYnh8S5JJIwPT/AGOiuS4lDnwz&#10;joPtq47eucyb1Ue5qqPFzsQmMngZgIQ5A9V1sSP6g/4f4lk3/uvF5CJlpaglmNqho3W408Aq31t/&#10;gPYjgh8BNPl5dMgSM2p+jIYHGT42mMU7IxB9Gi/APLavxe/9PYVJuOSih8ePA+2uBrkFzrHLeTV9&#10;f9v7ZIUuWOT05kNjp+9ibsLKx1RlWWoV5ZSWk0BlSMEfpZ3/AN6ufZJfIWm1AcOlintPUarUtCxU&#10;AleQCL3N+LD22bufIU9ayYp5p9R8jMihwi39Wn6n2cRNogDScT5dJsseHXOBmaJCy6Db6H68cXPt&#10;QbbrK2bHTmKeY1MUdpX8ROlLcp5G/P8ArD2WeIJJwGGK9PEhU6x1EcLGMTKhUyCwY2u/9n0/n2F+&#10;Uy9XkMsKdHqpTHMy3CFbsDZRb/Y+zCYrHES1BXptCWOPPqSAFAAAAH0A4A9iVBh910+Blr/tp5A4&#10;tG0zuQ6W+th+P6ey+yvYnuPBB4dOTx1X59RGraH7kUrVEH3P6vEXXyC1vqPx9fYSwb2yGNziQzUf&#10;78TAOWV2A9XIX+n+v7O7qGGSOjZ6TRswNB1LYBgVP0IsfYsZHKUG6aAST1MVMyKodJEB1aVuVBFu&#10;D/T2ktw8CeFCOP8Aqr1cEg+teokFP9qWCBnV2Zrlv035sbn2z0e18ZWUbJDPJKUOrxQJ4o4x/UMD&#10;7TPPJDKQ/n09RdPUln0nkAL/AKq/N/8AgvtKT7Vjiq2XHRVLtGwZ5KxnKf4hV4UD2paQlAxPHqun&#10;zXrn/vv6++6yGeinh8wM5AB1CMeJL/RV/oP959vqEePuNOm+L1HXvYm7LSbJvLMzKkcKevU5C2Vf&#10;6k2AH0NvZbPKkbrHEKkn/L09q0AseoGRqFp6csdRZ2CIFUsSx+gAHtJdgiSdJIMbomnJYhk9dj9L&#10;/wCt7NEHhoXk4+n+r7Ok+kyEtTqRTavCmoFTpHpYWI/w9hXt/btbSVYnrIWqJnOpRc2AJ/UxP0H9&#10;efZRcStO2kYHTiJQfPrP7Gs1dPTxRUWqmNTpD/sLrCsfoh+trf4+3IrYKPEf+fTprTHHrr835/pb&#10;/W/PtHSVWV+/lkaaodQTHHAiG1786bDi/tWXiVMUHTaKa5yeu/Yr7dDw0Kz5A1Fi4IhuE/1g5Auf&#10;9j7JpSbiYrH+3pUF0LU9Q6nWxCxaBJpPqYX0j/Af19uuR3hFHSPHG8SeIFViLaQDa44PN/ayysBA&#10;+thx8/8AV/s9JZH1N02rhkaYTTMXY8luAT+bC30HtM4yvqK2YVNfNFBCPppYM+n68X/r7cuZZHPh&#10;Qjh04tOJ6djEsUbLFGCTey8gXt+SPakrMzt6eIQ+FGAB807izygDhWf62/FvdoIJoxQtU/Ly/Lpl&#10;2qa9NUFHkkmkmapAVrCOnFjHGPyQP6n+pPtHTb1xmPZ6TFY9I1tZp1sC8n+0ufwP6+1H0MYPiznU&#10;fQ8OqB2c0J6nfaSSENUVDSf0jVQsYv8AUEfn3xh3NHk3VKmZ3IuW8TF2BJ/TYcW/1/epH0Ci4qen&#10;TnrMlNFCLQIiD6WtYf7ce4WSx1FV1UctPJUS1IFlRywj9R/SoH093Nxoj7yAOrKndXrMmux1BQB9&#10;LH8f4+3mkw5oA2RyZ1EIPFETYRkC4v7QGSS7YRxYT1/1enVmbSOsRmVm8cTAvfm1jYf4X9pHMbll&#10;bUEdo41uCA4UHjj6c/7z7XpEqHSfs6ZkLU6zKir9Bz/X8+wqqsxVZCsEfheSNWH0cgGx5uD9f9v7&#10;VySiOLSp6aRT1y9mF2TUVi4w6pYaOC2kRg2kY/7U35/2HsNsC9zULqNelinGfPqDWxxOqGSEyspJ&#10;UadQUfkm/HtyfblLmqiYNLLWSuCFSMsULfWxUC3+x9rJ7ieIAVCjqxQU6xvWJSwB5UEEaKC5kYKq&#10;rb63P+9e0vX7amxLlIKdYZCdJY8SKAbcN/X29HpI1tnppQpOOpVPVQVSCSCRZEIBDKbqb/0PtVYT&#10;G0dHSipyAkeVlIhdiW0lvyNdwfaJnluJ9Cmijj+3q5IX7eo9XLOSI6bQSD+4GuLj8qCPbLX6amsI&#10;hlm8atYuylQRax0g+1jssScQD17TU1PUyEMI11gBrAkLyLn/AB9vmN22+VqYG8h8UK8i1lb82Y+y&#10;u5vkiTQOJ/1fs6dSP8R4DqJWV8dHEZHBJ+gUfUn/AFvYgUdDjKedBUlXZAFRbAIgHH4/PtoRTyRj&#10;Tiuet6hSo6SWQyORlgdqONgpBufq7E/QXP4/1vbRmxQmaRlRZFW2gKOB/QH2bRWzJGI/59JBIxJB&#10;HU3DS1zwRmYtE7C8gc3IP5It7Qn8Rq555KdYgkHIX8fn68e9zCK3oF6d4jSelSIU4Y8sOdX+8+8k&#10;LpHKUjphI9vVPoLG5+um/tokMmqU/l9nVlBrQdduCwvq0g/QfT6/1PtfY7as+Xo2lq1eKJhdPJxJ&#10;IbcBFNr/AOv7R/WkS+FbivzHAfb1ubTGKt0jcxumiwsyReRJJb+tEPEaE8vIw+n+A/r7SOYxlLiW&#10;aFQFXVZyWACj+1yDb2dx28hXxDx6YEurh0/4rJHJwLOosrAMtg3I/BPtxoc1iqeCnhhS8gsF51As&#10;Te7X9oPo3DM0h49PBvTrHVUVZPI7eVVjI+liDb+gK+17S1dPUwK7izEAuxFy1h9Df+g/p7LDC+sq&#10;nDrZYLnpH1lNUUkwVW1CxCRgkBb88Af48c+3h8/TGFaOJokH0OgC73+l7e72+1mB/qGyf8H+fptp&#10;Wc54dJqTA1ktQa2cTPa7ASNp0Eckrq+n5/4p7DTdNJj3mV5wXf8AUEH01Hn1X9n8QmeMjgOmkJY5&#10;HQh7cnqPthGFtGp06mH4Xji3tJ08xFZFHSRsASBcG3/IN+OfbEyJHGWY56UqDXpUMt428hFrfQj0&#10;/wCFwfa8rcLDXwxa4Q8hj1MAA1uPq5PHsuhuH0UB+z/Y69KoXPSXhyX2tRMjOBDrspeyi+q5Cj/W&#10;/r7TEW2XhqCyxRRKLtcABrD63Jtb36UM64BPVQ4pUdPf8VpSoIcFjYWAJ5PH49rbFyF1WKOp8bKA&#10;ixIPJc/Qgge2NP0pB0iv+qnToIYZ6TeXjWTU8lN5Y2GppHbx6V/2m9v949rXGbbiMb1VZUE/nT9D&#10;f68D21Jdz3U4ijGP9X+qv2dVkkVBQdBluDen8O8VJQ0ZklYsgI5C2GkFz9T9bWHvDk5YYoJKalgT&#10;QeJJW0s1rf1P9PZnHYi2YSTGreXp0nBMjZP2dcdvy12RqIqyuqpEkBvHSx6kS5P5/Fj/ALf2GmVx&#10;1RIheFJJVa91Fwtj/Qf4e3PrI1GTw6e8M+fQxY2rjFo5WSNwB9SC3A5JP/FfbXS7ciCqZ1kjFwxV&#10;yLknn6H2ie6knNUPr06EAAPn04zZFUuE0SHm2m5F/wAc+xCxxx+PoH8SiNgv+ce1z/rf717Qw2TT&#10;3WqY1+XTUzkY6RuXlyNXUxRp6o2YAot7Bb2vcf4f19h3lsksszqJyoJPAY/W/wBOPYlCCJQKdNK1&#10;RnpW4+j8UK6kGoAc2/w+vPtkOVeE+GNSb2IY88j63/4n22UVjrfq1a9OXhBNz9f8L8j3CqshHP8A&#10;t1BVXX6NwNP+Bv7uAeI6bqCeuaRhP08D+ntwo6igikiBbWCy/p5ZyeeCfaaaNmQknp5TnHWOQSsp&#10;02Btxzxf/W9iTT5ErTqIEVUYfTgE2+pv/T2XRxRFiScjpwkEU6SFXjzJPrmZ2YEm4LWAJuFt9L/6&#10;/wBPbFmrMgmnIZvwq3+n5tb/AHn2bW76kouAOk7Yao6csWPGWiiVgoBJZiOT+OP+Ke0l9xT/AOoH&#10;6r/rb6f8V9u6W9f8H+frfd8un3Q/9T/yb9ff/9DLHFRIHVjLILqArSOyD8gBSf8Ae/eC51+VOu8f&#10;iluA63Bpp8lKYpEEMPDF2WCNZCCQGJktf/be3RY5VQPTqoVgOGsB9Lfj+nthzpajV6oY9RqT0zCW&#10;lmkeGrcmRHb9OtiDf+p/r+T7g1FDBUhjLYOf1MPrf6GwJ9+JZRqH7OtalGDw6daLKz0jxQwoWhFt&#10;NwB6b8C9ufbX/Cokjvp1MW+t+LX449ueMaUPVaClRw6ff4xNLOwB0KqX02N7kcG4/PuPNRtHMNMq&#10;gWuEuNS2Fv0j3SNnYkEf6v8AV/s9abTih6mw18MtNqaNrg6WfT6Tze+r6e+MlNJ4WlvqClRb8/1P&#10;19uBirUPVgnbXrtKuF51hBszKSOb3sP8PeWEeZUUKSVsdTci1weB7u5yGU9U4ceo0zGnMpcgar+h&#10;LKTx/qh9b+1dQwQpCdYDkL9Pxe3AFuPfpGqMn/V/q4/5OnY2BOnoLsrWVr1q+BWhDv8AqCFiVuFJ&#10;JNv8Pp7iPGzu4XSiH+pF+fwD/j7SuRpLUr1etWz5dKOnlWJYBIzSSqV9XIF+Cbg/n+vtljwjT1Da&#10;P0i7G4H5/p/vHvyXLKhB6qyAmp8+lNV5+Clp4ml5ZtKhVuW/2ngf717eKSjWg9QvI/5P9CeBY+/L&#10;PI400oP9VfQ9VEYBoOHSaylWuVBVmWJAOBa5P15sD/vV/b+kZnAldgGsNII+i8/ge3YF0n5Hj9uO&#10;mnI0kDoOMlXLRE0cMUjKA4LL6QQBfVc/1+t/efWqIwsCQbH+gA+pA/4j2cvEghrxx/xX/F9Io2Ou&#10;q9ImI1dXkomDPCHP7ZF9ZJAADMB9bfS3tA5qMyz2gI0sQWW5sD+OP9b2WI5B0twHS8VpU8ejLbYP&#10;ioY3qg3lCaQ5H6h/Ulufx7ijGs1JKSwDH9NrX/xF/wAe7yuQRTHVlAJz04JlohXxoqtIq313Btcf&#10;Q2/PPHtP+J0kMek3HHIupP8AXn8+6GQlaHqpQ6qdKxZInRZQ3B59JAKi30HuTi8Ihn8siOC7ajb6&#10;HnkWP+HtyOXBSvDp3w1P29Neczhp6crEyEgaRc8jjk3H+249iMtNBS09wFjZV9Ivc2t7bEzCvn1q&#10;qKKDPQMS1VZlMgqN5JYmf9w/SO4b1D8f1t7D+orKoVFQYwzHUSDeygfT6+zOOdTGFr0mdNRr0LdP&#10;iaL7al8oRQqBbaQzE2+v+vx7dsNWNHJqkdTIL6+dWkW+h9p55axlFyvVlBBoOmPcWGSpiVUhKpqG&#10;gfp1c21BT/T3EzGQlkv4nCkMSCT9f6+97dJ4TUPXrqIuuOnDE4SniRPPH5QYkTTpHpst/wDX/wBj&#10;b3Bi89SVd003UeokeprcgD2YTMgbWuf8n/FdF8MD1oepkn21EjQo4Nmb0AG6L9QW9qkDVjxEfQVF&#10;1v8AkgXPPssup+6q9G0aFFKt59IynhMeaeoJEqy3Rwp4AJsoAPsPMnPVevSxezi+kfQfS/vcdwSR&#10;r6aKUOOhYx9HSIilUC+j0luST/h7x0mSSkOp5dMqi2hbn/ef9j7UBmI7eqcBnPXVdjPvRo8SmNiD&#10;qbg8H6i3PH4956vdUxhVYWJuCWW5/H1N/dtdGBOevA9N1Js+gjmeSSGPVyA2kauf6D254HNyViGF&#10;md2LKbAHT9fx71caWUMTSnVYyxbh02Z7b1PTOKqKOJAqsGPAYi1xc/X2ItHSkyF1RtXjLE3srH6k&#10;W9l4uNCFQcenSzw0IFeglzdUrwokrx6fuFj1KrCVVPpBJ/ofz+ffKsraYwsrmziN1db29RFluw5/&#10;x9o3RjlTg8P9VOrawjU8upWExVfDVRuoLRNPDIryJqAiBuwQE2+nH+8+wLyUVbJWT+NSQG4WxJIB&#10;4sfayCRkUBs9NODIxHRiqVqdaeLlVBUG/A/s839vtAlUsURlHgt9dV78c+zGO6pw4/6v9Q6SzwMY&#10;9HSfyApHeQKPNf8ATpItf8AW/F/eaJqsVLapP2lJPkY3YA/hfbj3ICUIyf8AV/q/wdJo7U1qeHWG&#10;WCienXREDIVA8aAaCQP7R9ubZWOkCyw3cnSNcnJLWs2m/tCskgPccdGNFVKDFOmx8B/EAYKkCNbN&#10;+3CdIC/Rbkfnn23ZPPPOBwyxOuki9gSPzf34Au9GOT/q/wBX7eqE0FT044fbVNj1AQIZEckNa7C3&#10;Nh7kYqemplSpdybAWT6Lcj2pUFH0nI68KHuHULPUlVkI5aKFFjL3JlsC1h9SBb/YexAoM0sgRWNo&#10;2sAtrAX/ABx/h7rJCsxp5/6vX5/7PTgegx0C2Z2jJSCaemQtOt2Zw+pnIsSb2/1/r7UMNPCxLmBZ&#10;EZG9QUFBcW596ilWEGMtQjh/sdNyeIe4cOguzlZlmiRIa96aeOoi1R6zHOwU82/1/wDef6+40FRH&#10;BIwEQ0hj+ABYf4D6W9nMFyJIhqNCP9X5/wCrHRfMkrP2ceoe4ts1WThR2rW8rxopINySy8WN/qTz&#10;9ffOTNQxvYKAotyp4+t7/wDE+1UckeoFjn5/6vy+XVTE4Gek+vUmSq6Jy1VM0j6gA6gspXj68f63&#10;P/G/brTZmCYC6Bwg5JFj9bfn6+/NBAWqDQnh/q8vl1sM68fPoLs11JubFGb7bITwGU6hFBISrA/U&#10;MALXPH19zZ8jQeP91Ea4Nr2vY/gH2iaFK1U/7NOnUk8tNB0ndtbC7Fgry1JX1MEfqeQDysEkHNzH&#10;e17f8i9pipzuPin+3XQrNb6EXt9R7UQIjghs04f6v83+TpqWUocLQdGFxfV+8J8emSrK6aokCMzq&#10;6MFLH6gm/wDtrfT25UldSs+lT6WAJ/4kA+1fho0dfMdNeKSKuOHQd7u2pu2OmeVV/dRnSIBiq6XF&#10;gzIo/wBt7fEmoyC+ojgekFeePoWt7SPC2ihFQeP2ft/4r59KEnRjWnDHQK1NDvmCqpqRYlklD6lq&#10;nEv7TDltMTXP1+gJ/wBh76jq6AFnCpqXgn83v/VfbIsQqDT8Len+zT/UOvGfW1OnDLYvs2ranppa&#10;itb0qyGQuFsOTojbjgfS4v75O+MqlvNGpH0A1EAf4D/inth9rckEMT/q9a/Z/qp1ZZ0XAXP2f5us&#10;9Dmu1NryvDjWXUVBmkam1u5W51FCLD/X/p+Pff2+ISPQsMaqT9FsGN/pz7bbb5GNNZ/1fnx6cN0g&#10;WrDrjTdh9u1OQaeQtUsobUssTmPSnJKrGPoPrY8+432eHVtcZI/LG4AB/Fzx7UQWVzEpEma4/LpK&#10;9xCTTTXp2rOyO2a6OOB8VCrNYRxrDI8rgG2tQwsP6nnj6294zTYh3Atp/BINwb83AN/bn7vkYEhq&#10;n+f+Tq3jwjtpT8upi7/7boKITTUFPOVXX4nSUfj0qzRqCb/m/wDr+4VbTYgXjDFweDqPq/2FrH+n&#10;t+32ud1/UoPT/V+3ps3cEeAOlftnffaVTGK+TDxUulFdY4ySrkfVmVwbA/U+n6fn3wocbh4z+3re&#10;/wCocfX6/X6+7vt0orqI/wBX+r/iuHVY723Y1Iz/AKvXrBu/tHtTwFnx1HSKqnwyp5ShSwBDRnj/&#10;AG3tSwUGM0kAEAmxBY35N/z/AMV9opLa5UduT/qHlX/B+fTwlhfI6Lpm+2uy1qFaYRaowWDJTaFI&#10;U86lHHI4t77mocTHbWzhrFSusWKnnkf8T7pHa3sreo8vt4Y/yjq5a2TNB69ZsR252pkFkSixlG0K&#10;SCoM4pJSyyDiyEG1vxYD8/Xj31HQYllHp/1rN+B/vX+v781jdxGgPCv+rHH7Mf4Oqia3fFOudf3R&#10;2rDPKJYYYhZGdVpdLeQek2aW/BH4t/xX23viMDHVPODL5JdJkjD3DsOOf6D2pgtL8x6GpT1/1f6v&#10;nXqjz2ikEjI6WUXdvdFft6Khhw+Ligo4ilPkZaeUPBGy/wCoSwZ7kEE/7b26rR4VFRhTqNNzGNX6&#10;bj6X/PtKdrvHlKh/tP8Aq4V/l04bq3Iqf9X+r9nQdSdw9xyvVQtVCYzAx1LLTaEJXhXKKOD/AIj6&#10;+8yw4p2DiFVYf2lNmPN7e7ttl7CpRTWop9mPl02Li2kPDI6TU/ZHatNGsNTXSzUvlWdKaanWSO4P&#10;6mJBPI/qbe8dXhdv1IT7iAyBXDoDJYq/1Bv/AL37KU27cWcnUR/q/wBVOlXi21MAZ6XGF+TXbmIj&#10;kgxFNjoy1O0Msj0kjjwi3AAI/P09548bg447R0kagc3B9Rt9CTc+1Rs7/Clj/q/L/N59b8SGnAU6&#10;RNd3j3JVZCWpqczPLLMGRKb7dVp4gza7RRoBY3/JuffYocGLv9hBdvSzsty/9Abnn35tuvHYLqJP&#10;Glf9jrwuo+ApjqP/AKau8AvgXc9WsUQYpTR08ISm/wBUY/QSpt+b395ZKHBVNkqMdSSgcqGhU2tw&#10;pv8AX2mk2e5C6lrx418/9X+x1f6oMNNR1DoO9O8sPO1VRb0zMAIdZEDrJA5f1OnilUgc3N1sQfcm&#10;mo8ZRKVpKWCFSSCEQcA/i5+n+sD78ltKCNZNRkZ/1eZ68zjiOknuztXs/esofcW48hW2B0pq+2jY&#10;WsNUNPZSeP1EEn8+8hlpgdQWK45uQv1P9PatbGcjTQ0/PqviKPPpKGv3NOrQ/fV9nJDIks12/orj&#10;nn/Ye+bVcDD1BGA4uyhuf9j7YGzMG1BaHiPL/iuq/UoRTV/PqXBW70pYmpYMnmYYZF0vTx1VSkUq&#10;sLHXEpA5/Nxz76Wph/2jkcD+lvbz2E9KGvXhMhyCOmmSizSu0kj1SuSCXJdW1A/1/wB595PuIyL2&#10;X/E2H4/PtkWTqerM+kVPWKVMxOAk1XWSgcBJJ5nH0sNKsbD+vHvxqo1W9wo/3k/4Ae7LZSO9KVP+&#10;Dr3irorUU6jx4iulk8KI7tzdQCbWv9eP9vx74LXIxC6uebWt7ek2uVO4jGOPVFnQmgPWWbA10CiR&#10;4nWMXvqUryfqOef9hb3lepAtdv635X6n8ce00VlqOB/h6caRdNT1jioq2oAhVS5FzpVGPAPJIH+H&#10;498DVAhBrK83/pf62+nvYsW1ltIbH2+n8v8AVw614tUqOnGloKiGGenMRLl1dAiksrgEOD9Tf6ce&#10;+hUqTbXc3/qLWv8AQ29vGydRXTQf7H/FdVWVW4Gp6bKjGVCku8TLe4BKtc3H9n/X99NUIAQWHH9T&#10;a9h9fe1s5W4A59OvF1Byf59Y0xNXKbrDISSLKiFiB9LHSP8AiPeM1cVrmRbfW4JF/wDb+3voJ600&#10;GvVDKmrTXqbHt6vdigo52YsBYxNq5/AW3vpauORvSwvYWsfr+fe5LCaFasuPOv7OvLOjYB6yz7cy&#10;FKP3qeVBc3MkZ9Pp5F/97HvIahFvdrf1I/x/2349sC0lcgoP2/Lq5kVRnqJHh6mYosULMSbKArEn&#10;nkf7f3hNfAv1YX+guRzc3vY+1C7bcSGgHTbXEXEnp0i2hmp01RUM7opBZkiYqD+kAkf8j99itjYc&#10;MLc/7zyPe22yePLL/q/1f8X1pbiJhWvWF9sZCF3ElLIrL6iCpFgvpYn6AC/1B99moRAXZ1AH1JP+&#10;290W0kkYRopNeH+r5dX8SMitesMOFq6idaenppJpW4VIULN9bEmw+g94hXxSOVVrkHmxHA+vNvbx&#10;2yWFNTDHTK3cLNpBr07y7Ly9FTpU1VFLFHNYxM6MAxH10W/x/PuEcxS+YxLIpYXB9Q5/Bt7VjaZf&#10;B1viv+r/AFU6YN7F4vhLx6WCdRbs/hUeWmxlRFTzIrxqYJAxVxqUsfoAfctMhCx4YMbWI/3r2lO2&#10;zEEUp/q/1f6qdKDdRjB49Jer2PmqSMy1FFLFEG4ZkNuDc/4D+nvBUZWlpjZ5Vvbnkce37faZ7jAW&#10;nTLbjAh0k56fMH1VurcUZnx2IqpItVhIIZLMRcekfn3gXO0lriQafqLFfaibYZxk0r8+mxuVuTk8&#10;OnuTpDe0cgjfEzM5Yqy+KTUDfi4I4PP59wpNz0Q+kqkXI/WDYj/XPt6LYm8/5D/L0226R8QOllQf&#10;GjfMoDTUDwt4w+hopLlG+hBAtf8A1/eF910MKgvNEuptIJcCxJvyD7u2w1I4/wCz6V/z9VG7KV7V&#10;JP8Aq+XTnTfFze+QmkjhoKhvDEZiywOwcDi0dv8AH8n6e+Um6KEQtO8q6QuosCD6f68fj35dkKGg&#10;NB/q8/8AVXr37zquBnrDRfGXfM+VTFR0REnlEbeRWjTUV1adR+p/H1+vtP1XYFFAGIfUAODGjMPp&#10;ceoe3BtNqjAOwH5/5v8AV8+mJL26ZaotK9DbhPhRma0x/dyiB3sZVlmjjdSW0uAn1sDcH8+2en7I&#10;gmeRFSZWQEjXG6huL8A/X2YPt+2eHSor+z5+n2/LpOLncCxB4Hpc1nwYpKVKWT+Io6O6ibRMCV1N&#10;p/Xcgf6/t627uOqzM+owtHEeVZiASAbG6fj2lvYrKK2IjFcft/1f6vLpy2Nysw1mo8+kH3X0DtHr&#10;fbImpKzyZBJEhaIRFtRlT9u01ze5vcfn+vuTmt50GOWVEnjeVHMYjBXUXA5H+HtJZ7cjkPN9vH/V&#10;n/Vw6fubyRiY4AacOk/1j8TdxbsfHV2doanHYyqp46t3IZCIXt4wBa5uPyDYf0PsPq/e2SeCOeAq&#10;rTXvCFYkD6atX0/xt7PRHawrq0ggcPl9n+rj0W+HJKdMjGv29HM2p8YeusPVSUk+MNStEF8dbM6j&#10;yEnUUaEE8/gn/evbT/f3K0VIrSqHla4ZhqUAckXv7001qaNIvn/sf6sdOfTyV0q5x8+lZWfGLrbN&#10;5RpFxyQQR6GSJBGbsBYkf63FvebC9iZComtUrH4y1wRIyi1+Bbm/+uPbjGwnBCqB5V60I5om1hiT&#10;889M29PihsCXHlcXSNTTrEUJWBJmva5a91A/2J9qZd41r1J8iLHS3JVyXBtbgEED6/j2lMNoo8NR&#10;mvyp05qn1VJPQa/7KvsWlwypSrLUZZoUSRQsDamBs8qAEm9uT/Tn6j2sqHd1DJQmd5VU3WIBmK2l&#10;YXCn/XPstutnRp1ZDjicf6v9R4cOlsV+wrE6moHHy/4roqm7vizu6k3dFicXSyVGOnaSullhCuUx&#10;0MoWVlQckgN9D7Z33lM0kcNPTyyyOpMjouqOMq/qEjre3HI/r7VRbfYK9ZMgHAJ+X+rj01JdXh4E&#10;AdCtT/EnBpT1Ndm8zBTUsEgiooZGEE9SJYgYnhik0hvUdLX+h/HuRFvnHCV4pamMsgAc3soYnSAD&#10;b+vvc2zwmHxFotM0rn8/Lqse4T6wrA09ekrkPh1uZqWOsxlNKiTOfBDIEabwhdbO4VgAdP4/4j2z&#10;0e5c3TmWpykMcQq5548VAkmp6iNWtGw/H0t7oX2+UfT6AApyR8vXp6SKdKyRPWv8vXoXdxfHTqzP&#10;U9DgNpVMnn23SY6beORaP/gCZIdUqzcKQ7lWJAvYe5tJuTIVdJVVJEELUpOsTT+NRpbS1mAPP19u&#10;yxWXaI1qD/qz9nr0mT6pS0bv5dJrO/Hjr7bm4Nt4hEzddFnWMUEmOxRriXaAyxNUqGGlPpz/AI/4&#10;e2JN4Zusya09NHF4bAJeTiVr2JVz9B/jz7pFJYwBkkT8+tNBcPRtZ/LoV5fi71Ng9qVFZloaiWqv&#10;JPU1BhvJTQqNYQwRgliF508e81ZvetxLSx1lOHqF1KIYJDI1wAeVAv8A7x7dptsy1GBx9a/7H+od&#10;VjS8Viocn7emKh+Juwd40mPrcHXVNPiplhqRWVNOkHlie+kq7G1mABAt+fbfjN/VtfA89QsdPKJH&#10;VKRy3nmF7o0P9kkD6r7aY2BB8NdP+b0/PpQkd0xIYk/6vl0qc78S9jYiopaHG0dfNTSwKZsmjwmj&#10;oygIkWvBPkCueVdT9eDx7UT7xbG0n3lYsjyTmP7WlVbs6SWNyB+R+QPaHw7WRqHCjz8/y/2elaCa&#10;MUStfn0F2Q+LOK3dlYdvbeNJjsdjRVnP5pmaR46yD9uOnjDkeiQWbUb/AJ/Fryt0ZjISYzHPSv4o&#10;Kz0V4j/4FRxy2CvED+bG5491t44Yp38Ja57T6Y9fl8v8nXpj4iqZDQjiPL8+kv8AHjp3aWI3/vyD&#10;P0JyeV2tVU7bTqa1W/hFVPSrJ90tQANJIcRgeqxB/r9ecO66Omlp8PRMZXhp4zLPNKnDsOBMTyCf&#10;9b28bEPqmujqY8FHp+3/AIvpkXMmNBCqP59Ycx8ac1us7h7G3a8eNSvy1U1DhMPj5mCY6F/Q1DHH&#10;dWJ59N7cfq/HuNm9x5KnyMFJQvHUI1OZ6iVQxWFr2MS6OSbc8/X3u3jgigLyxUPl9n+r/V59Ny+J&#10;KwdXNPl0oep/j5sHM7RyeV3Xh6/GTLmmxmLgrZkiqMhSRKphyMscoAQO5ZLC+ki3N/aFwfZ1XW5C&#10;rgr1eKjp45Jo5Y11SVLxOQ6JH+AB9SfbXj28naEAPCtPLp+NHQ0LE/n0O+9vhzsiHC0821sXTrmZ&#10;ZIKMGuqXSjpI6hNLVBkT1FkblQLAnj6e1VVbq3JmcWK/BUSUdDER56mukRH0E6VlgjW+q545I5/r&#10;7YSfb7KWlNbHzPl8vz6ceCeQAyNQDNB0Fm1/jR03sPeFPgews025t05pahsNh8dS1ZpT9rT/AHFX&#10;HVtGD4yqtrDOVBX8349z8huTIVGBMlE601UjUyGWqICkOwWU+NT9eeOefb6w2y3AuEAOrypw/wBX&#10;+rHVS76PCY0A/n0w7S+O21MD2tJBuGA5rAVkWaq6PEY2OYx0jQfuUSvVSL6kIBDXAsxHJH0TOW3B&#10;mIpKJJcjHTQ0kv0VlJrlkCq3kjb9Gkgkcng/19mcU1vCWZUA1cTjy+f5+vSJkaZqhifT5dDdszo7&#10;rB4tyVtJs77+s3HSqJVq6V2jwbU/lkSOgqGvrModFk0gDUoP09qapzebmUzrIlDi8YqT19TOjiWs&#10;pjGGL0qm1rXubg/4e2rc7ZFJp0B2euaYGCePW3iuXX9RyKeQ8/t6ArG9J9U4Oq+zmoJ9ybz33NkM&#10;btjEUs0FRj9rZKn8pWHLywyMeSgQOLEH0kDk+0dNumuyOfxVPJXfbYoVOQq5ZaYSR+eioI1MPkmc&#10;aQJSwNv6X97vBEg0WygEjPnX/V/m62ihV1SZPQ/Yfo3bOyNg7kqsLtaLJbzrMDiMbBDmhT5COgzO&#10;ZcwVYhgju3+TM3qI5YLYX59qDIb0qMjNRHE1NDTUkCztXrUyqJwyx6qdI0B+rEEX5H9Paa3FtYws&#10;0g8Rm4n06tKlxdMDUqF8h/hPQYbF+Km3Np0244t74zJ7kzOVmoIsFVY6lnFJDTTVGivmeSw0iMsH&#10;bUQ2kfT6H36XLZSDD0klEKts1nJRFH5ghpqRpxa7gfRY7Eah/sfr7VpeW8sut1BjWhA+fz9R64zw&#10;6q0GSpOnzJr1kPV+zsxv/N0e5cftmLrjqvHJWPDRpVSZ3LGijafVOyH1mYG5iuWa1l59sG989lNt&#10;w47FJuGGfJVmmoqgkY+5ihOlFCIpIbU97EgAjj3oXRlrc+EI1BotfT1p5cT02ttGrlIjq+wmn+r8&#10;+lb8f9l9b9r125N6r1G2B2/hqmfB7ekybq9HlpIpJTWVqU0saNFojMSsPXpYsL3BHtwhzG8MxWVd&#10;BQy0mOlMNNKI6tj56emlhWzuLcMxvpuOPyPaRr+ytaVQNQ8eOT1v6SR27mOfTr2R6l+PuxdvYvdW&#10;fw1Zualoa/KQGrxNNNUwZLI0tbN5adaWFjrWEKUexsShN+D7DN8hvuHIS4+fJ1UVRFUTxNCQkk9U&#10;TISqQFRZbCxUgHg/19ql5ih1Aqi/sHTv7oWlW6M5SbK6er8HQ5yg2ztqfDzUNNW01WlHDHSU9N4L&#10;xzyk2uADZg/5Fjz7FfHUlXn6eKRM3lKKWloo6OvXREwpa+UiZJnUr+RdGN+Db6c+0m47sY++JAfE&#10;OKDPDJ6dt7NApDjA4dFU3Jkdv9WZfI0dZ1/sjJx5/NV25drhZvtZ85t3G04o8hjaWWQFWqI3ZKiG&#10;G1nRmX8A+wy7My+awOTx+HpctV1WXykMMWLxWMqjU1SpGpRamqIUAGaS/wBFHANvp7M7HdPBtquN&#10;Br6AH/Bw/wAPSBrNGlIUavn/AKvKnQydAnrbeO1cvuOg2XQ47FUmUyUuSzWa2zSYKjrass1VVRUN&#10;PVSSv9vQQ6IZJpX06gbElWt3j8LuGirKWhy26ayOkrKeCtzLJOz5TEVkOmZ8U6LqJ13sH4B+ntw7&#10;pdyREx8PI4/1UPVI7WCOemmtPKn+odKHIbl21m8Bls7tbrnF5vJYqqnx+yFqoMdBt7dNHWKtNT7g&#10;xuTRDCaQDyF9IMiopIUhlJFuq2rmQtFXJuSshoaWh/dolh8tbVOhMxleVjpj1LYG6nSf8PZKu7zh&#10;jHoqa5OKHy/P8vTo1a2iChkGTwH29E3wnffWdduDNbQXqvb9Xn8ruWKmXO1MlDR7aofu2ixYpqch&#10;TUVphqCxWONYxOtypBAuDM1TuTf1KdwIkEOAwfkmSiklc1MBkj0Cc1B5lmJB/pwePb9xeoZFhiGk&#10;txPCv+ryp03a2/hAl8k5/wBX+bo6G3MT1r0ll8XtTzE717Ido1rEx3jXMSYmJp3hSjpAYaKkgRzp&#10;Xhbn1M8jXL1X1+44zjMH169PjqOhp6Wr3hkQ6zzwVlfTrVUtJUS1OlQzxEstmtewJH5dRls3BmAk&#10;dz21FQB6gZ/M/wCAdJZlE51yYAxjzz8v8HQe0u1tl7iz+a3Z3r9luXKZDcG48L1ZtvL0kaRRbZ2z&#10;VpQZCowG36J5JJ3aoYvUVE0bSCPQ4CxFfbvWxbUhwsNUtfW5iTE1Sx5dIcnPJLW1eUuzwVVTDZB5&#10;H4k9RCoulQPax7m+YnxXCqwxTiKeRFf8nW44lC6o0p/m/Z017eyXcdXv/ObcnwmE2jidz4mpm2Bk&#10;anb2NVdvY/ak8NEamDDz1TTyCmjmjlokeCMPNLrl0xhYveagzVBlNz4yTLpSUkGNxLVcziQx01DT&#10;xsFpqSnkDadWoWbi5sBz7QSeN4RjtTnPE+Z4k/5f+K6ejWKPukyfl17eGxtw9f8ATm9MV1pHms7u&#10;bde41pqP7uFK/KZ3N5qdIsznsqXjFlMOuUMxCR21elQB762vV5DN74bd1TQyzpU68PiYo5JIqWmj&#10;1lZqi89gxEQUnQP1N/hwnmk0230usrGgz8/P86npToxVaEnPp0nO3dibW68+Ndd1Fi92wYeLb2Mi&#10;3VuarraeLI5rLFK1spFTtBSshiNbkAsSSPcLFGYxcEEO+4Xo5s1Bs6qoFfH+WqytXj8fWTPlslXO&#10;fNTypJTskoA1EuWIF7XOkcrFMbWgvRJ+oygKTUBQPQV4E+fnjpGvjBmBUdp4f7P8scPt6SXU9DkJ&#10;uvMj37id8qu6cht/EbOwG594YekwWz9l7Vw9dFRZSgkxkhamMZngIV4yzH6IA7sPbPI1XVVmJw8w&#10;XAbZw9aYhCuYjqMlNLTkKz1Dhmb/AF3Y8ckG/Pvf1kkIP0o1SuAC58wOA+Q/mfPrcao1Xm/IZpn/&#10;AC4HQqYvA0GFw29+w8cx7K7Z3ttSGtTL1WzazG7f+wq6Z5sXicRSSxoiQEqC1P5jLIQgnP6bO++g&#10;cp/d2LbstTPmKbItHSD76eCiaKaIqJxE1lqJAQvjZwVX1N+PaaK7uLCKSWYij0NBxrnj5Eegz9vV&#10;1t47g4FKef8Agp0GPxvw2b2ZP2nnuzsfgMJsXJ7chyebaqxdIc3BU0gaTJUtacUzpR0iwGVpqQp5&#10;GZorWa4OTfFHrxWEi/iCTbv24oqKKsqJ0jxlHkaiERlqkGysbKViB4B9R/p7RWskjO10yhUkOF4F&#10;qef+Hj9tOnnXRH4TVoPM/wCAf6uPTf8AHhaqu3v2puXG7QocR0b2bLPAuMGNytTuXcOIxZqaaKrx&#10;1LA4kjgm+9lmrdUbMysIoRqBYF9wj5yekzaS4akrZslLjZMlNNAs33NdTzPNOtOY3V2RyyudIPP9&#10;m3Ps7+sj4vx8h0la1cmqcP5dWC5XH4aHIberJMtW4hMHQZSloaSkrDS40UtbTQweavp5EaImBYgl&#10;O0unRqcA3YgqXBbVxFXtzN7l+9ixMBydLB9zuGaSCjxk9FN5JK2lp09Us8YvHTxWABAb/D2+u5y+&#10;KsMZLVqceVKcfLzHE/IdJJbdFSpHnn/V/m6C3fvauQ232LtTYVJhMpufI5Lb2Vz74jaeOhyGUy0C&#10;yDGUtHkarJtFS4zHtKwlqa+aoHqVIwLMSXvEvidgY6iY0T5XeeWraqdE1xzVmZqZZDV43KTOzGSO&#10;mClbhrMR/Z49+llM7PJcydgFKeZ9Rx/4rpoQySMEhwB5/wCr+fl0k9z4vcnbuT3NgYsvT4jqlMZR&#10;4yrr4YXo/wCEQReTEb52wjf5mev/AG5ohUIWgpVsFZnurSc5NLvympMZncvLislia/HV0Ro6p/HN&#10;LFOBkmqVGjSNF/ADYaiPr7LXvxDT6FAi+gxw4cB/h6XR21K6iXY+ZNesuz+t8F0hV12Y652lTV2E&#10;3FQ1MGTjaJYK2kp6OkMu2qGgls71CSzMVrmcu9j5G/SE9xewpIqaWDMVWJnykdVJS/Y4/cueFBis&#10;fjKKFYauup8eU8rzTuPQjWLsxCkAe1VtdNcR/FUDiVxmtf5fn1uREhPhgAGmTx/n1i6VxtRDQZLb&#10;GJ3TtuCsw9Zko96ZfZWz4Vyc+5NwZCfMY7HPnV8+PK46nnSN08UjqohMrR6yGYqbD5bK5aSjwE0k&#10;2QzFRNmKudrFKWlraNaeLG0tbCx/YpYgAY9dvIbtdifdJt0NiTJI2fL/ACcPTpyCz8dNRwPn0KeV&#10;3HtTY21ancW9qxaDb+3Y6fFrNlCymprMdXMn8SfFyRxr91WVC643SIs62ZDpblXSYGj6xwdRvzMV&#10;0tJk41AymLyla1bjXyjA+J6XG4wceCLlYgTqvdjxf2X2m+TbhcOlwWSH1GK8MfnkVGcYoc9bls6d&#10;iAYPnny9PQf6q56AGs7Iou9t21XT+AnrMltDPYZdwUW+9mYypxWQwuzadoaaeKpz+5DLHI+SrY5q&#10;cVFFAjIi6VDS3kTltrH/AMToaXIwinqMXlK+ev3PX0VI0E9bkqPIaqGiGQWRStOzBUeNEZXjGm9v&#10;rbcN0uPrQ1q1QRjJ/M/4KE/yr05HaCFTrFacB0sd7ZbE4nM12BfLnDbuw2AOP60xVfnBUKuErcJD&#10;DltyU237kVdZRiKfxzVWt1a/0RyCqafd1O9RmIKHHZVJKPFzzZCoybVOGwdMzgzqaeudNcpRTZPD&#10;crccAkH2/bE+Kssk2pgQQAKk/bUYr5n0rnhRq4VimlkC+Q48fX/V+fp0C+4+ma+qpdoQbjze2Voa&#10;Xe+AptuvgNuJvbe24aTQKSWkyUNSEoaZaiWET5KRlljKI5mcKGQhlia3cH8VrdypElLFkKqixVPP&#10;XL5YWQUamRTV1ZkeOJF0yOxFy1wSSQvs2fdPEuCjmoGaV/zU6TNZKU0EY49Gjz22tizbfh68rWqM&#10;k2Cxs+55cVhpXoMlpFfKIKpMZgPtIneecTRQQhVS4OlQFuFFlsXs/H4qqr456bdu5TV0bSu1JHVR&#10;RvU1wjqjTSOFJbxyuFBbTzwlhpBdNNuV9IZZSEjHAVBbj6Cvr6+nr0oQRxgRovCnlj9p/wAw6DHa&#10;O6O69zb5xmNyOxJOquqKPH5UUMtZmKQbkrkpcTpxUVfRUkk0dNGJU8jqnrRVs0pLHVEy+DpdxYtM&#10;UnixwkaKsqMUI1jropMeuqR1jUrCkBbTeMkMbaube/Q3FxAPBFSp6q0Ecvf5/wAv9Xp0u8fn325l&#10;pMrkVrcvSLGMfj9zRTpLgKqDM5KM46immZ5q2etABtPHCYbMU1KW9pCi27j/AO7GUfOPM1QaONhB&#10;SRzzRNTpXstIJ2ptKGISxofLICuq4WwuArguHJCKaA8anpLPEUIULXpcZnceS/vXtvH4mkxs9FUZ&#10;SppqypyGQpKOannTECukSgpqhXmlqvt3kb7eIIfHrdyFsGhYDMVuZzVDtnO5aOl27RQzq6YhqWgp&#10;YZTQs6NWVMikDRzpDXZiS3HtZJfTwAx29AxxX1/2P8uek8dsNRnK1bh69Q94YVdr4jcu99nbfgyW&#10;+qlKN0bI0uVz9XXIuQhjloaajgmEqBoxZUgdEUhWcFVI9qDL7myXWuFxdDR4vDPiMhA74zI6vvFz&#10;/wBy2urmqao6nu6uDyv0BK/1DMFzbNqNyTIVIxqIAIzgD9tfP7OtyWzPIHBIPp6V/wBXHoPsdtTY&#10;Hce5NyZus3DvKXc23MriqTKbblyddhv7iZLHItXiqWix9MFiDa0aoeZXkExYrIzIAgaK3eO4UrcL&#10;kabCJjKKKkghoMpQ4+KqkmgdjGynM1EbyWUA3IZRf8f1LNyurOXtQVPoc8Pt4dLLS3njqpJNehBx&#10;fW+0mj3TiMpmclu2TOV8tVn8RmM5PLi4ZapEmFIm16KSOkhhZSj6WgLOCGdnuD7Wkudwe5tsSYnd&#10;FVWwU80bzyZm8kUdTVK7VUFCjSKQHsjKG4awuLfX21ZuzKVgIWtKjFKfI9O3A00oP9X+r/D0GlZ1&#10;7uTY+/4N29eY7BV8NR/DMIdltHQ0DYnCTPHQZjcVNXxGOXxoPFPJS+pWZRps9vbd1LlNz08Nbl5q&#10;qgptmUpio9u4iGF4Zm85M3jnQMVllmJBaY2Cjk6uT7bupFkkNsy4/ipkAedem1gCHxA3eeoXyB2J&#10;sTeRh2lUYP7zfe54hlGz9PB/leFxOHC0k2XqsrMC0UFOZl8NFCwaZiVReXYK6TDLuHc2JyO4qiHF&#10;Cgq1rMdgsflZKiA00KtJHNkURhHEznhG0kk3H+Pu7Ty/SmCxBoPP1rgn59PfpxanPcx8/L/iukk2&#10;bqtgdY7pw+xaLc29sqmLqcZlt97g25NQ11bnsoVxanF00tKkmSSjLeaoS5jhiUHyuQy+2ytx+G3X&#10;j8pldwZSrrafN5aox1Jt+EtHLiqfy6bSzSFjcIuqyjT6rD3R7q/iCxQUCACpOKnh/wAX05DFCCI9&#10;PcRk0/y9Knbs26Ov8vh+rtq7Kx9FQ7U2FjsxmOxq2Omjxu68klKtJPS0mMxixnySzamkmmmSRdJP&#10;jZbMzqm2tqVKU9Jmpp6qkqEpjSUrQIIdVGn2VHA1Va6uq2XTexPJHtELq/d6Ky8fPp2eNEQ6F6w7&#10;g3j2dR01bUbI21hoazG1NamYr67JTyGBMlIM3lMpS4NLiphMjeS+tHCkqhH19ghlM5R4HKVtNtFX&#10;nixkvigyIiiFRR1sz+UwiJCAQAREzMObe1FxMIqNK1T9vXo4CyDUMenRicPQ5PcW2qaPfOPoIqzI&#10;0ZizOGo55KzFzI0fiK650Ryr/wCdCf2dWkliL+xRwO+8Xs/GItf93lNy15gq1gq2+3gp6rJRnUrI&#10;ABHGsd2cgc/j3S3ifcH8e4k0xrwA4n049NXMkgPhxAaRxP8Aq/wf8V0AHbnSOf7eyFFi6HMY7aWx&#10;oUOKzMuMo46vcGTx2KqI6ulipKpjpR/uIyiFr6FDE6i2ksuKptr72zUlPmacTrSVsi00FA1TVx1x&#10;cfcOxrp7FY1YeldQHtjenlCn6dqfMnp6wOkBAuroUc/Ubn2VtVKnCGmqGFHE1ZXZ5qOi/hYiRIYm&#10;/h2Nj0TTNq9YUDkck/T2YGgaClnxlDjoYMVRUkAFNSjT+ykq2ZfJrPqBubEEc39oIIlSyLNWV24n&#10;/V/q4dKASZm1D9ny/wBX8uiBb5w1Vk8Nv3M7nqslvDKZisSHJ1UMc4pqoYWYNQx0+Hp6eMimA0RM&#10;0Lh2ClDYXPtg3vmNmSLLtHccVTkIs+9HHOjUrz42qIm1pQvWBBErsVJK31D6j8e7Db5JYDKZBEaY&#10;HmKef+qlcdbiLGTUFBUevUroXZvcdV/dzsXb+M2piMLtWg3NQY7F5R8jRZ7x5On8U+XbFMZi8aqq&#10;rCksoEij6Dhg37o3ttilyaNnMlBR0mEEM9BR49zK0xVdRpWiiBN1tpK8fW3tRFZtFYC3jahfLMeP&#10;+z/q8zXptZ5Muq1Y4FeA/wBXr0IHVvT29cHs/MV21MTUV+6eyqvJx7vzW9gtAaV5JZUObplv5Hil&#10;aR54kQSMSwN7cew+3N3vR5jA5PI4LZFdl8dgQtRW1eRhjp6aj1HTCUC6mOosNQFuPr7as7ew29zG&#10;ZSxappWnTTRXcve7U+Q/2elp1x8YM1sjckWXz/bdVS5fMUb4xcftvVS/xoQQmpqBK2WaQytAis8e&#10;mA+MXYW+nvFSbo3Duzbm3K3Gq5gnyMsGSp4oIaf+HytAUpaKmhqhZ7MwOpfoBc/X2nuNwtLRnEYA&#10;r/qz0utrSrVby/1Hoa8ZsHZe1915+uqKSOKumwNNMmTrqyrqqzIUVNM0+Rrq+qQhlKyaVYNbV+Lj&#10;j2+Zasyuz9rZrw4qV9zUMFPJkZXWnnfLUf62/h1KC0d11erUt/xa9vd7GZC3jyemAf8AD03dxi4k&#10;WH4l+XSLgx+G7S3ntnPpuZM91rbIvtnGYFqqg/hu56EeCapy2ap2jqHDqkqQQI4S/J1hl9obF7Ty&#10;GcpaPsXf9ZVw41Z0q8dg849jIoICQS0Fwtm/BcfT8W9tvu8u4zNZWXwqO5hgD/Z6d8KG2pGg7qYH&#10;p0IdVufbuFyh6w2Liz/HZqOR6v8AgVItPRYCGaNlORr62NQnmViGEeoyEkHj6++8hU23LUbkxdJD&#10;idvZCKGjpqYqlLTpXpHojeGiUAMPobqLH+nv0KwRUiTvK/ETn7enlDaNLnJ6UW2sRXUO1cdtXcOb&#10;qNxZ7HUxauyckjy11bAatmSSpqH+jtGRGdTXNr8/X2k947Fkq6HG12bippNyV2YjFHVQzzT04pCR&#10;rRTCTpNrNZh6efZjc3cclsSmNI4f6v8AUemBDWTqft/cdBk8hW4/D6hjMJRrDUxzUdRRTRVvmIXx&#10;iqVNcZRX9aAqSLhje/vFuCDsLr2vo9xwYqeupU8UGqnaWohgiNgryeax/wBibA/T6+yWCWyuo6Sf&#10;z9f9Xn+zrbK2ogZHn+fWeLL7U3hT12EjrqSs8scsVZj1njSqCElJbxKb8c6rfT82uPYf5PbVZ2Nv&#10;eojpa2qoc7NQfxiWCpq40o6iyBxQwyOwEcjm4sxsD9Tb2quLl4YAU4VpjqiKg440/s6dKipx21sL&#10;G8iTpjMXDS03+TU01VJBTqy0qSGCmVnZUBBcopNrmx9iPs7bVVFmaWlnjoMRRL4v4xiP8nq3eanb&#10;UlScwrlXkLC4Cnj+ntDcvIkdFBJbzPz6UIR8S/6vz6xZbJrDh58hTCaaQ00j0WmnqNbSSofEHpwu&#10;uw4uGT2OdZvfDUlLWUVHSEin1wuV87whm9GqaYEhyPp9ePwB7TWdiltcCcnJyf8AY+Xn1uQGVat0&#10;C6dc7nzdXj8hl86xQTQ1iIYKSKoRI38vgp4hGPED9Gtct/aJ9gJS01NV5TNUVNXSmozsLBqfF1Xj&#10;fWbsjpFdnDA/kML/AJt7ObqVkUTGgAznrSIHWlOh4k8cFNBLKY1SiUM01VpBjRE0PIXGkKdN7m1v&#10;aby8/ZOLpIMXj6XKZWjoGMRySua+igV2KhKx/VZl+nqHH9T7rFdwqv6pFT5evTTwtqwK/wCrz6wx&#10;phRViZEoYq+vXWCUihrapYx+tVa0jWH5A+nvFj0q9uUVduDOQ5ihy1baM5HGJGLxg3usEqvGxH9p&#10;rcD2lMwu5dCntHTunw1/zdTZBHP+yDTSotvNC4ElgeU9IPH+xHPuHl62Te60tPisxOtNJGYK6bJz&#10;vJd1Gp2p6WKy3bi9x9eBb2sN19LFTix4U/1f6h0yIzIagf6vs69BBHThwkUEd24EEQjugFkD2+pH&#10;PPvLjNsbgr9p5Db+2aOTcEIq1GUWOmmhnQL6RMrtpC/kFVuP9h7QybhHCSbg0JGB/q/1f5XBbdwr&#10;/m6jV+QxWNennyddR0BlL01NJWVUVKkjyWd4kMzKC3pBt7mb46m2n19sXE56s/jVNms04iq6B5TX&#10;01HTspMjPBTKsmosADpJtf6fX3rYDdbo887sFijNB6k/5uH216SXTxxSGJBwFT59JPB7zbP7y3Fg&#10;KGCnmxG36DHvNlUklLzZSuYt9pEtjG0aRqSXVv1cW9h5s2Cu25OM5hKOrcxRpUiaOJPsFhX9ySOa&#10;eaQtC4Fv7BJ+i8+1RCNIUkII61AXZa0pXpcVEMNTDJTTqskU6NHJG30dGFmW354+vsXKHN5He7U1&#10;ZWbfo/4hV1CrDlMdj4PvC448dTUFdJZRaxfn2S3z2ttITUinEE46NYUeQUp034/G0WEpzDSyzxUc&#10;MICU89VJNBTRRDjw+csUUDiwOn/D2o9yJu7Yqyz1OJlkxUwXXNTPC8tRKyDTAzxmwf8ALXAH+Pt/&#10;bby3vAHT9vTcy0NAf2dQKPKbe3FK0VJWU1XV0ILtTkkVFMA5iE/20lm0Eg6XtY/g+03QZvN5Wqp8&#10;3U0c1MaFRLHDEQ0KhABB9x4wfUP6rxf629rLqS2b9BRg8etRKyrXp6Skp4YHpVuI5vKCGclm8t9Y&#10;BPP5PHtWZLdnY29cLUUtK5gnM2mlLCSWCVUFtSSKpUv+QhIPtPFd7ZtmI0FQOP8An6obTxG1efz6&#10;RmI2BsfauQly2OxNFRV0scglqjp1qkknkkNj+lSSbkC39faVkq9w9f4ta3cdSmW3IpvCaihgENBH&#10;9QtOanQHf8sS1h7U28n74JdxSIeVeP7PLpuRTENC5+zpTeKhy9PJFDKDQyallNFUGH7jUNLKXpiG&#10;C2+pBBP+sOWSh3VgMir7qrcVJksyJf3SY0ehSQm4Z4YCUYX/AAGt7vcW0cp8ANojHkOrozAdnUoU&#10;rxwxUtPL9vSxQiEadclSFVdChJpSbWH9ogn/ABvz7Fp0yvYW3RV1OXoNry6RFQTRUTRqI1HpDLLp&#10;VRb6aF/2/stiuItvcwWUJcDNeP7f+L/l1dglakmv7ekmq021qpoaOmy2V+9c1FTrqxWTwlibyIsg&#10;8j3/ACHb+ljb2gocdk8VTVW3qzI5LJ1NTqaLMGrjfHREISZH9Vk/qOP9h7NYLl5D4jiny+fTLKpp&#10;6jpVRtDN4a2OJY/22DLJSstYL2tGP7Qsfqtjf+vt46tw0EUmSpxWitrZY50iqoVimljkHOqE8t9R&#10;Y8g29k26SkXCtNha8K9Ko1JjquT1A3FUSUtAlSojMcNRE9Qs0jRRNDeziR1vawNxcEXHPt8xeV3F&#10;T1GSgJnq5qd2kqZooZUgoadWsolZv7X9QOfa029rIyMaU8h69VdtK0Pn1hr6PCzRUYqPtokqW8dL&#10;G7RBquWRNSpECfUbXPF/eNevNtdkSDK7v3fPRCBrxpQpEkoW9gqyT3K/0uwJP49uXl1uNRb2MYI4&#10;VJx00VjTIBP2dI7dm5c5smhp6LaOxKjcUhDaIo65aGCNiwLMxSKUsTcsdIAFuSPbvBszb210qqXE&#10;1ceQRY2XHrUO81Q5K/5978lv62FvaKOG9Vle9oPM06trMy6UBHTri90ZLNUtC9RiK7DOTG+RE3i0&#10;wuOHphICw+vF78/jn2W3ftNvLH10WYrqCenxzsI6TXTrTS1LXsHlnl9em3s4F1ZTp4cJB04PSZop&#10;Vbpc09RSza0pqiCYwkLIsMySmNm5CuEJsT/Q++cOUmo8SMwlBQJWMpQhI6hhq+gIa9i3+ubf4e0c&#10;axSSkAYHTmogUp1I9sc26tx19JNPJSNJ41OusEfrhQixUSLZuP6e1gktw+igHy6aYMRUddAAcAAD&#10;+gFvfWyN4Zynry1J91X6NWqXIQKaYaTchTySbcWI97nWJiNeeqr4hBp1jmhSeJ4ZNWiRSraHaNgD&#10;+VdCCD/iD7ERfsMtWff5nAxVc+rUXhhkgkRv9V6vT7R3EeqiI2kenT0SinXIIUjCIbaQApe7mw+l&#10;yTc/7f28x0dLmCKSmp8zS1FOVb1TCOGNCP8AdcSjk2/1/flKW6UqM/6q9O6GPceuDO0ep5HjEQH+&#10;pKtq/wAXLEW/2Ht7yu18fJjIWnq5ncqqtNkJAjgAWfxwqQP9ZtN/aiJLl1LjgeHTPipqp1AgyDSV&#10;UtOYgQl7GDVItja3kcgAN9eB7YqLG7apwIaaWUNTRsVlVtUKyqedMn6hf6/0H9PaOSCcSAu1fl09&#10;UU7enDVLwdC2LAW1eoKfqSPpcf6/tO5QbpykxWhEi0wD2aOpjqI5IUH6mUEH/YfX2Ym7ggQRDj1r&#10;QwyOuYCr+FH+NgOT7x0lXXJ4aOppY55SdCiemkmcgcDRExH5v9faf9MHxD1onOeuXtYVj0UdClPk&#10;1kgBjJ8SvGk4Y+kExi6qLf19uR66l06rrBJI6xck6o2Ug25IJXT/ALSfz/sOPadxskGOZqLBwVAr&#10;q4kLVSaalowx4VkjCgD/AB+vtqSKNX8e5zTy6vGCT1yYA8sRpAufwOPyT/T2ucbs7fbsJMxjTNjU&#10;AqGqzViGJ0tcWjFm/wBh7KJ9zglbwbfBOKDpRRVWrEdMkm5MBFN9t/E6P7lpPCIY3DymX/UFUB5/&#10;1/bJufNYOqmjw/2ixVVMwQSIGBW3pK+Q/X+nPs6tIGtYS0hqWz9nSV6yNjh05U0UqM0rzvIkqqwR&#10;goCk/wBoaRxce1xiMGtBi6Wpq53gpZF1eNKnxvMg5GvR/X8+y8q1zIREM+p62sxRtJHTXVZRJKuW&#10;hpE81VBbWzQl44XI4BY2BP5sD7wZHduOppFWkpDWNGNEcUbCUq9vSwBI/P1v7XxWXgp+s1K8er6n&#10;fjjrhDiqqRG89UULOCxSNVcpflCf9b37Fx7k3BMA9VURwy+sUeMhd/FGfqs9QqlQR+Rf/Y+yy/vI&#10;4CfDUY4Hz6UxIAtWP+r59ZagYfDxeep+0h02HnrZYkLsPpYzHk8/j3KzmxqCshEVRXLSVaDSJGce&#10;WZh9BKFuSL/Xn23a3d0QG04P2/5equoYVHUeDPiVrwUs1VCbN5IFBjRD+Q5sD/re0lt/bMeGr3ev&#10;y0FNSh7XAtq0m/CqQSD7elN3If0lqemFZVHTvUVTGnZqenkqpGT0xCyXuP7TPwP9j7FNtyR0ssUi&#10;5KH7aOIeN9BhiVBwCxe/PvaQOU8Iivr/AKv9X+DpwMGwekQ+2oKqGo82NkSeeRml1TrJKWK2YqY+&#10;Lf09oTemV/ilPMY6mqmjnN43hBMbf4qwtYE8ezOCQxrpBHpj16YMRXpSbfxEWKp0hSmhgZE02W2s&#10;L+AxH1P+PsulVhKOnrGmrMhI7agft4CHFzzaRifr/gPfphcuNS4Hr01qUHpRe3f7aDISRQur08Vk&#10;WKNKfQj/AIEhfgsfyf8AH2wG8JONT/q/1fy6cWjcevexJhxFFtbFeWkmlqMhOL6ZdMcMXF19A5P9&#10;efbMEUsz+NMKL5dbaXQQnWBXeSR10gRLxqvcufyLfQD2lpqgEmoqqyJpgC3hhJuzE3IAWw/259qp&#10;AzkA4HViaZ6z+3DHbuqrfY2+1gew1FlRSBflmPJP+HvRhhi7wM+vWgpfHXBoo2ZXZQzL+knm3+sP&#10;atwm0cxuDIwzUUNPPGpDnRYA6WvrIHL3/Psr3C/tok0yefSqOFl7iOHUHJZagxFO9VkKhKaFBdpH&#10;uFUf1ZvoP9j7HuLKxYGialzX28iohiNM2gxjStrOBf8AI4HtixsJJm8WMaRxr/q+3pPPIsp0J0De&#10;YxMm6auGt25U1VPLrSYZOEFZFVmDEwFuDcfUn6j2Bm4NsbY3DXGso1+wMranemAuVYnV62/H9PZ3&#10;LK0K0+Ij/Y6rHCyjuz0LOLOTpaKKHJOKuoijCtUWWNpSq8FlQWufyR/tvaJz21ZKYx0OMWWemayr&#10;NCxMpI+pkX8H3aO4EcReQ5PWxGSaHp2hm8qBmUxt/aRiPSf9f+nsSds7fptr4Q1lY8lRVygMsM7A&#10;RxhuA5tzwfpf2WRxzbnd5winOMn5DrUzhB4Y8+mesq5airSgpm0r+qadPUbr6vEPwOPr7DDJZuao&#10;zboKshUcWp0cyRsb8FiLKP8AEH2fzRJFGFA4f6v9X/FdNxNXp7RAihVFrAf7H/b+xMxtJS5Cjc1B&#10;80jLzpCGI/0XRa3+x9h2WRxJg46WBAc9RZ5ZIGTQq6L86tRJ/wBY/wDFfcLINW0OPmo8dTJRq6sr&#10;TXVAyW5P4/3n27beGkviNlvLqsqVFPTrmqRzMsjMJCvqVfwh/B/1x7C+jxlfW1yRtVvDB5B9xIjK&#10;0kqBrlEB/r/h7W3N5RaUqSOmghHUr2JNdRxrSJBBRyvYCNpfo7D6Ktk/25J+nti2SNU8VzUnPTpF&#10;esCudbanQC3C3+hHBNz7jY/bYpwh8TCeQ+SWUJ+2mr6Ipf68e0s87SEkHA4Dq6otaDrkZUF/Up/o&#10;ARqNvrx7GDae1cfNIHqkaSMDUw0j1AcmwAP5PsjuridmEcZoa9KtCRqWPSG3buapxNFI9IqeU3WN&#10;mIChzfTqZyB7d9xYHG6JWp2amQrpSDgOeLLYD2ItstJFUM+fU/6v9X+UqmuSG08ekPtbeuVq5Y6e&#10;riSscPqeshJMAJb1gMeDbn6ey553B1Bqiq06IEY/vOCSL/Vr/wBfZtIyotBx/wAPVI+7j0OEE0c8&#10;aSI4YML8W/3r23rjkooGaUyvp9XnkbQjkngce0CNJI/p08cDrN7ROZzNX6oKQ8fp1KNSgfUgf8i9&#10;mUfhQirHPTBU8eve05DSZaqJe2pTa19Ws/1IUfq9tSXSDPn14Ia6uvexI2tTVtAwEdBLUVEtl0tH&#10;pQA83Yn6ey+WSJ21SHA6UIDw9eujaxubD+t7W/2PsecYkOMgWprKWlimaMEjxqShPPBP5t+faSn1&#10;r9hOgdOYUU6TOQ81W329LPPYPclHKg2H0JH49h3u6pepSRqSqVwxIEIPKk/1Uf717OIgsK6QKdMu&#10;hpjp6oY2ihVJEs4sC3+qsLA39glVY2q8oapchGccni/P5A96klYjt8um8jj1N9v9NQ0MKoBCxcBT&#10;rC3W9vzf6+0il2Opz1cDOOve1dQGpkAaIAQxqR41Okkfm1/z/X24JQvaoyfPp1a0r172r8PuWqob&#10;JFAtPoHFiNbMfqWI/p/t/bbRxu1Xyf8AV+XXnaq6R0312Np69ClQC6t9VJNrXvYD3JrN0UkzBKpo&#10;nnHLMxH6ifof969q/CISvAdJwpBqCesdNjEpLiBvFHwAg+lhx/t/bhQZqKsjEbQxyKgGkAf2QLen&#10;8W9lzIoPYaV6UgE5Pl11NRMrGWOZ1ZuD+QTe92B9yhV4YSBZYU1fm4HoH15Y/wDE+3Gs3ZahutK+&#10;adYimRCkpILW4+t2NuOOf949rnH5PDSQCKhiWIkBWkVrs/H1BP8Ar/T2VHb2ikMrNrPkPIdP6iRQ&#10;HHSNyVLndZermEkV9SoECKB9bWXn8fU+2vJYmKFmmp55pHmU+uS5CajyBb/fW9mdvLIw1MOHl/sd&#10;UqepmMzEtQopqmmhhELBdEbC8gXgMQbf09h5kZ6/Fa00Gcn1FmNmIb+oPsxRxIQ7HpgtqOkdLKEU&#10;9UiulgLkALYAW+tuPcHBTV9XWF5aeMq7A6QRfk2sT7L9xni4D8+n44zTqRKFWI3YqApAN/px7GHF&#10;7TqqpxVQRQxEW9M4tEp/qSPZG+5xt+iASenSFjyxp0gs1umgxMRStnkZWvpanN5m/FlX/X/PuZlX&#10;mxyMs+SSWUKV0QnTGvBGkAezva7ZydTR6Fxx6RylZMDPSfxstFmmWakxUiQs2rzVKXlkJb9TBvz/&#10;AK/+8ewI3HNVVtRoXVUDWSsUd2LE/TVa/wDvPsQSzRxrk06qiMp6Fehgjp6dFRdAtzxp+gt75YHb&#10;ueqqhGam8MCep5ZA3pRTzYfT2SXN7H8CZJ6eVSMnrqqyFHSJeeaME8KgYF2J4ACjn2ua9amlXxR1&#10;ICRgaQTZpG/IIH+8e1VnCVTW65PSVnq+emqmlpqxvKYdTNcEgXCLew5P5/r7YaLIVJq1iILSavUf&#10;oFW/193ugFTVXy6fjAPDp0lp4TC1x6Lcf4/6/wDvre1nV0dFNTq9WXFSQPENXLL9NTf0/wAPZZDc&#10;zvhRRerDLYx0noZqqGoMdKI3pwSZLqQEY/2Ft/hyfcCgoKGCoQtKCS/NxcoD/vBPtm6kmdcZA6eG&#10;McenCepqXhfRERZbBiR6j9Pofx7EusEMGMLUpRBpuWuCzC3HPtPtMfiSl5e7T5enTM9SKnoKTNUT&#10;Z1IKoSsCfQq6tPJv9B/xX8ewgyhrXLsZ7IxYWjJDAf6/+P8AX2IjMlNCCnTYGlaHoW6CKmREVU9Q&#10;A9T88+/YbNw44OqSBnQWL8F9X0PP49oJbIyuHkP5dOCrDHXLI481yBCLAnkXIA4tcj2I+Fza1ULu&#10;0jGNgOS1xb/G/th9EcoSHBGKjqzgaKdBnuPbWloysUZZW1AaQPVb6jj/AH3HuUUaoDSenxBv7ZIV&#10;he3093nkYsI1yT/q88dNRsFOeo9OYqFUjfUJitrRr6l/IJ08j270dNSNG8jTR60/Qii9za9gv49k&#10;sscpkEZGPOv+rPSpZKeVa9QK/J1sRVIqSYxyf5yctpKD6anY2v8A6wPtryFN5LPUeOFOdI0i5HPL&#10;e1MSH+ztxXrTMBkdO+MyGi4ieaqkIBa7cKTY2A/33+9+0fWPASafyhowCCQT/tifZnHGYV1cWPTD&#10;tUdLOjE7hagxNG1+Fbkgf10+07JhaO7ukgmlY3vfhR/qQD/xX26ZJC1XFB1rgMdPKV8vAaJolHHq&#10;BJY/1v8A8R7Y8hSQUxBa4e1lK/pvb6kD24FZiCemyxPHpwgmMoJH0v8An+l/x7DHLZGKCZozreQk&#10;ngWUkH6gj2sEahKk/wCr9vTYJrjPUj2+7fnWaSOaa5SM3tfgH8AD/iB7KrliaxoePSpMCp66NyDb&#10;g2Nj/Q+xNiyD1TgRr40QWAUcWH+t7S6FiUA5J6vQnJ6gNTKgJY6ix/P1/wBh741Np2VDIZCCLre9&#10;r/U/7D2o8RkiqMdaKiteuohoJIXSObEC2q30ufeX+FU//HIfo1fn6/1+ntJ9RL6/PrdOuX3Lf6r+&#10;1o/6S9//0YlA3m0AkqfoPrcj6e8G5AGOoGteu7oqMdbjmTP2ayMUXQqkixtY2JsP+JsPakqG+2CI&#10;rk2FmN+ACOSB7RkaurVFNQ6R+PQ1rzTyRKms/tqB6iQSOX+n0/1/baJlsxAZuebC9/x/vP592pnT&#10;Xj01muen9qd/QbxoqKOQbE/7b+lved4WjpJqk2CxRO4v9Rxxcfn/AGPtuRCHA9en10hadRKavimy&#10;EFAvMk0yo1v0MAedR/r7SdLVRSOZPKJCx9JJP6QbG59ncVsFUZp0hZu40x0rchDKkfh8BRVHIAA5&#10;+ot/vufariNNO0cf6iI/WPxdvpce2Lq20KWB/wBX+r/VTp2NyM9IET5Cl8kpXxgz/t3/AFEJy51H&#10;8f7C3uDUSRU0jovAH0Ef4I+h5/4j2WxFitG49POCaNTpVU8E1bFHMRe5BZpfoQeTwPceDLvH6dPB&#10;P1PHH1/PtQIgwOeq4XI67rMDFMQ5IDKP7IX8D8/6/t4gmgnAYsQxAuAbH+tiPbJRlNOr69Rzx6Ya&#10;uGqptSKisgvpcgkjjki/t3V6eGI3Iub8mwI4+ntmQHUOrKaAnpOLFXVMxKq9lN7AFgxB1agSP96H&#10;vErRSrZntc+kj9LD8ji3twoVWn/F/wCXrYcDBHXNxU08+sR6gqnXySVJPpIJ/wB59yl/ydGbgJYN&#10;Z78j+t/dfFpRSc8OtNHUUHTdNTplJ1XSzSXIPjAGkjkAg8X/AB7bqiuQR6YydUjWOnm9/rz7WLPI&#10;RprgdMrEAaj/AFf6vPpwo9tL939xPEAkKhlDHSR+VsOT/T/jftlZ4Y9Xlb9w6jf6nn8f091YluHV&#10;/KvS0jiqH0mFbQgL/tIFh9bfU/09xKmaJIL+Q678An0j+nHvbLLg+XXqgdT6GBpKlgYk0f225ufy&#10;eT/vHtNmvYVKrJ9SeGt/j9PbkSgkg9U1GnSragUUpMIvYHi/H0/HtVw18cca/jUDpfjTf+tz7ZZN&#10;LmmOnxwr0iqjFSVD82azAsnOogmwAA/w+tvfUuRasXQrFiosxB9BFv6j3rTTPTWkeXXOlw8eNcuU&#10;VAxLLdfXe9+Rb3wgxgmOln/UNXH9L/g+2ZJHTuXqyKD1Lmy604J0cq2lbkfU3/Hvjkaenx664tQY&#10;rzewuR/h71HK0gz04UAFeu8VUVGTfTLpMaszLYklQGIA1Dj8e0fW1iTqiA2dfoBf1c3sfr/t/ayE&#10;6JKnh0nLasdLKmpDCWJ5VvySPTx9R7ecbIXWMNwwHpW/5I/oPax3qDTy68o05HSbysKo0jDlGIDN&#10;b6AG55+v+v7csnPVCBgt3CppIXgji5Nh/tvaEsNXd05oYrXpvwdHRCYMFWN3fUL+rVz9Lt/j/wAR&#10;7SM0wjpdTnS5vccc35Kkn2oRFJFOqAHpaRxs1SVAui2N/wDig9puVad/MwcCZl9ChrDkWA59qtBV&#10;SV6bLCvTurSgxgrdLkEkc/69vbXjsfWyVBurFdR9LE8X/A97DKUpTpsIddesk88UKFncCwv/AF+n&#10;59i9tzHxUCh5QgdwWuRe3+xPtiVlZNP+r/UOlCrp6CzdeQqK68NJ5GSP0vpOm9xxpt/X2pXzZgkk&#10;VQNBYBbC40qPoG/HtDpWpqK9WBqePSWTaS1lNTvI7CVU1MWvqD34uv8AX+p9sjaMiJ3WVYmY8XPA&#10;P9APz7u0bqoIFR1YsrGh6VkbtiHp4WheZVUBiq/ix9TN+Px7a6aJIKiQzsCLi7OALkcXUn2/GomS&#10;ijPVK6T06V9RLJTximU3K+lULWAJ41C3HvnXTU0jukL/AKQCrMdKrYXIsRzz7ZKSwn7Or1BFD59c&#10;sZFUrDHJUxAFidSqAzcmwN7/ANPx7ZEq/uNUMTr5DqAa/pBH0Jv+PbzBnj1+n/FdN4GD09mlSnYS&#10;up8Y5I/Jv9Ra/PvBBTVNUngngMjo5BPOng+kqePfpJU06hg/LrVGY9ZZZ4KZ/Mk6pG6g2Nr/AE5v&#10;fn36rxdS1taSGOwKqEKkED6e21lzqHH/ACdXMdBXrlT5ClOoLKmoE69TqT/rm3tzo6KNokia4max&#10;Qf7UDyGH4/1/d3mLZU8OPVRUVA8+mysq5I5XltenF9TC30PIKn8+1HSQpS6TVyAMW0hb6jpXn8+2&#10;xJJKwA8utrpQ1bI6SmRlerWUUEJYadRkZdKq7cWA+t/aq/vJBjqYRIVLP9DwQot+QPz7sQZHCuOH&#10;n6/5Ot01CvQRz9Yy7gyZyFQ8qIl/2eV1Mbgi/JI/FvaUl3LTyVLRRSAu+olifSNX6gAfZksbiPsP&#10;DpM8iBqnoRKbYzw0sT1MICw6AsYF2Og+hyf+J9845HkDNGwcBvUXNk+lxpt7TtdSRkK1f8v5+v8A&#10;h6dVFlyepkuPp0sHjERZAUEaXc24YN+Abcf74e5RrmhCpGfUxFwB+Pzb29Ddsx0t/l600AAqemWT&#10;bVPVu808d1VCV1H6kcoTb8j+nufUioq0pkpZLzAMXF/qP6e0s15Is5p8I62sIKkdNuIo8ZihkJq+&#10;BUhlkQRto9SkC34H5t9B7Z6zAvLOlS85SSADWoPFwL/X/b+/R7hKjahwb59WaCPQNXSrx+4qWOlN&#10;FFT+SKYusR0H9JP10cH3CgyMlJVeA+pb8HUeB9OfZlHfyEVrx6RyIimg/wBXr1zyO16PKUX3BTS4&#10;FwNIHqtqHB/HtY01WZIhpkLR2JAH11f0v73NeSeGQ3Tqwx0rSnQQVm1qSLImU0UUdTrVJHZAyhAw&#10;0sqEfU/8b9s7ZA07yl3LBr6VuQFuber3aG/IQIxz1prZdWsdLKTaUGRSm8UCRmEIHlCKXfSL2Q2N&#10;v99/X3z/AIzHCqvLIQojD2vwp/pf2+t9IDQHqiohwOm2br6OtaWOKljDvMY2lK3eRPqW02tb8e4V&#10;Vu5ft3ldiBcIuljfk8N7baduAOf9X+r/AFDqzIlDitenLF9RY+nrIVipoNKq7SBok02YWZNNiOSf&#10;z7zxZmSppXMUh1soIBPFx+B/r+7S3rqgAPTcECucjrG+wcdSZWKSehj8SMwBEYJF/o2kD6Cw49yZ&#10;co1PS0tRNJ4lWQRSOx5LEcAgfS9rD2zFfyNcaVrQ5+Xz639KoUnj/q/1Y6irseiqqnK0cVNHUPJG&#10;ZoIQg/bUH9SyNa4vyR+L/wCw9xBNPWVI8Uh8TyFhIzc6fqR/vvx7OF3EqtP9Q6Q/RB5K+R8us7Yf&#10;H4bF/wCUUsQngpkjeKONQjyX0KxsOR/Xj6/4e5RykWMaQNUlgrMxLEH02uRwfaf94uwq3n/q/wAv&#10;2dOPt6DuXpsn2Ou6aeAS4uKPWiKEC20sD6T/AE/2N/ebH7zpZbv5SUtx6x9R/Qe3zdnQc56bwp0q&#10;PPpHbl+PMM6RxRUlOsjFQ5FOGBRjcq7/AO8e4Y3O9ZXSJ5H0A3TUTZv+I92tr4DjQEcOnJYCWFB0&#10;poumMLt/BU8dNjaVHCWnMcSFxq+pYjn639rXHVxlgKN5EkF9Jcnmy3Fr/jn6+3Lm57TIn+qvWlt9&#10;EtD0XPeXX0EWbiqRFRT4+TxeeOGMK6IZrEsbA6hb9I/HtLLkKszSyF2XTK40uTe4bkAn8e9Q7gio&#10;P8HVJLAPJngOjAVGxcAKCloUoYHR6KHTJTxr+gx8cJ/avz7c5stUiJWSYM9h6Qfp/sf6e7JuUYk4&#10;Cn+x1prPV2qekLQ9Sbd+4kjmxTRQ+RiJnRSJCW4Jtzf/AAPvgc9LTtAkswvKxF7c/Tm1uP8AX9qk&#10;vYplZfz6TfRFBUHrDN0rhMkKyohxKj7aFEhVtHiVmY3Zlvcn6EC3B+vtol3upraiJ5gi0g0shPLE&#10;/QhvpY8e0gukKUByT0oML0C9KvG/G7A02GpzFjY56nIlZXqPGD4wRcqyAXuOfalxG4zXRtplDBrh&#10;SObcem35/HvU0qmMMRkf6v8AB04sHfSvHoJ98dC4bEV9LVJj1ijj0mePSoMo1aZCx/1jx7z1mbmp&#10;Y08jAkEA6QSLH6E29uw3cJYFhn7f9Xp1VrNlq1fP16bsH0dgstVVppqULFNCbNJwNXOoIrWNvz/j&#10;75U2bqGe5vpYi1jawIvcsfbkt7Bp9B+3H2dMw28uvJ6h57oPb32QjiRRUwRysLgDySIf0BLfX/Xt&#10;7k1G5fG704a8igMfxqDfTk+2LeRH/VNB/q/Lr1wJosZoek5jPjJjZ1gyk0I8ExkQKVVvE0X6gdP0&#10;bm3+H+9YhmaqojvEhJB+hYji/wCB7VyzRRrUmo8x0m0zuugmhP8Aq/4vpyg6Q2lhsiwrrBWTUjeJ&#10;H0tfkal4/p7wV+WraaFZ2jIQKb88n8XUe0sd7beIV/1V/wBX+odW+juQlSf9X+r7OlRtjpzZ2Sqa&#10;mgheCWcz31eNGVUU6gkjf1/1+ffeMzc9R6hcA2tza4NuPam4mhZM58/X/V+XTkccoqGbpp3v0lt2&#10;hCxiBTpDC6RqfUCw1MB+L2PP0/3pSz18kcYcMPWPoxP0v/T2VQyIG7hWnn+R/wBWOlDRzBKt0BeL&#10;6rxeQyUlM8MtoJWDiIK0TFRqur34v9Df/Ye05k8+0cQHl0tqGgi55/Nx7WRTIklRQ14jpII5GqtT&#10;n/V/q/l0OuxOg8OKx6iXErLGY2MvmCadLC6NEw5vb+v595MPlKqQlpWDAuFVhcAXF+b/AOw9vTXU&#10;DLpHp/q+f/FdWht5EcEHH+r7em7tPp/baUirjaUU0kFPJO8bAN5GjvZbD6E8kce3afJzTVJpIpFU&#10;gsVYn66GGtCODx+faSHw1i8RgD/P/V/q8ujZoSRR/PoMsL1NhcHhk3Lk8dUy+WGJKqnVApp0rIWk&#10;gqIJDcfUcf48e5lZLVQolmVjpBsDYBvrZr+2rO4iLtqFK8PmBjH+r/D0luIP0x4ZI/1fn0mtsbW2&#10;nlp6pmgq6eNJ28jSwAuUfgyID/qTxYH/AB9tE2Zko4mad0V9OrSpuw/Nv8faqSeLVT8I9T0nhilB&#10;oufnn7MdCTQdF4XdNbAcXTT1FKJlg8skIWOTS1nms30Fvrf839ouTeFbPO6QKZES97EmzfjUB/sP&#10;aqG+t9Pz/wBR600MrPSvRksf8Zdk4mgRqmnjjqJWU63VSxW1mCMRf/Dj3irN11dKJIZz45nWN47k&#10;gC/1DH2x9dEWBAzX5U/1f7HVvAZOJND07Yf4/bOqpqTIUNFFLSQNUw1Fo0dnKt6JF4/H0/x/p7e8&#10;VnKqSlSpZ9TCRVdVNwFJ5PtY1xCV0uBkenTP0zqhZTny/wBXn8+g3330xtibLVGKhoI6eGSjkmp5&#10;GFtdXGpsgv8A1ub3/PvNl9yywRSmOTQ5KaQw1WA+h4/B+ntMnhRjUacTXrWiV6A1qfT/AFU6aeuv&#10;j7gZKqg/iGNWrhp4pwzqRGru55i54Jj/AN6/1/aeosrmclM7xSAoqMXGhhIvHBVWAv7fN9FClKY/&#10;Z14WLtStf9WOhmzPXPXG2KGClqMXDBJPUxJA2tGhlYtyskyX0f48A+5394KylsrmQMgABaMgFr+r&#10;35ryKRQ54Hrz2so4YHSan6Q2jmXmdKKiIqGdnSKVXZUteOxtze4HPvqXcldXoYIGMRYHRLIbAsBy&#10;f9a/HttrqGM60GR06tu7DS57fz6x4XoHZe1KwZepo46vxcSUcMQdY0a2hdNuSBzY/wC8+3agq3pq&#10;KoqKmYvVGGTSqsSDKEIXQP6X9s3N1JMBTAr/AID1VLZYXrSvp0jt47Optwbn2/g8TiKeDb9NkqJ6&#10;qeSBUK0JqFedHb6atIsoP09ofEV1RFHPU1zn7t2Z40csF9T2LgHmw92a+MkdAcDpxLYKxdxx6Mru&#10;zbFBXPjsNiqWIYiJFjq5IEjJRIYQYoCR9C3H+t9fawo656aJayqqndpASiniBQRcDj/ePdI7vxKx&#10;YFOrtadmpBU+vQD7w2FQ5+ofb+J2/SwUkTRLUzoFORkKtaVluePxq/oPaRqcbubN5ITioiWikLWJ&#10;laIBQb3Fr/jn25+9TCfDQYHp/l/ydMptyg62P7ehox2X6x632smPSkdKqhijQ08ND95VPM66OVQf&#10;UtwT+Prb24SYWtpJ/tIa8zoUL3FyIwF9SXv+Prce9De5Wqrj7Or/ALrjrqGem7HbywOdxK7grNvt&#10;jWFSKcRVSRwy1BaXx084FhbX/qW5/J/p7bo8PFRU9RVs8858yoVaRipMnJMYPHH9PbX73MTDU1K9&#10;eFmKnt4dKuTcNXmcnRYenhpKS9DNVeQRIXVICEWOZhyNV/qL+4WOwWRzkpqKcRClilcKXZg4EbWA&#10;Kn834B9pp96JYVPV47KN6nhTy6c9x7x23sSjSmy08orqiKE6Y4lZHeZfU6svFgOWHHtaVOFixdIk&#10;tXIVp3GgrIbByRyov9P6+9LvTMxjY9PfRIP1KcOgVwu9pN65apo9uxQz5KjZZ2qKfS/28WrTFUMA&#10;buGI0/Qc2HuVh9uUdfAKx49FIihVCWHkXUdJJFwbf19tzbiztoiBJPp8qV/w9X+mQ0P8ukl2Z3Dk&#10;9j16bchrqSTclcTIprmkdKaRohY/boBIgYg+n6E/095MpteiaFZqBkBjm/cEjXlWMjSTEwH1F+Af&#10;aeKa9NwomBof9Xn9nVJVgCELx6x7H7zygrnxG6qSfy1WMV6GqoaZlxstYp1tHVRMxZVbgBxf83t7&#10;UGOp6HCYd0p0vLJGweV9IlIZbFr/AI9rLsvLIPENFXhxp9p6TxOmnSB3H/VXou+7qveXbfbWPGVm&#10;8WBw9fDLT4uAPLjTLS1COkMhXh9dgPV9Bx7Bc4iGetmnlnkFOah/VU8MxJ5ZD+efze3tsXkxNI8/&#10;Pp4wAZbHVnIzk9Fh6Smio4WrloIb0+P9UcRVLBJBwRx+LX9wNzhI6+mxuKSWpmMcNQzQh9BV1sVB&#10;AsDxzz7cG76RokOR8+tGzDUZV49ZtgmuqsPVZncKR49WqK2nSCfQHjjhqCElkY88/wBkHke+VLiJ&#10;ayppaKEwztKo88cjt+1ewYv/AIj6e3zfRSx/6j039IymvDrJmdyUu38XlM5klqaKmoFkeKeKJSZ1&#10;RTIviA5Kta4B9inj9ibbw00E1bOs8pX/ADAKhL21MguefaCG5v5CRGNI8if8Of8AV+XTxECEVFSf&#10;l0SDc/yU7Q3/AInM0fX216vGxQTNTrmapHlk8WrxxVKQxpZdRP8Ab4Fvz757nwsOZxrx4VIaZIYW&#10;V0BEbyXF4yGa3vX1dzbyUkJep/Z/xXTpt45MkafTqZ0hvPN7GzbQ9sZTI5XKZ2tSagq3hNRSUnjX&#10;xVkDR0SlYm1G4GmxH59slFtqoloqVKZ0IpqdZauJpY5G89PHYso+hP8Arn2sm3dY1/U8+HSf6QSH&#10;0PQvZns7E4rcFaMzS1SSZTKpi8FXw46sSGSiyk6+GOeZQWRWYeplT8D/AF/YQf33kG55cbjC7xwy&#10;tG7iQ/uOos40x+n63+h93XcdI1N/q/P/AIrrxshq0tx6MT/cbGV+34481T08k7UyyMDEJEgP60Ct&#10;ONV1Frk839qqhxklRPJJWxCBJtL3IILjX5DrB/4j2pi3FZ0IPDpt7dY3oOmHN5hcbSRRYqY1k9Nr&#10;hCAhvGxh8CiNkFr3t9fx9fYrriPuqCHJyr5KfGxtUUcSvyQiX1R83vYfn2UXd0EmCpxbiadK44CY&#10;iPM8B0Thexsfht6V/X1PMKfP7tq4cfna2al1LDUVMhjjjqktpKWcjUt/r7RP92srmhX1T1EeKxlQ&#10;zSuobmS4Bc+L+0T9T/j70+5yW48G3Bb186f6j15IEGZuPRiKjsHZuy59u4AwVW5d0QRxY6jEdM8j&#10;RMqlUMlcV0QrxpDMbkcc+1TgtvpjUgmoDJXRUsTo89Ui67FhJrQ8+kWPvQu2d/DlHc3+r/VXjw6o&#10;YWprjwB0C/ZvYdPnaWrwO6qqn2tW5upiFJjsTkJWaf0tTfbTMBGxkkDKbgAf1/HuBV4+jhqMtuJq&#10;uCqqa5XjUQvqNL5FCDSG45I/A4Pt+Vbi2I8RSqUxXzHVQiyf2ZyOPT/tDcWQq6HZ3VNLt7PYWg2v&#10;FQM9VlqURRZqHFnU0aTISfTdS2r1MObW594tttHQ0bQU2OiqaiWZmlNWFaSCcWMToLED8X5H+Hux&#10;EMw1sxFPIefHj1svLG/hpj/L05dtYmq3Bmaauye8Mvt3DUFGqRxbfqZKWny1BNxkKeudXVnNhZAF&#10;Nvzbn2oabH1s1TLkMnTqZMfBKVWIqVY6daiIWsLf0Av7ZluomQRx8OvIkgahPH/V/q/zdBXm917Y&#10;w+Ew20dk5hoI975rG0xqKz7wzxJPVLTVM9ZK58jF11Lrd9IOm4tx7SNFuExGuo8s0MmQEreKGEft&#10;09PONUcyeUgueefoAbj2YJMPBDKANPl5kf6uPSZloxGSD0M+f6r++rdv5XaM1RjcHHHHPkp2d0qs&#10;xV0Mpi+wqDTDTEjaAdQBLcfi/sN9w074yCPKMz1ZqJWp4YgHhmlnRwVmmlX8DgAD6/63v31hLh/8&#10;vW/pwRSh6MRtzIw5KepwsVP9pJQU9NUzFTFLTRw1QZFgp0Yk3Ol7lgLf4n2LVLJV/wB2lM/jd/FH&#10;9+0UTR8TRkJHHK5HrvYXU+2pb9Hl1HJp58P2f6s9bS2cUUcBw6KzkMNh/wDS3A0b1dNM0lUdt081&#10;f9xG0lDMHyNXPj6csFg0kn99QPpp9QA94KXr+gix0lb90sdfXKEx0Mul0QytreJlS3LAWuTb+vsq&#10;M0/jFlTsHn8ulYSI0B4n+XXsr8l62Tfce06LA1dfgtsfeT76zMMb0q0UVHGI4amjlqDaRI3bXIqi&#10;5UXS9va3SU4sUmKyMdFTz1GJE708YUpNHTMI3Xng6GZASB+R7ehgt71GmjBBB8/5/wAv506o5lhY&#10;Bsr5dFqqj/f6rzu+9h5zc2fx+D7IqMTjshPUyBsRU5Okgqp6uiCkS+OaMuIwxKhRa1/aUliSalnK&#10;4iSWl+4ghlOh1hhBl1LPIR9UQ2JI+n+t7ejdUZYNdT5D7Pz/ANWPPqjI5rIeHRmfv2oMxjEqd8UV&#10;Hm5cZkK2ipjUUL5TKPHTCOSgoIZtI806hlVGF2N7C/PtxxVFtOuyFHUwxyZLIYOBY2JDNQNUM12r&#10;JBbS7j6Lc2H9L+2ry1vdNfEAVvIcf9X7etwzqO3wyD5dBRvndHeWB29uKjzUuK2htjfuYrKnFutV&#10;bdtBjPs0ig25TrHIPCkpQtK6XdS7BWtb2zb5zEU1Nrxlf/EX/idLBX0FGqy+OmuVLSRC7FQQAw4/&#10;PtZawTWMYEw0qfPzr5/ZXqgIneqA1+z/AFft6Wvxz2hksXVxUO59gy7XhodsVVVt3cWYqWkqKmvq&#10;qm80VPUnSEcLIXDNdyP9b3knwtPlqBlVIcZXT0y04dkFKop5CNepL8HgAEL7tK5H6kRLD86/6uPW&#10;lRddH8v9Xz6eKffeT2TniKmXLbt2zTV9VXOKWRs5Vx5GJG8EVPKEVnQElnEk50nm/wCAltobXwGC&#10;qMvLuVZ9MFY0dMzyOlLIaeTUJojcly1wQv0/2PsrlE95+lE2nzP+DpcGWAfDx6X/AG1v3s7O4PaZ&#10;6VhxFVWZqlhq8pHkITPX0dLkaTXFDJAWjWnA9SyyubqRbT+fePKfxzPZLzQ1Aip0nekwtCjvDBJ5&#10;I7QyySxglb2BN+AePa2O6Wzj8JM6Rk/6uPSRrUFizmteNelHtfF7Q2DtyZqykSTJT49czvbNzQxV&#10;VbJPTyGStWQSHVKsZLrGqXbR+kE+3nbtH9nDUVtRTwZfcdS7Y6mr5o1mpcc1PGbMomtqCNf1Dk/g&#10;D3qW5SbS1zJpXBpwr8vs8urqpH6cCYHn/q/1f5A/7OjyOfyeExOMztbs/rjDU67m3Pg8K9Tjs5uy&#10;nrpz46A1ePYS06yD1NH6QedTEfR4w88v8VykWWggxmSq5Kb7SphMk0uZk8axxSeP6pGltLKOPzf3&#10;Wdbd4fFtDX1qeAzU09f9XDrSB1bS41D5dIrfFC2P2rtSbZ8VTu3ZeCXJR57F11VRY2h2Xg4ENZkP&#10;3go81WwIMZlZm0hh/b9smQqpcJuSOiqaZmSrMUNZVU5ZqinNQ9nleUi6Mb24NtIuPbSpA8dQMnge&#10;riVqk+nl0J23WpOwurl3DtnIRSx01PVVu3KGuiRcJXjHU7JRUj0cLKk1MHUHk31EhvoPapoookra&#10;Pbe0a6jo4I64vuWXICofK5PGilb9zH1CDQ0ocxrqayhNVrNa7ysLS2M8iiWSnb/R/wBXrmg63EEm&#10;JaWqjy+fHj+dOisb1l3B/CKruvv7bVXmZ4cMjdb4fAiD+5uw8/IxMcOdxsk8dVoqJo4GlDeZi10/&#10;TbR22IxE+66CLD0mMibGwzQ1GdA8+ZkFIWAxZrHu6qrsWka5AJte5PuxR2tRPeamdvwjhx8gM0+3&#10;OOHSdiWcqtFHCvUik3zvjCdJ7s392HV7gydRvL+Hpi9hVuPxlBtLHYrPNEq7ihxsChpfNCCYKN5h&#10;chmKG5l9wMdh448hkcrXxQ0ks0s5ngSOR5aoxykGoRX9UnkIBQfj/D3Rr2V3EUOExx4D5HP+r59e&#10;0xJ8yP8AVx6F7c27HGzttbT2hJXZ7RR42nxOV89BS0WMWSkVYKTJVeORYKRaSI6akgAlPSuok++p&#10;swtbUSxJkUjoKeYfe1NQ7t9uzMI/t302U2J0WvYng/Q+zhBILcx0BJ4cP9X/ABXSTxI1bxGB+Q/1&#10;f6sdQcZ15R7VxlHlm2alTu2px8tPhcXhYaSlGVemiao/iNM8zO0fkEQnEj+pRpPBYe0I00eMrE2z&#10;tWgoXwNJNR1mVq6+aVKaRWnXz1Dn6lBqKRoPqQb8e0KOsIpN3PnHp/q9fLpUIw48Rsen+rz/AD6G&#10;rH4zJ5zER7+7CmyWK3vkqPN4jbOHwSUoyGFo6iGSemxtH/nYmrZI4RUTysQqnSt1Cm/t1bdx23tv&#10;5iDEZs5KLcu7hncrA1OVIDRqtPjoZYDZYYEjQRK39B7U20s00mq5WlBRc1wf8uB0ln0VBSpHHPn0&#10;i+l9w7p3zv7F5ffvWVdtPJ7I2BVbb29l8juOnzBnlqaqnizWS+zeCB1qKvwIHlQPpVWUudXMD+/V&#10;FRYqLb+Lx8MCYurpMgclXBYqeoqqdCDPIr2WRQ1x6mNiPp7eaK1RjOWLPQinkB6+vl1oPMy6CaA/&#10;LpcP0dUZnsTM9lbo3PlKp85tDMbG/u5j3mgjxe38tVw1Tw47IwMJoJmEQMksARjqJ1LYH2l0FduT&#10;JVFZXSo/2kxkaOGk+2jbyprTyxelQAxDpr4INyefbTXitSOEafLH2daWPwh3Z9OhipaPF7Pw1Dis&#10;cKlKZIIqOnNZk6jI1QSnUR2aqq3kmlYILMwLNwPrb2JUeZqNnY3H1C0aT10tPM0c/wB2lSlPIt1d&#10;xFB6BfWAI0I5H1+vt2JIWFLmpB4jhX5dNnxnakZIHRedx7FxPeVfuTb9fmcnSbZo6/HQZfFxYWbD&#10;T5eFfFXQ0pr69FqHCmK71Fm9LEKFNj7lUcMxxOazyZOix2TrcK+kQKlRuiomVvNCK3JNfSJOVWKN&#10;RYEAN/St3NrmWkfbjJpQY/yY8urLHRfCDGo8qcfXPSX3E9C2+NiddjrTPbl2rhd30RnrauGPD9T4&#10;WjjopYGGJ25E4WtahZkcSVSOizB3U6wB7QlJlZ8jJFQYvFQ09ZOtNHNWVlLG1YJyvikYHUQNL/Qm&#10;/Nr390kmWGpGT08FcmhNAOjIVuEpsZFU53P5/IHGUK11THjaSueHFJRLIalBIiIHdvEoDeoLa4UA&#10;HkQGNRtKKifL0E2QzzLUGlqYqmGEUdOtMaeO/kJbUSzN6FAv/S3tm2VL8+PKaKtMepx8+qu8hbwo&#10;sf7PRe/LQd3PmKTYW7MJj+tEnxtLn6OTAVGSlz+TizceUyMccmuGFYZIYo6bVIJDpZioNwfcTcGb&#10;hj2MgqMFjhVblqanGwCUs80VDTQNLNWySsNUkxZLRgcsxHNvbpS2nuzMWNEH5En7fQDhjy+fTzCc&#10;qIjQ8OPl/q/P/L01bS2XnKz5GT09B2TvGfbfWeFxufzmMjqaWHD125d0ST0+P29HjqdRHDRQUN5Z&#10;UKtpulrE6gHNd/eLbabOoMzjpcZlKysOYjmp2pnWP7CJmipkVeGmtp8jGwFwLW49oprqBmJizT/V&#10;/wAX08sMgXuyOjFbezmxez/75z4DN4rdODipqzZuZpFM80XlqEJyMVRO55p3RtEaoljaRldgwsts&#10;KclvaopMRkgK2YSvko5J44/tcU6oUlq5I4ECl3jZoVZwSC2pORf3t9wNtbloxQnzHE/L+f5daiij&#10;11fh/qr0Gu/06+6Cw2Q7GpKdcJTUVJRbelpccPuMzuWJ5CmK2/j58nKZAkVQwqjFBIgKowlJjDAL&#10;Org2xs6tqMhjBDlczTU1QDHHCHioDOqRxzSVJ1aBGgItr1NfgD6e2IUurmg3HsXB0+Zz/q4j7K9a&#10;k0U8O3FAfP8Ayj/J86dAhiMn2t8jNuUmA3Disp1117lcxh5xmqvJLTZzduLxplqq/F0+Hh8Mh+/n&#10;MJLmHwJEreqTi4RVJyNVmoNw4ijmkoZ56bJ5jKPDTtBPXUgSCloJl1qVLhQUjAN/qbAm5q7W4oiC&#10;tfLj02waOPTWhPRuqKnweMwh6+y2Ro8fXTYvLYvDYemyU8GTXCPCY6rI0Ukh87CFZR5KtBaM2Fwx&#10;AM+peh3huGXI9lxwRPhaCKs25jEyFO1FMksjyQpP9HkqtS20myDn+vNGkrCLewAjAOft8z9vSZFp&#10;l6ux8z0G2K2VP09tDD7Y6KwzT0ef3g0W7MnUUtdPWUE00MNHWZ9IqkqiU8ccIFxrNtBjD3eRZ2Lz&#10;WRElPSY/E1mBxUU80ENWjtTpWSiUkR0aSWHj1EiVrEc8cjjfj2UQo51sB50PSsW0rkKeHp0qc7sz&#10;AZQZiXcFbiN45IU1HPVYzIUFHWLjYjS281ZDDrkMhjGqnDab2IHpYn2pN0LU1GQrRnMRSyQ7eiWZ&#10;KeRnOPqZs1GKejqKtG1ednZfGFf6WIPHtHNLaXkPgxVGrj/qHD8unYka3NQeP+DoJelItm0W2MBV&#10;7F3tla+p7Jmkoo8hXGCbMxYrYlVI2XwmIgCwxUNLSLLMT4o7Bpg63Zwfalwj09Bs7D09Ralq4ZqW&#10;rdqONIY5K2slkggEdJHwEiutgbAWB9pLS0CyOUyKEd1fkONfP/Jx6cacVow4dBjvrE7nzfyE3NlI&#10;VpM3t7JbRy21IqOsjm04bbmBo6DMZlKjKygtryU7yIAmt2Quv6Vv7Z+xaqefG4ynjqFrVSvhnqae&#10;jq4/uz5ZREGkpFNmRRf1MeCBx7fgja2VnAKk+ZH+XpoSLM5I4D9n7elh8asFiqHd28ct/dav2/UN&#10;h6fDYaryOArKfEJjcevlkix+aq410vJI4kkpo/qo1G5B9ysVldvY7b9Bj8rhZMrkK2rlq0xjxpUJ&#10;F9mpWhkmaU+JSYwpsCfUSTz7qLCSdmuWl8JaYrkk54en59OePqbSicPP/V59MfZOxe8N7duZXObG&#10;33RdfbL2/tmi26254WVK3KnO1kdbuSnoaeBXqC0U8SIszmFkRAsLHU5IdbhwG6MfXzVdTRrNg8tk&#10;nnpabETIclTRVTaooXgdV0yKpKroLC4v9fd7a8PBQSB55of+L6bcRv5g/wCrPRkeu+xtjbixsuAx&#10;+fiqd0bLwcOLzOQzVPVQUFVU4yEU1dkTVynxyQPNH5ZCJNQVlva/tz2ft7buZ3dPS5GgyFeBRRSS&#10;UmXrZvFRwUiCnjWWhjP7kkhBMrSsSSL2J96vrm4KVjbTWlPX5U63HpjjJAqP9XDpFfIDfG8+v+mK&#10;3c229x43E5MTQUtBWYXH0dbDkK3Kzu5NNU5MSRxwqGvD44yeAuq3ti3Zu6anrqnD4lMXT1WQnq9t&#10;1VJQQLU0MeBp2kjwsDEC0ZUM0zsn0Y2b6W9rhLBaKrkamXOfWlK/LicemOk0cTymr8D6f6uH2/7P&#10;Sj616tx9VgNnZjc8u5M3UYc4jsDG5XcdXXUm4137lqN5d05OtjhaJirI60aU1REUSHVGgKEN7bId&#10;lbak29ud8lLkIM3iVpPPQmmkdcrJTRItMYIkXyXqJT4tYubNewv7TC9nunBjpp8/Uf6v8PTrxLGo&#10;QLUnh0ptw7/3tjd89e4zBbWxu5Nk7zesgrtyQZmGjqdtvAr1s886SB45446WN5AiFCzoUDFrAp7s&#10;PN7ozVBiaPNyUWCoafGY2uOzaNqeaoip1cwQuXsXEjpfSisLAci59mCTWwhKxLk5LHiT9v8Aqp0g&#10;WJhKWqSf9XD/AGPPrn1P1zsDaNZunPbXWuzWezm4s7/eHeeVtNkMtWVVea+vo46tVjR6anmtEhij&#10;0B1YBiQ1hi2mm4Mv4MlhoI5tnrAuMiwk0AElEtNSIbR09tJ18nyEk6jzbj2H726tVYQDJJ4jjXo0&#10;jgkEeomjH/V+zoMOwq7rPZpqsRvDOQ7e7AqY13Y28jUSY779qvLyU0CPmNSsEh0rGKDUo8KqqBlD&#10;WbabCUGYipMnuCvEu3/vKmKgwnjMcRmDtDqlhjsfRJ6JQouQLX5PtSLiVUEdutMceH/F9NvEit6t&#10;59K/cO4cpi63Nbd2Pho23wMRjKzN7ll8FQUo1lSU0yVVYGQzyUxnkoRO3iVzd0IuDAztMNo02FXC&#10;xZLIQPUV9bl8saCpiwFAV/ZpqaKAmwckeIKSTb/XHt62nZo2FwwGaAA1P59NmIs5IFB11srcmQ39&#10;uTdlHu2j25tspRYrH7V25FnsXXb8rsckLVuUzOTnpHY/aSGWB6ZYkspEhc3A9p/Zu45dwb4pKalx&#10;rx/awS/xiqroNbrS1TGNFmp7gR6HHouSVFz7pNci3AEeSeAH8h+3/D06kSaCZDQDpUdnY2mxnW+5&#10;DJWVSGKmircVT46uONnavxwNXDT0lUiszvUaD5FKkSXKkWJ9iDTbGqMG9PicNWYjJiPzZJRJUVk9&#10;UPJIZ5WNZUlgC1z4xc/S17D2w13OcSoVqeHXgFyw6CrHd6be3Nt6v3fufbfYOxqBK6j21J/HcbRQ&#10;RTVVVOKVfFj6GaWoeJJZFEryIvBvptYCTl91x08H21REYcbRsautpIaf7x2LxCVYY5owQAj31FL8&#10;/QgD2riS0AK1o7eZ8v8AZ/4rrZ1+EW4ny64bZ6jH8Wm3lDWz1u6q7HQ4PHZioq6jFxJSUNVLTyV0&#10;+JBHkeaAqEWdT6VX03PtBDNRff09fhNs43Brl8ilbX1MlOj1GVAOmmRYeQQfrJaxvYe0txa2i9zs&#10;ZD5Z/wBX/Fdai8dyBIeHpjoZcbtKsp8VVYrObyzG4TRYY42ILLDQvjpGpys9bJV0aLKZrECJ5nYq&#10;BcC5J9utFtxc5veKqy9LR5OiSVaCFJnEE0MKxM8wFPCbm+rSupiQOPfri4ENmBHVR8v8P+r/ACdb&#10;jiBqBx6Tu69wybX6wzU2362bDZuDB1WXpqwQ/f0q5CT0wySVFcniIZwGksqg8njVyIu38NRUG4w0&#10;e35aCKnqfDjcbSOGpDFEnGUmqTbWhDWKEGzcG9vZTfTQtbgO5zx8zX0HS6GMxqRjP8vl0BW+dwbq&#10;zHTtRQ0XZWKrq+qws025N65PFpQ5NJKyQkbdx236PStJU39MUt7iMa1BY6hmz2PbI5bJVGYTRDTV&#10;EDwU1BKniloqca3+7It62FgFPIuLX93eSeWCODbxRaZPn/q8+qiSKDJyx/w9cOmshjtodc7Qxm3c&#10;nPX12Sx+RSsym5oK5q7+8uUkspxa1AYfapOZCzpqUqt73J9orM7iyEmcocJQUNFQtUGlE2Mr44qi&#10;Z6SsNqed/KbJIvNybkD2qZVtLTVIS59T1SOsrF64/wA3Qv7S2bg5duVm58luat3BLSSV9QNwYGsr&#10;cXTQ1eLcxZSlx4xjAy0rTRNeI6o3IYFTx7QkuwtnQb63FJvl8jhMLQ1cM0dRUZSgpcfuBaqmEitQ&#10;S08pmCxvcSalQ39P+Ptkw7jeQKIGCk8a4x/scOHHy694qQR6wmon9n28fLhmmfl1MrO0N17g6qxG&#10;4eo8PS7n3RmaDxUkNbSV0NHha2mcQ1RzdHMadl0WZVR5o/IbSR+SI394tw9l7Pp1ocX1hhhVI0Nb&#10;Q1uEihvStTRN+5kp53J8smkWGtzwbkezGHYrWytma7k8SRvxV4fZ6fl0gV7ueYzN2heAH/FDqX1z&#10;sztJYspJ3HubF57JDN0OYwGW2+iY16CBqYLLglpRCqRwRS3AYFnk1El/ofaTxvyU27HVYvAtD5w0&#10;6LKVnWKPGaZPHKsTaeWFiSBc29l42m0DEk5PlXp03M0lVBpjpZZjrmnr6qsyVJXtR5GrppIZZTTL&#10;MlY3jKwffhmGtUJ4HH+x9mKxtFsbflVUZCTOPPDMimP7ScJMqxqFKSzfX0n9P/E+93u1bqUAsWWh&#10;xwr/ACr1uzv0gSk6UI8/+K6LVunsLtbpDauKoMb1hHn5aaWaGpmpapUx0ktRM0kM1HBSLI37hN5F&#10;sADexv7z76odqU+Fx2DpaWv3DPGjLj4JaySaomnT1I0kvCgr9VFgP6D2zt+13e3Rsb5tOs1NKA1+&#10;VK0Gfn1cXgubgvGKL5k9NvRW8+5d87l3RvPdlBgOvsGslItVTjFiKNKOCMlvXVuZJCzWEs7OP0/R&#10;R7QFJtndm4VlhyNHBgFo4A2Igkmp54qZ19IklZQWeRrkg8afyPZtLdWkVsIrSItXiaZJ+3pxp4IG&#10;1SNX+fQ+5HsTY200TIRZZ8/UZGvNPlpKGOepqpVsbtGilYooY7A6edQ4W5PK3yO1JMVt3H4TauMo&#10;8hWJGayoraiVCgyh5eZXmPDsxI+v0+tvYft45hI0+46gG4L6Dqy3kNx8LaQOHQYbZ7axWb3TuXcm&#10;8M5WbbxNNWNicJiJKKphqarCAFvNVRwI0jxltUhbQCp4v/VO7eXeNdn6eHd9DWxUlPRtU1jBqU4t&#10;4kFvDNK7cs1rCNVZT9fd71oHQQWy6WJoMZ9Pt9OnEaOKI0Of256Xm4cnsbDbLyFdsCsw0mSyExpc&#10;PLQ+Wsr/AOKVLemSCGmHm1R6jI8jWCqOWtb2xVGzNrruvI70gCw/dGfH0dCWbxQVEkBj1wRQ2sBY&#10;n1C35HvyR33irARqVKEn1p5f5OrlQYgv4jTpT4jN56Lb2GwGReors/BjaGpyWV0oq1FNTzIJpZWn&#10;ABklA0sFu3J4BPtLbR6d3Xt+nymZzbTU1M1VU1Ub/c09U60igzJUU0MLMLMp/T9f6ge233H66+Fn&#10;EOHHFBjjnpqsVsgq1SeA6lzdydfz5CHBYzP0WSzdZUrQ0+OQVEZasef7b7Wd5EAjYNcEN9PaCOWz&#10;mbklx+LoMhkFrK4QQtEswrZNL2XxxpZQptySP9j7Mbx7e1GpiKgcf29PASONR4dCXIaWihaqqJIK&#10;SnpoXkmmleOGnhjUapJZJpLBVUA3JYAD6+xw2lsSbbmdhq6PF+fKxxRLVwxS/wDAYsuuZ5ZZRoUj&#10;m9iefp7Dkty10As7HQTj1P8Aq/1efT/iJHESxArjoLt4bz2xWbSyU1XnaTF4eup5oafKVI1w1YY+&#10;OJaWBG1y+QkaQFBIP+3Se5t6Vm16zPti49Iq5pKYRLrZo5XcmRFpwLMSeCw49iNraykRHmWukev+&#10;rHSRVllAHH7OlBituUuWwe2jmD99Lj4KSpinKqPPIkAWGcObsvHqABB/r7f9h0+7924WSSso0q54&#10;aaYuk9KqU6QSqQKVTN9GYfWx9kl1eWcVzSNcf0f2VNPTpYYwid5oemnem4dlbFbHz5zM023hl8jT&#10;U8DGsenlqa7XeFylyXAsAQw0/wBePcXbvTlHSJJX14lol+7ZkxqAuDqa7fvuQLL/AEsfp7RXd5LM&#10;+i3UkUrU16diWNTpGT1JyXY+LhrI6DGyU1c7wGV6tKlGjgY8RKaePU51/j6D88+xJymyt20uPbIY&#10;mojpcSEEjUyU8FO0qxoNMhMVmYgfW5+ntFYbhDJKbcrrccSc/wDFdWmSNfiNT6dImPtDrZ9xY7b+&#10;crYP7z1kslPQwzz1NSfK51yQxeW6KPpa35sPx7CzfuRpq3YEuP3Jgf4o4lLU1TPC8mipT9E9NIhu&#10;rfQfW1vr7FW2yULqp0j5dFM8Sm41DgRkdK/G7Tgpt9y7gxWakpadsatPXYSlkjMFSpdmharp2DC6&#10;sSyyLZwbjVpLAgxtra0TYqWkq6t0myZTTCqRJG0V7pCjfUsPyb39szXEiszIML0/FEpxToTmOnm3&#10;AuWN/oB/h7MFsZo9o1dJi6iWamp6dDLJSTJE0csjcieOY8kn+luPZWbaLdyFahLHj5j16ek1wRlk&#10;406D3fFNVZXb9fLhUjlr3gano6qOWVWjJJXRIif2bk3N/wDYe1LJuHbuZrcvLV08eRp7eF6O7OHZ&#10;ybNIDwhFv7PJ9n77fBaRpaxMFAHEYPSVPqCgoM+fQfQ7X35jMHg6KhzH2GTRxNU5WWKKZYI0Qa6d&#10;IQP3dZJJ83A/HPvlBhMNPHHPT08eJpVjKlXhV6OCL+uglQ7W/BNv6+04h19kQ1H16fQupIkFfTqR&#10;V7p3HhhJRVMq7jr7oYIaOQUeQrag86AqiTwRD8sqX/AH09qmlz+29p4g02Py0dXLKS0rqlNTxAEW&#10;IhWP0j/bk+0cfLk1xMbi6oB5Cvp9nHqsks0jhFWg9egyrsb2P2VuWGbO7OTbWIxgIopTX1mSraiX&#10;kE1azxREJexUKoF/qT7DzsXa2G7CwVPka+STwxXMYidRJMguTb8fX+v49nVpGyhrW0oKfy6RyExS&#10;aHFa56X+wcjWbMztZs2rgkqPunWtM+h0hpppAF0h2JuCPqqg2Nvpf2l9ibQhjCQY6npkoaPSqtHE&#10;osCfpM7Agt/U+yy+ia3PeSzH/V/q9Ol0DBuhY3Tuaiw1JpqJDFPOknhiLEPJoW7GJVIY2/w9iFuD&#10;r6rrPDlDnJUp4dKnE+FYKOaxsAZv1cfS4S3usF1MsHgRRHPFqV/1f6qdbPhK1PPoIts9y4N87Ntn&#10;+GIKxUkmNbFkKetrQGNy1VRqCyE/UI0ur/D2Euf2JnslXDXmMPBgZCpmpYpqiWp0JfVG4RFJv9Lr&#10;x7ca9aJNMcZD+p9evCJeJ4dDLQ7loplMa0uR80ai5lpEgE5PJZJGfQB+bMwP+Htd4nMbS65xkjRU&#10;0ZylWnjhq5KdovHGgsscN18jE/1Ye2Itjm3ST6i+koi8FB4n/V+zpO88pbRDhR/PpH7kxG5955Ck&#10;poayDGbbpJNWQponiqanJOy2CTsfQiL9Qqkknni3tNjtPLZeonxNPRilasYxIZKZUWsJAN2AAZhz&#10;7ORFYbcviUrTGc9eFs87a2JNOpsHVu26apo8jO9bUz4xzUUkk9XO/wBm4X1vTB2ITgWsB9PaMbB5&#10;+ryTU8qVETJL5JBDRtT06Mr8ENck2+t2v/re0ct+jrqh8+H59KSmjLeXQhfd0cUCyGoi8WgaXaVW&#10;LArcck8k+3ubeuL2TW0qT1i/xCV40mkliNS0gXgtHJICY7fpJBA9roraSa0K3nA8Ps6Sa38WqYHT&#10;FksJDuGmaGo1pRsrNTxxTTU4LMLXqIqZgsi3swV78+xS3Vu/D772zSCalhmgjVQtZJFFUJBpW7ad&#10;d73tzb2W2m12loGEJqT5f5+tL44lrKaj/V/q/wBQ6BPrjq3Nddb03DkI89LXUOed6p8S5dIppWlJ&#10;WZADoTQDYDT9PZfcptChrqVdWV8USsxgjiD08BUfTVAvAv8A0t73qmiqqLjp6iHox6ysTYxOCANV&#10;ihsT+BY8/wCv7i4fHwYWKVo8tBNTgnzUsiuFBAsQvlGg3/2/v0cUszgsKU8+tOKJjrISSdOlgCP1&#10;Aiw/w4N/949oHIVKVOTMuMpmp4kcftUk0Wlz9PT4Rxf/AB9mDxJCKE1J8z0z3DB65e1ttzPVCVP2&#10;2XQvTSelYZ5WK0/p/tyIhJY/jn23JFG64PDpxPME9YpVZlPjbRJ+GAUnjmx1fj2MNNksRiaGWpXG&#10;jzrCxpZHq5JpL6fSyggXH9AT7TQWyS3CmR6qOP8Ak6buDKyaI8evSZr6HL100UAyQjpTIpqoo6JF&#10;EkYN2jMjsxBI4JHsq8dVuncG8isMVbNStUECNneOIIZOfS50gf19mm53kVvb6FPl1q3hetCOlSAq&#10;LxZVUf6wAA+p9mYfYWUq4aemxVFSNJUCJaiVaqOFqYkXdSJWUtb/AA9hyK+VYmlkJr5Cmf5f7Hl0&#10;tbSgq3AdJqt3bhcYJ3yVVJSxwqzampamVHRT+tGp0b6/gHn2vpKbb+wMMaSpairszUJapmKRSCn9&#10;P6LkWY/1Pu9jtt7uEn1l0CkY+FfM/M/5OkTXQlfTF8I8/XoOabL5zsLLxVGI/iGK2rQsHSdzNRz5&#10;iUOQsiC6ukYt9CBq/I49hjLEma8n8OaGCtYlo5lOl2U/VEvwv+BH09m0irAauMDp8R6uHQs62oUB&#10;qGkeEKFPAk0f7WSOT+faTl6r3tX1P3ddS06UauNc7ZGF3KMeGYaub/4e0NxvUKnwogS3oAerrCAa&#10;nqKu58E0qQJXq0rawsawVOr9vhgRo4t/j7dcjiptqwocdCKmoWPWzQy+VVKjkAjnV/r/AEPt+CYT&#10;xhp+B8qf6v8AiuPVTVa6eHThTVUdcshCusYcoFkQxs4+t7N+D+PafpO2c8zGkmjcKT428rSkIg4W&#10;yAG5/wB49q44LSM61QV+wV/b0nYBvLqJJgMVI6yGkjVwxfVGAhLH6kkC9/8AH3CqIsfm8gtaa5fK&#10;p1sgKwRrIDdgwNi3+t71dCVkoBx6ujac9O6qEUKP0qAo+pNgLexEi/htTj1p3rpJTKgiLRkssf1U&#10;BSb24+hA9prdZ4e5sU6uay91KdQZPuFnLxwRhBySzWd+PqNP/E++osNtXDU7s2qpqW9ck1WEABH9&#10;kP8AU/4ce9eHcXElXei+g6b1vWiDHUZZ8pNLYQwwwXK3DF5W/GohgAB/sfag25uOugSVKOVYIWIW&#10;GOnsDIv51v8AT6f4e6SwW4kytaf6uH+r06fPdHV+mjcW28Xl1iORp46sxN5NdRd1iK/Ro1/rf33k&#10;qsSTs0USxukbNLUVAQMzkXCq3+P+w9qdAYAAV60ZAUovWfG0rU8AWSUPGzqsMFOXMaIDYEqef9fn&#10;2XzN5PM1mWfxxOaSGW4laRSlr/2QPr7UTSRxJoUZ6ZFa1HSoVQoCgWA/p7ErC02YlpYTUtTpQMNc&#10;005aSVwSD444bHn+nPsrM+sEIO7+XSiMVPUeaSNWA0l5f7KLwefoWPAsP9f2KVBtaLcFDPqo1w9H&#10;FFohq6uQLJOwXhkp/wCyD9b+0tvLouBHGTI3n6D8/wDV/h6clWqdB5uPeibXmp1kaozVbUyn/cXj&#10;afyvFDq9TNKt/oPoD9fYHZzpvOmrmqqOSOrpkkY+WN3bxgN+ph+f9e3s2m3FVHhMM9I1SuTjpWUe&#10;58RWLCDUfaTToGSnrB4JjddRUA8Ej8i/uZidoSQIY5610qUVlVphpSMgeo+R+ePwfaMPLI4bTjp/&#10;SFFQeniSoSNA4vIpt/m/WxvwNKj6+2fJ4nKU7hYp3rVAuZJZC0QF/rc/Uf63s1WUBdJx02w1N1mV&#10;gwBFxf8AB4Yf6495sFioVL/fR093eygBQ5Q/V7t+B7QXDEsAp/4vpxVx121wCR9bcfnn2IeH2Hsy&#10;vnNVX/dTtEC6hJlijUD8KqcW/wBf2V3bbg/ZAQK/b08gCDVTpPZTJ5GkVft6aFmZlQeTyNyfwApH&#10;sZMXXYbbNH4sNGI2kQIrOweQlhwL/wCHtDFsk8souL566TWnl1eSV3jK+XQY56my+7JPsshFpoka&#10;8qRoyR6UP5JJ+vsBd4SVNXW1BnM6+SZyxEhVQGOou3+x/A9jEyhYKR4AHDpJGtMdC1hKaCkx1LBT&#10;hRHHBFGukAAKiaQL/wCFvb5QYqnp8LFO8JUNHcsJG8kgH04b/insghMktydZJFeP8+n3agFOuc1W&#10;fu/to3GsaTpIBC8Xvce03HU1ctSTDJLQ00bW1mzPKfoygsOAfa+Yxp2AVJ/l1oVJr1P8alQHCyED&#10;+nB/2/t+qVqa+lci/hSPS7yMSHX6BQOP949u2dzFERGnHpuaMHJ6hKsUEoBCh3caVUfQkcm//E+w&#10;3h2+k+Q8cdomeQW/a5YarMS//Ffb95cUjLdeiQenTgSACx+gF/8AYezK4TZlRBhIq2VaeOmA/bVG&#10;1SyEcamJsAPYRiuXnuTDGCx8z5DpRJKkRA8+gl3B2Dh6PPJgVqJf4i6ayrJojjQ/QAfUnj8j2kM9&#10;RJNeAxcHUrXNuL/W5/H9PZ+sHhRkjj/PqhGo18ullhq4yp5GlDKwUqFF15F7cc3/AK+0iKTBYaVG&#10;knX7liypGpLAEC59Q9trazTdzmg68xpTT0+CaeYHxw6U49bnTfnkKp/3v2rdv1MdXVgIpqXsQiXV&#10;UjtwCSR/vful3GsSBQaDqwBpXpnzCtDSSO0iwILa5LFnIvyB/j+Bb2ujSos6ielubLfWY1ijt+rQ&#10;B+r/AAPtKsHixVj869bVqCvSE/iriKQw1wsGNhGsj1Euq+kSa7aP6m59rxM5SUGLMNFTRRt4rGRU&#10;UMzW5YkfX3Tb9qhS58e6OrPD7P8AV5f8WjujJKKIT+XQFbg2ruDdW4aZ8jl6z7CKpEzUIkbxaNVx&#10;Hp4ABt9SOPx7Avce5q41DR+RV1BlDWIfV9bW/wCJ/HsaNLBFHSMADHp0wkI4t0ZDa+z8ZQUcRSFy&#10;VIIDsSosLC1/aPmr5qhGBl8mges6b2b+lj+f9j7L2cOeHHp0EKMdLuKmjh/SgW5+gIH+9e2l1euh&#10;8DxBIQw8xk5Yg8EKPx7Tt+mTpyT06rah3dSOAb3vf6WH4+v49zqHCYFGjigxonmNhrYGQah9SS31&#10;9opVky8r0+XVwFb4esDvKoZiyIii5uObfjk+3+fBGl/yj7OGEBSAnjUPb+gUfT20hjlGlc08/wDV&#10;/q8urUpx6ixZCCVvEkut7/VSLD/kL8+52FimMvlakcILeMyAL+eXCfS3tiYRntHl1dR59YshKghZ&#10;fuFVjcHSRf6cLf63PtWZoJPQoi0ck1Qw0vUEeOFAf7Cj+tvarbyIyamnoOP7em3BLfLpHYsTw5OV&#10;zXQxUiqStJfXPI1+ZCxPC/4D2D2Vx0dLdIolSUsSULAtI5Nzx9bD/X9ma5Ot+m2J8vLoQoJRMgYH&#10;UDyCBYW9pA0xlqlhlUAKSZAEBa5NwNZ+n+t73KF0Y8+qAE4Ix1n9ulQKPHozCmDqNJ1aS6qfoRc/&#10;7z7SJCGFCer5Bp173GoYqjK1CvHUmipL/wCb0kO//BR+PennWEaIhU+vTgU8T10TYE/09rVNqymJ&#10;ftZbqQSzsbtyLck/T2wl2xbuFT8uvFaVr1Eeugj4kJQ3sL83/PFvaTl2mtLVvJUy+ZlJJAZiBb+p&#10;9qWklmXSBQdNLpr29SI5UlUOpOlvpcWvf6cH3Ngp6inLTQX0AcKC2lAP6Kf+J900BTp6vqx1k4/P&#10;5/3n3AeaGV3kqnZ5FY3BJ0DTzc29rP1PhHDqoFM9etbgcD2rcDVVVTokivFTghV8Sm5C8fUf1/3j&#10;2huHVCUGT04jEZ6i1CRFG8gVib/rPFvp9D7XNXlZ4aZQEKgED1m7H/EKPbluq0JIz1R21H5dJiLE&#10;08lU0mvVwSNAsAP8WPtCZ16jIjyM7wvYJpUXZz/ZOn+vtWXWNKAYHVEShJHSkooI6aMxR8i5P9bf&#10;1F/ap2vtedIoqusmeOGOzyPpIaw9VlHHJ9he4uGuJjBCNTMadKifBUM3TblszDSI0MYWWocFY4yR&#10;YueFB/p7WGY31R0cQose2gL6SSbu5HBZyPofZ5tOxJaL41wQzn+VfSvSKR2mfu4dICn2VV5aqOQz&#10;LCQFtUUKgKka/VFVRe/+PH+PtGtLQZm5mrJFksS4Ukg8XPA59rrh5lft4f5OnkAC46XEEE+KRYoK&#10;SJ4lIC2spt9P9b/ePeGinx2IkfwIplNwZCl2Nxa4JB9o3tWnYNK1R6dWLgLjqZURVNbEFa8akg6Q&#10;1hx+Gt7dY88ZG03sG4RLhb/4sP8AjXu300SUZBSnTIBJx01yYYWJY6mvd2tf/WC/7f205IuxJkOt&#10;ypKhCbIP9f2oa4LrTgB1tQD5cOnKgiSNNMYKrex1Dlj+T7TH3n2cyuGsxI1cfuMf6D/X91YeItDw&#10;6cFBwHTuY1kUgm/1tzcD+nudPkparS7AhfoNTMGP+29sABF0J1UNRqnrFFTRxcAc/Xi3H+395KKr&#10;aorIl1hYoWB0A3LsOBcj6f7f2muEZYqfz6fU567ljCxPYXJUi/4APP09i/RxR5JVSodjGFTUoYqu&#10;ngW0+yuOaS2TTFxPmePn1s0IqOgwysj46R54I0Et3KnQGN/6lj9AT7iZjblPUwtFQt4vrb6jULc3&#10;v7MLRp175ck9JmYA9+OsWJ3e8UoNepa4ALBf0sfoAo/2/sN59qR0LG7aC7anZSWDm9ySfZgxncV6&#10;sHQGg4dCBSZynrFLQ3P5sw0sL/QWPtQ0TUlFSaL3NxdQ1lH9L+0AtJS+pzTp5mFMdRKw1FTOBGul&#10;QD6iLk/6w95Z8rLKmiKQqo4VQxP+vYD2phURsTx6Z0qW1dRY8RAj+SWJWdjcuVtwBxf3PxeV+1ZV&#10;ZwxP6izfS/tPcQNK2o4r09UU6g5XEx1cTaYiNNgoUccDj/fD3yy2Seo1Hkrc/UkKo/qD/sfamEJG&#10;gVemcoat59RsNh0pNJACva5PBdieOf8AintA1VfSio8bSlmAuVQ3uv8AUn2+0R0a/XquWwOlzBE/&#10;jHpAvf6gD/ePflycSekApq+gN9Rt/re6EqncT05p1Cnn1yamZjzyPwL/AE/r7x1lHW1kJdYz42BY&#10;MRYkf4A+2RfRF6DPVXiPE9co2ihOgsobgEX5/wBc+0DLt2snqNJpyU1+t9Gpjz/T3ue9VVoOPVki&#10;PUvUv9R/tx7ELC7X0xKq0zxxqq3Yqf8Ab2Pspaercanp0rTj1BqshBTDmRC1yNIYXv8A09ycjSS4&#10;9CKcrY35/tD/AGA9mEEIajSVJ6Z1VOnrhS1SVfJuLfj6i/1+vuJjVZJVmkf83YnluD9AD7rOrytp&#10;GB/q/bTpQlBx6kzldBRVuSCBzYf0+vtU/wAUpv8AUP8Ap/1P4/r/AMa9sfSH18qf6sdb0npl+0n/&#10;ANUn69X1P++v7//SxY9VhkAclbHgC124te/vBlW8RKDru6B5DrcVzmuaFmiUSFgVJYGy/n6D28z6&#10;Wcy2sLKFB5ubcAj2nApg/Pp0gKBTB6TdIZFhWmEnIYl3W68D6kMfp+fcPxyyNYgqpa9k/r+Bf34a&#10;eA49NUXienczwwx676zp03fi4+hIHub6/A8RH7ellYOf1Aixtf3WUlxnj1sDJz01RLAldDVqR5tS&#10;upQFgDquPx9R/Ue0UcEY6jVBWBIdRbxqqHTc306v6ezG3u3VdDj7OmzEhz0v3zqPT/u0LPMRp1ux&#10;AYBQNdgPr/h7UdNBFToxSQs+m59XrJ/qT7Zu55GweA8unFVRjpKSSS1kqB4giOwVTb0IhNwqgfQf&#10;737T2Rr3EjiwXm1gNRuTwb+0sIBGqnHr0rNWg6W+Px0YjRCzP6QwLGykEX4H09s8088qI0YOv/VE&#10;cfkmwHtWp8N6jhw6bVWJ6c46eBC6SWK3uADzb8X9vWLarUXfk/Qk/i/9r3uUgr24B62B516T+Wjo&#10;XYDjj+z/AKq3IF/b1PUen0kta1ybsL/1F/aXRXNOnGJK4HTJS03rYOAgYk6RZSAPqCB+T/re8lNL&#10;KbcFhcc3sBbm3vUp0qKYp/q/b15FJoeuFRTU+p72UlT6fqTqsoN/+K/7f3K/icEqvFJN6lOlRq5I&#10;H1A/3j3XwS4Dg9WL6DQ9Nq4eoo5BLDSnQ6l3Onhbi4Jt9f8AH3gqJFjgMnpHBCsfqQf6Ee7UIbrw&#10;avUyiiaeoMfqa5BKryFt9Q3PtGVOUVm0M1mT8D+1f/D+vtVoxrXppj6dLqlxYj50XEn5P9nj6Ef0&#10;9s33FbUSjVcQ6/T/AFtf6/7H28JEpQ8f9jqpWvTqKelp42KBdem5/wACB/xX24VEDyhTHGdKC5Yg&#10;/UDkD23VQa16uqEjPUSCYRlkkkTW59Kg/gnj6+4ktesUaxMxsPTZfx+Lce7hQxqfTrTHTjqQlHeR&#10;5VUamNyzfn83t/T3Pxs7F7IwCfgHk+/UGnT1UZ6b8pCujWy3cD9QtYG359iDR1SUoVpCGITUg+n0&#10;9Rvf+h9stEjKV/n08GNAOHQUZWhqK+Rlg1RL5SrkEk3PpXRb8nn6e2HI1q5BiwNwpawHNh/h7Y+n&#10;EXb6/wCrz680rfD0tsNRPjY1U/Uqlz9LsR9Tb21R4qm0tM9wpsbkBPz7vmnVAuNXHp3kzFQZRTxh&#10;S/PAu31H1Nre5kJhiYGEBUUFi7G7mw459+VyB3efXtfy6iVCTTqfOxd2KjxqLIt2+h/r79W5MrTn&#10;Qo5XT5Tb+lrH/H21pRnoT+X+r+fVtdBUdcsfiSJQzt+hr+P/AFPN+Prx7QtbVB4nuoCqdQaxLNYf&#10;4ce1wFF6bDVHy6V8EOhwQxJ02KmwC+01SxfcVKTKxIRuYybng8G3+8e1cbFVBIx0yQCa9T5WAQg/&#10;kfX8e11TpUiaJ1j/AGGK3QDleLG597DpkEdOFDTt6TdSYDDIjSjzqslmJPqJNwQP9sPammqNEIUp&#10;oJsFvwOPqTb2kdgzaV6uvCvl0mKWiJnaXyax9X/J/oLC3tkmNSzDRIxjLf5sX/PHHtoFlJJGfXrQ&#10;Q1qOlLEtKF9SKrhQSzf4c8/4/Tke3GlpJVHkLhSh1hAdRNueR72sjAU6cVNX5dNddVwOwjWMuJV0&#10;F7BQObfnnn6ce2nOVaMyS6wr2IJU2At/tK/T3qKqSegP+XqrsKUbNOnXD0pjgaLSWUWtqFz/AK2p&#10;uf8AYe022UDgRqWllc6FANjb8XH/ABX2uaMSEEdNrIB8+nlKVYyTZURebW+h/Nj7cqHG1WlZI1Ly&#10;Fx6VuR6v8R+PdHpGACMDj1YIZOHUGqyFKGdJZFjXx31MbfT8Ae1vjh4hHHImmWxAFr+q31J/oP6e&#10;0z+G4LDj1sA9InKmSQs8UgaAFSzarej62UH8n8+3a3n8aTA2TVfmy2J+gI9sKtTgdO9yr0zM4oxN&#10;JA6kyadIALOW/PB4v/T3ElqqGCZIkjQEHmS35vyLDn26sQILsfs6o7t1KhpsrVUzSvKx13/ZJJsP&#10;wbn/AA/HtI5rORmvEYU6Y1GkX4Y2/AHu9uqUJPHptmNKdLPDYZ4MeA7gvKSzkDkXP9T9T/r+4Ete&#10;9TFNJb1IlkW/pA4BPP1+nt4sisv29bq2ig6cYaFKdkjBuGa7MRdieTbj6e2Gkp5KycSxCQzI92Ny&#10;sQAPPA9rS5QVBx/q/wBXp0gAcuVbpwnljgjIlZVQiwuRqJPH59ipFT1NNiDJodiwF5yPQhI44/p7&#10;Krq4RpAOFOjKKFtFR5dBp5qWsz3i80Q0hiKVWvJIAxDXJ/pf2yU9VIHMkuotYAMwOmx+tl/3r28s&#10;qaQF/wBXp1XuByMdKKqoEZdERCqWLFFsG4Ookt/t7+3GDOCk1DyLr/LarBV/Nx/X3owiXu68Woem&#10;ar28K0LqjJiAuIyAxZyOCL8cfi/ubHXLXRyRrVkfcG/lJso5/r7obZwKAYXqwdHw3UKSjGMlhqP4&#10;eG+348S21EW4AUWF/rb3CXa88sgf7pJBqBU6+SD/AEv7RveNEwBBx1cQRNQ16eP700SwMPtpIWAs&#10;VMR9JH1B0/n8e482Rkx0xpBqYROUYE/Ug2J0j/ePauCbxaM3n/g6pKuhtI65jC0+ThFbZA80euNl&#10;UAhXFx6m/wB695KmofJGNYFItYMbck/k396YEOSvDrQJKUPWKgpYsPE5qpFJFyuo/i5tx/vHtrrc&#10;ZXxVSX8s1PZVbQCVUHkAqPay3uTTTJgnqphYr2efTjR5PGT0ztE8MM95WUOyqzlfS7An/ivtxyWG&#10;gho4ZJbpquxV/wBRC8259stLIz0Xy4U6dVAsJLcT02YfPNV11VBFpkEWlS6W0gkkDkA8/wBefaUf&#10;cNPQMYrEryo0kX4HAFvb6AvTV+fSZnMfw9KiTEfdASMwV+CARcc8m9/c5MwMvQxml0zGOZJGhlvp&#10;YJwy34s1ibH+vt2qQuGIwMY/w9bX9VSK0PTemJWhq5pXbQJoXjSeOyuuo6rm/wBVuPp74HJVmOlQ&#10;TK9KJATFGxu2knSCNPA49vieOaug8OtCMxdx65tiaHIxH9FWUIV5AAFLL6ipuLnm1/bfX0eRrgwg&#10;laRZY3DOG9SaxcNb2mkuPCw3lw6vp1ivTlSy0VMtmRYWUgAEAAn6cH2jqY5bEskFfU05jR2UOmsV&#10;E3q41xkALxYEi/Pt5LlJFxg9JDbCM1r07FYpxqHquoKn8f4EexEo8gZIUenSNJAqszuNTH/EfgH3&#10;TWVbxK9KBQpnj0mKzGxszx1LSyQyEgRIxVBxyrW5I/2PtZYvL1U8bVEsqxiEjUhbiSwtdQfp/sPa&#10;gz1xTj6f8X03HGAatk9Bhnto4qCRaSCjMr1KyLHMEGqnDNf1kcEf6/t1dJ8lDGYGSNzKSxayl1Ju&#10;LBvx7SyTiJhQVFM9PiPxK1PTRTLR4GpqVqxNJGlMviA1OkJVbOHK/wBo/jnj3IylGuPo0qmZfuWA&#10;jZVPCjTqDE/0PtEbpmnoML1YRqkZXieuG2Mn/H8hV0CQzNRU588dRKoHlkL6THGt7+kc/T/WPsPB&#10;nKeslkiaUNJT6lK86rnnSv8AX/YezZZCo1q2D0kOHoR0Kq7eejQGGIKszIzE24I4DsPwbe0VX5AT&#10;1/2/2lRKZwY3eNSoQDlS7f4f8a9tLPGSaN1Z2atFFelhS0329OgVwAnqH5X/AGr/AG/sV9jYjILQ&#10;1c8pkWNYpChIIf8Aoun+v+w92u91SODTxyP+L6ehgpJVvPy6BLszK4l8vhMWBHLWVFbEGQEFNC+u&#10;Tyc2+l/qfbZNPkIZ54anXJH9dZJ0qt+AL/0/J9tLuCSKDXz620FGLHh0s4MTinggnoooYZfyiIoa&#10;R7XNwP8Aeva1wtbBURQoiNMyvZ2ubAAf2fbkkgYVZqV6aTUxog6BveWDrqOeuqDLDTRNBriURqS0&#10;hP1kJvYn+o+lvebcc1BRfZyyPAlZVu8MKvKokCRAOSwNrn+i+yuLcriO9+mt+6v+fyz+09Lkto2Q&#10;yT8B1l6+xWTyePyEdQtUuOovHKzLDpinqZUOtYCRcqAOXAsfp7baDdML1UlOixsII0DSqLHWwNkI&#10;H5tz7FE0bCDW9QT5dIZRCzVhGK9YM11YZKX7kzVANXUTOKZ3MirGCCZQ55tfixPty3PmhLhoBG8U&#10;chf1Bx6miI/sH8G/19khLrc60+E8ft/1f6uHThCiEhumfqfrwYXdOblqhVVEbpG1OVkYwxSgesPf&#10;66gbjSf9f2j8FnlWVYpJUGqQG/1uQ1rX9myzEppJp0kEca8KmvQrb12THXU0k8dO8rJDIgUMQU1r&#10;+tfyTf8A437Ep64Tx67jQV0cH8f1/wAP9f2mLVGk8f8AV/g/1HpxkB7T5dFtoNoHE1ghVC0olNRd&#10;geHPF3I/UD/S/tA7jy8EUyW0RJHwSeVkJGrg/wBRz7aWY69Ab/V/m8vs6u0dEqR+fRiNh7WqY8bI&#10;1S8k81UfJckgwAEqBobgA8H/AA9ttJvaAVFPBFUoodkJBsCQfTcAf7xf2vhkU/Hn9nSaR14AV6kZ&#10;rqykrqaqmqKQSziKURBHb8nUAxJ/P5t7FCDO4qKmnq5DEZ4QXCmwYvp5b/Yj21LG+jVqoDxp/q/z&#10;9PxysaKR5dFay/W+9K7N4vAUgqkwVWrQTzrIywwUyuXihCj6qr/g/wBfz7SeX37Tga4nDRuwVSGP&#10;6yOVYD3SOYo4+XVWUFaN0LGzPjzR4qER1MYEygGQPGrAqr3Vo2bnn/jfuFiMg+ckiErSKVqQUmcB&#10;0ZALNE6n+yR+frf3W6nLxnTg06tAAtRSg6XWbwNJsqknloYIjT/YyLLR0/7MqSn1pVQOv1dSPoeC&#10;PeLLvS7TSrnqXiElVLLMpU2EiA3UIpv7YtZwU0niOPy6rKlG1H9vUjCyS9gpj3phUJQ46CCJxUpZ&#10;o6gp+75mU8sPpa3B9od8rHuc02QWSUAM3kjEZ5jiGkB/9e3HvzuUkFDQH/Vjq8cayR1I4dCbi8RD&#10;tmikx9LGhi/VFIzm5klJLX1XP1P/ABT2K22IZGgA8dqLQJUZyEcsFuAyH/eLe35bsoADk/L/AFfz&#10;6v4IfPAD9nRd+z3pFnV0qdGaaQ0hRFaaNY3k0kxugNiTa+q3vjuJVrqlGx9M0jqiRylSFBN+GueP&#10;p7QC9kDlHY0Pl1tbcHNMjpw6zoJ9ubfaHcGRiCmpqaqmaWzaInuxiN7MLX4v+PcqSKupJKZYQjO0&#10;EYalVwKgoOJmS/1tcE8/63t9JJDV2B0+vTcqqNIrnptjqtt5ikyL1UrpHFkZgmTmhY46Oodv8jSW&#10;U8LcjSDawJAPuDW5bGVMMlJI/jm1BNL6fJHIptYX/J9qFY4KGn+r7P8AP1o6a6GHTlhdobjxWQhy&#10;sQSqpRCzfs60gnhlQMGZbkWX8Ef69vbfmVpqKjo5ozLG3l8IOoJqMi6r6T/rXvf2y1w5nMYOaVP+&#10;r/V9nViiJEelNtE5DJ1+Wjq1pZYDGk0aqrSFPDI0ThpQb/XgC349q3EUdPXxU861IiSMgONXqJtc&#10;n1e23ubuE0AqpH+r/V59WQQvGC/HoJN8ZqXAS5SgfEzVddUI70jrDqi9TmNAXTkc/Tni3PtH9j5T&#10;GJVUJpNUSUcYhqJYR6W8knr8lhyVP1I/r7ravIrMXagb/V6/y69IgK6SK06Xfx225u2g2vlpd3Ti&#10;rr8tlJshS09RdjQ0yxLHSQQsQPQVF7nm9yfbPgN8U+VT7B6NqqmgmeGOoVNQEUXAJAHI5t/r8ezG&#10;WW2VdYajf6v9Xy4+vTcTSKSqjHSnz/V89LW1O4cTmGoayqiL1NKxIgmq3+rRuTdbWtxwR9fbxkcr&#10;kZMl/CIKXwmljiaNw3DQzJqTyqvFiD9T+faUXsap4qnh/q/1evVzGHOluB6ibb2fgqfEzbgq605B&#10;8rLK1X5VFo62mlMUv2pk5BVlPA/1/czGZKopKhoclE0FV9tM6a+FYgXVVY/UH/ePdku47kEoeHXv&#10;DeLt8um3d20KXJ42CXCSxT45slQ/cpBYnxNIPLIFX9LrwR9Ln+n19qSnz9BUUppEhhmdJI3mRoiS&#10;rlTYqy8X5+v09pLmGFyJS1afP/Vjp1QfhHQbyddbnx2efMHLV9DBPQ1FHSNDVpoMAlDMk0E1wbgD&#10;8XH9QPaswGKkSlM8dPIFlWSVESMlWIJIX8c/4H2VTbxFCwjBFB+3FOHVvpu0tTj+X+ry6CvteqGY&#10;yMeMqcjSK9NWY+grKiurUpmpYKuMhal78lTa2peP8fb3W4KDL4wU2XpwxjkFRCiyFLTR8KHP+IJU&#10;j3WSV7mZZbYlRjy4j/J6/l03H+mrVFf8nRedtdsRdP76rJNoZCCroqwzYbNmpj+4NJHLIp+5pfEb&#10;yBZELL9eP9f2G24aHeH3cONwlFFQ4jwxIlV5U/ZY8SAwp9Sv+2Psb7TudjbRacNIPUZ/KvRdcQs5&#10;1s2PToyPXOb6RqcTX7839uKn3PvV6vIT1oeCZvJBDM60S0ZkSyRsmmwuCCSD9Pa+wWBakoY/4nUf&#10;dzJHeaQqEUgC59I/2P59pN13fxmPhLp+fz9et29siDUcn59E47P7obcm+DQ9fYv+DUU9fHSYyCNz&#10;PUVM0reAcgWGpj6VH/E+wN3hvmKfdlLt/CpJOIHUVYhJLCIfU2W+of4fn2lhuXWKsvA/l/q/1Hj0&#10;88GpwEFD1Zn0R01Ltbrx8rvOSnm3Hl4JMjNLOqBaSSYFotTyAaH5UcHj21S4/cG8N0wnB0cs+36G&#10;nSnqYpB9vCJIZLTyGV7X5uOPbE2429lGfEbBz88ivVzA7yhjinr0JtPlNv8AWe1Ad356gos/l6yo&#10;lhlLLPWVVXXzaKCnpadAzN6TGgAWxP8Aifb3vaszGEbb2Kx8EckdSR5XptPiRIzcOJUux4IupJHt&#10;DZXVlcSNMePlX5/bw6fkR9I8P16aut8djc6N057IHIGUV89OIsqJoZoAsfjnRqSWyW1oSjKoPJB5&#10;HtBbh3hNSvPPgKWGsyNKsKVSY6PU6qzBJ554ovVweGPtdbuttIZZD2scV6alDSDQuSOhHx+0aWfG&#10;rQZl6mqo5JZHjpq+cSsoJJghRm/AXkDkj/YexP2lmVrqVZslRSSZmSMeN5ElYw+T0q8UTnSv15+h&#10;Pu93ukRAcPRR5Dzp15I2whHQD9j9cZOKopKLbeVhw+z4pxNlMdTLS0grjGpeSmrKqFBK6N9QAbA2&#10;/wBb2oM9TZ3xLJGkYoF8b1LxSr53itf63FrH6gc+0SbpFISukgk9KfAHCoJ9Okv17TbBpK0U7Vk0&#10;24m+8gx9NXUs0VJS1HlOvRCVIOsepWbg/VT79kq44fFUq08lBRrWKY5TUSMZpGcXUCJRd2Kk3Fx9&#10;PdraCWcs0tWHEV8umiQrDyIPWPEYzG7y3zkpK+mz+Uq9tzxTUS0UEa42ARHS7/dytpiCyp6bC4PP&#10;sK85SYDa2Rp56LFijyNfTrWhdKClZ6lmJnUNfSCQxC/j2/ZRM7OZH1aTSnXrhq0qBn06MRtTI5fe&#10;GJr46jI01TjaPJVWLkqINa1zfYkLLTzugAdxfS8igaiDxe/td4rIUuSwZNfLRff1ciLRtDB5WRlc&#10;Aoq/UsbW/oPbsyzLSWDAWtR6/wCr/Vw6bjRdWniT69A9uDB5nBb8pDgqfLvtnH0NSc/HVZFaWllE&#10;seumqGkk40RXLNblr2PsQcVSyp45cvVLTCKMNHQI6szqguWmUcWYfVRf/Ye00k88sTOi0jGCT/q8&#10;vy+XVyIlbQuWPRSuzM9j2mnw/Vu15d0ZvOZEU1VvTwPBQ4meqcRQ/Y5Gwld6eSziU+geq9+PZbsj&#10;uHeW9dyZ2LbNJJSYbGaYIQQQZS1SIyYEawvYH0Ef4X9vx7hZ2NuEJGf83Tb2sjsQ3l69WEbN2Vtz&#10;rzae3qXd1ZS5TPmmgGV3DXogmrsjFRmWqqJZReyLYnUT9bH8+xSbM5DH09Lt2tY4PwQ00+SrqwKv&#10;kjdPJLFCoPqNvTwePai2uFuVM9uAX8q8B1TSsNBIaj9vQF1HWOzdw7lynb9BEnYs0/3uN2thcNPH&#10;PR0s9NKaJal5ifEpEgZjI3+w9ztp9e4CLC11PhNxZfNNJU1VVBNlp6epaKKpneoTHweFEBiiL6Yt&#10;d2CgAsbe3N93bdFtYUuE7QfWpP54pTywfzPT1qsBZtOAfXy/1f6q9Bdn/kN2Pt7svEUXamx9ubUw&#10;s9IYPusXNX+SKs1KGylXXVI5jKqIzEq2QH9b29qKvgw2Eo0kql/3KtEo1xNIiPJEoRWnjQ2vYWJ/&#10;4p7QWyXM9HVtAJrpPnXy6bk0u5UDUR59NG2dy9i9l70ytDt9aaq6toa2SN6qthp569VqwZ6j+CVk&#10;wBaMOwZAwNgfSebe5aSy5ekVaGphpZZKMi458WocTMpsWIH49rJ2G3oWKhqmtT/q/wBWKcetaEdg&#10;GPDpG/wSg2Zuqok3bis1uChp9yRvRiSJ3euqLAJiqLwkpFG7sp1NZVN7kD6AvRYPLZ+eHJ0NJHFD&#10;RVFTS1GWyZNI+XZPR9zS0Vr+MkWJJCn629sybiFkUKC5fyAr/q/n1p4EodRpTo/2T3rtbZcFVgM3&#10;kpBU1FDT19Pt3FRSV8mApig00dRkIeNbMSYg1nYKdAKi/tN9i7h3fj3wmNo9vR5Gpr5pqSGaFWRV&#10;aB0WNIIYwQxYH1aTxb2qS/tVQrJ20oTXpv6acgFMg9TeuNubQp0y2Zw+WqZqWoda+tjqsh5jA1VG&#10;00k1fPU3lA4YqHZQoB4+vsf6HFZNsRi4M3/kkzCF3pIwBHFK0YEcTu1wzA/UAfX2SybiJJG+lWo9&#10;fz6VrCsYoxz0UTKbm2RS7z3fuHZjUWYlipKyGbMvVPV1klFTuaqtqKaOmBZaYgAxyXAIUn3Drsti&#10;duzZmsNaK6rw8Ef+QAG1LrdUdgo4Jswa1rj2dQJczQr4mEPGnH7D0jIjDnQMnz6T1Jtrdnc2C2Hh&#10;YdtTbU2rv+uqqrIbtL07VeYoqfGz5GmDRq3mjSUwmJGdrMrLxzY5tyZrHth6GSpqoBkKhYqgwtIg&#10;n+xY6qiSKMnUAAAf979uGzuVd5rcUiX/ADfz/wAv5dVaaKQ+CfiH+rj0xfH/AGJuPB9rb2xGLwVa&#10;uwsV99iqfLLBM1BLuuilEeOhq6oDRJIEllV20m3ABFxcK8f2nhsgajFV9dFSY+myf21XLNI0UpgV&#10;NQpQPqXbg8Dlb2/r7vHEjxAoaMRxPXg5QmgrTy6Npneg3xORqd87WpIK/eEeBmgxlBIIUxke4H/z&#10;WQk8xFlUM30a9+efp7WJ7H2RicnR43EBpqzPVENHDRoLRyGSI6dIAH1AJuf6E/j3VLQtUSy6qZB4&#10;5/1ft6q5dpVZV0+vz6AHKfHzu/fuAgqu2Nx4HDxbNgq8xS5TH+WXKmoo5PvnmqHZjGEQRltIAHA/&#10;Htp2ltym2fvipo8dWffzZCJKiqhjAK42lqJWkT71jfXJqui2P0+vts3kkkLR3OBXA9aH5ev+XpV4&#10;ak+Inl0ve3t20vcXx1ym5chiqzb1JimrJ8XUVqNSz5/K4inaNKrBA6ZY6SRtbB5EBIUgAqNR47+l&#10;yMFVl48ZlI67OySJ/DqGCAxCkjLXeWq5I0Qr6pJD7stxcQwhmXSvl6keX7f59U8KKQEx5Pr0+/G6&#10;LD1/W+xZJdmz4LbwwWiuyOayMNXHk68hIEakLHyFayVmeCLj08W1EXzZamqMtgto0s00dTlJBj6y&#10;vgiU/b1U6IHkn12PCk6l/qBz7LHu3WRpaFag/bX/AA/7PV4k0grJ5efT7sKJNtbz7ayM9OlFtmkq&#10;6rHYOvlqUL42jCL5aCKBrFE86yW1G63/AKe3XP7t2NtnIR4yrr7bkmpI0NLR6dCVEsJUVAQemNhc&#10;kfS4/HtTaWNzIv1E76V4gH/V/l8ukr3CyPpRa54+vQR7JwHd/ZFKs9Dj8HSdYPuSrqMdV7olrZtx&#10;5TbtDlw38O8b3eanqBCVEkw1Wb9RA9qjY2QWXbdsdSz1sdLTV07yeLW1fWJKziOCWWwdmbgG9r25&#10;9p7sWYUGVqtUCnpx8v8AV59LRG9KgUB6Br5ObRr6fuOgzua3dR7bOfz+08DQaM4+Pptr7VqKRKfJ&#10;5HL09MymKDUhaTW1mX68D33icY5ek3JmYp4NxzQStR4WpaJPtQ6+mBkA5kRb6ubX9+iZ7mQeDiEU&#10;qfMj8/8AD+fDptiqLoNNX+z1m7N7AoJ8ZmOl+v46GfqOCahpt69oYeaXJJCzyCetLS0ZeLxzSiKJ&#10;n8jXQnSLc++6Wi29kpK+TJUET19XWvUmbQTK0scnhgDWP4UD0ngD3q9SYgG1fSAPn1uORQ1HAP8A&#10;q/1Hp/rcx2z13Hsik2hl2k2Pt/bGPwFZi3ejjokoVxgqqrIQTyi4bVqUzatbEADk29scaVNbvGsM&#10;GOixSYnHRUuKyMhua+SRA1d46dbBYk9Ka73Jvxxf2/bN4UaqtWNQWH2/7OOm5ozoJPA+nS2y1Tjc&#10;T0TH/fHI1G+aDdm458luPEUs8TyYulmrXqcNSrUW8zVHEUqxSG9yV/SF1B+czDRUtXQDI0wycOTr&#10;o6Sggq1SWpppa5pHqZ5r6ijEl/1fT/W9mb3ckb1Ix5/6s06TCBWGl/Poy0G1Is5lcRlZdvTfwrI7&#10;dxGSr6/J0gkONyNNikpKajpMTMNMU0cX7bFYfSbj6k+xM20yyQVlfO0r5XIqlDHPC3n+3QR6NMZn&#10;LRxqp5uPr9Tf2XSTPcOAo7UOoimTTP8As/7PTrJ4UegemOir924h8dW7WwWPjw1DsDaktXurM4vJ&#10;yPiabKVprfPE1RDilWeqknvIniKm1yFA9I9s+H2FvCiO763NviYsV968WyaGhihrJpsT4455chl2&#10;kJU1MkzMD6bgqSOCvt6bm6zu3NnZx5gIDEAg5Hz4mtSRgAfOvW4rJUoz+f8Am/z14dSMr39tKty/&#10;SmD8Ff8Afbyp3yO+txy5DObZpcfmcbjTRfwbEJMVnaiWZZ0jSPTBoaE65ZDPpU2T288uAi+5jWsy&#10;NNWIDMsUYdINesRTLCACi2VlDfQ2/Psvi3Am58QgjUaD8/l9vSlUQg0wB69JjZ/Z1LR93V9HhMtH&#10;iOv81sSXJrR1OVqZKTIbgp6gUxyOFmyUjstQ8LNHO0DWdQdQIQEIffNFk1xUW1sTUUKPk8lj3qPJ&#10;LElZHQRp91V1yA+osXHjUDgLf8+zoTPHF9SUJbI8/wBlP8v+ol6RCaY6jRRTHl+3oUekMvt3eW8W&#10;7hyVHmYpNuYHP4aHJquS/gRlqM22PpcDTpGPAxjp41qHLi7yzK9xoA9uFJtDCYik2xJWigyyYaHz&#10;VuUqFJWqqWYmmp6alcnW+trIG/rf6+0C3N1OrPKCpY8PMDpxkQtSMVIpT/iuoeU7T3zvGt7a27h5&#10;87tjLboqIcFsjb1NCkFdg6Wlx60+Z3jl89Slvt4Ct5WeJgY9KIpLtyy12CXfdbNX0dfUYiSuoBVr&#10;hJVgiDVNM7r5qudAQFkAQN6SVA491juDb4h7vs/2fT0/n1ZrcUBkwT+wfZ/q8ul/i92T/HXZOIwu&#10;7aU7rxe28xSbebedFDWSzpi8k6PTQU2M/wAoqJ5oTJ4RpktK4HIdiPcHCYDDxYrEDNvpqKOWs0xS&#10;1kcuHiRalolqKKmWzStMxZ4JnHP1H9Pbxl3G4kHhYX59XCwx9pWpPSs3Pu7c38d3M+1sbDV0dRj8&#10;IqR4vE1sG66rLTUonkpczl6xlpaeGjjRI6umVTIgcaihNj3vrctP07tyPL4/EQVYyuXgpKOkq5LC&#10;amnpzK9ZMFu1olXkW/tA/n2/FeeLWO5/DjGM9JJomZw6YA+Xr0EOAx8PyWzsuFz+6crS1OzsPGNx&#10;1uy6lqCbBbmhyYhbEUuQqInXTUqJJGZEvaEpc2v7TnVU02/8/LuCqjTHVNKtZU09Vi6KIYakUyGn&#10;+1lSU2adCS+rk8gtY29p59yWF1WMVHp6j/N099Krw1Y/n0JnyAzFD1B0wmFjpqneePyEuK2vNic9&#10;urKpufPiulERKZeMSzSNKI2E0ahAV1BNK3X2pfJFRNiMLvaepqWocu1XDuEyrJUZd6+qZsdTxUUe&#10;pkgcAi0vItZRbn2rNxLPEZU7SQBSlAP9Q6pFDHGezI/1fPpqgxWRkpN5726TOGp6jObWodtP19UQ&#10;RYnb218tt+F4M1kKzI0epJMhSGZado6TShKASOxAKqffNbtOkn2xHPJ9tLHnVix2KRypV3pnnkkp&#10;qOP+3ezM8nAW4Fr29t20cohIZgB5nzPHH5dOM2pu1f8AN0CnxzxndU1R2LNnYMNlk3DslJZt9ywv&#10;PU5jJU0q0GNxmRzUhXXBBSJUqsVNDck+R3LcnNPhIt01dJO6LU4qhjpqyDIVFYBUVlRI5/ZklALQ&#10;xRgetV5c2vwvtiaaCgjjBEnoB/P/AFef7etojRqS5wfL8ulFTb4qel8BkaatMOJ3Nm8lk8Wu09ub&#10;eY0OEpKKnAFViscrxrX1NU+iSKaeQJEhK2BLB2DFbUz2Szm5YcRMdsbbliOJq6tKgq9SUJkqKjGK&#10;v7mpmZiJCygKRbn2w26fTSJCi638gc0PqPn/AKq9OC3j8MM5yelX2R2n1/tfr7r3Odh4Ot7N3vSP&#10;FvPbeFXDw/c4qsqYnixg3A6Kaal8CSx00gYM7zprjiYrdVI+M2XkcZkaXDGlmOFiqcZJk8hV1E1D&#10;RVxp/Er/AGvk0zSljqUEcn6H2pZL3Ws1w+otnSDw+RqMDhXP8+m1kVjoC0Hz8/y/1U8+gfoOwfkX&#10;g93bQruwZKrFU/YGVx+bw/XmytsY2q3blsPHkUr6mizWaqYv9x9JR0zpHXSeUSIhtpQkn2gsl19u&#10;CShwuCWsNNEtHHk0mp3MEcehAlcryWOqtYaSrHgAkD6E+72+7x6GYChBp8/9jP8Akpx69LCtdTcB&#10;jozmC7s66qsjvTdcFJXS11FuaHYNdNUUKVeTrk8olw9bj0gkdlwitLOC4UetZJHFzcrHF7SxctZj&#10;q3K4+njrxj1pqHEIv3X2iBH+2q85VyajI7sdRc25sOfy1cPcSqZIzpXiSeJzwAp/q/wegEJGhc/6&#10;vLoGd19zZ/G4ndmN2lmcjkcHj90ir3L2Hk5DSJlYlqYZNybc6uxdABZqGBPt44QrC3kdnaQMzOeF&#10;paGPbNbTZSjSfI7RqZpUACpKtUshrII6eSW3Er2YqTYk/wCt7TeD4syFWoH4npUxKGq+fSO7K3Nu&#10;ym7z2NktiZlf7nfIHBUOKqYAJq3HVOPSCHH5TcFbSUTD9+joXRIp0YFY0IJIv7wbtrVahlqK+myF&#10;VTZeTEwtRYuOlathUR+WqlqJ5yLR0z+rSpLDkqDe3tXD9PBIzVoBivrnoruJJEYaVJI4+nTl0bta&#10;uxdThdt7VjwsGV69fsBv49uSbKR4d0q86MftqoxuJopUWWTL0DmWeqNgVjCAFgB7Ss+Z2smLyeEj&#10;mo8iamhii8ASokqpI3k8yUc1TByJLLfixT8+1a2wRBO7lSfn6/6v8HWwzzAaVoPP/Y9OhuO0+yM1&#10;vXaO6qqly2Ep9vbgyMtYI63HQ4rzthKjEy5mmxlRdmp71BQB2czcOqgAP74UKUMu3qbI7Wp6Kskz&#10;tPLjqKoqS2nFRQkpR09LHUHW7IWdmlk5Jt/h7fjoamZiQoFB6/b9ny6bcsrgfh8/9Q6iV9dmazsG&#10;uwm+s5mtvYXr3+CbslXCl1G+hVU8rZbJbkqqOHwwUjGKKOPHU7rwHLkjhXHDYXLUQyMgMeSnpwYN&#10;u0yKqAQzaKrK5HMtMP2ZDKphRC3CL6R6uGvqYpXAl7UHH5+gp0skWkX6eK8T0xb83zhazI7fhr3i&#10;2ltzITLU9g5morK5qmsqoqNsZs7a+yPs9IyKlqhqyokpo2j4TWxYsgTVO5airN15eZq1sdlJQcUK&#10;tqinj8EXleWJIOQVGqMgXC/4n23JfNcT/SKNMY4nhTqn0vhqAgqT59DHXU0NFXUnXO2aZ8C2a2lL&#10;PDuumxMS1MTGoFAsVRPWo0bzEstQiy8yFTxYG8rE7jwMc1fuiJYdu4PJ43RLXLK9LPLM86pCqQlR&#10;IRGiOUULcluRz7o4QyhYW1lfXgOraGCiNwK8ekhuzYG5a7aW2dn5eSPsvceAzdHkkhzWIo6qlrKe&#10;gx02qpr5KhkpopJ5p4g8kjgKFPjFxykcTsXG5WuL4CtqcpHUJO9VVmgegyOOoZJjUqJqSQ867mx/&#10;USRcc+0d3cN4gD0JPADP59PsoUFqUFOhPy/aMmz9vNlexsfhtl1ayUdFRR1G46atweWytWmiOjoc&#10;u0UDhlc2cSU66QGb1KC3sQod+47J4WCkwf3DZKiWpw9c6x6q+iqMaokq6d55x65NKKZLA6QeOePa&#10;61trW3UyTP3HNB/q/wCL6SyQzzMNOB0X6m6Ozy9lbp3DvLKY/IbFq8/RZ7A4aasMuBrZslTfZUpl&#10;w8S6aZYKipmEIEn78mln4PLBt7aMu+48Lu3NV+Hh2utZ/E4I4tMddVYyoZhBRnJRBFCLYWBJvdvo&#10;SPaG+3Ce5kNltkZZuFRwUev5efSiGGK0FZDVj/mx/q9Olf2T3HhuoVr9lbax+5812LlMDWQYiKix&#10;9VnaB9wUGLWrhyEuESd5gJfuFkleOLQQoVmIX2LNXvfbVPkMbtzbUcdihed8eEjpKKmhazxTTKBa&#10;SQklQL/Q3P8AVi22r93wPPfOGkNaDjxpnj5YHqfl152muQSO0D9v2dFK270R3LvyDdW++55apaWG&#10;nAwWE3RbKZHJZ6WBVp8utFA3jgpYQxj8Bt6WYKg06vYG9g5DCbaNXUzGvraulcCCGmmvSwVGYn8k&#10;TTtCBZndtQGn6+zaMs0XiysFHGnn/hPSdPFZu0Y9f5dH76xqM3nMLjKpaXH47GzwxQVclRRVMORr&#10;BhY1xjRU1NVEnxro8QkkdvSBYG4PtZ4LNb5yeAOOKxYNqqmKUGRq6PziGaEedpKyKexJYDSQV5/F&#10;/ZcL2zLM0Sa2WvCv/Ff6vs6UeAuSznHlXoIt99Q9K0O/IOw62nq81nMdUxS12GoMxPHNJTZCM4mi&#10;ioKelki0RwSv5bLKoXS2ogX9uVb1/taCkipjUVOKrt1SirzOboa9qE1LxoB4yrGwDl7Ki25J/wAf&#10;dLWW/lZrsJ3CoVT5eVf9X+UdOAQygkHC+n7Oknje9N7124ewqnF4Wl3DgOsIqTGYrZ8eBnymdnrp&#10;gwFRDkKOS4MMcHqlYEFT+DcldUuJwO24aWnhkXIS0tIKfGUaMDJLGkfj1zEn1m1ySeBe/vVtBu12&#10;/wBReHw0Bz03JPEF0RrU+fp/q/w9AHuLs3fPcUOQocDh8xsfEZDJLPvbe+aidI8LOtSJIqPDRKwK&#10;EMqJdTr4AHPPuN/F5qPGVAp8FSRzrG32VBqpkpVgdwkxeoYBdXJYIPqPz7WR29nJc6y7FRxIJqT6&#10;emf5cOtSBioCkZ/1Y6n1/V1ZuDc+3Uyfa+5avGHIQS7p3PGmXTcdZk6KH7nDx0WLp2aSGBGQI9Ww&#10;9D6SBYewpxHXde2f+4yuRx9Fja9agYykp4WNbQgsJHmeXVoDMSQFt9ALH2lubtyTHaxlqECp4fn/&#10;AKvn1RNEZOs5HRx91d9YjFbO3DkMFjMpuXI7Tgojk4vE0FLk6hoLPDBUOGeRB/ux0j9JIvc39ya5&#10;6fA58nbUkOXNPd60indpFlp4yJZ552OkuQTwg/2Hte06pCq3oox8geHp/s9bSN5KsML/AJP5U6wb&#10;UTN9odbMnZmDyGxmzcbU9LRHKUzK1DkplNNS00NKocRfoW1QA5H14PtbruSlloqDOQv5J6iOOl8S&#10;OPuI/NMI53eP8aTe/Fzb2iksY5gSEogyOqrIyyeESft6BnHdcZnHZnc3XdTHImKgrZc+lfV0T/wq&#10;cQ0OrHY+KsbmRiqg/r9HIP0t7at47dyGYyOOhpMrBQRNDPUTVCzsI/JGFAWoW92YgnRb+h9+F3Pa&#10;2nbHkE44V9P9Xz6VxpAauelD0h2DtvEbd3LUVWD3FkqnH5WgxlPSy4dGnmhq2cN/BvSsYp45AfMd&#10;QA+pN/YRbnxe3sVM2VzW5qHE5WaE0tHuiKKuqTJ4bCmkqaV2u4j5DEkW45t79Gb27USkCg8jwP8A&#10;h6pJNChoo6Mvhc5kJca8eD2dXmmh0ip2zVzYPHNQ/cOzzwU0yOKc69XlRS9jcglL+4dNtLbrUeey&#10;EeSPaGTmxzTRVixPNJS1EkAVagJ6oyFB1JFzb6+9SPfLMrTkRqM9p4/6vXreGQBBT7af6vs6x025&#10;cxURYCGsxMnV9KuZignpMxLgZ1yVNAWY4mgaildIxMQB5FsbcL9fZeNu4is2RuGqpZ6XKVmX+6WC&#10;jp4ILJIlSBKqKpBFyGswAv8A63tya/jZayOAB1aG3dTpA6FTXBUwa1kjkgkTUJFYNGU+uoMDa3+N&#10;/ZtsH8fdgfwaqqN4UIrcvkXNXBjaCSWjqcQ1cQ6rLLCQQ4Juw/SPzf6ew2su5bjeeJZNpiX1zX5/&#10;Z/P7OrzvbxIYyMjj0UPsD5EbopN20WB2NgKSHb1FVVj5nfG5o3bC5SDFIZK2h27BSSpJKzaWRJyQ&#10;GYWRWFj7SmK3J1/tbPVO0cTjqqepxdT/AA7LSCmikrtYbQg8pt5IwPq319jKJLi1QNPL3U4Dy6LS&#10;hlGoCg9P8/Qs1WL3hvnbcecjyeOx0mRoaHKYChWWuFAkFVSLVQTZEaFkSYhhwrME/qefa33HkNmY&#10;rK4umNVloqitMYhp8OgmlWZyBZhGG8YA4/UP8OfqpAmnhElw4A8q/wCH8+moxIxIVf2/8V0hNmHt&#10;3J7ezf3eM2lLNT11bSQT7k/iMdLWUVPH/nZDEl5Qz3IdowpX6k+1hh+saNpKvI0m4c801UxL0WQr&#10;JCqRPyUMjIZFYfixPtBcbheQuBEoKeRHn8/9X2fa8ixutHAqPLove+vlzJsqtxeA3fsHESY0U5Jz&#10;m3YoMlTxZCDiOWgx0sqpJTsRzeRTY+kG3tT020BjrQRZ+GOTjVHLrqH+vI1yv9T+WK+/JLucieL4&#10;BZaehz/Lqj/Qs2lmFR6dBxk/lViNzIchJ1BvOvxIkCx5ejgpcfAE0FfMsVMl/S1rRee1iefwXGs2&#10;nJWUxjeY1MZHqjinIE1v7JJsLH+l/aea5FdJj0P6kUoP9X2+fy68lsUPiQnUP29JHanyu23hM7H5&#10;aGpwivIyLWZXDm1AGb9TLSySs7KPq5Xn8D6+06myfuhJSSYTF/aKY3ipKqNpoI54CHhnZXUr5EYB&#10;lIvyL39o3ukte1HLH1Ar/q/l09+rIKlqEdGCr/kXtGDG0eck35l6iTyNJNkMbNi6SrqqSWQF6Wlh&#10;d0laFvoRZXBAP1APvFncLvOBqMUkc9bCSUq6alaCWOVDxeQzeMJx+FNiDa3t633G2jQ/p6Sa501P&#10;7adVWyVjqbiOHy657E7Z+OGcGWqq7cu3MJU0kscmJrtx1IwtVA4QECgWSWSSYKwuGf1BhcEgg+4e&#10;IxeVwJqVodux46sZXkSoETSly4JKLUHVpuf7KH6e344NouXE10Sw40NQP50/1fb1W6S7ZAitjgad&#10;KTdu/eu+w6Kljq+2KDcm3lnhp67G47NUFOoEcgPmqqKiZHlQfUmf0/4E+0vioOz6psnM2F/hEb1L&#10;EzSBquWuCm/ljjUh9J/oLe37rcNkt5lSBVJGPkP8n+qvTX0jOgSQk0+fQh5jNfH10w1JkN4YfMHG&#10;UpioIFzNJFTY6MwhQ1S8ZEMT2+hmN/8AePb9jdk4irrY8ruwyT1aMtqPxCKJmXkl2bUV5+trH8ey&#10;y9tb3dqrYkIpGT5/l/qPRlBd/TJ4SLUjpI7z72zO1cXHhOr8DQ5ajEEgizTVv30VCremExUkJQzn&#10;+ml7fQ8+1lCxock8z5bxYYRqkFBSUZjIsNKiWpTghfxx7tbcuTxKsUCgtxLE1/z9ee8QoSwqx/1Y&#10;6Azcm7qrf2yjTx9bmv7B8kjT5HPZmnkooJQ6vNPRYyeRJj5BcqiJ6fqeALx8/ufEYWnFSZXmpi2p&#10;zIPOqN+CVRTb/bexDBsKqhN+VBp5AZx6dEs11dvLogBHz6T/AFh1z2fv+qqKXJQwbZrcdGIKRqGS&#10;soqp6UghljqppwWW/Ny31/Tx7xv2ZSz4cVtFqrII4ySsQDi4FwrW4H0/Pulvy7tMUjNUHV6Af6vX&#10;7OtGTcWARzT59YYvh5uabfRhz25JcfrqUqKKpNVO85s48ksDztqcg/lXv+bn8Bzltwbf3pixTZCp&#10;WgQOD/lEFRAqSarldDiMsQf9h79LYWqBht4BJ9cf8V1e2eeCUvLWSvRw9ldf7z6nzEtTQR1+7KWq&#10;hWCQSZGKeskip0skhapMmkN+ACD/AF+nuXi8B1lQx0UUkk+SyFK4eKojqZIAJfqEWCMng/kNf/X9&#10;h2TYtylVvElWNSeHy8/9X8ul53KQH9KPrFnd6/IutyU1XiNt7e2/twRSxPQ5OJsjXspGk1ZyKSxR&#10;roHIULb+t/a3yRxWQpXpZaajo0mQRrJBHGKwr+P3WBI/2/t2x2NLUeJASziuTwH+DpGt7cySVfgP&#10;2dBVh8t2BiM6mXbL7g3H9s0jVONrKh4sBEzNdzHSQ6BK1uFa1lH+Pv2P2ptDDY/w0lCv3UyM0lS0&#10;ltbyctI1ha5/JI9oE2Tdb+6M8smATjP8v9X88dLG3dVACrSnULMfIHsnKbhaJKaGlwNPOAaaGiL1&#10;jPEbFWZ2X0lgbBW/1z7aJMLtED7OolnnlkF0ilnkkpUv+BCxseT/AIezFdh3dav4gQD9v+qnW13c&#10;yZRMDpdRdpdrVATL0O0qCLFxuq1cwCQZaeJQAWEoBCcX/Vf+ntC5Pro5OsioKGgpYaWNkdqmqh00&#10;kYJvqAQi7f6/usklzaQsoDSP6D/Uel8NxFIviuadC7je8drUWC/jWfzdNHNKjmPFU1RHU5N3hFni&#10;SmIDEj8lRb2Mkmy8IcHRY/IVaSvRoIy+OUUkZQfqjIJNx/if8fZbtqb0zuVXRrzmv5caZ6R3V/bB&#10;y0efl0SnLfKXcEfYdfkNl7VyDYrInxEboLVUz1KnQlXRQUw1QLY/QswI4IH4S75Xbe0HeGSoo4Kd&#10;EJipw48p/OqSRz/sbexNHslxKoknPzJJ/wAHSH94SzLpgQ/bwHQr1OO7J7kwtNV0FJlMbkJ5EWpy&#10;lYiR4+BB/nI6SijLE3HBcsAB+L+w8zG9/wC87S0dG85gSxEikxxeL62Ei2/2Nhz9fbtxLaWaeBDQ&#10;HzPmT/q/Z0rtbeRf1ZDVjxr0PHWvSmN65Rcg8NLLk5wHqptDzzS1bAK8uqYuSSR9S3A4HtQ7SxJn&#10;hMv8SzM1JFZXVGho6KFwf7Ezp5ZCPr9f+NhmSSeacQR0JPDz/wAHD/N0smuYoEq5z1h7P3NR4Jl8&#10;+O2zDk6tWFHFWU8mWytagUsyrSROkcSn6amZh/gD7kZvZdFnXQvQ0VS0TKVqqhmmqQP7bK4sF9m8&#10;kc1vFpcmp8h/q/1fs6L4LuHXqkIofLpHbZ7gpcJEBkKyspEsyDHpQw0tDBKzWgiXy6mZiP8AUEj/&#10;AB9rjC4LZ+LjpqiowNBV5KijIirpo9cygAc+RjwB/rewvNsm4XsmiWQhWIwP8FPPpXJuaRJWNh/q&#10;+fQU7+7Q7Uy+QmXaW56nEYqu1U32P2lEwZpT+uAvG02ogWCrIBzf2ncluiizuRkx0CRp5HMUkqiG&#10;ARqh0kmYgE2/H+t7O/3bb7TCqxAu68Pt/wCL/wBnpmOasfiznHHHQkbM693NtTBx7gzmUqqqeOI1&#10;z0zy5HIJNNMnkbw48sVjLfQovAvxz7SdT171dTTtWyPNmK2R71ERrwySS/6mR09VgeALge3BY75f&#10;pqnIhQ/6v9XHpO26CtIYz+f+r+XShxvZ/c2Xq6qjXaNBt7GogNJl6/G5AVBhFrFcfLIFJte3J/F1&#10;54w5Sgop4moMFiqbHr4iI4aSMNGbiyq7Lfn/ABP59q122LbItUshc+ZP+r8+nYpZZcyY/Lpc7azO&#10;Tp9NduXNy16iYh5atI6LxjVdnggRUGkcDSo+n5J9h5gOrd65HLSTVeOeCCNjIa3J5CKSlhXnT4ae&#10;Dg8cWbn2V3u62qyCGI6mOKAVP8ullY4k1OelTuLt7r/bWK/iVbnYXjc6KelpVdqyplb6RwQuF5P+&#10;Nvayg68q2mnhyKUU8S6rzII9FQb/AKAlr+3mkljKBUK6vlw/1f6s9NtdQeGGrWvTNJ3DtmfHRVuN&#10;qqgySKh+1nikjmgVxw0uv035+hP1/wBj7TuQ2LHjUneipIaXVqKxwqiL9bXAF7n2/LEFOqb/AFef&#10;TkMscx0p0qcDvrHZnxpDP5TcK7aCDqK6rm4AA/x9t+G2luOSeGf+7tbVWYNHPNAkVOVvw/7+m9vx&#10;xz7L5L6zDFC/Dy8/9Xz6u0ahsHPTnld3bXoopUqtyYqkYXikAroXnSQgft6ImLBufpa/teZvr3KZ&#10;OhWSSkh8oUEiLUpik+gDFLDj/D3WK/hNUjr/AJ/n1qiRmhPQe4/tjaNFkGx8+Y0IzfsvVSx2qFP9&#10;uDWdZ/pzzf2z7V69yMlalBJBHTMrBTWwU4Z354ViSSwH5N/ZPue4JApZhqY+XS6NVClzTpZZjfWD&#10;oMRJmErqaSnSIyv5apKeNYwLl2kbgGx4H59vu7a2bruEGSMzSaWtVSvohRV+ulfqT/h7OOX7CS/U&#10;XFwKL5KR/h6K7u4jmrCh6RW28rtztqnnqsVk6eTHQOFqEoWWSaRm5Akl40g2PFufZUNxbjy29sto&#10;xU1XkqZSDJDjYJTI0hPF5dP+wIHsWXt5FaRaGIAH+qnSeCHNBkdDFQY+jxNIlNSxpBBEoH1tYD8s&#10;x9mj2T1k0e2aWtyAq6LLzgMtNOqiSKIr6VcH6En8ewQm5z310yw9yKOPr/k/w9LGljhIViPn0DG+&#10;O4sdtrOwYlftKuhMS/c1ST+TxVJkKslodXCj6m3149iBT7RzRoJKaWWB+D4YkkCKg+qvNIbkn/aV&#10;H+x9uRyqJa+Eftp/qx9vVpLq2IBBFR0F2Y7063osnDXCvnp/WkdTPJS1UskzEhTBS0yAWH9JGNh/&#10;T2GOU2HllasWaoETSIzRhNTBv9oVuf8AYce1X1TGVRpoK+Yp/h614kMidp6HbAdnbUzVFTVWKqUq&#10;4GMaM8bxF4iQLNIgPHBuf6ewfxnV27avPDXQVAog7FZZCER0vYsyvb6/4+1d7uEEMelOP+U9VARe&#10;J4dK6q3btqjp2qZ81j1iUc6aiORr/wCp0Rkm/wCPp7U+7ejsoBHU4CFadxGPul8jSmWS36kANgD/&#10;AIC/+HtLDuYSLVNg/P0/1f8AF9UjRJW7ekzhO0tp5id6VcrTrMZnSHUkkKuo/Sp8oB1cH8Wt7f8A&#10;ZnUuZx9CMnm0qIfEC8SVBZFYLwHWJrXF/wCvsrbdJr26+mtBrFc04D7T0olMdugqwr9vXLNdm7So&#10;KqPFQZugq8lO/jFNSVEdRKjH+yyxE2P+v7iNsmlz2YLVs000EMnqgMjQUoCtexP5Psxvbi6giEcI&#10;NaeQ60rxBdX+r9nSilzkNFjkqHAUtHeNQfK7MRcHRH+P9j7lb4xOR27SxSbap6GOlCIpjBM0ii1x&#10;pIIv/T2t2pF8HxbgEv516S+KZGI6aNrbip9wGohqWnargkkGmaBqaN0VrDQv9Rf+vsD6jL5uqdIs&#10;pWjGo7ES2jY8fk+vkH/Ae17XYXMa9WVO6vS5SNEACKqgCwsPx/T2usTsGPOUDV9FkKlY4ArODEQs&#10;5X9JA/ULn+o9lP7wZrjwqAk9KNFM9NWRzNNi5aaOpGn7p9EZ1qOf8Q1v979iVsrA5hquLzxKKWnU&#10;cTxnTIVPDG/1/wBYe0e4TCNDFGO44x06NKCp6Te7c/hqLHymWs0zSoVT7eQebT/aChebn2Oj0NDW&#10;xD7wLI6qAkQ/bjBBsF8a2vb37bba4VaxjSCcmmTj8+kFxdeEaRkE9E6z+9M3gsgY8J5kgDPJUVj/&#10;AOUSCJrs0hqJL6ST9Qv+t7bshSQQU7QwKsaNcFF/TzxYgexFBtyHvkyx/wBX+rh0WtduzUPWTau8&#10;8rmMglTVtLOIj+3K4HlIDBiyKeB/rgH/AHj2D+Wxsc9SI4YWqZAf3Y4YDKCBzZyp4/2PtRNawwQ8&#10;dJPl0rSYgamx9vRs8BnJhRfcVssNJTtbxS1VQsJ5FiV8oF78fT2jcrBW69CxRwRIAugjS5H51D/D&#10;2XNHoGT0rTvz0uKKeCSNXWXzM/OsNrU3/wBSf6exQ2Hsz7uhaqrKUxRkWScxRsCB+Q0gP49hDcru&#10;droQ2/cfMdLi0UaVboN9/wDYON20UhOQpvubE/aGdklc/gaIiD/vv6+1LU4fA0hlpoIopLqdcjqP&#10;Je31AFh7OrPbb9QJ7gkfLpL4rSHt4dB/Sb73Bl44qwxzUqiQCKNWUwSL/qmLAkkci97e0jNj4Kao&#10;WamhqcjMnqhp4oiyC3IGkcD6ck+zSVFCUmcAeef9X+rHTi1pTpfUWZq62kdKt6XDwOCs1XPOiOA3&#10;GoM31JvewPtG7kqanU9TV0FIs/BSFQGe5tpFl4v7uip4elMKPXqgTTwPS1wEFNFTpDR1tVUxLe8r&#10;k2c35Klhex/Fv9h7bsQMzl2Sk+3nklmsqRpEWQA8ABRwB7Kbq+t7apBAH+HpR4QZanp2qjQ0MUlX&#10;PJFTxQqXlmkdUCqOWZpG5/3n2pZ9kVNDPD9+9Qz8O1PAtyvP6WJ49po55b6IyRigPn1VZE4AjpOw&#10;bzxVZHI1DUUzohKLO8yiFza90IuT/X2r5cK9Tj1giVUMUd0hKqCb/wBpyv59+SP6NtbVNf8AV/qr&#10;1o1ZukrHuqBMm0krlo5JPG1QjMY1I5CoG4P+w9pHEbKzzZPyzwBKYSag3jLalDci/wBP9v7SbhvN&#10;uE0A1P8Aq/1fPpUiKoqcf6vTpbVW48StG5SriZ/GbLrCFW03uS309jnVJUri1pHcQoiAIrCxFvr9&#10;Ppf2r2AIayIueii6oZg3kPLoomVmx399Bk0U188spDGJxIAD9CpY3Nvpa49h5PhEqWJqHUJckPfj&#10;/C//ABT2b3DTM1EGelAkAXobcfuqOjhX7eNmk0i8Glg/BsSLDgf4k+2Gba2qoKRxQNC1gZJEsFBH&#10;q8ajkn3rSyRipNT/AKs9V8ZKZx0p4N60xpfLM0iTpz4IyHe97DW30Uf659rvbG2aDGwzS/bxtMyF&#10;IQDytvrI4P5P+8eyyS0nuLlS5ooyePVHu006Vx0EnYPZ1Q329FR1DwwiWOSrmMQIdS+kU8RA4H+q&#10;P59smUos1LLI0cLlVbnQRwovZib+xKyW0EYSMcPy+XXop0Iy3Sh25uHanggM2Sp/JOoYCoblpWAJ&#10;Rf8Aeh9PcijpqpItEsbyNbSBYsORzc/n2QTu+ssMDj/q/wBXHpYjRkV8unOurcXLKrRTRRjVcsGC&#10;sefSAPqP8L+09lsLHA0lUaaNpHQgK3BDEXDaf6X/ANj7ejaWY9xOnj/q/wCL6o9GBVelPhNwpUpF&#10;SR1LaY2ALqNQ0A8rrP1I/J+nsJ6ukzxaQUOOcyEto8YCISTyzFueP6gezD6i1ipqPTPgnj0IYqKU&#10;IC1RGRYC7SL/AE+nvuiwmZpofLWBhPy739SJfkqL+0T3iyyVXA6uIuuQqqZ7KsqPf6BWB/3r2rMC&#10;0mvmMSMG/UEH1v8AlvaKdlZs9KFj0ivTflFUQt+54xpsbkgWt9APYnNjo6mj+4qpV8iAFQwBBFv8&#10;PdrKJppNCCiefSaVtBqBWvQP1e4ZMbk46KkppZVnJu8ZYWsbEsW5HJ/HtBVL1KznwhrIxtwQLKeL&#10;D2YzwW8Q04J+X+qv+bp1NRWpx0JdC0UsCtOVu6KSCQTyvIJP49qGjgyORhVauTREeEF7MAPyoH19&#10;lbXCwMRAtf8AV8+tlQTqPTFWyYvGzNJApafnXYagW/s6j+PbTk9mqZVnp1ape1/I4vpuOQv0A/1/&#10;b6XUjikmK+X+r/B1SgBzjqZjd4UzI0dSYqdkYqED82BvqJPtOz7SnmnRZSIVB1MxBVjb+pHB9vs7&#10;hOwEk9VOkHj0+puOhMRdH8tv7KMpP+sB9feCXbxaZYmZZYlYAaU0pxxqf+p/PPttllVK0o1OrAqc&#10;9S0y8DReT9BsWKuw1XP4sPaox22sZCstVUh7RqdKhQtz9SWNvoP6D2XslxJKsUdM8T8v8/VXkVB6&#10;npir9wzho4KVIjJK1rsdX9fSALXvb6+2bK1McaypC7pEAVTxggnj/D2eQW6W4ocmnE9V1Fk6cqBJ&#10;ZhHLUIpkJBZWIIBP+pv/AMR7SFPS1qwSTFHldwzDyXJAvcHn6+3hJHJLQ+XXguKdPjPGCFLAc24t&#10;9foB7k43A5mopZpnWRI52YR3Q2PPJW30/p7YluoRNpSmOrBaDPUafI0UEgjknj8i2LKHUsoP0LD3&#10;6o29VRKsX2fq4DyFBY35u7H3tZQw1E1rnqjEE8eu48hSS3KzxkcgDULm39B7eaSsp8WIqS6eXRpA&#10;j4Cn+0OP8fbSWqH9eXz9eqULGgGOo1RDLVglbrHe/N7sB/h7lPUvMfTTtMzA2LXCqRxq5+hHtQJI&#10;h2g4/wBX+r/N04I/I9YFphEovOIwCC1rEsL8Kf6+82D23VV9cJH06A2sK17A/Uj+h59l+5XVE0oO&#10;nUAQ1PWDLZ6jxdG8kjkekjUtja4uL3+nHsSMtj8lFiaiKKP0ohJYAIFUCwAA/HtnaEhWfVTP+X1+&#10;0dM3MsZAqePQW0O48HV56heatj8s0vjij1lmdiNXI/qbeyw5+CqpnlcSu8jub6RcJ/gP9t7FwyKn&#10;A6aBFMdDnE6uisn6bC344tx7UmxYUgp6iury8lzaHUC5a5uSLfn6eyO9Lz3ARDQLx6eFVWg6g5Pz&#10;tEsNPw8rWZr20qPqT7U+cpah4WqqUBCVuVKgEccWv7ehZFOniOmyrDHUHGzoG+2mYM63AIYkG311&#10;f4+0PRw5H7sNLHK7argWOm/9b/8AFPdLqcaaDB/1Y6eijNfn0/EppNyoW39Rax9jzg9vxNizUZOP&#10;xF1urkesLb/H2HFuri4uvCt+4Dp6fREnz6C7cu5Goa6Onx0iyzhvXCGspN/za/P5/HtFZjD4iKfX&#10;HJqAJsX+tgebgexElvc6O/hjpIHJHDpT4fL19XAvnphHJYXVLEAkcC5v7T1TT0rjTErFSB6h6VI/&#10;Om3vSxeGM9eA1ZPSgiklNy9uOLcH88XP9fcqhoILxpCr6mN9QX1XuOeOTx79IFCl2Pl0+ATw6wT1&#10;LorM2kKCeCeLfi5P09izRYyTHUKTTlkdrFUcENpt9Qp9kcBF5MQmVHE9bD50+fQWZfNw1uQaipgk&#10;lhpMiMGVX/o7L9Prx74aq2tYJT0ssMC/qmm9C2P9of1v7NPq7a07a6m4U49NyJU6z1FSio6JXmra&#10;yCWoe7rBTkMQVX9I/A/x9tmXpAYhGT5JAbaUBJYn/EfQeze3fXEHfAPr0nXLV8upeCrz9w7xp4oL&#10;XDuQqKA30t+T+fachwc85/eIhiUj0E2P9b8ey26lOorCK1PSlSAMnpbvm6WBbreWRlJJUAg88i/+&#10;8e+6nCBJVSnc/T1kE3sfrz7vCjrFqk+LrS5yOsdPnklR5JU0rciMGwvb6fX/AIj36nxrKWeNWfxk&#10;6mb6cD6gn20xGrSxoT051mnycelVdlXyfpC2Lf7z79UVcTOsUrKOLaVv/T8+3Vh8JKr+0/6v2f5e&#10;tVrjrqCnkAMqB7k6rt9f6/j/AHn3hpcBDWzO0VPpVgLyqoDE/wCJP9f6ey67uQlAT59XVaVNOpU2&#10;VNHCDLIpcX9JIBI+v+8e3f8AucU0lKZrrZg7i+q3NgOPaUy6l7j+XW8eXTMN5UTMVaph5JXSrC6/&#10;i5PPP+HufNi6/QqFVjSwX6Xt/h/h7TxCJD+mKnrzMCa9cY81j3YyeYyOQWFmAuP62/3jn2/YjHUF&#10;HExljWoqWAADKDYk/wBP6j2mlgnuZtTnSvy4/wCz/l628oCUHSdzeerZCiUcjwwr+t/opFrWvx9f&#10;feTj8UBlRBrKk+MEaRzwAo/4r7NbO0RWrTHr+XSF5WLAD/V/qHTbjMi9ZVeCWUlVIvJ9WNgL+r/Y&#10;2vb/AHj2GNVJLJUHzJ6bkWH9P8PZw4xjq2vHpToU6SOKOACFuQLgk83t+f8AX954MdTy6XQFQDch&#10;j+R9Sb+0UglJ09OKxC1r1wmr3husgvf+n1PNvoP95Ptw8EH+pT/UfQf7b/X/AMPaf6ab/V/xX+r0&#10;6vrb/V/xXUf7xv8Aa/8AV/2vf//Tws0YcEm3PpsArAfS3PvBBAQa1pXrvAzimPPrcfCytEUVS1h6&#10;y3IJ/qSDz7nJVKVGoDi9rm9+OCfdqUpTqvEY6ZpqB9TaXIuALqpA5PIA9y4JxIb21AG9uQv9ALf6&#10;3tsELk8T+3rSoxFOoNdRuiaFbQLEaibnkXYsfxz/AIf717z1gAityoa5uoNrn/H/AFvbevU+D+X+&#10;r/V8unNAVc8esGKRhKxKh3T03ZubD9Vh/if9v7TM8ipGWh0sy8P6r/7x/h7WiqkMemq5p0saeJ5p&#10;dFTrRDYpdLX/ACOb+2WLMaJG8j8D+yLfX88n2q8NJU0jz68SV6eJsKdC+JAGvcMb/T+oA98m8FSS&#10;92DOb/S4tf8ABPtgQeH2Dy6trDcR1k8tRTqqmxRVIJJ5uB/Qe+pnjji0xJqYMAD/ALDngfj3Vgw4&#10;9aLUHWSmSSWUvLJZShJA/wB4+vPuRi1qC/klb9s3BRQbkf2Qb+3ToCgHj02o9Om/MvAI2jhVfKty&#10;JGIt/iQP68e3mWEsNLLpivzYgG319s6ghx06cLjpjgnH1V/JUFLC63XXb6m39ffB6pKdCAQAo0hb&#10;8m31+ntqTuy3n1pSepUFDJUyFjfUxDM9gSL8gAG/tJzzo1Sz3MV38nH0JJvYf09vRLpoqH5f6v8A&#10;V69ac1OelikLCmVHCylE0nj8WsL39v0M33tOafWGkPCtySDbmwHvUyef5/s6spp9nSaeEY+rFUY9&#10;ENzr4Cghvyb/AO39p+rwU6MZGRh6uTY6Ppf2zHdAPprTqzQkjUOlPTZemmjURyIxK8AMNRA/HtQY&#10;ikj9AKa+RcutxYfW1+P6+36KxyaV68BoXpK57ITRRSMrMgVTYRmzE8Hm3P8Are1BNSUzO0UbWZ15&#10;0gFWBHI49tFHp28Or6h+3pLUeVq1jSpqYxaNxYtdWH9D6j+fx7RGVwcNM11lTUSSQbE2I5B93jaS&#10;lCOqSIOPQiYjPGvjv4n02ADBSFuPyPcbFolM7FQHa/LNc+o/0/3r2pBxnFOmceXWfKhqiIJdlWxs&#10;FsDx+WPtWNR1FQ0cgBEbIQ315uLWAHtOZwtRwJ6cClsjpIJW0lMkkTMhmjkDBSVuAOTfV/X34YsU&#10;9mLWBNz9AeT9Ln2z4jMdNK9OGNVXU3WU5gVQYKLkAKNPK6gOPpx/gBf3iyj0yQ+OIgv6T9eRx+B7&#10;dRGJyOqF/IDHXPCireczVFkSzKBblhf6kr/gP8be2ikMrgx+LyavqxNgo/pb3d1XB4U6oo7uPT7V&#10;+KNvL5RGBYhVF9TA8G49919OstOsEd20XJC2C/1Nz7apVq8D1dlGkr5nr2PqmjneabSFlsFJJLE3&#10;sOP8f8faGdRHJJDK6kWJVCbkD/D2uUloqcadMgaT0qwdQV0BHP1tYE/n2y0bCGtfx6tNz6uRYgXP&#10;B9vRailDwp02RU16zyrqjII/obHn2tcfWNpXU/pB+pNj/rX90cEcOnAemGtpEfVZbsQeAP8AH6ge&#10;3eSdKzQfIqKvHBsCB/X20sTVqc9OB8UPTbHE1CrgQs7t6j9CRc8j3hWRYzLokHjQ8gEXa3+v70oN&#10;e7rxKjga9Z5Iy6xAoTI44NrhL3N+Pz7c5crTLQtCnoOnW2myyEsP8ObD8+7ywVNRTraPQGvTHT4q&#10;rOTFVKS4DaEDjVEgVv7IPHI/w9ouWiSqdVMzAMCRb1HkXAPuumQD1p1QFScjpbLUmFGbx2sQCCQo&#10;tfnSfcKhw9XDWARwsw1XJYXuAbcX/wAfamCVAKSHqrwEnHl1yqq2mFMztKoUj8EX+l/x7FrE0rUg&#10;RqpTpKEkWAubXtb3uWaJ0KKR+fWyrJQcOgcz9U1cXTHtqkWUeserSP8AC3PHHvJUVMcSs8aR2bXZ&#10;mIsDawA/3v2WaRX7OnVKhanj1MoqSecxpPNKGAiMkaBrnn1kn+l/xb2l6jcggh8ev1oXDEfVSf1W&#10;HswQRtwFOmdRH2dKaLaqyVLTsPQ+khWuQdJupP8Aj7YRWySyCfUNBudRbki1yQPfnTSOt69f5dKU&#10;UkSR+EA3H0UAAX/HP09tUsMryTyC8iBTKG03/wBe359tqAh7sdbYEnt6cFkQJGt9LEhCt/yP6W9u&#10;cssEeOR1FpGQMR9A34FzyT73LEviAV60pIXu49QoBO9ZKG/zatpU35X+tgBb3EwtVO1Z+yY/G3p+&#10;mkK1rG3tYg0oNQr0zVC2rrrLwQvSOZQ109XBN2tza/seMPXeGjMNX4GiVR5vIinUAvNla/19k+4R&#10;C4fUopT5/wCGlOlUT6D2nj/q/wBX+XotWdw7SZYVuLeuSulkb7UQSSIIiWvfyfT8cg8W9obdu4Ma&#10;EcY+jRV0hCVAPI+psPpf2zBatGw8U/8AFf6v+K6dln1LToW9k4HOQwK+byUlVUajIbrpUX4Ck/mw&#10;/HtENEmTp3mhjkYlbyn6aUH6jcfX2uPY4AOPt6TpUipGel95PtJFjlkjAJIiH+qY/RR7ecfRwiCK&#10;GF5L6NQdrqgI55b/AIr7dkL1DVFOvJpGCMdMldVyLLLJLGmkMI9C+uUhvSCF/wCKe+VXmK6kjBjZ&#10;Qi2Uspte3A/5H7ZKKXqy8evVIOOvU2FoKknWpZzdtLAm1zyT/X/WPtPRVrVlS80js7EguSblj+Pp&#10;/vZ93KoI6IOvVLNU9P5p0p4VhRQiKpCKPSoF7+1JTVEdO4kaYxEIBptcEH6E3/P+PusRKtp+fVzp&#10;PDpP19K9XEYlgEwLFtV9NrXuL/09rAZ2kp4IikymcqpYMA2ofhrfS/tS1sdevFD6f6sdaMgC/Z0G&#10;DbXyFdVVEM0DrRI8njdJHRl1H1Jcc2/pb6/19pWvkyObqDBFqmWVwYygJMZbize25AkSHVg5/Z/q&#10;weqgNJ8PA9CBi6bE7co1lfx0gghCTGRrB9F/Up/r7SVb1/m4qiWSoSW/JTgkMPrpS4A/2PtCt/Gy&#10;Yx04bNgKjh0oKTdWCrURqWvglB0g6ZFJS/01i9x/sR7y4nFZCCoWhjiMcupbAqbDV9Sfa5JhLHUZ&#10;H+r/AIrpkppOk9ZclkMfFSPWTzIaZEYs+tbFR9bexFr8TSlYIcq4NdDGDGpAsqHkG/8AvXusEckl&#10;ZYRQVz/q/wBX59bmmjhQIwrXoNMduKokeafBwiXFTzMJJgWJaZTpbQLcm45+gHvhQUlLD5IPEvJ+&#10;pa7D8hxp/Hvc0DyioPTaTI2VwOpOTydWRFVeR7C/pVQFNvSY21D/AIj2i9zYClmrfLDMGeNgxLEB&#10;Dfkqv9LHg+00KzRGhHT7aJKdLbb+XepoIXngaElSAp/UNJsC3+uOffOhxyRqJTIr2IV0jP0HF0P+&#10;HtZqJGkigPWtKjCmtOuVbXvqMSxlGKllkkXhiLkFbfn245tI6BYYqGSzLCJ5FU3JDc3J/p/r+6I8&#10;qOS2VHVW+Gg49NmAnkyiT1NdCRqqHp4tQ0geI6DYD8ki/v2GzGRkmXQpJIQR3uCwvzz7e1xr3Ur0&#10;2kchABPWHO7fxMtK6VA0xXLSWPCG3B0j2qa2ryYpaoT02uRYGsq/uBkPNxb8/wCPtBPPC9D8/wDV&#10;/qp0oWJk869JPC4bDQ1tI9BVlYmqQbG8TCVF0FSTb0n62P19sG0dtvkq6OX7F0DOrzzMllUA29RI&#10;+v449uvKqodLeXDqgRi2txQDp17H3xQbQwlVU1VfAknidaWn8imWaXRdQgHP+x9iBuXbGMxVP5Kc&#10;QmrWRZLadBePX64pPrzbkH/YH2l29JJLgmX4P8lOrMRTXw6CHrjtjLb4KeSkq6fHyU8kDTsytpql&#10;BVJ6cgglCQLgi9jce5mFycaU/AZH0aVjJFiPobqOAPavcLMNlBUenn/q9OvLLUVOD1C3NhKubIjy&#10;PE0QnEklWA4KFbummVrEkHm//GvcGvw1RXSSNrjiglGl008HX+FA5t/X2Uq4iGkDH2+n+r/Vx6fE&#10;ZmBct0t8Ruehx1NDGyzVNfCA0bAlm9A+sjG4B549putrotrQzU8FmeMAl1T9x1I40L+Lf4ezWArK&#10;gMnSNyYz2dP1Pin3xNTZCsLpSnUUptd4kdfSfLp/Ux/x49pOXAJv4Rfxink+xo5DXrN5p6OekljB&#10;K1NLUwFXV9JIsDyPrx7sVS1mFzEO7h/gx/l6vEzONEgqD0p8jl6HZtJHSUzCSuqZIqeipoo/KZpi&#10;CqI8SkEICeWuLf194qiq2/j1psRt+I08cTqDJJLNVVFRJezTVFTMTI7t+Sx/w9m8088xDykYHAdb&#10;rGB4aDr2AxW4mjqq/dFaK6pqPI0cUcSU0FFCeY6WngjFgij8sSzHksT7UFdjjkqMpLXR0s8NL6Uu&#10;bSr+qyt+D+PZZJ4pYtECfXpx0jRQjcT1BoMrHiqwCHHVFVTVtcwaojVb07k6C8ifUr/iPaFxNOlB&#10;LIZZJqxkbSONKx82BKj+n49qA5aMasf4ek2kL8Ar0u8h5amFUiZIA4JLOLlha5Vfx/r+1595U08k&#10;ISWWeOSFW8YA9DEH0Nb/AHi/tObg5UjA4f6v9X2dWCVIfpDfwegrYpnkpqennSodTN+XCn/ORlh9&#10;L/W3+w9tLRNmFqIqmkaKNZARPdgyaX4cKeLc8+0zmNQHU93Tx1n4uHT+rjEeBoKpZroQaeyWlJXg&#10;B/rfjj3hp9n09FVQvBF9wzz8SuB49BOrgnnjnge9pcyu1D5f6vy+3ppo4xwp1wm3PFLR1DySLSlK&#10;Ys0d7zo5B4Nhb+lv6+4+fgz1VU1dNjoGqZULwhKdLApbSoGn62/3j2qN6qQguaV/2OtPA7vpj/b1&#10;ywjYajx1LVzSx06PGJ/JWTAMJH9bljIeL394otpZTC4WHIbigkpEUmfxTL+4zAG7qPrYf1It7YTc&#10;Y55tEOafs/4vra2xjUmQ9epd34TN5KfGYDI0mSqYF8dVJRzpNDTNbUIpXjNtRHNgb++eDz75CZaP&#10;G6/CC7xyAAKBcBlYj82Fxf2quO1CTkinWk7jpGB13lMNQxRyV9eUd2VUlJ1MDa+nSrE8XP0A9qLP&#10;0eM3L/DsflZgKqlaRWeKThoSLgSKPqQfwPaKO3uS3ix4BHTpMIGg5z0mMJ5tswZisxtIZcbVvHVR&#10;U7IyFau2iTxuP7JFjz/xPudQYbGYHEVNQkbiGFSGiujtIok8YMdvoCDe49ukOoAlPnx9OvalWoQY&#10;HTVXbiyed3BQ4imEStIvkScCaJKYCHzEVCn9R1DSBx/j9fcOHcE0nkhpIaiOlp49amQ+ooqkjSfz&#10;79JOirk1bh+Xy6pHqbiKdPTbMptYqsg1LNWVUlpvHCBE0rMAWZST/vdx7wxbky9Pjv4j4D4ojqkZ&#10;lCrrLWCk/W5HNvb0ckBkC6QSemyJKEk4/wBX7Ouq7ZO3q6sONlndZJIiscCzMX8Gn1FUPFrmxPvJ&#10;tXK5GvyslbWyRCANdW1FzoLelVv9CPp/S3tVNd+HEYwOPl0yEDNqrw6bN77VxFLtn+D42kdHZDHD&#10;HCojS4S7POEAutxqI+pPvjuSgqJdwFKOnYCrkWWGpGjxMynkf0+o5HtDaSlU761HT0iM1GGB057Q&#10;yNNBtCmfI1MerH0fhrYPX5IwiaTcHnkfS1/brltrZ3K4qjhyURYU1SlS7QVCieRlOlSB+VH1t7ea&#10;VXkDxjJFK+Xr15o1SIqzV8x0icH2H15is/kYMTlIo5aynjijhlp546SPxXkAMlgockm4vc259vNJ&#10;SpjoacVFTPBHHpJhBUNI78eot9bf778e3ZlkkQopFemY3WuRXpnrcr/HK+rkxuLo8hLNrT79w8kM&#10;EUBuNCxgkXPB/wB5/PtxEOJxLz5I4f77Wjv/AJcglgYgC9lkup4P59kR8Jn8GdyM0wft/wBWOlzN&#10;Ko8RQB1DrP76bvoqTCUW7htto5IknkwVkyAQsSUM36o+R9VsbD+ntL4LJYWaapnpoaSgimqJddJH&#10;EkAuSVdWA/Tp+n09mf7sPhgoxalMk56RJdiWQhhQ9Lnc9DuSloaGjklrsrUwUqAZPW0reaIKVn0G&#10;wcuRdhf/AB9vsuGmqsvT5bBzNVSV1PDTVePEkLUq/aDTDVCa2tWZbI6liPSCACTdMgNoGS7WqjIP&#10;H8unWi8ajLgjpFx7xx+MwGWxO8HbC0mHleqo8tWQyUtQWyErzVUEdOBpfxsxKSAm4IH1BJXeO21H&#10;XxMM9TlKuA2WojQjx8XCqZByD9D7Lp5hI2uxNK+X2HOP+L6WAmAaZe4HoBd7dzy7FnoW2bWUeVw+&#10;RQTrjp6lGmrVlOgOJaZmKkcOpNrfn6H3GbZkkOSaqoammbDtFBI8QiYVwngciRCRwVIsR/T6f4+7&#10;xTShDbzKSTwby4f6uH+x1oGOUao8U8uu6f5J4bIbcWj3Bjq7D76SprqCCmqqiL+CzU1cLUdWtQW4&#10;50qQ4B+puR7FKnqGjp44kGhUAA9OgkWtq/2I97j2uEv4hzX8/wAvnnpvxnI08Oqxt+7sytfmsgZ6&#10;uRppZnE5EhkA0OSEQgn0L9FA/A99SWkF2JNySfa2GIxHQoFB1RwpGfPpBT5pFcSwhkm0x6i7G/kV&#10;f1Aj6/T8+4VRNSRD99o1H41Efn+lvp7WwWM0xDRA18zw/wANP8v8+k5KIKHp4wdXvLIs0ODiyNYr&#10;OztFTRPKnAswbSDcf1HsOt776o8DRVFNTR1FXUzUczCOjXXKkZUo0gP40/kn8fj2tNrGqEXLDVXh&#10;/n8um6yVHhCoPRz/AItfF7c+89xYrsPdYhwmKwW4Keelpa1GByVTSOtQiCE21Ixuo+lyPYFbJo1w&#10;ME++N0p9s0x8sE0pEMxSo9MQZhb6L+P6+0UrJct9OhAA4np9nNuhkbj1aT2JWVO44z1/tOekevnX&#10;TkQ8SVFPQ01Myu0VSrEBS3AAN7i/59idhOydv5IVqbdmg+7qI6plAa6tU+I6VCC1yTa/HvdxtFul&#10;k1Tq9fWnnx6ZiuZLmQCmk9Fv3F0VvarzO0srvbLjJ4PbWVxLLFRXjdKanrU0TVMyuzftgBgbi1gf&#10;bJsSfITGqxOYpKXHSUq2pWkpWljpopPTG8ZYBUAX06Vbgcf4eyt7K2ngrZ/EPKuTTy6ULJLbufGy&#10;D0MvcFdFgqbG7pxRyuapZajTXY3EZSOlfKCJSwRVDAysSA1ipHH1AN/fHa+3cfSZqqfEUUcdRBX1&#10;KVFSI0UVCtUHy3YWuCPUAb/X/H3u4hkSFUuDUU4enToYGrr5Z6kb73sItox1uZqFpKbJ4eCthp0L&#10;fcU870gngJ8YYllkYKxX8+37KZtJKQ1lDTSCcF4ZVELwShYpSF1RsoJseL29lzWcUUykGiHNPn1a&#10;Jy0ZqKHqJtPb+ShmnxGeyEdTABDUUkxqkq4j56ZTKFnVtIuOQtz9b/Q++osdnMliaLL05nmMTy/e&#10;07kxGKFELCSKnF9ZuLG/+v7USzpBNp/AaZ/z9Xjo6kA93TVPunYuC3fkNj5J8di6/I01PLhakur/&#10;AMSqZZvHJTGsexjZdSsqA8i9vpyEFbBuff8AWYqvp6zH4/be16/L1O5KrLPVRPDBC0RpMhjkpvS8&#10;qRiVfHIQvN72v7FFrfWsEYifiw7afy/nx6J7mG4aXxNVAvl69LzJVW3epbx0WGmym4d5vQYnA4TF&#10;xRGsyuUWCZ/tJ6qchYaZW1yzVMhOlNR0syqpUWf37srcOGrNxLRPVU+3KuDFUtWIBMavzSeBI3jc&#10;W06rnVx7o1jHbzakkILmpBPn/q/kOnkupHjNVrTh0jut9hdi7EqqXBZDcWOq4t1U+SzeapaWOami&#10;wuRjljapfDzpdnuZY4yHPNtX9fcUHJ5L+52XwuNWio6qR5a2ATpE8dNE3oqPAPUeeSF9+SYRO8Yq&#10;wpx/1f5enqa4wxIB/nTpfvNjaSPeuGzuXGTkhSNIpqumN4/4hQlkojKVMbMSAoB55+hv7U2HB3Fu&#10;+Svo66ploIJPLX/c1TsYXjPFLR0sZHoNvqQSf8faGaae3gZZRVX/AMvTqiMtqQZHSL3IKbr7q6PC&#10;vicdDmZqE4zA09DSRQxVM7RaIqzIV1QNKOobXIzOoB+n4sIe/twVe0ttVWexuJE0wq6KjREgSJki&#10;qpvEZ5RGNRVSeSR/S/tJtsG3+KPG7q5z/qx/qHTc7Tv26uHz6KF1NhpO0+wqTr/dG8aysx+K25ks&#10;xlqehzVVX/f5WKaCl+zSoqCyIVWV3eOIlVCm3+AR5vB1u9drZLI7jqKts5TUTVuDpKC1445FDNDV&#10;QJfWtgSpJHH+PtZd3bQTj6YBVrQ/P/V8/wDN1bwgY9BFSR0cTbxw3Wm5dvbR69w2Kotm1+RrKPd1&#10;fXVE8LxZCnozDQTY2pmdUknecJDPGEa97jSQT7THSm85Yf49jMfFUVq4aBXkhiDSGOQqI9KKfVcE&#10;Am5/N/ZjPOHtB4pBFajgf9X+X9nSeFSWKDFPPrr5C9V7W7Eo9uLnKumxcz5qkx618sopjPCQ9W9C&#10;81xw6xsB/vftSQ7ozOWoMrt+KppId01tQjRVGVgcRRY41H7wjijF/KAeF+v5v7caVGiW4Va6OA9e&#10;trGFcqDSufz65VvV+3Nt7h2vuagiqKPZO28ZV6sLgp3jiqcs8KQUdXkbSIJadYhJwz6fIVLC3sWt&#10;mbMpdp0NTkcllvvq2aBi8k1RI0SuqfogilACLq/AufYau5t1vplj0Uhr5+f2/wCzjpQjwxp/SPr0&#10;WLtjvil7FzdH1/tDb24aevgy9B5pKfGQxiOmmqo4p6w1tFJKzaYmcjSAB+rm3sslFubfPY2ZbA4j&#10;I0+Gp4MoxymRWAwrDFDNdqSGmBJcleCRYfkn2cfVLtyAxJVqUAHEnpMI1lY6zQDiT/g6O7Xbe2Ts&#10;PE1Gfqsa1auMotAlrZPv6mQIgX/PVpI1Nbl2bgcD+hM1s/C1dFWSUkuTpM3S42ZpKKtlRfLSTyAr&#10;JGuoHSyhipsef6j2Xbjb3t3GJrmIxuf5+efl0tilhiBETVB8uiXdzdv7LoNsQZg4nNbUyO8aN6fK&#10;YWKCYvm8TTE+GZ0haMOkihWhZ9JAbkXNvcNN17cze9qmjmy1VU1m1lb7qhjjMVItQhZnmfSCXZQD&#10;ZRYC1x7XQ7WwsB4TqK0/b9p/w/Lh0neUMSumh9emufZnYe1ukKwbT2VgcanZjU8UdVLkzUbgxuH3&#10;DTJFj8c0brHDD5Ndw3nbSZNLC/PsM891bvHLZnMb4xOepcnBlMhDVY7EFailanoJJPG6yrq8b6Y7&#10;OL/X62HA9v2l+0Fx9LeLoRa5Jwfsz+z1pTos3WKVYRJZnUfOnl6+eadDFsX5D9W7Ap9pdKblhy2B&#10;zG2NtYzAZCvlpI6rAplsXh41qaWLIUztMZHdZOTTqqtxqtz7UVR0Rjc5v/be+67dFc9TgaWjoqzb&#10;kwElI/21KyhUeJl0+RmV3VlIPtNd7vfJK0VtGTG/BvIA/wCH/iunLKCHwUkmNJQMj1Of8B6Ceu+W&#10;zbZ2LvTHUmzmx61qbnrdkbnx9Z4IcpBmMxUEZN8bUwqytS+W3kWZ/IyfpQD3Ay9PtTO7+yS0GxMf&#10;khST0NTX5OsrGpYanI0qmjkWCllYJqjRdEq6QGIFwfqd21s0VupaViW8hwFf506Xl2r3AD7ehg2L&#10;Tdl7a6Rw8m9uz8pg8vW4+ujxf2W38fuKsxdDXr5MSaqtgiqnmkjQCWOYn0LJoYsVGmbW7OpN45Kv&#10;3ZSY2nwuVw+FXFbSHkhioqippZppdXghAs7FzEJAbgWtwD7akaW3lAjqycWx15QhoHILcPs/1f4K&#10;9M+M3q3ReP2lsbPbjzvaVRunddXkOxcvlTkMrkttYfO0aRJVytMWSGiil8TyQsoHjMxVbmx9S4qs&#10;2BjpMjlTVSV0wsNP7i6vC0vkqq36y+IkkqLi/wBT7ciuo57gSNTt4A+fDiOnXjAioMjzP+r/AA9K&#10;yt3Ntn5ATNtbaNbh6nbVMrHM1MjN96tImS+yNDRYWVVamWuSGVI6mQKTGS8asCD7aaaDDU+0crRw&#10;ZSryO483D/ub3FUxO9ZVRPOJZaaELxFCwPjCpxz/AF9rZ7gyzhpCKDgo/l/g6SovcEAovUs7b33W&#10;dr7ZyuUosfi+stk+Rdn7Kxk9PT0cOSbFvj4s1kxGiiSenDzfbwgaIlsy+q7e+q1BtDblBU5bddHQ&#10;5k5HFTUFDkxNLB9okiqaaZYLSRa01DgWU2vfn3uBJruQzhBpH8/9X+z9qHcL+2s18J6nV6f5+ssW&#10;5W7A39mtt7c68yFbsL+B7gxW5d/0FTjsav8AeKobQ0GHSttHWyRsLGoEnocm4Og3Lzito4/Jdj12&#10;6t2ZHJQ0824clXtSyU1RHVSxPKYaKAnVo8Ok6IwBfRpI/V71PcSlvDjOeHHpRbxRMomTI4j/ACfl&#10;0PdVT5PE7QWh2jT0NRkaDD09Dh0q5zHj1kpqdaaF5ZEBYqgXVawvaxI5Ps0sXeW1qLM0m2MbBNBR&#10;w1RxMMkFI4pEqUYQw00AiF2Oo+uw4PBFz7ci2/bIoibh9TkVqeFf9Xn1f/GZG9BWnVd+4PhVvHeO&#10;PzO9d3btSt3tlYocnPTPVSsJZXvUVtNPW1A0RhEIggQXVAv6woCh1qN0YXK76m26ErV31iaIfaNP&#10;HLFQpC9OtY7xxXsxCyAFj+Tb8e6+EqW5ubd6oRlP9nz/AJf4OtZY+DJgevn17aexK7YvTSVslftM&#10;dB7gyMmQ3TSQSy1+5Kha7JRYCAvmBGIPAZo0WRU1Mifpbgj3gXLbex1XT0uWzMlBlHZq7KYsy6ai&#10;0shaColjj1SgvwPFexBFhb2njiupF8dSAnlX7c/6v+K6srKh0gcMV6FvJ4/ee4MXml2Ls7A7nwVH&#10;iYcVsfcMc9G1G7w0/wBrUUFKKorTvBA4OiuRTZkZTqfkBnmNxV4zrM9bG0dTX11PiYqeYU0pxM3+&#10;Z81HcSAAMdbOwJN7C3HtYsoVSFHTiqpohz556H3Zey8ZR7OxeNyOLjOThxeCrtwGrjXJK25qKmja&#10;rqIK918EjrLF6TBHpWynSpIHsM85sucdgbf2pSYRMblMlBNmMpkoKqeWlxG3UdYIJKYqwUGbS10b&#10;9JH5uT7T27NLqNSTnBxw6buAgIKCo9R/k+3p+pux9uT7PyO8cflEzeJxpqqBZKdDHU1uaoZjRzYp&#10;ItIvO1RpgVUX9V+D9fa8Xd+2Mq0e1cbuLcGOpqCerDZQVtNR0cxx0hSauYxKZ3jdY5FjAYK5sTcE&#10;ezCOJrWsiMCx+X8uvLRhqkHDpKDbW4BUT73zW0doZXMVNBTRjCU9BNXZuKGZS0OHTKZGaKlVoqiR&#10;XlnMOkKJAOCG9rdN8dhV+Pq63CYZE2viVpvNl6+URJNi1kAqKijicmR5Eju7agALXPtOtzZRzFGi&#10;DSNk0Hr5/wCTrTwau9mIB8q+XQE5noj44YzfG3aHeWTjfsfeOXr6rCYj+IyiaozMlNJkZoBT0CeO&#10;GnXSyxCVY1c2QFmNikuy+8szsPHvtl0hfcucdayhqaP91qfbUxEb5EoSx+4kIkjiVl4KliLCxVwp&#10;atS5mUArXH54P5eX7fTpC6sreFGTpPWPbvxX6l3pvzb3YNI9bU7a2dDNjKjaVUJUpJN34iqCJCzB&#10;UH2dKt/JDEWjnfSrMUWVHQNHJhchtDam6MrHval3VVNlITA9TUS5HM7bpq37hKuWSttaFDaKOVFF&#10;9Rvq5PtLd3paXVHINIH7D0piUhQoU18v9X+rj0ZfFPuaLfm6cJjI9qy7CpMNh3pft0p4Kzbu8Jg8&#10;ldhqyhobeXzUz0teRKY3RZI7ErKpVS1UvZ8274n+4ooet4Gh3FhxIKaebJLQY8TtjzOx8iVEN3NT&#10;YKkYBszXHtlN4geLwEGpuBNP8uPl1YWMkcxlrx/1cP8AY6aaHBbJ/wAtnqaGhpt9HEvtHcNbRo1N&#10;X00W5Mj9l9wKQuxFJW1cAkoXkVmlCoLllcKOrT4yPbVVuDLJTzyVXgpbY1npfJTZCsjpYqGJ4idT&#10;Tu6xKRY82uOT7QW8Ms9yyQnwwvmf8n+Dpf2tpjc8PXovOZqNwU/Zm0uttu1lXTYunirq/wC53LHB&#10;nWXO4fETVlLl6o5CxVaHxCqIdiGl8TAMQqOlN70GytsVkFbmZa1809dQ5ikw1BaY6kgNJQUxeX0x&#10;UcABRbfX6/W1nrSS8kd2kkCxrUfbTj9np16UIygQLX1PSh6l3tv/ALH25jaPY+Mx1RtBaXKbfy2/&#10;tzVbUVTLUQ1SjJ5iDC4xGesyuSaR6ybyeCCJ2N3diwZ1esGZpMpU5nbWPz1LgpDNRYXJUIyNetZI&#10;vkeaBpTIQNF0iCrYmwH09p7lre5Kxq5XjmtK/wCqnVfDZF0Lkn7PLqQ+xsftHI4Si25unLbSyu8I&#10;adMxuvBtQY7DT0eFDpRU0+PaFYGqJJZS8sh/dCtKfIpYH2jNm0OT27X4bZlDFBt7ObqocjuXNU9d&#10;VPX1WBwXn8sEEFNDogSWWc3cf0B1XIt7X28MSRG4A8Rlwtf2dIWJclXFFHEev+r/AD9d9nb46+3V&#10;tvOdn1or967L6p3FDh8NjcKsVHjd1b6Zv4JXVFPXOHlq4KRq77aneJlhM3mKeUqjhJ5GPPbt3bXz&#10;dexVe6aIzRMtcy09HAa3FRjEy5E5OZlQxmRWMBXhQCV+o9v3N7HaxiO5+I+QySfQeZ8+txRsRjAP&#10;r0KGB3HguteqMPlu2ztbrxUpciazEx1TyUOKpsrkpsrTYKONlL1FUtO8UdYsKP5Z1crrUqfa03Rh&#10;6jb+IwmIzmOo6vfW4twGi2nMJVrqzF0jQxSZepapW50voEZ0tqPkUalsSC+K78UNckFY0HD14+X+&#10;TpS8JciJWFPM/wDF9BxsjtLAdl9kZDcPXO7mTqTYOz6qXsZpsQMXh8nnKhZX29TQS5aOGaJaKkSq&#10;qamSILEAsSuGEgKrTLGHrHam2J9yZCsyGVhqK1JMXhnWkxVXNWRPLOk0RDOYKRDZJC/LWJF2Ft2c&#10;sty7SvSNSBimR6fn6j8uquABojFaeZ6ATaO8Kn5Q9r9q4zr3B7dxWzqTF4GN+ydx4epyu56SXHVi&#10;LjZcLSTyrFE2Sanmk8bqp+3jVpLOBGW3Ab5gz0uPxuLpIaWgrmAd5nnldYUuJELTMG0mza3544/P&#10;tajW0blxVmGAcV/1f5fLqrRM41saU4dDNvTpmbbuJy2+89ubO7nze3cbXVlDR0kONxlHWZM/uUlV&#10;HjKGBYmmibQtLE3Ab1G59XtW4jH0FbFldz1ENHjJqvErT0uPqHjpcbJSUczybdrK/ghJdP6mC6lR&#10;gpBKj2X3L3PiaLYErxJ8/mPl04Ej1KhNT6+fQPbt3Jm9mZHrvrTGz7m3hLDvpps/uqiGZz244aqr&#10;pjJ2Xi8NBTqZJKPVUs0MTNoM8bX9CAKh9/8AbWcw+Uwu1dpYiPObihpaSbO5FaeQ4KhNTTDyeKon&#10;0ftrZpDIzKFXTquSQFNslnAhuLhQXfgo4j7aGtT/AKuJ6ZaKRzQ101/1V/1cfy6z9NfF2g3TQ773&#10;L2W+48TsPcm5cmNi7Mlyr47OxYSl3DLJj6/cjYiRk+6lVEhho4ixQatJ1MlpNHl6LZlA2W3XuSjq&#10;93Z6iqchFjqKd6vHyVVGdZoo6kXXWxeOONRYAAhQRyLx/U7lKXeiQocLwP8Aq/1VPDrblI1CQr+f&#10;S9zmNznYuUxHWvX/AFRX4LqrZeQodsZfdGdiO2sulBkqVYzktq4vJhJ6impkSR6mSYeWWR4zpur+&#10;42xeyMb2BBWomIqarGQ5ylxGfyeQp5KWk+5mR6hIaKRARO0csSI1z6Q6+rnlXNbWIBWOUiQjAwBX&#10;/UOvI0zmoGB8v29Quzus8l1/OuT2VulsfuPbOydyZvr3a2Pijq552wdNHiclJUnKMRHEYMgjSiEA&#10;O4LaSyqPYt0dFQY2mys04mknxs9bjsZJIpLrFNTrURNCpsGY+TTrH1t/r+ySOCdrhS2VXuzmtPX5&#10;/wCz1aZY9IQ5D5P8/wDB0XHdXYG8+xMl1XgtvJjsfR9g4LZO/ex4sbKIaRpqHOPi81jKutu8kdLE&#10;tGxNISz+sKQ17EjWI2juDr/Jbg2quemqtwYtqPPLV0kLzpk6TNL5Z6ktNqeyzOQ7E3JVr/UD2czT&#10;h4hPJwHkf9npuGJKaFNfn1abtTeO3+x9rYrcdBSTjCZufK0Qp81FBS1kFVicjPi6iCppFeRb+Wmm&#10;06ZDxpYcHgUdvbcrNl4iKq3XBUV+XyeXr6jA46hcsslJko18TVNNAQqSA/uoYypUWB+lggjvZLmQ&#10;unbGoNSfOnp9nVmiBJjFD6n/ACdJaq3PDvnKZfEbQz1BDjMCY6TdeXal/eoq3HZHyyY+mqKxDFIp&#10;VJoalZI3WzHSVJJIsbi3Fj9sbcmxte5qMlnqdzPSU8krtTRywaHjnqI7Pd/0re3JNjYX9vWqSSFr&#10;+Q0QGi/P59IZLyN5vAhzo4n/AFceiz7f2Blu0u38FurG0L4bZfU1dNT0OUydHAp3LmI6jVTyYLGO&#10;HhjgpBctNySwUAah6U9tCkzWWw8VTS7bocXS0KxUGJOOilgGQFZGI0eekkJRFiJIlnuQVvbn6I7y&#10;ezRWZSSxwaep4D/V6jpbaSu0tCcD+XQqbz3Js7Y27qjAZ7sDJZGoz8NbvOuodxVdFNBtjE7YaKoy&#10;K4yqoqeOb926NSY67vrVnWyAj27dn7Uz+Q21FJt2SnyGSoHxnnjpGSKsSOCbxVsVGzCzekk82JI/&#10;I4972yRYUbxEoGrTjnqzhTIWU56C7p3vnatNv3JYHdVFndl0+eq8xU7drdwFFwGXpqySLIY+rrqu&#10;Vj9tUSxh/DFJaMBtN9ZUe0uu5d357fsex9tVNLioMNFiE3dl41plqnkpKSOrr6M1UakLMyvoCC9z&#10;yCoB9qK2thAZtGuR+Hmc/l/q+Z6YjUsxeY448elfmtq9X0HW1X2bvrGVG+MdJk89ltl4fNtk8xg6&#10;Wk3RlmpdttR4Krman+3aF4agVEsQMMEjEBSLFl3jWZHFb7wu38MuHpsjV5Sr3TmhSULI8cstM0NE&#10;XqGJvJNEGeob6E8/ke9RCNbc3DqdTcB6fl5dPp30oe0ef+XoQurJNubs67OVMmYyO0ocJLs3HVWV&#10;rQVy2Nx032uRqYKKlEaCJKtHpqR5F8oSKwsrDVh3Y+68ti6umimoJtu7Yw82cr6fHxKlLPUUja44&#10;YvCRHIUC38S8gkEgn27b3YtaW0aaXc/mRx49edFU+MTUnp4wWG632nuaHdstFW0+8N718W1aHJZ0&#10;5GtzsqGKSripA+QLywRSeF7u1lfQgBtpHvJtfdWCrNG5M9Wx/wB3qqmxOJiEUa0stFmKVC7UkFZF&#10;Z6kzSMAY7cWIPHvc1vPcSiFDQDJJ4f6v8tOqicItFyT/AC6474wm7aXA1uJ64qMYu9Gq6/L0dPnJ&#10;JavFVtDkq7w1EtdCzf5OIo2tGyf2k9IJZh7eqPfWyMBuTdObrPFRy5eOghkgqZEqZHkxauY5IKKT&#10;hZESxIF/wferna2vQsbS0RcY/Z0287xRBIx3HpI5nrHf9dsjYWAo8xTz5Tb89XVVlfBV1uHpqpaq&#10;lZHp6iro3aWSB2lbUoX1qPUPczMdlbFx00W5anNVIod0UMNTjKeWF6payriUUzwU1NHqZZP0Cx45&#10;9qbbborVqagFHn5/4OPTFZXj0KtK8Tn/AFHpKbe6/wC0ZNnYrZeQxu2ocxtPO1GLny2MyNTj1GAn&#10;cZLHVkErU+qVNErKyIocOlvoW9zs/U1ea2ThszjosgslYk8klJWwxgxonr0GCxdOUsQDcfm3ust2&#10;vjOkTAgenHp+CEozDzoOpPWVFFtruTsbbOXg21BS0VNtmqw2SxjVkORrJMhTyrOuXmlYRySqXGj0&#10;DgmxY3tBy259t4ugxtmqJ94ZSghaKleaWonpp6oAmndKUr41VQdIcAf1Puge4KNNPJRPJfUfPPr0&#10;oiZmYqUoB5+vT7t7bG/cvuvOY2qpsLier8PuCeGlNJQR08ubp6OnFSlaiV6TB9VQ+madHtqjbQB9&#10;RG3bv3BUmzJJmYzVGCgWfKwRTxzSRDSfCjCMmzmSwKj6f4e6WUUgcyuexv8AB0xcFvG1IKAdTNpd&#10;bZ7E9n7lz1VUUiYHOQRLhjHRPDUrVQjTX+UMBqQwqnidrFv8fr7RGH7YxT7TxO996VE1LLFUtRUG&#10;KxczsskEnqhashf9TAfqcEaT9Pawh55StuRGi8T5/wCx1RiVXQgy3EnpR5Lrepop83gtm0WMo6Tc&#10;0MuWy+bzcD1klNkZZfCI6FoQDyFD+Jhp/Ubi/t32HvfDbqxuepcBFNj8rVxTijkraiD1R1DlXmp0&#10;JYggctf/AFx7L7qEGcS6jIw8v9X+Hq7u5C6uAOepe8sHkKTIbWyeXrY6vauHqoJ8tTU2PmE7TUcJ&#10;ejkqWidrwCYKVXRwbA3+vts3ntyj2JHtiqWqtQTGrqd4ZWavlqmhhjeNAtKsNiJJNfpQcAj6e24r&#10;i7qyTDSxPavCgp59OgBgWQY+eOpHXvYtR2HLvg0dFJDR4atpKTbq5LEV2JarEuP8z1EhriTLF5hp&#10;EyRqLA2B49oDOdw5ypqVxmH2pBicTFU09RQ1lRM75HLwqwWGpaRbsBIp1D0kD2ra4t0h0k6m8zXz&#10;/wA3SaKGVWLy5r+z8ulFgdgRY7JVWby+cy2fydbSyUbwVMsMGDoKaaXzPT4vEUqIiAGw8speQgct&#10;9R7XW+8Dgt0YjFxSZPLV+dq8hQLO1E6wrDQ1R0yU1pUZAiEjWUGq1z7LUvZljeUkKorQdLYoQ8ml&#10;hQDz647d/j2PzOSomwmOw+z6SimNFLHMstfV5GGpCtUy2a4SSO5AcE8AXFuRfyexsdsbZ2CosNk0&#10;2vi6eugrc22NF6+vLRizT1TFmJJA1Fja39PZJtF5f3bSzTJr1EhSeAHT58AT6RkrwH+r8ugDwfYe&#10;G3z23ujD/wAEqNz5eg22yYGLKxKdv4xY6oithiSRPHrlZomeQB5bJbUVtZty/cm2tpzw1rUuMlGQ&#10;eM0hENLNWzrEgU1MkxQMGH9dR9rY+Wobk67lyV8x+H1NBnpNNcyj9KM6f9XDHT1P0zuTdG3RhKze&#10;O5cBVQJUpJVYzKZWjpoGqHLrQUtJFOIpadFYKVaO1h7Su8t75ncWDqs5sSlrFlSrhqMj4l1loJPT&#10;JUh/q2kixVbnn6W59ntpJZbfS3j8hQD/AFfz/b0m+mdhWQ6unvYXWFNs4Y3Cb+ymJ3XMaRsft2or&#10;qWnpgkcF3agioyNGrx8rb6gEfj2wrFsWXZWb3xUR1EOcrIoY8jlqWlkerp8hA3i80sUY1Asw0S2/&#10;1/bGmS4v9TyDSBWn+fpxtagBBg+fSxnrN5Y/fGC21i6bFRbTihmnZalzFLUYxIBTihpCochqVtLo&#10;tuUGk8C/tr2Ru2DC42qzhcSZPJQ1CUbZOJaaUoqEx1USzfqZbWFrE/n2sV4bifRKaonlXj1WVHZA&#10;qGlePz6eN+7Jh31R4/BVtRWUeFhr6Otr48dPJTNXxU0wZ8VUmAq3gmXiVb2ZfSeCfbZt/ubdkiVL&#10;oZJZI5HZ62ZH0zNqsFKKPoPoOfa5twijYIFU/KmP9X+r7WfpFbiOmHP9DdWbkpYaHJ7UoGoaaBYK&#10;akhjEMVMi/Q04X9BP5I+v59r3+C5ndGIbeozWUxNUs0SS0bEiGRWPM9LKSLpz+ll45vyPZe/Mdy1&#10;14MPwgeXl+XDpUtrCKIB1ipa3bGzcxhusKfb2Pmx02KqZ6J6ZKV1p1pLaaTI0JQ6XdblZNVmt+ke&#10;x92Zllo8KKOrrpKmsgjLNJM4ZidBa2sX4/xPvQWa/uFe48zTy4dJ7h/poi0YpT9leq1/lf0xV7i3&#10;3j9xbX27S0OFr5aairBjYPC4d6kQvVtTWUarHkJf6X+ntA1XdKUiZCrFJU5Cmx9QsVV/DI3qzSxu&#10;/jWapSIEqt7XP0H1Jt7PHt9njOicaR/q/wAv29N2lrPOe6UivQuN8AtrTUGKpIs62Mr56ZTJPXJG&#10;01TVLEJZqekiSx4UMxuGIAvawNng7u3KuVgqVnglwuVxqz49Y43knpa519NPWGMtZT9VYL/sT7Y+&#10;r2aZNCxLoQ0LeZp6np97KSMlA51A8a8R11T/ABS6ll2nPgqvAVtNu3a2cSlzWRmqmpEzeJhnLzZT&#10;EPORHIDEQugn0upUgce1Vtqv3pJNI25qWkx0HPhVauKomqD/AGPCkZNktyWYg/i3svvJtvuOyygo&#10;RxIx+f8Am60EWHOssfTJ6L/29158cIsC8fUWRzG4M9DII654KWvixeNSN9FQ2WrKyKNfLcERQQgl&#10;jz9LH2+1W7aWl+4GsMaUXqFUG6KeAxA/Hty22a1lZfFalcjzp/q/LqjXEoI0jj69BPgPi7vXPx4u&#10;ZVjoaXOhkxksknijqmCl/G4VrgkA8EW/rb234zeFJmql4Y6XypbWJGiW0nOkBQ3J/H4/1ve7qx2+&#10;0XTDMQeHGg/yU8/8vTircFPEKj/LTpb7v+K++eu9vUubbdkkNTBIqPTU1dWB6EMCzN5UZkVQOTZu&#10;L+59VX4dpI6SoooS8gISIw6WYAc3Vfx/gfbsW3TiLx456dJzcjUe3A8+kTtzaPd0FJXbhwe8MsKK&#10;kdWqskcytTTIwNkcSVeoajx6o7m3H+HvGIdu1K+Cehp4o47jQXsuk/UMFPI/rf2zJabhKNMUzPX8&#10;v9X+r5dUN1bKe4fn0oX3D8i9qVC5rH7iyOZqskImLnGx1YSQACJkMkS+N/6GMgNb839pgYnruZ6v&#10;F4//ACWoqmdpfsq51cs3DWgLFD/yR/sfdRtm62ieNNIK0+En+dKdKElFwoKowA8yKdDiOzPmZj4c&#10;TvLcGCxFfg8dDHpx+V23EUKqAfuKjIU+iojkt9T5wl/qh+ntjyHVex6mFWrsnkG+3JIad4m0n6ny&#10;a1sRbgfQj8e08cW9TPpgUZ4f6q9NzS28Rock+XS4xXzF7tmyFLR0XT2FrVq2XXDR5CuDG/pP2+hG&#10;AYfUhgb/AOH19um3OvdltIajFzNL9vGUSONlKRubjzO/LE3/AKt/sPaS+h3W0IjuGAqfL/Bx9P8A&#10;i+lCFZFoBQn5dNXany67j2hQw02f63hw0VbIshqq6tnWWaMnUaOmjFOsdwP1Ndv9b6+3Sq64x00w&#10;qZcpKksba0tEdEdj9Chktb/Hg+7wXW4CiRrqH2H59apDGveR0gsd898mlOtDS9VmaKdFhmUbhjae&#10;oLfqdHShFm5NgQQf6e5Em2oqqF6WDLxHgAMY5RotxdVD/j/X9ncV5fWah5YSCekpigc1rivH/UM9&#10;NX+zLS4XKQ5vK9V5umhY+QRLX4xzOZSCBNLLSqACP6Lc3495cPsmjxgDyVKVsinWkk4ZmDn6sxYk&#10;n/Afj2XXO43txLQghfTP8vLpT4cOghSKfy6aexPmFW7qoHocRtzObXFSghqkpZqICWjIt4IXgGqM&#10;kfqdRqv9CPbvJiqaU/5RLGZRfQy2CpxYWQH/AB/I9qlllVQ0EZoKVqMn1qeGeko8M1RGFfy/ydBT&#10;Q9ybjxap/BcdlHxEthV0tVJPPUTDUHZ5KyWPi9vojf7H22jblazsq1cEdNY6VX1Fjb6sT/xA9uzb&#10;wAARGS3nj/V/np1UWsYy9M/MZ/1fPoT4fkLsNaWGerwGakzo0ipkmiaOKnUEMY6YQs5Y3FgZGF/z&#10;f2FmZ6LqM/lDkKrLIsCOHSB5ppUchr+tShtYEjhvpxx7Kr/fLtz4cC5+Z6MoooUQU8ujU4H5/dS4&#10;LAUFHU4PdZrIYRHNDRYSliiRwtgQzzop55Y/7Hk8e1vSdfU+GihGOocfNUqgWWUuYk9ItcRSX/4p&#10;/h7LIIfFYy3xYfIZ/mOqSPIaqmB9o6RlV829q7pqqynq81uLb+KZ70cQwktTVSeq4RqiiU6B+CDc&#10;/Wzce5qYHOCOTzyx6LN46eBlUc8DUE45/wCN+ze2ntIJKQxU4dx/z/L/AGPl0gnt1dMklvt/1cOm&#10;HJ/IPpyqraFqSrqpqh3RajKZKkr3eNRZjZ6pS4Gr6Dj2mTFuryTY+DD5CIEkrV+CIUgA4DvMzc/6&#10;wuf8PZ09/tkdJXIZv206Tfu8OQ7Hh5Z/2OhZTPdD1MdBuWt7H2TW6Y1DYw7iVsyzOt3ghxqHyob3&#10;F2ULb+17TcuM34tUIGhkSIkrLUBUlSQFv91Rx8jj/VCw90bdbXTrQD9nDp42cJSp/wBX5dCxjt4f&#10;H+qxwraXO7fmeFA8NNLXpTzweOMH96Spbk/8FJJ/HtKZXZW6fu5Y4ErKI1KFWrEoYq5yX+jIt1t/&#10;rE8+yy63SzT9eoJHz6UR25kTSDw6FPbPaOwc7i0kxu4cFX/b8JTDJLTCPQLDyLITccfqsRbm3ufs&#10;TpjdmJrKuv3Ln48zTTwrFSY9cImJCITdnqo/NMzOeLngfWw/oQz81SXky29spCg5NPL5dONbiOOt&#10;dR+Q6Ru/vkBsbF4mZYs1j1rInJ+5o8nTTR088f1SOpUaDzwQSP6W9ivS4KXEAQUuLSihBuXhT9bH&#10;62/I9n0b2syB5X1n58OP+r1/l0leCdmBqRToseS7YwG8jUTPvaPMVjemOgadInpIvHddYFkY/Umw&#10;uD7cqyry0dMII4KgxsvJRCFt9Dcfn2stbbZ0lNwQusZHy/L/AFY6akgdjokY9B1t/FbJy2cbJVe4&#10;cU9TFPoSGpySzyEqwkT6swW54At9R9fbNR0lTGXklSWxHAYc/wCOkke7zTRzTAVFOqG3YgKvHoW8&#10;7uPBy00VNj6vHs0bhZTBPGygg2AnRGIA9zBCrRNMaZpY0BZS0RY6l45B/N/8PbNxaQXLiJ5KVxxx&#10;69OrHPCe09JuPdNZja+DGQ5OmoK+qZIpEWshgtHIdOuIqf02IB5PN/x7aG3PJrJkuioDp16gQo5X&#10;9teR/wAR7U/uHa449CqCTxOP9n/V8h0neK7Z9atXoR4uuKl4VMdbNNJMweVaOSNo2ldgXAqZOP6n&#10;62PJ9tv986mtkNDElQjD6l6eaKIgH6o7CxBH9L+1C7btUCFowC9OrCC5bLsenOPo7F4eX+P11RFV&#10;qj61vWRVNQr6bgyISbFT+DYD2r8TLXxQmUyfbRFW9KAmRza9y5AsP8PYYubK2lufgBIoamn+r/Ue&#10;jVGlC6CST0GG/qnbdQ0eIXyZeqknjRElqHioqbTcFFpoCQ7EX5JsPpb2ht+Y6mz2Pkgy1M89KGFp&#10;ZDIiRhyFaQun4H1PPs+R4I7YpAwBA4eh6QRoY5yz+f8Aq/4roVeif9+xWyQYuamilr42lrMZCYZJ&#10;qgxqZFjEDsGVz9FsP6e0psnaW19ryP8AwmWCfSpkqjSFpWXn0RyTBiBf6hfr/h7Cdzt93uEwE7DJ&#10;4Vr0u+ofQQi09Oh03bvDOVGKljhw0+KkndIaVsppgErFbyTR08gEjBL8kgD6cj2sq7dkwm0pDLoB&#10;0qqxs5A+g/FvZ0lpZbTBojp8z5f56f5OkyWckzVdjnoLsd1TFmE+8y9ZFV1ch8ryPMIgSTqb6G/5&#10;tYEc+5EeeyYVCaGuiSUemR4ZAHJ/1IUE+6Jf2UhoKGn2dOnbOALdNVZ1BtZpp3avxFTPC4LU4qYG&#10;eEDmzlyLce1RTx1ctOKmpj9IAJ8oYEccXVhx7TS3VvcyeHHQ/Z9v+z15rQx4Q9BRkxh8BkDicVXT&#10;U0ssrIFoWjIdrXkRGjYXNvob/wBR7T82Sc1iRJqlJIGlJG0Cx59P49rmtLELkKCPPz8+qC3lyx6E&#10;3FYGoTAz1E0ppUHkYNU00azPrH9qW4JN+Sb/AJ9r6gqikCBUGqwJPBAI/Fz7SGzt5wfFApkUp/P5&#10;/LrSM6qVTolfYtBkINwy1kOXrYYCQFijqZoXk5IBEUJFr/gcC1vcLJ1E2TD088hRWQoHB5XVxcD/&#10;AF/ZnZWNnt0euJP9n8z8vy/n0hcSPlyTT16etkwna89NuCkLZCeOeOompX4ilSP1MpawsfqLn+vs&#10;Aq3Zm4KfLETZENQ+ckCJbNIhN1LMPrf2j3KdiKwJUn5dHdvMhiz1ZdtHtXZm48BBkKFPBP8Aaq01&#10;LU6EemnCWkjbUT+k/XSPa2yuIopcYE+2T7lYlVZSSW9Ita30+v8Ah7Z263mZT45NP9XDpK0rGeg+&#10;HpBYreNfHuqTxZEtjZJnZqRUQKhJGpmc+om1zYH/AF7n2CkfXNXl8v8A5VSyMnlHjDo3iABHqA+l&#10;vzf2h3WcxqUhB/LP29GUbxAamOP9X+Tof6jeOAo8ea6bJUgijiDveeMEen6Hn6/i31v7MfiNt4fF&#10;Y2LGQQyABR91Nq0LI45ZUUc8fT2h2jbL5pPqZuJ4D0H+r/Vg9Jp74HKDHRNOx+4svVZKWsx09B4q&#10;Z/HjKBIzPOW50y1M7WVdX9NJI459ynekxlxTQsyKoPP0B/qQePYi/cWoiaVuJ/z/AGf8X0XtdXEx&#10;0jA6R+L3Bufe1KEy9RT0NRK7RgQ6rmIEDRG62PH+29sr5eaWW/2087vdYo6dAxB/B/H+8+1um2tV&#10;7iFH8+rGzaUHP2npeQbFpqekRYsnQ00cVpK2pys0uh/y41Pq/wBcW/23ufGtWsd6un0mXnTIyMY1&#10;+tmAuP8AYD2/DLDOawk0GP8AV/qp0haJkegPDpJ5GTArV+PDZVCaQ3ElFHKiVUl7ExPw1r8AsRf6&#10;++f3dHQwuEjii1ghnCKGbjk8f73739B40geSp+Vf9X+r+enjuGND+zqH/Dty5+upTNW1tWtNNHIk&#10;Hnk8SlCCFYsSG4P6bW9od8DjMhVrXVkz+FZNRW62a5uOD/tvZfuUF1KfDtQBxz9nRtBOYUCstT0Y&#10;+j3rlsHjRjKahjqK7w6UF3QIQuguz82A/wAbe15JmaenokoqVXhp0j0AgWtYf09ptq2aO2cz3BDv&#10;x6TytNPLUnHp0AeS2tmNybiXPZFqeWpWctFTGVmUrqBBY3twfpq/4j2jo8FFkao1AqJVQkl2/dP5&#10;5soIHtRuU8jDw7cgt0awHQtGHQ1jebbYxa0tbj4GkVAkUQNNGGXR6eX55PtTmso8ZGaanilJClXn&#10;dNDSC1iRx9D/AF9pbHankIluTqbyHGnSS4llkbtwOg1rKXO7tqY6+esoaSmV1lhxsE33PjlB1Az2&#10;I9Q/1On/AG/tPDBYCvqPuJVdpyS36lcAE/QA+1N3bXLAqpoOm/qZoxUCvS4O+d6YCjWnjp6OWkiX&#10;QZGSaFjYWLah9Lcnn2t8VTpRRrHQU0cIvzIqKrPx+pnIv/sL29kT7HAzh7irH0/P/Y6UC7Yp3cKd&#10;A1vTsOeuE/8AF8zZXsBTGYyxxt9BHDSq2ljzYswJ/IF/bRmKKur6oIjKv0BlB5PNiT7O1ijtbTSq&#10;58v9X+rz6rbOmomv+r/V/gz097C3htvFYqSsqZ5jrYu9NOpJBI+kdyb3+th7eIcTQ4fHPLK0kj6D&#10;JNIzKXbSNWleOPZNbbfebrcmNu0fy6rdbj4AogqfLpNZHtzIbl3RQ4nBxUlpaqOlo6cRSxxxNIdI&#10;mqG1Wc/m1uPx7Rz79WmkkgWOKBRzGjsCxU8Biw+ht+PZi3JdjG2uQkkev+z019RdyKCW6HxOvstk&#10;aWnnmylTUzONNRNTRmni1jlkjhNyQPpe/wDre8NZuKSuCuw8cLKGDfXVxz/r+1ltZQ2sXh2wHXgr&#10;t3ManqPjNhwYqokkkkerrfIdWs2KkmwN7cc8e4xyVLMVjicFox6F4szW+pt799Poy7cT1s+MufXp&#10;3XCZGm8ss0DKJyRM4DXSO59It/geL/7b3geet8uu0ZSwCgNf8f4+1BeOmhV/PrVVpnqVBjsSKcxN&#10;JOkxZjIWTSSb/wBrTyf9b/D6e3SmrpYI3kkdRIxtoB4QDj/efdoopJX00oBn/VTpl11do6SGZwGP&#10;r5YKaGCSSKPlpmQFpmJvp9X4HuXFl45ks0vqY2sDYn/G3/FfdpYEqSaU6dS3b0/1Dpin2bUUFQrU&#10;1MfHCur1rqRGB4UNzzb629zpKioSIfbxIgIvrIBYi1yefZWtrD4hc93pj+Xn1ZCVYqT+XUOCCjqq&#10;gx5SvqGZCFNPHIyRJc2BCIL/AOxP+x9s01JLVlnkVdVjq1MP9cnj3Yw6jRRT5dOeMYz0uaTPUWEi&#10;jp4pX8asBGVVj/tIQahc2/J98aWgWJWkfQQ10AA/25v9faKfb5JJQFHp59Kfqq46cardqSlKaNpU&#10;kUrL6rKLsLj0t+f6e8aYSnrJQkoupJuAv1H++P8AT3qaxkjj0px/1f4en45gRnrqfsOXFUz1NgNA&#10;J9TiyWF2vf6/T8H2sZNp4ajxoMUWiU2DmPhiPxZ/r/tvZZt+03lxclnavn/nx/xXA0J6blvQrhD0&#10;BJ+TGVym71wsMEL0oWQo0zEqzJwrabgG9/pz/re0hWzUEQWlhSWVrqqr+eD9WPsUR7S1ojNI9K/6&#10;v9X8um2lZvkOhowtTuDLsMpWrR0iBXdnVw/BHARbXF/bVkqdfGFjjhgYqNUrAFkuOePaZbYsCRVj&#10;XppLk1oelhgskfM7T1NTUJqISBLqj2IIJb6f8V958JHSwlRNLJUyGx1PZYwPp6UHstns5y1T2jI+&#10;fTrXLsCEGOuW56+tlgk+0gipwg9IUF5Hb/a3I4/w5/2PtbaTLDaGIpGBYOVsD+ePbtvBFqoBqI/w&#10;9MFpK6nNOgDrsq1DWFsnkY/uJSbUqSjyIoP0Zb2+n9T+PacyGHNV6lcmVdWlB6Vuf8P+K+ztYDgM&#10;tB/q/wCK6a8cq1Rw6WWA3/TY5dEyFKRyheeQtI+n8XvwP9h9PbAmOnp3vNTuWj+gNljFv7X9Tf36&#10;S2VxpGP9Xz6cM+pe08ehF/vTj62IfZ5KmeOc/qjYySsT/YuDZSPcPKZEQUxVlCqP1Jblrj6+3Lex&#10;hQmQjPr/AKv8nW0R2PTlh6CWrrFcStIwKlH1EKgv9B/rfn+vPtmwWJrdwzaoaEtTq4u7rpAH9SxH&#10;Hsm3K7ggfw1NWPkOldfDSrnpVbg3Bitp0RmyWTjpmKMVDOCztb6Il7sfzx7EmPatJEVV4o20qAV1&#10;WUH+n05/1vbEEFxo1EU1f6vy6SG9UcM9APXdv/cB3pKmVQzHTJ4wzEXIBUMbA/n8/wCtb2oqSmp0&#10;A0wR6Y1KIgUBFFrekc+3V2jT2tWpyfX/ACf6vl0kkunJ406DDcO+cpJyldMjTSK0kpYlyW/1TWuB&#10;/X+n4Htmz235stBIKULHKQeAoVQxFxyPa5Y4LXBFaD+XVopDq1SHHT3sTtih29PCufrS9OzgfcvL&#10;raxbkEOb8XH+v7Dih2IcbWeevhetqSw0ovKC54UueR/sPZZdC5vCSlUQdGsdxER29GS/0o4PKUJl&#10;xWQpYoCmo1Er2ZUA5ZY/+K+1vLhUpoDJJRRA6fSpHIv+SRzxf+nvVhamVqBiQPOn8v8AUfX59JJr&#10;uj6FPHoPH37FX16UtLlXYl/UyOpBA4+lj9fr/sf6e02cquKcvpUaSQVAt/tz7N226NjVhgf6v9X/&#10;ABXTTSO2AelkcW+4KUQ+V2EqghiSSQfr6fxf3iqN1VGSOgnx0trSG5s4/Nve0SGEhYh3f6vz6p4V&#10;BqbJ644zrrG4P/KFTz1ocvExteNvwSfaNnx+Mr6oLoabUwvGguW5+nPHty4LLHUsM9OqzD7OhFp6&#10;uvpKTVKI00qTrkNlAA+pH59iJjMbiaOKCnWiiDrYhSdSqf6kfk+yeOzllLSFjQj/AFf7HTbTSE4P&#10;QX7gz+amaaWGsaOnBZNca6GawuVX8gf4j6+3WrwNHUOHke6nnxWsP+Ne3fAmSICMfn1aG4YGhFT0&#10;lMZ2DWQB4jA6yKSDUOdR+lxe31958dtvHRzoxgEug3SLkp/sT+faC4s5Xj0lqV4+vSo3WldRx1Gz&#10;XaeRSlm0SCnBUg1EgAYkG3oQ34/2/vLuqeWOlENMqhQbFEFrLb/D2dbLtMVlH48gyfM+f+r/AC9F&#10;rXLTT6mOOmfruuXOZeauyE80juoMTzNqXWD6goPAv9fYD5Q19TMIKaklmkdtIVQdKEm12P5/2Htf&#10;NLFCheQ0p0tjZq0rjo1GPWlp4Fdpo1WwJZmVb/n/AFvYs7Q2MJaRGy0fLAM6sLBAObLfn/D2C7q/&#10;mmmraCo4DpQ0sSAAnoHex+1qLbZljoapGqkQiNEOp5HsSAVH+t+bexHosHtzEzB6XHRSTIPTLKDL&#10;oP8AVQ1wD/Q29vHbLy6iBncgHNK/8UKdJXvaVEfRXMr252JuOCeKTJGio5GK6aREpWkjP1DzG72/&#10;4KR7jZytgaXXPEraVGkFQAPxYaeOPZpZ7MkFvoQ0rx9f59JYrqQvX59POwGzVXDanrHu0zCRhIXY&#10;3F7nUTxxxz7TEmXWRlhpYmZSfoi+kf4n202321sNcmSf9X+DozQtLluHQ00uDr9L1GQrBEyj062u&#10;z/1RTf8AJ+vubHLB4+KezHhmaO1h/gWvf2yAXehYkfy/l/LpsuIyUr01VVPXJNqNcvjUgpHHPqZw&#10;STyinj8X59xanG0FSSWkaOQ86UJ4I/J9qooptIOn9vn0je6dG9epNFufMUA0rBHVU4uPI12sp5ZV&#10;v/vA95KPb1GPVLKSG+p+vH+B/r7SzfUudMfH+fShb3sxx6x5TsSqjXRBQlmQggagFJBvcg82H5A5&#10;9wcrjwqmKijKxaSoAHLAjg3/ADf25bxNENcuW8yc/wCr9nTiTlhVv9X7Onvbu5lrGE2RmQSkq4ud&#10;Kpc8qVtcAX+ntJ0W0I3qWqKuRgNQIQ/gE34A/wCJ90vLid1CRj8/9X+Tp5ZVUAjPQh1e+IIKcR0k&#10;fmfRYOv6bgcXJ9i1icZRU0IdIkIUem6ix/33PsoWzaaTS54HP+r/AFf5OqT3nhrTouG+t/Zcymmh&#10;mMbznSVV7EC4Bvb3BrHYyM4H0PCnhVA/PsTLtkXh6aVp/PP+r/L0lju2Yaj1iwGRcQxxSTEecAmQ&#10;czOxNrfU2+vtN1ddJJIsEI1sT6iFBRbn6+/PYW1tH4hGenUkLNq4D7ehUxFE3iapq5TFCv8Am1LE&#10;O2m+kEHgD28U/gp6f9AM5AJJ/UL8fT2WQWrzTl5MKK06ckctXT0n8xV1dTULDDUEUoJEjL+g2FwC&#10;xNrf6/tJZqaouzrHJoJINgbXP9PZ4pgRdAoSOmo9Q+Lpd7Uo6cIgkqIjKqAj1DVYf1a/1/2P/FPY&#10;e1k06F2WJyT/AGiLab/4n/D3QhWwenQMU6Fmkij0IpdbD8A31cfXj/H3yxxrJx4VUjU3JAP5HNv8&#10;faaWWOE1PT68AT13WpTxjzOV9I+jWN7c/T/jXtRfwOf/AFTfo1/rb9X9f9f/AHj2g/ePy8/QcOr6&#10;k6Zf4tT/ANV/V4/0/j+n+t/vr+//1INWoSS7WDM3F7fQ8D0j/invBKMkinmP9XHru+ymmetymjfX&#10;F+36owv9m45HLfX/AGPPvnTI2sPquoF2ubC3+I/Hu5CjrykKMcesFXKGQxBSrXutuW1f1H9efyPb&#10;xHWRawLabGwKjgc2/V/T20sa1yKg/wCrh69W1s3aOk9VUFUYWIku2kkl2uxtz+kf14Pt2kkSrpXh&#10;FlOk2f8AN/8AifaS4gZH8VP9X+r/AA9OKRUhs9M2OZqCuR5mZ9TWZSQq2Jvew+nsPysVHUus7lgW&#10;N1JsPrY3t7WwymaPTw6YeiNVehUkElTTpJTKoYKrK45N7XsL/wC9+2bIUXndjSpY/qAHFx+WA/3r&#10;2qhcqfl1VizccdOdFV+GFRVyqT+liTexAtpPvyxVaQJ6WDqQAPyR+bj6f7f27JMA+pBxGetBTTro&#10;PSSTOCyGM+q9/SD/AFB99QCXU0cqMNX0JuTcn8j22WEgAHl1oq1adc5zEqiaNlNvwLAWX6j/AF/a&#10;5xVAY4DLKxWMi4Zh/trA/wC8+2ZWqQq8R5dOpRcny6DfOZZZKkU8Ca5TJ6hH+AeGBbgXP9L+26rm&#10;qld/SSgchTb8DkMPe14ANxPHqj9x6e6CmonjjKsquEDFAR+r8qwH5H+HtkqCTGzkk2JILfpv/Tn3&#10;aQKCKf6v9X7etgUGelDRAaxGNIBFrL+qw+l7e2KSYTKSwAZiF1A8AA8fT34DNOvUrx8un1IjGQFb&#10;0i50/S5tb2ttu0iuLxgDQNRY/pv+bn3WZiqZ4/6v9X+qnVlyAD0gN01/hIWa5WRgiqo9RBNweP8A&#10;e/b5W5GOFBCxV2Ngb8gKePp7T+CJSGAyOnDIUXSOk9icVUNJJUKXjiYkqFJBLnm9zz/hx7Ti5IQy&#10;yo1v1MAilRcHkEW/3j2qSMMtPMdM6s16VkuK80cLoTbShaRrkhgLMbn3LTJpFZvSpZTwP1/0+vt7&#10;wwy6Tx62GAbpqlwzTMR6nRSDZr6f9VcA/wC9+0hl8j+4HuSHJ5PNiT+B7vHEoOkmnp1SVycDpbYq&#10;i8dOqWUaQAQoAvpHHPuRi2Rz6fXqsQx/sn6/T/ivvTKFOT1SOpFT1hyodUBPpChroPyPp9fYo0Mi&#10;xUhaRkVlQcG3AIuT/h7RXKqw1Kf9Xl9vSiMgHPQJ18U9Rl1higlaOSWQlwzC/H6f9Y/n2ishk/NV&#10;vGpbS1wL3AFja/8Are9xRMU+Y6rKwZsdCni8StJRROyIrLZmCi9yRyCfabqpmRi8srOT6QR+kc29&#10;vIGbsHVCKCvSnghj0gRRLGAASOb2Njc+5NNkBFGGju0jAAL/AI/0/p7edQBo4nrWr08+oNTjvuJf&#10;3bJGvPBP+Nj/AF9zTLUPGxZGBlHHHC3vzx/h7SsVrinVlDHJ6wR09NHIgRgRCb/qvcj+ntGZWlaO&#10;ojfUdTKBrA9NweVJHtyB6tnHXnXOOlPSTI8TADgMRpvzb+tj/wAV9uePwElXpeOO7XBbTazm9+f+&#10;Ne7PNoODjryJXj03V2Yp6IHzuFHIGr6gfngf8T7UFdgTTU8dwI5B9UX6n/X9t+IWbtyOnCihc9MO&#10;N3FFW1EoVjLGDxKQQB+bL7aZMfMkLCK+pSCwJBH+J4v/ALb3rx2U0PD/AFf5+tIlSa9PqVkEkis2&#10;nSynS1jY8/S3+w49tsNPOakqhf1G0hbUUDA83PtQjArXpp/iwOpc0sSRXfT6VuoFr2/FlHt0lpPF&#10;HKfGXYqVVo1v6vzcn/iPbLStSnTlCfl1CiqFleO0ioFOplkP9kfQj+n+x9t1CJqSTXOAD/ZBIJ+v&#10;Fr+1Czahp6ppocdSaxUqIiiElfyRwLD6k+1HSV4lnC86hx4/ozX45P8AT3Vogvcvn1sufh6TtZQs&#10;lM34W3EliQCPxz+R7EERvLRIWXSt0Qi1wAR/Uf737K5yxcBT05hYix6DKCanpcpUgMJJNDSA6tBd&#10;lPqMYPPH19pnO48QQLaTkvquHFhxcjQP6e7wtKT3CnVEKOhI6W23MtFW1EmhJAFUJZ4ipLarfrIA&#10;Nz9PYW1lN9zKY4ZwS2oM3Asfz/sPa8B1GrpskVp0I8UmhLyIU+gAAv7a081E8kcjB1jVbi9iy/m1&#10;/wA+1kUusd/+r/V+3qhXSe3z6zlVkAIHJvyb8WFufb9RVtOjg3YxMLBW+vNyR70wQqR5/wCqnTiM&#10;wo3TdU000kfBAcG4YX/r9PeSqKV8bw01o/UeG44P1sD+PaUo6gMM9WJ1YbrlBemOqc3JAuRc/wCF&#10;z74YnDTUlSrTShIgwfVq9JP54v8A8R7WRSs6UpkdNNCoNeo2Qr4mp5FhUzSMpQIBY8/nnj2ps/WQ&#10;0lETFWuGmHh1MbcsLC3tEVl8TR06TGExjpiwVO9ROWqKCKIRWdLWJ5b/AA4/x9h7j0yhl8cyl4mY&#10;XlYhvIL/AKrfj/Y+33KPQMKUr01GlW1Vx0spWiVSbqCOBbg3/oAPYjeBaSlWNJ40EiDUFHqGsfk/&#10;Tn2jYOslCMdKKoBUnpJpUitqHkNPIzQuQrHhbofwDzx/X3wrKqlxdDCjSX1LxyFur8kEce7oGkl+&#10;z/J14uqjUR1xpYJ8hWTSmMKquPrcnUnAN/YbZHMU8khjFS3iKg2B4/rZGPHteIwy0PSbxUJqvSug&#10;hEa3KKH/AKj6n/En250U1K9Gz04IYaQXv6hfjm/ujRFWBBx06kmpTUdYpBJ5QHIKnm1jY2N+P8R7&#10;5zVLqqPMfLFwo0kalYfQkf193EQd84Pl1QMQKDrpEX1Ki6G5Y3HFj7cYoGE8MkwkKSaQliAqh/pf&#10;/H2+GrWMnrRrTqDLKvhlWHQHjDFha5JT9Vh/T2NW146KgpvIAhl5Yl+WUW1Hk+0dxEy1aTK/6v8A&#10;V5dOpISNKjor/Zsmc3DUpjKWSelicrGDAxVZS/GkDgD+h+vvDn95U9TpipiGeJWJcWb/AINx+P8A&#10;W9pVs4kOsAZ+WP5dUNywBRvLqf1x1VktvwzPk6mV1qXiIhaR7RALYIrHk/4m/tqxEdLlJxWSyhJN&#10;KkspsrAG4I5HP/Ee2ZhLbn9EU/1ft6chKN3MOl9uCqqsNRGgjpzUxFpFjjYamVnW2liQfR/jxz/r&#10;+4u9MhSw1lPNTTRPH9sKaqgn9Tq8RLRVAl+v0Niv0+ns025zHAySDLZ6auijgEYI6gdbYbKnHVsO&#10;UiaF1yc1djqmkBii+1qlXy0LwfpOgi4f83/w9h7T5qeUVc0DtcB1CEW5HpGgf09vPKI1Dcem44wa&#10;dC3LhaU/bxSxBlVgdXNrryS5/wBf+vtsqZ6+qgZ0ZjMbal5uP+C/19pGcmQEcD06BXHTpFDTU9kC&#10;oir+k/j/AGN/8PeTC1c9FHpqda+aRkcy3uD9Pz7VMqyIQDXH/FdNpqjYseo+QpkqSpXSXhAZNNvp&#10;f6e1HBMlRJqkQE+PRrY+ki91uT/vXsvlkZDpGa/t6fU6zXgOm56Uwx2jdkUSeTSvBBI9Vh9f9j75&#10;Y6vaStsVRPDJoAj51ID9SR9B/h7sADGSRn/V5deDF3p1gydCFo3USMwlQveRuFYj8BvqTz7EXCUN&#10;ZUVhqDODEb6QVJBjP10j/W+pPssnn0p4Omtfs6doWOoHh0F+6spisdidDQvHNFpZtMoRllAuuthb&#10;8/QDn2uJ8jFiaRhTpHG8S3dV0gni/wBV+p4+nt21VFoWWq/6v85r1WSrk1PRc59n1vYGZWTK5Krl&#10;pq4WpLl2REVhpDLIeAvpsRyT7CbK5KpzUul6kQ+SX9om9l/Okkf7x7MhKi0EY4fz6ppDijfy6NHt&#10;jamM2bQLHS0JkWnpVWYjSZHCi2tQ1rf4j6+4O4MtDt2kgvUFalIg3luNLj2/FNrc0GPTptgqR9TM&#10;Fiv7wzV1RVQR/wAPkqCEhZSskZH1N/8Aih9prF9gZCqEjKrSRswCm4NnHN9P+P49+mjhegIoR59N&#10;xtIceQ6UE+wsHZDFEIrBkbSP1xkWsf8AWFvc6Gony8qNpaQtIH0MCy2LetQx/pz7rEqKwHrj/UOt&#10;FZHNfLqVURU2FpJLMsSRQMPIGCm6J6Cy/wCP9fYq1dD9hhklhdQWiMctOxAuri3pK/n6/X2jvHdW&#10;CU7fX5/6v9XoshRRESx7h0XvbW4I9ybzyFFVwyMaKdKiiyC6mW8bamQh/wChAvb8fX/FH7d2PR0c&#10;r5jXDIqB5zBP6ghW78X4J/w9sSXsoXwzXyz5+n+r/PwtEEBrwPQnbq307sMBDBWw1NbIlKtVSqSp&#10;1iztrHKD/Ej6+8SaMp9zKzmIMToYIP22jYsCAv8ArWt7fZ2jjBU/b+fVSwlerdO7KcN9pTpEJyqq&#10;jKZWvIrgRsCz/wCuTf2mIXSHIzkzxuZlCOpAALJzyPpz/T24ZG8EgjpkLSSvSrliM1HBaKRBE2pT&#10;c6kDcGzfU2v9ffb5mKDIiNv8ndFU6VF1m4uAt/rf3e2VJU7sn06tJqBqOsTYp5aIqr+YSE6XYhXi&#10;J9Jf/Yf09v53CjGOGnhVRMLggcK7Gzf43B/qfdJLaItQYp17xHwW6Tse25kEtRV1TymJjfXb1RoL&#10;oCBwBb+gHtT0O3K+voI6yWqCNSM8scdmQzBj61uD+LX/AOJ9oJZ3iekS1B4n/V/q+R6uiKQSxyeH&#10;SIy+/duYXOLhGp5HkyiRQvIoWVKZhcU7y3uArklQf6/Xjn28Yqqx1JKqI0KTOWhnCudbN+QGP0N+&#10;f9b2awbct3GGY/PPWvqDF8Qz5dB/vlN0VNJVSxU9TPS0qJV49njUwxrfTeSOMgumnj/A/wCPtq7X&#10;x2SzNHQjGZGGFVpWgeGrcxBpHcMjxsfSRa6n+n19laJ9JctGFr8x/qr/AIfn044EkWomh66+MuUh&#10;osbuMZXGNBXV+eqa9KmmX7rTD4UiaCoWO7RlSLoAtiDwSQfYS4LGSYQmjlq0iknU00zwsC0QYeqV&#10;X/P19ry0sy0RKUyK46YVUUcejR5CanraeOoSBqmOArUxIykCZ0+iMjC/+3H+PuLQYOfF5+oq6nLN&#10;Xxa18HkJjBX9RBF7X/qfai3nlMelloR5f4eqyRxo+seXXVRVivxRWKB4XqIrFNKt4D9LjTwSD9OP&#10;azdc9kquWIfa09BNNpjkDM0TQINWgp+Db+n+39o5rhdJUg6h15Uq3iVwek3SxYDDUcMx+4qaymgD&#10;PcaqkyudLSaiB+ePr7zZWopYAlGsTirltE3jTSjIhCo6n88/j2igg1nxD0oZ6KFA/PqVjFrJS9U0&#10;sRoox5Yy7Eya3u0iOLWAH4P+v7z1sBkio8fPJFBTVKqHSTiYuw4c/g3+ntRb/EQBUjh03JRF7j03&#10;UtRGr1+WginqqqlMgBiu0ARDzCptxb6/Tj2p6TGYbb+OqY/MAniWKN5FXy6nXi3+sfbhFxMMjIP8&#10;v9nqhVRQjh0GNZn9x7qz2HFPRukKzTS1ccMj/brHAbWke3N/oQPzf2ko9z4vGSTNkJ46oUc5dHXV&#10;pC2uHa5sDzY/4/4e1ix+JpaTDD/V/q/1U8XKKQuel9k9qZTK0TRYotilyFEYqjylNcZb0sihRzYf&#10;puLc+5L9k0+TyNJHBSy8gEyBnjhaO9rnVx7NIZLeFDHj+XSOkj+XSExnRCYLD5WnbMSVP3RmnTyw&#10;pNPDLJ6j4prX+vIA9z8/lsfuJEFNPFHW0DKZJaeUuqmmk4SeIfUG5F7eyy5jmicTR1o3l0qjKlTG&#10;ckdSOsNl5Dr2KtoalqmqxWVqpqimiro0WeJ8hGDOtPOrGwuurQbfm3PvBvbfMeIwGFoTTyVgr/24&#10;6qBS4WaxDxG3554H/E+0KbfBPOXlw3lT5/7PVnkkEXbkVp1l6+2LLHvTdm4GrKijUVUNH/CJVDxP&#10;GkYlp6xAwuuoEgsDzyPx7TmwNhZXduRnr8jVz4mhKrdQumepYjhzG4BFxYm44/1/ama7mtrfRbjX&#10;TH+o9VSCJWDy4r5f5epfePem2um8HBU1NMmWyFTMI6ahRj4oI1fTLUVEiBiFS9gqi5Nhx7MziNtv&#10;gZEghML06gLHNGpDuPp+8D/aBvY35H+29lYvWuVMc60fj+Rz5fz/AG+XSkooOqI9vVdHZvcu3ezd&#10;tTZ6nq69JpGkSrw9a9OIqOpgcp5aBgwLRSo1xcXuPpx7WZKspSW2k/S30J/xB49tm3kIUxHuX/Bj&#10;8/8AVXqg7mIIr0SWnzkNDlKqoiErLLHOiLG5RQ8oKBizA/Q8gD8+40MUcGvSWsWJ5sABf+yB7X6J&#10;JAoOSB+f5/6sda7Qe3Fem3cm85szURtLTQwMsUcbR0peRZXhQIZC0pJBbTqYXte9rD3zJFz/AI/U&#10;ji3+vb28qFV09UJANR0hp6mWoYSC9wTckkmwNuL+2DK7jxmIWT7qpSNooZptGoaysKF20r9T9Pa+&#10;KykdfEalP9X+TpPJNVqdDP1r0B2L2a+Pnw+DqWxlXk6GjbJVEbLSQLW1KweV5SLaVBuSP9h+fZf8&#10;pLuLd7xZyPMPiNtTRGNqiFoyI5pQTE6hiGJAANvaa43O5tn+lgWp8qf5+lCQQtH4kh4ft/1Z6uw6&#10;92L1d1BjodjYzDY/L7vpKOWr+3mpY3ymSpY3WOWqkfSyhNbhdRFuQOfc3aGAhzecqaTLRz5WfFTC&#10;mFbIj08FVTyQrLHKulrMrBv9b6g+y3dJbo2XjIaOeOamvVoCqS6advqenHsXsCi6+2lR5ilqaDbG&#10;PycBn+0l+2eakq0kC1MCI9lDIbqdN/UOPb/2btEZWvwWKIqpsU6pFLQ0UWuBDHLpjaVl4seLXt9D&#10;/j7KLG5nit28ftYCorxr/q/1cOnZIkkbVxFekP8AHzsfb2V27vrc1LJQmoTOVksuayFT4WyqJSpP&#10;KYmlALJGVKsU4uLW49gfQ9dVvVO8oMjuTK0LUeWqakYbH0iy1E8iRsCjSaVCxjkKQfYj2vcfr4jC&#10;QVpxJ6TTRi2rLHmvAdC7j+xMD3NtHckHX9RUVb08cePrquogkoYKGrqU8jxRyTgGZkQFtUSsh4s9&#10;+Pa53h2JT5TMQ7cFUaHyCGnrFicwToXNmW9tQsCGB/P49qrayghuDNbeZr/qHTDzGoWUf5+kv1H1&#10;AmyNsCtr5U3HlKdq6uxk1cy1n7chaWAqzkgMwJU6bcW/p7W2eai2lt+imx9WsbVlhVzTzgTf5kKt&#10;QA5ubkWNj+b+6GO4muXMtGA4f6v9VOnzLHpxjoJOts1mO2+w9343du3ZYaLaM8ceDMVE4x0rmreS&#10;qx806jQGi/bkS4uRf+nuRsszy4apylQonnqHeGmDFCJzqspUn8N/if8AefZddlDKIHXtFa08v+K6&#10;dNClQadO/cUkabrwe28XX/wmnoVp8rlp4VlJpKKNgHVhGQS2nVp0qePrx7eI85U0+Mqawv8Aw+Uo&#10;IqeBwYDFUEmORJlb8BuL/Q/63tq5ijlXwoVqgNT5/PPVYloaHj0lD1zhshvTC0lXC+5niE1VX5Z2&#10;FcJcakazUEuOnjI0M6E2VRqFvr7L5trdeaqP70f3p2zKmBq5pcdBjJo1pxm6iRtEqwxQkMyk2cPw&#10;Ppz7ONNo9sIojpYUNfSnz6oBOJSZBX0r59Go3VsukysuA/u9mTityYGVKmlz58GVrcTj/t5Ippym&#10;REsVpULQ2kQhlZuOCQMO3eudv0Oz59vSYePG0W4IzNPjZZzU1tG/3H3MUwqG+pjbSyX5B+vsP3ct&#10;9LODbkyaeBA/1cengYUGQB6/6vt6LvuPualqN8Nl6TOS1cXW9S9IMpTQyUm2c1PXUf2+Qxjxess5&#10;udTBmAIUx8gew/3ztzM4HNrmErI5Ns0WGn8DRShZ6bXF4pKeSCEmzqfWjKCDf+vHs4tbqRIxDcIV&#10;c+v+r/UOmZERmEiGoHQwdPdm7Y7GwlbTQUz0m4Ic48OZppaWq+3r6mJ1rYslQ1VXGnmp2jATmzKV&#10;ZSoADFO9b7rxuyNq5vc2ShNJHTJLK0laZGyEsjP4qf0MBw7Ec/4+zGQQy6Uc6q/s6TGRxGSO3rrv&#10;freu7UG29qQ5LJUOOnrkmy5pfElGMdFIJKzzyn1+QxgiJV4vYHg+xL2Jvw9kbRrctlxSxURlPmpK&#10;kOYnSKTUieZTcHUARx7L91jhTw0tVAPy6etTVC0lanh/q/zdA9lupMB0/vjakmwcVnfvslR1NFS5&#10;DHVNLU1GOkeNqeWoqaGrAjki8ZbW1wR+Obe0xu3fFVQSR0WyYZqjO5mSngFTTwGenxlBS8TwyNHc&#10;KAPpfn3aKKGGIveUPnQ9WcySUVOA6GDA9Ztl1oH38kdThMC9XNBj65zoy+Zqpo5k3BXsNI1j1aEU&#10;6dTXtcD2EVHn95bNzdXCMbHR+WojrZ5KegkSqyhmfyIzPGqq3kT9JJ+v+29qoZrJo9UYBJ/Pqsgm&#10;rVv+L6F3Mbe2zvXGNTZGGny1BpqKZAZvPDBKoNPMVAYqJEIKknkG4Psddq47YktRlt2T0tbBkJHk&#10;r6iasyEqyUsrDXLDTCQ+gGQfoP0v+B7STw3TOqpJRfSnl/sfz6troK6c9F/7Fre3MPRYDaG2VwmR&#10;iqxR4ONv4LLV089EZ46U1GUiVyUSOlLSMYtKkqeCbABXh8ruXuTeuTwX8Yq9vbcpKKWMR451nraS&#10;ac6VlrZP0qVsfo1+ePb11ctZWhWIamPqePr03FEkkpaTh/OvS7ytJtLo3ZVZuWLC4/I5OmSmWeYJ&#10;BQ5DN1v0Wno5CkmhmsfFEOB+TwT7E3M7Gwm2+v8AO7Q2Dl3w+boYVrarcuRYrV5msKGVqWettqUS&#10;j9Gg2DWHIufZVE15HMt848QnyFe0Y8vQevE/Lh0pkRCvg/ADw/zk+f8Ak6CDYu8Oxd2b3wO9OwcA&#10;E23uRqjB7Y2JiqiHLU20YUmLNuzMHgVVYZEEMzlV8ERYxJe6sl9sxbr2NJtTGbgykk1Bm8M+Zyeb&#10;knWCnir5Jtb0beUhyY49JZrWJPsSW+4SbpbvDGDqyBXiKY4n16RmJbd1Y5A49CTuKn2T2NBvGspd&#10;s4/N7i2FlJNu01M1NS11ZMUpopleCnj1BEmeWRIyTe0ZJ0m6hVJg6h67L5nbtViFyu58XV4qjrrt&#10;VPHLLE4pqqZYjeRFd7sRyAfaNI7jbxpvELBM/L/UOlf6VwpYGnz/AMHTVndwbdr8Pj8LuOhztBQ7&#10;GyWD3NkYaij/AIfRy/wKpWrpqFpJSqn1LqSHWFkK6b29oSk7B35tKoptq060WfkxVLFTV5ppHkm+&#10;6gCxVKJpLNYPcqHAYLa4v9DU31tJCsl1EKEYqPLyP2/8V0VpbSaiI2P5HqVuT4+dO9oTf35yeIqK&#10;evzUUWQGRgqnoS0c8F452jI0/uRsC5U6WJJuRz7GCrzVfitqru3PiWkz9bUU7YzENOEQzyJphpyr&#10;EAlkBY6zcC/+t7KkvBPcMLSghApw/bQ/l0tWPwxoYVb1/wBnoEKDZW2Mnv8Ap+jdn4ShyHXuI25l&#10;od4Z91SWugP3C1AihrSCS33EoitFp1G55EbH2l9zbKyeR3NJvShrHpKqk2eMtlMPDT1ZpKjKRwPM&#10;zxOqmOVnVVUqp1AjVY6vZWu4NZymIZQtx+X+b/V5dP8AgB1DEmvCnQn9b762/tnZ1DsjI/eVOFTs&#10;ar6y2dUVeQoZq+TENlRQYx8hFqWaBYSzww6ozeJY+eeE901FuysxeTqd1mrObmykNVjiad1aixkn&#10;+USO8NQFRAwLJHwCQOL8H2drd/WSJBBSrfzr/q/b0jVGgVmlHr/sdOHfGSw+3qTFT1L4Wn2p/D89&#10;j8zRzVC0pzOSkiiosFjIHog1QzxTF2msCqLzJwDYYcRuvFdi7JrK1aapl29Viup5Z5UkieampXaO&#10;qsAA6XCtwQD7f3LZIrSVE1DW3djy8q+uek0V7IyMFHcMUPRMpuv6rojvjb02N3Rh6rdOQxmNo8bt&#10;8zPCrTZuoagx0ZgqWAkjjm9CPYgLewU8gDV3NFurcWOoNt5PBUOHwtIte2HgkkoRVU1LVj7amqa/&#10;SVleQ6WZAwt9Gv7SSRR28bMq6m8z59KoS8vE56sIx2222jgK6TcNZunc24Nw1zQ12daFMzNQV2Uo&#10;TDJVYrG0w8dHRU3qRAkVwAL6tXK0yWB2lVYTcdfvKabMZdqypzNvM9JJjsVQR6qVNDgBIYorNI9r&#10;MAT+faO3vLp5x4TBUGCK+fSfcNviuFETinnXoORX9i4fdWxsB17S4LbvW1LjKfGZKpyePirKCvzG&#10;Qry1WaSWinRxVNJGUiXXYPI5lViVAc6vCYc7TxubrKiL7zJSwWrhOJJKqggpmnoIKMv6dblI9TqN&#10;RUH+vvcdvLNfSMa0UVP5jj/qz0shAtrdYIc0GP8AV6dQcX2buSp7n3D1/g6FJdubfwC1BpI6F4zQ&#10;7krs8tNmKjLSxEkU0cEkj0ykaGctdzpAEvqap25nce+5MptOPb2X29kMlQNFXw6J46iOUh8mS4WJ&#10;2kQiQSpe2q2oke095tEklwj2spYHLKT5+XzA6sl1KkZWYZPD16Cf5Xbn7LwcA6z2xksvm6LtGkP2&#10;1XRQxtJj6RSyT4KlegBnZKpF0AMxV0LDVbWPbPmuvdy5/uaDsrb2VxuI28u2FoKieSdRW1tfG7QT&#10;uKXSW0qoitIRpIUD8+6x3tzaSNt6xGRyx/0tPWp4+o69LHFRZnYYGR+dR1x2LvjYvVHx1w/VPbVH&#10;k9x5ikkmxddtKhwVfmEYZrL1GdwWMlrqaNaQOU06omqBIjcMoWzHFu3C7dXcOCyPjoRXRZSGXK7h&#10;zMgpqnPz05Rx4Ui/zscKKRGhAUHSF1WJ9qfB3By1agEcPJf+K/b9nAaWaFx5V8qdC/05l90Psfcs&#10;FdQUmPo5sWsGy+vdjU8cybDwbUklPjqDKZCVYz/EKl2M02pyIwL2SxLMG59tbc3NuHH1/XeGqspn&#10;a+qykm4KuqrjQYrB0tOTHI1ZHVKGjZpT+yoU3VWIH0uwxmsYQ9xJqFMAZz8v9np1WWQ1Khaev+r/&#10;ACdTOvN59lbBxebi75qNr4ja+Fh27hNh1mKirspundsz0N53mjoZqgVU2lY1aOmpdTSGVzaNNTOu&#10;6urosdiJqqHO1dbvCrxumnyKTVM1Dj/tEvpmMsjNLEXIiUWub/pHtmC53ISfUyJpj9PPP+ryr9vX&#10;mEci6U/aeuXWPf8ASdh5/MY7E7Uk2ttXA5c41WzkCUOSztTXq9VSy47FoqiH0q9VN5f7INizaioK&#10;YrB10VbkaDc+PhkydTnqPBZHJ1JfEU+IxdNQNX0tbHRxKrrG3kZUuBc31cW9iS2Vp0E+QPT59MM1&#10;DQ56HqXP0tRio85t+s/jdAuJrcrQwYN6XKtuDxCyQY+sWRopDrGghX5Zl9YANxh61xv3e1p4k/iu&#10;Yp5KTLJU1/8AEjBRVMENXNFTpSRoDCw9A0x6uVsTe59l17ctFOEQUYCvr+fTqKoUE5BPQP8Aa2co&#10;8Pn9t1dZnNsYioG59v0+Gp6/bK5rL/eVzxQ1bGaGVZqdWjmZPvFjKRXBY8WMiixWycDtuo3TPtX7&#10;vM7WxaPDvHedQn3FfUw1jVDJE19LoCCYQFs11Rb3PtjwpL+UCWYgH4kXGPt6pOzQiiKK+R8x+fSQ&#10;3HWdk1PZuK2zUdk0se1N4ZSvxsuydi7cglye3ttpt+RBka/cUitWU0z1LxfcSoUSK/kUIOPaIqu1&#10;o89Vbb3TS4eq3buDcWKGOwWzqnGpShqWPJuk+TjqIw40SygpYkRhIyXNuQrnstvCeExpGlK5yflX&#10;7ek8ck9AY+J9f9WOljt7qrE7C2xuraO18rJ19tqHKzboye78ZmYJ8s2Qq8ekVfHkP41HMITFRxU0&#10;slVNISdSMmkqW9jrisxkNxZTIvWYGkgmw2JhxtSXV6vASVdWfNVUGOaSNIpXQHxzyJccBf8AD2T3&#10;xsbaNYrWpLntAyf5D14evS6BZOMxxx9P+L6BaPYWK2Ttejx47B3tW0W6d3/3zlyddXtg9802Lo6E&#10;UtBkc1kzKlYKJTDFLTwvFG6azrVXDhe8/h6yppslteqhixW1WwdFkMdujHy0sM+MyVDXfcpTPijY&#10;F4XVZ7oNJFuQ3AMLWWWK2X9NhN51rShz/Lh9n29MN4ZlMitWuOg+2pvDbOa3jQdk7Sr6zO9kY7fG&#10;4dq5rr7MeSvpNzUWUwK4mDL4rcPjnmo6Wengpvt6mrV0MgkgK2uzOrxYL+Gfx/KYyhyhpaNKSPK5&#10;SmjnmVI3EMlVOYdfEpKyLGq2jALEi59oJbOW6vBEXID5NDivn+f8un/HaNNI/l06U+V3hR7ppOtt&#10;s7nqdnV7ZarztZtDan2sQqKPI00mSoMDhZMvFCscNF4ZaeoyErRtVy2jRQAo94cZutDnty4PGUNN&#10;kMxHjW3Gy0UiqlZItKkNNRT1LABZGZVRF+gX1G35NWsrKKNS9e0gEcfXJ/1faPQvZrl2rWi/PpCd&#10;qdbtLsvrTeW5t553am33zFB1jUfx+mCzbexuXz9Q9fuShpXlEcZMKyz1FVITJpQC+hRYnDduQ0e6&#10;zUzUtZlO0PI+KydXWJOmNw8nnkiqMJR0FGryVJpWZoySFj4J1E3JXS6ARKGCoOCj/L1pNTfpAZ9f&#10;z/1f5+rBaPrLa0mzKbYWIo8XjOszj4EpMVhFcVGQjeZMimQOYR/QZJQZmljVppHIl86sSPZyNqZb&#10;Gbb2RVZLEYvJV0VOgrJ6fHUCmvnnqdMghioYQoREVwQLAItybc+ymSSyubwNcMFBP248/l+XDpW0&#10;cir2eXVdnyQ6s7B7W7s2tt3M7xwe3sdXxSYrDQ5TIVUeExuMomlH8RE9Q7SVeSq3jMQUqpklEcYc&#10;KC4BPccm9ux+ytv53E12F27svZz1dNVV2Uq448hJUPJG2QloqMlZXaRbJEQAi6GLMCQPaydxDGYL&#10;OIy6uBpj5V9B0xGsgYM7D5j/ADdGT6r692r8Zes6rZmRo87vrde/Xqsnk6LF7ayuSo8jJJSfZ0WI&#10;qKylhmoaSnijBDNVzBpGeQoJAY4w/wDam+Np0WGoq+qgyOfwjVcWFqs2sLeLDRSuCcilQ4PpkdVT&#10;hfUf1HSBdmGzaRKXEmlqYA8sefTzSvEKhaDzPn04dDbF3vtqszcmQwm1etsllqyfdU23cTWw5KXN&#10;NWJJTxUmehgRCv2upC0kMjKmtRGt2e0iu2zht0V2BrdotVY15Nu+SvmxzQrRw08kTLTz1M1i4mdt&#10;TSKi62ZRe1yfaIPJttUDCSpqBxP+r+Xp6dOg611y4HSl2/vjdOzMdvde3KqjrqOPf09Bs+Wtg+3y&#10;mYiq5VrXxlHjyohalpg6rR1LTWEYJma0ZZnDJzxUu+Nl9eUlN/Eqienn3PmclM8lU1PSLOlP4J47&#10;FR5NMjIG4VgD9PZl9QUsmnlJV3wAP9WSemo5KuZBgAY/2fz6DHbm66vM7K7r7kqKuqwOJoKGq2Rs&#10;/CPDBhcQ0+34Xnp9xUlW+mWRaiprlpDLEy+SOBgFY6Crr3BnIKjaGcwdClQ2SlgSBMdhomyWVr5p&#10;awJ9hElEGZZJFUmz2AHDEL7ptG3xRKLi6wxJPdxFft/ZTqkhnmeoygHl/q4f5ekR8dtm7hxm/KTs&#10;jMZLIZjZy0c8KZLIrVbT2rt/FUe1DU/x6gxmZMMVRTrUSfbJVQpzrafUQHYMqVg3Hs+ur92bWymy&#10;cXjUrpMxQVFFSvncnT4ymTwGFolLxLMuoM8VnuLK1uSplgiScfRuTqOSeA9aeXTXjuG8OQ1J4dLm&#10;LJVe3N60sOw+wMd2tuLc09PFtIy7jqodn7Uotx5KsnzNbXR4SpqYciKRFiekpZnuEuU0sylsfUOP&#10;zMm0c3lszjFwmDzeNii27h/I0VSsSyTy0aRUw0iFkVoo1NtbEBmN/ZcVilvtNsCxTLN6cP8AV5en&#10;StnEYUOaE8B6dRPkvvvHx9ldLbW2pWPkN7bZ3tDmt11iwB6LD7Tno0x2efcEwQIYngmM0kSnTGsd&#10;iFPjHtUbfylVuGupCuNq6HHZSKVqqXJUc6VlbX09GadoRHLbQIzFcFeCAbf19+vJwkTCN6mvkeHr&#10;9vz/AMnVylBU0qP5dTN2bXwHXG1q/ItlsRWZfZc1OuEx2LyNJi8VtvbmU3KtWJpxy2uojqDqkqC3&#10;rYEHTz7DfI5WHB5mvj3Bg6it3TlsZNgYqOmo5ZMo+ExTmrpamhRbBo45JSxmY2FwpvYe9pIl3CrO&#10;9ESlfLPTcgZO2Og+fQ4Y/B4rOYnb+X6+3TSUG2KXPwb0TIUGRpKzEZnKZMyUuVoMm95AEljnYmGL&#10;QPM4e4f6tmEzmSrJMNvYRjGYnbtblsRm8UzmrEVPTRP9hW1FU5aOnjChhUyAllf0AH8L0MTv9AuA&#10;aHPp0y4kSEt5mvUrdeCoqnH7j67nr3TLb0xlRlsXmZUoKeWetNQkNXTUkUDRGeeBtE8ELLoKcSPZ&#10;Wb27dZZGDeu7N071qs1VZrHUdK8NDh6HCNQY5VVw6GM1RM1TKTHpV9C6v6AED2o3F2MC2KEJHwr6&#10;Dz8uksFtEiEoO5j/AD/P/VToJO61zfWPWWxNh9fmgx2U3DuLG4KDN7ozlZLWUDVDM2QyNRNECp0i&#10;RpJiJvHGmvxo1ltNfvPb+CrGOZxmT2dmcnA9XHt3LwSwyLhoZSgr3/3VHJIBcRX4II597stu214y&#10;qNqUcDjJ/wBR/Lqsn1EZCLQV+X+r/D0mMr8Z8/v/AG9tnA5fsLGb4x+3Y6qtTfFK1PS5io3EoanT&#10;Fzih8welgBtLI1SZpLjWNSXK5kwFbnaXH5XFVklPHnMhjshLHG8iNHh4aYyRwzOrAapNS6rcc8+y&#10;q6vZYbhrVVqooB8yf9X+fowj06aycQP59dY7sraWxTnMLu9YJ5etNuZ3Ez5mrpqdkye6J66I5Sox&#10;NCyySiON0ZUU3OkWjDA8onEYTN5reG7N2x52Kk2/5q6ixVHRpBR5KorMLAKJp6NljJcmVXjYysQw&#10;Atx7qLm5SdLdItRAqx4gf7P5Uz1p1hRAsjCp8vToQ81uDbeyuuNlbByu3qjcNXkoNr02Xo8vRvm8&#10;Hh6bc2VSSun3LUVco0QR65pFjjLeJUFlVFHsveXyHZdbnqqoro9OTihSlqq2vjSOspMNWwlFFTDT&#10;KumbxFrKPz/r+11xuEGrI4YxgY/1f7PVY4GxGpx/kPRiNq7e2bg9u0OH2hQYmi2yk8lZjqTEtG2M&#10;Mz1xrpJqUxsyteovJ6SRq9mC6m2vuSs2hVUm7okh2FWYaop8dC8qwVMNPHqQz1hfS5kktrDqbfg+&#10;ySfdRLdrDaIXkU5OmoHDFafy6ekgWFBrIrig8+iz99b02ltncuFqNo1mPl7ph3Ht6Kkw8Pnq8nl6&#10;GrIop8fNTprQQfbu+u6jTyUKyHV7BXtbbG0NnUHWsf8Aeepo8dRSz5nFYBB56zKZ2sqEeCqqagAq&#10;qIl1LFbfUDk39ncKX7ws7kLU8f8AN0j8SDxSi17T/P8A1f4ehg6y3rXbyzvYq123JcdLtrc0W1Bl&#10;yESjyVJjcalUIaYOTKTFUVFQ5VgQBKDq/s+33euxtkZutpMs+flj3NlGo6fJ0pmp5aejWohE80i4&#10;9luusDSxR9VyCRa/sv8AFvkjIYgIOBrk/wCr/UOlTRLIagdPm2stuSOtymLn21JT7fxNNMuCr0kj&#10;vkI6WpamjowZZiwfSAVLRImn6MfYh1eN2RtTbtPWT7coKTOYjBVs9RSNX0+Vkx0ckYF6VbmIVEgX&#10;XGE/ST7tb2V9MuuaUmNs+mP8PTfjuraY1oPX/V9nQc4fP723junLimy+TXY9PuOgpcLVptmu2/Nk&#10;paBfvMnG09SFmkoI5f8AJJZGRVm0NpYowJaqPPz1ux8JksZi85U4upMotLUx0UkL618UEh1XZnVi&#10;ToBH9be3Ynt45XiBqV+0/wCoY6dp+pU8SPz6WX8HoG33lZKqqwNNmqjG0U8CfZR1NbPRRh1eqlSR&#10;gVSOQBU1k2IJH19rfELsfa7wvX4GGszGQDzJTylMjVyrMoDvFJLYAqDpJ/H1HtJ9HJuBM88xSJeA&#10;4V/Z068sjDwowPmegt7Cpe5d8U1Tjdg7xp9rUlFNEs+41pjQrTT0T6np3o3SVpklGhhb02urAg+w&#10;2l2v1bU743rgxVZk7h3TtaohptsQQrBRYWlr4B/lLTgMhlDBWVpG9I5N/Zgbe5SBZPFXw19eLD/V&#10;+3pH4mvtC09fs4EjH+r7OnZdwd0LtbYte8uzDR4TL49ewN1z1NbU1O5MXjK0Y/KTYDC0kEQgkqyJ&#10;LXdyHIVIypv7wbL6Lo8hQ43Cb3yW25mxBpap6CkqDW1M1PAx0U5EZRAJEFpJEY83tzz7QXEu4shG&#10;3qc1ycD7eFf8/T6tBGupxqI+XUrsf5CUezcRR5LF7I3/AJ+mylQ+Pp8tTbdmx+Kx8zN4Vqcg+XEc&#10;0YV+VWSnAYck6efaWylDi9yb9o9h9abdj2hg6Sp+3y+dMk0VfJTxTWq2gmq2LKqLdU/P4HHt5Cds&#10;t/FZjNOwHzyfIfKvSdWYsWmooHkP8HSy29Xbr2jsDIbn7O3BHuTKx0UuXmpsTiaSjo6OBYQ9Hicf&#10;BQqzzyudIklZmDSMdAVAPY+ZPe/VG25a/ql6GnrYcbh462uXIQ/eU86RASCaqqnuXlBs+r6g88e3&#10;RstxdRi5vJykzUwOI/zfl656a+qmDeLEooOAPmPXooezNhfIfsnM7e75r94Pt2fIZOpbHbRp3qKO&#10;TGbXlnekWkehqlMDRyBFaSOe7OAstw9rJiLGdZdiSxblxGIy1S00kVBUZClnaHHY2Oli8YqIoWUo&#10;USw1ItlI5Av7J7izmsnW0WYNXhjJJPS5bg+F4sgHRj6XKdq7LgyFPuTNbHrYKanq8jgaUxVwzmek&#10;adpmxMlRJUqiu7NojmETnURqBHsGHz0677oqXD5imyuLxVSkBShVFXzRzGKoWFXPPABNybc8ce18&#10;tqILUQOAS3XlkYnWOHQ5Qaq/E+aqopcbPX0XkqKSraJ6ilaWG/hqXp2ZS0d7NoYjjj2v6rs5tw70&#10;ejG2MjmMXRzmiSjoI5Jqdpo49MsmRIGhArXABvq/Ht4x2lrYrEW8Ooya0PTNtDMWZhkk8eg2wfXU&#10;u19p1dFSbmam3BWmWeo3TWwQ1ElK08xneOlSUppjQHTGGY2+pB+nsO+3tsVWYnxG5cjjm2zRSzUt&#10;Piab7WempbJIVaN5p1UKfzoA5+v096tr+GWIwWbawgyePVpogjAOc9K7Z82OpKabbke603TmsORJ&#10;maioraCbKiSuJnhlrKWjP7asDaO6gWFhcg+xEqsvtja2LxOLmzFMcqPC52/RB6eGqjlt+/JJHzcg&#10;3tY+2YLSdtVzN2r8+P8Aq/1fbtJtT+Eo/PqKpzOUzlaseIjpsSaSSOm3FVVEMtZFVo+g01Ni2W4j&#10;BBvJrFyPofqBB2zg9xDDZGIYjH0FFlKt641ma8H2k9NVAN5WeIAs1rCxW9xyPZaksNzfUt9TsBSi&#10;16Uv4UOZW4eQ6DXf+99hYbLY2evzuRyGcwyvRxbf2ik9duGStiXU0QxdOWKqwa5Mllt/at7B/sqa&#10;fCY6srcSmGzVfhKunWaLFYplMFPN6BUyiYspjJ4aRFDX+v59iCyt442KzjQfQmp6SzEkViGPs6FD&#10;amUlylHR1U+Pz+Mhy1GK2mhztXStVLI/rekaOB2ljlVbsYyxAANuAfaS2ZgMrvSSj89T9jDOXlqa&#10;eCGOjoi6nXLJNU3u2kccfnge6XchjBW2Sp4fPraUC6nPDy6fM9naHbmMqcrX+ZoKZVJipoZamplZ&#10;2CRxwQQgszMxAAA/xJABPs7OxqLb9PhDjUeGsxuMYU8EzuZlknXmV3aUkk6uLW4HsOC03NrkFB3M&#10;akD5fPpx5ool1HBPl1Xl8kt3buxuUxORwsWVxO4s5RSeaBI71FPix+3BTxRU/wCkkWYylydV7fT2&#10;mM7srH0cO6qzadO8OZyGLqTjZqvL1c1DDVyobw0tFOwii1ngED/bez63kubW6WS8YlUBNAP5n+eK&#10;9JnBuEC+ROenrrzujdO5MX1tBv6vaWOn3LBQbmx9LtlUr6mGnhcYzJZGppmmLRRTeCWoMMEJ4JYM&#10;AbhJ8euuN27aotxy5S1VndyeVZaOWpp1pqGBnbVJLq1M7ub3CpYAfU+yndd6iu7kCT+yX8q/L0/n&#10;0oW3eGik0zXHRhO89xbVpMXgMlnMrLSY3bueo9xCox+MyOUqpqugRjBDA1ALRgByxZm5OkAfX2Zn&#10;GbYp8Dhv9zLxrWqGEjU0jMqKhuo8jKpPHPC8cD21ZfU3VyDbArH5DBBBrxp/LOc9WuJ0QErnojvY&#10;HyJqewN70+G6uonzdJpTUM1j5qCRq6UACOGllckKtyJGcW+tzb2FOUravL1FQu2KyrravD/umBmY&#10;Szeqyo8jghVv9S345t7E9zfjb1EcjAauNOqW8BK65KDV0brZG2KHA4OlPYe29tYVdzxpBOlEtMMZ&#10;T1UkGtolXhmZiDo0g/7b2p0pGlwUkO55Yoa7KUh8z0UhZaaS3+bSZBdin9fzzx7RWe5TXl1qi7UA&#10;oK4r8+qXCRoAYqHT0HWZhnwu6cLN1dRS1tBtPLQtUYmsI01VHNGwmRYq4jx+S9o2XTb0kX5HtPbK&#10;3BhcRUVGIGQiyGQpYZP4e7CON5QtwqL+WJ/HPtRcWjTTq870Wuf8P/F/5OqyPPJHSIUr/q/l0qe9&#10;9jbt31t2hmoqCfB4rM1dDHuymWd56qloJXVamchPSojUEMwHHP198MLPvjeGVyU5xf8ACaCmd4mr&#10;qnVGi2+jCOwdmIvZQP8AXPPty932ytpEtbUajjAz+Z9OnEsIoYdUua/tPWPLbf6W6M2PhcZW5R8l&#10;JNpOJxiVVPV5DMygCQw0oYiO1zy7sL/1vx7D/cEGYpMrV4Wj3DkcnkyWZKWloZIqbxDl9LpqZj/W&#10;zfT2s/edxEoaWiVpjzzw6qLWJo/FoAB0OOyazbef2xi92z7Vxm3sTU0cVVHJlaiikqae5CRmp4Ec&#10;Zva13uCRwPbb1TnMZgNy1f8AHjHJk5fJHGtjLJG7kBLhb8j6cnj6m3tJfC6vArsxVeJ+Y9OqMT4Z&#10;SEZ6hd97O3FvvrbJbe2rXLj6upanlaYPHGr0sDiWSLVICNLAci3I4/PtcbnzWdqdyJjKujSl2/O/&#10;qq0mGt4mGouhPHA+oPswG6wwQeDamrUGeJr/AJOmYLEKviyZann0h+peuNsbd2bDmMZKcpuqChY1&#10;BqIymjIRLpakamUXVfIOGH+B9qbBdj7NwlSdtYuoWSdhq1/toTpHDPY/7x/xHtOtiWpc382pj+Hy&#10;GeH+D/NXrTi6kFcD/D0BndXxt7H7neg3Lm6ugxH8NRiMJBPU1spWRh5CjsqgGw/KfT8+3LObtSKh&#10;nqJawQs1zDANAlkT66jc/wC249nVvKIzqiUBAOP+b/V+zpEVDTiM56aOufjXisVm8dSLt9MgsCh8&#10;llJpZmp6epQaUiiiCWb/AGsFre09FlWxOBXPwPVJLXyt6K5wEReS00aXJA/1IPBPtn94XFxcEvlF&#10;/ZXH+r8vn0rlkieQWopQDNOhozGxsJvnd8vX+ZocRU0G3aGlrC+JgkWe7togoaybSE1ixZrchT9O&#10;b+3nBbxTLRJSpWGKtqB+wjuru7W4eQDgA/ge0v1hScysoKj/AFY9Pn1d7HXHROA6Dbf3xx2/t2p/&#10;vAm3KStw2OtNkY6eDwJDSKwaSKjjjBaV7cFmP+t7YEl3THnjS1lb+0stlYyLGWF73MYFyB7Zvd+k&#10;0fpj+XTsFpDGuoAV6Geh2l1JXbIjyOH2zjnhnofIFjoVqmQ+LToEz3s/Fjze/tx3Jvmfb9fT41nk&#10;YziPRJ4mKSMwuAr/AEX8/n2ZWN1F9GLi5pqPD/Z6LVsjcSlyaUNP2ev+r0HQUbM+NWwt6UFTuFsT&#10;SxMaurhSBJSGp/DIUbyRLe7XHKnj295TsBcHt9chMXeaRSfH9CLLe1zx/sfaW0W3uZ2mlA0Lw+3/&#10;AIry9T16aGdpRbo1ABk+f5dBlTfD/Dbo7DqKDQtDt/HRrLI6NrNS7MQwABLDSQAQbD6ewzwvb1fk&#10;vu66oaKGlgV5GjPkMyAcorEkAk/4X9qZL23eVbaFF/L/AIrp6Sw8OCik6j0Y2v8Ah/1ZBjaagx+K&#10;lNQTHCahnjUEniSZgFuLC5+t/abwPe9duHcj47HgyU8TN5JtLLHGFPJf/Afk+93t/Z2sHhFFJ+fT&#10;cO3AKakk/M9O9T8SupIsI9KuDU1EcH/AhQrzPIF+qPLc6ifof6/j2u67uqHHV5xxqFnmBCssSykG&#10;/wBCLj6e24U294hLLGP2ev8As/6q8dfRTeTlfz6DJfg/sHI06zyU89FK4LJFK8TuoP8Aq/HcX/3g&#10;e1tiN6V2YAeHRp4blm4B/rf2knudrhJIQZ/L9vD7elkdlIqnUxPQe7l+I2x9vRBZPv2+thEkTNIU&#10;BI0LHfn2qYd1mnjMs8kTKpIZ0DGNSp5BdwBce2TY7dfYpSuf8H+o/wCqnpFlgXtz0B2Z+MtbNVil&#10;22cnQTTAXhrpoPuZ1f8ARItLSOxCkcrq5t9Rf2z0/Y8FZk/soW8hJ5Ycxr/gSPqfdriz2u0jAAz/&#10;AKvPpuJLpgXkNPl0rJ/hFU0O1ZMrW10oqkhaUwNr80jkD1aCwA/1jf275HfWOxzBJ5oxJpv4/wC2&#10;b8Dgj29bbVbSxeLI1Aafs6TNdXB7Y6Gnn0FO2PhvvXcUrTUuqCk+4aM1hk0roT6hTGeT9Bb2iqvu&#10;Cgin8K/uc2JWMuqAni5UH2tXb9ojjGomvyJz9vV0ivJRUuBXy6HzEfy/Wan81VmqiGUAEeOYxM7A&#10;c/kf7yfcxe0ca8auEDA3Zm8YQXv+Gaw90j2/bnasbmnDz6p4NyvaSKD5dYJfg1nI55FXcdQoFo6c&#10;SVc05WIji8Uf0tb6Hj3lj7Lx8lgBGNVyEULI5H0PoS/+9e7fu/bVOsseHr/q/wBVevBLnSeB6i1X&#10;wi3BGSE3BkJjEFYO0stHCsgFxaRr2F/6H/Ye3ygzlBVo1SmOg1t9ZHp0SQj63559orizt2l/Tlan&#10;zOP9X+qvTi1RdDUqeP54/b0l9x9Qdj7fWkwknYefNBF6UooMxW1VKgQcRuL2+vAvcf4e2LIbuw2P&#10;qLT0Wp+dLhbKD+bEnj2/+74iATKc+X+r/Yr/AD68VYE6TnoVNtdGdo53ARRUu+XooWAM6aEkmkhZ&#10;bASNGl3JFjdiefb3it6YjJAIEhOgfoOluf8AAi/tNd7fHCKI/wAWP9jqw8RKMwz0Dm8vi92btuom&#10;yWP3FlHeaXW1XTS1FNKRzywGkhvyLE+3/wDvJjHIilFLpA4R/Ew0j8af6f4e0x2Vadr5b/L/AJf5&#10;9bkkcAs6g0+XQQDo/t7HyNkcXWbl+48t2raaoraecSudetqjUGuTyDf2j8rvPasTNRCGjhjJOowr&#10;FToWPDG6AXP+Ps1t9gFovjNJ3fPh/hPTCvdTsCF0gftPRkuvuiPkPLFDuDL71zlRWqqGnpczW1md&#10;njjU60Q/fu2lef0jgf4++OOyW14rVMcSSs7XVZJDN9eLi/4/w9ll1tT3pIeXtHp/g/P/AFDpT4s8&#10;Z00z0vtyYn5AOj4mOup6YRwWavo6BKF9QPHCubn+tgObce1SM/i2XWiRqgAFxZU+v6Rf/ivtLDy5&#10;bp2Bh+01/wBX5cfPq5kmOCKV/wBX+r/CegDr9md6PP463M1NVUGQmNJII6mXSFF3kVbgi1hcjkH/&#10;AB991G5MYsVpRGEPB1kWb/G59qrbl9I31Rtk8Ps/1f7HTZkkJCEdMEfVPcWVyKTRV9b9zTtdDToI&#10;2iZeeY0/x/At/re41LLga1Wkh0Kx4Lpo/wCI9tzWEscwUGvy/wBn/VT9nTjyvGtD0p83Wd8bRiFH&#10;k6dshTRRgp53qRIoey8KrEHn+zpP+Pvzz0iARx1KBBe5vY2tc2t/xPs3gspFUyaany9B/n/1enRe&#10;041GoNOk/HTbxy0n8Qy216+erYqY4l5TXyIy/kP0/ooX3BMuOJ1R1y62tyxDWJ4sAfdvCulY+IuB&#10;5dXWUFSCpr0voqffX2/21XsedaaOMkmnvAWVeSZQg5/19X49zIqCmqfVLXqxtZQEAC/mxt9be0Nz&#10;PclqImK/4Mfz/wBWOra4wpNKUz/q/b0n6nfOa2ihio9i1lMHYyTNJkNZlZ7WZEt6b8iwv7ba3AUx&#10;V5JMmBGt7ppCmx/H+wHuviX5pHHHx8+P+r0/n5U60s8UYrStOhD2f3nW1M8FCmwK9K+ayJOsvmgu&#10;P7cpC8E3uPwbWv7iUjYelfQa2zt6bllKgX/qTz/re7jbbmQeK4GKHq7TGQYGOljurJ9k5elD0O1B&#10;JSIjOU1NFUlioPoVUYD+hJ/x9qWCjxciCT76WX62CMif044v72W3HWURQo/1f6qV6140SCpHH5dF&#10;f3HvfsXG1L0h2FRUEh065a0VVcfobSDlNJ5PPPvlLR4SQWm1H+tnIZv6knj8fj3o2+6EEasep/1H&#10;9v8AsdNmaLVVR1gxvYPcFG5mxGPpRIoUCNqMPTQAnhYkUXtf6kt/sffKGLBUbE08VmNrszXP+HPs&#10;tl2W9um1TSVA8v8AV/q+zp83o06VBA+z/V/q9On6Xsnu3L0jQZGgpdKrpBp6eZCbn1HxNcf7b/W9&#10;tOdqsZDTNK9QYwo/BXj/AG/sRbbttzEpwKcei57rU40ipPSh6lh7JzW4vtKjBxTxSMGnlmWZAdJ4&#10;SwuLcW/2/sNqaswWTqVpajKAam/1YL/WwsoIHu1+LqFCYiPsr0YKXGdOejyVWP3jtnFzV+J2qlRP&#10;DBcQRlY420Je3kZWb/C9r8/X2JFJtrFJGC1aZ0I9CtGiqv4U35J/3309kSXF+4Ola/PjX16pJIpy&#10;DQ9E73f8gt7U+TNDFseXD1SOBPMtfLUyuCeV0lIwAf8AY+8kWHxccgeeoV7fReLC34sf8PaqQ3si&#10;FIlpXq6TilBmnTbVdxb8qqHw43bVXBOwuzu5bW/0ADIBYfW1jf27SR0DR+KOQRoAdJUKB9LXsLf7&#10;37Zs7N4W8R11HFa5/wAH+AdX8ZnyP2dBZLu/shsgaqrxrTsW9UcxnJC6uEBlLWHHHFz/AF9sFVgK&#10;WvBQ1vjUmzXNiwP0Fz7Wvc3Fv3Rx4p/q+zpkP31NCOhj253ZmduIj1O0KqrqdIaIUkTeOMj9TCMH&#10;1Xvzex/p+Pbf/BcHhHUx1StMbXGvWf8AG5b8f4e0oj3K5PiONINT/q/1cOvNca38NF4efQmYvtXf&#10;XY9LU6tqV9Fj4z40qKiFKW7G92hhQkmw4uf+K+1JQS0lXdEnQnT9FbhQBfkA+6nxLSgcCpP2k1/1&#10;f5emzEzL3V49AD2Ljt1YRv4p/BauOmjmUs7wlmkaRtFgWFr2vYD/AB99iljaaxqY0UN6j9SfyLA+&#10;108khh1LGTUY/wBX+Xj+XTiSCMUbgP8AV/qOemSl3VkKbGg/3eyFXVND+3E4dEBPGh5fqAOT9Cfc&#10;+pxVLX0zU5lBjkjaN7kjUjDSfp/hf2hgvbizYuFz/qx16aJJyDXhwrw6QmH7Pz+0dyRZqfCzxzUt&#10;YlRCEidtMkUmtLeccngG59hrSdJbagyJyVZns3kAp1QY+qrlejp7/pWyRq7hfookdre0N/uG93X6&#10;cMelSePn+XSpJUSOjeWOjYr8+cxNQClg2PBSVLRkST0lLPd5HPrdUkfQhJ5Y6W5+lvb/AFuyMXUM&#10;FWrWKJeAi2HpHFrHgf7f36J9xhgoEqfX/V/qr1UXMYNR17AfLXIiXVWbSy0stRdvIEEojJuwuAdR&#10;v9fpxf8Apz7ixbOoaQ6qeZJCARoVY0H9f1Dm/wDjf2wwvnb9caRxr/xf+bJ681yjITQkf6v9X+od&#10;Lpvkj/FFENViK+hMhUh6laiVgTcWMSKFA5HAY+4dRtyadvTPTUsa6gCzBi3P6jo5FvZkk8kdERCx&#10;86/6qZ/1DqkckfxN0+Ufb2EooDLJS5fL1M1nWKho5I1Q6eYlNVbi/wBW+g9yafalJGt5a+OpckXU&#10;eiMAfgDkn/b+6G5vmfKaR/q/1f5+tvOpoYx0w5PveslkaOh2lmccii6STRJPOzMf1SOhEai/55Pt&#10;zg27Shw0KxAgcPZNX9L397eSTSNefln9nV0kkUVbFekBku96yKKVMhHkYQxH7QExA/IspNj/AK9/&#10;cx8CCfXVL9OIxwPpwb/X3qO5n0aUSijifTP59U1JWo49JxO86FG1Q4OvlkJBarEZZnW3AVHI+v49&#10;8RtqFY9L1/iS/qijVdTWH08j8gH3o3F2JCYUqKcftP8Aq/b1p5ohQ4J49Y/9mL+4qE+32hU1tchM&#10;a1FY8ixQAiwkFLSgoxH4uf8AX9xpcIkhWOmmjjiQAaWPJH0FiOb/ANfahJpIFrIpZz/q/wCK/wBR&#10;62GDDUw/wdKCh7i+2WSszuLrmqHPkSemhfQrONRaWN7KF+o9P+vb3zpMI9PIJCxlIuAONK8/48H3&#10;YziUaZBQD9px+0f6uGOtrLpFBxHTbujuXE5ShelpWSh+4Qa3cO0pBvqCoPpf+v8AX2oftTJCRKwH&#10;p9Q+o/oL+3I5vDl0wr8h/l6akClak5B6LLUbmjos3HV0KSTMsilJrmJ7h9QCi3A/Fifp7RORxWgy&#10;GniDufo6gDR/r+1k7K6gy/8AF9USRmFDgDo6fWvZH8QpqUZSvNFEqKklPPKHknewt4j9eebD6+0s&#10;2zspkJQfvlgF72kItb+nF/ZTPuTRKfDjJ+z9nSpDEBXj0YI9w7LwFP8Au0ks2lLlqaGWQ3tct9AB&#10;9PyfarxOxp6IrJLItWTb9A9Itx6Qfx+PZIb+WWQrINA+f+r8/wDN08rqRQDoJN5/JXZ9XSzU9BUn&#10;HyxFlK1NlmOoW1nSfr/r+1DLiK1gAH8KHgRgX4/pbi3s7tZra3jJRdTAZJ/1Gv8AL06SyUr3jh0X&#10;VO5tnz1bmdTkp9d2qTL4Y9ZN9QLj6A25v/sPfUeIMAvLdj+SwFrfUWt7UC7M2f5fP8+HTDgMMdYM&#10;l21R5Nvt8VKioLACFpXdrG5J1C3Fxxz/AIfn358cspKFY7EWJPJseLc+7+OFWqAnOP8AVmh/b1Tw&#10;mAqDnrBS9gyYsRVjVVcZIXDmOIaNGkkkmJfqLDnj/efaXqto0rylqk3jU/p0hixv+B+P9f36R5pl&#10;AgFA38v9Xy6ejvfCAUAE9GC258jPJReOhi1VxUfrkaGFFt+oyOtzf+gHHtQ0tGsECU9KiQQgACJA&#10;Lkj+01gL39oIrKG2kM0o1t5k/P8Ab/qHXmlaY6mNK+XQbbq7ElzNc9VlqiSpmDFlnsyQpGL2ji8h&#10;txzb8/1/p7m/w7TH67M5F9X9LjkW/p7cE7SS6tOkA0oPl/q/4vqjLx0jpDN2PSyTlaKolSCNtIhZ&#10;ASXvxJK5B5P1HHuL9k0Zt9FvyQBzb8m/9PasXKH4RU0+zPp+fVQgds5I6ev72U9dEGaQSTMpAiMi&#10;sAp4LKsfPB+o9y0sgITkH6k8/QXNvelRGo8wz8h88f6uHXpBRaLinn0islPUVlSFdygDFok1FlVQ&#10;edX4uP6e8ZgYs0mm9+AxAJu3P55v71KYXUR+nlw4Y6aRtIoD09Ue4TSCOjetdQNOqNJmTgcgaV4I&#10;+h4/2P49tdbi62vRolBjDLYHk3NvqQLce9x3tpZLRRX/AFfb0+qahVxnoTdrb823gKqGuqaxZ3Rw&#10;0ikiNIgDYqrS8sTybEew4yXX2RDmetq2lh1EiONCtyPw9vUeP6n2muNyluDohXH+AH/V/wAV0+ki&#10;J2t0a/aHyB2JmFWjxBggrVGlo554g39CYh9PqfpYf7f21rtCWoPj8rwxA20hbMw+nH+HtE0stuKh&#10;ST606dMkVehFfsfFU8flJgncgHUJlZVufyR9P8fb/Q7GjoxrhlcSsB62sCAT9B7pHcS3B1SDtB6o&#10;0i0qOHSCzndNF5BTSxxMvqbREzuAFH63NuB/QH6+3SDa1dFL5YNM30Da3IJv+Rf/AIj2qe7QUV+0&#10;f6v5f6sdbj8Nx0jq/uPacsDU1fUNRSPcxaIgy8C1nC/1/BJv/T2podvVilZp1JVRxGOTx9QfdE3K&#10;OYeDHj5nh/qp1powq/p/b/q/y9A9nO3drQGSipK2MzTsymoDIQlzwW5sCfzqP+8e+Roa9LmOApHf&#10;9R9Nr/Vuf9t7MYXtKUY6m+fy4f6vz6ZkIUUkPSeO99n1pRKrPQT1nNqandpQ5ZbeNRGbLzyTf+o9&#10;sOSxcs92EhVxzexYX+n0Y+zITfp6dNR0mTSGrTj0J+y984yjEcHiV4TwNJjR/GWve6fTn6f09tVF&#10;g6iOZZHAY6hysarxf/Uj8eye80ygpJ51/M/6vLpUJBkcOhRyHYeLNG8dNP49MZBEk0khj+mnW5/J&#10;/HtcRxSKqqGIFhcC9v8AEe6WSQxj4Rj7P9X5dJ3VmOOiybizsFbUzzvJr1ufXJZRzc6rk/1ta/8A&#10;r++TLpvcajza3JJP1FvZhRGI8uHy6boeFOkzDVS1QKLMIwHZGLvpjCXvqDi4/wBj7bKikecnzxER&#10;82DDn/X597eSJ8RmpHn04ikZ8+hGwOfp8LCn2FdHLVMF8vikUL9LkMVP++/2PvjBQU8ZPhpgukX1&#10;Ffqbc2Psomt4y41vWvH9v2+nTxkkUU9f9X+DpTVO9cxPADW5AASOFRYpBwjC/qVfz/sP9b205N5Y&#10;1LKCD9CAPpf6C3/E+zG1htUGmgNP9X5deiNcHpWbZf76RFnlLBvUrGVmWRNIOovf/eDz/X2nKNKu&#10;eq1OsgUE8aTcj6/T6j/Y+2ry8jiHhr/qP+XpQIhpqehXrUxtNjtKSQu1l1EuALkf6okD/Yj2tYKS&#10;plH6WCItwGvyf9b2W/URIK/ibif9Q6qqImf29ArlstjKR2DVMTSM+keNlKrZuQCCR+ef9j7wT0lX&#10;UN44kcfgcHj/AB9vPc29un6tM9PKgrqPDqXhsni6aNqySqhZQS7WkH0Itb1cfT+n09y6PDx0p8tW&#10;Gkf8I36AR9OPaBVnv38KPtT186fb/q+XXpJlUaR017l7IjNO8GEki8uhg8kJEjISdI4W4uR/sPbg&#10;8zFlVFAjW9yosoNuP6ez2Kwt7ePsyei9qydxPQVJUS1SSVFdUuamX9EEr3mZbi7FQTb+oBt/t/cG&#10;tjWZDaMkre9hbj8fT3cFYcauPWwuk46Ve1aqopagGSZFjYjQrtqCmw1WVuf99f20wQR02tvGqkn6&#10;gc/6wHtIyiaQBjWnT5BpUdChW5Srr4o4452YW5GshRxYFnB9zKamadwzIefxYiw/FyPx79NJCF8N&#10;Kfy/1V/L/B1TVpBqek7ksqcZAzmpHovYs2vkA3Kgnnn24VNPG0bJ4o9AFrWBv/hf3q2sRQMQan/V&#10;/q9OmS7FgQcnpHY7d1UlbHKK+oDlwQF1Ii8jSAAbf4W/x9h9X4ujDnWp5Y3ChQP8Qb+1slqCO00x&#10;0pjdjw/n0ZXbu7MpUU6MCCNCWLlyWP8AW4/r/vvr7iU+OpkYeNDEnPIvdv6+r2hlsx5mp6Ua2Az0&#10;oanclaYm8lpJTxp4shP40/U/4j2+aaT/AFMn+b8X1b/kv/X9ov3cflxr/sf7PHqut+k1/Fcp/qof&#10;+BHm/T/Z/wCjf9p/3j3/AP/VyVrQzMP0AAhSeL3H0sB/xX3gmiUNR13hY1UdbhuNFXTwlXLlmDOo&#10;GrSFJtpYn/W/4r7gyl9Qgg9NwAzH6kWv9PeyTQ1HTfrXp0p1QqampOoclFHKr9QAT/h+fecq0USK&#10;ouzsATa7Xtc3PuvE1PW1VjkHqOHSeaV2JCRrx6rIebcC/vP5pKbgm+oXN+bf15Pv1dQK+XVgWAqO&#10;oTUkNZpewBQkKQQNQPHI/p/j7a6oJIWmKqzK1yeAQPwP8fdkXSAB14jA9en6kaRAsIZ0R1KhfURx&#10;9TY8D/D31HC07RMgEdhpuB9QD/T26SEckZHVOP5dY5Z1poJ45CZTrL3P9TcW49uogjjuHZSfqCAD&#10;b/WHtt2BOOvVp0yfdTSqrRq6gkqUJZdQItc39+WiWV1m0gnUCdQAAt/Vfdfh+HrdfLj1yfKNDG9O&#10;zkDQwULcsxYXFm/H9B7d52VKcnjRGoDKRZRx9QR7a1nX/q/1fl+fTmjUvz6TtHC8lWFs3klcusoI&#10;ZiNVwGH9P6n2hqmqnkmIBvHawINgBe1z7XlkZcjPTLIRjoSaGggpoQQLSHl/pqZyLm3+v/r+09kc&#10;jIuqmHriHLG4+g+vP+8e9DS3xYPl1omg6UVBQRjTUEWlb8f6n+gsPbPGWqiFidbHnSPp7cCOOI69&#10;qB6c3ZYAWe9xxe31v+PYqbYpVpoBJJIWAHK8kXP0uPaa7LlNNOPDq6ca9BDu+sNVUrBAihtWrWw9&#10;SqDqOkn/AA9tWdUx1Mj3Crc2tx9ORwfbVqzUGrj51+fp1uUjHSpwDJNRRILtpUC9iL2spDX/AN79&#10;pKqqm8bTaSCgJH5LED6n8+1ZbQ9V6a+zpUwU68RkhgeLfgA/ge+qKeatKaWDfQkm/wBDwTf288x0&#10;1pSvW1zx64VMEFKjekj+gHANjf8AP/Ee3ubEUkkYeWQMPqAT+o/Um4/HtJ4zBqcelIRNPz6aospU&#10;iQxpAVsbFgv0P9OT/T+nvJBAtPTmSJkVkPoQf0ta/PtxmNaca9NacmnWGab7qpEUqvob6yA/Q3/S&#10;B9f9j7hvlamIN5nJLofzZeOAAPd/jGjgOmyTWvUpcPRsyPFGo8b/AFsCbkfU+281flCSadTWIHBU&#10;P/Tn3oBYzTh1up406cxTFNaA2Um55vpsLW945KiCoQQyp+4CCsafXVexI97UamUpjqmsnB65JDJT&#10;s0it6GBu7WsP6D29R41IaX7gvZo1DolrLb+jW/Ptt3kElaVz08qVUkdM5yYnqTSBPS5KOwJuD/tI&#10;9wa3cEkdGy6LBV4bTZRx/X8+3hBGx1evz6a1Fa9Z6bCRLVCXWTzyCST9fpb/AHv22YnLQVUZeULI&#10;BdjrAIB5HA9qGtkZe3B6bjmbVTqdW00qEeBmXVYem4JAN+T7WNJWikiNTAmlSt1B+nA/s3/r7QTR&#10;lW0nj0+TqHbjpL1lAMnJ9rUsWIJVtP1IJ/tW+n+39tVXlqiojE0xNmYgc3fk2+g9uLTUFpTh1UN5&#10;dOtFhaSjJhp1A0ryALD6f19zMO71OtJLkMfSCCCbcBj/AK/u0yIU1cadbUtXHUDMaaMxvHpWwsxv&#10;cC/JHvPX0slCz6ipV7HQvqIb8Xt7Rxzr8NM9OuoA1dcsfUR5JIpUZzouodjZWAazWH5+ntJT5Goj&#10;nCIriO4DJ9b3+pufamMo1dYyfPpKWYnHSmWihaPUxBYXs1hfgcXA9uLR/cCFnYKzG2ofqH55PvwD&#10;B6pw/wBX+r9nTtDp6iCVYfKmlmVbNY/S30sv/E+3nGY7TUxNU3A4Pk+gYA/S493EmpSBx6ssZrXp&#10;O5vJkUU4pLSNygjBuyMRwSDx9T7Els1QU9FpshSNSGX0+r8WP5+vtIIGLE/6v83VmIyrcOgO/unm&#10;67Mec1E0ckrIyP6/2wTquPp9Rxb2GdflYqkzMUMSXkKaQAmkk2JPtZ4AaMLXu6Th6mgGB0OmKxM2&#10;PWnQOJiFiEzOS0gcKAQB/wAa9pRMXFxUmo0JK920n9wA8Xtb8+9qJV7PIdW7ck9Kpq86mhEDNIqe&#10;m/6C3+p1D3wrqTFSyxUod20LbzBtLc8+o/n3YQSGprn8+t6kAz16mnrTC00sKqSxPivxYf0P9feK&#10;kip0qJoJbkRC0TkfrNuAL+6aDoNeIr1oVJoB1nnllMcckX+7CpdefQtuSfeGuZ4IjKjBZgSNP5At&#10;6b2/1/e0kZAPTrZWtQ3HrnEFkJBF003H9Cb/AE94KbI11TFGrr4xGSWfkB7f1Pt2SZKVrn/V/q9O&#10;qBGYde+0gRncLcv+Dbj+pHvFVLPlaephqIpFMY1w6eLMtijqf9cc+2XYAK6nI/1f6sdb0E9p65ok&#10;cDLoKgO2k8j6k3t/t/efBCZRH5ZdOn0urgnUR7vJMCmAMjryJpOnrhVqpU+glrXuDY/09rBRCxLy&#10;aitxdmYkEKfqP6f4e2lVpRQnh042nz6YZGliIWELqIY2AAYMfqCf6H2mN2UMlbLB/D3llikjVdbX&#10;IDWsVVV+nvyB4H0yDj1WQLIoCdOGGmf7V1qVihmSRy6If7Gq6uSf6j3EoNiusMc9crNGQL672UgW&#10;+nvclySdAxXrSQaBUjrlLm6MSNBFIskw/sgg34ube3LH4BIp2pQ2mnkUqxJsCPwVH1908VytD1cI&#10;oPy67qsisdP51Qs6WKoPrf8AIJ/H+PuacZj8dS1KzQ1E0rMVhIPCuOdej8+34pQxWrUI62wCk6Rj&#10;qIaquq6mnNM8EVOqh6jUpZ3Uj9CsPpz+fbQ1W7zxwU8pZysbSQyWWWPT/at7MGkAHSZ6saDHTgkC&#10;KjPMiLYuFZeVZW/qD7Xm38nHTgpWu8msFGUHVZWBGoav6X9pLgNNGVU9WR/DPDpBbnws1UY5cekM&#10;UkDiVHKhQWjYSFPT/qgCLn/jXtgmxckGTZ4a6IwSuWGprel2v6i30/1vbcHjaNDpw8+vPFEX1g9K&#10;eLKRT48GSknEqRgPGIyx1ovOjR9R+bj2toUpKKCOnicrJIpIkj5BP9tVP9Ln2hnMzMTwp69Ko2QJ&#10;SmOkY71NfUPUzwiSCFwHik4Kj/dbuo+p4vyfaGzW0MnlKg1tLVaoY7rJEz2Okclzq+p44HvcF8Ym&#10;0SDB6rJapJ3Kc9LCjz+NpI4aWa8MhFkVUupJPCjTe31HuHDTLQwOh0ecsAtzq5AsQ9v6+1zP4oBA&#10;x9vTQUJUdOjSmolXSW8Wm5sLDnldJP8AT2oKTHgQJWsg9LhmAPpW31Ww/wBhb36ihwDhT1uPuB08&#10;R0n6zJlqiXHRyESGMhAR+4wI4cH+g5v7fqnG4zIUMrNErSInmiKf5wOBx9P9f23OrQsHU0r0+i1T&#10;v49Jeiy+XosnBTlmMDy+GVplAj8Z/Kn68H2GU+UDY6vp46SWL7WXQHH6mtxcH+h92YxMVk1Zx0mB&#10;YErTA6E2OkdaqOdptYeNgyMth+GBH+PuJgMyNX7IBkW4JdtNzflWv/vJ9rBGump4dNI/dTh1yr6R&#10;KmPTIW0G1wouRb6EW/3j2JNRvr+DpQUzFYjVR6jYqLoONKH2kitoJJGqK0/1Hp4toSvr0GsvX9Ll&#10;5qyonkaQpNpgWQEgOg1anUnk35598MdlJs60033b/bq4sQ41WQ2Ktf63HBHv12fp4aKOtx/qHPTj&#10;Nh6DBrBHFRwmoaNwSEst2F9Sso9NiLgj6e5+UbwtLSRQISsaSCdLB7/VWC/gc+y2Bg4114Hh0/Jg&#10;aU8+uOLjMyQ1k87gSSPGaeQFox9VdSxtqNx9fp7SmT21W5/EzJdZahWDqrm6Ooa7x8/m39Pb00pj&#10;kVhw6osQdSpND5dP0eax2Oqvt3ZYIpOL6SNLWuGa34JuLn3jptoS4zGrWGGOKOidDMDwQznQnP8A&#10;S/A9uGVi48wfXrywlUNcfLrsbpxdVkkxEFQslRVRSNAIzrDLEpeQ8fkDn23VO4Kujlamo6VpJ4JY&#10;y8dNGSwjdrakX8j/ABHtckiRgMcdM9zHQvUxsNSVaGSpdpY5YyLSt/X66r/0/wAfa9pMjkKuWnSp&#10;Wo0vCjSxMhKlvwpv+f8AD23JPHODXgP9VenDHJGASOkJUYDE4inqZcelJDMsriGdSsbKrfquV/sg&#10;i59rGCppqxDjyn2yunjkKWWSIsP1Efn639oprJzD4keSDWh/1f6vl1bWa0bh0Hs6VuGqjm3mGQ8d&#10;5YrqWiqkU3MQcX02H9oD/e/eFzhtrQTpI4r6i7rGVUD9SHlrfn/W92traW6X/Ge0D/Y/w0z6Y6Zk&#10;kMR/T64tU7s3/V46oxKfwHHaY5av7hmkklCSW8ESi2kA8i/NvYOZbLB3nqKeOjiiIkK6lVZNQGoI&#10;t/qT9Pa4whKIM06qHZqux6MDjaB4IIoqmapmmRUDku2g/gtb6Dn2HGRytfOIqgU8jww2YyBGBTjg&#10;ah/Zv9SePbyNFEfDOD1oGRlxnp8VFS4UW1Hkf1PsVttJS1UCVtVrDrCZYxG2qPWVBIF/wT7SXrKp&#10;BjPHp6IaxQ8ekvm5ayMimpFiKzOiSM9wyozfUW/IF7H28ZPeWajrIYqOPw0MdKtmvpUm2lvr9bfn&#10;n25az26RtqAqemZIpHYBTgdJGh6x23JBPLkohX109W08s0pDsra9Uaoo4At9LD3kp816GqnSCapW&#10;MzaD6JTKP7agcHj/AGPu8chR+zAr6/6v8nVyVC5NT1MrttLKi49ZKqCkdhTlkvIn2xH+ZdmuRz/X&#10;j/H3EyGeqN0wRU/mdYo5oZUUqUeGoiurIC31Uj6+3pkGrxEHSQTo3Y5oOuO3dnYnZL1FTS06pPPF&#10;LFPKjHTU07OJFd0+msEcH/X/AK+w1fBbqlzLCGPRTvOobVLpZlD/AFj+oItyPbKXccfa4pTp7wGk&#10;PacdL7+I0C04nM8XhEYa/JsLfQqBcf4gj2Y6DBYI4MrmacmamRNT+TRLEwHBLr/X839pmBlkE8T6&#10;dR8x0/VlXw2Feit5Xeu+o9809HtbwTYytSZrPEZqeps1z41axBAvpZSL/wBD7amqcdLUUWNpZjHT&#10;KdSOiswD/wBoSMPrcWIP+HtxrfVqYEFv8P8Aq4dNK7HtAx0tqeHPUePyecyVF9xWyC0lM8scf7I/&#10;QadSSRZibj683HtI18GRq87JNHCstBRyB465XVY2poDochB9Dceofn23bmNR34Y4p8+rurs408B0&#10;IGPqKGkwFPBMTTVlbAoeikDPMlVVR+QREj/X4b/Y+3yngxGbmZzUVEhilikjjv5GSSPl2ja/C8fT&#10;21cWt1FSZKU+XT6SxSdpGemKpyOX2/SxwPRUgMkcsTz+qGNg5tEsi2Opzf68XPtJdl540tMNEMkZ&#10;eNZkZGAZxEfAjMD9Cf6e1lmrcSf9VOkkzaVoD067CxEdJBPL5xUGKWaEpYMsDTsKuSGN/wAgFr3v&#10;+be4mw0wWWxdW2X8yyVcBjZ9AMscn9dLCx/23u93avKwMTgEZ+3r0EmhTrWtepe8shubHvjZtvUt&#10;LVaKlGqoKqQwxy05BSSMSJyp5BBtb8c+1zX4LAYfZ2Rno6g/cRUrLBUVscZmBkf6RBBfgc2+vsvk&#10;hu1lSVjX7Pl/q49PI0dCvSAxW9N1ZbsCgwtfilgxziaWRsdUTTU0K01OTrrJJAoN3sqgDm/59h1t&#10;Ha+4qLbu4NzUrzZirpkMqRwwaFkg/VJwRybH3a53ZIpY4J8BuP58OvRWrOGZMk8OhIzudwUeZw22&#10;8nVUsE2WeRqWOaojilmngQvHDAhNyxsSLc8e3TGb2x1PiVk3TCkKNM/2lNVQRgpUIARdH5BD2sR/&#10;sfZj4EN3QxNQDzH+DpnxWtkKy+fTZmdr5FsglTt2p+xlkSJK+dp5gzwlihUBTZvRc2P5sfY9dYzZ&#10;fN0j5StgWkpZGP2vH70iWsuofSwFrEe7XMkFtb+DEBqx9n59aVXkGtjg+Xp1XD83K/Zm2Hxm26Wq&#10;qslnZ0+4r6Mzs1PRRF7+fi9pXb6j/Y+xe8LhAwmP1Ata3FufSPp7JklBn0tHX5/4M+fVhG/AnHVd&#10;FTX40UUpVniidSVg8he0gGklvp/tyPfQtyPqRwD+L2+ntZp8/Xj04O0U49B7UVTSOwXVoYggICeN&#10;XBIPH4498SSwIdbAfnj/AG5/3v26AFNYjU9VJ056xrG7SKULO5vxzf6XFlNyb/4+0NufeuPwUkNE&#10;syTV07qwhEihxGzaDI3N7D/W9r4bY6TNMKUFAP8AY6TtICdPr0cv48/E/cfasFTuTMxT4Xa1Kksc&#10;FRJTPrralItYjgjIFwLg3PH+v7A3sPB080tLus5jJMv3blqeBC9ND50KfbSuTZle9gLD6eyaK6vY&#10;7lrdvhPnXy/1f5ulDLCY9QGR1br0vkoqDEQbAjwVFiW29jKOCBvPFBNlkpVEMlatCq61KkKzsSbF&#10;gfyPamgzOAxuxMdBXCNqWtraajhQxAIKqNTLEGif6agCD/r+3mtZbi6BD0oOqibRHWnSArdv7qyX&#10;e+UyWMDUkuI2xUSyTtMVFXj8vUCmeninjHLxSRLKikfix4I9iLt2pr54oplploKV41SFGRI5GjQ8&#10;ONJ5U/Uf8i9+maKByoj1keZ4VPz/ANX29eCliKtSvl0VTuzbWypmr6DIbqnz+ap6uqqq6GGvnrqe&#10;nmkBPgalHEc6n0EcD+oFj7Us1QaKteZlQmSmRI6j9KyaEZliBPF/rb88+y9RDOS0q94Naf6vMf4O&#10;rMHQAA46BnE7Zq9x7Ax228BlK+hxcGeqBlsOqI9TjYq7IxQT5NhAvm8EqEOVYlbg/Tn2DGDyGV3L&#10;lJavc+OopYKSaWWhopo0qnp2J0rJrcWDBQNVvz7MGhs50Hgjwz5kYr1UmSBSPiB6sK3XtvDdT7Fp&#10;8F1xkq7F1dVDRUVRkqeqMJqIIH1WawtrfW9m0k2Y8k8+8u8dnbQ3LkaLOVEc+LzZkpEM9FCkiVTQ&#10;/txPPGoBNgACdX0Av/X2jFtuFrKRasHTjQnh/q9OnIpo5U/VTPr0zdO7135tDC5HbtetHubB4g5O&#10;so6vIVstHlKGGRvvHxz1c+oSoGdzEXAaxsCQPbH2B1t/fFP8rzccMGHalT7WiL+VqMsuvUSQuofr&#10;ZSPpf3qK53GKbKHv8/n/AJurFbRsEmnHh0s+uO1dsYehxlFRYDN0/wDeupy1d9/WwJTU8uWjLsI2&#10;bljHMy+OCZQQ3Htb0y4ykoEoafJEYbbdMj1wUNrl0Q+dnJTgseDZbn2oFvM5LzDuf9o/1f5+kzOj&#10;Cg/LoMMtktwfxls1NtNTvvsjIy47bD1UkU1DjoYqlaKBJlkKyJEiFmkd0UMbD8j2iTPm971VfmYq&#10;2moNvUqhsbJUPcTeNA4mlT6Ecck8D8+3AptT4MSFvX5j/P1rUqgVPHh0MGNTZ/T+K2/taqo58vu/&#10;NOiV8WJppJZ2nrn01RgIN4oVZrRqrXIFxyfZcNubz31mewq1a+kq62hw9ZNFEjKBAsschEBgeL9t&#10;rixUj8c+zR7izjgoQBUfLpqJbjxiM06Habb2Fp8HW4ylhgxdJV0kkU00S+OTRIvreSV/WxNzcs1/&#10;9j7HTeG6NxU2AZWeaDP5yrkosWKfXkJaMkeVqICkHDaQdIbgf14t7S21zEj+Ig0qua8K9KJIho0n&#10;Negf2t1tsmnzMMeMpaM4PBUMFTX01Rj/AAUuUyWho6bMyfdCzlQj6pFNifr7fsDFksTTyUddUSZr&#10;c+QpqVWoK54ZjDQztrnienj41i4uSPp9faS7umvW1zrSMcCOJPl/q9enYIkjASIio6iZ+LAZs4/J&#10;4ypp9ubGwFdk66XN4pJcYtRl6ECCmqY8injQ04tIrabhzaxI+rvmeqtr5jbuapq2B6Ssz09B925k&#10;aqjD0lQkv20UMpsiOU0sq/6/slU3sj67dqrHwHy8yf8AJ07M0XBhWoz0H0ffmco9/wCDwYhgyu3K&#10;bFZSqq3WMUVTJG8QagqzOzMjKiDUSVUMH/ryAd3Vl4dq4uh6w2pRwLkkyEEGWno6Z5oaaCVrJGRE&#10;LArqUktz+fZ3ZxxlfqLhqufKv+fpLK7jCrj/ACdDjtfHS7p3EnadVkag4Cs29TR7Vws8aRLSU8/+&#10;UVOYnbk6pksEXVp0kk3JB9iUIsDsGOlyVOG8ZpFqcpUlHkb7qSLSysCCOSOST/sPbAiNzdNHdGq4&#10;oOra28PUgp0kfvNzdpYncWJq6eHDypnK2gxKiqaNZ8XSVQMWSZ4tEocoL+MAfS+sg39htu5u3K3D&#10;4zceB29JUQ5qoqqehjgjORysaqDPTTuoBSOF1B0E/Qixtce3o9w2mzuGtgANP5Co/wBWfl154riV&#10;AQf5/wCodLPEZfrjGZPM7SbOUMeQ23R0NTmoqyoXHUMIrS0Qd5ZWSJ5Lpef1G2tdXLe1hhOvshJs&#10;rG4nsXUlbl8gcrlGp6nxVSw0gV0osjVRgABnYalB+g+v19t3F3NfzB9sGaECvDj9v+r8+rQrHGpW&#10;c16QdR2vhq3eW5TtCqfJxbQwWMw4pYqZpsbVZTN1ElWtThIqcap/DBAEZ4vR6iov9fb++U6/61x0&#10;lJjZoMbJb+MZ040GrraqkSEllqZW1FEFtIN7W4HJ9vWG1XBkE+5OKnAB4D8v9X8umZblQSIVwM+n&#10;59IurxnZHb2SyuRmwsaYOjhrMZtOPdkJxtBj8slUsf8AeOPHUpMtSfGGKrMqkEW4X2hod84buPMU&#10;NPt4GaXByitq6KX9hK6kiP8AkpmSWxbx8tZuD9fx7M7iCDb4zLCdS+Y88/Z0xDO9z2ykVH5Dpe7R&#10;2dH0dtbMHcG5xU0mWlpoYskYJg+MzWVvFWNCyC4SrqXQxhVGlgoub39hV3pks1n98Gjraab+7+Ix&#10;8UGIkppAlDkDXFVqHNTypZTZGQfptc+1lmYhAngjSTx608chNGyB/h6VPRezMbs3Y8UdKlWMpmq6&#10;qzO4XyAK1zZadvC8cyMAwVERBHq/Uvr+je2/Z+e3RtCgdsfCuTz2QimxvX2AMMstTLLJOhrsl/UU&#10;0CLw/wClrEXAv7UXF/CYzHKAdPEnh1TwpAKKePAdKze23MNurHtis26RYEVEVXuRzVLRw1NHSQO0&#10;WNrJ+LI7OjyepSI1/UpZD7V9FHlMLXR5ygoafN5fMVX8Y3JWyVZpsTDmpIg888fBaOj1khLr62uf&#10;p7I7iWKSpmHZ5D5dKlVxQJx8+pkWMoUwg20l8Njqaijw2IpaJ2+6gxFLSrSU8MD1ActKI472UMyK&#10;Vv6rn2IWQ3huTciZWizW0ZY8htdsFW0GQlp5Hw6fxrS3nWc+i4g8gVgT+Ppf2nj+hJR7YkE1FAeN&#10;MZ8x/q49XCzRA+J5+Zp0Em0Outmde5lV2pueOKk3pV5lctQV2TiqM1mKjBxzR1y4meS87tTVLWq4&#10;1/QSdVibexzpt2vK1FQ0TrJSVONeeTJoVdYXRgjJLEpFhY2vf6n2guBEocTx9xIp9nl1cIxUPU0H&#10;RR6v4249ctX73yclcMrhd1FMftFnaGGqgkjM6T0tXKHZ5TJqlUkWCrz9PaU3o8FNt+eR970+2KU5&#10;WCtyWWASasekgrUM1DRwN9GlFogTfQDex+ns0sYLqJ0kgjC1HHhT5/lnHz/PpNJJDICGqadLLaOT&#10;qspvSKnfqDcm7stiNrJi8BQ10NJT7WoZqyj8s1dns5lnEPrVCPMkUjvqJSMtpHsumV3jmcp2jHsH&#10;YE0G39hUzmdJaIxU0W46/N485J3V0XUz1NZKI3K/UlmPF/a+a/e3gZro6noanzp8vkP8nSWKzrca&#10;qUHGv+D/AGejE7C2ItFtPH777fwOLznZwooqvceTrqagyB2/T0NY8tNQYWWcFIKXHwnygxHW7B5W&#10;aSRrkY+l9iVu29qwYffcGM/jEGVmy1XgYYqeqfHUlVA1NSR1MkBdW13MgGo2Fj9fZHMfr9TW7GPT&#10;UEnH8j/lHRjFrgIXiflw/LoCe7u7MtUVVLmeqaesyuIzm3Wwu3N80eZFFt3M5yizy5LKY/GanXye&#10;GGFovuogNbtJCGOg3Evc02y8o8mPip0yGdp8BmqCmxkcklqugrKNqKWmrvECdBN4lLD0kmwvx7LF&#10;2yS0KXSz1iBGvNSc1rX5f7HT4meSqFMnzIpQdIfqKo+QwXLVe98Rj9vbP3HvbZ+4nykzUUUWEq6H&#10;M01fM2IxtVKxYTKkc8jEHXYtquxPsNtvYHcX90sAu9KWlwlBhMTQR0O2UU1OTp6eFRSy1WRq5LsJ&#10;9FtCRgNc8kfT2b3G4+IxWxFAeLHh/qx1SBNJI4t6cadDtjdybAj31uyq6xFRuLcG8cxVwZrea5Ja&#10;rAyZihxyVuMwGJkpiIJ6RNcgllXVGjxyqzSSE6U4cJv3sSgxtVgycFtNc/LHPTVfkom/g1I9qfyC&#10;Y65kDo7zsb3JFgfbCbotnL9LApd2HlnPzPAdaaFf7WY6aeR/1Uz0ss5vHqnqKulqd4ZWir99pglr&#10;5pYaL73cOWyUi+B6PEUNMreKorSY46OljClkFh6VZvebOVmE3W+SixG8Mvhtq0WKz4zr08CU+Xz1&#10;TgvHIrbdeqFvtRyuuOPSbX1G9/a6RLyzAZSHdvM07a/s6TkrOautB/kx0z7YTf2EwmEr95bA21W7&#10;xrN2YVNt0OLqKyaj2ThdyFKGsqt05aWKTVkKVGqmnkg1LKzpDEyrdygqvFbEw+Y2jV5Hc2eyFZkI&#10;PvcemRljapnio6qOpEbaCT4fQyKfSCbryG97hl3GbWZmUKv8/s6uRArBUBr0M0NbuSvpNwUFJicL&#10;QVNJVVFBFJBXTzQFp6RnWodft4gJVLxSPH6hpb9RPBGnIUmYw1LvPs6llp513bjdv4/a23ixiFHX&#10;Vfiw6z17WCtrd0kIF7KCLX+qC1vKyGF0BjQk19T8v2efHq80J+FTU0+zonlNXYHK7p6w+MYzOayG&#10;Z60zdfurfe4qiiWIVWKwdHPm4aOirTLJKFmnqqWCRwVKoBpJNh7c87WVmEnFOqxLJQ7LjjyFYsyM&#10;smSqJV8hpYOCsruvokb9VrKLrf24LxJ5iFJNW+E8AB8vL59e0FYhqPnjp86v2xBvjD1edzU1dUY/&#10;M965jcmzKEQy0tXTbUxizY/C0WTqlY+eh+3DyvTKAAktpCysQQLFLJvrc2KU4vcGUXAUu4cpvStp&#10;qc0dHuX7eJKDA4uTK1jLGTTKJVcXJJH+DEHBuIY7coWCk8AOI/Z0nEba6+X8j+f+rh0PGUnj61p6&#10;6Cn3PtfaeG3FVbb2711garFB6TDZ7IVlRLmpoKDHGKSqareoWZadWVI/EWZ0Rmsrdubpelwm3KOn&#10;ocVTbRrvu0p8XgD9rT4mjaV4K45GvqZSA0BDs8wCmQsCgt9XYlgYsiCr0+I8T1sBh3V/2Ok3mess&#10;RU5fdm56aqy9R2JSJiY/4/nqYV8dVLjYUymIp8Rh8esML00jt4vBCLBkbyK0lyVx2LmdsYfrmCKo&#10;jxu4sE2XpFpKXJTxVM1TSU5+8RqVprK80bLph1G1gCT9fZXFt1w0ztOdPzX0zx/zD8/LrUs4ZwI+&#10;NMinRf8AqHF7w3F8ichnczjM5svclF1Y8+7BR0sEO2xunLZGKkXHGmYzaop44FrpAJVfzR+ki1yG&#10;G0d1ZfeYydLsbamOoK7BYStpqDK/d0RxdOKgoz7TwegJ53msx8qgRxsXOqzC7k6bfYoJpSzUIrXP&#10;5n/V69XiEsr6CaD+X+r+XRjt5Yrbu1mxNRvnOZbK4PMZ3D1ORoYsVK0FTnsMy1dDu/cddSODT01E&#10;sFOJS9oyIaZLMyqrCzTV29j11RYXNxDb27sxRZGJMVh5Y5K7FUtLTFo1xxp9YeVQFXX9AzX/AB7b&#10;jvNvZjuECdqfiIwTwx9h/wAHV2iYv4Ln7ft6LZ/o463zfyHye+YdeX2ZtigwOSzFfla+Wt2/k92b&#10;nytRFUfxipzDCARQxNHVJCgKEqllClQwE5CvO0cPk56zI5zKZeho6pqagqq2WpE1RQFIslQo1SxA&#10;kJYSyenUwBtwOFa3U+4d8hon+Tpp1SP4Bno80VHRVFRRy4vF4gY6tEE1TVUsMEUr032rTYutUwKB&#10;Ill8cZ1enVcAgW9iXsbsCn3zBi8VhhTUUtNTyyNTOsdKKupqYg9RTq76jGgF9ThTqsAP6e0l3H9I&#10;pltQWP8AOnn+z+XyHT0JRzWU9ANvTrzA7Lqt5dkbnr8tmaTLtt+GpleOsyrYCgwE0hxE8WMok8lV&#10;ItRPdU50F2ccgt7hdu4beGJx1RkOtYVwEmV0UG6MwaiesycESSpT0mPwNFEreNZrO8tQbKipwRcE&#10;INp3e3Ulp21SHgDQgfZ8/n1a7sppCKUoP5/7OeutgpSbyr6HbfZtfiN4R4Woj3TsGhl25V0lPKkN&#10;Lepzu4Zp3kpKqspmrlhghZUKFjMY5Jf3IIHTm0q1duU2ezFVgqzIT1VS8tXHhpGydXQ00AVzuDcF&#10;SoBkhYsSEve3LMb2Ld3vjeXawQhs04HA+fV7dHiFHz6ev2dCDvvdyYfJ1uLakroIExWPjp6qLN0M&#10;YmyNfVGnxuOw+2qeQ1E0s7AReSVEUGwjudR9i7tvfmU3nDla3a9HTUe16Vqqiot2ZVWxuOrKkLoa&#10;rxtE41VEUT3/AHCUja1gfZ3bWtnbMlskZnm89OcfP7fTJ6acKp8S4YqDwHr+3/D+yvRFe0+sOtNt&#10;VG307Q3LvDN73ztTiMzN1NtESbuz9fR46SSY4pa+mCS08M6gxtMmklxI0UkukuAR25sjY2G3dn67&#10;fFTk+xtyYlIqrPVE8SyYPDtlpRVUlWtLGwRjKpVUCqbC4Cge1c43Odgif4uhxQcafOnD7PL+XTbP&#10;baqwZPDP+bh0bDce6N6bx6/2wOoMrhutjuIGi2lTblg+03Fk0xdBOtZg6bDZCncUclMsEsj3R3Cw&#10;31IpJK4zuBpt3VcldS5WoymDyFVMs2IjNLQY7G0VKsMYpaqAC8oCqwUKosObg8kruXltE8Bjnybj&#10;Wtc/Lpamjw6nj59TOuMlXbI27Q7c3VgYcTuPA4LGRVGcnqKnO1e7M1kkmlymQpq+XVIGnqf3JGqJ&#10;SXkkK6eAAp9zZrHYLbEaYpcftyiocdFNVT4qOP7pcXM9zSUUZIAkl5szszKx1Wub+37G00UlmXU9&#10;Kas+fr8+kzkkkNU/LoINj7Cy+f7G3Tld4bk3dv8Ax1XuSVcHtfedKq7cx25NuwLfMlYoUApqfiOJ&#10;KWGOGUcMZCo9hZszcWK3FNvWn2fUZLGbr3ZPXUuA3DkKJ46XDYvFJHJFR2LGQkanaVYlu7MDe9j7&#10;WXphiUXLt4hizp/1H9nz6bSJmGiTCn/V8sdCVv3Z+7g3VuX31VbazvXexMVTTdh7TpKKoq5N371y&#10;VA+FiydLSZFYqVaKkrZYamnFVKiohmLgBVIFfb1Pjuq9oTY/MVGCm3bJSZGrkyWKp5vvcnOFZ46y&#10;rE95jIxYKzsTc8D2WweNuk43GZSsQpRXOD+XTsmT9NESR5kf6v8AUegK7BoN3/IfsbD02zH3RP1T&#10;jc/tmDelFmJKKj219vTZGNMtj8HLQPLFU6oYmkngLOAdDEqCo9l0w+VigptkVW6N15Orxu4K6rrs&#10;tPVvknlydWsrXx0GPpiGEQcCJV/STckcW9mjzz3CyRw0UcK8AP8AV/qx1REjioQMj/D0eHI0Jpcf&#10;nY9qYDDfx7EUUNDt+CKKgx8VIaimAp2+7eJliCai7IqfoVVAJbleb/puyMxuWi/hjU+xuqaHHYye&#10;LcVLNBLlFeKa7YynxRfWKiokZIkJjtpF9f1HtbY3Vtt8AsbZNUj8WI4k5JrwpT5/l0hmicMZ3oTT&#10;7TX04fz/AGdFz6hqtsYfH5zAZ3N0HaneuVy+Xqt242pMarNVyOKZaWKepp/DT4iko1id3COBdysb&#10;zyJCXTDdrVuX3VQY2g2vU0VPTU0bUFRkmqanIyVAJoSlTDGTHE8ouSwJOk39sXtvt9jG1RrY1LU9&#10;fT8unLVp5BqlNAf9Xz6nZX48RzbE3XTb539W18WfirajOLiaPB7c29j8a2R/i0FLQWgepaGhIDQ/&#10;cVTait2ABsHftre8OAzGFxeUnxNDk6vFM2Qy8VJUVNRTYWatP3NGJbDxRzGMeMtILyC9jb2lsbeC&#10;ZPqClG8gTjyzT/P0/Vi2DVR/q/1fZ0H/AMSOv9sNtneGY2fld35PaNLvaoG3MDuOeipaFs/i8RTQ&#10;y5yT7FVLyBpGgdreMoiehpFNg/wuUg6+6drKmKkqM9tuoylTi5afKY9Yp8gmVmdqaueqQmOSG72k&#10;cA8j+p96t6XO5kSHuQcAf8PVpaqgC1FP8/Q67vwGF3h2/tfG1NVkMPu7bm3zu7DZjEZeKeKlgost&#10;TUeYxVRj5VVleZaiJQzR6ZIXkv8ATT7SG2sjvTb2a21V4yqFBiczLRipNLQJkjlaaOE1f9kIIri/&#10;LC/1INh7Xi9tvEaEgNmhB/1f6v8ACnaImhJ6ETsPZWzuxtvZLC7nxtHloqSCt8AqKioopcfV1FI1&#10;N9xBW0xWSJtLFS6E8XBBBI9ue9dt/wCmQSbky8VPVZva1VX4yvpNvzeWGPbT1F6F5qmS15QSzuEv&#10;+Qotf2ivbiK1Kx2Y0KfLp6KJXAEpqc/6vLpD9abW2p0TSYvr/HVVTS7e3FOlXga3ceSM2Vym7quG&#10;STL45YZAvjX7anp5I00qA3kBLMwJGamlyGydhQVO487FijS1dJHixUJqWaip0WnhxyQRNrZn5KgM&#10;bnki3stsLua6uW8NcLxY+Z/1AdPSRrE2lckjPy6DjcuL2Pvvto4jCbXpN0pPt7IwbvqKIxRHDV2T&#10;qBLTZmoq6q8WsKHQgDyeseO/I9gzvHJbi7OyOC27tnF53adPj8oK7I1FFGEyWSgqbOsy09IWaGG2&#10;pzI5Aa4+vs6m3S322EvG1WbiTT9n7eksVoxkLyNU/wCToVtjbJTrSDcmd3Tvk5+nyFPjKOnOZkp6&#10;egwdHho5qcUMFbUOTM8rOFkklAYlFW3FvYp1ezKDPyx5zY2Qyc2ap5KDG5ygyksktNUriA1MHqKi&#10;utpkW512Y6rD0+w7JcXaMPGTWslT25IJz+z/AAevS6PQK6yFp516RVH2bV9b1GaxvcUm09ubPnab&#10;IbL3BjJ4qWSpgysz1D4hMPRGV2eNmPimiA1X5BPqKR3b2xuHDbix+wd1UWpsqFShhxbwyRSUkc3g&#10;grWqAyxmJ9LCSI8r+fYksorKG0qsYjNM+v8Ag6L2q0wZDWvDzHWTYXUPUtdX/wClnYYrJc9XyV5m&#10;yua/i0tTFLUyeasppcdlwstLPGxBR1QMOLalYEgh2VSbtyuapcvWY3HyfYyUuAxmOxsb1rY7GM5F&#10;PUVE+k3OojlfobC/59+a/gdBEpoor+fTotimRmv+qp6HvbGGxmDoJo8c88v8Sr6vM11XVa1nrslk&#10;GElZVPG4XRqIHoVQFAAt9STS7T2pjtp7eEu9Gw2YylPQJWUtO9AkmQNckWqKYzsdfAOhlbg/Uew2&#10;0U+6TVTVHEh41pX/AFU6UeOqr4CGpPE/4ei9b537u3dO4cBg+qqTN/bVWdTFbn3d94tPt3F4WOfR&#10;lPBTzK6y1LqrCnlg9SN+ogXHsKsz0XlM/jkzMVZ/Fc5mcymYqpnyElJD/DZtU1VTpQs2kiNQqRWs&#10;bcc+15v7rUyBSETtBAx+3y/1fPqmq3VtNe4fPoQJO59h7fy1Rt3JVsmFp8JHBjpGqaKtmihqmqoq&#10;CggNVTiRQH1W1Px+Wdebxd919Xhp+vJcLkBT7QIkx1NRtGYoqB0UJV1lVVznlyfUof6WPtVtiMkL&#10;xSJ3sak/7PTblQ2uvy6VO2YqaTI7tWuo0bcJqKVcxUgoxrKJoXlw0MMaMdMcURMYFhqbUxuSfc/q&#10;+s3Bu/cT7oi2PUZ1KCR8LC9TVCkx1LTwzEtWuZtKSF19QKXB/p9PafdJ7WBBas5UfLif9XDp+DU6&#10;1rp8s8ek32rkdtYDaVTh8h2MnWsuVM0tPlIWoZszNpbXNHjqSsWRmFyqsyRFlFgCv19iJmo5dm7p&#10;z+bweBqsrX7osrFKN2oaUU9Ksc1O+QmB8cQYX0pYXPAPtiKe3cJ9U9ETgtaV9MdWe3Z4iCKDz6Re&#10;1cam/uvNr7e3Jn5aWs24aJ6qtTKwQZysnonP8NyNTSUTKiSyoA7CUNyT6bk+26XcNDDTY7O5GPG4&#10;fJYnEyutKfFEPvqiX0Ryy3v6OW0H6k39nCSNM9YahDx8seg6SSIETQPPpSxbLrY03DgGrs1nsNur&#10;OQCrqchVPVCgxEeMjSqhgDgRhZXQxF4wODY8i/sNNtY+l3puvI1+6d1TmqqXZqCkxhNNTyMieSmi&#10;rKiNQSr8Brcgc3v7buZ2Uj6VQCDmvl69WSJVWpz0s889bsXalDBs3b1PV0GHbHUj0C1BiNBg1qFh&#10;rJ6KFr+WSCEtIkRYBium/Ptk3rT7VNHOsGARd0ZGNqLJz0NZUytLDGy/b3adm/1OkkcH8+2tUwcz&#10;XElQPLqxXUaaePSkxkOTSqqpJ8gavGSJA9BFNS08FTExVvOjPAqXT9JQMuofQk+1ghyvX+zsC1Rk&#10;GxGJMK5PMyTunlgoFOoUdPGpCiU/p02sb/n2X2bNd3bSINRGAfT59amdIVoc06Z5Y8DuTI5FHpaS&#10;vrMQxoIxUQkolQ0Qmd2cCzIpZAGBupBA9XHtowtZsbd+Iq8js/aVJQmqraySeon84TIVWm8KRnXw&#10;X+pCAerm3tRLAbafxbiYvjh5D59bt2ecVoKHqVRwZrHTEZTOtkYXjp0iWOhpaeSEr/wKqJTGhut7&#10;AFibD688+xY6gwFZtaurKLNQfa1FcsNdC1FM8rhJLkRTeb9JH5FrfQ39ll7HBuw/Rq1K/t6VSUt4&#10;9VRjy6B/vTcNX/ctsttuXFVaUFZUwViZRZftGRV0SSQGIq7SKRZNJNzxb+i37Qej3LTUGPyOHr83&#10;SRZGJ0p8eEedTFERqlF7qn41gcezW026DbYKatBPmfX/AIv/AFDh0XRs07l/LoAfjdha7bNXuncP&#10;8ZwWGyWcxCSV75VJY8Y5+8aaiqYZGMYLxKW1RF/oRz+fZB8hBVUW/wDLbkq8LWRSUlTop6KoinqF&#10;paSH9iB0ga51AD1N9L/T2quAJ4li1UX/AA9OAFH1KM9WA0xD00BE61IaGM/cxlNE90F5kMd1s36h&#10;Y29j5/pDqtybfotpmnytZVZIBqf7Sjlialgf0mN3PoIHP5DA/ge720dnYwvPEQppT/V5/wCb+fXt&#10;DPOJH6QCbBwuL3pU79hMNHPNj/tsl5mDRT+IEx1Zlkt4mQEgkGxH1HHsyWF21gNp7RP8UpaSrefG&#10;iCt8kazHwyKC8FSz3L8gXF+D9PYTtI7/AHfdGnLEIK048OlN3dRxII149FV7F7F3Pvrf2H2lsaur&#10;cRLj9wRVkNW7mBqw44nVJjbGwRkMgZ5FIdCQVZT7LLlK/bIrKuvx1HVVc2HVhjdrYNpPBUSs1vuZ&#10;aSmu7MvBZTf+vsUyLJb0E7aV82PH/V+z/MypZ1BQVPRxqGkzcNBSUtTW+aWWNmyGVqRC1Ul7E08U&#10;SKkZvcqrkWUf2Sfak68wXdG9MvTVOTwVRsPZaSiolrKmD7KqqYlNiIaWdvK8j8AM0QA+rNb2X3HM&#10;FlFW22ukkx+fD5sf8gyeA6eiiWL9Wf8AYeP+x0CHb/bfTfVuEyNbnqvHbq3GtPLS47blPNFnMzV1&#10;MgIipJYoiy0kAJvI8vjVVuF1OVRjQ12KwNSwppZ61ooCD+tQbRr63MlvoLXJ/wAePaWaHeDAuau/&#10;EfbSn7a8PkPXplr2KOrgDHRI9idp74xxrs9Htja1Klemqlekjqn1SVcpanpGofKWMjemNdFhf9QN&#10;vaFwu+tkUm6JMBgZKc5IBlnk1yTVRUMeNT3PP4sR/h7vcctvb2wnvpKnjp8h6/6sjqyXc9wtSKDy&#10;/wBX/F9GF3hsnuHefXlRkt1zR0aNElXDt+i+1gSmikt4zOqErdAb3YE/4jn31urd9ZkHqcbSfsxp&#10;dJ6oozBCTpsq/Un/AB9nFtJaW1oBbLqYjH+r+fy8um/ATV4kxr6D/V59Jzo34yYXZdfS743DUy1+&#10;bqiainx/mjjjUE+W8hjIHBvdbEH6n2gpMhV7Boa6noo4JIstB5pM1LVwIonALGFoiS97kk2Nhx7T&#10;W9qtzOLm9UkitF8h9vqcf4cdMSS+P2qSADw6M3WYfCdr5DC1OQmq6Y7Pyc8wwYpalfI9vt46lpm0&#10;xmJlvoOgg/gj2Xao7S7NbMQ08TYmoovJ5KdkqFbTG7aR5Hla1/zYL7PJJra3iKrEBT0HVY4gGqRX&#10;oS12JtNfuCuGpg1UqpUSKZFklVRZQzowPFh7H7YG2cFl8pSZCrpaMZmWVaueeGpnekjkQameOBrB&#10;OeSL2J+g9gzdZ79hqgwDgDzz/sfs6O4dKIXIoB0j+x901GztuZSsdqmTHUtDJCI1p43rJdSeMItR&#10;IxDXHA9Gr+p9mZyOVxVBSeCpqw3lGg6JREGYDTwVsb2t/j7tsmxXrS/UP2/bx+XH/iq1406RSThm&#10;0KK+fVVFcN9dh7ghl2dtNoaPDTirpp8ljnrvFBLN5Hg+2mZoliJ+rKOAByB7Ll2hvLHbKo/ucOzU&#10;uTqyUEskhlqLP+VMnC8fUf7f2MI9vVf8YuzrI4V/1f6vLoseaa5kMfwoMU9T0fbpTb25t7Ymoj7H&#10;XFZHA0UkCUmKx9AtFipZoVPomhuTMEb1K1wtxx7C7Z23KXc0sO65Gq4qyZ/JKFaeS9jd5lZAEUP/&#10;ALWf9b2Rbhfs8n08dPTozgi8NddOjN5jLR4SBYhDF4/Bog1zRQxLpHjjg0M2tuP9Sp4+tvYrz7gi&#10;qaylwtFRPVwUp/ceoeN6eEqdRVma7H/FQf8AD23brFYoHuGq7H/N/qr074blDIcdBxHtSpEOU3BU&#10;1oxtTXQNY46KSKoddBCPouE12Nlcpf8AJ9gXlNzzVu9TQ4rA4aj8dSEqamOhigaUltLSO6WJIH6T&#10;7XXTwRRBzVjTpNArnDGvz6EvC4g4zFRUk2RymRIhXVPkKyWqqLaOVEj8n/G5PtCdu1O9MZuamxqs&#10;0VCWinpqqOJpI6sNZuC4ICi/Iv7NLbcYvolC8SOkot28Svr1IwlTQ1lBHUUKqqMXjlT0+SKeNtMs&#10;UwX6MD+D+LH8+zD7Rw1dUYLG129MvEuNqogxpDK0cj2FgE0m6X/p7ZXcnuImt7dfPLUx8/8Aiukj&#10;27pdDwxUnoNd2bgahyGRx+zMC9bu6CGItVpSx/ZwNUHUhqpGKiS31YA3/wAR7dqXDU+38uc1QxSy&#10;U1QSaU1Dqsgj/SjkngKBaxI9ks7ySHQThTkivR8hUpp8/PqS2TO6tvzYHJzUsWUEMdPmIqMPNAs+&#10;i80CKTcm9wVv/hf2y717EqcNLTVUbBtToJpXa7MAblIpCv1/2H09m9sLeWGrrnpCVGognHDrDtXr&#10;XDUWNnopKZIqTyuaekhUwRJrH+ckgUm5/wCDH23jeM276imr1pKOrpY1V3SVVPjEf18yuLLb/VD/&#10;AGHtPezQCIQRkj7On7eMRggZr0/7c2RidnYyooMbUVcCVEssnk8zs5mqGLHx3JJJJ+hv7z5Nabc1&#10;RT0GViQY8OjotBUOWveyrdvSR+LG49oWnktLQrEcn16cjiXxKn9vTnRUH8Jgqp6IvLWSgeQ1sYUP&#10;o+pYRWb+p+vudvQUVDgqXbdFjIqGidNLVAQR1MwI065ZQAST+Lcf0912ZfDR7tmLyN88D7OtSCr1&#10;J4eXTRtqmqa7N1+eqsrUVTlFpEoFlP8AD6QLywpqf6Lz9WJLH2tOpesNn02IfKTWV3LAQxESPIxT&#10;UWmduRz+PYd3Bt0vdwEUJoBQ/wA/Lp5pooI6KKk9Ap3/AN47g67lpMNt7bbZKorgGlyFTI1PSUUe&#10;oJrCoGaU830i3sJO1tt46izQqcOKrWZFVUccByL8Ogtp49jOFZoYAkxqwHSVasNR6F/qTc+a3Vs7&#10;HZPPQ0ENfJHdhQPI0JQn0lkmJZW/qCfa16zzNJioR5U+/rolAqXhjeZIXb6wpa9z/UW49k11C87g&#10;zNoHl/q/1f5nqsyaFx1B7V21kNz4mTHU9YtFTzjxv/lApzJbkuZLjTb+vsVs0wz2OdnjqKWlqQwY&#10;+PwyIBwQsbfn/XHtZb31tbKUgbUwxX1/Pphbas1XNei6bE25WbDz6wy1OPr6+lAeGFJ3qUaN2Nnk&#10;nPqsP9f63v7bNubRo9swTZOqyE0nkVzR45Y0tGpHLySfqJP1t9B7LDcXW43gQLRAct07cmkTJHk+&#10;vSx372Nkd0zLtTb+HpXk8tPFlcvU1MojiuwaSGjpwlnsL3JYeyb9xbo3PFuWVqGeSKBJiI3S5Ogi&#10;2gFv8OPY0e6jSEIvADopigaMDox+zsTS4jbeJoqeFIwtHCZbKoMkxQGR208Ek/n2u+st04iWgU53&#10;GL9ypUGVpArySEW9QH1/x9hyfxruaiuQvn0vUFhRDTrluSgzVZTj+C5BaOcAqVkhSVGB/IJsVP8A&#10;re1/Lt5dxtVSwrNRUMCmSN2jBikJs6hdJ0km1ib8e9ncfpmW2hOtj04UCLVuPTX/ABn+AU9Gle8N&#10;XXVLpE6xyWkBvZ2OsarD6gWufbfSQ0VHO6tNFFU6TCqhv3Cp41Ak2/3n2td5XAJ8vt6bPy6cquSo&#10;qYk0QvJAbTMxUaRp506fqf8AWt7VcNRVUC/5LUtV1VlWClRiYkJHqknf/ivt6OV9QeUUUcPn/q/1&#10;eXViiuuRTpBZHF4zNCWOux8dJRNrNZWzxKs7qrBlipVtex/JWx9hZvGty2XIoi5ilLhJJYnCfnkB&#10;R+P9b6+1H1YSrjpjwVU6l6EPb2Gx2Io1THppgYakBJYhSARdmuT/AK/tT7Mppdt43xzoZIJCGnqp&#10;ahfKwtcCGD6n/E+0HjNNJrev+TqwKGgPl0y7ppIszJBTQVJFVArtDEKeRoy54P3FRbSq/wCH1P49&#10;rJs3SNBNJTqkXnTwxGdxrj1C2tlH+349qY5XEgZasB8+vNRxpPSLXaVb5aSCuqGlNLMtXUCkgKw1&#10;GhtQiVnJNvoDf2lcbsCpy9Y2Rrap6nG0X7zRiQMKh9V9KKObW+vHtHuO9TFhbx1DNj7P9X5dKlSN&#10;V6V2X3ti8JBT0oUU+QrD4KeF4iixNpJDSseOLcAn6+xCkngnQQRQGlgpIxEgSMRqAgAC/j8e3IQ1&#10;vCF1a2bjn/i+k9RHLVqGvQZRUNVTVT1tROtXU5Kp+5ZZJWmf1k6iFNwB/QAW946GsUssEscklMgJ&#10;bU7am5P6QPr/AE9p3uZrd+PHpVRGGrz6l5jAGoimraKSlpso6hIX+3jaONgulTITa35J4v7RW78p&#10;kJJFgoKeZGkcJDCyljpv6Rx/tyfZwt+kcGotgcemI7dtWc9LDY226Ogo/LVzU1XUhA1TVRL4leYi&#10;8jFT+L/QG/tV7aoN0U2NSasjjo4XBKySFruf8E/w+nsmTe4XuSyAsV6UPDGSNeT0kt8/3GyeR/hz&#10;suRyMegzUVOYi0KEXBkkbhb2/P8AxHt6y8bw4qWoaby1drqIgLEW+pH19nNju80rdw0qPLotuI4x&#10;IEQY6Q23aWm/vPT42loRDiEUq8lS7lll1elI7DT/ALz/AK319l2XdWR/jH2j/dqfJa4WTRwfrqH0&#10;/wBh7vebiyKSG/1f6v8AVw6URxLSlOPRolweLEHiFJT6SluY0tYj/W+nsdsfmY6PHiWpyBQ6QdHq&#10;1XYWsdX/ABA9k8e5TSy1LAU9erNZq3AZ6ArdGwKXMZVY4duU9SuolpnWFYhpa+oKP6f0J/1/afyW&#10;5K+YMIEmFO/1k8hZzz9VB+nteu8hRoU1Py619AlKkcOlRhOtMDj3imlgozVxCyxrTxpGt+SCBa/0&#10;9omWhy1XO1XTVlVOQCTSmUx2sf7Nza/+x91O9SMdFf8AD1oQrH3dCOq4yjhWCWmpoEsAHEUZQ8fU&#10;m3+9+1Tt3cOWik8FRH9nBH+tp6hWay/kD/jft9dwdmCoCSfM9aeGOQFj0H+8dgbczFO9TNSJV1T3&#10;8Kw06m7NwP0A8e5ua3fBSn7iOpeTgAeNyUP9Lfj2ZtdzMpVjTpLDbKO1h0x7a6ypoqT7SfHUsMQZ&#10;mPkp4/KCRY6mAub/AOv7i0m5pqxVl+5mW4JaNHJAH4Fz7LH3OcNQ+R6UfSRdKKXr7C0oKRYugYgA&#10;JI9PHe4/NgPx7yZepkzGMlpYXnRwD9GYswItdf6n/Y+3rfemQFHbqj7eFk1r1wwe3INvZcVphpAk&#10;6kaliSPxN/ri1v8Abewewu2czjc19y0dXIivcmQyBCl7gsTzwPaK+3ISDSG4/t6VJEAOhNkqqOWB&#10;x9zCUdGXiRCeR9LX9mKpM7WJSoJ5SgjFljGofpFiLH3W0vAq6I+Pr9vSd7VdeoDouue6129W5Waq&#10;jx0M09S2qWpZY2b68Waxtfn8f63tuOeqZagOzSMgJCqH4IJ+vHv1zfyLgGgH+of6v29PxWyL5cfP&#10;p/pOu8HR0Jp4KSljkZBqkNOpIbTyAXH/ABPsSsbT1FRjPvTKsYkUiNSSXZrW4/417K4N5ke48MA0&#10;Q/6vt61LFEh0jz/1f8X0XffVJgcNuKkw5oGq5ZZFed4oEWmjjDBkEzDkaj+m5/r7R2XmyFE58TVN&#10;VK12EUWr8H+0fx7NW3jzlOkcP9X+r/YsLRGXh0Lm0du7cy9LGf4bjqOBPT5ZoojZjwWQEfU/1v7C&#10;PcGV3DVzFYEmge7aXJYc/TSSfyPbr7ugh7T9nVo7MA9o6HbA7aweKphFBDSyLpXVZIyv9QwA/B/H&#10;tf7BNfS0c0lRLUPPLGVknkJYIx5YWP8AvAHsMy7u7XiajUA8P8HSia1DRaekP2ft3FZqkpaaampX&#10;jgnim8GlU8gRuf0j/YfT24V2UygqFjhlkdAP3JFH0F/8Ppf/AHn2JP30giwKE9JEtB+IcOkpheut&#10;px0zTT4yhilZ2McbgMCw+hOr62/x+nt1g3PV08YV43UkKqgt9f6Brj6+6QX0Ukuanz/b16ezSlB5&#10;9IrPdFbZzMrS6af1O8kpWFBa450i/AFz+fcl911BGjSyOW0gu1lDf0J/417NVu4E7zmvRe1oK0HD&#10;pHwfHTbMc61CxxSQwqTojiDOyjnUBwL/AIufbHldxZqJQEjWz+oyxyawAf6ge6/vGEJRF/aOnUsl&#10;Jqxx0JW1+oNipN5DHqeHSiU88PjKsB6bX+t/6j/Y+2GDduXM60sSvI7/AKj9T9OWsDwP8faGXc4U&#10;WrDPSn6SIjSR0vKrqLZ8qfdz0dOiwi8f7ahFsbgEkXJ/p741uer2n8CVUn9ZFBuFJtwCP8fehuGl&#10;NRABPD/V/q8+vLax1pTHTjjNg7egi838KpbjiJ2iUOQv0JX/ABHvyZ3La1iiLEJa8hJI455F/bT7&#10;mEUk5J6ultHq4dcptgbYmDy1NHCfJc6DGin+g0m3sQ9u5HITpJLPLrVfqU5Ab8/7b6H2Uz7tqlWJ&#10;QAT/AKv9npyW3UJpI6BTsTrTaiwAwUEcchVgpZFDFW+hBPPJ+lveLIZyrjqNKSqQHBsPwv8AXn2J&#10;0uxFbgFePzH+r5dI1tlY16T22+odrS0JMmPOpoXtI6m5cjlV0/7z7b6vclSty8jBR9Lkhfpz/tvd&#10;EvU8uqJaqrY49KrEdMbchssGNgDk+p/Ghk5P+1fX/fX9tlDuXLTVVrKlPzd2JFrn6Hn6/wBPbE+4&#10;rQJGtT0oMCKKnpT5Tp7Zn8OdZaUyVBSwRVBLW/1AA/r7Uy7tZbQpMrkHk6vrb/Uj+ntTFJGAJJlo&#10;zU8s9IGttbFqdA7X/HfCVkslVJQSRJpIjjQALGD/AKs3Fz/sbe8y7qaUtGstj+fwLj6j2+biJe6g&#10;/wAv+rj04lmStSOmU/HLCUrQ1TY8SMl7Bl1XX+yxPP0+vtprM9lJo6haJQ2gWZw3pH+Jtxx/r+2n&#10;3C2RgXFW8hjz/wA/V2tloGboR9u9ObPxktDNkIypMgkjjeM3Lj+z9CbfT8e0h/e+ege01TJJOTp8&#10;a6mOs/S3tozq4LMoAPl04kKntUdC/VdX4XKxCKLHwRU4UWk0qLoOOfqT/jf2Lm39zSvQxyzsUZwC&#10;qubMQfzb2Rl4Li4IA7R5/wCr1/1cetyRrGuOie9ufH3FVmSlbG0qvIb+UwIBGpX6EkD6j/ihvx7n&#10;VG40Ui8qXAuwVrtz+LC9vYgt44QhYjjwr8v9Xn0mWJnq3+r/AGegmx/xyLq0X2MiLYrG7Iyxg35d&#10;mP1NgSOfcabNyuhlLHQFNhe+mw+pPuglhR/CVfPj9vVPBK1ZjnpXYfonEUBWl8I+4MiK8hQjyfgo&#10;oNiAD9efp7Qdbv6oindUsqISNRI9X9T+PauT6fSEVf8AV/PrbW+tat0YfB/GbaxoUaug8882lnXS&#10;fQCP0av9jz7T0nZkRlZZKjU62uuoWuPr9D7uZljUAgD/AFfZ0zHaJWnr656XNL8eNvUcIjoqGmpk&#10;sR6EAYr/AGQdX1/xPtTYbeklU4dAwiNvU4sAD/S/stur2AroGSfTz6VGzAyOkhun49YJ6N0eGFpV&#10;B0KoF9QOoFjx/ha/t4qN6RxPpVwzXsPUP9iPTyPbqSW5i1MBw/1cevJaFz3E0/1eXQeUHxkpZV1y&#10;Q6IidRAQgN/i1xY3/wBf3hfd8s3pVhYngE2JJ4t/r+20mtEzSmOP+T7OnPoVBBPl/q/Z0/Uvx1wm&#10;PIdYPVxrYDhQLevn68e26q3dWQlV8WkueCW5H9Tf2rWe30cPy8v2dMyW3dQ9KHH9BbYqWeSRxOI+&#10;SdJHqb6g2Nr/AOw+vvG29alfGjuqgkX5+n9Rb2yJ42Rn00P+r/V/n6qlkhbPUlfjxtQyySx0KOQj&#10;AMYgNRI9Lahb/E3+vsQ8Lnnrgi04MjWFyoLeojk+w/Pc2ykmZs14dL/piEr5dF07E6EpMatTVyWp&#10;aVTLK2txGiIDqH5t/T6C5/r+fbRujcMlDqDGwQWI/wBqvc/8b9ivbYoPphKyip8/l/m+XROYA0hP&#10;UjpTpjF5EisULI0kzNHIFB/bWyrYkcf1H59hdT73lnyEcMcbkauW0/jV+PdL+e0hhNAM9L4rQUr0&#10;cs9Q4+LGSrJKVcR2ADfpIX68W/pzb+nsYsbWtPTxySR6QwBJcAC1ub/4+yC3mhuJdCeXpx4+XTNx&#10;DoY04DooXYmzJMNPULSVbMxZwiqxb6EWIa/I/wAPbtFklDaI9HB4UW1f4X9no26FVDS/7H5dNxhi&#10;K9Fyz2xc1VxyT1ElWVf0mVnkswsS1j/sP6f63Ht9pqmR0LEcDkE/0v8Akn2XTW9n4lEp/qHl/P7f&#10;OnSxRpFT6dAJuDbs1DIIBNNqkcrp8huW1XP6TYjj3Ara9gbn9KnkAfUf4ezS0srfRojGTwJ9f50r&#10;/qPRVM7SPjy6VuzdkSzMG8syVE8d428ugKfwCb/W3I9o+uzcfkEaIGe/ChfoCfqSOB/rn2ZC2hgi&#10;JkzT5/6v5Y63DCzMS1Ojd7I6myKUn3lTXzpG0YLStKeSo1ehSSSfwAB74DP08LJHpUuf1Hjjnnn2&#10;RXSRaSx/L/V/q/n0rS0DN8ulfH1Fm8j9xUtX1UNOt2ijLsLlUsqlPoD+fr/xp0OcpigGldVhYqOT&#10;+Obe0USopJZu35n/AAdPm2ZOHDpD1HS+fard0q5dJYkpJdV+nJAP+9ge+X8XQEAJe/N/9f8Ap7fC&#10;QSLq1dVNqWNSOoY6mycSzeSrkJGpCL2BI/1RPP8AS3+9+8pykNrOoNgNP4uCOP8Abe/GKILg0rWv&#10;2/7J/wBXn1UxV7adNcfWWeSoElLVT6QVFlN0BVrG4bjSRb3GnzNNBEGOgA3/AKX+vN/dY7OJ3JJ/&#10;1eo6q8Ryo8ulTjOut0Vlb4EmqGbhQzBtC8cgDn/H2yT5vHTrqfTdrAcre97j/fX97WCj6Y/I1/1Z&#10;p/Lqot3U1X/Y6FnDdf7txNkjqJXVRc60bSL/AKh9f6g/4C/094485jKYnSI9RF7ek8/48c8+2jYr&#10;KR4hr8+tsJKaenWt2RvLJLY1M8aBj6QHFgBb08kW+v8AvXHt1p9y0zCzabW+gAH5/wB9+Pdm222G&#10;EPTbQykUbPQZ5vqHcrSmWGqqNd2OsyOdRtfhfoLG/A/2PtziztL9UCLquQ4tf/YEf717ak22BjVz&#10;qI8v89f8I6uFkpRsHpE1XWe8otSPW1siXW8TPJoCj/Uqp4v/AI++pMhTMNTMGP1F7G1/6ezCGFVF&#10;EAUf6sf6vLpl4SWqBXpmp9k7shn8MbyqoJB0CRWcAE6pCPz/AK/+w59wzlqP9JZfzxcAX/xHt1rY&#10;K2qvVFjctQ8OlPD15u0HzKHWw9N9TuQw5AJN7e5FPWUjm6lR9fqQR/tvaG7gBOTUn7fl/q/4rpak&#10;ROKV64TYDeFGiiWKSVAQvo4kF+NesWubcfT31Uy0aRGWTStuRa1jxcDn8e0kUEkk3hrkf6vMf6jX&#10;5dNzakBA48OnrC0+5ZalaKHyvyBJ5PIQpPB4P1I5Fzzfn2lJNywozIki2Fx/Sx/2H19m/wBFFE3C&#10;pH59NLbuwzjoZYesKytp0lrkk8kgAIF7EfWwDX/2J9yKHKJXyhDMlzwRcD6/0A96upxbpVRj/IOr&#10;rbaT0z5rYDYOieWGjmPjHlWyM12Bvcf05FyT7Vr7ao5Iw8sqXZQ629RIN7E3+vskXcZ7lv014Gh8&#10;vTp3SE4jPQDVHeOY23WNQw46qmVHMZuAi+n0MUAPFiLc+4q4THoWUsHv+njjj36QXoowFPXqwcN2&#10;9KaLubN1lMtQaOem9JJH1dub2IHH+w/2/vJ/Acb/AMdB9L/U/X+n0+n+8/4e669w/h/mP8/H+Xz6&#10;9+X8usP+mnNf8qU31t/mG/zf/Hb6/X/aff8A/9b3240LITexDN/X6fUsT7wRqwb08uu8AT163FTW&#10;XeSEA8owQEAAj6/Qf7b3DmnhWoHhOtgCGbVc8fX3dAwyfyHVCBinU2npppaS1QvjQ3YLpsOeeR+O&#10;fr7nI7BQ7kHVayghm/1yT/T3pweAx8/9Xr1dCAOPTaUjLmNLjTe5IKKQBaycH6f8j946qJnUudX0&#10;HB4vY82sRz7RrLIJdB4dW0hqV8+nOjanjUBSuq5PpBPP+I/4r7b3jWIoXYhW5K3uDa3+w9rI21HS&#10;OPVGFMjqX5GkWTxqCyLYOBpIP10/1/3n25JKIYT4UMjEengW/r+PfmFGGvrSgk16ZHgerm/ekWFF&#10;5kFzqYg6fr/T3jSbXy/pdPqDyD+eAPagQowqvn1Vs4Oeupo3gNkXXG9yrD+ySNIux/r/AFt7nU1Q&#10;PqRZRf8AULcD6G3u8lulO0/Z1UVr0yVsM17frkY3IUar3NuL/n8e23J5VOYgwZWWxsbW/H0PtN4A&#10;YnPDp0SUx0osDh3jVZ2Uo+okaxcnVyQb8/7C/wDxT2xtrkjMcBBFwfpduebX93JNM+XWql+lOgjj&#10;mEtQpUkEDn0i3F7f059pbN0lRAgIVtUjfUg8ah+OPe42R2p1V42C6j0ocdUxT6tLKPHxYEf1/P8A&#10;tuPfW3aJI2/cJVybG/Nrn8X/AOI9mQytB5jpmuk56i5uodIT40DAX/JF7fj2KqSw01IFUfUC5H1+&#10;l7gj2iulWoQdKFY0oPPoI4qerrsnLPIwGglVQi3pbgqVP+x9o7LO1WCqsysL2svBW/1LH2mHadXX&#10;qA46EvERLSKAwWzfquw1BiPxb/ifaeWjmnKxoHaRCf1fpK/kEe7s5J1U49aCqK16fmqIoVZ3ZVQi&#10;/HJDfX8e3KDHS0cbvJG6Gxsqniw5NgPejIDgf6v29WCHqA9dBVOqRyRSC/J4PJHHPvg+SGjwkFXt&#10;6W5sPqRz7uIBIwfzHWtZUUPXJaPQ+sHUhPKfW/4Jv7m0fkr4RESQVu2stZTb6gAe7yqV7wKY/wBX&#10;+TrSsBg+fTfVtFQSmWxIkYKEVCzC54JPvCcUJXBeQPpOlI78Ejn/AG3uodgNXXmCk46znJCMFVjZ&#10;brrZyPoD9fbzTY4IqvLCjoCQqLyVv9XuPbUh1A/P/Vjq6IeOOmepyod2jhndGFizsFAex4Qg+2Kp&#10;pqajrJJI9TD6iwvyxuASf6H25bMQKv5del0g1HT7FPPWUqKQEZrA3JXj6EgD+v498pcqWopYwOSp&#10;AVhYm3Fh7fkKMajy6bDH4RjqPDiBHWRzk3tf1XPH+v7RdRUy10JoliYSA2LW+qn+l/btFajqemgp&#10;qdXn0pEiSFmkL+lv6ni/+A95aKgWk8cAU+rmRrgqDf8APt0PU0r17SBkdcJZNSsw+g/SvN2tz7Uc&#10;ko8ElKJgoRVYSMR9R9QPbM0bPSQDI6sGUdNcKETLOYiDIzAoAfp9Qze2OklL1hhlmHiUAK7nkkn8&#10;D+nvQqUIPHpssdWOHTnONEJkjiu5Fyotzx+b+xHxVO1NIkqfvAqCSLkgN+R7TvKB2EdKVTAIx0H+&#10;bkSsgeJ38BDWAIHq0f2TYfn261mMNeSC+h2Gu17/AEPPtINVdQ+zpyikd+emqgzUeLjUaPJFGNOq&#10;3ANrBf8AH6e4c+2YaaBJGkE0gW4BFweLAavyfdZHdHoRQdXVIqY6nY7eJyc7xxQtCgbSSTZiAf1h&#10;PqAfp7Z1pzE58kNwACiAcg/ge1MMoYVBNR00VYNjPSgmn8sYEcyrqJEjE/g/09tWU3BJC8SatJW6&#10;aP02H4IH19rY0jY1A49NyOUFG6zY/AwKkpYB/IQ+u+rUfp9T7lUFQuQVEma/mJXSjXNjYaj7e8DU&#10;3Zjz6orVGeo2RVsarzxICIED3ewX0jlQf8fp7W8W1Kf7KJpJ1BLAxI4sHB+qkn2kuvGUgAHGOnYx&#10;DWh6CxezmkzNTR09FLKIo71c0RuIDcaXWw54+v59obeWNGLiinRJPCkqoywEnTfm4K/7z7SWVyxl&#10;8OT+fXpUGiqDPQsbXyq5WF2LBnZdYLpZz+PUD+R/X2kKpY64RVVP6BT6EdFBuxIvdvzx7NCGhk1g&#10;1DdJx3rkZHSlh1RaoZSWZ9bKTa1hxa3vNTVkUU6ioUFSCoOnm9vwT9fbTFTngT1YEg9dTQyPGREx&#10;BuPqeODyOPbVP/lFaxvNZWYqrCyHkAM1vacOVxx6s5OrqWg0oLgXC82/2/tV0GObxMdSvqWyll0/&#10;i5sPemNeA6sATw6aKqtRHUMGFjzY3BH4ufx7zTRy0FLJLIFZAGRWJCi5H0H9fahNEg0EUJ61L+iu&#10;puo6TRVVSqRSMGXS7hbk2DcXH4v77wYopgWJjEkgNywFkP1Gk+7yWbkdvSKG81vQjrFmairgA0LI&#10;0aEXCG5cfQgjj/e/c7O4yojeGOmmRkqYL6kPKE/W4HPtuFypMZGR0tK611Dz6b8Fl4KyCeaohlhe&#10;mnaIiVbBgv0MbfS3/FPfW38PmaMBsiwekVtQmccWPq4B5/wHt64uIXhA093Wkt3jq9cdYcvl8VUM&#10;1PQzq+QKEeGJvXb8ax9OPqfakzO4Ioo46SkhV/Qsbiw+p41Efn/H2mtoEmbVJkdOa2PDpNYDa9Us&#10;09dXVcokeoeaOz8Kl7rGPpax9s1IC9Wn3FOywuEC1Cc2J+qovH5t7UNbo3apoetUKrrPShr52ioZ&#10;TSVCS1EQctTOwXWPqDKwva4+nHtS5nGU01IJDPHGICJlUmzyG2kXP+9+yukkUhFKkf6sdPYdKDpM&#10;7bzlUasRNSzOKkmFnHMUOm7Hj6j62B9hNmZaelqo5UjDSuQrSx8FgOSur+g9mtrEaam8/LpFISo9&#10;T0KlHrliKksqgWVX/Uv9P+Ne3IVwkgeSnpnHjhXVKqnVz+Vb/D8+3JWiQ56uodxSnUQUbLKonqQ+&#10;uVtMTEBb2+hX/W9t2OoJcpklimmnjICeQXPiX86gx+pI/HtUoZkrHnqmnuoeuWTyEWJoJKkxqwQH&#10;Sij1uf6AAcexelw0FPT0KUsjmVEfyGU+lrkWZT+P629ksgkWVjL0rdlCaEx0EGO3XU19TlZK2njS&#10;lM0S0321zIoVDrWVTweeLgD3hlp62gic1BEcJRpATezqv1A/qfaXXHK9AOtLGVAY9PNNV47JyKaR&#10;vPURzLA/jZS8Uh5tKAfSOPaFMEWtqqfRFGzMyMWupW/6gPZtDGXAQ4IpjphtJNT0umqn0iCDXNIq&#10;aXUJyrW/SxPHuFm91Q4allp6WPyLKqhHb1IWb8/7f2r0RdofiOqNIwFUwOotHgnrKiLIV0jJJGzf&#10;toSrD8BWP+t9fcba+TyeXj1rLFGISC8fkCs4PIWx+n+x97u9Ph001FOq27MzaWPUvK0+No9MksL6&#10;pmKq6RmQRtb6m3t0ydRRUiSiZoD9yGV0JAIb6+m30/1/ZXHaSEUp9n+r5dPu6qa9c6Ez1BjZRKgg&#10;IKsb2dLaQCG+vtObcoMZ5pqgywyozktCf1qCb/n6j2reCUQaVPTMZjL1HU3J1NREgjhjkDv9JQAU&#10;1HgLf+vuDvyOnmy+LloYWdEWKKRLMNJ+p0r+Afyfabb4ZYyRIa16tdMWA0jrvC/c/Zf5Xp8plla6&#10;kEFS3Goj8/19iTtXA0M9E4or0tcy/wCZLehnHOpR+L/19tbo1xEPEQalH8ulNqI2Wj4PSRz+4JMZ&#10;XxJXpG2MJ/4EqLFLj9Mn+t/h7V7Uf8MjWbJU4qZ2IhXV9EUHSCxHJt/j7J7VmuZNCnSD047CFace&#10;k9NXrlmaHC1wp4orzOUs/lZl1siBuBq/w/r7ZJa6fCJKKiSl0O5dPHzKUblURPxx+T7FEdvHIgDj&#10;h6+fSIMVJkrWvXko6TcssE9GtfG8UZilEupIFkQ6XeVv7XI4A+vt9xFbTbhxtZRy0xFLU07Rv5f0&#10;s97qwY/U3HtrcI41hDRmjA9XikctqkzXy6ROcxVftLcWKy8db9xUU9Zr8cKkv9tJEYpYmiHAGljy&#10;eOfaJr6vH7Xr4IfPSGR4rHWoebxE8Wd+eLe2LWP6pG1j5cc9ammWDuXB6FymSq3JQNK6VcCeQNGv&#10;k8Mbuosx8a/g3/437Ucud/iFNDPQ3lKDTJ4Y1DEjheR/sPdXt0tJKtgEH9v+qvV1leZanpK0W2/s&#10;aqsp8i4VZnDU4qKh5I/He7KFcn8829punTK6qido54nZ2WFp7xNcm9tR/p9L/wC29uNdhY6RmvWg&#10;h1Gv/FdLCoTDOKamLUs0SIrSxxBJV0/QEon9TY2t7TFbHmKmurKKoqnjemViApEqSB4hIvqH4twT&#10;f35Lpni8RR1R0Gqh6f6RMZBTQVFJBEsUxUIQgiPDaOFYD6G9h7QGXxdfLDpjrkKTjx6LEss344+o&#10;sfbvjuuaGn+TprwhWoPTwrA3ABFv6i1x+CD7WGx8Ll8FRyvnaaWsgiuS/iE0UlNL+bH+zb6j2lub&#10;hLqi/CelMMT23fWoPTHk6qGoQUlLX08VbIzLF+8FkEicgLbm4P09rKgr8SivDSw+GCOoIMZBskRP&#10;4/PHvX0kjgEtU0/1f8X176gBzinTXWUuTOh5pFkk+3Ua0shadAAPSOOefbXlBVy0vhpJaZ6aepdI&#10;pgymQKx5Vx+CL8D3dYtJAZc0/LrTMrAsp6caJoBM0sqzx1UdPE00TK4QG3647ixBseR7fhiaHE7d&#10;neSPzZC9OsVYVLin8rWJUXGoD82/Hv0UjNcgE0Hp69NzLWKq+nSYbK5LJ7mooqaZYMQkdY9RSkWl&#10;rHgUBA7Eegc3AP1t7ZsLhVq6nyzZxn0y6TTKiBLWuCOAwPs5MjImrTinRWtopNdRJPU/PZufHQMK&#10;fDSS64dSzFlsratPKgG/+xPvI27aHbuUSgWRqiSKawlmjZ0VpG9JU2sbfjnj2lQRXA1OOjFX8GiL&#10;X7eo9XtqTceMJqmah+8pow8NK7RsyablHcWPP59q6HcstLQtk8rB5qSoZ46pSBJATJ/m1YL6gG+o&#10;v/T6+088cbkW47fPp9NQUzA1I6R9VsuinrYcfha00GQxsUUmPnUulXCkRCTSoXujlQdJFvofp7ZM&#10;bk/4zmh9kscdCs3keHxmOJIytvQTY3/oR71HGI4jFknyPn14SayHOOlTmKNcNt6WWtllnr0pfEKn&#10;UJJZZVa4ZltpIP1Itx+PYnZYYGjx6JRmDyNDUPVRM1zpaMl442JNyx+gvx7LBa3MMpMmR6+n+Dp1&#10;pVcdopToDtn5PfGfzdbJnaOppqGmq6GDD1MQZRVPHMAtVPBp9KKCNTX5F+D7LticvPC1W+36eoRF&#10;8hcujvKyCXQyRR8H2ISVSGkhqOka97Erjoz2RxtFkI4Ey/ilCSK0amyRCZV1Kx1f4g29hN2TFksp&#10;ncTTSTZanFWRH9u1PIgCow0SKWNypP1/pb3W2mQ10NgdM3KGorXpxo44IoFjp/FoUm5hKlS/1Ykr&#10;+f6+xKzGVyGFw+3Mfg9E9TFTSy1NUkX7khjIjaOZ0/K/7f3d51R2Z8Vp1d0LxhUPTTTY9amuy1RW&#10;pLJHNLDBBTTuXgSGGEXlgQ/TyMST/re1PtXDZrd9RBFlMrLRxu0LyQuoYE31IPGbEBhwTf2jnuSq&#10;kxj+f+r/AFfZ0+kLDucHph3huHHbFwlZmIMO1bJS080op6JESRwguymWx/P1Hs7GCoKHAYmGiRYj&#10;TRx6GDIqiXix1rbnV9bH2EprSbcJiKEEj+R/zcDTpX4qx0ZcU6pY7U7bzW8t9Ln6KprI8nS5KKpo&#10;KenrKlzQPSSFqeOHSByCCxNvr/hb2B+/OlMFvnctJmhkTQ4qMwmbGQRgRNMnEmhLAAvwSb/71f29&#10;ZSbntZ+jdC2cE+n+x/q9OqTG2uUErZI4/Po8PXvyxTCdarBujF1+S3ri6Wrl8QqEkWuhGqWlq56g&#10;gWS3pfi68A/19jbjMdS4egpsfRpppqSFYox9TZBa5P5vb2ep4k3fJ8R/1fl/m6Z884HVTHbXYeU7&#10;C3vmt0ZqRGr8rVvKYILinpFHCU8OosSqDSCSeTzb3M18G1xa/wBbAf7f2o8IKRWhr14tQZ6CuR5Z&#10;iCzXVgbKCSPrxfgfkkW94RMgY6nQW+tiP1Xvz7eaCTTgH9nl1rxE49OFPia2co8dJKysQUJR9JHN&#10;rH8/U8ewT7Z7Fq9vPjMVg0SqrMiKnzSpIpSjMRVY0m08gvqNhb8e3rWL6cF5Fz5VH59I5ay0APnn&#10;qzT4VfGDEbrosxvvsnBVghpK6jp9tY+ugeCnracU5nqMhpkA1IHKolgeVP49hPj9u7eyGZxuY3hu&#10;Spnz8UEhFLSyE0hSaUyLFODzqW9rD/e/dZJr2UEx0Vfn0o0wIApGph1YrnMpuvC42ag692TQHFUx&#10;NLHLU1Ax6r6ArVFFRxKwdR+Gci5H0I9iWslDnVymy4qaoqYJ6VZY3SGWNY2166WoE5sB43AP1/Ht&#10;LdfT/SiUMPEQjhxNPLqqRyiWpwh4/LoHK2gyW0sht/t/OZOjwr0cj0mTp6uuRqZqOpVo8hSCGO4e&#10;SRB+2RyrBf6e4tH19NUwx0m45dUGJrxUwUVPIjCsvH401l/yDyLC9/ZVLfXGGtxSvEnpUUh+EkHz&#10;6U+R7o25rp8ls/RVTbixek5ippqhaTGRwB6hZKkqvC8ngnlre1gJcdhZpstksoy0qU0FJTYdC4aA&#10;ABNT8/lje4H9PZlF+8J4QrDSpzqOSfn/AKvPpktGrgKKtnoB85TZzecdLsjY+zqeoys+Uq89m+wK&#10;+KlGMkkaoNRLBTAamkkZPR62AA/rx7kZfJ0FdgnhqpI6fzSQtRRynXKnqAE2m4NwL6SP6+0k9tMs&#10;omTOnieHTscoJKv5+XXHrjZua2v2Z93jqaor1GOrqbctdSwCmoZZUXyRUMMttDKZAPKjAWK8c29y&#10;McMbjMLV/aI9TUGllk8jp/lCmRCF+o4F/wDffX2kQPI/iO4018v838v8vXpSRRaU+3rjvuLd+7ex&#10;NrUmUkbBYWDP0AkpIaxZMRlY6OQVElPO6WbUV9Vh+QR7QcNVU5TIUNFOrw1CLJ4Wj1aUp3UGZne9&#10;tQP1+n+HszEyhS9uatwp6/4P59NRx6RWTI6MBXYjEbPwWfzOqObFztBVZAVBDeSvgcQUaQQsCwVx&#10;ZUADXP4Pv2X2/R5PGZfGYPLmHJV9dQRVaxVjTK0FObVqXYakd473UEkm1jz7SmbcLIePeCq5p58c&#10;j8unR9NK5VcUHWDCbqrBndr5PO7blgwGOwGVraOvrMXHQ1FJV10sK0ESRRsysFAdfKqqFBuQD7CP&#10;sym3qtRidrbOdqDB0eOpPua6NGL1dbpIKuyEOx+g0/k8H2utNxVYTJKKls9MSWxdhQ06EnYNHja0&#10;5Td2aNLNnsllcoYzVSRynEYuKp8VLRUaScRoVjEzso9RYm9vbnhNi9nZHDQY6qylLhcLIsQrq6oT&#10;/L6iGYeORaXHIbpfn9Tcf4+2pt/iWqxqWJ9Bjr30IOXbh1H3BvbrnG58SpDDnN1wRTrTR0UTOsMl&#10;LF9zomyUgFPEeRzqZueFJ49rXdxj68x9HR4LCQTtWtQ46jrpvFFLLWsreeVwgJYhRr02+l7fT2W7&#10;eYb25aScksD8PkP9Xl/n6fkLKi6KAdJjZFfW9nIMjnc8lL9vPk6qswGJnklozipKox4tGqZlRgoQ&#10;HyMo9RX6ge3jZmzdwy0VZls7X0a1okqK6kpqJFcGd4iITUgX/ryqkH/H2p3C6ZJlhiiOPM4/1f6h&#10;1pQAhJPSF7H7s2Ph8jiNqY2nlnpKyoocHla+sNTTQU2K+8EdStC9SQZGUDmRrrbn1e4uD/urtXfF&#10;XTfxeXIbrkio6jMT5CaP9uOpj1xx0yj9CW+i8/7G/tbHY3l5b62ZVQcF+f8AsdMeNGG0qMnz6hby&#10;n3R2v0zkZKfbaYnatauTp8DjcLJNUV9RRY2skoqOpqoyqC03jLhVUDm5J4PtU14yecyTGgyQxWKx&#10;0zmoWKD7iWvmntOjRg6Qqrq+oJ+v+HtH4psE8FErk59Mn/Z6UmFXoW4nPTBtfG4Dam36Gs3PiId2&#10;b13LiqJEavmTGRY2kxdCmMkpnlcyMGYRa2UoAW49I598NwZvA7WxDZSqoaCDIh0XKVj0ypWTRNGT&#10;ITNH9Sx06iCeOL+2rHbVu7nx5HbTXAqaV+zy/wBWOmriSYJ4anA6z7axW/8Adu6avA0ufq02DDhp&#10;5ttQ0tTBPQUVbT1aQ0qzrMpYxwxFhHGygalDWBHsGqar3T2fX11JRyY2n2G4o6qgeaAxKI4JBUGe&#10;QKQzMjAAJp9X549m9/cQ2senRVh5j/Uem7aNi2pzUH/Vw6G6iwmy+oKChzWSiq8xvaohXHz18c9T&#10;X5nNV9ZGPLTxiokKRQuYwyg6UjAvcc3G/JV08FTidrU+Z/h1LR4qSsqMv44zJqhTwxiOLUoUk3bS&#10;QbgW/Hsn25EnJuGjVmrTP+T/ACfP7enpewVOQfLousGA8WN352xU7JrN5ZvcmfpcJjOvIa14KFqW&#10;qqkkePIVRSZWKFyZakKRHz/Zv7L7tXc1H2hlaiCoy+byFBh5MjG+ReNqTFVdYXMVNTmkbSzMV9SL&#10;zyf8B7EF87WsCtCVU4wB5edKf4ek8DB6grgdGmqsNjetcL93tDaWEoqqrmxsM1BQpHDUxwXVa6of&#10;IFSXSAEszFQNIvcEj2Hm1NxYncj7xpqjaufE2WpJdrT10jVVRPFSwSePxEkeKAejTKfrY/197uTD&#10;4KyNLRhkfM/4etxBnkIKY4dLnK4uslqMFUU2Rp6SHFZN6+oojAkdPkPNTTU0wcqSwKmZpY1UgGSx&#10;ctb3JwmWx+w88u0dj4CGHPvSSJn9wzQzVEqXstp1JCxQrcWA5IIJuT7rDGpgM08mrVwHl/xfTbEr&#10;LpVaU406bsttmj3ZCJdxVM1bh/NRZDH4aBo6eljkpG89NUzVEIE00rGzAGUIthpW92M1N6bYwW0c&#10;hFkpUydF/Gy9PjqiCOsymVqpavXWToZeIKKP6WHLDjj8rbeLWweXH2f4Pn/sYPWvGKoQoP2fn6dc&#10;crha+q3Rj8jQ/f0spw9dRVeRjyMkWMoaYtemQYlTpq6xpHLRvKuiJVJNyVVxHxOcxWQ3HRZ6PGZJ&#10;sjkcYaelFJQMIqHEVkJo6enoJggEQFxwDpDck/U+y68EELMqvWmSCf8AZ/1DpShJUVGfX/V8+khX&#10;bNqaTZTbYOTx0tDjanH5GTK5yolqavKZfF5OLP1FZn3dm85nmj8ktyrG/CgBbQsR13uObcmQzWRx&#10;9Xg6dDjcZR4jJ5CnlpMjjMSij79o6fXdj9QpABa45+vvSXMc4W3QFlpk0OP29NkLFWRjQ+Wa16h1&#10;/cOxKbCTHGbjp9xzN96Jq7bKfxD+H5PJTO8EJ8BbxMGkYMrNrjQB5Aqm/tz7Q7ApdwUtR1xRtuXI&#10;VdfNTQZPG7ZpYv4kKeJxLNQJUkFIVkULHI7t6VJt7WQbbabexuVIUniTnpgGWftcE+n+ry6Djqjp&#10;6k29kIuz8/Ht6mq6HH5N9v5SevrpqenizQWSpzteato49UuqRrjQWDk6gWBC12tt/eX8IyZ/uxjt&#10;syVVJDDj6WpqYq+t+2o4x41r2j/bMstrG0lgfUT+PZbc7ntczaVPisD5D/N86dLkglUdxoB03b53&#10;71xSZvatZm9+53MU2FzdfVZF6Qy4/E/cZZXQ1CNHpf7WjRnKpGZQVITU5Jsh94bP23i90Yuj3BV5&#10;Dc1dW4Wsrv4RLUpRbc2/TxVMazZGripz5Jj5XNnlezW4HPuivuE0enVoHkPM/L5HhX9nWmMIGpRT&#10;/Vxp0s+o+2K7tjAbkz+3ML/dLb2G3Y+BxeSqI2yeU3zFjqeOSSqx1NURQRUyyo0cUYPn0jUPQU4Z&#10;6HdeK2DuGethiwmcqa/JinxORx+Pjp/J95DHEIqcFmIWmuI3ELc2twTb2oa1SgN2SNPHPH9v7c9V&#10;8VmTSnmfz6Vm8NiS9ydeLtvOVG6NlU2VghgzGMXKAZUUtHkSZIKuppXKyfdxx8mUsuh7tGW49map&#10;PFtuXFy5YvWZzdNdTQ1NZHHII5q5YGnipRFHcJHFFGxGriy2Jv7KUsmvZHdX0RDgPX5/6qdPrJ2H&#10;QANIP/F9V85/dVF2Dt3f2A2BTY3bu0ejdubijxmHqUgaqx+HippKeozsNZU6g8tVMCg0MZCWL3u1&#10;iEfZ2+/7v79xA2pR0NfkoqGaHcL0iyVlbT2q/JjsdLSU1lUSPNNNMzFSdKljYezqz2+1tYtd0MNk&#10;DgPtHof5+fSctNMKKcfz/wBXp0LfxS673J2R0HuPEdxSbjba+4cs77Uhy07w1z4SfCUkH8ZpK+r1&#10;ymAhTT0IKiOONXMYZXBV2ymYyuzcY25oop8tPmq3G0dPUVNTeBq/ISyis+4Av4IYrKsZJ02AAF/q&#10;hiuLee6Nu6jQnAUwfPPCvz6ceLwlCg5P7R0I82zdm9mVFD1RPU0u14tpY7IVk+3tuRiky9BgsbPS&#10;0W3KihrNJJMys71BRNRL2Y/QMCM3Z27uyP70ddR1MOGyL0uXxr5eOUx4ujlxsnnr6mKogvI6rCrK&#10;RGCSSP8AH2av9LbIJrdAG/mf9RPSDwi7nWxPzJPHh0JmP6Z6t67q6DfmNwldPkKHIUU9O9R9xlMp&#10;U1WWpxt3HQRR5F18cvlqYrSPp8fOoqAWUaNh47ZWP2ilb+1u7L0uOfENVzrY1ksFOIaunoxWlPHB&#10;Ky8hiFP6jf2SS2d3dXX1F1IY4znSDQ/n/sdL1YgBIxn1+XQT9w7k7yyG/Nu7P2nBDsjb9VkKDL5n&#10;cssUda9BiTW8SPFRidJa39olUXUA/jX9N3OeHqnau6anF733DT0+IyNBi8Xj4sbiSn8Np4cfWvlT&#10;HBVSBVfWzoksiJbSpAPJPtJMl+939JYZiJyTWtOBp8/PP2+nV3eK3GpwC3r/AKvn0ndz/IfMdWVm&#10;S6+2/Q53sDcGTqMvX0Wczs61OXp6nIFKejfJYLHRpJFTxyBxTwOY5XUIgRBc+4lFNvXduQWTctBg&#10;sB1/gquuzWOyuMzEVYtU9FOyYynqKaRVYiOLVK0gGnXbSSV9ms0EMduLCyjIlpliDT5mv+r8ukqy&#10;BWLuwYngK9er6jrTpbP5GvwU26Oz+/OwsPtvatZgK6lkp8tUxVzxx5CqWnjpoabHRy6YpZ4ZZuEi&#10;QA6Q7+wgzXcO06mozDbxpJptqUlXSVu1MVRTSnN5SooleCauzUkbAKjO16eBmuP1MAbWUW21W0cY&#10;TWUf8T/4ePVXnkrqIB9P+K/wdGJPX2+8ZQYms2pmtt4zeM9NLj8/lclQZCvwOMxcz/eGi23t6mlg&#10;j1pKsMfmdkMipqe3pRFtkcdvCLbkQ6uxWVpHl2xX7hx+HyOQjgnircxUrUxw5eCtPqludMcVxYBl&#10;exIPttbnbbEuZGEpXFaf5M9VngmmAk+E+Q4Z6S9LnNnSVMtR2/VbXrM7PvFNkUeXjwFRFjKyuweJ&#10;myVOuIqm801KqWqJp5pZvGk2pEkFlAFiq62wOVwW1KHd9HTz5bEPj6zKU23fHjaCqyrmN6ySfR42&#10;elEgZmQkF14tzYlMl1ctdNLbVSM8RT7PP5V9D6V8w7E2pCkmW9c+X+r/AIvopOH+Qm/myvZuW69q&#10;2Xbm548lLsrO9iZDcGfOPptuxVUOOp8Lg11SLUV5KmBaiUIgUPOsrXVgz7J6125V0GDk3wtbkKqP&#10;K7plxePoKmLG4eOHJPHDjMURTLraOnp44ggQa3fUSbNp9vi/vpgY4m0ADOrj9o+Xz6fWCEvQDUB/&#10;Mn16MZ0V2O29dx7qh2TlcRktsYbbnW9PUZTIfeV26MhWLBkajcOZzocxKKyqqJGjbyTFY1iDhbuV&#10;WBgNtbWwnY1ZJsmny8NdPU0dPDFLDVwYjC4ijjgXJRwRypw0jB2MrsWIsEIBN6hy0Hh3UikNg+pJ&#10;wPl1to5FrIq0NOl5mcnuaTp2py3ZkGKmaHa+Rq8jRYuSOrqMzmE88uGFGtERES4WnZYI1b92/JC+&#10;8eA7Rx/+kjfmcyOJkpZsbQNt3ByZCpjgjx1HgRLJkZ60M7CP7urlAEiKbxqg/B9nQhszaJbRntFD&#10;9vSICSp1+f8Aqr9nQWb0+OG7t39RbF2LDv8ASnoptzpufsVsVjndt1jL10LRJipnkXRFjqVn8KTK&#10;UlMcUrhWjUAKaVMdu+soazGGsym78XQVO8qmoqgybfyUtRXPR1UdMarSFca2ZNYOsf14Hurho1rH&#10;8HCg/wBjq6ldQDcfI/y6NhLVDbiwUVYtHR7cnnoNv4ODHQVUdVj4zQeGBJjAzDQXQohiRfEuksbB&#10;mCoyGz9u9N4vHb/3TuyA5ysT7zG4OGgkSmq6kx6/t4FidXZk8ikDSIk+uk/X2hge73F2iVfDhXBJ&#10;OT/k/n16SWOA6VGpvXy/1enQX4btU9m7v3f19gNrV0m39uySYXdG7ZMzj6Y0dXOpCQU+LKSvIsyp&#10;KqsJNf5IQeoDxsLsuv3Jh8RNBjVpXyNCK2ulqH9VKJmAh8z2A1sTZIQ2q12Itf2S7rtVjbNS3rqb&#10;H5/5AM/y6WW8sjx+JJ5cB0GG9+mMbS5jI57Obiy1fjMdNRvtzbaQKaeOCloxPWQw0up/IbgSTVjq&#10;CDZF0tyS6bw79zcu9sguEEsuyuvq6qg3SpWlpo8jVqJaB8Usc7fuQtN+VXUeTYi1xPtthZbfbLEw&#10;Ds4yfPh5HoukmmeQyHGn+XQoYfpfa+T2zWVOToPs907oxcZTPxvJUZvb05j+5xNdi6you0FZRHxS&#10;LIjWWSNQrFR6ltvmSr7fwGyNrU9fT4nBy5DEZDsHFYVJYYsfiEoWqYKWOrIRTCkiaHjRSQ2jgaSP&#10;bkht9tVzYjufzrkk+X+f/KOqmGWZi89WGKfZTh+3oM+vur06k3Tv7e2YpM7ujPU2JrMJ15ufd+bo&#10;8nuHcqPVz1+QoZliKstRU1RgVKqRBI8Os3RC4YLN7wbDpNzZrOtvXcKbcjxOIahwm1quNshlcvR1&#10;AgppsnBIuiakpQgiAKAWPB4N10Zu0t1DsCzfE3TRaprQg+g8vn0Ou3Z+xqrbu2pcltvbeK3QuYrv&#10;7xLWPIaCmwrZCVqipxDUMk0gq62IwyqruUDGTykEKpGzZWRfNbV3FmqKGPZ9Zl54dsUNLkZpJ3hQ&#10;TRjI5KNZFFpGp2YrGgKqQLkj2TXEarKDFWUrn9v+r/D0vjYkBZfL0/1efQVdkQ5Co3/1jtTKUWV3&#10;bhtuVWY7Nz9bRQQUmr+DUtTHs7DV8FOyK0a5Hwzq8rHW8K3B9RE/tih2Ht7BUcUu389uSszfiwOB&#10;xmHYvPBVKgneupm0teU2XXI+pjwFFvaOIXMmoXEvgqDUDz/4r0HTxlYjsUUHE06RnSu+u5t75+sT&#10;JZXaeCw21qmXOb0yFTjKiqrMvBlJKuHG4HwSz060cNLHFJKs0bAKYwXD62DB1iew8NlXw+38O+M2&#10;lvDA5erkxlBW4v7yWtyn2ZoZKSsnp5I7SzhijX/tWP4t7UpYrZK14G8UEVIJHDyoPQf5+krSm5fw&#10;27eh93HswVr7mlz0mR3Ntjd2FpsNnaU56XHUuJxEdRNUz1mPoksFESys5lhnEpXj1FV9r6g2/nNn&#10;Yak3F2HV0G5t3Z7eGEZIII5Hkw8OTk8D4qORjoKQ8zRqEAVhb1flKl6d316KxRRg/n+Xz+39lenI&#10;ozARGhrXz6CTH7wodx7qretutqPK7Z2TtzrjdgORWmoaPbuVrKOoxtPjK/ETazWOsXkngnqJNJmW&#10;RnBJXyFObj6w3LuDKUeUw01StXjM4mM/hlRTLRfwvatXPIZcvQSTgKp18lo11aeePaKLeYkXwgK0&#10;Hlmp/wBR/mPn0qmhoA4P2n/N8+hVPZe1tq0tHLnqjGUePzGHavl3DHk6Ssp8tuajolFZgBHGzSyV&#10;Zp4rxKSQ4QxrcgD2MGDwW2tqjI102qthajjpaalWqrM09XPG/wC+IY59bNI0iqyIgsDcgC9gaQJu&#10;N3paTtUZPD/Vw/n+3pDNJGVETDPHoqfb+8uzOwqXa+0dhtW4LKf3imyu4NyZKFdoybXw70jVFFV1&#10;FQhtHSrTySxVDyEswCIyszG6Vm21JSVOUr6OtikymZqqDEUT0gFK9Ca1h/E6pYS7MkqoWRATbUQf&#10;yfa66lW2TxJ1wASK+f8Aq/l1qNDKwAPYOP5dDHid/ndC7dwFVhK7G7f25iMzurcn8WSfI0eRo8HI&#10;1Ltighy5pkgqYahtNezxam8cOhl9Rut67Y+FqKCbG9g4zG7mxiUaU0FdNNUJkqulScVMNHWxQWbV&#10;ERcMjkHki1z7D0tzeX0itakxH18qZ8v8/n69KBIsK6YxqB4imOgHw/asmXmr6jo3J5ja+azeeeu3&#10;Bs18Dia3alNkjH/D6/cWIydaEh+3rSola6+RmUEoj+n235zEbT7R2NWbNx0v93sBE60PggaOGro/&#10;4bKtREKdWLBRqWzFvqpPtZa7fe7YxlgPjyy8ST5/L0H5f4OqSOhBknFMeWP9XDqNJm9+dJdnw727&#10;Qx2S3xncjho0psps/FsMXU0uYrvs6iDJS+NZGmRI4PDFEpRSigD1GwY7j7L2LS7ez3WWAlp6fO4/&#10;a8+FxmZaWkijGYmoDj6cQVEjazJqtqIAt/X2b2/LyW5/eV0+qbiy+Vflny+zpALlp2000qeGf2dD&#10;XgeuO7s52BieyMxvOLH7Ord0R5puupKacVtLtz9ysoKTITKVQTRzGKVovXYgDUbaQz7ETPYvFbbw&#10;uRgp8BjcDRCu3TlRNFHR5A41x54ayI2kkmOkeIKxU3ueOPbTRGRmkRSWfFSMDpYDoWpyfKnQr9gH&#10;EwQZTM00FRu/dGWhp8LsnE0kSVFXishl6Q0CVNBWKHFFSsWaeurHUBI0bliFRmzc3YuO3jW7H27s&#10;zHR763HW5I1LLlLwR4ahkqjJXzMsh0CZ1ACAghEH+IvqS2tdts3mupBw4Ljy4ep+zqsLzSyE4A/1&#10;ZPWHau16/ZuS3vns1/Cdn7ZWCkN8TUQzrkqfHYeKFMnW1EsCywJS/vIiLZ5XZnawChxY2niM5sTe&#10;/aefyhmlpKt8TQYCFpIxJUaccskdLj7hIwmt2UgfpI59k0bJu6xQRKdC5b7AeBPr0/IqqtFOWp88&#10;U6BbseTAdz7D6kwGMrqV6rI10e56yQRTVFJicdioHpM1lsrBqMou8zCLyG8jte/N/aBzm8d6V+Nr&#10;zi3gmzVVUDE1srSLi8VjIasu9ZlA91EjQgCIPfluRx7FELW1s1Ik4DA454ft6SyW5crXgPLoasZ1&#10;LsLCLgqOLEl8Th5IMriRXy1WdykjYwJ9hQrLkTPOKdSTMtLDYcKNIsV9tfXOCopcVJWbyy0m46Gg&#10;gqqSgWm20PuYoJ3Ms7wV84ebUWAYPHwfqDz7KNwnnvrlIU/TNck/5ulNBDDqUBj+z/Z6UG/q/dOO&#10;Cw7Gx2EbP18qVP3Odz02LoBPAi00JqqKlVzOroFjNypsBwSFICPO924jIZtsLsXGZbGYjHQ1X3Oe&#10;niWTJO1GfU8ELAoEFrt5R/sB7MDaWNrEAzeI54k8K/L/AIrpHFLPKxMh/ZwH+r59KHbGH3ItAZN8&#10;5HFZbMVV2qKbDUU9JgqQEm0NJFWvLNJYcGWRhf8A1A9rbDZLdmS3HQbh3Zm6ZNlV8dFapmiSnmr1&#10;lpyKWip1X6vLYDUpte54t7Ry3ySKbW3AqvGnAdLhb+GKr+Lh9p66qMRR4LBVmK2djaCDIwwVcuLo&#10;49Iipq2qlMn3c/ka+hJJPKy6rsLqv1A9rTG7Y3vkdyydi7l3fQbO21g5kgocDDVTVkjYSJ/BqqoI&#10;SqLrU/ra/Jv9PbEm6TPSw2yMuRgk0oPma/PqggjhU+Jkny9eg1zWY2vgqdeuaLa+V3fmN0U2VrHk&#10;ixcUGLymbeF8jVPX5muKQxzuQZkRS2hVAFtIHtGdi7Qwm562gp8PufVi8TBNHR02R1igrquolad2&#10;dwQqSsHARium9va6B7tBokAJPEjplo1YamFD6dCFtCu3C2Fjym6duLh89kpYpspjsdNDkPswkKUy&#10;Dzx2aVEC39ILAE2X+q16z3guxaGnxOdjrqGkpIv8mjSrerjqEhuzeGnhB1G4+gJPtx9ugum8RjQn&#10;iT+z/V/LqjPKopGMjoOu8OrKnszBVMe31wIzj070kFbkMfA9RT+VAqv/ABBryIqgklAp/wBvb2IG&#10;a70xcuCos9tfF1+bochWtjqiCKkkZ2Zrq+qBhdLWIYkW/H197/cuzRP4lwwY4pTAFPkf9Xp1oNdy&#10;0WukfLP+qn2dFt6x+KW+se9dhOw9/t5sXHS5DauT21NKmQp7TtrNXXypFNPGrKAI5WNh9eCB7Cvc&#10;21cbu7A4TaezqGJczms395V11fFUSJQQpN93VU0tTEGKaRwoYAWuAb+0UlzFba7jxNQp2qP2cPOv&#10;7OlgidzWaiqPPo265vcW2K3dm6N+ZOhotn4HCwLSpTtY1Twny1OUMDCwdz+2iCS5JtYC3sYcd1Fs&#10;QNQYzJ5k0WRpZqeaVMBkDTSVk9PwBM8i6jG4/UgH04B9h9o+YCkl3HGFDVoH4/LHr/qOM9Orc25y&#10;ikqPPy6Abdnyd3VT0IzOzOt9yZjbcwimmz2WwssePo6KQ/5SyRUkoeVogRYsQrf149zarrjY8O94&#10;suK2D7Clowr4uJV9NVEeWqZpCzMjfqIFub3Ptu3g32aFYZUoXOWr5fL/AFf5OqTXdskJkXj5U/yd&#10;ck7137kOrMlWYna+XO6JpTT4PJZGkCxV9JXyn7etp6aBUAeJWChW44DerkALN97TxPblZktm47OG&#10;hp6CqiqpWipGrkaCJLR0op2eMWS5YHyf4cnj2IJRLsloqxrrdvIca/6uPSSMLNH4lx2j/VSvQr7Y&#10;3Dl9nbGw+6d9UENBkMjR0cWWE1VTU0dHkKglnmqaixt530LpCEhrX4uRz2HtXBdSzw4Smy0e5z4H&#10;lnndI6ehx9WWt6KaUteQ/QKGv/gPbEdpeXn698mhT+GuSPnjHTqugjIt/wAv9Xp1lz9ZnOy9n1Ro&#10;KbO7ItkVjp2kA/ieWooiG8lPNQSHwwSjksb8D/G3uR2Oc9UxLmZKtMVjyFgR1qTBVGIKZIyywHUE&#10;v9CDe39PZhZNAp8GzWmnjj8uqaaDTIanqf1lS7cxVPJtiF5cplI2nydfPLBPVUgqZZPFUFayoGgS&#10;Fhd0BHNzb219R5jEySLU7s3LBHULO7LRSVovPFG2lHc3BvwDe54+o9s7nBuN86w21Kep/wAnV/EE&#10;MZotSeuXcH956TatdBsbar5fMVFHUQUklHFRD7OaZCqyeOo4IH1Khf6f09rOXauExe/K3fuE3Tjv&#10;4NlaV3q8VVF6mWKrI0SGiPKtE6/VX/SbkXuLWk23c5YltHjwKdwYYHzp/wAX0wt3GF0hW1n5f5eg&#10;d2Lv7f2W2BBsPsHrrdS74xsVLjhkqKjhosLXrSyA4/Iy1vlUwToqq0qRKwLC6kaiipbdO6KHaWLf&#10;c7zRxSVM70kFZFCZFkpG+iU+mwQn6EqP9j7WQ7faeL4L5CDhXz+fVnklBAOBTocsXRS5uc4TIpL9&#10;hQ0tLV1dHPMRNFki90E4GoyKbFgrtbj6WPtHSd1Uu5oE2rLHNTY/LQfYGpi+sBlUKszOfUSDzcD2&#10;YiS2s428FQG/1f6v+K6olsZpRJJmnD5dN9B0ttrE7qj33B9xWbnppp6iKonciMrNG0b0kESsEjQo&#10;2leCAefY2dcdQbO6qajz1TuGqr8rVPHUl5Y44omd11rGJGLMw5/Nj/sPYHvbfeeYSY1osXA0Jr/k&#10;+3H+EdLBcwQ/pRKS3Rc94fIfem+5d7bE2X1XWSpjvvcZPk8nkIpvOkRNPNULjoUXSoe6hTI1z9f6&#10;BTb67bpYWSjpDJUO0gSZovSKdH9IlLAFSB/qb/7D2f7TsmzbOhuJFUzmmeJNPUkZP8/n02qzSmsu&#10;APLpBdKfF3fVcGyfYWbnhwkDfc4TaxZ58ZEZHZ5oPs2dTAGuLCIKo54JsQEea7hwGOy+LwEc/lir&#10;YVWurKyrSORfMpEoZYwADz6Qth7E6QSPb/UtlmyPl/LovCF5yX8jgeWOjHYDouqSLIZTLviqDKQ5&#10;CaowWMwWPEWNo4qGbVi2LVrSO7sFUys9ySeLDj2kKXAbc2BmKzsjDUuSzMSzl1p6rIiVKSaccVJe&#10;QEvGASQC1h/jx7CF413dT/TXbUUHJHnT/Af59GJ7kogIJGeherI6vdGEqNo5erTFZLJ41466aip2&#10;JmpCRFWLSxyt+2xB0kkmwJKj+i1hG6uycdPkIFC0k4ZoXop4aeSReHCMGZCb/j8W9sT39vZP4Fst&#10;aU8ifzJ/1Z6dit0C1c/tPTHH/o96ojoaGrrloFdYo4XyLVVSir+gPFIVdYxxawIt/re0dSberxWw&#10;4rOu38HgntVU1TLJJKpVrymyA3Bta1zf2YQXjywVQZ6aaONWx59LusyVM1BUZLC/b1ddU0JahnjC&#10;FKglC1Nrmaw0XINyfcrJ9SY/BzVG663JLS4upfVQU1OrTyJTqvol+z0qwb/Am3tKLy6vGEMcdAvF&#10;jgdWQwg0GT/g6SOA7Pxufy1XtfH01TVbkxFNAcxE8bU+Op6l4wZIkyQDRvY/8c7n6ce3XB7121i6&#10;aqpdtY7I1GQMH79ZW/tiZb6S8Sx3sxsbL7dit4hcBryStOCilK/4T1uVZpBxoo9Osee2buPddZAu&#10;4MtjKfB09UtVHjsbTTyTlkHohqqqqsrLf9RCLfj6D3xk3MTFFNK1Q8gk1qIp5njJJu0dQZlIFv6K&#10;P9b2YyXjKxRW/LrwAAqfs6eYNn0kTyxwU9FHFJGEYyUVMki6E0q8H22kkn+shP8Are1Fh4tmbtrI&#10;33HiIctMdKxmWaoSKTSeIXijaxN/ybfTn2U3r7lNEVjfQD/g6qqxrlR0i920u7to4WUbSyyY6igj&#10;meSM4yhrpact62qoXqRpABv6CjX/ABb2Lm42xGF29/DsFi6KmgeJY2paQLHCvp9NwOTp/rf/AF/a&#10;TatleBje3LFm+dT9g6Ya+EswjXgP9VOip9Y7h3z2F2VUT7uyWUjx2BqDLharI0MUNXUKP2ql4zAq&#10;RIsnB0CMALa1/YSybgpcJhZKek/h6V06PaM00TzRk35hZx+o/wBSb3+ntTHZxS3f1FxwHAE/6uH+&#10;yelT6pF0DHRwp9uVufzlPLWzZZcZRyRy6qbJ1FLT1mlf81VxQspdP9ptY/n2XXGy5ep3X9zlFlp2&#10;nqQoWSNKSDlv87K01j9BzYH2vu2jnWkIrThTplQymh6FTTHBTFY1JjihKoiBpG0olgqAXJPFgPZk&#10;pq7F5JYttvQUFcmlXkrXiV4qUqOZYpKj9V/xY2Psna1EEZmlYhzwFcfn0/HqcE/y6CdcdlqSrk3U&#10;tdkaOMK8f8JbQWyCs144qiGnBCFfwSNQN/cytwtPVUMdEldBUyUwUwaKdERdI9HgVGIFvzfg+11n&#10;JIsZJwD88/n014T+JWnHplp9y1NFmGyM+FqqCCsutTJJVySm7NY/ceRFvfjTp5Htx2zsbObgEj5i&#10;rkgoKFGEUrMhadgto1WC1gv+P0/p7Lr3emSZLK3WrMc/IeeelbokEBkpnpLdndw7J6qw8uXoaSCt&#10;yNdNAHpKVWBV55QHkmqENwbkk2uf629li3VR5mq3ZNhvsnyqwzOkCCOJ3Fm0JJ4/6n/ePYinmht7&#10;YeIdOKn9n+r/AC9IkjZjq9ejGYetparD0OSj8cNPVUcNWSXAjjWWISNeRuLC/wBfz9fYwY/Zlft6&#10;gpWz1RS0M7xJLHQPHpeQFfTEzRAqCP6H2QW8v1shaFTpB+L/ADdKaiPAzTpGjfmKz001NtkSZxIJ&#10;5KOryFBJA1NRzRtokLGR1ZgDcXS/0J9qCnofN4JqZKWFFYSRYylgiepqXBu0kkpF1X82t7vcQhEK&#10;EEg8WOB+Xl02prw6bZMuKSSeGrmqpGKss+WrJZIaCjRv81DGhIV5L8G1/wAXPPsMe5c7knqaOn+2&#10;p4iiRwPHMrqgiW2pg/B4/rb2f7fHaxbeqR5rn/V/q9Oi0h1kZq1z06dbYekxmJrJ6Wtlr/4lkqqt&#10;eokkV7mV/wBKhCVC2tYD3wwfaCUtFj8LTFV4SBKekaRWmlY2OlrXtf8AqfbEdolu73Q8/wDV/q/L&#10;pyA65NTZ6n5vYmFztacjkIYqmqXT4nqoYp0gCCw8aOLDj8+xzqtq0+5MFHBmJJKIzRiRKyBz5qd3&#10;W4RQ31/xN/8AbeyT97zPdN4a6xWn+r/Vnyr0ZMqgChqegZm3PJs7N1n93hFkWiBimwkmmCOqjEmk&#10;1QqogfEwIOhdBH9R/RFwQ0nXsL0sInrI9VkmOrRUX/3Y7fqufzz7UCIXba7s6fljr1NXDHQjJO/Y&#10;VJTzU5jxwVCZY5NM1XSyf2o7X0XB/Nj/ALD24JuPcGbURU9PFR48aWNZUEQUsABvciSxf/YAn3U/&#10;R266bdNTZ+df9X5dUoqtrPEefTeNl7YwFUa6tqamvysiMn28X+UV9VqAACrELr/hyFHtUZPJ42kw&#10;DTVWYTJV6KBrp4zHTKFvZUUm/wBPybX/AKe39vivJHPiARJ6eZ/P16TXEspcBFoDxPQbYrDZmp37&#10;HFjdpNg9umOSWaauqhPkJ6mRrlnjXUoS/JUOWv7LRVV+K3jlFoamlhhKyBFrJFInspsWVAORb8sf&#10;a69WOJDoap6cjGoZ49GepqZsdSsEZ5tCs4iBAXVa+lC30H9B7TWWw9Pt/NQUNMGaFpUWKsCvckm4&#10;CKDpP9PaVV0W+tzQ06dijLH7OpdNP9zBHNoMZdbtGxBZD+VYj8+zSUOSfGbSSCsmp1ilh9P7QidU&#10;K3+h/JP59lu2wCa5acLgHif9X+r7eqzgvIEXy6BDcOBhzG+qOspVr2qaFleVFqJGpHcEoolUGwAH&#10;NvqOD7BGfZ246yafM01NUrjJpCkFUCFDi9y4V/pb+pHsxfc4RN9Opqw634ZA7uhdGcxENSuMlyNI&#10;mRjgSSSj8qmZUItqKD+p9vOOdsHTSwy180snLTMzJ67j/Nl2+lj7VJJJIwLinWiMUHXCspYsi0Lm&#10;CN1Q3ieQMSjXuH0C1/8AY+0NmcxWVE7VEclFSU8Dp/wInR5HUN+sKvJv/h7tqGrTSvVKEL0608K0&#10;8axjn+ptYX/Nh+B7R2W3fXGaJI5jJFGPWYSSWsf0hF/P55Pu5ZI1ocdNhAMkdZQireygXNzYfU/T&#10;25uuWrqKLIvNk6MzsEghVtLyJb/OFPrb/H20l2yqRHwHHqwXPXY08gW/FwP8fpf2NmzM/W4jHMnn&#10;ErRx/uTzEgi3IJB4J/Hsq1C4uQzip9OnZEKpnpFbt2pjtxxwx1kbMgblYwAZNXBBa3HH9PbFley2&#10;yNa+OVGlLMQ8sUkUKqT9SrD6+xDojt4q0oSPt6SLGuvUevYXY+Kw3iNMp/aUKiylpgF/1JMpJ4+n&#10;19r3beYp6CE1VdLHKoQ+GG6SEtp/U55vb/H2RuXu5dFMA5+fy/P/AGelMjBY9IOembeG36vKwmjx&#10;Xko55WQS1i6kEMesEmMfS9vpb2wSb7xrZW/jLVLSiysAdAvchb8W9mFzZxGOhNFp/k69blyKDpzo&#10;9p1FLjFx/wB2NKRaSy6g0z6ba3I5uT/j7Fyq3NNWYuOVKaSRYohYNoW1hclQv1HsosVsoXMa+v8A&#10;qz/q8unJImRddePQI0/Wv8P3LUTz5NI3rKgl2jWVjJfhFl1fQgcCxt/rX9gLmN9Vxr2pU8kZaRUU&#10;xiyjUdOkX5P+w9iGsMMVQBwz01FEGyeh/wAdtPFUkEQaETuACXmVWYt9bm3+Pte43ZWTTHQ5t/3G&#10;qQZ/3fEuiM8lrXJ4/HHsMSXou5iiqSBivTwKodJ49J7Idhbcp81Lth62NK2HRGaeNZndnYXVLquj&#10;6fX1e13hcxGxpsf9lT1CxlfPLNDGy3/Ju/1PtHLt1FaV2IJ4AHpaEqmutOkJurDzlavLR5Stomki&#10;KU8VJU1MbEDkFViYKP6k+1fXY/BzU8jy09PSzMlgUQKgP11FBwP9h7dsNsnlfXExKg5z0XSSuMDo&#10;AqbsHf2JylNjIvvM7R+TU8kp/wAs0lrBFlC2Okf6rkj6n2X7clVXYyeojp6Ayxs37M8DDQw/FkXn&#10;n+vs+VLW3NH4jrfxx0OOjk7ZaHM46jrJamQSGFWnpZltLDIeWR9RP0P+v7BzK1OUnnEctM/6i2lZ&#10;CCbm9mAtb6f19qzcqqHw8A9N6SMDpcIqqoC2tYC4/NuPcbKDM1EEZTw09LGLhINVTKCF5V9JsP8A&#10;AW97S6VOw8T69UKFTXy65AC5IHJ+pt7eNl5JpqkUdRDVjSeS6SRIxva5L/j2lu3olQRX+fTyt69R&#10;6tS0LlbBlFwSL8fkW9j6lfS0KamNNEkahWckkg2sDx9f9c+0NvZSTmuTXP8Aqr1Yzq1K9BhW0dVX&#10;FkX7uWSRmZYgNIIB5BJ5A4+g9zcVXU2WqgtFV/cP5FQkqRCpY/Qt9P8Abe6X8Rt1yAaDgP8AV8ur&#10;oQw7x015Cknw9BLLX0i0kCRvIzRyB59KLe6qPVe55FvcrcVFFQt65IJHTltJuQx5J/F+Pd9s8eWG&#10;rAqOtA1wOmrambXMgtTRViQyEqhmTSpRTpX1c2/r/re0jHV08qkIdCB7sixev08kBvwPb0sRLYyf&#10;n1bNK9CJ9rUQNd1Z2Mdkcy/t3Y2uV/JHt0pN0V81ZHS0tJU+CJAvCN47DiyH6e22FtYxE6hqPW44&#10;w5qeHSayWw8TVU09Rkp6ZqidvIXcqLkepdR/UQv49jHhWeKD72vihEkoBRH0MYxa9iR+eBf2QMV3&#10;GcRrUAcT/q/1ft6tM4j7E6LJ2HHNj1/g22q6dXjJUvB5TJKxudMIPpA5/pb/AB49xazD4zOTPIkM&#10;KnWXdwAqk/2vwfay4ga1URRmpp/xX+rj1WKbwV1t1F2v2HujZWMjXcVTVSoiCKAOj1FQ/wCFX0nU&#10;fwDcW/2HtNZXLUWOiOLpRDH4yQzqq/U8Ek/X8+1djy5Ih+suPiahH2dVE7zmvAdDBg2zG6Hps7Um&#10;rFNMgMdPIzKPwRdBwP8Abe2jCUQycjMalIKWN9U5jb1yc/TUP9j9PaTcmlt38GJdTnh8ulHiKANX&#10;S1zuVhwlJ5ZqWWoqjFop4njJVOLCy8cf4n3G31XUMdNBR4WeOjrKR1njqJYvPDM6rpaOqiBVirfg&#10;q1wRf/D2IditBZ27S3nc7+Xp8ukPjl7iv4fTpN9d0e6crkslltwReXE5CE0MVAHeKWniEgkjqqdw&#10;dIYcqVIsQfr+PYYUWSyJdjlKulqJAf2oKIShFYn9TyTck/mwA9t3Ny/idq6V+fShxG5BXodP4TRp&#10;CVpYDDcAM7gFtCrbSB9P6Xv7WWOjlr1JlZ1gFjK2mwA/Kox5J/w9l024MD4cdCersqqM8ek7kYqb&#10;HetI1NQbiFSblmsbF05soP5t77zNfhcVTFaGneMsP3qhkIlkP15ZgCf9h7UQWTOfFuXqfTy6SkuW&#10;+XUDCQbhyVS0uTngMSMfBTxsHRFvZW9PF7f1/wB49pzCVFNXVPkN0jfku5AP+I59tXhIJVM9KQnb&#10;U9LDIxzUtJ6byMtgEUH6fS/Hta1z0KQRx0VE4lKspqP91OCb3kN+P9cH2xawOFMkraj6dNAFW1cB&#10;0hqM5SWvnevr4ftLpJFSkAVEOkWKoOQ9/wChH/FffGPcEOIxzQwTo87KyyFrLFH+CqC55/qfb9pY&#10;NJdfUTjhwHVJ5meicAOsGU20+466I1UMkdFFIsq6WZp6h1PpaVgBZR+FHtMQ7hpBULNWTpPJqNkW&#10;wH14Gnn/AGHsyuY5pVIB0gf6v9Xrx68mF7elM23pIqU0tBD9tHotrJu2oixIP+9+1PLmsfVQK8yR&#10;qgF1WwVmH1BJ/p+PZfGravDQ1r59WLAdJaDbWToKlzBNI8jt62Zi0Sn6FQo+p/I9hNuXdiwNJDR8&#10;uASqAhVRbfqJHHsQQwxxIH8+mHkFB8uhFxmIEUSNVfuOVBYm5LH/AB1X4/w9pPD7vk+4CSSanka2&#10;sOSfrwoH49s3DO+eFOvLKvn07y0cEqaCihbcAAW+nHsWqeqlnpC1PGXkexb1FgP9USR/xPtCszB+&#10;/wDzdPBtWOkvU0MMVUrTyLHEl9NwoJuDZQCPx/Ue1BQStFD9vfS8rC8SnUWJ4u9vx7RTO5k8c4/1&#10;eXTx0NjpiyNJDUSrMR5EgW4lYFVQLyBHf8/Q39w8nAqy646OPyRj1SlQTxz6b8e3PGDx6XPHrWmm&#10;RjqXhpH8dnrpGjc3jiDabAiwBP1/33+w9sD596UyCeYxKq8AsQbD6ge1luAQNI6ZdQfi6eZcFT1A&#10;UiJHJa5bSLcj6m/tupd3LNUfteZy76UADM7XP1v7W3EwRdJNB59VUUx12+2aUwhCsd15vbSim34U&#10;exLo8mTQmJ0ZWkFgGN29Q/Vb2gt5A0plLUH+rHTc8ZcAJ0GeY22oykNTFoYQMGbxiwOk8i/+sLX9&#10;g9vhaumRzHIEv6gQ1rKfzYfn2eROrKChr0mUNTT0Ku35YpqW6pZhw+oDlhwbH8+wkoctTU1R+5qq&#10;Z9XAJuNQN7kn2jnLvljQdPR4pTpQ+xjxG46mSBCuhVK6dK2sP6/T2TEQq+pelQUt02VWMp6jl1LG&#10;+o3JP+3v+Peb7iWeoDaXL6vTa5B1f1A+v19vtPVONB0ojSmeuQp44otA0hSPUTb8f09iNisMwhSp&#10;qZh5GHpgXgR3+hkPsrW6a4fw46hR/P1p1qQhTjpAZ3NJBI9PTU91HEk7gnUbgBYweLf1PuXkMVNW&#10;QhU0oObSG+pvwSoHs3hnEa0A4dJZM9xwOk7jM7S0NXIZXeQsR+0o9MdhqAc8f7x7RL4OoarSLysy&#10;o4DMTe/+sB9Pbs87rCSMY6tHQ9CLDm6M0xnCaSyXVdNr/wCBv+fY+bWlosRQJBAA9VIml2sNQBH1&#10;t/S/5PsMwbfPc3hubo0VT54/1Y6tKXfsXh0UDvJcpudWpVDRY1WLnS11eRTfxsw5/p7b9w7fmyga&#10;bSXB5uRwCeeP68/X2NxuMSQeEhGPmPL/AAdIYbZo37vPpL9T9g47abQYOqcU0sd4xGdTMy3uupja&#10;wseOfbbtrrepqKsMKdgGe7zyL44UT83ZrC9vwPYJ3nd9BIQ6ieAGT/q+3o5SJAlWxTobt4987T29&#10;hpKvJZygoo0hJSE1MUlXUyaSVjp6dCXYk3/HsZJdtU9NClNFIj6VCu68KP68f19t7LdXMTfUSoQT&#10;wB8/T/Y8ukVwisadVvb3+RtLm8pPUUjN9ssrGNTe7+rgnVYqD+Re/wCPfdJgKClGvSZJGJuSbj2d&#10;z7jfXb0J0qPl/q/LpqOGmB0D25+/Nx5SH7dGjgiUaY0hJViOQQWv+f6/7b+vuZNTIy+NECKP9SAO&#10;Pxf/AJH7ctT4J8RyWJ9c/s/1fLrzxmtB0Fa74r5qv7mqYSlWJCtqAH9LWP44+n1/PtOV9D4wzavr&#10;/U8n2JbOczCi8Ps8/wDV/q49F7oEOk56GnYW/jW1MELQX0NdQgIW54tz+R+Lf7yPaBysYCMIVCsx&#10;N2IHNv8AH/iPamVpNRMhJ+X+r/V8vXUS91WOP9X2fz/Z1YF1zVvOaZ6xndI4wUj1MfGJDYAKOLm3&#10;19hzVVDU8xGsvJa4P1PJtc/8R7D91KxJcig/1Y/z9G0ORgcejb4qiiq6VNMQSM2BU8D6f4/n6e3z&#10;BS1VXIFK6lH5/pf8m/sO3l/4eF/l/q+fSsqoTPUDcGJx9NTvM7LG4ta4FyV+gBHNrj639q6SKbVp&#10;LKTYBQgBtx9Cf6+9292yRjT/AD/1f6h0z2k9BS8NA+t3jI1OWd3JAJvb06rekfj/AIp78MdM0RZm&#10;5PNubn8j6+1o3CSSQADH+r/V+fVWApXpsmymLpJjGERQFUKy6WQH6Xb6W/wv7ROcklQmK+lT9b8f&#10;4W9mySssesn/AFcemhGCanoUtn01HOoqY0WWQH0so4sONV/p7YXKxQLeTSx4UnV+ePaaKV2dmU46&#10;cZMUHS7EZlqLGHUouSAF/HNz7wCmkjjaZmJBsykk8/kW/wAPbUd08spUHHTZjFKDqY80JMcCxqG5&#10;UiwIA/pY/n3jp2q55AEkIFx6V1ci/wCfaiS8SDA49WSLSa9dTUtHHGXkhQkA8tpsOPwPavoY5/TE&#10;muQry7chV/INz7SHcdJ1EZPTjRVWvl0g8xTUjB55WigRuEvp1Nb8f7G309yJfMWZBIX/ALJCEkLb&#10;63I+ntel8wFSafLpr6eg/wAvTHT0VGFSQUqQjl9cgVC5JJBUWuf9h7Z5qlaY6ZZCAP1DV+T+D7cN&#10;1KwquCem2UKcdKamxYrArxQobgWugPH+x/r+feehyKzSi0hWJbEajb/bn2lmnmppXJP+r59OqoGT&#10;jrDktuwxU7loUaV7qQiBiAfwB+P9h7z5isnnppDDKXVAb2PFrW/H49q7WQQ0DHP+r8+k0kdTU9Ne&#10;3MDRUdcvloo4JJiSpKjVf6nk/n/Y+wWyGRr0nkCORcn6E3HtY10FFWPVkQ0pTodKWhpViQCJSFAt&#10;cccfnn2rdnmu+4innZgqsretjZrG9zf2R39489Y06UogA9OmDdFPQtjqiJkUs8bKFVQSL8cD2YeP&#10;INNAra7MF5C35AH0HtzamEAAkyD6/PpNPFUcM9V67u2JRnPSNFj/AEGYkyMvF7ltch4tfm1/9j7Y&#10;Z8lNAGZvQNRtctcj+tvZtLKkklBn5/6j1qJVQVIFT0vMTsHFVCQRxokreNbhI1Krx6kUjjgj/W9t&#10;n95G/wCOo/Vb/jX++/2/vWmHq/5f6v29K/8A0U0n/Kmv+a1fo/P+q+n1/wB9b3//1+lmEKuhIOtC&#10;ObEqCLC39PeCMgdhTrvFQKa1wOtxgU6zyRTaWBjkDf0DFTyf8faHq0qo6nyxKxBJYWu30/qR7egb&#10;SNL/AOb/AGft6bdSxqvS+hallpwjFF4CkNpFifxY+5tDU1kkqllbTewT8/6/t4sukivTRBB6ba6j&#10;o44WA0Kf9WbAc88gf4+1KS0jCJ7atOsFibD/AAPtEcdw8j/q/wAnTqVGDw6TiCOFPKlzGxKEKo5H&#10;9Vt75T+OaBICup1IAP8AT+vI97KUbxRj/V/q/wCL6cQ8VAwesdI00M8sga0UlzZjcN+BcH/effF2&#10;MNOgjPrvp0/m/u3xN1ShAPl13EvnqpjL/m/1FvxpH+t/j/r+51DQsxEtQugX9QFrm/8Aj/re3VdA&#10;dINMdVH7emHNZXxxtDRHzuFIQ/2VIuRYf6/9PbzVUdKIVEY5c2Fhc2tx/sfyfaSR5RJQHy/1f7HT&#10;gUkamHTBhMlXSSzSViW8DBiblefo1gefp7Rz4NnlkkWS9mIZeSRc3H1/p72szgZ69oXVRRw6ExNw&#10;QiGOMxMCyAq1uCbW4I9uAxv2mmYKulk/X/Q/S9v6+9iXW2g/6v8AVXqzCq1HTQ2VFcJIQ51pLp0A&#10;MGNv6H+nHP8At/bPlZFqI0i9PoJtewv/AF59qEVkOsf6qdM6iqmvT3h4vt5JXu/7iqSOWC6ubWP+&#10;v9PaUlcUz3LXKkEqt7AE8kn2tjlIoadNnhXpUrD9whUXswNmP+t9AP8Aifapoq9pkjjb1k2FlAsA&#10;ffpyk1TwPW1avDpIVmLFI8syftrckkk3JU8e8lQngqPGOdaDS7ckX/s2+nsuQhgR6dPMDQN1IppD&#10;PSrO11AY3UNYG3Gu97+2uBZBU2kVhpf0n6X/AAbW9vxslPUHpsqQenKr0GmvGVuU5/JHF7tf6/T2&#10;85Odo44QEsCvrN+ST9D78FRpCOI62dQX7emDC05dql2l9QkJjFv02/s/7zf2jshTNVKFp49EjepS&#10;LgE/T8+7H9Nqr5daCFhXpa0c3iX9+S6jgkkXH+wX6c+8uKpqqGVIZHtUGw039Iv+b+3TKJEOkY60&#10;IwGoeo+SlpmgaYqDEOS2nnj8WPtWfb09Ibzs7OR9E+lz9Rc/X2hD1FE6UFVFD0mDUVdaoECoiFjc&#10;ufUFB4JA9xauvdWRYVZVVTpVfUbn+tv979+Qgg6sn/i+qPU0p1Mo8Wml3mYO7lCzNZRpte6e0hVT&#10;zpITMCfI9wLcD8A3P9PbyaCNK9NMP4uPSshjj0Dx2sq2vfm1v8PbWJJUnZ2USLqGlVGoi/0tb6+1&#10;sYVU0v1qnp1IYKyAKSptyb/73/xHvm8kj1qyGPxq5UDSv0/BuF49sIyx1RT04ynHXggEBXUZCoJN&#10;z/j9fV7yVctRTVZgQLKJEALG359uW7gqVI6pIrCmnrHGsU0Kyksukk2vaxHFiPcdqaqmkSLQylz9&#10;R9Ftz/j/ALH294yfb1TwajUeufkhjRpCwIUX+oJP44J9qrGbdhV1aZleRQGPpJYEC9rf737RSSM1&#10;WGOnERQQG6TuQzrJH+zGxDtoW5AU3uoN+feeuyVRRMyU6NoAAD3+o/p/r+2o6Fu8V/1ft4dWeoNB&#10;w67psZTVkSyVBVnb1Fbfp1C/0/xPvLSZmpnWIqsiuXC2sbk/0Yn8H2sMiI3bw/2P8NOqqGIIPTfV&#10;7eo1Eok8bR6GY3CiwueVt7ELGVVPPD4q0DXf9I+i8Wvc8e2LqJLpNa4IHTkZaLjkdBBl6XK4iv8A&#10;PhzqpWNmZ/1OCf0Kn+H+A98Z3o6RaqUhAhSyPwXtb+z/AE/px7TxKFGk9ONIS3aKdTo1y+WmxsaP&#10;LrSYNPFdooRbmzBbav8AY+wN3JFBU5Xz6G8YRdIT8/7Uy+11sNNST0mlANG49D1iEeLHxRyNeRNQ&#10;bUeAdX0v7eIW+3paeoobeaMDXBf1MD+Sf+N+1ZkMb1OQf8nVKakpwPUCaIVU1RS1kZMDj9uXiy/j&#10;SAf9ve3t8xW4MhMxkrS1orhEudKkG2n/AI379I4cEHgf9X+r/UOmFRhJQdJfI7QxMMXjx0EUMk5v&#10;LIir5JB9Sxc/Xj8H2oXgOXjnZgoDC6q51K1hfhf8fZFcJ4ZDIPn/AKv8vRjE1SIz59QKWrjwT00D&#10;M0lv22dFsVPJBZvbFBhIPNOkzw0sNi0jR2JZlW36fx7VK0jRduem5I9D0r0+VeekjjhemgmrKhnV&#10;ER/21Cu/1LH6/wCw9pyanpo5HeONG8bWSRvVqP8AX/be76GAFTnqmofh6UsM80qJrLLrUsyi40g/&#10;i/8Ar+5FPII5QZqRSrcEhFs1xwb/ANPfgsVCGwR1YFgOsVSkkkZENUVI/wBqNxzc8D8298WyNTFU&#10;TaaZggQhCq6ibC1kUfge3YnhC06qRITVesbY6KWGIPMWIYM920gm9yX/ANf3myOJqsvhJVZ3VSRI&#10;AhJKkD6m304/r7TXNyYpl0Up69bMPix6X49R6Oqo6TIvCLCRl8bO3pJANxYn9Qve1vYXQVxw9X9r&#10;I0o8cmnU1/Uf7JN/Z5byeKmo+nRYbcQvj16U8iLKhUgEMOLi/wBfYlYrJSV9TDKkgEiLo8b8ixPB&#10;F/aeWMR6pBn1/LpajVUDpMZGhgpqKaAxnxOdWpODc/W/tUZjLyxUTww6nkuA6j1EkD9IH49lsjgs&#10;MDpQxxpHSawO3ovvfvJRZbHwtcj0MeLt+T7DCLISzSzySpLDN6ggYXPC8Mov7WRSKqAqanpijA1b&#10;oRjToFVFA8YtcXABF/8AD3w/vLkaf7anKySDXrZ11MQpNr+1hmQ0r5dNnxOA6iviKJpJJfEoeRAp&#10;4FuPobD271+4656KRzFOqU9n1G4uCQADf/YfT2jd4GkBFK1z/q+XT6+IEPl1Fo8HR0krMgjvKtmU&#10;Af4kkf8AFfbJKat4fvQiTgS6jTEqHVCnqMan8+3C4QUbh69M0LVYHPTsPGrCJdSnT+oAi9j9NX/E&#10;e1HhsykMTRyQlEdLtCwtZfqS3tPJEk2a1p07EzLmvTTkcc07JJHIUkRvTIP1AkWFh/vfHuRjsxDV&#10;VE3gUQza3CKQPU6mw+n+8ezFQIYho8h0zrLvpOOoNfjH8KLUOZ4gAJb3Fk/tcD6/4+17hK2rmp5J&#10;awqkkCSaVY6ixT6XB/HsrvH10ZM149KEUg0foP8AN4rH0tVDTUUbmOqmQO0Q0rGJP1BCv5PtEZLc&#10;uUydLVtEzTSIWSKGx0elyrWH9PalIoYgrsAPn/q/1fs6aEkjuUXy6XWL2xisPJEsECRXGt3uAzt9&#10;QXb8kH+vtmkopaukh86smhS8ihmBXV/T+lvdJZ9MoMZ6sqYoelBHNHHLKEKnUwCnj1ED8kfX/X9o&#10;Tfs4xv2tNFGZ42ji9cYLWZxc6m/w/Pu8U2tqOc9NT6lSiZ6kUcjSxGRlZC0knpNhwrFQQB/X6j2p&#10;uuIkClJKOU+VC7NqP1P+bYg83/w9vzsvgmjdOWwYUNOPTTuFpEpEeKeOFklVvWoOpR+pRf6cfX3w&#10;3th8lNIhp6eaJo5QTIVYxTR/QC/+B9sQXKqQp/mf9Xl1a5hkIocdSsTVQT0yGOpiluLlVZdSn+0C&#10;o5+vvFgKOqx8Ut3hmnkAI50SIh4ZdJ+tva6SWq8OksaLHjVk9SqnxyaVk1BA1ybekn6i5H0/1/ah&#10;jwmWzRjKFYJBJphlZbRzL9NEpsbH+hHtFJdRwd1OGT8ulSW7SDJ6b6jJ4/GI/kkJUDW8aWeRb/Uq&#10;hP0/Pt625DuDEVAhydPMn27MZJFVtJVG9LAn+oH0HtyO8guErXiOHVRBLCek5uNcPmcbIKWoo55a&#10;iMrDaRTdmX08DkfXn2v8nncPVxJJUtJG8S6VKv8AUEfRw35/x9oHtPBcvC2Ca0+fy6cLmlD0HW29&#10;tboxTSUsX209PK2p2lQsVKtw6OtuB9NN+fr7B3Oz12Sqo2p4naBZEhZlb/dbMbN/sLc3HPtSl0Fo&#10;rZPTTRtIar0NuMooMdTeK6hmLTOCLWYiz2v7ErCSxpRiMyPLVRQBdKyWUoTclQOCQfaS5WST9Vfh&#10;8+n0IA0HpAZ2GRq9WaKKOlmn1iWSIMyTKLDWTyFYX+nHsD910eYye4UqVoXvjiIZJPIpDwtISDKD&#10;9AfwfauxkiRKqcHpLcxu5oRw6EegFPBSQLHIuiRdacgXJXUwUf4f0HsdcBhKvG4mOu+/p6eOJkke&#10;lZFaQB7cHnj/AG/u1xKokCOmpTwP+z/q/b09GiheOegX3HujGZbcD7dTE5GpqpIZ4lr43aClHiBB&#10;KP8AUkf61r8X9sOYyM8uReF3mankBemlTUIxMRY6h/Qe0wEUilUoCOP2dbIJ48Olzt/FxUOLp3WG&#10;JKmNFiqUch5GiRjb1WuSRzz+fcau8GOofuVkg+9ykM1Ikzyll8yR2WRlFyo/HvyQyZUrgZp153iU&#10;VU9SqWaTI5B6UCZKfFy09UyGEoGSUlliD/RuRc29oHbO2s3UZSObJeOSDWXiaNwwdV5JbSbW/wCI&#10;97kmolCDjqiRsDrJ49P+RydNSUs7NMqOq6QDdSGf0jgj/H2I1ea9f4hUUmQlKFfEaBYCoWJR+kX+&#10;n0+vthHKxgOgofPpxwC1a8Ok7RxUDPQQ1NDGZUIqI61pkdmncWMgINyTc8n2kUp8dPrepqa+gWrj&#10;eyEiMXHEmhxz9fb0TSjsQ460dJFWGfl0pZpKtFtDDBVNGyggOQwv+k6ebcf4+1rtym2o+MmpJ0+6&#10;kVhJSyM7JUCWLkMpHHP0Nvr7reR3QQSo2R1aEx00049ITP1G7os1jp6FlpseLxZBGjjmheKUaRdv&#10;1BlPqB/HPBv76zOZoanbmWp5MbWIKCn8lPPCxX0IRxp/UW+otb/Y+0fhAOkxk7vPpzuCFSKj0/zd&#10;Scfh8lQbgpqyPJUslNWmU11K8OudpDCWV4ZVICgaRz9T9Le0PsGgnqGmkmiqVgeT9tzOSzFyT9H5&#10;AAsPZtLcDwdIbNOkcKUYsw6UO46wUtKpVovJdmtKhddCi54Fvz7FCr6wwuSoqiteplpayYlvEQD5&#10;NHr1a1bj6XsB7JWlvEkrGtQOl5S3b+0FOgqXt6SkzsOFlxgq6PxxCTJQSOqxSyyiCKEwst7knk34&#10;t/j76oMHDSUceOmkeekqoG9ZBqDqp2/S5PH54B9mQdpx+sNLAY/1Uz0lb9M0jGDjpzym4pJaubI4&#10;+KNavG1UcEkE0opNUdYgJcark/Tlhfnj3mjixVHjnkMcEIopGHnEvhkkRGOuJgPr9PdjBKGV4yTX&#10;/V+X8+qGQEFT5dYJK3M12ZSmMlRLFkKVCtL9sJ4KeR1ulSJR+ni4sePyPYZ5XcjRUzVtHTR10t3+&#10;s1wackhNKre7j8X9qnSuJSc9aWQlTpwehMpMSItMRkaOFUjPjjQIxlUDWdZv6TbkD2ncXk5cfVU0&#10;lPJPDJUTrUSy1CahThgJJQl7WUn+yR7UIq00HI9Oqiv2E9ONdRQ11NNBURiaN4pE8QJUNdSFFx9C&#10;PwR7GKonwuZx7PDU47LZuFDNTVdRFG0tIJlJeGNh/ZvwL/T2W39hNDIs8XavmB5/PpTFIklU8+gq&#10;w4zmJy/iqsZWYfb13gWGnn88VU6MBHVuttSEr+ux9X5v7Ydndd5KKRMesTyVNWn3T106l4qYVEp8&#10;lg/FxYDj2211HIvdkrwHmf8AV/m6ssHhCpwD59Sd/dp7W2XgK3cuXykUGNxck0UsKyqk9XPHH5Ei&#10;SxJ55ABtf2aXb22MfgKdI3WKtqiF11M0EWr0jhIxbhR+Ofz7TS2xulOrA9ASP29VM7LiMmn+Hqmv&#10;t75Z707AzrNtmSv2ngaZ5FgpqatlklqlLE+WrDgKGcfqsP8Aer+1ZVY+Cuo3ieoamLfR4tJkQ/2f&#10;GjXH4+pHsnln3KG5WOxXtxk8KVzU/wCTqwSKRC02a9IPrjee1to18u7d0U652ujecx4qUF46xpoG&#10;UiZgQUuW1aluR9fbdSUdPjIvBE086g6jNOQ8rkn6uRYD/WH09iBIZblFa5ILD9n5f6s9NhVUaIxQ&#10;dB92N2vl9+biqsvS0tLtunkjNPS0GF8lLCtIossbtrZnLCxkYt6m/A+nvMzM/wBFIB+v0t7WIiJx&#10;PDrZNOPQXafU7Oxdz9SSzHk3Nrn88c+w27T3v/cXbByMMP3FZV1UdBRxL/aqJEZmN/6hVY2/PNuf&#10;d4ZY47gNN5Zp/q/b9tOk8up1Ono4nw56Dx3c3YNedzCRdsbWxsGWrYENnyFRU1XhoKLn+wdLtIw/&#10;Cgfn2Cu3N1bwn2zUbmz1SuPikllhoFmpnUVrSgiMKhIa6/lgCCBf2ZzbiLvtiodPGn8v9X29MLGs&#10;K6pfPq1jJ9VdPLufGbIxG0cfPkPto8pkYKGUJJh8bSSqIp6vUGGmZgEWMsCfqOPoGe09m5ivo5t3&#10;7ryU1Rl0ySRrRR1KzQmCWo0RECMkAHjhrEe0d1fHWq0xmv8Ak6cgiAqxyehuq89TY3KUe2KGhMKz&#10;YysninSIwUdKKSO4gVdIBbT6hpvwDf2JSbY2jturra3NZ+ugyGY1VccdRJTeLHxlrxwxygXC/wCv&#10;Y2+nsqRr+7fQhCop4nz9fs6UFoozqAJr0in3bvDLQKds7cx+UxtBUJSVU81XUQvWFF0zPS07xqvo&#10;N+C7Bj+R7W+T3e9NjMJHgZqGRGBhrUklJnkhCgrLDMv6r8kgkfi3tSlrb2V0ZHGskV/P7P8AUeqO&#10;XmSgag6CHB9U1G5dx70n7BpsjLAuQhr9rSRJHHj6MOjLLSzUMmseSNgtn02YHk3FvcqTO1dZhZJs&#10;b45sjH6gyAyVKwKt5b3P9n68X9p7toFkWalB5jgPl1dYzIPDB49ZsR13QYjd8lBmXqo9tVkBUUU7&#10;pFiJMg7hEKJGLfuX0FWtz+PZOqHsHctHvUzbkgrclO9XJDQ0ssUhgkjeW8SmEcMVH0FvZ5Fc29xD&#10;prTHSERywTUoejPttrFRYObA4uFMJRSU5hibFJHSyUykAeSB1HDWFtX19jlQUFRXZik3dndwwfw+&#10;OciPG0waIRG+laY0pv6xazEsB/QeyuR5/ENtEnYRx8qdLh4a/qk9w8ukfkJBi8RX7U21h6yTKmhl&#10;WCarF6WQsg/y+qyLElwS1zb1E3FhzYcm3NR5fHzVVOI6WlpnpI5JvTHrpluJVL/n6fp9pJLJIKKu&#10;dXGv+X/P1YOz/Hk+XRPsD1huHZe5KKizmTrty5fIwbpytDCfuaqGkzE7RtQS08UlxCEUsiMzWv8A&#10;QD2FO590VmNx+667F0VZBh8ViajJvlqWKJknSMhXpqeokJZS2qwNrD+vHu9utrbshL9zGlM461J4&#10;hUk5AHRm8TtmgrRtKPeNRS5HPNMq/wAFrqpUtU01LJW/cyYyJgkskQi18qQPrx7h9D5r7vEZbdc2&#10;2Hx+OpYpq8ZGqkllq6sRIWeS0nDNb+0v1uPazcfopohDI2on9nSeEy01UpX+fQd/KCmyWah2jsfA&#10;72qcLnN55mDCU2HgjpxHLS1HM9RNLDGZY41VCbs9jaw/p7VO0YI97Zms3g1G6USTSJQ4ypZ4WeWI&#10;B4pNLHSQzXN2tzb+ntto4oohAMrTj/q+f+qnT2pj3fi/1Z6bu293y9P9f4PYMOfqIc5V0dHFkN2r&#10;jxVijxhqBS5XIzQRAsrpDd0AUkhTp549pbH9qZCi33k8VuJ1p/PkJqOhoY/HOtLBHxEtS6elG1Kw&#10;sCefa6K3sJLcqFFKcekDPIk1HNa9KfOdF4HL9Ybfo9qVB/iVFQUGVg3ClRXU9VmZpKQST18rAh3N&#10;QGL6JCOCB/h7WG7cfnN7YL+Iy5GPAY+lqGbGwimSasqZYwdUkpYgxXQMNStexPsgluY7a6EdtFq9&#10;T9v+r5enRn4KFO5umXqmg2f1TuabZlA+X3Ru/K4+mrty5iaqmfGY6jWQJBR0jyAoy+WW6QAahy3F&#10;j7nda+XDbcqlzk7tQpHU+WqrZ4wrKpIsHhdja/8AbYg+9Xl5LcSLEq93lj/L/k62EEacemn5A7YX&#10;dG6dq1O1JCN1UOWxTwQ46khmrPE0l6iolhr1WJtMJY6PVcA3B9lZ3blMsmRyG8MClPVYumlEVVmU&#10;gLCBYXdRTmST1yaOBfkezG2uDCywz4ZvLy6TSprHix8B0b6hp6WGgpcVKsav9pZ6R3iEjKPTK/ji&#10;NgCxJOnjn2IvW2/NyZWpjNU8s9ILK9YqvDRRMzAKAJB63AuSP8OPaucwadLgGvl69Vj8Q0NajoOd&#10;+df7VrcPVsmMpIq4RvJEIox91UhFN6ZZf1qrEhSRxci/199dw5KjpoMXFX1rZaTIvJP/AJH546aG&#10;WllCmCMPcuXjf1J/h/S3tLbsyuVI8NRw4Z6dlYKBQV676pi00eQRNuVW26ehnhoqSHITUE2RrqZq&#10;VJzUVAx7MiKJC6xksSwuSAfbts/IxYLFfd0ETJjiPPPU5Gnenp444B6YomdgLK1yQB/r297mmSU+&#10;AQHJ/wBX+r/L1cLRNTYHU3eW3afc9TFS1tdPTVEEUsNHBiqxVqQatLTVEqFLqfGLIzH0nke1HTUM&#10;e9tpZ2q27Mm6d2TrG7ytIlLSrStVszUWNklIjQKoYDUSSBYEX9oLqGezmSdjpj4aVqTX50z+zraO&#10;soISmPXoNM/vyj6m3Ztqi3e+O2V1pJHV0OJrWqRO9Vl4qSNEqc+8KO4VtRtJfSreuVuLhhFNmcZj&#10;qfG4PH4jHZBqhJZYWpY4Pt8gqeOrqGWJlEko9QLXJJ+nHvyPCJDI9WBrSteHl1ZxpIrQU6FZ/wCC&#10;ZOSfKVlZU1OPkpmEc0NQ1RRVeNqZBNEpMQNonFiALAj6k+5uQ25DtnCyrtbccUldLJFUZuZtQo8J&#10;Q0yNUZzMGJ5NJk4AZdYuTc8+37eF5ZQbuOi/hH5ef+r8+tPOjxkQ4I6Q+K33ltxZuVNzbGm2/g4R&#10;PS4OvyNbTvPubL1lclNhcZR00cfkWOWMyTeR7aSAT6QT7aNlb52zuCDIxUkuNikzBfIZWrp6IJkM&#10;7jaOQUrtUzOQVZlC6gW4B4559mE9jGR+jxxTOB9nSaOarVc19PLqfunZ+Rpslhc7RvX5CTDUs9Ft&#10;/GS5N48JgcpXReKGtahgRfuFjsI4nkRnRTYWUke05N1ZtPfOZrEomp9ubdNOkmNpqSsppK9loAHq&#10;vuY6pnkC1El2uvAT/XHtHPcXNooSL9RvU4HShUglzIKV9P8AiunM7p3BsnaeO/vWKzdm5o6qCDK1&#10;mNwtTRULtlK53gFM9HTmDTTRNHD9QXK3ZgzEhQ5PdWBxLbZ2HhdxZPIVlRTo8uTWnp46fHYygcK9&#10;H+2VC35K/wCIuSPp7ft7VirXF1pLkYHHP+r5dNs+p9Cghem7buJ3Lkc3ufcm49nYTAUsU9WmFxUV&#10;fJk6/PTvTxBc7l5FiWOF2VfAkSCQhQbn6Xi9n72i2vm8ZjMQMpuWR6aCGloKSoebIR1ptO0uSNri&#10;MoRpAH0uR71bFUUvKQmeNP8AV9nVHDuw0LU8KdddW4vJZXatTX7pwmKwmXyGVyZqIMdSQjGfw5J3&#10;hpGoFLGxKgPI8g1a9QIItZz2zUb/ANvYyPf2W2xDS1u5sylFFhgYqeu8FWNVFkKhUDNp0qVIY6yb&#10;MVsb+7S3dndkwkakANT5Y4/6uHVqSxgpWjdJLPZDq7srMZDoqg3FX/xPZmBp8/k6/GsaqjxMNLVp&#10;RNjpcq7eEVia45HhAPjTgaSCqmRKbqy2FglE1Jh6yZ4AIyDVeGJm8kxcKAoJW/8AsePqfZBFe2dr&#10;cgW0HaxoPmfM0/z/AJdPOA8RLGrAZ6JVXYzpLam+Nw02fq8/2FSYHEVuZytRUzRUUZnh0Y7E42nn&#10;1RtJ+44VIUa1yXkuoHsnPfe/sTlMwdp4WGeCGBphms0tL/k+elpoRKKMVajVJDTuLtHqClwAOALn&#10;kUcMI8fXVmzk4H+r/VnimYOVCsDT+XR0vjDsffu2tkU2R7FrdFdko4Jtu7OjgSCj2LhAJPtqLRFw&#10;9bPHIGqZXBkUWjLX1j2L/UVftvF9bY/cUWDxEFQk1VDR181MslZM6tepqtUgMkZci5VSBwP9izJb&#10;peXVZGLLTI/wCnD18if8ltUgQJHjoKO+du767A7mxnX2F33vzF7bn2zBm8/jNvZBsJj4aeerkoKW&#10;klqKTx+YSyRlz5TIf1C1hwv6HM0czVO6s8JKRMRLBQtU1MssdMs9XIsdK9PSglUa0wDOBc3tfjj1&#10;7BPcFbXb+ynCvD8/Xp2GTwk0ydwbj0jsns6j2XT47pHaH22cXsWny2d/gNHDSS5eoxGKpzNuIZXc&#10;FaVM6TSwpFAkltIBteygoPK9e7B2N9/lIM/n4ajcpyuRjNP46jJVEzMKireprpVPkRTIuhZFXSCF&#10;ub3KZU3G5uvAupEonr609K0/Yc/Lh048qBawx0J45x0IXU/e/b3a2rA03UG2sLPtHJYqi3VW5nNT&#10;U2HipqmeaCkXB4qGF5klCQOOHkjUqR9CB7dHrdsR7IhffGRrYcAI8RkIqOorUoq2n+zv9qmRWMgS&#10;SSTFWMMdwSEBBsQVc+13EubQgEV7vL+f+qnSUXKiQhhU+dfy6j5Rd7nuKXIdYbX29FuWgTOYPObh&#10;zOFravC5kZmqx2VqRhq+hlV6ZaOCm8BqashWlaVI4n1D2CG4dtZXGJsDCdf4XNNn925usqMpuKlx&#10;krUuNwFRVLTVeRrJ5BeJijqwLkAIpB5I9tQukEjm6k1MuAv+b1rn7OrTCSSnhiig5Pp59GGqexMb&#10;QnsPObwyW18fsTZtPjIJfua+nqK2POU1GctlaatQt4gylqaOkiQPJLLqCgFVDLPdeaosHu/P9d0u&#10;FyuHohhsc/8AHMXTrLU1iVUKS5Crpo5F0gEao/Il9LBxwQPbkccbRiYvWXUcNwHoKdbDPr7hg+nS&#10;H6TzWX7V612h2jk8nj8lkMnXZrKQYmST7fHYuOPKVVFicRNUwa3eWlAjLtKl3YC6qQCVVV7jp8pT&#10;UWyaKpq5qDdW0MzPFul9BosXj6OVMZJDEY/+UldYIFgFNjyePa0n6a2M0lBKtCAOBr/q49VMazS1&#10;A7Tw+3/iz0H9P15C2+M12LPiDhslsjf2Pebam3lWPI7wz1fiockMlXZGdh/krtkI5I1swYQyanUA&#10;gAlh+vd67tz2X2fhM/lcRt/bOPptvy1lbi8n/CKeKhdJkgxtmAPkpCrq73aUktcKQQivd/ktbUMA&#10;XZvJcn0qfz69HZKrn8I/1cP8/Rgtw9gbA2Ri8duLK/wfH5PdE0NTQY2Sv2/SZ/LZKpiSnMaNXVEQ&#10;nlhJjp5WSVhGAFvpUD2NNF1z1v1GcBuWqrxl1ixcGFxtI+LjWKurUZq+fMTipklYzXBcyHToAtzf&#10;2TWdvue7sTPJ4UZatBXUB6Zp58ONRXhjp6aZbfshSjAU49Fu/wBMnandeW3r1DtDYo2RmcJSF907&#10;trt6rVUmAgr3MOPx+NO36dJJqieEMxCzppcONRCk+2zb/aNZ2PvurxOLlbG4HbyVW481lS/CUcJ+&#10;0oKNY3UalaaNprNbUqkn6cn89lY2URW3UNJIeJzknjT0HSaN3bMmafs/1f5unTM9c4HpLqzC0tdR&#10;1u/dzVuD291Zt7DDTRDKZ3IipiqZoauMs1LUVVM80T1RkPjVAE5c6s77z3Zmd4/w/bNJiF28+WiT&#10;NbtydTC9NBijA9RNW08DTq5aQIY4o9Fg7C9lufdxNb2sIRk1SeQ9D9v2nj1tYRXxa/kD/qqep9b1&#10;XtnbPV2Fr9yYfdddmcPtqNsR13t6oEVS2URIzR7dhbDRFpngmaOF6x5CmkNNJdAx9inuXcW2cNt+&#10;Krqp5cmlI8VVjs1UyUrzQVdZemgnpJJlVAB6lJRPSAfzz7QHbWurkTyMVPmooAR6ED1/b5n06ubp&#10;07UAA/1cei7dO7P7iye+sokmG2R1vj8s9Ri917AxOHr1oavE4kx1FYMzW0UzytVyfco0Uk1RaXyE&#10;KNDMvsIn7kyNbgMxR4aelrMhhpmqM3mmam+0GPE5etgoZZSPJLHELgICFUAn8e1/7u22Cb6iRBU8&#10;f9Xz/wBnpoyzzPQHtHRmz8bNrLv/AAm4MjXZZdmUuMoMftzYFO+VhxdBn6GINSZevNAwUAIJwwqD&#10;ZpJQC3Okpjb9ZnOx6jcefqMBtaXaWIGIochNSwS1ddnqqmhjrZ0WpdUkmKCRUYogDOCOVF/aDcZ7&#10;KIrBbKQ7VyK4B8/832dPIGQF5D9nQjxvtnrSbCbLk3ZuBs9uit3HUbWgytX56agVw9VNTwwQotJB&#10;QUqkLTJOGKL6VYubFE7i2VLRZrI7wdmyWC2nnaY1uyNu+KOnj8bxvQUWR+0lkZzHqVp3KcjjSp9q&#10;IrmSDTbyDQGFNR8/XptoxMviISSPID+fSwodx0WXxOJxNHnamny25duVFXhc3LjZYpKrRTBZMvRw&#10;VkaRM4LrURQtwyWYK0YuYeI3Furv/cW5KSrqqHb2zNq0Mc+vIYemrmxUhk8dVUPPIFeGRowy6Fku&#10;AOB9fb99eQ2tssVqutmoBTzr5k9M20dHYucfPjX/ACdI+j2/sbo+h+5w+MnrNx7uyEONWKGsVM1v&#10;PORUlRWUdKVqJEgeQIsxV3AVAWdmF2JNBsbD7O2lSx4faIrs59zItTkspVuHhkC0V6fxxy/oiCNd&#10;dH+ILEm3sheGSR9e4H7Avl/M+fnx+Q6MGkOntAUD8z/q/LoBt8Vfb+66Ovz+82wHWNDSwQUm2tv0&#10;NXVZnOR1MuYiTINV5elEcU083iWAQCIItw1msXJbO9tqxZzekeVw+Nx1dSpt7G1G4NuYaanpsjXZ&#10;aPJTRtXPQwfuOVV4Wd5VHoH1NvZrbLJbQnxagVweOPz6TafGNePyP2/5Oh46M/i2L2dUY3cGVzWT&#10;Sn3LlYNv5LcDz1FVPgJUjqsZT/xB18ciw6pKeMrI4sgAN/SBV23vXAYrcW3dvbknqZN2UWFx9BVU&#10;lIlNR4CKpqKFMlLTwpTJaZlVo9b306iVH9Dd9vFzbmeKQAHNDx/z9XEsgJiA/PpKbv2vvPcG1d5f&#10;3RlxuDxuWzmTroavJRZjM7sqhSTrj6usifJzJFSLIYp/skXUI4DE4CszIkOt6Iodx71zebyWPk2p&#10;hYYwY8hDGkjZatyuQapqZMfTByU1uNDCRrKpSyC/sil3aeNBBb1kZTRuNFHlX7f8ny6UCCHDtSre&#10;h6ywd34XBbV2fi8TkKTfO8MvR1MVHi3ztFTzw0uAo45cxVZvKLG2p6SIgzMkDNLIGC3AZ1TNTt7f&#10;23crFQYKqx+bx8n3OQrszuGGeioMBQTR+GiqKuoTXGJ39aGnQMQEB/tD2Yw71CkFJlo5wAKEk/L7&#10;OqvbuGr5edf9WehWGYw2coRNW089NVFzSihoZ2esyNTROKmopcb41jkqIFYqyz6UUhtR0KT7W43J&#10;lev6ZnxG6V3fisHtDI5CqxdLimrsxPm6aJGqqmomNyvlmlvAgCqkKkG9r+10YS5UNfRhRWqkkCnp&#10;T06RyB2r4Nfn+XQD5zrPA9tw5pt+7Cy2z89ld0Y7AvkhuKbGUea2hTZCaqoKGmOIq9Myy0CNFU00&#10;sXNZMSt0CFGHoHr/AA2Vqqrsqr23NjjPm8rl6GszNemSyWRyL1Dy14x1NCqxrFDMZIxMdTNYqtrF&#10;vZduLSy3aWltL2seHlQeX+T5V/Lp0aI4y1KMa/z6bvk/3RSbR21muusGsuX3LmMPR4XMHHiSgxGy&#10;8fut/wCDUGQ3JmIy4p3nDlqWkUh2QGSQrE0ZkFOfcFLkc2uNmo83XTy5Ckr3P2kk1NgZYGORpjPV&#10;KGUzSRsAYV/SCLm4v7XT7fa2UGmVwopgevVY2mkWirQ9RsTtbcOO27T5TEVGy8dDi9r5TCPPTzNS&#10;HfHmolwddBBTzKhpaKCsiWeGrLvJKV4jWNwWx9Y7s7Az+697U+89r1WIwWHlNLisy6TxUVVTRyFi&#10;qM3pbWpWQsrH62PI9lt5JsWmOCxp47HGk1Ppn9vVglxboTNwB8/PpDfIDr7BbY622+OucrDLmWzF&#10;PWthquro66v3HUV9E6QVoWcGVZYZI1ESRqFHI0gp7DTvaLem3cAm5OqXip8ZgqaSp3JlzUwzvDjo&#10;ZREkFJSTk6RHreSokjUOQF5sD7ElreSbcBb3Q739Rgj7eA/b0gmRrmsppx4fL/V/g6XXSm8V3tJW&#10;bf7qgwtFu3PZdWwWwK/FO0zimwpyVbX1dUVaKpWdIpJKaOWwjSIqupjwzdSZPsDE4ap+/wBu0E7Z&#10;egx28aLM6lWqy4rqnSuPNTIwRGARg9zqS4JBDe9CWxvXLXCFwpIpQ0HSiM6QFY/Z+fQmdmbc2hvL&#10;LUU9TvbOY04EZfZtdg8TkvFh6Gry2Cat++ymFjgZpp4YngeESOIipQgXAPsTtzdu5rbku3KGs2yR&#10;md4UuVkxFNW1kTypJQ0TVMj1UKXEcC3WMOWuxPA9uxW+1FGdgVVeHlkZNf8AV6jpmQXDPojbH2ft&#10;z0XPa/xl663jkMvRbe7QzE+L2RmMViMzTbVonoKF6imjjrZ6GXPHUs1YRpmnFOziB3XUuoj2XXZ2&#10;d7BrYd1DG7Un23niBVtDJS1ENJUeaAS1U9K9UDG5kiu0RuQTb6/T3UX1lFKoiNScAcenGR2iPjCg&#10;B8+jxZ/GbZr6GgXcL09ZQUlbTLC9ZIjBq6GrWKlZ5odJ1RzAK1rAG+vgH37cnU+ApsWN3YyeXd+8&#10;nraGH+B0VJ9zJV5bJt/k9TNVU9iRE7apAqaQRY2Hstkur36ljc0SPjk5p1dbZJMxrUjqDTbwrRuC&#10;pxddtmpwu3KPE5LJf3qyVbSUlAExNVHSywyUjC8SsrNOkkjqPEpawtb2+bIwOE27ubAy9r1+YyW7&#10;Kqny1E+1JKqnrsbSUfhMbVealhkKR2GrQinji9jx7TtNe7ipW2IjiB+Lgxp5L/lPT6lYhQCrZ6Yt&#10;7Vm89xbQyP8AonrcRj6ipoaSuxG6qkSVUUsrTir04rGLCY6lZY1VfNJIIz5LBXsbZpMJW4rdK7s6&#10;xx+CpcDHXV2SymVR0+5wkUEo8VEtPM3qSSEtYxhtRuCR7qUiRRb3VZXxQHgf9XHr1GwwoAePTsrU&#10;2Q25RbO7D8VVks5hqfDZWJl8NPuOomx6RZWeiFJYxq8hkul0KDmwWxI373oaHcWGpewYMpkcpDjK&#10;enraLGx1EpxzzMgR6mGggv55bm6KxNjyPbNnczxytZooQeZFP9j8/t6t4YWh8z0BHVc8fXu44epa&#10;3BUVBUZKTMx0+ZpojNkaqhpEaroqbI1f9iJaYCOGRhZgAAFc8ghuOTcOV3GdtyUtTJt2XbuLzKUR&#10;oZQ1Hk6ly3myjRjX9uzLY2JUD6jg+zsTQQQAg8fP16aUFn7jUf7PRiMGuKiilyxkoHr2rshhmro6&#10;pHWoSiyEsUVJCS2nyhIxqQC+oMPpz7Vu7JdxvsjDYrAbrwu1qtZ0G562reoWloMfIQv3mMm8ZU+N&#10;rBoioJB4Ity0txEpMiRFiwxjqjws7FmOB/q/4qv8ukFQYYnsDc24MttlsrSfYUo2pVwrRzVkk8NP&#10;I2Vx9XSzyqollOg0s8zBCNSu0ZClgWwv3sfZkG0MSJMtW4+EpkNzZaGGhxeQimjD1U8GPWMNLC6M&#10;SpdiX/Jt7SXUUKQGe5wxzQHgft69BJIJdPl0KzZAPgv4nX0dXRa6JKqbHho3yFG7IGFI70jsnnja&#10;yt45CquDZyBqJjex94YTa2K2zJl8RTZOjp6aVMViYKFEo5q6mXRHOkkf7UWlSdMYF+eLn23te3Wn&#10;gM7sULHJrk/n0omeZWOnifPoCdmYPMZLM7//AIfuDIY2vqM1QNUZWaU11fj8fJD9yMTTU1ct2BOr&#10;TO5C8sFHpt7QsfYO390fbUpm+wz9JRSVlJiGqTDjKukrAFkpsgvIKKp+jfnn6+zFLaC0hLRGifz+&#10;3qiPI7hOPQnQbbymKyLNHPFk8ZkDC1fUzoxzVDUUsLCCroSnpYs5Gqwuv1APsQN19ZJuPZW18rWY&#10;2sNbtdZ6+DDbXonNNnYapQGo5TZTJawZWPP1t9fZDa7vG1y9vA+kE5LZ4fPP+r+T81voJLZ8+PQN&#10;UPYVLtHtrdOOr9w0QwG4/sXrK/du8KWjk2nksdSNTwpR4qrAjSnq9SoIkkjtIFYi7t7LpLnNr4DJ&#10;RVxz2WotzVkngXbdfT+eLDsG0eKNlUPFJ9AAQf8AXv7EEqXLpViPDHn5n/UekUUitJpApXoyq+er&#10;aSCenpJ8XLTxlKpaku1WZRdlNIqFfGR/a8pvf9Nva/wNXu3YmZTI1rPJh8xVJJjUpKaQR19bPH5i&#10;rk3sfqWFuT9PaJDZblCYCR28c5HT8iSxmh8+mDPYrBbtoq7ETPSGqggaKQsY2qcfFIxTy6VNwDpO&#10;kk24/wACPYuZPfu59z7Uy2M2RhPFuyoRo4ykVNSODe0k0Uk2jU+nlQTyf6+24bHatkP1rEsRwrU0&#10;6YAkun0Sv2jy/wA/Rcq3prEYLfGK3bv7eb12w8FSMKHD5uvrZcX/ABJ2EdLNlYp5Gp/FFfUC6Bbh&#10;dRAHtt6968r9lUS7o3/k3ym+MnCYcZj5LSy0Ms6+l6tAzAyA/RV4X+t/ogfcr3d5vqUUpbRHuJBF&#10;fs+X+H7OlDhCptYSCx4keXUreXYsPY2SbrXrpY5NpUIp6ne28aGSGLCNiaeZJajbu36umujvKPRU&#10;TAhUW4XUSbAVuKg702TnK0VuGmyeC3RUmGbMYinqK94Uqn9ILIWeFgDzGyi9uD+fZ9Hv23yCoIBH&#10;kePSFrUhwD3AHy6G3b+4Oud4LRUuHrsVWS7bdZaTGGUQVGP+0X7eOpSiYr5Ik+iTIHjv+lr+xnw2&#10;ysxsvaf8RhyVPSzVLRq+Wr0+28cdUQrJUN6pXsSAAwH+v7K4bx767MwQvo4emPP/ACdKZPDK+Gx/&#10;LpKZPsDY2595nruqVM3lKWimykuAgjNdM/2MoeOp4AgSxIZSZr2I4A9g222txU+7Eo87MMjtqpkS&#10;tgyWMqIftci6t5tMmkllcsNJRhf/AF/ZleX7G3IoUfhkcOrQxANUD7OhWx2Xp8nQyy0UMtJU06mC&#10;SiyFLJS1NFKosI5oGsSg+qvGSjDlWI59it2zlcTuDYkVY8DbeTFyKhFSHE0ywL40RJYr3B4sxFjf&#10;2j2Q6I2SJtbE1Y9M3EciTamNa/6v+K6CLrraW4tn763Z/FNwTbjoNxxJk6REWOGlwsxqC1REtOTd&#10;fKWBsCTxf88F/wBsSYTd9NQbdp6c0OSqpmiopIFmqfMW4DV0irqVTybL/vXt66ka1JnD8B/qp07G&#10;PEFOhvq6haOCeslYfb08Mk89yqlIoUMjshaw+g51H/Y+xX2t1fLj9xKtXWjL4Pb0byVlPDLPHBNV&#10;EahHOki2bngR3/1/6e0c++z/AE4iQ6Hk/bQ9KEtlC+J59JPMblRsHFJSPPjq/MxmHF+eOJpkaXj7&#10;krEzgKqnUH5ANvr7et90+X33QDEDALBjEkH2tNFDDGFji/STKbKgsP0qb+247mO1wjFpPM+vTiwq&#10;tSxr027TwOF2fFV1M2dnr66tPkyFZX10k7SzM+ovpkZiTc2v/sBYcew1oItv7OihpafA02Tz4lCU&#10;xkkkMMJDXKyseCVP9k/X8e1MdrJN+veSFV9PX/V8umnLU0xinz6XFRDUVmgQ1b01KyMJDFGnnl1c&#10;AxSvfQLfkC/sRxm9ybqzOJweUaJIaxYy9VSHwJRIPVLGzswZfSALaCG+nsyku47axIt10gcMcfId&#10;Jo4kjYuePn0g6fau1thUGdz2Hxc71CR1dfVR6vuZ8jVJeVTpb9Ts5JU3FiSfYj5/dnVm1PHj81T0&#10;tVJjQpiectqEqrw+oFVNz+Df+lvaS25Zub0LdXN1o1ZIHp/xX8s9Ipt0uzVYlFD64x0BtBRfIPd9&#10;PNmMDlcZs2kzDM4WsSnrJIadwUIFM6Mwdb3DK6+oey4z4HZm/t0VW6cDDR5GJKhHONVpoooXv+iQ&#10;pYMv50/T+ns/3S6ktLRbaE1AFKjPTtpkapePmejKYBcjhNv4vHbjyL12Ro6KGkqc2wiBr6iGPS1U&#10;yKLK7W1EFbexE3Lj4cZJGsU9dXBaSMy0YpoTjaVPHd4GMHLgHgax+Pr7DAMzQ67jt1H8z/q+zpcG&#10;rkCnXDbmSlyiVU0lJT00Rq6mOnnM8prKpY5TGKhoJUGjUBeyuRzxb24bKzlLSxzSV0D/AGUYBiKS&#10;TAQk8KsHiZQg/wBUL2P5HtJJGtQISKnjX0+3pxtWkEefUHemCyGXpY4sXVpS1jNYloKSWOWMfqFR&#10;HUxyBx/qbAEH6Ee+947Vzm5aN83tfNUcChtcnmrVEnjuNRuhNio4uPay1vni/SMRanmBjpl9IYaj&#10;Q/4emXEbqxO3aqi2nmIKylyMyhKZ48TWNQTsFJ0JUIhRS1iQGIvzb2jYaPeeQpYcfWZeieKJ9AVh&#10;C+sAeti87hv9ivtc96yRlRGc/wCr/V6dPxrEp19LYRYOgqZcjHSrDVTIvmmp6WfU6j9KuIltf/XH&#10;ta1z4/BYynoaSSimyMlhNVKIkMUgFykQHJt+T7KbaxkkkN3MD8lr69VMwdtIFAOmuimrsvkJ6ieO&#10;ppcXGCtPTtqP3Kf8dZbjSL/2VF/8fafqq9dz0qbXpqmhTLyqyx1yIXaNn9KtOIQBfni/tWGhsybm&#10;QcfKv+r/AFfLpiSNpCWU4Hl1NFGMPNW5bzVZokpy8lFcSJGsS3Z6dJDccf2dXJ+nsG9k1OZ2xvqr&#10;21mJK375qt6Vq2IsiekkK6n6gfkW/wBj7furgPD4wNARWnTcAJOlhg9OsxpcljfKqQVlLU0y1MIl&#10;QSQzxvH5YyVbizD2Y/Lbd3ZTUs9TNUT1dNxLTVQbyQzU55HiMYFm/qG9t229CZREceVOnmjiDVHH&#10;oPsLuPYVRkf4bj2xlHl420VuKvBBkKWexP8AlVMx1aeDpYCx/HsN6efKZWZaKOmlpVhcGetMPkSw&#10;YWSVGuX5+gsPfrmSJASMsfLpyP4q9CM4gpg0jOPUp0Izqo4Bv472AuPqfa83PQ7NOFhephqWztHH&#10;oWtRR5Xktcg0d2XSfx/xX3va7S6KtPO2lTwH+r5dNSMzydgx0HWMqt8y7rlaOTFvtWYahSPHI00C&#10;/TyQV6gFnPJKMpH9CPab2XNklWWoeKurqKnIPk+2inaNPr40hYi2n83P+t7T7lPC0gjJoelUUcgy&#10;Ollm4aeSAweanpqmouIvJUNSCV7WGqWME/0HAv7MBhqegzwp5JKVIKVCD5UU080jXsyyKvHNuQfZ&#10;QZXhPhRHUxx9nVtLR1L9Fs31k81sqjylXT1stZXtTySR0UoFbSx6FJQwa/WLE8MBz/T3O3DvGLb8&#10;b0dCipFELERKQFFtKlrH6H+o9nu37bbqwuboVfH2+XRfMzz1UHHQQbM6erezkgzu7a2rqo61hURw&#10;VU4kgLN63KRvGCCl9OlrA/j2XXJ9kx0mXWs+0ihrXkBNTC0TS6AfSZFtb/H1e1V9bWk+WFQPLp6P&#10;xFXTWvR1cNsemxWBj2997U1ONjpvto6aVnCRxkW0RuG1KoHACkWH0t7EvI72GXwMc1NQPXVbRJ4a&#10;iVPPpkdedOkWH+w9pbNbJa+MwGny4f5eqtbSlsGgPQW4DqSTbW7qirpcwuMwdXLJPUYqgCUqVRUA&#10;RNK5JLf7V9CQOfbVsuhzeMSq3ZmKR6KIuyxmqnjEs5H0MMH4X+pNvbV1eR7hMLK2yBStOA/PrbgR&#10;KE8z0p9912382Itg0dWtRk6qAymnpYpJoqSnUgCWqqYgVVj/AGELXPJt+fae3ZvnbO66iWkymNpq&#10;qop45FWvMyQpTnSdLa1Hq0/Uj/ifa76MwKEiYinl/wAXnpOYyqEJ59ZevOtKzr6kNHiM1OmMlqTV&#10;S4qpiasTXI2qdYXlceLVyfR9Cfp7ATZ+0cvLu+Kto6ijqqdJyaIUUstS0j6tSkwBRpt+bn2m3S+E&#10;MOg49erW8JU1NKfb0LVTLBBTTS1UiQ06RsZpJHVFSO1mLOTYf7f2dmOjy1PgZp8rMj1SR2Z3qgSv&#10;HpUU0PCkcfn/AF/ZPt031FxSNKL9n+rjn/Uen55ooiFByeiyZXJ7YO8cXjcKJAtXMx8NPiWWKYoC&#10;zyvlai2oH6hRf/D2F9NuKoyL1dHFFC81IC0Uk8YkJI4NhKbf63Hs4uIokddYOfTr2TkHoZW29SY8&#10;R1QnnhhqGVZ4oJDCh8g4uYRfk/Xn3kw2Hye5aidc5VVtJAAyxLqZIuDw2hbcf0F/p7LLzcVtmVbJ&#10;Rx8uPSgIlNR6y5Svx23KH7jGUlJUzCzFFK+Z7/jycsSf6+2DOYKPakk71OVlyOOZeIoE16ueQA5J&#10;Uj/Hj/H2stri8uwDQpXzP+fplpUJ0jy6n4LPJuGlWojx82PqkJDxVigPE1r6lZP1KfwQfp7Cttx4&#10;ekrddBStLWGQ2pZCItSHhWLrxcf09r2tQxrK3TJehoOlPZipViAStiyj825sDf26ZPsyCjdZJcZB&#10;UyxFfGzKjRUzgA/qkBuQf6e31sraVNLE06qZ2jNAem5cWiKyLU1Kq5Jl0SaWk1fW7L9P9h7V+K3z&#10;idyiGaon89ZHZpI9amFLDhNJsPx9PaWS2FtCYYzoX+fTluxLdN64d6HyLjhFHDIOQAwlLsfUzSDk&#10;/wBb/X2KkFRlMxjo44qSenoz6UmDgxNYW5jP0/23sijktbKU6O5v9X+r/P0YNGh72PSMqqTF4vKN&#10;UVVbSTVoXyNC6LHMEJuGElyT/Tk+0JuyjxWCpH8ssU85uZb8PqI5BB/1/ZvaLc3JM0g0j/V8ui03&#10;CtIVUY6VWAytTli0ghkgpU4iJ0lHQcXUj6gn+vtj2ptDBb2lWmNLO7kEh6LQzRAc63EnAH9ef9b2&#10;WbndzWfcjCvz8/l0rjRXFepe5M7HtzHS5Oplo4aWCxlkrJWhSxNtKugPq/oLG/ta5brHB7UoJ2/h&#10;sUzLG0iVEytJMxH9k6Pbe1fU7hJqnYqo6rMyFdKjI6Re3+ysfumtipsTVQSsJTDPHEyMFNrlg73J&#10;txYAf6/9PYAUuL3Vms6Dj8bP9v5hFTCV5lCpr02WDgAf4n2eX91a2kRiXgBk9NQxlmFehQmnhpo2&#10;lqJY4Y0Us8kjBFAAuSSfZm8hsyfHbUioshHHS5CsgkLlAoRNaf7sk+tz/vHsm2NnvLxrqNToXhXz&#10;+zrd04LCFfz6B6m7HxOV3XU0uIrocjS4x0hq1gm8kqTs2gokS3sF5vqsfZRpNm5qmy0j/byy0Ec4&#10;L1Ic+PlvVdh9f8QPZ/eXaf2YPd/q8umREQehkWRHClSPUNQB4a31/Sefaj3Tm8hiIkpsdGJFECD9&#10;tiRoI0kBv6g/X2oso4UiDy5Y56TyhjJTrwVSdRXm5+o54498di7Xly8iZqsr5E0SXeKa4Lm97RfS&#10;4H09lm43Esz+DAK1/wBX/F9KIG8LJ6wVVUtKgZkdyb2Ci4BH+qP49j/mM9HhsR4KKESMsPreQDUR&#10;/ha/Fvrf3rbtr8JvFueNf9X+r069JMZXoDjpCU2KlzWVkrKyZo4IpP2YInJUEfUuWH6r/wBP6ewq&#10;x2So6qpXKVtFSTTxyB4kLEqh+odkH+9H2suk8U+Epovyx05qIIp0u3gfweCKaSP0lfJdWkAtawLD&#10;/efYn4PedXl6w4uFXqncBJbakpaSI8AF7aRYfge0hNlt8QAoKftJ/wAPTvhAnV6dB1ndlYtA2VYi&#10;CSlvPrSJZaiolUagCW+rEjjm/sSMVSYSnqXmlkmqJYvoizBYRID6msguf8AT7K7hZ7kjOlT+37M9&#10;OF5StFGOg13DlN4S49KagpaGkjmBDVE9LLNULTsnoCLqsGP5axH9PcjNQyT6alSfGfUqOQUH9Abf&#10;Uf6/s3sz4UIhj8uJ/wAv+TpO7lGoc9JjaldBBUVFDURhaxVKSywxusrMTyRcAA2N7A+w4ztXW3Kx&#10;TxIwUqI1jT0/jgkfn27ojpVxU8c56rxOK56HTbdBQrGGME7Kx1GV5JBr4vdkv+L+wzqpxDMy1EBq&#10;JHP7jIpVSL30k/4+6vGpFRgeXTi4x0IsYui+NiqgWF7Mf+Ke32goKXJxBMbTx0rkEeJLks3+C88/&#10;19opJI7capCT9vVtHmOoE9TJQ3epkMkWq/k0qoQf0Nre2yTaudoshqkkmSM8qopZgSD/ALXYD/be&#10;6G+tXWq0/b14QsTnrLBk6Gqi8kU8Mi/kCWJrH+hsT7h5+NoEkgyv3kRKqycSLr0n0gqB9Db2c2dx&#10;4iViIp0nKDVXzHWWlaGRRJTNC6XYM0ZDWN7sLj839vG08vU0iRza1p6OE+RIwwTyG/HPH+xv7Ymh&#10;8Z6L3E8T6dWDaePTZncZTZGnkgkhEkk8bQ6iuvQjCxJ/oPr7EB6w55nqBIoLrwgcX44uB/vPHvza&#10;oUEaD+f+f/L1tDpyfPpC0mNp9rxR0ojcxRuSJDExHrNyPSL+4cUS076CrTMp/Sht/hd3+gHtFMhb&#10;vJ49PA6uHT+alqhCylIFKkh3FzzyAqfW/wDsPagosrR0SNLVuWZARHDCV8akfTUy/U/8T7SGz+pb&#10;T5ep49Ucso7OkxlMZlato4saI4xI1pp6hX8pB/45ofoP9f8AHtH53tHQ5pUhmi0EoF5Vf+Dljwbj&#10;2eWtha2iVTJIz/q/1fs6TAMzaia9SsV1lRxSisrqhayd28hdo14H1EagDgD8c+1Vsnd8uQXTPI0U&#10;BHBLKDJf83/p7Lbx1WQMgqw6fIBj0npMdhdbY2oopJ6SjSepIui6GZYyBbVovYn/AI17aN34NcjV&#10;tLT5ZaZXN2GsqCp/297+zn94Si3BYZpxr1SCNlFOnvr/ACktBiYaCpxFR5KdRGrQxKw4+gDNawH+&#10;J9z8XNR4LDNTmtL/AOqmLFdX1BAP59lUFvNd3PjS4pn/AC9PMSaA9Zs7T1may0DR4+wQW8bqHYAn&#10;hnA4+n4v+PYW7kqKzJyPLi1eUtcBlYkcH6n/AA9mclxFB2E1p0yIqGo6EXEUgoKOOGURoygC3pUC&#10;4+n+v7lbLxFfAXrchEGdX1HyHXwOSFU/0/1vYfvJzdSeGnA9KVGgUOOu8rVxRwmLy6XlBVdJAtcW&#10;Hq/HsV5c9DBSWECto9Rdgq2/HpQfT/X9vWm2xIS8nE+WemJHIOD0F8uCrq+uBFc8UZLL4o+ddxyX&#10;mY3/ANgPp7Q+Qr4MmWmm06VJIDMOD+PT7NXtyV0R1HVUfTk/6v8AV/q+a4xGOfDxrBFdrgC4BN/6&#10;3PtwwOFoquRJDLoiuG0hwocj6gf8U9kV4lyjeHEMn8+nxOAM9cc3nZMdTyEwmR1BHClioPAuOPbx&#10;uCkmePwUmtoF4JQsbX/tej/e/a2zCWkA8Y95/wBVOqlteT0mtuZKGpqJKqqEcU7cjWqoSAfxr/J/&#10;p9fYfVWDqq2E00VNW2VrS1el1hBPAXyHi/8Are1C3qINWqrHy+XVXQEjpfDIUsL3mqqVCy3jh8kf&#10;mIHLEIOT/tvbf/depoo/IqmR1a7trMhsPpc3PtO10ZSQxoDw62QKdSY8lSysFV/r9NQKk/j6H2k8&#10;/ncnQlYKaF5JJFtq+iRqD+R7MraOGKDW3l1Q1Pl1LCRn1AA83/2P9efbFkKOsqcaldVFlnnWywrZ&#10;SABwW/1/6e7QTiWQj8I/1Y6Szow4dc/8P6W9oWgxeYFapGpFD8IovcX4Or29cTooqOqRRtWp679j&#10;lip8pSUscZm0jTqZrkBTb8+yyKZXYsVqelqii9R56eCa3ljVzxa4BJ9uuL3NTUcz+ap8tQ0gGpfU&#10;Sb/RQPpb2/NB4tNeB04hrgdQK7GiqiEUYVUC20/Qcj6MPz7XNPkzkkYiSy/qI4P+tcnn2gm0IwWM&#10;dXBoadJw4tMdZioP9m/INzzxa3tE7ghpZ5Cs2rhrnxixI/xH09rU8RF7TxA6oeNelNji5hW30tYB&#10;iePz9fcbD0/+UR01HCzO5CoRbWo/LO349pLkpGheQ1pnrYz9nUqpdY4meVwiKCWv9Dxe3+PsfMXt&#10;uKkp46itq42kZLrGjanU2/tf09kK3d3dP4cSUWuerM6gEDNOgN3DvFHqZqLH0M7FPrO66IGFz+gH&#10;k/Q/X2AXZU0Anq4nDaVYhLH6/T62+nsfWcTJbqCc0H+rh0XA6s9CrtPU2HpZmsGljDMB+CSTb2XS&#10;5OQURm13A0nhiQeOT7avFAjNerKKGnSn9mO2Lt9qiOI1sioJCLIGCmxtcW9g28mnz4S1p0ZRFQvd&#10;025OvFDA0lizAE8Amwt7HN9uYDGRpMumWUKCAX5U2vb/AG/P+Ptqzh3C9H6naP2f6v8AVinVHmAN&#10;B0Dsu9sxXVklHT07xxamXyeLUpA4vqH0v+BcH2kshm51kMcEWiFeWZT9R/rj/ifYigtIrZacT9nD&#10;7B1XJNT0qqDCxVKLUVkxlnf6I1jpJ+v49ueHyc1ayqoLn9Om9yQPrwP9t7YnmjhFCenPCLcB0z53&#10;b8FPFJJ6Y7qGLafoQeLEH/X9qOpw2Ql0/a0TLI5Hq8ekHV/auPqfeotzs/DLO1adWSEDJNB0h6bP&#10;YyhkdMjlomp4xxG06uQVGnQB+APa52ntKrVgasSAkqXaTgAf65/p9PZFf7q7tWDhmgH+r/V69Kwk&#10;SLUdAl3B25tbGYx/FV0PpV/CA6l3c8KUReQb/wBfYnPRUcOmKNQwjt+QVva1vp/Xn3uyF06eJLjV&#10;/wAX0lkYE4HVYe7u08jkclUzwTlWYsBLESkn4DWK2sfoP8PfITMq6E4UDgDgDixt/wAa9rksYtQZ&#10;hk9MnUB0EuQ3BXV7u9RPLM17AyStIy+nnlvz/jb+vvB5Qx5uL2PJ/wBj7XiDRkZ60KVr5dMheVyf&#10;UwA1EFbkg/Qf8R9PfWuw+vF/bmgMa0zTrRYL13HTyvxyQxuWsTb+v+w9t1VXxUyFncWt9L2/23sx&#10;t7GSYVpQDz/1f4M/Z0hmutDaRlulntbZGW3NXR0ePpZKh3YX0KbKL8Fr8D+vJ9h5mN0UsbNeUWA+&#10;gI+v4+nsQwBbeMIo/wANfn0gCzSksfPo/HVfxjyMcVNU1UJSUuGbWhIAvfksfYYVmZqK6VlgkAjL&#10;Eli1iAPwPaa83BEqtKny/wBXz6WxW7KNR8urAds7AxuBpoXmpz5xGiNZQyMRZb6f8PbG9TSQs7zS&#10;EycqQeQLfQC/Fvzf2HZo57k5wOlavpFAOhMgpqkxxx08WmIAMLWBN/rqP+t/h7wRblFO4SGXSv1s&#10;v1/1z7TSWEemtKnqwcsTXqTLgRVqTURh2+lmuR7WGJ3B57vJOijm2q1x/wAj9opIGSiov+X/AIrp&#10;9dOK9IbO7UiRWWKleRjYWUcG545H+8D2s6SuNTGXFygHoP4Y3+vPtI0whcKvHz+X+r/VTq5UKK9B&#10;dktqx07lXVEkcDUCDwvPpt+faSyqGaZjKgIDHSwsQbj6G/s0NyzqEjFMZ6b0gGvQgbXp4sfRxpDO&#10;7cAlGJUrz9AV4/2/tPSUqzzKugMIiDYn0rp/JHvTSNHFQGmrj17zz0t4apoY5HLEawVH01MCeAD/&#10;AL2R7lV1OxgSESWBAuvC2ufwP9b3S3DJWUft61Sp6iUdZG1QzmK7Bj6uWJIP1ueT/rn2rdrYSiEa&#10;tIyO73H7n6Vb6Hj8/wCv7JL2W5llNBhc/wCr/N0pqESh6Re+91VNFEVhWYCym0C3kdQbaQbEL/iT&#10;9ParfF0cIYB2sxJJQBA1uLC34tz7UwLKSDTgP2f7PScyMT0Ckm+cpWOmmmjjKsV0Ts0pU3srE3Av&#10;9fp/vXtNZBYYFZYR40H0IFr/AOP/ABv2bwRvXU+Sf9X+r0+3qskvr0vcHWVWSZGqP3XNiy6iwBAs&#10;L/7bgD2FmZq6eNmZzcg8g8A+zNYmPmR0mJNeh4wlPMYVVVCKEFj9bf48e0wudDv46ckte36vT9Pp&#10;x724igXv6uCGPSl/hitzLY8cngnnk+1jjxJLTl6qYIjqDoU21C3I9lRupZZdMI4dPgAL3dJzJRQU&#10;8qCng1yqxsxFyp/BH+9+26fFUkk2qDQ7XHD+oXve9z/r+1EsjAfq/wCbqyqG4dTaXI1Kx2nR1FuG&#10;UDV9PpYe1bt/AvPKHl1MqeoRxgqptwG/1vZPc7gsQ0RgAnz6f8MUr0mNzZ1KSlfSyJcFWllK3Xi5&#10;Avxx7WtVWw4sCGy+WxB+nHFuf9b2aWEEsy+M9dPl/q/1f5eiyWTU2hPLoCRiZtzztOkn+TK1yy+r&#10;yeokhQPwfzcew53NnnRdRbi1hYkcH83H+2v7EUUcfhY6bC5z5dC5sjadPShrIL6rm63vb6rY/wC3&#10;49h//Hj/AFH11fVvp/T/AF/aTSPXz/l/m6U9Cx/CYf8AH6W+ifX+vv8A/9BK1Ek2vyKxlVPqB/X+&#10;zz7waQ07SOPXdpiTw63RaeGHxhCqxuQCD9LX/VwPz/j7esJI9SxRoR42NjqPB4/BN7fT3eRImjot&#10;a+v+r7enI6g9JjclqBROtQUeNdQAuSADf6f8V9qOTCxxgFLLbn0fUc34PtAXK1/y/wCr9v7eniEY&#10;56S1Lup6o2cO97LYguPoRf8A3x/PttFOY5JSbkj0ggamP5AA9+NCKn1/1f6qdUIqwVelD90JY4EU&#10;KFsNas2hOSAbkX+v19whJNFUMdBCCxbXYG4+v0/Ht6OSN1IOeqspHU2Wljlpov3LSEkJo1EWIuLX&#10;/PuYUFQ6sigcajYi/wBfx7aLaGp5dWLVFPPqGrGmgdJH1NyoLA/2R/aC/wDFefb3Ti5VGuVPJ1WU&#10;en+p91kOoak8uvAhBXpJVZ8Qkkuoe4RQhJY6mt9Px/vj7dXAmVAmnSlgpFhyBb/evbAFHrJXP+D/&#10;AFDqysWHTDCxpRNcMXdrsrsTyT+AxsPr9PbRUzU8B8TILyf6puTxyQPz/sfa63t/Geqnh1uR0jyc&#10;dPNKtfPF9xqNojxpUMqkHhAebf0sPbfVNeNVjl16+FX6jkfp92kgKuSf9QHTPih1qp6fcVIGkkea&#10;n8PjN5GsASfoSL/8U9pPI46rkqBEC34IsNI5HFvd4Z+01zTHVdOKk9LvHZChjpvONNmuTf1MQPrc&#10;e2f+C18M5WW0iva4Uamte4tb/ePdorhWqtOHrXrfh0oAenX+LUMlP5Y5AtluLsFAJ45vb25QH+H1&#10;PiKaSxC6C1zc/wC+/Pu4XxBTj1ogKcdNtSBkaMTCQFVUsHVbKQOSQPb/ACgzupcBWKDT/qgq/Qn8&#10;ey+nhsaVxx6cQmlD0y07LFBpRtaayCQOPUeQCPfIwI+kXUOb6jpuRxwB/wAaHuxYqKgf6v8AV59W&#10;FD2t1jWdlL69ZQEKgLegjVa5P+H+v7Z6uYGZUe6hXsSRc2HP593t3LGrdVlqMHp9p6XxwM0OltcR&#10;ZbcDUeCL/wCHtiyOUp0mEKSBWWwI+l7/APFPatIi2SanpouAKdOlBRTCIyOv6yWs3JH9bn3FhqmE&#10;4mjJeTiw+v55P/G/e1IjJDdeFSMeXUuemSSnML2WPm5+n+wube1SssjiI1IYM3PI55/3n2nJjLnR&#10;1ajDPSb8CxrKtOylFuosfTwLH/be3qCnXyQiWFAHUnk+oqPpq9sFQalcU6tVgAa9MNTWsIJ/HUOx&#10;RrDT9FJuSqH8+w/3i7JWskRXT/QECzAXvf29ZimP9X+rHWpxWhB6XW27vjoXkD62QG7ckqeR7hYC&#10;nqqmpid0MiISHUAfT8Ak/wBPZi5RVNcf6v8AL/q9OmUHmD1lzFRFTUsg8gjdlOhiedQ/IA+vt5zU&#10;1LRyNGuiMF7ggg6T/gT7Qxprbj0odiqivUTEfc1NPHNIWdjFYg+nULcH/X/r7aS8MtRBpZVvwWFi&#10;7AWvcj+vtbFFpJB6oZAV6cT5EglJUm1yEPAF/oOf6exCosalRHGKeHyyKuokD6gL9bf4e0U7FCXH&#10;l/q/n04gZ8HoPK/M/ZSv9/UrTwvIqICxuHLfT/ehx9fcqkxfjmMrMxnLaHjHIF+Pz7ZMhdaLwPXm&#10;jKvjNOotfmkaERaESBF8kcrMFDFef63J/wAP6e1LSbPinjlM8bfuElGuLqW+l7/09ls0zoAAeH+r&#10;/V6+vTgC1r+3pE1/acdJUwpTvGzRqvlj+iuBwwQj/D2z1m258Qs4p4lnaxIIALso/p9Tx/h73Dc6&#10;wC9QK9bKVqE6VuL3jj9xmnaSp+1DWBjY2RZCRYar2I5HJ/PtBNuHx1K036XvpeIAgqf6sfYntljM&#10;dU/1f6v9WOkMrsuPTpaPtyOWN5nOvgsshsQVPICAfj3EyG5EDPECso0EFdR0D/aTb20YVrVsf6v9&#10;WOnRJgAdTMfgRGiyX8bh9WrSuo2+hBP049xcdR/x1J6gQyKaeGSxtZWVBa3P4/x9tTKYUDA1r1aM&#10;eIaN1NrchFiXpopJEH3NQkaAn1Fnv9Pp/sPbOGqoHeMqQCbK30Fgf9V7UxsCtOmXBVqDpyYQyAOC&#10;Db6jgm5+vHtT4UQKR90xlkkYnQv6I/zcj/efbc2orpBoOrJg4z0wZc1Wm9KqRrGAC7X1sPpZbfT2&#10;qKSaGKt/bksigFlNz+PoATb/AGHtFpkeOj8OnGZUbUOPSZyNPLLjzrgJmcnQ6kA/01XHI/1/bZnK&#10;umgrnlgQ+OeMa7HUpe1iQPx/T2/bgpGYnPXpGL0fz6ccBS1VRjokqmAlp5G0enSQgY6Bc+0mtM1V&#10;INAkaPWWspv+fwPz79LKENK9UCFvLpX+RYUOtkVtNiW4/Fjc+1HRYuWeQLUq7xEft6g0bKf02Nzf&#10;/Ye0sk9Vxx9enkhlrw6ZKzJQ0yF6dkEgI8ij9wFeWJW359zsSKeCvqUqwxNKzKFZRZbLZeTc8/n2&#10;pSBZLcNWjH06o7vHJpA6ZdwzV81DTtjdFqoK2sOb6dV3CgEC4HA/x9zKrM0tNC9NTqIZJSVYfVCl&#10;7az/AMU/2/tn6VpACcgf4f8AV/PrXiEHu6iUWFrKiqWsq5mmjjClPqJFa1yg/wBa1r+wfzWIas3H&#10;pKLLEFjk1ILa7gfS1ha/tVbyhFIJpTpqZNbAjzp0ItLOv2MUrApZDdXvcEEixJ9iNtbAvSVLyVNP&#10;dSR4mZ1XShsD6fz/AIW92efXAyA93Tgj0sAekRu3NxNSRx0tWAxJEqxxmVn086VP4/2PvLm8TV09&#10;UskUokglmN1AOoAn6Mw/A9ordvE7JcH14dOzRLTWnUzCZqjq6JRo8c0cCFluLAhLkqG/J/PvFV4h&#10;RGpnpNSGwE8dxYWuQr/8V920qshUNkHqpDMlSKgdZaTNCct4KlA6i5p5OWvfgso/r7y/wPErS00l&#10;LIWqad9bIzK6eN+SjG31vz7fZJlar5U4rT/V/wAX1UNGUpwI6gpnsq9dVQVNKIaSWJkhlGtZPKht&#10;qRT/AGSPz9ffDK1GLhx7gyRh54dFtKst1a+lgPaX6WVZaqfOv+r/AFevV/EUKR1Oxn8Rmqh5IWEd&#10;PIbuzFGIdOGF/r7QBxlTXNDPi5ImZG/dguVY6uFdf9t7WiR0J8QVHSXSJPhx0qZKqKnB+5YxrYkS&#10;N+kj8i/tm3bR57FVFPDrdJKiGIaYwsgKOLazb6H8W92trhWY6R5/6vy61MmlBQ8euNBWUlfCZ6N1&#10;liEskesAj1xtpYc/09r3ae3qxYo8jLEJo41XW9gCsluPID7tNcAEx5qeHVkjYoGPl0ndw5yghIxh&#10;q1irKgNoi/tyoBdzHb6gD6+xQp6aE1KLJKqyPE4eJlHjaP8AUSQP6ey9o5HDacj7eng61FPLoMa7&#10;KSw0LSxUszRw1EYimje0qzgmNUF+AD/Q+5VPRYOj1S0VFC5l1LK6nULk/UI3vUkcqRaHY0Ix/qHV&#10;1kUv2Ch6aJspujJ1Ahr6+WkWmaKeKIx+Biqj1LJKlrg/U/4ew77HirNv42HIUdOWpZuA2m/jmPJj&#10;cpwODx79t0qtMYZ8Ef6vPPVbmJ/CLoehN2TmqPNvWQvUJLkKLT5YlJAaEnSs6A/UFgQSPz/sPaY2&#10;5TNuCmpjXwCSLyo5LRBzGSPoTa4H+v7Ori3iNGU0b/V/q+XSS2Z2U6xXpR5rIriIpZoiPIYWZYWk&#10;CK5H0Kgn6j2MWN2/R46Y1aIUhWNY1URAa9A/VGB+PZPrkzGfXpXWpFMdAzmt31OYpEx0TQNWSN5G&#10;vUgLTiT6JOVv6hyAP6/T3C3DSR5OkqKV6z7cxxSPEf8AU3W6arf04v7ZmkeFldFqa06tQOx1Hp82&#10;ZLJQypOlI8oqmjSVhwAwbRIyFvr+SB/T2XvCbby9RnXWWtKxiQqrJPdJVIvdz9bH+ns3humEWsjh&#10;0XeApmpX/V69DBXVkNHSvUSgsircIE1MfxYKfZltu0IoY4I5Wj0kAmXUGtY2ugP0/p7KLp3upKBf&#10;8nRqmiJe79nQEbvyi1EVbPTedpoUdVpljZWZtOoKx/I4+oNvfLfuRmSlmjx0YfRAHaa3oYAer1D+&#10;nvVvS1OiTBJ6ZdjIDo4dM/UGGNTpyeXmAlmqJxDQl7mAM5KXBNuf8B7A7H09Rl2WKokjSZmUlUkJ&#10;Fv6G3H+v7MpRIq6wMf6v5dMIqk6Tx6MZU1EOPhaQo3jjVi1h/T68m3tb48UeJjnp6oxxSlSin9Y1&#10;2Ohrn/G3+t7aMHjpq4U/n0/GwienSTyMldkZaSahEksGtZJLN4j4iRrWw/IF7f48e0dhsnX0NZUz&#10;ZIpCgqHCgOCskYb0tGfzceza28JoghFRSh6SMGWUvXp9zGOjyFF4YATLovEfoVYD0lifp/rexQmy&#10;O2Vxk+bgpI6quZBCodvQzP8ARSDxfgkX9lclk8MunX2MeA6UpOZELEAEefr0FVPSb6mzVNt+qrfs&#10;sTApqZKmnjBqHSI6QqSX4DEjVb/Ye09t/Mvk2mjrFCUUZ1PEji9/qB6SOB/X2YSIDF4QP2dMxsdR&#10;ZuPSl3HhVxwjrsaoOWkBijnmUEWsS55Frn+nudu7D5PJxUkm1qYiKlua2NVZndLi7rbm4F7j2Vwl&#10;LKdlnNQxwf8AV5f5unpI5J4wFxTy6b9pbjgx8UkW78nRw11VOBSPUPHDGytfTApY2uT9L+wE3BPX&#10;S5IYiKCapNFORqDOpjkkAV3X8fXgj2bCaEJrrx6RtG9RGB0LMHjMazKFHlRHLC3K2ulyP6A+1rRw&#10;5fC4EZaepamFPNHGUAOmQueEJPAa3tJ9SrTBKYPT/h6IznI6baiTHVtb/DZY4aiV6Z5mB0lliVgm&#10;rn6i5A956DM5LPUGQq44appqeQari0MsEf6pCT+QPaiYwxKKYzw/n03GHckny4dYPs6DHT0kQFPD&#10;FJ5I4tdhIJmtoSO/4PIt7h/cVU9ItNJNSVMjVAKUzRhisLH1Wb8G35HtiYrUFRnqyA0Ir05CGKOZ&#10;5QjxWjs8isQrlTxdQbG3P49q3buFakzAhnCxpJIki2JaOMuoJsb/AE/wHtLreVGVc/6v9X2dPBQn&#10;f0mdx5eNMHU1lPqlMcco0gFXcpdLBT/Ujj+v+t7El6CiAnvURyQzORLEQg0Ios5JP9k/09pBZXMg&#10;CyClPOvTjTx6scadBim6KpWg8VBUJPBAnhlKystRI/rWOMAcSD6Xva/HtL0Wb2y+Vp6LE1FJNMtc&#10;9JKnmVW8kZ0uQg44/of9f2cxbLMkGpm1VFafl69JTcIzlenvIx7nkwuSrczHLSxpjhVItOizNGLe&#10;QwMFYtcC1zb/AAI9iJHTUlDVTVmZqaebHwsslPoqXUhnGho3jJH9bH8fn2XxW106mNgY6YPp+X29&#10;OvJGnwmp9KdAfmtyZXN4alxfXlBWQbpyMLQVL12JR4YokOv7xqsgD0Eal9V78Wt7DCr3ZHV1uTx2&#10;NkGPUio+2VV1+E3tGY0+pA+rAc+1/geHCKdxXj8+mxIHfu8/Toe8Vso0tFh67OH+MZOKCkWvqJQi&#10;GpkEY8zSKLLy30Fre89dtSmG2FyGZz9KI3jLTBY5VmklPNo4zxcix/w/x9lz3V21yEiXFf8AV/l6&#10;ULFCqHVX/V+fXGg3z5t4Ve2cdtXLGWnjRhkGNImMWDTYs8wcsuk8AaTf8ewQ2rRHO7iekENRSUUd&#10;R/kcqXkWpiDaPXCLcE8tb6H2czSILYtWrAZHSNQRJUii9CblK7+G4+orWVG8ETOwaQRKdK3Prfgf&#10;7H3Lx+0t17p3Jk6XBT0tZCrVNPDGHERp5YJfG6VCyfiw+v8AsPaWS7S1t/FkHl9v+DPVwglnIVqf&#10;b5dNm4N2bf2hh/41uXJQYfGoIhJVVRbxq81gqakBubm3HsXNnda7m2vUwU2Ro6CaoqZ3adoNckcM&#10;IA1RSSsAAbm+n25Z7naX4IbAA8/83+r8unWtmt111H2joHN79w7Dn2jlMxDuGWClo6XzU8sZNPPU&#10;yvcwPSQPaRwbEBgLC/s1uLjiio4aSPQpjWzGMKtiOWF+fz/vfspms2gnN0Rg8K+f+D/UOrfUJMuj&#10;zFK9Uw9n78yW6s1kpq1Ko0lTUCcfcTSFvAAVgFjdL6bH6e3BVVBYm5A/P+P9fbxMkprSn2dVKqAK&#10;9ANWZCkp/wDgOAxYta6gAki2hbfW3vgXNyL3UXH1H1HP1/P9PagRKFBPHqwznphaWSdmZ7gXYgC5&#10;Fr3ub/n+ntvyGUo8eFNVNHEGvbWwX8W/PswsNvnvSRF5ef8APpDc3kVuQW4/Lj0ttmdb7u35LONs&#10;4Wtyhp9AmekgeRI9Z9AZ1/Jt7CbsHt7DbPoopo5FqpKgAIIm1AMxtb0/kfW3tQlqttOYrodw4cKf&#10;z/n59UaZpY/FjOOjw/H34P5reTVGW7GWp27j6Ct8KY5obVtb4gDqXXwqH6Fvrxx7C3Pdo4mbb1C9&#10;YHzVbWV9L4sctCtV4mlBljlKMDZkAPquCP8Ae2LuwjvrlX1aQB5f6v8AV59bWd4kOla9WK7E6Xh2&#10;LufJDbWLpNvYGTGJTjI0dXKK+tqEIQReJeBFYB2DAi4BHP0Se6G31mazDwZ+mgh21WVUcdFHDVaZ&#10;kjKgx2MZARgALqBcf63tIHht9dvbpoZRxpx+fz/1cOnArNSR2BB6EradJsnGSZ6bbclLUZhGkfPV&#10;P7j181QhYk1LyAMylgdNiR/Q+3haXI7fzmbp8VjMjDt7G4IZZsgSaqlmSCn89SruQQXDD0i97+y1&#10;bpTB/jDfqFqU/PpYY2D1j+GnXI5HE5jF4Z81VY85GtyZoaWMP9pU/cy1LwpDTQs3l1CManA+oufp&#10;7QmCw+R3jU0Oc3PUmHH1tBP+xWRAwvTtIbVHrBKnSeFXnj2secmMxW3EfyPTapXuk/Z0pK2spsLQ&#10;yx4yh+5mgZETH0QjEhllAKKQSACbi5Yj63J9jXjKTC5jH47aO1aOnrY6UOBkqizzQSxII0KiOxVW&#10;+jX+g/F/aSZWgX6u6clh5Dh9n+r9vTsZ8YlUwB0Dlfksxs+uzfYe+cy2IxhpqWCPb9HIi0K0oOt2&#10;qJpyRJUp6tBTTfleePfqBsx1ZPSTbtp4IkaVoaXJxzxyUUple5p0a+oPpF7OASL2vz7UxSW+7qYk&#10;GacD/qp0w3+L1zj16TOZyGyvkhtbL47r/dpcmCF8nRwpV43LULlSaOeWGcRyKpdbBkupI4b2+ZTM&#10;bfxVDX7sqcTSVb1bzV1FWy08NRNG8L6vJC5UlWQEEKvPsti25o7n6Z3Ip5Dh/L+XSqSVzF4q5Hn1&#10;mo8RufPT4TZdNuStxNPtiipKHcdBSzVMBq6WTHtCsNRzrdJdDXlL8kGx+t0LS02zMrt/I5zMVBgh&#10;NbUZylpaOUxTGtVTPZj+BJc3TTzf2aSQXsMiCF+3ga+n+r/V6pRPCy0K56XuYym98XuHb+3ts4OO&#10;viFLQ0OUzeSdxQ0mNLiKSoSOIiSWaMDUBqA+uom/vniKuiqKWWWtf7CkpKWHKGjT/NS070rMICZP&#10;rIwFgAbhv9f249tM4AU1Hn9nr17Wo44Pl06Z772hmpv4ZStkcjkak4dK6Vby0c7VaD7uRYhcQxE+&#10;SS/BUfX2+bM3KmYhr8zmMVLQ7XSFof4dkYg1NWx1CCMQTo9xKHH9k/7b2ku9rgk0wQvRq1LeY6cW&#10;eVRrpny6QHYuKyVDj8bt7auRiqewsrIPtsnGscddjUpg0kuWghUsIFj12ueCDY3vb2oYt67dyfl2&#10;tt+ijxrVMBpnpaOKONaalsYwY6UnSFsCBxb2sbbbOzsy5cyEHiTmv29MJJJNP+pinl0EVB0z2XiN&#10;x4zsfsfe0G7DtYmvx1NNEKRXq3Qjy1NRTKDcaiAdJtYWFh7ZYMhLtPFT1dBNJmQZGhgPiW0NQGs5&#10;YRNo/qbD+lvbVvKJe1sUz1Z4qNUH7ehc3LtPHdnZWkxGfpBhBHDHV10aVCebI0B/RBE0qiSwbSGa&#10;39r2DmxtsYbenY2Vzm6BUKaWV5KaKnmkpzW5eXU8k6aPqiaraP6/X3u7NwlsVtTQ/wCT/V/qx1QK&#10;hk7xXpfdhZfMbE2VRf3PoaSU45sXQXrw81NQYKjCxVchYOt5BAuiIu1ixF7+xi7GzawQ0+2dqVCV&#10;FVAJaPNxLOsk1EJYkEMyBv7S8khef68ey2yglth9TeHUW4fLp7V41VQUp0GnTWNym4ajLb53bho8&#10;bQ5CooqzZszJ9rU1dDrqHmqchApNg+uMxLJ9Vsw5F/bVtumq58BkF3lQVGKwkmKkpUqo6ylSqrYp&#10;7hpGSMnQ9/Vzyb8+73Nyk8gWz/ta1Pp/q/1evVgGQfqioH+ry6Wm6akjN0EWz6iiyO4EzkNRNRVs&#10;NTUUtEkUOidtcOnSjREoCrEK1iPoR7zy/wCjfYW00p9wUQl29FjzNNHkmVmrRnZ2NPqhjJuzFGaM&#10;/UW+vHtpLK73CcM8vhsPMfLy6u0v00WpFqp6T1bWdgboymRO1cvjqCuXNpizNBH9zR4hdtFTlFml&#10;q0PlLtUCGWMLa7WAH19pODdW06/Dw7d2Vhautr8pGlVBNgwjinHmCsJGncCOyD9cnANz7MmtIrL9&#10;a4m1FfXAPTCsZnqgwfLpYDEbwp90Nufce5sXT7Wx9HLSNh56aIeUmHUuQerSwBMpsIB9QAP1ce3n&#10;YO2M1uLFVmOq8di5hDuE5CHIZCp8v8NqKR9JRKlAzPIR6GCem3B49o9zuYX0PHqrTy868On4VCki&#10;RqD/AFf7PTF2n2DtPravoNzZnMZqKQ4OqoU23g6R6yoy9NVTq8VWaBiqoaZgxWUlSuoqD6tJUe8t&#10;hV24Nl1u2mqcVhcpj6xsg+uukNHJjjqlmltT3VmvyQ402/APusLzRhb2KNtNKGozX8/9Xp1qUwMS&#10;hbB4fb0HGC7h2/B2Bic9jn3Funae/wChg29j8pRbenaXFbmpJo1pKGuWpWKaOKaNnUHSxEg9fp9S&#10;sXSVLlNtYNKbKS00GPp55IP4jBUr4tEnopZpasWjJa4ZIQSbEXAN/aia4e/cQwIWYZIp/q/2emUC&#10;QRkORTpQ/IfG4XN45KL7dcxuU0MlTidtGlGSrMtBj6hamsjpcPZpQjAeKarCBYwy3a9h75YrblTQ&#10;NV4ndG7wRh8pkcrFkqKfz1mWjrqKSSkao1cxpE7q2g3JKWHHt2RriR1ZYwpXBGMZ/wBX/F9VYIKD&#10;LBjj/Z/1U6dpt6T5bA4Lc+w9iZKum3RSYjFzYbcNO2BpsJQUeZFPk6SopJEa8/heeOMwgxnQjGTR&#10;a4VdK7b3Jv3+8OErq7Nna9bUn+L5jK0709Zk4VqBI9HSCUelJiLMl/0ckG9vbl/e6IlVCDIcCnl8&#10;/wDV+fTcERjJcg0Pr5/l06969l7W6h2rHvLKY+HKZrDipO1cOsvheSuloZKZ5vGh9MUcJdWkCEgN&#10;oSzP7S8m16zLdxS7fwe36rbu3IMjWY6jxFI8oqZ8TFUywSZKqkuPHDPNEzxxtxp0k3FvdLe5FtY+&#10;KXLtTic59McT9nVGRnmyKAZx/q/Z0uaDcUmG67o9zbwzOKaopNtwZXN5iNEocSalqMVUzxJrcLGG&#10;OlbOSeDwTb2bzadfsvE5EbQSTH1+58JAYJ8rLTxSzU84ktNRwkG7CEFVN+LnnngIp9qvZbVtyeXS&#10;TnR8vn8/X59LoJi7+Gq4/wBX+r/D0UbsGp7R3ni6fsDHRZKm6t3JLBPFs+gyRosnmNvSY8z4/OV0&#10;x4gWumaObxR2fw6QxBY+3Wr602wMPk8XicbE+VyFVTVmQzs1PTTZRZXk1pVRrINKm4tpUBR+qxNr&#10;B5twvI2W5Zic0AqafIfyzWv5dLVjVmIagBB4ev29S9vdubvqt8UG4t252LBbVpMHmqfF7NoA8WHr&#10;K2iWIVj5PKSI0kzQo0bU7aRyHUWBbUjdjbelqJ89uCeonrK7H1s2F2+1TRU9NRrS49GiH3LaC8l7&#10;kGWRib8r+PZu7tcNHFLwNCQP8p9KdJZKRVUf8V0u+4N/Jthtu7bjXH0e387RzZzerU+Rrn3FSrkZ&#10;kWij2vSQNqeaSo1v419JUEhQL3RsnZUVXmcRFk8dlZMJj83NRUWW8c6U2SyWPBpayajjIuaeF2ZE&#10;e9ibH+nsSqlk0BtYSEYDy/lXz/b0gjWRZC7CtTTP+r/Y6U9H1SmOx+9K7bc2Ood17qxhWro6impi&#10;9HT1jNUQQ5AwE3nm0kTykaWYELqC6iLG4ty52g24y7RxFZX5zOFFpafL1CUqUMFQQj5LIvKdSIqs&#10;WVbX4H09lm2m1WVhc9wU9tPMj59KZkZhVCBTj0WJ+l8Tu3sLAZ3fma2xR7V6yQVFeNqU86U+dzFN&#10;Ueel23jYIFkEkNO8YeqVQ8kjnxRoCxKd7fxG0Nl4VJstQbazm7WhaSWcUy1Us1Sf3PHRpU6mVE+j&#10;MoAstzz7TXWxX+5XBuEZorcVoOBr8/l5+fWkv1xCpqf9XnTqfuXsTtXtzfMOD2jR9l7J2LJX0UNT&#10;nJzFtygo8FEyitqpcjjiJ/u6xh46elknLLrF0X1e0xuLO7bSuxuPp6amosfBQNW09Hi8UqUdZX5S&#10;RaqprRTIAg9acavySWuLe72lrNYo0Mb6mrlmOT/q/kB69XDksXkGD/IdDb1ntDegod0bkz1TXVO5&#10;c9uOfGyfxbPPPU4Ham2KmpxuAwq5CMF3Jjmmqp5FsXklY3ub+1Bif4Jni2zvu6jOQ/xCi3Hn8hUN&#10;AkMUvnWppcXAkNtY1RKkmkWUX/JFn5re9jtxPI2lq+XkOHH8yc44dNLPEWOkeVAP8vQH9gtunYWT&#10;yvea4Gg2zk8VsnO9UdW7PgFVWVWURq01U27stUugWC2hp6alH7kqAanF21NWR3nTbo7Cm69qsBVQ&#10;Y/G0OSmqM5MoTGrSUrJLJH5FA0oyxoT6wCOD72YtvktVlikIl+2tfXHn9vXka5h1K47T8uuPXnX2&#10;4egenMl2vDmMlujde849lZR9pij01su489KmEosTRzzSSF6lanJyCxhIDBmA+vsuG+Nz7ewXYmYj&#10;zGNqNx1GUqcRl9v0Ucsox6bdijFRj4cZA4McUatB5ZpIxqL6l9nEIMtsscj6ABQ+v7ekkpo3bknP&#10;+r9nRyev6CvbrzA0EOTq6HM0mJmxedq66KOvyY3ZSk0GcyFbIWVZZRVJO6k+hgyuAV0j2POz9/bk&#10;3ntbLZraLSTVFZmsPRLrp3NNgcdKx+9qRE1jIIlDX0i5JBPAPssuIrCyukZlDsQfmSfnTyr60H8u&#10;lMVZoaMaD9lT0W3s3q3qTFbn62wXYEuJi2tjcBu7JpT5avp6Gbe26qf7KmoKGaomeMmoaOWWSJBJ&#10;6tJReC3sVKTEpTUkGUz053PkVgOLopxHFHU2ypanqaYCmX0RaDd2ZyQNbcW9kU0e5Xe46zGYExT+&#10;l+XliuaenmelIlhWDQhrQ1Nf8/nnoJstvjZkZyHW3VcGL64pafIT793choq+DEYKDZr0+Yx+4I3q&#10;/HDW1jV0NII6aCyzBYopC0YI9h3tLbE+387QYvD01K+zqSuyUrTZKWnH8L+5dTTYqjgZiWEkrKEO&#10;m5VRezHkxv5pBblLpGZ6UFK5r8x1pdJAdCAD5Doed8byx+X2DU1VVk6rD9i5jbVIYqbbaTNU1i41&#10;WqqnMztHGAkVLE07SlpfHCSU1yem83ufs+TYGMRDi5vDk8zjdt0Ax/iiqMpksrTlwIwLHxwxR/uO&#10;19R0xj/BbsdrYeGWdSGoK1Nc0p/L+X7ei+6nn8VQGqB/l4f5+i/fHXpvDdgZzC783NvKfeuVpo8l&#10;nsNjqqjknx21cZDuaWCnlljqGKiryNQJqiFQsYXRJPpZ9De4Wf2LunshsJiNy1mG2xs6BaSpJjd6&#10;neOQq0TS8VHIwWOiDRsyuyh2sbWB+ieW9kTxP3bA0jKSKjgPt/ZgeeelSLAF1zPU9K+i7J6m6Qq+&#10;x9ybLqtyb93rlP4jUZdqShyabIwtMtTNUY/72qo4xFLFFOGVagvLIQ76Xijdm9h3vsbN6px2H2ng&#10;a+SqydFEsWTnpaqBMzlVrZmpoH3Q0I/REjv4TM2lRewv7dsrLcJZDd3hAY8AOA+zzz+XTZuFUlFG&#10;MdDt0JvLN90UWa7HzuByuIweXrcYNq4XcVDro8dS4zHxk5Pa9TMEM0dVUFpJakRDWy6VfTGoAT16&#10;x1Gc2qtFX1mTpPuaKmzeYFTJLicfHSM1VXt9xDpikkjgVkubANa1/bxldNYkbPl8+rZOlhw9fLox&#10;nmqFoq2SGjRZ1WpkoqR2WNqg6SYTOADo8sl/qCQD6gDcAR8lQY6bOQ4bLbj2tU0UOLSszG28zNNX&#10;1mB+4DTUEGJig4kmeB9XJutybG4PvYW6ez1ntP4TX+Z9P9X2dVWRS1KV9R/g/wBX7Og5odzS1NPk&#10;K3C7O3BMz7jmxNJk8fR4rHjcc1BH9lXZjJJkGjkgpEqoZIPLKl5FRHh1xuPYkbVxG16CKiy+O2Zn&#10;GbHz1GFxHn2fVRUVTBWyLVVOcema7SLJwqTyWAHAFr+yKYfqeHcXQocmh/LicevlxHy6WhJCv6ag&#10;EfOh/wBX+r7Qn3vnd05+et2qN2bQwFLUUwyu45Md2l/D90YnLUUUYptpURpqRfto2ZFeo8bB3HkN&#10;wJPUqsluKk2jFm6vMLCuTFNV5PF7YxUEVKz07y2xsc8MPoNVUzARB2OpmOkcA+z2zsLQqsqDsGSz&#10;ZJ/1fZ+3ovuPFuCIjUkcT/koegBfb26+3KTaWC62ydTlNqUGTodvb97RzmXr8zXz5WCmek3bTbXn&#10;zMjzSUtNCWkgijK06y25DlrABtug7S2ricjuiTHx4yp3Kc7u3dFbVaPs8LSSyCq+wjjcNPNMI1K2&#10;06b8A29sTX9jeTm2I1hcAf4enhE8KjP20P8AqP8Ak6OXlG6qzZwO08jWYzI/3eyeHx2BxUFa5qI8&#10;pBTfb0RjWkZR+3Gb3BAGlj+APb91bTZHdlRmszn5MRi8NmaKrrc0tClJSU2ZjkKrRR5emVf1LGgM&#10;kha5Ba45HukgCyC2skJkOBxNKcaen50HXnkCIHlPHH7f9jpO9052k692ttiTC7Xrd1bhotyYzH7T&#10;gEdTl8phpq9ZKKsydBUVhkleRaaWWnijVjqZ0isI76VVsSoyMGYqKrcG5VzxpKStn29hduAyY3K0&#10;ECp4JxoQaoo7iKJnPNr2sOXpoJvDo8WhRTUTSp60skZ7FOW9ekX3LR1uW2PR4/Y+CxmzZ915fG0u&#10;6d47xelx2S2PDnqkS5GSOJ5XZ8nIGJdIpgt3B1s7r7Q/YGzdyU+cwu/ussHJgzVQ5XJ771yqfM8C&#10;rXVsE0s5J1MqGJFFgeNAFj7pb7nFAxt5qyVwAR5cPT7K9Wli0/qBgKenmOlP11uCnpMflOvOzd6b&#10;V3RX0Gcw+M2oaejp6OtyW3q+OHH7XnfHQaw9QamKUtNFcIfU7BRcTKTccHblTtGhxe2I5d20Lisy&#10;W6UpaeGHb8TU7kaqmxcpqWNQfqWUAXv79J4FnWUMQW4IPP7B5dNxFnB14Uefp1hbF0PQMO/t47n3&#10;zO3V0lBDHh9m5GWpydSuRmjT7laWoyEhZ6irl8yrTQKFbyF5P0XCgxqd0Rdi0+O3NLG+28ZLPkMh&#10;XUahcLUYqOErjqgS3JM7TKAsDepeWYaQD73PuVots0MUWmRsUpnNPP8Ay/8AFdbjiRCWrUGtP9Xr&#10;69IqlqfjxuTrKm3LsDHYX+J7kpa3bW11npxFu6ny9RGUyGGhir2M8PhQyGrEDeIwhmR3RkLCRv8A&#10;37jdsIm26WgoM5uTc9LPU4bb9fojoauSkF3lyNTpa0eo/UqSTwPaWw2CAo1/uBpo4eRFM49B/k8h&#10;143Ussvgx4Ax/wAV/q/n0C/V21d79uZGizeJ3fmdibP2BW5XAZvdGFyMrZ/MNJRI8uKwtJVRTR07&#10;QoYTJPIraA4KozrwG9FtLceBxtBv3D0FRQVry5CPO7eERm+6lqpdFMUifl4IkZ411N+khjx7SDc4&#10;ri5a0FXi4BvTHAnyPn0qKaaGtG49G7zG79hbi3HWdR7pzFBU1M2Ixmcw1Y1ZDTVM0VBKjyVf8QhK&#10;COrjqYklVoQnJ9IGm3vnV71zsU9dhcM+KxdVNt+kpMZLRQLVYvaOuTwQI0UFo4m0+RihNtYQE2sP&#10;Z3brZWMQkCVb8NeJP+rPz869J5Iyw1OcDPSTquhNk7losVLnH3RmKbHb2ym5NyLmZpIa3sWrSCRq&#10;Y5tGCNW01PIlMlEllVaeLxxqE+rfS5uowO8aDbuyfu8xg6XCzZbduRajeeqyGeSZKaRlq/0yTVN1&#10;AjQaVsQtre2L4RmAzblQM57QT8II63AHkfUmB5f5On3H7cy+69sZXI9nY3E4HN1OZymP2dHRVtRD&#10;S4vaQkFTt6KsgBiVJIVEj1N1BcRhvSpWNBkzu78jkdg5KPJU+S2VVV1JPjsXLl4I0enrJgaaheaK&#10;FmVQ7FbKedJv79te37ZazC5siHZQa1/znjn58cdemV2k0SmoOT0SHB9O1KfI7a+f29u3ana+IxWX&#10;p917nxmIyqPJRxGGSnesp4fNLHOYCwmQCT1SARm2r2XaroOw9jYrZu1MCP7z5DeWSyL70yMitkcN&#10;iJvGsstPSmW0KIUY/tyIQ9iQL/Q5mvYGjebcFH9EHiAP8OekRV2mDLUKPPh/q+XR1cHmNn9lbq3B&#10;unN4l8NDsVaKHadXVtVYHPVuHqqfXU52SmXxVUcRqkkp6MqymysCAXILlkunNxZjI1VdneyKiVKr&#10;7aKhxqUDTfwrxwXlkx9IjxRxlzZbogA54Psj/fN14AFtbkKPM4H2/wCz0qRLct2tqJ4j06e6Hs/b&#10;OKeqo8BteoRI4BVVWSeajpqKqlSoNOUq8sWmllqAAXZpgWt9Wvewu5bCbM2Nim3zvMtXR4uhXGwz&#10;ZOmWskpaKoKwxU6QKCQHe11Uc3uf6+0tnb7lvF2qzOI4ly1K5+w/nXrU9ykC+HEBVjk+lf8AVnos&#10;lb3VuDsXc2V6Y6RpsdhdzV8ku48puihqhjsZSNDWRvna16tY2lmns0UKkREs2mx0rwX/AGVuKszH&#10;Vm7abZ+RSbKZnM5M5KvrX+yOIxdfWNDHLgoalxpjpKdlEIFruCbezia2js7r6pU1aRRaDgemxpuN&#10;Kk4H+Gv+QcOjTbu2rQZTsnYuV3JWZcY/BrM22aKgetahr86kRkkG4FpkPkJUeSNZG8ZMQubsyltz&#10;m6aXorF9a0y1uXgoJaWsgrftkpZpa8icSz5qsrJlJdpAy6IkYAW/It71ZxruKPJeUqTQV8qf5uqy&#10;u0ZovwjHTu+KxW+5d8Y/JUtBmKeKtpaKkatMssFG6YpNeMejUq0RjlLyySKbv5iPogAaezswNw4d&#10;91beqMfUYWlpoqmmrII48fnp63MzXrgzS2V4r6WutwDfi/tQkKxP4UYrT04U8vz60HbTVjnj0+7M&#10;x1VhKSPH5OOoiyEkZgSCGurspiIaDEWpKAUU06gQ6oWjusgEjkG5fSD7TW3uw6Sio9nbZFJAtHQZ&#10;RJaurjkqqiJKuo9M/wDEZ47K6lWPocFbji1vdJIYhrlJozDH5dOxyvqFRgdP8+HjaryWSSasNVXY&#10;1MeI1nCxQxw63iNKpt45CzsS4YX4v+kWOxBjSKrDYqsy+OkpwZMticbTY98a1QETVG/gFwyIWDEq&#10;BzyR7I7KR9LEJ2sdLNWp/wBXl59Pyk+E0gB1EU+zomO6t1UtFh98byw+1c/Dnqahi2vuTN1Oeos7&#10;Dh41qF+9pvM9QzRSlLEhgpIKgG9h7K9S1PZW493ZrI0NScdR/wAYbD1UkngalhpIKo0705edksVA&#10;LaFbnni/sQXE9ooESJrIGBSvSWOLwyAx/wBno1iUe0NubcxmNlipZqOhohX0VOIWnq6t4Ig8mQig&#10;hDSNIzMC0gHBYc+xk3P1niNv4is3nujddXWLBQxxT4/GUMNLjqslxHCpjrHmvqBAYAAH6g+ym0O4&#10;XkpRAI0Byc1FP2D9leln1EIXQoqT/q4dFi2V8qK7fXaVF1JtHraegcJW1uRzu4dxU8pxdBSQtPVP&#10;LjcVFMfJrZY0V6oEFgGA+nsH90ZOn2dkqPtnFY012Pz8dDQ0wkr0q2xk0cIpxTrQj9PClvTx9QLe&#10;zP6aGRza3Brp9MV+f7ek7CgJTj/q/wBX7ejHYZosvRZbYGbrKps1io75WeloKrGw5CgyM71FJV0N&#10;TKGRwynRL45CwcEsBqFzJbR3Dt2pxNFU5ukxDYjIRRMIcnTU7RRVko1W0VmoA3Pp0j2U3O0reymK&#10;2crT54p04ZZETUan5D06K13jtvs2H7ybrau3S28cRJ93EcHkMhSzZXEqNCwTnFCMN9QXSoYglfSp&#10;v7C+jzfT+A7rlwuE24chuOphQ1Fe3hrsfAJf3fsoYJBZdIK6SBx9AfdrrY5orKl5dkAfhFPlgkcf&#10;PpqO6llqUUIf5n/N0vMd/py330V/Et1ZHHbJ3LX4SpnNLjYsviczRxU9xR1tZlY6rVFNIqCaSJYw&#10;tm0mxuApe3/kjSbDrExFFSS1uWiWM1FGUkjEETreNhxY2+hsePZxtez7NbWvikBi2RTy/wBX+XpB&#10;M95K5LNpX0GSfn0WXpr4T/30oKndnbW5q3JxZWR5cVFiMk8stdEJnjlrchWzhy2sj0j625Psu+jY&#10;GW3XRdkbt2znI8huONcnRYY1Rp8ZV10LBTMoUayjsAXUkA39pLuOW71Q2sgRBgnzA9B0thIhAIFW&#10;/wBXl/q/Z1Ypj9v5TCbTx+0ts52BHwNHQ4SnyuVp/wCJ11Lj6SmSKnWaFGRHqUg0aJJbhrBnRrm5&#10;ocR2DTZDbmUrspQ43HtjKaeWixKeGTxmCImIpyRqsAAV5/p/X2k23abaO8WGMNo+JmJyT9vH/V8h&#10;1W9ad41CMasaH7Oi2dg9Tblh3bs99u53dNbNm8vRUO58+1S8bx4Y1ImrYJI6UJF43AJZXRl/r9fY&#10;NdaZPdLVGd3luPItRYZYKqowu347x1dVM5PjVJCQefrwL/4+zrcXhmkFlFGNI4mmAB5V/Z15YdMe&#10;kcTj/Z/zdDl2Bioq6hxe18TiqWrrspX46iq8hPSpUR4bFQtrqshWACzt41KRxvZSzXPAsRk6zir6&#10;7H1O997NHT2kllxVI9e1Q1LT6iFlq1bhXH4AN/ZRefUbjMm17epEY+KnDHl+fr/OnT1xNDYwjSO8&#10;/t6Ll37uw7amxnU3WOFZ9x7gC0+QWmwzwRzRzRAgxV0CKjMFGqchSoFgSGuAlz2pu/I7irqfb+3q&#10;yt2vFMYp87TTwvRghvUdKEyah/aGnj2vvrTY7OFIbqMax58CfX7ekkCTTjUxNT+X5dLzBdC7QxuG&#10;wS7lyt94LQRTL95VwF46hovXS01LMw1RxycIyqOR7bu3M9Pj9tU1VlppY8LWr4padPXG8qHWLlgD&#10;/iP6H27a3FqYfBsFAUefWo43jdi4yOn/AKj2rtrH7r3RVilp6jduOkijmys8SJkVx1dEPHEPH6Qp&#10;0lSV4Nhf2GfUGcm7G3L9jQYcQYrGRNNW5MhlpwsIskspQga2+gtYk/X2T700UduIVJaRzQf6v59G&#10;FsSoLt0Km/dzUGyts5LO100zlTHDR0qGOSprKyqlEcFFSRyD1FiSbG9lBPAHtc5ujoN75Cs2hO1d&#10;T09JMyyVKlJaMlX9DtBIwOkf1H1PtuKI7XZdhBkby+fT8gLnxWHAdYIKufF4oblanp6g1dDTzfaa&#10;DFXlHjEvgSoUNqP9FZeLWuPcfZ22+vuv8xNlcRuD+MZHHqy1mswRvSMCVeKGnh/Rcf22Jv8AgD6+&#10;2ZNv3K8A+qIVD6Gp/wBX+rz6TrOQCFWlcZ6aMtU7l3dgq/EVG2nw65aM00LVNTHWRGCVAyTVRQJb&#10;n9UWn8fqIuPc3dneVHRxx0u3cCAMjOfIfEKYyVTn1ynUNTMfrzwf6+zSDZtttR48pLuOFTwHp/k6&#10;Y1TyMNbGg8uHSV2r03mKd4anee8cluCopFWno40YRQw0UYIjpdIAUKv9kqga1rsbe+W4clQIm3KP&#10;OVOTiqcxSrW1KUVwvja5EMVT+mPjhrc/09uW9uk8bTxALQ0yPTz6eEzBioFdPr0s8BHkPud0Jh4M&#10;T9ti658XjGqWlMvnhp0kqTXJENTWZgU9QLLz+b+8WGzWGo8m4wu3Qoj1RHJZNvumF+FcGcayR9Sy&#10;i3v0thG2lrmRnyDQcP8Aivt/z9eMshQhjSvp1JyuDzmTxElPmNwSI0qIWhwkUmMLFQC8STJKzWb6&#10;AMT/AK/sIfvM3jN4ZzIUorMo7yO8NFSSxVYW76USnCfoBPLBuR7WXXgtGqPRV+fTMatTt4HpbJDB&#10;Jj4YZVtB9vEjLNdDpEYUiQG3P9fbRuHacm+qlKvJ5ShwOQdtE9HkIqhiCx/cbXGOWAH+pAPtn6+V&#10;E0QAuo9OvPbISK4+XXMaaKnijp6eaaKKMLGkHiJCKPSo8rr/ALDn2YLqrorD7XxdVmK3OrlJJIC1&#10;NBQySQAcXuGuov8A4EE/63sNT3+7Xt6LW3jKr5nj1tpLe2GmtT0X/sXu6LAZXH7ZosRWw1lfXwUk&#10;9flaMmhgWR9HMMOtmUta73AA9yMhZaOtbCSU2Hkpo5fO9ZULV5OZPo5emlJNiPoTe/19r/AnjlEc&#10;oMhNPKgH+r/Y6dEseCfPoRaCRpZqRMy8+T+6MMlL9hQyQ4Wmb6xmOriABb82Lcf0/rD2HV7dzuEz&#10;GJgrqOsyZkaTXBTRJGkig3hdhYaifdX26f6pZmIA4aQfXq805EeoCoB6g76ymcwOVweYp6R5cBBJ&#10;JT5aRKqQzwiYgRVC0yBtSryWub+wnfcu6/4hU4LGR+GKlkkhljp1XWEDFSsoPAB+vJHs+Bhsk7Rn&#10;pLTxG1nj0v5MbiqsxVtTTwVLDxzQzT2kCHTeOSPVwDY8Ec+3OnzsGMkhpchDT5CpcgPPFVLAMeb3&#10;cTuxs7n6WHH+I9oXleTueqivDpUucDrNUUs0+k09Q1Mtz5FMSSrOumy21G62PII/23tE7yw+591Z&#10;+nba9DPVUQELu1JJeeL1XOlHKlv8QL392fcLa1g0s1W/1fs6bMDA1Jx1yjeOgo4zW1EMIiW0k0zx&#10;wx3B/UWYgD/b+xdpsJm9pQY2qypRaqWFBHCi07ZCSQiymXwglLG36jx7I1mS8YuRgHieHH/Vw6WI&#10;yHsU19emimzGH3IK+jx1QK2KnY09XOizfZavo6RzEBJPyDoJH9T7U2WwOMqKWDOZaKnpdz1YBllT&#10;QlTNTjhHkK8Bx+fyR9fbkK3N1Izxf2S4FfPHl1USormNRw8/9X+TpNYbKNRZSTA4elkqNvUEIhjn&#10;F3ioqlWOuijL+powP029K/pB/HtvyG7dx6cfhKSnesoGVaaYxMwMaXs8zt9LD/X/ANb2ZW/01tCx&#10;kFWOcgf4emWiVn8Q9cotg7VXNVO63pIoszNJr+7bQCoCaUjCkXt/h+faUy+6MXgpXp4ZYJYUUrVJ&#10;TqVnva8iDU15De/t6OyMqiZxxz8um3cgdo6V1PSzVUImqhLHNcmISOj2twj6VA03H49wtvZXb+46&#10;l6rHaGvdJWqkk+7ph9WVoieD/Q3t7duS0MenVX0/zdWjqc9Z5/uYaYEkvIgHph0qjtfgEsL2/wAP&#10;Yw4nMbOwVHKrBKl5SROZKyFGJP0EcUduP9hf/H2TJtUl5KXmbSvlTy6dkmmUhUp0E26Mb2JnKunG&#10;KyEGHWBg8RGKlqo5F1DWtRJO45twCpH1vbj3hn3VRpG7UFR9rSS3GiwJUH9RXT+T/X2/HYRW0vb3&#10;/aOtmQyCj56cYtqV9ctP/HaaGtr6Uh/NGxWOVhwNQf8As2+q/wCw9o2oz1PPITkft6iiXUsck1OZ&#10;JEHPrkkU8W/1j7fkldm0R4+f+r/B1QAL0sqbAihhJoWlpJ3KvJFDNpgJAAKJG4IC/ji3tP0VNs6r&#10;rxLUKkjSSAMaWSNmlT6gBZBxwOT/ALf2nmtruSIlHofn1eORR5dO1TJko4WNMkDyeO6/calCuB/a&#10;aK9/9t7NPtymx0eDMGKpooYFW8StGks6v49V9YBv/Tj/AHv2F4rORL4LcPWtK+nH/V/xXVrmQ+F4&#10;h8uii9n5/JQZmjq8lJVBqdzHMKarnoKD7aaXxjyRlhz/AKnV/h9Pr7ADsHeVU3lxDr900kjJFSwv&#10;psv01uyj0j+vHuQYbKCzi1xjT0iAqRIc9D3sHaWOoIafNQxSfd1FLGHnmBMrhlDEamJJAP59smB6&#10;/wADmNv1ddlHeGSiXzQx0cigLITcxs7jU/8AsT7J5Zb17sRwcDxJ9Pl/xXW3kVABStcY6f8AP7nq&#10;cTl8Li6ejWf+KTtFJI4l/aRV1GTUnCj/ABb6/wBPbbtfd1JjMs2I2/jCKmM+J6uSHVN/qGCSWGm/&#10;+A/2PtRPYW6J4t42s+lcdOeGzZJx065nDxZelaKvqZUplXXJBE3jgYr6gZvywH9Cbf4exG3dmshR&#10;Yez5anQuPNU08aHzIwH+aeQcEX9vbfKoQuiAA8MeXTbxK5rTh0gdt7Zwcmdlrhg6nXRRfb0eQqZQ&#10;9NIhOtpKaEm6H8E2549gft7IDIZUVJyiULmYM8Ug85kUf05Gn/bE+0t/PIRpRa9PRgrk9CvIoETK&#10;I9ahbCMW5FrWF/Y15vsrH4emgofGwd4dAkpKZpmnJFtZCghef6n3rbdogC/U3R7jmnTbBy3HHl0G&#10;abHnq8jJX1FXM0Hn1Q0c0sipAAfUoEY9V/p6v9hx7CvMVGeyzCfz0Io54/TBKWjqRq4/c1k2P+sP&#10;ZmZY1qka8PPqgFGoehEo6Sno08MCFdNrnk345sR7bTttaCkkr5pqKKCNf8rqXgFRVAD1COnDHSoN&#10;raiPaUCSaXSAc/4OrOQi9ZvuE8giFy7AsBawspsSSfYa1cMW9atcPiKirit6YVnSNIWI4byPGL8/&#10;19qpnSwj1E1PTCxlzjrMSFBZjwoJJ/wAuTb2MWzuuavZ8H3sscE9UgBClxKhYjhgXFr/AOw9h17h&#10;r2TSfh+XRhHGsY6aJcpQzk0qzOGkUhmVWUqv0PP1HsXcPuf7GGV8nVRySlSI4KYaY4r8WcX/AN59&#10;7TbjLKpRdKjzPE/Z01PLSMqnn0jtw7ZOSEcNBD4wZFM1ROWeQqp1nQfr/ha/suPYD5zM50CjqoHh&#10;8gIiV9bHU3BYKbf6/sUSyLbW4AFMfZ0ijjIFel1jKWOjoaenjUoI41Uggg6gOfr/ALx7NJ1NJTbb&#10;234KiSlGWrVDO9KiqyIoN112uSfqfYPaze7vRPcAiNeFTxP2dLTrC0Xh0XzvHEZncr46koYfNjKF&#10;mNdT1Go0tTLKyhNS3C+njk/1I/PuVns9JUU1WtP5Kx9D3eQ3uB+oaWHBHPAHsRotvGBpoBTy6o8Z&#10;IB9OsOyNiR4uqoJ6uGmxemRHFLTIiWlIIDGaI+oMT9Sf959hHtTcEZ3JTvNBMY4ZgWNU5WL0vf0I&#10;P6fj2i3KKN4GQHJ/b0+gISo6HjO0E1RhMhTU0jRTyUkscbwqBJqZNN1J/P8Aj7H7cm58HmGWir/I&#10;6sEASJpI2KWudLD8W/p7ttsBtLACBgpI9B9nTMduTJ4gOeifbA6o3pszLZXO4ianaWtqJ55jX2rA&#10;8zyai7BmBve1+fc+rxWByO14cdh6SGkgS7C4LyO5HLyyP6mN/wAn2V2sOi8ae4k8Rz/s4A60/iiX&#10;PDqNRbt7G232ZV127qmavoKuCOOFYdENNSCNrusUSWQKVN/oT/j7C3G7Tp8ZWSff0UdeZWIiheBJ&#10;UJJsCEb/AHv2puJJZxqUlFX7f8PTtY+NR9vRmK3eMWWxqti8gtEdAklqPOEaJdIdgzi/IH495N84&#10;6rxeMEtNjo6dPHcfaRwxpGCOFbwj8fn2s2hreMEtUn1Pn9nSaiyMQprTpr2FubHbiyNZAmZNfNST&#10;PHJBPJO0hlRjqZY6ixCkcrYWI/2HsE8FM33AOZlnqxMSBAZLHST+L/i3+HtTdzzTYiwOngiqM8eh&#10;fljfxMKcxxSW9LFLqp/rpFvayq8Th9QbFrHR+YKDSyr51LEcldFif9j7Y0yxQa5jw4nh1aFa5Oem&#10;miqsgNUVaqzFCdNRCvhDKDYa0YkD/XB/2HsQcRjHwWKYxUkUMtSod5Cml21flVH0+vshjVbq7Mz5&#10;C8OlL0Ap0j8xk6fKV8dItW7pBIweGFhoBUXKyuPz/vftvq6nEUMsMCZZqmsmPkmpo7/rY3a+n8D+&#10;vs6W1upVMr0UeQ+X+r/Z6aEx+FeslC2VrxUGXCLSUcAaOlqpZFZ5ETgMIzzz/re8lRuVQWi8t0TS&#10;oUEtpW1rcX5/1/bkcZgTvI6qyB/t6iw7QheQVYpgs0jGRntpZ3v9Tcji3uJDLT18qwCOQ1ErALeO&#10;Rma5+n+H159pp5qRmUtgD8unUtiRUHp7+3qsenlLRCCNWJAeNAoAtx/tvaqyfWte+PWphp4J6qQa&#10;vCk3icLa6qS9hf8A2N/ZXZbusrkGpVflXqrJoah6D6PuXa1DmWxWRyEtDEpZPuamB2pmkB5KyR6j&#10;Y/S5AHtg2vtzL4uvBrMfLFKHbSbgwqbf6r6m35t7tuFxDOlRw/1fl06ukDjw6WWa3RgslipDQZih&#10;qIXhDN45Q8hjf9JA/F/oLj2OM+bpsbQiKaSGadUN1Ko4Qj6gFr8j3rbdhF3+rNVV4gfb0W3F05ak&#10;XDz6JrXYrcW4N068HDWY3GLUqstYKmop2qwGIIMcFrqTc3NrWtzz7AXeO4qPMN9rHjXnl1MDULEA&#10;sYH1LyHi35t/vHsTxWFnYxlEbPpXHXog7nU38uja7B2vm8Cgmr8x5IJES1IzFx9LXFze/wCL+0RS&#10;bRrM3MkdPW+OOC7+IAiM2t6SF+vsvn3IWYpTj5+fSwQgrqr0I1dl6bHReapVlW4FwVub/m5t7fJs&#10;TPtrR9xUrLI3Cwo/qv8A1Y/QD8+7wTPdrq4D1PTdVrQZ6bKbKUmfWQUsT+JDYzuo8Z/wXnk/63vy&#10;ZKvrXEUa00esWLWD6V/ov9f9f364kSFKAV6cAx1zXFUdODLI876G1WMjKpc/UkD6f6w9tGVnySaq&#10;aihZ5gulnZdKJxwfTwf8Le7QvCi+JIe706qQT05U8UDKJWK6CSV5Jvf6Xv7R9RtusyYWorayb7oL&#10;YxRRhY9Q+jOfz78bp3qEGPXpsr5jqd5I47LdQv0FiLf6wHtb7Tw0lCA89U9Q0ai0N9P54UX9oZy7&#10;NnA9enUUHjx6aMvVr4DCosZTYSMupVH5a3sbcftN8hHHk6unip0QakjlYSlrC/Acey2W+eSX6W2q&#10;3qft6deWOBcnPQE7g7Gxm15HxIrnq6ydigWnQRupvxr0fT205ugxMSPJOI3K8BAFVOTYEL/xr2cW&#10;sV4F0A6R/PpJ4wdu0cenTbWfy2QlijpkkAl9ZlbWzAfUo7H+n05N/YY1JiafTRxNGh0hdJ0qOf6D&#10;+vv1xF4YJJqfPpSgr0MtEZvAv3bK72Ja4ubf65/3v3lrK2oxUQJOgaQdbH0gEfX27ttsJX1kY6Zm&#10;JJNeHWEwU2QJU+rSxBUAX4/rfj2iJ9yirkemNcFDXF1Fyf8AW9iCREiSoAr0nKeQ6coaGCHSyxjU&#10;B9L/AEv7SmSiykcoKVjS0o/cGlmY2HPqt7aM9FGmgPVQrDB4dTR/rW/rx7nY/d+QjaKljdo49QFy&#10;SD/wdvaaQIqlyMjpxRU16jy0dNMS0sKOSLHUAeP9j7MTs/JsaNCtpp3YF5JWBAH1PJ/3oD2GbkeN&#10;NqmOPIdP18ugv3riVY2RjTQLGwC06WdyfoFt9P8AX9qjI1dXVRGGQKKYXYkelL/gAL/h9PbkH00Y&#10;BjTvPVtKYPn0gsLh6bG1IqlqpnqjZVV3aWV0J1ctIbjn6gf7D2x0NVRCbwtAvhNkd3AGofQ2H/Ff&#10;btxayE6s149bGR0r8hBkzRmdKkpUhTJEkbFtLfUAsfx/gB7a9z7XxkyrUQQqYm/S4UWU/X6ge3rV&#10;2KmOU5/yfPpoVrRus+1N25GVmo68AVMX643J1MA2k6dXsP58HDGoldXqVjvaMqNBt/Ue1OR+mDQf&#10;Lrbp58ehJiyXmbRZI2a3Ja9ri3+39srxyS1C+KgWmhU28jAAfW3p490keNV0Alj1oL04odK+qTWf&#10;9hc/4WH/ABHuXWQRRUxWMrMWB1aWuF1fgn23bKyvVsDrxFMdcEkaR+QVAvpuLX/qef6+0pHjMfQ/&#10;5VMzCSQkhSwsP+JJ9qiJbgk1oOvVCHHUi9yQPx+f+Ne1bjs9FDT+KGD0ltKufTrP0sPyf6+21tkj&#10;bWxrT/V5daqx4Y6gVVD9y4ZpCAv0UWI/3n2pZ6AnHNW1IiWVwGEYYFgp/J/x/PukLNPMaDtHn5de&#10;c0oB01JXIlctDD5WAuGcqdIZf7Ib/fX49slFXLQeqBFVibs6i5v/AIsPamS3ic6peHp1YcM9OVRT&#10;GqTxyFiv003Fj/rj2q4NxzLTqrNIXJuPqRb+gv8A7z7ZiijDFhQAdWxSh6S9XtimnqNfjiKheQRY&#10;6jxc6eePx7SmYwjbmeSWZwqstgsfEhP9XP8AxHtW1+YqRgV6ZMIPw9PlG9PiqdKYXCpxyfSB/tNv&#10;YdxdePR5AyytpjjbUsrG7N+Qthx7auJpLkBEzXryR0NenZKuCRFdHDahcBeT7ELBQ1SVH7bSeGCw&#10;1i/qI/oP6f4+2ZI44o/DJBJ6UCnEdRcjJD9uRIFLOLBWIt9L8+1XUZOWeQx+RtCi1zfk/hbe1Uar&#10;DEAf9X+r5dbVQxx0mafEwQr5hCiyObi2ngfW5J9uuH2zX5yZIoIZGV2uzFiBY/hfZPuW6x2qkk9K&#10;EiAGo9QctuXF7fp5KiuqYYRGv0IW9wPyB/rWHsyGzeuKDCR/dV6xvVADxxizEX5A9x5fbjebjKEi&#10;qIzx+fT+tQugdEm7m+TNMlPUYnb0plnu6yVAfSkVgQugLfUSeP6f717WdRTwavQqKENwigC34uDb&#10;6c/j2cWFoypRs6vM5/L+XSRsGvRBs/2zmqiV3auqEdv86EnaNWH+qsv4t/j7xGRlXSjaRYj/AFgR&#10;7OreyjU6nUHz+3/V/qrTqhYn16BfcO6qvJu7y1VRUM3B1uxRb/2UjJI+n/E+8F7i5+oN/wDD6cD2&#10;aBVRqDgetkU4dIeR5pdRv/ivJDajxYjnj/D3j5bg2/xJ/wAefbxYR58+m3NeHDrNFAZSDZja1r3+&#10;v0H+t75aAPwPp+LAn/W9p/HqMtTrQoRwp0/U2LeQj0Eg3W/1JP4Nj7aauoWFWudIBNvzcH6Dn2aW&#10;YMjjFek0x8MdvS2we0ajJSxpFHyWHpYcDjk3Btb/AGPsGt55+eIOImIABsAbEcW5A+nPsWqYoLcI&#10;BU9F8MZkcs+SerRPjV1BicbQU9XUwRPUS6JJHZFPLesqrHk8Hj2XvK56pmlWJJGaRm/ShJ4P1ueb&#10;eye6ufDBPAf6v9X+x0bKgACqOj/47DUdHGAkCCwAHC/QCwtbj294psi8VxDIobks4On/ABsfYWlv&#10;1aXLZrw6e06R1kraekIvJp4HABAYD6j/AGHtObjNYiSOrlGTUGJNjxyfZvbyalB6Ruw4DqXRiIIA&#10;gW2kEWsRb/D2E82byMdSIzKdRaxsbce1DkBakf7PVUOcdTfYs7YqXmEJnmJJ0kqDfj6qT7JZpHJI&#10;4dLEFACeodYl4XZUBax5tyP8fY5rl44sfGkKkuiAWAJv/tvZfaQRrMWnNQenXqcjoHchgqirybu7&#10;BIrnk2FweL8/jgG3tnmzmuMiWE+TlQCp1C/1Ps3VIa9vD/VTplqkY6n0+2GhmDQ1A0Gxc6ro1rmw&#10;H098KGf1PKFLEXJU/S/tPOilgM061QgUPU6ug/aSEuqc2DgA/wCtwBx/t/c6npvvZVmqX8MKMGtf&#10;mXn9Ivx71NIQvg24yRx9D09HoC1PHprqKoYuBkgQ1U7qVNl/zQA/USv1J/P/ABT2/R19JTyqsTaY&#10;0sLk2LEf6/tj6R44/wBQ1J68SXOekpUUFfk4ZHmi9T3IUKdKqCebC/8AvPufWbjiSMRggWB/NzcX&#10;H1P+w9rLG1VV8VsnpOyE9Ian66qJq2SY6gGYGwFkPquAF/oObe0nW5gVCMP7NuW4+p4HJ9rS6BqK&#10;Oq+GK1PQm4XaZxxRr+oGwWx/A5J+v+39hrmUSdyhmIV7i/8Aav8AXj/Ye7vI4TVTq2kV6F7FBo4Q&#10;CguLfT6fS3H+xv7g4ugoqV1KDVzc8W5+lyTx7JpzJKasenFAUcOnKeSQowUBTb8nV/sbD2q3UTKI&#10;ojYC1lVvzfgX/wCKe34WES6hx63x4dJ8lkcvMA3JuSBb+hIHtTYjERqEapcXb+wLF2P1+ntFcTSS&#10;E6fLzNadOgaBU9JXM5xlDpSozFfo39lfxyfYjwSpj6bTDCI/Iv8AnLeoi3FyR9T9faC1tVmuBJKd&#10;VDw9P9jqshY9oPQJ7gebNTsklWbRH/MqwAd/qx0qfoPob+wk3XkaoVJki1MBfVa/4/3r2OgyLAI1&#10;xj9nSFY2Vq9DB19haSnxyxyooY/S9ubj6C319hjksnV5P9hEdQSUdyCCLn6D2nN0kKmvHyHTmmrV&#10;9ehTpKCGkuY7c88fT/X9wv7sS/8AKwf83r/X+f8Aivss/er/AMPnX8unNHUvyp/X82/437//0YVf&#10;QUEVQ7UtbA8V7hI5Ucf611Nj7wQhlm00kX14jrvDKsdaqfy63Jsdka+ppIvu8fUxTFRraSGSA3Nu&#10;SkgBH+PuTSPJZUpV9NwdYSyhh9RdR9b+3lLhgRx/n00o/Z03ZSGlKyyZKQD0lSjyL+k86iHP09q2&#10;FHeNWnZQeQVZlX/XPq/x9p5K1Onz6cUCvHoOaiWninaOjR3VXRkkjjeXU4PpXVGDfj6D+vvGKWJH&#10;dnqINItYLJG7EEfXSpP++/HtmR6r2j/D0721r04x5CpkEUcdFWCUhy7yQSxR6kFrBnAHP+P1t7jV&#10;MFDICkc0KNyS8joBx9bgn/b+06K+s0P+r/Vw6upB+Lp6oshk4kjkqaOtlT0gRw00rEljZdPp4t/X&#10;6f8AEssEHhkDRzrMb2ADCwP0uo9mHEUYUr8/5dMSCPXg9PVXVGois1NLTgAXLRsGYWv6uBb8i3uc&#10;TKso+r3uQLMApP1F/d9I044Y4EdVYDTVemQfbywMD+y6khmfT5GAPDMOG5/Pt8hmkjjJEbu9h6Y0&#10;Lf7ew9piI/KletqKGvSUq6ZKipRJKhYoAzjXPIsXF7G17XJHsOd0HIHKJIisF8YKIpOr/Eaf979r&#10;dtdlVhQnPoem7hagVPQv7XjxAwqRCSAqrMryXQqef1aj/h76xpqS0Lzh1C3IUgksf9Sq/U/4+zB3&#10;qSWH8v8AD8+m41AGD1iy8dGIZ46V4i8llZwyhY1/Ls44sPx/j7n1IqJKlZDZD+I2YKxAH4B5B9lo&#10;IQmmf59PmjAVx1goRRx0HhVvIoFhMBqTUSbksBpP594XesjmBVC1wurSDI1v9qA+nt2Bo69w63oA&#10;GCOsjQ0EtKQZkSxJUuyxx6h+FLfX/b+2CsMiZN5WXU8hGmP9UsbfkFPr/vHtbbFCpX+fSaRTqFD0&#10;/Uyo+JiiVgscaANICFhkX8ENwP8Abe1dRJBIwepbRJoUATNpIUj6hT7L7pQPgIP+f+fT6sQBjpIV&#10;c9VFGUo4mkh1sdVPGXUHVyNafn231hlgqZfCHlI/zYjDSR6SvpsUuDb2nhc6KEfy/n/q/wA/VmUE&#10;1B6fqRIKimhM7JCCA0plYRyaweVKyWI/23tH1GRq46h1loalxyCRTzNwfzqK+1SrGy5IHTL6wc9K&#10;iGlpjCngqYwtha0qW/2ym1vaaqEp6mrJnYwXIIWRhCQSeAdVub+3lDKCVNfs60TUivTspaOJQBrs&#10;CLgFr/4jT7VuKhpIXR0lSUi1kVlYsP8AGx9tuSTnp86KY6YsjJPLE6aHiB48jAjT/jb8+1DUO/mh&#10;kaPhraY7n0/09PtOoQSEDj59bNSO7pjpkBo5Y1kb9vUDIRYOD9SCbX9yKqWqV0ZY5GXQCFVHZjY2&#10;5/IHvaMQzLT8+qMDpBHUSlp6B4mEk0KsZDy8iKqm11+v1P19ofcUSVMsbmRaeSx8iSsFbWP6hyD9&#10;PdoAVc5qP9X+Xrb0KiuOlliiY6fRbyItvG6eoNHbixXj/be5WEimijBglR0DeoQkSEn/AJBv7MTI&#10;dFGX+X+r/V6dNhVrUHqDlzTStpqBofT6Gk9At/rtYe8G4qOjqn1vVJTS2UFJ5VjII5JsxFz7LCJF&#10;aqZ+zp5/DZAGwepOImmjgWJ4WZBfTLGrMpF+PUPeTBY7FqyNPXQNKnIVqiK7t/tFz7VVnJ4H58a/&#10;6v8AUeqJopTrBmq2ujjZaakmcMP1rDIwQfksFF7+xHpq2ph0R0NJI8diNVPDLKLX5LSKD72iRlWE&#10;pHlxI63ISB256CjKYygqmM+WyMMMpPpSqnp6cg8aRHC7Kfrb/X9ulNWTrUq0dJIzuf3VMT3Tn+1x&#10;x+fr7RqqIaVBHyPVO80r01ZjF0dTimjqcmtMkagQSGojTWQP7B/PsQMdU1AlDSQS+PRcoIpCf6ry&#10;Afz9APZfdhHjK4Dep/n0oQnTjoBMtiMeiBKHKU0kzTkNKtXAFAvZgVJ+t+SW/HtF5iryv3k00ENT&#10;pVnCxCmlEjJbmyEX/wBew9vWaxJFSShB45Bp+f8Ag61KantqOhvwWN22cZRUtRVUOtUgLVJr4BCZ&#10;g/os6uAfV9Bfnj2FGToMTVySVb18FLVm16TyIkwe/q1oxDf7x7Xw+JF2wdy/LPTR0N8eD8+htoa/&#10;IweKiOPqKiBFI++0HwugT0sjAEc/j2g5KWFasoaiCWN2YMWlREQE/V5Cbce1yuzChBFOk5Xux0qx&#10;IfD5Cjghb6QhZjx9AoF/949jRtOjoI6KRVqoZV+3YOVmjMIQp9QwPNv8ePbFyzMlCKD/AFf6q9Ko&#10;aLnj0CW96/Jff0bx0c6FKuFoFFNLJNLIkg9OnTwCP6C/sP8AcdOKeaJqadZ4v3PTGwkWwII4Q2/1&#10;vdbaR9VCvDpqULxHQqYWoeqpmaogenmOkuJUMTglPoQ/PuLia6eKrOmgaVCh0nS5YG34Fv8Abe1p&#10;8JoiHweqoW1Y655SkSenC/efb2dSSGRVIB5DE/8AFfbvTrO00rs2lHILo11dOOAR+PbOoJFpAr8x&#10;+fVygLVJ/aeodR4QsSi3kQMEPBVhcAkH8/198q/wGkZSLSBvQwIAI+huT7TGrNXh9vVyAK1OeuVE&#10;JhUBgQYmT1rx6WBuLW/r7ctvPBAi/ttPMpGg/rYk8toVb3H+t79LHEwGtgB1pWavaMdM+4462cFY&#10;pPDCVbyXvGpsONbH6H+l/auqszMpjgixVW30BmWkmP1F7l1X8e0/09m1SXAP2j/BXp0SXPmD+zpD&#10;4/AyjXU1GcpiC2pKY1cOlVBsqhdXPFvx7wVT0U9BkZDGIcklO2lZD45Wk0gKPG/JNvpx7qImhIaF&#10;g618s/4Ot6wx7hQ06mUxykOWxEDa5MTJOdckamSBI+XBMyDSq/g3P+A9g5JT5GWdZJZYo3CcxPOi&#10;EgNybOQfp/T2bRSEH4T+w9ICmpsmn29C2JKRIyEBZLnmONnXV/S6D/efYw7ZosG9MUq6jHpUtGP3&#10;JamASo31UnU1/aDcE7hJA2fT/VnpdBRT3cB0C+8M5umhrFOPxearKFJAXSkx1ZNHJFzqCmJNP0/x&#10;9wtw1FZjZ6SCijnr4Ry8tJBLUAj8AvGDx7dsXDV8QUPTdzQfDk9Oe3YcdlaOprMiyYuechRS108c&#10;EsLW9RMMxFmv+SPbXhM3nJJahJ8TWxwmRlBqKOdV4PDF3Xgf09mEwszFV6VHDOf9Vek6GXXmtOpe&#10;awOBkWmemzFPHURINIgroAzoLAhY425uPz7d6vJ5KshhSehnpo1d471FLJBCbGyyK7qq6bfn2Wyi&#10;A90fxU4Vz8+lH6lKeX+r8uoWEwmIxdTWNS5WCukcrMwgro6ypQlfXEyozOD9OAPaTgxmVWqyMK1u&#10;IemmUPHKtbBaPi+lmJspv+CfezdSrbANG9B6An/AM/LqvhJ4uHH7elvJkMZItHUPT5FJYnKLDJQ1&#10;aysSdDFoyt2H5uAf6n2xUmJWoLQ5OtxkMGttU02SpI1Jv9QzPb/jXvXjSMAQrA/MEf5OrCJdRqwp&#10;9o6d67JCkhM0NNXVD6RpipqCqnc/0BWNCR7VMtHisWpixdZHXs6wCSSgkWr0AmxIeEkce3IfGc1k&#10;qB8+tSeEuY89JeiyWQzEYnyOOmxcaPUCGLJRPRPJp9ILQz2Nj9Rz7YcwMfJNSy15lWpjGmBJv25X&#10;QfpKxyWJH1sbe340HiGjDPGnTROoVIp9vT7jfMkLx0qwGFnZi0bB41kI/cXXHcX+lxfj2IG0zFkM&#10;fJSyiooaQuFkqZgaeMEN6WaWSy8+9XkSEBo2AYeVcn/iv59bhYhqEdvQU7+rarAZCHLU1IM3XJDI&#10;afG0cMtZWMjJaQRU1MGlI+h4Xj2J8abexsJMviyM6ROqmORZah0ZfUY1iudNvqQOPaBLTXGW8UAn&#10;yr/h/wBXl1dZGV6ItV+yvRXK7cHce7dw0VLicTX7RwLzwVFbUZbFVNNRxyRzgpCZK1UBkLDhSRf+&#10;h9g5TTPT/cyUn300HlmaniWmmkdVLEqqlV5I+n59mRi1QqszKKedR5dV8RTKSi06ObVRRVDUyVwx&#10;8NV4IRVympgjQnSA7MrMCBfkAj22ZXPZSelnp8zisrHiWQCaWrxdbFRgg+kiaZAmr/G/Pu5t7J1F&#10;HVXHChFf9npkSShzVTT7OuWEw226XI+bBZLFT5dfI0kdNkaSapaJv86sscDFtH+FrD/X9vmzJaNI&#10;pTReUxwoXRY6eRzN6fSqlRz/AID23JE4A1sCMenV1kIeiKaeo4dMnYkVTPHTRVKUqCpkEbzTVkUM&#10;dKhIDSnyEcD6n3IyeQ3BVSxpBRV0MCsy/wCUU01PGynkMJJQFIH559v/AKSJVaH7M56odTtp4Z8+&#10;m3buG2Vj0qGkyeHq65wjTGmrqSsmV1WwVooHZwxH0uPamxOGpqiiqoc5X4mnE1O4eY5OkSWJWW2o&#10;lmstv8fYcv5pGIaJCGB8wc4PS2FNPxEEU6Tu4N5z4nJ0Em28Ju3JLFVIhp6Laecq6ST91dRMsFOQ&#10;fzdgfp7attbd2rQTvpzWPrqmzxxMuTopGABsreKNzz/tQ493El1LHkFR54Pp5/L9n+fSeEkp0ZHT&#10;jvje273p41otq52OmtTzzg4HLszKeZIRN4gAf9ptf8Hn2qqmhx7Us4hyCRzqVELxsrqZFYG7xr9Q&#10;eRx7tbxSxyq6kMT5VB/lXH5ivV5ZIyCuk19ekNT7sz8uRoo6zadecdJHI9YKmknpZY4pI2VVhqJV&#10;ChlNmYE/7H221xgp8Jm6ioLVemjlJpyjpG48elggax+nPHt6+hVpEq6ju9RXpNG1CQAcDp7wNbkq&#10;jc22KGkxz0FJJMdWQDpUSRqjNJGZfDdPURp5P59l2wWQZslJHj6CqWOU6g5imvFY2dNRX6f737Pa&#10;BYKOa9JQzmThQf8AF9GXyEUT03+VSoqoDfUQiO344J/r7U1ZHKtbFGHZo5GkaSWoclUDG1n1j0kG&#10;/BPtCjM6tUUA4eXSkgAjT1BpXi+0aQIoZFUCOmVSzaeSY/GTcH/Ae+M+BlSpeeoye3pYDCAsUmWo&#10;BJdzwxjaQEEAHi3H59sx3bqpQRuc8QpP8wOrvCpYMXH2V6wQ56lmCQxUWdik1kFjgsqkfoHq/faH&#10;RpP4Orn8e33G4ynNCi1lThkxQkLF4spTtqmQH0jxsbEi9r/X8e255mdQNLhvKqkf4QP2deijoalg&#10;R6V6aK/LtHXP9jSZebJ+JE0HE1gjEEjizF3QAqCLkg2H5+vtlxa0EGUnGMDSRs5ZdEqTIsanSVNi&#10;fx/t/am3Wbwasem2aj4GPlnp3yhllxqfeGONtAD6lZCZivGj+nP+29jQmUrqahb+GY6sq6hCikw0&#10;s4Zo2W6sqqpuB+fZfKh1HxTg18/9X5/L8un0LU/wdFyq9u7cr8xTtuXN4XHUTK0kENZkaIf5arlW&#10;QySyLZj9UFr/AF9hRVRUjZKetgkp466aVjV0rmEzRSs15dUKksCDe4Yf4W9uwjARuHkT/n69JQmp&#10;49GEo5JY8fBRNHNJSwU8aU1VD5PFNAkQELeUizAraxVufr7e54IGoZI6iemNBNCY6uasMUVFDOTa&#10;N50nKrwfoePe3Y4WnDh8/wA+qUIFR+fSfjqWSsaf7aZa6FzJT01MHnrJqRQDMkZhDNpP5BuL2v7U&#10;1LQYGi2lXwQ1+KrDVQlHkoJIJKalGizPNLCxUWHJu1re0zLPNINfYAcajSv7er6tAOkV/LoN6jcG&#10;58r2Ph5UwO4cbiccszyPk6aopZMiz+lIKSjnQM6gkHUF4I9hNjykdW9E600kGoCCqp2iKAAWVhUJ&#10;e/8AX6+zjRCYak0Yev8Aq/z9JQWVhTIPQ9VjSvTLVxfcI+i8lNIkoZlJuUaBrWP4HHtz3VlMrhqb&#10;H0dFQvmmkVw1ViqF5dIJuizSxhrG1xq+l/bVo6yTElSpGOtyagtY89JvC0uMrJK3I1L1dGJZ1VaD&#10;JVhCxtGNJdIHIARvqoPNvfqNJzSx1EEtUlW6KKqmqEZ9ELA+ZiQRYgHkEe35jOr/AKeR1pFQirHu&#10;6cqh6UzmGrhozSK6tS1EcioWqFYGGMKRySfoQfr7DFaTFbUyJnwmSn3NWzI9X9tRQR5FoanWbUhN&#10;MHYN/gwB9uWc24P2yoygcMHqki26/wBiak8fl09+UV9HVrW070VPqkhkNQ7RFoAoLTXIXSpvwb2/&#10;x9qraxz246qebdKzYHFsrmoXLl8fKjaw0ainqdBJvwtv959+vZJFipGpLfIH8+tQaWbVJgdMOQrs&#10;biMdHLt+hjydXdI6GmxUYqmkJGks8tMHCoByzMbew+qczWUW55hjMblK2USyJTmPHVjopDaSykKd&#10;SkAG4/r/AE9u2p/SHif7P+r9vVJGbxOwY6VcqxPSstVoWJogJtThUCkeq7/S3+PsWXg3Tm6vHxbg&#10;NPiMHLTUkk0tZVRUQiqQ5DrIZyqj02JX6+2XmhAZUQlhWhoelCq+oGU46QqVW2tvUeTq8FC2Wr6d&#10;Kh/tsTTz5bITcBxFHFRLJIy/QAji/F/ZgsLjuv6WDG01FVYSpqYGaXH1FFW0slU81v3ljlicl7m+&#10;teR7Ivp7iVi8j6PUFh/g/wAHSqSVBGAqmn2f7HRGN+did+VVbkq2g2hvSnwdZE1Dl6HNbSzSYdKA&#10;yemqKSwR/blVJtLcE8XuB7gdeYbZ1JlsjPg8nQVFbJUytWQwVtJLURztMxkSVIWZgwN/qL+3bqO9&#10;jt9OpSlOIzj/ACdMRyRs5IWh6n/JDsXek+zYcfm9hbigoQInNYuFy38Nabwro89TLCsYJv8AoZrg&#10;/wCtyMlbCsojAmihUNclyuonmwH/ABHtBt5lhlIjBc/6q/7PH5Z6fn0ulSaY+zoiEe44FoKqsyOB&#10;ycjPQGKGipcfVR0qxl1aOSUAMAoNrNb/AA5v74wJTRqRTtG7eouUZWYt+b6Tx7PCZ2p9RUDyqKDy&#10;4f7HSdRHwWn+r16APd2T3HkKoSZGhylFEUVaWKspKyBUpTcxaTKgLKF/ST+LD6e+3JtqfVb8KBcj&#10;8/Qf7b2pjoTpjpXzPXnJXIz0iYYzLKIw0auSBrmkWNf8DqmIA9tlRk/tkLR0VfOP9TFR1Ehvf86F&#10;PHtYtnG2ZpUX8wfLpkyyn4Vb9h6E3a/W/wDH6kRVG8di4SMKrGfLbwwFEtiAQFFRUrc/1A+nsrHy&#10;Lptx5SHDVeDqKigdo2h+3eSSjqoptRLyPDLpZkII5C8EfX3SyuLm3neFEZ0rhlUlf2gEfb1SeKKW&#10;EM7BW+ZAP7D1cd8HMLgNsde57b1DksDnMhS7hqKmszmAyGOy9BW01REv2cZr8bJKgkjs4MRcECxt&#10;yT7Cra+xzkMHTUm9t44GigmlaVa3JZehp56WeO58cX3kguHHBA9pN1vrguAsMmseqsK/y69awRJE&#10;aurL8iOjZ7j3OMBBPNT4LPZupiWI/a4bE11a0wdwvElLG4ut78/i/sY8Tg+uKDG1eMxeXosnXtSK&#10;1NXVlfClCtWmqyx1q3UBh/S/+PH0SCLdEb6ksCf4AatT7PPpQWhIKUovmfy/wdBbV7q7Pq8jhcnP&#10;tWuwu2I8rJHkqWmpJspnKnGTQftTvjYhrQpJp1fU6dVlvwQgqcPueXd2OqMxmxBh8dNroqZHkeOv&#10;aOO4iowi/uMwuFIvf8e1yyzuvelD88ft6TiOEMNLYHp5noYIp8e1DUSYyCNnnU+eNEjimiebhnr1&#10;kKsmi5Lh+RY8ezI7dngx8FYaRM7W4yCmV6hayB6qnnDuXlU6oxdVBKsCbWHNreya+hjIrO6aifI0&#10;P+GvSpNRNEqD5f8AF9F73lRVubqsPTV8u08NuGsyVRFh6iirI6PJ0TpTeOnkpZnlZhO4GpTGmoXs&#10;Ljn2n91F6zJ0Nfhaelp6app1R6Y1NHTtTaSTI9PRM6kRsLg8WB/w92sWghiaM6mHqAT/ADGP29OM&#10;shAJIBH7T0sOvYMnicBU4PeOSqstlcbWVB/irUmRmNdTuw+yWtyTRkS1CCwYqbkW4+vt+2lufBYD&#10;bWVqdq7dyOUyMM4FbTYTHVGWyNRWSNpJkWgV2AB55sAPrb2ZR2ttqV7qUU8gSP2DpHJLMdQRTQce&#10;PRWPkh1XunsHfW2Y+xez8BsvrOJaqQT5PNUe3MfEIgh8EUeRljSerluq6mY6QCQALj2AXb2U3RvP&#10;A4XH7socjs1J9wNNFW5ejr6GhSNrJFHUz1UaRxyAXOksOLn+vtW6wGXXt2gEChCkZ+fz6YGU0zVF&#10;Tx/wdGb6X2j1Rs+PKjrLcmD3JTviMNDUrhszis7VRQ0Hn8czSY2R20zl7jV9WWwJt7HnKVeNwGyK&#10;LE09K+ewqYTVPkaWN6qKaew8yrVwgqGPH6Wvb2XRwpNda71wknkK0PH/AAf6j0t1OErGDp/ydBds&#10;3Hbg3d2lufeNdX1ez87BugUGP2xkpzTVL7coqNoMfkJ8LKyvJ5g0zgumgsLrci4DCnoNiZ2Wlq2r&#10;o9t0tKks9RRCSNoa6tsP8mlWoeyyXUC4J+pNvbt3Fdw18B/EB9eI/Z03E6O3etD/AC6MHWZHfWAp&#10;PFHi23fV1OUgpY6iOSKgWgoKiULLXSiGI+RYVYuUsGOmwY3Ht639sra+RwWEy0O7cVj/ALASscK2&#10;XpIY6yOdbxX8Uh8kkcn4ItpuOD7LbKXdYnddBdSaVyafM+VP9Xr0qlFs6ASdpHA+R9B0htn9oZ6o&#10;7Fy+ycj15vtKLw/cLvd9t5eDbhr6djE9C1VVwxqsbwhZIXVmBbUP7QPtR7VpcfidmzVufqqfL+Oo&#10;eooaVHd4vuHIWngggj/WVFiqgHj2/P41xKqf2Y8zwPVVYKKAV6at9ZPcuR7MwuB2hS1uJkqqMR5/&#10;Ofw2nYRYiEvVSmernBMSOR4gwYEsQLg+4Ize0sSuRye38BNk9917U1NPQ45aioqkZ3tDUVNHGWal&#10;gXnUzBVFj+femswwAuJ/0R8wAfz8+tPK9exO4/t6k1mG7Gr85S4zN7hw+O6yo4DUT1lVDCK+f9vw&#10;0+PGRmZYpTbU4kKEhfqS1r9V+2shuvYNOkm5KfZ80dVebTVwLQGlLn75WljszzA30m/+2v7ZluJI&#10;7oLYxllpQmnn65/1U6rpTSfHND8uPWWq3Vjto9j5GFduZbdNVkcXDIs+MxWQyu4aerjRFoqWNHXx&#10;QUUikgyF41Vxqbi5CB2NltmbezJpNvU+59z5qWVqSjyDYer+3pyjgVc9HCUsdQHMrEj8+zYWjPFr&#10;u5QppwB/YOP2eXTHjVOhEIHqelNv/Ebi3Ng7bgyO3tpbRhinqtxY+syDS/xGn+3K09FlcyywxU8C&#10;SlXmEJOsqF8ukkEa2q+uknkghxOFOVmneXNSirhetSskLNIMlIknokDk6kexHAAt7D72bkVMzUHC&#10;pwf5UoOlUTMRWg/y9BBg6HvJ6jLZGTdtWduwx0tLtnF0W2qSnoo6GjVFEuO/YaoqFmhAEEuoqf1f&#10;T2iN45rCVOBy1LNg8pJRUcdFculVi6Or8Ut7Q10oWMxFQTeNzqHpNwfZhaWcVu4kWZXY8QCCR+QN&#10;a09fz688zuGVkoKefD9vQtbYxW5o8xRVdTl8Qs1Q2WknpVdayspIKiMOimP0MZEkCrIHAVbngEaS&#10;25Wqrs3RYuffNDtzD7CyWHo0npa6SkppcdSQIwoRK9X45UMjeT7SRSBcMVvzdy7aNpTDAGVxwbNM&#10;+vkf9Q69GHSIMx1JnB6aNp4raW1o9502xq/Lbo3jS7hzuQy1VLXVtZBW7qzFRDLmKWZoCaIGAmmS&#10;uhjUPDaPyBG8ftM0BxyZXGU3Ws3h2/LkaKj14qkjrWixTOEq6mtqoC/p4c+SRgoub+7rBHFCfrpF&#10;kb5kUr5Y9fs6ZLanrGKD5dCLNNWJtV6rd9HjpczBj5aqSjWqcY+fKxRNLT0lAXUG7MFRdKsxP+qP&#10;1UFdl9yUQlw20cbWVWMqtytSyZjFUVfPBS0RqtMtdWVKgqJCv9lPSv1Nh7snhIA1KtQ0z/k/1Ede&#10;bPH/AFDz6Sv2O1q6XA5/f8uKotyy7Zoppdv5zI4hDSzSwLNV0dLTzaHeOKYumtr6j9Txb2kcBNvH&#10;I9gdg4Svhy2NxGNp69ocvOs6LkKCgivAkNdkPQ5qSLDRcAHgfn2YmWtkGKkHGKH/AFY/z9Mqo8Yr&#10;UUqKGvTjlMztvH7X2dko8VQVxrc3tiiw9DQ0qSxUeRztfFQz1kdLQqdK0SzSzzEAaFjYsykX9unY&#10;U0eWw3VVPX0eRxW0zVy5ZxjJ6WnxX8TpxH9lQZKuUGDzPIXEcBYOx1kC/wBC+0keNpTagkj5Emv+&#10;HpyRIyR4hGfmMdMOx8TgaHsbs6rjzNHkuwquHD09UmSZxlqPb1IskuPEGPnInFA0k9vNDeGR1C62&#10;eLjjuHKVq5mHAJhRL44qTKy5mGSGKngqpVaN6KryKXFRN4SWkp1uV9PAHI9bFmV5pahyTUUIp9o4&#10;jz6u5OsAcBw9P9n8uhCwdNRvGuTpqvIeBkqqJKWqFTHTSU0NX4o5qLHzlREnkT9mYL60Ia5DK3sz&#10;O3aYVO36JsBVxUtSrUJZJdSQ+HQomWTxXcyeK5TVfnSOAbgpjCW127UEhYcCQaH/ACU/z9OzEOgE&#10;wIp/qx1X33juhMVvaak7S2pVZbZRos+sddjoRUZM1qSifGmFK7xQCnaYCKXxFbAkljpIIN4XbmPw&#10;W+ez6raecmye6mwpaKqzOViy+Q/jVQklSyUe36QLIKeHWqDVyWDIv09qBJcxeF4oDoGFNIx/lzXp&#10;hFhZCUNCfn9v2U6HHKbhXe3UPWz9obUh2XtbcWao5dzYPyPRbcwezqCeWnxUee3HWtTwwRVCx082&#10;lGS8bhRwNZT2wMvFQ56sx9NhWy+55ZpqjdWarocVS18uSlqdc8Qo1kL06pJwUldefqL+1e4/qwmS&#10;Qsq+QANOHnj9nSq1U17Tw9KVP+XoYNzbdocltullXcVJh9p0dFQptimwFTO2NbEpj/HSOKmmLLUL&#10;JAdUIigYLGBoZuWI8ZjddThs9LjoMBuTKZGpx9NU11VhsJkKvHUi6xT00FRW08bR6yxZige4UFm4&#10;sSksrPbjYhp5lFeAqP8APx/1YHTDyTmYKgIX1IP+r/V6dEzxez6HeeCxNfkd17X2dtPF57cFNgKP&#10;fuSjpMvnY/4jqzFbBDlXgeJCiokXmjLhTfSo0sY1HJTVNFUhaI0+Gnx1TBW+ereOSF3mKs0RDFQC&#10;btJJf0n62HtkGBS6rUsOBof9R6dmR6hmIr6dCdubG7gpsvtp5dzQT7xot30ORxUePxdDNT5Cgiof&#10;JJS5QGDzalgLR00CMvlsCt3NwH1Tt6SqrKCCszGATHYqpCbTkrcvDSRViOgkaWgmdQlTZyVk0ajq&#10;H0+gDcss+gNbRks3xCtCPtqcdORGJR+pn7Kn/B0MFLv/AGxiKPJZP+7O8WzudhFXvWkwOzM7uDLY&#10;/I01ItNBR7gx+GSonopWpgrUiThFaGzqxHq9pDsaj3wchuHBbcmKYarwNDTZ7P1NYsr/AGlREXyM&#10;0Es+g00cVmVXaw5FuPoZ2E5hiGtKyVNNIrQ/ata/PpIyrISxOkZ44/l9nUvZVfs7cm3dlbi3FQUO&#10;Fr03NmarZuGrYDh66mrllq8fjIlxUch+4rnoD53js5UsWCho9QTlJtx6zcWPy1buWWCuoMPRY3L4&#10;zIzvT5Cs25TRo1NV4GkYK0qyFpFqJlKoVudZYH2tuLrdBEVaI6W86HH2+nVEW31gqRX/AFcOlzJk&#10;8Zj458fgcVBVxV9flZYKzHiOqxcG5jWTVNcudqog6U0v3JQKG1P5D49ClVBGqhqKLK5aPDfbyUOI&#10;nwtWs2YqRHj8NQUrwmOA4GolCpKEUoAULXsXJt7Kp18GBSh1zE8Bwrxz6fLh6Z6UCrKS+B/P/V/g&#10;6BXcFXldpbWzG54krs7lMTuPD1VFtnbNDW7i3hn5Vq4fuKbc9LSa3Waok88jqI0SGMrGFBUApDrj&#10;YEW1uwJMhjt8YLd0ElLBDRUOKzNO5p4QSJqnKQLKxYqxsijlzyALGys7hfy27Q3VuyCmSR2/k3DB&#10;41x5dNpFbhtUb59PP8uk/wBvdjY/f/Ru6JcxtrsrrqCQeGsTcmwM3TZxPBUl4KfExPCwDVkaFTVr&#10;xBGza9LEWU3cma3Fhtv7mXZ+Ijy27s5LBhZFxlKKylw9NVt46nLZid1HhRKcFp5ZQI47rrNrEl23&#10;pYxXPisQQKlBUN5ZoBx+wfljq1087gKoIUUoSKVPzrig6TnS+PTceB6rl3HX7pxeztoyUOTwcm+Z&#10;JNv5bdu4/uPt8Dj2x2vTLTwVkkcuPQu0k8kcelG1MvuT15g9k7e25t+i3xndv7j3b/DkeorKyfGT&#10;sceKidoqaleddX2aStKI3UqrlTyy3BeurG83KVrnxRAqn4C4QtT1BIIr8gceh6otx4H6aoXNOIUn&#10;/Bj7Okx3T2f8gp917pxXTXW+64dtU1FT09Xuak2/mUrlzeTpaeoqspR4+nK/cVcdMIohFNA7wE/u&#10;RrILCb2DlKbGbAf/AEQYha+mjq52SDaaJV0Tzxh5ZhXVNExJXW1yNXqK+P6G3ve1WrWkxW6l8WXF&#10;DUN9lKf6vz61PIXOsrQehFP5dM3Sgz+5u15dzfJI0WIzg20abZuI7G8WByE61NQkEtXtnAZURwxz&#10;IlJJ9z9ugkXzmQgawSxY+gy1N1BPg9u1NdSblnw8prc5PWHO5dMtWIWrX+4xfmSOdXYkJGdMSjTw&#10;R7MZLi6a8DlGJGAGBWo9RWlf59NFYSNMhoP8v+Dj0IO4MHia7v6h3V2Tuikrtow1H8O2vtGsx9Bt&#10;TBY8UkTx4evy8WemSTIQCYP4pWBSepZHp4/AqKGbb1VQbN21VR0jbg3juzH4qoUVcGMy1ZJX7pqa&#10;byyxUNGVdHnQCOMTSPZUueATe8qXU8gmv2EYxRTxp+fVtbFdEYNB5+v/ABf7OhF37itw7urMfHmp&#10;MFtLYEG4Kap3BTHOYainyHX2GqA1I+ay2tGhoa2USSPRQr6mKRSShPIQD3Ye8d/0+K2hFm9lUrjL&#10;ZqnnxBzME1XXYnPiLXSIk5CotUASsSKNZ9VwNPt+N7WRyCCKeeRj+VemZQyHUtDq8q1ofL7D0KW0&#10;sF13DmsjktpZbHyVn8KpqLKUWHyVC9AcaJJGp55qGmvZS3k0TA24YK36rrvbAye7O0NjybwlyO2K&#10;ra+NqasDc1PPj/7z5LILGIaTCRVEkaS1VNMrtOIVa0ZUFR9fbd1Lcw2rLtq6ixoKCoH2kcPtPW4v&#10;DB7v9Vf81P5/PoK+0cvtDZfTe/J9l4WPeOBzsD4vLY/Yooa+lwuEq8G8eWyOSrcYJPBRRYyB21uC&#10;RI6hXUShkdc9D1FkN67nwmUoKWi2vtStpM3uHOQ52pp6jdG/My9Q5w07xSBp/tY/I00Yc+NyI9KB&#10;CC3Fa3hgTVMRKwzXgB5/Z+z5cerawakqKVFPLPzp/qz8ug22JuH5DVXUG3M5tukpqneW/q44/ZW3&#10;MvtdMHtfrHrTBpJR02XqFSON2kqooaSanFTO/lWohMUckcTD2pM9VdfT1mxM5VSZiHbU0jUe29sU&#10;WKWLAU2ZSciuyOeqBG4Z2V0XTUHSFRmF/UfZU22uHkgjuUrQVetW4f5/9Qx0+kr/AIkz+dP5fy6U&#10;mwl7vx0fYe3sxR4HK9gUkqZDcO9KrMZR5s5hcjTzSbfxuz8PQRQvSxU8aSQxFahAs2t9PlkZwEfY&#10;k+1sD2nLldm4rDZzP5XLUmJz9CMjS1Vdj51SOWtzT0RkLw61dI/82qqqM3AIHtbaootjFeMzIBg8&#10;B+RGCPsP59NsSZA6AVNKjz/Z+zoYOlZd55bq3bx30ZMflqjHff04oaSfHmhwdXNOuAxNQKovI89N&#10;RrB9w5OpmK6ix1M4+5ztXf236vKY/G9a7x3HS0EEYTIYvb+bagqpGpRIlPjpKOlk86KCFM3pT/U3&#10;t7vBacuCFPrHSuaVdeH5k+fH/DXpPM17qPhVH5E/6j0SCXoPoTeWQg3HU944XYu4a2saqzWAm3Tt&#10;j+8DZKSqLhs1RZGsWajrWGkvStEHjc6ZBrBUA5guwN97m7JSkzmxY9uUdZLt3+P1G6cLX0UdBHFO&#10;zYVoKnIBFadnJWAem8l7LcH2aXEllFbf4umpKHTpz5eorj/J1qATaquTUft+X2/4ejMQ9fddbW6X&#10;+02DvDcO56fbOH7FrttVu192Uddk87X10stRuehjfBr4atRWeidPE7QG6kq3HsbN30dJDkc7R53J&#10;5mu25maaSoyiRw1FNQ4aJaf7WWIZZU8CRGC8hjmlHOpv8ARxW7SRhleJWrUUI1cfStajh/k6V+KP&#10;JTgef+odBf0fuOrzfXO2q7buy8NtreW16WbB7abdldR1VfvGjpoopK3Kz4qjeOtR5sgCr1MVO7D+&#10;zqBIBbd41pm27lNrbep/stoVEFS9XmcFSV02IxtFGFljbKbgohNBPJIoRZo45QqklSLDk7sIUhQv&#10;C4eYjIqC37K46TEh2JkwPLo4OIpcXNkcRl8/VeXdUkEkGPhyjigmMqxSLXtg8FVrDJFGCJhG7RmV&#10;obszEEko/KYPdey96RVvWOci3kuXwdK9JR7enqchLhtt09HBDRw1EdLq0rJMJJWZOCNI/JtuOe5o&#10;WvIyKH7a/s6bkERaqHB9cU/1GvUKn3Jtvdu2q+ff+2pNrYzH5+TD1FL2NR4/F0FbkaGUJBksU2Qk&#10;aOanlkJ+0qPSXIJQEWYiZt2p7c3Dtujx+9KbNYXblPDCmVyWREeN+/8AupXOVGXMwV1iiTSgYqqK&#10;pLMxt7au72BUbwYauRii5Hp9n+Xp2KNNQMhFfLI4/IfZ0iKLH/H7D7+yOewM2yK7srI4uKWix9Bk&#10;cdlctT0mNpikMe3cLSyOacyH1OKaIPM5/tGwCkq6ODbG1P7s9QV8uYbPZJI8jn9mD+OQ4mCRxLG+&#10;QyeJE600UceqGn8rKCdbk/WxVtiO8hu74gScEQkV+0Lxr+XV3dWYIAQg8/L/ADHpPLndnb5z2N3H&#10;29g6TadFgzLT7Rw/aNMcAtblJxIlZLh8PuRYI6ypMaRSyyRpIYg0MSDVrdsGZ/vBtrIYg7Yk3Jko&#10;KOlrqPd9PUx125IcpT1YFTT1UtVRrKUlhk1xyOdKaCFButvaqF5ZfEa8ADEnjggfYaHqz6AVpw6X&#10;EMG08/TY+TddRtCix1RlcbVdehRDt/J0OYp4ZIPFiYq0ozF40SWCNAWYPKGXQEATs2HxsvaG0cxu&#10;nNolBSbQr5aTEua6LMVDvkTJFRQUspMzogPMqcNbTxz79L9VJam3PaDjWfhArxrw4fz6rQVLx0rQ&#10;4+f/ABXT1WVuUj21utevcRjpdwfx16HWKrFDHvkGoqZarM1ppjoW0YXXE6+S+kldJBIpR7u33vXL&#10;VkGS27u7ZO1qXVDR08mFr6KXLQMrK9TksvWQiGCHxjUEiYEXAL3493Y7XZWHhbYFmI4sCGNfyr5/&#10;n1q3jk8XVO3dXzP+T/UeixbM606T67yQr6rfvX/Y3cOQroaiat3FuPDV1fi6gStJT0u0to01Q0+o&#10;TlUThpGILXA/a9izQ0vW+O2nmYMa+EnoxQXzs2Oq4MjKyLGRGax6Z5GuedIPN/pz7CVnFuF3uKyT&#10;t4YBwHOmvpQNQ8aZAzjj0tupCiKCCR8hj+XQU7+3P37V9sbEQ4vds+Qn3TGuzKWq23V4TBY95Bpy&#10;7jIVUMMUpNCJ/MZJW0Rkmy+ylfFfG5HH53MCfKS5CCkqa2SmVGM0dZUVQ1RrHNNpOtDcSKq+g8Nb&#10;2cb67aFFyvb8/wCXTEOoKQvRzfkpHUVXVmYxtJJHSyZKfH09VkpmljhxmJWvjlzFZNLGpAUUyyDS&#10;zLqvpBJ49jxvbI1tbR/w7eNHXUlNDUPVisFI8GMndX/yShNTKugvcqEKuGJBI9q1RXt1a1IU+lc+&#10;Xl69ejkVXPbUdAn0Fsvqbau5crm+ltx7Vz9Vl8TjaGvw0O4qLNZ3G08E3+WZhaeGZ5oIZHbVLE0e&#10;jUEAII9ojaebi+7r8NhMLm1ocRS5DJ1eVlhrXx2RzsyeWTGYqrqE0zzAXXTETpH4Hsy8G0SJGvHD&#10;ueAJAoP8vz+eOkNw0zgrQqCf5fM9DPvqhZpTVZLJ0JyWVrtvYiGjp4YoarFbXnyZiOVyely6UySN&#10;JPI8n7YICFg3pCA603l2lV77yM+6Ns7hGEdJJMfR1eDrceKVle1JFHNVRoZLg+src3/FvajcLhGt&#10;SipRPUDH7eHW7KNa0Rh+0dZt6bV2BmNlZDD4Pcu3tvTMug5ymyOOmlhvIBXSVBaQo7ldX+cBCtbg&#10;exB7e2fvHfdPoz+9cPsHaEVHHNkoM5JDTUE1TMddCjZGqKLcOoVkvdWI/qPZRHvMkdt4FjaSOB+J&#10;UNPtLU/Zx6UtbWKsXMg1HiKgnj/IV6B3p2o6J6rpKqPr+KXsjetRW1dHla3adNSbn3rPSx1yRVdR&#10;X0lDKz0lIhKv5CI4pQBYs9h7Bnq3rfC4nIV8uV7A2xlaNftlm/hGdoZv9x9PWB7SUzu8TQzEadZA&#10;0m1vrxSW93CZdEcLoTxLKQAerxpEhqG1Ho0O5d1V9HipJMNt/NVuVno5ZcfFNh8h4o6lqc6EqGgU&#10;ujpqBZALkBgDcEg0u/MF0/lcQqdhZDb9Jgqr7LwpmsxR4xoTH66cYyqqJIxG2m4BT9S8G49kTW26&#10;iSlrKAa8cEfPH+r5dPGeNIz4yavy/wBWeid7Q7M7dxUdZjcZ1/uTNZehqMyk9dR7dykeEyGVAYo+&#10;blMTtqlkF2tOGjYEErqIJa+y9o9fbtrtpY7Fbqwe0dk0Zmp6eoqshBTYubFU7oXqcdkZZBHMzngC&#10;7Bj9GHsRQC/s7Pwk/XkJyRSlT6ny6Rs8Tr4koK/IDo0u187u/FbIq89u/B1uT3OaSnydXhMDTfcZ&#10;F6+qpgVwsNDGW0eEhIw5NtJ1vazEuGJqdlRbz25hNtYbr1+t8bkUosxnMjkqZ8xk89T/ALtHk6ae&#10;OZg8cp8IVWCjV5ATYAFDcWiRW7i9kZ5XFe1sL8sfn516r+vJ3ghR6f4PtPWOp/v5JsbP5mSuy9Lv&#10;DJYWXJ4fCUGPppV25JPRrJBglhaF0qZ4ZS6SzMWke14wPSCd7cOSwtFVUtRNRxT5j7WpTHpSUZrM&#10;v9qyr91/D6eFGl8YOkyMi6R6dR+ntJs22eIADcBUHCrLxzTNTXHAcen5JpVQIiEg8TTFfmf2dVA7&#10;Lp+xt1Uu5MPGkuI2em5KPJ75r935Cq23sBsvRZCIR0+58hk2hpjUyS6bU0kvkdiPQSAQSjsKlym6&#10;N2bPpMX5Nv7Dw2YkrM5ksjkKLGT5POSz6qmGaCoeIzyrpAMSAuL8r7PzcJZxtHbK0sp4lEZvsyAc&#10;daSEs/iysA3pUD7AB6f5ereevaHL4LF5DIbkyWJzu78pR00tHj9tpUSYnG7dpKd4dt4zGRkzSR00&#10;hEkjVEjaHkdrNpRQBUzWfoqnE5TCdmbay0O01qkFFk4TVQ42ohjW9HM2SQBYw4IIR3BvwR7bEU00&#10;Qa1co/nqx/L/ADda+CTVHRia1Ff83DPHoF6DZeIp98f3m6X3r18nZkuKqaXd+Ay0+OymU+wlrIps&#10;g9Xi8VUx1EbxTqiGYgA8eprrcOocTt6TZm7MdgK3GRYOoWOfas+6sjjzSwZm16emiyUj6A2sN4yT&#10;fkAj2kMk6XCLcgsRWpAND/n6dYdlVNOjAV1ZlcdW7RyGWilrMxEKmk3BHtWjyNRTnH1MZRa04oia&#10;dqdJ/CSBrZSSQxtb2uNg5Db2K2zj8V2RR0GTqnqdUVXkKWKpwUU40+FIckwamPr/AEnyWva3t5rR&#10;71zLHKIQKdtaE+vn1TxJkFEXVjNegZ7ywnbmXyH8W6ezzYZoMMEzdNRSiPO1PklLJMMTMhm1InCL&#10;4w5P0P49xttV2yqPs/Ovg8LQLuSes0u9PW4zKv43hGiakp6B5JYkC8FGRSP6e2twtIvCHizsQuci&#10;gJ8hk5/b04gqpFQD5/7OelBlcTunLdLUdHuncLGD+7NGu4K2poa/a+UqY6enVa1co2UZWiL2/ckc&#10;IG5axBBPXdVJsSHF5POZiow8+84I6VjjDPSfxOqpTIqLD/DXbziwN9aJ/ibj2ztcdzNKwlYpCBiu&#10;K9NXEhXSkK1xk/7PTN0ruLO0mQ21s/b+3a6XrI4bMT0u45IKuqx9LU0sqyxRUOehV6aZJpXkVU8v&#10;1DaD6SvtFb8O3t8debUqaum/ujlMTTF8PTZ6rjwc2QpTGsc60KZExmezBXTx3/oPr7MB4NsSLM+I&#10;CTWmaH5kdMRh2J8UgV/1UPSy2TiNx7X7N3/PW7k/vTt7d9fRVMdNRUJnl2nnKan0CjyDUBcU6TUx&#10;jDedV5SNrjUbpaQLtrZdI23qakz1Rlo5Ic6tHXU+S/hYWwM9WIWkMRYX/WQB9Rx73tckslw7ygjT&#10;wFCK9Pz0ACrw/lX7eha8yV2Xlp51qqZcTNTPSSSQVFLDXzVEDGRYKiUBJ1jsNQiJseG9qzYGNGdw&#10;lYdzV1Dh6Wj0mgiratKJqpQvMdLLVMhZbX1NHcf4+73lxP4/hQIaniaGg+08OroyxpUjUfTj0mt7&#10;bpqNsVGHOL29m89U5WuNDWtg8XXZVcVAIDKtfk4qBHKJcBFL2uTxfn2ua59mttHI7Pxa5OGgyUc8&#10;NZudFqpMTj6idbfcNmH/AMnRYzY2aUC3t+zgktA1zHJ4slPgXJ/l0imLzzKZwEQV01wT+3oH4sf2&#10;TX9k4re+4cpt/G02Loaz+B7GhK/3hyuLMDrWPNTMPM0zAs6LGh0sFB4uDF6t29gNg7SzjUe4I9+5&#10;VY5pUjw1SMhDpjPEVM1Ozhnb6gDk/T2WzRybncK27kW0SnHiMFY/70R+XTzlowq2oLfPrP2Hmt+7&#10;p3PsTFbfxOQ2ptaorWnzm5M5Rfb1cayUpkipBjagB4wCNDs7CzEe0HufcGc3RRUsW9Nuvg9nffxa&#10;V3BFU4WSOQG6SQVmREUbG2oMlz/hf2quBZ29vo22jU80If8Abpr07bCshMhz51/zdCftLAbNxGXz&#10;FRgsxQ5Tdk1FAmdeHI01VVmBTqpDW46ldjEmoHQxUE8gE8+xF2jtvB4szwbJzWHrdo1apLWHA5ii&#10;rmpaplu8OXqaBiUI503kF/obewq084PiOjGbyqDX8lOa/l+3ozjaOv2H0x0x1u6qTLUjLuDBVmL3&#10;Bh8hVUtCMxgqympMhIn1qttvkUMdQJEC3Mepl+h/HsVF3HtLDasY2DhyDx0emorqHGnJGSja2tpK&#10;unRyUB/Vc/X6+1tttSXQ8e+uVjc5Cs9CD6AVB6QXM94XPgxnT8wQOi27n2P3pvGoh3NtLfeS2tSP&#10;kCaLBZarmw8S1sLtGokxNZpXyEgmL0gMpBtyPZbe2qjE5DxR7BioaOpr6mngyk1PDT0xoFY6Yqis&#10;CaSNIP8Au4Afn2IIQtlGalpmANMFvLypWvy6bUSyGs9F/MdGf6gouxsfgZqbsypp6vMQTWp6mmqa&#10;qqE8DAszkz6ufpYIzAA2FgAPaT3tg8lszGYyLGZbE7wqKiOF8jV4Wvoa+uhrAAVSqghaRlTn02AH&#10;9D7Zs7sXatJeRNEa4DqQafYc9bkFCRGSelltndUO5ZsvEmE3NhnxFYaQ/wB4MBlcNBXxNfxVuLqK&#10;6JI6iNrG/iZinGoLqF/be3Lnoo8fJuXbmRmr0kK4taukrSvgdNJenjlSzIBc2sQPx7VlYpR2HSo/&#10;KvTOt1qFBJ8+nCakoquOuioayGj8kjLknoDAsvnsCTPJGQUkt9SbNb8+3ralYmR3NX0mWoUo8FMz&#10;kVJD0gSUfrKTTEFCfqQSB+Le2ryVoIq26l2+yv8Ag6cjGpO/HWPNrkIMRJJi5GlyVNEpphIpmE5F&#10;gVmijF2B/wBpF/6c+09U4qba24clkNmVtFuSCqmKQQYbIx5DK0soexNVjqZpJQfqQyqPad7ozoFv&#10;o2QAZ1KQP2kU6c06RVCD9h65UNf/ABDHL/GKKTHzimhevgq4pEpEkdLyLFVTKsbre/F7gfqA9yMz&#10;kZ86KTH7sxE2LqY18sWTq5v4dXHVayTDJCMMgPOlrn+nNvbIcLU22rPkASP5D+fW2FR38es+OpqG&#10;BZJ8XUI9FLpC09M8c1EjofW9OIAdLG/qCmx4uL8+5E8++3pBisH/ABiOjhif7fIQ0dR9nPoX0f5a&#10;V0kH/A2/ofa+zmeE1ClnPGgJI/YD/P8AZ0nmSKn6hFeolWm1vvvLkDhf4gwQBa2Sj+4HHp0xTG4P&#10;+IF/YZCHedTUh8jUZGnRGZKrzgrVyRI3rtDIAdDG3rA9qbueXTSNDU/I/wCbqqKR3Vx/q8un6Pxa&#10;F8Pj8fGnx6dFvxp08exQhztDT4yOhwWKnqcyQhaswmOnM8UjCwSpnpoyrkfU+QE/0PsssraRZjNN&#10;JVs9tR/g6dkcsNLCi/6vPpvqYFM0k9XUIuP8eiWmqTE1M54/cYyj0W/wax/I9sVNj94Zl56GSohx&#10;0kjqlZkMnkKXHBQwOt6x5GRlA5tqW/t68vPBYsY2ZvIBSfspQHpyKKOuWFPtHWaSopKSkE6I0lPH&#10;EWhShp5KtmRVuFpoKRXZrj6BBz7E7B9Uddw1+NyGa7Q2VEKRo2rMVSZ3FZE1rRtqKGWWYm7Hi+n/&#10;AGHsKzX28XBMcUDID+JxSg9aH+Yr+fSrXDGOwFj8gT0Ce7O5c1jYp6fbHU/Ze46+SJ46OVtqZnGY&#10;5KllKo1XUVUGpUU2JKqbj6e1/wBqTZrK0dJRdcwY2iWBQI5pPDjoZEAASSGsYLHI1gNK6+fZxtke&#10;27fAGuCJ5jxoQ1PXh/PovZJnYyzGg8gcY6SvS2P3Hhafcea7Rr8tXZjN5EVUdFUz5PLQYqlkHFFF&#10;iB5XgVWLXPiC2/UePYRUv996VKal3AiPVqyyJVRyrWMzC3oVkBH1+q3t7U3M8MqklNI+ynT1uADU&#10;fy6MTQ/wSdJJseacRlCkqQg06Wte7wkLY/7Vb2JdYuCnp4n3G1Uuaig1L59NMs8gW6RiE2sTaxIP&#10;tNapct/ZsBFXy9Otu/ERjPSHjbP0lWse14sZPgZqhUcoz1ElKjtaeoWdSQwF7qhH+xt7Buq3hvBs&#10;q1HFtPKGhc6KeoONrocVDCDZGaodNLcWJOq3s0mWxjiqDqYemST+XE9UjDk938+lvT0WLivGtUsl&#10;TqvNK1TG1S7nk6iP0/6ygWHv0uw8DlskmU3LvjbWEqzYxY4ZHGNK8hHIlpVqA6gfm4B/w9lEu6bi&#10;/wClb20mn+IqwFPkSM9KGWJRWoJ64V2Ykoh4qPFZPJPGvq8VPURppUcBKiZNLsfxY2/qR7fOv8ZQ&#10;0ueq6CmrNt1lEgdq/IpXUSxPFcgAGN3JNvoD73dB/p9RJ1kYHof8nTHiaMgE/YCeo24cl4MJ98lL&#10;mGmJiaCkoMfU1Nf53/TG9NEOLc6iTYf1+nuZ2nh8DHFHLtXIbdnqNNpoYsjj1mR721w+rU1zfgXs&#10;fetqa8jB+pBY/n/q/Pp7V4gBpp+Rx/h6bNlZ7MZaCZc1hsxi5hIftWyOPqKYzQji8gYEIw/o1r/i&#10;/uHtTbrV+35v41nocdXKo8InraRZJPyFVixIX/are3pLib6jSiEr6kGn+Dqr0QgLn7M9POYzM+Lq&#10;KKOnxFdk1qJCtS9DTyy/axgf5xyikH/gt7++NHhKOOV4clXUckMasHkmzNOKdwR6XEkBYNb8jj23&#10;I7n4Qf2deoKZ6cJq4mlWenhrCXsVjNBUicWPIaCYIyn8cj2lKrDxU2ZHiyWLqKASL4RS5CGSYr+B&#10;GY+bfWxJv7WeLOY+1WH5daUL8Vfy6l08/wBxEknimhZlBMc8TxOhtyGVv+IPsyGC3Jlsft8UuKwW&#10;YqFEZCT0mNra9G9N2ZZoEYW/rz7T21tZi5E1w4L1+EkDOKYr0zd6nQAYH7Oi39k7L2ZndyU9dvDd&#10;O3sbTxNE0lFk83QYnyWceNZYaqVCfoNPHJPsre9s7uKbKShsFUa3dtTpTyUtUrf2roBqHH14/wBf&#10;2IZHQjgfKnTKDSABnowuIpqKkx1JBj5RPRRwRrTyLUfco0QX0FJrkMLfQ3+ntbbClyTQJLP9/wDZ&#10;6SstJJTyR0sYJ9TGdhZzf63PB9ks8spekan9melaKhHcR1gy6UkkRWR6eOrsDTu5jE4YfQRg+r/b&#10;e15TSbepamrO2qKgqsxMWEmiqgZoyf1ltBLL/r249pfC1uJL56AcAcVPzr04+rRQ8Ok86ZeohVMt&#10;VvTUEYBlaGlkWWW36RI3PA/P9fz7y4mk23k1qaXd7U2NnkvpqzXLDHCD+sf5UQpH+v7Z3FrtSHtK&#10;6c4Ar06ugLXrDnazcOKp4KvbUH8WjhUCbHvSs71AtwVmplLK39CFP+t7Z32V1XiZpanC7wwuTqjq&#10;IpqXJUNROf6rphlcKf66faO1XdLmQG8pGvzNP5ceqSTV7UQ586dN+G3zuTKzimqNh53FEEJJVVlP&#10;UR0ga3qaNpY0Zl/obe0hIMOlXWpHTxrBPcTTJVrPPCG/t6VYkEcEC3sTGFVjUB6kD8v83SYsSKU6&#10;EWP7hokZmvMBdlEZjRmA5U6xe3+PsPKrC/a5M1ceXjydIzEw0tbVNSWjY/R4ZGDWHvUslzoCqpp8&#10;v9X29eUBcnPUlSzKCylGtytw1j/gw+vtU1mPpUoZZ3qozGyA1NMatpaFF03sza7W/HPtLC93r4Gn&#10;2Z6udNPLrwNza3+sTwT/AF4Ptg2zLjaPJIcVSx1bkG0dNMkikEi9nS4Ufj6n3a5iVl1TtT7f83Wo&#10;yB8PXnGpGAbTcEauDb/Gx9jxlKjIthUqEp5YnK8U0QlkYDTdAeP95t7T2Yh8Q/L7OtyFi1PLpJUk&#10;VHHlJImlSZguvzP41u5azqCD9b/UewsvmKxZTUotDCUIfXIpl02+rg6ePr9efZqJgGpGpJrjB6bK&#10;qfip+3pVjxi1rH+luef9h7wYCgw0c9RGlVSvM19coq4GFj+q4ZuG/wB59pLoyM1ZagehHVwEpjr0&#10;jMq6lUt/gAxPP04HsYNmxUNJXNNCROYyLRwy/cSyPp9N0jLG39bC3tHPHJKoQsAD5k0FPz6dZiEo&#10;B0ht5vUVGIlp0URNMnqlmXxRRR3s95pQFBt9Ln2+V+drv4vJNU4irKLYRxR4+cO+n6mRGUcEezDw&#10;rYQBEYU8zUHP+DpuOtO7pJ4TbOOp9vRUlBnqeQyByamTKJMkZdr6YJUc20m/IPttjO0mq1r4qSkG&#10;RJLrSvXU6kSMbgNSqxbg39Nv8PZfJCruVMmla59cfP59O91KL0+/7/CKI4+as8sAUR/fRY2d5WiV&#10;bEicgILi3q/23t38M9dWKcgcfRKzKdU1WsMwS3AEQ9VrfS/uszhI9FopagpX/LXpyKiDtyf29Qoq&#10;imxlFJ9kcrkXVX/bpaCSpiaX6ECUgLe/1sfa/qa6enoaWjw9F51+n3ixyPFcWuwkiDfX21tcECM0&#10;07BnPFdQxx4jj0huXZyagqB8ugQqsPT5jO1eV3bmZcXTxAeDEyywUssquw9JjqynINuVJFv95CXN&#10;Zjd9NWsKXFV1XPyFC09SqWv6SG0Xt/T2KQ1oI6yAU/LpiFQQQT+3oaMHhdhviI1hyWKSk5LFcjRf&#10;q/3YJmD6Q3+qHt0pstupqCdspiZFR4SJxVRzaEuOfTpJFv6n2XPNbO6hEoPkP8vTypHT9MivyP8A&#10;m6b225sRspRtic9RpXw1Cy06Y6vomnkYfqjOh/UD/qQPYL5SZqXITNR01PWVs7WCwuQsCn6l9V7W&#10;5/A9ql8EgNJgDgPU9VbxSM9DPAC0EYYyjSqg+SwdtIsCT/j7WO0aDGUdVBU5GuStrJDqenSVXMYb&#10;nTGhN+Pz7LNwaa4GmhjT1NR/h+XSmKq4XP2dMWenybUdVDjoCj+JtE8it49VuLhPxf2JVfLKJzLA&#10;tQwCaYop4pB6D+VDC3+ufaaJI1RUQgjGR/sdPZpnoOsbGslL468UUU7TM1VJS1EdvuA3Icqbgn8A&#10;m/sM653M04iSETyXEzgDVGn+AHqv9fZuWPFwccPT/V9vTBOehOo40EMF5JDGgBjBJOo24ufoR9LD&#10;2pMDPjMbDHJBCMlXMf3FdDJpJtwE55/xI9lM9sZ3LXUgRRwFRn7erhn4IOmHOQ5TJGamEr4yjCgL&#10;UxPokb8k6gRb2I+Crsc9aaiaggSqtdYIV/eLH/aF5/2AHsmvrRZE8NZQqepIApx4k06eDTAYqfy6&#10;DbcNJuClxhp6KvraqJ7q9TUIHjjW2kNqtY/15/437fMruTK6jHT4HLFFACyDHVmlrflSE5/17+zP&#10;bbPa4IQFlR/XuB/y/wCrPSZ/EYkvj7ePQN0XX+Kq6tq3cO+cDT1kt2NG2YxcMsSkgkTRvICD/UEc&#10;fT2gpcxk6ir0nGZqFi31NHUxoGJ9YvIo4/r7MZjZoOwKT+0/y8+roo08ehtxm3sLSYyJEzu3qmBY&#10;1Af72km1Rqg8RUxPY3Fre2LdUGYFH5KOVBLJqDK8iu8RP9ooDf8A1/auxupHrSNgBwqCMfs6TsED&#10;Y6Ue13wQqXp28TGIKY5liKwy/wCAk/Sf9gfYcUT5qmcRyeeqBb96QQuY/rz9AQP9ifdpmUqWkFD6&#10;dOLSgp0JEqUUirdoUNv27Oit9ONNjf2N+0pikRZIEMhQlhABJLYg6tSx3IP19hy4EDzASmg/pY/w&#10;/l062rT8v5V6BjsGmnli0ipdYxIvMzNHTAhvTdpdIIv9Oefaf3QIKidml8cUpA0LOwiII55Elj7P&#10;gYkhpFkAeWf9jpmJQMAj59PWxVrKWhSJ2adAxMksVpkJIH6WiuP9h7bMBQ4qi8tRU1UNXXyqQkNP&#10;UQzCKP8AqYlJN/8AYeySYyXE4BrGgPnUV/2OnnYAUQV6VGbrMpKFgoqZ44FsZZZ4JkDm/wBFlIAt&#10;/sf9f2oI2xYRx40EjkkmR9Wk6uNV/p/rH3doFBDM9fQA5/4v8utpVhQ46TsrZ0ugBfwoqA6ItOoA&#10;f2D+f9ce0FvKskwuLlrqGjmy1SGVYqHFo1XPJLI+hdcdOGKqLguxFgOT7O9uitbiplYIo/iIX9lf&#10;8nRdeSTq3hxKSPUD/L0psNLJPM0dSlREI0vqqY3jDC9gI3kAufaP2bubektdCKvbpg0TC4loawj1&#10;H/dUsi+sgH8L7e3C224RMC4OP4hT/N0wgnHAkn5dOuToaCqpZo5qpqdWjsXiqVhKqPpZvx7Mlls3&#10;n0x6CHF5SX9pbstBVhSdNyQFSw/1vZTtEO3xHUrIz1NACCeP2/5OlLqGAMhofnj/AFDot1NtXZ02&#10;fnmyOfwdOfN6IZ8zQGawayAiSXUSTbk/7b2DmQyOeqmIqMdV04H0M8bwggn6jyAf7b2a3EtD2Kaf&#10;If4elESKBQH+fQ/YWg2/SxgY+sopxb6wVEE3H/Ton3hp2MRRnVpZP7KIL+v/AFx7LHGsEyHSPn0o&#10;BIHb09yjWCqkIn5ZvoF/wv8A7f2u6HG4XJxBdz11Dj6YqC5qamGnCofwGmIH+3/PtM89/Eunb0Zv&#10;yJHVJGUISRnoOdwZjK4OOeo25iq7M1KA2gpKWaqMji9wywgkfj8fT2h81t/YWOrJWweXx1c5LlVX&#10;KUNRIAPwNDn68fQe1sf17pqvMcP9VPT9vTMZ1AlhTp72nuPceZooZc1t+qw9U6IZYpqKthCswuw0&#10;1Cg8fT2wRYqetR2+/wAXR0634qa2kiJjA50B2uePdWujHIESNm+ek/4QOrkKOlpPVJTgExVUrE/S&#10;npqibn/HQpA/2PtJS7exq1ILZrHuA50rHkaPUWvzZtft2WacrRUI+dD+VeqrSvWVJg4B0TL/AIPF&#10;IpH+wI9i9tyNqCnRoZPuVUDSlKwq3fgAavDq9lZXxHoxC/aadOkjy6TmaaKpVopAIgRby1A8EYFj&#10;9Gltz/j7e8jl8xLEUTG5FEW/rejqI42U/Tl1A/3n2ut47aKhVlY18jX/AAdaOrj0msdiMDFUs7ZL&#10;HSTEAMiVlPJKCObkBif949o563NvOkYpKpEDcyGF9JH+Bt7WOUpUDJ/b17UfQ9K6OmxKxk+ema4+&#10;nmjPNvwL+xSoKqoXGeKsineJxy0tNNoRh9dEhUD/AHn2S+HJ42tCPsBFf8PVddWyD+zoM8vQ46TM&#10;LNQz08VXEWssFbAJJAb3EkAbUR/Xj23zU9D43kjniLj/AHW0iqT/ALAn27rmaSjAgdO4A6eKeqr1&#10;aOOSmlKn6yrGzLccE8Dj2hsjDLOPFJJFFT6uH8iRj9X1LkgfX26SiD9IVP7et4p/q/PpdUUiAawJ&#10;TKV9SmNy3+wW1/cmlpNvUtMolqY6pybnxzI6g/01A2/2/tqOO4lcs7aB51/zdVZyBQDqJU1WYlmt&#10;SUpijUcNKjgnnni1/wDbe2TNU2BYeZnp1f8A3VE9VEZDz9dN/ZjEr0IBwP8AV+zpmpJz1LoZ6+4j&#10;qI2Yjl5BC6R3P9lS319ouCVjVoIoiADpgZxpjv8Akxg/U2/pf3q40qukZHn/AKuHVx8unr8c/wCx&#10;9ryKNkRGr5Z5AeWQBxECQOG90t2kdaINI/1fz60CAeFemmYjUVp1iEnFmJUv9fqPbnSjHyDhaWIC&#10;3Msi/QfSwP596m7fUnrYbzoem+c1qHk1EhI+kUbC3HPI9yc2KWCCJqc+dyvMcIvp4+gK+3bGKPQW&#10;dh+0HrWoluGOoWKmr6ipnWphenSNrRyTBlaXn66Wsbe2PGTVKK0ninLM4HijRnIuf7RA4/xv71Os&#10;bSdpp/h6cUmuOnusSJ1Cu0SgL+uRlUcfX6n2J1L/AAqeKJsqlNEiKAEkkRHkP9ouWIt7LbcTFysB&#10;oD5nqjmmQM9BfmnzdG0own3dVNITcwxPJHCv1QLp1X/A983rMUjGHG0UJSx1SRjXx+buOPZoLO0S&#10;kssoZ/Iah6+la9NL4zGpwOmemo91zxmbN5Coj9Y0QsngH+0+k8/6x9yMXT4GorE+6ko4FLKXMlRA&#10;gH5sQ7D8e0W4GURFoqk5oKH/AFfP/J0siBHE1PWLNZDduNx0rUlNkK940IRKehqaiRxbjR4ka/8A&#10;T2PWGGLpYUTDiCf0qC1MyT8f4GMkD/ff4+wd9LHLIXvpAD6MwH8jQ/6vs62zyE0Ax0QbtncnaGVm&#10;mpsphtxY3HIZDJNJiMnTo9+AomliVSPp+f6fX2/mWtaxdJQSRfVGykD8EcDm/syt4tuUUUrwNKEH&#10;/KcU68tfOvRPc5FOZ2vNKXv6y2oEkvqtZtJHN/x/h75vey3DX08/U83sP9hf2tgVatQjjjh6f4af&#10;6qdNvx7ugqyzt5iCsv6fUSrkW1fi9ha/0/HvA1/yefz/AK35HtapHl1ZTTPTEbEjVxzazn6k/QjV&#10;/seb/T316QAfrf6AAn/AcfX34mQtSlKf6vs60cHPHqdT01OSbzQ3JH+7Y1VR9ATc/wC9+8EszJ+i&#10;J3FxfQjH/eh70EBrrNDnj/l/1fbTPSOeZkHapP2A9KzEYWmqyhkyWKp4/SCJsjRwC3041uD/ALG3&#10;+8e26qq6pYyVp6luBYeGUk/7x7UW0NsXozr+0f56/wCzw9ek7XM7ABY2H5H1/wA/Qq4TamInqoY5&#10;dxYGCPUGeSfL41QCDfQLyW5+nBI9o/I1VboZngqQb3AMEpb/AFrW9ntssIcCIilPKn+Tz/PrXEd1&#10;a9Ga2VtnZkM0MdPmtvzlk/ekTNY+wJPqN2k4F+f8Pp7DDMpFXGTzstK3Or7thTgD8keXT7U3Mzxr&#10;8JP5Ej+QPVo6j7OjybBjbDUlOlDIuTplCeM4orXXB+i66bUvH9b+0PS4bbq1bM+Vxtw17LWUzux/&#10;oAGv/t/YZvmuJDShFfXH7a9GMTYrQ9DY2ezApQY8LkmlI+n2dSukX+puvJ/1vb1kMrV0qR0+Ox1X&#10;PTKpAlpqSWWEgfQiVFIP+uD7TW9ltqDXJKjSHy1iv7K16bdnauoEdQaWh+8dqnJ1iU0rtq+3nlWG&#10;Rb82aNyCP9b2Ce6pa6oeR5UmgBJLJJHIlv8AAhhwf9h7EERAjouR/q/1f6sJSgrx6XtGkUcCJE6O&#10;oW2pWVrgf4r7DdqVJZkaSenRi3+7p40Nj/RWI9s3MrBSApP5H/N1dVHkepXsctkYegWNJKjJ0DMd&#10;JaMVlO0gv9AVDcf4ewvdTXLtpCsPnTH+T/V59GUagLk56aMrWTU8LCCmqZ3sT+1BJIALX+qg+xto&#10;hjFi0KULqP8AOKQ+oW/sfg8fS3tOkMviDU4ofn/h+Xr/AIOmpC2fToJsxU5l9Uq084VrhYjGyW5+&#10;rjg3v/X2l81UwqxEcDlgfSyRsSR+PoOfYmihhWMqGBP2j/UOkmqSpoD087ep61wklTNoVl9UUkli&#10;r254b2yxzVTMrBJFjBBKrDIWYj6X497UrQgft6eHz6UUsFIAwMkTOVIVmmjCqDf6c8/nn2/QVCyk&#10;GognjFjo1Rul/wAXKsP6+0cmsf2WTXPTn2dMU1KIh+xUUr83a0sb8WuyqVJ/HvFWSRwoGiSWWRvo&#10;qo7EA/4L7dRXkzKdIH+rz6qSS3aKdZKGNpJdLPCkQU3csqg2/rc8/j2wtUVLTDywThR/x0jcC3+0&#10;6hyPbpBEdI8/Z/qp1YcDXp/SnoxGdE1OX/JSSMtq/qQpNj/T3MS7q7S2QAWCngE/i9/eqkuAvHrT&#10;AAV4nqJIBGyLETISRdlIJA/NtPtF1rETkMpCg8st2Y/63+w9q5S3hkdUqSanpVUwHjBU8kfTgAfn&#10;n/kfuREUneNLNDFYDUw0CxP11Nx7LDSJSV7ifTP+Dq1Kk167cMuomzNc8Xub/wCI9r7GY+gSJD97&#10;TOxI02qISQ34uA3stEs7uQ6kD5g5/b06oxQdIzM5CsVisdFVFQCGK00zcW5sQP8AefYn7cxWJadW&#10;qshRgqoYiarp1dz/AGFRWa9v9hb2UbjdXunTDG1CaYVv2k0p/P8AwdKaBY/U9A7u/OZemoJjRYnI&#10;zMVYItLQVUqr+GJKoQT/AF/w59u+djjMZVHi8YGmMo66WH9kgg29nOzURQwyTk1yfnw/wdIiSWNc&#10;HoHdt19dNkWespq+OoZy0yz0k8TLZvUpWVb2vfm309gvnYiBKC8YX8lXRiRb6Gx4/Ps/8QyGmkr8&#10;zjpp6HB6NdtWRPFAwWQuQBpMcgVTxc8ix/4p7DWVisjeMA2J5AuePrYD6+2ZEjOGPH59bWtOhPTl&#10;V1Xvxx/sefr75fc1X/HKr+lv8xJ9P9V+n2z4UH8Q/b/s9bz17Sn9U/r+ofX+nv8A/9lQSwECLQAU&#10;AAYACAAAACEAKxDbwAoBAAAUAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDTUY5KKQMAAM8GAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAAAAAAAAAAAAAAI8FAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAKrgqqbfAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAgAYAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQBaWwUC3hYjAN4WIwAUAAAAAAAA&#10;AAAAAAAAAIwHAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ1BLBQYAAAAABgAGAHwBAACcHiMAAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId10" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="52C543F9" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.4pt;margin-top:-.85pt;width:618.7pt;height:264.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCHiXbSpwIAAM8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/U&#10;f7D8XjYJ4bZigyIQFRKCCKh4drw2u5JvHTvZpF/fsb3ZRIBaqWoenLHndubszFxebbQiawG+taai&#10;46MRJcJwW7fmraI/Xm6/nVPiAzM1U9aIim6Fp1ezr18uO1eKiW2sqgUQDGJ82bmKNiG4sig8b4Rm&#10;/sg6YVApLWgW8ApvRQ2sw+haFZPR6LToLNQOLBfe4+tNVtJZii+l4OFRSi8CURVFbCGdkM5lPIvZ&#10;JSvfgLmm5T0M9g8oNGsNJh1C3bDAyAraD6F0y8F6K8MRt7qwUrZcpBqwmvHoXTXPDXMi1YLkeDfQ&#10;5P9fWP6wfnYLQBo650uPYqxiI0HHf8RHNoms7UCW2ATC8fHs/ORsejqmhKPu+Ph0enExiXQWe3cH&#10;PnwXVpMoVBTwaySS2Preh2y6M4nZlqp1t61SO7mvF7/W37siM3lj+UoLE3JrgFAsYF/6pnWeEiiF&#10;XooacdzV4/zhfQAReBMTSkz8hAAzrEGB1RzCUibaGhthZsv4Uuy5S1LYKhHtlHkSkrQ1sjVJhae2&#10;FtcKyJphQzLOEew4qxpWi/x8MsJfT+XgkYhNAfdo+9h9gDgyH2NnlLk6GV1FmooB2OhPwLLz4JEy&#10;WxMGZ90aC58FUFhVnznb70jK1ESWlrbeLoCAzTPpHb9tsU3umQ8LBjiEOK64WMIjHlLZrqK2lyhp&#10;LPz67D3aY7eglpIOh7qi/ueKgaBE3RmcmovxdBq3QLpMT84meIFDzfJQY1b62uJnwh5HdEmM9kHt&#10;RAlWv+L+mcesqGKGY+6K8gC7y3XIywY3GBfzeTLDyXcs3Jtnx2PwyGocg5fNKwPXz0rAMXuwuwXA&#10;yncjk22jp7HzVbCyTY2757XnG7dGapx+w8W1dHhPVvs9PPsNAAD//wMAUEsDBAoAAAAAAAAAIQAK&#10;VEMwMzoCADM6AgAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hABhFeGlmAABJSSoACAAAAAAA&#10;AAAAAAAA/+wAEUR1Y2t5AAEABAAAADwAAP/hAzBodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;ADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4&#10;OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3Jl&#10;IDEwLjAtYzAwMCA3OS5kMDRjYzE2OTgsIDIwMjUvMDcvMDItMTI6MTg6MTMgICAgICAgICI+IDxy&#10;ZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcvMTk5OS8wMi8yMi1yZGYtc3ludGF4&#10;LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIiIHhtbG5zOnhtcD0iaHR0cDovL25z&#10;LmFkb2JlLmNvbS94YXAvMS4wLyIgeG1sbnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFw&#10;LzEuMC9tbS8iIHhtbG5zOnN0UmVmPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUv&#10;UmVzb3VyY2VSZWYjIiB4bXA6Q3JlYXRvclRvb2w9IkFkb2JlIFBob3Rvc2hvcCAyNy4yIChXaW5k&#10;b3dzKSIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDozNUNCNzA5QkRDMzkxMUYwQUQ3RDg3MENB&#10;RDJEODU4NyIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDozNUNCNzA5Q0RDMzkxMUYwQUQ3RDg3&#10;MENBRDJEODU4NyI+IDx4bXBNTTpEZXJpdmVkRnJvbSBzdFJlZjppbnN0YW5jZUlEPSJ4bXAuaWlk&#10;OjM1Q0I3MDk5REMzOTExRjBBRDdEODcwQ0FEMkQ4NTg3IiBzdFJlZjpkb2N1bWVudElEPSJ4bXAu&#10;ZGlkOjM1Q0I3MDlBREMzOTExRjBBRDdEODcwQ0FEMkQ4NTg3Ii8+IDwvcmRmOkRlc2NyaXB0aW9u&#10;PiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiA8P3hwYWNrZXQgZW5kPSJyIj8+/+4ADkFkb2JlAGTA&#10;AAAAAf/bAIQABgQEBAUEBgUFBgkGBQYJCwgGBggLDAoKCwoKDBAMDAwMDAwQDA4PEA8ODBMTFBQT&#10;ExwbGxscHx8fHx8fHx8fHwEHBwcNDA0YEBAYGhURFRofHx8fHx8fHx8fHx8fHx8fHx8fHx8fHx8f&#10;Hx8fHx8fHx8fHx8fHx8fHx8fHx8fHx8f/8AAEQgCQwT7AwERAAIRAQMRAf/EAMYAAAIDAQEBAQAA&#10;AAAAAAAAAAIDAAEEBQcGCAEBAQEAAwEAAAAAAAAAAAAAAAECAwQFBhAAAgEDAgQDBQQECQcHCQQL&#10;AQIDABEEIRIxQRMFUSIGYXEyFAeBkUIjoVIzFbHB0WJygrIkCOGSokOz0xbSU2NzkyU18PHCNHSU&#10;tFUXg6PjRFSEdWQ2GKRFZSc3EQEBAAIBAwIDBgQFBAMBAQAAARECITESA0EEUWEFcYGhIjITkbEz&#10;FPDRQiMVweFScvFiNJIk/9oADAMBAAIRAxEAPwDB6lnkHeZxvP4OZ/UFe9I+O22uXK68n6x+80wn&#10;dU6sn65+80wndQGST9Zvvpg7qrqSX+I/eauDuqb5P1j95qYM0V5P1j95q4M1C8g/EfvNTBmqvL+u&#10;fvNMLmoDJzY/eaYM0YL/AKx+80wZowZP1j95pgzRgyfrH7zTBmiDP+sfvNMLmrDyfrH7zTBmpvk/&#10;WP3mmDNXvk/WP3mmDNTfJ+sfvNMGasO/65+80wZqdVx+M/fTC5qjO/6x+81MGar5iT9Y/fTB3VRn&#10;k/WP30O6q68n6x++mDuqdWT9c/eamDuqGST9Y/eaYO6q6kn6x+80wmanUlP4j95phe6oGmP4j95q&#10;4TNEBJ+sfvNMLmp+Z+sfvNMGalpf1z95pgzVgSfrH7zTCZorv+sfvNMGam5h+I/eaYXNUZmH4j99&#10;MJmgOTJ+sfvNMHdQNkv+ufvpg7qH5iT9c/eauE7qnXkP4m+80wd1CZJP1j95pg7qoySfrH7zTBmp&#10;vl/WP3mmDNEryfrH7zTBmi6kn6x+80wZqxLKPxH7zTB3UQklP4j95qYXuot0v6x+80xDNGDJ+sfv&#10;NMLmiDSfrH7zTBmiBk/WP3mmDNGDJ+sfvNFzRBpP1z95ouahkcfiP31DNUZ3/XP3mhmh67/rH7zQ&#10;zUGS4Pxn7zQ7qhyJP1z99MHdUORJ+ufvpg7qgnlP4z99MHdU60nNj99MGaEzSfrN95pg7qHqS3+I&#10;/eaYTNWDKfxH7zTBmpsk/WP3mrgzV7XH4j95pgzRjfb4j95phc1e5h+I/fTBmq3v+sfvphO6rEr/&#10;AKx++mDNF1pP1z95phe6gaaQ/iP30wndUEsn6x+80wZqzNJ+sfvpg7qDrSfrn7zTCd1UZnH4z99M&#10;GaWch+TH7zTB3UBmlv8AEfvNMJ3VfXk/WN/eaYO6rEkp1Ln7zTBmjEjgaMfvNMLmr3yH8R+80wZo&#10;epIPxH7zTBmrEkv6x+80wZot0lvjP3mmDNUZJAPiP3mrg7qsSSW+I/fUwd1UXl/WP3mmDNCWk/WP&#10;3mmDNUBJf4j95qpmmDfb4j95qYXNXucfiP30wZqdV7fGfvNMGarrvw3H7zQzUEr/AK5++i5qxkkf&#10;jP3moZqjmkfjP30XuoDnkfjP304M0s90APxn76nCd1Kfu/Lefvod1Jbu76bWb7zQzQnucx/E330M&#10;0Bz8pvxH76i9xLT5THWRre80wncGRsk8XY/aadp3VIVnPM/eadqfuUbQ5DG24j7TV7Yd9OjwnIuX&#10;P3mrNYndTkxLH4j95q9sM1oERH4j95phc0QBX8R++mDNA7yX+M/fTCd1GpfQhz7dTTBmmLI/Jj99&#10;XC91UZnv8R++mE7qJXc/iP3mmFzQStJyZre80S2h3yj8R09ppgzQjImHFj95pgm1G0kxGjH7zUwZ&#10;pO6bdbcbHjqauImaMLIfxt95pgzTN8qj4j95phc0UMsh/Eb+81MLLRvI/NyD76YLaEPJyY/eaYM0&#10;DiYtfefvNXCZq+rIq23H7zTC91LjnkL/ABH7zUwk2pjNKRozfeauFzS2mkUW3tf3mmE7qGOaW5Jc&#10;n7TTBNqtsqS9tzffTB3UxJ5ANWP2E1MHdS5cqTk5+81cHdRQysym7G3vpg7qB5HBsGP3mmEzUSRy&#10;Lbj95pg7qppZLhdzD7TTBdqNS6qW3m/vphc0aTbx8R+80wdyLIV1LkfbTB3Vg7l3VoVsshv76YjO&#10;29fO5Hcc/KfpCRmB4C9ZpLfVowuz5kjBpGIAPC5qdqy19HiYvy6jaxvz1qzWN91OdnYgqx9uprWE&#10;zQNLILAk28b0wndVGZl0LnXhrTB3VbzS7NqsT7bmmDupf95Vdxdj9ppiJmxmimyS5bcbj2mlia7V&#10;vTIc2O5gOepqN9wup59HJ8NTVwmaHIjmYblc395qyRLlnRplJO8356mphZtWmDIkJsWI+01MLNqX&#10;I0sU2/cbceJrVkZzZRPPM/mBJHvNTBdqV1Gtxbh4njemDLZ6nP8A33kf1P7C1Ym3Vyxxoi7Ggm00&#10;QQjootoFFwqgm2ggWgvZQGqUBhKijtQUbUFbhQTcKCt9BW+grdUVCTRA0VWtEXrRUF6Agpogghoo&#10;unVBLGKC9ooKNBVES9FXeiBLAUC2egU70QlpTeiZDuJoDUHnVB0FXNASioowmtAYSioUoCEdDA1S&#10;iiCigIACoqwVoLLCiqMooK6ntqAWfTjQLL0TKtaCwDVBgGgsIaBixm1FEIhzoqbFoK2rRkQsKKK4&#10;tQDzqookCgpmoA30RW6gm6gl70EBNBTPQLMwFAJZmqIoXqiypoKCmgaovRR7bUFUBBOdBewUF2vR&#10;VWBNEXYCihLLUFblpkwnUUCgBskLQyQ+eg5ipkZJO6xg23VMgF7nfQa1O5rAjnSkUylJbKmbQGgW&#10;0s/JjU5OAM0xGtzVwzkGyYnS9MGTI8aTnVwmT0xHargyYcM21PCrgyOPHSmAwRoOVXCKYLyFBcYt&#10;yoGW9mtAwNtHCggkF6KMPyoLJ04UC9oteqICOV6gYDpQA/jQSOQg0IJnLDShUDWoGrGCtGsBJC6H&#10;SiB8pa96IYSAulFAfN/LRAo1m1oQbm/vookIHGgMyoLUXIGs1EAqqpoGFgKDPM45a1WbSVlO6wH2&#10;0BkagmoDLBV4UVneZTpeqzkcUi8L2NFgQSJLnUUqQxpFVhbUnlRfVbpvIINqFg9kgG3lUUDNFFqS&#10;BRHM7n3VYrBCGvxANKzlwZJZ8qXmb1i1qau52jtKqwkdbt4mmGpHesIrADTxreFyVkORYqdDyqs2&#10;k9WdWBAutMJmmLIX+JeHOooG6cp2HQg1UXIkkYBvce2pFpiTgix1HhQypkjU7iBY1Qw7StgONRQd&#10;AqKJg1ywUDgDxFWLSmAUAke00RUoV4gyGzUKNQxj85uakUSBTHZD9lAvpzfq86qYafUqX71kH+h/&#10;YWkTbq5wSqiwKgvSgEtRV0F7aArUFgCootBQTcBQTqUFGSgW0lQDvqgg16CyagEmqLBqC9aC9pNA&#10;QjNUF0xRRBBQXYUF0EvQQmgG9AJNEUKArgCgBnvwoFltaIEtQyWyk0AmLnVQQW1AaoaKZ0qCdKhh&#10;aoBUUwBaAtKLhRIqCBxamVWGoLvQUTUEBNUFQCb3oJtagrY3OgLok0BpDYa0BiMA0UWwCirAFEFp&#10;agEtpQDuFVMhJoIGoL3UMhLGiK3aUAlqAN1EQE0FgG9FFpQC0gHvoEszGiFWa9EPjRiKjUMVLVRe&#10;29AQjoYEEtRRWFqgqwqggVAqKB5VHOiFma3CiAOQBrQyTJljmagScwA8aATngc6BUncwBxomXPye&#10;5FvxfZTCd0c+TOkOgNZqyqhXIyH04VJC2uxi9vmFr/aa1Ict64BtcmtYE+VjU0wCWCPwoLMC24VQ&#10;AjW9EM2LQGind7KAnWihjj1okM6HOi4ToKNaGEEdAJBGtVFg6X40VW2/sNEMWOoo2XTjQK368OFU&#10;WpvUFObH+KguxZaAALUQSkX4WoozttRUD7dOVDKMQ/GiAYW/iNBQdyNaIYG8vtoqtSSCKCiwU1UM&#10;v5bg61GmeQtu42tVZoll2r5h9tBRmDcBpUXKpJjbShklZi42kUQW3zXHw0D/AClRbjRSJnYiwvVS&#10;l48JbUixqJI0fLhTRcCMe4DXUVQvZzOpFBoiCutuBFRpmys9IGKueHOjN2fN9y7lJNORGSF9lTas&#10;yZ5qsPBlyHHUBC1nLXa7sHa4IbGwrWCcOlGY0UHgBVayqbIVrAVUtQbWGpqCurGrbT9lUyha9wNN&#10;KDDB1GymDCxqVnV0ArONp5UjeMl7NtwOIqoONeotnFqgsHbIE4jxpVhkmtgTbwoBYuyhSt/bSFE0&#10;QZNt6GGcY7J8R0qpgU37O6m9uNqRKpHCxK9/sqLkz56Px5VGstfqMX7xP/U/sCrGdurm2AqoomgE&#10;0E0qCXFFTd4UE3UE30Fb6CFxQV1KATJeoKLURYvRTFQ0DBGaonSoDEYFBYUUVegoi6KlBCaCr0E3&#10;URRNBN1AJbWgq9BN1BVAJogbUBCPxoL2iqKKCoYVtAoDSwoo9wqKotQLLG9BN1EQvUaBvNEyNSaB&#10;igmqDVCaKMx0BLFQWIhQwIRCir2gUFECiLAtQXpRUJoBJNEUGoLLVQtmNECGoCoBLWoK3UEBNqC6&#10;CrG1AO00QQW1FC7qo041AvqEmgIJegMRE1TAhABUMDVAKKsgCgq6jWqJ1QKgB5xyoUDZA8aJktsp&#10;RzoZA2bH+tUyrPLnJemULGcutjRC3zVPE0JWKbPUfiqJazN3FRwN6ZM1nk7k54CncdtIfKkbnU7i&#10;aQKCWRrC5qNcRvx+2MwBatSJXZwcFE5WNXBHWjVVFVUdgBVSsshBOlVFKxvY1Aw3NAsgqeFBYOoq&#10;h8djUWDIFAAYA6UDVkWi5C0ovpRMoGuNaBb2v7KqIuo0qC7AWqixKNf4ai5A8oI9tVMqANqgXvcH&#10;U0ELEGgfCWPGirIAufGgA+XXjRA9S5uPsqmRq+7Q1AQUUVTLQGqKBQC/lPGgiyDkQaCFgeNBOA99&#10;AtgfeaqUJUkUFCFgumlAPmAINQVjIrMdKtTWHlFQ/wAVRpW8K3sqplcm1k041AnH3BiQOFMErVvD&#10;LY0XJaSeYgfZRDG2r5m4c6K5vdO6JjreM+Y8LGjN254fPy5uXlyW+K/KsWrh1O09m3uJJRr4VOrc&#10;kd8YkKqABYiuSJUaMFdtVDegojsai4KycVVi3Dl99JUupMYLpa9iKIMQ+YHnRRmNkYEDSqDWGMvv&#10;Hxc6i4X5ll0+E0pAzBlNxrQo4iu030HOgFhCG0bU0oTlTRELZ7G9MijmxomrAkUiW4Zn71Eykrx4&#10;VLtFmbyz5HdTKpANrc6nfC6Ws47soQBiNPivWZu1dIRN3vamxTfmLVZsztGb99z+A4WqZH3XqNrd&#10;4nH9D+wK5IbdXKJNEDREoJeipbxoIdKANxoii1AO48qCwGNBYjagNYzTANYqBgjAopigUF0VV6Cr&#10;0RYNBdBRNBW6gomgm6goHWgKgrSgFmAoA3iiLDCioXFBRaggagm40EuagmtUSxqAhQXyooCaIEk8&#10;hQRUcm9FNWImmAQgtrQMWKimBAKA1FAVqKnCgmlBL0FXoKvREvVFbqCt1AJa9EUDQXQAaCwlARFA&#10;BFBAhNASpQGEootgtUAMVAoEtJfS9EKuDxoGRqL0MHAKBRUMoHCgBptL0C+uaJlRyFtqaGS3yltx&#10;oM0uaBzqIzN3HkDrQyTJn8ywomWWTuIvfdUpNiH7iL3F6ZOSHz3Y07jspRypfGp3L2QBnkPFjUyv&#10;bAFiedFwqoq7E0GvF7fLKQbaVqRi12MPtm3W2takTDpxwBBVwpq24HSqi95GgoZQkka1QsiggoHA&#10;DbUVCl9DQCU4CiKF71RYZuBoKILC/hQwG5U0BA3FQXuAGhoFs9zrVFLLY8agNpgRagpWYm1BbAXF&#10;xQQSi2tDKDafCgp7CgOJhxvrRVySGxqpQL5rbtBQwjAjh99EoVfbqaEOjmDHjUWUUg3C4P3VVql3&#10;igWbk2NRBrGBa9UU6W1FBFbWxoQQI4mooWcX0F6qGaFdOdFLkS6m3GolZluh/hqploL7kuBrRaXu&#10;J0OtEMEe1bjjUVImCt7apGhlQr7ajTm5rrjAyKbkVXHtw4+b3yWVCiHjWcrzXMCTTycCSTWWuj6X&#10;sva1jUM6+Y8ashI7XljPlFq1hciYBhccaKhjWwY8qGCp5XFgOBozaISqQFbh7aLlAsaEtyPOh0FH&#10;Iga5IIoq3yoNhueFDLlnuATIIPDlTasa5E3c1E6hmFj7azdmpLlJe9Ykb7S4N+IBq9yermzeoNrs&#10;trqfhqdxhlj7vLck3a9YtrcxhnkzJ2l3gGx4g6VbmsyyLHzk0h2A+xaYXOVR4uc77bbdbUupN7TZ&#10;e05EVuo5CtzrXYx3eil7ZGWsTc8qvancenbYdlgLk8K1NYxbwn7qP6nKr2xM7Pr/AFL/AOMz+5P7&#10;ArMc23Vy6qKvUFgGgsACghvQURpQCUJoIIxVBiMVAQUUBWFFWFoCAtQXegq9BRagrcaCwaIu9FXe&#10;gl6ASdaCqIgoLBFFXuFAt3oEuTRA7jUFreijGlBZN6CCgJVoDC0UXTNBOmaCxHVF7KCumKCCIVAY&#10;UCimqgootooKNETWgIUEvRQltaIsUEvQUaoq9EVuooSaIq9BdBANaCzQQLQMC0VRWhhW0c6CxaoJ&#10;uUUFGZAKKRJlgUS1mecmjOSmla+gqKOK41ageJhbQUMqM16oW89hUGaTM9ulEtZ5M4eNvtqs90ZW&#10;7mqki96h3ES91W2hN6mVzayP3ByaZO2kNkuTxqdy9gDIx4mplZqEsajWFXoJQSglBKAlQk6VZEtd&#10;LA7Y0jBm4eFbmrj7svpMbCjRBVakaOmo4VQDgLRAFgTagoiqUywAqBR+KqLQ66aig0LbbUVV7Ggs&#10;kW0FUDpz0qBbsQdNaINSbe+gF0JNAqQlBodaIT19daAhIGPtopxhDLp99DBccZDbb/bQaRFYUVNr&#10;WoFMhvrVQG0hriiLkJ22qKLHBNCNPTv76LgLQ2NxQwFkJFjpQKaMEWA08arIseHmKiyDu6PYjQ1Q&#10;22lzwqKyvIQ550Q3eTt0oH9MMlxzplrAYYwTY8aVImRB4C1UsLjjAPm1NQkM2W1FDCLbhQV0VPuo&#10;YKeMq1l4VUaooU2ajXxqNYAVsbcqIHbGq7r8KGHMzO+Qxgqhuw0qZTLgZmfNkvxsp4LUtTHrR4Xb&#10;Hma7mwqYa6utDgx4zC/Ot2cMTiutBLHtFqy5TzJCw1IqoScqFDt3CmRmyO6ol1B4c6Zics57xGws&#10;CLip3r25Jbu6tJ7qzd2pqqXvxaIxhDfgGqys7WYJ/eeSItoUnwqTJbwzNP3CQ6A1cVM4Nixc2a+8&#10;nfanavcODtORNbe/DSnakuWpfTioSXa4PA1rtGWPsqHKKMdBwvTbVjW1tXtmPEwAFwdNfGrhYDLw&#10;gGVQAu7hpVwlzWnH7fHEA5+LhuqYaxgOVGN3lsrXHvqs1pEK5MKpNYkcDSVrbWXqhwcWNBp5l/go&#10;WRmZooX4G3FNKtjj7sVp+aH6h+G9RyZdP1ICe8z/ANT+wKkXbq5nTNVBCMXoL2igry0FE0FUEoJU&#10;FrQMC0VdhQXaglqCEUA2oBOlBKAhagu4oBLigEyUFdSiK3GiruaCCgsVBTCqB2E8qIsQHmKKsxnw&#10;oCERoCEOtAQiAoDWMUUaoKCztFFLJoiqAwKipa9BYWgKwoLBoL1oKNBKC76UA7qAbmiCWimWFFAw&#10;qoEg2oigDQUVJoLCa0URUAVDASygUAh18aCxIo50E64vxoZU09DIDPQA2QfGomSmyDwvQAZSeFBR&#10;R2OvCqlMSAW1qkiOFUVAnrIOJtQA+ZEq8ahljl7tEt7tS1nLHL3ldba+FTK8sUvcJXOhtU7jtZ2y&#10;JDxNTuWaQssTxqNYVeipQSglBKCUEoJQWAaYQxImbgK3NWbs6nbu3F7MRpetyYcee6vocbGVVGlq&#10;NyHsdosKLSuoaJlbXb2UCtlm1FVDLjlRU3i2tQBa7eygsrbhQGjNagskXoCvYUUhyedEUg1ueFBp&#10;RQBRQMbXohLrv0oAGIA16JgfQX3GimB7L7aAVte5oRoJG3ThRQrIvjwoZAV3seQogtoAoFslzwoC&#10;jBGlvtqh9yKiq3gi16oEm5sKgMQgii4RU2n+KiLlAHmIoVW66cKKygfmefSqzGgIpAIqLgLlkAtQ&#10;MiIIvaiilfgKqZL2E68KBgRtnj4VFLIIBudaIiyADU8KKCSeMak60QP7xi2kXAtUyrLJ3RCpANqZ&#10;RhyM+VIWKvuvzNSU26OGRLPIANSTUtSTDr4PZXWzyjStaxLLerc0fTH5eludTaN6kSSZEgIAufGs&#10;5q8Mjvnp4j3VMVbsMfvKROJ9/M1ZKzdgrh5jvYk399O0yee0SNbcxBq9pla9lKOCGPup2mWn9zQn&#10;zfiHGtTVK0Y/b8YxFSo3D2VZGesNjxYgACgtRo048SMAFAvVC3URvf8AD4CjJSSlHJHwk0pK2KJZ&#10;FBDXBplrDnzsyZaniBobcatjjzitcyh4C6C7DUXpGtunBJyFngEbgpKut7eFIluR486qp6xuOVxU&#10;az8UEcWQ4lj126EUqTnkzrRQPtkNlOinhai5Mm6W5HLAoeLXp6L6l5kKsy9MC3E+6r6JtOS+rFbl&#10;8NvtvWcL3R1vUX/jE/8AU/sCkXbq5tVlCRRQlqAC2tRFXqgqCwDUFhaoICoogKAhaglxRULCiBLU&#10;A7qAGegEvQQPQTdQS5oKINQUBVQYFARBoqwhNAQjN6A+mKGFhAKArCiqIoIBQXQSgvcKCw2lBV6g&#10;oiggWijC0F8KCa0FgUEtVBWqCbaCEUUJBtRFBaC9tBBagMWoqmIoFlxRAmQUAGUeNBRnW9BRyL86&#10;hkmSe/OiFiY3oDM2lUAZWOgomVguRTAJVbnxoqGPnRAsqDiaGA9WIHjTJhGzI1FTLWGWTu0YvY1O&#10;4ww5PeL8DU7iudL3KVjodKdzPazvlStxY1Mr2lFiedRcKvRUvQSglBKCUEoJQSguglASoSa1Izaf&#10;FATXJNXHtu6mFg3IvwrfRxT8zswQiMaVlzSYaBIAPdUaW7qVoFEC9xRB7156UMlO4J0qoEGijB0o&#10;ALlDREMtxbnUVFe2hoZXvvw4VQ4GwqKWxS9ELLEHSg0RtcUUqQ3aiKiNjQOLKbW41QLbjUFIpbiK&#10;ApE2gEfdVKpd54nSoRDC1tDTJgyNCo1F6LFE3NAQGntoGBLC5ooioZdKBSAg60QwqKKm/Sw+2hkS&#10;jUUByKpTjRbCoxGjWvRIVkRoTuB1plLBQOgsDpUWBy3RQSDVSlQ50W3ja1ZyuFnNg18wq9xgiXuU&#10;ajjc07kwCPv8CqVa+/2VnuajHk99DaR3v407maQvcch9Bf21M1qYDK+a7eUGhar5TNbTUE8aYM5V&#10;H26V5NrGxphJy3N2JjH8ZK8xetSM3U2Ds6RsG8KuCR0WB2BBxqxbVPh2TcP0UMYDFEEOq8amDJUs&#10;LGW20bTVo0LCgFrUgnyoXzrVTBcymVbpcMKJeQTEwxhz9tMFuESVzqPhNFNjLAk8udKQLTMpsq7h&#10;yIoloGyZGIG06UMiZJHjJ3a0KkWIFTz8Tz8aLg1MiJEKk+ZRp4Uwd0Y2jeWUS8hxFXLGOcnSLkRx&#10;dSAgoASyt/FSRbbOfQ7FbGmhG624+FZlbxCpcZSxja4uPK1+FaZs9Ew8fJgZhcMnI3vUq6yxeUwU&#10;jqJuB/RVS0mVHWI2F0b4fYaRnaUOFNJjv+et1I41mta3HUfzMHH+ffn7q3ll2vUX/i8/9T+wKxHL&#10;t1cyqiW8agor4UAbb1UWq0DAoHGoL0oqiRQVuoJvoKMlqCuofGgm6oJuqiXoANEVtoIFNAao1CDE&#10;R8KKsw0EEVVMCCCootoAoJccqAqCXoq70FXoBLUQVFUWFAJJoiwKKMVBYBoottAQWgsL4UEK0EAo&#10;CAoorCgrSghIooC4ogd4oIJAKCjMtDJD5AB0NRFDK9tDIWyh40TJL5XhQLOSxomVb5GoLtJ41QYR&#10;zTAnQoJsUeFBReMHjTJhQmiFTKyBbNiXmKncuC27nGB8QqdyyMs3eVHA07hik7yTwNTKM79ykPA1&#10;MqRJnTt+KiENK7cTRQXNBKCUEoJQSglBKCUEoJQSgugsKTVwmTFiNbmrN2PhhJPCtzVxbbN+Pik2&#10;0rfRxc114Iwg91Ytc+swcTpoajQbty40Eu3A0Ah2vaqgmBIvQVGBbWhBOKiijFqEE8YIoBEVUAUA&#10;NQMCC2lBNra0AMjA3qidO5tyqA0BC2HKgh0Nz9tUCSL6WolMC+UXFRRjUWFGhKljpRAuHPAcKqLC&#10;W1trUU6PUai1FiMluFAsxnWiYEiAa0JDiFtRoreF56VAh8hLnWrllPm472JqZVRzIRruHsFMmCpe&#10;4oq3DCp3LhmbvAta96ncYZ5e6udBqKdyYWO6SBf4L0zVzGR83LeW63vytUuSYHNNnPHtYHX2U5S0&#10;vHhyzwBv4UwvdT4+35TOSxOp4U7TLR+6GKeY686uErO3ZtL6k3q9rNa8fs8HTBZdauFa8bt2ML2X&#10;3UwSGmBFfRauDIzDc3At9lMDLLht1ty3Aqs45PhWT4WGg4VGoZKWS3OhUjNzc86EG0gGhNlNFtBG&#10;wYm3KlSLkBBvb7aAdxLC4sBVBsxA0oBRuIX4udQXkRGSAgr5uVWG0zCYyixFWFiKRn0Us9gRa6nj&#10;pQyUZ0QgAXBomTnKsoAHmPKrFsVHBMjWLeQ8qhIbksSojC3NvtpF2ISCJkNx5hy51cs4hmIwYlbc&#10;OIqXq1qXkZGwFY9TezL7DRMlGFYkDRg3te3K9JylmOhhlmCfmgeIPhRctMF2iBDnzcb1GzWMJ8j2&#10;Y+3jVLhzszqRIAzeUG4tVcd46qMc+XDuQbCo4Hn7aT4FlvJewWvbW3t/aXtU7ad0d/1H/wCLz/1P&#10;7AqRybdXMBFES4oKuaC+dBd6CiaCiaAb0AlqCt9BL1BKqCVTRV7DeiCCUBBBRVhKCwoqgwLVBdBD&#10;QVQSiqY0QJNBAxoCBoLvRVXogbgUEDE0DAl6ii2UXCxHQwMRihgQWii2UEC+NAY20ULECgS0qg0Z&#10;AclPGouQtmIOdMmS2zU8aZTJL54HOmTIRmbjxomRDI5UFNkUMlyTuaqZKu5qYMoEcmrgX0nNMCxB&#10;Ya1cIYsKrxoD8gFTK4UZ4hxNMrgts2NedZyuGeTuaD8WlS7L2sU3d0B0N6nclY5O6Em4NMhR7nJU&#10;WUmTNlYcamDNJM0h/EapgO4+NDCqAqIo0FUVKCUEoJQSglBKCUEoJaguggFEMSMmtzVm7HpDauSa&#10;uO7npFc2rUjjuzpYmIOYpauumeraIlj/AIqy5cYTqW0IqAla9AxfGioCDx50EsBQXfQ1UCt78KBq&#10;qT7KjS3GnCqgQ+tQQSXNqBoVTRcIV2+6ggtb3UFMt+dBSR2NEU7DgKBDi9VMNOLAD76jUh0kduAo&#10;tgDEQPCiYMjI4E60WGAx3oqmMYGhpkCZUTUnSoAfNhA1YCmSsknc4RqDep3Jgs91jI8up8KncuAn&#10;uthoNadxhnkzpm1C6VMqWJ5GY+J5VOV4VJFK2uuvhVwlrMMbLaTbY2FXtYm9y2x9slkHm0pNVu1r&#10;RH2e1gxrWE5EO0JfxFMDSvaoEHDX20XAY8CJJbgC5phIdLjIdANapYpYEQ0BCM3uPtoC14czRV7B&#10;bhxogdjDQUBxQW1vSrIj+Rg1A6N43Hl40ypMoI1AuaJTAVK3opbea/hVZLW6XB0HjQTpqWsDcGhg&#10;HSMb3I0omMDlkAsGPl40LUMqsll0P61FyQkrKp3G/iaM5Mhfd5k+HxosPaZRpxJ5VGsli5kIYAA8&#10;KrImRY7aceVFJeBW1taxvpRMCkZECSXtt4+6i098zE3Lc8eF6i3aZYsqe+Shi4czyrTFvKTyNu3N&#10;ZRzI1pC3lcX5bCdCWXnWbFnBkyQTWkiO0sNffVlLPguJZDB+YQWT9IoegJHE0ZUC0iC4B0vSJtzC&#10;hJkjpm1jcDTh9tCWhlhyPmeqdLD4h/BV9ExZcpJIoO5zdjbymhk2WKYbBE+y+pHiKRbKHopxvrx/&#10;rcKZqdsdX1Kf++Zx/Q/sCsuTbq5YvRBgUF3FBKgomqBLUAljREsTQWIzTALpUVAgogtgqqsWoCFB&#10;dhQXpUEoKuKC91BW6gvdRUvQS9EVQCeNBYU0BBTQWRRQknhUECa1TA1SoHKtGoZtAoqWFEVcCip1&#10;FFQC04oZJbKANEyBs0DnRMkyZ4txqZMscucaZGc5bH31ECZZTzoIvVOpqi9jk1cJTIo3Bq4TLUiW&#10;FXAsqL0wL2DwqiwoqAwFFMrgLuiipkwyy5iLUtMMsvc1txtUuyyMkvdyBYGs5Vkl7pK3A1MjM2ZM&#10;34qKW00h4k0AXNDCUEoJQSglBKAhRFGhFUVKCUEoJQSglBLUF2oKtQXaiCC3qyJaakVbmrF2PRAK&#10;5JHHaeqE8BWnHa3Y+EbBjzqWt66Z5rcisgtWHKjAk+3woIISNTQwMUUxUub1Q0QG2tQwTItjRKZH&#10;CWHsNFkMEFqLgRS2tALkW0oFW18KIJY76UUW8qbXtQUzHgTQEoFqgrco41QXVQrQZ5JUBtepkwVL&#10;kKBpTuMAx+6BX2ngaz3LI1vnIQDfSr3LgubuihdNancuGYdxksdNamTBL9wymNltTlDRk5JT21TJ&#10;BkzGBBuKIOLEkkHmuanauTR24hhfhV7TJx7cjDjarhLRDtsW3XWrhBQ4UQ0tpTBFDBAkBAFquENf&#10;HtawsBSRaKOAXB586qYahEALio1hHOl6CQkNxGtCBmkJBAqpauMae2oqmba3DTxoJIqvqKA4wAKE&#10;Uw1oICL3oKkmQmw4ihkh5GU3FEtSaRjHoNaJauBSi7m50WcHuyld3Kis75I3bALr40Z7lhmVgeKm&#10;ihzNygMuoNVKGFhbzHUcKgkeUWJUi/IGhKp1LNtbhWspZyJI0VCtqL6BZVZdo58aidT4kEUdl4cq&#10;jfSMh8k35vA8DxrTj6dWgyxhlt4aGo0WJWDEyHy30POiSmCVVO/ijaGjQclEksg4cb0SwuZYNoR1&#10;NxwPKkLgKSwxqY/iNrg86GVhw0N+KtyvqKZT0Pj2GPpgXJFxUaZQ0LJJGQQV0JrWGJctEWQEVcZx&#10;vUi6vz+2s9G8+iSGJZFjJO9h5WtpVqKgkkAcToFI+Cx0v7aiyihmMikm4A0IqpGJ8mZDJGY+qyN5&#10;PaCarGaZmTZCwxtJ5Apva+tjSThdrhPm8G3xG9vHnWWsx1/UgH75n/qf2BSLt1c2iL2mir2G1BNt&#10;BRGlBW2iJaqLFBYoouNBVEVeiroCBoLqCUEoKoJY0EtQQCgLbRU20FhaA+nQwvaAKCiVFQDcXoJc&#10;CirUigIMoqKhnUUAnIFAByRQRZC548KhEaS2lMtYZch2U3F7GjNZnaU6ijJeyRqYFfLuTTAsYrc6&#10;YDkwxzq4Q1cVauAXQVauBRRfCiLC1RdhUAF1BpkwhnQDjWctSM02eig61LsuGRu7oAdamVjHkd3u&#10;LLxqZRhlzJX51Agux4mhgN6KlBKCUEoJQSglBKCUEoCFEQ0A0VKCUEoJagu1BLUEoJRBKhJ0FXCW&#10;tEeFMwvbStTVi7HLhuOIrkmrju5yYj+FaZzTo8FywFqZTFdKLCVLaVMuTXxtKWGlZbEVBqqJEF+F&#10;Qg2juNKKX0TuvyomDwtuWlFDuN7UF9Lda9DDQiqotUagJJFva+tELaVbXJoMrzKbnlVyzgszKOdT&#10;K4EuSPGplcI+THtvS7LNWdstfw3NTKYEmc17EW9tMrIVk5rKONqlq4ZRnuTofsqSrZDU60pBN7Vc&#10;M5bV7exTUcavaZAvbDvGnCnamTTgOToAPbTtXI17Zpc1cBkfbo7a1cIb8lEv4RVMLXHUC1qGAPAB&#10;xFEXHGBwoHiNba0VVgDblQWFv7KC+ltGlDC1XjegFxrVABgDUQe8lbCirKHbrQFD5dDQgZAge/Kg&#10;trbRQoCNw9lAtgwtbhVRYkIX+Khk1CXF6ioEu3G1DAJ4hGQw1vxqpZgHUBFqgrdptAqoat+nZv0U&#10;UCOrKUXlpQgI02Egj3UqSDZQiFidPCheGYSvIp00/CKIRPDNI4JuAOFquWbOcnY4QKf1hUaHLKFI&#10;a1DPI41LXkJHuqNSLilhaUqOVWpLDZEs4tqp5VFZJ1JJUnVNRfjVZpkSxPAHbyleIPGo1xjJwGPP&#10;DvjI0pKXF5KTpKdnFGqpKMRAA7T/AERRcLaNZYbf6wcqsS8wnHx5IrNMNSbffWaSY6kRRSRZMgbS&#10;Mtdb8NabJrmLz5pIZQ0YswG4A8/srWOE22spGM3zGQ7tox+JbWqWppMtjY6gAW04bqRupBJsJEi6&#10;Dh4/ZSmtPzCU2lV3huNqRdisUSBls1o3BJB1qU1F3AtDIpjUPcDQVqdE24rJnYM/cEgYNdY7h04H&#10;WpLwm2ubkj9z43/Otfbt48/CmKz2x9H6iAPeJ/6n9gVI5NurnAAVRC1qCt1EVeiqvREJoK1NBBxo&#10;CvQVc0Ev41BfGqqCiCAqKKgqgsA0BbKKvZQTZQWFFAVhQS4oqXAqCGQCgVJOAKJknrXNEWJKirue&#10;dFQyWoZCXNADSGoA3MeFDKyjmqh2MpBKk6HnTCytPyxvc8PGphsqWFWIHG1XDFAYFFXCJ0VogSgF&#10;UDpRBXFFyIGiKZhbU0UlpUB40ymCny1FS1qRlm7iqg61m7Lhhm7qBwNZyMz91Y8BeouWSXLkfnYU&#10;CSxPGhhVzQSglBKCUEoJQSglBKCUEoJQSgsGglBVBdBKCUEoJQS1EEFY8BVMnQ4csh0Fh41cM5dj&#10;C7UFIvxqyGHWTBQDhWoYRsReQ4VUwsYyjlQwJYRu4UMHiE7dKLhQgtrQwsxLa9DC1C0MGeWo0BnT&#10;gKIS8o11sKmQs5EY1vTK4V+9IRoaZQuTun6vCplWR8yVjcC1TJgTTTOtBn25LE2PGiDEMwHm1pgy&#10;bFjyE3A99XC5aRgyMONhVwmQnAEZ3FquEc/LmihuL3PsphnuYgXyH8oNvbWMLNnWwO0gWZhxqzVp&#10;14sVIwK2HaWtQyFU1vQOATnRVMy8KGQAEH2VERtT4VQSuoHjRSXYE0ZUAy87XoDZmI0P20VRbS5o&#10;Cha+tCGsQdaKWXHCiKOooBMTUEGlENALLoaNYDqKIFjc0FsoYWBoKXchs3CgtgFF7UQq241Qzf01&#10;txqLlcbgg30qpKEnc1i3uoEklZdpGnjRDVRW81FC0xU7b6UTJQcq29fuodBSO4Ac8+VC1VjMpXhQ&#10;xkKqyrsU+YeFBI5HJ6UotfgamElNaKOEGxALcKq4wQAzjY66jUGiYHOtsc2aw50i7KiWHob11IqR&#10;cDx5uronLiapOVM6HLCOtmI+KlT1XJCbMhuB4+yiWGYcMXSKrYEcaerUnDObRzKp8ynhSszqfKY0&#10;UC5HgaLV4mRFJKY5PKyi9zzqNa8hnnmZZFCgxo2nj76qZtVPG74u9hqw8re6mpv0c94WkUSMxUpo&#10;OJtVjis9WrHCA7l+O20+2suReU7LB0iLSjUG9r1qJtfT1Kim3gxyko6DR6zF6gE+RJKqgFQRZtNL&#10;341q1iZtFOmbhyRMJN8beVlPFfaKl6ZaksuB5EOTJIirIGA1LjiD4Gk6LZy2YmZBAspY7HQeYngb&#10;c6nq13YhG7F3buovx/M8Rw27b1ruY7Y6fqNgO8T/ANT+wKzGturmbqqJeiKvRUF6gILRVhaCEUA2&#10;5UEC0QVqKsLQWFoLCUBBRQSwoqxagsFaKIsKgEyKBQAZRQCZfbRMq6vtoZCZj41FyrqnxomULk0C&#10;m3E6UFrG1VDFiNFMERqC+ifCir6FMCjAtUWsKiiDEYoLKiipytQCTaqgSwomVXoBNqCmKiplcEyy&#10;KopkwzSZoUcamTDHN3QAG7VO4wwy90vwN6zlWWTuEp4GoM7TO3E0MAvfjRcKoJQSglBKCUEoJQSg&#10;lBKCUEoJQSglBKC6CUEoJaiLCk8qGRCJzyoDXGkY6CqNMPa5XIuNKlrU1bY+zAcRes5b7I1w9qjB&#10;1UVuRm4b4sONRwFakYp6rGnCtIsuL8dKIIMtr0VRdPHWmQv5hFPGpkwIZ0Y50yAbNXkaZXBL5j1M&#10;hBy5geBplMLORksvsopZkyN1tbc6IgEh1uSfCphe5HxpivA/fVwWlrgyE1cM5aE7cx4mnaZaI+3o&#10;OOtXA0/KxAWsKYVXRRToulXCLCITwoGKiKb2opeRmwwqSSNKJdsOFld3ad+nATc1MsW2pj9nkmAk&#10;lub8aE0dbF7dFDyphuTDYCF0Aqgw26ir2c6GBcBrQLa97A0AncNaCxKLWPKhlTFiNKBDCXdx0oyb&#10;EhNr0U1kFvdVVQsBaoEspY2ohqeVaiqBY6CqgBFJuvQwbcge2ijB8uvCgrcvA0FMxUacKYMlrJc6&#10;6CmDKXUNa9EEjAE0XKnLMb8KqBeQbdT9tACzoLUTK8g3AYHShQ79LLregoKwa5OtMmDV2s1zqaVY&#10;p5AGHhwNEypo43e6tr4ChgGyRGNxuAoGXjlTbai3kEwESAobNwFErCqZrSbyTx0FKxJXTVDIq77B&#10;x9lRyEZoDlUHxCqzsFROgs+oA0I40EjYrAet5gx/hqeq+hCwlFNjcE6r7KtrOuuGhUjhAkXW/G3K&#10;k5a6CiRJpNxNrcCaUhglj3PExANvKfGmDLFvyxMQjW08NCKtYlprZamELtvLxH/nqRq0E+XIAqsA&#10;QeZ/goZBAivLJvulwCD4ioSNYhRV6kcl0HxC971Vx6m/FGNh/LvoDyP21I1SXaJ8gD4Tazx+NVn1&#10;RpcMRtCFKSjwHA0LgTJHLCHJ/vMQut+BHhSfBbJ19WfHeISPI6WmPCM8CPfrUvU14jWwlkViIwi2&#10;DC2ptQwz52NPJko4JAAFrny8ONX0Zsvdlnyp2XUbRGGHV28L39lT0X1HlZWHFBKCxLMLpzI93uqy&#10;m04scn5vFtbcf2e2238V724VnuidtfW+pP8Axqf+p/YFWNbdXNAqoMJQEI6ir20FhaC9tBClAO0U&#10;MLsKKmlBNwFBQcVBOoKCurQCZtaCbzTIvqaUFGWoFmS9AO80Es5NAWxzQEsLHjQMWA1QYg0oq+iK&#10;IhQLQQCgYvCirJoIDegoi9UUBaiLNRVe+qgGa1ELaQUCzMg50yhbZa0yEnL19lZtWKbLTmaza5JG&#10;TIzRrasXZyTVy8nLY3FJWNuGB5GY6mqwG9FVrQSglBKCUEoJQSglBKCUEoJQXQSglBKCWoJY0RYU&#10;1TI1hduAqEMGJIdbUyvbRrgSHlTJ21oi7aSLnjTJNWqPtd7aVK1NWqPtdxa1RvDbB2pF1I1qmGpc&#10;SNeAq4MqdUQXq4ZtZnyFVrVpilnMc8NBTLIfmZDxpkLM0wPO1Mg0yJSLAH7aGRjrHUCqAaCU8b1M&#10;LkxMNyoJpgGMVr8hVwmTkw/E0wuVnDTieFXCGLjR24UwBMALaCmEEIQpvaqGGNbUUtEG46UTBpsB&#10;QUutAe00VRC2te1EC5RB7RzouHG7h3kRkqhufZVcVuXIM2VmPa5N6zkw6mB2jpsHYa+2mG5HdiAV&#10;LKKrShe+v30SD23oqhoaBitc0FylVHHSi0uM7jRIJhbjQC0VxpxoYRNDagFwL8KJUja5sPuoCYG9&#10;qKWwYHSqhsagi/OosQrc+yggFjpQN3La3OikrIu4g0QXUvcUMksSp8vCiLEm42IoC6FxccaGC1Wz&#10;XJqg3YBgAKgttRw1oEld+l/sqpYtodVFtDQwDJTYoUc6FHFssAdDUWHG3A0UEYCyG405VUgQgcta&#10;iYZzEyygq2opUkNWV9xX+Go1kUKop6h5cqUnApZYpJFtwPGqmc0Sqoex4H4TUVJWIuVPDjVKzl2R&#10;y767uFGehD5MzOB+HkSKJlo+WVo9+69uV6jWGbcVlDW5W23tVqS8tCQSsSWbyt+GmVxQSq2PjuT5&#10;xe4typOqbcRikxZZHM8TlSAPHW/KrnLj7LnMasMcI3BLngxvoay5YRlLkxyBdtowbX561qsc5aWx&#10;43iTcQXQgi/H7ak6NXUZD9cqLAKNbjiKL6krNBFMYUa6nVh4VazLM4OZ3aJmgbaoIqRbnHAI4bzd&#10;aUjenC3hxqVZPU6eF3khmjsscnx391M8LZypY5mlOGoAkRfjPwsp8KucJi3hnHaRDKFllZiw2rqd&#10;KX4pNccNOBAYJSjl7DRS1yLHlzqWN68Gzp8zE8N9qrrt93KrEsy4jSrEu5E3Yy2NxxA8GBqWfBnX&#10;afcxz5OFJkNMJNgjUMkZBsTwZaxeXJrcZrN+9lvfpL8d/stb76vCcvvfUS37xP8A1P7ArUNurAqU&#10;QYUCippQUWFBW8UyBMgqCupTIHeaZAtNapkCZTQqB/GqJvoiixooSzVEQBjyoDCNRViJjVF9A0wL&#10;GPQwasC0BCFRQGEAoo9o8KCUF0ANQCaqItAdRQmiKBqgt1BRYVBReqFu5ojPLkBedTIwZGcANDUy&#10;Mb55Ol6mRSyyOaza1IJ3YCplvtZ5MjbxNQzhmkyl5G9TDXeySSFzWpHHbkFBVBKCUEoJQSguglBK&#10;CqC6CUEoiWNBdiaCxGx5UDFxpG5UMU5cCQjUUyvbRLgMeVMnbTl7d7KmWuw1e266LTJ2tUPb7cRT&#10;DUaUwF8ONMB64KgcKYDExUXQiqHpEnIaUDlQUwZGLCtYTuU2vCtYZtJljuKYZyythm9wKYTK1whx&#10;tamA0Ya1cAxhKeIvTAJcRL8KBywIF0FUwoxL4UFmOwsKKWV1tRka2oq2AtQABQGAvGghA5UEA0sa&#10;BZQ7tKIJluNaKJFC1FWzgC5sBQc3N7hHGDrrRi1xZ+6Zst1jGnjajOR4nZpZjvn1J1qNTV2sTtcU&#10;IB2gGrhZGwoALcqq0cdvsoRHXW44UMAYlRpwoEEyFgQKMnB2XUijWUclxrxoBi0OtEh5NxRQl/Cg&#10;FQ16AbNu1qoYEsb1FFcW81ABZSbcqC2UjUGgOMqRrxooRIoJB19lDJPzCgm50FGclmUE7kOg40Mi&#10;Eym2tzzoZWjef2HnQWzqL8qBa5ZTQi4PCqmTY4w+twDUysipWETAE8eFARe9r86AFQpJbkeFVF9U&#10;9TZb7aVZS8hkDDdRKuLp3B5HnUU4EKCWNx7aoFZY7jXShkVrt5T76gz5m5GQhSfEiqm3VCzHawW/&#10;jQGWifQaNzHCgzyhEO5Tbxqs3gTzFo1C6tyNRadJA3SJN9zUi2ESeZVTg66EcyKJRrEiqrNqP1TT&#10;K4MNibILL/HQLaFmUXT7edQwrIGUsd4rsQNDarIbZIjjyLfmsZI3/CPGiCxWdYnDjcim2vECl6mt&#10;4T94KhIUfCOfGmE7zVnTLeOJhZ3N9eFTLeM1UsfTymRzqCBYHiKtSTkWSUJIubgDTgQasTaldugx&#10;zISwO4C7FgfuNS9V0xhbM/XKKOnCdQ/EGliS3OPQxRGkbMzBmN1KjQ0X0ZohlywMiAhW1UNra3hT&#10;1TmxuhimHT5soIHiL+2o3gMhLaxuJOmbEcWqsmz53QxlaVCVYgaDUEcPvqSNbbYcvL70scsknUvC&#10;4G1LAMh/jpaznmvnZ+4ytuCudrNu28AfeKl2Z104xWZmklY3/QKzbluSRfystr+zd+m1Zael+oWA&#10;7vP/AFP7ArkS9XO6lUUZKgAy0QJkvRQmSgreTUFGS1FC0hNQDqaqCVCaYQ1YiaqjEBoghBQF0Fqg&#10;liAootgFBdqCwBQXtoq7VBKolBdxUFXoJegomgGqiXFQXuFFCWtVQJeoKLUE3UAl1HGgyZGSBUo5&#10;mRlMaiZwyEtJz40SW02LFXi2prNrl10OIVKxlyyMuRkKAdaJa5kspY+ytOEuiqoJQSglBKCUEoJQ&#10;WBRF7TQysITyoZGsDtwFCGLhSnlTLXbRfISVMl0pqduc8auSamr2tjxqZXsPj7V7KZXtjQnbR4VG&#10;sRpj7cByq4Q8YK1cGUGEgPCmAQxl8KYS0wY3sq4Mi6NqYQxY1FXBkzYAKYMlvYGrhO5aE30FXDOT&#10;lBtTBlZWqLAoKYC9ESwtRS241UWuvCgaOGtFS4HCghbSoIpqiNQLYc6IBTxNER5CDVLSzLzqJlaP&#10;fWqRoTUVGl6XoqEUAnTTlRC5J0jU3OlDLkZ3dlQEJ5jUYu7kKmRmz63C34VE6vosXtkaqCRVkbw2&#10;IFXQDhVXJ9wBegWxNjQVGb8aEOFrXopLkA2OlGVrsvRVnbagrZcUFFfCiCRTaxNFEoVePCixOou7&#10;QUTK3sbG1AG8UFMQ3soKMY4ihhDKqpY0KzrOrXF/dVZyUdwYkHXnRAxRiR7cCeNRZGgwdFfEGi2B&#10;jiDea+vhRMHqwXlVXK2COb/ooFCKNntUJDJFaJh4cqF4DKBMB4jwql5QoxTQ8KJUJDBSDcigV+d1&#10;dyi4FE5W8ceRbcPMOVFxlBH0xY6qOfhUwp646ypa9weFXJ25JlxlgFifdRmzBUMjdYKDZTzpSGSy&#10;TK2z415k8qLyWC/UO1vsohqwmS7DyuOVFwT8i+u5r34UynaK3RUCTS3BuVTC2ly58zSrtHktrVTu&#10;uTCbN1bXNF6GJvkv5LR34HjUUadIhlCkK2gb21Uh6EAiO9tNQeFRorrIkxXW5XjVTLOM/EDKNdb8&#10;vCljM3hbX3LJEfI7WkTxFKTqbmYkIlHl2mRfI3tpLwba8kRYzwqDL5m/AQOdOpMz7TJT0gnXO6Zt&#10;V94phbf4tMs0bKrGIlwAQF1N/bUi2l4uauRFP+UY9fIx4+0Gr6pLmDSVJcQxtGY2GiMbcqka6xny&#10;Im29SOzMpB6fDh7arF4AgnTO3NdYpRuCA6Lb3VKuvFbXcvLG8G5Q11ccbFaejXqz7cSGZhdY5W4k&#10;6EfZSszE4cDK73Owmxg/UTd5HP6vsFXuxWcWzlyJpnkcsxLEnUmuK1ySJjKzTLZS/stes1vXq+nw&#10;O04aw/MOpbafzlH4R7q1rMm1kdD5PtFrW/1dr2/De+7+Kt4jOXS9RkDvE/8AU/sCiXq5tADE0QBV&#10;jQQIxNMAukedMKvpm1APRvxpgyLoiiDEQ8KoasQFFEFAoCtQTbQELUEoqXqCqqLqCwaqpUEqicBR&#10;Ak0FXoCBoBJ1oBJoB3VBRY0AlzVRLkkUBEeNAt5VUcahljnyvCiZc+WdmOlZtXqAQFzdqzdm5ocs&#10;aKKzlyTUEkyqKisE+aBoNaYS7yMLyM5ua1I47QUEoJaglBLUEAoiwpoDELnlTK4oxiSnlUyvbTk7&#10;e5FyKZWaHJ2wk0ydjVH2oW4UWaw0drXkKGIfF2xRyosaV7egFrVMLkYwUHKrgysYiDlVwhiwKOVM&#10;GTOiLcKYMq6dquEyICwpgyMa1cJlTACrhMqBHhTCdxqrcXq4Mqddb0wlq0Ck1cGRlRQKYXI0oggL&#10;UUamxoLaqICLUFE3NQS9AJFVFra9Bb2FAKG9CLvQTdQQtagEsOVDIRaiIYw2tDCdEc6GE2WIsNKB&#10;sannRYZsooJGVRrRK5+V3GOMHXhRm1xJ83KyZNkei8yKViW10MXs6sg3DWsuSaxthwI4ToKphp32&#10;W1Vcgv5qIb1NNaLlGF1oF+YHSiGxk0WBdST76ItYSBa9FwvaLUDYgCLGosVtF6opxYUE2XGtDBcg&#10;28qJUUkrQWNltdKAHmjjBP6aJbhjGaHlITUUqS5MaN5Bcm1CwtYLXt9tMBvT/LuONWFgcWP8zcdD&#10;UpqfK2428OFFooI4ypvoaLIkgXpkCqnoWqupHt41CQTR2O5ePOgqWfeoB486FuRwKApvQkCrWkYc&#10;qBTQtv0HE61Uwd5kU8KihxYCoMjHQ8aGs4GpQlkOvOgVjTrGzA6KDoaU1qZGRDPdWN+VVLZSIEGP&#10;JsNyp8eVEnHDUEUsxB0PjUawzPEpdjqSOYqs4EAWJKttYCgdDd47lrldRbnUaiskxTxBXW9tbe6r&#10;E25YppIVT8g+bgBSM7X4Hx5QWJd668CDUayPfOJdi22N5h/lqnIgsyKQ6+Q8fGgv8vcCpJBGvM1F&#10;EIVYCVbgkWNUwGPCToyL+NTex460zydvBZym+XCdMI6tYk3tpSRNtuCWeXOVkW4MZBC8rjwPhT5J&#10;LlsB6sasD50GotxIqT4NXnkDpGJBPIL2Go5geyqdOSosvIfJIVQF3WjfxHtFSprbTPmhGksZQCfW&#10;w5FvCrg7sGhJckHdH03A3KF8OYqZaxlHTa6JFq192gvy4GgDMzdsY3R7Z3U9NwDa48RVibX+LjQZ&#10;wjd5Os8WRELqpvtLDlbWs3qktxlk7lNO4iyclgJ7XvzI4irZmcpLjbjq5eXlNlTmXprGTxCAgH26&#10;k1x5ch2L2vImTrEbYQQGc8BSTKW/F9T2rt+NjrK0ZG+4A03A6DWtScrnjh0JojHinqQr1AReVTa4&#10;GuorUKZ8zhcfJ+y63DlwrOWzvUMd+7zn+h/YFacd6ueIxRE6YoLKCihsBRFcaCytFVtNEWEoYMAt&#10;RVgUEtQSgLlQQUEuKCrigEmggNAV6CXoLBoKZqgC5qiwaCEgUAFqIh1oLC0VNotQAygGiFtKq86I&#10;zTZluBqZGKTIdjpWbss1tLEbv/HUy1NDRAFXWo1IB5VQcay2xT5yi9jrTCXZz5ch3J1q4ceStaol&#10;jUE2N4UBrBIeAplcUxcKVuVTK9tMHbpady9lMTtjk607j9tsi7SOYrOW5pGhO1oOVGsQ9cBBypgy&#10;YMNa1hm0YxlHKmE7jFgUcquDJiqAKuEym0XvTBkxABTCZFcXpgylxVwmVMw4VcGVbrcqYTIgxvwq&#10;4TIiL1cGS2BvoaYTIkFAwrYUC7WNVDlBtUaCxN7URcfGqG0UBBvpURNL+2irHGqCUE+6gplsKAAw&#10;ogtTwoqEUQolt2lEGLka0UN7UQSC5oo9gtRS7WoitmtEFssKKvlQDuN7UTJipfjRVsQoueVFZpO4&#10;RR3u1qiZcnP7oZj04DcnmKuXFttniFYvaZpyGmN78qizR1ou3RQi4FG8NKeUCqoHlFyLGiZRGF9R&#10;p41FM6VyKpgLLY0QQK8DRVkDjQAG1sBQMuooC6gItwFRcqQjdqdKpBFgOFADE8RRBI1xqNaioZQD&#10;7KplDtYCgUTt0FEZXEu4kaijKLF1lKnhzFF6pHirG+gsBSpOGl47pYaXo1QCPbxOtEwJVKg3qi4m&#10;Q8tRUWAmjBswOo8KrNgC7AAnjQRYpH1BsDyomBbJEYXIIHGoprSKeHCi5IbGDOLH7KqdpoYRGzfZ&#10;UXKpZUKiRONCrgkmkO0rp40WcraN1fzG6k0TAshikXUTW3EcKQ2uOSIMgtGxK0wS8FdWMlQpAYnz&#10;Cqzk8RR7yba/fRoIiEt01sOBNMpjJcCnqGMk6aUqarCFJWjA8vjRYNjCsyLJ4WqLmZHjvHIXSMGy&#10;m1/GhOQkRxl5NxG3SzcKqXhzsYdbJaQKdt/damzGnxa3gXJYA+UxEE+BtRrq1KYEudt1Gl/bUbCJ&#10;J5JGS4S/kG7XjVTmgEWVEwgsC5Nkc8PtqUk9GqDIDSvjSIElUWY3GpqNS54KlmeORH4LexNXDN2x&#10;SZ1lmhlMYEhIJU8LVZUszGaHIkhMcai8ttzMBpbwpYk29I3yFVG6MmEnXhexPGo3XOjRjIDJN5Hb&#10;9qdSCKbM6N8cONBdWJ2cRbXU+H3UXoXnCebpSwRq67wWZ/C9iDameCzmUeTkpiMuQ7bdy7Cqm5F/&#10;fanoW4v2sXce5LAiCLcHUgmRSPhb2mkTa9HLzu8McVYGJfXiwu1vG9+NZ12N9fRyPnHG4DXdxNTu&#10;wuLgIWbIIJa5GmtOacTh3e2+n4Gx3mmezxmxAItpTWNWeru9THMMccSNtKqbW0uTqfsIrWvC7chw&#10;pmbHleaRVyInMZCCwtyb23p64SdMmHJhi3TSF5C4CKARYvwA18a1hm7Y6sHz+Za3Tb47X8nwXvw/&#10;W9nCmYzy+g7/AP8Ais39X+wKkcl6udrRF0EoAIoIKIu1FEALUFgUF2oLoBNBV6C6C72FBRoKoIaC&#10;AGgsA0FmgEmgEtaiKvQWDago60FEHlQXY0FgjxoI0iqKKyT5Si/jURzZ8tr2GvsqWoSqvIbn7qxd&#10;m9dGlMY86xlzTU8IEWrKWM2RIwvaqzXKyGmc2F6OO2kDDmblTKzWmJ22U1O5ZpTV7UedMrNGmPtK&#10;+FTLc1jQna0HKo1iHp29BypgyauEg5VcJkRxkvwq4TKLAgpgyaNi0wdwWmXlTCdwVlF61NWbucDc&#10;VrDHcpmIq4MmICdaYMqZTemDIbMT7KYTIrnxoZTjVQzbpRQ6CmEyuhkSigO2nhRS9PeaqDUDlRVl&#10;r0FDU0Q4WtUaC1ERTrVBkjhQLLUFXP2+FQEW0qg45BwoSjksRpRazkWNGTFuR7qjSza9qooqKIok&#10;cL0FRrrQkGfLQUJOVBe0caBbNZqCmfS4oiIxPGhBlRa9FLfKSMa1Bzs7vKqCFOvhSM7bYccJmZso&#10;LX2UrE5drA7YkepGtTDkkdVVCWsNKrQXmAOpqpaAubaDSiB2g6niaA1VeVFWJQulDKmcNwNqgUXI&#10;NVDAxIvzoqJagmpPGiAYkMPCgIuQBQygZjp+mgajbRrRqKMqnS320TJZBOoog43Fj7aiylSg7r8Q&#10;eVVKKNdNtFgktGT7eNAaMrg+PKgBtAfGgUI5WN72twomDXDFRb9NCs5DhiLUQyJGCkOePCiyLZSV&#10;05VSiE91CIL+NQyIxllqmGfYYTrqDzodDUG1wb+U8KiwqZ7v5tRe1Vk0Y6FQw4eFRrA45gsqolrV&#10;Fl5FM+7IC31Gtq16JepWQbts4KeVRKVAgimEV/I3ClST0XNgxjLVlHDjarbwdvLTJADYqtuRNTLV&#10;1IOWY3ZTHYcL/wAdKSosKtJvjOh4miSG7VDbb3I40Uh4F6yyq262hWiY5ybA5gdmaMgMfLUq63Bk&#10;kcZ3b2AD8L1ZVsY1gnjMhRFCD4fD30YmSik5vtTz3FhfiDVTFboMOVyVZunYbrcjUy3NQMVOQN+o&#10;TW401FLEzyfvGTKSCU6fM86L1KigE2Q/BnPBuBBFSmsaJYZFjtKQxcgm+hBqxdoRkSQR9tdkbbtB&#10;Vhx0+yrOrO1mGOOKBoFWJGsFswHK9ZlytmAp3Bm4ISFIVlvra2tM4SctiwY88LQOAoFpFc8Qpq5X&#10;GYxyZ8MUhhVTJAQV3g6BhwtWbcLOSRl5fTkdd2n7JF4DwvTuTtsZ8j5nLkX5hgoAuwvoLeP20u3G&#10;Ds/Nm0j1BJAMSIRTRtutujX4tODe40nENpmvn2Z3OpJtp9lYU1MZioJ0DfD763NHHfI7+B2ROgHZ&#10;ulLtuVYXuDzFI1NfWnSQduxY1dpg638yHmeNZmrlu0aMPKwpcWZoc9VlVHJx5VswUanYSQNPCrrc&#10;0smHIye5xRO7RtdmA6ZRtykA8T4cOFTbqkswRN3dskos27Yp3dNALEipdrhJJnNF8/Hf9jNxty+G&#10;3Co13T4Pve//APis39X+wK5oxermmiLFBKCiKCWoLoKFAQNBYNBRagomgq9EQNrQQmipeggFBdBY&#10;oCFAJoAaiBGtBDeggWqGBdKir2iiAdgtFZZslV4VMoyS5RPOplGORnc6VLVwbj4ZbVtTWa5ddW+P&#10;FAHCstmiEDlUwpUiUGZ8cseGlXCVFwh4UwmTFxFHKmDJi46imDuEIV8KuDuMEair2p3IbCnaXZFZ&#10;auGe5TPVwncS84U0wncRJleFMF2JEkrtx0phm7GpC5POrgy0xQEHWqNKoBVFMlzQMS1rVBHAqigh&#10;tQCUtQWBaoDBBFUyE68KAlAIoLGhoLJBoE38xFVDkU8aiqcWvUUCEiqycL8aNBN6CwdKAXe1EtUu&#10;4mhBi/OioRrREAK60UavegLaONBLWoAYnlxoK3G1BF1qoL3caih81+NEDqDpQMD6UXKiL0AMpGlE&#10;D1EQ8daDHmd2iiU+bXwqJdnGmyMzJf8AL3BSamUxWzG7S1g8mp5k60i9rsY0MSCwAFVqHsLajgKp&#10;QF6hkIVTx41Re9FuOY5UTJe8ltOFENRWtRoDqwNv00QDKw18KAkXfQiXIbbQMCc6KOPbwPGhBOi2&#10;otIYEgGiJdraC1IAMrlrEWomUIN78qBm9VS/hQyQkhPCqkGSdOXjeop0Ia9xwpVgZntJ+iiXqpTI&#10;GJGg5UAsXk1HEXouMqiE1/ZRMGCTaxFr2oZLkeSXWMW99VM5aVQmMbuNSNhK7Rxqs4IiKrIdp81S&#10;pDOrLv2kXvwop5jXTdrTLWAtsbQDSiEnGW55niKJhoGyOK/A8xRrozq5MmxF8x1BoyI7t4LgBxpQ&#10;Z7zyTtuGg+E0pGlIVjTqSjyinVenNOjXd5k4cQajUJ/viTlr3j5r/HTCZqn2sSOJPGqgsdUhdhIb&#10;xP48jQnCxAgSSdH3BQeepFUxxkvrRNCGRhtOpPOog4pl/YySB7cL8daLPgOWM7o1ssgQ8Sai2clz&#10;5mMQ8IfaToPZVyluXKPcpFkVA+94nurWtdeYNTa4Z0ltasvLE+Wgx5WCm29RyNS7cN9tu3yDmZrC&#10;ZUXQr8Vhfhyq24TFtFPnpoyEByLyA6AWqdy9rKmdD83HMZBE20nde/3+NZuyzXFDld23flvnAxjT&#10;fzsat2MZ61ifu2IPy2lZ420fbezL7vGs91XELHecWKe8IfYttnLlqCKGYdL3tMiJxFjuJgQ11Hh4&#10;61cnpw58edn7iViZgAQV14GskvHRoxk7/kR7Yk2opvcgaffSFyyxx91nkdBKwMfxHda2tWzDOtyZ&#10;j9qz8vJkhaa8qjc12vcVJzWrrhX7ilE6xlxZ13Kw141u6uObNkHpwoGM5Oh/CL6VqapXVxO1wpju&#10;vSV2Xzxc2Ycfvqxe2Y+Y8XGKydaZRHE3lXqakIRw51naZb0uOpXee1nK2dFQYkUyIyDjbiu3+Cp2&#10;tbb5pQ7bizmItjpE2whlBsXuNDY1ZOHHbypO0QOjxBL5EJFlAHDkNxp2w7r/AAPSBo51eXDB2gdE&#10;AC97eYGl14Jtc0/oZfxdE7t++20fD8Nv83W1XJiux6gP/e039T+wKq3qwCiLoJaiqogtLUAmgo0F&#10;XoLFBCDQCb0RVBRPhQEtBdqCxeiitQS1Bd6CiKACKCAAURXO9AWlBZcLRSJcsLUyjHPl7uBoZZtz&#10;NzoysQFuNZah8OMo40w3K1xxAcqmGsnhQKmDKitXC5LcLTCXYAt4VcM9whbWmDuCWtwq4TuCS3IU&#10;wncEsauEyIm4pgyojSmDKAheNVC5ph+HjUMsUgkdtKM2mR4jEUJGqPFAsTRvB4VVoDW3GgsNVFbh&#10;REvQS5NA3QCiqJWgFjagHhRFnThQEnGiwe2hhRoIEBNA1RaiqcXoFBQDRBgi1FUTRA3FBe0GgMAU&#10;WKJF7UEtQQmw0oFmSxozkyOa9FlHe9FTQe+gE2saBd2vwog0ueNFgyByoFSNaiVSG5oQ0EKNaKx5&#10;+fFEpN6iWvncnu+RM3Ti58KZYxa04XZpZpFeYk1OrWurvw4EUKDThSRyUwldthWmQogGo4UFl7G1&#10;DKxY0BKlxQKeMAm1EwFUsKB0bgDWiyqZ7n2UMlyqx4DSiU2HaEosLdVZ/dRDApAooUsWNEi2drbR&#10;RcpscLQENE9tAlRuJuLHwqofHATx4VGpF9BSCKZMFrjBDaiYVKuyw/hoU1AFWiqCK5vRBBB8IouC&#10;Om6yEA3BpWZwYEYC4GtGguFPGiHbFERItflUX0Y1bIluAAADYkVpiZrXGhAAfWo3IzPjdPJLj8Qq&#10;s4xT8ZCxYtrbhWWpDBGxY7h5aGA5KBbGM3BobQIkQLr8Y4fZQynW3Ld1GulWGSFaaPLXQBAONSpM&#10;5BmZMCy7mfVfw38atqXqdDkRZHw+U28pFZy2V+8IopBDOCSQdbaAVbwzL6AHd4ooyo1BJ225VO6L&#10;i9GL975J+K2w1Ltydtwbh58SRs5uWIJIPsp3L24hEfcTIGZ2BAa4ufbwp3p+3xymRnIYHCOFU/hB&#10;19vCrN020Y3zY4EVRKGAFwpNYmze2s6Ey94UWZGIa4Og/lpdrUkkLPeZ2Z3LSEsNu4aaVM1eAx90&#10;ydoZYSwBuTckUXPyF85mTSgRQhN3M3NMnJjfvkSllQKRxIF72q9rPehwO7zr1DKdrHU3trQwrG7b&#10;F1ZY8yZrrwAPE0xylswBOwTy3aO+0HS/G1Wz4JMuofT2DjRR7j1Z312XsfbSatW4NftnZ4TDNFZ2&#10;dwjxX11/jFa7eEtaJu2dvVjIkI3rqBw48KuIzVL25VCywMqSj40NiRfkRTEpzOh8eKny5kRSJy+0&#10;lfZ7LUw16Aly2xG248gkaZ+m6n8Ol+HLjTGOU7rnBE0OJixCEXEkqlnkAvpzrc+LjvHED2rEjVXz&#10;IiWmYtGDqbqeZGlceOXJOn2nKkeIA+Qjb2O0BQeQvp4VrqzxAZmTFJk48WKxDsytI2t7eBH261b0&#10;TrtiNuQIoYnyZWsYhdCtwA1JMrbjkhpkSF0bqPYBrIdbMNSOXtqSrfmIZDtFBFBtm6ZCgsxXgP4f&#10;ZUxwvdmld6lMciw7ryPcOoW/kNiCD4g1b0T/AFYOykZkiEL/AC7z7TuAJsU14jh9tSdF268CQAZI&#10;GZMJJYXJxyNASf4bUwsv8Wj96pf9r+O3wNbd4f0a1hO9q9Qf+Lzf1P7ArJerEoNUFoBQCTQVQS9B&#10;dAJFBVqIsUVZoKIoB20RNlBdhQWCKKgIoL3igoyDxoK6i+NALSgVAszimUAcgUyBOQaZVXzB8amQ&#10;Ek7NzojNL1GGl6JS1xJGOtaZ7WyHGCjUUWHhVHCo0tBrTBky5FMLle4UwZTcLUwZAWphMqDLehlC&#10;4BqihZqJkW3SgW48KBdyvE0QuTJCjQ0Msr5bsbcKM3YyLe9FjXDjWtejUjSFVRwoqG1Ap73oiKx4&#10;UDNQdaoo0BKAaAgKioSaALEmiLINUWFudaBgQWqKtV1vQGdKKE+ygoEA60Re88qKnV5UMlkm9EQM&#10;aogub61AVtKC7+FFUW110qoqxJ8KgMGio1rXFVCCdb0Q1BaosEWoqr3oGKl6KLpAVDAWG06VUUX5&#10;UC31ohJnRLgkXoOX3HvG0bI2u/sqZZtcxMXuGa92uVPM1Kkjudt7JHEAWW7czTDkkdayxDyiqvQt&#10;pS+g0qpkOxuRtRMLG4C1AQTdqaLhYjAFBEOpF9aEXsJOtFAyktajJhUBeFFLW1zRDCRbUUUMcdzQ&#10;wpkIcWoYMZDt1ouFRoQb8qJgMlwwtQp6qxSjTO7sHtbQ0ZMVOBFFNQkG1tKLAOHViQLnlRKT1ZCb&#10;NRDBFvALa+AouEMbqDu4UTBMW7cRwHIUqRpMVrEn7ajWBGIbrjWquBJbUHh41CM0qLtN/sNVmlSS&#10;EIFv9lIlaImSJdCBfxqNQw5MKC7kAmjWWaSfqSBtwCCmWVvmwBbRnXmKmVZH70Y7hxa3OmYmaWne&#10;sdkZZDtfkancuOGSPuxEl3cFeRqd/K9nBGR3dla6TgDjbQ1bt8GdZ8VfvuOQgyynQWsNaz3VeGT9&#10;444d3MbMTztxqXNWbSKHdsgv+TEQTwFXB3hmy+548geZLlh5b8NaWWpNsUqR+5FOoRtVvZSQu1iY&#10;+L3HIsVZiL8vGmEzWkdoyJUf807k4qTVmqW5VB2dijo6kyDgRSa8l6LXtEW4IysDe272Ve1O6NeN&#10;6dibIKsN6jgeRqXVqH5PZ4wwjEFlj8xPivhW+1i25Egw4T044Q6yrdRobVJpjkvk9GjCi2xPtiVU&#10;5g8vGr28rNrYRFgHrFAxMJIIbwvyvSxJa25OJPGo6TXQGx9ulahtKS0MscQcMRE5UMLaA1MHQxe3&#10;QI29oiZ9WN72ap1XGDMaQqPzh0wdF52twpglVOIY5RLkuoDH8thxDe+tdWbx1J6SzqRoAo8jDRmY&#10;UMZVkT5zxJGkRBUABj8Ytz0NJwbW1i7cZXy5Zcgm1yXlbTUcgeXCptLk0s7eXYxGmkSWWMlY3F4m&#10;Uae3d/LS9W9egDHjxTIywbVkIDyafGaJjF4OeNWkad4QyxvbcdSFH4vdVMerLgmNu7GaLfFAt1ZN&#10;p2nT4h9tZ26rpfX0Oybywyvjy72BNjIui2FwVP6K16pt04ZoNyzY88SBt4InYjaxe3EX8KzbmEmK&#10;3CQZcUkWWAiMNtpFsWbkQw041Wus5DjYzRZgyMiXrQWKgMAu0ctwUW4jjUsNeOrG8uNJ3WWaRmGM&#10;ikrEum5x7DxuK1vemGNMZtrfl4+P0opYlJSO3mJ0AOvD2VNZnhvfjlhOdnbujiAyLMiyCbQgH9W/&#10;AArRnm8I+GryQvPkFekGLlQNwa4NtAb60vMJJLlv+Yw77ty2tv8A6nw7uHG9TMbw29/A/e039T+w&#10;KqXqw30oiiaCqCrUE5URYoqzQDcUE3AUFl1oFmQURRlFBRmFAByLVAByaATkmmRXzPK9AtsjXjUA&#10;mc3oL6zGhkO52qoIIaii6ZNMAhjmrgGMfSmAwY4qi+mooibaoEjT21BQO2qgt96mFyFmuaCXIqgH&#10;egESUTIi1AUYJoG7wuhorNLOovUTLHJkFtBRMkhZGNqMtEWHc3NVrtboo1UWtRowsRwoIrEnWgYq&#10;XOtQgWAvQBYVQQ4a0FMDUFqbCqDXUVFgioFBFAoLIoIBQXuFqAQ/mqgywtUC2k+w0MgL661UMBqK&#10;ok3qovbRVhdOFQQKBQVI2lUoVViONEgmULrxooeuOHCphO5auDe1Fykj2W1UpSeZrUSNAHl9oqNB&#10;F2aiG7aKONzwtUUZOlFCQGojPKQl7m1VHPzO6RRJbdrRm1wJMvKzJiI7++s3ZJq6OJ2k7laQcakb&#10;w+gx4Yo0AAtatKOQ/q6VUpYLEcKAQQGtRDGGlFChLNa2gqEMe6iwNUqRk86ixe0Br1Q5QPCo0CRC&#10;Gve1Vmha/A1BOitr8KLgRjG3SiYSPaDw+yhAuD1NOFUvUR3Ny0qCNIqC3PxoZDuB1PCgM7ivlNAI&#10;jH4uNDA32onsotCJF20QwFbXNGgNEhuwNquUwFZlBsdKiQubNjHkJFzwoWsnze19F0PMmmWeRzdx&#10;WwHKmVyQO/wCTYNTzqd0WZopO9RKBtN93EeFTva7az5feRs2LbxGtTvLrlhHehozHVeIqd1MQmbu&#10;805IiueelM1OACbuGQFIQts/Cai59TJW7rIAgQoB7adC3JYh7vGGI5a3NWa5Z7rFLgdyy0Du+h1t&#10;amFOT07M580mv6KvalaY/TSbGMshJA0FWapWP9zxbCU8xBq9rHdw0Q9ljjmG9fI3A0uqziuk2Phi&#10;0ZjGg41qal2OiwYOkCqjcvD21MLgM+NBMhE4H829VOvUsY8Mivj+A8ppOCzLPiYuRApRFtre/GmO&#10;U1zjDRHiPLK0hJF/i8PZVpILt4RZJGyLq4JVb8CKzerWvTkOUHcKIxtJNw3MWreWNpTUkKIEx2DM&#10;BqRx+yst5+DROJcjG2SXDLpu4E3qw25jk4HavMfzSk6MdDy9v3VL1Y114+bZM/ykJWYGQ6ENwuD4&#10;1cNW4FjZEkkbMI1THXzBweXjWcrOhbY82TmKUmvCoDEDgWHCrbwzNblsZTOoSS3Q0GwjXcPGjfVn&#10;XNlaR1VdvR0a+twP8lLEm9o+pGgjd3VFlZmXxNx7aDNDHijIIyVaQy8BxUAc6t+LGuOlZZcvBibo&#10;PI7CInYLWtrp5qtSVuhB/eXWlu2O0YWNl1v43rN6RvXrcpmS9vx8UxhtoN3SwuL+Bt41qfFnayTC&#10;xLmQ48MkJBxkVZHUCxIPKsyZ6N22IrjPMb4sgjKMGVG5nW/3Gl+BrzcwU2TMuTFj5E1mlbzxL+LS&#10;1jpqDS9DPOGydceDEjML3JIIjHG4bVb+3hSctbcEyyGXI6UKDb8fSOjDbYnj76VJeUkD5kbuZFLw&#10;MWR102kHw4G1qT4F55ZIMLKzUjlkyrxwvo48obadC1vdS/BNZnkebEoVROjxY526SEXN246GnoXq&#10;RkZxyNyQ44EOG6qJL6kDQmw5+FTOOCzumV/M5fcJPlcaS6Ku6U2IuLjSxrWcfakzt9hYgPUysdLr&#10;EzKzIFIQAfqmpsmv4ZblwlnUShguPExCoCCbgi+ppL6N3XPLX1l4bn49O2nv++mF7mvv/wD4rN/V&#10;/sCkL1c69qIrcKCbhQUXFAJeiB6tqAWyBQAZyagnVoAM3toBM1ABmNDIes1BNzE0Re0+NAJRqYEW&#10;BjxpgGMargF8uKYBiFaYBiJRQEqrQEAKAxaioSKAOpRE3VRRbWghAIqBb8KqADjnRMjB50VfGgW2&#10;tBAlqIZtAooWlCCgyT5ZJsKidzPZ5DRD48Q6UWatUUAXiKKdYKKqgZ/CjOU81FGgsaEM3WqKFnqg&#10;N1zRBiihZhQWBpQGh8aGRsRaigDUQQaoog16GS3Y1UoNxFAQewoFvuOtEVGhJuaGGhUNr0aRgb1B&#10;YvVF3sagtGDE0FOlUsEhFqhC5Cb0KiQK2p40ydoxCF4UMLeEMLULFRY+00ySDYaHxoqgBcUDVFxU&#10;Ve0DWi4XdbUCJMuKLiQKM92Hz/du9jVIjcnwpWbtno5ePh5GXIC9wpNZJH0/b+zxQoNNba1cNyNb&#10;RKFsKotABpxtRB8aossoFFL8u7SiHbbrrUUpQQ3DSqh+3cNajWAuhUUQcaaXOtFgyLCigVwTY0TK&#10;5EW2lClzXVAb0SlpL5NaEMBB1vrQR5UQXJ4UMlHMQa3oZZsnNh0uRc0yzSjnLoLgchUyp/7yihTz&#10;an2Uy1GObvLGQW0FTuLrQv3cuencX8anevZUPcwgCs32U7kuuFSd8VLBPP8AwVe4BP3uUx3Vdtqn&#10;cjMndct4iAtx+vY3qZq8YJfLyJBcA7xwrNrc1SGXPlk2kWHCgZJg5Mkmx2K34WNawwcvp7aQXc6i&#10;r2pkhuzOZGAkYqOGtW6pKLF7XjNKVkN2HG9Owm06NWZ22FCoVLpzq9hdiFjWKYGBAUOjXq9sYu9l&#10;4dCBo4CTYbmN9ophqbNsrR9Lco83sq4W1ngJkYl1/LItfwqJLlo6McUIZOBPLWrhUjSRdrkXW+vs&#10;oSVJccSSO283A0omC1XHi29RbhtGtUOEylJiKILxDUHnWomxc02FL2+F4WPzCELIpB+034Gs634t&#10;7yYljQAvkIuNw1I8asZIk25EJkS/TiJDNwBtVTrMmDCsIp4za+ulZawOHLjGU0ToAw+FvGqS8gly&#10;jjyh1j6gfQqNNKVM8tNoshWLLseLzBedqRqufk9WWXcqgRAXDcb1fk4r8WjChwFcCHym24sOAPga&#10;jeuJ0Ce7LkI8Kuu19yAkcLe2l4p3d0ZcvGYxpEJCFn13g66e2kTaH5YIx0RH6k8ihRvHAcKs6G9z&#10;wbpiQRxMtgFvIRqLDjpUkatxwEoUAyscWhuLgg8KJ8zcpTHvleTyFdwVdb+61WFmCJcnKMJgxkUq&#10;yEu/4lBHGkS29HPw8GPqoEDpYA7ZLnW+tvfUqSctLwQy5EMcmQ8EisTGw0Ui9re+l6LMZT5aCXIn&#10;3yK7OQI9OJFwRr7aXb0XXTrTMOdjNDjMm1L7ke9tjD8J+2pZg1ubg7MjxjMRKihALtYeS6gm/vtW&#10;kuM8h7bmnKiDdJDHE4SK9wwi9ni1Z6dGpbZmnS4QfMQQOsTJaQk23MrHgR7DWr0Tt5VmF8SGXIcK&#10;7QyIS9wfKTYgffUW8fxKlyep3FDjr/dHAcyrpYW5jl7aXpwZ/N8jsqPDyhfFukpbTIUfq8bnnVyW&#10;S9GeZ2SRlgeIbxacMLB1UcUJ4tToznPApxjx2QIY1lVSWRwbq3Dyj+SpOmWr1wp8KOLtyyyK+RmA&#10;FYDL5zp8Pu4U1n8Dfp8w4EEaB2yQBIyv1FVrC68lvzqc5WSSHxuuJEGhjEfWJKu3m18LjSrJM5S2&#10;yOVD3HJz8m0UbbG80kui3ZdLR35HmKbbJrLea0q64YeIwA5LNv6CkbroCd5c3sNKYM4T/iBL3+WX&#10;/nLdROFrW93P/LVTvdr1E9u7zj2J/YFZavVyzJVQBloLEhoIZKBbzAVAh5iaAVZqIOzGgsKxFMCd&#10;JjVwCEFMCzCBTAERC/soDWNb1UGVHhRbV7RQWq0QWlFVpagu+lBQa9AV6goDWqLLAUCy9EDuoK3m&#10;grfRMmIxNhRUegUVFEMSwFFQkCgii5vQGzKo1orLNlDlRLWfez8KjOVx4rM9zwouGuOBVN6YaOuB&#10;wqoFmoZWW0tRQHjeiGWvx0qKs+zhVAbjwogiRRSzxoi7saC1Q3vQaFXTWo0ojWqgSSKALEmiCCMR&#10;RRoCDQW4FqilEeHGiKQG+tUNMdxUWq2291VDUN6iwTKSKKEDW1EEUuKKBFsdKqDNzpQTaRy1qKUw&#10;YmiHJcLRRDWoq7EUBLwtQDYXoLEYBvQwIleRopM+THGuptaiWuJ3DvoS6xm55VMsW/Bx3TuOY243&#10;sdamUmrq9u7Cos0ouasamrtR4kcIAAGlVrDTG1FipiAOFEoUXn41SLJUNbnUAy2oVQjGhoYO3qE4&#10;60UCyISdaIE5CqbXoKbIBFqBi5CBaLkBzolNiRRMss2dGr3BtU7jCHukZXjrTuXBUnd4njI58qnc&#10;YZT3FlS9jU7jBR72VHDhV7kIm7w8rC1/dUycIMzLl8iqbUyFnE7hI1wPKPGpgZJly0k22tbnTtS7&#10;ti9u7g8QYNa4qyLlrPZysAMjea2p9tWalpf7tiC2v5jTtSUzF7PCQdwuaTVcw+PCxYrqVFxwq9qZ&#10;aJYMY4jOLCwJ+6rIlvD52PvAhZk2hlPOs7dTTa4TCzJ5cgEr+WT5j7KzjLc3r6P5WMhWQ2Nq3NUt&#10;VLsutxdhzrWHHakuZGHCSaKdAKq2lSq6RO8Oq6mwozenDJg4uY0jzny7uVTap49b1EZT0yJ22sp1&#10;91Uzjq2YkIaIhRfcNCKnRydVJgTPZyLOvOlSat/+qU6bxoaNZZBHLuljvo34RRlWHizxOq7t0ZGg&#10;PI0prDl+ajVt54k2tyHKqTOOWdI5TObud5HlJ4UqSGOHjCyyjcBowGv6KL0XCZpmMin8lRZkqUma&#10;yZ+PDiOgiawm/D4GnzTaYuI0xSWwEWcHcDaw8PGrF9JlWf3WHDxDFGL9TkNaSeptv6RFnQ4Ue1m+&#10;G634j2VIXozjt82RkQt5tyndfkRSwnNPylz5SyoqoAwFzxI9wq1OcrXGzHmiMh2oPKSDWY1ZbVPj&#10;AOYLh49QTc861nDF19DoMOGHDeFmUAal72NuVSdW8TGDUxYEgRIwJEkGhHEX50XHow4afL9THlkM&#10;u24vfUXPI1cYrEvDTM+FJC3ScyLsYRSa33jl41MNWzHAY8rKzLaIjY6DeHOrW406cGc8/BMc5U0n&#10;VEhGMQejEOYPu8KEl6lHMhgindCWeKwMbnRrkC68bEGnqZ44ZsLI7k2UGmVWA+EjSw8LjjUqa5bJ&#10;8maK/UXoRAhjIovtU+/21apGbPiI25d+S7WVpBbpix/hpnhL1b8aAmAxqgjkmbdBkHmGGn23qT4u&#10;THGGbFxZkfJ/PSQ7gJ5CNfNxHvpc5YkxDcqLGcwqJlO0bldibPblar6HGT1j39eIxoCNrRAHQBho&#10;2nuNTLWDJcTHxZkyZl+BdrLYuxJ8G42q9SyTlWyHNRFjQp142YIQNlgRe58amVxlUEW2MuZkQ79s&#10;g0UflmxIHtqRSpMmCGSVmbYjsDs0Op0uLcmvWqxmQr5k5EYkXEF1k2Ips4I3am45qRoKmV+FYc9U&#10;hDzTgy5DuNgXyag6e0Vpx38WgyzSqSk0gldBFEhBGwX8pYWvUjVtrQQrYDRQWmzpfLK7r5FK6MLG&#10;sy/FvaZmIxQTZSzlJ5Y0Mdg4CkqCxGqC4sa1jDEua3tN2zCMcOS3UMi745QpY246AU+bWZOCcXLa&#10;ZLSKAkLkTSG1gC2mwqNB76XqkuZms37nwr33wbepv+LTba3jwvzrWWP23Y9TE/vnI9yf2BWG9urj&#10;szVWVa0FljagEljQLNudMJlS2vQh6Rjjaim7VAqir0EvpRFg8qKhNEDQEL0BgUF7aLhR0ogCTQWG&#10;8aCyaKgokFpRULWFApjRCywNEylBLCiqvagiyEVWR9QGo1A7taJTARaipxIAF2JsAOJJoSZfbenv&#10;o/647zGk3yy9uxX1WXMJjJHHSMBpPvArrb+601+bv+L6d5d+f0z5vqY/8OObJGTk9/jjk5LHjNIP&#10;vMkf8FcN998na/4i+u34f93E7r/h09WY6GXBzcXPt/qrtC5924FPvat6+919Y4vJ9I3nSy/g+H7h&#10;6a7v2TJ+V7rhyYc/JZFsGHirDysPaDXZ13m04rz/ACeHbx3G0wQygC4GtbYpTEgaUZCpagIAmimB&#10;RailObGog0uapBMLDShh9P6L+nHfPVsGTP22fFiXFdUkGQ0iklgSNuyOTwrg8vnml5dz23st/LLd&#10;bH0h/wAP/rQj/wBc7d/2s/8AuK4v73T4V2P+K8vx1/H/ACeXq27Wu48qUwDSjRi6fbQGLmgu1FVs&#10;vRMJtA40Hofa/op6p7j2zE7hBlYKw5kMeREryTBgsqh1DAREXsdda6u3u9ZbOXpafTfJtrLLOft/&#10;yYfVH0s7/wCmu1HuWdkYksAkWPbA8jPd720aNBbTxq+P3Ou9xMuPzew38evdbHxjLeuw6SCOgHZY&#10;6VUMAvRVlRaoYQIFNFw6fp7sOZ3/ALzj9pw3jjycnf03mLBB042kNyoc8E8KxvvNZmuXw+K+Taaz&#10;rX2o+g3q/wD/AEzt/wD2k3+5rr/3unwru/8AFeT46/j/AJPjvVHp7O9Od2ftebJFJkIquWhLMlnF&#10;xqyof0Vz+PyTeZjp+fw3xbdtZ+y9qn7v3TG7djMiz5UgjjaQkICf1ioY/orW+3bMs+Lx3faazrX3&#10;g+hPq7/9L7f/ANpN/ua6397p8K7/APxfk+Ov4/5PkvV/pXuHpfuEfb+4SQyzSwrOrQMzLtZmQAl1&#10;Q3uh5VzeLyzeZjqe48G3i2xXBLIa5XXX1F08KirWRaBm9AL0Ug5SBit6JkuTKVTxHvqZAN3JAvHU&#10;UycuZmd6MZJU1MpXFy+65WR5SdDVyxj4iwu3zSursDYG9TCzno+jgMESAEWIFHIcuYg+E6eFXKYF&#10;LnRleNMmAR58aLqdKncuFP3BXvY6cqdx2hHdYlW1zencE/vEs5260uxIuTuVyBY351O5e0Z7g2wA&#10;D7adxhmm7lkDy8Kd1MQtcrIU33aVM04Q5M73N7VeUzAfM5LXW509lTkzF2z5PKt7VUpy9vyGG5zc&#10;jxq4TIWwZHfaG99MLlqk7QCmjWNJClDtix6ub1e1MiyMSGSLy624WphLWFMMFthT7avaxNq0jthU&#10;BlThxp2tW1oxSkbhWXXwpgmzoQzR3KkanhTDc2ZJcWIzF3tY8KrLQyhIwU1FClzyF0Gll50S1hMT&#10;nKVgfLaqzjl3/S3ZczvvqHG7NitHHkZYfpPMSEHTjaRtxVXPwoeVY8m011zXP4PHfJvNZ6vs83/D&#10;564ll3Q5vbVW3BpZx/BAa6397p8K7t+k+XPXX8f8nlHrj05370v6hl7D3CeKXJVEdjjM7RkSLuGr&#10;rGeHsrl08vdMx0/N7a+LbG3Vzo+wSKqyPqvhW+1xV2MbDhjjsq6eNakK24+NuXyPpWkkXsSOysNx&#10;FRWTKwopslZb6AWtVyxdecm47N54QLqNL0WBVplyBGDaM87c6lWXnCZGGizqzDdc1c8J2TLUskUY&#10;3wn4dGWpI3bIHrySqHTcq0TNTJkEWL1A3ME86s5Ta4hT5DmPrQRlpbWYcKkibbX0MxHZum81w99Q&#10;OAo1DZBkNMdzDp30I/jpV5JTLRM5Y2Tet7Ejl7aWcMzbnB+Riscgzq94kFwnKnVqznLtejvRXc/V&#10;eZkwdnyoIGSISSjIZgLFtum1HN64vL5ppi1z+39rt5czWx9Llf4e/WE6Rr85266W1Ms/+5rh/vdP&#10;hXav0ny311/H/J8D3jt+R27Lyu2ySJJNhTSY8zKSULROUbbcKbXXTSu1pczLz/JrddrL6ODP2+Rp&#10;Y5A/k3Xs3C5q2ZjjnFbchYZ5oogNnRG5/A+ykmIWy0zD+aTI3yNthOkK+H20q6/M94sjYVMm7c1y&#10;TxsapZThPjRwFZZd54Nt115XFSNZjJDDoXjjIWS1ixsdarOCnimhymmnBlA0MfPb4/ZRjGLy1w5r&#10;5EbNDEI4E8lx8VRyS5jFHhifbvUiRm3ODfUKbXJq2sTXLVhRxxZBK26TqY5HtcK44H7qlb0wHMwM&#10;UymWGe+Tr5uTC1raVWbrPTqrGlfAeJXcBnHkjOpVvAew1nHq3LjhM6TCWOeI4x3swYi+uptdb1r1&#10;Z2xjGBdpm/u7PEDfd5ANVF/GoutuG3LhnmwUiiAeWRSzEWsQDYg0lw1vrmcMvy5gwZI8nHEcLecv&#10;fW66rb7qmvU3/TyzdpnmdczYzGFQOm5PlS2vwnhVuMsaW3WsQzcjyY8EQWWclnkYkq1r2OnGrbOr&#10;OsvRs/dyNjyyZbyyZiC8YUWVS3MKtZnPXo3ZJMzq1wwNFBHkv1DOCElIG1RsGhZfbUkazjkTTQZb&#10;iSI6KpEuULgKOKpb23rR15I7VnYplyIGmLqyho13DUC97DkbDWlxlnx3i5KwCJpT0T1I5AGYbdq3&#10;4Gw0bW3GlNeWqTGxXyLxBH2Dayk2t5Ad2upC3GlKskzwUYosQQSy5HxkS7RYb2sPhtyoYwYwEXcU&#10;eTGMuO63csLSXPO+mlLzCcXlNER+5RZCxyDyxxjUjlrf4jrepeVnHK1zhD3CP8/5qGW6sUUBt1uP&#10;IHjS9MkvOBjtuDJkSiXEeBQheNiN24g/brVzmk1k+TJL3LBngggO6bJluDJawW4tZiOQ9lM4TjbA&#10;O4ysmR+7o5Gl3oFylVQqjW6gaXueF706TPql52x6Hf8ADz7dnRfb+z+Ifsd2+39LdWW+2uj6k2/v&#10;ie/8z+wK1GNurju6iqyS0h91Eyot4mhkO8nhrQUUY0DEUA+2gcrcqLlZPtoAJNETdaqJuqGV7qKg&#10;NEErnnQHuFFEX0ooSedEVyoKFBYNhQTfQCZRRMgaXwqpkLOSKill7USiDX51SL366cKi5U7G2lAv&#10;zn3VWcDTdeimrpxqKPHiny8uLExI2myp3EcMKC7M7GwAHtqWyTNa11u1xOr9IfTb6U9u9NY0Wd3J&#10;Ey+/MAzSHzJjn9WK/Mc34+GleV5/cXfidH0vtPZa+KZvO3+Oj0Cus7yUEoMPeux9q71gvg9zxkyc&#10;d+TDVT+sjcVb2ita73W5jHk8eu8xtMx+dPqP9PMz0pnK8bNkdpySflsgjVTqelJ/OA5869Xweebz&#10;5vnPe+zviuZ+mvjDHeuw6KgutqAwpFFTeBpQyF13C4qC4xbjVSDexFFeu/QjvvY+2dt7snce442E&#10;0s0TRrkzRxFgFIJAcreuh7zTa2YmXs/S/Nprre6yc/F6l/xr6N/+fdu/97g/5ddP9rf4X+D1P7nx&#10;f+Wv8Y/JqRjhavbfJGiKhgXTouBBaCe+gml6gF7UH6r9F/8A8Hdi/wD2dif7BK8Xy/rv219Z7b+n&#10;r/6z+T5n64MF9DsT/wDpUP8A6VcvtP1ut9S/pX7n55E6cSa9V84s5MfIiopbZMYOrVcoU2fGPxVM&#10;gV7lGDYtUyuDP3hFfjVyPs/o7lpJ9Ru0KDqfmLf+6y11/c38ld36f/W1+/8AlX6Yryn0j80/XbNE&#10;X1AyUF9wgg/Slen7W/kfPfUp/u/c4H0971jY/rPs02XMmNjx5KNNLKwRFXmWZiABXJ5rnSyOD2l7&#10;fLrbxH6ZHrv0OeHqHtn/AL5j/wDLry/29vhX0X9x4/8Ay1/jHhX13772/uHqzEm7XmQZ2Ovb41aX&#10;GkSVA4mmJUshYXsQbV3/AGss15+LxfqW+u3kllzx/m83TLlGh0vXZy88ZnmPD76IS2VKOZqKs5eU&#10;y2H30yrKZMkPpc+NSJTAuZKbBSB7TWsJmqfByb87e+phcqbtEj8dKTU2qouzokgJFWM2R2IYo40t&#10;atEKnx940++pY1lnixZwTrp4VnB3GLgu2vGnauS5cCYmwNXtS7Po/Q3p3C7h6p7Xg56dbEyMhUni&#10;3Mu5TxF1KsPsNcfl41tjse11m3kkvR7630R+l7cey/8A9Tl/72vO/uN/i9z+w8Pw/G/5vDfqJ6c7&#10;P2X1v3PtnbIflsHH6HRh3O+3fjxu3mcsxuzE6mvQ8GdtZa8T3euunlus6T/J8rJ29TIGF65sOrTI&#10;cZL2tc+BpYQwYcLNfaDSQQQRF9qrf2VcJk0YoBsFFudXAo46qeAFMC8d41uDqb0wTZJcq7bQNDpR&#10;LSipGo0JpgEkmQhuzXU0OT1bdfeLA8KKXIqxKSgFqJeBYsSOAzClXWHPKkS2tcUXJCGF5Q62N+dE&#10;4Oy4lWzjSkNo58yzSutjYA1WeXQSIrCG121lvAZdjQ3QVUrl5WfBGujeYcaM2vpfot3F8j6t9iT8&#10;H96/+Dmrr+6v+3Xc+nTPn1v2/wAq/WVeS+ofm7609sx5fqPl5EgG8wY+2/sjFep7SfkfPfUp/u/c&#10;+QjGMw6bHUcq7Tz+GHNDxSrHDYqw4UY2zngztXVWVlkuq342rNrk8WrSIC0zCxZb3B9lXJhjyUlX&#10;JVUPkPxCtOO9UyMw4pQCO5Y2vemC7YuGhpN8YAQ66hqkaooCvBju8L0qxnmCid3KbVA5cCarN6k4&#10;ubkbSWC9JyQLA6VKmtuDvy50OPaxGoarKtmeGrIR4oohEurCzH2CpGtgQCFQd8u4spsRrY0prYzm&#10;VY42GTJ5+NVjPxO7dAxR5DrzUnwqerWs4PfJhijR2O6zWZaYXukeo/QKWKXvnc3SLYPlVAbxHUFd&#10;L3vSPW+lXO232Pbq857b8k+rTKfXvfoshSI27lmGM8v272N69nTPZPsj5XyY/e2z/wCV/m5mZkY2&#10;NCqlg21gHB1t9tcs6ODezPAZsXFZ3VXDdddwvwH21csXSehGPkvhzNjZ7q3TsIwBe2l+VTBNucV1&#10;JVikHWj1FgHGouD7KOSxysrKlxZljhg33Pm05A0rjzc4Mkw8kXy8nIaGMkERhrID4cadV7cc1uxu&#10;4YEoeWeT4ULRm17qNDfSk6tZmM1zMPupX8uUBInNwRqHBvtvTaerj039HVylYwR5OIRBYWctqAL+&#10;bQ1J0cu3xhPyMrzyQpOASvUYAixPC4FaZ7epEEMciNlH8x2G0w8ArLpz8aMz4gzcfJ+aVRGHmXYw&#10;kbgRqKYmEue4LdtyMicJlZe6Tb+XzOlzy41I1dc/aTFIMPDmgMxE+1GcIeTNYkW/EL0muKXbMwDE&#10;fumLlSyws0m38wFztEgOpFiP0VmzNXW3WVo7lk5eZFDNPZRGVZYVuxLc725W9laxwbbUqeH+8v0J&#10;XadlDNFqEs2m0laW8MzXmpE+TF3BoJCkkigFGFysXIm38NZ3jWl5w35UkIlm2TPI8YCkRm4YuOAt&#10;bnw9tax8Vz1wrH7hlZ2PkZBUpPFZOiL6EasWUkAm1TW84Ns2ZZDktLjRYuONovvZWUeYrqOHs1rX&#10;x+LHWTHQbZGFJCGcdBUcLG6D4VY3NrBuIqYXunqcownHViZlaDV1OoK62NrDW9Mei59SEeDeZZh0&#10;trKw38ZBpoQLjjVsZ1oV7jMmdeHHWZpARAhFo0XTcbHbrU2xwuu1zQw9yzhJNkNZ7eV0J0FzrsXz&#10;WtpS9TXa4RMDIynRSiRTJuYra5tewJ58KmcrNORd0cY82OyflOm8MiJtZuA4/wBLwrWOGdtrngSv&#10;PKRHmyMuOircMxO5mNhcEluelZa69Q4eZi7pmxcdmj+HbGdjXNxpqOFqtxk16FZUzyxR9EtaJR8x&#10;sUB2ktqNw1IU+2r6MXqX8vNa/wA2/wAG74248PGsOV3fVUhHe8hRyCf2FrUY2vLi7yTVZyEsb0TI&#10;lS/GiwwIBQCWqplAdaGR7hQQtUVY1oJa5oVZtwooaCbrUFbjeiDDUMrLGihaWwolqhPVwncISaa0&#10;WVDIAKiltJfhVZyC5B1oiy9FRn0qUhZGvjRKsBrVRa0BAm2tFHGhNAblU1qKyS5RvYUZte1/4ePR&#10;yStk+q8xNzRs2N24NyNvzZB9h2D7a8/3nk/0x7n0n2/F8l+yPc66D23mH1O+rv8Aw/kN2fsqpN3V&#10;QDk5DjdHBcX2hfxPbXwHtrue39t3c3o8z3vv/wBv8uvO38nkM/r/ANb5MnVk77mq172jmeJf82Mq&#10;v6K708Gk9I8bb3nlv+qvoPTH1o9WdqyEXuMx7rgXtJHNbqgcystt1/6V64vJ7TW9OK7Pg+p+TW/m&#10;/NHv/Y+99u732uDufb5Ori5C3U8GB4FWHJlOhFeZvpdbivoPH5JvrNp0oPUXYsLv3ZsrteYt4chC&#10;oewJR/wut+anWrpvdbmJ5fFN9brelfk/unbsrtvccrt+UNuRiSvDKBw3IbG3s8K9rXaWZfJ+TS6b&#10;XW+j7z6VfTnsnqzDz5+4z5ML4siJGMd41BDKSd2+OTwrre4890sw7/sfZ6eXW3a3ivuv/oD6O/8A&#10;0zuP/aQf7muv/e7/AAjvf8V4/jt+H+T8/spJr03zz6j6demMD1J6li7VnPLFjvHI5aAqr3RbjVlc&#10;forh8/kumuY7fs/Br5d+29HrB+gPo7/9M7j/ANpB/ua6X97v8I9b/ifF8dvw/wAnkPrz09h9g9V5&#10;3aMJ5JMbG6XTeYq0h6kKSG5VUHFzyrveHe7ay14/uvDPH5LrOk/yfSfSz6b9k9WYefP3KfJifFkR&#10;IxjtGoIZSTfeknhXD7jz7aWYdr2PstPLrbtb1fdD6A+jR/8AnO4f9pB/ua6/97v8I73/ABXi+O34&#10;f5PBboDXpvAa8DEys/Liw8KFsjKmO2KGMXYms7bSTNb00u1xOa9b9NfQlDGs/qHLYORf5PFI8vse&#10;Ug3/AKo+2uj5Pe/+L2PD9LnXe/dH1Q+jn0/EOw9vcvb9scifd77B9v8Ao1wf3Xk+Ltf8f4fh+NfP&#10;eoPoL22aJn7FnSYuQB5Ycn8yJj/SUB1/0q5dPeX1jr+X6Xrf03DxTv8A2vvXp/ub9u7tjNjZKjco&#10;Oqut7BkYaMptyru6eSbTMeP5fDt49sbRypcxxwrWXG/XfoZi3on0+x4ntuGT9sCV43l/VftfV+2/&#10;p6/+s/k+S+vzOv0/Ypx+bh/9Kub2v63W+pf0b9z859j7Z3fvXdsbteBEZcrKcJGvIX4sTyVRqTXo&#10;7bdszXz/AIvHd9prOte/Qf4dfSQgjGR3DuLThV6zRyQKhe3mKqYWIF+AJNdC+82+Ee5PpXj+O34f&#10;5Pn/AF59J/p76V7HJnTZvcpcuS6YOL1oAZJLc/yPhXixrk8Xn33uOHB7j2Xh8Wubdvw/yeLSYki8&#10;bmu5h5CR4jsdb1e1MtON28vkRxtoruqkjjYm1SzhrTmyP0x6X+i3pb0333G71g5WdLlYm/ppPJC0&#10;Z6kbRm4WJDwc868vf3G20xcPovD7DTx7TaW5n+Pg++rgd58J6t+jfpj1R3uTvHcMnNiyZESNkgki&#10;WO0Y2iweJz+mufx+fbWYjp+f2Wnk27ra8F7B6SwO4esMXs2Q8gxZso47uhUSBAxFwSpF9PCvR3uN&#10;O54fj8U28vZemXsK/wCHL0OpuM3uX/awf7iuj/d7fCPV/wCK8fx2/D/J5v8AU70T2j0r3yDt3b5J&#10;pYZcVMhmyGRm3NJIhAKLGLWQcq7nt/Jd9c15nvfBr4t5rPgw/Tv0h2v1L6ph7XnPLHjvHI5eAqr3&#10;RbjV1cforXn3umuYz7PwTy79teuj/D76LHDL7h/2kH+5rpf3m3wj1f8AivH8dvw/yfJdn+hTdy77&#10;3ATyyYnYcTJkgx5GAOROsbkXXQKBp8VuPAVy7e6xrPi6/j+m929zxrL99ekYX0f+nmJCsf7qWdgN&#10;ZZpJHY+0+YL9wFdW+43vq9HX2Xi1/wBLB3j6Hehc6Nvk4JO2z28skDsy39qSFh91q1p7refNx+T6&#10;d4tukw8c9Yehe7ek85Ys1BJiy3+WzIwem9uX81vYa9Dxeabzh4vufa7eK89Pi4BQNy91crrPqvQ/&#10;047x6qkMkZGL26Nts2a4uLi11RdNzWPu9tcPm880+12/a+z28vPTX4vWe3/Q/wBC4yL81DNnyW8z&#10;yysgJ9ghMdvvro7e73vyevp9N8UnMyX3b6GejcuJxhGft8p+BkkMqA+1ZNxI/rCrr7vedeU3+meK&#10;zjh4t6z9Fd79J9wXFzlEkM1zjZcfwSKOPuYcwf4Na7/i8s3mY8X3PtdvFcXp8XBBa2g151yOudCC&#10;Bc1SL6ibvbVwZfa/T7096iX1X2XNbtWWuCZo5fmzBKIumRcP1Nu3aRzvXW8++vbZmZd72fi3/c1u&#10;Lj7H6PryX0j8+fVX013/ACvXXds7H7ZlzYZELDKjgkeIhMaMMd4UrZSDfWvU9t5NZpJmPnvfeHe+&#10;XayXHHp8o+B8gW9drDz2WGOfLzkxcOCTIyHNkiiVnY+5VBJqWydUku1xJmvsMP6VfUDJiEkfaJFF&#10;tRLJFE3+bI6muG+58c9XbnsPNf8AT/Jz+4+j/UfZvzO69tnx4gbdYoTH/nrdf01vXy67dK49/beT&#10;T9UrCQgW41FcjiZ5CCL/AKaMszhSu/h41UpkcabLj76ihyYzsAXTXjQvR2vTPo7vXqTLXE7dFvIA&#10;M0z6RxjxduX8Ncfk8s0ma5/D7bfyXGr2Ds30H9OwQKe7ZM2bkWG4RnoxA8wLXc++/wBldDb3m16c&#10;PY8f0zST83LqZX0V+n06BUwpcdhxePIlJPvEjSL+isz3Xk+Llv07w30/GvivVv0T7hgY75PYJGz4&#10;UBJxHAE4H80iyyfcD4Cux4vdy8bcOl7j6ZZM6cvKhDcuJAQykgqdCCOIN67uXk4+L0H6Y+gvRfqj&#10;Hnjy8nMg7rjnc0UUkQR4ibB0DRMdODa/w11fcebfS8Yw9D2XtfF5Zzb3T/HwfeN9B/SLfFmdwP8A&#10;9pB/ua6397v8I7//ABXj+O34f5PJPXfo5/S/f5MHcz4rDqYczcXiPjYAblOhrveHyd+uXke79v8A&#10;tb49PR0/pv6HHqzPmiyHkh7ZjJfJmiIDFm0RFLKy35nThWPP5uycdXL7P2v71uf0x6F//L96NC7R&#10;m9xA/wCtg/3FdT+93+Eej/xPi+O34f5PFvq16U9G+nvUeH2HsWVmZfcSynuRnkiZIhJbYihIo/OQ&#10;dx10Fvs7Pi8220zXne69r4vHvNdbbfX/ABh7d6R+g3pD0t6ixe/9vzO4TZmH1OkmRJC0Z6sbRNuC&#10;Qxt8Lm3mrp+T3O20xXreH6fp49ptLcz/AB8HpFdd3nxvqj6V+nvUndH7lnZGXHkOqoRA8arZBYaN&#10;G5/TXY8fudtJiYdLz+x08u3dbX5xysaPFzMmIXZY5GRSdTZWIF69XW5j5zfXttjuekvQXefVuRbB&#10;jEWPCbTZstxGvO2mrN7BXH5fNrpOXP7f2m/mvHE+L2DtP0P9KYkS/PSz58w+Ni3RQ+5U8w/zq8/f&#10;3W16cPa8X0/x6znlvyvo96HlH5OPNiG1t0Mzk+/83qipPdbxrb6f4r6YeX+u/o93rsUMvdO1k90w&#10;4xumVRtnjUcWKC+4DxX7q7ni91NuLw8v3P07bT82v5p+LztYYMxA2okTWxrt5ebJl9P9OfTOL6g9&#10;TRdnz3lixnikfqQFVe6Lcaurj9FcPn8l01zHb9n4J5N+3bph6wPoF6OH/wCc7h/2kH+5ro/3m/ye&#10;r/xXj+O34f5PnOyfRaLufde4jLlmx+x4uTLj4x8vXnETlSd1toGlt23XlXNv7vEmOrg8f0ybbXP6&#10;Zf4vs4Pon9OoccRDt8jMP9c2RNv+4OE/0a6/935Pi7k+m+Gen418p6u+hUcOPJnemppJJYhuOBNZ&#10;mcDiI3G3XwBGvjXN4veemzqe4+lzGdL9zyrIYxRMrIRKtxsNwQRoQb8K78eRtwxwxMzqHAXS9xVr&#10;GsfU+lPpR3n1VMZ0IxcFDtkz5QSD4rGum8j7vbXB5vcTT7Xc9v7Dby3PSfF652v6H+isTHSLLGR3&#10;AgecyStGpNuQh2ED+tXQ293venD2NPpvik55L739CPQ3ccbpYqT9tkH7N4ZWcAj9ZZjJcfaKuvu9&#10;5808n0zw7dJgj6YfT7u/pD1F3GLJcZGFNAPlstBZWs40Ya7W9n3VfP5pvrMM+y9pt4d7nmPTK6j0&#10;n5U9d4E8nqbvs5axXuOVs93Xa1e34f0z7I+T91rf3Nr/APa/zfL4nbIJ8dpJHYqxNw3iK36uvrrM&#10;ZXHMgSSNiqErts2vL+OrNUu4+2Qk44nmVdDZZG1O0aa61M8taziWuhePa8UUt5AL7hqLXo19gPmM&#10;eTrOSoENjI1jcEcPsq49E7vUAycfuWLtmAcM24INFO020qdDM2nJOcuMcV0MbRpDHv3xjj7Pd40k&#10;Nrwy4EXb0xVyWQlwt5VHiDpb76k5TicjnlikldZJSmGjBnVjtZhYgi/Orfkmfj0MyoseSSNofyYQ&#10;uut2KnXQjXhTPC2ctGXjz4+EjY3nSUqAp5gjj/LV15N5ZOHHPzGbkgMXE26yOgZUCqbEE61Nr6M6&#10;y25a8ro4WLkq0z9aNgY2IF9zn+CrOF26fMcGLFLAr5SLFLs3HIBFnUHwtqaz1bkw3RANiq0MoRNp&#10;2PKAONgdCQeVItc7Kgzk7fE+0NIDd3vcjwFv1RatT1cW0vDZ27IhyGYxKwkSMBltxkPh7ARWftcs&#10;+MZM3HkQf3hUWQkyWjYu5Zju2MBy00q9WLMOhhWzCZl161uoqqUHlPgdfKedTOXJhgmx4oe5bMlH&#10;x+o25liPxbQbMG8TfWrY45cXkcOVDgwpJGoeOV3Cpb8wAaXLE8eBpYs3x968bByJ1lyZypxiQWQ6&#10;srbdbKKZzeFmnHLNsjgkm3hYERrCRn87XHgPHjVxyxnEW+PjzxqN7o5uVite4IJubkX4aVDHqXJ0&#10;MrOi2ERZAB68j/CGAIFjfSl4nJJ3W4ae2gQZcMj/AJ7ZCuHFgFVwNEN/G2lTf4t+Jq7vnS4c6KkO&#10;zHmKtLIhGqjy2LDgaemV2tlx6FT5E+QkKQYkG4gvG5NgUS3jqSTVl4TbLAks0ORJNLGJXksWupUL&#10;oRa5toBSxiXB2OcmJpJYZVDg+SMldxUnWym16t5prbIGTHa6OmxQ5sUALy7m0uSNFPvqZWz4A+Sy&#10;vh+bPHZbrG+34tvD4uf8VMI6nqskd/ygOfT/ANmtWdE2/VXIRGJ1qsmhF0o0K4tpQDuNqJAFhQUp&#10;F6JBbqKhblUBK1qqZGHBFRrKi2tDIS1C1NSKqZQcaC72ooi4tUCmJJpEoADeqmBEsNai1RYkUFC5&#10;qotr2otATRm1CrGiiQHnQNC0BCGi4UyqupoYA2SF0FRcs0ksjn2UZtFDjM7XI0oTV+wPp92qPtfo&#10;rs2GgtbFjkkFrfmTDqv/AKTmvE822d7X2HttO3x6z5Ot3XKnxO2ZeVjwtkZEELyQwIpdpHVSVQKu&#10;p3HSsazNw5d7iWx+eovo99Re6yyZuVjxwy5DNLI2TModmY3JIXeQTfnXqf3Xj14j57/jvNvc3EtY&#10;O8/S71t2iEzZHbmlgUEtLjsswAHEkJdgPeK3p7nTb1cfk9h5dPTP2PlGjt7653Tw9f8A8PveJxld&#10;z7K7XhMYzIkJ+FlYRuQP525b+6uh73TpXs/SfJedfve1V572n52+uHbBjeuHnQbRnY8U5twLC8R/&#10;2der7TbOn2PnfqemPLn4x9f/AIehbtfeB/08X9hq4Pe9Y7n0n9G32vWq6L1n44LKONe++MfefRN1&#10;PrzGA/5if+xXV93+h6P0z+r9z9F15T6J+ZfrFkKn1H7uCbW+X/8AhYq9b239OPmfqH9bb7v5R99/&#10;h4mEnbO82N7Txf2Grre96x6P0n9F+165XSeq/ECdxkkN14V7uXxeX6b+jfoWPsnYYu7ZsYPeO5Ri&#10;RmaxMULapGvgWFmb7uVeX7nzd1x6R9L7D237emb+qvQ2ZUUsxCqouzHQADiSa6zvvmJvqd6ChyGx&#10;371AZFNiU3ulx/PVSn6a5p4N/g61934pcd0fRYebh5uOmThzpkY8guk0TB1I9hGlcVlnV2NdpZmO&#10;B6/9EYHq7sMmDOAmXEDJgZPOOW39lrWYfx2rk8Xkuly4Pc+3nl0xX5ZyO0y4uRLjToUmhcxyodCr&#10;KbMD7jXsTFfLba3W4vV+svRKhfRnYVHAduxB/wDcJXjeX9d+19X7b+nr/wCs/k+Y+uKB/Q5Ui/8A&#10;eodP86uX2n63W+pf0r9sK+kP08i9P9v/AHvmxAd3zkG0HjDA1iE9jNxb7B41fc+buuJ0iew9p+3r&#10;3X9Vfcd57x2/s3bJ+5Z8nSxcddzniSeSqObE6AV19NbtcR3fJ5Jprdr0j8yer/Vub6n7zL3DKO2P&#10;4MXHvdYogdFHt8TzNex4vFNJh8x7n3F8u2a4EqqVrkdelR7Qw8aqQ+IrHPHIRojKxA42BvUrWvFl&#10;fo3019X/AE16h71j9owsXNjycnf03mSJYx042kNysrngnhXleT2u2szcPo/D9Q08m01kub/j4vuK&#10;6zvPivVH1Y9O+nO8P2nOxsyTJjRHZ4EiZLOLjVpEP6K7Hj9ttvMzDpef32ni27bLl4v6JnE31H7X&#10;MgOybO3rfiAzEi9q9DzTHjv2PG9rc+eX5v07Xjvpngf1/Un1fh2/+Xx/7eavT9l+i/a+f+q/1J/6&#10;/wDWuf8AROIr69xyf+Yn/sVr3f6Gfpn9X7n6Mryn0RGbnYeDiyZebOmPjRC8k0rBVA9pNWS24ibb&#10;TWZvR8rH9XfQL5Xy47kV1sJWilEZP9Lb+mub+23x0dSe/wDDnHc+txsnHyYEyMaVZoJRujljIZWB&#10;5gjQ1w2YduWWZjn+pvT+D6g7Lk9rzFBSdfy5LXMcg+CRfap/krXj3utzGPN4p5NbrfV+XMrtWdi9&#10;0l7XOm3KimOO6nhvDbfur2ZtLMvldvFZt2+ucP1T2Ls+L2btGJ2zFULDixhBbTc3FmPtZrk14u+1&#10;2ua+r8fjmms1no4vrv6gds9H42LJlwyZE2Yzrjwx2FxHt3kseAG8VyeHw3e8OH3PutfDJb6n+lPW&#10;/ZvUfaR3CB/lrOYpIJ2VWV1AJ56izDWp5PFdLhrwe418mvdHN+p2D2nvXo3PiM0MmRiocrFIdSwe&#10;IbiF/pLdbe2te32uu8cfvdJv4rPhy/OEcQvtvXrvmDXVVAB0otZzjhn9hozh+rfRot6Q7GPDt+KP&#10;/uFrxfL+u/a+t9v/AE9f/WfydiuNzMPfv/A+4/8Ass3+zNa06xjyfpv2PzD6U9Jdx9Td7i7bieVW&#10;8+RORdYogfMxt9wHM17Hl8s0ma+X9v7e+XbEfpH0r6N7D6Zwhjdsx1WQi0+UwBmlPi78bfzeAryf&#10;J5dt7mvpfD4NfHMax2643Mp0R0ZHUMjAqysLgg6EEGg8g+qf0vggw5+++n4BGIgZM3AjHl28WkiU&#10;fDt4so0twrv+39zz27PI997GYu+n3x45A/UTUV33iQxVjJ2kVK1ME5ACEBD9lWM7DwMLM7r3TD7X&#10;iruyMuVYYweF2Nrn2Diam201ma149LvtNZ6v1Z6W9Ndv9O9nh7dhr8ABmmI80slvM7e/9ArxfJ5L&#10;tc19X4fDr49e2M/qv1z6b9Lwo/dsnZLKLw4sYLzOL2uFHAe1rCr4/Ftv0Z83udPFPzV89gfW70Vl&#10;zKknzWGjGwmyIl2a+PTeQj7q5b7TeOvp9R8VvrH3kM0M0STQussUgDRyIQysp1BBGhBrrWO9Ll4/&#10;9bPQ0Sr/AMS9vjCF2CdyRBYFm0WXTmTo32V3/aeb/TXkfUvbcd8+95b2Dvmb2Du+L3LDNp4HBtyZ&#10;Toyt7GGhrub6TaYryvD5b49ptH6k9Pd9wu+9ox+54bXinW7Je5RxoyN7VNePvpdbivqfF5JvrNo+&#10;d+qnoxvUvpxvlI93dsG82FyL/rxXOnnA09oFcnt/L2bfJ1/e+2/d04/VOjp+hPSsPpn05jduUA5J&#10;HVzZR+OZx5vsX4R7BWfN5O/bLl9t4J4tJqxfU713j+jfTE2eAJe4z3h7bjfrzEfER+qnxN93Op4v&#10;H33Ce5888WmX5Y7dHO3dP3v3OR8jLnl6+RM+rM7NuYn2mvWmnGHzP7l7u6v076a+rnpv1D3jH7Vh&#10;Y2YmRk7+m8yRCMdONpDcrK54IeVeb5PbbazNw+g8Pv8ATybTWS8/4+L7euu7z4r1X9WfTnpnur9s&#10;z8bMknRUdngSNks4uNWkQ/orseP2228zMOl5/faeLbtsrwbsXZJvVfrSLDwHKw5cryTsbeSEEs7H&#10;iNwH6a9Hffs0zXheLxfvebE6V+o+0dpwO0duh7fgRCHFgXaiD9JJ5k8Sa8jba7XNfT6aTWYnRxfV&#10;P1D9MemnEOfO0mYQD8njr1JQDqCwuFX+sRW/H4Nt+jh8/utPH+q8uV2b6zei+55S4zvP2+RztRsx&#10;FRCTwu6NIq+9iBXJv7XeTPVxeP6j4t7jp9r7oEEXGoPA11neeAfWT0Li9j7mnfO3xiLBz2KyRILL&#10;HPa5AA0s41A99en7Ty907b1jwPqXtppe+dL/ADc/6HSTt9QIhLqOjNsNrH4K17v9DH0v+r9z9H15&#10;T6Jg7z3/ALL2TGGT3bMiw4CbK0rWLEclHFj7q1rpduIx5PJrpM7XDN2P1j6Z77I0fau4RZUqDcYx&#10;uV7eIVwpI91a38W2vWM+Pz6b/puXYrjcrwD60dli7d6vXKgULH3SITOm3y9UEo58NbBj7TXp+03z&#10;rj4PA+pePt8mZ/qfMekfTLeofU+J2lbxhzvyZBxWFNXb+Ie01z+XydmuXU9t4f3PJNf4/Y/UGDhY&#10;uDhw4eLGIsaBBHFGvAKosK8a225r6nXWSYnQvuXde29rxWy+45UeJjrxllYKL+AvxPsFXXW24ib7&#10;66zNuI4WF9TPQebOIMfvMBkJAG/fGLnQeZ1Vf01u+Deejh1934rcTaPpwQwDKbg6gjgRXE7CUH5P&#10;9XZ7zesPUOP1VVou4ZoCNzAyHt91e14eNZ9kfJ+4ufJt/wC1/m4UjzvCgRRdbMHXgTXK69zQnGhk&#10;mPUh6sgAZiP4KmTEy0mNzLGhQHHW7rC2hIGhFK168si5MJ7s0cDIIWUKqKR+Ljr402TW81vimg2y&#10;QtjFXQtsZreYLy+2jWeCsSSJ8V2EBglXWVTyHMjlT1J0ZYIFVp53kY4MguQ2m4cxb7aXmsSYlz0Z&#10;42ieDK6V1kLDpyJe2zktqW4pJmIIYmMbTq0zBlEkLHTboGI91S24WSZdjIg7dFDIsbAyAosaHgd+&#10;n20je3y6s0+RNJuVCFaLzWQqdpC2YFeVWM25A02fh9OCKQSLqbjabKRex001pj1Tuxw5vbRHkZCJ&#10;kF2YyEC3mDty/QKm1qeOS8utjGLpyRyEOkQARpPN0ST8NxoLGknLeeGXJ6UjMYyWTd1N0Z4hfK3l&#10;8LHjVrPBncjDkND8sVWIC7ZBba2nMDg2lJ0NpmynxS4wDtDIIiqkgjymSUNtIuaz0ckuRvjSRD5i&#10;CIBjGXdmChgbA7dft1rWcsXXAGgiY4rozNxMcsd1YE347dbX8anWLZiudnZjtKFeVpchiw/OA2qp&#10;tt2gWBvWsYjju2aqHEZJjKjF0WzbONjb4mtfnU6rJg0d2ykaEx2CyOG2GMoSQLbb8DTjCy3MaiIM&#10;eQy90K/NO67U2iyjlprYi9Mtdsz8zM+aWOMy9M9RXBhb4WuF235niaRNrhzYlhlkXInl68yrd+qt&#10;lYmwKIBt++peepJJyZiY2KuS0s7jqsWX5cDzRpbym49umtLzSSSfNrZJV7XF84vzMBt0ljUABdNd&#10;Rpb+dVnrhdvTI5UnZlmxmKYUUd5IzYlTxPH2cqkXb4gBaXpu0q2LB+m6814Wa1je+gqpgvN6Ek0U&#10;caPiKqiVo3BRiwJHmcXsPCxq+jO3X7At3CaNVjxIlhaZg00/xO6g/hJtbSpZhZvbwX+73v8AHru6&#10;3EfHbh/Tt9n2076n7UdL1QB+/skn/o/9mtWdGd/1VyWYcqrOQ7qEqwwoBdhQL140BKpNDAwLCooT&#10;cVUohc0F8BRU1qCxaqCFhRQmiVRvegEkjhREOtBYBoDCkiosUY/ZRUC2qoliTRE6YLUXA+maioI+&#10;dVMGAKupouAvOiioMcsrPe3CjOQRxOx8aJI2Q4nMijeGpEVNBRX689Our+n+2OpurYkBU+wxrXhb&#10;/qr7Hx/pn2OhWW0oJQfA/UH6Vds9QRS53bUTE70Bu3DyxzkfhkA4Mf1vvrs+D3N04vR0Pd+x18kz&#10;ONnxv0M7TnYnrDu/zULwS4eKceeNxYq8kqMAf+yNdj3m8ukx6un9M8V18m2fSYe4V5z23gf1+zI/&#10;+LcOEHWLBTcfAtLIbfdXp+yn5b9rwPq23+5J8n0X+Ht1btneLf8APxf2Grh971jtfSf0X7XrVdJ6&#10;r8QzdyGtq9zufGYfe/QTOaX6j4qHgYMj/Zmut7q/kej9Mn+79z9Q15j6J+S/roZz9U+9hD5f7rYf&#10;/qkNep7b9EfM/UP6233fyj0n/DEkq9n751OJyIbf5jV1/edY9D6T+i/a9rrpvWfj/wBH+nos/wBT&#10;dqwJBeLIyoY5R4oXG/8A0b17XkuNbXyXt/H3eTWfN+wAABYaAcBXivrXkP179TZcMWH6expDGmUh&#10;yc0qbF49xWNDb8JZWJ9wrvey8cudq8j6r57JNJ69XiiC2hr0XhPsfQH1BzPSWXKdjZfb51PVxN20&#10;b/wupIax5HTUVwefwTefN3vae8vivx1fdf8A8w2H/wDJJP8A3hf93XV/sb8Xf/5fX/xrzP1b3rF7&#10;33/K7ti4pxEyyrvAW32faAxvZfiIvXc8Wl11xXl+48s8m92kxl+kvRn/APB/Yv8A9n4v+wSvJ8v6&#10;79tfS+2/p6/+s/k2dz7Rg9zSCPNj6sWPMmQkZ+EvHfbuHMAm9qzrtZ0cm2k26tlZafm76revsr1D&#10;3yTtsQeDtnbZXjjgYFWeVCVaSRTz5KDwHvNer7bwzWZ9a+c9/wC6vk37Z+nV8MY2NrGuy89bXtag&#10;QUkBuONVGlSdtjxFRp9n9H//APofadNf7x/8NLXB7r+nXc+n/wBbX7/5V+lK8h9M/Ov1psPX2T4m&#10;CD+xXq+0/Q+d+p/1fucj6eEH1x2UD/8ASkrk8/6K4fZf1dftfqGvGfUPBfryw/4zwwTYfu6P/bzV&#10;6fsv0X7XgfVf6s/9f+tZvozb/jjH8ejN/YrXu/0J9N/q/c/QdeU+gfn760eo8ruXqV+1K5Hb+2WQ&#10;Rg6NMVu7keIvtH+WvU9p45Nc+tfP/UvNdt+301ec+YHbf3V2nmvUvox6oysHvMfZZpS2Bn7giMbh&#10;JgpKsvhuttP2V0/d+OXXu9Y9X6b57Nuy9K91rzXuvz79XYB2319JkRqEORHDlLpoWHkJ+1o69T2t&#10;z48PnvqE7PNmfKvcPTnfsLv3Z8bueGwaOZRvQG5jkA88be1TXneTS63Fe74vLN9ZtGT1b6M7H6qw&#10;UxO6RsTES2PPG22SNmFiVOo15gi1Xx+W6XMY8/t9fLMbPLO9fQPu0Ks3Z8+LLUcIZwYZPcGG5D9t&#10;q7unvZ6x5fl+lbf6bn7Xm3dOx927JmNidzxZMXIGuxxoR4qwurD2g129d5tMx5nk8W2lxtMMwlAY&#10;WrTC3febGiUZ2ql7Wtwors/Tqcv687KP/wB6SuL3H6K7Hsr/AL2r9S14z6l+cfq4yr9Qe634n5f/&#10;AOGir1va/wBOPm/qH9bb7v5R6V9Eexx4fpZu5sgGR3KViH59KIlFH+cGNdP3e+dsfB6f03xdvjz6&#10;7PsPU/qDE9P9kye6ZI3LCLRxA2LyMbIo954+yuDx6Xa4juebyzx63avz53j6m+uM/MfIHcpcSMny&#10;Y+Memir4C2p97EmvU19vpJ0fPeT33l2uc4fd/Sv6qdw7l3BOxd9cTSzXGHmEBWLKL9OS1gbgaHje&#10;ut7n20k7tXoex99d72b9fSvW2VWUqwBUixB1BBrovWflz1v2aLsXq3uPbY12wJLugHIRyASIPsVr&#10;V7Ph27tJXy3uvHNPJdfRwWJEl65XXKkBlJA4jnROr0j6B9oWb1Xk50w3HBxm6RPJ5WCX/wAzcK6n&#10;vNsa4+L0/pXjzvb8I9/rzHvvJvVX0X7z6h73l90yO8xBsiQtGhidtkY0RB5vwrpXd8fuprrjDyvP&#10;9O28m92u34MA+gHcOiE/fEN+F+i3/KrX97Pg4/8Airj9X4PQvQHpfuvprsz9rzs9c+JJC+KVVl6a&#10;MNU8xbTdqPfXV83km9zJh6HtfDfHr225db1F29e49h7hgsu/5jHkRRx8xU7SLcw1jWNNsbSuby6d&#10;2tnxj8liSOWxBuD4V7b5F9n9L/qRD6Y78vb8+f8A7p7k6xyX/wBVKTtSX3cm9mvKuv7nw92uZ1jv&#10;+w93+3v239Oz9I15T6IvKyYMXGlyshxHBAjSzSHgqINzE+4CrJlLcTNfl3176um9Wd5m7k6kYkN4&#10;u3QH8EQOhI/Wfi33cq9fweKaR8x7z3N8u2fSdHz0bRNGu8WHh4Vy4dbMfbfSNOn9Re07WujfMaf/&#10;AKrLXB7n+nXc9h/W1+/+VfpGvJfSvz19alv61yPDow3/AMyvV9p+h899T/q/c+i/w99rhVO7dx2f&#10;mgx40b/zTd3+/wAtcHvdukdn6Tpxtt9z2Nr2O3jyvwvXRew8bz/oX33Ozpc7I77E+TO7STO0Lncz&#10;G5/HXf195JMSPH3+mbbXN25+z/uD/wCgfcjGVbu8Bbx6L/8AKq/3s+Cf8Vf/AC/B6d6P7P3Ls3p/&#10;F7Z3DMGdNigomQAVvGD5FO4n4Rp7q6fk2m22ZMPU8Hjumk1tzhzfqn21c/0J3VSu58eMZUZ4kGBg&#10;7Ef1ARWvb7Y3ji95p3eLb7P5PHPoy4H1IxkXgcecn/Mrv+7/AKbx/pv9b7n6Oryn0T84/XSXJz/W&#10;uRDK5+V7fFFHGhPlG+NZWNve9er7TXGn2vnfqe1vlxekfJekO/v2j1H23Kiksq5EWzwILAMunJlN&#10;jXN5NM62Op7fy9vk1s+L9d14j6141/iIEaHsEvCQfNAEDU26JAv7L13/AGXr9zxvq/8Ap+//AKJ/&#10;h+xjPkd67jKoDxrDjxHmFfc7i/vVae9vSL9J1z3bfc9lroPYflT1r677n6l9Sz5Mib+2xyNH2+Mm&#10;wWEGwNuF2+ImvZ8PjmmvHV8r7r3O3k8lz+n0cTMyo4DutbeOC24eFc0jrb7Ye2/Qv1Lkz4j9jnkM&#10;sUcXzOEWNyibgrx+67Ajw1rzfd+Ofqj3/pvmtnZfTo9ZrpPUfkD1xjxD1Z6mkPnv3TL3KPiB+Ye1&#10;q9vw/pn2R8h7qfn2/wDa/wA3LSOWVyI2I2WUKDtBHtFcnycMzblvV2kKsxVJgvlRTxK8QazhyZyL&#10;F6UWazzXc2863vtv76tNcS8s8OJjRZLzKoZCd4kPA6mluU11kB3NZsvJC40ojWH8wyX1tx+6r6M3&#10;nb7FdTLaeTGj2yuiKZYWBsABcMG8HvWY1c0MswaaRc2MKwjLpCCOHsvzrTPxyrteWkpdMfHCRyeW&#10;Nm0uwFyLfbUti65PbGkWefJnP5dl3gWsu32C9Fs9aTiQbAzJKchInDrHb9bUeY0qa8QpEx8bLkyz&#10;AB1VYsp0tdrAm+mvhSwlw1fLJIyzx+cuF+Z5GPkLFf01MtYhGPiwQY79IFsyFjLELBbgkgbh4Uxy&#10;nScL7esk/bu4jKj6bXLKq33nTdy0tfhTW52Lr+RmaBGx455YyYIvMYr82FyLnWrGb8abiiSMtlCK&#10;MxAWgga/BrNdL2p1WcDXHdElka2QZvzGgDkBN38OtOpOI140mOQEGa1xGNwN+kWI/Cb+aw041I3m&#10;XgGcsEUcbRyiGOMsZDG6PdibqoJOl/CrOjO/FceZcPJDdRmbJZ7ic2PlHwCwItu9lLWZh0spkw3V&#10;3SNY+miMFl4slm8xapJw1teRz46vjOHQPIoYQk7msx1uGNzcVdTecMeEj4w2mNJp3IMjSAyk+Y+H&#10;C1O1JtYUO65TiacyFV3NdRYopPBda1nDjzb97oR3ycZMZZYdkJswTb1SLaXUn31iXDmszIVBHLgu&#10;4sDlytdVk47XIAui6agUvxSccJNFPk5TsAxxNF6YbYhfgSQTw94q1JyRn4s8sXyqSM5FmMUdwhZj&#10;a4H4vh1N9KdEub0a8uRoVggkmWbKCm0iEFwbcSpB91zTWYnLW954ZMyKeENJGWyZ5dokYW4XutyD&#10;p7NKvzYsvofFOMcA5TLG6x7kRRcHdwVRYhieNZb+JH79k2cJP2e221fh3/BxqLn+Treq/wDx3J/q&#10;f7Na5J0cW/6q45qshuaC1BqAil6jQQmtVk1QRRqL2mhAMDehRKulEwKwHGihuL2oLIoIb0RRoIBc&#10;0BGMUUIj81EwYsdGsGKoFBbDwFRQkUQBGtrVUqwuvtoDGnE1GgSTInOgxT9wUXAoxdmZZnkNgaZS&#10;ZrbBDddajc1alVUWjQhMALVRDMtuNQfpb6M+oYu7+iMWHcDk9sJxJlvc7V1iNvDYQPsryfdaY3vz&#10;fTfT/L3+KfLh91XXd1+Zvqx6T7p6d9Qy5btLL2zMkMmFlszNtJO4xMx4MvLxGvjXq+38s21x6vnP&#10;f+32037v9NZfRv1c9RenctFknfP7Zf8AOw5mLeXmY2a5Rv0eIp5fBrtPhWfb++38d5udX6T7B3/t&#10;ff8AtUHdO2TCbEnFweDKw+JHHJlPEV5m2t1uK+i8fkm+vdOjXHi40c8uRHEqTz7RNIoAZ9gIXced&#10;gdKmWsQ2or8g/VH1OO/euO6Z2M2/EEggxmHBo4QIww/p7d32163g17dZHy/vfJ3+W2dHqv8AhleR&#10;+0d8L8siG3+Y1dX3nWPS+kfo2+17TXTes/C0mFOkrxyLtdCVYHkQbGvbkfG7cXFemf4fO2zn6gxz&#10;qt0x8Wd5W5AMAg/Swrr+740eh9Klvl+5+na8x9E/Mn1jxUf6k93ci5Py3/wsVev7Wf7cfM/UP623&#10;3fyj0H/D1GE7V3gAWvPF/Yaur73rHo/Sf0X7XrVdJ6r8q+h8yLF9X9myZTtjTLhDseADOFJ+y9e1&#10;5pnS/Y+V9ptjy635v1VXivqniH+IHteQvde3d2Ck48uP8qX5B43aQA/0hJ+ivR9ltxY8P6t47mbf&#10;c8geYJxNd542W7snbO698yzg9qxny8oKZDGlrhRxJJIHOs77zWZrl8Pj28lxrM13l+l31BH/APZZ&#10;v86P/lVxf3Pj+Lsf2Hm/8f5ON3Xtnc+z5b4PcYTj5aBS8LEEgMLi+0niDXLrtNpmODyePbS424r9&#10;Rei9fR3Yf/2dif7BK8by/rv219T7b+lr/wCs/kx+vfU8nprtWL3QDfCmZDHlJzML7g9vaOI9oq+H&#10;x99wnuPN+3r3fN9FBPDkQRzwuJIZlWSJxwZWF1I94risc0uXin1w9CiDLHqnAjtFORH3JFAAEnBJ&#10;dP1uDe23jXoe083+mvG+p+15/cn3vJla3Ou88Ze65saBjICt6NYAeHgKI+z+j6W+oXaTx/8AWP8A&#10;4aWuv7r+nXd+n/1tfv8A5V+kq8l9K/On1qYj6gZC+MEH9ivV9p+h879T/q/c5H08W3rnsp//AHpK&#10;35/0Vw+yn+9q/UVeO+oeAfX+/wDxlhf/ALOi/wBvNXp+y/RftfP/AFb+rP8A1/61m+irMfXWNf8A&#10;5ib+xWvd/oZ+mf1fufoivKfRPzl9W+zZHb/WuZI4PQzyMmB+RDABx/VcEV63td86fY+c+oeO6+W3&#10;4viJoiNQeFdh0LH230h7Zldy9ZYTopEGDfJnfkAoIQf1nsK6/utpNL83e+naXbyS/B+jq8l9I8A+&#10;uGSk/rZYhp8thxRN7yzyfwSV6ns5+T73z/1S58v3PlOw+qO9enMn5ntWU0LH9rH8UbjwdDof4a5/&#10;J4pvOXU8PuNvFc616l6d+vOFkhY+84Jgfg2RjHel/wDq28w/zjXS39lZ0r1fD9V1v6ph6Z2rvHbO&#10;7Yi5nbclMnHY23oeBHJgbFT7CK6e2t1uK9PTya7zOtzGD1h6VwPUvZZsDJQGbazYk/4opbeVgfC/&#10;xDmK14vJdLmMefwTya9tflWTEkjlZXuGQlWU8iNDXtSvk7rirWRdQeIoZKnyCPKPsqs3Z9F9N9o9&#10;c9kPM5SVw+f9Fdv2U/3tftfqevGfUvzb9XHH/wBRe7A8vl//AIaKvW9t/Tj5r3/9bb7v5R7V9L5I&#10;5PQfaGj+HpuPtWVw36RXn+4/XXt+zufFr9ji/XKDIk9FxyRAlIMyKSe3JCjpr/Wda5PZ38/3OH6n&#10;LfFx8XggYMlzoa9R887foLGkm9Z9lXHu0gzYZGA47I3Duf8ANU1xee/kv2Ox7TXPl1x8X6irxn1L&#10;85fWoJJ68zNmjRxwB7ePSU/wEV6vtP0PnPqXPlv2R8IRNa972rsvP5HC6rdibk0aj1T6AZ0Z773T&#10;G0Dy4yyL7enIAbf9pXS97OJXq/SdvzbT5Pca857j4LuH1m9NYGZk4mThZ6z4sjRSr04fiQkG15Rp&#10;pXa19ptZmWOhv9R01tlm3H+Pi58f+IH0a7EDC7jcf9FB/vqv9nv8Y4/+V8fw2/D/ADRv8QPo1TY4&#10;Xcb/APVQf76n9lv8Yf8AK+L4bfh/mGT/ABCejVjLDD7huAO1WjgUE+/rGn9nv8Yf8r4vht+H+b84&#10;ZneEgi6aCz+Ir0svnrb0j0T6A/T6T1F3s+qu7R7+19se2JG4Npsoag+1YuP9K3trp+682J2x6303&#10;2vde/bpH6arznvKdEdGR1DIwIZSLgg8QRQfnD6neiW9L94Z8VP8AunOLSYh/UPFov6t9PZXre38v&#10;fOesfOe+9t+1tmfpr4TGdXmYONBxFdh58fafSJSfqT2dkb8ofMacv/VZa4Pdf07/AI9Xd+n/ANfX&#10;7/5V+l68h9M/OP1pldvqJkwk2XoY5B/qa16vtP0Pnfqf9b7o+3+gOXG3bu74YI3RTRS35kSIV/8A&#10;Qrr+9nMru/Stp27T5vVZHKRs4UuVBIRbXNhwF7a10nqvM8j/ABBejccHqYXctwJVl6UFwR4gzV25&#10;7Lf4x5e31bxz02/D/MSf4gPRzKjDC7iN+gvFB/vqf2e/xi/8r4/ht+H+Ym+vfpBWKnC7jcf9FD/v&#10;qf2W/wAYf8r4/ht+H+bm+ovrh6W7j2HuPbsbDzuvm402NG0iQqgaVCl2IlY2G7kK3p7TabS8OPy/&#10;U/HtpdZNuZ/j1fHfRVIh9QMVhIGcwzjbfUfl1z+7/Q6n0yf7v3P0bXlPon5s+spRvXfd0ZrLaAMP&#10;G+NHXr+1/px819R/rbfd/J8r2DESPMwA6K69aPaRr+MVy7dK63in5p9r9e14b6543/iHjkLenpEG&#10;7p/OFk8b9D+Su/7L1+5431b/AE/f/wBDf8PndMbIh71jINksbQSlbW0YOv6NtT3s5jX0neWbR6/X&#10;Reu/IfqntDem+7SYEqmR4pmiZCbWAOj+4rrXt+Pbu1y+R9x4/wBvftrFlo8G2eKMSmQ2VG1Go0Ir&#10;knLi2lnR6x/h+7ZmS9yzO5ywdCDGg6At8DSysG8v9FVN/eK6HvNsTD2fpeltu3p0e41572n5T9cJ&#10;Gvrru24BFbOywW9rTPrXt+L9E+yPk/cz/e2+2/zcPoYsTF7h34I19N3EaVuuGTCoycKN8h9rTspM&#10;MZ5m99PdemMme2fMkEOozekBPos7FrABtADScm3HI0yu3y4wWViQrEQR28t11sbXApEzLEkwIpsd&#10;1gnPnjPUc2BFhcL7RSLdYwusuFBjOHO82V9T8I1IW3LhTHDOcYJyHkyCkiANILtJOw3eUmwFj9tM&#10;pjNbcEPCnVijBaW5ijc7VL24rw8KzOXJjA8ucRwySzRjDndC2ywZWsALC4+LdW4zvgjtz5SOsSRb&#10;zNIrujG4UDiPaDUvxNOOGh8ePEJxYHIhkTdOZAwZdpvpflek+Jt8PRz8dc5pd4nMOObu6KbEC5sL&#10;Efw0s54TW46ul2bu3b33R5aN5Phc2N1tYbvDUVnGK3rvLB5We0OPP+SBFuUBXAuYuF7g1v1Zu3HL&#10;nz5AyoFx4kixIFvIZr3fXS1zprf7qmcHXr0IzD0UWHGmMzQlS0qsSDwAUDhcW1pr0Tfrw0xyZKwF&#10;+syPlgpvZb2DEWJJ4AAVn5t9OPifOSZJmdwmZEPKxFolXgNh1q+mE9cndwysGdki+WSLcys5YDVQ&#10;QToNbU9Ftlrl4hM3dOirB9sjBZCm0EDVQq/ZU2uOE11zctmXi4bvJBLFHE7EmMoGBBVeLXuNSdL1&#10;rCVmze4xHaiZDQIujIjMw26rf2tbx0q4xGe/NFBk7ck7Joz5VVFQAki99zADjYms1uXksYoSV1Av&#10;jvL5H2kFQpN/DU6Vq/FxyY4OiTFQiRGKTklZJiLneD4m/PmamMtZxeHRyM+P5ZZ5CHnlssaBLHcL&#10;8edudNW9r/FzoJ8ZYJWaGWdZJCsz32Ip4aEmxNW9WNeIc+POka5aWxIt35JW8k0otqLn8PsrM/M3&#10;t+UjCs2TNkBSqOo0ks17eJFtdOF6vqxOJaUJXmjllS2MJiDr5U2rpa1gatuakzhqzPn5o4OmrkKA&#10;qZT7gBb4io/GT91ZnRybTnkfRx/+fS9rW1/af8rnes4q51bvVY/79yfcn+zWuSdHFv1rkBb1WYvp&#10;UWiCa1FwK1qCgNb0BBaqRNp5UVCBQqAWoiMtRS7HlRMDVTzouBBLm9DAZF8KqVEFCQ5UvUawvatD&#10;CaChhN60AGdRpQLMy31NAJyEBqZANlAGmQiXuAA0plHPnzJHPlqZZLiikc61R0II9gFRuQ0zsvCp&#10;loXUdl0oQJMlEDtkPGg+y+mHrnI9Id/GTJuk7XkgRdwgXUlL6SKP1kOo9lxzrh8/i7583b9l7n9r&#10;b/63q/VODnYmfhw5mHKs+LkKJIZkN1ZTwIryrLLivp9dpZmdA9x7b2/ueHLhdwx48rEmFpIZVDKf&#10;sPMcjSWzmG2s2mL0ed5v+Hn0BkZBlifOw0JJ6EEyFNTw/Njla39auxPdbx0Nvpvit9Y+u9H+iOxe&#10;ksGXD7QsojncSTNNI0hZgLA20UafqgVw+TyXa5rteHwa+OY1d+sOZn7lgx5/b8nBkd448qJ4Xkib&#10;bIqupUlW1sdasuLlNpmYfn71v9C4/TnZMzvUHdfmcbG6f93kh2uepKsdt4cjTffhXo+H3PdtJh4H&#10;uvp37el3m3Edn/DrnRY+X3btTEB8hIsiIXtfpEq4A/rrWfe68SuX6Tv+rX73uFee9t5h6l+g/ZO7&#10;92n7hi50nb/mWMksCxrIm9jdiuqbQTyrt+P3l1mMZeZ5/pmm+3dnGX1Hof6fdl9IYsqYRefKyLfM&#10;Zctt7BeCqB8K68K4vL5rveXa9t7XXwzEfT1wuy/Nn1fH/wDsTuv/AOr/APw0Vev7X+nHzP1D+tt9&#10;38o+9+gBv2zu/wD10X9hq6vvesej9K/RfterV0nqvxurFTdSQRqCNNa958a/UX089Wwep/TWPmbw&#10;c2ECHPjvqsqjVreD/EP8leN5vH2bYfU+1888ukvr6uz3rsvbe9dul7d3KET4swsyHQg8mUjUMORF&#10;Y03utzHN5PHrvO3bo8szf8OPaJshmxu8zw45N1ieJJGA8N4ZP7Ndue9vweZt9I0t4tfeeivQHp70&#10;hiPD2yNmnmt8zmTENLJt4AkAAKPACuv5fNtveXe9v7bTxTGrsd37tg9o7bkdyzn6eLjIXkbmbcFU&#10;c2J0ArGut2uI5d95rrbekflH1D3bI7z3nN7rkaSZcrSFeO0HRVF+SrYV7WmvbJHyfm8l33u19X6h&#10;9Ff/AMG9h/8A2dif7BK8fy/rv219T7b+lr/6z+T5X663/wCBT/7XD/6Vc3tP1ur9T/o37Y5n0L9Y&#10;jM7dJ6byn/vOAOphXt5oCfMo8emx+4+yt+88WL3T1cf0z3Hdr2XrP5PTu49vxO44M+DloJMbJRo5&#10;UPNWFvv8K6etsuY9LbWbTF6Pyt6w9OZXprv+R2rIuRG27HlP+shb4H+0cfbevZ8Xkm+uXyvufBfF&#10;vda5CId1xXI4IYSQbDWil7rmxoj7j6Psp9f9qHP8/wD+Gkrr+6/p13vp/wDW1+/+VfpCvJfSvzt9&#10;aYr+vshvCCH+xXq+0/Q+e+pz/d+5xvp+5Hrrsi245Sa1vz/orh9nf97X7X6irx307wT6+i/q/DHP&#10;93x6/wD281en7L9F+18/9V/qT/1/61j+iot64x7n/Uzf2K17v9DP0z+r9z9D15T6JyvUnpfs3qLB&#10;+T7nD1EU7opVO2SNvFG5fwVvx+S6XMcXm8OvkmNo8+b6A9tM+797zdC/7PpJvt4b91r+3bXa/vb8&#10;Hn/8Vrn9VegemvSvZfTeB8n2uDpox3Sysd0kjeLtz9nIV1fJ5Lvc16Hh8OvjmNY35+di4GFPm5cg&#10;ixsdGklkPAKouazJbcRybbTWZvR+W+599Xu3qyfvObH1IMnJErwG/wCxDACM2P8AzY28a9nXTt0x&#10;Hyu/lm/l770t/B75F9L/AKdZEKTR9pjeKVQ8biSaxVhcH4/CvMvuPJ8X0E9l4b/pj5v1r9GsSeKC&#10;X0tBFiyx3WfGZ2AcHgysxaxHhXN4fdWfqdb3P06WT9vh2/pZ6I7p6Yws1u5So0+c0ZGPGdyxiMMN&#10;W0uzb9beFcfufNN7Mejm9j7bbxS916vs8rJhxcWbKnbZDAjSyt4KgLMfuFdeTPDu24ma/I2Tl9fJ&#10;nkIt1XZ7eG43r3ZMR8fttm2kQookJI40SDnx0k0A18aFmXd+nOI6euuyEn4cpK4fP+iu17Kf7uv2&#10;v1LXjvqH5t+rpUfUPu/j/d//AIaKvX9r/Tj5r6h/W2+7+Ufa/QP1VDLhZXp2dts8LnJww2m+N/2i&#10;j2qwv9vsrre88fPc730rz51ul6x6tn4GJ3DCmwsyITY2QhSWNuBU/wDlpXSlsuY9XbWbTF6PHu7/&#10;AEBzzlue0dzi+Ua5RMoMJF9hZAwb32Hurv6e9mOY8jyfSrn8t4fXfTr6V4HpNnzcicZ3d5FKdfbt&#10;SJDxWMG515sf0V1/P7i78ejt+09lr4eeuz7PPzsXAwp83LcR42Ohklc8lUX/APNXBJbcR3NtprM3&#10;o/LHf+7Td671m9xcWbLlaQL+qpPlX7FsK9rTXt1kfK+byd+92+LmkODtP21pxFvj/mAj7auTDu+j&#10;vU0fpz1HhdwALLG22dB+KJxtf9BuPbXF5dO7Wx2Pbef9veV+osTLxszFiysWRZcedBJFKuoZWFwR&#10;Xj2YuK+o12lmY+F9ffSfC9SZD9xwZxg9zcASlhuiltoCwGqtbmPurs+H3N04vMdH3XsJ5bmXGz4r&#10;tf8Ah872uUPn+44seNfzmDqSORfkHSMD765772ekdLT6Vtn81mHqmF9PvRWJiRYy9lwphEoXrT48&#10;UsrW/E7upYk1075t7etepr7TxSY7Z/B5P/iE7l6M7D2aPsXbe0dvj753CztLFjQrJj46m+4MFurO&#10;RtHsv7K7Htu63Ntw8/6jPHpr2zXXuvynDxT0V6P7r6x9RY3aMEEdU7sjIOqxQr8cje4cPE6V2vJ5&#10;JrMvM9t4L5N+2P2p2HsfbuxdmxO0duj6WFhRiKFTqbDUsx5sxuWPjXk7bW3NfU6aTWSTpHzf1Q9a&#10;/wDDfY+niyBe7Z148TgSgHxy2Nx5eA9tc/t/D37fKOr733P7WnH6r0dL0J6sh9Ten4c4FRlx/lZ0&#10;Q/DKo1NvBviFY83i7NsOT23nnl0m3r6tHq/0vgepuw5HaczQSeeCUcY5V+Bx7ufiLis+PyXW5jfn&#10;8M8mt1r8q917D3Ls/e5sLNjMeRjsY5UJ4+BB5gjUGvYm02ksfK7+K6bWXq+h+jrTp9VO0xMxKMck&#10;heQ/uktcfuv6dc/0+Y8+v3/yr9RV5D6h+c/rZNFF6/nZiATBANf6Fer7SfkfO/U7jy/czfTD1b/w&#10;/wCqIZslgvbM1Tj5LclViCr/ANVh91617jx92vHVj2Pn/b8nP6a/SqsrKGUgqRcEagg15D6V5b60&#10;+h+H3bueR3Xs+QuJk5R35GLMCYS5+J1K3KbjxFjXc8Xu7rMXl5fufpuu+121uLXJ7P8AQPOM8Q7z&#10;nQrixsGaPELs7AcgzpHtv42Ncm/vZjiOHxfSrn894+T09fRfpBUVP3JgsFAUFsaJjYeLMpJ+2un+&#10;7v8AGvU/tvH/AOOv8Hkf1k7j6VwcrH9P9p7dhY88R6+fNBBFG6i3kiDKoOt9zfZXe9rNr+a2vJ+o&#10;7ePXGmsmfXh8/wDQqKP/AOowmCbWeKfafZsrfvP0OD6XP937q/SteU+jfmj6xJGfqJ3hlQyMvy5l&#10;Uf8AssXj7K9f2v8ATn+PV8z9Q/rbfd/KPkvTEskuXjQgMsaZCFCeNt4rl26V1vBc7T7X7Erw317x&#10;r/ERu6np0iTYts3d4/6iu/7H1+54v1f/AE/f/wBHx/0l9SL2P1aJcp9uDkp8tkvwRQ5BVz/RYC58&#10;L1z+507tXV+n+bs8nPS8P0rXkvpHyPrv6Y+nPWMQbND43cEULHnwWEgUG4Vwbh19/wBhFc/i9xtp&#10;06Op7n2Wnm/V1+L5Dt/+HPs0EkIyu85ORBDxiREjLDwLEyfoFct95ccR1dfpWmebXqXae0du7Tgx&#10;4HboFx8WIeWNfHmSTqSeZNdXba7XNelppNZiTEa6y2/JP1ASE+qu+iWV40XueU4tdiW67jS3Kvb8&#10;P6J9kfI+6x+5tn/yv83KgeDFwl3OvzIdjFpflqSvMVqTqxmST4hz3jl8xQboTvHm0O4a2/VrUZ3Z&#10;FhzMvKRAhgxyocciSNRr7Kz9iyW3k2fAf5tn6bhXI2xKRYMRZmtfhpSknLE8fzfcvl5Z+m9woUDk&#10;ptbXn7qbWxNNZtba6E+Gsrxw4qrIuPc7uJJ4W8QLUsxGpzt9gZIpRmlY5I0EqFVTQEHceLa/CVpZ&#10;6pLzgrKx5MmCORJndhJ0wFO7btF20HAmrKm2ucUmfCxYZIYJJZGkiDud3AL8WpPO9TFxytxnj0bM&#10;bHLYg6J3ZOl12lSp8N3iw1BqTlcY6NnXyflZpJFWPyIDITvPmuq7Rxv4+2tQ26ONl9hzI3SQ5pLz&#10;D4r28hGu+32Utt5Z7McOjg4hGNNIiD8ttYb6sALMdeXPSpJy1jjJSRP3BXhnm29JhxayWJuuigca&#10;trOszGYhIsoxwIJYJPgRgbBgdWvz1peEnNw6OQZoXguu6UAlgqJtCe4FfN4VJ0bvVlzshUSByXlW&#10;Bh5NBt3Gx3WF29lX0Zt5h0CNLjwsixqJ2Kq8pAcB7j4Rfy2HjUm3q1dfRgyjFjLHLFI8kRYMh2bb&#10;EA3sDfQ1bOGO7FPwZ2lvKQF6Led0Fn0HmII57qzOeG7xMlZHcJMh21VsdI7tsGp3nS9+LEDzVr5M&#10;W+tX2vtuNNC22O2RIG3O5AXbfTaoB18Res+rc14HKe2xxrj9NpJjcRhA7DceBsp1I9taxjqz3Z4i&#10;syHIEojkZXABV9q67wu4jT7BemeC68qzxC0cXzCM6IwVSvlUA6m/C+lPRL1iYkmUsyyLF08cqyQA&#10;hmGp00Nv0Cpw1zCDkTSv0JtjAG8sm3ya8R7xVuYzOeraTFHN1JpzLcbIR8YiBvcKOC0katZVkEMY&#10;ljMqJF8RPnLnnpoBpVvVicQUox2w2zCGRd9osctaU3sSdQ36KkuWtte1c0jfLsEi3ZNunGQS20nX&#10;Um/2014N+Wb5HJvwF9vDT9pb+SndsnZq+j9VKT3vIPsT+wtWG85cpUtrVZGFqKhFqLVWvrQEFFDA&#10;1joYQKKGAOooVQAqphbcKiwsWvrQEWAoqGQfbRANIKmTCuoONMqsZJFMgXybc6mQn5tifZVyimnP&#10;jTIS8zcqmQIMjGplZBFZLX50CmSQnjUwWrTDZuIq4Q+LtwuLjStM4alw0UcKq4WYL8BUwoPlbnWp&#10;gyfHi7auFH8qpNMA1xU8KGE6CAcKo+t9DfUXvnpKXpY/957Y7bpcCQnbc8WjP4G/QeYrg83t9d/t&#10;dv2vvd/Fx11+D270/wDVr0X3iNA2YO35Jtux8y0VifCQ/ln7/srz9/bb6+mXueL33i39cX5vq4M/&#10;ByEMkGRFKii7OjqwAHMkGuCyx25tKwdy9Weme2xl87umNCF4qZVL/YiksfsFa18e16Rx7+bTXrZH&#10;wWf9fewxd0hgw8ObJ7futk5ZsjW8Yozx/rEV2tfZbY5vLob/AFXSbYktnxfcdn9bele7xLJg9zgc&#10;kC8TuI5BfxR9rforrbeLbXrHe8fuNN/02OL9X5YW+nPc7Op6ny/TsR5rZMR8vjXJ7X+pHB9Q/o7f&#10;d/OPz/6e7zndj7vjd0wmtkYzbgD8LAizK3sZTY16m+k2mK+e8Plvj2m09H6Q9K/UH056jgQ4+QsG&#10;a1g+DMwWUMeS3tvHtWvJ8ng206vpfB7rTyTi8/B9I7oiF3YKii7MxsAPaTXC7L4Xvv1V7Bid+wO1&#10;4uZG8RlJ7nmKQ0UUaq3kDC92ZrcOHvrs6e22utuHR8nvtNd5rL9vydX/AOpfoT/5xD9z/wDJrH9v&#10;v8HL/d+L/wAo8G+p3du39z9b9xzcCdcjEm6PTmW9m248am17cGUivS9vrZpJXge+8k28tsuZx/J9&#10;t9DPUHY+29u7qncu44uE0k0RjXJmjiLAKblQ5W9df3mm1sxHe+mebTXW91k59a9P/wCNvRn/AM+7&#10;d/73B/y66f7W/wAL/B6f9z4v/LX+Mfk1TcaV7b5KOz6T9V959K9zGf25h5gFyIH1SVL32t/ERwrj&#10;8vjm8xXY9v7jbxbZj3/0v9W/R/fYkV8pe3ZpHmxcpgmv8yQ2RvZz9leX5Pbb6/N9B4PfePyeuL83&#10;2CZWM8PXSZGgtfqqwKW8dw0rhw7eXz/ffqL6O7KjfNdxilmUXGNjkTSk+FlNl/rEVyaeDfbpHB5f&#10;dePTrXhP1D+pXc/VTiLacXtULbocMG5ZuG+Q/ibw5CvS8Ht5p9rwfd+928vHTV8UsjOQBwPGuw6L&#10;9Q+kfVnpXH9Kdlgn7zgxTRYGLHLE+TCrKywqGVlLXBB4ivH8vi2u14vV9R7fz+OePWXafpnrPg+c&#10;+snqH0/3H0Y2PgdzxMuf5mJhFBPHI9huudqsTauX2vj2m/Mrr/UPNpt4rJZfveL+nu9ZvYu9Yvdc&#10;Q/nYzhttyA68GRrcmXQ16G+k2mK8Xw+W+PebT0fprD9fejMnEhyP31gw9ZFfpTZMMci7hfa6MwIY&#10;cxXkXw7y9K+m1914rM90/i+H+ryej/UfYhlYXeu3P3ftwLwKmVAXliPxxfHcn8S+3TnXY9t36bcy&#10;4rpe/wD2vLpmba90+ceHxE8K9F4UOSMsptRZCnQq2holj6v6V52Hheve15ObkR42NH1+pNM6xou7&#10;HkUXZiALkgVwe41t0uHb9jvJ5pbcTn+T9B/8Z+j/AP572/8A97g/5deZ+1v8K+h/ufH/AOWv8Y8L&#10;+rHccDP9Zz5GDkxZeMYYQJoHWRCQmoDKSNK9L22tmnLwvqG+u3kzLmYcr0NJi43rHtGTkSpDDFko&#10;0ksjBEUDmWNgK35pbpcOL2lk8utr9Ff8Yekf/neB/wC9Q/8AKryv2t/hX0X9x4//AC1/jHi31r7j&#10;23uPqjFnwMuHLhXBjRpIJFlUMJpTtJQkXsw0r0Paa2a8/F4n1LfXbySy54/zI+i5v67xx/0E39ir&#10;7v8AQn0z+r9z9D15T6J8Lk/VXtPbPWncfTneR8rFjtF8rnAFkIkgjkKygXIO5zZuHjbjXYnt7dJt&#10;HRvvtdfJdNuMev3PssLuXbs5BJhZUWShF90Lq4t/VJrgutnV3NdpelYO8+rvTXZonfuPcYYSlwYt&#10;waUkchGt3P3VrXx7bdIx5PPppPzXDxH6ifU3J9T/ANwwlbG7MjbijW6kxHAyWvYDkor0fB7fs5vV&#10;4fvPfXy/l141/m+CZlUWrtvOeofTT6v4nasaPsnfWIwo/LiZoBYxqfwSAa7RyI4fwdH3Htbb3avW&#10;9l9Rms7N+npXsvbe+dm7nGsnbs6DLVhuHRkVzY66gG4+2uhtpZ1j2dPJrtMy5D3P1B2PtaM/cc+D&#10;FC8VlkVW8dFvuJ9wprpb0hv5Ndetw8b+pn1Vj7zjt2bsu5e3sR8zlMCrTAG4VVOoS/jqfZz9D2/t&#10;u2526vG977+bzt06fF5t04/i4V23l4LIXdpy8KqCMqpxoZdz0LnY0XrDtORkypBBFkI0k0jBEUDm&#10;zNYCuLzTOlw7HtN5PLrb0foo+s/R44997f8A+9wf8uvK/a3+F/g+j/ufH/5a/wAY/P31UzcPM9c9&#10;zy8KePJxpOhsnhdZEbbjxqbMpINiLV6ntpZpJXz3vtpt5bZczj+T5nt3c83tuZBnYLmHLx3Dwyry&#10;I8RzB5jnXLtrLMV1vH5NtLLOse8ejPrP2LukEeP3t17b3JQFZ2/9XkP6yv8Agv4Nw8TXmeX2u06c&#10;x7/t/qOm8xt+Xb8HoONmYmUnUxZ454/14nVxr7VJrrWWdXoSy9HM7x6y9MdoiaTO7jChX/VIwkkP&#10;uRNzforeni226RxeT3Gmn6q8O+oH1UyvU0pwcNGxuzRtcRk/mSleDSW0t4LXo+D2805vV4fu/fXy&#10;cTjV8K+QVcOo8vM12Xn5SSffIvmtfmKFpck8iTqoa45+6hnk+TGQgSFfMeBqNV916A+p2Z6XC4WW&#10;rZfZmJPRFupEW4tGT+lT+iuv5/bzfmdXe9p76+L8t51e19m9b+le8RLJhdxhLHjDKwilHvR7H7tK&#10;87fxba9Y9zx+4036V1MvuGBhRdbMyYsaHj1JnWNfvYgViS1y2ydXlnr7/EP6W7LjSY3p10713Ygh&#10;HS/ysZ4bnkHx+5OPiK7Hj9ttevDoe4+oaaT8v5q/NPcO4919Qd5m7l3SZ8nMyn3zzNxPIADkANAB&#10;wFd+a4mI8LfyXfbNvL9N/R3t3on0l6dEsvd+3Du2eFky2+Zg3RrxWG+/8PFvb7q6Pn79rxLh7fsp&#10;4vFr+rXuvzj7yb1t6PhhaV+94OxFLHbkxMSAL+UBiSfYK4f2d/hXbvufHP8AVr/F+bPX3qTK9Teo&#10;pO5MSuOfJjxH/VxL8A/jPtNet4vHNNcPm/dea+Xfu9G/6X+tm9MeplbIf/uzMtBnLyUX8s39QnX2&#10;XrHuPF36/OOX2Puf29+f03/GX6FX1r6Nb4e/duPuy4D/AOnXmftb/CvoP7jx/wDlr/GPM/rRi+k+&#10;99uXu/a+8YEndsMBZYI8mEvPDfgAGuXTiPEXHhXb9rd9biy4eb9Q18fk17tdte6fOcvh/pRndswf&#10;XXa8nNmixY06+/ImcIgvjyKLuxAFybV2PcS3S4dD2O018st46/yfoQ+tPRy8e/duHvy4P+XXmftb&#10;/C/wfQ/3Pj/8tf4x+fvrBkdr7x64y58HNiy4ejCFkgkSRCQmvmUkaGvS9rLNMV4H1G67+TMueHyk&#10;A2BYGNwq6VzunHpn05+r79nwVwO97p+2wHpwyqLywgHQa/Gg+8forqeb2vdc69Xqe0+odkxv0ew9&#10;n9Yel+8xLJ23umPkbtNgkVZATyMbWcfaK6G3j216x7Hj8+m8zrZW/N7n23BQvm5UOMoFyZpFQW8f&#10;MR4Vma29G9tpOtw8v9c/XXtOIr9t9NOMvuDgqcwgiKO44oG+Nh/m++u54vaW87cR5nufqmuvGnOz&#10;xPKcz5hyMqRpciQmSWVyWYsxuSTzJr0JMR4e1zc3q+0+kOf23t/rXGlzMiLFg6U350zrGtylgNzE&#10;CuD3WtunDvfTt9dfJzccPev+MPSVif33gWHH+9Q/8qvN/a3+Fe7/AHHj/wDLX+Mfnv6uZ2HP67z8&#10;3FyUlx5OiI5oXV0cLjxg2ZSQbEWr1PbSzxyV877/AGl81svH/Z8f6f7tF++IdwEMXURlkOnBxe5N&#10;cu8dbwb/AJpn4v1j/wAbejN239/9u3fq/NwX/t1437W/wv8AB9X/AHPj/wDLX+MeUfXX1L6dzP3M&#10;2FnY/cDAuXvXGkSfYW6O3f0y22+02v4V3fZ6bTOZh5H1TzabduLL16c/B5ajTTYwkQ9F5o/2ZAKt&#10;7K7keZXqX03+sgwMXG7P6hDyY62ixs1BvaNQLBJBxZRyI199dPz+1zzq9X2f1HEmu/8AF7F231B2&#10;PuiK3b8+DK3cFjkVm043W+4H3iuhtpZ1j2NPJrt0uWjM7hgYMXVzMiLGi188rqg046sRUkt6NbbS&#10;dXx2D9VvTeb6kmwkzIcbtOLjM79wynWCOSfegVY2kK6BS3Hj7heue+32muccunr77x3fGZjHV1v/&#10;AKieh9bd7xDt47ZAf4Kx+zv8K5v7rxf+U/i/OHrPKw37/wB2zMaVJVnzMjIgUWtIkszFWG7xDA16&#10;3in5ZL8HzPudp37WfG/zcL92DPRpppBpYKq6FdNRW8uLtzySe2zRzIjhSFKsWOiso5MP0UxwmOWu&#10;afOkxhBHdQzN05FAuoBsB9lJwu1t4Ln+bxsjG6sasTdWijOrWBsT7daknBtcbLGPHNMs8Mf5Q3Ki&#10;2G68fHXj5TVvJJ6n4Ece+PLdXVmDFNsnl0uDqLfdTGV1xHExomORKEjO9i4ilLaFWNwB4i3OlvLj&#10;1nDd2oQ4/Vs4WVUCuEbzKdLki3CwqWct6XgD4vzWdsllX5mYMqgHkFOpJ4g2q2s6681D3RYpxirE&#10;VeJgtifIb6XYnjtPC1S8NTbIIE+ax8yNZV6shDTvYjp7GJAQeFr1fVP9IMXKVcRlSdshySg0OrMd&#10;19bHy63qQzwb+9cqcsNzpAhVRlwKxRbCxYgbrnWlvpFlt5vCs4yJCNroGnBKaWYjboNovarOmWdu&#10;uIQcnOjz1iiT87p7EZht0OvG44+NS3hdc91Ohl7piZqJIyzySMPOSAliAbHTxIpc4ysv5sJ3F5cf&#10;PhyZYFKSEDpqdN4/ETwq3mJnFW+dj5+MZpVOLFELqqC4Yqb+Ufy0l9Dbnmk+RuhjQM9zuZWbbYqD&#10;tsVU8/bUzwXXn7FK0pmeRZr2Zo1T8Q14a8rUpL8ROix9FN0cSsSFQm7AafEBa5bdRccmoUjhaPHV&#10;EsRc7Tfdbl7aSG1osMmWQqsiL07MgiXcSR8Y0Iv7daWrrPVqF5pp5Y8eYQBOkrqUW19W/EDVt5JM&#10;y0psc9FRBikyiQCFpbXsALNrYE8bAUTHTBoMeO6/NzCOb9p+ZeQjeLA+Tyiw0rOK1mRz9y5cwgkC&#10;hd35SL5SwJsDb21ra4ceuuW44D4ghhlZREHGiagKeR8bcamOG7OeWDucDTOyYzAwh7IACxJAubIo&#10;4D21q2OPstXjjM2HerCSPRt9i9/aWOnuqSNWqxo1kypSWN4PLeRwoJOmgH8lLfRNdetav3dJ/Nte&#10;/BeHj9/20yva6vqc/wDfWR/U/sLSLt1crcBVZTetqZANIKmVwAzCmUwNZxTKmCbSmRGlFMhRk8KZ&#10;AGRvGmUA0pPCplUub0yIztaplQoXJqsiIeiq2seIqKoxG16uEyW0L20phMjXHJA0q4QYxTTAP5Om&#10;A2PEUVcKccZAvCphSxjpfhVwhgiUcqC7DlVRdqCbPCoqBRVQY4VGliiD0AvRUspoKIAoJpagoleV&#10;BdwaADZTRDI2BouTLUVB4UBaWtUUT5OQ8ex5XaMa7CxI+4+6piLd7Z1Z93m00qsjJLi54UVmlAJ0&#10;qsUDRtYGhhQVr0TB0Y20agJJQTtoWriQHXjUIqaPS9VLCcfcX04c6JDpxZaLS8aI7iTxpTWNMrbQ&#10;LVItWrMVqkAA2tCF7GLi9RMNSwgLrajWERAHoRpuANB76NMzgk3AolIbcGva1GRpLuXhqKLk2Ky6&#10;nnQgur5rCqZWZio0qLlnfJu1jz5VWcvvvoox/wCO8f8A6ib+xXV93+h6P0z+r9z9E15T6J+aPrDY&#10;fUjux5n5f/4WKvX9r/Tj5j6h/X2+7+UfIyBiNNQa53UXGWAsRqOFFNUgnWhGeeJmbTj7KJYWmGX0&#10;YWq5Z7UjwzHJcnQeNMk1E6bXDAXoUR3MQRy41Kociae1l4+yotXjTSE7WFiKGqSy2k2k0yUyRk2e&#10;XjzqlZWaS99arJ8W9lsRpyqNGtHcWFDA4xGq7SfNUagPIW2k8eF6IKVHCFUNr+FUrM+Keout/G1M&#10;s3U2RkAEQFzwqrapMFUIduA5VDtPfFgdlKanxqNYh00IChb8KRqxmzsqKCIMeXEVZGNtsOFP35HB&#10;CErbxqM9zhTZORlTbR5ix0ArN2Jr6uph9gZAHn+I8BTWNbR2O29tRNxMYAPA2rdZ01w0Sy/LygAa&#10;HitMLbijypJ540jC2B4kUNs1TTpG8cc/k8CedMHdzignbEfcIiN442qxLgmL5gJ5FO1j5j4VCZMh&#10;SASSIzbiwup42NFmB4WNK5cOfgvsPO1KayudlzPv2o+5gbbdatYznoKF8lZVidVBvcMONvCosvo1&#10;NIYZrllO8a3PCqucFvkCXFljVwGJ4ik6s25h0SY74yCdSr2sNCRfxqNTFhUuDkK8b3soHnC6G1M8&#10;JdbkuHHned5lUXXygtxP20yTX1XD8wm+Q6m92N72FCZNi7jiORHCN84HmPIUam2eh+PBjghmmbyn&#10;QAkgn21Fkjn9wezSjJY7mN8cNqLcDW44dvxXiYo6kMpXqxoCshvYe8VlvHqXB3NEhk2DdMPJ1FB+&#10;xtatTXa4bIJowN7EGQizsTx43t43qNqTKzQqxABku3mK2KBqdEmVSBYsB4OoTLDqZLfCS2hvSVNp&#10;xwDAjzJEaOWysCVutiSvjrzvU6VrGYHJx81541mkaJYzxTiR+sQKu14Sa85pzQN13WS8kLHedzXH&#10;vCn31Fa5WzkxlZgItLK5GywPM3vfSka2ywZECSQrHM+9kIPVJ8pubqoHLUWqsYa8SF4bmNQyTDkb&#10;G/EsDWJHJkLZcj5sjRxLPHonUJ3bbDQj2+NbrEvNMbNxo4pDvjeax6UNjuDkEHQ0nU22kjDi4yOq&#10;RZE+7JZ/LtS7gWG7U8RUzTE6Bx4W63SEyRnzElhbapIBHhckW/hpTWLfKhw0cPGq7CekqCwkb2nj&#10;YAi9qUmARpLjdwRb9TKQgpG52hUYajQAD76zausxSJflB3HJiJkEZAJX4SHv+rpc+01ras6zmmZG&#10;K+DmJkMrmMruRwOKW5E8vGnWFllX8vO79bujFGYBIYVFlZpLj4jp7daltv2NTWTm9Vfu8zY8TI0k&#10;TKGEykldwC2JO3jperhMgVJ8hVgxlXbb49hK8fKAdLaXp0Z52FkZMkiRYBnskY2zwx+UHafhY3tw&#10;HGk4nzW3u2+RsEUGPPHjw4pzEyFuXaziwFhtbhzqXo1OuJGjuHamXKSdyMWEgMWL6IsYtYKOPGtX&#10;mJ24uaVlRy5eIs2PEqI+0pOqojjaNpvYjbu9tNTeeoVjWbGiczCQ48WyTebqtxZmVra0ibfFl+Ty&#10;lk+aWEnCW6gkdNALDzFTfiaXrwkmJmsnVmxyBCxyGA2+W7oOJ+Kw19gonLpdsSafHSRMdTKlxIxs&#10;qooBA8vix0NYnVyyccC+YjSZYGiG9jcyMPNcAcL20PK3KuSzDjm2bhV8rIU9EbhEfPE5uA1za+0L&#10;f7acdE5sz6LSFcaNZJ79Q6IV8oG48LJ4e2s/NufA2MY3b8mdoHdUjS5Dk6tw0JHtpjNhntlwt87I&#10;bHjvEXkaJixuGaMDgV3Hy8asTbalduiYmCSSVYxp1DNxYWtYX4+ys3LWsnq0bYerL0CsGLijfPKq&#10;glm4gctK1Z6JL6+kLyQAsJgEsonvI0pBDEt4X0Gns+ymeFxy0fMLhlEA6WQ4G5SpLBNTuZgFF6Se&#10;pttjhzMlM6d981unbd008qE6nUA6mtZcWPWmwSMsK7gsXl8zi1/dfXWsSuSzhh+fmv8As343tuPw&#10;2/hrWY48X4PovVUlu/ZI/of7Nay5NurkFjxqsgaYAe2plSGyWPCs5VI97Gqh2xxVDtrWFBCrEeFM&#10;CLCx8aYFnHJpgWuKTVwGjHsKYAnGBNMBi46gUEMSgVcJlAi8bUwSrKLyoFMlVmhXSgeigiiwezSo&#10;uFrcGgJibUUFqqIdBrUAKKrJqgVGohNvdQCDeqgrnnUVamgK4oqyBagDcSbUQSXOhoqpF0vQqk9t&#10;CI634UKKNLe+hIYTRVA6a8KBUk206US1aTBhrpUXKiATe9qAg9lsTQyVJ5iLVWasE2tRUDAKTQgZ&#10;GuBbjQICsTdtKI2IvlqLCJ2ZfcaJV44saESZruFvVhTUQA3FFgnjJGtRaFCqrtvr7aqQ+NQ2pqNQ&#10;rIPTN7VEpXWkeO4+6qmVxyvbzaGqkrVA4ZAb1G5RMy2NFyzysCbVGaWtkBtWkFHHKzaHy+FDFNCF&#10;OPGoqE7hQZun+Zc1WcPsfph3/tHYvVsGf3Sf5fDSKVWl2O+rrYC0YZv0V1/caXbXEd72Pm18fkzt&#10;cTD2r/6v/Tq1/wB7af8As+T/ALquh/a+T4PZ/wCQ8P8A5fhf8nh31K7v2/vPrPuHcu2S/MYc/R6U&#10;u1kvsgjRvK4VtGU8RXo+DS66SXq8P3nkm/lu2vT/ALPn4H1s2grldeHyBBqNdKLSOopNhRnKhIIm&#10;JY3BqKasisNy8DVwuSJ5HsSBejNLjy4wQHHHS1CU7IkWNC6cPCpIu1wz4sxmbcy25CqkzWwqq62s&#10;ajTlZLTGa4NjfS3hWnFc5PgVwxL86jUjU5jK3Ao1VrkCOO1r+Bpg7ilyG3XtY8KJkxEMt2BsRQky&#10;X8uwbeTc+NDC98m4gHU0BiPKRQ519nsouLASSEOrAcTb3UqNDTKE2sL350aybi2jBJ18Ki6uVn90&#10;25YVn2J76uHFtvy+e753P5jJ8h8qC1weNS3BJm5c6ODInN0UkePKsN9H0HbuyHEQZeRoRqBVkS8c&#10;10V7hBPd41LbRaxraTbLXg5hIAbyrRqUrKjE+YJCfKg0FW9Geu2TRlKsDBR+YPhFZazwx5kxygqz&#10;rZl4MPGqxtz1X2nGjQvNLqRoR7KVfHr61syO54hlEEIsWW5uNL0wt3luHJn7jBEDKt96ttcDnVcf&#10;d8HShz1kxVMfldwdrc/tFRyZ4cyLtEpDyyOSwJIt41cuOePHJ/asTztLNJvYG23wqWt6a45FNFjy&#10;yShXG4cRcXt4VanCQtFtsItykWDjxoRpxs2P5eSLKsjILJYak1G5txyRK+aWjeOQOCLbfi916M8m&#10;dacYRjC7pnF9oFiGPKkW24xC+1xTdSWBo/Nbc3vPK5omkvRTnBwJSs6Xdxf8vUgHlT5pmTgoyxxI&#10;HxGLlnHlPK/O1LVnyM7m2HldJ8iQrMDYAactRSG9jLHInyxR2dG4QKB8QvbzEc6dKnWc9W5MTF+V&#10;MVjHtF5SfiJ52pF7Zhm+bjigkRPzI43G24u1jw4VMcnfwrNy5sYLuUqJrFXFzuFtRprrVzMJcyij&#10;7gMgSHIh6SOBGy2NyDa2lSVq04RZKYplSVEsthGti2h4nwNqsTaXBvb8uOKfqTsFh2kuWFhcn4Rf&#10;j9lZblx1BOuJFE+02c/61jv2h2uo0rXVno3pLLPFG7TiWOKykOAtyNNb1MN5yT3XDTKijsnSkx23&#10;kBeKrYm1uIp6YSzmX4GGaCYF8Rj57BiB8Kk8ApoW56ESzw4peOJVaIWCIi3057iOFje9WRna4Ysu&#10;eaQ46qiGK5kDKPNbQH7r1fRjObM+jBJM/cMuRjJ+ahCxACys2gB+8XqW+hjP5nQ7fNPHEDGqOskh&#10;Mjk7tbkkKAbrY+NGpbiCMmRk5DQpEwEUbqkwAAvINVXTWpVmS1hxsRZRKVOYdl4XJDEEjwN7KNTa&#10;lJ8Ad4WBp4sZW6mdwJDXUAHUN7PC9avE5ZsztwLcm9YwxGRGQzeYhb8dQbj4azGrfg0JvTprKjNH&#10;cGJX2nhc/i8KqYx1ZMhZMjJMjuFWDasKk7VJOpU6gE60pkUSm8yCRMaOEnyFtvEDl7Twp8k9Mh2Q&#10;piNvWzMRKgVbg6cWJ0FvCrIm14NcNj4GM0N9llLSpuJIvcbdttfEVmdG9riwiTfnZZAHVQENua4t&#10;Ztdw+yrbwzJmm5y44mhSRjaYlAFAFxci/jtDVbcQ7c05BjyxxYri+PhKdrqdguP1ibbrisyejdvr&#10;fRryJMDP7L1Sz4uK7EhQCSSmluFzuq634G+MZrnYkWOuMnRlkKK12Z0sU2/Fdm4eAqRKzTzuk5XF&#10;nCDJkBAINyLg3IGnPnWq451x6GvhFc1j1GKxqpZiCALcOHG3GpeW/wBNrZhsvSljhl2Qbuo0h1Mh&#10;anqsuYzSR5pzOo6N8uFDI/BdeHlvrrS3LMllzTnhlaIyyKkmSR+Wu7RV48BakXbpx1Y0hz4oZJ5V&#10;PVa21iQqlb8PdRnpI0Z5GVFHGkAdscKZMm4CBxyVm+ICmvTFa8nxhOPhwKRkZoknKnf0gPKb8NBU&#10;syutmp8PcGnmRyox4cZ7xAEj771bPRJv6gyMjLfKXKyUASU2VjfUDhpflV26M6228+pE8OZJJIkr&#10;ayAMIbn4OAuw0HuqZO29D8FBi7kZFdUG+dw3lUfqgGs9rkm34NHXxN17+XdvtYfs9trcOG6mVw2+&#10;qkB77kn2J/s1rUjO3WuK9MMs7xsx1qYTI4sergy1xQAa2q4U4xrpRVjbaiZXZaKIcKCiaJaJDQiy&#10;RRbVXogiwAouSS1zRlYNUXpa1AG00FBANaJg5LWqNQwWIoqgBQSgtQL0FMoNAsrr7KrODABao0Bu&#10;FEoU+K9VDCRUaCGF6IJXF6EoiwoobX1oghdeFFCWJomVcNaC+qKLkYmW1+dRchL3NVFFzrc0Mlmz&#10;a0QLNsNDocrArrpRQMDREv5daiwsP5iaqKkJbQUK0RICAfCosgmUWPhRS91tOVEKkBOp+y1CjVra&#10;GgixXYNQw1oAo1ooJZwBa+ooWsrNua4qstMM2wWOt6jUqOyyAnnQyBDYbbcDTCZEY7ncR9lFwJYz&#10;bShg1EtqTrRS5lHEDhxojnNMOtajLpQ5CbdOVG8l5E24gCiU6OMdK9vtosjMUJYgaXozgJx2OhJN&#10;Mp2nRQWA3cBRqQ8dO2h1qNTDNM53bV+yrGLRBJNuvGi4QQFTc8DUySBmx2ZdDVhYHHlZQY/CqkPC&#10;FjrwqNFywRFr8xRLA+RjtHIWoi4oVgu1/aaLjBu8yC68KHVncee7CwFEa9qdG5NRr0YkEkisoPAm&#10;rlmRGnESKp1I4+NDJ0U0TnSo1k5/Kl0qlK+YUpa/m5iiZRF1Eg0YaiorQ08kqELpaqZyBWieHzfG&#10;vGpgzwyTZSKNyC+3j4VUy42V6iyFdljAA4a61LWZblxcnJknkLubsaxa1I04PZ8vIlUGMhDxJFSR&#10;cvrBFFi4iQKnmNl3e/StyFrY2KHxlhka4twqxqxhlw3x3vHHdTxNGLMHBlRDdTYakgVYE46GXLae&#10;56YFrcKJJzkWSqGRTuCrVhWKTJXzLvWymy0ZybHkrjxM8oLsf1ajXdiAkwYZoknY2LnU+ymUunqF&#10;oMTHzFJj6kK/GQL2NTBnFbpYIfNLi23MPKvMfZVas+BeUkwx0AcbiRuF7XplLD4e3skEkmOv57DW&#10;+utqRrt44ISC0MUk0I6gNmtqaZZmrMMiTFnMLLtjdty34Cqz3c4G880qyIibtb7+VqSlyZ29JEld&#10;8ewdPMIzrcVKumZ0Xl/OSiWaLySCxuDYAii3LH+8c3aqoG6hYbp1/SKJmiJ8wnjYM5azg6k35nnV&#10;T5whpkiconllex3Hhe/4am3HK6c8Op8nFLKhmGwuV8xF766k1PRvHPKTYhGRkBBeKFhtdeOgH8da&#10;wzzms+RFknFGSkhaXftC2uxJ9nu41EucZasaFBJd4QFAJAtbzWP8dRrViyhkJlKkt/kmZSkdt21r&#10;C9iRpSzgl55dKfGhxCMhfMh2hH1dTbQ3tVkyu3DOcjoXiyo+lFMxlWUfiBGosPHlRnPpVZuLFJFB&#10;LF+cyrpjE7StvxE6i4pOhtPVnxooJkZoHcEWjZrXFrXBA5nWmMJLnomX0ccGCAjJ3IDkbWU21OpH&#10;tPGi3jogz3XHhmdyiblSNIydouLN99uBpIXZqwU/MnCEhbh0k+AA6XX20vNXXocZI8jF2QIkHWY9&#10;VZR5twHm2k2AN9aRbcxyJjkRHIhw1BWKMRzOQSC17G3juGtWcOLbNz8FYyx42LH03M85I6cai52j&#10;USW4C16xI5bfg0tFDvZoo3Q+Q5LPe+7hzNtKvomORSSPHlZSxT7smA/El1TadQAoJFta1hm34MGJ&#10;gIs6ZOSRK0rDaSbak6kcrk6Cs3Na1xBpFjMSwRnkTVwfKdwO4k2FtCAKWJrW140XFZE6eQNmquvw&#10;JpexB+6rqbdOAY2HIZGcImyBAgnYmykcdoFzbWos+IIcJZJZ5Y9ixQqrbghaxAvdGYi/m4kilvoa&#10;655Py3RYVTI3Jmync9wGR14DUeyrPib/AAKlxJJ8mKPJm3LCgPT4AixA2gDxGpqXpgxm8s8zzkHH&#10;QXxYSWLyArGON9t9b6/hq8TozzevQyGOY/3mKQCML5R+FrcumbE35G/Gp1WTHLWYIe4ZCvIQghFk&#10;QaG9iSNeYpfgsmeTe3TpPjGEQvHiA2jncBj5AfMeenspOLiNS5nLLI4kU4kcu6OI9SSS634beRP2&#10;CtdGLyY3bYo8E9W6xMOo8oYgOWOiAnz++sxrbWSM6hUyciN0/LcBkZR5msLXLG52/wANWxiXq1xp&#10;D8hHJlDqTyt+USdsZBvYC9idKkrkuvGPU2PDaCBY+tHYCwMeu1Cb8PhNuVIWNMUU679ro2MqjpO+&#10;oFxwXhe1IrPFFHDlXjcujRkySM2yJbe4XqszDlnJDzSK5VkJtC8aEBidfie1+Xmq2sSZM6CmIaLD&#10;dClluQ7XuW3EipreV3mYPAONNCMUjbI7A7mkAYgcWseC0twukzIzLFPLnTxY4ZYr7cdVUksOG7cd&#10;dvtpbhJr3ZMxu37J2iypSm22spHw3/DqSKlyuskPE8/XdMcrtXUMAZAP6RN7mrUmaRkvkBm3ptjJ&#10;/bvpuP8ARW5+yqz0M6mXt/af6q37Mcd3v/RWHK1+r5GHqDJUcun/ALNa3HDv1rlJduVVIcsJao3g&#10;1IttEN1HCqBYmgoUIvlUVYNEUb0KtSRVQRuRRQi4oK3G9BANb0BaVFXw1FBCDVTCaUFrQgr2ood9&#10;jRMrvc8aKO9RVNc8KJVhKGBbaKErQAFIOlEUwNBWw+NUEEIoYGBUBhBRVlQOFAIUX8aAZF00oUoR&#10;Na4omAlSup40RN50Joon2sQb0VcaeFAZx92pqGBbAtvAUVTMtjVQsMraGgvpDio40CjGQ3sFEogx&#10;XhwPGgatyNNbVFEqbtaLFSADShWZgTJpVYaN+0VGhBgw40aZ2jNy3jRk2FAeIqkVNxsvGoUECSbu&#10;OlMmDwArbv0UMYNEqnhzqNZKbLVNCNRVwzdi/mzIwAFiaEuWyJQUs2tTLkkYsuCMSXvtBphnbCk2&#10;xqDe4q4TKFHdwVGlErQJ+mAp0vyphe7C9pfUUBRjS5osWzA+WoZUkYDncePCqkgmiQEE8KLgRTy3&#10;BqLgKspBudKqZKnmtGdlEtYsSVpJLnSxozLlubJVDstrRvKmKyA20NAlMcx7mNzc6GjOEW0lwx50&#10;OrSpSJdo58KL0CZBfzra/OoufiqdjIhVNB41UtyThrslO86HnQgp3hXIVW1DaA+2iZ5NXFjXdIDp&#10;RcBxsyCz9TQcjyq4TXaMwaNpyV+HlUDGnIcRRi5P8FC1sxXVbqfitRuUlmxYOpLKePGpWZiPnpu6&#10;dKd9tjC3EfyVaxLZXEmk3yMV4E1x2uSR0+1dikyUEzmyA8OdML1fSx5OxxEifCNTW4lrSFSQFn+7&#10;wqjPLNOHARxaM6UTKpO5byouAb+YULskuWkj9JQVFvMfH3ULSRJFFMLOVB0cDh9oqs55Zu7iWGRW&#10;U3Vvw+NJ0Z3lykWCkcaTONCN1jWW8YbJUjylUwGwA1NUvPRFxAYwvW4nyx30oY4BHitjSSSSsFjb&#10;Wx4WFOtMYh+ORu+aRRs221/hpV1+LJ3IyS5ULRpcxqXU8r0vRn/U3wZRywpgbaw8rgaWaplvqQkc&#10;2HLkI8m+SU8OI/TV+adOC5IYvnIzKN8ZUsu7ibcqeieosSXHTJYlepE97i9lA+2pYs2hQkhbLmOO&#10;dl47RX0HHUCtYZz1wfkSSxQF5QH6nlRBpY+00htwxY0i9Ui/TLAhox8II4UqatMGckKyf3O2W62R&#10;TwIHPhUa7senIP3bjJJHkZTFnezKq/CLcRUvKzWStWbOMePGnclukWdEPGx4KbezhSRdrjAInyps&#10;l807YzIRGY24AfrWv7qZMXqbjYswK4eTIxLkv8wosRysCKWrNfQ9wkE0ceQrSdT8sStpbn5/fQ9S&#10;e4dxx4tqxjemuxrXG4qRqfZWpGN98M2DPKgaGUPNEm/RbgK4HD76lXW8F4aS5cGWcpgkW4qFsSwI&#10;vtApnlJrxzSMhYYmlEeS6KjJCTpa2nhyF6W4TtjQsccSLLiNZEJL63J2XJutra0i2Y5jDgPEksoc&#10;DbOS0mywABOu7w28wDzqXqmvMxWvESCCSTHCzZMcI3Kg23VjoWIPAW99K1quLLkHcpMWNmfEUmQb&#10;LBbG3AHQkE+NLwa3OfgswfOSxxY05uGLCQBRdwu0tfnbgaXbCzS03rnFeSEsJp5YyJFVSVLk2tY2&#10;Gt6ZLLzIzwNHkrCIF3zSO5VSSOkqqNbqfcRTKSNeKuSV35EwaJNTITYWU+B4tf205X05clpYXM2N&#10;JIqsxvZ9XO0acBa58AatvLjkzDBmGSKSIQeUtwKBETXXbxbUfppLhbMxrVmwYJCiFZJVCMiKrm9u&#10;JZrXvf21J8W7iTAI4cM4HQ2OmSsZY30DKWvt3DXXS/KmvVNpMcEo2zBcY9zGCN20GxI1899NTp41&#10;Neq7zgWD8tmrEJ5TJkRBrwlW8uvC4tZf6VM/EkaM6HJZVR7gY4ZnyQrIpIFiu79FaSz1K6Bgc5c7&#10;Lj4zJtONIbEAW3FVOp1NSclmPvDn9wllweliIZJJFZGbaB5PwkA/rDXSrKXN4X0VfHSFQ0c8abnj&#10;F2Ysot5242toOQqadE3vP2D7bDHK7tDIu2UlUG2yp5bkcOfsFOla1mYdAmV0zhmCV0LFA0gCw7W4&#10;2Hxn3Wp6rziRR7csUhO3HjOgVgCzFgb+KCmEkjPLjxSyy3j+aZ/KGJIVGtrYXvy5ClTDWO2Ro7SS&#10;Tqg2KJgeAjA0QgXtRrGC/nJzMIY0TbEpWCZxZ2RtPIraW9pFMSJ3WixjDHHCIik7L+WkNwxD+JC6&#10;0MHPFK2OgdOltbab3G5731BA0HgKsNoxeo8JsZA5yFjjmK7cRL3c8zYcqeiXXFaMLBSWXrOguI7x&#10;mRrakabb3NYkzhyX1Q9x7bCE6w6uZEpWUgWAF+XGt4Y7p1Llx4pN+dDA2VJKOL+VQLW0vqakuaba&#10;Yn2pjJnQlik7K7IFLldFHglqqSWC7d23HlmacSlyoIleS++4/pUtNdfU7Kk+W7ekzIOmhJGONZGJ&#10;OhPACrIu1xhni7k+eDE0Wii6xg6r79P4KmWebFXj2/sz8G21xxv8PH7aYVs9VQb/AFDknx6f+zWk&#10;Z2nNYo4VUVTBlgOFBWvOgK2lAL61UoQKIIjSiqAtRBAUUQAoLsCKASAKASBRFgiirtegsXoJQWRR&#10;U4UQDnWgoHW1AY9lRV3oCBueNAwaUVAdaCza9BewX0oqMgtQwWAAaIOwtegEsKCt5oLuRpUF3A0o&#10;oWYX9nOqib1tpUFbQTVA9IAWPjUMCdAovRQI9tRRDfmAFseNUyVud2vyoEy7gKJUhRiLnlUWHgsL&#10;XqgZWW96i0KMpWiLRuQ4c6BvmGqnSillWJ1NEEpjBsdKBUrLfaTQpyEBAaKz5WUiEjnVjG1HjSna&#10;CefOplqPoe3+gvV3c+1N3rAwBP2xBIzT9WFdIr7/ACs6vpbwrj282suLeXY09p5N9e6Tj7nKhW6b&#10;rAGuRwx1PUnoT1h2ftydz7hg/L4DsqrMJYXuXBK+VHZtQPCuPTzabXEvLm83tPLpO7acfc+cRZbc&#10;bG9crrPpPT3ob1B6hJHbMRp1Q2lmJCRqeOrsQL+zjXF5PLrr1dnw+138n6Y1+q/pl330pgY2d3OX&#10;GZMl+msULu7q23dZroq6W5E1jx+fXe4jk8/st/FJdsPlXaQnysVFczqESpuIUksaRLD5IAse48Rw&#10;FFwPGNlsR9tUgpUV7mhgWLIoG08qGtRmZWO21qAFZme4HPWgdLcC9FpUkjsu1eNEpDSTINrHSiDD&#10;ts8ovQyBDK1wRoaEaVjjjj3EWuOVRSYIBI3U3Xq1NYaZYw1gdRRcs+TmtGbEacjRLRGMugYae6i2&#10;NcGwIA4Nx41FgMl429luNXBazyTOsRKDhwqsVWLJG7Deba+YVFlh+RFE7jaAbc6jVnIozEPLKfKf&#10;GqTHqCWbH3fLonmPMcKJb6AGJYXOpGulMp2tSxQgLKtgRRrHqw52WuPumQ3J486M34x8z3DuU80h&#10;IYgHiKm2zOuubllgxJpwSo0rjcjoY3anjljeVbpcX51rDPL6FXmgdBElojxXlW4ttyCRZnnP4C3h&#10;wohseMsW0NIzC+ovRZJDJY0jfcnmvyNJErE7ssMziI7gbqQNaJngMU+TkRpO8YjEXxDmRQzaqTK6&#10;qdSGFuOtxbSrEtTuEE2W8caKEULdjzqei2W10THHHjo0pARFA150jdZIJ4+q4ivtOm1eAplmQUSK&#10;b2YmTxvzqs4X3OLIeAs7kpGvwCxJ99RraGYDTSwxK0RiW2o5GplYuOSO5VEJYbkjNiB7a0kZo5Xj&#10;k6C+RQfMV/F4/bUpDclYIpAyG7zePu42oYmeC8f5iLH0tLIpILSX1DeFIcyD2RTRBQHeULwXQbvb&#10;VylmSnw5JJ4oyemygSOVIvfhpUMcmZAybukr6i3xcADz8KtOfUWEMSaIj45I7lpBxao1rixqkhWG&#10;NcqVwhKkIW460W8cvruw/SH1v3bGxsuOFMaGbz7s/wDK8pW4OxQ0gv8A0a6+/utI7vi+neXaZ6fa&#10;+T7x6ezOw+pMzt3cZYi+MSGaO7QkGxtdwp03DlXLrvNpLHV38N8e1126qbAmkcBWWMggxm52kGxv&#10;9layz28ryGkwmlcKFAZCVDEhle4JFC3HLmnuGTl5TpF+wlkWyS3IRRcXF/G1LszJa6EuNiZatDsE&#10;SJZgBbcCNGYX5VVslZ45zhdfFbbGUXqReY3fUgfadtXHLHdiVnxZ8WQExho3k/aySMb7720Gt+PO&#10;o1LGeXqI8ox9XdwylgLEAXII5c6Mc+h2PHmu6CWTZGfO1gdb+wge6s2uTXXHVcsMTOdl+iyEzNYA&#10;DabbwQB+mqlk+50sbCdCXjmjMAS9r3JIP4jw9lG+1ixo8YzrHlKIpAXIMTAgk3PnOg0q1jVkkjkw&#10;pXeLJMcUoYLtF7bBwv4sRyptrlJt2mxZfVxTlNjtJKzBdqE6jgtr3cczWeMtZuAwl8eeDa2yWRdn&#10;QVgY0PAk24+U6e2rj1TOLg2fJeZBhRQnHGQOlYub7gTwJpnC/q4V8iMU73TbFFbaQAAzaa3Ore3W&#10;lhOAZWZO0jSRIACRG0aq21ywOpHvtranoznlpgllMs0DlXlkXc0bKLR8BfePt0OtGvkx5cI+e+Ua&#10;Yq5UJtUgBeZuRc++rejEnNgM7q4mNEuIpkLsbTAFmDDkL34VJiNXNxhr7Xg5GKVnzwySTPuIIBJ5&#10;7mA10JrPXluTt4K7nPMTHHkbEkEjlQ2qAWHn0sGY1uuK83CpMNX/AC3mkbKjXckZF96CzeZzewue&#10;FTLXaPIyZoZMZ5kuybtkSXG61gLX0486ehzk7Oxngx/m8tyuXlME6IYFANRYsPMQBqfbVl9TfWT7&#10;27t0XbcPFaZcixQFunGi7zpyuNx48qzJmuTiRn7bmzvIJMiImVrlV3bnC8bsTbbVtZ1Ftx3y1u8Y&#10;gW7tIhDFT+qedNuTXGUx8l8qV4SwhXezRZaqCzIDwOltaXqa8w2aPKjCvCiEMCZiy3ay8GPDWqYr&#10;l9wy3XuAjgiPWk2qz7yRa3NhY/ZuqXiZZ5txG3BSZDu8kZhGgA2Fj42UAmpI3kebNn5UKorbJpAd&#10;iILEDxZ7Db7uNalwzvLSIu0wBT113SxJucK12HhZdWN6zPhVxJytO4xiMR5UXWZr28pGxR8Km3Or&#10;0M5+0OOTkYcplhEPTPliA2Mw/nHjrV9WfTltGXhriIiq0Uki6qxJC+zU1NeG9r6IjwYmOJ5ZFldV&#10;8kdiTuPCxNJMls1hAhly2XIeNYVXS4N7k8TYUymPVMzE6e0SZCtEzAu76sAfwhuVXPB28my4K4ix&#10;HGjEjSm0e4kAk+wVJjGVs+B3Ty726EF/g/8AtLX/AIKYpwnqYAd6nP8AQ/sLWo49urmaURVEXe1U&#10;ysnSi5AT4UZWooCoqgNaIu9qKoPbhRED340E3UAMTegi8eNENBoqFxwouVBracqJkd6KmtBRW4oA&#10;CndQwaimosQrpRVqDRDCRajQL+aiLJvQMU0VGa9DJViTRB38tAgt5iDwqCkNm9lA3fYXoZLDsWA8&#10;aJkZFl0opNzw4DxqoLqW18KADkt4aULTGyPy9ai5Z43axqsxu9OdtTunqTtnbshmWDMy4MeVkIDB&#10;JZFRipIYXsdNKzvtjW1yeHTv3kvrY+5+qHoXs/pLIwIe3TTyplRyNIchkYgoQBt2JH41we3813zl&#10;3vfe118OO3PPxfH+nO3Y3dvVHbO2Ts6Y+bkxwytGQHCuwBKkhhf3iubybdutrqeDSb+Sa3pX1X1N&#10;9Fdp9I9zxMPt0s8seRAZXOQyMwYOV02JHppXD7fy3eW12ve+218Nk1zy+JlcE+Ndh0MkRQPKxJ0A&#10;5UpJlpTF14UXCNCIzuoYwgdPw0MoxPIaHjQZZ7qbnQCiLhwmn8xOvKo1NcnS4UiLbdUyva5nyryS&#10;ktwBq5Y7I2lOnFYcTQr9AfSw3+jeRf8A5vP/APTrzfcf1f4PofY//n/j/wBXhysAthxr03gPaPqr&#10;3/sOd6BxsXD7li5OSsuOWghnjkcBUIJKqxOled7bTab5se777zabeLEst49XjONA2RkRY8YvJM6x&#10;p/SY2Fehbh4eszZH6I9T96w/p36NxYO246SzgjHxI3uFaSxZ5ZLG58TY8TXlePS+Xfl9H5/JPb+K&#10;ds+x4R6s9eeqvUcSw91yllgjfqQwJHHGqtbbcFV3nTxY16Pj8OunR4XuPdeTy8bXhw8aJlUb9b1y&#10;OvIZLCRqKLYXKJCAL2B43qs0yMBV2t9lRpYVideHjVAwxjqEDgOdMsyBaN99DC1cqQw43sb0Vc0p&#10;J4aGhaONo1QMfDWhlmnDz6pwFVLyKFQo14iiQyaQKBYVGiGyJZGEaKSx5DW58BQ5r230j9Eu2Qdq&#10;TuHqqd1ndVkfFRxFHCDrtkc6lvGxFvbxrz/J7u241e34PpmsmfJ1fB/VnD9Jdr77iRemGhbEbHVp&#10;jBOcher1HBBYvJY7QNL12Pb7bXX8zoe+18eu0nj6fbl8RlOsoUeJGnursOla1oemFKgn2GorWzhk&#10;HI1WqQkS3JNEgumixMeXOiMLxNJYxiwvxqs9WyHHkiiG43XxNZbkwcsePNESpF1NF4pUYjDkka8q&#10;qIJZId8h1W1CWx85ld1dy4V9qk6gUy4s5cps2UB0U3DeNYuzc1P7f2jKzG3AeTmTUnLVlxw7bdqa&#10;F44YGup1cX1tW8MWX0dTegCxldQNb1cNZHviUA7wVPBeNqLlhyxKR1A22x425VcsWDg2mxAJk4n2&#10;1FkacuT5cDIl8sdrWPtot45TJKiBjGwG4ak0hWaJt+ILLdjpe2lE9GhJZhbbFdbWKiiy5JCzPl+Y&#10;bEC6DnemUxcl5OTBIqY4Uu8gOzwB9tVLc8BMMscexAeuOAHDXnSFz97V23DmjgZsiwcncQKmWtdc&#10;QbZOOJQpJu2tv8lDKjNlZxEX7OBGBuQVOlDm/YfJgu79LrCy+ey0yvawyS7eCECO9iBe5H61MM5M&#10;zJ8QRosA6mSxubm1gRrY0XazpCmd85pMOxj8ocsDzU3NjSpOTschPyrtFGwIQNxO0a1JGioAJggs&#10;E6a3jdhdjZudWs6tceRGY5Y8hbhyGaRRfynTTjSNZ45Z98sEkK4YAhdtqu3xMDoAPdS9GZnPD0v6&#10;Nen8buXqqeXLRZEwEE/TIuvUuoj04aHze8V1Pdb41+16n07xTbe2+jv/AFK+r3eO199n7N2MxQx4&#10;QVMzMdd8nWcXCxq102rfUkHX9PD4PbTaZrte899dNu3V453fvb94zszLzXaTMypFkndVCkkKF8wQ&#10;KoFhyrv66zWYjxfJ5Lvc7dT9pVgS4kWMK6xi5ULtIt76uCgaR/nopDFvjKHq3sRpYKR7uYpSdRRQ&#10;MuX8zKQ0YW6qfKRx2hdKLOC4llyM6SVw8KiK+MpAYgjVt3jx51csyermCZMjKkyXVnLG1wCoCqup&#10;FufstVrj155bIe0QyuGlJ6zrvZ73APLjcaCs2tzSCyMDEhaERKH2kedFtcbeG/gfsphbwrG7lmSM&#10;QyCbZujWM2NwrWubcbXpYk2tBPCvcWhjOQsJiIOQpQxRkA6qL6k3tTNMS3NFNJHHJu7fCq9N1jeZ&#10;rgOLEm2t7/h+2mDPwc7InnllmScFHJCiSwCKt7nyi97341ro4+ucixI+3mGRDC0sroGjYArcto12&#10;J/FWY3xjB+Qk8fcIYYpxC0yAGOI6Iu4bTc2GvOl6L/qwqbt0C5cuMMgdQqxjAGgDeYs7ny8eAq1O&#10;1phghkcDYTmWHSlNgiqG2+UsbHxtUw1ASmNCyy5G/IeS0pRN7oCCQTraxqYXMFH2aAg75GRY23SO&#10;7brsQLHbpr4XqzVLhm1kz9mKrqHKq/WVVbTViBfQHTXjS3DMmb8hZXbp4FaPGyWeWS5lJLAe5SBY&#10;fdVhtPSNfaI1TIx4jIkSKC5UaAO3ALf2eNZsb0uWnOhz8jqBm2wxk/mOygOp8COIt7quVut9WR8U&#10;Y/UlMY2CJjHELudPh19vE1JEvGRyJGcPDdVTFkdAHaHzERtYsTpremvRd+pGLDiTd2k6znIiXQMS&#10;LAcludbaVdvgxpObS9scnc5IYBJJZupLKgCoFvfZub+Km1NZmuirSDKRmHSjVSLuhJZiNLnlb2ij&#10;UDNjdYMAVEsnllU3W6E2NuGlqVMGS4fb8LDVGSMGLiygX8beLU1jW7P81jQRxqFffKdzyAFpGvrZ&#10;U/DRM+g8rPy+lJIIxLIFIVJlsAvEaknd7asTbaxXaBimGKcn+9KpYgAAKWOtkArHXq3MY4K2tA65&#10;Km0cTbpjJtQsSb6KoN/tq3NZ1xDc7Khzoup1NrxsDFGG2M3tNtbVYm1SCTFV23TXyANYozoR7SBR&#10;Z0E0c0fkldYVe7qsVrhRxJNr0S8H47QzIZMVSd9grMfMbcSaNTnovIgxoMU74hGy+ZpXKnXxJNJD&#10;ayOV3HJx83pyBhNHjHc4UEKxHAW509MMW5uTG7n2+PFUsQ8zHWBLeX37eFItrNN3gTlYTEN4+FgS&#10;SP0CksS5rfHlK5iKl12jbuJ1NSVu9TOpBe3V137fj/Ha/jxtWmMwXqe/76yP6n9hasY36uWNarKr&#10;2NqCxQWTpRaH20Ra3oCGtBai1FC16ClFGVlaNYUbVDAgt6GBCOxqmBEW5ULC2ShhFHjQWTbhQGvt&#10;oCYio0oEXogtwGlFRbGgK1FKc0Zqo7lqqHBdOFRoYvRRBNNaGAlRyqGCmLcBRAdPcfaeNRcIYyOV&#10;WJR7BYVRBHta9QwpmoBIuvG1Arb5/ZVRJI9KFAQbacKDTBEpFiKix9h6S9Heqcb1Z2aeXsudFBFn&#10;4zyyvjTKqqsylmZitgAOJrg8nl1ut5nR3PB7fyTya2639U9Pm+9+ufY+9dzze1N27t+TmrHFKJDj&#10;wyShSWWwbYDaut7PeSXNeh9T8W2117Zb1eb+ju1Z3b/qB2OHuGLNh5PzkDCGeNon2lxY7XANq7Xl&#10;2l0uHne10uvm1lmOX2X+IBS3qDtgGpOIQAOP7Vq4PZfprufVf1a/Y+Q7Z9MPXfcIOvjdol6ZAIMx&#10;jguDwIEzRk8OVc+3uNJ6unp7Hy7TM1Z+8eifVnY0aTuXa5oIV+OcASRC4vrJGXT9Na18um3SseT2&#10;vk05urgjJYPqa5XXyJ3ElrHQ1FFjYGTPOkGLE888hCxwxKXdieSqtyaluOq66W3EfUYv0q+oGVF1&#10;IuzyKt7Wlkhhbhf4ZHRv0VxX3Pjnq7U9h5r/AKf5OR6h9G+p+zxs/c+2T48KnaZiu6K/h1E3J+mt&#10;a+XXbpXF5fbeTT9UcfFypIV+Hd7BXI4dbg2bMmkXRLfpqLdqVFAW8x+2iSIwBfbfjyqpXv8A9NVE&#10;f0fyR4RZx/Q9eX5/6v8AB9H7L/8AP/F4GG8wYDjXqPnXoPrP6Wf8O+mou9fvP5rqPEny/Q6duqpa&#10;+/qPwt4V1fF7nv2xh6PufYft6d3dn7nY+n/0lHccHtHqX969IdUZHyfy+79hMRt6nUHxbP1ax5vc&#10;4t1w5vaew7prvn59Hof1A9Bn1dDhRfP/ACIxGdiel1d28KP147W211fB5uzPGXoe79r+9JM4w8a+&#10;o/0v/wCEu34uZ+8/njkzdHp9Do7bKWvfqSX4eFd7we477jGHje79j+1rLnPPwfC7MggKnEnTS9dl&#10;0MV6d6U+i3qDukEeV3OVe14zgFY3UvOV/oXULf8AnG/srqeT3es4nL1PB9N32mdvy/zfYx/QL0p0&#10;06+dnPKPiZGhRSfYpjcj764P73b4R3P+K8fx2/D/ACcHv30DzIY2m7J3AZLrc/K5CiNjrwWQHbf3&#10;ge+uTT3s/wBUcHl+lXrpf4vLe4YmZgZMuHlwPj5UJ2yRSDaymu7rZZmPK31utxZiscDMjEk8arE4&#10;A+S+4m3HgaGaPDTc7M4uOV6lNYrICtMAutufKrEs5a+39l7t3Sb5btmHNmSgXZIUZ7Dxa3Ae+s7b&#10;zXrXJp4tt7jWZfURfSf1/Fi9ZuzsBt3FRLAXtx+ASFr+y164f7nT4u1PYebH6f5Pmu5dn7l27JaD&#10;PxZcWYcY5kZCR4i4Fx7RXPrtLOK6u/j21uNphkYLssVqsPqvQPpXu2X6j7NlN2vJk7W2VHI+UIZD&#10;AVjfW8m3Za62OtcHm8kmtmeXc9p4NrvrcXty9E+tuN6m7hkdv7f2/By8vt4jaab5aGWVDKW2rv2B&#10;hdVGl/Gur7S6zNtmXo/U5vtjXWWz5PFe89pzsGRcbPw58LIdd6R5ETxMUJI3AOAbXB1r0NdpeleJ&#10;5NLrxtLGKPA6ahmYsRyvVyx2u36dw8HufesHteTlDCGZIsKzlRJtZ9Euu5OLWHGs+S2a2zly+HWb&#10;7zW3GX031E+muV6Sx8PKjzPnsfJdo5H6XS2OACo+OS+4X+6uHwe4m/GMO17v2N8Ulzl8O0xB/m86&#10;7Doic7Yyb/FwoPp/pv6Fy/WGTmQ/MfJY2Iis+R0+rd3NlTbuj4gE8eVcHn800w7fs/a3zW84kI9c&#10;eml9O92k7RDnfPmJFM0nT6QVnG7bbfJwUjnW/D5O+Zxhn3Xg/b27c5L9G+hfUXqWUx9uiAgja0+X&#10;LdYk9hNjdvYNanl8uunU9v7Xfy9Onxep4H0B7MsYPce55MspAv8ALLHCoPP41muPurpbe8vpHqa/&#10;StPW1zvUf+HOHKgcdk77NjNbSHLjSVWOtwXj6RW/9E1rX3t9Yz5PpGt/TtfveDer/p/6n9J5ww+9&#10;YxjMhPQnQ74ZQOJjccfcdRzFdjTyzacPM83tt/HfzE9j7Ik0heZbgcAa3HHh659PPpNH6l7LPnQd&#10;0+Q6WQ2MYuh1vhRH3X6kf/OcLVxeX3H7dxjLue19j+9rdu7HOOj4SPFlYh00t8TV2nn9pWTCZZV6&#10;b6L8VqJZlfbu39bMSBmssjqu63AsbVNq149M3D7b6jfS1vS2Di5D92+cXJkaMRiDo7dq7r36kl64&#10;PB7jvuMYd33nsf2pL3Z+5wfp36el9Ueoh2XrjBPQkmGV0+qPyyBt2bo+O7xrfm8k0merg9p4b5d+&#10;3OOH2OF9B++ZvqLKxczPH7lw3VVzHis0rFAxEcO48N1txb7+FcG3vJNenLua/Strvc38scf6mehs&#10;L0r3Xt+D2+WbJjycbqTmbafOGK+UKq7V04G/vrk9v5rvLlxe99rr4rJLeXzXQhjiULo3NbVzx07C&#10;1doAx0s3wi3OqnR2fSXoiT1b3uLtj5hwWMTzNOIzJ8FvLt3x8d3jXF5fL2a5c/t/a/u79ucer6Lt&#10;/wBBO9ZHqTIxDmDH7NgOFPcmi/MyGKK5EUW42A3WLFvv4VwX3kmuccu3r9L2u9mfyz1+LH9S/RWH&#10;6U7h23E7fkST9eLqZMk+0kkMVOwKF2j2a++uTwea7y2uL3vtZ4rJL1fNdp7F3Hvvck7f2stNlMbi&#10;JADZVIuWJ0C+JNc2+81ma6vj8W2+2Ner1Xsf+H7FsJ+95v5zEFosVR5dP+ce+t/5ldHf3nwj1/F9&#10;Kn+q/wAHTzfoL2GRScPuWXBIePWEUqaDTyqsJ/0qzPe7esjk2+l6elrzj1b9KPUfp6dswkZGASAc&#10;qC9lHLep1X9I9tdvxe41349Xm+49hv4+eur415Zkzwkp/uZFmKqb3rndL15CmHj5M3likXoE9N7F&#10;FJ9lTKzV9L6S9D+o/UDSY/bMVV6bfnZ2QSsSA20LC9zY/CNa4/J5ddOrs+D22/k41/i9J7d/h77c&#10;yb+995ycrIKgf3RI8dFbnbeJif0fxV09ve7ekelp9J1/1bW0nuv+HTtZj39n7rNDOq2T5tVlB8bt&#10;GI7X8dppr72+sTf6Tr/ptn2vLPU/pb1N6byV7X3LD2Szjbj5sfmhdRYkq2l/doR4V3fH5ddpmPL8&#10;/t9/HcbT7y+yen8Xuvd8DtrSNBLNlRRLKbtsLvsLBLjdqeF61vtiWseHxTbaa/Gv0L9Pfp23pA5Z&#10;buPz5ylRR+R0doRmP68l77/0V5Xm8/fjh9F7T2n7Oec5fOeovoUve+8dy7lL3oJ+8JmmWM4u4x3N&#10;wN3WXdt/o1y6e77ZJh1/N9N79rt3dfl/3eT+p+1R9j7/AJfYgfmmxmVHyun0d3kU7gLt+t4mu94t&#10;+7WV5HuPH2b3Xrhx5byvMqXWGUWjY22q40AJAubjWuSuGYLZshe6kYSyJjxIXcKtyXuSb8jxonOc&#10;xHzp5ZYtxkkiG6IxMo8kqkhWYAHjUq5tbcqf8mWU3SZo7bDGzHUaraPza+NI1tWfCniWFczzY6Q7&#10;lWN7HQxklmB534AVOpLiZZZsjNyA6KZY8YsOlNrGSpOnHjatZY5rZPbExenNDLIsxBk2EX6i6XIP&#10;K3E1Jcct7T0LwMOLB7jjtjO5hZGkkCgm4JFhcXsOF6Xnk1nbcB6QzY8mOXekuKxkRQTuNjuK7vbf&#10;nVvXDM5mb6CkhxsjGOXFEAkl2BN22BbbhYcWuDUi2cZD8o+VCZPl/l5GRVjknKqSD8RC3bS1JS68&#10;HZcbwrHAITK6IlpQPIgQi1wNgN6vGCyknac3qZXTKqm3qqoBEg52Uk2W9tKJ60kYeQmKjyOesQel&#10;cB2JX4LoNNeGvC9TqmLCpZJx0JsknFmjlBd5rWYgBW2hddPZTK4xjLs9tGBOSitvIJdQV27+Za51&#10;58KmeXJrOGXIWSEu7SQhJCSYW472uwZjdieFacdR8rtgg3NKJpihYyIhXbZh+LaNNb61JVuAds7h&#10;jANGWVo1S0ZJYjdc2IBAv9lL1Nbwyu0eHOSdjzyKZC8i9QkDS7M3Dba1hS8pOHSm7njTiNS3US6L&#10;jxKArEA+YlDpx4cqNXbLPjSRZ1zPIVAkZE3ktIST8LW0Og5ClTXnmtmXJE2ESmT8t0yqu1gWAHEW&#10;4XI4Ui7Y9QSZPY4+39KLI3XsHZWCOL8SxNqmvC7WWOZL3PE7agixgXX43ABJA5amxH21eOrGbOIf&#10;jd5fLVFVTiwMPKlxcm9/i04+ypNo1ZWXukskIjSZzNkTkrCQLbddGNySbXq28ZZxm4a5snEwY4d7&#10;KWQWVX87NpbRf46k6ctW88EHOghcZEl3jVT5W0bUfCttBemZTF1Kzu4PlwIjoyQoOoVAu23kt9LU&#10;m89E30t6iwssY0kZxMEwKRaaaQkn3a/yVnMbks+wOe82dP0zoiXZ2Ua38fZV/cxwzfF3TNYViEeB&#10;MYjJuc2cPckgaC9qs25Z20vbJht7fl4uNBGm5gqm8ygLc+y2g++sS8OSzkrMy4knadYZJJZz+XG7&#10;eRUHiF0rV2jHbWmCeARdaWVVPDRwoX+qKmctYwx5WXFkoMabNHTvfjx95JtU7rFuut6nCbsOL29o&#10;I57ySizMrBvvtTX4rvZjDD852uEeWXcTyC6D31MF2gocvtasHaYKdTexJ/RUw1doM9y7Uw2vMzbR&#10;ZTZv0eFVnujN832i/wCL4r8D4fw0TunwfX+pBfvmR/U/sLXPOjg2/VXNAsaqYLY3aiWpY3oLoqWv&#10;RB2AoL0oBu1Bd70FAUBECilNxoUakmgapH21FESDRQkCiK20AEG9EEL21ooWbWgZGL0IjA3NFSPj&#10;pRIbrajQGW/KiKVfNpRGhBpRqKaw51ALSbRqaGQ7w3OgqqiwQBpxqKFmY/ZQQNprQQyHUfpolrM+&#10;/VtTVZMjBYDWo1DVhF6ZXCSREj2VUwQFs1qJg9PIfZUV7n2X66L3Pu+D279y9L53Iix+r81u29Vw&#10;m7b0Re27hevO39niW5e74vqndtNe3rfj/wBn0Xr/AOox9I5GHD+7vnvm0d93W6O3YQLfs5L3vXF4&#10;PB355w7Pu/d/s44zl5XF6qHqn6pdk7scT5O0+NCIep1fgk47tqcd3hXcvj7PFY8vX3H7vuNdsYex&#10;eqI/S/acker+9gNJ2+EQ41wGKszlh0kPGRibDw9mtdDx91/LPV7Pm7Nf9zb0eZZ/+IHvkk5Pbe24&#10;sOPc7BkmSVyNLElGiArua+ynrXl7/Vts/lkx83c9HfWyHu3cIu09/wASPGfLIiiyYSTCXbQI6OWK&#10;hvHcf464vL7TtmdXY9t9Sm97dpjL4f6x+icb0/3+HLwIxH23uQZ0iUWWOVD+Yi/zfMGH3cq7PtfL&#10;3a4vWOj9S9tNNpZ0r5X052DO733jH7VhJumyGtuPwqo1Z29ijWufybzWZrp+Hw3ybzWPd5JvRn0u&#10;7RFEkfzHdMhddoHzE5HFnY/BGDwH3XN682TfzX5Pft8Xtdfn+NfG5v189TdVmxe34UUOuxJRLKw1&#10;NrsrxA6fza7E9lr62ujt9V39JHY9M/XXC7hKML1HgpixzeRsqIl4bMLESRtdgvtufdXF5PZ2c61z&#10;+H6prtcbzDh/Vb6a4Xa4h6h7FGB2ubb81BHqkRf4ZEt/q2uB7D7Dpye289v5durh9/7Oazv06erz&#10;JUuCK7rykC7b2PvomGYuocNwtyoj9A/TV+p9H8k+MWd/6deZ5/6v8H0fsr//AJ/4vBSihQN3mHGv&#10;TfOve/rISPptjEf87jf2GrzPa/1H0P1H+j/B5H6W9VeoIu59rwcfueXDh/MwoMaOeRYtrSjcNgYL&#10;Y3N9K73l8euLcPH9v59+7WZuMz1er/XLvHdu243aD27OyMJpXnEhx5XiLWCW3bCL2vXS9prLbmPW&#10;+p+TbXWdtseKdy7t6g7kiR9w7ll5scbb0TJnklUNa1wHLAG1ehrprOkeJv5N9uLbfveqfRf0Vjpi&#10;t6s7uF6UJb5BZB5VEfxzm+nlIsvhYnwrpe78v+mPV+m+2mP3Nvu/zfO+v/q73vveTNh9mnkwO0Ix&#10;VGiJSaYDTc7izBW/UH23rl8PtprM3muv7v6htvcacavPoXm65leR2mJ3GQklr+NzrXaw87Nzn1fa&#10;ekfqb6q9P5kYlyXz+1EjrYU7F7L/ANE7XKEezTxFdfy+312+Vd72/vd/HebnV6f9RvTXbPWPpJPU&#10;PabPmwQfMY0oFjLCBd4m9o1t4Npzrp+DyXx7dtep7vwa+bx92vX0fneMStJwsAa9V83Ia6tuFZaM&#10;x5U3lD8Qosr6z0D6EyPVPeOjrF26AB86cDgD8KL/ADntp99cPn83ZPm7ftPa/u7f/WdXqPqT6gel&#10;/QWL+4+xYKT5kK2aCM7Y42txmk1Zn5kcfEiunp4dvJ+a16vm934/BO3Wcvj4fr96raXc2DgdK5tG&#10;FmD25Dd1SP8ARrn/ALLX410p9V8mekfZ9l9a+kfqBjHsveMMY+bID04JCGBIGrQS2BDDw0PvF64N&#10;/Fv4rmV3vF7nx+4nbtOf8dHk3rr0bm+lu8HClPWxJgZMPJtbel7WPgy8CP5a7vh8s3mXj+69tfFt&#10;j09H0f05+pvqDEzey+lVx8T93NOsHVZJDNtlkLN5hIFv5zby1xef2+tl29XZ9l73eba+PEw+3+pv&#10;1F776X7piYnboMWWOeAyyHIWRmB3ldNkkemldf2/g13ltd73vu9/FZNcc/F4v6w9bZ3qfvEWb3OO&#10;COaGEY6rjq6rtDs9zvaQ3u5513vF4ppMR43uPc7eW52w4s0TswdNU9lcjr2EtCEnSdGMcsZDI44h&#10;gbg1U6XPq/SvdEj9c/TATxAPk5GMuRGByyYPjUW8WVk+2vJ1/wBvyPpt8efwZnrPxfnF0VGNjpzr&#10;1nzVLSIOboboOXK9Ekfo36aduxvTP0//AHplr03yI37hlaWbYFvGov8AzACB4mvK9xt374n2PpfZ&#10;6TxeHN+15D2jEzfW3rUYrsVlzpHyct+PSiB3Ow919q+21d/faePR4/i1vn8uPjzXon1L+o/afpx2&#10;WD096fjjHdjFeGKwZYEOnVkH4nY6gHjxPt6Xh8V8l7tuj1Pd+6nt9ZppPzfyfmnv3qvv3fpjP3fP&#10;nzZibjquSo/or8K8eQrvSaycR4W/k33udrlo9Keo/V3Z8xJuw9wyMR4zfZG56TC97PGbo4vyYVnb&#10;xzbrHJ4/Pvp+mv036Q9Q9u+pXpaXs/qPFjXucaAzoo0JGi5EN7lWUnUcvca6Pk8d8VzOj2/b+fX3&#10;Gl12nP8AjmPHvUnp+X033bK7dkW3wNYMODIdUYe8GvR8e021zHie48V8e11r2P6CsG9IZhtb/vCT&#10;/YQ10Pe/rn2PY+lf07/7f9I/PsGflhniiQyo5vuOlq9PLwM1oUJj5CSytZZRYg8L1FnFbO3mP57H&#10;VBdjMhHu3Cpt0rk8f6p9r1//ABBso7P2dWF9+U4935ddD2XWvY+q/on2vlvohDjr623oLOcWYfpW&#10;ub3f6PvdX6Zj937n1H1k9d9x7fkx9g7ZkPiNJCJcvLiO1xvJCxq41XQXNvEVxe18Mv5q7X1H3W2v&#10;5NePm8XghMZabqtJKxu7OxYnle54135HifPIZJA7MGco5P5Z8aqdVS48ciARyt1BY7TxB91Qsei/&#10;RXJ3+uuk5PUXDlO0jTit9a6vu/0fe9L6Zc+X7n0n1o9bd6wp4uxdlyjhuYxNn5MZtJtYkLGrDVdF&#10;uSNdRXD7Xwy/mrtfUfc7a/l1uPi8Zy+rPBGkcrZObkzJCBcmWRnIUKLm5OulehOJy8TbO3Tm17xD&#10;H2H6T+ifmp0XI7rOFV9tg8+QRoinlGnj4a8TavL2u3m3+T6HXXT2vjzev868g7z679Qep8kt3LNZ&#10;V1K4MLssC25BAdfeda7+ni116R43l91v5LzfuZfmu4QN1cPKkxsgHcJoHaN7rqPMtjXJZL1cU22n&#10;S4esfTf6nZHcWXsfqZ453yAIsbLIFpNwt05h8J3cAefA10fP7fH5tXsez97d/wAm/V8V9W/R0/pr&#10;uqydtT/u/Nbq427hGynzxEnwvceyuf2/m75z1jpe/wDbft7Zn6a4np7sPdfVPqjC7TjT9BWHUzJU&#10;A/LiUDewBGvGy+2uXy+Ts1y6/g8N8vkmueHsXrb1bg+hOxQ9i7AirnCP8ssA4hTnLJf4nbU6+8+3&#10;oeHxXy3u26PZ917ieDWa6dXifcfUHqHuisc2ebMypSQJJSfJa/m18qjwtXoaaa69I8Pyebffrckd&#10;t793/sEMGV2vuk+LmrKpyFEm9OmzHRozdG1/WFTbxzbrF8fm38eO217n6P8AVvZ/qT6fye091gEX&#10;cYlvIlrX0suRDfgQTqOXuNef5PHfFtmdHue38+vuNLrtOf8AHMeP+oO2909L94ycBEb53CffBlKS&#10;pJHnWSNgQy+UhvZXoePeb65+LxfN49vFvZ6x6T9DfUPcu6dy7xFmd0yc/pRQMsWRLJL0yxa5UuT8&#10;Vq6fvNJMYmHqfTPLttds23p1fE+uPWXqfH9W91x8LvWZHDDmZKJGuTLHGm0sNgUH4VtXY8Pj1uku&#10;I6Xu/P5J5bJtZz8XzE7ZmXOJcrIkzO4leoZ2fqO5YEkM7kk8LVzSYjqbW283NYJhgSSWfdE5KtLD&#10;IbItmsLG9tLaVWbIU8veMYJ8qyoJUIEbldQ9rPz4Grn1ZxZwdh5zwSCHKliaGMLaRBr1HY7r824a&#10;ms1vUWTn4MOcMnql+oFxvLow4HU8fKdatuE9eGXEnAcQ7utJFkFCrr5QGFyx01tyqXY11uDs3ufc&#10;4ZoVSVPlVJ8zhQiWuNBfcSOV6vondc/IWXmYLBGhnU9NDad/xFjdtX56UnRdupUneZ2dFhU9RwGm&#10;fbtKgWO3dckDx9lZ7o127Kj7nMYZelDd1YtkSNYxhT8QF2O7QVqbSs2WQOF3uTFxHRoYxEi2SIeX&#10;aTdja/HRtanGSbXHKn7pjZMuPC8bh8PRnuT5QNvAE/FpUtxMNTnn4G4fcB1DPkmaRGuiRotxpwG2&#10;+tgKXaGut9WPCyZOrIHMkuQwJQaDmALnhYaVO/lZpifNZysWAIj5BcRpqincSeO1WIAF2vyrU2cd&#10;15Hgmfq5E0sAnSVXWJSCwFzawPhpWe7lyTX8vzDiR9zgQkEI1wqou0XGp2i3Aa6+NTNyTWSYLjWX&#10;OleSWZeqGC3aykhBwS3hTvvQ7Nc5NzJhNlFS6QxqnT+XZrs50J08L0tJJnlUw7cJQZ8qNJ49VRSN&#10;pYW1a5vup1OIyfvzH+Xlj8nUmDedRYqSdDerNmbIDJ7vgywQwq4DQWHXIJYjntAHGpLwtxaXkd2w&#10;EhK4hdZbWWTRdovrawpKW/At+64yJsiklZQoGwWRSSfNcc6ktW9vwNTvHblsOizWG4sRru917VmT&#10;4tbbsv7yjK26LFCdzDkz8bm5N6tSXjob++zIAi4gklP4mJLDnZbafopg7/gg77Pu2pgwiRyACFO4&#10;8rXveqndQZOZ3PHmInxlikcDQrrtHIHU0wmecJP3Lu+SYmVCiAgIo4FvbfianovOVSzd/lcxtv01&#10;KqAB9tqFyWf3wHKmRgVFzdhYX99XDOWwdr7zDgjMbIEWO4upLfF9nOszbLmulk6s0vbu6jG6rO7Y&#10;/wATOSQtz7/5K3Jlw7cdSIcHImWONZQN92CEkWHjWVkydP2XLUizb/HWtYZzyGftHTQMsgY2u3IC&#10;klXayNC+n0srNOApG5tOFSSrcNUfZcfG2xSwtkZE4vEq2sAeBOtWT4rtPSDT05jQvbLcJNJqkA1Y&#10;D3Cr2+rMxOPVZ9IT3LKlkGo3MOHttS6/BZPibF2jtg2AkPKxtsjHC3iTTs+J3z0N/wCGxf4ZLb93&#10;L4Lfy1e2M8ux6mNu95H9T+wtck6OPbrXNveqyErc0BqoqNRCoFBABVQWhGtFCSOVETlREAoogulD&#10;CyKihK86CwulBLW1oDFAVFS1BRQUAkUAFaIYgIoqmOtAyNdLiixbXHGgigUEZlXjQKfJ5LRnK4XZ&#10;zrxqLByKANdaKUqktccBVQ3TnzqKJI9y0Ighte/OiqaPTwogQlxQwjwWHspkwUHCga2IohiTFjYC&#10;i5PUEixoqjCDrahgLJp7KJh2PRkR/wCMOxN//kMT/bpXH5f0X7K5vbT/AHNf/afzejfX0/3/ALQP&#10;+im/tLXV9l0r0/qvXX73wHoRT/xt2S/LNh0/riuz5v0X7Hn+0/q6/a9B+v2ZNJP2ntwNoFWTIZeT&#10;OSEUn+iAfvrq+y1616P1Xa/ljx9kKnSu+8XCtxB3KSrLqpHEEeFDL276uj95/TPs/dHAbI3Ys+/n&#10;+fCd33kivN9tx5LHvfUJ3eCbfYx/QDtMKY/de9zgb0K40ch4KoHUl19t1rfvdukcf0nxzF2+55j6&#10;t9Q5XfO/5ndJCSZpD0lN7LGuiIPctdvxadusjy/c+W+Te7OP1mIuw4ca5HCJZdbKLihl7n9Iu6L6&#10;k9Gdx9NdxPUGIpgUtqfl51bZx/UYG3hpXm+517N5tHvfT/J+54rpt6cfc8XmC4s00En7SJ2R/eps&#10;a9GXPLxL+W2OZlZD9Xy8PCjFVAhb4vG9B+hfpuoX6P5IH/M538D15vn/AKv8H0Psv/z/AMX59USO&#10;/tr03zr9CfV9d304xR/0uN/YavM9r/UfR/UP6P8AB4p6fhUd/wC2FeWXBcf/AGq16Hk/TfseH4J+&#10;fX7Y9X/xCKWxex/9Zkf2Y66Xsutet9W/Tr9rx3qbRc6133iv0N6k7F3r/wCmMXYuwY3Wy5MeDHdA&#10;6RkIQGma8jIPNYg++vK03n7nds+j83i2/Y7NJzjDyCD6QfUlb7uzgX4f3jF/3td7+58fx/m8aew8&#10;/wD4/jP8zP8A6Q/UQNf9z6f+0Yv+9p/c+P4/zX/j/N/4/jP8xP8AST6jEgfui4/9oxf97T+58fxL&#10;9P8AN/4/jP8AN639J+zepey9jn7Z3rFOMsU3Uw7yRyeWQXdfy2e1mF9fGul7nbXbbOr2PYePfTTt&#10;2mHhfq7t0PbPUvdMGIAJj5MixjwTcSv+iRXo+LbOsrwvc6TXybT5uHEm+VtfYK5HXhgwljYvfzVF&#10;7XuHYcqP0Z9HJe9RgLnZURnViNTLOwjh94VSpt7687yf7nlx6Pe8N/Z9t3euM/x6PBZu5tPK8srm&#10;WWRizuxuzMxuSSeZNehHg223NDHDM8qlWIAOtqrOHWEs+O8U0EjRZETB4pF0ZWU3BB99SzLlm1lz&#10;Or2r1rt9VfSjF76yL85jpHk3H6wbpTqPZxNvYK8/w/k8va9v3P8Au+37vXr/AJvK/QsG/wBb9lc/&#10;hzISP88V3fN+i/Y8n2k/3dftfVf4g3lX1P2vZ8Jwmvb/AK1q4PZfprufVv1a/Y8xhwFYmVzr4Gu2&#10;8uanwHbJ0hqtCVonxY2Rt3hSNWPXfoD3q+Fn9id79BvmsYeCPZZB9jbT9tdD3unM2ez9K8v5bp8H&#10;nH1I9Mp2j1pnYouuNK3zGOOWyXzAD+ibr9ldvweTu0jzfe+Hs8tnpeSPSPp0d59QYPa4genkSjrk&#10;col80h/zQavl37dbWfb+Hv3mr1T69ercfsXpnF7LjkRz9xa3TT8OPBY8BwBbaPvroe00ztm+j1/q&#10;fm7PHNZ12/k4n+GnGTKXvve380peLDib9VVBkcD3ll+6te925kcf0nT8u233PBfWnfsnv/qvuvdZ&#10;23NlZMjILkhYw22NRfkqAAV2fHrjWR5nuN+7yW34smB2ifIIJWy31rkw4Y+uxIcXCiFlAa1tedam&#10;pbI+p9B91yu2+r+05itsjadIZgOBjmPTe/2Nesead2ljse03uvl1v+OX3H187bGuX2zuCqC88UkE&#10;ht/zRDLf/tDXW9ltxY7/ANV0512d76DQND6PygTfdnyN98MI/iri95fz/c5/pcx47/7f9I8Hx8ST&#10;HQMupPjyr0o8HDU0MUoO+221yba3op/bljGTjFfi60YHj8QqbdK34+s+17B9dl3dq7SLa/MPb/s6&#10;8/2fWvZ+qfon2vj/AKJMT65dXFmXFlt7iVrse8/R97pfTP6t+wv6yFP+Me4bxp04Qvv6K6VfafoT&#10;6l/UrzuDBRRERuAvc3PlBrsPOmrbNAUKsg817qBwo3YgJZxsULLxYmivQPow8Tetgb3lbDl3crWZ&#10;a6vu/wBH3vQ+m3/d+5zvrHFkn1r3eSGUB+njqqNrZegt7Vfa/oY+oz/cv2Rg+jPpvAl9f9ucoxbE&#10;ikyiWO5SyLZSb8w7A1fdXGjH03xy+WfKO19c+6jN9Xp21yWh7dEiiNf151EjH/NK/dWfZ641z8XL&#10;9U3z5Jr6SPN5svt2DkRPCAqlWDOeOldrDzbthcPcVznORiqw2DVjpcey9Mrz1D+9jFJhvGN2u9lB&#10;tYgi5B9nKpehLczD3v6kTReoPo/F3reBKseLmJIB+NysbgW/6w153gvZ5cPf93P3Pb93rxXN/wAP&#10;OIZcTuvdJVXqlo8VGA1sgLPf3kr91a95tzI4vpWnF2eQep/Unc+/d9zsqfHMkWTkPIykkWjVrRop&#10;5jYBXa8dmuskeb587+S29GOfMzYkuylIQWZFvr/RbxFcnc4u2smbLkyQRyKoWNTustruTybXhS7s&#10;9lvV9H9Ns3uXZvWvaM150tNkRxzWIKiKY9Jxblo2ntrh80u2tdv2lmnkj77/ABH40mJ3Hsvc4JVi&#10;bIjnx5QQLMY9pUn22lIrg9pvcWO59T8czL9xP+GcJHnd5hDoxTHguFN/xPqanu+kX6XjO2Pk87+o&#10;ncIE+oHfXeURrDnZMZhXi13IYn33412PDte2Oj7uT93bL5XF7hDHG8PUZUdtzzLv3bRw1Fcvc6k1&#10;ipM/HMUzK0ryzEKBY2KLp5bg+Jqd1XENGZC6RNEJ5osZCJN4BKqTw4W91TNb4EHKogix5huG6Pdt&#10;J+K+o99PmvHQkYebI8hOJL1jffJxsOPHTWlzUlkNMncekJocUqYrRm17lhbXxvrU7V7+ARw599z4&#10;5aR3sFeRRZmBYWWx+yrZWZZByT50UqxvFCpZAFcMG23PHSnaXctcvLkVZBHCFkYx9VyULkg39ttK&#10;mF7+GNM/OkUpFHcPyFyND4Dwp0M3ZuXA7zLNJ044g+2zsb24fzyRek5Wy9S4X7rG8jRSxb5VYta5&#10;tY2NjbQ0xyndwPoeoZCjGUIFUFDcC9/DSqnT1Af3pEpZMy72BcqB5VI5sR+gU7al2+YcbAy82Bsp&#10;sjasOikAaDxa2g4c6YzcL6ZC2N3ARI2RPIIZLlCqltw8bC3lpipftFj9gaSOJ5cpY1l0iBP4iLqD&#10;c6XpyvbBZHp5IJBCZSZCgbcLWDFtpBHED21cM3C19PxNEWLyBlBLO1guhsSLBtKnLVkkBN2fBUBU&#10;ll6ireUsosCfADUj21e1m2egV7Xiwo/XEhkDABV1uCf5t6dtO6Olh+mu25WQqdUxDYWCnixFuF6Y&#10;amFdv7BjT94mxRAzQRcZCxHuptri4Tx85p0/ZsSCbMx4oQUBVo3ewOv4Vbwq7aGtH3MwYc2O3SR2&#10;CdUxqAF4WCAgcOetWa8Jtvi8HyrEe3wrIBjzyXk/LsbH8KDQcRV1nqm99GN4YMPEhjjiHmG93BG4&#10;ltLM3EWHKsSN7cYaj2/Hw5F7jNKt3CiBT5rNyAVeVXtyZmvT1P7hjyZU8QG3qxpueYeVRcfCu69a&#10;s4Zzy5mH2TIycIZRmCojkqrknTmSTaszXOY10krLkwTzncJtmMLKdl/O17aeNXtYu2TZoBBKkbWa&#10;NyATIT4amwp28ZO/nDdI0TRujhY1Rfyi7WFuZsblaTQvkvrSu69xhkwlxxaYaKpS4F/ZfjXJpiRx&#10;+TO1xBdr7VqZsxWM6cmNzw041xSZrmkxG44buoki2LH/AK08bjwBrbOGdxAMsRSMsWObBgACfZdi&#10;OdLElmeWxk7em6OFeqDxI1At4n+KkwtYY5pceF0ij3PK/mcDz2+zhTtwXe3EbU7dg9Avsdp2IuzH&#10;zE+00nzDlWUSeZmabbZlB8gFVWeAz4mYTIg2y/AQBf8AyVNk04besb8ed/0VTIfUoH76yP6n9has&#10;6OPbq5o8DVSIFHGhEqLKgBIoJ41UijUVL+FBKqCWij2m1RcK1PGgvlQWOFBR8aC1oLoLFBDRVBSS&#10;aJhYXWi4FtoBCG9DByrYWqKp7DjQYZshVuRyozWd55HXTnRGnGgJXWousbEVV04Gq0j60KioADQJ&#10;e9zRmtEZGwXo1BXBNBHdLG/GhllEy3sDRnJhkuNNaNErGGJNuNEwckSLa3GgNjbUUUBd7UQqJ3JN&#10;76VUfRejSP8Ai3sV+fcMW3/bJXF5f0X7K7Htv6mv/tP5vv8A6/tbuHZ/+qm/tLXV9l0r0fq3XX73&#10;wHoSUt637ILf/nYf7Yrs+b9F+x0Paf1dftfc/XlwvqHtoPPEP+0auv7L9Nd76r+rX7Hl00iBdTXd&#10;eVayieInhRnL3T1vr9FOz/8As3bv9kted4f61+973uf/AMs+zU76G5ez0d3JIo+pkQZckgiBsW3Q&#10;x7BfXiUI4VPeT88+xfpl/wBq/a5sf+IUsLt2Db7Pm/8A8Ct/2Xz/AAcX/Lf/AF/H/sj/AOIVVBP7&#10;hv8A/rf/AODT+x+f4J/y3/1/H/spP8Qu4X/4ft/+t/8A4FP7L5/gs+rf/X8f+wj/AIhAB/4D9nzf&#10;/wCBT+y+f4J/y3/1/H/s8i7nlr3DueZmFOkuTNJMIr7tvUcttvYXtfwru664kjyd9+7a341kmRRq&#10;BryqsU6GEGO9uNVY95+nC7fpHkD/AKLO/wDTrzPP/V/g+h9l/wDn/i8EUAOSB769J8898+rxt9Oc&#10;X/rcb+w1eb7X+o+h+of0f4PEPTzO/qPtltAMuC//AGq16Pk/TfseD4P6mv2x65/iCdUw+yk/85kf&#10;wR10fZda9j6tfy6vFJmG0nkeAr0Hhv0p6q9W907T6Ew+/wDaYoJndcdpBMGdBHMnEbGQ33FRxryP&#10;F45tv219P7jz7aeLv1+TzQ/X/wBXbtowu33/AOrn/wB9Xc/stPjXlf8ALeT4a/j/AJjj+vfrBjZs&#10;TtwPsjn/AN9T+z0+NWfVfJ8Nfx/zXL9efV6W/unb/wDsp/8AfVP7PX40v1XyfDX8f8xf/Xf1htv8&#10;p2+//Vzf76r/AGWvzX/lPJ8Nfx/zefd87nkd67zl91y1RJ8t98ixghAbAeUMWP6a7Oms1mI8/wAv&#10;kvk2u161z41/NshrTijQUlZtTpRrD2j1tEcz6HdteG7Jj4+CZLeCKsTfcxrzfHx5r973fcc+1mPh&#10;q8DTC6j8edehh4TrY+yA/m8hoaqzgbMJmJHwjlQ6va+1qcb6GOZjpJjzbQeQlyGCffuBrz9ufO93&#10;x8e15+F/GvLfRMrL637IBwObCD/niu55v0X7Hk+0/q6/a+0+vEsaeo+2bhc/KG3/AGrV1/Zfprvf&#10;VL+bX7HmUiK4LBtt+Vdx5dKUJGRt1NE6JK8zRlEaxbS/hVSu/wDTjuw7B6owsxpPIH6WXc8YpPKx&#10;Puvu+yuHzad2tjtez8n7fklelfXrsMUvbsLvwFnxGOPkN/0cnmQn+i1/86up7Pfm6vS+qeLOs3+D&#10;mf4fOyCeTuXqFxeNLYeIeILaPKw9w2j7617zfpqx9K8XXf7nlv1h9bJ3n6g9zkUdfCwwMHDs2gEB&#10;IZlNuDSFj91cvg07dI6fvfP3+W46Th6b/hYzN/p7vmKRZo8xJvsmi2j/AGVdb3k5ld/6TZ2WfN4h&#10;L2Y9u77lYeYpE+NkSxOjcQUcrXf15keL5Ncb2X0rrGCRWtFYb/htWsMsGbmdPKMDqXZRrrVZzzh9&#10;N6Ex5u4997XhI12my4SwPEIrhnP2KDXF5Nsa2u17fTPk1k+L0n/ET3jGx27LiO3mtPLIP5rFFX+y&#10;1df2OvWu/wDWPJiax2P8Pmdj5PpLPjifd0s9ifYGhjt/ZNcfvZ+efY5vpO2fHf8A2/6R4nLOoyJY&#10;hJcISri9wGBsa9GPEvFYpclW8qShdxswJsPfVyxeW7tGakOfgwA9SR5o1vxHxis79K5fF+qT5vaf&#10;r7lrjdk7YxUsTO4BHLyV5/sv1V7X1T9E+18V9C8qA+uuijF2bEmYseVivGuf3d/J97pfTJjy/cz/&#10;AFl7j8r6/wC4l0JRYoNntYwrT2t/Iv1Cf7tefR9zkfG3yqIxu2MnsP4q7PfHn9tTJzTF29kx5QeS&#10;s3Eg07k7b0Zly5seHdJPHvkXaCDqorPderXZJMZekfQTujZX1CKF0P8AcpdBxuCldf3e2dHofTJ/&#10;u37HO+vPdGi+oPcoVYDbDANoBv5oVNPbbfkZ+oT/AHb9hv8Ah67vCvrfFxbM0mRjZCF2vxsJbfdH&#10;U9zzov02yeX7lfXuTLwfqHlhIpR89jwSxyKtwUVBGdp/pRkVfa7flPqWv+58rHmD5cLgIuNLuYn4&#10;tSTzrmrpTadMGq3cpYVhjxnVAQt77QfYacp1aFk7nj22Y0bKu627VRbQ0wvc/RHq+PJ7P9Bsbt77&#10;E7hPjYcCqfgE0jpK66/qgNXQ0/N5Xuef8nt8XriM/wDhumzF7F3jDzHR5ocpJfKRcLLHYXA9sZrX&#10;u5ixj6XtnSz5vC+59m7j2/v0+JPlOWxshop1C6DY5W36Na7kmZK8jedu9nzVk9olyWSR8p1jLsXU&#10;NoI76fprfbXHkUnp7s2JZpshnY/6sNuufZbjVmiXaQ/0h2XH7j6y7PjJEyvPnwhVBbSNHDOxA4WV&#10;b1jzYmtrk9rLt5NZj1exf4j0xMiPs8UhBlxVyJ9p5hwqqB9qH7q6vs9M5r1Pqu/GsYP8M+AMbM7y&#10;zxGOeSCEyXIOm9rcOFPedIz9JmO77nxvriDDk9ceoI0gjLtnTLJLIOBeQlr/AGcK7Ph1nZPsdH3e&#10;1vl2nzcjLGJBiiMRMVa6zNGhKlb7SCbaCwrlw4LS8vJggy4xG0fQgW0CJoxLDgL+LCmJhNtuS8zM&#10;Em1Vg6jOqyHHRGIuLHaWUWNv0VeMJbbQrlQRb/nFRAz7YhGRutfdZj+ilSVaZOYMrJSEL8u4vGy6&#10;2JA+FQOAGmtqmZ6Lyxd6zskKceWcSFQHj6SbF3Dy7TdiTYc61hjfyM3cJ4yjPkShp5iZt66HaV8o&#10;BFtFIPCpLwm0mZhhye6x4uUx7WxMezaZZAGZiSCTqP5vOsOTLmzZeRMzNK5cuxZr+JqZMNfbc7MW&#10;SOCEXudtgNbXvrbXSs2OTXavpjk9EvsZciSwUyxqzKWaxNtupFvbxrk11wxtvnotM7GmzTDHjKpZ&#10;WUyqw1F7jcvv8da1eGdds/YHKhmLtiWt2+RlBW5bYEI3kuQLDW2tRrGeoH7Ziq8oj/N+Y16lwyhg&#10;RqdLWpYkX3PDbGE+VHMOkgAVSoYNGxB26mmMJerZNlDGx3WEq80YWOEzaDao1Cr+I7edXU2pmHkY&#10;c2F1JsiOEyHdskC7haxtsN9KTlc4nUGW3bsxJpZp3EahV8qslyOJCWubg8aU4vIJ0kkw3jERTD2g&#10;wE3DbTxuLbuA5cBUnyXbN6kfuyaSQzpkqIpYwixjdGLKQW0PmN6Qs+LQmLjwzMTIiIdUMgKsxK22&#10;oDy1NWpIN8DDXIhmkEh6JBXTyrrccOGtLCcVijnzZc/JxsWUxgm4jUjewGtxpfX3026prm8GLgJL&#10;lpHKsgZo2eaXRmHKw1P6KXarNIX3HDx42SLDVg20WyJzaNBw2qDoT7qmMQ2uac+DPGUyJWRslQB0&#10;rllC24kLwv76szYm0kuY5WTkRjP6rQlwAT0jwudCfLVscfdjlq7Zl5OfuZYocZIz5spgBa3LXX9N&#10;Z7pnEcuutxmm4WBNP3E5AzTMBcbnXyfpOtXZnSCjk7zgdRGjOb1GLWsSBfha1/up6tc4wwyzZmRI&#10;kJ2xOz7VWIaKD/5amrdsOLttrrY3aElhEExLOrFhKAQxJ9oqRy4yvP7fFJEI3TeMcabSNx9lherP&#10;gm2vr8GHt+I0soAUxMOAHnYe862rN44NZnl3kihJeBDv01Vgbknmb1ejWMuWU7lslKqrDHayInID&#10;9FW1iSqYQS4KTyozZLm7cz/o1NeerW2PQ7JjAw0MF2nI+FdLDne9TSSNeW2iwW/uwVl/NP8AqrWI&#10;HiSas5ZxJMFyYskjpDE5VEO4qL8ffzrVZkzVmB48gpLIUjAvIRpf2a1LFl5aINk8jPqAukQ439/K&#10;pVjV0p7/AIfHlxqrgn1J/wCNZH9T+wtWdHFv1rmGqg1AoRGFqi0I/RRFki1FVtvQEEAoo+mKGBBB&#10;QTbQVtoAKmiIL86KpiR7qJRLeijHCiqF70QYWiiCmoLINFS1AVgBegRNlKgveiWsMncC7bRRjuUm&#10;O0mpGhqNYy0jHCWqrg+FGF6C2ve9CiRGIuaEizw8KKWUuaJhZB2WoKDHx4UFOC40++gzGMh7nhSJ&#10;hphXQmixbt0zcaihQK+5tKI0EHb/AB0aUdnjrQQRjiKI6/o5GPrDsRPLuOJ/t0rj8v6L9jn9t/U1&#10;/wDafzegf4g1vn9n/wCqm/tLXV9l0r0fq3XX73w3oFFX1n2Tx+cht/niuz5/0X7HR9n/AFdftfW/&#10;4g5CvqDtgHPEP+0auv7LpXc+rfq1+x5QSzkKfvruvIalxFtuNRqR7h63IX6Ldo8Bjdv/ANktef4f&#10;61+97vuf/wAs+zV8h9F/VkXafUsvbst+nh90VY1djZVnUnp3/pbivvtXN7vx51zPR0/pvuO3ftvT&#10;b+ZH1U9CZfYO7Tdwxoi3Zc2QvHIouInc3MT+Gvw+z3Vfb+abTHrE9/7W6bXafprzx2ubCu0810ez&#10;9u7h3TLiwcCFsjKmO1IkFz7z4AcyazttJM1yeLx7b3t15r1j1F6D9GekfQnzPdMZc3vzR9OKQzTI&#10;HyZNfKiOq7Y7+GoHtrpaebfffjo9fy+18Xh8Wdpnb7+rxmIN5ia77xIGaYrpxI/goWtMWQHSy6Ua&#10;le9fT0FfpHk8z0c4j7nrzPP/AFf4PofZ/wD5/wCLwSNxsuwsTXpPnpXvv1bAb6dYoPDq439hq8z2&#10;v9R9D9Q/o/weKengq+oO2AaH5uD/AGi16Pk/TfseH4P16/bHqv8AiCiMmL2O3KTIv90ddL2XWvW+&#10;rT8uv2vHzjoAL8q77xcPZfpf3nt3qT0nleju5N+dDE0cQOjPjsbhk/nRMf4K8/3Gt02749z2Pknk&#10;8d8e3+I8n9Yele6+mO4PhZ8RtcnHyAPJKl9GQ/wjiK7vj8k3mY8j3Ht9vFcX+LjRhioYtauRwYdr&#10;sXYO498yo8Ht8JnyJDw/Co5s7fhUeNY33mszXN4vDt5LjWPY+99m9H+hPQynL7fh5/c1QxwS5EMc&#10;jzZL63u6sdi3vbwFefrvv5N+LZHteTxeLweLmS37OteCxt1Ll+N9baD9Fem8BBJCkoUnXkagPIdl&#10;HlJ/lotey/R/vXb/AFF6RzPR/c2DSxpIEQnzNjy6kr7Y3P8ABXn+51uu3fHtfT/JPJ4749v8R5b6&#10;n9Kdz9K93lwe4odgJbFygCEmj5Op8fEcjXc8flm8zHl+f2+3i2xfucZ2MoDk+UcjXJHXr6f0Z6T7&#10;l6n7imJhKUx1YfOZZHkiTnr+sfwiuPy+WaTl2vbe328txOnrX3f1q9S4Pa+0YXo/tjqDCsb5SA3K&#10;RRraFDbm3xfYPGup7XS23evR+peWa6zxz/EeefT7IWT1p2Nfx/OQE/54rtea/kv2PO9n/V1+19z9&#10;fhH+/u2s5AtimxP/AFjVwey6V3fqv6tfseRZOaYzYEsvK1d3o8fNWmbaLVCTxAPGs90bxQP3NSQS&#10;u3xq90Syr+cnTc8ag7vxHSpdmprX6K9N5Ef1C+kb4czA5U2O+DOx4LkwAdNz9oR68rf8nky+j8Vn&#10;m8OL6zBGeyfTH6MdKOydxx8URIVtds/KPmYEcdjuT/RWk/3PIXHg8H2T8X5a7f2PIy2EjmwY3JOp&#10;NepNXzN2y9R+k3qOH0f6miOS4Xtucvy2Yx/Bc3ST+q3H2E1w+58d21+cd76f5p4t+elfX/WT6UyZ&#10;fcn9WdmUypMobuUEfmIKr+2QDipUeb7/ABt1/beb/TXe9/7TN79Z9rxfLZ7xxrPsEZ8pvzFd27WP&#10;GmkqTNgIokbJV8x9Hvqf0UXj0e6fRr0CeyY7er+/j5RlgY4iTeQxREXkmkBttuugvyv7K6PuPN3f&#10;lj2vY+17Pz7PIPqZ63xvV3qnK7mhc4kf93wYmB0hjJ2m2tt5JY++ux4tO3XDz/deeeTe16N/hm9T&#10;YbZnduwhDFJJHHlQ7rDd0iUkA/z1P31we716V3PpfknOv3vhfqr2TP8AS3rHPxFxX+SzZHy8KYXC&#10;NHK28qD/ADCdrVzeHfu1dP3ni7PJeOLy+Txz3KZOqYgeSqTwrlzl1pw9E+jvofvPffUeHn5MIj7T&#10;22ZZ55Tc7njO5I14XJYC/gK4PP5Ma49a73sfBdt8+keh/wCIiPMk7R2ZMZlXdkydQsLi3Trh9p1r&#10;u/U/0T7Xwv0Bws2H6jyPLIHj+Tn4C2pKVy+6n5XT+mX/AHL9jH9du3Z+R9Rs8pOVgaPHITwIhQVr&#10;20/Ix9Rv+79zz+PtLPMkXXduJdL/AKa5+10u6ejpp6ZgEIL7pFsfKTw91Walc2TtXa4chIzIWckW&#10;FiRryNW6OObzOHrH0Jxe24nroQxIFyWw5mvax23S9db3Wv5Pven9Nv8Au4+Tn/Wt7fUbuCiJGBjx&#10;zITqzDoKLCte1n5Ix9S2x5b9j5j03nydu7ti9ywm6UuFMk4WwCtsN9hPgw0Nc++kssdTw+W67Tb4&#10;PefXXpnC+oHpfF712Nw3cYEZsRtAXU/tIGvwYMNL8/fXneLf9rfGz3fc+Ge48c206+n+TwFuwZWP&#10;nxJPBJjTQuVeOZbMHJ1DA869Hizh4PZdbi8K7muUxMMLbDE4utuItc3NbjGz776W+gJvUefB3LLh&#10;K9hx2ElzcLM4P7MX+IfrEfw11fcebtmJ1eh7H2l8lm1/T/N0frj6vGf3OHtGFIDh9nYz5j23LJkb&#10;SuwW/wCbUkE+JI5Vj2ni4zfVy/U/c5vbPTq+b+jvq+DsnqU5OYelj9zURZBb8KsfI/8AVYfcTXL7&#10;nx9+vHo630/zzx789Nuv/R9r9Yfp7lFpvU/YIWnaT8zOxYRuJawHVUDkVHmt7/GuD2vnk/Ls7v1H&#10;2m1/Pp97x1BHi7VkVgs8YtjgbQNbnza8zXfeLMTgqeEw9CWJFDg9Pc52qu434W1aoPbfop9P8nsG&#10;A3qHvxSFyjyYquOm0aODvlkv8N10HsvXne583d+WPd9h7Xsnftw+E9desMH1T6lypdTBjyfKxJIp&#10;sqRk7eH4mY7q7nh8fZrh53uvPPJvb6dH2f0EjnTvHfN+8xGGDpuwsD5nHHj9lq6/vekd36VOdvue&#10;d/UJIJfXffY10mky5Njg2A6bHcSRfgzW4V2fB+ifY8/3kz5dp83Chx82GJI8idXhJ6ckLkMGkkJK&#10;6nmOI8a5L1cGsxMGDELtAjbHkjv1dwG5ibgBrXt7LGhIX2+WX5spPG2K0Q2ykA2O4HyqAT+qNTSm&#10;vzK7hPhNlnHGGJJTIFTI14MFDMAd1tD4a02nGSbZuBd07zjYMT40Eu4QMIxoCSOJOvHmK1rrjqzv&#10;5M3h8l3LuEmXkvNqgcAdO9wAOArG2xIyvPK4UMxIUbVHgKxlZrC6jTodn7RL3PJMSusSIpeSV+Cq&#10;KeqyPou1YeJ26SSwaSXpoH0BsWbRj+p7q3NcVnu4THxEwMi8pSLJa8imVttmDCykNqb200rW09Wd&#10;Jjhqye15sUUWTBIF6hLT7UAFj5gpB2+7WpOWttcK7XlGXJlGRMoWRdseNvBtr5hcc9wpnk16OPnZ&#10;uS2HJjhFfeQBIBbbre9ieLCtba4rj08mZh0MRJkw2wZiseZEobHZ23bVOrC43a6aCuPXLm2wXno8&#10;04ykmIlaPpvJstcFQpKXsPG7k1v0Ys5bsXskE8rZcUnVidQkd2DsxU2Zr8BwqRrtlAcHAw5JhNlP&#10;HKAbjaAwW3FSAF18bVccpjEFDFmz4vzLyO0TsI4ELFmZByG0gAtapnPRcWc1iz+4x5GdjwSMcZYh&#10;YtDc2b9UgFtfZV6TDHdnbLXjyz9wxp8qB+ikPkCtob+y/spnnC4uMhwpVaGSKZzLmC7rufdw1B5r&#10;UvFXXFhjR9v6kJYLDIyBp57gMAePiaY4MzLccbAxerFtbLJjBESOS9r8NTwphty5ZsR5kizMd44M&#10;Zvy4AbttPAtY2Fqt6OOXN5dHJifHdJyoeKcWWIsRfS45UzlbMVzHx8jNbpCARq63DqDYAa2ta9v4&#10;ad0Z7LWrs+OrmbDYsI4SBIjJYufdqbVnpXLrMzk7NxRFMflp1COArRH4QfZa1jW2KGbNyR0cLGnJ&#10;kTWScKFhVf1Lc6mMQu2bw1xhpC7vsEcYtuQHXxAovzKXKfJZsSGDyHRnLWtfxsP46W4JySq9GU9u&#10;hQyEHdJKrAKxJ4EGnTk68NOHB0pHMW4C53kXsT7KUnDE8GVNO5iZ4G/EXIF/6oJP31ay6GPB0cXy&#10;/Cf25vqxrMb9CDkQmJxEArJ8Eem4+y1anVja8cAxf3o20MFjU+Z00N/ZyNS9V1zJhJI2lkkawja9&#10;jI2pNuQFaymAzR/kdZMr8y+ltAAKkWzEY8FzNkvPKRIp0899bc7mpt1Z1vDejQQxGV5SUmNlCDQX&#10;00o3hXyC/wA/9bieH8tO6J2tfqNb95nP9D+wK1OjG3VzSlDC1FVFML1ANmFBFHsoGBbUVdqAwb2F&#10;FRqIrWghBoqKvjQRlAoAK3ogglAYjvUUQioYXaipegpmFABmVRqaDDl92ijBG7WozdnKOZJO1wSQ&#10;eVGc2tUCqCC2lGpHRglAFqZahyODYmgcGQc6KWZUubnhRBLlIE40JSnyVJFvtpkEMhBa/CmRZmS9&#10;qCXQnSqI0qDQmwqBTyJaiCimUG3EUIuXYFvfjRaUksYYWqoubNCj2UyWoMhSRzoGNkIinaaDq+l+&#10;7YmH6h7Tm5MgjxcfMx5Z5LE7USVWY2UEmwHKseSZ1snwcvg3k31t6Sx9b9YfWnprv+b2x+0Zgykx&#10;45VmOySPaWZSP2ipfhyrr+28e2suXe+oe408l17bnD4/0t3rC7f6q7TmZknSxMfKilmlszbUVgSb&#10;KCx+wVzeSZ1sjqe33mvk1t6ZfT/WL1b6d9Q95wMntGX81DDjGORtkkdmLk2tIqHga4fbeO6y5dr6&#10;h5tPJZdbl5/JKoAtoPGu1l5thqZ6BQt9apl6j6u9f+lc36Xdt7Ji53U7tBDhJNjdKZbNDGokG9kC&#10;GxHJq6Xj8W08tt6cvW8/ufHt7eaS/mxHl8cy3BPl8DzruPKeuejvrPgxYC9q9VKcnGC9NczaJSU8&#10;JkPxe8XPs510vL7XnOr1/b/Upjt8n8f83bXtX0B7mTlrN22MsSCpy3xPb+yMkVuP6vsri7/NOOXY&#10;vj9ptz+X+ODJvqF9J/R2NLH2RYZsjVTHgpvLkH8eQ2hW/wDOPsqfteTe8/it914PDPy/g8c9Zev+&#10;4ep885eYdqICuPjJfZGvgL8SeZ513/F4ppMR43ufc7eW5r5uDOd3KEWB/FXK6maczxAedrnxo0zv&#10;lBGGy41qZMPaPRX1C9Kdt+m03ae45/R7lJFlKsHSma5lDbPMqMmt/Guj5fFtfJmTh7ftfdePTw9t&#10;vPPxeSxlZFFm0rvvFkeufUv6h+kO5+isft3b8/r5sckDPD0pksEQhjudFXT310PB4ttd82Pa977r&#10;x7+LGt54+Lyzs/ccaLvGBlSybceLIhlkksTZUcMTYXPAV3N5mWPK8O0m8t6Zj0H6y/UH0t3+DtcX&#10;ZM35uWB5jMBHLHtDhNp/MRL3seFdX2vj20ty9D6h7nTySTS5eWy5+UrA23DnXbu0eZNadh+ocvAy&#10;4c3CmbHy4G3xSpoVb+P2ipe2zFa1221uZxXs/p762ek+/wDb17b6yxI4naweZo+tiyNYjdtszRn7&#10;DbxFdDf2+2tzrXteL3+m8x5J/k6Sdi+gOUFyRk9tUN5grdweG1tNYjMlvcVrP7nmnx/g3+z7W8/l&#10;/j/3FkfVP6Z+l8E43p2NMuTlj4SbEJHAyTMNff5jSeHyb3ldvd+HxTGv4PEPWvq7v3qfu5zu4z2C&#10;jbj40ekcScdqD+EnU13PHpNJiPI8/mvludnMxZwRtdrGuWV18FZYVXVw1yNRrUtXthOT3TeAEuH5&#10;07me1fb+/wDc+050HcO35DQZuOweKVeII5EcCDwINY2vdMVy6Xss2l5e7+nPrd6I9TdpHbvWeNHj&#10;T2/N6sRmxJGAtvQ2Zo248Rpyault7fbW51ex4/f+LyTt3/7OmOzf4fxGcsZPbCoXqlBnsTa17dHr&#10;Xv8AzdvstT9zzdOf4Nfte16/l/j/ANMuX6i+tvpTsOCe0+i8NZpbERzRxdHFiOg37SFaRvssfE1d&#10;fBttc7M+X3/j0mPH/wBnh/ce6z5ObLlZZkycvJYvNK+rMzcSTXdkxMPH38ltzerf6M75D271n2fL&#10;yw0OFBlRSTy7WbbGrAsdqgsfsFZ8mtutkb9v5Jr5Jb0y+s+uPq7tXqTvGBN2DIbLx4cUpM/Tlis/&#10;UJtaVUJ0ri9vrtrLl2vf+XTybTtuXm+PJ3FE1xw4HBia53n8mzN3OWIOyrHfQKKKp+z5xgLyS7SB&#10;wFWSpWaPt3eGXaJ32HgL1eWZHtX+GuXuXbu4d17PPufGyo1y0NiQkkRCN/nq4/za6fu9eJXr/St8&#10;W6/e3/Xvug7h3LA7BG26LCU5eVGCbdWQFY7jhdUuf61X2enF2PqnkzZpPteTLEsKOI9Cv4a77xiR&#10;iNlwbiTu5m9Zq6vSPpx9Xc70/jR9q7wkmb2qOyQS3vNCBptBY+dByUnTkeVdXze17uZ1en7X6hdJ&#10;27c6vuMnB+hfqaQZ2XHgLO4Du8jvguTr8Vmh3Nrrxrrdvl1+P83et9t5Ob2/yXjQ/Q70pMM3AhwX&#10;zI7SRSQFs6UNfTY5MuxtP1h+mr2+Xfrn+RNvbePmYz/F599Rfqd3D1WH7PixthdoJ3NCT+ZPtNx1&#10;SNLX12DS/jpXa8Xtprzea873Xv75Py68avNpOylchQVtHcGRfEVz9roWu/2LJm7N3fH7n2sjGycJ&#10;t6MODDgysBxVhoRU20m0xXJ4vJdNu6ej2rF+p3069T9tGH6lijx5bAvBlxmSLdwLRSgG327TXQ29&#10;vvpc6vb0974fLMb8fav/AIa+hGGTkdXtw2Xbb8+0g18I+s1/cBU7/N8/4H7XtZznX/8Ar/uT6j+q&#10;/p7tOLD2z02qpGSF68UWyGKO/mMSAC5462tz1rWnttrzsz5ff6aTt0cH6teuvSnqHteDF2jN+Zkg&#10;nZpV6UsZUFbA/monOuX2vh21t7o63v8A3Xj8msmtzz83z/0t7x2nsHqv5/uuT0Mc40kfU2O/mYqQ&#10;NsaseXhXL7nS7a4jr+w8uvj8mdrxgj6k987V331Pm9x7bN18NkiWKbY6bisahrrIFYWItwq+30uu&#10;uKnvfLrvvdtej5NfloslZj+1WM2jA4g865nUnCo5s6ULDNdF1K6/EONtKqc1XRKmNpounZxbbY6e&#10;2lJH2P017/2PsXrX96d3m+Wh+Uki6xVnPmZbDbGrNy8K4Pc6XbTEdz2Pm18flztxwr6g9y7Z3z1j&#10;nd1wZTL2144RHklWj8yRhWsJArcfZU8Gl11xV955Nd/Jdp0fFxY8sncGUTOcR0YBNAl72Jv4+2ue&#10;ulI+t9Feuu7ei3aQFsjt8jA5ODISdw4F0t8L8r1xeXwTf7Xb9t7vbw/Z8Hq8fq/6V+sMaNu59KOc&#10;gXXKDQulweGQlhYa8H+6uj+15dOj1v7j2/mn5sff/mAdt+h2CTlCXt05W25fmmzeGo3RdSa/DmtX&#10;u8145/kk09rrz+X+OXzPrn61McWTtPpKI4cAQRnuzgRhFtbbBGNVsOZGnIc65fF7T12df3P1Ljt8&#10;f8f8nkmT81hQl8o/MEBCRuNmbdfUDiDfU13ZHkbXBUk6BhlAR3lRDYIWBY2Cp4c6Jer1D6e/Vjun&#10;Yivau8RPl9nUBceZSDLj6X6ettygaAHh48q6nm9tNrnXq9P2vv7p+XfnV9ocr6IeqpDkSyYXXYBn&#10;6jyYLk68dYdx19v8FcH+9pxz/N3bfa+Xm9v8v8hY830W9MNFkYRw5cgkvjPE7Z0hdbn8uRml2uNv&#10;6wtUx5t+Ln+S6323i5mP5vgvX/1I716piXBwoDg9mMgMsTMOrKqkEGXbpbnsvb2nSu14fbzTm810&#10;Pde928nGvGrzqKXdnTxQx9YTjY0jsUs23zOF0BbWu1Zh5utzbHo/0c9Z9q7J3Tuw7zknGw/l4RjT&#10;usj7yjMH0RW2heGtdT3Xju0kken9P8+ul27rjo+T9XZ/bu5eo+5dywMhBiTZzuMg+QuGZiDssCVY&#10;bR5vCufxa2ayerp+53123u0vGXJOJBPBMmNJ+exUx3G9FLjcGF/LzvW3DjhcON1O3RQfMGHJEn94&#10;mVdZH9jLbTzcTSZWyYjjd6z90smOMlvyQWkeNSDc8Va2nE8a1biOG5tcjI7szuXVFQhQEe53Blt5&#10;wf1qxa1jnLnPKzMWJLE6knU1m1uQNZVKI14fbcnKSSSMWiiF3ka9rngo9pqxfm+r7TiJkmKODp4+&#10;Ogu+z8b7QAHvq3mqzjhZJeS8vtmYkzpigyOshGRwVAR8B04sbaeFbcd1qDG7ni4KMgjj7hNIS02j&#10;yWBPjc2qY+Ld4kw1JlZcmTHHPFG2TqXNgkZNwBu3Hjx4UyYzXSyGxUCDJjEcxIBA+AswNgpAHhVi&#10;7YcsdtXdO2TiRxQIjfLZN/Kz6EEqb8PG1LzWZriJjwZEWZjRsxlSJS884u8YZtQSAPMQFsKlhOoj&#10;LkZ/zJYtZFC44dAysjXBdrjy3tpwq+uEszMl4mUMcfI9th/vSWaTKJFlBN+J/kqWYXTYfc54MiNX&#10;DnMiZXaXJkXSO2m1NAtyRwArUTe5XBkuCMcbcWIKXS5VRfaLlbHjUnyXN9SI845EnTXF2QyqRj5R&#10;NlLXsDY6fbS2SpJbGpOyWiOIm6NpATNMjhmt4a+NT5tdvo58GJndummgTpRY8gXfku53KBxK6gFv&#10;eKTis+mOjZi4MEmFODul67Fo59trtw0b/wAhVl5Xt4BHmSpL0Q7GeNLMY7OR43J0B+2iZNSLAcNI&#10;JXkyiRviZbn2cNKufiSTHCpHiglR55njiJCMjeYlidABrapehOrqfPQYM+1Ue0lvh8ze8Ux6tzbn&#10;BGXmRpnxdEs0koJKEcR7bUuMJznhgyonyWlBm6UkR3BFUKvDmedayxdc8q7fgTjBLM3TDNc6Alj9&#10;tYnVrHDRHhZccLJvJdzuWMEBQPs/iqmPQ6Rch8GRcY9B10crbjVibdOHPjxcvct5WkZiAbkArfib&#10;Cs21qax0cOaPBnMblsnf8Ot9vs10FXF6k2kuEmbG80zFQ7E7iLs3uGlVLYPFz0litGm7p6a/+ap6&#10;r3cEvmrAm9lTqO1na2oBq4TLQXkgb5iOLrx7fJcjjUXmASWWWNuslpJPgjHIe/SmSkHDdY3mynWN&#10;EGiLqLfZV61LMTNcuLuTOzf3bdi8NzHbf7LU+xx5+LrQyQyYytIiRRpqsQ9n2VJHLb6tHzsXgtrX&#10;5/DTEO4z1CP+95z/AEP7ArUY26ueNaIhAFFDaiL20ECi9FHYUAaUFEi9AdxbjQXcUENqCt61ABlW&#10;/sqiCRL1BYlTxoGCdANTRQnKjAveoFPmxjW9MjLL3JVvapkI/eq3t91S7EZsrOlZTtB9lTK2OOwn&#10;kku1zrVjj6O1i4exASK1Vhs0TA35ViuWYDFI4ajOYf1pFHiaqlPly34VMoATSsT7aCASk2uRTNMQ&#10;2JHF9b+2hwuSV7bfDiaqhMjkXB1FTk4LGRMG+I1cphb5BK2J83jUtXEDHkNwJtUzV4MEwU6HWqlw&#10;N8mQr40yQoHTVtacrwGVieJuOVLakkBHkSqbcqTY7VvkEC24250ymIpctlXaOFTKzBYnYOGbhViX&#10;B0+Sh1Vrm2gFZ5bthXzUrAC+lXKcDSU8CSb8KZq4gTIxe99BzpylwCbMtpfXxpymYFe6S223t4Uz&#10;TgibuDfrGmaWQC9yUEE3vQljoR5TSxXF7eNFlhPXmJIHD3UylOjkc/DfdwpmmIkiZN95JHuq5piL&#10;UkAk7iRUuWpgpsmdjtO7ZwApcpK0xSZCABAbe2ktLhWTFmTIWYWFBWLBkbDHf3U5SGfK5KOHC3tT&#10;C3YzKOWwFlAq9qd9JhwMuUbmIAp2ndWmHDnEJjNib3Bp2k2rO/acrddpNPZVwg4sBk+KQimE4P8A&#10;3YkigmQk+01cHAB2qFZFUkkX11pgjor23GBUEXAqYbDkdsgvdVFO1LS4e3RNptFO1JaroQLN0FUb&#10;rXNXtTu5wamJFGL2GnEGmDIiiyONigUwZytsLawkcgnwFMLYkscbuu1dQL35UwZFH0lVi4uPGrgm&#10;wrxGMhRoRTBkuaGJ418BxolBF1HDrLqg+E+yiTJ+LNEujDaB8N6uFle7/RztUXbvTWX3/LAj+b3M&#10;rkfDjwA3P2tu+4V5vu987dse/wDTvH2+O731/k8d9Q94n7r3rO7rLdZMqVnU+CcEX+qoArv+PTt1&#10;keN5/J373b4uTtVldXJLN8J5GtuE3FxenGHdiD4CplZqyzuZZOlEL62Y8qJ1OGK8Q/PkLI2iqvjQ&#10;xjqb1EWezbowLBW5a0a9R3O2RgRcmyseNVC4V66kgkbRq7c/dRJyNI9yAAnqXtrUWQnIjCyKsjWX&#10;nahYZCgMitOgMIB2G+poT5hyIpcZUkjUlWY7VOoVTQswVNihoiiefcdxIqpdRwoAxjjIIjOrHUj3&#10;61CfJNrIXlJO9vLYiygHwFUFnCUhdoVQmpnA4D3UXZmikmcLLD+YVuCx8OB05UZjSchgrGQN01Uu&#10;ZAtwSOXG9GslLLG4+fjVFfb0/l5Qb3PHT30TPqmOHkijDTl0dmLwNpopuQoPGmSQjIbKmucYLFGp&#10;LWY6bLWPA0Lcm46HHxXMmV1PLuCubguBoo0pyTEjRCGXEClFWOVt8ViDsBta9IvoU0M75kYdOjjQ&#10;i7souHJHAqNQNalJOeejm90jkmyYsmJGTt9gchRfzWbjt040t+DNnOS8nAMjRyjdLGoF+ozEOBc+&#10;UnWwFXu4ZunOXVjiTF7cpmKJjwatILakk6Dj9lSRyUkZMxiSMBVEpAxpvwIqk33ai7EVYzc3gc2K&#10;rBcOSUSHHjJvE9h8X4hob+NFsSDDdXhfqKYIVvHjKSse7Us1ze54c6i/No7dnbihkmV8ohhOkQOw&#10;gnTa3ithRqbEYECYb5EmbudZifl+LFWDG97iy3uNadazrJrA5OR0JXlmDSSJ5IIV0Bup3bjz11NX&#10;Cd38VmMZEvRysJijRmROkq7L3sNxYjab6aGs5ax8WPKzsbGfpRBceK7fMKUBBZbBRuXQ+4VqRi78&#10;ub3b1D88scUIGGsCnUMSGP8ANsPbTMkwlt2uXBMzBWRWO0m5F9Ca47WpC7k8ay0lA/DxJcvKjxoR&#10;eWVgqA8LmhJl9H2jsMWKMw9wgXImRdsMCm5vf4raWHtNamvPK5mL8WjByxAThYmNIoVWszIrIC7D&#10;zFieQ51rElZm1wTHjZ3yiss6kZGqJIBt279Lm/EnhWryxJj1dWadMbt8ixyLHlZO3rnzFw58pZT4&#10;2udKmvxre99IxxYkmMBLEzZDSN+Y5LfCp4XPKr1Y6NqdyxRDkS9wVVaMDorBq4H4huPtNTHLffMc&#10;uLB1Z8fIf5u0cjBo4m3KNSdygkcf0UzyzjjlqOS8nbEbKk/JmlMOOgBYkgm5083GpnC4zIc0GVjY&#10;rJJK0ssRLGzsZGJYKFZVJuPfVhegcvI7hPF8vA648UyDbAg1O4XszWBv/BSU3lvGVYEEc8kCiVBJ&#10;HxUAGI7TY9Rr2a54WqfJdfifNixZbmaSWOR4BZoU8kQYG99q7iftq3PRJi8suasDSu3REu0AI5O1&#10;AwF2J46DhVZvXgeCchgkWxHQ+WENfy7teBB4VOIuub1a5o+3xTCEylRt/aM3xP4XNz+mrhbYSW7e&#10;uSsEm8Mb7Nyko5I4jiAKWJLLW3Iwut28gzsjRD8uy7UA8FAOv201a2nDk4vb8mCF5GUIJG2hxoPd&#10;b21L1TWWa8tEcM75yqr7YIwN8SHiTxuRS9DXrk7uMAyZ7CNg0RB3HSO32jjVvTC45yGLNwe3zIu7&#10;zS3u0pBN/wBNhU7eMpN+cR1sE4sU65EzrJJMAEYa8al5cuvAp8IdWduohjf9ougI9xNVLGfDmhMb&#10;jqExa/EPDw8aYZlmHP7h3XFToiAs77iGkPlAA4hb8TWscMXeZxASGEbVw5pC7eaUL5rk8rk1jPq5&#10;MejpZaLFiI6EJIgu5JueHhWtYm/DDDkJkxLMUdtbXGgvS1ifFvOJ0gJ3RVVRqSbgCpOW7MKkXHjx&#10;jkDb5tVAPEmrOS8RmOVFL+UcbfYXYkj9FTKBizVcdKWF8dU1LHgAPdQz8WsBXjE0bl4hqHtcUawF&#10;+4lYem8ZeM6Gw1P2GrhnuZj2x8uVWB6UI+GL+WpaTTNykuEuLIF2tMW0CjhRcY4M+Uy/+a9vAcPC&#10;mU7K0+pJVXvE4J/U/sCrGdurmiZbaGqiGdQONAv5hb8aIMZKW40XK/m1AqGSZM5VplSznKRoaZTK&#10;vmz40yB+dPjUyK/eHt1pkij3Ik2v9lTKoMpmNybVcoB5puK8KmVwV15ydL1MijPIOJpkwoZE7GwO&#10;lM0F/eSNb60FCGZjremDJ8PbXmcKdBTCxobs8PJdeR50w1YFO1pxbWrhk0dri/VFWM7TJogCi1qp&#10;FdAG5PCphrIBjRX4Uwza0DETaSQKYaY58dNw050wlpqY6BdFtTBkB2KTYcKuEtMQqdTTBlbRoRa3&#10;20wFkRjQAe2mDLPKg3CwqYLTExFYA21NMLKhwlB2ladpkT4cYswHCmC0uREEe1QL86YTK4MNWFyO&#10;NO1ZVthxKbWp2loBjxFioANqdqdynwoyRoKnatok7fEGHluDTtMhyMGHbcL9lMFZ48SIEi2vhV7W&#10;ZstcWPcLinauT1xolFyouKmF7ghIiCNlhxvTtO9lfHjcksLAcKvandlgyZkjYqANOdZshNqwu7Od&#10;Nay1n4t/bu0yTfmOptyq4M5dqPF6cYQLW+1Mr6BjU3W9zpTETNXCLG4W+3jTBmn36h2bbXFwaYXK&#10;0xQ1yRb2UsIFO3q0lwOHGphWnoxoP4quBRsy7ALi3GqmSQghPmFyTcWqYToachGsADf9FXC9wug0&#10;h+HTxqGKe0axw2Ao16FQAke2qzBSjUCgCSGMrrxNRaoYjlQFWwtRO0gxzGW54LwqpitsMrBgG1B5&#10;0alVkdWRwsbW8aheQB5ICFW58ftodBYuIJMhp2uGtS0115yk8W6a1re2rKlnLSsCGOwIBHhUy32q&#10;fGCJv1JNMp2lrKL7beblVSUM0DlDuHGmS6oNkMJFrjkKHQ2NA8Oi3NRZ0XEIUgbf5SeXCh6MYClx&#10;Gt7HmOFVmPSe9/VU5PpA+mcDtYwYjDHjCcZHUIjS24bRFHq4Fib866untsbd1uXp+X3+fH2TXHGO&#10;v/Z56Y2bahJIPGu083DRGqI2xyLKPLUaiFg8tmNkUamqLSCHHjLot5GPHxFDEjNYdQyyksgPkH6t&#10;Vj5mMJciIOhDeb7wDWW+oMhmAYqh3ezQUSm4+wwyRuw3LYoL2teqToLrNLKIgLvGoZiLcKi5yW0+&#10;MuWIGAZ5b9MXN/GrUzzhCjIHv5zHqiHjY+6hgLZOVLEoMZ22uqn+OhmmqpigZ49qyAFQpPO+l6L6&#10;MuNkS48GRPkEKyqdyhSAx1oxLZAL89MTtcbhtLx21AIvxNMklUsgefrSZSyYaRndGCB5uF9NdKpm&#10;dSVlGRIj7RHDqXkJsNOCkA31rNpJnlpjhMkcjMhG61grHkOdjxqrjhn+Z2rKzlpcpLGMEfjta1hc&#10;ipUl/i1qrAu7FWniXeDHybhwqtBxYMyGRmG93db62ZLnlt9vuqZSa2GxYKtJKZn688rXhK2ITZ5f&#10;h9lXK9k+9hbJEceRh4yu0ib2IkFyzq1iNx0Fgb06MZt4+ATLmDHjY2Y5B6TRXPmbcdxVrjXSpK1c&#10;tYzkETrjhYceIWIc7r2HwqCDu4cqdGs5aISSiAurMivtSVTE9jYny20pByciOGPInGSryY0hV2hY&#10;+U+GovzNLWJMGRYscMMzwgGaKR9iJvPSUnylQbrejXa2Ng40iyBF2xNYLLFYbt2r7253HGi4E07Q&#10;dud4j0oYHMKI5DWN77wAByarrOWd9sa5cpp8ePDjKwjFx5YiJZGV2Ysh1ttIHm9/vqRLcfJpTNXI&#10;25czNFiqjbI72DOW04C/2VLfg5JJ6s0ndO3QTvuyTI8pLFRJJIguLWsoXXjWnHb8HN7l3vC6LQYE&#10;LQ3XaXViqnW9yvjTMjNzt8nElyJpAokcuEuFBNwLm5tXHdstzWQoknjUy0lQS1EacXBnnZSEbo7g&#10;ry2O0X9tFnXl9X3LH7d2nIxnwmSBI1DyPbdMxuLbd1jr765Jrwm22Nm5gBmRSR3mfbvMgJcHTW20&#10;/ERbiLU6r0rJh5KZfdZMPJwtibX2lhewuCpkB8mgvrV2qaTOWnuEceHgyTRsZ1UBopF1iUJYBAFI&#10;41Ym8xOA4MmX8m+SkQKqivJCimwZrG9yONSWVcWTKRHPzFiil2onU3STbQAyKb7QRdr+2wpb8DWZ&#10;xkju0TzSRtuRo3PTEiuqsAdLKrcPabVcs7TNDhNMU+WSMfL4h2/MMbAutySFXaG95rMi5zGL5cKV&#10;MavJKJGVJTchWGt1S1luedXdPHLMYdlIsVHmzIFDCABZbkAzS/ib3C9JM8LbJmxz2j7l3bJM8CrH&#10;jIuzqhPO4b49tgx14VbfSJNbea04mE6QmN2+XbHY7ImIQ2Itv3HU8aky1ZKx48csZnjifbiwg7yO&#10;ZbiV3C+tta1Zy4peK04EiKFgaXcXIUqo3bee3XRfsrLk1x0dCXHXrvPu2LtIRyu6xI4vxvVXHOSZ&#10;sBpsOJ5gG6ZPUcAC/IEA6CoWeqZDdviwi5VX2GwdvzDu4BfaaYLYHIlMcuNEivIlr5ErqbA8rUzw&#10;XqDrdWTbLISkRvDEBb7Txqsygiylxpd9uljufPuG5yRw2gHhSwm2DP3t8xOhZ2XGB/ZIPO/tIF7C&#10;m3ENN81fc+xYsz/NxMJJyQAN263styrNmW8Y6JEs8cRjjcBybALYH21JMLbltyYHfE1nEajiSwJH&#10;8Nb1TaMT4rS6xyFZCLQ7NDanRjGWPBgmg3fPRXVSVWUi+lS80kxG9GSAiaN1j18lxqb8gOJq4Xuw&#10;LLx8iRldYS7yfGm6w/rVO5rtEcBxYOOmg/1QJ2/dQsBkRtKyxnJ6iJqMZSCCR41WbMtEGxlUtjna&#10;DY210+ystwzIyPzrYsJUgfGw0FaxEt+Dlvg5Mjyy5EokeQfi0UDw00pnljt4XiZfccbCMBg8gJCy&#10;X1PuHKpOrVtxDS03RWSZdu7QE6casqWOhHhxY0Il37V4sxP8ZqTluzDOuWJcpdklwOBFiKVJeXS3&#10;z+J+6jT5z1llPH6kykHACP8A2a0cG1xXMXIYjTShlZllNAsySXoHoshAqgnWS3hUUhopCdamBFgk&#10;voNKYMm/KybaYIH5RquDKzhsKdpkYwSNeFMINMS/E2phTlxRw4irgMOIttBTClSYaDlemESLGCtw&#10;phGlo0A4UUCxa2FVDomZHBHKitBcMPKtifGphrIACuhoiybn2UAkBhbnQARra9Ap4yHBHC9Esa3a&#10;NvhbjyqNszRXJJ43qsVTEhSvCqM/SJ0HjUTB8aAGxFqKtyaBaKCCfGgnQvrQw0RFbWOhosBJIFuD&#10;RLQl9w91VGc2LmiZbYrKoFqNQnJYgaUSsfV2nnejOWmJt3EUalHIbag+6opLySgeNVKSYpGNxoaJ&#10;g5cSQgG+vjUXAHidQN7aeNDBMuXBjxkEg0MxxJu4yF2KGwPKs3YmpUONPlPcDjzrPVro7GJ2gR2L&#10;i9bkZdnHEaJt8KrUErLu01FEHKgZbiiloFDbeR40wSnssSi99eVReC0YsxUae2qhy2Qe/jRWaRwz&#10;2vrRnI0XY1hrRUlQO4B1A4iiWJKqXVVHmqLT/mESPaPi5VWsrjDOpLH7KiFIApbaL2qokUvUJuNR&#10;prQg5LkgWvainrkLssBw0phe5iyXUEkH20YtNx0DLuGoNRqLdygsvxa2oLgBKESix5GixqSNFWwO&#10;tFxCzCdxINVMEuHWz2v/AB1Ep3WdowP0UayAR3be4tbhRMBLM+VGim6m+4UOtPy8dBGNdtzrRdoU&#10;ZDjH9YNyFVLcDkyYpYNoHE8ai5zEXaCAV0to3OiFiRDIEJvfgTVD4yiuwvuPib1FhEocC+gBPvqs&#10;hjyLSACO6nRjy0oS8nK6FizJZSbAj+So0mZtUJFjjczcQw4VU2+SY/Tjg3qgEoJ3DgNedRZ0MEsS&#10;3DsLhbgnjeqZYpFxnljd0IlZgFNjYtUZMWaSOWSQx2W4Vtp12+JqktVCmDBNLK4aSQSXjbU2uALC&#10;pYsxD3yOvIyxC2ywYkczVM5ZcqTLjR1iidpL7dSAvt1plnbJIlzEyoIciEqjJdmvcByeN+J0qLzn&#10;kXdSJ4hDEpeAOwLDiXFVN+UxZO4xZMcbBREAQzyG2lrXYjwqNTMp0sMDGONFjeOQnpE/iZOJXjwq&#10;mC+lIrymJt0bXVkUW+EW+Iki1+dRCJGyoVRLmNoTvYRBSpUrpfx51Yly2QQxOnSjx+lHkhJZpLgP&#10;7dBw99Rv5Blwkgt04idxKh7ncFI1K3vyq4ZsZM7OmbFSHH2gl7QsrK+4KfxAacaTDO1t4jPNj9xh&#10;kjmycloXQFAiW3BCebcDUtyuLPVpaHJKsZYxO2TvSEuQBe+raalrDwqWt665bYcSdIoJZ1KnFjPS&#10;KkbFUa32jXceHCkWzHJcSwY4hyGjEaoOqILkvJuC3FjrpqdKqS4KVp5WbKaJnx+JG4boxe5tzNrC&#10;rWZnrWbN7pHHjCfBbrGWQlrK21AdLrw3aioW/B0ZXycnF3Nvx0eIKd487W08qrxuN3Cka2LjgODh&#10;mJI742VdireR0Ngutr6mkLxMOdL2vOVJ9DC0jqUx990FwPEKdAvPhamb1Y7OMNmfl9vwscY+URvR&#10;U6Ebo4ey87i1g3s/TSdGrZK4WT6hg6E0EGGu2S/TkdiWQsLNawX7KzLhLc9XFTJKHcVV3vfe1yfd&#10;xtUtO30hJYmpauFVFXQSqjrdh7Dkd2ndYyEjiG6Rz/APbRrXV9X+VjRYoZSMTQSKmr7luHAQcPMB&#10;r4VvWcJbzkvO7Svc1+bzp1hEdySQA4QGyLrVvMwk157rWaSfvGXjPBgxGHHDELKVYM4GgsAun2mm&#10;cJi35FZWVlzuCJA0qIIclYowZG4gghjbUc7U5k+Zeb8nUSZMXt/SiQz45VmjlK7gtySbpoDx0tTV&#10;ra4jL2vu3cGjTG+HAdjunlCq7DW6qF4X05aU+xnXa+vRoxJe7fvGTesMeMoB6asSVBW4PJtaW8tR&#10;lw8bA3SySh4zbc+SGDkFjawAudaVnSQXc5hFA+Jhws+9LxX8viS9tP01qcM788LxRlx9CXJZEkiA&#10;eGNvhYtxYhfCs81qceoy7SYMsc5WNpnPnF1BJGihbMasvKbczCRStBGgfMcl7blZUAXafMBt9mlT&#10;CytuPhWmyJpVKic2W/EDgLkXHKpnLfbhghxIYxKswQLKQpVAxJtzYHlWvVx4mMFLCqGVhAsgGmOx&#10;HlQW+K2g1piZSZwPAL5eDJj5DCOK20mxANjps051M88NSfl5Usc80KwrJIojIMiE6OeRLa1eidRp&#10;2+NMeSBoo1yGJaKMsWF+TMLn9NZkavQ2HLmxsVcSVBkTk3ldNdot4CkmFt9BTY0KRxh2TfLa1vjC&#10;+6rn1O30DnwGPFYx+SRvKj2udvM87U1Z3hSYkeMkRijaRmIEkvIVM8ZWazpOI25PyWL0wuQBuO6R&#10;F1Ley4qyXC2yURKZaF1h6SbSim+tjSUsyyDt8WP04wnUUcBY2qs4w3xx7nUxwiOQDarvYWB47QD/&#10;AA1lyQWdDkmARx2Ol2Ol/wBNajO0fPYuHnz9xVpZWEa/AdL/AGaVN89Ix4pzmu13PJfH6YiYqV+G&#10;MC+5vEmta68L5N8Vhhys2bIllmlMaouttR9tS1JnGWjDgXp7wb7uL7dbVMtTXEa8aORHPTchOZfw&#10;pWoHODPE/Sa7H4ivD761GdisHG+Yxt0u6Qr+toBasrJwjRu7b921F0Cnj9lVMGiNJSBIRtHBaixW&#10;RAZt0bsXjtpGKvQvJTwYuPCHDbXGiomuvtqSJbgV3t8Z+Hdx9tTLWGP1biCX1HlOf+j/ANmtakcG&#10;3O1YIcNRVSQ44624UaLMCX4VZEpyKBYW0oCkC2qLksAcLVcJle0DSoGBRpRoLIL6USjVABQGVG2i&#10;gCC9A4Dy0BINLUFmNbHxoqbAFvzoYAy6A0RaBR9tBUhANxQpkbpb2UWUTMvKoEuT9lVFbyACKgpJ&#10;dzEWqmVswtUVI383tqoYzIRYcai5KKXPsoiItjoLCqJIptuFQwTte9zzogGkQMAOPhVLWyI7VFxf&#10;dRqFzHXy1ErPKHIuRVRaaJdqJEQWFzwvpQkEZWLgCi5VICBcnShYyEgsB9tGWpJUUADiaNZEQXcX&#10;FhRTJVVUva5FClB11sOVEyF+5pEBuA0od2HGz+8GQlE0FZynNcqSR5DzNZty1JI1du7a2RJ57haS&#10;Fr6BMJcaNQi3IrchWiMkx3YUpBQxF2PK51FUw2fLoq1GsI1tlgKDKYiDflRnCSI3EGhgh5ZlmGwX&#10;PAikStUZkclm4DlRpGUE2A4UGgRKEJbj41GoFk8u69zwqoSsLb97E+4UTBgiBJY6kUBGRluBz0oZ&#10;XjsV3Fhxos4NSMBTJtveosVJtVN9uIoVnjDG5XgdbVWVdESyKWFKYaY7QyIoXy1GhToplDKut7UW&#10;9S5WlBAUXtRKUWYMWvbgCPfVZa0kEVmk+E86N5wBpRKCYxuA5Uwmcg2yq4Uiynj7qhy0qoAtfT20&#10;aA0Sqx2CzEXvVTDNJNkbbvawNr+yjOT4nEkW5gPDTlUalSKCIpsVrKpv76JIdvj+IjhpYUw1lnmP&#10;Sj623S+i871WbxMmtKj4wJUpfVgvGoueCQGjUKDxNwpsSV8daqdGjbishMV1I0ZiKjXCO0cO6+qr&#10;rrwN/dQ6M1yF3k6btSONvZVYHJLBFL5yNrG4A1J0otsyy9s7hvz5TlQMqBbJJa9re/2VKaXF5aJ8&#10;yIzxxlQqSEPHIRYeIuPbQu3KnyTKro5BGQhKlFsNBw1oZyHIiyliQlVjW4ci2hA5aGhZYKKdrMy6&#10;KAHdk8pUnmb0MqYzSzIyMGMTedWUkX8eOtKvVlzoGZnkWxmRbEtfbdddR/JVY2Fhvjywu9hE2SLK&#10;26252HFV5aCiy5My8XHixbefIKRiOME6trruJ5XqRraQgyZbqI0hjx4UATGm3XsST5tttNKJ1Mlm&#10;i7fCpinSZZL71sZGZn1A00ANDpxEyDMZFxJLxyT7TIYxc6gtsUk/hApks9GjAjKxNMgAKXTQ3c2O&#10;062OnGiyYjIuVkpMyOBAkJQwtvaQu5O3zORbYoN2ApU1vxQwYOPLDMyEMu5m6IZWYFxdzccLG+2m&#10;DomUBlYy40ZVYYJGZmB2NtINuB8xFzerhm3MSHGkyYYZIMrqY8cxLtJYHS6tt22OoJrNaky1jElh&#10;nkgSRlhtveRG3vdRby35aC96rWPQjFEeKSY5VmeQKsJke7bRq9pG5acBRJwuHL3y5GLm4xdboF6Z&#10;YoFB/E1gNKqS+li8jGdHUoFClj0sWM7rjZoTc8PHTlUWzID2fp5sM80k0shBVUic2DBTpuBuPC1E&#10;7ZKfH0eoOjMkVvzgzOyksnlIK+RfdxvTCyyvmu59/wD7+0uKqMsb/ls4O4gePDxNXbo45bnLlS90&#10;yJchsifbPM4ILSKG4i3A+Fce1y3rwxs7MSTzNS0wGoq6CAUQ6DHnnkEUKF3PBQL1TDt9i7FPJmQv&#10;JECiOQxaxTcOG4i4tf76mLly6yYdXFfDOc6yGbGbY/VJBEYA0B1NiD7tK5fVwz5tK5cEss8WGyzy&#10;dOLfI2sR2m/lI0Da8BT1XPA0ycoFpJotuPOU/LIEbs4NlA9gNqfYv2nx5s0vb9kauMhUkR0AAUOB&#10;c7Sb6L41ItuZw5SYLwY/UxYywkKFZixZmYG5uQNQRxrPdMrfFe34NUfdGwcCH5yXqQ5EpLIoBtGb&#10;3Uc9DW58WLtJidXDkd+5dwOPhK82EsjSLDu6a7eetudNtpjEZ01tub0d+TFyoVhlReiSQNhO9Sqr&#10;bU+wCmvRraWUEbZXQnzkjjljZdsS2NzyGq6Ck6nMmWRc/LeeLpIAvlDgrusRxG7jtBpWZ+AJMOWb&#10;uLSfJtJtsGlDEL1Dz1PAClvos0uct0MOS0E8Lp1GaQEZXGy3sbK3gKZXHDnNLCrxRvDHHCXYPMfi&#10;IRrfDel1Ym+a7nz2d0YekIxGxuivfqMg8ALW+2pHLbWZcaVldGx/zpCX6m4DjwGtXLMnok+LmSZM&#10;CLaOLHsTEfxW47jVvTCT9RncczGSFzkoVQ+UYyC9z43NqTU33nqmDHHJiGREECNwLA3A5eXi1Zl+&#10;DeOORDtEDFpIxIHbyuxOre3jVTtWmKuPAV2GHabE2vce08TSQqNHNMvVi2R4w4y7Ru08BTHonzHL&#10;1J4kRXkcL8TKNt6ThbyfBE0bqLblYebdcAD2Wosc6ZYH7vcSAKi/lxqAbtzrW3TDjn6rWydc5PNf&#10;zuLAAAfZ7PurLdyNYn6PUzWtLwSIaMfupnK4L7hn9KKNOntDeV2vY/ZVk4S7c4SXJxvyY0GrfFuP&#10;lAHjfjU9DMyqedZckJAV2JxKcf8AzVfRm3Nc6VciTPaZpbKgsi+zj7KbfBNettdHEGM2KWcKGPEA&#10;7j9tZjk4w0OZFxWsUQWuGewsPdVkLeCZ5RLiKMeQM/4jfT9FIbdOGbFOSpcy5AsfwAaD3VfVmcQZ&#10;kixYTKHNuJDMQDSRLtJGpI4Z8dciRfIo3WX771mXLkscxMuDJyycZW6XAub61bwxOXRnjEMW9QXa&#10;3DlSLZhgYTTlNylUv5hxPuq1mTl0OnF/zZ+G3HlWMOQHqUD985Ht2f2BXJHDt1csLYVWYlwRrxoR&#10;RtagFiQNKFCN24CiHBdeFGsKm0GlRS43uLc6JK0ooI9tFGooomUbaBagAk0RZcUERuYoQy5A1oqb&#10;hagEjTX7KBEr7dKM1Fvt150IAlla3KgYC1teHKoohqNaoog8BQMjj0J51CQL2BtVKUzDdfmOVEA0&#10;nlvwoLin140JWgyWHsNFyMEbeFRSJpF3eXU1UtZRHZ9/t1omBtkBG2rc3/RRLToHRtL686NSinC7&#10;P46i0hd1iBrVZEqtwN71AHR2sSb60MKYk+W9waplIoAD7aGBSpH7iKi0yIqeBuRVSGzyRhfMwA51&#10;Frh5nc1juqEGlYz8HGnyZJG1NZuzU1HBgTzLuCm3jWWsupj9o2ICwu1akZw6eLD0TwsCLmtwjR1F&#10;uPbRciZCyEr91RRY0ZVddDQkNLSNpQRNy6NQEELaGigeB1PG4omDY4I7XNrio1ICXyghOfOrEpca&#10;MiC4J1vRIOV2I04UKWjPK23WwoTlpVAGGvCihkdVbdw9lCrhKSE/x0pB9C/E6VFwJ5Ejj2VS3DPM&#10;Dt46GiVSXhQKNbnShjB6E+VgNOdFA0rnJCkXW1QzyaLA+bhyNFDLEWu6X041UwyxxSwyB5DvDnUe&#10;HhUSTDbNHFNGFYceANGryWnUgDBB5fderlJwJBO6MwNnPAHlUJKZG5CIsp3OONuFFyKYB5Lg2AHE&#10;VS8sc2OJ9A5KA6ipUwvJASEIvlW4Da62qw2Nx4yQBE3lAqLI0QwxqrF2G88NvOiyFMymEkL+Yum1&#10;qJ6Mz5WQLJ0yysfNf+KqmaLPSWVlaE9Er5faSw8KhtMmx5JlhOO6FCoG3gAWHGiy5mCY8p5RIiIG&#10;jTR2BBs3LSqzLkifMkVumsbtHbymOx8/gfCqlpc+NIXXL6yxzjypCCP6x1qcrdZ19XSyCYkKwBbO&#10;ARJJYKCfGpGtvkxTvKkCKVDyKQGb4VW+u4jwozTTOhaGCcBd5LLoQSfYKLb6Axpo5ZnMKmQBy5c3&#10;IBHH2D7atNauSSWaBZJwRHKStlBPjoRx41BnkOVkSqIm+XVWt0/Kr7gt7m9zY0S9VzYmZPJK260g&#10;1LrqRYfCv33qZrWMlntymBXEZKKEvGb9Q20DbmtpTB81zytCqmSSFUicLFAPiUnUs3HhetYYuxu4&#10;2ORk7pVGlkOxRc2GraEgXPGo1n4tOOcPaX3dVrs8Zk4Wt+E+PsosscnK7okmIzxmb5qeXfAiXASy&#10;7Va+vxXtV4cebZ83RR8TFw4cSZ9smWFTJI0XcwIa5AJvfSpPi5LZODWYCLo2LRwIVhxRyK+UX03a&#10;nxoXJEwkXG3RukMk7iLILGwIUk2QiwudOGvsoY4STCiGJEuMomKv5XtdVIGu61zwplO34Nhfe0UU&#10;KhciQBhICdpAZS20C26jTPOY8vIkxYkVMlGBkYMykAnnste9hYXog8jMAlx8d8eSdYLAS71iCkC9&#10;9pCLYcONMcLduQ5nczLHAZhCkynbLLfcNLX6Q0uf4KuGdt3Mn79LDPJCEO4KbtYJKzOPKW3WsLa2&#10;C1LiJNrXDzM3LO9ZGfYVUgb2RL3uSF/FendazdZLhzHlBN9Sb31N6xas1LJJqZawqoq6CUFgVUOx&#10;cOfKkEcKlmJsPC/Hj9lTKzXL63t+BJiYsMeNCv7wLf3snzbYySL3Jtf2CtazC7fCNS9uzMbA3pmG&#10;XIdQ5jQCRC5N2vytpatTJdcTgtBNk4+SMpHCTNZkAG4jkq2a20eyqx6N0UrL2154MXzI5iXcljbh&#10;u4G9JOWs3GXKzfUCwzrj5LicK24sq3tY3UAm19tW4kcfdbcLy2z48eGeRDFjbg645FmYHQ6D9bjr&#10;U6tXMxlUHdpMdvm8+Mzq42mIXtEb+QNusv3CsTWOS+S+qYeOudlTd0yXWO1yqqSqBV01tZmrV5vD&#10;EmOa6mNlRvIxgIjijXdK7L5SSNPKOHjVsXW+pMk2VN/dzLHkIu4zjaAUQjSxFqqdRx7AQi7oYlPm&#10;8vksbaAL/FUOvUebDiTdsyIIXa3xOI0K3tqACwq69TfHa4nZ5M55DHFkSY+JAhKA2NxzuB+InhWf&#10;XETW3Ga24/dMvNWJQzYuErdOSKxLuL6tusLfZTOOjUtvXoV3TH7emfCmFjGaYtyuo/rGtXicuPGd&#10;uD8NEizY3zF3Ti/ThS5CVLy3rxVMzzdxTq7yti7xMzWKg6aDiabVNeuRZeBlS9wTKFoIBtCo581h&#10;zsdBS3jEWazuzQdwwetkqcaba1xZWBJJ5kkjbVzwxtrLctOK0sjbpbyNrYllAYjhb2Co3GTJTKZ1&#10;USxs8Ru7RkjaT4n2CtS4ce0zeroRLDFikT5HVbizMdCD7azM5cvGB4U91mWQKcdh+SvBf8tPXgnT&#10;lqMMiwBVfYpW1gNKRqxiYSjajL1o0OjjgT7RRmuXnzTHKWCGIJvOrrcubezlVcdznEbcls5Xx5kQ&#10;xR4wuxbUuSKno3bc5OL5mTkLksShC2S68L8zepa181SPBdlkdsiTkQP5OFWs9XPdclCGeFih+GwN&#10;70yz201sJWUEtaZvwhiAPfakWzgyHHxlj6MshlyW4KOVMfFeMYg8XDkacxTv0o11AHP30q6z4jz8&#10;OM8CJAvLjVibHQRu+MGKrGFGiAcbVmNL6+GCsbshkOpXn+irip3To4/ccNZe5xMXGxddvKtbThx6&#10;3G3LpzZ8SYRhiQk22hR48Namkkb32zAYTdHEBkZUIGvAD9FTrTOI1QZoI6kxVIxwv4VcL3fEBzYj&#10;kKY1LRczypU7uT/nlv8Asza9+HK1OFyX6jUHvM/9T+wKs6OPbq5ZBFEwpRwvVSLIvoKiq6RvoaqY&#10;EIxe9RZBtoKKzyEnSiZAkLKd16JhphYgkGiw0NaiheaxtQyFSbE0SJZm1OgqKMaD2UUzeCtUKe4N&#10;xzqIgckWqinjLG9qhYvpjgTRVlFFBewbaGC3ABBHOqlGAT7KAGkZTxoALG5NEZ3k82nE0TKm321o&#10;WLijYebjehI0LcGx+yimSy2W16LayJ8RYm96Ip3YnaNKFUUsPMaCQbr2GoqsyHSyMNByqNUuNztL&#10;VCQSTvvAtVMtL2YC/PjUaA8ShLj7KJQ7GVAW++qjJIxMgBNwPGiZWZ0gBa9jRLZHI7h3Z5SVThWb&#10;ssmWBIJ5m0BJNZb4dztnYA6rJJrzK1cJOXXGIkCgJpflWouDEttsRQgXgc6g6UMAaHcQOFEsaihh&#10;jFze3Oi9CwTILgWodTY2CeUi96YXKM9tf0UEZ5GtYW9tDmjBcJrqRQU4drbaFEVCix+Ki1W0gG5o&#10;hbm6kLxolWsTBLjRudFwPGYITuO6/wCihrwCdV3FibA8qhTI1Qi9rXoolk2q1zf2UMlkXszeUeBq&#10;oZEUkLAcBzosXtC6vovKgsym24DyiouQSZESsrMNovVwl2EbTKSNAOFReqJHIfLeytzplMFHf1ti&#10;6hTqTwqpg6VU2lg3mFGqGKcBNrfFe4HI1ElZ2E3W6qyFF/Eo4Wqo1Ih2gaHdreixGnZJWidQEtcc&#10;jehnkzqKi7VU7iLmwqNMjpPIo3KSRqRb8NVnFbceNY1YR3jW16jUZJWkSwiUs0lt58DfjRm/I+ZN&#10;sW95AtrbrDiRRqhfJkiQHplwLEHT4eY99MJ3FvaeBpGUmOVxtVjYi2nD2caJSHRUnZNwYMu5ACb3&#10;OnjYVUxyZ/dYsOTYoWVQvVZm6eo03CpItswXD3IwQBJl6yzNv6ijUL434GtMzbDQoxZodkSq7Rub&#10;ldT5jfU+NSNdYsqrdFWjKwp+1Rxbc34bHnY1FKx4suSd5psmPaG2rjqvmBAPG58KJJ65IyJFIl2R&#10;/M5mqjdYMoAHm10A1FhTBnJWPmdDtXThR455QSeDuHBPIbeNEzxhoTPngyMyKdG2lkSCVbbXYiy3&#10;GtvNrRrODIcGXNEgmjWR0K9Ug+VtOFr6W40pNcwnt43ytDI0gIdrbFVY7g28vBr2FjRNYesT5IKS&#10;H+6Rkhoyb7rX2jf4AceNF6sjJHPmDGxmSOQxt1Wl8z7g1viPIjW1KnXocuJIcRsvIl68bt0ywsQi&#10;AlTZOA04gc6RbOMh+e7ZIuFEY06WRIsQgstw4+ElbAi+6/20wTaVMsLldwfDk8xxgpUWYAa7gGI8&#10;Bw8aJZmkr2vGmyhHJkPJjuSTDBfaHXbx8Wtdr7qllWSNPbckPmTxTERSbtqKwIkkQea+24IHjerU&#10;1p2SXgxUzAocbWtI5Qx7mYbLDXWxsKNMjJ3t1CYijFBaTeCQd0m/4FH4bDl4VMmKk800+WmKV3xR&#10;bTI48xcpcFVbRl19l6JnNMQ5Ayvk4QsWOI93TA8/Hgz2vfcdbffVwmblzu+9+VJJYIV3zlREPNvW&#10;17niA27lVxhm75Yc5plwxLO0cLMNsca6kJxsq3NtazMxdprfVwfmG3F7kyH8ZOtZuyTUosx4mplu&#10;RVqguglqCwBVRKDrdl7KM7e8pZI0BICgXa3HViAKTlrGOXc7dkRxzpj9txVaGCTbkT2szgaDzffW&#10;7JPtZ12tvybz3GbK7iYlQYxQMFKyKzM385vdra1W8LNs035DNgnkjwwAXUb2ZrhtupZtLAa++ouG&#10;Xt8eYs5xuusgVd7PEfgBNufOraxpr8zc7tmccZVxcstjxnd0dGOnHUanjrelrfZ0+DN3jtPbndOo&#10;BCIVUNkDcQxOtrn+Sp25ibWSpk4+VKuNNk5pbHdwS+2wVL+W1tPbenomOc09u3Q5cjPJLoQFgj2s&#10;dxto7WIDa1VxM5PzJu342OZJ8htkKbJIdpUysRyNgdaSG20YY5VnWOZY2x45U6aRKu33XYD9NqSx&#10;myrLZWCWjONFIZWCnc5LFAL2vx/RSz1JtZw3PueYZTWTGKqVW4CKBxt41Jfg3tMc1hyIczOSSaCe&#10;T5PeFSKIBbgmxLMa1b8GOzPVuwO3RRSHDJBcLcbWuy25t7danRqa+jDJ2x48lWjleSAnRFYrrfUA&#10;8qbcs664p2eMLHUZMTnqOQWhQ73YryJ5VZC4h2DJMEkyZITASQEPxNY8jWc5rfSAxsRosh8xR1na&#10;46rEgL7ANdKt5qTMhUokncJM99fy1j5k/prVcfUzMxcpMPZPPtINxysPDSpF2hXbUxpbRSdSRQLW&#10;I2x28Ki64qxjx4CTbI1b5h7dOxBUHTSreuTpMNeFhEzhMmzRKo2J4e+sdXJqw5rS5Gc0SBfy7dOz&#10;WA+y2tbvHDi63LRLm5s6pjQxm0VhKVbifDhU6RrN2+xrBkGMINwEnExjjb30jVIlyezdvu8xHzRW&#10;6R21++rNcs3eQmHucmTj7HO4k7ti+HhrRO62KzsvuJiWOFXRbgMdOHPWrMRLbRR5GNhwGIavJ8R4&#10;kX9tZx6td2OGiXMlaFRGoKgcbcqQtrGcbJyl3IxVRrttYClJDYsdon+ZlI/LGnIAUxlZw1iWN16r&#10;Sbdw0sLmrClYk6LFJGg3sSSL8TS9Ul4LlfJUEuzBbaoOH6aFZ8aIrK05j8zaX8BS3Ka64acjtuKf&#10;7yzXc6bj7eQp1W6ycmtk4WPijcqjSprDbaDGBHJGJibg/CvhTOWuwmbFgjkCuQA3AVWbhXTe+2P9&#10;lwuB/HRMC6b+It4XPw0wpnqRl/fM4PHyf2BVnRnbq5DsToKMiQ+NVmC3AmwFRrIlIoorjxoFyFuX&#10;CiVSLc68aEMKCijSNaGFEaGikMtz7aMnQrYG9FhuxbXqKA2OlBScKqBZuV70BxJ5bmiwbsABUMkm&#10;Qb6qZUzGggnC2HGoZF1FNUyNCh0NAuYKup4VCskk4vYVWbQwxsW3fdRIeUAUgjU1G0WQBdvhVDYD&#10;vHtoRcsI58ai4YnBF1GhqsmxKAAx1NAvIYbjb7arNXC6jh99RZR9N3JtwoozjGwBFh4UDookB140&#10;WLybKt1HCotY2ySrLcXU8R4VWLTTn44SxYe40wvc52XPHY7WsfZUyWZcaRsjIk2Jdj4Cs2prq3Yf&#10;p7Idw0osKkjeK7+J26GIDyjcK1hZGlHjjNuFVFPIha970XIQUZhY6UTI5WsthQqRrw3cRrRcDyQr&#10;LY8LUKVGbKVU0SFsGDX40Q4ruIPhxFGhNI9wEt7RQyc7qiBiNTUatJSQu9rbTyqsglB32JuaJYWw&#10;d36dzpzoJFvEm21wDxoRrcSMnso1gloyFG02ozhCgawJvaimtIwsPw0MlAornc2p4CgOXdLGA3lF&#10;uNClR78eM8zyonQYkZrGUgcwKLn4mybSQ19qjlRagj66sxGi8vGodQWAQs1xbgBVRau2ia7Bz99D&#10;JmOzASKdSeFFi8VSGbdY31sTRdR9JFuQNzHjeopQKPPtQbrcV8KrPqZ8uS9m0AHAGi4JfFleQWG5&#10;gOZ5VEwecgRwj8sXttZhxuPCi5CJXeNLKdsnM6WHuoZLkyJseFWKl9bEDUmqltkBjZ4nhl/L2zpx&#10;iJHA8CbUqa7ZgZM4rjhgqzOSF2gaai19x0oZSWKQRB7noWBJvqNeF6mVwbLCriGePc0JBAPDjz1O&#10;tFsJyIZ4o2mgjBZyFfe1jtGhJPKkrN1voWxRkcZWMGK+WEKt/KeJ9tvCrgz8V4uRipMRKloY0YKz&#10;jYdCbXB9lRZRo88cyzRSbMZkAN/Jt81y9reFDoLJD5ZWWOVQIyjQztoPNxHMXtRbyo5ePNJZ5LNs&#10;MnVFlsun4uHMX1q4Z7oHtyRSSZE+K4bUGRnHmfQWCg8haousTKx4ruWiM0pW8ZB2gl/bY20tpRbw&#10;TFFk4qDZCcg7w0YmYDpr8IHO5v40ScdGfIyM6KCUxjZkXDnpyE6nQi40sP8AJVyzcn4+U+Q+Rkxq&#10;oQRufhtGZGuNSL8eJqZWc8kyNP0IIep8tCzWfYdX01VQdoW3DjQrbiCZMUIY4ccOdwKt51VVJ8xJ&#10;bczWpGvRnWD5B3D5RZspR0IY/hS7Cz2Nxpa16dU41n2sxxI1hOUg608VndnfpqpBFrhTzK6XNW3L&#10;E1kPXJng7cRFtnynkVpchG8wTlvtfQG4NzUnzazcYhkUcJeITqUyJQ7PtFgtrbvLfyrrx40U9Zcd&#10;i0sMSqIl8k1xeRiABcG7FfDW1MGXMlxe5SZAm2pYsHcuxYgt/M1ta2mlW1jXS55dCKPObISbrIiR&#10;m0Sm/mYDUsR4+wVLW9YzZ/eY8XKWLqhXjJ+Y5RuCt7LsF78ONEu3L5/uXdGnY7JpbMSZFsEA1Nhp&#10;qdLcaXZjDklwD5fvrGW8BZnY+ZiT7altqySKqKlBdBBRF1RqwO35GdN0oF4au54KPE0tWR3e29tw&#10;8HLvkRvOrAdNig2sf5t787VcE6u067EERjZGN2V2FomNvh5VySM7XDKjLBixzBGYZTENPruIY8OV&#10;rCoZ6NM2N2SNi2KJJJ0bcRqFG6wNzJYcPCpZlqYnEBmpmrHEWHRQuVCR6rtOg3nW+mulXPCdvPKZ&#10;EX7uijQOzRRj8voXHUc8N5FrX99WJtwFe6y42944ehC+jFSGaRyOfEWGt7XpEu1kc/uXeGngR2Zi&#10;JFEcqlNEKm42X0v7ameDbNrs43dO2SY8KCw8t3VgbKqjU1I5LtGbLmXI6P7uk8qncr8AWU/CDpb3&#10;Crbwz1oO5YubmSx5Esa6HY3TBv46bvZwtTPBZzl0YHwGjiS7xsF/ZyNwA5Enx9lSRq2Vgj+UnL5J&#10;Uuhl6fTS9gOGpNib1b8Gdfi6M8/ZwIr2fIQWhgb4Tp4WIqTTDk28uftA2d1JGxY4PObERxkhTfx9&#10;1a6OPOTVVopVR4tx1NgSp++osZpZIZc3HU9YY4Uk21UHlotLSc0U0b9UxxA7D+MjgTwuNLUtTDTE&#10;dmKYw4kYG7K4I191I0yfMT2eGW8a2GyMCyW5nxqs5+LIBlx5AkaVFC6wQ7dX+4VKkjYy5ssALIBI&#10;+sjfqj2A0y1ghjjJmByLLElxKx4H2AXpYzLBR5fzuQQN3SjG4udAx8Bzq34Jrc8scHfMqTImx9wx&#10;oeClVuSQbfFS2SmttjrRQxiFHfyFvGwJ+2o2rDWHFaU7QqHXQ3JNMckuIU2XKXaSNWAPEaDQe01W&#10;c1lMMWV+c2OIrcSdWJ+2oYVL293CGE9P9ZuGlEsE/WSLZ1SxGgA1H6BWomzT2/tcUcPXbzya3LC5&#10;vWetbmvbArPPukQISrGwFhVuIkzW3t+IYYg0nlJuSt9Kz1ckmCZciF3a8VwvwtbQn7arNrmZeL3X&#10;JmBv0cdeAQ2q3b4OPszc0+JflmXaxZvxe6phrPwaZ8iJmjXgzm2vGr6F6mT/AJUYSCxY8zwo1XOy&#10;8DOnKvK5RB8MYNhUzwz285QYa6BzuI5HUCmBuTNCqIEa8g4eymML35RMUSSCXIbe6/cKcridUnzA&#10;w6UNrDQkVrozblmsn/OHjUymG31GP++sg+xNf6i1Z0Tbq5NrNejNNFiKqxOnp7ai4TbtoBeQcKJl&#10;IyrHWhDRYcKKFjbWgsSgUMiNyL0VaRXNzUMGGynhQoTJytVMkGXz8KJlbXPA2FAlVYSWJ0NEw2oQ&#10;qEGo1GeVhY+2qgQwVaBHWPU9lEDNKt/LxpgtMiEjcaJDydi6jSjTLk5APCjNoYIt9yeNEh7OkQs3&#10;Gi5wDr7jprerhO46GIMCWqNQDMIjpw50QUeaHNgD7CaYXuC6bzfgRQSzFSo++opbRWFzVZwkQFz7&#10;KEaRIFsbfZRcgbJbftA1PjVTIZHl/wAtRaEORHuY+8GiRy8zucJJVAQRzqVO7LnzZbSDTjzqZXCQ&#10;w5cxCAG3tqdR3+2dsTHYOw3EgXqyNSYdSTJWIA7fJ+mrhq7IZN+o0HjRM5BNF+Xx9tCwmIhiRVSH&#10;QwAMdfvqLIc0fDnRcAD3fZ40TKdIs4F/soYTaqHaOJoq1HG9MAkAsSdLcaGFRSqHNhe3GqkopWDH&#10;XXwFRbS23p5wKHKxOkilmFm8KYM5FAyk8PioSjlREQtz4ii1cZd4gQbaUpOYYkClwSeHEGoshbKe&#10;qdo0olDEt5Tu5nSqSJLCofz62/gqFhzQrdCrC3G3iKLhU6pLcILWHOheWB4ZX2h2sQaMWN0uwQ6M&#10;L+Jo3eio5gUUWuKqSrYGaMhPG1qHUUONsgYE/bUysjOxaLXUnxPC1WM3geMJpGuGAHIDmKVdctFm&#10;JN7D2mopBWUSBojZifO3G4onPoaJGZXZtNvlI4VVCuUgTrMpXa1gTpcUO5nkmkfK2MCkB4MNDrRm&#10;5yNshoOBs6Dy3AIK2v7KLbgDTSSJA24WdSbcOPAmpkZ0hixAwdrPICfEELqT41WcSEwvJIrOg2CR&#10;Q0akXIPOwFCOhivPNipHIWG2xfeBwOutRqdDsmOOXHQRMVEBIZr3GnHb4Uw1aT85kzxOsaqHlUoq&#10;uRtAt99zbhVZzaVi5H94sEYruAU6K6keOuik8aVJ1HYnNmmjCykIGAGgLBjuBY356Cs1uMuVkmaP&#10;o5E0cW28q3IHUca+bTVfcK1hi7fEaZLZTIJ49kkhCmwIj8gJNgdbfZQzm8l5eJA7oISshlUloeAV&#10;WsfA6315U6Jdc9BTx5SwxY5c7VIQtAgUIR8T30NyDyqdGnSZ3EEiRRIkjv01KnXRSbkkeFFrHDJk&#10;Yz7MiRXWVW6abRuBQXA3e33UOjBjpBDlNLI4SSVW6nVck2I8y67VFuVLryxrtjq3I2OMroQSsuLN&#10;CFCxro11N9ztZfKKjaDNw3neLcJZImVIgV6iIwB2k7dwGgtxqpNhIiTSSjpqqji8eodlAPHh7ONV&#10;II9AOyuq9dR5UMikBb3RCNWHHQVJFpc8GF3CIQFJUgx0Ms4VdpZzyYaG9FxKCPts/wAuh8uPDFIx&#10;CR7QWQ/CGHDy3p9h28cnR43bSjdKQSRFgJW3jbfU21H22NEkhDFMjMfBjR4whVceRdF3cDuKkX5c&#10;/speCc0mXu8GBNJCBGMtCqTOVvu0sdpINgDVwl3wxd09SYu9nwlkWYgJ+Z8I4bm46kgW1FZp356O&#10;Fm5eK0xbGiIUjUyHcdx4tpoKzlbMsRYniamTCqipQXQSiLtQQC5tVGzG7VmTzLHsMe42u/l18Bfj&#10;TBOuH1qYEXaIHix4HyMoKrZBUhlsvHUlbH2WrU1+LW23wVFmzdykgZ8dYZIiXQPGVA8w+E+a9hVt&#10;nRJnOWnu2O+XGFmkIhjcB1hYCK9/xEn8Iq+iWZvLLk9wwcbHJdmniSUogi+AaXsT7PEVIbUKZ2FP&#10;3EvM7yB4x02iR7Kfbew51ckaJ+/5DECaFlijQ9QILkNwW1vGmYubZkjPSI46mcSqmUN5WMhrj9Zz&#10;fj7BerOWNsTq50SwySNixovSQpslkc7gFO4gJfUE8qliS5d/HXAGLE/cN8kz3CdVLRpfgoFZky5r&#10;ZPtKmgEjA/KOHXcWCgKHS1lBtwrXRizJPUx4cFMXI/JYMJSiIdwF/ElqsiW8YqoT3POnEsOQrY4O&#10;wIfNJYceVr1NtvSGutzmnuNuXO7GNY1sEST4rgW5Akj7KuDMb4mC49o9sCTeZU0Nn/WtbSsxv0cj&#10;ETHnz7u3VkU2Mg8Bx14U354Tx4kycssU/eQcUkCDRxck39huKu3wZ1ubmNBxc1Z5J5CvQJ+Em5se&#10;RNGsJPPlsLwNCqWAQNe48b2q4TIo8rfHuZwoW1yhtc+3nUXInQM9wpbcLXvpfxpkwXnxl47zSASK&#10;vxDU6cr1YztGQd2EYU9MllXaJ/DTkDU4WWnYyd1dWySwUutlI1NvbfSkuVuuGEwNjZSIrdZnF3Zt&#10;bHwpcsSSOljQFr9fywhgemoN/tNTDkis+Xt7SdGBwsp0AtYD7a1jDG1luIOLBvAsTtfbqWapFsZf&#10;3imG7oyFlY2UoP4auMMzZatlGN54wLE3USHT7RU6riyBXIzp8hEQp/OYKbfw0pry15wkkhKhrygW&#10;FhpetQ35c8ughEKXbI/ER8I95p9rPXo0ZmbmvjrFCofba44D3cKkattbMPOmRBfHAt8RqYamw8jK&#10;ErqT5F5g6Xq4O4ZWB/zJW8q8LcP0VFLzZljxxIuoJAUc9asTZz0LGZQw2b+fM299S1nWNHdUMEUc&#10;wA0PPwq68w34IileWzwj8wW1N7VMmDWzW6oiyACfBedXBnLNm/My2XHbpR8WNrmrlmy0GPipjr1G&#10;kYseLG5NTmnEgMjPnylMEAKxnR5CLH3CtdGO67fYPDKofl1+IabjWLHJrt6Oh8vy3H4dvAe+9Gj/&#10;AFIR+95/Hyf2BWozt1cjaxNGTApFDAg2lFUW08aBews1EE0NtRRcIiknjQGw0saiqCjnVRe8cKB0&#10;bi1RrKpHJPsolK3i9hRMhNr+NUCJbN7KJlJChsR40WjMptYcKGSWJ99EJdZCTbh40QyGIW1HHiaL&#10;F9EBr2uKGD4yg0Wi5SY3UjjUVhER3i+viKrFjSCqALwvzo0XJjtLz0FMs3XKRQBBbwpkmuC5ch42&#10;HTNidCDSJtfguINK12OnhQh/QA9lG8GooC2I+2lJEEiqQOIPGoE5LBjbkeAqxnYEUW3U8TQkaeKg&#10;2B9tFXDjqG3HgaLIVm5EMSXBGnEVDZ89kdwmlDCPhzqXZiS1ijx8ieQKqkk86y3MPpO3dihSMNKL&#10;tzJq4WR0ejixHQAe2tSFwWzgMCOHsqpWgxq8Ya1Rr0SMKBpoaIGSQv5Ry40CkMSvY8fGg1NYDTjR&#10;VIpY+Y+6hABG61+Q5iiY5WTZgTwoESySbrqt6JcnRdVlFxc2vS1ZlZcgkNqfCi5WIyiluBaiYJYy&#10;ggbCdeNEuTSzvdCdBrRchdYUILDynnQp6RIxDofuouF7QWI42ooFlKEoo0omQiSQm19aI0YbHedw&#10;8viPGjWqshl6y8kvxFC0zfC6GxueAqLkoxlG1000FVMDUBRvZrXPAVFZ8hHD+UHXn4UZsDApddrD&#10;cTwq0hiRsY9h8pBqLg5X2IqoDvvYWo0CDHmPWeeWyE2VRyoknxVkbAFtqqWAB50S1rhjQ7dt0cDc&#10;eWlGpGaXISTqBQxKaAnQGqzaWTMzKT+WqpdiNb2oG3g6a9QjqE22tcE+BqLwRMepsJcBVvtQncSR&#10;zHKiUDjNWQyBgHDAKD+r7BQVNkxozSHcVDBRdTci9mVaJaecdSwfGs0bAh1AtxFxei4+DFJk5eS5&#10;xkx2LqCjShdF0vt+3xNLSS1pCDGaErMiOsVnk4gA+wc6SFxFxZOPOh3ZCSLEDvZeLMBc6LaqZy5e&#10;ZlYmNH0lZgzkMcexU7rX/MPt8KuHHdvSNWMcnLd1WNYlC7g9tRKeYIty4io1M0Mkc8+ZJlNKvRia&#10;/wAuqNqVFtGFrHnxqcrjPLaXRWEEAWaNywlAc3uAD5SvgTSRc+jCiY008gEIUJorkXJC6bbakgEa&#10;1Werbj50E8kZ29TJDKoKrfcWXzG+vuqYbm2QtBmQ50jsAEkOyNIlsxABsOBJ4c7UtMLTHZmtkuqT&#10;od8cG8j4LKCbcNeVOqSfxYmn7pBLk5LIcjHBKAbgg3MoLvtGvA0tTWV0OkzoIcUsg2BfMObEgm2j&#10;HaBb7aNY+DHkQmW2PLBvKluouoVrakqouTY+Pvpaz2t+FOkeAMeVfmFv5WQAkxEgWC8SbX4VG5eG&#10;fPXDjlkWFtsUq7PlwDGpsDzFr2OhFXDO1ZMfOgWY4eJhyXZfyhr0ydDYr4DW9ODn4NuLhwGebKLA&#10;bGMjbbOVYcR43BFWms9TIVwVKAJLLMp6rsQRckHixsB9ptUamFC7bY3ligO5gQt9wBb4d17n2nSk&#10;qYFLjdtxI4GkEcTQxlkYNYbvxMo4cKki7WR853L1GGXHfCYiUaySFUDBlN1FrG451XF3WuDkZLzO&#10;ZJWLzNqW4fZWbVkIZ2Y3J/8AIVnLWA1FSgvSglBLURdqoJEZiAgux4Aamg+h7D2soyTTxKrq28vJ&#10;fyqNeHiak5bxJHSOHJMyZCMr/KLeWSVTcAsemADa7C5Ncl54Zk9Q4s5zndI3dcZWsYla25CTuMun&#10;4q1mMTP3GtJKcaObcuNFExjx8dPjZL+a/wDN08KmPg13fEXcDhwRRzQ4r/MFiAHYOu29tzDXQ3pI&#10;m9kPdVycE42NGvRRgdqkM1mNyTa237KThbmxxIsjK7d3K88XUVRd4WIUeYaWvV26OPS42srrrkZJ&#10;umNiyRiYf3hyoY2tps4hvsrOY5sXoKCDJyYSFtjxQGwBUF328L34A+Aq5ZxlzI1RMp1eMyZdt532&#10;JUeAGgq35uOcdGzIyJc0wZBWSdYgdsL+UhuAaw005VPRvPIsnueZGwEUbKNlpJGIsDbQm4bh4VqY&#10;ZtvoyrjT5azNLP155QFHlYtYDkNFAqdx2WtXb8eLCMMUNjKNHyV1Fr6qdutZkw5O7kWesbzHZEwZ&#10;deo523J8BxNaZ2KV52hePI2KoFyp0c+FjRM8DEGKRjxRzs29d0kSEjpjw8vM1mVvbSdB/uePtiM8&#10;DfmZBF4/iYey51pJ6l4mIqPLygkitjMq7rCUm6+HCmTFwBo44grbCyMfOoU8fdV9GZOXU6sUPk2L&#10;EsiDajDzE0kauznPlTxdxQSukeKRaxIux9tWsS88m5c7NjbY0XjuvwAFF6rjlMuKnTgHTAuZDqC3&#10;21mNUlszNOK0XVESqfNIoN7DkK1GLbg/COOIIz0yCpvY3N/b76zhvJ8kqSM7wghOBRuJ/TWktc+f&#10;BM0vWUlUXwGgIpfgzJi5bRkyHFZGCmwsTwNqThq3MZ8V/KWliCoPhNuVTqk4FkukuFv2FUOt+dvd&#10;Vht0KwpMfJu24gR8ARY/ZUprzM01xeEvI2xG02km58OFUvzIxsaPGR5HtHEbkacPsqYzU4kNiyNw&#10;/JU7T+K2pqrknKycxXVF/KT26n9NX0YtuTkxYJyjTXcDhztWbluSLyZcyVvlscWi5t4CreDm35BO&#10;OYXUy+YLw3aa1MWr0XuikcO3xnRTfl7BVSNbmEqqTvu051I1cMM0xSb8kWQcQK1hjPLQYMYRnJkH&#10;mA0JqTlbiEwSl3JkG1L+TTQilSU+eGB1AZtOdVbIbHiYYitEdfZUjWIxxwYnWZRcup4+2lZmGrpv&#10;+t+nlQF6kP8A33kD+h/YWrGdutYRagnDhxoBKm1EUSQKKuM6USGmwGtGgKDe40oi3U+NClGYA2oZ&#10;RBc7qDQumtFURuGtQZnUqRra1VmqaXXThRLQea5IoKaQkWA1ouRqzfi4CgrrRqQDzomRtIgW1+NG&#10;smQsNl/wjnRIF2HDxoEMxU3vpRDJMmMKGvpzqNZUskbm663qplGQkA8aBgmCqRaopTTE8qqWkmEl&#10;t51vRMNcUFiKLhJAykmhQpkHbZhSmtLjDsWBGh4e6gIJ5teXCiNHSuo50aCuxUJJsPChGPJ7rbei&#10;EbkFS0lzXCmyMnLfaFufZWCt/bu1sFPVXjTCx2sTGx4wWCgEVvBDXlZlsgJ8LUMsSYc/V3yMSL3t&#10;yplntanQqlVTr/ljXSilmMst1NQwShMTkk3J0onQMIBmLtoOFqqTq2iWO1vCo3kfl2huVAppPN+X&#10;RBx7GNmosHOEVSFGpqLSoFkXXdy0FVIEyDrAnjTCZPbIR01Gg40ayKOaM6WuPGhKWQOrcDjrRAv5&#10;rxgXHM0EcFAFQ+y1ErWqooXTjzqNkMUExHsveqz6h2oRccSdaBeU85dFxyAl/MTRNuehnUYDaRrb&#10;U0VMfJilOzdZhy1HCmCbZOSQNJ0SwYkaHnaiz4AdiJNrjyrw8TQqndiN7C0XvqFHjwxOUAutr8aL&#10;DnidiyhRddTQwRAWCs1tsqkjb7KUhsZaeNjtEYVvM54n7KHVcfy7AqzFxfiLe6hMAyTlx7TAQpPI&#10;6+Ue6hc+hAfMmyii7TAjDew5XFVObQjKiOSsTX6YNgf5x4e4UTPJOWkcySwybpZiyl25KOWvsqUx&#10;8TshGEQ6CB5LBVFrCx53INUs+ApHlaywAmSwe7gi23xoX5AxBIMLa0heSMl92220XJtwqEzhmwMr&#10;Kycd54lZSGKdMHW55nTgQaZJmw7FTuEKP0mMUhY7otu4vcCw3HwHOmVxWaZFR2jMRYsAZizBI7g3&#10;0vc1WKYMjBSQRBRsck9RdF+Dz6200IP2Uwvc5y4UUvclnSQSDqKZGXVbA8eZqWJJy6T4QVVMRYRo&#10;xdI47XZgdSxOlPRrHLTAIUzCkG6DHjAvuuWJYksoAvRc8s0cWL15MuFusULPYhgEBJU29ummlVMY&#10;5gl3P0RcQTxrpcauWAI4Di3GoRTx4xmYyMTkwSKwC3BG4gtYDhpp7qKbBOkDzzO3UZ2O5yG3BF4G&#10;4Hw8Tr41UzgOHO8oM8LCSaRfz5A5O1FB03W4luXhUanMDLAsXbxGuS0uS7FlUAAsQBoV5DygcKHG&#10;DRFNHPEcZjkMzXyolJS0aNfW9uDeNTK4+ADkYOI7tJaGWVRdIluwDHaAq3s1zarhnunQnLzV+Yxy&#10;qbmTeNHKBABe7CMNa9ybcb0K0YihYZcvMm2hB1BEfiCc2ZdTrx8amMrmEoXPdJcyQkIypGszroEO&#10;gChdFDH8V6GaakGXiB2YMsDIusZOrC4JtbwtVymK0Y0E8Ynky43iLsBFYm2ptoONhxN6ZWa46ud3&#10;ySPtMB3RiWXLk6heQ7r7QL6C1MfFN7ZxHyef3DKzZjNlSF76qugA9wGlS1mMhfw0rGWpA3qKlBdB&#10;VBYoi6olB0E7JnvjR5Ii248nCViAPefCrOeiXiZrp9lg7ZEruZS2Rv2iOxsVHAeX9Y1eznldd+OH&#10;VwsnGheaJw8Eo3ETG3TUi5sN2mvCtY+CTbHVij7j3fNkXoH5dhwGy6SsbncS1xw5mls9E1m15rpZ&#10;Xc4MGOORsbZkyrZtvmUm/mIYHWpOOrk2vwJhxFnzPmRaOORiqCO7MqkWte/36Utz0ZmuLy0yQIEM&#10;eJjrJiJ+WqynaXfw01q9OF6oIpmxUxpelixPdUcA+W44Cx8edJwYz1ZJezQMy9GNsqWF7TPIxbeQ&#10;PAHhT5VO3nMdGXPyDgb8G2Tkt5bKCBHbQg63pIt244cTGk7hDmTZORkrBkOoOg3bgOIA1FW5ri1s&#10;nq1iCdJRkY5Z5pSWkMmm5D7eNS8tSY6NKu+WTJCNkEXlKqStz9tr1bxwsueRSyY8UanVg4JV2Nrt&#10;4AHjSLT4cbNiQvHNtmbzFSNQnhrpUnJjEcvtsksWay6mJiTuJIufZ/kq73ljxS8uo9+4NKIyIhB4&#10;ghmIF+fKo5Or5mWHOmn60rrLITaKO9jx0Nq1bXDNP4u9gr05Qs6mOVh5mHEe61cbnxDc6VIQY1Ql&#10;zqrk3YX9hvW4xsyy50uMEjkYheMYOtyfsq4Z7sXB69zSWJoSB1m1ESan3k6WqRu3MYWx5pXMmTIW&#10;5Bmv5R7DzpmsY9ai9pyHy9rFTDs8rHzEHxpbVnjnV1J8aF8ZIGHVBsraan31OkbvI+jg44WCN972&#10;uVuSFHsBpNV2sZHbEyA8Su6Le20j4j7KrHUzBhgifoyMRt12sbVMLrg5I3kkfpgBDoG9lXoYykeN&#10;k9cRLLaMasi2J+08alXWHn5BC8ZcKw0PjTC8BjfE6RQ3c8OGlMJmAjx4FBIvIo/CSbUwuVImOXDx&#10;JY81IsKYRWSISLy6OOCgfwVqM7YZGxDl2VgRF+qf5KlprrlqycTHiiVYibjw0qScN7MWRjGWRAQb&#10;Dnarnhx3XkSwywsbsxFrKpoYOjycmNLpGoP4jxqNxn7gZZccvI3t2qP46srO0TEY3X8ny/rH+Ssr&#10;GrLjVor3sxGgArUNoQEVYLbSXIsL0ZsVkYZysfoqSCw+6pLhbrleLgHG8kjGQgW1N7UmV4XMdxKo&#10;m4c60ywwLmnJ23ZUblwpamsrbJijH/MtdibtY3vU6rjC/mV/ncPA8amVbPUmneJzb9T+wK1Gdurk&#10;sTyqsGIwHHjUag9GooTtGnGgONVNCGGwFFJMgqJkszBmtVTKdPcbmirLbRYUBI2mpoCD0GbIk4mi&#10;UEdnOul6IYQo0PCiqjjVm0oGyxqq2tUWsTY7MfZVY7QhGB43typkmpxnKRW1HuqmcAx5HkLbtAOF&#10;LE1uaNku1hz+2o0XNj+XaeAqLVY1iTfSw0rTM6tDSbVBFRaQ0pMlzpfSrhnuPWEsA1RrqNyqoVGh&#10;qNZXDIwQAn3GqkBJkMGtYEeNEtRQeJFFPhspO4UWJL0ibk2FErHndwjhSytw4UTauTJ3eeRCkajX&#10;ialqSUvE7ZlZUm57qCeNYbw72L2+DEQaXfnWpF6NKzRjylbeFquE7gyEhCV58qFXjSsy/DYjS1VI&#10;2KFaO54+FStxkmmYuEUaGkZp4itEovcWo1goQvIPISvK1ExkibHfVBrbiamVwbEojj83G2pqpFxK&#10;puSfdRION7EgXKk0WJI6xC4F/CotuC4ZCAZG0PNarMrUC2254nlRopd4k3Xt7KIJmA1K89airKBt&#10;Dop50gm3ox+XXwqnQESTu3UtZbcKElNBVHIPE6gcqgU8RllBGhBFXKWNTTEWjIsyi+po1konzs1q&#10;IFYGVzIzkKw+GhgCl30jS/HWlSLLgbdxJk4G3L31FXFEqzEsbeAA/jqkOVIPjPEcudjUWKnmxnQF&#10;zZuAXnaqWypNHkfLbAoAY2XdxtWVsuDYnLERuAANS3s8KpKaY2YdUsPJ8IFFwRjO07SFo+mit8ZP&#10;Ec6JOWnGdtku6K8QB89/D2UrWrBBFiurSbyFnb3WHvphjWwE75CoOgoeO+kpvYAcbeNUoxkrJA4j&#10;Ij6iXIYWPDQ3HtphM5ZArGKPDS7FT+Y2ovYXJLW50zhMZ4bMaQJAY5QLLGZNzHQG9tb6mo1LiD6S&#10;5Kou4iVwSFU2vGBbd7786LjJWJjZEORkJ1AEFmvKwN9CDr7KJJgybKiOBNIz7IdSQgNyOe1v8lUt&#10;4Imm+W7Y64yhGFhGCbrc2JNxqbCotvDR8yWDQtLZgodWRfKDyueZ0oZZZxI+Fjgxs+QJAekwG7bf&#10;j8PErc60yl1zGXPjyYnaRYFfFUswW4GpswLAX1LfoplLKYIJhI+SsRdNqRpDcIhdmvuPs1OtFkaM&#10;vGmnxpopXAljUPiJBddpTxY3NyfZTC1cE08cIyciQQsI16xNjsZRY+VgxN9bk0DMeKJC6uzqsiXa&#10;WQ3uRoCD5R4++mDLKkUWNjGGEK6L5upfcw2pxYqdFvoL0nCXovAlxQcmZepEGOwI20m1l87E7tb+&#10;3SrjlJZgGH2/DWBZcx9ZleQmUrqzcN1jwtUxkmJOT4JYcx1wIV/u8ZM0k0a7EVhwSxHmtxN9KmMN&#10;S932BmyPk9uQ+xovgjymF2LN+JQqaaDQ1UtwyNmdxzJI4YwJJ3b86VPIiqFN7n4WuvNvupeElu3B&#10;OJ2p8nuoka3RiZj1C7NZIzZWHLlprU2uV00+Lpz4cc2UpVGGEUOwDUsSNwZt2vHyijVZ5sCCTuhd&#10;QZJBZHk0ZFZgQQwP6oHKrWe3NaZcp1aaNXvHjKXeVvLfbYbSOFzf30tXAs9rKzT5fysUi7mIFh5l&#10;3BAfiY0lptj1fP8Adu9wzS48OHnTjFA/NZgbgnjqTc1LfgxXIyc1LskZM4YbepN5iNbnYPw1LSSs&#10;PGsNJRUoJQSiJVF0EFB1O0dqineSTMLJBCm8qguzm4so99+NJM3C8SZrsTAdxiEHb4XTDibzj4QG&#10;++3PjetZxxE7e7mtWDgY+DjtjZTFjO6WEVwxDcPZ5edJPi1xOIx+oYWtCVYSxRMyBAdSAeLgE8bV&#10;rHDi3znIHnnaJJpeo4mkv0w1htA2+UAL4UnJczDqJlvFh48cSxoUJDxSWPTQm4O7jf2Uk4b7uYZm&#10;Z/b4mKyv1ZCLyNEu0HceNieNJDbaM80j48caQxtI7OGiYsoLKBrqeFqJckZUmTDl9vkliIKlm6SH&#10;gP5fbTbokv5uXZfLij7f18ZTBG2rAedjfUm/Cmre1wwKro3XlleDCU75VBCl78rLV69GZZOrN3WG&#10;ORYs7Gdo4SQNNSRfh7LU9GdteZWrGxsnEkWaNmaNo2KSyncQDxNjoPdUly1jtVid0wJIBBjyPLNq&#10;JJNpGh4ngKLL8HRneKdIIXhRYlBZGJ1uuoI0pI1dnNkU5Escizqya3G67XOnm1FW8OOctuDhvFG/&#10;QC9VQRd9Rb+bc1nDknThlw8XJwpJJ3b5h3vdF4C/GrnNZkx0DHl4wdpJF2uVJRUF2v4Hwq3qmrN2&#10;fuGQ4mbNU9O/xKDu93Gs5zScTloye4YRmjXp7IVG+34z7TWsTB3ZuASYX7yyo5XLdNReJNBw8azb&#10;nj0ammLn1UmVImWRBEu9W2yMRdbDw5mm3DOly6eVFFLGBuLE6ych7hWou0LihkdDtIECC/lOpty0&#10;qZMM0hy2xXliUwqguunmv76ssyztLhj7BA2ZkSvkF2lc+ZjpceFYt5cmk45dXuEWLjyhRdGVdNv8&#10;HsrcjG/Fc/rBsiMOwQgcLXvfxNWsS8uisp6PTLqm/RSdCfsrMrkFDE2F5hKDv0LHU1evJOFDCikm&#10;3NJu5ltOPvqXlZEkEYvH1DobC2lEMaSJIfy5Ltw0NzVkW3gGFJFMrMzHyE6DjcVL1NeiZBR9Wfby&#10;GtaY2wyYsmTB3Bit5IdouOVzWdmtLg/IM+ZJudulGp0VTx95pTOblsE0KKiBLtzPGpI1kjI7hA7m&#10;CNSGFrkitdEznouIDpkE2UVEIdJJCFOiA3seJpgyfO0nTCrZB4jjVkKyiMRzq7FpCx4E3qUjdMSd&#10;oUbRVwtZ5cmOG5tY/rVZGdtsM+P3FZwSEO7UC/8ADS9WdbmNOOQFNxZjxrLcY8lliyFaQg+A4n7q&#10;24+laYu4YzLtYWHItzrOHJ3K+ej/AFNN1+H4auEy1epXt3efwsn9gVIm3Vx9Sb1WcCUkDXjQRnNh&#10;rahk1dQNPtoowNvm40UDyG9EUFJF+dAiQFW8vGiWGrIAADRSpNX04CiVZmspFqGQI7Ak3oiz5l3e&#10;NFD1FQBb60Mp1Cw1NEyaoIs1/soo5Ha+vCigRlvrQijGGc8qkC5UNwG4VYztDhBZPL94o1gUeOw+&#10;LjRMAyDfy8RzolSKJToPsoqTQFRf76FjG/mYWPuqysbRujc7LW5UrUK6W6TXlUMcrkjkVbA6UWwC&#10;xtuG7UcqJG4CNQCbXHEVG2HuHdMaJro1zzFGNtvg4ef3VpfKmg5VLtg7c9ScXDysuQDkeZrPNXE9&#10;H0WF2ZIFs4ufGtYakdSKNY1sABRSl2s53HTwqswM8e4eTSi1UUDWu50FXKSCVGuQuhFRTY0YqST7&#10;/fRYNYFXzHjQwlyTcjy8qDNLkShtsQ1OlEuQCaRQQ3x0ToYsJKbi2p1qmDY1S+37ajUFLPEnkVde&#10;NSQtYXllMnw+U1WTEVy4LcDwFFw3BLqAfsFGlfL7wWvwqLhnC+YBm3LbnVYPM8bsEPAeFTDXcOWV&#10;bBVHGqWhiyGDrCdAx1NqJKj7BKwGpHhQvUcgkEQkj+IeNFsZQrSSnIkO4rcW9lGevJ5jR1BQ7AON&#10;6jWMmyxxWVtwdfZrRaERtLE8UDBEtxOjUTr0J6ccUAeTS2gYH9NDHBuKUZFQLu/nX140WGsIY5Su&#10;3UaC9F4hJx4rPkSrw+DkaJj1L7hNlM8ZRQ0Xl0J9tVnbNosuOTcA/kU6sRpe3KpF2jViu5idLbSq&#10;3AOtvDU86NRhlGRGE2KzNK/ndjYWGungKM2NeGwfHeZXve4tfQm/LlRY52RmiHdFFDvdgCHtdUHt&#10;tVYtacwyPiKmNJsjAG0yGwtfW99daNbczhRWTHmkIKlpB52NibAcF8BQuYPFSeDDPRG7JZbkXDix&#10;1N/ZUMXHDm9WbJD5MQZVjYDJuNHRWBZFvwpb8Emby1TLBKIchUMZQrIymyFE5g/ZVLgvJixpJYY0&#10;ndOo7dTeSLAK2i348b1Dhow32R6l3Ckh5JQuqg/EWJsNKLFr3LHklRJUCR5QEcd1O7U7QdBazVTu&#10;5xS8xIrzMsZlxlUBGjIZifhN9p3XBGgvUKcs2bkzRPCtgdqyl7/CwNrIeNtvGlqzNUjTozpu6hkR&#10;txf8sKsZ2WufdyFBS9zZZBhNjmRhEqSGPhu28deI048qHdnhyO94hSIOkoUyXkVVSw26i/E8eVWW&#10;uPbSExwfKMsE0izRoVlnmABKDQqnmNifZ41Op+m/J1IUjfIyeoS02TEoULfYQBbRrWtrRpkePMSW&#10;SOZgskQH93gV7MFJZuICt8Xtqpin5OPIrLFFjCTeqfltzsFDbmGttfdU6RrFtJz+2S9zyxE0xDwt&#10;09o0jWy7jrrb3mlpNc10cWPExBMjF43xUJIjQhbE6XbW+4jhUy1JITNLEyxSSq7WKF1BKNHxG5t1&#10;g192lVnIO6ww9JVgBLzON7uCT5uagHThyFCzLTLhKM9emCxcqzSBtqxrGRtVQL/FUUzMx3ZXMEoW&#10;cPYxbmLcbgDUacyaphWPPHAMqRQwVEv1VW1vLZgLHzNccakXMcbuPfYokVArTM5Erg/rEHQkaaE3&#10;NqvDjtr5mXLyJBaaV3W5YIzEgE+w1nJjJDOW93IVm1qQNRUoJQXQQURdqou3hrVwjb2ztGRnmQRk&#10;ARLuYsbaewc6LJluPYocbJGPPKTN5SWRSVXcLgH76SF4rsnFMnbkTB2xmZbv1CN7BTa5F/Lc8K3p&#10;xynkl2mGj5mfAwRiyRbWsPzQw+LnxGpqRq3EwRkd0MkSM0KLIiH+8Tmw1Om1V8xvVjG21crty5M0&#10;rRxu0BJ8tyUjuwI3EG5qXblNdLZ8HaXtmViwiBp0nmkcJCoYtt8QCSONqcuS6+kTupdcKRIEK5AO&#10;w7BfbqPibx91WVneekLhi7e8ML515Jiq3Vgykkctg/hqSZazhuZoIMdJ5FEDqGEZYeUKx4gfyVZD&#10;a4c/uZw5IDlZLM5a4Ro7AkW0upOlaxlxbY+83BgkPb8fpsomk1EbklSv2cKxq5doHdEMoxzYwlMd&#10;9jI+m/xsTVrM4Jm+ZCxjKkkEhfckcW1IxrfXx+2mEu2MN2fhTZ2NCMhy8ZNljUgEm2lzSVq65au1&#10;dqxsOJoWhDbfOTuH3VJG45xz0Gc8ahumzXZrX2fzR41bHHNm/tgwSZVhhdZWuwmmAUN46gmpjluX&#10;g3DV1DZGQOq7EgX0VRysavWk4jJ3DICnZGwWR9EC8geN9K1j1ce23OHPjigwskgqJstxu2cVt9lZ&#10;s9autxxG2Xt0OyPOc3QG7RkkD7FqdWsTXknLyu3SZUYjx3kkey3tZQPeau2uIzrvm4jdkT40MHy9&#10;w7gXKryq6xd9nKx8wBiFUCxvuN7Afo1pWNa3nuEDKWgiJ2j8128otb20kauxCZX5LSpcK/wgNpV9&#10;WbeExF7irIJpQ++5AawFqzctajknlx5PMQNbAR8KuEu2GPuOVlyyIuPGLXG52+E1btwzi2tcvaJc&#10;0RsbIsfmYg6k1i/ByyepeT2oiSNyxcqbKDrrV9GcYrpRRts3ZPlQcBa2lI19pOVNBKVERNuQU/yV&#10;rozblz1zWTLkQkFRwB1INSsa3qzlHnnLiQj9bl/BS0mvrW6OBemBjaA/E5vUbwvJxIWhEbktaxJH&#10;K1XCXBM5maJY43sinlx08as4ZvJmHjRyneXPl0486zluR0IcVVLMjfEdbmiyEsscMx4NIdSRVTot&#10;2yJVvtCKPhPOmSyueuNNJk3MxYDgAauzOk5dGRGUAWJPtrMbonlx2CqD5hoSNNaLkGSIkCtuu3vq&#10;+jN6hmxo5VDXueVJS6jTGGNCXC/ZUnK3iF46vK+6Q7RyA4VbU1JyoFWVenYsfiNEpkeK8o1sLaX8&#10;KZWam/u5bW/mbefjes4bP9Si/eJ/cn9gVqOPbq50cY48L1UWUB5VADwHjeqWGRstttDIiTbSopMl&#10;xYnWqill2tREYA686ikyy2svjVS1IhccTQgnXwGlCqXTloKBby2uBw5UKV0ifMTe9EsaIlWxudRw&#10;oQUk9lAIufChaBJt5NzTBKjhhqONFoOowNzxFGcnj81wDwqq1xx8iPdUbkLyJCikc6Rm1kjcSLfd&#10;YjiKtYlyZHfeHU8ONRo2eQOhAo1lhiRgbEe0Gq48YbIw1gQLk1K1EXcJCTyopzSRMbXtfxqYayVP&#10;LFGgYm4XjaiVwO490LPtiY2p3MduWCOOfJeygknnWGsYdLG7C1/zbgmkjVd/Cx4YIgtgGGl62k4P&#10;a4NzwNFUu9gNaBMkZBJB1OlCwQkOgK2PjQyOGS/lvrQGwcG9vtoqo5GDXta9VEmaS1gdONqFHESF&#10;A4E0WFZbpEAxH3VE2uCIfzJlduBqpLl0GiDKNbAeFRvBcke1htP20SwRijVdxIJPEVFwSLXuE4VW&#10;QLHIZRJbyg/DTJI1M1xuCWtwqNVCkjRF28pPIVQqGJNh3Hz8DRmQyOKNQGt5vbRZFTJKXWQcPACh&#10;SViyZJLkBfA0ySVpjiXc2tm5350XAuqgbpk3DeFAmOBlWTa1lJJNQwkuO3y5kvd9dq0LOFYzE41z&#10;ZdnxKSNaE6GwzxtHvX7R41SUuWNjGWb4XvtTTSoAi6seGiAmOX8JW1+P21UnQ5hG+rlmmuNxvYD2&#10;0UrrSpG6mJpNTsJ4W/WodBYaSLDE867izE346WNqU1nAXzjlSAE7iFBEfIMDc391E7snQyyq4aY3&#10;Wa21AtgAR41FnzKlxZZnRHkLrckImpA1teqYydj5EHSWFU/Lg8rWGhbw94qYWVccMSxBLHzN+Yqj&#10;U87E0JGaV4xmvjrimWKIAlyfKGFrBQfCqzevQID5+RGZscI0QPTAY2N9De4FqEzesaMJRjrNooLE&#10;rvBta3Ifra1Gpw52XKmNEjiZuhYI3TAspGrEmx1Jqxjar7cM+R4ZEVZIJtXmyF3MLcbKp56Cpdl1&#10;1vVp7h05ZHYy9JkcBH26i62I10FWG1JhlUQOZVI7ffbEfMOtLfQlf1fLYVMrJiOjLj5E8l3iaR0R&#10;GTzBLG5FvKPvo1gOSBgY4m6BjRQWnKEAai1rX1N6QvHoxQZyS3Hb3MRY7mRE2kHlZje/uq4w45tn&#10;oCWJ1eMdGWTImkOt9oZS1zuWxAvc6Uytly6EaZCyFZlSC1yuwXsLDQ6+BqNdGWU4TCKXJV51VxFE&#10;WAtobHaOduelKG9xwcbIldliMhCBCoKhSoIb+Dh7qYNnOhlySkrKUETMAnTW9gGuDe7a+W/hVtYm&#10;TTNLA4zCpgDuBaZRsYcGAsCxYgcOFFzY0y5GK/cEklnEccUf5Q3bTrYkm3wrpTBmZRe4KcgouPK2&#10;PLdmdApR92gZ76lPs1qVqVpyGmiRskAPIQqvGNRZhe20m2njRbw5E+LHInzEmPLFiIwkZnYMJDfg&#10;248xoKmWe2da6GVPI+RHiRRsrp5mZQCWLLbUjcBa9qvoW84ZZmfFyV3T9LIliETCNGdi5a4toq7r&#10;VMrjkXdsxcaGKzdFmDXYjqliul+K2v7a1rMseTbHDj4WbktDJPP0zhKHFpFuNzW4BBx051m3NNeJ&#10;y4EmQ7OWBI1JAGgF/C1ZtWQgmo0lQXaglBAKIsVQQAsdauEREZ2CqCzMbADnUV3sf0xMIUnyJBCr&#10;DdIptdFDWJYkgcK1KXT4t8WF2rGwywjaRnJMDvdWawuSpB5+6kW9OI0wZGRNjh8fE2yiQRu7g8vh&#10;JN7n320rXDPP2Dgbr5XSnhRzEf8A1iFWYKynUEsLGo1ATdwKzFMs7lsz7ZLGQF9LXA2204Vpi7MY&#10;yjl5DSS47bdnTRiw2I3BDaw+2lqTN6m43a2SKWJYpFm0KZbGyAnwXjWetbkxMN00PSVGmydncVQs&#10;Zn4iPnYcBSTK2yOfid/nlykjxYpGgjP94kYhidfj4Ut9ElvX0b5szD7jlAKRGw160hCsR4Ko1N6t&#10;O6Ws+TmK0nnPzKfBAijRSNLLqauMRjuzcNaYziPprh79T1Nx/Zgj3a38KjkkJzsWObBSRIxMqvtS&#10;FSVVSNCfCkjO3xMxshGheIwbcoeVJGPH/wA1OFzmJFjpLK0/cJtjx+VGY+UX8L2FW5qSTrV9zkly&#10;FgTBnRVjYb54/MSeFqdIW5p2+XGbdOodbakniPup1M4ZMTLTMkdI4ViG78Pw299S8cE55H3ER5zF&#10;BI0SY446W3eI1FUslZZpsjAxLLkl0bUxublr8/EVdWPJcTgEHbDnQJlTePlQkkH31nOW5p6mxx5M&#10;fcCYMVVjjFmk8fGlprrc59HQkgYwMxcTO/wRFuH2CkaszGA4uLiWkeQGRVJKE6jx0qyWuO41D2oi&#10;aWSQRg7zdSeAFS3lrWcNQwHyJyHdVjHEKBrVtJrnqz9z6qxvjxqpRR5mB1+2rOGd2WLIyDjCKyoV&#10;4WGv21mXB1dNcY4+MJJRvlPw60nLe0wyT4uVlBVb8tL3upv95rV2+Dj7M3NaMfHexheTeqC4Y/xV&#10;mNkxZ+Sm+LbthuR1GNj91VM02I5E2VEQxMUYsATYe+pa1rL6ug+2aRonkVQo11vTK4yzjFWO4jcj&#10;ceI0JomCY8KKKVpJF468at5ZkwMrCB+XFuZvwjw8aKhgd0Ks3TU6aaG3voYZs5/loNkbeU8XrUce&#10;/AOzZEUiMoF7X1OprFvLk15mTxC3WbZp41aRrjSRgVciMDmKikmOGJy7NZBqC1XDPQvJyXyV6cTe&#10;TmfEeyrjCZyRHC+NKJGfaALKtZqziupJuMJmdgQBoKTluxzXkdiGMewcbn+KrliiRhOQp08AedMp&#10;jI3abGsLg21vTC5w1/OGaHbYMCOPKpGrS0Knyiwb2VcJKVIoicXIuTz1qo0pIqro1RoXUX9f2/bR&#10;TfUbAd4mHjs/sCkZ26udEbm9VmKkc34VFoVcEWvVQW1V99BNy3tyopT2N7H7KMgKabhqaBZf8LXB&#10;oBdASD4VBattsANKqDLKTtJ0oq7nXw5UMkCPcxYC9EScWSwuDQpUSvxBv76uWZGpAr2PFudStyqa&#10;EJd/CiYLaf7ffQtNsjILc9b0UKSbXueA0pGbw1NlBVDX0HKjWSxKk7eyhnJU8QQ3A99MlhqhNgsb&#10;EihFwxFWYNwoshwMXA2vyFDJsRUjhqOFKsJmZQ9zoKiVy+5Z8aIVUgmmUrlLkyzDZGSSeNZtSH4n&#10;Y5ZXvLpesxvDv4OFjY6BNovW8LDZyAwt9lVKjedQfD+GhRwoXQXa9WkXIuwXU1CgRl3XPPhQPjVC&#10;fNb2UWAbpxuWOnhQWZGJFj5aGRja/lA1oFmNw2puKqYWzqV05cai5Bko8kWgFxRLMxEiHTC21Gho&#10;YaMbHkCksfIeFLWpqsoNQvAVDAB5jb4jVRbgBNLBvZRQ4/UJXqAKBxoQ5yhYAcAdai0tpXLhVsU4&#10;G/jVQE7wweaU6nQAa/ool4SIvJewAB191FhjOqMI738TQtwJJZIyAQNddfChLYHJctZrAIpBuOdQ&#10;oEkWZ+othEDa48aB0CBpTfWJdGA8aLC8k7WPkLeCg0SkbnQbFTYt9W48eVVnlrgSCKPa+rMNxB4V&#10;MNzELzpCuN14FBIGu72VU26ZhYndtgtaygqSNL8xRMnrHCFDCS8rruc/yVGphWQ8u5YRuEeyzNa5&#10;JOgFCskUrpGkHTYIuj7m8wt4EVcs9JgSzQygDHIjs4V5APw314jnwpglOmiz3MgxSXBHkkci2uoA&#10;qZastZg3c8bNlcQI6kfluSbqdBa9+FMpJZWzEnUoJY1JRQWKkWLORxsbCiylJFmPIJLmCSwL3Nwb&#10;NfiCOIplMGrFOjXkVXiZvJrtsLamquLA9xm6iqsUiI7C7KlzYeFhx1om1yR85HJhq5Bhj2EGSYAH&#10;aGsWVRfXSoZ+LHAkedkJ1UVIn39MldWjNtQG4cKVJ1dh3GNiuwjZBCpK7SCQLWXhbjajbl5P7xjy&#10;ZOkyDDKGRmltIhZrC44G4PC5pljGPXho0WVISoy4WvsZgFEU1z8K+336Uay05BcnKWGMLuUHVths&#10;bKfMDx8tItW4kiwWkYSTMRwkO4bwbIq3vr5tD7KHoyLGixRS5PlklLX6W67ODdVGg4bbe00yz2sj&#10;SdzyZDiRtYiTqGVCS6KNdtwCml+AalpJW/DOG6vk7C2QjECwLKZCSBe3m0tzqNT4jSJ2dUDHajFJ&#10;GUW5ljx3W1NVGZ2jh3shkmBFzuvGp4D4uJAuf4qRLw046lC0ySFDCjEqVB6iAgggk/8AmqkIhnM0&#10;KTtixPky/msGOyyknW7G26wqLMmt23GzZY8pYhLElwkdtgbQXsWsDrw0qVrHqbLGnzUUjAxQhDI6&#10;q2nADazXs1racqqXqrGxLs2NI0jqj7laM24+cLc8fbTJIXk4/dO4ZHy80aRwxfmdEyXci+gsNCD+&#10;iplcZ6pkWjxpMnorC0Y3CKPVgy6a2tb7tasjO14cvuXeI48XDyIzFK11HTuC6kDW60sZ73A73nRZ&#10;OXvi/Z7VC/xk25mpak5uXOeaRxtLHaDcLyBPsrFrUmAVFXQVQXaguxomV2tVFUDsbGkyJAiEXPEk&#10;hQB7zpVtJH1XbewQY5RrGXIj1kcaqjt8AFiNPbVk+K+vDZ3TIjxo0jySY3cWMTKH1bXdqCK1Izvc&#10;cMnbmllhKiAh8QkrkM7au1tLG4BtUq624dGeOEr83NIrZLqplxwSWVRqNBaxPOrrk2wRi9yyFz5o&#10;44jDjhd8KEKRfTTn8Qq3DMt5H2/DXNy5st42RG8qRyEfabDwqW5a11nUtjEZ/lZI96u/lyWN9L8l&#10;Bv7KWE2mWp4MjIWaUMUVTYG5XRdAasqWZ5Z239cRTqzJGABvAaVyeB83L7KisjSrCW6MqkF7vBF8&#10;SjmGYAUkwzaBYMZk+bmhkVmYCIWDK33GmV7OOZyvHGZGWnGMrLHpAFsAjDjfnS7RNdLJn1au1Y/e&#10;RPKuWWkEg6qhCLC/jTuuWpq0/AkmJ8yuMzeZUUjcPG16sZvwyxJIvbbST7n33EDyG5JPE86Y5Tu7&#10;YvExJ5oZpvM2/kx115g1LeeF1145Mg7fDBxy9rE+WNdSCfvpy1iDzMKRoBDIzyol/wAwi5N/ZSJt&#10;Mk4oKlUKkRRfGfKBcfx0SfFtDYzoXIDA8GGpvVwuWXMQMDE1yHHmYrf9I4Vcs2GqMRPl4YWMlrF0&#10;Q3AH2VjHDkzMtXc0Z0CYLdBvxEaG3MVqdDbqCDNwsSBhjwNJMND4FvfWZPi1dvgzTdu6zmfJe7ya&#10;lF1sPAXFW5rOI1L27CgjBEhC2uFF6muq7VlniyZojsbpMeBGhtWmAbZT5WQiw+LiSaZSw3AWPGLS&#10;zAa8S19P0VnGa3LiNkkbgda26Jhoo1qmMMnXlkyVjD9OMfg4D7bUvCTmnTSQdboiQO/MLyq44TMy&#10;VNHjpOihbc9xAIFMcHqbLIzL04gvhcaW+2p0UKQrCoD2LX5/5aBuQWSLcW2jkAbGrCsuNJLIbNdl&#10;/Xvepaki1zUiyDGlpDwPO3vNWwlXLC3UGU0m7wU8PcBU5q9AZ4bMj6SoABxNWXCWZVh48EC9MEBh&#10;ppWZq1blO4SvFA3QAuf9YdPurkji3z6K7flpLCFdi0lra+NceXK0TKXXYwAU8W4m1alZsFBgw/6s&#10;m/sqLITkYh37jwHM61UxgM84jWyqWVRrxpIm1LjnMzAslhzpUh0qLcGMEMBxPhUaDNGWjuTf31qJ&#10;SseSS/TFwnC9ZJWkQEAmM+Y8+dMtYA8Tro2h8Txq5ZsOihAQ6hjyuajRXSn/AE3qs4a/UhP77nHs&#10;T+wKsTbqxJoNONCBZWJ81AFwnGgF5A48tEyC786CWYkHlQPROdFkKkUX4cahQG40AqoEnw0tQERd&#10;dx40CmKk/Fr4UQ2Ow1H3UDZlDJcVGiYogT7KqYNZAp04VFLs7nThRBHEAUnjRcMkitENCdDWo47M&#10;DhcSENx9lFlyuZNx0vUaDHG0ZuOfKiWNBRmsTwNBoSMKL20A0o1ICY2AYH30KVFH1G6gOgplmTIM&#10;vukWGQDrccqmVtw4mb3t5/LGCoqXZMW9WVMTKySCBe/M1lqPpuz9mTHTc4BLWJNawsjpdIbjt5UX&#10;qQUbcSRWmcFhZJJSDqtqhhoWDatuVFwuFSqm3jpVIfHECbvyHGo1IVM8UbWXW/Ac6JaFkJW5O2iW&#10;EziUWtw50yllMglOzVSByosqkLhjJe3sqofGQ+4nlzqVqFFmBay3B+yiG4wkKtv5aUWC2mNtTxOl&#10;Do0uV6VgCLaEGo25y7mlKg7QeR8arHqfBjtj7pCbg+NFkwFyWfy/DxvRKevmjC6nwIosAVkS9hc+&#10;2hihOjjXQ+FQKmgDZAZjutwvVSwyJ2M21BqOND1VmxGGM5AXeb22jxqZXacZXCzZBvqrL8Cc6qTl&#10;bEEbJV8ighjf7qiskcs8n5UKGOJWHmIvcVcxnlujjAv022nXXlUbkBteNgZDv2m5N+VVOgcvIjRU&#10;IXz3BAtzJ0qFVDETOY3HVcnVvYfCmSQcuJkF1hv+TbygcTbxpk7RRY5jx5A7XcsQg5AUWTEXjRqk&#10;ixMQ4QfHxOnK1qEinyMczuAxMbg7nsfKVNjpQzMrnR5nRVtFGRYMOJBB095oWZLbAJT5ZbqsYAG3&#10;jfj8WovTJdTMicncnxdNlSPkQBz0/hqxLWaU5sabWdQlgqx7mDAfzjrTKWVpikC4/TS5MW2LawIL&#10;ORwTT9NRqLZE6KlVJeNrs0x1AGpAPmoAjzRBOYtm/qEGJeIueJ3HlQ7uSJ8RYUZpZjHn3V5ZVBbZ&#10;EvNV4635UzS6wbY+RNFi4e6N4zC26cDzi/C9+duNCzJSqySriYCdTLx1D9aW1iNVOp9nC1Sk+R2R&#10;OflxkCTp5D2hkQXcbuVwAL8apUlw3bEjgAARIyJ9xF7hwTdVJtcmgFMyDE+Xc+fHkUgRqBe7jaLb&#10;mFvMb38KmDODepAbtIGxkmQIslhe0h/WPDSx0qrcM2A8L2YGUpHcxySX2sWYhdGuRYHQ1Eg8dleU&#10;XO1GBVZQFXds1ta5a4PG9UioslY2aaWOQGG4Y2CJZgAoBtrr/wCenU6dT5JZGxv7pH05GTexAAjZ&#10;j5lFri5uP/K9OF5pYg7k8rBL48KizBfjc6/Cp0UXvyplO2nTYfzGTjtlTHIxR5lj0VNwG4FrAXsB&#10;4VK1AtPiyGTpR7cmC/RYi43LcMu3kPt1qp1CsUawMmRKChYmdHUhtzDja/wm+lAea8YeRTK/ULIk&#10;KKCFX7vAGmT1TuZZMRY0QhI7MhY2LW10bjx8aQ2yJGy5sgxX6Ea+YsbNIbjUeHH2UyYcmbu0RkeG&#10;GKV5kkUxncEFhYedtxJpeGJtlxcnuksU+TGGeNJ94nVCrFif52tZyWuNIybz0r7b6X41nJICo0lB&#10;WtBdBKIK1VMpQVRWrG7dlTxmVF/KXQseZ9lFw+vxMNYUwcNWUzSEMrr8W3idwrUmIt5uGjIURyyO&#10;4Ay45fyZDdFsvw3NvvqlMz4MeVYcnPCPnKw2wg3Qg8xfWrjKWyfayvM2PLK7MSmQyiGCMeYFeJG2&#10;p0SJHIUWYSCRpskWR2FttuRF9a1nKdCg+QZnnlaMSFCEO21gml/AGideTm+UhxTjnqvJKCyWa7tf&#10;VtARxpPit+DBi9uOZ0tznJeLjGG2pEF4C1hc1m5q6yNvcJJoEWDGUya+Zjca8SBbwretjG8voGbI&#10;eWUTC/VVSFZtGBtp+mpDbPQntUcUU4x5j1JZLtIwGmvLXmazW9Y6OXmNj8I0fEFkjRTcq/ttwrWC&#10;7MS5Ust8aCTajgiRNtwGPGlsiSW/Y29uiGOwgJYtH/rQGJseVZajB3jIxsfKCmDrSyEWLaEA1uzj&#10;Lju2NsCyoxldKeaMxbDZLncLe6s9YvrlpR54ZEbd04jowXgVospk0uHIgljQyKdI9vEHxN6qmZOf&#10;NBjrBuEkshF200HuFqsnqm2/oyzB4oJQI9yycQLUZvwFhYzfKFUj6Vxoz6NWZW8XDKZZSzwyuLL8&#10;YF7kezWrhjOTMqI4cUcmCi721ZjrYe4UkXa30MeaSTFLlgci2umn2U1q7fJp6xHaiI4f7wRoeV/E&#10;1NcNbZxwx42Y8MTiVbyt9v3CmWcDbuUiRqnTuzfCCb29thTK/JoEUcSq6zM0snEX/l0qTlq4heZJ&#10;vljhx3beP2hq+jPWs+eskBjjaQdM6sp4kfbWoxs0LmO8caY7BYODFhqfcKnRqbZapcSGJBI0gLtz&#10;pI1thgxcFRltMZASdddam2amkka8tscyKGBLcgBRc8jcTRxBlW36otekpZXJHcMlZ2E0e4jht4/p&#10;q2sa5rrRwHJhJY3P6prOXJ2hOLPi477CBfxFzr4VZOU24jDiZGIC4KNvUkltONWzlxzbg/Ew5Z36&#10;0jnaPhB8Klres+JuRdSVUgKONvGrCkRIesADpxNSkaO4QAxDha17VZU2jnYr/ngEADgAPZUpq6su&#10;VEEsACTpVkXbZzzlSQ3JDEk8Bwq1jW05JgU3WJbmW1qStVTyrIliCAeRGppEsSM46J524cQKYMtC&#10;EGIuzAJyHsqRq9HM/eWKZWUBio/EeFasw49d5RH85twuFHAcKlqyNGJk/L3BBb3a1GpcAzu6wqpJ&#10;8rW41uRjfcjtlim+9wTfUmsW5rcmI6PU9tFyd6k/8Zn9yf2BWozt1cze17jhRDCQRca1FKlItfnb&#10;hVShgIvc8DyokNYIXtpryo0NYh9lQwXLvQacKqWFgOxBJ+yiJIGt4WoYZXZibe2qxa1BGEQIFSty&#10;cELACx438aJg1YSCOevGhg2YaaCwo1SYy6X8DVZHra51qKV1nDaL5aJabuduFwKLVNjs63b7BSmE&#10;igsdBqeNDBjRi4H4qKjxXB8eVEwYIwEvxHhRZAvJt8oPGgy5U6RxncbGiW4cdu8SRAqnA6WrNqa5&#10;c8/MZc3NiT9grDbr4fYbeaUe6tSI7WJjRr8KW21pY1NIUWw0IouQwZBe4K60wk2WQ/uHOgsLYXHG&#10;ihUsPioLBsbX9xogJ8kqLD9FUtSLYyCQ63NSkG7OUBYWFFuRIplF78BQnIQACSdBwoGt0XSwtai8&#10;M8cpQ7BfjY1WI0m3TItqeI51GwYQLXU6MDqPZSpqbKihwr3NuFFpe7U7TpzWgM40TFWJF+ItUXAG&#10;RmlPVbbHyB9lVnHKJCxlCowEfIW/jqLg9FIBAN7H4h4UyuATMd1lYkD4vbVKNAgCl7DwvUASHdL5&#10;bW4XoUhN65bxICWYaPyFqM+rRHBEsYVnvIDc38aNQiYTolwxV76NYUylhhjicWUb3YefxNMBjyww&#10;xAbfzFFmiH+SmFtZ4UnmilkLhFPwjkNftplMLlRBGCm5IwApdtLn2CgGGLHjBLuZOYv4DlTCcDgY&#10;rOoe6F9Qltdp+2izqPL+YdleOVkSME7VABdR+HWi3lBOZYt5x2QIFBiYgsST4g0DIZi0+2FBGUUt&#10;ICpIv4E6VGplmEeV1DKLBGPwoB5jobG+tVi5HNlkZHS+V22PEcdOZJ0FOFzfg0SRs8YjWTeb7Wbn&#10;rpoR7KLYzmLHGyR2BMh2t8TWt+jXSlSSFSxR5OYIPl9sVtzNpZTyOvPTQUthjNaESLIzH6l2jQoy&#10;MbBVLG1xzJqL6rdYoSIoZUbql2u43kLxuS3D7apcQhMAyRI+RkKHRNIwxW+0AqbnXwpmp2QOMrLE&#10;+RPEySSEtO0p2i1gABqbC4HGhOnKQLMY0E7LZow7RakXZrBhYai3KlSQqWHIjy55cBlkmU7cqYgc&#10;GAOp4C2mgFDFbISpvG7WZ0EjSFABvI2k20A/CAONGlfKY3TLyWiLEOzPc7mIFyVuf1fGpg4YO5zY&#10;wfGycco0Jv1plBN9tkMaqL2NnNr1WNviy7psm+Qsb9aJQqIbNZAbLoT5jtJ4LypSc8u0Z8V5kjgy&#10;BthSzu9h1GUaBb24HjTFb7pkEOJBMyrHeR0ZhvUKSC3nMl2sbbtDaocUWVF1YUi7hN1CCp2NosgU&#10;XNgDr9t6LWLt8kTuSptkFg0MUd2ChfKTe1t1r3q5Yjo5XzHy8UmK26dXK7rb9DccAV5a8albWI0R&#10;YYbGXJiPUkYm5LAbeZJCkUKVPmxQ5PTx4+pK2l4rEaXJD3A2WveqmRSfKfK7cm5Y2MgD8NzA2J94&#10;pgzIVDPjM7ZjZBEBcbJJWAS4HBQba1FzCe8dwSZ1x5LMDpGN2ht+IkfwUqW5cLM77N1ZVhlS5IBk&#10;I3M2lviPALVy4rb0cF5Crsd5LE6kHjWcr2kkk+6stKqKvT+SgqguglEEB41YlTWqJ/DRWzt+C+Re&#10;XpNIimxVfH2nlWtZL1ce+1nEfV4SJjYeHi5RZHUG0SqCDubiWpOI5byYExV7oznI6OVjLsszAki1&#10;7qL8NaYymZKf+8ocvL6csRnxihLSgaBjqNoHHhzq1Zs5HcM3JzcwwRY8rxxHyS2sdoHgB41bthxX&#10;S7On23EZO1Stlylph54jH8WnBeHjWZm1y4kg8eQZOPHHMj9dx8bDYEU8tONVGHMjyu1BkQGRJmWy&#10;sFNr6mw40+aWWcRnlIgnOSodrEbASbsP1FHIUuMMzMrdiyY2VkLKEGIhG1Yg2t+ZIGlX7Fl55as1&#10;IREsgkEsQ/ZhWChG/WJphq4Y8WeLJyEgSVMiYeeaXQAD386zTXltzFkVg25dqjaG4Ee7xqwsZYe1&#10;43S60hIRiWJuSAfG3jTmpNZI0drOMqyeUF1/ZzcD7qdvK67cEN3SXFynkmaMK7W8wJNvYRWrGZvi&#10;mZmGufGZg8YVhuUILv7yamWrr6sGRnyZOImNGpO0jfLY8vDSrrJHFttdunRuwkjZEi6by3HndibC&#10;sOWQ6OSDHmeJgI8RR8XDXxvVws2DlYMc2zJicEfgIP8AJV6pZ6lGWSSNgxAEXDje456UZFHlZOYR&#10;uCHZogFwT7TxoucgGC0DySTRlnf4dbCmcnbiBxzAJLT8eIQfCPfS8prw0mXG1ckX5KKYXJ0TwOoh&#10;SQLu1O7S331Guq5ejjJulj3DnKTwHjTBbhleXt+RJbHcNKeV9dPZVwz3S9FYuDkI7CV9x4qPCstY&#10;bIvlcZSzLuk4n2mtYM4czNzIXkaWSMKh03Grhx3ZzJcs7unj3kiJ1Ci1LiRjW23h11scdXJtYalj&#10;ewHIXqa8uTbhfaXTIdyTcDgT/kqXqunTLccSXduJAXl4/fRrBWVmOvkDXtz4AfdVwlrniKA3mL+f&#10;jr/JTqz0Nilnh2yqx2gfB/56zhubCyMrLydACo5nQVqVjbknDxnjul7k6k1PUk4dDHWdTtZ9qcxa&#10;lagikEzbN4NtdTrRSskwwDahFx9tWRnassk+TMm3ddTxqpzWnExlVbyCwrLUjNkxs+Uqwrtj47jx&#10;Jq3okma0vBDGg3m5P33qYULu6C4W4qxKVHkwsxBQi36TTCSlToHlWyeW9W9Exy0TKDAVUH+KpF2c&#10;xU/MMaR3HNqtrHbWzHQhvMPcKlbjcYdqXALMeNSNVyJMJMjIJZCfGrsxrrzk8Y5h0QW9lSRavfL4&#10;+zhzq4TLo+py375nHLyf2Fqw36sCrZKB6BLDx8KLCJyuvjUCo1sl+Zqpgt5GDcNRzozT4MhrgW40&#10;WUc5LC44UUpJAGBPAUZyOVgVup40aywiF+puv7quXH28todgAnOo2IptFzRVBwD40TKzLGSBb3ii&#10;5RkGh5UDSse2w4VFAYUtwogYjxBGgqgmlJYKBQtNAVQD99FJmJ0PPlRKiF3uTpRIJ8mJUsSBbjUX&#10;Li53cOi52ncD4VO5LHHyM6ac2ubchWbsTX4n4nap8g3IKr40aw7+Hg4+MoAtuPG/GtYTOG2JzuKk&#10;eU8KqxsjiADFeJo1CXVgTutajOFRw2uR99FkEGbUHUeNAJ3I1hqKIGVHZC3A+FCxnieUtbw51WZl&#10;rfHGy51PsqN4KsES4Gh5VWWgKzx6iwHKpW4Wt91hdPdRDDEFF2JseVFKggfr3I8ngKM45OMIVy7G&#10;w4AUjViKHZtyjTleiCxwVLNwa/Kiwxoyzbjax4GouCnQIdykG/6KJQpG5mFmJ28rVcmB5ETu9uKg&#10;ajnULApNZekV+HgfCqZ9BxvY3jQsAbk8KhFkyNssupPE8KKkkJkszN5k/CKFhccb9ZbkhVNyKJIa&#10;8bdTrgXe5CqPD2mi2IvTI6jA7lJG2/6aBWTJ15BHAfPpqRwv4eNVLcjWKRMi6kb2AVGbTX3CpFwp&#10;sbJL9Syu4N5PBrCmTtpzdNoooUIZpSdqKOAGpot+BMnWZRCYgCht5vAcaZTlHWBproGaO1mYC1m+&#10;2hYv5omQQbP7xbQA3J4/EeWlMHd6KtMJyCfzJVJKc0jXj5uFTK4SWMIm1nIk0kIQbm1v5SNbVcpY&#10;nbs2Y4jBo90krHbuspCgD4rE0JbDYMVEjkkBHzBBARmsOPs4WFFkCi5ipMrSRpGee03424luQNDk&#10;sZUZge0ixult+nmZbcQNONEzwViwduLBHlEjSveFSTYtxuAdOFCYbJ3ieY44NhCDIdhsDyBLa8Pd&#10;TC284c/MYR4eqDFh/aRSMbEEa7QAbsSaRNuiM8U4Rc9Vkx2iR7g7FG3cdzHmTr5adU+0z5zDnSI4&#10;sapG7kpJbzcDr5uNToucm5WQsuHO8uQnRSwkVVugVDfgb3PjerDauV3OZGTGwcadepIQirG5JVCd&#10;LCw15a8qWYZtzw1LEmO8sTTbiQloVBZepptP4b3UHjUmWsTo0o8C46xSkrNGrPY+Y232BLXN9ddT&#10;SRbeGWTLTGLZiZIyZXBE4NmEa8AqgGw28KuGbtjoVPkdnTMULGiiVCwcruKgaKApA1a17ms4jWeU&#10;/eOf3FJ1x4zB0bqhR1LMQdR5hrobk8q1b8GZbSm3PNBPxhjX8xr2UADcVZ/xHnoKZqdstyNM2DHR&#10;1dlgM292VN1goJXzW9vhaouYPK73ix5WNPKI8koDtUN8Nza9r1eDuuQS93giBWFdtlfosfxMG1XT&#10;XXdpU7tYtm1Lj7zO+C0UyMuWXDoVZh5OSnja1Tula7dpw1/viebMeSDBOQ0gCMAxRQQCfiPCp3Rr&#10;trMGzFaQTY6rGdoij3eWMD4jcDX7anen7fzZ8WCSWbImncvISFhhBAW1z5rey1XutYnjkVnI0uOm&#10;O84ihjsZU027hoCDe/vpm4WyZ+TNkZXasdHJcZEhXbGqNYA6m+ga9Ttz1rX7knSODPkdRywUIG5C&#10;mXHgnnUVdBKCUEoJaiLAPOqZFRA3orTBgzyeYqyxjUvblWtZlne4fUdt7XlYeP8AmM8ePIvU1C2J&#10;PDjfWrL8F7bOrdJLCMSJ8iN0ZXAVNtyIb2B8Bp4VY1Soe1xTd2lzVBmaNd6Y400Og3Mam3JrOtLH&#10;c5ZJYpDjtIysweGI2CKDp47j9lXMTF6mNkIkjCHfiAgmWciw1+Fdb6mrWZfuapg0EQlFmmdF4ILR&#10;20tx4m/jUjWxU2TJhyYaTx9NZV2ubEk+0+FJ0LxWsRyDMj6gJhN9gIF7+PjalXXipnz4ySpGxtuv&#10;uupawA5VccJby5UU2McqQzFWR9QyrYqBwUD20YmA4fdYI+4PHJDvx2IRI77iPs4cau0Tx784w6OX&#10;jRYLiaFFjkk12INzH3VmSOXa0GBIuWjRZDMsm4kIdLj2GiT5rixoDnPAHANt7bSNVFKSBxPlzPIi&#10;IyonwvawPstRILKxcDJyYpCRZTZww+E+21FxM5PjCNK8UDERKNXXQNf206LOWd4JVgKY2ke7XQa/&#10;aaJWnGyVgXad1+JJOlFzgUseO+PLJMAQRewFJzS4wyiFBhLLjkhANAdLVdU2jLCgZnaNgzN8ftNW&#10;sSDl+VxYATcHnY8SamGmhZ5mhD5DhccC4vYt9+lSLeOo4YO2zIZWc3b8bacKmG5gvucMSJH8uQ5u&#10;LEWrUnDj2xkLQ2eJ9nU1uw0/jrNanUvuLT5AMRHTit5Re9alwztM9SO29gRW6qylX5G+tZ5q66yO&#10;kmPM0TMJr7fxaXP21VwXhlZUfqFWPC4ok5ZpO2gT7pBuQ6KKWp24AYxDOUjQG/gOFLElZZYst5XF&#10;9wY2tTJjLp9twDDFqNPurMjfo1ifepB4A2HK9bwmQTxIyqAAt/voWE52NjxQr4kjQcaSJtwbjxxh&#10;BuO731JGsmNjrKNx4DgBQwxmdYZW2g6cTxFXDGToZlnTcGOw8uZo0UzhZjtThVrOTVgEguRbT9NZ&#10;y1gcWPY7D7+FFw0PExAAGlrm1IWMEzsH2gbeW41phUUKSOCW3sOVSrq05S7IrW238aRdnNx02ysx&#10;JYngKViNYQvIL8BUtakHMF+EGy8yKpVwpjiygamphYkuOwcPyvoKphtV4+jbgTxqRpkhxVDs3Lwp&#10;UkBktGNBYeFawzazdCbju/nfxVMna6nqFFbu81+Nk/sCkTbq5rIyj2UEQMQTwNUkKeFne19aiYM2&#10;WTaeVFDFCrAk8aCNGqnTjVSrAXZQAyootxvUBRxBkte1CQYhVRwuRRcKcAC/C3GiUN+oPEVQRx12&#10;En7qGGaO/V1+Hxq4ZzyfIpA46Go1UgXz2PACiQ6QHbYDSo1VRLYk8jQGYk3Dxopc6sTpyplLCy1h&#10;Zjwqox5fdUgjIWxbxqJ3ODkdykmJY2ufCs5UEGFl5Z0B2DnWaR9H2v0/jxoGkF353rXa1I6jwRRC&#10;yC3sqrWZYGaa7DX+KrlnDSI7C4HuouFiRuFDI5VLLr99FwqHdt28aELe8YPMUiUsu630verlDcWR&#10;5LrIoAFRZkzoqWJXUDwouCJt9/IdBRmjjj8yswvYaihDklDSdMDlRrK5Vi3C1786FJmR2AAItRLD&#10;0LCEEcuYqVqdFlVmja97+3xodVNIBCFtY21I43oehcBAXzHiaqQe47Sp9y1FSJCAA4seNqEFCzdQ&#10;lfhPEGhFPEN5e5LMNTyoYZmxemd2/VtSf4quWbrhuWXYwXQRFb+2o3lCYxGQLkcQeWtApkimIZWK&#10;so0HCqnFJeRDd2JVFNtviaJk5JGEDbE6lxo3L7KiyliLY5KG6sLg8LX9lMmGY73xy6aPKdq7bk2H&#10;OmWcNkMbRqITINoAIY3Llvaxo1Jjg5+siNCGFiC3UOigeF+dGqzJMoyIpkYoFDKCOGo/TRmXlMXN&#10;jabaG3ZDm78wt76t4UJVnuUONO6ysGDEB2byi+ttt/dQ7sVizM/EGUkUsio0xHTst9t+BPv91WMb&#10;XlojzMaPPXGBKSGNpDMdQWX8Oulqy5JRPnyy46ZV0MvHIiQG542AF7jShleRmloMdIIgzz+UxqQG&#10;WwJa7+y1MnVh7l3CMLDEo3bt6KIzvYFBxIA5twN6d2Esya+ZO0Uce5C42u0ZBXbGrebc1wDfkKmV&#10;5Yp+4NFE5xYHlMzHbe99PxAkc707pE7bTcXNyJY43yIupMGChUHlSNQdV/nX4mp3+rfZ6MX7q7i8&#10;DyyIzzTG7pGdbcQGty9lS7018Ux8x/ubu6rJLkoZV/ZxRAglALgbS17AUtpNMHDH7pmTK+SI4sUG&#10;3yugJVSRax1tqavdU7eeafP3DOUrjYgSCKNryKdqbltrGhFyNFOtO7BcskkWMMeMTZkJ6bM/yyk7&#10;LE/j183m9lOcH5SMZMdJmmbKiSW7PDFYKrWWw11J0POpyZhxTt0Myzp3NVlXaEQgBQQePxNypyud&#10;WPL7yz40kfzqyq2jhlO4i+oBtrTvrOID94dp6BifIlZCB5ETaCFN7Nf3CpMrbPgU/du3tOXIkZAp&#10;2iwBLDhfXhUsa/c+Rbd17eusccpsLKrEDiQTrc8xVkS7fJR7xh7gwxmJAuAz+XdfXy+FE7vksd8x&#10;+qZHwhITewZzYAkseA8TUws3wn/EBWRZIsSJGQWUksT7TxFMQvkoJPUndHCruRFQ7gqoON7631NV&#10;m7UqXvnc5CxaWxbiQAD/AJKuUpR7r3Ax9PrMF42Fh+kUyKl7lnyoI3ncoosFvbT2240yM+9xwYjl&#10;xqIoknib0VVBdBVBdBKCURdjVFoCTYcaGFtdTbwoYUQTb20HQwOz5OQ0b7bRlhfxtfWwrXbxlmbZ&#10;uH1GWkkjRYRuiNtLPt1VRqvO/EVbeGprcuyvzU2OTkqv5VjCo1VgB8TA1JHJlyMvLnskWQd+3RSo&#10;vIzk3HlHIcr1vHDitzW/DnkmDHHUBmOySRzYKRyA/FWW5Ssj5iLfHissnl2zlVsLcT5gdDV6I5+b&#10;lY0kIWDGZgVDSiVrDho1+fspGN/kzSZEmPhRJGzRAkEabgSuupPL7KTobZzH0UMea0CydxKTHRkE&#10;YJsSL8zUjlsYc+aVVD7XAkYbXHEa8weFalce0q8yUZGQkMC9SVVsXewFzS9DObgH7uAQPLKRLGdp&#10;WwIt93Oo1iDHbYo/zdqxKRoW0N6XlJMHdsyYYo/zNyyFj5z5if8AO4Cki9xUuz8zJZhsjJbeLBtO&#10;S8quGc+rnzdxlnUPj4LCVyPzm429wqWwk2vR04sMZMZaRmjJHn12sD771GpIZGqRRGONC63szNqf&#10;frVB4hxEnMRJBflSwlnQyToM8sdxtA81taYVz4lGcJMa6qIjcBdGIHjVvDGuNmSTOaORsSNPOCF8&#10;xNjTOE68NLx5wMcSAbQLsGN/uqZ4XHLXhYWNIzbn2v8AjHhTlqYYtqN3F8dV348YvuJ502hrt1Bk&#10;uZ8pYki/Ij+Jjwv7Kt4mGOty6L4sDxoI5BYasL8vbUjdmXLzDKJduMu8DQub8PZWs4jiszXQ6uRH&#10;iq3l0twrMclpDS9Rw0h4fYBVrIch/mCIoHsF1crp9l6W4OqhHvQpHITb4gOFQwxS5GRhMSFDchfg&#10;PbYVrDNtnQ4zPmRqZ5bC9xt0N/sqZa+1qwsCKJzOzkqdDres4bnEFLHIctHhX8oam9WpOrScuASB&#10;ZRfwUcB76uDuZcx0lcGM2Hsq5ZszVyPPBCJCpZhwHsqRdswiDq5zCZxt28vC1S7eizX1rSQ+3bsN&#10;jwF7VYWHyucfGJsSbagcqkW3EY8eJ8lbj4Dy4GmU7TpMTYu1fLpxqxNozxxyDyg6k6UtSRqhjmU3&#10;B9lZbkOYunxHTmaoM5kapcnQczpVkLsxzPHOpaMg/wA6/OqxXPwZZsedtwJueI1qbJpw6cjtNrxv&#10;zPKmWryyLiqXL7jfkTpRMNeO8YuF1I0PhUw3KVPIATc6nkKrFFjr5xuo1G2RkRb6E8/GpFtZusrL&#10;5dBzNVMp1dNLk/dRMspwnaTqSNxNwKW5SRq2t7OG2s4byL1LOsfe8i51Gz+wtalY2nLnrnJIQBx8&#10;KrPca8wRSRUy0y/OMJBbTxpKnI5MsMNy0MqiyQHtexIoL+YUObm9Upc8pK+XnzqZQCFitieFVMNB&#10;yQigWuOdGhxz31vYc6EFL0mXjcGopsJjRByHKhEkkQsVoWkTdNLBarNLkl2oCRc0B4sgI3EXFMrD&#10;+tH8POouUaaMA+yi5Z48lDIbnWjORZfcsZFPM25ULs4OZ3kEEJzqZZ5rjSTPI1yb3rFuW5rht7Z2&#10;2WWVXcWS9WRNuX2WLBEiKqLxrTUNluhFuN6LVMGk1odTFUfaKCmmANrCrgypRzNAEqsGv+ikSwvr&#10;EP8ADb20TI3IZdf4aKsG5C208aBeRo1gdf0UKfBGyoNdt+IqLIP5ZXJ10ovaCQWGxdD91VKuWDps&#10;CpuTUWxSpMCWB1vTKYogArEtqTRTUiKrckbW5CiyCV0RW3DjwoZBGI9WbUngKJF70b41tt4CigvD&#10;M2wXDDgbUOKOe1kZmsL60SnLHGQJCfLxA8aNcEbhu/LPH7bX8KIj4+OFDTWL3JA91DEY5cpZcnTQ&#10;IN20G9xVYtzUnyWWJWZvIWuEW1z7DQq5JYZIUd5NinQk8rcvfQzMcs0ox8ba8hCjbexOtvE1IXgj&#10;E7tmS9WNFQbbujMSAF8CKWprkeJmtkYrQygohuWmtozX5cdKmWsU6TPWAfL4sBnyUsd97KB76ndh&#10;rGehT9xnCSZE6BRGPhXUknwvVm8S60ufPyMtVEisMaNlYjhe2u3ial2amueo8zuUuVhlYguOh8gc&#10;sC1vZw1qXb4L2/Ej5ppikUUqY8aqqHzWuRpuNuNM30LJ6skoxVyHbJy4ZlewBvutt5gDnpS5vVmd&#10;sZos7t2RnPl5czK5YlbAiwHw8KTlMyejTP3/ALUtul1ZXFtruL2trzOlRe5n/f2JvaRhO7li1iRZ&#10;jawvYjhTJmDk9WAwCOPFVbn8y9tRfXlVzE7qyJ6mz4gohSOMre5sSTc89ayvdVTep+8SvvMqrysq&#10;La323q5SkTd87pKfNMQSLXUAfdYaUtCf3j3DX+8y+b4vOwv+moFPPPJIZHdmkOpYkkmrlMI087nc&#10;8jM3iWJpmmFCWUcHYW9ppkwElmNyb1FWjsjBkJVhwYaGgrU3NBPfQVQSglBKC6CWoKoLoKFBdBKC&#10;qC6CWoJaiJaipaiLAoL4VRNb++ghUjjVwmRXaRlAGvAACpIu1d7t3ZfyVllbajkXYg/Cdbr7K5dc&#10;Rw3W7WZ6Po0wIsCBGgkdo9G6ijcCL3HtqdXP246KmfOPdEkDq0ZGvl4gA21HtNKmbltnnlye1SZM&#10;UiRbbh5FFyCpsRto3ejm58cMeBBl5Km6EflBSC2vHbyvUxlm8M+ZnTSRRRYkHSaW7AOCth4HjWtd&#10;oxvrbx0QYGQ+AmNNlERAX6aCwJPiRrakyYk4Pw48UwBVG5YTaUNcA2+yphqVhzMjJmneQBUxD+XA&#10;jAbgW/VHtrVuI48d15dPEkfAWLBWTZJIbjncn38Kz9rl+UTuEbTiaCSRpMhbG1rqBb7q1KzvMwHb&#10;O3hII5ZyfITdW1P6az1WTEb/AJjFbHeON1CJqzPpYnXTxq4azMM+RlGSCKVCJQxCICRfXS+v8lGe&#10;qsjAjjiCTsx3ceJ48qmFxgAwVjjBkt01tsvcn7qFdCLKiJSNE2MwsCRpTC9zNmpmwlnUrtPjrcnw&#10;vatRjaUuaR4MQSSKXcDRqmptxGeDC+aKZVy0hGu/TTwtUtJq0LLHiM2M5BeQXAF+Hvq4XOOGDtsU&#10;EWdK6EjxPiTrTbqzpeoh22WSV8snRjdVIqXq1jhZwnmlBDsrWsdTSpICWFMZXZj1GtxJ4fwVYzYP&#10;t6tHjPIoLbyTpT1WTEbkysNMezXJbkNTTDXdB4pglhdUUo3ItUnVfRlSLo9RXlLueQ8KrJeM6rII&#10;ideSnXT+AUSCzMfqMOpIbD4UGg/RUUvCwdkrMp05gcftrOGpeGlY4i9wSoU6gc6oKfAjePeLWH31&#10;qM7akoMVICGG1/CknJngeOFkRVvYeA41Fi87LeJo4ok0/Eas4iW3OCJsCTIYSOxVeetqd3wTsnq1&#10;RxQKoVfiHOphpoWaNlMbix5k60VaGCFLhR7KYXJEebEzXVTx1Y1azNm3bFlRbRqOfKs5cmMhiK4p&#10;6aAX91MJkieNpH3sxC1rLNc+bKaPIVIjuvxtSzhmXlsSZvKTofbUaNkPVGn3imRlyYhKnT5HQ3qx&#10;mzJeJiJAwQaX4eFRZGqTFiC7uB8aFgcaF3c805UqyKzEX4QQvjVjOwIoGUXTQHhUXChsRiZDrVTJ&#10;U2VCGHmIHK1XDN25NXMEy7UWw5k8TWejecndLyiwtVhYSsbiS5NhSpDWWS3k1PjRcB6U/hTKYI9Y&#10;3/fmRbjZP9mtcda4y4uN5G3cTSVMG5WQxtrYH76ZXgkS/wA6plrg9CdlgbCrlOGdy1zrrTNSyCxw&#10;27VvvrUrGI0SSAJt3A+2s21uYZhO97XpNqXWHGTQEnhTuO2B+aYAjkadx2woZrqwF9Aa1NmNtWo9&#10;0O3aQL1Ls1IUc8g7gdTypNi6xUOa8jFiR5eVXuTt+Y8jMDADQDnU7msDxsnTapFjramUkjQ91u5I&#10;1qdzXbGCfLcsVB0p3pdApILXJ1p3U7I53ccrd5RrUylkY4MaSc+Uc7UR9B23sMW0NIRu/EDW8Edt&#10;YYYoxGoFhwqjRCVj1P3VViyyud16mDKlsTcH7KCpGIHlsapSVkVSAdWvwoy0u4ZeFGizMXNiNBxo&#10;ZUVWQEKLkcjUAwR7b3NwKqSNKNCdARf21MNZhQSFpDvbhyqpwbvAW/LlUVIp9bsPKeNUlSSWEycd&#10;PZULSpSOncm19L0SmiWEQMdwJA1tyNMLli6gsh6mrG32Uyy1/MpF5b3INgDRrOCcvNGiKBcasL6a&#10;0S0vHmDEyS6IvC3C4qpDY86OTKVFtexNzw0qNS5OiljRml3AxMTdhytpQZu45kYN01Yi6pfiKmcL&#10;ZnowjuHckWOOWMEk8b8FNS7pNLjlrE0sCtZhuax1OoplcMHcMrHynV3n6KrYvrremanHqy4Wd2yG&#10;d5JZ/KAQg4k8uVSZMyFP3btQjfzuzEmwA8at+0lnwKm71254oU6b7Y9SgA/hvUpnPWAl75hTS9Sa&#10;OR2AsL24DhzrNam3yHH6kgSHo/Kgre7G+re82rXDPdVzerJjGYocZI09pv8AxClsM1hPfu4eazKu&#10;8AGy24VMpyXkd57jkbepLovw2AH8ApasZ3y8pxZ5XI8Lm1MoVcnnUEtRUtQSglBKIhoqaUEoJQS1&#10;BKCWoJaglBKIlBKCUVKIlFSglESglBKCUEoJQXaghoJyoLsaCraUFgVUS1taoqoo0VmuVHw8TWoz&#10;a6HbuxZmfG8iMqJGPibnrU5ak4y+h7N27ExzJBMqmWPcGl8ARp99bwmvzdKONY3iWwEKoEVmPmAN&#10;tVHmFhzphqcNbn5USz5Mu1FYdKPTbYDQWpI1a58+a02OZY0WSONC7jVQGOoAtrVjG14c7s2VPnCa&#10;NYxDiQgOYkJBa3Djx99Z7p0hNbjNdDMiyPmAsuUyKAskcTWZVI+EEAVfQ6VonM00y9SIhE+PaLg3&#10;9p4UXr1KnxITHCpJEjvY2Pt4H2UTtyanbxCC4kEbs1mAHHwAWpFsZHi6xhjCL1IySZJeKkeABq3o&#10;zOroYmHE3UlnYSSLruta9qmMtwrJeMAoHCSTfCeenIWrXRm3PCnwJsyIQM5ZUsWXgvjrUyuMlNjF&#10;UdGmEUQ0RbC+ntNVmxy8KJDltJubpqTsDDifGpsmjsRLkx5BOTOzrbcgbXb7qqzjqHDyHnynSaGw&#10;/DJxJFS1rXlpzcfHn2RPwXUH2jnQpWVfJjVC5IjPK2tqp1NyQZcIeQqsfBG52++pDY3DKyY9lAvz&#10;QVI1OWHuuMyLtjUJPJp41r5s7T0IXtT40AkZ9zEeewqTKXWQ85BfHWKAFmHK2376dDOVJLJH5bXm&#10;9nKqhEuM7FvmV1b4R4XqdTGAiSWGL5eH4banw91TGC3JUeNOxJH5aroBbX31cp2rIyJ0McZ2bfxc&#10;Ptq5wYy1YWKqRbmu0n651vWZL6tcY4AHBytsa3a1ybXrWzOuVzQl33MT1OFreNRcGRRvAnmuQeJ5&#10;CigmXI2nb5FvrbiR76I246NLEsamwGmtJw3jK5O3xKfObn2UTEjC5MLkoo9gNXDORSzxhNzkFraI&#10;vjQtc3Kz+45A6UcXT8Lnl7dKTaRm67bHduh7jGLzPvrObWpMOnA4Us7LfxJqtQmXJeTdt8o8DVZq&#10;Y0ItfW/IWqLI2YpkQ7bgVGpV5J1tex43rSVnKzTnbu/LplMZUmJDE/K/NqhjC5FJYbRcVQ8MTHpw&#10;GhqRpkkLiQvtueQ8KrBSTOXu5svsqUlMkyBJKqqLqOJq9CXLaMiCGLUHd41JG7sxyLJK28iwPKrl&#10;jAxkRxodbsNAtJC1kEpZiWAt4VazDBiiU7yR7KmV7WjGx4ISeobHjUsblOny41H5YvbhVkLs58su&#10;SSOV+NqWstOJkogIfU1FlaPnF8Kq5ZvVaK3e5rjklz/UFTDG23Lm46xXZSo9lO0myS4qs3AVO1cl&#10;HCUm+3hTtLROkaAaCxq9qXbAYMeJnNxpTtSbKyYUUaL7qna1dmZ4o9o0151LCdGuDDh23Iq9pkxc&#10;CNmFxpyp2r3F5WJCi2Fr1LqZjKe3DbwJ53qYLVJ28SHS9hxpYa3JknbIlsCNTpSRdsRB2gFCVuDV&#10;wyxt2qUsRYke+pgMh7cY1DEkEHXU1cUmGsQvkOFD7hzp2074CfsupC399Zurc5LbtCovP23NMUvb&#10;AQ9lRwzW9wq9rFsHjwRY8u2+3x99akTMjZNlFV8pGh1tWe7DeJSW7nb4je/Or3J2mJ3dHNiRce2r&#10;3Jhb9zXaLaAc6ncuDMbu0A3h2tzBq9x0pS90MkjWYbQbg3tTKfedHnRkGRiC382mVkysdwZm3Ftt&#10;uQNMmDJMuNUBDammTBCd0Ku1uFtLU7l7RjuLMu1T524+yl2SRmbJUMC0liDe96mauIdFmQyTbd5/&#10;pXqypiGS94Vl6YZRt0ve331LVzPiSmZDIoUzqCvPdrV5TOvxZsnu0HwrNdl4tc1m2rMJP3vH+XQ/&#10;MGR+a66H20tq5mGU95VcdwkoDvxA407qziVWP3fGjCmSR2ZfEXpkmJGhu/YEk25y+23C1PVe75GZ&#10;HqLtnyzLFGzSNobi36aUm3ycz9+EqUKsY+IS+l/bUytvyCvf51SwQFv1iTemUzS/35n2sGAUahba&#10;Xq5Qt+7dwdgxmNxwIqZAv3LPdgxne44a2pkKkycmRtzysx8STTNMQvXmagqxoJY0BbGte1FwjROv&#10;xC1JSywaYuQ+qITUzGppb6L+UyALmM07odm3wCYZFF2UgeNXLNlDsbkKIsROQSFJA4mmVxViCU8E&#10;P3VMxZrU6Eo4qaZhdahglAuVIq5S61awStE0oUmNdGblrTJiqWKRvhUn3UySWq6Ml9u03PLnTJii&#10;WCVvhQtrbQc6ZhJas40oYqUO5fiHhUyvbVnEmVgpQ7mG4D2eNMnbei2wsgEjpnQAnTxp3Rf26tcH&#10;JZ9nTbd4W1p3Q7KP91ZoIBib7qd0P26Nez57IWWByBzt4VO6LPFQt2zOUHdCwI+LSr3Rn9urk7Pn&#10;RxpI8Z2vbb4m4vw40yvZRfuTuC23REbm2i5HxHlU7j9ulntuVa+zQP0ibj47XtVynZRDtGayRMkR&#10;ZZr9MjW9uJp3L2VQ7blFFcRnazbEPi1wtvvNMp2XDWnpfubG1l5gDcLnabG2vjU7m541N6b7igdp&#10;ECJGLlmIFz4DXU6VO9f2vmzxdnz5YVlSFirsUQAcWAvWu5j9unD053QkDpXJO0WINTuX9qgTsOcT&#10;IrKEdGClGIBudQLU7lnjJi7TnSS9NImPO/K3v4cqvczNLWmPsGe8Rk2qF/DdlG73a1Jst8Q19Md0&#10;eGORYx59Ntx428ady/tfMpuw56xu+wFYzZ23LtBvbjep3rfCavYTtdzMoCBSBqS24X8oGth41Ztk&#10;vjkVJ2DJTGTJdlWNzpxJtzJAGgFO4/ahf7jzSEcJdZGKpbUm3Ej2e2r3Mft1qT0tmvuAKh1t5GYA&#10;6gH9F6ma1PHPizZPZMzGDFgCqaFgdOF6uWboObsObDAszKuxiASWFwT4jjViXTHqSO2SPC8iyJ+W&#10;pZkvY2XQ1cp2T4hXtsxKLdQ8i7lUm2lr86ZTtHH2bMeKRhtAS97njYX0ple1s7b6fyZ2BmYRYmhd&#10;2NlJPAA1ZtekX9vHNfUdvxIorwYxZBDZSpAsy8TodL3q9CcsxM6ZyJHj9UTqx6Y8oUg8dRqa1WZL&#10;kXyE3SIzpSg12gHVVvre3GpMrZPUntqq3VkdXlVX2Q3GgB0va9XPxSSYafme4ZCHHOKrbSVLN5AV&#10;txtrTMMWjggeXEWEK0ZClJBGNtxyueYqNc1ph7fH0YZIlLMmjOxuWtpreki4y0DIeHKWHIkRQ6k7&#10;yCLnw41RgyCjZUbMAEQsbLwJHA+y9KznleVmRpsgiv1iQ+1gT9l7WpwlpxGNOAGYJkN8K28wAo0V&#10;e4kiWYzOBYgD9GlXOGepGPiCOMTtptBUq3ifC9Z6rjATkTTEYcKvCpYESgkMedjar0SXNw2zY8cZ&#10;j6hPVuNw4ii2Q5MbGx2aQAPccLXpI10Y/k+pP1mYkeBubUtZka0jibHZkcbhoPZ9lJGvRlVMgzKG&#10;UBANCOJ++ohmW2RHGFhRWkJte1reNaSnyMxxlQuAwHmB0qSrUxo4YlOQXIY8rk1MLOIxSRfMztLk&#10;ORY2jHL2VpjrTZnWKKxDSPbQHgPaaQ24YMVpldt1vMb6A6fdemWI1xY0gLSpY35GpW5HPy8ickpd&#10;t4OnhrWssc1u7bh5TESSnfpryrGbXLNZG+SEdNmU6+A4VYVmghj6bb1t7fGiToPGSKzE/dQkLw2w&#10;JZ2RGCuPZali63Jy47xSsVG++tzyoYXHOrXV1Btx50TKpHiMR1AtypC1eARGC8gsp1qLOFzvvbch&#10;staSkTnGC6EbzwHOkS2Ew4W5uoeB8KlpNR/LP1dyKAOGvE0qyHNhyEbnOo5DQCi4L6kSAhtuugtx&#10;NMJkyLHEp3FfLyFCQ/IijSEqnH2caRqsKTjHIuup5nU0YlHPMHAIsWPM0KrrJGgN+HGxqyFuGVpZ&#10;pDujFgxpWY0rcrdm4VI0CfICKPNfwUVUtFC8k0ZO22lTLWGaaKVSOZ8BVyxgEEUscoZtSTzqW5WT&#10;DXkMOmWa1xwqwtVFlF0sNfcKisWQemzHbc1WAQO99z6D9XlUzlrGG1cuIAKlr+FXCdwI0kllLPqO&#10;VLVkahAp/kqLgUkbW4D30hYxLGd+7jr9lWpGraPZUaD6rUDvOQx42T+wtWOPecuSqsQCaqSGxXZj&#10;rw1vQnVTSFWseHCpKtmAywtIv8VEsyWWZOHEcqrIS7H4qGQLGWtz1rNjc24awSE2jh41UPBkEd/D&#10;nVGVonkfc3CiYPaZANp92lMLdjII9gNuYqWNa3BLhnkAJtakiW5bE1BU8OdFhhjiRN3jUacnIDyu&#10;2wWAqxx7TJ+KqRMSNGtqKpIcszuxPDwqYWbUWwMd76+IovVZEYiIH6KDDkxR7fKNaYSs8GNKynco&#10;1rN1XXajfEiK7dtzU7Gu8lO344cltLUmhdo0yYOPIp6XACpdGpuxL2yIuQb+yp21MzKN2hDoL3pi&#10;lsWOzBVUksL+2mKcRadqj3jzNYX51LKs7VzdtSQWjZj99MVr8rOnY3LMWZgq05Z7YGLtamcrvZQo&#10;vxqcrjVZ7MhdvMbe+nK41CvYpCTtYhQOXtpLS6akv2cq5Usb8qZqdsVJ2Z1FwaZq3WIvZJdNxtep&#10;mr2QY7GShYNwpmnZGcdsYsVB4Vcp2Q5+ylYd5bXwqZq9kZ/3ftVSzAFjp7q048Q4dnd2Cqb3rOa3&#10;dI0D044Ni2vOnJ2wqXsjK+1Te2hpmr2Q/wD4eVUBZ/MeApmnbAf8PvuF2snM0zS6QyDsmO0z3YlI&#10;luT4mnJiBbssRkVQxBY6+AFOTGrU3ZO2K3TEt3AudeVMU/KanZu2kkLfaPiY2FO2rnX4F/I9sEp2&#10;LvA5CnbU74OKftZfoiMX/WPC9OxZ5fQqOPGzc9iybIIhZbC1zSal2dfGEFpDGoVI/KdKvYveTmZ+&#10;BjxmJ13ORcKouTTtS7sqth5mIxlQRMDtCG1x7TU7Tvy0Q9sgMAZEXpEgbjxIHgadizcmcYeM3TVQ&#10;I3NyCBq34RSaptubfFhcszKZDYiMAEL43IFXsT9wOLPC7LvRHl3MSAAbLy4U7YveRI6EFpolCKbq&#10;l7ljyvamEtpuNgxqfl5gOkrdQNyJbl+mmFyNIo8PLZCAY773va4AHC1JC7EZObDvE+GiFmJLMeNg&#10;QCADwHtq2RmbWiR48cX2MFLhiEAJ4am3HSphcqxZmyGnk2WVDvKW1YA+XcbVLrFm19TmmwhE+WoZ&#10;phaMqoBYAi1rH3Vqaxm7Y6LEAjh6jya7+tJEnFv1VufCp2r3KfNyEaKQhYjI5JC2YWFvKx8auIXa&#10;g7nkyu/TZujInmMhJVQlr/FzJtoKYZtuOTMTuziGGO5UWaRma25lBsug0A9lTDfcz4zyjI+YkkZo&#10;C1+jqdx5cePjQb0yJBnJFIwGWRYNbcBG1y1iNAw2gUpKrDw3SZi0QWPeWDSNd9thqBbmb3qSKTlY&#10;e9I8eEKYom3yOwUkXJJOvM0pIbDEsqySwhenJdN66bVUbfit/BSQtYZ8Zo8No4gXxkfe1iBvc2tZ&#10;r34/pqph290/SUAJvRFBBN7E8QSvuq4MuW2WqFcV92TlJ5ukfh3N4kctb61ntWbtcmOztC62EYJa&#10;dTysLNtUczqKpKrLmyGgMmN+VFJbaGA1B5C1gtEtZciSWDFx4tWdiyyvxJO3XQW52X3VeGbaqDIM&#10;OBLlQwr1dUVUBY3vbibtqW4VMLmtOKiTB8mQMJXUq8DNuKAtp5Ra3CrgytJZppnxYblYHUs0h2k8&#10;G4L/ADQftqWNStM7/MZA6BtJCUWQSC0ex/NfhqdNLUuqzbKZWQ0crxCOMRuQLcGIt8enEVZGdtiI&#10;3gkhOHjk+YlnsDtIA4C/wremF7icmBI5kSaQxPJGVisQljuFwtgNtwKYZyBIXfJBCs8SMCoVz439&#10;1rUpG7IeKXccqJTHEvUWMHieIvyq2ZJcOXnzJLmQAR7EKlmueFhcbQNCfdVxwxduUxe2wXZ3UmNn&#10;A6jNZrEjgo0++mCVviixDmtHi4ZklQ+eeZfJpqUGumlSyNzIc6LJjU/MRbMZ2YkAbtLfyitWxntv&#10;UuDPTuExRAxhiUbVI2Ju8WufZTM9GeetaHztuRGgcNJcl+AUEC17/bQOi7i8E0cOUFcWZuqgttAr&#10;RnApzFkxRRtLveU3ZNLmx52oXkMixYkDRoLSEblW+n21ZGbcHfMZhxixCdKwLE8TfiKkat4Lk7pj&#10;wxKUO13ALAG409vhWpqxt5JC4MqaXIxpLrLCrEbYyRxBGp52rO0a02zy35eQgDgAM2gW4J99WRdt&#10;nLx+4ZCEtLDvVi20W+G3PWpbKmssBP3hwyrjxhpiQblToPfb+OmYnPo24mbHNiyGcXyL+fw++pnL&#10;fozpnRPP5ZRCy6bF0BHiSa0xNjM+a8HRg/NdiCNp8o9t6dOq3notUyXJWa0RYeVkJ3e+sqS0WRjo&#10;Xxi2Q0dyDKSatTHwdDG7gZ4omyFCSfjAF9aRrLUmVukKqoKnnwt76VZWfJBXUqCL8tP46JQYsDzq&#10;0rExql9ovU9Vk4IfMhgQyKdz8FS9yTWmM/A6PJeVR1gI2Yak1GsjLQg7ImDvx43H6KYMgEGT1Q2T&#10;tZOVhalqYLmEbTHeSYxwAFAuZ36P5ChB7f8AJSJtBYUczNt3kXGoJpk1i58WOMnUsb8L63qlmD8H&#10;Lx3UoZLFdCt+dRqXgUjxyHph7D2X1oZE7pHa+o8KFrnZvcW1XFUhzoSw0rUxHHtbego8WKNOsxJk&#10;8eFZnLXQ9XlWI2b4uBPGqZHihI4jc3J4ms+rWeGL5lGnYKQddRe9brjla3yC0exb+2o1lkky3U7b&#10;aCkZtc+IT5WTuIKBdF1qbbehpp612oeqiBL1I5KcmQIh8O5ufhVwmVPnu6mwFudXB3MCydWc71sB&#10;wtSsx04pSqC3Co3kO4twFh4mqhRaEtYke00wSpJFERZeHK9ClS4cTLqNR91RLGeKKRHO06e2lSRq&#10;mlRIdSBf2VYu1c+OPIc75CVj5ADWpak1+LakzIgEQv7TUwuQq0jSFnOvgKVRyxl7W0HOrEpGTD+U&#10;dT7KsZpeLOiER34cTUw1KfOIWQkak0SswgJHGwoUuKBg5F9PHnVykjcsdlFr1GjoND5jRZTciaML&#10;blzqyJazAAjcNFHCiF7m8OdVMm+q7nvE4HLZ/YWpE3vLkhrC5qoLHkKsSoFjxBoSiYM7gsLC9SFa&#10;BsAHOqpEygtwtQoHRWIXx0ozUELIQp4GhhsWKNFu2oo0ATRlioPGmDI5EUR+yorGsN33k6DgKrGD&#10;xKzHYp0FFypYwzgk8TQw3RKBeo3CJzoQQfZRKWiqo1F6qKT8yTQfDxoNRjVBu/RUawxTTK9wNCON&#10;GbQRrIWstwOdXKYaYsdQhLHiajUhyFEiJAvUrWrnrkwGVw52tewBH8Fak4cV255OOIsgvpprrUax&#10;kAMsQ2ogYeIqxOZ0GYFsHIs51IqL6BOSq7l2+f8ADYXodzTBC80Y6mlF1nxC8ccRKtqpPHlUwtuF&#10;xyQQuAACCdCKuEzgydE4jgeIBqYatYJMYXLxi4GgI51MJaHHDyTlXXavKrhmW5bY2x43ZGcbraAf&#10;opI3mZYTkQy5zAppby6c6TVi78hy4yWHTuWPAD+OphbTGw2aNerIOoy32Ai/tuKbazPBrb6iwMK0&#10;Mik3uSdTypYutZjhsspI4E8anauW/wCSikiuzCwHC9W6krDH2ZpW3yNeNbbR7KmDB80AxgDAu4jV&#10;vsqyFrQiRxRrOzgu41F76Gr2pdmBxI2TvUEIup53qYTuq5AzndIrKpYCNjyqYXNPSCZZI4mN1IOp&#10;4ffVkXlk2TLlqC4jhVrsfEDlSRm25askYbKJY5b79Dbhb7adq3aF5CYsZaI/lngHOgPsp2pttjqx&#10;5cgxYWbqlll4eBvarhm7X0cqLuJic7CQri0nDX3X4VnKzJ2X3CB+nFgQ9O54nViTWMOXu4dwR4nb&#10;lgWdt0gUvKP1vZXJNWbsvGmWUlpQ0XXKnHBOlvE20rWGO74qz1wi1oWIyfxuBfcPAGp2ZW7yM0UM&#10;kiCNYWEjsFOtyQTbjypZImttbYXAWbEeTamMdqx3ty8eNRqcOdmY2W46YUPJGu/qMdArHl7amEuW&#10;p27ZPGuNAjuGA62QARrxO4m1qtkWbZJz17jiSQwpGjRupSHpDUcxc86zOF2zwzz40y46ZUpEnJyf&#10;KCQeVJMptcOuWY7OpDIMaNheXgeR0XwFXDXdhzcvJGTmyHFU9NnWFWkN9xYgaVbGO/N4PXseUmWr&#10;3VSiO0+tl6amwC/oNYcvbeo3xMVnj+Uz40GT8X4iw2/otVurMsBlQ5KQQ4qjRJdsBDW3x3uWex4W&#10;pgtPCreCeFQwG8M63Icjht92tWQtIz8LIw+39bLyAJJlHTjT4wCQbac/E1CzDnQSSTJGiBhGpQy7&#10;z5mkGu7UnyCiSNcQzJFyEkJnO2wGgUgm/m9tuFKSt+bgMkDTgKZDpGwIYrccP8lO1q2uecrNQR4w&#10;x5C0SsskoJO65G3gbD261MQu19D+0nOnEM0qsUUMdzNsLupOg8eNOqzMhnU7kpWXKdoku7KpuI2B&#10;8Tp5QpqxLbOqNlzvB149iEKodBtJZgeA++mE7smuRH2gy47NLly2WSJrttZuI26WsONO3hq7Z6EZ&#10;GJlCCF4WGNAW6jIwG1RoQd36oqYLUmllw8pxcWyHDvILC63O068ToaqWsz5M7zSTxbIE3gmI2LOC&#10;bb3Yg8+Q+yn2Gfi0Q90lmjZ4YdsgZmeQ32jbp5mI/V5UJbhkmmyMgoHcgPGVlVrDcytdCP6RPKjP&#10;2uljYk2VjrPHICkclmsLkPfey31vx1qYrkzA5LzYglEgG9CdrclAF1O0a870wWpGYRGjfsi6B5JL&#10;bn3fEL6HwqyJdjurNjCR416pyLyCNEJc62uW0FqIBFkxVaVC+VJxxwN1je1lHHgGpj4rn4MkuLlH&#10;J+bzZQZuoBFGTZU1uRfS+hHCl5ZnDTlnC8iqS8+ObnYTGoKkgDS36KYXPwZJcjus0XUJj+Mp1HsC&#10;gHwgHwplLL8UxBNHMtnkk6S7miDAK1/YORqLGvrSyySmcIsDBUSNNXuRwv8AbVGdu3SQPG9hIFcr&#10;oQbrz+32U+0x8HSx4ZWilVkhiVfO8cl9uml+Xh7q1j4J9psPecZMZoshioPnVghsVPDaAOFWRO/0&#10;Jxu5d0zZGM8wjwWHlYgEAAXsWPM1Lc8Na59SXx5oUYblfe14I+nu3ga62rGMN5y56r3edmQYUYK6&#10;knyg/wBGp9yc/Fli7nNDK8EkDB10ISx/iq5wnU7H7naQ5BxJeqTZZUFySOPhTMORN3jtwDieGZ5m&#10;I3btNB40z8zOPQufvZlITqgY9rdJgwvfxP8AlrXe47rn1DiR4jh45cxEBFksbDXlWM7OSTWTl0e2&#10;YsUMSNj5SlgTozgr9mtWZa/L6LnbMeQb8pWNyyrGQLfbWrtWJrr6lNN3B5ghkBVBYDS3vrPfYv7c&#10;vquLuRxiULLIV+EKAoueWtWbfFm6fAvCbuU8rxMVVZSSR7/bUu+bw1NMTmtqYmLhkhpBJOdDxNq1&#10;J61LjpCYszJjcugPgq/5Des3flrXx8JHB3LIyAZpnVBfavAa8tK1354Y/axzWwjuuPHZ5RFjt8Og&#10;BPvJFTurc1L/AHxFBH0xG0sn4SOFWbRO2iHd5lbmgI1F71O87Kk3eUMZVVdjzI4Vruidu3wKbvTj&#10;EP5bA8hbj91XXaMbzaRq7QuLNGMqYhXS90Oh+ys57q5NZ2zkjuHczJOVhj3QgWIta5q3aRnttIxO&#10;4GMWaLZroTwqd8OyxtyPUKoFdUO0fFe2tXMa5LHfEzJ0jhjKjmSOPupdozJa0fMt8yEnFoyNF0FW&#10;0jVkzw48BlXaoHI8TSQuzk5vcUlQbNHb4ip/kp3Rmy1ijaUEBzZR9164ru5tfHMOpj5kTME3biNT&#10;bh99amzN1wTndxkM6wwH+keVbu0jj7bQnIaP9qw18ACfsqZMNfzOKsH5j6che/8ABVhSB3HqowQF&#10;VGgJ41cxMUC90VYioBZuF11qzCXPozYrMpZwvxG9zxvXHby5JrcNq5kyobXv7OFO47WVMg9RmmUs&#10;xPGp3L2Djn2y3QH+KtZjHbXQTOhVRvuzVcL3AmzIClt4UngL61rDN2ZoJhuIY+S+grOVk4FNKsR3&#10;KLe+qhsPcS/Aa2+ys5jXI3zHC2U2PhVyYq4mAG+U3PGmcmMJJ3DHRdTc3opkeUJ08p05k1JQoTQo&#10;1g1z7KtRllnaTJF0JUEcOFLsTW5dRp4VgJJANtKkarNBkRgnc25fH20ToTl5gaQJAfNz91auJGeb&#10;eGlHk6YZyABxrMrVZ8ruOOikdRWPAKNTVZrIskfE6seQp1JwfDlIBtvc8hWY0Z8zb4reytMiQ7wX&#10;va3jQKk7kAwUG9qvRM2hGWWJYA38TTJguKR3fzMWHOpdl11b9Qnl+6mVsBuk/jq5TDV6lse9ZP8A&#10;U/2a1Z0Z261x3BN9o0ozVY3xFWGvKqkrYhXbZwARwrLaAJxB1qjOzh5bA6DnRDo4xe3E+NFTKIVL&#10;ka+NCkxGZ1s3A8KVmSq+Xbdp46mouGtk2RCjWGFBLJLtv5RVjFnLZFCFBI486NSBKENcnXlQw1LI&#10;qpv8KLKR8zHIxHECmE7hKIyCb0JykezW2lMKXO0ojOthUSs2OyMy34niauEldNFS1rWJqNhdXHCg&#10;hZBEV/FSmWfGw4mYyuCCOBNGZMjkku5sNFFjbnVMmY0LnzEEX1qLIJ0uxBFrUMEyRRJucL5hUXDB&#10;DJ3GWcsp2xcCPdVlcfbbTJ5ZXniiILC/n8KVbecNRwwdoOnOpHJTWhUoNrebwqs4LjVkXprwtcmg&#10;xZGS0F2DXckhVNVi3BGJjSyT/NzsSeSjlaoSerXH29shGkUmMX4ipOG7rkaoMOFmJ3MATc0tNZiF&#10;QZcSQGZlLSyHyk8uVquGJtwfjgLIVNyxHmo1OBdOSzOo1v8AwUVnnlWAgzP5m08vtqs3hnyMzMV4&#10;o9xjgZgGsNbVJU2z9zqSmJkjC36YtvIGpo3SJoIBKSDtjUgqDztQxE3uUvou7yqR4VWclzTNkSrC&#10;ENk0J9o51lpcmL3CR95coijQX4kVLlZGdsacxAFQuRuHmI0sT7eFXVnfNN7rPhYcMaT+aU+Wy8rc&#10;zRq30fNZmdI7dPdeIW2ryAHhUtYmuWWXIZ12XOwfCDy91ZuzU1Nwe35GZKqop6d/M/IAC5/gqNu9&#10;Bi9twEbKivKUFg72Ckk8Re/hatzTDHfxw19u7hgTqrZg3y5LEK1r2INlUAVq65TXfHVUsOSIJJp1&#10;3Q4jEwIvHTkTWctdrOzSRY0eTbzzMCqsLWBGo+ytSsU7tqznIyH64jG0lTbQPp8B8aZ4WTlcvdIs&#10;eRYmiUyJGUnkB3tvfUuSR8WmoqSRbvctOVi9XC/urmSSYrHG54lbAW91F7ZYxwYeXjdftgHVBe7t&#10;8I1W1vdSM49HVeEnGgEcqO2JowUAFrWFtb204Urfo5s2JHlxy5uVvhxMc2WBTfcfZwFEs9ac00Xc&#10;wZJ2fEIKpipxW0mm5iNN3spcpMXqzJgYqpDjSKUlV2/OKnexYEJ/pWrK4xxSs3tU6yQ48uWcmR7p&#10;EB8SA3LFr8taSXq1tZ0a4jjZGEwWQxvBAR0hYAm5A2/0gprWGZZWPFiyo8qONgJo8mO2OrG5CjT7&#10;tKx3LPHjlukSPHyo1MJnETLaEXQKxvd/s4CrZwuu0lX8+JRNkmBXbEJUb9N2219unHXhV4TN5w5y&#10;ZML4jNKnRzHyDJFEi6tEy/CW5D31MTqZ9HSgkhx5mPy6wYzxgtKGIVWsbDUXbjZa1MJkzt+ZiZMa&#10;sxZzAGSITW851Jb36fdUsi630DnStBPFHG7Ijq/5IYLc6ndcjxXiaYS3DQs2ZlxxS9KCLGQP0k4q&#10;rJ5S5c28tr8F50jdzXIzMnIkQYmVPGd4VVYltq8So8bWtxq3o4+tx1Lx5CmQ3TgVnks6s+rIlgLK&#10;BfjaoY5dLt2FnZEWXE8y+TqRNGhsI99iXJ4kngKnVySYY0OZmdxEEjLjdrx2USwA/gGtio1NxpTl&#10;mXJuLFP833HNWIz3BaLq+UmME22rxAqkheUuNlSuLFRCvXmBIG0oAAtx7f46VOq4JHftIjyBDEiO&#10;CkLEqJFvdiRfc5JsTUy1Jlfc5UlGFjRoke6Pe0a2BTbZoyzajlYUxE2tV2lOgs0GNKrsliVLeW1w&#10;3U+7y3qyJL6NZxWZmEzdaOEs+VwJJGqC52i1qmzevHLHOncM/GXIuq4qKTLHGQdqGxINtVbaNfZU&#10;yWZiYuSow5wJ5DHsWKNuLqWJYqCPZxvWsM5dSWLHxcBG+bA6SXWTWxZj8R151ZC2F4k0WbitK2Mz&#10;vjxxNc6gtb4r6akcKjWeOi5mxWli6eCplcEusl7i5Ft1hrr7alkO6+jN0REsylFmDTE/L3Ft3HkK&#10;uGc0/CzOk6TTYnTLM8U0qsGVfLdQANb0WcGQz4uRFNCMfoY+MLvObhy410Ui9MRZWbt0/c8SDrHD&#10;Ag/aIzPd1R73uTpqaSpixpmxmzMWWVB05MkhL+IvbRvCtZZuueqduxcXFyRjSbJNq7U8252I8R7K&#10;mF1slLyWK4kxkAixnPkDiy35FaSJtbGvtsqz7WAVemvkO0qCF42BtUalc3v2ey7DErOYnBJ4Akjh&#10;pVZ2tpfbZO3P8xkyDpzdIbUJuSx+wcKzNc1rvkmKxN3JpcgQ4x3SPYu0YsFe1iVDVdsMa20UuLFH&#10;KHuciZ2/MVtWFvi1rN0a1354HkdvRswNKFhx1TcN4tcf5KnbnovdjqZhdq7VlBHNym6wJAUE+A50&#10;7Gpvn0LbseMc+ZXRY0SzRx63YUuqSyfax5fYZ2yOp0jDE48qjUmpcrJDv3ApIiRmV1Xc2vG/upin&#10;8i4eyY9pFllYSpqVI/TV7bandJFt2fKWBZ48h7tomp/lqTMasl4aovTeeCg+bfqScRx/hpikk6Gf&#10;uTucUjxQ5RO3ViVB/SRTtpmM8zd2hYD5ncycAVq8s5hE8PemjEryWufKoFXuthNcXqZB27vTkOSA&#10;bcxWOvo309RNgd2N77SfG2tOVzPisSZ8BSMxxk8L6/wVMGUzo+5uu8xqE/VHCqzS8Wfuv7LoI4Oo&#10;J3C36aucLJlolmz4k2LjgNbUn/zVZWdpn1YpJe5Slfyxp4c6XZJr81y5GQ46LwlbfbUta1lRBMgB&#10;COCpuGtWW6cncS8g3q5YaDStdzM1wvOzMl1BeN2QcNBVu6drLDmSJquOTz4isZjVzg6LKy5pQvTK&#10;qeCi1XbaGmt9WrIb5RLvE5v+ICkiWshz7C6QEk+Ipksqoc2zFpYzfnYXq25Sa4NlkMke+KJlHtGt&#10;Mr9rIcmQQkANrxFSU2jVg94w4INjwu0nK3D7as+ZtfgcndoGFzE1/C3CrmM4pgz49ut/YoBNMryT&#10;J3CELbYQPbUKUO4xgfi+wUyCGfGRdtwHK9MljHkZKtMrg3AOgpdkmrqY+VCUBJ2AchxpKtmC8vuW&#10;Jaytr4tpWmWZc+MC6tuY1i1uHw90G4CTWmTGegsvubPYfAg5DnWu74J246swylYVmtThI8uZCbNZ&#10;ea8qTbB25PgzoxJumewPhVzamJHTXNxSl11Xx8a1MM3JMvcMdtPhUUIwyZuPuIVwSahnI8aeMSbw&#10;1/aKza3Jw0ZncGeLpq1l52rfcz2ucoT2cdSaxbW5JGsZKhbKo/pVZWbMmxKri7EADlVzlOhMjIG4&#10;+4VTInygE2g7j4Vc4ZxkhWs27S541i3Lkkw1dXybVtrxNWVnAI8sxvZQLUyva6C5hKcOPOrNmLCu&#10;u3t43rXcna6PqYAd7yTfjs/sLWp0ce3WuYxty05VUUi3O7g1EW7HgNSeNFAzEDQ++oYXjrqSR7qq&#10;RvgjB99G5GbOe4EY8aibGY6/li/Kqk6GS6Dy8aLSj1Co3G+tE5GFjUX5+yjS967SyHU8qVMpDH1A&#10;rONb8aiyCyIl12n7KFgVgRFvawoYZ1f84qbBarOeTy8RFl4jjTC5JmEkylRovjULyDHghx1AL6k+&#10;NEkkbUYyAMG8t7C1GoJ92gJub299Crbaqi4ufGrhUEgAYAWX+OoEKpkJCG1EkXLnyKywquvO1C7X&#10;oCXKYEXa1xY1UtOBUxkjzVLGoCGJk3lSArand41CRmjkZXMiMHYE6nUXFacc+TV1mdN76G3AVG8k&#10;mLIYLKLqQdfsplLK1wmJtw1AIvc0rUpEeJjTGSQ/6s0qSSszsqvvJBQfCF8b1rDFvI5M3IiR1VNO&#10;IrOY1cjaeFoN5QyMwubcri/OmDPDO0BlHUQbbW2j/JRMZacTBk39WVryEcOAo3NW2fp46AMPjGhG&#10;utC8MMcccshZ13k6C/IUsZlEuNjyOwNm6fjwB+2pW9ZkU+TIITEiBy2m4a2obWzhhxkcowd2Zowe&#10;I0F/CjEOx5o8pdkRt0xoQOJ51bwkvdG3t2Kyxzzy8QLm51vUrk1jO2NlMUfqFYN3UO6w042plLqy&#10;x97xMzPfGkUKHssUmgAtxrWGO/nno4/qTIxhkjHxyHWL45b33NXHW+PRxSb1lXS7T2SXNIkciLEB&#10;s8p0FJFfQYXSg6mHE4MDK3SYW1Yct1bnwZ/k52bjxJipGGV2RLyFm0Uk8APtq2McScE9uWGIPkTK&#10;CYl2qpvoTqCBTCTZsxjMsEhWQrFkbWZX1U35+PCky1ZJy2dHNzjCokR3AbYFAsqBrFvf4UrWsy2R&#10;CPActPEvQQbIUGrs1vipJlq8EXihcytEqPMD0g9hxNyzX8BTDOcOf18j55o8SSwiYSPJewbnfXSr&#10;lxzq1xZazJ0sVZHyHfdkNa1yBqoJPAVLXJOYKPM+XyJcbHxUlZQAJHa3na5okvPEUmJK8UYypyYk&#10;2q0aeYB2sNb6abidaW0k+LSMfHxciLoI0uHi3kBbQmThZb2vbjUw306NGRnY80kbGIl1fbETyaxO&#10;/wCy1l9tTC3Zjyul+8o4hDuyCQDOr2ULfW5PK3GrWccucvaVErIhEW4jdJKLA7iTbW3Kn2M455dN&#10;slMLHEkSfMzySXWRksipbUDXyKNTSat3fhwcUtPmTCOWR5I0ZkRBYMoIv7qucOKTPLoJJkl32Yu9&#10;tXSNNYgzNc9RjqxpxGubT5sv5OZepKBlTgvJEiK+26EhV0Nhwvei24VnkTZoEL/MQ2T5ye3kVYzu&#10;CgjQEkEUsM+s6J20RQdMyj+8HayJwLXYsLEj4Tut7r1LIa5TKaB3eOd+jnbUJ3G5LSX8q30K6+yw&#10;phdr6VcEeFH2qJIplnyUjR+mxbYQxJK2/ipIWz0B2whMqRDEIfmlE7sBpGpO1FuRxPGkwTJ/eMKO&#10;NBNjNfINt68WAW/mUDh41Z82d5ccFRZ2Tm4K48GNtljDPO5Ftwsbte9yTV4id12mE7Ribcgz4u3G&#10;WUtBF1f27FV3FhfyprodKxlyTX7i51bHieATF0kV2knJufEt1BYsDcAVqVjaYMix8Q4UaQSNI5O5&#10;ALGNmhLMA5PHceOuulMLL8B4cHRz5myiDlz23jikYBDMoLE8jypg6UMkmPjZU+LMQ65chUyamTl5&#10;BpZQPEVmxrXb0JaHtuN3NsiQbMXaUDgs7BgwA3AH4dDb3VZGbZGjH7pg7MvPI3M8oTYeLqR8W0fb&#10;Vq6015Pk4XbEhVYslBLKnwqTJqn6DY01wbW+hGM0fb8X53pmTISMHbwW8hKiynjbxqYhmyGY2LNO&#10;QuXGJcGLVmlsJFv+EW8vl99M54JPVsxp1OPOmFGJN3wvfnwG48NByFXiLyRjx9yxDMIirPHeScvo&#10;NR5UB/iplJMNEQVO3NkKFkdC5j2mxa50YnWi44cHBy45t0EsTlVdiGLEiMve5LcTUzKzJtHYEuPB&#10;iB1nWKTIXcsrgA7RoBr7qs1LtjgP7wxzDHBHJ1TkebaxJsgOo1q2YJtnob3CSLBaMwOZmYfAGJVW&#10;PIAHQU+1dvk58mDLjZL9xdgF122azC49xqc2piSZdLJzMHJggSQF0eMMjKQQB/LT0ay54x58juiv&#10;Mxgx4x5GJ2gADgT7qnd6RmaetBnd7jEz4uHCMnIOgyGN0A9igcqtxOqTbPRn7X255pBHkZBjiIJu&#10;NNxHIECprtVvjnqf27tawu7xLtkJO15OYB0tTHKz4OtiQYMcbrIiGQeZweRb20w1mOL3PGnzZgkc&#10;l4U0JNyBfkK1dvSOHszc07AGF22N2y5GJT9jcbuHMWFYkrk7pIIZIygMhgzM/ljHD7a3wxy6czx4&#10;fQcxllX41Ny32VMcOS3FIyspp52aC0YsGUADc3sPhUxyvdwrDxop52kkAZrWktrY1bGdEkjx4nVF&#10;U7V+Efy60wlvKYhmd8mYFi6Cwc+Hspbys1uGXt02Xj5TNmSeWXQX0A99Lc1nWdoO5QJLk74w0jjg&#10;R8NKS8qRsmTKjjmPkjsQgtc++pei6Zzl3spYMmEIhMbDjt0NWRu3LnY0ksszQDyqnAnn7aWMS5XJ&#10;jESKGAfXS1SxWqaCWaNYQtkGtMNM5xJsaNpY7MwGgbWkiXoyRxTSkyOpDNqxPD7KeqY4TG2JK7bS&#10;duluV6YmUl4IUy5UjFYghvpz0FLIa2ulJ0kxdrL+YBrwNNdV22cyLKwkcBwwf+cthVukYnktdVQZ&#10;12lAUtpyqYjklqRdrUbri/P2VntazWeQLBKCBdl5AVrsjHfYmXmLkBVdLVccJ3cktDGIiFGtqk1h&#10;dqwrIcUEzpcfzR40msZu9jb+88VsYrGmpGgtrWtdYm3kpX5McN3UWI1NTsi3yUSdvhdBKI/IRcGs&#10;dsrkm9hqR40a7ZEAv4cTVmkTvpmyGOMsVAB5W5Ve2J3Vmyo43QdNAdxsPGr2xM3IfloowoZNedhW&#10;OxvvrQmDHOu1E/rGr2wlpUnaolNtuvLSp2L30cMMCMUKgA/i41exnvIy+0xzSBlWw5XpdSUk9rji&#10;IuL30rPa3NnVxuz4xQNtsAONO1ZaTk9rhLbQp48TWuxnvpT9sx49SPvp2M/uUcODjOvwi9+dTtam&#10;9c3uWLjx5CqouSdbcBVuuIzNrdnRihw0x7sdbVnTTLW++HGmkxWLeeyim2vJrvLHPboPKAp8vO9T&#10;GCXNdXChhNuN+VqxI5bs1SdtUre58TXLNXDd2c4aagXp2J+4ZDgKzAbjap2tTZrTAFiA5tV7TuLk&#10;7UhF7m3jenavczjt1jo2lS6k2Mbt5toxqTUu68TBdnsW0q2Gtap+2GOIsNCKs1Lu5SPmEkbtByqX&#10;glzBf33xNGcvp/Uq377ObaDZf/MWuaOPbqwusLDcDr4UOCLW0HvozhdwSW4AUUhpjvtbymmEuzQc&#10;lQoAHvq4Lsbjs9ybkg1GoueLXfUWhjk0BJsCKrOUjJ3sb6CinOyNGRY3GpouWbV7fhWjDTAqW8pv&#10;bjStQ3cASN2nIUVQKWBY1MEpU04ICKNDpeqlpT48ZXduvROGMCWNyE+HkedJWbOeHTxN4gO7Vqlc&#10;mpM+JHIN7fEOXKpheAwTGL8kXIOtaccuK0pI7Jci3OjYXJa5d7DlRB4bxMXh4knQmpY1pt6F5OOI&#10;t202LHlUhtF40CpGLtd+d+NaSTCTYsJXzPz4GpIXGD0RUTap0tx5UWFNFL033NdfCpSRiTGRpSoY&#10;hFG6/C9VnErYhiA8nn0FjTCxozWjGIBuBPGmGreA4rwSY5CDc3sFSw1uYS+Tj4wKyEqG41ZMs3aa&#10;9WIYxbI6sFmQ+/j40zejPbM5jW6IuOYk1k4kUw3fgvEbGhxHvYueVtbjlSmtkZ8e8hJO4KfhQnw9&#10;1GWzHuFLyqQqjao91MtT5lI++UuS17mw5W91VF5BlCB4kW4OpJ5fZULkOKsapMJGVhxFuOoq2GtJ&#10;TuOzdB0rxm92HjUxGe6oskskQjjF0vb22P8AJUy1htxsQQ3CgKW0sBa/O9GpCnnmxWbrEnFbU3sS&#10;bfxVYzbj7HC716hLg4+OdwGhc6rbwFS7YTq4aTxpE423lb4XvwrOVwT5nbxJ8KzWsPo8HsOE2Hjt&#10;IxfKyNemv4R7avasruMceEpi4uP+WhsiNpckfFzrciWsE+DkyyOkp6arZ44kItc8SSLUZx8Te14X&#10;b2hkMsirlR8nIsp43tSymnaT3DDYwf3ZNoQkyO1iXNuVr0TaZMw4ImeOPJkVQt2CsdPKLjd/JVwa&#10;4zyzJK0EOTlowZHYxwqgIsBxJF+GlTK49TM7t3ywgyzI7REKzHi7N4C/jektTbSSZXlYy5fdMWSO&#10;M+bzTBjy4+6rgzmt3cMLByITkI9mkOgUAXI9lTGGtpNlY6JB2110idms1z576C+lXCdIzIiduycd&#10;XTzSXeJrbj1OC3HLQ0STtalyZguxS5imcNLKLfE2igDnemWuTnOdDMBNskx1G3W1tvAAcrluN6i3&#10;MIyJZsuKTIH5auB041kANxoTdQLW99EznkLrBisceDIK5E4sWUbumFUsSzcr+yphcuN2qIzdzS0r&#10;GWJ+o8suiBB+Kxv5rnS9Vx64dPuxkllbFxJo1w5IwZmQBibm2ra6m1LMN5lYu2ZPRntHCm/IUCKb&#10;qbSI4zt2i4Y6kfbSYYlrdgyz4O+QhY8aST8uSRtbvYEgW+DapN6S5ax2/YWJMXM67wlWCM8OOnwu&#10;67bhtRrfUii3kEX7lxMTo5Q6hRg6iMm8hexAtz2+2pNTunRpiyM/uybwy4mDE7dXgWLLw1tyvprV&#10;t+BM2cufJ2i+G86pIZJLlY/xbdCN7k6WA4caiWZjTj9uzfk4zPP0UsI5Qu3WNbjmLj2mrmr2fGuh&#10;F3AR5AQy/NdOO8rIouQBfyEE8OftouQxnFwlkycYjIlzgwVARtSNBoGY6jQ6+NMfEzMcE9inyIsj&#10;JaYgw2VpNo0VwRt147dTVtZ04C2R8rkQ5kmybFdXG1QHYk6gWUAKeRqcLmzkUuZh9xHnQnJKlVhu&#10;NR4Am23W1W6pN5evVWRnDt3bJYlk67taOOKSxaJVS2trLz41GrfSMDRY8CdDIyBAm1pDoSS7KAAw&#10;tzqy3q49pOlP7LDisp/eCsjNH1IXAJ6ijU3J8fDnWOrl1mIB+zF8v/1jZtRmVnjKrsU8t2mt9Kcp&#10;NZ6usFwcXMlyoYxkZCIu4AbRZhbXdwJq45alx0XK6zvHNhRpJ05AZDJe1tQwRD+g1cM5+DBmNC3c&#10;kyTukTICoFJ2hWXg20fhA1q1m3lrlKvjqsZZpJQC2guBex2304Co1WnNymj7WVhdkC3jjB2s19vE&#10;2051Yb3hiTF68CZEksU0cYDMLgFSPxNy3XpyzJOquy9xgzJ2xk2POrMUAuhZOXAEeWpV0uT8uRWd&#10;8aLIEWTH5HFlsRfQWtrSzC5zw5cqY3RaOSM5Ge2k0zi0aIOG3S3DhRm8NPzPYoMYz4gJkts6ZWzL&#10;4m3O9THrW88cHNBjpgPHEhjmI+N/aNGuONWRnazDZBGq9pieZEMaLeQNztz1pI1biZc55MNpFXGR&#10;YV0aWwuSTqALXp2SM3fLoZknzeOYnKxxSDaVI8zH2A1aucsMeDlrk/L9vjRTGo3O443rHRe229W7&#10;MZlSLGmiXco85XT7birrF3ZM2JppIpEYFlF9CRcD3H+GtuKzkapiS9OfpyCRL6G3H76y1TAuVIpd&#10;vICfLcC1h41TCZqYM+CJCCwQkSrz042qYW2ehWJ8p0Fki0QaKCDf7L01hbkxJJGiZskAFLmNtb2+&#10;2r1S3E5cfLaQG0NmL/Cwvpfnyq3hxZzxG7tHbp4IpNs1jLq59tZmcuWSSYhUPRxo5UmkEhU+VB5m&#10;JPjSypLPR0O1QZcHmdt8Mh3FTxAqOTXhk7zJBPmKqAmxAtbQCtXiMWZphQY6bXchLXAGn2XpEpmA&#10;EkYPHF03HEngRS4XXLaMWZpiUcKzCxsL1Mtdrn5uK+MjIzbbm5YE7j91ajj34NwS8i7lXyqPiPOo&#10;1JcFjvlsg48agMpszjUVbiJNraZ3PPggjVQxMkhsNDYk+2k6ZXa84aY8nHbHWLhLtuV/jrMazBMc&#10;aGGykO7fhBFxSLWTDgkRnkJsTqFpnLM1wzZmOVmE5fdI5sEvx+yqzWBo92ReVND8I1NTZNI6+IWV&#10;QNx9gPCkbMly+gd8jWX9YVrDN2wCPIw8ma6MrnjqalizbJWXhB5RKBcJ91QsDuYgbdCPvqoBe2SZ&#10;Um6Vr24DjS0mvqScBcfNDbdy8LVmxZwdJBHPMu1QFXiCRVSdWyVoUi8g8/DhVkwtrLDjzNIXJvbl&#10;apaTUeWXsAUuf4KuUsVDPirtDMC3MHjUwsrQr48zbdF99UbYOjG238I51nDkmCswQyN5b/ZVZ2Y5&#10;8Mqd3AD76rFhmM1l1F/C9FjJnTkPtVSx8eQqs2ut21fyR7a445ozdynMZJRdxFckcW7Aokn80nl8&#10;BUtSRnyJo8V9XsTTtS7yOX3LuUDC0ep5mlwzm28OU+bkMmzedvhWO5ydvxJ1NZy00YeDNkvZRpzN&#10;ZtamuX0mF2wwxgvyq661rbaOkMeR1sBZbVyyuKzLFk4DINOHM1piwrDBQnX3Cpgla2fgvPnRWfNy&#10;5EICr5Rxqs20mCSR2151m1qR14YC0fs51G8F7RHJ+WL241cJkvMzAsZ3fdWpGNtmXHxWdg50Dcq4&#10;65JHT+SHhyphXS9RbP3vkfB+D9f9QVouMvn32dU8P6u61WOK4z/8mrs3D4eHPfRrgJ2Wb4Ps30OP&#10;8ZZW2b/wfZvqsXHy/EcfT/mf6dRZj5fi6MG3by+zdRuYXLsub7eHPdb9FQ4Zjst+D/TrTNx/jJib&#10;Np+D/TqVZhoHT2/6vh/PtRrj5Mz7P5n+nROD+37Nj/Bx/n0pphR2fMn4OA476kLjP/yqfZ0h8PHl&#10;vocY/wDlmfZtHD/S/RVZ4x/8lQbbnwv+LdtrTMx/jLb+X5f2X+nXG5bj5HDp7kts/q77fbetJcKy&#10;tmz8H+naotwyfl9aL4P9Oqxx8vxbF2bPw/ZvqN8M8+zpyX2/bvt+irWeBdv6fWFunx5b/D20WYz6&#10;fiLP2bk4fF/OvxqQ2wjbNy328Oe7+KqcEHZY8PiPxb6M8f4y3w7enpt4Dhut+mlbmMGZ2zoD4eH8&#10;6o1cYcKfZcfD9u61VxXHy/Fv7Pss/wCz4c99v6tNmvHgnN2bn93LdaoXGfT8Wrs227e7lut/56vo&#10;umMud3nZvN7cfxbvH2Ujj8mM/wDy6OJs+TS3T/qbv46OTjCsfZ8y/wAHwc99SmuM+jGnS/eA/Y31&#10;49S3/nqeicd3p+J2Ls/eRtsvY8N/8elWHGf/AJdR9ny2mz+ruv8ApqRyXoV5Ny/s725b/wBPtonB&#10;M+3ot8PDluqpcOauzct7f1t9v0Vbn5uPXHy/Fnm2dWLdst1dN2/bx/m6/fUOPl+LpS/6rbe27Xpf&#10;D/pa1Y1th1Dt+aitt+A/Du28PbzrLk4zHK9Q3+Ue/wCrput+i1Ss18Q+254f6VZqQA2X/D/pVlrh&#10;2ew9DrP/AOq3tp1Orv4fg5ffSNcfL8X1HbOn0Rt6Pwa237+fHd/FXJEn3NGH07x2236Q4b9/H286&#10;2zMOYm3587bbtL33dT/S8u33VGOMsWV0fmX/APVvjS9+rb+tSJtjPp+LenT6kvC9ha/U22t+D20a&#10;mPl+LH3To/KxX6Ft5vv6vH/pLfi91SnHy/EWN0vk47dLbu/6Tocfb5qk6NcZae9dP5zD9yfr9L4q&#10;3Gd8cf8Ac3uPS6sV9vwn9l1N3w87cvCpDbH+MsPb/l+rHf5b9oP+fvew8OfhTb708ePl+JneP2s/&#10;w7bD4fHT7d3hyqzom+Mtfcb/ADHbr333Xjbq8/Dy+/2VK5Ljg+K37ont1N3UHw33fAP2V/L7qi8Y&#10;I730v3PjfBs6a/D1OlbT4vxf5aqbYx6fi5HZtnz0Xxfsx+t+sPh/mVuOCYy3RdL+9buna726/U6n&#10;O/w1xbdXPrjF6OfJs/deZ0+lbem7Zu6luW/qfg8Lc6vqzMdvp+Kdr6XSlts4r+x6m/4OV/0e29U4&#10;+X4lYvQ6uRb5f9iNn7XdxP7C/Px3c6z6nGPT8Xc7j0f3Yt+hu+W/F1Op+yHw28tv4qjkuMejn5Oz&#10;94Y27xG34tvxD9lt/ReuSdHDcd3/AMgj6X/EHn+VtZf2nUt8I4bOfjXHs5PH1O/1cV92zqi3y/8A&#10;6rbqL+0t59/v52rU6JcZd2TZ8tNb+Zbbuvy+C/8AHVb4cXuXTvJ1dt7i3V325fF0tLeN+dqTp6uL&#10;fGfT8TezdP5ye/R3dJPi33tcfBby7P1udYnVyzGGvM+PDtb9qv7H4efx3rScfIjtHT/f2Vbbv2Pu&#10;3b+pwX9pfybf1bUTXGTu1bOv5Ojt6sm/o79l9Pj3+bd4bajXq4uP0v3rLf5fd1Ht1upu469K2m//&#10;AMhVvViY56fi6D7eql+hfbF+23da+4W3W0v+ry8abGrH3TofuyPd0OD26/W6l+of1fxe+pei3GZ0&#10;dnA/9WT4r9CHbu+O1v8AUcvfu1qRv0c3v3AdTr8fN8x8PE/H0+X9Gt3o4rjP+eXWj6fWyvht8xDf&#10;Zv8AZ8fP+jUckwbhdLrZtult83DqWvb2+a1SLx8nI7pbf5du3pi/Qvs4H9bWr6MXGXQ7tf5WDZ1O&#10;V/lLbuHLfTVrfBCdL5Kb9na/+v6l77Rw/n+PKpUmMf8Ay4eH0N+fu6V9ml+t07/1edX+LMx/9fxd&#10;P018v0Y7fJ8W/Zdf5jhyvXHr1c96Kg6P74xtvytt7W29W/P493461ux48c/91982/K5N7X63m+Lf&#10;w/FbTb4WqxjbHHT8RjpbMTb8ry/ZdS/27qxHLWzufT6EVuj8a32772/nX5e6uXVw+THy/ErK2fLm&#10;2/bYfr9D9PmpFuMf/LPhdD5NbfKW3C/R6t+PO/KsReMejQnR+bjt0r9QfF1epx5Xq0mM+jqtt677&#10;LXuf2d9/279KrTi5lvn5N+/dYW+Yv+jZ5fvrVcdx/jJr7Pn8e+2+08d1uXG3KpVmM+n4tuX09q36&#10;Nvbv2/ZapGrg1tv7uS23+ru/jqxNujlnZ1n+H4OW7b/WquOY+X4nL094/Y/Dy37ay5OCs3pdJvgt&#10;bl1LfbzqxLhmwulZbdL+r1LfpqJx8mwdOz32f1N/8VahcfL8XKwOn86/7O1/xb7fy08jPix8vxdu&#10;Xp9ZPCx+Hf0/63OpHJx/jJHk+aS3Stf8G636dazV4N7n07Jfp2uPi37f0a1r0TjJ+Ns6enTt/M3f&#10;x61mLw1Ymy/Ld7N1/s5VVjn5+3e97cP9Zuv+ituK4yf27Z+73tstY/Du/jrE6uXjD5/C6fWP7P4z&#10;x6nj/DUvVjXHyaO99LfB+x58epf7Kt6HGWTB2fvF9tuAvt33+3dUSY56fi6EGz538HHnv/TV2XXD&#10;dmdPrL8N+Vt9/wCSqtwxZG3qj4eH87d9lVx8ZV+XcfBwHxb71K1MfL8VTbdptbj+Dd/HViXCdy2f&#10;KD4b257qsZ2x/jLJ2fpbl/Y3uePU3VxermmMejsyWsONvttW2eChs/6P7N96ROGyLbsHw/1N36aN&#10;TDndx27+V/buv9nKq49sMmLs3a24/i3fxVKuuPl+LpeTcPg+3fal6LMZa4Nm4fB9m6sOThMnp7W/&#10;Z/6d61EuHAHT6p/Zf6d6tcfA/wAvrJbb/V33/TRZj/GXSTZYXt/W3W/RRZgw7N4+H/TtQ4FN09p+&#10;D+tvovBC7Op+C1uW61ROC5encfsvt30ThsxNtvs/DfbRuFZWy34eP4t1/tqsXDNJs2m23h+Hd/HS&#10;M7YfKd0t8wb7v61/4q3u49MfJzn235f6VcFc0CNv83/SqNCXZf8AB9u6icPp/T/T2f6n/TrOvVy3&#10;GHel2bB+z/065o4rhqxNmz8H276NzDJ3Pp7W+D/TtWo498OdF0to/Zf/AHlZpMGNs3fg/wBO/wBl&#10;C4Ypentb4OP4t96tZmPl+JuN09P2X2b6w5OHVj2dL8P2b63EuCPJr8P2bqVOHLytnUHw/wBbfVvR&#10;iYz6fi6+H0+kn7Llx31xxzXDb5P5v+l/5WrQ/9lQSwMEFAAGAAgAAAAhAG2nkIzhAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap6YpUYhTIQSc6KGFA0c33sZR43USu03K&#10;1+Oe4LQazWjmbbGebMvOOPjGkYTFPAGGVDndUC3h6/NtlgHzQZFWrSOUcEEP6/L2plC5diNt8bwL&#10;NYsl5HMlwYTQ5Zz7yqBVfu46pOgd3GBViHKouR7UGMtty0WSrLhVDcUFozp8MVgddycr4XXj0s2h&#10;X76naL7H/qf3x49LJuX93fT8BCzgFP7CcMWP6FBGpr07kfaslTBbRvIQ7+IR2NUXD2IFbC8hFZkA&#10;Xhb8/wvlLwAAAP//AwBQSwMEFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlM&#10;u3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7k&#10;SBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgL&#10;EKOmLMCSMvgOm+oaNPCu5V+PdS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANr2PfsNAQAAFAIAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAA+AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh4l20qcC&#10;AADPBQAADgAAAAAAAAAAAAAAAAA9AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAClRD&#10;MDM6AgAzOgIAFAAAAAAAAAAAAAAAAAAQBQAAZHJzL21lZGlhL2ltYWdlMS5qcGdQSwECLQAUAAYA&#10;CAAAACEAbaeQjOEAAAAKAQAADwAAAAAAAAAAAAAAAAB1PwIAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAAg0ACAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAdEECAAAA&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00991D7E">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C6904D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB32F572"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1720,51 +1310,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C3F7225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A448D9AA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1833,508 +1423,512 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="204831935">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="344478483">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00991D7E"/>
     <w:rsid w:val="000E7C25"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
     <w:rsid w:val="00722C79"/>
+    <w:rsid w:val="00821B58"/>
     <w:rsid w:val="00991D7E"/>
+    <w:rsid w:val="00F06CA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="28C94250"/>
+  <w15:docId w15:val="{2297840E-5EC6-4A7B-9033-67431D5348AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...238 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -2367,58 +1961,58 @@
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="540" w:hanging="269"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bold">
     <w:name w:val="Bold"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00991D7E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0098B2"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2680,68 +2274,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFD0D502-3F7E-4642-A7A2-A3D44922C734}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
-  <Characters>7</Characters>
+  <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7</CharactersWithSpaces>
+  <CharactersWithSpaces>6</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>