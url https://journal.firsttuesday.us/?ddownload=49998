--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -1,1935 +1,1775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00563398">
+    <w:p w14:paraId="79CFF3B3" w14:textId="122C7A3B" w:rsidR="00C27E0C" w:rsidRDefault="00C27E0C">
       <w:r w:rsidRPr="00563398">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08C8523A" wp14:editId="08071EE4">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39C519EE" wp14:editId="403CB460">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>459740</wp:posOffset>
+              <wp:posOffset>504825</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>8526780</wp:posOffset>
+              <wp:posOffset>8437245</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="812165" cy="1179830"/>
-            <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
+            <wp:extent cx="904875" cy="1314510"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="812165" cy="1179830"/>
+                      <a:ext cx="904875" cy="1314510"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00563398">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D756897" wp14:editId="01C05135">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1733550</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8382000</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2876550" cy="1485900"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2876550" cy="1485900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7A7DDDB4" w14:textId="77777777" w:rsidR="00563398" w:rsidRPr="00093565" w:rsidRDefault="00563398" w:rsidP="00563398">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00093565">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Your Name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="49AF29A5" w14:textId="200F9C48" w:rsidR="00563398" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00563398">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:br/>
+                              <w:t>Broker Nam</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>e</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6D756897" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:136.5pt;margin-top:660pt;width:226.5pt;height:117pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe9uWUaQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xkSZoGcYqsRYYB&#10;RVusHXpWZKkxJouaxMTOfv0o2Xms26XDLjYlfnx9JDW/airDdsqHEmzOB70+Z8pKKEr7kvNvT6sP&#10;U84CClsIA1blfK8Cv1q8fzev3UwNYQOmUJ6RExtmtcv5BtHNsizIjapE6IFTlpQafCWQjv4lK7yo&#10;yXtlsmG/P8lq8IXzIFUIdHvTKvki+ddaSbzXOihkJueUG6avT991/GaLuZi9eOE2pezSEP+QRSVK&#10;S0GPrm4ECrb15R+uqlJ6CKCxJ6HKQOtSqlQDVTPov6rmcSOcSrUQOcEdaQr/z6282z26B8+w+QQN&#10;NTASUrswC3QZ62m0r+KfMmWkJwr3R9pUg0zS5XB6MRmPSSVJNxhNx5f9RGx2Mnc+4GcFFYtCzj31&#10;JdEldrcBKSRBD5AYzcKqNCb1xlhW53zykfz/piELY+ONSl3u3JxSTxLujYoYY78qzcoiVRAv0nyp&#10;a+PZTtBkCCmVxVR88kvoiNKUxFsMO/wpq7cYt3UcIoPFo3FVWvCp+ldpF98PKesWT0Se1R1FbNZN&#10;19I1FHvqtId2CYKTq5K6cSsCPghPU08dpE3Ge/poA8Q6dBJnG/A//3Yf8TSMpOWspi3KefixFV5x&#10;Zr5YGtPLwWgU1y4dRuOLIR38uWZ9rrHb6hqoHQN6M5xMYsSjOYjaQ/VMC7+MUUklrKTYOceDeI3t&#10;btODIdVymUC0aE7grX10MrqO3Ymz9tQ8C++6gUSa5Ts47JuYvZrLFhstLSy3CLpMQxsJblntiKcl&#10;TbPcPSjxFTg/J9Tp2Vv8AgAA//8DAFBLAwQUAAYACAAAACEAx/dLxOEAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbExPy07DMBC8I/EP1iJxow4paasQp6oiVUgIDi29cHPibRJhr0PstoGvZznBbWdn&#10;NI9iPTkrzjiG3pOC+1kCAqnxpqdWweFte7cCEaImo60nVPCFAdbl9VWhc+MvtMPzPraCTSjkWkEX&#10;45BLGZoOnQ4zPyAxd/Sj05Hh2Eoz6gubOyvTJFlIp3vihE4PWHXYfOxPTsFztX3Vuzp1q29bPb0c&#10;N8Pn4T1T6vZm2jyCiDjFPzH81ufqUHKn2p/IBGEVpMs5b4lMzDkIBEuW6YKPml9Z9pCALAv5f0X5&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN725ZRpAgAAPgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMf3S8ThAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAAwwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7A7DDDB4" w14:textId="77777777" w:rsidR="00563398" w:rsidRPr="00093565" w:rsidRDefault="00563398" w:rsidP="00563398">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00093565">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>Your Name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="49AF29A5" w14:textId="200F9C48" w:rsidR="00563398" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00563398">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00563398" w:rsidRPr="00C27E0C">
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:br/>
+                        <w:t>Broker Nam</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>e</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00563398" w:rsidRPr="00563398">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="079B879B" wp14:editId="74ADF9E8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E1EC82" wp14:editId="3B30D202">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5696585</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>9135110</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1540510" cy="565150"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1540510" cy="565150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00563398">
-[...304 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00563398">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E849CF6" wp14:editId="3086563F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C878B4E" wp14:editId="09B0EF19">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3942080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3432810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3602355" cy="4783455"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3602355" cy="4783455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:linkedTxbx id="1" seq="1"/>
+                      <wps:linkedTxbx id="3" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:310.4pt;margin-top:270.3pt;width:283.65pt;height:376.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWqkfohwIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sn0IgNSkFUlRCg&#10;koqz47WJhe0xtpPd9Ncz9u6GKO2Fqhd7PPPNeN4Xl43RZCt8UGBLOjwZUCIsh0rZ55L+Wt58Oack&#10;RGYrpsGKku5EoJfzz58uajcTI1iDroQnaMSGWe1Kuo7RzYoi8LUwLJyAExaFErxhEZ/+uag8q9G6&#10;0cVoMDgtavCV88BFCMi9boV0nu1LKXi8lzKISHRJ0beYT5/PVTqL+QWbPXvm1op3brB/8MIwZfHT&#10;valrFhnZePWHKaO4hwAynnAwBUipuMgxYDTDwVE0j2vmRI4FkxPcPk3h/5nld9sHT1RV0jEllhks&#10;0VI0kXyDhoxTdmoXZgh6dAiLDbKxyj0/IDMF3Uhv0o3hEJRjnnf73CZjHJnj08FoPJ1SwlE2OTsf&#10;T/CB9ot3dedD/C7AkESU1GPxck7Z9jbEFtpD0m8WbpTWuYDakrqkp+PpICvsJWhc24QVuRU6Mymk&#10;1vVMxZ0WCaPtTyExFTmCxMhNKK60J1uG7cM4Fzbm4LNdRCeURCc+otjh3736iHIbR/8z2LhXNsqC&#10;z9EfuV299C7LFo85P4g7kVrZF1Etm1WTOwHrF8TrQZ1XUO2w/B7a8QmO3ygs0S0L8YF5nBfUwB0Q&#10;7/GQGrAU0FGUrMH//hs/4bGNUUpJjfNX0vC6YV5Qon9YbPCvw8kkDWx+TKZnI3z4Q8nqUGI35gqw&#10;RkN03fFMJnzUPSk9mCdcFYv0K4qY5fh3SWNPXsV2K+Cq4WKxyCAcUcfirX10PJlOJUsNuGyemHdd&#10;l0Zs8DvoJ5XNjpq1xSZNC4tNBKlyJ6est1ntqoHjnWehW0Vpfxy+M+p9Yc7fAAAA//8DAFBLAwQU&#10;AAYACAAAACEAuIhSoOQAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuFE7&#10;gUZpiFNVkSokBIeWXrhtYjeJGq9D7LaBr8c9lduOdjTzJl9NpmdnPbrOkoRoLoBpqq3qqJGw/9w8&#10;psCcR1LYW9ISfrSDVXF/l2Om7IW2+rzzDQsh5DKU0Ho/ZJy7utUG3dwOmsLvYEeDPsix4WrESwg3&#10;PY+FSLjBjkJDi4MuW10fdycj4a3cfOC2ik3625ev74f18L3/Wkj5MJvWL8C8nvzNDFf8gA5FYKrs&#10;iZRjvYQkFgHdS1g8iwTY1RGlaQSsCle8fFoCL3L+f0XxBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFaqR+iHAgAAeAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALiIUqDkAAAADQEAAA8AAAAAAAAAAAAAAAAA4QQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2C878B4E" id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:310.4pt;margin-top:270.3pt;width:283.65pt;height:376.65pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfViyOdgIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm10/k1peR24iV5Wi&#10;JGpS5YxZsFFYhgD2rvvrM7Drh9xeUvUCA/PNMDPfDNPrptJkK5xXYArau8gpEYZDqcyqoL+eF1+u&#10;KPGBmZJpMKKgO+Hp9ezzp2ltJ6IPa9ClcASdGD+pbUHXIdhJlnm+FhXzF2CFQaUEV7GAR7fKSsdq&#10;9F7prJ/n46wGV1oHXHiPt7etks6SfykFDw9SehGILijGFtLq0rqMazabssnKMbtWvAuD/UMUFVMG&#10;Hz24umWBkY1Tf7iqFHfgQYYLDlUGUiouUg6YTS8/y+ZpzaxIuWBxvD2Uyf8/t/x++2QfHQnNN2iQ&#10;wFiQ2vqJx8uYTyNdFXeMlKAeS7g7lE00gXC8HIzz/mA0ooSjbnh5NRjiAf1kR3PrfPguoCJRKKhD&#10;XlK52PbOhxa6h8TXDCyU1okbbUhd0PFglCeDgwadaxOxIrHcuTmGnqSw0yJitPkpJFFlyiBepP4S&#10;N9qRLcPOYJwLE1LyyS+iI0piEB8x7PDHqD5i3OaxfxlMOBhXyoBL2Z+FXb7uQ5YtHmt+kncUtTKv&#10;onxulg2mX9A+TqN4O+F5CeUO6XfQToa3fKGQojvmwyNzOArIOI53eMBFakAqoJMoWYP7/bf7iMcO&#10;RS0lNY5WQf3bhjlBif5hsHe/9obDOIvpMBxd9vHgTjXLU43ZVDeAHPUwdMuTGPFB70XpoHrBX2Ae&#10;X0UVMxzfLmjYizehHXj8RbiYzxMIp8+ycGeeLI+uI2WxAZ+bF+Zs16UBG/we9kPIJmfN2mKjpYH5&#10;JoBUqZNj1duqdmzg5KZZ6H6Z+DWcnhPq+BfO3gEAAP//AwBQSwMEFAAGAAgAAAAhALiIUqDkAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRO4FGaYhTVZEqJASHll64bWI3&#10;iRqvQ+y2ga/HPZXbjnY08yZfTaZnZz26zpKEaC6Aaaqt6qiRsP/cPKbAnEdS2FvSEn60g1Vxf5dj&#10;puyFtvq88w0LIeQylNB6P2Scu7rVBt3cDprC72BHgz7IseFqxEsINz2PhUi4wY5CQ4uDLltdH3cn&#10;I+Gt3HzgtopN+tuXr++H9fC9/1pI+TCb1i/AvJ78zQxX/IAORWCq7ImUY72EJBYB3UtYPIsE2NUR&#10;pWkErApXvHxaAi9y/n9F8QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAfViyOdgIAAFMF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC4iFKg5AAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAANAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00563398">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CA7704D" wp14:editId="2E8C0367">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50A521A3" wp14:editId="6A0845ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>319177</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3433313</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3605530" cy="4684144"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3605530" cy="4684144"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx id="1">
+                      <wps:txbx id="3">
                         <w:txbxContent>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="3B2DD722" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>As much as we don’t like to think about it, household appliances need to be upgraded at some point. Most warranties offer an easy solution to this problem, but it isn’t always so simple. Regular maintenance while planning for replacements can help extend the life of your appliances and prevent financial and emotional shock when they break down.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Beyond the warranty, household appliances need to be upgraded at some point, but regular maintenance helps to extend the life of your appliances.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="68A311E9" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                              <w:t>Air conditioner</w:t>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>HAVC systems</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>, also called AC units and climate control, can last up to </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                              <w:t>:</w:t>
+                                <w:color w:val="F15A22"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>20 years</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Good-quality central air conditioners can last up to </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>, with many replacement parts readily available.</w:t>
                             </w:r>
-                            <w:r>
+                          </w:p>
+                          <w:p w14:paraId="52F2FA53" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Filter cleaning or replacement improves efficiency of the evaporator coil. Clean the coil once a year.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4E7A2475" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Incorrect installation results in leaky ducts and low airflow. Consult an HVAC contractor to ensure your AC is functioning properly for cost efficient operation.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3ED58255" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C27E0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="F05A22"/>
-[...3 lines deleted...]
-                              <w:t>20 years</w:t>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Dishwashers</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">, with many replacement parts readily available. </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> usually last </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="F15A22"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>10 to 15 years</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>, depending on the model.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="1FF5CAF3" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="14"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Filter cleaning or replacement improves efficiency and protects the health of the evaporator coil. The coil should be cleaned once a year.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Pay attention to lime buildup and use a lime descaler once a year.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="33779E7A" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="14"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Problems may also arise from incorrect installation resulting in leaky ducts and low airflow. Consult an HVAC professional to ensure your AC is functioning properly.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Clean your dishwasher’s filter every six months.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="0F076BC4" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                              <w:t>Dishwasher</w:t>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Refrigerators</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">: Dishwashers usually last no more than </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> need to be replaced about every </w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00C27E0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="F05A22"/>
-[...118 lines deleted...]
-                                <w:color w:val="F05A22"/>
+                                <w:color w:val="F15A22"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>15 years</w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="F15A22"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="2ABDEF95" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="8"/>
+                                <w:numId w:val="15"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Clean dusty condenser coils twice a year to improve performance and extend the life of your refrigerator.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="539CF581" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="8"/>
+                                <w:numId w:val="15"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">Clean door gaskets to ensure a tight seal and prevent stress to the refrigerator’s motor — gasket repairs can be costly. </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Clean door gaskets to ensure a tight seal and prevent stress to the refrigerator’s motor — gasket repairs can be costly.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="47832F8D" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                              <w:t>Washer/Dryer</w:t>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Washers/Dryers</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">: At an average of one load per day, all newer model washing machines and dryers can last up to </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>averaging one load per day can last up to</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="F05A22"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="F15A22"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>14 years</w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="0EC41E53" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="10"/>
+                                <w:numId w:val="16"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Avoid overloading your washer to reduce the strain placed on its moving parts and extend its life.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Avoid overloading your washer to reduce the strain placed on its moving parts.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="14CC116C" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="10"/>
+                                <w:numId w:val="16"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Clean the lint screen on your dryer after every load to improve circulation and eliminate fire hazards — use the long nozzle on vacuum to clean lint missed by the screen.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Clean the lint screen on your dryer after every load to improve drying time. To eliminate fire hazards, use the long nozzle on vacuum to clean lint missed by the screen.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="73C529B5" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                              <w:t>Water heater</w:t>
+                                <w:color w:val="009C9E"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Water heaters</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">: Depending on the type of water heater in your home (standard storage, </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>, depending on the type (standard storage, tankless, heat pump or solar) can last anywhere from </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                            <w:r>
+                            <w:r w:rsidRPr="00C27E0C">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="F05A22"/>
+                                <w:color w:val="F15A22"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>10 to 20 years</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">. </w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="6DDDFDE9" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="12"/>
+                                <w:numId w:val="17"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Water heaters are subject to rust and mineral buildup. Flushing sediment from the tank and checking the anode rods once a year will help improve efficiency and longevity. Replacing the anode rods when needed can save you hundreds of dollars.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Flush sediment from the tank and check the anode rod once a year. Replace deteriorated anode rods to avoid premature replacement and save hundreds of dollars.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="7862C8E7" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="12"/>
+                                <w:numId w:val="17"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                                <w:szCs w:val="19"/>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Experts recommend repairing rather than replacing your water heater up until 10 years of use. When problems become more complicated after that, it’s time to consider upgrading.</w:t>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Repair rather than replace your water heater up until 10 years of use. After that, problems become more complicated and it’s time to consider upgrading.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                          <w:p w14:paraId="00C25077" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C27E0C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Your home as an investment takes real estate know-how. Whether you’re ready to upgrade or just curious about getting the most from your home, I am here to answer all your real estate questions. Give me a call today!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6BFAD95D" w14:textId="77777777" w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
                             <w:pPr>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:25.15pt;margin-top:270.35pt;width:283.9pt;height:368.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVpOKRfQIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hb2o5VpKgDMU1C&#10;gAYTz65j02i2z7OvTbq/fmcnKRXbC9NekvPd58/3+/yitYbtVIg1uJKPT0acKSehqt1zyb8/Xn84&#10;4yyicJUw4FTJ9yryi+X7d+eNX6gJbMBUKjAicXHR+JJvEP2iKKLcKCviCXjlyKghWIF0DM9FFURD&#10;7NYUk9FoXjQQKh9AqhhJe9UZ+TLza60k3mkdFTJTcvIN8zfk7zp9i+W5WDwH4Te17N0Q/+CFFbWj&#10;Rw9UVwIF24b6DypbywARNJ5IsAVoXUuVY6BoxqNX0TxshFc5FkpO9Ic0xf9HK29394HVVcknnDlh&#10;qUSPqkX2GVo2SdlpfFwQ6METDFtSU5UHfSRlCrrVwaY/hcPITnneH3KbyCQpT+ej2eyUTJJs0/nZ&#10;dDydJp7i5boPEb8osCwJJQ9UvJxTsbuJ2EEHSHrNwXVtTC6gcawp+fx0NsoXDhYiNy5hVW6FniaF&#10;1LmeJdwblTDGfVOaUpEjSIrchOrSBLYT1D5CSuUwB595CZ1Qmpx4y8Ue/+LVWy53cQwvg8PDZVs7&#10;CDn6V25XPwaXdYennB/FnURs121f6jVUe6p0gG5SopfXNVXjRkS8F4FGgypI44539NEGKOvQS5xt&#10;IPz6mz7hqWPJyllDo1by+HMrguLMfHXUy5+oFdJs5sN09nFCh3BsWR9b3NZeApVjTIvFyywmPJpB&#10;1AHsE22FVXqVTMJJervkOIiX2C0A2ipSrVYZRNPoBd64By8TdapO6rXH9kkE3zckUi/fwjCUYvGq&#10;LztsuulgtUXQdW7alOAuq33iaZJz2/dbJ62K43NGvezG5W8AAAD//wMAUEsDBBQABgAIAAAAIQDd&#10;0GSc4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcGb3U3sR4jZlBIoguih&#10;tRdvm+w0Ce5HzG7b6K93PNXTMMzDO89brCdr2BnH0HsnIZkJYOgar3vXSji8bx8yYCEqp5XxDiV8&#10;Y4B1eXtTqFz7i9vheR9bRiEu5EpCF+OQcx6aDq0KMz+go9vRj1ZFWseW61FdKNwangqx5Fb1jj50&#10;asCqw+Zzf7ISXqrtm9rVqc1+TPX8etwMX4ePhZT3d9PmCVjEKV5h+NMndSjJqfYnpwMzEhbikUia&#10;c7ECRsAyyRJgNZHpKpsDLwv+v0P5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFWk4pF9&#10;AgAAYwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN3Q&#10;ZJziAAAACwEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="50A521A3" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:25.15pt;margin-top:270.35pt;width:283.9pt;height:368.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3wlnhbAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X533uqBOkbXoMKBo&#10;i6VDz4osJcZkUZOY2NmvHyXbSdDt0mEXiRI/Unx81NV1Uxm2Vz6UYHM+vBhwpqyEorSbnH9/vvtw&#10;yVlAYQthwKqcH1Tg14v3765qN1cj2IIplGfkxIZ57XK+RXTzLAtyqyoRLsApS0oNvhJIR7/JCi9q&#10;8l6ZbDQYzLIafOE8SBUC3d62Sr5I/rVWEh+1DgqZyTnFhmn1aV3HNVtcifnGC7ctZReG+IcoKlFa&#10;evTo6lagYDtf/uGqKqWHABovJFQZaF1KlXKgbIaDV9mstsKplAsVJ7hjmcL/cysf9iv35Bk2n6Gh&#10;BsaC1C7MA13GfBrtq7hTpIz0VMLDsWyqQSbpcjwbTKdjUknSTWaXk+FkEv1kJ3PnA35RULEo5NxT&#10;X1K5xP4+YAvtIfE1C3elMak3xrI657PxdJAMjhpybmzEqtTlzs0p9CThwaiIMfab0qwsUgbxIvFL&#10;3RjP9oKYIaRUFlPyyS+hI0pTEG8x7PCnqN5i3ObRvwwWj8ZVacGn7F+FXfzoQ9Ytnmp+lncUsVk3&#10;lHjOR31n11AcqOEe2lkITt6V1JR7EfBJeCI/NZIGGh9p0Qao+NBJnG3B//rbfcQTJ0nLWU3DlPPw&#10;cye84sx8tcTWT8SIOH3pMJl+HNHBn2vW5xq7q26AujKkr8PJJEY8ml7UHqoXmvtlfJVUwkp6O+fY&#10;izfYjjj9G1ItlwlE8+YE3tuVk9F1bFKk3HPzIrzreIlE6Qfox07MX9GzxUZLC8sdgi4Td2Od26p2&#10;9adZTezv/pX4GZyfE+r0+y1+AwAA//8DAFBLAwQUAAYACAAAACEA3dBknOIAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm91N7EeI2ZQSKILoobUXb5vsNAnuR8xu2+ivdzzV&#10;0zDMwzvPW6wna9gZx9B7JyGZCWDoGq9710o4vG8fMmAhKqeV8Q4lfGOAdXl7U6hc+4vb4XkfW0Yh&#10;LuRKQhfjkHMemg6tCjM/oKPb0Y9WRVrHlutRXSjcGp4KseRW9Y4+dGrAqsPmc3+yEl6q7Zva1anN&#10;fkz1/HrcDF+Hj4WU93fT5glYxCleYfjTJ3Uoyan2J6cDMxIW4pFImnOxAkbAMskSYDWR6SqbAy8L&#10;/r9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3wlnhbAIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDd0GSc4gAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox style="mso-next-textbox:#Text Box 3">
                   <w:txbxContent>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="3B2DD722" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>As much as we don’t like to think about it, household appliances need to be upgraded at some point. Most warranties offer an easy solution to this problem, but it isn’t always so simple. Regular maintenance while planning for replacements can help extend the life of your appliances and prevent financial and emotional shock when they break down.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Beyond the warranty, household appliances need to be upgraded at some point, but regular maintenance helps to extend the life of your appliances.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="68A311E9" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                        <w:t>Air conditioner</w:t>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>HAVC systems</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>, also called AC units and climate control, can last up to </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                        <w:t>:</w:t>
+                          <w:color w:val="F15A22"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>20 years</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Good-quality central air conditioners can last up to </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>, with many replacement parts readily available.</w:t>
                       </w:r>
-                      <w:r>
+                    </w:p>
+                    <w:p w14:paraId="52F2FA53" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Filter cleaning or replacement improves efficiency of the evaporator coil. Clean the coil once a year.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4E7A2475" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Incorrect installation results in leaky ducts and low airflow. Consult an HVAC contractor to ensure your AC is functioning properly for cost efficient operation.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3ED58255" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C27E0C">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="F05A22"/>
-[...3 lines deleted...]
-                        <w:t>20 years</w:t>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Dishwashers</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">, with many replacement parts readily available. </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> usually last </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="F15A22"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>10 to 15 years</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>, depending on the model.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="1FF5CAF3" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="14"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Filter cleaning or replacement improves efficiency and protects the health of the evaporator coil. The coil should be cleaned once a year.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Pay attention to lime buildup and use a lime descaler once a year.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="33779E7A" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="14"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Problems may also arise from incorrect installation resulting in leaky ducts and low airflow. Consult an HVAC professional to ensure your AC is functioning properly.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Clean your dishwasher’s filter every six months.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="0F076BC4" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                        <w:t>Dishwasher</w:t>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Refrigerators</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">: Dishwashers usually last no more than </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> need to be replaced about every </w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00C27E0C">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="F05A22"/>
-[...118 lines deleted...]
-                          <w:color w:val="F05A22"/>
+                          <w:color w:val="F15A22"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>15 years</w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="F15A22"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="2ABDEF95" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="8"/>
+                          <w:numId w:val="15"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Clean dusty condenser coils twice a year to improve performance and extend the life of your refrigerator.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="539CF581" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="8"/>
+                          <w:numId w:val="15"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">Clean door gaskets to ensure a tight seal and prevent stress to the refrigerator’s motor — gasket repairs can be costly. </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Clean door gaskets to ensure a tight seal and prevent stress to the refrigerator’s motor — gasket repairs can be costly.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="47832F8D" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                        <w:t>Washer/Dryer</w:t>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Washers/Dryers</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">: At an average of one load per day, all newer model washing machines and dryers can last up to </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>averaging one load per day can last up to</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="F05A22"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="F15A22"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>14 years</w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="0EC41E53" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="10"/>
+                          <w:numId w:val="16"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Avoid overloading your washer to reduce the strain placed on its moving parts and extend its life.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Avoid overloading your washer to reduce the strain placed on its moving parts.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="14CC116C" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="10"/>
+                          <w:numId w:val="16"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Clean the lint screen on your dryer after every load to improve circulation and eliminate fire hazards — use the long nozzle on vacuum to clean lint missed by the screen.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Clean the lint screen on your dryer after every load to improve drying time. To eliminate fire hazards, use the long nozzle on vacuum to clean lint missed by the screen.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="73C529B5" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="009B9D"/>
-[...3 lines deleted...]
-                        <w:t>Water heater</w:t>
+                          <w:color w:val="009C9E"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Water heaters</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">: Depending on the type of water heater in your home (standard storage, </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>, depending on the type (standard storage, tankless, heat pump or solar) can last anywhere from </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                      <w:r>
+                      <w:r w:rsidRPr="00C27E0C">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="F05A22"/>
+                          <w:color w:val="F15A22"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>10 to 20 years</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">. </w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="6DDDFDE9" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="12"/>
+                          <w:numId w:val="17"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Water heaters are subject to rust and mineral buildup. Flushing sediment from the tank and checking the anode rods once a year will help improve efficiency and longevity. Replacing the anode rods when needed can save you hundreds of dollars.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Flush sediment from the tank and check the anode rod once a year. Replace deteriorated anode rods to avoid premature replacement and save hundreds of dollars.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="7862C8E7" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="12"/>
+                          <w:numId w:val="17"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                          <w:szCs w:val="19"/>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Experts recommend repairing rather than replacing your water heater up until 10 years of use. When problems become more complicated after that, it’s time to consider upgrading.</w:t>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Repair rather than replace your water heater up until 10 years of use. After that, problems become more complicated and it’s time to consider upgrading.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
+                    <w:p w14:paraId="00C25077" w14:textId="77777777" w:rsidR="00C27E0C" w:rsidRPr="00C27E0C" w:rsidRDefault="00C27E0C" w:rsidP="00C27E0C">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C27E0C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Your home as an investment takes real estate know-how. Whether you’re ready to upgrade or just curious about getting the most from your home, I am here to answer all your real estate questions. Give me a call today!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6BFAD95D" w14:textId="77777777" w:rsidR="00B015DB" w:rsidRDefault="00B015DB" w:rsidP="00563398">
                       <w:pPr>
                         <w:spacing w:line="216" w:lineRule="auto"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00B015DB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C128FFF" wp14:editId="3F2AE880">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A6F7B86" wp14:editId="01E2A923">
             <wp:extent cx="7772400" cy="3261360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Word-Images-Title.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="3261360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00B015DB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Adelle Basic Rg">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="002B2317"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B97AEF54"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1998,51 +1838,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D9A7D2B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="823826DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1571424B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE3E1BEE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2111,51 +2100,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="191F6C92"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F9C4827C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26F3013A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DC03F7A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2224,51 +2362,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28951232"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D468794"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2337,51 +2475,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="297B209D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E19A6900"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2450,51 +2588,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D8018EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D6AC418"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2563,51 +2701,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42D77CC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBE4F2BC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2676,51 +2814,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464C0584"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90D23CA6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2789,51 +2927,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DD35936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72B04DFC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2902,51 +3040,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55E56B61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="557038C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3015,51 +3153,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56750622"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1042F59C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3128,51 +3266,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64833BEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC5A4D3E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3241,540 +3379,1050 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73292989"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36E2D226"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="737E782B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B896EA48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7860529D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F4A07BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="103155413">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="187641120">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1028337438">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="1707680214">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1304235476">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1950240773">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="927466415">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1718776184">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2036299813">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1323043810">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1765375760">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="62803993">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="13" w16cid:durableId="2056420384">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1591234624">
+    <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="575625630">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="695303626">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1239361027">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...25 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B015DB"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
     <w:rsid w:val="00563398"/>
+    <w:rsid w:val="00817619"/>
     <w:rsid w:val="00B015DB"/>
     <w:rsid w:val="00B12938"/>
+    <w:rsid w:val="00C27E0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="34A9133C"/>
+  <w15:docId w15:val="{05CE117E-75E4-4914-AB64-6A4914C76FF2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B015DB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...239 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -3807,58 +4455,58 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B015DB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4104,68 +4752,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
-  <Characters>7</Characters>
+  <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7</CharactersWithSpaces>
+  <CharactersWithSpaces>6</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>