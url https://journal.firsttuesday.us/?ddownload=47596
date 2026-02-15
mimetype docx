--- v0 (2025-10-28)
+++ v1 (2026-02-15)
@@ -1,2043 +1,1923 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00A34315">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="49199AFC" w14:textId="6911B6E4" w:rsidR="002205E4" w:rsidRDefault="00990F22">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...268 lines deleted...]
-        </mc:AlternateContent>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C2E3B9C" wp14:editId="72173D45">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>428625</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8197215</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="933450" cy="1356360"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="10" name="Picture 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="933450" cy="1356360"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75E94ED0" wp14:editId="68828438">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5715000</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>9180195</wp:posOffset>
+              <wp:posOffset>8961120</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1614805" cy="592455"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="11" name="Picture 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1614805" cy="592455"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:drawing>
-[...53 lines deleted...]
-        </w:drawing>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710976" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="765B8711" wp14:editId="56A76425">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1600200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8077200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3228975" cy="1562100"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="12" name="Text Box 12"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3228975" cy="1562100"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5CAD7130" w14:textId="77777777" w:rsidR="00A34315" w:rsidRDefault="00A34315">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A34315">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Your Name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="04DC1DC0" w14:textId="57EEACCB" w:rsidR="00A34315" w:rsidRPr="00990F22" w:rsidRDefault="00990F22">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:hyperlink r:id="rId7" w:history="1">
+                              <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                </w:rPr>
+                                <w:t>youremail@mail.com</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Lic#</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="765B8711" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:126pt;margin-top:636pt;width:254.25pt;height:123pt;z-index:251710976;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB75gzAawIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSdoGcYosRYcB&#10;QVusHXpWZCkxJouaxMTOfv0o2Xmg26XDLjYlfnx9JDW9bSrDdsqHEmzO+xc9zpSVUJR2nfPvL/ef&#10;rjkLKGwhDFiV870K/Hb28cO0dhM1gA2YQnlGTmyY1C7nG0Q3ybIgN6oS4QKcsqTU4CuBdPTrrPCi&#10;Ju+VyQa93jirwRfOg1Qh0O1dq+Sz5F9rJfFR66CQmZxTbpi+Pn1X8ZvNpmKy9sJtStmlIf4hi0qU&#10;loIeXd0JFGzryz9cVaX0EEDjhYQqA61LqVINVE2/96aa541wKtVC5AR3pCn8P7fyYffsnjzD5jM0&#10;1MBISO3CJNBlrKfRvop/ypSRnijcH2lTDTJJl5eDwfXN1YgzSbr+aDzo9xKx2cnc+YBfFFQsCjn3&#10;1JdEl9gtA1JIgh4gMZqF+9KY1BtjWZ3z8eWolwyOGrIwNmJV6nLn5pR6knBvVMQY+01pVhapgniR&#10;5kstjGc7QZMhpFQWU/HJL6EjSlMS7zHs8Kes3mPc1nGIDBaPxlVpwafq36Rd/DikrFs8EXlWdxSx&#10;WTVdS1dQ7KnTHtolCE7el9SNpQj4JDxNPTWXNhkf6aMNEOvQSZxtwP/6233E0zCSlrOatijn4edW&#10;eMWZ+WppTG/6w2Fcu3QYjq4GdPDnmtW5xm6rBVA7+vRmOJnEiEdzELWH6pUWfh6jkkpYSbFzjgdx&#10;ge1u04Mh1XyeQLRoTuDSPjsZXcfuxFl7aV6Fd91AIs3yAxz2TUzezGWLjZYW5lsEXaahjQS3rHbE&#10;05KmWe4elPgKnJ8T6vTszX4DAAD//wMAUEsDBBQABgAIAAAAIQDN0LvV4wAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9Pa8JAEMXvBb/DMkJvdddANKTZiASkUNqD1ktvm+yYhO6fNLtq2k/f8VRv&#10;M/Meb36v2EzWsAuOofdOwnIhgKFrvO5dK+H4sXvKgIWonFbGO5TwgwE25eyhULn2V7fHyyG2jEJc&#10;yJWELsYh5zw0HVoVFn5AR9rJj1ZFWseW61FdKdwangix4lb1jj50asCqw+brcLYSXqvdu9rXic1+&#10;TfXydtoO38fPVMrH+bR9BhZxiv9muOETOpTEVPuz04EZCUmaUJdIQrK+TWRZr0QKrKZTuswE8LLg&#10;9y3KPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB75gzAawIAAD4FAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDN0LvV4wAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAMUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5CAD7130" w14:textId="77777777" w:rsidR="00A34315" w:rsidRDefault="00A34315">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A34315">
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t>Your Name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="04DC1DC0" w14:textId="57EEACCB" w:rsidR="00A34315" w:rsidRPr="00990F22" w:rsidRDefault="00990F22">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RE Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:hyperlink r:id="rId8" w:history="1">
+                        <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <w:t>youremail@mail.com</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidR="00A34315" w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Lic#</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009771FF">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C5E837B" wp14:editId="20E6BFD5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C5E837B" wp14:editId="6C1A5D53">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>333375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7781925</wp:posOffset>
+                  <wp:posOffset>7486650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6978015" cy="476250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Text Box 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6978015" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF" w:rsidP="009771FF">
+                          <w:p w14:paraId="27524937" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...23 lines deleted...]
-                              <w:t xml:space="preserve"> give me a call! </w:t>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Looking for someone to help with real estate services? Feel free to check my license, then give me a call!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
+                          <w:p w14:paraId="28B90BCA" w14:textId="77777777" w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:612.75pt;width:549.45pt;height:37.5pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPS5+ngAIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wgwaAtqqBhVp0lV&#10;Ww2mPhvHhmi2z7MNCfvrd3YSYGwvnfaSnO8+n++++3F7V2tF9sL5EkxOB70+JcJwKEqzyem31cOH&#10;G0p8YKZgCozI6UF4ejd7/+62slMxhC2oQjiCToyfVjan2xDsNMs83wrNfA+sMGiU4DQLeHSbrHCs&#10;Qu9aZcN+/yqrwBXWARfeo/a+MdJZ8i+l4OFZSi8CUTnF2EL6uvRdx282u2XTjWN2W/I2DPYPUWhW&#10;Gnz06OqeBUZ2rvzDlS65Aw8y9DjoDKQsuUg5YDaD/kU2yy2zIuWC5Hh7pMn/P7f8af/iSFnkdEKJ&#10;YRpLtBJ1IJ+gJpPITmX9FEFLi7BQoxqr3Ok9KmPStXQ6/jEdgnbk+XDkNjrjqLyaXN/0B2NKONpG&#10;11fDcSI/O922zofPAjSJQk4d1i5RyvaPPmAkCO0g8TEDD6VSqX7KkApf+Iguf7PgDWWiRqROaN3E&#10;jJrIkxQOSkSMMl+FRCZSAlGRelAslCN7ht3DOBcmpNyTX0RHlMQg3nKxxZ+iesvlJo/uZTDheFmX&#10;BlzK/iLs4nsXsmzwSORZ3lEM9bpOLTDuCruG4oD1dtDMi7f8ocSiPDIfXpjDAcES49CHZ/xIBUg+&#10;tBIlW3A//6aPeOxbtFJS4cDl1P/YMScoUV8MdvRkMBrFCU2H0fh6iAd3blmfW8xOLwCrMsD1YnkS&#10;Iz6oTpQO9Cvuhnl8FU3McHw7p6ETF6FZA7hbuJjPEwhn0rLwaJaWR9exSLHlVvUrc7bty4Ad/QTd&#10;aLLpRXs22HjTwHwXQJapdyPPDast/zjPqaXb3RMXxvk5oU4bcvYLAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVlIrN4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ2AURXiVFWk&#10;CgnBoaUXbk68TSL8E2K3DTw92xPcZndGs9+Wq9lZdsIpDsEryBYCGPo2mMF3Cvbvm7slsJi0N9oG&#10;jwq+McKqur4qdWHC2W/xtEsdoxIfC62gT2ksOI9tj07HRRjRk3cIk9OJxqnjZtJnKneW50I8cqcH&#10;Txd6PWLdY/u5OzoFL/XmTW+b3C1/bP38eliPX/sPqdTtzbx+ApZwTn9huOATOlTE1ISjN5FZBTKX&#10;lKR9nktSl0QmswdgDal7ISTwquT/v6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE9L&#10;n6eAAgAAaQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABWUis3iAAAADQEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="0C5E837B" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:589.5pt;width:549.45pt;height:37.5pt;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADgua5agIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51kSdoGcYosRYcB&#10;QVusHXpWZCkxJouaxMTOfv0o2Xms26XDLjYlfnx9JDW9aSrDdsqHEmzO+xc9zpSVUJR2nfNvz3cf&#10;rjgLKGwhDFiV870K/Gb2/t20dhM1gA2YQnlGTmyY1C7nG0Q3ybIgN6oS4QKcsqTU4CuBdPTrrPCi&#10;Ju+VyQa93jirwRfOg1Qh0O1tq+Sz5F9rJfFB66CQmZxTbpi+Pn1X8ZvNpmKy9sJtStmlIf4hi0qU&#10;loIeXd0KFGzryz9cVaX0EEDjhYQqA61LqVINVE2/96qap41wKtVC5AR3pCn8P7fyfvfkHj3D5hM0&#10;1MBISO3CJNBlrKfRvop/ypSRnijcH2lTDTJJl+Pry6tef8SZJN3wcjwYJV6zk7XzAT8rqFgUcu6p&#10;LYktsVsGpIgEPUBiMAt3pTGpNcaymiJ8JJe/acjC2HijUpM7N6fMk4R7oyLG2K9Ks7JIBcSLNF5q&#10;YTzbCRoMIaWymGpPfgkdUZqSeIthhz9l9Rbjto5DZLB4NK5KCz5V/yrt4vshZd3iicizuqOIzaqh&#10;ws8au4JiT/320K5CcPKupKYsRcBH4Wn2qcW0z/hAH22AyIdO4mwD/uff7iOeRpK0nNW0SzkPP7bC&#10;K87MF0vDet0fDuPypcNwdDmggz/XrM41dlstgLrSp5fDySRGPJqDqD1UL7T28xiVVMJKip1zPIgL&#10;bDecng2p5vMEonVzApf2ycnoOjYpjtxz8yK86+YSaaLv4bB1YvJqPFtstLQw3yLoMs1u5LllteOf&#10;VjWNdPesxLfg/JxQp8dv9gsAAP//AwBQSwMEFAAGAAgAAAAhAKulWOTjAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyok6iGksapqkgVEoJDSy/cnHibRPVPiN028PRsT3Db&#10;3RnNflOsJmvYGcfQeychnSXA0DVe966VsP/YPCyAhaicVsY7lPCNAVbl7U2hcu0vbovnXWwZhbiQ&#10;KwldjEPOeWg6tCrM/ICOtIMfrYq0ji3Xo7pQuDU8S5JHblXv6EOnBqw6bI67k5XwWm3e1bbO7OLH&#10;VC9vh/Xwtf8UUt7fTeslsIhT/DPDFZ/QoSSm2p+cDsxIEJkgJ93Tp2cqdXWkIp0Dq2nKxDwBXhb8&#10;f4vyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOC5rlqAgAARAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKulWOTjAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAxAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF" w:rsidP="009771FF">
+                    <w:p w14:paraId="27524937" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...23 lines deleted...]
-                        <w:t xml:space="preserve"> give me a call! </w:t>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Looking for someone to help with real estate services? Feel free to check my license, then give me a call!</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
+                    <w:p w14:paraId="28B90BCA" w14:textId="77777777" w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009771FF">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F86D789" wp14:editId="2307A359">
-[...893 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39C9F11A" wp14:editId="133355CE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251640320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39C9F11A" wp14:editId="4A7B30F6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>333375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4143375</wp:posOffset>
+                  <wp:posOffset>4143376</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3448050" cy="3781425"/>
+                <wp:extent cx="3448050" cy="3200400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3448050" cy="3781425"/>
+                          <a:ext cx="3448050" cy="3200400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
+                          <w:p w14:paraId="4A4B7680" w14:textId="77777777" w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:326.25pt;width:271.5pt;height:297.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUmKr+fwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51XHwvqFFmLDgOK&#10;tlg79KzIUmNMEjWJiZ39+lGynWbdLh12sSnyE8WPr/OL1hq2VSHW4Eo+PhpxppyEqnbPJf/2eP3h&#10;jLOIwlXCgFMl36nILxbv3503fq4msAZTqcDIiYvzxpd8jejnRRHlWlkRj8ArR0YNwQqkY3guqiAa&#10;8m5NMRmNTooGQuUDSBUjaa86I19k/1oriXdaR4XMlJxiw/wN+btK32JxLubPQfh1LfswxD9EYUXt&#10;6NG9qyuBgm1C/YcrW8sAETQeSbAFaF1LlTkQm/HoFZuHtfAqc6HkRL9PU/x/buXt9j6wuir5CWdO&#10;WCrRo2qRfYKWnaTsND7OCfTgCYYtqanKgz6SMpFudbDpT3QY2SnPu31ukzNJyulsdjY6JpMk2/T0&#10;bDybHCc/xct1HyJ+VmBZEkoeqHg5p2J7E7GDDpD0moPr2phcQONYQwym5P83Czk3LmlUboXeTaLU&#10;hZ4l3BmVMMZ9VZpSkRkkRW5CdWkC2wpqHyGlcpjJZ7+ETihNQbzlYo9/ieotlzsew8vgcH/Z1g5C&#10;Zv8q7Or7ELLu8JTzA95JxHbV5h6YDpVdQbWjggfoBiZ6eV1TUW5ExHsRaEKokDT1eEcfbYCSD73E&#10;2RrCz7/pE54al6ycNTRxJY8/NiIozswXRy39cTybpRHNh9nx6YQO4dCyOrS4jb0EqsqY9ouXWUx4&#10;NIOoA9gnWg7L9CqZhJP0dslxEC+x2wO0XKRaLjOIhtILvHEPXibXqUip5R7bJxF835dILX0Lw2yK&#10;+av27LDppoPlBkHXuXdTnrus9vmngc7d3y+ftDEOzxn1siIXvwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIYpstTgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNxYSkWmUppOU6UJ&#10;CcFhYxdubuO1FU1Smmwr/HoMF7j549Hrx8VqtoM40RR67zTcLhIQ5Bpvetdq2L9ubjIQIaIzOHhH&#10;Gj4pwKq8vCgwN/7stnTaxVZwiAs5auhiHHMpQ9ORxbDwIzneHfxkMXI7tdJMeOZwO8g0SZbSYu/4&#10;QocjVR0177uj1fBUbV5wW6c2+xqqx+fDevzYvymtr6/m9QOISHP8g+FHn9WhZKfaH50JYtCgUsWk&#10;huVvwYC6VzypmUzvsgRkWcj/P5TfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJSYqv5/&#10;AgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIYp&#10;stTgAAAACwEAAA8AAAAAAAAAAAAAAAAA2QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="39C9F11A" id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:326.25pt;width:271.5pt;height:252pt;z-index:251640320;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+zFhDbAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykadcFdYqsRYYB&#10;RVssHXpWZKkxJouaxMTOfn0p2U6ybJcOu9iU+Pj1SOrquqkM2yofSrA5Hw2GnCkroSjtS86/Py0+&#10;XHIWUNhCGLAq5zsV+PXs/bur2k3VGNZgCuUZObFhWrucrxHdNMuCXKtKhAE4ZUmpwVcC6ehfssKL&#10;mrxXJhsPhxdZDb5wHqQKgW5vWyWfJf9aK4kPWgeFzOSccsP09em7it9sdiWmL164dSm7NMQ/ZFGJ&#10;0lLQvatbgYJtfPmHq6qUHgJoHEioMtC6lCrVQNWMhifVLNfCqVQLkRPcnqbw/9zK++3SPXqGzWdo&#10;qIGRkNqFaaDLWE+jfRX/lCkjPVG429OmGmSSLs8mk8vhOakk6c6oK5NhIjY7mDsf8IuCikUh5576&#10;kugS27uAFJKgPSRGs7AojUm9MZbVOb84I/+/acjC2HijUpc7N4fUk4Q7oyLG2G9Ks7JIFcSLNF/q&#10;xni2FTQZQkplMRWf/BI6ojQl8RbDDn/I6i3GbR19ZLC4N65KCz5Vf5J28aNPWbd4IvKo7ihis2qo&#10;8JyP+86uoNhRwz20uxCcXJTUlDsR8FF4Gn5qJC00PtBHGyDyoZM4W4P/9bf7iKeZJC1nNS1TzsPP&#10;jfCKM/PV0rR+Gk0mcfvSYXL+cUwHf6xZHWvsproB6sqIng4nkxjxaHpRe6ieae/nMSqphJUUO+fY&#10;izfYrji9G1LN5wlE++YE3tmlk9F1bFIcuafmWXjXzSXSSN9Dv3ZiejKeLTZaWphvEHSZZjfy3LLa&#10;8U+7mka6e1fiY3B8TqjD6zd7BQAA//8DAFBLAwQUAAYACAAAACEAhcFiVd8AAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm900sKHGbEoJFEH00NqLt012mgSzszG7baO/3tGL&#10;3ubj4Z1nivXsBnHGKfSeNCwXCQikxtueWg2H1+3dCkSIhqwZPKGGTwywLq+vCpNbf6EdnvexFRxC&#10;ITcauhjHXMrQdOhMWPgRiXdHPzkTuZ1aaSdz4XA3yDRJMulMT3yhMyNWHTbv+5PT8FRtX8yuTt3q&#10;a6gen4+b8ePwprS+vZk3DyAizvEPhh99VoeSnWp/IhvEoEGlikkN2W/BgLpXPKmZXKpMgSwL+f+H&#10;8hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+zFhDbAIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFwWJV3wAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
+                    <w:p w14:paraId="4A4B7680" w14:textId="77777777" w:rsidR="009771FF" w:rsidRDefault="009771FF"/>
                   </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77125B7B" wp14:editId="73123849">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>228600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3990976</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3724275" cy="3314700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3724275" cy="3314700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx id="4">
+                        <w:txbxContent>
+                          <w:p w14:paraId="79884DB5" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Always ask questions.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>When callers offer you real estate services, immediately ask for their California real estate license number, local references and real estate experience…or ask them to stop calling.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7D1A1D4C" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Only talk to California Department of Real Estate (DRE) licensees</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Real estate brokers and agents must include their license numbers in all advertisements and solicitations. You have online access to their status and any disciplinary history at: https://www2.dre.ca.gov/publicasp/pplinfo.asp</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6DE2F93F" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Never pay in cash or wire money to anyone</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Cash and wired funds are used by scammers since the money is rarely recovered. Always pay by check to a licensed broker or institution.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3780E3D8" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Do not sign a document you do not fully understand</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Read all documents thoroughly. When you don’t understand something, ask a long-time friend or licensed professional for help.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="66B195FB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Beware of advertising</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Anyone can promote themselves using ads which are never reviewed for truthfulness or scams.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="45D3A715" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Do not sign papers to transfer your home to a third party without assistance from a licensed individual</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Scammers claiming to repair your credit or avoid creditors typically ask you to transfer title to your property to them, an immediate red flag to stop talking to them.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="63BDB5DB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Do your research</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Search online and find out as much as possible about the person or entity talking to you. Look for reviews warning the public of a scam.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7FF67B9B" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Refuse to be rushed</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>. Slow everything down when you feel pressured to “act now.” Take your own sweet time and push back against any attempt by others to set deadlines.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="10A8A001" w14:textId="2DF0DC7A" w:rsidR="009771FF" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="C00000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Stay skeptical</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">. When a deal or a </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>service sounds</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> too good to be true, it probably is. Keep your money and title safe by not jumping on a deal that sounds too easy and perfect.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="77125B7B" id="Text Box 7" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:18pt;margin-top:314.25pt;width:293.25pt;height:261pt;z-index:251649536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKOKQfbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51Xmy2oU2QpOgwo&#10;2mLp0LMiS4kxWdQkJnb260fJdhJ0u3TYxabEj6+PpK5vmsqwvfKhBJvz4cWAM2UlFKXd5Pz7892H&#10;j5wFFLYQBqzK+UEFfjN//+66djM1gi2YQnlGTmyY1S7nW0Q3y7Igt6oS4QKcsqTU4CuBdPSbrPCi&#10;Ju+VyUaDwVVWgy+cB6lCoNvbVsnnyb/WSuKj1kEhMzmn3DB9ffqu4zebX4vZxgu3LWWXhviHLCpR&#10;Wgp6dHUrULCdL/9wVZXSQwCNFxKqDLQupUo1UDXDwatqVlvhVKqFyAnuSFP4f27lw37lnjzD5jM0&#10;1MBISO3CLNBlrKfRvop/ypSRnig8HGlTDTJJl+PpaDKaXnImSTceDyfTQSI2O5k7H/CLgopFIeee&#10;+pLoEvv7gBSSoD0kRrNwVxqTemMsq3N+Nb4cJIOjhiyMjViVuty5OaWeJDwYFTHGflOalUWqIF6k&#10;+VJL49le0GQIKZXFVHzyS+iI0pTEWww7/Cmrtxi3dfSRweLRuCot+FT9q7SLH33KusUTkWd1RxGb&#10;dUOFU1/6zq6hOFDDPbS7EJy8K6kp9yLgk/A0/NRjWmh8pI82QORDJ3G2Bf/rb/cRTzNJWs5qWqac&#10;h5874RVn5qulaf00nEzi9qXD5HI6ooM/16zPNXZXLYG6MqSnw8kkRjyaXtQeqhfa+0WMSiphJcXO&#10;OfbiEtsVp3dDqsUigWjfnMB7u3Iyuo5NiiP33LwI77q5RBrpB+jXTsxejWeLjZYWFjsEXabZjTy3&#10;rHb8066mke7elfgYnJ8T6vT6zX8DAAD//wMAUEsDBBQABgAIAAAAIQCKTIbD4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BasMwDIbvg76DUWG31alHQsjilBIog7Ed2vWymxO7SZgtZ7HbZnv6&#10;aaf1JqGPX99fbmZn2cVMYfAoYb1KgBlsvR6wk3B83z3kwEJUqJX1aCR8mwCbanFXqkL7K+7N5RA7&#10;RiEYCiWhj3EsOA9tb5wKKz8apNvJT05FWqeO60ldKdxZLpIk404NSB96NZq6N+3n4ewkvNS7N7Vv&#10;hMt/bP38etqOX8ePVMr75bx9AhbNHP9h+NMndajIqfFn1IFZCY8ZVYkSMpGnwAjIhKChIXKdJinw&#10;quS3HapfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEo4pB9uAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIpMhsPiAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox style="mso-next-textbox:#Text Box 8">
+                  <w:txbxContent>
+                    <w:p w14:paraId="79884DB5" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Always ask questions.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>When callers offer you real estate services, immediately ask for their California real estate license number, local references and real estate experience…or ask them to stop calling.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7D1A1D4C" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Only talk to California Department of Real Estate (DRE) licensees</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Real estate brokers and agents must include their license numbers in all advertisements and solicitations. You have online access to their status and any disciplinary history at: https://www2.dre.ca.gov/publicasp/pplinfo.asp</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6DE2F93F" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Never pay in cash or wire money to anyone</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Cash and wired funds are used by scammers since the money is rarely recovered. Always pay by check to a licensed broker or institution.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3780E3D8" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Do not sign a document you do not fully understand</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Read all documents thoroughly. When you don’t understand something, ask a long-time friend or licensed professional for help.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="66B195FB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Beware of advertising</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Anyone can promote themselves using ads which are never reviewed for truthfulness or scams.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="45D3A715" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Do not sign papers to transfer your home to a third party without assistance from a licensed individual</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Scammers claiming to repair your credit or avoid creditors typically ask you to transfer title to your property to them, an immediate red flag to stop talking to them.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="63BDB5DB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Do your research</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Search online and find out as much as possible about the person or entity talking to you. Look for reviews warning the public of a scam.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7FF67B9B" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Refuse to be rushed</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>. Slow everything down when you feel pressured to “act now.” Take your own sweet time and push back against any attempt by others to set deadlines.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="10A8A001" w14:textId="2DF0DC7A" w:rsidR="009771FF" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="C00000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Stay skeptical</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">. When a deal or a </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>service sounds</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> too good to be true, it probably is. Keep your money and title safe by not jumping on a deal that sounds too easy and perfect.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251615744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4856E204" wp14:editId="1D065071">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>381000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>447675</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4772025" cy="1800225"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4772025" cy="1800225"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="31E696AB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Detect </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t xml:space="preserve">real estate </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>fraud and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1F6D196A" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784" w:rsidP="00354784">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4856E204" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:30pt;margin-top:35.25pt;width:375.75pt;height:141.75pt;z-index:251615744;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiDXkObQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJL0WFA&#10;0RZLh54VWUqMyaImMbGzXz9KtpOg26XDLhIlfqT4+Kjrm7Y2bKd8qMAWfHSWc6ashLKy64J/f777&#10;cMVZQGFLYcCqgu9V4Dez9++uGzdVY9iAKZVn5MSGaeMKvkF00ywLcqNqEc7AKUtKDb4WSEe/zkov&#10;GvJem2yc5xdZA750HqQKgW5vOyWfJf9aK4mPWgeFzBScYsO0+rSu4prNrsV07YXbVLIPQ/xDFLWo&#10;LD16cHUrULCtr/5wVVfSQwCNZxLqDLSupEo5UDaj/FU2y41wKuVCxQnuUKbw/9zKh93SPXmG7Wdo&#10;qYGxII0L00CXMZ9W+zruFCkjPZVwfyibapFJupxcXo7z8TlnknSjqzwf04H8ZEdz5wN+UVCzKBTc&#10;U19SucTuPmAHHSDxNQt3lTGpN8aypuAXH8/zZHDQkHNjI1alLvdujqEnCfdGRYyx35RmVZkyiBeJ&#10;X2phPNsJYoaQUllMySe/hI4oTUG8xbDHH6N6i3GXx/AyWDwY15UFn7J/FXb5YwhZd3iq+UneUcR2&#10;1VLi1KShsyso99RwD90sBCfvKmrKvQj4JDyRn3pMA42PtGgDVHzoJc424H/97T7iiZOk5ayhYSp4&#10;+LkVXnFmvlpi66fRZBKnLx0m50QXzvypZnWqsdt6AdSVEX0dTiYx4tEMovZQv9Dcz+OrpBJW0tsF&#10;x0FcYDfi9G9INZ8nEM2bE3hvl05G17FJkXLP7YvwruclEqUfYBg7MX1Fzw4bLS3Mtwi6StyNde6q&#10;2tefZjWxv/9X4mdwek6o4+83+w0AAP//AwBQSwMEFAAGAAgAAAAhAJSRH+jhAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonUJKlMapqkgVEoJDSy/cNrGbRLXXIXbbwNdj&#10;TuU2q1nNvClWkzXsrEffO5KQzAQwTY1TPbUS9h+bhwyYD0gKjSMt4Vt7WJW3NwXmyl1oq8+70LIY&#10;Qj5HCV0IQ865bzpt0c/coCl6BzdaDPEcW65GvMRwa/hciAW32FNs6HDQVaeb4+5kJbxWm3fc1nOb&#10;/Zjq5e2wHr72n6mU93fTegks6Clcn+EPP6JDGZlqdyLlmZGwEHFKkPAsUmDRz5IkilrCY/okgJcF&#10;/7+g/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiDXkObQIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCUkR/o4QAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="31E696AB" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Detect </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t xml:space="preserve">real estate </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>fraud and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1F6D196A" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784" w:rsidP="00354784">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251631104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D154504" wp14:editId="1648C5B6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>295275</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2038350</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4867275" cy="1133475"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4867275" cy="1133475"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4609E85E" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="D12229"/>
+                                <w:sz w:val="96"/>
+                                <w:szCs w:val="96"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                                <w:caps/>
+                                <w:color w:val="D12229"/>
+                                <w:sz w:val="96"/>
+                                <w:szCs w:val="96"/>
+                              </w:rPr>
+                              <w:t>scammers</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="08AF4020" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6D154504" id="Text Box 3" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:23.25pt;margin-top:160.5pt;width:383.25pt;height:89.25pt;z-index:251631104;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFvc3LawIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X513uyBOkaXoMKBo&#10;i7VDz4osJcZkUZOY2NmvLyU7D3S7dNjFpsiPn/jU7LqpDNspH0qwOe9f9DhTVkJR2nXOfzzffrri&#10;LKCwhTBgVc73KvDr+ccPs9pN1QA2YArlGZHYMK1dzjeIbpplQW5UJcIFOGXJqMFXAuno11nhRU3s&#10;lckGvd4kq8EXzoNUIZD2pjXyeeLXWkl80DooZCbnFBumr0/fVfxm85mYrr1wm1J2YYh/iKISpaVL&#10;j1Q3AgXb+vIPqqqUHgJovJBQZaB1KVXKgbLp995k87QRTqVcqDjBHcsU/h+tvN89uUfPsPkCDTUw&#10;FqR2YRpIGfNptK/inyJlZKcS7o9lUw0yScrR1eRycDnmTJKt3x8OR3Qgnuzk7nzArwoqFoWce+pL&#10;KpfY3QVsoQdIvM3CbWlM6o2xrM75ZDjuJYejhciNjViVutzRnEJPEu6NihhjvyvNyiJlEBVpvtTS&#10;eLYTNBlCSmUxJZ94CR1RmoJ4j2OHP0X1Huc2j8PNYPHoXJUWfMr+TdjFz0PIusVTzc/yjiI2q4YS&#10;z3nqSNSsoNhTwz20uxCcvC2pKXci4KPwNPzUY1pofKCPNkDFh07ibAP+99/0EU8zSVbOalqmnIdf&#10;W+EVZ+abpWn93B+N4valw2h8OaCDP7eszi12Wy2ButKnp8PJJEY8moOoPVQvtPeLeCuZhJV0d87x&#10;IC6xXXF6N6RaLBKI9s0JvLNPTkbq2KQ4cs/Ni/Cum0ukkb6Hw9qJ6ZvxbLHR08Jii6DLNLunqnb1&#10;p11N09+9K/ExOD8n1On1m78CAAD//wMAUEsDBBQABgAIAAAAIQDX0uU04gAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4UScpqdIQp6oiVUgIDi29cHPibRLVPyF228DTs5zK&#10;bUfzaXamWE9GswuOvndWQDyPgKFtnOptK+DwsX3MgPkgrZLaWRTwjR7W5f1dIXPlrnaHl31oGYVY&#10;n0sBXQhDzrlvOjTSz92AlryjG40MJMeWq1FeKdxonkTRkhvZW/rQyQGrDpvT/mwEvFbbd7mrE5P9&#10;6Orl7bgZvg6fqRAPs2nzDCzgFG4w/NWn6lBSp9qdrfJMC3hapkQKWCQxbSIgixd01OSsVinwsuD/&#10;J5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEW9zctrAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANfS5TTiAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAxQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4609E85E" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="D12229"/>
+                          <w:sz w:val="96"/>
+                          <w:szCs w:val="96"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+                          <w:caps/>
+                          <w:color w:val="D12229"/>
+                          <w:sz w:val="96"/>
+                          <w:szCs w:val="96"/>
+                        </w:rPr>
+                        <w:t>scammers</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="08AF4020" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="009771FF">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F86D789" wp14:editId="3FB8E928">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3686175</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3990976</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3593465" cy="3548180"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="Text Box 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3593465" cy="3548180"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:linkedTxbx id="4" seq="1"/>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6F86D789" id="Text Box 8" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:290.25pt;margin-top:314.25pt;width:282.95pt;height:279.4pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWHDrndwIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+xoo0NGooWJUTJOq&#10;thqd+mwcu1h1fK5tSNhf37OTAOr20mkvydn33c/vzlfXTaXJTjivwBR0eDagRBgOpTLPBf31uPwy&#10;pcQHZkqmwYiC7oWn17PPn65qm4tz2IAuhSPoxPi8tgXdhGDzLPN8Iyrmz8AKg0oJrmIBj+45Kx2r&#10;0Xuls/PB4CKrwZXWARfe4+1Nq6Sz5F9KwcO9lF4EoguKuYX0dem7jt9sdsXyZ8fsRvEuDfYPWVRM&#10;GQx6cHXDAiNbp/5wVSnuwIMMZxyqDKRUXKQasJrh4F01qw2zItWCzfH20Cb//9zyu93KPjgSmm/Q&#10;IIGxIbX1ucfLWE8jXRX/mClBPbZwf2ibaALheDmaXI7GFxNKOOpGk/F0OE2NzY7m1vnwXUBFolBQ&#10;h7ykdrHdrQ8YEqE9JEYzsFRaJ260IXVBL0aTQTI4aNBCm4gVieXOzTH1JIW9FhGjzU8hiSpTBfEi&#10;zZdYaEd2DCeDcS5MSMUnv4iOKIlJfMSwwx+z+ohxW0cfGUw4GFfKgEvVv0u7fOlTli0eG3lSdxS1&#10;Mi+ifGzWDZaP7OA2itcTntdQ7pF+B+1meMuXCim6ZT48MIergIzjeod7/EgNSAV0EiUbcL//dh/x&#10;OKGopaTG1Sqof90yJyjRPwzO7uVwPI67mA7jyddzPLhTzfpUY7bVApCjIaZueRIjPuhelA6qJ3wF&#10;5jEqqpjhGLugoRcXoV14fEW4mM8TCLfPsnBrVpZH15GyOICPzRNztpvSgAN+B/0SsvzdsLbYaGlg&#10;vg0gVZrk2PW2qx0buLlpwLtXJj4Np+eEOr6FszcAAAD//wMAUEsDBBQABgAIAAAAIQBl4cMh4wAA&#10;AA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF1ZS1SaTlOlCQnBYWMXbm7j&#10;tRVNUppsKzw96Wncfsuffn/O15Pu2ZlG11kjYbmIgJGprepMI+HwsX0QwJxHo7C3hiT8kIN1cXuT&#10;Y6bsxezovPcNCyXGZSih9X7IOHd1Sxrdwg5kwu5oR40+jGPD1YiXUK57HkdRyjV2JlxocaCypfpr&#10;f9ISXsvtO+6qWIvfvnx5O26G78NnIuX93bR5BuZp8lcYZv2gDkVwquzJKMd6CYmIkoBKSGMRwkws&#10;V+kKWDUn8fQIvMj5/y+KPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWHDrndwIAAFMF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBl4cMh4wAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00354784">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251633152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06E1D2EC" wp14:editId="1953760F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>333375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3562350</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6896100" cy="485775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6896100" cy="485775"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00354784" w:rsidRDefault="00354784" w:rsidP="009771FF">
+                          <w:p w14:paraId="3321EAE8" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Real estate scams are a reality of the market place — but you don’t have to fall victim to them. Here are some tips to help protect you from real estate fraud.</w:t>
+                            <w:r w:rsidRPr="00990F22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Real estate scams are always lurking in our marketplace. Here are a few pointers to protect yourself from real estate fraud.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00354784" w:rsidRDefault="00354784"/>
+                          <w:p w14:paraId="59A99FD7" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:280.5pt;width:543pt;height:38.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8y/bpjQIAAJEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm7VdOw8r68h1lKpS&#10;lERNqpwxCzYqMBSwd91fn4Hdtd00l1S97A7MN6+Pmbm8aowmW+GDAlvS4cmAEmE5VMquSvrj6ebT&#10;OSUhMlsxDVaUdCcCvZp9/HBZu6kYwRp0JTxBJzZMa1fSdYxuWhSBr4Vh4QScsKiU4A2LePSrovKs&#10;Ru9GF6PB4LSowVfOAxch4O11q6Sz7F9KweO9lEFEokuKucX89fm7TN9idsmmK8/cWvEuDfYPWRim&#10;LAbdu7pmkZGNV3+5Mop7CCDjCQdTgJSKi1wDVjMcvKrmcc2cyLUgOcHtaQr/zy2/2z54oqqSTiix&#10;zOATPYkmki/QkElip3ZhiqBHh7DY4DW+cn8f8DIV3Uhv0h/LIahHnnd7bpMzjpen5xenwwGqOOrG&#10;55Ozs+y+OFg7H+JXAYYkoaQe3y5Tyra3IWImCO0hKVgAraobpXU+pH4RC+3JluFL65hzRIs/UNqS&#10;GjP5PBlkxxaSeetZ2+RG5I7pwqXK2wqzFHdaJIy234VExnKhb8RmnAu7j5/RCSUx1HsMO/whq/cY&#10;t3WgRY4MNu6NjbLgc/V5xA6UVT97ymSLR8KP6k5ibJZNbpVR3wBLqHbYFx7auQqO3yh8vFsW4gPz&#10;OEj43rgc4j1+pAYkHzqJkjX432/dJzz2N2opqXEwSxp+bZgXlOhvFjv/Yjgep0nOh/HkbIQHf6xZ&#10;HmvsxiwAO2KIa8jxLCZ81L0oPZhn3CHzFBVVzHKMXdLYi4vYrgvcQVzM5xmEs+tYvLWPjifXieXU&#10;mk/NM/Ou69+InX8H/Qiz6as2brHJ0sJ8E0Gq3OOJ55bVjn+c+9z63Y5Ki+X4nFGHTTp7AQAA//8D&#10;AFBLAwQUAAYACAAAACEAByKFQOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0+EQBCE7yb+&#10;h0mbeDHuwBLYDTJsjPGReHPxEW+zTAtEpocws4D/3t6TnjrdVan+qtgtthcTjr5zpCBeRSCQamc6&#10;ahS8Vg/XWxA+aDK6d4QKftDDrjw/K3Ru3EwvOO1DIziEfK4VtCEMuZS+btFqv3IDEmtfbrQ68Do2&#10;0ox65nDby3UUZdLqjvhDqwe8a7H+3h+tgs+r5uPZL49vc5Imw/3TVG3eTaXU5cVyewMi4BL+zHDC&#10;Z3QomengjmS86BWk65SdPLOYO50McbLl00FBlmxSkGUh/3cofwEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD8y/bpjQIAAJEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAHIoVA4gAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="06E1D2EC" id="Text Box 5" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:280.5pt;width:543pt;height:38.25pt;z-index:251633152;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUgutPeAIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5vQBELEBqUgqkoI&#10;UKHi7HhtYtXrce1JdtNfz9i7eZRyoepld+z55vV5Zs4v2tqytQrRgCv58GjAmXISKuOeS/7j8frT&#10;hLOIwlXCglMl36jIL2YfP5w3fqqOYQm2UoGRExenjS/5EtFPiyLKpapFPAKvHCk1hFogHcNzUQXR&#10;kPfaFseDwUnRQKh8AKlipNurTsln2b/WSuKd1lEhsyWn3DB/Q/4u0reYnYvpcxB+aWSfhviHLGph&#10;HAXduboSKNgqmL9c1UYGiKDxSEJdgNZGqlwDVTMcvKrmYSm8yrUQOdHvaIr/z628XT/4+8Cw/QIt&#10;PWAipPFxGuky1dPqUKc/ZcpITxRudrSpFpmky5PJ2clwQCpJutFkfHo6Tm6KvbUPEb8qqFkSSh7o&#10;WTJbYn0TsYNuISlYBGuqa2NtPqRWUJc2sLWgR7SYcyTnf6CsYw1l8nk8yI4dJPPOs3XJjcrN0Ifb&#10;V5gl3FiVMNZ9V5qZKhf6RmwhpXK7+BmdUJpCvcewx++zeo9xVwdZ5MjgcGdcGwchV5+nZ09Z9XNL&#10;me7w9DYHdScR20VLhROD2wZYQLWhvgjQjUz08trQ492IiPci0IzQe9Pc4x19tAUiH3qJsyWE32/d&#10;Jzy1Lmk5a2jmSh5/rURQnNlvjpr6bDgapSHNh9H49JgO4VCzONS4VX0J1BFD2jBeZjHh0W5FHaB+&#10;ovUwT1FJJZyk2CXHrXiJ3Sag9SLVfJ5BNJZe4I178DK5Tiyn1nxsn0Twff8idf4tbKdTTF+1cYdN&#10;lg7mKwRtco8nnjtWe/5ppPOU9Osn7YzDc0btl+TsBQAA//8DAFBLAwQUAAYACAAAACEAByKFQOIA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0+EQBCE7yb+h0mbeDHuwBLYDTJsjPGReHPxEW+z&#10;TAtEpocws4D/3t6TnjrdVan+qtgtthcTjr5zpCBeRSCQamc6ahS8Vg/XWxA+aDK6d4QKftDDrjw/&#10;K3Ru3EwvOO1DIziEfK4VtCEMuZS+btFqv3IDEmtfbrQ68Do20ox65nDby3UUZdLqjvhDqwe8a7H+&#10;3h+tgs+r5uPZL49vc5Imw/3TVG3eTaXU5cVyewMi4BL+zHDCZ3QomengjmS86BWk65SdPLOYO50M&#10;cbLl00FBlmxSkGUh/3cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUgutPeAIAAGwF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAHIoVA4gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00354784" w:rsidRDefault="00354784" w:rsidP="009771FF">
+                    <w:p w14:paraId="3321EAE8" w14:textId="77777777" w:rsidR="00990F22" w:rsidRPr="00990F22" w:rsidRDefault="00990F22" w:rsidP="00990F22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Real estate scams are a reality of the market place — but you don’t have to fall victim to them. Here are some tips to help protect you from real estate fraud.</w:t>
+                      <w:r w:rsidRPr="00990F22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Real estate scams are always lurking in our marketplace. Here are a few pointers to protect yourself from real estate fraud.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00354784" w:rsidRDefault="00354784"/>
+                    <w:p w14:paraId="59A99FD7" w14:textId="77777777" w:rsidR="00354784" w:rsidRDefault="00354784"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00354784">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...305 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EF2D2D6" wp14:editId="41A017EA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-19050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="3566160"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7772400" cy="3566160"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -2045,147 +1925,148 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:-1.5pt;width:612pt;height:280.8pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBr9e3iLAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4&#10;T21nTtxGdaosaadKVVu1nfpMMI6RMDAgX5v233cBO+naapOm5YFc4HI/Dofj84tdK9CGGcuVLHF2&#10;kmLEJFUVl6sSf326GpxiZB2RFRFKshLvmcUX048fzrd6woaqUaJiBkEQaSdbXeLGOT1JEksb1hJ7&#10;ojSTsFkr0xIHU7NKKkO2EL0VyTBNx8lWmUobRZm1sLqIm3ga4tc1o+6uri1zSJQYanNhNGFc+jGZ&#10;npPJyhDdcNqVQf6hipZwCUkPoRbEEbQ2/E2ollOjrKrdCVVtouqaUxZ6gG6y9FU3jw3RLPQC4Fh9&#10;gMn+v7D0dnNvEK/g7jCSpIUregDQiFwJhjIPz1bbCXg96nvTzSyYvtddbVr/D12gXYB0f4CU7Ryi&#10;sFgUxTBPAXkKe59G43E2DqAnx+PaWPeFqRZ5o8QG0gcoyebGOkgJrr2Lz7YUXF9xIVClAV6IbJR7&#10;5q4JYPk2eqcOLrjsv5MqXsRC0XXLpIvMMkwQB7S2DdcW0kxYu2QAlLmuYhLoESr06Xy34bZ/DE9n&#10;aXo2/DyYj9L5IE+Ly8HsLC8GRXpZ5Gl+ms2z+U9fYpZP1pbdKErEQvOeeln+ptp3GdM9gkiaQD60&#10;IYHiETAoKADXlwgYetx8rdZQf8PgB7YzzNHGmzVA2q2D82GjO+gB915C+lEqP4+Z/EriORJZESy3&#10;Fyx6P7AayAU8GIZrCc+azYWJ1RJKAe0Ipm1IxeLyKIWfp54vxAuBPxFmQkLAY7Vd7C5A7/l77Bgm&#10;dheOsqAKh8LSPxUWDx9OhMxKusPhlktl3gsgoKsuc/TvQYrQeJSWqtrD0wP2BhZbTa84PIAbYt09&#10;MSBCQG0QVncHQy3UtsSqszBqlPn+3rr3BwLBLkZbELUS229rYhhG4lqCapxlee5VMEzyUTH0z+fl&#10;zvLljly3cwWkAmWA6oLp/Z3ozdqo9hn0d+azwhaRFHKXmDrTT+Yuii0oOGWzWXAD5dPE3chHTfv3&#10;6h/40+6ZGN2pgAPm3qpeAMnklRhE38jF2dqpmgelOOLa4Q2qGYjTKbyX5Zfz4HX8Dk1/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOE&#10;j0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB&#10;17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSP&#10;pZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HX&#10;RLYgh16+PDbcAQAA//8DAFBLAwQUAAYACAAAACEAEE73sOAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT2vCQBDF74LfYZlCb7pJSkTSbKQIpVIoqBXB25qd/KHZ2TS7avrtO57a0zDzHm9+L1+N&#10;thNXHHzrSEE8j0Aglc60VCs4fL7OliB80GR05wgV/KCHVTGd5Doz7kY7vO5DLTiEfKYVNCH0mZS+&#10;bNBqP3c9EmuVG6wOvA61NIO+cbjtZBJFC2l1S/yh0T2uGyy/9her4MPLdzLV92ljDi7e+er4ttla&#10;pR4fxpdnEAHH8GeGOz6jQ8FMZ3ch40WnYBan7OT5xJXuepIkfDkrSNPlAmSRy/8Vil8AAAD//wMA&#10;UEsDBAoAAAAAAAAAIQCgf6k2h+UAAIflAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoa&#10;CgAAAA1JSERSAAACZAAAARkIAgAAALYnrmkAAAAZdEVYdFNvZnR3YXJlAEFkb2JlIEltYWdlUmVh&#10;ZHlxyWU8AAADJmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPD94cGFja2V0IGJlZ2luPSLvu78i&#10;IGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9i&#10;ZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMwNjcgNzkuMTU3NzQ3LCAy&#10;MDE1LzAzLzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93&#10;d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJk&#10;ZjphYm91dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5z&#10;OnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdFJlZj0iaHR0&#10;cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlUmVmIyIgeG1wOkNyZWF0b3JU&#10;b29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcE1NOkluc3RhbmNlSUQ9&#10;InhtcC5paWQ6M0E1OEY5MUIyMDNBMTFFNUE0REQ5MzhFMDExQjFDMzUiIHhtcE1NOkRvY3VtZW50&#10;SUQ9InhtcC5kaWQ6M0E1OEY5MUMyMDNBMTFFNUE0REQ5MzhFMDExQjFDMzUiPiA8eG1wTU06RGVy&#10;aXZlZEZyb20gc3RSZWY6aW5zdGFuY2VJRD0ieG1wLmlpZDozQTU4RjkxOTIwM0ExMUU1QTRERDkz&#10;OEUwMTFCMUMzNSIgc3RSZWY6ZG9jdW1lbnRJRD0ieG1wLmRpZDozQTU4RjkxQTIwM0ExMUU1QTRE&#10;RDkzOEUwMTFCMUMzNSIvPiA8L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0&#10;YT4gPD94cGFja2V0IGVuZD0iciI/Pl+5eD0AAOH3SURBVHja7L0HoCRXdSZ8Q1V1fGHem6wwEiCE&#10;JEAEsZbA2GsM2AbbYMwSfoINi42xDbb51waHxRhjwAHYxeuEwYDBAoNNZsFIRAkhLBRnRtKMcpg8&#10;83KHqrph77mpbnW/JxRGIObdo6eZ9/pVd1dX99zvfuec7ztYSolixIgRox5CosXDB4aLi0SKiS1b&#10;2tOz8ZoIKXa97x+OXHHJ/j1Xz5526tSWk+8cos9etevo8nIpUSlEXrCS84QmjJXDougXJcEkpbQ/&#10;zJOEUIIoTQnBeVFmWZLRdFjkrSxb6PUwIjQhk83mUr/fbmQSkUE+JETdmCHJG0lalEXORJrQYcEQ&#10;ks00UUt3mlKMcFmqJ0fqGzhDIRoJFRgTIbNG0k6TDZ3WxiLfxshguTxtetNpjzrjef/2EURIfDfv&#10;ayTxEsSIEWM89u28Zv7aa7qz24bLiwfYt08+/8kbH/YogTDB6/qyMM4UECo0SrMukbybZbMT7UGR&#10;DwSSJRvKMk0ShVgKKdXBBGNKsPoRE9RqNBRqDosSLiFGnAuGRDNrLg/7TAiqjlTop0AOUy5EPy9a&#10;jVQhYJZlS0tLCUmSJCVUFCVDUjQbGWNc3VQwTjH8jnEO91bPSEiaqjuiIi8SShpp0qR0Ns0aCOei&#10;ZGVeqkfAOH6870fE/UWMGDF8cP/d4p7dWFJJU9ycoLmcu+KKkrN1jpRC0W2FO0miAE+hEhe0lTY2&#10;Tk9nqSKKwCYV81NgpjikglQpUStLsWKBjawJ3wB2YiyLolT3lgKp66kQllJFOFFHYWmWKSwkFJdC&#10;qj8VPVVoJ3ipnlYhqOKsjSRTEEsVKZRCAaoK9SzqD/WgCSYUoWaaqadQCFoUhSKdSEqFz82UNtRd&#10;FPGUEvikegsjWEZmGSNGjPsJAxKJojh4/bX54pJapad27BDLPZHjcmFZrd1IosHRY8OlhXRm07rm&#10;FphkrSRtN9JGOugNk6yFqNy2cdOu2+9ECr8405iF1HcpTQRG6s80SaUUim6WZalwrtNqLaz0FcY1&#10;Elpy3h8OFCgqWqnQjNJkcXmFEAwo21BILLMES0SaWUNKJiRXpFZhZCNNhVTMVsGfTAA4JSsApBWh&#10;BLKKpHqsNMnUbxWt7LZbE0lCBmIwHOAEZUmKmg2Fr0SfZ4zILGPEiHGfOdP+y752+MqrcUF6d+6/&#10;7dOf4HP7ynxQKJ5S5kLRFYny5aX1vlwSnExuoM2piZlNiytHB4oJlorw0XYjo4QqGGs0GoninVJk&#10;KhRMKmzL0nazqZASSGmmmB/hih5KrrioOkxRRKqpp5QyL1miWCYlaar+UIcpgEQFKxVxBBpLaVEW&#10;6tFKDrnwlCpuCqxU3VGjLYLnBeIKaIo0YW2q80lopmiuwD24b0Kazc62zbFPJYJljBgx7mesHD7Y&#10;u/mWFGdCYplkCKXlwnzCF4r5m9PevkStv1lSLM6te/4tOrObKU2zVnewvLzv6OGFQY9g2u10AN40&#10;+xOcF2WpYLWRZYqSc8YwQgrPOs1mQtK8LJEikRirA9MsJeo3qcJURSIpEmxqotNM6ESrlSnoo1Rt&#10;VeDhdNJV0VMFmWpTk6UAjgpwIUurHwq4pgrgrwpmqYJV9RvAdQWO6mgh5wcrCh4zxTcbjQ2PegSO&#10;3T0RLGPEiHH/YtDvy7RVclkO8nLIadrM1XLcnWi3mrTZxgKWisU7by2LfHnuWD4YrNsFs3PSKZyq&#10;LQVJ0uTgvttuufmmJMEbOq00wUhwLEQKRUiq0U1Qne0EXNRNPf1hf1iU6hdZmrIyz2jCkRgOBjRN&#10;GJJZmlGE1Y2Sw52hRUhiiiAtO8hzjXYZ9P9gBBVIBO086m8Fi0WRN7KGIqzqFoXQCP5sdJuNdqsx&#10;2er0VvqDIleUttFIk9npU55ygWK38QN/PyLWLGPEiIG6UxsOigJLUuaFHPQUOxoWOVJsR0rCcik5&#10;LcqF226/+dOfJBwVstz8hMdvOvMx663fR73emVNOzU49ZfHAnYr0ZZgPFg+JIt80PXNgYU5TSdxI&#10;EoVtCRQpmQJICcEVU9TsUIVCUJzotCrWoCXUXdJsaaWv6CTnRAACIgWX6tftRqbIZcmFuqXdbA2G&#10;Q8VBC85aCmwh6apgmKeAxxIoLOcKOBuNRlEUzRSIqXrYTqOxb/HYVIonGklnsrnhUTtOffRj46c9&#10;MssYMWLc7xASFtgC9w4kYglzlpe9sj9flr1iuMJWlhAbLt+xl80dwq0uyuXhr120tP/29XmlTjn/&#10;AkbSVquxYbJ98pYZVAyazVZGszZwN0Ixmex0FZwpIqhgDEmQhSQJSaEgiSUSmaae7UYTaodSJpQw&#10;KGPyVrMpEKcJKTn0una7HcUIFSFVcDjZapWluplJIJQKMSXGuCjLlCbqG/Uj4wxqlgieMFHcFMlG&#10;lrRbzbQUk1xs6WadyayxZfac5/1CbIWNzDJGjBj3P4aDvlpF6eQUIUSINl9aVPtoCeq9gpAkbbdZ&#10;nrOiHBxdkM2euj0R5OgNu6e371iHi+/WR52z/ckXHLlsIPK+5EUhWFMBHVUEEUuc9nM20FYDHHOo&#10;TTKWNBpYd+IMhssK2UgKzTtJ0qCFzGii+OiwKFqNTCFmq9HMixJ0mRitDIaNNNU3QmZV8UWFtoJz&#10;pN4gCXpKgon6ERMC2hNoWJaNZkO9GQqV21mSYtTJGqg3f9JMZ7LT7kzNnvG0Zz7iSU+JH/UIljFi&#10;xLivXBL+JBj6VspBX3FHmRCBqFSLNeIowcnEBsUjiURUrdlqveZseWmR8rxR5jLJlu+6iwmhVvB1&#10;t2gm6eNf+LJrsDx4+aWEDWQ5VBeh3Wp3Brkc5sMCFI0Fg1YfhWOYQ3tOM8sGw6HCtywBLqiIpnbe&#10;YRNqF8KZAjpNMWlRMgWW6ikoTUTJFAfNhVC/6ue5MSJQ1LUACQrl0DpLjAGC4prg9UOIbnOVFFN4&#10;ojTZ2O2iYwdmZ2ZbrYktT3ji+b/0KkSjYiSCZYwYMe5jKD6ydOzIYHm5PTWNWY6Hy0jkQnGSskTD&#10;Aqx6Wh3U7MACrJZstXjzApdH6cIdyYZtRT4YHlvKF+eTmY3r8NI1mq0nvuRV8//1GXdf/o3vfO2i&#10;NkJT3Yljvd6wZFinXhmHLUiWZArMBvlQXcMUkwECHx+FeViSPC8hN5slfMCbWvsxLEvYl+i2WizF&#10;TLe73FuBllcMlc5M9742FQZSMgC3vFRIzBlkX31itmSs0WgIRV6R6HQaOMXZjpM2bNp65o8+49yf&#10;+8VmsxU/8xEsY8SIcV9ppTh8/c4DV17ZnJy5+8hBzOcTre0DViKBWdJGU6ZNCiSIIs4kTtOsMbN9&#10;R9qZkKJAZZ4IfvS2PZ11CZawdFK66dTTpk865dtXXVkkdHbTpgMLC71B3lAss9lcGgwkZ5gmKSEC&#10;k2baKLhihKDaSBMyyAt1eRtZAxLaFKfN1jDPAeTU1ZaCJg1FS4dFDvLKJCmLcrLTYaxsNVp5MUQI&#10;dzL1JLQ/HKQpOB5IZPuIQGbJFZ0l3Vbr5C1b53uD857yYy967RvAlDa2pxyHzWWMGDHWYUg5v3s3&#10;EpRJxPKSHT5CWt2kO0s6U6gzwTFO0oyADQ0VCAtI8SEgOZ2uQllRqJWdqb9WoMdHrOf1k4LVeXPQ&#10;701v3DjR7WQpSQk0ssIXpc1G2siSRkKyBLpkWxmIQxSSqdtTBWnNpuRCcURgk1htRmhKcbPR0C6v&#10;wCabTXVXKEkKDn4F/UEPzIAoAdtY/Vt1N0qNXx42obY7jUxBdLZhcnp+YeGUMx+TwHaHkNjWE8Ey&#10;RowY9wMpy+EgHwwZR8VKwQcDSLc22rjVwq2OaHRKqUgRVUuwNIJBIZDpwxTgS8qRhIKnFMOFhXW+&#10;hpSMd6en+71lBZkbp6ebSaZgKy9yqERqRwLAtmZToR3FpN1ugw5SyERBo+bsilY2COUKMpO0lWY6&#10;yQqbkmaWdZotzMFmVh2poC7BqKOANKFN6A/i6k1BGiHBfgCGk0DBUmglSZbQ7bOznPES0bMf98T4&#10;YY9gGSNGjPsbGC8cPAz9lGrl7q8oWiMEFzRBaQYe3oSWRZ5NTgNSlgUvQWepcLNkAqtFudWmExNq&#10;OVeHKXq5zi+kulinnfVohYUK8DbMTKUpnp5oMwYeeOBOkGDGSg2KRF1SqExKThPwdFUwqUBuZnJS&#10;wVuTUABCBZUkwQJ3Wi115Yf9fgq1TKldCCToThBSTFOXJ+FH8FNXbxtsXXgzIe1UvSe028omu93Z&#10;DTMrw8HmzZtnt26NH/YIljFixLi/IcTg6BGFma1uu9mUKREoTaXpjwXOIng5zCZmZJnz3jJbWeG9&#10;PtKmNWqdpu2uSFLUaKJGazg3Vwx76/lCJgnddPIOtcEY5P2pyZmTt22fnZrqthVitTvNJnj3JLTb&#10;bHSbzWaKTTZVbTyaYBibNRtZyVgBHBRsY5H6LcFNBbPgwI6nJro6PUvUIYqEInCzw9qxAOmuH8h/&#10;N8HYDiuMVHRT3auVJu0sPWnz7NRkV0HxaQ97GMKx/fX4vdfxEsSIsd6CI9Q7tB+JEnPosRTqvyyD&#10;sRlq4aZqdS51DpaIQY9wsIdhGCeCZa02LNwYBhXLZosUQzm/Mlxeypqd9XwxH37O47ad/oje3Pzs&#10;Sadu27yJlWy20x4InCsqXpatdlvxeIrkhm5noddXAFnkw25nQjFRdf0zIkmK84IXwwHFolCXl6YI&#10;MXD3oVgyPMyHjTRJKVEcsoGxoGBBoIAwUxucRKpHznQ3rDaDTbqdptr7THUmskajOzn7uAt+jBij&#10;whgRLGPEiHF/Qor+kX1q8ZWlkHleDpaz1pTik/BFEJEiaTbEcJgxdYNa1JGgksEoKZD3SU1MoYSp&#10;+CUl/YW5yU3b1vO1VOzv7Cc95eKPffjU0x4+2Z3cOlPsm5qaXxlwxrqNjIDDuSCUTrRbILhsZI1O&#10;a8DBVkC9C3AByzIlBGQ5MEoE2CdJqNq+wIhpIbKENMBjHdEUTPKyFEaLMBhXIksu1I8mx9tttQA4&#10;03Tj7KzCy0aabjt9+4/8xNMiUkawjBEjxv2P/uIi7y3INBGNDmN9PlySdFayAiYJN1Le7yOawCpL&#10;oJGEUpidyIksJYehxWWhe30klNIQHS4cW+cXU0h05uOe+B8f+7Ci4GnWnJye2r51a37X3QymWiKg&#10;6YreCZHgrNvpIp4r2kego4cIVuYSQ/Y7VRczBanlUOEqYGEroTDBEstO1ix5maW03Ui0PESquw/z&#10;XL0dzSydaDU6TdpqtiYnJ7ngCW11JiY77bZ6uA1btjeisDKCZYwYMR5IFDmY9ZBGU1HGUq3OWEhW&#10;osFAsUUxHDCegx4QxiYSxDjcqF0JBEYJScTiMuCk+kYUFOOlQweAaK7jqU8E0tIJSpLBYKVDoKvn&#10;jNMfJhm7+8hhtetQl9KQv1aWybxgoCqRrVaTUJyRbJiXE5ni8jgvYOSlgF4q1EB6gJdCV3UIwZsm&#10;p9T3pts1SxJF7VuJzJpZB5SaWbfb7bQ7QCthaiZTd4cGraSx45FnxgnPESxjxIjxwEIi0poUWRNl&#10;KYYxiE1UlnyQQ5NmJwNtO+MobSGuGGZSgjF3kTTA2UcMCylkkiVcDKVgRKJ8YVEguc6Tfa1O+2Fn&#10;PyZfWux02jBOstE84/SHb+i2b99/oJ8Pi6KkBGXQt5OxRCRJliKekVRB3XSnXShqPxg2CRnQopUC&#10;4IHpK2MN9dYg0my3QKOZNnhZKuyb7HaKouCUtrJUIAoJ1ywT4PtDFb7C2BOhniRrdDqPOvfx8WMe&#10;wTJGjBgPjFkOelhBYNrABAvBuJaskyTlCv84Y0XJREnb05iqZVgQXqJGE0ZAsQKXXOSFEA0omhFQ&#10;zhfLi3GQBaHp6Wc95pYrLgNbc7XTQKLVapxy6smbZmdvuOXm/qA/LPIsS9SNXIGewC2aJgTNTnSz&#10;BnjGbpyYgA2MZIKzlKZFv5Qg5KGNToPAeEuwVVJHNrJmwUuu9ZRCPYt6c9R2B0m1oUmzJqRtFWyq&#10;t0+wqdlZBdnxcx7BMkaMGA8oykHfNO4ISP2VMCFKrfKg6OM4a8qCwcjFpMFh4jAkANWReX+uHAxR&#10;IyWNtlqtsQJSsAhnvN+DRpV1P0/44WedfXDvHsIHHKvNA4dhXCTpTE+eo26/+w6FiBkhzWZ7WPSZ&#10;gjtWthvZzPQkzPSamqAw25ImrTZhQm1Z2AD8IhQEIiKw7ovN1LYGU5RijniR51jhpdrlSFrAG4Hh&#10;/ePgFpGoZ1X0E5Ok2Ywf8giWMWLEeKAxXF6m0gwdQaLMwaqHZKTRwqQrWw2y0lPkEaepWqcxcBjE&#10;8j4bFmqhVhyKQ90NmlMQwSRNev0Vrpb4bL1f0k3bTjr9nHOO7LwKRk4C9IEDgYKtdCJt7tiBgPax&#10;dmcCWDgryzLvtLvNVqsYDBo0k4rbZymGESW8HBY4bcg2B+uBRoIHfXCBUN9DozIWrWazKBXFBwop&#10;cCb4QGGnEIp1EkUpuT4owZ32RPyQR7CMESPGA4184YhcWdTDESVfPqpWaJI2BM1ISqHTlVLEc8jO&#10;UiIR2I3KohwO+jRrKnRMseQlQKk6TLveoXxpId24OV7VLSfvOHL9tYoIAslLwUJAQLOr7E5vQJIT&#10;qX5DEVG7EoK0Wau6uI2pFgZaD86waAAm6bgFpBTBoC6MWg3Uakqm1ScYti6K5SuGiQWRJBFSylLC&#10;8ygmq20NACwliGhjRLCMESPGcQjR6/HlxUQt5FRQGCbMubZ6AWwUQIxgBqPT6ClKBOlZwWmzKZtt&#10;QhIAVJDUF4TlUpKlucPdCJYItScmtPo05XoICEzbUqgIGId5WSZJosAz1QlX+I2QxqBHwGgRmOeM&#10;GpnkMoUuZMzVm6KovHo7wKld20AgEPAIUPQkkpYKQak6GpAZYRBiwhMyBPb26v0jUV0ZwTJGjBgP&#10;PCTBIs0YgSHDqNEUi1wSLaZkTK3gvMixnspYKiRUZIUx9aVCQYAioAoOMNQ7OSYJ50PQlLBIZiCg&#10;bguskGjHgEJPn6QY2qBAWwJfijQmeskF73NFE6GrR8/PAvdXYOpYguWOVrASTMEFFmnvOwFzuICN&#10;cjAkSGkiFLFU30KeN8tZaWZ0pQlV76PEKQYboBgRLGPEiPEAwVIBHm0kza5ajMVwkHSnFN1Ri3Ga&#10;JoKXOtOXoLKUkFCUAJtAOKWELhKw/wZ+VGKOoEhmrGT1g8p13hbbbHeho7gY0iSDsc4peM8rqFMs&#10;XZHKJKFcQaP6grSpAOhTV5IAHArBSZJAxlZ9Q6jimogy2cCkkSI4Guk/QdwK1rAKOClYLymUJYkC&#10;VwIDp5OEFyU8IHRdlUyI+CGPYBkjRowHGiVwRnCEwUmSTm4owXlAO6jrIqXCyCRpCSYyAkszxsI4&#10;rWWdNpAkgE9OOFdrPIa5wwpK0f4bdq4sLex49OPS9sS6HZ2YNlsAV3rfoHgfRU0Eba4kIYIkGcOS&#10;6K0GSeF2qEGmcLnVFQZLPAgOcKneBZKgdhv1BzCCy2ZU4Z4wGS2BorIuJ8NGhhKFxJJmmULlVD0X&#10;JepHIuMHPIJljBgxjkOo5ThttGHMFmk2SH9Frc6wiidUYSEYxUiUtZoK8qgeQwyTLWjW7nQTGG0B&#10;qKoWcWm5JGQYd//7hfn80uTUzPJtt5/7/BeTZP2uKjRJGYIqJUAaF2lKGeeAeVlGJjfR7obmzLbG&#10;xLS6nJSCvx3QRABIBk1TRQGXDuAW3gZeMNGfl3lPEUVc5kYZAiodmFNS8LIgK/MiVw/NUmgA4jDg&#10;UmrPHkLjqOcIljFixDgOASBIFQimwCO5MPCmFmWawSorGcM0Ac0f40KUJAMvtyRNMVd8SBJNfnRH&#10;iRSKfkqxdODuZmcjxq2V2+9mkNRdp7oFwD0MGw+WlwnMnCSivSHtTDU2n9KcmE0aHXXNYUQlXHmT&#10;WlVvBNWrsHojmrLp9h9Qy0RJE4vOtNQDuPUmBmnOCsComL26+C3OYArpcJn1FvuLx8rleXXx0cqi&#10;BIfZWEWOYBkjRozjAJYK5KRaUDGHVTVpTkD9S0iASlZQpMhQmoghoSkCnaVAlLY67UHRUwu24EyC&#10;Hyos3TghWZb2GE+TjAmMh8X8vru3nXnWur2wrVZnpTeXtjsTpzyqtek02uqa3h51wVK1I4F5lFCs&#10;FFL/YTKmTvCqw0yslJD71m3J+s3C2m7dZLyJ/hPr1iAC7UDtjDQ2dDecqjcvap+T50tHG+1Wv99v&#10;ttqRYh7HiC3GMWKsPw7EmS6GCd29KWirQWENh85NBY3tjdsSohlk3qeQ2lNISrNOJ2um6ka1ilMu&#10;EfjI8ERBZZZCuxAuBRGs1dy3Z+96vrBgR9CennnMj3dOfQxpT2KS6IuXJDC6xfweu/2KLhLLqhNH&#10;p8DhL3V1bRFTk3f4UQK06i+oa3LotQKKaW4yeCul0Y/QtLOpz5vXXnXjkUOH40c9gmWMGDHuZ7CC&#10;oaIgUOViiJe8KJIkxbrNBCgPtMUmRN2o4C8vQYlgFglCmtObJC9hHAkv1MJMdB9nmmbZRFdRnYkJ&#10;msmlYzde019eXJ9pQCCLWXP6UefT7iYwqYP/wEhAXUBtKEC1rwDW5HGVblVQiRgGCccY1Yj9IgZJ&#10;pWke0k4HPkfg8rPSwi28ryD7YfKmvbcfOXw0fuAjWMaIEeP+xPL8nAAPHsVQyrLfU+SQIgIzK9Ua&#10;y0DGp7gQKYt8ZSCGJe8XWM97BiZKslQdqe7KGAyRAl/ShAuZtlrqjmmj3elMthG/4z8vXadXVuLZ&#10;Mx6LG12iARGaV63yA+tAYKiLzDfQVmx+o30LkP3es07DQPUvsG6FhQ4su23BmpJqjPRMtdYBK80T&#10;qv3PwQNHEIoykuMTsWYZI8a6CnHk9tsxZwoqRVkIKZNOB6zXWKnwjxOhGY1AK8MGTbjkNEtALNhK&#10;wUVN6O215GgI3FQhJQBsWTDGkiKnRCZZCyd08cbr75jdcvrjzlt3lxbjZrszKPqKDPaZuPHGvYf2&#10;H1hemh8O+gtLCxOT0zPTMxs2bDrl9JNPO+3UbotoBijU9ebI1xaJNBlYk5LVtFLdKExbj3TsEjkI&#10;1mlcuA26lPXBAKjc3REtLvYYl0mcaxnBMkaMGPcNKqVcOXyQKLAs8pIVSaulLdWwAktZlhwJ3Gxi&#10;BoVJPlyBo9OENDM9ViRBgot+jgc5lZjDGi/yEh5EfzsEdxrQzdMBy++85OL21NSm085YZw0motcf&#10;fO6LX/n2pV+75eY9KyuLHNpVBTbtrQYMcUIoybJWZ0Kh58Ztmzdv2bxlZnZmcnJ6anrD5k2bZzdt&#10;nJnZoB1foRYJ7a9caJGJaYnV/yNs5CWOhcJl16NgdJ4XNJgC9j0cl4zPHZ3bvGVT/ORHsIwRI8Z9&#10;iOHyysqRg3i5J/IeaTRQwUmXgMUaA/gDtzXOpa5TUhBCAI8U0PgDDgbaNR3WaXUI50xnZwXStj5c&#10;Lc6ICplIMJApy5WVu79zqQLLdXJVOSv27z/8gfd/6LOf/+LhIwdKdW2s3kOGWVL1PUMcM5zng6Xl&#10;uYP779x7vSCYGoKIrY8sbbU701NTnW53ojPRnZjcuHnzpk1b1U/d7uS2k7ftOOXkLFHXWZoKp84D&#10;WHYJdwfXPLXbKTSEYrX5WZhfjmAZwTJGjBj3LXrLy4QXUjIYgSgEtPPQFISVillKmIYIhTEhqKRI&#10;j4gCv9FmU6GmLLlkQmEqLwqFj6zMRUZxRrXpDxTRFD5QIdQjSQETFhePHNYgfIJ3RTAwPxKf+9SX&#10;/vwv333w8L6yKKBbVXBD+4S0hNJApi0euvqibuFRwAa7DkBJYYSauFwcLC0edZVHc6BWcELpEt4O&#10;BaIqNm3cunWr4qVbZme3bDtp+5atWyY7Xe2dB4lcI4VVb+axuUX9zLE9JYJljBgx7nWsLC4AFyQk&#10;abYEpbSZwUoOiyuMecJZA3o6i6FstRQGcixoo8GMaY9RBtJUNJrDpUWooGGsoIIDJSWFwk7OKWGc&#10;DYb5IFeAOhyc8Au0Ajci+Uc/8sl3vPOdCwsLepS2BjyQfwQtN9L/gA1CIul1IhZHpbZKh2yrxlLi&#10;7sdd5VL/Sr1FJWb5YGX+8GFy2y03SH0kMH/ovM1mN2/csnHrlq3bzzrrnEec8YiNszPqYXv9vLcy&#10;7HTb8cMfwTJGjBj3NhSJBEE8pZD9azRkmgKDVCt0owVTufTARVA9pIkgBe12SavDEYEWHppCLQym&#10;eElOsKJQiCo0RXAvjMuyAEaKqPqhyPP+YLBlasMJTWhECelq+YXPfekd73qXQkq1TQA6hzXsSYt1&#10;QYOr6V1133myKZ27rrEf8I+uL7TRkthSpe6iVfBJADKhIVZnX+EtgJ84WOIdvGvlwF23K4568X98&#10;VmK6ZdvWHafseNgjznrY6dtObZ4EOhZE1rnZfQTLGDFi3Ksoh31wLiWpkJCDlUmisJOrm5JUCo7S&#10;BKSWzRboHrIBbjQF1v7dBBtQVESnt7DUG66k7XbSaCQKN7NEYMgkSnWMlgeCNxBGM6c/HCxqTtCV&#10;WV2MvNd/xzv+1yc/85nl5QUGBVzvI4B89w0KKaXHTAuPnnbWdzN6Lhc4JTkH3oqdaoLJHXTKEHGR&#10;VVlKPXFanSDBbP9dtx/Yd8fll1/ytYs/+3PPetZvvPY1M5tmU5gUFlOy9yfiVYsRYx1FAbMsCE5T&#10;kaWAlLDgErUuq8VVUmq7QgjMUCRT07LZEJSAtbeCQIQVJPSL4dLKMm01Wxs3Zp1u1uokzabUZBRm&#10;kCiKyVnBypwV7clpt5afSBgJkz3zPP/61y596Uv/+0c+euHy0gJnwprnBFYBwZ3w2DfWW8Dehseu&#10;k8c+5whr0Ta4R6UiMQ/lnt7eFarIQrszgRvQwYMH3//BDz7tJ3/qne94d6+3wnkR/yFEZhkjRox7&#10;CjbsQTY11dtkBZBMsUnT56rgUFJCZVlA/yuWkiYw+wISf0QAc6Jc4qIY0m6js3lr0mrqWqfgeS8F&#10;bio4LzGljJd9hZVcbH/Uo52I/kQCS3n33fve+id/8c3LvpUPe0zhJBQVsbDzIyXyAkmbWcV10ihH&#10;SGSFqHDFZYCVtW9wBaF4rUeogNLjNXZUVus05+bm/vrv/v7rl3zr//z1ux555sMiU4pgGSNGjDXW&#10;eonKfg8Kllb8Dr0h0CSiuCNk/yBBK2CcohaxE6yN0wAK1NJbsGFRMI7ZxNat6USX6kElCiKZKHCa&#10;kCSFlCuRJRJFydrTsxNT0yfSleOc37z3tg998F/+4+KLjhw9ystSSA5bDKL9dDQ8iZAHBpBnrq0H&#10;NmePvjpSolFOClVLc39b2Bx7kBF1in12+E543irt3K9y585rXvbyX/7j//k/f/pnfpLQuP5HsIwR&#10;I8ZY5L0VBXnW6jVNOGNCd4eotZhzhpsZhtlRuksFyCICUzz4pQJTinnJVuYEkUmrRZIkyVJwxysl&#10;1nO+kkYTvPAwVhy0ZGLrtu0nEJvky8u9v3zb//74Jz/e6y0zVuiBzVwE9UmDidoAlnirdBxAZoiF&#10;I6jpbqnTSMcOsRsxIuucM2Sh4dAScxejRZFV1dPoWPSoEonuvOOO//93fzfL3v30Z/5k/EcRwTJG&#10;jBijAboRbTdKEgLWpGA3AClEyysxQZxrqoQYF4gziqyTKfTL8jxJk6zZJVmGaaIQFdSEejVO0rTZ&#10;7qijSnAFYuoOSfbDurAoBqkYNRfgxLq0uHzVlddd8d3vfvMbl9y496ayLMDsKGkopCTqG2TNALRT&#10;q64SmhkhwszPVvsNat1hkTZ2NYpJRyJHkVKiVfpUjfdPnXRaJ3Zf9AwMZS1uOrtYT3S1F541mjUP&#10;ODc//xuv/Z0XPv8Xf/f3frszOaHnfUVPvAiWMWLE0FEMB4JxxAVNqJFOQjUL6XxiAsNGRJlD6yvB&#10;iDFgnxQ8B2BxLQvB8rTVoM0W5O605QysxeBsIJMsQ4aJcpH3ewnIT35YV16F91/9yqWXfPNbV1x5&#10;5b79+3qKizM9EUtaaMRYz89CxkBHYo9OOomtQNRWC6UeoOWab1hZwvxQ5+iK1WHaHh0ZMK2h3vcI&#10;6ZOy93yYqHFU87+wvBNMZRcX59/3wQ/tvvGGv37PuzZv2Rw7ZCNYxogRw4ToLy8LxhK1WIOeEhOJ&#10;JdTeFHpKCnQSmiQBExQCsjKhFDiTrseJIlf4R9MUOoBM5pYILSuEiY0yh9vKcliwshjmFBPG5Q/F&#10;BYF5VuDeJ+68c/93Lv/uF7/45Rv27jk2N1eWOfj2ca1o1JcAOzseYexxMA4ysA7pZKUMkdigp6OO&#10;6oLLBFWFRg2i+rG4gTXDA7HJoRo6akeT2NklUF2GTG/4CDhQl+DasExzHthTWJ0dME9he3U1BS6+&#10;/e1v/+zP/eLrfvPXX/T/PS9LG7GKGcEyRowYqBwOMSW6mGWFCEAMFaeASiW4vXJtBoNhbaeaNMEs&#10;aHC4ywt1DElSaOQBexqBEWWCASwwWO2hxinEYNDjTKEv3nb66T8EV6MU1+++4YtfuPiqa67eff2e&#10;Ih8UCiONWhFAVGKM/AhJ5Jp25Og0LGlh0ylAbEq7OkR71enOKd1ZbCd2Ae0kGAUtq0ZIaZ8tLFxq&#10;5DU4ygUz056RU49YvNQmtO5I+1DYCIFga0TtiDANwPou5t2FtPOhgwfe9Oa3fPOSb7/zXW/bsGE6&#10;/jOJYBkjRgTLEkzQs8SQHYS54oUchJZC/YAIUsyQ0ozgROh11c6HKnoCsZS2IccIawZFJQNHU52d&#10;ZGXJy0IBar+/0uv1+sNcgWXa6jzUXjuDYqpgAu3fd+g/vvDlXbt2X7t716FDh2CPoF4N5EyFEBx7&#10;3oatl6sXghgQIwgLXCkpsaaBPvWK7WjKcZWIm03pel9NDlZ6kmjzuLa4aCkqtolf7AZw04A4ht/i&#10;ypPApVx1JtgdZGz4vLOQMGgNpVSTCib0s5//9A037nrZS17yghf+4vSG6SQhUVsSwTJGjPUZhIOF&#10;ugCLF/AfMBlFSZCgQlK4BWzwaJqZVhVgHwRJEE1wnKSYJppB6WkjQhFIcHdTVLUc9IshgOXS8vLR&#10;+fnhYFhw+dDIwhqoIOBVhMkdt9/5iY9/9vLvXL7nppsYaEkBGoWuuQKS6FyorDWmShm6B1gMEtJj&#10;kUvD+g4b7Hx2pDGnq1AQB4RR2rKl/w6ZEmal+gg6XF09051BeC9k7PCcnARrq3V7moZvYneCdpq0&#10;9c6D1K4eumaf3TwUwbfeeutb3vrWD/zzB//gjW/8+Z//GZpk8d9MBMsYMdZdCK14sK2Umv1oVkEV&#10;51I0gipQ0VJBAr6vMIIL1JOE5sMBK3NikFJX7EB0yBigKGPDwaDs94sCCOWw35+fX2ZD1pmY2P6I&#10;M3+wL1YBPAVzPrZv36HPf+ZLX/v6JTfu3ZPnOQyY5IWmWSD/0JRLOHzxOCUDIKxEHdLBE1pjKyCr&#10;LOpYtnbMPWD8MYJxz6s/AQ7ubnK5NvtaQWzAd+2oEtuBBA9OkN4AQQsS8FppINuKObVkFL4O7j/4&#10;+tf/3rcuufyXX/mys84+A0PiPlLMCJYxYqwfXmlXRaK7SgTF2oMUkSRJAUQVYCp+mWWEwnhFKq1T&#10;gShzMHxFRiABYyzBQE3BKWNFqcCy3x/2h8Neb1AsF8OVQZGS5NE/8bSZLdt+cGwSVva5uYUvfP6i&#10;r37lK9fs3DkY9BV2alhULxTmYekRH0hbkXsHV2xVk6F/jvQGc9ALZNOotj45AnRrWvvVDQcqhaX0&#10;3HXMkweHd5RmT4OMi7r0VU7PPHWHq87TyvBUhM611plodWc3Z9PcpOun+qm5tlZgjH3s4x/7/P/9&#10;ws//7M++7rd/c/v2TYSm8V/Q6s4RMWLEOOGYpbj6y1/uH7gL2j0oSoCXCMUaElgsGaWJQQtKEqEZ&#10;GM0arBjkgxUmOElSbU0AM7lKhsoS+l77/cHy0vJKb7k3WFkZFr2ixEKc/fjzXvT6N7Qmpr+fFuog&#10;fCSIM37nnQe/8dVLvvq1r1+/d8/c3DFD4QApgxDeVTUo91XJTyxCnudEGkLY7KUpBOIaXcSOmI5p&#10;ItHa7jwj8InGHNX9acB1rxzTQ3TVzbE6xVq9olGPvcDTpwJYbaDgDpPubtQpW1wfLZhRTE9v+NGn&#10;POUVv/zyJzzxHNhXrWOiGcEyRox1A5YXXbR0560JVTyBJGrJ0zXJDNQfOvenmGWSwOTisoSplhKV&#10;g+WiGILGBNZHWHAF5/2BopTFcFAsLi0tLy+v9Pu94XCouCZCJ5162qve/PaZjZse5BeC/FhpJsTS&#10;/OI1V++8+OKv7r3plhtvukkwURS54r1q1edgESBk4DwuHJuUVm2IpKs1WlQDi9wwDUp0O4zpxJHE&#10;mM/JSuMR4JBHXRk6plcuBLqSaQeGaJ6KRlO6sm5dZ/YB0oMTrj+geUx/D5M7DsqZaOT8UA1mARCJ&#10;5aA2B01sLdWch+6lJQCN6lORpo2n/cSPv+bXX33u4x5L7H5i3UFmBMsYMdZL7Lz0kqM37U6SbK5X&#10;3HFsaWUwaDWbZ043Nk9P4CxNFZukREEm4wxWT1aWilZyXrWDClEyNsyHvf5gfmFpbmERMrDDnOkk&#10;5/TGza/8wz8++YwzHyT/dK44rRA377nlC5+/aM+evQf2H1wZ9POCDYcDsO2TBcyhBoEoswxRt+1I&#10;J/5w7nQSITlqiwNoYWUYVc3Rah/t3GUrz8B1T9fVDOgCVJJhU45VUeK1KpIjRLOaCX2PTE7WSpm4&#10;RknxqizTVTz9LT4nLN2PlhGbP42HAlaQSbNm+yee+tSXv+wl51/wJJpSLYNZR5AZwTJGjPXCLW/b&#10;ff3O71799atvuOuO2xljJG2UOZvI8AXnnjExs3V64faHn3WOWkxLhX6sLHpLaq0mQDGl8aMBKWZZ&#10;9vv95V7vyNzc4lJ/aTDMOVfrZXdi4qW/90ePetwTQXJ5fMAS6MvC/NLC3MLJp51yw64b/uXDH7v8&#10;iu8eOHSoBDccAToWaADFhCS6YseBSnKhO1a1D5/QHa/GREAY1x3beuMkFgJJzxBtl4/JuJo2HvVC&#10;jHGPfh5zhAghspomOVJKdE50QSctRnUjdFTvlQ3grsYv62A5csCqYGl986xngZGpWNKMrMK2fsd6&#10;ijYkqw4xbcEUpLYoSZqN5tlnnqmI5k8/66fPOucsl28XJzxwxgafGDHWB1RKUqbt6/cpCKS0OVn0&#10;5qYmJoekv+Wkk64/uPzkTrdsNIdSNmmKdacHoUQwhUkooVTBJwZux4qygBxeQhXJ65eFYnPq9iRL&#10;f+w5z33kY5+AgkrYA4xhXv7d3/7TBz74ocFgMDU5ubyywkDNaST5+uXAOGphCqnYpjeps9mRFt/9&#10;OGaLc6446aYz2/YYj6BGs18V82yyFFnQtPVB5A1xcA0HR7OoVdVToqorCAddRTVKGri8elIoVxvY&#10;FR6AV2Ol5rUZPBYVrLtULXFueRhVTNe8fGGlL+6X+i4+MS0kwwXvsfLKa66+dtd1/+fv33vajtN+&#10;+Zde9oIXPidtdhJ8guNlZJYxYqwLrDyw/9BXv37FddftuumG6zdv2zzsD0mSTHTanYkNw15v6+xE&#10;M+W93srWDVNnbZrKEipZCQZ42tlHwYYCKkUjdV9Pf3mY7z985MjCigLRLEu3n/bwV7/5be2JqePX&#10;1CM+/tFPvunNf5qXhS47ckIoB8MgYouPARo5+aKscySXQ7U1RkslMaK6OCtMdU//0sCvgRAcwE0A&#10;dU7rYat7QGfNDEvsHjngenVtZQWWKKSjAZUNWnuqSqgznFUvXu1aglUaV61IuGKoOCSTtUSvHHFv&#10;93ZDwTljrz1xFxKPHGnd8yRy+xJsRqwkhNIk3XHqKc98+jOe9exnPu4J5+qLg05I1IxgGSPGiR87&#10;r7vxM5+7uCyGO6/fyforMxu3EzFsdKZOPvmUXNL9d9x2xo7tiiDu+tLHbp0bPGLr1Et+5pntyemU&#10;IskK8Fgrh8NhP8/L3mCwvLJ0rDc8Mr+Ul0ArJ6enX/XHbzv59Icfx7NlnP/Cz71w1w27wTZAuwck&#10;enymdozjMvSgW2P5kuEkZDvZsbIF0GlYYlmTBh2BKjNVGRQWdf5RBGTRoaCVMI730AS+rMYjFuPA&#10;zqc6IWI8ECq9R0AKA1w13bDBhBGLksKC39hdMK4sfHyzTv0p/DmM723cBE1bsXWP5ntqPfvVkkzz&#10;F9QuoTeIptm55zz6RS/8bz/3nGe1WtmJ52kQ1aYxYpzwrFLMHz2i1rYbd+9qaqfsLE3yAnVarSOH&#10;F/dev3v/vjuwYEvHDi4PixWBv7Hrlrd96BM33nRrXpQcEQEzSJhilHk+XFhaOra4dGx+cZiXapFM&#10;0+yJP/6T23ecdlxPll2/a89Nt97kkVJbjgO15bzkrgipdZ/aww1ZP1ff7+oFk4FaBAqZ0k51dHdB&#10;wjXzYFOTNNZFnm1BqVJqG8CKf+lFk+CEUjcIq54J9bQSezZihmP50Vq4Yng1uhlIIXH1pzWdhfQ2&#10;9rjouB9ydViLpBbHQ0nIqjsJ7yzr6aTr5LGXLXQvwhXaemUJ9pTduATqP8t8eNU1V73xD//wOc99&#10;wT+9/8IDBw8jxHXVVei3VThPpR/WiDXLGDFO8FjpD79z9Q2HDx/mmBOcpmmLymLj5s2FQAfu3iNI&#10;ytiwMzO179ChXfuPcNrJEdm7/9CffeQTZ5yy7TlPOe+0LRsT8MRLh73hYDBYGQwKxvX8KbzjzEf+&#10;9Et+6fgO5FKL6r9/4lP9wRDmZdoVHTz6RIgMSDrLgGrORuW8im1FEkqvNn2IbIOLbgCq3G2whzyF&#10;RtxQSlyz2DHcyvwpsbaBFQLVmKdXjLiGmvHxzngshzdK9Gwd0T6Ib8kBs4CwpQiP3GvkMWzKdxWt&#10;iKwaYF3Ztbpypl3YzTBxZdjg187oQPqeJmw1MICCWIBfIkEmNY1u2nPjW/70T9/xl3+1cXbmjIed&#10;/vjHP/4Zz3z6Wec8Ei4t+PT/sDK0CJYxYpzgceutdx+4687hkLea3a2bZpYWFxBJ7tp3Z1GWig6Q&#10;JNu+ZXbzzOw1DPdy1uymWaO7Ui6wvLju1ruuv+2us04/6ZnnnrlxerIcDPqFKGUitLPo6Y8844Wv&#10;/R/q6ON7thjxSy/7NvKjIIFFclRXP1Zzjcfyn8Yv1QKPdUM1uEBsblLicNKy7olVaz91g5ODPhy4&#10;t9ANs5Wfjqvw1XKlqNbUWvt+DBEl9kna1fByzMRgxGDPMko5CpDhk9qyYmVyK0egc5Rq2gyr9c8b&#10;8aMNhS+hbsa1GOkRYkAvsR76hpGeKY7yvL9//2D/gf2XXHbZ3733H7dt2/5fznviC1/0/HOf8LiU&#10;QivWD93Q01izjBHjhE7BSnTJJVd+6t///dChOUpA/HHaw8+87ea9nOUk68DgxrL/pAt+tOytfObL&#10;Fy8d289ExstByXKaUIWJrBwQcC0gjzt963mP2CGZKIQYCvTkp//Uz77sFVmzRY+3n8vK0vITn/TU&#10;fr/HOTcZVy5LStIRUuapZGBnbmCQVNM19I+1ZKftdvUdqsQkZrG+lzONE6t23Hgng9EeVFnTYfgT&#10;G0VxVJnSyVqjLFobw5wFeg05EUKy/iyyDm84qHTKcZgceVJc072MvDxsmnysN6JRpLrNgS9h6pYe&#10;aydkipm+m0hopg4HaCilabp54+xTn/zkHzn/gmc/56dbzYz+8BjpRbCMEeNEDlYWH/jIp666/IoS&#10;k3xleePM7FK/v3hs/8bZTQuLfVGsPPfnf+qy7+7q9fPLvnUxuMM2J+fmDoJbLKWszAUv1eKYpWmz&#10;0doxM/GYHZu2n3TKs1/+ysee/9QH6YSXF5eecN6PKrAMJJIMwDKAhjDPKat5WLUmHTNp0sEddq50&#10;qErehmarlXWANSjQOIpwwFcRXsUPHQUecyOscxw1RwD2e4GlznBiXAfLavQloI8c6Q/C9dkkeIRU&#10;hhYKFiPNgGkHBNgDZMi+qwevOpLCZh93fRWkOmciXBPLaPJJ7H5By4sooZOTk48+6+xnPOPp5z3p&#10;CWc/+qw0pQgnwDgfqnnamIaNEePEpZWC9wfDvTuvnZiaWViYm92wgTSbTcnphs2dbnc4LJ503hP6&#10;g/wNv/3Kz130rbkjd95+16G79t8quGikjW57YrkcmMWawTArtMiSw0P0P17/xh0P5lARRWN19lPK&#10;wEOgwp7VhnkEQyDlCAnDnl2N8DA7vsrrMBSyEp2xDUmbte9BtSrmiFOPxGuY8oSGAKvi4vckKnWs&#10;lZU93igE43FKisZNhfzJkCqrbLFtRJoyZgokvWaldrPnsWZvAY8NdU0c+C9IaDs2Dn+GmEvMwV8J&#10;8/m5uW9+69JLL78sTRqn7djxwhe/4BWveGkjSxF+iP5riswyRowTOY4enfv6N769767DN9ywe8vm&#10;LUtHD7Y7janpDRs3TJ102qknn/5Iwgat7qRa4g7PLVx7+Xe+8c2Lbr3j9gOHDg8GQ5hkqdfSJMkS&#10;mk1NTp971iM+9K8XGiHHgxSc5eef/5N3798HvAphLqAVN00bSDMgn4OtUzffboNG5iE71JS+9DeK&#10;BiEhtCoPuQYIeXwcMyGQSOI1sWsEHcNRl/eMlOoKEDeDG9fVJ6PPNfqYNYMeHNzb/8J06xADcqsN&#10;HvNzvxQZHHFQcDJMO+1NBKzWNjqFGxZ/fraByBgjEN0tZbtrKQVL/0efffZv/dZvPOOZPyElSZKH&#10;XEUzMssYMU7kmJmZPOvMh9+19/qnnPfYh5151tbtpzSbGSJUO3sSaQWIoKw4eVvnpOc852k/9axS&#10;wVPJ77pj7y037/3ulVdct2vn3NwS0oK67dtPIg/yPJGrrto1GBbQWONXcOnrdNUS7kEHBWY4GgkF&#10;DhKGXvghfW3Sd6s4/b1hr9hbncMxyI2nRFUatjIScMjkMQgHnuZjADmajL139MTe0bT9SD+a8t6y&#10;oBB1RxSp9cvn1Sg1rafrNtKuuKvN35Su16ginoHG1HnsuiqvtGPekIda9T5xuNpEDwfTEhOxc/fO&#10;X/vN1z/l/PPf+Vdv2bpte2SWMWLE+H6GKEt+yy0HMEoUiyCgHcnSBEaOqOVrULAjR47Ozy8MBv2y&#10;KNWClaZJd2Ki2+42MrWTJkUxLPPi5pv3fO1rX71xzw2veMl/e83vvO5B6mMUUuy8Zuev/tpr9+3b&#10;r/Da0UdelLk6Z22+U5HBVSDHmQ/YZc04uuq1GMMwEYH9bzydtJU/5x4AdEvAAq7ThmGhT2cviZ1P&#10;YkSYsMKjuk3rmmxSQwQxIs4QOx3XJAjJVfO00C4jQ5vZUfaJZC3JXE0Q83wUj/jQViMzK8t4LFcH&#10;2qqnKWCmofWP+ztsWcJOUipk7TiJg9NGte9hAJzZGhCcJOl5Tzhv66YNi8v9X3n1q37svz4ZfIAj&#10;WMaIEePBjkMHjuw/uNjMmjihRVlecdXVO6++8uabbz5y7OCxo8cGw77a5COd85SODiRJMjOzQf03&#10;MzN75hlnnvOYx05MTGzdvOEx5z6q3ek+SOd53bW7f+VXf/3ggQNg5M5KPW8ZuG+RD7KspaGN1Kgk&#10;dlnW4McqIygFsqoPouuQVjKiO1qIwRXnFY5dw4sdv+WMe8ZTngQ7/lpLVa4KMuF8rrHUa3WLfV0i&#10;bHyVdoqmsJOf1wbLEZSSldU7xt+Lx4YIWnsR7lQq2rha2jho8BnxrcWBkVC1NXFDxCoeLgPvBb0V&#10;wdoZ3+bbSZqqT93b/+zPnvsLz45gGSNGjAc7+E1798/N92mafO4LX/rUpz5+7NA+0PtXjTPcLqoy&#10;cBrXvzKLllrFKU2ecO5j/+eb/uC/nH+BuuW41yzLIi+K8qUvfsWV116rnhpsejiT1ryb50U/S9ph&#10;+ld61R+u98C63lQrW3Dgqhc6jr0bDfZusfW2HylHtCIIVdJKM2HL+ajKutcdHm/8qWVTnc0eGmv8&#10;QWvXL2ted/ctfJa01pVkC4fGhgC84AUKPPNwIH9BIZKN8UuERjxsrZUgXqPeKwMfPrc7Ed5Y17lD&#10;ON8iRzapTmA86Ucu+MTH/ynLmj9wv7lodxcjxgkdAhcFv+Ka3a/9rd9839+/88j+2xkvtZf4iCec&#10;7lbUinLbBuMs0dTKpXjed757xYte/JJ/eu97ETn+iwZN03e982+vvu46K43EJi1XAXilbrQLqeVV&#10;QfeLzZb61d1VK42VnTTJVaeiNyu4hT23MyA2JWufNKhHWgghhkXJCnpcX9AI46qc7eCVBBXX0Tzk&#10;vQZC611+rwgQDqaRGJ88awpk5S/ugyHvAWnHzWylrH3VXq9Eo4Mzq16esDdXGhGrtLsUc25EBhzY&#10;fA65UQ3BPk7svnFPfwgTS3/gERt8YsQ4cYFSIs6Lf/zQRz/1bxcWwxWvpRMiXLhJzaFNVuQj5BBq&#10;gVvqrfz5O9/55Kdc8OhzH3e8zpAxtufGvf964b9f+G+fkDBdhCi2wwQYEug1WNhCJHYAJlFN5WBo&#10;CuJ24CSunbVrjqlATFYWPNKqAS3Jc9lA5KdT6sKkem5hHkriGrzUXNRX6+6RaDWOhcbGWI5ZBFSH&#10;W5/bKgUoV2WQI09aqWH0XfR8EG1Eh8Oe2FEToXBAWJ0+fm84r6z/kNTvoAjv6S0AzTZI1hwfXE4D&#10;G4cIibzMU+/f1E/D3vLyYm9yovsD/9cUmWWMGCdsSFF+/Wv/+elPXlgMVrzhuDar84nEmljCFOq8&#10;mTgKFPxmjZubn//kxz9+HM/w85/+/PNf8NJ//qjC8iEmVKFDyQArPROrPOyCIcuoUoZIm8eDpYwE&#10;PgF+pIf0tUlnHS7tbEvnI26cTr0mwkEHrreIeqn++JedSuWziGiVeue9fsscyUdr2+aN80AvDHXs&#10;E9cw3SkdEZJrKFDQqr28nh1jjNY+F+mATxq5C6o33HrsRN4bqZqWUmWzsfloSqaJJTd2FNozAd18&#10;080PBaeCCJYxYpyYwVl+8PDcm/7kT4tBzy+aZq0SgjkmJczgCIuRoXcb1oas2Lu5EHWgWrOOLSwc&#10;x5O87PIrhv2+ATG1RkITrJkTae3riFMaCFfrsguz8GLHSr9h/AHM1C0c8FAjWwh0C9inc4lp27Ep&#10;2XCXgIUZS+I8Uyuq5EZz+JXe2MslLosrPMqsikM4cDS3J1S/ZS2hJl4dzpBPz473ARlvXO6mh8jR&#10;TlRSP1VcbRdGAbx2Grjqt/W6HmTslvyOAy4opAeQh3FfMUbVUG6MZPCqdTMsqpyJ4EDO2NLyshA8&#10;gmWMGDEejBDLveGv/spv3XXHbTUTUVjUOEbUju0IpxX6wVJu5pVdJy0zMKxF4uMqs/ypZz6dCck5&#10;eAQxzoSFK+ksUIUbEuKHW4WQo3V6Hvqs/p76Jd3U5QyW6McxDBKabM2X1XLYKyOdYUHFKb1b+Ajo&#10;+bKkp1aGDBnB/ViO1M3UcuNERvp6Vq1cugbdiuiGIBpALB55HP9EATuUq9r6SClHFJbVCx/HZOm9&#10;1u0HpHou8064V1VhIRk9t2rL4c8Q155cSJ/hwBZ9hbjx+r3kIeDrE8EyRowTDif1kME/ftOf77zu&#10;Km8dZ5KQyGgo7HqEqsmFa+QNXUkvhNTjtmyp0zzvgidNTXUBLBVScuGLWIbVWT5kJY8SBUMWsXkA&#10;Zy0g3aus+nJwve3EQSJB3o8A/jdWpfo2YQp8DiLDecvSgcQ9qypxVct0oonQZd3738jvhZRj70LN&#10;EdduYuTYxGm8SuFUorVkmiM263jk8zD+qRhp7RGySmx7gogxHp9kbXcJ1buAgmvrxsu43wTf2gc5&#10;cOCAeAh44MUGnxgxTkC4/OxnL/7s5z+nIKi2sgNhE0ZR4PTpchWFOR5r7MAmSQvpRnn8+hKXllZ+&#10;49WvPXr0qEJKPbOico+zdtzWfbu2wNv+Uy9xNDhW2cY6WYg3ebWVSexAEQetP3BBhDX9MR0qmhDZ&#10;3lfkQLUyU9eUVIQCRDR+dhUqYLyGkasMpJYj6VN/+7hgo/Y41b0CczvsbY/QCJTW74qCVilpDRPu&#10;GbW9IrI+C8UAKKmlnUceSYYiGxSOtkaVL7ufDsYFc4zf9M3K+ZUVJNEPnFtGsIwR40RDyp27bnrL&#10;W99RFsOxpUuGyTertwvX+LWWpMBynLHyuJwlY+y1v/H6r1/yTWSrXVwbtQTSEFvc0nlUO5cSV/Al&#10;sV2iKxe6Cu3tSVfAIV0ukxg3bz3dwtkRVBavWAZKCFl/QGvZVun2K9nmGr2v/mnlmjxSVjIYGaS+&#10;x4FzdeSqI6Vzz8FBunN1n9tgj+TOam2k9KceZoJHBp6E2xU5up/ClUOhFY/iEUQNS+rmk1AxVp3M&#10;fSi4q8c0bIwYJxBOSlEy+ft/8CeHDtwlOB9btmxh0qUBneNbAE+OmeFaug97F2x51113HocTlfIz&#10;n/z8Ny65VC/TavFM1BIpBDPooVdJ4dBGWG9R4vxdgwKlPqySfbgFGQcMzzaL4hFeZxLSzsc0xESb&#10;BHbnUKGZxV4ha7rCwLB9BJDsFkPeE09zFnxhCdA/Ll4FGlclbHXck3JsJBeqp1RHiab3oUXj3T5j&#10;xraB7ki62jB271o1ycTvM8ympFZKlVWeNyjLmsZme6hzj4Djk/QhMfMygmWMGCcOVvKS/c1fv3/3&#10;rqudzSlGqxSrhGU0EsuqZhR4sjiJns0QBreo/1Z6vQd8muzQ4aPv+Mt3cVZKN16YEMo1ujv5ij8h&#10;7DohdQrUSiu98IAa4SjBlvcY1ggQK90SZxK83hnO+tFQ5JGxKjT6eVVBV6rL4soKER0eexFkDQGQ&#10;1Td6zY13gBsFNRnCJBqrRIbHrWplPt6248d6OP90W4UNmK10Rgw1/rpKR8+q+YXa02kgtK9S2Dbm&#10;1SZhBnS/Tq/9hiHYbQgpvQDG9Dpzxh8K/7oiWMaIcaJApZDfuvzqf3jfP7ISLNEDElat7NLm6ogd&#10;4mgHIFcuY+MLZnA7RvdbPxieJybvf+8/HTx4oFqAJUqSBqXALw3MIztfGPulXBrPITtV2Nzku0aI&#10;7fLRBUiXM8YaSqW9DtaFwN65lkM0bjJVN4xBAIKD5VHXeolbMIN5GkiO5wgtVZcVQxrnlM57dTw9&#10;K0Nkknj1tyOET1yDopFcrqyb3FoCGVQM7eOIMdYp5ZpzOkngg+e6YYkxXQrEu5bXq7eTBFJNt28I&#10;24t8blc4B0PXiY0k4+Xc3LGHAlRFsIwR40QIxti3L7/6DW/4/ZWlBWEAAiAEZmUgK4CT1RJoCYbw&#10;tuEBVwlEI9L29cBKYSeNSPoARo6A5WtZfPWib3zwIxcKHc5lBhYiStOgacVwYoFqYyrD/LC+Ubg2&#10;UYeaWBJjnq4P4q7T0uhGiFNdOjitCqQyNATXTyMkDuQj2OcJPWMLR0nW6Z25yLg+HaX+QzUeZJyD&#10;VfnMVfjkOMsMk8LVNLPVm2zHO1VrfHPM00eOt+BWbNjY1QvDYoUWz6CRBmTviovu6ZScPYTuMwpM&#10;DEwrN9q5a+dNe2+KYBkjRozjEGpxf//7/3nf3XdAMtOYDGiEoJQiX6qUlm7KtWdcIddvE472CAxZ&#10;MOf3vx1WcY+77tz/R3/0lt7KikFK6WcvmydQZ+tmIrqkqPFps9YEHsft3OGq4oodLvqRWtI4o1oS&#10;ijyr9E05UtZoUNAtZFisqfhK75IrrA4QB8OuagQVowroTRo8FGOKOvMbfwvgifwWIkyOhyCl351K&#10;ezLmlrcaHFW+AWt/fnDowOsxeDRBW2+CDY2fqrc4SELovZqTyuCRZG5IK6vSpdmgmB2eLroL3lte&#10;/Ie/+6DaaEWwjBEjxgMGS5I+8hGnS8sg1XLq63wU4A17ZJI6QytwjevgwCsuGJ08mibDZgm7/8xS&#10;ktf9zhvv3ne3CIts1uDbCTPcUGLrf+48Wh1qaokDtvLRCkjc8Ark22qkHQQNPwiXp7VWctJqN72d&#10;PKpes+tvwrX+YBnSztCyYDWGV3mwSjxaEAwFFLVcqDfc8xlI4V4cRtWuIMBaeJtx5YcjV2m2XRsg&#10;fZdUbcpK/SUZR55V08jIWhvhkY9JQC5DJwcp8WjWeMSUwO0NcFBDths1zsvPfuHTF198iZA/SD/1&#10;CJYxYpwIQYg8++yzpR/hqPOQ0DUjGMLhYiq9XWqwZkKPTOgBO5640145EmH0AIb6icu/dfm111wt&#10;nPnnSKeon6scpCKF4zC+JcXeCIOssYc44bt7/aQnO1QRfPI883TzVLCslnUZ9Kxg7LO+uJr+ZWZ3&#10;ePmkRBV44nAiR02DH6R3az71I23HwZevLwfHBPYFtUGTFY0zvamV2epqlHGMboaTZSrZ6XjCdzz1&#10;iuq9OWEbddi7i/2VDFp2ZVAGrVwKaxTbn5aVXbrBomJ5ceH1v/uG3btvjGAZI0aMB/pv+SlPvWBi&#10;ctq2derlmlJaMubMX0R9yQ5M0XxHqKtmhgaidrl1y2mv1w/aQe5DDAfDt7z1z7kbVBmY21iLc4dG&#10;ZExYMDo/2aQigWfY7hXsmKv1JtXwY+1jNYkUvg9HolD6YTgOgeGJmOrXSStqa+EKRkXVuGdIHh1N&#10;xKhmYmdHN6KwTwavNT94HM9Ct1hwJ9fZWbkKkq2WTV0tB7vKbWFuQY619Tith1fl1ge6VNsZjD37&#10;H83a1j5zvi0LVXlcbxlf35xhS2slM0odxZ+5FMeOHnrfez+oWGYEyxgxYjygmJ3pPPqcc5C1FnON&#10;+IJJZ0yGavahlYk2cas8pFi1z7jECIV+plWyDvcGw/uefUVMiA//87/u2r1LjyoUbuaHcOckzLOA&#10;4jLJKmMAuUYO0K62wk2jlB7Sfb7YMTxSQRSYo4s6JXIDySwxtDZ7Dh6Mf5Ax9FnbQ6Zya7PMT45M&#10;RnaZ2LpP+poye99pGgxCJn7sxii6BJxyvH65GuOsrqqw6evRnC3GjnHWzxLX22oDBhk2N9XerHGP&#10;eNOKXA229NIlv5Wx9yLOxVB9MS5Kwdhtt9/2AzTyiWAZI8YJE/R5z30uIVSPB8E6R8elnnlkspF+&#10;hjBGNd2CQFWuMOwrCVKC2i9H98sM87wP5PI+BGfs7jvvfs97/lbRShQoKN04Ko6cCCHJmsjI7AJp&#10;/oiswjbpui4X971xEhAuUWyqsLgidqYghqsWVYl95pQY2UnQiAsqESMcRLX2nxqxHJVAOkaOA+o0&#10;ntisbVm8gezoV5W9xDgwsTPKDT0RzGmAatdHVzFr05/XZJoSsrgY+5eNa4dgFHjF29Kmp9emYlyV&#10;KEmwq8IjefUKKbHz5deaTFH1XQd00htD6NJ4RcrVy+xOdF7youdTeg9TqyNYxogR497Fs3/+Gd3J&#10;GdPGSWhSFgX26Uw/DxL7Vdjp5XzrprdQ8cYrbnaXbfAXotfrHzl06L6tMkT+0R/+ydH5Y87M3U7/&#10;kEbaUVX+RJkPvcxAGvOEatoF8t0urkcU5ArCkg9fupOuXibdtCyr47DdMTaLKBwg6AnPXgxRlTzD&#10;RuBRsal9TIcPlVG4M+gbE62GOF133R1Ln9bxV/q7B1nzVVwOLAElxGVRV6OhyNm4o7AB1TUM47GX&#10;GWC/2X4RWw53Hkm1EqwMuan36qm9Lvs/16oebkVLMpzfIp3zH/dNVUKbUb3xjX/4/Bf8AkIJ+QFx&#10;ywiWMWKcONFuNR77mEd3N8wMh0tqUdOe1CjszzAzF93QY2sXbsbuatRBdaUcCsCpSi3eeP3u+3RW&#10;X/7SV7/+zW9W3qd1E7jQW0YIJiSz1S1Z3Ypr1cJQK2r5m9ZbuMSexLb66kdUBr05MqCoKGh8xc6o&#10;SI7W0gLH8Wq852izsB+8tVamVusR0cigMYn8vEzk7QIM+5f17Gj4JobvzsiISt/zjNbogw3ZrRiv&#10;GNbeDSdSqY9aEXIV7aelv/VmIITqnbqeWcqgvUvarK/LEZg0AzdvJ1gglhBS8Le97W1f/eq3foD/&#10;uCJYxohx4kSCyfN+4XmUNNUSysqiAjlLgQhyEgvbK+qGP4tQwyjt4i4DKaTvXlG7/PvmeCfE+97/&#10;AWtUGwx1Mv44EtVV9JW8XdvKGL5rM6ijs5GDyqDrrJHjy76T2uNRDreahyr2rbMjPurGQ0A7egsP&#10;vU7BKdcCpNpSW+kl8Ggvae2sagQWB36tq/gEVRndUcSrFRcro9eRU6oZ8YwMf66awFDN0nVkXuZ4&#10;rDLLGvuUu3DbF+yNicPRXcKWobnJd+iPjSSQLyb9/srb3/725aXFCJYxYsR4QAEsgKYXnP/EiZkZ&#10;Zw0qvIzeOdGQwM5aQkVTiDobsZY31jrOFgeN5E6qe0sk773lnXqEnbv2XHPtdbLWYhS2xOhsqloc&#10;sax1m6LaaVc8sjYwEqER01FUUc3APzakh76jRGAka5be9Ycebze1Q6wqiQgZ14SEjArV0pxYVlXM&#10;wEqpDpAugTkKt76AvBYYizXqeBb3Ea7amAI6PJIjtVO+ZeClHlYiww7pIG0qggs1AqJmLgxkvJ3H&#10;hVdP6s8hHZ3KafZsCAilcWfAJvdLoFFZ/ebGPXte/LJXLS8vR7CMESPGA/jHrGctdifat+/drdca&#10;jupTRWCHDpZvpsmQGyA0W35sGFLlH+ureK7jkRDXoIiOHTt2r9GSf/ELXxoM80AwjwMVAQ5kCTh0&#10;Zw3WW63JCxV6NbV7sPQH3Ta4wiXptfYynIflHtYZ68DC7ltDPdMykhBHa51ZrJ9yPNJl6qkadorP&#10;UU3IWhMf1yRn9eamUWAOoHqtB7JVaLla7rQ+C6xq5vK8cnywCR7DS4+Pa5yDtE5MulSpRTj2ggfq&#10;Ub9/sB1VpipQe0wM6hHG2JXf/e6rX/069Qn8/rf5RLCMEeOECoplmtJG1lR0Tfqx9bCiUUISvRiJ&#10;wK3TGOIE5bIgBSdDtbhtWyFqzdq58zom7pXUknNxyWWXmhysn+Xrh2dqGiGc34CREgpfLDPNPNDe&#10;aegsWmXiIw7U7q4kqR6E13WQVXPvqIrC9ao4YAgnG2NjOWvdjnDd2cHKXeqZTynrSFg1JY0Y4/kn&#10;8h0xY92wQtY7bsa9eGR1wrbdCQd+dXjssBAjhe9CwmEaQMrR4SkotNlDoSNDjXPbsmsI8OajJXw/&#10;lRR+a2b2GUGBNtip1WehwB6NUFcUhmaushhefPFFv/SK1+TD/vf5X1YEyxgxTqiYnJp6za/9btro&#10;6CZPQYzWAFglEaa3InBlCazHfLejCZ39qnK2XkYAzjnX79mLv5ePT1kUn/rEp/77K19zzbU77eKP&#10;kLXKg8QcE3pxBw6h2Ybzs61lV+FGkH1aB53xScjSj+VENZgInRlGWVRtKpZHB1H17IQWQob14roq&#10;35c6HRE3OUQ/6tIQJ9fNO04Zv8fFq4qpxqfcYc/ouGarv7RvEEiGxrqAAiSu80jX1GSr0ihQWAa2&#10;datR3u/x8RtpjNIJfWjTsTNjtFoUa9FK2LgUvNgQKa3Qyc6cUZ9dVjJWFOXgO9++5C/+4j3i+2tQ&#10;kMTFJUaMEyoZS8Tl/3kZY67z3oGfHgzJAidS4XtUPAg505aqs9E3eJi+SLOQHj5y7Hua3r35TW/9&#10;0Ecu5JwF5TST/qXI6zjMcChuyK2bR1mv/CmMl/DkgsgQKa0GBeNg+DI28Cq1l7esO5VL3QZcqRtH&#10;GOoIHowIItGYIUGtnqlpseWjo+zK9xX524V7invAGj9UueZbZFIAwr0Kp+XHjqtVTNQOlEF1h4Sx&#10;sZdIjh/gdx5eA4NGLRZWTbfXJ0LrLKq01BrZRIHWI1HpPKGwn2hjc7JWJGqlr+DAjqjaAVSk3Q7P&#10;UXdmvPzQP3/w5S998ekPP+X7Rvkis4wR44SKufmVG3ZdyXnu2zq0ZpIYL2vbjmhoSk0laEgKGjH6&#10;8aCgEcj8Gs/NLxw5vKbUsuTlty+7/F/+9eMly0tWCKnVIMjLPLhxc61KVhgF47rsooy1Q50fGBJ6&#10;sIW0xaaRnXdBoN/A9W1AJe0IDpPhkMhxu5kQe1AtwWqN7AhG9acLEr+roUuYaB1HaH/xDf0SgX7F&#10;bmKw7z+yTFcGox/rTyHqcyVRwKGr3ZItV1cbI/O8lgOi+mt3JoJroWaVwTUpC6NedZXhagJamB8w&#10;OQNDc9UHwHwCoTSskRKqBvYTSjVU8lBvurK8+MEPX/j9hLAIljFinFCxuLDcmdyA3fgqQqhxSqv1&#10;QpoMa20S7wg/GM+qWTmc4CwfDi6/bG3FGxf/63//Tb/fV9t/xSyBXOpqk3s0aTOudrG26kajXtEu&#10;A4ILIcMKIvFufFKuOXdC1imd624dTdnWZ1zjmuusXcClvTDjHanO6gab6RhC3htb+VV1H2scWtmx&#10;IpMHH6G5I6B4DwboFaVGa1HoUcZs3hGCR6dMh9ndtSdlhg8KxxBEq3lqVWYVVZ3X4WRrM2RFwTWl&#10;JEngTxib6mRO+hPiZ8OZzYD6qHzqM59eWfn+VS4jWMaIcULF6advb7c7fnIwpYmdCqnXJmoqkcjR&#10;NK289FM9AqlAFb7dRrfPMgl1RnTjjXvWOoGVld5VV11tMNkOoeRGs8mxrpvWnGmxnlJN4DAuvCOP&#10;4yKuqhp4u9epnjaUGfUv9Wlkl8ELWzfRmC6zTkm951/YYYscN3XbDon978dI2wiVHK0kjvSOevtW&#10;f4ArFNve48DYHY00LgVOv67dV989GCaDKxu/mt8EdswZ16e/WLmtGfqBVt9q2FZVm0atXhsOX4W2&#10;uefaZcJM8JZ2k+E2XcAUdS0Am15Zp6wxLoTV7caqAlyLQ6GtOogcPnTovf/wAc6KCJYxYsS4z7HS&#10;yw8c2K/4nVptE5JW4jxkTd5Cz1LvAOMyscQCUH30lBljaRTihhLuvHbnWifwne98d2VlRTcyJpSm&#10;Cc3sCLAAUdSjmcHM1kBN+7RhK2SsOj+s/M/0zoQNOr7BFSE3eMSDAHb2bGTE3m+cJ63KAi3EotXs&#10;beQIDo7i3FpZ1tUQtOZyXm+std224animhaTVMTRJlGFayK2uw3XLyMcdxcuN4trxVa5CtI7g0Ph&#10;HPWDT4u2XidWQIkrj4nARBemhASvxF0qW4+2+wB45yl0a2Ncc0vSrj2yqhcITSm1fSMh1Zg2QC71&#10;WtmFH/vokaPz3x8ZSQTLGDFOoBDiqqt38WKAYT4XJPIcTzO+btTZ95CaeNwhVohGgbk2FhU/M1py&#10;cf2eVZil4OXBAwff+VfvhnIjISYNrPs0aeUn51KpUtjJHhooqWLA6ssu+mYskxvi7GZQjCzxzpoG&#10;nOEqwiTc+DDnGTs6B6OSY4YyEGuMJ7wjj2/MDR1/jJmtqDirqFPPe73sklGhZO1y281KqP6oGfvU&#10;c9FyrP+ozkQdTQ6MHZDPgY/YHVQPaDwpRqeSWdwGzqjHlvlcubATUsHmAjrJgDVWexqjADGbMhk4&#10;5EpvB+8m22hjBOEQWAGngU7r8Wu3VraiDc+yf9/df/DGN5dF/n0Y3RXBMkaMEyfUEnXZZZfrrg21&#10;PKVh44zVHoBosdKH4CDjF3iIY6+rh5In0eUzotA3SZJUwZq646EjR27eMzqJd2m59/KXvfK63dcb&#10;Wzwv+SdIl6Bc/lEKjzRaTeipLYEksR25RaqTceYCcgQ1AsyznNLipTRtk9Us6NGyn5U0CDujwzm9&#10;GZ3DqDSl3vFUhzefuhUjAn//TZjNXi0lW6sLikDSGIgO8WoeBrhS9KPKNV2hIteDtVEw8lu/BXoz&#10;5IWVdTvZymQf1TzNqxMIfvIuRrLy6BWkOknPdIUQ3vChhvTqMhtuSlwC1g0iDayCXLJWWlrp7muT&#10;ulRnwhHj/KKvfPl1v/n6AweORLCMESPGvQ0s8S033aKWG8PSLHlCwrXCymD2k0ZKRENNYZCbrf4y&#10;6dkg9QcYmg/zi7/8Zc65I7Q8z8s/eMMfXb1zl/GaZWqnj02h0Te+6uZHZ6btU7veCdZgs68LGm93&#10;Wx4zIhPP93Bl9ypHKFWQNhxvrDE7BunIM640+9I7FkmHtXX88+oaFDatyLE65Wp517D/VgbsFjma&#10;WGNveodjBqvV39zxIWG+G9b/XkpSb9pCAcY5S0FppBrV/BaXkLeUTgjrL1+z97NPh31R17ZVGykO&#10;twlzx7aF875w80wQrsloLP21f9lKtd0fGaD1HwxU7VFC316Dpbwoi//7pS/9zLOf85EPf+xBrV9G&#10;sIwR44RCy5XlJQKt9pgzLnzzBnZYWonozULn18LKc8w3uuh2G5OftAMyfbOJWhRvv/123wGieOTH&#10;Lvzopz73BQQur1xnWzlTK5ctZjHve2Bl6VVPimmEFUb0Zzmsh5Oq68Os4E7tUh/REVIh38eCRyqU&#10;TuBf8R6foZaj7jNO7FklWkN9p3lKYUdnBAZC9ZRs3QPX5zNxldKs3G7xaAZ11HWnDouj/LJmRxck&#10;h2VoKohQ6P0r3UxTEW40Ko8GGXgfIlkNipFVhVKGs7XMXFKbRRdV0dmdZEVpIWlAfDIZG/NYZFG2&#10;xuVluE2pTSszLus2Fct5wYpjRw7//h+96e1vf7eQ4kH6txXBMkaMEyrml5bUasIY065vwkCkNW2T&#10;XqoozUDd0YlcqGrrrwiVS7bZEctu23/3vv2E2gVk964b3/7nf6mWLfCeBRILpUiuWaOhpj7bR8Ac&#10;QNjcmu7vgWWSKyaq61PCG9OQGj0KaF9IqkaalUJkCjQk9dqkuzuxI6al2x/I2sMYDuMmSIaW64YA&#10;VVxu9NlXyeKGRqqjF7v+fTXMqnppNhctkazfyXkPBTkD6Jwyq3og26j0qKYxB1cPLSr3fOuxJyue&#10;7RLW0g8Jr7qu/FmbBHS4DQneMeQEvMTNMXWJcb8lkaJ+ZesvHSGEVjH6c1kBKzES+rPD8uE//OM/&#10;fvWirxVlHsEyRowY9/jvmSChtY3CmovSwNPbO8eYIqXvXxmXAFoK5zzJRmR24Git0O7AoUOc21Xs&#10;r9/zN/MLC8h2W2LDRCmhJSu0VRDxHj26q5Ga3hvtV0staElrHmrXQ2tOK/3p6d9yJCt30rGRVdjT&#10;DxzO3qrwX9aFpGGFLug7re5K0Go5VrNv0C/KwARHKGz5qaQYuIKYquTpwDac0lXBuevfxVXGGFUs&#10;29VhvYymOkPbqGr1tUZQg+svyVnpSn+t5OhoL4kCwztTTibeA92guLHRcXdws7VD9wc//1lLRSkh&#10;zp0pmN7lSLAh6KFd0Vjm2fzvbA3tBk/vsSDZILwIV20UWDF893v+9kEaDh3BMkaMEyfUGq477Zn6&#10;llTTlQxDMElLgmWYeA150ahmP7D28alRmPxgDj10+DArC8HzS7956Ve+8Q1kq6Li/7H3HuCWHeWV&#10;aFXtcM65qW93q1tSSy2h1ChLgEwGAcbY5IwZMGBsD05vgj2Yz5/TJDyAA87hGWzPe2N7xsMAxjYm&#10;CMc3Yz+CNQMmGhBCsaVON520966qV/WHqtrnnNtqGPCzWrtopNv3nnvOPkG1av3/+tfCHQ1s5xQ4&#10;s2jeg321zQ8LgGiIaph+EjRTkXy0Kn5xAk+m9WNhW6GJEcNCrQ9AjKuuvmjMMYqMPVJEhiPieHwU&#10;uySK2Hl/1xjRzLwZWW+8ojRvm5iTsTNsMoqPIrwIDqwm/KDQFCDatpWlnEheEwdyS9GRwe2OGLqM&#10;dQSJJhVKRG0qc3E+pcThGTigJAcLuMOMPAQCxou5cnY4jqBvLZXfJfcF+J4t4aCZHcpJv8bDhVL8&#10;OjOBhru1pK+2FBZtP/GJT3zqk5/rwLJb3erWaf979sXPhjf0DCldSAxJq4Qs3hEcmZTAZIgpTlpp&#10;BsfITRSL3nvv0fFo9B9/63df+53fvbM9YnuduGm622dZSe7tuH1LzDJE4iMtR5dkAJ+ZVCwNmZ09&#10;THgYO4xbk6CjSBzrCNRDDRYbWyHdWmApOCGXluZYAujwKHx7XH+OfPPkPsGbZYhNgs5SlawUSYcy&#10;SeWmNh7NVSROhNGRUJiWD04ags1P1oYcLsPCLqSeKI2WLQ5t4jsluG3dHr2ND5VEp/H5waTe7Hwb&#10;2Z4xZZ11OOzQAJCUMYg69i+lWKAlTr6Dyll36xwt49G+UcCZQlsNXlG1r8VaPZ2O/uiP/uTr8R9X&#10;Z6TerW6dTUtLPxridpJMYncQpbCcpGGouMd0grPq2V3cylQNEsiWV1E0yRQKPJI23/Ztr/3o//xf&#10;MHGXBEVCI8wPgejGSu1Q0P0yjKBIG5JA/CgDe+EwTbNAH2AkwIuL4sYZRl+UnM1ynimPAvAzu7IS&#10;KQyeBqxBywUG7PlfT4DZitNFNKYqnbaORYiZXBSb3HZ+AsTG/4cgTDox6KQEmbYroxKU6Cw9dRMT&#10;nWV0w+Or5F+Ulu0NoIapFJkJSJmCJMlUZbBoUDHiEz5DoWaAfNl/yqSYN4fPFJgPsBFPlLT65+gP&#10;LYLeL2FsOJ/JuRg1IsgiDN2GZ0f2UhovIctgqliYz37u68IsO7DsVrfOrgUdII9V1PcC1zmhuFWW&#10;SHokhxuj+scG8STsQBQN7XugRmvSBHHDDEbEs4/87a2ht8eO5y0LgOAagzuaCAJNaoaZpNZm2HzA&#10;IHGUCPmxwmxt2n1LCRAeAmTwYVNInlruM0LDBsvm57wp21kHWJIIx5eq9awWRW7JDIWZ6XwldRx9&#10;BTUAG0FcGlFJuaGJAjlpPkb/PZvGPrdMFmauTYaOKVeJ4dSSVK8Tpal/lykyDK5dJX3H8EFglJcz&#10;oy/UPqQJEWOtnMmFhpvh90x8cuFSPdhqPtmI1MKfs0csv/ZYN8bPHt5A81NHyyfDBsN0TvjyHXf5&#10;z4FpVPa1BLiuDNutbp1Fy7CsgoMD2XMgSWeMO7CNFmiAXm4bqurpaDzcGW27f06mo6qaIKfEubdG&#10;++V+LS+KPC8T5GUjFwEyW3hERcSFpZaMvXCH6JeOvSvvcJa0RzFJM/de3ElfVcV5klDdZH0J/Ca7&#10;y5CLbWIrQ2wmSGkiP2vpP72GJZDKNP+yNWIRR/0skXLwp0l6w9aGYXwrkwH+1MYvkelE69mgXTIE&#10;W3LOAd3ONVFbEc2GivE4FMsJYSGZZCYImmGTMsIZJvFl8h8Jw6eFVn+XTCVk6w5bTgv+HUQ7PElq&#10;o4yMliQ4QPHkCeZupY7qMycBPwjsa/SZSh0YVHDoNaEzjZIlvNWXvvSF//PXfqOGz1gHlt3qVrcW&#10;/gftgcoGJ1H2Q2mNsHmJjZCKhRyEDXo6HQ+HO+PRsK4qX2oTMldZWfR6/UGv32dVpL+fstfvFUuQ&#10;TZjQPBH4REhhVkHJmlJZh5F1XdX11FsXgByJfenYQpQHLhObHt6mjSbFKW6y6WSHCNlThkJMwlwC&#10;SWTdXeYwhBrgkMNJkCD76qKKNnB8Iw3+AHJRLZYIGndPk0RLKI3KZNDCtiYi+QJDdFlqTSBDakr7&#10;8WabuHGSg2YrNQ7nBERns3xJ5k307kjb1rNannqkkm0yuUogZPE9NlyeNaEjLBY5J8Bbr8KgiKAw&#10;S44AiyO0xsR3M36EAkv17UkhyftCxlcxKM5gNonz4/hlr6bjN/6H//DUJz/9l3/hV3a2tw108Tuw&#10;7Fa3ujXLMyKxECGa2Mq0jmhBcm/RQ0w0dTUcDieTsUOLfn+pP1hyCJnn3qxVZR5dHIlcWl7t95eL&#10;sre6ut4r+2gYR67cEBVhw54rDe+56GAnqQ8HGOY3TZC/+sIoDGJqcj4wiUdrnNEjcQfUVA2OxABd&#10;QAGtjN4DQFmJrcajAjx4hqZ9nt9gO5DgPUINiVD1rKIHvQzkgrjKGGwZ7BFEMrUSA5QTKVG4LIP3&#10;KVQq/WU8wJcrldcm98kcMBoMxAsKJV4u72IBlnVVgh2IWEobJcAJZTXtyrSNfVCSG4earkkkQ0Gi&#10;zJIkJYMBxUzi5iytnfl70hRn/wn/1mEvgEvrQTYd9NuKKwcC3kbtDnxfuv3LP/mWn37s457827/1&#10;O03zNcDLrmfZrW6dRUuSLTX6T/MsB20kwc4FtxWogTaOULobFUWROfo4p/cB+SuYqGVZWfbIXsBv&#10;mZpuxhsx3rlNByCtH19xHNVK6lp5fSz4puPvNk3NzTMR7HmSf1GF2DexHM75wqpGLSXwzkwkEwsa&#10;isRxg4cmGIWZoAVumloVje5QbEIaKJlke6TyURECxeYMdDicOpm6kXEOg5yAVAq0Ae4sC0FT33Oa&#10;RkSYi2mWMrWp8y+eodlEi2+mr0wGg5uZWLIYRmY5rM2XH2R0nA+FZz+YC5+WDCu4UGul9w5M+QWH&#10;UmP5lGioieOwEqdm27buIOxSkqZ4LPdW20Z6Ka1EkS1EsWJsKB1FVGwuWKT7luZqlOCWJY6BaiDE&#10;mcqPHr3nR3/8xz72kY/+1FvfvLy8BB+bDiy71a1uYeVKZcbjEM5sWEr/wPqVAkUPyHaaptKmKYvS&#10;8z8pkg3W78XQ8dF1M/H3KbNBWWYQHuJ+HR3FQgaWDTMLcQaApiPIqZ1nG5W3+Ua8dNfgCKvQfmoT&#10;Ru6k8RMdrA0JpqE8JhK+jyqdLNY6sWkFdBOHQ9ge3ve6CMOlmvH9CXVUg2QFnkvLekdGAatMMaVV&#10;g2WrATyCWJV6rWE2Y+rTyiGjlvqvas7azoYMLRk991paWH514F01mM1CgdXCj1G03XBIABTyJkWY&#10;KgGLJZihxHqmUsEdSQZ6x1eO0zWGHZRE69Bg2RVIhGkRaRMTilBYpnkV0uSY3VJakDJi+QHbv5Lb&#10;7QZUYNLni+MZzmRsJkw1cHTd816PjXs3EFuravpH739f3l/6hV94c8csu9WtbsGO7scBFPuAa0Ny&#10;R5q7oIQs4Z1O6nrqaESv7BMp4S3dWGr4+UCvPHMo6b5duptFcSOBMjImnDEnTuaP+Si7NWH8MI4/&#10;Irvx16SRFwKKZb5MrL07jBYmwBxt1YKCQURoqlneE1G1xIOZBkgQIaV3jfEnBjFnCgMDD8CPAhny&#10;zDuL+G5j8RGwQTPtEkn4NBUiZcLM+PcMqaVEiPHATqwKjVOSjkoh0sYkjVgIkdgNosLFhEgQT9O1&#10;L3JLEoJiwTbBo0QuHEzlZsGNS5WSBbAyHAYU8sm0e8r3baKREMOnjPAtErmSZLVxbCIKqscKGRrE&#10;7RhPJaRpty0VkGsaiYHPLpy96Ahio1UBBYwr+Mzg2cv/JwBdAi20+xi4T6/7xP/pn/3ZsWMnzj33&#10;4Fd/DO32l2516yxaWpalI4SU+hu3TgV6HM/hqmriztpF2SvKEiftPLME6knm2GRR5ve7PPMKHzi8&#10;o2RDhRT7xP4n7O8mjoi02lRxXNCzXk6iwj3RV9uyPI0Q8QSCiA7EYgr25g53Jj3gW1DVek7JP8Uw&#10;MUBKtGtH6Ueq2DTkh0qxULbFaMK2SGVoDa+gsqG6Ci8gTrxwT45BiTSZSrZcbXlUEfW7kruGLfmO&#10;TIHazjnD0i8GJZBoNfZafJgVPQGWokMEW7GzhEoRQItkRiMxIwhXHpAt6KdT94LESkAJhQzTf3yC&#10;dNUizxTsRYF+PcYsZJVB2oOpcIItZ+k9EQo/0uRZ6Iv8Ksnrlqivpixxdw0S6wp2MhnVdX3qxLF3&#10;vuuP/7dqNt3u0q1unU1r38paMCzlvVgheLitZDoZuj2l1+/DbiJFsF8RVDPk9EofxwyRvbkAGyBW&#10;SppEd5LUBWl7FcQPbBIWIRZkaXnwI890yIbOMPw54wwSL9UJEwIiGeLDzbNpePhEk5de6HiC2WzG&#10;DjGK6YtM9nq04aaARKzQqqTEakU7c1KErJUgoVEhLTKdrUSkiLpghjjZikPhGU4mcDZ6/cxkdSXZ&#10;XpbgNhJlS682JWV703yL1enQkQ1OsP71ly3hLBrikPpYGPLiCzSSPjcyTTGTslUnjT3wGJAZ7BVF&#10;BP6YlQ2u6wtrr4n9uqCg6AwaAQ0kjtHFyJiUEqz8PC4ai0/czzUx18TOuC9y1PWkoYmn5oPvf19d&#10;N8kUUFeG7Va3HqrL7Q695WVr46w6CEFzt9XWTVVVI0hvzlloKgwJOQhu2DLV70cOr/ygRXKeRukO&#10;7DRQurRRKsM7LMGDe1AafbMmJHNZ21jua2mr3S+4i7EkRsEuJgCARnES++rNJS6h8wBeiWSnOsLG&#10;HCZDwjQ/GRaJUD9kgINsaoFuDDAJgQJU3pcDMjKYBa8cNH2XNnGTZREOCVdkHCnxXUV4QEUmPInX&#10;UVoZJqM8mZi+Up25xbr4p4YLtBJMgAXbzlN3tkX9gFqD258JsWNkts69Z9IoYbWTZERohoQTkEok&#10;eWfxjtPiLo1UymQKJTgTBI8fSqxpmdmzEY9IDh6g1gH26ZsKsYYfCLikinTEY2rfuvcfTnj+RfAz&#10;wU1dT90D+t64cB++6pOf+eTJU5v79+1xH5OOWXarWw/pBRsoaA5pr8pkXggfKN/U1RjGu1Feo1gz&#10;IdnRJti+EA8r8h4zFZEQRxBkYqssJkGoZL8mlb9Icjb8kIqKTtw4+aeRPnJnD/kvcgIQg/pREOhF&#10;LiAjMqGZ0RMWtB6JFIY8ZiLJZm5lDEdamhB1MjMxEu5CpmrVBAx8PdYEz9uAJyKxRWcXBcnTrSKO&#10;UuBJIsnPlLJloof4kmR4tGOTLdfWc5JuscglxFiyMQW19mTqCIQ0VXCmt3+XfQc6nQERQaYLg61g&#10;u2pmitWiXUdWyXyLELO4moyk2t2kPeS/ZD0LDL7BltEadGcIrgpGK6GEQIV6/+67s5fAkST3YXcf&#10;9/GOOyUAw3QfNveZtJsbG+9653tCrlwHlt3q1kN3uY0Ai1cod3Qs0pGmpqmm05F3oS5Knk2UsY/I&#10;PSFqNaWedChiVTL48AQX82jlHS1lLLj2+Lusm1qD1QBJVXnkP7iuwOaWNf5mOgyHemx3239e5G7f&#10;ywpkDzy+GQOWRcJyEAOgiOt/KwxEBkcbwDMbrkTGsmEMKbMUywgpVJ4I0RAklPjor8l+H5MwQuyU&#10;JLEMHTRkQh1JjwpnAaRNsl2QThAIgj6wKOpf4TBJmHQeiWfTzyT2CqNPenqKSDq1cIcUrUUszXKJ&#10;lk9IMrQ2g36YywlU0JYi7ZViSziYoqPgC2h9MCLgO4DXF+qqM26IM96/2piZSDiJbVVhguQJy844&#10;fhkkRlawNbwxVT2dTie6acqyXxYD0KZBFxOk0bfccov9aj0KujJst7p19ixthNU1FtlwizDVxCGl&#10;42tl0cO9LPh42mQzj4kZvgCri6LHHEUJG/tSVnBylu8pZiK6moZ6np8z0cJ3iVjqIgL/AxWGBaEj&#10;DRcYXau8TPQgAVcVO8rShq/aPkG82SLRzZNQ65BJAtBCxjQwrUEe5RH3kPz5CRMREqrx9hobk2QP&#10;HkYaI8FA4kiONuyVqtKESNjTFfndkEusTeBMJoxepDFV3BkNmR84NRESqiVPwQoYuQlvHXzbWHL+&#10;s4b9W8kml947kivLmBnG8xjBrRZti2Lhs6XqaXNKpHVKJUerzGAnmA0Jyd0eZ0WsaHVe59sI/JFS&#10;CudNs/B60ImBzieUWsNdgKRK4N5QX0ApsACgNZSaoergwP3vPvXJe+87fuEFhzpm2a1uPbTLsKnv&#10;i1AOsqp67L6Zl6UAf06YVMOYKg77wLws3hAdPuV+o4keOiLGa5i2vU4IM5HcUYN9CZheFLAQpxFA&#10;AZXkvEXcvNDDxy6qtLLqJ48lxMQAAeuu/gYwJCrZ9RuyrxsoBdeclGKS/CkTZTUpF0tSKkVg3mHu&#10;MFiqw32EbCkSSSVTkDIJZw4m5yQf5njqlr1PiO/kWnI8DQSJFP0Dy6pRf4ue71Aqp/FGsWDqI6Z2&#10;x/AWEnUptte3gTOHejCZ9bDveivDKzW2hVK/CFO80ecdWXI4u9g5u57d0DJiM2abCAwaM2xRS2M3&#10;6KFOH6+mbtwfDeMw7jPm3vOpOyNW0wqX91Z0/5rU1eTUqeO/8ku/0ZVhu9WtbglUpGLLqqmrpq4d&#10;TVS0M5pgwNraQ22YECAVCxddVYxyENFdlp3Hw+S7Ci07xAsY4MhICCNjahUlEbKnKUaAuH1OkCSE&#10;MCZoZAiWYBTEtjOgsA0Hjbc8kBLoIzYGOl4Jg5E0eBe6bsw4mZRo6Mz53zCGGCpXQQ03PmPOFUZ7&#10;4nCnYbWnjXMaoc9IzExx7keYOYmJ0PRNLlTz2ANPyloWlxqWtEicnfADM55W4mX5viPX13lmlAvp&#10;UsVSpwSpsED/W+pakuTY2OBpRxol0xY9J6ncgsdPVCKHFcEbLwm1FklVPIp72R5QcPlaxX4tFnNV&#10;CAjjdBFp2VQWU6ONxNo6mGvgPDHW+f3xy8RTHRYAtAG1z3QyGY9+5z//X+/94w8Ev+IOLLvVrYfm&#10;UjRU6ZBSN+403evhlIjiscUsUij2aGFnNnRyyXkWQ7QDJWRCvChwg6Uc0NUDz+vg+aakTAIrUu4r&#10;068VXBh4ui40KwenPYcAKkeFLeo+JLc/cVzSgsNsA/zCaBMLnWDS5mEbJMGpDDMQydYhg5xRDQqF&#10;2MBPh7rtAiov5Iy/OY3Qi+BRzimhaLtD5xJ0gUedMMIb+owrmcQmMwTZkEHCAJroXUOsSDDptamN&#10;j+Goy1g4Zd5pUbAFcJVFfZEPM9M8WTPr6RpIt2jFUMenH6YegymD2UXRk5jyMpWEmgR1GFGuTanc&#10;EY4pyxtGQRpde72r/9AqBm7PLAtv/z9wf8qyzHwDvITyA+qVzOapUz/xr3/i1MZmB5bd6tZDePmN&#10;PsfqmcNKt6tkXimD2GC46obTASJ4mmFABFrh4IyHDMRIps4DifO2icwJZzQVlUI1ckElc4WoAb9P&#10;6hISASnwe/Po5I3aswyEr15fY6nOaWXICsa/gO4UBZnurnAaPbA76FYB3Bp2v6PMJtKqALEWVNUL&#10;06WpaggSyELN05gZ0WwTgcMY2WpM2oCRQTdrEld0BW7puNMyxBG/tDhEH5HDpKbqQWKleHaTf6r5&#10;xQyZkeSbznMYghmvnzuFpwMeOviiWRGrm/ybRHmTOrNF4RU1GuP1JHV3/HsWmqgKA0pjAAuFjYO3&#10;TqwxzHxcRYhb82emhl4GLL3SgQUGST2TDu+Kt+Cvan82kirneVxBUq+soFlh7+OUg+cFeueh16wH&#10;7y/d9sW3vPmtdTX+imYuO7DsVrfOouU2qsJP94NTzzjPseGnkLf5apZE9mEwXRnJgbG1V9tPR4CH&#10;BndPTpyygvwKsIxJEydBfyjQPM1XPpGBKRRWxNF2TlTC4bnwHaRKPrDQx2ZJiAsxHP7R+KnQuvLe&#10;tO7L2i/3T6IZmBSNZNB4cuG7nlqng/XBkR34qIDyrDEm2OBEWamImRqxYYbjgIHsRn90ZGZkn06o&#10;YVsHiTk4SISx/IJnwS2BpkuESa3pKKCxJW2lZGlLrrwsnYpPltOzycke3IAlWQLIJIqSxl2YKxNv&#10;9ipmFRjhrvobmby2JBiWSsqApdZGHgzzsDgf1HAg16yLXiD5+D2sEJAxOnkRYuEAxnTw7qCi6r50&#10;XLFXDiAbx4NiUZR5XmDFHkspmHziZ4V9acFPloBtsv+u+4D9zn/53Vv/1ye/olpsB5bd6tZZstwW&#10;6LDlYYcvdHyiqaZuswf/gUR8IcN8gAyxzI2upuORQ1Z3Y7dM3FjdVtVElzVrFwQR07YeaYGK8R5J&#10;hgiZjxqOl0T7VpXslVKwdw9qGmOpzqTkhuxiDRvRcEc1UbYE8x7QB2HZWRA6BofTlkXc7P6NHU06&#10;TITWHYaLUOUQpiBMCH+OBHymMCtD7y26KYlgDtCqXnJZlccijW1C8IqiQQ7/T+DgxobUMGmj8yCB&#10;trVzeuDg7SAx1zMWiiVa2Zp0jjRSw/hWi2RONlQMuAPOfBpVuFghsDTkuuCTI+bDRuhFgCakPwD5&#10;f3mJFgavaTZsMmh5URQ9PwfsCSOa9WR0YMEyhgheD5LTA1qU2N1quL35b37ijbXumGW3uvXQW25L&#10;KLLsuhuudVtDYxpJQ+vgvo26VhvFmRhdMZ2Op9NJWfbK3sBtQN73zcbcqYRS8ai7iLpZ5lyhHih4&#10;kC4YoIVJeWJLfkvVJppoMylxxMBtfFQLFcl9J+Qp2KmDvsPGbGaJlrMycSdA1768pT0JHbIFxC8q&#10;QVrbOo2r0iGDzxkWbXoC4LFWJenhyRYExpMFt0UFj6lgvFi0sWc5jwi2PvxiWgoYiZJUS75INMzT&#10;Nh4Cymj0zNMNp5ZE9Bv4YrBACJ4Jdpb8hdMAkmNpAxOm0Vt4IQwZ4S5AyQDA0TKx7eOgqFdqESKp&#10;Q2l8Q9qhJ8/UZomwyFKaJUiVFJ/A0HbdsjsHDFmqYMyIL8LffPRv/uQP/9jYM/7vq9tiutWtswcv&#10;VXbhhRfiYRzNeqJZKSccw7f9V9PpyGFXr9cHGWbM6aWaGG2CwexzJk2Kq2pxfhyLZjoU6HCgnOig&#10;JToopbDz1AKooCUL2ZYTrEx8ZcPW25LqWJrKZ3NWFJTypH0Ye4kb/oxXWyxRSrFgZ7esX8VvJScF&#10;6ncB6OkwtiEXBh3bmcwSy646ig8xMhlxCWXY1NGtbb7OlWAF/UXS+WABnEOvLdfQk/erLcqRJO61&#10;SYVAsCvsQqsdfF+Z5iNCsQdDtDISKEqNimsxW5IQbaMJa+fN97mVDP+gSgGPHmEGOHtNuH/U7o9G&#10;V30fjuoevnYIa6C/yybuCqeMom2vad729t/W9eQMO5cdWHarW2fV2n/OPpQLgqNNBp1E3usp4Eo2&#10;Wo/G2+4bvd4gtKBofJ6KhDIMtJFZWyB8YRaQ/O5UgBy3i3kdP9X9ZKwfkkMrazSo0gqaIGZFEux7&#10;BOk7ZHuTJfELI3YcfQkPrWAfDfpS6etyhqkv5UklqSV4BggDFnKmEDtDhAjLRLA4YBtUNruTweXB&#10;tmzpZNpDZRNZauAyjJO1jSfMbmdv3B8YQg3lbyOi7Ni0TyqWnZrwjYuaLSTgIs2exJiRGNOB3VYV&#10;/R3itYdLllHVkwJskknChgFM8mhOJRgLxrdp90ZoWjaI0I49Sl/bh25CkRcJa7SCNbEW+pzY1OQS&#10;hhFgKy9I9mUs+C/SqExG3sgWclk/dutHP/DBvzBnxi47sOxWt86iZZq//ditWk8kKxwIS3y9zmB2&#10;vNtivKePkmXZCx3N6M+K8lPBAMkeBzI4rdqUfcbtCx/QN0GbKXAdg3nANjAME6p2OqRNRYFMyC1s&#10;UZDQJCRYiqOHTHxs4DjeL1uo5D5wv8RfNba10wvbanSKwPPaJdqQmCmQd2KxkVEi1THR/CX8iRfP&#10;mVkIpDgXyPlUNPKB2mBD6tPwtCR2RoOoKtgX4HHAkuctV06jd7kQSa4Wu42HHmTMvOLpnwQquQbL&#10;9vpzbj0qY1DEs4YXjkm0EkL4hA6zELNIOcMvZ6AJT04CXQigiuttJRqPcOA84RWtYlaFK+k0B6Vb&#10;bMNyYZ9cEjWKpWGqCOZMKt1UFkhq4YdJcveg1XTy9re9XZ9ZJbYDy2516yzCSiH//C//2o/500Sd&#10;RdENKUil0rqeTIduBymKvqDCG5UEQ+SFCFPl1iRGPLgBGiZbtOVK2QpXwr2vbiYaNZBh2zTx5E9A&#10;GywQ2EgI90qBGkjeag03MqVN6ncMo5ILgyy59Q3alIMhAwksM7ZCeWMVsd3Is5UhZ4pmaWirh1yL&#10;LNjdWR4BTD0IEvKFXFK0+6QkQPVG8/6OkGJq25rst/SULQmSkY3LWJ2WBO0iofiJ4kagyW1CKwOu&#10;ICdHhiZjecBSby9pDFtrFxRM/XkoF8mnRMYMSxlgejeiltQkWkjpGSQ47/tQrrpyn14f4OwHJB0L&#10;LChalU5+aPKaRfup1hIhAhuPTVS6xScMPXXtxUP+wwniWK8V//DHPvrRD3+sA8tudeshtqQ9evdd&#10;BixAafw8jByAO93Ez4cYqr5ixDw0G6n2Ki1brEY/l+CY2mJ7jKbGRH6mQH8B0kSFNgEImdYmvFDE&#10;7Tjs6Yw2QagRvPdMq9xK1UlbVZXgPqiIg/Zk/82xY8YwHZzJGsaqLMGPTHRKiVVRANHwS9QsC2xS&#10;ChUt5QwVa4OGRhgmVzo4HZF3D+pycVYyONqE9yt5lUUMoNSMtCamkLTK5jZw36QEGmEqfBBQwCvJ&#10;LQBnW7HsriiqE8hr+ottqAtxbEnHEWwUDdrQ8+jkjOX9wmVDCjik0MA94coQFVViUc+fDVbkqjA+&#10;ExJG/euDI5YK42vcP7NCQVQqvpvU4Wyqupp68XdWVJPRb77t7XVddWDZrW49pJba2Dpl/dg+jMNb&#10;TMwABYoQVTV2Z/fCV19DiGBQaVpOlGLFJo3ryTTfYze6kLS3MPXJM7xG1zwFQh2+xA1IEKDhyD9r&#10;WxQ5raR7dHCCZes72DmbphGcABz6cP73fUeKcxMhWIot05JrDpcuZxSsC/by8Csy7M5sLmsSo1cv&#10;OQ6yXxqFUAlK0v6e1CTJXCA5RqSsV4hW+IY05F4E4Zsk8pTMGm2svfL7lTRoA0jbiPv8jPncEC4h&#10;FMxnZayt2nRkyZQ5atmJLpG5Js5PYvGdpW8Jzoli8BaIcVilxe+4DH1ny8Js0uVK9p33xFfSkCV8&#10;VChiDDvFlAjtiSkUaceTkfuIOsT807/4y7vuuqcDy25166EElRIsZsJUJberoGcpqumURw9hYk/X&#10;mFgZc7vC/imCoUxw2TaUyJEER6HvGGFV3O2DNIjjJhgegtmLiQ7bKJLFSQEv6ABrTxP3WRT0KPm6&#10;7/ynR644grsnN+Dc9mqzLGONUmCNQYFC26ucM0xPN3QGJbMQM1OtpmFTVNrZ2TY39OmkjXJYmaqi&#10;6HEVjQZK4pdowJskQMpZSGnRMuxDZy04lDZqX4O+JzkWJI1Jak2CbBk/JFA2J7pq2wHerZGOFvLy&#10;2528qhyfFeYtz8A0vR1mktoeWZFaLQnJhQHT8oWnTJK0XhCiPkEf5A5hMS0sHsWQsxLRNHpa1ePx&#10;5J3v+IMH1MR2YNmtbp09C6cYrRTpKAjuy9p7g8m8KLA9iaoH7ARCQVGBeCWTNDUfECIUTqMPXNzg&#10;DJkGpN+U5EALkEbZkFRFjaPhsTEmuZ7rp+n8H9MKIUGC8cLnPedn3vozj7j+evIAVajjMFVVOYBV&#10;KlG2xrl5OT/5kHgXqLmfzFGgaKogKSFLhnSOzM4qhAM8h3u0Ms5UkBGEwmk/jnMBUmgS+hkuQnKX&#10;UCUjjwEPpLUhQCuyZZQzyeAuJChvUiTTONiadfdqSIeMZ6zMhtASK8JLZ0N/lKhcax40fOjaAPgA&#10;pdcZvKS7QD0wfgy4iovNTLTFh1FL/zd2NkR72JpB3YhUDoaGt6TWpmcEPlZGkkAK8dK9CP7IOJns&#10;vO8DH2gae3q87MCyW906exYCEs4dcoQToWajmyIv2FHd1vVUYSAlFRRjXOJupbPU0SWW5JKOIMc/&#10;BfcUYJCpWgRgWyY2oSGPIkpBjW3VeJV88hMf/+u//uuOQT7tG5+WZxlqXoIvwXi07RhzqNTJECvF&#10;e6hsF2Bl3KYlk+xISls9ulZmFlBw39LjhE5+KTB0k8QlQjPChVeJlERY37bU6+QpVKoQco0XvpLt&#10;h45vB9gQmtg/ptFVR8fhm7IdFD0DS6Q4xXBpilVh3ZNt6ZZjSThIn5DDccSp4Dwwwx1eGYLYhHhg&#10;WjmT8EyefDRByUjJM0Zs4kNwqEPlwcuBdO3jt+qmabBBDqFsjbUN+SrgAUAFf77QGEe/2BxLve7O&#10;PvvZT3/u819oTMcsu9WthwizFEYVuAUo3CAINHzFUmQeLP2OoX1AhxcE8naehS2VvEMT/Au9Jxvj&#10;mUOF0FgySY83lmQCF4YYVWv/JmtyI1tkb7EYxN3VFZdd9qu/9msra2tSZc9/4Qv27t1H1IdEmN4X&#10;tGnqajK2pFwVqbFQi1BKGfzpODjaBk2ONVYsQBmW6YITezJnamkmEuKOLauYUN0DP9KMuMqK8IqE&#10;44IiGopvkEGkMSw4Wjxx0bommbEmC6XMsSXZKsPG2dOkvpnkbdlAljnJGeXTUkYzQiVDHqcgYXMU&#10;72hOLwFBVhJhLdp97vnjlw0MEpPjBKmcmHOzQho0rbGDiR9udL5QdLIQITEO0NU3kD1wajb5k8mn&#10;TwOgak6Ao7d2Z7j9iz//q7apOrDsVrceImgp963vxcxINERD1ui2D698QWahdVVNe71epHdBsmJt&#10;S7gh0oqrCXasTGAQJjUjqmG+A9kg7N9NIDS3lYeupdhlGs9d3qFD57/lzW++9PIrQBgp9qyvP/KG&#10;Gx0+tu8KCJ0x0+mEC4kmzbjAkpwKEiTWoIpg+Z3WEFs0lIqQsYzKXkBsvaOIaMUuqAxSmoTm0sNy&#10;fRSn5kNDN77m/qUzbOVqQwrK7AqIGWAgWLHHNxSuvbXXg3FDwK2k8Rl8BG3ENRlOTzS6Y9nKQLRY&#10;Lw4LafbdPVOrVVQy06gPNSApy1NxjRTd74hyzzVzRejGZ4rOA/yHcluhC879b3+4sYkaCw404Eqf&#10;5eho9cFb3vexj32iA8tudeuhsZS95GFHMvjv39AEPQ+QYyVNGK+S9zMeedh8g/1MlEME3+126TUG&#10;YSIzgP6i9nLW4BtjaCvUNSYz+40ozveLwIda0CvmBKlSrqwuv+mN/+7pz/imuOdb88QnPFGkjcGE&#10;SUov952Gkq+cQT6SBZFYF/fnBQ22RNKCUxCchaJBjGpSOLKSipkChbF8R7h5t64uoc4cnJ1gYcAp&#10;Mk+alSGlDqqcMYLkNUnwTh6OZxK5SRxcByjxGsvzODiEIhgbjBp8n9nwTZEZB+WtlDMGdSGtklwj&#10;FpLzdMIy8HjbHlKN47YJF+bobrYfmk0gDURZ8WLRtEInWHpGqE1jY6L0rMbzx/6TunHq5M++9ecg&#10;jk13YNmtbp3lyx3IH/ENj6ABNZQswnauSO8qahj6zvNChTobjmuzF13cyFrdrxhUAiCpJQdSBl4S&#10;tEDYTmK6o01EiFltyCzm2Vi727d3/Rd+9mdf8OKXimT60O2GL3jR85eXl+WsPCdux5DdGADNJju0&#10;ZefYxF5tZug+hcyWcxGVCGmOk+PJfOYi0kn0DSfwSHCgBQmItYbq0MHXnacv8EHsTDl6gUbJhnS0&#10;pLsXoryScZZEURyIGk8tCpS6mHZeS/S3Taf+BRsixp5vFNTggckkISqnWdGxkOdow+fMcLMaMW9R&#10;LgkxTS6NZ+koTotzCxWFsv4wh3NE9PIoikizwXlRQji4ewc//JEPf/zjn9nNVKEDy2516ywiliq/&#10;+UmP8ZJXkYloxYMRlaiP0OBqkgf8oCASGehUOuMhuFQYdt/EK4CttzEKUXKLFKWKvL1lgSREC1Gb&#10;2PfI2fKr+2JlZeVn3vyml738ZUXhfVbSJ3jRJRddcvHFvN1zsiM5+LC2KJAVpRKdjuS4x5Qb7S5F&#10;YbUQmc1GzkaOOeHfkjK1qWqJhnftk4FkH3QCG2PT/EqRcFmqKotd+qeCWWPw8UmwQswMqMokl4Pp&#10;OE6YUDoks30rZ9VM3B2E8Gq4V80VBUOx3Iw1CbbuxiYXWBhCcVdzDjaLb8R8rVWwXpfLsYF5Bsf8&#10;mYAXGfK4YcqIp49se241iTUnqyZ3j+Ph9n/6v3/XenLZgWW3unW2rwsOnXPwvPMpVpgwgoxjUPXg&#10;zTZ5azaGJwiNTcKcW1tbkPOgvDbseGyYTnEkVKtEezmGvXCfgThSNRAtb5JxlLCL7d+3981v/Pcv&#10;ecUrs7xcQJ1Vfs3VVwf+gTsnaRrDYwqyNg17egT69pClmHu2c0gjkp6itompgg0ZW4n/HoIJvM6V&#10;DSEYXnRqSZXCmhWUIhMbtjyIY4x4ICkpn1RMiKic+QUlZ7g6vcaMT3GGsj0FxL3JRNfqe4rpQ2BM&#10;pWRSHMvD7TyaXc4eSXPYBOo9U+tPXu7whWk7HHDUCZk3ZWFoMjSS/Xd8ld0r3fxgMf5RwZjISsGf&#10;m2DZwR/8Wz70wVOb4w4su9WthwS9vPH6R8qYWIX4RqOWyhuS8l6zKDspaEoDd6SIYSj+2WTyMlHK&#10;Ov5FuIs6IBGG9Tj5YZeKXJz3R9qwvLL8xn/zr1/znd9eZGoX6iyf8PjHZ2DCgqVl2fIJVZb0rcom&#10;hi8hDdlwVFib7sgZyGE2493SuNQpDGM8jGoEWmqi0pZfOCQ+yTOMycycDOrRnGZFAN4sss9w49OX&#10;MplfBgiZ5XMyJofYVv5odJJvT+/MfhiSKVvNT4s8/BjbrZwNO5t9AWeuuu1KlFA9/kNd2JAdats6&#10;aZvkogbPPnRKkjlWlbGCIkn6I5McNM7gxDq4QF+9LNU64WzN0fvu/e3f/I8dWHarWw+FZV78kpei&#10;s7UvkBppE+qQZQViTNIVi9YvdsbymzcsnANn9Yc3ZMfhyjgnYAK8JoLaKCCajbCcMXkBdBGrqyv/&#10;9sd+9JWv+XYrs93rzNmznvPspeWV4HKXOrGHa0+95cJWLcPkhkysAtiah/Oh0F8tA0FQFiyLoA+W&#10;2QSd8P5MmAvk0jThCkOzx06q+GFqtGV8z9DIzQbXunA1fEkmiayaQR7DMCOFTUyEROxPtlK3gvV5&#10;FJKGK9/l2ITPSIQXKp30sHZWO2zaOik7V3dt1drneG1aBjC8PM/GyGvWhiGg4kfRmEbaMLViQvnd&#10;yqjeEaGNS2OmkuyTDMq1RAbOsQp6txZFYca8893vbhZNXHZg2a1unW3rm57+hEsuvSJ4tYTwP65e&#10;qii7tFYmjcSEGQTXHSy3Um8JYVahljWZlfThlFKKlG2EUt0c21hYaDxw4MDP/fRPfff3f/98n3Jm&#10;Hb7o8CNvuF6y+lEGaklOsblgOzqwA82CEQ+hBedptoM7WL9EkdEev6kRy/cQTgLAGmm6I6L+LDML&#10;uZIQu8heeqw5VmwO0HJdnWnUyUVkfLa42RqqCF4K6GIouPKbx1wz5v3xDqNElV+JCGOGm522jWuU&#10;qmVsiFd7QD5MVNW9a894+jft27dvvksqKPpbpg1zHaoBiQkCaokNHVGMDYVgS0kvUqCS2VIMC+mZ&#10;Nbkr+jelNt67uPGzJ1mBdRB4R81tt932h+9+j56buezAslvdOtvKsEVmX/KiF2cUZCE5rcKEWKJk&#10;i0lDFGf7TiyCCCQD8AMEL+mAu2AhZcgkDgRrPsHDxtvRLpll2Q3XX/vud73z5a985WkigtP18pd9&#10;K0Al51HEEYJcJnceNCFiziudqpgIV6I13GnJfS0O67N1X9TTGPYaly1F68KyNsZYYtNQJ/Z0VDBM&#10;5S3RQi+ZCrWnL8naxEyPrkEmU4dZqBEgmcXnAOUBuSsGJ+CLn5PYV46WcjbxorUL0XGBy4SQ1113&#10;/e/9/u+94mUvS2JDeHoVmojtzFQ6u4AqyVveUZc9QLZNXItjj9Mk7v+KJlvgQ+wdCVigjXld0+nI&#10;G3R4AXlGjWjdvO03f2teEtuBZbe6dbatLC+/9Z+8pLe8WnrLHg6FgCiS+UJoipFBjYlAqrG7A1FO&#10;bL7qz+Fu2yAPlDCUaVH7owIjku35wDnRkAiS0qc+5Unveuc7b3zEI1D68sBVZiue98Ln7d+33/M/&#10;8iVXkkI+DFMoaebA37aIFF2Tmbk2X+LzXTr0HeVGHW6VoQVoTk+lFrnNeXmV5VpfqOXG6Q7Cy1ki&#10;nl6etQsewyTtSIJZQT52iCVImbjhFwVEdkEjOdENJQaEJFtNB4msnc0HPS2nTPqm9qk339wvyx/8&#10;oR+69pprxJxWthVNmcp+FTm6ouOdRrOBBFnRAciyn1B8l9kYSKGTFHlI8CAm3KBpqrquoAyDnlbm&#10;E3/3yU98/FMdWHarW2f/uuDQOYcvvNCxNkNCf5PuSoadQmeZhExd0yhDQkPJTYroKg5MM912LbM0&#10;e+ZX6O6u1yv/+fd/3zve8Y6D5x/6CoizNOvrazdcd0Oel+j5As2/XFh0G7BiYQ1zppjZbrAtvm4q&#10;y1nwUSfPHS72yjN9mlELxU5//m7jVOtp4DYZ4RdiYbLVri+tYYsfa6OEWeJEqD3jdwkNbMNUq23P&#10;YCzkjqdf/f7gla96tcryQ4cPv+cP/uDRN92UAKRC+7kZ1AyWv0JEMTF+UDmrBom7/2uod9iEbHu0&#10;VLnM8tynSWdBjqwo+tJ/6e6iqqeNrn3J2sq6mrzjHe/swLJb3XpIrHPPOQCn6TjrrSDm3rLkZFaw&#10;z+6lJCshrPQ+3aCppUYRNnxgAjF4rgouNzbBO3z2vufYQ14UP/gv/8Wb3vKWXn9wxtBDu5ajzi97&#10;6YtR/S+kSDfUGGsSmolCEIhykkbI8DQJJiXMTLR85sDKm/qclnfhxIt1N4AUIhqDi2j1gGop//9Z&#10;qh0rnzYWR20cTo33HquX6fNNEcbbHGqro009+AZbodH/VYTQbHl6imzihMysd8+Z4i0TRN+MvPaa&#10;a684ckkGQXEXHr7wne969/Oe/ezMm+Oz54ONpgThj0mcflsTJAycBiu0GruSRlobnH7JF7cVMsY1&#10;aj73+E5AVmQeMk1dT30aq9D//a//R60rjE3twLJb3TqLl7rq6quFl/lpxsosuLiZuSgiND9DhSGO&#10;0PvqHVhOk5M4KO+hn9doNBAX0UM0paQPzLSkPOec/T/5b//ND//Ij3zVT+9Zz3nmueeeF6EyRRsi&#10;IRnN3e1OpsgzNjwL3nzFgtCVQHNUnDE9I6SQcwXJ1PXbYKraV/z8F10kNywl1nrZiCHkcmM0m06r&#10;qV/RQ3/VhFKQ/6B94hNvLvIMObo78px/6Pzf/6//9Vd/+ZfP2b9PsmtdzBjj91MFzJWzznn4B+mi&#10;AL+oxkeReOD0OOf9MWqLIAo1WMshPKQkCtMngJdAMU1VTdx58otf/OKt3ipWdmDZrW6d5eu6a6/N&#10;SDFh2MEmuGWGDZSaizAKaUMivUntx/wZXLGJaZMMHIhUuBj6cGoGIeYqe4979E1/+J4/+L5/9s/y&#10;PP+qn93efetPftzjRMoaxAyb5ViNMPJI5jjU5VNz6ZXJlLyMrEu2zMc9L/dFvDzmZcqvjBcn2hQR&#10;fd/NAyMX++KhDJR8eIOORXCQFgpZ+NKpbhquvoW1ixVJrUJ1KL2GRG7RcuExZ/Js8QHLXu+7vuM1&#10;UN6IuFP0eq/9zu947rd8i0nMK/A9Dfb3rbKBCqZ38AZxOKUjq0WROyTOc497Aq3TIbyrrismnZrt&#10;qKyIidVeLovKWF/wAOBt6qlu6re97beFqTuw7Fa3zvL1jG9+ysqedeuDn2LyEcVxAD2ylLibUp4Q&#10;iEihgW4zccgQhK/QcdNi1lhN7eagnWzNfktfW1v90R9+w7vf854bbrzxTLQ8p1nuQr79ta8mh9td&#10;HlmSsbYKs4w0PMJ7cqsUnbbjcMiP2SHqStL8Rc+tQVCKYkshTjfTsVDiK1kBi+kg7VLw7P3M34Ek&#10;67sYFk2JYyImUis5O/AhdlfA7pKCOVt3tYsmMqNMaRe4xJ9efeVVF1/6sAX8XmX/9Hte1+/3DU+m&#10;2mAZGCZNLSWMsMMAZVMqziXxpRHyj/WAmTvcdLAJwOm+5zCzqR1oVqZpbER9MkwU5GZgod6OgS2q&#10;bqoPfuiDn7/tjg4su9Wts3ytrCxdeeRKJIUCBwdZVCKDL7bfdFC6YudVL5LDOoifcUNNzqElJ1DM&#10;wpZleab79fPOO/dXfukXX//DP7y6uvo1qDKr7IZHPfLyyy6NKpBdqE3qcxvAKEmcnrm5aclPk+YZ&#10;o4chA9j58vJuZefTljQXX/JuRwQbAkWDHhV9fRNnJT65mGQ2PxHniMV/zqCkvPCaU7p5GrB0D/C4&#10;xz422+WE9MibHn3DNdc4QHOQBgVUmOmoJlVd+YFIE0A0huTg4YAHh5iFpu1JCaNEjnI6zlkUMDfl&#10;q6yQFK1hCkVzDrbD2xyU1ZLDXz0mT0aj3/tPv9+BZbe6dZYvd6J+wmMfg8mASZmRd3m2jYVmEgU7&#10;w8AFVvoIWRQWu5Tkme/ZDVSy7xoNdLZBAgHZne+vverKP3j3u170ohepr7BoeRpuudQvvvGpT4nJ&#10;GAtZmExHLWMfjMYNW9jYAv5AXKL1wQKTAHvGnVq5GELmip+71UXjm7bYTC7krAlBCiYgwNChnA9p&#10;WXD4YM5td60b7y7flcLYNAyz9XxROZyX5Ytf+jIhFpdtVZa/4Q0/5O0oPKRlSsWJIF9N9SBaVdXU&#10;cUMEOSwBowmBRbdFy7a3PDDD9FoFT3tfPffL/yfh0bKq6qm7Q8i2hP8usJ7rXgkIiHZEs/qLv/pz&#10;tHHswLJb3Tp7l1JXXnUkz3t4Ug4T6wgSvKDuJHRIL2qNIcqwg4bIwrn9UkbTVEmT9bxnA8qUZfHi&#10;Fzz/ve9977XXXSfObJLyjLll8dKXvTTc4YLmJQ+TSnKTT0hj8isGDeDDr0S7GhjYE5SxLOXCMquv&#10;VBu7q4poV3xpW7O2y7x2t2rnjLwmScFszenP/a45/cXMM9vUs3DBJUlGUP6XYAeHVPrLTU2Peldc&#10;dvmjHvWI0zzos577nNd9x3fsW19Hj/NMoWbWEb4CTOlQwyNBsOrJIZrOw9QINyO5f6m8oy9iJSZZ&#10;0rvPvoiea+aea/pPu6OZ0+m0ARj2ZVhjHZx6AzywP/j8F7/4t3/7MQfWHVh2q1tn87r++of3lpZh&#10;+1Aat9EWc5LkkE7FUk79NRSWm2eZ4GRg9EnB6p8Qop3pxDVL5j2KYx0uuujwr/7yL/3G29++d/++&#10;r8cTvOa6a9Z8UTe4K7RLn6heRfu3xAJXJB62yfbfilgWIgwWgJErWdEurrGqXcrAqWJz4fT9mdDQ&#10;M+Kvth2NmeRxpj9vX5icT5gWiduAOM3jWjE7nmpTA3Rionzu8p+dx3zDTUV+el6r3vqLv/i8Zz0T&#10;RyD9ewYEE09dmY8QycC4V2Eb0seLg4DHwNCIuxbvI0H816BlIXy8McIzVgtkSDpzUIz9zSwzoAbS&#10;8D9v6OMtlJWfGaonv/Wbv4PPM+82lG5162xdBw6sX3nk6v/32D1Qbm200VmWJUYxDvxyZgkw38aO&#10;qNLK4JQaGdqZzkv4f7hN6Gk33/yWn/qpyy67RGVfr32mLMuLDh/e3NpC51tBNnItk1vUiPjmK9dc&#10;U7O9FAIjvBDyk1kgKVAXGejMh0ZLGmG1p/fCfYAO3+43iHVXeRrfBdt+Tg/AI9MLXXgBaToHv0ZB&#10;d0P+FSoknMj0xcAag3jC45/kOOJpCwV+DXe2dFOHJGnEc//hlFjOlcF5CkXOlDPOkW2Ij+jGoKRN&#10;u9UZSIWtaIVUU9XBoa9CVZs1jREelGv3ATa+RKs//OG/qbUsio5ZdqtbZ/OSz/6Wb8nynvX1K83Z&#10;HJK3icxYsBfgpArLBUV/lkd3aexkwmClWFiGTL4Dgyp+wvuSh138qz//8//tXe+47PLLhPy6bjL6&#10;0ksuoely0VZ3JHiJ1DDPC8dODJBmFerSUfFEvEqwr5+MWCrFXMvy9JMechfKeBpCKb6SX0mquAv/&#10;POCKuZbpsOwsKLafTHohMtboBUdLh9xQizVMizVYKYty8PgnPvaB30utVV4oTCf3gyBFUZYFfAWK&#10;Vo1mUp5bglrH3wwmRbAUj5714E4Ac5Yg48FMEkyOM3ToCb6HsgXV/u78Pbq/esZaV9jmv+vuO9/1&#10;397VlWG71a2zeRmrnvFNT1hZ3YtJgeFw7edJkEBaEfWVHuxUqhiVQoYkxjbPSP6VGK46wFpdXn71&#10;K1/5V3/1l694zat9w+lr2aRcjCY3PepRksxh09QOGaJC+KWA3lUGw4g0V0rcgrbRKE5BewLf+lLR&#10;6S2NlDodTNo4fiO+wqH/hbSvJVa1p7UsP3PHgPnby/kbcNtScKsaRmjCZWHKN9rE6yTr1HKItAlF&#10;/gsvOHT44osWf0RDHJfvQep+WSL3g8mcGDnp3pVer3QfYC9aMtrPi3g6qFCDlfHC6ohNRkRRDQSd&#10;dZH4vxt0LJRztW6lqHCvQTfrxT5N8/73vb8rw3arW2fzcvvBRZdeeNllR27dOJpBTCN1KLEFmQQs&#10;W0qklGEIn0zJOY6JTafbgImxXJ7U+Z306isf/rM/+9bHP+ExQmT/YKeBq656OIkdbYKUc5ATJvNk&#10;noPhreY8YhGDPohkZGSJSpJKaUP/zs76tYqWud0s1d6tBjvflTxtfdUuSuuyD1jR/cpQeb76ai06&#10;tbYuScqg9mK9GCWayQCu4aXmcvQVl14yYwHhjXImkz+/5QN/+z8//ulPf/qLt90GgSLmrrvvcaRS&#10;cPZkPOhYb83jvlP2+tq3KmuESfCIyLAoEl4s3y5Naa5Cgwnber/w9mhY0T4k8FPxR0nHTfO8+Oit&#10;t9Z13YFlt7p1NnPLTNvnPfubP/WpW0fDLZHm4nLBLeRAQp3JBjmrxKQq2lOi20sw7JFhq1Jyz549&#10;r3rFK/7Vv/rBtfX1fzCkxNPAox59U6/fm4zHxIZbXuoy1gwZFyHY2deZyfgNNnYVTdQUeXkHJVSI&#10;80zSsOUMlTxdHfV0N1sgLp7RAaHr0Gl/Zbff/arxUrDAKUXQGUdD7ibaAH4iSsasxGEW99mA3730&#10;ssvDawZEUr/j9/7zT77pLfccPao9PWUZECSkutOM8nmf/KEj4ymspZoMqrCCDHpqj4OZYj0Rpov4&#10;f3sTQUZ2/zMVw85M8tqiAswIE7h1UPPCo3rlkPuEnzxx7FOf/EwHlt3q1tnMLU2Wv/a7XvHBP/vz&#10;v/nvf8qhRryvWROP2yCNgC4TJuhKyyGD6T7KuZW0LaJU/8qHH3nLm9/8pJufdAZ5TV/rs4Axy8tL&#10;+9bX751MUV+ysJKpWNMko4OdzCGV086IROM2KoNfjzEt+4LFY46hhLsLNEopvhYM8IFXKyRy7jvz&#10;P90V5GP+jKDEb5Fyd+SUOh1VtfQjqut6syfIoyzKEsuz7pN3/z33/OC//Bfv/cAtNEYJtoMUHKr8&#10;ZIhoaqjAZuDuC3eoMjCi8j9tdOMeMwNRbKEyd+Kp6opMZcGjHp00cLhTwuyIxFHLkBoNRyIKDBOQ&#10;EGAQrY1o4yW+nY5cunu75UN/1vUsu9Wts3nlSvWL7I3/7sf2HTgEPZ0Md8wsy+FQH4zKLOdeskvN&#10;vFkpDxzQtJpS63vXv/d133XLh265+alP4dSjf9AtBbtol1x8MYRQBg/1SCs5XEyKxNw1adG1Zjvi&#10;33myXlLmhllI7+YbhKfvU57OaOi0bO8BO5GLdUOLxEGLrnl3X55Wp7bd2uSKhEwznA2O9sduovun&#10;e+1YDi2/9Pd//6IXvvCP3n8LBWhbdnpX2J7MKE7VoLGiZbkq54TAPcKUiHa00nh1tyryHGPjsNXs&#10;p4a9iYEPeTZ0wZiGiRq0DLWyVGiQVtpWKHnrjYxh4Oav//p/dMyyW906y1eWl9dfd+Sn3/Sm17/h&#10;9RunTjCkZQCcJhIw0ZrAZLCJoJIpYpnK610f9pxnPut13/O6Cw8ffmA37a8rXmbq8IUXtulg5MOc&#10;MJ08NxHasiJkpyQAkFSqPTVqUhyZ7xQGrraIxrXKsA9YOMW7QgcJMT+tcQb3kCZy4Fua0tnTDaXI&#10;Rd+0LY5MlVh+ffjjgUOLeAITXk7q9VPkQ4tvh6/nw/jil774xRe86MV33HmXQCs+d5vMet9eFYaS&#10;/BkORDkaxdtKZNgR97VxMJiCdjIFv5jagWVOtdRMoVkP5JZIEh41DRQ/tFJhZBbblxTfDacgEzvS&#10;i4g1vCn245/8VAeW3erWQ6Ie+5znfuNk+sYf+fEf3d445bmjNm5f0yYKXITAnahVacRdj4pacLa/&#10;/uprXvOaV7/iVa/wGkSQYPwDs8nZJybVkSNHBM6gW5FueZHwsLUQdq4ktR1TKU1QeUru2IJdnDFt&#10;HWzri93wjEAiYSynEfvM8DlgS7k444HLecicI0iLLz4MRKKFQJyQSe/QtqCTgqTbOTOIKzjEYdlF&#10;0eMavLx4MvvTD33owPra7/6X37/9jrta1+mOWdBxRNboO4Sg63EfN4hz9kosJYJiyBcz3CfWO7xa&#10;mQtlIGuUrjbLHEn0v0oXrhzhzIEUwsiJd/PxiJmhgyMMYvpPQAb+S9rykWHmDcMBZPfl5sYpaf9h&#10;6ujd6la3/v9f5v/5q4/81M/83K23fkxAfhFWYiEO2msOoZdDM3IY3KiwZ6TUeeee9+ibbnrlK15x&#10;8zc+FSIJ/xGtD77/Ay9/5asVV8wC2iXD8yTuCVVZrsK1Kae1IbQJdSipexzcswMVZXeBqDl6J2dg&#10;+/RyWTQ2dbs/2JOqr4hWnsZ7NkmTITwksBQ40B9bjDNIieRQKSXZzych5TLY3fmRJD8VWeJ4Et6F&#10;iYiD3UdvUU4eUqGmTUVixTXdjM9mVP7WuqEiMlRfEVPB3A6HVUhzRPE4Cqu0ilWyvtfo7sVBuLcz&#10;bHR6skHPdE+TKZkl5HrbaKWQyJ3dHfpZzw4su9WthxBaWlNPq8987rb3/ckHv3z7l44fO3r85KnR&#10;eLyxtV1NJ1VV63riNjW3k5T9/urKyvnnHrzs0suf97znPvkpT1xdXQlq/n9U6/Yv3X7Tox+HMMN+&#10;3zGZMhHHJiATtK1tRONeGs3+zfTzgIFJ0fYKn28K7lYaPROw9MrN4HaL2WeLIPA0aC34WQTWGIfw&#10;ZRxHxTqnTTzqFqOxRLs4Of+kEIbdRfZ6Pl0LXy4YulGGG5wq9jVxCEeijytbuUpKxQnhzuiJIQKw&#10;2db8bOv5tbzdNShpSQzLNgXg9Wqw0wkI26CSVnAuqVIqTZkO7/RMvx6mOvMOLLvVrW65Xcfty/qO&#10;O4/edvuduqkH/f5NN93YL3P22MSe0j9SPWCj7ZUPv+rEyZMOLFsWNdFXYR4GZmqMpMwJm74VLYvw&#10;FDvmXV5PA5YpNM6WZNtoiRHLPN9pqTgp5EzttMWQlBJx1N4sVAPF68HSsR/nYKceEX9rNgal/USg&#10;Jajgo9Bilu7rstd3tzJJ1geOPxrCTver3mQHcjxMxiYDjWeNPkIrOAlZUN8onuzkziJVAmyrvq08&#10;4uJoE+MlGwahmEdRix0w0oEkwKVnkw0YyXqL9kzV1dT9rk+LhpYmMVVhk3TzyCwTs4Nudatb3Qp7&#10;pZQPqis2T3zC0z71mU+7r5BcUhHV6kzlVszJbMLgPJUoeXo9Se2YSduA4UsrRQssT/MineG2yrPz&#10;XOYN8/0sPpqnjClYkm9OApOnf+8AithewqIaFaaGZJgsTF4QQdO0Du0UZbbYkIeKX+RFCR1Wi8Zy&#10;7OWQhfDwAJb4jiBvVkz10Ng1dE+RhIIho2L+Z7Ad0OLoSPE9f00KAMlVeUkOfAHq7wyEWuTQlIHf&#10;IQV3KwlaIl/RRficJfHJ6UZ5YO9Wt7rVrfn64IMIKq145A03fPoznw78g2KbfCGuFjR1IEOh1Q/W&#10;WUmKStOaGUhDqVqVSNylpZyZp1zEWOmeFvYpvVyTO6ogHpHkkGR96RvQy12bsiRDCoYyCO2izPOD&#10;+/a66z6xuTGupo3WgSGHEOx2omQgpgZ6ujJooAxNHGbQxTQysQCQNK0h8yyXIW5FEsAa3eDrk4OP&#10;K149D2NIvDchsBsYryRcnQXFDfr0CggPCecXQG+jOAKTQR3xkiRINtViQTfdooTYhtfKWwwoP7Jp&#10;HY9UCM8gI4KZE1+JVXnuMVIbCB6REF3pgTyj/Od2UZqJdweW3epWtx7cyyHhVVc/3DsKBfEqbaho&#10;560RgUSr/Ih1Oyt2D9kIbCzyuRlf3NMSyTipCMMJoY0XXGjxgvetru5f37NU9tzfG91MqtpnHEPe&#10;MdYP3UVOax98fM3llz3vxhsu3rPufnlrOPn43Xd85PY7PnfHnYYp78I6MwthFE90kMKG2s8ec0jJ&#10;k+MYBuVYqcTzSKIPDrC+DG8Ar4ykl5GEPp5HZn6MxLsnUiE1klFQ+oDxDqpvvB0PWKazJitmqKGW&#10;yl0Rx1YbGTKcsRwAWG6o8KvhStBHI96Jr8mDlY/HRTBGdgcDIrGeSirQEGk01kBm781gUdPULpDj&#10;29WBZbe61a0H+zKra2vIf0KhT3tGkhuSk1gZPUsXUGgCNp58EIwYbXJpUehiWIcZ1UPtO0pg0vMw&#10;wzVeSYXB/ND+/Zecd+DIOfsvPnjg3P17Sm0cGq4OVsTSoDFmujPCInLjYCD3BK2yYntrdM76nvWl&#10;1dKXC+Xq0tL+1eVHHbrgvaurXzx16stH7zMM+Yjugl1vk78ST5KSJoEUZCsLsr9p8eL4Wpl4mFBQ&#10;GFZJvgs8hEETH5K2+jvH10ZhoriP1vYOiAYzbYLXg/V2g0ZC2CqAItj3BDNF/yuSG4UZy1SlTeNK&#10;mfcF9o+nH4VnJv9JkDBoAgVgjRQTjWTJaciPGsOPlY/ZUWiG4A4qkDutkra2Pwt0YNmtbnXrQb+I&#10;/DGXgUyuDFmRkRqG3I2ciWCO1ndYPZxXq4byI5QrZQirtFIs9odNfG9MKH4OynLP2tpqv79vefXi&#10;A3uvPPfgJfv2rPTddlz0lgcKJgGV7jVaql5mVKnW1jxE1LVoam2ayXR0ajId7N+7OljOswIlpkXR&#10;U0We9fInXXnJ5SfWTl5yofvtY8PxRz792eF0SoFrgoKQsbcH8xs0WUFSGhygBcRTLVtDMj2KryrE&#10;nRoQA6ejqb716H9LA0hLgCJBeTXow65Ji9uKDpU01QPY1niTC5WR16wH40B5UbPDxkGSFVugpEU+&#10;GuZ9sPPquSsOxGDX1GBFF28ssNYKiKnA2QB9D5HLwvUrbLi6T4yjmLPpmx1Ydqtb3XrQF2Ix4FnY&#10;yDWofyZ0nmXG762NH033+zonVQIJ481f8SgJ5RkHtzxf0PO4a9lbnTNOrEjmLgJ++JqoFxZZcei8&#10;c6+7+MJLD+y75sKDq0VmplNoycmVpbUid6iXZ34iXoqynw9kNd4s6qq3tGc63RptnXCPWCyvONiY&#10;bu1sj3XeXx2UPfdbRZH7Pp+STVU7VHFfDPr95V7uflYOli4/d//hPct//qm/v+u+Y/CSCDSLd6so&#10;iiwvicOFSjIXhkXbrp0mTERiBRTRkb9E32BLQlX24kcjKCak4DTM4l7BfM4b9QjB5wlfw9WouAE3&#10;AmygKqaN2KpEI3vC8zCamfhLCUxmdXwUENvPqyovwdXSSmisBp93Eu5mWXzj3ONq+HSE/HMp1Yzf&#10;b9ez7Fa3unVWMEtjmChKqKopBD3Kr8gc4DkOY2BfZk9ST5UAF2GaQhDLQp2LQXBUWGiFvRPv3W/x&#10;3BoNc3lpv9MxyMccuewbrzly1aEDDtsAcnXtOGJe1tW4Gk/VdFIu7fN+N9IDmB8P9UGga9t33i7K&#10;+/P+2vJaPh7ubN1/1OY9IfsraysOJD0UOXT0zwh8a5q6nlST6djdpxS63+9b3biHu2B1+bVPe+IX&#10;7r7vzo3NO+4/fuf99zUa7WlEllG1kyuukngZPl+ZBUTEIqmk9FNsRgqc+28x74B9aTma7o0NWOnl&#10;MWJGRWwxFE4GY4HQg8T+Kc9litDrTVwRDDkTIov12ZOWK8wogyWPAuyawnPP0OsnXBAEfinFhNq9&#10;He4V1T7OCzguQKY3CkoqER1Ydqtb3To78BJKhT6oEuzOKNoa91xPivLc/VRq4TET4lVs5hHI9+sk&#10;hbEoSRlcFpQsMjIjvzvjvm1MkrMh2FB2dal/1cUX33TxBVeff+45/d7yYKksC09Xc2RR2kzH1gFX&#10;NbH9ZccE3SaeFT2Qp9TTulK9vFxZPX7X7Utre8v+nkbLWpeZyst+Id39wAyiBaFKY02t66qajIdb&#10;prbVeFxI2SuU2+oLd4WZKqy+ZN+Kg2p1wzVfPn7y1i/cdmxjYzitdhqaOlU0V0rgYT2uGZWazoOC&#10;JhE+WaqcypbXnRFBSIygorh4nVmr8ZseAoXMVY5yVj5bGJ7xYMUsWxDgNI22NY+QYsHAGlImwasN&#10;w5oSRT1weJCUxkoTIu51g7EQzZV5tHePpkhhFNUY8mn3fdGicPwS5bIy2vjQ83bo2YFlt7rVrbMC&#10;LFm1SMRFySBOCdVFGFcAE9KmQSNWSTpPtD/z8cKecEmalwDENWH00LKAFrGzUNnF55174+WXPOqS&#10;Cw4f2DeQ0AuzSm8NzVR7G7heZjwogd93npu6qsdDM1iRTQ3yzspUjZdoSlWPx54qTis90n1TFzIf&#10;lH1HdKqdodv7l1ZXHX64q3V3MKnGjgPVk4mjq54J5WLP6p7RaDLo99zVLfcLh+W9otza2Tpnff3S&#10;/atL5vxpfY5Dyz/65BeaMLtpMffYhMTrloFDdEVANQ6eFiwVq7EaLRnk0Go1OvLjPSqf3sX4Ct/F&#10;eRh8YO+q6LksMHWELIQxGmjxYyRGkvJWECEGN0D/HmiHgtpR38zPUErmuFIy79emBudX0OtKrNwi&#10;/SX8kzIyWgU3wifqCagRDjI9Gc0zGZyeOmbZrW5162xByhghQgwlCcfAkiNu8QrLj7lA1Q+OGCpw&#10;fcUqIohFvQcplhKTSRSO+5TywMrKk658+M1XXHz+2mq53PdZG5kVee7oq6jqKs9s5UhOJYtST6aO&#10;yQrTyPFQjIZ6OjFN1ZiqyHpmPHaP2FgxHQ0bh5aj7Xz5wOreA0t5z+3WTWMauKfheDh0V9XzdG1j&#10;a3NajUyjHVyu7tnr+GUOFua57/Y1/aVVxzw9kRONGCxtj4Z7lpcHuVpbXlvtTZeKfKtqwuQiP8EA&#10;byKEMLe+yU1ZS5OjNH1hGVBnkr0EG9YHYyEMCWcRLPvagXEBF08Jz7CpadmLTuzihWSZaGoU3aK7&#10;ENTGGenRPF/ARChdFxZXhWkdnkQInaYBEgtJmF7g45MGsiz8uvvTgWW3utWts2Ax0+FRdiygppY3&#10;wVFdhhlDVs/idun3a2xc0jAkGgbIWDq09uDa6jNvuPbpRy5dX15yQCXL0rG9pX6p3QabS+sgzuq8&#10;l023h+NcNcNpVe24+22aajzc2NzY2Dhxaml93T1cnStHQevppHawWI0mo4kVywfOO+QJjfXEyfMu&#10;q0fjscPIzc0T+aA3qSYb2xuT6Y7bxFdW1o5v3Ktked6hi4/fd+faYM+krsuylKaA5mQjq1qPq6rR&#10;Ks8HxZJjoauD/tZ0CwGR5TCSkrGFSKPaZMrWaYgzgCglQeIojGLbWDuLZyayedTjiCAJwns1AVVZ&#10;ONWCRs/58Mcqev7xHbCLL9RXiR1ShZh1SUxVZTQjgv70rI45AWAWAYEbQ8HGs3TjzsGnW93q1lkB&#10;lUnUCH7DAAxwrjV3LnnHBw9Rn1FsRMzhQv8zP4AAHmnSqKVef9DrlQ4U/a3FRefse+1jHnFwaZDn&#10;Pd8CtU012clFz9bWUzUgJPV4oms9mg6bie03RT3ZbpSpRltbW5tbG8MTk8lV+w9qmTXTsXF41kym&#10;00ml3d0vrfX62XSkdC6z0oC1D5Yzx6Ph9nRkJ0N3n6fGW7qqslxsDLf37zvv3Asu2D5x7/Ly6tbO&#10;5vkXXqqbOheZu4Sp1Q6i8izXusqL3NjG4edqv0QUAriTXphLOhsbBhbnvPJs8JYDzKPuLrJMy458&#10;cpGlUYgWiQZ8iRUfhkRygKhFQzlLcGqIvAJWWT/UQfBIc5bsWZS0Hg3njdBbbpI+JY6BJlavbfN6&#10;2/JDDIZ5CMBEVpW86OJLOrDsVre6dbYUY71uUxlpQgOMZLGw30HZrzVwwJurRjNZ9731paVvOHLk&#10;YQf2H96//9z1lT1FP9fGq1m9pc7knJXVXlZkee4rgJNpMxoqobO1QVV7LwE9rWphp2OHbpPh5o4j&#10;lf3lsrGTqplMtnY2dnbuPTW67tprprW7uw1d17Lypt61yNYOHC7zUhs9biZqYzNfXlJFzyFUM52M&#10;p8Pt0fb2dDxtqhObJ3bqsVLFoD84dHB/kTXH7/5yf2l1c/OkQ8pmutMr95SD3qlj9+UqN1IrkWmr&#10;s6yomrpQ6oK9a5+77wSpcqBX6Ngw2toJEvwaTBERkZ+T3AmbgkEoC/eQSbbA48ZkKohVgIaR6wXS&#10;iiVckBBlzF792cCXvoWO9VqWwip2gG+FbFryuiNy6QXCjTvcmBDU1TKUUJRDY1OTgZlQ0uTYFT45&#10;CLfWlmXv9a9/fQeW3epWt84GoAzEwSZjjyKW4LBzGeKdsX0JDTXeUy86uP/Hn/vMC9bXYV5fymnj&#10;YE361pcZjkd7fHtyT97LzWjcDDcn06H7wfKB800utzY3J9ubNq/Gxuxs7zS1PnVquyzyYaP9fMd0&#10;tDWc3L0xObi20lPN/fffaaZVf7BUiNxou+9hDy+LgTSZKPP+eYfHx++2O1tFPqiqejrc2dra2Bzv&#10;7Eyn9568//jGsF8WvZ4s5fjEyWNq/0Ffrh1PDxw8PNrZKHvLS2W2cd89sr/sxcC6Ef7Y4Idlyjx3&#10;/PXQniXlzwX8WknW+VoCQiynWnYkoL6fJfYH6h6DoxyMrwKAE4ZEYPIkMag3OANiwRxHhKjQiEvk&#10;JeDfBYVsEh1l/bgluARoVLGin54fLlVyvoKKUJfRo2PfkqIucXokiGyD460mo4OWQUWKoywDMgpK&#10;4WWv/wP//Ade+cpv7cCyW93q1tlQh8UOpWc0cezPU4QMA0PijF7Q65CixHcwQZv5isc86pK9ezzj&#10;zP1co5maZjSux5O61qJoclW6HzTDcbO9NRluORrTX1lqbL19avv+u+48tnOqFno4nWjh8Eg2tTVj&#10;XetqOq7rWhhZ7u0N9pU991fZL5dXzvGGAe6he0WWlWW/r0ReWDndHhXr59WTaTUaTzwd3dzYOHVs&#10;eyNXcknqC/b2B4MVh7K5h8xeUfTW9uyXerp5/P718w4VUpy4957e2r489yXcydCR4ann2U2z3CvN&#10;RFy0f3+ZqTB2Sa8aMHA/7MHnijg3gicMkOfwkSOx0oVjB2pjZUyjJG7p9a6WQ0XCvKWQLOSxbEpL&#10;XBVjLw1mawOMkbaGs8ekEGLOfzdoXImKohzWcOCJu/IstWkSgoaIhJhzOgzACSOh/ABKHrniyh9+&#10;wxte8KLn5l3Pslvd6tbZgZUitKDSrEruSdGMHjcvU386VGf2ZHbtgXP8rLpUWk+autGj8XC441ig&#10;g7umalRvY2C0nI5HO5tVPWqUsYXaPn7i7hPHP37f/cc2RyqTKyuFg6pSybWVsp/3ZbOslrN+VmRu&#10;29Zq/749+/cvCVur/sBrca3Jp6IclI6ylXmhoYe6tXFy5Ojsxs6OHh3dOn50uLlUqPXV5WFPnNra&#10;0NOdWupMDGyumnq0ebLu5f2iV4x2thygDPp9I+3IAbx2KD/xjyAbhx+lVBNvQGMPrCx9+eRGQqeC&#10;r41BM3VuUpLdeEK5qMyKZVvmn+xKEHJLvImrNcHujgGNBygtKq6YU8rA+Vhgm3EopoUIZ4n8Uqbv&#10;pJi1rbfBiCdJ0wyBmiRzlTatP8wY+qZg6cvL7jry4hse+ahXf9urXvTSF66uruJPOrDsVre69eAv&#10;wsbYZG9Y6ugd+7uAPiXkTEVVZvgt2oQzmU2r8XTb31SbpnJ4uOP5nfbG2lPHEse2Xi9XRDXeGm7d&#10;s705sY0W2bGd0X3DKs97B9f3r60Ue1aX+8r2MtXvZ4Mydww1y/vN2Iw2GpX1zjn/HNVs1JOJMVXW&#10;WymMmNTD6dE77Pp+0xfl+r6de+4enjiRZ+rYxtE7Tx1tivyiQ4dt04xHW8vLq6ooTxw/NhmPt8fT&#10;Ynvc7/d6S0uDsnI/yhrfm5xmmd3Zqhp38VN3yZ7zZX42v5dny72+lva89bXbT22K1nCIRI8+LGBj&#10;bxJqrbPFTgA/S4kfQoW8EXid/cg+SX4su6vzQ3AqmEFbB4Y99KWVPNxpGE0lz5/4ywBdFVZlG2PR&#10;1VByW5RzYISdL8ymqZ8awlvCT0OrMpX8IMrmRXnkiiue++xnP/e5z732hqsxSTrccweW3epWtx70&#10;6/bb70jrdDLpXKLUpyX4iCldaOfqSYnjXrfdf3z5PNF4zJyMJ15dM609Uk5NU2v7hZPHl8piNBme&#10;mFZDb0LqBxz7Zf/gYLWpTSZFqTLRNDZzGOrYU25tkWdF0ZN5VtqmdIQwLz1i2HFlGpX36sa3FrP7&#10;j96xvrWVFYOm7A2rqbvA++66+45jR/es77vgwgvzsoBncP69R+/Wo+3lQf/UztBRWG1141hXM/Vg&#10;o+ul1b2Nroajk1k+cPdQV5UA5zbHipe8VV6+sro6mtYH11ZTWmbDpAXXIL2wRWQMMxqIZMb5jqBS&#10;JQ6IWGhSDTL78hpm62wQSF67Me1LUDCmRyLLzhGM3MxayZ0AOCZIU7G+KtsinTAJYts++Iqrx5Qv&#10;xkYENGES3CvgmZdlefmllz/7mc981nOeef0NN7qnUBTl/GesA8tudatbD/Zl/u6TnxKB2ohkvC4y&#10;SHbfDhP1QfEJU5YOAN71qc8N5DQzens0Ork93ph6Xjl1KGRtpW2FprLKDIp80CsxKKNqHDDV/pdz&#10;uTm1240aFFm/1r3JsKccmp6SmSrUoLR79uw/lK+UUjrKub+uVNM46FzJllQttu9y5HJ83Co1kXJk&#10;vC/feeurthnrnZPZ0lJW5O7yztm31ivF3fcfk/m0MbV29LGe9upenU/clp/vOBxd7i8PhPcG8r5v&#10;uZ/XFKU323OoXjruu1NtDjJJk4oiTk2SQBVNdHliEm6VyWhKgH5yceaShTOCfXksS4EkdTGhFxpH&#10;JEUQCnHkiLtPTZQu0dpQgBi68TFxRO8IP0FqwOKVTejsXIGhNaypZJwdgga2Fn4QJUcPfff+3HD9&#10;9U98/JO+9eUvufb6a31/1/s+6d1gsQPLbnWrWw9yqDTiS1++PWyYvvdmgiVsoCGWtJEUzASNMndD&#10;I8l0zYrP33fiFza2VvtF05htxy8dJKG80rfOdJjJy6Bxl/m0ZLXSK/YOiqXcJ3oIMOzOwTjPO9Np&#10;UzlYA5mno3c3Hr7v5qWbeuWS1IPlrNS6njj+sn7owvMPKmNuveXd93z581ceufLiA3u9l91oS1Uy&#10;6/cdoky3T06qcVVN3E6+OiiU2nvs1KnaeJlu3dSOxbrHLPoD4Tt8ZlKP3C1XfGJJPp5sD8rlsiiL&#10;orBg5z7oeYfyxibT9v5LhKxQEU1UPEFPLML0RjAcsJy9FbArjGDCXcErTdOZoQ/KzUKHVFo3giK4&#10;fa5LSI2BS9VECBP9q0lalhbbpDEFRYjE9zWtxwqOqgYZkaf8KssOHbrwGd/09G996Use+7hH51kO&#10;5yj4P7yHu33MOrDsVre69eBeVd0cO35CcuQEEBXJE/PChlF7IDrQZlPB7wdoEJXsGq2PjcyJcWXB&#10;WhZuHEbvMySk7tcbHHJvvHXc1nhy76bM2KQbJ//Qjl3jxUjZy/MLDpyz9+BFRb68trxH5aWuzc7G&#10;qdULLyt7pd45Ue+cuP6qy889sOxQut+Ytb175cF93uxuZyiKQaOXq2q6s7013BnaamSb6d615e1R&#10;7ZilDwMbN1o2zWTqU70y3yMdDAo92YaszMFSf62f9xxINI4i19Valu9fWT66tY2hykEIJYNjKh83&#10;BM3842iqgskQMDGgPJYoooKoS3YmUOwb68dytI1DGiH9jKqfFJ1ND0L2sIrbjf519p4FlBkyv8Kj&#10;m6hltWntPS3Ih/vcs3ffEx//hBe94HnPfPazlpeXyFJeqTP8mHVg2a1udevBvT73mc+NJ1NyeLFx&#10;hM7OlOmA25A3umV3NIl1P2UpwomdYIGgQiSJ4DQuv7zeBOQtlmf4PG5y/JPGkGGsASq1trJy0bnn&#10;3nDxxU+57JJ9/cFSbyCKQjhEy0yvJybH7pioftkXe/ecI6Y7QjZ3ffnzhTBF3cuLnu07Hih3Tp0q&#10;slL1e0KsZkXZ16tLo9Hm5pYpmwIoNdBZP4FSluXS8tJgdXVlac/K0nrdjLc2NtYciVW5o1Sj7e3N&#10;ne26mpy7tnb/9g67sooQrSUTC9z4enFT0HrBFCWEAAmV4HhOlnVooMOvd3DrAb4YH4T8ehU/crAp&#10;Byt1i0ZBoWI7U1ydgUrJjnfsU7AYI7HIe+DAgRuvv/6bn/GMl/+Tl62srnnYy/MEds90dWDZrW51&#10;68EOlp/xGZayRTLE/HYYQI8EsVh580JZA3JZoxvLVUaPkhaLk6hC8SnKKhQfUeuiMEnYhByo8LgO&#10;PB5x+eXf+dSb9y4NsiJvpvW0qmQmew6r+1pM63qim3osl6qJVtPGSDOtxpNxUxe9aV81vXJNLJX1&#10;NF/KitHmdp65ZQarWea+VeRL/UFttdWmmk6bamJ1MxgMemXp/t9b6ntIbca2rtfX1peXV3zs5XBn&#10;Y/PUznjU1ObQ+uon7k46tvwKASAZybMdHKCNT5jqrioOI1ommiGQxXLBlQgfIJriKR0b2p/amLa9&#10;DlB7gFCtDQO3WGihjg8lk8nNmSZlKoUte70jRx7+3Gc9+/u+/3v27tv7v/8x68CyW93q1oN7ffYz&#10;n51jFzIOCaD+xGLccDCgkcaHOIaRdYsRE4SXHFwpMQoYcxEFW7vZoMC0koqHytEoAFGDxPa8ffu/&#10;6ylP2rO67LChcRhlGuUgZ+TgapKNMg3S1a1TG7U0E5WfLMXBleWd8dbOcKSK7MBSvzZjVSHl1fly&#10;Odne8aVdRx49pEy8iGgibZ4tLy171aiui7wcLC8XRc+jqsoc9udV7a5morWtqu3hznA8klkpmukF&#10;qwO36dcobW0zN4ZPS5XWGOBlWzeUQewjRJzc4OHM8E0ZHAVsvIvQVlyEhWFEcp4gnuY7yY+IS66t&#10;rd38pCd/27e96hnf/DT3IiY8sgPLbnWrWw/V1Rhz4uTJBCst51K0NT6kzMw8S/QdMgtyTbJ6wx4c&#10;1BJzFJ5QDonVkICZo3Mb3r0M4/gweUiJ0fAtyPnyDOwJ11y9NOhPmrqqK8AXq6b1ZLyTSVN5GU61&#10;sbV1/6mtuq4PX3SRI4fNZGdnOjk5msg837jvaJbZpf5ysb630VNTuXuopqOR1I6Teg2R1EL1Ckd0&#10;Mz+ckveK3AE1RGn6eM5JVXmWWplef0XIZnO0c3J7c9w03grW6P2DwZ6lwfHhUATtawpObE8QuVta&#10;0mw568rWFIq7GosRlQyKWGC1ERlDCoiIznc2TYwMrdLwo/ke5DxeonTLwO0PHDj40he99Ad/6AfO&#10;O/cgVInV1/CT1oFlt7rVrQfxyoQ+eeIEbJdYRQQbU3DZ1tBKNJw6QrdXOXjIgPW2R0dlo/pHwBhD&#10;AbHQ3mEHd3uZS7xzritqS3BgQ8mXTWR8krPy0NoMJyMHE1Vdo6yoGg7r4cbO9taorrcnk52R+7cj&#10;lGt+9qSptjaHUyglH9/e2b/aGywtHz9xd3+8U5YDYx09VHnZd7f0PqploYrSI3vmq7PugbMM47wc&#10;X61NpWutfclX9d2zH0+2Ha3cGQ4djk3ralLX7mYHVleO7QwTsInHCQ72iPnPIuigLOpxjMUC7CyM&#10;QRfTaH+wiK+NFYlTXcpSecYVMVXMl1JTiom+7LMwSV1pL7jN8vyahz/8+c97/ne89lUHzz1HyAKZ&#10;6tf2k9aBZbe61a0H8XKc7e+/eJvjTKk5S4uC8JYcEw/JRx1DiQ1QwTjW4AHPdyelND6NRHjdaw0t&#10;TrpZiAMLLjA2uAfBCL+73T0nTm5tbZVFT4PkaDoe72xtnNw6dWJja6eqlNV7e+Vg0Ds2Hu7RXtc6&#10;mtYI1dqIL9198vAhvbS0Nto+ZQc2G/TcQ2bLy0r3zLTSHo1yJbNc5cqDpfHs2h8ClNS2riuPlP0l&#10;IfNaV6PpaDwdD6fe3nbqu4ViaurVXqG8GlZJnv1nDEMyl8EBQ4tZn3GOsmqXb6MXHX6/qSGAMhro&#10;LCyWmmBwn0zEst1eiz9KuYuIByA2L8sbr7/h+77v/3j+i59fKKmU+vp90jqw7Fa3uvUgXm6rdcxp&#10;JkECEyZwLH5eE8t7sTf7hjhHqNdJtFvjeTsovzq+6uDHUknWApGz8rSFQfRq/8K9RzcuOG9ldS3r&#10;FVVdbWyevP/k/ce3RlvjyYo35ZFDYzeb6Vjr7enUVNPG6Eo7WqYGg7KyalTVvb5W/fVhNVpbGYDl&#10;qvulnsNHLyjSFgRJIC7NsqZphG7ADi7zHu7u59PptHbMVW8Mx+PReHs09RFioLo5sbGZmRrYo5l9&#10;YawlaY61KXcMDjiCEyJ58IM6n+i/6i+L28MBR9MIy/QNaB1nJJlIeMYuo8PcwpjM8FtFWV533XXf&#10;+93f+8KXvKDIFMztZF/XT1oHlt3qVrcexGs8nmxubYdNNJlM9xzRYEZjhEwZXO4kgKGVZMQtLStp&#10;RZjMg8Kr7GvTODDyINVYHCZRoGCZkWLGoXshTwzHH/j7226+9HBZFpNqes+JY0c3HWZVmRKnptXE&#10;55A0jgs64JxoszkcVc3U3dPK0kBLY/JsODXLVZ37HOhya2d7eXVv02hhfE6Jw0tdNe6ya+0wz3sg&#10;OChvxlP30A3kbRhVDIdbJ7d3prXZGlXVVJwajYe6cYBppTo+rHaqRiRpjghvaNUaAq3SnqRkO9YZ&#10;21W8kYlBzTRMaTlOpI11M/orkgCJVMKKDrSSrorcd6IkyH+1tLxyzVVXP+Fxj///2Puy5kayM7u7&#10;ZAIksREkwK26urtsuS21NNJMhMIhT4wf7PDT2OEIvXjtGf8YhyP8M/wj/Bf8MJZbHrVqZRWLLFZx&#10;Bzdsud/ru+dNkCV1a6qbRfI7jUCBKDCRyELnyfPd7zvnq7/9Lz/+yRcfvNYKZAkAAO4gxJn65fNn&#10;mWQyZJ3akG96qquMTlwqRwLLbGpynmufUu30jQjTy5DIOeMpd1QcCtXCikIHQDkqLU/8hii5l/TE&#10;n+wfHV1cbCw2heYaRsk4SYVwiotcyLxUNc0KspwPgrWlFg1DJptm01qe11koCDkpWFrkBRPiVxZL&#10;0ySR+yZlcEGkuQ1O0lSPrMhZRkqzLC9kprTYxXwSx5fR8GQ8GY6FtmSTFF1GWYHU5AtmQxYLERqI&#10;bXLliVOmb3FeMiiaSUlWFx7GcYCXOaHmJUyWbq1pq8vxsoOZfvnUD8ayQSXe89oG1rq5atkqOFx8&#10;zvWN9S9//JNf/eqf/81//Wp9dVm+ltZ/4C8bkCUAALitEGfSzZevbYqTs3FBNulpxlHds0OzZurG&#10;mUCFlug6pC3GYrPMaWx+qNatso1GsmbFU42bSI5Z/XQ0mh6PJ5oYdHstN+5rOpcYRXnxeH/woFGn&#10;ktdZlOT1OpvGU8wCWZVlBc2p7ECiAcZhVuTYBWNhIudP0kh6BgV1lKVxHKV5HuXJeBydRNHpOBGs&#10;HGcsSnnMBJNK4yHBvmLXU3lxgWVmpxuA0VVdpMkJu6kSWXQ13azqYoQrRwd7weHcf4w8RSUxEuOf&#10;jtA1ucrWzJxoAkbuIIs/5KRNwajKbe6trv7syy//7Kc/+8u//Ku/+he/6ix2bvbLBmQJAABuNVyr&#10;pTeN4DGZE5Lm1eXaGbdmdrK3xjrEqpESE/RItPoiWLf2yPF5oTJpEArK1COVfkuRk2lOKenBQd3O&#10;qcqcyI980tg6Pp+0F5bq9Rrh84onCvEOrYU0FdyHAqFoeSaUKJ1bUD436m3U3ol9EHuQxEmWyvFN&#10;8UbTLB3G0cUkG4yi42kapdk0LVLGZXuPup5wtuKU0hoNrPdAxXmcXeOGU+p1V4e1kR7u8CI02/qj&#10;2oSKXP2LEBMPTXSEiES9PvfJgwera6tBQLUGpTTo9XoPPvn05z//2Rf/9Isf/ehRGAa2tk1u/HsG&#10;ZAkAAG4vmLfMVjakGCcaHfzLjO2OY02vUlg52auRSdWgo6SU9l+TdVeiQznKCU7Bl2bknimXdW05&#10;g60Fref6bUKmSFnZ5F6LkY6kFgJ0kuRrzXlM2CjOZZU1Tk/PJ6gWYGkyzkPGgkK8kzRoJ4jKlUmh&#10;Oosiy1FaZJMkFYwpGDHJ2UWSHp7HB8NJnOWsOkCJPDcA1eTLsI37UJ+kqEw7uucNTWFbY9ZTpYr/&#10;dB3X6XTHl56UN+YO6pDWavNhIAcxe/2Vf/fX/+arv/nq53/xi5DS2/JVA7IEAAC3GGdnQy8HuCo5&#10;/WIp94nKW2jkLpeqdFxX/KdpQYsoa6iuCrL2vTQXY+XDznQvKPPKv+6NiItd1E7kZloDO+oWrxnG&#10;MZFWtPMBzWsYnSM8yXJMpdQTT9frAaeTIKzJImWu0yR5Rnic5FEiS6zDWGjKfDBJhlGSFip5mVDZ&#10;EHSdG47t5UGV/hrZzqoXeMtqMvZsCvRQhlooVTVkdeSkUSBj14yImEsYa6gb1oSOrNXq/+yXv/zX&#10;//Jf/ee//aq31KUB5vw2fdOALAEAwO0FvxwOucw+5G4sz0tbxDOs6Z/NkWlU0ed/QxDSvsfN/xmO&#10;Myxh2AWXTaTIFBiJ5FSlHRlnZaq0bczVu+VSUJS9ONKNQjrkkctsanI+iaI0X27MDevhfJiJX8wY&#10;zxVd1wMSBrrBBlvxi7KCT1MWZXJhciR0paBGsWXpZqMSUtQBkcJX15kJMcTNkY3Q4rq8zN9nQedK&#10;zNjsrx14xGU4KJelaW3zh7wyL+PG0EEWXWu1B588/Pe//vV/+E//8ed//mdXC9FAlgAAAPB9cyXZ&#10;fv3qPX+HnVvANWRZcWvTtqYy8Aprg3WTOcU0IyjHA7Mxn1nUomahrdg1FcrHhoaxtVsv31rrTlYw&#10;S6V2W5bWkyzbu8j2sUym9P3g7bKfFaR22ILQwGVJYhI4vWq94hVx2ogszZRaEevyciDnN0t9aXbc&#10;Z019EWF53fqbM4YqjnRyXoUXTqrqnSDSVhdTSuv1+q//7V//9//x31R4Grm93zUgSwAAcFshztqv&#10;d3bfYyJqhvOcjY9boSzHLk1/qtNVxhddswLjOi+6sNMlKmcEIRs7Zdb1ClS43GO9fYJNjyf15jGk&#10;L51ue8HGbB27eqd5R70sauu9XuONHu7U/EjM/Kex5/PWXf0rAevtpwhyZunS6j/OS3e7UoOXspsj&#10;5NkRKBltD7NxPJe+80xZ5urpEkKpam8ljmLFfZok0t2d3HquAbIEAAC3FUIBjqXNKbZ1zquEiaq2&#10;AR5fYicxkT6tq44eojUi1m1AqLpN3ZCDbAmXFzYtGZXJyV79V4aWcFWd1cJOvgmj0m7G8DfifjtM&#10;SePXJk/pkZGSpREqteb1fIldQdj9UWZvIZ7nhV44xMbyvLIpZ8RjuNx4N6hrlDRVDb6CBAOBQpra&#10;GnMDOerJc2u+g8Xfq4IzvgNfNiBLAABwizEajyoOalfVZZlxWTEs9fQl8p0KVJaIoUljV8Cdp4Fx&#10;nWGI2/lCPhMzbfO8/D5brhY+GTJ2cRwjRz/cd4HD1bZeX+yVr7k2qtO+9+wT3nItR16YlvpL6faj&#10;Ajkdv/PqlnUrkN4wUwHNRV7ozxjKbiOW5Yk021MbFNSpLwjkQZMDmnpM03N3BbIEAACAG0HBpN2d&#10;iY4yZne81Gll/oWz5TbMaGRUxVzGjALy0rIUG/dTqz6p9B9XnIfcIqY1+fYFospJZrpxSFGvMm2X&#10;jKOeIB7PKRlrKVKvNHJWVDMdS8L0mFWv/rmEEJUVVu48nyFglx+CPKMGOfWCC8ux3Kdk5EV/WE+F&#10;Qo1HyqwT8ZfSADDPyshrvU3dV0sJNjYGGN0NUQlkCQAAbjWSJNE5XFaCmdU4dDWkws6OII8wfM9Y&#10;91jPWKrtyP4d1X/qz5wQ00uKtFUBrtRSLe/JyiTBuuWVGGErzekE7RgeRU6A6vERKynLURZnjsqv&#10;Kk2MrrcOwLhiWO7WZGc4S+w6K5j0iWfMvn1FjTpC1S8QqrFeqxGZmYkER2onI248ifRYiTLjdQZD&#10;vJzUFIdvfmEByBIAAABuDLs7b7I8NVbps/XL0u5U5QNX2aIc/3CertxWczn2lvkwdtY3UmHp0iLH&#10;gmlULIl+a7l4aV6gxZVap8QqCQs55zw7bmlypFRHD+Jm7NK9QJI0xe750u3AT//wh1Lcy7T/jpNz&#10;ZSSkmTPFlYhIF7XMSy0uRWTB/CZYGoT12pwWl2ka51mm90eb5LnhE7k6i5znoAknMb2yHK30e0CW&#10;AAAAcGPIssIUChUdcj90xJdcV1p//CVGz9un/Dudf2VyvtSgolJL1FZqKfK6aG0jq6QPIcWImj4x&#10;XuzGJBU7Vx+1q0SJS2551L5W+QQZgtXrf15mpCNOvdLJPYls4rXUM2wmysOT1dhbxLQRLV6EmTIk&#10;cjQp6UGaCdSVyXvmpCSyDrea7G1vE3YlbkyqrUlu6gXIEgAAAG4EpyenyC4+/jE7GOz50jgtVZ7i&#10;ESpXDRVhKcqROhK7Iq2u0PrFTiPzTFOPHeuUtEn1lrBuSZWPqLaVI8Y/Thc/mbYkwNxZA1XMV510&#10;rJoGGGr1I7Q0r9r9uNJJi1BJzM5vQAlfM8kiaL4oLLcZXVirCabkSRKZtUm1Zsm5N8Jq32qGDL0g&#10;bsTvypcNyBIAANxWnJ9dmmhKbppc/MhiP+gZzZ7SSzlVkaFaaWEjvBwfSlmmndCRG4/kyBsX0bug&#10;Pdlt0dW+EKNrenScg5AhWj+jwyhAlWbMkFcgdjynzfhmGHGmb9b1vrp4SJPKgrSNn06eLLT0luXU&#10;IODKNFYxPgkDyQ66i8cmhOhjgklZMbYCGxuP+MpOcmtjAMoSAAAAbhAFy6p9OvpMjTC+zuKuQpNl&#10;yfWqp4HVkQShctSSo3LVkWNe9gS5VGRDtI78SusDz24VCzoyZOObsBp/HOQxvXE2cHVTZNKsTOst&#10;534F2cvJKr0RCK++QM53yL5cZFI85YyHNt5T1nQyh0Q2H4m3DIJAiGPpzZ7nNAhMWqh2BTLXDgg7&#10;hW1sEq6xhsC6vwnIEgAAAG4QUTSVZt56JMPXVVdaYQ3z2a6Zai8Qd7/ObZ+LT5yo7LK9hoCtbkO8&#10;Oj2CbJeps2nnLFeURRm271OaJLi2ImPdboKpMGWosCLWppsgO6eJKpOjyGvb1bnVyn7ILCS6dUzT&#10;3KO6k8T7EBnmiZVxPOayJQkrtwFayHXKQrXqVGup3mSK8c6z7bv8mnqsi9FmH0PMFpAlAAC4f2Ds&#10;8ZNnTr+ZOCjGqid17IqCpg/lOnF5RQ9V1/xcVymqOBD4YVu6dou87drfNQ4GirACn9Swc1stq8fS&#10;Qs5sW4WZaMcARXuGe5TSlfFYCJe2dGr7Wq/qFGtdGeWyZRfJjajUZiYXKV09VjYhyQVUKSV1UVeH&#10;mimuLIo8zVJVCjae6TO2epgjf4gSl6kqvpA1+9xb6cmgs9vNlUCWAADgdiJn7PJyyPlV1xvuzd9j&#10;x5R+kZBz16fqCUTOr3FatYQ2s7RZfY3HjuaXXEFUhTWbZlptrm5M1/2RDbsqWTFeV/unZjMkBTLk&#10;UlDkx6LcRaCUu4/8uBSmG2txeSz86wPtIaC9c+XMCUPKC1eyJWOFHKZUpjyq/WjmgFQCyFDZXnS9&#10;vBR022y0yG2nSiBLAABwW09eBJ2entgVSpsjMmNfM8tpFRObmcYfXZjk/ArnlTq1KkCxsfjBLgvE&#10;rkSapUXTpatEmx3E1O0zxnzAVlOxWkJ0lIaRE5iu25SYyA+bsSkeqhEUpZi5VpNF1QzP1YOxyUXR&#10;fkJIr8XKRtzywNljKLU5y9UADKnwovexdb6K3bq9Lpjx+TOvJb7mBrIEAACAHxTSqpSx0WjiyqRG&#10;3KhYLEV7mo0Yt1kengasNsQg7gtE7CVJe35t5bD/DGlWYqc4Qtf7B+kpFK7WIM2EJXPGsM6lT0V2&#10;mMYZ083LlF28sTWwVrTOyZ0ZmwLzn3qlLKtiZbDHqrzuSF+VW5XVLUJl0oj+IMrYjmm3AWQWG2fb&#10;brFhSk98m0/PvUo1NkFnSEWJAVkCAADADw9CSM7IyemZdTJnNp2ZVfnMNaXO1mlLcxs8a4x6HWYn&#10;F9/Xbet322DdXIpMfiTRRU+zoIix512rSFetA2o1qj+FsxhC2PG259CjN+7CtGxRtCR5UhK4W9m0&#10;QyMzxWvrgaCjMan7wNhNyyBnlXBVXeuOX05sSViPtuj9IAH9xz96BGQJAAAAN8WXOMsz7RWAyhxG&#10;4vGW5gmGv23m8LWNP3yGLH2n8Rl+9Vtq3fyJI6bCuPZIJyDkLN+V75BuLCXYdKXqzlHnxodkZCap&#10;UrLs0CGIVXtslKWObOrhWlZqvjQ9RGrh1slZ6+RgBKycoySBLgtrHyK9hXJsBVXSTsoa94xZEvLs&#10;A5WqDINwfWMdyBIAAABuBOzo8Pj84sK66lQIS5/cufONs1XV64Qg91bm8HVLk+gPJ2dUG390mynm&#10;pglWL4ASa06gFjjl/vDSRkAuNzKCbaYzLlt4tYuetgTilj69ZiOxbYqNIS1BpQuQMUGw7anE7lnp&#10;nMdt2olzMNL2ddorlphmKDIjoHFpLTR7ieEivaSDAXI1bPmJ260mJbBmCQAAADckLCejcZYmV87d&#10;mkxY6QmgfL0x8js2XRSlOYnbYim+UrC9op6uY0q3oKicXbEaatQCTudxcFsitrtuGnPMzhqi8tI/&#10;9K+49lXtCqTXDo0PgtGUZhREf17T/Uq0wY+bj7TdO+VDVpriWZMB9QfT1nzGqA/jcmTGXFewq0Z6&#10;3BvvVMrVZoph5SOPUKfT+dbKHsgSAAAAPqyuZGxr+w2q0gsqnQP8KRCsTvIu37h0ufE8xLUdrCmf&#10;epGQVx9Y0pk1rOHIUCayJVDkBUpi2yVrN83tVIf1AXKtMWrexW8g5baSbPhYO+l4nwIjl+pFsDsQ&#10;ntMs9jKmuR1H0T9aVWoeK6bHnDCswrkQ9sXze4x4yrIzN23Aqj3IBI99/umnQQANPgAAAHAjupKQ&#10;05MTL+q59HXj5UyhXZJzFnQ2gWTG8aeilspgq/e+u+u2RTNhXmauU49+eH7rtkNHjY5YFzo36W9T&#10;TZDr5HGzKIYbS8ZyrrNMDX5405Ok/AxmIdK+qbeGapW0OW6lh600LkC6m2dGgiOv9OoP1VwjwMsJ&#10;nvKZ/kr/bnzlgCwBAMAtVJYc/fa3v7WzExWJU5qNq85Ov9xqGPTquptnyoorQyNu7LLaPWqZi7vU&#10;DTsEaXtTmeU74uhG97jqBUJGfKch7Etcu9Zps0HM2iFz7TPKmrawoc2kFHjlqGn5mXhV/9kYS8ZN&#10;W4+b5JQ/Gs9ZY9mgP5LJr9YfnlU8E3Qgi8l89i447KdUUvovfvELIEsAAAC4IWWJi+OTUxeGbFnE&#10;yMrrRx09zhBn/2atPPvNBQG9kg59RXJet3RpCQ2hajKkHfHQxdac8TjPZUqXkpuCqSapGwsxq5uV&#10;PXSCs7SEJd7VgLSq00FgvqefMWA1luwEo+vNbM3gihmhtO09iHLbKGvGVKt6/dvAl6FyWoZzismP&#10;v/zJ3fjKYc45/I8HAAB+GOTDU1RkLImLeIpYwSZD8WQxupRlvXjCs4xlCU9iXhRsOpZ/NRlLVRXH&#10;qMhZmvE0lb81jcRf/Z+vt4aTRDyoMV6zck/QUaMo365ZcGKpp1bwBfaRtmVeBtwPqI4ITonjTjSS&#10;wyAoIThThdeR4rAMoVjNi06UmhU/JupkHqmZU3EMYmU6kKhwEUGiccFSzjPGozwvJFuLY83iLDdi&#10;WolSohOgrWRknPGyM8hFZpp1THw1xNKSpTa3Y4y32q0Xz562221QlgAA4O6Djc/zaFJMhoLbWDyV&#10;t9GlehAx+fyE5xkXj5NUsp34McsFvfEoEQ+KYYSygo0zPsx59iEvzb/8dnrgD8jFjwedvLJvi+g9&#10;qri8/1M/oGAxdWWB6uaJEeU5wcMAZQTFGE0JysWTiIv7SPKx/EcbcybZt+AR54J9Y8GyBZ/mRVIU&#10;cV5EWT5OM02XMkGaENf99NOf/LTRaICyBAAAt4fwkmk+PCvGF2x8WYyHbDoqJiM2nYibejBlUSRv&#10;8kHMhhM2FmyXsWnOTjM4eoA/Lo5DPqV4QuT9GKMJ4lNBll989ss//4I2GmShQefm8UIzaC+SZoe2&#10;FoN2l7aWgk4PyBIAAHyPyM+PsosBG57lo4tifMnGw2J0WUzGQtiJW6Hu2WhajCI2jNlFyscFHDTA&#10;RweKaK9G2nOks0BaC7TVJI0F2miSZlPc01aHNjtEMqug2EXaXqot35gZEJAlAPDR8N/wNDs7Ki4G&#10;xeWZUIFseJGPR4oFx2w8FvfFaMIuJuw8Lk5SOFyA+wiM6FqddBfoYoN2WrTdoh2hU9tCqtJON+gs&#10;BYvLQbdPF/tBawnIEgC4TWBpnJ0eFBcn2dlxfnHKhuf58LIYDdlwWIjb5ai4GBfnU3YS8wT+ZwQA&#10;PhC3zRPan5O02lWc2m4LWg0Wu0G3J9g0WF4NllbD5TVSXwCyBAC+fy14OcgGe4IChRzMz8XttBhe&#10;CArMzy+Ki2FxPmaDKahAAOCjhdCpdHmBdFthb4m028HiYtBdpkKeLq2EyytBd6XWf6hcC4EsAYD3&#10;KcJkmp0e5qcH2emRJMLT4+LyPL+4KAQRng/z48viMOIRgwMFANxpOkV0fT5YbQNZAu6tKkySk/18&#10;sJ8NDvPBYXY2yM8Gxdl5fnZenA6LwaQ4TOAgAQAADZizBNxdaTg+jw92JBEKUjw7yU8H+YUgwvN8&#10;cJ4fj4qDCEF/KAAAALIE3H06jEbJ4a7gwuzoXXF2nA1O8oEQiOf50Vl+MIIBQQAAAGQJuC9IB3vZ&#10;0VtBh9nhW0WHJ9nJID8+K45GUCkFAABAloD7oxBZcvTGMOLJQXZ8qBjxND86z99c8gk00QAAACBL&#10;wL1BfjlI91+nQiAe7KZHB5IRj07y/dP8zQhGDAEAAJAl4D6pxDRODrazgzfpwW52fJAdHebHJ/nR&#10;INu9gEVEAAAAZAm4Z6SYTBMhE/e20/032dF+dnSUHR5l7wb5zhjlIBMBAACQJeBekWI8SfZepXs7&#10;ghTTw7386Cg9OMr3z/I3Yxi9AAAAQJaAe4fkYDt5K3jxdbr/Ljs8yA4Os90TIEXA9wWMyFIo/6wR&#10;3JApi2QuxDV5UsILczig4gFtqjREQsiC9PDEYUjq8pW4Ll4gX0kbTYSxuNGmlzBMKZ1vlj+KX29U&#10;8oeDdiUykjQ7CJPytxttEnyHcyOpzZNG5zt//CKTUdj+hWmWFiry2oEnU55WWr7FC3ieV35rdFF5&#10;wfjSPhiqPGxUTCaIyy45Fk0R0w8iXjDxJJtM1TYjmdQcpzzNxPNMRWqzi0TmOH/oFNJb/G0FB597&#10;CPG/aLK7qSuo6cF+dnCQ7R1nry8gxQlQOTuEGLcDPEfxvKCoANdDPFfDNUlXgrTwXB0HIZH34jXz&#10;mFIyvyDvF5ryvtHCmJCWoBAciHvxQ6sr7sN2V3HVMqIhHOHbAjYdsmRaTEcsy5ggY1bkI3nPJuKZ&#10;lCeRzPrOEkHGPC/YdCxjwNNUhsTpB6MpizOeZIKA+STn8a0kHSDLO450sJe8eZHsCr34RpBiuref&#10;7QyKdxEcmTsMshjgeSq0GmnUBcORhTkyNydJbmGB1Ou4VhMPhDIjtZpQY7hWJ7U50lok4sHcPGnK&#10;B1SG9AKfAb4n7mX55XERTVk0EsyaDy94NBaKWXCt+FFmsqocch5HbBoVkymfxmwSs2FcnCd8dGMX&#10;9ECWd+f7l+y/EqSYvHud7u1m+3vpu8Ns65SdQQPqLWS7NsWtkAi2awoaWyDzc+Im1BttLOB58eMC&#10;1ffNjpBxZL4h7xttKniuPvfBY/wAgI8IeZJenBajcza+kGnnY3ljE0GxI3U/VZnn42I4Li4n7CJi&#10;g/RDlZGBLG8lkr2X8c5m+vZV8vZNtreXvj3MXp3B8P7HBtyitFsnrTppzkvOE8Ku0RCERxoyBZ5I&#10;wrM812iJB+KeLrSC7hocOgDgg9Hr8LS4HOSXZ4WMkj2TIXojFSg7HhXDkcqUHReDUXES/+F1KCDL&#10;jx3pybt4+2m6u5W828nevUvfHqSbgxusRdxT2gsxWQpJW+i8OdJukMaC5DxJfk2y0JDM12gFzTZp&#10;dqi4b3WFyKstLqOgDocOALgtYNNhdq7y+M5PZEjt5XkxuiguL9VtCGT5cV0BJdtP4+3nkhf399I3&#10;e+nWgA0gOvh7AVkOSXeOdhYE+dFWU2q+ZpM0Bee1SKsdtLuktSjuqbwtQ20TALjngNGRm7qGYdHb&#10;F+nO82RnM3m3m7x5m20f5tsTODB/OiiiK3XSXaCdBu0I2msqCmzSZou2OvLW7gatRaLIr9Zd1enn&#10;AAAAAGT58UnG3e307a6UjJunMKfxbSDrn/067c6TxSZti1uLtgXziftFyX+dJXELOsthtw9LfQAA&#10;AMjyNiE93Im2niSvnyVv3yQ7b0AyXguyFNL+Au026WJLUuCiIL82bS3SzmLQlhRIF3thdyXo9OBY&#10;AQAAIMtbDsai3efJ9rNk+0Wyu5PsvM1eHBYn93qVkSwGdMWxYJt2hP7rBO1Fsqj1X48u9sOlVVJf&#10;gK8PAAAAsryLzJjG8c5TIRnV2MZusrWbbZ6w4b2ppgaYrs3R5UbQE/pPsGA76C4FnS7pLAkKDAQR&#10;ahaca8BXBQAAAFneG+TJdOdZ8upJLFTj9na6/TZ9OrizsYvvI0IhB3trwWIvWFqt9T+BLwUAAACy&#10;vOeyURZU483fxdub6e6OUI3pk2Me3ZExf7Ic0tVmsNwOlruyLrq0HC4CEQIAAACQ5R9DLKhx60n8&#10;+nmy/Trd3k2fHd3WgipGdH2O9hrBiiTCoNulQhQuLgkipEv9Wm897G2Q+RZ81wEAAADI8o8gvzie&#10;bv598vJxvP0q2dpJnu6z01tjmko3NBcuBd1FurwcdBaD3mq41A+W18St3t8ApxgAAAAAsvzOkJ04&#10;W99EL38fb8nlxmTzbf5q9PEqwyYNHjRprx32l6U07PWC7nLYX6dLK7WVT6QuhMZRAAAAALL8hyPZ&#10;exltfhO/fJLsvE5evUmfnHxUnThSGq40g/5SsLwULC2Fy3261Bd0GCyv1lY/lVlIAAAAAACy/MDC&#10;MZlGL/8+ev47IRzjrdfpk7fF0Q2PNtIHc8FqO+h36ZKiw/5qsLwS9jfClQe1lYcwTQEAAABAlt87&#10;0sFe9Ozr+OXjeOtVsrmdPj75UBFl3x6kVwsetMPV5aC3LBgx7K2KW9Bfr61+EvY/gUopAAAAAFn+&#10;sCiy6dbvoxe/i189S16/Tp7t5js/iF1cgINPFoL1rqqXLgd9IQ3XwhWpDuc2/hFpdODrAgAAAECW&#10;NwYWjSbPv45f/C7afJ68fJ08Pvj+8hpJmwYP23R1KewvB8s9WS+VjPigtvZZfeUBtJUCAAAA4GMh&#10;y/xyMH36m3jzm+jlZvJiK308+LBlVfrJfLDeCVYEHS6H/b4smQqBuPawtvIw6K7CvzoAAAAAPkay&#10;TI93o2dfT59/k7x6GT/bzl5coH8gOWIUPFwIHiyFq71gpa+WD9dqaw+DlQf1tc9gBREAAAAAt4As&#10;k72X0yf/N3r+Tby1lTzZ+ZMXHelqLdhYDNZ7QiAGK0IgrtfWPw1XH9Y3HgEjAgAAAOCWkWXJjpsv&#10;48c7xbvoO6jEBgk/7wTry0G/H/ZXwtX1cPVBbf2z2sajoLUE/0gAAAAAuK1k+V3ZEYeYftoI1pfC&#10;1X64shKurElGXHsYbjyq9R7AvwQAAAAA7gJZJgfb0dPfTJ99E7/cTB5v52+m15PiPAkedcKNXri2&#10;Gq6uhmsPahufC5k4t/EIek0BAAAAcNfIMh3sR0/+bvr0/8UvXsS/fz3DjqQbBJ8thut9SYr91XD9&#10;YW1DFk7r64/gsAIAAADgLgFzXralssnl+MnfRU++jl48ix9vZc8vxJN0rR487IbrK1ImrsqO09qD&#10;z8P1R7XeBhw+AAAAANwLshz//n9PH/8mev4k3d1j0zhc0+XTdcGItY3P6w//SdDpwWECAAAAwL0m&#10;y8H/+p+KFH8EXTYAAAAAAFyL/y/AAJfAp+0lV4gnAAAAAElFTkSuQmCCUEsBAi0AFAAGAAgAAAAh&#10;ALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAa/Xt4iwDAADPBgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAACSBQAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLAQItABQABgAIAAAAIQAQTvew4AAAAAoBAAAPAAAAAAAAAAAAAAAAAIUGAABk&#10;cnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAoH+pNoflAACH5QAAFAAAAAAAAAAAAAAAAACS&#10;BwAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwUGAAAAAAYABgB8AQAAS+0AAAAA&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId11" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="0334D57E" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:-1.5pt;width:612pt;height:280.8pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDeWlJkwAIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHx&#10;vtrJ0mSz6lRRq06Vqq5qO/WZYKiRMLCD/NpfvwNsp+uqTZqWBwLccffd5+/u7HzfabIV4JU1NZ2c&#10;lJQIw22jzHNNvz1effhEiQ/MNExbI2p6EJ6eL9+/O9u5Skxta3UjgGAQ46udq2kbgquKwvNWdMyf&#10;WCcMGqWFjgU8wnPRANth9E4X07KcFzsLjQPLhfd4e5mNdJniSyl4+CqlF4HomiK2kFZI6zquxfKM&#10;Vc/AXKt4D4P9A4qOKYNJx1CXLDCyAfVbqE5xsN7KcMJtV1gpFRepBqxmUr6q5qFlTqRakBzvRpr8&#10;/wvLb7cP7g6Qhp3zlcdtrGIvoYv/iI/sE1mHkSyxD4Tj5WKxmM5K5JSj7ePpfD6ZJzqL43MHPnwR&#10;tiNxU1PAr5FIYtsbHzAlug4uMdtaK3eltCaNQ+IwMtjwpEKbaEBxpbfRqScCP+Pf5ZIpvrR80wkT&#10;smZAaBZQsL5VzmOaSnRr0SDA62aSFeGB3yPapA4fQATeRoQS0fX3iH004H7AHr20iauxsZZcZbwp&#10;jgSnXThokb3vhSSqQUqnqcKkfXGhgWwZqpZxjsBz8b5ljcjXpyX+ItgIJHZLfJFO2mDAI9o+dh9g&#10;8Pw1dg6Tq0tPRWqdEVj5J2D58fgiZbYmjI87ZSy8FUBjVX3m7D+QlKmJLK1tc7iDKIQkCO/4lUIt&#10;3TAf7hhgp6JKcPqEr7hIbXc1tf2OktbCj7fuoz8qB62U7LDza+q/bxgISvS1wdb6PJnN4qhIh9np&#10;YhqV+NKyfmkxm+7C4mea4JxzPG2jf9DDVoLtnnBIrWJWNDHDMXdNeYDhcBHyRMIxx8VqldxwPDgW&#10;bsyD44P0Y6887p8YuL6hAvbirR2mBKte9VX2zVpcbYKVKjXdkdeebxwtSTj9GIyz6+U5eR2H9fIn&#10;AAAA//8DAFBLAwQKAAAAAAAAACEAoH+pNoflAACH5QAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAmQAAAEZCAIAAAC2J65pAAAAGXRFWHRTb2Z0d2FyZQBBZG9iZSBJ&#10;bWFnZVJlYWR5ccllPAAAAyZpVFh0WE1MOmNvbS5hZG9iZS54bXAAAAAAADw/eHBhY2tldCBiZWdp&#10;bj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6&#10;eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMDY3IDc5LjE1&#10;Nzc0NywgMjAxNS8wMy8zMC0yMzo0MDo0MiAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJo&#10;dHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlw&#10;dGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;IiB4bWxuczp4bXBNTT0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL21tLyIgeG1sbnM6c3RS&#10;ZWY9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9zVHlwZS9SZXNvdXJjZVJlZiMiIHhtcDpD&#10;cmVhdG9yVG9vbD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIiB4bXBNTTpJbnN0&#10;YW5jZUlEPSJ4bXAuaWlkOjNBNThGOTFCMjAzQTExRTVBNEREOTM4RTAxMUIxQzM1IiB4bXBNTTpE&#10;b2N1bWVudElEPSJ4bXAuZGlkOjNBNThGOTFDMjAzQTExRTVBNEREOTM4RTAxMUIxQzM1Ij4gPHht&#10;cE1NOkRlcml2ZWRGcm9tIHN0UmVmOmluc3RhbmNlSUQ9InhtcC5paWQ6M0E1OEY5MTkyMDNBMTFF&#10;NUE0REQ5MzhFMDExQjFDMzUiIHN0UmVmOmRvY3VtZW50SUQ9InhtcC5kaWQ6M0E1OEY5MUEyMDNB&#10;MTFFNUE0REQ5MzhFMDExQjFDMzUiLz4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94&#10;OnhtcG1ldGE+IDw/eHBhY2tldCBlbmQ9InIiPz5fuXg9AADh90lEQVR42uy9B6AkV3UmfENVdXxh&#10;3pusMBIghCRABLGWwNhrDNgG22DMEn6CDYuNsQ22+dcGh8UYY8AB2MXrhMGAwQKDTWbBSEQJISwU&#10;Z0bSjHKYPPNyh6q6Ye+5qW51vycURiDm3aOnmff6VXdXV/fc737nnO87WEqJYsSIEaMeQqLFwweG&#10;i4tEioktW9rTs/GaCCl2ve8fjlxxyf49V8+edurUlpPvHKLPXrXr6PJyKVEpRF6wkvOEJoyVw6Lo&#10;FyXBJKW0P8yThFCCKE0JwXlRZlmS0XRY5K0sW+j1MCI0IZPN5lK/325kEpFBPiRE3ZghyRtJWpRF&#10;zkSa0GHBEJLNNFFLd5pSjHBZqidH6hs4QyEaCRUYEyGzRtJOkw2d1sYi38bIYLk8bXrTaY8643n/&#10;9hFESHw372sk8RLEiBFjPPbtvGb+2mu6s9uGy4sH2LdPPv/JGx/2KIEwwev6sjDOFBAqNEqzLpG8&#10;m2WzE+1BkQ8EkiUbyjJNEoVYCinVwQRjSrD6ERPUajQUag6LEi4hRpwLhkQzay4P+0wIqo5U6KdA&#10;DlMuRD8vWo1UIWCWZUtLSwlJkiQlVBQlQ1I0GxljXN1UME4x/I5xDvdWz0hImqo7oiIvEkoaadKk&#10;dDbNGgjnomRlXqpHwDh+vO9HxP1FjBgxfHD/3eKe3VhSSVPcnKC5nLviipKzdY6UQtFthTtJogBP&#10;oRIXtJU2Nk5PZ6kiisAmFfNTYKY4pIJUKVErS7FigY2sCd8AdmIsi6JU95YCqeupEJZSRThRR2Fp&#10;liksJBSXQqo/FT1VaCd4qZ5WIajirI0kUxBLFSmUQgGqCvUs6g/1oAkmFKFmmqmnUAhaFIUinUhK&#10;hc/NlDbUXRTxlBL4pHoLI1hGZhkjRoz7CQMSiaI4eP21+eKSWqWnduwQyz2R43JhWa3dSKLB0WPD&#10;pYV0ZtO65haYZK0kbTfSRjroDZOshajctnHTrtvvRAq/ONOYhdR3KU0ERurPNEmlFIpulmWpcK7T&#10;ai2s9BXGNRJact4fDhQoKlqp0IzSZHF5hRAMKNtQSCyzBEtEmllDSiYkV6RWYWQjTYVUzFbBn0wA&#10;OCUrAKQVoQSyiqR6rDTJ1G8Vrey2WxNJQgZiMBzgBGVJipoNha9En2eMyCxjxIhxnznT/su+dvjK&#10;q3FBenfuv+3Tn+Bz+8p8UCieUuZC0RWJ8uWl9b5cEpxMbqDNqYmZTYsrRweKCZaK8NF2I6OEKhhr&#10;NBqJ4p1SZCoUTCpsy9J2s6mQEkhpppgf4YoeSq64qDpMUUSqqaeUMi9ZolgmJWmq/lCHKYBEBSsV&#10;cQQaS2lRFurRSg658JQqbgqsVN1Roy2C5wXiCmiKNGFtqvNJaKZorsA9uG9Cms3Ots2xTyWCZYwY&#10;Me5nrBw+2Lv5lhRnQmKZZAil5cJ8wheK+ZvT3r5Erb9ZUizOrXv+LTqzmylNs1Z3sLy87+jhhUGP&#10;YNrtdADeNPsTnBdlqWC1kWWKknPGMEIKzzrNZkLSvCyRIpEYqwPTLCXqN6nCVEUiKRJsaqLTTOhE&#10;q5Up6KNUbVXg4XTSVdFTBZlqU5OlAI4KcCFLqx8KuKYK4K8KZqmCVfUbwHUFjupoIecHKwoeM8U3&#10;G40Nj3oEjt09ESxjxIhx/2LQ78u0VXJZDvJyyGnazNVy3J1ot5q02cYClorFO28ti3x57lg+GKzb&#10;BbNz0imcqi0FSdLk4L7bbrn5piTBGzqtNMFIcCxECkVIqtFNUJ3tBFzUTT39YX9YlOoXWZqyMs9o&#10;wpEYDgY0TRiSWZpRhNWNksOdoUVIYoogLTvIc412GfT/YAQVSATtPOpvBYtFkTeyhiKs6haF0Aj+&#10;bHSbjXarMdnq9Fb6gyJXlLbRSJPZ6VOecoFit/EDfz8i1ixjxIiBulMbDooCS1LmhRz0FDsaFjlS&#10;bEdKwnIpOS3Khdtuv/nTnyQcFbLc/ITHbzrzMeut30e93plTTs1OPWXxwJ2K9GWYDxYPiSLfND1z&#10;YGFOU0ncSBKFbQkUKZkCSAnBFVPU7FCFQlCc6LQq1qAl1F3SbGmlr+gk50QAAiIFl+rX7UamyGXJ&#10;hbql3WwNhkPFQQvOWgpsIemqYJingMcSKCznCjgbjUZRFM0UiKl62E6jsW/x2FSKJxpJZ7K54VE7&#10;Tn30Y+OnPTLLGDFi3O8QEhbYAvcOJGIJc5aXvbI/X5a9YrjCVpYQGy7fsZfNHcKtLsrl4a9dtLT/&#10;9vV5pU45/wJG0larsWGyffKWGVQMms1WRrM2cDdCMZnsdBWcKSKoYAxJkIUkCUmhIIklEpmmnu1G&#10;E2qHUiaUMChj8lazKRCnCSk59Lp2ux3FCBUhVXA42WqVpbqZSSCUCjElxrgoy5Qm6hv1I+MMapYI&#10;njBR3BTJRpa0W820FJNcbOlmncmssWX2nOf9QmyFjcwyRowY9z+Gg75aRenkFCFEiDZfWlT7aAnq&#10;vYKQJG23WZ6zohwcXZDNnro9EeToDbunt+9Yh4vv1keds/3JFxy5bCDyvuRFIVhTAR1VBBFLnPZz&#10;NtBWAxxzqE0yljQaWHfiDIbLCtlICs07SdKghcxoovjosChajUwhZqvRzIsSdJkYrQyGjTTVN0Jm&#10;VfFFhbaCc6TeIAl6SoKJ+hETAtoTaFiWjWZDvRkKldtZkmLUyRqoN3/STGey0+5MzZ7xtGc+4klP&#10;iR/1CJYxYsS4r1wS/iQY+lbKQV9xR5kQgahUizXiKMHJxAbFI4lEVK3Zar3mbHlpkfK8UeYyyZbv&#10;uosJoVbwdbdoJunjX/iya7A8ePmlhA1kOVQXod1qdwa5HObDAhSNBYNWH4VjmEN7TjPLBsOhwrcs&#10;AS6oiKZ23mETahfCmQI6TTFpUTIFluopKE1EyRQHzYVQv+rnuTEiUNS1AAkK5dA6S4wBguKa4PVD&#10;iG5zlRRTeKI02djtomMHZmdmW62JLU944vm/9CpEo2IkgmWMGDHuYyg+snTsyGB5uT01jVmOh8tI&#10;5EJxkrJEwwKselod1OzAAqyWbLV48wKXR+nCHcmGbUU+GB5byhfnk5mN6/DSNZqtJ77kVfP/9Rl3&#10;X/6N73ztojZCU92JY73esGRYp14Zhy1IlmQKzAb5UF3DFJMBAh8fhXlYkjwvITebJXzAm1r7MSxL&#10;2JfotlosxUy3u9xbgZZXDJXOTPe+NhUGUjIAt7xUSMwZZF99YrZkrNFoCEVekeh0GjjF2Y6TNmza&#10;euaPPuPcn/vFZrMVP/MRLGPEiHFfaaU4fP3OA1de2ZycufvIQcznE63tA1YigVnSRlOmTQokiCLO&#10;JE7TrDGzfUfamZCiQGWeCH70tj2ddQmWsHRSuunU06ZPOuXbV11ZJHR206YDCwu9Qd5QLLPZXBoM&#10;JGeYJikhApNm2ii4YoSg2kgTMsgLdXkbWQMS2hSnzdYwzwHk1NWWgiYNRUuHRQ7yyiQpi3Ky02Gs&#10;bDVaeTFECHcy9SS0PxykKTgeSGT7iEBmyRWdJd1W6+QtW+d7g/Oe8mMveu0bwJQ2tqcch81ljBgx&#10;1mFIOb97NxKUScTykh0+QlrdpDtLOlOoM8ExTtKMgA0NFQgLSPEhIDmdrkJZUaiVnam/VqDHR6zn&#10;9ZOC1Xlz0O9Nb9w40e1kKUkJNLLCF6XNRtrIkkZCsgS6ZFsZiEMUkqnbUwVpzabkQnFEYJNYbUZo&#10;SnGz0dAur8Amm011VyhJCg5+Bf1BD8yAKAHbWP1bdTdKjV8eNqG2O41MQXS2YXJ6fmHhlDMfk8B2&#10;h5DY1hPBMkaMGPcDKcvhIB8MGUfFSsEHA0i3Ntq41cKtjmh0SqlIEVVLsDSCQSGQ6cMU4EvKkYSC&#10;pxTDhYV1voaUjHenp/u9ZQWZG6enm0mmYCsvcqhEakcCwLZmU6EdxaTdboMOUshEQaPm7IpWNgjl&#10;CjKTtJVmOskKm5JmlnWaLczBZlYdqaAuwaijgDShTegP4upNQRohwX4AhpNAwVJoJUmW0O2zs5zx&#10;EtGzH/fE+GGPYBkjRoz7GxgvHDwM/ZRq5e6vKFojBBc0QWkGHt6ElkWeTU4DUpYFL0FnqXCzZAKr&#10;RbnVphMTajlXhyl6uc4vpLpYp531aIWFCvA2zEylKZ6eaDMGHnjgTpBgxkoNikRdUqhMSk4T8HRV&#10;MKlAbmZyUsFbk1AAQgWVJMECd1otdeWH/X4KtUypXQgk6E4QUkxTlyfhR/BTV28bbF14MyHtVL0n&#10;tNvKJrvd2Q0zK8PB5s2bZ7dujR/2CJYxYsS4vyHE4OgRhZmtbrvZlCkRKE2l6Y8FziJ4OcwmZmSZ&#10;894yW1nhvT7SpjVqnabtrkhS1GiiRms4N1cMe+v5QiYJ3XTyDrXBGOT9qcmZk7dtn52a6rYVYrU7&#10;zSZ49yS022x0m81mik02VW08mmAYmzUbWclYARwUbGOR+i3BTQWz4MCOpya6Oj1L1CGKhCJws8Pa&#10;sQDprh/IfzfB2A4rjFR0U92rlSbtLD1p8+zUZFdB8WkPexjCsf31+L3X8RLEiLHegiPUO7QfiRJz&#10;6LEU6r8sg7EZauGmanUudQ6WiEGPcLCHYRgngmWtNizcGAYVy2aLFEM5vzJcXsqanfV8MR9+zuO2&#10;nf6I3tz87Emnbtu8iZVsttMeCJwrKl6WrXZb8XiK5IZuZ6HXVwBZ5MNuZ0IxUXX9MyJJivOCF8MB&#10;xaJQl5emCDFw96FYMjzMh400SSlRHLKBsaBgQaCAMFMbnESqR850N6w2g026naba+0x1JrJGozs5&#10;+7gLfowYo8IYESxjxIhxf0KK/pF9avGVpZB5Xg6Ws9aU4pPwRRCRImk2xHCYMXWDWtSRoJLBKCmQ&#10;90lNTKGEqfglJf2FuclN29bztVTs7+wnPeXij3341NMePtmd3DpT7Juaml8ZcMa6jYyAw7kglE60&#10;WyC4bGSNTmvAwVZAvQtwAcsyJQRkOTBKBNgnSajavsCIaSGyhDTAYx3RFEzyshRGizAYVyJLLtSP&#10;JsfbbbUAONN04+yswstGmm47ffuP/MTTIlJGsIwRI8b9j/7iIu8tyDQRjQ5jfT5cknRWsgImCTdS&#10;3u8jmsAqS6CRhFKYnciJLCWHocVloXt9JJTSEB0uHFvnF1NIdObjnvgfH/uwouBp1pycntq+dWt+&#10;190MploioOmK3gmR4Kzb6SKeK9pHoKOHCFbmEkP2O1UXMwWp5VDhKmBhK6EwwRLLTtYseZmltN1I&#10;tDxEqrsP81y9Hc0snWg1Ok3aarYmJye54AltdSYmO+22ergNW7Y3orAygmWMGDEeSBQ5mPWQRlNR&#10;xlKtzlhIVqLBQLFFMRwwnoMeEMYmEsQ43KhdCQRGCUnE4jLgpPpGFBTjpUMHgGiu46lPBNLSCUqS&#10;wWClQ6Cr54zTHyYZu/vIYbXrUJfSkL9Wlsm8YKAqka1Wk1CckWyYlxOZ4vI4L2DkpYBeKtRAeoCX&#10;Qld1CMGbJqfU96bbNUsSRe1bicyaWQeUmlm32+20O0ArYWomU3eHBq2kseORZ8YJzxEsY8SI8cBC&#10;ItKaFFkTZSmGMYhNVJZ8kEOTZicDbTvjKG0hrhhmUoIxd5E0wNlHDAspZJIlXAylYESifGFRILnO&#10;k32tTvthZz8mX1rsdNowTrLRPOP0h2/otm/ff6CfD4uipARl0LeTsUQkSZYinpFUQd10p10oaj8Y&#10;NgkZ0KKVAuCB6StjDfXWINJst0CjmTZ4WSrsm+x2iqLglLayVCAKCdcsE+D7QxW+wtgToZ4ka3Q6&#10;jzr38fFjHsEyRowYD4xZDnpYQWDawAQLwbiWrJMk5Qr/OGNFyURJ29OYqmVYEF6iRhNGQLECl1zk&#10;hRANKJoRUM4Xy4txkAWh6elnPeaWKy4DW3O100Ci1WqccurJm2Znb7jl5v6gPyzyLEvUjVyBnsAt&#10;miYEzU50swZ4xm6cmIANjGSCs5SmRb+UIOShjU6DwHhLsFVSRzayZsFLrvWUQj2LenPUdgdJtaFJ&#10;syakbRVsqrdPsKnZWQXZ8XMewTJGjBgPKMpB3zTuCEj9lTAhSq3yoOjjOGvKgsHIxaTBYeIwJADV&#10;kXl/rhwMUSMljbZarbECUrAIZ7zfg0aVdT9P+OFnnX1w7x7CBxyrzQOHYVwk6UxPnqNuv/sOhYgZ&#10;Ic1me1j0mYI7VrYb2cz0JMz0mpqgMNuSJq02YUJtWdgA/CIUBCIisO6LzdS2BlOUYo54kedY4aXa&#10;5UhawBuB4f3j4BaRqGdV9BOTpNmMH/IIljFixHigMVxeptIMHUGizMGqh2Sk0cKkK1sNstJT5BGn&#10;qVqnMXAYxPI+GxZqoVYcikPdDZpTEMEkTXr9Fa6W+Gy9X9JN2046/Zxzjuy8CkZOAvSBA4GCrXQi&#10;be7YgYD2sXZnAlg4K8sy77S7zVarGAwaNJOK22cphhElvBwWOG3INgfrgUaCB31wgVDfQ6MyFq1m&#10;sygVxQcKKXAm+EBhpxCKdRJFKbk+KMGd9kT8kEewjBEjxgONfOGIXFnUwxElXz6qVmiSNgTNSEqh&#10;05VSxHPIzlIiEdiNyqIcDvo0ayp0TLHkJUCpOky73qF8aSHduDle1S0n7zhy/bWKCALJS8FCQECz&#10;q+xOb0CSE6l+QxFRuxKCtFmruriNqRYGWg/OsGgAJum4BaQUwaAujFoN1GpKptUnGLYuiuUrhokF&#10;kSQRUspSwvMoJqttDQAsJYhoY0SwjBEjxnEI0evx5cVELeRUUBgmzLm2egFsFECMYAaj0+gpSgTp&#10;WcFpsymbbUISAFSQ1BeE5VKSpbnD3QiWCLUnJrT6NOV6CAhM21KoCBiHeVkmSaLAM9UJV/iNkMag&#10;R8BoEZjnjBqZ5DKFLmTM1ZuiqLx6O8CpXdtAIBDwCFD0JJKWCkGpOhqQGWEQYsITMgT29ur9I1Fd&#10;GcEyRowYDzwkwSLNGIEhw6jRFItcEi2mZEyt4LzIsZ7KWCokVGSFMfWlQkGAIqAKDjDUOzkmCedD&#10;0JSwSGYgoG4LrJBox4BCT5+kGNqgQFsCX4o0JnrJBe9zRROhq0fPzwL3V2DqWILljlawEkzBBRZp&#10;7zsBc7iAjXIwJEhpIhSxVN9CnjfLWWlmdKUJVe+jxCkGG6AYESxjxIjxAMFSAR5tJM2uWozFcJB0&#10;pxTdUYtxmiaClzrTl6CylJBQlACbQDilhC4SsP8GflRijqBIZqxk9YPKdd4W22x3oaO4GNIkg7HO&#10;KXjPK6hTLF2RyiShXEGj+oK0qQDoU1eSABwKwUmSQMZWfUOo4pqIMtnApJEiOBrpP0HcCtawCjgp&#10;WC8plCWJAlcCA6eThBclPCB0XZVMiPghj2AZI0aMBxolcEZwhMFJkk5uKMF5QDuo6yKlwsgkaQkm&#10;MgJLM8bCOK1lnTaQJIBPTjhXazyGucMKStH+G3auLC3sePTj0vbEuh2dmDZbAFd636B4H0VNBG2u&#10;JCGCJBnDkuitBknhdqhBpnC51RUGSzwIDnCp3gWSoHYb9QcwgstmVOGeMBktgaKyLifDRoYShcSS&#10;ZplC5VQ9FyXqRyLjBzyCZYwYMY5DqOU4bbRhzBZpNkh/Ra3OsIonVGEhGMVIlLWaCvKoHkMMky1o&#10;1u50ExhtAaiqFnFpuSRkGHf/+4X5/NLk1Mzybbef+/wXk2T9rio0SRmCKiVAGhdpShnngHlZRiY3&#10;0e6G5sy2xsS0upyUgr8d0EQASAZNU0UBlw7gFt4GXjDRn5d5TxFFXOZGGQIqHZhTUvCyICvzIlcP&#10;zVJoAOIw4FJqzx5C46jnCJYxYsQ4DgEgSBUIpsAjuTDwphZlmsEqKxnDNAHNH+NClCQDL7ckTTFX&#10;fEgSTX50R4kUin5KsXTg7mZnI8atldvvZpDUXae6BcA9DBsPlpcJzJwkor0h7Uw1Np/SnJhNGh11&#10;zWFEJVx5k1pVbwTVq7B6I5qy6fYfUMtESROLzrTUA7j1JgZpzgrAqJi9uvgtzmAK6XCZ9Rb7i8fK&#10;5Xl18dHKogSH2VhFjmAZI0aM4wCWCuSkWlAxh1U1aU5A/UtIgEpWUKTIUJqIIaEpAp2lQJS2Ou1B&#10;0VMLtuBMgh8qLN04IVmW9hhPk4wJjIfF/L67t5151rq9sK1WZ6U3l7Y7E6c8qrXpNNrqmt4edcFS&#10;tSOBeZRQrBRS/2Eypk7wqsNMrJSQ+9ZtyfrNwtpu3WS8if4T69YgAu1A7Yw0NnQ3nKo3L2qfk+dL&#10;RxvtVr/fb7bakWIex4gtxjFirD8OxJkuhgndvSloq0FhDYfOTQWN7Y3bEqIZZN6nkNpTSEqzTidr&#10;pupGtYpTLhH4yPBEQWWWQrsQLgURrNXct2fver6wYEfQnp55zI93Tn0MaU9ikuiLlyQwusX8Hrv9&#10;ii4Sy6oTR6fA4S91dW0RU5N3+FECtOovqGty6LUCimluMngrpdGP0LSzqc+b115145FDh+NHPYJl&#10;jBgx7mewgqGiIFDlYoiXvCiSJMW6zQQoD7TFJkTdqOAvL0GJYBYJQprTmyQvYRwJL9TCTHQfZ5pm&#10;2URXUZ2JCZrJpWM3XtNfXlyfaUAgi1lz+lHn0+4mMKmD/8BIQF1AbShAta8A1uRxlW5VUIkYBgnH&#10;GNWI/SIGSaVpHtJOBz5H4PKz0sItvK8g+2Hypr23Hzl8NH7gI1jGiBHj/sTy/JwADx7FUMqy31Pk&#10;kCICMyvVGstAxqe4ECmLfGUghiXvF1jPewYmSrJUHanuyhgMkQJf0oQLmbZa6o5po93pTLYRv+M/&#10;L12nV1bi2TMeixtdogERmlet8gPrQGCoi8w30FZsfqN9C5D93rNOw0D1L7BuhYUOLLttwZqSaoz0&#10;TLXWASvNE6r9z8EDRxCKMpLjE7FmGSPGugpx5PbbMWcKKkVZCCmTTges11ip8I8ToRmNQCvDBk24&#10;5DRLQCzYSsFFTejtteRoCNxUISUAbFkwxpIip0QmWQsndPHG6++Y3XL6485bd5cW42a7Myj6igz2&#10;mbjxxr2H9h9YXpofDvoLSwsTk9Mz0zMbNmw65fSTTzvt1G6LaAYo1PXmyNcWiTQZWJOS1bRS3ShM&#10;W4907BI5CNZpXLgNupT1wQCo3N0RLS72GJdJnGsZwTJGjBj3DSqlXDl8kCiwLPKSFUmrpS3VsAJL&#10;WZYcCdxsYgaFST5cgaPThDQzPVYkQYKLfo4HOZWYwxov8hIeRH87BHca0M3TAcvvvOTi9tTUptPO&#10;WGcNJqLXH3zui1/59qVfu+XmPSsrixzaVQU27a0GDHFCKMmyVmdCoefGbZs3b9m8ZWZ2ZnJyemp6&#10;w+ZNm2c3bZyZ2aAdX6EWCe2vXGiRiWmJ1f8jbOQljoXCZdejYHSeFzSYAvY9HJeMzx2d27xlU/zk&#10;R7CMESPGfYjh8srKkYN4uSfyHmk0UMFJl4DFGgP4A7c1zqWuU1IQQgCPFND4Aw4G2jUd1ml1COdM&#10;Z2cF0rY+XC3OiAqZSDCQKcuVlbu/c6kCy3VyVTkr9u8//IH3f+izn//i4SMHSnVtrN5DhllS9T1D&#10;HDOc54Ol5bmD++/ce70gmBqCiK2PLG21O9NTU51ud6Iz0Z2Y3Lh586ZNW9VP3e7ktpO37Tjl5CxR&#10;11maCqfOA1h2CXcH1zy12yk0hGK1+VmYX45gGcEyRowY9y16y8uEF1IyGIEoBLTz0BSElYpZSpiG&#10;CIUxIaikSI+IAr/RZlOhpiy5ZEJhKi8KhY+szEVGcUa16Q8U0RQ+UCHUI0kBExYXjxzWIHyCd0Uw&#10;MD8Sn/vUl/78L9998PC+siigW1VwQ/uEtITSQKYtHrr6om7hUcAGuw5ASWGEmrhcHCwtHnWVR3Og&#10;VnBC6RLeDgWiKjZt3Lp1q+KlW2Znt2w7afuWrVsmO13tnQeJXCOFVW/msblF/cyxPSWCZYwYMe51&#10;rCwuABckJGm2BKW0mcFKDosrjHnCWQN6OouhbLUUBnIsaKPBjGmPUQbSVDSaw6VFqKBhrKCCAyUl&#10;hcJOzilhnA2G+SBXgDocnPALtAI3IvlHP/LJd7zznQsLC3qUtgY8kH8ELTfS/4ANQiLpdSIWR6W2&#10;Sodsq8ZS4u7HXeVS/0q9RSVm+WBl/vBhctstN0h9JDB/6LzNZjdv3LJx65at288665xHnPGIjbMz&#10;6mF7/by3Mux02/HDH8EyRowY9zYUiQRBPKWQ/Ws0ZJoCg1QrdKMFU7n0wEVQPaSJIAXtdkmrwxGB&#10;Fh6aQi0MpnhJTrCiUIgqNEVwL4zLsgBGiqj6ocjz/mCwZWrDCU1oRAnpavmFz33pHe96l0JKtU0A&#10;Ooc17EmLdUGDq+lddd95simdu66xH/CPri+00ZLYUqXuolXwSQAyoSFWZ1/hLYCfOFjiHbxr5cBd&#10;tyuOevF/fFZiumXb1h2n7HjYI8562OnbTm2eBDoWRNa52X0EyxgxYtyrKId9cC4lqZCQg5VJorCT&#10;q5uSVAqO0gSkls0W6B6yAW40Bdb+3QQbUFREp7ew1BuupO120mgkCjezRGDIJEp1jJYHgjcQRjOn&#10;Pxwsak7QlVldjLzXf8c7/tcnP/OZ5eUFBgVc7yOAfPcNCimlx0wLj5521nczei4XOCU5B96KnWqC&#10;yR10yhBxkVVZSj1xWp0gwWz/Xbcf2HfH5Zdf8rWLP/tzz3rWb7z2NTObZlOYFBZTsvcn4lWLEWMd&#10;RQGzLAhOU5GlgJSw4BK1LqvFVVJqu0IIzFAkU9Oy2RCUgLW3gkCEFST0i+HSyjJtNVsbN2adbtbq&#10;JM2m1GQUZpAoislZwcqcFe3JabeWn0gYCZM98zz/+tcufelL//tHPnrh8tICZ8Ka5wRWAcGd8Ng3&#10;1lvA3obHrpPHPucIa9E2uEelIjEP5Z7e3hWqyEK7M4Eb0MGDB9//wQ8+7Sd/6p3veHevt8J5Ef8h&#10;RGYZI0aMewo27EE2NdXbZAWQTLFJ0+eq4FBSQmVZQP8rlpImMPsCEn9EAHOiXOKiGNJuo7N5a9Jq&#10;6lqn4HkvBW4qOC8xpYyXfYWVXGx/1KOdiP5EAkt599373vonf/HNy76VD3tM4SQUFbGw8yMl8gJJ&#10;m1nFddIoR0hkhahwxWWAlbVvcAWheK1HqIDS4zV2VFbrNOfm5v767/7+65d86//89bseeebDIlOK&#10;YBkjRow11nqJyn4PCpZW/A69IdAkorgjZP8gQStgnKIWsROsjdMACtTSW7BhUTCO2cTWrelEl+pB&#10;JQoimShwmpAkhZQrkSUSRcna07MTU9Mn0pXjnN+897YPffBf/uPii44cPcrLUkgOWwyi/XQ0PImQ&#10;BwaQZ66tBzZnj746UqJRTgpVS3N/W9gce5ARdYp9dvhOeN4q7dyvcufOa1728l/+4//5P3/6Z36S&#10;0Lj+R7CMESPGWOS9FQV51uo1TThjQneHqLWYc4abGYbZUbpLBcgiAlM8+KUCU4p5yVbmBJFJq0WS&#10;JMlScMcrJdZzvpJGE7zwMFYctGRi67btJxCb5MvLvb982//++Cc/3ustM1bogc1cBPVJg4naAJZ4&#10;q3QcQGaIhSOo6W6p00jHDrEbMSLrnDNkoeHQEnMXo0WRVdXT6Fj0qBKJ7rzjjv//d383y9799Gf+&#10;ZPxHEcEyRowYowG6EW03ShIC1qRgNwApRMsrMUGca6qEGBeIM4qskyn0y/I8SZOs2SVZhmmiEBXU&#10;hHo1TtK02e6oo0pwBWLqDkn2w7qwKAapGDUX4MS6tLh81ZXXXfHd737zG5fcuPemsizA7ChpKKQk&#10;6htkzQC0U6uuEpoZIcLMz1b7DWrdYZE2djWKSUciR5FSolX6VI33T510Wid2X/QMDGUtbjq7WE90&#10;tReeNZo1Dzg3P/8br/2dFz7/F3/39367Mzmh531FT7wIljFixNBRDAeCccQFTaiRTkI1C+l8YgLD&#10;RkSZQ+srwYgxYJ8UPAdgcS0LwfK01aDNFuTutOUMrMXgbCCTLEOGiXKR93sJyE9+WFdehfdf/cql&#10;l3zzW1dceeW+/ft6ioszPRFLWmjEWM/PQsZAR2KPTjqJrUDUVgulHqDlmm9YWcL8UOfoitVh2h4d&#10;GTCtod73COmTsvd8mKhxVPO/sLwTTGUXF+ff98EP7b7xhr9+z7s2b9kcO2QjWMaIEcOE6C8vC8YS&#10;tViDnhITiSXU3hR6Sgp0EpokARMUArIyoRQ4k67HiSJX+EfTFDqATOaWCC0rhImNMofbynJYsLIY&#10;5hQTxuUPxQWBeVbg3ifuvHP/dy7/7he/+OUb9u45NjdXljn49nGtaNSXADs7HmHscTAOMrAO6WSl&#10;DJHYoKejjuqCywRVhUYNovqxuIE1wwOxyaEaOmpHk9jZJVBdhkxv+Ag4UJfg2rBMcx7YU1idHTBP&#10;YXt1NQUuvv3tb//sz/3i637z11/0/z0vSxuxihnBMkaMGKgcDjEluphlhQhADBWngEoluL1ybQaD&#10;YW2nmjTBLGhwuMsLdQxJUmjkAXsagRFlggEsMFjtocYpxGDQ40yhL952+uk/BFejFNfvvuGLX7j4&#10;qmuu3n39niIfFAojjVoRQFRijPwISeSaduToNCxpYdMpQGxKuzpEe9XpzindWWwndgHtJBgFLatG&#10;SGmfLSxcauQ1OMoFM9OekVOPWLzUJrTuSPtQ2AiBYGtE7YgwDcD6LubdhbTzoYMH3vTmt3zzkm+/&#10;811v27BhOv4ziWAZI0YEyxJM0LPEkB2EueKFHISWQv2ACFLMkNKM4EToddXOhyp6ArGUtiHHCGsG&#10;RSUDR1OdnWRlyctCAWq/v9Lr9frDXIFl2uo81F47g2KqYALt33foP77w5V27dl+7e9ehQ4dgj6Be&#10;DeRMhRAce96GrZerF4IYECMIC1wpKbGmgT71iu1oynGViJtN6XpfTQ5WepJo87i2uGgpKraJX+wG&#10;cNOAOIbf4sqTwKVcdSbYHWRs+LyzkDBoDaVUkwom9LOf//QNN+562Ute8oIX/uL0hukkIVFbEsEy&#10;Roz1GYSDhboAixfwHzAZRUmQoEJSuAVs8GiamVYVYB8ESRBNcJykmCaaQelpI0IRSHB3U1S1HPSL&#10;IYDl0vLy0fn54WBYcPnQyMIaqCDgVYTJHbff+YmPf/by71y+56abGGhJARqFrrkCkuhcqKw1pkoZ&#10;ugdYDBLSY5FLw/oOG+x8dqQxp6tQEAeEUdqypf8OmRJmpfoIOlxdPdOdQXgvZOzwnJwEa6t1e5qG&#10;b2J3gnaatPXOg9SuHrpmn908FMG33nrrW9761g/88wf/4I1v/Pmf/xmaZPHfTATLGDHWXQiteLCt&#10;lJr9aFZBFedSNIIqUNFSQQK+rzCCC9SThObDAStzYpBSV+xAdMgYoChjw8Gg7PeLAgjlsN+fn19m&#10;Q9aZmNj+iDN/sC9WATwFcz62b9+hz3/mS1/7+iU37t2T5zkMmOSFplkg/9CUSzh88TglAyCsRB3S&#10;wRNaYysgqyzqWLZ2zD1g/DGCcc+rPwEO7m5yuTb7WkFswHftqBLbgQQPTpDeAEELEvBaaSDbijm1&#10;ZBS+Du4/+PrX/963Lrn8l1/5srPOPgND4j5SzAiWMWKsH15pV0Wiu0oExdqDFJEkSQFEFWAqfpll&#10;hMJ4RSqtU4EoczB8RUYgAWMswUBNwSljRanAst8f9ofDXm9QLBfDlUGRkuTRP/G0mS3bfnBsElb2&#10;ubmFL3z+oq9+5SvX7Nw5GPQVdmpYVC8U5mHpER9IW5F7B1dsVZOhf470BnPQC2TTqLY+OQJ0a1r7&#10;1Q0HKoWl9Nx1zJMHh3eUZk+DjIu69FVOzzx1h6vO08rwVITOtdaZaHVnN2fT3KTrp/qpubZWYIx9&#10;7OMf+/z//cLP/+zPvu63f3P79k2EpvFf0OrOETFixDjhmKW4+stf7h+4C9o9KEqAlwjFGhJYLBml&#10;iUELShKhGRjNGqwY5IMVJjhJUm1NADO5SobKEvpe+/3B8tLySm+5N1hZGRa9osRCnP348170+je0&#10;Jqa/nxbqIHwkiDN+550Hv/HVS776ta9fv3fP3NwxQ+EAKYMQ3lU1KPdVyU8sQp7nRBpC2OylKQTi&#10;Gl3EjpiOaSLR2u48I/CJxhzV/WnAda8c00N01c2xOsVavaJRj73A06cCWG2g4A6T7m7UKVtcHy2Y&#10;UUxPb/jRpzzlFb/88ic88RzYV61johnBMkaMdQOWF120dOetCVU8gSRqydM1yQzUHzr3p5hlksDk&#10;4rKEqZYSlYPlohiCxgTWR1hwBef9gaKUxXBQLC4tLS8vr/T7veFwqLgmQiedetqr3vz2mY2bHuQX&#10;gvxYaSbE0vziNVfvvPjir+696ZYbb7pJMFEUueK9atXnYBEgZOA8LhyblFZtiKSrNVpUA4vcMA1K&#10;dDuM6cSRxJjPyUrjEeCQR10ZOqZXLgS6kmkHhmieikZTurJuXWf2AdKDE64/oHlMfw+TOw7KmWjk&#10;/FANZgEQieWgNgdNbC3VnIfupSUAjepTkaaNp/3Ej7/m11997uMeS+x+Yt1BZgTLGDHWS+y89JKj&#10;N+1OkmyuV9xxbGllMGg1m2dONzZPT+AsTRWbpERBJuMMVk9WlopWcl61gwpRMjbMh73+YH5haW5h&#10;ETKww5zpJOf0xs2v/MM/PvmMMx8k/3SuOK0QN++55Qufv2jPnr0H9h9cGfTzgg2HA7DtkwXMoQaB&#10;KLMMUbftSCf+cO50EiE5aosDaGFlGFXN0Wof7dxlK8/AdU/X1QzoAlSSYVOOVVHitSqSI0Szmgl9&#10;j0xO1kqZuEZJ8aos01U8/S0+Jyzdj5YRmz+NhwJWkEmzZvsnnvrUl7/sJedf8CSaUi2DWUeQGcEy&#10;Roz1wi1v2339zu9e/fWrb7jrjtsZYyRtlDmbyPAF554xMbN1euH2h591jlpMS4V+rCx6S2qtJkAx&#10;pfGjASlmWfb7/eVe78jc3OJSf2kwzDlX62V3YuKlv/dHj3rcE0FyeXzAEujLwvzSwtzCyaedcsOu&#10;G/7lwx+7/IrvHjh0qAQ3HAE6FmgAxYQkumLHgUpyoTtWtQ+f0B2vxkRAGNcd23rjJBYCSc8QbZeP&#10;ybiaNh71Qoxxj34ec4QIIbKaJjlSSnROdEEnLUZ1I3RU75UN4K7GL+tgOXLAqmBpffOsZ4GRqVjS&#10;jKzCtn7Heoo2JKsOMW3BFKS2KEmajebZZ56piOZPP+unzzrnLJdvFyc8cMYGnxgx1gdUSlKm7ev3&#10;KQiktDlZ9OamJiaHpL/lpJOuP7j85E63bDSHUjZpinWnB6FEMIVJKKFUwScGbseKsoAcXkIVyeuX&#10;hWJz6vYkS3/sOc995GOfgIJK2AOMYV7+3d/+0wc++KHBYDA1Obm8ssJAzWkk+frlwDhqYQqp2KY3&#10;qbPZkRbf/Thmi3OuOOmmM9v2GI+gRrNfFfNsshRZ0LT1QeQNcXANB0ezqFXVU6KqKwgHXUU1Shq4&#10;vHpSKFcb2BUegFdjpea1GTwWFay7VC1xbnkYVUzXvHxhpS/ul/ouPjEtJMMF77HyymuuvnbXdf/n&#10;79972o7TfvmXXvaCFz4nbXYSfILjZWSWMWKsC6w8sP/QV79+xXXX7brphus3b9s87A9Jkkx02p2J&#10;DcNeb+vsRDPlvd7K1g1TZ22ayhIqWQkGeNrZR8GGAipFI3VfT395mO8/fOTIwooC0SxLt5/28Fe/&#10;+W3tianj19QjPv7RT77pzX+al4UuO3JCKAfDIGKLjwEaOfmirHMkl0O1NUZLJTGiujgrTHVP/9LA&#10;r4EQHMBNAHVO62Gre0BnzQxL7B454Hp1bWUFliikowGVDVp7qkqoM5xVL17tWoJVGletSLhiqDgk&#10;k7VErxxxb/d2Q8E5Y689cRcSjxxp3fMkcvsSbEasJITSJN1x6inPfPoznvXsZz7uCefqi4NOSNSM&#10;YBkjxokfO6+78TOfu7gshjuv38n6KzMbtxMxbHSmTj75lFzS/XfcdsaO7Yog7vrSx26dGzxi69RL&#10;fuaZ7cnplCLJCvBYK4fDYT/Py95gsLyydKw3PDK/lJdAKyenp1/1x287+fSHH8ezZZz/ws+9cNcN&#10;u8E2QLsHJHp8pnaM4zL0oFtj+ZLhJGQ72bGyBdBpWGJZkwYdgSozVRkUFnX+UQRk0aGglTCO99AE&#10;vqzGIxbjwM6nOiFiPBAqvUdACgNcNd2wwYQRi5LCgt/YXTCuLHx8s079Kfw5jO9t3ARNW7F1j+Z7&#10;aj371ZJM8xfULqE3iKbZuec8+kUv/G8/95xntVrZiedpENWmMWKc8KxSzB89ota2G3fvamqn7CxN&#10;8gJ1Wq0jhxf3Xr97/747sGBLxw4uD4sVgb+x65a3fegTN950a16UHBEBM0iYYpR5PlxYWjq2uHRs&#10;fnGYl2qRTNPsiT/+k9t3nHZcT5Zdv2vPTbfe5JFSW44DteW85K4IqXWf2sMNWT9X3+/qBZOBWgQK&#10;mdJOdXR3QcI182BTkzTWRZ5tQalSahvAin/pRZPghFI3CKueCfW0Ens2YoZj+dFauGJ4NboZSCFx&#10;9ac1nYX0Nva46LgfcnVYi6QWx0NJyKo7Ce8s6+mk6+Sxly10L8IV2nplCfaU3bgE6j/LfHjVNVe9&#10;8Q//8DnPfcE/vf/CAwcPI8R11VXot1U4T6Uf1og1yxgxTvBY6Q+/c/UNhw8f5pgTnKZpi8pi4+bN&#10;hUAH7t4jSMrYsDMzte/QoV37j3DayRHZu//Qn33kE2ecsu05TznvtC0bE/DES4e94WAwWBkMCsb1&#10;/Cm848xH/vRLfun4DuRSi+q/f+JT/cEQ5mXaFR08+kSIDEg6y4BqzkblvIptRRJKrzZ9iGyDi24A&#10;qtxtsIc8hUbcUEpcs9gx3Mr8KbG2gRUC1ZinV4y4hprx8c54LIc3SvRsHdE+iG/JAbOAsKUIj9xr&#10;5DFsyncVrYisGmBd2bW6cqZd2M0wcWXY4NfO6ED6niZsNTCAgliAXyJBJjWNbtpz41v+9E/f8Zd/&#10;tXF25oyHnf74xz/+Gc98+lnnPBIuLfj0/7AytAiWMWKc4HHrrXcfuOvO4ZC3mt2tm2aWFhcQSe7a&#10;d2dRlooOkCTbvmV288zsNQz3ctbsplmju1IusLy47ta7rr/trrNOP+mZ5565cXqyHAz6hShlIrSz&#10;6OmPPOOFr/0f6ujje7YY8Usv+zbyoyCBRXJUVz9Wc43H8p/GL9UCj3VDNbhAbG5S4nDSsu6JVWs/&#10;dYOTgz4cuLfQDbOVn46r8NVypajW1Fr7fgwRJfZJ2tXwcszEYMRgzzJKOQqQ4ZPasmJlcitHoHOU&#10;atoMq/XPG/GjDYUvoW7GtRjpEWJAL7Ee+oaRnimO8ry/f/9g/4H9l1x22d+99x+3bdv+X8574gtf&#10;9Pxzn/C4lEIr1g/d0NNYs4wR44ROwUp0ySVXfurf//3QoTlKQPxx2sPPvO3mvZzlJOvA4May/6QL&#10;frTsrXzmyxcvHdvPRMbLQclymlCFiawcEHAtII87fet5j9ghmSiEGAr05Kf/1M++7BVZs0WPt5/L&#10;ytLyE5/01H6/xzk3GVcuS0rSEVLmqWRgZ25gkFTTNfSPtWSn7Xb1HarEJGaxvpczjROrdtx4J4PR&#10;HlRZ02H4ExtFcVSZ0slaoyxaG8OcBXoNORFCsv4ssg5vOKh0ynGYHHlSXNO9jLw8bJp8rDeiUaS6&#10;zYEvYeqWHmsnZIqZvptIaKYOB2gopWm6eePsU5/85B85/4JnP+enW82M/vAY6UWwjBHjRA5WFh/4&#10;yKeuuvyKEpN8ZXnjzOxSv794bP/G2U0Li31RrDz353/qsu/u6vXzy751MbjDNifn5g6CWyylrMwF&#10;L9XimKVps9HaMTPxmB2btp90yrNf/srHnv/UB+mElxeXnnDejyqwDCSSDMAygIYwzymreVi1Jh0z&#10;adLBHXaudKhK3oZmq5V1gDUo0DiKcMBXEV7FDx0FHnMjrHMcNUcA9nuBpc5wYlwHy2r0JaCPHOkP&#10;wvXZJHiEVIYWChYjzYBpBwTYA2TIvqsHrzqSwmYfd30VpDpnIlwTy2jySex+QcuLKKGTk5OPPuvs&#10;Zzzj6ec96QlnP/qsNKUIJ8A4H6p52piGjRHjxKWVgvcHw707r52YmllYmJvdsIE0m03J6YbNnW53&#10;OCyedN4T+oP8Db/9ys9d9K25I3feftehu/bfKrhopI1ue2K5HJjFmsEwK7TIksND9D9e/8YdD+ZQ&#10;EUVjdfZTysBDoMKe1YZ5BEMg5QgJw55djfAwO77K6zAUshKdsQ1Jm7XvQbUq5ohTj8RrmPKEhgCr&#10;4uL3JCp1rJWVPd4oBONxSorGTYX8yZAqq2yxbUSaMmYKJL1mpXaz57FmbwGPDXVNHPgvSGg7Ng5/&#10;hphLzMFfCfP5ublvfuvSSy+/LE0ap+3Y8cIXv+AVr3hpI0sRfoj+a4rMMkaMEzmOHp37+je+ve+u&#10;wzfcsHvL5i1LRw+2O42p6Q0bN0yddNqpJ5/+SMIGre6kWuIOzy1ce/l3vvHNi2694/YDhw4PBkOY&#10;ZKnX0iTJEppNTU6fe9YjPvSvFxohx4MUnOXnn/+Td+/fB7wKYS6gFTdNG0gzIJ+DrVM3326DRuYh&#10;O9SUvvQ3igYhIbQqD7kGCHl8HDMhkEjiNbFrBB3DUZf3jJTqChA3gxvX1SejzzX6mDWDHhzc2//C&#10;dOsQA3KrDR7zc78UGRxxUHAyTDvtTQSs1jY6hRsWf362gcgYIxDdLWW7aykFS/9Hn332b/3Wbzzj&#10;mT8hJUmSh1xFMzLLGDFO5JiZmTzrzIfftff6p5z32IededbW7ac0mxkiVDt7EmkFiKCsOHlb56Tn&#10;POdpP/WsUsFTye+6Y+8tN+/97pVXXLdr59zcEtKCuu3bTyIP8jyRq67aNRgW0FjjV3Dp63TVEu5B&#10;BwVmOBoJBQ4Shl74IX1t0nerOP29Ya/YW53DMciNp0RVGrYyEnDI5DEIB57mYwA5moy9d/TE3tG0&#10;/Ug/mvLesqAQdUcUqfXL59UoNa2n6zbSrrirzd+UrteoIp6BxtR57Loqr7Rj3pCHWvU+cbjaRA8H&#10;0xITsXP3zl/7zdc/5fzz3/lXb9m6bXtkljFixPh+hihLfsstBzBKFIsgoB3J0gRGjqjla1CwI0eO&#10;zs8vDAb9sijVgpWmSXdiotvuNjK1kyZFMSzz4uab93zta1+9cc8Nr3jJf3vN77zuQepjFFLsvGbn&#10;r/7aa/ft26/w2tFHXpS5OmdtvlORwVUgx5kP2GXNOLrqtRjDMBGB/W88nbSVP+ceAHRLwAKu04Zh&#10;oU9nL4mdT2JEmLDCo7pN65psUkMEMSLOEDsd1yQIyVXztNAuI0Ob2VH2iWQtyVxNEPN8FI/40FYj&#10;MyvLeCxXB9qqpylgpqH1j/s7bFnCTlIqZO04iYPTRrXvYQCc2RoQnCTpeU84b+umDYvL/V959at+&#10;7L8+GXyAI1jGiBHjwY5DB47sP7jYzJo4oUVZXnHV1TuvvvLmm28+cuzgsaPHBsO+2uQjnfOUjg4k&#10;STIzs0H9NzMze+YZZ57zmMdOTExs3bzhMec+qt3pPkjned21u3/lV3/94IEDYOTOSj1vGbhvkQ+y&#10;rKWhjdSoJHZZ1uDHKiMoBbKqD6LrkFYyojtaiMEV5xWOXcOLHb/ljHvGU54EO/5aS1WuCjLhfK6x&#10;1Gt1i31dImx8lXaKprCTn9cGyxGUkpXVO8bfi8eGCFp7Ee5UKtq4Wto4aPAZ8a3FgZFQtTVxQ8Qq&#10;Hi4D7wW9FcHaGd/m20maqk/d2//sz577C8+OYBkjRowHO/hNe/fPzfdpmnzuC1/61Kc+fuzQPtD7&#10;V40z3C6qMnAa178yi5ZaxSlNnnDuY//nm/7gv5x/gbrluNcsyyIvivKlL37Flddeq54abHo4k9a8&#10;m+dFP0vaYfpXetUfrvfAut5UK1tw4KoXOo69Gw32brH1th8pR7QiCFXSSjNhy/moyrrXHR5v/Kll&#10;U53NHhpr/EFr1y9rXnf3LXyWtNaVZAuHxoYAvOAFCjzzcCB/QSGSjfFLhEY8bK2VIF6j3isDHz63&#10;OxHeWNe5QzjfIkc2qU5gPOlHLvjEx/8py5o/cL+5aHcXI8YJHQIXBb/imt2v/a3ffN/fv/PI/tsZ&#10;L7WX+IgnnO5W1Ipy2wbjLNHUyqV43ne+e8WLXvySf3rvexE5/osGTdN3vfNvr77uOiuNxCYtVwF4&#10;pW60C6nlVUH3i82W+tXdVSuNlZ00yVWnojcruIU9tzMgNiVrnzSoR1oIIYZFyQp6XF/QCOOqnO3g&#10;lQQV19E85L0GQutdfq8IEA6mkRifPGsKZOUv7oMh7wFpx81spax91V6vRKODM6tenrA3VxoRq7S7&#10;FHNuRAYc2HwOuVENwT5O7L5xT38IE0t/4BEbfGLEOHGBUiLOi3/80Ec/9W8XFsMVr6UTIly4Sc2h&#10;TVbkI+QQaoFb6q38+Tvf+eSnXPDocx93vM6QMbbnxr3/euG/X/hvn5AwXYQotsMEGBLoNVjYQiR2&#10;ACZRTeVgaAriduAkrp21a46pQExWFjzSqgEtyXPZQOSnU+rCpHpuYR5K4hq81FzUV+vukWg1joXG&#10;xliOWQRUh1uf2yoFKFdlkCNPWqlh9F30fBBtRIfDnthRE6FwQFidPn5vOK+s/5DU76AI7+ktAM02&#10;SNYcH1xOAxuHCIm8zFPv39RPw97y8mJvcqL7A//XFJlljBgnbEhRfv1r//npT15YDFa84bg2q/OJ&#10;xJpYwhTqvJk4ChT8Zo2bm5//5Mc/fhzP8POf/vzzX/DSf/6owvIhJlShQ8kAKz0TqzzsgiHLqFKG&#10;SJvHg6WMBD4BfqSH9LVJZx0u7WxL5yNunE69JsJBB663iHqp/viXnUrls4holXrnvX7LHMlHa9vm&#10;jfNALwx17BPXMN0pHRGSayhQ0Kq9vJ4dY4zWPhfpgE8auQuqN9x67ETeG6mallJls7H5aEqmiSU3&#10;dhTaMwHdfNPNDwWnggiWMWKcmMFZfvDw3Jv+5E+LQc8vmmatEoI5JiXM4AiLkaF3G9aGrNi7uRB1&#10;oFqzji0sHMeTvOzyK4b9vgExtUZCE6yZE2nt64hTGghX67ILs/Bix0q/YfwBzNQtHPBQI1sIdAvY&#10;p3OJaduxKdlwl4CFGUviPFMrquRGc/iV3tjLJS6LKzzKrIpDOHA0tydUv2UtoSZeHc6QT8+O9wEZ&#10;b1zupofI0U5UUj9VXG0XRgG8dhq46rf1uh5k7Jb8jgMuKKQHkIdxXzFG1VBujGTwqnUzLKqcieBA&#10;ztjS8rIQPIJljBgxHowQy73hr/7Kb911x201E1FY1DhG1I7tCKcV+sFSbuaVXSctMzCsReLjKrP8&#10;qWc+nQnJOXgEMc6EhSvpLFCFGxLih1uFkKN1eh76rP6e+iXd1OUMlujHMQwSmmzNl9Vy2CsjnWFB&#10;xSm9W/gI6PmypKdWhgwZwf1YjtTN1HLjREb6elatXLoG3YrohiAaQCweeRz/RAE7lKva+kgpRxSW&#10;1Qsfx2TpvdbtB6R6LvNOuFdVYSEZPbdqy+HPENeeXEif4cAWfYW48fq95CHg6xPBMkaMEw4n9ZDB&#10;P37Tn++87ipvHWeSkMhoKOx6hKrJhWvkDV1JL4TU47ZsqdM874InTU11ASwVUnLhi1iG1Vk+ZCWP&#10;EgVDFrF5AGctIN2rrPpycL3txEEiQd6PAP43VqX6NmEKfA4iw3nL0oHEPasqcVXLdKKJ0GXd+9/I&#10;74WUY+9CzRHXbmLk2MRpvErhVKK1ZJojNut45PMw/qkYae0Rskpse4KIMR6fZG13CdW7gIJr68bL&#10;uN8E39oHOXDggHgIeODFBp8YMU5AuPzsZy/+7Oc/pyCotrIDYRNGUeD06XIVhTkea+zAJkkL6UZ5&#10;/PoSl5ZWfuPVrz169KhCSj2zonKPs3bc1n27tsDb/lMvcTQ4VtnGOlmIN3m1lUnsQBEHrT9wQYQ1&#10;/TEdKpoQ2d5X5EC1MlPXlFSEAkQ0fnYVKmC8hpGrDKSWI+lTf/u4YKP2ONW9AnM77G2P0AiU1u+K&#10;glYpaQ0T7hm1vSKyPgvFACippZ1HHkmGIhsUjrZGlS+7nw7GBXOM3/TNyvmVFSTRD5xbRrCMEeNE&#10;Q8qdu256y1vfURbDsaVLhsk3q7cL1/i1lqTAcpyx8ricJWPstb/x+q9f8k1kq11cG7UE0hBb3NJ5&#10;VDuXElfwJbFdoisXugrt7UlXwCFdLpMYN2893cLZEVQWr1gGSghZf0Br2Vbp9ivZ5hq9r/5p5Zo8&#10;UlYyGBmkvseBc3XkqiOlc8/BQbpzdZ/bYI/kzmptpPSnHmaCRwaehNsVObqfwpVDoRWP4hFEDUvq&#10;5pNQMVadzH0ouKvHNGyMGCcQTkpRMvn7f/Anhw7cJTgfW7ZsYdKlAZ3jWwBPjpnhWroPexdseddd&#10;dx6HE5XyM5/8/DcuuVQv02rxTNQSKQQz6KFXSeHQRlhvUeL8XYMCpT6skn24BRkHDM82i+IRXmcS&#10;0s7HNMREmwR251ChmcVeIWu6wsCwfQSQ7BZD3hNPcxZ8YQnQPy5eBRpXJWx13JNybCQXqqdUR4mm&#10;96FF490+Y8a2ge5Iutowdu9aNcnE7zPMpqRWSpVVnjcoy5rGZnuoc4+A45P0ITHzMoJljBgnDlby&#10;kv3NX79/966rnc0pRqsUq4RlNBLLqmYUeLI4iZ7NEAa3qP9Wer0HfJrs0OGj7/jLd3FWSjdemBDK&#10;Nbo7+Yo/Iew6IXUK1EorvfCAGuEowZb3GNYIECvdEmcSvN4ZzvrRUOSRsSo0+nlVQVeqy+LKChEd&#10;HnsRZA0BkNU3es2Nd4AbBTUZwiQaq0SGx61qZT7etuPHejj/dFuFDZitdEYMNf66SkfPqvmF2tNp&#10;ILSvUtg25tUmYQZ0v06v/YYh2G0IKb0AxvQ6c8YfCv+6IljGiHGiQKWQ37r86n943z+yEizRAxJW&#10;rezS5uqIHeJoByBXLmPjC2ZwO0b3Wz8Ynicm73/vPx08eKBagCVKkgalwC8NzCM7Xxj7pVwazyE7&#10;Vdjc5LtGiO3y0QVIlzPGGkqlvQ7WhcDeuZZDNG4yVTeMQQCCg+VR13qJWzCDeRpIjucILVWXFUMa&#10;55TOe3U8PStDZJJ49bcjhE9cg6KRXK6sm9xaAhlUDO3jiDHWKeWaczpJ4IPnumGJMV0KxLuW16u3&#10;kwRSTbdvCNuLfG5XOAdD14mNJOPl3NyxhwJURbCMEeNECMbYty+/+g1v+P2VpQVhAAIgBGZlICuA&#10;k9USaAmG8LbhAVcJRCPS9vXASmEnjUj6AEaOgOVrWXz1om988CMXCh3OZQYWIkrToGnFcGKBamMq&#10;w/ywvlG4NlGHmlgSY56uD+Ku09LoRohTXTo4rQqkMjQE108jJA7kI9jnCT1jC0dJ1umduci4Ph2l&#10;/kM1HmScg1X5zFX45DjLDJPC1TSz1ZtsxztVa3xzzNNHjrfgVmzY2NULw2KFFs+gkQZk74qL7umU&#10;nD2E7jMKTAxMKzfauWvnTXtvimAZI0aM4xBqcX//+/953913QDLTmAxohKCUIl+qlJZuyrVnXCHX&#10;bxOO9ggMWTDn978dVnGPu+7c/0d/9JbeyopBSulnL5snUGfrZiK6pKjxabPWBB7H7dzhquKKHS76&#10;kVrSOKNaEoo8q/RNOVLWaFDQLWRYrKn4Su+SK6wOEAfDrmoEFaMK6E0aPBRjijrzG38L4In8FiJM&#10;jocgpd+dSnsy5pa3GhxVvgFrf35w6MDrMXg0QVtvgg2Nn6q3OEhC6L2ak8rgkWRuSCur0qXZoJgd&#10;ni66C95bXvyHv/ug2mhFsIwRI8YDBkuSPvIRp0vLINVy6ut8FOANe2SSOkMrcI3r4MArLhidPJom&#10;w2YJu//MUpLX/c4b7953twiLbNbg2wkz3FBi63/uPFodamqJA7by0QpI3PAK5NtqpB0EDT8Il6e1&#10;VnLSaje9nTyqXrPrb8K1/mAZ0s7QsmA1hld5sEo8WhAMBRS1XKg33PMZSOFeHEbVriDAWnibceWH&#10;I1dptl0bIH2XVG3KSv0lGUeeVdPIyFob4ZGPSUAuQycHKfFo1njElMDtDXBQQ7YbNc7Lz37h0xdf&#10;fImQP0g/9QiWMWKcCEGIPPvss6Uf4ajzkNA1IxjC4WIqvV1qsGZCj0zoATueuNNeORJh9ACG+onL&#10;v3X5tddcLZz550inqJ+rHKQiheMwviXF3giDrLGHOOG7e/2kJztUEXzyPPN081SwrJZ1GfSsYOyz&#10;vria/mVmd3j5pEQVeOJwIkdNgx+kd2s+9SNtx8GXry8HxwT2BbVBkxWNM72pldnqapRxjG6Gk2Uq&#10;2el4wnc89YrqvTlhG3XYu4v9lQxadmVQBq1cCmsU25+WlV26waJieXHh9b/7ht27b4xgGSNGjAf6&#10;b/kpT71gYnLatnXq5ZpSWjLmzF9EfckOTNF8R6irZoYGona5dctpr9cP2kHuQwwHw7e89c+5G1QZ&#10;mNtYi3OHRmRMWDA6P9mkIoFn2O4V7Jir9SbV8GPtYzWJFL4PR6JQ+mE4DoHhiZjq10kramvhCkZF&#10;1bhnSB4dTcSoZmJnRzeisE8GrzU/eBzPQrdYcCfX2Vm5CpKtlk1dLQe7ym1hbkGOtfU4rYdX5dYH&#10;ulTbGYw9+x/N2tY+c74tC1V5XG8ZX9+cYUtrJTNKHcWfuRTHjh5633s/qFhmBMsYMWI8oJid6Tz6&#10;nHOQtRZzjfiCSWdMhmr2oZWJNnGrPKRYtc+4xAiFfqZVsg73BsP7nn1FTIgP//O/7tq9S48qFG7m&#10;h3DnJMyzgOIyySpjALlGDtCutsJNo5Qe0n2+2DE8UkEUmKOLOiVyA8ksMbQ2ew4ejH+QMfRZ20Om&#10;cmuzzE+OTEZ2mdi6T/qaMnvfaRoMQiZ+7MYougSccrx+uRrjrK6qsOnr0Zwtxo5x1s8S19tqAwYZ&#10;NjfV3qxxj3jTilwNtvTSJb+VsfcizsVQfTEuSsHYbbff9gM08olgGSPGCRP0ec99LiFUjwfBOkfH&#10;pZ55ZLKRfoYwRjXdgkBVrjDsKwlSgtovR/fLDPO8D+TyPgRn7O47737Pe/5W0UoUKCjdOCqOnAgh&#10;yZrIyOwCaf6IrMI26bouF/e9cRIQLlFsqrC4InamIIarFlWJfeaUGNlJ0IgLKhEjHES19p8asRyV&#10;QDpGjgPqNJ7YrG1ZvIHs6FeVvcQ4MLEzyg09EcxpgGrXR1cxa9Of12SaErK4GPuXjWuHYBR4xdvS&#10;pqfXpmJclShJsKvCI3n1Cimx8+XXmkxR9V0HdNIbQ+jSeEXK1cvsTnRe8qLnU3oPU6sjWMaIEePe&#10;xbN//hndyRnTxkloUhYF9ulMPw8S+1XY6eV866a3UPHGK252l23wF6LX6x85dOi+rTJE/tEf/snR&#10;+WPOzN1O/5BG2lFV/kSZD73MQBrzhGraBfLdLq5HFOQKwpIPX7qTrl4m3bQsq+Ow3TE2iygcIOgJ&#10;z14MUZU8w0bgUbGpfUyHD5VRuDPoGxOthjhdd90dS5/W8Vf6uwdZ81VcDiwBJcRlUVejocjZuKOw&#10;AdU1DOOxlxlgv9l+EVsOdx5JtRKsDLmp9+qpvS77P9eqHm5FSzKc3yKd8x/3TVVCm1G98Y1/+PwX&#10;/AJCCfkBccsIljFinDjRbjUe+5hHdzfMDIdLalHTntQo7M8wMxfd0GNrF27G7mrUQXWlHArAqUot&#10;3nj97vt0Vl/+0le//s1vVt6ndRO40FtGCCYks9UtWd2Ka9XCUCtq+ZvWW7jEnsS2+upHVAa9OTKg&#10;qChofMXOqEiO1tICx/FqvOdos7AfvLVWplbrEdHIoDGJ/LxM5O0CDPuX9exo+CaG787IiErf84zW&#10;6IMN2a0YrxjW3g0nUqmPWhFyFe2npb/1ZiCE6p26nlnKoL1L2qyvyxGYNAM3bydYIJYQUvC3ve1t&#10;X/3qt36A/7giWMaIceJEgsnzfuF5lDTVEsrKogI5S4EIchIL2yvqhj+LUMMo7eIuAymk715Ru/z7&#10;5ngnxPve/wFrVBsMdTL+OBLVVfSVvF3byhi+azOoo7ORg8qg66yR48u+k9rjUQ63mocq9q2zIz7q&#10;xkNAO3oLD71OwSnXAqTaUlvpJfBoL2ntrGoEFgd+rav4BFUZ3VHEqxUXK6PXkVOqGfGMDH+umsBQ&#10;zdJ1ZF7meKwyyxr7lLtw2xfsjYnD0V3ClqG5yXfoj40kkC8m/f7K29/+9uWlxQiWMWLEeEABLICm&#10;F5z/xImZGWcNKryM3jnRkMDOWkJFU4g6G7GWN9Y6zhYHjeROqntLJO+95Z16hJ279lxz7XWy1mIU&#10;tsTobKpaHLGsdZui2mlXPLI2MBKhEdNRVFHNwD82pIe+o0RgJGuW3vWHHm83tUOsKokIGdeEhIwK&#10;1dKcWFZVzMBKqQ6QLoE5Cre+gLwWGIs16ngW9xGu2pgCOjySI7VTvmXgpR5WIsMO6SBtKoILNQKi&#10;Zi4MZLydx4VXT+rPIR2dymn2bAgIpXFnwCb3S6BRWf3mxj17XvyyVy0vL0ewjBEjxgP4x6xnLXYn&#10;2rfv3a3XGo7qU0Vghw6Wb6bJkBsgNFt+bBhS5R/rq3iu45EQ16CIjh07dq/Rkn/xC18aDPNAMI8D&#10;FQEOZAk4dGcN1lutyQsVejW1e7D0B902uMIl6bX2MpyH5R7WGevAwu5bQz3TMpIQR2udWayfcjzS&#10;ZeqpGnaKz1FNyFoTH9ckZ/XmplFgDqB6rQeyVWi5Wu60PgusaubyvHJ8sAkew0uPj2ucg7ROTLpU&#10;qUU49oIH6lG/f7AdVaYqUHtMDOoRxtiV3/3uq1/9OvUJ/P63+USwjBHjhAqKZZrSRtZUdE36sfWw&#10;olFCEr0YicCt0xjiBOWyIAUnQ7W4bVshas3aufM6Ju6V1JJzcclll5ocrJ/l64dnahohnN+AkRIK&#10;XywzzTzQ3mnoLFpl4iMO1O6uJKkehNd1kFVz76iKwvWqOGAIJxtjYzlr3Y5w3dnByl3qmU8p60hY&#10;NSWNGOP5J/IdMWPdsELWO27GvXhkdcK23QkHfnV47LAQI4XvQsJhGkDK0eEpKLTZQ6EjQ41z27Jr&#10;CPDmoyV8P5UUfmtm9hlBgTbYqdVnocAejVBXFIZmrrIYXnzxRb/0itfkw/73+V9WBMsYMU6omJya&#10;es2v/W7a6OgmT0GM1gBYJRGmtyJwZQmsx3y3owmd/apytl5GAM451+/Zi7+Xj09ZFJ/6xKf++ytf&#10;c821O+3ij5C1yoPEHBN6cQcOodmG87OtZVfhRpB9Wged8UnI0o/lRDWYCJ0ZRllUbSqWRwdR9eyE&#10;FkKG9eK6Kt+XOh0RNzlEP+rSECfXzTtOGb/HxauKqcan3GHP6Lhmq7+0bxBIhsa6gAIkrvNI19Rk&#10;q9IoUFgGtnWrUd7v8fEbaYzSCX1o07EzY7RaFGvRSti4FLzYECmt0MnOnFGfXVYyVhTl4DvfvuQv&#10;/uI94vtrUJDExSVGjBMqGUvE5f95GWOu896Bnx4MyQInUuF7VDwIOdOWqrPRN3iYvkizkB4+cux7&#10;mt69+U1v/dBHLuScBeU0k/6lyOs4zHAobsitm0dZr/wpjJfw5ILIECmtBgXjYPgyNvAqtZe3rDuV&#10;S90GXKkbRxjqCB6MCCLRmCFBrZ6pabHlo6PsyvcV+duFe4p7wBo/VLnmW2RSAMK9Cqflx46rVUzU&#10;DpRBdYeEsbGXSI4f4HceXgODRi0WVk231ydC6yyqtNQa2USB1iNR6TyhsJ9oY3OyViRqpa/gwI6o&#10;2gFUpN0Oz1F3Zrz80D9/8OUvffHpDz/l+0b5IrOMEeOEirn5lRt2Xcl57ts6tGaSGC9r245oaEpN&#10;JWhIChox+vGgoBHI/BrPzS8cObym1LLk5bcvu/xf/vXjJctLVgip1SDIyzy4cXOtSlYYBeO67KKM&#10;tUOdHxgSerCFtMWmkZ13QaDfwPVtQCXtCA6T4ZDIcbuZEHtQLcFqjewIRvWnCxK/q6FLmGgdR2h/&#10;8Q39EoF+xW5isO8/skxXBqMf608h6nMlUcChq92SLVdXGyPzvJYDovprdyaCa6FmlcE1KQujXnWV&#10;4WoCWpgfMDkDQ3PVB8B8AqE0rJESqgb2E0o1VPJQb7qyvPjBD1/4/YSwCJYxYpxQsbiw3JncgN34&#10;KkKocUqr9UKaDGttEu8IPxjPqlk5nOAsHw4uv2xtxRsX/+t//02/31fbf8UsgVzqapN7NGkzrnax&#10;tupGo17RLgOCCyHDCiLxbnxSrjl3QtYpnetuHU3Z1mdc45rrrF3Apb0w4x2pzuoGm+kYQt4bW/lV&#10;dR9rHFrZsSKTBx+huSOgeA8G6BWlRmtR6FHGbN4RgkenTIfZ3bUnZYYPCscQRKt5alVmFVWd1+Fk&#10;azNkRcE1pSRJ4E8Ym+pkTvoT4mfDmc2A+qh86jOfXln5/lUuI1jGiHFCxemnb2+3O35yMKWJnQqp&#10;1yZqKpHI0TStvPRTPQKpQBW+3Ua3zzIJdUZ044171jqBlZXeVVddbTDZDqHkRrPJsa6b1pxpsZ5S&#10;TeAwLrwjj+MirqoaeLvXqZ42lBn1L/VpZJfBC1s30Zgus05Jvedf2GGLHDd12w6J/e/HSNsIlRyt&#10;JI70jnr7Vn+AKxTb3uPA2B2NNC4FTr+u3VffPRgmgysbv5rfBHbMGdenv1i5rRn6gVbfathWVZtG&#10;rV4bDl+Ftrnn2mXCTPCWdpPhNl3AFHUtAJteWaesMS6E1e3GqgJci0OhrTqIHD506L3/8AHOigiW&#10;MWLEuM+x0ssPHNiv+J1abROSVuI8ZE3eQs9S7wDjMrHEAlB99JQZY2kU4oYS7rx251on8J3vfHdl&#10;ZUU3MiaUpgnN7AiwAFHUo5nBzNZATfu0YStkrDo/rPzP9M6EDTq+wRUhN3jEgwB29mxkxN5vnCet&#10;ygItxKLV7G3kCA6O4txaWdbVELTmcl5vrLXdtuGp4poWk1TE0SZRhWsitrsN1y8jHHcXLjeLa8VW&#10;uQrSO4ND4Rz1g0+Ltl4nVkCJK4+JwEQXpoQEr8RdKluPtvsAeOcpdGtjXHNL0q49sqoXCE0ptX0j&#10;IdWYNkAu9VrZhR/76JGj898fGUkEyxgxTqAQ4qqrd/FigGE+FyTyHE8zvm7U2feQmnjcIVaIRoG5&#10;NhYVPzNacnH9nlWYpeDlwQMH3/lX74ZyIyEmDaz7NGnlJ+dSqVLYyR4aKKliwOrLLvpmLJMb4uxm&#10;UIws8c6aBpzhKsIk3Pgw5xk7OgejkmOGMhBrjCe8I49vzA0df4yZrag4q6hTz3u97JJRoWTtctvN&#10;Sqj+qBn71HPRcqz/qM5EHU0OjB2Qz4GP2B1UD2g8KUanklncBs6ox5b5XLmwE1LB5gI6yYA1Vnsa&#10;owAxmzIZOORKbwfvJttoYwThEFgBp4FO6/Frt1a2og3Psn/f3X/wxjeXRf59GN0VwTJGjBMn1BJ1&#10;2WWX664NtTylYeOM1R6AaLHSh+Ag4xd4iGOvq4eSJ9HlM6LQN0mSVMGauuOhI0du3jM6iXdpuffy&#10;l73yut3XG1s8L/knSJegXP5RCo80Wk3oqS2BJLEduUWqk3HmAnIENQLMs5zS4qU0bZPVLOjRsp+V&#10;NAg7o8M5vRmdw6g0pd7xVIc3n7oVIwJ//02YzV4tJVurC4pA0hiIDvFqHga4UvSjyjVdoSLXg7VR&#10;MPJbvwV6M+SFlXU72cpkH9U8zasTCH7yLkay8ugVpDpJz3SFEN7woYb06jIbbkpcAtYNIg2sglyy&#10;Vlpa6e5rk7pUZ8IR4/yir3z5db/5+gMHjkSwjBEjxr0NLPEtN92ilhvD0ix5QsK1wspg9pNGSkRD&#10;TWGQm63+MunZIPUHGJoP84u//GXOuSO0PM/LP3jDH129c5fxmmVqp49NodE3vurmR2em7VO73gnW&#10;YLOvCxpvd1seMyITz/dwZfcqRyhVkDYcb6wxOwbpyDOuNPvSOxZJh7V1/PPqGhQ2rcixOuVqedew&#10;/1YG7BY5mlhjb3qHYwar1d/c8SFhvhvW/15KUm/aQgHGOUtBaaQa1fwWl5C3lE4I6y9fs/ezT4d9&#10;Ude2VRspDrcJc8e2hfO+cPNMEK7JaCz9tX/ZSrXdHxmg9R8MVO1RQt9eg6W8KIv/+6Uv/cyzn/OR&#10;D3/sQa1fRrCMEeOEQsuV5SUCrfaYMy588wZ2WFqJ6M1C59fCynPMN7rodhuTn7QDMn2ziVoUb7/9&#10;dt8Bonjkxy786Kc+9wUELq9cZ1s5UyuXLWYx73tgZelVT4pphBVG9Gc5rIeTquvDrOBO7VIf0RFS&#10;Id/HgkcqlE7gX/Een6GWo+4zTuxZJVpDfad5SmFHZwQGQvWUbN0D1+czcZXSrNxu8WgGddR1pw6L&#10;o/yyZkcXJIdlaCqIUOj9K91MUxFuNCqPBhl4HyJZDYqRVYVShrO1zFxSm0UXVdHZnWRFaSFpQHwy&#10;GRvzWGRRtsblZbhNqU0rMy7rNhXLecGKY0cO//4fventb3+3kOJB+rcVwTJGjBMq5peW1GrCGNOu&#10;b8JApDVtk16qKM1A3dGJXKhq668IlUu22RHLbtt/9779hNoFZPeuG9/+53+pli3wngUSC6VIrlmj&#10;oaY+20fAHEDY3Jru74FlkismqutTwhvTkBo9CmhfSKpGmpVCZAo0JPXapLs7sSOmpdsfyNrDGA7j&#10;JkiGluuGAFVcbvTZV8nihkaqoxe7/n01zKp6aTYXLZGs38l5DwU5A+icMqt6INuo9KimMQdXDy0q&#10;93zrsScrnu0S1tIPCa+6rvxZmwR0uA0J3jHkBLzEzTF1iXG/JZGifmXrLx0hhFYx+nNZASsxEvqz&#10;w/LhP/zjP371oq8VZR7BMkaMGPf475kgobWNwpqL0sDT2zvHmCKl718ZlwBaCuc8yUZkduBordDu&#10;wKFDnNtV7K/f8zfzCwvIdltiw0QpoSUrtFUQ8R49uquRmt4b7VdLLWhJax5q10NrTiv96enfciQr&#10;d9KxkVXY0w8czt6q8F/WhaRhhS7oO63uStBqOVazb9AvysAERyhs+amkGLiCmKrk6cA2nNJVwbnr&#10;38VVxhhVLNvVYb2MpjpD26hq9bVGUIPrL8lZ6Up/reToaC+JAsM7U04m3gPdoLix0XF3cLO1Q/cH&#10;P/9ZS0UpIc6dKZje5UiwIeihXdFY5tn872wN7QZP77Eg2SC8CFdtFFgxfPd7/vZBGg4dwTJGjBMn&#10;1BquO+2Z+pZU05UMQzBJS4JlmHgNedGoZj+w9vGpUZj8YA49dPgwKwvB80u/eelXvvENZKui4v+x&#10;9x7glh3llWhV7XDOualvd6tbUkstodQoS4BMBgHG2OSMGTBgbA9Ob4I9mM+f0yQ8gAPO4Rlsz3tj&#10;e8bDAMY2JgjHN2M/gjUDJhoQQrGlTjedtPeuqlf1h6ra55zbahjws1q7aKTb9557zj5BtWr9//rX&#10;wh0NbOcUOLNo3oN9tc0PC4BoiGqYfhI0U5F8tCp+cQJPpvVjYVuhiRHDQq0PQIyrrr5ozDGKjD1S&#10;RIYj4nh8FLskith5f9cY0cy8GVlvvKI0b5uYk7EzbDKKjyK8CA6sJvyg0BQg2raVpZxIXhMHckvR&#10;kcHtjhi6jHUEiSYVSkRtKnNxPqXE4Rk4oCQHC7jDjDwEAsaLuXJ2OI6gby2V3yX3BfieLeGgmR3K&#10;Sb/Gw4VS/DozgYa7taSvthQWbT/xiU986pOf68CyW93q1mn/e/bFz4Y39AwpXUgMSauELN4RHJmU&#10;wGSIKU5aaQbHyE0Ui95779HxaPQff+t3X/ud372zPWJ7nbhputtnWUnu7bh9S8wyROIjLUeXZACf&#10;mVQsDZmdPUx4GDuMW5Ogo0gc6wjUQw0WG1sh3VpgKTghl5bmWALo8Ch8e1x/jnzz5D7Bm2WITYLO&#10;UpWsFEmHMknlpjYezVUkToTRkVCYlg9OGoLNT9aGHC7Dwi6kniiNli0ObeI7Jbht3R69jQ+VRKfx&#10;+cGk3ux8G9meMWWddTjs0ACQlDGIOvYvpVigJU6+g8pZd+scLePRvlHAmUJbDV5Rta/FWj2djv7o&#10;j/7k6/EfV2ek3q1unU1LSz8a4naSTGJ3EKWwnKRhqLjHdIKz6tld3MpUDRLIlldRNMkUCjySNt/2&#10;ba/96P/8XzBxlwRFQiPMD4HoxkrtUND9MoygSBuSQPwoA3vhME2zQB9gJMCLi+LGGUZflJzNcp4p&#10;jwLwM7uyEikMngasQcsFBuz5X0+A2YrTRTSmKp22jkWImVwUm9x2fgLExv+HIEw6MeikBJm2K6MS&#10;lOgsPXUTE51ldMPjq+RflJbtDaCGqRSZCUiZgiTJVGWwaFAx4hM+Q6FmgHzZf8qkmDeHzxSYD7AR&#10;T5S0+ufoDy2C3i9hbDifybkYNSLIIgzdhmdH9lIaLyHLYKpYmM9+7uvCLDuw7Fa3zq4FHSCPVdT3&#10;Atc5obhVlkh6JIcbo/rHBvEk7EAUDe17oEZr0gRxwwxGxLOP/O2tobfHjuctC4DgGoM7mggCTWqG&#10;maTWZth8wCBxlAj5scJsbdp9SwkQHgJk8GFTSJ5a7jNCwwbL5ue8KdtZB1iSCMeXqvWsFkVuyQyF&#10;mel8JXUcfQU1ABtBXBpRSbmhiQI5aT5G/z2bxj63TBZmrk2GjilXieHUklSvE6Wpf5cpMgyuXSV9&#10;x/BBYJSXM6Mv1D6kCRFjrZzJhYab4fdMfHLhUj3Yaj7ZiNTCn7NHLL/2WDfGzx7eQPNTR8snwwbD&#10;dE748h13+c+BaVT2tQS4rgzbrW6dRcuwrIKDA9lzIElnjDuwjRZogF5uG6rq6Wg83Bltu39OpqOq&#10;miCnxLm3Rvvlfi0vijwvE+RlIxcBMlt4REXEhaWWjL1wh+iXjr0r73CWtEcxSTP3XtxJX1XFeZJQ&#10;3WR9Cfwmu8uQi21iK0NsJkhpIj9r6T+9hiWQyjT/sjViEUf9LJFy8KdJesPWhmF8K5MB/tTGL5Hp&#10;ROvZoF0yBFtyzgHdzjVRWxHNhorxOBTLCWEhmWQmCJphkzLCGSbxZfIfCcOnhVZ/l0wlZOsOW04L&#10;/h1EOzxJaqOMjJYkOEDx5AnmbqWO6jMnAT8I7Gv0mUodGFRw6DWhM42SJbzVl770hf/z136jhs9Y&#10;B5bd6la3Fv4H7YHKBidR9kNpjbB5iY2QioUchA16Oh0Phzvj0bCuKl9qEzJXWVn0ev1Br99nVaS/&#10;n7LX7xVLkE2Y0DwR+ERIYVZByZpSWYeRdV3V9dRbF4AciX3p2EKUBy4Tmx7epo0mxSlusulkhwjZ&#10;U4ZCTMJcAklk3V3mMIQa4JDDSZAg++qiijZwfCMN/gByUS2WCBp3T5NESyiNymTQwrYmIvkCQ3RZ&#10;ak0gQ2pK+/Fmm7hxkoNmKzUO5wREZ7N8SeZN9O5I29azWp56pJJtMrlKIGTxPTZcnjWhIywWOSfA&#10;W6/CoIigMEuOAIsjtMbEdzN+hAJL9e1JIcn7QsZXMSjOYDaJ8+P4Za+m4zf+h//w1Cc//Zd/4Vd2&#10;trcNdPE7sOxWt7o1yzMisRAhmtjKtI5oQXJv0UNMNHU1HA4nk7FDi35/qT9YcgiZ596sVWUeXRyJ&#10;XFpe7feXi7K3urreK/toGEeu3BAVYcOeKw3vuehgJ6kPBxjmN02Qv/rCKAxianI+MIlHa5zRI3EH&#10;1FQNjsQAXUABrYzeA0BZia3GowI8eIamfZ7fYDuQ4D1CDYlQ9ayiB70M5IK4yhhsGewRRDK1EgOU&#10;EylRuCyD9ylUKv1lPMCXK5XXJvfJHDAaDMQLCiVeLu9iAZZ1VYIdiFhKGyXACWU17cq0jX1QkhuH&#10;mq5JJENBosySJCWDAcVM4uYsrZ35e9IUZ/8J/9ZhL4BL60E2HfTbiisHAt5G7Q58X7r9yz/5lp9+&#10;7OOe/Nu/9TtN8zXAy65n2a1unUVLki01+k/zLAdtJMHOBbcVqIE2jlC6GxVFkTn6OKf3AfkrmKhl&#10;WVn2yF7Ab5mabsYbMd65TQcgrR9fcRzVSupaeX0s+Kbj7zZNzc0zEex5kn9Rhdg3sRzO+cKqRi0l&#10;8M5MJBMLGorEcYOHJhiFmaAFbppaFY3uUGxCGiiZZHuk8lERAsXmDHQ4nDqZupFxDoOcgFQKtAHu&#10;LAtBU99zmkZEmItpljK1qfMvnqHZRItvpq9MBoObmViyGEZmOazNlx9kdJwPhWc/mAuflgwruFBr&#10;pfcOTPkFh1Jj+ZRoqInjsBKnZtu27iDsUpKmeCz3VttGeimtRJEtRLFibCgdRVRsLlik+5bmapTg&#10;liWOgWogxJnKjx6950d//Mc+9pGP/tRb37y8vAQfmw4su9WtbmHlSmXG4xDObFhK/8D6lQJFD8h2&#10;mqbSpimL0vM/KZIN1u/F0PHRdTPx9ymzQVlmEB7ifh0dxUIGlg0zC3EGgKYjyKmdZxuVt/lGvHTX&#10;4Air0H5qE0bupPETHawNCaahPCYSvo8qnSzWOrFpBXQTh0PYHt73ugjDpZrx/Ql1VINkBZ5Ly3pH&#10;RgGrTDGlVYNlqwE8gliVeq1hNmPq08oho5b6r2rO2s6GDC0ZPfdaWlh+deBdNZjNQoHVwo9RtN1w&#10;SAAU8iZFmCoBiyWYocR6plLBHUkGesdXjtM1hh2UROvQYNkVSIRpEWkTE4pQWKZ5FdLkmN1SWpAy&#10;YvkB27+S2+0GVGDS54vjGc5kbCZMNXB03fNej417NxBbq2r6R+9/X95f+oVfeHPHLLvVrW7Bju7H&#10;ART7gGtDckeau6CELOGdTup66mhEr+wTKeEt3Vhq+PlArzxzKOm+XbqbRXEjgTIyJpwxJ07mj/ko&#10;uzVh/DCOPyK78dekkRcCimW+TKy9O4wWJsAcbdWCgkFEaKpZ3hNRtcSDmQZIECGld43xJwYxZwoD&#10;Aw/AjwIZ8sw7i/huY/ERsEEz7RJJ+DQVImXCzPj3DKmlRIjxwE6sCo1Tko5KIdLGJI1YCJHYDaLC&#10;xYRIEE/TtS9ySxKCYsE2waNELhxM5WbBjUuVkgWwMhwGFPLJtHvK922ikRDDp4zwLRK5kmS1cWwi&#10;CqrHChkaxO0YTyWkabctFZBrGomBzy6cvegIYqNVAQWMK/jM4NnL/ycAXQIttPsYuE+v+8T/6Z/9&#10;2bFjJ8499+BXfwzt9pdudessWlqWpSOElPobt04FehzP4apq4s7aRdkryhIn7TyzBOpJ5thkUeb3&#10;uzzzCh84vKNkQ4UU+8T+J+zvJo6ItNpUcVzQs15OosI90VfbsjyNEPEEgogOxGIK9uYOdyY94FtQ&#10;1XpOyT/FMDFASrRrR+lHqtg05IdKsVC2xWjCtkhlaA2voLKhugovIE68cE+OQYk0mUq2XG15VBH1&#10;u5K7hi35jkyB2s45w9IvBiWQaDX2WnyYFT0BlqJDBFuxs4RKEUCLZEYjMSMIVx6QLeinU/eCxEpA&#10;CYUM0398gnTVIs8U7EWBfj3GLGSVQdqDqXCCLWfpPREKP9LkWeiL/CrJ65aor6YscXcNEusKdjIZ&#10;1XV96sSxd77rj/+3ajbd7tKtbp1Na9/KWjAs5b1YIXi4rWQ6Gbo9pdfvw24iRbBfEVQz5PRKH8cM&#10;kb25ABsgVkqaRHeS1AVpexXED2wSFiEWZGl58CPPdMiGzjD8OeMMEi/VCRMCIhniw82zaXj4RJOX&#10;Xuh4gtlsxg4xiumLTPZ6tOGmgESs0KqkxGpFO3NShKyVIKFRIS0yna1EpIi6YIY42YpD4RlOJnA2&#10;ev3MZHUl2V6W4DYSZUuvNiVle9N8i9Xp0JENTrD+9Zct4Swa4pD6WBjy4gs0kj43Mk0xk7JVJ409&#10;8BiQGewVRQT+mJUNrusLa6+J/bqgoOgMGgENJI7RxciYlBKs/DwuGotP3M81MdfEzrgvctT1pKGJ&#10;p+aD739fXTfJFFBXhu1Wtx6qy+0OveVla+OsOghBc7fV1k1VVSNIb85ZaCoMCTkIbtgy1e9HDq/8&#10;oEVynkbpDuw0ULq0USrDOyzBg3tQGn2zJiRzWdtY7mtpq90vuIuxJEbBLiYAgEZxEvvqzSUuofMA&#10;XolkpzrCxhwmQ8I0PxkWiVA/ZICDbGqBbgwwCYECVN6XAzIymAWvHDR9lzZxk2URDglXZBwp8V1F&#10;eEBFJjyJ11FaGSajPJmYvlKducW6+KeGC7QSTIAF285Td7ZF/YBag9ufCbFjZLbOvWfSKGG1k2RE&#10;aIaEE5BKJHln8Y7T4i6NVMpkCiU4EwSPH0qsaZnZsxGPSA4eoNYB9umbCrGGHwi4pIp0xGNq37r3&#10;H054/kXwM8FNXU/dA/reuHAfvuqTn/nkyVOb+/ftcR+Tjll2q1sP6QUbKGgOaa/KZF4IHyjf1NUY&#10;xrtRXqNYMyHZ0SbYvhAPK/IeMxWREEcQZGKrLCZBqGS/JpW/SHI2/JCKik7cOPmnkT5yZw/5L3IC&#10;EIP6URDoRS4gIzKhmdETFrQeiRSGPGYiyWZuZQxHWpoQdTIzMRLuQqZq1QQMfD3WBM/bgCcisUVn&#10;FwXJ060ijlLgSSLJz5SyZaKH+JJkeLRjky3X1nOSbrHIJcRYsjEFtfZk6giENFVwprd/l30HOp0B&#10;EUGmC4OtYLtqZorVol1HVsl8ixCzuJqMpNrdpD3kv2Q9Cwy+wZbRGnRnCK4KRiuhhECFev/uu7OX&#10;wJEk92F3H/fxjjslAMN0Hzb3mbSbGxvveud7Qq5cB5bd6tZDd7mNAItXKHd0LNKRpqapptORd6Eu&#10;Sp5NlLGPyD0hajWlnnQoYlUy+PAEF/No5R0tZSy49vi7rJtag9UASVV55D+4rsDmljX+ZjoMh3ps&#10;d9t/XuRu38sKZA88vhkDlkXCchADoIjrfysMRAZHG8AzG65ExrJhDCmzFMsIKVSeCNEQJJT46K/J&#10;fh+TMELslCSxDB00ZEIdSY8KZwGkTbJdkE4QCII+sCjqX+EwSZh0Holn088k9gqjT3p6ikg6tXCH&#10;FK1FLM1yiZZPSDK0NoN+mMsJVNCWIu2VYks4mKKj4AtofTAi4DuA1xfqqjNuiDPev9qYmUg4iW1V&#10;YYLkCcvOOH4ZJEZWsDW8MVU9nU4numnKsl8WA9CmQRcTpNG33HKL/Wo9CroybLe6dfYsbYTVNRbZ&#10;cIsw1cQhpeNrZdHDvSz4eNpkM4+JGb4Aq4uixxxFCRv7UlZwcpbvKWYiupqGep6fM9HCd4lY6iIC&#10;/wMVhgWhIw0XGF2rvEz0IAFXFTvK0oav2j5BvNki0c2TUOuQSQLQQsY0MK1BHuUR95D8+QkTERKq&#10;8fYaG5NkDx5GGiPBQOJIjjbslarShEjY0xX53ZBLrE3gTCaMXqQxVdwZDZkfODUREqolT8EKGLkJ&#10;bx1821hy/rOG/VvJJpfeO5Iry5gZxvMYwa0WbYti4bOl6mlzSqR1SiVHq8xgJ5gNCcndHmdFrGh1&#10;XufbCPyRUgrnTbPwetCJgc4nlFrDXYCkSuDeUF9AKbAAoDWUmqHq4MD97z71yXvvO37hBYc6Ztmt&#10;bj20y7Cp74tQDrKqeuy+mZelAH9OmFTDmCoO+8C8LN4QHT7lfqOJHjoixmuYtr1OCDOR3FGDfQmY&#10;XhSwEKcRQAGV5LxF3LzQw8cuqrSy6iePJcTEAAHrrv4GMCQq2fUbsq8bKAXXnJRikvwpE2U1KRdL&#10;UipFYN5h7jBYqsN9hGwpEkklU5AyCWcOJuckH+Z46pa9T4jv5FpyPA0EiRT9A8uqUX+Lnu9QKqfx&#10;RrFg6iOmdsfwFhJ1KbbXt4Ezh3owmfWw73orwys1toVSvwhTvNHnHVlyOLvYObue3dAyYjNmmwgM&#10;GjNsUUtjN+ihTh+vpm7cHw3jMO4z5t7zqTsjVtMKl/dWdP+a1NXk1Knjv/JLv9GVYbvVrW4JVKRi&#10;y6qpq6auHU1UtDOaYMDa2kNtmBAgFQsXXVWMchDRXZadx8PkuwotO8QLGODISAgjY2oVJRGypylG&#10;gLh9TpAkhDAmaGQIlmAUxLYzoLANB423PJAS6CM2BjpeCYORNHgXum7MOJmUaOjM+d8whhgqV0EN&#10;Nz5jzhVGe+Jwp2G1p41zGqHPSMxMce5HmDmJidD0TS5U89gDT8paFpcalrRInJ3wAzOeVuJl+b4j&#10;19d5ZpQL6VLFUqcEqbBA/1vqWpLk2NjgaUcaJdMWPSep3ILHT1QihxXBGy8JtRZJVTyKe9keUHD5&#10;WsV+LRZzVQgI43QRadlUFlOjjcTaOphr4Dwx1vn98cvEUx0WALQBtc90MhmPfuc//1/v/eMPBL/i&#10;Diy71a2H5lI0VOmQUjfuNN3r4ZSI4rHFLFIo9mhhZzZ0csl5FkO0AyVkQrwocIOlHNDVA8/r4Pmm&#10;pEwCK1LuK9OvFVwYeLouNCsHpz2HACpHhS3qPiS3P3Fc0oLDbAP8wmgTC51g0uZhGyTBqQwzEMnW&#10;IYOcUQ0KhdjAT4e67QIqL+SMvzmN0IvgUc4poWi7Q+cSdIFHnTDCG/qMK5nEJjME2ZBBwgCa6F1D&#10;rEgw6bWpjY/hqMtYOGXeaVGwBXCVRX2RDzPTPFkz6+kaSLdoxVDHpx+mHoMpg9lF0ZOY8jKVhJoE&#10;dRhRrk2p3BGOKcsbRkEaXXu9q//QKgZuzywLb/8/cH/Kssx8A7yE8gPqlczmqVM/8a9/4tTGZgeW&#10;3erWQ3j5jT7H6pnDSrerZF4pg9hguOqG0wEieJphQARa4eCMhwzESKbOA4nztonMCWc0FZVCNXJB&#10;JXOFqAG/T+oSEgEp8Hvz6OSN2rMMhK9eX2OpzmllyArGv4DuFAWZ7q5wGj2wO+hWAdwadr+jzCbS&#10;qgCxFlTVC9OlqWoIEshCzdOYGdFsE4HDGNlqTNqAkUE3axJXdAVu6bjTMsQRv7Q4RB+Rw6Sm6kFi&#10;pXh2k3+q+cUMmZHkm85zGIIZr587hacDHjr4olkRq5v8m0R5kzqzReEVNRrj9SR1d/x7FpqoCgNK&#10;YwALhY2Dt06sMcx8XEWIW/NnpoZeBiy90oEFBkk9kw7virfgr2p/NpIq53lcQVKvrKBZYe/jlIPn&#10;BXrnodesB+8v3fbFt7z5rXU1/opmLjuw7Fa3zqLlNqrCT/eDU884z7Hhp5C3+WqWRPZhMF0ZyYGx&#10;tVfbT0eAhwZ3T06csoL8CrCMSRMnQX8o0DzNVz6RgSkUVsTRdk5UwuG58B2kSj6w0MdmSYgLMRz+&#10;0fip0Lry3rTuy9ov90+iGZgUjWTQeHLhu55ap4P1wZEd+KiA8qwxJtjgRFmpiJkasWGG44CB7EZ/&#10;dGRmZJ9OqGFbB4k5OEiEsfyCZ8EtgaZLhEmt6SigsSVtpWRpS668LJ2KT5bTs8nJHtyAJVkCyCSK&#10;ksZdmCsTb/YqZhUY4a76G5m8tiQYlkrKgKXWRh4M87A4H9RwINesi14g+fg9rBCQMTp5EWLhAMZ0&#10;8O6gouq+dFyxVw4gG8eDYlGUeV5gxR5LKZh84meFfWnBT5aAbbL/rvuA/c5/+d1b/9cnv6JabAeW&#10;3erWWbLcFuiw5WGHL3R8oqmmbrMH/4FEfCHDfIAMscyNrqbjkUNWd2O3TNxY3VbVRJc1axcEEdO2&#10;HmmBivEeSYYImY8ajpdE+1aV7JVSsHcPahpjqc6k5IbsYg0b0XBHNVG2BPMe0Adh2VkQOgaH05ZF&#10;3Oz+jR1NOkyE1h2Gi1DlEKYgTAh/jgR8pjArQ+8tuimJYA7Qql5yWZXHIo1tQvCKokEO/0/g4MaG&#10;1DBpo/Mggba1c3rg4O0gMdczFoolWtmadI40UsP4VotkTjZUDLgDznwaVbhYIbA05LrgkyPmw0bo&#10;RYAmpD8A+X95iRYGr2k2bDJoeVEUPT8H7AkjmvVkdGDBMoYIXg+S0wNalNjdari9+W9+4o217phl&#10;t7r10FtuSyiy7LobrnVbQ2MaSUPr4L6NulYbxZkYXTGdjqfTSVn2yt7AbUDe983G3KmEUvGou4i6&#10;WeZcoR4oeJAuGKCFSXliS35L1SaaaDMpccTAbXxUCxXJfSfkKdipg77DxmxmiZazMnEnQNe+vKU9&#10;CR2yBcQvKkFa2zqNq9Ihg88ZFm16AuCxViXp4ckWBMaTBbdFBY+pYLxYtLFnOY8Itj78YloKGImS&#10;VEu+SDTM0zYeAspo9MzTDaeWRPQb+GKwQAieCXaW/IXTAJJjaQMTptFbeCEMGeEuQMkAwNEyse3j&#10;oKhXahEiqUNpfEPaoSfP1GaJsMhSmiVIlRSfwNB23bI7BwxZqmDMiC/C33z0b/7kD//Y2DP+76vb&#10;YrrVrbMHL1V24YUX4mEczXqiWSknHMO3/VfT6chhV6/XBxlmzOmlmhhtgsHscyZNiqtqcX4ci2Y6&#10;FOhwoJzooCU6KKWw89QCqKAlC9mWE6xMfGXD1tuS6liaymdzVhSU8qR9GHuJG/6MV1ssUUqxYGe3&#10;rF/FbyUnBep3AejpMLYhFwYd25nMEsuuOooPMTIZcQll2NTRrW2+zpVgBf1F0vlgAZxDry3X0JP3&#10;qy3KkSTutUmFQLAr7EKrHXxfmeYjQrEHQ7QyEihKjYprMVuSEG2jCWvnzfe5lQz/oEoBjx5hBjh7&#10;Tbh/1O6PRld9H47qHr52CGugv8sm7gqnjKJtr2ne9vbf1vXkDDuXHVh2q1tn1dp/zj6UC4KjTQad&#10;RN7rKeBKNlqPxtvuG73eILSgaHyeioQyDLSRWVsgfGEWkPzuVIAct4t5HT/V/WSsH5JDK2s0qNIK&#10;miBmRRLsewTpO2R7kyXxCyN2HH0JD61gHw36UunrcoapL+VJJakleAYIAxZyphA7Q4QIy0SwOGAb&#10;VDa7k8HlwbZs6WTaQ2UTWWrgMoyTtY0nzG5nb9wfGEIN5W8jouzYtE8qlp2a8I2Lmi0k4CLNnsSY&#10;kRjTgd1WFf0d4rWHS5ZR1ZMCbJJJwoYBTPJoTiUYC8a3afdGaFo2iNCOPUpf24duQpEXCWu0gjWx&#10;Fvqc2NTkEoYRYCsvSPZlLPgv0qhMRt7IFnJZP3brRz/wwb8wZ8YuO7DsVrfOomWav/3YrVpPJCsc&#10;CEt8vc5gdrzbYrynj5Jl2QsdzejPivJTwQDJHgcyOK3alH3G7Qsf0DdBmylwHYN5wDYwDBOqdjqk&#10;TUWBTMgtbFGQ0CQkWIqjh0x8bOA43i9bqOQ+cL/EXzW2tdML22p0isDz2iXakJgpkHdisZFRItUx&#10;0fwl/IkXz5lZCKQ4F8j5VDTygdpgQ+rT8LQkdkaDqCrYF+BxwJLnLVdOo3e5EEmuFruNhx5kzLzi&#10;6Z8EKrkGy/b6c249KmNQxLOGF45JtBJC+IQOsxCzSDnDL2egCU9OAl0IoIrrbSUaj3DgPOEVrWJW&#10;hSvpNAelW2zDcmGfXBI1iqVhqgjmTCrdVBZIauGHSXL3oNV08va3vV2fWSW2A8tudesswkoh//wv&#10;/9qP+dNEnUXRDSlIpdK6nkyHbgcpir6gwhuVBEPkhQhT5dYkRjy4ARomW7TlStkKV8K9r24mGjWQ&#10;Yds08eRPQBssENhICPdKgRpI3moNNzKlTep3DKOSC4MsufUN2pSDIQMJLDO2QnljFbHdyLOVIWeK&#10;Zmloq4dciyzY3VkeAUw9CBLyhVxStPukJED1RvP+jpBiatua7Lf0lC0JkpGNy1idlgTtIqH4ieJG&#10;oMltQisDriAnR4YmY3nAUm8vaQxbaxcUTP15KBfJp0TGDEsZYHo3opbUJFpI6RkkOO/7UK66cp9e&#10;H+DsByQdCywoWpVOfmjymkX7qdYSIQIbj01UusUnDD117cVD/sMJ4livFf/wxz760Q9/rAPLbnXr&#10;IbakPXr3XQYsQGn8PIwcgDvdxM+HGKq+YsQ8NBup9iotW6xGP5fgmNpie4ymxkR+pkB/AdJEhTYB&#10;CJnWJrxQxO047OmMNkGoEbz3TKvcStVJW1WV4D6oiIP2ZP/NsWPGMB2cyRrGqizBj0x0SolVUQDR&#10;8EvULAtsUgoVLeUMFWuDhkYYJlc6OB2Rdw/qcnFWMjjahPcreZVFDKDUjLQmppC0yuY2cN+kBBph&#10;KnwQUMAryS0AZ1ux7K4oqhPIa/qLbagLcWxJxxFsFA3a0PPo5Izl/cJlQwo4pNDAPeHKEBVVYlHP&#10;nw1W5KowPhMSRv3rgyOWCuNr3D+zQkFUKr6b1OFsqrqaevF3VlST0W++7e11XXVg2a1uPaSW2tg6&#10;Zf3YPozDW0zMAAWKEFU1dmf3wldfQ4hgUGlaTpRixSaN68k032M3upC0tzD1yTO8Rtc8BUIdvsQN&#10;SBCg4cg/a1sUOa2ke3RwgmXrO9g5m6YRnAAc+nD+931HinMTIViKLdOSaw6XLmcUrAv28vArMuzO&#10;bC5rEqNXLzkOsl8ahVAJStL+ntQkyVwgOUakrFeIVviGNOReBOGbJPKUzBptrL3y+5U0aANI24j7&#10;/Iz53BAuIRTMZ2Wsrdp0ZMmUOWrZiS6RuSbOT2LxnaVvCc6JYvAWiHFYpcXvuAx9Z8vCbNLlSvad&#10;98RX0pAlfFQoYgw7xZQI7YkpFGnHk5H7iDrE/NO/+Mu77rqnA8tudeuhBJUSLGbCVCW3q6BnKarp&#10;lEcPYWJP15hYGXO7wv4pgqFMcNk2lMiRBEeh7xhhVdztgzSI4yYYHoLZi4kO2yiSxUkBL+gAa08T&#10;91kU9Cj5uu/8p0euOIK7Jzfg3PZqsyxjjVJgjUGBQturnDNMTzd0BiWzEDNTraZhU1Ta2dk2N/Tp&#10;pI1yWJmqouhxFY0GSuKXaMCbJEDKWUhp0TLsQ2ctOJQ2al+Dvic5FiSNSWpNgmwZPyRQNie6atsB&#10;3q2Rjhby8tudvKocnxXmLc/ANL0dZpLaHlmRWi0JyYUB0/KFp0yStF4Qoj5BH+QOYTEtLB7FkLMS&#10;0TR6WtXj8eSd7/iDB9TEdmDZrW6dPQunGK0U6SgI7svae4PJvCiwPYmqB+wEQkFRgXglkzQ1HxAi&#10;FE6jD1zc4AyZBqTflORAC5BG2ZBURY2j4bExJrme66fp/B/TCiFBgvHC5z3nZ976M4+4/nryAFWo&#10;4zBVVTmAVSpRtsa5eTk/+ZB4F6i5n8xRoGiqICkhS4Z0jszOKoQDPId7tDLOVJARhMJpP45zAVJo&#10;EvoZLkJyl1AlI48BD6S1IUArsmWUM8ngLiQob1Ik0zjYmnX3akiHjGeszIbQEivCS2dDf5SoXGse&#10;NHzo2gD4AKXXGbyku0A9MH4MuIqLzUy0xYdRS/83djZEe9iaQd2IVA6Ghrek1qZnBD5WRpJACvHS&#10;vQj+yDiZ7LzvAx9oGnt6vOzAslvdOnsWAhLOHXKEE6Fmo5siL9hR3db1VGEgJRUUY1zibqWz1NEl&#10;luSSjiDHPwX3FGCQqVoEYFsmNqEhjyJKQY1t1XiVfPITH//rv/7rjkE+7RuflmcZal6CL8F4tO0Y&#10;c6jUyRArxXuobBdgZdymJZPsSEpbPbpWZhZQcN/S44ROfikwdJPEJUIzwoVXiZREWN+21OvkKVSq&#10;EHKNF76S7YeObwfYEJrYP6bRVUfH4ZuyHRQ9A0ukOMVwaYpVYd2TbemWY0k4SJ+Qw3HEqeA8MMMd&#10;XhmC2IR4YFo5k/BMnnw0QclIyTNGbOJDcKhD5cHLgXTt47fqpmmwQQ6hbI21Dfkq4AFABX++0BhH&#10;v9gcS73uzj772U9/7vNfaEzHLLvVrYcIsxRGFbgFKNwgCDR8xVJkHiz9jqF9QIcXBPJ2noUtlbxD&#10;E/wLvScb45lDhdBYMkmPN5ZkAheGGFVr/yZrciNbZG+xGMTd1RWXXfarv/ZrK2trUmXPf+EL9u7d&#10;R9SHRJjeF7Rp6moytqRcFamxUItQShn86Tg42gZNjjVWLEAZlumCE3syZ2ppJhLiji2rmFDdAz/S&#10;jLjKivCKhOOCIhqKb5BBpDEsOFo8cdG6JpmxJgulzLEl2SrDxtnTpL6Z5G3ZQJY5yRnl01JGM0Il&#10;Qx6nIGFzFO9oTi8BQVYSYS3afe7545cNDBKT4wSpnJhzs0IaNK2xg4kfbnS+UHSyECExDtDVN5A9&#10;cGo2+ZPJp08DoGpOgKO3dme4/Ys//6u2qTqw7Fa3HiJoKfet78XMSDREQ9botg+vfEFmoXVVTXu9&#10;XqR3QbJibUu4IdKKqwl2rExgECY1I6phvgPZIOzfTSA0t5WHrqXYZRrPXd6hQ+e/5c1vvvTyK0AY&#10;Kfasrz/yhhsdPrbvCgidMdPphAuJJs24wJKcChIk1qCKYPmd1hBbNJSKkLGMyl5AbL2jiGjFLqgM&#10;UpqE5tLDcn0Up+ZDQze+5v6lM2zlakMKyuwKiBlgIFixxzcUrr2114NxQ8CtpPEZfARtxDUZTk80&#10;umPZykC0WC8OC2n23T1Tq1VUMtOoDzUgKctTcY0U3e+Ics81c0XoxmeKzgP8h3JboQvO/W9/uLGJ&#10;GgsONOBKn+XoaPXBW973sY99ogPLbnXrobGUveRhRzL479/QBD0PkGMlTRivkvczHnnYfIP9TJRD&#10;BN/tduk1BmEiM4D+ovZy1uAbY2gr1DUmM/uNKM73i8CHWtAr5gSpUq6sLr/pjf/u6c/4prjnW/PE&#10;JzxRpI3BhElKL/edhpKvnEE+kgWRWBf35wUNtkTSglMQnIWiQYxqUjiykoqZAoWxfEe4ebeuLqHO&#10;HJydYGHAKTJPmpUhpQ6qnDGC5DVJ8E4ejmcSuUkcXAco8RrL8zg4hCIYG4wafJ/Z8E2RGQflrZQz&#10;BnUhrZJcIxaS83TCMvB42x5SjeO2CRfm6G62H5pNIA1EWfFi0bRCJ1h6RqhNY2Oi9KzG88f+k7px&#10;6uTPvvXnII5Nd2DZrW6d5csdyB/xDY+gATWULMJ2rkjvKmoY+s7zQoU6G45rsxdd3Mha3a8YVAIg&#10;qSUHUgZeErRA2E5iuqNNRIhZbcgs5tlYu9u3d/0XfvZnX/Dil4pk+tDthi940fOXl5flrDwnbseQ&#10;3RgAzSY7tGXn2MRebWboPoXMlnMRlQhpjpPjyXzmItJJ9A0n8EhwoAUJiLWG6tDB152nL/BB7Ew5&#10;eoFGyYZ0tKS7F6K8knGWRFEciBpPLQqUuph2Xkv0t02n/gUbIsaebxTU4IHJJCEqp1nRsZDnaMPn&#10;zHCzGjFvUS4JMU0ujWfpKE6LcwsVhbL+MIdzRPTyKIpIs8F5UUI4uHsHP/yRD3/845/ZzVShA8tu&#10;dessIpYqv/lJj/GSV5GJaMWDEZWoj9DgapIH/KAgEhnoVDrjIbhUGHbfxCuArbcxClFyixSliry9&#10;ZYEkRAtRm9j3yNnyq/tiZWXlZ978ppe9/GVF4X1W0id40SUXXXLxxbzdc7IjOfiwtiiQFaUSnY7k&#10;uMeUG+0uRWG1EJnNRs5Gjjnh35IytalqiYZ37ZOBZB90Ahtj0/xKkXBZqiqLXfqngllj8PFJsELM&#10;DKjKJJeD6ThOmFA6JLN9K2fVTNwdhPBquFfNFQVDsdyMNQm27sYmF1gYQnFXcw42i2/EfK1VsF6X&#10;y7GBeQbH/JmAFxnyuGHKiKePbHtuNYk1J6smd4/j4fZ/+r9/13py2YFlt7p1tq8LDp1z8LzzKVaY&#10;MIKMY1D14M02eWs2hicIjU3CnFtbW5DzoLw27HhsmE5xJFSrRHs5hr1wn4E4UjUQLW+ScZSwi+3f&#10;t/fNb/z3L3nFK7O8XECdVX7N1VcH/oE7J2kaw2MKsjYNe3oE+vaQpZh7tnNII5KeoraJqYINGVuJ&#10;/x6CCbzOlQ0hGF50akmVwpoVlCITG7Y8iGOMeCApKZ9UTIionPkFJWe4Or3GjE9xhrI9BcS9yUTX&#10;6nuK6UNgTKVkUhzLw+08ml3OHklz2ATqPVPrT17u8IVpOxxw1AmZN2VhaDI0kv13fJXdK938YDH+&#10;UcGYyErBn5tg2cEf/Fs+9MFTm+MOLLvVrYcEvbzx+kfKmFiF+EajlsobkvJesyg7KWhKA3ekiGEo&#10;/tlk8jJRyjr+RbiLOiARhvU4+WGXilyc90fasLyy/MZ/869f853fXmRqF+osn/D4x2dgwoKlZdny&#10;CVWW9K3KJoYvIQ3ZcFRYm+7IGchhNuPd0rjUKQxjPIxqBFpqotKWXzgkPskzjMnMnAzq0ZxmRQDe&#10;LLLPcOPTlzKZXwYImeVzMiaH2Fb+aHSSb0/vzH4YkilbzU+LPPwY262cDTubfQFnrrrtSpRQPf5D&#10;XdiQHWrbOmmb5KIGzz50SpI5VpWxgiJJ+iOTHDTO4MQ6uEBfvSzVOuFszdH77v3t3/yPHVh2q1sP&#10;hWVe/JKXorO1L5AaaRPqkGUFYkzSFYvWL3bG8ps3LJwDZ/WHN2TH4co4J2ACvCaC2iggmo2wnDF5&#10;AXQRq6sr//bHfvSVr/l2K7Pd68zZs57z7KXlleBylzqxh2tPveXCVi3D5IZMrALYmofzodBfLQNB&#10;UBYsi6APltkEnfD+TJgL5NI04QpDs8dOqvhharRlfM/QyM0G17pwNXxJJomsmkEewzAjhU1MhETs&#10;T7ZSt4L1eRSShivf5diEz0iEFyqd9LB2Vjts2jopO1d3bdXa53htWgYwvDzPxshr1oYhoOJH0ZhG&#10;2jC1YkL53cqo3hGhjUtjppLskwzKtUQGzrEKercWRWHGvPPd724WTVx2YNmtbp1t65ue/oRLLr0i&#10;eLWE8D+uXqoou7RWJo3EhBkE1x0st1JvCWFWoZY1mZX04ZRSipRthFLdHNtYWGg8cODAz/30T333&#10;93//fJ9yZh2+6PAjb7hesvpRBmpJTrG5YDs6sAPNghEPoQXnabaDO1i/RJHRHr+pEcv3EE4CwBpp&#10;uiOi/iwzC7mSELvIXnqsOVZsDtByXZ1p1MlFZHy2uNkaqgheCuhiKLjym8dcM+b98Q6jRJVfiQhj&#10;hpudto1rlKplbIhXe0A+TFTVvWvPePo37du3b75LKij6W6YNcx2qAYkJAmqJDR1RjA2FYEtJL1Kg&#10;ktlSDAvpmTW5K/o3pTbeu7jxsydZgXUQeEfNbbfd9ofvfo+em7nswLJb3TrbyrBFZl/yohdnFGQh&#10;Oa3ChFiiZItJQxRn+04sgggkA/ADBC/pgLtgIWXIJA4Eaz7Bw8bb0S6ZZdkN11/77ne98+WvfOVp&#10;IoLT9fKXfStAJedRxBGCXCZ3HjQhYs4rnaqYCFeiNdxpyX0tDuuzdV/U0xj2GpctRevCsjbGWGLT&#10;UCf2dFQwTOUt0UIvmQq1py/J2sRMj65BJlOHWagRIJnF5wDlAbkrBifgi5+T2FeOlnI28aK1C9Fx&#10;gcuEkNddd/3v/f7vveJlL0tiQ3h6FZqI7cxUOruAKslb3lGXPUC2TVyLY4/TJO7/iiZb4EPsHQlY&#10;oI15XdPpyBt0eAF5Ro1o3bztN39rXhLbgWW3unW2rSwvv/WfvKS3vFp6yx4OhYAokvlCaIqRQY2J&#10;QKqxuwNRTmy+6s/hbtsgD5QwlGlR+6MCI5Lt+cA50ZAIktKnPuVJ73rnO298xCNQ+vLAVWYrnvfC&#10;5+3ft9/zP/IlV5JCPgxTKGnmwN+2iBRdk5m5Nl/i81069B3lRh1ulaEFaE5PpRa5zXl5leVaX6jl&#10;xukOwstZIp5enrULHsMk7UiCWUE+doglSJm44RcFRHZBIznRDSUGhCRbTQeJrJ3NBz0tp0z6pvap&#10;N9/cL8sf/KEfuvaaa8ScVrYVTZnKfhU5uqLjnUazgQRZ0QHIsp9QfJfZGEihkxR5SPAgJtygaaq6&#10;rqAMg55W5hN/98lPfPxTHVh2q1tn/7rg0DmHL7zQsTZDQn+T7kqGnUJnmYRMXdMoQ0JDyU2K6CoO&#10;TDPddi2zNHvmV+jurtcr//n3f9873vGOg+cf+gqIszTr62s3XHdDnpfo+QLNv1xYdBuwYmENc6aY&#10;2W6wLb5uKstZ8FEnzx0u9sozfZpRC8VOf/5u41TraeA2GeEXYmGy1a4vrWGLH2ujhFniRKg943cJ&#10;DWzDVKttz2As5I6nX/3+4JWverXK8kOHD7/nD/7g0TfdlACkQvu5GdQMlr9CRDExflA5qwaJu/9r&#10;qHfYhGx7tFS5zPLcp0lnQY6sKPrSf+nuoqqnja59ydrKupq84x3v7MCyW916SKxzzzkAp+k4660g&#10;5t6y5GRWsM/upSQrIaz0Pt2gqaVGETZ8YAIxeK4KLjc2wTt89r7n2ENeFD/4L//Fm97yll5/cMbQ&#10;Q7uWo84ve+mLUf0vpEg31BhrEpqJQhCIcpJGyPA0CSYlzEy0fObAypv6nJZ34cSLdTeAFCIag4to&#10;9YBqKf//WaodK582FkdtHE6N9x6rl+nzTRHG2xxqq6NNPfgGW6HR/1WE0Gx5eops4oTMrHfPmeIt&#10;E0TfjLz2mmuvOHJJBkFxFx6+8J3vevfznv3szJvjs+eDjaYE4Y9JnH5bEyQMnAYrtBq7kkZaG5x+&#10;yRe3FTLGNWo+9/hOQFZkHjJNXU99GqvQ//2v/0etK4xN7cCyW906i5e66uqrhZf5acbKLLi4mbko&#10;IjQ/Q4UhjtD76h1YTpOTOCjvoZ/XaDQQF9FDNKWkD8y0pDznnP0/+W//zQ//yI981U/vWc955rnn&#10;nhehMkUbIiEZzd3tTqbIMzY8C958xYLQlUBzVJwxPSOkkHMFydT122Cq2lf8/BddJDcsJdZ62Ygh&#10;5HJjNJtOq6lf0UN/1YRSkP+gfeITby7yDDm6O/Kcf+j83/+v//VXf/mXz9m/T7JrXcwY4/dTBcyV&#10;s855+AfpogC/qMZHkXjg9Djn/TFqiyAKNVjLITykJArTJ4CXQDFNVU3cefKLX/zird4qVnZg2a1u&#10;neXrumuvzUgxYdjBJrhlhg2UmoswCmlDIr1J7cf8GVyxiWmTDByIVLgY+nBqBiHmKnuPe/RNf/ie&#10;P/i+f/bP8jz/qp/d3n3rT37c40TKGsQMm+VYjTDySOY41OVTc+mVyZS8jKxLtszHPS/3Rbw85mXK&#10;r4wXJ9oUEX3fzQMjF/vioQyUfHiDjkVwkBYKWfjSqW4arr6FtYsVSa1CdSi9hkRu0XLhMWfybPEB&#10;y17vu77jNVDeiLhT9Hqv/c7veO63fItJzCvwPQ32962ygQqmd/AGcTilI6tFkTskznOPewKt0yG8&#10;q64rJp2a7aisiInVXi6Lylhf8ADgbeqpbuq3ve23hak7sOxWt87y9YxvfsrKnnXrg59i8hHFcQA9&#10;spS4m1KeEIhIoYFuM3HIEISv0HHTYtZYTe3moJ1szX5LX1tb/dEffsO73/OeG2688Uy0PKdZ7kK+&#10;/bWvJofbXR5ZkrG2CrOMNDzCe3KrFJ2243DIj9kh6krS/EXPrUFQimJLIU4307FQ4itZAYvpIO1S&#10;8Oz9zN+BJOu7GBZNiWMiJlIrOTvwIXZXwO6Sgjlbd7WLJjKjTGkXuMSfXn3lVRdf+rAF/F5l//R7&#10;Xtfv9w1PptpgGRgmTS0ljLDDAGVTKs4l8aUR8o/1gJk73HSwCcDpvucws6kdaFamaWxEfTJMFORm&#10;YKHejoEtqm6qD37og5+/7Y4OLLvVrbN8rawsXXnkSiSFAgcHWVQigy+233RQumLnVS+SwzqIn3FD&#10;Tc6hJSdQzMKWZXmm+/Xzzjv3V37pF1//wz+8urr6Nagyq+yGRz3y8ssujSqQXahN6nMbwChJnJ65&#10;uWnJT5PmGaOHIQPY+fLybmXn05Y0F1/ybkcEGwJFgx4VfX0TZyU+uZhkNj8R54jFf86gpLzwmlO6&#10;eRqwdA/wuMc+NtvlhPTImx59wzXXOEBzkAYFVJjpqCZVXfmBSBNANIbk4OGAB4eYhabtSQmjRI5y&#10;Os5ZFDA35auskBStYQpFcw62w9sclNWSw189Jk9Go9/7T7/fgWW3unWWL3eifsJjH4PJgEmZkXd5&#10;to2FZhIFO8PABVb6CFkUFruU5Jnv2Q1Usu8aDXS2QQIB2Z3vr73qyj9497te9KIXqa+waHkabrnU&#10;L77xqU+JyRgLWZhMRy1jH4zGDVvY2AL+QFyi9cECkwB7xp1auRhC5oqfu9VF45u22Ewu5KwJQQom&#10;IMDQoZwPaVlw+GDObXetG+8u35XC2DQMs/V8UTmcl+WLX/oyIRaXbVWWv+ENP+TtKDykZUrFiSBf&#10;TfUgWlXV1HFDBDksAaMJgUW3Rcu2tzwww/RaBU97Xz33y/8n4dGyquqpu0PItoT/LrCe614JCIh2&#10;RLP6i7/6c7Rx7MCyW906e5dSV151JM97eFIOE+sIEryg7iR0SC9qjSHKsIOGyMK5/VJG01RJk/W8&#10;ZwPKlGXx4hc8/73vfe+1110nzmyS8oy5ZfHSl7003OGC5iUPk0pyk09IY/IrBg3gw69EuxoY2BOU&#10;sSzlwjKrr1Qbu6uKaFd8aVuztsu8drdq54y8JknBbM3pz/2uOf3FzDPb1LNwwSVJRlD+l2AHh1T6&#10;y01Nj3pXXHb5ox71iNM86LOe+5zXfcd37FtfR4/zTKFm1hG+AkzpUMMjQbDqySGazsPUCDcjuX+p&#10;vKMvYiUmWdK7z76Inmvmnmv6T7ujmdPptAEY9mVYYx2cegM8sD/4/Be/+Ld/+zEH1h1YdqtbZ/O6&#10;/vqH95aWYftQGrfRFnOS5JBOxVJO/TUUlptnmeBkYPRJweqfEKKd6cQ1S+Y9imMdLrro8K/+8i/9&#10;xtvfvnf/vq/HE7zmumvWfFE3uCu0S5+oXkX7t8QCVyQetsn234pYFiIMFoCRK1nRLq6xql3KwKli&#10;c+H0/ZnQ0DPir7YdjZnkcaY/b1+YnE+YFonbgDjN41oxO55qUwN0YqJ87vKfncd8w01Ffnpeq976&#10;i7/4vGc9E0cg/XsGBBNPXZmPEMnAuFdhG9LHi4OAx8DQiLsW7yNB/NegZSF8vDHCM1YLZEg6c1CM&#10;/c0sM6AG0vA/b+jjLZSVnxmqJ7/1m7+DzzPvNpRudetsXQcOrF955Or/99g9UG5ttNFZliVGMQ78&#10;cmYJMN/GjqjSyuCUGhnamc5L+H+4TehpN9/8lp/6qcsuu0RlX699pizLiw4f3tzaQudbQTZyLZNb&#10;1Ij45ivXXFOzvRQCI7wQ8pNZIClQFxnozIdGSxphtaf3wn2ADt/uN4h1V3ka3wXbfk4PwCPTC114&#10;AWk6B79GQXdD/hUqJJzI9MXAGoN4wuOf5DjiaQsFfg13tnRThyRpxHP/4ZRYzpXBeQpFzpQzzpFt&#10;iI/oxqCkTbvVGUiFrWiFVFPVwaGvQlWbNY0RHpRr9wE2vkSrP/zhv6m1LIqOWXarW2fzks/+lm/J&#10;8p719SvN2RySt4nMWLAX4KQKywVFf5ZHd2nsZMJgpVhYhky+A4MqfsL7kodd/Ks///P/7V3vuOzy&#10;y4T8um4y+tJLLqHpctFWdyR4idQwzwvHTgyQZhXq0lHxRLxKsK+fjFgqxVzL8vSTHnIXyngaQim+&#10;kl9JqrgL/zzgirmW6bDsLCi2n0x6ITLW6AVHS4fcUIs1TIs1WCmLcvD4Jz72gd9LrVVeKEwn94Mg&#10;RVGWBXwFilaNZlKeW4Jax98MJkWwFI+e9eBOAHOWIOPBTBJMjjN06Am+h7IF1f7u/D26v3rGWlfY&#10;5r/r7jvf9d/e1ZVhu9Wts3kZq57xTU9YWd2LSYHhcO3nSZBAWhH1lR7sVKoYlUKGJMY2z0j+lRiu&#10;OsBaXV5+9Stf+Vd/9ZeveM2rfcPpa9mkXIwmNz3qUZLMYdPUDhmiQvilgN5VBsOINFdK3IK20ShO&#10;QXsC3/pS0ektjZQ6HUzaOH4jvsKh/4W0ryVWtae1LD9zx4D528v5G3DbUnCrGkZowmVhyjfaxOsk&#10;69RyiLQJRf4LLzh0+OKLFn9EQxyX70Hqflki94PJnBg56d6VXq90H2AvWjLaz4t4OqhQg5XxwuqI&#10;TUZEUQ0EnXWR+L8bdCyUc7Vupahwr0E368U+TfP+972/K8N2q1tn83L7wUWXXnjZZUdu3TiaQUwj&#10;dSixBZkELFtKpJRhCJ9MyTmOiU2n24CJsVye1Pmd9OorH/6zP/vWxz/hMUJk/2CngauuejiJHW2C&#10;lHOQEybzZJ6D4a3mPGIRgz6IZGRkiUqSSmlD/87O+rWKlrndLNXerQY735U8bX3VLkrrsg9Y0f3K&#10;UHm++motOrW2LknKoPZivRglmskAruGl5nL0FZdeMmMB4Y1yJpM/v+UDf/s/P/7pT3/6i7fdBoEi&#10;5q6773GkUnD2ZDzoWG/N475T9vratyprhEnwiMiwKBJeLN8uTWmuQoMJ23q/8PZoWNE+JPBT8UdJ&#10;x03zvPjorbfWdd2BZbe6dTZzy0zb5z37mz/1qVtHwy2R5uJywS3kQEKdyQY5q8SkKtpTottLMOyR&#10;YatScs+ePa96xSv+1b/6wbX19X8wpMTTwKMefVOv35uMx8SGW17qMtYMGRch2NnXmcn4DTZ2FU3U&#10;FHl5ByVUiPNM0rDlDJU8XR31dDdbIC6e0QGh69Bpf2W33/2q8VKwwClF0BlHQ+4m2gB+IkrGrMRh&#10;FvfZgN+99LLLw2sGRFK/4/f+80++6S33HD2qPT1lGRAkpLrTjPJ5n/yhI+MprKWaDKqwggx6ao+D&#10;mWI9EaaL+H97E0FGdv8zFcPOTPLaogLMCBO4dVDzwqN65ZD7hJ88cexTn/xMB5bd6tbZzC1Nlr/2&#10;u17xwT/787/573/KoUa8r1kTj9sgjYAuEyboSsshg+k+yrmVtC2iVP/Khx95y5vf/KSbn3QGeU1f&#10;67OAMcvLS/vW1++dTFFfsrCSqVjTJKODncwhldPOiETjNiqDX48xLfuCxWOOoYS7CzRKKb4WDPCB&#10;Vyskcu478z/dFeRj/oygxG+RcnfklDodVbX0I6rrerMnyKMsyhLLs+6Td/899/zgv/wX7/3ALTRG&#10;CbaDFByq/GSIaGqowGbg7gt3qDIwovI/bXTjHjMDUWyhMnfiqeqKTGXBox6dNHC4U8LsiMRRy5Aa&#10;DUciCgwTkBBgEK2NaOMlvp2OXLp7u+VDf9b1LLvVrbN55Ur1i+yN/+7H9h04BD2dDHfMLMvhUB+M&#10;yiznXrJLzbxZKQ8c0LSaUut717/3dd91y4duufmpT+HUo3/QLQW7aJdcfDGEUAYP9UgrOVxMisTc&#10;NWnRtWY74t95sl5S5oZZSO/mG4Sn71OezmjotGzvATuRi3VDi8RBi655d1+eVqe23drkioRMM5wN&#10;jvbHbqL7p3vtWA4tv/T3f/+iF77wj95/CwVoW3Z6V9iezChO1aCxomW5KueEwD3ClIh2tNJ4dbcq&#10;8hxj47DV7KeGvYmBD3k2dMGYhokatAy1slRokFbaVih5642MYeDmr//6f3TMslvdOstXlpfXX3fk&#10;p9/0pte/4fUbp04wpGUAnCYSMNGawGSwiaCSKWKZyutdH/acZz7rdd/zugsPH35gN+2vK15m6vCF&#10;F7bpYOTDnDCdPDcR2rIiZKckAJBUqj01alIcme8UBq62iMa1yrAPWDjFu0IHCTE/rXEG95AmcuBb&#10;mtLZ0w2lyEXftC2OTJVYfn3444FDi3gCE15O6vVT5EOLb4ev58P44pe++MUXvOjFd9x5l0ArPneb&#10;zHrfXhWGkvwZDkQ5GsXbSmTYEfe1cTCYgnYyBb+Y2oFlTrXUTKFZD+SWSBIeNQ0UP7RSYWQW25cU&#10;3w2nIBM70ouINbwp9uOf/FQHlt3q1kOiHvuc537jZPrGH/nxH93eOOW5ozZuX9MmClyEwJ2oVWnE&#10;XY+KWnC2v/7qa17zmle/4lWv8BpEkGD8A7PJ2Scm1ZEjRwTOoFuRbnmR8LC1EHauJLUdUylNUHlK&#10;7tiCXZwxbR1s64vd8IxAImEspxH7zPA5YEu5OOOBy3nInCNIiy8+DESihUCckEnv0Lagk4Kk2zkz&#10;iCs4xGHZRdHjGry8eDL70w996MD62u/+l9+//Y67WtfpjlnQcUTW6DuEoOtxHzeIc/ZKLCWCYsgX&#10;M9wn1ju8WpkLZSBrlK42yxxJ9L9KF64c4cyBFMLIiXfz8YiZoYMjDGL6T0AG/kva8pFh5g3DAWT3&#10;5ebGKWn/Yero3epWt/7/X+b/+auP/NTP/Nytt35MQH4RVmIhDtprDqGXQzNyGNyosGek1Hnnnvfo&#10;m2565StecfM3PhUiCf8RrQ++/wMvf+WrFVfMAtolw/Mk7glVWa7CtSmntSG0CXUoqXsc3LMDFWV3&#10;gag5eidnYPv0clk0NnW7P9iTqq+IVp7GezZJkyE8JLAUONAfW4wzSInkUCkl2c8nIeUy2N35kSQ/&#10;FVnieBLehYmIg91Hb1FOHlKhpk1FYsU13YzPZlT+1rqhIjJUXxFTwdwOh1VIc0TxOAqrtIpVsr7X&#10;6O7FQbi3M2x0erJBz3RPkymZJeR622ilkMid3R36Wc8OLLvVrYcQWlpTT6vPfO629/3JB798+5eO&#10;Hzt6/OSp0Xi8sbVdTSdVVet64jY1t5OU/f7qysr55x687NLLn/e85z75KU9cXV0Jav5/VOv2L91+&#10;06MfhzDDft8xmTIRxyYgE7StbUTjXhrN/s3084CBSdH2Cp9vCu5WGj0TsPTKzeB2i9lniyDwNGgt&#10;+FkE1hiH8GUcR8U6p0086hajsUS7ODn/pBCG3UX2ej5dC18uGLpRhhucKvY1cQhHoo8rW7lKSsUJ&#10;4c7oiSECsNnW/Gzr+bW83TUoaUkMyzYF4PVqsNMJCNugklZwLqlSKk2ZDu/0TL8epjrzDiy71a1u&#10;uV3H7cv6jjuP3nb7nbqpB/3+TTfd2C9z9tjEntI/Uj1go+2VD7/qxMmTDixbFjXRV2EeBmZqjKTM&#10;CZu+FS2L8BQ75l1eTwOWKTTOlmTbaIkRyzzfaak4KeRM7bTFkJQScdTeLFQDxevB0rEf52CnHhF/&#10;azYGpf1EoCWo4KPQYpbu67LXd7cySdYHjj8awk73q95kB3I8TMYmA41njT5CKzgJWVDfKJ7s5M4i&#10;VQJsq76tPOLiaBPjJRsGoZhHUYsdMNKBJMClZ5MNGMl6i/ZM1dXU/a5Pi4aWJjFVYZN088gsE7OD&#10;bnWrW90Ke6WUD6orNk98wtM+9ZlPu6+QXFIR1epM5VbMyWzC4DyVKHl6PUntmEnbgOFLK0ULLE/z&#10;Ip3htsqz81zmDfP9LD6ap4wpWJJvTgKTp3/vAIrYXsKiGhWmhmSYLExeEEHTtA7tFGW22JCHil/k&#10;RQkdVovGcuzlkIXw8ACW+I4gb1ZM9dDYNXRPkYSCIaNi/mewHdDi6EjxPX9NCgDJVXlJDnwB6u8M&#10;hFrk0JSB3yEFdysJWiJf0UX4nCXxyelGeWDvVre61a35+uCDCCqteOQNN3z6M58O/INim3whrhY0&#10;dSBDodUP1llJikrTmhlIQ6lalUjcpaWcmadcxFjpnhb2Kb1ckzuqIB6R5JBkfekb0Mtdm7IkQwqG&#10;Mgjtoszzg/v2uus+sbkxrqaN1oEhhxDsdqJkIKYGeroyaKAMTRxm0MU0MrEAkDStIfMslyFuRRLA&#10;Gt3g65ODjytePQ9jSLw3IbAbGK8kXJ0FxQ369AoIDwnnF0BvozgCk0Ed8ZIkSDbVYkE33aKE2IbX&#10;ylsMKD+yaR2PVAjPICOCmRNfiVV57jFSGwgekRBd6YE8o/zndlGaiXcHlt3qVrce3Msh4VVXP9w7&#10;CgXxKm2oaOetEYFEq/yIdTsrdg/ZCGws8rkZX9zTEsk4qQjDCaGNF1xo8YL3ra7uX9+zVPbc3xvd&#10;TKraZxxD3jHWD91FTmsffHzN5Zc978YbLt6z7n55azj5+N13fOT2Oz53x52GKe/COjMLYRRPdJDC&#10;htrPHnNIyZPjGAblWKnE80iiDw6wvgxvAK+MpJeRhD6eR2Z+jMS7J1IhNZJRUPqA8Q6qb7wdD1im&#10;syYrZqihlspdEcdWGxkynLEcAFhuqPCr4UrQRyPeia/Jg5WPx0UwRnYHAyKxnkoq0BBpNNZAZu/N&#10;YFHT1C6Q49vVgWW3utWtB/syq2tryH9CoU97RpIbkpNYGT1LF1BoAjaefBCMGG1yaVHoYliHGdVD&#10;7TtKYNLzMMM1XkmFwfzQ/v2XnHfgyDn7Lz544Nz9e0ptHBquDlbE0qAxZrozwiJy42Ag9wStsmJ7&#10;a3TO+p71pdXSlwvl6tLS/tXlRx264L2rq188derLR+8zDPmI7oJdb5O/Ek+SkiaBFGQrC7K/afHi&#10;+FqZeJhQUBhWSb4LPIRBEx+Stvo7x9dGYaK4j9b2DogGM22C14P1doNGQtgqgCLY9wQzRf8rkhuF&#10;GctUpU3jSpn3BfaPpx+FZyb/SZAwaAIFYI0UE41kyWnIjxrDj5WP2VFohuAOKpA7rZK2tj8LdGDZ&#10;rW5160G/iPwxl4FMrgxZkZEahtyNnIlgjtZ3WD2cV6uG8iOUK2UIq7RSLPaHTXxvTCh+Dspyz9ra&#10;ar+/b3n14gN7rzz34CX79qz03XZc9JYHCiYBle41WqpeZlSp1tY8RNS1aGptmsl0dGoyHezfuzpY&#10;zrMCJaZF0VNFnvXyJ115yeUn1k5ecqH77WPD8Uc+/dnhdEqBa4KCkLG3B/MbNFlBUhocoAXEUy1b&#10;QzI9iq8qxJ0aEAOno6m+9eh/SwNIS4AiQXk16MOuSYvbig6VNNUD2NZ4kwuVkdesB+NAeVGzw8ZB&#10;khVboKRFPhrmfbDz6rkrDsRg19RgRRdvLLDWCoipwNkAfQ+Ry8L1K2y4uk+Mo5iz6ZsdWHarW916&#10;0BdiMeBZ2Mg1qH8mdJ5lxu+tjR9N9/s6J1UCCePNX/EoCeUZB7c8X9DzuGvZW50zTqxI5i4Cfvia&#10;qBcWWXHovHOvu/jCSw/su+bCg6tFZqZTaMnJlaW1Ineol2d+Il6Ksp8PZDXeLOqqt7RnOt0abZ1w&#10;j1gsrzjYmG7tbI913l8dlD33W0WR+z6fkk1VO1RxXwz6/eVe7n5WDpYuP3f/4T3Lf/6pv7/rvmPw&#10;kgg0i3erKIosL4nDhUoyF4ZF266dJkxEYgUU0ZG/RN9gS0JV9uJHIygmpOA0zOJewXzOG/UIwecJ&#10;X8PVqLgBNwJsoCqmjdiqRCN7wvMwmpn4SwlMZnV8FBDbz6sqL8HV0kporAafdxLuZll849zjavh0&#10;hPxzKdWM32/Xs+xWt7p1VjBLY5goSqiqKQQ9yq/IHOA5DmNgX2ZPUk+VABdhmkIQy0Kdi0FwVFho&#10;hb0T791v8dwaDXN5ab/TMcjHHLnsG685ctWhAw7bAHJ17ThiXtbVuBpP1XRSLu3zfjfSA5gfD/VB&#10;oGvbd94uyvvz/tryWj4e7mzdf9TmPSH7K2srDiQ9FDl09M8IfGuaup5Uk+nY3acUut/vW924h7tg&#10;dfm1T3viF+6+786NzTvuP37n/fc1Gu1pRJZRtZMrrpJ4GT5fmQVExCKppPRTbEYKnPtvMe+AfWk5&#10;mu6NDVjp5TFiRkVsMRROBmOB0IPE/inPZYrQ601cEQw5EyKL9dmTlivMKIMljwLsmsJzz9DrJ1wQ&#10;BH4pxYTavR3uFdU+zgs4LkCmNwpKKhEdWHarW906O/ASSoU+qBLszijaGvdcT4ry3P1UauExE+JV&#10;bOYRyPfrJIWxKEkZXBaULDIyI787475tTJKzIdhQdnWpf9XFF9908QVXn3/uOf3e8mCpLAtPV3Nk&#10;UdpMx9YBVzWx/WXHBN0mnhU9kKfU07pSvbxcWT1+1+1La3vL/p5Gy1qXmcrLfiHd/cAMogWhSmNN&#10;reuqmoyHW6a21XhcSNkrlNvqC3eFmSqsvmTfioNqdcM1Xz5+8tYv3HZsY2M4rXYamjpVNFdK4GE9&#10;rhmVms6DgiYRPlmqnMqW150RQUiMoKK4eJ1Zq/GbHgKFzFWOclY+Wxie8WDFLFsQ4DSNtjWPkGLB&#10;wBpSJsGrDcOaEkU9cHiQlMZKEyLudYOxEM2VebR3j6ZIYRTVGPJp933RonD8EuWyMtr40PN26NmB&#10;Zbe61a2zAixZtUjERckgTgnVRRhXABPSpkEjVkk6T7Q/8/HCnnBJmpcAxDVh9NCygBaxs1DZxeed&#10;e+PllzzqkgsOH9g3kNALs0pvDc1Uexu4XmY8KIHfd56buqrHQzNYkU0N8s7KVI2XaEpVj8eeKk4r&#10;PdJ9UxcyH5R9R3SqnaHb+5dWVx1+uKt1dzCpxo4D1ZOJo6ueCeViz+qe0Wgy6Pfc1S33C4flvaLc&#10;2tk6Z3390v2rS+b8aX2OQ8s/+uQXmjC7aTH32ITE65aBQ3RFQDUOnhYsFauxGi0Z5NBqNTry4z0q&#10;n97F+ArfxXkYfGDvqui5LDB1hCyEMRpo8WMkRpLyVhAhBjdA/x5oh4LaUd/Mz1BK5rhSMu/Xpgbn&#10;V9DrSqzcIv0l/JMyMloFN8In6gmoEQ4yPRnNMxmcnjpm2a1udetsQcoYIUIMJQnHwJIjbvEKy4+5&#10;QNUPjhgqcH3FKiKIRb0HKZYSk0kUjvuU8sDKypOufPjNV1x8/tpqudz3WRuZFXnu6Kuo6irPbOVI&#10;TiWLUk+mjskK08jxUIyGejoxTdWYqsh6Zjx2j9hYMR0NG4eWo+18+cDq3gNLec/t1k1jGrin4Xg4&#10;dFfV83RtY2tzWo1Mox1cru7Z6/hlDhbmue/2Nf2lVcc8PZETjRgsbY+Ge5aXB7laW15b7U2Xinyr&#10;asLkIj/BAG8ihDC3vslNWUuTozR9YRlQZ5K9BBvWB2MhDAlnESz72oFxARdPCc+wqWnZi07s4oVk&#10;mWhqFN2iuxDUxhnp0TxfwEQoXRcWV4VpHZ5ECJ2mARILSZhe4OOTBrIs/Lr704Flt7rVrbNgMdPh&#10;UXYsoKaWN8FRXYYZQ1bP4nbp92tsXNIwJBoGyFg6tPbg2uozb7j26UcuXV9eckAly9KxvaV+qd0G&#10;m0vrIM7qvJdNt4fjXDXDaVXtuPttmmo83Njc2Ng4cWppfd09XJ0rR0Hr6aR2sFiNJqOJFcsHzjvk&#10;CY31xMnzLqtH47HDyM3NE/mgN6kmG9sbk+mO28RXVtaOb9yrZHneoYuP33fn2mDPpK7LspSmgOZk&#10;I6taj6uq0SrPB8WSY6Grg/7WdAsBkeUwkpKxhUij2mTK1mmIM4AoJUHiKIxi21g7i2cmsnnU44gg&#10;CcJ7NQFVWTjVgkbP+fDHKnr+8R2wiy/UV4kdUoWYdUlMVWU0I4L+9KyOOQFgFgGBG0PBxrN0487B&#10;p1vd6tZZAZVJ1Ah+wwAMcK41dy55xwcPUZ9RbETM4UL/Mz+AAB5p0qilXn/Q65UOFP2txUXn7Hvt&#10;Yx5xcGmQ5z3fArVNNdnJRc/W1lM1ICT1eKJrPZoOm4ntN0U92W6UqUZbW1ubWxvDE5PJVfsPapk1&#10;07FxeNZMptNJpd3dL631+tl0pHQus9KAtQ+WM8ej4fZ0ZCdDd5+nxlu6qrJcbAy39+8779wLLtg+&#10;ce/y8urWzub5F16qmzoXmbuEqdUOovIs17rKi9zYxuHnar9EFAK4k16YSzobGwYW57zybPCWA8yj&#10;7i6yTMuOfHKRpVGIFokGfIkVH4ZEcoCoRUM5S3BqiLwCVlk/1EHwSHOW7FmUtB4N543QW26SPiWO&#10;gSZWr23zetvyQwyGeQjARFaVvOjiSzqw7Fa3unW2FGO9blMZaUIDjGSxsN9B2a81cMCbq0YzWfe9&#10;9aWlbzhy5GEH9h/ev//c9ZU9RT/XxqtZvaXO5JyV1V5WZHnuK4CTaTMaKqGztUFVey8BPa1qYadj&#10;h26T4eaOI5X95bKxk6qZTLZ2NnZ27j01uu7aa6a1u7sNXdey8qbetcjWDhwu81IbPW4mamMzX15S&#10;Rc8hVDOdjKfD7dH29nQ8baoTmyd26rFSxaA/OHRwf5E1x+/+cn9pdXPzpEPKZrrTK/eUg96pY/fl&#10;KjdSK5Fpq7OsqJq6UOqCvWufu+8EqXKgV+jYMNraCRL8GkwREZGfk9wJm4JBKAv3kEm2wOPGZCqI&#10;VYCGkesF0oolXJAQZcxe/dnAl76FjvValsIqdoBvhWxa8rojcukFwo073JgQ1NUylFCUQ2NTk4GZ&#10;UNLk2BU+OQi31pZl7/Wvf30Hlt3qVrfOBqAMxMEmY48iluCwcxninbF9CQ013lMvOrj/x5/7zAvW&#10;12FeX8pp42BN+taXGY5He3x7ck/ey81o3Aw3J9Oh+8HygfNNLrc2NyfbmzavxsbsbO80tT51arss&#10;8mGj/XzHdLQ1nNy9MTm4ttJTzf3332mmVX+wVIjcaLvvYQ8vi4E0mSjz/nmHx8fvtjtbRT6oqno6&#10;3Nna2tgc7+xMp/eevP/4xrBfFr2eLOX4xMljav9BX64dTw8cPDza2Sh7y0tltnHfPbK/7MXAuhH+&#10;2OCHZco8d/z10J4l5c8F/FpJ1vlaAkIsp1p2JKC+nyX2B+oeg6McjK8CgBOGRGDyJDGoNzgDYsEc&#10;R4So0IhL5CXg3wWFbBIdZf24JbgEaFSxop+eHy5Vcr6CilCX0aNj35KiLnF6JIhsg+OtJqODlkFF&#10;iqMsAzIKSuFlr/8D//wHXvnKb+3Aslvd6tbZUIfFDqVnNHHsz1OEDAND4oxe0OuQosR3MEGb+YrH&#10;POqSvXs848z9XKOZmmY0rseTutaiaHJVuh80w3GzvTUZbjka019Zamy9fWr7/rvuPLZzqhZ6OJ1o&#10;4fBINrU1Y13rajqu61oYWe7tDfaVPfdX2S+XV87xhgHuoXtFlpVlv69EXlg53R4V6+fVk2k1Gk88&#10;Hd3c2Dh1bHsjV3JJ6gv29geDFYeyuYfMXlH01vbsl3q6efz+9fMOFVKcuPee3tq+PPcl3MnQkeGp&#10;59lNs9wrzURctH9/makwdkmvGjBwP+zB54o4N4InDJDn8JEjsdKFYwdqY2VMoyRu6fWulkNFwryl&#10;kCzksWxKS1wVYy8NZmsDjJG2hrPHpBBizn83aFyJiqIc1nDgibvyLLVpEoKGiISYczoMwAkjofwA&#10;Sh654soffsMbXvCi5+Zdz7Jb3erW2YGVIrSg0qxK7knRjB43L1N/OlRn9mR27YFz/Ky6VFpPmrrR&#10;o/FwuONYoIO7pmpUb2NgtJyORzubVT1qlLGF2j5+4u4Txz9+3/3HNkcqkysrhYOqUsm1lbKf92Wz&#10;rJazflZkbtvWav++Pfv3Lwlbq/7Aa3GtyaeiHJSOspV5oaGHurVxcuTo7MbOjh4d3Tp+dLi5VKj1&#10;1eVhT5za2tDTnVrqTAxsrpp6tHmy7uX9oleMdrYcoAz6fSPtyAG8dig/8Y8gG4cfpVQTb0BjD6ws&#10;ffnkRkKngq+NQTN1blKS3XhCuajMimVb5p/sShByS7yJqzXB7o4BjQcoLSqumFPKwPlYYJtxKKaF&#10;CGeJ/FKm76SYta23wYgnSdMMgZokc5U2rT/MGPqmYOnLy+468uIbHvmoV3/bq1700heurq7iTzqw&#10;7Fa3uvXgL8LG2GRvWOroHfu7gD4l5ExFVWb4LdqEM5lNq/F0299Um6ZyeLjj+Z32xtpTxxLHtl4v&#10;V0Q13hpu3bO9ObGNFtmxndF9wyrPewfX96+tFHtWl/vK9jLV72eDMncMNcv7zdiMNhqV9c45/xzV&#10;bNSTiTFV1lspjJjUw+nRO+z6ftMX5fq+nXvuHp44kWfq2MbRO08dbYr8okOHbdOMR1vLy6uqKE8c&#10;PzYZj7fH02J73O/3ektLg7JyP8oa35ucZpnd2aoad/FTd8me82V+Nr+XZ8u9vpb2vPW1209titZw&#10;iESPPixgY28Saq2zxU4AP0uJH0KFvBF4nf3IPkl+LLur80NwKphBWweGPfSllTzcaRhNJc+f+MsA&#10;XRVWZRtj0dVQcluUc2CEnS/MpqmfGsJbwk9DqzKV/CDK5kV55IornvvsZz/3uc+99oarMUk63HMH&#10;lt3qVrce9Ov22+9I63Qy6Vyi1Kcl+IgpXWjn6kmJ41633X98+TzReMycjCdeXTOtPVJOTVNr+4WT&#10;x5fKYjQZnphWQ29C6gcc+2X/4GC1qU0mRaky0TQ2cxjq2FNubZFnRdGTeVbapnSEMC89YthxZRqV&#10;9+rGtxaz+4/esb61lRWDpuwNq6m7wPvuuvuOY0f3rO+74MIL87KAZ3D+vUfv1qPt5UH/1M7QUVht&#10;deNYVzP1YKPrpdW9ja6Go5NZPnD3UFeVAOc2x4qXvFVevrK6OprWB9dWU1pmw6QF1yC9sEVkDDMa&#10;iGTG+Y6gUiUOiFhoUg0y+/IaZutsEEheuzHtS1Awpkciy84RjNzMWsmdADgmSFOxvirbIp0wCWLb&#10;PviKq8eUL8ZGBDRhEtwr4JmXZXn5pZc/+5nPfNZznnn9DTe6p1AU5fxnrAPLbnWrWw/2Zf7uk58S&#10;gdqIZLwuMkh23w4T9UHxCVOWDgDe9anPDeQ0M3p7NDq5Pd6Yel45dShkbaVthaayygyKfNArMSij&#10;ahww1f6Xc7k5tduNGhRZv9a9ybCnHJqekpkq1KC0e/bsP5SvlFI6yrm/rlTTOOhcyZZULbbvcuRy&#10;fNwqNZFyZLwv33nrq7YZ652T2dJSVuTu8s7Zt9Yrxd33H5P5tDG1dvSxnvbqXp1P3Jaf7zgcXe4v&#10;D4T3BvK+b7mf1xSlN9tzqF467rtTbQ4ySZOKIk5NkkAVTXR5YhJulcloSoB+cnHmkoUzgn15LEuB&#10;JHUxoRcaRyRFEApx5Ii7T02ULtHaUIAYuvExcUTvCD9BasDilU3o7FyBoTWsqWScHYIGthZ+ECVH&#10;D333/txw/fVPfPyTvvXlL7n2+mt9f9f7PundYLEDy251q1sPcqg04ktfvj1smL73ZoIlbKAhlrSR&#10;FMwEjTJ3QyPJdM2Kz9934hc2tlb7RdOYbccvHSShvNK3znSYycugcZf5tGS10iv2Doql3Cd6CDDs&#10;zsE4zzvTaVM5WAOZp6N3Nx6+7+alm3rlktSD5azUup44/rJ+6MLzDypjbr3l3fd8+fNXHrny4gN7&#10;vZfdaEtVMuv3HaJMt09OqnFVTdxOvjoolNp77NSp2niZbt3UjsW6xyz6A+E7fGZSj9wtV3xiST6e&#10;bA/K5bIoi6KwYOc+6HmH8sYm0/b+S4SsUBFNVDxBTyzC9EYwHLCcvRWwK4xgwl3BK03TmaEPys1C&#10;h1RaN4IiuH2uS0iNgUvVRAgT/atJWpYW26QxBUWIxPc1rccKjqoGGZGn/CrLDh268Bnf9PRvfelL&#10;Hvu4R+dZDuco+D+8h7t9zDqw7Fa3uvXgXlXdHDt+QnLkBBAVyRPzwoZReyA60GZTwe8HaBCV7Bqt&#10;j43MiXFlwVoWbhxG7zMkpO7XGxxyb7x13NZ4cu+mzNikGyf/0I5d48VI2cvzCw6cs/fgRUW+vLa8&#10;R+Wlrs3OxqnVCy8re6XeOVHvnLj+qsvPPbDsULrfmLW9e+XBfd7sbmcoikGjl6tqurO9NdwZ2mpk&#10;m+neteXtUe2YpQ8DGzdaNs1k6lO9Mt8jHQwKPdmGrMzBUn+tn/ccSDSOItfVWpbvX1k+urWNocpB&#10;CCWDYyofNwTN/ONoqoLJEDAxoDyWKKKCqEt2JlDsG+vHcrSNQxoh/YyqnxSdTQ9C9rCK243+dfae&#10;BZQZMr/Co5uoZbVp7T0tyIf73LN33xMf/4QXveB5z3z2s5aXl8hSXqkz/Jh1YNmtbnXrwb0+95nP&#10;jSdTcnixcYTOzpTpgNuQN7pldzSJdT9lKcKJnWCBoEIkieA0Lr+83gTkLZZn+DxucvyTxpBhrAEq&#10;tbayctG5595w8cVPueySff3BUm8gikI4RMtMrycmx+6YqH7ZF3v3nCOmO0I2d33584UwRd3Li57t&#10;Ox4od06dKrJS9XtCrGZF2derS6PR5uaWKZsCKDXQWT+BUpbl0vLSYHV1ZWnPytJ63Yy3NjbWHIlV&#10;uaNUo+3tzZ3tupqcu7Z2//YOu7KKEK0lEwvc+HpxU9B6wRQlhAAJleB4TpZ1aKDDr3dw6wG+GB+E&#10;/HoVP3KwKQcrdYtGQaFiO1NcnYFKyY537FOwGCOxyHvgwIEbr7/+m5/xjJf/k5etrK552MvzBHbP&#10;dHVg2a1udevBDpaf8RmWskUyxPx2GECPBLFYefNCWQNyWaMby1VGj5IWi5OoQvEpyioUH1HrojBJ&#10;2IQcqPC4Djwecfnl3/nUm/cuDbIib6b1tKpkJnsOq/taTOt6opt6LJeqiVbTxkgzrcaTcVMXvWlf&#10;Nb1yTSyV9TRfyorR5naeuWUGq1nmvlXkS/1BbbXVpppOm2pidTMYDHpl6f7fW+p7SG3Gtq7X19aX&#10;l1d87OVwZ2Pz1M541NTm0PrqJ+5OOrb8CgEgGcmzHRygjU+Y6q4qDiNaJpohkMVywZUIHyCa4ikd&#10;G9qf2pi2vQ5Qe4BQrQ0Dt1hooY4PJZPJzZkmZSqFLXu9I0ce/txnPfv7vv979u7b+7//MevAslvd&#10;6taDe332M5+dYxcyDgmg/sRi3HAwoJHGhziGkXWLEROElxxcKTEKGHMRBVu72aDAtJKKh8rRKABR&#10;g8T2vH37v+spT9qzuuywoXEYZRrlIGfk4GqSjTIN0tWtUxu1NBOVnyzFwZXlnfHWznCkiuzAUr82&#10;Y1Uh5dX5cjnZ3vGlXUcePaRMvIhoIm2eLS8te9Worou8HCwvF0XPo6rKHPbnVe2uZqK1rart4c5w&#10;PJJZKZrpBasDt+nXKG1tMzeGT0uV1hjgZVs3lEHsI0Sc3ODhzPBNGRwFbLyL0FZchIVhRHKeIJ7m&#10;O8mPiEuura3d/KQnf9u3veoZ3/w09yImPLIDy251q1sP1dUYc+LkyQQrLedStDU+pMzMPEv0HTIL&#10;ck2yesMeHNQScxSeUA6J1ZCAmaNzG969DOP4MHlIidHwLcj58gzsCddcvTToT5q6qivAF6um9WS8&#10;k0lTeRlOtbG1df+prbquD190kSOHzWRnZzo5OZrIPN+472iW2aX+crG+t9FTU7l7qKajkdSOk3oN&#10;kdRC9QpHdDM/nJL3itwBNURp+njOSVV5llqZXn9FyGZztHNye3PcNN4K1uj9g8GepcHx4VAE7WsK&#10;TmxPELlbWtJsOevK1hSKuxqLEZUMilhgtREZQwqIiM53Nk2MDK3S8KP5HuQ8XqJ0y8DtDxw4+NIX&#10;vfQHf+gHzjv3IFSJ1dfwk9aBZbe61a0H8cqEPnniBGyXWEUEG1Nw2dbQSjScOkK3Vzl4yID1tkdH&#10;ZaP6R8AYQwGx0N5hB3d7mUu8c64raktwYEPJl01kfJKz8tDaDCcjBxNVXaOsqBoO6+HGzvbWqK63&#10;J5Odkfu3I5RrfvakqbY2h1MoJR/f3tm/2hssLR8/cXd/vFOWA2MdPVR52Xe39D6qZaGK0iN75quz&#10;7oGzDOO8HF+tTaVrrX3JV/Xdsx9Pth2t3BkOHY5N62pS1+5mB1ZXju0ME7CJxwkO9oj5zyLooCzq&#10;cYzFAuwsjEEX02h/sIivjRWJU13KUnnGFTFVzJdSU4qJvuyzMEldaS+4zfL8moc//PnPe/53vPZV&#10;B889R8gCmerX9pPWgWW3utWtB/FynO3vv3ib40ypOUuLgvCWHBMPyUcdQ4kNUME41uABz3cnpTQ+&#10;jUR43WsNLU66WYgDCy4wNrgHwQi/u909J05ubW2VRU+D5Gg6Hu9sbZzcOnViY2unqpTVe3vlYNA7&#10;Nh7u0V7XOprWCNXaiC/dffLwIb20tDbaPmUHNhv03ENmy8tK98y00h6NciWzXOXKg6Xx7NofApTU&#10;tq4rj5T9JSHzWlej6Wg8HQ+n3t526ruFYmrq1V6hvBpWSZ79ZwxDMpfBAUOLWZ9xjrJql2+jFx1+&#10;v6khgDIa6CwslppgcJ9MxLLdXos/SrmLiAcgNi/LG6+/4fu+7/94/oufXyiplPr6fdI6sOxWt7r1&#10;IF5uq3XMaSZBAhMmcCx+XhPLe7E3+4Y4R6jXSbRb43k7KL86vurgx1JJ1gKRs/K0hUH0av/CvUc3&#10;LjhvZXUt6xVVXW1snrz/5P3Ht0Zb48mKN+WRQ2M3m+lY6+3p1FTTxuhKO1qmBoOysmpU1b2+Vv31&#10;YTVaWxmA5ar7pZ7DRy8o0hYESSAuzbKmaYRuwA4u8x7u7ufT6bR2zFVvDMfj0Xh7NPURYqC6ObGx&#10;mZka2KOZfWGsJWmOtSl3DA44ghMiefCDOp/ov+ovi9vDAUfTCMv0DWgdZySZSHjGLqPD3MKYzPBb&#10;RVled9113/vd3/vCl7ygyBTM7WRf109aB5bd6la3HsRrPJ5sbm2HTTSZTPcc0WBGY4RMGVzuJICh&#10;lWTELS0raUWYzIPCq+xr0zgw8iDVWBwmUaBgmZFixqF7IU8Mxx/4+9tuvvRwWRaTanrPiWNHNx1m&#10;VZkSp6bVxOeQNI4LOuCcaLM5HFXN1N3TytJAS2PybDg1y1Wd+xzocmtne3l1b9NoYXxOicNLXTXu&#10;smvtMM97IDgob8ZT99AN5G0YVQyHWye3d6a12RpV1VScGo2HunGAaaU6Pqx2qkYkaY4Ib2jVGgKt&#10;0p6kZDvWGdtVvJGJQc00TGk5TqSNdTP6K5IAiVTCig60kq6K3HeiJMh/tbS8cs1VVz/hcY///9j7&#10;suZGsjO7u2QCJLERJMCturq7bLkttTTSTITCIU+MH+zw09jhCL147Rn/GIcj/DP8I/wX/DCWWx61&#10;amUViyxWcQc3bLnf67vnTZAldWuqm0XyO41AgSgwkchC58nz3e8756u//S8//skXH7zWCmQJAADu&#10;IMSZ+uXzZ5lkMmSd2pBveqqrjE5cKkcCy2xqcp5rn1Lt9I0I08uQyDnjKXdUHArVwopCB0A5Ki1P&#10;/IYouZf0xJ/sHx1dXGwsNoXmGkbJOEmFcIqLXMi8VDXNCrKcD4K1pRYNQyabZtNantdZKAg5KVha&#10;5AUT4lcWS9MkkfsmZXBBpLkNTtJUj6zIWUZKsywvZKa02MV8EseX0fBkPBmOhbZkkxRdRlmB1OQL&#10;ZkMWCxEaiG1y5YlTpm9xXjIomklJVhcexnGAlzmh5iVMlm6taavL8bKDmX751A/GskEl3vPaBta6&#10;uWrZKjhcfM71jfUvf/yTX/3qn//Nf/1qfXVZvpbWf+AvG5AlAAC4rRBn0s2Xr22Kk7NxQTbpacZR&#10;3bNDs2bqxplAhZboOqQtxmKzzGlsfqjWrbKNRrJmxVONm0iOWf10NJoejyeaGHR7LTfuazqXGEV5&#10;8Xh/8KBRp5LXWZTk9TqbxlPMAlmVZQXNqexAogHGYVbk2AVjYSLnT9JIegYFdZSlcRyleR7lyXgc&#10;nUTR6TgRrBxnLEp5zASTSuMhwb5i11N5cYFlZqcbgNFVXaTJCbupEll0Nd2s6mKEK0cHe8Hh3H+M&#10;PEUlMRLjn47QNbnK1sycaAJG7iCLP+SkTcGoym3ura7+7Msv/+ynP/vLv/yrv/oXv+osdm72ywZk&#10;CQAAbjVcq6U3jeAxmROS5tXl2hm3Znayt8Y6xKqREhP0SLT6Ili39sjxeaEyaRAKytQjlX5LkZNp&#10;TinpwUHdzqnKnMiPfNLYOj6ftBeW6vUa4fOKJwrxDq2FNBXchwKhaHkmlCidW1A+N+pt1N6JfRB7&#10;kMRJlsrxTfFG0ywdxtHFJBuMouNpGqXZNC1SxmV7j7qecLbilNIaDaz3QMV5nF3jhlPqdVeHtZEe&#10;7vAiNNv6o9qEilz9ixATD010hIhEvT73yYMHq2urQUC1BqU06PV6Dz759Oc//9kX//SLH/3oURgG&#10;trZNbvx7BmQJAABuL5i3zFY2pBgnGh38y4ztjmNNr1JYOdmrkUnVoKOklPZfk3VXokM5yglOwZdm&#10;5J4pl3VtOYOtBa3n+m1CpkhZ2eRei5GOpBYCdJLka815TNgozmWVNU5PzyeoFmBpMs5DxoJCvJM0&#10;aCeIypVJoTqLIstRWmSTJBWMKRgxydlFkh6exwfDSZzlrDpAiTw3ANXky7CN+1CfpKhMO7rnDU1h&#10;W2PWU6WK/3Qd1+l0x5eelDfmDuqQ1mrzYSAHMXv9lX/31//mq7/56ud/8YuQ0tvyVQOyBAAAtxhn&#10;Z0MvB7gqOf1iKfeJylto5C6XqnRcV/ynaUGLKGuorgqy9r00F2Plw850Lyjzyr/ujYiLXdRO5GZa&#10;AzvqFq8ZxjGRVrTzAc1rGJ0jPMlyTKXUE0/X6wGnkyCsySJlrtMkeUZ4nORRIkusw1hoynwwSYZR&#10;khYqeZlQ2RB0nRuO7eVBlf4a2c6qF3jLajL2bAr0UIZaKFU1ZHXkpFEgY9eMiJhLGGuoG9aEjqzV&#10;6v/sl7/81//yX/3nv/2qt9SlAeb8Nn3TgCwBAMDtBb8cDrnMPuRuLM9LW8QzrOmfzZFpVNHnf0MQ&#10;0r7Hzf8ZjjMsYdgFl02kyBQYieRUpR0ZZ2WqtG3M1bvlUlCUvTjSjUI65JHLbGpyPomiNF9uzA3r&#10;4XyYiV/MGM8VXdcDEga6wQZb8Yuygk9TFmVyYXIkdKWgRrFl6WajElLUAZHCV9eZCTHEzZGN0OK6&#10;vMzfZ0HnSszY7K8deMRlOCiXpWlt84e8Mi/jxtBBFl1rtQefPPz3v/71f/hP//Hnf/5nVwvRQJYA&#10;AADwfXMl2X796j1/h51bwDVkWXFr07amMvAKa4N1kznFNCMoxwOzMZ9Z1KJmoa3YNRXKx4aGsbVb&#10;L99a605WMEuldluW1pMs27vI9rFMpvT94O2ynxWkdtiC0MBlSWISOL1qveIVcdqILM2UWhHr8nIg&#10;5zdLfWl23GdNfRFhed36mzOGKo50cl6FF06q6p0g0lYXU0rr9fqv/+1f//f/8d9UeBq5vd81IEsA&#10;AHBbIc7ar3d232MiaobznI2PW6Esxy5Nf6rTVcYXXbMC4zovurDTJSpnBCEbO2XW9QpUuNxjvX2C&#10;TY8n9eYxpC+dbnvBxmwdu3qneUe9LGrrvV7jjR7u1PxIzPynsefz1l39KwHr7acIcmbp0uo/zkt3&#10;u1KDl7KbI+TZESgZbQ+zcTyXvvNMWebq6RJCqWpvJY5ixX2aJNLdndx6rgGyBAAAtxVCAY6lzSm2&#10;dc6rhImqtgEeX2InMZE+rauOHqI1ItZtQKi6Td2Qg2wJlxc2LRmVycle/VeGlnBVndXCTr4Jo9Ju&#10;xvA34n47TEnj1yZP6ZGRkqURKrXm9XyJXUHY/VFmbyGe54VeOMTG8ryyKWfEY7jceDeoa5Q0VQ2+&#10;ggQDgUKa2hpzAznqyXNrvoPF36uCM74DXzYgSwAAcIsxGo8qDmpX1WWZcVkxLPX0JfKdClSWiKFJ&#10;Y1fAnaeBcZ1hiNv5Qj4TM23zvPw+W64WPhkydnEcI0c/3HeBw9W2Xl/sla+5NqrTvvfsE95yLUde&#10;mJb6S+n2owI5Hb/z6pZ1K5DeMFMBzUVe6M8Yym4jluWJNNtTGxTUqS8I5EGTA5p6TNNzdwWyBAAA&#10;gBtBwaTdnYmOMmZ3vNRpZf6Fs+U2zGhkVMVcxowC8tKyFBv3U6s+qfQfV5yH3CKmNfn2BaLKSWa6&#10;cUhRrzJtl4yjniAezykZaylSrzRyVlQzHUvC9JhVr/65hBCVFVbuPJ8hYJcfgjyjBjn1ggvLsdyn&#10;ZORFf1hPhUKNR8qsE/GX0gAwz8rIa71N3VdLCTY2BhjdDVEJZAkAAG41kiTROVxWgpnVOHQ1pMLO&#10;jiCPMHzPWPdYz1iq7cj+HdV/6s+cENNLirRVAa7UUi3vycokwbrllRhhK83pBO0YHkVOgOrxESsp&#10;y1EWZ47KrypNjK63DsC4Ylju1mRnOEvsOiuY9IlnzL59RY06QtUvEKqxXqsRmZmJBEdqJyNuPIn0&#10;WIky43UGQ7yc1BSHb35hAcgSAAAAbgy7O2+yPDVW6bP1y9LuVOUDV9miHP9wnq7cVnM59pb5MHbW&#10;N1Jh6dIix4JpVCyJfmu5eGleoMWVWqfEKgkLOec8O25pcqRURw/iZuzSvUCSNMXu+dLtwE//8IdS&#10;3Mu0/46Tc2UkpJkzxZWISBe1zEstLkVkwfwmWBqE9dqcFpdpGudZpvdHm+S54RO5Oouc56AJJzG9&#10;shyt9HtAlgAAAHBjyLLCFAoVHXI/dMSXXFdaf/wlRs/bp/w7nX9lcr7UoKJSS9RWainyumhtI6uk&#10;DyHFiJo+MV7sxiQVO1cftatEiUtuedS+VvkEGYLV639eZqQjTr3SyT2JbOK11DNsJsrDk9XYW8S0&#10;ES1ehJkyJHI0KelBmgnUlcl75qQksg63muxtbxN2JW5Mqq1JbuoFyBIAAABuBKcnp8guPv4xOxjs&#10;+dI4LVWe4hEqVw0VYSnKkToSuyKtrtD6xU4j80xTjx3rlLRJ9ZawbkmVj6i2lSPGP04XP5m2JMDc&#10;WQNVzFeddKyaBhhq9SO0NK/a/bjSSYtQSczOb0AJXzPJImi+KCy3GV1Yqwmm5EkSmbVJtWbJuTfC&#10;at9qhgy9IG7E78qXDcgSAADcVpyfXZpoSm6aXPzIYj/oGc2e0ks5VZGhWmlhI7wcH0pZpp3QkRuP&#10;5MgbF9G7oD3ZbdHVvhCja3p0nIOQIVo/o8MoQJVmzJBXIHY8p834Zhhxpm/W9b66eEiTyoK0jZ9O&#10;niy09Jbl1CDgyjRWMT4JA8kOuovHJoToY4JJWTG2Ahsbj/jKTnJrYwDKEgAAAG4QBcuqfTr6TI0w&#10;vs7irkKTZcn1qqeB1ZEEoXLUkqNy1ZFjXvYEuVRkQ7SO/ErrA89uFQs6MmTjm7AafxzkMb1xNnB1&#10;U2TSrEzrLed+BdnLySq9EQivvkDOd8i+XGRSPOWMhzbeU9Z0ModENh+JtwyCQIhj6c2e5zQITFqo&#10;dgUy1w4IO4VtbBKusYbAur8JyBIAAABuEFE0lWbeeiTD11VXWmEN89mumWovEHe/zm2fi0+cqOyy&#10;vYaArW5DvDo9gmyXqbNp5yxXlEUZtu9TmiS4tiJj3W6CqTBlqLAi1qabIDuniSqTo8hr29W51cp+&#10;yCwkunVM09yjupPE+xAZ5omVcTzmsiUJK7cBWsh1ykK16lRrqd5kivHOs+27/Jp6rIvRZh9DzBaQ&#10;JQAAuH9g7PGTZ06/mTgoxqondeyKgqYP5TpxeUUPVdf8XFcpqjgQ+GFbunaLvO3a3zUOBoqwAp/U&#10;sHNbLavH0kLObFuFmWjHAEV7hnuU0pXxWAiXtnRq+1qv6hRrXRnlsmUXyY2o1GYmFyldPVY2IckF&#10;VCkldVFXh5opriyKPM1SVQo2nukztnqYI3+IEpepKr6QNfvcW+nJoLPbzZVAlgAA4HYiZ+zycsj5&#10;Vdcb7s3fY8eUfpGQc9en6glEzq9xWrWENrO0WX2Nx47ml1xBVIU1m2Zaba5uTNf9kQ27KlkxXlf7&#10;p2YzJAUy5FJQ5Mei3EWglLuP/LgUphtrcXks/OsD7SGgvXPlzAlDygtXsiVjhRymVKY8qv1o5oBU&#10;AshQ2V50vbwUdNtstMhtp0ogSwAAcFtPXgSdnp7YFUqbIzJjXzPLaRUTm5nGH12Y5PwK55U6tSpA&#10;sbH4wS4LxK5EmqVF06WrRJsdxNTtM8Z8wFZTsVpCdJSGkROYrtuUmMgPm7EpHqoRFKWYuVaTRdUM&#10;z9WDsclF0X5CSK/Fykbc8sDZYyi1OcvVAAyp8KL3sXW+it26vS6Y8fkzryW+5gayBAAAgB8U0qqU&#10;sdFo4sqkRtyoWCxFe5qNGLdZHp4GrDbEIO4LROwlSXt+beWw/wxpVmKnOELX+wfpKRSu1iDNhCVz&#10;xrDOpU9FdpjGGdPNy5RdvLE1sFa0zsmdGZsC8596pSyrYmWwx6q87khflVuV1S1CZdKI/iDK2I5p&#10;twFkFhtn226xYUpPfJtPz71KNTZBZ0hFiQFZAgAAwA8PQkjOyMnpmXUyZzadmVX5zDWlztZpS3Mb&#10;PGuMeh1mJxff123rd9tg3VyKTH4k0UVPs6CIseddq0hXrQNqNao/hbMYQtjxtufQozfuwrRsUbQk&#10;eVISuFvZtEMjM8Vr64GgozGp+8DYTcsgZ5VwVV3rjl9ObElYj7bo/SAB/cc/egRkCQAAADfFlzjL&#10;M+0VgMocRuLxluYJhr9t5vC1jT98hix9p/EZfvVbat38iSOmwrj2SCcg5Czfle+Qbiwl2HSl6s5R&#10;58aHZGQmqVKy7NAhiFV7bJSljmzq4VpWar40PURq4dbJWevkYASsnKMkgS4Lax8ivYVybAVV0k7K&#10;GveMWRLy7AOVqgyDcH1jHcgSAAAAbgTs6PD4/OLCuupUCEuf3LnzjbNV1euEIPdW5vB1S5PoDydn&#10;VBt/dJsp5qYJVi+AEmtOoBY45f7w0kZALjcygm2mMy5beLWLnrYE4pY+vWYjsW2KjSEtQaULkDFB&#10;sO2pxO5Z6ZzHbdqJczDS9nXaK5aYZigyI6BxaS00e4nhIr2kgwFyNWz5idutJiWwZgkAAAA3JCwn&#10;o3GWJlfO3ZpMWOkJoHy9MfI7Nl0UpTmJ22IpvlKwvaKermNKt6ConF2xGmrUAk7ncXBbIra7bhpz&#10;zM4aovLSP/SvuPZV7Qqk1w6ND4LRlGYURH9e0/1KtMGPm4+03TvlQ1aa4lmTAfUH09Z8xqgP43Jk&#10;xlxXsKtGetwb71TK1WaKYeUjj1Cn0/nWyh7IEgAAAD6srmRsa/sNqtILKp0D/CkQrE7yLt+4dLnx&#10;PMS1Hawpn3qRkFcfWNKZNazhyFAmsiVQ5AVKYtslazfN7VSH9QFyrTFq3sVvIOW2kmz4WDvpeJ8C&#10;I5fqRbA7EJ7TLPYyprkdR9E/WlVqHiumx5wwrMK5EPbF83uMeMqyMzdtwKo9yASPff7pp0EADT4A&#10;AABwI7qSkNOTEy/qufR14+VMoV2ScxZ0NoFkxvGnopbKYKv3vrvrtkUzYV5mrlOPfnh+67ZDR42O&#10;WBc6N+lvU02Q6+RxsyiGG0vGcq6zTA1+eNOTpPwMZiHSvqm3hmqVtDlupYetNC5AuptnRoIjr/Tq&#10;D9VcI8DLCZ7ymf5K/2585YAsAQDALVSWHP32t7+1sxMViVOajavOTr/cahj06rqbZ8qKK0Mjbuyy&#10;2j1qmYu71A07BGl7U5nlO+LoRve46gVCRnynIexLXLvWabNBzNohc+0zypq2sKHNpBR45ahp+Zl4&#10;Vf/ZGEvGTVuPm+SUPxrPWWPZoD+Sya/WH55VPBN0IIvJfPYuOOynVFL6L37xCyBLAAAAuCFliYvj&#10;k1MXhmxZxMjK60cdPc4QZ/9mrTz7zQUBvZIOfUVyXrd0aQkNoWoypB3x0MXWnPE4z2VKl5Kbgqkm&#10;qRsLMaublT10grO0hCXe1YC0qtNBYL6nnzFgNZbsBKPrzWzN4IoZobTtPYhy2yhrxlSrev3bwJeh&#10;clqGc4rJj7/8yd34ymHOOfyPBwAAfhjkw1NUZCyJi3iKWMEmQ/FkMbqUZb14wrOMZQlPYl4UbDqW&#10;fzUZS1UVx6jIWZrxNJW/NY3EX/2fr7eGk0Q8qDFes3JP0FGjKN+uWXBiqadW8AX2kbZlXgbcD6iO&#10;CE6J4040ksMgKCE4U4XXkeKwDKFYzYtOlJoVPybqZB6pmVNxDGJlOpCocBFBonHBUs4zxqM8LyRb&#10;i2PN4iw3YlqJUqIToK1kZJzxsjPIRWaadUx8NcTSkqU2t2OMt9qtF8+ettttUJYAAODug43P82hS&#10;TIaC21g8lbfRpXoQMfn8hOcZF4+TVLKd+DHLBb3xKBEPimGEsoKNMz7MefYhL82//HZ64A/IxY8H&#10;nbyyb4voPaq4vP9TP6BgMXVlgermiRHlOcHDAGUExRhNCcrFk4iL+0jysfxHG3Mm2bfgEeeCfWPB&#10;sgWf5kVSFHFeRFk+TjNNlzJBmhDX/fTTn/y00WiAsgQAALeH8JJpPjwrxhdsfFmMh2w6KiYjNp2I&#10;m3owZVEkb/JBzIYTNhZsl7Fpzk4zOHqAPy6OQz6leELk/RijCeJTQZZffPbLP/+CNhpkoUHn5vFC&#10;M2gvkmaHthaDdpe2loJOD8gSAAB8j8jPj7KLARue5aOLYnzJxsNidFlMxkLYiVuh7tloWowiNozZ&#10;RcrHBRw0wEcHimivRtpzpLNAWgu01SSNBdpokmZT3NNWhzY7RDKroNhF2l6qLd+YGRCQJQDw0fDf&#10;8DQ7OyouBsXlmVCBbHiRj0eKBcdsPBb3xWjCLibsPC5OUjhcgPsIjOhanXQX6GKDdlq03aIdoVPb&#10;QqrSTjfoLAWLy0G3Txf7QWsJyBIAuE1gaZydHhQXJ9nZcX5xyobn+fCyGA3ZcFiI2+WouBgX51N2&#10;EvME/mcEAD4Qt80T2p+TtNpVnNpuC1oNFrtBtyfYNFheDZZWw+U1Ul8AsgQAvn8teDnIBnuCAoUc&#10;zM/F7bQYXggKzM8viothcT5mgymoQADgo4XQqXR5gXRbYW+JtNvB4mLQXaZCni6thMsrQXel1n+o&#10;XAuBLAGA9ynCZJqdHuanB9npkSTC0+Pi8jy/uCgEEZ4P8+PL4jDiEYMDBQDcaTpFdH0+WG0DWQLu&#10;rSpMkpP9fLCfDQ7zwWF2NsjPBsXZeX52XpwOi8GkOEzgIAEAAA2YswTcXWk4Po8PdiQRClI8O8lP&#10;B/mFIMLzfHCeH4+KgwhBfygAAACyBNx9OoxGyeGu4MLs6F1xdpwNTvKBEIjn+dFZfjCCAUEAAABk&#10;CbgvSAd72dFbQYfZ4VtFhyfZySA/PiuORlApBQAAQJaA+6MQWXL0xjDiyUF2fKgY8TQ/Os/fXPIJ&#10;NNEAAAAgS8C9QX45SPdfp0IgHuymRweSEY9O8v3T/M0IRgwBAACQJeA+qcQ0Tg62s4M36cFudnyQ&#10;HR3mxyf50SDbvYBFRAAAAGQJuGekmEwTIRP3ttP9N9nRfnZ0lB0eZe8G+c4Y5SATAQAAkCXgXpFi&#10;PEn2XqV7O4IU08O9/OgoPTjK98/yN2MYvQAAAECWgHuH5GA7eSt48XW6/y47PMgODrPdEyBFwPcF&#10;jMhSKP+sEdyQKYtkLsQ1eVLCC3M4oOIBbao0RELIgvTwxGFI6vKVuC5eIF9JG02EsbjRppcwTCmd&#10;b5Y/il9vVPKHg3YlMpI0OwiT8rcbbRJ8h3Mjqc2TRuc7f/wik1HY/oVplhYq8tqBJ1OeVlq+xQt4&#10;nld+a3RRecH40j4YqjxsVEwmiMsuORZNEdMPIl4w8SSbTNU2I5nUHKc8zcTzTEVqs4tE5jh/6BTS&#10;W/xtBQefewjxv2iyu6krqOnBfnZwkO0dZ68vIMUJUDk7hBi3AzxH8bygqADXQzxXwzVJV4K08Fwd&#10;ByGR9+I185hSMr8g7xea8r7RwpiQlqAQHIh78UOrK+7Ddldx1TKiIRzh2wI2HbJkWkxHLMuYIGNW&#10;5CN5zybimZQnkcz6zhJBxjwv2HQsY8DTVIbE6QejKYsznmSCgPkk5/GtJB0gyzuOdLCXvHmR7Aq9&#10;+EaQYrq3n+0MincRHJk7DLIY4HkqtBpp1AXDkYU5MjcnSW5hgdTruFYTD4QyI7WaUGO4Vie1OdJa&#10;JOLB3DxpygdUhvQCnwG+J+5l+eVxEU1ZNBLMmg8veDQWillwrfhRZrKqHHIeR2waFZMpn8ZsErNh&#10;XJwnfHRjF/RAlnfn+5fsvxKkmLx7ne7tZvt76bvDbOuUnUED6i1kuzbFrZAItmsKGlsg83PiJtQb&#10;bSzgefHjAtX3zY6QcWS+Ie8bbSp4rj73wWP8AICPCHmSXpwWo3M2vpBp52N5YxNBsSN1P1WZ5+Ni&#10;OC4uJ+wiYoP0Q5WRgSxvJZK9l/HOZvr2VfL2Tba3l749zF6dwfD+xwbcorRbJ606ac5LzhPCrtEQ&#10;hEcaMgWeSMKzPNdoiQfini60gu4aHDoA4IPR6/C0uBzkl2eFjJI9kyF6IxUoOx4Vw5HKlB0Xg1Fx&#10;Ev/hdSggy48d6cm7ePtpuruVvNvJ3r1L3x6km4MbrEXcU9oLMVkKSVvovDnSbpDGguQ8SX5NstCQ&#10;zNdoBc02aXaouG91hcirLS6joA6HDgC4LWDTYXau8vjOT2RI7eV5MbooLi/VbQhk+XFdASXbT+Pt&#10;55IX9/fSN3vp1oANIDr4ewFZDkl3jnYWBPnRVlNqvmaTNAXntUirHbS7pLUo7qm8LUNtEwC454DR&#10;kZu6hmHR2xfpzvNkZzN5t5u8eZttH+bbEzgwfzoooit10l2gnQbtCNprKgps0maLtjry1u4GrUWi&#10;yK/WXdXp5wAAAABk+fFJxt3t9O2ulIybpzCn8W0g65/9Ou3Ok8UmbYtbi7YF84n7Rcl/nSVxCzrL&#10;YbcPS30AAADI8jYhPdyJtp4kr58lb98kO29AMl4LshTS/gLtNuliS1LgoiC/Nm0t0s5i0JYUSBd7&#10;YXcl6PTgWAEAACDLWw7Got3nyfazZPtFsruT7LzNXhwWJ/d6lZEsBnTFsWCbdoT+6wTtRbKo9V+P&#10;LvbDpVVSX4CvDwAAALK8i8yYxvHOUyEZ1djGbrK1m22esOG9qaYGmK7N0eVG0BP6T7BgO+guBZ0u&#10;6SwJCgwEEWoWnGvAVwUAAABZ3hvkyXTnWfLqSSxU4/Z2uv02fTq4s7GL7yNCIQd7a8FiL1harfU/&#10;gS8FAAAAsrznslEWVOPN38Xbm+nujlCN6ZNjHt2RMX+yHNLVZrDcDpa7si66tBwuAhECAAAAkOUf&#10;QyyocetJ/Pp5sv063d5Nnx3d1oIqRnR9jvYawYokwqDbpUIULi4JIqRL/VpvPextkPkWfNcBAAAA&#10;yPKPIL84nm7+ffLycbz9KtnaSZ7us9NbY5pKNzQXLgXdRbq8HHQWg95quNQPltfErd7fAKcYAAAA&#10;ALL8zpCdOFvfRC9/H2/J5cZk823+avTxKsMmDR40aa8d9pelNOz1gu5y2F+nSyu1lU+kLoTGUQAA&#10;AACy/Icj2XsZbX4Tv3yS7LxOXr1Jn5x8VJ04UhquNIP+UrC8FCwthct9utQXdBgsr9ZWP5VZSAAA&#10;AAAAsvzAwjGZRi//Pnr+OyEc463X6ZO3xdENjzbSB3PBajvod+mSosP+arC8EvY3wpUHtZWHME0B&#10;AAAAQJbfO9LBXvTs6/jl43jrVbK5nT4++VARZd8epFcLHrTD1eWgtywYMeytilvQX6+tfhL2P4FK&#10;KQAAAABZ/rAosunW76MXv4tfPUtev06e7eY7P4hdXICDTxaC9a6qly4HfSEN18IVqQ7nNv4RaXTg&#10;6wIAAABAljcGFo0mz7+OX/wu2nyevHydPD74/vIaSZsGD9t0dSnsLwfLPVkvlYz4oLb2WX3lAbSV&#10;AgAAAOBjIcv8cjB9+pt485vo5WbyYit9PPiwZVX6yXyw3glWBB0uh/2+LJkKgbj2sLbyMOiuwr86&#10;AAAAAD5GskyPd6NnX0+ff5O8ehk/285eXKB/IDliFDxcCB4shau9YKWvlg/XamsPg5UH9bXPYAUR&#10;AAAAALeALJO9l9Mn/zd6/k28tZU82fmTFx3pai3YWAzWe0IgBitCIK7X1j8NVx/WNx4BIwIAAADg&#10;lpFlyY6bL+PHO8W76DuoxAYJP+8E68tBvx/2V8LV9XD1QW39s9rGo6C1BP9IAAAAALitZPld2RGH&#10;mH7aCNaXwtV+uLISrqxJRlx7GG48qvUewL8EAAAAAO4CWSYH29HT30yffRO/3Eweb+dvpteT4jwJ&#10;HnXCjV64thquroZrD2obnwuZOLfxCHpNAQAAAHDXyDId7EdP/m769P/FL17Ev389w46kGwSfLYbr&#10;fUmK/dVw/WFtQxZO6+uP4LACAAAA4C4Bc162pbLJ5fjJ30VPvo5ePIsfb2XPL8STdK0ePOyG6ytS&#10;Jq7KjtPag8/D9Ue13gYcPgAAAADcC7Ic//5/Tx//Jnr+JN3dY9M4XNPl03XBiLWNz+sP/0nQ6cFh&#10;AgAAAMC9JsvB//qfihR/BF02AAAAAABci/8vwACXwKftJVeIJwAAAABJRU5ErkJgglBLAwQUAAYA&#10;CAAAACEAEE73sOAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT2vCQBDF74LfYZlCb7pJSkTS&#10;bKQIpVIoqBXB25qd/KHZ2TS7avrtO57a0zDzHm9+L1+NthNXHHzrSEE8j0Aglc60VCs4fL7OliB8&#10;0GR05wgV/KCHVTGd5Doz7kY7vO5DLTiEfKYVNCH0mZS+bNBqP3c9EmuVG6wOvA61NIO+cbjtZBJF&#10;C2l1S/yh0T2uGyy/9her4MPLdzLV92ljDi7e+er4ttlapR4fxpdnEAHH8GeGOz6jQ8FMZ3ch40Wn&#10;YBan7OT5xJXuepIkfDkrSNPlAmSRy/8Vil8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEB&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgO&#10;MEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx&#10;2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lA&#10;XLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA3lpSZMACAAD0BQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAKAAAAAAAAACEAoH+pNoflAACH5QAAFAAAAAAAAAAAAAAAAAAmBQAAZHJzL21lZGlh&#10;L2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAEE73sOAAAAAKAQAADwAAAAAAAAAAAAAAAADf6gAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;7OsAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA3+wAAAAA&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId10" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B61D10" w:rsidSect="00354784">
+    <w:sectPr w:rsidR="00516D99" w:rsidSect="00354784">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69FB0348"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF423142"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2254,528 +2135,504 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1218399416">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00354784"/>
+    <w:rsid w:val="00094806"/>
+    <w:rsid w:val="001B179C"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
     <w:rsid w:val="00354784"/>
+    <w:rsid w:val="006550E4"/>
     <w:rsid w:val="009771FF"/>
+    <w:rsid w:val="00990F22"/>
     <w:rsid w:val="00A34315"/>
+    <w:rsid w:val="00E7184E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6F622338"/>
+  <w15:docId w15:val="{BCACC239-B965-4504-81CC-15E3F345C59E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...407 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2849,58 +2706,58 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A34315"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A34315"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3146,55 +3003,55 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1</Words>
-  <Characters>11</Characters>
+  <Words>2</Words>
+  <Characters>10</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>