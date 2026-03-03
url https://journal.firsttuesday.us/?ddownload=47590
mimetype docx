--- v0 (2025-11-19)
+++ v1 (2026-03-03)
@@ -1,1912 +1,1768 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="0094643E">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4A7DC00D" w14:textId="334868B1" w:rsidR="00105D66" w:rsidRDefault="005D249F">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A022411" wp14:editId="4D89BF96">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5457190</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8806180</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1804035" cy="661670"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="5080"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="9" name="Picture 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1804035" cy="661670"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56A0F39E" wp14:editId="77AEE2C4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="553D909B" wp14:editId="480B99C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1409700</wp:posOffset>
+                  <wp:posOffset>1752600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8639175</wp:posOffset>
+                  <wp:posOffset>8010525</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3305175" cy="1247775"/>
+                <wp:extent cx="3305175" cy="1657350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Text Box 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3305175" cy="1247775"/>
+                          <a:ext cx="3305175" cy="1657350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0094643E" w:rsidRDefault="0094643E">
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                          <w:p w14:paraId="528A115A" w14:textId="77777777" w:rsidR="0094643E" w:rsidRPr="005D249F" w:rsidRDefault="0094643E">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="0094643E" w:rsidRDefault="0094643E">
-[...16 lines deleted...]
-                            <w:r>
+                          <w:p w14:paraId="15C881BD" w14:textId="74139038" w:rsidR="0094643E" w:rsidRPr="005D249F" w:rsidRDefault="005D249F">
+                            <w:r w:rsidRPr="005D249F">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
+                              <w:t>RE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                               <w:br/>
                             </w:r>
                             <w:hyperlink r:id="rId6" w:history="1">
-                              <w:r w:rsidRPr="00EE00EE">
+                              <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                 </w:rPr>
                                 <w:t>youremail@mail.com</w:t>
                               </w:r>
                             </w:hyperlink>
+                            <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t>yourwebsite.com</w:t>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="553D909B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:111pt;margin-top:680.25pt;width:260.25pt;height:98.25pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsL+jFgAIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5uEhLQRG5SCqCoh&#10;QIWKs+O1yapej2s7yaa/vs/ebIhoL1S97I5nnp/n+/yibQzbKB9qsiUfngw4U1ZSVdvnkn9/vP7w&#10;kbMQha2EIatKvlOBX8zfvzvfupka0YpMpTwDiQ2zrSv5KkY3K4ogV6oR4YScsjBq8o2IOPrnovJi&#10;C/bGFKPB4KzYkq+cJ6lCgPaqM/J55tdayXindVCRmZLDt5i/Pn+X6VvMz8Xs2Qu3quXeDfEPXjSi&#10;tnj0QHUlomBrX/9B1dTSUyAdTyQ1BWldS5VjQDTDwatoHlbCqRwLkhPcIU3h/9HK2829Z3WF2iE9&#10;VjSo0aNqI/tMLYMK+dm6MAPswQEYW+iB7fUByhR2q32T/giIwQ6q3SG7iU1CeXo6mAynE84kbMPR&#10;eDrFAfzFy3XnQ/yiqGFJKLlH+XJWxeYmxA7aQ9Jrlq5rY3IJjWXbkp+dTgb5wsECcmMTVuVm2NOk&#10;kDrXsxR3RiWMsd+URjJyBEmR21BdGs82Ag0kpFQ25uAzL9AJpeHEWy7u8S9eveVyF0f/Mtl4uNzU&#10;lnyO/pXb1Y/eZd3hkfOjuJMY22Wbu2DcV3ZJ1Q4F99SNTHDyukZRbkSI98JjRlBjzH28w0cbQvJp&#10;L3G2Iv/rb/qER+vCytkWM1fy8HMtvOLMfLVo6k/D8TgNaT6MJ9MRDv7Ysjy22HVzSajKEBvGySwm&#10;fDS9qD01T1gPi/QqTMJKvF3y2IuXsdsEWC9SLRYZhLF0It7YBycTdSpSarnH9kl4t+/LiJa+pX46&#10;xexVe3bYdNPSYh1J17l3U567rO7zj5HO3b9fP2lnHJ8z6mVJzn8DAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt59/44wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqI0hbRXiVFWk&#10;CgnBoaUXbpvYTSL8E2K3DTw9y6ncdndGs98Uq8lZdjJj7INXcD8TwIxvgu59q2D/vrlbAosJvUYb&#10;vFHwbSKsyuurAnMdzn5rTrvUMgrxMUcFXUpDznlsOuMwzsJgPGmHMDpMtI4t1yOeKdxZLoWYc4e9&#10;pw8dDqbqTPO5OzoFL9XmDbe1dMsfWz2/HtbD1/4jU+r2Zlo/AUtmShcz/OETOpTEVIej15FZBVJK&#10;6pJIeJiLDBhZFo+ShppOWbYQwMuC/29R/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAs&#10;L+jFgAIAAGwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCt59/44wAAAA0BAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:138pt;margin-top:630.75pt;width:260.25pt;height:130.5pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAU7DdmaAIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51nuwV1iixFhwFF&#10;WywdelZkKTEmi5rExM5+fSnZeSzbpcMuNiV+fH0kdX3TVIZtlQ8l2Jz3L3qcKSuhKO0q59+f7z58&#10;5CygsIUwYFXOdyrwm+n7d9e1m6gBrMEUyjNyYsOkdjlfI7pJlgW5VpUIF+CUJaUGXwmko19lhRc1&#10;ea9MNuj1LrMafOE8SBUC3d62Sj5N/rVWEh+1DgqZyTnlhunr03cZv9n0WkxWXrh1Kbs0xD9kUYnS&#10;UtCDq1uBgm18+YerqpQeAmi8kFBloHUpVaqBqun3zqpZrIVTqRYiJ7gDTeH/uZUP24V78gybz9BQ&#10;AyMhtQuTQJexnkb7Kv4pU0Z6onB3oE01yCRdDoe9cf9qzJkkXf9yfDUcJ2Kzo7nzAb8oqFgUcu6p&#10;L4kusb0PSCEJuofEaBbuSmNSb4xldc4vo8vfNGRhbLxRqcudm2PqScKdURFj7DelWVmkCuJFmi81&#10;N55tBU2GkFJZTMUnv4SOKE1JvMWwwx+zeotxW8c+Mlg8GFelBZ+qP0u7+LFPWbd4IvKk7ihis2y6&#10;li6h2FGnPbRLEJy8K6kb9yLgk/A09dRc2mR8pI82QKxDJ3G2Bv/rb/cRT8NIWs5q2qKch58b4RVn&#10;5qulMf3UH43i2qXDaHw1oIM/1SxPNXZTzYHa0ac3w8kkRjyavag9VC+08LMYlVTCSoqdc9yLc2x3&#10;mx4MqWazBKJFcwLv7cLJ6Dp2J87ac/MivOsGEmmWH2C/b2JyNpctNlpamG0QdJmGNhLcstoRT0ua&#10;Zrl7UOIrcHpOqOOzN30FAAD//wMAUEsDBBQABgAIAAAAIQAc5Pc44wAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtZW4UaeWkpYQp6oiVUgIDi29cHPibRLVPyF228DTs5zobXdn&#10;NPtNsZ6sYRccQ++dhMU8AYau8bp3rYTDx/ZxBSxE5bQy3qGEbwywLu/vCpVrf3U7vOxjyyjEhVxJ&#10;6GIccs5D06FVYe4HdKQd/WhVpHVsuR7VlcKt4SJJMm5V7+hDpwasOmxO+7OV8Fpt39WuFnb1Y6qX&#10;t+Nm+Dp8plI+zKbNM7CIU/w3wx8+oUNJTLU/Ox2YkSCWGXWJJIhskQIjy/Ipo6GmUypECrws+G2L&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAU7DdmaAIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAc5Pc44wAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0094643E" w:rsidRDefault="0094643E">
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                    <w:p w14:paraId="528A115A" w14:textId="77777777" w:rsidR="0094643E" w:rsidRPr="005D249F" w:rsidRDefault="0094643E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="0094643E" w:rsidRDefault="0094643E">
-[...16 lines deleted...]
-                      <w:r>
+                    <w:p w14:paraId="15C881BD" w14:textId="74139038" w:rsidR="0094643E" w:rsidRPr="005D249F" w:rsidRDefault="005D249F">
+                      <w:r w:rsidRPr="005D249F">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
+                        <w:t>RE Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                         <w:br/>
                       </w:r>
                       <w:hyperlink r:id="rId7" w:history="1">
-                        <w:r w:rsidRPr="00EE00EE">
+                        <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                           </w:rPr>
                           <w:t>youremail@mail.com</w:t>
                         </w:r>
                       </w:hyperlink>
+                      <w:r w:rsidR="0094643E" w:rsidRPr="005D249F">
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t>yourwebsite.com</w:t>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55D5E6A8" wp14:editId="09FEA4C2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26389009" wp14:editId="0C32CA7A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>418465</wp:posOffset>
+              <wp:posOffset>590550</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>8568055</wp:posOffset>
+              <wp:posOffset>8073390</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="904875" cy="1314450"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:extent cx="1038225" cy="1508158"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="904875" cy="1314450"/>
+                      <a:ext cx="1038225" cy="1508158"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09036545" wp14:editId="6250C3C8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251639808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B0F6E30" wp14:editId="5040A082">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>409575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>7648575</wp:posOffset>
+                  <wp:posOffset>7219950</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6934200" cy="904875"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6934200" cy="904875"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                          <w:p w14:paraId="1832E3C3" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:i/>
-[...2 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...15 lines deleted...]
-                              <w:t>http://www.asecurelife.com/baby-proofing-house/#checklist</w:t>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>There are many tips and products to keep your kids safe. When you’re looking for the right home to accommodate a growing family, give me a call!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
-[...10 lines deleted...]
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                          <w:p w14:paraId="047F9FB2" w14:textId="793598C6" w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:32.25pt;margin-top:602.25pt;width:546pt;height:71.25pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8TRzWfwIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1P2zAQf5+0/8Hy+0gLhdKKFHUgpkkI&#10;0GDi2XVsGs32efa1SffX7+wkpWJ7YdpLcr773ffHxWVrDduqEGtwJR8fjThTTkJVu5eSf3+6+XTO&#10;WUThKmHAqZLvVOSXi48fLho/V8ewBlOpwMiIi/PGl3yN6OdFEeVaWRGPwCtHQg3BCqRneCmqIBqy&#10;bk1xPBqdFQ2EygeQKkbiXndCvsj2tVYS77WOCpkpOcWG+Rvyd5W+xeJCzF+C8Ota9mGIf4jCitqR&#10;072pa4GCbUL9hylbywARNB5JsAVoXUuVc6BsxqM32TyuhVc5FypO9Psyxf9nVt5tHwKrq5JPOXPC&#10;UoueVIvsM7RsmqrT+Dgn0KMnGLbEpi4P/EjMlHSrg01/SoeRnOq829c2GZPEPJudTKhhnEmSzUaT&#10;8+lpMlO8avsQ8YsCyxJR8kC9yyUV29uIHXSAJGcObmpjcv+MYw15ODkdZYW9hIwbl7AqT0JvJmXU&#10;RZ4p3BmVMMZ9U5oqkRNIjDyD6soEthU0PUJK5TDnnu0SOqE0BfEexR7/GtV7lLs8Bs/gcK9sawch&#10;Z/8m7OrHELLu8FTzg7wTie2qzSNwMjR2BdWO+h2g25fo5U1NTbkVER9EoAWhPtLS4z19tAEqPvQU&#10;Z2sIv/7GT3iaW5Jy1tDClTz+3IigODNfHU30bDyZpA3Nj8np9Jge4VCyOpS4jb0C6sqYzouXmUx4&#10;NAOpA9hnug3L5JVEwknyXXIcyCvszgDdFqmWywyinfQCb92jl8l0alIauaf2WQTfzyXSRN/BsJpi&#10;/mY8O2zSdLDcIOg6z26qc1fVvv60z3n6+9uTDsbhO6NeL+TiNwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AI809FniAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3dCEKo1TVZEq&#10;JASHll64bWI3iRrbIXbbwNezOZXb7M5o9m22Hk3HLnrwrbMS5jMBTNvKqdbWEg6f26clMB/QKuyc&#10;1RJ+tId1fn+XYarc1e70ZR9qRiXWpyihCaFPOfdVow36meu1Je/oBoOBxqHmasArlZuOR0Ik3GBr&#10;6UKDvS4aXZ32ZyPhrdh+4K6MzPK3K17fj5v++/AVS/n4MG5WwIIewy0MEz6hQ05MpTtb5VknIVnE&#10;lKR9JCY1JeZxQqok9bx4EcDzjP//Iv8DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/E0c&#10;1n8CAABpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;jzT0WeIAAAANAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3B0F6E30" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:32.25pt;margin-top:568.5pt;width:546pt;height:71.25pt;z-index:251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/mLSHaQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8bxYIJAGxRDRRqkoo&#10;iUqqnI3XDqt6Pa49sEt/fcfe5SHaS6pedseeb755e3rbVIZtlQ8l2Jz3L3qcKSuhKO1bzr+/PHy6&#10;4SygsIUwYFXOdyrw29nHD9PaTdQA1mAK5RmR2DCpXc7XiG6SZUGuVSXCBThlSanBVwLp6N+ywoua&#10;2CuTDXq9q6wGXzgPUoVAt/etks8Sv9ZK4pPWQSEzOafYMH19+q7iN5tNxeTNC7cuZReG+IcoKlFa&#10;cnqguhco2MaXf1BVpfQQQOOFhCoDrUupUg6UTb93ls1yLZxKuVBxgjuUKfw/Wvm4Xbpnz7D5DA01&#10;MBakdmES6DLm02hfxT9FykhPJdwdyqYaZJIur8aXQ+oFZ5J0497w5noUabKjtfMBvyioWBRy7qkt&#10;qVpiuwjYQveQ6MzCQ2lMao2xrCYPl6NeMjhoiNzYiFWpyR3NMfIk4c6oiDH2m9KsLFIC8SKNl7oz&#10;nm0FDYaQUllMuSdeQkeUpiDeY9jhj1G9x7jNY+8ZLB6Mq9KCT9mfhV382IesWzzV/CTvKGKzaijx&#10;k8auoNhRvz20qxCcfCipKQsR8Fl4mn3qI+0zPtFHG6DiQydxtgb/62/3EU8jSVrOatqlnIefG+EV&#10;Z+arpWEd94fDuHzpMBxdD+jgTzWrU43dVHdAXenTy+FkEiMezV7UHqpXWvt59EoqYSX5zjnuxTts&#10;N5yeDanm8wSidXMCF3bpZKSOTYoj99K8Cu+6uUSa6EfYb52YnI1ni42WFuYbBF2m2Y11bqva1Z9W&#10;NU1/96zEt+D0nFDHx2/2GwAA//8DAFBLAwQUAAYACAAAACEAZLuiTOMAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0+DQBDF7yZ+h82YeLMLKLQiS9OQNCaNHlp78bawUyDuH2S3LfbTOz3pbebN&#10;y5vfK5aT0eyEo++dFRDPImBoG6d62wrYf6wfFsB8kFZJ7SwK+EEPy/L2ppC5cme7xdMutIxCrM+l&#10;gC6EIefcNx0a6WduQEu3gxuNDLSOLVejPFO40TyJoowb2Vv60MkBqw6br93RCNhU63e5rROzuOjq&#10;9e2wGr73n6kQ93fT6gVYwCn8meGKT+hQElPtjlZ5pgVkTyk5SY8f51Tq6ojTjLSapmT+nAIvC/6/&#10;RfkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv5i0h2kCAABEBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZLuiTOMAAAANAQAADwAAAAAAAAAA&#10;AAAAAADDBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                    <w:p w14:paraId="1832E3C3" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:i/>
-[...2 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...15 lines deleted...]
-                        <w:t>http://www.asecurelife.com/baby-proofing-house/#checklist</w:t>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>There are many tips and products to keep your kids safe. When you’re looking for the right home to accommodate a growing family, give me a call!</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
-[...10 lines deleted...]
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                    <w:p w14:paraId="047F9FB2" w14:textId="793598C6" w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F73C6F1" wp14:editId="27A3EBFC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251617280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E3B4AA6" wp14:editId="5A5A743D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>304800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3695700</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3467100" cy="3981450"/>
+                <wp:extent cx="3467100" cy="3562350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3467100" cy="3981450"/>
+                          <a:ext cx="3467100" cy="3562350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx id="3">
                         <w:txbxContent>
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                          <w:p w14:paraId="193EE7E8" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-                              <w:spacing w:after="90" w:line="240" w:lineRule="auto"/>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="005D249F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="D12229"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Secure the accessible</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> — Install latches to prevent children from getting into ovens, washing machines, dryers, cabinets or drawers with hazardous objects.  </w:t>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>— Install latches to prevent children from getting into ovens, washing machines, or drawers with hazardous objects. Anchor heavy furniture to walls with brackets and anchors.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
-[...341 lines deleted...]
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                          <w:p w14:paraId="1D5366F5" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="1"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="009512C6">
+                            <w:r w:rsidRPr="005D249F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="D12229"/>
-[...21 lines deleted...]
-                              <w:t xml:space="preserve"> bookshelves, televisions and heavy furniture to walls with brackets and anchors.</w:t>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Lock up harmful products</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">— Keep cleaning products, household tools and medicines out of reach. Install doorknob covers and locks to secure larger areas with hazards. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="23A176E9" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Avoid shock risk</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>— Cover all power outlets within reach of your child with covers or plugs they cannot remove.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="045B7B13" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Prevent choking hazards</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>— Put anything small enough to fit through a toilet paper roll away and out of reach.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="448D44BF" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Use safety gates</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">— Strategically place gates to keep children away from stairs, the kitchen and other areas. Avoid </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>v-shaped</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> gates that can entrap a child’s head.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7A9319BE" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Install screens</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>— Cover your fireplace with locking screens and install window guards and safety netting for balconies, decks and landings.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="784F7D5D" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Barricade access to pools</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">— Install a pool gate and use protective barriers and covers for pools, spas, fountains and ponds. Don’t leave standing water in bathtubs or buckets. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4ED5814D" w14:textId="1C8955FE" w:rsidR="009512C6" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="1"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Cap corners</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>— Cover edges and corners of counters, furniture and hearths with foam or thick fabric.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:24pt;margin-top:291pt;width:273pt;height:313.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrRe7/gQIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbWgYVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v39lJSsf2wrSX5Hz3+Xz33Y/zi9YatlUh1uBKPj4acaachKp2zyX/9nj9&#10;4ZSziMJVwoBTJd+pyC8W79+dN36uJrAGU6nAyImL88aXfI3o50UR5VpZEY/AK0dGDcEKpGN4Lqog&#10;GvJuTTEZjU6KBkLlA0gVI2mvOiNfZP9aK4l3WkeFzJScYsP8Dfm7St9icS7mz0H4dS37MMQ/RGFF&#10;7ejRvasrgYJtQv2HK1vLABE0HkmwBWhdS5VzoGzGo1fZPKyFVzkXIif6PU3x/7mVt9v7wOqq5DPO&#10;nLBUokfVIvsELZsldhof5wR68ATDltRU5UEfSZmSbnWw6U/pMLITz7s9t8mZJOXx9OTjeEQmSbbj&#10;s9PxdJbZL16u+xDxswLLklDyQMXLnIrtTUQKhaADJL3m4Lo2JhfQONaU/OSYXP5moRvGJY3KrdC7&#10;SSl1oWcJd0YljHFflSYqcgZJkZtQXZrAtoLaR0ipHObks19CJ5SmIN5ysce/RPWWy10ew8vgcH/Z&#10;1g5Czv5V2NX3IWTd4YnIg7yTiO2qzT0wGSq7gmpHBQ/QDUz08rqmotyIiPci0IRQIWnq8Y4+2gCR&#10;D73E2RrCz7/pE54al6ycNTRxJY8/NiIozswXRy19Np5O04jmw3T2cUKHcGhZHVrcxl4CVWVM+8XL&#10;LCY8mkHUAewTLYdlepVMwkl6u+Q4iJfY7QFaLlItlxlEQ+kF3rgHL5PrVKTUco/tkwi+70uklr6F&#10;YTbF/FV7dth008Fyg6Dr3LuJ547Vnn8a6NzS/fJJG+PwnFEvK3LxCwAA//8DAFBLAwQUAAYACAAA&#10;ACEAUB/LTuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhN1KA0xKmq&#10;SBUSgkNLL9w2sZtExOsQu23g61lOcJvRPs3OFOvZDeJsp9B70nC/UCAsNd701Go4vG3vMhAhIhkc&#10;PFkNXzbAury+KjA3/kI7e97HVnAIhRw1dDGOuZSh6azDsPCjJb4d/eQwsp1aaSa8cLgbZKLUg3TY&#10;E3/ocLRVZ5uP/clpeK62r7irE5d9D9XTy3Ezfh7eU61vb+bNI4ho5/gHw299rg4ld6r9iUwQg4Zl&#10;xlOihjRLWDCQrpYsaiYTtVIgy0L+31D+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGtF&#10;7v+BAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AFAfy07hAAAACwEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3E3B4AA6" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:24pt;margin-top:291pt;width:273pt;height:280.5pt;z-index:251617280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbNdjLbAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51X0y2oU2QpOgwo&#10;2mLp0LMiS40xWdQkJnb260vJdpJ1u3TYxabEj6+PpC6vmsqwnfKhBJvz4dmAM2UlFKV9zvn3x5sP&#10;HzkLKGwhDFiV870K/Gr+/t1l7WZqBBswhfKMnNgwq13ON4hulmVBblQlwhk4ZUmpwVcC6eifs8KL&#10;mrxXJhsNBtOsBl84D1KFQLfXrZLPk3+tlcR7rYNCZnJOuWH6+vRdx282vxSzZy/cppRdGuIfsqhE&#10;aSnowdW1QMG2vvzDVVVKDwE0nkmoMtC6lCrVQNUMB6+qWW2EU6kWIie4A03h/7mVd7uVe/AMm8/Q&#10;UAMjIbULs0CXsZ5G+yr+KVNGeqJwf6BNNcgkXY4n04vhgFSSdOPz6Wh8nojNjubOB/yioGJRyLmn&#10;viS6xO42IIUkaA+J0SzclMak3hjL6pxPo8vfNGRhbLxRqcudm2PqScK9URFj7DelWVmkCuJFmi+1&#10;NJ7tBE2GkFJZTMUnv4SOKE1JvMWwwx+zeotxW0cfGSwejKvSgk/Vv0q7+NGnrFs8EXlSdxSxWTdU&#10;eM5HfWfXUOyp4R7aXQhO3pTUlFsR8EF4Gn5qJC003tNHGyDyoZM424D/9bf7iKeZJC1nNS1TzsPP&#10;rfCKM/PV0rR+Gk4mcfvSYXJ+MaKDP9WsTzV2Wy2BujKkp8PJJEY8ml7UHqon2vtFjEoqYSXFzjn2&#10;4hLbFad3Q6rFIoFo35zAW7tyMrqOTYoj99g8Ce+6uUQa6Tvo107MXo1ni42WFhZbBF2m2Y08t6x2&#10;/NOuppHu3pX4GJyeE+r4+s1fAAAA//8DAFBLAwQUAAYACAAAACEAlRZfMuEAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLNLEQwiS9OQNCZGD629eBvYLRDZWWS3LfrrHU/1&#10;9l7my5v3itVsB3Eyk+8dKVguIhCGGqd7ahXs3zd3GQgfkDQOjoyCb+NhVV5fFZhrd6atOe1CKziE&#10;fI4KuhDGXErfdMaiX7jREN8ObrIY2E6t1BOeOdwOMo6iB2mxJ/7Q4WiqzjSfu6NV8FJt3nBbxzb7&#10;Garn18N6/Np/pErd3szrJxDBzOECw199rg4ld6rdkbQXg4Ik4ylBQZrFLBhIHxMWNZPL5D4CWRby&#10;/4byFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFs12MtsAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJUWXzLhAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAxgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox style="mso-next-textbox:#Text Box 6">
                   <w:txbxContent>
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                    <w:p w14:paraId="193EE7E8" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-                        <w:spacing w:after="90" w:line="240" w:lineRule="auto"/>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="005D249F">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="D12229"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Secure the accessible</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> — Install latches to prevent children from getting into ovens, washing machines, dryers, cabinets or drawers with hazardous objects.  </w:t>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>— Install latches to prevent children from getting into ovens, washing machines, or drawers with hazardous objects. Anchor heavy furniture to walls with brackets and anchors.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
-[...341 lines deleted...]
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                    <w:p w14:paraId="1D5366F5" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="1"/>
                         </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="009512C6">
+                      <w:r w:rsidRPr="005D249F">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="D12229"/>
-[...21 lines deleted...]
-                        <w:t xml:space="preserve"> bookshelves, televisions and heavy furniture to walls with brackets and anchors.</w:t>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Lock up harmful products</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">— Keep cleaning products, household tools and medicines out of reach. Install doorknob covers and locks to secure larger areas with hazards. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="23A176E9" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Avoid shock risk</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>— Cover all power outlets within reach of your child with covers or plugs they cannot remove.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="045B7B13" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Prevent choking hazards</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>— Put anything small enough to fit through a toilet paper roll away and out of reach.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="448D44BF" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Use safety gates</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">— Strategically place gates to keep children away from stairs, the kitchen and other areas. Avoid </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>v-shaped</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> gates that can entrap a child’s head.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7A9319BE" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Install screens</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>— Cover your fireplace with locking screens and install window guards and safety netting for balconies, decks and landings.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="784F7D5D" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Barricade access to pools</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">— Install a pool gate and use protective barriers and covers for pools, spas, fountains and ponds. Don’t leave standing water in bathtubs or buckets. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4ED5814D" w14:textId="1C8955FE" w:rsidR="009512C6" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="1"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Cap corners</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>— Cover edges and corners of counters, furniture and hearths with foam or thick fabric.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009512C6">
-[...59 lines deleted...]
-      <w:r w:rsidR="009512C6">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41030E4D" wp14:editId="2D487A0A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251630592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A3683A" wp14:editId="5B2A4045">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3771900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3695700</wp:posOffset>
+                  <wp:posOffset>3695699</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3465576" cy="4352925"/>
+                <wp:extent cx="3465195" cy="3829091"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3465576" cy="4352925"/>
+                          <a:ext cx="3465195" cy="3829091"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:linkedTxbx id="3" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:297pt;margin-top:291pt;width:272.9pt;height:342.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOjRxPiQIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5uEJJSIDUpBVJUQ&#10;oJKKs+O1iYXtMbaT3fTXM/buhijthaqX3fHM83jefF1cNkaTrfBBgS3p8GRAibAcKmWfS/prefPl&#10;KyUhMlsxDVaUdCcCvZx//nRRu5kYwRp0JTxBJzbMalfSdYxuVhSBr4Vh4QScsGiU4A2LePTPReVZ&#10;jd6NLkaDwbSowVfOAxchoPa6NdJ59i+l4PFeyiAi0SXF2GL++vxdpW8xv2CzZ8/cWvEuDPYPURim&#10;LD66d3XNIiMbr/5wZRT3EEDGEw6mACkVF5kDshkOjtg8rpkTmQsmJ7h9msL/c8vvtg+eqKqkU0os&#10;M1iipWgi+QYNmabs1C7MEPToEBYbVGOVe31AZSLdSG/SH+kQtGOed/vcJmcclafj6WRyho9wtI1P&#10;J6Pz0ST5Kd6vOx/idwGGJKGkHouXc8q2tyG20B6SXrNwo7TOBdSW1MjgdDLIF/YWdK5tworcCp2b&#10;RKkNPUtxp0XCaPtTSExFZpAUuQnFlfZky7B9GOfCxkw++0V0QkkM4iMXO/x7VB+53PLoXwYb95eN&#10;suAz+6Owq5c+ZNniMecHvJOolX0R1bJZNbkTRjiy4vWgziuodlh+D+34BMdvFJboloX4wDzOC1Yc&#10;d0C8x4/UgKWATqJkDf733/QJj22MVkpqnL+ShtcN84IS/cNig58Px+M0sPkwnpyN8OAPLatDi92Y&#10;K8AaDTF0x7OY8FH3ovRgnnBVLNKraGKW49sljb14FdutgKuGi8Uig3BEHYu39tHx5DqVLDXgsnli&#10;3nVdGrHB76CfVDY7atYWm25aWGwiSJU7OWW9zWpXDRzvPAvdKkr74/CcUe8Lc/4GAAD//wMAUEsD&#10;BBQABgAIAAAAIQApgQdb4wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qNNAShriVFWkCgnBoaUXbk68TSLidYjdNvD1bE9wm9GOZt/kq8n24oSj7xwpmM8iEEi1Mx01Cvbv&#10;m7sUhA+ajO4doYJv9LAqrq9ynRl3pi2edqERXEI+0wraEIZMSl+3aLWfuQGJbwc3Wh3Yjo00oz5z&#10;ue1lHEULaXVH/KHVA5Yt1p+7o1XwUm7e9LaKbfrTl8+vh/Xwtf9IlLq9mdZPIAJO4S8MF3xGh4KZ&#10;Knck40WvIFk+8JbAIo1ZXBLz+yWvqVjFi8cEZJHL/yuKXwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDOjRxPiQIAAHgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQApgQdb4wAAAA0BAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="69A3683A" id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:297pt;margin-top:291pt;width:272.85pt;height:301.5pt;z-index:251630592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2ltssdwIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8bxYI0IBYIkpEVQkl&#10;UUmVs/HaYMXrcWzDLv31GXuXh9JeUvWyO/Z8M/PNy5PbutRkL5xXYHLavepQIgyHQplNTn89Lb7c&#10;UOIDMwXTYEROD8LT2+nnT5PKjkUPtqAL4Qg6MX5c2ZxuQ7DjLPN8K0rmr8AKg0oJrmQBj26TFY5V&#10;6L3UWa/TGWYVuMI64MJ7vL1rlHSa/EspeHiQ0otAdE6RW0hfl77r+M2mEzbeOGa3irc02D+wKJky&#10;GPTk6o4FRnZO/eGqVNyBBxmuOJQZSKm4SDlgNt3Ou2xWW2ZFygWL4+2pTP7/ueX3+5V9dCTU36DG&#10;BsaCVNaPPV7GfGrpyvhHpgT1WMLDqWyiDoTj5XV/OOiOBpRw1F3f9EadUfKTnc2t8+G7gJJEIacO&#10;+5LKxfZLHzAkQo+QGM3AQmmdeqMNqXI6vB50ksFJgxbaRKxIXW7dnKknKRy0iBhtfgpJVJEyiBdp&#10;vsRcO7JnOBmMc2HCkXRCR5REEh8xbPFnVh8xbvJAixQZTDgZl8qAS9m/o128HCnLBo+FvMg7ilqZ&#10;F1E81esa089pD7dRvF70eQ3FAdvvoNkMb/lCYYuWzIdH5nAVsOO43uEBP1IDtgJaiZItuN9/u494&#10;nFDUUlLhauXUv+6YE5ToHwZnd9Tt9+MupkN/8LWHB3epWV9qzK6cA/aoi9QtT2LEB30UpYPyGV+B&#10;WYyKKmY4xs5pOIrz0Cw8viJczGYJhNtnWVialeXRdax5HMCn+pk5205pwAG/h+MSsvG7YW2w0dLA&#10;bBdAqjTJsepNVdtu4OamAW9fmfg0XJ4T6vwWTt8AAAD//wMAUEsDBBQABgAIAAAAIQDwF04Z4wAA&#10;AA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNAIE3jVFWkCgnRQ0svvTmx&#10;m0TY6xC7beDr2Zzg9kY7mp3JV6M17KIH3zkUMJ9FwDTWTnXYCDh8bB5SYD5IVNI41AK+tYdVcXuT&#10;y0y5K+70ZR8aRiHoMymgDaHPOPd1q630M9drpNvJDVYGkkPD1SCvFG4Nj6PomVvZIX1oZa/LVtef&#10;+7MV8FZutnJXxTb9MeXr+2ndfx2OiRD3d+N6CSzoMfyZYapP1aGgTpU7o/LMCEgWT7QlEKQxweSY&#10;Py5egFUTpUkEvMj5/xXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD2ltssdwIAAFMF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDwF04Z4wAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent/>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E630FA6" wp14:editId="7EF0776C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3629025</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2038350</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3886200" cy="1085850"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3886200" cy="1085850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="34D4A109" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D249F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Children and babies are curious by nature. Here are some tips to keep your little loved ones protected from household hazards.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="59A031A8" w14:textId="77777777" w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0E630FA6" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:285.75pt;margin-top:160.5pt;width:306pt;height:85.5pt;z-index:251603968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEWiVTbQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y0TZYFdYqsRYYB&#10;RVssHXpWZKkxJouaxMTOfn0p2U6ybpcOu9iU+Pj1SOryqqkM2ykfSrA5Hw2GnCkroSjtc86/Py4/&#10;TDkLKGwhDFiV870K/Gr+/t1l7WbqDDZgCuUZObFhVrucbxDdLMuC3KhKhAE4ZUmpwVcC6eifs8KL&#10;mrxXJjsbDidZDb5wHqQKgW5vWiWfJ/9aK4n3WgeFzOSccsP09em7jt9sfilmz164TSm7NMQ/ZFGJ&#10;0lLQg6sbgYJtffmHq6qUHgJoHEioMtC6lCrVQNWMhq+qWW2EU6kWIie4A03h/7mVd7uVe/AMm8/Q&#10;UAMjIbULs0CXsZ5G+yr+KVNGeqJwf6BNNcgkXZ5PpxPqBWeSdKPhdDwdJ2Kzo7nzAb8oqFgUcu6p&#10;L4kusbsNSCEJ2kNiNAvL0pjUG2NZnfPJObn8TUMWxsYblbrcuTmmniTcGxUxxn5TmpVFqiBepPlS&#10;18aznaDJEFIqi6n45JfQEaUpibcYdvhjVm8xbuvoI4PFg3FVWvCp+ldpFz/6lHWLJyJP6o4iNuuG&#10;Cqcm9Z1dQ7GnhntodyE4uSypKbci4IPwNPzUSFpovKePNkDkQydxtgH/62/3EU8zSVrOalqmnIef&#10;W+EVZ+arpWn9NLq4iNuXDhfjj2d08Kea9anGbqtroK6M6OlwMokRj6YXtYfqifZ+EaOSSlhJsXOO&#10;vXiN7YrTuyHVYpFAtG9O4K1dORldxybFkXtsnoR33VwijfQd9GsnZq/Gs8VGSwuLLYIu0+xGnltW&#10;O/5pV9NId+9KfAxOzwl1fP3mLwAAAP//AwBQSwMEFAAGAAgAAAAhAJ47ogPjAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sbUehK02nqdKEhNhhY5fd3CZrKxKnNNlWeHqy&#10;Exxtf/r9/cVyMpqd1eh6SwLiWQRMUWNlT62A/cf6IQPmPJJEbUkJ+FYOluXtTYG5tBfaqvPOtyyE&#10;kMtRQOf9kHPumk4ZdDM7KAq3ox0N+jCOLZcjXkK40TyJoidusKfwocNBVZ1qPncnI+CtWm9wWycm&#10;+9HV6/txNXztD6kQ93fT6gWYV5P/g+GqH9ShDE61PZF0TAtIn+M0oALmSRxKXYk4m4dVLeBxkUTA&#10;y4L/L1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAERaJVNtAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ47ogPjAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAxwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="34D4A109" w14:textId="77777777" w:rsidR="005D249F" w:rsidRPr="005D249F" w:rsidRDefault="005D249F" w:rsidP="005D249F">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D249F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Children and babies are curious by nature. Here are some tips to keep your little loved ones protected from household hazards.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="59A031A8" w14:textId="77777777" w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
+                  </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="009512C6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56736044" wp14:editId="2340EB38">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251594752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57A3C07B" wp14:editId="7F4EEBA7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3629025</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>504825</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3876675" cy="1504950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3876675" cy="1504950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009512C6" w:rsidRPr="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                          <w:p w14:paraId="55882985" w14:textId="77777777" w:rsidR="009512C6" w:rsidRPr="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:suppressAutoHyphens/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="86"/>
                                 <w:szCs w:val="86"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009512C6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="86"/>
                                 <w:szCs w:val="86"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t xml:space="preserve">Prime your home </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009512C6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="86"/>
                                 <w:szCs w:val="86"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:br/>
                               <w:t>for protection</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
+                          <w:p w14:paraId="63ADB4A5" w14:textId="77777777" w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:285.75pt;margin-top:39.75pt;width:305.25pt;height:118.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO3fsLfgIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5132yBOkaXIMKBo&#10;i7VDz4osJcYkUZOU2NmvLyXbaZbt0mEXmyI/UeTHx+ym1orshfMlmJz2L3qUCMOhKM0mp9+fV5+u&#10;KPGBmYIpMCKnB+Hpzfzjh1llp2IAW1CFcASdGD+tbE63Idhplnm+FZr5C7DCoFGC0yzg0W2ywrEK&#10;vWuVDXq9SVaBK6wDLrxH7W1jpPPkX0rBw4OUXgSicoqxhfR16buO32w+Y9ONY3Zb8jYM9g9RaFYa&#10;fPTo6pYFRnau/MOVLrkDDzJccNAZSFlykXLAbPq9s2yetsyKlAuS4+2RJv//3PL7/aMjZZHTISWG&#10;aSzRs6gD+Qw1GUZ2KuunCHqyCAs1qrHKnd6jMiZdS6fjH9MhaEeeD0duozOOyuHV5WRyOaaEo60/&#10;7o2ux4n97O26dT58EaBJFHLqsHiJU7a/8wFDQWgHia8ZWJVKpQIqQ6qcTobo8jcL3lAmakRqhdZN&#10;TKkJPUnhoETEKPNNSKQiZRAVqQnFUjmyZ9g+jHNhQko++UV0REkM4j0XW/xbVO+53OTRvQwmHC/r&#10;0oBL2Z+FXfzoQpYNHok8yTuKoV7XbanXUByw0g6aSfGWr0qsxh3z4ZE5HA0sLo57eMCPVICsQytR&#10;sgX362/6iMeORSslFY5aTv3PHXOCEvXVYC9f90ejOJvpMBpfDvDgTi3rU4vZ6SVgOfq4WCxPYsQH&#10;1YnSgX7BrbCIr6KJGY5v5zR04jI0CwC3CheLRQLhNFoW7syT5dF1rE7stef6hTnbNmTAXr6HbijZ&#10;9KwvG2y8aWCxCyDL1LSR4IbVlnic5NTL7daJq+L0nFBvu3H+CgAA//8DAFBLAwQUAAYACAAAACEA&#10;Y2y4eOMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixtUbfSNZ2mShMS&#10;gsPGLtzSJmurJU5psq3w9HincbIsf/r9/cVqsoad9eh7hwLiWQRMY+NUj62A/efmKQPmg0QljUMt&#10;4Ed7WJX3d4XMlbvgVp93oWUUgj6XAroQhpxz33TaSj9zg0a6HdxoZaB1bLka5YXCreFJFM25lT3S&#10;h04Ouup0c9ydrIC3avMht3Vis19Tvb4f1sP3/isV4vFhWi+BBT2FGwxXfVKHkpxqd0LlmRGQLuKU&#10;UAGLF5pXIM4SalcLeI7nKfCy4P87lH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATt37&#10;C34CAABjBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Y2y4eOMAAAALAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="57A3C07B" id="Text Box 3" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:285.75pt;margin-top:39.75pt;width:305.25pt;height:118.5pt;z-index:251594752;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUXd8GbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hb2gIVKepATJMQ&#10;oMHEs+vYbTTH59nXJt1fz9lJ2o7thWkvydn33a/v7nx51VSGbZUPJdicD08GnCkroSjtKuffn28/&#10;nXMWUNhCGLAq5zsV+NX844fL2s3UCNZgCuUZObFhVrucrxHdLMuCXKtKhBNwypJSg68E0tGvssKL&#10;mrxXJhsNBtOsBl84D1KFQLc3rZLPk3+tlcQHrYNCZnJOuWH6+vRdxm82vxSzlRduXcouDfEPWVSi&#10;tBR07+pGoGAbX/7hqiqlhwAaTyRUGWhdSpVqoGqGgzfVPK2FU6kWIie4PU3h/7mV99sn9+gZNp+h&#10;oQZGQmoXZoEuYz2N9lX8U6aM9EThbk+bapBJujw9P5tOzyacSdINJ4PxxSQRmx3MnQ/4RUHFopBz&#10;T31JdIntXUAKSdAeEqNZuC2NSb0xltU5n56Sy980ZGFsvFGpy52bQ+pJwp1REWPsN6VZWaQK4kWa&#10;L3VtPNsKmgwhpbKYik9+CR1RmpJ4j2GHP2T1HuO2jj4yWNwbV6UFn6p/k3bxo09Zt3gi8qjuKGKz&#10;bKjwnI/7zi6h2FHDPbS7EJy8LakpdyLgo/A0/NRjWmh8oI82QORDJ3G2Bv/rb/cRTzNJWs5qWqac&#10;h58b4RVn5qulab0Yjsdx+9JhPDkb0cEfa5bHGruproG6MqSnw8kkRjyaXtQeqhfa+0WMSiphJcXO&#10;OfbiNbYrTu+GVItFAtG+OYF39snJ6Do2KY7cc/MivOvmEmmk76FfOzF7M54tNlpaWGwQdJlmN/Lc&#10;strxT7uaRrp7V+JjcHxOqMPrN38FAAD//wMAUEsDBBQABgAIAAAAIQBjbLh44wAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG1Rt9I1naZKExKCw8Yu3NIma6slTmmyrfD0&#10;eKdxsix/+v39xWqyhp316HuHAuJZBExj41SPrYD95+YpA+aDRCWNQy3gR3tYlfd3hcyVu+BWn3eh&#10;ZRSCPpcCuhCGnHPfdNpKP3ODRrod3GhloHVsuRrlhcKt4UkUzbmVPdKHTg666nRz3J2sgLdq8yG3&#10;dWKzX1O9vh/Ww/f+KxXi8WFaL4EFPYUbDFd9UoeSnGp3QuWZEZAu4pRQAYsXmlcgzhJqVwt4jucp&#10;8LLg/zuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUXd8GbgIAAEUFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjbLh44wAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="009512C6" w:rsidRPr="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
+                    <w:p w14:paraId="55882985" w14:textId="77777777" w:rsidR="009512C6" w:rsidRPr="009512C6" w:rsidRDefault="009512C6" w:rsidP="009512C6">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="86"/>
                           <w:szCs w:val="86"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009512C6">
                         <w:rPr>
                           <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="86"/>
                           <w:szCs w:val="86"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                         <w:t xml:space="preserve">Prime your home </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009512C6">
                         <w:rPr>
                           <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Bernard MT Condensed"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="86"/>
                           <w:szCs w:val="86"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                         <w:br/>
                         <w:t>for protection</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
+                    <w:p w14:paraId="63ADB4A5" w14:textId="77777777" w:rsidR="009512C6" w:rsidRDefault="009512C6"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="009512C6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09E0BA03" wp14:editId="0D4CCD79">
-[...151 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD8F431" wp14:editId="7BE522AB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>685800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-19050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2816352" cy="3520440"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2816352" cy="3520440"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1914,65 +1770,65 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:54pt;margin-top:-1.5pt;width:221.75pt;height:277.2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQB8O1NyLAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1P2zAUfZ+0/2D5&#10;vSTpUgoVKepamJAQIGDi2XWcJpJje7b7tWn/fffaSWGANmlaH9xr+/p+HB+fnJ3vWkk2wrpGq4Jm&#10;RyklQnFdNmpV0K+Pl4MTSpxnqmRSK1HQvXD0fPrxw9nWTMRQ11qWwhIIotxkawpae28mSeJ4LVrm&#10;jrQRCjYrbVvmYWpXSWnZFqK3Mhmm6XGy1bY0VnPhHKwu4iadhvhVJbi/rSonPJEFhdp8GG0Ylzgm&#10;0zM2WVlm6oZ3ZbB/qKJljYKkh1AL5hlZ2+ZNqLbhVjtd+SOu20RXVcNF6AG6ydJX3TzUzIjQC4Dj&#10;zAEm9//C8pvNnSVNWdAhJYq1cEX3ABpTKynIEOHZGjcBrwdzZ7uZAxN73VW2xX/oguwCpPsDpGLn&#10;CYfF4Ul2/GkEsTnsgZHmeQA9eT5urPNfhG4JGgW1kD5AyTbXzkNKcO1dMNtSNuaykZKUBuCFO7Xa&#10;PzW+DmABBcNZdOrggsv+O6niRSw0X7dC+cgsKyTzQGtXN8ZBmololwKAsldlTAI9QoVYE3YbbvvH&#10;8GSWpqfDz4P5KJ0P8nR8MZid5uPBOL0Y52l+ks2z+U8sMcsnayeuNWdyYZqeeln+ptp3GdM9gkia&#10;QD6yYYHiETAoKADXlwgYIiRYq7Mcbxj8wPZWeF6jWQGk3To4Hza6gwg4ekmFo9I4j5lwJUGORFYE&#10;y++liN73ogJyIQ/CtYRnLebSxmoZ54B2BNPVrBRxeZTCD6mHhaAQ4IkwkwoCPlfbxe4C9J6/x45h&#10;YnfhqAiqcCgs/VNh8fDhRMislT8cbhul7XsBJHTVZY7+PUgRGkRpqcs9PD1gb2CxM/yygQdwzZy/&#10;YxZECKgNwupvYaik3hZUdxYltbbf31tHfyAQ7FKyBVErqPu2ZlZQIq8UqMZphs+P+DDJR+MhPp+X&#10;O8uXO2rdzjWQKgMJNzyY6O9lb1ZWt0+gvzPMCltMcchdUO5tP5n7KLag4FzMZsENlM8wf60eDO/f&#10;Kz7wx90Ts6ZTAQ/MvdG9ALLJKzGIvpGLs7XXVROU4hnXDm9QzUCcTuFRll/Og9fzd2j6CwAA//8D&#10;AFBLAwQUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOE&#10;j8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452ApqqB&#10;kZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5azOWM&#10;mgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b6ho0&#10;8K7lX491LwAAAP//AwBQSwMEFAAGAAgAAAAhAHMx5C3cAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNxap5RUIcSpAKknDojAB7jxEkeN18F22vTvu3CB0+5oR7Nvqu3sBnHE&#10;EHtPClbLDARS601PnYLPj92iABGTJqMHT6jgjBG29fVVpUvjT/SOxyZ1gkMollqBTWkspYytRafj&#10;0o9IfPvywenEMnTSBH3icDfIuyzbSKd74g9Wj/hisT00k1MQeuuK5g2fX7OzDxt3eFhP30mp25v5&#10;6RFEwjn9meEHn9GhZqa9n8hEMbDOCu6SFCzWPNmQ56scxP53uQdZV/J/hfoCAAD//wMAUEsDBAoA&#10;AAAAAAAAIQDC/15egHgNAIB4DQAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hGEFFeGlmAABN&#10;TQAqAAAACAAPAQAAAwAAAAEHCwAAAQEAAwAAAAEK1QAAAQIAAwAAAAMAAADCAQYAAwAAAAEAAgAA&#10;ARIAAwAAAAEAAQAAARUAAwAAAAEAAwAAARoABQAAAAEAAADIARsABQAAAAEAAADQASgAAwAAAAEA&#10;AgAAATEAAgAAACIAAADYATIAAgAAABQAAAD6AhMAAwAAAAEAAQAAgpgAAgAAACIAAAEOnJsAAQAA&#10;AQwAAAEwh2kABAAAAAEAAAI8AAACdAAIAAgACAAtxsAAACcQAC3GwAAAJxBBZG9iZSBQaG90b3No&#10;b3AgQ0MgMjAxNSAoV2luZG93cykAMjAxNTowNzowMSAxMjozNzoyOQAoYykgTmFkZXpoZGExOTA2&#10;IHwgRHJlYW1zdGltZS5jb20AaAB0AHQAcAA6AC8ALwB3AHcAdwAuAGQAcgBlAGEAbQBzAHQAaQBt&#10;AGUALgBjAG8AbQAvAHMAdABvAGMAawAtAGkAbQBhAGcAZQBzAC0AYwBoAGkAbABkAC0AZgBlAGUA&#10;dAAtAGIAYQBiAHkALQBjAGgAYQBpAHIALQBrAGkAZABzAC0AaABvAG0AZQAtAHMAYQBmAGUAdAB5&#10;AC0AYwBvAG4AYwBlAHAAdAAtAGQAYQBuAGcAZQByAC0AcgBpAHMAawAtAHAAYQByAGUAbgB0AC0A&#10;cgBlAHMAcABvAG4AcwBpAGIAaQBsAGkAdAB5AC0AaQBtAGEAZwBlADMAOQA3ADcAMAA3ADEANAAA&#10;AAAEkAAABwAAAAQwMjIxoAEAAwAAAAH//wAAoAIABAAAAAEAAAOcoAMABAAAAAEAAASCAAAAAAAA&#10;AAYBAwADAAAAAQAGAAABGgAFAAAAAQAAAsIBGwAFAAAAAQAAAsoBKAADAAAAAQACAAACAQAEAAAA&#10;AQAAAtICAgAEAAAAAQAAFWcAAAAAAAAASAAAAAEAAABIAAAAAf/Y/+0ADEFkb2JlX0NNAAL/7gAO&#10;QWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwM&#10;DAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCACgAIADASIAAhEBAxEB/90ABAAI&#10;/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUG&#10;BwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLR&#10;QwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZm&#10;doaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKB&#10;kRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aU&#10;pIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwD1BJNKUpKX&#10;QM4XuxLG47xXe4RU52g3ToP7SOq3UqqLsC9l+4Vtbvc6sw8bP0ofX/LZt3NSOxX4/nj/AHh04v8A&#10;m/pOFk9UwHWCj6wdPNV3Ava3n+o9hFu3/irLk1fS+hZTg7pvU3U2z7Wl+o+DH+jf/wBNPVn9RGPN&#10;Bq+sOB+e2AL2+VtR3b/+296q+v8AU3Lca76remX/AJzSHMAP9Vvq1N/t1sUV+X1/751oQkAeAZY1&#10;v7B9/HH+/wArm/XYnQ/Y31mrJZV1LfW7Quc54IH9ptzv82xCu6X0vBPrdaz35V3PogncdONrS/Jd&#10;/wBuV1qFXQnWNjo/Wd1btHMDz9E/+F7G/wDnpDtx/qz0Qk51x6hmA/zIgjdP51TT6bf/AEJself8&#10;iURkSeGOQykf0OXwe1nl/fnL+bT09T6nnM+zfV7CbiYoMfaHgBo8xAdVu/4v7S9Buxej4Dy/rWdZ&#10;1DM/OpYSdf3XQ7d/27dVX/waKf2/1eo2Xvb0TpTRxMWFn8sn0tjP+2P+KtVesUYVgr6F0u7PtGjs&#10;69jg2f8AgN7a2f8AXGejX/xiV/yP7IpiACYxIgf044ZDi/8ATjn8v/QxL05+RlZdDcTpow+msLvU&#10;ugNJJa4Ma3bsa737foet/XW7093vc3sWz9xWNbjfWCyyjJ6plVYVFb/VdQwjaQz6NT3Ttdv3fnX2&#10;rWwXReAdJBCdD6/Vqc3w6GPDXDX6uUsgsS/Syz/nJsuq2+nSPmVzWW8uLQewJ+/aFs/WC4NNdc8i&#10;fxWBY7c5x+A/K7/vybkOtNn4fD0CTLDbvzaG9t4JHk2bf++LoAVidLbuzQf3GPd9+2v/AL+toIQ2&#10;LF8RN5Yj92I+0mT/AP/Q767oottfZ9vzq97i7YzILWiTO1jdvtah/wDN8f8All1H/wBiT/5BaqZB&#10;Ll/832/+WXUf/Yl3/kVOroTa7WWftDPdscHbXZDi0wd217dvuY785aSQ5RVZ7vOXC05b/U6LbVfX&#10;MZ+A5jXa6+wv9H1f5VT/AFf6irjqHUslxxrsbE6uWaGm9v2TLA/l4+SPT/t4/sRr6sH7VdbX1u7F&#10;9RxL6gTI1J2+/wDNa/8AdaqOQ76uVBoys/M6vfBFbf5zaTz6bLm+l7v3H+ooZX3r6uxijE16DI0O&#10;EDHnuEv0vVkPoj/suYxrX9OxrDLvq1k4726+pVkNbt89+8VqFNlOA31Ol9PqwxWIOdmWNyLS7/R4&#10;mPj2W+rc7/gnJn9NyMmo2s6bT0rEq9z8rPO8bQOXYlg2eo538iupcZ9afq79Z8nrVt2Li35lDdpw&#10;cjHb7NgDTW8NqP6G7f8ATb/23+i9NNjEk9v5f3Ypz8wMcKkTk6HHx5JxH9/9fzGL/A/8be6b0/ru&#10;dbj9QozKep+31WG/21tc76Dq8TXa6v8Afd/hFpOxPrXY3dl9RoxWd/TbH/Texv8A58WUzpWC+qq3&#10;M6fk4uQ+tjrbsXbt3OY17vtVDzuw7/d+kY6v/rtiX2P6nVwci6/JcOWuedP+2f8AySI/l6kkidGP&#10;r4fl4eWx5pRj/V4cns/83GyyaPq/Racjq/Ubuo2fRhkuraP3NzDbt3f8cxFxcHDyKasqvM6l6dwF&#10;jf129p2u/ktftamd1L6qYlDnYbKKn7SffTZe8gfubvT/AM711bxXXWY1Vl+03WMa5+z6MuG72fen&#10;R36fRg5sSMImQyijQ979Xp19vFCPBH/Hc76wYeR06+ssdkXYbmgNuvtdeQ87nOrNlxdaz+Qz+bWH&#10;dnOFzmg6Ax9wAXSfXax5xsGislpe59g7EQ1uOz/pZC5o9NourdedzbLC9zdp01eWVe2FFlviIHTV&#10;v/DSPu8JTA1uIr+rLh1/xXT6JQ3qAustsurFRaxpx7rKCS7c9+92M+v1PzPprVb0bF/0+d/7HZX/&#10;AKXUsDp+P06j7Nj7i3e5znPMuc46e4gN/NbtV6qqx8bWkgmJ7KSESIgHdyObzRy5p5I6QlXD00jH&#10;hf/R9OSSTIKXlKUySSXC6rgvysk4+L0yvIc13qWZN5LWbn+5w/Ruqc/bu/l/8Wgsxm9KLn3ZuBgW&#10;azVj0Fz/APtx9rsl3+ar3VcbLyLD6ucMHprGjcQdrnOP09zpZ/1X/Wlktu+q+I8V4eJZ1TInQuBc&#10;Cf6rht/7bx0yQF3/AC/5rqYDKeKMQZSFeqOKPuf+GZeZ/UY/8CDXdk4/Wc9tWQ13UceqX73Gyisb&#10;fb/R999N3uf/AN17Vs4FRfk1kNltZBcewge1VvtHU77B9sw24WO1n6qwcg7osa4fm+3Z/g6lqdL/&#10;AJh/9f8AgEoDVi5qZoRGkYjhERP3Yx4vm+T9Xxfve2j6r0yjKc25uJi5GV9EDIbq8N92xtrPo7f5&#10;TLFVYzrGOQ7H6Ji1beNpYT/ntcxXOs0Y1+CTk2uxmUvbYMhhg1n+b3/1fftes5uBmOH6r9YRZ4Au&#10;3f8Ao6xE6HZWCV4gJSFAmNZY55QH92WGXAxvy+pBhGR9Xq7gDugNBBI/qstR6jurY8N9MuaHbONs&#10;idn/AFv6CHZg/W5rD6HU6btNNwB/9E2KdW/0WeoQbNg9Qjguj3n/ADkB9VZ+DhHCcZ1/yUssv8aG&#10;b5Wh9aXer1OhkyKqWk/F7/U/6mlUcesF+JT2c6ufgD6zv+oR+sP9Tq2SR/g9tY/63Vr/ANO1Nhtn&#10;qNY7Vte77m+kP/PijOsj503sf6vlI+GIzH96UeL/AKUnXBnVamIIx2ecn7ysoFbFbdrGt8AApQ4s&#10;3//S9NSVTIw8u20vq6hdjsIEVsrocBHfddTZZ7v6yF+zuof+W2R/2zi/+86CXQTLP/Z3Uf8Ay3yP&#10;+2cX/wB50v2d1H/y3yP+2cX/AN50lMet4vTX1MzOo7zTiz7GT7i/aGj2/wAr+oqWNndTyGen0Lpz&#10;MPHP+HsAbP8AK/NY7/2ZV49NztDZ1G3KY07jjWVYzWWR7m1Pe3H3M3O/Pas1tnXOsbjkWuwMcEg0&#10;Na5j9NC127bb/r/Npp38/wCW7e5aQljqfCRjOnuylLHDi19HLw/nJ/Ou/FzqMgvzuoNy7rGw7HBH&#10;sgy17Ge397Y/9CxafSjNNg8HT94WBd0qvHvYMe59Ngki5oY4gkfuXMfX7v5TFxnVvrt9auj9Yzen&#10;42ax1WPaWNe/Hp3OAAc3fsY1u73pR3W80QdjxWBrwxxD/Eg+tZcfZb5r9cem6aed4j+ajX6f0Vy7&#10;rfqXaItxr8V3ce7Q/wBUWWf9SuP6T9ffrt1HqVGGzKoJsdLg6itoLW+6xu4Md+YvQB1nq72xkdMr&#10;y2j85nf+yfWSlr/vLuTJAkASDY+TN92l9k/RNybsD6o3N2YubfXdZ7K2gEEud7WsG6n/AL+tutoL&#10;msHchoH/AEVi9V6jffS9nTuk1YXUgJxsqxrdtbmlpfZDqPdtr3bVe9DMoD7z1S8tx2PtM0YgkVtd&#10;Z2xvztqaK30+i/m5TJjAmZIHEBknjy/P6fmxf3HMss9bKvt/0tr3D4Os2j/oUqx0sbsm+z91jW/5&#10;znOP/ntZ+I/c1oOhAk/2Qd3/AIJaruBjZFjLLasyzFa5+0srrpeDsa33zk03P/O/NcoxqQ3eb9GC&#10;cR/VjH/G/wDQXXqG57W+JA/FbK5/Ewc597B+1cgRJn0cTt/6CrSGBn/+W+T/ANs4n/vKpouJPd//&#10;0/TUkkyalYkAEkwBqSqxz6uzXHz0Chm3En0W8D6Z8/3f7KrapNjFhBjcuuwbJ6gz9x33hA+20tue&#10;8uIc/XadYMITo7rjusDqxzLjVZ+ic4ljWktgfu/ykyc+HXductycMkiB6dP5fM7XUeqTmN2+8NP0&#10;QewB36/2mrjOq/Vi/q3VsrPryG0tyX7xW5hcRo1v0mub+6r+PTnvArJbS0uBsLZLnAGdpe9z/Z/V&#10;W5iUQSSo4zkToW3k5TEI+uPFW2pH/Qk830L6s5PSOpMznXtvDGuaawwsJ3CPpFz13fT+o0uxhXYN&#10;j2z7SfxVJ1Y7aKjnMIYSWh23UHgj+qU/ikNzbDHlcJPphwk6WDKX4Sk61leJZc07ySJ76AHmP5Tk&#10;DrmRdj9NyGiourya/Q9cHRhsLQ7e2P8AR7lzNWVn7YbVD/F1zy2PB9Y/769aVWd1W7BvxM30zXdA&#10;DmSCB3Dmu3bv+gme4CCBpbMeRMZwmRfDKN8RA0EunDJDgEms2cbqxH9tzrFu9MEYNR/f3P8A85zj&#10;/wBSsKgmvGcHaBh2D4Vt2ra6Vb6mDUD9KtoY75D2u/tNQh08kfEgfbFbcY/6P/oTsdOE2ud+638p&#10;V8Kn04ex7vEgfcP9qtyp47OHPd//1PTEx4McwYPyTpvH4H8ial4vF+sOa54ba2t4kguDSCYPI9yu&#10;HrZ/Nq+8rnsQO3xtMgnSD4q+Gk/mn7lXhklW70uXlsPF8gHlo3j1m8/4Nn3H+9VbbWWuLnViT4Eg&#10;IZa4CSCAmJ804yJ3Wxxwj8oryXApBkV6/wBYorcks+i0fiUDcB3Cbe3xH3hC6XmN72Wyc2391v3I&#10;Vtvq6PYCPASP4oW9viPvCY2M/eH3pGRUMYGoC+2scVgfM/3p/UgRtEfP+9QL2/vD7wlI8R94TbX0&#10;etsbrBsMNGvI5CL0DMvvzMqux0sZWwtaAAAdxb2Ve4t2HUfeFL6ttf8AbMu0NPpGtrN/5u7du2bv&#10;3tqAJ4wx80B90yk1elX/AH4vU4mQ6t4HLHkAj/vy1Fi1H3t/rD8q2TyVPEvPZBq//9X0xMBJCdRL&#10;gwF54aC4/Ibk1LwVza8jrWRcQHb73kTrpO0LL6xUA8uZLZdGhI5K0MF2/IDj+c4uPzMqp1TWf638&#10;VUl8l+L1mMVkEOkYCLm9EJPV8YOJcNzpBMg+x/YruMTpYyqvWD2MG4t2lk8Lheknb1fH8rCPwc1e&#10;jdEdOI8eFh/ENUmIA7uZ8SlKJiQa9I/6UmA6J/wjP8z/AGp/2KP9I3/MH9600lLwR7OZ7s+7mnoo&#10;/wBKP8z/AGqDuhg/4Yf5g/8AJLVTFLgj2V7s+7l19BG9v6fuPzB4/wBZef10MOTkGJ/SESR/KcvV&#10;GmHA+Gv3ary/E93qP/es/wDJH+KhzgDhrxdb4PKUjlJN1wV9eN2H01nBYC1uk9gifVohrMukaBtr&#10;Hgf1mbf/AEUk4/qTPiULoD9vUMqv9+prh/ZeR/6MTdpx8mxzQ4uVzeEhL/xx6XEa1+QxruCe3iNQ&#10;teVjY7tt1Z8HBbCni8/k3f/W9LlVep2irpuXZ+7S+PiRt/78rMrL+s93p9DyfF+1g+bh/wCRUcjU&#10;T5Fm5ePFmxx/enEf855Hp+j2nwCp9SPtcrWEYdPgFS6gfaVVl8geqgP1pPgHOwjt6tUfC78pXofQ&#10;Xfob2+DwfvC85qO3qVZ/4Vp+8heg9Ad7shv9U/8AVKXDu5PxMaDy/wC6dqUpUZTyp3IXlMSlKiSk&#10;lja7bTa792t5+5rl5pgfzM+L/wCAXomfZswMp37tNh/6Dl51haY7PNx/IFBzH6LtfBh6cp7mA+wT&#10;duZwx8VV6U/Z1pg/0ldjPwFn/otHB/VfmqOM8V9WxH/8KGn+2HV/9/UZOsT5N2cbw5494z/6L1jH&#10;Rr4arcBnXx1WC0rZofuprd4tCni81k6P/9f0OjNw8mpluPkVW1vAcx7LGkEH84e5Yn1yyGDpldLX&#10;tcbLmyGkGA0O/dKgfqt0Bzy/7FUHO1JAI/6khYv1g6b0/ppprwqWUm+X2ls+7b7K90l30dz1TlmJ&#10;iRw1fi6PIYQeax63RMtv3Y218V0T8FTzTIKPjOhrlUynaFRk+kPQxHrJc1z9uUx54a5jj8g1eg9D&#10;ewZF43s1aD9JvY/1l5zeSHkjmBHxW5076vfVvJeduK2Q0En3HU/S/PUkZ8NaE+Tl/Eo8VDsZX/zX&#10;0UOZ+83/ADm/3p5H7zf84f3riv8Amn0D/uM37nf+ST/80vq//wBx2/c7/wAmpPfP7h+0OV7I/e/B&#10;7T5j7x/eokHy+8Liz9U+gD/tO3/pf+TUHfVX6vj/ALTt/wCl/wCTQ9/+qftT7I/e/B6jrjjX0XPf&#10;4UP7+I2/9+XA4p/QVjzJ/FWOofV7pWPQcjDoIvq1bE8H2u0LnbvaqmMf0bPmo8s+KjVOx8Khw456&#10;3c/+5ddrv1ZZt7/Ttrt/0djX/wCa4OV5jv0ELPyydpjlMl0dCMfmB6vait+4w0xOi1cKu047fYdJ&#10;HHgV55T9WugWVss+z6vaHHV3JG799Xsb6q9C9ORREn953/k1IM4vYn7HmZ4TsSBT/9DuNxhcn9bL&#10;S7qNbP8AR1N/6RLl1kaLifrJbv6zf32EM/zQAs47Oz8LjfME/uxJ/KLXqdDHKpkEkIzHQwqvcfak&#10;ToHcA1LXb02q932ozv8AoR29v+9dF0bH9MujT2+CzOnM347h4WEfeGrewKoc4AkQAlEni1cbnCBL&#10;IO8iW4AUxlELYGp/FVmWOeJBPJjXtKmaCnOMHuhkjxSe48SguJHZNJC4BhmR6D4MEDT71ghorfsa&#10;ZDSdTz4rbyJNL57jhYbj+md8So57un8MHqmfBusd+hKqZBlGa+GKvcZSJ2dIbl2Omta/CodOu2P8&#10;0lv8FtU1tbW0T21WH0Qh+G1v7j3N+87/APvy3mDQIDcvP8yKyzH9aX5v/9n/7R7YUGhvdG9zaG9w&#10;IDMuMAA4QklNBAQAAAAAAD0cAVoAAxslRxwBWgADGyVHHAIAAAIABBwCdAAhKGMpIE5hZGV6aGRh&#10;MTkwNiB8IERyZWFtc3RpbWUuY29tADhCSU0EJQAAAAAAEEsSyELQWofj++DG1Bwv0a04QklNBDoA&#10;AAAAAOUAAAAQAAAAAQAAAAAAC3ByaW50T3V0cHV0AAAABQAAAABQc3RTYm9vbAEAAAAASW50ZWVu&#10;dW0AAAAASW50ZQAAAABDbHJtAAAAD3ByaW50U2l4dGVlbkJpdGJvb2wAAAAAC3ByaW50ZXJOYW1l&#10;VEVYVAAAAAEAAAAAAA9wcmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBvAGYAIABTAGUAdAB1&#10;AHAAAAAAAApwcm9vZlNldHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGluUHJvb2YAAAAJcHJv&#10;b2ZDTVlLADhCSU0EOwAAAAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRPcHRpb25zAAAAFwAA&#10;AABDcHRuYm9vbAAAAAAAQ2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5DYm9vbAAAAAAAQ250&#10;Q2Jvb2wAAAAAAExibHNib29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wAAAAAAEludHJib29s&#10;AAAAAABCY2tnT2JqYwAAAAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv4AAAAAAAAAAAAEdy&#10;biBkb3ViQG/gAAAAAAAAAAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50RiNSbHQAAAAAAAAA&#10;AAAAAABCbGQgVW50RiNSbHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAcsAAAAAAAAAAAAp2ZWN0&#10;b3JEYXRhYm9vbAEAAAAAUGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExlZnRVbnRGI1JsdAAA&#10;AAAAAAAAAAAAAFRvcCBVbnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1ByY0BZAAAAAAAAAAAA&#10;EGNyb3BXaGVuUHJpbnRpbmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcAAAAAAAAADGNyb3BS&#10;ZWN0TGVmdGxvbmcAAAAAAAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtjcm9wUmVjdFRvcGxv&#10;bmcAAAAAADhCSU0D7QAAAAAAEAEsAAAAAQABASwAAAABAAE4QklNBCYAAAAAAA4AAAAAAAAAAAAA&#10;P4AAADhCSU0D8gAAAAAACgAA////////AAA4QklNBA0AAAAAAAQAAAAeOEJJTQQZAAAAAAAEAAAA&#10;HjhCSU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABI&#10;AC9mZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUA&#10;AAABAC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA&#10;/////////////////////////////wPoAAAAAP////////////////////////////8D6AAAAAD/&#10;////////////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklN&#10;BB4AAAAAAAQAAAAAOEJJTQQaAAAAAANfAAAABgAAAAAAAAAAAAAEggAAA5wAAAAVAGQAcgBlAGEA&#10;bQBzAHQAaQBtAGUAXwBsAF8AMwA5ADcANwAwADcAMQA0AAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAB&#10;AAAAAAAAAAAAAAOcAAAEggAAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAABAAAAAB&#10;AAAAAAAAbnVsbAAAAAIAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9u&#10;ZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAAEggAAAABSZ2h0bG9uZwAAA5wAAAAG&#10;c2xpY2VzVmxMcwAAAAFPYmpjAAAAAQAAAAAABXNsaWNlAAAAEgAAAAdzbGljZUlEbG9uZwAAAAAA&#10;AAAHZ3JvdXBJRGxvbmcAAAAAAAAABm9yaWdpbmVudW0AAAAMRVNsaWNlT3JpZ2luAAAADWF1dG9H&#10;ZW5lcmF0ZWQAAAAAVHlwZWVudW0AAAAKRVNsaWNlVHlwZQAAAABJbWcgAAAABmJvdW5kc09iamMA&#10;AAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxvbmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9t&#10;bG9uZwAABIIAAAAAUmdodGxvbmcAAAOcAAAAA3VybFRFWFQAAAABAAAAAAAAbnVsbFRFWFQAAAAB&#10;AAAAAAAATXNnZVRFWFQAAAABAAAAAAAGYWx0VGFnVEVYVAAAAAEAAAAAAA5jZWxsVGV4dElzSFRN&#10;TGJvb2wBAAAACGNlbGxUZXh0VEVYVAAAAAEAAAAAAAlob3J6QWxpZ25lbnVtAAAAD0VTbGljZUhv&#10;cnpBbGlnbgAAAAdkZWZhdWx0AAAACXZlcnRBbGlnbmVudW0AAAAPRVNsaWNlVmVydEFsaWduAAAA&#10;B2RlZmF1bHQAAAALYmdDb2xvclR5cGVlbnVtAAAAEUVTbGljZUJHQ29sb3JUeXBlAAAAAE5vbmUA&#10;AAAJdG9wT3V0c2V0bG9uZwAAAAAAAAAKbGVmdE91dHNldGxvbmcAAAAAAAAADGJvdHRvbU91dHNl&#10;dGxvbmcAAAAAAAAAC3JpZ2h0T3V0c2V0bG9uZwAAAAAAOEJJTQQoAAAAAAAMAAAAAj/wAAAAAAAA&#10;OEJJTQQUAAAAAAAEAAAAAThCSU0EDAAAAAAVgwAAAAEAAACAAAAAoAAAAYAAAPAAAAAVZwAYAAH/&#10;2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8V&#10;GBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4O&#10;DhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgA&#10;oACAAwEiAAIRAQMRAf/dAAQACP/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUB&#10;AQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJx&#10;gTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePz&#10;RieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYF&#10;NQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNU&#10;oxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//a&#10;AAwDAQACEQMRAD8A9QSTSlKSl0DOF7sSxuO8V3uEVOdoN06D+0jqt1Kqi7AvZfuFbW73OrMPGz9K&#10;H1/y2bdzUjsV+P54/wB4dOL/AJv6ThZPVMB1go+sHTzVdwL2t5/qPYRbt/4qy5NX0voWU4O6b1N1&#10;Ns+1pfqPgx/o3/8ATT1Z/URjzQavrDgfntgC9vlbUd2//tveqvr/AFNy3Gu+q3pl/wCc0hzAD/Vb&#10;6tTf7dbFFfl9f++daEJAHgGWNb+wffxx/v8AK5v12J0P2N9ZqyWVdS31u0LnOeCB/abc7/NsQrul&#10;9LwT63Ws9+Vdz6IJ3HTja0vyXf8AbldahV0J1jY6P1ndW7RzA8/RP/hexv8A56Q7cf6s9EJOdceo&#10;ZgP8yII3T+dU0+m3/wBCbHpX/IlEZEnhjkMpH9Dl8HtZ5f35y/m09PU+p5zPs31ewm4mKDH2h4Aa&#10;PMQHVbv+L+0vQbsXo+A8v61nWdQzPzqWEnX910O3f9u3VV/8Gin9v9XqNl729E6U0cTFhZ/LJ9LY&#10;z/tj/irVXrFGFYK+hdLuz7Ro7OvY4Nn/AIDe2tn/AFxno1/8Ylf8j+yKYgAmMSIH9OOGQ4v/AE45&#10;/L/0MS9OfkZWXQ3E6aMPprC71LoDSSWuDGt27Gu9+36Hrf11u9Pd73N7Fs/cVjW431gssoyeqZVW&#10;FRW/1XUMI2kM+jU907Xb93519q1sF0XgHSQQnQ+v1anN8Ohjw1w1+rlLILEv0ss/5ybLqtvp0j5l&#10;c1lvLi0HsCfv2hbP1guDTXXPIn8VgWO3OcfgPyu/78m5DrTZ+Hw9Akyw2782hvbeCR5Nm3/vi6AF&#10;YnS27s0H9xj3fftr/wC/raCENixfETeWI/diPtJk/wD/0O+u6KLbX2fb86ve4u2MyC1okztY3b7W&#10;of8AzfH/AJZdR/8AYk/+QWqmQS5f/N9v/ll1H/2Jd/5FTq6E2u1ln7Qz3bHB212Q4tMHdte3b7mO&#10;/OWkkOUVWe7zlwtOW/1Oi21X1zGfgOY12uvsL/R9X+VU/wBX+oq46h1LJcca7GxOrlmhpvb9kywP&#10;5ePkj0/7eP7Ea+rB+1XW19buxfUcS+oEyNSdvv8AzWv/AHWqjkO+rlQaMrPzOr3wRW3+c2k8+my5&#10;vpe79x/qKGV96+rsYoxNegyNDhAx57hL9L1ZD6I/7LmMa1/Tsawy76tZOO9uvqVZDW7fPfvFahTZ&#10;TgN9TpfT6sMViDnZljci0u/0eJj49lvq3O/4JyZ/TcjJqNrOm09KxKvc/KzzvG0Dl2JYNnqOd/Ir&#10;qXGfWn6u/WfJ61bdi4t+ZQ3acHIx2+zYA01vDaj+hu3/AE2/9t/ovTTYxJPb+X92Kc/MDHCpE5Oh&#10;x8eScR/f/X8xi/wP/G3um9P67nW4/UKMynqft9Vhv9tbXO+g6vE12ur/AH3f4RaTsT612N3ZfUaM&#10;Vnf02x/03sb/AOfFlM6VgvqqtzOn5OLkPrY627F27dzmNe77VQ87sO/3fpGOr/67Yl9j+p1cHIuv&#10;yXDlrnnT/tn/AMkiP5epJInRj6+H5eHlseaUY/1eHJ7P/Nxssmj6v0WnI6v1G7qNn0YZLq2j9zcw&#10;27d3/HMRcXBw8imrKrzOpencBY39dvadrv5LX7WpndS+qmJQ52Gyip+0n302XvIH7m70/wDO9dW8&#10;V11mNVZftN1jGufs+jLhu9n3p0d+n0YObEjCJkMoo0Pe/V6dfbxQjwR/x3O+sGHkdOvrLHZF2G5o&#10;Dbr7XXkPO5zqzZcXWs/kM/m1h3Zzhc5oOgMfcAF0n12secbBorJaXufYOxENbjs/6WQuaPTaLq3X&#10;nc2ywvc3adNXllXthRZb4iB01b/w0j7vCUwNbiK/qy4df8V0+iUN6gLrLbLqxUWsace6ygku3Pfv&#10;djPr9T8z6a1W9Gxf9Pnf+x2V/wCl1LA6fj9Oo+zY+4t3uc5zzLnOOnuIDfzW7VeqqsfG1pIJieyk&#10;hEiIB3cjm80cuaeSOkJVw9NIx4X/0fTkkkyCl5SlMkklwuq4L8rJOPi9MryHNd6lmTeS1m5/ucP0&#10;bqnP27v5f/FoLMZvSi592bgYFms1Y9Bc/wD7cfa7Jd/mq91XGy8iw+rnDB6axo3EHa5zj9Pc6Wf9&#10;V/1pZLbvqviPFeHiWdUyJ0LgXAn+q4bf+28dMkBd/wAv+a6mAynijEGUhXqjij7n/hmXmf1GP/Ag&#10;13ZOP1nPbVkNd1HHql+9xsorG32/0fffTd7n/wDde1bOBUX5NZDZbWQXHsIHtVb7R1O+wfbMNuFj&#10;tZ+qsHIO6LGuH5vt2f4OpanS/wCYf/X/AIBKA1YuamaERpGI4RET92MeL5vk/V8X73to+q9MoynN&#10;ubiYuRlfRAyG6vDfdsbaz6O3+UyxVWM6xjkOx+iYtW3jaWE/57XMVzrNGNfgk5NrsZlL22DIYYNZ&#10;/m9/9X37XrObgZjh+q/WEWeALt3/AKOsROh2VgleICUhQJjWWOeUB/dlhlwMb8vqQYRkfV6u4A7o&#10;DQQSP6rLUeo7q2PDfTLmh2zjbInZ/wBb+gh2YP1uaw+h1Om7TTcAf/RNinVv9FnqEGzYPUI4Lo95&#10;/wA5AfVWfg4RwnGdf8lLLL/Ghm+VofWl3q9ToZMiqlpPxe/1P+ppVHHrBfiU9nOrn4A+s7/qEfrD&#10;/U6tkkf4PbWP+t1a/wDTtTYbZ6jWO1bXu+5vpD/z4ozrI+dN7H+r5SPhiMx/elHi/wClJ1wZ1Wpi&#10;CMdnnJ+8rKBWxW3axrfAAKUOLN//0vTUlUyMPLttL6uoXY7CBFbK6HAR33XU2We7+shfs7qH/ltk&#10;f9s4v/vOgl0Eyz/2d1H/AMt8j/tnF/8AedL9ndR/8t8j/tnF/wDedJTHreL019TMzqO804s+xk+4&#10;v2ho9v8AK/qKljZ3U8hnp9C6czDxz/h7AGz/ACvzWO/9mVePTc7Q2dRtymNO441lWM1lke5tT3tx&#10;9zNzvz2rNbZ1zrG45FrsDHBINDWuY/TQtdu22/6/zaad/P8Alu3uWkJY6nwkYzp7spSxw4tfRy8P&#10;5yfzrvxc6jIL87qDcu6xsOxwR7IMtexnt/e2P/QsWn0ozTYPB0/eFgXdKrx72DHufTYJIuaGOIJH&#10;7lzH1+7+UxcZ1b67fWro/WM3p+NmsdVj2ljXvx6dzgAHN37GNbu96Ud1vNEHY8Vga8McQ/xIPrWX&#10;H2W+a/XHpumnneI/mo1+n9Fcu636l2iLca/Fd3Hu0P8AVFln/Urj+k/X367dR6lRhsyqCbHS4Oor&#10;aC1vusbuDHfmL0AdZ6u9sZHTK8to/OZ3/sn1kpa/7y7kyQJAEg2PkzfdpfZP0Tcm7A+qNzdmLm31&#10;3WeytoBBLne1rBup/wC/rbraC5rB3IaB/wBFYvVeo330vZ07pNWF1ICcbKsa3bW5paX2Q6j3ba92&#10;1XvQzKA+89UvLcdj7TNGIJFbXWdsb87amit9Pov5uUyYwJmSBxAZJ48vz+n5sX9xzLLPWyr7f9La&#10;9w+DrNo/6FKsdLG7Jvs/dY1v+c5zj/57WfiP3NaDoQJP9kHd/wCCWq7gY2RYyy2rMsxWuftLK66X&#10;g7Gt985NNz/zvzXKMakN3m/RgnEf1Yx/xv8A0F16hue1viQPxWyufxMHOfewftXIESZ9HE7f+gq0&#10;hgZ//lvk/wDbOJ/7yqaLiT3f/9P01JJMmpWJABJMAakqsc+rs1x89AoZtxJ9FvA+mfP93+yq2qTY&#10;xYQY3LrsGyeoM/cd94QPttLbnvLiHP12nWDCE6O647rA6scy41WfonOJY1pLYH7v8pMnPh13bnLc&#10;nDJIgenT+XzO11Hqk5jdvvDT9EHsAd+v9pq4zqv1Yv6t1bKz68htLcl+8VuYXEaNb9Jrm/uq/j05&#10;7wKyW0tLgbC2S5wBnaXvc/2f1VuYlEEkqOM5E6Ft5OUxCPrjxVtqR/0JPN9C+rOT0jqTM517bwxr&#10;mmsMLCdwj6Rc9d30/qNLsYV2DY9s+0n8VSdWO2io5zCGElodt1B4I/qlP4pDc2wx5XCT6YcJOlgy&#10;l+EpOtZXiWXNO8kie+gB5j+U5A65kXY/TchoqLq8mv0PXB0YbC0O3tj/AEe5czVlZ+2G1Q/xdc8t&#10;jwfWP++vWlVndVuwb8TN9M13QA5kggdw5rt27/oJnuAggaWzHkTGcJkXwyjfEQNBLpwyQ4BJrNnG&#10;6sR/bc6xbvTBGDUf39z/APOc4/8AUrCoJrxnB2gYdg+Fbdq2ulW+pg1A/SraGO+Q9rv7TUIdPJHx&#10;IH2xW3GP+j/6E7HThNrnfut/KVfCp9OHse7xIH3D/arcqeOzhz3f/9T0xMeDHMGD8k6bx+B/Impe&#10;LxfrDmueG2treJILg0gmDyPcrh62fzavvK57EDt8bTIJ0g+KvhpP5p+5V4ZJVu9Ll5bDxfIB5aN4&#10;9ZvP+DZ9x/vVW21lri51Yk+BICGWuAkggJifNOMid1sccI/KK8lwKQZFev8AWKK3JLPotH4lA3Ad&#10;wm3t8R94Qul5je9lsnNt/db9yFbb6uj2AjwEj+KFvb4j7wmNjP3h96RkVDGBqAvtrHFYHzP96f1I&#10;EbRHz/vUC9v7w+8JSPEfeE219HrbG6wbDDRryOQi9AzL78zKrsdLGVsLWgAAHcW9lXuLdh1H3hS+&#10;rbX/AGzLtDT6Rrazf+bu3btm797agCeMMfNAfdMpNXpV/wB+L1OJkOreByx5AI/78tRYtR97f6w/&#10;Ktk8lTxLz2Qav//V9MTASQnUS4MBeeGguPyG5NS8Fc2vI61kXEB2+95E66TtCy+sVAPLmS2XRoSO&#10;StDBdvyA4/nOLj8zKqdU1n+t/FVJfJfi9ZjFZBDpGAi5vRCT1fGDiXDc6QTIPsf2K7jE6WMqr1g9&#10;jBuLdpZPC4XpJ29Xx/Kwj8HNXo3RHTiPHhYfxDVJiAO7mfEpSiYkGvSP+lJgOif8Iz/M/wBqf9ij&#10;/SN/zB/etNJS8Eezme7Pu5p6KP8ASj/M/wBqg7oYP+GH+YP/ACS1UxS4I9le7Pu5dfQRvb+n7j8w&#10;eP8AWXn9dDDk5Bif0hEkfynL1RphwPhr92q8vxPd6j/3rP8AyR/ioc4A4a8XW+DylI5STdcFfXjd&#10;h9NZwWAtbpPYIn1aIazLpGgbax4H9Zm3/wBFJOP6kz4lC6A/b1DKr/fqa4f2Xkf+jE3acfJsc0OL&#10;lc3hIS/8celxGtfkMa7gnt4jULXlY2O7bdWfBwWwp4vP5N3/1vS5VXqdoq6bl2fu0vj4kbf+/KzK&#10;y/rPd6fQ8nxftYPm4f8AkVHI1E+RZuXjxZscf3pxH/OeR6fo9p8AqfUj7XK1hGHT4BUuoH2lVZfI&#10;HqoD9aT4BzsI7erVHwu/KV6H0F36G9vg8H7wvOajt6lWf+FafvIXoPQHe7Ib/VP/AFSlw7uT8TGg&#10;8v8AunalKVGU8qdyF5TEpSokpJY2u202u/drefua5eaYH8zPi/8AgF6Jn2bMDKd+7TYf+g5edYWm&#10;OzzcfyBQcx+i7XwYenKe5gPsE3bmcMfFVelP2daYP9JXYz8BZ/6LRwf1X5qjjPFfVsR//Chp/th1&#10;f/f1GTrE+TdnG8OePeM/+i9Yx0a+Gq3AZ18dVgtK2aH7qa3eLQp4vNZOj//X9DozcPJqZbj5FVtb&#10;wHMeyxpBB/OHuWJ9cshg6ZXS17XGy5shpBgNDv3SoH6rdAc8v+xVBztSQCP+pIWL9YOm9P6aaa8K&#10;llJvl9pbPu2+yvdJd9Hc9U5ZiYkcNX4ujyGEHmset0TLb92NtfFdE/BU80yCj4zoa5VMp2hUZPpD&#10;0MR6yXNc/blMeeGuY4/INXoPQ3sGReN7NWg/Sb2P9Zec3kh5I5gR8VudO+r31byXnbitkNBJ9x1P&#10;0vz1JGfDWhPk5fxKPFQ7GV/819FDmfvN/wA5v96eR+83/OH964r/AJp9A/7jN+53/kk//NL6v/8A&#10;cdv3O/8AJqT3z+4ftDleyP3vwe0+Y+8f3qJB8vvC4s/VPoA/7Tt/6X/k1B31V+r4/wC07f8Apf8A&#10;k0Pf/qn7U+yP3vweo64419Fz3+FD+/iNv/flwOKf0FY8yfxVjqH1e6Vj0HIw6CL6tWxPB9rtC527&#10;2qpjH9Gz5qPLPio1TsfCocOOet3P/uXXa79WWbe/07a7f9HY1/8AmuDleY79BCz8snaY5TJdHQjH&#10;5ger2orfuMNMTotXCrtOO32HSRx4FeeU/VroFlbLPs+r2hx1dyRu/fV7G+qvQvTkURJ/ed/5NSDO&#10;L2J+x5meE7EgU//Q7jcYXJ/Wy0u6jWz/AEdTf+kS5dZGi4n6yW7+s399hDP80ALOOzs/C43zBP7s&#10;Sfyi16nQxyqZBJCMx0MKr3H2pE6B3ANS129Nqvd9qM7/AKEdvb/vXRdGx/TLo09vgszpzN+O4eFh&#10;H3hq3sCqHOAJEAJRJ4tXG5wgSyDvIluAFMZRC2BqfxVZljniQTyY17SpmgpzjB7oZI8UnuPEoLiR&#10;2TSQuAYZkeg+DBA0+9YIaK37GmQ0nU8+K28iTS+e44WG4/pnfEqOe7p/DB6pnwbrHfoSqmQZRmvh&#10;ir3GUidnSG5djprWvwqHTrtj/NJb/BbVNbW1tE9tVh9EIfhtb+49zfvO/wD78t5g0CA3Lz/Missx&#10;/Wl+b//ZADhCSU0EIQAAAAAAXQAAAAEBAAAADwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBoAG8A&#10;cAAAABcAQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAIABDAEMAIAAyADAAMQA1AAAAAQA4&#10;QklNBAYAAAAAAAcABgAAAAEBAP/hDkpodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvADw/eHBh&#10;Y2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1l&#10;dGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1j&#10;MDY3IDc5LjE1Nzc0NywgMjAxNS8wMy8zMC0yMzo0MDo0MiAgICAgICAgIj4gPHJkZjpSREYgeG1s&#10;bnM6cmRmPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJk&#10;ZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29t&#10;L3hhcC8xLjAvIiB4bWxuczpkYz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHht&#10;bG5zOnBob3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1sbnM6&#10;eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0RXZ0PSJodHRw&#10;Oi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VFdmVudCMiIHhtcDpNb2RpZnlE&#10;YXRlPSIyMDE1LTA3LTAxVDEyOjM3OjI5LTA3OjAwIiB4bXA6Q3JlYXRvclRvb2w9IkFkb2JlIFBo&#10;b3Rvc2hvcCBDQyAyMDE0IChXaW5kb3dzKSIgeG1wOkNyZWF0ZURhdGU9IjIwMTUtMDUtMjdUMDk6&#10;NTE6MTMtMDc6MDAiIHhtcDpNZXRhZGF0YURhdGU9IjIwMTUtMDctMDFUMTI6Mzc6MjktMDc6MDAi&#10;IGRjOnJpZ2h0cz0iKGMpIE5hZGV6aGRhMTkwNiB8IERyZWFtc3RpbWUuY29tIiBkYzpmb3JtYXQ9&#10;ImltYWdlL2pwZWciIHBob3Rvc2hvcDpDb2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxl&#10;PSJVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOmI1&#10;NzZkMjAxLTE1NTgtMWE0OS04MzcxLTRlODliYWFkODQ1NSIgeG1wTU06RG9jdW1lbnRJRD0iYWRv&#10;YmU6ZG9jaWQ6cGhvdG9zaG9wOjA5ZWU3NTE3LTIwMjgtMTFlNS1iMzE4LWUwYWViOGU3ZmE3OCIg&#10;eG1wTU06T3JpZ2luYWxEb2N1bWVudElEPSJ4bXAuZGlkOjA5MDZhZjM4LTljYTQtMGM0ZC1hNzFh&#10;LTQxNTE5MTE1MjZkYSI+IDx4bXBNTTpIaXN0b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDph&#10;Y3Rpb249InNhdmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjA5MDZhZjM4LTljYTQtMGM0&#10;ZC1hNzFhLTQxNTE5MTE1MjZkYSIgc3RFdnQ6d2hlbj0iMjAxNS0wNy0wMVQxMjozNzoyOS0wNzow&#10;MCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3Mp&#10;IiBzdEV2dDpjaGFuZ2VkPSIvIi8+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJzYXZlZCIgc3RFdnQ6&#10;aW5zdGFuY2VJRD0ieG1wLmlpZDpiNTc2ZDIwMS0xNTU4LTFhNDktODM3MS00ZTg5YmFhZDg0NTUi&#10;IHN0RXZ0OndoZW49IjIwMTUtMDctMDFUMTI6Mzc6MjktMDc6MDAiIHN0RXZ0OnNvZnR3YXJlQWdl&#10;bnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIgc3RFdnQ6Y2hhbmdlZD0iLyIv&#10;PiA8L3JkZjpTZXE+IDwveG1wTU06SGlzdG9yeT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJE&#10;Rj4gPC94OnhtcG1ldGE+ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgPD94cGFja2V0IGVuZD0idyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJF&#10;AhAAAHBydHJDTVlLTGFiIAfQAAcAGgAFACkANWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAA&#10;AAABAAD21gABAAAAANMtQURCRQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAACmRlc2MAAAD8AAAAdGNwcnQAAAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACi&#10;BkEyQjIAAAGwAACiBkEyQjEAAKO4AACiBkIyQTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbco&#10;AAI4tGdhbXQAB+/cAACQkWRlc2MAAAAAAAAAGlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAdGV4dAAAAABDb3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJ&#10;bmMuAABYWVogAAAAAAAAtVoAALxnAACSMG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAA&#10;AAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cY&#10;eRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1&#10;OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZY&#10;DVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3Wq&#10;drF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSS&#10;WJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yh&#10;rY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPH&#10;kch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD0&#10;4djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5&#10;lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8&#10;FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0x&#10;iTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2q&#10;Tq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq&#10;82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+&#10;hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBSh&#10;BKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxO&#10;vVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTa&#10;Udte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq&#10;+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4W&#10;UhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFk&#10;MlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItN&#10;ik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmp&#10;aqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWG&#10;K4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FP&#10;olCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PA&#10;ZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n&#10;4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/6&#10;9Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTW&#10;FbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEv&#10;njCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/&#10;SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhl&#10;ZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8N&#10;f/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+Z&#10;GJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPB&#10;tMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/S&#10;v9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq&#10;9wT4Wvmr+vb8Ov17/rv///8AgACAAOW0f81/VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+&#10;kkRhgH9/BR9kgf6AHPy4fnSLeeQPfleJssrbfk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMA&#10;f5aDeB2igOSD3/qjfSWXCOJIfRyUMclYfSWReq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCI&#10;LRwEf8+IEfi/fBeisOCCfBeeyceyfCubFK5FfFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqM&#10;fsSLyfcJe0eudd7ae0SpesYbe12kxKzSe5agZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO&#10;8PWFeqq6Xd1Zep+0SMSnerOui6t8evCpPZHie0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4&#10;ei/GctwNehu/O8Nieie4c6pNemSyNpDfesmscXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHS&#10;yNrxebTKYcJJebjCjak/efC7YY/nelm0znYGet2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9&#10;eWbV08FVeWDM7qhWeZTE4o8Tef69knVLeoa3B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9&#10;sb7NhwV9V6a1hjB9M44ahYR9SHTQhPx9jFprhJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2N&#10;hbmGIaV+hPiFA4zQhGSEKnN9g/SDiFkPg6iDBzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyP&#10;GaQUg/WNE4uJg3WLVnJVgxeJ1Vf/gtiIfDssguuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Kh&#10;gw6VOoo4gqCSoXEpglCQQ1b3ghuOHDo0gi6MlhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWd&#10;pIjugeOaEnALgaOW51YCgXWT/zlTgYaSDBMVgpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofV&#10;gU6hxm79gQmdvFUfgOOaMziJgPOYOBIfgbyMQeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOp&#10;sG4xgJOk7VRcgGWg2DfdgHSeWBFUgQOLt+MpgyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13&#10;gDOsjVPGgAioVjdNgAqjXBCugGyLR+JOgtDYu8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0&#10;zVM8f7qwSDbRf7ylEBAqf/SK7t08kmF8mMdrkHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1&#10;iYh9MjaOiSd+AREyi9Z/3ttGkS2Gy8YFj0KFhLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOC&#10;QDV6iEmCYBAEipiDhtmzkACRJMSdjiKO7a79jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2&#10;h3mHBQ76iVaGu9hHjwibksMujTKYe62Bi4aVl5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKM&#10;HQ4UiCiJhNbpjkqmFcHRjHiiJqwkitSec5XSiWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1O&#10;hyWI/9WnjbGwx8Cbi+KsAKr2ij6nd5S0iNajQX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuI&#10;j9SQjTO7pb+Si2e2BanyicKwppO+iFurpH0KhzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOj&#10;jMvGx76ziwPASakWiV66FJLnh/S0SXxChsyvBGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLS&#10;V737irDK8ahdiQ3D4ZIxh6O9U3udhnq3fGRphYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iT&#10;mUd7IaP2lrh7CY7elGB7JnkVkkV7eGJpkGV7+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD&#10;56MBlZmC/I36k02CS3grkUOB2GF8j3WBmkl+jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHl&#10;lJiK+IzhkluJiXchkF6IVGCDjp6HXkiYjSqGoC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72T&#10;NIu7kXKQ7XYDj4aO/19/jdKNUkexjGaL+yzei8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqE&#10;kNKYqnTsjtmV9F6PjTGToEbui8WRxCw7iyeRvgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqg&#10;jXQBjlOdI124jJ2aJ0ZBizSX9yuuipSXOwfbikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNA&#10;jeWkj10TjDChE0WxirSe0ys6ihKbyAeLiZuFGsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWs&#10;VVx9i9qomUU+ilymQSrZiaic+QdKiQuE7sPilm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwD&#10;i42xE0TVihqsQip8iWmcugcWiJmEy70/pdB6eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7&#10;ZEJTlKJ8Cifzk/N8/QSqk39/pruzpOKDlKkqoVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGC&#10;k7yA2yc0kwuBdQRokgOCmrqIo+uMwqgXoGiLAZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F&#10;6CaOkjiGWwQvkLSC1Ll8oxuV9ab9n6OTepP/nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5&#10;kXeL2QP9j5KCsriWolWfaKYKnumcM5L+m6qZP39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+R&#10;VgPTjpmClrejocipAqU1nlWlFZIumxGha36CmBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOv&#10;jciCfbbLoVeyvaRtneGuHpFsmp2pxn3Kl6Cl0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqC&#10;abYPoP68tqPGnYK3YZDKmj2yXH0slz+tzGkBlI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVx&#10;oK/HLKM8nS3BF5BBmeq7X3yllvC2P2iIlECyElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/55&#10;5Jwpq955tooQp955sneKpBd55mRHoJh6UE/5nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5to&#10;quSBmYl+ptqA4Hb7oxOAY2Oon5uAJk9TnH+AIzl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6J&#10;jYi9pe2IGnYxojCG+2LknryGIE6fm6aFjjjVmSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofM&#10;pTCPhHVQoWiNvWISnfyMUU3omuiLODhBmGqKoh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSX&#10;F3R1oM+UwGFNnUuSsE1Cmj2RKDe/l7iQax51lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPK&#10;oDWb72CqnLKZXEyvmY+XazdNlwqW5R4oll+UWAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yj&#10;Q2ApnDagT0xBmRyeOzb2loCdfR3zlciUQAAokBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7&#10;m9anqUvhmMWl4zawliOi6x3MlU+UJgAzj4+AIqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4av&#10;ukucmHWtHzZ7ld2k1h2nlQmUDQA8jyCAKJ+wuoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51Ebv&#10;pK56ajHroeZ7BxfwonJ7vgAAkSiAAJ6mubaBpI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/&#10;gzFsoN5/wRewoTuAugAAkG6AAJ33uMuJ1Y2as96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6&#10;n+yExBeBoByGBAAAj8uAAJ1ot/OSEIz4sw+P53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOK&#10;LBdcnxyKsAAAjz6AAJzVt0aaaYxismGXpnt7raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+&#10;njaOuAAAjsSAAJw7tr+i7ovZsdGfknr6rQ+cj2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWeP&#10;qAAAjl6AAJvItjaroItwsUSnpXqYrIKkE2kvqAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAA&#10;jgqAAJtKtde0jIsisNSv23pXrAOrq2jpp3moMVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWA&#10;AJrZtYa964rLsHS4g3oOq6Gztmispxuv41ayou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHz&#10;xWN5GIIfv9J4y3IWunx4uWGjtWl46lBxsKd5Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA&#10;5oG2vvN/+HHCuZB/SmFKtG1+4lANr55+xD2tq19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFH&#10;vgiHJ3FeuJ6F3GDbs3WE80+hrp+EWT1SqlqEGSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOO&#10;X3Dpt7yMlWBrsoaLJk86rbKKJT0AqWqJkyj2pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCS&#10;tvCTdGALsbuRlU7orNaQJjzDqJKPaSjXpWOQGxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCa&#10;c1/PsQmYLE6urCaWcTyVp9CVsijCpJaVvBArpOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+i&#10;sG+e306Jq5OdBzx9pzqcrCi4o+CabhBOpAaLBgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol&#10;2E53qwmkGjxvpryi/yizo1ObhRBso0SLGwAAi/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57&#10;qnCrXDyApiCn9SjcosiboBCworiLSAAAi+uAAIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN4&#10;2jUHtQh5WCD2snd5rgfrstl7RQAAifmAAIRiz5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZ&#10;s8x+UCD2sP5+nwhnsOp/5wAAihaAAIRKzoWHxXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGD&#10;gSELr5WD+AjmryiD/gAAii+AAIRGzXyPFnVfx2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEs&#10;rkmJ5AldrZuGVQAAikWAAIQ5zJiWhXVYxniUB2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCP&#10;ewnMrEKGoAAAiliAAIQdy9SeIXVQxaSbGmYov46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0&#10;qxuG5gAAimiAAIP+yyylz3VKxO+iOWY3vsyfO1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+H&#10;JQAAinWAAIPcypqtpnVFxFSpdmZKviimAVbCuD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAA&#10;ioCAAIO+yhK1xXVFw8Ww6mZkvZOs8lbyt6OqZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiA&#10;APKGe0Z5itr3e5x5pcL9e/Z50ap9fFh6HJFwfMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/Bc&#10;eZCE79k6egeD6MFxeoCDBKkVev6CTpAde4WByHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQ&#10;dNdoeKyOUb/XeTeMUaeSecyKn468emmJJXU3exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWf&#10;d4WY074geBqV0aYBeLyTDY1SeW+QpnP1eieOa1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOj&#10;bLyKdy2fb6SFd9ebuYvveJGYRnK+eVqVLFhneheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrsp&#10;dmypKKM1dxmkfoq9d9qgInGYeKecE1dseWuYZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y&#10;/6ITdnqtZIm5d0OoLHCzeBajTlaReNie6znWeWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZ&#10;dfm2dojMdsSwaG/od56q4VXneGSmHDkzeOOh0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/&#10;yIf/dly4928vdziy6FVGeACuLTimeHemTRIld4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIda&#10;got5nW7wgl16S1Vggk97Ajkmgpl70xPfhJ18juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOA&#10;dG2zgSmAQFQegTCAHjfugYOALBJ4gyCApt6EgUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyG&#10;gC6GgVMMgECFjjbngI2E4hE8gbKEc9zngCqYl8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM&#10;3lIIf2SLJDX6f6yJ4RArgHWHwdtgfz2jksYkftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEV&#10;fqOQ8zUhfuKPSg9Af2WKUNoNfoWurcTafiCqJK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmX&#10;CzRefjKVXw57foCJytjzffO56sPIfY60ga3afT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4&#10;fZmbZg3YfcOJXNgQfYXFWcLrfR+/DqzyfMi415ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRug&#10;WA1TfSiJAtdkfTXRF8I8fNDJ56wwfG7CxpWCfDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzo&#10;fK2IutHBjVF2kr21i+t3BqkDiql3fpN+iY54CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8&#10;edA8i/GAx7x8ipmAPqfaiWN/zpJoiFV/fnwfh25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7i&#10;iqmLG7shiV+JnKasiCuIN5EvhzCHDXryhliGE2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+V&#10;dbmxiEmTF6UmhyWQ2o/Nhi6Oz3mxhWyNC2LHhMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhX&#10;h2ycq6POhk6Zno6BhV2WwniEhJiUHmHChAiR0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2m&#10;aqKqhZ6iiI1ohLCe2neCg++bb2DTg1iYXkj7guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGx&#10;hQ+rl4x1hCCnGnang2ai92AXgtKfR0hVglicdS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+0&#10;3ouhg6mvknXegu+qwl9ngmampEfHge2j+S0EgbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorq&#10;g0u4aHU1go6zAF7VggautUdKgZOq1iyXgV6eJghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53&#10;NnL4jwd3810GjZR4y0W5jHJ5pisDjE56jAapjP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJ&#10;je1+T1wcjIh+bUTOi29+mSoni0N++gYsi2yAF7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqE&#10;xlsoi5KEL0PxioGDuiljik2DuQW+igqDJr5vk0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlow&#10;iqiKHEMZiZ6JESiqiWWI5wVfiNeDob1HkmecharPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQ&#10;UkJTiOSOxygIiKCOygUNh9CDarw8kb+mhqnFj6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0Gn&#10;iDyU3yd8h/CUOwTIhvODPLtbkTmwp6jpjyWsX5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mb&#10;lScLh1WYvgSPhjyDFbqkkM+7Aag2jr22AJT5jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3Caq&#10;htaaJARghaaC9roakHzFuqenjm3AA5RbjHi6UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ&#10;4gQ7hS+C3bLDoHp0w6FInYh1To88msd14nxomD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFK&#10;kFl8urGwn2B95qB9nGt9mI58max9Y3uqlyR9UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/&#10;3bC7nkaHDp95m1yF9I2PmJuE+Xq2liCEM2cFk92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8&#10;nVOQMZ5omm2OYIxul7SMtnm3lTCLM2YTkvqJ+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZ&#10;ip12mZOXBItyluKUp3izlGWSc2UxkhuQglC2kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJys&#10;mO6f0Yqpljicvnfgk7yZ5WRjkX2XV0//j4qVPTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+o&#10;wYnolbek/nclkzqhfmO6kP+eZk9ujwqb8TnCjWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lI&#10;lVGtdXaFks6pVmMgkJOly07mjqejSjlZjQChWyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2&#10;VnX3knixomKfkDmtzU56jkyrXTj8jK6mZR++jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EF&#10;oEV1/F5znUp2xUq8mqh3ojVXmL54axtAmWt47AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8&#10;cF3anDl8l0oimZt83jS/l619LRrQmDV9mAAAjGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0f&#10;mzyCiEl5mKOCRDQslrKCKxptlxmCxgAAi2CAAKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmI&#10;q0jLl8WH4TOhldGHeBoTlhqIOAAAineAAKDjptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgs&#10;lv2NvzMmlQKNLxnIlS2M7QAAia+AAKA6piKf3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT&#10;5TK7lDuTiRmElFaQ6gAAiQeAAJ+dpaGo8o9nogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJi&#10;k52aEBlQk6KRHQAAiHyAAJ8WpUOyNI7moaSuEH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6f&#10;dBkmkxCRAQAAiAuAAJ6qpPm73o59oVS3IX2EndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3&#10;krWQ4QAAh7CAAJXxtQhzxIZ9sLh0N3aQrKJ0wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3&#10;rAAAiX6AAJVVtCJ8AYYfr8V7tHY0q557kGWOp7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAA&#10;iMSAAJTVsxmELIWMrsODNHWwqpOCZWT8pqmB2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGA&#10;AJROsh+MU4Tsrc+KwnT7qaSJYGRZpbGIP1LWohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7&#10;sVOUkoRUrQSScHRZqNyQiGOypOmO31JKoUCNhD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec&#10;+YPLrGaaS3PUqDiX1WMvpEGVrVHOoJST5T9mnVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNg&#10;q9WiS3Nop6WfSmLGo62cp1FuoAGajj8bnL+ZeisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yq&#10;eHMmpyym42J4ox+jyVEdn22hjT7OnD2guiramcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLV&#10;ptCu8WIqor+rfFDcnwmpcz6em9SmzSq8mWSc5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0&#10;K1snscp0zEqKrZ51hziTqhR2RiRSqCt2twpYqgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0&#10;sKt6tkpPrG567jhfqNV7QyQ0psd7gQqfqC58YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+A&#10;tUn2q0yAdDgap6yAbCQTpYGAlArfpoOBJgAAhWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mU&#10;qkGGLTfPpp2F1SPypFuGGAsXpQeFUQAAhSmAAIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6M&#10;HDePpayLliPXo1aMPgtKo7mHogAAhPGAAIbfu2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTdd&#10;pNORxiPDomuR6At0opSHvwAAhMKAAIaHut6iX3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyY&#10;qiO6oZiWowucoZSH2QAAhJqAAIZNumKqlXfVtVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOq&#10;oPyYHQvAoLSH8gAAhHuAAIYNuhGzPnfAtPivOWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCY&#10;LQvxoB2IEwAAhGGAAHtuyzFy/W2ZxbZzN19YwH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNv&#10;sE13iQAAgySAAHtoykB6iG2rxMJ6EV9ev2t52VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98&#10;RgAAgyKAAHtyyRKB2W2Xw56A2F9Hvj2AD1BOuQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAA&#10;gyGAAHtwx+iJFG19wnOHnl8XvRGGZ1Alt9SFhUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+A&#10;AHtbxuyQZW1lwXCOgF7+vASM6FACtsKLpUBPsd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5&#10;xiWX5G1UwJqVkF73ux+TjlADtdWR9kBPsO6Q7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSf&#10;dW1Hv+qcs173umCaR1AKtQyYZkBbsCWXXS95rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/&#10;v1uj/V78ucGhLFAWtGGfFEBnr3WeWS+Nq1ac0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGr&#10;k18JuTioW1Aqs8ymM0CFrtekzi+5qrCgRRyzqDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmA&#10;eB90zKIqeOp1r4okebJ2oXFjen93o1eGe094nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx9&#10;5aDLd2V9yojdeEt9zXAueTN95FZbehV9+ToHeu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9G&#10;dgqF/Yd+dwiFEW7zeAaEQlU+ePaDeTj5ecSCxBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGO&#10;TIYRdeaMdm2ydvaKwlQqd/KJITf+eLKHtxKUeIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSu&#10;dOWT+Gx8dgeRaVMjdwuO+jcVd7uM/hGPd3GJP91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+b&#10;tGtYdTWYM1IudkGVDzZCduGSxRC0doSLS9xObuu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpy&#10;dIqfTFFadZSbdTWPdiWZJQ/+db+K0Ntvbm3DHsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2m&#10;tlCvdQmiezT0dYWetQ9qdR+KbNrLbhvOxsVEbynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAK&#10;dI6qSTRjdP2jKA70dJ+KHNYVfw5xtsHlfxByyqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894&#10;CDSagFl5Bw9YgfJ5PNSMfVF8f8CyfXN8eqvOfZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQ&#10;fxJ9cg5BgEh9g9MAe9KHUL8HfAKGQqpBfDOFRJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2C&#10;JQ1MftKBg9FueoaSGL1leryQGaiheveOMJMNe0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4&#10;fY2E/M/zeXKc6bvveaqaC6ctee2XQZGkej+UmHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH&#10;886zeJun0rqzeNSkH6XyeRWgcZByeWqc5npKedaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82u&#10;d/Gy07mweCquTqTqeGWpv49seLmlVHlaeSyhNGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O9&#10;8bjjd6q4oKQQd9yzNY6LeCet63iBeJupCWHEeSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhK&#10;d1HDI6Nfd3e84I3Ld7W2wnfIeCSxL2EgeLCse0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNx&#10;vqCShnJy2owbhdFz7na3hUd1C2BchNx2NUi0hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9z&#10;hQx7G4sHhHV7V3Wqg/l7p19bg5x8CUe6g2h8aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7OD&#10;conZgyyC0nSHgrqCVF5RgmuB80bHgkSBnyv7goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hx&#10;ggCKfHNCgaiJNl01gWuIEkXVgUqHEyssgXiGfgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWS&#10;UXIbgLCQLVw1gISOVEUAgGiMvCp4gISMCQajgOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEc&#10;f+eXWltRf7aUwkREf6GStCnXf7CSEwZEf/6EPb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0Se&#10;uFqSfxibgkOmfvaZIilRfviXQgX2fz+ECL6QgM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnY&#10;fpWiqUMMfnegcCjffl6bggW2fqOD3L4UgHjDwauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCq&#10;c0KTfgenMCh5feabXgWDfiaDurdckVdvsaY1j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDv&#10;ieB2pCaBijt3gQMqiiR5vbZYj+F5U6VDjkd5npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7&#10;mCWyiPp79ALbiIR9abVJjouC6qQMjQKCXZIDi5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6&#10;h86AuAKVhxaAorQsjU2MlaLUi8uLPpC2imqJ6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF&#10;5gJZhdmBlrMFjEuWSaHCisuUOI+ciW+SLXyLiDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIl&#10;hMqBc7IGi4WgH6C+igmdWY6YiKyaj3uSh3mX2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WB&#10;VrE1iumqDp/riXGmlo3AiA+jDXq8htmfnWcFhdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCS&#10;inK0J59AiP6wAo0Jh5arvnoChlanl2ZRhVCj4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+&#10;i568iKq5woxuhzu0xnldhe+v7mW5hOKrwFFEhBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiO&#10;mHNwQYelljxxaXWwlDxyjGK1kmhzt06SkNV05zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14&#10;gIbXlQ543XTkkw15R2HrkTt5xU3Qj6x6UDgZjpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXp&#10;k9uAZXPtkeWAHGEFkB1/8U0Bjph/3zdjjYF/1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseI&#10;DXL2kM2HD2AbjxOGQUw5jZaFlTbAjH6FGxz8jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2&#10;j9yOM19GjhaMs0t+jKWLfTYqi4yKrhyPi9CK4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqV&#10;hl53jVqTaErKi9+RrjWYisWQxxwjivKPkQAAhE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3J&#10;jMOaU0o2i0aYPzUlihaXlBvRiiySzwAAg5WAAKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjESh&#10;ikmmis+fZDS0iZid2RuLiYeSnwAAgv2AAKKKlBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3&#10;imCnSDRSiTCi1xs3iRiSZwAAgoSAAJpSpNtuhIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690&#10;PzBylmV1KBX/mE11KAAAhiB+aZmyo7t3Loq0oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/q&#10;lSp57RWmltR53AAAhQCAAJkLooZ/wYnqn31/XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+&#10;6BVUlXh/CAAAhASAAJhKoWWISokNnmOHRHkYm4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUH&#10;lD6EgAAAgyiAAJd+oHyQ3YhDnXyPQnhHmqGNvWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJ&#10;QAAAgmyAAJbXn7CZq4eXnLmXeneXmd+VV2bJly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAA&#10;gc6AAJZGnxyij4cYnCifz3cVmUSdDWY5loqadFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuA&#10;AJXOnrGrl4adm72oTnaSmNKk+WW2lg6h11Qek5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1&#10;nmK08IY7m2uxKXYimHitRmVBlaqprlO0kyqnDkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRu&#10;AH5Xq3tvF29dqANwL195pMBxS06MobtyaDxBnzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4G&#10;qnp2jm8Apu128l8ao5V3bE4roIN3+zvonfR4jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9&#10;/258pcJ9u16Loml9ok2nn1Z9qDt5nMd9xiczm1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23D&#10;pKuEol3roU2D+U0RnkODgTsAm7SDNibgmjWDLQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GL&#10;tF1BoGKKgUyJnUyJiTqNmsGI7CaUmTGI/w0/mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6&#10;n6GROUwJnIWP0Toymd2O9CZbmD+PWw1CmSeI9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2Y&#10;GEuhm96WXDnjmS6VhiY2l16U3A1KmBGI/AAAgACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tK&#10;mzmdOTmKmJmcrCXzlsuZcg1KlzmI/AAAgACAAIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk&#10;+jlOmB+ixCXIllGZjA1DlqCI9wAAgACAAH9yuf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMB&#10;p5NyeB67ptFywQW9pz9zbQAAgACAAH8zuR91UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3&#10;dR7EpTB3kgYgpSF4xQAAgACAAH75t/F8/nFvs598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65&#10;o7V8oQZyozZ9owAAgACAAH6qtr+EknEFsnGDsGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKC&#10;Fga2oX+B5AAAgACAAH5Mtb+MOHCksXKK4WJbrT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbx&#10;n/qEsQAAgACAAH3wtP6UBnBPsK2SQGIIrHGQl1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE&#10;0gAAgACAAH2ftGmb5nALsBKZtmHGq8mXmVK+p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAA&#10;gACAAH1qs+mj5W/Yr46hUGGQqz2ezVKGpxucqUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACA&#10;AH02s5usR2/QryupVmGEqsGmXVJkpoKj60KQoq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKv&#10;xUhs3mWlwKxttFgdvDlun0nTt+xvlTp1tAFwgSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0&#10;cGXDv7F0i1g6uwR01UnxtoZ1QDqWsnZ1vymNr392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWq&#10;vnJ7RVgmubV6/UnWtSR69zqIsQN7EimerfJ7OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB&#10;+FfnuGqBQkmos9KAzDpmr62AlimcrIqAkBWvrDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfA&#10;t0WHtkl1sqiG2jpRrnOGUSmeq0eGSRXtqq+GkAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6O&#10;VElnsaiNIjpBrWyMXimoqiGMhRYnqViLgwHxouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCklj&#10;sM+TjTo/rJCSwim2qTiTBxZgqC2PIQJHobSBigAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaa&#10;Ojo6q9KZtim3qH2YeRaFp02POgKNoLOBugAAgACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpF&#10;qymgUSnQp8qcRRaopo+PUgK6n/OB2AAAgACAANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmty&#10;o2rrd4p0G1IFeKB1gjZ6eaB2wBICenl2rde3b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnH&#10;dg56UVDrdzR61jVoeCF7PhDOeMJ6rdXibYSDHcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKA&#10;nE/ZdeWASjRsdrx/7w/Ad0F/ItQZa+qOSr/VbY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7M&#10;dLSF4jOAdXKE2w7WdfODMNJ6apSZb747bECWzKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SL&#10;qDKldEeKGA4OdNSGqNEmaYqknbzrazihI6gCbM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHg&#10;cz+Pzg1lc+OJDtAVaLmv1Lvdameriqbra/mnK5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqW&#10;FAzZcxuIsM9HaB+7FbsQacu2AaYMa1Oww5BebNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxn&#10;cnmIYs65Z7zGYLqAaWHAfaVhatq6Y4+cbE20YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeI&#10;JcpaeeRri7d9emRtS6PBeuZu648Ce2hwdHlVe+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jp&#10;d+h2PLZXeJF25KKkeS13g43secR4InhCel14ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA&#10;5LSuduaAh6Ecd5WALIxzeEN/6HbyePV/uWCFea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerML&#10;dWuKM594dieI8osDduSHxHWid66Gv19feHiF0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT&#10;9p4EdPCR2YmXdbePzXRldomN4V5Id2aMLUbteCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zO&#10;c/Ka3ohodL6X9HNKdZeVM11LdnSSrkYbdzSQiyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj&#10;+Ydoc+6gM3JddM+crFx9dbGZdkVqdmmW0SssdoeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaO&#10;c0Sok3GHdCakTVu9dRGgjETOdcmdwCqudceaIwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6x&#10;HnDVc5msK1sedISoCEQ7dTulECoqdSOcggc7dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8&#10;gblxTVpwgbhy2UOAgd10RykEgoF1UwU8g7t2jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ3&#10;3VlwgFB4pkKTgHh5WigugPx5yATIggx60rkcfw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5&#10;fvh+jUG6fyd+kiduf45+fARigJF+kre8fZSI1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyE&#10;mEDMff+D9iaofkSDhAQJf0iB1LZtfFmS4aULfFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+&#10;fPSJkCX/fRiJBgO+fi+CiLVVe2KdDKPze16ao5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmP&#10;dSVofA+PAAN+fUGCXLR1ep6nSaMNep2kJpC8epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTs&#10;eyqUIANJfH2CObPMeguxoKJYegytxo/4ef+pr3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqY&#10;UgMee92CHLNceae8IKHSeae3mI9WeY2yvnwUeYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8&#10;e16CBKzYi71p2pz5ioBru4v9iX5tcHnAiKlvCGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3&#10;JKvzigJzZZwHiPh0VYruiAx1Mni5hz92CGVxho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7Farw&#10;iGp825rVh3t8+YnZhph9C3edhdp9IWRxhTR9RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaG&#10;Wpmkhg+Ft4iQhT6FAHaLhIaEU2N5g+2Dw09cg3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iY&#10;hOCOioeDhBeNInVig2eLtmJvgtaKZE5rgnWJSjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qX&#10;foaBgzCVXHRvgoCTM2GMgfGRME2qgYaPeDhFgUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWt&#10;gnadrHOZgcKaymDEgTeYJk0AgM2V8jfHgHaUuh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geem&#10;JnLhgSaijGASgJefVkxTgDmc2Tc3f9+btR34f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8&#10;gKmqoF98gBCm70vXf6+kejbNf1iheR2efw2UBwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANu&#10;alyNjrBv9kkPjZ1xdDPWjRByshmHjqJy9gAAgxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvE&#10;jVh1+UhVjEV22TMoi613ihj9jQB3gwAAgaF+H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18&#10;GEeOiwF8XzJ+imN8kRh+i3x8bAAAgFqAAJwZkLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbO&#10;idOCCTHliTCBzRgRihKB2QAAgACAAJsmj4SNLIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H&#10;3DFZiBeHUBewiMaHWAAAgACAAJpSjqCWUYs/jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDL&#10;hymNTRdJh6yMBQAAgACAAJmkje+fgoqHjFqdMHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT&#10;9Bb/hrKPjQAAgACAAJkcjWiozIn1i9il6XncikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+&#10;heGPYQAAgACAAJi9jQiyVomEi3uu8XlWidyrOWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiP&#10;KAAAgACAAJDYnuFozILXnExqjXPfmgJsNGPEl+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAA&#10;gAB90JBAnY1xY4JImxByUXM8mMNzOmMmlqN0IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACA&#10;AI+YnCF52YF1mbp6EnJ9l216TWJglVN6lVE9k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7P&#10;msyCPYCSmG6B23GEli2BeWGQlBOBJlB7kjeA6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSK&#10;qH/Gl1mJuXC0lR2Ix2C0kweH3k/WkRyHDD2bj6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38X&#10;lniRy3ABlDyQQGAKkh+Ouk8zkDONYD0ljp+MaikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z&#10;+G+Ck4mX1F96kWCVuU6ej3WT8TyljeKSzSjPjNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28A&#10;kwOfk172kM2c8U4djtya1DwmjU+Z3ChrjDiYGg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6Rkpqn&#10;qF6CkFakkU20jluiUTvPjMag9Sgfi6+bIQ8ci/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFji&#10;oHhs/kiLng5ucjaynDVvtyJem+NwWghYna9wIAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydz&#10;FkgwnKtz/jZnmsN0yyIrmkd1HgiAm3R1MQAAgACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUew&#10;m1R5oDYAmWd5/iHrmMx6FQidmWd6pwAAgACAAIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/&#10;aTWLmCl/XyGhl3V/WAiul4t/kwAAgACAAIFkpCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUb&#10;lw+FAiFalkKFFAi8ld+D0QAAgACAAIDYo0uQX3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK&#10;8SErlSSLYgjMlGCF8wAAgACAAIBtopCYh3L3n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEV&#10;lB6Q6Ajikw6GAgAAgACAAIAUohSg03LDnxueuWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+V&#10;fwjokgCGBgAAgACAAH/RobypXHJ9nrem7GQum6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjj&#10;kTuGAgAAgACAAHa0s8Fnf2n1sDhpCFyArOVqjE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpw&#10;AgAAgACAAHZastBvUmnKryhwHVxXq6Zw+U35qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAA&#10;gACAAHYMsXx26Glgrdh3G1wCqkd3YE2gput3wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACA&#10;AHWssB1+XWjprH1+Flt3qPN93U00pZR9wz3Hopl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVE&#10;rvSF4Wh/q1iFLlsFp8+Eh0y3pG2D8z1yoWSDjyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhON&#10;imgoqnWMclqvpuOLWExfo3mKWD0eoGiJmixfnhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfm&#10;qcGTylpupiOSQ0wYoq2Q3jzUn5qP7iwwnTuQBxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2b&#10;O1oypYaZVkvYogaXozyUnuyWtSvrnJOWdhi7m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVou&#10;pPyg0Eu4oV2eyTx7nimd8yvrm76bkxjRmvKQyAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5Zp&#10;cEMjtAVqxjQqsOhr9CMfrz5sog4hsUhr4wAAnwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENF&#10;sndwbjRbry5xMSNzrUpxnA61ruhw5gAAncB4KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12&#10;GTRRrZB2fCORq4h2rg8crMh2JgAAnIl8IgAAgACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQt&#10;rBR78COTqfJ7+A9nquJ72AAAm2h/oQAAgACAAGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreB&#10;miOUqIWBng+pqTCBrgAAmmyAAAAAgACAAGlOuTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOd&#10;pzqHwA/mp6uGuAAAmZCAAAAAgACAAGkpuH+R/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKO&#10;RRAiplmK6QAAmN+AAAAAgACAAGkNt/OZWV0Xs56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/&#10;pVmK/AAAmEiAAAAAgACAAGj6t4+g610jsxOfSVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOL&#10;DAAAl7KAAAAAgACAAM1QbG1mRLnnbjBodaXTb9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGt&#10;dqlz1g3HeDFztstcae5xVLhYa+dyZ6RtbbZzd4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4&#10;VQzmdnR35cmIZ8l8YLaRadx8XKLha8t8X44mbZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwh&#10;dO58g8e7ZeKHULTCaAqGUKEbaguFYIyaa/KEh3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uA&#10;uMYYZEaSNLMpZnyQVJ+DaI2OfosPaoOMu3XXbG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTF&#10;YwCdIbHdZT+acJ44Z1WXtYnKaVOVCnSma0eShV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2o&#10;E7DUZECkl50qZlWg+oi7aFSda3OpalKaE13IbDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbAN&#10;Y3+uxJxTZY2qTIfbZ4Wl23LKaYShuFz/a22eBUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq4&#10;55uyZPizk4clZuKuTnIXaNqpc1xdasKlPkWLbDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvpps&#10;dnFp74a+d1pr/XIPeEJt+1xaeSxv7kVTeg9xuysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVy&#10;cIW2dXZzmHEOdnN0vVtqd3F130R2eF125Co4eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/&#10;c7Z7Qm/BdM97lVpEdeR77ENzdtZ8MilYd058PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC&#10;/m54c0+CgFkndHiCDkKFdW6BnyiRdbeBLgYPeIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321G&#10;cfeJhFgaczSIUkGodC2HOyfedESGeQW0d2SDbLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQ&#10;r1cpchaOt0DicxONEic+cvuMVgVndt6Dp7aCapukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZg&#10;cS6VVkA+ch+TOCa8cd6SIwUnd0qDfLXLad+ul6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6c&#10;Nz+mcV2Z8yZJcOqW4gT0d6GDWbVWaWK5JKO4asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8Y&#10;cK6hDSXHcBWZiwTKd+eDPbBwfP9krKBNfR1nHY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVx&#10;DyQAf6tyJgH3gWd0Aa9TetFuoJ8zeydwE43fe3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSND&#10;fcl2nwG2f654ca4deNV4kZ3geU15GYy+ebZ5kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7&#10;VAF9fit8V6y4dxCCZ5xzd5iCJYs3eBaBz3j6eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFL&#10;fdF/uqtmdZeMQJsgdiqLQInldrSKJXexdz+JAGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiA&#10;w6pPdGmWMpoJdQOUeIjRdZGSlnakdiOQqWOhdsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lw&#10;c3igL5kldBedvofqdKObFnXBdTWYZWLMddqV4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGq&#10;OZhzc2KnFocrc+ijrHT/dHKgOWIOdRidE04rdceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfw&#10;cuKwioaPc1usYnRac9eoOGFzdHakgU2ldSKhsDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZm&#10;iYOXhJxownI/hEdq0V+4hAtsykvxg/JurDaBhCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKA&#10;guhwbXE1gp9xvl7DgmtzBEsXglp0OzXAgn11OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4&#10;K3ASgQN4wF3AgN55VUo4gNd55DUFgPN6Txs3gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28T&#10;f3l/3lzbf2R/wkmAf2Z/rTR4f35/lBrKf+F/VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuH&#10;HVvWfh6GSkiRfjKFmTOyfkKFDRo5flmFDAAAgACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1&#10;fQ6M+EfXfRmLsTMcfSSK3RnHfPuKZgAAgACAAJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6T&#10;yUc0fDiSCjKlfCuRJhlxe8eO2QAAgACAAJvle/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaP&#10;e4OYwzIfe22X+RkgesSQ/QAAgACAAJt9e3+vn4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCg&#10;GjGvesadnxi4efKQtwAAgACAAJTRjwxjkobyjZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52&#10;iilvRxPIjJtvFAAAgAB6QJQQjS1seoYri/dt/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10&#10;HhNiin1zrAAAgAB9tpMxi191R4Ucik12DnYYiUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMD&#10;iH94mgAAgACAAJIsibh9+4QLiLJ+JHTyh8F+NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+&#10;BgAAgACAAJEwiEyGzIMPh1OGV3P8hmuFw2P1hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAA&#10;gACAAJBXhzuPvoJUhkqOsnNDhWCNd2MihIWMJ1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACA&#10;AI+ohmKYtYGahXiXF3KFhImVOWJng6mTRlFtgvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8g&#10;hbyhvoEJhNmflnHpg+GdG2HMgvSai1DVgjeYWj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq&#10;94CXhGWoV3Fjg2KlRWE/gmKiIVBYgZefmD5WgQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpp&#10;lphlWWxElONneFzhk2RpckxJkg9rTTo2kSBs9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9t&#10;AmuZk2luZ1xFkdtvv0u8kHtxBjm+j4FyJyV4j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrS&#10;kdl1ZFt7kFF2HksMjvV21Dkujfp3dCUOjdR3uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18&#10;c1qmjtp8l0pLjYx8wDiRjJR85SScjFh85gsBjLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnG&#10;jZqDMUmojEGCyTgFi1GChyQ4iv6CZwrtivGB7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ&#10;60kGiy6I/TeciiWIWyPricCIawrZiWeGFAAAgACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhr&#10;ik2PaDcUiUKOmCOeiLKOxgrGiB2HSQAAgACAAIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOW&#10;GjaPiIyVayM0h+mUFQq2hxCHPgAAgACAAIJaj2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8&#10;h+WccCLuhzmXngqVhkaHKAAAgACAAHqQoqVicG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5r&#10;wxyBmcFsPwPfmKFsvgAAgAB/0Hn8oUFqe22gnsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxm&#10;l89xBwQglhBx0gAAgACAAHlrn6JyWGzunUJzIV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1&#10;+wRSk8V3TQAAgACAAHjEnhB6HWwym7t6YV7NmXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0&#10;kcB8TAAAgACAAHgbnL+B72uImnKBuV4emDWBdk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2A&#10;nQAAgACAAHeGm7qJ32r6mXOJOF2TlzCIdU86lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAA&#10;gACAAHcRmt2R12qAmJ6QxF0VlliPhk66lCuOSD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACA&#10;AHazmkWZ62pLmAaYg1zdla6Wy05zk2GVDD8ekWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZr&#10;mdaiK2oCl42ge1yLlSeeXE4cksycRD7SkMSbGS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlh&#10;k2IDql1jklU6p7dlg0dppTtnVzhNox1o9yc2ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6&#10;qRtqj1T9pkZr4UdAo6BtKjg3oWBuUyc/oDFvGxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nx&#10;c1SYpLRyN0beogNzATftn7lzuicbnnJ0LhKSoBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9&#10;oyx4nEZqoHp47zeJnjN5QSbdnNx5bBKXnjJ49QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/&#10;K0XjnyZ/BDcxnNB+9Cadm3B+8hKSnIZ+4wAAkuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWF&#10;nguFUDbYm6uE5SZvmiiE1RKSmwOEuAAAkcaAAAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6L&#10;uzaGmryLGyY7mSWLShKlmaiJoQAAkNuAAAAAgACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZA&#10;mfSRsyXpmGGRvBKCmK2MgwAAkCeAAAAAgACAAGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReY&#10;zyX8l2qW5xKql6mMngALj4qACAAAgACAAGGzuHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRyS&#10;rURnuAhcrqRnawAAk1hy2AAAgACAAGEwt5Fn21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwps&#10;ugjxrAlsaQAAkhd3bgAAgACAAGDqtgtu7FV3sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlc&#10;qaVxnQAAkOF7gAAAgACAAGCqtGR12FUlsRp2GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3&#10;OAAAj79/FgAAgACAAGBosvV80lTpr6x8v0i+rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAA&#10;jsGAAAAAgACAAGAusdqD8VTHroGDl0ijqySDKjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOA&#10;AAAAgACAAF/9sPyLFFS1rY2KfUiYqh+JvDuLpuGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAA&#10;gACAAF/ZsFeSRlSyrMuRfkiYqUiQdjuFpfmPiS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACA&#10;AF/Br92ZoFS7rCyYvUijqJGXgTuHpTSWhC1Som2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMET&#10;ZxVf7a7TaTlitJvtaz5lYIgibSRn7nNpbvhqaV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq&#10;0a1LZopshZqOaL9uLIboatJvy3JGbM9xYFyobrFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uG&#10;ZCB2TpkHZn1284VzaLN3pXD4atJ4XFuBbNB5EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWA&#10;D5dDZGx/yIPuZsF/jW+XaQF/aVpSaxh/TUPPbL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWy&#10;YqaItYJpZQyHl25SZ2KGjlk1aZCFp0LnazmEzSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2R&#10;tYExY6KPtm0tZgON1Fg8aDeMHUIaaeOKoCjlaX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAx&#10;YnCX3mw9ZN6VMVdqZxqSwEFxaLuQryhgaBePygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXag&#10;CGtuY+ecmVatZiyZj0DWZ8mXJyfsZuKVIgdEc7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrP&#10;Yx2kA1YfZWCgfkBNZvCeHyduZciZXwcYdAOEzLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p&#10;7VXpdYFsTT+8dqRudyYCd1pv/AQyewlxErHCbCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UO&#10;c3hyMj74dKBzmiVXdQ90eAPheXJ1ybAxabVz9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4&#10;Lj3+csl43CSHcuZ5JgOZeet6Rq6SZ4J+H54maWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0c&#10;cRd+PCPScOF+EANbelN+K60QZZ+IR5yzZ5iHi4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KD&#10;xyMwbwaDUwMmeq2BgqvWZBiSfZuAZh+Q/IpBZ/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKg&#10;bV2JHwL6evmCA6rcYtyctZqJZOyacolLZsuX/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO&#10;3ALVezeB6qojYeym7ZnMY/6j6YiEZdmgqHZWZ5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3&#10;e2qB1qmtYUWxH5lGY1StW4foZSKpTXWxZtylRWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OB&#10;xaWkdxVew5Z6d69huoY0eFxkdHSneRRm+2HwedNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4&#10;dHlojZVadVRqjoUBdiVsaXOLdvZuJ2Dud8tv1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdy&#10;UJQCcx9zboPkdA50dHJodPh1Zl/sdeB2U0xGdsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KN&#10;cRd8T4JYch98jHEZcx58uV64dCV86Us8dR59GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qF&#10;O4EIcHWEt2/UcYOEH120cpSDkEpVc5+DFzV8dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4&#10;bxOM927NcCyLnVy9cUWKVUmNckyJNjTbcvKIYxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6V&#10;P23wbwuTJ1vucC6RNEjccTePiDRZccWOcRuQcF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01&#10;bh2avFs2b0KYK0gwcFKWGTPRcNSVHxs6bzWRegAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+i&#10;a1qlbn2fTUe1b4qdAzNWb/+beBrEbkeSGQAAgACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljY&#10;f9do1UXGgC5rDTDlgL5s3ha1gj1tNAAAgAB2XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu&#10;/kT7fkFwjzA5fr1xyRY2f7NxuwAAgAB6Z5Y5etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQv&#10;fHB2KS+XfNt22BXFfUh2hQAAgAB985UFeMR554a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB7&#10;3C8Jext8ChVmex17pgAAgACAAJPTdweDDoWud3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5X&#10;eZKBdhTpeU2BUwAAgACAAJLUdaSMS4SpdiaLh3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCH&#10;LRSBd8aGpgAAgACAAJIHdIKViYPbdQyUI3S3dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5&#10;dn6LFgAAgACAAJFqc6CezIM3dDCcynQLdJ6aeGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeN&#10;fgAAgACAAJD9cv2oHIK6c4+linN9c/Sik2NVdFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAA&#10;gACAAIssiH5d8H4Rh61gx2/Thx1jamBHhrhl2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB5&#10;04pRhjRmrX06haRotW7shS1qml9zhM5sYk66hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIle&#10;hAdvU3wdg6Rwo23tg0Jx2153gvNy+k3fgrt0CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR3&#10;6Hr6gcV4l2y4gXh5Kl2EgTJ5qE0AgQ16HjsjgQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9&#10;gBuAo2vCf9+AllyLf6aAbkxnf3uASTqof32ALSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI&#10;02sCfpuII1vCfl6HVkuNfjeGlzn9fiyGCSZRfiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpH&#10;fY2Pt1sNfU6OUErcfSmNDzlmfRaMLCX1fOOMOgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeX&#10;X1p5fG+VYkpJfEaTsjjTfDSSsSWCe+aSSgzLfCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2&#10;e7ycsUnWe4earDh2e2uZ4CUmewyXIwyKe1+IegAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNl&#10;B0W+jcNnOTQfjXJpGx/SjlZqFwZOjplqFAAAgAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2&#10;i9xs5TO1i31uRR+OjCdu4AZqi/Zu8AAAgAB/3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1y&#10;ozMuialzhh82iiNzzAZ3iZ90KwAAgACAAHvJi+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKj&#10;h/Z45x7diEZ47QZ8h5J5vwAAgACAAHrpikp+BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+&#10;dx6dhox+YwaMhcZ+rwAAgACAAHoiiPqGRG25iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5u&#10;hPmEOwaRhDyC2wAAgACAAHmDh/SOjG06hxqNzl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OK&#10;iQaLgvOEbAAAgACAAHkEhyqW3Wy5hlSVsV9dhVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJ&#10;geWEawAAgACAAHiihpKfTWxShb6dy17qhLibxlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSE&#10;YwAAgACAAHGvm9hcsmXxmfdfQlk7mGBhtEtOlvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAA&#10;gAB/SnD3mg5kjGVnmEdmb1i0lqJoQErhlSNp+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACA&#10;AHBPmBNsQmSilmptjlgOlMtuzEo/k01v+zs0khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+T&#10;ljFz42PRlJZ0rVcrkwd1ZUmNkY92EjqZkFt2qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7&#10;kGMXkwx74lZxkYJ8HUjQkAl8QzoSjs98Zyl1jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8&#10;kdaDPlXckEiC+0g7jsqCoTmEjYaCVikwjL6CNxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWK&#10;oVVUj0WJ5Eezjb+JFTkGjHaIdijPi52IURV1i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUS&#10;jnmRAUdpjNOPsTi8i3SO0yhwip6PBBUZiseMoAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSY&#10;X0cQjCCWsThyirGV0Sg5icWVJxT8icmOMAEnhgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCr&#10;oFtijTHynwVkaCDnnxNligv7obtlGgAAjZRt0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnnto&#10;VjHSnP9pvyDznNVqigxPnvpp/QAAi/tyzAAAgACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/&#10;mxFvGiDQmsFvlQx9nGxvBgAAint3ogAAgACAAGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0&#10;jSCQmN50wwyOmhl0VQAAiRR75QAAgACAAGMOn2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBN&#10;ly16MQyOmAF6KgAAh9F/nAAAgACAAGKQniyAVldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/&#10;+AyVlh6AEQAAhrSAAAAAgACAAGImnS2Hv1cZmxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAys&#10;lHSFDQAAhc6AAAAAgACAAGHVnF6PK1bMmkqOm0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWI&#10;egAAhSGAAAAAgACAAGGVm8uWzVa/ma6WJErFl2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAA&#10;hJyAAAAAgACAAFkjsa1aZE4ar1JcjUJkrRleqjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx&#10;/QAAgACAAFhwsGdhfU26reJjG0Ijq2pkuTV/qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAA&#10;gACAAFgIrpJoaE1KrAtpkEHQqYlqtDU4pzhrzicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACA&#10;AFeurKdvOkzfqiZv/UFXp6hwuTTnpVVxbSbfo7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdS&#10;qv12HEyKqIJ2ikEEpf926jSKo6Z3Mya6ofV3bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19&#10;I0xQpyp9SkDVpJ19TjReojd9PyaSoHR9MxYboJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwp&#10;phKEFkC5o3WDxzRBoQKDbCZ0nzSDRxYdny2DhwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK&#10;/UCqooOKZzQyn/6JzyZdniGJyhX/nhGJNgVNmauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCn&#10;obqRVTQunyOQpCZnnS+QmRYmnPaN5AVqmHCDqQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9g&#10;N3+GaHFjTGveap9mRlcobK5pJUEqbmJrzyfrbtpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5L&#10;Za5rEGq6aA1tKFYeakBvLkA1a/xxBicYbBJyXgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZy&#10;zmluZax0DVT7Z/51Qz8+abt2ViZRaWV3CgYXdbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gU&#10;Y397AVPUZep7az5OZ6h7xCWXZt176wXVdiR8mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyC&#10;CFLIZBGBrz12ZcqBWCTyZISBEQWddoOAbaxSU3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHn&#10;YnCICjy+ZCWHGSRiYnWGnQVudtODpqstUc+Y1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSO&#10;hTwpYriNDCPwYMiMogVGdxaDkapQUISjNpoeVBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjuc&#10;YYqTViOOX2yR7AUmd0yDe6nBT5itdZmSUzSpoIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+a&#10;BSMiXkWWHgUNd3eDaqgXaNtZSZhjaqlcr4fPbGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDo&#10;cvFszAFMfc9u86aBZYhjd5c0Z6Vl5Ia9aZpoMXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJx&#10;TAEufgFzx6TeYohtjpV/ZNlvDoU3ZvtweHO4aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEU&#10;fi14ZaM0X9d3iJPVYlB4MIOWZJR4x3JfZrh5UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8&#10;ZqGoXX+BfZJgYBmBXYItYnyBJnD+ZLiA4l7oZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBj&#10;W5CLe5ErXkKKloEJYLiJkm/pYwmIg13mZUCHgkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmV&#10;dJAyXLyTzIAaXz6R+28GYZuQJF0RY+KOb0oTZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9z&#10;W4ic939ZXg2aW25KYGyXv1xaYriVYUloZLmTaTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWm&#10;DH7DXSOip22yX3ufTlvQYcScWEj1Y8KaBzTDZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1n&#10;cvFfkGy8dBtijFrhdURlZEfBdmdoEzLyd2hqYBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFn&#10;aWujcYxpoVnlctFrvkbmdAdtujI4dPVvYBjSdMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqF&#10;byZwxljucINyKEYYcclzdDGZcqV0fBhjciZ0kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3&#10;+Ve+bmx4o0UWb8J5QTDHcIl5txfKb+x5jAAAgAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbG&#10;bIh/LEQ5be1/KDAabp5/HhdSbgZ+8AAAgACAAJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2F&#10;zEN/bE6FKy+IbOeEvxbpbHKEwAAAgACAAJOPYmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULW&#10;avSLVi8Va2qKrBadayOJxwAAgACAAJLeYS6biYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKR&#10;si6Tai6RJRZWahWN5QAAgACAAJJmYE2k84QuYl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4i&#10;aRiXYBXlaUyOzgAAgACAAI58eOdYsYEneVJcCXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVp&#10;WxDeflBpYAAAgAB2CY1SdeFhuoAQdplkQHGcd1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCI&#10;e4Vt9gAAgAB6H4wdcxtqtX69dAlseXB7dONuHWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRBy&#10;ywAAgAB9tYrVcJNzsn1rcah0wG8pcqF1rV/oc412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAA&#10;gACAAImTbmt8rnxQb5l9Fm4LcKl9V164caV9ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACA&#10;AIiJbKSFtntHbeOFem0Obv+FDF3HcAmEgk1/cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIey&#10;ayyOunp1bHmN3mxBbZyMw10CbquLkUzGb7CKeztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKX&#10;uXnNa1iWRGuVbHyUgVxdbYmSqUwjbo6RDzqqb1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lP&#10;an+etGsKa56cUVvQbKGZ3kunbZ2X0jpFbl+WricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhb&#10;l2fGgVpeoVjsgX1hd0jBgbhkGzcDgidmcSLRgx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bU&#10;fu1ltVgXfx5n50gLf2Bp8jZwf8pruSJngIRsyQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds&#10;2FcZfNxuZkcyfS1v2DW+fZZxEyHmfhhxtgjFf4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYu&#10;ert090ZbeyB10zUXe4d2iCF0e9R20AiyfXB3CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7&#10;mUW0eT974TSLeal8GyEZecB8IAiqe6F8lgAAgACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETl&#10;d6yCEDPyeAKB3yCfd+OB1QiDeh+BXAAAgACAAHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliI&#10;XTNcdqCH2SBKdjuIDwhyeNiFVQAAgACAAHsxc1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLL&#10;dXqOKx/cdOCODQhjd86FqwAAgACAAHq+cnicfG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqV&#10;Eh+Bc7aS1ggsdwqFhgAAgACAAHVOirdX2mmAifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/&#10;ivll8wH1ihRnGAAAgAB8X3RYiBtf52izh5liU1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBq&#10;uwIsh2xr+gAAgAB/g3NqhZFn52eshT5ps1sLhOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJO&#10;hRNxNgAAgACAAHJwgz9v32ahgwhxGVn2gsdyOExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2&#10;zQAAgACAAHF9gUJ34GW5gR14kVkOgOp5IktdgLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAA&#10;gACAAHCmf5B/8mTvf3+AI1hSf1WAJ0q1fyGADDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACA&#10;AG/2fjmIC2RhfjqHxlfPfg2HPUorfcqGlDtyfZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9p&#10;fSaQJGPXfS+PcldFfQCOZ0mqfLWNPDr1fHyMYCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOY&#10;S2NqfGCXQlbTfCyVv0k7e9aUIjqXe42TEipbe0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Q&#10;k0hZ91GuklVcxURRkZVfYjV5kSVhsCRykaJjVQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg&#10;/VEJkCFjOEPMj1FlTjUXjsxnHyQ+jxxoWw9pkW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQ&#10;jedprUMcjRtrPTSNjJFslSPijMJtbg9ejoJs6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lw&#10;KkJliwVxPDPsioByICNviphynQ83i89yDgAAgrx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGe&#10;iS53UDNmiJ93yCMDiKJ3/Q8MiVN3lAAAgU585QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599&#10;jTLehwR9mSLZhsx9ow8LhxJ9tQAAgBuAAAAAgACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJa&#10;hbCDiiKAhViDiQ8zhSGDRwAAgACAAAAAgACAAGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJ&#10;sCI2hAaKAQ7lg6CH8gAAgACAAAAAgACAAGN8hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiIC&#10;gu2QKg7bgl2KCwAAgACAAAAAgACAAFzgnvFV31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81g&#10;uAaEnEphBAAAg6NtSQAAgACAAFwGnN1dHVGsm1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbf&#10;mN1l4wAAghByMQAAgACAAFtfmoVkQ1D1mRtl/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq&#10;5AAAgJd3FAAAgACAAFq2mEBrWlA4ludsnkTRlZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAA&#10;gAB7ZQAAgACAAFoMlkxygU+SlQRzW0Qwk7d0HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/&#10;LgAAgACAAFlzlLd5yE8Gk316Q0Oxki56lTdRkOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAA&#10;gACAAFjwk2uBE06Wkj6BO0NMkOqBIzbtj5eA7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACA&#10;AFiIklyIYE4vkTqIO0Lnj+aHxDaQjoaHNijcjX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3&#10;kY6P5U4JkHKPo0LDjxWOzjZvjZCN2yjijFeNwhj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFU&#10;TUZiqJhW0jtNpw1ZPS7speRbaSCGpdlc9w6XqKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXE&#10;psxdNzq/pR5fMi6Fo8Fg9yBbo21iKw7HpbJiBwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZj&#10;jjpBoutlGC4RoX5meSAToQdnVg7RouFnCgAAmt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmk&#10;oLZrAS2hn0lsAB/Anr9skQ7GoD9sKAAAmHdvKwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVx&#10;ES0rnUxxpB+MnKVx9g7AndlxjgA1lgB1CQAAgACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzr&#10;m553kR9Ymtd3nA7Ym6l3XgBxk9p6VAAAgACAAAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9&#10;nh8mmV19jA7RmeV9tQCwkgl+zgAAgACAAAAAgACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8K&#10;mBKD5A6qmHeDewC1kJmAewAAgACAAAAAgACAAEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOK&#10;rw7Zlx6IRADdj2eAlgAAgACAAAAAgACAAKnOWupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1Dh&#10;aBVllTvCad1ooyMlaXBq6QPneWdsy6fCVqNeIJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJr&#10;jTrTZudt0CJlZdhvbAPIeZxxZ6XcUsxojZZHVlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnl&#10;ZBhzFSGxYrF0GQOtecp2YqP5T1Ny3ZR6UyBz2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4&#10;eCEKYAR4+QOVefJ69aIyTEB9HZLgUEh9RIK+U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6&#10;Xcl+HQOBehR+36CwSaSHWZGLTd2GsIGRUbmF/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SD&#10;oANwejCCK592R3GRipB4S9OQDYCeT8+Oh2/EU3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNi&#10;ekiCSZ6ERaybpI+jSi6ZTH/gTj+W8G8aUf+Uq11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyC&#10;Qp3iRF+lho8PSPCiSX9VTQmfFW6bUM6cFlzrVFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2H&#10;YiZTgI6kZGVXWH72ZpVbBm46aLdeiFxhasVh5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBd&#10;dI1eYLFgZH3aYydjNW1CZX5l5luEZ7dod0iSabZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYue&#10;XUNpZnxPX/VrXGvMYn5tPFo8ZOJvCUd3ZvtwvDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJy&#10;X3quXQNzh2p4X7Z0nVkIYkV1p0Z1ZHF2pDJhZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJ&#10;Wmp7vWkeXT58ClgCX+p8VkWOYih8pDGtYxt85RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD&#10;+mgVWyWDglcMXeODEkTVYCSCuTEaYPSCgRlIYaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/&#10;WVqK8lZCXCuJ1EQrXm6I5jCpXxSIUhj8YE2ISQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uS&#10;UlWdWreQk0OMXPqPLTAsXXiOfBi5XzmM7QAAgACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUl&#10;WYiXSUMsW8aVjS/JXBOU+xhZXmaQdgAAgACAAJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNh&#10;eEGscZhkgC11cqVnCRPRc8ZnxwAAgABx5I/KZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDY&#10;bq5qGizHb5JsAhNhcOdsUgAAgAB2lY5LYipmIIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tv&#10;xSw5bKVxFRMSbl1xDwAAgAB6s4y3Xuhvbn9TYWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtx&#10;aet2RRKSbEd2DAAAgAB+R4tFXAx4uH3yXrV5aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7&#10;nRI0anp7bwAAgACAAIoRWaCCCHzSXGqCB26iXvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHm&#10;aPeBOwAAgACAAIkZV5mLT3vnWn2Knm3FXRiJvF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CG&#10;QwAAgACAAIhcVfaUgnsxWO2TJ20RW5WRjl3sXgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAA&#10;gACAAIfZVLqdmXqqV72bn2yCWmeZVl1eXNKXCE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACA&#10;AIUwcZJTQHhqcpZW82qlc7NaeFuldNhdyUtedfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPH&#10;bdJcDnc3bzBfA2mBcIRhzlqlcc1kc0qCcwZm7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k&#10;3XXSbAFnF2hYbYNpMlmNbu5rKUmYcEBs/zgjcV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRw&#10;aQxvN2cAarZwoViVbEBx8ki9ba5zIjd9bsx0KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3&#10;Y2XcaD54Ildgad14wUfPa1p5VDakbHh50yNtbDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTc&#10;Zht/rVZwZ9B/o0b0aVR/mDYGal9/mCL3acp/owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyH&#10;NFWuZg2GhkY9Z5iF6zVwaJOFgiKkZ6SFigrLbs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UM&#10;ZJSNa0WfZh6MUDTUZwqLpSIuZdiL6QqzbeqHPAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SU&#10;YUUpZOWS1jR4Zb6SGyHJZGKRUQprbmSHCwAAgACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJH&#10;fGhgHzD/fUFirhzifmxkIwSEgOlk7QAAgAB5IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l&#10;5jB0ekdn6hyIewVo8QSbfilpsgAAgAB8wHZ9cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/F&#10;d31tNRwQd8tt1gSce8VuuQAAgAB/73VEcAVr32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9y&#10;lhumdLpy4gSfebF0KAAAgACAAHQTbVd0N2hLbrB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtY&#10;ce54IgSteBl5swAAgACAAHMOaxh8nmdvbI99E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9&#10;wgSYeDx+ggAAgACAAHI6aTOE+Wahar6E5FoWbAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSa&#10;eDiCgwAAgACAAHGSZ6eNRmYAaUOMsVl4apaLzUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqD&#10;HAAAgACAAHEVZnGVjWWEaBqUjlj3aXCTIktlaoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAA&#10;gACAAGzFgtlSe2GCgs1V51VIgvRZLEfLgzlcPTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8&#10;A2uWf4RaTmCQf8FdIVRmgAdf0EcQgFViUzhDgLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqE&#10;fFNiI19vfMtkXlN2fTJmfEYufZBobjeLffhqJybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp&#10;+F5OegRroVJReoVtLUVLevdumDa/e2hvziZMe9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011U&#10;d5By9VFdeCVz9URReKJ00TYjeQt1jSXIeWB2AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6&#10;YlCIdh561UOadp17JTV/dv97ZCV9dx97khHXd7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2&#10;dGuBxUMLdOOBjDTpdTmBYyT3dS+BZBGpddqBiQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGI&#10;vUKCc3SIBTRnc7uHiyRyc4mHmxFLdGqGwQAAgACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20IT&#10;ckuOszQLcn6OAiQvciGONhERcz+K8AAAgACAAAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va&#10;5C8ai9ddZR4IjSle+gmAjmpfKQAAgABpaQAAgAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6h&#10;iO5ixh3Jiflj+Amkiqhj/QAAgABuKQAAgACAAF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRo&#10;KR1ihvVo/Qmjh1Fo6wAAgABzZAAAgACAAF2wg2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzj&#10;hCRuGAmGhGduDAAAgAB4WwAAgACAAFzGgOhvPVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5z&#10;YwlhgeNzigAAgAB8rAAAgACAAFv0fsd2xFGIfwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qla&#10;f7R5mQAAgACAAAAAgACAAFs8fPB+PVDXfU9+kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/&#10;MwAAgACAAAAAgACAAFqse3mFy1B0e/mFzkVGfBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAA&#10;gACAAAAAgACAAFo7ekqNbFAFeteNK0TZev+MbTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACA&#10;AAAAgACAAFSlltxQPUqMlfFTVT+JlU9WSjMmlQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAA&#10;gACAAFOek/1XP0m8k0RZ4D7FkqdcXTKIkkRemyRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACA&#10;AFLLkQxeP0jckHlgZz4Kj+xibTHYj4dkOSPkj69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIA&#10;jkJlQEgGjchm8T0ojUtogTEvjOlp4SNUjQFq0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hs&#10;VUdEi2ltljxrivdutTB0io9vniLjiopwPRH+i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZ&#10;iWd0XDvSiP11DS/qiIx1jyJpiGh11xHiiR91iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7&#10;LTtYh1R7dS+AhtV7lyIEhpN7phGohuV7iwJwhIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrY&#10;hfaB1y8MhXCBpyGbhRGBphEvhRiBwwJhgxGBdQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOI&#10;vS8QhDiIFCHtg4OIGhHkgx2HJALXgbSB7AAAgACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZ&#10;oChWThnDoXNXvwijoxtYZQAAkZRf5AAAgABwegAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9b&#10;vBlFnqFc2Ainn3NdWQAAjtxkfgAAgAB1UQAAgACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjD&#10;m71h6giXm85iUAAAjENpUQAAgAB5qQAAgACAAEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1n&#10;BgiAmExnXwAAid5ufAAAgAB9gAAAgACAAEVkl7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1&#10;lQ9srwAAh8Z0LwAAgACAAAAAgACAAETFlZNvvjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkily&#10;ZAAAhhB5ZwAAgACAAAAAgACAAEQ7k8J2nDrPk1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAA&#10;hLJ9ygAAgACAAAAAgACAAEPJkkF9kDptkfZ97TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WA&#10;AAAAgACAAAAAgACAAEOAkQSExjolkM6E9C/xkDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAA&#10;gACAAAAAgACAAJ77U9VN1Y/IVwhSHYAEWiJWUG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn&#10;9AF7fYBrGZzRToVYCI4UUi5bb36EVbJevm4IWRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGL&#10;fWRvz5raSaxiPow7TcBkuXzvUZxnImyKVUFpe1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt0&#10;4pjoRTxsZIprSbNt+XsyTdRviGsfUblxDVnaVVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cK&#10;QTZ2eIjLRgp3OHm+Snl39Wm9To94qljYUlx5XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamA&#10;fodrQtSAbHibR4uAXGjDS9yAS1fvT8aAPkX3Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZK&#10;QA+JiHexRQaIp2gBSYmH1Fc7TZOHFUVcUK2GezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCS&#10;dnb5Qu2QxGduR5iPNVa5S7uN1kTcTtSMtjHDTxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3Zx&#10;QUKYhmcERgmWS1ZsSj+UY0SlTVmS4zGJTV6SUBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1W&#10;OWZ9YopaL1WBZPld+0M9Zxdhjy9PaEBksRaqaXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/&#10;Xo1hdlSjYTFkeEKAY2pnSi65ZF1ptxZOZmBq2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9o&#10;r1NWXaVq8kFjX/FtEC3RYJ1u2hWxY+BvigAAgAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIp&#10;WllxeEBqXK9y5y0TXQp0GBU4Ybh0cwAAgAB7dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4&#10;DT+UWbt41CxxWbp5exTVX+d5rAAAgAB+84qxRUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70&#10;Vx1+1Cv1VsB/CRSHXmR/WAAAgACAAImIQluHnnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE&#10;3yubVEyExBRVXaKE+gAAgACAAIihP/CQ/3uyRMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+Sst&#10;UkeKxhQqXeuJmwAAgACAAIf/PhGaHnscQwyYFm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2R&#10;ExPfXmmNQAAAgACAAIgdYexODHrDZAdSHWyxZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6T&#10;cOtkaAAAgABxtIYnXPlXG3lIX4tad2tjYf5dtlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo&#10;/wAAgAB2aIRuWGJgRne0W1ti32otXhxlY1tcYKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAA&#10;gAB6i4K7VDBpaXYXV3lrQmiVWnRtC1oUXTBuuko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+&#10;I4EyUGtyiHSqU/RzqmdBVyl0uVjUWg91sklcXJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/r&#10;TSF7p3OAUOF8F2Y2VEd8b1ffV1Z8tUh7WfZ8+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2E&#10;tHKOTjyEeGVbUcqEGVcYVPiDsEfAV6WDWTcZWSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHS&#10;TAqMw2SqT7aLslZ3UviKnEcnVaqJuDaEVwqJKyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU&#10;8mQfThGTNlXzUVuReka6VAuQFzYxVU+PUSPfVVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6&#10;bLdV0lRhblhZg0TGb91c+zOPcStgEx/UcaxiOQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKld&#10;C1NYan1gFUPibCFi6jLSbWVlaB9EbU9nCgcfdOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3&#10;Ztpmr0LxaJlo5DIQacpqzh66aU1r9wcNdBVspQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3Jt&#10;WEIXZUtu6zFtZmVwRR5YZd5xAQcOdBNxzgAAgACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEt&#10;YkF1ADCaYzt11h24Yvt2PQbndFV3hAAAgACAAHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7&#10;IjAHYFh7gx1PYIl7uwbWdHJ86gAAgACAAHP9UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91&#10;XcSBSx0MXn6BiAbYdG+BaQAAgACAAHM9UEOKOWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yH&#10;QRydXOSHxQbTdHiEnQAAgACAAHKzTnCSmmctUe2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxA&#10;W56NGQaddNOEeQAAgACAAHDRcXNN4mUGcpNRpFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBg&#10;FgCnfuZiWgAAgAB42m8PbOtV3GO7bmpZE1dfb9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDO&#10;fqRnIQAAgAB8hG2WaKdd92JSanhgkVY2bCNjEUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZs&#10;KgAAgAB/vGw1ZLRmF2D4ZsRoElTiaJxp90feajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAA&#10;gACAAGrjYSNuRl+4Y2ZvpFO7ZWRw7UbKZxdyFjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACA&#10;AGnFXgN2gF7IYHZ3UFLnYpZ3/0X0ZFx4kDfNZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjc&#10;W0t+q13tXeN+9FIbYB9/DEU2YfJ/CzcbYyt/EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOG&#10;wF1EW7uGj1F5XguGF0SgX+OFiTaJYQiFKSa0YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzF&#10;WgCOM1D3XF6NNkQiXjKMIjYgXz+LaiZnXmGLiROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ&#10;+E4He4hUgkEDfGRX3TJ0fUxa2yGUfoBdDQzMgKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9&#10;d7pbBUAqeKRd2DHIeYJgUyEcemdiEQy0fKxiPQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJh&#10;kD8vdQ9j1zD6deZl0CCBdnhnHgx8eUFnGgAAgABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43&#10;caxp3zAecn5rWR/VcrNsPwwwdlhsIAAAgAB00QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv&#10;8y94b09w+R9Lbx1xiAv+c9BxbgAAgAB5sgAAgACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7P&#10;bHR2sB8Da9t2/Qv0cZl3HwAAgAB90wAAgACAAF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8&#10;ix56aR18rAvXb8J9PQAAgACAAAAAgACAAFznYkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3s&#10;ZuqCtwuKblyCewAAgACAAAAAgACAAFxiYG2K7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJ&#10;KgtZbT6GqgAAgACAAAAAgACAAFjzg1xMYE6rg5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARx&#10;h9VbogAAgABpNQAAgAB+Gld4f05TfE2Ef9VWikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhg&#10;bgAAgABt8QAAgACAAFZIe1pas0xUfB9dQEF7fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAA&#10;gABzJAAAgACAAFUrd6Jh9UsxeJJj/UBWeVVl5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4&#10;IAAAgACAAFQadDlpR0opdVJqzj9Vdi9sNjNidtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAA&#10;gACAAFMmcSxwq0lDcm9xuz6Ec2RypjKhdAZzZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACA&#10;AFJRbnd4Ckhzb+d4qT3EcPZ5GjH1cZZ5ayShcZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGm&#10;bCd/dEfvbcx/uD1Ybvd/sTGob4l/jSRlb1J/iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G&#10;8kdvbAGG6TzcbUGGeDE5bc6F8yQRbWSF2xQQbqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10Ng&#10;jWpONjjVjYNRaSy9jf9URB5Vj19WVwyAkd1W9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZU&#10;ize1ihdXUCvFin9Zvh2Zi5hbbAw5jRVb1gAAhk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8&#10;hpRdPCrXhvNfOxzch9RghAvkiJ5gvwAAg1RlugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNj&#10;KyoBg4FkvxwghDFlqwuIhLdlwgAAgKpq3gAAgAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNyke&#10;gE9qVxuVgMFq+As7gWBq/QAAgABweQAAgAB+vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1w&#10;Ihr7faZwbAsTfoZwhwAAgAB2VQAAgACAAAAAgACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpy&#10;eud2EwrUfDZ2bAAAgAB7RwAAgACAAAAAgACAAEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7&#10;+wptem98rQAAgAB/eAAAgACAAAAAgACAAEXTdNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrO&#10;eLWCBgAAgACAAAAAgACAAAAAgACAAECZmUVIqzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5U&#10;YAAAhLJfigAAgABwDQAAgACAAD83lbxPBDZUlY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAA&#10;ga5kQAAAgAB1AQAAgACAAD5BkhZVeDU6khlX4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABp&#10;IwAAgAB5dAAAgACAAD1vjn1b/TRQjp9d9ioYjtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAA&#10;gAB9WAAAgACAADyaixRimjN0i2lkJilEi61ldB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACA&#10;AAAAgACAADvLh/JpXTKmiIdqgSiQiOVrax0GiUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAA&#10;gACAADsVhSlwKTH0hf5w7yf4hndxeRyNhr9xtA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACA&#10;ADp8grt3CjFdg893fCd2hGV3rhwuhJd3qA6jhEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoN&#10;gKp+JzDngfZ+TycLgqx+MRvjgsx+AQ6Rglx+LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8A&#10;AP//AAD//wAAbWZ0MgAAAAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAA&#10;AQAAAgAAAiQEHQXaB2kI2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIch&#10;siLaI/8lIyZEJ2YohimnKscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EER&#10;QilDQkRcRXVGj0epSMNJ3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tg&#10;rWG+Ys9j4GTxZgJnEmgjaTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3N&#10;fsx/y4DJgceCxYPChL+Fu4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z&#10;8prkm9acyJ27nq2fn6COoXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQS&#10;tQC17bbat8i4tbmjupC7frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO&#10;68/V0L7Rp9KQ03nUYdVJ1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo&#10;6MHpmupx60jsHezw7cPulu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/&#10;Wv//AAAB6AOnBSwGhAe/COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4Rzh&#10;Hd8e2x/WINEhyyLEI74kuCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5&#10;gjp/O348fD18Pnw/fUB/QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXX&#10;VtlX21jeWeBa41vnXOpd7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y&#10;2nPWdM11w3a5d694pXmbepB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41x&#10;jmCPTpA9kSySG5MKk/qU6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6ao&#10;m6mRqoerf6x3rW+uZ69gsFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SE&#10;xYrGkMeWyJ3Jpcqty7bMv83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLi&#10;qOOt5LLltua6573owOnD6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X&#10;//8AAAIFA9gFaAbGCAYJMgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8e&#10;Oh80ICwhIyIZIw8kBCT5Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkL&#10;OgA69jvtPOM92z7TP8tAxEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhV&#10;iFaJV4pYi1mNWo9bkVyTXZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGo&#10;cqVzo3SgdZ12mXeVeJF5jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN&#10;2I7Nj8OQuZGvkqWTnJSSlYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4&#10;qoKrjqycrauuu6/MsN+x87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7J&#10;gsqmy8rM7c4QzzLQVNF00pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM&#10;6MTpuuqs65vsh+1v7ljvXPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H/&#10;/wAAAdkDjQUJBlQHfwiWCaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxV&#10;HUEeLB8XIAAg6iHTIr0jpiSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3&#10;ETgBOPE54jrTO8Q8tT2mPpg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGh&#10;UpVTiFR6VW1WX1dRWENZNVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs&#10;0m2+bqpvlnCCcWxyVnNAdCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7&#10;hyCIBYjqic+Ks4uYjH2NYo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4Og&#10;caFfok+jP6QwpSKmFacIp/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vt&#10;vPi+BL8RwCDBMMJAw1LEZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb&#10;790a3kbfc+Ch4c/jAuRN5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u///&#10;/wCAAIAA5k9/zn9YzZl/qH7NtNp/mX55nBR/o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+&#10;fIs05LV+Y4lszEB+XYfMs5p+boZmmth+mIVDghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx&#10;4vt9MJOSyst9PpDPsjp9aY5emZN9rIwsgO9+B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8&#10;M52/yTN8TZnwsMJ8hZZXmEV835Maf8t9T4/zZ1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfr&#10;x6p7h6MKr2B7yZ5plvh8K5n4frJ8r5W3Zm59Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN6&#10;5KwUrhl7LKZhldx7maDafaR8JJtZZZV8yJWoTYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUK&#10;rPl6p647lOl7H6ebfNl7tqDoZNh8YJndTO19NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6&#10;OrXslAJ6uK4kfCB7W6ZAZEh8EJ3lTG986pTjNIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471q&#10;kzt6ZLRqe3d7DatAY8J7zKGWTAl8r5czND19vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKF&#10;Kn11eweEhn3GY8SD8X41TI+DeH7pNZKDKIAA7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4Pf&#10;edSDlIMtYpyDHYKNS5KCw4IWNNiCkIHB6nqGR5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqC&#10;yoi9YbaCaYcDSs2CJoVMNDOCB4Nv6NuFT53+0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5B&#10;YNaBx4tkShiBl4hoM6KBi4UE51yEi6ig0WyDnaQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiB&#10;OY+ySXWBGotlMySBH4Z75gCD8bNL0BuDBK26uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPb&#10;SOSAr446MrmAwYfP5NWDc734zvqCh7dWuLWBvLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmA&#10;U5DZMmCAcoj749aDDsilzgWCJMDit8aBV7lToUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7&#10;MheAMIn+4wCCvdNUzTeB1spZtvqBB8GaoIiAbrkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/&#10;+4rX3hKR4nywyO6P8Xxjs7GOGHw6njuMaHxHiI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x&#10;3CqQtIaXx5SOwYVSspKM9IQ8nTaLV4Nbh46J5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOP&#10;jpCVxjmNqI5XsXKL3Yw+nBWKV4pwhniI+IjZcNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qX&#10;xNiMv5dssAeLB5RrmsiJgpGkhVKIOY8db9mHBYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eM&#10;CaCBrrqKW5ybmY+I3pjkhDqHjZVPbvCGa5HVWc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6md&#10;rZmJyqTEmIKIUqAXg0yHCJt+bhqF4ZbiWSuEzpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJ&#10;Uazal5uH3acqgoaGm6GKbXeFepvQWKGEYpXQRBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTU&#10;ltGHe64Sgc6GPadbbOOFKaCCWDaEFplOQ8GDJ5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieH&#10;LbS+gTeF8azebGeE4KTVV9SD2ZxtQ3iC9JOFL6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tz&#10;fuiQxnvaaqiOdXx3VoiMIn05QpaJwn5QL0KHQn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP&#10;04GtadqNmIFjVcaLWYExQfyJEYE3Lu+GpoF6y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9&#10;aQKM0YZKVQ6KpYUfQXSIcIQKLqWGG4L6yiGYHpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCM&#10;FIspVFiJ+Yj5QPKH24bBLmWFn4ReyP+XZqD2tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5AR&#10;U76JbYzNQIqHXYlhLi6FNIWhx+yW2KpgtP6UIqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI&#10;8JB0QDCG74vTLf+E2IbBxvuWZLO/tCCTrq5WoNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPi&#10;P+eGj44NLdiEjIe7xi6WA70Zs2WTTrbEoCGQwLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qG&#10;QZALLbiETIiQxYWVr8Zxss2S/L8cn4mQcrfGi/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHC&#10;LZ+EGolAvyCkh3qtrMmg+nqNmn+dfHqWiBSaH3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJ&#10;O3/TvaKjnINwq+Kf8oJ8mc6cc4G1h26ZH4EldMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZ&#10;vIOiqYw2qtyfBopumOybhYjPhoyYQYd1c/OVHIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh&#10;3ZTsqdCeRJJbl9mazI/5hZWXfo3CcxOUZIvNYJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3D&#10;qOmdjppllueaIZc0hKGW2pQmcjyTqZE/X+aQqY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c&#10;/aJpliSZjJ5gg9+WSZp/cYiTK5avX02QIpLaTXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpY&#10;lW6ZGqVxgzWV26CqcPeSxJvrXtePv5cVTR6Mp5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaY&#10;vKxYgqWVfqaccHOSa6DkXm2PcJsMTNeMWZTzO8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMO&#10;gimVMKxKcAiSIKWJXhqPKp6kTJmMIJeBO5+JHJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYCh&#10;SHpqbEqdIXr4WwWY8HvASgmUoHyxOWqQEX3/KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBa&#10;a7+cMoAiWn2YD4AdSY2TyoA2OSGPS4CTKeCKa4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxOb&#10;XYVIWemXRYRzSRqTC4OuOOSOm4MQKe6Jz4KRrbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pw&#10;WVSWkojBSLCSYIcSOK+N/oVuKfqJR4PJrO2q/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V&#10;8oz4SFSRxYpWOIKNcYelKgSI0YTgrESqYqM3m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEF&#10;SAKRMI1rOFqM8ImvKg2IboXUq56p76tem0SlgKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQ&#10;u5BNOD6MiIuHKhSIHIalqwapl7NomsOlH63aihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLs&#10;OCqMNY0lKhmH2IdUqoOpTLtkmlekybToibSgda6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeM&#10;A46CKh6Ho4fjouG3/HnHkwGyzHmjgzytqnm4c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3n&#10;J3+M2X+2oeS3LYGNknex6ICwgtasvIAMcxGno3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yM&#10;GYEcoT+2RolCkduxCYewgk+r2IZNcoSmwoU5YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJi&#10;oLe1cpDmkUSwPo6lgamrEoyVceyl8orEYiCg54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0&#10;x5iHkLevkpWUgRmqaZLZcVulTJBPYaagM43pUiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAl&#10;kDevBJx5gKOp1pkCcO6kupW8YUSfpJKJUdWafo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9au&#10;eqNAgEmpTJ8DcJykNZryYP2fJZbuUaGaApLbQtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnN&#10;gA6o0qS0cF6jsZ/NYMKepZr6UXGZmpYRQryUVJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uo&#10;c6owcCijV6RkYJyeUJ60UVuZSJjvQrSUEJMNNOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hli&#10;afyv/3nCW2ep63poTOyjoXtPPuudDnxiMYWWBX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6v&#10;D38HWxWo8378TKaip38sPr2cE3+AMZOVFoAfJdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRB&#10;WryoA4OETGKhvIL6PpqbLYKJMaWUQIJLJjaM5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWmin&#10;JYgCTCWg5Ya1Pn6aX4V0MbiThIRTJoSMSINOlEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxl&#10;S/igJ4pUPmuZrIg8McuS4oYzJseLwoRCk+S9/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9af&#10;fY3BPl+ZDYrTMd2SVYfmJv6LUoUVk4m9g6ROhTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDx&#10;PliYg40tMeyR3IllJyyK9YXGk029AasThQ625aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWY&#10;GY9EMfqRcYqvJ1GKqYZakwC8orG1hPK2dKu/dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupER&#10;MhiRMIvGJ2+KbobRiZXMJHlwe/XFNnkobma+aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY&#10;1H3JI6SP4X+ciUnLKoBle7/EYn92bi+9jn7VYLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0&#10;JDOO/IDpiTPKGocie5fDaoWgbgi8k4RXYIe1lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCO&#10;NoITiS/JHY2+e4nCZ4unbei7kInPYGq0iIhAUx+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMa&#10;iSPIQpRQe4LBgJGabea6n48uYF+zmo0CUx2saosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnH&#10;hJrYe3vAtpd3bfC5zZRkYHWyyZGVUy+rpI7nRlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEv&#10;e3bACp0Ybf25GplUYI6yGJXaU0urAJJ/Rm6jtY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/&#10;d6J2bg24gp34YKqxgJnKU2uqcJXCRo+jOZG2OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeH&#10;biW3+qI9YNKw+Z1XU5up8JijRsOixZPuOqSbS483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8&#10;HHoHrSV8g3pelXF893rdfa19fHuCZfB+FXw+TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Lo&#10;q897O4IylDR70IGqfIh8doFCZOF9LoDjTVV+EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56&#10;GYoQkup6yYh9e2R7i4cFY+R8X4WGTH19W4P+NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHy&#10;kZh54Y9UekF6u4zDYvJ7p4oaS7h8uYdHNK1+DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15&#10;FpYdeSh6BpJyYg17Bo6WSwJ8LIpvNCR9jYWd6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzm&#10;eB95aZf9YTl6fJLrSl97so1tM699H4cX6Np1Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F4&#10;6p1zYIF6BpcMSdR7S5AzM018woho5+d0nMdx0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6Ku&#10;X/J5qpr8SV569pK7Mvx8dImM5yd0VdJB0PZ02cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5&#10;W56OSPl6sZT6Mrx8NoqB4pmEEXgbzY2DhXh4uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvD&#10;SVWB4nzsM3yCBH514OGCjoKpzFyCF4HmtxKBs4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWB&#10;FYAfMuCBWoBJ31GBQY1BysGA2YtutZaAgom4n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINY&#10;MlaAv4IH3b+AKJfFySV/x5T0tAF/fJJCnlx/UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2A&#10;NIOs3ER/QqJBx7N+4p57spp+oJrSnQd+gJdKh0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw&#10;2vp+kKy+xnR+MagEsWN97qNYm+N9057Fhj1935pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+&#10;ArcyxWx9pLF+sFx9XqvHmuR9Q6YhhV59WqCRb+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GY&#10;xJZ9Orrir3987bQWmgZ8za1NhJF856abbzl9LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+58&#10;7sQnrsV8mLw1mUR8b7Q7g+B8iKxYbqZ81aRgWax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdX&#10;q72KLXfdl1+I/nh8gqmH5nlDbdGG3no0WRiF3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI&#10;9H/RllqH1X+Gga+G0n9lbOiF439nWECE/X97Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfK&#10;lTSGv4aTgJuF0IWDa/GE+YSRV22ELIOiQyuDd4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mF&#10;y42zf3aE9Yu0avqEM4nCVqqDfIfDQp2C24WvLzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZ&#10;fmSEMZHOahaDhY7aVfqC3ovEQh+CUIh5LvGB04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmD&#10;lZffaUeC6ZPOVV2CVI+cQbKB2IsXLrOBbIYLy2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53K&#10;aKSCc5igVNmB3ZM9QVeBco1+LoCBFocnyqCGx7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuC&#10;FJ0yVGmBh5alQQuBHo+nLlaAzogaygqGdcXNtwOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFo&#10;VAaBP5mwQMWA4ZGILjSAlYjkw7uV+HXescqTsnZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ&#10;63rqP8SIDXxrLWmGJH5gwnyUwX80sNCSg37YnoSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37n&#10;PzuHR39bLSuFdIAMwVmTooh/r6KRb4dAnXuPWoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGG&#10;lII2LPSE14GdwEWSk5HYrnyQbI+6nEuOZY2qiaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74Ty&#10;LMWES4MQvyeRvpsmrXSPmJgxmzyNl5VRiIuLwJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD&#10;0oRivieRG6RzrHaO+KCrmkKM+Jzoh6GLJZk1dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WO&#10;vU6QmK2uq6WOeKkNmXOMdqRghtqKpJ+2dCiI/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+Q&#10;MbbZqvqOE7FXmMOMEKu1hi2KOaYHc4iIlqBaYP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3&#10;qnKNxrmGmC6LwLLbhZaJ5awXcwGIQaVTYJOGxp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOc&#10;KHXOk2KZN3Z6gfGWZXdFcCyTo3g6XkaQ4XleTJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23&#10;kq6YJ32OgUSVW32Kb36SpH2yXaOP8n4BTAqNMn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGX&#10;IISggGSUYoPRbrKRuYMpXPOPGYKfS36MaYIfOn2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8&#10;f3uTfooUbd2Q5IicXEWOUYctSv2LsYW8OjGJBIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+S&#10;u5BibReQFI37W6CNlIulSoWLA4k4OeyIbIayKnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZah&#10;bGKPgJNSWwqM/I//ShuKd4yRObCH74jyKnCFSoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86P&#10;CZh1WpOMiZQmScWJ/Y+sOYKHhIr5KmmE8oYIryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1U&#10;WiOMLpgHSXqJpZKHOVuHK4zEKmOEqobSrqqZgbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL&#10;3ZuOSTaJYZUKOTCG8o5JKl6EcId4pwGounTBl36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkc&#10;RqGSRXp4NuCORHwqKC+J/n5IpjKnxH0KlvOj4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeR&#10;Xn4BNqiNbX7IKEuJOH/RpX+mv4U9ljOi5IQ6ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6&#10;NniMq4FMKGSIioE7pMalz41blWah/IuehbGePooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL&#10;/4OvKHqH8oKFpASlEZVqlKahP5L4hO6dhZCldOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXq&#10;KI2HcIOro2OkY52PlAegmJpghE+c3pdDdE6ZPJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyH&#10;AYSsos+j5aWWk4qgF6Gkg9ScVp20c8+Yr5nOY8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJ&#10;ok6jiK16kxGft6jAg12b8qP1c12YRp8rY1+UuppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeij&#10;P7VIkq6faq+4gvaboan/cviX8qQ+YwmUZZ6HU1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRp&#10;izytx3T6fJ2pOnWtbb6ks3aMXrCgGnedT6KbYHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs&#10;3HwBfEqoQnv0bWmjsXwYXlafF3xyT1GaY3z7QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2&#10;e9KnQoIqbOiitIGdXeGeIIE+TvOZd4EGQIKUn4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6m&#10;WohibFmhx4cbXWKdP4YDTpKYoYUBQEeT1IQGMr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46X&#10;a8ehBoyWXO2cdYqxTjqX5IjhQBOTIYcHMriOLoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1Wg&#10;ZZH0XIeb1I9CTfCXNYyRP+qSfYnYMrONnocQJwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2Jcd&#10;XDibSpOZTbiWrpALP82R5oxqMrCNHIi6JyGIKoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/Wa&#10;wpeZTX6WOpM4P6uRg47BMq+Mu4oyJzuH3IXClfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtR&#10;TVqV3pYUP5iRNJDHMq+MeYtsJ0+HnYZMjRG8UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOug&#10;rnirO7yamHoqLzCUI3wCJAGNSX4wjL+7eHuCf322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyF&#10;O6uZi31ML1KTI35XJG6MZH+ejIS6boKyfy60/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iY&#10;lYBUL3CSP4CMJM2LnYDpjEG5bIm+ftW0AYg1cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/&#10;L4qRdYKcJR+K8YIRi++4lZC+foKzKo6YcOetsoygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQ&#10;xoSDJWSKX4MVi5e38Ze4fjSyf5TwcKGtAZJLYvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8&#10;JZ+J5IP2i0W3cJ6MffOx95sbcGmsb5e+Yr+m4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6J&#10;f4S0ixC29qUyfcWxfKEPcD+r8Zz2YpumX5jzVRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVS&#10;itS2pqu9fbGxHqbTcDGrgaHaYoWl25z6VQKgP5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3G&#10;ZHP2dIrANHRkZ/66BXULW2mzrHXzTtytB3caQoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5&#10;dJm/T3qnaAS5BnqeW2eykXrbTtir3HteQouk3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+&#10;O4DBZ/C37IANW0qxbX+xTsOqtn+QQomjvn+lNv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6&#10;Z8a20oV0WymwUIR0TqypooO0QoWit4MVNxabfYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C1&#10;14rPWwyvVoktTqCopoe5QomhzYZlNy+apIUYLNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJ&#10;Ww2ugY3CTqCn1ouYQpSg/ImDN0qZ5od1LQeSjIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOt&#10;zpIQTqmnK481QqSgWoxkN2WZQ4mXLTOSAYbdJKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYO&#10;TrOml5KBQrKf1476N3yYyot5LViRkIgOJNqKVYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0Tsmm&#10;FZVyQs+fXZE9N5qYY40TLXiRPYkIJQKKEYVl5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5&#10;d+97D3hlYU98D3mqSs99PXsoNK9+u3z/5LV0135zz7N14X4rug924H36o+13233njXB42330dtp5&#10;6n4aYFN7Dn5KSfd8X36WNAZ9+3784uVzTYmKzfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPL&#10;X2R6JoLiSTR7lYH1M3B9TIDk4Shx/JSNzDNzI5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15&#10;V4dpSIB64YU8Mux8r4Ky35Rw6J96yqZyE5vztUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovV&#10;R9t6Q4hfMnp8JIRe3kFwE6pVyVlxP6XXtAJybqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5&#10;vItWMhl7rYXj3StvbbUZyEpwmK+lsu9xwqognUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4V&#10;Mcl7R4c73FJu87+6x3ZwG7lNshFxPrK2nFxyeawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ6&#10;84hm27NupcojxtpvxsKysWFw3bsCm5xyDrM7hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh&#10;1yB/FXIaw5p/GXM5r4B/KHROmsl/QHVohap/ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9&#10;ZnyZwnJ9i3yarmh9s3yjmbh94nzBhJ5+Hnz7b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cU&#10;wNd8KIYErO18YIUCmFJ8qYQog2V9AYNrblx9cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6&#10;749pq2B7NY1ulvV7jIuMgi58AYnUbVV8iYglWJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjN&#10;qf56OZXdlaJ6nZL8gQV7HZAtbFt7wI10V918c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5&#10;bZ5ClIN52JpagAJ6ZJZ9a3d7EJKcVy172Y6eQxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aM&#10;k455NKGUfyd5y5ymasF6hJelVph7VpJtQqt8V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4&#10;r6ibfmF5S6KOahl6E5xtVhh68ZYEQlJ7+o8pLyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9a&#10;fbl44KgkaYl5r6DWVaR6mpk8Qf97sJEuLv9874iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGE&#10;znXwaN+EO3dcVSWDsXjqQYeDQ3q8LnuC+Xz5xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wK&#10;aAGDIXyLVF+CtH0gQO6CZn3cLieCOn7LxbOE4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuC&#10;F4GsU5+ByoFEQGGBnYDmLd6BjoCDxFqDpY6OspmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbO&#10;UuKBA4VeP96A7oPYLZ2A9oIeww6CpJhAsU6B9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuA&#10;UYlSP22AU4agLWaAcYOVwfWB26H1sDuBMp6bndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40b&#10;Pwl/zok6LTd//4TkwRKBPaubr1mAmKdinO2ABKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/&#10;XoudLRB/oIYJwGSAxrUqrqaAJbANnC1/i6qhiTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3C&#10;LPB/UYcEv+2AdL6hrh5/1biYm4p/MbIaiIl+r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/&#10;EofVuXeQrnBGqRKO5nGSl/iNTHLQhh6L1HQRc9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zz&#10;uH6PRHmVqCyNnHnqlwWMFHpDhTeKp3qucveJSns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN&#10;+YLLpwSMY4I/lfuK4YG2hCyJhYFLcguIO4D5X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwA&#10;pduLOYqdlMOJyIk2gyaIcIfpcRqHPYa2XwaGGoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeK&#10;Q5L2k7uI2ZDBghKHj46PcCyGZIxoXj6FW4pPTKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtN&#10;ksiIIJg5gS2G25Ucb2CFtpIBXZSErY7hTCSDt4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+H&#10;jJ+MgGqGRpt8brKFKZdqXQmEKZNGS7+DMo76OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5&#10;f8CFzKGmbhSEsZyRXICDwJdnS12C0pILOqKCCIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymF&#10;bKePbY6ETqFqXBaDYZswSwmCgZTEOmuBxI4LKtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOi&#10;auuQQ3URWd+OAnapSRqLtnhmOJqJZHpzKQaHA3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqP&#10;L3qEWUGM/ntLSJSKwnwsOEiIhH1CKQeGNX6ZqcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/z&#10;WJmMC3/lSBKJ43/iN/6Hun/5KQiFf4AnqNWWK4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eL&#10;KoRrR56JFoN9N7+HA4KOKQmE34GTp/aVK5JLmJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjV&#10;RzWIWIbyN4iGXYT5KQqEVYLcpyqUcprfl+WSGpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+H&#10;vIpBN1GF1Ic4KQqD4IP+pn+T4aNTlzaRj5/jh1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1S&#10;NyiFXok+KQuDf4T3pfeTdKullqqRJadshseO26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE&#10;/YsIKQuDL4XKpZWTI7PeljyQ167WhkmOh6lqdfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyL&#10;KQuC74Z3nc2jC29bj6WftXCjgPmci3HuccKZc3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI&#10;4XzknTah9HejjyeeqngOgHCbfXiNcTyYYHknYbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6A&#10;nJmgyX/Ejmqdjn9pf8eaYH8icI6XTH8AYRmUOn7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+Kf&#10;sofGjZ2cfoa3fuqZW4W4b9WWSYTUYHOTSIQOUSCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0&#10;jOGbno35fiyYgIxIbxSVc4qjX9+Sa4kEUKuPeId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa&#10;4pVEfY2XxpLObn6Ut5BUX1eRso3dUEiOuItoQbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxu&#10;fRaXMpkpbf+UHJXUXt2RHpKDT+mOLo8pQXyLLIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+W&#10;xZ9QbYuTppsZXnOQqJbkT46NwpKiQUGKxY5HM6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVA&#10;bSSTSKAZXhqQRpr1T0qNYZXGQRCKcZCCM4uHjoshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBug&#10;mnL0WdqcinR/S5iYV3Y5PcqT+XgaMIOPZXpOJIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4&#10;WYqbcXlQS1eXRHpSPZ2S73tyMIiOanzQJNCJsX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+a&#10;YH4VSwWWQX5aPW2R+n6yMIuNiH8zJRWI5n/Tj5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLP&#10;SqyVVIJNPTuRHYHVMIqMv4FxJVGINoEbjw+odo1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmU&#10;g4YlPQ6QWYTUMIqMDoOGJYSHn4I9jo6nw5S5gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonM&#10;POyPpoejMIyLcoVsJa6HIYM6ji2nJJv7gOKjMJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNeP&#10;BIozMI+K54ccJdKGuIQRjdemvaMZgK2ix5+RcwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyG&#10;MJCKfIiYJe6GY4TFjZOmcqoSgGqicqXVcr6eWaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyK&#10;MYnUJgWGH4VXhLu2Rm6qeGGxg2/aa8asyHEmXumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9&#10;IqKMJ3zShIG1bnYWeEqwmXZ4a6urvncIXs2mzXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWL&#10;MH5ThEy0TX07d/qvfXzxa2iqmnzOXoWlpXzoUZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+v&#10;hAOzKIQud5uuXINNavmpfoKNXi2ki4H8UUqfg4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62y&#10;MIsRd0OtaImeapyojYhGXcyjmocGUQiekIXnRHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHs&#10;dvesq4/malOnyo3lXYai1IvzUMudy4oTRFOYqYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5Ziedrqs&#10;FpYAahqnK5NQXU6iL5CiUJedKo4DRDaYDYtoOIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvh&#10;aeump5h8XSChppUNUG6coJGqRBGXkI5GOHqSQormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCm&#10;NZ1pXQOhG5kZUFicCZTrRAyW/ZDKOIORz4y1LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDH&#10;VgqvgHI9SkepXHPmPrii4XXJM8qcF3fUKaiU7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKu&#10;R3ceSl+oFHgnPtuhm3lnNAGa2HrLKgaTwnxxIY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvp&#10;SlWm2HxSPuaganzsNCiZtX2jKlWSuX6LIgyLo3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjyl&#10;sYBtPuWfUoBYNEWYsIBZKpiRz4B+InmK34C5eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRr&#10;PuaeWYOmNGCXyYLqKtKRAoJIItaKOIG/eMa7Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuyd&#10;eYbDNHqW/YVLKwWQUoPlIyOJrIKgeKi6hZVsbSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyomm&#10;NJOWTodxKzKPvYVRI2KJOoNdeI66DZthbSK0XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSV&#10;yYlZK1aPQoaJI5WI3YP6eHu5tKEmbSez6p2RYXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3&#10;K22O6IeJI76Ik4R52qVx8G0qxqZzUW7Esit0pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217&#10;lHkjMq19inuT2LZv23gZxRdxa3iJsMZy43kFm+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyU&#10;MiV8uX2k1u9uGIMFw1tvv4JRr0RxVIGumnty3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17&#10;+3+d1TRsj43PwZ1uRYwNrZJv7IpjmQBxkYjWhAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF6&#10;06JrR5h9wBJtCJXFrApuvZMbl4xwcpCFgshyO44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhq&#10;SaMYvs9sD592qshtyZvIllRviJgjgatxX5SMbPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2X&#10;vctrSakNqb9tAqRYlU1uxZ+dgL5wqprubC1yspYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZq&#10;trJ3qOtsaKy5lHFuJ6bef+lwFKENa3hyK5stV1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uU&#10;qEhr97TEk7ttra3HfzhvmKbNat5xuJ+/VtJz/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17&#10;KG+okyx7tnFUfyJ8THMMaup88XTfVtZ9q3bQQul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfp&#10;kid6MHidfih64nlkagZ7qXpCVg58iXsyQk59l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4&#10;zH/qfPZ5n3+/aQN6i3+mVTp7jX+QQbJ8vH+DLuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcw&#10;e8V4fYYQaAR5h4T2VHR6qYPTQSZ7+YKdLph9hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3&#10;e4xPZxR4pIoxU7154Yf3QKl7TYWQLlh88oLSxM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+&#10;Zjp33Y9DUxh5NYvwQDp6uohVLiF8dYRGw91yGqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3&#10;PpQwUo54oo+uP956PorgLfR8C4WNwydxibMFsR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZja&#10;UhR4MZMxP4952I0qLc57tIamwq5xKrylsJZyDLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3&#10;zpZTPz15hY8kLbF7boeQvWCCe2tSrN2CHm0/m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaL&#10;PoeBjXjdLLOB2HubvEmAtnUbq8mAh3YAmmOAX3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSA&#10;mnwELHmBBn2AuyZ/F37Zqox/Bn7GmVh+8X6whzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8U&#10;LEaASX9JudN9rYh0qTZ9pYeFl+Z9pIaKhfd9tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/&#10;ooDyuJJ8f5H8p/Z8f5A5lqt8i45ghMx8qox7cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2&#10;t4Z7k5uBpux7mpjqlaZ7qZYng9J70JNPccF8FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq96&#10;2KTuphJ65KF/lMl68p3Ngvt7G5n3cQB7bpYdXwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644&#10;pWZ6WqntlBF6ZKVEgkN6iKBmcFN64ZuCXnB7a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5&#10;/LIqk3p5+qx9gaR6FKaMb8J6a6CUXfl6+5qITJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9Gyo&#10;kFmI4G5+f4OH7nBHbimHB3IjXKCGKXQjS1eFUXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12H&#10;hHXcfpSGn3bUbU+FyHfhW+OFAHkJSrmEQXpKOdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+&#10;fZGFVn1ibG+ElH2ZWyyD5n3lSi2DRH47OYKCv36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiE&#10;HoPna5aDcYNEWoSC24KpSbGCWIINOTWB9oFpKcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopx&#10;aq2CeojcWb+CA4dVSSOBloW8OOaBSoQEKbmBFoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiB&#10;sY5YWSKBPovTSLOA6Yk9OKSAtoZvKa6AmINfqbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOj&#10;WJiAp5AiSFmAVIyDOG+AOIiiKaWAMIR3qSWDZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyA&#10;LpQoR/N/6Y+GOEF/0oqXKZ5/24VlqMSDBrIXmWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfd&#10;R6h/iZI0OBJ/g4xDKZh/loYpoeWUFGpOk++SAmw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJ&#10;THYeNgmHl3imJ3aF6XuboTWSmnMBkz6QtXQIhGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnm&#10;NceGn3t+J4iFCH1ZoGyRKXuNkkmPYHvFg4aNo3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyF&#10;wH48J5eEQH73n3qP24PvkUiOGYNygnSMboLucySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DV&#10;J6SDkYBynpWOtIxYkFyM/4sjgYuLX4nbckCJz4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC&#10;+oHInc2N2pS/j6iMLpLTgNqKjpC9cYWJAI6OYgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1&#10;nSmNL50CjvyLippbgC2J6JdycN6IWZRiYXCG7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmM&#10;r6UcjnWLEKG2f52JaJ30cFKH0Zn5YO2GZpX1UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60T&#10;jgyKt6jsfyOJB6RBb9WHZZ9MYIGF9JpRUVOEtJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9ua&#10;XWvkei2XyG2/a9eVQ2+eXSCSsnGWTlWQEHO4P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9&#10;eZmWnHROa02UEnVwXKSRg3avTe+O7XgSP6aMRnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6V&#10;W3rTaqCS3Hs7XBCQW3u+TXyN2XxcP1qLR30MMcyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFT&#10;aeuRtYD/W3CPSoDATQOM3YCRPw2KYYBoMbWH4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQ&#10;vYa2WuiOUIWmTJiL+YSmPs2JkYOeMaSHKIKPJduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQ&#10;WmONgYprTEGLJ4iKPpmI1IaiMZWGhoSiJfmEM4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM&#10;2Y79S+KKi4w9PmeIOIlvMYaF/oaAJhGDxoOEkKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNK&#10;S4SKEI+nPimHxIv2MXmFkIgiJiSDbIRPkF2Vzqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJ&#10;oZLBPfuHY44tMWOFQImAJjSDJYT0iICmbGmnfFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOF&#10;OqGRZnXiLjuNf3iQIyGJgHuTiBKlV3Fse/yh6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQ&#10;Q3k+Lk+Mb3scI3mIhH0xh6CkCnjye2ugqnlFbsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyA&#10;LlyLen2HI8aHqH6shxaixIBKes2fbIAAbiCcEn+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWK&#10;oH/LJAiG6YAChoWhs4eRejyeY4avbYubEIXLYIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHm&#10;JECGRoEyhgWg4Y7OecKdl41UbRWaQYvDYBiW5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+F&#10;vII7haKgLZXmeVyc65PPbKyZlJGJX7OWNo8qUryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4Mc&#10;hVCftpzXeSycdJopbHqZDpcgX3SVmJPlUnqSNpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKf&#10;YaOceO6cFaBLbDSYo5x3XyuVJJhiUj2RvpRXRZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/&#10;cUur12sLZYunwmzoWXyjgm7fTUifBHD8QS+aTHNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq&#10;2HGdZWimnXLBWWKiQnQLTTedu3WBQS2ZCnclNbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgF&#10;ZR+lWHh8WRqg/HkkTQKcfXnyQRKX3HroNcCTD3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKik&#10;GX4qWMKfxH4sTLmbVX5TQOmWxn6TNb2SDX7lK2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPT&#10;WF2etoMnTHqaSoKYQMCVz4IfNbeRKYGsK4eMZ4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad&#10;2IgJTDuZb4a7QKGU8oV9NbOQXoRFK6OLtoMRIxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4yt&#10;TASYu4qjQIOURYiiNbePrIalK72LHYSmI06GoYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WY&#10;JI5CQFeTvIt8NaiPJYjAK9eKnIYFI3iGQYNxenSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGC&#10;QFaTH44ANbOOqIqRK+mKQIcpI5qF9YQAcYG5o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2f&#10;gXMLMPKZWHWcJ6OS6Xh6H8KMcnuHcUS45G/XZqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXas&#10;MTWYBniZKAqRrnrEIFeLV30NcSi3onZzZoCyynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW&#10;0nt2KF+QlXzoINeKYn5tcQe2Q3zPZkyxb3yiW3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4v&#10;KKaPnX7kIUWJkH+ncN61FIMUZiawQoJwW1GrL4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOO&#10;xIC3IaOI3oC6cLi0LIlSZhOvT4g2W0KqNYcRUGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJe&#10;IfCISIGncJezeY9gZguui43IWz6pZowJUFukEIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCH&#10;zoJvcH6y9ZU3Zg2t8JMhW0KovJDAUFmjX45FRZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMV&#10;cG2ylprZZhetcpg9W02oLJUxUFyix5H8RaOdU47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFt&#10;GGb6u+hu7Gk9qLVwrWtxlOpyXm2cgLV0Em/ObFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHF&#10;umpswXLkp2BurXQGk75wi3Uwf6RybnZna2J0Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq&#10;0nyBpehs5HyNkl5u5ny2fnBw8nzzalxzF31BVnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YK&#10;pDlrRIUWkOttaIQ1fSlvnIN2aU5x6oK/VaV0WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp&#10;5Y2ej3xsHou7e/Vub4noaExw44goVOJzdYZTQcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYa&#10;jk1rEJMveuFtdJBMZ2Rv/o1qVDNysop4QUt1nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFq&#10;Lpp4ef1spZaGZqVvRJKIU59yDI5kQOp1Eon+Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GE&#10;eTNr+Jx5ZfhurJdiUx9xiZITQJd0oIxvLuB3/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFr&#10;a6IHZW1uKZvQUqdxFZVcQD90QI6MLsB3sIdawIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9z&#10;ZWt6LnHQUnx7aXRQP8R81ncULdN+kHpLvydyyHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14&#10;vncqUc96JXiuP0V7xHpiLY59r3xYva9w0XqfrOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/&#10;UQd5Cn0EPrp6032cLVJ85H5IvChvF4SZq1lwgoP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4&#10;C4E8PkF5+4C2LR18MIAYurttn457qfhvG40EmI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VU&#10;PdR5PoOoLO97k4HCuZJsdZhTqNRt/JYAl29vdZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4&#10;nYZqLMl7DYNAuKZriKILp+htFp7cloJukptshJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjx&#10;LKl6nYSPt/dq16uYpzRsZ6eIlcFt4aMcg9RvbZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96&#10;QIWvt4ZqYbToprNr7a/tlSltXKp8gzJu4KTPcSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59Yae&#10;stV9IWWko3V9RGgskzl9gWqJghx90GzPcHB+Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7&#10;DG9Lomp7aXDPkht7x3I+gRN8MnOnb4R8rXUdXcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjh&#10;oSp5q3lykQ16JHn5gAJ6q3p+bpV7RHsUXQV7+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4&#10;EYIHj6F4pYGufs95RIFRbYV6A4ECXCd63YC8SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqO&#10;jmZ3YIlcfaR4EogXbJV45IbVW1554YWcSoN69YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2&#10;VpD4fLB3Fo7Ga7h3+IyOWrB5BYpSSgR6N4gHObx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhs&#10;e+F2RJVFav53N5IWWhp4VY7YSZ15lIt8OYB7E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1&#10;mZuFall2lpdWWYt3yZMVSTd5GY6uOUt6pIoBKmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1&#10;adJ2D5w+WR53S5b2SNt4rZGCOQt6TIvMKl58HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGD&#10;g27YV72DM3FXR3KC8HP+N3KCzHb0KGqC1HpcpK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSI&#10;Vw2B5XY0RuqBwXf8NyOBwHn5KGuB6Hw+o7CBwHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqA&#10;rXsDRmiAqnvmNtuAzXzkKGuBFn4BopuAGIAjlEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++&#10;RgV/pn+1NqZ/8X+sKGuAXn+goX9+wojvk0t+logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+&#10;z4NZNl9/NYJHKGt/v4EYoJZ9spGzklx9kZAxg3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bR&#10;Nih+k4SxKGt/OIJln9l82ZpSkZ58wpgMgrV8p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+&#10;CYbiKGt+x4OGn0p8NKLIkQZ8JJ+7ghR8BpxDcqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjU&#10;KGt+a4R7nuh7wKsMkJF7s6c0gY57jaLRchp7eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+&#10;IYVFmJ2OMWTpi6mMrmdsfd2LaGnQbzqKQWwoYB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xph&#10;l+iMam15ivCLIW8afRCJ8nCubn+I03JFX3qHvHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeK&#10;tHXfifWJkna5fDGIdHeKbaaHa3hfXsOGa3lGT8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34a&#10;iPmIEH5HeyaHDH5fbNmGEH5xXhKFLn6PT0qEW364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCG&#10;yIXSekeF0oUrbAKE5YRuXXyEDIOxTtuDVoMDQJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1a&#10;eaCE3ovsa0mD9opWXM+DKYi8TlqCfIcpQEeB6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWE&#10;GZJ6aqaDM5AKXDeCcY2TTeOB0IsYQAiBQ4iQMqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjT&#10;ah+Ck5V+W7mB1JIhTW6BRo68P7iAxotKMoqAeIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWC&#10;E5qvW1OBT5ZkTSOAx5IUP4OAWY21Mm2AHoktJqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6Gvj&#10;WASO625XShmM4XD2PKCKzXPAL5yIvHbfI8yGt3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KN&#10;j3NnScKLl3VMPGeJmHdTL5WHoXmZJA6FtXwhiuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhr&#10;SVqKYXmQPCmIfXrNL42Go3wyJEiE0327ih6SV3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJ&#10;Rn28O+eHfn4mL4CFwn6lJHmEDn8xiVWRFoQCfSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHH&#10;O62Gm4FYL3eE+oDsJKSDZYB+iK2QD4uqfIKOToqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GF&#10;zoRaL22ETYMDJMiC1oGiiCWPR5MtfAyNkpGMb1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cj&#10;L2SDuoTkJOWCYIKdh7mOs5p+e56NAZg4buGLMZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12D&#10;QoaJJP2CAINvh2iORqGee0aMlZ6ybn+KvJsyYVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fq&#10;JRCBs4QbgEKgDGRbdPadOGa/aSSagmkhXMuXwmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiI&#10;bnpkf7qeumv9dJCb9G2ZaL2ZMm9BXHaWZHD/T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wS&#10;fzadMnNjc/Gag3RTaDqXx3VOW/iVAnZhT4mSLHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6b&#10;tXqbc0mZE3rzZ4eWaHtMW3CTsHu1TxeQ8nw0QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHB&#10;crGX4IGIZu+VPYFCWtySjYD2TrOP2YC7QpaNKoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW&#10;8YgSZniUT4ciWmiRoIYfTk2O8IUeQmWMQIQoNweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5s&#10;ZguTiYzNWgCQ24sMTfWOMolIQi2LjIeGNwKI34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS&#10;75JOWcaQKo+1TbqNfY0iQe6K7YqYNtiIVYgVLICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eM&#10;WX+PppQhTYGM9pC+QceKao1lNsOH4ooXLIGFfYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e&#10;0GseSLma7m2+PW+W2XCQMr6Sn3OMKMCOSHbZICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBE&#10;SKmZg3JCPXSVeXRuMt2RT3a9KQeNDnlMIJ6I23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSY&#10;I3atPV+ULngwMuuQGnnOKUKL9nubIQqH4n1+c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsF&#10;PTqS/nvWMu6PBHy8KXCK/X3BIWeHC37Tc0Cj9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR&#10;739eMuyODn+FKZaKJH++IbWGVX//cuGi+4YeaG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4&#10;MuyNM4IgKbSJaIGOIfeFvIEEcpKiN4yPaC+e24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSM&#10;doSDKdKIxoMqIi2FPYHhclmhmZLFZ/uePJEiXTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5Iah&#10;KfCIP4SQIlmE14KZciuhMJjVZ/2dyJa9XS+aJpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH&#10;2oW5InyEhYMvagmy12NqX/yu6GWpVeGquWgNS7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbT&#10;HqCLXHpgaZix8mpAX9et0mvLVdapaW2JS7qksW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJP&#10;RklMRQACCXZwJiiPjXkoHzaKMHv1aVuwhHDCX5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6&#10;LriTx3lRJoKOY3tWH7eJK31kaSSu+XcIX0+q23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2S&#10;n3wOJsyNXH1bICeIS36qaOqton05Xxypi31BVS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36n&#10;JwuMdn82IIWHjX/KaLesmYNjXwCoeoL5VRekFYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GL&#10;sIDmINOG7oDCaI6ryolbXvGnnoh+VQ6jMIdqSxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJi&#10;IRSGa4GTaG6rL48bXu+m8I3JVQ+idYwbSw2dyopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiG&#10;AYJBaFqqvpShXvamYpLZVReh2JCISw+dJ439QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLN&#10;ws9oDmDgsUpqTmO/n1FseWaMjMJumWlNecNww2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5l&#10;RWt/r9NnyG1FngZqKm8Hi59sgHDMeLxu43KaZa5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYE&#10;riJlhna3nJVoGHdsikVqm3g2d49tMHkQZLFv5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpj&#10;g4AOmupmNn/MiN1o43+WdlJrqX95Y65ukH9nUU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZ&#10;mXFkm4glh3ZnZob0dS9qT4XOYrxtZoS7UJtwpYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENj&#10;SJBshlZmK447dClpMIwPYehsZInnT/5vzIe1PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJ&#10;hWtlI5VTc1NoQZIhYTdrkY7nT3xvFIuSPiNy4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpk&#10;TJwlcptne5fnYJhq5ZOfTwdugo8tPdxyZop2LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKN&#10;cg1m2J1DYCBqUpfrTp9uApJiPZFx/oyOLZ92QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1&#10;o2vaX/R3SW7FTjF5EXHYPLh7FnU4LC19cHkXtBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IV&#10;Xzt1qHQUTZ53p3YyPFR56XiJLAR8fns2splqv3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0&#10;OHlaTOJ2a3p/O9t44HvFK+B7pn02sQxor340oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6G&#10;TDp1TX6tO3N39H7fK8B65n8Ur5tm6ofhoA1pDIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0&#10;VYK6Oxd3JoHPK6V6QIDJrm9lfpF/nupnso/gjrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZ&#10;OsZ2d4SPK455soJRrYFkWJr5ngFmmph/jddowpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ1&#10;44cTK3t5O4OorNBjeKRAnU9lwKDnjR1n7J05fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlU&#10;K2t42YTOrF9i3q0/nNBlJqj+jI1nSqRSe9Jpg59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194&#10;ioXDqId3iGAGmi54MGMbivh472YDeuJ5wmjRaj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkp&#10;p2p1EWmEmR91/mueidx26G2eeeF332+UaV547HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy&#10;03Ltl9tz8XQciNR1AnU7eNt2HXZTaH93Tnd5WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wq&#10;ln1yEXyIh2ZzQ3zOd610fn0KZ3R1331RVyt3Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1w&#10;eITihjFxxYRTdolzG4OuZpR0loMLVnJ2RYJyRrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0v&#10;hTZwiYvDdZ1x9Yo2ZcBziIilVdJ1TYcTRkt3QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVv&#10;hZMFdNdw/pCMZQ5yqI4LVUV0hYuBRfB2jIjkNwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oL&#10;dDBwNJacZHFx7ZMlVLxz5I+jRZJ2AowGNt14ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6Nv&#10;lZxXY/VxU5fmVFtzV5NoRT51io7LNqN4BIn8KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWif&#10;Ym1/3mt+UtaAJG6BQ5eAf3GxNLmBBnU3JviBxHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+&#10;OHEeUjd+pXNUQyN/KnWrNIB/3nhBJwyAxnsqmfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0&#10;UZh9QXgWQrh98XmPNE5+0nsuJx1/5Xz7mM95Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7&#10;/HzAQlp81X1SNCV94331Jyx/H36ml693mILdinx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFM&#10;QeZ75YDxM+59F4CSJzl+dYAplr92TotviYt26oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7&#10;EYReM8F8ZoL8J0N95IGAlf91QZPYiMx16pI1evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeN&#10;M6N70IUrJ0x9bIKplWx0cZwPiDV1I5mpelV1xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7&#10;VYcbJ1N9CYOllQZz2qQGh8F0kqDeedR1MJ0xa3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9&#10;J1l8uoR1j5eH71+pg3eHEWKvdoiGaWWWaM2F22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWD&#10;y3lCjsuFyWgQgrKFLmpAdbiEpmxeaBaELG57Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3sh&#10;jemDwHBRgayDVnHAdNWC63MhZzyCjXSBWU2CO3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B&#10;73hwgKKBnnkuc8GBUHnYZmqBCHp5WJiA2nslSsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICB&#10;f7uAGYCUcuV/4oCFZZV/s4BeWBx/lIA7Sm1/oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+&#10;8of1cjp+w4cjZOl+m4YrV2x+kYUuSfB+roQ4POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48l&#10;cZR91I2LZE59tYvBVt19u4nuSYN96YgXPLB+MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59&#10;GJO4Y9B8+JESVmh9CI5iSRl9TIuqPG19pIjqMFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJml&#10;Y2B8Y5YcVgx8c5KISNZ8wY7uPDd9LYtIMDd91IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uM&#10;WmgpUtCK/WshRciJmm5EOTuIN3GULTyG5XU+IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3f&#10;UmWJa3AnRX+IJHKUOReG33UmLUqFsHf9ItaEm3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH&#10;73UeRSKGyHbPOOiFpnidLVCEm3qaIxqDqHy/gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oC&#10;RMSFinrxOLmEjHvyLVODpn0QI1WC1X5BgJOJcX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqE&#10;a37yOJeDjn8iLVqCzH9cI4eCIH+Zf96IOYWtdKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1&#10;OH+CrIIYLV2CD4FyI7CBiIDHf0yHRo0FdDWGXowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB&#10;74TfLVqBcYNXI9OBCoHKftiGjJQnc8GFq5KQaAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXode&#10;LVmA7oUBI++Ao4Kjfn+GAZsUc2WFIpjkZ5+EF5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOA&#10;iIZmJAWAUYNVeDOZZl8pbb+XMmIIYsGVIWTpVzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9&#10;IKqHaHlQd46XuGafbUaVpWjFYk6TkGr3VuKRbW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKG&#10;RnsNdveV4W3hbJmT729lYcKR63DwVmCP1nKRStONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHyk&#10;dk6UIHT5a+KSQXXpYQKQVHbYVdKOVnfTSmGMUXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaS&#10;p3wAa0CQ2XxhYGWO+XyzVTuNB3z9Sf+LFH1XPs2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8&#10;armPvoLPX+mN44J7VMWL9oIQSZmKDoGqPqKIL4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO&#10;1IkLX3eM/YgMVFmLFIbnST2JNoXDPmeHZ4SqNCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8o&#10;Xz+MSo10VB6KT4t9SQmIb4mSPi2Gt4e2NAOFBoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWL&#10;uZKaU9mJuY/XSNOH2I0iPguGJYp/M/aEhofsKpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRj&#10;TuaZ2mdiREyWomqHOdGTQW3iL/WPyXFpJs+MS3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraY&#10;RGyDRDaVDG8KOdiRvHHBMByOW3SeJx+K+3e+H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJ&#10;Q/6ThXNwOcWQT3WBMDGNDHexJ2GJz3oUH/eGuXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SS&#10;GXe+OaKPAXkjMDmL3nqgJ5WIxXxBIFeF1X3qazicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vu&#10;OX6N2nylMDmK1X1qJ72H3n5FIKmFE38iasqa1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM&#10;03/8MDyJ64AIJ96HFoAbIO2EcIAwam2Z6YakYPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZ&#10;MEeJIYJuJ/6Ga4G/ISWD6YEVaieZKoy/YLKWrIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeI&#10;hISOKB6F3YMrIVKDfIHUae+YopKyYKeWIpFJVsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZn&#10;KDaFb4RaIXaDJYJwYqyryl4aWX2oc2DXUDek42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qO&#10;x3VFHZWKVHlVYhWqkGTBWS+nImbhUASjZ2kwRr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHej&#10;Hi2JFnr4Yb2o3mskWNSldGy8T8WhwG54RouduHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCI&#10;AnxzYXCnGnFWWH2jvHJzT2mgFXOpRlOcI3UJPTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3F&#10;YSOlknd4WDiiQXghTymeonjTRhOauXmUPSWWpXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2k&#10;XX2SWAqhDn3KTwadcX3tRfSZjX4QPQ2VhH5KNHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6&#10;V+qgFYNBTvCcdYLRReCYlIJPPPuUloHhNHWQi4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9if&#10;T4iATuWbqId4RdaXxIZKPO6TzIUvNGiP14QqLLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42H&#10;TuKa/4vhRdOXF4oAPPOTIYg0NHmPN4aDLMqLUITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn&#10;9mG5hM5qjWUNcv5tOmhnYQBwDWvbT0ZzDW95Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oX&#10;g6xoHmx1cftrEW7bYB9uLXFbToxxeHP7PV11E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl&#10;63PFcNNpG3U8XytsenbITdJwCnhsPOdz7XpALSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sH&#10;b6JnWnuNXjZq9nwjTR5uxnzFPHly6X2CLQB3Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRl&#10;zIHJXVZppIFkTH1trYD+PBlyCICdLOR2tIA3ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfo&#10;XJxof4Z7S/RsvYULO8VxSYOHLMx2H4Hjrc5UT5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tn&#10;kItfS4Zr8YjaO4RwqIY0LLl1ooNbrPtTIaDnnZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2&#10;Sx5rUIxjO0xwI4ibLKl1O4SerHNSSaoMnRhWPKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspq&#10;w4+GOw9vtYqtLJx06IWsqtxqDFqsm/pr/V41jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90&#10;OdJ5U3N1Kq58WngAqVpm8GSTmt1pNGcci3drZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4&#10;CnbHKp97Wnowp8xkJW5WmUFmpm/rig1pDXF1egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoF&#10;KpF6dnw/pjdhqHftl7FkWXihiI1m7nlJeNJpinntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5&#10;rH4ppL9fgYFpllNiWoFHhz9lGYEPd5Vn3YDLZ55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/p&#10;o4pdvIrRlTFgs4nYhjJjkIi7dpxmd4eLZr9pjYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRc&#10;SZQPlEhfWJI7hVZiSZA0ddBlSo4TZghogovyVj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0R&#10;k5VeRZpfhKRhQpdodShkUpRQZWtno5E5VbRrO44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVd&#10;fKIohBpgep47dKBjjpopZPVm7JYcVVhqmZIHRjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4f&#10;gtt0GGGKc8R1d2TfZCh27mg9VGR4h2u/RPl6Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9x&#10;r2kKcslzQWuMY1J07m4aU7h2w3DHRHt4wHOZNbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCK&#10;ccxxM3I0YoBzEnPsUxZ1IXW9RA93W3epNX954HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZv&#10;U3jOYX9xbXmsUkxztHqcQ4J2KHudNTh45Hy7KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9Q&#10;YK1v9X9NUaBycX9YQw91GH9pNQF4Bn+BKDp7LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+Nu&#10;vITKURFxWYPmQq50LYMENNF3SIIVKEB6lYEVl29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoO&#10;UI5wdYg7QmJzZYZhNK92p4RtKEV6GIJblsljVZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5v&#10;vYxEQg1yyol1NI92JIaBKEl5sYNxllliiqFuiRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/w&#10;QcNyRowsNF11vYhFKE15X4RYkq55YVqIhk153F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9&#10;/W92Mix/QHOSJamAwngvkZd2lGNEhU13YWXzeCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3Nr&#10;MgZ9/HafJc9/s3owkHh0BmvjhBV1EG3Hdx52FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV8&#10;2XmPJfB+w3wPj0VxtHRygt5y7XWVde90G3ahaHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxV&#10;Jgx98X3GjhpvvXzngdtxGH1TdPByaH2dZ3RzxH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9&#10;PX9UjSJuIYVIgOlvk4T6dA1w/IR5ZqRydYPYWP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4Cz&#10;jFpszo18gCluVIxyc1ZvzYshZftxWomnWGlzGYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8Fr&#10;wpV2f5BtV5Ovcr1u2pGKZW1wco8vV+VyRozPSm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0m&#10;fx1smZqmckFuH5eoZPRvu5RnV4Fxl5EiSiRzvI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KB&#10;OF38b1yBMmFcYn6BRGS1VS+BXmggR86BiGu2OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVp&#10;bod/DmgLYcl/QWquVJ9/gm1jR2Z/2nA9OqaASnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9&#10;Am60YPN9XHCdU/N9yHKZRul+UXSxOl5+9HboLnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVN&#10;YC57mHZ+U0t8NHe6RnR87HkKOh99v3puLmd+wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6&#10;D3xFUsh6x3y6RhN7rn07Oe18rX3ILmN93X5mJDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1&#10;UiZ5nIGYRal6nYFGOap7w4D5LlB9G4CqJF9+jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4&#10;o4Y8RUJ5voUSOXx6+YPqLkh8dYKzJHt+C4F0gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqW&#10;RN95CoiUOUB6XIaSLkF77YR8JJJ9oYJkgGxzt5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4&#10;bovFORB52ojnLiZ7hoX8JKR9TIMpe3mJwVppcOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWup&#10;NgWFlG+CKweFEnO5IWSEt3hPepuHXGIecC6GwWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6E&#10;FnMSKyODwnZ8Ib2DkXopecSFC2m3b0aEpWu8ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaF&#10;KzWClnkcIgqCj3vdeOGC73E0bluCrHKYY2CCX3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2B&#10;j3uVIk2Brn1qeAeBInidbY6A+nlkYpuAx3oWV0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33h&#10;IoaA7n7Md0Z/m3/0bN1/j4AeYft/cIAhVr5/TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWA&#10;TYADdqd+aIcibGF+c4a0YY1+W4YAVlB+PIUiSwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4EN&#10;dil9co4Xa+h9i40PYRh9eouiVel9Yon6SqV9dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8&#10;tpTLa4h815MvYLh8ypEEVZB8tI6NSmB8y4wbP1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloe&#10;ZqyQ2l1wXG2Pc2DKUbOOBGQ2RrmMemfEO8+K42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO&#10;4GQNW+SNiWbGUUyMJGmSRnSKrmx9O7GJOW+XMYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qS&#10;W0yLnGysUMSKUW7YRhSI/XEfO3yHr3OMMYGGZ3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJ&#10;yXJ/UDeInXQKRaWHb3WpOzqGSndkMW+FLXk5KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhB&#10;T5+HH3kgRUmGDXoSOv2FD3sZMVyEGHwwKH2DPX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F&#10;4X4eROyE4X5VOuaD8X6iMVyDH378KJeCbn9aIUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLW&#10;RJKD7IJYOrODEIHmMW6CRoGDKLKBvYEcIXGBUYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWD&#10;BoYTOoqCSYTnMUuBnoPSKMOBKoKrIZmA4IGCa5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mY&#10;Om2BpoetMUaBD4XXKNGAuIP2IbiAh4ItZd6bMVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaP&#10;iWtMLVeM529fJQOKV3PHHgeH/HhiZSKZR2B9XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8r&#10;LYSLV3KXJVuI7nZKHoyGu3odZJSXJ2csW9SVP2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J&#10;6XWsJaSHrHimHwCFo3uwZASVGm23WziTS29QUhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHia&#10;JdyGkXrYH2OEsn0bY3OTV3QzWrCRonVJUZqPwHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeF&#10;nHziH7eD5H5bYvCR6nqlWj2QS3s6UTeOdXu4SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/&#10;H/2DOH9yYoKQwYDpWeKPNYEAUOmNZ4DfR76LbYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeC&#10;qYBfYiqPz4bwWY6OU4aEUJuMjoXBR32KmITXPm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEk&#10;YeWPGIzTWW+Np4v4UH+L44qER2aJ3YjLPnKH5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5Ok&#10;XFj5U1ChlFwxSuWepl+RQkibaWMmOZyX4Gb4MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9w&#10;UtSf9GIeSn2c9mT6QgSZq2gGOYWWIGtHMT2SfG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d&#10;/WfmSiGbFGo4QbiX1my+OV6UZG9tMUGQ4HJNKdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2L&#10;Sa+ZMW9bQXCWE3FSOTGSwnNxMTyPY3W0KfyMB3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6X&#10;jnRyQSOUf3XNORaRTHdUMTqOEnj6KhuK3XqtI7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8&#10;QPqTM3o8OPqQD3sYMUWM6HwXKjqJ2H0jI/GG9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmS&#10;IX5xON+PDH6pMUKL+n77KlyI+H9gJCKGPn/CHyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJl&#10;ONCOMYH1MTCLOIGeKl+IS4FfJEqFpYEaH1uDY4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaN&#10;eoT8MUWKjYP9KnSHtoMVJGOFLII0H4WDBIFprH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTn&#10;W8Rs6mjvSztwlW0oOxB0mXG7LAd4+nblqotY7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhq&#10;xm5hSoxu0HGiOqVzNHU0K/d38nk+qL1VZ2mAmf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPB&#10;Sd5tN3YMOkBx9XiWK+p3B3t2pvJSPXNzmEtWY3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTpr&#10;znpdOeVw3nvZK952N32IpUJPd31ClstT4H1uh8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6O&#10;OZZv7H70K9N1g39uo9RNIIbxlYtRwoY9hq9WOIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRv&#10;IIHdK8p06YEioqlLKZBzlIlP+47Xhc9Um40qdnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISH&#10;K8N0aYKhocRJl5mwk8JOjpckhSFTTZSCdeJYEJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710&#10;AIPpoStIcKKBkzdNe573hKBSS5tcdXBXIZfFZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7&#10;oNVj81U1ktRmaVk6hElo510ndRlreGEGZXFuLGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytg&#10;MF7lkaNjD2H7g0Vl4GUCdDxovGgCZLRrvWsKVQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5&#10;kAFgAGqlgdtjG2zHcu5mQW7nY5tpj3ETVCptGXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9d&#10;PXM0gF1gl3R6ccBj/XW7YpZnmHcHU19rbXhoRJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0Huv&#10;fxdeZ3wZcI1iBXx5Ybhl23zfUqpp+H1YRB1uTn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNc&#10;i4Oab6NgXoMVYOhkZoKRUhlotoIYQ7ptSYGmNetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ri&#10;buVe94l0YD5jMIgIUZVnroadQ25sbIUwNcdxgIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d&#10;0I+DX7NiLI0sURpm1orTQxtrvYhwNadw84XuKX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55Uq&#10;X09hWpHqUNBmIY6mQtlrKYtPNXpwg4fUKYF1+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdz&#10;A2T7T6l1TGkHQVN3xG1JM3Z6jXHxJtl9oncrk+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJ&#10;TwhzSW4EQON2E3FrM0Z5L3UnJvh8jXlRkoFkYWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVx&#10;cHLuQIh0iHV0MyN38ng8JxN7mHtTkQdhdHBhhJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/&#10;QAlzNHliMut243sxJyp6wX0uj61e6Xkug1th6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6Ry&#10;CX0mMsN19X34Jz56CH7ejo9cxoHkglJf8oHbdXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5&#10;MqB1KYCLJ095a4Bdjala/oppgXteTYmYdLFhhoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0&#10;fYLiJ1146IGrjPlZkJKsgNRc+pESdBBgTI8vZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1&#10;J2l4fYLGjH9YfJqVgFlb+Zg3c5BfWZV2Zkpi0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4&#10;J4OxigdytlWAfkxz3llxced1KV1PZNB2jmEjV0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdH&#10;iLlvT14FfTVw2WEvcOVybGRKY/V0DmdiVpZ1zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31s&#10;NGZ7e/BuDmjjb95v3ms/Ywdxvm2XVdpzvm/9SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7j&#10;erBrfXCNbq5tiHInYjRvnnO+VSxx33VaSCV0UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRp&#10;Qnglba1rf3j/YS9txnnJVHBwPHqZR4ty8Ht8Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+k&#10;bMxpwn+3YGRsN3+yU8Nu2X+uRxxxt3+3OvZ0yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBlo&#10;TYY4X8Jq5IVfUzNtr4SHRrJwt4O0Oshz7YLoL2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2&#10;XzppzYrEUrdsuIkTRkZv54dmOoZzQIW9L1t23IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho&#10;74/XUltr7Y1KRgZvNorCOk5ysIg4Lzl2b4WgJYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2El&#10;UCB9Q2UQQ6h+LGkqN7F/NG17LFeAdXI0IliB53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7&#10;FmpHQ0t8QG2pN4R9i3E6LGJ/EXUfIqSAvXlYfIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9t&#10;QtZ6hHITN0d8EXTeLGN91XfpIud/t3sse3BxpG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp4&#10;8XZfNxJ6vnheLGR8vnqKIyF+03zXelxvTHU1b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqD&#10;Nut5knuxLGx7yXz7I1N+D35XeXFtWXzvbxBvF31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4&#10;kH7dLGF6+n9CI3x9an+oeLFrt4R0blptk4RFY3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHI&#10;LGJ6SIFMI5584YDLeBpqZIu1bc1sWorhYvVuNom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5&#10;tYMWI7p8coHBd6lpXJKubWBrZpE7YodtUY9NV0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SV&#10;I898GYKKc8yCjFWaad+CcVlnX2yCe100VGyCj2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD&#10;1Hdzcr5/kl0caQx/ymBGXq+ABmNvU9mAQ2alSLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZ&#10;ccp8vmSQaBJ9PGcWXed9rGmdUyd+GWwsSC5+kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6&#10;LWvuZxl63m3VXPR7fW+3UnV8G3GeR558y3OWPON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4&#10;ZkF4zXSDXCp5lHXAUbN6W3b2RzB7M3g5PJZ8N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13&#10;DnshW3t393uwUSZ43nwsRr1523ywPGl7AH1LMpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGV&#10;WwJ2ooFyULd3nYEvRlR4uoD1PBx6A4DMMoZ7aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1&#10;iobxUE52l4XsRfp3zITxO895NoQDMlx6toMiKZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIww&#10;T/h1xopjRbp3CYihO6h4h4btMkN6JYVFKZN7+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI&#10;0GDNQmWID2TaOEmHTWkgLsmGlm2bJgmF/3JvHqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2Ye&#10;QhaGAWmOOCmFb20vLtuE63D9Jk2EinUVHx+ETXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGE&#10;Em4mN/ODtnEgLtqDaXQ9JoGDP3eVH4aDMnsEZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3Kj&#10;N7KCKXTwLsyCEndZJqeCHHnsH9+CPXyIZceAx3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OA&#10;y3ieLruA5npOJsWBIHwZICqBbH3hZRN+9XfyXE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwf&#10;Lrd/3H0VJuGARX4WIGmAvH8NZHZ9ZH59W7t9y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+&#10;9H+fJwR/iX/cIJ2AK4AOY/t8KITfW2p8tISvUnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHq&#10;Jxd+74FrIMd/tYDlY5p7KosFWw97yopPUh18I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+&#10;eIK3IOh/V4GUXuOTiFTZVp6SFViTTgqQqlxmRR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KF&#10;HSaHHHeQXgiQ+1uDVfePxl63TXeOdmIDRLGNBmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+F&#10;y3lVXViOZ2IVVUWNZGTDTOuMPWeDRDqK72piO32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXry&#10;XLGL+2iSVJuLIGq4TEOKHmzrQ8iI+282OyuHyHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J&#10;2m8DVAKJJnCiS7eIRXJFQ0uHQXPxOuuGNXW+MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3Vh&#10;U3uHfnZ8S0eGuneIQu+F0HiVOqaE4Hm2Mp+D/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2G&#10;H3wnSu2Fc3yYQqmEm3z+Om6Dw313MoWC/n4IK0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGB&#10;So+EaIFUQlyDooESOjSC3YDlMlCCN4DKKz+Bk4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmD&#10;poYJQl+Cz4T0OmKB+4QOMqCBWoNNK3yA34KlJP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuv&#10;Ph+Vrl/ANiaS/mQWLmCQNWixJ0WNbW18IO+KzHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaST&#10;uWSeNemRD2hoLmGOXWxsJ4WLtXCVIWGJP3T3HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lS&#10;NayPIWyNLlqMmW/7J7eKH3OFIcKH3Hc7HPKF73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKN&#10;UHCLLk6K+nNfJ9uIs3ZKIhCGpnlVHWSE6XxGUomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3Rk&#10;LkmJi3aiJ/eHd3jrIlCFmntGHcWECn2BUg2RVHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleI&#10;SXm9KBiGYXtkIoWEtH0NHhaDUH6SUaGPynh1SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyh&#10;KDuFc32mIrWD8n6gHliCt395UUqOh34ZSkGNjX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiE&#10;un+qIt2DUH//Ho6COoA5URGNf4ObSg2MoIN9QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4Fp&#10;Iv2C0YEgHrmB14DVojVWm0+qk+RaKVQjhUJdv1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy&#10;2nAtKsd3+3YEoChRylmfkk1V2l0wg+FZ7GC6dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOn&#10;Ks926nhsnk1NcWOLkJNR+WYogm1Wd2jDc5dbC2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1&#10;+HqxnHdJg21VjuJOfG8FgNZTWHC6clRYSHJyY0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzO&#10;mrRF/nb7jWBLYHfJf4JQnHibcRpV4HltYm1bZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC&#10;7oB2jBlIr4BlfnhOQIBUcDxT14BCYahZp4A0UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9&#10;iw1GYYjCfaRMPofJb5FSG4bRYQ9YMYXcUoNelYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlE&#10;epDGfP1Klo7gbw9Qq40DYKJW+osrUh9dmYlMRCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7&#10;fIFJR5VqbrJPhpKyYGFV/pADUfRcx41DRARj14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1j&#10;c1jRbjtmqV03X5xqEGGrUN1ttmZFQolxmWsYNLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCP&#10;bVtja2QeXuJnO2e1UExrTmtuQiZvoW9YNIt0WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1g&#10;fWrqXcxks22qT3JpMXCKQY9t8HOSNEZzDXbsKGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGk&#10;XNJia3OKTrVnS3WLQRRsbXerNBBx5noIKHt3fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhg&#10;aHlNThNlpHpsQKxrHnufM+Zw6Hz5KI52wX55jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7l&#10;TZpkOH8dQF1p/39iM8RwEH+3KJ52IYAZjg9IFIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZj&#10;CoONQCRpDILjM65vWYI1KKt1nYGEjTlGDI+LgUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIer&#10;P99oSoYWM5xuw4RuKLV1MIK7jKJEepeWgMFKK5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69n&#10;qojpM3xuToZRKL502YO8jL5kXVBjgHBmyVS3c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/&#10;MSV413CAJcB8vXZYiuxf+Fkyfxdi5VzIcpFl22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3&#10;X3O2JfF7m3iLiVRb8WINfadfU2TYcX1iqWegZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bK&#10;Jhx6nHqZh8JYUWrOfC9cFGzPcBNfwG7PY3pjfXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5&#10;vHx+hlhVGnN0euRZLXSwbuddK3XjYmphOncRVaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42&#10;hSpSU3v8eddWrXx0bfxa8nzYYZpfSn0yVPhj2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP&#10;94RNeP1UjIQCbTxZDYOTYPJdpIMUVGRidIKdR91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxU&#10;eFRSzYtGbKBXf4oCYGtcRYinU+thSYdXR3RmloYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dR&#10;cpIwbCdWRpAWX/xbL43dU5VgV4uyRzply4mQO3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+&#10;au5vcFlDXqtxj12UUg5zzmH+RWV2PmaXOTx432tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9s&#10;G2AlXc5uk2O/UV1xL2duROR0AmtHOO93B29TLaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+&#10;XN5r12ncUKNuzGzORGBx/W/jOKZ1YHMjLZp5CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5p&#10;Vm/qT/tspHIWQ/JwK3RgOHNz5HbMLZt333l2JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXW&#10;T0lqwHc/Q2RunXjAOB9ypHpYLYh25HwZJF17Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRp&#10;IXw8QwJtPHztN+pxiX2vLX92CH6FJIJ6b39jekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7&#10;QqJsFoDYN8dwlYDELYB1TIC0JKF55ICgeZtWLokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5r&#10;J4R5N49v1IOQLX10soKgJLp5c4GteR5UtJBKbtZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfB&#10;N2BvN4YCLWN0QIQ+JM55GIKKd2xzBlEFbPF0V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98&#10;mGuYKld+xHDgIWSBE3aZddhvGFi9a89w1VxMYS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9P&#10;Kmx9RHPLIb1/2niddIdrcWCCapRtkmNqYDRvrWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV7&#10;8naWIgp+yHp7c0xoHmg5aWdqkmp1Xxds+Wy1VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4&#10;Ik192Xwvch9lKW/jaFJn5XFzXiBqkHMAU6JtQnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9&#10;DH23cSFinHd2Z4Jll3hhXXBof3k3UvprcHoESF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8P&#10;cFNga37SZsVjnH8ZXMdmuX81UmVp4H9AR99tMX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7Be&#10;mYXlZjRh94WNXEFlQYTvUfBok4QzR3hsEYOEPSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyq&#10;Zcdgqou/W9ZkFoplUY5niIjbRy5rJYdgPPNvAIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7&#10;h1UuWW18YllgTyl9RV2vRKR+LWIlOjB/LWbVMFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvl&#10;WJV5Xl+DToR6gmM1RC97s2cJOe59BGsPMEp+cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2&#10;i2WYTcZ39GioQ6V5cGvWOZp7Em8vMDB80HKyJ4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuX&#10;TQ11nm4EQxF3aHCJOT15V3MxMA17YXX6J6F9jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZz&#10;jHNDQqR1lXUYOPN3zncOL/Z6G3kZJ7p8hntIIN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhh&#10;QjV0B3l9OM12cnq5L/J4+nwGJ9R7oH1mIRd+JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5y&#10;tX2wOIR1VH4uL+R4BX6+J+d63n9PIUZ9kn/XZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGc&#10;ODp0aoFcL8B3QoEuJ/V6P4D7IWx9GoDBZXJly4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdz&#10;pYQ7L6l2pYNMJ/F5yIJfIYt8uoGAYoSC3FDhWfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bW&#10;LE2D22vYJGKEQ3E1HdWExHbHYUN/ale3WQN/3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuC&#10;Am84JKqCsXPeHlKDcXilYEN8HV6QWAx84WGeT4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2&#10;JOKBT3ZhHr6CSXpbX1R5DmVeVyJ6F2fZTqV7A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2A&#10;HHi7HxyBSXvnXnB2T2wfVk53mG4GTeN4wW/zRUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrq&#10;H2uAbn1HXaVz5HLLVZd1bHQhTUd2znVuRMJ4IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/&#10;t356XPRxyXlEVPJzj3oITLd1KHqyRE52q3tZO+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+A&#10;XGZwAn+MVIhyB3/HTGdz0X/GRBl1c3+yO8d3HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xu&#10;kIWaVCRwv4VMTAtytISeQ890eIPRO5d2PIMjM5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBh&#10;UPiKlFSBSRqKAFi+QN2JXl0rOHGIp2HTMDKH7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWH&#10;uFqBSEyHWl5FQD6G4mIuOBCGWGZIMBKF12qeKL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1&#10;R5yEuGOzP6iEdmcTN6+EKGqcL+qD6G5YKNWDuXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyC&#10;N2kHPyOCNGvYN1CCKG7PL7+CLHHsKOCCP3UlIr6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5M&#10;PpeAMXCCNwqAYXLhL5uApHVfKOiA9HfuIvGBYHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+&#10;fHUVNr5+3HbNL4h/TXinKPN/0nqLIxyAdHx0HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHlu&#10;Nnt9l3qDL2t+MnuyKQh+1nzuI0R/qn4hHrCAe38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8&#10;jH3yLzp9Un54KQN+D38OI29+/3+WHuF//YADUuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4Ea&#10;L2h8fID4KSd9Y4DoI4p+foDOHwh/mICsTtiT/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uM&#10;I2aTJUGKemvkH5SI9nFvGxmHtHbnTcyQ+lW5R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpP&#10;JWyIn28DIACHUnPlG7WGR3inTRSN+FvLRoyNLF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG&#10;7XH3IFuF3XYvHDuFCXo+THiLEWHQReqKfGSkPzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTA&#10;IKiEl3hNHK+D+HuqS9qIXmfORVOIEGohPq6He2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyD&#10;fXpBHRCDEHzsS0GF723HRMaF8W+VPkCFmXFuN8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJ&#10;HWGCTn4DSryD0HOTREyEIHTcPeSEAnYiN4aDi3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSB&#10;rn7vSkyCAHkvQ+eCl3nyPZWCr3qfN1aCXntYMS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0&#10;SfuAfH6lQ5eBUn7bPVWBnX7mNzGBbH75MSSBD38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD/&#10;/wAA//8AAP//AABtZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAB&#10;AAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2&#10;Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5v&#10;cHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeo&#10;qaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh&#10;4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4P&#10;DxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2&#10;Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZud&#10;n6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd&#10;3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+&#10;/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAg&#10;ISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpc&#10;XmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXG&#10;x8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v&#10;7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy&#10;5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH&#10;0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JF&#10;Sv2hTGDypUtx5qlKg9qqTZXPqValyKhhsMWqa7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknonc&#10;mpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Ga&#10;mo/hmpqP4Zqaj+H/pjgy/6NFSv2iS2Dypklx5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbiv&#10;gcSyqofLrKaG0KWjhtWdn4bak52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L&#10;3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6h&#10;yrFXrci2YrDFumy1urN4vrKugcWtqofLp6eFz6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqP&#10;n4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6j&#10;SV/zqUZv6K5EgN2zQ5DTtkifzLdRqsrAXKy9uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH&#10;14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX&#10;jKGH14yhh9f/pzcy/6NES/6lR17zqkRu6bFBf9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcal&#10;q4XJnqmEzJing8+RpYTSiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1Iqj&#10;htSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtT/qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZI&#10;pLm8XLKvtm27qbF5waWugsWhrITIm6qDy5Wpg82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobR&#10;iaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131&#10;rz9s7Lg6euTDN4fd0zWQwcRJp7G6XrWptW68pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoio&#10;hs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiG&#10;zoiohs7/qTYy/6VCS/+qQVz2sjtq7r02d+jLM4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTF&#10;la2Ex5CshMmLq4XKh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyH&#10;qobMh6qGzIeqhsyHqobMh6qGzIeqhsz/qTUy/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4&#10;Y7eftXK8nbN8v5uxg8GXr4TDkq6ExY6thcaKrIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yH&#10;yYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi&#10;584tadDgJH+5zzeXp8JSqZ66ZrWatXO7mLN9vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aG&#10;rofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoau&#10;h8b/qzMy/6o7Sf+2MlPwxypa2N4hZsLfJIKtzjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKG&#10;wIuxhsGIsIfChrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjD&#10;hrCIw4awiMOGsIjDhrCIw4awiMP/rTEy/7AzRfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQ&#10;vHWyj7l9to+3g7iMtoS6irWFvIi0hr2Gs4e+hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4Sz&#10;iL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4h&#10;baXeLIOX0kWSkMtbnYzFa6WLwnWqir98rYe+f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1&#10;frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/&#10;sioy8cYcM9HiFDq88xtWqO4mbZjhNX+O2EqMiNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nD&#10;gKh4woKpd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KD&#10;qnfCg6p3woOqd8KDqnfCg6r6vhwo1t0OI8DwFD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCU&#10;d890l3XOd5hzzXmacs17m3HMfZtwy3+cb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1v&#10;y4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfr&#10;RnB/5VR5e+Fhf3bdaIRy226Hb9lxiW3YdItr2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+&#10;j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLM&#10;s4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+a&#10;ib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW&#10;0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+d&#10;UFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SX&#10;z7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68&#10;lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBl&#10;pMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6&#10;oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KB&#10;n9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvC&#10;upCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl&#10;76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Kt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otP/ozkq/59GQP+eT1T6oU5k76RPdeWmUYXapViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSL&#10;x7aPjcuzipDPsYaW1K6DoNengaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHV&#10;p4Gh1aeBodWngaHVp4Gh1aeBodX/ozkq/6BGQP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3F&#10;onS0wqF9ub+ghb67nYjDuJiJyLWTi82xjo7TromW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGF&#10;oNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdM&#10;dOapToPcqlOS0qlboMumZqvGpXCzw6V6uL+kgr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Y&#10;m4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/&#10;ozgq/6BFQP+gTFT7pEtj8ahLc+arTIPdrVCR1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOh&#10;iM+snI3Vo5aU2pqRnNyWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e&#10;2JaOntiWjp7Ylo6e2JaOntj/pDgq/6BFQP+gS1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGiv&#10;xrJzs8OyfLi9sIDBtqyCya6nhc+loYrVnJyR2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmR&#10;lJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceiv&#10;SIDfs0qO1rVRmtC2WqTMuGWryr1xrsG5e7a3soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue&#10;2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq&#10;/6FFQP+iSVP8p0dh8q1GcOmyRn/gt0eM2btOl9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2X&#10;pYXSjqGJ14egktmHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2Ieh&#10;nNiHoZzYh6Gc2IehnNj/pDcq/6FEQP+jSFL8qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1u&#10;sLK2eLmqsYDBpK2Fx5uphMyTpoTQiqOH1IOijtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbW&#10;gqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvk&#10;wUKG38xGjdPPUpfBxGGns7tts6u1eLulsYDBn66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04Ck&#10;ktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FE&#10;Qf+lRVH+rEJf9bQ/bO28Pnjnx0CB4NZGh8nNUZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTL&#10;h6iGzoKni89/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/&#10;po/Qf6aP0H+mj9D/pTYq/6JDQf+nQ1D/rj9d97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1&#10;ebycsoHAmK+Ew5KuhMaMrIXIh6qHyoKpisx/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mO&#10;zX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4&#10;x9Y+jrPJUqCnwGOtn7lwtpq1eryYsoG/lLGFwo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/&#10;q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+s&#10;PE3/tzZX8sUzX+HWNmPN4zF8utM/kanIVKGfwGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+I&#10;xIKuisWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozF&#10;gK6MxYCujMX/qDQq/6Y+P/+xN0r5vjBS588vVdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQ&#10;toK6jrSFvIuzhr6IsofAhbGJwYOxisGBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGw&#10;jMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjML/qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJF&#10;kpfKWp+Rw2mnjr90rY28fLGLuoG0iLmDtoW4hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8&#10;frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc&#10;2h87xusjV7PsKm+j3zWCltRKkI/NXZqLyGuhicR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7&#10;h7N5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuI&#10;s3m7iLP/rS4q/rslMOPSGi3J6BtBtvcjWqXsLm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3uj&#10;ecZ9pHjFf6V2xIGmdcODp3TDhKhzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlz&#10;woapc8KGqXPChqlzwoapc8KGqXPChqn/tCQl7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZ&#10;Yop81WyPeNJxk3XQdZVzz3iXcc56mHDNfJlvzX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuE&#10;nGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5H&#10;mvwsWY7yPGeE6ktyfeVYenngY4B03mqEcNtvh23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l&#10;1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XV&#10;gY/S0goJv+gNHa3/FTOd/yNFkP8zVIX3Q19+8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2&#10;fWLheH5i4Xl/YeF7f2DgfYBf4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+B&#10;X+B/gV/gf4Ff4H+BX+B/gV/gf4H/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHM&#10;lnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959U&#10;ae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbG&#10;t3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/&#10;oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6H&#10;lb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnur&#10;xpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2g&#10;V3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh&#10;/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9&#10;g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSE&#10;s8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jj&#10;n1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xG&#10;Nv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jB&#10;vIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8ST&#10;i7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG&#10;255klNKbbqDMmHiqxpWBssSVibbBkY66v4yQvb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiw&#10;e6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+b&#10;T0r/n09Z+KJQaO6jU3flpFeF3KJgk9Oeap/Nm3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKa&#10;yLd/oMu0fKfMrHypyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanK&#10;qn2pyqp9qcr/oDgi/51FN/+cTkr/oE5Y+KNPZ++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbB&#10;mIq6vpKMv7uNj8S4iJPItoOZzLSAoc+sfaXPpn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/&#10;qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMv/oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qha&#10;kNWmYpzPo2ymyaB2rsWef7XBnIe6vpeKwLqQjca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafM&#10;n4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/&#10;oktX+aZMZvCpTnTnq1GC36tXjteqX5rQqGmky6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qK&#10;odKghKPTm4SmzpqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSn&#10;zZqEp83/oTgi/55FN/+eS0n/o0pX+qdLZfCrTHPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3&#10;vqGEwLWbicaulY/MqJGVz6KOntKaiaLTloelz5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6V&#10;h6bOlYemzpWHps6Vh6bOlYemzpWHps7/oTci/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qz&#10;WpXUs2Oez7NupcuzeKvDrHy3uKWBv6+ehsaomYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYum&#10;zpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW&#10;+6pIZPKuSXHqskx94rZPidy4V5LWumGa071toMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQ&#10;laLUjZCl0IyQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQ&#10;ps//oTci/55EN/+gSUj/pkdV+6tHY/OwSHDrtUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19&#10;v6WngsWdoojLlp+Oz4+cltKLnKLTiJWk0ImUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXP&#10;iZSlz4mUpc+JlKXPiZSlz4mUpc//ojci/59EN/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rc&#10;zWKOzshsm8C/caq0t3e1qbF8vp+sgcWXp4bKkKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wa&#10;pc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5D&#10;YfW1RGzuvEZ36cRLf+PPVITZ1GWIyMtrmrrCcKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQ&#10;gKOlz4Chps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/&#10;ojYi/59DN/+jRUf/qkJT/rFBX/a4QWrxwURz6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5ex&#10;g8KOrYXGh6uIyoGpjc18qJbOe6iizXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mm&#10;zXupps17qabNe6mmzXupps3/ozYi/59DN/+lQ0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mR&#10;tclmn6nBcaugu3mzmbaAupSyhcCMr4bEhq2Ix4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5&#10;q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPE&#10;PGHm0UNk2d9Dc8jcSoW30FeVqsdloqDAcKyZunm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2X&#10;xnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi&#10;/6FBN/+pPUP/szlN+b43VerMOlnb3Ttiy+U/d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuI&#10;s4a+hbKJwIGxi8F+sI/Ce7CUw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qw&#10;lsN6sJbDerCWw3qwlsP/pDQi/6M+Nv+tOUH/uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8Zn&#10;pJLBcquOvXuwjLqBtIi4g7eEt4W5grWIu3+0ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/&#10;erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/&#10;7zNrr+E7fqDWSo2WzluZkMhpoYzDc6iJwHushr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3&#10;kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wz&#10;Mf+5KzbqzCY20uEmQcHvLFqw7TNuoeE9f5XXTYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKs&#10;eb+ErXe+hq91vomwc72MsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFz&#10;vY2xc72NsXO9jbH/qS4h/7MqK/LFIizW3hwtw+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7M&#10;c5t7yneeeMl7oHbIfqJ0x4Cjc8aCpHHFhKVwxIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOL&#10;p27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxt&#10;iuVJeYPfVoJ+2mSJetZsjnbTcZFz0nWUcdB5lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxo&#10;zIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jp&#10;ESC1+Rs3pf8mS5f6NFyL8UJogupPcnzlW3p34WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+&#10;jGXWgI1k1oKOY9WFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWP&#10;YtWFj2LVhY/pxw0MytoLD7f3EiSn/x05mP8rSYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll&#10;5HJ7Y+N1fGLid31h4nl+YOF7f1/hfX9f4H+AXuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3f&#10;g4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4HL0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhX&#10;X230XWRn8mJnY/BoamHubGxf7XBtXe1yb1zsdW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9z&#10;WOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/&#10;mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9&#10;orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCw&#10;xYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yW&#10;cZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP&#10;/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvA&#10;e6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeU&#10;tMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLV&#10;k3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxV&#10;XvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8&#10;wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/&#10;nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOE&#10;mLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s73/nTga/5pFLv+XUEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic&#10;0JKBpMuPiavHjY+xxYmTtcOFl7jCgpq6wX+eu8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62&#10;ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPag&#10;VWrtoFp45Z9ghd2capHWmHOb0JV9pMuShavHj42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmv&#10;wbR5sMGwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca&#10;/5tFLv+ZTkD/nk5O/6FQW/eiU2nuo1d35qJdg96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/&#10;hJi9vYCdwLx9o8K7e6rEtHqtxK17rsOqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7&#10;r8Gqe6/Bqnuvwap7r8H/njca/5tELv+aTUD/n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1&#10;ocyZfqnIlYawxJKNtsGMkbu+hpa/vIGcw7p+pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7D&#10;pH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fw&#10;qFN06KhXgOCnXozapGiW06Fxn86deqfJmYOvxZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+&#10;rMWff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tE&#10;Lv+cSz//oUpM/6VLWfmoTmbxqlFz6atVf+KrW4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPB&#10;somZxa6GociqhKnJoYCpypyBrMabga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSb&#10;ga3Em4GtxJuBrcT/njYa/5xELv+cSj//oklM/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGq&#10;daLLpX2rwZ2DtLmWibyykZDBrIyWxqeJncijh6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloSt&#10;xZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w&#10;67FSe+SzV4XftGCO2bNqltGxdZ7GqHurvKCBtLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iS&#10;h6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+e&#10;SD//o0dL/6hIV/utSWPzsExv7LRQeea4VoPhu16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSR&#10;xpqRmMmWj6HLkYyozI+KqsiOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzG&#10;joqsxo6KrMb/nzYa/5xDLv+eRz7/pEZK/6pGVvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29&#10;rneqsqd9tKmhgruhnIjBmpiPxpSWlsmQlJ/LjJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqO&#10;rMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMb/nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxO&#10;dOfCVXvfyGGA0cNqjcS6cJ24snWprat7s6OlgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvG&#10;hpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/&#10;p0RJ/61DVP6zRF/3ukdo78FNcOXJVnXczmR6zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIih&#10;kseEn5rJgJ+nyoGaqsiCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpir&#10;xoKYq8b/oDUa/51CLv+hRD3/qEJI/69BU/+2Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKn&#10;obZ3sZixfbmPrYK+iKqJw4KokMZ9p5nIeqelyXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9&#10;nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMb/oDUa/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/c&#10;WWfP2GB5wM9mirLIa5qmwnCmm7x2r5G4e7eJtYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6at&#10;xXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F&#10;/7U7Tve/PlXsy0RZ4dpPWtTfUWzG2lp9uNNii6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95&#10;sZPBdrCbwnSwpsJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKw&#10;rcL/oTMa/55BL/+nPTr/sDpD/bo4SvDGO0/j1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4&#10;q4q8f7GEuYO1gLeHuHy2i7t5tJC8d7SXvXa0ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+&#10;dLOlvnSzpb50s6W+dLOlvnSzpb7/ojMa/6A+Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas&#10;3E6Fn9NakpXMZ5yOxnGkisJ5qoW/fq6AvIKyfbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3&#10;oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cow&#10;O9rdMj/K5zhVvOw9aa3lRHmf206HlNNcko3MaJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuy&#10;cruQs3C7lbRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/&#10;pDAa/6c1Kv+0LzD0wyox3tgrLczmLkW98jVare47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrG&#10;fKR3xICmdcODqHPChqlxwYmrb8CNrG3Akq1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+V&#10;rWy/la1sv5WtbL+VrWy/la3/pS8a/60tJfy8Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSF&#10;g9dhjH/SbJJ7z3KXd813mnTLe5xyyn6ecMmBoG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVo&#10;xZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9&#10;K02g+DVek+5BbInmTXeB4FiAfdxkhnjYa4tz1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6I&#10;mWXNjJpkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW&#10;9cEXFNTfDhDA7xgmsP0jPKH/LU6U+TpdifFHaIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm&#10;2nuJZdl9imTYgIti2IOMYdaFjWDWiY5f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/V&#10;i45f1YuOX9WLjl/Vi47+uRYN1NILBsLuDhax/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlk&#10;c2jnanZm5W95ZORzemLjdnxh43l9YOJ7fl/hfn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iB&#10;W9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB&#10;/0VSevxSWnL3WWBr9F5kZvJkaGLwaWpg7m1sXu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfq&#10;gnNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0I&#10;C6T/EhqX/x8qi/8uNoH/PUF5/0pJcf9SUGn/WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRh&#10;VfZ2YlT1d2NT9XljU/R8ZFL0fmRR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR&#10;9IBlUfSAZVH0gGX/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWH&#10;i5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt&#10;7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LG&#10;c7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+S&#10;UTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmh&#10;rcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zR&#10;g5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVo&#10;eeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/&#10;l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3&#10;pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7L/ljMU/5VDJf+TUTf/l1NF/5lWUv2ZW2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCi&#10;z4CVpsx9manLe52syXmhrsh3pa/Idqqxx3SussdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/&#10;dbqyv3W6sr91urK/dbqyv3W6sr91urL/ljMU/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaW&#10;bIPfk3aN2o+AltSMiJ3Rh46jzYOTqMuAmKvJfZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4&#10;tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E&#10;/51SUf6eVV72nlpq7pxgdueaZ4LglnKM2pJ7ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXE&#10;d6y2w3azt753t7e3eLa4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5&#10;trj/mDMU/5dDJf+XTTf/m01D/59QUP+gU133oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImP&#10;qcmEla7HgJqyxX2gtcN6p7fCeK65wHe1ubh4tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5&#10;rHq1uax6tbmserW5rHq1uax6tbn/mDMU/5hDJf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/i&#10;nmqJ3Jpzk9aVfJvRkYWjzIyMqcmHk6/Ggpmzw36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7&#10;tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FM&#10;Tv+kT1v5pVNm8aVYcuqkXn3jomaH3Z5wkdeZeJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9&#10;snqyvqt7sr2mfLO8o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/&#10;mTMU/5hDJv+ZSjb/n0pC/6NLTv+mTln6qFFl8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWN&#10;ja+/h5S1uYOcubV/o7yxfay+rHyxv6V8sb+hfrO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60&#10;u55+tLuefrS7nn60u55+tLv/mTMU/5lDJv+aSTX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC&#10;4Kppi9qmc5TPn3ydxpeDqL6QirC4i5G2soaYuq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7ua&#10;gbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+p&#10;Slf7rE5i9a9SbO6wWHbosV5/37BoiNWsdJDKo3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4Sv&#10;wZmBr8GXgrK+lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU&#10;/5lDJv+cRzX/okZA/6dHS/+rSVb9r0xg9rJRau60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCr&#10;k4u2pY6Tu5+Lmr6biaLBmIiswpOFr8KShrG/kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGG&#10;s7yRhrO8kYazvJGGs7z/mjMU/5lCJv+cRjT/o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btq&#10;gMuycJDAqXadtqJ8p62cgq+ll4m2npOQu5mPmL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9&#10;jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8&#10;tEld8rlPZem+Vmzhw2By075pgMa1bo+7rXScsKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQ&#10;rsKIjrDAiI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pC&#10;Jv+eRDP/pUI+/6tCSP+xRFL6t0ha8L1OYebEVmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1&#10;kp2Luoyak76HmJvAhJekwoKWr8KDk7DAhJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6E&#10;kbK+hJGyvoSRsr7/mzMU/5pBJv+fQjP/pkA9/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9&#10;a42wtXGapa92pZyqfK2TpoK0jKKJuYagkL2Bnpm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ay&#10;vn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT&#10;6slOVuLVWlfS0V5rxMlkfbbBaoyqu2+Zn7V0pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93&#10;obG/ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+i&#10;PzH/qjw6/7M8Qvu7PknwxkRN5tJPTdzcV1bM1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KF&#10;tXmwjLh0r5W7ca6fvG6vq71xqrO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8&#10;dKWzvHSls7z/nTMU/5tAJv+kPDD/rTk4/7Y5P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomc&#10;yGuVkcRxn4jAdqd/vX2teLuEsXO6i7RvuJS3bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2v&#10;tbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbn/njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJH&#10;TMfiTV653lRurNlbfJ/UYoiU0GiTisxvm4LHd6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62y&#10;Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/&#10;tTIx88MyM+PUODDT4Tw/xuhCUrnlSGOs4k1yn99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DC&#10;iKluwY6rbMCUrGq/m61pv6WtaL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+u&#10;rWi/rq3/oDAU/6M2Iv+vMCj7vC0r6M0sKNXgMDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiR&#10;fNBxlnjMd5t0yn2ecMiCoW7Hh6NrxYulacSQpmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahl&#10;w6WoZcOlqGXDpahlw6WoZcOlqGXDpaj/oS8U/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7w&#10;Q2mS6Ex1iOFVf4HbYYd712qNdtNxkXLRd5Vvz3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsie&#10;oWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgT&#10;yegiJbr0Kzqs+DRNnvc8XJLxRmmI6VBzf+NZe3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk&#10;0YeUY9GKlWHQj5Zgz5SXXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7P&#10;mZj/pygS/7cfEubOEQ3L5hUWu/QhKqz+Kz6e/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9w&#10;gWjedYRl3HmFY9t9h2LagYhg2oSJX9mHil3Yi4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSN&#10;W9aUjVvWlI1b1pSNW9aUjVvWlI3/sB4L7cYOCM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F4&#10;8Vloce1fbWrrZHFn6Gp0ZOdvd2LldHlg5Hh6X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjg&#10;j4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8k&#10;L5L/Lz2H/z1Jf/9JUnj8VFpw+FpfafRfZGTyZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635w&#10;VuuBcVXqhHJU6ohzU+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TM&#10;xggAvdQIA631Dg+f/xofk/8nLYj/NDl+/0JDd/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3&#10;cGBW93NhVfZ2YlT1eGJT9XtjUvR9ZFH0gGRQ84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OG&#10;Zk/zhmZP84ZmT/OGZk/zhma9ywYArtsGBJ//EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJ&#10;W/9dTFj/Yk5V/2ZQU/9qUVL/bVJQ/3BTT/9yVE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK&#10;/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+V&#10;XFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2z&#10;odFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O&#10;/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnV&#10;c6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWE&#10;huCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9&#10;k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFs&#10;uaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+&#10;Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb&#10;1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqL/jS0O/40+Hf+MTC7/lFM7/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+C&#10;io3cfpCS2XqWl9Z3m5rVdKCd03Kln9JwqaHRbq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/E&#10;pMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f&#10;9pVkau+SbHXpjnZ+5IqAh9+Fh47bgI6U2HyUmNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafK&#10;bsKnw3DCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+Q&#10;Si3/l086/5lRRv+bVlL+mlte95hhafCVaHTqkXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSk&#10;pM5yqqbNcLGozW+5qctvwanDccGpvHLAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cq&#10;t3PAqrdzwKr/jy0O/48+Hv+SSi3/mE05/5tPRf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7b&#10;h4mV1oGQmtN9lp/QeZ2jznWjps1yq6nMcLOqy2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1&#10;vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq3/kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5c&#10;ZvKcYnHrmGl75ZRzhOCPfY3bioaU1oSNm9J/laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2u&#10;sHa9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/&#10;m0o4/55MQ/+hT0//olRa+qFZZfOgX2/snWZ55phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1&#10;q63Dc7Svv3O8sLd1vLCwd7uwqni7sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8&#10;sKd5vLD/kS0O/5E+Hv+WSCz/nEg3/6BKQv+jTU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S&#10;04yHmsyGj6HGgJenwXyerL15pq+5dq+xt3a6sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gi&#10;e7uxonu7saJ7u7Gie7uxonu7saJ7u7H/kS0O/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWo&#10;W2vtp2F05aRpft6fc4fUmH2Qy5GEmsSKjKK+hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25&#10;s519urOdfbqznX26s519urOdfbqznX26s519urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2&#10;/6NHQf+nSUv/qk5V+qtTXvKsWWjprGBx4qloetmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Go&#10;fqe0pX2xtaF9uLadfri1mn+5tJmAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mA&#10;urP/ki0O/5I+Hv+ZRSv/n0Q1/6RFQP+pSEn/rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+&#10;mreShaKwjIypqoiUrqSFnLKggqS1nYGutpqAt7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmz&#10;lIK5s5SCubOUgrmzlIK5s5SCubP/ky0O/5I9Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hk&#10;t15p2rRpc82sb4LCpHaPuZx8mbGWg6KqkYqpo4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCF&#10;ubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hC&#10;Pf+tRUb8sUpP8rVPVum6Vl3hvWBk1LhncsivbYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1&#10;j4qot4yKs7iLibe3i4i4tYuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/&#10;ky0O/5M9Hv+cQSr/o0Az/6lBPP+vREX6tEhM8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWe&#10;fqGemoSol5aMrpGTlLKMkZy1iI+mt4WPsbiFjra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4&#10;tYeMuLWHjLi1h4y4tYeMuLX/lCwO/5Q9Hv+dQCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5f&#10;y75kcb62aoCzr3CNqal2mKCjfKGYn4KokZuJrYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWC&#10;kLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0&#10;QUD0vEZF68RNSeLOWEvTylxexsJjcLm6aH+utG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yh&#10;tnibrLd3m7e2epe4tXyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO&#10;/5U9Hv+gPSf/qDsw/7A8N/24PzzxwURA6MtOQt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6L&#10;q36lhKiFqn2mjK94pJWydKOftHGjqrVwo7i1c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3ab&#10;ubN2m7mzdpu5s3abubP/liwO/5c8Hv+iOib/qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustf&#10;ba3FZXyhwGuJl7pwk422dpyEs3yifbCDqHeuiqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7ux&#10;b6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm&#10;0EMw3N9KNc/fUkfB2Fhas9Fea6bLY3qax2mGj8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3&#10;p65kt7SuZbO9rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505&#10;HP+nNCP/sTMo+b0yKurLNync3T4p0ONGOsXiTUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3ma&#10;cMWBn2rEiaJmw5KlYsOcp2DDpqhfw7SoX8HCqGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walh&#10;usGpYbrBqWG6wan/mSwO/6A1Gv+qMSD/ti4j8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLb&#10;XHeH2GOBftVqiXbUcY9v0XmUa86AmGfMiJtkypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjD&#10;olzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zcz&#10;t+s+RarpRVSe50xikuVSbobjWHh94GB/dtxphnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ld&#10;zaOaXM2tmlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3&#10;JBXryhwR0+AeE8TrKya38TQ4qvA8SZ3vRFeR7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+&#10;i2LXhI1f1YqOXtSQkFzTlZFa05ySWdKkk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyT&#10;WNKsk1jSrJP/oSsN/68jD/TCFwzW3RAHxeseGLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu&#10;52R2auRrembicn1k4HeAYd99gl/egoRd3YeFW9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZ&#10;o4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4r/qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+&#10;S4b+R1Z9+FFedvNZZW7wX2po7WVuZOprcmHpcXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+&#10;VOGXf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO2&#10;9xIPqP8fIJv/KzCQ/zY9hf9ASH3/S1F1/VRYbflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFft&#10;fG5V7IBvVOyEcFPriHFS64xxUeqRclDplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmV&#10;c1DplXPWvgcAxcsIALfbCQWo/xQSm/8iIZD/Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2Va&#10;WvpqXFf5bl5V+HJfVPd2YFL2eWFR9n1iUPWAY0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM&#10;85BmTPOQZkzzkGZM85BmTPOQZkzzkGbEwgYAttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/&#10;TEFj/1NGXv9ZSVr/XkxW/2NOVP9oUFL/bFFQ/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2G&#10;WEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoR&#10;hf8nG3v/MyRx/zwsaP9DMmH/Sjdb/1A7Vv9WPVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH&#10;/3RHRv92SEX/eUhE/3xJQ/+ASUL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/&#10;g0r/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGY&#10;heJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjy&#10;gHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm&#10;0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45W&#10;Pf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ&#10;3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/&#10;gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJv&#10;nYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pL/gigJ/4M5Fv+DRyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw&#10;7X6CeOl6in7mdpGD5HOXh+JwnYrgbqKM32unjt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPL&#10;adCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+U&#10;WEf/kl5T/5BlXfiMbWfyhnVw7YF/eOl9h37leY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6&#10;ltlnw5bZZs2X0GnOlshqzpfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ&#10;/4Q5F/+IRST/kUww/5VRO/+WVkf/lVxS/5NiXPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7d&#10;cKCR222mlNprrZbZabSX2Gi9mNhnyJnRacyZyWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1t&#10;y5q9bcuavW3Lmr1ty5r/hSgJ/4U5F/+KRCT/k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4&#10;d+mDgX/kfoqF4XmRi951mI/ccZ+T2m6mlthsrpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qd&#10;uG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/&#10;mlZP/5ldWvqWZGT0kmtu7o10dumHfn7kgYeF4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGncts&#10;yZ3DbcmevG/In7VwyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5&#10;F/+OQyP/l0ku/5pLOf+cT0P/nVRO/5xaWPuaYGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W&#10;1HClmtBurp3NbLefy2vDoMNux6C7b8ehtXHGoa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGs&#10;c8ahrHPGoaxzxqH/hycJ/4c5F/+QQiP/mEct/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQ&#10;dnzhioCE24SJi9N+kZLOeJmYyXShnMZxqZ/CcLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXF&#10;o6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK&#10;/qNVVPaiXF3voGJn6JxpcOGWdHnakH2C0YmGi8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6as&#10;dMOmp3bDpqN3xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+T&#10;QSL/m0Qs/6BFNf+jST//pU5I+6dUUfOmWlvrpWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Z&#10;n7J6oaOvd6mmq3azp6l2wKikd8KooXnCp516w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOm&#10;m3rDppt6w6b/iCcJ/4k4F/+VQCH/nUIr/6JENP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXL&#10;mXiBwpJ/i7uLhpS1ho6ar4KVoKp+naSme6ano3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9&#10;wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqf/iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5R&#10;TOywV1TksV5c261oZs+lbnXFnXWBvJZ8i7WQg5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCr&#10;lH/AqpOAwaiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/&#10;nz8p/6VBMv+qRTr8rklB8rFPSem1VlDht19X1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyH&#10;l6WXhKColIKpqpGCtauPgr+rjoPAqo2DwamNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPB&#10;qI2Dwaj/iicJ/4s4F/+ZPiD/oT4o/6ZAMP+sQzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGA&#10;sZ54iqmYfpOik4Wam4+NoJaMlaWRiZ2ojYenq4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiI&#10;hsGoiIbBqIiGwaiIhsGoiIbBqIiGwaj/iicJ/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTA&#10;VkbZv1xTy7djZMCvaXO2qG9/rKJ1iqScfJOcmIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/&#10;q4OKwKmDisGpg4rBqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm&#10;/6o9Lf+xQDP0uEU46r9MPOLHVUDTwlpSx7phY7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSE&#10;lJiof5OiqnySrat6krqse5HAq32Pwal+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6O&#10;waj/jCcJ/482Fv+dOh7/pTol/607K/y0PjDxvEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxy&#10;iJineJGQo36YiaCFnoKdjaN9m5aneJmfqXWYqqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8Ko&#10;eJPCqHiTwqh4k8KoeJPCqHiTwqj/jCcJ/5E1Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3J&#10;yVdQvMNeYLC8ZG+lt2p8m7JwhpKtdo+KqXyWgqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCb&#10;wqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2&#10;JfW+OSfqyUAm4NZJKNHVTjzDzlZOtshcX6rCY22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gi&#10;a6mbpGippqZmqbOmZqrDpWmkxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/&#10;jiYJ/5czFP+jNBr/rTMe/rgyIPDFNSDj0z8c2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9&#10;col8uniQdbh/lm+2h5pqtZCdZbSaoGKzpaFhtLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvG&#10;omSrxqJkq8aiZKvGomSrxqL/kCYJ/5sxEv+mMRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NK&#10;qNVZWpzQX2iQzGVzhslrfX3GcYV1xHeLbsN+kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxd&#10;t8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrc&#10;KQ7M5DYdweZALrbjSD6q4E5Mnt1WWZLaXWWI1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82a&#10;klnNpZNXzrKTVs/Ck1bL0JRXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ&#10;/6MsDv+wJg/1wB8N39UbB83kJxPB6zQjteo9M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm&#10;3nV/Yd19gl3choVa24+IWNmYilbYoYtU2KyLVNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW&#10;1otT1taLU9bWi1PW1ov/lyQJ/6kmCv64HAnmzhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxS&#10;XHzrWWRz615raupkcGXobHVh5nR4XuR8e1vig31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+E&#10;Ud2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn&#10;9TEsm/U7OpD1REeF9UxRfPVTWnP1WWBr819mZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPl&#10;lHlR5Jt6UOShe0/jqnxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wM&#10;Ac3MCQDB4AwEsvoZEKX8JyCa/TIuj/09O4X+RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJn&#10;V/F4aVXwfmpT74NsUe6JbVDtj25O7JRvTeuacEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL&#10;6qZyS+qmckvqpnL3sw0AzMMIAL/RCACx7w4GpP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/&#10;WlJe/mBWWvxmWFf7bFpV+nFcU/l2XlH4el9P939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOe&#10;ZkjznmZI855mSPOeZkjznmZI855mSPOeZkjznmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcr&#10;ev9BNHD/Rzto/01BYf9URVz/WklY/19LVf9lTVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH&#10;/ohXRv2NV0T9k1hE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLg&#10;BgKX/xMIjP8iE4P/Lh15/zglbv8+LWb/RTJf/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9u&#10;RUf/ckZG/3ZHRf96SEP/fkhC/4JJQf+GSkD/i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49L&#10;P/+PSz//j0uvxgIAotYCAJb3CgKL/xYHgv8kD3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL&#10;/1ozSP9eNUb/YjZE/2Y3Q/9pOEH/bDhA/3A5P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/&#10;hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj3/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4Fo&#10;Uv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB&#10;5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/&#10;gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpi&#10;r33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPf&#10;gdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy&#10;72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HU&#10;Y9+B1GPfgdRj34HUY9+B1GPfgdRj34H/diQG/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+&#10;blr7eXdi93WCafRxim7xbZJz7muZduxon3nrZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/X&#10;g9xh24PSY92Dz2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn&#10;/4pPMv+MVj3/i11H/4dkUf+CbFr7fHRi93h/afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILm&#10;YraD5WG+hOVgx4XlYNOF3WLZhdNk3IXMZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll&#10;24b/eCQG/3g1EP9+QBv/iEcm/41OMf+PVTz/jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6V&#10;eeprnH3oaaOA52apguVlsITkY7eF5GLAh+Nhy4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJ&#10;xGfYicRn2InEZ9iJxGfYicRn2In/eSMG/3k0EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8&#10;hG5h9354afJ5gnDvdIt263CTe+ltm3/naqKC5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn&#10;14vAaNaMvmnWjL5p1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NM&#10;L/+VUTr/lFdE/5JdTv+OZVj8iGth94J0afJ8f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL&#10;4GPHjNxj1IzPZtaMx2jVjcBp1I66atSOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/&#10;eiMG/3s0EP+FPRr/j0Qk/5ZKLv+XTjj/l1RC/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZx&#10;l4HjbZ+G4Gqoid1nsIzaZruN1mXHjtFm1I/HaNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3S&#10;kbJt0pGybdKRsm3SkbJt0pH/eyMG/3w0Ef+IPBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd&#10;8I1uZuuHd2/mgIF24XuLfdx1k4PXcZyH0m6ki89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JSt&#10;b9CTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+c&#10;SzX/nVA//51WSPibXVHxmGNb65NrZOSNdW3ehn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7&#10;lbtryJa2bc+WsG/Olqtwz5amcc+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG&#10;/300Ef+MOhn/l0Ai/5xFK/+fSTT/oE48+6FURfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TC&#10;epOKvnabj7pzo5O2cauWs2+2mLFvwpitcM2YqHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590&#10;zpefdM6Xn3TOl590zpf/fSMG/38zEf+OORj/mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9o&#10;XdeYcGjOkXh0xoqAfcCEiIW6f4+LtXuXkLF3n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82Z&#10;mXfNmJl3zZiZd82YmXfNmJl3zZiZd82YmXfNmJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+&#10;pks49KhQQOypV0fkqV1Q3KVmWtCdbmjHlXVzv459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553&#10;uZycd8icmXjKnJd5y5uVesyalHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4Iy&#10;EP+SNxf/nD0f/6FAJ/+mRC77qUk18axPPOmuVUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImM&#10;poSQkaGAmJadfaCamXyqnJZ7tp2Ue8SeknzKnZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqP&#10;fcyaj33Mmo99zJr/fyIG/4QxEP+TNhf/njwe/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcak&#10;ama8nXFytJd3fKyRfoWmjIaMoIiNkZqFlZaWgp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDL&#10;m4qAy5uKgMubioDLm4qAy5uKgMubioDLm4qAy5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv&#10;7LVMNOO6VDnYt1lIy69hWMGoaGa3oW9yr5t1fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+G&#10;hL6fhYXJnoWEyZ2FhMqchYTLm4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+X&#10;NRb/oDoc/6c8Iv6tPyfzs0Qs6bpLMOG/UjXTulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKI&#10;kY6PkJaJjJmahIqinYGKrZ9/irufforInn+JyZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMub&#10;gIjLm4CIy5v/gSIG/4kuD/+ZNRX/ojgb/6k6IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWSt&#10;qWtwpKRxepyfeIOUm36KjpeGkIiVjpWCkpaZfpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uM&#10;y5t7jMube4zLm3uMy5t7jMube4zLm3uMy5v/gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJ&#10;I9fHTDPJwVVFvbpcVbK0Y2Oormlvn6lveZaldoKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWe&#10;cJbGnXKUypx0ksubdZHLmnWRy5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/&#10;pjQY/681G/S4Nxzpwz4c4M1FH9HLSzLExVRDuL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXui&#10;iZJ1oJGWcJ6bmW2dpptqnbOcaZ7DnGucy5tumMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fM&#10;mW+XzJn/gyEG/5ArDf+gMxH/qTIV/bMxF/C+NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZr&#10;krZsdYmycn6Br3iFeqx/i3Sqh5BvqI+TaqeZlmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdo&#10;n82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZf/hCEG/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXU&#10;SC64z1BArMpYT6DFXl2VwWRoi71qcoO6cHp7t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/&#10;lV2x0JRgqtCUYajQlGGo0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO&#10;8sAmDOPQKAfU3zILyd8+Gb3bRyyx1k89pNFWTJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZj&#10;vY2JX7yXjFu8oo5ZvK+PWL2+jle+1I5ZttOPWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq0&#10;05D/iCEG/5wnCP+qJwr8uCEJ6cobBdXeIATJ5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBn&#10;aXTObnBtzXV2Z8t8e2LLhH5eyo2CWsqXhFfKo4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJ&#10;VcHZiVXB2YlVwdmJVcHZiVXB2Yn/jR0F/6IlBv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb&#10;40o+kOFQSobfV1R83l5ddN1lZGzbbGpm23RvYdp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc&#10;03xQ1OB+UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYP&#10;ArztIAuw7S4Zpew5J5rrQjWP6klBhelQS3voV1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54tx&#10;UOeVck7on3RM6Kp1S+i1dkrnw3ZK6N12S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/&#10;nRYB/7ESAdPDCQDH0QoAu/IRBK/zIQ+j8y4dmfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3z&#10;aV5Z83BhVfN3Y1Lzf2ZP8odnTfCPaUvvmGtK76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3H&#10;bkbtx25G7cduRu3Hbkbtx27/pw8A07oHAMXHBwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+&#10;cf1RRWj9Vkth/ltPXP5iU1f+aFZU/W9YUft1Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE&#10;9LFkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/&#10;JRSL/zIfgv88KXn/RTJv/0o5Z/9PP1//VUNa/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+E&#10;U0X/i1RD/5FVQv6YVkH9nldA/aZYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQA&#10;tsQEAKrTBQCe8g0ClP8aCYr/KBOB/zQdd/88JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK&#10;/2lDSP9uREb/c0VE/3lGQv9+R0H/hEg//4pJPv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/&#10;n0w8/59MPP+fTDz/n0y3vAMAqcsCAJzbAwCS/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9K&#10;LFD/US9M/1cySf9cM0b/YDVE/2U2Qv9pN0H/bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+&#10;Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto&#10;/ysRX/8yF1f/ORtR/z8eTP9GIUj/TSNF/1IlQv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/&#10;dC01/3guNP99LjL/gi8x/4gwMf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2ky&#10;Cv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq&#10;9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDc&#10;Xehw3F3ocNxd6HD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5m&#10;jV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3o&#10;cNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8&#10;/3lkRf9zbU7/b3hV/2uCWv1oi1/7ZZRj+WKbZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHx&#10;WNhx7FnhceZa5HHgXOdx2F3ocdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9x&#10;PBT/ekMd/4BLKP+BUzL/gFo8/3xiRf93ak7/cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816t&#10;b/Jcs3DyW7px8VrDcvBZzXPuWd1z6FridOFc5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d0&#10;0F/ndNBf53T/bCME/2sxCv9zOxT/fUId/4JKJ/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5&#10;aJBm92WYafVjn2zzYaZv8l+scfFds3LwXLt071vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph&#10;5XfKYeV3ymHld8ph5XfKYeV3ymHld8ph5Xf/bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4Re&#10;RP9/Zk3/eG5V/3N5XPxuhGL5ao1n9meWa/Rknm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB4&#10;3F/jeNJg5HjLYeR5xGPjesRj43rEY+N6xGPjesRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/&#10;gz8c/4lHJv+LTjD/i1U5/4hcQ/+DY0z/fWtU/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5f&#10;tHftXb557FzLeuhc3HreX+F60mHje8pi4nzEY+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXh&#10;fb1l4X3/biIE/24wC/97NxP/hj4c/4xFJf+PTC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo&#10;8G2Qbe1pmXHqZqF16GOpeOZhsnrkYLt74l/HfOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3&#10;Z9+At2ffgLdn34C3Z9+At2ffgLdn34D/byEE/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+O&#10;YEn5iGZS9IJuWu98eWHrd4No53KMbuRtlXPgap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXe&#10;grtn3YK1aN2DsGndg7Bp3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa&#10;/5NDIv+XSyv/l1E0/5ZXPfqTXUbzjmRP7ohrWOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJ&#10;ZrKCx2W9g8Vly4TBZtyEuWjbhbNp24Wua9uFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals&#10;24X/cSEE/3QuCv+EMxH/jzoZ/5ZDIf+aSSn/mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yF&#10;b813jXXJcpV6xW+df8FspYK+aq2Fu2m4h7lpxIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qH&#10;o2/ah6Nv2oejb9qHo2/ah6Nv2of/cSAE/3YsCv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDp&#10;ml9J4pVnUtqPcFzRh3hmyoGBb8V8iXbAd5B8u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv&#10;2IqgcNiKnXHZiZ1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tB&#10;Hv+fRSX9oUot9KJQNOyiVjzkoFxF3JtlT9KTbVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJ&#10;p3Gui6Vwuo2jcMmNoHHVjZxz1oyadNaLl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/&#10;cyAE/3oqCf+LLw//ljkW/50/HP+hQyP6pEgq8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aF&#10;gnewgYl9q32RgqZ5mYaid6GKn3WrjZx0to6adMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfW&#10;i5J31ouSd9aLknfWi5J31ov/cyAE/3wpCf+NLw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/&#10;0KNhTcacaVq+lXBlto93b6+Kf3aphYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+O&#10;etWNjHvWjIx71oyMe9aMjHvWjIx71oyMe9aMjHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+n&#10;Px/0q0Qk6q9KKeKzUS7Wrlc+y6dfTcGgZ1q5mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6l&#10;jo19sJCKfb2RiX7QkYh+04+IftSOh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E&#10;/4AnCP+QLg7/nTcT/6M6GPypPRzxr0Ig57RIJN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenae&#10;joF8mIuIgpKHkIeOhZmLiYOijoaCrZCDgruRgoLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB&#10;1Y2CgdWNgoHVjYKB1Y3/dR8E/4ImCP+SLQ3/nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5c&#10;S7inY1ivoWpjppxxbZ+Xd3WYk358kpCGgoyNjoeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSP&#10;fYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfr&#10;tz0Y4r9FGdW+SSrIuFM7vbFbSrOrYleqpmhioaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmN&#10;qJB2jLWRdI3GkXWN05B2i9SPeInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4Yk&#10;B/+XLAv/ojIP/6szEfKzNRPovDoT3sU/F9DBSCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6&#10;hpuBgICYiYV7lpKJdpSbjXKTpo9vk7OQbpPDkG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1y&#10;jtWNco7VjXKO1Y3/dx4D/4kiB/+ZLAr/pTAN/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1&#10;X1SfsGVflqxraY6ocnGGpXh4gKJ/fnqfh4N0nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTW&#10;jGyU1oxslNaMbJTWjGyU1oxslNaMbJTWjGyU1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG&#10;0c45FcXJRSW5xE42rr9WRaO7XVKZtmNdkLJpZ4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopj&#10;o66MYaO+jGCk0otjoNeLZZzYimWc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+g&#10;KQf/rCcH8rgkBuXHJATZ1ScFy9M3E7/OQyOzykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7&#10;eG2wg31or4uBY66VhF+toIZdra2HW628h1qu0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqH&#10;X6Xah1+l2of/fhoD/5QfBP+lJgX9sSAE7MEaA9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyL&#10;xWBXgsNmYHrAbGdzvnNtbLx6c2e7gndiuop7XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv&#10;3YJYr92CWK/dgliv3YJYr92CWK/dgliv3YL/hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982&#10;DrDdQB2k2UktmNVRO43RWEiDz15Se8xlWnPLa2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5&#10;Usa7elHHz3lRxON6U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHY&#10;wwoAztEKAMTlFAG55CYIruQ0E6TiPyCZ4Ectj95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzU&#10;gmdY1ItqVdSVbVLUoG5Q1K1vTtW8cE3W0G9N1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszp&#10;ck7M6XL/khEB/6cRANi5CQDLxggAwtUKALfqFgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpK&#10;aeRhUGTjaFVf43BZWuN4XFbjgF9T44liUOOTZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK&#10;3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf7Gf/nA0A27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zw&#10;PyaC8EcxefBOOXDvVEBo71pGYe9gS13vZ09Y725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKv&#10;X0Pyu19C88xgQfPnYEHz6GBB8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcA&#10;p+oNAZ33HAeU+CsSivg2HIH5QCZ4+kgvb/pNNmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I&#10;/IFPRf2KUUP9k1JB/pxTP/6mVD3/sVU9/rxWPP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+&#10;zlbOsAIAvboEALHHBACl1gcAm/0QApH/IAmI/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9d&#10;O0//Yz5M/2hASf9uQUb/dUND/3xEQP+ERj3/jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lL&#10;OP+5Szj/uUs4/7lLOP+5Szj/uUu+tQIAsMACAKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i&#10;/0IkW/9IKFX/TixQ/1QvTP9aMUj/XzNF/2Q1Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/&#10;mj40/6E+M/+qPzP/qj8z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8W&#10;Ann/IAZv/ygMZ/8wEl//NxdY/z4bUv9EH0z/SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24s&#10;Nv90LTT/ei4z/4EvMf+IMDD/jzAu/5YxLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKk&#10;wgAAls8AAIjfAACA/wwBdf8SAmr/GANi/yEHWv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/&#10;Uxs3/1gcNf9cHTP/YR4x/2UfMP9qIC7/cCAt/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+Q&#10;JCf/kCQn/5AkJ/+QJCf/kCT/YCUE/1swBv9hOg3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH&#10;/2CETP9djlD/WpZT/1ieVv9XpVj/Vata/1SxW/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/u&#10;U/Bf6FTxX+RW8l/kVvJf5FbyX+RW8l/kVvJf5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9y&#10;USn/cVoy/21jOv9obUH/ZXhH/2GDTf9ejVH/W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLH&#10;X/xR02D6UOJg9lHpYPFS7mDrVO9g5VbxYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE&#10;/1wwBv9lOA3/bj8V/3RHH/91UCj/dFgx/3BhOv9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/&#10;V6pc/lawXv1Ut1/9U79g/FPJYfpS1mL4UeRi81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY&#10;8WPbWPFj21jxY9tY8WP/YiUE/10vBv9nNg3/cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+&#10;Tv9iiVP/X5JW/1ybWv9aolz+WKle/VewYPxVt2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k&#10;2VnwZdNa8GbTWvBm01rwZtNa8GbTWvBm01rwZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/&#10;e1Qw/3dcOf9yZUH/bG9I/2h7Tv9khlP/YJBY/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT&#10;3mbyVOdm6lbrZuJZ7mbaWu5n0VvvaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18u&#10;Bv9tMwz/dzoU/31CHf+ASib/f1Iw/3xbOP93Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di&#10;+FmuZPdYtmb1V8Bn9FbLaPFV3WjtVulp41nsaNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvF&#10;Xu5rxV7ua8Ve7mv/ZCME/2EtBv9wMgz/ezgU/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/ts&#10;f1X4aIla9mSSXvNhm2HxX6Nk8F2rZu5bs2jsWrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/s&#10;br5g7G++YOxvvmDsb75g7G++YOxvvmDsb75g7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t&#10;/4ZXNv+CXj78fGZG+HZwTvRxe1XwbYVa7WmOX+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027Z&#10;XeZuzl7rb8Zf6nG/YepxumLpcrZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93&#10;Lgv/gjUS/4k+Gv+NRyL/jU4r/4xVM/yIXDz2g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSj&#10;a9ZirG7TYLVw0F+/cc5fzXLLX+JzxGHoc71i6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0&#10;r2bndK9m53T/ZyIE/2onBf96LAr/hjQR/409Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPg&#10;eH1a2nOGYNRuj2bQa5dqzGifbslmp3HHZK9zxGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho&#10;5neoaOZ3qGjmd6ho5neoaOZ3qGjmd6ho5nf/ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZS&#10;LvGUWDbqkF4/5IpnSN2EcVDVfXlaz3iCYcpzimfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6&#10;sWfjeqto43qnauN6o2vkeaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/&#10;jDMP/5Q7Fv+ZQxz9m0kj9JtPKuyZVTPlllw73pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVu&#10;nXWxbKZ4rmuve6xqu3yqacp9qGrhfaNs4nyfbeJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7j&#10;e5pu43v/aSED/3EjBf+CKAn/jzIO/5c7FP+cQhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZ&#10;v4J6Yrl9gmi0eYpusHaSc6xzmneocKJ6pW+rfaJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyU&#10;ceJ8lHHifJRx4nyUceJ8lHHifJRx4nz/aSED/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+Sk&#10;UCnboVc1z5pfQ8eTaE+/jHBZuId3YbKCf2itfoZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLT&#10;gZNz34CRdOB/kHTgfo904X2PdOF9j3ThfY904X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM&#10;/505Ef2iPRXypUEa6ahHH+CqTSXUpFQ0yp1dQsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZ&#10;eZt8lXelf5J2r4GQdr2CjnbOgo133oGLd9+Ainjgf4p44H6KeOB+injgfop44H6KeOB+injgfop4&#10;4H7/aiAD/3gfBP+JJgf/ljAL/583D/qkOhPvqT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9y&#10;YKeLeWihh4Fum4OIdJeAkHiSfpl8jnyif4t6rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/&#10;hXvgf4V74H+Fe+B/hXvgf4V74H//ayAD/3oeBP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPL&#10;q1IywaVaQLifYkywmWlXqJRwYKGPd2ebi35uloiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A&#10;3YN/f96Bf3/fgIB+4H+AfuB/gH7gf4B+4H+AfuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6Mz&#10;C/SqNA3psTkP37c/EtK0RiLHrlAxvahZP7OiYEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8&#10;gYadgH6EqIJ7hLWDeYTFhHiF3YN5hN6BeoPfgHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//&#10;bR8D/34bA/+PJAX/nSwH/qYwCfCuMQvltjUL27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZ&#10;c2aQlXpsipKBcoWQiXeAjZF8e4ubf3eKpYJ0ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbg&#10;f3WG4H91huB/dYbgf3WG4H//bx4D/4AbA/+SIwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0u&#10;tLBWPKqrXUmhpmRUmaJqXZGecWWKm3hrhJh/cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJt&#10;j96Bb43fgHCL4H9wi+B/cIvgf3CL4H9wi+B/cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3&#10;JgTewyoD0MM1DsS/QR25ukwtrrVUO6WwW0ebrGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mW&#10;fGuXoX9ol62AZpe8gWWY0YBmlt9/aJPgfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC&#10;/4cYAv+YIAP/piUD8rIgA+S+HgLXySICysczDb7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+&#10;qXRneKZ6bXKkgnJtoop2aKGUeWSgn3xhn6t+X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY&#10;4nxjmOJ8Y5jifGOY4nz/eBgC/4sXAf+dHQL9qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FR&#10;Npi9WEKPuV9NhrZlVn+za114sXJkcq95aWytgG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6&#10;W6Tkel2h5HldoeR5XaHkeV2h5HldoeR5XaHkeV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI&#10;0hwBvNEuCbHOOxemy0YlnMhPM5HEVj+IwV1JgL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1&#10;nHJWtKl0VLS4dFO1y3RTteR0VLDndVas53VWrOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YR&#10;AP+oEQDZuAoAzsQJAMfSCgC/2RkBtNgrB6nWORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9Z&#10;ZcR2XmDDfmJcwodmWMGRaFXBnGtSwahsUMG3bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9Q&#10;uexvULnsb1C57G//iRAB/50OANqvCADNuwgAxMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLY&#10;UzV51Vo/cdNhRmrSaExl0W9SYNB2VlvQflpXz4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7y&#10;ZUvI8mZLyPJmS8jyZkvI8mZLyPJmS8jyZkvI8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0D&#10;nuUtC5TlORaK5EIggeNKKnfiUDNv4Vg7aeBfQWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL&#10;4KdYSeC1WUjhxllI4d9ZR9/wWUbc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4&#10;BQC3wwUArdEIAKTtEAGb7SAFku0uDonsOhiA7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+ty&#10;RlDreklN7INLSuyMTUjslk5F7aFQQ+2uUULuvFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFR&#10;QO3xUUDt8VHUpQAAxLIDALa8AwCryQUAoNgIAJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e&#10;91UxWfdbNVX3YjhR92g7TfhvPUr4dj9H+H5BRPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn8&#10;40k5/ONJOfzjSTn840k5/ONJOfzjSTn840nHrQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8x&#10;D3L/OBZp/0AcYv9GIlz/TSZW/1MqUv9ZLU7/XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7&#10;OP+dPDb/pz01/7E+NP++PjP/yj8z/8o/M//KPzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR&#10;2AIAiPsNAX//GQJ2/yQGbv8tDGb/NRJf/zwXWP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/&#10;ayo7/3IrOf95LTb/gS40/4ovMf+UMDD/nDEu/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3&#10;Myz/tzOruAAAnsUAAJDSAACD4AAAff8PAXL/FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oY&#10;Qf9PGT7/VRs7/1kcOf9fHTb/ZB40/2kfMv9wIC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl&#10;/6cmJf+nJiX/pyYl/6cmJf+nJiX/pyafwAAAkc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/&#10;JwZI/y8IQ/82Cj//PAw8/0IOOP9HDzX/TBAz/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95&#10;FyL/gRgg/4kYHv+RGR3/lxkd/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O&#10;/2RFFv9mTh//ZFgn/2FiL/9ebjX/Wnk7/1eEP/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/&#10;SsRO/0nOT/9J3k//SOlQ/0jyUPxJ9lD3S/lQ8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP&#10;+1D/VicE/1EyBf9YNAf/YjsO/2dEFv9pTR//Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1Cf&#10;Sf9Ppkv/Tq1N/020Tv9MvE//S8VQ/0rPUf9J4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS&#10;5VD6UuVQ+lLlUPpS5VD6UuVQ+lL/VycD/1IxBf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/&#10;XnQ8/1qAQf9Xi0X/VJVI/1KdSv9QpUz/T61O/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM&#10;91PuT/hT6FD5U+FS+lTgUvpV4FL6VeBS+lXgUvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21A&#10;Fv9vSR7/blIn/2pcL/9lZjb/YXE8/119Qf9ZiEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT&#10;/03PVP5M4FX7TOtV+Ez0VfBP91XpUfhV4lL4VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/&#10;WSYD/1cuBf9gLwf/ajYN/3E+Ff9zSB7/clEm/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9V&#10;oFD/VKhS/lKvU/1Rt1X8UMBW+k/LVvhP3Ff1T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4&#10;Ws9W+FrPVvhaz1b4Ws9W+Fr/WSYD/1osBf9kLQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8&#10;/2Z2Qv9igUf+XotL+1uUT/lZnVL4V6RU9lasVvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvX&#10;VvZcz1f3XchZ+F3HWfhdx1n4XcdZ+F3HWfhdx1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98&#10;RRz/fE0k/3pVLP91XjT/b2c8/GpyQvlmfUj2Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbD&#10;XOZW0VzjVuRc31bwXdVX9V/MWfZgxlr2YMBb9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD&#10;/2AoBf9rKAb/dzAL/346E/+BQxr/gksi/39TKv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXl&#10;X51Y412lWuFbrVzeWrZe3FnAX9pZzmDVWeJg0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf&#10;82S2X/Nktl/zZLZf82T/XCQD/2MmBP9vJgX/ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47Xdq&#10;QOhydUfkbn9N4WmIUt1mkVfZY5la1WChXdJfqGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fn&#10;s2DxZ69h8WeuYvFnrmLxZ65i8WeuYvFnrmLxZ65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/&#10;jEcd+YtPJfKIVi3sg1025n5nPuB4cUbbc3tN1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79f&#10;wWi9X9BpumDmabVh72qvYu9qq2Pvaqdk72mmZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2ki&#10;BP92IwT/giwJ/4s2Dv+PPhT9kUUb9JFMIu2OUyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9e&#10;v2mXYrtnn2W4ZadotmSwarNju2uxY8psr2PhbKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7muf&#10;aO5rn2jua59o7mv/XyMD/2sgA/95IgT/hSsI/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6E&#10;akXIfnNNwnl7Vb51g1u5cYtgtW6SZLJsmmevaqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rs&#10;bplr7W2Ya+1tmGvtbZhr7W2Ya+1tmGvtbZhr7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV&#10;65tHGuObTSHallUtz49eOciJZ0TBg29Nu353VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCd&#10;a8BxnGvScpps6XGXbepwlG3rcJJu7G+Sbuxukm7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+&#10;IAP/iykG/5UxCfubOA3wnj4R56BEFt+gSh3TmlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneL&#10;ZaJ0k2mecpttmnCkcJdvr3KVb7xzk2/Nc5Jw5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetw&#10;jHHrcIxx63D/YyAD/3IbA/+AHwP/jicF/5cvCPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1&#10;jGpMr4dyVKmCeVukf4Bgn3yIZZt5kGqXd5htk3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod1&#10;6nGHdepwh3XqcId16nCHdepwh3XqcId16nD/ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9&#10;DtSnRBvJoU8pwJtYNriVYEKwkGhLqYtvU6OHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1&#10;hHfFdoN433WDeOh0gnjpc4J46nGCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/&#10;kyQD/50rBfGkMAbmqjMI3K43DM+qQxrFpU4ovJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6C&#10;i2qKgJNuhn6ccYJ9p3R/fLN1fXzDdnx923Z8feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzq&#10;cX186nH/aRwC/3kYAv+HGwL/lSMD+6ApBO6oLATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJ&#10;n5RrUpmQclmTjXlfjoqAZImHiGmEhZFtgIOacXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4&#10;f+pxeH/qcXh/6nF4f+pxeH/qcXh/6nH/axsC/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsew&#10;QBi8rEsms6dTM6qiWz6inWNImplpUZSVcFiOkndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9&#10;dm+H0nZwh+h0cYXoc3KE6XJzhOpxc4TqcXOE6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B&#10;9KciAuawIAHauiEBzbgxCcK0Phe4sEkkrqtSMaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4&#10;kIxsdI+VcHCNoHJtjKx0aoy7dWmNznVpjeh0a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I&#10;6nH/cBcC/4EVAf+QFgH/nhoB8KsbAeK2FgDTvR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRm&#10;TomhbFWCnnNbfZx6YXeZgWZyl4pqbpaTbmqUnnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupw&#10;Z47qcGeO6nBnjupwZ47qcGeO6nD/cxUC/4UTAf+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOu&#10;uUYhpLVPLZqxVjmSrl5DiqtkTIOoalN8pXFZdqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2c&#10;yXFdnORwXprrcGCW629hlexvYZXsb2GV7G9hlexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UK&#10;AM/BCgDGxRgAvMQqBbLCOBGnv0QenrtNK5S4VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZk&#10;YqePZ16mmmpbpaZsWKW1bVemx21XpuJsV6TtbFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/&#10;fBAB/44QAPaeDQDYrQkAzbgJAMfECAC+yhQAtconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4&#10;Z0twt21RarV0VmW0fFtgsoRfXLGOYlixmWVVsKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnw&#10;aFSp8GhUqfBoVKnwaFSp8Gj/gg4A/5QMANulBgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Y&#10;j8pIJP/i/+JJQ0NfUFJPRklMRQADCYbIUS59xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72N&#10;W1S9mF1RvKRfT7yzYE29xWBNveBfTLzwYU239WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA&#10;4ZwDANCqBQDFtQUAu78EALLLCACr2A0Ao9kgAprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9j&#10;zGtEXsxzSVrLekxWyoNPUsqNUk/KmFRNyqVWS8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF&#10;+1pIxftaSMX7WkjF+1r3kQQA1KICAMevBAC6uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9E&#10;G3XeTSRu3VUrZ9xcMmLbZDdd22s7WdpyP1XaekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5M&#10;RtrtTETY+U9D2PtPQ9j7T0PY+09D2PtPQ9j7T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU&#10;6BQBjOklBIToMwt76DwUc+hEG2voSyJk51IoXudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0fo&#10;lEFE6J9CQumsQ0HpukRA6s1EQOrkREDo9URA5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4B&#10;ALC4AQCkxAIAmdAFAI/hCgCJ8RoBgfEoBXjyMgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82Ut&#10;TPRsMEn0czJG9Hs0Q/SENkH1jjc+9Zk5PfakOjv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw4&#10;9+w8OPfsPDj37Dy/qgAAsbMAAKS/AACYygEAjNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+&#10;RxlT/k0dT/9UIEv/WiJI/2ElRf9nJkL/bShA/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++&#10;MjH/0DIx/9YyMf/WMjH/1jIx/9YyMf/WMjH/1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkC&#10;Z/8iBGD/LAda/zQMVP88D0//QxNK/0kVR/9PF0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx&#10;/4YjL/+RJC3/myUs/6UmK/+vJir/uycp/74nKf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvO&#10;AAB+2wAAdfkHAGv/DwFi/xYCW/8eA1T/JgVO/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9Y&#10;EjP/XhMx/2QULv9qFSz/chYq/3oXJ/+DGCX/jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60b&#10;If+tGyH/rRuavgAAi8oAAH7XAABw4wAAZ/8EAF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3&#10;/zoHM/8/BzD/RAgu/0kJLP9OCSn/Uwon/1gKJf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/&#10;mQ8Y/5sQGP+bEBj/mxAY/5sQGP+bEBj/mxD/TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dg&#10;JP9Uayr/UHgv/02EM/9Kjzb/R5k5/0ahO/9FqTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C&#10;/0H2Qv9B/UL/Qv9B+UT/QfRG/0LvR/9C70f/Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/&#10;VzYI/1w/Dv9eSRb/XVMd/1peJP9XaSr/U3Uv/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9E&#10;vUH/RMZC/0PRQv9D4kP/Q+xD/0P1Q/9D/EP8RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/&#10;ROtJ/0T/TSkD/0wwBP9UMQX/WTQI/189Dv9hRxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7&#10;/0udPf9KpD//SKxA/0izQf9Hu0L/RsND/0bORP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0bl&#10;S/9H5Uv/R+VL/0flS/9H5Uv/R+VL/0f/TikD/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9d&#10;ZCv/WnAw/1Z8Nf9Thzn/UJE8/06aP/9NokD/S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+Ejy&#10;R/VI+kbxSf9H6kv/SONM/0neTf9K3k3/St5N/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H&#10;/2c6Dv9qRBX/ak4c/2dXJP9iYSv/Xm0x/1t4Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6&#10;TLxI+UzHSPZL1EnzS+VJ8EvwSe1M+UjpTP9K4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ&#10;/03/UCgD/1UqBP9dKQX/ZS0H/2w4Df9vQhT/b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaS&#10;QvdUmkT1U6JG9FKpSPJRsUnxULlK70/DS+5Pz0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9Q&#10;yVP/UMlT/1DJU/9QyVP/UMlT/1D/UScD/1gnBP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9&#10;aGQw+WVwNvZhezvzXoVA8FuOQ+5ZlkbsV55I6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS&#10;91HRU/1SylT+U8RW/1O/V/9Tv1f/U79X/1O/V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0&#10;C/96PRH/ekYY/3hPIPt0WCj2b2Ev8WtsNu1ndjzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ&#10;2Fa8UdVVyFLSVdtTzlbrU8tW9lXGVv1Wv1j9VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/&#10;UyYD/18iA/9pIQP/cygF/3syCv9/OxD/gEQW+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthi&#10;jkrUX5ZN0V2dUM5cpVLMWq1UyVm2VsdZwlfGWdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37&#10;Wa1d+1mtXftZrV37Wa1d+1n/ViQD/2IgA/9tIAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq&#10;4XhkMtxzbjrUbndB0GqAR8xmiUzIZJFQxWKYU8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71yw&#10;Xvldq1/5Xahg+VylYflcpWH5XKVh+VylYflcpWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+J&#10;Ngv4iz4R74tGF+iITh7hhFcm2X5hMdF4ajrLc3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2Gs&#10;XLBgt16uYMRfrGDYX6lh61+nYfdfomP3X59k91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC&#10;/2gcAv90HQL/fiMD/4grBf2NNAnzkDsO6pBDFOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61&#10;bohSsmuPVq9pl1qsZ59cqWWoX6ZksmGkZL9iomTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo&#10;9mCWaPZglmj2YJZo9mD/XR8C/2oaAv93HAL/giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohb&#10;L8KDZDm8fmxBt3l0SLJ1fE6ucoRTqm+LV6Ztk1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNk&#10;k2r0Y5Fr9WKQa/VhkGv1YZBr9WGQa/VhkGv1YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXr&#10;mTUI4Zw7DNaYQxbMk08ixI1YLr2HYTi2gmlBsH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVt&#10;q2SSbLdmkGzGZo9s32aObfFljG7zZItu9GOKbvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28W&#10;Av98GgH/iB4B/5EkAvKZKwTnnjEF3aA2CdGcQRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31T&#10;nHiFWJh2jVyUdJVfkXKeYo5xqGWLcLRniXDDaIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOE&#10;cvRjhHL0Y4Ry9GP/YxoC/3EVAf9/GAH/ihwB/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQ&#10;XTesi2U/pYdsR6CDc02bgHtTln2CV5J6ilyOeJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3by&#10;Zn9182V/dfNkf3XzZH9182R/dfNkf3XzZH9182T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC&#10;0qcwB8ijPhO/nkkftplTK66UWzanj2M/oItqRpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+&#10;ea9oe3m9aXp50Wl5eupoenryZnp58mV6efNkennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+E&#10;FgH/kBcB9ZsaAeekHQHbqx8BzqovBsSmPRK6oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9&#10;V4aEhVuCgo1ffoCXY3p/oWZ3fqxodX27aXN+zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNk&#10;dXzzZHV882T/aRYB/3gTAf+HFAD/kxUA8Z4VAOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOe&#10;mF88l5RmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C&#10;8mVwgfNkcIHzZHCB82RwgfNkcIHzZHCB82T/axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbAr&#10;BbutOQ+yqUQbqaVOJ6ChVjKZnV47kppkQ4uXa0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahn&#10;aYm2aGeJyGhnieNnaInyZmmH82VqhvNkaobzZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3&#10;mg4A26cKANOwCwDKtBYAwLQpBLaxNw6trkMapKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aW&#10;flhxlIZcbJKQYGiRmmNlkKZlY5C0ZmGQxmZhkOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0&#10;Y2SM9GP/cRAB/4IPAP+RDQDenwkA06oJAMyzCQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3&#10;h6ZhP4CkZ0Z6oW5MdZ91UXCdfFVrnIRaZpqOXWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJe&#10;k/ViXpP1Yl6T9WJek/ViXpP1Yl6T9WL/dQ4A/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7&#10;MgqhuT8VmLZIIJCzUSuIsFg0gK5fPHqrZkN0qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6Gw&#10;YFahwWBVotxgVaHvYFaf919XnPdfV5z3X1ec919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYA&#10;xLAGALy5BAC1wQ4ArMIgAaTBMAiavzwTkb1GHYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1f&#10;roFRW62KVFitlVdUrKFZUqyvW1CswFtQrNpaT6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm&#10;+lv/gAkA4ZIBANGgBADGqwUAvLQEALO9AwCrxwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79b&#10;M22+YjlnvGk+YrtwQ166d0dauYBLVrmJTlO4lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5W&#10;SrP+Vkqz/lZKs/5WSrP+Vkqz/lb6hwIA1pgAAMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASK&#10;zzYMgc5BFXnMSh5yy1ImbMpaLWbJYTJhyGg3XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jF&#10;v0tHxthLR8XtS0bD+U1Fwv9ORcL/TkXC/05Fwv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0C&#10;AJ/HBQCW0gkAjtoSAIjbJAKA2jIIeNk+EHHYSBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385&#10;TNOIO0rTlD5H06A/RdSuQETUv0FD1dhARNPsQELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTR&#10;mAAAw6UAALWuAACpuAAAnsMCAJTNBgCK2QoAhOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfj&#10;XSRU42QnUOJrKk3icy1K43wwSOOGMkXjkDRD45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7&#10;OD3i+zg94vs4PeL7OD3i+zjGoQAAt6sAAKq0AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jII&#10;ZO47DV7uQxNY7ksXU+5SGlDvWR5M72AgSe9nI0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri44&#10;8r4vN/PQLzfz5y828fMvNvHzLzbx8y828fMvNvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvd&#10;BQB09xEAbfccAWb4JgNf+C8GWvk4ClT5QA5Q+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14&#10;Hzj9giA2/Y0iNP6YIzL+pCQx/7ElMP+/Ji//zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAA&#10;n7cAAJLCAACGzQAAedoAAHDyCABo/xEAYf8aAVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49&#10;/1UQOv9bETj/YRM1/2gUM/9vFTD/eBYu/4IXLP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/&#10;xxwm/8ccJv/HHCb/xxyhtAAAk78AAIbKAAB41gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8u&#10;BED/NAU8/zsGOf9BBzb/Rggz/0wIMf9RCS7/Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQ&#10;Hv+gEB7/qBEd/7ERHf+xER3/sREd/7ERHf+xER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP&#10;/wwASf8SAUP/GQE+/yACOf8nAzX/LQMy/zMELv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/&#10;Xgcb/2UHGf9uCBf/eAgV/4MIE/+NCRP/lgkS/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0Iy&#10;BP9IMgT/TDYG/048CP9QRw7/UFIV/05fGv9Lax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w&#10;/z21Mf89vDL/PMUy/zzOM/873zP/O+o0/zvzNP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1&#10;P/819T//NfU//zX/QywD/0QwBP9KMAT/TjQG/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9F&#10;iyv/Q5Ut/0KdL/9BpTD/QKwx/z+zMv8/ujP/PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//&#10;NPg//zbyQf838EH/N/BB/zfwQf838EH/N/BB/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V&#10;/1RaG/9RZiD/TnIl/0t9Kf9IiCz/RpIu/0WbMP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/&#10;QOU3/UDwN/pA+Df3Qf829kH/N/JB/zjsQ/856kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9Q&#10;LAT/VS8F/1k3CP9cQg7/W00V/1hXG/9WYyD/Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0Wt&#10;Nv9FtDf/RLw4/kTGOPxE0jn5Q+I59kTuOfNE9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv88&#10;40b/PONG/zz/RisD/00pA/9UKQT/WSwF/141B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/&#10;Tosx/kyUNPxLnDX7SqM3+kmqOPhIsTn3SLk69kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI&#10;/z/aSv9A2Er/QNhK/0DYSv9A2Er/QNhK/0D/RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RR&#10;Gv9gWyD/XGcm/VlyK/pWfS/4U4cz9lGQNfRQmDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+&#10;5UzqPeJL9T/fS/5B3Er/QtRM/0PNTf9Dy07/Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/&#10;YygE/2gwBv9sOwv/bEQS/2pOGf5mWB/5YWIl9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVR&#10;qj7jULI/4U+7QOBPx0DeT9hB2U/oQdRP9EPQTv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/&#10;R8BR/0f/TSUC/1chAv9gIAP/aCYD/24uBf9yOAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn40&#10;4luHOOBZjzvdV5c+21WfQNhUpkLVU65D0lK3RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3&#10;Vf9KtlX/SrZV/0q2Vf9KtlX/SrZV/0r/UCMC/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0&#10;UBvqb1oi5GtlKeBnby/bY3k11mCCOtJdij7PW5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1Xf&#10;S7xW7ky5VvpNt1b/TbJY/02uWf9NrFn/TaxZ/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC&#10;/3goA/98MQf4fjoL8H1DEel6TBjidlcf3HJhKNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8&#10;W6RLulqtTLhZt062WcNPtFnVT7Fa6lCuWvdQrFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd&#10;/0//Vh4C/2EZAv9sGgL/dSAC/3wlA/2BLgXzhDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4&#10;PL5ngEG6ZYhFt2OQSLRhmEuyX59Nr16oT61dslGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9S&#10;m2D/Uptg/1KbYP9Sm2D/Uptg/1L/WBwC/2QXAf9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLR&#10;glAcyn1aJsR4Yy++c2w3uW90PbVsfEKyaoRGrmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h&#10;4VabYvFVmWL9VZdj/1SVZP9UlGT/U5Rk/1OUZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4Qg&#10;AfOKJgLoji4E35A2B9SMQRHLh00bxIJXJr19YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhR&#10;nWegU5pmqlWYZbVXlWXEWJRl21iSZu9XkWb8V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/&#10;XBgB/2kTAf92FgH/gBkB/YgdAe+OIgHkkykC2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2&#10;dUKjc31Hn3CES5xujE6YbJRSlWudVJJqp1eQabJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+&#10;Vodr/laHa/5Wh2v+Vodr/lb/XhcB/2wSAf94FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZ&#10;uYpTJLKGWy2sgWQ1pn5rPKF6ckKdd3pHmXWBS5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuD&#10;bulag274WYJv/FiCb/1Xgm/9V4Jv/VeCb/1Xgm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeW&#10;GADbnBwAz5stBMWXOw28k0cYtI5RI62KWSynhmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOX&#10;VYRyoViCcaxaf3G6XH5xzFx9cudbfXL2Wnxy/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB&#10;/3ERAf99EQD/iBIA8pISAOOaEgDVnxkAyp4rBMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCS&#10;gHVFjX58Sol8hE6FeoxSgniVVn53n1h7dqpbeXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2&#10;/Fd3dvxXd3b8V3d2/Ff/ZBIB/3MQAP+AEAD/ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZN&#10;IKSSViqdjl4yl4tlOZKIbECNhXNFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJc&#10;cXvzWnF7+1lyevxYcnr8WHJ6/FhyevxYcnr8WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDM&#10;pBUAwqQnA7iiNgqwnkIVp5pMH6CXVCmZk1wxk5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOB&#10;m1hvgKZabX+0XGt/xVxrgN9ca4DyWmuA+1lsfvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gO&#10;AP+FDADikggA1ZsJAM6jCQDHqBIAvaglArSmNAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9D&#10;fo52SHmMfUx1ioVQcYiOVG2HmVdqhqRZZ4WxW2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdn&#10;g/xXZ4P8V2eD/Ff/bA4A/3sMAPKJCQDZlQYAz54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJah&#10;USWPnlguiJtfNYKZZjx9lm1BeJR0RnOSe0tvkINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zu&#10;WV+M+1hhiv1XYYn9V2GJ/Vdhif1XYYn9V2GJ/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4A&#10;srAgAamuLwahrDwQmKlGGpGnTyOJpFYsg6JdM32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNe&#10;laBVW5StV1qUvVhZlNRXWZTsV1mT+VZbkf5VW5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiR&#10;AwDMnAUAw6UFALutBACzswwAq7UcAaO0LAWbsjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRv&#10;QWiid0VkoX9JX5+ITFyekk9Ynp5SVp2rU1SdvFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9T&#10;VJn/U1SZ/1P/eAYA4YkAANCWAgDGoQMAvKkDALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18&#10;s1IldrFaLHCvYDJrrmc4Zq1uPGKrdUBeqn1EWqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m&#10;909Npf9PTqT/T06k/09OpP9PTqT/T06k/0/6fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EU&#10;AJTBJQKMwDMIhL8+EXy9SBl1vFAhb7pYJ2q5Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xG&#10;TLOpSEqzuUhJtM5ISbPpSEix9klIsP9KSLD/Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2&#10;qQAAq7EAAKG6AQCYwwUAkMkQAIrJIAGDyS8Fe8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bB&#10;cjNTwXs2T8CEOUzAjzxKwJs+R8CoP0bAuEBFwM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/&#10;Q0O8/0PWjQAAxpsAALilAACtrgAAorYAAJi/AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsV&#10;YdBTGlzPWx9Yz2IjVM5pJ1HOcSpNznotSs6DMEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/&#10;y/45Psv/OT7L/zk+y/85Psv/OT7L/znKlgAAvKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPe&#10;GABu3iYCaN4zBWLePgpd3kgPWd5QFFXeWBdR3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96m&#10;Kj7ftSo94MgqPd/jKjzd8Ss73PstOtz9Ljrc/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAA&#10;jcMAAIHNAgB21wcAbugPAGnoGwFj6CcCXukyBVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB&#10;63IbP+t7HTzrhh467JEgOOyeITftrCI27bsjNe7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr&#10;+COzpQAApq0AAJm3AACNwQAAgMsAAHXVAQBp4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZH&#10;CkT2TgxB91UOP/dcDzz3YxE6+GoTN/hzFDX4fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cb&#10;K/vrGyv76xsr++sbK/vrGyv76xuoqgAAmrQAAI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO&#10;/yMCSf8rA0X/MwRB/zoFPv9BBjv/Rwc4/04INf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/&#10;lQ8l/6EQJP+uESP/uhIi/8oSIv/QEiL/0BIi/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90A&#10;AFnjAABT/QYATf8OAEj/FgBD/x4BP/8mAjr/LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YG&#10;JP9dBiL/ZQcg/24HHf95CBv/hQga/5IJGf+eCRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQ&#10;ugAAgsUAAHTQAABn3AAAWOMAAE3wAABH/wIAQv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/&#10;NQIj/zoCIP8/Ax7/RAMc/0kDGf9PAxf/VgQV/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+i&#10;BQ3/ogUN/6IFDf+iBQ3/ogX/OS8C/zwwA/9BMQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ&#10;/zyBHP86jB7/OZYg/zieIf83pSP/N6sj/zayJP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/&#10;Nv8m/jb/Jvw2/yb8Nv8n+jb/KPo2/yj6Nv8o+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9I&#10;Qwj/SE8N/0dbEv9EZxb/QnMa/z9/Hf89ih//PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjH&#10;J/840yj/OOMo/zjtKP449yj7OP4n+Tn/J/g4/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C&#10;/0EsA/9GLAP/Si8E/0w3Bf9NQQj/TEwN/0tYEv9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/&#10;PaYm/zytJ/88tCj/O7sp/zvEKf87zyn+O+Aq+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87&#10;/y3vO/8t7zv/Le87/y3/PC0C/0QpAv9KKQP/TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4&#10;H/9FgyL/Q40k/0KVJv9BnSf/QKMo/0CqKf4/sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s&#10;7T//Lew+/y/rPv8w5z//MOc//zDnP/8w5z//MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/&#10;V0cM/1VREv9SXRf/UGkc/010IP9KfyP9SIkm+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJD&#10;yC7wQ9cu7EPnLulE8y3mQ/ww5EL/MeNC/zLhQv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sj&#10;Av9SIgL/WCcD/1wvBP9dOQf/XkMM/1tOEf9YWBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt&#10;7UmjLuxIqi/qR7Ev6Ue6MOdHxTDmR9Iw4kjlMN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfN&#10;SP83zUj/N81I/zf/RiQC/08gAv9WHwL/XSQD/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5V&#10;dSXrU38o6FGIK+ZPkS3kTpgv4k2gMOFMpzHfTK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/&#10;OshK/zrGS/87wUz/O8FM/zvBTP87wUz/O8FM/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ&#10;+WhGD/JlUBXtYVsa6F5mIORbcSXhWHsp3laELNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnK&#10;Tsk6yE7dOsRP7TvBTvk9vk7/PbxO/z66T/8+tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9f&#10;GgH/ZyAC/2wmAv9vLgT5cDgH8m9CDOtsSxLlaVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaW&#10;N8ZUnTnEU6U7wVOtPL9Stz69UsM/vFLTP7lS6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9B&#10;rFT/QaxU/0H/UBwB/1oXAf9kGAH/bB0B/3EjAv11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybK&#10;Y3ErxmB5MMJegTS/XIk3vVqROrpZmDy4WKA+tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX&#10;/0SlWP9Eolj/RKJY/0SiWP9Eolj/RKJY/0T/UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4&#10;B9x6RA3SdU8Wy3BaHsZsYybBaGwsvWZ1MbljfTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhG&#10;pVnHR6Na3kehWu9Hn1v8R51b/0ebXP9Gmlz/Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/&#10;dBcA/3ocAfJ/IgHngSkC3oIzBNN/QAzLekwVxHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadi&#10;j0ClYJdDol+gRZ9eqUedXrRJm13CSpld1kqXXuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/&#10;R5Jg/0f/WBUB/2MRAf9uEgD/dxUA+34YAO2DHQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2Us&#10;rW9tMqltdTemanw7omiEPp9mjEGcZZREmWOcR5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qM&#10;ZP9Ji2T/SYtk/0mLZP9Ji2T/SYtk/0n/WhMB/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eI&#10;Owq/hEcTuH9RHLF7WiSsd2Irp3RqMaNxcjafb3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6&#10;TYhlzE6HZuZOhmf2TIZn/0uFaP9LhGj/SoRo/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA&#10;84UQAOSLEQDWjxcAy44qAsKMOAm6iEQSs4RPG6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKO&#10;bY1Fi2yWSIhroEuFaqpNg2m3ToFpyE+AauNPgGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r&#10;/0v/XhAB/2sOAP92DgD7gA0A6ogNANuPDADQkhUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1l&#10;MJd6bDWTd3M6j3V7PoxzgkKIcotGhXCTSYJvnUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9M&#10;eW//S3lv/0t5b/9LeW//S3lv/0v/YA8A/20NAP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAex&#10;j0EQqoxLGaOIVCGdhFwpl4FjL5J+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVy&#10;w1Bzct1QdHPwT3Rz/U10c/9MdHP/THRz/0x0c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4I&#10;AM+UCQDHmBEAvpgjAbWWMgatkz8PppBJGJ+MUiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZF&#10;enmPSXZ4mUxzd6ROcXexUG92wVBud9lQbnfvT253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/&#10;ZA0A/3IKAPB+BgDaiAUA0JAHAMqXCADCmxAAuZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmI&#10;ZjOEhm04gIR0PXuCe0F4gIRFdH+NSHF9l0ttfKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/&#10;TGp7/0xqe/9Manv/TGp7/0z/ZgoA/3UIAOGBAgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsM&#10;nZhFFZaVTh6Pk1YliZBdLISOZDJ/i2s3eopyPHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9i&#10;gdFPYoHrTmOB+U1jgf9MZID/S2SA/0tkgP9LZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+d&#10;BQC3oQwAr6McAKeiLASfoDkLmJ5DFJGbTByKmFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuI&#10;RmWKkkliiZ5LX4iqTV6Iuk5ciM5OXYjpTV2H+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA&#10;6nwAANWIAADKkgMAwZoDALmgAwCxpgkAqacZAKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50&#10;mWczb5duOGuWdTxnlH1AY5OGQ2CRkEZckZxJWpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO&#10;/0lYjv9JWI7/SViO/0n/cQEA4IAAAM+MAADElgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/&#10;D4WoSBd+plAeeKRYJXOiXituoWUwap9sNGWeczlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpI&#10;UZjmSFGX9UhRl/9HUZb/R1GW/0dRlv9HUZb/R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAACh&#10;sAAAmrIRAJSzIgGNsjAFhbE8DH6vRhR4rk4bcqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1Wk&#10;jD5Ro5hAT6OlQk2jtENMo8hDTKPkQ0uh9ENLoP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sA&#10;AMKWAAC3nwAAraYAAKOtAACZtQAAkLkOAIu6HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2Em&#10;XrJoK1qxby5WsHcyU7CBNU+vizhMr5c6Sq6kPEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9F&#10;q/8/Rav/P0Wr/z/agwAAx5EAALucAACvpAAApasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/B&#10;QAxpwEkSZL9RF1++WBxbvl8gV71mJFS8bidRvHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7vi&#10;NEK58zVBuP03QLf/N0C3/zdAt/83QLf/N0C3/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIA&#10;e8gHAHTLEgBwzCIBa8swA2bLPAdhy0UMXMpOEVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdD&#10;yJUoQciiKj/IsSs+ycQrPsnhKj7H8is9xvwtPMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmm&#10;AACdrgAAkrcAAIa/AAB7xwMAcM8HAGfWDQBk1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdi&#10;E0fXaRZF13IYQtd8GkDYhxw92JMePNihHzrZsCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8j&#10;N9T/IzfU/yO5nAAAq6QAAJ+sAACTtQAAh74AAHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO&#10;5DwESuREBkflTQhF5VUKQuVcDEDlZA4+5mwQO+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo&#10;5Rgx5vQYMeX8GDHl/Bgx5fwYMeX8GDHl/BiuogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4F&#10;AFTuEABR7xsATe8mAUnwLwJF8DgDQfE/BD7xRwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IIN&#10;LfSPDiv1nQ8q9qsQKfa8ECj2zhEn9+YRJ/XxESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7&#10;xQAAb84AAGLXAABW3gAATvAHAEr6EABG+xkAQvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/&#10;UwUr/1oFKf9iBif/awYk/3YHI/+CCCH/kAgg/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/d&#10;CRz/3QmYsAAAiroAAHzEAABvzQAAYtgAAFXeAABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysB&#10;Lf8xASr/NgIn/zwCJf9CAiP/SAIg/04DHv9VAxz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR&#10;/7IFEf+8BRH/vAUR/7wFEf+8BRH/vAWMuAAAfcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/&#10;CwAw/xAALP8WACn/HAAm/yIAIv8nAR//LAEc/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9h&#10;Agz/bAIK/3kCCf+GAwj/kgMH/50DBv+lAwb/pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID&#10;/zs5BP87QwX/OU8H/zhcCv82aA3/NHQQ/zKAEv8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/&#10;LrwZ/y7FGv8uzxr/LuAa/y7rGv8u9Br/Lvwa/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou&#10;/xz/My8C/zksAv89LQL/PjAD/z82BP8/QQX/PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZ&#10;GP8zoBn/MqYZ/zKsGv8xsxr/Mbob/zHCG/8xzBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d&#10;9TH/HvUx/x71Mf8e9TH/HvUx/x7/NSwC/zwqAv9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/&#10;PW4R/zt6FP85hBb/OI4Y/zeWGf82nRr/NqQb/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc1&#10;8R30Nfod8jX/HvE1/x/wNf8g7zT/Ie80/yHvNP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0ky&#10;A/9JPAX/SEcH/0ZTC/9EXw//QmoS/0B2Ff8+gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf&#10;+Tm8H/g5xh/2OdMf8jnkH+858B/sOvof6jn/Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/&#10;PCcC/0MjAv9IIgL/TCYC/08vA/9QOQX/TkMH/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZA&#10;lh71P50f8z+jIPI+qiDxPrEh8D65Ie4+wyHtPs8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/&#10;KNw9/yjcPf8o3D3/KNw9/yj/PyMB/0cgAf9MHgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT&#10;9kttF/NJdxrwR4Ec7kaKHuxFkiDrRJkh6UOgIuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXW&#10;Qvgo00L/KtFC/yvPQf8rzkH/LM5B/yzOQf8szkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9c&#10;MgP/WzsG/FlGCfZWUQ7xVF0T7VFoF+lPchrmTXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2Eaz&#10;KNVGvCjTRsgp0UbcKs1H7CrJRvcsx0b/LsRG/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B&#10;/04YAf9WGAH/XB4B/2AlAv9iLQP8YjcF9GBBCO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTR&#10;TZAnz0yXKM1MnirLS6YryUqtLMdKty3GSsIuxErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL&#10;/zO2S/8ztkv/M7ZL/zP/ShoB/1IVAf9aFgH/YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5e&#10;F9JbaRzOWHIgy1Z7JMhUgyfFUosqw1GSLMFQmS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1&#10;r0/9Nq1P/zasT/82q0//NqtP/zarT/82q0//NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHt&#10;biwC5W02BN1rQwjUZ08QzWRaF8hgZB3EXW0iwVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBS&#10;rTatUrc3rFLFOKpS2jinUu05pVP6OaNT/zmiU/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQ&#10;AP9jEgD/ahQA/28ZAPJyHwDmdCYB3XQxAtNxPwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAu&#10;rluIMaxZjzOqWJc1p1efN6VXqDmjVrM6oVbAO59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqY&#10;WP86mFj/OphY/zr/UhIB/1wOAP9mEAD/bREA+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhr&#10;XB2zaGUir2VtJ6xjdSupYXwvpl+EMqNeizWhXZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1&#10;PpFb/z6QXP89kFz/PI9c/zyPXP88j1z/PI9c/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgA&#10;zn0qAsV7OQa+d0UOt3RQFbFwWRytbWIiqGppJ6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2R&#10;Xqs/j164QI1eyEGLXuFBil/zQIlf/z+JYP8+iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9s&#10;DAD4dAwA6XoMAN5+DADSgRUAyIEnAcB/Nga4fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8&#10;M5RnhDaRZYw5jmSVPIxjnj6JYqhAh2K1QoVixUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/&#10;gmT/P4Jk/z//WQ4A/2QLAP9uCgDqdwgA230IANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuh&#10;dlwhnHNkJphxayuUb3IvkW15M45rgTaLaok5iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn&#10;/EF8aP9AfGj/QHxo/z98aP8/fGj/P3xo/z//WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogi&#10;AbaHMQSvhD4LqIFJE6J9Uhqcelogl3dhJpN1aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NC&#10;eWqwQ3hqv0R2atRFdmvtQ3Zr+0J2a/9Bdmz/QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDa&#10;fAQA0IMGAMmIBwDDig8AuosgAbKKLwSriDwKpIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0&#10;fDZ/coQ5fHGNPXlwlkB2b6FCdG6uRHJuvUVwbtFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/&#10;QHFw/0D/XwgA/2sEAOF2AADUfwMAy4YFAMWLBgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1Ye&#10;joBdJIl+ZCmFfGstgXpyMn14eTV6d4I5d3aLPHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENr&#10;c/9CbHP/QWxz/0Bsc/9AbHP/QGxz/0D/YQUA+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmS&#10;KwOikDgIm41DD5SKTBeOiFQdiYVbI4SDYiiAgWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiq&#10;Q2Z4uERleMxFZXjnRGV490NmeP9CZnj/QWZ4/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIA&#10;w4wDALuRAwCzlAkArJYYAKWWKAKdlDYHlpJBDpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRv&#10;gn03bIGGO2l/kD5mfptBY36oQ2F9tkRgfclEX33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9&#10;/0D/ZwAA43QAANJ/AADHiAEAvo8CALaVAQCumAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FY&#10;IHqPXyV2jWUqcotsLm6KczJqiHs2ZoeEOWOGjjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9A&#10;W4P/QFuD/z9bg/8/W4P/P1uD/z//agAA3ngAAM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGT&#10;njEFjJ08C4WbRhJ/mU4YepdWHnWWXSNwlGMobJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aL&#10;skBUi8VAVIvhQFSK8z9Viv4/VYn/PlWJ/z5Vif8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgA&#10;AKqcAACgogAAmaQQAJOlIAGMpC4DhaM5CX+iQw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcw&#10;W5eANFiWijdVlZU5UpWiO1CUsD1PlMM9T5TfPE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzk&#10;dAAAz4EAAMKMAAC4lgAArZwAAKOhAACYqAAAkKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmm&#10;WBxkpF8hYKNmJV2ibSlZoXUsVqF+L1OgiDJPn5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/&#10;OUmb/zlJm/85SZv/OUmb/znbegAAyIcAALySAACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYB&#10;drIzBHGyPQlrsUcOZrBPE2KvVhherl0cWq1kIFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJF&#10;qb8yRKraMkSo7zJDp/szQ6b/M0Ol/zRDpf80Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOs&#10;AACIsgAAfLkCAHa6EQByuyEAbrsuAmi7OgZkukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6&#10;Iki2hCVFtpAnQ7WdKUG1rCpAtr4qP7bYKj+07io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAA&#10;uZUAAKydAAChpAAAlqsAAIqyAAB/uAAAc78DAGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQ&#10;xFgPTcRfEkrDZhVIw24XRcN4GkLDghxAw44ePsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi/&#10;/yQ4v/8kOL//JDi//yS9kQAAsJsAAKSiAACYqgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9Ah&#10;AFXQLgFR0DkCTtBDBEvQTAZJ0FMIRtBbC0PQYw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsX&#10;NNLSFzXQ7BY0z/cYM87/GjPO/xozzv8aM87/GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABq&#10;xwAAXs0DAFTUCABM3Q0ASt0YAEjeJgBG3jIBRN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXh&#10;egoz4YYMMeGUDTDiow4u4rMOLuPHDi3j4w4t4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcA&#10;AI+wAACDuAAAdsEAAGrJAABezwAAU9UBAEncBgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYC&#10;M+1NAzHtVQMv7l0ELe5lBSvucAUp73sGKO+JBybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi&#10;7/UIIu/1CCLv9QiepgAAka8AAIS4AAB3wQAAaskAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3&#10;IAAz9ygAMfgwAC75NgEr+T0BKfpEASf6SgIl+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+o&#10;BBf/twQW/8gEFv/gBBb/5AQW/+QEFv/kBBb/5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAA&#10;OuQAADX3AwAy/wwALv8SACv/GgAo/yEAJv8nACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET&#10;/18BEf9qAhD/eAIO/4cCDv+WAg3/pAIM/7ACDP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJ&#10;AABe0wAAUNsAAEPgAAA45QAAL/AAACv/AAAn/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8t&#10;ABH/MgAQ/zgADv8/AAz/RgEK/08BB/9ZAQT/ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kB&#10;AP+pAQD/qQH/LC8B/zAsAf8yLAL/MzAC/zE2A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/&#10;J5EM/yeZDf8mnw3/JqUO/yarDv8msQ//JrgP/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn&#10;/w/5Jv8R+Cb/Efgm/xL4Jv8S+Cb/Evgm/xL/LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJX&#10;Bv8wZAf/LnAJ/yx7Cv8shQz/K44N/yuWDv8qnQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR&#10;/injEfsq7xH4KvgQ9iv/EPQq/xL0Kv8T8yr/FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/&#10;OikC/zsyAv87PQP/OUgF/zdUBv81YAf/M2wJ/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8u&#10;rBL/LrMS/i66Ev0uxBL7Ls8T+C7hEvUu7RLxL/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/&#10;F+wu/xf/NCYB/zkjAf89IwH/PiYC/0EvAv9BOQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ&#10;/TSPEfw0lhL6M50T+TOjE/gzqRT3M7AU9jO3FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjk&#10;Mv8Z5DP/GuMy/xrjMv8a4zL/GuMy/xr/OCMB/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9B&#10;WAj/P2QL+z5vDvk8eRD2O4MR9DqLE/M5kxTxOZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjb&#10;FuM56hbgOPUY3Tj/Gts3/xzZN/8d1zf/HdY3/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB&#10;/00oAf9OMgL/TTwE/0pHBvpIUwj2Rl8L8kRqDu9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxji&#10;PaoY4D2yGN89uxndPcYZ2z3YGtY96RrSPfUdzj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8&#10;/yH/PxwB/0UXAf9LFwH/UB0B/1MkAf9ULQL/UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WC&#10;Ft1EihfaQ5EZ2EKZGtVCnxvTQaYc0UGuHc9Btx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8k&#10;vUH/Jb1B/yW9Qf8lvUH/Jb1B/yX/QhgB/0kTAP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfj&#10;U1UK3lFgDtlOahLUTHQW0Et8GM5JhBvMSIwcykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G&#10;3yW5Ru8mtkb7J7RG/yizRv8oskb/KLFG/yixRv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14b&#10;APlgIwHvYCwB5l42A99cRAXYWVAK0VdbD8xUZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wk&#10;uEqkJrZKrCe0SrYos0nDKbFJ1imuSuoqq0r4K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/&#10;SRIA/1AOAP9ZEAD/XxIA/2MWAPJlHQDnZSUA3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhU&#10;eR+2U4Eis1KIJLFQkCavUJcorU+fKatOqCupTrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//&#10;Lp1Q/y6dUP8unVD/Lp1Q/y7/TBAA/1QNAP9dDgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJ&#10;v2JSD7pgXBW2XWUZslttHa9ZdSGsWHwjqlaDJqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZ&#10;UuIxl1PyMZZT/zGVVP8xlFT/MJRU/zCUVP8wlFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORt&#10;DgDWbhYAzG8oAcRtNwS9a0QJt2hPD7JlWBWuYmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliX&#10;LphXoDCVVqoyk1a1M5FWxTSQVt00jlfwNI1X/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA&#10;/1sJAP9jCADragcA3W4IANhxCgDPchMAxnMlAb5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKc&#10;YXQlmmB7KJdegyuUXYstklyTMI9bnDKNWqY0i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc&#10;/zOEXP8zhFz/M4Rc/zP/UwoA/10GAPVmBADfbQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJ&#10;DqZuUhShbFsZnWliHZlnaiKWZnElk2R4KJBjfyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4&#10;f1/qN35f+jZ+YP81fmD/NH5g/zR+YP80fmD/NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDD&#10;eg8Au3sfALN6LwKseDwHpnVGDaFzUBOccFgYl25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFj&#10;ljR/Y6E2fGKtN3piuzl5Ys45eGPoOHhj+Dd4ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IB&#10;AOFsAADUcwIAy3gEAMV7BQC+fQ0Atn4dAK9+LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmsk&#10;h2xyKIRreiuBaoIufmmKMXtolDR4Z582dmaqOHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVy&#10;aP81cmj/NXJo/zX/WQIA9mUAAN1uAADPdgEAx3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7&#10;SxGSeFQXjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrk&#10;Om1r9Thta/83bWv/Nm1r/zZta/82bWv/Nm1r/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkA&#10;rYUYAKaFKAGfhDUFmYJACpN/SRCNfVIWiXtZG4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRt&#10;cJs2a2+nOGlvtTpob8c6Z2/iOmdv9Dhob/83aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0&#10;AADIfAAAv4EBALeFAQCvhwcAqIkVAKGJJQGbiDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHps&#10;JnR5cypxeHstbneEMGt2jjNodZk2ZnSlOGRzszlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82&#10;Y3P/NmNz/zb/YQAA4G0AAM93AADEfwAAu4UAALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6E&#10;h04Tf4VVGHuDXB13gmMhc4BqJW9/cSlsfXksaXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV15&#10;8ThdeP43Xnj/Nl54/zVeeP81Xnj/NV54/zX1ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQ&#10;AJeSIACRkS4DipA5B4SOQwx/jUwSeotTF3WJWhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQz&#10;W4ChNll/rzdXf8A4V3/aN1d/8DdYfv02WH7/NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7&#10;hwAAso0AAKiRAACelAAAlpYOAJGXHACLlysChZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWM&#10;bSVhi3QoXop9LFuJhy9YiJIxVYefM1OHrTVSh741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/&#10;M1KF/zPjbAAAznkAAMGDAAC2iwAArJEAAKKVAACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcN&#10;b5lPEmqYVhdml10bY5VjHl+UaiJck3IlWZJ7KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJM&#10;jvoyTI3/MUyM/zFMjP8xTIz/MUyM/zHccQAAyH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGj&#10;FAB8pCMBd6QwA3KjOwZtokQLaKFMD2SgVBNgn1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqb&#10;LEiaqS1HmbotRprQLUaY6y1Gl/kuRpb/LkaW/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAA&#10;oJsAAJWfAACKpAAAfakAAHerEABzqx4Ab6wsAWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQ&#10;p24cTaZ2H0qlgSFIpYwkRaWZJkOkqCdCpLgoQaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg&#10;/ynJfgAAuosAAK+UAACjmgAAmKAAAI2lAACCqgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRG&#10;B1azTgpTs1UNULNcEE2yYxNKsmsWR7F0GEWxfhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvch&#10;Oq3/Ijqs/yM6rP8jOqz/Izqs/yPAhgAAs5IAAKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBd&#10;vRIAWr4gAFi+LQFUvjgCUb5CBE6+SgZMvlIISb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9&#10;pBc3vbUYNr3KGDe85xc1u/YZNbr/GjS5/xs0uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wA&#10;AHuzAABvuQAAY74AAFjEBABQyAwATcgXAEzJJQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQH&#10;OstuCTjLeAo2y4UMNMuSDTLLog4xy7IPMMzHDzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKu&#10;lwAAoZ4AAJWlAACJrQAAfLQAAHC7AABkwQAAWcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnY&#10;OwA42UUBNtlNATXZVgIz2l4CMdpoAzDbcwQu238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5&#10;CCbY/gkm2P4JJtj+CSbY/gmknQAAmKUAAIutAAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYA&#10;NeQNADPkFgAx5CAAMOUqAC7mMwAt5jwAK+dEACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf&#10;66EDHeuyAxzsxwMc7OEDG+rxAxvp+QMb6fkDG+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnL&#10;AABM0AAAQdUAADjcAAAv4QIALfENACvxEwAo8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZR&#10;ABn3WgEX92UBFfhyART5gQET+ZIBEvqiAhH6swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAA&#10;gbQAAHO9AABmxgAAWc0AAEvTAABA2QAANd4AACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX&#10;/ygAFf8uABP/NQAS/zwAEP9DAA7/TAAN/1YAC/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/&#10;xwED/8cBA//HAQP/xwGDtAAAdb0AAGfGAABazwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8F&#10;ABf/DAAV/xAAEv8UABD/GQAO/x4ADf8jAAv/KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sA&#10;AP97AAD/iwAA/5kAAP+lAAD/rAAA/6wAAP+sAAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/&#10;I0sD/yFYA/8gZAT/HnAE/x17BP8dhQX/HY4F/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8c&#10;wwf/HM4H/x3fB/8d6wf8HfUH+R3+Bvce/wf3Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywn&#10;Af8uJwH/LSoB/ywyAf8rPQL/KUkD/ydVA/8lYQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH&#10;/yGlB/8hqwj/IbEI/yG4CP8hwQj/IcsI/CHcCPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvw&#10;If8L8CH/C/Ah/wv/LCYB/zAkAf8xIwH/MSYB/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8n&#10;fwb/J4gH/yaQB/8mlgj/Jp0I/iajCf0mqQn8Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9&#10;Cusm/wvqJv8N6Sb/Degm/w7oJv8O6Cb/Dugm/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC&#10;/zROA/8yWgT/MGUF/y5wBv4tewf8LYQI+iyMCfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/Eruwvv&#10;K8YL7izUC+os5gvmLPIL5Cz8DeIs/w/hLP8Q4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86&#10;GgH/PSAB/z8oAf8/MgH/PT4C/ztJA/85VQT7N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGc&#10;DOoxogzpMakM6DGwDeYxuQ3lMcMN4zLRDd8y5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U&#10;0DH/FNAx/xT/NxsB/zsXAP8/FgD/QxwA/0YkAf9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQno&#10;OnoK5TmDC+M4iwziOJIN4DeZDd83nw7dN6YO2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3&#10;/xbGN/8XxTf/GMQ3/xjEN/8YxDf/GMQ3/xj/OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+&#10;AuxGSgTnRFYG40NiCN9BbArcQHUM2T9+DdU+hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sV&#10;xzvIFsU83BbBPO0Xvjz5Gbs8/xq6PP8buTz/G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/&#10;TxQA/1EbAPtSIwDxUS0B6U84AeJNRQPcS1EF1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNC&#10;lRbBQZwXv0GkGL1ArBm8QLYaukDCGrhA0hu1QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/&#10;HqxB/x7/QhEA/0cNAP9PDgD/UxEA/1YVAPNXHADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQ&#10;wEpyEr1JehW7SIIWuUeJGLdHkBm1Rpcbs0afHLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGj&#10;Rv8iokb/IaJG/yGiRv8hokb/IaJG/yH/RQ4A/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxa&#10;OwLGWEgFwVZTCbxUXA25UmURtVBtFLNPdRewTnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4&#10;I6FJxiSfSt4knUrwJJtK/SWZS/8kmUv/JJhL/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA&#10;6V4KAOReDQDVXxUAy2AnAMRfNgK+XkMFuFtOCbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6g&#10;UI4gnk+WIpxOnyOaTqglmE6zJpdOwieVTtYnk07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q&#10;/yb/SgkA/1MFAPhaBADiXwMA2mIGANRjCQDNYxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtl&#10;FqFZbBifWHMbnFZ6HppVgiCYVIoilVSSJJNTmyaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8p&#10;h1T/KIdU/yiHVP8oh1T/KIdU/yj/TAUA/1YBAOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGw&#10;aDwEqmVHCaVjUQ2hYVoSnV9hFppeaRmXXHAclVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VW&#10;uiyDVswsglfmLIFX9yuAWP8qgFj/KoBY/ymAWP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoD&#10;AMZsBQDAbA4At20dALBuLAGqbDkEpWpECKBoTg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIk&#10;hlyLJoRblCiBW54qf1qqLH1aty18WskuelrjLnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/&#10;UQAA8lsAAN5kAADPagAAx24CAMBwBAC6cAwAsnEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5m&#10;YxiLZWkbiGNwHoVieCGCYX8kgGCIJn1fkSl7X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/&#10;K3Rg/yt0YP8rdGD/K3Rg/yv/UwAA6F4AANlnAADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQD&#10;m3I/B5VwSQuRblIQjGxZFIlqYBiFaWcbgmhuHn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9v&#10;YsQvbmLeL25j8i5uY/4tbmP/LG5j/ytuY/8rbmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3&#10;AQCwdwcAqHgVAKJ5JACceDIClnY9BpF0RwuMck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmD&#10;JnJojSlvZ5csbWejLmtmsS9pZsEwaWbbMGln8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA&#10;4WMAAM9sAADEcwAAu3gAALN6AACregQApHsSAJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7&#10;cmIaeHBpHXVvcCBybngjb22BJm1siylqbJYraGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr&#10;/yxla/8sZWv/LGVr/yz0WwAA3WYAAMtvAADAdgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85&#10;BYh9QwmDe0sNfnpTEnp4WhZ2d2EZc3VnHHB0bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70v&#10;Xm/UL15v7S9fb/stX2//LGBv/yxgb/8sYG//LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAACh&#10;ggAAmYMOAJSEHQCOhCsBiIM2BIOCQAh+gEkMeX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3&#10;hydgdpIqXXWeLFt1qy5adLsvWXXRL1l07C5ZdPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0A&#10;AMN2AAC5fQAAr4MAAKaGAACchgAAlIgMAI6JGQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0X&#10;aYFjGmaAah1jf3IgYH56I119hCZafI8pWHucK1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypV&#10;ef8qVXn/KlV5/yrhZQAAzHEAAL96AAC0ggAAq4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniO&#10;OwVzjUQJb4xMDWuKVBFniVoVZIhhGGGHaBtehnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLM&#10;K06C6CtOgfgqT4D/Kk+A/ylPgP8pT4D/KU+A/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAA&#10;hpMFAICUEgB7lSEAd5UtAXKVOARtlEIHaZNKC2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFP&#10;jIsjTYuYJUuLpSdJi7UoSIvKKEiK5ydJifcoSYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWE&#10;AACrjAAAoJAAAJWUAACJlwAAfpoAAHebDgBznBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlc&#10;ElWYYxVTmGsXUJdzGk2WfR1KlYkfR5WVIUWVpCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8k&#10;Q5D/JEOQ/yTKdQAAu4EAALCLAACkkQAAmpUAAI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFf&#10;pDsDW6REBVikSwhVo1MLUqNaDU+iYRBNomgTSqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f&#10;4x09nfQePZz/Hzyb/x88m/8gPJv/IDyb/yDCfAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gA&#10;AGOsBABfrREAXK0fAFquKwBXrjYBVK5AA1GtSAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QT&#10;PKuRFTqroBY5q7AXOKvDFziq4Rc3qfMYN6f+GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACX&#10;mwAAi6EAAH+mAABzqwAAZ68AAFq0AABTtgwAUbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4&#10;WgY/uGIHPbhrCTq4dQs4t4EMNreODjS3nQ8zt60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/&#10;EzCz/xOyjgAApZUAAJqbAACOogAAgqgAAHWtAABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycA&#10;P8MyAD7EPAA8xEQBOsRNATjEVQI2xF0DNcRmBDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggq&#10;xPAIKcL7CSjB/woowf8LKMH/CyjB/wuolQAAnZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnD&#10;AAA/yAQANs0JADPOEQAyzxwAMc8nADDQMQAv0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOE&#10;AiTUlAIi1KYCIdW5AiHV0gIg0+sCINL2Ax/R/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAA&#10;bbgAAGC+AABUwwAASccAAD7LAAA10AEALdUGACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe&#10;4UoAHeJTABzjXgAb42oAGuR4ABjkiAEX5ZoBFuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj&#10;+gGWogAAiakAAHuxAABuuQAAYcAAAFTGAABIygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0X&#10;ABntHwAX7iYAFe4tABTvNQAT8D0AEfBGABDxUAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIA&#10;CfbZAAj17QAI9e0ACPXtAAj17QCLqQAAfbIAAG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf&#10;4QAAGegAABb4BgAU+g0AEvsSABD8FwAO/B0ADf0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/&#10;ZgAA/3cAAP+JAAD/mwAA/6sAAP+7AAD/zgAA/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEA&#10;ADrWAAAv3QAAJeEAABzlAAAU6QAAEfcAAA//AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMA&#10;AP8qAAD/MgAA/zwAAP9HAAD/VAAA/2MAAP9zAAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/&#10;IikB/yMnAf8jKAH/ICsB/xwxAf8aPQH/GEkB/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8S&#10;mQL/Ep4C/xKkAv8SqQL/Eq8C/xK2Av8SvQL/EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/&#10;A/QT/wP0E/8D9BP/A/QT/wP/JCcB/yYkAf8mJAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC&#10;/xd1Av8XfwL/F4gC/xePAv8XlgL/F5wC/xehAv8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0&#10;F+8C8Rj6Au8Y/wPuGP8E7hj/BO0Y/wXtGP8F7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8n&#10;NwH/JUMB/yNPAv8hWwL/H2YC/x1xAv8dewP/HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyx&#10;A/YcuQP1HcID8x3OA/Ad4QPsHe4D6R75BOge/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A&#10;/y0cAP8tGwD/LiAA/y8pAP8vNAH/LD8B/ypLAv8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPz&#10;I5UE8iObBPEjoQTvI6gE7iOuBO0jtgTrI78E6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok&#10;/wnaJP8J2iT/Cdok/wn/LhsA/zEXAP8yFgD/NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxo&#10;A/ArcgPuKnsE7CqEBOoqiwToKpIF5ymYBeYpngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H&#10;0ir4Cc8r/wrNKv8LzCr/DMsq/wzLKv8Myyr/DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+&#10;OzUB9zlBAfE2TQLsNFgC6DNjA+UybQTjMnYE4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIv&#10;sQjQL7oJzzDGCc0w2AnJMeoKxjH3DMMx/w7BMf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkP&#10;AP8+EAD/QRQA/0MaAP9CIwD1QS4A7T46Aec9RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJ&#10;yzaPCso2lgrINp0LxjWkDMU1rAzDNbUNwTXADcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOz&#10;Nv8Tszb/E7M2/xP/ORAA/z0LAP9DDQD/RxAA/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtA&#10;YgbIP2sIxT50CcM9ewvBPYMMvzyKDb08kA67PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzx&#10;FKs8/RWpPP8WqDz/Fqg8/xanPP8Wpzz/Fqc8/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A&#10;1kosAM5LOwHJSkgCxEhTBMBHXQe8RmYJukRuC7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSq&#10;QKsVqUC2FqdAxBemQNkXo0HtGKBB+xifQf8ZnkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9M&#10;BQDxTwcA5lAJAONPDQDVTxUAzFEnAMVRNgG/UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/&#10;EqdHhhSlRo0Vo0aVFqFFnhifRacZnkWyGpxFvxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8b&#10;k0f/G5NH/xv/QgUA/0oBAPJQAADhVAEA2VYFANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiq&#10;UV0Lp1BkDqRObBCiTXMSn0x6FJ1MgRabS4kXmUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K&#10;9h6LS/8ei0v/HYpL/x2KS/8dikv/HYpL/x3/RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1se&#10;ALVcLgGvWzsCqlpGBaZYUAiiVlkLn1VgDpxTaBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8e&#10;ik6qH4hOtyCHTsghhU7iIYRP8yCDT/8gg0//H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADR&#10;XQAAyWACAMNgBAC9Xg0AtWAaAK5hKgCpYDcCpF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1V&#10;eRiLVIEaiFOJHIZTkh6EUpwfglKnIYBStCJ/UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/&#10;IHtU/yD/SgAA6VQAANpcAADMYQAAw2QAALxkAgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1IL&#10;kV5aDo5dYRGLW2gTiVpvFoZZdhiEWH0agViGHH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1&#10;V/0jdVj/InVY/yF1WP8hdVj/IXVY/yH/TQAA5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNp&#10;JACeaDIBmWc9BJRlRweQZE8KjGJXDYhhXhCFX2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqi&#10;I3JaryRxWr8lcFrVJW9b7SVvW/wjb1v/Im9b/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAA&#10;u2sAALNsAACsagQApGsSAJ5sIQCZbC8BlGs6A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4&#10;YXgadWCAHXNfih9wX5Qhbl6gI2xerSVrXrwmal7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf&#10;/yLwUgAA3V0AAMtlAADAawAAt24AAK9vAACnbgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpS&#10;DH5pWQ97aGASd2ZmFHVmbhdyZXUacGR+HW1jiB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvok&#10;ZWP/I2Vj/yJlY/8iZWP/ImVj/yLrVQAA2GAAAMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQ&#10;dCoBinM2AoVyQAWBcEgIfW9QC3ltVw52bF4Rc2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2Jm&#10;qSVgZrkmX2bNJl9m6CZgZvkkYGb/I2Bm/yNhZv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUA&#10;AKd3AACedQAAlnYNAJB3GQCLeCcAhnczAoF2PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZ&#10;Zm56HGNtgx5hbI4hX2uaI11rpyVba7cmWmvKJlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLj&#10;WwAAzmYAAMBuAAC2dAAArHkAAKN7AACYeQAAkHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4&#10;Uw1sd1oQaXZhE2d1aBZkdG8YYXN4G15ygR1ccYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//&#10;I1Zv/yJXb/8iV2//Ildv/yLfXwAAymkAALxyAACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEA&#10;e4EuAXeAOQNygEIFbn9KCGt+UQtofVgOZHxfEWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJR&#10;drMjUHbGJFB24yNQdfUjUXX/IlF0/yFRdP8hUXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqD&#10;AACNgwAAhIQDAH2FEAB5hh4AdYcrAXGHNgJthj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4Bz&#10;GFR/fRpRf4gcT36UH01+oiBLfbEhSn3EIkp94SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAA&#10;wHIAALR7AACqggAAoIYAAJWIAACHiAAAfIoAAHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhc&#10;i1MKWotaDVeKYRBUiWgSUYhxFU+IehdMh4UaSoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC&#10;/x5Fgv8eRYL/HkWC/x7KbQAAungAAK+BAAClhwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUi&#10;AGOVLgFglTgCXJVBBFmUSQZWlFAIVJNXClGTXgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60a&#10;P4/AGj+P3Bo/jfEaP4z9Gz+L/xs/i/8bP4v/Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7&#10;lQAAbJkAAGWbBABgnBAAXZ0dAFueKQBYnjQBVZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUOb&#10;dQ9Bm4ARPpqNEzyamxQ6mqsVOZq9FTma2RU5mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UA&#10;AKSMAACYkQAAjZUAAIGaAAB1nQAAaKAAAFukAABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kC&#10;RqdQBEOnWAVBp18GP6ZoCD2mcgo6pn0LOKaKDTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEy&#10;of8RMqH/ETKh/xG0ggAAqIwAAJ2SAACSlwAAhpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWw&#10;HABEsScAQrEyAEGyOwA/skMBPbJLATuyUwI5slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4&#10;CSyy0AgssOwJK6/5Ciuu/wsqrf8LKq3/Cyqt/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAA&#10;WbEAAE20AABCuAAAO7oKADi7EwA3vB4ANbwpADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEq&#10;vnQCKb6CAie/kQMmv6IDJL+0AyO/ywMjvugDI7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIye&#10;AACApQAAc6sAAGewAABbtQAAT7kAAES8AAA6wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5&#10;ACPKQgAiy0sAIctVACDMXwAfzGwAHc16ABzNigAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8C&#10;GMr/AhjK/wKbmQAAj58AAIKmAAB1rQAAaLMAAFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ&#10;1QsAFtcQABXYGQAV2SIAFNkrABPaNAAT2j0AEttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3g&#10;uAAM4NIAC9/tAAze9wAM3fsADN37AAzd+wCSnwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkA&#10;AC7NAAAl0QAAHtUAABbaAQAR3gYAEOcNAA7nEgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EA&#10;BOteAAPrbgAB64AAAOqUAADqpwAA67wAAOvSAADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABe&#10;vgAAUcUAAEPJAAA3zQAALdEAACPWAAAb2wAAE98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1&#10;HgAA9SUAAPUuAAD1NwAA9kIAAPZOAAD2XQAA9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQ&#10;AAD40AB7rwAAbbgAAGDAAABSyAAARM0AADfRAAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAA&#10;Af8DAAD/CAAA/w0AAP4QAAD+FAAA/xoAAP8hAAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA&#10;/5IAAP+hAAD/rQAA/7MAAP+zAAD/swD/HCYA/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8L&#10;XwH/CmsB/wp1Af8KfwH/CocB/wqOAf8KlQH/CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnM&#10;APwJ3gD5CesA9Qn2APMJ/wDyCv8A8Qr/AfEL/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA&#10;/xcsAP8VNwD/E0QA/xFQAf8QXAH/DmcB/w5yAf8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+&#10;DqgB/A6uAfsOtQD6Dr4A+A7JAPUO2wDyDuoA7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ&#10;/wH/Ih8A/yIcAP8hHAD/HyAA/x8pAP8cNAD/GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOI&#10;AfoSjgH5EpUB+BKaAfYSoAH1EqYB9BKsAfMSswHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C&#10;4RX/AuEV/wLgFf8C4BX/AuAV/wL/JRsA/yYXAP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9&#10;G18B+RppAfcacwH0GXwB8hmEAfEZiwHvGZEB7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ&#10;1QHfGugB3Bv1Atgb/wLVHP8D1Bz/A9Mc/wTSHP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywh&#10;AP8sKwD/KTcA/SdDAPclTwHzI1oB7yJkAewhbgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB&#10;3iCnAdwhrwHaIbgC2CHDAtUh0wLRIucCzSL0A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/&#10;LBIA/y4PAP8wEAD/MxQA/zMbAP8yJQD6MDAA8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6Adco&#10;ggLVKIkC0yiQAtEolgPPKJwDziijA8woqwPKKLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/&#10;CLoq/wi5Kv8JuSr/Cbkq/wn/MA8A/zILAP82DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A&#10;1TFaAdAxZALNMG0CyzB1A8kwfAPHL4MExS+KBMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4&#10;MN0HtTDuCbIw+wqwMP8LrjD/C64w/wutMP8LrTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88&#10;FQDkOR8A2zktANI6PADNOkkByDlUAcQ5XgLBOGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWa&#10;CbM1oQmxNaoKrzW0C641wQusNdQLqTbqDKY2+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA&#10;/zsCAP9AAwDyQgUA6UIJAOU/DgDYPhYAzkAnAMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQev&#10;PXgIrjx/Caw8hgqqO40LqTuVDKc7nQ2lO6YNozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8&#10;/xGYPP8RmDz/EZg8/xH/OgEA/0AAAO9FAADhSAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dK&#10;ArBGVASsRV0FqkRkB6dDbAilQnMKo0J6C6FBgQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgT&#10;k0DhE5FB8xSQQf8Uj0H/FI5C/xOOQv8TjkL/E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDD&#10;Sw8Au00dALVOLQCvTjoBq01GAqdMTwSkS1gGoUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJF&#10;lBKQRZ0TjkWoFIxFtBWLRcQWikXcFohG8BaGRv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgA&#10;AN1PAADPUwAAxlUAAMBTAwC7UQwAs1IZAK1TKQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoM&#10;kUxxDo9LeA+NS38Ri0qHEolKkBSHSZoVhUmlF4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9&#10;S/8WfUv/Fn1L/xb/QwAA5kwAANZTAADJWAAAwFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphW&#10;SASVVVEGklRYCI9SXwqMUmYMilFtDohQdBCFT3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7R&#10;GndO6xp3T/oZdk//GXZP/xh2T/8Xdk//F3ZP/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYA&#10;plsTAKBcIgCbXC8Al1s7ApJaRQOPWU0Gi1hVCIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4&#10;UpQYdlKfGXRSqxpyUrobcVLNHHBS6BtwU/kacFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMta&#10;AADAXwAAt2IAAK9hAACoXgIAoV8QAJtgHgCWYCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVln&#10;DntYbhB4WHUSdld9FHRXhxZyVpEYb1acGm5WqRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Z&#10;a1f/GWtX/xnrTAAA2FYAAMheAAC8YgAAs2UAAKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOE&#10;YUgFgGBQB31fVwl6Xl0Ld11kDXVcaxBzXHIScFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa&#10;5B1lWvYcZVr/G2Va/xplWv8ZZVr/GWVa/xnoTwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YN&#10;AJFnGQCMaCcAh2cyAYNmPQJ/ZUYEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0Z&#10;ZV6YGmNepRxhXrQdYF7HHWBe4x1gXvUcYF7/G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2&#10;aQAArGwAAKNsAACZaQAAkmoLAIxqFgCHayQAgmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtl&#10;Zg9oZG4RZmR2FGRjgBZiY4sYYGKXGl5ipBxcYrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/&#10;Glxi/xrgVQAAy18AAL1nAACybAAAqXAAAJ9vAACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkED&#10;cm1JBW5sUAdra1cKaWteDGZqZQ5kaWwRYWl0E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1W&#10;ZvMcV2b/G1dm/xpXZv8aV2b/Gldm/xrbWQAAx2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFy&#10;EQB8cx4AeHMqAHRzNQFwcz8DbXJHBWpxTgdncVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyT&#10;GVRsoBtSa68cUWvBHFFr3BxRa/EbUmv+GlJq/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAA&#10;oncAAJZ2AACJdQAAgXYBAHp3DwB2eBsAcnknAG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxa&#10;dWgPWHRwEVVzeRNTc4QWUXKQGE9ynhlNca0aTHG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v&#10;/xnOYAAAvmoAALJyAACoeAAAnXsAAJB6AACEegAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9C&#10;A19+SQVdfVAHWn1XCVd8XgtVfGUNUntuD1B6dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8Y&#10;R3b8GEd2/xhHdf8XR3X/F0d1/xfJZQAAum8AAK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBo&#10;hBMAZYUgAGKGLABfhjYBXIY/AlmFRgNXhU4FVIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SB&#10;mhVCgKkWQYC6FkCA0hZBf+0WQX77FkF9/xZBff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMA&#10;AIWEAAB5hQAAaokAAGSKAwBgjBAAXY0bAFuOJwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAI&#10;R4xoCkWLcgxCi30OQIqJDz6KmBE8iqcSO4q4EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8&#10;cQAAr3sAAKWDAACZhwAAjIgAAH+JAABzjAAAZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuX&#10;PwFJl0cCR5dOA0WWVQRDll0FQZZlBj6Vbwg8lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4&#10;DjSQ/w80kP8PNJD/DzSQ/w+1eAAAqoIAAJ6IAACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYA&#10;SZ8QAEefGwBGoCYARKAwAEOhOgBBoUIBP6FJAT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcw&#10;oKIILqCzCC6gyQgun+cILZ33CS2c/wotm/8KLZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKY&#10;AABmnAAAW6AAAE+kAABFpwAAPqkMADyqFAA6qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxc&#10;AS+sZgItrHECK6x/AyqsjgMorJ4EJ6ywBCasxQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAA&#10;m48AAJGUAACEmQAAeJ4AAGuiAABfpgAAU6oAAEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAq&#10;tjIAKbc6ACi3QwAnt0wAJrhVACS4XwAjuGsAIrh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1&#10;/AIbtP8CG7T/Ahu0/wKfjwAAlJUAAIibAAB7oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwA&#10;ACS/BgAfwg0AHcIUABzCHgAbwyYAGsMvABnEOAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEA&#10;EcekABDHuQAPx9QAEMbuABDE+gAQw/8AEMP/ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABL&#10;uAAAQLsAADW+AAArwQAAI8UAABvJAQAUzAYAENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArS&#10;SQAJ01UACdNiAAjTcgAG1IQABdSYAATUqwAD1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQA&#10;AHOrAABmsQAAWbgAAEy9AAA/wAAANMMAACrHAAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEA&#10;A90YAAHeIAAA3igAAN8xAADgPAAA4UcAAOJUAADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA&#10;5ucAAObnAADm5wCDpAAAdawAAGizAABauwAATcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvd&#10;AAAF4QAAAOQAAADlBwAA5g0AAOcRAADoFgAA6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2&#10;AADyigAA85wAAPOtAAD0uwAA9MgAAPTIAAD0yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAA&#10;HdYAABTcAAAO4AAACOMAAAHmAAAA6gAAAO4AAADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA&#10;+CoAAPo1AAD9QwAA/lIAAP9jAAD/dgAA/4kAAP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8R&#10;IQD/DSQA/wkrAP8GNwD/A0QA/wBRAP8AXQD/AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCc&#10;AP8AoQD9AKYA+wCsAPkAswD3ALsA9QDFAPMA0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A&#10;7QD/AO0A/wD/GSAA/xgdAP8VHQD/EB8A/w4pAP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/&#10;A4AA/wOHAP8DjQD9ApMA+wKZAPkCngD3AqQA9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC&#10;+wDnBP8A5gX/AOYG/wDmBv8A5gb/AOYG/wD/HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5J&#10;AP8MVQD/C2AA/wtqAP0LcwD7C3wA+QqDAPcKigD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA&#10;6AnAAOYJzQDkCeIA4grwAN8L+wDeDP8A3A3/ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/&#10;HBkA/xsiAP8YLAD/FTgA/xNEAP4SUAD5EVsA9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQ&#10;mADmD54A5Q+lAOMPrADhD7QA4A++AN4PzADaEOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/&#10;AcwT/wH/IhIA/yIPAP8hDwD/IhQA/yIcAP8gJwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA&#10;4hZ6AOAWggDeFogA3BaPANsWlQDZFpsA1haiANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHD&#10;Gv8CwRv/AsAb/wLAG/8CwBv/AsAb/wL/Jg4A/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYg&#10;RADhH1AA3R9bANkeZQDVHm0A0h91ANAffQDOH4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3&#10;AcEgxAHAIdYBvCLqArki+AO2Iv8DtSP/A7Qj/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA&#10;/y0QAPMrFwDoKCIA4CYvANkmPQDSJ0oAzSdVAMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8&#10;J5ICuyeZArknoAK3J6kDtiizA7QovwOzKM8DsCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq&#10;/wb/LQUA/zAAAP8zAgD2NAYA7zIKAOguEADcLBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBq&#10;ArYvcQK1L3gCsy9/A7EvhgOwL40Dri6UBK0unASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8I&#10;njH/CJ0x/wicMf8InDH/CJwx/wj/MAAA/zUAAO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6&#10;OD8AtjhKAbM4VAGwN10CrTdkAqs2bAOpNnMEqDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1&#10;tgibNcUJmTXdCZY27wqUNv0Kkzf/CpI3/wqSN/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIB&#10;AMk+BgDEOw8Auz4dALU/LACxPzoArT9FAak/TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IH&#10;mDuKCJY7kwmVOpwKkzqmC5E6sguQO8AMjjvVDIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/&#10;NwAA6j8AANxFAADOSQAAxUkAAL9GAgC6QwwAs0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hD&#10;YgWWQmkGlEFwB5JBdgiQQH4JjkCGCo1AjguLQJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/&#10;D4BC/w6AQv8OgEL/DoBC/w76OwAA5UQAANNLAADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEA&#10;nEs9AZhKRwKVSU8DkklXBJBIXgWOR2UGi0drB4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8&#10;RbkRe0XLEXpF5hF5RvcReEb/EHhG/xB4Rv8PeEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFS&#10;AACrTgUApE4RAJ5PIACZUC0AlVA5AZJPQwGOTkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+&#10;DHxJhw56SZEPeEmcEHZJqBJ0SbYSc0nIE3JK4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA&#10;2UwAAMhTAAC9VwAAtFgAAKxXAAClUgEAnlMPAJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/&#10;UF4GfVBkCHtPawl5T3ILd057DXVOhA5zTY4QcU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO&#10;/xJrTv8Ra07/EWtO/xHoRgAA01AAAMRWAAC5WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgy&#10;AIZYPQGCV0UCf1ZNA3xVVAV5VFsGd1RhCHVTaAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEU&#10;ZlHDFWVS3hVlUvIUZVL/E2VS/xJlUv8SZVL/EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACa&#10;WQAAkloLAI1bFgCIXCMAhFwvAIBbOgF9W0MCeVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlW&#10;fg9nVokRZVWVEmNVoRRiVa8VYVXBFmBV2xZgVvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YA&#10;AL1dAACyYQAAqGMAAJ1hAACVXQAAjV4JAIdeEwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYF&#10;bFxcB2pbYwloW2sLZlpzDWRafA9iWocRYFmTEl5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNc&#10;Wf8SXFn/ElxZ/xLcUAAAx1kAALpgAACvZAAApGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZj&#10;NAFzYj0Bb2JGAmxhTQRqYVQFZ2BaB2VgYQhjX2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129&#10;FlZd1RZWXe4VV138FFdd/xNXXf8SV13/Eldd/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAA&#10;g2UCAH1mDwB4ZhoAdGcnAHFnMgBuZzsBa2ZDAmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5Y&#10;Y4MQVmKPElRinBNTYqoVUmK7FVFi0hVRYe0VUmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNm&#10;AACpawAAnGsAAJBqAACFZwAAfWkAAHdqDQBzaxcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpX&#10;BlxqXQdaaWUJWGltC1Vodg1TaIEPUWeNEU9nmhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8S&#10;TmX/Ek5l/xLMWgAAvGMAALBqAAClbwAAmG4AAIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABk&#10;cTYBYXE+AV5xRgJccE0DWXBUBVdwWwZVb2IIU29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0ds&#10;zRNHbOoTSGv6Ekhr/xJIav8RSGr/EUhq/xHHXgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIA&#10;AGt0BwBmdREAY3YdAGB3KABedzMAW3g8AVl3QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwM&#10;R3SIDkVzlg9Dc6UQQnO2EUFzyxFCcugRQnL4EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACb&#10;dgAAjnUAAIF2AAB1dgAAaXgAAGN6AgBefA4AXH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+&#10;VgRKfl0FSH1lBkZ9bghDfHkKQXyGCz97lA0+e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/&#10;Dj13/w68aAAAr3IAAKR5AACWegAAiHoAAHx6AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioA&#10;Toc0AEyHPAFKh0QBSIdLAkaHUwJEhloDQoZiBECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2&#10;g+QLNoL2CzaB/ww2gP8MNoD/DDaA/wy2bwAAqngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWK&#10;AABOjAYASo4QAEiPGgBHjyUARZAvAESQOABCkEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+A&#10;BTOPjgYxj54HMI6vBy+OwwcvjuEHL4z0CC+L/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAA&#10;fYUAAHCHAABligAAWo4AAE+SAABGlQAAQZgMAD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1&#10;mlIBM5paATGaZAEvmm8CLZp7AiyaigMqmpoDKZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV&#10;/wWpfgAAnoUAAJKJAACEigAAdowAAGqPAABekwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQh&#10;AC6kKgAtpDIALKU6ACulQwAqpUsAKaVUACilXgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcB&#10;HqTvAR6i+wIeof8CHqH/Ah6h/wKihgAAl4wAAIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4&#10;qAAAMKsAACiuBwAkrxAAI68XACGvIQAgsCkAH7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiy&#10;fgAWspAAFbKiABSytgATss4AE7HrABOv+QATrv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8A&#10;AFujAABQqAAARawAADuwAAAxsgAAJ7UAACC4AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcA&#10;EL5BAA6+TAAOvlcADb5lAAy/dAALv4YACr6ZAAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACT&#10;lAAAh5kAAHqfAABspQAAYKoAAFOvAABHswAAPLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJ&#10;DgAHyRQABskcAAXJJAAEyiwAA8o2AALKQAAAy0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvI&#10;AADM4gAAzO8AAMzxAADM8QCKmgAAfKEAAG+nAABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAA&#10;FcgAAA/LAAAKzgAABNICAADTCgAA0w8AANQUAADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA&#10;3WoAAN19AADdkQAA3aQAAN62AADeyAAA3t4AAN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzA&#10;AAAvxAAAJMcAABvLAAATzwAADdIAAAfWAAAA2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUe&#10;AADmJwAA6DEAAOo9AADsSwAA7FoAAO1sAADugAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAA&#10;ZrIAAFi5AABLwAAAPcUAAC/JAAAkzQAAGdEAABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA&#10;6gAAAOsGAADtCwAA7w8AAPATAADyGgAA9CMAAPcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+&#10;ogAA/q0AAP6vAAD+rwD/EB8A/w4dAP8KHQD/ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBu&#10;AP8AdwD/AH8A/gCGAPwAjAD7AJIA+QCXAPgAnAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA&#10;7gDrAO0A9wDsAP8A6wD/AOoA/wDqAP8A6gD/AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/&#10;AD4A/wBKAP8AVgD/AGEA/wBrAP0AcwD6AHsA9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0A&#10;qwDsALIA6gC6AOgAxgDnANYA5QDoAOQA9QDjAP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMU&#10;AP8PFAD/DRkA/wsiAP8ILQD/BDkA/wFGAP8AUQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA&#10;6gCRAOgAlgDnAJwA5gChAOQAqADjAK8A4QC4AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDU&#10;A/8A1AP/ANQD/wD/GBMA/xUQAP8SDwD/EhUA/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0G&#10;agDpBXIA5gV6AOQFgQDiBYcA4AaNAN8GkgDdBpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88Azgjl&#10;AMwJ9ADKC/8AyAz/AMcM/wDHDP8Axgz/AMYM/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A&#10;8xA6AO0ORgDoDVIA5Q1cAOENZQDeDW0A2w11ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDL&#10;DqsAyQ60AMgOwADGDs8AwxDmAMAR9QC9Ev8AvBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8f&#10;CAD/Hw0A/x0SAPgaGwDuFiYA5hQzAOATPwDaE0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWE&#10;AMQVigDDFZEAwRaYAMAWnwC+FqcAvBewALsXvAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8B&#10;rRv/Aa0b/wH/IgQA/yIAAP8lAgD8JAcA9yEMAOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDA&#10;HmIAvh5qALwfcQC6H3gAuR9+ALcfhQC2H4wAtB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci&#10;7wKlIv0CoyP/AqIj/wKiI/8CoSP/AqEj/wL/JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQk&#10;AMMlMgC+Jj8AuidKALcnVAC0J10AsidkALAnbACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54C&#10;oyioAqIoswKgKMECnyjVApwp7AOaKvoDmCr/BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADa&#10;NQAA0DMBAMwtBgDGKhAAvi0eALguLACzLzoAry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAu&#10;egKeLoECnS6JApsukQOZLpoDmC6kBJYvrwSVL70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/&#10;BYwx/wX/LQAA6jUAANw6AADOPQAAxjwAAMA3AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MB&#10;nTZaAZs2YQGZNmgClzVvApU1dQOUNXwDkjWEBJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeF&#10;NvYHhDf/B4M3/weDN/8Hgjf/B4I3/wf0MgAA4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8&#10;IgCgPTAAnT07AJk9RQCWPU4BlDxWAZI8XQKQPGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqc&#10;B4E6qAiAOrUJfjvGCX074Ql7PPMJezz/CXo8/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAA&#10;tkkAAK5GAACpQQQAo0ERAJ1CHgCYQysAlUM3AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSB&#10;QHQFgEB7Bn4/hAd8P44Iej+ZCXg/pQp3QLIKdUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB&#10;/wnpPAAA1UUAAMVLAAC6TgAAsE4AAKdLAACiRgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdO&#10;AYJGVQKARlwDfkViBHxFaQR6RXAFeER4BnZEgQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8M&#10;a0X9C2tG/wtrRv8Ka0b/CmtG/wrlQAAAz0kAAMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCL&#10;TCQAh0wvAIRMOgCBTEMBfktLAXtLUgJ5SlgDd0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pI&#10;nwxoSK0NZ0m9DWZJ1A5lSe0NZUr8DGVK/wtlSv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUA&#10;AJxSAACVTgAAjk4JAIlPFACFUCAAgVAsAH5QNwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoG&#10;a01yB2lNewhnTYUKZU2RC2RMnQxiTasNYU27DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvc&#10;RwAAx1AAALlWAACuWQAAolgAAJhWAACQUQAAiVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBT&#10;TAJtUlMCa1JZA2lSYARnUWcGZVFvB2NReAhiUYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6&#10;DVtR/wxbUf8MW1H/C1tR/wvWSgAAw1MAALZZAACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoA&#10;dlcmAHNYMQBwVzoAbVdCAWpXSQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1Y&#10;VKcOVlW4D1ZVzA9WVekOVlX5DVZV/w1XVP8MV1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9c&#10;AACGWAAAf1kAAHlaDQB0WxcAcVsjAG5bLgBrWzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFpr&#10;BlpZdAhYWX8KVlmLC1RZmA1TWKYOUlm2DlFZyg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAA&#10;vFkAALBfAACjYQAAlmAAAItfAACBWwAAeV0AAHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFf&#10;X0wCXV9TA1tfWgRZXmEFV15pBlVecghTXn0JUV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c&#10;/wxNXP8MTlz/DE5c/wzJVAAAuVwAAK1jAACfYwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMd&#10;AGNkKABhZDIAXmQ7AFxkQwFaZEoCWGRRAlZkWANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIM&#10;SGKyDUdixw1HYuQNSGH2DEhh/wxIYP8LSWD/C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2&#10;ZAAAbmUAAGhmBQBjZxAAYGgaAF1pJQBbai8AWWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtp&#10;bQZJaHgHR2iECUZokgpEZ6ELQ2exDEJnxQxCZ+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQA&#10;AKZqAACWaQAAiWkAAH1pAABxaQAAZ2oAAGJsAQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUB&#10;TnBMAUxwUwJKcFoDSHBiBEZvawVEb3UGQm+CB0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9&#10;a/8KPmv/Cj5r/wq6YAAArWkAAKBuAACRbQAAhG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2&#10;HQBOdycATHcxAEt4OQBJeEEASHhJAUZ4UAFEd1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3Wt&#10;CDd1wAg2dd4IN3TyCDdz/gg3cv8IN3L/CDdy/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAA&#10;XHYAAFR5AABOewUASn0PAEh+GABGfyMARX8sAEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4&#10;f28DNn98BDR/igQyf5oFMX6qBjB+vQYwftoGMH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1&#10;AACGdQAAeXYAAG53AABjeQAAV30AAE+BAABHhAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlA&#10;ADeJSAA2iU8ANIlYATOJYQExiWwBL4l4Ai2JhwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8E&#10;KYT/BCmE/wSqdAAAnnsAAI56AACAegAAdHsAAGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAz&#10;khcAMpIhADGSKQAwkzIALpM6AC2TQQAsk0oAK5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGT&#10;twEgk88BIZLsASCQ+gIgj/8CII//AiCP/wKkfAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4A&#10;AEKSAAA6lgAAMpkAACqcCQAonREAJp0ZACWdIgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AA&#10;HJ9tABuffAAan40AGJ+fABefsgAWn8kAFp7oABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0&#10;hwAAZ4sAAFuPAABQkwAARpgAADycAAAzoAAAK6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWq&#10;MQAUqjkAE6pDABOrTQASq1gAEatlABCrdAAOq4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/&#10;AA2o/wCWigAAiYwAAHqNAABskQAAYJUAAFSaAABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEA&#10;D7UKAA22EAAMthYAC7YfAAq2JwAJti8ACLY5AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAA&#10;trQAALbLAAC25QAAtfEAALX3AAC19wCPkQAAgZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyy&#10;AAAjtQAAGrgAABO7AAAOvQAACcAFAAPBDQAAwREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQ&#10;AADEXgAAxW8AAMWBAADFlQAAxagAAMW8AADE0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAA&#10;UK4AAESzAAA3tgAALLkAACK8AAAZvwAAEcIAAAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAA&#10;zh0AAM8kAADQLQAA0jgAANREAADUUgAA1WEAANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY&#10;3QB7oAAAbqYAAGCtAABTswAARbgAADi8AAArvwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcA&#10;AADYAAAA2gUAANsLAADcDgAA3hMAAN8ZAADhIQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwA&#10;AOqfAADqrgAA6roAAOrDAADqwwBwqAAAYq8AAFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH&#10;1AAAANkAAADdAAAA4QAAAOMAAADkAAAA5gAAAOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2&#10;MwAA90MAAPhUAAD5ZgAA+XoAAPqOAAD6ngAA+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAl&#10;AP8AMgD/AD8A/wBLAP8AVwD/AGIA/wBrAP8AcwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A&#10;9ACiAPMAqQDxALAA7wC4AO4AwwDsANEA6wDmAOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/&#10;DhgA/woVAP8BFAD/ABgA/wAiAP8ALgD/ADsA/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIA&#10;hADwAIkA7wCPAO4AlADsAJoA6wCfAOkApQDoAKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/&#10;AN0A/wDdAP8A3AD/ANwA/wD/EBMA/w0RAP8GEAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA&#10;8QBiAO4AawDsAHIA6gB5AOgAfwDnAIUA5QCLAOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDV&#10;AMgA0gDdANEA7QDQAPkAzwD/AM4A/wDNAP8AzQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8C&#10;JAD/ADAA9gA8AO8ASQDqAFMA5wBdAOQAZgDhAG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCY&#10;ANAAngDOAKYAzACuAMoAuADIAMQAxgDXAMUA6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA&#10;/xAGAP8QCQD/EA4A/w4UAP8KHgD1BikA6wQ2AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDM&#10;BXwAygWCAMkFiADHBY4AxgWUAMQFmwDCBaMAwAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM&#10;/wC0DP8AtAz/ALQM/wD/FwQA/xQAAP8WAwD/FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxR&#10;AMkMWgDGDWIAxA1qAMINcQDADXcAvw19AL0OgwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EA&#10;sRDUAK4R6wCrEvoAqRL/AKgT/wCnE/8ApxP/AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZ&#10;DhcAzxEmAMgSNADEE0AAvxRLALwUVAC5FV0AtxVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwW&#10;lACrF5wAqRemAKcYsACmGL0ApBjPAKIa5wCfGvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEA&#10;AOgkAADdJQAA1CEBAM8bCADKFxEAwhogALwcLQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wA&#10;ph9zAKUfeQCjH4AAoh+HAKAgjwCfIJgAnSCiAJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQ&#10;I/8BkCP/AZAj/wH/IgAA6ykAAN0uAADPLwAAxy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUn&#10;SQCiJ1IAoCdaAJ4nYQCcJ2cAmydtAJkndACYJ3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnG&#10;Aosp3wKJKvIChyr/AoYq/wKGKv8Chir/AoYq/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkA&#10;qywUAKYtIgCiLi8Ani46AJsuRACYL00Ali9VAJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKI&#10;Lo8Chy6aAoUvpQODL7IDgi/CA4Ew2gN/MO8DfTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9&#10;AAC+PgAAszwAAKw4AACnMwQAojIRAJ00HQCZNSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVk&#10;AYU0awGENHICgjR5AoA0ggJ+NIsDfTSWA3s1oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8E&#10;dDf/BHQ3/wTnNQAA0j0AAMNCAAC4RAAArEIAAKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCH&#10;O0QAhDtMAII7UwGAOloBfjpgAX06ZwJ7Om4CeTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47&#10;zwZtO+oGbTz6Bmw8/wVsPP8FbDz/BWw8/wXiOQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4L&#10;AI0/FQCJPyEAhUAtAIJANwB/QEAAfUBIAHtATwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QE&#10;bD+QBWs/nAZpP6kGaD+4B2dAzAdmQOgHZkD5BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACs&#10;TAAAoEoAAJdHAACRQwAAi0MIAIZDEgCCRB4AfkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5E&#10;YAJsQ2cCa0NvA2lDdwRnQ4EFZkONBmRDmQZiQ6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/&#10;BmBE/wbWQQAAw0kAALZOAACnTwAAm00AAJJLAACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToA&#10;cElCAG5JSQFsSFABakhWAWhIXQJmSGQCZUhsA2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwla&#10;SOQIWkn2CFpJ/wdaSP8GWkj/BlpI/wbRRQAAv0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpL&#10;DgB2TBcAckwjAG9MLQBtTTYAakw/AGhMRgBmTE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyI&#10;BllMlQdXTKMIVkyyCFVMxglVTOIJVUz1CFVM/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAA&#10;k1MAAIlRAACBTQAAek4AAHVPDABwTxUAbVAgAGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJc&#10;UF8CWlBnA1lQcARXUHoFVVCGBlRQkwdSUKEIUVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP&#10;/wbJSwAAuVMAAKtXAACcVgAAj1UAAIVUAAB8UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5&#10;AF5UQQBcVEgBWlRPAVlUVgFXVF0CVlRlA1RUbgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8J&#10;TFTzCExT/wdMU/8HTVP/Bk1T/wbFTgAAtlYAAKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBm&#10;VxAAYlcaAGBYJABdWC4AW1k3AFlZPwBXWUYAVllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpY&#10;jwZJWJ4HSFiuCEdYwAhHWN0IR1jyCEdX/wdIV/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sA&#10;AH1aAAByWAAAa1kAAGVaAwBgWw4AXVwXAFpcIQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkC&#10;TF5hAktdagNJXXQER12ABUVdjQZEXZwHQ12sB0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9&#10;VQAAr10AAJ9fAACQXgAAg14AAHhdAABtXAAAZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9j&#10;OQBOY0EATGNIAEtjTwFJY1YBR2NeAkVjZwJEY3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHv&#10;Bj1h/QY+YP8GPmD/Bj5g/wa5WQAAq2EAAJphAACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkA&#10;UWcRAE5nGgBMaCQAS2ktAElpNgBIaT4ARmpFAEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5&#10;aZgFOGioBTdougU3adMFN2juBTdn/AU4Zv8FOGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9l&#10;AABkZgAAWWgAAFJqAABNbAQASW4OAEduFgBFbyAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZ&#10;ATpxYgE4cWwCNnB4AjVwhgMzcJUDMnCmBDFwuAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAA&#10;oWkAAI9oAACBaAAAdWkAAGtpAABgawAAVW4AAE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5&#10;eDUAOHk9ADd5RQA2eU0ANXlVADN5XgAxeWgBMHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2&#10;+QMqdf8DKnT/Ayp0/wOqagAAmm0AAIlsAAB8bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4F&#10;ADZ/DgA0gBYAM4EgADKBKAAwgTAAL4I4AC6CQAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8B&#10;JIKgASOCsgEigskBIoHnASJ/9wEifv8CIn3/AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABW&#10;eAAATHwAAEOAAAA7gwAAM4YAAC2JCgAqihEAKYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGN&#10;VAAgjV4AH41rAB2NeQAcjYoAG42cABmNrgAYjMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYA&#10;AH12AABydwAAZXkAAFp8AABQgAAARoQAADyJAAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIA&#10;GpcqABmXMgAYmDoAF5hDABaYTQAVmFgAFJhkABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQ&#10;lfwAEJT/ABCU/wCVfQAAhXwAAHh8AABrfgAAX4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6d&#10;AAAXoAMAEqIMABCjEgAQoxkAD6MhAA6kKQAOpDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOO&#10;AASjoQACo7QAA6LLAAOi5gADofMAA6H7AAOh+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAA&#10;OJoAAC+eAAAmogAAHqUAABeoAAARqwAADK4HAAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAA&#10;sEcAALBTAACwYQAAsHEAALCDAACvlwAAr6oAAK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqO&#10;AABdkwAAUZgAAEWdAAA7ogAAMKYAACeqAAAergAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoT&#10;AAC7GQAAuyEAALwoAAC8MQAAvTwAAL5IAAC+VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4A&#10;AL3rAAC96wB/kgAAcJUAAGKaAABVnwAASaUAAD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAAC&#10;wgAAAMQAAADFBAAAxgoAAMYOAADHEgAAyBgAAMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADP&#10;fgAAz5MAAM+mAADPuAAAz8gAAM/bAADP2wB3nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0A&#10;ABPAAAANxAAABscAAADKAAAAzgAAANAAAADRAAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQA&#10;AOAvAADiPAAA40sAAORcAADkbwAA5YMAAOWYAADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABE&#10;uQAANbwAACjAAAAcxAAAEsgAAAzLAAADzwAAANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADk&#10;AwAA5ggAAOgNAADpEQAA7BgAAO4iAADxLgAA8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiw&#10;AAD4sAD/AxcA/wAVAP8AFQD/ABgA/wAjAP8ALwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA&#10;+QB9APgAgwD2AIgA9QCOAPQAkwDyAJgA8QCeAPAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDm&#10;AP0A5QD/AOQA/wDkAP8A5AD/AOQA/wD/BxMA/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4A&#10;TwD6AFoA9wBjAPQAawDyAHIA8AB5AO8AfwDtAIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCv&#10;AOAAuQDeAMYA3ADaANoA7ADYAPkA1gD/ANYA/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA&#10;/wAaAP8AJgD8ADIA9wA/APQASgDxAFUA7QBeAOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDc&#10;AJAA2wCWANgAnADVAKMA0wCrANEAtQDOAMEAzADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA&#10;/wD/DAwA/wYIAP8CCgD/AA8A/wAVAPwAIADxACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBv&#10;ANQAdQDSAHsA0ACAAM4AhgDMAIwAywCSAMkAmADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIA&#10;uwD9ALsA/wC6AP8AugD/ALoA/wD/DgUA/wkAAP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDW&#10;AEkA0QBTAM4AWwDLAGMAyABqAMYAcADFAHYAwwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcA&#10;rgC1ALkAswDIALEA3wCwAe8ArwH7AK4C/wCtA/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcK&#10;AOIBEQDbAh0A0gMrAMwDNwDIBEMAxARNAMEEVgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMA&#10;sgaJALAGkQCvB5kArQehAKsHqwCpCLcAqAnGAKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/&#10;EQAA/BIAAOwTAADiEwAA2w8DANYJCwDOCBQAxgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4O&#10;ZQCtDmsAqw5xAKoOeACoDn4Apw+FAKUPjQCkD5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/&#10;AJYU/wCVFP8AlRT/AJQU/wD/FQAA7RsAAOAfAADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUA&#10;rBVAAKkVSQCmFVIApBZZAKIWYAChFmYAnxZsAJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCT&#10;GbIAkRnBAJAa2ACNG+4Aixz9AIoc/wCKHP8AiRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYg&#10;AAC0GQsArhoVAKgcIwCkHS8AoR46AJ4eRACbHkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8&#10;AI4ghACMII0AiiCXAIkhogCHIa4AhiK9AIUi0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA&#10;2y0AAMkxAAC8MQAAsS4AAKspAACnJAUAoyMRAJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCL&#10;J1wAiSdiAIgnaQCGJ28AhSd3AIMnfwCBJ4kBgCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr&#10;/wF2K/8BdSv/AXUq/wHlLAAA0DQAAME4AACzOAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0w&#10;AIotOgCHLUMAhS1KAIMtUQCBLlgAgC5eAH4uZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gC&#10;cS+2AnAwyQJvMOUCbjH3Am0x/wJtMf8CbTH/Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACV&#10;MwAAkDEKAIwxFACHMiAAhDMrAIEzNQB/Mz4AfTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0&#10;dwFvNIEBbjSMAmw0mAJqNaUCaTWzA2g1xgNnNuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4A&#10;ALVCAACmQQAAmz8AAJM8AACNOAAAiDYHAIQ3EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAA&#10;cDlXAG45XQBsOWQBazlrAWk5dAFoOX4CZjmJAmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNf&#10;O/8DXzv/Al87/wLROwAAwEIAALBFAAChRAAAlUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9&#10;LQBwPTYAbj0/AGw9RgBrPU0AaT1TAGc9WgBmPWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+v&#10;BFo/wQRaP90EWT/yBFk//wNZP/8DWT//A1k//wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAA&#10;fD8AAHdADABzQBUAb0EgAGxBKgBqQTMAaEE7AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJb&#10;QngCWkKEA1hCkANXQp4EVkOtBFVDvwRUQ9oEVEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdL&#10;AACYSgAAjUkAAINHAAB9QwAAdkMAAHFECgBtRBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVN&#10;AFtFVABaRlsBWUZjAVdGbAFWRnYCVEaBA1NGjgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8D&#10;T0f/A1BH/wPERQAAtU0AAKNNAACVTAAAiUsAAH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABf&#10;SS0AXUk1AFtJPQBZSUQAV0lKAFZJUQBVSlkBVEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtL&#10;vARKS9MFSkvuBEtL/QRLSv8DS0r/A0tK/wPBSAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoA&#10;AGdLBABiTA4AX0wXAFxNIQBaTSoAWE0yAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnIC&#10;S059AklOiwNITpkER0+oBEZPugRGT9EERk/tBEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACN&#10;UQAAgVEAAHdQAABuTAAAZ04AAGJPAABdUA0AWlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1S&#10;TQBMU1UASlNdAUlTZQFIU28CRlN7AkVTiQNDU5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/&#10;A0JR/wO6TwAAqlQAAJhUAACJVAAAfVMAAHNTAABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQA&#10;TlYtAExXNQBLVzwASldEAEhXSwBHWFIARlhaAURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8&#10;WM0EPFfqAzxX+gM9Vv8DPVb/Az1W/wO2UwAApVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdY&#10;AABSWQcATloQAExaGABKWyEASFwqAEdcMgBFXDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12&#10;AjpdhAI5XZMCOF2jAzddtQM2XcsDNlzoAzdc+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAA&#10;dVkAAGtZAABgWgAAVlsAAFFdAABMXgIASGANAEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8&#10;Y00AO2NVADljXgA4Y2gBNmN0ATVjgQEzY5ECMmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg&#10;/wKuXAAAm10AAIpdAAB8XQAAcF0AAGZdAABcXgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2gi&#10;ADlpKwA4aTIAN2o6ADZqQQA1akkANGpSADNqWwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYB&#10;KmnlASpo9gIrZ/8CK2f/Aitn/wKpYQAAlWAAAIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABA&#10;awAAOm4FADZvDgA0cBUAM3AeADJxJgAwcS4AL3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdy&#10;ewAmcosAJHKcASNyrgEjcsMBI3HiASNw9AEjb/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUA&#10;AF5mAABUaQAASWwAAEJvAAA7cgAANHUAAC54CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AA&#10;I3tIACJ7UgAhe1wAIHtoAB98dgAdfIYAHHuYABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZ&#10;aQAAiGkAAHlpAABtaQAAY2oAAFlsAABPbwAARXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+E&#10;GgAdhCIAHIUqABuFMQAahTkAGYVCABiGTAAXhlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXW&#10;ABGD7wARgvsAEoL/ABKB/wCRbgAAgW0AAHRuAABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAA&#10;J4cAACGKAAAajQYAFY8NABOQEwASkBoAEpAiABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagAL&#10;kXoACpGNAAiQnwAHkLMAB4/JAAeP5gAHjvQACI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19&#10;AABDgQAAOYYAADCKAAAojgAAIZEAABqVAAATlwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwz&#10;AAOcPQACnUgAAJ1UAACdYgAAnHIAAJyEAACclwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAA&#10;dnkAAGh6AABcfgAAUYIAAEaHAAA8jAAAMpEAACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAA&#10;pxAAAKcVAACoHAAAqCMAAKgrAACpNAAAqT8AAKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACo&#10;ywAAp+QAAKfvAACn8wB9gAAAb4EAAGGEAABViQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkA&#10;AA2sAAAHrwAAALIAAACzBwAAswwAALMQAAC0FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0A&#10;ALhuAAC4ggAAuJcAALiqAAC3vgAAt9IAALfmAAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAs&#10;pwAAIqsAABmvAAARswAAC7YAAAS5AAAAvAAAAL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADE&#10;IAAAxSkAAMc0AADIQgAAyVEAAMliAADJdQAAyYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgA&#10;AFOeAABGpAAAOqsAAC+wAAAktQAAGbgAABC8AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAA&#10;AM0DAADOCAAA0A0AANEQAADTFgAA1h4AANooAADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA&#10;4LIAAOC+AADgwwBmnwAAWaYAAEytAAA/tAAAMrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADR&#10;AAAA1QAAANgAAADZAAAA2wAAAN0AAADfAAAA4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFG&#10;AADyWAAA82sAAPOAAAD0lAAA9KMAAPSuAAD0sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA&#10;/wBFAP8AUAD/AFoA/gBjAPsAawD5AHIA9wB4APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDs&#10;AKYA6gCuAOgAuADmAMUA5QDbAOMA7QDiAPsA4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8A&#10;DQD/ABIA/wAbAP8AKAD/ADQA/gBBAPsATAD3AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCF&#10;AOYAigDlAI8A4wCVAOEAmwDgAKIA3gCqANsAtADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A&#10;0AD/ANAA/wD/AA0A/wAJAP8ACgD/AA8A/wAWAPsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDi&#10;AGkA4ABvAN4AdQDcAHoA2gCAANgAhQDVAIsA0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA&#10;4gDEAPIAwwD+AMIA/wDBAP8AwgD/AMIA/wD/AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2&#10;AOMAQQDfAEsA2wBUANUAXADSAGMAzwBqAM0AcADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoA&#10;vwCiAL0AqwC7ALYAuQDEALcA2gC2AO0AtAD6ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/&#10;AAYA7AANAOUAFgDeACIA1wAvANEAOwDNAEUAygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoA&#10;ewC5AIEAtwCHALUAjgCzAJUAsgCeALAApwCuALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/&#10;AKYA/wD/BgAA/wUAAPEDAADoAAAA4QAHANUAEADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgA&#10;tABfALIAZQCwAGoArwBwAK0AdgCsAHwAqgCCAKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCd&#10;AuYAnAT0AJsE/wCaBf8AmgX/AJkF/wD/CgAA8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcD&#10;LACzBDcAsAVCAK0GSgCqBlIAqAdZAKYHXwClB2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmX&#10;AJgKoQCWCqwAlQu6AJMLzACSDOUAkA32AI8O/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAA&#10;vhUAALkQAAC3Cg0AsQsXAKwNJACoDjAApQ47AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACV&#10;EHIAkxB5AJIQgQCQEIoAjxGUAI0RnwCLEaoAihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV&#10;/wDtGgAA3CEAAMolAAC7IgAAsR8AAKsaAACpFAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZO&#10;AJAWVQCOF1sAjBdhAIsXZwCJF20AiBd0AIYYfACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIA&#10;eh31AHkd/wB4Hf8AeB3/AHgd/wDlIgAA0CkAAL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACR&#10;HSQAjh4vAIweOQCJHkEAhx9JAIUfUACDH1YAgh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHch&#10;lwB1IqQAdCKyAHMjwwByI98AcCTzAG8k/wBvJP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4A&#10;AJcqAACTJwAAkCMKAIwjEwCIJB8AhCUqAIIlNACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUA&#10;dCdsAHIndABxJ30AbyiIAG4olABsKKEAaymvAWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHU&#10;LwAAwjYAAK82AAChNQAAljQAAJAwAACKLQAAhyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMs&#10;RwBxLE0AcCxUAG4sWgBtLGEAay1oAGotcABoLXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDv&#10;AV8w/QFfMP8BXzD/AV8w/wHNNAAAvDsAAKk6AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYA&#10;dDAhAHExKwBvMTQAbTE8AGsxQwBqMUoAaDJQAGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFd&#10;NJwBWzSqAVo1uwFaNdIBWTXtAVk1/AFYNf8BWDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6&#10;AAB9NwAAeDQAAHQ0CwBwNRMAbTUdAGo1JwBoNjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdi&#10;AFw3agBaOHQBWTh/AVc4jAFWOZkBVTmoAlQ5uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAA&#10;skEAAKBAAACSQAAAhj8AAH49AAB4OgAAczgAAG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABd&#10;O0MAWztKAFo7UABYO1cAVztfAFY8ZwBUPHEBUzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0+&#10;+gJOPv8BTj3/AU49/wHAPwAArkMAAJxDAACOQwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4X&#10;AF4+IQBcPikAWj4xAFg+OQBXPkAAVT9GAFQ/TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYB&#10;SkGlAklCtQJJQssCSULoAklC+QJJQf8CSUH/AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABv&#10;QAAAaEAAAGNBAQBfQQ0AXEEUAFlCHQBXQiYAVUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExE&#10;YwBKRG0BSUV4AUhFhQFHRZQBRUWjAkVGtAJERskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgA&#10;AJRIAACGSAAAe0cAAHJGAABqQgAAY0MAAF5EAABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoA&#10;S0dBAEpHSQBJSFAASEhYAEdIYQBGSWsAREl2AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJA&#10;Sf8CQEj/AkBI/wG2SQAAokoAAJFKAACDSgAAd0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9K&#10;GABMSiEASkspAElLMQBHSzgARkw/AEVMRgBETE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2g&#10;ATtOsQI6TsYCOk7kAjtN9gI7Tf8BO0z/ATxM/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAA&#10;WUsAAFRMAABQTQUATE4OAElPFQBHTx4ARU8mAERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8&#10;UmYAOlJyADlSfwE4Uo4BN1KeATZSrwE1UsQBNVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlP&#10;AAB7TwAAcE8AAGZPAABcTgAAVE8AAE9RAABKUgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6&#10;ADtWQQA6VkkAOVdRADhXWgA2V2MANVdvADRXfAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8B&#10;MVX/ATFV/wGoUgAAlVIAAIRSAAB3UgAAbFIAAGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7&#10;WhcAOVsgADhbJwA3XC8ANlw2ADVcPgA0XEYAM11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpd&#10;qwEqXb8BKV3eASpc8gEqW/4BK1v/ASta/wGjVQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkA&#10;AEVbAAA/XQAAOl8EADZgDQA0YRMAMmIcADFiIwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0A&#10;KGRpACdkdgAmZIYAJWSXACRkqQAjZL0AImTaACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABu&#10;WQAAY1kAAFpaAABQXAAASF4AAEFgAAA6YwAANGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZr&#10;NQAlaz0AJGtGACNrTwAibFkAIGxlAB9scgAebIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/&#10;ABxo/wCVXAAAg1wAAHVcAABpXQAAX10AAFZeAABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0A&#10;IXISACBzGgAfcyEAHnMoAB10MAAcdDgAG3RAABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogAS&#10;dLYAEXTPABJz7AAScvoAE3H/ABNx/wCOYAAAfWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADdu&#10;AAAwcQAAKXUAACJ4AAAcewcAF30OABZ9EwAVfRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39a&#10;AA5/aAANf3gADH+KAAt+nQAKfrAACX3GAAp95AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAA&#10;VmgAAExrAABCbwAAOXMAADF3AAAqegAAI34AAByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAK&#10;iSsACYkzAAiJPQAGiUgABYlUAASJYQACiXEAAYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG&#10;+gB+agAAcWoAAGdrAABbbAAAUHAAAEZ0AAA8eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIG&#10;AAaTDAACkxEAAJQWAACUHQAAlCQAAJUsAACVNQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEA&#10;AJS1AACTzAAAkuYAAJLyAACS9wB4cAAAbXAAAGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAb&#10;kQAAFJQAAA+XAAAKmgAABJ0DAACeCQAAnw4AAJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACj&#10;UAAAo18AAKNxAACjhAAAopkAAKKtAAChwgAAodwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUA&#10;ADiLAAAukAAAJJUAABuaAAAUngAADqEAAAmkAAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYA&#10;AK4cAACvJAAAsC0AALE5AACxRgAAslUAALJmAACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBs&#10;fgAAX4IAAFKHAABGjQAAO5MAADCZAAAmngAAHKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4&#10;AAAAuQIAALkIAAC6DAAAuxAAALwUAAC9GwAAvyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSX&#10;AADEqwAAxLwAAMTLAADE2gBliQAAWI4AAEuVAAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAA&#10;ALwAAAC/AAAAwwAAAMQAAADFAAAAxgAAAMcAAADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA&#10;1jwAANhNAADZXwAA2nMAANqKAADbngAA264AANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3&#10;AAAVuwAADb4AAATCAAAAxQAAAMkAAADNAAAA0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4F&#10;AADgCgAA4g8AAOUWAADoIAAA7C0AAO0+AADtUQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA&#10;/wAOAP8ADgD/ABIA/wAdAP8AKQD/ADUA/wBBAP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDx&#10;AH8A8ACEAO4AiQDtAI8A6wCVAOoAmwDoAKIA5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A&#10;/wDdAP8A3gD/AN4A/wD/AA0A/wAKAP8ACQD/AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABa&#10;AO0AYgDrAGkA6QBvAOcAdQDlAHoA4wB/AOIAhQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA&#10;0ADKAM4A4wDNAPQAywD/AMsA/wDLAP8AywD/AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDy&#10;ACsA7wA3AOsAQgDnAEwA5ABVAOAAXQDdAGQA2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsA&#10;kgDJAJkAxwChAMUAqgDDALUAwQDDAL8A2gC+AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAA&#10;AP8AAAD5AAcA8QAQAOoAGgDkACUA3wAxANsAPADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAA&#10;wwB1AMEAegDAAIAAvgCGALwAjQC6AJQAuQCcALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCt&#10;AP8ArQD/AK0A/wD/AAAA/wAAAP0AAADuAAEA4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8A&#10;UgC8AFkAugBfALgAZQC2AGoAtABvALMAdQCxAHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4&#10;AKMAyACiAOIAoQDzAKAA/gCgAP8AoAD/AKAA/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgA&#10;vQAkALkALwC2ADoAtABDALEATACuAFMArABZAKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCg&#10;AIoAngCTAJwAnQCaAKcAmAC0AJYAwwCVANwAlADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwN&#10;AADLCgAAwgUAALwACgC2ABEAsQAcAK4AKACqADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBk&#10;AJoAagCYAHAAlwB2AJUAfgCTAIYAkgGPAJABmQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8A&#10;hgj/AIYI/wDvDwAA3hQAAMoVAAC8EgAAsxAAAK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCX&#10;CUcAlQlOAJMJVACRCloAkApfAI4KZQCNCmsAiwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIAN&#10;wAB/DdgAfQ7vAHwP/QB7D/8AexD/AHsQ/wDmFwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0P&#10;AJgOGQCUDiUAkQ8vAI8QOQCMEEEAihBIAIgQTwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4A&#10;fBKIAHoSlAB4EqAAdxOuAHUTvgB0FNUAcxXuAHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAACl&#10;IwAAnCEAAJYeAACSGQAAkRQLAI0UFACJFR8AhhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkY&#10;XAB3GGIAdhhpAHQYcQBzGXoAcRmEAG8akABuGp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/&#10;AGce/wDRJgAAvSoAAKsqAACdKgAAkygAAI0lAACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYA&#10;dh4+AHQeRQByH0sAcR9RAG8fWABuH14AbB9lAGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABh&#10;I80AYCTpAGAk+gBfJP8AXyT/AF8k/wDKLAAAti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoi&#10;DQB2IxUAcyMgAHEkKQBvJDIAbSQ6AGslQQBqJUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9&#10;AF4nigBdKJcAWymlAFoptQBaKsoAWSrnAFgq+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAA&#10;hjIAAH8vAAB5LQAAdSoAAHIoCgBvKBIAaykbAGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABe&#10;K1cAXCteAFssZgBZLG8AWC16AFcthwBWLpUAVC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv&#10;/wDBNgAAqjYAAJk2AACLNgAAgTUAAHkzAABzMQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8x&#10;AFwvOQBbL0AAWS9GAFgvTQBXMFMAVjBbAFQxYwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUB&#10;TDTjAUw09gBMNP8ATDT/AEwz/wC7OQAApjkAAJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBh&#10;Mg0AXjIUAFwzHgBaMyYAWDMuAFYzNQBVNDwAUzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3&#10;ggBKN5AASTifAEg4sAFHOMMBRzjhAUc49QFHOP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwA&#10;AHA6AABqNwAAZDYAAGA2AABcNgsAWTcSAFY3GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4A&#10;SjlVAEk5XgBIOmgARzpzAEY7gABFO44ARDyeAEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGz&#10;PQAAnj4AAI0+AAB/PgAAdT4AAGw9AABmOgAAYDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7&#10;LwBJPDYARzw9AEc8RABGPUsART1TAEQ+XABDPmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDd&#10;AT1A8gE9QP8BPj//AT4//wGuQAAAmkAAAIlBAAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUA&#10;Tj8OAEw/FQBJPx0AR0AlAEZALABEQDMAQ0A6AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7&#10;Q4sAOkSbADlEqwE5RL4BOETbATlE8QE5Q/4BOUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVD&#10;AABdQAAAVkAAAFFCAABNQgIASUMMAEZDEgBERBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZP&#10;ADpGVwA5R2EAOEdsADdHegA2SIkANUiZADRIqgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAA&#10;kkUAAIJGAAB1RgAAakYAAGFFAABZRAAAUUQAAExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6&#10;Si4AOUo2ADhKPQA3S0QANktMADVLVQA0TF8AM0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M&#10;7wAvTP0AL0v/ADBL/wChRwAAjkgAAH5IAABxSAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wG&#10;ADtNDgA5ThUAN04dADZPJAA1TysAM08zADJQOgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQA&#10;KlKVAClSpgApUrkAKFLSAClR7gApUPwAKlD/ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABR&#10;TAAASE0AAENPAAA9UAAAOVICADVTDAAzVBIAMVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClW&#10;TwAoV1kAJ1dkACZXcgAlV4EAJFeSACNXpAAiV7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4A&#10;AHVOAABpTgAAX08AAFZPAABNUAAARVIAAD9TAAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQA&#10;JlwrACVcMwAkXToAI11DACJdTAAhXVYAIF5hAB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAb&#10;XPkAHFv/ABxb/wCQUQAAflEAAHBRAABkUgAAW1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChg&#10;AwAkYgwAImMRACFjGAAfZCAAHmQnAB1kLgAcZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWL&#10;ABRlngATZbEAEmXIABJk5wATY/cAFGL/ABRi/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAA&#10;PVwAADZfAAAwYgAAKWQAACNnAAAdagcAGWwOABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgAR&#10;bkwAEG5YAA9uZQAObnUADW6HAA1umgAMba0AC23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZ&#10;AABcWgAAVFoAAEpcAABBXwAAOWMAADFmAAAqaQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncb&#10;AA13IwAMdyoAC3czAAp3PAAJd0cACHdSAAd3XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsA&#10;AnT2AAJ0/AB7XQAAbV0AAGJeAABZXgAATmAAAEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAAS&#10;fAAADX8GAAmBDAAFgREAA4EWAAKBHQABgSQAAIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACC&#10;jQAAgaAAAIC0AACAywAAf+cAAH7yAAB++QB0YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQA&#10;ACV4AAAefAAAF4AAABGDAAANhgAACIkEAAKLCgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkA&#10;AI5EAACOUQAAjmAAAI5xAACOhQAAjpkAAI2tAACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABN&#10;bAAAQnEAADh2AAAvewAAJn8AAB6EAAAWiAAAEIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACY&#10;EwAAmRgAAJofAACbJgAAmzAAAJw7AACcSAAAnFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrn&#10;AACa8QBqbQAAXm8AAFFyAABGdwAAO3wAADGCAAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAA&#10;AKIAAACjAQAAowYAAKQLAAClDgAAphIAAKcXAACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAA&#10;rIUAAKybAACrrwAAq8MAAKvZAACq6ABkdQAAV3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCf&#10;AAAJowAAAacAAACqAAAArgAAALAAAACwAAAAsQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsm&#10;AAC8MwAAvUEAAL1SAAC9ZAAAvnkAAL6QAAC9pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAA&#10;LJkAACGfAAAXpAAAEKkAAAmuAAAAsgAAALYAAAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAA&#10;xAUAAMYKAADHDgAAyRMAAMscAADOJgAA0DUAANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADS&#10;xABVjAAASZMAAD2aAAAwogAAJagAABquAAARtAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0A&#10;AADNAAAAzwAAANAAAADSAAAA1AAAANgAAADaBgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0A&#10;AOpyAADriAAA65sAAOyoAADssgD/AA0A/wALAP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7&#10;AFIA+ABaAPYAYgDzAGkA8QBvAPAAdQDuAHoA7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEA&#10;rwDfALsA3QDLANsA5gDZAPcA2AD/ANgA/wDXAP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAV&#10;AP4AIQD6ACwA9wA4APQAQwDwAE0A7QBVAOoAXQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA&#10;2QCLANUAkQDTAJkA0QCgAM8AqgDNALUAywDEAMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/&#10;AAAA/wAAAP8AAAD/AAoA+AARAPEAHADsACcA6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAA&#10;agDOAHAAzAB1AMoAegDJAH8AxwCFAMUAjADDAJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7&#10;ALYA/wC2AP8AtgD/ALYA/wD/AAAA/wAAAP0AAADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEA&#10;ygBKAMcAUgDEAFkAwgBfAMAAZQC+AGoAvABvALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACu&#10;AKoArQC3AKsAyACpAOMAqAD1AKcA/wCnAP8ApwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0A&#10;EQDHABwAwgAmAL8AMQC8ADsAugBEALcATAC0AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6&#10;AKcAgQCmAIkApACRAKIAmwCgAKUAngCyAJ0AwQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA&#10;8AAAAOEAAADRAAAAxgAEAL0ADQC3ABUAswAgALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQCh&#10;AF8AoABkAJ4AaQCdAG4AmwB1AJoAewCYAIMAlgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA&#10;+ACMAP8AjAD/AIwA/wDzAgAA4gcAAMwHAAC/BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3&#10;AJwAQACaAEcAmABOAJYAVACVAFkAkwBeAJIAZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0A&#10;hQCpAIMAuACBAMoAgADlAIAA9QB/AP8AfwD/AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACg&#10;AgwAnAATAJgAHQCVACcAkgAxAJAAOQCOAUEAjAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIED&#10;cgCABHoAfgSEAH0FjgB7BZoAeQanAHgGtQB2B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcA&#10;ALEXAAClFgAAnBMAAJYRAACUDQQAkwgNAI4HFQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08A&#10;fQxUAHsMWgB6DGAAeAxnAHcMbgB1DXYAdA2AAHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBp&#10;EP8AaRD/AGkQ/wDQHQAAuR4AAKgeAACbHQAAkhsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQ&#10;LQB5EDYAdxE9AHYRRAB0EUoAcxFQAHERVgBwEVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSj&#10;AGMVswBiFcYAYhbjAGEW9gBgF/8AYBf/AGAX/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAA&#10;fBkAAHoVDQB3FRUAdBYfAHEWKABvFzAAbhc4AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBi&#10;GW8AYBl5AF8ahQBdG5IAXBuhAFscsABaHMMAWR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJko&#10;AACLKAAAgicAAHslAAB2IwAAcyAAAHEcCQBuHBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5H&#10;AF8eTQBeHlQAXB9bAFsfYgBZIGsAWCB2AFYhggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8A&#10;UST/AFEj/wC5KwAAoywAAJMsAACGLQAAfCwAAHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBf&#10;IycAXSMvAFwjNgBaIz0AWSRDAFckSgBWJFAAVSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEwo&#10;rABLKb4ASynaAEop8QBKKf8ASyn/AEsp/wCzLgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoA&#10;AGMnAQBfJwwAXCcTAFonGwBYKCQAVigrAFUoMgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUA&#10;SitwAEkrfABILIsARy2aAEYtqgBFLrwARS7WAEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8&#10;MwAAcjMAAGsxAABlLwAAYC0AAF0sAABZLAkAViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEot&#10;QwBJLUoASC5RAEcuWQBGL2MARTBtAEMwegBCMYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/&#10;AEAy/wCqMwAAljUAAIY1AAB5NgAAbjUAAGY1AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0A&#10;SjElAEgxLABHMTIARjE5AEQxQABDMkcAQjJPAEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7&#10;NrkAOjbRADo27QA7NvwAOzb/ADs2/wCmNgAAkjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0&#10;AABPNAMASzQMAEk0EgBGNRoARTUiAEM1KQBBNS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhp&#10;ADk5dgA4OYUANzqVADc6pQA2OrgANTrPADY67AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAA&#10;aDsAAF86AABZOQAAUzYAAE43AABKOAAARjgKAEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5&#10;O0IAODtKADc7UwA2PFwANTxnADQ9dAAzPYMAMz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9&#10;/wCeOwAAizwAAHs8AABuPQAAZD0AAFw9AABVPAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4c&#10;ADk+IwA3PioANj8xADU/OAA0P0AAM0BIADJAUAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUA&#10;K0LLACxC6QAsQvkALUH/AC1B/wCZPQAAhz4AAHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABA&#10;QAAAPEEEADlCDQA3QhIANUMZADNDIQAyQygAMUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpG&#10;bwApRn4AKEaPACdHoQAmR7MAJkfJACZG5wAnRvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIA&#10;AFVCAABOQgAARUIAAD9EAAA7RQAAN0YAADRHCgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoA&#10;KEpCACdKSwAmS1UAJUtgACRLbQAjS3wAIkuNACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQ&#10;QwAAfkQAAG9EAABkRQAAWkUAAFJFAABKRgAAQUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdP&#10;GgAmTyEAJU8oACRPMAAjUDcAIlA/ACFQSAAgUFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHF&#10;ABlR5AAaUPYAG0//ABxP/wCKRgAAeUcAAGtHAABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAA&#10;LlAAAChTAgAkVAsAIlUQACBVFgAfVh4AHlYkAB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAV&#10;WHUAFFiHABRYmgATV6wAElfCABJX4QATVvQAFFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtM&#10;AABETQAAPE8AADVRAAAvVAAAKVYAACRZAAAeWwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143&#10;ABJeQAARX0oAEV9VABBfYgAPX3EADl+DAA1flgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAA&#10;bk4AAGJOAABYTwAAT08AAEhQAABAUgAAOFQAADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQ&#10;ZhQAD2YbAA5nIgANZykADWcyAAxnOwALZ0UACmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANl&#10;zwAEZekABGT1AARk/AB3UQAAaVIAAF1SAABUUgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QA&#10;ABlnAAATagAAD20GAAtwDAAIcP/i/+JJQ0NfUFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJw&#10;NQAAcD8AAHBKAABwVwAAcGUAAHB2AABwigAAb54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YA&#10;AFlWAABRVwAAR1gAAD5bAAA2XwAALmIAACZmAAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8A&#10;AHkTAAB5GQAAeR8AAHomAAB6LwAAejkAAHpEAAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAA&#10;eN8AAHjvAAB39wBqWwAAX1sAAFZbAABMXAAAQmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57&#10;AAAJfgAABIECAACCCAAAgw0AAIMQAACEFAAAhRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdo&#10;AACHewAAh5AAAIalAACFugAAhdMAAITqAACE9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAA&#10;IXcAABl7AAASgAAADYMAAAiHAAACigAAAI0AAACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAA&#10;lCkAAJUzAACVQAAAlk4AAJZfAACVcgAAlYgAAJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpq&#10;AAA/bgAANXQAACt5AAAhfwAAGYQAABGJAAAMjQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0H&#10;AACeCwAAnw4AAKESAACiGAAAoyAAAKUpAACmNgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0A&#10;AKTRAACk5ABbbAAAT3AAAEN1AAA4ewAALYEAACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAA&#10;pgAAAKgAAACpAAAAqgAAAKwAAACtBAAArgkAALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4&#10;XAAAuHEAALiIAAC4nQAAuLEAALfCAAC30ABUdgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIA&#10;AAOnAAAAqwAAAK4AAACyAAAAtgAAALgAAAC4AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAA&#10;AMYWAADJIAAAyi4AAMs+AADMUAAAzGQAAM16AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAAp&#10;mQAAHqAAABOmAAAMrAAAA7EAAAC2AAAAugAAAL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADN&#10;AAAAzgAAANAAAADSAQAA1QgAANkOAADdFQAA4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOel&#10;AADmsAD/AAkA/wAFAP8ABgD/AA4A/wAWAP8AIQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA&#10;7gBpAOwAbwDqAHQA6QB6AOcAfwDmAIUA5ACLAOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDT&#10;APQA0gD/ANEA/wDRAP8AzwD/AMoA/wD/AAEA/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAA&#10;PgDsAEgA6ABQAOUAWADiAF4A3wBkAN0AagDbAG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACc&#10;AMkApQDHALAAxgC+AMQA1ADCAO4AwQD+AMAA/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA&#10;8QAPAOsAGADmACMA4gAuAOAAOADbAEIA1QBLANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADC&#10;AHoAwQCAAL8AhgC9AI4AuwCWALkAoAC3AKoAtgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA&#10;/wD/AAAA/wAAAPcAAADqAAIA4QAMANcAEwDQAB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZ&#10;ALgAXwC3AGQAtQBpALQAbgCyAHQAsQB6AK8AgACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwA&#10;oQDyAKEA/wCgAP8AoAD/AKEA/wD/AAAA9wAAAOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0&#10;ADYAsgA/AK8ARwCsAE0AqwBUAKkAWQCnAF4ApgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsA&#10;lQCZAJ8AmACsAJYAugCUAM8AkwDrAJIA+wCSAP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwAC&#10;ALMADACtABIAqgAcAKcAJgCkADAAowA4AKAAQACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgA&#10;kwBuAJIAdACQAHwAjwCFAI0AjwCLAJoAigCnAIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDs&#10;AAAA0wAAAMEBAAC0AAAArAAAAKYABwCgAA4AnQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0A&#10;TQCMAFMAiwBYAIkAXQCIAGMAhwBpAIUAbwCDAHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDd&#10;AHgA8QB3AP0AeAD/AHgA/wDeCgAAxAsAALIMAACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMA&#10;iQAsAIcANACFADsAgwBCAIIASACAAE4AfwBTAH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBz&#10;AJIAcQCfAHAArQBuAL4AbQHWAG0C7QBsA/oAbAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsO&#10;AACJCwMAhwUMAIQBEwCBARwAfgIlAHwDLgB6AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZf&#10;AG4GZgBtBm4Aawd4AGoHgwBoCJAAZwmdAGUJrABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAA&#10;rRcAAJ0YAACQGAAAhxYAAIEUAAB9EQAAfA4GAHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBs&#10;DEQAaw1KAGkNTwBoDVUAZw1cAGUNYwBjDmsAYg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR&#10;8ABZEf0AWRH/AFkR/wC5GwAApR0AAJQeAACIHgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZ&#10;AGkQIgBnESoAZhEyAGQROQBjET8AYhFFAGASSwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsA&#10;VBWZAFMVqQBSFroAURbSAFEX7QBRF/0AURf/AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABs&#10;HgAAaRsAAGcYBABmFQ4AYxYVAGEWHgBfFiYAXRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMY&#10;XABSGWQAURluAE8aegBOG4gATRuXAEscpgBKHLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUA&#10;AIgmAAB7JwAAcSYAAGolAABmIwAAYiEAAGAeAABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcA&#10;UR09AFAdQwBPHUoATR5RAEweWABLH2EASR9rAEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBD&#10;I/oAQyP/AEMi/wCmJwAAkykAAIMqAAB2KgAAbSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIh&#10;FgBQIR4ATiElAE0iLABMIjMASiI5AEkiQABIIkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaS&#10;AD4nowA+J7QAPSfKAD0o6AA9KPkAPSf/AD4n/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAA&#10;WCgAAFQmAABRJgQATiUNAEwlEwBKJhoASCYiAEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+&#10;KVwAPSlmADwqcgA7KoEAOiuQADkroQA4LLIANyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsv&#10;AABvMAAAZTAAAF0vAABYLgAAUysAAFAqAABMKgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPisz&#10;AD0rOQA8K0AAOyxIADosUAA5LVkAOC5kADcucAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcA&#10;MzD/ADQv/wCZLwAAhzEAAHcyAABrMgAAYjIAAFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/&#10;LhQAPS4cADsuIgA5LykAOC8vADcvNgA2MD4ANTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80&#10;ngAuNLAALTTFAC004wAuNPYALzP/AC8z/wCVMQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIA&#10;AEYxAABCMgAAPzIFADwyDQA5MxIAODMZADYzIAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUA&#10;LjZgAC03bAAsN3sAKzeLACo4nAApOK4AKDjDACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABl&#10;NwAAWzcAAFQ3AABNNgAARzYAAEI1AAA9NgAAOjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05&#10;MgAsOTkAKzlBACo6SQAqOlMAKTteACg7agAnO3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/&#10;ACU7/wCNNgAAfDgAAG05AABiOQAAWDoAAFE5AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4A&#10;LT0UACw9GgAqPSEAKT0oACg+LwAnPjYAJj4+ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAf&#10;QasAHkHAAB5B3gAfQPMAH0D+ACA//wCJOQAAeDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9&#10;AAA0PgAAMEAAAC1BBQAqQgwAJ0IRACZDGAAkQx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZ&#10;ABxFZQAbRXQAGkWFABlGlwAZRqkAGEa+ABdF3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAA&#10;Uj8AAEo/AABEPwAAPUAAADZBAAAxQwAALEQAACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAb&#10;SjAAGko4ABlKQQAYSksAF0tVABZLYgAVS3EAFEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ&#10;/wB/PwAAb0AAAGFBAABXQgAATkIAAEdCAABBQgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08N&#10;ABhQEQAXUBcAFlAeABVQJQAUUCwAE1E0ABJRPQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQA&#10;DFG4AAxR0QANUOwADVD6AA5P/wB5QwAAakQAAF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAAp&#10;TAAAJE8AAB9RAAAaUwAAFFYJABFXDgAQWBMAEFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApY&#10;WgAIWGgAB1h5AAZYjAAFWJ8ABFizAARXygAFV+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgA&#10;AEFJAAA6SgAAMk0AACtQAAAlUgAAIFUAABpYAAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMA&#10;BWArAARgNAADYD0AAWBJAABgVQAAYGMAAGBzAABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABs&#10;SgAAX0sAAFVLAABMTAAARUwAAD1OAAA1UAAALlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhn&#10;CwADZw4AAGgTAABoGAAAaB8AAGkmAABpLgAAaTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGip&#10;AABovwAAZ9wAAGbuAABm9wBmTwAAWk8AAFFPAABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAA&#10;FGUAABBoAAAMawAAB24DAAFwCQAAcA0AAHEQAABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAA&#10;c1YAAHNmAABzeQAAc44AAHOjAAByuQAAcdIAAHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJc&#10;AAAqYAAAImQAABtoAAAUbAAAD28AAAtyAAAGdgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4b&#10;AAB/IgAAgCoAAIA1AACAQQAAgE8AAIBfAACAcQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAA&#10;VFgAAElaAAA/XQAANWEAACxlAAAjagAAG28AABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAA&#10;hgYAAIgKAACJDQAAihAAAIsVAACMGwAAjiIAAI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACO&#10;qwAAjcEAAI3cAACM6wBZXQAATl8AAENiAAA4ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkA&#10;AACNAAAAkAAAAJIAAACTAAAAlAAAAJYDAACXCAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwA&#10;AKBMAACgXgAAoHQAAJ+MAACfogAAn7cAAJ7LAACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAU&#10;hQAADYsAAAaQAAAAlAAAAJgAAACcAAAAnwAAAKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACs&#10;DQAArRIAALAZAACyIwAAsjEAALJCAACyVAAAsmkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMA&#10;ADV6AAAqgQAAH4gAABWOAAAOlQAABpoAAACfAAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAA&#10;ALUAAAC2AAAAuAAAALoAAAC8BgAAvgwAAMARAADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAA&#10;yJ8AAMivAADIvABGegAAOYEAAC6JAAAikAAAF5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8&#10;AAAAvwAAAMEAAADCAAAAxAAAAMUAAADHAAAAyQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0q&#10;AADePAAA31AAAOBlAADhewAA4ZEAAOKiAADirQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA&#10;/gAzAPsAPgD3AEgA8wBQAPAAVwDtAF4A6wBkAOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADc&#10;AJMA2QCcANYApgDTALEA0QDAAM8A2gDOAPEAzAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8A&#10;AAD/AAgA+wAQAPYAGQDyACQA7wAuAO0AOQDoAEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBu&#10;AM8AdADOAHkAzAB/AMoAhgDIAI4AxgCWAMQAoADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8A&#10;ugD/ALYA/wD/AAAA/wAAAP4AAAD0AAQA6wANAOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDH&#10;AFMAxQBZAMMAXwDBAGQAvwBpAL0AbgC7AHMAugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0A&#10;xACsAOEAqwD2AKoA/wCqAP8AqgD/AKoA/wD/AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAj&#10;AMEALQC/ADcAuwA/ALcARwC1AE4AsgBTALAAWQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEA&#10;pACKAKMAlAChAJ8AnwCsAJ4AuwCcANIAmwDuAJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADL&#10;AAAAwQAFALkADQC0ABQAsQAeAK4AJwCrADAAqgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0A&#10;YgCbAGcAmgBtAJgAcwCXAHsAlQCEAJQAjgCSAJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/&#10;AIsA/wDwAAAA2wAAAMcAAAC6AAAAsAAAAKgACgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEA&#10;lABIAJIATQCRAFIAjwBXAI4AXACMAGEAiwBnAIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/&#10;AMAAfgDdAH0A8gB9AP8AfQD/AH0A/wDgAAAAxgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAA&#10;HACNACQAiwAtAIoANACIADsAhgBCAIUARwCDAE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5&#10;AHgAgwB2AI8AdQCcAHQAqgByALoAcQDRAHAA7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAA&#10;kwQAAI4AAACKAAgAhgAPAIQAFgCBAB4AfwAnAH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBz&#10;AFcAcgBdAHEAYwBvAGsAbgB0AGwAfgBrAIoAaQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA&#10;/wDADAAAqw0AAJsOAACPDgAAhg0AAIELAAB+BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2&#10;AG4APABsAEIAawBHAGoATQBpAFIAaABYAGYAXwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MA&#10;XAPHAFsE5ABbBfQAWwb+AFsG/wC1EAAAoRIAAJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBu&#10;BBIAbAQbAGkFIwBnBSoAZgYxAGQGNwBjBj0AYgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgK&#10;eABXCoUAVguTAFQLogBTC7MAUgzHAFIM5ABRDfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgA&#10;AG0XAABqFAAAZxEAAGcOBwBmDA4AYwwVAGEMHQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsA&#10;Vg5RAFUOWQBTDmEAUg5rAFAPdgBOEIMATRCSAEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wCl&#10;GQAAkhwAAIMdAAB2HgAAbR0AAGYcAABiGgAAXxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQR&#10;LgBTETQAURE7AFASQQBPEkcAThJOAEwSVQBLE14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbF&#10;AEIX4wBCF/YAQhf/AEIX/wCfHQAAjCAAAH0hAABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYA&#10;VBUOAFEVFABPFhwAThYjAEwWKgBLFjAAShY3AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/&#10;Gn0APhuNAD0bnQA8HK4AOxzDADsc4QA7HfUAOxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwk&#10;AABXIwAAUyAAAFEeAABPHAIATRsMAEsaEQBIGxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1H&#10;AD4dTwA9HlgAPB5iADofbQA5H3sAOCCLADchmwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAA&#10;gyYAAHQnAABoKAAAXygAAFgnAABTJgAATyQAAEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+&#10;ICkAPCAvADshNgA6IT0AOSFEADgiTAA3IlUANiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m&#10;3AAwJvIAMCb/ADEl/wCRJgAAfygAAHEqAABlKgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQF&#10;AD8kDQA9JBIAOyQZADkkHwA3JCYANiQsADUlMwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcA&#10;LSmHACwpmAArKqoAKiq9ACoq2gArKvEAKyr+ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABM&#10;LAAARysAAEMoAAA/KAAAPCgCADkoCwA3KBAANSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0r&#10;RwAsK1EAKyxbACosZwApLXUAKC2FACctlwAmLqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0A&#10;AGouAABfLwAAVi8AAE4vAABILgAAQy0AAD8sAAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAA&#10;Ky0nACouLQAqLjUAKS89ACgvRQAnME4AJjBZACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAh&#10;Mu8AIjH8ACIx/wCGLQAAdS8AAGcwAABcMQAAUzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAx&#10;BgAtMQ0AKzERACkyFwAoMh4AJzIkACUzKwAlMzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaB&#10;AB02kwAcNqUAGza5ABs20gAcNu0AHTb7AB01/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAA&#10;PTMAADczAAAxNAAALjUAACs1AgAoNgsAJTcQACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAc&#10;OUkAGzpUABo6YAAZOm4AGDp/ABc7kQAXO6QAFju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1&#10;AABVNgAATTYAAEY2AABANgAAOjYAADQ2AAAuOAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0f&#10;ABs+JQAaPi0AGT40ABc+PQAWP0cAFT9RABQ/XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sA&#10;Ej/5ABI+/wB5NQAAaTcAAFw4AABSOQAASjkAAEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAe&#10;QQQAGkILABhDEAAXQxUAFUQbABREIgATRCkAE0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1F&#10;jAANRZ8ADEWyAAtFyQAMReUADUT2AA1E/wB0OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwA&#10;AC4+AAAoQAAAI0IAAB9EAAAaRgAAFUgIABJKDQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AA&#10;C0tKAApLVgAJS2QACEt0AAdLhwAFS5oABEuuAARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABL&#10;PgAARD4AAD0+AAA3PwAAMUAAACpCAAAkRQAAH0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlR&#10;GwAIUSIAB1EpAAVRMgAEUjsAA1JGAAFSUgAAUl8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDu&#10;AABQ9wBoQAAAW0EAAFBBAABIQQAAQUEAADtCAAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAA&#10;DlUEAApYCgAGWA4AAlgSAABZFwAAWR0AAFklAABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAA&#10;WZAAAFmlAABYugAAWNUAAFfsAABX9gBjRAAAVkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJP&#10;AAAbUgAAFlUAABFYAAANWgAACV0DAARfCQAAYA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7&#10;AABiRwAAYlUAAGNkAABidgAAYosAAGKgAABhtgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAA&#10;OkoAADJNAAAqUAAAI1MAABxXAAAWWgAAEV0AAA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAA&#10;axUAAGwbAABtIgAAbSoAAG00AABtQAAAbU4AAG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq&#10;8wBYTQAATk0AAEhMAAA+TgAANVEAACxUAAAkWAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAA&#10;AAByAwAAcgcAAHMLAAB1DgAAdhEAAHcWAAB4HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwA&#10;AHmUAAB4qgAAeMEAAHffAAB37wBUUQAATFEAAEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAAL&#10;bwAABXMAAAB3AAAAegAAAHwAAAB+AAAAfwIAAIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACK&#10;MAAAij4AAIlNAACJXwAAiXMAAIiLAACIogAAh7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQA&#10;AB9pAAAWbwAAEHQAAAp5AAACfQAAAIEAAACFAAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggA&#10;AJMMAACVEAAAlxUAAJkdAACbJwAAmzQAAJtEAACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBL&#10;XAAAQGAAADVlAAAragAAIXEAABd3AAAQfQAACYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACb&#10;AAAAnQAAAJ8AAACgAAAAogAAAKQFAACmCgAAqA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13&#10;AACskAAAq6cAAKu6AACrywBFZgAAOWsAAC5xAAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAA&#10;AKEAAAClAAAAqAAAAKsAAACrAAAArgAAAK8AAACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAA&#10;wh8AAMIuAADCQAAAwlQAAMFrAADBgwAAwJsAAMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqX&#10;AAAAnQAAAKMAAACoAAAArQAAALIAAAC2AAAAuQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYA&#10;AADIAAAAywAAAM4FAADRDQAA1hQAANcjAADYNQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA&#10;/wAAAP8AAAD/AAkA/wAQAP8AGQD+ACQA/AAvAPkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADi&#10;AGkA4ABuAN4AcwDcAHkA2gB/ANcAhgDUAI4A0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA&#10;/wDFAP8AvwD/ALoA/wD/AAAA/wAAAP8AAAD+AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBF&#10;ANkATQDUAFMA0QBZAM4AXgDMAGMAygBoAMkAbQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYA&#10;uQC0ALcAyAC2AOYAtQD7ALQA/wC0AP8AswD/AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDX&#10;ABoA0gAkAM8ALgDLADcAxwBAAMMARwDAAE4AvgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEA&#10;eQCvAIEArQCKAKsAlACpAKAAqACtAKYAvgClANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAA&#10;AOYAAADXAAAAywAGAMQADgC+ABUAuwAfALkAKAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgA&#10;pgBcAKQAYQCjAGcAoQBsAKAAcwCeAHoAnQCDAJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCT&#10;AP8AkwD/AJMA/wD3AAAA5AAAANAAAADBAAAAtwACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8A&#10;OwCcAEIAmwBIAJkATQCXAFIAlgBXAJUAWwCTAGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACg&#10;AIcArwCFAMIAhQDiAIQA9wCEAP8AhAD/AIQA/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4A&#10;lgAUAJQAHQCSACUAkQAtAJAANQCNADwAjABCAIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCA&#10;AG4AfgB3AH0AgQB7AI0AegCaAHgAqQB3ALoAdgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsA&#10;AACfAAAAlwAAAJAAAgCLAAsAiAAQAIYAFwCEACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBL&#10;AHgAUAB3AFUAdgBbAHQAYQBzAGkAcQBxAHAAewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkA&#10;aQD/AGkA/wDAAAAArAAAAJwCAACQAgAAiAAAAIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBz&#10;ADAAcQA2AHAAPABvAEEAbQBGAGwASwBrAFAAagBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAA&#10;nwBfAK8AXgDDAF4A4QBeAPQAXQD/AF0A/wC0BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJ&#10;AG8ADwBtABUAawAcAGkAIwBoACoAZwAxAGUANgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8A&#10;WwBoAFoAcgBYAH4AVwCMAFYAmwBVAKsAVAC+AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6&#10;EAAAchAAAGwOAABpDAAAZwkDAGYECwBkABAAYgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgA&#10;QgBXAUcAVgFOAFUCVABTAlwAUgNlAFEDbwBPBHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5&#10;AEoH/wChEAAAjhIAAH4UAABzFAAAahQAAGQTAABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAA&#10;VQcnAFMHLQBSCDMAUQg4AFAIPgBPCUQATglKAEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABD&#10;DKkAQg28AEIN1QBCDe4AQg37AEIN/wCaFAAAhxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQR&#10;AABUDggAUw0OAFENFABPDRsATQ0iAEwNKABLDS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9h&#10;AEEQbAA/EHkAPhCIAD0RmAA7EakAOxG8ADoR1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAA&#10;Xh0AAFgcAABTGwAAUBgAAE4WAABMEwMATBELAEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBA&#10;Ej0APxJEAD0STAA8E1QAOxNeADkUaQA4FHYANxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW&#10;/wCOGwAAfB0AAG4fAABjIAAAWiAAAFMgAABOHgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUa&#10;AD4VIAA9FScAOxUtADoWMwA5FjoAOBZBADcXSQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UA&#10;LRu4AC0b0AAtG+wALhv7AC4b/wCKHgAAeCAAAGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABB&#10;GwAAPxoDAD0aDAA7GREAORkWADcaHQA2GiMANRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0d&#10;ZAAsHnEAKx+BACofkgApH6QAKCC3ACcgzgAnIOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUA&#10;AEwlAABHJAAAQiMAAD8hAAA9HwAAOh4AADceCQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMA&#10;LCA7ACsgQwAqIUwAKSFWACgiYgAmIm8AJSN/ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCC&#10;IwAAcSUAAGMmAABZJwAAUCgAAEknAABDJwAAPyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwi&#10;FwAqIh0AKSIjACgjKgAnIzEAJiQ4ACUlQQAkJUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0&#10;AB0oygAdKOgAHij4AB8n/wB+JQAAbicAAGApAABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAA&#10;MCYAAC0mAwArJwsAKCcQACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAc&#10;K2sAGyt7ABosjQAZLJ8AGCyyABgsyQAYLOcAGSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMs&#10;AAA+KwAAOSsAADQqAAAwKgAAKyoAACkrAAAmKwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0z&#10;ABsuPAAaLkUAGS9QABgvXAAXL2kAFjB5ABUwiwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAA&#10;ZywAAFotAABQLgAASC4AAEEuAAA7LgAANi0AADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAb&#10;MhUAGjIcABkyIgAYMikAFzMxABYzOQAVM0MAFDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41&#10;xgAPNOQAEDT1ABA0/wByLAAAYy4AAFcwAABNMAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIA&#10;ACEzAAAdNQIAGjYJABc3DgAVNxMAFDgZABM4HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQA&#10;DTp0AAw6hgAMOpkACzmsAAo5wQAKOd4ACznxAAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2&#10;MwAAMTIAACwzAAAnNAAAITYAAB04AAAZOQAAFTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+&#10;MwAMPjwACz9HAAo/UgAIP2AABz9vAAY/gQAFP5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQA&#10;AFA1AABHNQAAPzUAADk1AAA0NQAALjUAACk3AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4A&#10;CkQTAAlEGQAIRCAAB0QnAAZELwAFRDgAA0VCAAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAA&#10;RNEAAETqAABD9QBkNgAAVzcAAEw4AABDOAAAPDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZC&#10;AAASRAAADkcEAAtJCQAHSg0ABEsRAAFLFgAASxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExm&#10;AABMdwAAS4wAAEuhAABLtQAASs4AAErpAABK9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAA&#10;Jz4AACJBAAAcQwAAFkYAABJJAAAOSwAAC04DAAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAA&#10;Uy8AAFM5AABTRQAAU1IAAFNhAABTcgAAU4cAAFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+&#10;AAA+PgAAOD4AADBAAAApQgAAI0QAAB1HAAAXSgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkO&#10;AABaEQAAWhUAAFsaAABcIQAAXCoAAFw0AABcPwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUA&#10;AFrkAABZ8wBUQgAASkIAAEJCAAA8QgAANEMAACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAF&#10;WwAAAF4AAABgBAAAYQgAAGIMAABjDgAAZBEAAGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABn&#10;ZgAAZ3oAAGaRAABlqAAAZcAAAGTeAABk8ABPRgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUA&#10;ABJZAAANXAAACGAAAAJjAAAAZgAAAGgAAABqAAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0A&#10;AHQmAAB0MgAAdD8AAHROAABzXwAAdHIAAHOKAAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAy&#10;TgAAKVIAACBWAAAYWwAAEl8AAA1kAAAHaAAAAGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6&#10;BgAAfAoAAH4OAACAEQAAghYAAIQeAACEKQAAhDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJ&#10;AACA5QBKTgAAP1AAADVTAAArVwAAIlwAABliAAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAA&#10;AIMAAACFAAAAhgAAAIgAAACJAAAAiwQAAI0IAACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAA&#10;lWAAAJV2AACUkAAAk6cAAJK9AACS1QBEVQAAOVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACA&#10;AAAAhQAAAIkAAACNAAAAkQAAAJMAAACUAAAAlgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQ&#10;AACoFwAAqSMAAKkxAACpQwAAqVYAAKhtAACmhwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAA&#10;E3gAAAx/AAADhQAAAIsAAACRAAAAlgAAAJsAAACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAA&#10;rQAAALAAAACyAAAAtQIAALcJAAC7EAAAvhgAAL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6&#10;uQA3agAAK3AAACB4AAAWgAAADYgAAAWPAAAAlgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYA&#10;AAC3AAAAuQAAALsAAAC9AAAAvwAAAMIAAADFAAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAA&#10;ANRXAADTbgAA1IYAANSbAADTqwD/AAAA/wAAAP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADx&#10;AD0A7QBGAOkATQDmAFMA5ABZAOEAXgDeAGMA3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkA&#10;nADGAKcAxAC3AMIAzADAAOwAvwD/AL4A/wC9AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wAL&#10;AO0AEgDoABsA5QAlAOQALgDfADgA2ABAANIARwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0A&#10;vwBzAL0AegC7AIEAuQCLALYAlQC0AKEAsgCvALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/&#10;AAAA/wAAAPIAAADmAAAA3QAHANIADgDNABYAygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUA&#10;UwCzAFgAsQBdALAAYgCuAGcArABsAKoAcwCpAHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDy&#10;AJwA/wCdAP8AnAD/AJkA/wD8AAAA7gAAAN0AAADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwA&#10;rQA0AKkAPACmAEIApABIAKIATQCgAFIAngBXAJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCR&#10;AJMAkAChAI4AsQCNAMYAjADoAIsA/QCMAP8AjAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYA&#10;CAChAA4AnwAVAJ0AHgCbACYAmgAuAJcANQCVADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBg&#10;AIkAZgCHAG0AhQB2AIQAgACCAIwAgACaAH8AqQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAA&#10;wQAAALEAAACkAAAAnAAAAJQAAwCQAAwAjQARAIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCA&#10;AEYAfwBLAH0ATwB8AFQAewBaAHkAYAB4AGcAdgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A&#10;7QBuAP4AbgD/AG4A/wDEAAAArwAAAKAAAACUAAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAi&#10;AHgAKQB3ADAAdQA2AHQAOwByAEAAcQBFAHAASgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAA&#10;ZQCOAGMAnQBiAK0AYQDCAGEA5ABhAPgAYQD/AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1&#10;AAMAcQALAG8AEABtABYAbAAdAGsAJABrACoAaQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAA&#10;VgBfAF0AXQBlAFwAbwBaAHoAWQCIAFgAmABXAKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUA&#10;AIUHAAB6BwAAcgYAAGwEAABpAQAAZwAHAGQADQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYA&#10;WgA7AFkAQABYAEUAVwBLAFYAUQBVAFgAUwBhAFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBM&#10;AOsATAD6AEwA/wCdCQAAiwsAAHwNAABwDQAAaA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcA&#10;GQBWACAAVQAmAFMAKwBSADEAUQA2AFAAOwBPAEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCA&#10;AEUAkABEAKEAQwCyAEMAyABDAOYAQwD1AEMA/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAA&#10;VA0AAFMKBABTBgsAUQMQAE8BFQBOARsATAEhAEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBD&#10;BFEAQgRaAEAFZAA/BXAAPgZ+AD0GjgA8B58AOwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4U&#10;AABiFQAAWhUAAFQUAABQEwAATREAAEsOAABLDQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQku&#10;AEAJMwA/CTkAPgpAAD0KRwA8Ck8AOgtYADkLYwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMA&#10;Mg30ADIN/gCIEwAAdxUAAGkXAABeGAAAVRgAAE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBA&#10;DRIAPw0YAD0NHwA8DSQAOw0qADkNMAA4DjcANw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4Q&#10;jgAtEaAALBGyACsRyAArEeYAKxH2ACwR/wCDFgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgA&#10;AD8XAAA+FAAAPBIEADsRCgA6EBAAOBAVADcQGwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksA&#10;LRNUACsTXwAqFGwAKRR7ACgUjAAnFZ4AJhWwACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABW&#10;HgAATR4AAEceAABCHQAAPhwAADoaAAA4GAAANxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwV&#10;KgArFTAAKhU3ACkWPwAoFkgAJxdSACYYXQAkGGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0&#10;ACAZ/wB6GwAAah4AAF0fAABTIAAASiAAAEQgAAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsA&#10;LBgQACoYFAApGBoAJxggACYZJgAlGS0AJBo1ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAc&#10;HpsAGx6tABoewwAaHuAAGh3zABsd/wB3HQAAZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMg&#10;AAAwHwAALR0AACsdAAAoHQgAJh0OACUdEgAjHRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBN&#10;ABshWQAaIWYAGSF1ABgihwAXIpkAFiKsABUiwQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAA&#10;RSUAAD4kAAA5JAAANCMAADAiAAAsIgAAKSEAACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAb&#10;IigAGiMvABkjOAAYJEEAFyRLABYlVwAVJWQAFCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl&#10;/QBwIgAAYSQAAFQmAABKJgAAQicAADwmAAA2JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYK&#10;ABsmDgAZJxIAGCcYABcnHwAWJyUAFSgtABQoNQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYA&#10;DiqpAA0qvQANKtcADSruAA4p+wBsJAAAXSYAAFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAn&#10;JwAAIigAAB4pAAAbKgAAGCsHABYrDQAULBEAEywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0u&#10;UgANLl8ADC9uAAsvfwAKL5IACS+lAAkuuQAILtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsA&#10;ADcrAAAxKgAALSoAACkqAAAkKgAAICsAABstAAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAA&#10;DTInAAwyLwALMzgACjNCAAkzTgAIM1sABjRqAAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBk&#10;KgAAViwAAEstAABCLQAAOi0AADQtAAAvLAAAKywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82&#10;CQAMOA0ACjgRAAk4FgAIOB0ABzgkAAY4LAAEODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADif&#10;AAA4swAAOMoAADjmAAA38gBfLQAAUi4AAEgvAAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAA&#10;GjMAABU1AAASNwAADzkDAAw7CAAIPQ0ABT4QAAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAA&#10;P1MAAD9hAAA/cwAAP4cAAD6cAAA+sAAAPccAAD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAx&#10;AAArMQAAJjIAACA0AAAbNgAAFjgAABI7AAAPPQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUd&#10;AABFJAAARS0AAEY2AABGQgAARk4AAEZdAABGbgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAA&#10;SjUAAEE1AAA5NQAAMzQAAC40AAAoNQAAIjcAAB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAA&#10;SQoAAEoNAABLEAAATBQAAE0ZAABOIAAATigAAE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABM&#10;qgAAS8EAAEvhAABK8gBQOAAARjgAAD04AAA3OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YA&#10;AAtJAAAHSwAAAk4AAABQBAAAUQgAAFILAABTDgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QA&#10;AFdSAABWYwAAVncAAFaOAABVpQAAVL0AAFPdAABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAf&#10;QgAAGUUAABNIAAAOSwAAC08AAAVRAAAAVAAAAFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABg&#10;FgAAYh0AAGImAABiMQAAYj4AAGFMAABhXQAAYXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8A&#10;ADo/AAAxQAAAKUMAACFGAAAaSgAAE04AAA5RAAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEA&#10;AGUEAABnCAAAaAsAAGoOAABsEgAAbhcAAG8gAABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAA&#10;bLAAAGvKAABq6ABERAAAPkMAADVEAAArRwAAI0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABn&#10;AAAAawAAAG0AAABvAAAAcAAAAHIAAAB0AgAAdQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89&#10;AAB+TQAAfWEAAH13AAB8kAAAe6gAAHrAAAB53wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAA&#10;B2UAAABqAAAAbgAAAHIAAAB2AAAAeQAAAHwAAAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAA&#10;jA0AAI8RAACSGQAAkiUAAJIzAACSRAAAkVcAAJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChW&#10;AAAeXAAAFWIAAA5oAAAHbgAAAHQAAAB5AAAAfgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIA&#10;AACUAAAAlgAAAJgAAACbAAAAngYAAKEMAACkEQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QA&#10;AKGrAAChvwA2VwAALFwAACFiAAAXaQAAD3AAAAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAA&#10;mwAAAJ4AAACfAAAAogAAAKQAAACmAAAAqAAAAKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7&#10;MAAAu0MAALpYAAC5cAAAt4sAALehAAC3swAwYgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYA&#10;AACbAAAAoQAAAKYAAACqAAAArgAAALAAAACxAAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAA&#10;AMcAAADLAwAAzwwAANMVAADSJQAA0jgAANFOAADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/&#10;AAMA/wALAPwAEQD5ABsA9wAlAPMALwDuADgA6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMA&#10;aADQAG0AzgBzAMsAegDIAIIAxgCMAMMAlwDAAKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/&#10;AKcA/wD/AAAA/wAAAPsAAAD2AAAA7QAHAOcADwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgA&#10;xQBOAMIAUwDAAFgAvgBdALwAYgC6AGcAuQBtALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCn&#10;AN4ApgD5AKUA/wCjAP8AnQD/AJsA/wD9AAAA9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAA&#10;JAC+ACwAuQA1ALYAPACzAEMAsABIAK4ATgCsAFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9&#10;AJ4AiACcAJUAmgCjAJgAtACWAM0AlQDxAJQA/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAA&#10;uAAAALEACACtAA8AqgAWAKgAHgCoACcApgAvAKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCU&#10;AFoAkwBgAJEAZgCQAG4AjgB2AIwAgQCKAI0AiACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA&#10;/wDkAAAAywAAALoAAACsAAAAogAAAJwABACYAAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8&#10;AIkAQQCIAEYAhgBLAIUATwCEAFQAggBaAIEAYAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcA&#10;dADUAHMA9AB0AP8AdAD/AHQA/wDLAAAAtgAAAKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACB&#10;ABsAgAAjAH8AKgB9ADAAewA2AHoAOwB4AEAAdwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0A&#10;cwBrAH8AaQCNAGgAnQBnAK4AZgDHAGUA6gBmAP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAA&#10;AHwAAAB2AAQAdAAMAHIAEABxABYAcAAdAHAAJABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkA&#10;ZQBOAGQAVABjAFsAYQBjAGAAbQBeAHkAXQCHAFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCo&#10;AAAAlQAAAIcAAAB7AAAAcwAAAG4AAABqAAEAZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8A&#10;MABeADUAXQA6AFwAPgBbAEQAWQBJAFgATwBXAFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1&#10;AE4A0ABOAPAATgD/AE8A/wCcAAAAiQAAAHsDAABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8A&#10;WAAUAFcAGQBXACAAVgAlAFUAKgBTADAAUgA0AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJ&#10;AG8ARwB8AEYAjABFAJ0ARQCwAEQAxwBEAOgARAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJ&#10;AABVBwAAVAQAAFIABwBQAAwATwAQAE4AFQBNABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBA&#10;AEUARgBDAE4AQgBWAEEAXwBAAGsAPgB4AD0AiAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAA&#10;eAwAAGoOAABfDgAAVw4AAFEOAABNDAAASwsAAEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBC&#10;ACYAQQArAD8AMQA+ADYAPQA8ADwAQwA7AEoAOgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMA&#10;vAAzANgAMwDvADMA+wCCDQAAcQ8AAGQQAABZEQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcL&#10;AD8FDgA+AxIAPAIYADsCHQA6AyIAOQMoADgDLQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYA&#10;LwdzAC4HgwAtB5UALAenACsHugArB9IAKwfrACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABC&#10;EwAAPhIAADwQAAA6DgEAOg0GADoKDAA4CRAANggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4K&#10;PQAtCkUALAtOACsLWQApDGUAKAxzACcMgwAmDZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQA&#10;AFsWAABRFwAASBcAAEIWAAA9FgAAORUAADcTAAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsA&#10;LA0hACsNJwAqDS0AKQ40ACgOOwAnDkQAJQ5OACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAc&#10;ENgAHRDuAB0Q+QBzFAAAZBYAAFcYAABNGQAARRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0R&#10;BAAsEAoAKxAOACkQEgAoEBgAJhAeACUQJAAkECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNx&#10;ABoTggAZFJUAGBSnABcUuwAXE9QAFxPuABgT+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAA&#10;MhoAAC8ZAAAsGAAAKhYAACgUAQAmEwcAJRMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAb&#10;FT8AGhZJABkWVAAYF2EAFhdwABUYgQAUGJMAEximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEd&#10;AABHHQAAPx4AADkdAAA0HQAALxwAACsbAAAoGgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcX&#10;ABkYHgAZGCQAGBksABcZNAAWGj0AFRpHABQbUgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAA&#10;DhvqAA8b+ABpGwAAWh0AAE4fAABFHwAAPSAAADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAd&#10;GwEAGxsHABkcDQAXHBAAFhwVABUcGwAUHSIAEx0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0g&#10;fAANII8ADCCiAAsgtQALIMoACyDlAAwf9ABlHQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAA&#10;ACYfAAAjHwAAIB4AAB0eAAAZIAAAFiAEABQgCwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcA&#10;DSNBAAwkTQALJFkACiRnAAkkeAAIJIsABySeAAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABA&#10;IwAAOCMAADIjAAAsIwAAKCIAACQhAAAhIQAAHiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0n&#10;FgAMJx0ACycjAAonKwAJKDQACCg+AAcoSQAGKFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjh&#10;AAEn8ABeIgAAUSQAAEYlAAA9JQAANSUAAC8lAAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAA&#10;ESgDAA8pCAAMLAwACiwQAAgsFAAHLBoABiwhAAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAA&#10;LYQAAC2ZAAAtrQAALMIAACzgAAAs8ABaJAAATSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEm&#10;AAAdJgAAGScAABUpAAARKwAADywDAA0uBwAJMAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2&#10;AAAzQgAAM04AADNdAAAzbQAAM4EAADKWAAAyqwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAA&#10;MCoAACspAAAnKAAAIygAAB4pAAAaKgAAFiwAABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAA&#10;OBQAADgaAAA4IgAAOCoAADkzAAA5PgAAOUoAADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA2&#10;8ABRKwAARiwAADwsAAA0LAAALiwAACorAAAlKwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcC&#10;AAU6BgABOwoAADwNAAA9DwAAPhIAAD8XAABAHgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gA&#10;AD+PAAA+pgAAPr0AAD3cAAA98ABNLgAAQi8AADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAAT&#10;NQAAEDcAAAw6AAAJPAAABT4AAABBBAAAQggAAEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABI&#10;NQAASEEAAEhPAABIYAAAR3MAAEeKAABGogAARbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEA&#10;ACUyAAAfNAAAGTYAABM5AAAQPAAADD8AAAhCAAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4A&#10;AE8RAABRFQAAUhwAAFIlAABSMAAAUjwAAFFKAABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBD&#10;NgAAOzYAADQ1AAAvNAAAJzUAACE4AAAaOwAAFD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABR&#10;AAAAUwIAAFQFAABVCAAAVwsAAFkOAABbEQAAXRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+&#10;AABalwAAWa8AAFjLAABX6gA/OQAAODkAADM4AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAA&#10;AFEAAABUAAAAVwAAAFoAAABcAAAAXQAAAF8AAABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAA&#10;ai4AAGo8AABqTQAAaV8AAGh1AABnjwAAZqgAAGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJ&#10;AAAQTQAAClEAAARVAAAAWgAAAF0AAABgAAAAYwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEG&#10;AAB0CgAAdg4AAHkTAAB7GwAAeycAAHo1AAB5RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAA&#10;MkIAAChFAAAgSgAAF04AABBUAAAKWQAAAl4AAABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAA&#10;eQAAAHsAAAB9AAAAfwAAAIIAAACEAwAAhwkAAIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACK&#10;fAAAipUAAIitAACHxQA2RwAALEsAACJPAAAZVQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsA&#10;AAB/AAAAgwAAAIYAAACIAAAAigAAAI0AAACPAAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQA&#10;AKQhAACkMQAAo0QAAKJZAACgcAAAn4sAAJ2iAACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAA&#10;dwAAAH0AAACDAAAAiAAAAI0AAACRAAAAlQAAAJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACp&#10;AAAArAAAALAAAAC0BwAAuA4AALoYAAC6JwAAuTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIA&#10;ABRpAAAMcQAAAnkAAACBAAAAiQAAAI8AAACWAAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAA&#10;ALIAAAC0AAAAtgAAALkAAAC8AAAAwAAAAMQAAADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAA&#10;zXMAAMuNAADKoQD/AAAA/wAAAPsAAAD6AAAA/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIA&#10;QwDeAEkA2gBPANYAVADTAFkA0ABeAM4AYwDLAGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCu&#10;ALYAwwC0AOgAswD/AK8A/wClAP8AngD/AJsA/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA&#10;2AAbANYAJADSAC0AzAA2AMYAPQDCAEMAvwBJALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCv&#10;AHYArAB/AKoAigCoAJcApQCmAKMAuQChANkAoAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMA&#10;AADTAAAAyAAAAMEACQC9AA8AuwAWALkAHwC3ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABS&#10;AKMAVgChAFsAnwBhAJ4AZwCcAG8AmgB4AJcAgwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8A&#10;hQD/AIIA/wDnAAAA3QAAAMYAAAC4AAAArgAAAKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACY&#10;ADcAlgA9AJMAQgCSAEcAkABLAI8AUACNAFUAjABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8A&#10;pwB9ALwAfADjAHwA/QB8AP8AeAD/AHYA/wDWAAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAO&#10;AIsAFACKABwAigAjAIgAKgCFADAAgwA2AIIAOwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEA&#10;dgBpAHUAcwBzAIAAcQCOAG8AnwBuALIAbQDPAGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACP&#10;AAAAhwAAAIAAAAB8AAQAegAMAHgAEQB4ABcAeAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0A&#10;RABsAEkAawBOAGoAVABoAFsAZwBjAGUAbQBkAHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/&#10;AF0A/wCsAAAAmQAAAIoAAAB/AAAAdwAAAHEAAABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUA&#10;ZQAqAGMALwBiADQAYQA5AGAAPgBfAEMAXgBIAF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBT&#10;AKMAUgC4AFEA3ABRAPkAUgD/AFIA/wCdAAAAiwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwA&#10;CwBbAA8AWwAUAFoAGQBaAB8AWQAlAFcAKgBWAC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBY&#10;AE0AYgBLAG0ASgB6AEkAiwBIAJ0ARwCxAEcAzABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAA&#10;XgAAAFkAAABWAAAAUwABAFIACABQAA0ATwAQAE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBI&#10;ADgARwA+AEYARABFAEsARABTAEMAXQBBAGgAQAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A&#10;/wCHAAAAdQMAAGgGAABdBwAAVQYAAFAGAABMBAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAb&#10;AEMAIABCACUAQQAqAEAALwA/ADQAPgA6AD0AQAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMA&#10;NACmADQAuwA0AN0ANAD1ADUA/wB+BgAAbQkAAGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/&#10;AQcAPgALAD0ADgA8ABIAOwAXADsAHAA6ACEAOQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEA&#10;VQAwAGAALwBtAC4AfQAtAI8ALACiACwAtgAsANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4A&#10;AEMOAAA+DQAAOwwAADkLAAA4CQMANwUIADYCDQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwA&#10;LgAyAC0AOAAsAEAAKwBJACoAUgApAF0AKABrACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wBy&#10;DQAAYg4AAFYQAABMEQAARBEAAD4RAAA5EAAANg8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwE&#10;FAArAxkAKgMeACkDIwAoBCkAJwQvACYFNQAlBT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHged&#10;AB4HsAAdBsYAHQbjAB0F8wBtDgAAXhEAAFISAABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAA&#10;Kg4DACoNBwApCwsAKAkOACcJEQAlCBYAJAgbACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAc&#10;DFsAGwxpABoMeQAYDIsAGAyeABcMsAAWDMUAFgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcV&#10;AAAxFAAALRMAACoSAAAoEQAAJhABACQQBAAjDggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0q&#10;ABsNMgAaDjoAGA5EABcOUAAWD1wAFQ9qABMQewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAA&#10;VxQAAEsWAABCFwAAOhcAADQXAAAvFgAAKhUAACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAb&#10;DxAAGRAVABgQGwAXECEAFhAoABURMAAUETkAExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0T&#10;sQANEsUADBLhAA0S8QBiFAAAVBYAAEkYAAA/GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUA&#10;ABwUAgAaEwQAGRIGABcSCwAVEg4AFBISABMTGAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcA&#10;DRZlAAwXdQALF4cACheaAAkWrQAIFsEACBbdAAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAq&#10;GgAAJRkAACIYAAAfGAAAHBcAABkWAQAXFgMAFRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0Y&#10;KgAMGTMADBk8AAsaRwAKGlMACRphAAcbcQAGG4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoA&#10;AEMcAAA6HAAAMxwAACwcAAAnHAAAIxsAACAaAAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwA&#10;DRwQAAwcEwALHBkAChwfAAkdJwAIHS8ABx45AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAA&#10;Hr0AAB3YAAAd7ABYGgAASxwAAEEeAAA4HgAAMB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYb&#10;AQATGwIAERwEAA4eBwAMHwsACiAOAAggEgAGIRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNa&#10;AAAjawAAI34AACOTAAAipwAAIrwAACHXAAAh7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAA&#10;IB4AAB0dAAAaHQAAFh0AABMeAAARHwIADiAEAA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAA&#10;JykAACcyAAAnPQAAJ0kAAChXAAAoZwAAJ3sAACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsi&#10;AAAyIgAALCIAACYhAAAiIQAAHiAAABsfAAAYIAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykN&#10;AAArDwAALBIAACwXAAAsHgAALCYAAC0vAAAtOQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oA&#10;ACvWAAAq7gBNIgAAQSQAADgkAAAwJAAAKSQAACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAAN&#10;KAAACioCAAYsBQACLgkAAC8LAAAwDgAAMhAAADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAz&#10;YAAAM3MAADKKAAAyoQAAMbgAADDWAAAw7wBJJQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUA&#10;ABYmAAASKAAAECoAAA0sAAAKLgAABjABAAIyBAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8A&#10;ADonAAA6MgAAOj4AADpMAAA6XAAAOm8AADmGAAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAAr&#10;KQAAJigAACInAAAdKAAAGCkAABMrAAAQLgAADTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+&#10;CwAAPw0AAEEQAABDFAAAQxsAAEMjAABDLgAAQzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7P&#10;AAA+7wA/LAAANiwAAC8sAAAqKwAAJSoAAB8rAAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAA&#10;AD8AAABBAAAAQwIAAEUFAABGCAAASAsAAEoOAABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAA&#10;S2QAAEt7AABKlAAASa0AAEjKAABH7AA7MAAAMy8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06&#10;AAAIPQAAAkAAAABDAAAARgAAAEgAAABKAAAATAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZ&#10;AABYIgAAWC4AAFc8AABXSwAAVl4AAFZzAABVjQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAA&#10;HTUAABY4AAARPAAADEAAAAdEAAAARwAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAA&#10;XAMAAF4HAABhCwAAZA4AAGYTAABnHAAAZicAAGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe&#10;3AA1NwAAMDUAACg3AAAgOgAAGD0AABFCAAAMRgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8A&#10;AABhAAAAZAAAAGUAAABnAAAAaQAAAGwBAABuBgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8A&#10;AHRjAABzewAAcpUAAHCvAABvyQA1OgAAKzsAACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAA&#10;YAAAAGQAAABoAAAAawAAAG4AAABxAAAAcwAAAHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACK&#10;DwAAjBcAAIskAACKMwAAiUUAAIdbAACGcgAAhYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQA&#10;AARaAAAAYQAAAGYAAABrAAAAbwAAAHQAAAB5AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAA&#10;AI8AAACSAAAAlgAAAJkCAACeCQAAohAAAKIaAAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwAp&#10;SQAAH04AABVUAAAOWwAABWIAAABpAAAAcAAAAHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACV&#10;AAAAlwAAAJoAAACdAAAAoAAAAKMAAACmAAAAqgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdF&#10;AAC1XAAAtHQAALGOAACvpAAiVAAAGFsAABBiAAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAA&#10;AJoAAACfAAAAowAAAKYAAACoAAAAqwAAAK4AAACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAA&#10;zAEAANMLAADUFQAA0yYAANE6AADQUQAAzWgAAMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQA&#10;DADyABMA8AAcAO0AJQDoAC4A4gA2AN4APgDZAEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABp&#10;AMEAcAC+AHgAvACBALkAjQC2AJoAswCrALEAwACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA&#10;7AAAAOgAAADnAAAA3wAAANkACQDSABAAzwAXAM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1&#10;AE4AswBTALEAVwCvAF0ArQBiAKsAaQCpAHEApwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA&#10;/wCNAP8AiAD/AIQA/wDoAAAA3wAAANkAAADJAAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAq&#10;AKkAMQCmADgApAA9AKIAQwCgAEgAngBMAJwAUQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsA&#10;jQCaAIsArACJAMUAiADuAIYA/wB/AP8AegD/AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACc&#10;AAkAmQAPAJkAFQCZAB0AmAAkAJQAKwCRADEAjgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMA&#10;WwCCAGIAgABrAH4AdQB8AIIAegCSAHgAowB3ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAA&#10;AKUAAACZAAAAjwAAAIkAAACFAAQAhAAMAIIAEQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsA&#10;dwBAAHYARAB1AEkAcwBPAHIAVQBwAFwAbwBkAG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBk&#10;AP8AYQD/AGAA/wC0AAAAoAAAAJAAAACFAAAAfQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8A&#10;HwBtACUAawAqAGkAMABoADQAZwA5AGYAPgBlAEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCC&#10;AFkAkwBYAKYAVwC/AFcA6gBXAP8AVgD/AFQA/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAA&#10;YQAEAGAACwBfAA8AXwATAF8AGQBfAB8AXQAlAFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBT&#10;AFAAUgBYAFEAYQBQAG0ATgB7AE0AjABMAJ8ASwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIA&#10;AABnAAAAXwAAAFoAAABXAAAAVQABAFMABwBSAAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAu&#10;AEwAMwBLADgASgA9AEkAQwBIAEoARgBSAEUAXABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIA&#10;QAD/AEAA/wCFAAAAdAAAAGcAAABdAAAAVQAAAE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBG&#10;ABUARgAaAEUAHwBEACQAQwApAEIALQBBADMAPwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgA&#10;gAA3AJMANgCnADYAwAA2AOgANgD+ADYA/wB8AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAA&#10;AD8AAQA+AAcAPQALAD0ADgA8ABEAPAAWADwAGgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEA&#10;MwBJADIAUwAxAF4AMABrAC8AewAuAI4ALQCiAC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABN&#10;CAAARggAAEAIAAA7BwAAOAUAADcDAAA2AAQANQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAA&#10;JAAvACkALgAvAC0ANgAsAD0AKwBFACoATwApAFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDw&#10;ACYA/wBtBgAAXgkAAFILAABIDAAAQAwAADoLAAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0A&#10;LAAQACsAEwAqABcAKQAcACgAIAAnACUAJgArACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAf&#10;AIUAHwCZAB4ArgAeAMcAHgDpAB8A+gBoCQAAWQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoM&#10;AAAoCwAAJwkEACYGCAAmBAsAJQMOACQBEAAkARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/&#10;ABwBSQAbAVQAGgFhABoBcAAZAYIAGACWABgAqgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAA&#10;OBAAADIQAAAtDwAAKQ4AACYOAAAjDQAAIgwDACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAa&#10;BR8AGgUlABkFKwAYBTMAFwY8ABYGRgAWBlIAFQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID&#10;7wBfDgAAUQ8AAEYQAAA8EQAANREAAC8RAAAqEQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsK&#10;ABkKDQAYCRAAFwkSABYJFwAVCRwAFAkiABQKKQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAA&#10;DgyUAA0LpwANC7oADQrSAA0K6gBcDwAAThEAAEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAc&#10;EAAAGhACABgPBAAWDgcAFQ4JABQNCwATDA0AEgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0O&#10;RgANDlEADA9eAAsPbQAKD38ACQ+TAAkPpgAIDrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQA&#10;ACkUAAAlFAAAIRMAAB0SAAAaEgAAFxECABURBQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgA&#10;DRAeAAwQJQAMEC0ACxE2AAoRQQAJEU0ACBJaAAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABV&#10;EgAASRQAAD4VAAA1FgAALRYAACcWAAAiFQAAHhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8R&#10;CgANEQsADBIOAAsSEQAKEhUACRMbAAkTIgAIEyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWO&#10;AAAVowAAFLcAABTPAAAT6QBSFAAARhYAADsXAAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEA&#10;FBMEABITBgAREggADxIIAA4TCQAMFAoAChUNAAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAA&#10;GUcAABlVAAAZZAAAGXcAABmMAAAYogAAGLcAABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZ&#10;AAAfGAAAGxcAABgWAAAVFQIAExUFABEUBgAQFAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsW&#10;AAAbHQAAHCQAABwtAAAcOAAAHUQAAB1SAAAdYgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAA&#10;QBoAADYbAAAtGwAAJhsAACEaAAAdGQAAGRkAABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAH&#10;HAkAAx0LAAAfDQAAIBAAACAUAAAhGgAAISIAACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAh&#10;nwAAILYAAB/RAAAf7QBIGgAAPRwAADMdAAArHQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkB&#10;AA4aAQAMHAIACh0DAAcfBQADIQgAACIKAAAkDAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4A&#10;ACdLAAAnXAAAJ24AACaFAAAmnQAAJbQAACTRAAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAb&#10;HAAAGBsAABQcAAARHAAADh0AAA0fAAAKIQAABiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAt&#10;FQAALRwAAC0kAAAuLgAALjoAAC5IAAAtWAAALWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEA&#10;AC0hAAAmIQAAISAAAB0fAAAaHgAAFh4AABIfAAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQA&#10;AC8GAAAwCQAAMgwAADQOAAA1EgAANRgAADUgAAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAA&#10;Mq8AADHNAAAw7wA8IwAAMiQAACokAAAkIwAAICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUr&#10;AAABLgAAADAAAAAyAAAANAEAADYEAAA4BgAAOgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/&#10;AAA9TgAAPWEAADx3AAA7kQAAOqsAADnJAAA47QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAA&#10;ECgAAA0rAAAJLgAABTAAAAAzAAAANQAAADgAAAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAA&#10;SREAAEkXAABIIQAASCwAAEc6AABHSQAARlsAAEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACco&#10;AAAiJwAAHCgAABYqAAARLQAADTAAAAkzAAADNgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgA&#10;AABKAAAATAMAAE4GAABQCgAAUw4AAFQTAABUHAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54A&#10;AE25AABM4AAwLQAAKywAACYrAAAfLAAAGC4AABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAA&#10;SQAAAEwAAABOAAAAUQAAAFMAAABVAAAAVwAAAFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABh&#10;PAAAYE4AAF9iAABeewAAXJYAAFuwAABZzwAvMAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQA&#10;AABIAAAATAAAAE8AAABSAAAAVQAAAFgAAABbAAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUA&#10;AHALAAB0EAAAdBgAAHMlAAByNAAAckUAAHBZAABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAU&#10;PAAADkEAAAdHAAAATAAAAFEAAABVAAAAWQAAAF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAABy&#10;AAAAdAAAAHcAAAB6AAAAfgAAAIIEAACGCwAAihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+b&#10;AAB+sgApOgAAID0AABZCAAAPSAAACE4AAABUAAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAA&#10;AHoAAAB9AAAAgAAAAIIAAACFAAAAiAAAAIsAAACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAA&#10;nzMAAJ1HAACaXgAAmHcAAJePAACVpwAjQwAAGUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2&#10;AAAAewAAAIAAAACGAAAAigAAAI4AAACRAAAAkwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsA&#10;AACwAAAAtgQAALwNAAC6FwAAuSgAALc8AAC0UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAA&#10;AGwAAAB0AAAAfAAAAIMAAACJAAAAjwAAAJQAAACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAA&#10;sQAAALQAAAC4AAAAvAAAAMEAAADHAAAAzQAAANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADI&#10;jgAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAy&#10;MzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6&#10;fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLD&#10;xMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////&#10;////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0O&#10;DxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVX&#10;WFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6f&#10;oaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo&#10;6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////////&#10;/wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIz&#10;NDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8&#10;fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPE&#10;xsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////&#10;//////////////////////////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRob&#10;HB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNU&#10;VVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yN&#10;jo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXG&#10;x8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/&#10;bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcI&#10;CAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+&#10;P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3&#10;eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCx&#10;srO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err&#10;7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQV&#10;FhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BC&#10;Q0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+w&#10;srO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk&#10;5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQF&#10;BgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJico&#10;KSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0&#10;dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q&#10;0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT1&#10;9vb39/j4+fn6+/v8/P39/v7/2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNo&#10;vLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrp&#10;zBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7&#10;MKvGuE+0wLNnvbuue8S1qYjLsqaH0a+jh9WtoIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ&#10;5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk&#10;2csJGuTODTnnzg5g2soMksu8LqvFuU20wLRmvbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6l&#10;m4vgopqN4p6Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Z&#10;j+OemY/jnpmP456Zj+OemY/j2MsJGuHPDDnlzw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH&#10;0a2jh9WroIjZqJ6I26Wdid2jnIrfn5qL4ZuZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7i&#10;m5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vE&#10;uky1vbNnvriue8W0qYfMsKaH0ayjh9WpoIfYpp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4Zia&#10;jeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJ&#10;GtrRCzje0Qxf1ssLkcvAKazCuU22vLNovreue8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjd&#10;mpyJ3pWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCV&#10;m4zglZuM4JWbjOCVm4zg1swJGdnRCzja0wxf1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amj&#10;htSloYbXoqCG2Z+fhtqbnofcl52I3ZOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL&#10;3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3&#10;ubJqv7StfMawqYfMq6aG0KekhdSjooXWn6GF2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2Q&#10;nYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbS&#10;CzfW1Ate0MsKlcS+La68uFG4t7JqwLOtfMauqYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H&#10;2o6eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonb&#10;jp6J246eiduOnonb080KGNXTCzbU1AtfzssJl8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGe&#10;pITTmqOE1ZaihNaToYXXj6CG2IugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2Yug&#10;idmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFt&#10;wa2tfcaqqobLpKiEzp+nhNCbpYPSl6SD05OjhNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjX&#10;iaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO&#10;0wplxsoLnbm8OLK0tli6rbFuwaqufcanq4XJoamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ej&#10;iNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI&#10;1IejiNSHo4jUztAKFc7UCjrK0wpowMgPobW7PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPN&#10;kKiEzo2nhM+Kp4XPh6aH0IWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGF&#10;pojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRzNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGw&#10;fcOfroTFma2Dx5SshMmQq4TKjaqFy4qqhcuIqYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJ&#10;zYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpy&#10;scQep6W5SbahtmC7nrNwvp2xfcGbsITDla+ExJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismC&#10;q4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKr&#10;ismCq4rJxNIIIMDWCUi41Ap4qc8XmJ6+R66atmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+H&#10;xIaviMWEronFg66KxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovF&#10;ga6LxYGui8WBrovFga6LxYGui8WBrovFv9QHJbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermS&#10;tIO9jrOGv4uyh8CIsYfAhrGIwYSxicGDsYrBgrGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCw&#10;jMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjD&#10;uZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyo&#10;RKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9Kw&#10;jI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuI&#10;xreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrG&#10;pV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQ&#10;FfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3U&#10;r4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreY&#10;iMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20&#10;wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjA&#10;FjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ&#10;1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1&#10;lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRw&#10;ur6if7+8oIjDuZuIx7eYiMq1lYnOs5KK0LGPi9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3a&#10;q4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4&#10;vh9T6rgmfMupQ6vGply0wqRvur6ifr+7oIjDuZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayK&#10;ktyriZndp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic&#10;26eInNuniJzb9sEOFPfBFTD4vx5T6rklfMupQqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfR&#10;sJaI1K6Uidetkovaq5CN3KmNkt+ojZrfo4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyj&#10;i5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zc9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6j&#10;fb+7o4jEt6CHybSdh86xm4fTr5mI1q2XidqrlYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c&#10;3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T&#10;6rojfMuqQazGqFmzwqZtur6kfb+6pIfFt6GHyrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuag&#10;lpngnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyT&#10;m92ck5vd9MINFPXDFDD2wBxT6rsifMqqQKzGqFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I&#10;2qqdit2nm4zgpJqO4p+Yj+OdmpjhmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vd&#10;mZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vd8sMNFPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6&#10;poTFtqWHy7Kjh9GvoYfWq5+I2qedid2knIrfoJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pec&#10;m96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0g&#10;fMqrPqzGqlazwqhrur6neb+6qIPFtqeHzLKlh9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/g&#10;kp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96S&#10;nZfe7cQME/PFEi/0whlS6r0ffMqsPKzGq1Wzwqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGf&#10;htqdnofbmZ2H3ZSdid6QnI3ejp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T&#10;3Y6dk92OnZPdjp2T3Y6dk92OnZPd6sUME/LFES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7F&#10;sqmHzKylhtGno4bVoqGF156ghdiaoIXalp+G25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yL&#10;no/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuv&#10;OKzGrVKywqtmub+wb763rX7GsKmHzaqmhtGkpIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N&#10;2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a&#10;4cYKE/DHEC7wxhZR6sEZfMuwNavHr0+yw7BguLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSU&#10;o4TVkKKF1o2hhteJoYjYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Ieh&#10;i9iHoYvYh6GL2Iehi9iHoYvY28cJEu7JDy7uyBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqG&#10;y6OohM6ep4PPmaaD0ZWlg9KRpITTjqSF1IujhtSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rV&#10;haOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrI&#10;t0SwurZZuq+xcMKqrX/HpquFyqCqhMyaqIPNlqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWl&#10;idKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJ&#10;Ed/NCyznzQ9P6MsOe828IqjCvDyxsbVevKmxcsKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTN&#10;i6iFzYiohs6Gp4fOhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+E&#10;p4nPhKeJz4Snic+Ep4nP1ckJENjPCiva0wtO2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmt&#10;hMeUrITIkKuEyY6rhMqLqoXLiaqGy4eph8yFqYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJ&#10;zIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4&#10;obRmvJ6ydb+dsX/Bm7CEw5auhMWRroTGjq2Fx4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqC&#10;q4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDS&#10;CijO1ApSxdEKg6rDLaiet1e4m7Vou5q0db6Zsn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6I&#10;xoStiMaDrYrGga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvH&#10;ga2Lx4Gti8eBrYvHzM0JDMvTCi3H1ApZstgLgJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCM&#10;sYbBirGHwoiwh8KGsIjChbCJw4OwisOCr4vDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4Gv&#10;jMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsdd&#10;o43BbquNvXmxjLqBtIm4g7eGt4W5hLaGuoO1h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+&#10;frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn&#10;8Q5Vm/EbaJHmLXiJ3UCFhdVWj4PPZ5eCy3Odfsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LB&#10;iKtywIqsccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCL&#10;rHHAi6xxwIus/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvG&#10;uI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKb&#10;f7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG&#10;9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+z&#10;gZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2N&#10;yLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nA&#10;m4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682&#10;ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQ&#10;s4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeK&#10;j8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9&#10;vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6n&#10;Qo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd&#10;0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2&#10;iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4HSf/tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJ&#10;wbuXicS5k4rHt4+MyrWMjsy0iZDOs4eS0LKEldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPS&#10;rICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDH&#10;nWCxxJxxtsKcfLq/noW+vJyIwrqZiMW4lYnJtpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qC&#10;odWngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kT&#10;Dv+5HCf/tihG97Ezat2pP5HHnWCxxJ1wtsKee7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3T&#10;r4qQ1q6Ik9ithpnZqoWe2aWEodWkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSk&#10;hKLUpISi1KSEotSkhKLU/7oSDv+6Gyf/tydG97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ic&#10;h8i2mYjMs5aI0LGSitOvj4zWroyO2KyKk9uriZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai&#10;1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6x&#10;xJ1vtsGgeLq+oYG/u6GIxLieh8m1m4fNspiI0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNac&#10;iaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7&#10;Gib/uCZG9rIwat2qPJHHnl2xxJ5utsGhdrq+on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON&#10;3qiRkuKkkJngno2d25qMoNeZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HV&#10;mYuh1ZmLodWZi6HV/rsRDv67Gib/uCVG9rMwatyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qz&#10;n4fQsJyH1a2aiNmqmYreqJiO4qWXk+aflZngmpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaO&#10;odWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBq&#10;tsGjc7q+pXzAuqWFxbajh8uzoYfRr5+H1qyeiduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDW&#10;k5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+&#10;uSRG9rQuatyrOpLHoFyxxKFotsGlcbq+p3rAuqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4Jqa&#10;jOGWm5PhlZub3ZKXntiRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg&#10;15GVoNeRlaDX/LwQDf28GSb+uiNG9rQtatysOZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfS&#10;qqKH16afh9qhnofcm52I3pacit+Rm5DfkZ2Z3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9eP&#10;mZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/X/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKp&#10;a7q+rHW/uq1/xbOph8ytpYbSp6KG1qKhhtidn4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f&#10;14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF&#10;9rYratutNpPHolmxxadftcKtZrm/sXC+t61+xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qL&#10;n4vbiJ+Q24igmNiIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ih&#10;ndeIoZ3X+r0ODfq+FiX8vCBF9rcqatuvNJTIpFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE&#10;0pukhNSWo4TVkaKF1o2hhteJoYnYhqGN2IShk9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfW&#10;hKKX1oSil9aEopfWhKKX1oSil9aEopfW+b4ODPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0&#10;sXDBra1/x6mqhcuiqITOnaeD0Jemg9GSpYTSjqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGj&#10;k9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rol&#10;atqyLpXKr0CtyL09r7e2XbqusXLCqa1/xqWrhcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfS&#10;hKWK0oGljdKApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KA&#10;pY/S7MELDPXCEiT2wRpE970hatq0KZbNvCipu7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGq&#10;hMuOqYTMi6mFzYiohs6GqIfOg6iJzoGnjM+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeN&#10;z4Cnjc+Ap43PgKeNz4Cnjc+Ap43P38QJC/LFECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXA&#10;oLCAw52uhMWXrYTGk62Ex4+shMiMq4XJiauGyoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuA&#10;qozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDS&#10;Coexvi+upbhUuJ+1aLyds3a/m7F/wZmwhMKUr4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62J&#10;x4Gti8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH&#10;1cYICdnMCiDlzw1A2NULX73WC4ilxDSmnLdauJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJ&#10;sIfCiLCHw4awiMOFr4nDg6+KxIKvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGv&#10;i8SBr4vEga+LxIGvi8SBr4vE0sgIB9PPCh3V1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9&#10;uZG1hLyOs4a+jLKGv4qyh8CIsojAhrGIwYWxicGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzC&#10;gLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ&#10;2jKIi9JMlInLX5yIxm6jiMN4qIXAfKuDv3+ugL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5&#10;i7V4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsI&#10;BsjSCSKz3wlCoPwVWpPwKGqL5jl3hN9JgoHYW4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGh&#10;cMeDom/HhaNuxoajbcaIpGzFiqVsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6Vs&#10;xYulbMWLpWzFi6VsxYulxM4HCrfZByaj+w49lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7a&#10;cohr2XeLadd6jWfWfo5m1YCPZdSCkGTUhJFj04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKM&#10;k2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyX&#10;yJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3&#10;fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+x&#10;Ix7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOW&#10;xrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+&#10;j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVy&#10;sMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/&#10;rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmB&#10;mce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47A&#10;vIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWV&#10;fbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6&#10;/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4&#10;gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nK/7EXCf+yIh7/rjA6/6k9WeyjSnnYm1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46O&#10;w7qKkMW5h5LHuISVybeCmMq2gJvLtn6ezLV9o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjL&#10;r3yoy698qMuvfKjLr3yoy698qMuvfKjL/7IXCf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXC&#10;mYG5wJuIvL6Xir+8lIvCupCNxbmMjse3iJHJtoWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9&#10;qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7&#10;WeykSHrXnFmaxpdvssSZdrbCm3+5wJyHvb2aicC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrR&#10;soCf0q5/o9Kqf6XPpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82m&#10;f6fN/7MWCf+zIB7/sC06/6s6WeylR3rWnFmaxphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQ&#10;i8u0jI7Os4iR0bGFldOwg5rUsIKg1aqBotOmgaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4Gn&#10;zaOBp82jgafNo4GnzaOBp82jgafN/7MVCP+0IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5&#10;v5+DvryeiMK6mojGt5aJyrWSis2zjozQsYqP06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2f&#10;g6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5Weum&#10;RXvVnVibx5ppssSdcLbCn3m6v6CCvryfiMK5nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae&#10;2aKFodWehaTRnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO&#10;/7QUCP+0Hx3/sSw6/604WeumRXvVnVecx5tnssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGw&#10;k4rVrY+N2auMk92oipveooie2Z6IodWbh6TRmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmH&#10;ps6Zh6bOmYemzpmHps6Zh6bO/7QUCP+1Hh3/sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+&#10;v7ujh8S4oIfJtJ2HzrGZiNOulonYq5OM3KiQkuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabO&#10;lommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zV&#10;nlWdx51jssSgarXCo3O6vqR8v7ukhcS3oofKs5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paP&#10;oNaUjaPSk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UT&#10;CP+1Hh3/syo6/642WuunQ3zVn1Odx55gssWiaLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnonc&#10;pJuL4J2ZjuOam5nglZac25OToNeRkaPTkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Q&#10;j6XPkI+lz5CPpc+Qj6XP/7UTCP+2HR3/syk6/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7up&#10;gcS2qIjLsaWH0auih9eln4jbnp2I3Zebi+CSm5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk&#10;0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6c&#10;x6FascWmYLTCqmm5v61zvruufcS0qofLraWG0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iL&#10;mqLUipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3&#10;HB3/tCg5/7A0WuqpQH3VpEmcyKRVsMaqW7PDr2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF&#10;2I+fh9qKn4vbh5+S2oihnNeIn6HUh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTR&#10;h5yk0YecpNGHnKTR/7YSCP+3Gx3/tSc5/7AzWuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7Gtfcas&#10;qobLpaeFz5+mhNGYpITTkqOE1YyihteIoYrXhaGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSi&#10;o9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1E&#10;rcm5Ra69uFm4srJvwKyufsaoq4XKoamEzZung8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnT&#10;gKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/&#10;tyQ5/7MvWumtOX7ZtC+WzLgyqcK9QLCztl26rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mn&#10;htCFpojQgqaL0YCmjtF+ppTQfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaea&#10;z32nms99p5rP/7kPB/+6Fxz/uSI5/7UtWuyzMHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTG&#10;mayDyJSrhMmPqoTKi6qFy4iphsyFqYjNgqiKzYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18&#10;qZbNfKmWzXypls18qZbNfKmWzXypls18qZbN/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5&#10;T7aktWW8oLJ0v56xf8Kbr4TDlq6ExZGthMaNrYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuS&#10;ynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3&#10;/LolWufOE2jI2QuJrcMyp6G4VridtWi7m7N1vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WE&#10;rojGg62KxoGti8Z/rY7Hfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32t&#10;kMd9rZDH38AIBfXCDxn2whY27sgVUM3cDGa12g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKF&#10;wI2xhsGKsYbBiLGHwoawiMKEsInCg7CKw4Gwi8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/D&#10;fq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/D2cIHBeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GP&#10;wmWpjr5yro28e7KMuoG1ibiCt4e4hLiFt4W5g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0&#10;jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIM&#10;San0FGWZ5iV4jtw5hojUT5CGz2CXhMxtnIPJdaB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSq&#10;dMGGq3PBh6tywImscb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61x&#10;v4utz8YHAtDNCRLA2QksrPcPSJv6HlyP7zFrhudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQ&#10;epZuz32Xbc5/mWzNgZlrzYOaasyFm2nMh5xoy4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qM&#10;nWfKjJ1nyoydZ8qMnWfKjJ1nyoydysgIAcLSBxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51&#10;ceRlem3ha35q33CBaN51hGbceIVl23uHY9p+iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e&#10;1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/&#10;LkOC/z1OfP1LV3f4Vl9v811laPBiamTtaW5h629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWF&#10;eljkiHpX5It7VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458&#10;/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+&#10;hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJ&#10;tsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXq&#10;l19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7&#10;pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6oc&#10;Bf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/&#10;voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsOR&#10;jrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+&#10;3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8&#10;eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+q&#10;Jxf/pzUv/6NESvqdUWXpl15+25RtlM+Sd6bFkoG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKY&#10;wbyAm8K8fp7CvH2hw7t7pMS7eqnEunmtxLV5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7D&#10;tXmuw7V5rsO1ea7D/6sbBf+rJhf/qDQv/6RDSvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnB&#10;kY67v42Qvb6Jkr+9hpTBvIOXw7uBmsS6fp3Fun2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6&#10;rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZm&#10;lsyVcanFlXy0xJaDt8KXi7rAk4y8vo+Ov72LkMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJ&#10;sHurx6x7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/&#10;qTMv/6VBSvmfT2bomVuB2ZhjlsyWb6rFlnm0w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iC&#10;mMm3f53Ktn2iy7Z8qMuwe6nKrHyqyKh9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2s&#10;xah9rMWofazF/6wZBf+sJBb/qjIv/6VBS/mgTmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+&#10;vZOMwbuOjsS5ipDHuIaTybaCmMu1f53NtH6jzrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMal&#10;fqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzG/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uY&#10;aqzFmXS0w5p9t8Gbhbu+mYm/vJWKwrqQjMW4jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+p&#10;yaGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv&#10;/6Y/S/igTWfnnVWB2Zxcl8qZaKzFmnK0w5x6uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGx&#10;gZ3TrICi06eApdCkgKfNoIGpyp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6B&#10;q8aegavG/60YBf+tIhb/qzEv/6c/S/ihTGfnnlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qI&#10;xLiVicm1kIvNsouP0bCGldWuhJ7Xp4Kh1KOCpNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vH&#10;moOrx5qDq8eag6vHmoOrx5qDq8eag6vH/60XBf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzF&#10;nWy0w591uMCgfry9oIfBup2IxreYiMuzk4nPsI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeF&#10;q8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+&#10;S/iiS2jooU+B2aBTl8qeX6zGn2m0w6FyuMCifLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zc&#10;nImg1pmIo9KXiKbOlYipypSIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eU&#10;iKvH/64XBP+uIRb/rC8v/6g9S/iiSmjook2A2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSg&#10;h86wnYjVq5mK3aWXk+abkZvdlo+g15SNo9OSjKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqr&#10;yJCKq8iQiqvIkIqryJCKq8iQiqvI/64WBP+vIRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGz&#10;xKdqt8CpdLy8qX7CuKiHyLOmh8+soofXpJ2J3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmN&#10;jqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ej&#10;SWnopkh/2qdIlcylU6rHqFyyxKxktsGubru9r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f&#10;2IuZodSLlqTQipOnzYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ&#10;/68VBP+wIBb/ri4v/6k7S/ekR2npqER+26tDlM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+h&#10;pITTl6KE1o6gh9mIn4/ah6Ga2IegodSHm6TRh5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeV&#10;qcqHlanKh5WpyoeVqcqHlanK/7AVBP+wIBX/ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxS&#10;sbm1Z7uwsHjDq6yEyaSphM2cpoPQk6SE04ujhtWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjL&#10;hJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfr&#10;rzt73rYzj9K6NKHMwjmqu7pVtbC0ar2qsHnDp62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+l&#10;l9J/pqDQf6WmzoCgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ET&#10;BP+yHhX/sCsu/6w3TPqsO2XttTR44r8pidjMIJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTK&#10;jqmEzIiohs6Dp4nPgKeNz36nk898qJrOfKmizXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8&#10;p6jLfKeoy3ynqMt8p6jL/7ISBP+zHRX/sSku/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOz&#10;b76gsXvBnq+Ew5euhMaRrITHjKuFyYeqh8qDqonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeauk&#10;ynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p&#10;0t8Rf7nMJ5ynvUyxoLdiuZ20cb2bsny/mrGEwZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8&#10;rJLIe6yXyHmtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2&#10;GRT/tSQt/7QsSfLFH1TW3RJiwd8TgazNLpqfwE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCH&#10;w4aviMODr4nEga+LxH+ujcV9rpDFe66UxXqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nE&#10;eq+ZxHqvmcR6r5nE/7cOA/+4FhP/tyAt+b8fQdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbOR&#10;uHu4kLaCu460hb2Ls4a/iLKHwIayicCEsYrBgrGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXux&#10;lcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIi&#10;fZbWN42Pzk+YjMhhoIrEbqaKwXiqh799rYS+gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22&#10;driPt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHu&#10;yA4iy9sLLrb4EUyl9R1jl+gsdY3fPYGH2FCLg9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PG&#10;gqRyxYSlcMWGpW/EiKZuxIqnbcONp2vDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQ&#10;qGvDkKhrw5Co18AGAdvGCA7L0woVuOgMMqb/FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2J&#10;cNhxi27WdY1s1XiPatR7kGnTfpFn04CSZtKDk2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi&#10;0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6W0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70&#10;TWR58Fhqc+xfb23qY3Np52l2Z+VueWXkcntj43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92J&#10;hFrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYa&#10;mv8TK47/JDmF/zZEfv9ETXn/UVVx+1dba/ddYGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY&#10;635xV+qBclbqhHJV6YdzVOmKdFPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPo&#10;jnVT6I51vMkFAKvbAQia/wsWj/8ZI4X/Ky1+/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtr&#10;W1X5cF1U+HReUvd4X1H3e2BQ9n5hT/WBYk/1hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85Bm&#10;TPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZ&#10;jn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJ&#10;PP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7&#10;wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOF&#10;lrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X&#10;0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+X&#10;V1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuk&#10;u8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;/6EYA/+jKxD/oDol/5xIPP+XVlP4k2No7JJpeuGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjC&#10;hJi5wYGbusF/nbvAfaC8wHukvMB6p73Aeay9wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4&#10;s7y4eLO8uHizvLh4s7y4eLO8/6EYA/+jKhD/oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCC&#10;psiPibDEj4+2w4uRt8KIlLnBhJe6wIKavMB/nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9&#10;tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3&#10;ll5p65Vje+CUbI3VknWczZF/qMeRh7LEkY62w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15&#10;qsC9eLDAuHmwwLR5sb+verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9/6MY&#10;A/+kKRD/ojgl/55GPf+ZVFX3l1xp65dgfN+WaY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9&#10;voOYv72AnMC9faDBvHulwrx5q8K5ea/CtHmvwbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6s&#10;e7K+rHuyvqx7sr6se7K+/6MYAv+lKBD/ojcl/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WT&#10;grTElIq3wpGOucCMkLy/iJO+vYSXwLyAm8K7faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyx&#10;v6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp&#10;65tbfN+ZYo7Ul2uey5V2rMWUgLTDlYi3wZONusCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8ev&#10;e63Fq3uuw6d8r8GkfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+m&#10;JxD/ozYl/6BEPf+bUlb3nFVp65xYfN+bXo7UmWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aU&#10;xLmBmce3fqDJtnypyq57qsiqfKzGpn2txKN+r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/&#10;oH6xv6B+sb+gfrG//6UYAv+mJg//pDUl/6BEPf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTD&#10;mYK4wZmKu76UjL+8jo7DuYiSx7eCmMu1fqHNr3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52A&#10;sb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BT&#10;e+CgV43Unl+eyptrrMWbdbTDm364wJuHvL2XisC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvH&#10;nYGtxZuBr8KZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//&#10;pTQl/6FDPv+eTlX4oU5o7KJQeuCjUozVoVudy55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCG&#10;ltSpgqDWoYKk0J2CqMuag6rImYOtxZeEr8KWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSw&#10;wJaEsMCWhLDA/6YYAv+nJQ//pTQl/6FCPv+fTFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3&#10;wKKAvbygh8O3mojKspOK0qyLlNugh5/Ymoak0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCS&#10;h7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DA/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKp&#10;S4rWqFGazaZbqcelZbLEp3C2wKd6vLymg8O2oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqs&#10;xo+KrsOPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl&#10;/6JBPv+iSFT5pkdm7qpHd+OtR4jZrUuYz6xUpsisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96P&#10;mp3ajZWi04ySps6LkKnKi46rx4uNrcSMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyM&#10;r8GMjK/B/6gYAv+pJA//pzIl/6NBPv+kRlP6qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbdu&#10;uLKwfMKpqobLnKWE0o2gh9iGoJfZh56i04eYpc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/C&#10;iJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/C/6gYAv+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLe&#10;vjuP1sQ/mszFSqa8vF2ysbVvu6qwfcOjq4TJlqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSW&#10;rMaFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/&#10;Pv+oQFH8rzxh87Y5cOq/N33jyjWH1NE3lb7CS6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3Q&#10;faeY0H2opM5+pKjLf5+qyYCbq8aBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSB&#10;mK3E/6oXAv+qIg//qDAl/6U+Pv+rO0//tDdd9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6x&#10;f8GYr4TEj6yEyIeqh8qAqYzMfKmTzHqqnMt5q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6t&#10;xH2ercR9nq3EfZ6txH2ercR9nq3E/6oWAv+rIQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaG&#10;tsw8m6jBVKufuWa2m7V0vJmyf7+VsITCja+FxIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5&#10;pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2&#10;L0jzxChR4NYmVszkInG72iiIqsxBm5/DV6mZvGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6P&#10;xXuulMV6r5rEeK+gxHWvp8R0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D&#10;/6wUAv+tHw7/rCsk/7AvN/q/JUHk0SBFzuQdW73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eN&#10;toS7ibSGvYWyiL+CsYvBf7GOwXyxksJ6sZbBebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSx&#10;p8F0safBdLGnwXSxp8F0safB/64SAf+vHQ3/rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFI&#10;lJDKXJ6NxWqli8F2qom+fa+FvICygrqDtH65hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5&#10;c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB&#10;7xdIsPcgYKHqK3OV3zmCjddMjYjRXZWGzGqbhMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/&#10;ja5vvpCvbr6Ur2y+ma9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MO&#10;Af+0Fgz8vBca1tYLFsPtEDCy/BlKovklXpbtM26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZ&#10;ccx9m2/LgJ1tyoSea8mHn2nJiqBoyI6hZ8eSomXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNk&#10;x5yjZMeco2THnKNkx5yj9LYKAf+4EgvVzAoLxNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrj&#10;YHx132eBcd1thG3bcodq2XaJaNh6i2bXfY1k1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZ&#10;k1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRD&#10;jP80UIT7Qlp99k9iePFaaHHuX21r62RxZ+lpdGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a&#10;4Yh/WeCLgFfgkIBW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTI&#10;BwC02QUKo/4NHJb/GiyL/ys6g/86RHz/SE11/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJz&#10;Z1fxd2hW8XppVfB9alTvgGtT74RrUu6HbFDui21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBu&#10;T+2Qbk/tkG5P7ZBuxsAFALTQBAGj4wIKlv8QGIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb&#10;/19PWP9kUlX/aVRT/21VUv5xV1D9dFhP/HhZTvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4&#10;kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87&#10;Kmj/QjFh/0o2XP9RO1f/Vz9T/11CUP9iRE7/Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NO&#10;Q/+HTkL/i09B/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/&#10;lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51&#10;oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHA&#10;qsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W&#10;1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrE&#10;ccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KK&#10;cnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2&#10;q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc&#10;/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbN&#10;dKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCq/5ISAf+WJwr/ljsc/5RLMP+QWUP/j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+T&#10;ntF9l6LPe5umzXmeqMx3oqrLdqWsynSprclzra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2v&#10;vnS9r750va++dL2vvnS9r750va++dL2v/5MSAf+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPo&#10;jXeA4YyAi9uIh5TVhY2c0oKRoc9/lqbMfZmpy3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1&#10;urO8dbqzuHa6s7h2urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZL&#10;MP+SWUT/kl5V+pJkZfCRanTnj3OB4I59jNmLhZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0&#10;xXiotcR2rrbEdbS2wXa3trx3t7a3d7e2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7az&#10;eLe2/5URAf+ZJwr/mTsc/5dKMP+TWET/lFxV+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uE&#10;k6zIgZewxn+bs8R9n7XDe6S3wnmpucJ3r7nCdrW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3&#10;t7B5t7ewebe3sHm3t7B5t7ewebe3/5YRAf+aJwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC&#10;3pF2jtiPf5nRjYiizYqOqcmHkq7GhJazxIGatsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmv&#10;eba4rHq2t6x6tresera3rHq2t6x6tresera3rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+W&#10;U0T/mFdV+phbZfCXYXTnlmiC3pNyj9aRe5rQj4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmr&#10;vL93s7y4eLO7snm0u655tbqrerW5qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4&#10;/5cRAf+bJgr/nDoc/5hJMf+YUUT/mlRU+ptYZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PD&#10;iZS3woSYusB/nry/e6W+v3muvrl4sr6yebK9rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8&#10;trikfLa4pHy2uKR8trikfLa4/5gRAf+cJgr/nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plp&#10;j9aWcprPk3ylypGFrcWQjbTDi5K4wYWWu7+Anb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5&#10;oH22uKB9trigfba4oH22uKB9trigfba4oH22uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/&#10;nk9T+59SY/GgVnLon1uA351kjteabZrQl3ekypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7&#10;r8KmfLG/o32yvaB+tLuef7W5nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kR&#10;Af+eJgr/nTgc/5pHMf+cS0L/oE1S/KJQYvKjU3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26&#10;voqSv7qBm8W3fKnJq3yrx6R9rsOgfrDAnX+yvZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriY&#10;gba4mIG2uJiBtriYgba4/5oRAf+eJgr/njgc/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqk&#10;YpbSoWuhy511q8aagLPCmIq6vI6PwraDmcusfabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2&#10;uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ&#10;/qdKX/SpTG3rq1B746xUh9yrXJPUqWWdzqZvp8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWU&#10;ha/Bk4WxvpKFs7yRhbS6kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+f&#10;Jgr/nzcc/5tFMv+hRUD/pkZP/6pHXfatSWvtsEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+F&#10;xKGVks6UjqPSkIuoy4+KrMaOiq/Cjomxv46Jsr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5&#10;joi1uY6ItbmOiLW5/5sRAf+gJgr/nzYc/5xEMf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYff&#10;xluO1shrlMa9caa1s3i1paiBw5Sfjc2JnKLSh5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqL&#10;tLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FA&#10;Wfq3QWTzvURv7sVJd+XOUnzd1mJ/zM5okrzFbqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3E&#10;hJOvwYWRsb+Gj7O9h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/&#10;oDUc/6A/MP+nPT3/rjxK/7U8Vfq9PWDwxkJn5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYat&#10;iMZ7qpTKeKuoyXuiq8d+nK3EgJmvwoGWsMCClLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5Kz&#10;vIOSs7yDkrO8/54QAf+iJgr/oTQc/6I8Lv+qOjv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GM&#10;rsxfm6HDbaiYvHmykbWEu4WxicJ8rpHFeK6fxXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/&#10;lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQ&#10;OE7Z3jlay+Y9br7gQoCu1FCQoctfnZjDbaiRvXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/Cdaiv&#10;wXejsMB5n7G/e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc&#10;/6g0K/+zLzT5vy086c0vQNneL0rK5zRfveo6c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6&#10;to27d7WVvHW1n7xytKi9brOyvnGssr50p7K+dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXaj&#10;sr12o7K9/6EQAf+lIwn/pDEc/60uJ/+5KS/uyCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81i&#10;morHcKKGw3qogL+ArXu9hbF2u4u0c7mStXG5mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4&#10;bqy2uG6strhurLa4bqy2uG6strhurLa4/6MQAf+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv&#10;8zJmoec7dpXeRoON1laNh9BkloTLcZx/yHihesV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/&#10;rq5lvbiwZbm7sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/Lsd&#10;GuPRExnM5RkpvfIiQa/9KlWh8zRmluk/dIzhS3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIeh&#10;aseMo2jGkqRmxZmlZMWgpWTFqKVjxrKkYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6Zg&#10;xLum/6gQAP+qHgj/sx0R7MkOD87jDhW+8hgtr/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZ&#10;bopw1nSObNN5kWnSf5Nn0ISVZM+Kl2LOj5hgzZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20&#10;mlzNtJpczbSaXM20mlzNtJpczbSa/6sPAP+tGgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9e&#10;g/FLaH3sVnB36F92ceRlemzhbH5p33KBZt14hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X&#10;1qWOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79&#10;EByh/xwvlf8pP4v/N0yC/kVWfPlQXnX0WWRu8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWE&#10;eVjkiXtW4458VeKTfVTimH5S4Z5+UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/&#10;8bQIAM7ABgC9zgcBruAHC6D/EhyU/yAriv8vOIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb&#10;9W1iWPRyZFbzd2ZV8ntnU/GAaFHwhGlQ8IlqT++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvt&#10;n25L7Z9uS+2fbkvtn25L7Z9u0bkDALzFBQCt1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9P&#10;Q2L/VUdd/1pLWf9gTVb/ZVBT/2pRUf9uU0//clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5Nb&#10;RfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+&#10;/ykbdf81I2z/PCpk/0MvXv9KNFj/UDdU/1Y6Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/&#10;eEVC/31GQf+BR0D/hkg//4xJPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUA&#10;AJ7XAACP9QABhv8PBHz/Gwtx/yQRZ/8sF1//NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2Ey&#10;Qv9mM0D/ajU//242Pf9zNzz/dzg7/3w5Ov+BOjj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2&#10;/5I8Nv+SPDb/kjw2/5I8/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53&#10;iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfS&#10;kc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C&#10;/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHd&#10;ZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+E&#10;Igb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyi&#10;i+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKR/4QTAf+FIgb/hjUU/4RGJP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnno&#10;d41/5XWTheJymIngcJ2M326ijt1sppDca6uS22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchq&#10;z5bIas+WyGrPlshqz5bIas+WyGrPlshqz5bIas+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hk&#10;Uf6Ha173g3Jp8YB8c+t9hXvneoyC43eSh+B0l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z&#10;12jGmtNozJrMasyZxmvMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/&#10;iDUU/4ZGJf+HUzX/i1tD/4xiUf6Kal72h3Fq8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhv&#10;pZjWbaua1Wuwm9Vqt5zUab+d1GnJncxryp3GbMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7J&#10;nb1uyZ29bsmd/4cSAf+JIQb/ijUU/4hGJf+KUjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG&#10;4HyPjN15lJHadpqV2HOfmdVwpZvUbqqe022xn9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4&#10;cMehuHDHobhwx6G4cMehuHDHobhwx6G4cMeh/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6Q&#10;ZV72jmxr74t1duiHfoDjhIaI3n+Nj9t7k5TYeJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/E&#10;pL9wxKW6ccSltXHEpbJyxKSycsSksnLEpLJyxKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU&#10;/4pGJf+QTzT/lFZD/5RbUf6TYV72kWhr7o5wduiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPP&#10;caqmzm+zp81uvajHcMKovnHBqbhywam0c8Gpr3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610&#10;wqetdMKn/4oRAf+MIQb/jTQU/4tGJv+TTjT/llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeI&#10;ktiCj5nTfZWf0Hmco851o6fMcquqy3C0q8hwv6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8Cq&#10;qHfAqqh3wKqod8CqqHfAqqh3wKqod8Cq/4sRAf+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33&#10;mGBp75VodeiScIDhj3uK3IuEk9aGjJrSgJOhznuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3&#10;vK+oeL2vpXm+raN5vq2jeb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49E&#10;Jf+YSjP/m01A/51RTv+dV1v4nFxo8JpjdOiXan/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2x&#10;xHS6s7d2ubOveLmzqnm6s6Z6urKje7uxoHu8sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6f&#10;fL2u/4wQAf+PIAb/kDQU/5JDJf+aSDL/nUo//59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaP&#10;hJvQiI2jy4GWq8d7obHFdrC1une3tq95t7aoeri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOe&#10;fbqynH67sZt+vLCbfrywm368sJt+vLCbfrywm368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+b&#10;RjH/oEg+/6JLS/+kUFj6pFVk86RacOuiYXvkn2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1&#10;uaZ7trihfbe2nX64tZt/ubSZf7qzmIC6speAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux&#10;/40QAf+QIAb/kTQU/5dCJP+dQzD/okU9/6VISf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbL&#10;lYOiwIuOrbaDmraufqq7pHyzvJ5+tbqagLe3mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOC&#10;u7GTgruxk4K7sZOCu7GTgrux/44QAf+RIAb/kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBT&#10;aOyyWnLks2F7269uhMymdpTAnH6itJKIrqmKlLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmz&#10;kIS6spCEurKQhLqykIS6spCEurKQhLqykIS6spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/&#10;p0A6/6xCRf+wRlD5s0ta8LdSY+i7WWvfvWRy0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJ&#10;s7yMibW5jIi3toyIuLWMh7m0jIe6s4yHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48P&#10;Af+SHwb/lDQU/5w9If+jPC3/qj04/69AQv+0REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqneg&#10;oKGArZObi7eJlpu9g5Wvv4SRs7yGjrW5h422t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJ&#10;irqyiYq6somKurKJirqy/5APAf+THwb/lTQV/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/R&#10;W1nPymBtwcJngLK5bZCksXSfl6p9q4qkiLV/oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25&#10;s4WNurKFjbqyhY26soWNurKFjbqyhY26soWNurKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy&#10;/7g6O/bAP0HsykdF49ZURdbZV1jH0F5ruMhkfqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3&#10;nbW5epm2t32Wt7Z+k7m0f5G6soCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+V&#10;Hwb/lzMV/6I1Hv+rMyf/tDQv+b42Ne3JPTji1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53&#10;pHi6g61uuJOzaLiotmmyuLZvp7e2c6G4tXacubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbyw&#10;e5W8sHuVvLB7lbyw/5MOAf+WHwX/mTMU/6UwHP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz&#10;3VZspdhdepjSZYiKzm2Ufcl2n3PEg6dswJGsZ76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sa&#10;va50mr2udJq9rnSava50mr2udJq9rnSava50mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEt&#10;IdXgMyzJ6Dw/vuhDUbHlSWGk4k9wl99WfYraYIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2q&#10;Y7i/q2awv6xpqr+sbKW/q22iwKptosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/&#10;oiwQ/60oFfu7IxjozSAX1d8lHcjoMDG87zlEsOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzN&#10;gZpnyoueZMiWoGHIo6FgyLOhXcfDo1++xKVhtsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazD&#10;pWWsw6VlrMOl/5cNAP+cHgX/piYN/7QgD+/GFw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609w&#10;geVYenrfZIJz2m2IbdZ2jWjTf5Jk0IiVYM+SmF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5e&#10;uMmeXrjJnl64yZ5euMmeXrjJnl64yZ5euMme/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676&#10;LTmi+jZKlvo/WIv1SGOC7lJteuhcdXLkZHtt4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9Su&#10;kVbUvJBW1M2QVs3RklfI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID&#10;1MkKAsjaCwa59BYXrP8jKqH/LjuV/zhJi/9CVYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c&#10;4YN/Wt+Lglfek4NV3ZyFVNylhlLcr4ZS3LuGUdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa&#10;2oVS2tqF/6AKAP+tEwHUwAgAxs4IALnjCwir/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/Ve&#10;Y2XyZWhg72xrXe1yblrreXBX6oByVemHdFPnj3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6&#10;TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6/6QHANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA&#10;/z8/ef9KR3D/UU5p/1dTYv1dV177ZFta+WpeV/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrw&#10;n2pJ76drSO+wbEfut2xH7rdsR+63bEfut2xH7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsF&#10;Apz/EAuR/x0Xh/8qI37/Ni12/0E2bf9IPGb/T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hU&#10;Sv9+VUj+hFZH/YtYRfySWUT7mFpD+59bQvqnXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB&#10;+qxcyLYBALXBAwCn0QEAmesFAo//EgmF/yASfP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//&#10;Xj1M/2M/Sv9oQEf/bUJF/3JDRP93REL/fUVA/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+j&#10;Szv/o0s7/6NLO/+jSzv/o0s7/6NLtroCAKbKAACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zce&#10;V/8/IlL/RiZN/0woSv9SK0b/WC1E/10uQv9hL0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1&#10;/4w4M/+UODP/mDkz/5g5M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/&#10;DgJn/xMFX/8dCVf/Jg1R/y8RTP83FUf/PhdD/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9n&#10;IzL/bCQx/3IlL/93Ji7/fSct/4QoK/+LKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep&#10;/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7y&#10;Y6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg&#10;43nVYON51WDjedVg43nVYON5/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+&#10;W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56&#10;317hedhg43nVYON51WDjedVg43nVYON51WDjedVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/&#10;eFgz/3lgP/93aUr/c3FU/3F8XPtuhmP3a45p9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tf&#10;vHzqXsR96l3Nfedd2X3hX9592mDgfNFi4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cV&#10;Av90HwT/dTEN/3NCGv93TSf/e1Y0/3xfQP96Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ593&#10;7GWleetkqnvqYq996WG1fuhgvX/oX8WA6F7QgeJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HK&#10;ZN+BymTfgcpk34HKZN+B/3gUAv91HwT/djEN/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0&#10;gWb1cIpt8W2Rcu5rmHbsaZ5562ekfOllqX7oY6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTc&#10;hMZl3ITFZdyExWXchMVl3ITFZdyExWXchMVl3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0&#10;/4NcQP+CZEz/f2xW/Xp0YPh3f2jzc4hv8HCPdO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fj&#10;YcmH4GHVh9Vk2ofNZdqIx2bZiMFn2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94&#10;HgP/eTAN/3hBGv+BSSf/hlIz/4haQP+HYkz/g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqi&#10;g+RoqIbjZq+I4mS3iuFjwYvhYs6L2GTWi81m1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaM&#10;umnWjLpp1oy6adaM/3sTAf95HQP/ejAN/3w/Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrx&#10;e4Jy7XeKeelzkn7mb5mD5Gyhh+JqqIrgZ6+M32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs&#10;05C0bNOPtGzTj7Rs04+0bNOPtGzTj7Rs04+0bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FW&#10;P/+QXUv/jmRW/IlrYfaEc2vwf35z7HuHeuh2kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGT&#10;xmrQlL5r0JS4bNCUs23QlK9u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/&#10;fC8N/4M8Gf+NRSX/k00x/5VTPv+UWUr/kmBV/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1t&#10;p5HbabGU2We/ltRnzpfHa82YvWzNmLZuzZiwb82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHP&#10;lqhxz5aocc+W/34SAf98HAP/fi8N/4Y7Gf+RQyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz&#10;64R/fOZ+iYTheJKL3XOckNpuppXYarOZ1mjFm8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmi&#10;dM2YonTNmKJ0zZiidM2YonTNmKJ0zZiidM2Y/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+c&#10;Ukb/m1hS/5lfXfiVZmjxkG5y64p5e+WDhITgfI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLH&#10;oKd0yJ+jdcmeoHbKnZ52y5uddsuanXbLmp12y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N&#10;/4w4GP+XQCL/nEQt/59JOf+gTkT/oFVP/J5bWvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzD&#10;cK6hvm+/o7NyxaOqdMWjpHbFo6B3xqGdeMegm3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5&#10;ypyYecqc/4ARAf9/GwP/gS8N/483F/+aPyH/n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4Jpx&#10;ddWTfIHLioWNw4KPlrt7mp61dqeksHS4p6h2wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmd&#10;lHzJnZR8yZ2UfMmdlHzJnZR8yZ2UfMmd/4ERAf+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6&#10;qVBJ8qpWUuqqXVziqWZm16JvcsuZeIHBkIGNuIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+&#10;xKSSfsWjkX7HoZB+yJ+QfsmekH7JnpB+yZ6QfsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1&#10;Fv+eOh7/pD4o/6hCMv+sRzv2r01E7bFUTeWzW1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52n&#10;l4Ctq5OAv6uRgcGpj4HCp46Bw6WNgcWjjYHGooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+M&#10;gcif/4IRAf+BGgP/hi0N/5Y0Ff+gOR3/pjwm/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLul&#10;cX+wnXmMpZWCl5uPjaGTipmnjIepq4iHv6yIh8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITI&#10;n4iEyJ+IhMifiITIn4iEyJ+IhMif/4MQAf+CGgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k5&#10;5cJSPtrCWEzMumBfv7Jnb7Orbn6oo3aLnZx+l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aD&#10;icWkg4jGooSHyKCEh8ifhIfIn4SHyJ+Eh8ifhIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+l&#10;NBr/rDYh/rM6KPO7QC3pw0gx4ctRN9LHVkvFwF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZii&#10;qnSYt6t3lcGpepHCp3yPw6V9jcWjfozGoX+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif&#10;/4UQAf+EGgP/jigL/58xEf+nMhf/sDMd+bk2Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqY&#10;snGHjKx5k4Gogpx3pI+jcKKfp2yitKhun8KncpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqO&#10;yZ56jsmeeo7JnnqOyZ56jsme/4YQAf+FGQP/kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpK&#10;M8TSUke3y1pZqcZhaZzAZ3iQum6EhLZ2j3mygJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmceh&#10;cpbIn3STyZ11k8qddZPKnXWTyp11k8qddZPKnXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6&#10;uykT7MgsE97YNxDT4UEeyd9JMLzaUUSv01hWoc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66&#10;sZ5duMmeYq7In2amyJ9pocmea53KnW6ay5tumcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gP&#10;Af+JGQP/miMH/6gnCv+1IgzxxCAM4NUkCdHhMBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6&#10;dMxzhGvKfotiyIyRXMiclVnIsZZXyM6WW7vNmF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdn&#10;oM2XZ6DNl2egzZdnoM2X/4oOAf+LGAP/nyEF/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTk&#10;SkiY4lBWjOBXYoDdX2x222h1bNpyfWPYfoNc2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLR&#10;k1+s0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4C&#10;xOseDbjvLB2t7jcuouxAPZfrSEqM6U9WgehWYHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR&#10;3LiFUd3UhFPQ2odUxtiJVr/Xili41otZttaLWbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+X&#10;EgH/rRUB2b8JAMzOCQDD6w4EtvUeEav1LCGh9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1w&#10;blrqenJW54V2U+WReVHknntP46x8TeO9fE3j2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6B&#10;U8TegVPE3oFTxN6B/5IMAP+gDQDbtwYAysMHAMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4&#10;/VFQbv1XV2X6Xlxg9mZhW/RvZVbxeGhT74JrUO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y&#10;5nNO1ed0TtXndE7V53RO1ed0TtXndE7V53RO1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8h&#10;FpL/LiOJ/zkvgP9COXf/SkJt/1BJZf9WTl//XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9Jxk&#10;RvOmZUXys2ZE8sFnQ/LUZ0Xu52dG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8&#10;vgQAr80EAKTeBwGa/xUJkP8kFYf/MCB+/zsqdP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/&#10;ck9K/3lRR/+CU0X/i1RD/pRWQf2eV0D9qFg//LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvb&#10;Wj3721o9+9ta0q0AAL24AgCuxQIAodUCAJb3CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wz&#10;VP9TN1D/WjpM/2A8Sf9mPkb/bUBE/3RCQf97Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3&#10;/8JLN//CSzf/wks3/8JLN//CSzf/wks3/8JLv7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/&#10;KhNk/zEZXP84HlX/QCJQ/0gmTP9PKUj/VStE/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+L&#10;NzP/lDgy/5w5Mf+kOjD/rzsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAA&#10;hO8AAHz/DQFv/xEDZv8ZBl7/IQpW/ykPUP8yE0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1&#10;/2QiM/9pIzH/cCQv/3clLf9+Jiz/hycq/48oKf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/&#10;oyoo/6MqocIAAJHRAACC4QAAeP8AAGz/CAFg/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+&#10;DjX/RA8y/0kQMP9OES7/UxIs/1gTKv9dFCn/YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5Ea&#10;H/+RGh//kRof/5EaH/+RGh//kRof/5Ea/2gZAv9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/&#10;ZHJB/2J9SP9gh07/XZBS/1uYVv9anln/WKRb/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS&#10;5mPxU+pj7FTtY+ZW72LgV/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19A&#10;EP9mSRr/alMl/2tcMP9pZTr/Z3BC/2R7Sf9ihU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi&#10;+lW8ZPpVxGX5VM5l91PdZvNT5mbuVepm51btZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bb&#10;We9m/2oYAv9mIgT/YS4H/2A/EP9pSBv/bVEm/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9d&#10;nF39W6Jg+1qpYvpZr2T5WLVl+Ve8Z/hWxWj3Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vu&#10;adNb7mnTW+5p01vuadNb7mnTW+5p/2oYAv9nIgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE&#10;/2l2TP9ngVL/ZItY/2GTXP1fm2D7XaFi+luoZflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zk&#10;Welr3Fvra9Rc7GzNXe1szV3tbM1d7WzNXe1szV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9w&#10;RRv/dE4m/3ZXMf90YDv/cGlF/21zTf9qflT/Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9&#10;bfRYx27yV9Rv7lfib+ZZ5m/dXOlu013qb81e63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw&#10;/2wXAv9pIQP/ZS0H/2s6EP90Qxv/eUwm/3pVMf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3&#10;YZ9o9l+ma/RdrW3zXLRv8lq9cfFZyXLvWNpz6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh&#10;6HTBYeh0wWHodMFh6HTBYeh0/20WAv9qIAP/Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3Zs&#10;T/9xd1f+bYJe+2qMY/hmlWj1ZJ1s82Gkb/JfrHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4&#10;xGLleL5j5Xi6ZOV4umTleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/&#10;gkcl/4RQMP+EWDv/gWBF/3xpT/92clf+cX1f+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc&#10;0HrjXd971GHie8pi4nzCZOF9vGXhfbdm4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AV&#10;Af9sHwP/aSwH/3c0D/+BPBn/h0Uk/4pNL/+JVTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy&#10;72ahduxjq3nrYLZ86V7Efude2H/YYd9+ymPfgMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+s&#10;ad9/rGnff6xp33+sad9//3EVAf9tHwP/aysH/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+D&#10;aVf9fHJg+HZ/Z/Rxim7wbJV07Wifeepkqn3oYbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvc&#10;hKls3YOmbN2CpmzdgqZs3YKmbN2CpmzdgqZs3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh&#10;/5RKLP+VUTb/k1hB/5BgS/uLZ1X1hG9f8H16Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofB&#10;Z9mIt2nYia9r2ImqbdmIpm7ah6Nu2oagb9uFoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9w&#10;HgP/cigH/4IuDf+ONhb/lUAf/5lIKf+ZTzT/mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KW&#10;fs1toYTJaq2JxWi7i8Fo0Iy2a9WNrm3Vjadv1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqH&#10;m3Lah5ty2oebctqH/3MUAf9wHQP/dSYG/4YsDf+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/m&#10;lGhZ345zY9WGfW7Nf4d4xniRgMBzm4e7b6eMtm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd0&#10;2IqWddmJlnXZiZZ12YmWddmJlnXZiZZ12YmWddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BD&#10;JP+iSS73o1A376JWQeehXUrfnWdU1JVvYsuNeG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CU&#10;nHTRkph20pGWd9OPlHfVjZJ31oyReNiKkXjYipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/&#10;eyMG/4wpC/+YNBL/nzwZ/6NBIvumRiryqE0z6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/&#10;kYqke5yQnniqlJp2u5aXd8+WlHnQlJF60ZKPetOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrX&#10;i4x614uMeteL/3UTAf9zHAP/fSEF/44pCv+bNBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFS&#10;xaBpYbuYcm6xkXp5qYuDg6GFjYuagZiRlH6llpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2I&#10;fdaLiH3Wi4h91ouIfdaLiH3Wi4h91ouIfdaL/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/Ov&#10;QSLqtEgo4rlQLtS0VkDJrV9RvqVnYLSeb22ql3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPO&#10;loSD0JSEgtKShIHTkISB1I6EgNaMhIDWjISA1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E&#10;/5QnCP+gMg3/pzQT+q44GO+1PRzmvEYh3L9MLM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJ&#10;j5KRgoyfln2Kr5h6i8eYfInOln2I0JR+htKSf4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD&#10;1oyAg9aM/3gSAf91GwP/hRwE/5cmB/+jLwv/qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBj&#10;XaaqamqcpHF2kp96gImag4mBlo6QeZOclXSSrJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aM&#10;e4fWjHuH1ox7h9aMe4fWjHuH1ox7h9aM/3gSAf92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/d&#10;zTwWzshHKcLCUTu2vFlMqrZhW5+waGiVq290i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U&#10;0ZJxkdKRc4/Uj3WN1Y12i9aLdovWi3aL1ot2i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54j&#10;BP+qJgb4tCUI68AoCOHNMAfU0jcUyM1FJ7vITzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImK&#10;aqaWj2Wlp5Jipr2SY6PSkWed05BqmNSPbZXVjW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2Ipw&#10;kNiK/3sRAf98FwL/kBcC/6IhA/+uIATyux0E5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHA&#10;ZGKGvGtte7hzdnK1fH5qs4eFY7GVil6wpYxbsbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZ&#10;iGqW2YhqltmIapbZiGqW2YhqltmI/3wQAf+BFAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYP&#10;uNtBIazVSzOg0VNDlM1aUYnJYl1+xmlndMNxcGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odc&#10;q9qHX6bah2Gh24ZjnduFY53bhWOd24VjnduFY53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+&#10;CgDRzQoAy+QQAcHkJQe34zUTreFAIaPeSS+X21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyV&#10;eVTMpntRzbx8UMzifFPB4H9Vt9+AWLHegVqr3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B&#10;/4APAf+ODgH/og0A27UIAM7BCADG0AkAvukSArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt&#10;3mZbZd1vYV7demdY3IZrU9yVb1DdpnFN3rtyTd/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy&#10;43pVsuN6VbLjelWy43pVsuN6/4MOAf+WCwDdqwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09&#10;J4rsRjOA604+dutVR2zqW05k6mNVXeptWljqd15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etq&#10;TM/sbU7H629PwOpwT8DqcE/A6nBPwOpwT8DqcE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu&#10;2gkApPUXBZv1JxCS9TQciPY+J3/2RzJ29k47bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4&#10;m1xC+KteQfe+X0D332BD7uxgR+PxX0jb8WFJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUA&#10;ANSpAADCtQMAtcEDAKrPBQCg5wsBmP0aBo/+KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BD&#10;UP9oR0z/cUpH/3tMQ/+HTkD/lFA+/6FSPf+wVDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD&#10;5/dUQ+f3VEPn91RD5/dU26EAAMWwAAC1ugIAqMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/&#10;QiZg/0ksWf9PMVP/VjVO/104Sf9lO0X/bT1B/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/d&#10;STT/8Ek3/vhJN/74STf++Ek3/vhJN/74STf++Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEB&#10;fv8dBHX/Jwts/y8SZP83GFz/Ph1W/0UiUP9LJUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz&#10;/402Mf+ZNzD/pTgv/7I6Lv/AOy7/0zst/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8&#10;AACayQAAjNkAAIH1AwB5/xABbv8WA2X/HwZe/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9Y&#10;Hzb/XyE0/2YiMf9uJC//dyUt/4AmK/+MKCn/lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8kt&#10;Jv/JLSb/yS0m/8ktqrcAAJrFAACL0wAAfeIAAHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk/&#10;/zYLO/89DTf/Qw8z/0kRMP9PEi7/VRMs/1sUKv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/&#10;pRwd/7AdHf+wHR3/sB0d/7AdHf+wHR3/sB0d/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8N&#10;AUn/EQJD/xcDPf8fBDj/JgU0/y0GMP8zBy3/OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EK&#10;G/9pCxn/cgwX/3wNFv+GDRT/jw4U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/&#10;UTIG/048CP9XRRD/W04Z/1xYIv9bYyv/WW8y/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9M&#10;tEz/S7tN/0rDTv9JzU//Sd1Q/0jpUP9I8lD7SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8&#10;UOdP/FDnT/xQ/1wcAv9YJgP/UjIG/1E6CP9aQxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D&#10;/1KXR/9Qn0n/T6ZL/06tTf9NtE//TLtQ/0vDUf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLl&#10;UPpT4lH6U+JR+lPiUfpT4lH6U+JR+lPiUfpT/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9g&#10;Xyz/X2s0/1x3O/9ZgkD/VoxF/1SVSP9Snkv/UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vr&#10;VfpM8lX0TfZV7FD4VOZR+FXfUvlW3FP5VtxT+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG&#10;/1g3CP9hQBH/ZUka/2ZTI/9kXS3/Ymg1/190PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/&#10;T7pV/07EVv9N0Ff/TeJY/EztWPZO8ljuUPVY5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV&#10;+FnTVfhZ/18aAv9bJQP/VTAG/1w0CP9lPRH/akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mR&#10;Tf9XmlD/VaJT/1OqVf9Sslf/UbpZ/1DFWv9P0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPdd&#10;y1j3XctY913LWPddy1j3XctY913LWPdd/2AaAv9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/&#10;a2E2/2dsPv9jeEX/YINL/1yOT/9amFP/V6BW/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV&#10;8V/dV/Jg0ljzYctZ9WLFW/Viw1v1YsNb9WLDW/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2Uv&#10;CP9vOBD/dEEZ/3ZLI/91VC3/cV02/2xnP/9oc0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg&#10;/FPHYvlS3GPzU+hj6VXuY95Y8GTQWvFlyFzyZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7&#10;XvJm/2IZAv9eIwP/XioF/2ktCP90NQ//ej4Y/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9g&#10;kVj/XZxc/VqlYPtYsGL6Vrtl+FXKZvVU4GfsVupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2Hv&#10;arNh72qzYe9qs2HvarNh72qzYe9q/2MYAv9gIgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1&#10;/3tgPv91aUf/b3RO+2qBVfhmjFv1Ypdf81+hY/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68&#10;YetvtmLsb7Fj7G6tZOxuq2Ttbatk7W2rZO1tq2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+&#10;MA3/hTsW/4hFH/+ITSn/hlUz/4JePft9Zkb2dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/&#10;b9pd03DSXupwxGDpcrpi6HOzZOhzrWXpc6lm6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw&#10;/2UXAv9iIQP/aSME/3clBv+CLwz/ijkU/45DHf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3e&#10;bo1j2WmXadNmoW7PY6xxy2G5dMhhynXFYeV2uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r&#10;6XOea+lznmvpc55r6XOea+lz/2YXAf9jIQP/bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZ&#10;N+yNYEHlh2lK34F0U9Z6fl3PdIhlym+RbMVrm3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6&#10;nmzleJtt5XeZbed2mG7ndZhu53WYbud1mG7ndZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/&#10;kzcQ/5hAGP2aSCD0mk4p7JhVM+WVXTzdj2ZH04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1q&#10;u36qatJ/pGzgfp5t4X2ab+J8l3DjepVw5HmTcOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gW&#10;Af9kIAP/cxwD/4EgBP+OKwj/lzUO/50+FfifRBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5n&#10;tXuIb693kXWqc5x6pXCofqFvtoGeb8qCm3DegZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiO&#10;c+V4jnPleI5z5XiOc+V4/2kWAf9mHgP/dhoD/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9ii&#10;VjbMmmBFw5NpUruNcl6zhnpnrIGEb6Z9jXageZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fh&#10;fYp34nuJduR6iXbkeYl25HmJduR5iXbkeYl25HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK&#10;+qQ3D++oPRTmrEQa3a1LJNCmVDXGn15EvJlmUrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSK&#10;ecCFiHrchId63YKGet+AhnrgfoV64nyFeeN6hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9r&#10;GwL/excC/4ocAv+YJgX/ojAI9agzDOuuORDis0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19&#10;b5aIhnaPhZF9ioKcgoWAqoWBf7yGgIDbhYCA3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6&#10;gHzkeoB85HqAfOR6/2sVAf9tGQL/fhUC/40bAv+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6&#10;qVpCsKNiT6edaluemHJllpN6bo+Pg3aIi458goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB&#10;4X18gON7fH/jenx/43p8f+N6fH/jenx/43p8f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEp&#10;BeK6LwbWvzYPyrpEIL+0TzG0rlhAqqhgTqGjZ1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaF&#10;b47RhXGL3YNzid+BdYfgfnaF4X13hON7d4PkeneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/&#10;hRMB/5QWAf+iHgH1rSAC57ghAt3DJgLQwzQNxL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4Cd&#10;fnJ5moh5cpeUfm2WooJplbOEZ5bNg2mT3oJsj9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofk&#10;eXKH5Hlyh+R5/20TAf92EwH/iBIB/5gTAP+nGQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8&#10;nrVcSZSwY1WKrGtfgalyaHmle29yo4V2a6CRe2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43ts&#10;jeR5bYzleG2M5XhtjOV4bYzleG2M5XhtjOV4/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3O&#10;GwHCzC8Kt8k9GazFSSmhwFI4l7xaRo24YVGDtWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJ&#10;fFqn4nteoON7YZvjemOX5HlmlOV3ZpLmd2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A&#10;8qMLANmzCQDPvgkAy8wJAMTTFwC60iwHsM87FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2Vk&#10;uIJrXraOcFm1nXNVta51VLbIdVOz53ZXq+Z2WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa&#10;6HRgmuh0/3ISAf+GDAD7mAkA2akGAM61BwDGwQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85V&#10;PH3LXUd0yWVQbMdtV2XFdl5exIFjWcOOaFTDnWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputw&#10;WaPrcFmj63BZo+twWaPrcFmj63BZo+tw/3cPAf+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm&#10;4SkGneA3EZPeQh2J3Ewpf9pUNXXXXD9t1WRIZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS&#10;7WJLyPJmTb/xaE+48GlRsvBpUq/vaVKv72lSr+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLID&#10;ALm8AwCwyQYAqdgKAKHnGQKZ5yoJkOc3FIfmQh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBP&#10;T+KNU0vim1VJ46xXR+TEV0bj6VdG3fZZR9D3XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBL&#10;vfZg/4kAANmeAADHrAEAubYCAK7BAwClzgYAnOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2Lu&#10;VzVc7l86Vu5oP1LucUJN73xGSe+JSUbwlktD8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8&#10;VEXP/FRFz/xURc/8VEXP/FRFz/xU4ZUAAMumAAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4L&#10;efk3E3D5Pxto+UYiYPpNKFr6VC1U+lwxT/tlNUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3&#10;/+pFNvz9RTvy/0Q+6v9EPub/Rj7m/0Y+5v9GPub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXP&#10;AACK3QMAhP8SAXv/HgN0/yoJbP8zD2T/OxZd/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97&#10;MTn/iDI1/5Y0M/+kNjH/tjcv/9A4Lv/vOS3//zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85&#10;wagAAK+xAACivQAAlMoAAIfYAAB98wcAdv8SAW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD&#10;/1MbP/9aHjz/YSA4/2khNf9yIzH/fSUu/4omK/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST/&#10;/y0k//8tJP//LST//y0k//8tsa4AAKO5AACUxgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8m&#10;BUv/LgdG/zYKQf89DD3/RA45/0sQNv9REjL/WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6Yc&#10;Hf+3HRz/yh4c/+YfG//wHxv/8B8b//AfG//wHxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi&#10;/wMAWf8LAVH/EQFK/xcCRP8fAz//JgQ6/y0FNv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/&#10;Ygsd/2sMGv92DRf/hA4V/5IPFP+gEBP/rRET/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74A&#10;AIbMAAB32wAAaecAAFz9AABU/wAAS/8FAEP/DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUF&#10;H/86BR3/PwUa/0UGGP9LBhb/UgYU/1oHEv9iBxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM&#10;/6IIDP+iCAz/oggM/6II/1AgAv9LKgP/RDYF/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9I&#10;hS7/RpAy/0SaNP9Dojf/Qqo4/0GxOv9AuTv/QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/&#10;PvpD/z30RP8+7kb/P+5G/z/uRv8/7kb/P+5G/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP&#10;/1JSF/9RXh7/T2ol/013K/9Kgy//SI4z/0aYNv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/&#10;P+lA/z/0QP8+/UH/QP9A/UL/QPZF/0DwRv9B6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9M&#10;KQP/RzQF/002Bv9ROwj/VUYQ/1ZQGP9VXB//Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0Sw&#10;Pv9DuD//Q8FB/0LMQf9B3kL/QetD/0D1Q/9A/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F&#10;40r/ReNK/0XjSv9F/1IfAv9NKQP/SjIE/1AzBv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/&#10;TYk3/0uUOv9Jnj3/R6Y//0auQf9Ft0L/RMFE/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL&#10;/0fiTP9I203/SNtN/0jbTf9I203/SNtN/0jbTf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BK&#10;GP9eVSD/W2Ao/1htL/9UeTT/UYU5/06RPf9Mm0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K&#10;/0X4SvtH/UrxSv9J6E3/S99O/0zXT/9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/&#10;UiwE/1ktBf9fMgj/ZDwQ/2ZHGP9kUiD/YVwo/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9K&#10;tUn/Sb9L/0jMTP9I4U3/SO5N/Ej5TvJL/E3nTv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/&#10;UcZU/1HGVP9R/1UdAv9RJwP/VikE/14qBf9kLwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9&#10;/1iIQv9Vk0b/U51J/1GmS/9PsE3/TrpP/U3GUPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXB&#10;V/5VvFj+VbxY/lW8WP5VvFj+VbxY/lW8WP5V/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9z&#10;TB//cFYo/2tgMP9mazj/Y3c+/l+DRPtbjkj5WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2&#10;VtpU+VjMVvpZw1j7Wrxa+1q3W/tZs1z7WbNc+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD&#10;/2cjBP9wKgb/dzUN/3pAFf96Sh3/eFMm/3NcL/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXm&#10;WLBX5Fe8WOJWzFneVuRZ2Fb0W8pY913AWvheuFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf&#10;+VyrX/lc/1kbAv9WIwP/YiAD/2wgA/91KAX/fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5&#10;ReZohEviZI5R3mGYVdteolnWXKxb01u4XtBaxl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZh&#10;o2P3X6Nj91+jY/dfo2P3X6Nj91+jY/df/1oaAv9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5&#10;hk0h8oNWK+t+XjTleWk94HR0Rdpvf0zTaolTz2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg&#10;8marYvJmpWTyZaFl82SfZfRjnGb1Ypxm9WKcZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3Uc&#10;Av9+JAP/hy4I/4w4DvuOQhbyjkoe64tSJ+SHWzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBk&#10;t2SrZ7RjuGmxYspqrmPmaqhk72qiZu9pnWfwaJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SW&#10;afNk/1sZAv9fHAL/bBgC/3kbAv+DIQP/jCwG/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7&#10;dU6+dn9WuHKIXbRukWKva5tmq2mmaqhns2ylZ8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzy&#10;ZpBs8maQbPJmkGzyZpBs8maQbPJm/1wZAf9iGgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV&#10;35pLHdOUVSzKjV85wodpRbuBcU+1fHtXr3iEXqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+R&#10;buxuj2/tbI1v72qMb/Bpi2/xZ4tv8WeLb/Fni2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+K&#10;HQH/lCYD9pswBuufOArioj8Q2J9HHM2ZUivEkl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOe&#10;bZRxqnGQcbpyjnHRc4xy6nGKc+tviHPtbYdz7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo&#10;/14YAf9nFwH/dRMB/4MWAf+OGgH+mCMC8Z8sBOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6m&#10;h3RXoIN8Xpp/hmSVfI9qkHmabot3pnKIdrZ0hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF2&#10;8GmBdvBpgXbwaYF28GmBdvBp/14YAf9pFQH/eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dD&#10;GsGiTim4nFg2r5dhQ6eRaU2gjXFWmYh5XpOFgmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpx&#10;fHvsb3167W19ee5rfXnwaX158Gl9efBpfXnwaX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1&#10;oBoB6KkgAd2wJAHQsDIKxqxBGLymTCezoVY1qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyD&#10;oXJ3grB0dYLFdXSD53N1gepxdn/rb3d+7W14fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AX&#10;Af9uEgH/fhAA/4wRAP+ZEQDxpBMA464WANa2HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxT&#10;jJV0W4aRfWJ/jodoeYySbXSKnnFwiK10bYjBdG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0&#10;gPBpdIDwaXSA8Gl0gPBp/2EXAf9xEAH/gg4A/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGw&#10;SSOnq1IxnqdbPpajY0iOn2pRhptyWX+YemB4lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaors&#10;bmyI7Wxthu9rboTwaW6E8GluhPBpboTwaW6E8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkA&#10;z7gKAMm9FwC/vCsGtbk7E6u2RyGhsVAvmK1ZO4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1i&#10;mahvX5m8cF6Z329gluxuY5HtbWaO7mtni+9qaYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95&#10;DAD/igoA35oEANOmBwDMsQgAx7sIAMHCEwC4wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKtt&#10;U3Gpdlprp39gZaWKZGCjl2hbo6ZrWaO6bFij3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/Fm&#10;Y4/xZmOP8WZjj/Fm/2sQAf9+CQDxkAQA1p4DAMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuT&#10;wEwoir1UM4G6XD55t2RGcbVrTmuzdFRksX5aX7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif&#10;8mZam/NlXJfzZFyX82Rcl/NkXJfzZFyX82Rcl/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIF&#10;AK7NDACnziACns0xCpXLPhaLyEkjgsZSLnrDWjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6Vd&#10;Tru5Xk28211LufdfTrH2YFGq9mBTpfZgVaH2YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADT&#10;mwAAxqgCALuxAgCyuwIAqscGAKLTCgCd1hoBldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17K&#10;ckVYynxJVMmITU/JlVFMyaVTSsm5VEnK3FNHyPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36&#10;Wk6t+lpOrfpa/38AANyTAADKogAAvKwBALG1AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMX&#10;cd1NIGrcVihj218vXdpnNVjZcTpT2Xs+T9mIQkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09F&#10;wv9QR7v/Uke7/1JHu/9SR7v/Uke7/1JHu/9S5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvq&#10;DgCF6B8CfugtBnboOA5u6EEWZudKHV/nUiNZ51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmy&#10;Pj/qyz4+6O8+Peb/Pz3g/0I/1/9EQM7/RkDO/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAA&#10;p7YAAJvBAACQzAIAhtkGAIDyEgB58h8CcfIrBmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG&#10;9HMqQvV+LT/1iy889pkxOvapMzj3vjQ2+OE1NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl&#10;/zg55f84yJ4AALapAACosgAAm70AAI/IAACD1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9D&#10;EU3/SxVJ/1MYRf9aGkH/Yx0+/2wfO/92ITf/giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8q&#10;L/n/Ki/5/yov+f8qL/n/Ki/5/yov+f8quaYAAKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe&#10;/xoCV/8jA1L/LAVM/zQHSP88CkP/RAw//0wOPP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/&#10;ohwl/7QdJP/MHiP/7R4i//0fIv//HyL//x8i//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4A&#10;AHPcAABn6QAAX/8GAFj/DgBR/xUBS/8dAkb/JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cK&#10;KP9fCiX/aQwj/3QNIP+CDh3/kg8b/6IQGv+yERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX&#10;//oUn7MAAJC/AACAzAAActoAAGTkAABY9QAAUf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/&#10;MgQo/zgEJf8+BSL/RAUf/0oFHP9RBhr/WQYX/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/T&#10;CQ3/0wkN/9MJDf/TCQ3/0wkN/9MJkbwAAIHJAABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwA&#10;Mf8QASz/FgEo/xwBJP8iAiD/JwIc/ywCGf8xAxb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG&#10;/3MFA/+BBQL/kAUB/5wFAf+rBQH/qwUB/6sFAf+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9B&#10;PQb/QUUI/0FRDf9AXRP/P2oY/zx3HP86hCD/N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLV&#10;LP8x5S3/MfEt/zH7Lf8w/y3/MP8t/zP/Lf82/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u&#10;/0UjAv8/LgP/PjQD/0I2BP9EOwb/REMI/0VPDf9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/&#10;Nqwq/za0LP81vS3/NMgu/zTWLv8z5i//M/Iv/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9&#10;/zHxPf8x8T3/MfE9/zHxPf8x/0YjAv9ALQP/QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0Jy&#10;H/9AfyP/PYwm/zuYKf86oSv/Oaot/zizLv83vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y&#10;/zr/Mfo9/zPzPv807UD/NOpB/zTqQf806kH/NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/&#10;TT0I/05IDv9NVBX/S2Eb/0huIP9FeyX/Qogo/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP86&#10;4TX/Ou41/zr4Nf86/zX/Ov81+z7/NfJB/zfrQv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0gi&#10;Av9DLAP/SCwD/04tBP9RMQX/UzkI/1VFDv9TURX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz&#10;/0GrNP9BtDb/QL03/z/JOP8/2zj/P+o5/z/1Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3V&#10;Sf891Un/PdVJ/z3VSf89/0khAv9EKgP/TSgD/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9S&#10;cij/T34t/0yKMP9KlDP/SJ42/0emOP9Grzn/Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/&#10;QNxK/0HSS/9BzE3/QclN/0HJTf9ByU3/QclN/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH&#10;/2M/Dv9iShX/YFUc/1xhI/9ZbSn/VXku/1KEM/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDx&#10;SeFB7UrwQepK/ELkSv9E2Ez/RcxP/0bGUP9GwFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9M&#10;JAL/VSEC/10hA/9jJwT/ZzEG/2o8DP9qRxT/Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKd&#10;P+5RpkHsUK9D6k+6ROhOx0TmT91F4U/uRd1O+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9K&#10;tFb/SrRW/0q0Vv9K/00fAv9QIQL/Wh4C/2IeAv9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynx&#10;Y28w7WB6NulchTvmWo8/5FiYQuFWokTfVatG3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX&#10;/0+wWP9OrFn/Tapa/02qWv9Nqlr/Tapa/02qWv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1&#10;Cf94QBD5d0oY8nNUIOxvXijna2ow4md1Nt5jgDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1R&#10;w1fmUb5X91K4WP9TsFr/U6tc/1KnXf9So13/UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/&#10;YhcB/2wZAv90IAL/eScD/34yB/mAPA3xf0YV6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRg&#10;l03AXqBQvV2qU7tbtlW4W8VWtVvfVrJc81esXf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/&#10;U5ph/1OaYf9T/1AdAv9aGQH/ZRUB/3AXAf94HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIv&#10;y3RsOMVvdkDAbH9GvGiIS7hmkVC1Y5tTsWGlVq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiW&#10;ZP1XlWX+VZRl/lWUZf5VlGX+VZRl/lWUZf5V/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2N&#10;NAfkjT0N3ItIFtGFVCPJf14uwnpoOLx1cUC3cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTN&#10;Xptk6l6YZvhdlGf5XJJo+1qQaPxZjmj9V45o/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB&#10;/3gTAf+BFwH/iB0B8o8lAueTLwTelTgJ05BFFcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOh&#10;bpJXnWucW5lqp16WabVglGjIYZJp5mCPavdfjWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr&#10;/FiIa/xY/1QaAf9iEwH/bxAB/3sSAP+FFAD6jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIVi&#10;N66Ba0CofHNIonl8Tp12hVSZc45YlXGYXJFvpGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pb&#10;g2/7WYNv/FiDb/xYg2/8WINv/FiDb/xY/1YYAf9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHR&#10;njEHx5pAE76VTCC2kFYsrotgN6eGaEChgnBInH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz&#10;3mSAdPVif3T2YH9z+F5+c/lcfnL6Wn5y+1l+cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EO&#10;AP+MDgDxlRAA450RANajGwDLoS8Gwp4+ErmZSh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZ&#10;hnuSXYF5nmF9eKtkeni8ZXl42WV4efRieXj2YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5&#10;dfta/1oVAf9pDgD/eAwA/4QMAO+QCwDdmgoA2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyR&#10;Yz6VjWtGj4lzTYmGfFOEhIVYf4GQXXp/m2F2fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6&#10;W3V5+1p1eftadXn7WnV5+1p1efta/10TAf9sDQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoE&#10;t6Y6D66iRhumnlAonppZM5aWYTyPk2lEiY9xTIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2Rq&#10;hPBibIL2YG2A915vf/lcb336W3B8+1pwfPtacHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaX&#10;BQDPoAcAyqgIAMSuEwC7rScDsqs3DamnRBmgpE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+K&#10;Wm2Nll5oi6NhZYu0Y2OLzGNji+5hZYn3X2eG+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta&#10;/2IQAP9yBwD4ggMA248CAM+aBQDJowYAw6wGAL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiD&#10;oGVAfZ1sR3abdE1wmX1Ta5aIWGaVlFxilKFfX5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG&#10;+1llhvtZZYb7WWWG+1llhvtZ/2YNAP93AwDjhwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYy&#10;CZ2zPxWUsEogjK1TK4SqWzR9qGM8dqVqQ3CjckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11Wnetc&#10;V5r6W1qV+lpckftZXo78WF+N/FdfjfxXX438V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6&#10;qgIAs7MBAKy8CgCmvR0BnrwvBpa6PBGNuEcchbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qp&#10;kFJVqJ5VUqevV1GoxldQp+pXUKX8V1Of/VdVmv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28E&#10;AOaCAADSkQAAxp0AALumAQCyrgAAqrcBAKLCBQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4y&#10;aLlmOGK3bj5dtnhDWLWCR1S0j0tQtJ1OTbOuUEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FR&#10;nv9RUZ7/UVGe/1FRnv9R/3YAAN2JAADKlwAAvqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTL&#10;NAl8yUASdchKG23HUyNnxVwqYcRkMFzDbTZXwnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/&#10;SUW5/0pHs/9LSa3/TEqr/0xKq/9MSqv/TEqr/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAA&#10;lsECAIzLBwCE1Q0AgNUeAXnVLgVy1DwMbNNHFGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdG&#10;z505RNCuO0LQxjtD0Oo6QM39Pj7L/0BAw/9CQb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeY&#10;AAC4owAAq6sAAKC0AACVvgAAi8gDAIDRBwB44Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+Bf&#10;HU/gaSJL4HMlR+B+KETgiytC4JotP+GrLz7iwS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85&#10;O8z/OTvM/zk7zP85zZIAALygAACtqAAAobEAAJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd&#10;7DUGV+w/C1LsSA9N7FETSu1aFkbtYxlD7W0cQO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs&#10;/yYy6/8oMuf/KzPk/ywz5P8sM+T/LDPk/ywz5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgA&#10;AGfmBgBi9hEAXPcdAVf3JwJS9zEETfg6Bkj5QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkY&#10;MP2YGS79qhss/r8cK//jHSr8+h0q+v8dKvf/HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACX&#10;tgAAicEAAHvLAABv1gAAY98AAFv1BgBV/xAAUP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/&#10;Uwgx/1sJLv9kCiv/bwwo/3wNJv+LDiT/nBAi/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//&#10;Ex7//xMe//8TpqkAAJizAACKvwAAe8oAAG7VAABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUC&#10;Nv8sAjL/MwMv/zoDK/9BBCj/SAQl/08FIv9XBSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT&#10;/+MJE//4CRP//woT//8KE///ChP//woT//8KmrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/&#10;AAA8/wkAN/8QADL/FQEu/x0BKv8jASb/KQEi/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9m&#10;BA3/dAQL/4UECv+WBQn/qAUI/7kFB//QBQf/4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAA&#10;X+AAAFDnAABC7QAAOv8AADX/AAAv/wIAKv8KACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO&#10;/zMBDP85Agr/QQIH/0kCA/9TAgD/XgIA/2wCAP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/&#10;tQMA/7UD/zknAv8zMgL/NTQD/zg2A/84OwT/NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymb&#10;GP8opBn/KK0a/yi1G/8nvhz/J8gc/yfUHf8n5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e&#10;/y3/H/wv/x/8L/8f/C//H/wv/x/8L/8f/zonAv80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/&#10;M2UO/zFzEv8vgRX/LY4X/y2YGf8soRv/LKoc/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q&#10;/yD/K/8g/yv/H/8s/x//L/8h/DH/Ivcz/yL3M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4x&#10;A/8/NgT/Pj0F/zxIB/87VQv/OWIP/zdvE/81fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah&#10;/y/LIv8v3CL/L+oj/y/1I/8v/iP/L/8i/zD/Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybw&#10;N/8m/zwmAv85LQL/PywC/0MtA/9EMgT/QzkF/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83&#10;miD/NqMh/zWrIv81syP/NLwk/zTGJf801CX/NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/&#10;KeY8/yrmPP8q5jz/KuY8/yrmPP8q/z0lAv89KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR&#10;/0VnFv9CdBr/QIAd/z6MIP89lSL/PJ4k/zumJv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3&#10;O/8p9jr/K/A7/y3oPf8u4T//LttB/y7bQf8u20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9P&#10;KQP/UjMF/1E+B/9RSQz/T1YS/0xiF/9Kbxz/R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8&#10;LPs/yC34P9st9EDrLfBA9y3tQP8v6z//MeRB/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z&#10;/0AkAv9FIwL/TCAC/1IhAv9WJgP/WS8E/1k6B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3&#10;SZUr9UedLPNHpi7yRq4v8EW4MO9FxDHtRdMx6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L&#10;/ze/S/83v0v/N79L/ze/S/83/0EjAf9JHwH/URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtY&#10;GPhYZB30VXAj8VN8J+5QhivrT5Au6U2ZMOdMoTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86&#10;zkr/PMRM/zy9Tf88uE//PLRP/zu0T/87tE//O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/&#10;ZigD/2gyBf9oPQn6ZkgQ9GNTF+5gXx3qXWsj5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBP&#10;uzvOTsk8y0/hPcdP8j7DT/9AwE//QbdR/0GxUv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0Yf&#10;Af9QGQH/WRUB/2IXAf9oHQH/bCQC/28uA/lvOAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0&#10;zFiOOMlXlzvHVaA9xFSpP8JTtEG/U8JCvVPWQ7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0Kh&#10;WP9CoVj/QqFY/0KhWP9C/0gdAf9TFgH/XRIB/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttv&#10;VxrSa2IjzWdsK8hkdjHEYX83wF6JO71ckj66W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/&#10;SKFa/0idW/9Hm1z/Rplc/0WZXP9FmVz/RZlc/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB&#10;9XskAet9LQPifjkH2XtGENB2UxrJcV4kw21oLL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqm&#10;XLZLpFzHTKJc4k2fXfdMnF7/TJhf/0qVYP9Jk2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9a&#10;EQH/ZA4A/28QAP92EwD8fRcA74EeAeSEJwLbhDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/&#10;P6lniEOlZZFHomObSp9ipU2cYbFPmWDBUJdg3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9I&#10;i2T/SItk/0iLZP9I/1AWAf9cEAD/aA0A/3IOAP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6&#10;fVcjtHlhLK51ajSpcnI6pG97QKBshESdao1ImWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn&#10;/06HaP9Mhmj/S4Vn/0mFZ/9JhWf/SYVn/0mFZ/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQ&#10;ANaPGgDMji4Ew4s9DbuHShi0g1UirX5eK6d7ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpT&#10;h2q5VIVqz1SEa+5Tg2z/UYJs/0+Ba/9NgGv/TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/&#10;bgoA/XgJAOiCCADciQkA2I8LANCTFwDGkysDvpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3&#10;fUWOdYZKinKQToZxm1GCb6dUf2+2VX1vy1Z8b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/&#10;S3tu/0t7bv9L/1cRAP9jCgD/cAcA8HwFANyFBQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAg&#10;oolaKpyFYjKWgmo5kX9yP4x8ekWHeoNKg3iNTn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1&#10;c/9PdnL/TXZx/0x2cf9MdnH/THZx/0x2cf9M/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSa&#10;EgC8myYCtJg3CayVRBSkkU4fnY5XKJaKYDGQh2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmx&#10;Vm95xVZueuZVbnr8U295/1Fwd/9PcXb/TXF1/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA&#10;3YIAANCLAwDJkwUAxJkGAL6eEAC2nyQCrp00CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7&#10;hX5IdoOITHKCk1BugKBTa3+uVWh/wlZnf+NVaID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5&#10;/0xsef9M/14MAP9sAQDmegAA1oYAAMuPAgDElwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplT&#10;JYuWXC2Fk2M1f5FrO3qOc0F1jHxGcIqFS2uIkU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9P&#10;Zn//TWd+/0xnfv9MZ37/TGd+/0xnfv9M/2EKAP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCq&#10;qB4Bo6cvBZulPQ+UokgZjJ9RIoWcWSt/mmEyeZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluO&#10;vVJajt5SW434UFyL/09eiP9OYIX/TGGD/0thg/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44A&#10;AMGXAAC4ngEAsaUAAKmrBwCjrRoAnKwsBJWrOgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdA&#10;Y5qBRV+ZjElbmJlMV5eoTlWXu09Ul9xOVJb2TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pb&#10;iv9K/2gAAOV5AADRhwAAxZIAALucAACxogAAqakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3is&#10;VCNyqlwqbKhkMWenbDZipXU7XaR/QFmjikNVopdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/&#10;SFSS/0dUkv9HVJL/R1SS/0dUkv9H/24AAN5/AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAA&#10;jLojAYW5MgZ+uD4Od7ZJF3G1Uh5rs1olZbJiK2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJ&#10;rthCSKv1Q0eq/0RJpf9ES6D/RE2c/0RNnP9ETZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKyk&#10;AACiqwAAmLMAAI67AQCFwQwAgcIdAHvCLQN1wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7&#10;ME26hzRKupU3R7qlOUW6uDpEutc5Q7j1O0K2/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+&#10;4H0AAMmNAAC7mgAArqIAAKOpAACYsQAAjrkAAITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBb&#10;ylQWV8ldGlLJZR9OyG8jS8h6JkfIhilEyJQsQsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24&#10;/zc9uP83Pbj/Nz24/zc9uP830YYAAMCVAACynwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcN&#10;AGPYHQBg2C0CW9g6BFfYRglT2FANT9hZEUvXYhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUi&#10;OtbyIzfU/yc20v8pNNH/KzbK/y02yv8tNsr/LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACD&#10;vgAAd8cAAGzPAgBi1gcAWuQOAFjkHABU5CkBUOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrn&#10;fhQ354wWNeecFzPorhky6cYZMujqGTHl/hkv5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoA&#10;AKqjAACdqwAAkLQAAIO9AAB3xgAAa88AAF/WAABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kME&#10;O/NLBTjzVAc29F0IM/RoCTD1dAsu9YEMLPaRDir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl&#10;8f8TJfH/EyXx/xMl8f8TraEAAKCpAACSswAAhLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9&#10;FwA+/iEAO/4qATf/MwI0/zoCMP9CAy3/SgMr/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8&#10;CBv/4gka//kJGv//CRn//wkZ//8JGf//CRn//wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAA&#10;TuAAAEPlAAA++wEAOv8MADb/EwAy/xsAL/8jACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW&#10;/2MDE/9wAxL/gQQR/5MEEP+nBA//vQUO/+AFDv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6&#10;AAB3xQAAaNAAAFrbAABM4QAAQOcAADfzAAAy/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8r&#10;ARX/MgES/zgBEP9AAQ7/SAEM/1IBCf9dAgb/awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wD&#10;AP/sAwD/7AMA/+wDiLkAAHjEAABp0AAAW90AAEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa&#10;/w0AFv8RABP/FgAQ/xoADv8fAAv/JAAJ/yoABv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/&#10;iAEA/5oBAP+qAQD/uwEA/7sBAP+7AQD/uwEA/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydM&#10;BP8jWAX/IWYG/yB0B/8eggn/Ho4L/x6YDP8eoQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR&#10;/x3yEf8d/BH/Hv8R/x7/EP8e/xD/H/8R/x//Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/&#10;Mi8C/zMxAv8yNgP/Lz4D/ytJBf8pVgb/J2MH/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8i&#10;tRH/Ir0S/yLHEv8i1BP/IuUT/yLwE/8i+hP/Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/&#10;Fvwn/xb8J/8W/zAqAf8xLQL/NSsC/zctAv82MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO&#10;/yiREP8omhH/KKIS/yeqE/8nsRT/J7kU/yfDFf8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/&#10;J/8X/Cn/GPYr/xn0LP8Z9Cz/GfQs/xn0LP8Z/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83&#10;Twb/NVwI/zNpC/8xdg7/MIIQ/y+NEv8ulhT/Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3q&#10;GP8t9Rj9Lv8Y+i7/GPkt/xr5Lf8c8y//HO0x/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB&#10;/0AlAv9BKQL/QjMD/0E+Bf8/Sgb/PVcJ/ztkDP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/&#10;M7Ea/zO6G/8zxRv9M9Mb+jPmG/c08xvzNf4b8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44&#10;/yHeOP8h/zUnAf89IgH/QiAB/0YgAf9IJQL/Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2C&#10;F/48jBn8PJUa+zudHPk7pR34Oq0e9jq2HvU6wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l&#10;2Dz/JtA9/ybNPv8mzT7/Js0+/ybNPv8m/zkkAf9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/&#10;TE0J/0taDvxJZhL4R3IW9UV9GfNDhxvxQpEd70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB&#10;7yTcQPwn2ED/KdQ//yrPQP8qx0L/KsJD/yrAQ/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EX&#10;Af9WHwH/WCcC/1gxA/9XPAX8VUgJ9lJUDvJQYRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul&#10;3EauJtpFuSfYRcYo1EXcKc9G7irLRfstyEX/LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60&#10;Sf8u/0AdAf9JFgH/UBMB/1YUAP9cGwH/XyMB/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpR&#10;fSDWT4Yk0k6PJ9BNmCnNTKAry0upLclKsy7HSr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/&#10;M6pO/zKpTv8yqU7/MqlO/zKpTv8y/0MaAf9MEwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G&#10;42NKC9xgVxLVXWIZ0FptH8xXdyPIVYAnxVSJK8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jax&#10;T/Q3rlD/OKxQ/zinUf83o1L/NqBT/zWfU/81n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9m&#10;EwD/ahkA9GwhAeptKwLhbDcE2WpFCtBnUhLKY14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWe&#10;Nq9UqDitVLM6qlPCO6hT2julVPA8olX/PKFV/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83&#10;/0kUAP9TDgD/XAwA/2UNAP9rDwD6bxMA7HIZAOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSez&#10;YnYsr19/MKxehzSpXJA3p1uZOqRZozyhWa4+n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b&#10;/zqPW/86j1v/Oo9b/zqPW/86/0wSAP9WDQD/YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+&#10;Cb90SxG5cFYas21gIa9qaSiqZ3Itp2V6MqNjgzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehD&#10;j178QY5f/0CLX/8+il//PYhf/zyIX/87iF//O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDd&#10;eAgA2nsLANF+FwDIfisCwHw7CLl5SBGydlMZrHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFj&#10;m0GOYqdDjGG0RYlhx0WIYuVFhmL6Q4Zj/0KEY/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1AP&#10;AP9bBwD/ZgMA7G8CANx2AwDUfAcA0YAJAMqCFADCgygCuoE5B7N+RhCse1EZpndaIaF0Yyiccmsu&#10;mG9zM5RtfDeRa4Q7jWqOP4pomEKGZ6NEhGaxRoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58&#10;Z/89fGf/PXxn/z18Z/89/1IOAP9dAwD9aQAA4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6D&#10;Qw+ngE4YoXxYIJt5YCeWd2ktknRwM45yeTeKcIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2&#10;Rnhs/0R3bP9Cd2v/QHdq/z93av8+d2r/Pndq/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQA&#10;xIcGAL+KEAC3jCMBsIo0BamIQQ6ihUwXnIFVH5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4&#10;cZ5GdXCsSHNvvUlxcNlJcXD0R3Fx/0RycP9Ccm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9i&#10;AADmbwAA13kAAMyBAQDFhwMAv4sEALmODgCykCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9r&#10;MYJ9czZ+e3w7enmGP3Z3kEJydpxFb3WpSGx1uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/&#10;bXL/P21y/z9tcv8//1kHAP9lAADicgAA0XwAAMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuY&#10;j0gUkYxRHIuJWiSGh2IqgYVpMHyCcTV4gXo6dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7&#10;/0Rmev9DZ3j/QWh2/z9odv8/aHb/P2h2/z9odv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMB&#10;AK2XCQCnmBoAoJgsA5mWOgqSlEUSjJJPGoaPVyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdD&#10;YoGlRmCBtkdegc1HXoHvRl+B/0Rgf/9CYX3/QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADW&#10;eQAAyIQAAL6MAAC2kwAArpcAAKabBACgnRcAmp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQ&#10;bDFsjnU2Z41+OmOLiT5fipVBXImjRFqJtEVYictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/&#10;Pl2A/z5dgP8+/2IAAORxAADPfgAAw4gAALmRAACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUAN&#10;gJ9KFXmdUxx0m1ojb5liKGqYai5mlnIyYZV8N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BS&#10;j/8/VYv/PlaI/z1Xh/89V4f/PVeH/z1Xh/89+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJan&#10;AACPqQ8Ai6ohAYWpMAR/qDwKeKdHEnOlUBhto1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyf&#10;O06bsD1MnMc9TJvqPEyZ/zxMmP88TZX/PE+R/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAA&#10;t5MAAKyaAACinwAAmaUAAI6rAACFsAsAgbEbAHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZ&#10;qm4nVal3K1Gogi9Np48ySqeeNUinrzZHp8Y2RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma&#10;/zdJmv834nQAAMqDAAC8jwAAsJgAAKWeAACbpAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/&#10;CGO4SQ5et1ITWrZaGFa2YhxStWsgTrR1JEu0gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8x&#10;Pq3/MkCo/zJBpv8yQab/MkGm/zJBpv8y1XwAAMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABw&#10;vgMAaMIOAGbDHQBjwy0BXsM5BFrDRAhWwk4MUsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3A&#10;rSM8wcQjPMDpIzq+/iY4vP8oN7v/KTi4/yo4tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIA&#10;AJSqAACIsQAAfLgAAHG+AABmxQMAW8sIAFfNEwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UO&#10;QM9vED7PexM7z4kVOc+ZFzfPqxg20MMYNs/oGDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEv&#10;yP8hvo8AAK+aAACioQAAlqkAAIqwAAB9uAAAcb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETd&#10;NQFB3UACP95LAz3eVQQ6318GON9pBzXfdgkz4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/&#10;FCna/xYo2v8WKNr/Fija/xYo2v8Ws5gAAKWgAACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAA&#10;RNsEAD/pDQA96RcAO+ojADnqLgA26zgBNOtCATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj&#10;8K4HIvHIByLw7Qch7P8HIev/CCDr/wof6v8LH+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHB&#10;AABkygAAWNAAAEzWAABB3QAAOOQAADX2DAAz9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftS&#10;AR78XQIc/WkCGv15Axj+iwMX/54DFf+zBBT/0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8D&#10;naUAAI+uAACAuAAAcsIAAGTLAABW0wAASdoAAD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf&#10;/yYAHP8tABn/NAAX/zwAFP9EARL/TgEQ/1kBDv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf/&#10;/wIH//8CB///Agf//wIH//8Cka0AAIK4AABzwgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8A&#10;ACD/BAAc/wwAGf8RABb/FgAT/xsAEf8hAA7/JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MB&#10;AP+HAQD/nQEA/7IBAP/KAQD/6gEA//MBAP/zAQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA5&#10;5QAALeoAACPuAAAc/QAAGP8AABX/AAAR/wQAD/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/&#10;LgAA/zcAAP9BAAD/TQAA/1wAAP9tAAD/ggAA/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQv&#10;Af8lLwH/KC8B/ycxAf8kNgL/ID4C/xpJA/8XVgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF&#10;/xKsBv8Sswb/EroG/xLDBv8Tzgf/E98H/xPrB/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/&#10;Ff8J/xX/Cf8V/wn/Ff8J/yUuAf8pLQH/KywB/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8X&#10;ewT/F4cF/xeRBf8Xmgb/F6EG/xepB/8XsAf/F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/&#10;CP8Z/wj/Gf8J/xn/Cv8Y/wv/Gv8L/xr/C/8a/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC&#10;/ydDA/8kUAP/Il0E/yBqBf8edwX/HoMG/x6NB/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/&#10;HtMK/x7lCv8e8Qr/H/wK/h//Cv0f/wv8H/8M/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8v&#10;JgH/MiQB/zMlAf8yKgH/MTQC/y8/A/8tTAP/KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWh&#10;C/8lqAv/JLAM/yS4DP8lwQz/Jc4N/yXhDfwl7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S&#10;7Sf/Eu0n/xLtJ/8S/y4mAf80IgH/NyAB/zkhAf84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/&#10;LnkJ/y2ECv8tjQz/LJYN/yydDf8spQ79LKwP/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss&#10;/xTqLP8V6Sz/FuUt/xbgLv8W4C7/FuAu/xbgLv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2&#10;Av8+QgP/PE8F/zlcBv84aAj9NnML+zV+DPg1iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT&#10;6zTXE+c06hLjNPcU4TT/F94z/xncM/8a2zP/GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/&#10;QRYA/0QWAP9HHgH/SScB/0gyAv9GPQP/REkF+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7&#10;nBTlO6QV4zqtFeI6thbgO8IW3zvSFto76BfUOvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/&#10;HsA8/x7APP8e/zkbAf9AFQD/RREA/0oTAP9OGQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN&#10;40V0EOBEfhPdQ4cV20KQF9hBmBjVQKAZ00CpG9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9&#10;QP8ju0D/I7ZB/yOzQv8is0L/IrNC/yKzQv8i/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNV&#10;MQHrUz0D5VJLBt9QWAraTmMO1ExuE9BKeBbNSYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXF&#10;JLxF3CS4RvAltUb/J7JG/yewRv8nrkb/J6pH/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA&#10;/1UOAP9ZEQD/XBYA9F0fAOpcKgHiWzcC2lpGBdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5&#10;TZUkt0ydJrVLpyezS7EpsUq/Kq9K0SqsS+srqUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N&#10;/ymdTf8p/0MRAP9LDAD/UwgA/1oLAP9eDQD5YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpk&#10;F7lYbRu2VnYfs1V+IrBThyWuUo8oq1GYKqlQoiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8u&#10;mFH/LZZS/yyUUv8rlFL/K5RS/yuUUv8r/0YQAP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDN&#10;aC0BxWc9Bb9lSgu5Y1UStGBfF7BeaRysXHEhqVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hU&#10;xTOWVOE0k1X2M5JV/zKRVv8xj1b/MI1W/y6MV/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIA&#10;AN9nAwDYagYA1WsKAM1tFQDFbikBvm05BLdrRwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYt&#10;mFyPL5VamTKTWaQ0kFmwNo5ZwDaMWds3ilnzNola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+F&#10;W/8v/0sMAP9UAAD7XgAA4mUAANhrAQDPbgUAzHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFp&#10;YR2dZ2oimWVyJ5ZjeiqTYoMukGCMMY1flTSKXqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//&#10;M39f/zF+X/8wfl//MH5f/zB+X/8w/00JAP9WAADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMA&#10;sXgzA6t2QQmlc0wQn3BWF5tuXx2WbGcik2pvJ49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7&#10;Ys87emLuOXpj/zh6Y/82eWP/NHlj/zJ5Yv8xeWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxz&#10;AADEdwIAv3kEALl6DgCyfCAArHwxA6V6PgmfeEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqF&#10;Mn9pjzV8aJs4eWenOnZmtjt0Zsw8c2frO3Nn/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y&#10;/1EEAP9cAADiZwAA0nAAAMd2AADAegAAun0CALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyL&#10;dmIhh3RpJoNycSt/cXovfG+DMnhujTV1bZg4cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r&#10;/zRuav8ybmr/Mm5q/zJuav8y/1MAAPRfAADeagAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUr&#10;ApuEOgeVgkUOkH9PFYp9WBuGe18ggXlnJX13byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8&#10;Z3DnO2dx/Dlocf83aHD/NWlv/zRpbv8zaW7/M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3&#10;ggAAsIUAAKiHBgCiiRcAnIopAZaJNwaQh0MMi4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15&#10;iDRpd5Q3ZnahOmN2sDthdsQ8YXblO2F2+zlidv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gA&#10;AOZmAADScQAAxXoAALuBAACyhwAAq4oAAKKMAgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsd&#10;doVjInKDaidugnIraoB7L2d/hjNjfpE2YH2eOV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRf&#10;d/8zX3f/M193/zNfd/8z/lwAAOFqAADNdQAAwH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuT&#10;MQOFkj0Jf5FID3qPURZ1jVkbcYxgIGyKaCVoiXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPh&#10;OFWC+TdWgv81VoH/NFh//zNZff8yWX3/Mll9/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAA&#10;n5MAAJSWAACNmQ4AiZoeAISaLgJ+mToHeZdFDXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1X&#10;jY0wVIyaM1GMqjVPjL01T4zeNU+L9zRPiv8zUIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJz&#10;AADCfwAAtogAAKyQAACilAAAmJgAAIycAACEnwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxb&#10;GWCbYx1cmmshWJl0JVWYfilRl4osTpaYLkuWqDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8v&#10;S43/L0uN/y9Ljf8v4msAAMp5AAC8hQAAsY8AAKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABu&#10;qDIDaqg9BmWnRwthplAPXaVYFFmkYBhVo2gcUqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf&#10;9StCnf8rQpz/LEKb/yxEl/8rRJf/K0SX/ytEl/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMA&#10;AH6oAABwrgAAarAOAGixHQBlsSwBYbE4A12wQwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYe&#10;QqyVID+spSI+rbkjPa3YIj2r9SM8qf8lO6f/Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACu&#10;kgAAopkAAJeeAACMpAAAgKoAAHWvAABptAAAXrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6&#10;WQpHumINRLpsEEG6dxM+uYQVPLmTFzm5oxg4ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/&#10;IDOy/yAzsv8gwYMAALSRAACmmAAAm54AAI+lAACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkA&#10;ScYoAEjGNQBFx0ABQ8dKA0DHUwQ+x10GO8dnCDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAu&#10;xP8TLcL/FSzB/xYrwP8XK8D/FyvA/xcrwP8XuI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/&#10;AABUwwAASsgCAEDNBwA60g4AOdIbADjTKAA30zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iL&#10;BSrYnQUo2bEGJ9rNBifX7wYm1P8JJdL/CyTR/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAA&#10;hqwAAHm0AABsuwAAYMIAAFTGAABIywAAPtAAADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm&#10;5UoAJOZVACPmYQEh524BIOd+Ah7okAId6aQCG+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj&#10;/wUY4/8Fo50AAJakAACIrAAAerUAAGy9AABfxAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/AR&#10;ACHxGQAf8SIAHfIrABvzNAAZ9D4AF/RIABX1UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0B&#10;Dfb/AQ30/wEN8/8BDfP/AQ3z/wEN8/8BmaMAAIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv&#10;3gAAJuIAAB/qAAAc+wYAGf8OABf/EwAU/xoAEv8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/&#10;bAAC/4AAAf+WAAD/rQAA/8oAAP/wAAD//wAA//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgA&#10;AFLQAABD1wAAN90AACviAAAi5gAAGeoAABX5AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIA&#10;AP8qAAD/MwAA/z0AAP9JAAD/VwAA/2kAAP9+AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA&#10;//oAgLUAAHC/AABhyQAAUtMAAEPbAAA14QAAKeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/&#10;BgAA/woAAP8OAAD/EQAA/xUAAP8bAAD/IwAA/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+m&#10;AAD/uAAA/88AAP/PAAD/zwAA/88A/xwvAf8gLAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC&#10;/wlvAv8JewL/CYYC/wmQAv8JmQL/CaAC/wmnAv8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/&#10;CfkB/wr/Af8K/wH/Cv8C/wr/Av8K/wL/C/8D/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8e&#10;MAH/GDgB/xRDAf8RUAL/EF4C/w5rAv8OdwL/DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65&#10;Av8OwQL/Ds0C/w7fAv8O7AL/DvgC/w7/Av8O/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E&#10;/yMqAf8mJgH/KCUB/ycnAf8jKwH/HjMB/xtAAf8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/&#10;E5kD/xOgAv8TpwP/E64D/xO1A/8TvgP/E8kD/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV&#10;/wb4Ff8G+BX/BvgV/wb4Ff8G/yYmAf8qIgH/LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1i&#10;Av8bbgP/G3oD/xqEA/8ajQP/GpUD/xqcBP8aowT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE&#10;8hz/BfEc/wbwHP8H7x3/CO8d/wnvHP8J7hz/Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/&#10;MCwB/y43Af8rRAL/KFEC/yZdA/8kaQP/I3UE/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUj&#10;twb0I8EG8iTPBu4k5AbqJfIG6CX+COYk/wrkJf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4e&#10;AP8zGAD/NRYA/zUVAP84HQD/OCcB/zczAf80PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG&#10;7yyUB+0snAjsLKMI6iyrCOksswjnLL4J5izMCeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDP&#10;LP8Qzi3/EM4t/xDOLf8Q/zIZAP83FAD/OhEA/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3&#10;XgTsNmoF6TV0BuY1fgjkNIcI4jSQCeA0mAreNJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9&#10;Esc0/xPFNP8UwzT/FcMz/xXANP8VvzT/FL80/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA&#10;/0YmAPZEMgHvQj8B6UBMA+Q/WQTfPmQG2z1vCNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLI&#10;OrUTxjrCE8Q61RTAO+sVvDr7F7k6/xi3Ov8Ztjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/&#10;DQD/QwkA/0gMAP9LEAD/TBUA9UwfAOtKKgDkSTcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KE&#10;EsFCjBO/QZUVvUGdFrtAphe6QLAYuEC8GbZAzBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8b&#10;pUH/G6VB/xulQf8b/z0QAP9CCQD/SAUA/00IAP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXE&#10;TloJwExkDb1LbRC6SnYTt0l+FbVIhxezR48ZsUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG&#10;/yGfR/8gnkf/IJ5H/x+bR/8emkf/HppH/x6aR/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUN&#10;ANVVGQDMVywAxVc8Ar9WSga6VVUKtlNfDrJSaBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yi&#10;n0uxI51LwCSbS9glmUvwJZZM/ySVTP8klEz/I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/&#10;UQAA5lcAAN1bAQDVXAUA0lsJAMtcFADDXigAvF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBU&#10;fR2eU4Ufm1KOIplRlySXUKEmlVCtJ5JQvCiRUNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/&#10;I4hS/yOIUv8j/0UHAP9LAADwVQAA31sAANNgAADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4K&#10;pV9XD6FdYBSeXGgYm1twG5hZeB6VWIEhk1eKJJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqD&#10;Vv8og1b/J4JW/yWBVv8kgVb/JIFW/ySBVv8k/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtm&#10;DgC0aSAArmkxAqhoPwWjZkoKn2VUD5pjXRSXYWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mm&#10;LIBZtC1/WccufVnmLXxa+ix7Wv8qe1v/KHtb/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA&#10;0mMAAMdoAADAawAAumsCALVrDQCubR0AqG4uAaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCH&#10;YnojhGGDJoFgjCl+X5cre16jLXlesS93XcQvdV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe&#10;/yZ1Xv8m/0sAAPBVAADeXwAAzWcAAMNsAAC7bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25P&#10;Do9tWBSLa2AYh2lnHIRobyCBZ3cjfWaAJnpkiil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8s&#10;b2P/Km9j/yhvYv8nb2L/J29i/ydvYv8n/00AAOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCj&#10;dhcAnncoAZh2NwSTdUIIjnNMDolxVROFcF0YgW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxn&#10;rDBqZ74xaWfcMGln9S5pZ/8saWf/Kmpn/ylqZv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4A&#10;ALtzAACzdwAAq3kAAKR4AwCdehQAmHslAZN7NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIi&#10;cm97Jm9uhSlsbZAsaWycLmZsqjBkbLwxY2zZMGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhl&#10;av8o/VMAAONfAADOaQAAwXEAALd3AACvewAAp30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98&#10;URF7elkWd3lgGnN3aB5vdnAhbHV4JWl0gihmc44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/&#10;K19w/ylgb/8oYG7/KGBu/yhgbv8o8VUAAN5iAADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8A&#10;jYUfAIiFLgKDhDsFfoNFCnqBTg91gFYUcX9eGG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Y&#10;d7gvV3fRL1d38S5Ydv8sWHb/Kll1/yladP8oWnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+A&#10;AACmhAAAnYYAAJGHAACKiQwAhoobAIKLKwF9ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0&#10;IV2BfSRagIkoV3+WKlV+pCxSfrYtUX7OLVF97yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n&#10;6F4AANBrAADAdgAAtH4AAKuFAAChiQAAl4sAAImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtp&#10;jlEPZY1ZE2KMYBdei2gbW4pxHleJeyFUiIYkUYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD&#10;/ydNgf8mToH/Jk6B/yZOgf8m4WMAAMlwAAC7ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcS&#10;AHKYIgBvmDACapc7BGaXRQhilk4MX5VWD1uUXRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLIm&#10;RZDKJkWP7SVFjf8lRYz/JUaL/yRGiv8kRor/JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACV&#10;kwAAipYAAH6aAABwnQAAa58OAGifHABmoCoBYqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUuc&#10;dRhIm4EaRZuPHUKanx9AmrAgP5rIID+Z6x8/mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAA&#10;ALx9AACwiAAApI8AAJmUAACOmAAAg50AAHegAABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUE&#10;UKhOBk2oVwlKqF8MR6doDkSncxFBpn8UPqaNFjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3&#10;n/8cN5//HDef/xw3n/8cxHgAALWFAACpjwAAnZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCy&#10;DgBOshsATbMoAEuzNQBJsz8BRrNJAkSzUgRBs1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPF&#10;EDKy6RAxsP4SMK7/FC+t/xUvrP8WL6z/Fi+s/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAA&#10;casAAGWvAABZtAAATrcAAEO8BQBAvREAP70eAD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQx&#10;wHcFL8CGBi3AlwcrwKoIKsHCCCrA5wcpvf0KKLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWU&#10;AACZmgAAjaEAAH+nAAByrQAAZrMAAFq4AABPuwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1&#10;ACvMQAAqzUoAKM1WACfOYQAmzm8BJM5/ASPPkQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8G&#10;Hcn/Bh3J/wYdyf8GqJQAAJyaAACQoQAAgqgAAHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn&#10;0AQAH9YKABvaEAAb2xoAGtsmABrcMQAZ3TwAGN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLj&#10;zwAS4PQAEt7/ARHd/wER2/8CEdv/AhHb/wIR2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQA&#10;AELIAAA3zAAALdAAACTVAAAc2wAAFd8FABTpDgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMA&#10;Cu9iAAnwdAAI8YkAB/KgAAXyugAE8eQAAvH9AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4&#10;sgAAaboAAFvCAABNyAAAQMwAADTRAAAq1gAAIdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7&#10;HAAE/CQAAfwsAAD8NwAA/EIAAPxQAAD8YQAA/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/&#10;AAD9/wAA/f8AiakAAHmyAABquwAAXMQAAE7MAAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAA&#10;CP0AAAX/AwAB/wkAAP8OAAD/EgAA/xcAAP8fAAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA&#10;/6YAAP/CAAD/5wAA//wAAP//AAD//wAA//8AfLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrm&#10;AAAR6gAADO4AAAXyAAAA/wAAAP8AAAD/AAAA/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8r&#10;AAD/OQAA/0oAAP9dAAD/cwAA/4wAAP+kAAD/uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA&#10;/xUrAP8QMAD/CzgB/wNEAf8AUQH/AF4B/wBsAf8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/&#10;AK8A/wC2AP8AvgD/AMgA/wDXAP8A5wD/APMA/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A&#10;/wD/AP8A/xspAP8dJgD/HCUA/xknAP8TLAD/DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKI&#10;Af8CkQH/ApgB/wKfAf8BpQD/AawA/wGyAP8BugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A&#10;/AP/APwE/wH8Bf8B/AX/AfwF/wH8Bf8B/x8mAP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/&#10;DVcB/wtjAf8KbwH/CnoB/wqEAf8KjQH/CpQB/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K&#10;4AD7Cu8A9wr6APUL/wH1DP8B9A3/AfQN/wL0Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yId&#10;AP8eIgD/HCwA/xk4AP8WRQH/E1IB/xJeAf8QagH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB&#10;/RCsAfwQswH6EL0B+RHJAfUR3QHxEe0B7hH5AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPp&#10;E/8D/yYdAP8oGAD/KBYA/yYWAP8mHQD/JigA/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkY&#10;gwH3GIwB9hiTAfQYmgHzGKEB8RmoAfAZsALuGboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/&#10;Bdwc/wXcHP8F2xz/Bdsc/wXbHP8F/yoZAP8tEwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB&#10;+iRUAfYjYAHyImsB7yJ1Au0ifgLrIocC6SKPAucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLY&#10;JOoD0iT5Bc8l/wbNJf8HyyX/CMol/wjKJP8IyiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81&#10;FAD/NRwA/zMnAPoxNADzL0EA7i1OAeksWgHlLGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yui&#10;BNErqgXPK7MFzSu/BswszwbILecHxC33CcEt/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M&#10;/zERAP81DAD/NgcA/zoLAP88EAD/OxUA+DkfAO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTM&#10;NHwFyjSFBsg0jQfGM5QIxDOcCcIzpQnBM64KvzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80&#10;/xCuNP8PrjT/D640/w+uNP8P/zUOAP84BwD/PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5B&#10;AMw+TwLIPloDxD1kBcE9bge/PHYIvDx+Cro7hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkR&#10;qjvvEqc7/xOlO/8UpDv/E6M7/xOiO/8Tojv/EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDh&#10;RQcA40INANVDGQDMRSwAxkc8AcFHSQK8RlUEuUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhB&#10;mhOnQKQUpUCvFaNAvBahQNAWnkHqF5xB/BeaQf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsG&#10;AP8/AAD5RgAA5UsAANxOAADTTQQA0UoJAMpKFADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwN&#10;pkl0D6RJfBGhSIQTn0eMFZ1HlRebRp8YmUaqGZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiN&#10;R/8YjUf/F41H/xeNR/8X/z4CAP9DAADrSwAA3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5U&#10;QQKqVEwFplNWCKJRXwyfUGcPnU9vEZpOdxSYTn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUvi&#10;HodM9x6GTP8dhUz/HIVN/xqFTP8ZhUz/GYVM/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAA&#10;vVgDALhXDgCxWR4ArFovAadaPQKiWUkFnlhTCZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyI&#10;UZcehlCjH4RQsCCCUMEhgFDdIX5R9CB9Uf8ffVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBK&#10;AADfVAAAzloAAMReAAC8XwAAtl4AALFcCwCrXhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpo&#10;E4tZcBaIWHcYhVeAG4NWiR2AVpQfflWfIXtVrSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8c&#10;dlb/G3ZW/xt2Vv8b/0UAAOxOAADaWAAAyV4AAL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKW&#10;ZEMFkWNNCI5hVQyKYF0Qh19lE4RebBaBXXQZflx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa&#10;8CNvWv8ib1r/IHBa/x5wWv8dcFr/HHBa/xxwWv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgA&#10;AKVmBQCfZxQAmmklAJVpNAKQaEAEjGdKCIhmUwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44h&#10;cF6aI25eqCVsXbglal7OJmle7iRpXv8ial7/IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADP&#10;XwAAwWUAALdqAACvbAAAp2wAAJ9qAQCZaxEAlG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hn&#10;ZxZ2Z28Zc2Z4HHBlgR5tZIwhamOYI2hipiVmYrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/&#10;HWVi/x1lYv8d8kwAAN9YAADKYgAAvWkAALNuAACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsD&#10;gnFFB31wTgt6blYOdm1eEnNsZRVwa20YbWp1G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVe&#10;Z/4jX2f/IV9m/x9gZv8eYGb/HmBm/x5gZv8e708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRz&#10;AACNdA0AiXYcAIV3KwGBdzgDfHZDBnh1TAl0dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22U&#10;Il1soiRabLIlWWzHJVhs6CVZbP0jWWv/IVpr/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAA&#10;tnEAAKx2AACjeQAAmXkAAI13AACHeQsAg3sYAH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNl&#10;dmgWYnVwGV90ehxcdIUfWnORIVdyoCNVcrAkU3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv&#10;/x1Vb/8d5VcAAM1kAAC+bQAAsnUAAKh7AACffgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9&#10;BG2ARgdpgE8KZn9WDWN+XhFgfWYUXXxuF1p7dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/sh&#10;Tnf/H052/x5Pdf8dT3X/HU91/x1Pdf8d31wAAMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5&#10;hQIAdIYRAHGIIABuiC4Baog5AmeHQwVjh0wIYIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuB&#10;mx5JgawfSIDBIEeA4x9Hf/oeSH7/Hkh9/x1JfP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAA&#10;AJ+FAACUhwAAiIcAAHuJAABwjAAAa44NAGiPGgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAO&#10;UIxoEE2MchNKi30WSIqKGEWKmRpDiqobQoq/G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpC&#10;hP8azWcAALx0AACvfgAApYYAAJqKAACOjAAAgo0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeY&#10;OgFUmEQDUpdMBU+XVAdMl1wJSZZlDEeWbw5ElXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/&#10;FzqP/xc6jv8XOo7/FzqO/xc6jv8XxW4AALZ7AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAA&#10;V54AAFKgDgBRoBsAT6EoAE2hNABLoT4BSaFHAkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42&#10;oKYPNaC7EDSg3Q80nfcQM5z/EjOa/xIzmf8TM5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2V&#10;AACBmQAAc5wAAGefAABbogAAT6YAAEepCABEqhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxc&#10;AzesZwQ1rHMFMqyBBjCskQcurKMILay4CSys2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8N&#10;tYAAAKiLAACckQAAkZYAAIWcAAB4oAAAa6UAAF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAy&#10;tiwAMbc3ADC3QQAvuEsALrhVACy4YAEquG0BKbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0&#10;/wYhs/8HIbL/ByGy/wchsv8HrYoAAKCRAACVlwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cA&#10;ADS7AAArvgMAJMIMACLCFAAiwx8AIcMqACDENAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kA&#10;GMiuABfIywAXxvEBF8T/ARbD/wIWwf8DFsH/AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABi&#10;sQAAVrYAAEq5AAA+vQAANMAAACrEAAAiyAAAGcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7U&#10;SAAN1VYADdVlAAzWeAAM1o0AC9ikAArYvgAJ2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgA&#10;AI6fAACApgAAcq0AAGS0AABXugAASb8AAD3CAAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsA&#10;Bt8RAAXfGgAE4CQAAuEuAAHiOgAA40cAAORWAADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA&#10;6P8AAOj/AADo/wAA6P8AkZ8AAIKnAAB0rwAAZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZ&#10;AAAO3QAACeEAAALlAAAA6QYAAOkNAADpEQAA6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+&#10;AAD0lwAA9bAAAPbQAAD38wAA9/8AAPf/AAD3/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAA&#10;LtEAACPWAAAZ3AAAEeAAAAzjAAAE5wAAAOoAAAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA&#10;+icAAPw0AAD/QwAA/1UAAP9pAAD/gQAA/5oAAP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6&#10;AABZwwAAS8sAADvRAAAt2AAAId0AABbiAAAO5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8A&#10;AAD/AAAA/wYAAP8MAAD/EAAA/xgAAP8iAAD/MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MA&#10;AP/VAAD/1QAA/9UA/xMoAP8TJQD/ESUA/w0nAP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/&#10;AH4A/wCIAP8AkAD/AJcA/wCdAP8ApAD/AKoA/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A&#10;/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9&#10;AP8ASwD/AFgA/wBkAP8AcAD/AHoA/wCEAP8AjAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA&#10;/gDIAP0A2QD7AOkA+gD2APkA/wD4AP8A+AD/APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/&#10;GB0A/xMeAP8OIgD/CiwA/wc5AP8DRgD/AFMA/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8A&#10;nQD/AKMA/gCpAPwAsAD6ALkA9wDEAPUA0gDzAOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/&#10;APAA/wDwAP8A/x4dAP8eGQD/HBcA/xcYAP8THgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA&#10;/wZ6AP8GgwD+BosA/AaSAPoGmQD4Bp8A9gamAPQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDl&#10;Cv8A5Av/AOQL/wHkC/8B5Av/AeQL/wHkC/8B/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8T&#10;PAD/EUkA/xBVAPwOYQD5DmsA9g51APQOfgDyDoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9&#10;AOUPzADhD+MA3RDzANkR/wHWEv8B1BP/AdMT/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A&#10;/yMOAP8jFAD/Ih4A/x8pAP8cNQD5GUMA9BhPAO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDf&#10;F5gA3RefANsXpwDZGLEA1hi7ANQZygDQGuEBzBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc&#10;/wPDHP8D/ygQAP8pCwD/KAYA/ysLAP8rEAD/KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFq&#10;ANYhdADTIXwB0CGEAc8ijAHNIpMByyKbAckiowHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8F&#10;tiX/BbUl/wa1Jf8GtSX/BbUl/wW1Jf8F/ywNAP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDf&#10;KDMA2ChCANEqTwDNK1oAyStlAccrbgHELHYCwix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYs&#10;vwW1LdEFsS3qBq4u+werLv8IqS7/CKgu/wioLf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcA&#10;AOo2AgDnMwgA5C8PANkuGwDPMSwAyTM8AMQ0SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgG&#10;sDSQBq40mQesNKIIqzSsCak0uQmnNMoKpTXlCqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wuc&#10;Nf8L/zMCAP81AAD2OgAA5T4AANxAAADUPQQA0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649&#10;YwSsPWsFqTxzBqc8ewimPIMJpDuLCqI7lAugO50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/&#10;D5I8/w6RPP8NkTz/DZE8/w2RPP8N/zUAAP85AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEA&#10;s0QyAK9FQAGrRUsCp0VVA6REXgWhRGYHn0NuCJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQ&#10;QcASjkHZEotB8RKJQv8SiEL/EYhC/xCHQv8Qh0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhO&#10;AADATQAAu0oCALZHDgCwSR0Aq0stAKZMOwGiTEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iC&#10;D41HixGLR5USiUagFIdGrBWFRrsWhEbRFoJH7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R&#10;/zsAAO5DAADcTAAAzFEAAMFUAAC5VAAAtFEAAK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaR&#10;UF4Jjk9mC4xObQ2JTnUPh01+EYVNhxOCTJEVgEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM&#10;/xR3TP8Td0z/EndM/xJ3TP8S/z4AAOhHAADVUAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYl&#10;AJhXNAGUV0ACkFdKBI1WUwaKVVsJh1RjC4RUag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUa&#10;c1DJGnFQ6BpwUfwYcFH/F3BR/xVwUf8UcVD/E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACv&#10;XgAAp1sAAKFYAwCbWRIAllsiAJJcMQGOXD0CilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZW&#10;gBV0VosXclWWGW9VoxptVLIbbFTGG2pV5htqVfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMA&#10;AN9PAADLWAAAvV0AALNhAACrYgAAomAAAJtcAACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJ&#10;e15dC3hdZQ52XGwQc1x0E3BbfRVuWogXa1qUGWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdl&#10;Wf8VZVn/FGVZ/xRlWf8U70YAANpSAADGWwAAumEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdl&#10;KwCDZTcBf2VCA3xkSwZ4Y1MIdWNbC3NiYg5wYWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3B&#10;HF9d4RxfXfgaX13/GF9d/xdgXf8WYF3/FWBd/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAA&#10;mGcAAI9lAACJZgwAhWgZAIFpKAB+ajUBemk/A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVj&#10;ZIMXYGOPGV5inRtcYqwcWmK/HFli3xxZYvcaWmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9Z&#10;AAC/YgAAs2gAAKltAACebQAAk2sAAIlpAACDawkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xW&#10;CWhsXgxla2UPY2ptEWBpdhRdaYEWW2iNGFhnmxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8W&#10;VmX/FVZl/xVWZf8V4lEAAMpdAAC7ZgAAr2wAAKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBy&#10;cy8Bb3M6AmxzRARpckwGZnJUCGNxWwtgcGMNXXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t&#10;2RpObPQZT2v/GE9r/xdQav8WUGr/FVBq/xVQav8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQA&#10;AHxzAAB2dQAAcXcQAG94HQBseSsAaXk3AWZ5QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwT&#10;UHSIFk10lxdLc6YYSXO5GUhz1RlJcvMYSXH/F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACz&#10;bwAAqHYAAJ15AACPeAAAhHgAAHd5AABvfAAAan0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/&#10;VQdUfl0JUn1lDE99bw5MfHkRSnyGE0d7lBVFe6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/&#10;E0R2/xNEdv8TzV8AALtrAACudAAApHwAAJd+AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEA&#10;WocuAFiHOAFVh0ICU4dKA1CHUgVOhloHS4ZiCUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8&#10;gvASPIH/Ej2A/xI9f/8SPX7/ET1+/xE9fv8RxWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2G&#10;AABfigAAWI0BAFSODwBSjxsAUI8nAE+QMwBNkD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6A&#10;CzqOjww4jqANN46zDjaOzA42je8ONYv/DjWJ/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAA&#10;mYcAAIyIAAB/iAAAcooAAGaNAABakQAAUJUAAEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+&#10;mlECPJpaAjqaZAM3mm8FNZl9BjOZjAcxmZ0IL5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S&#10;/wstkv8LtnUAAKqBAACeiAAAk40AAIaOAAB4jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMX&#10;ADejIgA2pC0ANaQ3ADSkQQAzpUsAMaVUATClXgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsE&#10;JaL/BSWg/wYkn/8GJJ7/BySe/wcknv8Hr34AAKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABM&#10;ogAAQqYAADipAAAvrAMAKq4OACmuGAAoryMAJ68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+x&#10;ggAespQBHLKpARuywQEbsecBG6/+Ahqt/wIarP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoA&#10;AHafAABoogAAW6UAAE+pAABErQAAObAAAC+zAAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUA&#10;FL1AABO+SwASvlgAEr5nABG/eAAQv4wAEMCiAA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQ&#10;uv8Bn48AAJSVAACHmwAAeaEAAGunAABerAAAUrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/G&#10;BQALyg0ACcoUAAjKHQAHyicAB8oyAAbLPgAFy0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMzt&#10;AADM/wAAy/8AAcr/AAHK/wAByv8Al5YAAIqcAAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAA&#10;I8MAABvGAAATygAADc0AAAjRAAAB1AkAANQOAADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA&#10;3m4AAN6EAADfmwAA37QAAN7ZAADf9wAA3/8AAN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6&#10;AABFvwAAOMIAACzGAAAhyQAAGM0AABDRAAAL1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUb&#10;AADnJAAA6S8AAOs8AADtSwAA7l0AAO5xAADviQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8A&#10;gaUAAHKtAABjtQAAVL0AAEbEAAA3yAAAKswAAB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA&#10;6gAAAOwAAADuBQAA7wwAAPEQAADzFwAA9SAAAPgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/&#10;wAAA/+EAAP/1AAD/9QAA//UAdK4AAGW3AABWwAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YA&#10;AADpAAAA7AAAAPAAAADzAAAA9AAAAPYAAAD4AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcA&#10;AP9KAAD/XgAA/3YAAP+PAAD/pgAA/7oAAP/RAAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/&#10;ADIA/wA+AP8ATAD/AFkA/wBlAP8AcAD/AHoA/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8A&#10;sgD/ALoA/wDFAP8A0wD/AOcA/wD0AP8A/wD+AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEh&#10;AP8QHgD/DR0A/wcfAP8AIwD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A&#10;/wCVAP8AmwD/AKEA/wCnAP4ArgD9ALYA/ADAAPsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1&#10;AP8A9QD/APUA/wD1AP8A/xUdAP8TGgD/EBkA/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8A&#10;ZwD/AHEA/wB6AP4AgwD8AIoA+gCRAPkAlwD4AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDs&#10;AO0A+gDrAP8A6gD/AOoA/wDqAP8A6gD/AOoA/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA&#10;/wIwAP8APgD/AEsA/wBXAP8AYgD8AGwA+AB1APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDp&#10;AK4A5wC3AOYAwwDkANQA4gDpAOEA9wDfAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8a&#10;EAD/Fg4A/xIOAP8SFQD/Dx8A/wwrAP8JOAD/BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOH&#10;AOQDjgDiA5UA4QOcAN8EowDdBKsA2wS0ANgFwADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8A&#10;ywv/AMsL/wDLC/8A/x8QAP8eCwD/GgcA/xkLAP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDl&#10;DGEA4gxqAN4NcwDbDXsA2Q2DANYNigDUDZEA0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS&#10;+QC/E/8AvRP/AbwT/wG8E/8BvBP/AbsT/wG7E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgc&#10;AOwVKADlEzYA3xJDANkTTwDTFFoA0BVkAM0WbQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUA&#10;vhmvAL0auwC7GssAuBvlAbQc9gGyHf8CsB3/Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/&#10;JgAA+ycAAPElAwDwIQsA6BwSAN4ZHQDUGy0AzR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkj&#10;fwG3I4cBtSOPAbQklwGyJKABsSSqAq8ktgKtJcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/&#10;A6Em/wOhJv8D/ykAAP8oAAD2LQAA5zAAAN8vAADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08A&#10;tSxZALIsYgGwLGoBri1yAawtegKqLYECqS2KAqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZ&#10;Lv8Gly//BpYv/waVLv8FlS7/BZUu/wWVLv8F/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEt&#10;EQC6MCEAtDIxALA0PgCsNUoAqTVUAac1XQGkNWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDSh&#10;BpY0rQeUNbsIkzXQCJA17AiONv4IjDb/CIs2/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA&#10;0kEAAMdCAADAQAAAuzoBALY2DgCwORwAqjssAKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWU&#10;PHcGkjyAB5E8iAePO5IIjTudCYs7qQqJO7cLiDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8&#10;/wiBPP8I/zMAAOw6AADaQwAAykcAAL9JAAC3RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RM&#10;AZREVQKRQ10Dj0NkBY1DawaLQnMHiUJ7CIdChAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkN&#10;eUL/DHhC/wt4Qv8LeEL/CnhB/wp4Qf8K9jYAAOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCf&#10;RhMAmkgjAJZJMgCSSj4Bj0pIAoxKUQOKSVkEh0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhG&#10;og92RrAQdUbCEHNG4BByR/cPcUf/DnFH/w1xR/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEA&#10;ALRTAACqUgAAok4AAJ1KAQCXSxEAk00gAI9PLgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJ&#10;eU10C3dMfQx1TIcOc0ySD3FLnxFvS60SbUu/EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxq&#10;S/8M8D0AANtIAADHUAAAulUAALBYAAClVgAAnFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9U&#10;SwN8VFMEelNaBnhTYgh1UmkJc1JxC3FReg1uUYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/&#10;EGRQ/w9kUP8OZU//DWVP/wxlT/8M7EEAANRMAADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwA&#10;hlcZAINYJwCAWTQAfVk/AXpZSAN3WFAEdFhYBnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJi&#10;VKkTYFS6FF9U0xReVPITXlT/EV9U/w9fVP8OX1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhf&#10;AACcXQAAklsAAItYAACFWgoAgVsWAH1cJAB6XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFts&#10;C2VadQ1jWn8PYVmLEV5ZmBJcWKcUW1i4FFlZ0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N&#10;40gAAMtTAAC7WwAAsGEAAKRiAACXYQAAjl8AAIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJs&#10;YUsDamFTBWdhWgdlYGIJY2BqC2Bfcw1eXn0PW16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc&#10;/xBVXP8OVVv/DlZb/w1WW/8N3kwAAMdWAAC4XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQR&#10;AHJlHgBvZisAbGc3AWpnQAJnZkkDZWZRBGJlWAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMT&#10;UGK0E09izBNPYu0ST2H/EU9h/xBQYP8OUGD/DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACP&#10;ZwAAhGcAAHllAABzZwAAb2kOAGxqGwBpaygAZ2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZp&#10;bgtTaXgNUWiED05okhBMZ6ESS2eyEklnyRJJZ+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQA&#10;AL5eAACxZwAApm0AAJdsAACKawAAf2sAAHNrAABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMC&#10;WXFLA1dxUwRVcFoGUnBiB1BwawlOb3ULS2+CDUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5F&#10;a/8NRWr/DUVq/w1Fav8Ny1gAALpjAACtbAAAoXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12&#10;EgBbdx8AWXgrAFd4NgBVeD8BU3hIAlF4TwNPd1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3Wu&#10;Dj51xQ49degOPnP9DT5y/w0+cf8MP3H/DD9w/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAA&#10;dXQAAGl2AABeeQAAWHwBAFR9DgBSfhoAUX8mAE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVB&#10;f3AGP358CDx+igk6fpoKOX6sCzd+wws3feYLN3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBv&#10;AACleAAAlnkAAId5AAB7eQAAcHoAAGR8AABYgAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+&#10;AEGJRwFAiU8BPohYAjyIYQM6iGwEN4h4BTWIhwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8I&#10;MIH/CDCB/wgwgf8It2sAAKp2AACgfwAAkH4AAIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9&#10;kA4AO5AYADqRIwA5kS0AOJI3ADeSQAA2kkkANJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiS&#10;vQQokuEDJ5D6BCeO/wUnjf8FJ4z/BSeM/wUnjP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gA&#10;AFiLAABNjwAAQ5MAADqXAAAymgcALpsQAC2bGgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEA&#10;JZ5uACOefgEinpABIJ6jAR+euQEent0BHpz4Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACT&#10;iwAAhYoAAHWLAABojgAAW5EAAFCVAABGmQAAO50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByo&#10;LQAbqDcAGqlBABmpTAAYqVgAF6pmABaqdgAVqokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/&#10;AROk/wETpP8Bo4YAAJeMAACNkQAAfZIAAG2VAABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAA&#10;GbEAABKzBwAPtRAADrUXAA61IQANtSsADbU2AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAF&#10;tsUABrbqAAe1/wAItP8ACLP/AAmy/wAJsv8Amo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECs&#10;AAA1sAAAKrMAACG1AAAYuAAAEbsAAAy+AgAGwAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQ&#10;AADEXwAAxHEAAMSHAADEnQAAxLUAAMTaAADE9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAA&#10;aqYAAFysAABPsQAAQbUAADW3AAApugAAH70AABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAA&#10;zhgAAM4hAADQKgAA0TUAANNDAADUUgAA1GMAANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW&#10;/wAA1v8AipsAAHuiAABsqQAAXrAAAFC2AABCugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIA&#10;AADXAAAA2QAAANoFAADcCwAA3RAAAN8VAADhHQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcA&#10;AOqvAADqzgAA6+8AAOv+AADr/wAA6/8AfaMAAG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAAS&#10;zwAAC9MAAALYAAAA3QAAAOEAAADkAAAA5QAAAOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3&#10;MQAA+UEAAPpVAAD6agAA+4QAAPudAAD8tgAA/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQA&#10;ADTJAAAmzQAAGtIAABDYAAAI3QAAAOEAAADlAAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAA&#10;APkBAAD7CAAA/g4AAP8VAAD/IQAA/y8AAP9BAAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA&#10;/9QA/wsgAP8HHgD/AB0A/wAgAP8AJQD/AC4A/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8A&#10;hwD/AI4A/wCUAP8AmgD/AKAA/wCmAP8ArQD/ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/&#10;AP0A/wD9AP8A/AD/APkA/wD5AP8A/w0dAP8LGgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA&#10;/wBeAP8AaAD/AHIA/wB6AP8AggD/AIkA/wCQAP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2&#10;ANkA9QDrAPQA+QDzAP8A8gD/APMA/wDzAP8A8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8A&#10;GQD/ACUA/wAyAP8AQAD/AEwA/wBZAP8AYwD+AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCe&#10;APIApADwAKwA7gC0AO0AwADrAM8A6QDmAOgA9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A&#10;/xIUAP8QEAD/DA8A/wMQAP8AFQD/ACAA/wAsAP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADt&#10;AH8A6wCGAOoAjADoAJMA5wCZAOUAoADjAKcA4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA&#10;/wDTAP8A0wD/ANMA/wDTAP8A/xUQAP8SDAD/DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBN&#10;AOsAWADoAGEA5QBqAOIAcgDgAHoA3gCAANwAhwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQA&#10;ygDZAMgA7QDHAPsAxQD/AMQB/wDDAf8AxAH/AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/&#10;DBQA/AcfAPEDKwDnADkA4gBGAN4BUQDaAlsA1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYF&#10;mADEBaAAwgapAMEGtAC/BsEAvQjVALsJ7AC4C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsF&#10;AP8YAAD/FwAA/xYAAPsTBgD6EA4A7gwWAOMJIgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8A&#10;wQ52AL8OfgC9D4UAvA+NALoQlQC4EJ0AtxCnALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCn&#10;Ff8AphT/AaYU/wGmFP8B/x8AAP8cAAD6HgAA6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAU&#10;RAC8Fk8AuRdZALcXYQC0GGkAsxlxALEZeACvGoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3P&#10;AKEe6gGeHvwBnB//AZsf/wGaH/8Bmh7/AZke/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAA&#10;yhwIAMQZEgC9HCIAtx4xALMgPgCvIUkArSJTAKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGe&#10;JZQBnSWeAZsmqgGZJrcBmCbJApUn5gKSJ/kCkCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIp&#10;AADjMQAA0jQAAMg0AADAMAAAuykCALgjDgCxJhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1n&#10;AZktbgGYLnUBli59ApQuhgKTLpACkS6aA48upgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8D&#10;gy//A4Mv/wODL/8D+ykAAOsxAADZOAAAyTwAAL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACa&#10;NEAAmDVKAJU1UwCTNVsBkTViAY81aQKNNXECjDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn82&#10;3AZ9NvQGezb/BXs2/wV6Nv8Eejb/BHo1/wR6Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoA&#10;AKM2BgCdNxMAmTkiAJU6LwCSPDsAjzxGAIw8TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcF&#10;fTySBns7ngd5O6wHdzu8CHY81Qh0PPEIczz/B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJ&#10;RAAAvEgAALBJAACmRgAAn0EAAJs9AQCVPRAAkT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5C&#10;YgN8QmkEekJxBXhCegZ2QYQHdEGPCHJBmwhwQakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/&#10;BmpB/wVqQf8F7TcAANZCAADESQAAt00AAKtNAACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQA&#10;gEg/AH5ISAF7SFACeUhXAndIXwN1SGYEc0duBXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtl&#10;RuwLZEf/CWRG/whkRv8HZEb/BmRF/wZkRf8G6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1H&#10;AACHSAsAg0oWAH9LJAB9TDEAek08AHdNRQF1TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJ&#10;CWRLlgpiS6QLYUu0DF9LygxeS+oLXkv+Cl5L/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAA&#10;sFUAAKFUAACWUgAAjVAAAIdMAACBTQgAfU8TAHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNp&#10;UWEEZ1FoBmVQcQdjUHsIYVCGCl9PkwtdT6EMW0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO&#10;/wdZTv8H30MAAMdNAAC4VAAArFkAAJ1XAACRVQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2&#10;AGxWQAFqVkgBaFZQAmZWVwNkVl4EYlVmBWBVbwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YM&#10;U1P8C1NT/wlUUv8IVFL/CFRS/wdUUv8H2kYAAMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2&#10;VgEAcVcPAG5ZGwBsWigAaVozAGdbPQFlW0UBY1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRY&#10;jwtSWJ4MUFiuDU9Yww1OWOQMTlj7C09X/wlPV/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14A&#10;AJVdAACJXAAAf1sAAHZZAABwWgAAa1wNAGhdGABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oD&#10;WF9hBVVeagZTXnQHUV1/CU9djQpNXZwLS12sDEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdK&#10;Wv8Hzk4AALxYAACuYAAAn2EAAJFgAACFXwAAe18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxk&#10;NwBaZEABWGRIAVZkUAJUZFcDUmRfBFBkZwVOY3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5&#10;CkRg/wlEYP8IRV//B0Vf/wdFX/8HyFIAALhcAACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAA&#10;X2YGAFtnEQBZaB0AV2kpAFZqMwBUajwAUmpFAVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhC&#10;aJgJQGipCj9ovQo+aN4JPmf3CT5m/wg/Zf8HP2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdn&#10;AAB7ZwAAcWcAAGVoAABcagAAWGwBAFRuDgBSbxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZ&#10;AkRwYgNCcGwEQHB4BT5whgY8b5UHOm+mCDhvuwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8G&#10;vVwAAK9mAACibQAAkWwAAIJrAAB3awAAbGwAAGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBF&#10;eDMAQ3g8AEJ4RABBeE0BP3hVAT14XgI7eGgCOXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0&#10;/wUxc/8FMXL/BTJy/wUycv8Ft2MAAKptAACccQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoA&#10;AEJ9AwA/fg4APX8YADx/IwA7gC0AOoA2ADmBPwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8D&#10;LIGhAyqBtgMpgdIDKX/zAyl9/wMpfP8DKXv/Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABt&#10;dQAAYXcAAFd6AABMfgAAQ4EAADuFAAA1iAkAMokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqL&#10;VAApi18AKItrACaLegEki4sBI4ueASKLswEhjM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IA&#10;AKF8AACPewAAgHoAAHN6AABmfAAAW38AAFCCAABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwA&#10;IpUmACGVLwAglTgAH5ZCAB6WTAAdllgAHJZkABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEW&#10;kv8BFpH/ARaQ/wEWkP8BpXsAAJmDAACJgQAAe4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2X&#10;AAAlmgAAHZ4BABagDAAUoRIAFKEbABOhJQASoS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOS&#10;AAyjpwAKosAAC6LmAAyg/gANn/8ADZ7/AA2d/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAA&#10;TJIAAEGXAAA3mwAALp4AACSiAAAcpQAAFagAAA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQAB&#10;rkUAAK5SAACuYQAArnMAAK6HAACunQAArrQAAK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQ&#10;AAB7kAAAa5IAAF2WAABQmgAARJ8AADmjAAAvpwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgO&#10;AAC5FAAAuRwAALolAAC6LwAAuzoAALxHAAC8VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4A&#10;ALv/AAC7/wAAu/8AkJIAAIOYAABzmwAAY58AAFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAM&#10;vQAABb8AAADDAAAAxAIAAMUKAADFDgAAxhQAAMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADO&#10;gwAAzpsAAM21AADO2gAAzvYAAM3/AADN/wAAzf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkA&#10;ACS8AAAZvwAAEcIAAArFAAACyQAAAMwAAADQAAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEA&#10;AN8sAADhOgAA4koAAONdAADkcgAA5IsAAOWlAADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABc&#10;rwAATbYAAD+8AAAwvwAAI8MAABfHAAAPygAAB84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADk&#10;AAAA5gMAAOgJAADpDgAA7BUAAO4eAADxKwAA9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnk&#10;AAD58wAA+fMAbaoAAF6yAABPugAAQMEAADHFAAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAA&#10;AOgAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYAAAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA&#10;/2YAAP9/AAD/mQAA/68AAP/DAAD/1gAA/9YA/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8A&#10;RgD/AFMA/wBeAP8AaQD/AHIA/wB6AP8AggD/AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5&#10;AP8AxQD/ANkA/gDsAP0A+wD7AP8A+wD/APsA/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA&#10;/wAWAP8AGwD/ACYA/wA0AP8AQgD/AE4A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8&#10;AJYA+gCdAPkAowD4AKsA9wC0APUAvwD0AM4A8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA&#10;/wDqAP8A/wsUAP8GEQD/ABAA/wAQAP8AFgD/ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBw&#10;APcAeAD1AH8A8wCFAPIAiwDwAJIA7wCYAO0AnwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A&#10;4AD/AOAA/wDhAP8A4QD/AOEA/wDhAP8A/w0QAP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5&#10;AEMA9gBOAPIAWQDvAGIA7ABrAOoAcgDoAHkA5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgA&#10;tADVAMAA0gDTANAA6gDOAPoAzQD/AM0A/wDNAP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAI&#10;AP8ADgD/ABYA9gAiAPAALwDsADwA6QBIAOUAUwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcA&#10;zgCOAMwAlQDKAJ0AyAClAMYArwDEALsAwgDLAMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8&#10;AP8A/xEFAP8OAAD/CgAA/wgBAP8ECgD4ABAA6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkA&#10;ZgDGAG4AxAB0AMIAewDBAIIAvwCJAL0AkAC8AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/&#10;AK4D/wCtBP8ArQT/AK0E/wCtBP8A/xQAAP8QAAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0A&#10;yAI6AMQDRQDAA1AAvQRZALsFYQC5BWgAtwZvALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACq&#10;CrUAqArFAKYL3wCkDfQAog7/AKAO/wCfDv8Anw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsW&#10;AADSEAIAzwkLAMgIFgDBCiQAvAwyALcNPgC0DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGA&#10;AKURiACjEpEAoRKbAKATpgCeE7MAnBPDAJsU3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A&#10;/xoAAPQdAADlIwAA1SUAAMokAADCHQAAvhYEALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCg&#10;Gl0AnhtlAJ0bbACbHHMAmhx7AJgcgwCXHY0AlR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg&#10;/wGHIP8BhyD/AYYg/wGGIP8B+h4AAOsmAADaLQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8m&#10;AJ8hMwCcIj4AmSNIAJckUQCVJFkAkyVgAJIlZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sB&#10;hCe7AYMo0QGAKO4Bfin/AX0p/wF8KP8BfCj/AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACr&#10;MQAApSwAAKImBgCeJhMAmSghAJUqLgCSKzkAjyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIu&#10;egGBL4QBfy+PAn0vmgJ7L6cCei+3AngvzAJ2MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoA&#10;ANw1AADHOwAAuj8AAKw8AACiOAAAnDMAAJgvAACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEA&#10;gDVYAH41XwF9NWYBezZuAXk1dgJ4NYACdjWLA3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNr&#10;Nv8Cajb/Amo1/wJqNf8C6jAAANM6AADCQQAAs0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4&#10;JQCBOjEAfzs8AHw7RQB6PE0AeDxVAXc8XAF1PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDux&#10;BWc8xQVlPOUFZDz6BGQ8/wNjO/8DYzv/A2M7/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAA&#10;jkAAAIk8AACEPAoAgD0UAH0+IgB6Py4AeEA4AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANo&#10;QXkDZ0GEBGVBkQVjQZ8FYUGuBmBBwgZeQeIGXkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhD&#10;AAC5SgAAqUsAAJtJAACQRwAAiEQAAINBAAB+QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZP&#10;AWpGVgFoRl0CZkZlAmRGbQNiRnYEYEaCBF5GjgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8E&#10;V0T/A1hE/wNYRP8D2j0AAMRHAAC1TgAApE4AAJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBu&#10;SScAa0oyAGpLPABoS0QAZktMAWRLUwFiS1oCYEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RK&#10;vQdTStwHUkr2BlJK/wVSSf8EUkn/A1JI/wNTSP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwA&#10;AHhIAABySgAAbksNAGtNGABoTiQAZk4vAGRPOQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IE&#10;VU99BVNPigVSTpgGUE6oB05OuwdNTtkHTU71Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACu&#10;VAAAnFMAAI5SAACDUQAAelAAAHJNAABsTwAAaFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpU&#10;TgFYVFYBVlRdAlRUZgNSU28DUFN7BE5TiAVMU5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/&#10;BElQ/wNJUP8DykgAALlSAACqVwAAmFYAAIpVAAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4A&#10;W1cpAFlYMwBYWDwAVllEAFVZTAFTWVMBUVlbAk9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZD&#10;WNIGQ1fyBkNW/wVDVf8ERFX/BERU/wNEVP8DxkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZW&#10;AABhWAAAXVkEAFlaEABXWxsAVVwmAFNdMABSXTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12&#10;A0RdgwRCXZIFQF2jBj9dtgY+XdAGPVzxBT5b/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAA&#10;kFwAAIJbAAB2WwAAbVsAAGFbAABbXQAAVl4AAFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBH&#10;Y04ARmNWAURjXgFCY2gCQGNzAz5jgQM8Y5AEOmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle&#10;/wM5Xv8DvFUAAK1fAACcYAAAi18AAH1fAAByXwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gd&#10;AEVoJwBEaTEAQ2k5AEJqQgBAakoAP2pSAD1qWwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsD&#10;MWjtAzFn/wMxZv8DMmX/AzJk/wMyZP8Dt1sAAKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQ&#10;aAAASWsAAENtBABAbg4APm8YAD1vIgA8cCsAOnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFx&#10;egEvcYoCLXGcAitxrwIqccgCKnDrAipv/wIqbf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcA&#10;AHRnAABpZwAAX2gAAFVrAABLbgAAQ3EAADx0AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8A&#10;LnlIACx6UgArelwAKnpoACh6dgAmeocBJXqZASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIj&#10;dP8CrGgAAJ1uAACKbQAAe2wAAG9sAABlbAAAWm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeC&#10;FAAmgh4AJYInACSCLwAjgzgAIoNCACGDSwAghFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPm&#10;ABiB/QAZgP8BGX//ARl+/wEZfv8BpnAAAJVzAACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAA&#10;N4EAAC+EAAAniAAAIIsFABuNDgAajRUAGY0eABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagAR&#10;j3sAEI+PAA+PpAAOj7sADY/gAA6N+gAPi/8AEIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4&#10;AABYewAATX4AAEKCAAA5hgAAL4oAACeOAAAgkQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5ow&#10;AAqaOwAJmkYACJpTAAabYQAFmnIABJqGAAKamwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8A&#10;mYEAAId/AAB6fgAAa34AAF2BAABQhQAARYkAADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAG&#10;pQoAAaUQAAClFgAAph8AAKYoAACmMgAApz0AAKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl&#10;6QAApfwAAKX/AACk/wAApP8AkYcAAIKGAAByhgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IA&#10;ABemAAAQqQAAC6wAAASvAAAAsQYAALEMAACyEQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0A&#10;ALVwAAC1hgAAtZ0AALW2AAC13AAAtPcAALT/AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABA&#10;nwAANaQAACqoAAAgrAAAFrAAAA+0AAAJtwAAAbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADC&#10;HQAAwycAAMUyAADGQAAAxlEAAMdjAADHeAAAx5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cA&#10;AHGaAABhngAAUqMAAEWpAAA4rgAALLMAACC3AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAA&#10;AMwAAADNAwAAzgkAANAOAADSEwAA1BsAANglAADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA&#10;39kAAN/zAADf/wAA3/8Ad58AAGimAABZrQAASrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADM&#10;AAAA0AAAANUAAADZAAAA2gAAANwAAADeAAAA4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFE&#10;AADyWAAA828AAPSKAAD0pAAA9L8AAPTfAAD08wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAA&#10;E8oAAAvOAAAA0gAAANcAAADcAAAA4AAAAOUAAADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA&#10;9gcAAPkOAAD8FgAA/yIAAP8zAAD/RwAA/10AAP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8A&#10;FgD/ABUA/wAYAP8AHgD/ACcA/wA2AP8AQwD/AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCK&#10;AP8AkAD/AJYA/wCcAP8AowD/AKsA/wC0AP4AvwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A&#10;7gD/AOkA/wDnAP8A/wAUAP8AEQD/ABEA/wASAP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/&#10;AGgA/wBwAP8AeAD9AH4A/ACFAPoAiwD5AJEA+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A&#10;8gDsAP8A7AD/AOwA/wDrAP8A5QD/AOAA/wDeAP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wAr&#10;AP8AOAD/AEUA/gBQAPsAWgD4AGMA9QBrAPMAcgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA&#10;5gCpAOQAswDhAMAA4ADTAN4A6wDcAPsA2wD/ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/&#10;AAYA/wAJAP8ADwD/ABgA+wAlAPgAMgD1AD8A8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4A&#10;gADcAIYA2gCNANcAlADUAJsA0gCkAM8ArQDNALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/&#10;AMcA/wDHAP8A/woGAP8BAAD/AAAA/wAEAP8ACwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA&#10;1ABfANEAZwDOAG0AzAB0AMoAegDIAIAAxgCHAMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3&#10;APAAtQD/ALYA/wC1AP8AtQD/ALUA/wC1AP8A/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkA&#10;JADRADEAzQA8AMoARwDGAFEAwwBZAMAAYAC+AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCa&#10;ALAApACuAK8ArAC9AKoA0ACoAOsApwD7AKYA/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA&#10;6gkAAOIEAADaAAcAzwARAMgAHADCACkAvgA1ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCr&#10;AHUAqQB9AKgAhACmAI0ApACWAKMAoAChAKsAnwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI&#10;/wCXCP8A/xAAAPcQAADoFAAA3BUAAM4RAADGDQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhN&#10;AKYIVQCkCVwAogpjAKAKagCfC3EAnQt4AJwLgACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoA&#10;jhD8AIwQ/wCLEP8AixD/AIsQ/wCKEP8A+xMAAO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCr&#10;DRkApw4mAKMPMwCfED4AnRFHAJoRUACYElcAlhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsV&#10;mgCKFacAiBa1AIYWyQCEF+cAghj7AIAZ/wB/Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoA&#10;ALMmAACqIgAApRwAAKQVCACgFBMAmxYhAJcYLQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcA&#10;hh5vAIUedwCDH4AAgh+LAIAflwB+IKMAfSCyAHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0&#10;If8A7yEAANsrAADHMQAAtjEAAKkuAACgKgAAmyYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUk&#10;RgCDJU4AgSZVAH8mXAB+JmMAfCdrAHsncwB5J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3&#10;AWwp/wFrKf8Bayn/AWso/wFrKP8B6CgAANAyAADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwA&#10;hygXAIMqIwCAKy8Afiw5AHwsQgB6LUoAeC5RAHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFr&#10;L50BaS+sAWgwvgFnMNsBZTD1AWQw/wFjMP8BYy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6&#10;AACRNwAAijMAAIYwAACDLgkAfy8TAHswHwB4MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVk&#10;AGo1bAFoNXUBZzWAAWU1jAFjNZoCYTapAmA2uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B&#10;3DMAAMU8AAC0QQAAokAAAJU+AACLPAAAhDkAAH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBr&#10;OkMAajpLAGg7UgBnO1kAZTthAWM7aQFiO3IBYDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0Nf&#10;UFJPRklMRQAGCdIDVzvxAlY7/wJWO/8CVjr/AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACF&#10;QAAAfj4AAHk7AAB0OgAAcToOAG08GABrPSQAaT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1A&#10;ZgFcQG8BWkB6AlhAhwJWQJUCVECkA1NAtgNSQM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsA&#10;AL1FAACqRwAAmUYAAItFAACBRAAAeUIAAHQ+AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4A&#10;XkRFAF1FTQBbRVQAWUVcAVhFZAFWRW0BVEV4AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJL&#10;RP8CS0P/AkxC/wJMQv8Cyj8AALlIAACmSgAAlUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJF&#10;EwBfRh4AXUcoAFxIMgBaSDsAWUlDAFdJSgBWSVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmh&#10;A0hJswNHScoDRknsA0ZI/wJGSP8CR0f/AkdG/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAA&#10;cEkAAGlGAABkRwAAX0kGAFxKEABaSxsAWEwlAFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFM&#10;TmkBSk5zAkhNgAJGTY8DRU2fA0NNsQNCTcgDQU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNP&#10;AACeTwAAjU4AAIBOAAB1TQAAbEwAAGNKAABeTAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9&#10;AE1SRQBMUk0ASlJUAElSXQFHUmYBRVJxAUNSfgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8C&#10;PU//Aj1P/wI9Tv8CvksAAK5TAACaUgAAiVEAAHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABO&#10;VBQATFUfAEtWKQBJVjIASFY6AEdXQgBGV0oARFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhX&#10;rQI3V8QCN1fnAjdW/QI3Vf8CN1T/AjdT/wI4U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQA&#10;AFhUAABSVgAATlcAAEpZCQBHWhEARlobAERbJQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEA&#10;Ol1sAThdeQE2XYgBNF2ZAjNdqwIxXcICMVzlAjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQ&#10;WAAAgFgAAHNXAABpVwAAYFgAAFRZAABOWwAASF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADli&#10;OgA4Y0IAN2NLADZjVAA0Y10AM2NoADFjdgEvY4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//&#10;AStf/wErXv8BsVkAAJ5cAACLXAAAe1sAAG9bAABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoA&#10;NWgSADRoGwAzaSQAMmktADFpNQAvaj0ALmpGAC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAj&#10;a70AImrgACNp+QEjZ/8BI2b/ASNm/wEkZf8BrGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1j&#10;AABEZgAAPWgAADZrAAAwbgQALHAOACpxFQApcR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNg&#10;ACBzbQAec30AHXOQABtzowAac7kAGXPcABpx9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAA&#10;cWQAAGZkAABdZAAAUmYAAEhpAAA/bAAAN28AADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAa&#10;ezAAGXw5ABh8QwAXfE4AFnxaABV8ZwAUfXgAEn2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3&#10;/wASd/8AnmsAAIpqAAB6aQAAbWkAAGJpAABXagAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IA&#10;ABSFCQARhhAAEYYXABCHHwAQhygADocxAA6HOwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4A&#10;BYbJAAaF7AAHhP8ACIP/AAmC/wAJgv8AlXEAAINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAy&#10;fQAAKoEAACKFAAAbiQAAFIwAAA+PAwAKkgsABpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACT&#10;WQAAk2kAAJN7AACSkAAAkqYAAJG/AACR5QAAkPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUA&#10;AFV4AABJfAAAP4AAADSEAAAriQAAIo0AABqRAAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoA&#10;AJ4iAACfKwAAnzUAAKBCAACgUAAAoF8AAKBxAACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAA&#10;nP8Ahn0AAHh8AABpfAAAW38AAE6DAABBiAAANowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACn&#10;AAAAqQMAAKkKAACqDgAAqxMAAKwZAACtIgAArisAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6r&#10;AACuyQAAru8AAK3/AACt/wAArf8AgYQAAHGEAABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAA&#10;EqgAAAysAAAErwAAALIAAAC2AAAAtwAAALcCAAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAA&#10;wEgAAMBaAADBbgAAwYYAAMGgAADBugAAweMAAMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2g&#10;AAAxpQAAJasAABqvAAARswAAC7gAAAK7AAAAvgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoL&#10;AADMDwAAzhUAANAfAADTKwAA1ToAANVMAADWYAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8A&#10;cJkAAGCeAABRpAAAQ6oAADWwAAAotgAAHLoAABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA&#10;0wAAANYAAADYAAAA2wAAAN0AAADfBwAA4g0AAOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADv&#10;nAAA8LcAAPDTAADw7AAA8PQAZ6YAAFitAABJtAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIA&#10;AADWAAAA3AAAAOAAAADjAAAA5AAAAOYAAADoAAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwA&#10;AP8sAAD/PwAA/1UAAP9uAAD/igAA/6QAAP+6AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/&#10;ACUA/wAyAP8APwD/AEsA/wBWAP8AYAD/AGgA/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8A&#10;ngD+AKYA/QCuAPwAuQD6AMgA+QDiAPgA9AD3AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wAR&#10;AP8ADgD/AA4A/wAPAP8AFAD/ACAA/wAtAP8AOgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA&#10;+QCAAPcAhgD2AIwA9QCSAPMAmQDyAKAA8ACpAO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDl&#10;AP8A3QD/ANUA/wDRAP8A/wANAP8ACgD/AAgA/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYA&#10;VQDzAF4A8QBmAO4AbQDsAHQA6wB6AOkAgADnAIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDK&#10;ANcA5gDUAPgA0gD/ANIA/wDSAP8AzgD/AMkA/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA&#10;9wAiAPMALgDvADoA7ABFAOgATwDkAFgA4QBgAN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDN&#10;AJUAywCeAMkApwDHALMAxQDCAMMA3ADBAPEAvwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8A&#10;AAD/AAAA/wAAAPYACADuABEA5wAbAOEAJwDdADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABt&#10;AMIAcwDAAHoAvwCAAL0AiAC7AJAAuQCYALgAogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8A&#10;rgD/AK4A/wCuAP8A/wIAAP8AAAD9AAAA8gAAAOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9&#10;AEsAugBTALgAWgC2AGEAtABnALIAbQCwAHQArwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIA&#10;xgChAOMAnwD2AJ4A/wCeAP8AngD/AJ4A/wCeAP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAP&#10;AL0AGQC4ACUAtAAxALEAOwCuAEUArABNAKkAVQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUA&#10;nACOAJoAmACYAKQAlgCwAJUAwQCTANwAkgDyAJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADh&#10;EQAAzhAAAMINAAC7BwAAtwAKALEAEgCsAB4AqAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcB&#10;YwCWAmkAlAJwAJMDeACRA4AAkASKAI4ElQCMBaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/&#10;AIML/wCDC/8A9hAAAOYXAADSHAAAwBoAALMWAACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgA&#10;lAtBAJIMSgCQDFEAjg1YAIwNXgCLDWUAiQ1sAIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9&#10;ENsAehH0AHgS/wB3Ev8AdxL/AHcS/wB3Ev8A7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkR&#10;BACYDhAAkxAbAI8RJwCMEjIAiRM8AIcTRACFFEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReD&#10;AHgXjwB2GJwAdBiqAHMZuwByGdQAbxrxAG4b/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAA&#10;qyoAAJ4oAACWJAAAkCAAAI0cAACMFwwAiBgWAIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2&#10;H1wAdB9jAHMfawBxIHQAcCB/AG4hiwBsIZgAayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi&#10;/wBkIf8A4CYAAMgvAAC0MQAAozAAAJYuAACNKwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQz&#10;AHMlPABxJUMAcCZLAG4mUgBtJ1kAaydgAGonaABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsA&#10;XirsAFwq/wBcKf8AXCn/AFwp/wBcKP8A2CwAAMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5&#10;KAMAdicQAHIpGgBwKiUAbSsvAGssOABqLEAAaC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4v&#10;hABcL5IAWi+hAVkvsgFYMMgBVjDpAVUw/gFVL/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgA&#10;AIo3AACANgAAejIAAHUwAAByLgAAbi4NAGsvFgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIA&#10;XTRaAFw0YgBaNGsAWTV1AFc1ggBVNZABVDWfAVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFP&#10;M/8ByzYAALg9AACjPAAAkjwAAIU7AAB7OgAAdDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43&#10;MQBdODoAWzhBAFo5SABZOVAAVzlXAFY6XwBUOmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrl&#10;AUk6/AFJOf8BSTn/AUk4/wFKOP8BxzoAALNAAACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAA&#10;YjkHAF86EQBcOxsAWjslAFk8LgBXPTcAVj0+AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFK&#10;P4sBSD+bAUc/rAFFP8EBRD/jAUQ++wFEPv8BRD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1B&#10;AABzQAAAaz8AAGU8AABgPAAAXD4EAFk+DwBXPxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNS&#10;AEtDWgBKQ2QASENuAEdDewFFQ4kBQ0OZAUJDqwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8B&#10;v0EAAKpFAACWRQAAhkUAAHlEAABvRAAAZ0IAAGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABM&#10;RjEAS0Y5AEpHQQBJR0gASEdQAEZHWABFR2EAQ0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH&#10;+AE6Rv8BOkX/ATtF/wE7RP8Bu0UAAKZIAACSRwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcA&#10;AE5ICgBMSRIASkkcAEhKJQBHSi4ARks2AEVLPgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUB&#10;OUyVATdMpwE2TLwBNUzdATVL9wE1S/8BNUr/ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABo&#10;SgAAX0kAAFVIAABQSgAATEsAAElMBwBGTRAARE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtR&#10;UwA6UVwAOFFnADdRcwA1UYIAM1GTATJRpQEwUboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0A&#10;AJ1NAACKTQAAek0AAG5NAABkTQAAW00AAFFNAABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScA&#10;OVUvADhVNwA3Vj8ANlZHADVWUAAzVlkAMldkADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QAp&#10;Vf8AKlT/ASpT/wEqUv8Br1EAAJhRAACFUQAAdlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtY&#10;AAA4WQoANVoRADRaGgAzWyIAMlsrADFbMwAvXDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2O&#10;ACRdoQAjXbUAIl3SACJc8wAiW/8AI1r/ACNZ/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAA&#10;VFUAAEpWAABDWAAAPFsAADZdAAAwYAUALWEOACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAj&#10;Y1EAImRcACFkaQAfZHkAHmSKABxkngAbZLMAGWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxY&#10;AAB7WAAAbVgAAGJYAABZWAAAUFkAAEdbAAA+XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2og&#10;AB5rKAAdazAAHGs5ABtrQgAabEwAGWxYABdsZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8A&#10;E2j/ABNo/wATZ/8AmV0AAIVdAAB1XAAAaFwAAF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAk&#10;bQAAHnABABdzCwAVdBEAFHQYABN0IQASdSkAEXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1&#10;lQAKdaoACHTDAAl05wAKc/0AC3H/AAxx/wAMcP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUA&#10;ADxoAAAzbAAAK28AACRyAAAddgAAF3kAABF8BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8A&#10;BH9LAAJ/WAABf2cAAH95AAB/jgAAf6MAAH67AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABr&#10;ZgAAYWYAAFRnAABJaQAAP20AADVxAAAsdQAAJHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJ&#10;FAAAihsAAIojAACLLAAAizcAAItDAACLUAAAi18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/&#10;AACH/wAAh/8Agm0AAHNsAABobAAAWm0AAE5vAABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAA&#10;C48AAASSAAAAlAYAAJUMAACVEAAAlhUAAJccAACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAA&#10;mZQAAJirAACXyAAAlu4AAJb/AACV/wAAlf8Ae3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaI&#10;AAAdjQAAFJIAAA6WAAAJmQAAAZwAAACgAAAAoQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgv&#10;AACoPQAAqUwAAKleAACpcgAAqIkAAKiiAACovAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAA&#10;S4IAAD6HAAAyjQAAJ5IAAB2XAAAUnAAADqAAAAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAA&#10;swoAALQOAAC1EwAAthsAALgkAAC6MQAAukAAALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5&#10;/wAAuf8Ab4MAAF+GAABRiwAAQ5AAADaXAAAqnQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsA&#10;AAC+AAAAvwAAAMAAAADBAAAAwwEAAMQHAADFDQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4A&#10;ANGIAADQpAAA0MEAANHmAADR+AAA0f8AZ48AAFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAG&#10;vAAAAMAAAADDAAAAxgAAAMsAAADNAAAAzgAAANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADj&#10;FwAA5iQAAOc2AADoSQAA6V8AAOp4AADrlAAA668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIA&#10;ACa5AAAZvgAADsIAAATFAAAAygAAAM0AAADRAAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAA&#10;AOkAAADrAAAA7gAAAPEFAAD1DQAA+RYAAPwlAAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA&#10;/+QA/wARAP8ADwD/AA8A/wARAP8AFgD/ACIA/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8A&#10;cwD/AHoA/wCAAP8AhgD/AIwA/gCTAP0AmQD7AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/&#10;APMA/wDpAP8A4AD/ANgA/wDTAP8A/wAOAP8ACwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA&#10;/wBMAP8AVgD+AF8A+wBmAPkAbQD3AHQA9QB6APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDp&#10;ALoA5wDNAOUA6QDkAPsA4wD/AOIA/wDeAP8A0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8A&#10;DgD/ABgA/wAkAP0AMAD7ADsA9wBGAPMAUADvAFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACH&#10;AN4AjgDcAJUA2gCeANYAqADUALMA0QDDAM8A3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A&#10;/wACAP8AAAD/AAAA/wAAAP0ACwD3ABMA8QAeAO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDS&#10;AGcA0ABtAM4AcwDMAHoAygCAAMgAhwDGAI8AxACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA&#10;/wC4AP8AtwD/ALMA/wCwAP8A/wAAAP8AAAD/AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5&#10;AMsAQwDHAEwAxABUAMEAWwC/AGEAvABnALsAbQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcA&#10;rAC0AKsAxgCpAOQApwD4AKYA/wCmAP8ApQD/AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQ&#10;AAoAyAASAMIAHQC+ACgAuwAzALkAPQC1AEYAsgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUA&#10;egCkAIIAogCMAKAAlgCfAKEAnQCuAJsAvgCZANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAA&#10;APUAAADnAQAA1AAAAMkAAADAAAQAuAAOALMAFgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUA&#10;nQBbAJsAYQCaAGcAmABuAJcAdQCVAH0AlACGAJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCI&#10;AP8AiAD/AIgA/wCIAP8A+QYAAOkMAADUDgAAwwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsA&#10;MACYADkAlgBBAJQASQCSAFAAkABWAI4AXACNAGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggCl&#10;AIAAtAB+AMgAfQHnAHwC+QB7A/8AewT/AHsE/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAA&#10;ngoAAJsDDACXABMAkwAeAJABKQCNAjMAigM8AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9&#10;CHQAfAh+AHoJiQB4CZYAdwqjAHUKswBzC8cAcgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAe&#10;AAC5HQAAqRwAAJ0aAACVFgAAkBMAAI8OAwCOCg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5N&#10;AHkPUwB4EFoAdhBhAHUQaABzEHEAcRF7AHARhwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8A&#10;ZRT/AGUT/wBlE/8A3x4AAMYkAACwJAAAoCMAAJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5&#10;FCgAdhQxAHQVOgByFkEAcRZIAG8XTwBuF1YAbBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEa&#10;rwBgGsQAXhvkAF0c+wBcHP8AXBv/AFwb/wBcG/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIA&#10;AHkfAAB4GwMAdhkPAHIaGABvHCMAbR0tAGsdNQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkA&#10;XyFzAF0hfwBcIY0AWiKcAFkirABXIsAAViPhAFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACi&#10;LgAAki4AAIUtAAB8KwAAdigAAHImAABvIwAAbSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8m&#10;SABdJk8AXCdWAFsnXQBZJ2YAWChwAFYofABUKIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/&#10;AE0o/wBOKP8AyDAAALAyAACcMgAAjDIAAIAxAAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwA&#10;XiolAFwrLgBbKzYAWSw9AFgsRABXLUwAVS1TAFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJ&#10;L7sASC/bAEgv9gBHL/8ARy7/AEct/wBILf8AxDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYv&#10;AABiLgAAXy0FAFwuEABaLxgAWDAiAFYwKwBVMTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNr&#10;AEozdwBINIUARzSVAEU0pgBDNLkAQjTWAEI09ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAA&#10;gzgAAHc4AABtNwAAZjYAAGEzAABdMgAAWTICAFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBL&#10;N0YASjdOAEk4VgBHOF8ARjhpAEQ4dQBDOIMAQTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03&#10;/wA9Nv8AuzsAAKI7AACPOwAAfzsAAHM7AABqOgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkc&#10;AEs6JQBKOi0ASDs1AEc7PABGPEQARTxLAEQ8UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYA&#10;OD3RADc98gA3PP8AODv/ADg7/wA4Ov8Atj0AAJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABT&#10;OgAATzsAAEw8CABJPREARz4ZAEY/IgBEPyoAQz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpB&#10;cAA4QX8AN0GPADVCoQA0QrQAMkLOADJB8AAyQP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEA&#10;AGxBAABiQAAAW0AAAFQ/AABOPwAASkAAAEZBBQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4A&#10;OkVGADlFTgA4RlgANkZiADVGbgAzRnwAMUaNADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAu&#10;Q/8ArEMAAJZDAACDQwAAdEMAAGhDAABfQwAAV0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpI&#10;HAA5SSQAOEksADZJNAA1SjsANEpDADNKTAAySlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vK&#10;ACdL7QAnSv8AKEn/AChI/wApR/8Ap0YAAJFGAAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAA&#10;P0oAADtLAAA3TAkANU0QADNOGAAyTiAAMU8oADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAn&#10;UHcAJVCIACRQmwAiUK8AIVDIACBQ6wAhT/8AIk7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFK&#10;AABYSgAAUEoAAElLAABATAAAO04AADVQAAAxUgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8&#10;ACVWRQAkVk4AIlZZACFWZQAfVnQAHlaFABxWmAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8A&#10;m00AAIZNAAB1TQAAaE0AAF1NAABUTQAATU4AAEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAi&#10;WxcAIVwfACBcJwAfXC4AHVw3ABxdQAAbXUoAGl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd&#10;5wASW/4AE1r/ABNa/wAUWf8AlFEAAIBRAABwUQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkA&#10;ACtbAAAlXgAAH2EDABpjDAAYZBEAF2QZABZkIQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsA&#10;DmV9AA1lkQAMZaUACmS8AApk4AALY/kADGL/AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABO&#10;VQAARFcAADxZAAA0XAAALF8AACZiAAAfZQAAGWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtu&#10;NAAKbj4ACG5KAAduVwAGbmUABG52AAJuigAAbZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoA&#10;AHRaAABmWgAAXFkAAFNZAABIWgAAP10AADZgAAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoA&#10;BXcQAAF3FQAAdxwAAHckAAB4LQAAeDcAAHhDAAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAA&#10;dfAAAHX/AAB0/wAAdP8Afl8AAG5fAABiXgAAWV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0&#10;AAASdwAADXsAAAh+AAACgAgAAIENAACBEQAAghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRo&#10;AACEfAAAhJMAAIOqAACCxQAAgesAAIH+AACA/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAA&#10;MW8AAChzAAAgdwAAGHwAABF/AAAMgwAABocAAACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAA&#10;kScAAJIyAACSPwAAkk4AAJJfAACScwAAkosAAJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZq&#10;AABYawAAS20AAD9xAAA0dgAAKnsAACCAAAAXhQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoD&#10;AACbCAAAnA0AAJ4RAACfFgAAoB4AAKIoAACiNQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgA&#10;AKD2AACf/wAAn/8AbnEAAF9yAABRdQAARHkAADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAA&#10;oAAAAKQAAACnAAAAqAAAAKkAAACqAAAArAYAAK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1&#10;XQAAtXMAALWOAAC1qAAAtMYAALPtAACy/wAAsv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoA&#10;ABCfAAAJpAAAAKkAAACtAAAAsAAAALQAAAC3AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4A&#10;AMQUAADHHgAAyCwAAMk9AADKUAAAymYAAMp/AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABB&#10;kQAAM5gAACefAAAbpQAAEasAAAmwAAAAtQAAALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADM&#10;AAAAzgAAANAAAADSAAAA1AUAANkMAADdEgAA4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXF&#10;AADl5wAA5vYAVpQAAEibAAA6ogAALKkAAB+wAAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAA&#10;ANYAAADaAAAA2wAAAN4AAADgAAAA4gAAAOQAAADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA&#10;+kgAAPtfAAD8egAA/ZcAAP2vAAD9xwAA/eQA/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8A&#10;NgD/AEIA/wBNAP8AVwD/AF8A/wBnAP8AbgD/AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wCl&#10;APUArwD0ALwA8wDPAPEA7ADwAP4A7wD/AO8A/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA&#10;/wAIAP8AEAD/ABkA/wAlAP8AMQD/AD0A/wBHAP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDv&#10;AIEA7gCHAOwAjgDqAJYA6ACfAOYAqQDjALUA4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA&#10;/wC+AP8A/wADAP8AAAD/AAAA/wABAP8ADQD/ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABb&#10;AOYAYgDjAGgA4QBuAN8AdADcAHoA2gCBANgAiADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAA&#10;xgD/AMQA/wDEAP8AuwD/ALYA/wCzAP8A/wAAAP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDk&#10;ADAA4QA7ANwARQDVAE0A0QBVAM4AWwDLAGIAyQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsA&#10;nAC5AKcAtwC1ALUAyACzAOYAsgD7ALEA/wCwAP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAA&#10;AOUAAgDcAA0A0wAUAM0AHwDKACoAxwA0AMQAPgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0A&#10;sABzAK4AegCsAIIAqgCLAKgAlQCnAKAApQCtAKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCb&#10;AP8A/wAAAPwAAADuAAAA4AAAANAAAADFAAgAvgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgA&#10;TwClAFUAowBbAKIAYACgAGYAnwBsAJ0AcwCbAHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADs&#10;AI8A/wCOAP8AjgD/AI4A/wCPAP8A/AAAAO8AAADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0A&#10;ogAnAKAAMQCdADoAmgBCAJgASQCWAE8AlABVAJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCI&#10;AJUAhgCiAIUAsQCDAMQAgQDkAIAA+QB/AP8AgAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwD&#10;AACmAAAAoAAHAJsADwCYABcAlQAhAJIAKgCPADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBh&#10;AIEAaACAAHAAfgB5AHwAhAB7AJAAeQCdAHgArAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A&#10;6Q0AAM8QAAC5EAAAqRAAAJ4OAACXCwAAkwYAAJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9&#10;AEQAfABLAHoAUQB5AFcAdwBdAHYAZAB0AGwAcwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG&#10;8QBoB/8AZwf/AGcH/wBnB/8A3xQAAMMXAACuFwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMU&#10;AHwFHgB5BygAdwgwAHUIOABzCUAAcglGAHAKTABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsA&#10;ZA2ZAGINqQBhDbsAYA3YAF4O8wBdDv8AXQ7/AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACB&#10;GgAAexcAAHgTAAB4EAYAdw0PAHMOGABwDiIAbg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMS&#10;XQBhEmYAYBJvAF4SewBcE4gAWxOXAFkTpwBXFLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIA&#10;ALAiAACdIwAAjSMAAIEiAAB5IQAAcx4AAG8bAABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcA&#10;YBc+AF4YRQBdGEsAXBlSAFoZWgBZGWIAVxpsAFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBM&#10;HP8ATBz/AE0c/wBNG/8AwyYAAKonAACWJwAAhygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIb&#10;EQBfHBoAXR0jAFseKwBaHjMAWB86AFcfQQBWIEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKR&#10;AEkiogBIIrQARyLNAEYj7wBFI/8ARSL/AEYi/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAA&#10;ZikAAGImAABfJAAAXSIEAFshDgBYIhYAViMfAFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABL&#10;J1wASSdmAEgncQBGJ38ARSiPAEMooABBKLIAQCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8u&#10;AACMLwAAfS8AAHEvAABoLgAAYS0AAF0rAABaKAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0&#10;AEorOwBJK0IASCxJAEYsUQBFLFoARCxkAEItbwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8A&#10;Oi3/ADos/wA6LP8AsjAAAJsxAACIMgAAeTIAAG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBM&#10;LREASi4ZAEkvIgBHLyoARjAxAEUwOABDMD8AQjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgy&#10;nAA2Mq8ANTLHADQy6QA0Mv8ANTH/ADUx/wA1MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQA&#10;AFQzAABQMAAATDEAAEkxBgBHMg8ARTMWAEMzHwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUA&#10;OTZfADc2awA2NngANDeJADI3mgAxN60ALzfFAC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACA&#10;NwAAcjgAAGY4AABdNwAAVjcAAFA2AABLNAAARzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5&#10;MwA5OjoAODpCADY6SgA1OlMANDtdADI7aAAwO3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/&#10;ACs5/wAsOP8ApDgAAI45AAB8OgAAbjoAAGM6AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsA&#10;OjwRADg9GQA3PSEANj4pADQ+MAAzPjcAMj8/ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAm&#10;QKoAJUDBACRA5QAkP/wAJT7/ACY9/wAmPf8AnzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9&#10;AABCPQAAPD4AADk/AAA2QQgANEEPADJCFgAxQh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERY&#10;ACdFYwAlRXEAI0WCACJFlQAgRagAH0W/AB5E4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAA&#10;Z0AAAFxAAABTQAAATEAAAEZAAAA+QQAAOEMAADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAn&#10;STEAJUk5ACRJQQAjSkoAIkpVACBKYQAfSm8AHUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH&#10;/wAaR/8AlUIAAIBCAABwQwAAY0MAAFhDAABQQwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0J&#10;ACROEAAiThYAIU8dACBPJQAfTywAHk81AB1PPQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQA&#10;EVC6ABFQ3gART/gAEk7/ABNN/wAUTf8Aj0UAAHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3&#10;SgAAMUwAACtOAAAmUAAAIFMDABxVDAAaVhEAGVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFX&#10;WQAQV2gAD1d5AA5XjAANV6AAC1e2AAtW1AALVvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oA&#10;AFFKAABKSgAAQ0oAADtMAAAzTgAALFEAACZUAAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIA&#10;Dl4qAA1eMwAMXj0AC15IAApeVAAIXmIAB15zAAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAF&#10;W/8AgU4AAHBOAABiTgAAV04AAE5OAABHTgAAPk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBj&#10;AwAMZgsACGcQAAZnFQAFZxwABGckAAJnLQABZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGas&#10;AABlxwAAZesAAGT8AABk/wAAY/8AelIAAGpTAABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAA&#10;IV8AABpiAAAUZQAAEGgAAAxrAQAGbgkAAG8OAABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAA&#10;cVYAAHFmAABxeQAAcY8AAHCnAABvwQAAb+cAAG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZX&#10;AAA8WgAAMl0AACphAAAiZAAAGmgAABRsAAAObwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZ&#10;AAB8IAAAfSkAAH0zAAB9QAAAfU4AAH1eAAB9cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8A&#10;bV0AAGBcAABXXAAAS10AAEBfAAA1YwAAK2cAACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAA&#10;gwEAAIQGAACFCwAAhg8AAIgTAACJGQAAiiEAAIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACK&#10;swAAidgAAIj3AACI/wAAh/8AaGMAAF5iAABRYgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEA&#10;AAaFAAAAiQAAAI0AAACQAAAAkgAAAJIAAACUBQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwA&#10;AJ1MAACcXwAAnHYAAJuRAACbqwAAmskAAJrwAACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAl&#10;fAAAG4EAABKHAAAMjAAABJEAAACVAAAAmQAAAJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACp&#10;DAAAqhEAAK0YAACvIgAArzAAAK9BAACvVAAAr2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEA&#10;AE90AABCeQAANX8AACiFAAAdjAAAE5IAAAyYAAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAA&#10;ALMAAAC0AAAAtgAAALgAAAC6BAAAvAoAAL4QAADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAA&#10;xa8AAMXRAADD8gAAw/8AVnwAAEeCAAA6iAAALI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3&#10;AAAAuwAAAL8AAADCAAAAwgAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0n&#10;AADeOgAA31AAAOBoAADghAAA4aEAAOG9AADh4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAA&#10;BbUAAAC6AAAAvwAAAMQAAADIAAAAzgAAANEAAADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA&#10;5AAAAOcAAADrBQAA7w4AAPQZAAD1KwAA9kEAAPdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8A&#10;CAD/AAkA/wAMAP8AEgD/ABoA/wAmAP8AMgD/AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1&#10;AP4AewD8AIEA+wCIAPkAjwD3AJcA9QCgAPMAqgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8A&#10;zgD/AMYA/wDCAP8A/wAEAP8AAAD/AAAA/wAFAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5&#10;AFQA9wBcAPQAYwDyAGkA8ABvAO4AdQDsAHsA6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA&#10;3ADYAPQA1QD/ANMA/wDLAP8AwQD/ALsA/wC3AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAb&#10;APYAJwD0ADIA8AA8AOwARgDoAE4A5ABWAOEAXADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoA&#10;ywCTAMgAnQDGAKgAxAC3AMEAzADAAOsAvgD/AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/&#10;AAAA+gAAAPIABQDqAA4A5QAWAOAAIQDdACsA2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAA&#10;ZwC+AG0AvABzALoAegC4AIIAtgCLALQAlgCyAKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/&#10;AKEA/wCfAP8A/wAAAP8AAAD3AAAA6AAAANwAAADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEA&#10;tQBIALIATwCwAFUArgBbAKwAYQCqAGYAqABsAKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACa&#10;ANAAmQDvAJgA/wCXAP8AlgD/AJQA/wCSAP8A/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAA&#10;FQCsAB8AqgApAKgAMgClADoAogBCAKAASQCeAE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9&#10;AJAAhwCOAJMAjAChAIsAsACKAMUAiADmAIcA+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAA&#10;vQAAALMAAACqAAAAowAKAJ8AEQCbABkAmQAjAJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJ&#10;AFoAhwBgAIYAZgCEAG4AgwB3AIEAgQB/AI0AfgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA&#10;/wB4AP8A7QAAANECAAC7AgAArAEAAKIAAACbAAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2&#10;AIIAPQCAAEMAfgBJAH0ATwB8AFUAegBbAHkAYQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYA&#10;bQDOAGwA7gBrAP8AawD/AGsA/wBrAP8A3wsAAMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCB&#10;ABAAfwAXAHwAIAB6ACgAeAAwAHYAOAB0AD4AcwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgA&#10;dwBnAIQAZQCSAGQAoQBjALIAYQDJAGAA6QBgAPwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIA&#10;AIgRAACADwAAfA0AAHkJAQB4AwsAdQARAHMAGgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwA&#10;ZQRSAGMFWQBiBWEAYAVqAF8GdABdBoEAXAePAFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBW&#10;Cv8AxhUAAK0XAACZGAAAihgAAH8XAAB2FgAAcRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGML&#10;LgBiDDUAYAw8AF8MQgBeDUgAXA1PAFsNVgBZDV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7I&#10;AE0Q6gBNEP0ATRD/AE0Q/wBNEP8AvBsAAKUcAACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAA&#10;ZBAIAGIPEABfEBgAXRAhAFsRKQBaETEAWBI4AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABM&#10;FH0ASxSMAEkUnABHFa4ARhXFAEUV6ABFFv4ARRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEi&#10;AABoIQAAYh8AAF8dAABcGgAAWxcCAFoVDQBXFhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlI&#10;AEsaUABKGlgASBpiAEcabQBFG3oAQxuJAEIbmgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8A&#10;ryMAAJgkAACGJQAAdyYAAGwmAABjJQAAXSQAAFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBL&#10;HikASh4xAEkfNwBHHz4ARiBFAEUgTQBDIFUAQiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci&#10;4wA3IvsANyL/ADgh/wA4If8AqiYAAJQnAACBKQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIA&#10;AEwiBwBKIhAASCIXAEcjHwBFJCYARCQuAEIkNABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUA&#10;NyeEADUnlgA0J6gAMie+ADEn4QAxJ/kAMib/ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABb&#10;LAAAVSsAAFAqAABMKAAASiYAAEcnBABEJw0AQigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkq&#10;SAA4K1AANitaADUrZQAzK3IAMSuCADAslAAuLKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwA&#10;AIstAAB5LgAAay8AAGAvAABYLwAAUS4AAEwuAABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEA&#10;OS4oADcuLwA2LzYANS8+ADQvRQAzL04AMTBYADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAm&#10;MPcAJy//ACgv/wAoLv8AnC4AAIcwAAB2MQAAaDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADww&#10;AAA6MQkANzEQADYyFgA1Mh4AMzMlADIzLAAxMzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+&#10;ACU1kAAjNaMAIjW5ACE12QAhNPYAIjT/ACMz/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAA&#10;SzQAAEU0AABANAAAOjMAADc0AAA0NQYAMjYOADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAo&#10;OUkAJjlTACU5XwAjOWwAITp8ACA6jgAeOqIAHDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82&#10;AABuNwAAYTcAAFc3AABONwAASDcAAEI3AAA8NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0f&#10;ACY9JgAlPS4AJD01ACM+PQAiPkYAID5QAB8+XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMA&#10;Fz3/ABg8/wAYPP8AjjcAAHo4AABqOQAAXjoAAFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAAp&#10;QAAAJkEIACRCDgAiQhQAIUIbACBDIwAfQyoAHkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNE&#10;igASRJ4AEUSzABBE0AAQQ/IAEUL/ABJC/wATQf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0A&#10;ADw9AAA2PgAAL0AAACpCAAAlRAAAIUYDAB1IDAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAA&#10;E0pKABFKVgAQSmQAD0p0AA5KhwANSpsADEqwAApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABi&#10;QAAAVkAAAE1AAABFQAAAP0AAADlBAAAyQgAAK0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQ&#10;GQAQUCEAD1ApAA5QMQANUDsADVFGAAtRUQAKUV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7&#10;AAVO/wAGTf8AfUIAAGtDAABdRAAAUkQAAEpEAABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAA&#10;F1EAABJUAwAOVwoAC1gQAApYFQAIWBwAB1gkAAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAA&#10;WJEAAFenAABXwAAAVuUAAFb5AABV/wAAVf8AdkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBK&#10;AAApTQAAIlAAABxTAAAWVQAAEVgAAA1bAgAJXgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7&#10;AABgRwAAYFQAAGBjAABgdgAAYIsAAF+iAABfuwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAA&#10;TEsAAERLAAA7TAAAMk4AACtRAAAjVAAAHFcAABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAA&#10;aBMAAGkZAABqIQAAaikAAGo0AABqQAAAak0AAGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn&#10;/wAAZv8AaVEAAFxQAABSUAAASk8AAD9QAAA1UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoA&#10;AABuAAAAbwMAAHAIAABxDQAAchAAAHQUAAB1GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4A&#10;AHaXAAB1sQAAdNMAAHP1AABz/wAAcv8AY1YAAFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAV&#10;ZwAAEGwAAApwAAAEcwAAAHYAAAB6AAAAfAAAAHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACG&#10;LwAAhj0AAIZNAACFXwAAhXUAAIWPAACEqQAAg8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4A&#10;ADJhAAAnZgAAHmsAABVwAAAOdQAACXkAAAF+AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYA&#10;AJALAACRDwAAkxQAAJUbAACXJgAAlzQAAJdEAACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAA&#10;kv8AXWEAAE9hAABCZAAANmkAACpuAAAfdAAAFXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACY&#10;AAAAmgAAAJsAAACdAAAAnwAAAKEDAACjCAAApQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6&#10;AAComQAAqLUAAKfdAACn+AAApv8AVmgAAEhsAAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAA&#10;AJoAAACfAAAAowAAAKcAAACqAAAAqwAAAK0AAACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAA&#10;wBwAAMAtAADAQAAAv1UAAL9uAAC+iwAAvqgAAL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmO&#10;AAAQlQAAB5wAAACiAAAApwAAAKwAAACwAAAAtQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYA&#10;AADIAAAAygAAAM0CAADQCwAA1RIAANYhAADXNAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IA&#10;RoIAADiJAAArkAAAHZgAABKgAAAKpwAAAK4AAAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAA&#10;zwAAANIAAADUAAAA1gAAANoAAADdAAAA3wAAAOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0&#10;awAA9IkAAPWlAAD1vwAA9d0A/wAGAP8AAwD/AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBE&#10;AP8ATQD/AFUA/wBdAP8AZAD/AGoA/wBwAP0AdgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA&#10;6wDEAOkA5ADnAPkA5gD/AOUA/wDTAP8AxwD/AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/&#10;ABIA/wAdAP8AKAD/ADMA/wA+APwARwD4AE8A9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQA&#10;gwDiAIsA3wCVANwAnwDZAKsA1QC7ANIA1ADPAPIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAA&#10;AP8AAAD/AAAA/wAAAP8ABgD5AA8A9QAXAPMAIgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A&#10;1ABjANEAaADPAG4AzAB1AMoAfADIAIQAxQCNAMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2&#10;AP8ArQD/AKcA/wCjAP8A/wAAAP8AAAD/AAAA9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwA&#10;OgDIAEIAxABKAMAAUAC9AFYAuwBcALkAYQC3AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACq&#10;AKYAuwClANoAowD1AKMA/wCiAP8AngD/AJoA/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcA&#10;wQAPALwAFwC5ACAAtwAqALUAMwCwADsArQBDAKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCd&#10;AHQAnAB9AJoAiACYAJQAlgCiAJQAsgCSAMkAkQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwA&#10;AADZAAAAxwAAALoAAACxAAIAqwAMAKcAEgCkABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABP&#10;AJIAVACQAFoAjwBfAI0AZgCLAG0AiQB2AIgAgACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8A&#10;fwD/AH8A/wB+AP8A8QAAANgAAADCAAAAswAAAKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCN&#10;AC4AigA2AIcAPQCFAEMAhABJAIIATgCBAFQAfwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQA&#10;owByALUAcgDPAHEA8QBwAP8AcAD/AHAA/wBxAP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwAC&#10;AIYACwCDABEAgQAYAH8AIQB9ACkAfAAwAHkANwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIA&#10;bQBqAGsAdABqAIAAaACOAGcAnQBlAK8AZQDGAGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACj&#10;CAAAlAgAAIkHAACCAwAAfgAAAHsABgB3AA4AdQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkA&#10;RABnAEkAZgBPAGUAVgBjAF0AYgBlAGAAbwBfAHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/&#10;AFgA/wBZAP8AwgwAAKoNAACXDgAAiQ4AAH0OAAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4A&#10;ZQAmAGMALQBhADMAYAA5AF8APwBdAEUAXABLAFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBR&#10;AKcAUAC7AE8B2wBOAvQATgP/AE4E/wBOA/8AuBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUO&#10;AABjCwMAYwYMAGEEEQBeAxkAXAQhAFsFKABZBi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlf&#10;AE4JaQBNCXYASwqEAEkKlABICqYARwq6AEYK2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAA&#10;eBkAAG0YAABlFwAAXxYAAFwTAABaEQAAWg4GAFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABO&#10;Dj4ATQ5FAEsOTQBKDlUASA9eAEcPaABFD3UAQxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q&#10;/wA+EP8AqRkAAJIbAACBHAAAch0AAGcdAABfHAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEY&#10;AEwRIABKEicASRIuAEgTNABHEzsARRNCAEQTSQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQA&#10;NxW5ADUV2AA1FvUANhb/ADYW/wA3Ff8AoxwAAI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABN&#10;GwAATBkAAEsWBgBJFg4ARxcVAEUXHABEGCQAQhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADka&#10;YwA3G28ANRt+ADMbkAAyG6IAMBu3AC8b0wAvHPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQA&#10;AF4kAABWJAAAUCMAAEsiAABIIAAARh0AAEUcAgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUA&#10;OR88ADcfRAA2H0wANCBWADMgYAAxIG0ALyB8AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wAr&#10;IP8AmSIAAIQlAABzJgAAZScAAFsnAABTJwAATCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADki&#10;FgA4Ih4ANiMlADUjKwA0JDIAMyQ5ADIkQQAwJEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWz&#10;ACMlzgAjJfAAJCX/ACUk/wAlJP8AlCUAAIAnAABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAA&#10;PSYAADolAAA3JgYANSYOADQnFAAyJxsAMSgiADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAm&#10;KmkAJCp4ACMqigAhKp0AHyqyAB4qzAAeKu8AHyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQs&#10;AABMLAAARiwAAEErAAA8KwAAOCoAADUqAAAyKwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00&#10;ACcuPAAmLkUAJC5PACMuWgAhL2cAHy92AB0viAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8A&#10;jCsAAHgtAABoLgAAWy8AAFEvAABJLwAAQy8AAD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAn&#10;MRUAJjEcACUyIwAkMioAIzIxACEzOQAgM0IAHzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMz&#10;yAATM+wAFDP/ABUy/wAWMf8Ahy4AAHQvAABlMQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEA&#10;ACszAAAoNAAAJTUGACM2DQAhNhIAIDcZAB83IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIA&#10;FDlxABI5hAAROZgAEDmtAA44xwAOOOsAEDj/ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABE&#10;NAAAPTQAADg0AAAzNAAALTUAACg3AAAkOQAAIDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+&#10;MwAUPjwAEj5GABE+UgAQPl8ADz5vAA4+gQAMPpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQA&#10;AGs2AABdNwAAUTcAAEg3AABBNwAAOzcAADU3AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0A&#10;EkMSABFDGAARQx8AEEQnAA9ELwAORDkADURDAAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQAD&#10;Q+AAA0P2AARC/wAGQf8AeDgAAGc5AABZOgAATjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFA&#10;AAAcQgAAF0QAABNGAwAPSQoADUoPAAxKFAALShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEpl&#10;AABKdwAASosAAEqhAABJuQAASd0AAEn1AABI/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAA&#10;Nj0AAC8+AAApQAAAI0IAAB1FAAAXRwAAE0oAAA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAA&#10;US8AAFE5AABRRAAAUlEAAFJgAABRcgAAUYcAAFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1B&#10;AABRQQAAR0EAAEBAAAA5QAAAMkEAACpDAAAkRgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcM&#10;AABYEAAAWBMAAFkZAABaIQAAWikAAFozAABaPwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEA&#10;AFj0AABX/wAAV/8AZUUAAFhFAABNRQAARUQAAD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAO&#10;VgAAClkAAARcAAAAXgQAAF8JAABgDQAAYRAAAGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABk&#10;ZgAAZHsAAGOTAABjrQAAYswAAGHyAABh/wAAYP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08A&#10;AB9SAAAYVQAAElkAAA1dAAAIYAAAAmMAAABmAAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0A&#10;AHEmAABxMQAAcD4AAHBOAABwXwAAcHMAAG+NAABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABI&#10;TQAAPU4AADNRAAApVAAAIFgAABhcAAARYAAADGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3&#10;BAAAeAkAAHoNAAB8EAAAfRYAAH8eAACAKAAAgDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzp&#10;AAB7/wAAev8AVlQAAE5TAABCVAAAN1YAACxaAAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAA&#10;AH0AAACAAAAAgwAAAIQAAACGAAAAhwIAAIkHAACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAA&#10;kWIAAJF6AACPlwAAj7QAAI7hAACM+wAAjP8AVVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3&#10;AAACfQAAAIIAAACGAAAAiwAAAI4AAACRAAAAkwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIP&#10;AACkFgAApiEAAKYxAACmQwAApVcAAKRwAACjjgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAA&#10;J24AABt1AAARfAAAC4MAAACJAAAAjgAAAJMAAACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAA&#10;qwAAAK0AAACwAAAAsgAAALUIAAC4DgAAvBYAALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC3&#10;6gAAt/wARmsAADlwAAArdwAAH38AABOGAAALjgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMA&#10;AAC3AAAAtwAAALoAAAC8AAAAvwAAAMEAAADEAAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAA&#10;ANNYAADTdAAA05IAANKwAADS0wAA0vIAPnkAADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAA&#10;swAAALgAAAC9AAAAwgAAAMYAAADKAAAAygAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADj&#10;AAAA5wUAAOsPAADsHwAA7TMAAO5LAADvZAAA74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJ&#10;AP8ADgD/ABUA/wAeAP8AKQD/ADQA/wA/AP8ASAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA&#10;+AB+APYAhQDzAI0A8QCXAO4AogDrAK8A6ADAAOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0&#10;AP8A/wAAAP8AAAD/AAAA/wAAAP8ACQD/ABAA/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4A&#10;WADrAF4A6QBkAOYAagDkAHAA4gB2AN8AfQDdAIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/&#10;AMUA/wC7AP8AtAD/AK0A/wCpAP8A/wAAAP8AAAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA&#10;6QAyAOMAOwDdAEQA2ABLANMAUQDQAFgAzQBdAMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6&#10;AJ8AtwCtALUAwQCyAOQAsQD9AK8A/wCsAP8ApQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQA&#10;AADcAAgA0wAQAM8AGADLACIAyQArAMYANADBAD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBn&#10;AKwAbgCqAHYAqAB/AKYAigCjAJYAoQClAJ8AtgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A&#10;/wAAAPYAAADnAAAA0wAAAMYAAAC9AAMAuAANALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARACh&#10;AEoAnwBPAJ0AVQCbAFoAmgBgAJgAZgCWAG4AlAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA&#10;/wCJAP8AhwD/AIUA/wCCAP8A8wAAAOMAAADMAAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAf&#10;AJgAJwCWAC8AkwA3AJEAPQCOAEMAjABJAIsATgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYA&#10;fACUAHoApAB5ALgAeADYAHcA9wB4AP8AeAD/AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACW&#10;AAAAjwAEAIsADACIABIAhwAZAIUAIQCEACkAggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYA&#10;WQB0AGEAcgBpAHEAcwBvAH8AbQCNAGwAnQBqAK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAA&#10;ALgAAAClAAAAlwAAAI0AAACGAAAAgQAAAHwACAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcA&#10;bgA9AGwAQwBrAEgAagBOAGgAVABnAFsAZQBjAGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABc&#10;APsAXAD/AFwA/wBcAP8AwgAAAKoBAACYAwAAiQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkA&#10;FwBoAB4AZgAlAGUALABjADIAYgA4AGAAPQBfAEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCB&#10;AFQAkQBSAKMAUQC3AFEA1gBRAPUAUQD/AFEA/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAA&#10;aAcAAGUDAABjAAcAYQANAF8AEwBdABoAXAAhAFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBR&#10;AFIAUABaAE8AZABNAG8ATAB9AEoAjQBJAJ8ASACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUO&#10;AACDEAAAdRAAAGsQAABjDwAAXg4AAFsMAABaCQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAv&#10;AE4ANQBNATsATAFBAEoCSABJAk8ASAJXAEYDYQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoA&#10;PQX8AD0G/wA+Bv8ApBAAAI4SAAB8EwAAbhQAAGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABP&#10;BxEATQcXAEsIHwBJCCUASAkrAEcJMQBGCTgARAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoM&#10;igA4DJwANwyvADUMxwA1DOkANQ39ADUN/wA2DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcA&#10;AE0VAABKEwAASREAAEkOBwBIDQ4ARg0TAEQNGgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsA&#10;OhBUADgQXgA2EGsANBB5ADIQigAxEJwALxCwAC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABx&#10;GwAAZBwAAFkcAABRHAAATBsAAEcaAABEGAAAQxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoT&#10;KwA4EzIANxM5ADYUQAA0FEgAMxRRADEUXAAwFWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/&#10;ACgV/wApFf8AkRoAAH0cAABtHgAAYB8AAFYfAABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcA&#10;ORYOADgXFAA2FxsANRgiADMYKAAyGC8AMRk2ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAk&#10;GpkAIhqtACEaxQAgGugAIRr+ACIa/wAjGv8AjR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8h&#10;AAA8IAAAOR4AADgbAAA1HAQANBwNADIcEgAwHRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9N&#10;ACYfVwAkH2QAIh9yACAfhAAfH5cAHR+rABsfwwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAA&#10;WSQAAE8lAABHJQAAQSQAADwjAAA4IwAANSIAADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAn&#10;IikAJiMwACUjOAAjI0EAIiRKACEkVQAfJGEAHSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj&#10;/wAZI/8AhSIAAHEkAABiJgAAVicAAEwnAABEJwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUH&#10;ACcmDgAlJhMAJCcZACMnIAAiJycAISguACAoNgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQA&#10;EimoABEpwAARKOQAESj7ABMo/wAUJ/8AgCUAAG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAy&#10;KAAALigAACooAAAmKQAAJCoEACIrDAAgKxEAHywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYu&#10;UAAULl0AEi5sABEufgAQLpIADi6nAA0tvQANLd8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwA&#10;AEYsAAA/LAAAOSwAADQrAAAvKwAAKysAACYsAAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEA&#10;FTIoABQyMAATMjkAEjNDABEzTgAQM1sADjNpAA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wAL&#10;Mf8AdysAAGYtAABYLgAATS8AAEMvAAA8LgAANi4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1&#10;BQAUNgwAEjcRABE3FgARNx0AEDgkAA84LAAOODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzif&#10;AAE3tQABN9MAAjfxAAM2/wAFNv8Acy4AAGIwAABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAA&#10;JTIAACAzAAAbNgAAFzgAABM6AgAQPAkADT0OAAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgAD&#10;PlIAAT5hAAA+cgAAPoYAAD2cAAA9sgAAPdAAADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40&#10;AAA3NAAAMjMAAC0zAAAnNAAAIjYAAB04AAAYOgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQd&#10;AABEJAAARC0AAEQ2AABEQQAARE4AAERcAABEbQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8A&#10;aDYAAFg3AABMOAAAQzgAADs3AAA1NgAAMDYAACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAI&#10;RwcAA0kMAABJDwAAShMAAEsZAABLIAAASygAAEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABK&#10;rAAASsoAAEnvAABJ/wAASf8AYjoAAFQ7AABJOwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEA&#10;ABNEAAAQRwAADEkAAAhMAAACTwUAAFAKAABQDQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQA&#10;AFRSAABUYwAAVHcAAFSPAABTqAAAUsYAAFLtAABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAv&#10;PgAAJ0AAACBDAAAZRgAAE0kAAA9MAAALTwAABlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABd&#10;FgAAXh0AAF8mAABfMQAAXj0AAF5MAABeXQAAXnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQA&#10;AEtDAABDQgAAPEEAADJCAAApRQAAIUgAABpLAAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAA&#10;AGICAABjBgAAZQoAAGYOAABoEQAAahcAAGsfAABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAA&#10;aLsAAGfnAABm/wAAZf8AUUgAAEhIAABBRgAAN0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFh&#10;AAAAZAAAAGcAAABqAAAAbAAAAG4AAABwAAAAcgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9&#10;AAB6TgAAeWIAAHl5AAB4lgAAd7MAAHXgAAB0/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAA&#10;E1wAAA1hAAAGZgAAAGoAAABvAAAAcgAAAHYAAAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAA&#10;iAwAAIsRAACOGAAAjiQAAI4zAACNRAAAjFgAAItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFT&#10;AAA0VQAAKVoAAB5fAAAUZQAADWoAAAVwAAAAdgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4A&#10;AACRAAAAkwAAAJUAAACYAAAAmgUAAJ0MAACgEQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAA&#10;AJ3BAACb7gAAmv8ARlkAADlcAAAtYQAAIWcAABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAA&#10;lgAAAJoAAACdAAAAnwAAAKEAAACkAAAApgAAAKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5&#10;LwAAuEMAALdaAAC1dgAAtJcAALS1AACx4gAAsPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4A&#10;AACUAAAAmgAAAKAAAAClAAAAqgAAAK4AAACxAAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAA&#10;AMYAAADJAAAAzgoAANITAADSIwAA0TcAANBPAADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAd&#10;gAAAEYkAAAiRAAAAmgAAAKEAAACnAAAArQAAALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADM&#10;AAAAzgAAANIAAADVAAAA2gAAAN4AAADhAAAA5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZ&#10;AADrtQAA69UA/wAAAP8AAAD/AAEA/wAHAP8ADQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA&#10;/wBTAP8AWgD9AGAA+wBmAPoAawD4AHIA9gB4APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADf&#10;APcA3QD/AMwA/wC+AP8AtQD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8A&#10;HwD/ACkA+wAzAPcAPQDzAEUA7wBNAOwAUwDoAFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCK&#10;AM8AlQDMAKIAyACyAMUAyQDCAO0AwAD/ALsA/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA&#10;+gAAAPgAAADwAAkA7AARAOgAGQDnACMA5QAtAN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDD&#10;AGMAwABpAL4AcAC8AHgAuQCBALcAjQC0AJoAsQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA&#10;/wCUAP8A/wAAAPkAAADyAAAA5wAAANsAAADRAAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/&#10;ALQARQCxAEsArgBRAKwAVgCqAFwAqABhAKYAaACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwA&#10;lQDxAJQA/wCRAP8AiwD/AIgA/wCGAP8A9wAAAOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACp&#10;ABcAqAAgAKcAKACiADAAnwA4AJwAPgCaAEQAmABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsA&#10;ewCJAIgAhwCXAIUAqACDAL4AgQDkAIAA/wCAAP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAA&#10;AKYAAACdAAAAlwAFAJQADQCSABIAkAAaAI8AIgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4A&#10;fwBUAH4AWgB8AGEAegBpAHgAcwB2AH8AdQCOAHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBs&#10;AP8A2gAAAL8AAACsAAAAngAAAJMAAACMAAAAhQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcA&#10;MQB1ADcAdAA9AHIAQgBxAEgAbwBNAG4AUwBsAFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDC&#10;AGAA6wBhAP8AYQD/AGEA/wBgAP8AxQAAAK0AAACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwA&#10;bgARAGwAFwBsAB4AawAlAGkALABnADEAZgA3AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBa&#10;AHIAWQCAAFcAkABWAKMAVQC5AFQA3gBUAPsAVAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUA&#10;AABuAAAAaQAAAGYAAQBjAAkAYQAOAGAAEwBfABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBD&#10;AFUASQBTAFAAUgBYAFEAYQBPAGwATgB6AEwAigBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8A&#10;qgEAAJQFAACCBwAAdAgAAGoIAABjBgAAXgQAAFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBR&#10;ACgAUAAtAE4AMwBNADgATAA+AEsARQBKAEwASABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAA&#10;xQA/AOoAPwD/AEAA/wBAAP8AoAgAAIoLAAB5DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwII&#10;AE4ADQBMABIASwAXAEoAHgBJACMARwApAEYALwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQA&#10;PAByADoAggA5AJQAOACnADcAvgA2AOMANgD5ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABT&#10;EAAAThAAAEoOAABIDQAARwoDAEcHCgBFBA4ARAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsE&#10;PgA6BUUAOQVOADcFVwA2BWIANAZwADIGgAAxBpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAA&#10;AH0RAABsEwAAXxQAAFUUAABOFAAASBMAAEQSAABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwA&#10;OQoiADgKKAA3Cy4ANgs1ADULOwAzC0MAMgxMADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAl&#10;DN0AJQ31ACYN/wAnDf8AixIAAHcUAABnFgAAWxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkR&#10;AQA5DwgAOA4NADcOEgA1DhgANA4fADIOJQAxDywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBv&#10;ACQQgAAjEJMAIRCnAB8QvQAeEOAAHhH3AB8Q/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAA&#10;QBoAADsZAAA4GAAANRYAADQUAAAzEgQAMhILADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAn&#10;FD8AJhRIACQUUwAiFF8AIBVtAB8VfgAdFZEAGxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8a&#10;AABfHAAAUx0AAEodAABCHQAAPB0AADccAAA0GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZ&#10;ACcYIAAlGCYAJBgtACMYNAAiGT0AIBlGAB4ZUQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsA&#10;Exn2ABQZ/wAVGP8AfRoAAGsdAABcHwAAUCAAAEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAAp&#10;GwAAJxsFACUbDAAkHBEAIhwWACEcHQAgHSMAHx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQf&#10;egASHo0AER6iABAeuAAOHtgADx71ABAd/wARHf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIA&#10;ADIhAAAuIQAAKiAAACcgAAAkHwAAIiACACAgCgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgA&#10;FSNBABQjTAASI1gAESNnABAjeAAOI4sADSOfAAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABW&#10;IwAASyQAAEEkAAA6JAAANCQAAC8jAAArIwAAKCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYm&#10;FwAVJx4AFCclABMnLAASJzUAESg/ABAoSgAOKFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifs&#10;AAcm/gAIJv8AcSIAAGAkAABTJgAASCcAAD8nAAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAA&#10;GSgAABYqBAAUKwsAEiwQABEsFAAQLBsAECwiAA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAE&#10;LYMAAi2YAAAsrgAALMkAACzrAAEr/AACK/8AbSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACso&#10;AAAnJwAAIycAAB8oAAAbKgAAFywAABMuAgAQMAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3&#10;AAUyQgADMk4AATJcAAAybAAAMn8AADKVAAAxrAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAA&#10;QSwAADksAAAyKwAALSsAACkqAAAlKgAAICsAABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAF&#10;NxQAAzcbAAI3IgAANyoAADgzAAA4PgAAOEoAADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2&#10;/QAANf8AYywAAFQuAABILwAAPi8AADYuAAAwLgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUA&#10;AA43AQAKOgcABjsLAAI8DgAAPRIAAD4XAAA+HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncA&#10;AD6PAAA9pwAAPcMAADzpAAA8/QAAO/8AXjAAAFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAe&#10;MgAAGTQAABQ2AAAQOQAADTsAAAo9AAAFQAUAAEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABG&#10;NQAARkEAAEZPAABGXwAARnMAAEWKAABFpAAARMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUA&#10;ADI0AAAtMwAAJjQAACA1AAAaOAAAFDoAABA9AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4A&#10;AEwRAABOFQAATxwAAE8lAABPLwAATzwAAE9KAABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAA&#10;Sv8AUzkAAEc5AAA+OQAANzgAADE3AAApNwAAITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABN&#10;AAAATwAAAFEEAABSBwAAVAsAAFUOAABXEQAAWRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/&#10;AABXmgAAVrcAAFXjAABU/QAAVP8ATj0AAEM9AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAA&#10;C0sAAAVOAAAAUQAAAFQAAABXAAAAWQAAAFsAAABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAA&#10;Zi4AAGY8AABmTQAAZWAAAGV3AABkkwAAY7EAAGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZD&#10;AAAeRgAAFUoAABBOAAAKUgAAA1YAAABaAAAAXQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0F&#10;AABvCgAAcg4AAHUSAAB3GwAAdiYAAHY1AAB1RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8A&#10;RkYAAEBFAAA1RgAAKkgAACBMAAAXUQAAEFYAAAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAA&#10;dQAAAHcAAAB5AAAAewAAAH0AAACAAwAAgwgAAIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACF&#10;gQAAhKAAAILCAACB8AAAf/8ARksAADpMAAAuTwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQA&#10;AAB4AAAAfAAAAIEAAACEAAAAhwAAAIgAAACLAAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQA&#10;AKAhAACgMQAAnkQAAJ1bAACcdgAAmZYAAJm1AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJ&#10;bQAAAHQAAAB7AAAAgQAAAIYAAACLAAAAkAAAAJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACn&#10;AAAAqgAAAK0AAACxBgAAtQ0AALgWAAC3JgAAtjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wA&#10;ACthAAAeaAAAE3AAAAt4AAAAgAAAAIcAAACOAAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAA&#10;ALAAAACzAAAAtQAAALgAAAC7AAAAvwAAAMMAAADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAA&#10;y34AAMmeAADIvgAAxekAL2kAACNwAAAWeQAADYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0&#10;AAAAuAAAAL0AAADAAAAAwgAAAMUAAADIAAAAywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgG&#10;AADrEQAA6iMAAOo6AADpVAAA53IAAOWTAADjswAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA&#10;/wAXAP8AIQD/ACsA/wA1AP8APgD/AEcA/wBOAP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDv&#10;AIQA7QCOAOoAmQDmAKcA4wC5AN8A1QDbAPcA1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8A&#10;AAD+AAAA/AAAAPwAAwD+AAsA/wARAP8AGgD9ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBa&#10;AN8AXwDcAGUA2ABrANQAcgDQAHsAzQCFAMoAkQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8A&#10;nAD/AJgA/wCVAP8A/wAAAPoAAAD0AAAA8QAAAPIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQ&#10;ADkAywBAAMgARwDFAE0AwgBTAL8AWAC9AF4AuwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgA&#10;uACmANwAowD7AJ8A/wCVAP8AjwD/AIsA/wCJAP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAK&#10;AL8AEQC8ABgAuwAhALkAKgC0ADIAsQA6AK4AQACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoA&#10;mwBzAJkAfgCWAIwAlACbAJIArQCQAMcAjgDwAI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADR&#10;AAAAvwAAALMAAACqAAAApgAFAKIADQChABMAoAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8A&#10;SgCOAE8AjABVAIoAWwCIAGMAhgBrAIQAdgCCAIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/&#10;AHAA/wBvAP8A3QAAAMsAAAC2AAAApwAAAJ0AAACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUA&#10;hAAsAIIAMgB/ADgAfQA9AHsAQwB5AEgAeABOAHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBq&#10;AK4AaQDMAGgA9gBnAP8AZQD/AGQA/wBjAP8AygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgA&#10;BQB2AAwAdQARAHQAGABzAB8AcgAlAHAALABuADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBd&#10;AGIAZgBgAHIAXgCAAF0AkgBbAKUAWgC+AFkA6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAA&#10;gwAAAHkAAABxAAAAbQAAAGkAAQBmAAkAZQAOAGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBb&#10;ADwAWgBCAFgASABXAE8AVgBXAFQAYABTAGwAUQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A&#10;/wBNAP8AqgAAAJQAAACCAAAAdQAAAGsAAABkAAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAb&#10;AFUAIQBTACcAUgAsAFEAMQBPADcATgA9AE0AQwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcA&#10;QwCsAEIAyQBCAPEAQgD/AEMA/wBDAP8AngAAAIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQ&#10;AAIATgAJAE0ADQBMABEASwAXAEoAHABJACIASAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8A&#10;VgA+AGEAPQBuADsAfgA6AJEAOQCmADgAvwA4AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoA&#10;AFgLAABRCgAATAgAAEkGAABHAwAARgAGAEQACwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4A&#10;OwA0ADoAOgA5AEEAOABJADcAUgA2AF0ANABqADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAw&#10;AP8AjAkAAHgMAABoDQAAXA4AAFIOAABLDgAARQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoA&#10;FQA5ABoAOAAgADYAJQA1ACsANAAwADMANwAyAD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCd&#10;ACgAswAnANEAJwDyACcA/wAnAP8AhgwAAHIOAABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAA&#10;Nw0AADYLBAA2CAoANQYOADQFEgAyBBcAMQUcADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAn&#10;B1kAJgdlACQHdQAjB4cAIgebACAGsAAgBssAHwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgT&#10;AABBEwAAOxMAADcSAAA0EQAAMhAAADAPAQAwDQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwr&#10;ACcMMgAmDDoAJAxDACMMTQAhDVgAIA1lAB4NdQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8A&#10;exEAAGkTAABaFQAAThYAAEUWAAA9FgAAOBUAADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAo&#10;DhEAJg4WACUPHQAkDyMAIw8pACEQMQAgEDkAHhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQ&#10;swAREM4AERDuABIQ/gASEP8AdxMAAGUVAABXFwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYA&#10;ACcVAAAmFAEAJRIEACMSCwAiEg8AIRIUACASGgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYA&#10;FBRkABIUdAARFIcAEBScAA4UsQANFMoADRTrAA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3&#10;GwAAMhoAAC0aAAApGQAAJhgAACQYAAAiFwAAIBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYY&#10;KwAVGDQAFBg9ABIZSAARGVQAEBliAA4ZcgANGYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgA&#10;AF4aAABQHAAARR0AADwdAAA1HQAALx0AACocAAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwA&#10;FhwQABUcFQAUHBsAExwiABIdKQARHTEAEB07AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgAD&#10;HcIAAx3mAAQc+AAFHP8AaxoAAFsdAABNHgAAQh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4d&#10;AAAcHQAAGB4AABUfAgATIAkAEiEOABAhEgAQIRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJa&#10;AAUiaQADInwAASKRAAAiqAAAIcAAACHlAAAg+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAA&#10;KiEAACYgAAAiIAAAHx8AABwfAAAZIAAAFiEAABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAI&#10;JioABiczAAQnPQADJ0kAASdWAAAnZgAAJ3kAACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQi&#10;AABHIwAAPSQAADQkAAAuIwAAKCMAACQiAAAhIgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoL&#10;AAgrDgAGKxMABCsYAAIrHwABLCcAACwwAAAsOgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74A&#10;ACrkAAAq+gAAKf8AXyMAAFAlAABEJgAAOiYAADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAU&#10;JwAAESkAAA4rAgALLQYABy8LAAQwDgAAMBEAADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAy&#10;XwAAMnIAADGJAAAxogAAMLwAADDkAAAv+wAAL/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScA&#10;ACEmAAAcJwAAGCgAABQqAAARLAAADi4AAAswAQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAA&#10;ADgoAAA4MgAAOT0AADlLAAA5WwAAOG4AADiFAAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9&#10;LAAANCwAAC0rAAAoKgAAJCkAAB4qAAAZKwAAFC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7&#10;CgAAPQ0AAD4QAABAFAAAQBsAAEAkAABALgAAQDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3j&#10;AAA8/AAAPP8AUC8AAEMvAAA5LwAAMi8AACwtAAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAA&#10;BTsAAAA9AAAAQAEAAEEEAABDBwAARQsAAEYOAABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAA&#10;SWQAAEh7AABIlwAAR7QAAEbgAABF/AAARP8ASjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1&#10;AAAROAAADTsAAAg+AAADQQAAAEMAAABGAAAASAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZ&#10;AABVIgAAVC4AAFQ8AABUSwAAU14AAFN0AABSkAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAA&#10;LzQAACY1AAAeNwAAFzoAABE9AAAMQQAAB0QAAABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAA&#10;WAIAAFsGAABdCwAAXw4AAGITAABiGwAAYicAAGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa&#10;+AAAWf8AQTwAADo7AAA0OQAAKjoAACE8AAAYQAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkA&#10;AABcAAAAXwAAAGEAAABjAAAAZQAAAGcBAABqBQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8A&#10;AG9lAABugAAAbZ8AAGvBAABp8QAAaP8AP0AAADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAA&#10;WAAAAF0AAABhAAAAZQAAAGgAAABrAAAAbgAAAHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACF&#10;DwAAhxcAAIYkAACFNAAAhEYAAIJdAACBdgAAf5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwA&#10;ABNSAAAMVwAAA10AAABjAAAAaAAAAG0AAABxAAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAA&#10;AIsAAACOAAAAkgAAAJUBAACZCQAAnhAAAJ4aAACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAA&#10;kPoAOEsAACxOAAAgUwAAFVkAAA1gAAADZwAAAG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACS&#10;AAAAlQAAAJcAAACaAAAAnQAAAKAAAACjAAAApwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNG&#10;AACxYAAAr34AAKygAACrwQAAqe4AMVUAACRbAAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAA&#10;AJQAAACaAAAAnwAAAKQAAACoAAAAqQAAAKwAAACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAA&#10;ywAAANEKAADTFAAA0SUAANA7AADNVAAAynEAAMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACE&#10;AAAAjQAAAJUAAACdAAAAowAAAKkAAACvAAAAtAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwA&#10;AADQAAAA1AAAANoAAADfAAAA5AAAAOoAAADuDAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA&#10;/wAAAP8AAAD/AAAA/AABAPwACAD+AA4A/wAUAP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7&#10;AFYA+QBcAPYAYgD0AGgA8gBvAPAAdgDtAH8A6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA&#10;/wCoAP8AnwD/AJoA/wCWAP8A/wAAAPsAAAD2AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAq&#10;APIAMwDtADsA6QBDAOYASQDiAE8A3gBVANsAWwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoA&#10;vwCqALsAwQC4AOkAtgD/AKcA/wCaAP8AkgD/AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADk&#10;AAEA4AALANsAEQDaABoA2wAjANEALADKADQAxgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMA&#10;ZgCxAG4ArgB3AKwAgwCpAJEApgChAKMAtQCgANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAA&#10;AOMAAADaAAAA0wAAAMYAAAC/AAAAuQAGALcADgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEA&#10;oQBGAJ8ATACdAFEAmwBXAJkAXgCXAGUAlQBuAJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8&#10;AP8AdgD/AHMA/wByAP8A4AAAANAAAADGAAAAtgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcA&#10;HgCUACYAkQAtAI8ANACMADoAigA/AIgARQCHAEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCN&#10;AHcAoAB1ALYAcwDfAHIA/wBuAP8AaQD/AGcA/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAA&#10;hQAAAIIABQCAAA0AfwARAH8AGACAACAAfQAmAHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBt&#10;AFYAbABeAGoAaABoAHUAZwCEAGUAlgBkAKsAYgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkA&#10;AACXAAAAiQAAAH4AAAB4AAAAcwAAAG8AAQBtAAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAy&#10;AGMANwBiADwAYABCAF8ASABdAE8AXABXAFoAYQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8A&#10;UAD/AE8A/wBPAP8ArQAAAJgAAACGAAAAeAAAAG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABb&#10;ABUAWwAbAFoAIQBYACYAVgAsAFQAMQBTADYAUgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkA&#10;hQBIAJkARwCxAEYA2ABGAPwARQD/AEUA/wBFAP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAA&#10;AFMAAABRAAIATwAIAE8ADQBOABEATgAWAE0AHABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQA&#10;QwBMAEIAVQBAAGAAPwBuAD4AfgA9AJIAPACpADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABu&#10;AAAAYQAAAFgAAABRAAAATAAAAEkAAABHAAAARQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8A&#10;JwA+ACwAPQAyADsAOAA6AD8AOQBHADgAUAA3AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/&#10;ADIA/wAzAP8AiQAAAHYDAABmBQAAWQcAAFAHAABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0A&#10;OgAQADkAFAA5ABkANwAeADYAIwA1ACgANAAuADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwAr&#10;AIcAKgCcACkAtQApANwAKQD7ACkA/wAqAP8AgQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJ&#10;AAA2CAAANQUAADQCBgAzAAoAMgAOADEAEQAxABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/&#10;ACgASQAnAFQAJgBgACQAbwAjAIIAIgCXACEArgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAA&#10;Tg4AAEUOAAA9DgAAOA0AADMNAAAwDAAALgsAAC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAn&#10;ACEAJgAnACUALQAkADQAIwE9ACIBRgAhAVEAHwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA&#10;/wAaAP8AdQwAAGQOAABVDwAAShAAAEAQAAA5EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoK&#10;ACYIDQAlBxAAJAYUACIGGQAhBh8AIAckAB8HKwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0A&#10;FQeRABQHpwATBr8AEgXkABIF+gASBf8AcQ4AAF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAo&#10;EQAAJRAAACMQAAAiDgQAIQ0HACEMCwAgCw4AHwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYN&#10;QwAVDU8AEw1cABINawAQDX4ADw2SAA4NpwANDL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQA&#10;ADoUAAAyFAAALRQAACgTAAAlEwAAIhIAACARAAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoA&#10;Fg8hABUQKAAUEDAAEhA5ABEQRAAQEFAADhBdAA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAH&#10;D/8AaREAAFgUAABLFQAAQBYAADcWAAAwFgAAKhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcS&#10;BgAWEgoAFRIOABQSEgASEhgAERMeABETJQAQEy4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSN&#10;AAQUowADE7sAAhPdAAES9AACEv8AZRMAAFUWAABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAA&#10;HRYAABoVAAAYFQIAFhUEABQVBQASFggAERYNABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAH&#10;GEcABRhUAAQYYwACGHUAARiLAAAXoQAAF7kAABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIa&#10;AAArGgAAJRoAACEZAAAeGAAAGxgAABgXAAAWFwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsY&#10;AAgcHwAHHCYABRwvAAQcOAACHEQAAB1RAAAdYAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8A&#10;XhgAAE8aAABCHAAAOBwAAC8dAAApHAAAIxwAAB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAO&#10;HQcADB4LAAkfDgAGIBEABSAWAAMgHAABISMAACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAg&#10;ngAAILgAAB/eAAAe+AAAHv8AWhsAAEsdAAA/HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsA&#10;ABUbAAASHAAAEB0CAA4fBAAMIQYACSIKAAUjDQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0A&#10;ACZKAAAmWgAAJmwAACaDAAAlnAAAJbcAACTfAAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAl&#10;IAAAIB8AAB0eAAAaHQAAFh4AABMeAAAQIAAADiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAs&#10;FgAALB0AACwlAAAsLgAALDoAACxHAAAsVgAALGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIA&#10;AEQjAAA4JAAALyQAACgjAAAjIgAAHyEAABwgAAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQA&#10;ACwHAAAuCQAAMAwAADEPAAAzEwAAMxkAADMhAAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAA&#10;MbMAADDeAAAv+wAALv8ATCUAAD8mAAA1JwAALSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4o&#10;AAALKgAABywAAAMvAAAAMQIAADMEAAA1BwAANwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+&#10;AAA7TgAAO2AAADp3AAA5kgAAOLAAADfbAAA2/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAA&#10;GycAABUoAAARKgAADiwAAAovAAAGMQAAATQAAAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAA&#10;RREAAEUYAABFIQAARSwAAEQ5AABESAAARFsAAENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADgu&#10;AAAvLQAAKSsAACQqAAAdKgAAFywAABEuAAANMQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQA&#10;AABGAAAASAMAAEoHAABMCwAATg4AAFATAABQHAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQA&#10;AErKAABJ+AAASP8APjIAADUxAAAuLwAAKS4AACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAA&#10;RAAAAEcAAABJAAAATAAAAE8AAABRAAAAUwAAAFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABd&#10;PAAAXE4AAFtjAABafgAAWJ0AAFfAAABV8gAAVP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0A&#10;AAhBAAAARQAAAEkAAABMAAAAUAAAAFMAAABWAAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUA&#10;AGsLAABvEAAAbxgAAG4lAABtNAAAbUYAAGtbAABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAo&#10;OQAAHjsAABU/AAAORAAAB0kAAABNAAAAUgAAAFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABt&#10;AAAAcAAAAHMAAAB2AAAAeQAAAH0EAACBCwAAhREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqq&#10;AAB31gAAdf0AOD0AACw+AAAiQQAAF0YAAA9LAAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAA&#10;AHQAAAB4AAAAewAAAH4AAACAAAAAgwAAAIYAAACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAA&#10;mjMAAJdJAACUYgAAk38AAJCgAACOxQAAjPMAMUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABu&#10;AAAAdAAAAHkAAAB/AAAAhAAAAIkAAACNAAAAkQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgA&#10;AACsAAAAsgMAALcNAAC3FwAAtSgAALI+AACwVgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAA&#10;CmIAAABqAAAAcwAAAHsAAACCAAAAiQAAAI4AAACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAA&#10;sAAAALMAAAC3AAAAuwAAAMAAAADFAAAAywAAANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADC&#10;qQAAwcsAIlsAABZiAAAMawAAAXQAAAB9AAAAhwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYA&#10;AAC6AAAAvAAAAMAAAADEAAAAyAAAAMsAAADPAAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMA&#10;AO4nAADsPwAA6lsAAOd6AADkmwAA4LsA/wAAAPsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/&#10;ACIA/wAsAP8ANQD/AD0A/wBFAPwATAD6AFIA9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUA&#10;kQDhAKAA3QCyANgAzgDSAPYAwQD/AK0A/wCeAP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAA&#10;AOkAAADsAAUA8gAMAPgAEgD3ABsA9QAlAPAALgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwA&#10;zQBiAMoAagDIAHIAxQB8AMIAiAC+AJYAugCoALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCA&#10;AP8A8AAAAOUAAADeAAAA2gAAANsAAADcAAAA2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0A&#10;PQC6AEQAtwBJALUATwCyAFUAsABbAK4AYQCsAGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8&#10;AIwA/wCCAP8AewD/AHYA/wB0AP8A4gAAANMAAADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEA&#10;rQAYAK0AIACoACgApAAvAKAANgCdADwAmwBCAJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCK&#10;AIMAiACUAIYApwCDAMIAggDwAHwA/wBzAP8AbQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAA&#10;AACYAAAAlAAAAJEABgCQAA0AkAASAI8AGQCOACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBL&#10;AHwAUgB6AFkAeABiAHYAbAB0AHkAcgCJAHEAnQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8A&#10;vgAAALEAAACgAAAAkgAAAIkAAACCAAAAfAAAAHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBw&#10;AC0AbgAzAGwAOABrAD4AaQBEAGgASgBmAFEAZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA&#10;9wBXAP8AVAD/AFIA/wBRAP8AsAAAAJ8AAACNAAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwAL&#10;AGMAEABjABUAYwAbAGEAIQBfACcAXQAsAFwAMgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgA&#10;UAB3AE8AiQBOAJ8ATQC6AEwA6QBLAP8ASQD/AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABe&#10;AAAAWQAAAFcAAABVAAEAVAAHAFMADQBTABEAVAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoA&#10;PQBJAEQARwBMAEYAVgBEAGEAQwBwAEIAgQBBAJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAA&#10;AH8AAABvAAAAYwAAAFkAAABRAAAATQAAAEoAAABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwA&#10;RAAhAEIAJgBBACsAQAAxAD4ANwA9AD4APABHADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0&#10;APUANAD/ADQA/wA1AP8AiAAAAHQAAABlAAAAWAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwA&#10;BwA7AAwAOwAPADsAEgA6ABcAOQAcADcAIQA2ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBj&#10;AC0AcwAsAIgALACgACsAuwArAOoAKwD/ACsA/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAA&#10;OwIAADcAAAA0AAAAMwAAADIABQAyAAkAMgANADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAq&#10;ADUAKQA9ACgARgAnAFEAJgBeACUAbgAkAIIAIwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUE&#10;AABWBgAASwcAAEIIAAA6CAAANQcAADAGAAAtBQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAV&#10;ACcAGQAmAB4AJQAkACQAKgAjADEAIgA5ACEAQwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0A&#10;GwD2ABsA/wAcAP8AcAUAAF8IAABRCgAARgsAAD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAj&#10;BAYAIwIJACIBDAAiAA8AIQASACAAFgAfABsAHgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcA&#10;ZgAWAHgAFQCPABUApgAUAMMAFADuABQA/wAVAP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0A&#10;ACcNAAAjDAAAIQwAAB8LAQAeCgUAHQgIAB0GCwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsA&#10;FgQzABUEPAAUBEcAEwNUABIDYwARA3UAEAKKABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJ&#10;DgAAPg8AADUPAAAuDwAAKA8AACQOAAAgDgAAHQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJ&#10;EgAVCRYAFAkbABMJIQASCSgAEgkwABEJOgAQCUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbb&#10;AAoF9gAKBP8AYw0AAFMOAABGEAAAOxEAADIRAAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQA&#10;FQ4HABQNCQATDQsAEwwNABIMEAARDBQAEAwZABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAI&#10;DXEABg2GAAUNnQAEDLQAAwzSAAIM8QACC/8AXw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4R&#10;AAAbEQAAGBEAABUQAgAUEAUAEhAHABEPCQAQDwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAs&#10;AAkQNgAIEEEABhBOAAUQXQADEG8AARCEAAAQnAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAA&#10;NhQAAC0UAAAmFAAAIRMAABwTAAAZEgAAFhIAABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQAL&#10;EhEAChIVAAkSGgAIEiEABhMpAAUTMwADEz4AAhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR&#10;9QAAEf8AWBIAAEkUAAA9FQAAMxYAACsWAAAkFQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJ&#10;AA4SCQANEgkACxMKAAkUDQAHFQ8ABhYTAAQWGAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oA&#10;ABaAAAAWmQAAFbQAABXZAAAU9wAAE/8AVRQAAEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAW&#10;FQAAExQDABITBgAQEwcADxMHAA0UBwALFQgACRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAb&#10;LQAAGzgAABtGAAAcVQAAG2cAABt9AAAblwAAGrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoA&#10;ACYaAAAgGQAAGxgAABgXAAAVFgEAExUFABEVBAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0A&#10;ACAQAAAgEwAAIBkAACAhAAAhKgAAITUAACFCAAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAA&#10;HP8ATRkAAD8bAAA0HAAAKxwAACQcAAAeGwAAGhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgc&#10;AwAFHQQAAh8GAAAhCAAAIwsAACUOAAAmEQAAJhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3&#10;AAAlkgAAJK8AACPaAAAi+wAAIf8ASB0AADweAAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAA&#10;EBsAAA0cAAALHQAACB8AAAQhAAABIwIAACUEAAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAA&#10;Li4AAC47AAAuSgAALVwAAC1yAAAsjgAAK6wAACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAg&#10;AAAcHgAAGB0AABQdAAAQHgAADh8AAAshAAAHIwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMK&#10;AAA1DQAANhEAADYXAAA2HwAANikAADY2AAA2RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8A&#10;PyQAADQkAAArJAAAJCMAAB8hAAAbIAAAFiAAABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAA&#10;MgAAADQAAAA3AAAAOQMAADsGAAA+CgAAQA4AAEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9&#10;ggAAPKIAADrHAAA5+AAAOP8AOigAADAoAAApJwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0A&#10;AAAwAAAAMwAAADYAAAA4AAAAOwAAAD4AAABAAAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8A&#10;AEwrAABLOgAASkwAAElhAABIfAAAR5sAAEW/AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAU&#10;KgAADi0AAAowAAAEMwAAADcAAAA6AAAAPQAAAEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABT&#10;AQAAVgYAAFkLAABbEAAAWxkAAFolAABZNAAAWEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAA&#10;ACwuAAAnLAAAHi0AABYvAAAQMgAACjYAAAM6AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAA&#10;AFUAAABYAAAAWgAAAF0AAABgAAAAYwAAAGcGAABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAA&#10;ZIkAAGGrAABf3AAAXf8AMTMAACwxAAAiMgAAGTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABU&#10;AAAAWAAAAFsAAABfAAAAYgAAAGUAAABoAAAAawAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIW&#10;AACAJAAAfjUAAHxJAAB7YQAAeH8AAHafAABzxgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAA&#10;AFEAAABWAAAAWwAAAGAAAABlAAAAaQAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAA&#10;iQAAAI4AAACTAAAAmAYAAJwOAACbGgAAmCsAAJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBB&#10;AAAVRwAADU0AAAJUAAAAWwAAAGEAAABoAAAAbgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8A&#10;AACSAAAAlQAAAJkAAACdAAAAoQAAAKUAAACqAAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkA&#10;AKiIAACmqAAAotEAI0gAABhOAAAOVAAABFwAAABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAA&#10;lQAAAJsAAACgAAAAowAAAKYAAACpAAAArQAAALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADa&#10;CgAA1hYAANIpAADOQQAAylwAAMV8AADCnQAAwb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgA&#10;AACQAAAAmAAAAJ8AAAClAAAArQAAALMAAAC4AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAA&#10;ANoAAADgAAAA5wAAAO0AAADzAAAA9A4AAPIeAADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAA&#10;AAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5A&#10;QUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeI&#10;iouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR&#10;0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////&#10;/////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhsc&#10;HR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNl&#10;Zmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6yt&#10;r7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX2&#10;9/n6+/z+//////////////////////////////////////////////////////8AAAAAAAAAAAAA&#10;AAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBB&#10;QkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iK&#10;i4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS&#10;1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////&#10;////////////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUm&#10;JygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5f&#10;YGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeY&#10;mZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR&#10;0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQh&#10;AAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERIT&#10;FBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktM&#10;TU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SF&#10;hoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+&#10;v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3&#10;+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhsc&#10;HB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9Q&#10;UlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/&#10;wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err&#10;6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsL&#10;DAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAx&#10;MjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46Q&#10;kpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ&#10;2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7&#10;/Pz9/f7+//+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6&#10;cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy&#10;/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrx&#10;yGRx48Zqh9bAb5vLuHKswrF0urutd8S0qXvNq6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4Zma&#10;juGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6&#10;F/+zQyL/vksx/8VURfnJXFvvzWNx48xpiNXGbZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYnd&#10;kJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2Q&#10;nYndkJ2J3f+mJQb/pTAO/6o6F/+1QyL/wEsx/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyx&#10;c8GjrHbImqh5zpKkftSJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF&#10;2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2P+nJQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy&#10;3tZlicvMapy7wW2rr7lwtqW0cr6cr3TElKt3youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSE&#10;pIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4&#10;QiH+xEow985SRPDWWFrn4F5y1tpkiMTNaZq0w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/&#10;zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/O&#10;f6d/zv+oJQb/pzAO/645Fv+6QiD7xkov9NNRQ+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQ&#10;tXG8iLF0wYGueMV7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXus&#10;fcl7rH3Je6x9yXusfcl7rH3Je6x9yf+oJAb/pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1j&#10;hbbRaJWnyGuhnMFtqpO8b7GKuXG2hLV0u32yd793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzC&#10;d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7z&#10;zUot6d1PQOHpU1nT6ltvv99jgq/TZ5Ghy2qdlsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1&#10;e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7&#10;u/+qJAX/qS8N/7Y4E/nEQR3t0kkr4uNNQNvvUljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGp&#10;e790rXa9d7Bxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nx&#10;u3uzcbt7s3G7e7Nxu3uzcbt7s/+rJAX/qy8N/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDc&#10;Z4aU1GuQi89ul4TMcJx9yXOgeMZ1o3PEeKZuwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8&#10;qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYo&#10;zO5MQcP5UFW181hmpelhdJfhZ36N22uGhddvjH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxs&#10;zH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+v&#10;IwT/ti0J8cg2DN3cPRPN6kYqwfZLQLb/T1Gq91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7&#10;iW7Yfotr1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKN&#10;a9aCjWvWgo1r1oKNa9aCjf+xIwT6vywG49QvB87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/&#10;7W9ueep0cnXod3Vx53p3buV9eWvkgHtp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnj&#10;hHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9G&#10;OZv/TUWS/1ZPhv5iVn76alx393Bgc/V1Y2/zeGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74Vr&#10;Zu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU&#10;3xEBwu8mC7X8Ohqn/z4nmf9EM43/Sz2F/1VFfP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8&#10;glpj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uG&#10;W2P7hltj+4ZbY/uGW9TPCgDE7RICtfsmDaj/NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29F&#10;Zf90R2P/d0hi/3tJYf9+Sl//gUpe/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte&#10;/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7&#10;tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544&#10;Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fL&#10;tH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiT&#10;hLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj&#10;7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+o&#10;QR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2g&#10;z655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHC&#10;jYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRv&#10;d+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/&#10;sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+Ks&#10;dYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr&#10;/7lSPP+7XE/6umVk7bhteOGwc4vVqHmczJ99qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOn&#10;fqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+f&#10;IgX/ni0M/6A3FP+rQB7/tEkr/7tSPP+9W1D6vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CH&#10;yrKLjNKuh5XYpoOd2qGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHV&#10;oYKh1aGCodWhgqHVoYKh1f+gIgX/ni0M/6E3FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/S&#10;sXWhyKh4sMChe7y5m3/HtJaEz7CUjdWrkZfaoImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qI&#10;oNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79R&#10;PP/CWlD5xGJl68Vpe96+bpDRtnOjxq52s76necC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/Y&#10;lY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/&#10;ny0M/6M3FP+uQB3/uEgq/8FQPP7FWVD3yGBm68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6Wh&#10;itWcnJHalZmc3I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf&#10;2I+Un9iPlJ/Yj5Sf2P+hIgX/ny0M/6Q3FP+wPxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+m&#10;wbpytbaydsCsrHvIpKh/zpykhdSUoI3YjZ+Z24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iK&#10;nJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jL&#10;V1Dy0F5m59RkfdrPaZPIxW2murtwtK2zc7+jrXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc&#10;14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M&#10;/6c2E/+zPxz/vUcp/MhOO/XOVk/u1V1m5NpifdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+D&#10;pIHUfaKL1nujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1Xuj&#10;ldV7o5XVe6OV1f+iIQX/oC0M/6g2Ev+0Pxv/v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5u&#10;r6C3cLiVsnPAja52xYWqesp+qH/OeKaH0XWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/S&#10;daWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m&#10;41ll2OJge8XVZo+0ymqfpcFtq5m6b7SQtXK7iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGp&#10;i8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1&#10;Ef+5Phr5xUcn8NFNOOngUkzi6VdkzuRfer3XZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzC&#10;ca+CxG6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8Zu&#10;rofGbq6Hxv+kIQX/oywL/681EP+8Phj0yUYl6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3D&#10;b6iFv3Gufrt0sni5d7Zzt3u5brWAvGu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SF&#10;vmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvv+lIQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81Ri&#10;vOhedKveZISd1GmQkc5tmYfJb6CAxXKlesJ0qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNo&#10;u4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPH&#10;PRTk2EUe1uZJNcvxTkzE91NfsexdcKHiZH2V22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWB&#10;pWbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWm&#10;ZsSFpv+oIAT/rioI/L8zC+nPPBDX4UIeyu1JNb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l3&#10;13eMc9V6j2/TfZFs0YCUaNCElmXPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XP&#10;h5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl/+qIAP/tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/dd&#10;YI7wZWqF62xxfedxdnfkdnpz4nl9b+F8f2zfgIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImG&#10;ZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++&#10;9EEisP9FM6T/SkGc/1FNj/5dVoX5Zl599G5kdvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2Pp&#10;jHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mM&#10;dP+2HALozRQBzOYdBL7zMRKx/z4io/9CL5b/SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+Xxd&#10;Z/h/Xmb4g19k94ZgYvaJYWH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh&#10;9oxiYfaMYmH2jGJh9oxiYfaMYvPEDwDO2gsAvfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/&#10;ZkVs/21IaP9zSmb/d0xk/3tNYv9/TmH/gk9g/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+L&#10;UV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUc&#10;h/88JHz/RCtz/00xbP9YNWf/Yzlj/2s7Yf9xPV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY&#10;/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+Z&#10;HwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CV&#10;rMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnj&#10;m3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65R&#10;NP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/&#10;lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8&#10;mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H&#10;25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+v&#10;W0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL&#10;/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHF&#10;eZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KF&#10;lNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/&#10;rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2&#10;Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61&#10;wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv/+ZHwX/lysL/5c2Ev+hPhr/qkYl/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GO&#10;iaLLiI6rx4KTscR+l7fBepy7vneiv7x1qsK1ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3Kv&#10;wbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3Kvwf+ZHwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY&#10;9rFsa+qtdX3fo3uN1ZuBnM2ShqjHi4qxwoWPub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSr&#10;dq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+l&#10;PRn/rkYl/7VONP+3WEb/t2FZ9bVqbOmyc3/dqHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyh&#10;z6t4pc+learIpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazG&#10;pHmsxv+aHwT/mCoK/5s0Ef+mPRn/r0Ul/7dONP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HA&#10;k4S8u4yJxbeIkMu0hpnOsoak0aR8pNGffanKnn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59&#10;qsiefarInn2qyJ59qsiefarInn2qyP+bHwT/mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1n&#10;bue6b4LasXSVz6h5psWffbS+l4HAuZSKxrWRksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnK&#10;mIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/&#10;skUk/7tNM/+/Vkb9wV5a88Fmb+a/bYPZtnOXza13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmH&#10;otOUhqfNk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4ao&#10;y/+bHwT/mSoK/54zEf+qPBj/s0Uk/7xMM//BVUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/&#10;sJ6GxqiZjMuhlZLQm5Kb05SOotSPiqbOj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuP&#10;iqjLj4qoy4+KqMuPiqjLj4qoy/+bHwT/mioK/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XI&#10;aoXWwW+ayrl0qr6werazqX+/qqKExqKdisubmpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+o&#10;zIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj&#10;/79MMvzGVEX2ylxa781icOTNaIbTxW2axbxzqrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOG&#10;labOhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+c&#10;HwT/mikK/6IzEP+tOxf/t0Qj/8FMMvnJU0XzzVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yB&#10;xZeohsqQpIzOiqKV0YWiodKBnKbOgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfM&#10;gZqnzIGap8yBmqfMgZqnzP+cHgT/mykK/6MzEP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJ&#10;zGqZusNvqK27dLSitHm9mK99w5Csg8iJqYnMg6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yi&#10;qMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZL&#10;MfPRUUPr2ldZ499db9PbY4XCz2mXscRtp6S8cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPM&#10;d6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/&#10;nCkK/6cyD/+zOxb/vkMg9cpLL+7WUELm4VZX3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6w&#10;eMJ3rnzGcqyDyW2rjMptq5nJbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyf&#10;x26sn8durJ/Hbqyfx/+eHgT/nSkJ/6kyDv+2OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeR&#10;ocprnpTDbqiJvXGwgLl0tnm2d7p0tHu9brKBwGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNm&#10;sJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/k&#10;TD/X7FFWye5Za7fjYXyo2GeLms9rl43JbqCDxHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aR&#10;umO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI&#10;/7EwC/vAORHszkIZ399HKNPpTEDK8VFVvvJYaK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRu&#10;xHynacKBqWbAhqxiv42tYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/&#10;j65hv4+uYb+Prv+iHQP/picH/7cvCfLHOA3h2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1t&#10;hIHYcYt61HWQdNJ5k3DQfJZszn+ZaMyDm2TLiJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+f&#10;YMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w&#10;/k9PpvpXXJjxYWiM62hxg+ZueHvic31133iBcd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDV&#10;kY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skm&#10;A9XfKQfH7DwZuvhEK63/SDuj/01Jmv9XVI35YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3&#10;ZuWIeWPkjHph45F8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg&#10;45J8YOOSfP+rGwL3wB0B2dwSAcfrKAq69zsarP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4&#10;dl9s9nthafV/Y2f0g2Rl84ZmY/KKZ2Hxjmhf8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CT&#10;al/wk2pf8JNqX/CTal/wk2pf8JNqX/CTav+3FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5&#10;gP9UQHj/YUZy/2pKbP9wTWn/dlBm/3tRZP9/U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc&#10;/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/&#10;KQ6e/zQYkP86IYT/QSl6/0kwcv9SNmz/Xjpo/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+H&#10;Rlr/ikdY/49HWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BI&#10;WP+QSMTHBwC32wcBqf8WBp//Kg2Q/zAVg/82HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY&#10;/3U2Vv95Nlb/fDdV/383VP+COFP/hTlS/4k5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/&#10;ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOf+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6Fu&#10;W/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/&#10;oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1x&#10;rqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT&#10;2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/eb&#10;eGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh&#10;/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjM&#10;b7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+S&#10;HQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2Hyb&#10;mdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGru&#10;lYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZO&#10;Lf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wq&#10;ym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/&#10;kCkJ/480EP+aOxf/okQg/6lNLf+qWDz/qGJM/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6&#10;naTNdqKpy3SnrMlxra/Hb7SywWy5tLxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7&#10;sbxsu7G8bLuxvGy7sf+UHQT/kSgJ/5EzEP+cOhb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn319&#10;4ZaDi9mOipbTh5CgzoGVp8p8mq3HeJ+yxHWltsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWz&#10;b7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+x&#10;VT3/sF9O/a5oX/KqcnDnpHqB3pqAj9WSh5zOi4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKz&#10;vKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ&#10;/5UyD/+gOhb/qUIf/7BKLf+0VD3/tF5O/bNnYPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28&#10;e5rDunqjxbd5q8esc6zGp3Wxv6V3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3&#10;tbqld7W6pXe1uv+VHAT/kygJ/5YxD/+hORX/qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7&#10;ls+bgKXHkoWxwYqLu72HlMC7hZ3EtoKkx7B+qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8&#10;n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/&#10;ulxO+LpkYu+4bHXjsnOI2Kl5mc2ffqnFmIS0v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+&#10;sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gw&#10;Dv+kORX/rUEe/7VJLP+7Ujz9vVtO9r1jYu69a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbG&#10;p4mdyKOHpsqZgKjLloGuxJWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6V&#10;gbG+lYGxvv+WHAT/lCcJ/5kwDv+lORT/rkEe/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceo&#10;e6q8oIG0tJqHvKyUjcKmkJTGoI2byZyLpMuVhqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWx&#10;v5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv/+WHAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO&#10;8sRhY+nFaHfdvm2MzbRzncKreaq3pH60rp2EvKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCM&#10;ibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+n&#10;OBT/sUEd/7pJK//CUDv4xlhO8MhfY+bIZnjYwWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaW&#10;yZCUn8uLkajMh46sxoeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDB&#10;h42wwf+XGwP/lScI/50vDf+pOBP/s0Ad/7xIKvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamt&#10;q3uzo6aAu5uhhsGUnY3FjpuUyIqZncqGmajLgpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKS&#10;r8GCkq/BgpKvwYKSr8GCkq/BgpKvwf+XGwP/lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNc&#10;Yt7PYnjNx2iLv75um7K3c6insHmynqt+upWnhMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/B&#10;fZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/&#10;t0Ab/cFIKPbLTjnv01RM5tlaYtjUYXfHy2eKucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2n&#10;mch6p6XJd6KsxXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+w&#10;wf+YGwP/lyYI/6IvDP+uNxL/uT8a+cRHJ/HOTTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWv&#10;kbh7toi1gLyBsobAe7CNw3aulsVzrqHGcq2txHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMBy&#10;qbDAcqmwwHKpsMByqbDAcqmwwP+ZGwP/mCYI/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nf&#10;XnS612SGrM9plp3HbaORwHGshrt1s363erl3tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSy&#10;vWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X&#10;7s5GI+TcTDLd509Jz+hWXsDkXXKy3mSCo9RpkZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pj&#10;tZC7YbWbvGO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+b&#10;GwP/myUH/6stCf+5NQ3yxz4V5dVGH9rjSTPP605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1&#10;oXPEeKZuwnypacCBrGW+h65ivY6wX72XsV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6x&#10;XryesV68nrFevJ6xXryesf+cGgP/oCQG/7AsCPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me&#10;52N2kuBpgYfab4l+1HOQd9F3lXHOe5lszH+caMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzG&#10;m6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudC&#10;H8LxSDS4+UxGr/dRVaL1W2KV7WRtiudrdoDicH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CS&#10;XtGWlFzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/&#10;rSED+L8mA+LUJQPO5TMPwvBCIbb6RzOr/ktCov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zl&#10;gXpo44R8ZuKIfWPhjH9g4JGBXt+WglzemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6a&#10;g1zemoNc3pqDXN6ag/+jGQL/th0B6cwXAc/jHgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVX&#10;evltXXT2c2Fv9Hlka/J+Z2jxgmlm8IZqZO+KbGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc&#10;65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/&#10;QiyQ/0g2h/9PP3//WkZ4/2VLcf9tT2z/c1Jp/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmX&#10;XVv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkA&#10;wOYNAbL8IAin/zMTmv85HY3/PyaC/0Yuev9ONXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd&#10;/4VJXP+ISlv/jEta/5BMWP+VTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/&#10;mU1X/5lNV/+ZTc3BBgC+0AcAsfYOAqX/IQmZ/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9p&#10;NVz/bzda/3Q4Wf95OVj/fTpX/4A7Vv+EO1X/hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+&#10;Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp&#10;/0AfYv9JI1v/USZX/1ooVf9iKlL/aStR/28sUP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/&#10;izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0&#10;Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO&#10;3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm//i/+JJQ0NfUFJPRklMRQAHCf+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC&#10;/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+P&#10;OhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+u&#10;kdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3no&#10;fJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5lt&#10;T/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/&#10;l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtt&#10;s5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m/+LHAT/iSgI/4UzDv+QORT/mEIc/55LJ/+fVjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC&#10;43idiOB0o4zdcqiQ22+tk9pus5bYbLqY1mvCm9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzK&#10;ZsqcymbKnMpmypzKZsqcymbKnP+MHAP/iScI/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2a&#10;dF/1lH5s7Y6IeOeHj4HigJWK3XuakNp3oJbWdKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnH&#10;ocBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb&#10;/6VJJ/+nUzT/p11D/6RoU/ygcmLymnxw6pSFfeOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJ&#10;bbiuwmm8sLxrwKq3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+N&#10;GwP/iycI/4wwDf+YNxP/oEAb/6dIJv+rUjT/q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGV&#10;oM57m6fKdqGtx3OoscVwr7XBbbe3uWu4tbNuva6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGo&#10;sHDBqLBwwaiwcMGosHDBqP+OGwP/iyYI/44wDf+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXv&#10;pXd25Z1/hdyUhZLUjIydzoSSp8l9mK/EeJ61wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lz&#10;v6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tH&#10;Jv+xUDT/sVlE/LBjVfaubGftqnV446F8iNmYg5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9&#10;qXK0u6Z0ubOjdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/&#10;jCYH/5EuDP+dNhL/pj4a/61HJf+zTzT/tFhE+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+H&#10;lLW6gpy5tX+kvLJ9rL6rebG/o3ayvaB4uLWeeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9&#10;r555va+eeb2vnnm9r/+PGwP/jSYH/5MuDP+eNRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B7&#10;3qp3jdCffJ3Hl4Onv5CKr7iLkbayhpi6rYOgvamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CY&#10;fbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4&#10;TTP8u1ZE9btfVu27Z2njtW591qxzj8qjep3Bm4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6w&#10;wZR/triTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH&#10;/5UtDP+hNRH/qz0Y/7NGJP+6TTP6vlVE879dVuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7al&#10;jpO7n4uavpuJosGYiKzCkIKvwo+DtbmPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+E&#10;urOPhLqzj4S6s/+QGgP/jiUH/5YsC/+iNRD/rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJw&#10;j8Cqdpy2onynrZyCr6WXibaek5C7mY+YvpSNoMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0&#10;ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2&#10;xVND7shbVuPGYWrUv2h+x7ZujrutdJyxpnqmp6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSN&#10;tLuFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ks&#10;C/+mNA//sDwX/7lEIvzBSzH0yVJC681ZVd/JYGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6&#10;jJqTvoeYm8CEl6XCgJavwn+Ss7yAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWA&#10;kbi1gJG4tf+SGgP/kCUH/5ssCv+nNA//sjwW/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2&#10;cJqlsHalnKp8rZOmgrSMo4m5hqCQvYGemb99nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4&#10;tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tf+SGQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/&#10;49hWU9PSXWjFymN7t8Jpi6q7b5iftnSjlbF6rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0&#10;nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+s&#10;Mw3/uDsU+MNDHu/NSizn2k893d5VUc3YW2e+z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCM&#10;uHSvlbtwr5+8bq+svG2rtblup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0&#10;bqe5tP+UGQP/kiQH/6IqCP+wMgz+vDoS8sdCHOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SR&#10;xXCeh8F2pn++fKx4vISxcrqLtG25k7ZquJy4Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiy&#10;u7FosruxaLK7sWiyu7FosruxaLK7sf+VGAP/lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dR&#10;UL3jWWOv3l90othlg5bTao+Kzm+Zf8hzoXXEeKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76t&#10;Yr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjw&#10;yDgN4dhAE9TjRSbK60s7wexPT7PoV2Cm5V9vmuJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPG&#10;iqRfxJGmXMSZp1rDpKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSw&#10;p/+YFwL/niAE/68mBfjALgbm0DMI1eE8FMnqRSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKC&#10;dtp4iHDXfYxr1IKQZtKHkmPRjJVfz5KWXM6ZmFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pY&#10;zauaWM2rmljNq5pYzauaWM2rmv+aFwL/pR4D/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2&#10;VVWU9V9gifFoaIDsb3B46HV1cuV6eW3if31p4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmo&#10;iVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJ&#10;vfM7GbL9Qyim/kc2nP1MQ5P9VU2K/V9WgflpXXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf&#10;6ZR0XeiZdVrnoHdY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+i&#10;FQH/txUA2M8LAMrnEwK88ykLsf07GaT/QCaZ/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8&#10;Wmb6gVxj+IZeYfeLX1/2kGFe9pViXPWaY1r0oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86Vl&#10;WPOlZVjzpWVY86VlWPOlZf+tEADWwwgAyNMKALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz&#10;/14/bv9oQ2n/b0dm/3VJY/97S2H/gUxf/4VOXf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/&#10;o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8z&#10;Fon/OR5+/0Aldf9IK23/UDBn/1o0Y/9lN2D/bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49B&#10;VP+UQlP/mkNR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3&#10;zQUAquQIAZ//GQaU/ygMh/8uE3v/NRlx/z0eaf9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/&#10;eDFR/3wxUP+AMk//hDNO/4gzTf+MNEz/kjRL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+W&#10;NUv/ljVL/5Y1S/+WNbfEAwCp1AIAnPkLApP/GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1Ig&#10;UP9ZIk3/YCNL/2YkSv9rJUn/byVI/3MmR/93Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD&#10;/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+V&#10;VS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfH&#10;g+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH&#10;/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfs&#10;bq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKO&#10;Yfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/&#10;k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nl&#10;z4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3sz&#10;Df+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq56&#10;6myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah/+DHAP/gCcH/30yDP+INxH/kD8Y/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/&#10;lGvxepty7naid+typ3vpb61/52yyguVquITkab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LY&#10;is9i2IrPYtiKz2LYis9i2IrPYtiKz2LYiv+EGwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06&#10;/5hpR/+TdFP+jn5f94iJafGCkXLtfZh56Xiff+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XL&#10;ZNGTxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+O&#10;NRD/lj0Y/5xGIf+gUC3/n1s7/5xmSP+YcVb7k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+v&#10;ldhtt5nVa8Cc0mnJnsllyZ7CZ82YvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGT&#10;vmnRk/+GGwP/gyYH/4UvC/+QNBD/mT0X/59GIf+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzk&#10;g5KG332Zjtp4oJXWdKea03Cun9FttqPPa8Clx2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrds&#10;zpa3bM6Wt2zOlrdszpa3bM6Wt2zOlv+GGwP/gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6Ri&#10;SvyhbFn3nHZo75aAdeePiYHgh5CM2oCWldV6np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcif&#10;sG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//&#10;nTwW/6REIP+qTC3/qlc7/qhgS/ilalrzoXRq7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRz&#10;ta+/cLywtWu8sLBuwamscMaiqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLK&#10;nP+HGgP/hCUH/4ssCv+XMw//nzsW/6ZEH/+sSyz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiY&#10;zYWPoceAl6fCe56svXinr7p2sLG3dbqyrXC6sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6j&#10;dcmeo3XJnqN1yZ6jdcmeo3XJnv+IGgP/hSUH/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/Gv&#10;Zlzqq29u4aN2f9WZfY/MkYSZxYqMor6Ek6i5f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnH&#10;oJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV&#10;/6tCHv+xSiv9tVM79rVcS+6zZF3lrmxv26Vzgc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSl&#10;fbK1n3q4tpt5u7GZe8GomHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+J&#10;GgP/hiUG/5AqCv+cMQ3/pToU/61CHv+0Siv7uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KF&#10;orCMjKmqiJSupYScsqCCpLWdga62mX+3t5R9urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wj&#10;kn/Fo5J/xaOSf8Wjkn/Fo/+JGQP/hiQG/5EpCf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7c&#10;tWdxzqxvgcOkdY65nHyZsZaCoqqRiqmjjJGunomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2D&#10;xKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FB&#10;HP+5SSn2wE857cJXSuS/X13WuWZwybBtgL6oc460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3&#10;jIq0uIiGuLWIh76siIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/&#10;hyQG/5QpCf+hMAz/qzkS/7RBHPy7SCj0w04468dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6a&#10;hKiXloyukZOUsoyRnLWIj6a3hY+xuIKMt7aCjL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zD&#10;poOMw6aDjMOmg4zDpv+KGQP/iCQG/5YoCP+jMAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nv&#10;v7dpf7SwcIypqXWXoKN7oJifgqiRm4mtipmSsoWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9&#10;kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjC&#10;Rybuy0015NBURtXLW1vHw2Juurtofq60boujrnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJus&#10;tnWat7Z3mL2ueJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG&#10;/5onB/+nLwr/szcP/L0/GPPGRiPq0Ewy4NVSRc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWD&#10;qIWqfaaMr3iklbJ0o5+0caOqtW+kubRwoL6tcp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3Kd&#10;wqdyncKncp3Cp/+MGAP/jCIG/50nB/+qLgn/tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZl&#10;eqLAaoiXu3CSjbd1m4SzfKJ9sYOodq+KrHGtk69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOm&#10;a6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd&#10;4Egt0OFPQsLbVla0011op81jeJrIaIWPw26PhcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4&#10;tq1ktcGpZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6Ql&#10;Bf+zLAb3wTMJ6M48D9zeQBnQ5Ugux+VNQrngVVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGe&#10;asWJomXFkqRixJ2mX8Snp13EtKdew8SkX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBf&#10;vcigX73IoP+QFwL/mB0E/6kjBP+5KQTuyDEG3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+Bhbozd&#10;aHmC226Cetl1iXLVfI9r0oKTZc+Il2DNj5pczJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczM&#10;mVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmf+SFgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268Ucv&#10;sO9LP6XtUU6a61paj+piZYXoam5953J1deN4e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W&#10;1bSOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenL&#10;FgHR4R0CxewxDrr1QB6u90Uuo/VKPJr0UEiQ81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eM&#10;dmDmknhd5Jh6WuOee1jjpX1W4q9+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+&#10;VOG4fv+YEwH/rRQB88MPANLYCwDE7B4EuPYxEa39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw&#10;+3Raa/l6Xmj3gWFk9YdjYfONZV/yk2dd8ZloWvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTu&#10;tG1U7rRtVO60bVTutG1U7rRtVO60bf+jEADxuQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9H&#10;MYH/Tjl6/1g/c/9iRW7/bElp/3NMZv96T2P/gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6ta&#10;VPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp&#10;/yEIn/8xEZL/NxqH/z4iff9FKXX/TTBu/1U1af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/&#10;j0VW/5RGVf+aR1P/oEhS/6dJUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+t&#10;Ss+4BAC+wwUAstQGAKb+EAOc/yMIkP8tD4T/MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20x&#10;Vv9zM1T/eTRT/341Uv+ENlD/iTdP/444Tv+TOE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL&#10;/6Y6S/+mOkv/pjpL/6Y6S/+mOr+8AwCwygMAo9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/&#10;Rx5Y/04hVP9XI1H/XyVO/2UmTf9sJ0v/cShK/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+a&#10;LUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwG&#10;dP8jCmn/Kg5g/zISWf86FVP/QhdO/0kZS/9RGkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+&#10;/3ggPf98IDz/gSE7/4chO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96&#10;HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGo&#10;YfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/&#10;foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b&#10;5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hI&#10;Hf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht&#10;72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/&#10;digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpu&#10;rmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc/96HAP/dycG/3QyC/9/Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO&#10;/32PVv95mFz8daBh+XKmZfdvrWn1bLNs82q5b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbV&#10;XeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV21V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+S&#10;Tyf/kVwy/45oPf+KdEj/hoBS/4GLWvx9lWH4eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XO&#10;f+Ji1oDZX92B0F/gfsxg43vMYON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG&#10;/3ovCv+FMw7/jTsU/5JEHP+WTif/lVoy/5JlPv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jq&#10;b6596Gy0gOZpvIPkZ8aG4WXPiNli14rPYdmIyGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj&#10;4H/EY+B/xGPgf/99GwP/eSYG/3wuCv+IMg7/kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImF&#10;YvWEj2vwfpdz7Hmeeuh0pYDlcKuF4myzieBqu4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2C&#10;vWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/&#10;nVYz/5thQP+XbE37knZa942BZvKIjHDsgpR553ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8Vl&#10;zpfAZ9KRumjYirZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4Er&#10;Cf+NMQ3/lTkT/5tCG/+gSib/oVQz/59fQfucaU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX&#10;0m2vnc9suZ/Ma8Wgw2fHoLxoy5u3atCUsmzVja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2Ymv&#10;bNmJr2zZif9+GgP/eyUG/4MqCf+PMAz/mDgS/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWP&#10;g3reh4uG1X6Skc94mZfKdKGcx3Gqn8Nvs6HBbr+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDW&#10;jKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjP9/GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy&#10;+albQfOmZFHsom5h5Zp2cNyRfn/SiYaLy4KNk8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKo&#10;ccubpHPQk6J01I6idNSOonTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+U&#10;Lwv/nTcR/6Q/Gf+qRyT9rk8y9q1ZQe+rYlLnpmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mh&#10;o693qqasdrSnqnbBqKNzw6WgdcmennfPlpx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KR&#10;nHfSkf+AGgP/fSUG/4onCP+WLgv/nzYQ/6c/GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HD&#10;kn+LvIuGlLWGjpqvgZWgqn6dpKZ7pqejerCpoXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d7&#10;0ZOXe9GTl3vRk5d70ZOXe9GTl3vRk/+BGgP/fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdW&#10;QOe1XlLdrmZk0KVuc8addYC9lnyLtZCDlK6Ki5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcai&#10;kn7MmZF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/&#10;pDUP/6w9F/6yRSL2uEww7bxUQOS4XVHXsmRjy6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeE&#10;oKiUgqmqkYK1q42Bv6uNgcWkjILLm4yCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILP&#10;lf+CGQP/fyQG/48lB/+cLQn/pjUO/649Fvy1RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneK&#10;qZh+k6KThZqbj42gloyVpZGJnaiNh6erioeyrIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeH&#10;hs6Xh4bOl4eGzpeHhs6Xh4bOl/+CGQP/gCMF/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzA&#10;WlDNuGFiwbBocbapb36sonWJpJ18kpyYgpqVlIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJ&#10;nYGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN&#10;/7Q8FPe8Qx7uxEor5MlRO9XEWE/IvGBhvLRncLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/&#10;k6KqfJKtq3qSu6x6kcOme5DJnnyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+D&#10;GAL/hCEF/5UkBv+iKwj/rTML/rc7EvTAQhzqyUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4&#10;kJCjfpiJoIWegp2No32blqd4maCpdZmrqnOZuKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2Z&#10;dpXNmXaVzZl2lc2ZdpXNmf+EGAL/hyAF/5cjBf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9&#10;xF1esb5jbqW4anubsm+Gkq52j4mqfJaCp4Oce6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCc&#10;zZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4&#10;DuvLQBXh2EYg09hLNsXQVEu3yVtcq8NibJ++aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpyk&#10;aKqnpWaqtKZmq8WkaKbKnGmkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/&#10;jRwE/54hBP+sJwX9ui8G78c2CuPUPhDY30Mfy95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7&#10;eJB0uX+VbreHmmm2kJ1ltZugYrSmoWC1s6FftsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7P&#10;lWKuz5Virs+VYq7Plf+HFwL/kRoD/6IgA/+yJQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhX&#10;nNJeZZDOZHKGy2p8fMhwhHTGd4puxH6PaMOHlGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFc&#10;utKRXLrSkVy60pFcutKRXLrSkVy60pFcutKRXLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzl&#10;NxHC6kMit+dIM6zkT0Sg4FZTlN1dYIjaY2t+1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCn&#10;kVbQtZJV0seRVs3UjlbI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB&#10;/68ZAfTBGAHd2BEAzOUmBcHuNxO270Ijq+1HMqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn&#10;4oR4YuKNe17ilX5b4J6AWN+nglXesYNT3r6DUt7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ&#10;3IJR2dyCUdncgv+PEwL/pBMB/rgSANbMCwDM5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBd&#10;T3rwZlZ08G5cbu92YWnvfmRl74ZoYe+Oal7ulm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVz&#10;UenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe&#10;+z4hk/tELIn6SjWB+lM+efpdRXL6Zkpt+m9OaPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3&#10;rGBT97VhUvbBYVD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQH&#10;ALvUCQCw/BQDpv8pC5z/NRWQ/zsehv9CJn3/SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NI&#10;Wv+LSVj/k0tW/5tMVf+iTVP/qU5R/7FPUP+7UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP&#10;/8NRT//DUdqvAgDGvAUAuckFAK3bCACj/xcEmv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//&#10;YjJc/2s0Wv9yNlj/eDhW/385VP+GO1L/jTxR/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5&#10;QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5Qci1AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUV&#10;bP89GmX/RB5e/0wiWP9UJVX/XSdS/2UpUP9sKk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF&#10;/6AxRP+pMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/&#10;DAKJ/xoEff8hCHL/KAxo/zAQYP84FFr/QBdU/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90&#10;IkH/eiJA/4AjP/+GJD7/jCQ9/5IlPP+ZJTv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54m&#10;O/+eJqvBAACd0AAAj+EAAIb/DgJ6/xUDbv8cBmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA&#10;/1UWPv9aFzz/Xxg7/2QYOf9oGTj/bRk3/3IaNv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/&#10;jRsy/40bMv+NGzL/jRsy/40bMv+NG/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xt&#10;Mv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe&#10;61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/&#10;eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9j&#10;x1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5Vnx&#10;X/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO&#10;/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/l&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCgG/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97&#10;eDv/eIZC/3WSSP9ym03/cKRR/22sVP9rslf/abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6Fvp&#10;ZOJa72TgWvBi4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS&#10;/4NEGf+HTiH/hlsr/4NoNP9/dT3/fIJF/3mOTP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0&#10;Y8xn8GHTaetf3mvmXeVs4Fvpbdlc7mjWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9y&#10;HQP/bigG/3EuCf97Mgz/gzoR/4dDGP+KTCH/ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKm&#10;YPpurWT4bLRo9mm8a/RnxW3wZMxw62HTcuVf33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5r&#10;zV7ua81e7mvNXu5rzV7ua/9zHAP/bycG/3QtCP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/&#10;g3tL/3+HU/58klv8eJxh+XSkZ/Zwq2vzbbJv8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg&#10;6nDGYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45A&#10;GP+SSSH/k1Qs/5BgN/+MbEP/h3dN+4ODV/h/jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C&#10;32LYhNFf3IXKYOB/xWHjer9j6HS+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/&#10;cCYG/3kqCP+FLgv/jTcQ/5I/F/+WSCD/l1Is/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedy&#10;o3zkbquB4Wqzht5nvYraZcqN0mLUjshi2IrCY9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbm&#10;drZm5na2ZuZ2tmbmdv91GwP/cSYG/3woB/+ILQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS&#10;74x7X+qFhWrlfo104HiVfdtynYXUbaSL0Gqtjs1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyu&#10;auR5rmrkea5q5HmuauR5rmrkea5q5HmuauR5rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+e&#10;Rh//oU4r+6BZOPWcY0bvmG1U6JB3YuKIf2/agId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvL&#10;lbZp0JSxa9WNrGzbhqht4H+nbeJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF&#10;/4EmB/+NLAn/ljQO/508Ff+hRB7+pUwq96VXOPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/&#10;dpuPunOjk7dwrJa0b7eXsW/EmKxtzZipb9OQpXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx&#10;4H+gceB/oHHgf/93GwP/dCUF/4MlBv+QKwn/mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plv&#10;Z8+ReHPHioB9wYSIhbt/j4u1epeQsXeflK10qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6B&#10;mnXegZp13oGadd6BmnXegZp13oGadd6BmnXegf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4&#10;rUoo8K9SN+esXEfepWRY0Z1tZsiVdXPAjnx9uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13&#10;ypyZd8+Wl3jUjpV424aUeN2DlHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gj&#10;Bv+UKgj/njEL/6Y6Ev6rQhv1sEkn7LVQNuOwWkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCR&#10;oYCYlp19oZqZe6qclnu2nZR7xp6Se82YkXzTkI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWP&#10;fNyFj3zchf95GgP/eiIF/4oiBf+WKQf/oDEL/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2e&#10;cHK0l3d8rZF+haaMhoygiI2RmoWVlpaCnpqSgKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDb&#10;homA24aJgNuGiYDbhomA24aJgNuGiYDbhv95GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck&#10;5r1OM9u4V0TNsGBWwqlnZLiibnGvm3V7p5Z8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+F&#10;hcubhYXRk4WF2IqEhNqHhITah4SE2oeEhNqHhITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+b&#10;KAb/pS8J/643Dva2PxfsvEYi48FOMNW8VkPItF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+Q&#10;lomMmZqEiqOdgYqun36KvJ9+isqcf4rQlH+J1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmI&#10;f4jZiP96GQL/fx4E/5AhBP+dJwX/qC4I/rI2DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+k&#10;pHF6nJ93g5SbfoqOmIaQh5WOlYKSl5l9kKCceo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN&#10;2Il5jdiJeY3YiXmN2Il5jdiJeY3Yif97GQL/gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJ&#10;LsvDU0G+vFtSs7ViYaivaW6fqm94lqV1gY6hfImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8id&#10;cpbPlXOU1Yx0k9iJdJPYiXST2Il0k9iJdJPYiXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/&#10;rywG97ozCezEOw/izkIY085ILMbHUkC5wFpRrbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWg&#10;kpZwnpuZbJ6nm2qetJxpn8WbbJ7QlG2a1oxtmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnY&#10;if99GAL/hxoD/5geA/+mIwP/sykE88AxB+fLOAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0&#10;ibNxfYGveIR6rX+KdKqHj26pj5Npp5qWZqelmGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2Yln&#10;odmJZ6HZiWeh2YlnodmJZ6HZif9+FwL/ixgC/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnR&#10;TjuszFZMoMddWpXCY2eLv2lxgrtveXq4doBztn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLT&#10;kF+s2YlgqtqGYKrahmCq2oZgqtqGYKrahmCq2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB&#10;49EgAdPfLAbJ4jsUvt9EJbLZTDil01RJmc9bV47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jole&#10;vpiLWr6kjVi+sY5Xv8KNWL/Xi1m43IVZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+B&#10;FgL/lRQB/6cWAf24FwDpyxEA098WAcjnLAe+5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFt&#10;bmzPdHRmznx5Yc2FfVzMjoBZzJmDVsylhFTMs4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9&#10;VMPhfVTD4X1Uw+F9VMPhff+HEwH/nBIB/64RANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS&#10;5lBAiORZS37iYFR24Whcb+BvYmjfd2hj3n9sXt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W&#10;5XVP0+d0T9PndE/T53RP0+d0T9PndE/T53RP0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEa&#10;A7DyLQym8TsYm/BBJJHvRy+H7k46fu5YQ3ftYUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1j&#10;Ve2nZVLts2ZR7sBnT+/UaE7r5mhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDd&#10;rgQAzLwGAMHJBwC42woArfgcBKT4Lw2Z+DkXj/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4&#10;eUpd+IFMWviJT1j4klFW+ZtSU/mlVFH6r1VQ+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvp&#10;V0z76VdM++lXTPvpV+WlAADOtAQAv78FALTOBgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wq&#10;av9UL2X/XjNh/2c3Xf9vOVr/djxY/34+Vv+GP1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ&#10;/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/&#10;Kwx+/zISdf86GGz/Qh1l/0kiX/9RJVr/WihX/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+Y&#10;NUj/oTVH/6o2Rv+zN0T/vzhE/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIA&#10;pcwBAJndAwCQ/xIChv8fBXv/Jwpx/y4OaP82E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH&#10;/3EkRv94JUT/fyZD/4YnQf+OKED/lig//54pPf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/&#10;tCo8/7QqPP+0KrO4AQClxgAAl9UAAIvvBAGE/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9I&#10;FUj/TxdF/1YYQv9cGUD/YRo+/2caPP9tGzv/cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6Qf&#10;Mv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+kH6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX&#10;/yQIUP8sCkr/MwxF/zsOQf9BDz3/RxA6/00ROP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/&#10;dxUs/30VKv+DFin/ixYp/44WKf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2Ez&#10;CP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG&#10;/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3s&#10;VfhN7FX4Tf9mIAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9n&#10;oT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4&#10;TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j&#10;/3NsKv9wejH/bYc2/2uUO/9pnz//aKhC/2awRf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1&#10;WepQ8VjvUe1X9FHpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9u&#10;Mwv/dDoP/3dDFf95Thz/elok/3doK/90djP/cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PF&#10;UP9hy1L9X9JU+V3dVfRb5FbwWupX61jwWOdY9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU&#10;41n6VP9oHwP/YykF/2guB/9xMgr/dzgP/3tCFf99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/&#10;bKFL/2qqT/9oslL/Z7tU/2XEVv5iylj5YNFa9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb&#10;+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V/9pHgP/ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39j&#10;Lv97cDb/eHw+/3WJRf9xlEv/b55Q/2ymVP9qrlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm&#10;3lrwY9hb9GDRXfhb0V34W9Fd+FvRXfhb0V34W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/&#10;fzYO/4M/FP+FSBz/h1Ml/4RgL/+AbDj/fHlB/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNk&#10;xWjwYtBr6l/dbeNd527bW+pt01zvaM1e82TIX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3&#10;X/9qHgP/ZigF/3EpB/97LAn/gzUN/4c+FP+KRxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc&#10;8W+dYu9spWftaa1r62a2b+hjwHLmYcx142Dfd9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/&#10;YvRjv2L0Y79i9GO/YvRjv2L0Y/9rHQP/ZycF/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyL&#10;Zjv4hnFG84F8Ue98h1rsdpBi6HGYaeVsoHDhaKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lp&#10;crtj7W22ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM&#10;/5A7Ev+TQxr/lkwk/ZVXMPeRYjzyjG1J7IZ4VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJ&#10;Zb+Dx2TOhMFj3YO6ZOJ8tmbmdrJn6nGuaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9t&#10;HAP/bCQF/3okBf+FKQf/jjEL/5Q5Ef+YQhn/m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aN&#10;dcpylXrGbp1+w2ylgr9qr4S9abmGumjHh7do2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1t&#10;pmztbaZs7W2mbO1tpmztbf9tHAP/biME/30iBf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3l&#10;lmZM3Y5vWtOHeGXMgYFuxnuJdsF3kXu8c5mAuHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu&#10;5Xefb+twn2/rcJ9v63Cfb+twn2/rcJ9v63Cfb+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3&#10;D/+gPxf4pEch8KdPLuiiWj3fm2NN1JRsWsuMdWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+L&#10;pXC7jKNwy42gcdmInXHfgZty5HqZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/&#10;cyAE/4IgBP+OJgb/ly4I/582Dv2kPhX0qEYg7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCA&#10;iX2rfZGCp3mZhqN3ooqfdauNnHS3jpp0xo+YddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbo&#10;dJJ26HSSduh0knbodP9vGwL/dR8E/4QfBP+QJQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9L&#10;yJxoWb+Vb2S3j3dusIp/dqqFhn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6N&#10;euZ2jXrmdo165naNeuZ2jXrmdo165naNeuZ2jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/er&#10;PBLusUMc5bRLKdqvVTrNqF5KwqBmWLmabWSxk3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2w&#10;kIp9vpGKf9OPiX7ah4h+33+HfuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D&#10;/4geA/+VJAT/oCsG/6gyCvSvOhHrtUIa4bhKJ9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyY&#10;i4iCkoeQh42FmYuJg6KOhoKukYOCvJGCg86Rg4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC&#10;5HiCguR4goLkeP9xGgL/ehwD/4odA/+XIwT/oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahi&#10;Vq+iamKnnHBsn5d3dZiTfnySkIaCjI2Oh4eKl4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6&#10;fYbkeX2G5Hl9huR5fYbkeX2G5Hl9huR5fYbkef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzk&#10;vz8U2MBGJMq6UDe/s1lHtKxhVaqmaGGhoW5rmZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaM&#10;tpF0jciRdo7YineM3YJ3iuN6d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48b&#10;Av+dIAP/qSYD9rMtBeq9NQngxjwQ0sREI8W9TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GA&#10;gJiJhXqWkol1lJuNcpOmj2+TtJBtlMWQcJXYinCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43tx&#10;kON7cZDje/9zGQL/ghcC/5IaAv+gHwL/rSQC8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+x&#10;ZF6WrGtojqlxcYaleHh/on9+eaCHg3Sdj4hvnJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bj&#10;e2uW43trluN7a5bje2uW43trluN7a5bje/90GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TIN&#10;x8xBH7rHTDGuwVRCo7xcUJm3YlyQs2lmh7BvboCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItg&#10;pMGLYqbZiGOi3oFlnuN6ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+p&#10;GAH2uBsB58caAdvZHAHN1jALwNI/HbTNSi+oyFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGD&#10;fGewjIBir5aDXq6hhlyur4dar7+HW7DahF2s4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4&#10;XqfleP96FQL/jhIB/58TAP+wEwDvwBAA2dQMAM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SC&#10;xGVeecJsZnLAcmxrvnpyZr2CdmG7i3pcu5V9Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy&#10;53RYsud0WLLndFiy53RYsud0WLLndP+AEgH/lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9&#10;GKTdRieZ2U43jdRWRIPRXU96z2RYcs1qX2vLcmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4&#10;UMrbd1HG6HNSwOtvUr/sb1K/7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADH&#10;yQgAwdsLALfoIAOt5zENpOY9GZnkRCaO4kwzhOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZ&#10;jGdT2ZdqUNmjbE7ZsW1N2sJtTNvcbE3Y7GpOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/w&#10;Z/+PCwDppAQA0bQGAMW/BgC8zQgAtOkOAaruIgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WRE&#10;Z+lsSWLodE1e6HxRWuiFVFbojlZT6ZhZUemjWk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK&#10;4/NcSuPzXErj81xK4/NcSuPzXPmZAwDUrAIAxbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1&#10;QSB49UgncPVQLmr0WjRl9GM4YPRrPF31dD9Z9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfI&#10;TUn44E1I9/NNSPf0TUj39E1I9/RNSPf0TUj39E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcA&#10;mv0UApL9JweH/i8Nff43FHT/Pxts/0cgZv9OJWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN&#10;/5I5S/+cOkn/pjtI/7E8Rv+9PUX/zD1E/+Y+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsus&#10;AAC5tgEArMIBAKDQAgCV5QcAjv8YA4T/JAZ6/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9j&#10;JE3/ayZL/3MnSf96KUj/gipG/4orRP+ULEL/ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80w&#10;Pv/NMD7/zTA+/80wPv/NMLuxAACsvAAAn8kAAJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX&#10;/0ATUf9HFk3/ThhK/1YZR/9cGkT/YxxC/2kdQP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/&#10;rSM1/7gjNf+5IzX/uSM1/7kjNf+5IzX/uSM1/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8T&#10;Amj/GwRf/yMGWP8rCVH/MwtM/zoNR/9BD0P/SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IW&#10;Mf96Fy//ghcu/4sYLP+TGCv/nBkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACS&#10;zAAAhNwAAHj3AABu/woBY/8QAlr/FQNS/x0ES/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/&#10;UA0u/1QOLP9ZDir/Xg8o/2QPJv9qDyX/cRAj/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+R&#10;ER//kREf/5ERH/+REf9cIgP/Vy0F/1gzB/9fNgn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or&#10;/16WLv9coTH/W6oz/1qyNf9Zujb/WMM3/1jNOf9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31&#10;Uf0981H/PfNR/z3zUf8981H/PfNR/z3zUf8981H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9o&#10;Txf/aFwd/2ZtIv9jeyj/YYgs/1+UL/9enzL/Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bm&#10;Pv9V6z79VPA/+VP1P/ZS+UDzUv1A8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF&#10;/1wwB/9kMwn/aDoN/2tDEv9sThf/bFod/2pqJP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/&#10;XL4+/1vIP/9a0kH/Wd1C/1flQ/1W6kT5VfBE9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU&#10;/0LsVP9C7FT/Qv9eIQP/WSwF/18uBv9mMgn/bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WO&#10;Nf9kmTn/YqM8/2CrPv9fs0H/XrtC/13ERP9czkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H&#10;51b/RedW/0XnVv9F51b/RedW/0XnVv9F51b/Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/&#10;dVUe/3JkJv9vci3/bH8z/2mLOP9mljz/ZaBA/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ&#10;6k/wV/FQ61b2UedX+07kWP9L4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2Ur&#10;Bv9tLgj/czUM/3c+Ef94SBf/eVIf/3dgJ/90bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO&#10;+2C8UfpexlP5XdRV9VvjVu9a6ljpWPJZ5Vn3VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03X&#10;W/9N11v/Tf9gIAP/XSkF/2gpBv9xKwf/eDML/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xt&#10;jUX6apdL+GefT/Zlp1P0Yq9W82C4WfFfwVzwXc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/&#10;Ucxe/1HMXv9RzF7/Ucxe/1HMXv9RzF7/Uf9hHwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f&#10;/4NZKP9/ZjL8enI7+HV+Q/VxiEvybZJR72maVu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvT&#10;XPBmzV71Ychf+VzEYPxYwWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95&#10;KAb/gTAK/4U5D/+IQhb/iUse/4lWKPqFYjP1gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ct&#10;bddft2/UXsNw0V7Scc1d53HHX+5rwmHyZr5i9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xY&#10;t2P8WP9jHwP/ZiME/3IiBP99Jwb/hS4J/4o3Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXe&#10;coZe2G2PZdNqmGrPZ6BtzGWocMljsXPGYrx0xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n&#10;+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5XP9jHgP/aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZP&#10;KO6RWzTni2ZB4IRvTtl9eVjRd4JgzHOKZ8dvk2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2&#10;rmjsb6pp8GmoafRjpmr3X6Zq91+mavdfpmr3X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/&#10;jSwH/5M0C/+XPBL4mUUb8JtNJ+iXWTThkGJC14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJs&#10;p3ivarF7rWm9fKppzX2oauN6pWzpcqJs7WygbfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71&#10;Yv9lHQL/bR4D/3sdA/+HIwT/kCoG/5cyCv2cOxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnph&#10;un2CaLV5im6xdZJzrHKad6lwo3qmbqx9o224fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SX&#10;cfNkl3HzZJdx82SXcfNkl3HzZP9lHQL/bx0D/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96h&#10;VDHSml5AyJNnTcCMb1i5h3dhs4J/aK59h26peo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTl&#10;eJN06nGSde9rkXXyZpF18maRdfJmkXXyZpF18maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF&#10;/54vCPakNw3sqD8V46tIINimUjDMnlxAw5dlTbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyV&#10;d6V/knawgZB1voKOdtGCjnjjeo146HOMeO1si3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9n&#10;HAL/cxoC/4IaAv+PIAP/mSYE/qIuBvOoNQvprT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5&#10;aKGHgW6cg4h0l4CQeJJ9mXyOfKKAi3qtgoh6u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBp&#10;hnzwaYZ88GmGfPBphnzwaf9nHAL/dRkC/4UZAv+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7D&#10;plk+uZ9hS7CZaFaolHBfoY93Z5uLfm6WiIZzkIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB&#10;5naBgOtvgIDvaoCA72qAgO9qgIDvaoCA72qAgO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+Kkq&#10;BOyxMQfitzkN1bdCHMmwTi2+qlc9tKNfSqueZ1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6A&#10;fYSognuEtYR5hMeEeobgf3uF5nd7hetwe4Tua3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/&#10;ehYC/4oXAv+XHAL/oyEC9K0nA+i1LgXevTUK0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCV&#10;eWyKkoFyhZCJd3+Nknx7i5t/d4qmgnSJs4NyisSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojt&#10;bHaI7Wx2iO1sdojtbP9rGgL/fRQC/40WAf+aGgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6&#10;qqxcR6GnY1KZo2pckZ9xZIqbd2uEmH9xfpaGdnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhv&#10;j+pxcI7tbHCO7Wxwju1scI7tbHCO7Wxwju1scI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDD&#10;IQHSxi0IxsE9GLq8SSivt1I4pbJaRZytYVGTqWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apii&#10;f2eXroBlmL+BZZnYf2iY5XhplupxapTtbGqU7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB&#10;/5QTAf+iFAD1sBQA5r4UANnMFQDMyisHwMY7FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3&#10;p3pscqWCcmyji3ZoopR5ZKGgfGCgrX1fob1+XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb&#10;7mxjm+5sY5vubP90EwH/hxAB/5gQAP6nEADntw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9X&#10;QI+7XkuGuGRUfrVrXHeycWNxsHhpa66AbWatiXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xu&#10;XaTval2k72pdpO9qXaTval2k72pdpO9qXaTvav95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC9&#10;1SUEstI2EafOQiCcykwvksdUPIjDXEd/wWJQd75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2&#10;q3NTt7tzUrfSc1S3629Wsu9qV6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUF&#10;ANKzBwDJvgcAwssIALzdDgC03SMDqtozDZ/WQByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZc&#10;X8V/YFrFiGRWxJJnU8SeaVDErGpPxLxrTsXTak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFR&#10;vfVhUb31Yf+GCgDwmgQA1KoEAMi2BgC+wQUAt88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHja&#10;WDpw2F9CadZnSWPVbk9e1HZTWdN/V1XTiVpS05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5&#10;WkzM+VpMzPlaTMz5WkzM+VpMzPlaTMz5Wv+PAwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgG&#10;k+k0DonoPRh/50Qid+ZOKm/mVzJp5V84Y+VnPV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ&#10;5btSSObPUkjm6FJI5PhRSOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+&#10;AwCoywUAn9oJAJjyGAKQ8ioHhvIzDnzxOxZ08UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/&#10;OlDyiDxN8pI+S/KdQEnzqUFH87ZCRvTHQ0X030NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpC&#10;RPL6QtGiAADArgAAsrgBAKfEAgCc0gQAku0MAIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX&#10;/FkjVP1iJlH9aihP/XMqTP57LEr+gy5I/o0vRv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//&#10;7zU//+81P//vNT//7zU//+81P//vNcSqAACzswAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8t&#10;CmT/Ng5d/z4SWP9FFVL/TRhP/1UaTP9cHEn/ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6Qm&#10;Ov+vJjn/uic4/8onOP/cKDj/3Cg4/9woOP/cKDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB&#10;5gEAev8QAXD/GAJn/yEFX/8pB1j/MQpS/zkNTf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/&#10;cBg3/3kZNf+CGTP/jBoy/5cbMP+hGy//qhwv/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/&#10;HKm1AACawgAAjM8AAH/eAAB2/wUAbP8OAWL/FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cM&#10;OP9NDTX/Uw4z/1gPMf9eDy//ZBAt/2sRK/9zESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi&#10;/6sUIv+rFCL/qxQi/6sUIv+rFJy+AACNywAAftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/&#10;JAQ8/ysFN/8yBjT/OAcw/z0ILf9DCCr/SAko/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98&#10;DBj/hAwX/44NFf+VDRX/lQ0V/5UNFf+VDRX/lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK&#10;/1tFDv9aTxP/WV0X/1htG/9Wex//VYki/1OVJf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/&#10;TuQu/07tL/9O8y//Tfgw/038MP9M/zD8TP8w+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9T&#10;JAP/TS8E/1QwBf9ZNAf/XToK/19DDv9eThP/XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1Ou&#10;Lf9Sti7/Ur4v/1HHMP9R0jH/UOEy/1DrMv9P8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y&#10;9E7/MvRO/zL0Tv8y9E7/Mv9TJAP/Ti4E/1YvBf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/&#10;W4Mm/1mPKf9Ymiz/VqMu/1WsMP9VszH/VLsz/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP&#10;/zj0T/838VD/NfBQ/zTwUP808FD/NPBQ/zTwUP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZA&#10;Dv9mShP/ZVUZ/2NlHv9hcyP/XoAo/1yMLP9bly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6&#10;/1TnO/9T8Dz7UvY99lH7PfJR/z3vUv877FL/OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/&#10;UisE/1wrBf9jLgf/ZzQK/2o+Dv9rSBP/alMZ/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9a&#10;rTr/WLU8/1e9Pv9Xxz//VtNB/FXkQvlV7kP1VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/&#10;O+VV/zvlVf875VX/O/9WIgP/VSkE/18oBf9nKwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt&#10;/2WEMv9ijzf/YJk7/l6hPv1cqUH7W7FD+lm5RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0bi&#10;WP9D3ln/QN1Z/z/dWf8/3Vn/P91Z/z/dWf8/3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91&#10;QxP/dU0Z/3VZIf9xZyn/bXQw/WqANvpmijz4Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61fa&#10;U+dW6VXkV/VU4Vn9T9ta/0vVW/9I0Fz/RM9c/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD&#10;/2YjBP9vJgX/di4I/3o3DP97QRL/e0sZ/3tVIf53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1Do&#10;XadU5VuvV+NZuFrhV8Nd31fSXtpW5l7WWfNa0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf&#10;/0jEX/9IxF//SP9ZIQL/XyID/2ohBP90JAX/eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1&#10;PulugEblaYlN4WWRVN5hmVnaX6Jc1l2qX9Ncs2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9R&#10;umL/Tbli/0u5Yv9LuWL/S7li/0u5Yv9LuWL/S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+&#10;iEUX94hOIfCEWyvqfmY25HhwQd9yekvZbYNS02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e&#10;2Gi8X+tmumP3X7Zk+1mzZf5VsGX/UK9l/0+vZf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3Ec&#10;A/98IgP/hCkF/4kxCf+MOg75jkMW8Y5MIOqKWCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhi&#10;vWagZbplqGi3Y7JqtWK+a7NizmywYuVrr2b0ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Km&#10;af9Spmn/Uv9bIAL/ZxwC/3QaAv9/IAP/iCcE/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9&#10;ckzEeHtUv3SDWrpxi1+2bpNks2ubZ69ppGqtZ61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9&#10;Vp5s/lWebP5Vnmz+VZ5s/lWebP5Vnmz+Vf9cHwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S&#10;55tGHN6WUinSkFw3yolmQsODb0y8fndUt3l/W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGc&#10;atdxnG7ua5pv82SZb/hel3D8WJdw/VeXcP1Xl3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+G&#10;HQL/jyMD/5YrBfWbMwnrnzsQ4qBFGdebUCjMlFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonST&#10;aZ5ynG2bcKVwmG+wcpVuvXOTb9BzlHLrbpNz8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZ&#10;kHP7Wf9fHQL/bhcC/30XAv+JHAL/kiIC/ZopBPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuv&#10;h3FUqYJ5W6R/gGCffIhlm3mQapd2mW2TdaJxkHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3&#10;+lqKd/painf6Wop3+lqKd/painf6Wv9hGwL/cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlA&#10;FsyjTCbCnFY0uZZfQLGQZ0qqi29TpId2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2&#10;hXrkcoZ772qFe/RkhXv4XYV7+VyFe/lchXv5XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/&#10;mR4B9qEjAuqpKgTgrzIH0qw+FcemSyS9oFUztJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqA&#10;k26Gfp1xgn2ndH98tHZ9fMV2fX7gc39/7mt/f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374&#10;Xf9lGAL/dRMB/4QUAf+RFwH/nBsB8qUgAeauJgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtR&#10;mZByWZONeV+OioBkiYeIaYSFkW6Ag5pxfIKldHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56&#10;gvheeoL4XnqC+F56gvheeoL4Xv9nFwL/dxEB/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76u&#10;SCK0qFIwq6NaPaKeYkebmWlQlJVwWI6Sd16Ij35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fX&#10;dXOJ7W1ziPJmdIf2YHSH9190h/dfdIf3X3SH9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA&#10;6q4VAN25FwDPuigExLc5EbmyRiCvrFAvpqdYO52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxz&#10;j5Zwb46gcmyNrXRqjb11aY3SdWyQ7W1tjvFnboz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9s&#10;EwH/fQ8B/40QAP+bEAD0qA8A5bUNANW/EADKviYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJs&#10;VYKfc1t8nHphd5qBZnKYimptlpRuaZWecWaUq3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdf&#10;aJL3X2iS919okvdfaJL3X/9vEQH/gQ4A/5EOAPKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhyk&#10;t0wqm7NVN5KvXEGKrGNKg6lqUnymcVl2pHhecKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f&#10;62thnfJlYpr2YGKZ915imfdeYpn3XmKZ915imfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sI&#10;AMbHCwC9xyACssUyC6jBQBmevkonlLpTNIu2Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBn&#10;XaebalmnqGtXp7hsVqfMbFio6Whap/RjW6P4Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/&#10;iwkA35wDANKpBgDJtAcAwr4GALzMCAC1zRwBq8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4&#10;bVBpt3RVZLV8Wl+0hV5bs49hV7OaZFSyp2VSsrdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37&#10;Wlat+1pWrftaVq37Wv9+CQDykQIA1qECAMqtBQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUf&#10;hctOKn3JVjR1x109bsVlRGjEbEljwnNOXsF7U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxO&#10;v/lZT7z+VVC6/lVQuv5VULr+VVC6/lVQuv5VULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfT&#10;CgCg3RUAmd0oBJDbNw6G2UIZfdZLJHXUVC1t0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6b&#10;UkvOqVNJzrlUSM/PVEjO61NJzvhQSsv/TkrK/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAA&#10;w6sBALe0AgCtvwMAo8sGAJvZCgCU5RoBjeUrBoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX&#10;4HI6U997PVDfhUBN349DSuCbRUjgqEZG4LhHReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe&#10;/0RF3v9ERd7/RNmXAADHpgAAuLAAAKy5AQCixQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1G&#10;GWLtTh5d7VcjWe1gJ1XtaCpS7XEtT+15L0ztgzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84&#10;QO39OEDs/zhA7P84QOz/OEDs/zhA7P84QOz/OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8&#10;+B8CdPgpBmz4Mgpk+DsPXvlDE1j5SxdT+VMaUPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7&#10;nik+/KsqPfy5Kzv9yys7/eIrOvz0Kzr89ys6/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwA&#10;AJXIAACJ1AAAfugFAHf/EgFv/xwCZ/8mBWD/LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QY&#10;QP9sGT3/dRo7/34bOf+JHDf/lB02/6AeNf+sHzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy&#10;/+cgMv/nILCtAACitwAAlcQAAIfQAAB73QAAcv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/&#10;QQtB/0gMPv9ODjv/VQ84/1sQNv9iETT/aREy/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//C&#10;Fif/xxYn/8cWJ//HFif/xxYn/8cWJ//HFqS0AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQB&#10;Tf8cAkj/JARC/ywFPv8zBjr/OQc2/0AIM/9FCDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g&#10;/4ANHv+MDh3/lw4c/6EOG/+sDxv/rg8b/64PG/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvj&#10;AABf9gAAVv8AAE7/CgBH/xABQf8WAjz/HQI3/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9K&#10;Bh7/UAYb/1YHGf9cBxf/ZAgV/20IE/93CBH/gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJ&#10;D/+YCf9JJwL/RDEE/0sxBP9QNAb/UjoI/1JDC/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//&#10;SKYg/0euIf9HtSL/Rr0j/0bGI/9G0CT/RuAk/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G&#10;/yP9Rv8j/Ub/I/1G/yP9Rv8j/Ub/I/9JJwL/Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1Bo&#10;F/9Pdxr/ToQd/0yRH/9LmyH/SqQi/0qsI/9JsyT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko&#10;/0j/KP9I/yj+SP8o+0j/J/lI/yb5SP8m+Uj/JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/&#10;WDYI/1lAC/9YSw//VVYT/1RmGP9SdBv/UYEe/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9L&#10;yir/Stkq/0rmK/9K8Cv/Svgs/0r/LP1K/yz6Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/&#10;KP9LJgL/SysD/1IrBP9YLgX/WzQI/10+C/9dSQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o&#10;/1CmKv9Priv/TrUs/069Lf9Nxy7/TdMv/0zjMP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvw&#10;Tf8r8E3/K/BN/yvwTf8r8E3/K/9LJgL/TikD/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9c&#10;bR7/Wnoj/1iGJv9WkSn/VZos/1OiLv9SqjD/UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79&#10;OPBP/zXuUP8z61H/MelR/y/pUf8v6VH/L+lR/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H&#10;/2g5Cv9oQw//Z04V/2VaGv9iaCD/X3Yl/12BKv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1&#10;Uck981HaPvBQ6D/sUPNA6VH9PuhT/zvmVP8441X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9N&#10;JAL/VCQD/10jA/9lJQT/ai0G/202Cv9uQA7/bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZ&#10;OvJYoT3wV6lA7lWxQuxUuUTrU8RG6VLSSOVR5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf84&#10;0ln/ONJZ/zjSWf840ln/OP9OJAL/WCED/2EgA/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2&#10;a2wq8md3Me9jgjfsYIs96V2UQeZanEXkWKRJ4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a&#10;/0XNXP9CyVz/PsVc/zzFXP88xVz/PMVc/zzFXP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kx&#10;CP96Owz/ekQT+nlOG/R2WyPucWcs6WxyNeVofDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpU&#10;y1jGVclX2lbFV+xVw1v5T8Je/0rAX/9GvWD/Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/&#10;Xh0C/2kaAv9zHwP/eiYE/34vBv+BOAv7gUES84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tj&#10;kU/IYJlSxV+hVcJdqlfAXLNZvly/Wrxbzlu4W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/&#10;Q7Bk/0OwZP9DsGT/Q/9VHwL/YRoC/20YAv93HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u&#10;1HhpOM5zc0DJbnxHxGuETMBojFG9ZZRUumOcV7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOq&#10;Z/9OqGf/SqZn/0amZ/9Gpmf/RqZn/0amZ/9Gpmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmM&#10;MgfvjjsN545EFt6KUSHUhFwtzH5mOMV4b0HAdHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0&#10;YKVjwmGjY9ViomXtXaJp+1ehav9Rn2v/TJ5r/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB&#10;/3MVAf9+GgH/hyAC/40nA/SSLwbqlDgL4ZRCE9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOq&#10;b4xXp22UW6NrnF6gaaVgnmiwY5tnvWSZZ85kmGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu&#10;/0uWbv9Llm7/S/9bGgL/aRQB/3YUAf+BGAH/ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/Gjlcsvohg&#10;N7eCaUCxfnFIrHp5Tqd3gFOjdIhYn3GQXJtvmF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5W&#10;kHL/UZBy/02Qcv9NkHL/TZBy/02Qcv9NkHL/Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPh&#10;oDAG1Z49EMqYSh7BklQruYxeNrGHZj+rgm5Hpn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtw&#10;tWeJcMVniHDgZop09F6LdvxYinb/Uol2/06Jdv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sS&#10;Af+HFAD/kRgB9JkdAeegIwLdpSsEz6E7D8WcSB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJX&#10;knqKXI54kmCKdpxjh3WmZoR0smiCdMJogHTbaIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+E&#10;ef9PhHn/T/9hFQH/cBAB/34RAP+KEgD/lBUA8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQ&#10;Yj6hi2pGm4dxTJWEeFKQgX9XjH+HXIh9kGCEe5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+&#10;VX59/1F+ff9Rfn3/UX59/1F+ff9Rfn3/Uf9jFAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYD&#10;x6g3DbyjRBqznk8nqplYM6OUYD2ckGhFloxvTJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1&#10;fr1pc37SaXaB7mJ4gvpbeIL+VnmB/1F5gf9ReYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+Q&#10;DgD1mw4A6KYOANmvDwDMryQCwqs1DLinQxmuok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmD&#10;W3yHi194hpVidISfZXGDq2hug7ppbYPOaW+G62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9S&#10;c4X/Uv9oEQH/eA0A/4YNAPaTDADeoAkA1qkKANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqS&#10;mmRCi5drSYWUclCAknlVe4+BWnaNiV5yjJJiboqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K&#10;/1Jtiv9SbYr/Um2K/1Jtiv9SbYr/Uv9rEAH/ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQx&#10;Ca6wPxakrEoinKhTLpSkWziMoGJAhp5pSICbcE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZm&#10;YJHJZmKS52JllPhcZ5L9V2eR/1Jnkf9SZ5H/UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDP&#10;pgcAya8HAMS5CAC7uhwBsrgvB6i1PROfsUgglq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqc&#10;hVlmm45dYpqZYF6ZpmJcmbRjWpnHY1ua5WBfm/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/&#10;Uv9yCwD/gwUA35MBANGfBADJqgYAwbIFALu9BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146&#10;ea1lQnOrbEhuqXNNaad6UWSmg1ZfpI1ZXKOYXFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bb&#10;of9QW6H/UFuh/1Bbof9QW6H/UP93BwDwiQAA1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvC&#10;Nw6RwEMZib1MJIC6VS55uFw2crZjPW20akNns3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67G&#10;WU+u5FhRrvZUU67/UFSs/01UrP9NVKz/TVSs/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIA&#10;sLoCAKjEBQChzA8Am8wjApLKMwqJyD8VgcZJH3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlU&#10;vItMUbuWT067o1FMu7NSSrvGUkq75FFMu/ZOTbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+F&#10;AADUlQAAx6MAALqsAQCwtAAAp78DAJ7JBgCV1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1f&#10;L1/MZzRay245Vsp3PVLKgEBPyYtDTMmXRUnJpEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9C&#10;SMf/QkjH/0JIx/9CSMf/Qt6NAADLnAAAvacAALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV2&#10;3jcLb95DE2jdTRpi3FUgXdtdJljbZSpU2m0uUNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb&#10;5TtC2vQ6Qtn+OkPY/zlD2P85Q9j/OUPY/zlD2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoD&#10;AIfWBwCA6REAeekgAnLpLAVr6TYKZOk/D17pSBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6Ygq&#10;Q+mTK0HqoC1A6q8uPuvALj3s2y496u8uPej8Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1&#10;qQAAqLEAAJy8AACQxwAAhNIBAHrfBgB09BMAbfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2&#10;XRdG9mUYRPZuGkH2dxw/94EdPfeNHzv3mSA5+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8&#10;Ijb3/CI29/wiNvf8IremAACprgAAnLkAAJDEAACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAF&#10;T/84CEr/QApG/0gMQ/9PDkD/Vg89/14QO/9lEjj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt&#10;/8gYLP/hGCz/7xgs/+8YLP/vGCz/7xgs/+8YLP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/&#10;CQBb/xEAVP8ZAU7/IgJJ/ysERP8yBUD/OgY8/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91&#10;DSf/gA4l/40OJP+aDyP/phAi/7MQIf/BECH/0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAA&#10;g8oAAHXWAABn4gAAW/EAAFT/BgBO/w4ASP8UAUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo&#10;/0kGJf9PBiP/Vgch/10HHv9lCBz/bwgZ/3oJF/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/&#10;swoU/7MKFP+zCpO7AACExwAAddMAAGfhAABY6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8i&#10;Ain/KAIl/y0CIv8yAx//OAMc/z0DGv9CAxf/SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kG&#10;Cv+TBgn/nAYJ/5wGCf+cBgn/nAYJ/5wGCf+cBv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/&#10;RVsO/0NpEf9BdxP/QIUV/z+RFv8+mxj/PqQY/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/88&#10;8Bv/PPgb/z3/G/89/xv/Pf8b/z3/Gv89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cu&#10;A/9KMQT/TDcG/0tACP9KSwv/SFkP/0ZnEf9EdRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc&#10;/z/AHP8/yR3/P9Yd/z/lHf8/7x3/P/ce/z/+Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+&#10;QP8b/kD/G/9AKgL/QywD/0ksA/9NLwT/TzUG/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9F&#10;lhv/RJ8c/0SnHf9Drh7/Q7Uf/0K9H/9CxiD/QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/&#10;H/lD/x75Q/8e+UP/HvlD/x75Q/8e+UP/Hv9BKQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP&#10;/09gE/9Nbxf/THwZ/0qIHP9Jkh7/SJsf/0ejIf9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8&#10;RfQm+UX8JvZF/yb1Rv8k9Eb/I/NH/yHzR/8h80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9V&#10;KAT/WC8F/1o5CP9aRAz/V08Q/1VcFP9Tahj/UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2&#10;Kf5Jvir9Sckq+kjZK/dI5yz0SPIs8Uj7LO9J/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l&#10;60z/Jf9DKAL/TSQC/1QjA/9aJQP/XiwF/2A2B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8&#10;UZMo+lCbKvlPoyz3Tqou9k2yL/RMujDzTMQy8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ&#10;/ynhUP8p4VD/KeFQ/ynhUP8p4VD/Kf9GJQL/UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JT&#10;Ff9gYRv8XW0g+Fp5JfVYhCnzVo0t8FSWMO5SnjPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe48&#10;3E/5OdlR/zXWUv8y1FP/MNNU/y3TVf8t01X/LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/&#10;aScE/2wwBv9tOgr/bEQP/WpPFfhnXBzzY2gi72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxR&#10;sUHZULtC1lDIQ9NQ3ETPUOxDzFL4P8tV/zvJV/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/&#10;Mf9NIAL/VxsC/2AZAv9pHQL/byUD/3ItBf90Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI4&#10;2FyLPNNalD/QWJxCzlejRMtVrEbJVbVHx1TAScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6&#10;Xf81ul3/Nbpd/zW6Xf81ul3/Nf9QHgL/WxkB/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1&#10;VBvhcF8l2mtqLdNndDTOZH06ymGGP8dfjkLEXZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnw&#10;S7Nc/UWyX/9AsmD/PLBh/zmwYf84sGH/OLBh/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C&#10;/34nA/mAMAXwgTkK54BDEeB8UBrWd1skz3JmLsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2x&#10;XapPrly0UaxcwVKqXNRSqF3rUKhg+kmoY/9EqGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9V&#10;GQH/YRQB/2wSAf92FwH/fRwB/4MjAvSGLATqiDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8&#10;QbNphEavZ4xJrGWUTKljnE+mYqVRpGGvU6JgvFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89&#10;nWn/PZ1p/z2daf89nWn/Pf9XFwH/YxIB/28RAf95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjH&#10;glUjv31fLbl4aDWzdHA8r3F4QqtugEanbIhKpGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo&#10;9FCWa/9Kl2z/RZZt/0GWbf9Alm3/QJZt/0CWbf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owb&#10;AeqRIgHflCsD05E6C8mMRxfAh1MiuYJcLLJ9ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55U&#10;kmmoV5BptFmOaMNZjGjcWo1s8lOPbv9MkHD/R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/&#10;aA8A/3UPAP+AEQD/iRMA8pAXAOWWHADZmSYCzZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13&#10;ekaZdYFLlXOJT5JxkVKOb5tVi26lWIhtsFqGbL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/&#10;Q4h0/0OIdP9DiHT/Q/9dEgH/aw4A/3gOAP+DDwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08g&#10;ropYK6eGYTOhgmg7nH9wQZd8d0aTeX5Lj3eGT4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaB&#10;dvtPg3j/SoN4/0WCeP9Egnj/RIJ4/0SCeP9Egnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANuf&#10;DgDOnyIBxJ00CLqYQhSyk00fqo9WKqOKXzKchmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfneg&#10;WXt2q1t5dbpcd3bNXHh36lh7evpRfXz/S318/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA&#10;/30LAPWICgDfkwgA2JsKANOiDADJox8Bv6AyB7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWI&#10;g3pKhICBToB/ilJ8fZNVeHydWHV7qVtyerhccXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA&#10;/0Z3gP9Gd4D/Rv9kDwD/cgkA/38IAOWMBQDYlgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhT&#10;J5mUWzCTkGI4jY1pPoiKcESDiHhJfoZ/TXqEiFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dS&#10;cYT/TXKE/0hyhP9HcoT/R3KE/0dyhP9HcoT/R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/&#10;qRoAtagtBaykPBCkoEcbnJ1RJZSZWS+OlmA2iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mG&#10;pVlmhrNbZYbFW2WG41loiPZSa4r/TWyK/0hsif9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcA&#10;ANaSAwDNnAUAxqQGAMGrBgC5rRcAsKwrBKepOg6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNG&#10;c5N7S26Rg09qj41SZo6XVWONo1hgjbFZX43DWl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dm&#10;j/9HZo//R/9sCAD+fAAA3ooAANCWAgDInwQAwKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYml&#10;VSqCo1wyfKBjOXeeaj5ynHFEbZp5SGiZgUxkl4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/&#10;TF+X/0dglv9GYJb/RmCW/0Zglv9GYJb/Rv9wAwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEA&#10;o7ckApu1NAqTskAUiq9KHoOtUyd8q1oudqhhNXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFU&#10;n65TU5/AU1Kf3VJVn/NOV6D/Slmg/0ZZn/9FWZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSf&#10;AQC6pwEAsa4AAKm2AAChvQ0Am70gAZS8MQeLuj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11&#10;P1ysfkNYq4dHVaqTSlGqn0xPqq5NTarATU2q3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9C&#10;Uqn/QvJ8AADXjAAAyJkAAL2jAACyqwAAqbIAAKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1u&#10;vVYkaLxdKmO7ZDBfumw0Wrl0OVa4fDxTt4c/T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1&#10;/z5LtP89S7T/PUu0/z1LtP89S7T/PeKDAADNkgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0U&#10;AIHNJgJ6zDUIc8tBD2zKShdmyVMdYchbI1zHYihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48&#10;RMXBPEPF3zxExPM7RMP/OUXC/zdFwf83RcH/N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACg&#10;tAAAlr4AAIvHBACB0AgAeNkOAHXZIAFv2C8Eadg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvT&#10;eylI04UrRdOSLkLUny9B1K8wP9XCMT/V4TA/0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/&#10;LsqUAAC7oQAArakAAKKxAACWuwAAi8QAAIDNAwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsP&#10;UeRUEk3kXRZK5GUYR+RuG0Xkdx1C5IIfQOSOIT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ5&#10;4v8kOeL/JDni/yQ54v8kOeL/JL+eAACvpgAAo64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/w&#10;IAFZ8CsDVPA1BU/wPgdL8UYKR/FODETxVw5C8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/Sx&#10;GTL1xRox9eIaMfTxGTHx/hkx8f8ZMfH/GTHx/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAA&#10;cdUAAGXeAABe9QoAWfwTAFP8HgFO/CcCSv0wA0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx&#10;/3ANLv98Diz/iQ8r/5YQKf+kECj/tBEn/8cRJ//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2Eaep&#10;AACZswAAi74AAH7JAABw0wAAZN4AAFjnAABS/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/&#10;BDD/RgUt/00FK/9UBij/Wwcm/2MHI/9tCCH/eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98L&#10;Gv/fCxr/3wsa/98LGv/fC5uxAACNvAAAfscAAHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3&#10;/xsBM/8jAS//KQIr/zACKP81AiX/OwMi/0EDH/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/&#10;kAYQ/50GD/+pBg7/tQYO/7oGDv+6Bg7/ugYO/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusA&#10;AD/+AAA5/wAANP8JAC//DgAr/xQAJ/8aASP/IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YC&#10;Dv9OAgz/VgIJ/2ADB/9sAwT/eAMD/4YDAv+RAwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/&#10;OS4C/z4uA/9AMgP/QDgE/z5BBv88TAj/OloK/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8y&#10;sBL/MrcS/zK/Ev8yyBP/MtMT/zLjE/8y7RP/MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/&#10;EP8z/xD/M/8Q/zP/EP82LQL/OywC/0AsA/9DLwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ&#10;/zeMEf83lhL/Np8T/zanE/82rhT/NrUU/za8FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/&#10;Nv8U/jf/E/42/xP9Nv8S/Tb/Ev02/xL9Nv8S/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9F&#10;SAj/Q1UL/0FiDf8/cBD/PX0R/zyJE/87kxT/O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/znd&#10;GP856Rj/OfMY/zr7GPw6/xf6Ov8X+Tr/Fvg6/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC&#10;/0YnAv9KKQP/Sy8E/0w5Bv9LRQj/SFEL/0ZeDv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/&#10;Pq4a/z62Gv8+vhv/Psgb/z3WHP495hz7PvEc+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE/&#10;/xjxP/8Y8T//GP89KAL/RSQC/0ojAv9OJQP/USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eA&#10;F/9Gixn/RZQb/0ScHP9DpB3+Q6se/UKyH/xCuiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f&#10;6kP/HelE/xzoRP8b6ET/G+hE/xvoRP8b6ET/G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/&#10;VkkM/1JVEP9RYxT/T28X/k17GvtLhh35So8f90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF&#10;3inoRewp5Ub4KOJH/ybhSP8k30n/It5J/yDdSf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1Mc&#10;Av9ZHgL/XSYD/18wBP9fOgf/XUUL/1pQEP1YXhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir&#10;50qpLOVJsS7kSLsv4kjHMeBI2THcSOox2En2LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPO&#10;Tv8jzk7/I/9HHwH/UBoB/1cYAf9eHAH/YyMC/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdW&#10;eyXkVIQp4VGNLd5QlTDcT50y2U6lM9ZNrTXTTbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/&#10;K8NT/ynCU/8nwlP/J8JT/yfCU/8nwlP/J/9KHAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J&#10;8mlHDutmVBXlY2Ac4F9rIttcdSjWWX8t0leIMM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/&#10;UN89vFHwO7pT/De5Vf8zuFf/L7dY/y23WP8rt1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9o&#10;FwH/bh0B/3IlAvtzLgPyczgH6XFDDeJuUBTbaVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vVia&#10;O7tWoj64Vas/tlW1QbRUwkKyVNRCsFXqQa5X+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8u&#10;rV3/Lv9QFwH/WhIB/2QQAP9tFAD/cxoB/3chAfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/&#10;ZXUwu2J9NbhghTi1Xo08slyVPq9bnUGtWqZDq1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng&#10;/zOjYf8xo2H/MaNh/zGjYf8xo2H/Mf9TFQH/XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87&#10;CM96SRLHdVQbwXFfJLttaCu2anAxsmd5Nq9lgDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJ&#10;mlzfSZpf8kSaYv8+mmP/OZtl/zabZf8zm2X/M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/&#10;exIA9YEXAOiEHgDehycB0YQ3B8h/RhHAe1EbuXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1k&#10;lESaY51Hl2KnSZVhskuTYcFMkWHYTJFj70eSZf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/&#10;Nf9XEQH/Yw0A/24MAP93DgD/fw8A8IURAOOJFgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGox&#10;o3FxNp9ueTucbIE/mGqIQpVpkUWSZ5pIj2ajSo1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqM&#10;bv83jG7/N4xu/zeMbv83jG7/N/9ZEAD/ZQsA/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2J&#10;QQ+1hE0ZroBWIqd8XyqieGcwnXVvNplzdjqVcX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnM&#10;T4Fq6EyDbflFhG//P4Vw/zuGcf84hnH/OIZx/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA&#10;2YwJANWRCwDKkh4AwZAwBbiNPw6wiEoYqYRUIaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aF&#10;cJRJgm+eTH9uqU58bbdPe23JUHpu5k18cfhGfnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9d&#10;DgD/agYA/3YGAOSAAwDZiQYA0o8IAM+UCgDFlhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35q&#10;NY58cTmKeng9hniAQoN2iEV/dZFJfHObTHlyp052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86&#10;e3n/Ont5/zp7ef86e3n/Ov9fDAD/bAQA9XkCAN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwyn&#10;kUcWn41QH5mJWSeThmEujoNoNImBbzmFf3Y9gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG13&#10;4E9wefVIcnv/Q3R8/z51ff87dX3/O3V9/zt1ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUG&#10;AMOaBgC7nBYAs5wqA6qZOQuilUUUm5FOHZSOVyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41I&#10;cH2XS218o05qfLBPaHzBUGd83VBqfvNJbYD/Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/&#10;cgAA4X8AANOJAQDKkgMAw5gEAL2eBAC2oBMArqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+M&#10;azd6inI7doh5QHKGgkRuhYtHaoOVSmeCoU1kgq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/&#10;PGqG/zxqhv88aob/PP9nBAD2dgAA3IIAAM6NAADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0AR&#10;kZxKGoqZUyKEl1spfpViMHmSaTV1kHA6cI93PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1e&#10;ivBIYIv+Q2KL/z9jjP88Y4z/PGOM/zxjjP88Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALCl&#10;AACoqQ4AoqkhAZqoMQaTpT4Pi6NIGISgUSB+nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KR&#10;RluSnUlZkatKV5G7S1aR00tXku9HWpL9QlyT/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAA&#10;zosAAMSVAAC6nQAAsaMAAKmpAAChrgsAm68dAZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9p&#10;oWs0ZJ9zOGCeezxcnYU/WZyPQlWbnEVTm6pHUZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab&#10;/zpWm/86Vpv/OvF0AADZgwAAyJAAAL6aAACzoQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJC&#10;EXewTBhxrlQfbK1bJWerYipiqmkvXqlxM1qoejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/&#10;TaX8PE6k/zlPpP83T6T/N0+k/zdPpP83T6T/N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACO&#10;uwIAiL0SAIO9JQF8vDMGdrs/DW+6SRRquFEaZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqy&#10;mjhIsag6RrK5OkWy0TpGse05R7D8Nkew/zRIr/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wA&#10;AK6jAACkqgAAmbEAAI+5AACEwAMAe8YNAHjGHgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYh&#10;UcFuJE7AdyhLwIErSL+MLUW/mi9Dv6gxQb+6MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1B&#10;vP8tQbz/Lc6KAAC/mAAAsaAAAKaoAACbsAAAkLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7Q&#10;QAhZ0EoMVc9TEFHPWxROz2MYS85rG0jOdR5Fzn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7&#10;JTvL/yU7yv8lO8r/JTvK/yU7yv8lO8r/JcOTAAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQA&#10;ZNYJAF7eEQBb3iAAV94tAlPfOgRQ30QGTN9OCUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk4&#10;4KUaN+C3GjbhzRo23+waNd75GjTd/xs03P8bNNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1&#10;AACFvgAAeccAAG3PAABi1gMAWOEIAFXqEwBR6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1g&#10;Cjjtagw27nQNM+6ADjLujg8w750QLu+tES3wwBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8Q&#10;LOv/EK2iAACgqQAAk7MAAIa9AAB5xgAAbM8AAGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7&#10;+TgCOPlAAzX6RwQz+k8FMPtXBS77XwYr/GkHKfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH9&#10;8gog/PwKIPz8CiD8/Aog/PwKIPz8CqKnAACVsQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8I&#10;AD//EAA7/xkAN/8hADT/KQEw/zABLf83Air/PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AF&#10;F/+PBRb/nwYV/68GFP/ABhT/1gYT/+kGE//pBhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe&#10;2gAAUOAAAETmAAA89QAAN/8EADP/DQAv/xMAK/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/&#10;RgIU/00CEf9WAhD/YAIO/2wCDP97Awv/iwMK/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/C&#10;A4q4AAB7wwAAbM4AAF7bAABP4gAAQucAADbsAAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0A&#10;Ff8hABL/JgAQ/ywBDv8xAQ3/NwEK/z4BCP9GAQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA&#10;/6YCAP+mAgD/pgIA/6YCAP+mAv8uLwL/MywC/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8q&#10;dAn/KYEK/yiNC/8olwv/KJ8L/yimDP8nrQz/J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7&#10;C/8o/wr/Kf8K/yn/Cv8p/wr/KP8K/yj/Cv8o/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD&#10;/zg8BP82SQb/M1YH/zFjCf8vcQr/LX4L/y2KDP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/&#10;LMsN/yzaDf8s5w3/LPEN/yz6Df8s/wz+Lf8M/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8y&#10;KwH/OSgC/z0oAv8/KgL/PjAD/z06BP88Rgb/OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGh&#10;D/8xqA//MK4P/zC1D/8wvRD/MMcQ/zDUEP8w5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O&#10;9jH/DvYx/w72Mf8O9jH/Dv81KAH/PCUB/0AkAv9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/&#10;OXYN/ziCD/83jBD/N5UR/zadEf82pBL/NqsS/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2&#10;/xPxNv8S8Db/EvA3/xHvN/8R7zf/EO83/xDvN/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0&#10;BP9JPwX/RksI/0RYCv9CZQ3/QHEP/z59Ef89hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X&#10;9jvKGPQ73BjwO+oY7Tv2GOo7/xfoPP8X5zz/FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/&#10;RB4B/0kcAf9NHgH/UCYC/1EwA/9QOwX/TkYI/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNB&#10;nBnxQaMb70CqG+5AshztP7sd6z/GHuk/1R7lP+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/&#10;F9hC/xfYQv8X2EL/F/9AHwH/SBoB/04YAf9SGwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS&#10;8UxyFu5KfRjrSIYb6UePHedGlx/lRZ4g40SmIuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLN&#10;Rv8gzEf/HspH/xzJSP8byUj/G8lI/xvJSP8byUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9e&#10;MgP9XT0G9lpJCvBXVQ/qVWIT5lJtGOJQdxzfToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8&#10;K8tIySzISN8sxUjvK8JK/CjAS/8lv0z/Ir5N/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB&#10;/1YRAP9eFQD/YhwB/2UkAf5lLQL0ZDgF7WFDCeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjH&#10;T5QqxU6bLMNOoy7BTawvv0y2ML1MwjG7TNMyuEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS&#10;/yKyUv8islL/Iv9KFQH/UxEA/1sPAP9iEgD/aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9j&#10;G8hcbSDEWnYkwVh+KL5Whiu7VY4uuVOWMLZSnjK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8u&#10;qFb/K6hX/yioV/8lqFf/JahX/yWoV/8lqFf/Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHk&#10;cSwC23A6BdFsSAzJaFQUw2VfG75iaCG6X3Emtl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVV&#10;tjqjVcU7oVXdO59W8DefWP4yn1r/Lp5b/yueXP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MM&#10;AP9rDQD/cBAA9XQTAOh2GgDddyUB0XY2BMhyRAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4Qy&#10;pF2MNKJclDefW505nVqmO5pZsT2YWb8+l1nTPpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqW&#10;YP8qlmD/Kv9SDwD/XAoA/2YJAP9uCgD2dAwA73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65s&#10;YSGpamknpmdxK6JleC+fZIAznGKINplhkDiWX5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/&#10;M45k/zCOZP8sjmX/LI5l/yyOZf8sjmX/LP9VDgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0A&#10;xH8wA7t8Pwq0eEsSrXVVGqhxXiGjbmYmn2xuK5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCH&#10;YbdChWHJQoRi5EGFZPc7hmb/NYdn/zGHaP8uh2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1&#10;AQDbewUA04AIANCDCgDHhRoAvoQtA7aBPAmvfUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuB&#10;NotpiTqIaJI8hWecP4Jmp0GAZrRDfmbFRHxm4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8v&#10;gWz/L/9ZCwD/YwEA9G8AAN94AADUfwQAzoMGAMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Y&#10;d2Elk3VoKo9zby+LcXcziG9+NoVuhjqCbI89f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv&#10;/zR7cP8wfHD/MHxw/zB8cP8wfHD/MP9bCAD/ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIso&#10;AqyJOAelhUQQnoJOGJh/Vx6TfF8kjnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9E&#10;cW7ARXBu2UVycPE/c3L/OXVz/zV2dP8xdnT/MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADL&#10;hQIAxIoEAL+NBQC3jxMAsI8mAaiNNQegikIOmoZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3&#10;gjl2dos8c3WVQHB0oEJtc61Ea3O9RWpz1UVsdO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/&#10;Mf9fAgD3bAAA3ncAANCBAADHiAEAwI0DALmRAwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsi&#10;hINiKICBaS18f3AxeH53NXR8gDhxe4k8bnqTP2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZr&#10;fP8ya3z/Mmt8/zJrfP8ya3z/Mv9hAADqbwAA2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6W&#10;MQWXkz4MkJBIFIqOURuEi1khf4lgJ3uHZyt3hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65&#10;RF9+z0Rgf+xAYoD8OmSA/zZlgf8zZoH/MmaB/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAA&#10;tpUAAK6ZAACmmwwAoJweAJmbLgSSmTsKi5ZGEoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZm&#10;iIQ5YoaPPV+Fmj9chahBWoW3QlmFzEJaheo/XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1o&#10;AADgdgAAzYIAAMKMAAC5kwAAsJkAAKidAACfoAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdc&#10;InCVYydrk2osZ5JxMGSReTNgj4I3XI6NOlmNmT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8y&#10;WY7/MVmO/zFZjv8xWY7/Me1tAADZewAAyIcAAL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKF&#10;pjUGf6RADXmiShRzoFIabp9ZH2mdYCRlnGcoYZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6W&#10;yTxOlug6T5b5NlGW/zNSlv8wUpb/MFKW/zBSlv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EA&#10;AJmmAACOrQAAiK4RAIOuIgF9rTEEd6w9CnKqRxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38u&#10;UaKJMU6hljRLoaQ2SaG0NkihyDdIoOc1SaD5Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJ&#10;hgAAvJIAALGaAACmoAAAnKYAAJGsAACGsgAAfbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyx&#10;WxpYsGMeVa9rIVGvcyVOrn0oS62IKkitlS1FraMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/&#10;KUSq/ylEqv8pRKr/KdGAAADBjQAAtZgAAKmfAACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYB&#10;Zr8zA2G+PwddvkgLWb1RD1W9WRNRvGAXTrxoGku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9&#10;uugmPbj5JT23/yQ9tv8jPbb/Iz22/yM9tv8jPbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5&#10;AABzvwEAaMYFAGDKDgBeyh0AW8osAVfKOANUykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iF&#10;GDzIkxo6yKIbOcmzHDjJyRw4yOgcN8f5HDfF/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAA&#10;pKMAAJiqAACMsgAAgLkAAHTAAABoxwAAXc0FAFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB&#10;2VgGP9lhCDzZawo62XYMN9mCDjXakA802qAQMtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U&#10;/xMv1P8TL9T/E7OaAACmoQAAmqkAAI2xAACAugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+Ue&#10;AEHmKgA+5jUBO+c+ATnnRwI351ADNOhZBDLoYgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YK&#10;J+nwCifn/Qkm5v8KJub/Cibm/wom5v8KJub/CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP&#10;1wAARd0AAD7uCQA88hEAOfMbADbzJQA09C4AMfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4&#10;egQf+IkEHvmaBRz5qwUb+sAFGvreBRr58gUa9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kA&#10;AHXCAABnywAAWtMAAE3aAABC3wAAOOUAADX7BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsB&#10;Hv9DARv/SwEZ/1MBFv9dAhT/agIS/3gCEf+IAhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO&#10;//ADDv/wA5OuAACEuAAAdsIAAGfMAABa1QAATNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/&#10;FwAd/x0AGf8jABb/KQAU/y8AEv81ABD/PQAO/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+m&#10;AQD/tQEA/8YBAP/KAQD/ygEA/8oBAP/KAYa3AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAA&#10;I/8AAB//AAAb/wUAF/8MABT/EAAR/xQAD/8YAA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA&#10;/1IAAP9eAAD/bQAA/34BAP+OAQD/mwEA/6kBAP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8w&#10;LgL/LjUC/yk9A/8lSQT/I1cE/yFkBf8fcgb/HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4&#10;Bv8cvwb/HMkG/xzWBv8d5Qb/He8G/x35Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F&#10;/x3/Bf8sKwH/MCgB/zMoAf8zKwL/MTEC/y06A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/&#10;IZkH/yGhCP8hpwj/Ia4I/yG1CP8hvAj/IcYH/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi&#10;/wb8Iv8G+yL/Bvsi/wb7Iv8G+yL/Bv8uKAH/MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxe&#10;Bv8qawf/KXcH/yiDCP8njQj/J5YJ/yedCf8npAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ&#10;/Cf2CPko/gj3KP8I9ij/CPUo/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/&#10;OykC/zs0Av85QAT/Nk0F/zRaBv8xZgf/MHMI/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8t&#10;tQz/Lb4M/i3JDPst2Qz4LegL9C70C/Eu/gvvLv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/&#10;Cv81IgH/Ox4B/z8dAf9AHwH/QiYB/0IxAv9APAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N&#10;/DSVDfo0nA75M6MO9zOqD/Yzsg/1M7oP8zPFD/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7i&#10;Nf8N4TX/DeE1/w3hNf8N4TX/Df85HgH/PxoB/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9A&#10;XQn7PmkL+D10DfU8fw7zO4gP8TuQEO86mBHtOp8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnx&#10;Fds6/BTYOv8T1Tv/EtM7/xLSO/8R0jv/ENI7/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B&#10;/1AoAf9PMwL/TT8E+0pKBvVHVwnxRmQM7URvDulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnb&#10;PrMa2D69GtY+yhvSPt8bzj7vG8s/+xrJQP8Yx0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9B&#10;FwD/RxIA/0wQAP9SFAD/VhsA/1ckAf9WLgL4VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaG&#10;GNJFjhrQRZYczkSdHcxEpR7KQ60fyEO2IMZDwyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8Y&#10;uEf/F7hH/xe4R/8XuEf/F/9EFAD/SxAA/1EOAP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQja&#10;VFkN01JkEs5QbhbKTncZx0yAHMVLiB7CSpAgwEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ&#10;8yWwSv8irkv/H65M/x2tTP8brU3/Gq1N/xqtTf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIY&#10;APBjIQDmYiwB3mA6A9ReSAfNW1QNx1hfE8NWaRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIo&#10;rk2rKqxMtiuqTMQsqEzbLKZN7yqkT/0mpFD/I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/&#10;UgoA/1oJAP9gCwD/ZQ4A9WcRAOhoGADdZyQA0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5X&#10;fSOsVYQlqVSMKKdTlCqlUp0so1KmLaFRsS+fUb4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/&#10;H5lX/x+ZV/8fmVf/H/9NDQD/VQYA/10FAPtkBwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wN&#10;tWRXE7BhYBmsX2kdqF1xIaVceCSiWoAnoFmHKp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TOR&#10;V/ctkVn/KZFa/yWRW/8jkVv/IZFb/yGRW/8hkVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVw&#10;CwDLchsAwnEuArpvPQa0bEkNrmlUE6lnXRmkZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFue&#10;Mo1aqDSLWbU1ilnGNohZ4TaIXPQwiF3/K4le/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA&#10;9WQAAOBsAADXcQMA0HQGAM11CQDEdhcAvHYqAbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWT&#10;ZHgokGKAK41hiC6LYJExiF+aM4ZepTWDXrI3gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk&#10;/yWCZP8lgmT/Jf9TBgD/XQAA52cAANtvAADQdAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNO&#10;EpxwVxiYbV8dlGtnIZBqbiWNaHUoimd9K4dlhS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80&#10;emX+L3tm/yt8Z/8ofGf/Jnxn/yZ8Z/8mfGf/Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5&#10;fhIAsX4lAap9NQSjekEKnXdMEZd0VReScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhn&#10;oDZ2Zqw4dGa8OXNm0TpzZ+02dGn9MHVq/yx2a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320A&#10;ANF1AADIewAAwX8CALuAAwC0gRAArIIjAaWBMgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAn&#10;fm93K3tufy54bYgxdWySNHNrnjdwaqo5bmq5Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhx&#10;b/8ocW//KP9ZAADrZQAA23AAAM14AADEfgAAvIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459&#10;URWJe1kahHlgH4B3ZyN8dW4neXR1KnZzfS5zcoYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6&#10;Mmty/y1sc/8qbHP/KGxz/yhsc/8obHP/KP9cAADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0A&#10;ooodAJyJLgKVhzsHj4VFDomCTxSEgFcZf35eHnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZl&#10;dKY4Y3S1OWF0yTphdOc4Y3b5MmV2/y5md/8rZ3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/&#10;AAC8hQAAtIoAAKyMAACjjgoAnY4aAJeOKwKQjDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39x&#10;KWx+eSxofYIvZXyMMmJ7mDVfeqQ3XXqzOFx6xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8p&#10;YXz/KfViAADebwAAzHoAAMCDAAC3iQAAr44AAKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6&#10;jFIWdYpaG3GIYR9th2gjaoZvJ2aEdytjg4AuYIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB&#10;/y1bgv8qW4L/KVuC/ylbgv8pW4L/KexmAADYcwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkT&#10;AIqZJAGFmDIEf5Y+CXmUSA50k1AUb5FXGWuQXh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEz&#10;UoiwNFGIwzVQiOI0Uoj2MFOI/yxUiP8pVYj/KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACt&#10;kgAAo5YAAJqaAACOngAAh58QAIOfIAB+ny8CeJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuV&#10;ciVXlHwoVJOGK1GSki5OkqAwTJKvMUuSwjFKkeAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/&#10;Jt5wAADJfQAAvIkAALKSAACnlwAAnZsAAJOfAACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oN&#10;Y6JSEl+hWRZboWEZWKBoHVSfcCBRnnojTp2EJkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydH&#10;mv8lR5r/JEea/yRHmv8kR5r/JNR3AADChAAAto8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+v&#10;FABsryQAaK8yAmSuPQVfrUYJW6xPDVisVhFUq14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQait&#10;JUCowCU/qN8lP6b0I0Cl/yJApf8hQKT/IECk/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAA&#10;jqYAAIKsAAB3sQAAarYAAGO4DgBhuB0AXrgsAVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNE&#10;tXUWQrWBGD+1jho9tZwcO7WsHDq1wB05td8cObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GG&#10;AAC0kwAAp5oAAJygAACRpwAAha0AAHmzAABtuAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRF&#10;A0fETgVFxFcHQsNfCUDDaAs9w3INO8N+DzjDjBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8U&#10;Mb7/FDG+/xQxvv8UMb7/FLiQAACrmQAAn6AAAJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBE&#10;zwwAQ9AXAELQJQBA0DIAP9E9AT3RRwE70VACOdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzT&#10;vgos098JK9HzCirP/gspzv8MKc3/DSnN/w0pzf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70A&#10;AGPDAABXyAAATM0AAELSAwA52QkANd8QADTfGwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UC&#10;KONxAibkfwMl5I8DI+WhBCLltAQh5c0EIOTsBCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACY&#10;pQAAi64AAH22AABwvgAAY8YAAFbLAABL0AAAQNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXv&#10;NAAj8DwAIfBFAB/xTgAd8lgBG/JkARnzcQEY84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/&#10;AhLw/wIS8P8CEvD/ApqkAACNrQAAf7YAAHG/AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUA&#10;JPsNACH8EwAe/RsAHP0iABn+KQAX/jEAFf85ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ&#10;/6YBCP+6AQf/1AEH/+sBBv/2AQb/9gEG//YBBv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvd&#10;AAAw4gAAJuYAAB/wAAAc/wAAGf8JABb/DgAU/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9E&#10;AAD/TwAA/1wAAP9rAAD/fQAA/5AAAP+jAAD/tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAA&#10;ZMkAAFbTAABH2wAAOuAAAC7lAAAj6QAAGu0AABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB&#10;/xgAAP8eAAD/JAAA/ysAAP8zAAD/PQAA/0kAAP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/&#10;sQAA/7EAAP+xAP8lKwH/KCkB/ykpAf8oLAH/IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKH&#10;A/8SkQP/EpkD/xKgA/8SpwP/Eq0D/xG0A/8RuwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C&#10;/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/&#10;HVID/xtfA/8YbAP/F3kE/xeEBP8XjgT/F5YE/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W&#10;2wP/FugD/xf0A/8X/QP8F/8C+xf/A/sX/wP6F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8i&#10;Af8vJQH/LCsB/yo1Av8nQQL/JE4D/yJbA/8gaAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF&#10;/x2tBf8dtAT/Hb0E/x3HBP8d1AT+HeYE+x3yBPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTy&#10;Hv8E8h7/BP8uIgH/Mh8B/zQeAf8zIAH/MiYB/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8k&#10;hQX/JI4G/ySWBv8knQb/JKMG/ySqBv0ksQb8JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/&#10;Buol/wbpJf8G6SX/Bukl/wbpJf8G6SX/Bv8yHgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD&#10;/zJSBP8wXwT/LmsF/y12Bv0sgAf6LIkH+SuRB/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjr&#10;K98I5yzuCOQs+gjiLP8J4Cz/Cd4s/wjeLP8I3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/&#10;FwD/QR8A/0EpAf9ANAH/PUEC/zpNA/w4WgX4NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKi&#10;C+YyqgvkMrIM4zK7DOEyyAzfMtwM2jLsDdUz+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8L&#10;zDT/C/85FgD/PhIA/0EQAP9FEwD/SBsA/0gkAP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgni&#10;O38L4DqIDN05kA3bOZcO2TieD9Y4phDUOK4R0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6&#10;/w/AOv8Ovzr/Dr86/w6/Ov8Ovzr/Dv89EwD/Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhB&#10;AuZHTgTgRVsG20RmCdZCcAzSQXkOz0CCEM1AihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssY&#10;vT7iGLo+8he3P/8WtUD/FLRA/xOzQf8Rs0H/ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/&#10;UxEA/1QYAPNUIgDpUi0B4VA7AdpPSQPSTVUHzEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlE&#10;mhm3Q6IatUOrG7RDthyyQ8QdsEPZHq1D7R2rRfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/&#10;E/9EDgD/SggA/1AGAP9VCgD/WA0A91kRAOpYGADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0T&#10;tk12FrRMfRixS4Uar0qNG61JlR2rSZ0eqUimIKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmd&#10;TP8XnUz/Fp1M/xadTP8WnUz/Fv9HCwD/TQIA/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNc&#10;PwS9WkwIt1hXDLNWYBGvVGkUrFNxF6lReBqnUIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzI&#10;JpZM4iaVTvUilE//H5RQ/xyUUf8alFH/GJRR/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA&#10;1mMHANRhCgDKYhkAwmMsAbtiOwO0YEgIr11TDKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKW&#10;U5MklFKdJZJRpyeQUbMojlHDKY1R3SqMUvImi1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9M&#10;BAD/UwAA7FwAAN9iAADUZgEAzmgFAMtnCADCZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11o&#10;GJhccBuVWncek1l/IZBYhyOOV48ljFeZJ4lWoymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8e&#10;hFr/HIRa/xyEWv8chFr/HP9OAQD/VwAA5V8AANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOn&#10;akIHoWdNDJxlVhGYY14VlGJlGJFgbBuOX3QejF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxa&#10;zy57W+wrfFz8Jnxd/yJ9Xv8ffV7/HX1e/x19Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnAB&#10;AL1wAwC2cBAArnEiAKhwMgKhbj8GnGxKC5dqUxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkm&#10;fV+SKXtenSt4Xqktdl64LnVezC90XuktdWD6J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADs&#10;XAAA3GYAAM5tAADEcgAAvXQAALd0AQCwdA4AqXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4Vp&#10;ZxuCaG4ef2Z1IX1lfSR6ZIYnd2OQKXVjmyxyYqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/&#10;H3Fm/x9xZv8fcWb/H/9UAADoXwAA12kAAMpwAADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoF&#10;knVFCoxyTg6IcFYThG9eF4BtZBp9bGsdemtzIHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBo&#10;ZuQvamj3KWtp/yVsaf8ibGr/IGxq/yBsav8gbGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18&#10;AAClfAoAn30aAJl8KgGTezgEjXlDCYh3TA6DdVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyL&#10;KWpslyxna6MuZWuyL2RrxDBia+EvZGz2KmZt/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAA&#10;zm8AAMJ2AAC5fAAAsX8AAKmAAACggAcAmYEXAJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlz&#10;dmcccHRuH21zdiNqcn8mZ3GJKWRxlSticKEtYHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy&#10;/yBicv8gYnL/IO9cAADcaQAAynIAAL56AAC1gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+&#10;B36BSAt5f1AQdX5XFHF9Xhhue2Uba3psHmh5dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0u&#10;WXbzKlt2/yZcd/8jXHf/IFx3/yBcd/8gXHf/IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACU&#10;igAAjYoRAIiLIQCDijACfok7BXmHRQp0hk4OcIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9&#10;kSlXfJ4rVXysLFN8vi1SfNotU3zyKVV8/yVWfP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoA&#10;ALaDAACtiQAAo4wAAJmOAACNjwAAhpAOAIGRHQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEX&#10;YIhoG12HcB5ahnkhVoWDJFSFjyZRhJwoT4SqKk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Q&#10;g/8fUIP/H95pAADJdQAAvIAAALKIAACojQAAnZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yW&#10;PwZolUgKZJRQDWGTVxFdkl4VWpFmGFeQbhtUj3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zw&#10;JEiM/yJJi/8gSov/HkqL/x5Ki/8eSov/HtVuAADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAA&#10;dZ4FAHCfEwBtnyMAaZ8wAWWeOwRhnkUHXZ1NClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5F&#10;l5kgQ5eoIUKXuiJBl9MiQZbvIEKV/h5Clf8dQ5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaS&#10;AACblwAAkZsAAIWfAAB5owAAaqcAAGWnDgBjqBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVg&#10;DkqlaRFHpHIURKR9FkKjiRg/o5caPaOnGzyjuRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8Y&#10;PJ//GMR8AAC2iQAAqpIAAJ+XAACVnAAAiaEAAH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQ&#10;sjsCTbJEA0uxTQVIsVUHRbFdCUOxZQtAsG8NPrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt&#10;/hQ0rP8UNKv/FDSr/xQ0q/8UNKv/FLuFAACvkAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYA&#10;AFC6AQBJvA0ASLwZAEa9JwBFvTMAQ709AUG9RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMK&#10;ML2kCy+9twwuvtALLrzuDC26/g0suf8NLLj/Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACD&#10;qgAAdrAAAGq1AABeugAAUr4AAEfCAQA9xwYAOMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDL&#10;WwEuzGUCLMxxAirMfwMpzJAEJ8yhBCbNtAQlzc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/&#10;B6mWAACenQAAkqMAAIWrAAB4sgAAa7gAAF++AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkA&#10;JdolACTaMAAj2zsAI9tFACLcUAAh3VsAIN1oAB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY&#10;2/8CF9r/Ahfa/wIX2v8CF9r/AqCcAACUowAAh6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHT&#10;AAAp2QAAId4FAB7oDgAd6BUAG+keABnpJwAY6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6K&#10;AA7vngAO8LMADfDNAAzv7AAM7fwADOv/AAzr/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAA&#10;UsoAAEXOAAA50wAAL9gAACXdAAAd4QAAGOwCABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ&#10;+z8AB/tKAAT8VwAD/WYAAv53AAD9iwAA/Z8AAPy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIur&#10;AAB9tAAAbr0AAGDGAABSzQAARNIAADfYAAAs3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8Q&#10;AAf/FAAE/xoAAf8gAAD/JwAA/zAAAP86AAD/RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cA&#10;AP/lAAD/5QAA/+UAAP/lAH+0AABwvQAAYccAAFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM&#10;+gAACf8AAAb/AAAC/wQAAP8JAAD/DQAA/xAAAP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/&#10;XgAA/3IAAP+HAAD/mgAA/6oAAP+5AAD/uQAA/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5&#10;Af8QRQH/DVMB/wxgAf8KbQL/CXkC/wmEAv8JjgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B&#10;/wjIAf8I1gH/COYB/wjxAf8I+wD/CP8A/wj/AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/&#10;JSQA/yUkAP8jJwH/HSwB/xg1Af8VQgH/ElAB/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8O&#10;oAL/DqYB/w2tAf8NswH/DbsB/w3FAf8N0QH/DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/&#10;AfgO/wH4Dv8B+A7/Af8mIwD/KCAA/yggAP8mIgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC&#10;/xN8Av8ThgL/E44C/xKWAv8SnQL/EqMC/xKpAv8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHz&#10;E/8B8hP/AfET/wLwFP8C8BT/AvAU/wLwFP8C8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8l&#10;OwH/IkgB/x9UAv8dYQL/G20C/xp3Av8agQL/GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9&#10;AvYayALzGtsC7xrqAuwb9wLpG/8C6Bv/A+cc/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA&#10;/zEVAP8wFgD/MSAA/zAqAP8uNgH/K0MB/yhPAv8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPy&#10;IpsD8CKiA+8iqQPtIrED7CK5A+oixQPoItUD5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk&#10;/wTWJP8E1iT/BP8xFgD/NBIA/zYRAP83EwD/ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8Cxt&#10;A+0rdwPqK4AE6CqIBOYqkATlKpcE4yqeBeEqpQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8H&#10;yyz/B8ks/wfILP8Hxyz/Bscs/wbHLP8Gxyz/Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5&#10;OzcB8jhEAew2UQLnNVwD4zRnA+AzcgTdM3sF2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsx&#10;vArJMcoKxjLhC8Iy8Qu/M/4LvTP/Crsz/wq6M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJ&#10;AP9EDQD/RhEA/0UZAPdEIwDuQS8A5j88AeA+SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwL&#10;wziUDME4mw3AOKMNvjisDrw4tg+6OMMPuTjXELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wut&#10;Ov8LrTr/C/88DQD/QAYA/0UEAP9JCQD/Sw0A+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJC&#10;Zgi/Qm8KvEF3C7pAfw24P4YOtj+OELQ+lRGyPp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/&#10;EqNA/xCiQP8PokD/DqJB/w6iQf8OokH/Dv8/CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4A&#10;zU0wAMZNPwHATEwEu0tXBrdJYQm0SGkMsUdxDq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxig&#10;Q7cZn0PHGZ1D4BqbRPMXmUX/FZhG/xOYRv8RmEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVT&#10;AADdVQEA11UGANVSCwDLUxkAw1QrALxUOwG2UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qC&#10;FZ1KihebSZMYmUmcGpdIphuVSLIclEjBHZJI2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8S&#10;jkz/Ev9FAAD/SwAA6VMAAN5YAADTWwAAzVsEAMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqh&#10;VGANnlNoEJtRbxOYUHYVllB+F5RPhhmSTo4aj06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ&#10;/xiGUP8WhlD/FIZR/xSGUf8UhlH/FP9HAAD4TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18j&#10;AKxfMwGmXkADoVxLB51aVAqZWVwOllhkEZNWaxOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaoh&#10;gVG4In9RyyJ+UuchflP5HX5U/xp+Vf8XflX/Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADG&#10;ZAAAv2UAALpjAgCzYg8ArGMgAKZjMAGgYj0Dm2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRY&#10;fhqCV4ccf1eQH31WmyF7VqcieVa1I3dWxyR2VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/&#10;Fv9MAADpVgAA2V8AAMtlAADBaAAAumkAALRoAACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcN&#10;iWFeEIZfZRODXmwWgF1zGH5cexp7XIMdeVuNH3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxx&#10;Xf8acV3/GHFd/xdxXf8XcV3/F/1PAADlWQAA02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJts&#10;KgGVazcCkGlDBYtoTAmHZlQMg2VbEIBjYhN9YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6w&#10;JWtewSZpXt4mal/0IWtg/x1rYf8bbGH/GWxh/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAA&#10;sXEAAKpxAACibwgAm28XAJZwJwCQbzUCi25ABYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3Jldhpw&#10;ZH4dbWOIH2tjkyJpYqAkZmKuJWVivyZkYtomZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBT&#10;AADdXwAAy2gAAL9vAAC2cwAArnUAAKZ1AACdcwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1X&#10;DnZsXhFza2QUcGpsF21qcxpraXwcaGiGH2ZnkSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8c&#10;Ymj/GmJo/xliaP8ZYmj/GexXAADZYgAAx2sAALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCG&#10;eC8BgXc7BHx1RQd4dE0KdHJVDnFxXBFucGMUa29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpr&#10;uyZZbNMmWmzvI1ts/x9cbf8cXW3/Gl1t/xldbf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4A&#10;AJ1+AACRfAAAinwPAIV9HgCBfS0BfHw5A3d6QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gb&#10;XnKCHltyjSBZcZoiV3GoJFVxuSVUcdAlVHHuIlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADN&#10;aQAAv3MAALR6AACrfwAAooIAAJiDAACLgQAAhIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9&#10;Vw5kfF4RYXtmFF56bRdbenYZWXmAHFZ4ix9TeJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/&#10;GVJ3/xlSd/8ZUnf/Gd5iAADIbgAAu3cAALB/AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYA&#10;cIgyAmyHPQRohkYGZYVOCWGFVQxehFwPW4NjElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJ&#10;f8whSX7rH0p+/BxLfv8aS37/GUx+/xhMfv8YTH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2N&#10;AAB8jQAAdY4EAG+PEgBtkCEAaZAuAWWPOQJijkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7&#10;F0qJhxlIiJUbRoijHUSItB1DiModQ4fqHESG+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAA&#10;sYIAAKeKAACcjgAAkpAAAIaTAAB5lQAAbJcAAGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdS&#10;llYJT5VeDEyUZg5KlG8QR5N5E0SThRVCkpMXQJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P&#10;/xU+j/8VPo//FcVzAAC3fwAArIkAAKGPAACWkwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6Ei&#10;AFWhLwBSoTkBUKFDAk2gSwRKoFMFSKBaB0WfYwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgT&#10;N53oEjab+hI2mv8SNpn/ETeZ/xE3mf8RN5n/Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABr&#10;pAAAX6cAAFKqAABNqw4AS6saAEqrJwBIqzMARqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeq&#10;gAk0qo8LMqqfDDGqsAwwqscMMKnnDC+n+g0vpv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQA&#10;AJSZAACHngAAe6MAAG+oAABjrAAAV68AAEuyAABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cA&#10;NrdQATS3WgEyt2QCMLdvAy63fAQst4sFKrecBSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgm&#10;sv8IJrL/CK+NAACilAAAl5oAAIugAAB+pgAAcasAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3D&#10;EgAswx4AK8MpACrEMwApxD0AKMVHACfFUQAmxVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbk&#10;AR3E+AIcwv8DHMH/AxzB/wQcwf8EHMH/BKWUAACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAA&#10;QsAAADjDAAAvxwAAJssEAB7QCgAb0REAGtIaABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT&#10;1nwAEtePABHYpAAQ2bsAENneABDV8wAQ0/8AENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWw&#10;AABotwAAW70AAE7BAABCxQAAN8gAAC3MAAAk0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUt&#10;AAzlNwAL5kIACuZPAAnnXQAI520ABuaAAAXmlQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8A&#10;AOb/AJOhAACFqQAAd7EAAGm5AABbwAAATsYAAEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL&#10;8QgACfMOAAfzEwAE8hoAAvIiAADyKgAA8jQAAPI/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADz&#10;xgAA9OUAAPT2AAD0+wAA9PsAAPT7AIepAAB5sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0A&#10;ABXhAAAP5AAACugAAAXzAAAD/QEAAPwIAAD7DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkA&#10;AP5aAAD+bQAA/4IAAP+YAAD/rAAA/8AAAP/YAAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA&#10;0gAAMtkAACbeAAAb4gAAEuYAAAzqAAAF7QAAAPQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/&#10;EgAA/xgAAP8hAAD/KwAA/zcAAP9GAAD/WAAA/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7&#10;AP8bJgD/HCQA/xokAP8VJwD/EC0A/wo2AP8FQwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA&#10;/wCaAP8AoAD/AKYA/wCsAP8AsgD/ALkA/wDCAP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9&#10;AP8A/QD/AP0A/wD9AP8A/QD/AP8fIwD/HyEA/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8E&#10;ZwH/A3MB/wN9Af8DhwH/A48A/wKWAP8CnAD/AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDq&#10;APwA9gD4AP8A9wL/APcD/wD2BP8A9gT/APYF/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA&#10;/xUvAP8SPAD/EEkA/w5WAf8MYgH/C24B/wt5Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/&#10;CrIA/wq7AP0KxgD7CtQA9wrnAPMK9ADwCv8A7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8l&#10;GwD/JhgA/yUXAP8hGAD/ICEA/x4rAP8aNwD/F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCO&#10;AfwQlQH6EJsB+RChAfcQqAH2EK8B9BC3APMQwgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B&#10;4hL/AeES/wHhEv8B4RL/Af8pFgD/KhMA/ykSAP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8&#10;GWQB+BluAfYYeAHzGIEB8RiJAe8YkAHuGJcB7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa&#10;8QHYGv4C1Bv/AtIb/wLRG/8C0Bv/AtAb/wLQG/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4h&#10;AP8sLQD/KTkA+SZGAPQkUwHvIl4B6yJpAeghcwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB&#10;2CGxAtUhvALTIskC0CLfAswj8APII/0DxiT/A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/&#10;MgsA/zMIAP82DQD/NhIA/zUaAP0yJQD0MDIA7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAq&#10;hgLOKo4DzCqVA8oqnAPJKqMExyqsBMUqtgTDKsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/&#10;BbQs/wW0LP8FtCz/Bf80DAD/NgUA/zkDAP88CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIB&#10;zTNdAckzZwLGM3ADxDJ4BMEygAS/MocFvjKPBrwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5Qmt&#10;M/UJqzP/Caoz/wioM/8HqDP/B6cz/wenM/8HpzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8&#10;EgDbOh8A0DsxAMo8QADEPE0BwDxYArw7YQO5O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzih&#10;C6k4qgyoOLYNpjjFDaQ43g6hOfENnzr/DJ46/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA&#10;90QAAOZHAADfSAEA2kYGANlACwDNQhkAxUQrAL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmm&#10;QHsKpD+DC6M/ig2hPpMOnz6cD50+pRCbPrERmj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB&#10;/wuSQf8LkkH/C/89AAD/QwAA6UkAAN5OAADTTwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pO&#10;A6dJVwWkSGAHoUdnCZ5GbwqcRnYMmkV9DphFhQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgV&#10;ikX6EolG/xCJRv8OiEb/DYhG/w2IRv8NiEb/Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5&#10;TxEAslAiAKxRMgCnUT8ColBKA55PUwWbTlwImE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhI&#10;nBWGSKgWhUi1F4NIxxiBSOQYgUr3FYBK/xKAS/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMA&#10;AM5YAADEWgAAvVoAALhXAQCxVA4AqlYeAKVWLgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0O&#10;iE90EIZPfBKEToUTgk6OFYBNmRd+TaQYfE2yGXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94&#10;UP8PeFD/D/1GAADnTwAA1lcAAMhcAAC/XwAAt18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZ&#10;TAWMWFUIiVdcCoZWYwyDVWoOgVRxEH9TeRJ9U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLy&#10;GXFT/xVxVP8TclT/EXJU/xByVP8QclT/EPNIAADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkA&#10;nV8XAJhfJwCTXzUBjl5AA4pdSgWGXFIHg1tZCoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhv&#10;Vp8ablWsG2xVvRxrVtUda1bwGmtX/xdrWP8UbFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBk&#10;AAC3ZwAArmgAAKdmAACfYgYAmGMUAJJkJACNYzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxr&#10;EHNccxJwW3sUbluFF2xakBlqWpwbaFmqHGZauh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8S&#10;Z1z/Eu1OAADaWQAAyGEAALxnAACzagAAq2wAAKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7&#10;ZE0GeGNUCXViWwtyYWENcGFpD21gcBJrX3kUaV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf&#10;/RhhX/8VYV//E2Jf/xJiX/8SYl//EupRAADUXAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQ&#10;AIdrHgCDaywAfms4AnpqQgN2aUoGc2hSCHBnWQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpga&#10;XWKmHFtith1aYswdWmLqHFtj/BhcY/8WXGP/FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACs&#10;cgAApHQAAJpzAACObwAAh28NAIJvGwB9cCkAeW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRp&#10;bBFhaXUTX2h/FlxoihhaZ5YaWGekHFZntB1VZ8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/&#10;E+FYAADLYwAAvWsAALJyAACpdgAAoHgAAJZ3AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YE&#10;anJOB2dxVQlkcFwLYXBjDl9vahBcbnMSWm58FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhR&#10;bP8VUmz/FFJs/xNSbP8TUmz/E9xcAADHZwAAuW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5&#10;FAByeiMAbnovAWt5OgJoeUMDZHhLBWF3Ughfd1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKh&#10;GUxysRpKcsYaSnLlGkty+RdMcv8VTHL/E01y/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAA&#10;l4EAAIyBAAB6fgAAc38CAG5/EQBrgB4AaIAsAGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1R&#10;fG4PT3t4EUx7gxRKepEWSHqfF0Z6rxhFesQYRHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1l&#10;AAC9cAAAsXkAAKeAAACchAAAkoYAAIaGAAB3hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdF&#10;A1aHTQRThlQGUIZbCE6FYwpLhGwMSYR2D0aDgRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8S&#10;QID/EUCA/xBAgP8QQID/EMZrAAC3dgAArH8AAKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBa&#10;kBQAWJAhAFaRLQBTkDgBUZBBAk6QSQNMkFAESo9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqN&#10;rBE5jcEROI3hEDiL9hA4iv8POYn/DzmJ/w45if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEA&#10;AHqTAABtlQAAX5cAAFSZAQBPmQ8ATpoaAEyaJwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYF&#10;O5lwBzmYfAg3mIoKNZiaCzOYqwsymL8MMpjfCzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACs&#10;hQAAoYsAAJaQAACLlAAAf5cAAHKbAABmnQAAWqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADyl&#10;PgA7pUcBOaVPATelWAI1pWECM6VsAzGleQQvpIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/&#10;CCmf/wgpn/8IKZ//CLGCAACliwAAmpEAAJCWAACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAA&#10;Na8MADOwFQAysCEAMbArAC+wNQAusT4ALbFIACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIi&#10;srsCIbLbAiGv8wMgrv8DIK3/BB+s/wQfrP8EH6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCr&#10;AABVrwAASbEAAD60AAAztwAAKroDACS8DQAivRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9e&#10;ABq/bAAZv3wAGL+OABfAoQAWwLYAFMDTABW+8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAA&#10;ip4AAH2kAABvqgAAYq8AAFa0AABKtwAAProAADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQ&#10;zCUAD80vAA7NOgAOzUYADc1SAA3OYAAMznAAC86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL&#10;/wAJy/8ACcv/AJiYAACNngAAf6UAAHGsAABkswAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80A&#10;ABHRAAAM1gUACNkMAAbZEgAF2hsABNokAAPbLgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350A&#10;AN+zAADfzgAA4O4AAN/6AADf/wAA3/8AAN//AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAx&#10;yQAAJswAAB3QAAAU1AAADtkAAAndAAAD4QAAAOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADr&#10;QwAA7FIAAOxiAADtdgAA7owAAO6hAADvtwAA79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cA&#10;AFm/AABLxgAAPMoAAC/OAAAk0gAAGtgAABLcAAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsA&#10;APAQAADxFQAA8x4AAPQnAAD3MwAA+UAAAPpRAAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA&#10;/98AAP/fAHewAABouQAAWsEAAEzKAAA8zwAALtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADw&#10;AAAA9gAAAPYAAAD3AAAA+AAAAPoHAAD7DQAA/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93&#10;AAD/jQAA/58AAP+uAAD/ugAA/7oAAP+6AP8WIwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A&#10;/wBcAP8AaAD/AHQA/wB+AP8AhwD/AI8A/wCWAP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/&#10;ANYA/wDnAP4A8wD+AP4A/QD/APwA/wD7AP8A+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8Q&#10;IAD/CiUA/wQwAP8APQD/AEsA/wBYAP8AZAD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCk&#10;AP8AqgD/ALEA/QC5APsAwwD6ANAA+ADjAPcA8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A&#10;8wD/AP8dHAD/HBkA/xkZAP8UGwD/Dv/i/+JJQ0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJT&#10;AP8AXwD/AGsA/wB1AP8AfgD/AIYA/wCOAP8AlAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA&#10;8ADfAO4A7gDsAPkA6wD/AOoA/wDqAf8A6QH/AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/&#10;Fh0A/xMoAP8QNAD/DUEA/wxOAP8JWgD/CGYA/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEG&#10;owDvBqoA7QayAOoGuwDoBsgA5gbcAOQG7ADiCPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/&#10;AP8jEgD/IxAA/yEOAP8eEAD/HhgA/xwjAP8YLwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA&#10;7Q6EAOsOiwDpDpIA5w6ZAOYOoADkDqcA4g6vAOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHM&#10;Ev8ByxP/AcoT/wHKEv8ByhL/Af8nDwD/JwwA/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8Y&#10;TwDqF1oA5hZlAOMWbgDgFncA3hZ/ANwWhwDZFo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjS&#10;AMca6AHDG/gBwBv/Ab4c/wG9HP8CvBz/Arwb/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A&#10;/ykVAPcmIADuIy0A5yE6AOEfSADbH1QA1SBfANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHD&#10;IZ4BwSKmAb8irwG9IrsCvCPKArkj4wK1JPQCsyT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8v&#10;BgD/LwAA/zIAAP8zAgD5MggA9y8OAOsrFgDhJyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpz&#10;AbsqegK5KoICuCqJArYqkAK0KpgDsyqhA7EqqgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8E&#10;oi3/BKIs/wSiLP8Eoiz/BP8yAAD/MwAA+TgAAOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9&#10;M0gAuTRTAbYzXAGzM2UCsDNtAq4zdAOsMnsDqzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y&#10;0QecM+oHmjP7B5g0/weXNP8GljT/BpY0/wWWNP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8D&#10;AM04CADFOBUAvTomALc7NgCyPEMArjxOAao7VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0H&#10;mTiWCJg4oAmWOKsKlDi4CpM5yguROeULjzr3Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADx&#10;PgAA40UAANRJAADLSgAAxUcAAMFBBAC6PxEAs0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhA&#10;agWWQHEGlD94B5I/fwiQP4gKjz6RC40+mwyLPqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/&#10;CYJB/wiCQf8IgkH/CP88AADrQwAA3EoAAMxPAADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToA&#10;m0lFAZhITgKUR1cDkkdeBY9GZQaNRmwHi0VzCYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8&#10;RNoRe0TxD3pF/w16Rv8Lekb/CnpG/wl6Rv8Jekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQ&#10;AACpTAsAok0YAJ1OKACYTjYAlE5BAZBNSwKNTVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJ&#10;DnpIkw94SJ8Qd0isEnVIvBJ0SdITc0nuEXJK/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAA&#10;zlMAAMFYAAC4WgAAsFkAAKlWAACiUgcAm1IVAJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+&#10;T2UIe09sCXlOcwt3TnsNdU2FDnNNkBBxTZwSb02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP&#10;/wtsT/8LbE//C+5FAADcUAAAyVcAAL1cAAC0XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7&#10;AYNWRAJ/Vk0DfFVUBXpUWwZ3VGIIdVNoCXNTcAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsV&#10;ZVLpFGVS+xFmU/8PZlP/DWZT/wxmU/8MZlP/DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACW&#10;WgAAj1oQAIpbHgCFWywAgVs4AX1bQQJ6WkoDd1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dV&#10;ihFlVZcTY1WkFGFVtBVgVcgWX1XnFWBW+hJgVv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4A&#10;ALZjAACtZgAApGYAAJtkAACQXgAAiV4OAIRfGwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwH&#10;altjCWhbawtmWnMNZFp9D2JaiBFfWZQTXlmiFFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1c&#10;Wv8NXFr/DeNPAADNWQAAvmEAALNmAACpaQAAoGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNj&#10;PAFvYkUCbGFMBGphVAVnYFoHZWBhCGNfaQphX3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7j&#10;FVZe9xJWXv8QV17/Dlde/w1XXv8NV17/Dd5TAADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAA&#10;fmcJAHhnFQB0ZyMAcWgvAG5nOQFrZ0ICaGZKA2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBV&#10;YpESU2KfE1JirhVRYsIVUGLhFVFi9hJRYv8QUmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxu&#10;AACjcQAAmnMAAI9xAAB/awAAeGsFAHJrEgBubB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpd&#10;B1lpZQlXaW0LVWl3DVNogg9QaI8RTmedE01nrBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8N&#10;TWf/DdJaAADAZAAAs2wAAKlyAACgdgAAlncAAIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABg&#10;cj0BXnJFAltxTQNZcVQFV3BbBlRwYwhSb2sKUG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt&#10;9BFGbf8PR23/Dkds/w1HbP8NR2z/DcxfAAC8aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cA&#10;AGV3DABheBcAX3gkAF15MABaeToBWHlCAlZ4SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoO&#10;Q3WZD0J1qRBAdbwQQHXZEEB08w9AdP8OQXP/DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACX&#10;fwAAjIEAAIGBAABygAAAZX8AAF1/CABZfxMAV4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/&#10;XQVGf2YGRH5wCEJ+ewk/fogLPX2XDDx9pw06fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/&#10;C8BpAACydAAAp3wAAJ2BAACShAAAh4YAAHuHAABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAA&#10;SYk6AEiJQgFGiUoBRIlSAkKJWgNAiGMEPYhtBTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akz&#10;hf8JM4T/CTOD/wkzg/8JM4P/CblwAACtegAAooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+R&#10;AABHkgoARJITAEOTHwBBkyoAQJM0AD+TPQA9k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKT&#10;BS6SpAYtkrcGLJLRBiyR7wYrj/8GK47/BiuN/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAA&#10;epMAAG2VAABhlwAAVZkAAEmbAAA/nAEAOZ0OADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAu&#10;n1oALZ9kASufcQEpnn8CJ56QAiaeoQIknrUCI57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyB&#10;AACgiAAAlY4AAIuSAAB/lgAAcpoAAGWdAABZoAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oi&#10;ACaqLAAlqjUAJKo/ACOqSAAiq1MAIateACCragAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0B&#10;GKf/Ahim/wIYpv8CGKb/AqWJAACZjwAAj5QAAIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAv&#10;sAAAJrMAAB61BgAZtw8AGLcXABe3IQAWtyoAFbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5&#10;lwAOuawADbnEAA245wAOtvsADrX/AA60/wAOtP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsA&#10;AFKvAABGsgAAOrUAAC+3AAAlugAAHb0AABXAAAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0A&#10;BcZJAAXGVwADxmYAAsZ3AAHGiwAAxqAAAMW2AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJ&#10;nAAAe6MAAG2pAABgrwAAU7QAAEa4AAA6uwAALr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQ&#10;EAAA0BYAANEeAADSJwAA0zEAANQ8AADVSQAA1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbz&#10;AADW/gAA1v8AANb/AIydAAB+pAAAb6sAAGGyAABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAA&#10;DNIAAAXVAAAA2wAAANwDAADdCgAA3g8AAN8UAADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA&#10;6YEAAOmYAADprQAA6cUAAOniAADp8gAA6fUAAOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzK&#10;AAAgzgAAFtIAAA/WAAAI2wAAAN8AAADjAAAA5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEh&#10;AADzKwAA9jgAAPdIAAD4WgAA+W0AAPqEAAD6mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAA&#10;Vr4AAEjGAAA5ywAAK9AAAB/UAAAU2gAADd8AAAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA&#10;9QAAAPYCAAD4CQAA+g4AAP0TAAD/HAAA/ygAAP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/&#10;uQAA/7wAAP+8AP8RIAD/EB4A/wweAP8EIQD/ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6&#10;AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA&#10;+wD/APsA/wD7AP8A+gD/APoA/wD6AP8A+gD/AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/&#10;AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkA&#10;vQD4AMkA9wDcAPUA7ADzAPgA8wD/APIA/wDxAP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEV&#10;AP8MFwD/BR0A/wAoAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA&#10;9QCcAPQAogDzAKgA8QCwAPAAuADuAMMA7ADTAOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDl&#10;AP8A5QD/AP8aEwD/GBEA/xQQAP8PEQD/DRkA/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUA&#10;dQDyAH0A8ACEAO4AiwDsAJEA6wCXAOkAngDnAKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9&#10;ANgA/wDWAP8A1QH/ANUB/wDVAv8A1QL/AP8eEAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA&#10;/QhFAPgGUQD0BFwA7gRmAOoEbwDmA3cA5AR/AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDS&#10;BbsA0AbJAM4H4ADMCPEAyQr/AMcL/wDGDP8AxQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8d&#10;CgD/GxAA/xgYAP8UIwD2ETAA7w4+AOoOSgDlDVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2P&#10;AM0OlgDLDp0Ayg6lAMgOrgDGD7kAxBDIAMIQ3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8B&#10;thP/Af8lBgD/IwAA/yMAAP8kAwD/IQoA/R0RAPEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDI&#10;FmsAxRZzAMMXewDBF4IAwBiJAL4YkAC8GJgAuxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd&#10;/wGpHf8BqR3/Aagd/wGoHf8BqB3/Af8oAAD/JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0t&#10;AMkePADEIEkAvyBTALwhXQC5IWUAtyJtALUidACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68B&#10;pyO8AaYkzgGjJOgCoCX5Ap4l/wKdJf8CnCX/Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADa&#10;MwAA0y4DANIlCgDJJRcAwScnALspNgC2KkMAsitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMr&#10;hAKhK40CnyuVAp4rnwKcK6oDmiu2A5ksxwOXLOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/&#10;A/8wAADyMwAA5DoAANY9AADMPAAAxzkAAMMxBQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oB&#10;nzNiAZwzaQKaM3ACmTN3ApcyfwOVMocDkzKQBJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWG&#10;NP8FhjT/BIU0/wSFNP8EhTT/BPwzAADrOgAA3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5&#10;KwChOjgAnTtEAJo7TQGXOlYBlDpdApI6ZAKQOmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmt&#10;B4I5vAiBOdMIfzruCH06/gd8O/8GfDv/BXw7/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAA&#10;tUkAAK9DAACpPgsAoj8XAJ1AJgCYQTQAlEE/AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWB&#10;P30Gfz6HB30+kQh7PpwJej6pCXg+uAp3P80KdT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7&#10;AADfRQAAzEwAAL9PAAC2UAAArk8AAKdKAACgRAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZV&#10;AoFFXAN+RWMEfERqBHpEcQV5RHkGd0SCCHVDjQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8I&#10;bEX/B2xF/wdsRf8HbEX/B+w/AADYSQAAx1AAALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJ&#10;SywAhUw4AIJLQgF/S0oBfEpSAnlKWAN3Sl8EdUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhI&#10;sg1nSMUNZknkDWZJ+AtmSf8JZkr/CGZJ/wdmSf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgA&#10;AJxVAACTTgAAjE4OAIdPGwCCTykAf1A1AHtQPwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIH&#10;aU18CGdMhwplTJMLY0ygDWJMrw5hTcIOYE3hDmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADN&#10;UAAAvlcAALNbAACqXQAAoV0AAJhaAACNUwAAhlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1S&#10;UwJrUlkDaVJgBGdRaAZlUXAHY1F5CGFRhApgUJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/&#10;CVtR/whbUf8IW1H/CN9KAADJUwAAu1oAALBfAACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIA&#10;c1guAHBXOQBtV0EBaldJAmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5W&#10;Vb4PVVXbD1VV8w1VVf8LVlX/CVZV/wlWVf8IVlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBj&#10;AACDXAAAe1sGAHVbEgBxWx8AblwrAGtcNgBoWz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1&#10;CFdZgApVWYwLVFmaDVJZqg5RWbwOUFnYDlBZ8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAA&#10;tGEAAKpmAACgaAAAl2kAAIxnAAB9YAAAdV8DAG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJc&#10;X1MDW19aBFlfYQVXXmkGVV5zCFNefglRXYoLT12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd&#10;/wlMXf8ITF3/CM9UAAC+XgAAsWUAAKdqAACdbQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQl&#10;AGBlMABeZToAXGVCAVplSgJYZFECVmRYA1RkXwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gN&#10;RmPRDUZj7wxGYv8KR2L/CUdi/wlHYv8IR2L/CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0&#10;awAAaWkAAGNpCwBfaRUAXGohAFpqLQBYazYAVms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhp&#10;eQdGaYYJRGmVCkNopQtBabcMQGnPDEBo7gtBaP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0A&#10;AKBzAACWdgAAi3cAAIB2AABwcgAAZXEAAFxwBwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsB&#10;S3FTAklxWgNHcWIERXBsBUNwdwZBcIQHP3CTCD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7&#10;bf8HO23/B79iAACxawAApnMAAJ15AACSewAAh3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4&#10;JABLeS4ASXk3AEh5QABGeUgBRHlPAUJ5VwJBeWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjL&#10;BzR36wc0dv0HNHX/BzV1/wY1dP8GNXT/BrloAACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAA&#10;W4EAAFGBAABIgAoARYETAEOBHgBCgikAQYIyAECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMz&#10;gn8DMYGOBDCBnwQugbEFLYHIBS2B6QQtf/wFLX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKD&#10;AACIhgAAfYcAAHCIAABjiQAAVYoAAEuKAABBigIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xG&#10;ADKNTwAxjVgAL41iAS2MbgErjHsBKoyLAiiMnAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8D&#10;JYf/A612AACjgAAAl4UAAI2JAACCjAAAdo4AAGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAs&#10;lxoAK5ckACqXLQAplzYAKJg/ACeYSAAmmFIAJZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX&#10;5QEclfoBG5T/ARuT/wIbk/8CG5P/Aqd/AACchgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0A&#10;AD2eAAAznwAAKqEAACGjCgAfoxEAHqMaAB2kJAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAA&#10;FKWBABOllAASpagAEaW/ABCk4gARovgAEaH/ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABx&#10;mgAAZJ4AAFihAABMpAAAQKYAADWnAAAqqQAAIqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2x&#10;NQANsUAADLFLAAuxWAAKsWcACLF4AAexiwAFsaAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/&#10;AJiOAACPkwAAgpgAAHWdAABnogAAWqcAAE6rAABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMA&#10;B74MAAO9EgABvRkAAL4iAAC+KwAAvjYAAL5BAAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAA&#10;veQAAL32AAC9/wAAvf8AAL3/AJKUAACFmgAAeKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7&#10;AAAXvgAAEMEAAAvEAAAExwAAAMkHAADJDQAAyRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9g&#10;AADPcgAAz4cAAM+dAADPswAAz84AAM/rAADO+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAA&#10;QrkAADW8AAApvwAAHsIAABXGAAAOyQAACMwAAADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA&#10;3B8AAN4oAADgNAAA4kEAAOJRAADjYwAA43cAAOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyj&#10;AABuqgAAYLIAAFG5AABDvgAANcIAACjGAAAcyQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIA&#10;AADkAAAA5QMAAOcJAADpDgAA6xIAAO0aAADvJAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkA&#10;APe8AAD3zgAA998AAPffAHCsAABhtAAAU7sAAEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA&#10;4gAAAOUAAADpAAAA7AAAAO0AAADwAAAA8QAAAPMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/&#10;QAAA/1MAAP9oAAD/gAAA/5YAAP+oAAD/tgAA/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAu&#10;AP8APAD/AEoA/wBWAP8AYwD/AG0A/wB3AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA&#10;/wC0AP8AvQD/AMkA/gDdAP0A7QD8APoA+wD/APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/&#10;DRcA/wYWAP8AGAD/AB4A/wAqAP8ANwD/AEUA/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8A&#10;kAD+AJYA/QCcAPwAoQD7AKgA+QCvAPgAuAD2AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/&#10;AO8A/wDuAP8A7gD/AP8SFAD/DxIA/wsSAP8AEgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA&#10;/QBtAPsAdgD5AH0A9wCEAPUAiwD0AJEA8wCXAPEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDl&#10;APEA4wD9AOMA/wDiAP8A4QD/AOEA/wDgAP8A4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8A&#10;LQD/ADoA/wBHAPkAUwD1AF4A8gBoAPAAcADtAHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCm&#10;AN8ArgDcALgA2gDFANYA2QDUAOwA0gD5ANEA/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA&#10;/w8FAP8OCwD/DBEA/wcaAP8BJgD8ADQA9ABBAO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZ&#10;AIYA1gCNANMAkwDRAJoAzwChAM0AqgDLALMAyQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D&#10;/wC/A/8AvwP/AP8bBgD/FwAA/xQAAP8TBQD/EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRb&#10;ANIEZADPBWwAzAVzAMoFegDIBYEAxgWHAMUGjgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUA&#10;tQv3ALMN/wCxDf8AsA3/ALAO/wCvDv8Arw7/AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDi&#10;CyIA2AsxANAMPgDLDUoAxw1VAMQOXgDBDmYAvw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQ&#10;owCwEa0ArxG6AK0RygCqEuUApxT3AKUV/wCjFf8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMA&#10;AOYkAADgIQAA3BkFANsQDADQERkAyBMpAMIVNwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUA&#10;qxl8AKkZhACoGowAphqUAKQangCjG6gAoRu0AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGV&#10;H/8BlR//Af8mAAD0JwAA5i0AANovAADPLQAAyicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgi&#10;UgCmIloAoyNiAKEjaQCgI28AniN3AJwjfgCbI4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibv&#10;AYwn/wKLJ/8Ciif/Aokn/wKJJ/8BiSf/AfopAADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4A&#10;ricdAKgpKwCkKjgAoCpDAJ0rTACaK1UAmCtcAJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKK&#10;LJ8CiCyrAoYsugKFLc4Dgy7qA4Eu/AOALv8Cfy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/&#10;AAC7PwAAtDwAAK81AACpLwsAoy8XAJ4xJgCZMjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNs&#10;AYYzcwGEM3wCgjOFAoAzjwN/M5oDfTOnA3wztQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8D&#10;dTX/A/AzAADdPQAAykMAAL5FAAC1RgAArUMAAKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCH&#10;OUwAhDlTAYI5WgGAOWEBfjloAnw5bwJ6OXcCeTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm46&#10;9wVuO/8EbTv/BG07/wNtOv8DbTr/A+o5AADVQgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQ&#10;AIw9HQCIPioAhD81AIE/PwB+P0gAfD9PAXo/VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMF&#10;az6gBmo+rgZpP8AHZz/eB2c/9QZmQP8FZkD/BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACq&#10;UAAAok8AAJlKAACRRAAAikENAIRCGQCAQyYAfUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1D&#10;ZwJrQ28DaUN5BGhDgwVmQ48GZEOdB2NDqwdhQ70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/&#10;BOBBAADKSgAAu1AAALBTAACnVQAAnlMAAJVPAACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEA&#10;bkhJAWxIUAFqSFYBaEhdAmZHZAJlR2wDY0d2BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8Qda&#10;Sf8GWkn/BVpI/wVaSP8EWkj/BNtEAADGTQAAuFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdL&#10;EgBzTB8AcEwrAG1MNQBrTD4AaExGAGZMTQFkTFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuY&#10;B1dMpwhWTLkJVUzRCVRM7whUTf8GVUz/BlVM/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAA&#10;l1wAAI1ZAACBUwAAd08EAHFPEABuUBwAalAoAGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJa&#10;UGcDWFBxBFdQewVVUIgGU1CWB1JQpQhQULcJUFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBL&#10;AAC/VAAAsloAAKdeAACdYAAAlGAAAIldAAB8VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRA&#10;AFxUSAFaVE8BWVRWAVdUXQJVVGUDVFRuBFJUeQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4H&#10;S1T/BktU/wVLVP8FS1T/BcxOAAC7VwAArl4AAKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABi&#10;WBYAX1giAF1ZLABbWTYAWVk+AFdZRgBWWU0BVFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hY&#10;ogdHWbMIRlnKCEVZ6ghGWf0GRlj/BkZY/wVHWP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkA&#10;AINnAAByYAAAaF4AAGFdCQBcXRMAWl0eAFddKQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmEC&#10;Sl5qA0hedQRGXoIFRF2QBkNeoAdBXrEHQF7IB0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0&#10;XwAAqGYAAJ5qAACVbQAAim0AAH9sAABvZwAAZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1k&#10;QABLZEgASmRPAUhkVwFGZF8CRWRoAkNkcwNBY38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/&#10;BTti/wU8Yf8EPGH/BL5bAACwYwAApWoAAJtvAACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0A&#10;TWkXAEtpIQBJaisASGo0AEdqPQBFa0QARGtMAEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2&#10;aq4FNWrEBTVq5QU1afkENWn/BDVo/wQ1aP8ENWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3&#10;AABpdAAAXHMAAFFxAABIcAoARXASAENxHQBCcScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJj&#10;ATZybQI0cnoCM3KJAzFymgMvcqwDLnLBAy5y4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAA&#10;nXYAAJN6AACIfAAAfn0AAHJ9AABkfAAAV3sAAEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2&#10;ezsANHtEADN7TAAye1UAMHtfAC97agEte3cBK3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4&#10;/wInd/8CJ3f/Aq5sAACjdgAAmXwAAI5/AACEggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJ&#10;ADCEEQAvhBoALYQkACyFLQArhTUAKoU+ACmFRwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcB&#10;Hoa8AR6G3gAehPUBHoL/AR6C/wEegf8BHoH/Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABY&#10;jAAATI0AAECOAAA2jgAALI8AACWQDAAjkBMAIpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqR&#10;YAAZkW4AGJF+ABaSkAAVkqQAFJG5ABOR2AATj/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogA&#10;AISMAAB3jwAAaZEAAF2TAABQlQAARZcAADmYAAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQA&#10;Ep0tABGeNwARnkEAEJ5MAA+eWAAOnmcADZ53AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wAL&#10;mf8AC5n/AJyEAACRigAAiI4AAHuSAABtlgAAYJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWn&#10;AAAQqQUAC6sNAAiqEwAHqhsABqokAAWqLgAEqjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmq&#10;AACpwQAAqOQAAKj2AACn/wAAp/8AAKf/AJWLAACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAA&#10;MaoAACarAAAdrQAAFLAAAA6yAAAJtQEAArYKAAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAA&#10;uFQAALhkAAC4dgAAuIsAALegAAC3tgAAt9MAALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGai&#10;AABYpwAAS6wAAD6vAAAxsQAAJrMAABy2AAATuAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQV&#10;AADEHAAAxSQAAMYuAADIOgAAyUcAAMlXAADJaQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0A&#10;AMj9AIWZAAB3nwAAaKYAAFqrAABNsQAAP7UAADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAA&#10;zQAAAM4AAADPAwAA0AkAANEOAADTEgAA1RkAANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADf&#10;nAAA37IAAN7LAADe5gAA3/QAAN/0AHmhAABrqAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgA&#10;AAnMAAAAzwAAANMAAADZAAAA3AAAAN0AAADfAAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsA&#10;APA6AADxSwAA8V4AAPJzAADziwAA86IAAPO2AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAy&#10;xAAAJMgAABfMAAAO0AAABtUAAADaAAAA3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADy&#10;AAAA9AYAAPYMAAD5EgAA/BwAAP8pAAD/OgAA/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/B&#10;AP8HGQD/ARcA/wAXAP8AGgD/ACEA/wArAP8AOQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA&#10;/wCKAP8AkAD/AJYA/wCbAP8AoQD/AKgA/wCvAP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4&#10;AP8A+AD/APYA/wDzAP8A8QD/AP8LFQD/BRMA/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8A&#10;WwD/AGUA/wBuAP8AdgD/AH4A/wCFAP4AiwD9AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDM&#10;APEA4wDvAPMA7gD/AO0A/wDsAP8A6wD/AOwA/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA&#10;/wAiAP8ALwD/AD0A/wBKAP8AVQD9AGAA+gBpAPgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADs&#10;AJ8A6wCmAOkArgDnALgA5QDFAOMA2gDhAO0A3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8P&#10;DQD/DAsA/wMJAP8ADAD/ABIA/wAdAP8AKQD7ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6&#10;AOUAgADjAIYA4QCMAN8AkwDdAJkA2wChANkAqQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8A&#10;yQD/AMgA/wDIAP8AyAD/AP8RCAD/DQIA/wcAAP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDk&#10;AFQA4ABdAN0AZQDZAG0A1QBzANIAegDQAIAAzgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAA&#10;xwC9AN8AvADxALsA/gC5AP8AuAD/ALgA/wC4AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQ&#10;AOgAGgDjACgA3QA2ANgAQgDSAE0AzgBXAMoAXwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8A&#10;uQCXALcAnwC1AKgAswCzALEAwgCvANgArgLtAKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/&#10;EgAA9xIAAOwRAADmDgAA5QYIAN0DEgDUAyAAzQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUH&#10;bgCzB3UAsQh7AK8IggCuCYoArAmSAKoJmwCoCqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//&#10;AJsP/wCbD/8Amw//AP8aAAD3GQAA6h4AAN8eAADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8A&#10;sg9JAK8QUgCsEFoAqhBhAKgRaACmEW8ApBF2AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACX&#10;FNAAlBXsAJIW/QCQF/8Ajxf/AI4X/wCOF/8Ajhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0Z&#10;BQC5EhAAshUeAK0WLACoFzgApBhDAKEZTACfGVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyI&#10;AJAckgCPHJ0AjR2pAIsdtwCKHsoAiB/nAIYg+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA&#10;0zEAAMYzAAC8MQAAti0AALAlAACsHQwAph4YAKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCN&#10;JGQAiyRrAIkkcgCIJHoAhiSDAIQljQCDJZgBgSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo&#10;/wF4KP8BeCj/Ae8rAADdMwAAyjkAAL47AAC0OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4&#10;AIsrQgCIK0oAhitSAIQrWACCLF8AgCxmAH8sbQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcAC&#10;ci7dAnEu9AJwL/8Cby//Am8v/wFuL/8Bbi//AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACX&#10;MQEAkS4QAIwvHACIMCgAhDEzAIEyPQB/MkYAfTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAz&#10;hAFvM5ACbTOdAmwzqwJqNLwCaTTVA2g18QJnNf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQA&#10;ALJHAACoRwAAoEQAAJg/AACQOQAAiDQNAIM1FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcA&#10;bzheAG04ZQFsOG0Bajh1AWg4gAJnOIwCZTiZA2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJf&#10;Ov8CXzr/At07AADHQwAAuUkAAK5LAACkTAAAm0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8&#10;NQBvPT4AbT1GAGs9TQBpPVMAaD1aAGY9YQFkPWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7M&#10;BFo/7ARZP/4DWT//A1k//wJZP/8CWT7/AtY/AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAA&#10;ekAGAHU/EQBxQBwAbUAoAGtBMgBpQTsAZ0FCAGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJa&#10;QoYDWEKUA1dCowRVQ7MEVEPJBFRD6QRTQ/0DU0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdT&#10;AACdVAAAlFMAAIpQAAB/SgAAdUUCAG5DDgBrRBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VU&#10;AFpGWwFZRmMBV0ZsAlZGdwJURoMDU0aRA1FGoQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8D&#10;T0f/A8xGAAC7TgAAr1QAAKRXAACaWAAAkVcAAIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBd&#10;STQAW0k8AFlJQwBXSUoAVklSAFVKWQFUSmEBUkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL&#10;5gRJS/oESUv/A0pL/wNKS/8DSkv/A8hJAAC4UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04A&#10;AGRNCgBfTBMAXE0eAFpNKABYTTEAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38C&#10;SU+NA0dPnQRGT64ERU/DBERQ5ARET/kERU//A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACV&#10;YAAAi2AAAIBeAAByVwAAZ1MAAF5RBwBZUREAV1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExT&#10;VQBKU10BSVNmAUdTcAJFU30CRFOLA0JTmwNBVKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/&#10;A8BQAACyWAAApl4AAJxiAACSZQAAiGUAAH1iAABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywA&#10;TFc0AEpXPABJWEQASFhLAEdYUwBFWFsBRFhkAUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6&#10;WPcDOlj/AztX/wM7V/8DO1f/A7xUAACuXAAAo2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVd&#10;AABOWwwAS1sUAElcHwBHXCgARl0xAEVdOQBDXUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6H&#10;AjdelwI2XqkDNV69AzRf3QM0XvUDNV3/AjVd/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAA&#10;gW4AAHZsAABnaQAAXGYAAFFkAABIYgkARGIRAEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5&#10;ZFUAOGRfADZkaQE1ZHYBM2SFATFllQIwZacCL2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNe&#10;AACnZgAAnG0AAJNxAACIcwAAfXMAAHJyAABkcAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGoo&#10;ADZrMQA1azkANGtBADNsSQAybFIAMWxcAC9sZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IB&#10;J2r/ASdq/wEoaf8CKGn/Aq5kAACjbAAAmXMAAI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+&#10;cwAANHIKADFzEQAwcxoAL3MjAC5zKwAtdDQALHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1&#10;kAAhdaIAIHW3AB910gAfdPEAH3P/AR9y/wEgcf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8A&#10;AGd/AABafwAATX4AAEN+AAA4fQAAL30CACh9DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gA&#10;Hn9SAB1/XgAcf2sAGn96ABl/jAAXf58AFn+zABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACa&#10;egAAj38AAIWCAAB7hAAAbYYAAGCHAABUhwAASIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJ&#10;HQAXiiYAFoouABWKNwAUikEAE4pMABKLWAARi2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8&#10;AA6H/wAOhv8ADob/AJ97AACUgQAAioUAAICIAABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAA&#10;IZMAABmUAAASlgYADpcOAA2XFQAMlx0ADJcmAAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAAB&#10;lpQAAJWoAACVvgAAlOAAAJT0AACT/wABkv8AAZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCY&#10;AABEmgAAOJsAACycAAAinQAAGZ4AABKgAAANogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8&#10;AACkSAAApFYAAKRlAACjdwAAo4sAAKOgAACitgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAA&#10;e5IAAG2XAABgmwAAU54AAEahAAA5owAALaQAACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAA&#10;rxEAALAYAACwIAAAsSgAALEyAACyPgAAskwAALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv&#10;9wAAr/8AAK//AIyQAAB/lQAAcZoAAGOfAABVpAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUA&#10;AAK4AAAAuwAAALsAAAC8BwAAvA0AAL0RAAC+FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QA&#10;AMOLAADDoQAAw7gAAMLXAADC7wAAwvoAAMH+AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAh&#10;tgAAFrkAAA67AAAHvgAAAMEAAADFAAAAxwAAAMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADT&#10;JgAA1jIAANhBAADYUwAA2WYAANl8AADZlAAA2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawA&#10;AEuyAAA8twAALroAACG9AAAVwAAADcQAAAXHAAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAA&#10;AN0AAADfBwAA4QwAAOMRAADmGQAA6SQAAOwyAADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA&#10;790AAO/kAGqoAABbrwAATLYAAD68AAAvwAAAIMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADi&#10;AAAA5QAAAOYAAADoAAAA6QAAAOwAAADuAAAA8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9a&#10;AAD/cQAA/4kAAP+fAAD/sQAA/8AAAP/GAP8AFQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA&#10;/wBRAP8AXAD/AGYA/wBvAP8AdwD/AH4A/wCFAP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+&#10;AL8A/QDOAPsA5gD5APYA+AD/APcA/wD3AP8A9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8A&#10;EQD/ABcA/wAkAP8AMgD/AD8A/wBMAP8AVwD/AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCS&#10;APgAmAD2AJ8A9QCmAPQArgDyALkA8ADGAO4A3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A&#10;4AD/AP8HDgD/AA0A/wALAP8ADAD/ABMA/wAfAP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADz&#10;AHQA8QB6AO8AgQDuAIcA7ACNAOoAkwDpAJoA5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA&#10;/wDXAP8A1QD/ANUA/wDVAP8A1AD/AP8JCgD/AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABA&#10;APIATADuAFYA6gBfAOcAZwDkAG4A4gB0AOAAewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0A&#10;zAC4AMoAxwDIAOAAxgDzAMUA/wDDAP8AwwD/AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/&#10;AAsA8wASAO4AHwDqAC0A5gA6AOIARQDeAE8A2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYA&#10;hwDEAI4AwgCWAMAAngC+AKcAuwCyALkAwAC3ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/&#10;AP8NAAD/BgAA/wMAAPcAAAD0AAMA5wANAOAAGADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEA&#10;vgBoALwAbgC6AHQAuAB7ALYAgQC0AIgAsgCQALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCk&#10;AP8AowD/AKIA/wCiAP8AogD/AP8QAAD7DAAA7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8A&#10;NwC7AEIAtwBLALQAVACyAFsArwBiAK0AaACrAG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGo&#10;AJwCtQCbA8YAmQXiAJgG9ACWCP8AlQn/AJQJ/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAA&#10;xxAAAMQHCgC9AxQAtwQhALIGLgCuCDoAqglEAKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZ&#10;DH4AlwyGAJYMkACUDJoAkg2mAJENswCPDcUAjQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZ&#10;AADnIAAA1iQAAMglAAC/IgAAuRwAALQUAQCxDQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJW&#10;AJMSXACREmMAkBNpAI4TcACME3gAixOBAIkUiwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8A&#10;fBn/AHwZ/wB7Gf8Aexn/AO8hAADdKQAAyi0AAL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCU&#10;GS0AkRo4AI4aQQCLG0kAiRtQAIcbVwCFHF4AhBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgf&#10;qwB3H7wAdiDUAHQh8AByIf8AcSL/AHEh/wBxIf8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEA&#10;AJ4rAACYIwIAkh4QAI0gGwCJIScAhiIyAIMjPACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4A&#10;dCV3AHMlgQBxJo0AbyaZAG4mpwBtJ7gAbCfOAWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADL&#10;NgAAvDsAALE9AACnPQAAnzkAAJczAACPLQAAiCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMr&#10;TgBxK1QAcCtbAG4rYgBsK2oAayxyAGksfQBoLIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//&#10;AWAv/wFgL/8BYC7/Ado0AADFPAAAt0EAAKxDAACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4A&#10;cy8pAHEwMwBvMDsAbTBDAGsxSgBpMVEAZzFXAGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFc&#10;M7EBWzTGAVo05gFZNfsBWTX/AVk0/wFZNP8BWTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItA&#10;AACCOwAAeTUEAHMzEABvNBoAbDQlAGk1LwBnNTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdr&#10;AFs3dgFZN4IBWDiPAVY4ngFVOK8CVDnDAlM55AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAA&#10;r0kAAKRMAACaTAAAkUsAAIdGAAB9QAAAczsAAGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBb&#10;OkoAWjtQAFg7WABXO2AAVjtoAFU8cwFTPH8BUjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+&#10;/wFNPf8BTT3/AclAAAC4SAAArE0AAKFQAACXUQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0e&#10;AFw+KABaPjEAWD44AFc+QABVP0YAVD9NAFM/VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasC&#10;SUK+AkhC3gJIQvYCSEL/AkhC/wFIQf8BSEH/AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1&#10;SgAAakYAAGFCCABcQREAWUIbAFdCJQBVQi4AU0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpE&#10;bgFJRXoBR0WIAUZFmAJFRqkCREa9AkNG3AJDRvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQA&#10;AJxXAACSWAAAiFgAAH5VAABxTwAAZkoAAFxGBQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EA&#10;SkdJAElIUABISFgAR0hhAEVJbABESXgBQkmGAUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/&#10;Sf8BP0n/Ab1KAACvUgAAo1gAAJlbAACQXQAAhlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExL&#10;HwBKSygASUswAEdLOABGTD8ARUxGAERMTgBDTVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5&#10;AjlP1AI5T/IBOU7/ATlO/wE5Tf8BOk3/AbpOAACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAA&#10;X1YAAFRSAABMTwsASU8SAEdQHABFUCUAQ1AtAEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6&#10;UnMAOFOCATdTkgE1U6QBNFO3ATNU0QEzU/EBNFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRk&#10;AACLZgAAgGUAAHRjAABmXgAAXFwAAFFYAABHVQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldB&#10;ADlXSQA4V1EAN1haADVYZQA0WHEAMliAATFYkAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8B&#10;Llb/AbJXAAClXwAAm2UAAJFpAACHagAAfGoAAHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4&#10;XB0AN1wmADVdLgA0XTYAM10+ADJdRgAxXk4AMF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdf&#10;zAAnX+0BJ17/ASdd/wEoXf8BKFz/Aa1cAACiZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkA&#10;AElnAAA/ZQAANWMJADJjEQAwYxkAL2QhAC5kKQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsA&#10;JGZ6ACNmiwAiZp0AIGaxAB9myQAfZusAIGX+ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACA&#10;dQAAdXUAAGl0AABccgAAT3EAAERvAAA6bgAAMG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJt&#10;PQAhbkYAIG5QAB5uWwAdbmcAHG52ABpuhwAZb5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/&#10;AKRpAACacQAAkHYAAIZ5AAB8ewAAcXsAAGR7AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8A&#10;HHcWABt3HgAadyYAGXcuABh3NwAXeEAAFXhKABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAO&#10;d+YADnb6AA91/wAQdf8AEHT/AJ9xAACVeAAAi3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiC&#10;AAAuggAAJIIAAByCAAAUggkAEYMQABCDFgAQgx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNs&#10;AAiDfgAGg5EABYKlAAOCuwAEgdsABIHyAAWA/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAA&#10;YokAAFWKAABJiwAAPYwAADGMAAAmjAAAHY0AABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAA&#10;jzIAAJA9AACQSQAAj1YAAI9lAACPdgAAj4oAAI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSA&#10;AACLhQAAgokAAHSMAABmjwAAWZEAAEyTAABAlQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJ&#10;AACcDgAAnBMAAJwaAACcIgAAnSsAAJ01AACdQAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YA&#10;AJroAACZ+QAAmf8AAJj/AI6IAACGjAAAeJAAAGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAV&#10;ogAADqQAAAimAAAAqAAAAKkEAACpCgAAqQ4AAKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACs&#10;YwAArHcAAKuOAACrpAAAq7wAAKreAACp9AAAqf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQA&#10;ADamAAAqqAAAHqkAABSrAAANrgAABrAAAACyAAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkA&#10;ALohAAC7KwAAvDgAAL1HAAC9WAAAvWsAAL2BAAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABw&#10;mwAAYqAAAFOlAABGqgAAOK0AACqvAAAesQAAE7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADD&#10;AAAAxAAAAMYGAADHDAAAyBAAAMoWAADMIAAAzysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7&#10;AADT2AAA0+0AANP2AHOdAABkowAAVqkAAEevAAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAA&#10;AMkAAADNAAAAzwAAANAAAADSAAAA1AAAANYAAADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA&#10;6U8AAOlkAADqfAAA65UAAOusAADrwgAA7NUAAOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHE&#10;AAAJyAAAAMwAAADPAAAA0wAAANkAAADdAAAA4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4E&#10;AADxCwAA9RIAAPgcAAD7KwAA/T4AAP5TAAD+agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA&#10;/wARAP8AEwD/ABkA/wAmAP8ANAD/AEEA/wBNAP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/&#10;AI0A/wCTAP8AmQD/AKAA/wCnAP4ArwD8ALoA+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA&#10;/wDkAP8A4QD/AP8ADwD/AA0A/wANAP8ADgD/ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBm&#10;AP4AbQD8AHUA+wB7APkAggD4AIgA9wCOAPYAlAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA&#10;6AD8AOcA/wDlAP8A5gD/AOAA/wDZAP8A1AD/AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/&#10;ADYA/wBCAPsATgD3AFcA9ABgAPIAaADvAG8A7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEA&#10;pADfAK4A3QC5ANoAygDXAOQA1AD2ANEA/wDQAP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAA&#10;AP8ABAD/AA0A+gAWAPYAIwDzADAA8AA8AO0ARwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA&#10;1ACCANIAiADQAI8AzQCWAMsAngDJAKgAxwCzAMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8&#10;AP8AvAD/AP8CAAD/AAAA/wAAAP8AAAD0AAcA7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0A&#10;XADKAGMAyABpAMYAbwDDAHUAwQB7AL8AggC+AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDn&#10;AK4A+ACsAP8AqwD/AKwA/wCsAP8AqwD/AP8EAAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIA&#10;ygAuAMcAOgDDAEQAwABNALwAVQC5AFwAtwBjALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCn&#10;AJwApQCmAKMAswChAMMAnwDeAJ4A8gCdAP8AnAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8K&#10;AADVBAAAzgAFAMYAEADAABoAuwAnALcAMgCzAD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBv&#10;AKEAdQCfAHwAnQCEAJsAjQCZAJcAlwCiAJUArgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8A&#10;jQH/APkOAADqEgAA3BUAAM0VAADEEQAAvgwAALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACd&#10;AVAAmwJWAJkCXACXA2MAlQNpAJMDbwCRBHYAkAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK&#10;6wCCC/wAgQz/AIAM/wCADP8AgAz/APEVAADgHQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcW&#10;AJ0JIwCZCi4AlQs4AJMMQQCQDEkAjg1QAIwNVwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8A&#10;fg+bAHwPqAB7ELgAehDOAHgR7AB2Ev8AdRL/AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACu&#10;KAAApyMAAKAcAACbEwMAlg8QAJAQGwCMEScAiRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsV&#10;ZQB5FWwAdxV0AHYWfgB0FooAcheWAHEXpABvGLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/&#10;AOAmAADKLQAAvDEAALAzAACnMQAAnywAAJcmAACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4A&#10;dxxFAHUcTABzHFMAcR1ZAHAdYABuHWcAbR5wAGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABi&#10;IvoAYSL/AGEi/wBhIv8AYSL/ANcsAADDNAAAtjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsg&#10;EgB3IR0AdCInAHEiMQBvIzkAbSNBAGsjSABpI04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaO&#10;AF4mnQBdJ60AWyjBAFso4ABaKfcAWSn/AFkp/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAA&#10;kzwAAIo2AACBMAAAeSoDAHImDwBuJxkAaygjAGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBd&#10;Kl8AXCtoAForcgBZLH0AWCyLAFYtmgBVLaoAVC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2&#10;AAC6PQAArUIAAKJEAACYRAAAj0EAAIU8AAB7NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45&#10;AFwvQABaL0YAWC9NAFcvVABWMFwAVTBkAFMxbgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMA&#10;TDT/AEw0/wBMM/8ATDP/AMY6AAC2QgAAqUYAAJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBg&#10;MhIAXTIcAFoyJQBYMy0AVjM1AFUzPABTNEMAUjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3&#10;lQBIN6YARzi4AUc40wFGOPEBRjj/AUY4/wBGOP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsA&#10;AH5HAABzQgAAaT0AAF83BgBaNhAAVzcYAFQ3IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYA&#10;STlfAEg6aQBHOnUARTuDAEQ7kwBDPKQBQjy2AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACv&#10;SQAAo04AAJlQAACPUQAAhVAAAHtMAABvRgAAZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8&#10;NgBHPD0ARzxEAEY9SwBFPVQARD5cAEM+ZwBCP3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/&#10;ATxA/wE8QP8BPT//AbpFAACsTAAAoVEAAJdUAACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwA&#10;TD8TAElAHABHQCQARkAsAERAMwBDQDoAQkFCAEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5&#10;RKAAOEWzATdFywE3RewBN0X/ATdE/wE4RP8BOEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZW&#10;AABoUAAAXUwAAFNIAABKRQkARkQRAEREGQBCRCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdY&#10;ADlHYgA4SG4ANkh8ADVIjQA0SZ4AM0mxADJJyQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAA&#10;nFkAAJJcAACIXQAAfl0AAHNaAABlVQAAW1IAAFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5&#10;SjUAOEs9ADdLRAA2S00ANExWADNMYAAyTGwAMU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N&#10;/wAtTP8ALUz/ALBQAACkWAAAmV0AAI9hAACGYgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08M&#10;ADhPEwA2TxsANU8jADRQKwAzUDIAMlA6ADFQQgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oA&#10;J1OtACZTxQAmU+cAJlP8ACdS/wAnUf8AJ1H/AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABg&#10;YQAAVV4AAEpbAAA/WAAANVYIADFVEAAwVhcALlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZY&#10;WgAlWGcAJFh1ACNZhgAhWZgAIFmrAB9ZwgAfWeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cA&#10;AIprAAB/bAAAdWwAAGprAABdaAAAUWUAAEZjAAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioA&#10;I14yACJeOgAhXkMAIF9MAB9fVwAeX2MAHGBxABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZ&#10;Xv8AGV3/AKRgAACZaAAAkG4AAIZwAAB8cgAAcnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNm&#10;CAAfZg8AHWYVABxmHQAbZiUAGmYtABlnNQAYZz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGim&#10;AA9ovQAOaOAAEGf3ABBm/wARZf8AEWX/AJ9nAACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAA&#10;RnQAADtzAAAxcgAAJ3EAAB5xAAAWcAoAE3AQABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgAN&#10;cVsADHFpAAtxegAKcY0ACHGhAAZxtgAGcNIAB3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58&#10;AAB0fgAAZn4AAFl+AABNfgAAQH0AADV9AAAqfAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwh&#10;AAd8KQAGfDIABHw9AAN8SAABfFUAAHxjAAB8dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8A&#10;AHj/AJZ3AACMfAAAg4AAAHmDAABshAAAXoUAAFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAAN&#10;iAEABokKAAGJDwAAiRQAAIgbAACIIwAAiSwAAIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACH&#10;qwAAhsQAAIXmAACE+AAAhP8AAIT/AJB+AACHgwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEA&#10;ACSRAAAakgAAEpMAAA2UAAAGlQAAAJYGAACWDAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYA&#10;AJZVAACWZQAAlngAAJWOAACVpAAAlLwAAJPfAACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZ&#10;lAAATJcAAD+ZAAAymgAAJpsAABucAAASnQAADJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACk&#10;FQAApBwAAKUlAACmLwAApjwAAKZLAACmWwAApm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/&#10;AIaNAAB4kQAAapUAAFyZAABOnQAAQaAAADOiAAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAA&#10;ALAAAACwAAAAsAUAALELAACyDwAAsxQAALQbAAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAA&#10;tqkAALbCAAC25AAAtvUAALX+AHuTAABtmAAAX50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmy&#10;AAAAtAAAALcAAAC6AAAAvAAAAL0AAAC+AAAAvgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoy&#10;AADLQwAAy1UAAMxqAADMgwAAzJwAAMu1AADMzgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAA&#10;J7IAABq1AAAQuAAAB7sAAAC+AAAAwQAAAMQAAADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA&#10;1QMAANgKAADbEAAA3hgAAOIkAADjNQAA5EgAAOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOk&#10;AABVqgAARrAAADi1AAAouQAAGrwAAA/AAAAFxAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0A&#10;AADfAAAA4QAAAOMAAADlAAAA6AAAAOoAAADtBgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wA&#10;APyVAAD8qgAA/LsAAP3LAP8ADwD/AA4A/wAOAP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/&#10;AF4A/wBmAP8AbgD/AHYA/wB8AP8AggD/AIkA/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA&#10;2wD2APAA9AD/APMA/wDyAP8A7AD/AOIA/wDcAP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAe&#10;AP8AKwD/ADgA/wBEAP8ATwD/AFkA/gBhAPwAaQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA&#10;7wCdAO0ApQDsAK8A6gC8AOgAzQDmAOgA5AD6AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/&#10;AAEA/wAAAP8ABAD/AA4A/wAZAP8AJQD9ADIA+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgA&#10;dwDmAH0A5ACDAOIAiQDgAJAA3gCXANwAnwDZAKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/&#10;AMgA/wDCAP8AvgD/AP8AAAD/AAAA/wAAAP8AAAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A&#10;4ABWANwAXQDZAGQA1QBrANIAcQDQAHYAzgB8AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9&#10;AM8AuwDrALkA/AC3AP8AtwD/ALYA/wC0AP8AsQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEA&#10;GQDbACUA1QAxANIAPADOAEYAygBPAMcAVwDEAF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCK&#10;ALMAkwCxAJwArwCnAK0AswCrAMUAqQDhAKcA9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA&#10;8QAAAOgAAADgAAAA1AALAMwAEwDHAB8AwgAqAL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACs&#10;AGkAqwBvAKkAdQCnAHwApQCEAKMAjAChAJYAnwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA&#10;/wCVAP8AlQD/APwBAADwBQAA4wcAANUFAADMAAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBB&#10;AKYASgCjAFEAoQBXAJ8AXQCdAGMAmwBpAJoAbwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYA&#10;igDJAIgA5wCHAPkAhwD/AIYA/wCGAP8AhgD/APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACr&#10;ABEApgAbAKEAJgCeADEAmgA6AJgAQwCVAEoAkwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYA&#10;gACEAIsAggCWAIAAowB+ALEAfQDEAHsC4QB6A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0A&#10;ALocAACxGQAAqhMAAKQNAACfBQwAmQAUAJUAHwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cA&#10;gQddAH8HYwB9CGoAewhyAHoIfAB4CYYAdgmSAHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBt&#10;Dv8AbQ7/AOEcAADLIwAAvCYAALEmAACoJAAAoB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4N&#10;NQB8Dj0Aeg5FAHgOSwB3DlEAdQ9YAHMPXgBxEGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLA&#10;AGUS3wBkE/YAYxT/AGMU/wBiFP8AYhT/ANYkAADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAA&#10;ghMIAH0REgB5EhwAdhMnAHMUMABxFDgAbxU/AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBi&#10;F34AYRiLAF8YmQBeGakAXBm8AFwa2ABaG/MAWhz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2&#10;AACbNAAAkjEAAIkrAACBJQAAeR0DAHMYDgBvGRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1O&#10;AF8dVQBdHVwAXB5kAFsebgBZH3kAWB+HAFYglgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8A&#10;UiL/AMgvAAC4NgAAqzoAAKA8AACWOwAAjTgAAIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBf&#10;Ii8AXSI2AFsiPQBaI0QAWCNKAFcjUQBVI1gAVCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwo&#10;zgBLKO4ASyn/AEso/wBLKP8ASyj/AMM0AACzOwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0A&#10;AGMnCABeJhEAXCYZAFknIgBXJysAVSgyAFQoOQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMA&#10;SSuAAEgrkABHLKEARi2zAEUtywBFLuwARC7/AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACP&#10;RQAAhUMAAHs+AABxOQAAZzQAAF4uBABYKw4AVSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEkt&#10;SgBILlIARy5aAEYvZABFL3AAQzB+AEIwjQBBMZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/&#10;ALs8AACtQwAAoUcAAJZJAACMSQAAg0gAAHhEAABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQA&#10;STErAEcxMgBGMTkARDFAAEMyRwBCMk8AQTNYAEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5&#10;N+gAOTf8ADo3/wA6Nv8AOjb/ALdAAACqRgAAnksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5&#10;AABNNQkASTQRAEc1GQBFNSEAQzUoAEE1LwBANTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5&#10;ADg5iQA3OpsANTqtADU7xAA0O+YANDv7ADU7/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAA&#10;flAAAHNNAABnSAAAXEQAAFI/AABIOgYARDkPAEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4&#10;O0oANzxTADY8XQA1PWkAND13ADM+hwAxPpkAMD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFH&#10;AACkTQAAmVIAAI9VAACGVgAAfFUAAHFSAABkTAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4j&#10;ADc+KgA2PzEANT84ADQ/QAAzQEgAMkBRADFBWwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIA&#10;KkP5ACpD/wArQv8AK0L/AK5KAAChUQAAl1YAAI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABD&#10;RwAAOkMKADZDEQA0QxgAM0MgADJEJwAxRC8AMEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChH&#10;gwAmR5UAJUioACRIvgAjSOAAJEj3ACVH/wAlR/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14A&#10;AGtcAABfWAAAVVUAAEtRAABATQAANUoHADBJDgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MA&#10;JktMACVLVgAkTGIAI0xwACFMgAAgTZMAH02mAB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACc&#10;WgAAkl8AAIhjAAB+ZAAAdGMAAGlhAABcXgAAUlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQ&#10;IAAkUCgAI1AvACJRNwAhUUAAIFFJAB5SUwAdUl8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0&#10;ABdS/wAYUf8AGVH/AKNZAACYYAAAj2UAAIVoAAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAA&#10;LloAACVYCAAgVw4AHlcUAB1XHAAcWCMAG1grABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegAS&#10;Wo0AEVqhABBatwAOWtUAEFnzABBZ/wARWP8AEVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJt&#10;AABVagAASGgAAD5mAAAzZQAAKWMAACBhAQAYYAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFA&#10;AA9hSwAOYVgADWFmAAxidgALYokACmGdAAlhsgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAA&#10;iHEAAH5zAAB1dQAAanQAAFxzAABPcgAAQ3AAADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAM&#10;ahkAC2ohAApqKQAJajIACGo8AAdrRwAFa1MABGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp&#10;+AAAaP8AAGj/AJdtAACNcwAAhHcAAHt6AABwewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYA&#10;ABV2AAAPdgIACXYKAAR2DwAAdhUAAHYcAAB2JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4A&#10;AHSTAAB0qAAAc8AAAHPjAABy9wAAcv8AAHH/AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABB&#10;ggAANYMAACmCAAAfgQAAFoEAABCCAAAKggAAAoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACC&#10;OwAAgkcAAIJVAACBZQAAgXgAAIGNAACAogAAf7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QA&#10;AG6GAABgiAAAUooAAEWLAAA5jAAALIwAACGMAAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4A&#10;AI8SAACQGAAAkB8AAJAoAACQMgAAkD8AAJBNAACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAA&#10;i/4AAIv/AIiEAACAiAAAcosAAGSNAABWkAAASJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACb&#10;AAAAnQAAAJ0AAACdAwAAnQkAAJ0NAACeEQAAnhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97&#10;AACekwAAnqsAAJ3GAACd6QAAnPkAAJz/AIOLAAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAA&#10;F6AAAA6iAAAHpAAAAKYAAACoAAAAqgAAAKoAAACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAA&#10;sSkAALE4AACxSAAAsVoAALFvAACxiAAAsaAAALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2f&#10;AAA/owAAMaYAACOnAAAXqQAADqsAAAWuAAAAsAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoA&#10;AAC8AwAAvQkAAL4OAADAFAAAwx4AAMUrAADFPAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUA&#10;AMXzAGyZAABengAAT6QAAEGoAAAyrAAAJK8AABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAA&#10;xgAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADh&#10;awAA4YUAAOGfAADhtwAA4c8AAOHmAGChAABSpwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMA&#10;AADHAAAAygAAAM8AAADTAAAA1gAAANcAAADaAAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsA&#10;APASAADzHwAA9DEAAPZGAAD3XAAA+HQAAPiPAAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/&#10;ABMA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFkA/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0A&#10;kAD8AJcA+gCeAPkApwD3ALEA9gC+APUA0gDzAOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/&#10;AP8ABwD/AAQA/wACAP8ABgD/ABAA/wAbAP8AJwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA&#10;9QByAPMAeADyAH4A8ACEAO8AigDtAJEA7ACZAOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDd&#10;AP8A2QD/AMwA/wDFAP8AwQD/AP8AAAD/AAAA/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMA&#10;RQDvAE4A7ABXAOkAXgDmAGUA5ABsAOIAcgDgAHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCv&#10;AM0AvgDLANUAyQDvAMcA/wDFAP8AxAD/AL4A/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA&#10;8QARAOsAHADnACgA5AAzAOEAPgDdAEgA2ABRANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDE&#10;AIQAwgCMAMAAlAC+AJ4AuwCoALkAtgC3AMgAtQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8A&#10;AAD/AAAA+gAAAPEAAADoAAMA4AANANgAFgDRACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBf&#10;ALgAZQC3AGoAtQBwALMAdgCxAH0ArwCFAK0AjQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8A&#10;ngD/AJ4A/wCeAP8AnAD/AP8AAAD3AAAA6wAAAOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0&#10;ADoAsQBDAK4ASwCrAFIAqQBYAKcAXgCmAGQApABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYA&#10;pwCUALYAkgDKAJAA6QCPAPwAjgD/AI0A/wCMAP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQAC&#10;ALYADQCwABUAqwAgAKcAKgCkADQAoQA8AJ4ARACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAA&#10;jwB3AI0AgACLAIoAiQCVAIcAoQCFAK8AgwDBAIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADc&#10;DgAAyhAAAL4OAAC1CwAArwMAAKkABwCjABAAngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoA&#10;UQCIAFcAhgBdAIUAYwCDAGoAgQBxAH8AegB9AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/&#10;AHIA/wBxAP8AcQD/AOMRAADNFwAAvxkAALMZAACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUA&#10;hQAvAIMANwCAAD4AfgBFAH0ASwB7AFEAeQBXAHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABr&#10;A6YAaQS3AGgFzgBnB+wAZgj9AGYJ/wBlCf8AZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIU&#10;AACMDgEAhgcNAIAEFAB8Bh4AeQcoAHYIMAB0CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtn&#10;AGcLcABlDHoAYwyHAGIMlQBgDaQAXw22AF4NzgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAA&#10;rysAAKQrAACaKQAAkiQAAIkfAACCGAAAexEFAHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABk&#10;EEYAYxBNAGEQUwBfEVoAXhFiAFwRawBbEXYAWRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW&#10;/wBSFf8AUhX/AMYoAAC2LgAAqTIAAJ8yAACVMQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQc&#10;AGEUJQBfFS0AXRU0AFwVOwBbFkIAWRZIAFgWTwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8A&#10;TBqwAEsbxwBLG+kAShz9AEoc/wBKHP8AShz/AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0&#10;KQAAbCMAAGQcBwBeGRAAWxoYAFkbIQBXGykAVRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEse&#10;YwBKHm4ASR98AEcfiwBGIJwARSGuAEQhxABDIuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwA&#10;AJc+AACNPQAAgzoAAHk1AABvMAAAZioAAF4kAgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoA&#10;SSJAAEgiRwBHIk4ARiNXAEQjYABDJGsAQiR5AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9&#10;J/8APSf/ALg2AACqPQAAnkAAAJRCAACKQgAAgD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEsl&#10;GQBJJSEARyYoAEUmLwBEJjYAQyY9AEInRABBJ0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCup&#10;ADcsvwA3LOAANyz4ADcs/wA3LP8AOCz/ALU6AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAA&#10;XzYAAFUxAABMKwcARykPAEUqFgBDKh4AQSolAD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4&#10;LmYANi5zADUvgwA0L5UAMzCnADIwvQAxMd4AMTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9K&#10;AACFSgAAe0kAAHBFAABlQAAAWzsAAFI2AABIMQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82&#10;ADYwPgA1MEYANDFPADMxWQAyMmQAMTJxADAzgQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8A&#10;LjT/AK5BAACiSAAAl0wAAI1OAACDTgAAeU0AAG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3&#10;MxgANjMfADQzJgAzMy0AMjQ0ADE0PAAwNUQALzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5&#10;uQAmOdgAJzn0ACg5/wAoOP8AKTj/AKtFAACfSwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYA&#10;AExCAABCPQAAODgIADQ4DwAyOBUAMTgdAC84JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18A&#10;JzxtACU8fQAkPY8AIz2iACI9twAhPtQAIT7zACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/&#10;VwAAdVYAAGpTAABdTwAAU0wAAEpIAABARAAANkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+&#10;NwAmPz8AJD9IACNAUgAiQF0AIUFqACBBegAeQY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/&#10;AKVNAACaUwAAkFgAAIZbAAB9XAAAclsAAGdYAABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAA&#10;JUMWACRDHgAjRCUAIkQsACFENAAgRTwAHkVFAB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAU&#10;SM4AFUfvABZH/wAXRv8AF0b/AKJSAACXWAAAjV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERU&#10;AAA5UQAAL04AACZLBgAgSg4AHkoTAB1KGgAcSiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExl&#10;ABNNdQASTYgAEU2cABBNsQAOTswAD03uABBN/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAA&#10;bWYAAGNkAABWYQAASl4AAD9bAAA1WAAAK1YAACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAAR&#10;UjQAEVI+ABBTSAAPU1QADlNiAA1UcgAMVIQAC1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtd&#10;AACRZAAAiGgAAH5rAAB0bAAAa2wAAF9qAABSZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoM&#10;AA5aEQAOWhgADVsgAAxbJwALWzAACls6AAlbRQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AA&#10;AFriAABa9gABWv8AAln/AJdkAACOawAAhG4AAHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAq&#10;aQAAIWcAABhmAAARZgEADGUKAAdlDwAEZRQAA2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABk&#10;aQAAZHsAAGSPAABjpAAAY7sAAGLdAABi9AAAYv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcA&#10;AFJ2AABGdQAAOXQAAC50AAAjcgAAGnEAABJxAAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYA&#10;AG8wAABvOwAAb0cAAG9UAABvZAAAb3UAAG6KAABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACF&#10;eAAAfXsAAHN9AABlfgAAWH4AAEt+AAA+fgAAMn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8&#10;CwAAfA8AAHwTAAB8GQAAfCEAAHwpAAB8NAAAe0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjO&#10;AAB37wAAdv4AAHb/AIl6AACBfwAAeIIAAGuDAABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAA&#10;DYgAAAaJAAAAigAAAIoAAACJBgAAiQwAAIkPAACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAA&#10;iWgAAIl8AACIlAAAh6sAAIbGAACF6gAAhfsAAIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiR&#10;AAArkQAAH5IAABSSAAANkwAABJQAAACWAAAAlwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJka&#10;AACZIgAAmi4AAJo9AACZTQAAmV4AAJlzAACYiwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAA&#10;ZI8AAFaTAABIlgAAOpkAACyaAAAfmwAAFJwAAAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAA&#10;pQAAAKYCAACnCAAApw0AAKgRAACpGQAAqyMAAKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq&#10;0AAAqe8AAKn7AHWPAABnlAAAWZgAAEqcAAA8nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4A&#10;AACxAAAAsgAAALIAAACzAAAAtAAAALUAAAC2AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcA&#10;AMBbAADAcgAAwI0AAMGmAADAwQAAv+MAAL7zAGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAAL&#10;sAAAALMAAAC1AAAAuAAAALwAAAC/AAAAwQAAAMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADO&#10;CAAA0Q8AANUYAADYJwAA2TkAANpNAADbZAAA234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoA&#10;ADKvAAAisgAAFLUAAAq4AAAAuwAAAL8AAADDAAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAA&#10;ANkAAADbAAAA3gAAAOAAAADkAAAA5wYAAOsOAADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA&#10;9LYAAPTHAP8ACQD/AAYA/wAHAP8ADAD/ABEA/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8A&#10;ZQD/AGwA/wByAP4AeAD8AH4A+wCEAPoAiwD5AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7&#10;AO0A/wDsAP8A4QD/ANIA/wDJAP8AxAD/AP8AAQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A&#10;/wA7AP0ARgD6AFAA9wBYAPQAXwDyAGYA8ABsAO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADj&#10;AKYA4QCxAN8AwQDdAN0A2wD0ANkA/wDWAP8AzwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8A&#10;AAD/AAsA/AATAPcAHgD0ACoA8gA1AO4AQADpAEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4&#10;ANQAfgDSAIUA0ACNAM4AlQDMAJ8AyQCqAMcAuADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8A&#10;rQD/AP8AAAD/AAAA/wAAAPkAAADyAAYA6wAPAOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJ&#10;AFoAxwBgAMUAZgDDAGsAwQBxAL8AdwC9AH4AuwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA&#10;9wCrAP8AqgD/AKgA/wCjAP8AoAD/AP8AAAD/AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgAp&#10;AMIAMwC/AD0AuwBFALgATQC2AFQAswBaALEAXwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEA&#10;owCcAKAAqQCeALgAnADOAJoA7gCZAP8AlwD/AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADN&#10;AAAAxAAGAL0ADwC3ABgAswAiALAALACtADYAqQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsA&#10;agCaAHAAmAB3AJYAgACUAIoAkQCVAI8AogCNALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/&#10;APMAAADjAAAA0QAAAMUAAAC9AAAAtgAAAK4ACwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYA&#10;kgBMAJEAUgCPAFgAjQBdAIsAYwCKAGoAiABxAIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4&#10;APIAeAD/AHcA/wB3AP8AdwD/AOcHAADRDAAAww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIA&#10;HwCOACgAiwAxAIgAOQCGAEAAhABGAIIATACAAFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACI&#10;AHEAlQBwAKQAbgC0AGwAygBrAOoAagD8AGoA/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAA&#10;nA4AAJYHAACQAAkAigAQAIUAGACBACEAfgAqAHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBu&#10;AF4AbQBlAGsAbgBpAHcAZwCDAGUAkQBjAJ8AYgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4Y&#10;AAC9HQAAsCAAAKUfAACbHAAAkxcAAIsRAACEDAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6&#10;AGkCQABnA0YAZgNMAGQEUgBjBFkAYQRgAF8FaQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEA&#10;VAv2AFQL/wBUC/8AVAv/AMYfAAC2JQAAqSgAAJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBp&#10;CBQAZgkdAGQKJQBiCi0AYAs0AF4LOgBdC0AAWwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAO&#10;igBPDpoATg6sAEwPwgBMEOMASxD5AEsQ/wBLEf8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikA&#10;AH0kAAB0HgAAbBcAAGURBwBfDhAAXA8XAFoQHwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAA&#10;ThFXAEwSYABLEmsASRJ4AEgThwBGE5cARRSpAEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACr&#10;MQAAoDQAAJU1AACLNAAAgTEAAHgrAABvJgAAZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwV&#10;MQBLFjcASRY+AEgWRABHF0wARRdUAEQXXQBDGGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2&#10;ADwc/wA8HP8APBz/ALUwAACoNgAAnDkAAJE7AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkA&#10;TBkQAEoaFwBIGh8ARhomAEUbLQBDGzMAQhs6AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4&#10;H5IANyCkADYguAA1IdYANSH0ADUi/wA1If8ANiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4&#10;AABnMgAAXS0AAFQoAABMIgUARh8OAEMfFABBHxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJN&#10;ADciVwA2I2IANCNuADMkfgAyJI8AMSWiAC8ltgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAA&#10;lkIAAIxDAACCQwAAeEEAAG49AABjOAAAWjMAAFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2&#10;JCwANSUzADQlOgAzJkIAMiZKADEnVAAwJ18ALyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor&#10;/wAqKv8AKyr/AKw8AACfQgAAlEYAAIpHAACARwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJ&#10;ADcoEAA1KBUAMygcADIoIwAwKCkALykwAC8qNwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsA&#10;Ji6eACUuswAkL80AJC/uACUv/wAlL/8AJi7/AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABe&#10;QgAAVD0AAEs5AABBNAAAOC8GADItDQAwLRMALi0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcw&#10;TwAlMFsAJDFoACMxdwAiMokAITKdAB8zsQAeM8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0A&#10;AIZPAAB8UAAAc08AAGhMAABcRgAAUkMAAEk/AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQA&#10;JTMrACQzMgAjNDoAIjRDACE1TQAgNVgAHzZlAB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAb&#10;N/8AGzf/AKNHAACYTQAAjlEAAIRTAAB7VAAAcVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5&#10;CQAlNw4AIzcUACI4GwAhOCIAIDgoAB84MAAeOTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZ&#10;ABQ8rQATPcYAEz3pABQ8/QAVPP8AFjv/AKBLAACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAA&#10;Tk8AAEVLAAA6RwAAMEMAACdABQAgPg0AHT4RABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAU&#10;QFMAE0BgABJBcAARQYIAEEGXAA9BrAAOQsQADkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBd&#10;AAB2XgAAbF0AAGJbAABWVwAATFUAAEFRAAA2TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0Ui&#10;ABJFKQARRTEAEUU7ABBGRQAPRlAADkdeAA1HbQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8A&#10;C0b/AJpVAACQWwAAh2AAAH1iAABzYwAAamIAAGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAX&#10;TgQAEUwMAA9MEQAOTBcADkweAA1NJQAMTS4AC003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFO&#10;pAAATboAAE3bAAFN8gABTf8AAkz/AJZbAACNYgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEA&#10;ADdfAAAtXAAAI1oAABpYAAASVwEADVYJAAlVDgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoA&#10;AFZXAABWZQAAVXcAAFWLAABVoAAAVbYAAFTUAABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABv&#10;bwAAY24AAFZsAABJagAAPWgAADJmAAAnZQAAHWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABf&#10;HgAAXyYAAF8vAABfOgAAX0UAAF9TAABfYQAAXnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/&#10;AJBqAACGbwAAfXIAAHV0AABqdQAAXXQAAE9zAABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAA&#10;AmsGAABrCwAAag8AAGoUAABqGgAAaiEAAGkqAABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAA&#10;Z64AAGbKAABl7QAAZfwAAGT/AItxAACCdgAAenkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5&#10;AAAZeAAAEXcAAAp3AAADdwAAAHcCAAB3CAAAdg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVH&#10;AAB1VgAAdWgAAHR8AAB0kgAAc6oAAHLEAABx6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAA&#10;TIIAAD+DAAAyhAAAJYMAABqDAAARgwAACoMAAAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAA&#10;gxUAAIQcAACEJgAAhDIAAIQ/AACDTwAAg2AAAIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKA&#10;AAB6hAAAbIYAAF6IAABQigAAQosAADWNAAAnjQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIA&#10;AACSAAAAkgEAAJIHAACSDAAAkhAAAJMVAACTHQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwA&#10;AJG2AACQ2AAAj/MAAI//AH6HAABwigAAYY0AAFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAA&#10;mwAAAJwAAACeAAAAoAAAAKAAAACgAAAAoAAAAKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACm&#10;OgAApkwAAKVgAACleAAApZIAAKSsAACkyQAAo+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4A&#10;AB2gAAARoQAACKMAAAClAAAApwAAAKkAAACsAAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAA&#10;ALMGAAC1DQAAtxMAALkeAAC5LgAAukAAALpUAAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABY&#10;mQAASp4AADuiAAAspgAAHagAABGqAAAHrAAAAK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+&#10;AAAAvwAAAMAAAADCAAAAxAAAAMYAAADIAwAAywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSS&#10;AADVqwAA1cQAANTiAFudAABMogAAPacAAC+sAAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAA&#10;AMcAAADKAAAAzAAAAMwAAADOAAAA0AAAANIAAADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA&#10;7CQAAO04AADuTgAA72cAAPCCAADwnAAA8LIAAPHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8A&#10;JAD/ADAA/wA8AP8ARwD/AFEA/wBZAP8AYAD9AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCU&#10;APIAnQDwAKcA7gCzAOwAxADrAOEA6gD4AOkA/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA&#10;/wAAAP8AAAD/AAwA/wAUAP8AIAD/ACsA/gA3APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDo&#10;AHMA5wB5AOUAfwDjAIYA4QCOAN8AlgDdAKAA2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A&#10;/wC2AP8AsgD/AP8AAAD/AAAA/wAAAP8AAAD9AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABN&#10;ANwAVQDZAFsA1gBhANMAZwDRAGwAzwByAM0AeADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUA&#10;vADlALoA+wC4AP8AtwD/ALAA/wCpAP8ApQD/AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDa&#10;ACAA1AAqANAANQDLAD4AyABHAMUATgDCAFUAwABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMA&#10;iACxAJIArgCeAKwAqgCpALsAqADVAKYA8wCkAP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAA&#10;AOUAAADYAAAAzgAJAMcAEQDCABoAvgAkALsALgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8A&#10;pwBlAKUAawCkAHEAogB4AKAAgQCeAIsAnACWAJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCN&#10;AP8AiwD/APkAAADrAAAA3QAAAM8AAADGAAAAvAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8A&#10;QQCdAEgAmwBOAJkAUwCXAFkAlgBeAJQAZACSAGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8&#10;AIIA3ACBAPYAgAD/AH8A/wB/AP8AfgD/AOwAAADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAA&#10;nAAYAJgAIgCVACoAkgAyAJAAOgCNAEEAiwBHAIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9&#10;AH0AewCIAHgAlQB2AKMAdQC0AHMAzABxAO0AcAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJ&#10;AACoBAAAoQAAAJsAAwCUAAwAjwATAIoAGwCHACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBS&#10;AHYAVwB0AF0AcgBkAHAAbQBvAHYAbACCAGoAjwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8A&#10;YwD/ANAOAAC/EgAAshMAAKcSAACdEAAAlQsAAI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBx&#10;ADQAbwA6AG4AQABsAEYAagBMAGkAUgBnAFgAZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkA&#10;vABYANwAWAD0AFgA/wBXAP8AVwD/AMYWAAC2GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEK&#10;AHIAEABuABcAagAfAGgAJwBlAC4AZAA0AGIAOwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwA&#10;VQB3AFMAhQBSAJQAUAGlAE8BuABOAtIATQTwAE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACP&#10;IgAAhR0AAH0YAAB1EgAAbg0CAGcGDABjAxEAXwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMG&#10;RwBRBk4AUAdVAE4HXgBNCGcASwhzAEkJgQBICZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/&#10;ALkkAACqKQAAniwAAJQsAACKKgAAgCYAAHchAABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIA&#10;TwwpAE0MLwBMDDYASw08AEkNQgBIDUkARg1RAEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7&#10;ENEAOxHxADsR/wA7Ef8APBH/ALQpAACmLwAAmjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkW&#10;AABREQgATA8QAEoQFgBIEB0ARhAkAEUQKwBDETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNt&#10;ADkTfAA3FI0ANhSfADUVswA0Fc0AMxbuADQW/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAA&#10;eDQAAG4uAABlKgAAXCQAAFQeAABMGAQARhQNAEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4&#10;FkIANxZKADYXUwA1F14AMxhqADIZeQAwGYoALxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwy&#10;AACfOAAAlDsAAIo8AACAPAAAdjkAAGs0AABiLwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkd&#10;ADYaIwA1GikANBowADMaNwAyGz4AMRtHAC8cUAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcA&#10;JiDqACcg/gAoIP8AKCD/AKk2AACdPAAAkj8AAIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABE&#10;JQAAOyAHADYeDgAzHhMAMh4ZADAeIAAvHiYALh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYi&#10;dAAlI4UAIyOZACIkrQAhJMUAISXoACIl/QAiJP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMA&#10;AGc/AABdOgAAUzYAAEoxAABBLAAAOCYDADEjDAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkA&#10;JSVBACQlSwAjJlYAIiZjACEncgAfJ4MAHiiXAB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACY&#10;QwAAjUcAAINJAAB6SQAAcEcAAGZEAABaPwAAUTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUn&#10;GgAkJyEAIygnACIoLgAhKTYAICk/AB8qSQAeKlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3k&#10;ABct+gAYLf8AGS3/AKFBAACVRwAAi0sAAIJNAAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAA&#10;MzQAACovBgAkLA0AISwSACAsGAAfLR4AHi0lAB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAV&#10;MX8AEzGTABIxqAARMr8AETLiABIy+QATMf8AEzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJO&#10;AABWSQAATUYAAERDAAA7PwAAMToAACc2AwAfMgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6&#10;ABQ0RAATNE8AEjVcABE1awAQNn0ADzaRAA42pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAA&#10;h1MAAH5WAAB1VgAAalUAAGBTAABVTwAATEwAAEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAU&#10;OBgAEzkfABI5JgAROS4AEDk3AA86QQAOOkwADTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg8&#10;8AAJO/8ACjv/AJhOAACOVAAAhVgAAHxbAAByWwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcA&#10;ACFEAAAYQgMAEkALABA/EAAOPxUADj8cAA1AIwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYA&#10;A0GKAAFBnwAAQbQAAEHQAAFB7gABQfwAAkD/AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABR&#10;WwAARVcAADpUAAAvUQAAJU8AABxMAAAUSgAADkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJI&#10;OwAASEcAAEhTAABIYgAASHMAAEiGAABImwAASLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMA&#10;AHdlAABuZgAAZWYAAFlkAABMYAAAQF0AADVbAAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEA&#10;AFAWAABQHQAAUCUAAFAuAABQOAAAUEMAAFBQAABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAA&#10;TfsAAE3/AI9hAACGZgAAfWkAAHRsAABsbQAAYWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJe&#10;AAAMXAAABlwGAABbCwAAWg8AAFoTAABaGQAAWSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+&#10;AABYlAAAV6sAAFfFAABW6QAAVfsAAFX/AIxoAACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAA&#10;M20AAChrAAAdagAAFGgAAA1nAAAHZwAAAGYDAABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAA&#10;ZDoAAGNHAABjVQAAY2YAAGN6AABikAAAYacAAGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54&#10;AABgeAAAUncAAEV3AAA4dgAAK3YAACB0AAAWcwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEO&#10;AABwEQAAcBcAAHAeAABwJwAAcDMAAG9AAABvUAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgA&#10;AGn/AIN3AAB8ewAAc30AAGV+AABXfwAASX8AADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAA&#10;fwAAAH8AAAB+AAAAfgUAAH4KAAB+DQAAfhEAAH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8&#10;hAAAe5wAAHq2AAB52gAAePUAAHf/AIB/AAB3ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkA&#10;AA+JAAAHigAAAIsAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIA&#10;AI4vAACOPwAAjVAAAI1kAACMewAAjJUAAIuuAACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABC&#10;jwAANJEAACaSAAAZkwAADpQAAAaVAAAAlgAAAJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACc&#10;AAAAnQUAAJ0LAACeEAAAnxcAAKAkAACgNAAAoEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5&#10;AHCMAABhjwAAU5IAAESWAAA2mQAAJ5sAABmcAAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAA&#10;AKkAAACpAAAAqgAAAKsAAACsAAAArQAAAK4BAACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAA&#10;tH4AALOaAACztAAAs9UAALPwAGSTAABVlwAAR5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACt&#10;AAAAsAAAALQAAAC2AAAAuAAAALgAAAC5AAAAugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkP&#10;AADKGgAAyywAAMxAAADNVgAAzm8AAM2LAADMqAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAA&#10;D64AAASxAAAAtAAAALcAAAC6AAAAvgAAAMMAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA&#10;0gAAANUAAADZAAAA3QAAAOEFAADmDwAA5x4AAOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8A&#10;AAD/AAAA/wAAAP8ABgD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABo&#10;APYAbgD1AHQA9AB6APIAgADxAIcA7wCPAO0AlwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A&#10;0AD/AMQA/wC8AP8AtgD/AP8AAAD/AAAA/wAAAP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDx&#10;AEYA7QBPAOsAVgDoAFwA5gBiAOQAaADjAG4A4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8A&#10;tADMAMkAyQDpAMgA/wDHAP8AwQD/ALcA/wCvAP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAO&#10;AO4AFwDqACIA5gAsAOEANwDdAEAA2ABJANMAUADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkA&#10;wgCBAMAAigC+AJQAvACfALkArAC2AL4AtADdALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/&#10;AAAA+QAAAO8AAADmAAAA3wALANYAEgDQABwAzAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYA&#10;WwC1AGEAswBmALEAbACwAHIArgB6AKwAggCpAIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/&#10;AJkA/wCUAP8AkQD/AP8AAAD2AAAA6gAAAN0AAADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMA&#10;rQA7AKoAQwCnAEkApQBPAKMAVQCiAFoAoABfAJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQ&#10;AKwAjgC/AIwA4gCLAPoAiQD/AIkA/wCGAP8AgwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4A&#10;CwCpABIApQAbAKEAIwCeACwAmwA0AJgAPACWAEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBr&#10;AIcAcwCFAH0AgwCIAIEAlQB/AKQAfQC1AHsAzwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAA&#10;wwAAALgAAACvAAAAqAAAAKAABgCaAA4AlQAVAJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCA&#10;AE0AfwBSAH0AWAB7AF4AeQBlAHgAbQB2AHYAcwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA&#10;/wBoAP8AaQD/ANUDAADDBwAAtggAAKsGAACiAAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAn&#10;AHoALgB3ADUAdQA7AHQAQQByAEcAcABMAG8AUgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcA&#10;YACnAF4AuwBdANwAXAD2AFwA/wBbAP8AWwD/AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACC&#10;AAUAewANAHcAEgBzABoAbwAhAGwAKABqAC8AaAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0A&#10;YQBbAGoAWQB1AFcAggBVAJEAVACiAFMAtQBRAM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoA&#10;AJkZAACPFgAAhxEAAH8NAAB3BgAAcQAIAGsADgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsA&#10;WABBAFYARgBVAE0AUwBUAFIAXABQAGUATgBwAEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBG&#10;AP8ARQD/ALgbAACqIAAAniIAAJMiAACJHwAAgBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYA&#10;HQBUACMAUgAqAFAAMABPADUATgA7AEwAQQBLAEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOa&#10;AD4ErQA9BMQAPAXlADwH+AA8B/8APAf/ALIiAAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAA&#10;YRIAAFoNAwBTCAwATwURAEwFFwBKBh4ASAYkAEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9&#10;CV0AOwpoADoKdgA4C4cANwuZADULrAA0DMIAMwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsv&#10;AACALgAAdyoAAG0lAABkIAAAXBoAAFQUAABMDwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0y&#10;ADoNOAA4DT8ANw5HADYOUAA0DloAMw5mADEPdAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8A&#10;LRH/AKosAACdMQAAkjQAAIc1AAB9NAAAdDEAAGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5&#10;EBQANxAbADYQIQA0ECcAMxEtADIRNAAxETsAMBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYU&#10;qQAlFcAAJBXjACUW+gAmFv8AJhX/AKYxAACaNgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgA&#10;AEwiAABDHQAAOxcFADUUDQAyExEAMRQXAC8UHQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QA&#10;JhdgACQYbwAjGIAAIRmTACAZpwAfGb4AHhrgAB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5&#10;PQAAbzsAAGU3AABbMgAAUi0AAEkoAABAIwAAOB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZ&#10;LQAkGjUAIxo+ACIbRwAhG1IAIBxeAB8dbAAdHX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/&#10;AKE4AACVPQAAi0EAAIFCAAB3QgAAbUAAAGM8AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0A&#10;JR0SACMdFwAhHR0AIR0kACAeKwAfHjIAHh87AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAU&#10;I7oAEyPaABQj9QAVI/8AFiP/AJ48AACTQQAAiUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0&#10;AAA8MAAAMysAAComAwAjIgsAICEQAB4hFQAcIhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZ&#10;ABQmaAATJnkAEiaNABEnogAQJ7gADifWABAo9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAA&#10;akkAAGBGAABVQQAATD4AAEM6AAA6NgAAMTIAACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAU&#10;KC0AEyg2ABIpQAASKUsAESpXABAqZgAOK3cADiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlE&#10;AACPSQAAhUwAAHxOAABzTwAAaU4AAF5LAABTRwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0M&#10;ABQsEAATLRUAEi0cABEtIwAQLSoADy4zAA4uPQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEA&#10;BjHLAAYx6wAHMPwACDD/AJdIAACNTQAAg1EAAHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1&#10;QgAAKz4AACI6AAAaNwEAEjQJAA8zDgAOMxMADTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2&#10;YAAENnEAAjaEAAA2mQAANq8AADbIAAA26AAANvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgA&#10;AFtVAABRUgAAR08AADxMAAAxSAAAJ0QAAB5BAAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYA&#10;BDsuAAI7OAABPEMAADxPAAA8XgAAPG4AADyBAAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACI&#10;WAAAf1wAAHZdAABtXgAAY10AAFpcAABOWAAAQlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdD&#10;DAADQxAAAEMVAABDGwAAQyMAAEMrAABDNQAAQ0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELD&#10;AABB5gAAQfkAAEH/AI5YAACGXgAAfWEAAHNjAABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAA&#10;HlMAABVRAAAOTwAACU0FAAJNCwAATA4AAEwTAABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAA&#10;S2cAAEp7AABKkAAASacAAEnAAABI5AAASPgAAEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBm&#10;AABDZAAAN2EAACxfAAAhXQAAGFsAABBZAAAKWAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQj&#10;AABULQAAVDkAAFRFAABUUwAAVGQAAFN3AABTjQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAA&#10;d24AAG9wAABlcAAAV24AAEpsAAA9awAAMGkAACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAA&#10;YAsAAGAOAABfEgAAXxcAAF8eAABeKAAAXjMAAF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa&#10;3wAAWfcAAFj/AIRuAAB8cgAAdXUAAGt2AABddQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4A&#10;AARuAAAAbgAAAG4AAABsAgAAbAcAAGsLAABrDgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoA&#10;AGlsAABogwAAZ5sAAGa1AABl2AAAZPUAAGT/AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAs&#10;fAAAH3sAABR6AAANegAABHoAAAB6AAAAegAAAHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4&#10;GgAAeCUAAHgyAAB3QQAAd1IAAHdlAAB2fAAAdZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EA&#10;AFiCAABKgwAAPIQAAC6FAAAhhQAAFYUAAA2FAAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAA&#10;AIcAAACHBAAAhwkAAIcOAACIEwAAiBwAAIgpAACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAA&#10;g+wAAIL+AHiEAABqhgAAXIgAAE2KAAA/jAAAMY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACV&#10;AAAAlgAAAJYAAACWAAAAlgAAAJYAAACXAAAAlwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpS&#10;AACaaAAAmYMAAJmfAACYugAAl+IAAJb4AG2KAABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAA&#10;AZsAAACdAAAAnwAAAKEAAACkAAAApQAAAKQAAAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAA&#10;rAwAAK4TAACuIQAArjMAAK5HAACuXQAArnYAAK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWc&#10;AAAmnwAAF6EAAA2jAAAApQAAAKcAAACqAAAArAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcA&#10;AAC4AAAAuQAAALsAAAC9AAAAvwEAAMMLAADFFQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwA&#10;AMbeAFWZAABHnQAAOKIAACmmAAAZqAAADasAAACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAA&#10;xAAAAMMAAADFAAAAxgAAAMgAAADKAAAAzQAAAM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADk&#10;QQAA5VoAAOZ0AADmkQAA5awAAOXEAP8AAAD/AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0&#10;AP8APgD9AEgA+gBQAPcAVwD1AF0A9ABjAPIAaQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA&#10;5ACoAOIAtwDfAM0A3ADuANkA/wDZAP8AygD/AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAYA/wAPAPwAGAD4ACMA9AAuAPAAOADrAEIA6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYA&#10;dADUAHsA0QCCAM8AiwDNAJUAygChAMgArwDFAMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/&#10;AP8AAAD/AAAA/wAAAPsAAADzAAEA7QAMAOgAEwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEA&#10;xgBXAMQAXQDCAGIAwQBnAL8AbQC9AHQAuwB7ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCq&#10;AP8AqQD/AKEA/wCbAP8AlwD/AP8AAAD/AAAA9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEA&#10;KwC8ADUAuQA9ALYARQCzAEsAsQBRAK8AVgCuAFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACS&#10;AJ4AnwCcAK4AmQDDAJcA5wCWAP8AlQD/AJIA/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAA&#10;vwADALkADQCzABMArwAcAKwAJQCpAC4ApQA2AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCW&#10;AGYAlABsAJIAdQCQAH4AjgCKAIsAlwCJAKYAhwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0A&#10;AADdAAAAzAAAAMEAAAC4AAAArgAAAKcACQCiABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBD&#10;AIsASQCJAE4AiABTAIYAWQCEAF8AggBlAIAAbQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwA&#10;cQD/AHAA/wBwAP8AbgD/AN0AAADJAAAAvAAAALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCH&#10;ACEAhAApAIEAMAB/ADcAfQA9AHsAQgB5AEgAeABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoA&#10;iABoAJcAZgCoAGUAvABjAOEAYgD6AGEA/wBhAP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAA&#10;AI0AAACGAAgAgQAOAHwAFAB4ABsAdQAjAHIAKQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIA&#10;ZABZAGMAYABhAGkAXwB0AF0AgQBbAJAAWQChAFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACy&#10;DgAApg8AAJsOAACSCwAAiQUAAIIAAAB7AAIAdQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAA&#10;NgBeADsAXQBBAFsARgBaAEwAWABTAFYAWwBUAGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDq&#10;AEkA/gBJAP8ASQD/ALkSAACqFgAAnhcAAJQWAACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEA&#10;XQAYAFoAHgBYACQAVgAqAFQAMABTADYAUQA7AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBE&#10;AIUAQwCXAEEAqQBAAL8APwDiAD8A+AA+AP8APwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHIS&#10;AABqDgAAYggAAFwBCABXAA4AUwATAFAAGQBOAB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJ&#10;AEEAUQA/AFoAPgBlADwAcgA6AIEAOQCTADgApQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAA&#10;lCYAAIkmAAB/JAAAdSAAAGwbAABkFQAAXBAAAFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/&#10;ACsAPgExADwBNwA7Aj4AOQJFADgDTQA2A1YANQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH&#10;8AAsCP8ALAj/AKglAACbKgAAkCwAAIYtAAB7KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoL&#10;AD4HEAA7BhUAOQcbADgHIQA2CCYANQgsADMIMgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wA&#10;KAyPACYMogAlDLcAJAzTACMN8AAkDf8AJQ3/AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABc&#10;JAAAUx8AAEsZAABDEwAAPBAGADUNDAAzDBEAMQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcO&#10;RgAmDlAAJA5cACMPagAiD3sAIBCOAB8QogAdELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYA&#10;AIA3AAB2NgAAbTMAAGMvAABZKgAAUCUAAEggAAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4A&#10;JRAkACQQKgAjETIAIhE6ACERQwAgEk4AHhJaAB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAX&#10;Ff8AGBT/AJ4zAACTNwAAiDoAAH47AAB0OwAAazgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0X&#10;BQAmEwwAIxMQACITFQAgExoAHxMhAB4UJwAdFC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJ&#10;ABMYngASGLMAERnOABEZ7wASGf8AExn/AJw2AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAA&#10;TDAAAEMsAAA6JwAAMiIAACoeAQAiGQkAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAV&#10;GkkAExtVABIbYwARHHQAEByHAA8dnAAOHbEADR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtE&#10;AABxQwAAaEIAAF4+AABTOgAASjYAAEEyAAA5LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0b&#10;ABQdIgATHSkAEh4yABEfPAAQH0YAECBTAA4gYQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsA&#10;CyH/AJc+AACMQwAAg0YAAHlIAABwSAAAZ0YAAFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAe&#10;JwMAFiMKABIhDgARIRMAECIZABAiIAAPIicADiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYm&#10;lgAEJqwAAybEAAQm5QAEJvcABib/AJVCAACKRwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EA&#10;AD8+AAA3OwAALTYAACQxAAAbLQAAEyoHAA8oDQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIA&#10;BipOAAQrXAADK2wAASt/AAArlAAAK6kAACvBAAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABt&#10;UQAAY1AAAFpNAABPSgAAR0cAAD5EAAAzQAAAKTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYv&#10;GwAFLyMAAy8rAAIwNQAAMD8AADBMAAAxWQAAMWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//&#10;AJBLAACGUAAAfVQAAHVWAABrVgAAYlUAAFhTAABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAA&#10;DjkFAAk3CwAENg8AATYTAAA2GQAANiAAADYpAAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAA&#10;NqUAADa9AAA24AAANfUAADX/AI1QAACEVgAAfFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVO&#10;AAAqSwAAIEgAABdGAAAQQwAAC0EEAARACgAAPw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5G&#10;AAA+VAAAPmQAAD52AAA9jAAAPaMAADy7AAA83gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAA&#10;X2EAAFReAABHWwAAOlcAAC9VAAAlUgAAG1AAABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAA&#10;RhoAAEYiAABGLAAARjcAAEZDAABGUQAARmAAAEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhd&#10;AAB/YgAAd2UAAG5nAABnaAAAW2YAAE5jAABBYQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMB&#10;AABSBgAAUQsAAFEOAABQEQAATxYAAE8eAABPJwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0A&#10;AEy1AABL2AAASvUAAEr/AIVlAAB8aQAAdGwAAG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAY&#10;YgAAEGAAAAlfAAAAXgAAAF4AAABdAwAAXAgAAFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZ&#10;SAAAWFgAAFhrAABXgQAAV5kAAFayAABV0gAAVPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEA&#10;AD9wAAAybwAAJW4AABpsAAARawAACWoAAABqAAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8A&#10;AGUUAABlHAAAZScAAGQ0AABkQwAAZFMAAGRlAABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3&#10;dwAAbnkAAF95AABReQAAQ3kAADZ4AAApeAAAHHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0&#10;AAAAdAAAAHMCAABzBwAAcwwAAHIQAAByFQAAciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+o&#10;AABuxgAAbO0AAGv/AHt7AAByfgAAZH4AAFV/AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAA&#10;AIIAAACDAAAAgwAAAIMAAACCAAAAggAAAIIAAACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAA&#10;gkMAAIFWAACBbAAAgIYAAH+hAAB+vQAAfeYAAHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCL&#10;AAATiwAACosAAACMAAAAjQAAAI8AAACRAAAAkgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJIC&#10;AACTCQAAlA8AAJQZAACUJwAAlDgAAJRMAACTYgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAA&#10;TY0AAD+QAAAwkgAAIZQAABSVAAAKlgAAAJcAAACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAA&#10;oAAAAKEAAACiAAAAowAAAKQAAAClAAAApgcAAKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACo&#10;qAAAp8cAAKbsAF+PAABQkgAAQZYAADOZAAAjnAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwA&#10;AACuAAAArwAAAK8AAACwAAAAsAAAALIAAACzAAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8A&#10;AMAzAADASQAAwGIAAMB+AADAmwAAwLcAAL/YAFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAA&#10;rQAAALAAAACzAAAAtgAAALsAAAC9AAAAwAAAAL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADM&#10;AAAAzwAAANMAAADaBwAA2xMAAN0lAADeOwAA31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAA&#10;AP8AAAD/AAcA/wAQAP8AGQD/ACQA/wAvAPwAOgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA&#10;6QBvAOcAdQDmAHwA5ACEAOIAjQDgAJcA3QCiANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCv&#10;AP8AqQD/AP8AAAD/AAAA/wAAAP8AAAD/AAIA+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4A&#10;TADbAFMA2ABYANQAXgDSAGMA0ABpAM4AbgDMAHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZ&#10;ALkA9wC4AP8AtAD/AKkA/wCiAP8AnQD/AP8AAAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA&#10;1wAjANAALgDLADcAxwA/AMQARgDBAE0AvwBSAL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCv&#10;AIgArQCTAKoAoQCoALEApgDIAKQA7QCiAP8AogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMA&#10;AADYAAAAzQAFAMYADgDBABUAvQAeALkAJwC1ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBb&#10;AKMAYQChAGcAnwBuAJ4AdgCbAIAAmQCMAJcAmQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8A&#10;gwD/APgAAADpAAAA3AAAAMwAAADBAAAAuAAAALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZ&#10;AD8AlwBFAJUASgCUAFAAkgBVAJAAWgCPAGAAjQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0A&#10;zAB8APEAewD/AHoA/wB3AP8AdQD/AOYAAADTAAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwAT&#10;AJMAGwCQACMAjAArAIoAMgCIADgAhgA+AIQARACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEA&#10;dQB8AHMAiQBwAJgAbwCpAG0AvwBrAOYAagD/AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACj&#10;AAAAmwAAAJIAAACMAAoAhwAQAIMAFgB/AB0AfQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8A&#10;TQBtAFMAbABZAGoAYQBoAGoAZgB0AGQAgQBhAJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/&#10;AMUAAAC2AgAAqQIAAJ8AAACWAAAAjgAAAIcAAACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsA&#10;ZwAxAGYANwBkADwAYwBBAGEARwBfAE0AXgBTAFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQ&#10;AMgATwDuAE4A/wBOAP8ATQD/ALsKAACsDQAAoA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkA&#10;DgBlABMAYgAZAF8AHwBdACUAWwArAFkAMQBYADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABo&#10;AEoAdQBIAIQARwCVAEUAqABEAL8AQwDkAEIA/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAA&#10;ew0AAHMIAABsAAAAZQADAF8ACwBbAA8AVwAUAFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABI&#10;AEIARgBIAEUAUABDAFkAQQBjAD8AbwA+AH4APACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwX&#10;AACfGwAAkx0AAIkcAAB/GQAAdRUAAGwQAABkDAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAg&#10;AEQAJgBCACsAQQAxAD8ANgA+AD0APABEADsASwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMA&#10;LwDOAC8A7wAuAP8ALgD/AKceAACaIgAAjyQAAIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJ&#10;AwgARQANAEEAEQA+ABYAPAAbADoAIQA5ACYANwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0A&#10;ZwArAHYAKgCIACgAnAAnALAAJgDJACUA6gAlAfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUA&#10;AGQgAABbGwAAUhUAAEsQAABDDAIAPQcJADkDDgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQA&#10;KgM7ACkEQwAoBE0AJgVYACUFZQAjBnQAIgaGACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACT&#10;LQAAiC8AAH4vAAB0LgAAaisAAGEmAABYIQAATxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkH&#10;FwAoCB0AJwgjACUIKQAkCTAAIwk3ACEKQAAgCkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzG&#10;ABUN5gAVDfkAFg3/AJwtAACQMQAAhjQAAHw0AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAA&#10;NBMAAC0QBgAmDQsAJAwPACIMEwAhDBkAHwwfAB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAU&#10;D3EAExCEABIQmAAREK4AEBDGABAQ6AAQEPsAERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0y&#10;AABTLQAASigAAEIkAAA5HwAAMRoAACoVAQAjEQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAx&#10;ABQROgATEUUAEhJRABESXwAQEm8ADhOCAA4TlgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAA&#10;gjwAAHg9AABvPQAAZToAAFs3AABSMgAASS4AAEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAU&#10;EhIAExMYABITHwARFCYAERQuABAUOAAPFUIADhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY&#10;4AAHGPUACRj/AJU4AACKPQAAgEAAAHdBAABtQQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicA&#10;ACcjAAAfHwAAFxoIABIXDQAQFxEADxcWAA4YHAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkA&#10;BRx8AAQdkQACHaYAAR28AAIc3QACHPIAAxz/AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABP&#10;PQAARjkAAD42AAA1MgAALi4AACUqAAAdJQAAFCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcf&#10;MwAGID4ABCBKAAMhVwABIWcAACF5AAAhjgAAIaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgA&#10;AHRKAABrSgAAYkkAAFhGAABOQgAART8AAD08AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4A&#10;BiMSAAUjGQAEJCAAAiQoAAElMQAAJTwAACVIAAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAA&#10;JfIAACX+AI5FAACESQAAe00AAHNPAABqTwAAYE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41&#10;AAAVMgAADy4DAAosCgAFKw4AASoRAAAqFgAAKh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1&#10;AAAsigAAK6AAACu3AAAr1gAAKvIAACr/AIxJAACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAA&#10;Q0sAADdHAAAtQwAAIz8AABo8AAASOAAADDYDAAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAA&#10;MjcAADJDAAAyUAAAMmAAADJyAAAyhwAAMZ4AADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9Z&#10;AABmWQAAXlkAAFVXAABJUwAAPk8AADJMAAAoSAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoP&#10;AAA5EgAAORgAADkgAAA5KQAAOTQAADlAAAA5TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIA&#10;ADX/AIdVAAB/WgAAdl0AAG1fAABlXwAAXV8AAFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAK&#10;SAAAA0YBAABFBgAARAoAAEMNAABCEAAAQRUAAEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABA&#10;gQAAP5kAAD+xAAA+0AAAPfIAADz/AIRcAAB8YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsA&#10;ACZZAAAcVgAAElQAAAxSAAAEUQAAAE8AAABOAwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwA&#10;AEo5AABKRwAASlYAAEloAABJfgAASJYAAEevAABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABg&#10;awAAUmkAAERmAAA3ZAAAKmIAAB9gAAAVXgAADV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABW&#10;DAAAVRAAAFQUAABUHQAAVCcAAFQ0AABUQgAAU1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/&#10;AH5qAAB3bgAAcHEAAGZxAABYcAAASm8AADxtAAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAA&#10;AGUAAABjAAAAYgAAAGIEAABhCAAAYQ0AAGAQAABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAA&#10;XY0AAFynAABbxQAAWu0AAFn/AHtyAAB1dgAAa3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABBy&#10;AAAHcQAAAHEAAABxAAAAcQAAAHEAAABvAAAAbwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0m&#10;AABsNQAAbEYAAGtYAABrbQAAaoYAAGmhAABovgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAA&#10;Nn4AACh+AAAbfQAAEH0AAAd9AAAAfQAAAH0AAAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAA&#10;fAAAAHwGAAB8DAAAfBIAAHwdAAB8LAAAfDwAAHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOA&#10;AABlgQAAVoMAAEiEAAA5hgAAK4cAAB2HAAARhwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0A&#10;AACMAAAAjAAAAIwAAACMAAAAjAAAAI0AAACNBAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQA&#10;AI2QAACMrQAAi84AAIrzAGiGAABaiAAAS4sAADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAA&#10;lwAAAJkAAACbAAAAnAAAAJsAAACbAAAAnAAAAJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACi&#10;FgAAoyYAAKM6AACjTwAAo2gAAKKGAACiogAAosAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoA&#10;AAebAAAAnQAAAKAAAACiAAAApAAAAKgAAACqAAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAA&#10;ALEAAACyAAAAtAAAALcBAAC5DQAAuRoAALotAAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABB&#10;mAAAMpwAACOgAAATogAACKQAAACnAAAAqgAAAKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8&#10;AAAAvQAAAL8AAADAAAAAwgAAAMQAAADGAAAAyQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhp&#10;AADXhgAA16MAANa9AP8AAAD/AAAA/wAAAP8AAAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A&#10;8ABHAO4ATgDrAFQA6QBaAOcAXwDlAGQA4wBqAOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDN&#10;AL0AywDgAMkA+wDHAP8AvQD/ALEA/wCpAP8AowD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEA&#10;EQDtABsA6QAlAOQAMADfADkA2gBBANUASADRAE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3&#10;AMAAfwC+AIoAuwCVALgAowC2ALQAtADNALIA8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA&#10;+gAAAPEAAADoAAAA4AAGANkADgDSABYAzgAfAMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0&#10;AFgAsgBdALAAYgCuAGkArABvAKoAeACoAIIApgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA&#10;/wCOAP8AigD/AP8AAAD2AAAA6AAAANwAAADOAAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0&#10;AKgAOwClAEEAowBHAKEATACfAFEAngBWAJwAXACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIA&#10;iwC1AIkA0wCHAPcAhgD/AIQA/wB/AP8AfAD/APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwCl&#10;AA4AoQAUAJ4AHACaACUAlwAtAJQANACSADoAkABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQA&#10;aQCCAHIAfwB9AH0AiwB7AJoAeACrAHYAxAB0AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAA&#10;ALQAAACrAAAAoQAAAJoAAgCUAAsAkAAQAIwAFwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQA&#10;eQBJAHgATgB2AFQAdABaAHMAYgBwAGsAbgB1AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBi&#10;AP8AYAD/AMwAAAC8AAAArwAAAKUAAACdAAAAlAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMA&#10;JgBxAC0AbwAyAG0AOABrAD0AagBCAGgASABnAE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCb&#10;AFcArwBWAMsAVQDyAFQA/wBUAP8AVAD/AL4AAACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIA&#10;cwAKAG8ADwBrABQAZwAaAGUAIABjACYAYQAsAF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBU&#10;AF4AUgBoAFAAdABOAIMATACVAEoAqABJAMAASADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAK&#10;AACGBQAAfgAAAHYAAABvAAAAaAAFAGMADABfABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2&#10;AE4APABNAEIASwBIAEkAUABIAFgARgBiAEQAbgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8A&#10;PAD/AKwQAACfEgAAlBIAAIkRAAB/DwAAdgwAAG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBL&#10;ABsASQAhAEgAJgBGACsARQAxAEMANgBCADwAQABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQA&#10;nAAzALEAMgDOADIA8QAxAP8AMQD/AKYWAACaGQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMA&#10;AFEABABMAAoASAAOAEQAEgBBABYAPwAbAD0AIQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8A&#10;MQBZAC8AZQAuAHMALACFACsAmAAqAK0AKQDGACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1&#10;HwAAbBoAAGMWAABaEQAAUg0AAEsHAABEAAYAQAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAA&#10;LAAuADMALQA6ACsAQgAqAEsAKABVACYAYQAlAHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/&#10;AJ0iAACRJgAAhigAAHwnAAByJQAAaSIAAF8dAABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAA&#10;LgATACwAGAAqAB0AKQAiACcAKAAmAC4AJAA2ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZ&#10;AKcAGAC9ABcA3wAXAfUAFwL/AJonAACOKwAAhC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMU&#10;AAA7EAAANA0CAC0JCQApBQ0AJgMQACQBEwAiAhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVP&#10;ABcGXAAWBmoAFAd8ABMHkAASB6UAEQe7ABAH2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAA&#10;ZC4AAFsqAABRJQAASSAAAEAbAAA4FgAAMRIAACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAX&#10;CScAFgkuABUKNwATCkEAEgtNABELWgAQC2kADgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUv&#10;AACKMwAAfzYAAHY2AABsNQAAYzMAAFkvAABQKwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4K&#10;ABUMDgAUDBEAEwwWABIMHAARDSMAEA0rAA8NNAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIA&#10;BhC4AAUQ1AAFEO8ABhD/AJIzAACINwAAfjoAAHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1&#10;IwAALR8AACYaAAAeFgEAFxMGABEQCwAODg4ADg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcS&#10;VQAGE2UABBN2AAMTiwABFKAAABO2AAAT0QAAE+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0A&#10;AFc5AABNNgAARDEAADwuAAA0KgAALCYAACUiAAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8A&#10;BxUmAAYVLwAEFjoAAxZGAAEXUwAAF2IAABh0AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACE&#10;PwAAe0IAAHJDAABoQwAAX0IAAFY/AABMOwAAQzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0b&#10;CQAJGQ0ABhkRAAQZFgACGR0AARokAAAaLQAAGzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByz&#10;AAAczgAAG+0AABv8AIw+AACCQwAAeUYAAHBIAABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAA&#10;KjIAACAtAAAXKQAAECUCAAsiCQAFIA0AAR8QAAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAA&#10;IV4AACJwAAAihQAAIZsAACGyAAAhzQAAIO0AAB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJ&#10;AABKRgAAQkMAADpAAAAvOwAAJTcAABwzAAATLwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYh&#10;AAAmKQAAJjMAACc/AAAnTQAAJ1wAACdtAAAnggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAA&#10;dlAAAG5RAABlUgAAXFEAAFNPAABKTAAAQUkAADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAA&#10;LwsAAC4OAAAtEQAALRYAAC0eAAAtJwAALTEAAC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAAr&#10;ywAAKu4AACr+AIVNAAB9UgAAdVUAAGxXAABjVwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMA&#10;ABM/AAANPQAABjoAAAA4BQAANwkAADYNAAA1DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcA&#10;ADRoAAA0fQAAM5UAADKtAAAxygAAMe4AADD/AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABC&#10;VgAANlIAACpPAAAgTAAAFkkAAA5HAAAIRAAAAEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8&#10;IQAAPCsAADw3AAA8RAAAPFMAADxlAAA7egAAOpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEA&#10;AGljAABiZAAAV2IAAEleAAA8WwAAL1gAACRVAAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQA&#10;AEgIAABHDAAARg8AAEYUAABFHAAARScAAEUzAABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAA&#10;QOwAAD//AH5hAAB2ZQAAb2gAAGhqAABdaQAAT2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJY&#10;AAAAVgAAAFYAAABUAAAAUwAAAFIEAABRCQAAUA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5d&#10;AABOcgAATYsAAEylAABLwgAASeoAAEj/AHtpAAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAA&#10;IGcAABRlAAANZAAAA2IAAABiAAAAYQAAAGAAAABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAA&#10;WxwAAFooAABaNgAAWkYAAFlYAABZbQAAWIUAAFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0&#10;AABMcwAAPnMAADByAAAjcQAAFm8AAA1uAAAEbQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkA&#10;AABpAAAAaQMAAGgJAABoDgAAaBUAAGchAABnLwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEA&#10;AGH8AHd4AABtegAAX3oAAFB6AABCegAAM3sAACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAA&#10;egAAAHoAAAB4AAAAeAAAAHcAAAB3AAAAdwAAAHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1&#10;XwAAdXcAAHSTAABzrwAActMAAHH3AHF+AABjfwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQA&#10;AACEAAAAhQAAAIYAAACIAAAAiQAAAIgAAACHAAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcA&#10;AIkQAACJHAAAiSwAAIg/AACIVQAAiG0AAIeJAACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAq&#10;jAAAG40AAA+NAAAEjgAAAJAAAACRAAAAkwAAAJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACY&#10;AAAAmAAAAJkAAACaAAAAmwAAAJ0HAACdEQAAnSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJvi&#10;AFqLAABLjgAAPJEAAC2TAAAelQAAEJYAAASYAAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAA&#10;AKYAAACnAAAApwAAAKgAAACpAAAAqgAAAKwAAACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAA&#10;tVUAALVwAAC0jgAAtKwAALTMAE2SAAA/lgAAL5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACs&#10;AAAArwAAALMAAAC1AAAAtwAAALYAAAC3AAAAuAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcA&#10;AADLAAAAzQwAAM4aAADPLwAAz0gAANBiAADQgAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQF&#10;BggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01O&#10;T1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWW&#10;mJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f&#10;4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////&#10;//////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkq&#10;Ky0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFz&#10;dHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7&#10;vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////&#10;////////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUG&#10;CAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5P&#10;UFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaY&#10;mZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g&#10;4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////&#10;/////////wABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAx&#10;MjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlq&#10;a2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKj&#10;pKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc&#10;3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAA&#10;AAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhsc&#10;HR4fICEiIyQlJicoKSorLC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNU&#10;VVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yN&#10;jo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbH&#10;yMnKy8zNzs/Q0dPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEB&#10;AgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIj&#10;JCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJk&#10;ZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnK&#10;y8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx&#10;8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBER&#10;EhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7&#10;PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6Wn&#10;qKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g&#10;4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////igfBJQ0NfUFJPRklMRQAJCf//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////9P//////////////////////////////////&#10;///////r0f/////////////////////////////////////////36f7/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///hzdf//////////////////////////////////////92vlrf0////////////////////////&#10;/////////////8WMaKfn/////////////////////////////////////8yciaTn////////////&#10;//////////////////////////rOu8b1////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////cxb31////////////////////////////&#10;/////////7+TeoXF////////////////////////////////////25BbPWWo9v//////////////&#10;///////////////////+vHU0AFSb6//////////////////////////////////TlH5JLE6a7P//&#10;/////////////////////////////9jUyrN+ZW2l+f//////////////////////////////////&#10;//TFrq/J////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////w1sbs////////////////////////////////////5ruRdGOr9///////////////////&#10;//////////////bEmnNFJjR9zP///////////////////////////////7WAVTAKABlgsv//////&#10;////////////////////////z3Q1CwAAAApSp///////////////////////////////ljQAAAAA&#10;AABPp//////////////////////////////2aR0AAAkMBglSsf//////////////////////////&#10;///LOw4TNUxbTUxew/////////////////////////////+pYDZghp+2rKm42f//////////////&#10;///////////////gl42+5f//////////////////////////////////////7fn/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+vZyrzH////////////////////////&#10;///////////PmoFtWkaI6v///////////////////////////////8R8PiYQAABUsP//////////&#10;////////////////////4IM8AAAAAAAuh+3/////////////////////////////rFMQAAAAAAAX&#10;bdb////////////////////////////7gDEAAAAAAAAJYcz////////////////////////////S&#10;WgIAAAAAAAAAXcz///////////////////////////+oNQAAAAAAAAAAXNP/////////////////&#10;//////////99DQAAAAAAAAAAVNb//////////////////////////+59RQAAAAAAAAAARNT/////&#10;//////////////////////yqZC8CAAAEIjdJWM7////////////////////////////ppGtBKD9j&#10;f5Wnutr//////////////////////////////9WyrLLM5Pr/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+W7l3diyP/////////////////////////////////bnmc2CgACjP//////////////&#10;/////////////////8h/PwUAAAAAXs//////////////////////////////2YE5AAAAAAAAPKr/&#10;////////////////////////////nkwAAAAAAAAAI5D////////////////////////////cbxoA&#10;AAAAAAAAEH35//////////////////////////+vSAAAAAAAAAAAAG/u////////////////////&#10;//////+EEwAAAAAAAAAAAGTm/////////////////////////+xRAAAAAAAAAAAAAFfe////////&#10;/////////////////7gVAAAAAAAAAAAAAEjW/////////////////////////3QUAAAAAAAAAAAA&#10;ADjP////////////////////////+aJaEwAAAAAAAAAAACPF/////////////////////////9+b&#10;XCwAAAAAAAAAAA26///////////////////////////vsX1VOSIRBwECESKy////////////////&#10;///////////////fv6WZmJqgrL3a////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////jvp2AfPv/////////////////&#10;///////////////yt4RXMA4AHaz//////////////////////////////9KKTBUAAAAAAHLz////&#10;////////////////////////1n82AAAAAAAAAEvJ///////////////////////////6kT4AAAAA&#10;AAAAAC+r///////////////////////////AWgAAAAAAAAAAABqV////////////////////////&#10;//+NJAAAAAAAAAAAAAiE/////////////////////////+deAAAAAAAAAAAAAAB3////////////&#10;/////////////7QlAAAAAAAAAAAAAABq/////////////////////////30AAAAAAAAAAAAAAABb&#10;9P///////////////////////SsAAAAAAAAAAAAAAABM6///////////////////////pQAAAAAA&#10;AAAAAAAAAAA84f//////////////////////MAwAAAAAAAAAAAAAAAAt2f//////////////////&#10;//+ZimEnAAAAAAAAAAAAAAAn1///////////////////////7b6JVScAAAAAAAAAAAAl3P//////&#10;///////////////////+yp12XUo8Mi0sMDlH3v///////////////////////////////ebd1tLQ&#10;09nk////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////+/Uu9b/////////////////////////////////57iPaksvFW//////////&#10;/////////////////////+ShZzQHAAAAADzJ////////////////////////////1oI7AAAAAAAA&#10;ABKX///////////////////////////thTEAAAAAAAAAAABv//////////////////////////+m&#10;QgAAAAAAAAAAAABQ4f///////////////////////+xpAAAAAAAAAAAAAAA3yf//////////////&#10;/////////7MvAAAAAAAAAAAAAAAitv///////////////////////3kAAAAAAAAAAAAAAAAQp///&#10;////////////////////8jQAAAAAAAAAAAAAAAAAmf//////////////////////qQAAAAAAAAAA&#10;AAAAAAAAjP//////////////////////RgAAAAAAAAAAAAAAAAAAf//////////////////////f&#10;AAAAAAAAAAAAAAAAAAAAdP////////////////////+XAAAAAAAAAAAAAAAAAAAAav//////////&#10;///////////OAAAAAAAAAAAAAAAAAAAAY///////////////////////KSIBAAAAAAAAAAAAAAAA&#10;Yf//////////////////////uaOAVzcXAAAAAAAAAAAAaP//////////////////////////+tOu&#10;lIZ8dXFwcneBlP//////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////bup2CaWnT///////////////////////////////Ik2U9GQAAAB2e&#10;////////////////////////////245MEwAAAAAAAABu///////////////////////////bfCwA&#10;AAAAAAAAAABF1/////////////////////////+LKgAAAAAAAAAAAAAitP//////////////////&#10;/////8JEAAAAAAAAAAAAAAADl////////////////////////30BAAAAAAAAAAAAAAAAf///////&#10;////////////////5zYAAAAAAAAAAAAAAAAAav//////////////////////nQAAAAAAAAAAAAAA&#10;AAAAWP//////////////////////RgAAAAAAAAAAAAAAAAAAR/j////////////////////pAAAA&#10;AAAAAAAAAAAAAAAANen///////////////////+WAAAAAAAAAAAAAAAAAAAAJdv/////////////&#10;//////+8AAAAAAAAAAAAAAAAAAAAGM7////////////////////rAAAAAAAAAAAAAAAAAAAAD8L/&#10;////////////////////AAAAAAAAAAAAAAAAAAAACrn/////////////////////JwAAAAAAAAAA&#10;AAAAAAAACrX/////////////////////cAAAAAAAAAAAAAAAAAAADbn/////////////////////&#10;4JyMcFVCMyYbFA8NDhIaJr/////////////////////////////55NjSzszLzM/W4Pz/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////r07zj////&#10;////////////////////////////0qmFZUgsEgGF////////////////////////////8atxPA8A&#10;AAAAAABP4P/////////////////////////VfzUAAAAAAAAAAAAfsv//////////////////////&#10;/+N1HQAAAAAAAAAAAAAAif///////////////////////5AjAAAAAAAAAAAAAAAAZ///////////&#10;////////////1UMAAAAAAAAAAAAAAAAASPb/////////////////////igAAAAAAAAAAAAAAAAAA&#10;Lt3/////////////////////OAAAAAAAAAAAAAAAAAAAF8j///////////////////++AAAAAAAA&#10;AAAAAAAAAAAABLb///////////////////+cAAAAAAAAAAAAAAAAAAAAAKX/////////////////&#10;//+6AAAAAAAAAAAAAAAAAAAAAJP////////////////////cAAAAAAAAAAAAAAAAAAAAAIL/////&#10;////////////////AAAAAAAAAAAAAAAAAAAAAHT/////////////////////EwAAAAAAAAAAAAAA&#10;AAAAAGj/////////////////////QgAAAAAAAAAAAAAAAAAAAGD/////////////////////egAA&#10;AAAAAAAAAAAAAAAAAF3/////////////////////0QAAAAAAAAAAAAAAAAAAAGH/////////////&#10;/////////yQAAAAAAAAAAAAAAAAAAGb//////////////////////8msmYl9dnFsaWdmZ2tweoz/&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////ixaqR&#10;eWF3/////////////////////////////92md1AsDAAAAAAxxP/////////////////////////g&#10;kk4TAAAAAAAAAAAAj////////////////////////9JwHQAAAAAAAAAAAAAAYP//////////////&#10;////////7m8PAAAAAAAAAAAAAAAAN+L/////////////////////lhwAAAAAAAAAAAAAAAAAFMD/&#10;////////////////////QAAAAAAAAAAAAAAAAAAAAKP///////////////////+uAAAAAAAAAAAA&#10;AAAAAAAAAIn///////////////////+eAAAAAAAAAAAAAAAAAAAAAHL///////////////////+8&#10;AAAAAAAAAAAAAAAAAAAAAF/////////////////////aAAAAAAAAAAAAAAAAAAAAAE3/////////&#10;///////////6AAAAAAAAAAAAAAAAAAAAADv/////////////////////DgAAAAAAAAAAAAAAAAAA&#10;ACr5////////////////////MwAAAAAAAAAAAAAAAAAAABvp////////////////////XgAAAAAA&#10;AAAAAAAAAAAAAA/b////////////////////jwAAAAAAAAAAAAAAAAAAAAbQ////////////////&#10;////0AAAAAAAAAAAAAAAAAAAAADK/////////////////////ysAAAAAAAAAAAAAAAAAAADI////&#10;/////////////////4AAAAAAAAAAAAAAAAAAAADL//////////////////////cWAQUFAwEAAAAA&#10;AAEGDRjL///////////////////////86+HYz8zNz9DS1Nfc4ur/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////8drG///////////////////////////////x&#10;xqOEaE0yGAAVq///////////////////////////uXxGGAAAAAAAAAAAcf//////////////////&#10;/////9d8LwAAAAAAAAAAAAAAO+P/////////////////////32QJAAAAAAAAAAAAAAAADLX/////&#10;////////////////dAMAAAAAAAAAAAAAAAAAAI3////////////////////FFQAAAAAAAAAAAAAA&#10;AAAAAGr///////////////////+ZAAAAAAAAAAAAAAAAAAAAAEv///////////////////+2AAAA&#10;AAAAAAAAAAAAAAAAADD9///////////////////XAAAAAAAAAAAAAAAAAAAAABnn////////////&#10;///////2AAAAAAAAAAAAAAAAAAAAAAXT////////////////////DgAAAAAAAAAAAAAAAAAAAADB&#10;////////////////////LwAAAAAAAAAAAAAAAAAAAACv////////////////////UgAAAAAAAAAA&#10;AAAAAAAAAACe////////////////////eQAAAAAAAAAAAAAAAAAAAACO////////////////////&#10;pQAAAAAAAAAAAAAAAAAAAACA////////////////////2AAAAAAAAAAAAAAAAAAAAAB0////////&#10;/////////////zYAAAAAAAAAAAAAAAAAAABt/////////////////////3wAAAAAAAAAAAAAAAAA&#10;AABp/////////////////////9cNAAAAAAAAAAAAAAAAAABo//////////////////////9wAAAA&#10;AAAAAAAAAAAAAABh////////////////////////UDxGTlRZXWFkaGxwdn6J////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////v1buji3Nalf//////////////////////&#10;////+L+OZEEhBQAAAAAAUvz///////////////////////edVhgAAAAAAAAAAAAAF8H/////////&#10;////////////5WwWAAAAAAAAAAAAAAAAAI3/////////////////////YwAAAAAAAAAAAAAAAAAA&#10;AF7///////////////////+dAAAAAAAAAAAAAAAAAAAAADX8//////////////////+hAAAAAAAA&#10;AAAAAAAAAAAAABHZ///////////////////KAAAAAAAAAAAAAAAAAAAAAAC7////////////////&#10;///uAAAAAAAAAAAAAAAAAAAAAACh////////////////////DAAAAAAAAAAAAAAAAAAAAACK////&#10;////////////////LQAAAAAAAAAAAAAAAAAAAAB2////////////////////TQAAAAAAAAAAAAAA&#10;AAAAAABk////////////////////bwAAAAAAAAAAAAAAAAAAAABS////////////////////lAAA&#10;AAAAAAAAAAAAAAAAAABA////////////////////vAAAAAAAAAAAAAAAAAAAAAAw////////////&#10;////////6g4AAAAAAAAAAAAAAAAAAAAi/////////////////////0QAAAAAAAAAAAAAAAAAAAAV&#10;/////////////////////4EAAAAAAAAAAAAAAAAAAAAL9f///////////////////8gLAAAAAAAA&#10;AAAAAAAAAAAC7P////////////////////9eAAAAAAAAAAAAAAAAAAAA5f//////////////////&#10;///JHAAAAAAAAAAAAAAAAAAA2v//////////////////////nQEAAAAAAAAAAAAABw4Xxf//////&#10;/////////////////9W5vMHHztXb4ebt9Pv/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////jfz//////////////////////////////sxqWIbVQ7IQcAMt7/////////////&#10;///////////XklkpAAAAAAAAAAAAAKD//////////////////////4k2AAAAAAAAAAAAAAAAAGf/&#10;////////////////////ZgAAAAAAAAAAAAAAAAAAADL2//////////////////+VAAAAAAAAAAAA&#10;AAAAAAAAAAPI//////////////////+nAAAAAAAAAAAAAAAAAAAAAACg///////////////////X&#10;AAAAAAAAAAAAAAAAAAAAAAB8////////////////////AAAAAAAAAAAAAAAAAAAAAABe////////&#10;////////////JQAAAAAAAAAAAAAAAAAAAABD////////////////////SAAAAAAAAAAAAAAAAAAA&#10;AAAs////////////////////agAAAAAAAAAAAAAAAAAAAAAY////////////////////iwAAAAAA&#10;AAAAAAAAAAAAAAAF8///////////////////rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////&#10;////1QAAAAAAAAAAAAAAAAAAAAAAz////////////////////yQAAAAAAAAAAAAAAAAAAAAAvv//&#10;/////////////////1QAAAAAAAAAAAAAAAAAAAAArv///////////////////4sAAAAAAAAAAAAA&#10;AAAAAAAAn////////////////////8sOAAAAAAAAAAAAAAAAAAAAkv////////////////////9X&#10;AAAAAAAAAAAAAAAAAAAAhv////////////////////+qCgAAAAAAAAAAAAAAAAAAef//////////&#10;////////////bQAAAAAAAAAAAAAAAAAAZv//////////////////////91UAAAAAAAAAAAAAAAAA&#10;Rf////////////////////////9qIys1P0pVYGp1foeRnP//////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////6M+2nYNpTrn/////////////////////////7LKDXDodAgAAAAAAAHv/////&#10;/////////////////8VtKQAAAAAAAAAAAAAAAED/////////////////////gxsAAAAAAAAAAAAA&#10;AAAAAAfL//////////////////+SAAAAAAAAAAAAAAAAAAAAAACY//////////////////+kAAAA&#10;AAAAAAAAAAAAAAAAAABq///////////////////dAAAAAAAAAAAAAAAAAAAAAABB////////////&#10;////////DgAAAAAAAAAAAAAAAAAAAAAd////////////////////OQAAAAAAAAAAAAAAAAAAAAAA&#10;6P//////////////////YAAAAAAAAAAAAAAAAAAAAAAAzv//////////////////hQAAAAAAAAAA&#10;AAAAAAAAAAAAt///////////////////qAAAAAAAAAAAAAAAAAAAAAAAo///////////////////&#10;ywAAAAAAAAAAAAAAAAAAAAAAkP//////////////////7xYAAAAAAAAAAAAAAAAAAAAAff//////&#10;/////////////z4AAAAAAAAAAAAAAAAAAAAAbP///////////////////2kAAAAAAAAAAAAAAAAA&#10;AAAAWv///////////////////5kAAAAAAAAAAAAAAAAAAAAASf///////////////////9IWAAAA&#10;AAAAAAAAAAAAAAAAOf////////////////////9YAAAAAAAAAAAAAAAAAAAAKf//////////////&#10;//////+iAAAAAAAAAAAAAAAAAAAAGf/////////////////////1VgAAAAAAAAAAAAAAAAAABP//&#10;////////////////////uy8AAAAAAAAAAAAAAAAAAPj//////////////////////6spAAAAAAAA&#10;AAAAAAAAAM/////////////////////////JRwAAAAAHEyAuPlJohO3/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////01cn/////////&#10;///////////////////60rCSd11CKAwAAEr////////////////////////FfUUXAAAAAAAAAAAA&#10;ABHY////////////////////xFAAAAAAAAAAAAAAAAAAAACf//////////////////+iDAAAAAAA&#10;AAAAAAAAAAAAAABo//////////////////+UAAAAAAAAAAAAAAAAAAAAAAA2////////////////&#10;///aAAAAAAAAAAAAAAAAAAAAAAAH7P//////////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//&#10;////////////////SAAAAAAAAAAAAAAAAAAAAAAAov//////////////////dQAAAAAAAAAAAAAA&#10;AAAAAAAAg///////////////////nQAAAAAAAAAAAAAAAAAAAAAAaf//////////////////wwAA&#10;AAAAAAAAAAAAAAAAAAAAUv//////////////////5w8AAAAAAAAAAAAAAAAAAAAAPv//////////&#10;/////////zMAAAAAAAAAAAAAAAAAAAAAK////////////////////1gAAAAAAAAAAAAAAAAAAAAA&#10;GP///////////////////4EAAAAAAAAAAAAAAAAAAAAABf///////////////////6wAAAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////94iAAAAAAAAAAAAAAAAAAAAAPL/////////////////&#10;//9cAAAAAAAAAAAAAAAAAAAAAN////////////////////+fAAAAAAAAAAAAAAAAAAAAAMz/////&#10;///////////////oSgAAAAAAAAAAAAAAAAAAALf/////////////////////oBYAAAAAAAAAAAAA&#10;AAAAAJz//////////////////////3oCAAAAAAAAAAAAAAAAAHf///////////////////////96&#10;CwAAAAAAAAAAAAAABUz/////////////////////////oldodICNnKu80Of/////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////7eP/&#10;/////////////////////////9Kjelg6KSMcFg4GAACf/////////////////////6xSDgAAAAAA&#10;AAAAAAAAAABp///////////////////kQwAAAAAAAAAAAAAAAAAAAAA0//////////////////95&#10;AAAAAAAAAAAAAAAAAAAAAAAA4//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////&#10;////////////EwAAAAAAAAAAAAAAAAAAAAAAhf//////////////////TwAAAAAAAAAAAAAAAAAA&#10;AAAAXf//////////////////gwAAAAAAAAAAAAAAAAAAAAAAOv//////////////////sgAAAAAA&#10;AAAAAAAAAAAAAAAAHP//////////////////2wMAAAAAAAAAAAAAAAAAAAAAAv//////////////&#10;/////yoAAAAAAAAAAAAAAAAAAAAAAPv//////////////////08AAAAAAAAAAAAAAAAAAAAAAOf/&#10;/////////////////3QAAAAAAAAAAAAAAAAAAAAAANT//////////////////5sAAAAAAAAAAAAA&#10;AAAAAAAAAMD//////////////////8QHAAAAAAAAAAAAAAAAAAAAAK3///////////////////Az&#10;AAAAAAAAAAAAAAAAAAAAAJr///////////////////9nAAAAAAAAAAAAAAAAAAAAAIb/////////&#10;//////////+jAAAAAAAAAAAAAAAAAAAAAHL////////////////////jRAAAAAAAAAAAAAAAAAAA&#10;AFz/////////////////////kQYAAAAAAAAAAAAAAAAAAEH/////////////////////618AAAAA&#10;AAAAAAAAAAAAAB3//////////////////////8pLAAAAAAAAAAAAAAAAAAD/////////////////&#10;///////LVwAADBgkMT9OYHSLp8f//////////////////////////9fn8v//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////+vUzcfCvrq3s7Ctqail////////////////////3X5T&#10;PzAjGREJAgAAAAAAAAAA2/////////////////92AAAAAAAAAAAAAAAAAAAAAAAAp///////////&#10;//////+6AAAAAAAAAAAAAAAAAAAAAAAAdf//////////////////BwAAAAAAAAAAAAAAAAAAAAAA&#10;Rv//////////////////TgAAAAAAAAAAAAAAAAAAAAAAGv//////////////////jAAAAAAAAAAA&#10;AAAAAAAAAAAAAP3/////////////////wQAAAAAAAAAAAAAAAAAAAAAAANv/////////////////&#10;8RkAAAAAAAAAAAAAAAAAAAAAAL7//////////////////0QAAAAAAAAAAAAAAAAAAAAAAKT/////&#10;/////////////2sAAAAAAAAAAAAAAAAAAAAAAI3//////////////////5EAAAAAAAAAAAAAAAAA&#10;AAAAAHn//////////////////7cAAAAAAAAAAAAAAAAAAAAAAGb//////////////////94hAAAA&#10;AAAAAAAAAAAAAAAAAFP///////////////////9KAAAAAAAAAAAAAAAAAAAAAD//////////////&#10;//////93AAAAAAAAAAAAAAAAAAAAACv///////////////////+sCgAAAAAAAAAAAAAAAAAAABb/&#10;///////////////////nRQAAAAAAAAAAAAAAAAAAAAD/////////////////////igAAAAAAAAAA&#10;AAAAAAAAAAD/////////////////////1k0AAAAAAAAAAAAAAAAAAAD9////////////////////&#10;/6cuAAAAAAAAAAAAAAAAAADV//////////////////////+YKgAAAAAAAAAABhgtRWDg////////&#10;////////////////qGN0gY+cq7vN4vr/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+fLt6mdlY6JhIB8eHRwbGhlkP////////////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//&#10;////////////////AAAAAAAAAAAAAAAAAAAAAAAAA///////////////////QgAAAAAAAAAAAAAA&#10;AAAAAAAAANz/////////////////jgAAAAAAAAAAAAAAAAAAAAAAALL/////////////////zgAA&#10;AAAAAAAAAAAAAAAAAAAAAI3//////////////////ykAAAAAAAAAAAAAAAAAAAAAAGv/////////&#10;/////////1oAAAAAAAAAAAAAAAAAAAAAAE7//////////////////4YAAAAAAAAAAAAAAAAAAAAA&#10;ADT//////////////////64AAAAAAAAAAAAAAAAAAAAAAB7//////////////////9QXAAAAAAAA&#10;AAAAAAAAAAAAAAr///////////////////o9AAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//9lAAAAAAAAAAAAAAAAAAAAAAD///////////////////+OAAAAAAAAAAAAAAAAAAAAAAD/////&#10;//////////////+8GQAAAAAAAAAAAAAAAAAAAADv///////////////////xTgAAAAAAAAAAAAAA&#10;AAAAAADY////////////////////iwAAAAAAAAAAAAAAAAAAAAC/////////////////////zEMA&#10;AAAAAAAAAAAAAAAAAACh/////////////////////5EZAAAAAAAAAAAAAAAAAAB6////////////&#10;//////////J0CgAAAAAAAAAAAAAAABFf///////////////////////odBMfLDhFU2JyhZu00vX/&#10;/////////////////////////9fo9P//////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////+/fz8e7s6+vs8f//////////////////2bKZh3ltZF1WUUtGQTw4&#10;Mi0oI8T/////////////////SyULAAAAAAAAAAAAAAAAAAAAAJL/////////////////iAAAAAAA&#10;AAAAAAAAAAAAAAAAAGb/////////////////1wAAAAAAAAAAAAAAAAAAAAAAAD3/////////////&#10;/////zMAAAAAAAAAAAAAAAAAAAAAABj//////////////////2wAAAAAAAAAAAAAAAAAAAAAAAD/&#10;/////////////////50AAAAAAAAAAAAAAAAAAAAAAAD//////////////////8kMAAAAAAAAAAAA&#10;AAAAAAAAAAD2//////////////////E1AAAAAAAAAAAAAAAAAAAAAADf//////////////////9b&#10;AAAAAAAAAAAAAAAAAAAAAADL//////////////////+CAAAAAAAAAAAAAAAAAAAAAAC3////////&#10;//////////+pBgAAAAAAAAAAAAAAAAAAAACj///////////////////TLwAAAAAAAAAAAAAAAAAA&#10;AACN////////////////////XgAAAAAAAAAAAAAAAAAAAAB3////////////////////kwcAAAAA&#10;AAAAAAAAAAAAAABe////////////////////zUMAAAAAAAAAAAAAAAAAAABA////////////////&#10;/////4cQAAAAAAAAAAAAAAAAAAAc/////////////////////9heAAAAAAAAAAAAAAAAAAAA////&#10;//////////////////+/TgAAAAAADhwsPlJqhqXI////////////////////////wnyMmqe2xdbo&#10;/f//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////7uHXz8nD&#10;vrq2sa2pp6amp67/////////////////voZtW0xANy8oIhwWEAsEAAAAABT/////////////////&#10;1wUAAAAAAAAAAAAAAAAAAAAAAAD//////////////////zQAAAAAAAAAAAAAAAAAAAAAAAD2////&#10;/////////////3YAAAAAAAAAAAAAAAAAAAAAAADS/////////////////7AAAAAAAAAAAAAAAAAA&#10;AAAAAACy/////////////////+EkAAAAAAAAAAAAAAAAAAAAAACW//////////////////9RAAAA&#10;AAAAAAAAAAAAAAAAAAB8//////////////////95AAAAAAAAAAAAAAAAAAAAAABm////////////&#10;//////+gAAAAAAAAAAAAAAAAAAAAAABR///////////////////HIwAAAAAAAAAAAAAAAAAAAAA8&#10;///////////////////uSwAAAAAAAAAAAAAAAAAAAAAn////////////////////dAAAAAAAAAAA&#10;AAAAAAAAAAAQ////////////////////oxYAAAAAAAAAAAAAAAAAAAAA////////////////////&#10;2EwAAAAAAAAAAAAAAAAAAAAA/////////////////////4gPAAAAAAAAAAAAAAAAAAAA////////&#10;/////////////8tTAAAAAAAAAAAAAAAAAAAA//////////////////////+lOAAAAAAAAAAACR00&#10;TmuM////////////////////////mTlDUV9ufY6gtcvl/////////////////////////////+v5&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////+vMuayhmZGLhoF8eHRwa2hmZmjx////////&#10;/////////2FFMiMYDgYAAAAAAAAAAAAAAACe/////////////////34AAAAAAAAAAAAAAAAAAAAA&#10;AAB1/////////////////8MAAAAAAAAAAAAAAAAAAAAAAABS//////////////////s3AAAAAAAA&#10;AAAAAAAAAAAAAAAy//////////////////9qAAAAAAAAAAAAAAAAAAAAAAAW////////////////&#10;//+WAAAAAAAAAAAAAAAAAAAAAAAA//////////////////+/GwAAAAAAAAAAAAAAAAAAAAAA////&#10;///////////////mQgAAAAAAAAAAAAAAAAAAAAAA////////////////////aQAAAAAAAAAAAAAA&#10;AAAAAAAA////////////////////kAIAAAAAAAAAAAAAAAAAAAAA////////////////////uSwA&#10;AAAAAAAAAAAAAAAAAAAA9P//////////////////6FwAAAAAAAAAAAAAAAAAAAAA2f//////////&#10;/////////5EYAAAAAAAAAAAAAAAAAAAAvP///////////////////8pTAAAAAAAAAAAAAAAAAAAA&#10;nf////////////////////+YLgAAAAAAAAAAAAAQKUZmxP/////////////////////ufx0MGig3&#10;RldpfpWvzO7/////////////////////////56CqucjY6fz/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////99fDr5uLf29jU0tHQ0tfg&#10;/////////////////86einxxaWFbVlFMSEM+OjYyLy4x/////////////////9IlEQMAAAAAAAAA&#10;AAAAAAAAAAAA//////////////////9CAAAAAAAAAAAAAAAAAAAAAAAA//////////////////99&#10;AAAAAAAAAAAAAAAAAAAAAAAA//////////////////+wCwAAAAAAAAAAAAAAAAAAAAAA9v//////&#10;///////////dOQAAAAAAAAAAAAAAAAAAAAAA3P//////////////////YgAAAAAAAAAAAAAAAAAA&#10;AAAAxf//////////////////iQAAAAAAAAAAAAAAAAAAAAAAr///////////////////ryIAAAAA&#10;AAAAAAAAAAAAAAAAmf//////////////////1kgAAAAAAAAAAAAAAAAAAAAAgv//////////////&#10;/////3IAAAAAAAAAAAAAAAAAAAAAaf///////////////////6EoAAAAAAAAAAAAAAAAAAAATv//&#10;/////////////////9NcAAAAAAAAAAAAAAAAAAAAM/////////////////////+WLgAAAAAAAAAA&#10;AAAAFTJSd//////////////////////gchMAAAEPHy9CWHCLqMjs////////////////////////&#10;ym9ufo6esMPY7///////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////54NLIwLq1sKyopaKfnZubnKCn//////////////////+CZFZL&#10;Qzw2MCsnIh0YEw4JBAAA1P////////////////+SAAAAAAAAAAAAAAAAAAAAAAAArf//////////&#10;///////MHgAAAAAAAAAAAAAAAAAAAAAAi//////////////////7UgAAAAAAAAAAAAAAAAAAAAAA&#10;bf//////////////////gAAAAAAAAAAAAAAAAAAAAAAAUf//////////////////qRsAAAAAAAAA&#10;AAAAAAAAAAAAOv//////////////////0EIAAAAAAAAAAAAAAAAAAAAAI///////////////////&#10;9WgAAAAAAAAAAAAAAAAAAAAADP///////////////////48UAAAAAAAAAAAAAAAAAAAAAP//////&#10;/////////////7g+AAAAAAAAAAAAAAAAAAAAAP///////////////////+VtAwAAAAAAAAAAAAAA&#10;AAAAAP////////////////////+fNwAAAAAAAAAAAAAAEC9QdP/////////////////////dchQA&#10;AAAABhcqQVp1lLba////////////////////////vFhEVGR1hpqvyOP/////////////////////&#10;/////////9LN4fH/////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////z7+vv9////////////////////&#10;///uuaidlo+KhoJ/e3h2dHJzdXh/kP/////////////////rTzowKCEbFRALBwIAAAAAAAAAI///&#10;////////////////aQAAAAAAAAAAAAAAAAAAAAAAAP//////////////////mwoAAAAAAAAAAAAA&#10;AAAAAAAAAP//////////////////yDkAAAAAAAAAAAAAAAAAAAAAAP//////////////////8GMA&#10;AAAAAAAAAAAAAAAAAAAAAP///////////////////4oOAAAAAAAAAAAAAAAAAAAAAP//////////&#10;/////////7A0AAAAAAAAAAAAAAAAAAAAAP///////////////////9VbAAAAAAAAAAAAAAAAAAAA&#10;AP////////////////////+FGgAAAAAAAAAAAAAAAAAAA+z///////////////////+xSQAAAAAA&#10;AAAAAAAAGDldgf/////////////////////lex4AAAAAAAwhOFJvj7PZ////////////////////&#10;////u1gpOUlabICXsM3t/////////////////////////////7OetMXX6///////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////rv5+Hc2dbU0tDQ0NHT2eDr9///////////////////uIp+d3FsaGRhXltZWFdX&#10;WV5lcf//////////////////vzEfFhAKBQAAAAAAAAAAAAAAAP//////////////////7VYAAAAA&#10;AAAAAAAAAAAAAAAAAOj//////////////////4IEAAAAAAAAAAAAAAAAAAAAAMz/////////////&#10;/////6svAAAAAAAAAAAAAAAAAAAAALP//////////////////9JXAAAAAAAAAAAAAAAAAAAAAJv/&#10;//////////////////d8EAAAAAAAAAAAAAAAAAAAAIX///////////////////+iNwAAAAAAAAAA&#10;AAAAAAAFK5T////////////////////LYQIAAAAAAAAAAAAMLFB2ntH////////////////////1&#10;jTAAAAAAAA0jO1d2mb7l////////////////////////w2MYKjtMX3SNp8bn////////////////&#10;/////////////6h/lqi70Of////////////////////////////////////9////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////93Oxb+8uba0&#10;s7GysrW5wMnV4////////////////////5dsZF5ZVVFPTEpIR0ZIS1BZZqH/////////////////&#10;/6cmDgcCAAAAAAAAAAAAAAAAAFb//////////////////85QAAAAAAAAAAAAAAAAAAAAADr/////&#10;//////////////R5CwAAAAAAAAAAAAAAAAAAACH///////////////////+fMgAAAAAAAAAAAAAA&#10;AAAAAA7////////////////////EWAAAAAAAAAAAAAAAAAgxWoT////////////////////pfx8A&#10;AAAAAAAAAAYnS3Gawun/////////////////////p0kAAAAAAhcvSmiKrtX8////////////////&#10;////////03UeJjhKXnWPq8vv/////////////////////////////65yhZiswtv2////////////&#10;///////////////////////f7///////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////+/sqqmo6Ggn5+ho6astMDN3ez/////////&#10;//////////+KWlNPS0hGRENCQUJDR05ZaX3///////////////////+eLgYAAAAAAAAAAAAAAAAA&#10;AAD////////////////////DVgAAAAAAAAAAAAAAAAAAFUH////////////////////nexoAAAAA&#10;AAAAAAAACTRgi7T/////////////////////nz8AAAAAAAAABCVKcZnC6///////////////////&#10;////xmYPAAAAEypEYoOnzfX/////////////////////////6441Kz5RaIGdvN7/////////////&#10;/////////////////752f5Spwdz5///////////////////////////////////S2PP/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////by8O/v7/Hz+P3/////////&#10;///////////////////4sJ+al5aWlpibn6SstsLR4e7////////////////////+jlBKR0VERERF&#10;RkdLUVpog6n/////////////////////pkEBAAAAAAAAAAAHNmOPuuH/////////////////////&#10;xmUKAAAAAAAEJ0xznMTs////////////////////////5YgvAAATKkRigqbM9P//////////////&#10;/////////////6tQNkphe5a01vr//////////////////////////////9KHfJixy+n/////////&#10;///////////////////////////Uzu3/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////+3l4+Pk5ujt8fn//////////////////////////////bGU&#10;kpKVmZ2jqbK80O3//////////////////////////51TR0lNUVZgc4qv1vz/////////////////&#10;/////////7JWABo1UG2LrtL3/////////////////////////////81vPl97mbfX+f//////////&#10;/////////////////////+6fg6bC4f/////////////////////////////////////jzuv/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////AAAA/+4ADkFkb2JlAGRAAAAAAv/bAIQAAgICAgICAgICAgMCAgIDBAMCAgME&#10;BQQEBAQEBQYFBQUFBQUGBgcHCAcHBgkJCgoJCQwMDAwMDAwMDAwMDAwMDAEDAwMFBAUJBgYJDQoJ&#10;Cg0PDg4ODg8PDAwMDAwPDwwMDAwMDA8MDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAFAgE&#10;ggOcBAERAAIRAQMRAQQRAP/dAAQAdP/EAaIAAAAHAQEBAQEAAAAAAAAAAAQFAwIGAQAHCAkKCwEA&#10;AgIDAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAACAQMDAgQCBgcDBAIGAnMBAgMRBAAFIRIxQVEG&#10;E2EicYEUMpGhBxWxQiPBUtHhMxZi8CRygvElQzRTkqKyY3PCNUQnk6OzNhdUZHTD0uIIJoMJChgZ&#10;hJRFRqS0VtNVKBry4/PE1OT0ZXWFlaW1xdXl9WZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3OEhYaHiI&#10;mKi4yNjo+Ck5SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6voRAAICAQIDBQUEBQYECAMDbQEAAhED&#10;BCESMUEFURNhIgZxgZEyobHwFMHR4SNCFVJicvEzJDRDghaSUyWiY7LCB3PSNeJEgxdUkwgJChgZ&#10;JjZFGidkdFU38qOzwygp0+PzhJSktMTU5PRldYWVpbXF1eX1RlZmdoaWprbG1ub2R1dnd4eXp7fH&#10;1+f3OEhYaHiImKi4yNjo+DlJWWl5iZmpucnZ6fkqOkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAA&#10;PwD4HYsn7+ZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bArsqgxOyHZZGRV2NIFQOmSCX&#10;Y04Qrs2KuzYVdmwK7Nirs2KuzYq7Nirsvl7ZBi7KbsckFdjBhS7JD5Y0SbzFrunaRCBW6krIx2Aj&#10;QcmJPyGUarMMOMz/ABbgdqa2Oj008p6D7TsHYvrEHp3c4C8QkjIY/wCXiaUzMxDigD5ORppcWOJ7&#10;wHYS8TX5ZEhvdko8uedPM/lOeObQtYuLJUcSG25c4HYbfHE1VOxzB1XZuDU/XEX38j83VdpdiaPt&#10;CJGfGJefKXwI3dnq3yJ/zlUltGlh5y0dypURjVLJ6ha9WaE9Kf5JzndT7P5sVnEeIHejsfn+t8p7&#10;d/4FhmfE0eQd/DLr/nfrDs9heUfzB8n+braKXRPMFnqSyCi28UiiaFiOVJI2o9ailaZp5E4jw5QY&#10;+/8AX1fIO1uwNd2dMjPilDzI2PuPJ2TlLhJUjkDPItAHUb8d+49zhjPiAdHLGYkjl+l2DAHYN6pC&#10;orGoA4sKDt9OWgXfFyHzaTXR2Nm9OOWB+fwcTWvUttQV8cjOhIG0wuUSK3dlO5ZeIJYkEQgqKgk7&#10;7+wwSMpfoTEAG/m7AqIxaW3DgMaMrUBqabGp6U75XW5FtpOwlTsv6tGY+MnJgdiw+yd6sTQ1FTiI&#10;R6/jv818Q3YdjRBGQfTLSsSpWm78Tt+12wcIOw33Txnrs7AGpeX9F1qIW2r6Xa6jAzf8fEKSDqf5&#10;hXemX4pSgRRI3b9Nr9RpTxYpyifIkOzjWv8A/OMn5WeYJJZ10RtHuJSSz2UpiFW6HjuB8qZtcXae&#10;phtxX73sdB/wSu2NGAPE4wP5wv7ebs4f5h/5wzh4u/ljzYY5ACRaahHUEkmgDp4DxGZmPt8j64fI&#10;vadn/wDBhldanBt3wP6C7ONax/zi5+aGnNILK1staSM0JtpgrE0rsHpmbj7c00iQSR7w9lpP+Cd2&#10;RmA45ShfeP1OzmGtflX+Yfl5Wk1byjqNvEv2pViMigeNUrtvmfj1mHJ9MwXpdH7U9maw1izwJ7rr&#10;73ZB5LaaEkTQSRMOqupU/iBmRYd0MsZciD8XYkQKbYQWwF2M+nphTbs1D8sBW3ZiOnbIWxt2Hek+&#10;V/MWvyCPRtFvNSY94IWZR82pQZXk1OPGLnIBw9V2npdILzZIx95Ds7X5b/5xl/MTWfQl1GGDQreV&#10;vjE785lXufTX+uarUdv6fHsLkfL9bxnaP/BK7M01jGTkI7uXzdnonyv/AM4neTtOWK58walca7PD&#10;/fQk+hbsfCi/F7dc02f2hy5ARACPnzL572n/AMFTXZrjp4DGD15y/U7PUnljyv5R8rRW8ei6HZaY&#10;UTi8kMKAqAK7sQTyPzzV/m5zPrkTb5l2n2nrdeSc2SU9+pP3cqdksfzHArpDUcJgeTDdjT+Ndsfz&#10;9bDkXUjs+RBPc7ANz5gvWcpEpHJSoY15gnoaDagGV5NXMnYt+PQYwLP7HYmIL/UX5s79BRSeIHjX&#10;6crEZ5N2XHjwigA7DKDSBCyEjk1P7w1+I+FO4zKhpCDdONPWcQdi+pXGi6BbyX+r39vp1jAvK6vr&#10;iRY4kVQWFSSBWgNKdcvnHHjkAdz5MNPj1GrkIYYmUjyAFkuzyf8AmB/zl/5Q0FLjTvJOmt5o1AVR&#10;dSlYwWK77/5cm/hQZn4OztRqBuBjiep5+8D9fyfVewf+BHrdURk1sxhh/NHqn+qP3uzw/wCefzl/&#10;MHz/ACzfpzX5ksJGqmjWjGC0Udh6aEcqDapJzd6XsfBg3ril3nf5dz7V2J7H9m9kgeBiHEP45eqZ&#10;+J/Q7OUk1/Xm1Ap6sOxgrirsugGJV2WB7b4Vdgq0s7u/uI7SxtZb26lNI7aBGkdifBVBOQnMRFk0&#10;1Zs0MMTOZEYjqTQ+12elPIH/ADix+YnmuS2utZt18q6TIQZJLv4rlkJ/YhG9fnTNVqe2McNsfqP2&#10;fN847f8A+Cf2XoAY4T40/wCj9N+cv1Oz3J5K/wCcevy+/L70bi00pdY1RUpNqmpqtw4P80aH4I/o&#10;GaTVarNl5yoeT4j2z/wQO0u17jKfBDpGFxHxPMuzsRg+zwqiKAESnGhHY07fLNXOO/Fy/HV5ET73&#10;YkIWJjR3UChCJuEBJ+Jm7nrtkQDYiT+plx8yHYNES8WB+MxoFZ123/ZAA/WcuGO7reh/Y0cR+bsG&#10;g0H7scZwoHqEVUH2r1pmVdChzr4NNb78nYsJn4rSAtJUdfioegFfxplviEDccu9gYC+ezsi3mf8A&#10;MzyZ5HtXm8zeZLWzZF2shIJbqRuypBGS1aeNMI1W/BG5e7f7eQdp2Z7Na/tSYGmwyl51UR75Hb5W&#10;7POmuf8AOaenw+vB5K8nyTsY6R6nqs3CNnrXl6MXxU9i2ZuI6oAUIwsb/wAR/QH0XQf8BnLKpazU&#10;Ab/TAWa/rHb7HZw3zH+dPn78wpj/AIg1+d7CQqy6HbH0LOMg1oIU2aterVOQy6eUzeWRmfPl8uQ+&#10;T3/Zfsb2b2RH9xiHEP4j6pn4l2TTyTflrgwvKeEoH7yu3xbMKfRkK4ZCnF7Tw0BIcw7IB5mtfqet&#10;6jCF4qJnZFP8pNRm1jLiAL2HZmXxdNCXk7CD38MBPRz3Yk3fx7DGItkA7A7Eite+LIVbsDsB4dck&#10;zdka1m0EkTNTelMsiXIxT3dnJL2H0ZnXoK5eDs7bHKw7AuSZkOxpJ79MVp2WCe/0Ypp2Xirsuori&#10;gB2LJ16YDurskOiR+pqFutP2q5RqDUXC10uHEXZ1xFotOlBtmqePJ3dhppqFnaoBUCuRkWjNLZ2S&#10;bTQW5tsxjB41H0kYDs4Oc1Tsl9jCzvADRQArxk17n8K0+7K5nZ1OokKNOw0RS11cgGgQA8j4Den0&#10;9sgXW5COCPm7DW4C+hGVQKQC5p9oV7YQacDHfEbdkg8t25klsbdwnqzyBWVe4dwAd+9OuQn5Os7T&#10;yUJSHID7g7PQ/nBSk9nCj8Y4IwOFPtUG36sye1YjijHuD592SbjInmS7IeFloFRf3r04zVJ+8eGa&#10;uFxNU7ax15dzsN0UkR8gCydxuCe5zLrZwyebsElwy8a9fDpkidqawKLsT4FE26r+1475EbMrBLsU&#10;IWnJl3Y9K7jERJDH3OxURcSpHbr7VyQDHi2dlyqfTc1oqsCKdaHLCNiiB3DsF6BbpPrkDbOYfiG1&#10;eJIoOmZGgwieoj1pq1+Qw05He7PNv/OWepG6/M2y0wty/QWiWsDL2Dy1kan3jOu1ZvIe8AB92/4C&#10;2k8HsM5P9VySPwGwaGeX/ozHfW28afuxV2JsBtTDFmHYzJJdlGn04q7G4q7KxV2bbpirs//Q+B2L&#10;J+/mbFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bIlFuzYq7NjauxpBO+EFIdjcKuzY&#10;q7Nirs2KuzYq7Nirs1K/RirssEnAQinY49N8CHYmFOStJdnoX/nHnRFvde1nVpEDx6XZ8EB3HOVt&#10;6j5DNH21lqMY9+759/wQdacWmx4gd5y+52BPzP8AJV/5e129nltmGm6pI01ncgfCrNu0Z8CCdsze&#10;yNbDLjEb9Q2pz/ZTtzFrdNGAP7yAojv7i7ONvH6bMpG4NM20ovYxlYdiDDf2xAZOxhoOmNMXYvBd&#10;XNpMlxazyW1xHvHPExR1p4MpByjJhjkBEgCGjJhjkiYzAIPQ7uzu3kz/AJyR/Mjyg0Ecl7H5i0+K&#10;iyWWpLyZ0Hb1Vo1fAmpzR5vZzASTjJgfLl8j+inhu2P+Bz2V2iCRE4pHrDbf3Hb4Oz0n5Q/5y88q&#10;XzNF5x0q80V3IK3FsPrMINOm1HAB+eanL2NqsO4qY/0p+39b5v2t/wACXWYhejnGY7j6T+q3Z6C8&#10;p/mn5C83uy6F5ksryWRizxvMIpVUCoIhm4n7s1khPCf3sTG+p/FPAdq+y/aPZw/f4ZRHkLB/zo27&#10;Oj83kRWhYMs4qk2wUg71H0ZMZOMekg+bzvDR9XTo7KLqY2HD1xHRnYDYg++2EyFUN6SAQedW7FaR&#10;fupPiXieRJHdR0YfThAAo1TDfcOxWQCkSEAg05OoIYe+TmLruYxJ3Lssyxx0LEs8akuaE7gEkAD2&#10;wyyCC8JLszSxGKMqlWfqe/tU5M5IkChugRN7uwPPGktODFlH2UUChptv7ZXkAI522QkY83YHokpQ&#10;FOIjYfFx3YqADQ9aDKNjz6Nm4+P2Oy3VJNpVRlVypUGvxMaAEZMji50d0RJHK3YQ6j5Q8t6qjLqH&#10;l7T7xSP35lt4zy361phGXIN4kjv3Ln6ftbVac3jyzHdUi7IBqf5A/lXqbuZ/KVnGXXiXtw0AIapL&#10;AqaZmQ1+ph/Hfvd9pvbztjABw55H3+r73ZzjWP8AnEn8tLtGbT31DTGEZZnSUMoG+9HB3GZEe29T&#10;Eb0aHUdHotJ/wV+1cZrIIT+G/wBjsidj/wA4f+VSzXM+s6xcW6yEi1mjS2kKDpyruK9R4jLcnb+c&#10;j0469/4+Ltc//Bb1n0xx4wa5gmQt2dR8uf8AOP8A+Wfl6ZJY/L0eovbsWaa9BuG4b/FRqL4ds1eb&#10;tXU5DvIgeTzHaPt72trI0cpjfSPp/a7Oz2WhWNha/V9O0+KytIvihghjVF+EUFAoFdh3zCkJT3Nl&#10;47NrsmafFkkZSPUm3ZoNN9GbkFdi8YLkgEg1A5V6dBlccdFcmp4h8XYPbTpWpSJVYkUSoIp26ZYc&#10;Eu5o/MAdXY59FaRWf4fjIEiqKKD0rt3ocn+TkRaI6wDZ2XHoiwAMIahaGJ2PTsSQfo+/D+VMd6WW&#10;tM9rdh3Hp1vC1ZEBlI9QhR2+f0ZmY9PGP1c+bhS1EpcuTsK/MPmny15PsZdQ8xavbaVaogZZLl1U&#10;0B3CpWrGgJoBlpyQhLhFmR6AWfl5uT2f2Xqu0cgx6fHKcvIfp6OzyP5+/wCcx9C0tHsPy50k6vdR&#10;VWPWr8MlsDUliIyeT1r3oNqZm6fs/UZQAQMcfnKvuD6z2D/wINRnPido5OCJ/gjvL58h9vN2eF/O&#10;n5j+cvPt7Je+aNduNTLEFLVmKwJT7ISJaKKUFO+b3S9nYcG8R6u87y+b7f2N7OaHsnHwabEIef8A&#10;EffLm7IGz1oeuZ1O9AdifIn+3CmnZVRil2WPbvirsMtL0jVNbvINP0jTrjU764YJDa20Zkck7DYD&#10;b6chkyxxi5Gg42q1mHSwOTLMQiOZJoOz1z5D/wCcQPM2rejeed9STy7aMvMaVb0lvG8FY/YT3rXN&#10;FqO3Yi44xZ7+j5N27/wXNJp7hooeLL+cdofDqXZ7e/Lz8p/KHkK2+reXNFht52AW41Bh6l1LtuGk&#10;apBPcDNEcmbVy9ZvyfFe3/arXdrT4tRkJHSPKI+A/S7OyQ2LohYIqqgqo6EnuM2GLTyiN65fF4+e&#10;ey7A89sqyVc1FKM29B3PzyGTCBKz+Px97ZDJts7AXpq7xrGCkdakD9eYvDEnYUG3iIBvm7KkVVKs&#10;49VW3oAAag02HXfIGNUTv+PxzTEk7DZ2ANa8yaL5c083vmDVbLQrOGvOe6mjiJJoTsTybY7UGWnN&#10;0qj3D6vkG/RdnajWZeDTwlkkeQiCf7HZ5k87f85d+QNGjmtfKlldecb2E/6NMVNpZbbDlI3xsPGg&#10;zIxaPUZgBwiMf6XP/Sjr7yH0vsb/AIEvaWpIlqpRwRPMfXP5DYfEuzyR5z/5yO/NHzqxiOsL5csF&#10;LcLDSAYKq23F5Kl2oOm+Z0OxsXPJcz58h7h/a+sdj/8AA67J7MF+H4s+/J6vkOQdnGWnmmdpZZXm&#10;lavKaRizEnqSzVJzZQwxhsBQezjijAVEADuDsMrYGiilRSgXtgkGqdW7JrpDEcN/hp8RHUU65iZf&#10;J1Wo3t2dx8n3XG6tFqAJIWYCnQgg8qdzmFMnZ5PtKHoPvdjvPsCprCzKGBuoUduXjShzNwn0uz9n&#10;shOn4e4uyCHv4d8ud+HYk3U+GBLsDNvt9/ji2RDsQYHCydgK5j9SJgR264Y7FlA0XZyjX7Yxy8qd&#10;8you108nZGck5bsvFHE7KxS7NirscvX54qHYun44sXZLvK0Xq6iDt+7BOYerNRDq+1Z8OJ2dVI4r&#10;SlSc1oeUDsPNNgPos22/U+/bElxs8t6dkq0uEGKZmojcqMSNuntvkZF12pluA7JfYRUmHKp4gAuw&#10;FVAoONP1ZUTbp9VP007BIjLtNLxJ9R2Fe7AdvamQJcLJKqHcHYPu42EMhHIgKrE1pyyVbOJikOIO&#10;zoPkOw+sa9paso4xyx8e5AUF2rhxw45xHmHm+3c/Bp511B/U7OqebZSdTXkaCIgIa0Ar45PtIk5f&#10;c8t2VH91t1dhPGxqQ3Z6rTuD0zBoFy5D7nYYQNT4v5aijf2ZaDQpx5i3YM5wlKqeEm58fuy4EENX&#10;DIHydjfTMgDCQEL0B2xoVSeIB2WsTI3LidiK98eEjdBkC7BEauWO9ORAIPh4ZKIrkwkQA7FHhHCU&#10;SnihBBqdyD4ZMw53yYRnuK5uw68gWAbXOK19JFjCqR4ntmz7CxCWo25Bxe3c3+D+ZJdnhD889WGt&#10;fm357vVfnGmotbQt/k26iP8Ahm7zS4skj5v1T/wPtH+U7B0mPqYcX+m3cOmck9+2QeydjK17Yq7K&#10;IqPDEGkg07EiOtN/DJ2zt2UemKuxnz3xV2bFXZWKuz//0fgdiyfv5mxV2bFXZsVdmxV2bFXZsVdm&#10;xV2bFXZsVdmxV2bFXZsSrs2QYuy8KXZXXEq7GHrkgl2NrirsvCrs2BXZsVdmxV2bFXZsSFLsunem&#10;RKHZe9OmKHYzemStLs92/wDOOvl4Wfkh9Wp+91e9aZzT/dUf7tQa/Sc5LtfMJ5yO4U+Gf8EPtDxe&#10;0PC6QjXxO7s9FX/lbTPMeivp+qWomtb9fSZXG6iuxHgQe+avFOWOQlE0Q+eaftTNotQMmKVSjvs7&#10;PEf5m/kP5o8pyyX+lQSa5obKZBPEtZogK1EqDw8RnZ6LtbHlAjP0y+z4PuHsz7f6TtADHmIx5OW/&#10;0n3H9Ds87OpBIpSnWu2+bbYvookC7EiOo74pdm7b9siWDsSb54Uh2YE4CEEOxRXZSGRirL9lwaEf&#10;I9cqOMHmGBhbs6B5c/Nn8w/KtF0bzXfwQg1+qyyGaLw+xJyHTbNbqOxdLm3MAD5bfc6DtD2U7M1/&#10;99ggT3gUfmKdnevLf/OYfnawVYfMWj2GvQ1XnNGDbS0Hb4aqdvbNbl9n5AfushHv3/U8L2j/AMCH&#10;QZt9PkljPcfUPt3dnbtH/wCcvfy/v1ij1TTdR0SWZh65ZRcRp3JDoQ3bbbauYOXsvVwBqIkPI7/a&#10;8VrP+BJ2lhJOKcMgHL+E/Iuzrej/AJ3/AJba1DFJp3m6xYzyLGlnMxilX4akMJAN+ormBk8XEPXC&#10;Q+HT3h5LV+xXaumkRkwS2HMbj7HZ0qPUYZ43lDxSWfpjlcAggB9loR7g5UM4kDyr9bzstPKJrfiv&#10;l7vwHYvFcxxrEkMgl9BQhVTUngNga/LfLY5qoDp9vva54ySSRV/pdj5Z6hY04BqqAwB+xXevsO9M&#10;EpkmuX6v1MYQ6m/2/rdjyrCbnzPEmpA6f5mu2ExPF9qARw1TsFcRHXkyAUoN9qdvCvTLKEeZar4n&#10;Y1RG8aCPkqGvxA+3UeNcRwnaKkkE27F/h41I/ZKqF6j4em/yywbbsd7dicyXD21wrRFv3RBU9BUf&#10;Cp9vHCYz4Dfd8vx97KBiJjfq7C+0vbfULSOSO8GqTRtJa31wg2W4tz6ckdKD+7I45jylcQCST1+H&#10;6ujfmwSwzIMeAGpRH9GW4P8Anc3YqbRWIqpYhlNRtutPhIHbIyx3yF/s6MfFp2CI1Qjj1EbBlqaD&#10;+UAdsMAL939jXInn3uwQolaSWHirRpuabHfoCO/U5bU5Ex2oNZIAB6l2XBR1AaMKFJKq22zbgfjk&#10;4RB5j8FGTYuxaa7hhaaaT4YlUsGAG3Xen3ZbPNGBJPKmMMUpARHN2ch88fnx+XHkiKYalr8F1qMT&#10;KDpVmfXmcU6UUlRTatTkMc8mfbDEyO2/KNe963sT2G7U7UIOPEYwP8UvTH7d3Z4+89/85k+ZdTWa&#10;x8kaZF5ftmHAanc0nuWApRlX7Cnb3zb4Oxss9806HdHb5n9T672H/wAB7SYCMmtmcsv5o9Mf1l2e&#10;SNd80a95lumv9e1a61a8dizT3UhkNT4A7D6Bm70+hw6cVjiA+saLszT6KHh4IRhHuiKdkfaQn3zL&#10;dgIuxKpPXAydlbDAFdl0OFXZJvLXk7zL5wvF0/y1o11rF032kt4yVQeLN9lQPc5Rm1MMX1EB1faX&#10;bOk7Oh4moyRhHzPP3DmXZ7D/AC7/AOcO7u59LUfzF1T6rEPi/QWmsHcjwkn+yvyWpzSantq/7kX5&#10;/qfIvaH/AIL0IXj7PhZ/nz2Hwj1+Ls9u+Ufy88q+TdPFj5X0K10qFBRnRAZZP9eRqsST75p8niZ7&#10;MzZfFe1faDWdo5OPU5ZTPv2HuHLZ2TuCwkZKs1XkoFela0FDU/fluHSylHnu6PJnAO3R2HtraxRE&#10;COIgAbTMf2gDyAPYU65tMGKMKofHz8v0uFlyGXM/B2AL2dePAUTgQIgPtMpBqT7DMbU5By7uXub8&#10;MOrsJ1dtlCMVJ34k0avQin45rRIjny+9yzEc3Zzbzj+cP5ceR1P6f8zQvexV9LRrFhPcvx6DilQo&#10;PSrEYYSOb6AZ0a22HzL0fZHsh2p2p/cYTwn+OXpj9vP4W7PInnb/AJzE8xX5mtPImg23l+zLME1K&#10;+AubunY8fsLX6c2eLsqcwfEkAO6P/FPrfYv/AAINLiAnrspyy/mx9MP+KP2OzyFr/mTWvMt7LqOv&#10;6rdaxfSMWe5uZC5BY1+EHYD2Azb4NJjwCoRA/S+taHs7T6LGMeCAhEdAKdhDyJp1IzK4Q51OwREh&#10;agBoDvy9sSGJNOwySNRsPiJNFrlRaS7DWAEHgPtdCfftlMi48i7Jlo8EhZQiNIX+GONQWZmrvRRU&#10;mp8MxMsnU6vIALOwDs9r/kx+QnnTzc9rq2oWreX9HjI/0y6TjMwK1+CI77joTth02gy6s1Aenv7n&#10;yT2s9udDorxYj4mTuH0/EtEgYP8A+cnvy803yLdeVhpbSzw3EMsc9xNUu7KQRWtAKV2pmXqNGNLk&#10;4AbFOZ/wMO3svaccwyUKogDo0rchXPKFOuVXT6wuxJvDIkpdgZgaHbpkqpnEuxB++LN2B37jt3xS&#10;Obs595kgqrN0zIgXYYJOznp2ND9+WuwDsYW7Ypp2YEf24q7HDvirscOuBDsExjocKuyeeTUH1iaQ&#10;j7K0H0nNfrDuA6LtmXpAdnSzyJC9OO5XMEPOB2SaxgRoUbw3K1pv45E83AzSqTsnek2pSKGqj95W&#10;Rj38N8rkR0dNqsnET5OyS2UZj9ZuIoSzDl0qT8umDq6vUyug7F7SJSkMhUKDISoYdex2GRJLg6iZ&#10;sjydgu6iopjJBX1KLtUbDamSpxcUt78nZ1b8r7Yy6u05oFijkkAPyCDfL9HAnNH4vJ+0+QRw8PUk&#10;D9LsM9XuDdavqLBjxR+LJSpNOwJzXa2ROWR/Gzi6TH4eCA8nYpZpNJGPVPEMCW6E06ClMOLiMfUx&#10;zGIOzsNRHEsRCCrcRVjlpjts4nESd3YynxKtRuoqBkgOjK3YqAwLFW6bU774kMXYrAGWgjYhqlm7&#10;12yQBA25sJm+bsGc3aMMG6rVqbV3yYJkLLVwgGnZRcku4+MRrVVPjSmI530Wune7Jt+XwEMl5qMl&#10;fThWSaRm8IkLVH3Z0Ps/HeU+jq+2B4koYh1IHzLRz5Ya5etqetaxqTnk2oX1xcFvH1JGOZYL9sdn&#10;4Py+mxYh/BCI+QDeFJHfxwua7GHbFXYzqcVdlcR1xtNuxrAYQUh2IkZJk7KxV2bFXZ//0vgdiyfv&#10;5mxV2bFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bFXZsVdmwUrs2EqXZsgh2Y4VdidOuSS7KxV2Xi&#10;rs2KuzYq7Nirs2KuyxtgKC7LBrgV2Yg7+B7YhXZ9FfyD1CzuPy90ywjAlfTw9vqcZNKMz8lFPEht&#10;s4vtMHHqZ2OZt+ePb7TZMfak5nbiox91Oz0jB6LR2yeqIwWpHtWtNqb/AK8xBXe+cT4hImrdg82p&#10;MTLDQlWALSUdWX9pSD2rscNUNmkZd7l9m3udnJfO35GeQPOX1qW80x9K1R1a5Op6eBEKg8dxTjv4&#10;Hrmdg7Sz6cbSuuh5PWdie2/aXZlCE+OA24Zb/t+Ls8j+fP8AnGHzz5VjuL3RCnmrTYjULbCl0idQ&#10;Wj6Hb+U50Om7YxT2n6T9j612D/wTuz9eRDPeGZ7/AKb8j+t2ebru0u7GZ7W9tZbO5jNJLeZGRx81&#10;YA5toyEhYNjyfRsWfHmjxQkJR7wbDsCFfHDbaDbs1KA0xKkuyiaDAEC3YzJM6dmxV2PHzyXCtOyu&#10;RB2NKdMjKIPNBFuyXaF+YHnPy0V/QvmS/so1YObdZmaIkdKo1VOa3Udk6bP9UBfe6fXez+h1v99h&#10;hI99b/Mbuzvnlj/nLTz7o6xRarYafrioQZbh1MMzitWqU+Gp7mmafL7OiJvFMjyO/wCPm8F2n/wK&#10;uzdQScUpY/K7A+e/2uzu+g/85geSbqWQa7omp6SklOHpcLiNRuWB6GlQKZrp9lavGdhGQ8jR+3Z4&#10;bXf8CTXwA8DJCdd9xLs6t5a/Pv8ALHXYoVTzfZ2VwCawXoa3ZqkncOOIoKU3zCliz4gBkxyHmBY+&#10;x5ftH2D7W0sifAlId8al927s61Za3peo8DYX0F+JaNGLeSOVVG1a8T71wR1UCee5P45vJ59Fmw/3&#10;kTGu8EOwzFxShVghA+GPoQK8SSPc5dHJ3d37LcY43YIt5I7iMONkNUj5fCevU1+Vd8sgYzF/D8fj&#10;k1ZImBp2LA+rVGm4EAklepJ6GnvQ5dE8XMorh3p2FFtJqPoyyX6WouJZGNulm/NEg5UjaQ7H1WXd&#10;17HMMylVyIJP2eR83LyxxcQGMyoAXxDcy61/RB2ieodiwllLx0C0kG9Ou/QV9gciJy25btZgKPk7&#10;AZaQS8VT+8Vi/HcBiakE+FWG2VE1vybwBVno7IN5l/NvyL5OSWLXfMtlayoq8bdJRLMeVSf3aVb9&#10;oUr0yzHPJl2xwMvdyd32b7J9odokHBhkR31UdvM7Ozy75t/5zIhtJpLfyTo/1+NQf9yGpAoGcmtV&#10;UEsAOlDmz03YepnvOQgO76j8303sn/gQHJES1mThP82G9e88nZ5k85fn1+ZnnZ5l1HzBLY2UqlW0&#10;3T628PEmvE8TyI+ZzdafsLT4zxS9Z7zv+x9K7H9heyuzAPDxCUh/FL1G/udnHnkaQlnYszbsx3JP&#10;uc3EYCIoPXiIGwDsbypkkgOxpbthtk7NTvkLV2YAn6Mkgl2dA8l/lh518/3P1fyxoVxexrT1r9lM&#10;dtEPF5WoPHpvmJqNbiwD1F0HbPtNoOyYcWpyCJ6DnI+6PN2e1vy8/wCcO9ItPq2o+fNTfWLqnP8A&#10;QlnWK2DL1Dyn4mHypmky9sZMtjGOH383xj2g/wCC9mycWPQw4I/z5by+EeQdnsLy/wCWtI0GxXTd&#10;A0u00fTk4hbe1jVFIHVWI3NfEnNOBPLvI3+N3yLX9pZ9Xk8TPOU595N/j3OyT29i7/YTjShWv2AA&#10;aDMjHpzI8qdZkzgc3YbpbKfgQx0GxZ6moO/w036DM4YBdAhxTk6m3YrLIir8RWFVFPTG2wIr9+5y&#10;6ch12A6fjvYwib73YWXl5bwRPNLMtrawKWNxcOIo1UA1JLEACg75iajNCA327rPNycOGU5CIHFI9&#10;ALLs8s+ff+cpvy58oyS2uhSP511YChjsmK2qMNislw47U/ZBzHxaXNnPojUT1l+iPP7n0/sL/gYd&#10;qdogSz1p8f8AS+o+6A/TTs8ceef+ckfzJ86xy2EN+nlbR3Yk6dpXKNmFdg8xPqH5AgZtdP2Ljhvk&#10;Jme4/T/pX2HsP/gc9ldmEZDHxsg/inv8o/T87dnBWlJLPI5d2NXZjVifEk7nNvHGI7DZ7sQrYB2B&#10;jMT077E5YItgi7G1qDU7DthITTsEqFIp1oOvauRYF2C14jtSpoK+P9mV3TWd3Z0Xyf8Alr5886yK&#10;nlryvfakg3a79IxwIv8AM0j0X8cxp54A0Ny872v7Tdm9mD/Cc0Y+V3I/Abuz115B/wCcNdYvnjn8&#10;7a9Fp6OAw03T6SSf5SvKwADD2BykHJmIEBXvfJu3f+DFhxgx0WIy/pS2HvERuQ7PcX5e/kb5A8hE&#10;PoehI98wj43t1Se4ovg0g+HapNKZsdP2aAbJs7Pjvbftl2l2saz5Dw77D0x+zn8XZ6O0xYxJGsK8&#10;lNSxNKsQNhQU2GdVo4xsCI/FPHzN81FyaHbPFv8Azm7GH0vyfckEMlzLEtV2pw3qa5z/ALQXLURP&#10;9F9t/wCAsSNRmj/RH3uhoA1PHPnQ3tmnfodWxMgH5+OCmTsQYUwUrsCvhDbF2B23Bws4mnZEtfiD&#10;QsaDpl0HLwnd2cplFHYHxy92keTsT+mmKXZu/jirseMVdjwO+KuwTH2GKC7Om+S4lEE0jUAdwA3y&#10;zW6s+t5rtqXqAdk7TedV+1zbenhmITQdGdg7JnbRERrwFFA3JyBdXklvu7OkaZAFigUgt6aqS9Oh&#10;p0+Vcqq3n9RPcuw9SIx2kzr8PKOlX67nqAMeYdZklxTAPe7FbKAp6UbIwUqKL8j1yNV1cXUT5kOx&#10;9wpVo+4WoZyO9MNtGM2C7O2/lfbBIb2c0rFAi8h/lVfM3s6NzJ7g8R7TZblGPeS7CyZeEt1cljPc&#10;XErGKMbLuc0+YCJJ6kuRA2Ix5AB2awlvqhZYKJUhTXovbHFxg2Vzxx1sd3YexM5Zq/CIhRqb1BzK&#10;BouDID5uxgfjM5PEpQcAK1G29cAO7KriO92LFiq0VSD+144aprAsuxSMNwA+xy2r3pkgDSJc3YPi&#10;jrH8VCUHFN9qZOMR8WiUt9nYhOGMTqvw/DQuewxlKgzxkcQt2SGS7/QH5T+dtaVuJt9HujC5O5aY&#10;cF/4lnUdi4xHSSl3/pY9naf872/pcHfkjfw3dny2AIVa9ab5a/Z5O+zsojxwJt2JEYUuxvT6cVdl&#10;H54qHYmwwhlF2MPXJMnY3FXZq4q7P//T+B2LJ+/mbFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bFX&#10;ZsVdmxV2bFXZsVdmyJQ7McQrsoAYlXZRHhhBTbsbhV2bFXZsKuzYFdmxV2bFXZYqMBQXYtEOckS+&#10;LDbGPNDs6j5I8+6n5F1lb20UXNjKyjUdLdiEmQVoajoy12OYXafZsdXEHlIci897Qez+HtbBwS9M&#10;x9MhzB/Uers+j/kPzz5b89aRb6hpN4khgWkliwHq2z1oFdeoJ+49a5xuTHLFLgyCpD5H3PzZ272H&#10;quys5x5Y1fXpLzBdnRFhWRI1B9QACRuLVFa9aL1xMQRs88ZkEn4Ow2iJWSMO4INFdAPtUrx6++XA&#10;0Bvu4k9wdnYNgtebGVoytPh41p8XcEjJ48RO/JpyZa2t2RjzT+X3kzzlB6Pmny7Zamz1jS5KenMo&#10;Ip8EqgMGGXQzZMP0mt/OnZ9l9v67s6XFpssoeV2PjE7U7PKfnD/nDi0mDz+SddlspQ1RYaiPUhIJ&#10;/ZlUctvcZs8Xa+SP95G/MPqXZH/BfmDw63EJD+dDY/6Xl8nZ5f8AN35Efmh5NEk2peV7m5skLVv7&#10;EfWIiF6seFSB8xm3wa/Fl60e4vp3ZHt12R2lQx5gJfzZek/bzdnIJYJYXKTRtE42KOCpr8jmcC9d&#10;DLGYuJt2IkHwwtgLsrGk27LBpkgaV2Ud64CbV2UDXrkVdjlJBB+/ISjbCUbdi9Wp0ynhFtFB2Ymo&#10;pXfuO2IhRSBRdg2w1rV9Kf1NM1S70+TarW8zxnb/AFSMjl0eHMPXEH3hrz6LDnFZIRkPMA/e7Oka&#10;L+en5p6G6Nbebru5RCCIbwi4U8egPMVp9Oa7L7P6We4jwnyJDzut9iOyNUDxYIg98fT9zs7P5c/5&#10;zA86adLGNY0PTtYtwTziTlAWJFCagkdBQDMCfs9PHviyEe8WPsp43tH/AIEegyxPg5JwP+mdnX9D&#10;/wCcyPK1zMo8weXL7SF6LcWzJOE678RxJ60p9OYuTs3WQNjhl7vSf1PJa3/gP6yA/wAHzRn5SuP6&#10;3Yep/wA5O/lZYaJc6hZiSyvry5muBpNtEzzTySH455a7RsxNdydh8sxo6HVSJjHHRHXofx5ODL/g&#10;adr5tQMc6lGMQOIn0xA5RH84D3dXZxTzJ/zl/rEjhPK2hR2cUcIijub1+chJ6txTbr0qczcHs9ll&#10;vknW3T9Z/U9n2d/wJcAF6rKZEm6jsPdZdnBfNf54fmV5vMi6n5kuILeQ1a0sibePpTfhQnb3zb4O&#10;wtPjPFIcZ/pb/Zye67K9iuyuzqOLCCR1l6j9rs5NLNJM7SSu0krGryMSWJ8STvm3hjjHYCg9VGAi&#10;KAoOxPY9fuybOnZRphUOysWTsrArsVVOVKCpPQDrkCrs7L+Xv5D/AJifmJJDJpWjPZaQzATa1fVg&#10;t1UEVK8hyfr0UZhZ9djw7XZeN9oPbrsvseJGXJxZOkI7y/UPi7PdXkL/AJxJ8h+UmS98yFvOerqU&#10;cR3C+nZQn/jEDV/9kfozUaztDNP0x29363w3t3/gr9o9oDg0/wC4x78vrPx6fB2embLTbGxhgsNO&#10;sorOziA9O0t0WKNV7DitPbNQcfEfv/a+bZtTkyyOTJIykepNn5l2G8ds0qVLkL4DvTr+rtmVHFxC&#10;72cSWURLsGrDGrIvAA7he9OldjmTHGLArdolMkW7By/CVRlMbsvA79KVp0+eZAFbEbtJ33dhXquu&#10;adoFlJe6pf2ul2dvXncXMixqQBypyY7kgVpmPm1QwirA8ud/pNuVpdFl1eQQxRlOR6AWfxbs8gfm&#10;B/zmJ5N0pZ7PyhZzea7wAejesPQslb35Dk/vQZGOm1eq5DgH9Ln/AKX9ZfXOwP8AgQ67UVPVyGGP&#10;UfVP7Ng7PDP5j/nT57/M27ebzBqrQ6eWrBoVkWitIwDsCoNXIp1bNvpuyseI8Z9Uu8/o6D4Pt3s9&#10;7G9n9hwA08Ln1nLeZ+PT4OzlKua/DsO4GbMQD1NOwRzAr448LERdiLPWlBjTIRp2WA7Ejr0BOK2A&#10;HZINC8ta15hu00/RdMudWvJDxW2tYmlavuFBp9OUZM0Y8zTr9d2jg0cPEzzEIjrI0HZ618k/84de&#10;cNXMFz5vv4/LNm4V2tIVFzdEEVodwin2JO+a+evJ+iNvlPbf/Bf0WnuOjicsu8+mP6y7PWnkb/nG&#10;v8r/ACVKk40g69qcQ2vtVYTsrdSUipwU/RmJOeTIamdvJ8o7c/4I/a/aY4fE8OHdD0/bzLs7raJb&#10;W/7u2VbeBPgis40CqKbVAXYAbZRHh4iR8nhsspz3luepJdkn0v1GfnGrKVJZXoPiCmh3J8dvfNvo&#10;RKR2sd3nXNwM1dXZPdPURBJOBZ+IIAO1fc9/lnR6ccNGrcKe7R6ZJrEBnAZqSK1X4nYVFOP9gzaY&#10;KJo7Efimqam3T555b/5zLsluPy9065A5LYalGQVAGzhk77gVzS+0f1YyH1f/AIEGYw7VlH+dAtQ/&#10;te+fLo9fpzQP0+rY2vWmBLsDv0IHXCEh2A374trsDt3xSHZHtaUGB/llsHKxbF2chuRSRx4HMh2s&#10;Ts7A2Fk7Hd/ngV2OxV2KDoMQrsFxgAYLYuzrflBAlgm3Vix+jNTqD63ku1jeV2TWxj9S4BAoSf8A&#10;OmY5OzqMpqLsnlnCS6RgkIKCp2r3yBFC3T5Z7EuzpNon7kbUiK0BqT8ifp2ysPP5pb+bsHzQstoI&#10;tkqyUAPYbkd+tTh73B4wZkuwxt4h6v8AeDYcwRXjuOor0IG2RiadZlntydgeQc3SpryJDbV+/wB8&#10;KY7Auzunk1BYeWNUvSCvrsyb7fYUIDmfpf3eOcz7nhO2D42rhDu/Sbdkatg1aqTLz35Hag9s0cgX&#10;ZZK9zsNIgaIFBQU+029PDL8Z5BxZl2ClVRtWpfqRtX55btbUSXZcPHm3I79AvyyAI5LO62di6UZ6&#10;HudmPfLIgkgNZ5OxVWoWIB5U+EnLOLyYkOwYj0iLDevj38cnHcNMhZp2AZJjwkPc1C1P4YJTFN8Y&#10;buyvzvuxov5E6lCpKS6xc2divYEFubj/AIXOvwYxj0cR307n/gZaf837TQmeWOMpfZQ+92fOI5U/&#10;WFuxhrhTzdiRFMWTsZTb3xV2Npirsa1Kdd+wwhkHYnT78kydlcfoGGldjfowK7P/1Pgdiyfv5mxV&#10;2bCrsoYq7LwK7Nirs2KuzYq7Nirs2KuzYq7NhV2bArs2KuzZEodmxV2bFXZsCuzYSrsojEKC7Gkf&#10;2ZJLsrFXZsVdmxV2bFXZY/zGCkU7BVivO4Wg+yC33DDEUQiWwdhpcpQK47jrmSQgOwZo2vax5fvE&#10;vtG1KfTbsCnrQOVJHg3Yj2OYWp0ePUR4ckQQ4mu7PwayHh5oCcfMOz2j+Wv/ADlHaFbaw8+Rmyni&#10;T0k1m3i5RSV2rKi7qT3IrTOY1PZOfTnixeuP2/tfFfaX/gXZBxZNAeIE3wk7j3E8/sdnszQNW0TX&#10;bO31TQ76DULK4gFwk0DiVR4qaE0Nex3zBxyjy5Ecx183xrX6TUaSZxZ4mMgaoij/AGebskVssjUj&#10;Y0VxuNiSDuN/AZdj4jt3uuyEDd2Dbe1EzkuSwdTwUiqgg0JpsQT3y3Fh4ib6/L8d7Tky8I26OxaS&#10;GhRFk+PcSmpO3anhTJyh0YRnzNOxigES/D6kVOJrWrCtPwyo7WeYSTVd7sg3mb8t/I3mtJF13yxp&#10;98jfZnMKrKCO5kUKcl4s8e8JEe4u87N9o+0NAQcGacT3Xt8i7PPvmj/nDryFqfKXQNUv/LsjAn0S&#10;RPCD1ACvRh18c2GPtTNDnUvse+7M/wCC92jg2zwjlHf9J+x2efPMv/OHn5i6Sklxot7YeYLZCSqq&#10;5glYDwV9q/Tmwh2vj5yBiPm9/wBm/wDBe7M1BEc0Z4j/AKYfMOziGv8A5Q/mT5Z31fyfqMMZrSeO&#10;EyxkDr8UfLMzFrcOT6ZDf4PbaD2u7L1391qIE9xNH7XZz6W2nhZkmheF1+0kilSPoOZQILv45oyF&#10;gg+52JcKddvbC2cVuzAdz1GRIWW7sfy33+nIcDDhdjflkqTVOxuFk7NirseNuhwgWinZuVTuTtjw&#10;o4Q7N6hAIHfBwoMA7EyTTrXFkA7GVPjiyAdm4k9sbTbsU4GnvTI8W6LdjODeG3jkrXiDstIpJHWO&#10;NC7uaIigkk+AAxO3NjKYiLJdnpD8uf8AnGH8wfPMUWoXluvlbRnoxvNRBWR1PdIftHboTTNbqO08&#10;eOxHcvnXtD/wTOzeyyccD42Tuhy+MuTs92/l/wD840/lj5I+p3Z01vMmroQp1DUhzHPxjg+yN+la&#10;9M1WTXTzCiaHc+Hdv/8ABH7X7U4ocfhY/wCbDu85cy7PQhe1idbaOBYfqYCxhRTiGNaAdBvXb2zG&#10;nkgJcNcvwXgKnL1E3xOwNNLVTVSeLc6A7n2P05ROR5nfdnCO7sWEyK4Ii4uwp6p+ytfbt23wxkIk&#10;UKvr0YmJI5uxdQ6uYuVVJJRkNKFhUivagpTLuGtunl3lga5uwLrHmHQfKWmXOr69fW2k2doeV1d3&#10;cwjqvcoG3Y7bADc5OWeOHarlfL+I+4Nuj7P1HaGUYsETOUuQiL38+79Ts8Y/mR/zmfpsCzaf+Xel&#10;tqtw68G13Uk4RKaEExxfabckgnb78tjptVqfrPBGvfI/oH3vsXs7/wABzLIjJ2jPgH8yBs/GXIOz&#10;wv5x/MXzf56vWvfNOu3OqyEgpA7FYYwNlCRiigACg2za6Xs3Fh3iN+87n5vt/Y/s9ouysfBpcUYD&#10;v6n3nm7IG8hNdqDw7ZsREB3sYU7EqnJUzqnYJijdui41TAkB2CRbOaeJ65E1TWZuzr3kH8ivzD/M&#10;SRG0DQpItOYVOsXp9C19hzYVYnwUZhz12OO3M+TyPb3tx2X2MCM+UGf82Pql8unxdns7yP8A84c+&#10;U9IEU3nfVbjX9TIDHT7WsFqvirN9tqHY7jNdm12QnhA4Xxztv/gv6zUWNDAYofzpeqZ/QHZ6n0Dy&#10;v5X8oWcOn+VNCstEtouIle2jCyOevJ5acm+k5h5cplsOnM/t/Q+Xa/tPWdozOTVZZZCe87D3DkHZ&#10;IpJXDyyFn4vsCGoCvYUwSnRJ/Y6+MQQA7A0t2hRgxJLEDpx2+jfKZZgBv+psjiNuxa2ZWo8SsBvs&#10;a9hQUB65PGQdwKYZRWxdk40iOaVPSNWBpxY1ADt0X+OdHoYylHhP48nV5qBsOw11TX9B8oWguvMe&#10;s2ulQIkjCe7kESlVG5RKlmp7DM7LrMOjqOWQB3/FDdnpNDn10uDBjlM+Qv8AYHZ5z8yf85d6PZah&#10;+jPJmmHVQ8cnrazdIYo+aqCDFD9o1J/bOanL7R5z/cRAHfIb+8R/W+jdm/8AAu1OTH4mqlwcvSN/&#10;mf1LeIPXfPOf5j/mX5o/MLRZZte1JroBi1vbIBHEoU/sIuwp45rI582oy8WaZmfsHuHJ9K9mPZ7S&#10;9k6kDFGuhPVsAKKAUzzedzXvmwfU28aRQZDi3TbsQfcHwGTGzOLsCtuN/oxbHYiQPpxUOwj1ZAbd&#10;+22WQLkYju7OOXi/v3HucyRydtA7B2BQN8Wx2XituzEbUxRbsVXtil2DEG2Bi7O0+WoilhCNvsVp&#10;880ufmXi+0ZXlPvdk00iINcKAO9X/rlJ3DqtTKouzoWmQl5oxxFVY8a9+2QJNOk1E6i7Oiwwj6uE&#10;47SUB+WMRbz85XK3YInCu1vAE4BVINKVIApvTx7ZE7OFZiJSdgm0QqpkYFlYiMKTVVI6gexwc3Bz&#10;ys0HZliL3kEaEqjSKSCKDjXfJx5sDIDGSXZ3At9U8kQxlTyuAXoN683NPwzJyS4NLv1P3l4evE7Q&#10;J6D9AdkVjhcGGVgyhlHJabrmn8M3Z5O0lMbgOw7trZiokY8gK8d9t+2ZOPHtbhZMm9OwSoTjXYkU&#10;B9jlgiJNRJdjV5cpNuJJoWA3I8MMRzZGqDsWjVQykrUKKH54IAWwkTTsc4/eGQVAJ4k+Pyy0mt0D&#10;lTsGxhfTPLckUp3NPbLBRaJXbsAyR+pd2sHp8vVljQMP8o9RlIiTIRrqHIjKoSl3Al2RP/nLK+Fp&#10;5N8jaGh4m91C4vHFf2YIwi1+ls7rVemEIe8vb/8AAP0via7Vag/wwEfmXd88Gnqdsw36RdjDX6MU&#10;g07Ez9GLMG3YmeoxV2NP4YFdjf8AMYU27GMOh98lEpi7G18clbJ2V74q7P/V+B2LJ+/mbCrs2BXZ&#10;sVdmwq7NgV2bFXZsVdmxV2bFXZsVdmxV2bFXZsKuzYFdmyJCHZsCHZslSadmyKHZsUuyiK4QVdjK&#10;UOSS7Nirs2KuzYq7NirsnP5b6TFrvnDTNHm5enqQlh+EVIJQ0/EZhdoZpYcXiR5gj73R+0eslo9F&#10;PNHnCj9rslXnn8v9Y8mXjWl9H6lrKa2N6u4dafZb+Vh3BzJ0GuhqhtseocXsD2j0/a2PihtIc493&#10;mO8OzlzKVP05mEPS27BHyO+QAti7JZ5U87eaPJN6NQ8ta1caXI399HGxMUoG/GWI1Vx8xmFq+zsO&#10;pHrG/eNiPi6ftbsLR9qY/D1OMTHTvHuPMOz2f5A/5y601mhsfP2lPp7SALJrmnj1YhQUHK3PxKCe&#10;pUnNBPsrUYCTE8Y+Uv1fc+Le0H/AizRBnoJiVfwS2PwlyPxdnr7y15v8uearOC88s61a6xDLRnNt&#10;KCV5joy15AjvUbZhwziJET6ZHodnyHtLsjVaCZhqccoEd4/AdkrP7yUIJPSVR+8ZfH5nxzK2kdzT&#10;qR6RdW7BLPGInjqFkb4iu3c9K+OSsVw21iJu3Yw+iVYGNghIqBuPDr4YCIHpYZeodd3YKS2rEHD1&#10;jj5clpUknYVr0pTLvBNWDt3dd2o5N66uxOSNZKtJCSo+yOlGHU5XOAO5DKMiNgXYHKEUjcECQM1a&#10;VUcR0+mmUiB9zZxdR0dkG1/8v/J/mJZIdW8sabqKTLSWaSBA55H+aisNvA5EZMkD6DXx/Q7vQdv6&#10;7RkHFmnEjkATX6i7OB61/wA4mflpqome2S/0GTieBtpeaBvHg4Nab7ZmYu1c8Pq3e70f/BW7VwUJ&#10;cOQeYr7XZw7zP/zhh5qsVnl8qeYrPXo4xVLa4U28jD/W3XoDmxx9sRP1jbvG49/ue37L/wCDHo8l&#10;DVYpY76j1D9bs8/eZPyV/M7yoXOr+Ub5Il/4+YE9eM+4aPlmdj1uGfKQe+7O9s+ydf8A3WeN9xPC&#10;ftdnNri0ubSR4rm3kt5Y9pI5UKMp9waZkggvR488cguJBB7t3YEoSelck3WHZqffhpLsvphpXY0j&#10;rXCrsr54FdjKkbZFNuzV3xS7F49+1crmaYSNOyZeWvJfmnzfdLZ+W9Du9UlfYGGM8B23c0UffmJl&#10;1ePCLmXUdpduaPs6BnqMkYDzO/y5uz1F5S/5w/127ihuvOeuxaHE5BOnWi/WLhh0pz2RSeg65qM3&#10;boifSD5Pl/a3/Bc0+ORjo8Zyf0pemPy5l2esvIX5Lfl15EVLjSfLK3Gqw/C2q6iBPNsd2UGoXpXY&#10;Zq8vaWbMPX+x8p7d9su1O1bjlzVA/wAMPTH9bs7KLl5CQlWIP2adh3I+jMcZr+nm8f4YHN2NaeRS&#10;atxj5EOW6sx6UPh1wHKRuTtajGPi7FI0klqwLFAQWrXYjY0GTgJSNjkxkRH3uxSKMKQCrtQ/D4H/&#10;ADocsxx33vyRKVuwDrfmXQfKumS6p5j1ux0izIJF1dyiMkUNaKd2I36A9Ms8YRFAgyN0OZ+Tfouz&#10;dRr8oxafHKcu6Iv7enxdnjnz7/zmPbWX1jTfy30lb1o3HoeYNUWkaMOrRwdX36FjT23zLwaLUZPq&#10;PBHp1n8+Q+19f7C/4EE8lZO0Z8N84Q5/GXT4buzxH5s88eaPOt/JqnmrW7rWrpmZk+sOTHGCa8Y0&#10;HwqAR0AzdafRY8P0jc8z1Pnb7V2V2LpOzMQxaXHHGB3Dc+88y7IRJNud8zhDZ3McezsCs5YnJ1Tc&#10;IgB2PjhklPwjbxyVIlMB2GcNmKoAC7k0CgEknwAwEgDdx55drJ2dnov8u/8AnGv8xfPghumsl8r6&#10;HKBJ+l9UBQsh3rHCPjavatBmFl10BYBsvnvtB/wSey+ybgJeNkG3DDffzlyH2uz3H+Xn/ON/5ZeR&#10;4oLnUNPHm3X4qctUv6PCGU15QW/QAeJrmpyazjNS+w/a+Ie0P/BF7W7VJjCfg4j/AAx2l/nS/U7O&#10;+LHBaegbZ/qlvbq4GmW0VOZk2QsQNgDuABmOSBISBIq9gOd956gfe8GZSyXxeon+Inu5/F2CWovN&#10;pPgCfbB6rUePjXfJS2Jvp389/wBLWPJ2BSI42ZlelVHqSHccQfu3OUVGJsGtmwXIOwomuogzcfjU&#10;VIp2I7V/HMCWYdN3KjiPV2MglkuZU9NgA5NabilO57UwY5mZu6BZTiMY36Ows1r8zvy88lJIvmHX&#10;45dQgUtHpViRc3R/loiGi+/MjNlp9TiiKNzI/m/r5BzNB7Mdp9qEeBiIgf4pemPzPP4OzzZ50/5y&#10;180XpfT/ACTaQ+VrGKqJqctLm+dB0ozDghbuQPpzKnn1OQVxcEegH1fGXf7n0/sX/gU6XEBk1kjl&#10;kf4R6YD9JdnmPV/NOu+Yb6TWPMOr3WragxK/WryUysF60HI7D2GVQ08YmxuT1O5+ZfS9H2Vp9HjG&#10;LBjjCPcBTsC22oul3YMtSWMq8V6nkNt8tlEGPK3JlgHBIe52dUs/UOkmFxyJhkKKN/hbcff3yqAq&#10;Tothm4h3h2c+ccSQRSh3zYcw9iDe7sRb/PbAGQdiDHCl2BG77/Tkm4OxFjirsKNTobd677HJwcjH&#10;zDs43ff37/PMp20OTsC4pdlYpDstab4pIdiqDfpiAh2Dolq6L4sBgkQAUSNB2d70aApZxKfhARAD&#10;9Fc0kty8Fq58Uz73ZMtEtyz1I2/aoMrkHWauYAdnStIty0sQ8B8IHX3JyqRvk6DVZNnZOIkasSr8&#10;Cg1B7EbUqfbJ0XSzlzLsRmC/WnkL1IWgJND1rWnXK5Sccm4U7Dm2Ui2QGMg8vtVr8VKZEW6rKbnz&#10;diUMTtd8w/BoDXffp0B+eSNjcc0ZJAQqubs7prZ+qaNo1sqAcYkZg2wHwg/xzL1lDT448tnhtF+8&#10;z5JeZdkVe9iuecLo0YjAACmhNfA5rTPiFO0jhMKI3t2LrzVY13WMKCjDevz7ZZAEDm1mjZ6uwYwq&#10;AFWor9kd8mAWkOy0+IMwoKmhPicMKN9Vlts7LDFTUJWlNjguuSKt2Lu1AJOppXiBk+LZhEdHYtEw&#10;qOld6Dua5PmQWEg7BOkwrN5i0+P1KMjmRohuCqqf45fo8YlqYDztr1czHSzNc9nZwX/nLnUTN5x8&#10;raID8Oj6Kskijs9y5b9Qzr9cfWI9wD7P/wABDSeH2Znz/wCqZK+ER+su8c8lN+rMR9qdiZqf44q7&#10;GYs4uxhHtTFLsbQfd2xV2NPfFXYm3hX54QyDsZSv0ZJk7Kpt0xV2f//W+B2LJ+/mbFXZhvirs2/f&#10;G1dmxV2bFXZqbA4LV2btUYVdmxV2bCrs2BXZsVdmxV2bFXZsaV2bFXZsFBXZsCHZsCuzYVdmwK7G&#10;U7H78labdm4/ThtbdmoK7YCVdlYVdmxV2Tn8s7sWXn3yrcFuAXUI151Ipzqvb55gdpxvTTdH7TYv&#10;F7Mzx/on9bs+peq+UdE83+X59K1KBLmOeKrXbD4xJTZw3Wu2cxp8ssUhKB3H43fl/Sdr6js3VDLi&#10;JBB5dK7q7nZ88fzO/KfXvIGpN9atpJ9HnPKy1ZFJjKt0V2A2YdDXO10evhqo90hzD9FezHtbpe2M&#10;XpkBkHOJ5+8eTs5Q0JArQ+OZAesE3Yzid++TLK3Y1q7HuuVkK7B2la3qmh3sOoaRqFzpl7bNzhur&#10;WRo3Vh4FT+vMfPpMeYVOIIcPWaHDqsZx5YCcTsQQCHZ6g8lf85bedtET6p5rtYfN1ixZvWc+hdBn&#10;6t6iji30jNJl7EMN8Utu6W4/W+X9tf8AAm0GqPHpZHBLu+qO3lzDs9VeRv8AnJb8t/Mv+jXeqjQL&#10;2ZV42mpL6YZvBZRVCf8AKqM1UoZ9NfiwPD3x3/a+Wduf8DftXQ+qMPEiOsN/9jz+Ds9H6dqGmXdm&#10;lzZ3cF5BOhYS27rKpStCQVNOuZGn1GEx2kCT9z5zqNPmxzMZxMSO8U7DZZIZECQMWZKFVP2iGFaH&#10;xoczeKMhUdz9u7jGMgbk7GTuySM7IAtBzFev0n8cpykxJPRMBYq3YDjZmdJGZm9SvCm3U++1PDKI&#10;WSD8vxyptkANh0dicyKS1Af3kioqU61Hf7sjkESTfUgUygTXuDsCui8nckihr4VpWgp0PXKDA3Z2&#10;3/s/He2xkap2KvK3E/uxzeitxFAF25fQKHbLTIiNAc/wf07MYxF+QdhRceoWZ2ioD8TJ2HEdx47Z&#10;h5b4rIcrHVUC7I5qfk7ytrqXMOq+XrDUlmHxSzwIZGqD8JNK7U61y7FlnDaJND3/AI97sdL2xrNK&#10;RLFllGu4mnZx3X/+cXfyq1yINZadNoUp5KZ7KY05ePB6g/LM/D2tnjzIkPN6/Qf8E7tjSn1zGQbb&#10;SH6Q7OC+YP8AnDLVo3kby15ogukUfDb30ZicgioPJajNhi7cF1OJBHc912f/AMGHDID8zhI84mx9&#10;rs41rv8Azjh+auhElvLzajEASZbJ1lG3tUHNhDtTDLrXvex0P/BG7H1X+V4T/SFOzk+p+UvMmjSy&#10;w6roN/p7xGkgngdAD16kUzNjnhLkQ9Vpu19JqYiWLLGQPcQ7I88TKSGFN9wfHwyy7DsI5AXYaaT5&#10;c13X51ttG0m71OZjRVt4mf7yBQZRPLCG8iA42r7S02kjxZskYDzNOz0L5P8A+cVPzA8wLb3GtPb+&#10;WLSahMdwfUuaV3/dL7eJzUZ+3MENo3Ivn/a//BS7N0hMcN5ZDu2j/pnZ6i8nf84qeQNCkjuNUWfz&#10;NcR0Ui8cRwc+v90nXqOpzTZu1s+Y+mgHzHtf/gpdpaoGOKsI/oi5V7y7PSmm6PZaNC1ppNhBp9qE&#10;VYobaNYkXwAAG/bfrmsnxGzzPe+c6rWZNTLjyyMpd5JJdg9oyjAzMGBZeHxGgP7IA6mu304JRMaM&#10;t/u8tubjiVio/jvdiyQu3wLzAX4KsTudiN+tOmTjjMj+Px3MJTA3+LsFNEztu3H4T8S7fq+jJnGZ&#10;FqE6diqW6RmN+IKGvCvxAkUpt2J2y2OIRIlVjp+PkxOQmx1dhTrnmjy35XtZ9Q17VbTRrW3jaUT3&#10;UqoWC/sqp3J6bAYJamAlwgXLp1PuoOXoezNVr5iGCEskiaqIJ+35uzxb+Yv/ADmOkME+l/lxpwnu&#10;ySsnmW/X93sKBoYOpPT7W3XM/S9n6jMP3h4AedfUf0R+Fvsns9/wIOKQy9ozqP8Aqcef+dL9W7s8&#10;R675m8xebb19S8y6xdazeSMWM1zIWCk/yL9lR8hm8waLFpxUI195+PN9q0HZml7Px+HpscccR3D7&#10;zzLsIZZFjAA3p4ZlxALnxiS7ADzOajscsEW+MAHYlQsR4+OSZnZ2Gljpk95NDDBDJPNMQI4IlLux&#10;PQKoqTkZTERZcXPqI4omUiABzJ2Ds9b/AJd/84m+e/M/1W68xoPJ+jzAODdLW7dP8mIfZqD1b7sw&#10;sut6QG/nyfKPaD/grdnaG46b9/kHd9APnLr8HZ7c8l/kr+Wv5eRwzaVoEWq6lC3J9X1Gk8ocbDgS&#10;OK7gmgFc02bUSO5N/d5U+Kds+2navbBIy5TCB/hh6RXn1Pc7OswxXEp9UoTGVHp8jxX8OvXbKceK&#10;Z9VbHk8rKUY7dXYutnGClSpkFQ0gHFV7dss8GI2PNr8U/B2KyJDEp5sWdgecxYddwCQN+vTJSEYj&#10;f5/cxBMjt8nYCurmON+UkfFKCqsQa18enzzHzZxE2Q3YsRI25uzlPnD8zvJ/lCFpvMWu2mnQgEQw&#10;mTlM9P5Ilqx+7NR48s8uHHEy9w/AHxep7I9mdd2jKtPilI9TWw98uTs8qea/+cvdOX61aeT/AC9J&#10;qIIKw6hqB9GHpTkIU+I19zmdi7E1GX+8IgO7mf1fe+pdlf8AAkymp6vKI98Y7n/THb5OzjF3+a35&#10;neeSkOq+ZLi001KtHplj/otutRQ1CUZqjxObGPZWDCAKMj57/Zye1weyfZPZm+LCJTP8UvVL7dvk&#10;HYTS3VrYq8UTUkevqsNyfmepzKjjHKnZwwynuQ7C2K4muJOVCWLVLnsKbGmTMXIlERDsEP1Qs1FQ&#10;1+dDkeFgPJ2JPeMk1gysRwnSrDruaHp7YCPTIMo47Eh3h2elNI0y+1TU4LGys5p3WAjjEjNSv7R8&#10;BmGL6PDanVY8EDOcgN+rs5fexPBdXEEgpJDK6OvgVJBGbIcnutPMTxxkORALsBtgLc7A8nyxZR5u&#10;wKa/59Mk2OxFsVdhTqIrA3yyyDkY+bs45qK0uX7UOZA5O2xnZ2AcLZbsvFALssGn34pLsWj6nEbo&#10;LsNrBPVu7dKVrIB+OVZzUT7mjUHhxk+Ts9B2aERkdBsFH0ZproPAZTvbsnOiI3pmh6gfDkSXVauW&#10;7s6bpMIRwxUclRa/5Vfn45TbzurnY+LslVEIatKKF4e3fp4nDZdVORDsALHzdiwDsWYEgEUoajbt&#10;kaaZyodwp2SVk4WSGpDBQ3QVWmWgCnUk3N2N0i39aeMcSTcSpGAd/tsoBysi9mvWZOGJ8gT8nZ0n&#10;8xoba8/Run3Nq17AsoLQKxULx+yxod9+2Zna0hHhiBbzfs7OeLjyRlwmubsII4FjWNYgSY6KvLwG&#10;amMdnOlMyJJ6uw9spjDyjki5xP8AaUj76ZmYpCG3Rwc0OLcHcOwYwjFWj+FT+yRuMZSAO3JpBJ5u&#10;xGi8UWlA3xUwCqDLey7HKGZ+INE/aJ/Vk4gAqdg7BS8HV+IoQPsnoPfJCiWo2HZQFCqj7QG3+3kr&#10;5BSbdh95Qtkl8wOwPN4ozR61pzYDNl2NAS1P9UOD2tkI01dCXZ4w/wCcitV/S35w+b358k014dPi&#10;+VvEAR95Ob3VS4ssj5v01/wL9H+V9ntMKozBkf8AOLQ6Zw0imUPoLeJHrhSBbsacQkCi7Ez27Ys3&#10;Yz/OmKHY0+w+jFXYxh4CtO+EMg7E/wBfhkmTsvfwxtbdn//X+B2LJ+/mbFXZsVdmxV2bFXZsVdm3&#10;74q7MK70NB3wEK7NhCuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2Aq7LyKC7KxQ7Nirs2KXZsUOxpH&#10;fJApt2NwpdmxV2DNNuzYajYXw62dxHMP9gwb+GV5occJR7wWnU4fGxTx/wA4EfN2fY3yZqNtrGk2&#10;d5bOGgvIopIZKinJlDVXx69M4rAN6PPk/HvbOnnp80oSG8SQfm7Jvc6Lp+qW6wX9lHqNtyBktZlD&#10;qQP5g3c5nwFbh02PW5cE7xyMT3jZ2cB8/f8AOL/k3zJJPeeXXPlW/l+IW8KF7dnO/wAUZNF/2ObH&#10;Hr8uI7+od3X5vfdgf8E/X6ECGo/fQHU/VXkf1uzxZ59/JTz15CkZ9R0pr3TBumsWStLDx6VYAVT6&#10;c2um7Qx5tuR832zsD247N7WFQnwT/my2Pw73ZyN0NNxXtXM2nsRK3YAZCK9q9MtAZHd2JUPjkeFD&#10;sscvu2NcicdsCA7JHoXm/wAy+Wp1udD1290qZPsvbTugH+xB4n7s1+p7LwZvrgD9/wA3Xa3snSa2&#10;PDnxRmPMA/bzdnf/AC//AM5ZfmhpDxLqV3a+YIBxEj3MQSchTXaWOhBPQmmanJ2DzOOcok+d/fv9&#10;rwXaH/Ap7I1APhRliPkbj8i7PSHlr/nM7yXqnpQeatCvtBlYLzuoCLmGoFD0owHzGY2bS6uHOImP&#10;I0fkdnzntL/gOa/BctLljkHcfSf1Ozu+g/nV+WHmNrWPTvOWnySzfCsMj+jJsaceD061GYstTwVx&#10;xlH3j8fN4XXexna2js5NPOh1AsfMOzotte2t0skkMiyQ1AhnjbnWgFSCKg77dcOHPjyXR2v8H5vP&#10;ZMM8ZAIo9QXYIX0CvORqvtRa1A41HT6K5bHgI35/qtrPFezsyBAAoJALEtUVrX+w5IcPwv8AH2LK&#10;3ZclugWRUQN6tGr7EA/1wTwxF1W/7ERyGxfR2BZLZWChGKEksQtP2KEb/RlRwg8vxTbHIRz3dgeM&#10;qGaKnJpK0UDZW3H8BlUSB6T+C2G+fc7BCwiUnkORQHlJXfrTb7xlgiJbEXTXx8Lsr0C6KY/jUsfU&#10;kP2ux/jkjjJG3LqviUd9nYyTTrW7jCXtjDcLIeMiTorDxqeQNclEGPkWUdRPGbhIj3EuyBeYPyb/&#10;AC41y8tJNU8o6SxgHJJ3425LBq8UjHESF6fMZecuXFIASoEdTz8h3277Qe1/amlxyGLPk36by+Z/&#10;hp2S7T/LWh6PBFa6RpVtp1rD8KxQRLFx41BrxFfHKMseM77up1HaWo1MjLNOUpHvJLsFy6dWQEKK&#10;EEqKb0Peo/z2zGnpaLTDU7Oy4bfiwUMoYfEY1WvU9ye5r+GQhiNkcis8li/x+P1uwS1sjMGb90Yz&#10;+7kIGxYUqPv/AAy04Qd6prGQgVzt2UsVSkkgVmhVmEtD1ApT26j7sRjuiel7/j8bIMug6/j8e92C&#10;SrsqB1MCmjEdT8W/31NPoywwJG/pDXYB23dkb8yecPK3kywl1PzJrVno1jASGkuZBzdwRVEQVZiK&#10;1oB2yvxo8XBHeXcNz7qdl2b2RrO0sgxabHLJI9w295PIfHvdnh78yf8AnMK8ujcaZ+XFkbKBJWEe&#10;v3iguyrUAxQ7gAg/teAzJx9l588rzS4Y/wA0c/if1fN9s9nP+BHjxgZO0ZcRr6I8vjL9Ts8ZeYPM&#10;/mDzXfyaj5i1i61i+kJLT3Ll6eyr0AHYAZvNNosWAVCIH47+b7DoOzdNoMYx6fHHHEdAPv73YRAD&#10;wzNBpzbdlNJxG2ww1bIRsuwMdzU75Oqbhs7F7Wzub24itbSCS6uZ2CQ28SM7ux7KoBJOAyAFk015&#10;c0MUTOZAA5kmgHZ6/wDyu/5w78/ebzY6l5rjHk/QLkgt9Yob2RB1Cw/sHwL5jyzynQxjrVnk+Se0&#10;3/Bd7O7PEsek/f5R3fQD/W6/B2fQTyB+SH5cflfCn6B0gXeoFV9bWL8LNcu38ykj938lAGYuSMTL&#10;ikeK/wAcnwPt/wBte1O3Jfv8lQ6Rj6Y/t+Ls6BcSetMFjLAqxVWod9+h7bVzBySE5+nYD8U89CPD&#10;Gy7KW0eVFMsY415EcNiBWvXp88EcJkPV+Px3svFETt97scHj4EJR4ozQIKlaDp1/XiCCNuXcgg3v&#10;zLsDTXyj1WZkRY6mZj1oNxUnt45Tm1QiDuBXP9TZDAdhvvydnA/P/wDzkL+XPkRmTU9XGpatEXpp&#10;NiFmuKgbcgp4pU7Asc1+PJm1ZvDAy3+o7R+fX4Pd9g/8D/tTtYXix8ED/FLaP7fgHZ4S/MH/AJyr&#10;8+ebJru18vJF5T0WWiwwx0mu6LX4jMwoC1aniM2mHsCEvVnPEe4bR/Wfi+5dgf8AAt7O7PjGWovN&#10;kHMnaH+l7h5uzzZcXV9ql095f3c19dzGst1O7SSMfdmJOb3FhhijwxAAHQPo2PFjwQ4McRGI6AUH&#10;ZJdG0aS5daqSK7dh9OQyTpwNVqhB2TuW4g0yH0YmBkoKAdK9q5jcJLrIYpZTZdkfWdrhi1SCxIHj&#10;165IxpzZQEQ7JDbkQQRmh9SY0B70rSg+eY0y6/J6pb9HZMvL/wCWf5jecpuWg+Vr25tqhWvpk9C3&#10;AJpyDSUqB12yBzQA23Lo+0fansrs2P7/ADREu4HiPyDs9WeSv+cOg9kLvz35jBu2IKaXpTUoCa1a&#10;ZxXp4DJxxTnEkED8fY+V9s/8GA8fDoMVR/nT/wCJDs+hflnyLonl/R9O07QtJjgtYbdC9waGSlBU&#10;kn4n5Huxzo9N2XGOECEbsWSfv+JfGtb2xn1maWXNMkn5fLopM1K1+jPlF+ceiNoH5kea9O9NYoxf&#10;PNEq9OM3xih+nOfkDAkdxfrH2L135zsrDku/TR942Vc5a3hjT1QdiEg2p44sg7AzeBAwtgdgd8LI&#10;C3YWXi8o2FPnk4Fvhs7OQavHxun8MyRydpiPpdhXhbHZsUgOxwGJV2Lx40kuySeXovU1W0WlQrgn&#10;6N8x9X9BcDtE8OGXudnfLQcoht9o9c1ADweT6nZ0HRLcFIi1RyNA38crm6bWT3NOzpmm8WLjtIyg&#10;NSoBApTBB0Godh69IzyVVJFQ6jsKEBqnbvhJdbbsDW0JYxhR8bspqan5n7srtxs+Tv6OyTXPIW7G&#10;nHr8X6slvTqIVxOw08o2kj6xpqFRw9ZXfvugLdsnhgTliPMOB2vlAwTPWvvdkx8yPz1d2O4iTivh&#10;U5LtKYOU26fs6NYR5uwtijjdQeQRlG4bauYkacmciHYN4W8SkhuTGo+E1FfDLNg0XKRdm4sQOoWm&#10;9epFOmSEQQtuygqt9okqO1d6eGRqxYUkh2LLQIC2w5UPjTLRsLYHm7FviZWVV+E7k+IGE8mO17ux&#10;IBpSFWtaUXsfeuQEbZWIuzoH5dWSxajcXBUcEZAQfBAXb9WdJ7O4ayykPx1dJ27lM4Rj1P8AY49D&#10;nzN846m2s+bvNOrM3M6hq13MG8VMrAfgMy5Hcv2d2FpBpOz9PhG3BjiPsDh0GRVuuB27sTOFXYwk&#10;YRfRmC7E23r2wMnYn/HFDsacQEh2UwrhBpQadifEgVOG2XE7G03wpt2f/9D4HYsn7+ZsVdld6Yq7&#10;LIOC1dmoQPH2wgq7LHTI3ui3ZWG027HAV6jp2wIdjT0Ip1wgJDsrthV2Xt2NfHFXZsVdmxV2bFXZ&#10;sVdmxV2bFXZsVdmwUrs2AhBDs2BDs2KuzYq7KOwwgWkOxhHenyySXZvDFXZYxKuz1Z+TH51TeS47&#10;XS9cim1Hy63920e89ox6sgP2k8V6+GaXXdlSkfFxCz1H6vN8x9s/YcdqXm05Ec3UH6Ze/wA/P5uz&#10;6PaDrmma3p9vqmj38OpaddKsltc2zh1avQVH2WB6g7jNZjmCKvfz5vzdr9Dm0uU4s0DCY2IIo/2O&#10;yXwgskjOASqjmF8ad69adsy4El1MtiKdgKeFJ4ZopYRJHICpQjkoqKFQD4jIU2wmYSBBoh2ecfPf&#10;/OMnkjza8t7pCyeUtYnNXltlDWxcDf1IOgr4g1zLwa7Lh2O48+YfR+wf+Cb2j2bUMpGbGOh+r4S/&#10;W7PEn5i/kZ56/L2eZ9R0p9Q0hT+612xUyQMPFgKsh9iM3em10Mgo7HufbfZ3267O7YiBCfBk/mS2&#10;P6j8HZxg27fd9/0+GZRm9f4jsDvGwJ/VlkTYtsBt2JkEU264SEuxnE/ScgYq7HBSPanU5GmBlbsr&#10;mQak9DUHKzjieieEOybeXPzK87+VJFfQPM+o6eqna3EzPFStaGNyVpX2zV6jsjT5vqgL7xsfsdL2&#10;h7Odn68Vnwwl50AfmHZ3TQv+cu/zN0+IQaklhrcVKNJJF6Up8fiQ/wAO+a3L2EYj93kkPfR+/f7X&#10;iNd/wJuycx4sfFjPkbHyLs7n5a/5zF8s3MCQ+YfL95pl0saoLqBlmh5U4kldmFc189BrMQIHDPu3&#10;o/qeI7S/4EOqhLi0+WM42diKP6nZ33y9+dv5a+ZAyaV5qs/rDGnoTSGCQ1JBYCSlOoOUSzyxg8cD&#10;EnvB+/k8Hr/YvtXRb5cEq7wOIfY7OnR6rFcx+pa3EEqNQCSN1YEbGgp41y6OshIemQv3vMy0ksZq&#10;QI97sEPHzVS6em1QyyDvSlSfYUIy2cbG4+LXGVct3YnVEArKKx1Cv4nwP/A5Cx8vx+hluenN2Doi&#10;nExhiGB+J6joNu2+X7S2aZXdl2GARpxwAEiBgV8ASahj779MyaOTarDjmXBvyLsLtQ0yx1a90eS5&#10;0mPVp9Pme60oFuP1WeNeAuOoFFDNWvjtvkckfFkKiJXfWuGq39w+9ytPqcmnx5BGZgJARl/SiTfD&#10;8aDsGzOEYMYyCKqSBTlU0/twzlvbjxF9XZQMXJ0YOOP2qDcqK14/MVyIMbIP9v7OakHYuxNnt44i&#10;VXqa8mFKb7dew3yuUoiOw/H6mQjIl2Bi6eruRQEkqOh61qfvyqU48Vk8vx+tso07Ob+cfzp/L3yH&#10;as+v+Yrb67CG5aNZlZ7lzuOIjUmhry6kdsqGqnlqOKJkb3rl8Sdupek7H9jO0+1p1gxHhP8AFL0x&#10;99n4cnZ4e/Mn/nMDzTrvOz8j2n+F7EGjahNxmu5RQjp9hAanoK/SMz8PZOTMbzy+EeXxPX7n2r2d&#10;/wCBJpNLU9bLxpfzRtAfpLs8gaxr2r69dve6zql1ql27FmuLqVpWqdyfiO3Xtm+0+jxYBUIge59b&#10;0mhw6WAhihGEe6Ip2FYdthXbMgwDkmIdgsbAd8qpqdlu1BtgCh2IojyuFVSWbZUAqSfAAZZYAbDI&#10;Abuz07+Vv/OLHn7z81tqOsQf4R8sygO2o3yH15FOwENvsxr4tQZh5dbEfRufsfNfaf8A4KHZvZN4&#10;8J8fMP4Yn0j+tLl8BZdn0i/LL8jfy9/K+3jGiaSLnWlX1H128US3RelPhelEFey5igGcrybmuXQP&#10;zp7S+23afbsic+SsfLgjtH5dT73Z2xpCKoqlmYDktacT7n39sywdqr9Ffjo8aA7ChCjSFyOcR+In&#10;foTvUHfrmviQZE9ObkkECursZFDbxwiP1TEsZ71Z996r9+CEICHDdV8+/a/eylOUjfO/k7AGqanY&#10;aLZS3eq38Vjp0a8Xu7yVY4YxQsSzMQNqfTleXLDEKkdjt+A36XS5dTkEMUTKZ6RFk/AOzyP57/5y&#10;/wDy/wDLS3Np5WW583akqGMmD9zZ8wTuZ2FSvQ0Vf1Zj4sOpzj0RMAeZlz+Q3359H1jsL/gR9p62&#10;p6kjBDnv6p1/V7/eXZ4Z8+/85C/md59eeG9119I0ubrpOl1toiK1HNlPNz8zmww9jYYm8nrl3y/V&#10;yfbuwv8Agf8AZPZIBhi45j+KfqPw6D5Ozh7O8jvI7F3kPJ3Ykkk9yTuTm1jARFAU9qIgChydi0UD&#10;yEBR1O+SYymIuyfaD5akuP30q8I0oWJHbKMmSnS6ztAR2HN2SO5v7ayQWdhTmBxMg6k+3jlIBO5c&#10;TFglM8eR2C9D8gfmB5wmRdC8q6lqXqf8fAgZIttyTI4VfxwSywgHF1/tF2Z2dG8+eEa6WCfkHZ6h&#10;/L7/AJw685aon1/zdqlp5bs0AYWcJ+s3bbA0psinem5OQjxZgTHYDvfMu3v+DBocHo0kJZZd59Mf&#10;1l2ev/Kf5C/l3+X9uGtdJ/TOpyKFk1PUgtxKj03CIRxTodwMjl03hj1b3+PwXyLtj267T7WlU8nB&#10;Afww9IPv6l2T5CsDKYoiSB8CouwAHxUGwAA22zWRPAdnnCDIbl2SPQ4fVkCqh5SIS0RPwqBua/PN&#10;r2djBOw59Ojiah2dh06n1C0k9JDSHkAu/ID4aGudppa8KJocvwHXy5lQbdiPfPmX/wA5gaGdO/MO&#10;x1RYBFDrFiOLKNi0LcfvoRnJ67GYaiQ6c/g/S3/Ae13jdnTwk2ccvvVV6DPJLU98wzb66uxB6mtP&#10;pxDOJAdgVsk2OxFxt+vEFkObsAXIrGf1ZOJbg7OSa6lLknxrmQHZYOTsIsk3B2ViyDsUr2+7EC1G&#10;7sXjHT9eEK7Jn5RiEmqKT/utCR88w9aai6nteRjhPm7O82MYaJOQ3G2/tmrJeHync07OmaLAESIh&#10;aBAa98q60Hn9VK5OzoGl25AB5ACQnio6Dbr88kRTpdVN2GF0KhVWNd1PU0AWtK/T1yDrwa3JdgnT&#10;owZkUV4p0AOx7gGnjTIg7uBqp7Euw9vV5ekm5DdQNthlpp1uI1bslPkOIPqjEsz+jHNKCdqVoi0p&#10;2y/RG8wHcCXT9vSrD7yB+l2Vq8ss+oXkmynnQ+1MwM548kiUaSIjiiHYEhVuRUuDUAyL2ykCy2zI&#10;p2GMaluLouwrSp2NcuiLDjyPQuwbvWLoAo/eYWnvdjCEWnAgknp2ydjokEnm7F4wOEtE5OKUXr18&#10;MsG/vYSO4diy8uNF69z3wgCmB5uxJSqCQy/YjUyEDq1O2AAb2z3NV1dks8t6hc6Z5E1zzDehY5F0&#10;vUb4BOkYWNkjXffOh9nZTGkOSXOXEfd0Dh5tLHU9rYdNDceJCPv3suz5eAl15tu0nxt823P68y37&#10;Vrh2HR2JMKHFIdiLYVdjDikOxhH9uENjsTORQ7GkinXCrsbt41xKXY1qb+3bDHZIDsZ2rT6MsZOz&#10;/9H4HgD6MjzSX7+ZWEbJdjgOhIocih2OxQ7MRXFXZsVdmxV2bFLsb1r7YeSuxnTJJdl4q7Nirs2K&#10;uzYq7Nirs2KuzYq7Nirs2Clp2XgJQ7KwK7Nih2bFXZRFcKXZqYq7K44bW3ZYFMipLskWkyViKHqj&#10;fgd8yMW4asgdnQPLPnHzN5NvYr/y5rE+nyowd40asTmu4eI/A3gdsxtX2bi1G8hUu8bH5uj7V7D0&#10;famMw1OMSHf/ABD3HmHZ7Z/L7/nKrQtUb6l55gPly7fiUvoFMtk5Ub8uskZY+NRmhzaTU6Ykn1x8&#10;ufxH6vk+Ge0X/An1WmHHoT4sR0JqY/RID5uz1Lo/mDS/Mtot9ol/BfxuKcraVZEFKH4uJNCa98qx&#10;6iOTlse58q1nZ+bRT8PNExPmCD9rsMYQVnBcUjLE7NVabAih8K5ZVG3HmRw7c3Yb+jbSI0U8KE9o&#10;5ACvFDuSD12zIqNURv8AqcTjkDcSfg7OT+cvyD/K7zv6z3vl6PS9QnHIalpw+ryk060T4W+lcuhO&#10;Uaol6vsf287X7LrgymcR/DL1D7dx83Z5D87/APOGnmax9e88naxBrlmn2bO8pBcb9ByFUJ+7MzD2&#10;gYj1xr3PrfYn/Bj0mWoazGccu+Pqj8uYdnlLzT+XvnLybK0PmXy1faR8RUTTRN6ZptUSCq/jmxx6&#10;mE+RfVOy/aHQdpRvTZoz9x3+XN2QkgjfMjm7uwXZuQpTfIcNtdbuwMfiPh4YluiNnY2mAxS7F41V&#10;gKfa75jZLDRMm/J2CPsg9zmPzLXzdiHrEGvQ9R45d4IIbPD2dkp0Xzz5r8vzRzaP5hv9Pkj+x6cz&#10;8RtT7JJHfwzCzdk6fL9UB7+rrNZ2Jo9XGs2KMh5gOzvfl/8A5yx/NHS444tRntPMMKujP9aj4yMq&#10;kkqXSmzVzWZew/5mSQHcfUPt3r4vCa//AIFfZGck4xLEf6J299F2dp0X/nMXy/dxiLzL5XvbGUur&#10;GezkWaMCoLAKeLdK0zCl2XqsfdPf3H9IeO1v/Ah1MDemzRkK5SBB/U7O7+V/z3/KjzBLFFbeb4bO&#10;4mJpDfq1uRtUbuOO5GwrlBM8RHiQkOdmrH2W8N2n7C9s6MEywGQHWPq/a7O16PrVhqqSmwuor6Go&#10;ZpoJQ6VBKhl4k1oBl+n1uPISAb+z408Zq9Fk05HiRMT3EV97sN72OK4iBnSeWCVuHpW9RcNtso40&#10;2JIJHSmZ+WMcg3BIPQfUfx16OLglKB9JAI6n6fxXLzdga5dm5lhxZGPJSahWABp75VllLuqiyxxH&#10;zdkd1jzDpui2TXusanbaLa12mupVjQ1pQVYjrUZrsurABHInkB3e52Ok7PzanJwYYSyS7gCXZ5s8&#10;6f8AOWf5d+X0uLPy8tz5qvFH7poQI7YOpqA0r7lTt9kdCcvx4NTn2jHhif53P5c/nT6P2L/wKO1N&#10;YRPUVhj1veVe4dfeXZ4z8+f85K/mV5zae2h1P/DekT1DabphMfMVr8cv22r8wM22n7CxjfKTI+f0&#10;/L9b7D2F/wADjsrs2pGHi5B/FPf5DkHZwCS6llkaWR2kkckvI55Mx8STuc3McEYigHu44ogUBs7E&#10;WcueR65ZGADZGNOyh45IhNOxRT2wEsJOwSAdgO2Y5LTbs7/+Wf8Azjh+Yn5lSRXEVgfL2gvQnW9R&#10;RkDL1rFFsz7A+A98xMmsjE1Hc+TwntH/AMETszsUGJn4uX+ZA3XvPIOz6L/ld/zjJ+X35cy2uoHT&#10;31/zCkdTq2oqHVG6MYo/sJv8zTKzCeQjjuu7p8S/PftN/wAEntPtkHHx+FiJ+mO1+88y7PSFvpjK&#10;sRcBgfhoRTYGlKd6ADMjFo6A6/j9D55POCdnYJlSGJVir6ix15qoJIY0IG25pk5xhAVdjr+piCTv&#10;ydhfLLGV4zEKGNIqbHwXMeeSNerlf9jYIm9nZF/Nnmvy/wCTLGXUPMusWmi2fAH1bqVELcx+yh+J&#10;z0FAMwdTqBilwDeRHIc/wHadldlantLJ4emxyyS/ognl58h8XZ4d/MP/AJzQs7Yy2H5caMb5kBjX&#10;zDqwKRilfihtlPI0PTmRXwwY9JqM28vQPgZfqH2vtns9/wABrJOsnaOThv8Aghz/AM6fL5fN2eHv&#10;O35medvzAvHvPNfmO81Yuapau5W2jH8scC0RQPlmz0+hxYTYFy7zufm+2di+zfZ/ZGMQ0uGMK616&#10;j5mR3Ls587cifHMt3wDsYAWw0l2GdhplxeyJHDC8jOwVEUEsxPQADcnGRA3cfPqI4wSSAA7PZH5V&#10;f84o+dfNkFtq2qWq+XdFlNUu70ESSUpssX2vpOUHIZ/TyPV8k9p/+ChoOz5HFjl4mQdI8h8XZ650&#10;z/nE3yXDCsWt6rfanDAS5gtnFpCwAGzcau2/iemY3hS3N8nyXVf8FfXk/uIRgT1I4j+p2dI8u/lJ&#10;+WHlNxJoflHT1mFed1NH9Ylr/Nzm5U3zF4ok8ye/8dHmO0PaztftAVnzzruB4R8o07Ok2q8FrAvF&#10;CAqRbfCB4BRQDDgjZ4gP0/gPOZDfN2Su2SOGIyFgeI3r0bffl4AHN3hiIRs/j9VOHIkuyK6xfqkh&#10;Vdipbgla7mtWNO+aXX6oA0On4tzdNiMh5OyNw3QTlzHLqEapNSTXoeuaiGYDpf63Pnivk7OkeVYC&#10;WlZx9mLkBX7Lv1JHWozqOyIHf3faebqdQWjgnzT+ank7yFoVvc+ZdYtbF0VxHZ0LzuAaFljSrfqz&#10;Y6jt3FpcUY7GYsUBZ97m9l+zut7UycOnxmXn/CPiVPiSx60O9c+dP56/nb5b/N+PTLby/pd9bJ5e&#10;ndxqeoFBJcJKOPwxKSUFRUAnpnPT1s9TluUeEV1Nk++v2v0L/wAD32P1fs/knLPOJ8QVwxvYjvVA&#10;KZ5uPh92SL6q3gdie3bEC2QALsDt/t4WwB2IvgS7AMykqcsjsW8F2cs8wx8Zq++ZEXYYC7It3I8M&#10;LlOy1H4YVdinhiOqjk7BEfhhGyHZ0HyND6l5cNT7KU+85r9cdwHRdtyqA97s77YQArClKctwR1zX&#10;yO7w2We5Ls6lplsBCNyzKPsjrXKRs89nyep2TnTEURBl6FC3jTuflTJX1dNqZbuyrlGkMaUDkqFV&#10;jt86jvkTs498Nl2HmkRVnjYryAFWO1RUUpkse5dRrZ7F2DLtOUirHud/br4HJyFuJiNCy7J75IhE&#10;S6ndUC8IY41oNwN2pXMrQgCUp90Xne258RhHzJdhBKHEt07UcTSlo6Hr9OaiZ9RPOy50a4YgdA7L&#10;U0SvEqW+0B7Y3QQRu7Btu1SCBQdgfxy2PqDTkDsEgoo58iQGod+tcnezUQS7LASQhRUFSGqch1Xc&#10;buxVW5MwWpJ+zvStPll4ILEig7HgleJ2JateXb5YgAbliRbsQkaR2RYlX/i2Q9uuVytsiAAb+DsM&#10;/wAxZhoX5F+cLzlxmu7OLToSNt7mUA0+YzstDj8PRX30Pnu5fsTh/O+0+njW0ZGf+lBaPUZ83KUF&#10;PAdMg/XZNlvEX8cQkOxLCl2JkdcaV2M7deuLMcnYkcUuxh98ICadjSBk2QdjKbVGBLsrt1+jCrs/&#10;/9L4I06e2QS/fzNQeGFXZeBDs2KuzYq7Nirs2KuzYq7NirsoiuG0uxp60pt44qHZiO474QUuysKu&#10;zYq7KxV2Xirs2KuzYq7NjSuzY0rs2RJQ7NgQ7Nirs2KuzYq7Nirs2Kuw98vW897f/UbdfUuLlT6E&#10;I6uy78R7kVwnOMIuWw/W42rzxwY+Oe0RzPd5uyRBXjZ4ZlaN42pIjghlYdiDuMzLB3DDiEgJRNgu&#10;xkke5Yd964RFIdhr5f8AM/mDypfx6l5f1a60m8iYOJbeQqGI7On2XHsRmDqez8Wf6o79/X5uu7R7&#10;J0vaOM49RjE4nvH3HmPg7PZH5cf85U2jmHTfzHtJInb4F8y2K8kUEbNNb9RQ9Snbtmly9nZtPvH1&#10;x/2Q/QfsL4x7Sf8AAoyRvJ2bIEf6nLY/5sv0F2ezvLfmLTPMumWWr6NqEGr2lwR6NzG6uu4oxJH2&#10;SR+y2V4c4kPMHkej4v2l2fm0OWWHNA45DmCKPl/aHZMw3qiFvTAqrLE5BBoOqinhTMyzKvs/Hk6e&#10;uG93Y5IXIDyOZmVqIlAKb0AoPfGOM8ybP6kSkOQFOzXWl2N9bPbX1tFfwSf30cyCRadN1YEZaNPE&#10;i+Z7/wBS49TkwzEoExI5EGvudnn3zn/zi7+U/m1ZZotDXy5fsx43ekOYuVNxyiNU3r2GGGTNj3B2&#10;e97H/wCCb2z2cQDl8WPdPf5Hm7PMXmj/AJwd8zWgebyp5otdVQ1ZLLUE+ryeIHqLVfbMqOvmK4ov&#10;pnZn/Bt0uT06rDKHnE8Q+R3dnmTzX+SP5n+TWkOueUL6OCMmt7bp9YhPyeLlmVDV45bW+ldle2vZ&#10;HaQHg6iN9xPDL5GnZyqSCSNmjkQxupoyMCCD7g5k2C9VHICLG7sZQr2ocjKIpbBdjy5A3G+UeDuw&#10;4N3Yi1ak7GvbLhCg2DZ2NBwEJdiqsRTIkMSLdioY7H8cHDbExdi6y9jvv1yuWIdGBi7JBpHmfXdE&#10;kEuka1faXIh+Brad4x27KaZg5+zsWb6oA/BwdX2ZptUKzY4zHmAXZ2XQf+cm/wA1NGksLe58zz6r&#10;pkU8BulnCtOYUYc1jmpyUstQDmvy9hRESccpRPTc1fTveO1//A17H1IlKGEQmQaq+GzyuPIgF2dM&#10;/MH/AJzB8x66tzZeSNJTyzYyEiPUbhhNelSKdB8Cn5dMrh2XlyD9/Kh3R/4rm832B/wIdLpanrch&#10;zSH8I2h+suzyRr/m3zB5mu5LvX9Yu9XuZDyd7mRmFfZfsj6Bm2wdn4sA9EQPv+b6toOydLoYcGDH&#10;GAHcP0uyMvKXHvXM+EKdkIgOwPucsEWzZ2UQSMIiQtuzUOGlt2PCn+uAhBk7Oz/lr+RP5hfmXNHJ&#10;o2lGy0cMBca7fAxWyg/yE7ybdlGa/U63HjFDc9weM9pPbjs3sSJGafFk6QjvL4/zfi7Po9+WH/OL&#10;HkPyKsF5qNsvmvzFAyuNV1BB9XjkG/7q3qVHGvVq5q5Sy5rvYfY/PHtN/wAE/tHtUmGOXg4j/DH6&#10;iPOXPfydnqa2s4ki9NSEcqP3agbLtQ0HyFBmXgwRiKupfjd8xyZSTZ3dhvF6IiUGhaEfEhJoB4nx&#10;6VzOiYCPucaVkuxMzmT94zkqhNHAp3r0+4eGR4zK5XddWQjWzsgvnLz95Q8jaa+o+a9et9Bt1AMa&#10;3Dj6xPx3Kwwr8bkgHoMwM2sgCYC+LbYcyP2+dO77H7B13auXw9LiOQ+X0x955B2eCfzJ/wCcy7+7&#10;W50v8tNJ/RloeS/4j1RQ9w4bvDbiqxjwLEnMeGkzZh6zwR7hz+J/V833X2c/4DmPHWXtLJxy/wBT&#10;htEf1pcz8KdniDzH5p1zzPqEup+YdYutav5T8d3dytI3yXkaAfIZtdNo8WAegfjzPV9r7O7L0+gx&#10;DFp4RxxHSIp2RaSXl3ND0GZOzsxAB2IM1cWbspULkALUnpTFEjTs7L+U35L+cfza1+LRfLWnLKFo&#10;2oapct6VnZx13knl7ADoBVj2GIlZ4Rz+73vKe03tZouw8By6idd0RvKR7gP0nZomgr19s+tH5R/8&#10;43flz+VdnbXU9snm3zgHPqeYLuIrDC6GtLWA14indtz7YOGFerc38H5Y9rP+CN2j23MxiTiwfzAd&#10;z/Wl1+5wrncJpGRIrdLalvAtYgCETdiSAANtzU5j5chFREdh8ufL9LwdmR4idz828LZWaRgaAGZi&#10;ONTRSRTMTJIk3XM/e2xAHwdjYLR2LCWLvxcLuPAcadx3wY8JJ9Q9/wCPvTLJ3F2SS3tYYKqrNHxW&#10;pjHUAeJ3NM2uLFCGw2caUiebsKb3Ulgh4IOImFWrQVrtTxJPXMDU6zght1bseEyLs53qV7a2sTXG&#10;o3cOn2qks15dSLAi03PJ5CAM5fPmjdSNX83d6bTzyS4ccTKXcAZH4AOzi+sf85Efk95fuTC/mpdX&#10;uI6crfSIXuqEdmkHFR70OHGMhqUcciPP0/7qnstH/wAD7tzVx4hg4AesyI/Ibn7HYH1L/nKcS+Wt&#10;TuPIVhJprx2rGPWNQVeYalQUh+JRxp1Yk5scGv1NeHEeHe1jc/DoPe7DQf8AAxlDURjrpCQJ+mPL&#10;/TbfY7PGnn7zdqutJY6hq+pS6nqF7Ek19ezmryswBZz269BTBgxdep69fi+ydidk4dJxY8MBGMTQ&#10;A6OyI6BMz3ToKFZoyffc1GZB2ILuso4aPcXZIWGxOZHF0cu3Yg3fAkB2BiK/wyTc7EH74EuwJIDQ&#10;jxGSjzbQ7Oe+ZoRxLU+nMqBc3Tl2QM9SfvyR2c52OXFSXZY61wq7BcY/rh6odnUfy+iLSXL02qor&#10;8zms1tcTzXb06ADs9EaZbB5YQF5BQDT9Wa+RNPBZ50C7OoadbFo+XUmgK+wyEA8/lnRdkqgVbaFy&#10;B6iIpBjrxK033J/hhIdZlPGXYhGhlm5qpU1p7bDt4fPIFoymg7JTpMKqJJK8kWlAfEZZju7dFq5k&#10;7Oxk7OGLxRetKAOEIIFfH22G+SJLCAB2kaHe7Ol+XE+r+X9SuGFDLI9AR1CLT8TmdpRw4Jy/GweX&#10;7Rlx6qER0AdkLLckHwkhftDpsd6ZoBMGVV5u4qi7Hen6pgctVon+yDSngDkwOVo4uGx3uwxjQoDU&#10;rzB+yN6e2Wg9A48jbsEx7Hiw3XoKdSdqjJ8jRapOxQIrBjWpQcW8ckALY2Q7HxqAwcEbghcnEIkd&#10;qdj4QeRU786dcly5sZuzTwxyBmjbgCRWE/tEkA0yOSIIsbJxzI57+bsJP+clrwaZ+UGg6Spo+t61&#10;EWWu/C2jLH8TnbGHh6XHHv8A0B6v/gO6b8x29lzf6njPzkad3pngE/LMR+n3Yi34YpDsRwpdjaV6&#10;4bZh2J9B1+jGrZOxI/KmDkh2NIr8vDJGSXYxh26Dww9LSHY00+jESUF2N7V3+Xt8sl0ZOz//0/gl&#10;kFfv5mxV2Ue+FXZq7Y0rssYq7Ntirs2BXZq4aV2bArs2KuzYq7KoMUuxpXJWtuzAdj9GAlbdm44r&#10;bsqh3w2m3ZsKuzYVdmwK7NipdmyNIdl4QFdlZFDs2S5pp2bArs2BXZsUOw88sX/6K8yaFqVaCzvo&#10;ZHPX4eYDfhmPq4ceGcfIuD2pp/zGky4/50T9zs+qF7+U/kb8wNKhuL/S0tb6eIBdTth6dwGZeXIk&#10;bNt4jNHodVlhEES+HN+XtP7Wdpdj5iMeQmIP0nePudnm7zx/zjP5r8vVuvLc3+I9OYErFxEdwoHa&#10;nRj8s32PtMGuMV59H0/sL/gpaPWejVR8Kffzif1OzzXeaddWc7293bSWtxCaPBKpRxT2IGbKMxIb&#10;G303DqceaIlCQkD1Bt2AwCDQ7++ExbnZMvJnn7zZ5A1NNT8satLYScg1zaE87a4UfszQn4WB8evv&#10;mDquzsefflLoRz/b7i6Ptv2d0XbGI4tTjEu48pR/qy5j7nZ7v/L/AP5y08ra96Nh5ytj5S1fjxg1&#10;MMZtPaVtiWYDnGD/AJQPzzT5IanT/WOIdJR5jzMf1W+B+0H/AAJdbo7yaM+Pj6x5ZK+6XwdnrrS7&#10;6x1KAXllfQ30VwOUF3ayJNEeQqSGQkUJp3y3T5ceS+GVk9327PkmqwZMEuCcTEjmJAg/a7DdeSLU&#10;Cit8Tg13bp8PtmdAcA5bfjk4h3dj5IF41SMx8qlV7k0O305KWLypiJb7ux4DFIuXxioCoB9HGnc4&#10;ADQPP8cmPIl2JNHEVnhlUxAfC6/s0YdPx3yuUI7iQpkCQQRu7Ob+avyc/LTzcjt5g8oabcTOfjvB&#10;EIZd6UPOPia08cTE4xseF6Lsv2v7W7PIGn1EwB0ux8jbs81ea/8AnCTyTegy+Wtc1DQLh60t5gLm&#10;CpJANTRwNsmNVmhsd30jsr/g0doYttTjhkHePTL9Ts83eav+cPfzR0RpH0cWfmi1VSxa1k9KXYVp&#10;6clP15dHtGP8QIfRey/+C72RqqGbiwn+kLHzDs8+a/8Al5518sMya/5Y1LSuNCXnt3CCvT4wCPxz&#10;LhnhLkXv9B7Q6DXb4M0J+4i/k7IeYGBp3PbJ2CHbjICHY70D1NR742EcYdlhaYQm3ZdMFWrseRt0&#10;+eICuxMg0JyZii3ZZk+GlK775jHHvstW7Ax3r7nLxHZm7G0FaYaV2XTtkgrsEJC0hVVUszUCqBUk&#10;nsAMMpgDdhKYAt2eiPy8/wCcYPzM8++jdnSz5c0SQiurakDHUEVBjh+233ZhZdbAD0gyfPfaD/gl&#10;9k9lXDj8XIP4Yb/OXIOz3F+XP/OJH5e+T3tbvXIm84ayg5CW9Wlosg3PCAbGnbkT2zV5c2XMaJoH&#10;u/H4t8T9of8Agsdp9ogxwHwMf9H6685fqdnqu1sIbThBaW6pbwIAixqqpTpRFUAAAdBTvgx4OA+k&#10;X59/4/S+W5c8slykdz+N/wAdHYJ9EIoMqlKgqW6U7mn0Vw+GI/UGvjvk7BiwTFxKOIBUgyHsAa7n&#10;vQ1OZEccieK625/r7992BmKp2E+ta/only0Ora5qVpo+kQRt9Y1C8lWJAF3FOR+IsNqKMpy5seOQ&#10;J/afh1vls5mi0GfW5PCwQlOZOwiL/s+Ls8P/AJsf85iQWnr6J+UVskxACHzffRn01FCCLW3fduv2&#10;5O/RchAZM30jgh/sv+O/f7n2z2V/4EEslZu1jX+1RO/+fIf7mPzdngPzF5j1nzJqVxrXmLVbnWdU&#10;ut5r67kMj/6q12UDwFBmdp9JjxCoCvx1L7z2d2bp9DiGHTwGOA5CIr59583ZEZ5ySTv88yhGnawg&#10;7C92r3xLeA7GUwFLsWtbWe8njtraF555mCxQxqWZiTQBVG5OJIHNqyZY44mUjQHV2fQD8g/+cK9a&#10;80pB5t/NL6x5T8mRESLp4BTUtQBFQkQYUjQ9C5+gZZiwnLEzNwxjqdjL+p5f0uT4h7a/8F7T6ISw&#10;dn1lzcuLnCH/ABR8uSxn34pu3fwHzz6XaNpfl/y3okHl/wAreXrLy35esgFg0uyXZqdGlkPxSuep&#10;ZjWuUSzDJGoxAhfLn8z3vzb2h2hqdfnObU5JZJnmSfuHIDyDYWnUlj4nFDdCIqleMcrEbbkM1AMx&#10;5ZqIHS/j3OMMd+9dgZ/rLBi4FWXiI670BO3t0rlchMnfnXJkOEcnYtAriRiqKShAaVdqKOpA965K&#10;+D1bbdeSJHbd2RnzP+YvkjyfCb3zH5p07TVUMPRlulMwHSqwpyc/dlGXtPDGVxlxHcULJ+Qdt2Z7&#10;P6/tGXBp8M5+4bf6Y7fa7PMnm3/nNXyJpUdzb+VdD1DzLdI3FLyallbtv2DcnI28BlJ1WoyRIhjE&#10;fOX6h+t9J7K/4DXaWoIlqckMMT0Hrl+gOzzL5z/5zI/MjW1ki0Oz03yrGR/fQIbi4B8Vkl2Bp4Ll&#10;Z0GTMbyzPuiOH7ef2vo3Y/8AwH+y9KbzynmPcTwx+UefzdnlTzH5y80ebbqW58y+YL/XJ5CSTeTt&#10;ItT4JXiPoGZ2n0GLDvGIB7+vz5vqHZ3Y2j7PgIabFHGB/NAH283YA0pGeZUAG5oPnlmagLcrUECN&#10;uz0zeQnSfy/cSMA93GqJQU5Drt8++anTi8lvBYJePr9htF2cz1i49Wx0oMeZ+qxrXxABy/DGiXoN&#10;NjrJP3uwNol2YryAfaYMK79d+mHLHZv1EBVuzo7ChIPUHplgNi+9hA2AXYGbpQfTkhTbHm7Aze2A&#10;sw7EmH34EuwO4Br4eGSDaNnZEPMEHOFzTcA5kQcnCXZzBloxy0uxBdlYEh2WvXEHdebsFIN8lSl2&#10;dr/LS25RSPxJDSAVHcZqNYfW8d7RZKlXk7PRuiWfK4JOyrsD4+2YMjbwOqy+mnZ0iztj6Q+Jk/b+&#10;Edadj7ZKqdJklu7JDbelLbsY39UVo5IrUjt74arZ1+a4y3diKwOzNIisHQU4seviu3jldHo4uWdc&#10;3ZI7RBDbcixKgFmruQVHbuScuwj8dzpc54p07A9uVuYfrEsMtsZQp9BwA6cj0ahIr8jkZC9yEZhw&#10;HhBBrqORdnTQDb+Uo96GVSzbd3Y5n1waPbqXliePWny/Q7IIC0bJ6i8zIaVHh75oZkggjd3e0ga6&#10;OwaIolV2C0Y/x2rtlvDYaeM27BcaU6jjsKU2274Yjeg1SNuwfA0RDPvNMn2VApt4ZkCUTz5tExLl&#10;yDsCgMKljx5+HbfKtmyw7FQnENRaClaHtlkYmLEm3ZfMsSCQjAAmQDtiJA7oqnYIgiFzd2apHWjp&#10;8R69dsnCHiTiPMMJy4ISJLs5d/zlvfFIvy20Ll8UVtd38qD/AC2Ea/gM7bWWBCJ6R+99P/4Bml21&#10;mo7zGP6Wu5zxmfbf+uYT783iRoRv0xV2In2O3bCydiR/X0xV2MNO/XDdMw7EyO/bCT5Mi7GVp1yN&#10;IDsZuDWtMmRtSXZTV3riIq7K79fpx6K7P//U+CO+RV+/mauBXZu9eowq7N7DEK7Kqen35KrV2UT3&#10;6Y0rsdUZGldmrQ7b4atXY36fpxV2OGJV2bbArsuuBXZsVdmxV2bFXZsKXY3j74lbdmPbCFdjcKXZ&#10;sVdmxV2bCrs2Cldmwq7NgpBdl4hXZWAq7HIxSSNwaFHVgT02IOQkLBDGQuJHk7PtN5HATRNGfl/f&#10;2dvI5Ukhqxip+fhnI6Q0KD8Zdt76jIO6Uh9rs6XHF68ZKsXqQIwB0J6t417ZtIx4x3vOmXCXZA/M&#10;35T+TfOsU0es6JHJdEgC9AKTJWtCsg6AHtlmDjxk8Bp3/ZftXr+yyDgykDu6fEOzyV+YH/OJ2taQ&#10;r33krUBrVuCS+lXREc6+AjkHwuPnQ5toa7h2ybeYfXPZ/wD4LWDPWPXR4D/OjvH4jmPg7PKGraJq&#10;uh3LWWsWE+m3i1Bt7lCjbbVFdiPlmXDJGfIvrOj7RwauHHhmJR7wbdhK4ZaAim3XJVs5uxdkq8qe&#10;ffN/kq5F35V8xXuiTKPjjt5D6TjuHiaqMPmM1mo7PxZDxcNHvGx+YdJ2t7P6HtSHDqsUcg8xv8Dz&#10;Hzdnqvyj/wA5o+ZLIxQ+d/LtrrsKr6cmoacfqs5BHHk0R5RsaeFMwpafU4zcJcflLn/ph+p8p7X/&#10;AOA1pctnQ5ZYz/Nl6o+7i+ofa7PWvkr/AJyG/KnzwYLSw8zR6XqFwWCaZqo+qT86ADiXPBq9Kcsh&#10;+e4KjmgYefMX/WH6afJ+2f8Agf8AbHZdzyYTOA/ih6418PUPk7O5QSiX0/iQGlQVNVqN+StuKEGu&#10;bDT6mOXkQT5bh4jJDhdihKcQJOjFQzHf4q7fOmW2AN/Jhv0dlNGGVixBBYHg47gUAxIBG559Eg1y&#10;dmEcgVg6K0lKhK1JJ33B7dsYwNGwLrvTYvYuwCYWJ5PHwQ8QtenKhBB9hmIcZJsir/sbRMVzsuxK&#10;fSrO8jkju4EuYWBEgmAeOg7cSDUb5LwI9fmyhqZ4iDA0fLm7Oba5+SP5YeYY5f0x5L02SaRQGuoo&#10;hBIf9Vo+NMEIyiNiR8Xo9H7adraMjwtRMAdCeIfbbs8/eY/+cLPId61xLoGr6noUkhYQwScbmFGF&#10;dviAam3jkznyxPk972d/wZe0cQAz44ZB1I9JP6HZwjzH/wA4W/mBYfvPL2rabr9vw50Ym2krv8NH&#10;qPxy2Ov2BkNnuuzv+DL2bl21EJ4z/ph9js4V5h/Iv81fLbA6j5J1Bot63FrH9YjqOvxR8umZWPWY&#10;5DmA9x2f7c9j63+71EL7ieE/a7OY3FjdWcjw3dtLbTISHimRkZSOxDAUzIjkieRenxaiGQXCQI8j&#10;bsDBCem465bbYSHYiUO4PT5dMQUguxL069OuLLidgi0067v50trK2mu7iQgJDAjSOSdhRVBOV5Ji&#10;PM015dRDFEynIRA6k07PU35ff84ifmN5pa1vPMaL5N0iWjM90Od2yf5MC7jbpypmuydoVtEW+X9v&#10;f8FrszQiUNP+/wAg/m7Rvzl+p2e/Py4/5xt/Lf8ALlYbm10waxrdugE+s6gBLLudzGm6JTfoO2U5&#10;IynK5nbqB+PxT4R7Rf8ABF7U7ZJjOfh4ydoQ2HxPM/F2d7EJhjcRg0UniAN17fhTb5ZLwjjia5fj&#10;8fB4Xj4ju7GpDIjSfDsW+MVrQDeo99qfRlYhKJNfj3fjopmDX4/H7XYbRlPhheP0UoGAH7DdxXvS&#10;n4ZnQlXpIofd3+/9jjm+fP8AH4+bsZcyWdpFLf6jcw2VjapzuLmd1jijQdC0jEKN6dfDHJLHAGWQ&#10;gRHfyZY4TySGPGDKROwAsn3AOzyH+af/ADlz5L8sJd6T5Aj/AMW62rPB9eblHpsDLtz5j4ptx0Wg&#10;9818s885rBExj/Ol+iPf769z637L/wDAn1+uIy64+Dj2PDzyH4co/Hfydnzt88/mL5t/MHU21PzZ&#10;rM2pyptbW7HjbwL/ACwxD4VG56ZPTaGOP1G5S7zzfoPsP2d0XY+IY9LjER1P8RPfI8y7Od3Nyqg0&#10;PQdRmxiKejx4+92Ek0xJ+I1HYdcm5cYOwE7knr+OBtAdgiw06/1a6js9MsZ9RvJjSK0to2lkYnwV&#10;ATlc5xgLkaDTn1OLTwM8shGI6k0PmXZ64/LX/nDT8wPNpgvfNlxF5O0oqJZIHHrXpjpXdB8Me38x&#10;28MwzrOOxjF116Pk/tH/AMGHs3s+4aQHPk5WNoX7+Z+Ds94fl7+X3/OMn5HT2t9f63oX6dgiV7ZN&#10;SvYp72WQj+9mAqsKDqEHxHvth0+r0UKy558ZHKAs2e+XCK4R/N5nrs+M9t9t+1PtHAjw8hxy/hhE&#10;iAH++PmVNubHivwj9pz+oZOfNX/ORv5PPMZNV/MjSCyoOCWkrzEKPsqFjUgD2yOr7ahqjZEpbdIn&#10;p06U89o/YLt7L9GkyfECI+0rlVUFFFBnJtV/5y9/JfTVYWmq6lrEg+P0rOxcIfk0hUffmENVnP04&#10;pc+tD9Jel0n/AAI+3sx9WOEB3ymP0Wuzlutf850aMk8o8v8AkG7uowg9KXUbqOIM1d/hjViNum+W&#10;yGrlvwxiD3+r9T1Gj/4B+oMR+Y1UYnujEn7y7Ocat/zm159ukkTR/Lej6QXVlEsvqXTqWO7AsVG3&#10;TpkfympPPJQ8h3+Zt6PSf8BXs7GQc2bJMeVRDs4h5o/P381/Nkc0Otedr42ku8ljZt9Uh3FKcYeO&#10;304f5NhI+smf9Y39nJ7bsv2B7G7PIOHTx4h1l6j/ALK3ZyC51KaWR5HkaSZhSSRyWY08WO+ZmPTw&#10;gKiKeux4IwFAbD4OwF6sjbsT1rTpU5bw020HYXXEhrTJgNsBbsCA8j7k5JtIp2TPyxaS3F7boq1B&#10;daAU6e5zC1MgIl1faGURxkl2d08+T10i1tQT6cUYUISdmp0GazTkAvHdjx/eyk7Iv5R/L/zt+YVt&#10;bReWtDnvYoHMMl+49K1QKdqyvRTSvauWSzwxSNly+1/aLs/seROpyAEi+EbyP+aN3Z6k8hf84izI&#10;9vqHnnX1jSoMmmaWdx4h5nHb/JXKjnlk7hF8u7d/4LYIOPQ4v86f6Ij9JdkA/NDy1a+UfOus6FYl&#10;msbQxmyZq1MbICKk9fCuZWE7UOmz6B7HdqT7T7MxZ5/Ubv3guznLDf2y0AF6uNOwO3XffAzDsQbC&#10;AydiLdxki2h2EuqQ+pC+22+WRIbcZ3dnIr6P055F6AHMjm7PGbDsCd/YYOjN2KKPHvgPRDsFINqZ&#10;JXZ6R/LG0ZdKhcDeZyRt9GaPUG5l8+9osl5iO4Oz0VolmGDc1A6tX5ZjAWXhNXldnQrCIxREorSD&#10;l8Cjc7+57YSHTZpWXYOW3aOAxgKUDs0K9KE7UNKY3e7iTyCRvq7FhAVqi0UMB9rfvvSncnGEXX5J&#10;3u7DdVEdoCeKM+1RuKdBTLgQ6uciZ+52BVRjySpYO4+JhvTvt92A7grKQq3Z0jXx9X8uWkQJAKIC&#10;vfYdBmXro8GliPJ5jQHj1Uj73ZA4yr8ZEAoP2R1r265oYVIW7yQrYuwwRwSKAtyAJ2+/LiGiQdi7&#10;RHiSegHwg/fkxHdrEnYKgcD4UShBqx+eTAvya8ke92UsPMn4+J5Cp9sMY2pnXR2LmAAq61IXqzeJ&#10;yfASwE+jsSjQFgjnoeny748IA3ZSltYdhroZM+p26MaxI5ZKduPY5l9nx4sse63F1w4cRPWnZ5s/&#10;5yt1A3f5oW9gNk0TRLSHj4NLWVtvHcZ1evP72u4B96/4C2k8LsI5P9UyyPy2aGeZj+vMN9bbxJhs&#10;R0xV2IMMLJ2MxpXYxgT/AByRSHYiVof4YQ2OxtPHDsrsb89zjz3S7Gnp798kl2N26UHzyPCinZ//&#10;1fghU9cVfv5lZKldmI6e2ICuzfPBSuzfM0x3V2YU7YVdl40rsrFXZeKuzdqUwUrsrGldl1piYq7L&#10;qMhSuzVHjjRV2XXFXZumKXYyp38MNJp2btTDSuysKuzYrbsvGlt2VTFbdmpituy8HVFuysBK27Lw&#10;ildlVHjkVdm2PXcd8RyV2e3Pyv8A+cmx5ctLPQvOGlyX+m2sCR2+oWVPXXiKL6kbEKwAHY1zQ5ux&#10;suKRlhPEDvR2+18Z9qP+BcdZOWfRTEZyJJjLlv3EcnZ7Q8ifnD+X/myGBNE8yWsepXThDp90wt7g&#10;Md/7uQivzByqGpOHbIDCXmNvny+18X7c9kO0+zpE58MuEfxD1Rr3h2dlieOYIyhTxDfGPs/DsRX5&#10;5sMWWM+R/Hc8lIGOxdjynP1kWESx8aKTsoqNwK9f4ZZfFYAsfJANUXZDfNPknyz5qsJrHzBo9tqt&#10;qVBUyRgvFyFCUcDkpHiDkOEwNxNO27M7Z1fZ+QZNPklA+R2PvHIuzwt+aP8Azi3qmhibVPIU0uv6&#10;ZVnfRZKG7hSnKsbbeoo+/M7DrqNT28+h/U+5+y3/AAVMWpIxdoAY5/zx9BPmOh+x2ePbi1lt5pYp&#10;I2ikiYpNE4KurDqGU0II8Mz9i+wQyxnESBsHqHYgG5Dp9PhlJhTGQouxMH4qbH2OM8YlzDIjZ2dF&#10;8qfmr+YfkiZJfLXm3ULBNg1m8pntnA34tDLyWmaifZ2ImwOE98dj9jzfavsr2Z2pGtTgjLzrhkPM&#10;SjRdnq3yf/zm1qFrHb2nnryrHfJG9TqukMIXAPXlA5Knr2YZWMGrxCoSEwOh2PzGx+T5X2v/AMBf&#10;FMmWhzmNj6Zix/phv9js9N+V/wDnJb8oPNKxpa+aRot9K4A0/VVNt1Br8ZqhoffAe0DjH7zHKBv+&#10;tH32Lp807U/4G/beg3lh8SI6w9X2c3Z3bTtVsNVtkurG9ttQt1J4XNvKsqEUGxaMn55mafW4s0bj&#10;IGvP7+rxGo0uXBLhyRlE9xBB+Rdg0oHQBHFIjyQ1r8Rr0PjtmRQkPSeTTdHd2VyfjxkiCiSrK671&#10;AArWnTBxEDcc/wAbrQvY8nYwW0ZiEkkjGKtCD3ND99MHgjhsnb7+aTkN0ObsUEZZJHjJMDhVVh81&#10;GSGPYkHbZiTRAPN2UIlVPgCGihdt/iAXf9eRGMDeP45JMje7sWa0BjZxEFVfjWMdqg/rplpwem69&#10;wYeIb5uyO6h5J8s6+8kOueW7DUIpaI5mtYy/UgVala/Tghp/VvsPudjpu2NXpKOHNOJHdIuzknmP&#10;/nD/APJ7zEHlh0CTQp5ySZ9OmaMLyG3GM8l+imZo0eUbg7PXdnf8Fft3R0DlGQDpIX9vN2eS/wAw&#10;/wDnCbzDpN3pUHkO9k1xbxpjqY1ApB9WjUjhJyA+Ifs+OY5y5cRqcb932+59U7A/4M2nzwyS18fD&#10;Ma4eGzxHqPJ2dC8kf84K6FZpDefmD5hn1WcUZ9I0wGCH4uitK1XO/gBhkcpF8h9rz/bf/Bu1OUmH&#10;Z+IQH86fqPwA2+bs9beVPyr8k+S7eO28qeWbHSYwORnSENOxXxkYFmPfrlA0nFud/e+Udq+03aHa&#10;UuLVZpTPcT6fkNnZ0FbJIVdmNHG+4JFBufn45kjAICy6A5DLZ2aCy3EgXgz14kGtab9fo3+RwY8F&#10;mwKKZZejsMI7MoCY5E3G7sOntXvSlPoOZEMJB2P4/H6WmWS+bsZPFbWNvNc3syWlhbms005CKgUV&#10;ZnYkADxqfHI5IwwR4shEYjvZQ48shGAJkeQG/wAAHZ5V/ND/AJyw/L3yXDcab5OlTz7roBQLbll0&#10;6BulZLn9undUHjvmqy64zHDpxf8ASI9PwHM/YOb6h7Nf8CvtLtKQyasfl8XnvkPuh098vk7Pnl+Y&#10;35zfmB+aE0j+Z9bZdJD8rby/a/uLGOgoKRL9s+7k9TlePRCUuPITKXny+A5B9/8AZ32O7N7EiBps&#10;fr6zO8z8enwdnG5Zt99x2J6/dm1jAAU9nCDsATzEfQNsNU5MIOwqdmNd+vUnbCW+Lsmnk38rfP35&#10;gXSW/lPy1d6mjni14UMdsniXmeiCnzynJnhDmXSds+1PZvZEDLVZow8ruR90Ru7PYXkj/nCUepFd&#10;efvMgmKEM+kaRWh/mR5mFfD7IzV5e0MkzWIbd5/U+Qdt/wDBpJBjoMNf0sn3iI/S7PaXkT8p/Jfk&#10;e0K+XNDtNFt7ZOdzqLr8ZRNy0k7VPXxOY8dJLMeLIdhuSeQfG+2/anX9qz/wjJLISdo9LPQRDs8w&#10;/wDOQn/ORkVnby+Rvy+uHgVqjVdXD/FMfanRR2X6T4ZsI4o5IgRFQ9/P3/qfWf8Agff8Djca7tGN&#10;y/gh/N8z5uz55XVxNdzy3FzI088zF5ZZDyZmbckk+OZcMMYjYPvsYiIAGwDsQ2AG3foMsEBXJk7E&#10;HkNTXoOmSEWQDsS9R2ptT5dKZKtmVOxdA3UGhPfwFcrYSLsFrbBwK7BQDU+2RummWQh2U1tArEda&#10;nr4n2wHyUTk7A8nFQT12GVso83YQzuC57DLhyczGHYM07S7/AFF1Wzsbi75ELWGJ5B8RoPsg5VPK&#10;I9WjU6rFh+uQj7yA7PaP5Mf845fmT5iktdRTy9LpWnmQFtR1EGFeAIqUQ/G3XsM1s8eXUj91G3yT&#10;2s/4IPZmkjKAyic+6O+/meQdnua3/wCcfvI/l2dr7U7GLzNqULKiTXg5xpJTrHF9jr3Ncq1GgOnH&#10;qNnl8Xw/We3faOrHBjmcUD0jsSPM83ZLbO1gsQtnZ20dnZAHjbxKEiU/5CqAAPkM1UQYzPm6DNll&#10;l9c5GUu87n4l2SC3jpRSh4EfHXfoen05scUPJwMkutuzxh/zlHobWnm3SddEfpprNiEkWoNJITSm&#10;3+SRmXVTIIq936B/4EPaHi6DJpzzxyv5uzy4429+2SD68HYFYYeFtDsSNOhwcBZOwO3XLeFtDsCX&#10;Kc4nr1p0ySRsXZybXYPTuCaUDZdE7OzwnZ2R8Y83ILsXToPGmJih2CErt+vCeSCXZ7B/LfTyui6X&#10;saPFyPzJJzn8lyJp8r7fzXnn73Z6F0OyCohoS/AE16ZA2A8Pq8u7smENmRaFQCRI4qDt8+nbbGur&#10;q55PVu7BjRqYoOA/arxAp+vcYy5OFKZs27Flg5yKacaE8DToO9a+2WiNuFmnQdgyW3UxxRhVKA8l&#10;X5dMmQHAGTcnq7ELGGSS+48wVkl5EdSQB0yG5Y6mVYye4OydecFHoadAV5qpDFfkNjmX2vjuMIno&#10;892QfVOTsh1vArySNQrt8Q6AVzSRj6rdxknQp2DPSUl1FUJG3f7vnltNPGRTsMEtiFSMsSrfCeW5&#10;H9MyBE1TjnJuS7FUgo44cgAadK1HfJCO7Az23djY7Yq/LiQrdGJqCMlCBBtMsth2LTxUjZ6/uwAe&#10;IwzFbsYS3rq7AslQByFFZaKw2O/jlch1bYuyS+S4fV1s/ASrFQsQFaEkbnNr2LHi1HJ13bE6wc3Z&#10;4c/PnUv0t+cHny5Dckt78WkZ/wAm3RU2+7N5rJcWaZ836n/4HOj/AC3s9pI9TDiP+cSWh0zkLZjP&#10;bt4mfHFXYk3tvhSHYka/7eSS7G/xxSHYmRX761xZAuxM9f4ZKmWzsaf9vEq7GH5Yi+qXZX308aYV&#10;t2f/1vhjZ+VtX1GWOCyg+szSnjHFGasx8AMyvArqwlMxFkF+/mTVPyP/ADWkAKeSNVYEVBFu5/hk&#10;xpJnoXGOvxDmftQTanpqHi+oWyHpRpUB/Xj/APlRX5tEVHkXVj/0bv8A0w/ksnQH5Mf5Rw94+akd&#10;Z0cbHVbMHwM8f/NWOH5Efm2f+mF1f/pHf+mH8jk/mlf5Rw94+bX6b0b/AKu9l/0kR/8ANWX/AMqH&#10;/NvqPIurf9I7/wBMfyOTuPyX+UcH84fNr9OaL/1eLH/pIj/5qyx+Qv5unp5E1b/pHf8Apj+Ry/zT&#10;8kfylg/nD5tHXdEHXWbEf9HEX/NWX/yoP83v+pE1f/pHf+mD8jl/mn5L/KeDvHzDX6e0P/q82P8A&#10;0kRf81Zv+VCfm70/wJq1e3+jv/TH8lk7j8l/lLB3j5u/T2h9f0zY08frEX/NWWPyC/N47DyJq9f+&#10;Yd/6Y/kcn80/JH8p4O/7Wj5g0EddbsB87mL/AJqx4/5x+/OE/wDTBavTx+rt/TD+Rydx+S/ypg/n&#10;D5rD5k8ujrr2nCnWt1D/AM1Y7/oX384f+pC1f/kQ/wDTD+Qy/wA0/JH8qYP5w+Ya/wAS+XKV/wAQ&#10;abTx+tw/81Zv+hffzhI/5QPVv+kdv6Y/kMv80/Jf5Uwd/wBzv8TeW60/xBptR1H1uH/mvHD/AJx5&#10;/OIgEeQtWNdwfq7f0wfkcvcfkv8AKuDvHzC0+afLI6+Y9LHzvIf+a8cP+cePzkbp5B1Y+H7h/wCm&#10;H8hk7j8kfytp/wCcGj5q8sDr5j0sfO8g/wCa83/Qu/5yd/IWrD29Bv6YjQZT/CfkU/yrg/nD5tf4&#10;r8rf9TLpX/SZB/zXjx/zjp+cp6eQdWp/zDt/TB+Qn/NPyLH+V9P/ADh82j5t8qr18zaSPnewf814&#10;4f8AOOP5zkVHkHVqePoN/TD/ACfl/mn5J/lfB/OHzWf4x8ojY+adIB8Pr1v/AM15f/QuH50f9SFq&#10;x+UDf0x/IZf5pR/K+n/nD5tf4y8of9TVo/8A0nW//NeX/wBC3/nT/wBSBq3/ACIb+mP5DJ/NPyR/&#10;LGn/AJw+bX+NPJ3/AFNmjf8ASfb/APNeO/6Fu/On/qQdV/5ENiNBl/mn5L/LGn/nD5h3+M/J/T/F&#10;ejVHUfXrf/mvL/6Ft/OroPIOqk/8YG/ph/k7N/NPyR/LGn/nD5h3+M/J/wD1Nej7df8ATrf/AJrz&#10;H/nG386h/wBMDqv/ACIbB/J+X+afkv8ALOm/nD5hr/Gnk6tP8WaNXw+v2/8AzXjT/wA43/nSDT/A&#10;Oq18PQbAez8v80/Jf5Z09XxD5qg84eUmrTzRpBp1pfQf815X/Qt/50V/5QHVv+RDf0wfyfk/mn5K&#10;e2dN/OHzDf8Ai7ynSv8AifSaeP12D/mvH/8AQtf51f8AUg6r/wAiGyX8nZT/AAlH8tab+cPmFp84&#10;+UR181aOPnfW/wDzXjh/zjT+dZ/6YHVKH/ilsf5Oy/zSj+W9N/OHzC0+dPJw6+bNGH/R/b/8148f&#10;84yfnZ28g6p/yJOH+T8v80r/AC5pv5w+YWHzv5LHXzfoo+eoW3/VTHD/AJxi/O7t+X+qfIRHIns/&#10;JEWYlR23pj/EGh558lEhR5w0Qsei/pC2r/yczkl9a3OnXlxYXkTW93YyNBdwSCjJLGeLqw7EEUyi&#10;UTE07WJsWydWV1V0YMjAFWBqCD0IOOgumRlPIgr9lwaEHtvkDCMhRFhEoCQohdk80T8yPPPlzbQ/&#10;N2q6ch3MUdy5So/yWLDMHJ2Rpp7iNe7b7nQa/wBmOzNb/f6fHLz4RfzDs7h5e/5y0/NTSZY2v5tN&#10;8xRhSjLeWwR2rQFjJCVNaDwyn+S5QN48hB86l+Pm8Rr/APgR9jZwfC48R/oysfKTs9AeVv8AnMTy&#10;zfrbw+adButCnJCXV5aAXluUJ6hfgkXiTXocqOPV4ucRIf0dvsP63ge1P+A5rcJMtLljlHQH0S/U&#10;XZ6K0Dzv5O82p63lPzJYawFADwRyD1Qrb0MTgSDx6UGYx1MCa5HukKP2vm3aHYmu7ONavDPH5kbf&#10;Mbfa7OXfmT+RHlL8yBPdRRroHmgDiusQKoSRlO4mQU9T6d8ydPqZY9hy/HJ6X2b9udb2JUSfEw/z&#10;D/vT0dnhL8wPyI/MD8vZJ7i/0d9T0eP4o9bsFMsPA9C6gFk+kfTm0jnjk25F907A9u+ze2AIwyCG&#10;T+ZLY/A8i7OKyJTp9pdiPfLOJ7SMtnYlU7g9RkvDBTTsRLvTiclHCAyEA7Eg7dKVPhkjjBZmNuyS&#10;6F5s8y+XZRceX9e1DRZVNeVncPEK9tlNO3hmFm7LwZd5RF9/V1uu7I0msjw58UMg/pAF2d28uf8A&#10;OWH5v6AILe41qHX7KIjlb6hArMwH7PqpxalMwJdkSgKxZJR35XY+14TtH/gVdiau5RxnFI9Yk/cd&#10;nZ6L8q/85x6bIqw+bPJ9zay8eL3WmTrLGCBsfTlodttgchH87gu6mPjE/pD532p/wE8oJOkzxI7p&#10;ij8w7O+eX/8AnJ/8lNcNX82LpDsiMbPUYJbciUtQ8TRlPvQ5OHaQibyY5DbusWPdfveF1/8AwNO3&#10;tLywcY33gRLbz5F2di0vzp5K1mOOTS/Nej6hzPGL0L6Fq7qQApYGo+WZGLtLTSNcYB89vsNPI6ns&#10;bXaYkZcGSNd8D+p2Sm3aC4mf0HWWvxLPARIp2rT4SdjtmZhy4skvTIE94I/FOtyRlAerbyOzsFmN&#10;yFdXMi/akNK7Amp7dmzK4LAINhhYdi8MIZGkZmox5eoKn4dqCmWQxkgk/gbMSa2dhrBEGVBzAC1Z&#10;GJG1BQgge+ZuOPEPuYEuwsulmAleOMyXDMAInYxI9X2POhFFqWp7Zh5RPcjn57A7/H3t8BEkAmh8&#10;6diq28crOiCkgWhWoJIHTYeOWDGJe9pJIDsEGEghd2jJHJq7lvwpvlhx9OjG3YyOyWRyskZdQQEA&#10;Nd28B065GOCzuLCmdOyO+avNXlXydA1x5q8w6d5ejWoVb24SNweNarGD6h27AZiarW4MHpnIA93M&#10;/Ibuw7N7J1naMuHTYp5D/RBI+fL7XZ5A8/8A/ObPlXSY2svy60Z/NF+g4jW78NbWK06FItpZB3/Z&#10;B+nNdPtHPlFYocI75c/hEfpPwfWOwf8AgNazUHj7QyeFH+ZGpT+J+mP2uzwz59/OX8xfzLkY+avM&#10;c11ZEn09Itz9Xs41rWghjoG+b1OYZ0nFPjykzkO/p7hyD7X2H7Idmdij/BcQEv5x9Uz/AJx5fCnZ&#10;yuRqKPuApt7bZmYovUQju7C6WUtWhG2wHYnMoRpy4QAdgHjLLIsaKzyuaJGqkknwAFScnxAc2/ij&#10;EWdgPN2dn8k/845/ml55eCa08uzaTpkpX/cnqQMCcGNC6o3xtT2GY2TVRh9O5eL7a/4IvY/ZYMZZ&#10;ROY/hh6t+4nkHZ7b/L//AJxG8geVgtx5kRvO+rKFIkuh6VnG/Wiwqfi9+RzBy5suQkA0HxT2g/4L&#10;PaWv9On/AMHh/R3mR/W6fB2eorLR7ezgjs7CKOytRHwisbdBFEqilAqqAN++2Y/5Wzd8w+Y5tZLL&#10;IzmTKV8zuXYd2OnRgSXEzCG3hJe4nY8VRB1YsaUoMzNNpAAZHYDme5xcuYkiI3J5Dvdngz/nJn/n&#10;I+K4afyL5DlaDTrdil5qA2ac16mnQfyr9Jy7IfFkK2gOQ7/M/qfoL/gbf8Dj8uI6/Xi8h3jH+b+1&#10;2fPi4mkndpZGZ3kPJixqST1JzJjyfd4gDYcnYHI2odsmGbsaadB9+KQ7Eip6lfkMbW3YtGrHcrt8&#10;tsZGmJkHYLhjUUFKsxNFXcn6MpyZKaJydkksfKXnHV2VNJ8rape+pQKYrWUgg7DfjT78x5Z4Dq63&#10;P2zoNMLy5oR98h+t2dM0X/nGv84NZAkk8vJpELkBJL+dUO5psilmp9GY+TtDGBzJ9weZ1v8AwSux&#10;NPsMpmf6Iv7Ts7Op6T/zhxfyIj+Z/OUFiPtS29jAZGFO3OQhfwzBy9rcB+n5vKav/gwYwSNNpzLz&#10;ka+wOzsPlf8A5xz/ACp8syxt+hZPMF8SD9c1N/WWg/lTZBXuCM0+btfPl2uh5freP7T/AOCH2zrQ&#10;f3gxR7oCvt5uz095T8u6Ra3FtFbaTa2lpGyIIrWJIVQCtAOA3+/M/s7EcuWJnvv39P0vm/aWvz5Q&#10;TPJKRPeSb+bs77HIsVuoAWJVUrGv2RwrV6+HQZ3kZiEe4ch7utvNEWVtKnOe+YbwSMTHRnBKowJN&#10;DXah6HOc7SziX07/AK3L00LO/JdkOnmAH8tei9SKd/DNDkmHYwhbslljNbSQRzySjgFHqx9+SilS&#10;Pwzd6PJCURIn3h1uWEoyoB2cx/NL8uG/Nmz0PTNNVLK8tLsqkxDNvIpBB4jptvlkTHNOI5Xs+j/8&#10;Djtc9maycTuJx5e5JvMXmDSfKuh6r5j128jsNH0W2e71K9lYKkUUYqzEsQBTOVf9CUeaT/0vtOB8&#10;Cz5uP5MjX1x+b7sO2tXV/lp17nyDL/z8J/5xSilli/5WQJDC5QyR2c7IxBpVWCUI8COuNP8AzhJ5&#10;oP8A0vtN8PtPkf5Ph/qkfmyHbWt/5RsnyUj/AM/D/wDnFAf+VFY/9GNx/wA0Y0/84R+Z6769pv8A&#10;wT4ToID/ACkfm2DtnWH/AJDZPkpn/n4p/wA4oD/yoUh/6Mbj/mnKP/OEHmU0H+INNB+b4R2fAf5S&#10;PzX+Wdd/yjZPksP/AD8W/wCcUB/5UCY+4sLj/mnGP/zg/wCZeJH6f00k+774jQQP+Uj82ce2daeW&#10;nn8mv+ijH/OKHT/H8/8A0gXH/NOc+8yf84DefLurabq+lyt1Cs7L+vJ/kYjlOJ+LsdP25qI/XgmP&#10;gmFp/wA/CP8AnE66bi35nx2m4Ba4srpR94iOQT/on5+boYgz6VTsfX2wDRWL4o/MOxHb0j/k5/6U&#10;pof+c9v+cSwK/wDK4dOPytrz/qhi8f8Az78/Nn9q90lf+e5yf5A/zo/MJ/luX+pz+RUG/wCc/f8A&#10;nEtf/Ku2Tf6tpen/AJkYMX/n39+aqKzi90qX0wW9JJSWbiKkAd8gdAZD0yBPcDu4ms9po6XEcuWE&#10;oxA3JBpOfK//ADm7/wA4yec/MekeVPLn5mW2oa7rtylppdn9Vuo/VmkNFUM8SqK+5ybeXvy21TQb&#10;S3sp4DE1lGIpG6/Eux/HOW8MiRfLdd27i1OQzBu31dnT7DQpII1QrT4as9aAkCgAODw75vO59WJm&#10;3YbppMqiMCSVQOjKQQT+o0weHRcQ6jvAdi7Wbh+J+N0UCrUBO3fCQ4k8op2KQ2xZxzqPTUmvffqK&#10;eGSAJcHNk297s00LhVJBUemWZaUIGCQpxBIX5uwN5ftku9Xtmq4Nu1UA2Vq0BNO9Mjhx8eSN97Dt&#10;LKceEjvdnRPMVj9ZuLfcgRxkmg/DNv2pg45D3PN9n5+CJ8y7CaLTBEGPEhX+0e9TmuGlMeTmS1XE&#10;7F101FUOiEVP2juTv1yX5ba6YHUkmiXY9rJgvHhuTUn/AD8MkdMe5iMwO7s0dk3Par8RQfxOMcJu&#10;gsswp2NNtMFFVHQk9hT2xGKQ6MvEjbsRlhYxsGWgpuw9t8rnj2ZQmL2dha8bSLIr1Vfssx799sxi&#10;DyckSAIp2dE/LS3LakGABZpEVO9aD+udN7M4bynzIDpO3Z+kB2QrzD/ziHa6pr2tapdeZQLjUr6e&#10;6nVYahWkYsVqetK0zc5I6eM5CUtwaL9Uez+o7QHZ2njDCOEY41uOVB+bHmX/AJ+gfkT5b8x+YfLc&#10;mieYr+by7qV1pk95BAnpSyWkrQu0ZLV4llNK4Un/AJw103/qZgaf8UgZD/Bf5zuvG7U/1Ef6YJCf&#10;+frn5EV/5RfzPTx9GP8A5qxv/Qmmmf8AUy/P9yMjxab+czGTtQ/5If6YLT/z9d/Irt5V8zn/AJ4x&#10;j/jbN/0Jrpdfi8yEj2hXCJaUj6mQl2p/qY/0wUz/AM/YPyN7eUPM52r/AHUX/NWb/oTXSu/mQ/8A&#10;IkY8Wl/nfey/11/1If6YLD/z9i/I/t5O8zkePCIfxy/+hM9J7+ZG/wCRK48elPVAl2oeWKP+mDTf&#10;8/Y/yQH/AExvmY/7CEfxyx/zhpo/Q+ZG27eiuET0v85lfag/yQ/0wUT/AM/ZvyTHTyT5mP8AyJH8&#10;cd/0JronfzG+/hCv9MfE055lIPaR5Y4/6YKZ/wCftH5L9vI3mU/TB/XL/wChNNC7+YpPcekuPHpu&#10;/wC9QO1D/k4/6ZTb/n7X+TQ+z5D8yHw+KD+uOH/OGug/9TDISP8Aipf6ZLxtKBuWfB2mf4I/NQb/&#10;AJ+3flAPs/l/5jPjV7f+uP8A+hNvL/Gv+IJK1/32P6ZDxdN5sa7S5cEf9Ms/6K3flJX/AMl55ip/&#10;xlt6/dXP/9f4geVfN58sarp+qrDJcyWE6zLFz4hiprQkdMtJ2q2+Eo2OK6fv5n0Es/8An5FfWttD&#10;A35T2c7RRqnq/pGUE0FK/YwyyTPLJIDuru+LmjD2LI8U8GQn+tED3/S+EPM3/OAP5ZeaNb1XXLzz&#10;r5wtptWvZr2S2t7yFYkaZy5RFMJooJoN+mDov+fl11GKH8oLM07jU5gf+TeREssbrLIfD9qDp+wz&#10;zwZP9NH/AIliWrf8+0vyn1eYTz/mF54icV/u72ACnYAGDalMGL/z80YHf8m7cjuo1WXf/kliZ5q3&#10;zG/6v7WQ03YXXBl/00P+JY9L/wA+s/yncsU/NHz9HX7I+uWxp/yQxUf8/NFG5/JqGngNWk/6pYOP&#10;PX98fl+1gdH2Cf8AI5fnD/iUI3/Pq38sGYkfm55+AJ+ybi0P/MjLb/n5uu3D8m4QR1J1aT/qjgE8&#10;w/yp+X7VGi7AA/ucv+mh/wASpH/n1T+WJ/8AKvefR4/v7Tf/AJI5f/RTePv+TUXz/S8n6vRwjLn/&#10;ANWPy/akaL2f/wBQy/6aH/Erf+iU/wCV+4/5W7593/4vtP8Aqhjh/wA/N4xSn5Mxbf8Aa2k/6o4D&#10;PP8A6sfl+1TovZ888OX/AE0P+JW/9Epvyy/Z/N/z4v8Az1tP+qON/wCim0RNf+VMxgdv9y8n/VHD&#10;4uoqjmPy/azjpewB/kcvzh/xLR/59SflgQK/m958NOpMtma/8kMd/wBFOIaiv5MJ/wBxiQf8ycgZ&#10;5/8AVj/pf+PJGm7AH+Ry/OH/ABKz/olD+VxrX83PPR22rJZ/9UMs/wDPzmD/AMsxH7f7mJP+qOEz&#10;1H+rH/S/tYnSdgf6jl+cP+JWf9Envyt6f8rc89f8HZdf+RGO/wCinUFKf8qXj9z+mJP+qOQ/f/6s&#10;fl+1kNP2CP8AI5fnD/iWj/z6c/Kw1/5C355r487P/qhm/wCinMFKf8qYT5/piT/qjhvPz8Y/L/jz&#10;Pwewf9Ry/OH/ABK3/ok1+Vf/AJdvzz/wdl/1Qzf9FOYO35NJTv8A7mJP+qOPFnPPMfl+1l4fYH+o&#10;ZPnD/iWm/wCfTP5VNSv5t+edulWsj/zIzD/n5zbg1/5Uwh/7fEn/AFRxMtRVeMfl/wAeYeB2D/qO&#10;X5w/4ly/8+mfypAPL82vPLE9PjshT/khm/6KdW//AJZhCf8AtsS/9UcF6j/Vj/pf2pOHsH/Ucvzh&#10;/wAS2P8An0z+U/7X5seeG/2dl/1Qyz/z86g7/kuhPj+mZR/zJyH+E9Mx/wBL/wAeYeB2F/qGT5w/&#10;4l3/AESY/KUjf81fPB/2dj/2T5v+inUJH/kmE+f6Zl/6o4/4Re+b/Y/8eSMPYQ54Mvzh/wAS7/ok&#10;v+UVDX80/PFa7HnY9P8ApHxp/wCfnafs/kvEP+3zN/1Sw/4Re+Y/6X9qfC7C/wBQy/OH/Erx/wA+&#10;mPyf7/mh54r4+pY/9k2MP/PzhWFB+TMQPYjWJT/zKwg5wb8Y/wCl/a1nTdhf6jl+cP8AiVVf+fT3&#10;5Qr9n8z/ADx9Mlif+xbGf9FN/wDzDcXy/S8u/wDySyZnn/1U/wCl/ap0/YRH9xk/00P+JXf9EoPy&#10;i2/5Cf53r3PqWW//AE744/8APzdT0/JqL5/peX/qlkRLUj/LH5ftYjT9igV4OT/TQ/4lsf8APqH8&#10;oB/5U3zufCstl2/6N8b/ANFNRTb8nIgf+2vL/wBUsmMmouzmPy/av5XsE7HBl/00P+JVP+iUv5Rj&#10;p+Z/ngdOktn/ANk+N/6KaU6fk/F/3F5v+qWSObUf6r/sf2tZ0PYJN+Dl/wBND/iVZf8An1V+Ug2/&#10;5Wb53IJ+L99Z/wDZPlD/AJ+aNv8A8gchJ7H9Lzfq9LIyy6g/5Xb+r+1B0HYX+pZf9ND/AIleP+fV&#10;n5QDc/mV54LDofXs/wBX1bMP+fmsm/8AyB2D2/3Lzf8AVPI+JqB/lf8AY/tYfkOw+uLL/pof8S7/&#10;AKJWfk+TU/mR53r4+tZ1/wCobKP/AD80m/8ALPW1B46tMT/ybxOXUH/Kn5ftX+T+w/8AUcv+mj/x&#10;Lv8AolX+T21fzH87sR1Jmsv+ybKf/n5nI6Mn/KnbbiwpQ6rMw/5N4iWe7OUn/N/an+T+w+fg5f8A&#10;TR/4lF6d/wA+uPym0q+ttRsvzM88293aSrLDPHcWSsCprQH6t36H2z54effNNn5482+YPNlnpz6U&#10;NcumvJ9OeQSlJJN3IYKuxPQU2zI8Tj3PNxsvBxnguvOr+zZ+l1jarY2VnZK7SrZwRwLI32mEahQT&#10;7mmQ4NTr0yO6CisEJMRSm9MnxMadi6TUJ6+IxtiYuwSl4VINfnhJtjKFuw507WLmxuIr6yuZLO6h&#10;PKG7t3aORD7MpBGU5dPjzR4ZgEOHqdFjzw4MkRKJ6EWHZ6n8i/8AOT/mrSfqlj5qRfM1hCVUaj/d&#10;6hGoI6yCiy0H84r75qM/Zk4j9zL/ADT+iXN8p7f/AOBbo9RxZNIfCmf4eeM/D+H4Oz375B8++WfP&#10;ulx3Og6jBfxScvVt3FJYnO5SWJt1J99jkdPnEz4c9pDoX597e7B1nZGYw1EDAjr0PnGQ5uyG+fP+&#10;cb/yz89Sz3MujPoOr3I5NqekgRkH/Kj+w2++43zP4ZR+m/0O47C/4Ina3ZQERk8SEf4Z7/bzDs8e&#10;+eP+cNPP+hm4uvKd5bebbFKskI/0a7CjsyOeJb2By+GoMfqD692J/wAGLs7U1HVxOGR6/VG/hvTs&#10;8u635L82eWpDF5h8t6jozjr9bt5EXbrRiOJ+/MoZonq+naLtvRa0Xp80J+6QLsjSRqCCDUeOWxLt&#10;OMuxcwg/Z6HemS2ZW7E3Reg6jpgIYl2JAHqD0PTKuFgXYvHIynetBkJYgWqUbdgpbniQykow3Vl2&#10;IPjUUzFOigeltRxd7sPdP80a/pcnqaXr2o2DMOJa3u5o6r4Hi42plMuzNPLnAfJw9R2Xps4rJijI&#10;ecQf0Ozpui/n/wDnHonBbD8wNVMSUpFcSC4Wg7UlDbZUOyscDcJSifKRH6Xm9Z7A9h6reelhfeBw&#10;/wC5p2dP0X/nML859Pj9K81LTtbjoVC3lkgJHb44ih2yJ02pgKhml8al94t5nWf8CPsPMbhCeP8A&#10;qyP3G3Z2Dy7/AM506/Ayr5g8gadfIoULLp1zJAwoTX4ZRIpqDl8NZrsP8yXvBj91/c8trv8AgKac&#10;/wCL6mcT3SiJfaKdnatF/wCc2fyw1P0otZ0jWvLp4lVmkijvIlJHUmEg7H/JzK/lzKAPEwnlzBEv&#10;sNF5PWf8BztfCCcM8eTysxP2tUzsHlv88vyz8zeXdQ82W/mqz0zRdKu2tb671OSO2ZGjA4usJPMq&#10;+xQcanJYO28MonjJhIHlL6uWxERd+75vHdo+xnauj1MNLLBKWScRICAMhv8A0uVjr0bzhXnf/nNj&#10;yBoUVzaeTdMu/OmopVYdSlBtLEsx3NXHquKeCiuQl2vnyAjDjr+lPb/YDf5kPa9i/wDAc7S1RE9Z&#10;OOCPUfXP7PSPm7PJXnP/AJy1/OLzcJLe11yPyhpzVAs9Ej9FiDt8dw3KRtvcZjSxZ84/fZCR3R9A&#10;+zc/N9Z7G/4FfYmgqU8Zzz78hsfCPJ2ecL/ULzUriS91G9n1G9mJaW7uZGmlJPUl3JY5PDpceL6Y&#10;gPoOHTY8MeDHERiOgAA+QdgPgJDU7An7R6nL/pZk8LsECCGNSSTWhpXYAZjyNtRlKTsk3lr8uPPH&#10;nyYxeU/LN/rSqvOS4hjIiRelTK1F6+ByUJ1yFl1naPtH2f2VHi1WaMPInf5Dd2eo/JX/ADhF5gur&#10;hW/MDWo9GhWNZX0zTaTzsWP2DK3wKR3ABOW1lMuGqrv6+XvfMu2v+DRp8ca0GIzN1xT2Hv4eZdns&#10;PyT+Qn5c/lxCZNC0GKe74gy6tegXN2GpSqOwovXsBgyaM0TLf8dHyLtr257U7ZlWfKRH+bH0x+IH&#10;P4uzrLWwDKnwlIkVUTYhR0WpHjkjhA222HLueU4+rsSli9OkacSQSQCeIG29MjKAjsEg3u7BVnpj&#10;yfEYfVIYvISaDiPfp12yzBpTLpe+7HJlHfTs53+enk38z9R8sW+ieRm0+yGpCt4t3OYpd+5WhoAN&#10;wO/fwy7tLQZcUYRIAid6635jp5PW+xfaXZWh1Xj68SlKP0gCwFiSLJXiahTTkOn0HPmrq3/OJf54&#10;CWaUabYalLO7OZI71C0hNTy+IA75g7jai/Qen/4LfYEgAZTj74nb5L8KYv8AnEr875h6j+XbWFK8&#10;eUl5Ft86E0wiUgLpyZf8FfsCJoZZH/NLsNYv+cN/zlkCNJBpNuzKHZGvORVTsK0UiuSGY9x33cWf&#10;/Bh7DiTXiH/N/a7JVYf84P8An+aSMal5n0iwhKhmkRZZGH+SFoKtkBlmf4SHVaj/AINvZ8QfDwZJ&#10;HzofF2Tmz/5wTCSD9JefHaP01IFvahW5t2PNthgl4vcA6TN/wcZEfutMLvrLp8A7Op+X/wDnDv8A&#10;KTRo0/TMmpeZLh1QyCecxRgnqAkQHf3yBuhxS99B5jtD/gu9tak/ueDEPIWfmXZ2DR/yl/LHyry/&#10;QXlDTbVSzf6S8Qlkqqgmpl5EUyrLjjd3tZ+G3V47We1fa2v/AL/UTl5XQ+ynZLo7aBARERFEzDkF&#10;AUEgVqABtmGMcQfJ08skjz3LsLL2UWpZoQELKSSeorsRTxzB1Mxjsx2NOThiZ/U7ItdSSyrR0DEk&#10;KEYgVAG5PY5p55JHm7PFEROzsE6ZYTz8VCj4qfD8KhQTuanpl+j0s8lDv+H2teozxiXZ1rRdOt4b&#10;WrcCU+JCp+zvtWvQGnXO10OlhCG9H8fc8/myylK3YtqOqQlkX1ebovIOa8V47H26dMOp1cLESfj0&#10;FMIQk7OcanqfqO3JlRAxMTE7hR+18znLavWxJNmh+j9bt9PpqG25dnOte/MLyb5Zia48weadN00p&#10;v9XadXmK07RIWcn6M10c/ifRcvcLeg0Hs/rtdLhwYJz86ofM7OzzN5h/5y6SSefSfy+0ZmQNT9P6&#10;qtOSjY+lbKajfoXP0ZscWj1Aj6jwA9Bufj0+99N7O/4EZERl7QyUa+iH++n+p2Rnyt+e/n+bzz5b&#10;17XfMcstlot/HO9iiiO2WMHi5ECABqIT1rl0NNwkEyJPmXueyPZTs3syUThxAE7GRsn5/qSLzPoF&#10;h5q8u655a1SFbjTtesLiwvYWrRo7iNo2G3sc9E+Zf+c+L+C/ubXyb5AhvbCNysOo6nO/NwD9r046&#10;AV+eb48V/VX47y+k6b8rp4CMocZHeaH2bvzb0b/n1V+RrFrvzf5l8y6tfS0L22kzxaVZRgAAJHGs&#10;cr0HiXqTuciv/Q/H5lf9SBoNK9zP/wA15Dhld8Z+xyY6rSRP9wP9NL9bKB/z62/5xXoB9V83GnUn&#10;XZqn5/Blf9D8/mV28gaAv/I//mvHgP8APl9n6mf57Sf6gP8ATSW/9EtP+cV61+r+byK/Z/TstP8A&#10;k3iLf857fmgfs+RvL8fgQsx/43x4CP45fZ+pP5/Sf6hH/TSRCf8APrr/AJxTUb6Z5pf3bXrj+AGB&#10;z/znr+a3byd5eHzil/5ryRh14j9iRr9IP8hH5y/WiF/59g/84nitdA8xPX+bXbv+uF97/wA5+/m7&#10;BGXi8qeW0I3+O3kb8PUx8K/45fZ+pshr9L/yjwPxl+tFxf8APsr/AJxLjILeU9bm/wAmTXL4j8JB&#10;kOk/5+MfnWrkDQvKwH8p09j/AMzcj+V/py+Y/U5Y1elO/wCVx/OX60zT/n23/wA4iqAD+Xl5JQUq&#10;2s6ka/8ATxjP+iiv53N9nRfKw9xp5/jJhGmr+OfzH6knWaXrpcf+y/WrD/n3B/ziIB/5LWc+NdY1&#10;L/sowfp//Pw/87pL6yRtJ8sqjTIshjsOLlSaMA3qGlRUVwGE8F5MeSQkOVmx8qdR27p9D2posumy&#10;6eIjONExMhIdxBtPPLn/ADgH/wA4teUvMGi+aPL/AOX02na55eu4r7Sb5dV1BzFPCao3F52VqHsR&#10;TPoFDq+heYILe8hSKM3Ucc0q9aGRQzD6CaZOGohmiCQAevv6vxzqNFm0k5QJJESQPgX2IBIv2jyr&#10;3xs2k6czMq8ShUkIQDT5bYJYoE7NMNRkC7kaYTNpLW/Mx25mRqemgYVHiSTsMxxhMeW7fLUifM0v&#10;5YEk09EDSSoVddig+I8j2265HgI5tMs5OwbBrgNbVHLSKDUfCyuCprXvhjjcXLMjZvC/U4pEhkWN&#10;OUgCr8RpsepyGUcLHDIGW/J2C/KFhI18kkiKBGP3YUbgjdjXwy3s3CZ5h3OB21nAx0HZ0W5tRJLy&#10;INVGwH8c6PNgEju81iy1F2I/UOVBx2PXbKvyzZ47sUaxCICVGwpTJy01MRnsuxB7QGqhak/afp9G&#10;VSw2KDOOWubsqKyAWhQoOpod8ENN3ikzzOxjWaEuStaghcTpweajMXYClsK8TwIStKDauY89N5OR&#10;HPTsDS2MZpGwUA7Ip+18xlM9MCaZxznm7JHojnyxout+YwA8ujWN5fxI2y8oIyyg/SM3fZGE6aEs&#10;g5iyGvw/z+sw6fpOcYn/ADjutYEqQDQkUBHb3zwsf+cxfz2mrKbnTVMpLkfVI/2jXrTNTLFEmzZJ&#10;8y/oDptbj0mGGDHhxiMIiI9N7RAHPv2fJEv/ADgh/wA4lXFzdXl1+S2k3d5fXEt1e3U1xfM8s0zm&#10;SSRz9Y3LMxJxA/8AOYH58Aml9p+/f6pF/TE4IHofmXIPbIqvCx/6ULl/5wQ/5xFXcfkZoP0veH9d&#10;xibf85ffn1v/ALk7AeH+iRf0wDTQ8/mVj2vXLHj/ANKFVf8AnBb/AJxIXp+Rfl76frJ/XNgVv+cu&#10;/wA/P+rzZivcWkX/ADTkvBh3faWwdty/1LH/AKQKg/5wb/5xKHT8ivLf0pP/ANVcY3/OXX5/b012&#10;0X5WkX/NOPgY+ov4lP8ALcv9Tx/6QKy/84Q/84nIar+RXlmvvDKf1yYGb/nLf/nIEn/lIoF8KWsX&#10;/NOHwMfd9pZDtyfTHj/0kVdP+cK/+cU0FF/IrytTrvbMf1vgZv8AnLP/AJyCbr5oiWnhbRf804Rg&#10;x932lf5cyE/RD/SD9SIX/nDT/nFlen5FeU9hTeyB6/M4m3/OWP8AzkIwp/i0AdP954gKf8DiNPiH&#10;KP2lI7dyj+GH+kj+pEL/AM4f/wDOMC0p+RflHbpXT4z+vA7f85Xf85B1/wCUxp8oItv+FyXgY/5v&#10;2ll/L+b+bj/0kf1K6/8AOI//ADjIn2fyM8nj/t2Qn9YxJv8AnKr/AJyDb/ptHB9oY/8AmnCMOP8A&#10;mhB7czH+GH+kj+pVX/nEz/nGhSCPyN8nVHT/AHFwH/jXE/8Aoaf/AJyD6f42k+XpR0/4jh8LH/NH&#10;2r/Luf8Amw/0kf1Kv/Qqf/ONlOP/ACo/ybTw/RVv/wA05//Q+CFPngO6bfv5m442tuyqDxw7ot2X&#10;T3xsq7NQdjg3V2Vthoq7NQeODdNuzUXxxsrbssAdeuCyrsugxtXZqY2rs1ARhtbdlcRjxLbsxFN8&#10;QbW3ZRFOvfDstuxtKGlMGyXZiPww2rsdTx7YhiXZRGC0uzUHhhTTs1Bgoop2VQeAwgJp2ag8MVdl&#10;inbFBDsqg8Mjurs1PDbFDsbvXDsnZ2X8XjjYWg7B+loZNRs4C3EXUyQM3tIwX+OQyZOCJkOgtp1E&#10;/DxSkP4QT8nZ6YH/ADjB52vrZb7Q9QsL+1eo4Ss0UiMOqMCCBTNZHt7DL6okH5vmx/4KGgxS4M8J&#10;Rl5bgjvDsiepf84//mppQZ38tm9iWpMlnKkuw67Ag5kQ7X00v4q94dvpv+CF2Nn2GXhP9IEOyBXP&#10;kzzfYs6XnljVLdo/thraTYeNQDmbDV4pcpA/F6DD27oMoBhngb/pB2EDwyRyNHIjRyKSGjYcSKex&#10;ocvEwRYdnHLGQsGw7GBmSh6YbtnduwZBdupB5YbYSgC7Omfl/wDmJrnkTXrXX9AujBeQELcW7kmC&#10;4ir8UUy/tKfvHUZh6vRjOLupDke79jzPtD7OabtjTSwZ42DyP8UT0MfN2fXf8pfza8sfmlocGoaV&#10;KltqlvRdY8uvIPrNo5G7AdWiY/ZcCnjQ5DT6r1eHlqMx07/Md4+7q/IvtZ7JazsDUHHmFwP0zA9M&#10;h+iXfH5OzsiojxysiqGRaun81OiknNmIgg/j4PH2Qd3YFksrHUrdoL21huoAArwXEaypvtQqwI+e&#10;VRhCQ5M45Z4pcUJGJ7waLs4b5x/5xX/KLzRNLdr5YXQ7uU8ZJdLlNvv9rkYxVanvtk8mmmB6Nvx+&#10;l7bsn/gmdt6ACPjeJEdJji+F83Z5s80f84Nyj1J/J3nIOqhm+parBxPHelJYtjvtuMrjlyDmLp9G&#10;7L/4N9CtZp/jA/oP63ZwbX/+cSPzr0ISyDy1Fq8KU4yadcJKWB6UUlW/DLJZZR+oU9xof+Cz2Dqq&#10;BymBP86JH27h2cX1f8vvO2gyMmteU9V0wr+1NayAeGzUIP34+KO97HSe0PZ+rF4c8J+6QdkTaKSN&#10;uEisjg/ZYFT9xyYls7QTEtwXZvTYncj3OGwnidjwp28e9MBY27BcYpSpplbAuwWgO1AQW8BkWsl2&#10;GESSqRTkT/L0rlcgC0SILsE8pCace2/tkRAMDEOxByeRBqoahBHUsMRijfFW6QAXZVKhe1D3ydgM&#10;nZfodiK0rUYOLuXiDsVitZJpYooYmlllPCGFAWdyegVVqT8sBygMZ5BAEyNAcydg7PRfkj/nFb81&#10;vOEttLd6SvlDSrggvqer1VwhAIK26/vGrXbYYRCeQ0B89nzvtr/godj9ngiE/HmP4Ycv9Nydntzy&#10;F/ziP+WflQpJ5ggfztqlu0bNeXn7uFH6mluDSlaU5E5k4+zqkRM3y8qfGO3P+Cp2r2hYwHwIG9o7&#10;n4y/U7PUlrpFrp9pBa2dtDYW9rX0oYIkiRWoQOKqAAKdffNjHTxhEdK+982yZ55ZmUyZE8yTZ+JL&#10;sDzw+n6YkVi9QxkrWhbw49T79cpnj4a4tymJvk7AshjdUjkWnpyMXJJoabKCOpymRjLY9/4CQOod&#10;jVt2kkISEvx3HH7XTY7VqPbAMVk7ckmVDm7Ij5j88eRvKEf1rzZ5h07SCqMUt55Vad+IqQkK8mY1&#10;6CmYGXtHS4j6pAkdB6j9n6Xbdn9idodoS4dNinPzA9I98uTsn3k3XEvdBh83yabcaXYX6CXy7pN6&#10;nG5uUb7N1NGfsIeqJ17nN32dqeHD+YnAwB+iJ5y/py8u4Dq4naOh/J5jhMhOcfqMd4g/zQetdTyt&#10;CyFpyYUNE/3dIDuP8ke574VX1091dPO8pklmk/0iQnqx3qc1uozHJPiO5J3aIg0iFVUVVRQqqKKo&#10;6AYEEErmJUrIoILkePYVPgMqGORArl1TxABdmlimZiBQIvRabGp3FfHYYmEifJIkHY0QhY1DlYgF&#10;qhoSTxPT6K4iFAWaUys27E/UjQRj9ioZmJrQdT16DwyozjAUeXezAJdgd7xQjJ6gAquzUqxHy6DK&#10;56gcPPu+xkMe7sLGv6LKPVNfFTuQx9ugzAlqOYs/j8fJu8LcbOwHJqCly3LiBVi/Xam43r1ymerF&#10;3y93c2RwGnYU3WqshKxggOQQfCg6k9zmvz603Q6uVi0tjd2Eskrz7s7B3JWtN+9T88wDMz58yf7X&#10;NjEQ5cnY6zs29RFYBk5Fa9WNBWpJFB9GSw6eiDJGXNttzdh5qGveWPK1rHLr2sWOkRipZ76aOI0A&#10;qAAxDHp2GbmOp0+GIFi7955dziabQ6vXTrBjlM/0QT8+js5N5m/5yx/JnSDNZQ+am1N0ajppttLN&#10;zoK1LkKv2vfLs/aGXNGsWOVbc/TfzL1ug/4F3buqAmcHAD/PkB9m5dnl7zj/AM5qNcLcW/kvyxIg&#10;cUF/qko71HL0Yvv3OYY0GpzE8chAHu3PzND7H0jsf/gM8FS1mYbfwwH++l+p2ebfNX56fmV5yJXU&#10;PMU1nasnpmzsB9WTj7lfiNe5rl2LsXBE3O5n+lv9nJ9I7K9huyuzv7vEJHncvV9+zs5ZHKZJPWkY&#10;ySk1eViWZj7k1JzZCMY7APUGIiKGwdhjZS/Vb2KToAwFfY+OOXeDXlHHAh2dHtW5SygVWhAJPT4v&#10;H6cwJB00xwh2SUwRxjiigAfLM2BsOZCZkLdgdoxv45Ydg3OxIxjr3ysSJSCXYHZD77ZcAA2h2JcP&#10;7MjVlLsLtQg5wvUdsspnA7uzk19D6c7jtXLD0LssZsOwOi+3TCDbN2HOiR+rrGmR95LmJfvcZRqT&#10;+7l7mjVSrFI+Rdn2D8k21zFbQxliOPpgE13FKVzXYIkB+Ze2MkZTJ97s6nJLeJ8EEfIlgORNAB09&#10;8y9wXm4xgdys2+WC3YyTMJC4SNQDX7JPcgDr88kbJ36OMRUdqd0G2JM6uyLxLhySrj7I4CpJ/VhE&#10;r2LjZI0CWxiUcKksPtfEW5e53+4ZZCFWXDySXZH76paQcSeTgcux75j5t2zFyHudku8p2f79vhAC&#10;LWnQCubbsTDeS+4PO9sZXZNzahnLkHr9+dKcG9uiGTanY/6qFq1OvfCMPDujxLdjGtK1I39sgcNp&#10;GR2NazYcSFFK1fbcj2wHTkcgkZXYmLQgsADufDIDARfmy8R2NFiafCoHGtCMY6dJyuxk1mCEDLuB&#10;UntU4Mmn5Jjlp2A208OGJX4qEBj298x5aa924ZyHZGfzNvP0J+S/5hXxJVzpTWcR/wAu5dUH3g5k&#10;/RpJE+Q+16f2G035v2i0kOniCR90RbR7fPPlFTiqr2AA+7NAH7a5kt409MWLsSO2+Kh2JEde+SDO&#10;i7EyOuArRdiRGxp27YQEg07Ez8skWx2NIyMVdibAfhvhJQXYwgfKmEXSuzcd6V2x4im3Z//R+B4+&#10;eG1p+/mXU+OCldmySuzYq7KxV2XhV2VtitOzbYFdm9xiRauy6nwyPCrssHAQrsb8skAtOywcBCuy&#10;zTpXBFXZmG1cJKuzEjtvkQFdl9sVdjSe464QFdlV7djhIV2b6MQE27NxOC1t2Xx2pgtbdmAFN8Sh&#10;2ag3364pdm4++G1t2bjg2Q7G9MICuzbe2IirsWt5fQubacdYJo5B/sWB/hkckAYkd4YZIccJR7wR&#10;9js+uXlXUXtmtL12I03W4Ip7lBQhHdFpKO1DWhzggH5K7U04mJQH14yQPPf6fe7OvJBGYlDOWG3J&#10;yu4p2+k5kRxRp5OUyC7BNnp8k7cngEoYkgFd6t0r2yeLSymbI2as2cRFA07CzWfyo8meZ4pV1zyr&#10;YXjSVDStCqSLXeodQD+ObPHp8uOPpJFOVovarX6GQODPKNedj5OzgPmv/nDzyRqaPJ5avrjy5PuA&#10;gY3ENR34P8QFfA5kw1ueG5qQ+177sr/gwdo6c1qYjKP9LL5h2eePNH/OIv5j6Mol0Oex8z253Uwu&#10;YJNuvwSbfjmVj7UgfqBHnzD6L2V/wX+y9SazxlhPn6h8w7OG61+XnnvyzIU1vyxqWnMGIDvbuyGn&#10;UhkDLT6czYavHI7G3utF7Tdna4XgzQl8QD8Qd3YH8v8AmTWPLuo299pl7caZqNmwaG6t3aKZCPAg&#10;g08QdvHHNpseeNSF93l7u5yNd2fp9diOPLETiehAIdnub8tv+cxdc01Laz/MDTD5o05XUNrtnSK+&#10;jFd/Vi+GObiOlOJOYsBqMH0nxIj+GWx+EuvkC+G+0n/AfwZSZ6CfhS/mS3gfcecftDs9y+SvzR/L&#10;7z/bibyt5osNRlk+N9JkPoXqt2SS3ejg07CvzzMw9pYZS4ZHhkf4ZDhJ8h0PwL4h2z7Mdpdkz4dV&#10;hlED+KrgfdIbV76dnRAy8oBIh9Nt0I7kbfTTpmwjIEg1s6Hhdg+K2jkReTqxK/Co279D32zIjiEh&#10;zYkU7GGxdqchQJUVqfvHj9GD8uTzQSQ7AjWMM3OG8gWbjtwNGDdf5qgZQMEbIkLPkkZJR3iadkR1&#10;f8rfIfmLg2seU9K1AGgYy2sZY12oWUA9ffAdFE0QXbaP2i7R0n9znnH3SLs59qf/ADi1+St+9F8j&#10;21vPsQYXliU9Sdlbphloq9MTu7/T/wDBH7fxCvzMiPMA/odhJcf84ffkfJJGF8u3cMrAgpFeyqnU&#10;gk1J6U2xOi6WbcyH/BW9oIj++iffEOwrm/5wx/JgOvo2moqSOTR/XXqR7Gn05CejIIqTfH/gu9vV&#10;vKH+lDsQP/OGn5QGJlNtrCOSDFKt6QaVI2UqfvyENJKt+/7Gwf8ABd7bBHqx+7h/a7GJ/wA4T/lX&#10;JExj1LXoJK/uyblWr86pQAePfLY9n8Qu23/k8fbIO8cR/wA0/rdkZ1P/AJwV8u3KgaD56vrWRVo8&#10;d5DHKGc7gDiFI28cI7PJ5SDtNL/watXD++08JDyJDs5V5g/5wc/MSziuZNF8w6NrPpqrwxSs9rI5&#10;HUAsGQfSchLRZI9z1Gh/4M/Z2QjxsWSHeRUh9m7s4Tr/AOQn5naF5hsvLZ8s3Gr6hfxxvA+nAz23&#10;Jtmj9cAJVT1qcwJT3rq9poPbzsnVaaWo8YQjEkHi2l7+Hnv0dnoXyJ/zhV5gvHiufPuv2+hxcVb9&#10;E2DCe5qxPwySH4E2B6Vy6OlyT22H3/J4Ptv/AIMmDHcNDiMz/Ol6Y+8DmXZ7c8j/AJL/AJbflx6J&#10;8teWLdL1V+PXbpfrd2WrUMXkB4in8tKZs8ekx4iKF+fP3PjfbXtf2n2xf5nMTH+aPTH5Dn8XZ1hI&#10;ebeosnKavxs9KlidzU+AGZghe4O7y5k7FUVwG9JDK1eJ+GpYHsPp7ZIAgHh3Yyrq7OUef/zg/Lz8&#10;sTIvmTzJBLq8UbPB5bsv9JvHYHZSqnjHv/ORmp1XaeHTT4YnxJj+GO/u4pch8Xp+w/ZLtLtqjp8R&#10;ECaM5emA+J5/5tuzx9ef85p+ZZtVnmsfIunwaOXBt7W4mkknAB6tIoC8j/kimaqXaGunIyBhHyri&#10;r4vrOH/gO6YYgJ6mXidSAOH4Auwh1f8A5zW80R8v0f5D0m1lVW4SS3NxMKkbEr8NaE5Uc+tyHaUI&#10;+4H9JcvS/wDAY0hI8TUzI8gB+t2cA81/85FfnD52jezv/NUuk6fKCJNO0dfqSsp/ZZ0/eEexbK5a&#10;WUt8uSU/fsP9KKe77L/4HvYnZZ44YROQ/in6/sO32Oz0P/zi1/zj/wD4tmg/NH8woJbvyzp7NJoe&#10;l3RM0mszxEglixLCFHFCT9o9Nq5l6DRYJTPGAIDfhFXMj+Gudd5eL/4I3trHs6B0OkIGSQ9RGwxg&#10;91bcRUZGY/u4j8f7Tfyg9/nn0F1TWZb2b1peIaVAiwr8KxqtKIF2px6ZsNVrpZSJSrcVXIDy+D8+&#10;RgefNfHGkahUXiOvzPicLpJ1UuOXJx8XEUNQRQKffMeWQAnvTGK/AzajKUVUYhIyFc03J6EnvQZS&#10;dWTEUdh5MvCAO7sTF8eNDVeIb41p1ru1B3yv8zt+Pmy8LfZ2A2vj8Tq1dxRj4DuAabnMeepve6bB&#10;iI2dhe7lpD1lPE1oCQSD3OYuXMLsluEaDsIdR1OxsFc6hqNtp4oX5XM8cWw7Hmy5rMutxxsGQtzt&#10;PpcmY/u4GXuBP3OzmuqfnH+V2jBxqH5gaLGtCGRJxK1e20YYmmUDOZfRGUvdEvR6X2P7X1NeHpch&#10;+Ffe7OUa3/zlh+UNiGFnqeoazJASqx2lo4jauwo7lRT6MJ0mszV+7I95A/W9Vov+BV23k+uEMYP8&#10;6Qv5C3ZzTUP+c0PL4kJ0jyNqF5/Kby5jiB8NkDHrlw7G1UjZMR8z+p6TT/8AAb1NfvdTCP8AViT9&#10;9Oznmq/85ffmBfRtFo3l/StEDMCkzLJcyLXsOZC/hmVj7AkdpZD8AB+t6LS/8CLs3EbzZcmTy2iP&#10;s3dnOdV/Pr849bEq3fnS7to7gFZLewC2q8fAemAR8wczY9i4B9XFI+ZJej0nsF2FpaMdPEkdZXP7&#10;3ZyDUbvV9UmafULy4vp3NWnuZHlkNfFnJOZ2PSQxD0RA9z1mDBhwR4ccREdwAA+x2AVs7gniASBu&#10;KZaQKbjlDssWE4oGBAqa+ODluvih2DodLncsEU+5yuUqap54jm7DGPRpgqkruxNCBSgGVGQLRLUg&#10;uxWXTZgVT9ulT7UyPGGMc45uydafazPbwyENyeMFFpX7O1dupzAlOubqc2WIkQ7JstrcRWlrJcQS&#10;Q+op4eohTmAaEryAqPcZfgmJD3M9LqIZQREg8POjdOwO6V7fRmSHNiXYHaOlfDJUGduxEoPA4kXs&#10;yBp2MMXgNslEUy4g7A9zByjYEYRuzid3ZyTXIPSuG2pU75aHZ4TYdhINum2PJuDsPfLbBdf0Vm2A&#10;vIa1/wBcZRqx+6l7nH1g/cz9x+52favyrbkWcEgAIdVYAfLpmLp4kgPyd2nk9ZHmWm6ZPI7SS8fi&#10;F9NS+zEjoNj88zvDMy6k5RAXzUiQow0bTZE5FGaVKgDkRRQP2UUCo+Zy04CPNxTnEvItBvbCiW3R&#10;FqVaSgYEruxr1G3j3ys4g1SmSqjriMYjMZKVZigZjSg36DJQqtu5xchNrsjEqiW5EArVJQpr4kV/&#10;jmFK+KvNyImo35Ozp3le14i7k2oCFU/IZ1XYeL6pPG9q5OKQDslixfeepzf8JdVbsUEG1BtTJeGx&#10;t2N9EVrStcPAyt2b0jyCg0oPs+OPAtuyjECaBQKHp45E47UF2NWEL8IBCk4IwpJJdlPDUAkA17+G&#10;Jx2kSdiEsH7s0FTQ028MqnjoFnCVuzgn/OU94NI/JeLTweMvmHWrS3C9+EAaVv1DMTtSIx6WMe8/&#10;c+tf8BjSfmO3/FPLFjkfifSFtfip4DPmid85x+tAuxM79cUl2MIxQHYie+G252JH9eHdgS7Gt28c&#10;Cjd2JN75INgFOxlR3xIS7EzQ+2EBDsZv4YbCuxu9advDGldn/9L4H5IFk/fzNXG0U7KyJTTs2G1d&#10;mxtXZe/hjaKdmocBS7LArv0wXSC7NQ4eJXY2uStadm3O++C007Njauy98Fgq7Kw2tOy+1K/RiFp2&#10;UMNop2XX/axAQ7HKRTfbIkK7G+OSpXZieldsAirsuuDhV2Y741SuyhXvkqV2bEhXZdT/AEGCldlg&#10;+ORIV2bYnBSuzUwK7KIFD77UyQV2d+0H86fO+l6dZaf9divbG0t47aO3njB/cJ0j5Chpmry9hYp2&#10;YyIt4nW+wvZ2oySyiJjORJsH+I9adnuH8g/zeh/Mazn0HUljs/Mulgy/Vg5InsxsJE5bkxmgYfLN&#10;Vl0M9LMYzvE7g/ofDf8Aggex0+w8oz47lhntdcp9x9/R2e0dES3ghiMpiNDtU07b1G+dH2fwRiCS&#10;HxvUyMpHm7D2eawuImSILz9QciF5eNB4U/hmwyZsOSJAq7ceEZRO7sil3HFbSst1AVDLVpIviiFN&#10;yR3rv0zUZYQhKpA8unJz8dzj6T8+bsDxQ287qkEsbs2yryoQNiKg0O4yoYoSIESGUjKO5DsdLabr&#10;E8IlFaqJFBWi9QeXbGen4TyRHJ1Br3OznXmf8o/y682CaPXvKmn3U7/Eb5YxBKtepV4+J/HKxDgs&#10;AnZ6Ds32s7U7PIODPOI7rsfIuzi+uf8AOHPky5WSXyhr1/oNzwASzuCLq3YnejFqMPoOZ0eM9be2&#10;0H/Bi7QgQNXjjljfMemX6nZ46/MH8sPOH5W6yY9WtpYESQDTvMNmWETnqOMq0Kt7E1ydQzxMZgGu&#10;YL7B2B7T6Ht/BeIgmvVA1fxj1DsOvKX/ADkH+b/kwLHpfnK5vLJSCbHVQL2L5D1qutfZsxxo/DN4&#10;pygfI7fI2HE7V9gexe0jeXTxjL+dD0H/AGOx+Ts9L+VP+c65oUjh87eQ0kPSfUNDnCcgR9owTigP&#10;ybMuGr1mPpCY6/wy/SPufPO0v+AoJEnR6mh3ZBf+yj+p2ehfL/8Azlz+ROuQxm6803fludlEZttV&#10;tJY+DeHqRiRCB41zNj2vCI/e48kT7uL7Y/qeD7Q/4FftBpSeHCMo74SB+w0Wh3+edT0n8wfIPmUq&#10;/lrzzompA8aeneQiTuWJjYg716Uyr+VNLM+nIB/W9J+ReR1fYHaOj21GnyQ98TXzDeTuOMuirRmd&#10;QWRoOjq5FNxsNxXNpGUCKu/d5uoka8ve7v7YIdXjo5FXpx5sKHlSv00y4gjc+5rBt1MWjg48YxOQ&#10;8jmvMVp1OTjAAAX1WRvo1vX2xN5Vr8bMwVahggJoQBuP1ZEyH4DHhcOmMW1Z/SQuOUR+N+JDE1rs&#10;B2yAwk0O78fjzSZVv3t4NiSZv3SRMqh+o7U2Na9a9syYQmdgC1kjnbROLvZyTci0ErIWVqKpDUDV&#10;r2PuclLAZ8weiYzA6h1em+OiiedODRuzKxPDZ617FgKU9sMCJCj333/azMq6tHriRihjUFrWSOBp&#10;AREsNTz6B60yBEOYjtfQdfeyu+ov3tVPjjGVTGwEKxqPi/erQdjWu3TJEcQO1e9ao811fvxdUX92&#10;1WPE/FT4iVYddvf2yQiBRP4DWerWca89/nn+Wn5eRXlvrmvxX2qozrHoGmAXN4p7o5U+nGa/zHbp&#10;mkz9s4cfFCH7yXdEcvfP6R9tPWdiexXana0gcOIxh/Pn6Y/bufg2K7fjngr8x/8AnKj8wvOsFzo/&#10;lrj5L8v3RKyizdm1G4jpSktyKFKgbiMDNJn1GpzgxySqP82O1/1pcz8KD7f2B/wMuzuzJDLqP3+Q&#10;fzv7uJ8o9f8AOtvOB6J5c1rzHq1lp9rDJqGqanMkVvE1WllkkNBUmpNetTleMRgOGO3cA9xq9dg0&#10;eKU5ERhEX5AOz6WeVP8AnB/RIPJs1x511eQeY5bYyJBYuBDbSBSQpYg+pQ0qds63F7MZI6eWTLKp&#10;1YA5fEvh/aX/AAU9Sc/FpYgYgf4vqkPd0SP9OQtqqaXDDJK3EtNcAfAlOgJ8TnzD/MTynqvkXzVq&#10;vlbWI6S2crG0ueJVJ4Cf3ckdf5h1HY5zQ25833rsDtbD2rooanCeY3H82XUFPMboGjWlvA3mHXY2&#10;TRLFqhAOLXcwFVgiJ8f2iOg98gZcRq23UZ5ZZ+DiPqPP+iO8/odkf1Dzv5rm1qfW7LzBe6VeOQIE&#10;sbmWCOBFHGOOJEYKFUbAAYJaHDl3nEE97sI9kaSWEYsmKMwP50Qb99h2TPTv+chPz10iJYrfz1d3&#10;8UdQI71Irrbw/eKT+OQ/k3GNozlH/OP6XntT/wAD72e1ErlpoxP9EmP3F2Gbf85XfnrFU/puwMic&#10;QrnTYO3UEU74P5LlxX4s/mP1OL/yaj2dl/k51/XLstv+cu/zyZKHUNKqFoJf0bFy+Z7VwfyXM880&#10;z8v1MR/wI/Z6/pyf6cuwjvf+cpfz3u2BXzVHZR0ICWtnboKEU/lJOH+SI/xZJn4191Obh/4Fvs7j&#10;/wAgZf1pS/W7Itd/n/8Anhdcg/n/AFNEf7SxenGKeA4psMf5D03Wz75S/W7PF7Aez+PlpYX52f0u&#10;yMah+aP5q6oHW98+69Mj7NH9bkVaeHwEZOPY2lj/AAA+/f73Z6f2W7GwfRpcQI/oj9Lsg12dWv5G&#10;lvby5vWY1Z55ZJan35k5mY9LixioxA+Du8UMOEVCIiPIAfc7A6aY7EllArStNsuoBsOenYIXT1A+&#10;I0HgMSwOUuwXHa28dDWo2+/I8V8mszkXYNX0U2UUA6fPImR+LWRIuxVZYQd1G+yr7YJSKDAuxZZL&#10;YbEV8BTIGZYyhJ2DI5ImFFSgNKH/AD7ZVKdNEokdXYf6Xp8V7KixQm4lY09KIF2r2oqgknMaeopw&#10;NTqPCFyND3uz0V5W/wCcd/zH8w2ceoWXlZ7S2lj9SA3hW35I2wcK3xH7sjHxMu8QSHge0vb7szST&#10;4JZuIg/w+r7eTsn1n/zh7+ZNxEr3U+l6Y8lW9OaVmcL+zUKppU5eNFnI3Fe90mX/AILHZsDUYzl7&#10;g7JBp3/OFevhpZNZ81WFrBHQEWsTzSMCNyOXECh23yUtFmo8g4Gq/wCDDgoDFgkT5kAOz1f5D/5x&#10;88j+QLW1htrf9I6g1uTf6zqEayzmA0G0f2EHLoAK175lw7HjEjiJs7n3f28nzPt3231/a0iZnhje&#10;0Y7C/vJWcutPkPnnnj/nK7ylb6b/AIV1eyg9KM+tZ3DkAE7B02HStDmLm08dPOhdHd9K/wCA/wBq&#10;HJLPgmbNCQ+4rga54yZQa5SC+6hvEGj7DrlltgdjPRH9RhBTbssQj+zJLbszQBlI7YUguzlHmm14&#10;SFgPpyyDs9OXZBqUND2ybmuxaKRoZI5UYq8TBkYdiDUZGcRKJB6oIsUXZ9UfyC/OzRPOem2el3Uy&#10;2nmG0iSG805zRn4jj6sVftKeppuDmowzlppiGT4Hofx1fnz219js2jySzYxeMkm+7yPd5NEVz2RA&#10;sUctp6bJIzAKeBqQevxZvISiSK3L5TIS4TYqu9DEk8h2xea59FljdyPWqsQVeQJAru3bbLDOjR6u&#10;MI3v3Nhe+JQ2lROkg5K8YovSobrkoYx16hxs+SqrvVQfDA1xZhImUAemgCxqOwHjiYUN+jjeLZXg&#10;1yG29tJJqzRMoCwqJORNWJJPX5DNbGF5KPTdzMuQDDfe3nXPLlr/ALjXc9ZZCfoztuxsXDgvvLxG&#10;uneX3Ow/EFKDrTp70zb8Liuxwh8R22yQgh2Ywjtt7YTjS7GmLuB0/A5ExW3ZRg5EHoRsD33x8O1t&#10;2NWJiakFeNRvvUeOIhal2W0JHQe1MZQpbdgdo61B7kUHjXKpRpsi7PGf/Oa2rCP/AJVx5WSQVjhu&#10;9WuYx4uRFHUfIHNR7QmpY8fdG/m/RX/AF0Pp1eqI6xgPvKxTVnPhQZ4QIJ9vHOdfocL8TOFLsYR/&#10;t4EOxE064QzBLsTP6skgh2JnAUh2MNfD54gtgLsSIp1yYS7GEU+nBauxp6dfoyPJFuxvEYeJbdn/&#10;0/gbXFk/fzLxV2bFXY/j0xKLdl0FcHJbdm6YCEOy/ljSuzGpwcldmwmNK7Kpil2XT3wIdlfRirss&#10;Yq7KoO/4Y2l2agw2tuzUGBXZVBhV2Y4hXZQG2EndXZqEVw3aHZW+StXZj18MAKuy6H2x4ldlgbZE&#10;y3V2YiuIKuxp7ivTvkxurs3yx5q7Lqcjwq7KqT4Y8Kuw/sHDQLXqlQcvxmwwk7Jf5Y80at5O17TP&#10;MeiXH1bUdMlWaFt+Lr+1G47q42YeGU6vSw1OMxl8D3HvdT2v2Tg7U009NnFwmK9x6EeY5h2e37//&#10;AJzY0m1s7OSz8kXlzemGs9vNcxxwLMQCeDKCxUH2BpmhjodaZV6QB8fsD4Th/wCAnnnkkMmpjGN7&#10;EAmXD7thbs5rqn/Oa/5k30bRaVo+i6HUgh1jknYU7fGwB+7MgdmZztLKQP6IA/W9Jpf+Ar2ViN5c&#10;mTJ8RH7g7ORav/zkD+cGuTGe98+6kjVJWK1ZbaNfksagbZeOyMJ3mZS95P63r9H/AMD/ALD0o4Ya&#10;WBH9IcR+JJdhS/5yfmdcNzufPmtzSDbm12xO3gcJ7H08ucb95P63NHsd2REbaXGP812dk8mf85ef&#10;m15YEVvqN7becdMjUD6rq8fKTiNqLcR8ZAadzXCNJlxbYshA7peqP27/AGvIdsf8CXsXXXLHE4J9&#10;8Dt/pTs7PVnk7/nMX8r/ADC0Nr5usL/yReyqI5J+P12xB7EPGBIoHupyMss4/wB7jsd8N/jwnf73&#10;yvtj/gO9raO56WUdREdPon8jsT8XZ6l0TUdD8yacmreVdes9e0x4y316wmWYeHFlHxJ8mAOW4fCz&#10;D91O6G/SXuMTv9j5brtJqdDlOLVYpY5g8pCv2H4Oy9Z8v6F5o0+XR/MenwarptwKTWkw5CgFAQeo&#10;PgR3y7gjIi+nJGj7R1GgyjNp5GExyI2dng381P8AnEbWNKmvNZ/LaX9M6P8AFKuh3DAXUY6lIm6P&#10;7A0OSlExG+47w+7ezH/BYw5xHD2iOCfLjH0nzl3OzxzrOiato109jrGnXOlX8R4yW11E0bj6GA/D&#10;IxmA+u6TXYNTDjwzE4nqCC7CJ4XXqK8syozBDnCYdjVjoQ60V13V+jfeNxkZ44z2IBSZWKdkp0/z&#10;n5y0kp+jfNms2Pp09P0L+4RRTfYB6bZiHsvTH+AD3bfc63N2Poc/95gxyvvjH9TsmVl+e/5yadKk&#10;tt+ZOvDiB+7lufVWg7cZAw7ZH+TcdekyHulL9bqM3sR2HmFS0mL4Cvudkw0//nKz8+LGT1IvPTXQ&#10;c/Et1aW8nLqO6DsaDJjTZYbwzZB8b+8F1Gf/AIGHs9kjX5cD3SkP0uw/g/5y6/PNGUjzBpzsFoS+&#10;nwsaHrU++QGn1A5Z5/Yf0Ovn/wACjsA/5Kf+nLsbcf8AOWv573EboPNdvbK3RoLGBWXfsSCclwag&#10;/Vnn8wPuDLH/AMCv2egQfBJ98pH9LsLZf+clfzz1JqzfmJqMHKik2qxQKB4DggpkJYMktzmyH/OI&#10;+5ycf/A67Aw8tLE+8k/eXYSXf5ofmZqMoubr8w/ME83Xmb+ZQKn9kIwzH/J4ifUST5ykf0uzxezf&#10;ZOEcMNLiA/qh1B4Yl/jT8xb1EjuPPOvSQRksq/XrgAMevRxkPyWEDlt7z+tA7F7Mxm46bFZ/oj9T&#10;skfl38y/zM8vzpLpXnrW7RlIb4ruSVWpvukrOp6eGGOmhjNwMoH+jIj9Lha72b7L1cayabGf80D7&#10;Ru6mdI0n/nJv85NH1G6vZtdh8wJdxJEbXU4o3hQp0kiROHFt/i/my/HLUQlxwzSs8+L1A/A9R3vP&#10;av8A4G/YuoxCEcZx0SbiTZ8iTe3d3NUAyN+avzt/N7zfDdW2oecL2DSb6ol0zT6WcJVv2D6QD0p2&#10;LYJQnkH73JKfkTUfkKc/sz2L7H7OMZQwRM4/xS9R+3a/g3nJoNOmrSRObuSVjahZj3O/68RwxHpI&#10;rueqnqIgdwDs6/5A/Jbzj52vLdbLSBpNi9PV1W8HpIqk9VDUZ8Y45ZZVHm8l257XaLs6B4p8c/5s&#10;d/meQaJoKnPaGjeVfI//ADjn5evvON4z615midLOyuJVX1TPKhYLCu4iQgEsx3psMyahoQcn1ZAQ&#10;IjuJHPyHn8HyzLrtd7W6mOm/u8PMgdw7/wCcVNm5MEAqGFSe1Omde/Lj83YPzD8h6VfSavbHXbsz&#10;DzBpyyhZoZxIwCLETyCBePEgb5tNB24c+n8PLP8Ae2eO9id9iB/NqqeU9p+wcnZuunjED4YrgNbE&#10;V38r7+5TitoonLqoB8RnPvz2tNJ0XyvLrmpeQI/OV/YpJ9TE1us/oK1PjZKF+O1a5jdqYZYgKjub&#10;3/Y7H2Jjmz6sYY6k6eEiLqXDxe7oiAwNaGtOufI3zb5m1HzLeerd8LaGAn6ppkCiOKAHssY6bZrM&#10;MAA/V3ZegxaPGI4975kmyfeW8gsiONw+/XfqcyxIO4jIF2Ii6mi2BoT4YTFl4cZOxYakCB6qKSep&#10;pvkSD3sPy2+zsSe+tKnlECTsfbEcTIaafe7Az6lbio9NaECgA8MNEsxpZHq7EG1SEmnpbDpkqkGY&#10;0pHV2JHUbelAgFThqTL8uXYg1/HWtAD+OEbsxgdiD3RaoGwP6seQZjGA7EDMx8f7MbDIRdlGUnvv&#10;3p45ElNOyklkchIwXkboo3J+QGRlLvYyIiLOzsnnlz8tPzD81cToflHUr6I0pcmFo4qN3MkgVae+&#10;Y2TU448y6LtH2n7M0H9/nhE91gn5Cy7PQPlz/nEbz1qEQn1/XNP0IkCtpGWupFB8eNFr9OYE+0on&#10;6Rb5/wBo/wDBc7PxHh0+OeTzPpH63Z3Py1/zi15A0P0ptdu77zNcIazRyuLeA0G4CRbn6TmBPXSP&#10;cHh+0v8Ago9p6q44BHCOleqXzO32Oz0Z5W0Xyh5Pghh8ueWNO00qpU3McIMi1/4sarE/Tjj7R4eQ&#10;G/U9HzztPXa7tCRlqM05+RO3y5Ozpdv5p4rAYZCIl5ARUBqTvXNpi7WEa4eXc6GWjkCbdnSbC5TU&#10;bVZon9ZXUBq/zEjc7+HbOm02YZoWN3XZYGBWEU/hhfzmutUisYSBFPOOaFeXqKem4PQUrlfEZ5hC&#10;PU/NIA4bK4mgJ8Bk9liDz3DLx/eOI0r19GMmh9yWBOb/ACQBmfM1/mj9tuODshgSAo7gVPzOeQP+&#10;cs7WJvy6hnKA3EOsW/FxvT1A4rXxp1Ocx2njAkD1v8W+r/8AAiyEds8PQ45IhTWnh2z5uMoHbNWX&#10;6fXYkRllCmVuxtB9+ICbdl0H0DvkgKSHZdNyBipLs555ut6xsQOgrlgO9ufppOzlDCjHLHaOyx0G&#10;KuwVZ3d3Y3MF7Y3MtneWriS3uoXKSIw6FWFCDkMmOOSJjIWCxlESBjIWDzB5F2ev/wAuv+cuvNei&#10;6joy+coV1ezsysNzqsApcGIgqWkTo5FakjfNbLSZsB4sUr4eQPP3A/r+b5321/wOtHq8c/A9Epch&#10;/Dfl3LSoYEeOfUTyv5n8ueddNsdW0DUItQsLkRMJoPj+1So4jcEd9s2ui1uPUxAGx2sHvfnDtfsj&#10;U9mZZY80eEi1A1Stfehw71W1EElzISTNItZIyxMa8GqojHbYb+OZmXFwknr9nwdHx2Ijovibko8O&#10;xOAb9k+pkTmom4mUgFQa0PTcjfBkoQ9XVxo2Z7dFQdcIdKSkOo35NXHMcm6gE/Cv0Zi6flKfc3ay&#10;VVFdnZdFtPT0uzGzH0wSB756D2biA08fc8TqJ3kPvdht9Xrt+GZ4xW1cTVRliA02GEYSAnidUYmY&#10;KdO/fxyJgU8TYNcaYOvemDgTbVRlGE0BAx4VtvGema14kDfBwlLsSeNlpRdiaHISiUuxkUAnuYYQ&#10;tWB5K3ag2wQh4mQRHvZ/SLaJoCfDPmR/zllrg1n86tbto35weXrO00yMA1AZE5yD/gmzku3Mviay&#10;Z7jXyfsL/gP9nnSez2KRFHLKU/tofcsi+xX+Yk55pJO+al9SpUxlNsVdjDixdiJp1FcLMW7EzhBS&#10;eTsTPXEoDsa3zoMIAbA7EiPHf3whLsaRgrdXYzGkOzdsjS07P//U+CFB32xZP38y+IwEot2XSnbJ&#10;ALbssfLERQ7N9GBXZseSuzU98krs334CPJXZsaV2bviYq7NgpXZsHDSuzYkK7KwK7NgV2bFXZsKu&#10;y8CuzYq7MT7UxAV2V+OKuzUxV2YjxGKuy/bDSuyqYq7KoD23xtXZVPDp4ZLiCuywPHBxFXZqDBZV&#10;2Gung+nMR9lWFT4bZZilvRYSkAQHYYbtv4ZbxAIJdiiUYFJF5Rv28PcY8VG2uYB5c3YAnt2gbYho&#10;z9hh3HvjsRYQJcWzsdGQ9R38MHJidnY9o2U7CvhiSkSt2CYCWoCOPjkJSa5bOwV6bgV+1Q7E5GMw&#10;WsTBdh95c80eZfKGpQ6v5Z1y90LUrducV1ZTNE1f8oDZh7MCMx8+nx5TZG45HkR7iN3C7R7N0naO&#10;I4tTjjkgeYkL/aPg7PaP5ef85s63ZfV9P/M/QY/MVrGwH+JNJRLXUFHQmWDaKXxNOJOU/v8ADVEZ&#10;AOktpf6Yc/dIf5z4z7Q/8BXTZrydmZfCl/qc7lD3CX1R+0Oz3p5F/MzyT5+s1v8AyL5ms9cjSOt5&#10;pqkwX8ZBB4yWklJAfcAj3zLwa/HfCDUv5svTL4dD/mkvhXbfs32j2Pk4Nbhlj7pc4H3TG36XZJ9Z&#10;8reW/M1obTWdAs9VimP7y1u4I3FDuODEclzOOGMxtGien6nX6LtPU6OfFhySgR1iSP7XZ5582/8A&#10;OKH5T66xn0+xv/KdxJ+7A0+QNDyJ+36UlRSvgRmNkwCJ2v8AHV73sr/gods6Taco5gN/Vz+YdnDd&#10;e/5we16JJJ/LHnCz1JApZYL+FrdzT9kMhYfeMmMGWrFEPa6H/g0YDtqcEo+cTxffTs5Drn/OKP5y&#10;6Mpkj8vQ6zGPsNptzHLyI6hVPEmnyyB448xdvV6L/gpdiajY5DA/0okfa7Oaaj+UH5naW/G98h63&#10;CSAeS2buCK0qCgbvj4hHMEPR6f2u7Jzi4anGf84D73ZGLnyp5kszxu/L+p2rCqkPaTKTTr1XB4wd&#10;ni7W0mQXDLAj+sP1uyodE1VgfT0q8kowVgtvKSGPQfZ6+xwnJFtnrtOOeSI/zh+t2H1j5J846g6R&#10;af5S1fUJHNUSGymboabfD2O2VnIJcnBz9t6DCLnnxx98h+t2dN0D/nHH86ten4W3ke6sI1Cl7nUm&#10;S1jHLpu5/UMAw5cn0xP3PMa7/ghdhaaNnUCR7ojiP2Oz1p5K/wCcII1ihuPP3m1nuG48NK0VBwAo&#10;Cec8g3p/krmfi7GnIXklV8gN/tfMe1v+DHKUjHRYAB/Onz+ER+laWz0hpn/OMP5N6SkMf+F1vjAA&#10;ZJb65mmZ6Cm4DBaHqRmxj2Lp4nff3l4XP/wQu2s5J8bh8ogD9C3nhjN+Tf5OaNbi7m8m6JpsVv8A&#10;vBPdFFjdK7VMrAEtToMxs+l0mIXKo1vueY/WWiHtR21qDwjPkkT3fsDXI9OvvkY12/8A+cdLSzkg&#10;1w+Uba3VOKW1skUsvXsIFYjwG+YEtfoZR5/6UWfsDstFg9pMk7xDOT3kkD7V3xV23zlVhpv5L6pq&#10;JfyL+UGv+d74RkyvDZvbWYUnhVlmb7J8aZiQIzGsOGcyOp9P2b7e96mc+3McK1etx4Y3tchKX2NF&#10;uP2mVa9KnwFc7d5G/KiHTLWe4H5Pad5QuZweEOo6nC8y78lqCkrgCu1Dmfg0GWIIy44QJ7519lEu&#10;PqtD2r2lRx6jJngOsYER/QHzt53/AOcsv+cevy91EaR5m/NTSLfVPh9SwtS95IgatC/1dZAv2T1O&#10;dFsfKXmJeLajqOjaR8dWj0yKS5kjTsVaULGXPjSgww05BueWA8ogn5E7Odo/+BzrM5j+6nR/nkR9&#10;9gbgPnDzr/z85/5x20CLVYPLMmr+ddQs462Jt7Zra0uZGpxCzy0bjuanh2pTAuo/lX5X1Hyzr+hP&#10;pkfmDVtZikkt9W1uR5ne+UFrctxICry22HQ5KGlwSBxwiOKQ2lLc8XQ/PmHt9T7F5dDpRqRMxyYh&#10;9MKiBD+LfmTW+75g8qf8/N/OPmr88/JtvfaXYeVfyh1C/h03VtMWH6zeBLljGtzLcMQVKuymigAL&#10;XrkS/LXTPKtt5d07XfL/AJV0ny3qlzAbTXEtIhzhuoG9KeH1Gq44yKepwdmzBxjIIxjMXGW3UbHz&#10;F83wv2l1Wr/MzwZ8s8kQbjZ5g7g1y3D9tVpJRg/qIfiQg1BB3HTtkzuk+s+oXbm8mweTepG29ev0&#10;ZlZY+Jz5+bzkJcKt06ZxzzT+SP5c+Zpp59Z8qafPI0T+rdRp6UoZjUEGOnU5r8ujomjtW70/Z3tj&#10;2noQBhzzAHQmx9rs4v5h/wCcO/yuvDG2nS6poZlCepwnMqgk1JAkr9ofdlGXAYUb29z12h/4LfbG&#10;LbJwZPeK+52c61b/AJwt8tpDzsPN2oQFmYVmjjmWgFRXiF69sxZyyY42ad7pv+DLq7rJggfcSHZz&#10;nUf+cKvMLSsdL842b29VHq3Nu6GpFSvwE9OmCGpJ/h/H7HodP/wadMB+908r/okfpdkI1T/nDf8A&#10;NKCpsL7R9SIFQizPETXYcea0yQ1dGiC7rS/8GTsif95DJH4A/c7Ibff84rfnTaIXXy/bXgXYi3vI&#10;mIp1FCR0xGtgP7Hb4P8Agqdg5DXiyj74l2R+X/nHX85om4/4JumAIq6SRMKH35e+Ea7Eernw/wCC&#10;L2DLf8xH4g/qdgQ/849/nGHRf8DXxMjFEasdCfGvLpt1wjXYukm0f8EHsKj/AITHb3/qdkl0r/nF&#10;f85NReNJPLkOn+oR8V1dRrv4fCWyB1sAdrLrNV/wUuwsIJGUy/qxLs6npn/OEXnqen6S80aRp/EE&#10;3CRpLMykdgdgcfzBlex2eZ1P/Br7Pj/dYMku6yA7Og6V/wA4PaRbtG/mDzldXorT6vYQpHzr9mjv&#10;ypt12yrLmyjkA89q/wDg2Z5gjT6eMfORJr4B2dY0n/nDv8n9LZbi4tdS1xqUEV3dEIDQncRha08c&#10;nKE5Dm8tq/8AguduZxwxlDH5xjv9tuzr2h/lL5E8rb6H5N0nTCgHqSmBJJKt1XkwZvAdcqnpJg7n&#10;uuz9jyWt9qu0df8A3+oyS8rIH2UHZKzpMko4xhURCE9LoiUNDSm3fKPyMpEl1X5mty7LfQp4mVQh&#10;YOxoCOgHUn7sGTs+carr+N0DViTsBnQvTWR92etQi1ainxJoOmVS7N4QT17m0aziIDsLZ9MpE06x&#10;+rGpCoYzyJJ708MwpaWxxDceTkQ1Fy4eR83YCNleRuAkVCDuWagFBWlPHMYabIDybvGgeZdnS/Il&#10;2GEthJMwZeTyIBU8T1JP6s6jsHMCTjJ35nZ1Ovh/EA0en6sk2narpGk6jqnmXWdTttI0rR0dFmun&#10;CIpk2JTuSFBPTNxo9Ziw6iefJIRjDYX1vb0jmdmjDo82prDigZyl0AtRmDMoQAkt4e2++Rq+/wCc&#10;iPyZt5Wk/wCVg2MiQp6n1dI5nIWmwAEf4DfJZPafR8QMZSPlwy+TvMfsN21PYaaW/uH6XKjAUpQ9&#10;zXPM3/OQ35t+QfPnkcaT5U8yxatfHVLe5ntY4pUpGgarFnRR1OwGavU9qYtZMCAkOu4I/HufS/8A&#10;gaeyvaPZnani6rCYR4CASRzPxVQKfRniBl/HKq3ffl2IkeO+WBk7GEfdhV2YDY4sxydljYb7Ypdk&#10;W8yQepbuRuSMIcnTnd2cSnTjK6nsctDt4nZ2Jjv+GFk7LBxV2KICzBR+1QD6cEjQtEuTs+2/5I/l&#10;Zav+W/la70+9uPLPmO0s4mj1qzP26qG4XEJPGRDX2YdjlHZmgGrxmUjRvaQ2I/Z5Pyr7ce0koa/N&#10;GcRkxkkcJ+8HoUHNMyzpFxDI/wBpTk5sr3X/ACtrc+i/mNPacbpY/wDD/mK3lZrecMzExyq/xROd&#10;uIbY+OZMoZOzc3h6mXECLEu73+/7HkNRHS9qYBl0AIlG+OBG48419Q70QAKfAKf5OSTXLZpIRE6C&#10;TlRwFJoeJ5LuPemZmphxxrnf4DzuCRjLuXL3xkdkYLCwsyQ899cr6xFBy4nk1ae+CGLhhGJ5yk06&#10;nLxEy6AOG5OdzsrMLBHxTiOIBoOwG2eoaPTgQBro8dMklpjv1wb9VruRmZ4AY8S2oxhtuPbYdcj4&#10;NcmV26oxjWh3I7+OQODuTbdffEjbH+U19sj4NJt2M+rNU7dei5A4LKeJ2UbVt6j8MTp08TsQlg4g&#10;gncAkr3p8hlOTFws4tg0wLZSxWR1HVrplSw0q3kuJH6cUgQu5J+jMXTSEDPKfpiNv0uXjwyzzhij&#10;9UyB8SaWSkhKd22H058RPNOv3HmrzP5h8zXP99r2o3F6w8BI5Kj6FpnneSZySMj1N/N++ux+z49n&#10;6LDpo8scBH5Df7VVRxAA7CmR5sg7RvEz4dsKl2JHvgYuxI4Wx2Jmor+GIQXYw9vCmEoDsTavbDFs&#10;i7GE9/uyRAZF2NJOR4VdjD1xMUOxtd/fI0UOz//V+CNPeuI3SC/fzHYUOy8KuzYVdlUwK7NhV2Xi&#10;rs2KuzYq7Nirs2KuyqYCrsvFXZVMBiFdmxqldmyvmrs2S4VdmrTI1vSuzZJXZqbZFXZWKuzV+Yyd&#10;BXZsFAK7Lr7HJcKuzfhg4VdmpXDEK7K6bUwGKuzY8Kuy6Y8Kuzv/AOQ+i6dq17qw1OzjvoI57SJo&#10;pRVAJS4P0k0GaLtrNPHKPAaNF8+9u9bl00MfhSMTUjY8qdnvWD8jfyrvkie48o2nNVAahdNz7A9c&#10;xMerzV9ZfCcntx2ziJEdRL7C7D+2/wCcf/yiVGjPkqzkI3V2Z+3WvxeGZQz5T/EXAye33bhN/mZf&#10;Z+p2F3m//nGb8t/M+iPpei6Ra+W9R4NJaanaq3IOBQBwT8Sk9syMOfLCViV94Lldj/8ABK7V0Oo8&#10;XNkllhyMZHp5dx83Z84/Nn5P+ffJfmCTy/f+Xby6uDIRZT2cTzxXC12eNkB2Pv0zY/moTjYNd99H&#10;6K7K9sOze09N+YhljEdRIiJj5G3Z0/y9/wA4s/m9r1h9efR7TSI2FVhv7lY5d+xRQ1D88xxq4m6v&#10;Z5rtD/gp9iaTJwCcpnvjGx89nYbRf84hfm4bhBTR44y/Ezm8qAPGgUn6MTqxTiS/4L/YvDf7wmuX&#10;D+12dY0j/nCXzHPGsepedtLtZ5AKwxQSvQnxJIr9GMBOZHIF5XV/8GnTRlePTTIHUkB2HF1/zgXr&#10;/pK9t5+0xgahi9rKDXsBRiTXxzN/KZwLsEfjZox/8HHBfq0s/wDTB2JW/wDzgTr6SMdS89WsMYII&#10;FvaOzce5PJhkZaTOOYTl/wCDnhr93pST5yH6HZ0jy1/zht5O8r6hZ3935l1681W0Kyw3VvOLDia1&#10;BV4RyHhSuYuo0kp+iYB94ea7T/4MHaGuxyxxw4owOxBHH9ktnZ6SutP886daL/hTzNBK8ESxQ2Hm&#10;CA3sLle5uFZJgT41OTx4c+Ifu8pqqqXrHwvf7XzzBqdBln/heEgE2ZYjwEf5u8fhTs4t5i/Pf83P&#10;IkksfnH8mE1HTYFJn17QrqWS3Za/bQsjGMA9mpj+a1gFeiXvuP63s+zvYnsbtQA6PtDgkeUMkQJe&#10;40RfwdgfQ/8AnMz8sb2YHU9M1vy3M4CycoEuoh4msTVHgfhwx7RzY5XLER/VIP2Gm7Wf8CLtbEP3&#10;c8eUeRMT8i7O5eXPzq/LDzGsY0nzzpMzMVZbSaUW06k1+yk3pkdd98yMfbWnG0pcPlIGNe7+14vX&#10;+yHaujvxdNMDvA4o/wCxt2dZs7u1vgz2jxXkJJRpLecOTXevwsR1zbYtVhzbxMT8XmsmGWI1MEHz&#10;Ffe7BhQPIDJAknEMic0DOvtGSDTl88t48d9P0/BgDXI07FTbQRQSONNtwjsOX7leJY7E1p1Jpvlp&#10;nCMCSBS8cpGuI/Nb7YKqGqIAqIV/ecaJSmxCkUoT4ZI5McvpMa94DXw9+7Vffp0xK81DTLGIzahq&#10;tpp8AXkz3M8UZRQOxdu9MOTWafGLlkjEeZF182zDpsmU1CBkfIE/cHb9q5xjzd/zkb+U/lCtufNa&#10;a9fICV0/RUN4wYjo0wKxrUduWazUdvYIj9yTkP8ARG3+mlQ+Aew7K9gu19eOIYfDj3zPD9n1fY6h&#10;PameYvNn/OYXmPVEmsfJ2jQeXI5ARHql4RdXgX+ZIhSFCR3PI5qs/aGqzdRAeW8vnyHwfSey/wDg&#10;UabCRPV5Dl/ox9MfifqLYXOI6dL55/NTzFFYr+kPN+uX5LyG5lZ0VEoDIxY8I0A7mg8MwIYeKWw4&#10;pHqdz8SXtNRDs/sLTHIeHFjj3AX7u8lvYDPoP+U/5A+XvKAt7zW1s/MXmiULJcXDxIdO09uoWNWH&#10;7x+wJ3PYZ1Gg7NhEjiIMj7uCP65eT4n7Re2up7RkYYbxYR5+uY7z3DyCGmlPE8QTXZUX7TE+Hhnq&#10;31k0hGhgA+tt/ePQIyGlKuFABY9h0Ue+bPX9oDTg4sR3PM8iD5+f2RHm9Z/wP/8AgcZO0YjW6y4w&#10;24InfiB6nuH2vxd/5zj/AOc54orrVfyX/KK7ivFh9S089+dreRh6U8TgfUbBx1CkfvJR9o/CNsJm&#10;JclnJZm3Ziakn3Oc5KRkTInfvfo/BpY4YDHECMRsABsH43y3cs88t1NK811O7SzXLnk7u25Ysd6m&#10;uM9+mU9Kt2YjYtBVo2wy1YqwPShqCNt8eIjcdGvNpo5IGJFgj71VXZRVHaNh0dDRh8j2zz553/L7&#10;zt5b1LV/PH5OX8U76lK995p/LPUgDp91IVJmu7WUkGKRqVK9z92X5NKcxOo08+DJ/EDvCX9Ijv8A&#10;t83wT2r9kNNhIhrheP8AgzR/vMY/mTHIx7n9A3/OE/8AznPpP5n6Xov5XfmUqaJ590m3gsNH1yo+&#10;r62E4xRKkYq6z8ftihU9agmmc78tf85H+RNavrTQfMTyeR/NEr+jNo+sDjEZV2ZVuKBQSenKhzEj&#10;20YbZ4cFdfqh775x+PJ8w7U/4H3aOlhLNgHj4Rvxw51/V5++rfp9ndfrdUogViy8g67q1dwa7hhT&#10;wObOOpE4+mjfUcv2vCmNF2BpLuGoSZBQGqyA7b9QAfbK554g+oMxE9HYW3VtFN6awMypy5IXr07A&#10;nxzGzYozqmcJkc3YXTIESZgpWIHgqKKlmr1FOu+YeSNA9zbA2R3uwN6bETcnUCMpXrt22ysRO+/c&#10;zsbbd7sdHbMWdjxCgn4R2G2++McVkolkoB2OfTlbixTlQfGVG5JO5p7A5M6QGjXyQMxDse+ntxJR&#10;QFG/SlF6b+GA6UjcIGbfd2KRaTIigqgChSaE1BoPDtTDDRGIsCllnvm7Hx23Bn4MeIrwZqFa9DX5&#10;ZPHiq6P6mMp3TsMVt3LBCVXajiuyL0O/j+vMrwzy/AauIB2KiBVKk14ofhjXfbjXc1/DLPDA9zHi&#10;Jdi7cBSRlCM37bgED5KO/wA8mSPqP4/HcxArZ2BDKIwESrc13WtAWXo3Sgr4ZSZcI77+/v7myrdi&#10;bXEfqoy3BKtyRuH2CCNwxO58MqlmHEDfky4DR2djZ7u2igZ55YxDwo5chU2+yammy4MmoxRjcpD8&#10;cvkmGOUjQBvydnJvMn52flB5Zlkh1zzjpcU6KvKwgk+syK3aiwh6EfPbNcdfgn9MTL3DZ6ns72N7&#10;a1wBw6eZHeRwj/ZU7PPnmj/nMP8ALvThOPLWi6n5mueQRHkUWduU3NSZCz7ewzHGPPlPpgI/1j09&#10;w/W972Z/wH+1M9fmckMQ8vXL7KDs85S/85e/mo3mK21XSDY+XdNtpG/3FWsfqepGwIZJZpKs1R4U&#10;wjsvJjHHHLIZOhHpHy/Xdvo2D/gS9kY9OceXiyTI+omqP9GI2dk2u/zK1z8wdPN7f6w+sekZGgsl&#10;CxpaLLRTGEWlagbk1OYsYkS9RJI7/tpp0Xs1pex5cOKHDfM8zIjrbs5fqEdxb1XZWkBrT+ZjsPY5&#10;mh6jDKMvg7H6ShSwYfEOUlORNSxANTl2E+s+5zMRvKfc7BLd8yXNdiDAdMkAkOxI4UuzCgwsg7KP&#10;TFk7CTWgDaufY5KLdh5uzhV4KXD/ADOWAu5x8nYFws3ZgDXr9GKuw98tWDap5h0PTkHJr2+ghp/r&#10;OAco1MuHFIuPq8oxYZzPQE/Y7P0P/l3p66f5RsIeJVuEcYHy2A+4ZvewcFYLPV+G/a7VeJqZy7yg&#10;G+O8HSiKd8ifnS1ttd813ek3MKXdrMbezlt3FRwO7D228Pnmv7cl4vaEojpQrvDjezkpYRHICQRc&#10;r9yLZuETP3UE4pqXlTzN5MS0n0Iv5q0K3I/3EXL1vIQN+Mbn+8UDoDvksvZeo0lSwHjjd8J5j+qe&#10;5zDrNLrJS8b91M/xD6T7x0Q9tdC4BUjg4606UzeTtb/xl5qCravZW+lIS8E4KyCQneoNO+W9kaiW&#10;u10RKPCI70XW9s6D8lpwb4uLqOSJPwjxrnpeOCigDsKZ66CAKeGpQL74p6famHiY01yxFkNaU6d6&#10;bZIEMwNlwYZgldjUeGNpdUZjCPo8ceJibdy98b6XTboemPEob5e+UYQcbTTuXvgd4T6oKxFyNqj+&#10;uVT+oGmyPJ3L3zzx/wA5PebU8mfk35iS2YQal5tlTRbFAaMBOazsPlEpr88572jzjT6Xgjschr4d&#10;fx5vpv8AwKOxP5S7dxGQuGH94f8AN+kfOlgJaZF7ICzfqGfIQAAAAUA2Azz9+zSi8b1+RxSS7Ezt&#10;7+2FLsTIwMXYie+FtDsaRipdiXSnvh3YgOxpw1syouxjd/DDEs3YmR/tYbKuxh9sbtXYnUV9/CmR&#10;o2tF2f/W+CmSV+/mVXCmnZsUF2Xirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7KyNK7L&#10;wq7KpjSuy8aV2bGldlZEFXZqZKgrs2NK7Lwq7Nirs2KuzYq7Nirso4Crs9Vf845WayaJ+Yl4vET2&#10;osXiYsAw4OzHiOvzOcx27L95CPkfvfKf+CNm4dTpIdDx38RTs+h/l2/juLCzkUif1lFaGtTQd+mY&#10;Wnn6afnztDAYZJDlTsnFrXgxfZ2PxqKEgdqZnY+RdJk57Ow4hKKKhOdQO/xAjoT8syBQcSVl2C/q&#10;0Nwo9RqmPeKnX78tjijPmwGSUXYFLPA/FuKxAfDLQfaPz7jKSOE+TOhMWObsNbadFZauakgLQbAd&#10;T/t5lQy8JcacCejslFotvccP3ixzsaRnq2+5Ir0za4OHJXQlwZiQ9zsMwL6zLNCA0StyYNvQ02Pv&#10;mVWTFvHk1XGXN2ZdbJP+kIXWT4XYihJIp08ThGvP8QZDDXJ2F9xcfW1kFs/GUfEbdk5tvQV28aZR&#10;ky+KDwmvJtiBHeXJ2cz80/mR5b8mFh5k1vR9KWI0aKS8j9ck9VEVS/3jNLm7VGKRiKkR/N3P2PQd&#10;mezur7SH+DYsk/MRPD/puTsjen/85Bfk1qztaJ56sIXKhJobqqR0pt8ZHE4R2tilXHGcffE/eHZZ&#10;/YLt3TjjOmn748/lzdm1T8sPyW/MVXvRY6Nq8twVKXul3EcUpoKDj6LAn6RmRj1WmyD05Inyuj8j&#10;unS+03bvYxEOLJADpMEj/ZB2cb81/wDOGmmkXN55b8xS6VboF9K21iMSxKaEtWZQpUe56ZPNiEY3&#10;IgR8+T2PZf8AwXsoqGpxCZ74Gj/pf1Ozx5rNtf8AkjVbjSIPONpJd2rmN20XUneM+FTGVFPauaqM&#10;dPm3EQfOn13RnH2phGY6ciJ/1SAB+12VBrPmxQrxa3q/pfzx3dwVPyKucn+V055RCJ6LR8pY4X5x&#10;j+p2HFvrfn69dIINQ8yXJoQkMMt65K96UJrkhosd7R+9xJ6Ts3GOKUcQ94g7JTY+U/zf1QR/V9D8&#10;1XSNSnJLoLVtl+0wyyOhiRQx/Y67L2p2Jg+rJhB/zf1Oya2v/OPv5xa1E8115ekjps36Ru0DbdAA&#10;zOTTpl+Ps4jeMB8nU5PbvsTTSqGQH+rE/qDsl2l/84f/AJg3YD3d7pOjxuAatK8poTQ0EaVFO/jm&#10;bDs7LKr2Hm67Uf8ABV7Ph9MZz+AH3lqozq/l/wD5w60OyEk/mHzVcXcUVBILKJbdDQ1b945Yjbxy&#10;38hQucqDzus/4K2pymtPhET/AEjxH5BaX8BnTb7zr+UX5J6LLpHlu3tr+7s04tYaYfVeSQ97u6HI&#10;kk/s1YnoAMjPV4NP6MI45eXL4y/U6bTdidse0efxdQTGJ6z2AH9GP6VhDP8A5KnBX5KQ/mJ5/wDM&#10;8f5vfmLb3XlzQ9J9WL8tPILK9soMimOTUrmBt6gVEYkqf2vDDixZOOOozG5RPoHIA94Hl57l9N0P&#10;sloIYxotMBMbHLl+riINxgD3X9VPzt/5zs/5yk078rfJuo/lt5K1iKT8xfMii11ZoJf3um2Ey1lJ&#10;dKmOaWM0So2Br4Z6lb4mJJLMTUnqSfE5Egnd9i0RGPGICgB3cvg/nZuImMruCxqxozHkxHap7nKy&#10;IjTmRkDyQ5BHXbKA965CYciEunRYR375jkBuzEb5Or45bRvNbahCgYvLZXCoEFWqYmpTMvRxlOZi&#10;OsZfc+ff8EoCHYuaR53H730//wA4ZOf+hpfyRozRpH5gQykNQcRHITWu3HpXPij/AM5G2scn5j+Y&#10;LeRCsjiCSKV1ALMYlLE7CtT38c1WLYkSdP8A8D+fF2ViIPKxXxf1VZzzyN+eP5lflvJHa6Jr8lxp&#10;kZAbQ9RBurQqDuFVzVPCqkZE6EQPHhkYHy5fGJ2/S7Xtz2F7K7aBlmxATP8AHD0yv7j8XZ698rf8&#10;5h+TNTjt4fOGk3fli/LKjz2im8tCCKF+0i0PYg5CWo1UP7yHEB1j+o/oL492r/wIO0NOTLSTjlj3&#10;S9Evd3F2ejvLvn3yf5wiVvK/mfTtbDV+G3nUSrSnIGNuL7fLGPaOKZ4eLhPcfSftfOe0ewtd2bKt&#10;Thnj942+Ysfa7JWUfcsjJxIUE1B6dd9syue4dTxA9XYFKEMWoQImBKEbn3b9eVGO99xbL297sesx&#10;JDhgPhNVIP2a9fauTjk6+XcxMXYql8I+ZYgvutQOw71w/mTDc82JxW7GyatEGCK+4avBQAm/Y7b4&#10;J66IOxSNOedOxo1pfUiSLZFqD8W1e4+XbIfnwSBHl+LZHSmiS7HS6uGq5UmEGvFBxUN1oT/U4J9p&#10;QG5O3ypEdMeXV2RjVPP/AJW0lGl1PzVpOlD7UxuruFGpSlOBfl9wzDl2vjP0y59wJ+63ZaXsLWag&#10;1iwZJ+6JP21Ts5xq/wDzk1+TuiRkzefLC+ljBb0bIyXD8lFKUVaVPQZZ/KU6HBjnL4ED7aei0n/A&#10;47d1R200o+cqiPvdnIdR/wCc3vy1tOX1PT9a1aTYBUhSJAVr8VZW6mvhkYZNfPfwxH3y/UDu9bp/&#10;+Ar2tk+ueOA95J+wOzknmD/nOzW5FeDyv5MtrReZMd1qdw0z0/ZrHEEXb3OXR0mrmKlkERd7C/v/&#10;AFPV9n/8A7TjfVaiR25QAA+ZsuzjWr/85Z/nPqhlEHmWHRIpQR6Wm2kUJUHwchjX3yUeyh/FOR+N&#10;D7Kex0n/AAKewcAHFhOQj+fIn7NnZyPXvzH85+aJDL5i81aprDEcStxdSMvHw4Ahfwy/F2dgxmxA&#10;X3nc/a9doPZ7QaEVp8EIe6I+/m7IqL7jQgVP7Q7ZmcNCg7UY+jswv2b4ehxMaXwq3dgmGYy8RvWu&#10;wwS5MJCnZKdObVLaRZtPnkt3IIHpkgn6BtTMLLhhPm6/OMchUwC7OgaDrPmKbULPTb/TJtb+vzpC&#10;gt0P1ss5CqU2IalehzDnEYYmUTt3Hq6fWR02PHLIJiAiCbP07d7s7Fr/AJQ1DyfJFZX9K3DNLCqi&#10;nFOgBHUEZdgIkOIdQ6nsHtbD2lGWTEboAOyMMPahzJD0jsQfx8ckEh2JGnbJJdldcDIB2NJ7dsLJ&#10;2EWuvws5PkckG/APU7OFXJrK59zllO4hydgfwws3Y8EfLFXZ2H8hdJGs/mx5QtmTnHBdG5lHtChf&#10;9YGYOvPorvIec9rNV+X7MzT/AKNfPZ2ffzy9B6Wj6PAw4sSrN7cVqc7XsfGRigH4c7fy8WWRQcQr&#10;PM3Wm2c08tq+q+f7ydwZIY7uaTkwJIMY4pQdKdc5nTfv+0JE7jiP2Oz04GLSkjnwgf6Y7t3rcLZ6&#10;d9vvzteoPwubVR+yJJTU0+ytN/vztQayR8rP2PN6yVw96G09NnalNgKZ538rXM19+Y+o3NrK0bPL&#10;KGKbK4jAVajv8Rzz/S5Tl7WkYSN2f1fe9PLGI6GMZ7jhtMJW4xsfDPTo1MWUa+vKZOFA5I3r456l&#10;i7QniAEjdc3j8unidwEGnORqUoOtcLx5+8rHUjpMmqrb3qKrskqMqgN0HOhFcf8ARNoRmOKUiCB1&#10;G3zQOzM8sfiCNxVDG4BPHl8jklgv7G5Ci3vbe5JG3pyoWI+Vc2uLX6fJRjkib8w4stPOPMFTLUrV&#10;WX5qcG8T14Nt7V/VmUJAjm1cBa9Rf5x+AxMMG3FVG4CnavvQ4QvCur4GvuN8rkhrQgkbH54gsvDL&#10;XL8cRkuraIhZZlVm6KTv9AyrLqceM1KVFsjglLkGi1O+FOo6lH9QuJwTBDbuonmfYU22B9/bNbq9&#10;eDilIbCJFlycOkPGI8yeTamrAdT2z5Vf85U/mfH5985WehabP6mg+T0khTifhkvJT++f/YgBQc4T&#10;tHtE67Lx/wAI2H6360/4Evsseyez5ajIKy56+EByHx5ouKPhyY/ac7/0zy5mA+sKuNP+3hUB2JkA&#10;4snYm23vgRTsRI/HrhbAKdjD89qYpdiZptXeuSBRdOxjeNaUyXNmLdiZHzpiFdjMSrsYRuchxIdi&#10;PL46V7dcnezLo7P/1/gpk1fv5lYEguzYUF2Xirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirsqo8c&#10;Vdl4q7NirsrBauzb4OJXZq4bV2XhV2Vt44KV2YmmKuzZEy3V2beuEFXZeG1dlH54lXZsgDvsrs2S&#10;tXZY7+2RmVdh7ompX2mSCexupbSQkhnicrX2NOo+eRy6XHnjU43+hxdXpMWpjw5IiXv3dn0M/K38&#10;8/Ii6RpVjr2sHRtTt7YRXLXMbCD1K/aWRQRU++cpPSZtPI+gkDkRu/PHtR7B9pjPkngx+JAyscJF&#10;13VzdnpLQ/PvkXVm/wBC836PftXjEwu41O47cyuTGoxxlUjXvBD5trewe0dOPXp8kf8ANP6LdksP&#10;mHy7GzF/MOlrwHKv1yCpA9+eWHVYbsyDqh2fqj/kp/6WX6nYnJ598h6YVmv/ADtodnyANJNQgNAN&#10;+isT33y3Hq8IN8Vn4n7gzh2D2lm9OPTZZe6Ev0h2RPW/+cgPyTsopY7/AM/abcqy+n6Nks1y/Ib1&#10;IRPbxy6WpjOwISl7on9NO30XsD7QZSDj0sx5yqP3l2F/kz8+fyx8yav+hdK80RvLO3HT2vka2Z26&#10;8F9WgPt45j488sZIyRMYnkT0+8N3bPsJ2vosPjZcBofVwnirz2dnVtZ87+V/K1p+kPMXmbTtCtVq&#10;RLeXCKzgDcqiksfoGZA10Adpb9w3J+AeX0XYus10/D0+GeQ90Ynb3nl9rs4prv8AznF+Vvl7/RtD&#10;ttR83yxHj6lrELe3Pv6s9Cf+BzZY+0tURWPFQ75Gvs3L3PZ3/AW7Z1fqzGGAH+ceKXyj+t2cs1P/&#10;AJzznuOY0T8trO3frHLqF9JL8Q6EpEq9PCv05CefWT3qEfcDL7yHqdP/AMAqMa8bVyI68MQPtJLs&#10;8/eb/wDnJf8AODzas0H+Kf0Dp85P+h6LEtn8J/YMq1kIH+tmINHx/wB7KU/K6HyFfbb3fZH/AANe&#10;xOzyJeD4kh1yHj+PD9P2Ozz5crLcTPc3EzT3Eh5SXErF5HY71LMST9+bDFGGMARAAfQcXDjiIxFA&#10;cgNh8nYBaI/zHfqMyYyHJyRkditvd31mYzb3k1q8RrHJDIyMDXqCpBByM9PhyfVEG/IInjx5QeKI&#10;lfeAXZJm89+bLi1+p6h5k1XULGhX6ncXs8kdD1qrOQcxj2bpwfTACnWjsLQQlxwwwjLvEQD9zsL0&#10;urCTaS3aDvzj6fdlxuArmG+WCcfpl83Z0vyv+X/n/wAxW31/yVpOsapbRv8A3ttFKilwOXwnZWNP&#10;A5jmOPId4/Y812n7Q9naOfh6zJjiT0JB/s+Lsm1p57/5yG/LiYxfX/MOhpbn4ra9gd0QnpUyoRv4&#10;VzGn2dCMrjKUT5Eh02Xsb2Z7YF8GLIT1iaP2F2d6/LT/AJyU/wCcifN2tWmgaX5es/Nc90wjup5b&#10;SWKKBGIDzTzRkKqqKk1+jCJa3HtiymRPQxEv1H4vE+0f/A/9l+z9PLPkySxAAkASBJPQRidyXHPq&#10;Jp82nQwLFLYTeokaGdkchOYX4iocbLyrQZ3OlnGEKlDet6PXrz6W/OuQiUjRodPch2WY7iROvcHp&#10;9BxaYadeTRiPU7rTYXqXVIIjIynZVWR+XHffYb45ZQyy+uUY91Cz5Xu5GGWOI3jxH3/oQz/pAI3p&#10;pAzj7JJan0jOVfmXqP5J+Q/0Fqv5l3Oq6vaa3eizsTqNzcXNlFLxqPVgiKRhfcqc1eun2dozGeXH&#10;PMT3kyEQO+Ow92xex9n9P2p2jxw7OhEGEbNACVeRO/yIQSR6vcCVZLpLalBWGMV+gsT+rOaee9C8&#10;uad+Zv5SXfljT7C18v6wrz26WEaC1lDkPG60HxGh65gavwp5oSw1wSAIrlu+i+wWsz6jS6nHqTIz&#10;hKjxfUOlIDzNdXNj5P8ANV0k7rc2OlXssM9fiV47d2VgR3BFc9dMWejMxZ2A3Jr8sukbO77Dh0Uc&#10;EBGEQI7P5E9Q1u61XUtSvr+6lvry5upnmuZ3MkjEyMSWZqk9cZuO9MacmNhBn0n3O1e+bke4rgOM&#10;FuhmkOqjJaq32fpx3IHISw25UNRXNL5LZlrmzGIp2UJ2NkEy0ND2wTauI7iEk0XmA/8AqnY/gcv0&#10;k+DLGV1u6L2l0sNT2fmxyHFcTXka2PwZP5M1q78t+bPLevWVw9tNpGp2l2ZE5VZIJklZCFIJDcKE&#10;DqNs+bH/ADlF+WF75ghk8yaDZvPrXliaWz1OwVf301mJW9OUfzFf1ZhZoCGSQ5USPt2fBf8Age+0&#10;WPs3PLR6iVY5n0k8hLu+L+xHSb+PVdK03VIiDFqVrDdREVA4zIrjrv0OfN/UIHLOJImjlRqSRspD&#10;Kw6gg0II98tgX6AwZAQCDYKYYSfGAKbjv45ZQcrYux0TGF/VilltpiKevExVh8ipB/HK82nhl+qI&#10;LXkxiYogEdxFuzoGlfmr+ZuiJDBpX5h6zBDb/wBzC1y8ir8hJyGYEuzMF7Ag+RI+557WeyfZOqJl&#10;l0uMk+QH3U7Oiab/AM5O/nZpoVW8xWurrTi0d/ZwzcgOhLAKeVe+AaEj6ckx9v3285qP+Bj2DnJ/&#10;dSh/VkR+A7JvZ/8AOZH5kxhFv/K2gagVpzZFmty3HpXg5ocJwagHbKD74j9FOlzf8B3sqX93myx+&#10;UvvDsMT/AM5l+YHAMv5dWAkBrJ6d7MA1TUgVU0ynJpNRPbjj8j+txf8AkzemB21c684h2R/U/wDn&#10;MTzo/L6h5G0i1qSSZZp5f9XuPpyP8lZcnPIB7h+sufpv+A9oY/3mpyH3CIdnL9c/5yg/OjUhSyv7&#10;HQI+JX/QLVOVD35ycjXLYdg4z9c5S+NfdT02i/4GHYOD64yyH+lI/cKdnG9Z8/fmTrzSNrHnHWb4&#10;S7yI13IEPzVSo/DM7F2RpcfKA+O/3vYaP2f7K0gAw6fHGv6Iv5l2QOSCeRy8/OZm3Z3JY7+JNTmc&#10;MUY7AB3kZRiKGzsTMbCooa9sPAm7dlGJ67rTwGNLxB2V6beGNLxB2b0nr0NcNWvEHY4W0h7H54KR&#10;xh2CFspWIABPjtkaY+I7Dez0WSZkUIWY7Cg7+AyuUgObj5NSI7uz0x+Wn/OMH5mefJbd9M8tXFva&#10;OVLahfKbaFVbflykArtvsMqicmY8OKJkXgO3v+CH2Z2YCJ5QZd0fUfsaLBRUmme6vK3/ADhh5V8q&#10;2U2o+fvNMcqachl1BbQiGGAD4j6txJ9kBdyaZbLsqURKWfJECPMDp7+58Y7V/wCC3q9bkGPR4qMj&#10;QveR90R1aDV6A08c7j5W8i/lT5Ns4L7yrpdvLd3kQmTXh+8mnhIqAryVKoailKVyuH5HHjEoniJ3&#10;vv8AgeT592x272r2jM49TM1E1wcgD7hsSu3zz/8Anb5VsvMGhXHmCxh9O+0EF2C/tQsQHDV60NCM&#10;02HUAzJiNj0e/wD+B125k7P1sdPM+jNt7pdP1F2eLH2NO465sw/SI3dgZiRthAZAOxE9cmyDsrAz&#10;djD3wq7Il5nm4WbitCQckHL043dnFJm5SHLXbAOyhv8ARil2OAxV2etP+cOtG/SP5m31+0fNdK0x&#10;yvgHndYx+BOYOpiZ5IRHvfOv+CZqvB7L4f50h9m7RNAc+2BkFnYRsWoLWzeQnwNP153Wn/dYuI9I&#10;F+Mu0Zceau8oa3Gzt/M/6sgP5W23qalqN6Kgshbk25BkYmhzmPZvHxZpT9/3u91UuHT13mvkFHUD&#10;+7RfFs6Jrl0Imv5WWjwWZPEHuxJoPuzrcmQR45cyIvNagcUox7yqWS0ir1BNQc4j+TgkvdZ1zUZ4&#10;QnpMQjgdeblqhu+wziPZjHx6qWQ8v2vV9sCOLDGIPQKtxugX+Y52TX7j0oFBNCxahGdnqZUHlZb0&#10;HQilT9GeXpbn615i1qVgWCShEev2iBtt9OeaZ8hlqpk7i9nr44+DS4x3i1fJAt1cQxFvVHqDdWA3&#10;JHT6BmZxkDc+f49zh0DJ2BtU8y6zbW+mpBqtxBLzlnLxSuGagCivxbjrlefXZIwiIykDZPM9Pi5O&#10;l00JSmTEHkOS0qp6qD8xhhpv5meebVhTX5ZoiOI+sIswVgNgOQ32y/S+0Wtx7xzS+PqHyKM/Zmml&#10;/AL+SwwRH/dY+Y2/VnevIHm/UvMfKPVo4ZWB4etEnpmtN/s7Z6H7OdsajW2M1HzAr7nmO0dNjwS9&#10;GyhNAFjZkZgVBIBNR+OfP7XP+csfzBt/NPmOFLXSdU0CDVbyDS7aW39OVLaGZ0iUTxsGJovXOZ1m&#10;t1WTLMjJYs0CBsO69i/TWg/4EnZctHhkTkhlMImRBscRAJ9J2XpApRC1Q/EciD3pvhZ5t/5yo8y+&#10;YPLUnl7S9GTQ5Lmv1q9+sNMQCKUiUgUp2qcxTn1E8fhzkOG72vf5uR2T/wACjSaPVjUZsniCPIUB&#10;81RYlVuXVvHPKjszlndi7sSzOdySdyT88IFPrkYCIobBVxLCydjTvtikOxlKYUuxM/7dcVdiJ8Bi&#10;zDsTO24xS7Ez1xY9XY09fbJsrdiR98kydjPoyMirsYepyACHYB9T9/SvbLOjJ2f/0Pgpk1fv5mxV&#10;2bFXZsVdmxV2bFXZsBV2ViCrsvCrs2Aq7KPTFXZsiQVdmHXASrss7HEFXZVckSrs2RCuzYkq7N/n&#10;XIlXZskrs2/0ZK+iuzCuR5K7Nh3KuzYKV2bviVdmODors3Xb7sVdm+e+J2V2V3+WSF0rsf2PvlZV&#10;2DLeoQH3rmVDkl2HMTVA3OTDRIbuwUPSoCQK0pQ75GUAejTu7LMakAgA+2RGKF8h8mPJ2JGGOteI&#10;B7GgyXDEbAMuIuwPIOJ2B+7DQSN3Y6Gdo5FI2I6GvcZGeMSFIlESFOwzveeoAXEsrzygABpWZyB7&#10;Ficpw4cePaMQPcHExQjh9MQAPIU7CF04kgnYZkEOYC7LVnBrX/ayBAKCHYJEzgmhPI++Q8MMCAXY&#10;qJpD8u4yJgAxqIdjmZtq7ZEimOzsXt7S7vZhb2VvNdzt9mGCNpHP+xQE4DlAa8uphijxTkIjvJof&#10;a7PS35ff84ofmR5xjt9Q1mBPJuiTUKz34LXUinvHbLuK1/aplEs5I9O75r7Qf8Fbsvs0nHgJz5B0&#10;j9I98v1W7PbHkH/nE/8AKrykYbzULGfzlqkAFbrVSPQWTrVLZKIf9lXJwxce8t3xbt7/AIKnbPaN&#10;wxyGCB6Q+qvOZ3+VOz1BYiKxht7e0iFnawpxighRY1VBSnEClBTwzKxkQoDYPm2SUshMpGyeZO5L&#10;sMo7u2uwILy3W6hX42WZFYMi13PMHxzJxZYz2I2G/wCCxiZ494kj3Gvudh3ZarYWMXCysLe1WaQC&#10;WO1iSHauwbgACae2bDHroQG0Rz6bNWUTyG5yJPmb+9aV9/lh4b6zm5OA0YjVuKbcKdyfCniczZ6v&#10;EdzsB8veWkQI25raNnFvOP8AzkH+UHkv1ItY832V9qMCt/uK0f8A0+451NVYxEop+bZpcvbumG0b&#10;yS/oCwD5y+l7Hsj2E7a7T3w4JRif4p+iP27n5Oof6585Pz9/O2f83xc/VbRtK8raOpby7YTMGm9a&#10;oMlxMRUB2GwA+yNtzmm8WefNxTFA7CPd+sv0V7Cexw9n4euXHmn9ZHKukRfQd/UrwAPmeuTz8lPO&#10;N3dXf5dW+qXbzadp97HLpiuxKwesnF0QtuFJFaZi4MYxZLjy7v1Oy1PZmKGfNPHGpT+qv4q5WkHm&#10;yyk1Hyt5m0+BeU9/pV5bxAdS0sDov4nPrICGAYNUMAQw7g5sTMjk95iiJY4jyD+OPUrS403VdVsb&#10;hWSexvrm3mQ7ENHKykEfRl/P5ZMZXHyaTuWx3DKKH6MqgNaZaJhxZaUopLwjvTK4n6B1wmcWEcJB&#10;XPcgqelD1xx8cxDuXd4oERpLWozE5aE8lPShFDluLaQadZD9zIc7B/a4Gm/P0ynxh/5abhu/QjPF&#10;8H5waHf/AJq+ffyy1+RdG8xabrlyvlm5uvhiu4H4stuXOwkqTQH7Q6b5gazUeFnnHLtGUrjLpEn+&#10;GX6Dyfln2o9jtRo8cddgBnhkPWBvKB/nV/N7+5/YN+VN21/+V/5cXr3Md4935X0iWS7iFEkZ7OIs&#10;6jsCTWmEn5g/kN5H/MKNrlIP8N68C4l1K2Qc5JOh9ZOj7j55bERr0mq6OB2B7c9odjkR4vFxfzSd&#10;gP6Pcz7PCXn7/nHj8xPJz3FxDpja9pcSNK2o6epJEY/aeI/Ev0VwiZ5Gx7327sH/AIInZnaIEZT8&#10;KZ24Zd/keTs85zGWJykgKODRlYcT9x3y0SfQ4GMxYNh2B/XK9ARXc5MU2CFuxB7xk+yW+jCI22DC&#10;C7ETqkwO1TTrkhiDL8vHudjf0tcCoNaH37Y+HFP5WDsd+mHFAQTUdcHhMfykXY4auxGwB+jD4bE6&#10;QOxwv1egMan5DECQR+Wp2N52z/sb+HtkjYRwSDsoxwNt0pkeNfUHYww2wG9AenXE5Qm5OxSCzNyw&#10;S1tpbh23EcKNIfuUHInMAxnmGMXOQHvNOyb6X+Vf5ga0iS6b5M1SWKTdJ3gMMdOtecvEAZjz7Sww&#10;5zA+LpNT7VdmaY1k1ELHQGz8hbskU35M6vpSLL5m8z+VvLKMiu6Xmr28kqczRQ8VuZXH3ZQe18Uj&#10;6CZe4EuBD2yw6g1psOfL/VxyAPuMuEOwRZ+WfyZ0WaCXzX+biapD6hWax8s6dPdSUXv6k4iQA9jv&#10;8shPWZsn93ikffUfvLHN2j25qYmOl0PAa2OWcYj5RsuzpOmf85E/kt+WqPD+Wn5Qv5h1FE/c+afN&#10;EqmUyGtSIU5gL7ChOMcOqyD1CEffciPhtH73ntT7B9udsm+0dcMcP9Twg1XvNWXYS+ZP+c2P+cgP&#10;M8FvZafrFn5Ut7baI6PbCKWgJ4guxbYA0G2XS0spgDJlmQOgPAP9jX2lztB/wJfZ7REynjllJ/ny&#10;sfIU1xWpNNznL7Pzx+dGr3JmPnzzDcyXEwmmj+tSOjvWtXjNUbf+YHKJdm6QA+gb++/nz+Lv8vYv&#10;YeCNflsQoUPSL+B5hvPoz/zjrqv5hec47/RfP0F7LfQItzZ+ap4GSOSNjxMM/BQC1fsEDfoc1+Hs&#10;mU9RwxvgkLs2aPcetHp5+9+f/b/snQaCUc2goQOxxg3R53G/tDRYDqQPDO3fm3Y6B5L/AC680X17&#10;cyPc6lbR2WnwkUDyzH7J99ifYZu9R2bh0kTRJnKq6e/4vM+xul1PaHauGMRtCXEfIBar8j8NCN6n&#10;PmY5PelfbIDk/WcRQX4Gfp4+JyQZh2JHJJdja4sw7GNvXEJDshHmlXkgIQdsmB5uZpzTs4/LGyOw&#10;YU3yx2sTYdjVxS7LPbFXZ9FP+cEtEEh8362yCj3dnZxv7IGlYfiMxIji1Y8h+l8S/wCDBq+GGHF5&#10;Sl9wWSfYb5Z9N/M8/wBV8v61IrCMm2EMRB/absCfHOt1+QYtHkN16afluP7zVRB71kK0Rfpwt/K2&#10;3aHS57pgQ0kvFkP7XBadvvzWezOMiBmedu77Sl6Ix95+aDvvidFPYVrgvzverb6F5hn4VO8SrXrx&#10;SnX6c2Xa2YY9Lmn8PsdHp4HJrMcfNGW68YYx7fryOfk5atDoV3OdmeXiSd9lUdPbfNN7IYTHDOZ5&#10;ku47cncwB1am6qPDJD5quuCU6enHUin8M3PaGThiT3OjhHimAvjFF+eeYrFhI9zIj/FPO7VrXlQn&#10;f5AZ5lEmRJ5WS91nFAAjkAqYdxzVWQt9gFeK8ftA9yfwzLib92zhGHKubsA6zLAvowKgISIFHXZl&#10;LVYj6QcjqpQ+mrAH3t2kjI3Lz+52ALTk0iJ6fIDc1PT6PDKIHib8tAW7PQfku8GieU9e1t3+HStL&#10;vb31Tt/cwu4J+kZ6V7LnwtNKZ6RJeWngOq7QxYQN55Ix+ZClNvGR/NQfec+PySNMonepeesrnxZz&#10;yJ+85pQb3fuvhEPSOQ2+WyrlNvXCmLsbi2OxpGKuxM4pDsTO+/fCl2MIrgQS7EmHXCyjJ2JnEM3Y&#10;maZKmBLsTyQLaNw7E9jhUuxrY0rsDyEBWPtgUOyOfWx9e9Ou1KfjkLLbWzs//9H4J5K1p+/mauC0&#10;07NXCCpDs2JKgOzVxtadl4UOzYq7K3wWFdl7ZHmrsrv7YLKuy6YCVdmpvvjZV2XsP4Y80uzfqxQ7&#10;KoMSrs1AOuPCUuzbV6YkEc0OzdNsVdlYN1dm+QxV2Xv2GNhXZXyyUSrs2SkVdmxCuyt8BV2XhA2V&#10;2VgA71dl7dRhApLs2JAQ7D+PSdTWwtr4WMslpcAmK4RSymhodxkY6jGSYiQscw4o1+DxDj4wJDmC&#10;7BNopeNhQ/Cdx75eJBnkkLt2ZiymtD7VyVo5uxdZGA2FR4e+AtZDsv1K9V38cFop2NLAjcbnrXFa&#10;dgWQAH7Ip2pkr70h2CbWUqSpNRuD8splIc2OSILsq4iFaqtQenhkhIHdhCTsCKm5qTtscZSFM5Sd&#10;kp8s+UPM3m27Fn5Y0C+126rRksoWlCgmnxMBxX6TmPLNTqe0+2NJ2dDj1OWOMf0jX2dXZ6n8mf8A&#10;OGv5i66lrd+aL6x8n2lw1DC5+tXY9jHH8Kk+5yvxJS5dXy/tn/gxdmaUmGljLPIdR6Y/M7n5Oz1J&#10;5M/5w1/K3RkhuNfkvfNl6is8v1qT0bUMGoAIo6E/Sctx6c5BvKtnzHtj/gvdsaomODhwxv8AhFy+&#10;Z/QHZ6H8u+QPKPlmyhh8v+WdO0ONRVRbQor0J7vQsa+5ycNNExFjd8/1/bmt1szLUZp5D5k/dydk&#10;rjVIglGFVJqvWvagp8ssiBEDydYd3YIRKJ6Y+JmNQwoRQnb6RmQAKoMTzdiHpsvJpAGAaoPQCnQU&#10;+eU8JG53Td8nZUYMiy8amQk0pVjTwCj3/DIAggllLbm7OVfmF+eP5a/lcjwa9r4u9ZK8ovLmm0ub&#10;tttufA8I6+LkZi5O0McfTjByS8uQ98uQ+0+T1XYHsT2r24QcGLhx9Zz9MPh1l8A7Pnh+bf8Azkz5&#10;6/M4T6baO3k/ye5I/QVjKfVuR0BvLgUZ9v2FovzyiePJn3zmwP4R9I/4r47dwfob2S/4GvZ/YlZc&#10;n7/OP45DaPlCPT+sd3ZwGORYIo0XiiigCgbgtuxy4RHR9FMbLsVvrhhp86qSEKkH3DCgpksYHFaw&#10;iOIF2dr8vXFzpWh+Xp4mKz2iRyxU23XcZjjeRdJfFmmfN2fWv8kPzR0v8yfKlo0dyv6a0uNYdUsi&#10;R6gKigcDwOWiY5Hn0ejw4z4XFH4v51f+fhH/ADjBq/5VfmNqn5p+XdMkuPy18+XRu7u5gQlNL1OU&#10;1lhmAHwpIfiRjt1HXO1UH0+GSTxd785qeG/hjT92TEbYuI2/Vm+eCQpsBBLW9COmbA2cRaHUnxzU&#10;8NjSnLwy6A73Fy7km96ry+XK0Urt6XoEBoPU9VoyBu1OO7fapTtWmfID/nN/yVN5Y/NiHzfBE0Wn&#10;ec7aO4hmjY1F5aqqTGvVT9kihw9o4BkiJEbSH3c3nOydhl00v4ZHn/NluPIv6e/+cF/zKg/Mj/nG&#10;/wAhTSXkNzrXlW2/QOuQxjgYms2KQck7coOBHj2wT+Uf/OTt/ZGHSPzGkudVgoiWPmi3QPc26J8N&#10;LlBQyrT9ofEPfOd/eaQ+m5wFdfVH+rfMeR+B6Pl/tb/wNcc7y9ngQO5OMn0yP9E9D5HZ9gZ7s8ve&#10;YPLnnvT21Dy1rlhr9ko/f/VnDhPEvGaMvyK9c2+DU4tWCIyFjmCKPvovimv0Gp7NyeHqccscvPb5&#10;HkfgXZGPNH5O/l55vSRdc8qWdxKTyNz6Yjl2A39RADln5bpGw53Z3tP2n2cQdPnkB3XY+RdnDtc/&#10;5xA/Ky5fla2+o6TRqvHDcMwpTtzrTKckMsNgfseu0f8AwW+2cQ9coz98R+h2cq13/nCnSSLiTQfO&#10;F3C+5iguoUlQU/mdeJP3ZV+ayQ2IB9xeo0P/AAadQKGfBE95Bo/J2c01D/nC/wA9Qsf0d5i0q8iI&#10;qDKJImoO/Ecq5OOuoeoF6XT/APBn7PkP3mGcT5UXZDtQ/wCcSvzatVDQWunX+9B6VzxIHuHUUriO&#10;08fWx8Hb4P8Agtdi5PqM4++P6nZHbn/nGL86YHKL5R+snoDBcRP/AMbDLP5Qx9/2F2OP/gndgzFn&#10;PXvBdmi/5xg/Ol34S+U1sqdXuruCJaeJJbtleTtbT4zUpgFjP/gndggWM5l/ViT+h2B7z8i9R0Ka&#10;CHzX5/8AJnld5hyaK41VbiSMd+SWyyMDt0yg9sY5GoCU/wCrEkfNsxe3WLVxJ0ul1Oau7GYg/GdO&#10;wVYflp5IkXlH5o8x+bZVAJh8ueXrlopCT9mO4ueCmvjSmVz7RzHYY6/rSA+Y3P2NWo9pu0Qd8OHA&#10;P9tzR4h74xs/B2TW2/LSzgSJtK/IXzfr7sCRNrurQ2KEj7J9K2WtPGpyg6+ZPqy44+65/qdLk9pc&#10;kyfF7U0+PyxYzP8A2UjX2OwztfKX5t20kiaD+QPk/TPsNAb5Pr0kfEnctPcHkSfEfRlYz4rqepkf&#10;cAP0Fxcva/YkwDn7U1E+/hPAD8Ix2+bsMjoH/OXN7DLFZPpXluBeqabFp9kfi2orRxcunvkRLQEV&#10;Kc5V3mX7HH/lD2KxSBmJ5T/TOSf3mnZAdV/IX/nI3XDcXWsatJqRdeUom1Z25jYABK037CmXY9X2&#10;fj+mAHnw7u90vt57L6Wo4cYh7sYH2uzm+sf847/m5oyST3HlCe+gSpkuLFluaDueKnl+GbTB2jgy&#10;fRL9D0Wk/wCCF2LqSIx1AiT0l6f2Ozmlz5e1LTpRDqNlPYTd4biJo2qemzAZlDMDvb0eLtDFmF45&#10;CQ7wb+52DtN0CW6kSNELyOQAqip3xOYANefWjGLJ2dnc/L35bWOn2x1TzJOlhaIAyQ7NPJXoETrv&#10;45hZdWDsHldT2zPPLw8AvvPQfF2egvI9xqyGyl/Lr8v7y9S2kHrsLF5551X+85Oy8aMMxRLLkP7s&#10;HiHcLeY7SyaPHY1uoiDXWQAHuAa2O1c+hVx+c/8AyqLyO115l8pXK3VxHGNFtFQI8ssi8hFM9CqK&#10;m9T9AGdR2f21qez8JhPFcpCwTtV956x60N3yGPsvH2i13Dps8eH+Ik3QHWI6kpDcaUt1eJcJdOAh&#10;/exVPEU8B4nPnl+aP5vebPzW1OO816WO2sLOv6M0a1BEMAbqTXd3Pdjvmmy5cmbJ4mWVy91ADyD7&#10;n7MeyOj7Cx8OAEzP1TPM/qHknccSRLxQUHc5yZ+/6sD1ipgZiMmGQdiRNB/HCrsaSMWYdjCRv+rF&#10;IdhHqVt6yE0rtQjJ9HIxyp2cl1qy9CQsFoD1yUS7LFO3ZHV6nJOQ7HYq7Prn/wA4QaILP8s7O+dK&#10;NrOq3dwTTqI+MS/qOU9nR4tTI+f3B+aP+C/rOPtHgH8EB9u6lKfhI9s9bfmDcxx+XJI5F5fXLwIq&#10;1oaL4Zue35iOiqvqlT4T2ZEz1VjoLXqKKo9slPkOH6v5dtA2zMvNyeprv1zJ7BgIad2fah/eAdwC&#10;W3PxTHvTYZA/zPvkj8r8DIUa/uCKjYku9AD9AzC9pc4x6EeZ+8uD2JjOTW3z4R9yZqKKB4CmSL8u&#10;oRZ+ULAhDH6oeZl71kc9T8su9nMfh6IEiibP2tna0jLOfJRfd/wwi863qpb6hIG4iONgD26Uyvtf&#10;NWKUvJxtDj480R5qwFABnni19SkXpSLFbIlfQUbs5/aLHoB2Gef4zYFHl+l7jLW9izfPybw8V2oi&#10;MeLPspII6ddvnmVxelwjHr3Owv1OQTalOKUiTjFGvjwAHTwFMr1OQHIR05N+mjw4h383Ypa8WcMh&#10;Yup4lidif64wqRG3JjksDd2dM8/Xx8v/APOP/wCYd4G9OW40kWEQG3x3kiQgD6GOemdnx8Hs2ZO1&#10;ivm0ew+lGt9p9LA8hk4j7oAy/QpyCpjH+VX7t8+W1KABdgNhTwzRP2UTuqYmR/tYgsokOxmFm7K6&#10;9dqYq7GHFIdiZwpdiZ2698CC7GNhUU7EjTeuNtrsTauS5sSHYka02wjZlHvdjDTr7YL3ZOxh8cmr&#10;sJNSu1hib4qbZElnCNuznv10/XPU5fDXK3J4dnZ//9L4JYSGT9/M2IV2XkldmwIp2bCpdl4oDsrA&#10;U07L+eRq+SHZWSpNOzY7BXZqn7sBitOx1fHAYq7KJrhiKS7Kw0inZsNLTs2NK7NXBVrTsxxAUOzY&#10;Vp2bxwUguzYUh2bIdUOzYDurs2EK7NkgKS7LwodlYNldmwsnZj0xR1dnuv8AJaGyl/L/AEuK5t45&#10;CwlBkIDEVc9jWmcD2rMjUzrvfB/bOeSPaczEkcvudku1D8mPK3mS8MKodLuph6rXVuApJcHZgNiB&#10;T78Ok7UzYzV2PN1el9tNboIcV8YG1F2E1/8A84j+uKaX5yBkb9m5txxUeFVatfozeY+2z/NHwLsM&#10;H/BflE/vdPt5H9bsLD/ziBrUYAfztYItDyBgft/sqYy7bo7x+1yR/wAGHCeWmkfiHZaf84i6qzxq&#10;POtq4fwtm7nx5Yx7avlD7VP/AAYMQBP5Y/6b9jsOLf8A5w6LK5n8+DkNgI7QUr71bLP5Xl/N+1ws&#10;n/BkkCOHS/OX7HYaw/8AOHGhVT6355v3UgBlitoxv/k1JyJ7Wl/NDiT/AODJqj9Gmh8ZF2H1p/zh&#10;p5MPxP5q1aSg+MARLv2GynfJR1+WXc4GX/gy9ojlhxj5ux8//OGXlqQcIfOGqQlqcWkhikAr9Ayy&#10;OryA7gIh/wAGbWDeWDGfiQ7J/wCTP+cSPyq0CX6zqsd35xu4/wC6/SLenbKR1/cxU5eO5y7jlMEW&#10;8/2z/wAFjtnWDhxGOCJ58G8v9NLk7PT+iaTpmhwJYaPpsGlWEKcUtLOFIIvTA2HFAK+NTvhwwqW9&#10;l801urzamRnmmZyPWRMjfvLskEQa3QfEACer7vv2FOmZsR4Y35OCTxF2Km6oTFE4JA/dhunHxIGT&#10;8fpEo4OpdjI7iqK0lOIqWUeO/T+mQx5DVlJju7FbaapQCMtJGBxNdqncilPDvhx5ogWeny/FLMVu&#10;7OY+cvzw/K3yCfQ1/wA4WFveBjXTLRjdXVB/xXDzI/2RGY0u1MV1iBmb/hFj58vten7G9iu1+199&#10;Pp5GP86Xpj85fodnmLzX/wA5yaJavLB5C8lz6oApVNV1yb6vGd9itvFyfbruwrkTk1Mz6YiA/peq&#10;X2UPtL6b2V/wEdRkAOuziH9HGOI/6Y7fY7PMXnP/AJyV/N3zyklte+aW0DSZCP8AcVoSCxRgOzyI&#10;fVYfNsB0XEf3sjPy5R+QofO307sb/ga9i9lEShg8SY/iyev5A+kfJ2cO+tIWkmd2ld2LSSMSWdju&#10;SxO5zLjijAUAB7nuRhoCIFAdOgdiS3DTyoiDZm3AwmgN0mAiN3ZLtE8v6rr99Z6XplnNf3921IbW&#10;BGkkahq3wqCdh1ykzAddrO0MOkxnJlkIxHUmh9rs9S6v/wA4nfmDB5Mt/Md3FFbCzkF3qvlo1+vJ&#10;ZLSkrAVAJO/DrTfJHFmxwMzGvLqB3nu93N800/8AwUuz8naB0sLPFsJ/wcXd+3k0GB796DIRdBYm&#10;jtkWiWyhOJ3oR1GYsAefe9vponh4jzO7eN0TzF5p8lavD5i8nak+n6jAeTxqTwkHdWXoQffLSBLa&#10;Tt9FrJYD5JVrmhaN5l0nUNB8waZbazo2qwtb6jpl5GssM0bChV0YEHPWnlr/AJz0Syto7bz55FuX&#10;vIlCvf6c4CsR1Yo4/jjwZRvGQ+IeghLQ59zxRJ7uXyfmf+Yv/Pq38mfMuoXWo+RPNWt/lyblmf8A&#10;REQj1CxQsa0iSYq6L7czk4X/AJz2/KdgC3lrX1fuOMZxJ1HTg+1s/J6D/VZfIPGz/wA+iZanj+ej&#10;8exOipX/AKiMTb/nPj8rQfg8sa83hVUGP74jfh+1kNJ2eB/eT+QVE/59Ebj1Pz1np/k6LHX8bjEW&#10;/wCc+/yyVSR5U10gdCfTwAZf6P2svy/Z528Sf2IlP+fRNmD8X563tPbRYf8AqvhDN/z8W/K6Fyn+&#10;DNckoaf3kQ/jhlLU9OEfNmOz+zyPrn8gmsH/AD6M8tqB9Y/PHWZD34aRaqPxmOcU/PH/AJy6/J78&#10;6PJc3lm58oatp+pW8wu9D1h2jY21yo41NNyrKSrD6e2WxzZzAwmIkeV7F1Wt7A0ksgz6fLKOQCqI&#10;HDIdx7n1n/zi/wD84h3f/OMWqaxJo/5s6n5s8ua/Fx1DyvfWEMECzqeSXMTRSEiT9liQarttnh2G&#10;8aJBcWdwtzblv7xf2T4MOozGlCM9uRdblwWeGYovtTJt5b86zaHcm90zULzy/qW1NR0yVoZDTcBw&#10;CAwr2Oa7U6EzokA18CPcXRdpdhw1cODJGOSH82QsfDudnr38vf8AnMW90j0LD8xGtfMun8lR9YtA&#10;bbUEXu0sZBjkoNzShOTw6nVac1RyQ7pfV8J9fdL5vlfbn/AkjmuegvFLnwS9UCe4HmL87DRGejH/&#10;AOcwf+cbZI3S58zXy/ASH/Rlw7bbBBxHhm7h2pCYIlhmPhH5fU8OP+BN7RS3GKIP9cLD6gpSjA/h&#10;kA1X/nMX/nH6D1fqF15hvYzX00TTSpoPeSRaD2zBy6iyRDDMDpZj+tzsP/Af9oJHfwo++f6gqD7s&#10;5lrf/OcPkeEPH5d8j6zqdxIAsTXUsNsv0KvqOKjMWUdRMbRjH3kmvdQH3u90f/AT18qOo1OOAHOg&#10;ZfqDsJ4f+ciPz387SN/gH8l4bOFjxh1HUPXkRVI/bMhhjPjXMfJi9V5MwHlEfrJ+5y5/8D/2c7LH&#10;+H9oGR/mx4R8q4pOw+ttB/5yo82KW8zfmTY+RbID97Z6FbRNOF7LzRdv+CzEnPBuCJzr+cTEfZTg&#10;Zdf7H6A1ptHLUS6HJI8PyJ/Q7DKL/nHTy1cyC784+Z/M3na9kBM0mpalKEdiKEenERtXxOUS1Eo7&#10;whCPwBPzLiT/AOCHq4Dg0eHDp4jlwQFj4l2T/Rfyu8h+WVC6R5N0qzcgVnFsjymm3JnfkST75jZN&#10;RqJ/VI/P9Todb7T9o67+91GSXlxGvkKdk2giihVaFY1UARhaDr0ApsKZRGIG5/a6XJMzLsOobeCX&#10;7Mi1bcBqmle1fHM3Fixy60XDnklHo7B0ekQSErHsATyJPUDtTvXMqOhhLl0aJaqQ3LsDyaZJEahF&#10;KglmLtsF3qMrnoyOVd7ZHUiTsCSWknIbHlX4Sg+3Qdj4ZTPAR+xujlH46Ow90P0CZVIZbiIBFQjf&#10;bdjTpmw7P8MXf1D8HZwdbxCu52D9S8n6J5piFjrug2ep2s28kdxEjniR0DEcl2983OLTSmQCNuf7&#10;GGl7V1Oilx4MsoSHcSPs5OwFpX/OPH5NaLdwasvk60F5AVZIImkWJj7oWIrTbNtDs7DAA5PV9lu2&#10;ze3XbWbGcctRIg99X81pqen350CLyv5IW5Lp5T0dbxNoma0idqDYULK3Q9MtjjwXXAL7nRT7Y10x&#10;RzZK/rFsAjvX55OtMmFuFtIY1jjKFEiQBAFrtQKAPwzZ6SXDUadXk9Rs7n5rGHfCf8yvL9v53/LP&#10;zB5emhiub6G0lk05nH2Jo6sjAj5ZPXxGfR8HOUOT0Hsr2rLs3tLFmBIjxDirqDzQgT07n1QaLL9o&#10;djnxjmR4XeNwFZGKsOu4NCM44bh+zsUxOII5FH4EdvHJtrsCk1r3HbJsnY+JYnJ9WUxUFVIFd8WX&#10;C7Ax3/r44pDsTZh4YhkHYEmdArcyAKZO2yIN27OXeZpomfihqcmKLscET1dkI79MLmOym6fLFXZ9&#10;0f8AnGfSBof5U+Q7Urwk/RKXUwP81wzSk/8ADDHsSPF6u8k/a/Hv/BH1Zz9qamV8pV/pRSlJuQPo&#10;yf8A5hys8eiWC05SMZW5Cv2jxHy65Z7TZNsOIfxbvnfYkLyTl7gq50nS2Fno0SbAQwH06fLbN3oa&#10;x4B5Bv7RN5ZFL+PKavvQ5xv82ZTTy/YCRVVGUyKd6jjsQfZjXNB7XyHDixHbl+Pmn2ajvlnV7fj7&#10;EwzrejL9U0PT4GJrHBGN+9F60GdDoB4enjHyDg6s8WWR81GlWPzzh35r6udP8uatecyhBVVYbkF2&#10;oDQ9aZzntBkPgSA5+TtvZjTePrIRrmrZzfTlYWNnWb15fRT1J3AUyMRyLkDpXw7ZyGGQ4RR+f6Xo&#10;dSbyS2oXy7vJ2HsIeSSFHCsCyhYz1O9Tv8szADxAOBOogkOwqlYS3Mko+ItITy/XQeGVyuUj73Ki&#10;KiB5Ow10+CkqqQORoaAeJ2ArmRgiCacXPPZ2Cf8AnJq/Gm/kfpelq3F9f8wWcRXxjtke4b8VGeja&#10;msfZ0Yj+KQ+x6P8A4DOk8bt/JmPLFikfjIiP61h3dR4An+GfOrx980D9Tr8YfbFPk7E8LMCnYw74&#10;pdmxQ7GGtDikOxMnCyLsTb/M4EB2JnrhDYHYW3tx9XiZ6ioGSBZQFl2RFvMLhiC2RckYgXYIi8wK&#10;dm6YlBwuxSbXYgm33YiggYXZDdR1J7hmofhr2xJbRGnYQep8X8chTOnZ/9P4J5Mhk/fzKwFXZeFX&#10;ZsFLbs2ICA7NvhWnZsUuzYq7Nirs2Cldmwq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYoLs1cVp2b&#10;fFBDsrfBSadl4QodmxS7KGKl2Xixp2bFk7Ma4o6uz2X+QuotqPlWXT7Z1+s6PcFJoRu7JL8SuR2F&#10;c4ftrAY6g/0t3xf2803g60ZJcsg2PmOjs9IWem6zzmeLmVcoAwNCOPYb1HjmlMDez51m1GCgD5uy&#10;a2I1eDi0srGSnwCpofcV65OPEHS5/AnyGzsO0t7+XiZn5BhUk9dzuPoyYjIuFLJjjydkjtrSUANy&#10;Yjb4TsRx6DbM3DikXX5coJdhpBbMBxWPZm3qTWnU5fjxFxZ5BzdhlBAQyjiS5NBtVQKfrOZkIkFx&#10;pzdg5IyqHhStakeA6Vy0Y+5pMrO7sFpIAwLSqGoFVR1Ht38cvjPhO7URY5Ow3hTioUCoGwcCp3H9&#10;czcYoAONI27BIkKtStONCopTrsDlwlR9zXVuxT1w3FmYELQo5Pfx8MkZ+bHgrk7I35k8xeXPKdi+&#10;qeZNatNA00H4bm9lEKuetEr8TGnZQcwNRnx4zRO/QCyT8Bu7Ds3s7VdoZPC02OWWfdEXXv7vi7PK&#10;fnP/AJzM8kaMklp5M0i585Xqlk+v3FbOyXbZhWsjgHwAyMDnyD0QEfOX6Ig/eX1XsX/gOdoakies&#10;nHBHuHrn7v5o+Nuzx751/wCchvzW88m4gvPMs2k6ZcMaaRpVbSIKf2WdD6j/ADLZZDsyJN5SZkd/&#10;L5cn1/sX/ge9jdl1KOETmP4p+s/I7D4B2cRILMzEku5qzndie5JO5zZRjGAocnuImhQ5B2NZD0B6&#10;9KdcmJhmJuyvSenU/fXJeIGXiB2CIbcuFValiaZCU2ueSnZ6k/JD/nGnzv8AmeP03bWqaT5cjk9D&#10;/EN7VYOSn940aj4pCvTbvkccMuoHoG3UnkP1l829r/8Agh6Hsb90Tx5avgjz8rPS1pYDbqT0GfVX&#10;8qvyi8ifk9Zx2nl6x+ua5OrPq3mq5RTdzALXihNREn+Sv01zd6XBi09DnLqfh07n5p9p/a7X9vZO&#10;LPKsY+nGPpHv7z5lYQzVrSnhnRfMxj0vyN5m1V3MnHSbu6u5X+JpG9Jqb96Htl+th4eknO7uO577&#10;dV2Fi8bXYMffOP3qLP8AvQgFKMAufGLkZf3rbs/xb/5W+ciBQftCuEUi8sovh3yVpEnYxreGSoli&#10;V6/zAHDxFInIOxI6dZ9fq0f/AAIx4inxZd7sr9HWla/V4gP9UY8RZeKe8uwi1+0tIdPuGEKLRSQa&#10;DAJHZu085GY3dnmC+RGupiBtyOZAJL0+P6XYF4L4ZJm7Ok/lHJoS/mJ5XsPM8C3HlvW72PTdajdy&#10;gWK6PpLLyG4KMwIOYetMhj447GO/w6/CnnvauOoPZmaemJGXHEzj747kfEbOz3B5n/5wykea5/wt&#10;5jChZHCWmoIQVIJAHqJ227iuGGWRO4t8U7N/4MAiB+axfGJ/QXZxLVv+cU/zbsGKR6LDqAG5e1uk&#10;ag8SDQjJ+PXN7HS/8FLsbKN8hj74l2K6H/ziP+Z2rhHu20zRon/ZubnnLQdf3cYP68pOsEvp3+xp&#10;13/Ba7J09iHHkPlGh8y7Oz+V/wDnCbR0ZZfN3mi6v+NCbLTkWBHHf943I/dkBmzT5AD7XjO1P+DT&#10;qCCNJhjHzmeL7BTs9L+U/wAk/wAt/Jaf7gfKtilwhH+m3MQuLhiBTlzk5GtfCmUnTynfFImuj5t2&#10;r7adq9pn9/nkR3A8MfkHZ0VLGIRxRCnp1NFp4e3bK46cEUOrz0s5snq7GtbepVSgVq8Rv1PvTvg8&#10;EnYhRkp2Y6bbMqMCDIN2cnoTkvykJDzT+ZkCe52AbjTo1QOhFaESUr0HfMbNooiNhux6gk0XZH7m&#10;xkWnBuCrSjBTUE+/amarLppjl9zn4s4PN2Az6kCOsnJwCACanodycxpCUBR3btpnZ2GlpfXMdeDA&#10;QooLsFJKg9q5di1JgaEuTjZcETz5uw7S5W6WRaKvwgUUEAh6bmpzZ484y2Nr/W4MsRhX45OxeZG4&#10;rG44rHTddwOtKdsyZx6FhCXUdXYTyQXSSLcW6gEEuxU7tXtQ708MwMmCd8UObmRnAjhk7JfovmJC&#10;KXEpjuduMcgqpC7E/dm50PanDtkNS83WanRGJ9IsOw8n1wfZDCla8R9kL2O3c5sZ9o/jp/b3OLHT&#10;kuwHDqpSUBaVNVWQdaUHw0PjlUNZUv0sjg2dko0y7mcSyvWL4aRuTVdu1PwzaabNKVkmvNplADZ2&#10;DrXU5JPrMUv2GilSoI2WhIHhQ98uhqpEEHuLLHGpgjvH3rGUEdOhqM+OutMDqupMv2TdTlfCnqNT&#10;NHj+kP212b/i+P8Aqj7l+EzdPHJue7Azd8mzdieFQ7KxZuwHcP6auwO6jbJDZsgHZzDWdXullePm&#10;Qu+SA6uzxYxTshdzctM1WJJ7nJByRF2BV74WTsE2sDXV1a2qCr3MyRKB3LsFH68rzS4YSl3AsZz4&#10;ImXcCfk7P0D+QbOPTPL+l6dHWmn2Fva08PTiVP4ZkdjRrHEDuD8O+1OoObLlyH+KRPzJUzu49sAe&#10;cpRdebNJ07gDHbRKWNevc1ynt/IJ6uEK+kB1Xs/jrGZ9SfuXnoc6Ukwk05IlQoZPTjWM9aM1P1DN&#10;3glxQEe+hTj9oDh4ihkU+oD4b5xH8wrp9Q866baciLWAqJUpU/G4AG3gNznN+0mbxtbGF8iNvJz/&#10;AGfxDHo5S6k/cis7UJgkDqKcY4q/wzqYTAjXQB0mbqe8qYAqM88/mk73NpZaepYfXrtFcihAC1b4&#10;q9tu3TON9opGhG63ek9lwITlkP8ADE/gKmRON4ogEJJ4xqFNe1aUBGaSIEXayBlu7Dizk/eLKQWa&#10;BXdCPYEV+85k4xW/dv8AJw80diO+nYBgXvQUVv7anKRdluyF2SbRI/VvrbYkFwCD4Dqc2WgAlmiP&#10;N1utlw4y7IJ/zmPqIjsvyr8vKdxHqGqSp/yLt0JH30zvu2Tw48MPK30//gEaTbW6g98ID7ZFTG8j&#10;n+UAD9eeH/bNC/QapiZ70pQeOKh2MNO3fDbKJdjGxZuysVdjSaYVdibEHt174SWTsYen9cixdiDH&#10;vTCziHZEtfueEL79e2LfiG7s5pJLyYk7ZG3MdjfVI/aOIKA7M07EbtjauwM8lfb3wbq7ENutP64W&#10;VbW7P//U+CeTZP38zYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7N&#10;irs2KuzYq7Nirs2KuzYq7Nirs22DdXZZGKuzeOJKuysKuzDrirsnn5eefNU/L7zHba5pyfWox+7v&#10;tMckR3MZ/Yam/uCN8wO0NDHVQrkRuD3fsdB7Rdg4e2NLLDkPCeYl1ie8Oz3bof8AzklYz2/K88o2&#10;9uQtRGs8hqCK7gjNMez5w2Iifm+K6j/gW5DL06k138Idil3/AM5M2RMvDyRGVj/u5VuXBHhQEHpk&#10;Z9mnJf0j57NuP/gTS/5Sz/pR+t2TDRv+covy1MUA1rSNZ0yZQDMIY4rla96EMp39xhhosmOrhY8i&#10;P0ui1v8AwJO1xI+DlxTHmTE/Ki7PUH5d3Gi/mTpQ1nRbDWNM0blSHUNVszaC4alawIWLOo2BalD2&#10;zZ6LQxzk+iUQOprc+VPmnb3ZufsfN4ObJjnkrcQlx8P9Y9/k0Wp7nwzoNz5IMCNIt9F6w4/uXBU0&#10;G/xE/wCZzNydjiIJEt+50UNUSaPJbz3pQ/PGf4N4xxcbyBlk3PxEb9xj/I4oeoIOplbfMeBx0vk+&#10;/WXgpt5SQAhEgB8amuSn2PMHhFH4/e1jU7O5ild8Bv5eubRqugD8eUhQ+pQDavw12ymXZ8sfP9bP&#10;xTPlybBByIah5v8ALvl8kavNdWTMp4enZXc7Mv8AN+6ialcxY6mMCRKEvgCXZ6fsTWav+6iJe+UY&#10;/eQ3nGPMn/OVf5WaPM8ENrrmsXCA0jhsHtFqooAXuih3P+TjkzZJn04zXnUfd3l7Ds//AIFXbOpH&#10;FI48Y858R/2F/e7PNPnT/nLn8xtW5w+SNAs/J9vIGH15/wDTb1gwpsWAjQj/ACVOCOlyZd8mQR8o&#10;7fad/lT6R2N/wJOy9PUtbllmI6fRD/ipfN2eTPMepeb/ADReHUPM2qahr18ak3V7I8pFf5Qdl+gD&#10;M7T6XBhJ4AAe/r8+b6v2bptDoMfh6bHDHHuiAP7fi7I0bS5jqXidSTWpH8MyTQ5OyGeB5EOygHrT&#10;iSaUrTARSeId7sfU8qeHhlcgh2K06V2oNydsgT3o4nZ178uPyS/MD8zJq+XdEkOnKVEutXdYLNOX&#10;f1GHxn2SuVeIZGoi3kvaH217N7FFZ8g4/wCZH1SPw6fGnZ9B/wAt/wDnDPyL5clstU89anN5pvLQ&#10;+qdHhX6vYtIorSQ7yMoPY0rmZi0YO+U/AfrfCu3/APgu6/ViWPSRGKJ24jvP4dA0a9s9pKY0g07S&#10;bGzg03TLGJWgsbdBHbokYqAqKABTwzbSmZCMAAIjfuH9r5HknLJOU5yMpHmSbJWABat1PSpxISmS&#10;5j9VhWSpNacdwaV8dsr4zKe/VgRsvphF+a+rx6d+TPnRxII5ItIMRdjQhpDxXb3rku0NQDojAc9h&#10;9r0/sXpTn7X021jjv5c0LT/SAPfl+GfI5QQqgDenfOcp+uuqLx4HjgIQ7HCn9mFDsvrirsqoAPfF&#10;Ls5v591UW1n9XUgPKNx3oMlA27Ts/DZt2eeZG5uzeJy8B6ACg7G5JLstHeN0libhLCyyRP3DKaqR&#10;8iMgYiQIPIqQJAxPI7F2fav8sfzr8p+e/KWm65e6vb6JqNrDBY6uuo3MULSXkcCF5IwzDkj9a/Rm&#10;jx66OEeHmPDKO1/zhyB/W/GXtN7H6zsrWzwRxnJAkyiYxMqgSaB25h2dgstTgu0R7O4iu4WqVkgk&#10;WRSKdQVrXMzHroTrhkD8Xjs+nliPrBB8xX3uyp4FlFZIC9AebBeJXwIP68jOcCNyGMMtdXYGe0AU&#10;en68DqAARUjxPWoGQlGPTY+RbBlB50XYk7vZwtLPqC2iAV9SZlUKK/tFiNspOaOIEnJXvKYwjkNR&#10;iT7hf3OyOXHm/wAq2jmTUPOeiW8cYFC97ApB+YcmtTlQ1eIy3yA+4H9Adji7H1mTbHp8hP8AUl+p&#10;2QzVPz4/J/R2lS7/ADA0y4nty37qz9W5LMOoBiQrUfPfLTqAdwJH3RNH7g7jTewfbmoow0swD/Oq&#10;P3l2c71T/nLb8pbJZDZjWNXlNBwt7URqTT+aVh+rIxnnnsMRHvIH3W9Bpv8AgTdtZSBPw4Dzlf8A&#10;uQ7Oaaj/AM5p6UnIaV+XtxKdwjX16EUnsSsSn9eTjpdTLnwD4k/qem03/AXzmvF1QH9WN/bIuznd&#10;1/zmb525g2vlbR7dAxorvPLUeBqR0yQ7IynfxfsD0OP/AIDWgqp58hPkAHZFPMf/ADln+Zmt2klt&#10;px0zy47/AGrmyg5TAdwrylqfOmTj2IJG8szIfCP3b/a7Ts7/AIE3ZWlnxZOPL5SO3xAp2ef738w/&#10;P9xf/pGfzlrL3nP1BMLuRfi8eKkL+GZ47H0gjw+HGvd+C93i9nuzYY/DGnx8NV9IdnSvK/8Azkx+&#10;bPl0ora9HrsMbchDqkQlNf8AXXi345rsvs9g/wAnxQ9x2+Rt5rtT/gb9jau/3Rxnvga+zcOzo9t/&#10;zmt+ZUKGGbQ9CnqRyZklGwNQAA/bGPYuSOwzSrzAedn/AMBnsqRsZMo+I/U7Dq3/AOc3POZDNd+T&#10;tFuZabMss8YBPXYE7dskex8934v+xH6HFn/wFND/AAajIPhEuwk1T/nML8wbyR5LHy/oWnbhoP3c&#10;srRkDqCziuVy7AMiDPISfIAfrc3Tf8CHs3EKnlyz79wL+x2de/LL/nL/AE7U1TTfzEs/0bdDaPVL&#10;QFrcrTq67spr8xmHn0eq0hsfvcfykP0H7HkfaX/gR5cN5Oz5ccf5svq+B5F2eirD/nID8nCWB896&#10;WAyjjNP6oBapOy8Mlh1coEg45fGJL57n9ge3B/yFn8K/W7De9/5ye/JvQrCWeLzcuoxsnD0bC2ll&#10;c0Br2FN9/fNpi7TAHDjxyJqvp4ftLHTf8Dbt3Uz4fy5ie+UgA7IBb/8AOZf5fMlna6fo+t6ndajM&#10;baH1oYbdUWRW+NiWatD2A3yEdbqYRIOPl3yHXuq3osX/AAHe1YzMsk8cYx3NEyvy5fa7PI1zKZbi&#10;4nY8jNK7sfHkxP8AHMyIp+hNPj4McY9wA+QdgBjkhu3OwOcmydjcWYdjCcUuwDcqXRvYZINkObs5&#10;T5jtGDFwMsi7PDK3ZCiCDvhct2PBr9GKuyd/lhph1n8xPJmmhPUFzq1tzTxVHDn8BmLrT+6I79vm&#10;6jt7Ufl+z8+TuhL7nZ94/K4d44xU0dwOAoagmv6s2nZEbkB7n4h9oZgRpb+1kJv5Jb3z3dykI0EM&#10;gjShqSyj7umanWTOXtCZ6DZzOxoCGmHfRLZ6HOp28jPLahKko/qAA/yLXOk0e+QVzG/ydJ2sagR3&#10;rEG9c4lLcQ3/AOY8zqjObaVVLqPCpINaClQOlc5DU5I5+0yR/Cfud5pMcsXZ8QetlUzrbzgQTR+p&#10;XYBT4777Z1MJCiLee1A2C1c89fmJNHPrWkWsg/dwxTXLGhNDsu3zBpnGdvSJyxrpZL1vs9AwwZJD&#10;mSB+ldhBzkDQsI2ctIF4UAoG2LEnsvfNXMgRtz+EUd6ofj5uw/tXWOK7lp/dQhY295COn3ZmxscV&#10;923xcDLEkxHefudiER+FS1aUqRt88hEgs5OyceT4vrGqWwFQA9Tt2Hvm57FxmWcB0va0uHEXZ51/&#10;5y61MXf5r2elq1Y/Lvl2xt+Nej3Jedx9zLXOw7clecR/mxD77/wFdH4PYJy9cuWR+Eaj+tTTq58W&#10;P4bZ5cOad9bVMTJ2I7d8Uh2NwtjsYflil2VirsYdvpwqHYzbG9mTsafYV8cCC7A8vQjxwhMS7Oc+&#10;ZptuIPXEhy8IdkAc+HXvkXIdjKnAnZ2Yk4rs7Gk/jgBQHZXboa1ySXZ//9X4J5Nk/fzNirs2KuzY&#10;q7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Ntirs2Ku&#10;zYq7Nirs2KuzYArs2FXZ0T8qn0dPO+jnW0je2LlYBLT0/XIpHyrtSuavtc5BgJh8fc837WRzns/J&#10;4JN9a58PWnZ6e/NLzb5M8sw2ov8AytHq+t6jHytYY2+qqsIqvqOyCvXptU5o+yhqtRKon0jmTv8A&#10;B839ktB2jrZHw83BihzscW/cLdnmafz40olRNHt4IpQP3aySNxp0oTvnRR0mQc5X8H1jF2dw/VMk&#10;+4Owb5Z/MlfLOrW2sL5X0rXLizdZbW01VHnt1dTUM0QZQ5/1tscukyT5T4fgP0uN2n2N+ewnCcs4&#10;AiiYERlXddbfB2ei5v8AnPn89W9dbUaBZQSrwgtU08PHbgfZEQZtuI2Fcsji1Iv9/LfoBED4Ctnz&#10;+P8AwF/Z/biGSR6njNn3rSimhO5HfAMv/Od3/OQMsRjfWdG+IDlJ+ioC9R0NSe2MsOokKlnyf7H/&#10;AIltH/Ab9nQb8Of/ACsLXBa1wnb/AJza/wCcgnCpF5nsolBLMU063+IkknlVTWtchHRZarxsnzH6&#10;m/8A5NF7ODc4Sf8APku4jwwAn/OYn/ORQO3nYsACAjWNsygVrQAx+OTjopAbZcn+mZS/4FfsyRR0&#10;w/00v1t0Hhgi2/5zB/5yLjAWLzgHoKAtYWzkj3PCu2COinDlmyD/ADv1teT/AIFfsyeen/2ch+l2&#10;F2rf85Ff85D+aIRDfebtVeIoY6WsYt6qSTSsSKfxyufZ2ORByTlKv50iXK0XsR7N6CXFjwQB8yZf&#10;eXZyq4sPOusTma9S8uJZDV5ZSxJJPUljmTA4MYoV83qIazSYhUKAHQfsdgyDy1r0X7yS7isgv948&#10;1wi09qcia5A6jBv+pgdfilygZf5rsOLe3jsjW581xptUpAWlJ8N6UyiWWMvpiS1SMsnLD83YbprW&#10;hRhVmum1ErSpliTfb5V2ysiZ5Cmk9n5JdBH3F2O/SvlOccG0eNamhkAKV39jhrMOqD2ZnjuJl2KR&#10;af8Al9czA3cmo2kbUDfVWjdh4kBwP15GWTMBsLasuHtDHH92Yk/0gR9zs9L/AJU6V/ziPps9td69&#10;eazc6vAVdX8ywBrEMfBLXkhp1+MHBDUR/wAtCY9wEh9m/wBj5h7VR9tssZRwDGMZ/wBRPr+ctx8H&#10;Z740HzF5E1i1hg8p+ctAv7VFAisrK7hhEaimwjYxlTX2zLx59LL0wyx9x9P+6p8E1/Y/aemmTqsG&#10;WMuplEyv47tVybW1jqatLKIBcciDE8Q9QEeJZajfxzOwYchJIqQ6Vv8AN008kRsdvfs6o8cWjmvf&#10;UU/VyqoOIUr8LU3Na9KeOXcUxudgO/koMe9vPIX5wf8AOVun+Xb2byt+XxtNZ8xWXJL/AF5z6llb&#10;Sg0MUQU0ldabn7IO2+abUdoZc5EcO0es+/8AqeX9I/B9f9kP+Bdl7QgNVrrx4jvGHKch3n+bE9Or&#10;s84eQvzg8x6z+Un5h+SfM+pz6xdyapbTabd3bmSZEeUtNEXO5UdVHbMU4zgl4cfolR+I/X18931X&#10;Weyem03a+m1emgIREZCQjsOVA13960qOQbuMhYP9mZL1S7HHv4d8Vdlin+1irs3+YyPErsY5opIG&#10;Epdnnnz7dtLqLxlqqmwGXQD0eggBEOznNMtdk7KArhV2OoMAV2SrSna4sXgPxNA1BUAgKcx5Rjxb&#10;h1+ogI5OLvdkjstX1/TFU6ZrF9YBOn1a4li/4iwzFyaTTzNmAv3Osz6LSag3lxRl74g/odg6584e&#10;dbpCLvzXrEsTUJVr2fenTYNlY0GmHKA+Tj4+xOzoG4YMY/zR+p2Mk88+eHHF/N2s8SOJH12YVA2p&#10;s2Tj2bpxvwBMPZ/s0G/y+P8A0o/U7CC61PV9QcvqGr3t4z/be4uZZKgdAeTHLYaXBD6YRHwDsMei&#10;02EVjxxj7ogfcHYVP9Xj3oCSdyRua5dwdwcmiXYElv1jBRAFHSnTLI42UcN83YXy37E7GnyyQxts&#10;cTsBveSN+0R4ZMQbRjAdgdpmPViT45MBmBTsT9V6bn5ZJlVuy/V5Ch6+OTBUxdle5ONIp2Wd8FUx&#10;5OzBiOhwhkHYLSSp7GuEFrIdi6E1DKeJFMhkjYa5AOw2hn5j413B6+NMxZRouPKFcnYY/WGltpIu&#10;VEUbrkQAC18NSDsOtMcQ3vleSvESTq5p/rUByE6OOXvYZBYyeQdncWNSaHuaHCA4EeQdgd6U967Z&#10;IMg7A7ZJLsYx7Ysw7GHpiyDsDmhqO2SDJ2QrzJADFI1OxyY525mAuzlTrRqHJHm7IOysUuz0F/zj&#10;DpX6S/N/Q5mXlHpUFzesfApGVX8WGYGu3EI98vueJ/4IOp8HsfIBzkQPmd/sdn2i8rjhGGA/ukL/&#10;AHDbOg7IjRvuD8a+0M7kA0O/zznVg6z6zdzsF5+szs4O1a9RnNYpcWaUjzt32hgY4T3UA49M6Zpk&#10;1DdTE7W1q7VPYttnU9mn1SkekSXmu2t5RiOpcOmcY8sTNdeZdQumk5BJJA6gDipqAOJ7984zQDj1&#10;cpe/7eT02oh4enjGug9/xbzo/qqyyuOjE/Olelc6XGRuXndSKqLs88+Z7k3HnfUC6uI9OsooYyDU&#10;N6pLsSo6cSBQ9847tbKPH4T3PbdmYuDs+Nc5SJPw2HzdjLcgzJCx5qUqzV3bckj2zAxx4iI70U5B&#10;6eIOw7WQvY3VVVfUnREam7BFJG57b5niR4JHarFfJwuGskfIH7XY+ND8DHct9o9gKfjkYwrkGMj0&#10;dnUfy2tGm1SFeO4IA96nOs9mcPFned7dyVF2eEfz41ca1+c35jXofnHFqzWUDf5FnGkAA+lTm07T&#10;yeJqsh8/ufrL/ge6P8p7PaPHVE4+I++ZMv0rI/sL4nc/TnJD33zBexX4ntvXr2xUC+TsYThZgU7G&#10;kVxZOxuKuxpNKYqHYzJ8LJ2MNPoyDF2A5zRD8sLKLs5Z5jkrNSvjtiXNxOyIMPE5ANwdjcJTzdld&#10;8jSkOzHAGLsbT3FMkydn/9b4J5Nk/fzNirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7N&#10;irs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7NirstdiDWlO4wEA80EW7JT&#10;feZb/WYrKDWpXv20+D6tZ3bmsixVqFY9wCdsxtLp4acy4NhI2R5ut0vZuLSGRwjhEzZHS3YQyJRi&#10;K1IzNOzsLdiZFASTxAxtbdnU/I35Nee/Pxgm0jTBaabM1E1a/b0YmHcoKcmA9hTNdqe1MGA8Mjcu&#10;4fpeU7d9s+zuyLjlnxTH8Mdz8egdnoG3/wCcKPM0qIX88aYstAZYxbymh70od8xodsxka4SHz7J/&#10;wadLE7aade8Ow+sP+cKdYhlhF75105EepLx20rkD6WGGXahI5Vbr9R/wZ8EgeDTzv+sA7Oi6X/zh&#10;5pEIX6352nbcCkFlF36CrsaZV+ZlM7l57Vf8F3PL6NMPjM/oDs6XpP8Azil+XVu1LvX9Yvj+3GjQ&#10;26IvckolT9+WRxiZoy3678nntR/wUu05/Rixx+cj9pdk/wBL/wCcffySsaRvot5rBIo4vb2dyCSe&#10;pDKOm+wy/HDTXXMuoz+3/bmTfxYw/qxiP0FrftkyT8sfyRt0+rxfltpU0ZAq8gkfkBtUlnJ2y/xt&#10;He2MOul7W9tyPEdVP4ED7g6h8cQl/Kv8oZSVX8r/AC9SbrWAijDYE1YdugwnNjkdogfr/HRsh7Y9&#10;sR3Ory7f0nU98iV//wA46/k7qquJvJdhYSEcV+pJKhHiw4yUGR4r5yr4Oyw/8EjtrByzyl/WI/U3&#10;kUl/5xL/ACUYgtZ6qjFuXFLpo1oDuNwxw+NEczbs4/8ABc7dH8UD/muwUP8AnE/8hwWpp2tEMAYz&#10;+k2r132K75I58PL5Mf8Ak7ntB/Ox/wCkdv2wpvP+cN/yavB6Vpr3mPQ5nBKziaK5UV3oVdF2Hzyy&#10;E8BIBP6XO0//AAZ+2oG548Ux7jH7i18XtkK1z/nBGWWGWfyP+Z9reyxgmOw1eBoGkA32kiLKD9GZ&#10;A0kJxJhMEjodno9B/wAHOBIGr0pA74G/sO63kQRVTTxG+ecfO3/ON351+Qnkk1DyrPqdki8xq2kH&#10;65DSlftR/ED7EZiZ9GY/XH7LD6D2R/wQ+w+1NoZhCR/hn6T9uy4MD0OcssvOnn/ytN6dj5m1zQZ4&#10;jvClzcW7AjxQsN/ozE/k/ADtED3bfc9Fl7G7M1wueHFkHfwxP2t5JL38/vzd1LSn0HWvP2s6po8g&#10;IlsZrg8XUmpV2UK7D2LYZ9niQETKRj3GRI+VusxewfYuHKM+LTY4THIgcvcOQ+Ts5+mr2bshjhFv&#10;Ih2C9Pu7ZcMUhsXf/lZx627OmeSI5P0XfXzDgmq3jSQrSnJIxxr71OQzG5DyDrdVIHKIj+EfaXZM&#10;OmVtLscKEYpdl9MUOysiZdyXYjMfgY+24wXagbuzzV5xJfU5j4MTmTB6jR/SHZDssc0h2am+2PJQ&#10;7L374LW3Yd6FOsV00MlAl2vDkT0bqMqy2Nx0cTWR4o2OYdkmkcwSem0ZLfZjWlak9AANyT2zHJ6h&#10;1m0hbsmGm+QfPutQpNp3k3Vp4XXkk31copHtzp1zFlqIQ5yDpNT7R9maaXDk1EAfff3Oxt9+V/5k&#10;Wcby3PkrVo0UcmZYedB78CTkoarGduIIwe1fZWQ1HUw+dOzm+pWuoadIYr+yuLGQdUnieJvucDM6&#10;Eonk9HptThzC8coyHkQfudkeluVI3dR9P68tAc0RPc7EUguLtqW0Etya7LDGz1/4EHJ8XCN9kyyw&#10;xj1ED3kB2SHT/IXnfWJFi03yjq147V4hLWQD51YAZTLV4oc5gfF12o7f7P04vJnxx/zg7JXF+Q35&#10;uzFgvkm8QJTmZGjXjXpWrZTLtbTR/jDqpe3fYsf+RMfhf6nYO/6F1/OEip8ouoAqOU8Q2rT+bIjt&#10;jS9Z/YWj/k4fYn+r/Yf1OwLP/wA4+fnDBTl5LuJK7/u5Im/42ywdr6U/xj7f1NkP+CB2JP8A5EAe&#10;8H9TsIX/ACg/NGJ2jfyLqvJeqiGv3UOW/wAo6c/5SPzc+Ptd2RIWNTj+bsDN+WP5iowRvJGs8yOQ&#10;AtZCKeJIGWDW4TymD8W3/RP2WRY1OP8A0wdhdc+S/Ntny+t+V9VthGAZC9pMAKmnXj45Px4d4+bf&#10;j7Z0WX6M0Df9IfrdhJJp99FUS2NzCVJDc4XWhHbcZMTDnR1GOXKQPxDsDBWUgHYtuAdslxBs4g7B&#10;cJ5EAn2NMPGGMpB2HEUBcA+PWmVEguPKbsGxQOEoTs2x+WUGgWmUxzdh/oVqzXWkCVS31G/jjG37&#10;LMGAOV5Z+iQ72jUZRwyrrF2dvk+23iSa/fjHk4WP6R7nYGfrXp7ZY2h2I4U07GnFkA7EmOLIOxE9&#10;8KXZFvMNPq7/ACOTcvD0dnIJPtnJu0DsZil2eyv+cNdK9fzT5r1YpX6nYRW0bHsZpKmn0Jmv1RvN&#10;EdwJ/Q+Vf8FXU8GjxY/50ifkHZ9UtPcW2g6rdV4CO2ffuOQ65vtJLg0uSZ6Avyf2ofE1cY+YdnK/&#10;K4KC4lMhkLOQtewPhnK9n7RvzL2R/u+VbtEVzpkE4g8v6/e1oxRY4z4EKT/HOp0s+DS5ch7qeN7Q&#10;HiazHD8c285D5LkYJeTyRrHISaqu1QxLFqe5zk+yDQlKnq+0IjYA2HZ0O3kLW5brt07775vsMrgS&#10;81qx+8p2edLhp7nzR5ou7hj6Us6xW8RWnFIVC7HuCanbOM1MoyzzkT5e97yEYw0mGEeYFk+ZNuw0&#10;txR6nkHC1QDsfCp9sGKRMq+Ti5Psdhy4C21pGRx5tLITXqWNB+rMqcahH3lwxvKR9wdgyDiApDMV&#10;Gxp3/wAzlmOLTO3Z3H8roooZ5L5zSK1DSysenGIFmP3DO89lMQEjPu/Q8r2xeSccY5mh89lrmiN8&#10;s+UOr6g+r6zrequxZ9U1G7u2Y9T60zuCfoOYU5ccjLvJfuXQ6YabTYsI/ghGPyADYFAB4DCwnbbI&#10;uS3jD+OFlEuxnXFmC7KJxS7GHbFXZR+/FQ7EztkuIsnYka5FBDsAXbcY2wsol2ci1yQPct7HfBLm&#10;52MbOyPnr40yLN2N/wA64sgC7KxJQdnZv8xkUW7NthV2f//X+CeTZP38zYq7Nirs2KuzYq7Nirs2&#10;KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7L7Yq7KxV2bFXZsVdmpirs2KuzUxV2XQ4q7LpT&#10;54LV2WB3742rsxWveuNot2XTtiDag27KpUUGFLsXhj5yRp4nf6MiN2EpbOzrHkX8pvNf5hzeppVo&#10;LTSlfjda5c1WBCOwpu59hmHq+0sWnG5s9zyfb/tfouxhWWXFk6QH1H9Ts9neU/8AnG7yB5Ut7e71&#10;OJ/Nmqogd7q6qtuj9vThG3Xpyqc5rV9sZswIj6Ynu5vi3a3/AARu0+0JGGM+DDuj9Vecv1Oz0No9&#10;hGpSURhYogipbRhVSID7KqBSgGa/Fj4jb57rNQTYvc3ueZdkwSbiAPgG4pJ3NN6b5liZiHUGDs31&#10;gqUqKlDQ/NulMj4hBA80+GCC7Fo5ByZ+Rc0+Pl0BHjlsZC7DCUdqdg+OVxGwICrFQOwO1D1JPQfP&#10;LfGoVIgU0yhvt1dnNvNv54/lh5GEseu+cLZryKobS7Bvrt2G7UjiqBt4kUy3Fllk2xCUvcNvmaD0&#10;nZPsR2v2pRwaeXCf4peiHzP6nZ5v8xf85yaVAjweTvI9xdyciIr3V7gRrxH2W9KGrVPgWzPho9XI&#10;fwwH+mP6P0vo3Z3/AAEM8iJazUiI7sYs/OW32Ozi+tf85i/nLqzSLY3ul+Xo5DstjZIzj/npN6h2&#10;8aZkDssk3PJI+6oj7B+l7PR/8CDsLT14kZ5T/SkQPlGnZzyf86vzi1V3e8/MfXT6teYjuTEu/wDk&#10;xhQPoxPY+nHME+8k/eXosfsT2HgAENJi274397sHWH5wfmbp5WUfmHr3qLQqv1tnJp2POopkD2Rp&#10;+YjR8iQwy+xnZGbaWlxV/VH6Kdhp/wArl8+X1xHc6h5r1KZ4zWjXDgHvQgUGQl2ViA5WfMksYex3&#10;ZWCPDj08APcHZ0zy5/zkB5w0uNBDq893x/3Rct6qnuftb/jmL+Q4PpJDptd7Cdlag+vBEeYFfc7O&#10;2+TP+csEEkdr5t0WRIi4/wByGnHda9zC5o2/8pBwx8fFyPEPk8R2v/wJNPMGWkymJ7pbj58w456p&#10;0n8+vITraGPzrbWkN8VEc1yGhiLPsFl5VCGu1Tt75sMPbRgKlYHXbb4+T5vrf+Bn2vhBlDGJgfzS&#10;L+AWHcVZd/Adc6D5m8peUvNdgo8z+UNL1uCZRIt41vFKr8hWqyoD9rtRs3cpwyQugfOP7Hl9L2j2&#10;l2XkrHlyYpDpZj9hWxyRv9hw1O3cfRnjzz7/AM4XeUNd+t3nkS8vfLN/IDImny1ubHkdwlG+OMeF&#10;CcxJQyfwgkPp/YX/AAZe0NLww1kY5oDqPTP39xVc8O6z+Svmjyl5nu/LnmmJLIacI5L28hf1I50k&#10;HJUt225H+Y9jkJZ6JiOb7j2X7WabtfSxz6U3xWBYoxr+d3eXe7J7DFFDFHDBGI4IEEcMK9FVegzF&#10;k2iJHPc9XYt1wK7H4q7LHyrirsx3wVauwNP/AHbeNN6ZGmQ5uzzX5uBXUpqbkscyYcnp9J9AdkQo&#10;xO+SczYOzAUxRbs1Af6Y2tl2P6UxYuzsH5Y/m3L+XOpG/uvKml+bVZQitfgi5hUf74m3Cn/Y5rtV&#10;oDl+iXD5cx+gvI+1HslHtvEIRzzwEfzfpl/Wj1+bs9gaH/zlv+X+rPa22peX9c0a7mdY4wixXcSl&#10;iFqCjI3fw6Zp83Z2aAJMQa7j+gj9L4/rv+BH2np+KWLNiyRHfcD9tj7XZ63t9Na/sLPVbE/WtPvU&#10;V7e8jIdZFYVUgjr8sMND4kBOO4fJ88pafJLHkFSiaI7nYR6n5Xtb5WS/0u3u7cVDieNZCK9qsDTf&#10;MbJosuP6bAHNydN2nPEfROUT5Eh2Qc/ll5GeZ55vJuly89ub2sdad+q1+WY/i5xzlKve7se0naAj&#10;wjUTH+cf1uw9sdC0fS0WGw0q005OP7oRW8aig7EKK13rlJMp/VIlwc2uz595zlL3yLsFhkg9RaNV&#10;W5UB47N0rTsTlOw5tJBlRdijySExsjbMOPpkGhJPc9T7YSbpiIjcF2Lxw+uPUkRkEVfj/wAro1Rk&#10;4wMt6YSnw7A83Yq8KzIBVkkStAQR1FMlKPEGImYl2XHZwoUeRh6qqFCliAK9zjHHEc+nMWg5pHYc&#10;nYO9V4/RFoA0XKkrqTuADuKdfpzJsAARpo4Qb4+fR2KiWOUuGHICn94p4N7AnLBOBJJH6ix4DGv0&#10;OwLcWdm6orWNtKklWZ3ijagNNzUHr0w2QPSattx5pjlIivMuwmn8k+VL9pRN5Y0i5NP3qy2kNSo/&#10;ZrxHjlkZTOwmR8XLh21rMIFZsg90pfrdkduPyV/Km5IafyLpIYFjLxhKnrU7gjw7ZkjU5v55Dscf&#10;tn2zD6dTk8t3YJh/5x6/Jm7j4ReR7dGl+Iyh5kkUeIUPQV7A5sMGaUwKJPvG/wAvxTCX/BA7dxys&#10;6k7dNiPnTsB3/wDziH+U18kbWcWoaKXrHG8F0XiqdhtIrb9szxhlQJPPqeXk5um/4LHbWL65Qye+&#10;O/2OyLr/AM4ieWNJsbjV7PzFqUqx3L3cSyLGQyWyUVelAGYdTlUsMjDj/h3HvA6/N3eD/gs63POO&#10;KeKAv0mr/iLq9s8oXCsssqMOLB2qp7b9MsjyD71gkJYwR3OwG3uMmG4OxI96dRkkuxjfji2OxFu+&#10;ISHYkxG+SS7Iv5h3t5B7dcnTl4Ojs5DL9s+GTLtI8nYn4YAl2fRD/nDbSxD5W1/U2Xi+paqkUb06&#10;rbxdvpbNXlPHnl5AB8L/AOCxqeLU4sf82BPzLs99azMbPyRdSAD/AEhliIP7QPbN3qZnH2dI/wA4&#10;0/OGMeN2j7nZAdGokP7uoBIAXp89s0eACMBT2UgRijfvdky12V7byHcNGGeS7Z+EYoK1+Gm+2bjV&#10;T8Pssn+cXj9OBl7T35B2cz8trHBpzrGvFNxwNajjtuST3znOzgYYhb1OrJlKy7JxHIEsJ3DfEBu3&#10;+qu2brHK8ZLzeYcWYB2eeLQxH6xJR2bULmWSWTjQlidganpt2zh8hufvL3+Wxwj+aA7D21jAA+I8&#10;QeTMWr2r3y7FCqDg5JW7D2UAtZ8VL/uFFSP5viJAPzzYSHIDoPvcGO3Ffe7DRYuPGv7TLUHr9345&#10;kRiIuKZW7Oom/Hlv8rfP/mBmCtY6BfSREbfvJIjEm/zcZ33YQ8LSZMn9E/a63snS/n+3NLg53lh8&#10;gbP3LJNwB/MwGfKOJDHFCh6ogBp7DNMH7ckbkSvxxp/bhQ7EzSp64odjT1JGFnE97saaGn68WTsZ&#10;il2UcVdiZJ6+2KXYm2KHYUai/GJu1R1yQbMbs47qUnO5f5nIEudDk7CsipqO+AMwXYzr2wsuJ2bA&#10;WJdmwUgOzd8Cuz//0Pgnk2T9/M2KuzYq7Nirs2KuzYq7Nirs1MVdmxV2bFXZsVdmxV2bFXZqfdir&#10;s3jTFXZdMVdmocVdl0OKuzccVdmoMVdl0GKuzU6++KuyqYq7LpXFXY4DIksSXZYHcHBaLdl0742o&#10;Lsy07YrJ2YrU1xBUF2Vxp0NMNrxd7sPPLdimqa/pOnSHjFeXKRSmtPhJ3H05javKcWKUu4OB2nqD&#10;ptNkyDmImnZ9Y/LkVppeiaZY6fElnCI419OEAABRTYfIZwkshJsmyX5P7RnPPqJzyEyNnm7JFM8h&#10;4LHKIwGqZCKq/cqo6198qld83XQA6h2SWzZQhrJ6VekKjuf2t/DMvGQATbrcw35X5/odgx7u1soG&#10;luJw0cALXM78VWNRuSzGgAp3wnNDHsTZa44Z5JVEc+Q73ZxDzd/zkh+VHlhpYm8w/p+9gXmllo6e&#10;vyY7cDNsikfPbLYaTUagjgga7z6f2/Y9t2R/wOe2dcARi8OJ65Dw/Hh5l2eZfNf/ADmR5pvlmtfJ&#10;ugWfl+CSoF9eE3dzQ9wu0amnsc2+HsPJIfvZ0O6P6z+x9L7K/wCA9o8REtZlllI6R9Mfn9Rdnnjz&#10;P+a/5i+cGm/T3m7UbmCcgvYxymCDYUp6cXFfvzZ4OyNNh3EbPed/vfQ+zPZTsvs4DwNPAEdSLl8z&#10;ZdnPa7k06mp9zmyEQBs9C7FFO2/XtkurAuwVHIqdAD7nFr4XYJW6Y7V4r7Y0x4HYMiliG7Esa5GX&#10;kxIJdhzZM91Ktva2z3lw32beFGkc/JVBJzGyHvcPOY4o8U5CI7yaH2uz0b5C/wCcdvzS84mKZdAP&#10;lrTJV5/pLV39BePikW8j/QBmPfH9L5527/wR+x+zrj4nizH8MPV85fSHZ668o/8AOIXku2giXzJ5&#10;g1DW9Q4gzpaMtrADXpGRyY/7I5PHpxPmXyftX/gu9oZJH8tjhjj0v1S+PT5Ozufl78j/AMq/J1x9&#10;ZsfLUN5fyRGKJ9QZroBQKtRXqoJHU03zL/KYcfPcnlbxnaPtv2x2hDhyZiIg3UfT927sD/mZZat+&#10;W02j+fPy/vjpum3LxW+t+UFNbKZeB4yRQHZQAKMB065T2npI6eUc+CXAZVsO/wB3d3u99ldfDtnH&#10;Ps/XjxKBMch+qO/Iy+5R4rISGUFl6P3HyOFvmL/nJbQNO0S2vItH9fXrpD/uKLt6QYClXH8tT3+W&#10;J7XzZIACAEuu/p99foczRf8AAsy6jUGJyfuh/F1r9a4Kw25bfLfPCPmbzJqfmzWbvXNXm9a7vHLs&#10;OiqCdlUdgOgAzDhDhs3ZPN927J7Kwdm6eODAKjH8WqYRClag5O3ZnZ2PHTAwdj8Vdm/DFXY0mlSe&#10;mAlLsBXs6RW8sjGiqp3PbIjnszxxuQAdnmfzHdi6v5nFKFjSnhmTAUHp9PDhjTsji17HrknJdig6&#10;UrXAxdm2HhhV2bqMCl2UK/Lwwq7JN5cgrdfXSaC1NY/9bsR8sqzCxTiauXp4e92ehPy9/wCcgPOn&#10;5b3XpWt0NW0R5OVzol2S0fapiatYz8tq9RmrloJRlx4Dwy6/zT7x+l8+9o/YHQ9tR4iODKBtOPP4&#10;jq7PZnlD/nJv8sPN/G31C9bypqknxfV9VoISx3IE6/D16VplctRkgay4z7x6h+sfJ8S7Z/4GnbHZ&#10;3qhHxod8Ofxid/lbs7VDLp+rQx3Gn3UGoW0yhoZ7aRZVZfEFCcx+PDm5SBeInHJpzw5AYkcwQR97&#10;sL7jTSHNE4k1CtvQbdd/HMTJpRzr4t+PUbOwv9BoCGYUKA83Zevt3zFGKUNz06uT4gns7EWEvIDi&#10;XZVLqafDTpv75VISJ+5kCKdlGfhJykkU0oFiRd/ECv8AHAZb7p8OxsHYMSQOqipV239NgRUb98uE&#10;uID7mmUaPk7HVKsI0iEpT4Qx6gtWlcJNGgLpFWLJp2ZXkYNyg48ajiGABI8K9sIMid4/bSmIHIuw&#10;VK8ao0bIXdhRY/EjuadsulKIFEWS1RBJscnZo0VytavwBAbty7be2ShEEjyTIkOxSnJlZwQOP2wR&#10;QEbUIyYiCbPcw5Cg7FYUV5EUuX5VLtXdajYVyzGLIB3v9TGciBbsNLWdYHi4kVI2oTuAN/xzLwzG&#10;MinGywMgbdh7LftIiW6T19VgixDoC9FDeAp45nT1EpR4QdztXv2txYY6N07JneojaS9jDxkghgdI&#10;yBROP2TsBvXN3mI8HgjyA2+5qwSrIJebVKGvjnyB8wW/1PWtVtW+1b3cqEUp0c9u2azF9IftPsnL&#10;4ukxz74j7m8IXO/h7ZcA7IOxOp/twpDsTP68DN2IsfvyQSHYmemEJdkb10H0JPYZIFy8JdnH5h+8&#10;bwrl21OyjydiB9sgNmbs+rH/ADjHpY038q/LjFaPqLz3Z2/37IQD9y5p4S4pyP8AS+5+av8Agk6r&#10;xe1MvdAAfIftdnqfz5ILfyzo9q1Ss8weRV78elflm57ekYaLHAdS+JdkAz1eSXcHZC9OeluOtWJ5&#10;N75p4SIFPaagcAA7g7Dr8y5Pq3lPy9pkdTLeSw1QnYAnk5bxoO2bH2hrHoMWPqd3lfZ0cety5Dyi&#10;D+x2RCzJSwjAcszhQXNCTU9c1WEcOMB3+X6nZJdWmFr5enk8YXIoaGrCgNc2GYiGmJPWy6LSx8TV&#10;Aebs4RbK0MSQPJxlIX1IxVqMRUAV6169c48RBAJNPc5SJHiA2dkhtVVkA4lRXiqkVY17kZkQFC6d&#10;flO7skTMGuDShEZABAoAaCo+jMuRJkadcBUN+rsNYQWZVZaEmoH6h1rmVAXVuLM0DTsNvztvTov/&#10;ADj15iiB4Pr13p+mKe5WWYSOP+BjOegYx4PZh8yB+t2v/Av035r2pxS6YxOfyFD71jbsg9yfuGfN&#10;gnxzR7v1wvyj0G/frg5q7GV9vpySuxmBIDsYT4YWwOxmKXZR6Yq7Ej8sKBu7GHFk7I9rUnCF9+gN&#10;cWzGLLs49ctylkPiciXOHJ2Bcgrsrbp+GG027GHrjSuzYQyDs23vituz/9H4J5Nk/fzNirs2KuzY&#10;q7Nirs2Kuy++KuyumKuy6dxirsrFXZsVdmxV2Op0ptirssCgGKuy8VdlU3rirsvFXZsVdmxV2bFX&#10;ZsVdmxV2YbkDAUF2P2B32yN2xsl2XscDF2Vsv04ebLm7NXxpiinY3uT2xZc3ZqnoN8NLQdmPv1xp&#10;Q7Dvy7cC21/RbmnIQXsLU/2Y7Zi62F4Zjydf2ni49Llj3xP3Oz6pWV1yisXVqVjAiNAu53KjPPiX&#10;5Yz4qMh5uxDzN+YflnyTCt9rus29nCrBRBy9SRyR0SNasT40FMsx48mWXDiBkfL9fJn2Z7PavtSX&#10;h4MZke/kPiTs7POHm3/nLy59Oay8leX415clOsap8TFTUfBChAG3SpzfabsDNP8AvZcI7hufmeXw&#10;D6R2T/wI42J63Kdv4YfpkXZ5e82fmZ5486ux8w+Ybq7tuiafG5itlAAApElF6DvXN3peyNNpvpjZ&#10;7zuX0/sr2Z7O7LH+D4og/wA4i5H4nd2QP2zZ0712Or0xQQ7HVFcUOyxU9O2FXY4MF6kA9MCHZKtD&#10;8nebfMrrFoHlrUtVLmgeC2kZAT4vQL+OVTzwhvIgfF1Wu7Z0OhF580Ie+Q+7m7PQXlH/AJxI/NPz&#10;Cqz6vHZ+U7Q0q17J6s3XoIoqnpvucw5dpw/g9TwHa3/Ba7H0fpwmWaX9EUP9MXZ6Z8n/APOG3kDS&#10;uE3mvVdQ8y3Io3pI31W2/wBUolXbx3OYx1uSfl9r5p2v/wAGLtLUWNLCGId/1y99nb7HZ6Z8qfl/&#10;5N8n2wTyz5a0/SXiJEckMK+r4CsjVc1775TvMWTZfNe1O39d2lO9TmnO+87fLl7nZNLeaWaf00av&#10;88i7LGP7fDJYpylKh/Y6ecRGN/guyQophjaQLyh+HjXoze1PDrU5toxMRfTb4uIZWXY8vKYmf4vU&#10;YsQSNl7Gor0xPFw31RsC7DvUrLyxfeRdbk836omhQaZGJoNbkKuVhZOPFUb7RqtBTck5tMI08tJM&#10;6ifAY/SeZN7cIH8XLp3vS9lZNRgzYhpYeJOWxj5+8ckkne/j1SBrf99ZyoUmhOwRlNefIex758mv&#10;NGoWmpa5fXGmhxp3qFLD1ftmFSQjOBsC3UgdM53D9L9T9k6eeHTRjk+qt65WedeSd4RAV9ssLnnb&#10;d2Kjx7ZFi7L69PoxQ7LwEkK7MWA36Y2rsC3FzHCjSO4QKNyTkZMoxMtg7ORebPNZmD2to37obM3j&#10;TLIR6u70ml4dzzdnIp5DIxYmtTl7to0A7ExXFS7H9MVdlUNK9fDFDsynrgKuxw/HsMSpdk4traXT&#10;7aITRPEJ41e35qVEimtZFr1BNd8rBEuW7rJZY5ZHhINGj5Hu97sJ7uUjka7dvnlsQ5OOLsJJ7huV&#10;eRr+rLeAEbuRGFuwVYeZtf0dw+l6zeac67hraeSL/iLAZj5Oz8GXeUQfgHF1PZem1O2XHGXvAP3h&#10;2T/T/wA/vzg0uIQ2nn/VWiUELHPIJgCTUkeorGuYx7F056V7iR+l5/UewPYeeVz0sL8hw/c7DdP+&#10;cm/zpjA/53GSU1qTJBC3/GnfIfyFgJ5y/wBMXDl/wNOwJf8AIcD3E/rdhhF/zlT+can97rFlOlAD&#10;G9lFSg7bU65VL2dwkfVP5uPL/gW9hEbY5A/1i7DCD/nLT82YTykfR7muwD2KgAVrtxYfLIH2cxdJ&#10;y+z9Tj5P+BP2LIbDIP8APLskFp/zmT+YUJH1rQNEvEGwASaIjxNVc9crPs6Tyyy+IH7HXZf+A92Z&#10;L6cuSPyP3h2Sqz/5zVvi0Y1HyFbenxpK9teSB+XYqHUj78pn7P5v4cg+I/a6vL/wGcYH7vVSvpcR&#10;X2F2SW1/5zR8tMym98k6rFEPhpBcwsQv0gVOVnsTV3uYn5j9Bdbl/wCA3qx9GpgT5xk7JNpv/OYH&#10;5cXMgN9p+r6TGwIctCsxXetAUaprsMpl2ZrIHaAI8j+t1uo/4EXasI+iWOZ95j97smFl/wA5Vfk5&#10;NJKv6Yu7OJwBznspak+Pw1pt1xGn1WPbwjXkQT97qM//AALe3YAfu4yPlMOySWH5+/k9dmsXnWxt&#10;kLfu1nEkRYkVJ+Jdvpyo+JEm8Mh8Ofydbn9gu3MfPTyJ8qP6XZK9M/Nf8stSDNZ+dtIllZuJjNyi&#10;GoruSxXY/dj44j9UZA+4/e6rU+yva2HaemyAf1Sf1uyb6d5m8uajEr6fr+l3HOqnhdQkfCaEL8Vd&#10;svhrcJH1AHz2+90uo7N1WGVZMUx74n9TskdpE001pTg1ryaWWQn4GEa1FGGxrtmbh4cko0QRzO/c&#10;4E5CIl38nZPrZ/XULMWSL01LRoSFofE50GOQyx59OTg1R2cc+Un5hwRW3njzXBASYY9TnCFuv2t6&#10;/TmHj5P2P7LzlPszTylz4A7IO3j9+Xu/dideuLMB2JnFLsSbqcIZB2MPTxwhIdkc1ypt5B3pvk+j&#10;k4Q7OPT/AN6/hXJ1s7SLsRoTQDqTQYCQBbIuz7OflRpZ0zyf5N0srRoNOs0dadCyBz+JzT6WNiPm&#10;X5I9stX4uq1OXvlL9Ts6d+Zt04uNK09UBS3tzI29agjr7EZsvaOZ8TFjHKIt8+9m8QlxT7yA7Ixp&#10;qSSpbRrJT1pFoAPi3IFKnpmuiOIgd71XakxCMz3B2GH5typFd6NZCM0tkYx9acgoBrTevgcy/aqQ&#10;jPHj6APN+y0TKOSd83ZH1FIreEU+0vMitdhmBe1O4ymiS7DPzvKlv5f9BmKeoI4hxNCdwSK9syu1&#10;Dw4BEeQdZ2JEz1PEPMuzkPpqkgj4iS3RTtTcMdyBX785Pma7/seu4iRfIuyS6ZGPXs2YmUuR6pA7&#10;AVFfDpmZpqEhbrdTL0yHKuTsNrcKZXep/fHkW8PDMmO5J73DyHau52SCwjWS4gAUirigP2qe+Z+m&#10;jc4jzcDPKon3OyO/85Z6h9S/Lz8u9AV6fpPV576VB1KWlvxU/wDBS53vaJ4NHix95v5Pef8AAO0n&#10;idoavUEfTjEf9NK/uCzrIfZf1nPBB+W2aGn6VC/KI7fjil2Nptih2JtsfxwtgouxprXFk7GGh6dc&#10;s6K7GGtPl3yNUl2Jmvb6cC8nYm1d+nscUOyH+YZeMD/LCQ5GIOzlMhqzHvXK5OY7Esih2V3wq7KP&#10;jhDMbOysSEF2VgpDs//S+CeTZP38zYq7Nirs2KuzYq7Nirs2Kuy6A/PFXZR2OKuxwHfFXZeKuyhS&#10;tMVdjsVdmxV2bFXZsVdmxV2bFXZsVdmxtXZfzX8cVdldq4LRbs1f9vEpdjiPb6cADEOyhUZJLsx+&#10;X04pdmAHXIksS7K/zGEBk7NTG1djgOhrgtjbsNNF4/pjS6jb63CT9DjMfWf3M/cXE7R/xfJ/VP3O&#10;z0d5x/PO8sJbjTPKixmaNRFLq0oLLGVO6woTQ08TtnN6HsKWaInlPDE8h1Pv7g+b9i+wkM0Rl1d0&#10;dxEcz/WPR2ea9U1TUNZvZ9R1a9l1C+uGLTXU7FnJ/h8hnVYNPjwQ4YCh5Ppul0mLS4xjwxEYjkA7&#10;C49Nhl7e7GUxQ7NirsVggnuZUgtoXuJ5DRII1Lsa+AUE5GUhHmaYZMkcY4pEADqdnZ2vyj/zjx+a&#10;nm94WtvL50azm3F9qrC2QDr9k1c/KmYGXtXTwNcVnyeJ7X/4IXY/ZwIll8SQ6Q9X7Ptdno7yx/zh&#10;hZAxyea/N810RQyW2mQ+mnX4h6slSRTuBmtn23kkahCh3l867S/4MuSiNJgA85mz8h9zs9HeV/yB&#10;/KzygqTab5Vt7u7SQend34+tSinTeSoqTuaDMDNqc+UXKZ9w2fOu1PbztjtEkZM5jEjlH0j7HZ2q&#10;3t7eGP6tDGkMZACxQgIg+SqAPwwCAlQO5eNnknI8RNnz3LsExgCo5GV+m1O+XQA6c2uR+DsGRclC&#10;oWDspptudyP15kQsGubRIXu7BpoyyNyKFNqLt8wSMvJBB3pqHMOwwsIIooQXX+8ozqSKV8Ke2ZWm&#10;xiMeXPm1ZZky26OxS+vra0h9We4js7eECrTOscYUeJYgADxrktRq8eIbmu4HuRiwzyGogyJ7hZ+x&#10;2cq8xfn1+Vnl+6W0v/O1jd6gzrClhYVunHNgvGkIKj3JbMWXakZ7xEp+4Hhr7Pvep7O9he2NaOLH&#10;ppCPPil6Bt/W3+x2EP8AzlX/AKT5Q8j3NlMz6fFM3F1f4GWaPlHsPtU7ZsNXKGTwjHeNbPef8Cys&#10;et1EJipUOnLhO6jEKNITsWO4zwv7E5U+5q2KL+rwOJQTTsU/jkGt2P8A14q7K6HrtgOyuwn1a/Sw&#10;tJZmYKVBp8+2POm/BiM5AOzhGq+ZLy6Z1aclK7LXLBjB3egxaeMeQdkRmnaVqse+W05QFOwPTf28&#10;MCXZeIUOzYUuzYq7NirspjxFSaAbkjwHXAUOz2h+dv5d6zKnl/zjodr9d8tr5e0qGlutBbotuKEK&#10;OoJJJIHXND2XqRGHDLYnf33zfGvYf2k0+M5dHnPDmObId/4iZfe7PJl2N2PU9M6CJfW8ZDsj8laV&#10;+/Lw5cS7AppXJ2zdiWKuxmFXZj7Yq7KG9P1YVdmxV2X9PyGKuywBXpih2PUmhIPfAxLsWWor4YDz&#10;Yl2KKRQr1A6YDEMSHYKRQxI4gjwoMrIYW7DG2UqQVZkeleSnj8umUzxxPMNWQA8w7J1pXnLzfZz8&#10;LLzTq9vFCqxRpHeS8V5UJAHIjpmvydl6cj6I/J0ep7D0OWNzwYyT3xH6nZ1ny1+bH5mW12rQ+fNY&#10;QyS78rlmHFFIFQ1R02zEn2fjh9Nj3EvP632Q7JlGjpsf+lp2D9Vv7vVL65v7+Uz3l0RJcXB6uxG7&#10;Gnjmfpo8OMB23Zmnhp9PHHjFRjyHc7Cg+GZbsXYmfw8cWYdjG6Ysg7ECak/jhS7GGp9sKuwi1heU&#10;L/LrkxycrE7OPXQpK/sxyYdnHk7B3l6xbU9e0XTlHI3t9bw0HfnIo/jlGrlw4ZHyLj6zN4WCc/5s&#10;SfkHZ9vvKdqF1DT7RVokBVV/1YwFA/DMbs/FeWEX4y9o8/7icu8/e7G+fLgy+aLtADwt40iVq96d&#10;Bku2rnr5d0QA6/2ZxVigepJLsry5EbnWdLhXceqpYAdAu+R0OLj1GOPeXL7eycGmmXYVfmDLHeeb&#10;53aQM9tGsaRnpRjvT7sq7fl4uuru+Xm4vs/Aw0YH843bsC2Xx3NtHT7bgkDegqBlI3kPe5WqNQkf&#10;J2b8xLkpbWkCIXaScbDsBtX6OuDt3JURGurR7PY7nKR6B2c3EQWTnCvNePp1Jp82p3Oc9GJqxz5f&#10;tejMrFS97slWl14u5TeCFyrCtCePFeX35n6bb4W6rU918yHYPtFZgysCGYANUfjTLcZ6NGYjm7Jb&#10;oUH1jUrWMHmKipFa8h/nXNz2bj8TNEOq1s+HES7OJ/8AOYWpep5w8kaCrVTR/LxnkXwe8nJH/Cxj&#10;Ov7bNTxw7o/e+1f8A3R8HZmoz/6plr4QH6ysXcufen3Z5E8c077cvyuv8MirsbirsTY9QO+TrZmB&#10;1djDTxpgpNuxp8RiQl2NwK7Em7+PhhCQ7EW6HDIK7Of+ZpfgZfE9MTs5WEF2c4bvlZckuxmRQ7NT&#10;vhV2NNfHr0w82Tso13xCuysUdXZ//9P4J5Nk/fzNirs2KuzYq7LoPHrirswNMVdl071xV2WMVdl4&#10;q7Nirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7NirssDAUOx1KYUuxtBXfFXZqfTirsdirsoim+Aq7N&#10;SveuIRTs1PHfFLs3XDauzAUwK7HYCjZ2LQO0UqyIaMu4PvkTET2LXkiJii7Kckkmu53Jy+mwOxEj&#10;/bxS7GHbc7DxOLG3Z0byd+Uf5h+fWDeXfLVzLZ1o+p3C+hbL/wA9HpX6Mw9Rr8OHmbPlu812z7X9&#10;mdk7ajNHi/mj1S+Q/S7PVvk3/nDyxgSO789a7JeTKOcmkaaPTiH+S8zfET8gM0Wp7dmbGONeZfKe&#10;2f8AgvZJkw0OIRH86e5+EeXzdnq/yl+WPkryTAtv5d8vWWnsFBN2IxLOxNKlpHBP45rMmXLlN5JE&#10;/d8nyrtb2m1/acuLUZZS8rqPyDsn6Q7K7cixNT037V2wRx3uXQyn0di/pohryaNOw7V6kU/hk+GI&#10;6kMOInzdghZFoOJPIitTQ08dvfLBMdObWQ7FCUFC1FqvLj1O49v15Oxe7Hc8nZUL1P7tVUjoTXqf&#10;cZLGe5MxXN2LS3aWUZmvbmCyt1BkLzOsSqO5JcgU+nJHURh9UgOvmwhhOU8MAZHyF/c7OPeaP+cj&#10;/wAn/LAltrjzWuuXUYJksNIja6evXgXXjGCT/lbZbHLLKBwQlIeew+2nsOy/+B125rqlHB4cf50z&#10;wj31z+x2eZfOf/Oa3mjUi1t5D0G28t24qI9Qv+N5dFaUDcBxiQj6cz/yuoy7zlwjujz/ANMf1B9N&#10;7F/4C2kw1LXZTlP82Poj895EfJ2eWvMfn3zl5zkebzP5l1DWeZr6U87ekPZYgQgH0Zfh7Ow4jxCN&#10;nvO5+ZfUuzvZ/s/swVpsMYeYAv58/tdgLQKvq+khWVSb2HidtqOMyssBwmg5mp2hL3F2e8PMvnOX&#10;Xvyo0zQL0+pd+WNWEVtcEmrW8iMU37ldx8s1OAyExjP0jcfHm+W9k9jjSdszzwFRywsj+kDv8+bV&#10;NyfHOJDrvuB2zPe9LeKgGoFNhkWsuxwGBXY7pTeuKHYxzxBNaeOAq7OM+e9Wf1fqyt8CjoMsxh3u&#10;gwgC3ZyR2LMSR9GWu1Ap2N28MUux2JQ7KOBFuxoPXvhS7L8D2xS7L9z92KuxpFVYUptTEK7Psd+W&#10;Mqat+VH5dtOkdyk3l62jl6EMYuUdCPYChzlSLBj5n7CX439p4nT9s6vhsEZpEfHd2cx88f8AOMfl&#10;DzOJb7SnfQNQlBLG1UGB3Pcxtt86ZlYtVmwgcpDzem7D/wCCbrtBWPL+8gP53MD3uzy75j/5xU/M&#10;PSwz6VNZa7FuQsTGGSvZaPsT8szsfbOP+MEfaH0/s3/gq9mZ9soljPnuPfs7OO6z+UX5kaLKYb/y&#10;ZqSsAxrFEZlISnIgpWoFczodoYJ/xj7nr9H7X9laoXDUQ+Jr73ZCrry/rtkSLzRL+0YGhWW3kU18&#10;Ps5lRzQPKQPxd1i7R02XeGSB90h+t2FclvLF/exSRnwdWX9YyziDkRyRlyILsQ+Hfcbe+G2x2O47&#10;fLDa27MFJxtHEHZfE7V2GNrbsvj123rtii3Y5flT2xV2PA26dMSh2LAU2ABHzwNZNuwbBydhQdSd&#10;sjLbmxlQdhnHxRQ1AaVr8u2VHdpO7sNrMGOME15ULN2+J/6ZVJpybl2Try7AFeMv8VEYhfHbv88x&#10;M7q9ZLbZ2dBuQySBSApCJUDoPhGW4Y+kMNJRxj4uwG24y5yg7Eq4sg7E2O1ewxDIOxH6cKXYyuxw&#10;hlHm7CnUl5QP8ss5t8Obs45fCk8nzyTs4cnZ0n8kNNGqfmn5Ot2UMkV8LhwfCFS/6xmHriPD4e8g&#10;fa6D2s1HgdlZ5f0a+ezs+zHkWLnq0crbiGPmSfvzI7HjxakHuFvxx7U5OHEI+bshGuz+vq+pzswZ&#10;2u2BAPRR0GafNk8TU5JebsuwsXDCI7oOyWeQo/U11ZSB/o0TuTWgG1Bm37DjxasHuBLrParJWAR7&#10;y7Oc+Ybj6x5l1W4UEk3ATmCDyCLuFHYD9ec/qpeJr8mTuP7Hbdl4+DTY4npG3Yd6Dxk1K1iO7R1c&#10;+wUZm6bfLFwe0jWKRdhP53uZX1S0jiUkRwO7n+Usdj9NMxO158WUA9A5HYmMDDInqQHZD4EAmV3I&#10;cxE0qdzXY7dvDNVYia6O3yS9NDq7JZb0WO9WMk0jjDKetXav6hmbCXMDuH2l1U9zEnvP2Ow1s0Cx&#10;gfaJFXP8MycUdtnEzGy7J55NtWm1aHboemdF2Hi4s42dL2pOsVOzxt/zkxqg1T86/OASTlHpC2el&#10;xjw+rW68gP8AZMc3HbEuLVS8qHyD9P8A/Ap0X5b2c01jefFP/TH9QWR7rX+Yk/jnBj0/hmtp9FX4&#10;3euBXZRB8dzthAQ7E269aHvjyZRLsTPtkxdNjsadqZHmrsYckAFdiRPXIsnYjKQFJ7YEdXZy3zLL&#10;V+PzwlzMIdkKY5CTeXY3Iodm7dcVdlHphBSHZXXqan5YUuy6Y7rTs//U+CeTZP38yxirsxGKuzCv&#10;bpirsugxV2VxxV2WNtjirsdirs2KuzYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2Kux2xG2KuzDviVdj&#10;sVdjSKnFXY7FXZsVdmxV2bFXZsVdlfR1wK7NQ9a/RiVdljIsS7HL1GGPNiHYrxZ2CKCzOeKqBUkn&#10;wAy0pJERZ5OzvnkH/nHTzn5xij1HVWTynohAb6xeKfrMi+McGx37FqZptV21hwkiPqL577Qf8EfQ&#10;dnE48N5sndH6R75fqdnsT8v/APnHv8uvKBs719PPmDWoiHW81ZRJSQb1S3HwCgzn8/aubUbXwjuD&#10;472//wAEDtTtHihx+FjPSG23nLm7PRioVhEMfFY41okUYABB6gBaADMcg1z/AGvnZNys8z1LsVEa&#10;LQKxBG/NjU7+GS4du5hxEuwSUHCoowpVSv69++WGOzVxbuzRkj4VbiTv6dK/j44ASNgfgmQvd2PP&#10;KZyy0ou/p0ap8TTHmbsCkfSPe7IN5i/NX8uvJ8cv+IvN2n6XOi1NmsnrTHfYCOPk25HTHDk8TbGC&#10;fcLHz5O87P8AZbtTtEj8vgnMd9UPmaDs89eYf+czvJWnyy2/lnyzqHmQryVbq6ZbKBz4hfjenzAz&#10;Px9m6uZsiMR57n5Db7X0Ds//AIDmvzAS1OaGLyjc5foj97s4F5k/5y4/NXWTJFozaf5RtGBVFsYR&#10;JOoP/F03I1+QzOx9jA/3kzLyHpH2b/a972b/AMCXsbTerNxZz/SNR/0sadnA9Z82eafNFw915i8w&#10;3+tXDEktd3DyDfrRSeI+QGbDB2dgxfRAD7/m97ouyNHoY8OnxQxj+iAPt5uwoQVFOQAG4zM4ac52&#10;DkSMGrNT2wEsDbsFRmEsB1p1Pb5YCSAwmJU7Jd5NRbjzNpsQjHp2zG4eu4HpgkfLfKs8vR73Xa4G&#10;OGRJ57Ozv888jWZQ1EcstSCagsv6uuYGKPqt0GmhWS+4OwGi09zlxLmkuxQA4GLsun+1irsrYdsV&#10;diUtSjCvb6MjZZDm7OAedo6XztQiuX4/N6HRH0uzn5HevXtky7Auy6e+KHZVOvbFXZvCtTXFadmo&#10;K0rseuKXZqdu2KHZdKYq7K7eGKXZ9K/+cWPP+nat5F0ryNPdrH5i0NryOzs6V52PNZRITTszlSM5&#10;vUxOLUSjRqRsHpuNx9j80f8ABT9n8un7Rya2Mf3WThJPdOqr5AF2er/TMgPMk8ftxr2p/Zgq9i+T&#10;8VcnYFaOU8SwUCg4KF+JQDsaZTOMm0SHR2KEVXhUAncs21ffxApgkQQjkbdiU9raOg52sXFqULoj&#10;gn/ZDfGUABYFMoZZg7SPzIdhPc+WvLl8xnv/AC/pt2UBUGW2j6GlT036YIWCT3fBy8faWqxDhhln&#10;H3SLsjtx+V/kK8WZ7nyPpXOYMAHtFIWopQcQKVwxy5gCQZAnzLsMftN2liIEdTPb+kXZG5P+cfPy&#10;fu4PTn8k2QkYUaSNnU79lIYdO2ZOPVZ+Ees27KPt/wBt45XHUyrzp2EEn/OLX5NSO3Hy5NApfieN&#10;5Mad6jfvlg7Q1J/iHyc+P/BP7dA3zA/5sXYTXX/OH/5T3IdYG1ixaho63QYLXpQMpr8svj2lnBrY&#10;/BzMX/Bc7ZhXF4ch/V/a7Ipd/wDOE/lLiht/OGqWytWolihc17bilMuPamUAExDtMP8AwZ9bfq08&#10;D7iQ7CN/+cJLRY2ZfzAlWSp487MFCtdjs1fnkh2sRdx+1z4/8GrJe+lFf1v2OyMX3/OFXmmCFpbH&#10;znpV2VJ+CWKWJiO3iBln8qxAsxdng/4M+jlKsmnmPcQXZHbr/nDz81rct9Wk0jUFVgodLkx8tq1U&#10;Ou4GXDtGB6EB2WL/AIL/AGNP6hkj/m38Ni7Ce6/5xe/Oiw3/AMLreLSvK1uYnr7LUiuWfmoSc7F/&#10;wUewcu3jcPviR+h2Rl/yU/NeKRYZvIOrpxBlkpDyHANxAqCepyI1EDyLtI+2/YshY1WPu5uwcfyn&#10;/Mi2RDc+RtahVzyatrIx236AE4DMXTGPtd2TkNR1OM/5wdh9oXlXzGlbibQdQhiCu/N7WUIAopUs&#10;VoMxsl8w16rtjRnYZoE+Uh+t2G2pQyQXUkcqvHKqp6iSCjglRUEdsvwG4B2OgmJ4QRy35OwuP+Zy&#10;5zA7GHFm7EXr1riGQdiPfJgJDso9z1OI5shsXYX3wrEwp0ByYDbHm7OOamoW5k9ya5McnZYzs7O9&#10;/wDOMVj635gz6iU5DStOmdSezyUjH6812uNmI83i/wDggZRHs3g/nyA+W7s+t3kgfV7fVr5h/vPA&#10;R7bLmy7EIh4mTui/IXtNLjywg7OTSs0lwZW+1OzuaGtKsaZzWLe5d5L1vZkeGEvKh9js6T5CX0oN&#10;evzuIbfgrdevtnSdi0Dlyd0XlfaiXFlx4/N2cYoXv75zJSKSRnhKkn+8Jqd+nsO2clp5GWXJI8un&#10;xerx0Mce8Cj8HZOvK8Ye8mmPSOGig7kk7dc3OijeS+gDoe1pVARHUuyEeYpBc+YbpqkmGIRAjt8X&#10;TNHr5mWc13O47OjwaWPmbdhfaJIrM3pD7RBIG+x2HtmPAEG+TflkOVuyT26OtqTX4JpxwFP99rTY&#10;99zmfGPpvvP3OtyEGXmB97sN4U4jxJ2P+fTMjGHCnK3Z1n8s7T1dUjd91Djn8q7/AIZ2PsxhvLxF&#10;53tqewAabZT8s+Y/nvVW1/zx5z1tm5fpPW76cE71X12Vd/8AVUZTqZceWcu8l+1fZ7Sfk+zNNgH8&#10;GKA/2IJ+1pBRVHgBkTPXrX2ynd3K7KqT2pTCl2Uew74UU7EWBHUdcWyJt2MNPGngMlFk7GnEhXYw&#10;9MYq7EziR1ZOwHdHjE2+RUDd2ch1+XlcMK9O+AudiGzsjRAFMiWwuysFIdmB+nArs2FLsqh6+HbC&#10;Crs1dugr4Y0mnZ//1fgmK9smyfv5l9e2KuyxQjxxV2XQYq7LxV2bFXZsVdmxV2bFXZsVdmxV2bFX&#10;ZsVdmxV2bFXZdMVdl0pvXFXZdMVdmApirsvFXZsVdmxV2bFXZsBV2bACi3ZsNpt2amAliS7LpgtF&#10;uzYqS7Nih2PjFZEUCpZgAB4nbG63QTQJdnvf8nPyk0vQoLHXtTtY77XpY1nLyUKW6v0WIEEV8T1z&#10;j+0u0555GETUfvfAvbL2uzayUsGORjiBrb+Kv5zs9TwhVCTXalSHXmBUMamgBrXY5quHh5h8tne8&#10;YOyTW8oBljKKquNlpQDwG/UfTmRjkdxTrckeRt2DH9II4b93Uj4aVatNzl0yOuzTG773Y8SgK9xW&#10;kcAZndgQOAFWOR4x9Xd3o4CfT1LsgXmj82vy78oQyy6/5qs7VgivHYwOJrhwdwqxR1YH2NMccjm2&#10;xRMvd+vkHfdl+yfanaMgNPglLfmRUR8Tt8nZ5e83f85mWqNPB5I8rGb4eMGo6q5RQR+0IIzU+1Tm&#10;yx9jajKbmRAdw9R/V976d2R/wG5yAOtzV3xgP98f0B2eYvNv57fml5zEsWq+bLq2sZV4/o7T2+qQ&#10;geBEdCfpObbD2Lp4EGQMyP5xv7OX2PpnZPsL2P2ZRxYImQ/il6j9v6nZyN3LuXdzK5NWkY8iSfEn&#10;c5tYwERQFPXRjQ22dlg9x060wodl1qfn2wq7FVJJ7DtXAUF2CEJqGLcq7DCAwLsFKzEKp8DQn2yN&#10;AMXZNPKfknzX5wvYrPyxoV3rEsjhTJFGfRSu1XlNEUD3OY2fPCA3dN2v25ouzcZnqcsYAd53+A5l&#10;2e0/J3/OJXmbSdJ1vW7zVornzLbafLLaaHaKXjKrxaRWlNOTEAhQopXMWM5ZyREbAW+Rav8A4LGl&#10;1OqhghjIwk0ZyNHy26DvtokDr32zms4IggRgyvyZmQ7Eb0oR2PtkcRfQdKQZEjk3iKk06fTlhcuT&#10;sUFMDF2Optirs1NsVdgeTevvXIE2l2cN89il4PDMiDv9EfS7OZ/icm7N2VirsvbFXZvprih2ahOK&#10;XZdDgRzdmJ+nCl2Wad8UOzqn5PecrjyL500vXoRzigdor2LaslvMKSLv32qPfNd2jhM4XH6o7j8e&#10;55T2x7Fj2toJ4DzO4PdIcnZ9avLXmrQPN1kNQ8valb6nC4DypGw9aIMKkSR/aUj3zUYs8ZyI5S7j&#10;zfkntPsrU9nZPD1EDAjvGx9x6uw+oyn4f2/pNAdhXwycrHJwPe7LYo4qyKJJG+Jz1JXp9AwGQPMK&#10;LHI7OyygaMBWBIUhVbpTuPvw8N8kcVHd2UscaFXYGiHixrQVA369RjGIib32SZE7OzSIrBqEoQaM&#10;hqNx+0D8sEwD+PtWJIdjVZDHxHMAnaV6df5QRgscNb79T9wUgg27BEcPIAA1VRyDt1BHYAdcthCx&#10;vyG/472Ep07LjijduXqDhDvIy03r267muMICR9yJSI2rcux/p8nbmKRqKCo5Mae2SI38kcVDbm7H&#10;qjpISIVY0XgxbpWvbp8slEEG9kE2ObsFCCMgVhDhDynJFeLdh77ZfGEe665tRme+u52KyxlHVvSY&#10;k1EjCtArdPlTwyWSBB5fsYwlY5uyieLSeujcoxxUmoHCnb2OAEC+Lp937Ujfl1dhnZWf1eIXrHg8&#10;pr6ZFaIqmgX2/jmZh0/BHxDz/QO78c2nLl4jw9zsOrJJkeRifUE+y8uu/VaDqczsGLhN97Qa28nZ&#10;JYoglpIEhDIQK26irMQwr8J2PTvmd4YjA0PgmJuQ3+Kxuv8AHPkl+apWT8x/O0iHmravc0NKdGpu&#10;O3TNUOZ979jeyW3ZOmH+1heM53knpIuxhGLJ2JONsQkOxKn+3k0uyvEYjdkKdgG8H7pvlk6bYc3Z&#10;xzVhS6f55OLs8XJ2euP+cTtM+HzXqzJUSS2tkjU9zI36s1erN5gO4fe+X/8ABL1FRw4x/Sl+h2fS&#10;vTH+oeSNdvenqIyrvStduvvmz00vB0GbJ15Pyz2j+/7ShHuI+x2caVzzhoOKRRAFe9SKnOcwxrHF&#10;73SQrCT3yLs6nobLZeQdcvWkMf1gyKXArsB13zodEfC0GaZPM08N2neXtSER0IdnGIQFkQKoUtEj&#10;cRtQMDQUGczgAqxyL2A+knzIdnSPLKcLS/noN2VCadgM3GiG0pe4PM9qT4skQ7OWX0pm1LUJqljJ&#10;KVoP8k0pTamc1lmZZpEcrenwREcMR3B2DrJD6Q5fDzPqOAe1KcSe2WxierRmO+zsPpErFZrUpxj5&#10;L/siSABmUa4REuDGW8j5uw1tgVRQegGw8a98vwwI5uJkNl2db8r3Q0byz5n12QhBpWlXt0X8PSgc&#10;rv8AMDO69mxwYpzPQE/Y6Q4PzXaGDAP48kB85C1j/ZPvQffnyajdnjWVz8co9SQn+Z/iP4nNVdv3&#10;KYgbd23yX40716YsnZsKXZRp8zih2JEHpSmIZRdiZ9/oyQDY7GHFXYw+OItXYn1OSkNmTsLNQcLC&#10;3bbK0jm7ON6s/O4kHv1wEudj5OwnB67dsiQzLsr54EOzYlLs2BXZjTockFdlU26Y9Vdn/9b4Kg06&#10;/Rk2T9/MdirsqgGKuy8VdmxV2bFXZsVdmxV2bFXZsVdmxV2bFXZqYq7LocVdlr3GKux2KuzYq7Ni&#10;rs2KuzYq7Nirs2KuzYCh2bBaCadmoMCLLsvFBLs2KuzYFdmwq7NirsEWjKl1ayN0jmjZq9KBgcry&#10;xJhKu4tWcXjkPIuz6seTp1ksbQrQ0tYzU9GYoKb+ABzz0Egvyn2vDhySv+cflbs6xZpRVT1FZwAJ&#10;ZCPpPXbbMuAHe8rmO91t0dgfV9f0by3YC+8w39to+n1pJcXcojU16Gp3JPtlfGQRGrJ6Dctmk0Gf&#10;W5ODTxM590Rf4+Ls8z+eP+cvPKOkvc2PkvSLjzLdx/BHqty3oWYI/lQgu9PHYZtcPZWozb0IA9+5&#10;+XL5vpfYn/Aj12oAnrMkcMT/AAj1T+fIOzyX5y/P/wDNHzqJbe+8xSaZpkhNNJ0wfVIQp7Ep8bbe&#10;JzcYOw8EKMwZn+lv9nJ9Z7H9gOx+zKljxCcx/FP1H7dh8HZxl5HkdpJWaSRzV5GJLEnqSTm2jARF&#10;AUHsYxERQFB2N6++TZOzUP0DtgQ7KAHyrhRbseKHYdtsCHYoqliFQFmP2VG5PyAwWB1Yk1zdnSvK&#10;n5R/mR5xWKTQPKN/c2ch/wCOjLH6NuAe/qS8QR8sxc2rx47JPyeb7U9ruyuzbGfPESH8IPFL5B2e&#10;kPLH/OGnmm8MEvmjzNp+iQSf3sForXcwA3+0eKD6cwz2mCPQDu+ddqf8GTR4rGlwyyEdZHgH6S7P&#10;TflL/nF/8rPLZhe40mXzJfxkVvdScyxsR+0IUoij78xJ6jLkNE0PJ807W/4J3bOusRyDFHuhsf8A&#10;THd2ejNG0LTNHhFvplhDY28aDjb2yLFGB0GwAH4Zbh04ib6vnes12XUy4ssjInqTZdk/8tW8Ulzc&#10;8SS1rEGULsC3PoTWpA8M3PZ2MSlIdQL+3k4ZmQL71OQ0A9+pzwZ/zkt5csdA/MQyabbJa2mtWa3z&#10;xxgKnrlisxAFAKkV2zE1GOMM0gPIv0h/wM+0Mmr7MrJImUJcO/OuYXIajfPP4rWvTKbfQ12KAn6f&#10;DDauxwOKuyyRT+mKuxFxschzV2cO8+Cl0vc03y+Bd/ofpdnMAB1yx2js3w4q7MR4DbAh2YAUwq7L&#10;qO2KXY7547MXY2gxZOzUr1xQ7DLS5PTu496BuuRkGnPG4uya2mv6z5evvr+iapc6ReleAuLWRon6&#10;1oSpFfpzDy6PFnFTALo9R2ZptbDw88BOPdIA/e7Ox+Xv+cqvzM0JTBqj2nmqFacXv04TCnb1IuJP&#10;0jMSfY5BvHMi+h9X37/a8T2h/wACnsrVHixcWE/0TY+Rt2dG03/nM+N5G/TnkQlSNzZ3m4Hc0lTr&#10;7VymfZmpjylGV+RH63mtV/wGpAfuNTv/AEo/qLsmtl/zmP8AljN6Yu9F1zSitAZAkc4BHccWBOQ/&#10;I6qNVjHwl+sOlz/8B/teN8GTFP5x/Q7Jtbf85VfkrdhOfmK8sqEUFxYSqN+tePLBLHqBzxS+w/pd&#10;Ll/4Fvb2MmsMZe6Y/TTskNj+f35N3wQ2vn/T4m5EmG4EsTHfqea0+jKjPJDnjn8v7XX5/YLt3F9W&#10;ln7xR+4uycad5x8oaqol03zXot2riqJHew1K9fsFgRlP5nGNya94I+8Oj1PY+u0+2XBkj74n76dk&#10;oguILkFkuIJI4h8TRSoRXwqrHYZbHU4j/ENvMOtnjlDmCCe8F2CUQRhnKMxP2GO6qTTptlsMkNyD&#10;bUTezsEenLHGrSy0U1qoWrjoFHtWuXj0izLb7f2WwsSOw3+x2KxhHUIAaUHBe5+WXRoigxlY3dgx&#10;Bsq+qFQA1Dnk4Hbp1r75dAcgT3+/8dGmXfX6nYrECIG5s5IYitaua9RTvk4CoG75sZ7y2Dsfbj67&#10;NSJENpC/73n9pmpsoJ674Mf72W1cI5318rWf7sb8zydh4rK4CqAYomDOxO3jT5ZshKMhXQOMQR8X&#10;YaW6hy0jqvIFhGwJUBexFPDtmVDc2aY8nZKLD90vIGhjA9KR9z93ia5n4vSL8uf46seak/cZ8dPz&#10;FkMnnvzfKAVL6tdVDU5H94dzSvXOexv2j7Mx4ezNOO7HH7lXIO3fLHfB2JHFkHY1vxGLIOxE/wC3&#10;k0uyiMaSHYAvB+6Yb9MsAtug7ONasf8ASn9jtkojZ2eLk7PoF/zi5pBtfy7TUCKNqWp3ExU/tLEq&#10;xr/HNLk3zTI6ED5D9r4b/wAEjV8XaHh/zYD7d3Z7d1pTa+QLa1Vlje9kQbivvm21lY+zBE/xF+eN&#10;PLxO0pTO9W7OOu/xzsV5Kvw1ruQNgc0FcIA7g+i4ocOGPuv9Ls6ZroFl+WNnAHED3pHJw3AjkwJo&#10;w8aZu9UfB7Ij0MifteC0Z8XtaUqvh+Ls5FbFWunIShVgAK1+yBtv2zn8I5Dk9hP04xbs6bprR23l&#10;+W4PwLIZHYitAB7ZuNOeHTyl5vK6kHJqhEeTs4mssdyjvG5ZJZmLFiRUsSagU7Zy+Q3fmfi9mYmB&#10;APQOyQWalSg5lgp+Mk8xuBQ1OXx2NuBmN3s7JG0dbtAJN40VSTt0HYZmS3lVuuEqgduZdhpHUcOy&#10;Vofme2ZERfucWXV2Sr8wrz9AfkH+YF4G4S39hHp0BrSr3kyR0+4nO+0EfC7PnIdQB82/2F035z2n&#10;0sekZmR/zASsbcoPev3Z8yyoAFBSg6Zog/YgNr8aRXJMnYzfwwFLsbTvXFDsYV3r470yQLIF2MK7&#10;79D0GG2Qk7Ej3wsnYw/rxBV2MIIH6jiWTsIdYfjA3yyIDKHN2cavW5TOa9ScgXPjydgOg79+h9sF&#10;pLso07GuNK7K6Gn047K7NvX2x2Q7NgS7NhV2f//X+C1K5Nk/fzLxV2bFXZsVdmxV2bFXZsVdmxV2&#10;bFXZsVdmxV2bFXY4CtMVdljFXZeKuzYq7Nirs2KuzYq7Nirs2SAV2bfGVIt2XQjrlVsSXZqHEodm&#10;xV2XtTFXZhTvj0V2WQKbYq7KHvgV2X8OKuxpr+z9GEeauz6Uflv5osH8j6Nq+pXMMNpBZo91dseK&#10;IYxwYkDcnbpnn+eHBkMPMvzT7Rdl5B2hkxYwTIyNDqb3dnPfPf8AzlRFZpPpf5fWBnljZlHmG+FY&#10;692hgG536F/uzb6TsTLlF5DwR7v4v1B6TsL/AIFcspGXtCdA/wAEef8AnS6e4Ozx95k82eZPNt69&#10;/wCZNautZupGL87iQsqk/wAifZUeAAzpNLoMOnHoiB59T7y+wdm9j6Ts7GIabHHGB3Dn7zzPxdkZ&#10;PXp1zMdk7Gnrirs1O5NPbG0OzDc/51xW3Y5EeV1jjVpJHNEjUEk/IDc5EkDclEpCIJJoB2di8m/k&#10;H+Z/nYwvp/l6TTrGRqHVNTP1aEDryow5EU8BmDl7Sww637njO2PbzsjswEZMolMfww9R/U7PV/lH&#10;/nDPy/Z+nP508wXWtT0Bay01fq1vvvT1Wq5oeuwzWZu1sktoRrzL5X2t/wAGLU5bjo8UcY75+qXy&#10;5Oz0z5V/Kb8u/KaxjQPKOn2ciCj3bRC5uDTuXl5Hf2zC8XLm+qRPufNe1favtTtAnx9ROQ7r4Y/I&#10;U7OkBF4oix8ET7KgfCKdgOgrgERTzhJsm3YLjeNQSajn0NNt+oy+MgPi1SiT8HY71+MYYVUD4WP7&#10;S06DJHJQv+1HBZdgiK6k5KQCy03XooHscthlN+TXPGKdnQvKL8pL8yN8RijRWT4etaCnhnQ9lEyM&#10;uLnQcXIK5KcnQZ4b/wCcqpfV/Mayt1UrHZ6VCg2+El3ZjSvXMPVH9/L4B+iP+BTAR7MnLrKZ+wNp&#10;9nPNY2yh9NX44CnbfFDscQaYq7KBrt3xKAXY1+h3+jIEgpdnCvPh/wBN+WXwL0Gh+h2c0HSmWOzL&#10;sugGBi7KqMLJ2ao6DFDsqm4pil2OxQ7Nil2Y+2Kuxe2k9OeJzsAwqfD3yMzQLXl+kuya6tZyQySw&#10;tQvEeo6Hvt7HK8MxIAjq6jTZxMCQ6uyKzgGpoQRmUHYh2F7ggkV2p0yYbA7AT1oT13/DJs3YnWuw&#10;G368PDTLhdlUHY0rjSap2UtE3Aof5sjKAPNiRfN2D4dU1O3p9X1K6tqn/dU8if8AEWymejwz5wif&#10;gGiekwz+qET7wC7JBY+ffO+nMDZeb9ZtqGo4Xs36ixGY8uytNPnjj8nX5+wez8w9eDGf8wfqdkot&#10;/wA7/wA27ZiYvP8ArFT1Dz8x1rX4gd8p/kLS/wA37T+t1eT2J7Fnz0uP5U7Jhpv/ADk1+dFixkXz&#10;ebp+PAm6toZSR17qN8rPYWIbxM4+6R/S6nUf8DPsHKKODh/qyIdkwsv+cvfzbt0YXcmkagW2DSWY&#10;jI3ruY2Fcql2PLpll8aP6HU5v+BF2LM3DxI/51/eHZNdO/5zT88PLEL/AMp6PdQKhSd4Hmgd67Aq&#10;SWC++RnoNQOWX5j9TpdR/wABjQAHw8+QHpYEgPfyt2TWL/nNucenbH8uYYo42X1PSviahepoydan&#10;JSw6sRqJh8j+t1Ev+AmNyNWSfOH7XZM9L/5zS8rl0F95K1S3UsGMsM0EhAp8W21fbBjyazHuYQPu&#10;JH3h1Go/4DGtA/d6jGfeJB2T3TP+cyfy0uXFvc6Zrenx8gIppbeOVWA3q3puStD7HMn+U88B6sW3&#10;kQf1Ooz/APAi7XxxuMscvISIPwsOztnl/wD5yK/KXWVMVt5sS2uZgBCt5DLHV3X7KVWla9d8y8fb&#10;+HhIlGUSR1iT8A81qfYPtnTEGeAkDuIK0iufMnzFKtzr2tXCtzWe+uJFfpyDSMQae/XK8f0h+rOy&#10;oeHpMUeVQA+xdhGeuWOxt2Jn7sWQdjCOvtiyDsR/Xk0uytupw2l2Ab8j0G7bGmSBbcbs4tqhJuZa&#10;+OwyY2DtcfJ2fU/8ktJOm/ll5KtCvCSayW4cHryuHL/qIzQRJIJ7yfvp+ZvbjWeJ2lqJ9xI/0op2&#10;ejfPkotrDy5p+w4D1mQ/5Izddu1DDgxfF8f7FgZ5cs/h83ZxpCZZDQVeSQJU+JP9uaGdmy+k6n93&#10;i90f0Ozqn5kFrXRvLdhHEZhCkfqQpQkA/tUPz3zde0ETHS4cQPIPnns7U8+WZNXe7s47YtymeQGo&#10;HJmG37TbfhmgxkfY9nn2gA7Ol6tJ9T8prseX1XZB3L/7ebfLLg0Y9zyulj4mt/zvudnIoLUiFFVg&#10;Ago0hPv1r3zlIwAqi9dPL6nYf2SJLJbmn7tyFAUUJWvc/jmbiHIcw4GYmILsPFUNdTPuORJAG9d6&#10;D9WX85EuCTUAHYe26B3SOv2mGx9jmfjjxH3uDklQJdgT/nJi+GmfktoGlK1JPMGv29feO0ieZq/T&#10;TO81Q8PQRj/Ol9z1v/Aa0vjdu5cx5Y8UvnMiKw7uPYE58+WFf6ZoH6givxM/f75JsdmOKXYzFXZR&#10;GKHYi1PuyQZxDsTI2+eEhm7GHbI8KuxjfhhASHZEfMMvCBx7YOQbsQdnIpm5OfnkHNDsSqCf1YKV&#10;2X49sFq7GYq7MOu+2FXZj12wK7K79RXD0V2f/9D4L5Nk/fzNirs2KuzYq7Nirs2KuzYq7Nirs2Ku&#10;zYq7NirscOnvirsdirs2KuzYq7Nirs2Gldmx4Vdm+XXEc1dmI+jEkckW7L+Qwq7MAfDBJBp2atcr&#10;LF2XU4q7KwK7NhQ7Nil2XudsVdlYq7NgV2WOuEK7J2/mjULjynpflpJmisLJ5XniUkeozNVQ3iB2&#10;GYWn7Ph48s0tz08u90WPsnFHXZNSRcpVXls7Ig4O9Ow3Ptm0qneRdgdga0HTscWVh2MAr/DG0F2U&#10;E5OiL8TuaIo3JPgAMiZABiZACzydnW/Jv5G/mX55KPpHlua1sjQtqeoj6rDxP7S8wGb6BmDm7RxY&#10;zV2e4PI9s+3PZPZe2XMDL+bH1S+zYfF2eqPKf/OGOm2ohu/O3mKfVHABbStKAgjJrupnerfcM12b&#10;tbIR6I0+Wdq/8GPLkuGixCA/nT3P+lGzs9ReVvym/L7yWiny75YsLKYDi96yC4uNun7ySp39qZr8&#10;ubJlPqlYfMO1PavtPtM/4RmlId18MfkHZP8AiqmMd12UD9n2PbKSACB1dBZNuxYOqcqqSKVIHY9e&#10;ntkjIBhRLscJWRGdarWjFl60FPfJCZAXhBLswLUqT8J+2Sd9+mEE/BadjxMof4B8Z40PfD4lHzRw&#10;Ejfk7Al3epaQyXF2UtLRav8AWbhxEhA6ks5A9+uU5dQIjfa+/q24sBySEYXKXcN/sDs4F52/5yj8&#10;heUFlsvL9fOesqOKwWTcbONu/O5Iod+oQH55labx8n0Rod56e4cz9j3vYv8AwMO0u0SJ5/3GPvl9&#10;fwh+unZCfyk/5yw80/4r1PWvOsMU3lm49K0/ROnxBTYRMSxmhLVaVwNm5HcdN82GKebRzEwTPvHl&#10;/R6A9z1nb3/Ar0kNFHFoiRmG/FI/X5HpHypay8hTJJ/zkpqlnrfnbSdU0+6jvdPu9IiltLmOtHR2&#10;LBjWh6EDfLjqI58spx5Gqcv/AIGemnp9Bkx5BUhMgg9G1FABnnsA75J9Gbxw36YFt2Y16d/DCguz&#10;U67YEB2Jvspp2ByFsg7ODeeTyvuvTMiAeh0X0OznXc5bTsnZRr9GAIdlU2xKuzbDr1xS7NU4Vdl7&#10;9zTFDsse+BLs2KuzCpqOgIpiUF2ewtN/K3UfzU/LnQfOflh0bXI7UWOrWEhC+tNYn0WZSOhK8Tvm&#10;i0+oODJLFIWIk17juPvfHdR7V4/Z/tTLotV/dGXFEjpGfqr527POfmjyp5h8r3U1vrekXOmTxsUc&#10;TIQhI8HHwn783eDPDINiH0XsvtjS6+AlgyCYPcd/lzdkLMqmv83Q+FcyQKdzwOwIevTr0yxm7E27&#10;b9Rkkg07EjxO2LK3Zvap264Fdldab/RhQ7HU8DscKHY9TTrsPHG0EW7HK1SOIqcHNBHe7DCG1Ynl&#10;M4A/lHTbIlplPoA7DFX6LHt7/qysx6lrMepdgqFTtx7jr8srMWuTsMouoA3OxLeA9sgQ1F2HFmWR&#10;gBUmm48eRyrIA0ZQCHZ1PynGhu7UCMyiKQyyA9PhBPfwOYOWOzoe0DUD7qdi1wzSSys2xLsW+knN&#10;gNtnbYgIxA8nYGP3ZINoDsYfDFm7GHucNEJDsRNO2HZLsqlcIirsAajtAw9smA34nZxu6jafUEhQ&#10;VeeVY1A8WIA/XjklwwJ7g7IS4Yk927s+yPkzTRaWvlnSUFFtLe1t+H+pGoP4jNPpY3wR7z978ie0&#10;mq4xny/zjI/MuyZ/mXcU1eGGpIsrLih26v4jNj7QyvVwj0jF5D2YxcUf60/udnO9CtzdatpdooPx&#10;3CFid671P6s1OOByTjEdSHsO2s3h6fJLyp2Tj80JJDq9usTlY7KAiVg1KEjYce+bL2m4ZamMR/CH&#10;kPZmA8E3zkdnZyey5mFggHKSVY4+JryrQD8c0W4t63U1xe4W7Oi+epHt9IgtY92YwwmngAAxpmz7&#10;VPh4YwvoA8z2JETzmR8y7OdRAGQHkrgnhwHelafRnOcFct3op8nYf6fUyc+YBHxyUrsq7gCvyzPw&#10;+mnA1HKnYZWYq5ffcVUnatd/oy3EQSSHGzcnYf6Uhmvrddyeahj8xXbNhpIcWWI83A1R4cZ9zs53&#10;/wA5f6h6afld5eVtoLS/1ORR0rI6QKfuU53HbB4cWKHkS+p/8AvS/u9bqD1lCHyuR/QsXd3PhQZ4&#10;uPf9eaJ99ivxmSbHY01xV2NwK7GMdvDCFHN2JUybbTsYa9O2KuxjdMVdiTGg3H04SrsgPmiXihXu&#10;cgS5GF2cwcnkT75FzXYniVdmxV2WRT+mQKC7NQ0rirsaa0r2yQSHZv2ev0d8a3Xq7P/R+C+TZP38&#10;zYq7Nirs2KuzYq7Nirs2KuzYq7Nirs2Kuyxt1xV2OxV2Xirs2GldmwgK7NhpXZsTsrs29adsSVJd&#10;l5XJgXZsgh2YGmWSOyuy65BXZWKuzYFdmxV2WBvvhV2Y9cVdm6Yq7KxV2bFXZdcVdhhaEkSJSooG&#10;p75PG1zdipBVtuhy0ovZ2CNM0bVdbvI7DRtOuNUvZD+7tLWNpHNe9B0Hudsry5YYxciB73H1euwa&#10;SByZpiER1JoOz1x5C/5xD1nUUttQ8/auuhW0o5DRrDjNdkHpzc/AvuBU5pdR2sOWMX5vkPb3/Bdw&#10;Yicegx+IR/HL0x+A5l2etvJf5Lfl75ESI6J5Zga+io82p3qfWrpvBhI4IG/ZRmqz6jNlNykduY6e&#10;T5L2z7Zdp9qk+NmPCeUYnhj8h+l2dZjoiKoZWK9D0AbsB9+UxAH46vKSJJt2MpG1GkB5KKhR27NQ&#10;fLGQieabI5OzcWAqhXgR8ZU7qOwFfxyNXXctjrzdj15lDwNOYq/cj5jpko3WyDV7uxWKCV/gO/IE&#10;1WtaL29sMYEi5H+xhKYDsjPmHzx5G8nwGXzP5v0vSPT6LNOrSmnULEnJt/ljGeORqNyPkOJ2fZ/Y&#10;naPaMq02Cc77ga+Zofa7PPPmT/nL38s9K5p5d0zUvNVytQrlBZWx+mSrbewzJx6LUT5QEfOR/wB6&#10;H0Hs3/gRdraijqJwwx/08vs2+12cG8x/85d/mBq0jx6Dbaf5Uti37kQR/WZwtKfFLNtXvsuZY7IM&#10;vrmfht+2nvezf+BH2ZpxeolPMetnhj8BH9JdnCvMHn7zF5nIm8x+YdQ1qQ7BLqd3RflHXgPuzLw9&#10;nYsR9I37+Z+Ze87P9n9JoBWnxQh7gL+fN2RZNQVmZUjoqj4TmxGIAO0lgA6uzo/k+d20+7HKhlvY&#10;gGPai9cxM43+DrNZECY9zs7dc3U9xb6bFNM8v1S29KFnNeKcywXfwrmLghwW6PSYY4+MgfUbPv73&#10;YGHTL3LdmHhii3ZuvTFBdmpt3Pv2wbladjJKcTTwNMiBTMbOzgnngf6efwy/Hyeg0X0Ozn2469Mu&#10;G7s+jsrieoOIDF2V9OAgK7NQHEq7K6dBkVDsulcNK7Nv2xIS7Nirsvp3wq7PoF/zhjrSS6P5u8vS&#10;uTJZ6hb30SgmohuIzE3Dwq6iuaPWgQ1IPISHP3H9r8+f8GbRcOowagDaUTE++Jv7i7Pb9/oGn6hF&#10;9W1PTrbULZq+pb3MSyA8upPIHqMmdPRBfD8Oty4JcWORie8Eh2cI8yf84q/lR5oPrW+knQ5/iANo&#10;zR1YkkkgGmXQlnH93Or6EW9z2Z/wUu2tB6ZZPEH9Ld2cw1H/AJwa8uSHlpnmXVLaiElXEcgBbpQk&#10;A9O2XjNrBtwxJ+Iem0//AAb9WP7zDA79LDsgF5/zhDqCsRZ+d+p+AT2hrv02Vsh/KmYGjj+13+H/&#10;AINmP+PTfKTshup/84Y/mZZqzafqWl6nxP2KvETXpuwIqctHalfVjkPdu7jTf8GTsnIf3kJw+Rdk&#10;Du/+cWvzvtozKPKYugr8THBcRs9fHiSDl0e0cRvmK7wXe4v+Cj7PzNePXvBp2RW5/IX86bVJJJvy&#10;51jhGaMyRB+9Oikk75kx1OM9fvdrj9vewchAGrx2e807CNvyp/MyOQxSeR9ajdFDMv1KVqKe9QuS&#10;GfGermD2r7JkLGpx/wCmH63YBufJPmXTttQ8u6pbsBXhJaTA0/4HBHPA8iHIxdtaPN/d5oH/ADh+&#10;t2FfozxVT6nJbmlf3iMpI+RGWcce8OYMsD/ED7iHZh/efEwoo7mm/sMBlsyva3YYRRE8flvXpv3y&#10;JkGqU3YNjBAWnxVPX5ZXYapF2GERUAUNT1+nKyWsuw3sv7yrA1ehqN8hLk1TGzs695SjCTGUOUNt&#10;ZzStvSrP8P3eGYOSyQPN57XmxXfIB2BGPc9Wqa5ngO7AdiXc4bZB2NPTDbN2JkbfLFIdidB2yaXZ&#10;XemNkKHYWaoaQNv2O2Wcm/FzdkG8l6Yda/MHyvpnHkLvVbYMPYOGP4DMXWy4cEvPb5r2vqPy+gzZ&#10;O6Evudn2U8n25n8wWq/sqS3TagO33ZX2bi4tRCPm/HftJl4dKb6l2E3n25a51/VnovBHWGtd/h+e&#10;Y/auTxNbkkOmyPZjEI48fuJdiHkC2Fz5p05WrS3rKx9gMPZMfE1mMdxv5OT7VZjDRy8y7Af5i3fr&#10;65q7qan4InqQagt+yOoOU9sZRPXTkB5ftcf2cxcODGD73ZEvL9Xk0aKUUkvb5Aq9yORav3DMTGAS&#10;B3yA+13HaVVklHlGLsl/5hs8k9jDEVBMpdQRXYDt9BzL7ZnRA83Sez4AjKR7nZB7cRet+2jkmjca&#10;g0AAFc00J3Kt9/0O7mTw9HZJrVXVJGk+H90eXH323713zLhHnfc63KQTt3uwfZo1A5HLlUcj2HXf&#10;J4on5uPmkOTsmvla3MuqRKFqvKtD2b2zfdk4icwdP2nkrE7PNn/OWOp/XfzbGnA1Ty9oOn2YX+V5&#10;Q87j/hxnTduSvOI/zYgP0F/wGtJ4PYAyf6rlnL5VEfcsT9o+LHPNBHXfY5p31gL8YdsLJ2N3+jxx&#10;S7KNK/rxV2NO+KuxJhTJAsol2Jnv+rCzdiZ74q7EZDRCcSdldnL/ADRLU0yJLl4HZAmO52yFOU7G&#10;k1xAV2VhKuzGvfrgFK7LoT0yKHY32wq7Gcd8laXZ/9L4L5Nk/fzNirs2KuzYq7Nirs2KuzYq7Nir&#10;s2Kux1MVdm74q7HYq7NjSuzY3SuzZMK7NhKuzDEq7N3wFjzdjgK9cqKC7KyKHZsKuywPHbFXZWKu&#10;x1BhEVdmFMNK7K3ByPJXZWPNXZsVdmxV2WMCuyyKYVdgq1cJOhPRvhP04g0xmLDs9Aflf+S+p/mH&#10;cJfXEraV5cgnC3d/xrJMARySAHavap2zA13agw+mIs/d73z72q9tsPY0TjgOPMRsOg85fqdn0P8A&#10;JXkHyn5JtGsPLmkppsL8fWuvt3Uxr1llO58adM0E5yzyvIbL869tdva3tSfianIZnu5RHuH6XZ0O&#10;NLcURoxSmyjbv128cPDHkQ8/KUuduwQGdUYmkfD4nkVjsijr7AYk8PlTXQJ7/wBbs0aALzJFXJIO&#10;9CW2JoRiAOZWcujscJI0LQklz9mhHwg+GAzjHYoMSd3ZGfNHn3yV5NtnufMevWGiwItWhnmUyuQP&#10;2Yl5OSf9XIDUQkaxgyPcBbsuzOwdf2lLh0+KeQ3zA2HvJ2Hzdnl3zf8A85neV9PVoPJPl2bXpvs/&#10;W74fVYNunwish/DM3FotXl5iOMefqP2UH0/sn/gN6zMeLW5RjHdH1S/V97s8m+dv+cifzU88etBe&#10;eYH0fTpQVOl6SDaxcTtxZlPNh8zmyxdi4QeLJcz58vgOX2Pq3Y3/AAPex+y6lDFxzH8U/UflyHyd&#10;nE5JJJXaSV2mlkNZJnYsxJ8WNSc2kMUY7AU9rGIiAAKA6Dk7HJXoRXJEBS7FoxXkenTAQAwLsVZl&#10;UVpuB0wDf3KBbsFWqAsiUqWqW+nImVBryGnZ1TyhFILK6ZUpHHeRhJOzEJUgHptmHmmJH4Om1mSP&#10;GB1p2det2Z41YtzJH2jlON1mMUHYJyxm7LG1ajYYodjqdx3xUh2am1BtTAEh2Iy/ZOCSXZwbzwP9&#10;OPvl0eTv9H9Ds56T1HhlodiI07E/oxpk7N1xWnZeJCkOxpO+AIDsup8N8Nq7N7YkrbssYq7NvjSX&#10;Z3n/AJx4/MAeQ/PkRnCnT/Miw6XfyO3EQq8wZZgf8k/rzUdrYpcIyR5wv5dXz/8A4IvYH8rdnHh+&#10;rFc4+Zr6fi7PrvH6hiiZowOXxIa1BBHQH3p32xhLiiDXN+RZgAnd2MaWUE0cgEf3Y6jtvT9eROSQ&#10;6qIRdlevqCJySVpG5bB2FKnqRTwyIllAsEn49U8OKRoh2VHqlyoqV9T0TUqKVYjfYnwwfnMg350p&#10;00PdbsTe/uKlzHRJOMhjbf4vAewyBzz51z3pkMMeV8tnYp9bmBaQkK7kGXryov7K9hk5ZZXfXr3+&#10;7y+DHwo0B+P2ux5v79jT1CIySy0JDV7V8cfHykeSPAx927sePXk5SGRkcLTZiBt4eJwiBNkoJiNq&#10;diYtuTtGaSRMf3kkhBLtTpjHACaHL72RyUL5HydgabRtOuVf63odhcKfhZpbeJmYDZhUqcuGOQjy&#10;2bIazLAjgySHukf1uwok/LryDqIdbzyRotwEAJd7KOrEb1qFBPhlmOzy6OXH2h7Sw7w1OQf5xdhL&#10;dfkR+T96Z+XkDTFF0yvM6RtE1aU+Ehhx+jMnhuiCeX4+bnYvbntzFVaqe3mD+jd2RbUf+cWPyXuT&#10;LHb6Hd6e7rSKS1u5Aq+PUtU4Zx4TQkT9zttP/wAFHt6FGWWMgO+IdkJuP+cMvIM0jrZeZ9YtjwHF&#10;v3ciqxAoAOIJp88RxGXDY5dzvsX/AAZO04j14sZ38w7C66/5wkmR4zo3ncGIcaC9tqkk/s8om2p3&#10;2y/8pkI25F2Gn/4NJN+Npt/6Mv1uy/M//OOOr/lj5H8x+adT8x2N/FFCkMUEMUik8nAA5t3JPTIZ&#10;ez8mICciKt2fYn/BCw9t9o4dNjwyjZuyR+hbyBNM8sNXr+GEPsi7EyMKuxvXrgZjZ2JkbEDfCWVu&#10;xPoMlul2NG5wgWodhRq5pbyfLc5YQ5OLm7BP/OP+nHUvzc0WQpzTTUuLxtunpRmh+85g68jgjHvP&#10;7XR+2+o8HsjJ/SqPzLs+tn5ewctTuZ2NBbw1r7gbZmdiRB1BP80PyN7WZf3cY97s5b5huxdXt7Iw&#10;YSXF3IzA+ANBnOTkcmXJPvk9H2Dh4I+UYj7XZOfyttw2qahdtsLS0K8vAtXxzeezkCdSZdIxLoPb&#10;LL+7hDvLs5l5mmFxqN7cM5ka6vWEb8eI4oKUqOvTNBqJcebJPfmXe9lw4McY8uGPe7BnluBbjzLo&#10;EUagLY+tcsDvUJGV+XfbMjSw4s2Med/INPaeQx0mUn+Kh8y7N50lkm8wQUlIiggb1I1FeRcgVJ6g&#10;AeGVdrnjzAdwtj2NER0p23J+52FVp66FWD/vgKMCKqVJrt7gDrmDECwe77bcrLwkctnZJomQWspB&#10;q0kiKy07CrCvjmdEVAkdXWSB4x7i7DCEfaZhTkPkMuiR3uPN2dJ/L60M+rW6j4hyUL9J750/s7hM&#10;84dB2zkrG7PA/wCdWqjW/wA3PzF1FX5xnWpraFq1+C1CwLT2+DMrtLL4upnLzfrj2F0f5TsHR4+v&#10;hCR98vV+lZH9hfvzmOYT1gX4mffJAWzDsacWTsae+KuyiK7nFDsSbeuSAZAOxE+OFsdjT0wK7As5&#10;ARj7Ya71dnIfMUvK4I603pkTu52IbOyIt1yLe7KGKuzH2xV2bpirsup8fngoLTsx/DIhDsby3p28&#10;MlSXZ//T+C+TZP38zYq7Nirs2KuzYq7Nirs2KuzYFdjqb+2FXZY98Vdl4q7NiVdmwgq7NiQrs2SA&#10;V2YVxJCl2XU4EUHZWAop2OBIytiQ7KwhIDs2ALzdjhv1xKHZQH4ZIEK7LOEq7NXxwCQV2Y9MBV2N&#10;wK7NgV2WOuFXZZ67YjZXY7wxV2Ua9j8sVDs+n/5Daza6p+X+grAUjNtAtvdA0A9SIkOtB3PX3zit&#10;TGs04y2Nvy97d6PJg7TymW9mx7jy/U7PRFvLFKTHEWUqFZ5aUJNOw6D55YJXsNvN88nAx3LsNogI&#10;RshZ6AeoaMQeoNR45bZiO87OLL1HydhZ5h80aD5cszfeZNXs9FtVo0kl9KsKlB1KqTyY/IHKsuff&#10;h5y7hv8AYN3K7P7L1OtnwabHLJL+iCfmeQ+Ls8r+b/8AnMHydpiXFv5T0W78y3YLRx3U5NraBV2V&#10;1LAyOD12AzKx6DVZhyEB3nc/L9r6j2R/wIdfnIlqskcUedD1T9380fMuzyp5t/5yS/NbzS0yJrx8&#10;vWFwOJ07Sl9FQgqAPV3kOx33zZ4uxMQ/vCZnz5fLk+qdlf8AA47G0ABOPxZD+Kfq+z6fsdnCrm4n&#10;u5muLqeS4nfd5pWaRyfdmqc2uPDDGKiAB5PcYsUcceGAAHcNg7EAtK77+GWthdl7Dpvih2ao2pt4&#10;0xWnY/ke304KRTsfGXd1RFZ5GPwxqCWY+yjfIypjKgLPJ2db8k/kb+aHn27jXSPK9zbWRo0mqaip&#10;tbZa9PikAJ+QGYuTWY4bA2e4PKdte3HZHZMD4uaJl/Nh65fY7PZP5ff84aaZp89vqXnrXjrM0Mg5&#10;aLZKYrYsD9l5D8bjxGwzAyameYED0jl5vj3tB/wY82aJxaHF4YI+uRuXwHIfa7PWlz+UPk3zR5ff&#10;yrJpUGmWGmqDpBtIlQ2rvVRIrKBU7b1rXvluk0/iGUbIqvwXzPs72s1+i1R1QyGcpfVxG+KujRNM&#10;8O+dPJWqeQPMV15c1SkjQKJbK9UUS4gcnhIo7dKEeIwiMokg8w/Rns721i7X0g1GPboR/Nl3N5Gh&#10;TwyTvXZdPxxV2bYYrTsx6eOKuxCT7JPt1yJPRIdnCfPBH14+OXYuTv8AQ/Q7Ockb/PLnabOyu3vg&#10;Yuyh+vASVdmxV2NPXFLssE98KuzAHpTGkOy8UuxxHhvhV2CLR/TnRwaFTUfMGo/VleSIkK72jPHi&#10;iQ7PdX5f/wDOUN55csrPRvOmnza3p9mix2uq20gW8jjA+FXV/hkCjp0NNs586XNh/uzxR7j08ge7&#10;yL4V7R/8C6OryyzaOQxyluYkegk+7eP3Oz0/o356/lV5htoJbHzhZWJlaklpqJNrcRkjcOGFN/Y5&#10;CeqMRUomPwv7Rdvlus9h+2NHMienlKusPVE+6v1OzodjqumapGZNI1C01OAikUlpPHN8/sMa4Bqs&#10;RNAj8eTz2fSZcBrLCUD14gR94dg5uTR/3TBU2JYcWANd6Dp7ZYZCQ933NIoHm7GPLF8SrEwIA4Mx&#10;qV+Q71HU4JTHKmUYHnbsomHmfUZgCKLIRUCuxNckeEGzy/FqBKtnYJirESXb1KLSJuRWiqNmOx+j&#10;JwJiSefd0a5eobbd7sVZ/wB2G9BmYioYPuRXuPHJ8VDld+f4tiI71f2OwUJIyCirWKOjcW2C9gaD&#10;55d4gIoDbz/U1cJ5nm7MPUaRS7tQrx5dh1oTXEEmQs/jouwGzsXhnGy7ciSKVoWPSnLw7jbLRks0&#10;OfL9l9zCUHYPVhSCp51PEDqNt+oPYZlCQ9I5700kc3Y4R8wDGhR2JpyO4B8BvXtg4OLkKO/yW62J&#10;dgqOT0UjVhRJGoeI+2QfiJ8ASKZMS4R5H7Sgiy7JXaK8gVVUqlBQk0NR12/Vm4x3Ibcmg7NHbOFf&#10;85Z6wunflPa6WgIfzBrUKkvuWSFWdiKbChAGHtKVY4RHWRPvoU+n/wDAi0XjdsnL0x4yfidgpLvI&#10;TXoKUz5mmv39Bmofp9WxhwpAdjT8sWbsTbCFDsT8cmydjAP8xirsIdecpayV7g75YB0crCN3Z0z/&#10;AJxR0/1/NvmjVyvw2OmiFXPStxKB+pc1utN5IDuBeG/4Juo4NFixfzpX/pQ7Ppz5JpbaJr2oN8PG&#10;NwhPsDmz7JAhizZO4Pyx7SHxNXjxjydnFLwn1o1bdgGkdj4sa/qzl4EGHvL3HZkaxSPea+Ts6v8A&#10;lvS08v8AmTUmFOVUQn/JXOk7ArHhz5b6U8X7UHxNZix9zs4zeSNK+ncmLyRiaaQV6l2oD0FM5eAJ&#10;B95et08RETI5Gh8nZL/I8PLV72cqClrY0WX/ACpZKUH0DNn2bG819BE/aXTduTrBGPUy+4OyN6vc&#10;GfzBq1SzRK6RKg6rxHxU+/fNXrZXnkR0DsdJj4dLDvol2NgLM3MfvNyrMQONPfvtTKsUxL3LOgK5&#10;OySgg2dtFHGS0juxXsaUUHxzOFeGB3l1v8ciTyAdg62DD4eo2Ioegp1zIgNtmjJTs7J+Wwjtp7jU&#10;ZAFhsY5Lh2O20SFifwzs/ZaFSM+6z9jzfasTlyQxjnIgfM0tfZG+WfKW+vW1PUNS1JzybUr25umY&#10;/wDF0rSf8bZr8hMpEnqX7j02AafDjxD+CEY/IANgUAHhgWm42yDeG8afDEMhQdjD7DCzdjTXv36Y&#10;VdjMVdiTDc+PhkrbAdnYmflhZW7GEe/04qHYX3rcIXPt1wJHN2cW1mTncyb9O+RkXYY9g7CE7nA2&#10;OysVdl7AEg1xCuysVdmxV2bGldmoOuRtXZ//1Pgvk2T9/M2KuzYq7Nirs2KuzYq7NirsdSu+Kuy8&#10;Vdl4q7Nirs2KuzYQrs2HhV2bEK7N+GAjeyinZsCXZsVdmwEIIdl5EsS7LAyQiinZfTEjZXZgKYgK&#10;7Lxoq7NUHbEgK7G5BXZWKuy69sNq7KxV2WOuKux1Ad8Cuzb+OFXZ6w/5xe82/UNW1Ty1dVkguozd&#10;WIYkhZFFHVR7jrnO9s4eCccg67H9D5J/wUeyPFxQ1MNiDR93R2e6dS82aJ5Z0ybV9e1KPTtNhK/W&#10;LiRqActgtBUsx/lArmqGUGgBZPQc3w3TdlajXZhiwQM5nkP09wHm7PJnnz/nLfVSLnT/AMvtMj06&#10;KhjHmK+XnORSgaGD7KHwLVObXS9lZZ75DwDujz+J6fD5vrXYP/Akw+nJ2hMy6+HHYe6UuZ+FOzxx&#10;r3mPW/Ml8+p+YNVutYv5D8V1dymRv9jXYfIAZvtPo8WnFY4gD8deb7HoOzNNocYx6eEcce6Ir+34&#10;uyPsxPvTtmSA53CHYlXbr88kmnZXxU26YFdlHc7HFS7FILe4uplt7eCS5nc0S3hVndj4BVBJwSkA&#10;LOwa8mSGOPFIgAdTydnevJf/ADjT+a/nBYbhdE/w7ps266hqzejUeKxCsjfdmvy9p4o7D1HyeE7Z&#10;/wCCR2N2aTHxPFmP4Yb/ADl9I+bs9VeS/wDnDTyfpgjuvO+uXfmS5H/Sts/9GtifdhVyPmRmvn2n&#10;klyqI+Z/U+W9s/8ABh12e46LHHEP50vVL9Ts9MeWPyy/LnyZGBoPlWwtZGNIrsQI8xH8vqPUgV98&#10;xfEsXORlZ/G3J827T9pe1O05fv8ANMjusgfIOzpViVtkEaKWkLGSaR96n2qBsBtQZfpwMcQAN+Ze&#10;czes2eTsprmWWZWIEaQglSu3xd9ulcZZDM+5AxiMa73ZLfLcgE16FY8mEUpc77hivE/fWubbs6Q4&#10;pb9x/Y0ZBsNvx3tHPL//ADlXYxGXynqax+ncH6zbOxHxMuzj6CSTg1W2XlzD7R/wJNQf3+K7FA/o&#10;cOmeQxU9+nbKn2hvHYq7Lpirso1ocVdiEnQjt2wFRs7OHeeo6XYY9e+Wwd/ojcXZzhup7ZYHYRLs&#10;Sw22OyuuNrzdm2xpaLsqu2+KuyqnwwK7HA18K4aQ7L8D3xpIDs1R2rgQ7FYSRIu+xO/04kMZiw7J&#10;RPJ/o0B6loxU++UxjuXWxjci7CCZ6gjx65eIeTkiIdiEGoX+nOsmn31zZPGfha2leIg/7AjI5NLj&#10;yfVEH3hGXT4swrJAS94B+92S+w/Nr8y9JdX03zzrVsVHGhunkDCtdw5YHMQ9j6U/wAe7b7qdNqPZ&#10;PsnOKyabGf8ANA+52TrT/wDnKD86bCir5sF2a1aS6toZXNe3LiNsrPYmIG4mUfcT+10eo/4GXYOX&#10;c4OH+rKQdkv0n/nMH8z9PV1vbLRNYQqEWK4t2jC06kemw65SOxODaOSVedSH3Op1X/Ah7Iy7wlkg&#10;fKV/eHZN9L/5za18PL+mvJGn3MRUcRZ3EkTBv9nyGQn2ZqAPTkB94/UXSar/AIC2mIHg6mYP9IA/&#10;dTsnsH/ObXlaVFN35I1W1nYgF47mGVFUClaUUkg9BkZaPV1ygT7z+p0U/wDgK6yJ9GpxkecSD+l2&#10;TDTP+cwfypupkW9tNZ0wUAN3NbrICOPUiJiRv4ZAY9TAi8V+6Q/TTqNT/wACHtnHG4Sxz8hKvvDs&#10;mOmf85M/k5d19TzZFp8IoAlzFMGZmNCAAvwgdTXKY580T6sUgPIcV/b8XT6n/ga9uY+WAyPkRt9u&#10;7snWmfnN+VGpxLLaef8ARqVqsLXAjbbYEhwpG2WjWwj9QlGjy4T+p0eo9j+2cBqelye+r+63ZLrL&#10;zp5UvQJLLzNpNyFILCK8gJYldgKv+GTj2ng/nAfY6rL2NrMRqeHIPfGX6nZLYGgdiIZC7E8VmjIY&#10;MGp3B71pmfiz4ZfTIX3guqmJAb/J2HsFyglEUlqBLGDyqtAtBQkddhmzx5o8VULDQYmrB5uyU6Ws&#10;C8CoURr1X7QrT7dN67dM2emER7muV9VrdM8f/wDOZ2skW/5e+XaAlEudQLA9A1IxUbVJ3qcxu1Zy&#10;MoR6CN/N9z/4CuiPFqdR09MP0rI6VkI7mh+jPB+1TtTxzXxffFXE/wDMYlIdiZp88DN2MINPDwye&#10;wS7E6V7fRhAS7NSmSpQ7Ij5mk427ivX+mT6ObgDs9J/84naf6XlrzXqzCjXuoRW8beKwxljT6WzU&#10;6g3nJ7gA+U/8E/PeowYu6JPzNOz6A2X+hfl5euy/FeGgA6nkabZtcX7vszIT/Edn5s1svG7VHkfu&#10;dnCruQm5kLbmCPhUbD4RtvnMgUBs+jaGHDgjXU383Z1/Sh+jvyrvJqlJL0sykdfiNK18BXOh0lY+&#10;yckv55P6nz/WHx+2QOgdnFLjkL8xtMJTBAkbkkmpO9TX8c5bHDhAF3s9niAOKwKskuzo3kqP0rDW&#10;7mhFJY4FJ78I+bbexYZuuyxUck/cP0vN9tSvJjj5E/bX6HZzn1hJe30h3eSeR2fYfCDtUjc1IFc0&#10;Gap5Cbvffyei4OHHEeQDsNrMJwdvhVSetdip/ap0y2FG62cTNdh2SCNFf6sFqVjgXfpuxJrmUQdg&#10;OQH3uvlKrvqXYaIPsioHxVBH9My4Do4pdnQJ9QHl/wDKn8xNeLBWs9AvTGw7PLGYl/Fxnc9iDw9J&#10;kn5H7XG7F0n57t7SYK55YfIGz9yx+gHiwGfLSFPTijjPVFCn6BTNJVP2rM2SV+KYsXY00+eKh2JH&#10;Y+HhlkReza7G7dsBV2NIwJdjCD4VGEUdldiTD+3Dumy7EjhbHYTas/C3f2BwFlHm7OJ37cp5D4nI&#10;F2EBs7C0Ys3ZWKuzYVdmxV2bArs2FXZVNvbB1V2f/9X4L5Nk/fzNirs2KuzYq7NgV2bCrsumKux3&#10;TFXZeKuzYq7Nirs2EFXZsbV2VkrV2XkSrs2NodmwJdmwq7L7YFdm38MSEU7LBOw7YiSC7LHhT6ck&#10;Qh2X/mMCuyumRJV2X/nTI7odlHGyrsqmKuysVdmxV2WN8VdjulBirsvFXZK/I/mCTyv5r0XW4ywF&#10;rcKJgDSsb/C/4HMLX6fxsMojnzHwdP292eNfosmE9Rt7xuHZOPzG846l5w1yea4uHbTrN2i0u1Bo&#10;ixqaByvQs3Usd8r7M0UcMBIj1Hc/qdR7M9iYuzNMAI+uQuR633e4dzs5dKvVa9eo+Wbh6cOwGy7E&#10;9vfA2AuxArsQcWYNuxOijcnbxOKNy7OieUPyn/MPz0Vfy55Zu7i0qOWpSp6NuAe/N6cv9jXMPPr8&#10;OG+I79w3Lzva/tZ2Z2V/jGaIl/NB4pfIcvi7PXXkr/nDjTYPql5+YHmF713NX0XShwSv8rTtVj9A&#10;GajL2yZbRFX8/wBj5H2z/wAGDNMyhoMXCP589z8I8vmXZ608qfl95I8j26ReWvLunaXxADXiRq9w&#10;7Dbk0rcmJ+nNbPPKe85W+Udq9v8AaHakidTlnPyuo/6Xk7JoJOdBVmVvtA9ae2RExWzpjGnY+OWd&#10;hIJIRCwkI+IihUbBu3XLIGRBsUWMoRFUb2dl27w8vWkAMKnihrvXqKA44zC+KW4XJGXIc3YJe5Zi&#10;USTlyoSD0+/vlksx5AtYxgbkOzKz/DIa8KkUA2A8QTvg4qAJNDcKQOTsJtM/NLyTYeb7XyqfNemR&#10;a7fwuYdPM68vhI2Z90Wvua5fou0Y48vEPp5cW/DfQE8qdp/oZ7Qy6U6oYJnHE7yr7hzPyd1wg/5y&#10;dSK88k6Fc8uc1nqY5THfkskZHwexIzearIJmBG/Pe3rv+BTkMO0MkOkofaC0BQnw7Z4aGw2P0ZQ+&#10;/BvH4q7LpirsrFXYi+4OKuzjXnyKjo3bJ4y7zQnZ2cpf55cHaRDsS6dcQzdlV+7Cl2VShFMih2OI&#10;/DEIDsoHxxpNOxvTfDSux9R/TDauy9j1rXEhXZfIqCRtxBI+jARspDs6V5p0SbQbmGxnt3gSW1t7&#10;m2Z9+STRq9Qfm2YOiz+NjEurzPZOvjrcZnE2RIg+VEh2QGeMAkK1ajc+ObCJd5E97sK5Ecb128Ms&#10;sNoIdiDVrsd/DJs7djN1NSKHth5rzdlBqdd8Tul2Pr4dBiAAwp2ODMaEnbviAEU7FVdj45ExBLEg&#10;OxdeQ2ruT45ExtiQHYKWm1aHwJ/XkZRDF2DIaKVYqKg1Cjah+jKp4h3NUo27JJZa3rVqYlttYv4Q&#10;u6JHdTKAegNA4G2Yc9BglzgPkHX5dBp8lmWOB98R+p2dB0n8zfzF06P0bPzxrUaVU+k13I6mm2/M&#10;tX5Ziz7Nwk2I17iR9zotT7K9lZjc9Nj/ANKB9zs7h5V/5yG/OqFxDH53uLgSOqt9YgglUVIFAOAx&#10;/e4f7vLOPxv73k+0P+B72HLf8uBXcSP0upXL/NLzpr3nfzBDfeYboXd7YWcdohChVRBVuIUbDrmZ&#10;gOSQ4py4iervvZHsTT9l6QwwRoTkZNAAdBTOZHpmS9U3jOtcNq7GYGx2MNfn4YatXYwbfTkxEsnZ&#10;j0r45IqHZAPNcvGMjJHm5+AWXZ7e/wCcdNN/R35T6RPw4yanc3V0a9wzhFP3LmklO8k5ef3B8L/4&#10;IOp8TtaY6QiB9luz2P5ijFt5L0WxqVM7IzEdqb5uO0f3fZ2KBH1F8D0UuPX5MnOrdnn+VvUe7l5M&#10;Q8jdfnTYZzeTbYPqUR4eKEe4B2ds8zD6h5F8u6aCqSXIjLct9juajvnQ9ofuezMUOsnzTsz992hl&#10;ydBbs4ZGBLql/IGqktwVVe1EFK/fnNwA4gHuZHhwQj3D73Z1LR6Wnk2S5j2a4e6nNfGvBR8vhzda&#10;X0aaUh1kfly/Q8rq/wB5rhE9BEfp/S7OXWAjEKtxY8+Uo6KrMTsu56HrnLxPFIvT574vsdh1bHlG&#10;qFEJdaScgQvyBzIiTXKnCybG3ZIo05XcyoOMaKEQA7UUAeO+bEipUHXyl6ATzdhmn2k+HjTqT0AP&#10;9cyI04suRdhj+dd5+hv+cfNfjHwPr95p+nJ4lZJhI/8AwqHO7xfuezD50Hc/8C7TfmfajFI7+HGc&#10;/kKH3rG+2g+ZP3Z85RmhJt+sibX5RP8AbgV2V326YUkOxp+mtKYgpBLsTP3YSbZuxpxV2MIO/wCr&#10;CCkF2JMKV32w3bISdibb9+2FmBTsi2vy+nbvvTY0wENmMbuzjNw3Jye3jkHYR5OwKfEYpdmoKVwq&#10;7KxV2bFXZsVdmxV2VTeuBXZ//9b4L5Nk/fzNirs2KuzYVdlgVwK7LHvvTFXZdMVdl4q7Nirs2Gld&#10;mw0rs2NK7MDhIpXZsBV2bIq7LxRbswGx9sICXZWPJXY4HwGFXY7FFOzY0rs3X6cBIQXZeBi7Kp9O&#10;KuzYq7K+jAQrsvfp7ZFXY0DemI5q7MetPDEq7MOuNK7HEA98VdmGKuxw6inXtgQ7JFDJ61vE9atS&#10;jH3HXDFwyOGVOwJIKkgdu+XhsdjtO0nVNbvU07SNPuNTvZSAltbRtI+/chQaD55VlzQxRuZAatVr&#10;MOkx+JmmIRHWRp2enfJf/OIXnzXoo73zXqFt5RtWAYWRH1i7YHpVVPFPpOavL2tHfwwT9gfL+2v+&#10;C92dpSYaSJzHv+mHzO5dnrHyR/zjf+WPkl45/wBEp5g1SMKw1PVCJ2SQDdkiHwLv2pmqz6rNl2lI&#10;Adw2fKO2/wDgjdr9qXHj8KB/hh6RXmef2uzukcSRpHFFAIUjPBI0AjUBRsEUUFMxBEdA8NKZkSSb&#10;J79/m7EWUQHcEkULkglqN7+OUyAgR/bzZj1uxSOSOgaNkWgJL02r0oR1r45ITAG234+9jKJ6uzM7&#10;+mXqrMP2vnvg4jw+aiIunYUtcXFxIIefLlQFgaKoHfl2zDnkMjUj+hyhjjAXTsgHnD89Pyx8hp6e&#10;q+Zre5v4q+npOm/6ZOxGxqsZKqfdjmw0/iZhWKBPnyj8z+16Dsj2H7W7VN4sJET/ABT9Eft3PwDs&#10;82eaP+czJDyi8keUhEKkR6jrMnNvZlhiNPoJzOx9k5575JCI7h6j8zt9j6P2X/wHBsdbn/zcY+zi&#10;P6A7PN3mr87PzQ85VTWfN11HZkELptifqluAx3HGKhP0nNli7HwR3lHiPfI39nL7H0jsr2J7I7N3&#10;xYImX86Xrl8y7IV5dnA1WOUn4pEkWpO5JXvXxzLzYoiFdHoNTD93XR2er/LH5ga9qXky78j6xfnU&#10;NOt3W80k3DFpYHQj92jmpKkE0U9M1EMHg5Rwmok8ul+Xc8Dn9n9Pp+0Y63DEQkRwyrlK+td/m7Ay&#10;0G/XNlzd47H98FK7HUxV2NNe+KuxFxsffFRs7OV+eoeUAcjpkoCi7bQnd2cZfr0+eXDYu6i7ED0r&#10;kubN2MrU4KV2PApgKCXZRPbxxS7NTG0Oyhh4kguy6UwhIDsdhQA7M4DRshr8QIr88jLbdFkbuz64&#10;3X5Y+VvzC8maXo+vWaCa0srNrXUbdv30bLbRjaQDf37ZyegnKMfSaPN+Q8PtNrOxtfPNp5bGUrie&#10;R9R6Ozzf5h/5w41ni8/lnzRFPSpS01CMoxA6EMm1D7jNvj7SyR+uHyP2vo/Z3/Bjw/TqsJHnA/oL&#10;s4Tq/wDzjl+cOl1r5VfUY6Fg9lNHNsDTpUHMuHaeA1ZIPmC9xpP+CN2Hn/y3Cf6QIdnOdX/Ln8wN&#10;C31fyfq1goNGeS2cqK+6g5lx1WImhIfN6LSe0fZuq/udRjl/nB2RCe3urZilzbTQMDuskbIQR/rA&#10;ZkxkC7eGWExcZA+427A4ZTuCCO/fCzLsuhPQ7YSh2PApvTY9B1xQXYqg6bivtixdiqB6kkbnpkSg&#10;uwZGgqDuKHr/AEyJLAl2GESfEteg3Ne+VFqLsMIASQR1Y9fbKpFpk7Dy2QVPJix3+Ae/QZXM0WiZ&#10;Ls6x5KthPeWELxhlUmeYHoAo+H8dswsx2ee7VycMJH4Ow01K4N3f3lwTX1ZWIPtXbMyIoAOy0mLw&#10;8MY9wdhaaE9ctDlOxhP3YbSA7GnJVfJmA7Ezkoghk7Gla98NIdlNsD8sLKPN2cw82TVbgDUjCT1d&#10;jp4uz6YflnpZ07yL5F0pVPJNOtRKtP2pf3jf8SznsZJG/U/eX5m9rNV4mt1WX+lKvhs7O9/mTMsF&#10;votqoNIbdnZQfBds3ntFQGDGegt8q9ncfHkme8gfa7OF2MbTyWkAHP6xOifewJznCb2HXZ9K7QmM&#10;eOZ7ouztH5mt6Y0WwXZbaDnJt09NK9ff8c6D2mPAMOIbUP0PnHs2L8TJ3mvmXZwjSi3xzuSFZ2kJ&#10;I7HfOcx87e71e1R8qdnVNYBtPJVrbJ8LPaxoQPGXcn/hq5uct49EOhofa8ppD4uvlL+kfsdnNrV1&#10;CgNFx4UVGO3ILtyHh45zsQbNCv0vR5QSdi7JDp6Ge4ijVaBwCydaKN2zKwgzkOhLr9RLgiT3Ow6g&#10;4lmevENyNabkE9AMy41bhZL5Ow1tlDSxRhKsTvUeOZWGNyAcTKaBLsj3/OVt6bH8u/y70NTQ6prE&#10;97LH/k2tvxB/4KTO77RHBo8UT1JL3v8AwD9N4naOr1B/gxiPxlL9QWdZD7L+vPCWc9T9Ir8rxxUO&#10;xpGEMw7GmvjhZOxp74q7Gnw+7FXY3t4Hww2rsSbrhAZgdzsRcgf0xZAU7IL5pl4wMteoOEmm/CN3&#10;ZyaXc1yoOcHYgTkkuzYq7Nirs2KuzYq7NimnZVR0wIdn/9f4L5Nk/fzNhV2bFXZfyw2rssDocirs&#10;dirs2KuzYq7Nirs2KuzZMK7NgKuzYLV2bFXZsCuzDqMVdjj1GFXZvtb4VdjgKY0rsvCrsr/MZG2N&#10;uy1GJpBLssGnbIFBdlE1wgq7Kwq7NTBauyu2/TxyKuzdDirsrvXFXZWKuyxvt+OBXY/CrsvFXYb6&#10;W/JZYidh8Y+XQ4Cd3FziqLs9MflN+QF754Ft5g8xyS6R5YkIa2gjFLq+Wv8AusGvBD/Md/DNXrO0&#10;+C4Q3L5l7Xf8EKHZZlp9MBPMOZP0w9/efJ2fQDyp5Q8reTrVLDyzoVppUSR0MiIPUkI2JklNWb6T&#10;mmlMzlZ3PPd+fe1e19Z2lPj1OWUyT37D3DkHZMzGztvKVVQeR7MT096ZOUb606fiA6OxJQoCr6Ra&#10;ZN3atFJ7gZWKG1bsjfO9i7GvdR0eN42QHb5g+GVSzx5EGkxxHmC7LWb1V2DFAPgfiRyp0FMJycQv&#10;oPx+Cphwl2QbzZ+YXknyTH6/mTzJp2i8lDtZyyBrpx2ZLdOT1+jKOKWU1jjxG+g/At3nZXs/r+0z&#10;w6bDPJ5gen4yNB2eV/On/OZWjWoktfIflubUpCCp1PVf3MJbxWBSzkfMjNli7Gz5d5EQHXqf1fe+&#10;o9jf8B7POpa7MIj+bDeX+mO32F2eVvNX50/mR5uhe31vzPPFYuSf0VYUtYPiNaFY6Fqe5zaabsbT&#10;4t64j3nf9j6l2V7G9ldnS4sOEGX86Xql9vL4B2cpMq8megq3fv8ATm2EAKD1XBtTsv1ifs7E7YSA&#10;F4AHZa+o5oAdv4YkgKZAOyQ6XG1rd20zSLGDUjka0psQaV8cxssrDh5ZWC7Ow+XNRFtKnqsAsvwc&#10;u3hUZhy3Nuo1GIT5OzqS7qpG9RlluC7Hge304q7HYq7GEbfqxV2Jv0OKuznfnSP1LJzShGSjsQ7P&#10;RGiHZwmQUJr9OWh3Yt2BSdzkt2x2NwkK7NX8MFWtOyhSvvgS7LPucJV2bBSC7MDTCArscCe2ItQH&#10;YqkZlkihBFZnWME9KuQu/tvkcsuGBPcEZZ8MCe4W7PuN5VsntdE0+0ahMNnbo6qtPsRqCR7VGc5o&#10;IegPwz2pmGTPOY6ykfmXZIphGiAPUlloSBXavYjMnKYiO/V10CSXYFLICQByZx8FetPGg6e2USkL&#10;bQDTsQdYpB0Wooqq45fRQ9675XOMZC6o+bMGUf2Owtu/L+k3nrC90myuvrH94slvGwO1NwVO+Ix8&#10;O4sFycWvzY64JyFd0i7IhfflD+WWo1a+/L/R5mpwD/VljpQU2MfHLIZcsBtI/N22D2t7Ww7Y9VkH&#10;+cT99uyG6l/zjL+TGoKy/wCFBYFqMZLG4mjIA9uTD6MyBq80f43c6b/gldvYd/H4v60QXZELj/nD&#10;38q5a+lJrNqD9grc89/pQ9snHXZ4nmD8HbY/+C92xHmMZ/zf2uyI33/OFGhSAppXnG/t52JKpc20&#10;bqFP2d1IOXDtHLdcN/Y7jB/waNSN8ungR5SIdkYn/wCcJvMYX/cb5206ViaUuLeRB7fZZv1Zfj10&#10;pbcP2uzx/wDBq03+U00x7iP0uyN3P/OHX5owxvJZ3ui6hx6KszxVWvUc0yUNYJb0XZ4v+DD2RI1O&#10;GSPwB+4uyI3X/ONf5y2MpjPk+S8Xlx9a1milT5/aBp9GEamMncYf+CV2FlF+Pw+UgQfudgab8jPz&#10;Zs24zeRdUAiBLMkQkGw3NUY/Rj4t7ORD277FyDbUw386+92AoPy+8526iefypq8AJKR+pZzD4hsT&#10;Tj0GRlPi6OZL2i7Pn6Y58Z/zh+t2dU0Dy/qGkaLrGqXOn3FrDZxLbpLPE8XJ3FOrAbknMWPrkB0d&#10;Rk12HVanHihMSJN7EHYOyLAbUP35sat612JNtkmQdiRFMDKLsaw6U2ycWYdiZHfDul2Vk0OxKU8U&#10;YnpTECyzgN3ZynUIzqeu2FglWa7uooQB/wAWOF/jlWpnwY5S8nYGfhYpTPQE/IOz6/eWbHjqmiac&#10;q/DaiGNV8BEgUfqzXaXEZTxw8w/IXtBqL0+Wf84n7S7Dn81btjqUkSOCLW2CN827DwzO7fmJ6vh/&#10;mxdB7I4BLhJ6yv5OyCeUbcXfmHQ7Y/F++Dnb+XfNTpMfHqMce+Qem9o8vh6TJJ2TH80bznqWoqrt&#10;S3s6KBsfDr7HwzN9o5metrpEPL+zOKsUD3ydnL9HgcrFCdy4VCf9b4dq5poR7ur0+tyAEn4uzpPn&#10;hxHaWFoj+mDIke9NuC+/jm37XPDjjC65PNdiDinKZ7ifm7OepCjtxLVQ1aOp7VoAM0Q2Px+x6AzI&#10;DskdhGxmBbpDGz7HetDSv35mafeVno67PIcPvLsMrVfhFV+Ja7nt4ZdCNcnGynfZ2STR4DPf2yV5&#10;EkcqfzVzaaGPFlAddq58OMl2cZ/5zAvy3mryHoQeqaT5ee6kjB6SXk5pUf6sedf25LhOLH3Rfaf+&#10;AbpeDs3U56+vKAPdCP6yppu0h9wPuGeRs0D7YqZiPowg0kF2N8ffpgZAOxpNRQDJDmkB2NP+1jzK&#10;XYmadwfbJcKXY2n05FXYxx70rlgNjzSJF2B3+zgZi+rs5l5rm24V9sZHZysIdnOH3brlYcsOxPfp&#10;hS7N8hirsrFXZsVdmxV2bFJLs2KHZ//Q+C+WbMn7+ZsVdmwK7H06Yq7LxV2bFXZsVdmxpXZsNK7N&#10;khSuzYq7NgV2bIq7Nirs2KuywK74aV2KZJXZsVdlb4odmpgtFh2OArvlZNsXZWBXZsNq7NgV2WRQ&#10;V/DJBQ7G/wCdMBCuzDvgIpXY0muKuzV2pirsw3OBXZfeuFXY7Ars2FXYceX57G31zSn1MMdMN3Eu&#10;pBevoFxz/DMfU8XhS4edbOD2lDLPTZBi+vhPD762dn2L0JoBY2X1JkGnRwILYw04+nSqBSNqAZx+&#10;DcX3vx1rhLxJcd8ZJu+/q7JbDeAcOFFpQAKNzt38MvGSuTqZ4u92D1cSsX3aQ0Z0HTfp7ZIniN8y&#10;0cPDt0dhXqWqafplsbzULuGztIn4zXlw6xRqaEnkzEAADvmJmzRxkAndy9NpcueXBjiZSI5AWfsd&#10;nnLz3/zlT+XXltJLby/LN5z1SEMFhtKxWSSD7PKeQVcV68RmZi0WozkcMeEHrL9A5/c+idh/8C3t&#10;TWkSzgYIHrLeZH9Ucvi7PGvnj/nJH80PObzxjVx5d0ybj/uM0qsQovTlMayMfpGbfF2HhBvKTM+f&#10;L5DZ9i7E/wCBz2R2bROPxZj+Ke/+x+kOzgtzNNdTyXN1PJc3MpJkuJWLuxPUlmJJzc48UYDhiAAH&#10;vMeOOOIjEAAdBsPk7EqhdzufDJpp2NqzsSan5/hja2A7FUj7s3jt13GRMmEpuxcBU5UUb14luwpk&#10;LtrO7sN9K0PXvMExh0XSb3V5iCTHaQvIARQGpUUBpTK8mWGMeogOLqtdp9JG82SMB/SNOzvPlj/n&#10;Gr81vMCWwuNMh8uokoEsl/KFdFcGjGNKsRtmun2phBIj6vc8P2l/wSextHfDM5TW3CNjXSzs7Oxe&#10;Yv8AnHLzJ5V0+O90wPrCxRhr+NCrq7Hr6SAB1r1Na/PMaOpmT6xV9R+l5rsj/gk6XX5jjy+iz6el&#10;f1jyLsg+gyyvBNbzoySWknpmN68l9iDvtmbCVveylGQBibB6uw+p4ZNg7HCnc/Rirso4q7EWHU98&#10;VdkM8zRCSxlrvsdskObm6SXqFOzz3dqFkcDsxy8F6KDsAHC2EU7KwGSLdlb+GBLsx2FcKuzHpiSm&#10;3ZhXxxDF2XjSXY6vtkk8LsE2sjRTwSKeLxurI/gQQQR8jlWaAlAgtWePHAxPIh2fRz8mv+cj7Ga0&#10;sfLf5g3n1HUbdfRtvNUgHpTJXZLmn2W7cuh75zgjPSbUTDpW5iO7zH2jzfm32y/4HGWE5anQR4oH&#10;c4xzHnDvHk7PYfrxzxQ3MM63EEq8ormNxJE4O4KMtVI8KZaMscv0m/tfHzjMJGMhRHMEUR7xzDsC&#10;rEgc+sOBY1Sm23Yk+33ZTGFSPF8P2thka2djfrCcyh482UEkEAV8AffD4guj1ZcBrydm9VXQozGM&#10;Ls1RWjH+zBxAijt3/j7EcJB2dj5JY4gfWovqgBCDShrQcV7YZTjHmiMDLl0di0fpDirhk59O5Y9d&#10;/nkokCrvf7WEr6buwSY+asFdVkSjO9SKr4Df9WW8PFY7mAlR8nZcSoFQCaiLuzF6n3VPE1ycYiqB&#10;29/3MZE3y3/HN2GZiLAENun2jTqCOtf15lcN7/jl+LaOKnYstrE6AcnZy1SrUoKd/llgxRlHmSfx&#10;9jHxDfk7MkZQxuzgICCAtaEV3NN8IhRB+wIMr2dh7aLG0kjLQM+zLWlN+vTtmxwxBJLjyJA3dkss&#10;ISEpJJRYCxLHfkelB/tZtMGEAUejUT3Bo55Q/wCcvvMMVpoHk/yhAOM19czalejiAfThARFY9SeT&#10;E5idoGI4IAcrP6n2z/gNdnGepz6uXKIER7zz+xYn2mPbpngfrt4Zr6p+glTEGrvhDIOxh64erKLs&#10;TI28csquTN2NyMQrsaVyxXYA1BzHA+/auGIsN+IW7It+W9iNb/NTyjZFeatqkUkg/wAmI+of+I5h&#10;68/uSO8gfa0e0Wo/Ldl55/0D9uzs+vXkaD6x5ljlO/oq8h9q5PsqHFq4eT8f+1GQw0gj3l2RXz9K&#10;Z9W1CQt/fXAVF7FU365gdpET1WSXfs5fstjqMduUT9rsEflhbGXzZFIqkLaW7S18KimZHYmPj1sK&#10;6An7F9ssvDo+H+cXYVef7oz6hq7kFTLcJDyDUUk02Hj0zB7Tn4mqySPO/g19gYuHHjHcCXYX+XIh&#10;JqtgjkBPVjaQ+y7/AMMq08RKcQeVhyO05VhmRzouw+87zJJfWkch2jDSEHcDsT+OZXa8rk6/sSBj&#10;jkR12dkSjEYDr8UgDKGqvxV2oB/XNKOZ8nbSvm7JJagpBdlgVICq56lizbAfdmwwgUbdblNyi7DK&#10;IstAftkAn55eC40qPudk18p2wl1WBFFPiArXc75vuxsfFmAdR2nkrE7PI/8Azk3qY1L86vNMasGi&#10;0W3sNLQeBgt1Z/8AhpDm67bnxaqQ/mgD5B+mf+BPozpvZzBY3yGc/nKh9gWR/ZJ/mJP45wPNYBT6&#10;QBS/K38ciSxJt2b5fTgW65uxM132/HLQQ2h2J4CLV2UdxtkoxpDsZktil2NNKe4yNElQTbsCTGik&#10;5Ebtrs5D5om5TkVyMuTm4Q7ISx36/LIhyHZQp88Kuyq+G2KuysVdmxV2bFIdlYq7LxV2f//R+DGW&#10;sn7+ZWJV2b+ORV2Pp4/TirsvFXZsVdmxKuzYQrs2JV2bGiFdmwkq7NkVdmxV2bFXZsVdigFMlSuy&#10;8aV2UTTtjaHZvA+OG0W7HEUyuUrYkuzA0yKuxxFe+GldjSa4LV2VgV2bxyVK7K6fdgS7Krih2NxV&#10;2WNsVdm6nFXZdabYq7NWvtXFXY7FXZqV2xV2fSf/AJxy87N5p8l2mn3UtL7y3/oV7I37US7xNT3X&#10;Y5x2rwfl88o/wncfH9r80/8ABF7E/IdoSnEenL6h7+o+bs9F6pr2j+XdPuNV1i9t9J0q3TncX1y4&#10;SML2HiSeygVOVzycBAG98q6vnel0GfWZRiwxM5nkALP48y7PIvnr/nLiOAzWH5e6ObkJ8MevaqCE&#10;HUEx2oILexc/Rmfp+y82XfIeAd3OX6vvfXOwv+BJKYE+0MnD3whz+M+n+a7PHfnHz75v893f13zX&#10;r1zqsigrFCzcII1JrxjiSiAV9s3ml7Pw4N4x37zufm+wdj9gaHsqHBpMQgOp5yPvkdy7IMzAbg1p&#10;tmdTvBF2Is2FkA7Gff8AL542rscie3c9ehHb3yNtZk7DjSNC1nXrlLPRNLu9XuXdYvq9nE0z8mrx&#10;DcQaVoTU5VkzRx7yNOHqtdg0kOPPOMI1dyIHL3uz0V5L/wCcVPzF8wiG41xrXyhYyqHAuT61zSu4&#10;MUeymnQMc1Go7bwjaHqPyD592z/wUezNHccHFnkO7aPzPPfudnq/yr/zjL+VegenPeadL5lv0ZhJ&#10;NqbmSKjU+EQrxXald65p8vaeoyiuLh9z5X2p/wAErtjV3GExiiekBR/025dnetN0zTdFtxb6Zp9t&#10;p9v+ytrCsUZHSpVAN/nmEZHnI8XnzeE1Oqy6mXFkmZH+kbPzLsFXdzBZWl1e3Nytpb2UXrXU71Ko&#10;oYFmoAT02GW0KNdBf6S14ccsuSMIjiMjQHf3OyZ6b6YtYPWQsAXVWJO+9diO+bjRgeGAdw6nMSJk&#10;h2ea/wDnIXyro2lz+XPMGk28VtLqzXFtqAjXgXeIKyu4HU/ERXvmwhCMCDHkRy7qfaf+Bd2pnzDN&#10;p8kjIQETG96vYuzzgKCh+/LS+uOx222RQ7KNN/HFXYi1Nxh5pdkb1qIS20q9yvTD0cjTmi7POurW&#10;5guJQwpQmmXA29HhkCA7CU98m3k27GEA5Gldl/ThpDs304kK7NgpXZumNq7Lwgq7NgtXY9WoR1FD&#10;tTE7hNbF2S4yqF+Jq12I7/I5hGPE6YwsuyU+WfzN88eS5Uk8seaL7TY4weFoJDJb7+MMnJPwzHn2&#10;dimeKqPeNj9jp+1PZfs/tMf4TgjInrVS+Y3dnZ9O/wCcxvzEsfQXV9F0XXFjoHm9N7WV1/aFYmIF&#10;fllP8lZP4ch+IB/U8Xqf+A/2ZlvwsmTHfmJD7XZ0zTv+cz/LF1xGteSr7TJSQZZrSZLmML34o4Rq&#10;/PMfJ2fqhyET8x9m4+15nUf8BvWQ/udRGY7pAxPzFh2T/Tv+cqPyY1CQCXWr/Snb4q3tk6ozCg3Z&#10;C/bKZafUR3OM/AgvP6j/AIF3buEbY4T/AKsxf207OmaP+bn5Wa6DJYeeNKnem4kuFhdaeIl4mlMp&#10;OYR+uMonzBec1nsl2xpdp6bIPdHiH2W7Jha+a/Kt+3paf5k0i+ZQWdFvISQB4ANv9GS/OYboH52H&#10;UZeytZi3yYckf82X6tnYcrJDdGkTCaOGglkiIZUqKg1BNK5IaiEzQI28+ThyjLHz2J7+rsdHKSTy&#10;UyAH4WYU38QflluM15hjKOzsNYpSoIhhoXBo1Kkb/GKg/wAMzIT4R6R+OrjSh3n8dHYMF6gURrxK&#10;gkIe+4pRu5r88yI6gAUGrwjzLsER3TsyqxLnahQCisBQUpl0c0rokn9HuYShQt2HSQo3pxSSuFbi&#10;zUNH5DcE/T1zPEASASf0tAkbunZLrGSEluZ9NpaB2C1C9Bse1eubXBOPXa2mQNLW8etM+dH/ADlR&#10;5hj1n80JrC3oIPLdjDYFRv8AvT+9k+mrDNVq8niZpEDlt8n6h/4E/Zx03Y4yS55ZGXw5BpBQfM1z&#10;zYeh8T2ym300L8SP6slwlk7EycJ2S7Gkjc9ckNxTYC7GdcIACuyu/wAskrsjmv3AhtX3pUHDdBy8&#10;EXYe/wDONVh+kPzUguzuuk2N3dH2YrwX8WzX9oE+gef3PM/8ELP4PZMo/wA+UR9tuz6u/l3CUuNV&#10;vW/3TDQN9BOZ/Ykbzzl/Nj978me1uSzDG7OTa/cvc3ieuKs80rhD0Hxbb/LOeyzJMiesnqew8Ihj&#10;kRyAAdnQPyqhEU3mHUWrSOHgD4GnbN17Ox/e5Mh/hjXzeb9s8vFLFjDs5l5kJa5iBl9QXd68jAgk&#10;gxigr8q5z86OSR6mXV3vZgAidq4YgfN2HnkaBpNbvJJVDLbxkxmm32QB+JzO7Ox8Wo3GwFuD27kE&#10;dPEDqXYH8zXIl1qYE1SFVBbjX4uoH3+GYvaRMstln2bj4cA83YUW0Uixs5/vSasT0I70FcwoDbdy&#10;skwTXR2SOFf9ELFCDNMvwjvwXrt7nM+EfR8RXwdfM+v3B2G0UdCCKoQfiY79fDMiLhyl8XZ1P8uL&#10;QXGswmnwrIBWnWh60zrvZnDx5wfN5/tmdQppjQE+Az5sfmNq41/8w/PetVqNR16+kQj+RJWjX8EG&#10;DW5Dkzzn3kv2j7L6P8n2TpcHLhxQ+ZFn72kFEUe2Q2o8cxDbvF2NY+9PDJRS7G126gZJXY2vWhG3&#10;bIkb2l2MLD+3LVdlEimKuxlRTrXAY9yuxrEePzyJvqmi7AF24WJjWm2IsbtodnFNel9S7ffvlc9n&#10;PxcnZGmoDtkW52VX7sKuyqjFXZVR44q7NUeOKuzEjFbdlchTbFLsrlgQ7P/S+C+Wsn7+ZsFK7Hcv&#10;bGldlg17YFdl4aV2bCIq7NXJUrsquARV2auGldmGRlzV2XgpXZsaV2OC40rscBTCrsvCrs2KuzYo&#10;dlVpvgpSLdmrXpXAQxp2WN8gAh2PrhpXZR2wq7MDXFXZVPfIkK7LOwwhXYyvtiRauxp65FXZdPfG&#10;ldmpiBauzU98SFdm4++JCuyqUOKux1TXGldm3xV2dn/JLz8PInmp57tiNK1CApeKBU1jBZCo8TuP&#10;pzUdr6Q5oRlH6on7C8V7cdgHtbRgQHridvjz/W7BH5lfmJrf5havJdX08lvo9uxGjaKGPpQR9mYD&#10;ZpG6s30DbJdn6COCNneXU/oHcx9mfZvT9j4BGAByH6p9Se7yj3B2cjnlCEjqd82wD18IEuwqkkJN&#10;KV8Ms5N4AAdifpsN3qDUgD39xkTJiZ9A7Nw3FFoxPwjqT7U74CWPEHZ0byv+UH5jebo47rQ/Kt5N&#10;YOyKuozr9Xgo5pUPLxrTvQHMLP2jgxc5C3nO0/a7svs8mObPET/mj1S28o/pdnsX8v8A/nE3y5pi&#10;QX3ny8fX75gSNMhLwWak7FHA/eOV8agZz+ftzJPaA4R57l8h7f8A+Crqs5MNDEY4/wA41KfvH8Iv&#10;4uz1foHl3y55ctmtdB0eDR4AixrBaRLECsa8RyYfa26VJOauUhkJMySfxfl8nyvX9o6rWS4s+QzP&#10;O5G+f46U7DuNY4owXm2Y7I32t+tabVrgiBEblwpEyPJ2LlY95F+NEAAHgOm/jlh4TZDAE8uTsp5S&#10;myj4fsqpIA28BtsMHEAfIKI3zdgKUR3Mc0LqCkqPEehpyHHnuKEitQDkBKz9lN8LgQRzG7sNtBu7&#10;5dCtDq05uLq2VYbu8UCOJ54qozjYLU8akDNlp80o4/UTQPwvy/S4uvxYzqJeEKiTYHM8J3r+12c5&#10;/Pize98mafqMR9X6hdJNLxFfglHAsO9K0ObTDMTlEg8w91/wMtUMPaMsUtuKJHxG7s8f/wAMzw++&#10;Auzb+BwsnZW9K0xV2IszCu3yxS7Cq7TmrA9DgDZCTs4v5tsvTZnCkb9cti7rS5LdnNWYjr+GTG7s&#10;hu7GFsVdlcvbFLssMMSh2bkPHHdLsvkP5qYodl89/wBWGirsvlgV2WrdKdfDHhKXZKGUMFO9ZBUf&#10;SMw4SouqEtyA7COdpYi1SQQcyo0XMgRJ2FzTVrVjXLRFu8N2JtOSd+h60OS4Qnw3YmXXttiIo4HY&#10;0tG2xAJ7kjHgCeAux8bKjKU+BhuGX4T94yMsYPNjKF83ZKNO82+ZdLBGmeZNTsF5BuEF3Ki1HQkB&#10;qbZhZOz8E+cAfgHW6nsnS5zeXDCXviD+h2dC0/8APX82tP4fV/P+qERiiJNIsgoexDqa5i/yLp+Y&#10;iR7if1vP5/YbsXNfFpYb9wr7nZMbf/nKL85YNm8zQXQAApPZwMPwUb7ZCXZMCPrmPi6nJ/wMOwpc&#10;sJHulJ2TnTf+cwfzMjCJqGn6JqKrSvCF7cmnT7DEZVPszIPoyn4gH9TpNT/wIOypWcc8kfiJfeHZ&#10;0PT/APnMm+Qu195Dhllk4+mLe+ZFjA3NOaManck5COm1OO/VE35H9Zef1H/AchtwakgecQb+Rdk/&#10;0X/nMjS3UvqvkW7tXWvH6rcJKpP7NeQU98tGo1WM/TCXxI+90er/AOA7nif3WpjL+sCP1uzo2j/8&#10;5c+UZJLWCLy7q8s13KzskwgFCByqxDEU2p7DMnF2rnx7HHdnv7/vdVl/4E+vF3lx0O6/1NEVFM8X&#10;eavME/mLzJruuz/FNq97NdOT1/eMSB9AzOjE1Z5nm/QvZGhjodHi08eUIgfIN9MjxmkpsMmA7HZ2&#10;JGRx2w0m3Ywyv2yQDIGnYmZX8Ma3Z27GGV/DEJ2djDLIO2TEUinZAPNd64UR1IrkuFzsDs9A/wDO&#10;IOmvPqvnPVyu1vZwWquexlkLt+C5q9YbzRHcCXzn/gpaitPgxd8ifkNvvdn0y8or9U8r69ed5S4U&#10;nbalNs2nZh4NNmyfB+XfaCfi66Ee6nZxDUX5X3AABIVoD8985Ycg952XHh0995dnV/Iymz8l+YL6&#10;nEzuwUH9oL4HrnQ9kDw9Fnyd+zw/tDIZe0scO6nZyC5aWbVtPFQ/pQFya1ryav6hnM4hZBrc7vV4&#10;AI4ZnlZ+52TTyAnwazdl+QL8Ep0ALHb/AIXNv2XEGU5eVfM/sdJ7QS3xw8nZGL9o7i/vpD1aQjkD&#10;1IFNvuzU6vIJZZOywAxxxHk7E4o+UYVn9RdqDp89/bKcXL9CZyo7bOw+hY/VrVQfScPISeppyoCM&#10;zIz9I+LgzHrkeewdhxGwAqNxQCpqMzI9/e4cnZ1byZcDS9I8w68zBV0nTLy8J8PQgd+u3cZ2/sxG&#10;oyn3AulzYfzOsw4P584x+cgFkn2CPHb78+R6Tyzr68hrJckzOfFpCXNfpOa477v3PtjqA6AD5bLx&#10;tm5v9GDhXjDsrk5w0om7Gln+eNJ4nY2r+P04p43Y2r+PTCAvE7GEyeOERZW7Gln8cBCLdiZL+Nca&#10;Txuwq1J2WBqmgoTh4RTOBsuzimpyM9xK1a75TW7scZdhQWbI8BbN3ZXI/wCYw8JTZdm5E4mJRZdl&#10;b+OSA72QLs2/Spw8IW3ZqH+Y48IW3ZqHxx4Vt2VxPicNLbs//9P4ZLaWj/tMte2bECCRA979/MML&#10;TRLa7fgs5U+JHSuPDBTjk7PVXlj/AJwm/MbzZo1lrml3unfUtQT1IOctGp7jLoafFKPEZxHvLRKW&#10;QGqJ9weE/mF/zkn+UH5Xa7L5b86+ZZdK1iGGOeS2SxupwI5hVDzhidd/nki/6EA/NatBf6XXw9bL&#10;Bo8RF+JH5sBkyH+E/IvN5P8AnO3/AJxjhJEnn+VOPWul6h/2T5j/AM+/vzZ/5bNM/wCR39mI0eL/&#10;AFSPzR42QcwfkVIf856f84uEEn8xWWnXlpmoD9dvlH/n3/8Am1QFbvSyPATb4/ksd1xx+bH8xk/m&#10;y/0pWH/nPn/nFYGjfmWFNK76bqA/7F8r/on9+bv/AC0aZ/yO/sx/JYidskPmj81LuPyLR/5z7/5x&#10;TH/lT0/7h2of9k+Yf8+/vze/3/plew9bAdHiH+Uh80nPMfwn5F3/AEP1/wA4p7/8hQj22P8AuOv/&#10;APsny/8Aon9+bwNPrGmD/nt/Zg/J4z/lI/NfzE/5p+RaP/Ofn/OKI6/mjH8v0ff/APZPjx/z78/N&#10;3/lp0z/kd/ZidJiH+Uj80fmZ/wA0/Iqf/RQD/nFCtP8AlZ6V/wC2df8A/ZPm/wCifv5uDrdaYP8A&#10;nt/ZhGixn/KR+aDqJ/zT8i4/8/Af+cUAKn80E60p+jtQr/1D5X/RP3836j/SNMNen77+zB+Sx7/v&#10;IbeaPzUu4/Irv+h//wDnE/p/ytOKtK0/R9//ANk+X/0T+/N7/lo0zb/i/IjSYzt4kPmv5qf80/It&#10;H/n4B/zicASfzTi2/wC1ff8A/ZPmP/Pv783q7XGme49fJfksdf3kfmj83P8Amn/Slb/0UD/5xK/8&#10;uvAPD/QL/f5f6Pm/6J+/m/XefS/+R+D8lA/xx+aRqchO0JfIrf8AooN/ziQK1/NiAU8bC/8A+yfH&#10;f9E/Pzf/AN/6Z9E+J0WMc8sfmgarIdhCXyKw/wDPwn/nEehb/lbEBA8NPv8A/snzf9E+/wA4Cf8A&#10;ejTAf+M9Mj+Ux9MkD8UHVZAPpPyLX/RQr/nEf/y60NPH9H3/AP2T5f8A0T8/N7/lq0qv/GbJfk4f&#10;z4/Nj+cn/Ml/pS7/AKKF/wDOI+1PzWhNe40+/wD+qGY/8+/fzf2/0nS/CvrY/kof6pD5shqch5Ql&#10;8i2P+fhH/OJDVA/NaHb/ALV9/wD9UMx/59+fnAv/AB86X8vWyMdHCXLJD5sRrJn+CXyK4f8APwb/&#10;AJxK6f8AK1YQfewvx/zIxp/59+/nAdvrOlkj/i/DLR4xzyR+afzcx/DL/Slsf8/Bf+cSj/5VaCtK&#10;0+oX/wD1QzH/AJ9/fm+Otxpf/I8nH8jD/VI/NEdXOXKEvkV3/RQP/nEv/wAutB8/qF//ANUM3/RP&#10;7836VF1pX/I44/k4fz4/NfzeS64JfIu/6KB/84lf+XXt6noPqN94V/3xm/6J/fnAD/vVpe//ABcf&#10;6Y/kYH+OHzSdZMfwS+RcP+fgn/OJR/8AKsW47b2N9/1Qxv8A0T+/OH/lp0v/AJH/ANmJ0MB/HH5s&#10;fzs/5sv9KW/+igf/ADiT/wCXatR87G+/6oZX/RP384qf706X/wAjv7MA0Mf58PmsdbMmhCXyLj/z&#10;8D/5xKAr/wArZtqf8wN9/wBk+Yf8++/zhP8Ax86V8/X/ALMTooA1xx+a/nZ/zJf6Utf9FBP+cSf/&#10;AC7Nt7f6Dff9UM3/AET7/OLteaUflP8A2YDo4D+OPzX87P8AmS/0pa/6KCf84k9/zYtxTrWxvv8A&#10;qhmP/Pvv84h/x96X7fv/AOzEaKJH1w+ajWzP8Ev9KW/+ign/ADiSOv5s2w/6Mb7/ALJ83/RPv84f&#10;+WzSvn6/9mP5GFXxx+aPz8v5p+RaP/PwX/nEkV/5CxbmgqT9Rvv+qGWP+ffX5w/8tmlf8jj/AEwH&#10;Qx/1SHzX89L+ZL5Fr/ooN/ziT/5deD/pAvv+qGWP+ffH5wn/AI/NKrWh/fn+mJ0UR/lI/Nie0SP4&#10;ZfItH/n4N/ziSK/8hWg22/3hvuvh/cY4f8++fzh6fXtJH/PY/wBMH5KFX4kfmv8AKEv5kv8ASlb/&#10;ANFCP+cSe/5qwj3+oX3/AFQx3/RPn84KUOoaSK9vW/swfkYH/KR+a/yhLnwS+S3/AKKF/wDOJFSP&#10;+VqxGn/Lhff9UMLtY/5wS/Nzy3pGp6/PdabcQaNay3lxDDLV2jhUu3GopWgyGTRRo1OJ9x3R+f49&#10;iCL8mSeTP+c3v+cZfP8A5q0PyX5X/MmG+8xeY7pbLRbFrS7iE9w/2Ig7whQWptU547lnaVP3fVh9&#10;O+YEYgOVGIjzfWGFptWrylbr2r8W+EyptObudjfR3VI0qzGkYAqSTtQdfuyBnW5OzWZ9S7O/+SP+&#10;caPzD81tDPqVo3lbTZ4xKmoX6HkymnD04vtHkDXfjmpz9sQgagOIvn/bX/BJ7M0AMccvGmDXDH9M&#10;uW3xdntD8vP+cePIPkGa2vpbB/MGuR7nVb4BxE5FCYYvsoPx980mfXZsxqZqPcP097437Qf8EHtL&#10;taMoCXhYz/DHax/SPMuzvoggWMIkKiFASiVoB7UzH8OHcHg+ORNk7uwM6pGoKKWVj/dBwSfCnTbx&#10;ymQHQfb+NmyJJ5uwPLL6bcEI+BSOKqeO/f3375XKZB26NkIWLPX5uwD68rPVyCeP7tKcqE9Sabn2&#10;yrivm38AA2dhg6NEjSXdzDp0MSsI57uT06sKb8PtMPDMvFpp5D3V1LXhxyzS4cUTMnpEX9vIOwju&#10;vNPlC2kaObUptUkK/YhX04ySOlT2zOh2fD+MmX2PRaX2U7QyC5COIf6Y/qd8sZD+YWjepGlvo8I4&#10;0aRpJGPIDxAIFO+bHHpcQqoD7f1u4x+xeMD95OUj8lpDHo1Poyf+WtQ8l6/ew/4h8p6XqNq7D1ra&#10;VWaGjHciMvxB3O4GbDTHBxg5McCP6rHU9jy0sP8AB5GJHXr8+aSaza6jNYXUenX8trdsjfVphxJV&#10;+Pw9RQivjnMrjy0mqefvzP8Ayk8p2EsGjG69HShJM8sGnmSQOqRNISxQxgsVJ2pt1zDGkxw1xx4o&#10;1GRNDpEX+LdvLRxw5dDrAeLJIAyAAuW25Nee3exxfOlj5a/LVPPXnfUY9PstF0RdR8z6k68EQwxc&#10;p34LWlWBoB8sV/6FB8wDb/E9madP3bZ038n4v9UD6R4utv8AuD8w+Pl/5+Zf84rOquvmHWirAFT+&#10;i5O/+yxy/wDOIWvHr5mtB/zzbD/J+Mf5QIll1w/yEvmP1t/9FMP+cWDWnmDWdu/6Mk/5qxYf84fa&#10;wR8fmu1A9omOAdn4uuQfa1/mdd/yjy+Y/WoP/wA/NP8AnF9RVNV12X/V01/4tjz/AM4c6i3/AE19&#10;uP8Ank2P8nYv9VH2r4/aH/KOfmEMf+fnf/OMg/4+/MLfLTT/AM14Fl/5wz1J/s+cbYV7ei2SPZ+L&#10;/VB9rOOp7Q/5Rz8w2P8An53/AM4xED/TPMW//asb/mvIR5k/5wS8w6lA62XnKxaanwCSNgPpOP5C&#10;HTIHZaTtDWRPqwSA+H60VB/z81/5xalZVl1nX7bl+1JpMhA+fFifwzkU3/PvL8z+R4eZNGIrsebj&#10;+GGOgH8+Luodpzr+7l8v2p0v/Px//nE9hX/HN8o99KvP+qeIH/n3h+aXfzFox7fbf+mWfyeD/lIs&#10;v5Vl/qcvkqf9FG/+cT9v+d8vN/8AtV3n/VPL/wCieH5pU28xaN/yMb+mROgH+qR+aD2rL+ZL5O/6&#10;KN/84n/9T5eDwrpd5/1Tyv8Aonh+aQ3/AMQ6NX/jI39MfyA/nx+1R2rL+ZL5O/6KN/8AOJ9af47v&#10;P+4Vef8AVPMP+feP5pH/AKaHRv8Ag2/pj/J4/wBUj82X8qS/1OXy/a4/8/HP+cTx/wBN5eH5aVef&#10;9U8v/onj+aP/AFMWjgd6yP8A0w/yeP58fmj+VZf6nL5fta/6KOf84n0r/ju8p/2yrz/qnjh/z7v/&#10;ADPP/TRaPTxLv/TE6Gv8pH7UfyrL+Yfl+1af+fj3/OJ4/wCm5vj8tJvP+qePH/Pu78zf+pl0f/g3&#10;/pg/JD/VI/Nf5Wn/AKnL5ftW/wDRSD/nE/8A6ne//wC4Tef9U8ev/Pu78zSBTzLoxNQKc3HX3Ix/&#10;JdPEj82GXtow+qEvl+1dF/z8d/5xRlMn/O8X0SxRtK8kmlXagKvX9jc+AGFHmP8A5xY806bC9gLy&#10;F9e8vKbPWAyj0meAf7qdd2LCnUbDOMyZ56XUZMUokgSPL5vl0P8Agj6bDqpwnE8Bl6a57nqDyD7X&#10;0XWNP8waRpWu6TcC70vWrOG+026WoEkFwgkjah3FVYHPI3mXyxrnl2eRNZ0q6sAXZI55Y2WJ6Gnw&#10;vShza6fUwyj0m31DsztXT62IODIJeQO494TPIRLCp3UAA9KdzmaJF3AmXYEaMb/PJiTZxuxBoyK0&#10;NflkuJmJuzCIgmpA41B38OuPEvG7L9OQE1G4pWnv0GHjC+IHY9Vl6gEeGPEEHIHY8ep4NvgMgx4g&#10;7BCrNsOm/wCOQsMDKLsHReqlNyWY/jlZILWSC7Dy1lbau5P8N98rkHGyAOyU29+IkQtXkdwfHMY4&#10;7cGWESLskPk/WIp/NuiW97c/VbK5n+rXV23+6kmPp86f5NcjmiMY4u4hhqNIBjNc2mJAJA5EDZfH&#10;2z6PRf8AOGFxcRRTw+cYXhnRXik9EgMpGxp13GdBi0+CcBITG/vdHDWa2Q2wEj3jfzfA3m7/AJ+N&#10;/wDOP/kjzHrflLzAnmG21/y5eyafrVilhz9G4iNHUMH4sB4g0ym/5wp1H9nzdb/TE2W/lMHIZA2f&#10;m9d/qB+Y/WkMf/P0L/nGNvt3HmOIeLaaaf8AE8Dt/wA4U6vXbzVbn39M5IaPD/qgbPzGtHPCfs/W&#10;uH/P0L/nF0mn1/zCN/8Aq2N/zXjD/wA4Uaz/ANTTbH29I4PyuK9sgUarV/6ifmF//RUH/nFv/q4+&#10;Yff/AHFv/wA14z/oSbWCT/ztNv8A8iz/AFyQ0mH/AFQMvzWq/wBRP2fra/6Kg/8AOLtK/pDzD/3C&#10;3/5rxv8A0JNrAO/mi3NP+Kz/AFyQ0eHn4gZjU6s/5I/MfrWn/n6H/wA4uigN95hqew0xv+a8Y/8A&#10;zhNrRFF8023z9M/1x/KYf9UDMZ9WOeE/Y2v/AD9D/wCcXGIH6Q8wrXsdLav3B85z5l/5wH89X0wb&#10;T/M2nSR9xJVaYDpsdbZA5+m12WvVjkD7rTq0/wCfl/8Azifcxu8nm3VrIoKlJ9Iuan5emHrnRPyu&#10;/InV/wAjrDWtA167gvdW1OeG7eW1PJBF6f7sV+knNF2hppYM5vewK9z4t7ce0WPtTViOO+HFcTe3&#10;qvf5cn2h5G86aB+YvlHQPPHla4ku/Lvma0W90i6lieF5IXJCsY3AZa06EZ6OA+oeQwNg10wBJ3NC&#10;d8yx+67MP9IvhueXjdpE9zK84bdqTcXUgqFBoo+4ZzYhw/J9I0XpwRB7v2uzrf8AxzPyytyfhe65&#10;NuOxPelfHN2JeD2PfWRJfPpf4R2vI9A7OMeqz6rczHpHCiGTxIXen35oMP8AD3U9nGHDgA7yT9rs&#10;6H5RhWy8rSzhSzzuzt2JoK0/HNr2bER085kcy812vM5dYI9zs57LNymkNWjdyXVlFagtQj/bzn5G&#10;52XfwhUQ7BikqVVqkMKADrQ+JG+WjvaiL3DsP4o2i9GIvUiMAkE0qRy2rvtXMmMTEuBOQlZ8/wBj&#10;sOIgzIeBJCnqd96ZmQEiNnDkaO7s6/pvlq58x/l55p0G2ufqNx5g06TT47xv91+uOLH3+Gud/wBk&#10;AYtDknLbYD5lh7MYzqPaLSxjHiIyA0OvDu88/Nf8yPLv5Q/l55p/MvzYZh5d8nWn17VBbJ6kzJzW&#10;NVjSoqzM4AGecB/zhlMgUDzSjKoAoI/DMMQ03Ljr4P14Mmulv4P+yD4OP/P1b/nHOtBpvmcjxFku&#10;3/D5v+hM59v+dnWnb93/AG4iGlv+8+9fE1v+pf7J3/RVb/nHTY/o3zOK9jZL/wA15X/QmU4/6ahP&#10;+Rf9uEQ038/7Eiet/wBS+0Lf+iq3/OOvX9F+Z/b/AEJf+a83/Qmcv/Uzr/yL/txENN/P+9Rk1n+p&#10;faGj/wA/V/8AnHb/AKtXmfb/AJch/wA1Zh/zhnJ/1M6kf8Y8lwaUc5/Yy4tZ/qX2hx/5+r/848dt&#10;I80Enp/oS/8ANeb/AKEzfv5oXx/u8jw6b+efkUiWtPLF/sgt/wCiq/8Azj3Wn6F80U8fqa/81ZQ/&#10;5wzdtv8AE4r/AMY/7clKOm/n/emUtYP8n/snf9FWP+ceug0XzSSR/wAsS/d9rMf+cMW7+Zxt/wAV&#10;4gaX+eoOtP8Akx/pgt/6Ksf84+9tB81H/ozX/mvGH/nDE/8AUzjfofTGJjpf57MDWkf3Y/0zf/RV&#10;j/nH3/qweayO5Fku3/D4Wah/zhLNdRNHH5rQMQePJKfxx4NN1n9jPEdZe+P7QiYf+fqX/OO7sol0&#10;fzZEp+0y6eHI+gPnLLz/AJ98+ZpJZGj84WAVjVeQOU+BgJ2yivi7SM84H0SPwZPD/wA/Nv8AnGaZ&#10;FavnFCR9n9ATt9xViDgL/onp5qrT/GOm07mhwnBhj/lR9rdGWoPLFL5K4/5+Xf8AONJFV/xmw9vL&#10;tz/XHf8ARPTzP385acffHwcP+qD7f1IOTUA14Uvk2P8An5Z/zjaf91edR/4Llz/XK/6J5+aNj/jH&#10;TqH2weFgv+9H2/qT4mcc8cvk7/opZ/zjd/vjzvt1H+HLn+ub/onp5lH2vOOnj3ocPhYOmQH5/qZA&#10;5zyxyd/0Ur/5xv7W/nckdh5cuf647/onl5mIr/jHTyPEVx4NONvFHyK8ef8AmS+S3/opZ/zjjXaz&#10;88negI8t3J/42y/+iefmT/qc9OB8KHHwsH+qD5H9TI/mP9Tkt/6KX/8AOOINPqPnv3/51u4/5qy/&#10;+ieXmP8A6nPTzjwab/VR8ioOc/5OTX/RS7/nHPtpvn0/Ly1cf81ZX/RPLzH1/wAY6fT6f64fD03+&#10;qj5H9SeHP/Ml8nf9FLv+cda0/RXn/wD8Jm4/5rz/1PhLHrM0dONrGaeIrmSM8w2DJ5P38wfB5qvr&#10;VuUVtCrbblcP5iafE8nZ1HTP+ck/zb0i2js9O8xSW1tCOMUCD4VHgMgchPMOTHXSiAAOSVXmhaJq&#10;Mhl1DR7G+lIAMtxbxytQdN3UnDVf+crvztT7PmiQU7UyPEe5l/KE+5Ln8leTpN5PKejOfE2Nuf8A&#10;jTFh/wA5a/niOnmh/nxwGV9Ap7QmeYCgfIPkY7nybohqamun2/Uf7DHj/nLj88wQf8UuadBxwcR7&#10;lHaM+4Kbfl35AYUbyRoLD3062/6p4oP+cu/zz/6md9/8gYkeSPz8h0Cz/lW/5e0I/wADaBQ9R+jr&#10;b/qnjh/zl7+ee/8Azsp+fAYQSOif5Rn3LD+Wn5dHr5E0A/8Abutv+qeOH/OX/wCegFB5lP8AwAxJ&#10;J5hH5+fctP5Y/lwTU+Q/L5PidOtv+qeOP/OYH55Gn/OxmtKfZwXXIL/KE+53/Ksfy4/6kPy+Pf8A&#10;R1t/1TzD/nL/APPEEf8AOx9O/HDe3IIOvkeYbP5Zflydj5E0Ajw/R1t/1TxT/ocL88q1/wARAn/U&#10;xFjoEjXy7lI/lX+WhrXyB5e36/7jrb/mjHj/AJzF/PNRt5hX/kX/AG4bPcE/yhLuCxvyo/LJzVvy&#10;/wDL5/7d1v8A80ZY/wCcyPz076+n/IvHiPcj8+e5TH5RflYK0/Lvy7v/ANq63/5oyx/zmP8AnlUk&#10;eYFHtwyJuXNH5+XcuH5S/lcq8R+Xnl0L4fo22/6p5v8Aocf88TWvmBan/J/tw79zL+UJjYfe2Pym&#10;/K8dPy78uD/t2Wv/AFTxw/5zI/PFRQa8nzKf24CCw/Oy7lrflJ+VrNyb8u/Lhbx/Rlt/1Tx3/Q5f&#10;55A/8d5a+IU/1wcPkEnXSPT7Xf8AKo/yspQfl15cA8P0Zbf9U8v/AKHL/PDvriEj/JP9ckAU/npL&#10;V/KH8q0NU/Lny2p8RplsP+Zeb/ocr8761OtRk9vhP9cG/cEfnpLj+Un5WkEH8u/LlD1/3G236+GX&#10;/wBDlfnbSh1eMV78TX9eS4j3BP5+X4Lh+Uf5WilPy78ugDoP0bbU/wCIY8f85n/neKAaxHQf5J/r&#10;kOHyYfnD3LD+T/5VHkT+XXlw8tz/ALjbf/mjH/8AQ6X53bf7lotv8g/1yVeQT+cPd9qmPyb/ACnB&#10;JH5ceXKnqf0db/8ANGN/6HP/ADt/6u0Z/wBi39cd+4fIKdbIrv8AlTv5UVr/AMq58uV8f0bb/wDN&#10;GOH/ADmj+dtf+OrF8uJ/rgIJ6D5L+cLv+VO/lR/5bjy5/wBw23/5oyx/zml+dw/6W0RHgVP9cSPI&#10;fJB1Z7mv+VOflRUn/lXPl3fr/uOt/wDmjL/6HT/O3/q6Q/8AAN/XHeXQfJH5o932rR+TP5TCv/IN&#10;/Lm/X/cdb/8ANGWP+c1PztH/AEs4fc8D/XDZrkPkv5s/gqZ/JT8oiQT+Wvlyo6f7jrf/AJox3/Q6&#10;v52d9Rgp/qN/XHiPcPkF/Nn8Fo/kn+UJNT+WvlwnxOnwf804qP8AnNn86qAG+gP+wP8AXBZR+ZWf&#10;8qP/ACe5cv8AlWnlzkep/R8H/NOb/odr87Og1CCnhwb+uD4D5I/Mn8Fr/lR35O8g3/Ks/LnIdD+j&#10;4P8AmnL/AOh2vzq2/wBNt9u/Bv8AmrEEj+wKNRXRo/kb+ThPI/ll5cr4/o+D/mnLH/ObX50jf67b&#10;17Eo3/NWS45eXyCTqb/tab8i/wAm2FG/LLy4R4fo+H/mnHH/AJzc/Okj/e23p/qN/wA1YiRHd8mI&#10;zgdPta/5UT+TX/lsfLm+x/3Hw/8ANOBL/wD5zN/OHUrC+066u4DbahBJbXFFYHhKpVqGvgcfEl5f&#10;JByg9Ebpn5N/lTouoWmq6R+XmgadqWnyCWxvrexhSWKRejowWoI7EZ5/ghACslfiFQ3fMWUtt3ST&#10;ydC9Kzv35ef847ecfPUFvq1wIvLuh3RJgvLwMZpQDQmKDZiD2JoM1uo7RENobl899ov+CJoeypHF&#10;G8uQcxH6R/Wl+h2e2vy8/IjyF+X8UN1Dpo1PV+KmbWb9RJIW60iQjjHv/KK++azLOeb+8O3cHxP2&#10;h9ue0e15GMp8GPpCOw+J5y+PydnY5A7FKVB6MO4qPHKJQugHjwRu7KMIVEqarx+Nu7kZEw5fi0if&#10;P8U7ER6bF444zGEG6noQ37WUEjcAMzfMl2MlMMcLzh4lt4zSW8mYRRL/AKzvQDBQP07+fIJgJSkI&#10;0bPQCz8g7OSa1+aflTRJZYf0qdYeNiDFp/8APXdTLSnH5YcehyTPq5eT2eh9j9fq4iXB4Y/p93fw&#10;9/vdnM9X/O/Vp+aaJaw6Fbmo5wrWYg/zSvUmvtTNpg0Yj0r3frew0HsHpMW+oJzS8/p/0odnObnz&#10;Ze6ncfWr29luJT9p5HZyfvOZJxgeb1uLQ48EODHERHkKdgy21c3DkcuPLq4rtXCI8LGePhdkjs79&#10;kWNS5pUKSPn0rlolYaJRt2dS8va08MoWpqAeO+22Q97r8+ESDRFcIPP3/OSmvfl956vYPIvkq3mv&#10;ZrO3fzRrd5ydry+miQSPEBTggjVE9982en4uLxRtIiu+/wBTu/ZX2X05xnUauZmSaxx5DHjBsD+s&#10;TZv3MF84/l35c8++Xv8AC3mSGabQxdJdfU7aZ4OTRsXQOUI5KGNeJ26eGR//AKHf/OL/AKk/TT/s&#10;JP65mDPlGwI+Qe7/ACek/nT/ANMXzpJ/zgV/zjBIzM35fKGdiz8bmVQSxqdgadcXj/5zl/N5R+88&#10;laa49llH8cBzZR1HyDCXZ+kJvin/AKYoV/8AnAD/AJxfcEf4Eda/y3co6/TnpT8jv+csR+YesW/l&#10;rzf5e/w7q958NjcRMWhkfspDbg4+PImpAUeocDU6aWn/AHmDIZAc4y7vIvlv/nI3/n295BtfJeue&#10;a/yha807WdBtJb2TQbiT1kuYolLOI3oCGCgkA9fGue1Aamvtkz3OxjESiD3vw8eNkd43HF42KOvg&#10;VNDl02PicBO7MCgs27dfDMKitTjz5J3b23rlUB64m0yHVoEVp92VQHpWmSiSGNN/Cf1dMd0GQDIB&#10;okDam3fMMKkO5VHbbpmJr3wcmPAJc2yR9Hc5XEeOEzJTwtAinTNSmG2JA6uFKdD8sv8AV2wdWAhY&#10;sNVpt098og79smJfFiY0N9lrAOpUjkO4PQ5wL8z7O1t/NtIf3Z1XT7e9uIxsWlblE7Me5PAb5ou3&#10;oxlqYkbccAT79wfuflT2q0p0naOaA3EZHf7f0v6iv+cH/O995+/5xn/LjWdRSOO5srefShFHXikV&#10;hM0EKipY/DGqjc1zm2qaHpGsWwttTsYNRh9Nk+ryRh15MRuAwNOm5zSTwx2PWjy2dFpddn00+LHI&#10;xN3YL6zzgHmP/nF/8sdavZL2DT59NM8y+uLGX0ouO5cqvRTWgycdXqMf0z4h5/jo972d/wAE3tfT&#10;YxAzEqG3ELPk7OQa9/zhxGZBL5f8xTRRy8/3F1EJeBUVQEgqx5nbboMyIdrZoAcUAfd+p67Q/wDB&#10;fIFajECRW8TXv+X2uzk2of8AOJ/5o2xlFrZWV/6QoXhu0UM5I2USquwU1O+ZcO14nmCPh+p6vB/w&#10;VOyJgcUpRvvieXwvrydkI1H8h/zB0y4e2n8vaiWj29SOze4jasnpoEkhLAlzuBTYbtTLIdr45c/v&#10;/W7nT+3PZueIlHLDfvkInlZsSqq+/YW7I/fflX570y5NvfeXb6zk9SVVM9vKiMYR8cgcKV4jsxO/&#10;bLv5RwkWT3fb+nydhh9qOzs8eKGaMhQOxB+rkKu78ujsitxoesW8a+rp84ikh9VJRG/FomagcGg2&#10;LbVzIjqcZ34vJ2mPXYJnaYsGuY593ydjI9O1BZJPU0+4DxPRlMT0Dca0NBTZd8JyRPIhmdTiIFTj&#10;v5h2NXkjVZOHwKVqN+J3Xr/N+ONhlsRt+P7HYKtzJKVLNzB6bCm7V7dyfwxOzGZEXZJrMAkkxxmg&#10;6UoOv9uY87AcHNYG1uwdKQwVBAg2bkakUptX5DIWe9pia6uwd5R0lta83eW9HtYONzqOo2lvDICT&#10;xZpVHJhTt1ORzkjGbZZ8hjiJtSnmW3gmuHrwgRpHpStFFT1IHbxz9GNvbta2tpaySieS2gihkuFH&#10;FXaNQpYL2qRXNtiiYwiO4J0H90PPf3e7y6v4/fzV1+280/mZ+YXmS1sG0u11rzFqV7b2Ekwnlhjm&#10;uHZI5ZVJVnUGhKmmeUv+cif+cjf+VSSWuhaHZJqXmO7j9RopD+7iU9OVN6+2Zc5DFEVvL7mMMR1k&#10;iZSIxg0ANrrqS/UP/nBf/nBzyf8AmL5Htfza/Niyk1HT9bkceWNBDFFkgjYo08hHZmBAA654yn/5&#10;zJ/Ot2JisLCNT0X0mO335R42TmC5o0ekG3CT7yX6TQ/84Z/840QIEX8qNJYL3Yyk/wDE8Bt/zmN+&#10;eJ3+qWG3/FR/rkhmyVzbY6bSDlH7SrD/AJw7/wCcagSf+VS6NU79Jf8AmvET/wA5ifniTtBYj5Q/&#10;24fGy/zmzwNL/M+0qy/84g/842rT/kEmiGnSqyH/AI3xNv8AnML88z0jsx7iHCMs+pSMWlH8A+ZV&#10;1/5xJ/5xwT7P5R6F/wAi3P8Axvgab/nL788wpYmyQD/in+3JeNkrm2COn/m/aVaP/nFD/nHSMgr+&#10;UWgVHSsLH/jbIHqf/OZ354tMyfpK2gptxSAUyEskztbmYvCjygKZBYf848/kfplfqP5W+XYKih/0&#10;NG/4lXPoR+V3mTWvPn5YeUPNfmkBtf1azM124HEOodkjYDtVQM1kJyywPFvRNe635T9t8eLTdtam&#10;OHaPFfxIuX2vVtO06x0izttM0u0isNOskEVpZQKEjiQdFVRsBnTPNZW38v6NY03mYMaduIrWngMz&#10;e2PRpMWPvfJ+zryamc0fnJLy0cLISpoWIrSm5zRZNgfJ9IGUQh7g7Ojecgtp5X8vacI+RaNS1enj&#10;Q5tu2j4PZ2KAHR8+7IJyavLkvvdnGI1/3tlqrsSwLdK12A+kZoYCo7Pby5Qj5B2dJVFtPKEK8eA9&#10;F5PClTtX7s2sbhovfZeVlI5NaT507OSsDJsQH3oCFIrv7kVPv2zmDkO71cdnYb2vIkR29FkmKpEt&#10;dviO5Y98yhLi952cTLQ3lyG7slkhD3UzDblId+x4ih+XTM2U7ka73VRFQA8nYOhDNIgG6sRuPbMi&#10;FktE6Adhr+d35j6/+VP5S6TqvliGKXWda1u3sohIKgQrE8srU8aKBXO/ycWPs8AfxSH2B6n/AIDW&#10;gx6r2illyCxhxSP+caiPvLFvOPk7y35/0G98p+b9Ki1zy7qYT9JaTPX0pxG6yIHAIJAZQaeIzxt/&#10;0Nj+cxH+81qDX/fZ/rmk8TL3v1lwacfw/aXjI/5xF/5xwHT8ptEp4GN/+aso/wDOV35zGv7i2Hvw&#10;OEZMieHB/N+1eP8AnEn/AJxyH/lJtD8d42P/ABtlD/nKv85f9823/Is4+JkvmpGD+b9qoP8AnE3/&#10;AJx0HT8ptDFOn7pv+aso/wDOVf5zEU9O3/5FnHiyEqBgH8K//oVH/nHatf8AlU2hH/ni3/NWM/6G&#10;p/Ob+S3A/wCMZw+JkZ3hO5iuH/OKf/OOwrT8pNA3Nf7lv+asaf8AnKj85jUFbf5BMl4uRbw3fCvX&#10;/nFb/nHhen5S6D/yJb/mrGf9DT/nN1H1dadPgrick+RSZYT/AA/av/6Fb/5x7/8ALT6B/wAiD/zV&#10;jD/zlJ+cxr8UAr1IQ5E5MifExfzQrD/nGL/nH8BV/wCVUaBRfsg252/4bEW/5yi/Oen97CP9hjxz&#10;6/cvHi7lZf8AnGr8hUNV/Kny+D3/ANGH9cjmsf8AOVf5zQRMxv4oT02jwjNMci34smMcohMYP+cf&#10;vyTtmV4Pyw8vIymqn6mhofprnOpv+crfzmcn/c9SvUKgGUynLmS5o1B6BlUH5a/l7bKEg8k6JGq7&#10;BRYwbf8AC4Db/nKb85Gr/wA7A4r1+EZETl3svzckWvkTyUgonlPSFHgLKH/mnEj/AM5RfnET/wAp&#10;FJ7fCMPHMjmn83JVHkvyeOnlbSR/0Zw/805X/Q0P5x1/5SSX/gRh4pd6jWTDv8F+UAKf4X0qh/5c&#10;4f8AmnGn/nJ/84j/ANNJL8qDHjl3p/OTb/wZ5R/6lfSv+kOH/mjGn/nJ784un+JZx7ADH1HdH5uS&#10;8eUPKi/Z8s6UPlZw/wDNGMP/ADk5+cP/AFMswPuBhE5jqkayYbPlHyqaV8s6UabCtnD/AM0Yw/8A&#10;OTX5wk1/xPN9wyNyPVfzk1w8q+Vx08uaX/0hw/8ANGV/0Mz+cX/UzT/Kgw+rvX83Nv8Awt5Y/wCp&#10;c0z/AKRIf+aM/9X4L0y+00/fzNgtLs23hii3ZtvDDS27Nih2bFXZsUh2bFXZuNcKXZuOKuxwGK07&#10;LoMC07NhV2VTFXZeKuzDFBp2XT2wWguy6bYLRbscAO+AyV2ag8Md0OzADw64q7NQfLJMnZVBTpgK&#10;Kdl0WnSuC0Oyqbe4xtXY36OuFXZsVdlUOBXZeFXZqDwxV2ag8MVdm+jFXZqDrTFXZqYq7HccBV2e&#10;3/8AnGX8vvJfm7Q5Nd1aE6jq+l3xtZ7Oc8oIuKh4pOA68h/NsM5ftPLk8Y4+Udj8C+Hf8Ez2g1/Z&#10;+pGDEeHHONgjmehF+Xk7PoDb26oo5DpT0ox0UKKClOmY8MdDd8Bnkv8AS7BTyKwUSgcqUHzHvhlI&#10;dWoRI5OxrMoBNCtW3FakU3G3bIkijbIAuwBql3Z6Rbtd6tqEOk2/Asks7Udgf5E3Y19hlUsMjufT&#10;t8XL0WlzaufBggchvpyHvPIfN2cD82/npYacstr5ZsRdXC7fpm+FVBHRo4BsD7sT8ssxaUVy37z+&#10;p9F7H/4H08tT1k6H8yH6Z/qdnmfzH+YvmHzLJ6muazcXwj2jiZgsKCtfhiUBR92Z0cMYVe5fTOzu&#10;wNJ2eK02MQ863Pvkd3ZEDrYBY7uexIGT3dmcBLsBnVZZXA+yDtscnwmIbPAEQ7DCGdgeRlAA39/u&#10;xE2mXudknsrhgQVPNm2IHh4424swDzdnQ9IlaYqlAofrXoO2Rt12XZ2TK1d4LmIKxNTxYA9fb3wd&#10;LcY+qLsj35hWyjVdOvClDe2I5V8YnK0P0EZsMBuLu+xp8WIjuP7XZAuCjoMtdw7HhfYYq7Og/lXD&#10;F/j7y7M6jlFcoQ1Om+GPOju42smY4jXcUu1iP1dJ1SIgES2k6UPT4o2GfX2B+cUTVrVR+rM3Id3d&#10;6DfTwvuD+PzztaDT/OfmyyQcVtdXvIwo6ALM1MWytymMV9+nfGkVwg0kU0a067DtmIJGGMqKSWum&#10;+UKjCSCxALftWozEDvkQWwGmvGualDXpkrsI5uBA265YqfYYCUVTifD7sdkUO6dBjTWhp9GSHCOa&#10;KaNa7ZX2epxlJNbbL0RnZQqkk9sCPewRMUeVQy0B38cTOMRfQtkdJlyRB4ebNtI/Lrzjr6+rpOgX&#10;V3EaUaONiDXbOPfmoLW5vNA1SKX1GEUmn3KqB1RvViII3JoxHtmm7blCccUxzFx94uwfvD86f8E7&#10;sfJotdx8BEcgu++XKT96/wDn2rL5q0n8ndf8jebrR7G68t65JcaNbygiQWV4imnE7ACVHpTxznBk&#10;6MX4AAniftBQe571OaWWQ3+OT5Zwv0axMOeLgKFXieAI3LHofvysS2O233llQ2diaAqC4Dcq7hO2&#10;w79t8hE16hz8mZ32dibzzoAWIbnVkjFaEnrU70yuWWQ37/xTIQieTsDm4cMzzwFXAKqsZLLTuWPQ&#10;1+WV+KbuUd6rv+bZ4Y5RPzdiyuzIeUYdWUc+VBUA1ANO2I9V2GBjR5uxzW1ndJGLm1inlQkhGRCB&#10;8gfAZOAhIC+aBlyYyeEkD3l2OOn2DKYFsrdo6ERo0abBvtGlO+ZEcQoxG3QIGoyA8Rkb95dhdL5L&#10;8sX54XXlvTLhqUJe0hf9mgNOPYdMthA8gd3Ij2zq8W8c0x/nEfpdiUf5J/lfc+pb3PknSmjaiySi&#10;H02FNlClCCP4ZssGm4jUiS2H2z7XxkSjqZ/O/vdmj/5x7/JyFOcXlC1DOaU5SMAo3K0LbCmZ35OH&#10;D9RSfb/tyWx1Evs/U7At3/zj1+U13MJX8oQxPKB6notInwqAKUqTSmVnS3Qst2H/AIIHbUI145Pv&#10;p2H/AOXv/OPP5VeXfNNr5ut9AEF3pc8c1gJJZZFSSJTwYKWoDU13+eW4NNtxzOw5B672R9q+2+3u&#10;0cOiOTigbM6AHpG5sgX7vk8C/wCcofMWt+WfyF/Mu+8ser/iW80iXTfL6whGkN1fEW6lQ4K/CHLb&#10;jYCueshqdlJVvrCk7lh3rmbLIOP3v07Hs7Ljhyp/MPdfkl+ZtvFIreVbwqtY/VCsw8AeRFT88+SP&#10;/OS8yal+bGq3Jb1REirGetNu2XaqQlk26Oow8UI8J2L+o3/nHXQW8r/kX+VWgPD6EmmeXLKKWGlO&#10;LmPk34k5wn09umUM7e0ZfpjGyvE7GmNfpyQJbAdnYkUFPb3w2m3YV6nVbWQDrQ5MN2Pm7OH3yu9w&#10;68eTFqAe+CRoX3O0x7Oz7q/l75eGieRPJ2llCptNHsoylOh9JWIp23Y5h6LCfCiTzl+l+N/artDx&#10;9Zqct85y++lOtXp74d+d1D3mk2oNPTi3HgT0rmT28f3uKHcLeM7BFknvkFTIb9UZ5ooaE+rKtCRX&#10;qwG1M08ocRodXsdbmEMMz5Owy/My4jS5srR19SGKEIVG1GIoFYDpXtmZ7UzAy48Y6U8v7OYzKMpD&#10;mS7IDHaVtfToPioBTuB+Oawiw9Ply1O+52Svzc7WXl2GJQeQiiStAaA0rUHNh2kTi0sQO4Og7Ij4&#10;uqJPeS7OV2cjTEndAprHIw34k/ECO+cvxVuNr7/tepzREXYfaUPrF7Cytw4Pz32PFAT8I+jM3Fcp&#10;itqLgar0QIPc7Du0LOZHkYBSSQSN/oA/HMyMd93Cy0KAdkisE9a5t1IKkmtDvQ9N6bZnaWHFMB1+&#10;eXDEuznf/OXt8INJ/K3y8rUPG/1SdfoSBD/xLO57VHBhxQ8r/Q+n/wDAL0ty1up/qQH2yKwbyMfA&#10;AZ4k4e+2aMGn6DBX42nX8MkWx2VTArsqlMVdlDbxxV2NIpirsaQD2xW3YkwFf1ZJkHYk42NegGKu&#10;zm/myWgK5CTl4Q7OZtlBc52V/nTArscSCMVdjKDDuvN2N47/AMcJKSXY05IFLs2SvZXZjvtgpXZV&#10;B4Yq7P/W+DGXMn7+ZWKHZsVdmwodmwq7NgV2WB49MWTsug8MKuy8VdmxV2bFXZsVdmxV2bFDssDA&#10;h2O4nxwcSLdm4+B698PNXY7tTI0tOzYaWnZsKXZsVdmwq7NgV2bAUF2bp2wIdlED+3EK7KIHXCrs&#10;bgV2Xirs1D0xtXZfE4Vdl0xV2Xirs2KuzYCVdno7/nF3zy/lL8yrXSLidYdG85J+j731GColwtWt&#10;5KnYfF8P05pu18XoGUc48/6p/Fvm/wDwUewx2j2Sc0ReTB6hXMx/jHy3+Ds+psE1DUOFKnpTv4kZ&#10;p4zs2/LWSHR2Glno15fpJfTyJZ6fZspuryXYAU+yfGvh1zIwaDLnHGSIxHM/oYxncvDxxMpHkA0W&#10;AoCdz0Gco83fmbZ6Obi18twVmBZW1a4AZyRtWNOi18d8tOGIJ8MfE8/2fe932N7FnKIz1ZsfzRsP&#10;ieZbzyrr3mDWNbubi4vLmW+kkYtJNKSx/wBoYRjA3fVNFosOmgIY4iIG1B2cf1u6jikYz3yI4O6K&#10;eZ+5cyow2ej02KRAqLsh0+p2xJCJJLvXkx4g+9Bj4Y6OcMEh1p2NW9kfZUjRf+CP0knKyOFgcYHO&#10;y7BMXrSU/e/D1oBTIGbWSB0dh3bNwCsTXfevUjIbuNM27Jhpl2KhVFT4+GO5cLLB2dK0BwZVVhwP&#10;2lbfceG2SFU63MNnZP4rZo3LIyvzI4kUqD1P3ZIi3BMjTsAfmIpa18sSsPsx3MXT/KVsytMNi7Xs&#10;A/3g8w7vnMwN/lmS9CS7H0A+nFFuyeflmeHnPRWr0uEP44x5uLrBeMhC3wrZXY8YJB/wpz662bA2&#10;tsxNT6a7/RmdRI5O80fpwwHkH8hv5rxiH8z/AMwI614a9eg/8jTgvrkNw5bz/rX2GauJZcK3lv7Z&#10;q4KWnA7b/Rm/X2wE0oDVf9vGitanCylTqnL6HvhtFuy60xAtBDq/5nNWuNUxpvbtscaR36YRJLqV&#10;IHfC7UJzFBJRtyCK5EH1e5y9Lj4piQHIvVfy28tprGuWEMyF43lTmPFajPK/5hecb/Tp3WOUxgGm&#10;2UyHFLbd67TxrYdX9E35BflT5Ys/KenudMhLNEhNUFenfOJ3X5jX8nJZZyR/lGu/iD1H0Zj6jTRy&#10;xqX9jru3fZ/Sds6c4dVASB+Y8w+odK8taZo0jS6bbras4o4jHEMP8rxphppP5pWbXCx6xaeszKRH&#10;ewsFcKAKqUI4mvjtmj1HZ8sJEh6h57EfofnD2y/4D8+zY+Noct4ya4J877+IfcyEV750SHzT5Wv0&#10;H1XXIEdgBwnrGysTQDuCRXKcvCB3HzD5Hn9n+0dMf3mGRHfH1At4ZxcpPtTw3ssYVXa3cFWNalhx&#10;J+gZjyBB3IJFDZ1sxw8wYj+kN/tdipMqOKW9ABzK8T8NaggnxwEz4uXm1iiObsTSaJ1EqSGvQLsK&#10;02BpkYZQaIP9rMwI2IdmSSFlYVUgsyACh+Eb7fPETiR07vx71MZAuwXAIShqihRv6gArXv13qOmX&#10;4eHnQ97VPidi5jVFeFFO/QuQDvv8XWmXcIAIH2/pa+Ik2fx7nYZWaiKQSniGABVutKGvTtvvTMzB&#10;Hhle34+5x8p4hTsMoJ1U0T96VU+oRQVJ3JFT77ZmYswBob7buPOF89nYMtG5M8bfApJVZCxqanfa&#10;vbMnAdyOQPm1ZB3OwytobcLKylnK78+5+VfxzKxQhRI3a5Euznf5qeZJvLWgaE9qfQbUryZqBiKr&#10;GgFQPpxzC4R6Wbfff+WfNF4vaupy/wAzGB8ylGr6TZazFHa30CXEUbcwrqGoaEd/nnI9P/MfUpJV&#10;DXLbkdzlYiLD9dcHu/Hew2+/Lfy1PDKv6Nh+MbjgP6Z5b/M67fUPN13dSH4pAKk5ZK7eB18ODNIM&#10;+0+2js7G0tIVCRW8SxxoOgCigGQKm38MbcNF4mQabYSDSuxp8BhDbHk7GYUuwr1ID0Hr0IOSDZj5&#10;uzmWgaS2t+ePLujRrzbU9WtLbj4+pMin8DlGrlw4pHy+/ZytZqBp9LkynlGJPyBaOwz9ApsUtYoY&#10;VoPS4xIB/KlFFPoGbbT4OHhHcB9j8Ldp6gzhIn+Ik/PdDxNyb5ZzzzBzvvNpgaPlFaxjiwJ7KTuB&#10;mo7Vmcmu4ekQ2dhREcQl1JKIPTLtbESanYIVCgzLt1+zvXHS4Qc8Ae9zO18/Dp5ebQORHzfJ9e83&#10;zxKCEhjQOSPhavSppuflmv7ayeL2hQ5AfPuY9iw8PSR8yuzQ2PKS2j41+MUJH0dMMcF0B1Lk6jNU&#10;JHydhV+Y12Y4bS0SpN1MQKmgHFa1G3QU3GS7dNCMOhLH2dw8UpTPQOznWnsxWFGALcSWFKAFjtxo&#10;SAdvHObiOQBsfjl5vQ6gUSXZKNMj/eyPyK+jbvvx6HZR9NTmdp43Kz0t1eplsB3l2H8J4qhKEkAH&#10;iB0pt18cyYkxcCYsl2Sby9AJr+2UuftLzU/Prm37Lhx5Q63Xz4cZdnnT/nLfUjdfmhpulBvh8veX&#10;bOEpXo9yzzt+BGdb23L97GP82ID75/wFtH4PYUsvXLlkfhECKxNy58W/VnmD+OwzT0+uhfjCKb1+&#10;jCzBt2N77dcKXZZFcCuxn+dMVdlEjvirsZhV2MIp8sQkOxCYgI3jTCl2ci81S8puNe+VzLn4Q7IT&#10;3ykm3KdmNKYFdjDhCQ7K2ySuy8aV2MPXfFXY3JXsl2bEFXZu2Nbq7P/X+C+XJfv5mwodmwq7Nirs&#10;2Kuyx1xSA7HYpdmxV2bFXZsVdmxV2bFXZsVt2Xt44GLsePHAUW7LHscCuzZJLs2KuzYVdmxV2bFX&#10;ZuvbFXZsCuzYlXZQ3yJCHZvamBDsvCrsxpiVdlVGNq7LxV2bG1dl02rgtXZuJwK7L4++KuzAYq7F&#10;IpHhmhniJSSCRZYnXYqyHkpBHcEZGcOOJieophkgJxMTyIr5uz6o/k7/AM5PflBqsGiR+e9Rn0Xz&#10;N6cUWp2V1G0OnzzKOPJL1eYjDEAnkBSvXNBpNENJIyzQlOIPQ7EdLr1DzoF+Y/aL/gXdq4MuQ4I8&#10;enBJiY75BHuMPLyUpxMYnEDKkpBEbuOSg+JAIrnpb83fzB0fXdP0FPLi2OnaOYX4XllfW1zBLLt8&#10;JFu7HkB3bqM3PaHaUNdwxxwEIxHIEH7Bvs632X9nxhnIbmYq4mMokDv9Q3SXQ7DUrL662p6kdSlu&#10;JucbFePprShVR2HsM8I+a9e0mwluAsn6Tnqd91iB8B3bMGMBez65ouz5EDi2T/OIat5j1DUGaMSm&#10;K2GwijARQPCgyM9ubu8emhi3rd2QeZRVi1eI6e5wcTlCZdgVbQymkQLEnYZMZNknKI83Ye2+h6hK&#10;oKWjlexCEfjTKDLfm4U9XAHm7DWHQNRUAG3cGv2Wyuw0S1cCebsHDRL9AtbOWg6sFY/qwiTX+Zh3&#10;uwzs7K551EZXcD4hv92HjAa5Zo9XZ0zRPVRRUEtFSi+xysGy63LIW7J3BfsVhIaNWBC8WIrQePtm&#10;RE3t3NHhxLsE+cwlz5c0eaNlZrO7ZJFBDUEiUrt0FRmRg5lzOxgYZpjvDs5jx798yXoi7NTFg7Jz&#10;+XO3m/SKdplp9+SA3DRqR6CoXX+8tzXp6T/8ROfXOw/3itSd/wB0v6syYE09BpogYoe4P5FvzoCj&#10;83PzIUUAGv3n0fvDgsMD0PyycokOQHmBPvtjsrUurlH9WEC1DjtvXN74lI2dWvWuavXetMaWvJqu&#10;XgV2NPt1wiuqXZYrTph2Ynm4Gn9uYgbVG3fCJHdhIGtua9D8SntXCDV6iKTaoPTKzuOe+7s+z/qr&#10;5vpn8h+B8w2NVr8a/r7Z4q/N4kTzNWhBO+Ysdi9VhNAP6OvyT/5ROyBWlI1H4Z5Xurhw5+Lv1y40&#10;3EvasBR3EvqOQ1f3e9fc5h6oigC8T7a5awY4nrL7g7AlxqUluxoxJB2I2O+YB3fOoi3YF/xbeWdH&#10;hubi3ZPs8HIP3jIHDGfMInoMebaUQR5gOwZbfm/5rtKLaeYruIREOiNKTQjoaNUbZIaSFbAj4uBn&#10;9kuzs314Im+4V9zsFj/nILz7aspGsGeWvIvLDDISfEkoSchLSxkbs24Uv+B92Tk/yVDylIfpdh5Y&#10;f85OeaEZfrmn6VcKD8QNqE5e9UYZXLSnoR8g4Gf/AIGHZ8vonkH+df3h2TvTf+clrSUquo+VrWXY&#10;N+4lkjFfEVJ3yP5aQ3MQfs+4unz/APAviP7vUTHvALsnVl+f3k+7ZPW0W4tk6l1n5kt35VHfvlhg&#10;Cfo5dxP6XUZv+Bnqoj06gH3xr7i7Jxpn5ufl7fmJDqV7ZUpVnVWFe9d8yIY8f8XEPk6rN/wO+0Yi&#10;xLGfm0SQNhXJjN5t8lBBLa+aITDRRvGyknwY7gZdPBAC4S27q3df/oG7U6wiT71JJHOzwsn0g/qO&#10;GGna15cuCi2nmK0lJPwAswavckEdsOOEIfx177dfqPZPtOHPF8iF/P8AyW29smg+qWuk6pq51eCS&#10;y0qzkurtoSJZFjiUs/poKFmoKgd82uHDcSYzBIHLr8HWYvZ/XZdRjwDF6pyERZoXI0LPT3oV7+2j&#10;eON2ZXlYKg4t1JoO2eN/zh/NTRvP1zoNv5cgvE0zRLeUC6u0ELSSTMCSkYJNKDqxqfDISyyy0aoA&#10;UL5/Gn63/wCBL/wP9d7LYc8taYDJlI9MDxUI3XFLlfkEWBQsfHOc6Tcv6sdXP2u2AxfZ62cwqDnO&#10;vOJL65KxNfh2yfV4LtP+/k2OgyM8fv7YacBvEyBiaZkOxOh274Y2mJdiTCpHvkjuydhLrMoitJT4&#10;AjJdG7DHd2C/+cZtHHmH8/8A8vrZl5x22pNfSin7NtG0lfvAzH1MeMwh/OnEfp/Q6T281X5XsHVT&#10;6mFf6bZZIaRufbPubdwhTbORRi3X5CpzqY4hxAvxN2hk9FIa1NeZzlOmxm/8za9dFeaRLx59ASzA&#10;Ae2wzlIfvdZll3bO80A8PBHvpESEAAeJw9tIgmrW7mhECSSH5BaZtdFADURPcCXC7byXiEe9tOmc&#10;pQJeear8jYiSR1FS1aADkOw8M5nJ+81s3cacGGmh7l+S2C1pPCTSkZ5MevSvTNpgxjjj5F1usy/u&#10;yO92cq8+3Dzaxp9rEx4CGXmysVblUUFRtSlajvml7cygziPPo77sHGI4JyPOx+P1OyP2ioaSNCsK&#10;/ZU0NePjTehPfwzVjY0Bu5+UnlduyQafGUguypIBaMFXrSm7U7VrmZgFCR5W4Golco/H9TsN7Yhq&#10;M3JQQRyPt4ZkQ5U4eQU7OieSLYz6xbgqeXIBh1r0pnSez+Lj1A77dF2tOsbs8Mfn7qv6Z/Ob8wro&#10;P6kdrqQ0+Fh042kSQ7fSpzb9qz49TMjoa+T9Xf8AA60f5T2e0cKomHEffMmSnF9gHxqfvOchzXva&#10;KmNIqdz2wpBIdjCPngbHZumKuxp3+WKuxpp3GKuxpFMVdjG/XhSHYCuWpG3y64WUebs4t5il53Te&#10;xyrI7HCHZGjlLc7L9sUuxh26/RhAtXY3JBIdm/zGKXZRGFXY39WBXZWSpXZeCldn/9D4L5er9/M2&#10;KuzYVdmxV2Wu5wFNOx1KYgpdmwq7Nirs2KuzYq7Nirs2Kl2X12GLG3Y5f9rIlBdj+o3wIdjab4Uu&#10;y8kl2bFXZsVdmxV2bbvirsco2wK7MVr369RirsrgMKuxvtQ4Fdjgex6eODhRTsxIwUtOzeOAodlL&#10;StPHDIK7HbeFaYKV2XgV2Xirs1PbFXZqHFXY7jirswXDSuzFQeu9caWnZ2D8nIXXU9b+rfu5Htok&#10;PHaoLk/wzG1NWHn/AGhnWON95dk11rkLt4HPKSMlWHiwzFPLZ02I3C3ZHZ04jlSlTuBvlRkCnis0&#10;7CSeWOMtRTKR1BNB9NMhs2xiT5OwN+ltQiBFtIlmo2BhUcqf6zVOEgcmX5fGeYv3uwO1zqNzvNNd&#10;z16M7vQ/jkTEDkGdQhy4R8A7EglzX4ndD2DOf647dzLjHTd2GVpPqMDBobuaJgfh4Ssp/A5CUY9w&#10;ap8B5gfJ2dB0fzT5hgIjku/rsSmgiuUWWo9iRX8cq8ON7bOq1Gk08t+Gj5bOzqlr5rhnSE3OhCAM&#10;AJBbOUBPjxav68AjTqJdngXwz+bsOrWWC4nYxMRE4qEcD4anpWuXCbWQYCubslsVp+kNL1rTFTdY&#10;DLbsepaIcwfwzKhOiGWLP4eWE/Oj8XdM5eoDAN2IBzKp6inY8Ka5LhWnZNvy9AHmzSDT/dy/fUYI&#10;82jUD0FQuv8Aea4/4xP/AMROfXHThSwtO9YlzJHIB3ul/uYe4P5GPzsNfzg/Ms0pXzDebf7PBlMX&#10;Jt5cfnmxQLJdtTrvmOCJJ5s+TX00zZKmILq5sCgbu7eGUB71xSS7LwAIJd9Gb6MKgO+jKrQV9t8V&#10;4d6XRgn3yHeaL1bW1ketKKSw7/PATwg27fsyNkvuD/nEvyZL5l81WvwkxxunLbvWvXPBn5k659du&#10;5gDsCa+5zHiLeoiOb+ivyRoceh6JZ2qA1WNQa+2efro1dqd98stJ2ZngjRLYXeqQ2bbNeI0cPiZB&#10;8Sge5oaZg63aIl06vCe3+Gf5AZo/5OQJ/qnY/J2K+bINA8rSC21i7kn1N9/0LaAPKgO49ZyQsdfA&#10;/F7ZhiID5d2fHNqhxQ2j3n9Ds5FqHmqwBZIPLkXA7cpZnZvpK8R92So1bvsWkI55D9jsiz6zpcjN&#10;6+imMP1a3naoHsHDDLDOQ6ByxhmBtP5h2Wtvot/Q2OpGK4P/AB53gEbV7cW3VvvweIDzFLKebH9U&#10;bHfHf9rsCS6Zc2rD1VYcunXf3GDiPRY6mMuTsMbeFwQebLQd67DJRNtUsodkvsrb4E4sVr0NaVys&#10;yLgTynq7JVZ2ka8A8jcSd17++Sgb3cWWYl2Hb0t1RbW5kQsRVDUe3XLKB8muM5HmHYZWD3wu4/30&#10;jsSPjqep+WQ4GE5jhdnrHyHJdvZ3OnXsxlttQs5oHU9CJIyh+jfvmRo58MhR6vF9o5hDLDLAeqE4&#10;n5G0NdRh460qykFfo3zyFfaXe6NeTaXqEDW13Zt6ckL/APCsD3BG4ObCYMT5P1jotbh12GOfBISh&#10;IWCPtHkR1CurB1DA1Bwz01uMin3rTKzyczouOQzzT8WruetVyd2Hgu0/7+Tsj/H4anthi6+3Yk4+&#10;nHhZuxMimWA2kOxJ9zttTAebJ2QvzXPwtXWvUZJy9OHZ3r/nAvRBqf50X+qlSV0HQbqQN2V7hkhX&#10;9ZyOKHiavFHu4j8hX6Xzr/gx6vwexBD/AFTJEfKyVC5NIm96DPr5q7LE6nlVY4JJPltQZ1c6jv0A&#10;JfkHWSJIHuU7MH0ySKEtnOvI8Zmt9Xu2Vgs11wEm2/EFv45ynZETOOSZ6yekPoiB5OuG+ONfpphj&#10;KQl1qM3Q29oQF6bs1Rv70zaYAIynM9Iuo7SlxThHzREf2RnLPKFs1zc6tckArE/ASL9qsjljWnbb&#10;OT7LgZZMkyb3+96TVTEIAeS+uTmWER+q4psKEdlPTOhxQqRl5Og1M74Q6tc4F5mu1k8zehRZRGAs&#10;kRBqOS1HEjYGu++cf2pkhLUV3dPN7HszEY6Ti5XydhfaKVYEFhGv2ATVviPxDfw6DMOI+Xc35SCP&#10;P9TsktpH6dsgqAZpmZSevwgA1PtmZDHwxsciXWZZXP3B2Gaxg0TmTU1IYVO33bHMkR3cYyI3p2de&#10;/LWJRqQuZR+7tw0sknakY5Gn0DO19lcY8biec7WuVQHU189lrmisfY58sdb1FtY13XtXc1bVdTvL&#10;st7TTu4/AjMbNMzmZd5L9v8AZ2m/LaXDhH8GOMflENqKADwFMKutf1ZD3uZTeUfAYUh2MpT3xZgu&#10;yqYq7KIr9GKXYzFXY1u2FNuxjdPAd8QgOwr1B+MDdqDrieTZHm7OG6tJzupD4E0ymXJ2eIbOwqrl&#10;bY7KxQ7KYbdMIKuxncZJm7Lw0h2V1+WBLsaaU6fThIV2N79PpwK7Loent1wq7P/R+C+ZCv38zYq7&#10;NirsrFIdjxQb4pdl1xV2bFXZsVdmxV2bFXZsVdmxQ7HD264GPN2OBH9uKuy8UuyqYq7Lwq7K/XTA&#10;rs2/9cVdl9em+Kuy6eJphV2OApirsvArs2FXZVBirsbSvtgV2bj474lBdlhB4YEOx4X6BgpDsvji&#10;rs3HGkuxwWu3WmKuy+BxV2Xw2640rsvhih2WEONrYdjwhPtgJQZB2dZ/LSSTT01W8hjWWR2SEowr&#10;UKpb8ScxsxBNHo6LtfhmYxl73ZMWimmaS6uaB5SXc0oASegGYWQ2dnRZssbqLsLL2AlSooBuWrsa&#10;ePtmPxC92uEwDbsi8y2wIBZ52XqseyV92P8AAYmTmRM/d97sK5ZZ1JMQWBewjFW/4JqnJW3RETz3&#10;97sQSOaQ1k9Vu9Wqae++E7MzIDlTsFQqvLjxbbsDlZ5NUyadh9aoGKKygEdP6ZTKTh5S7JvpdraV&#10;R2iHP9kU3+eCMujq80p1zdnVNLsYzEse373+9D/ENvs0yQibt1GXKQb7nYfabp6W1yBJCxV9uIPU&#10;D59zlgprln4hTs615Y05RfrGkZlWdWXg52+NSN6dgO2XQ3k6zU6n0gk8i0ehzgDR+nJKnX03ZB/s&#10;WI/hmxjs+jRNxB7wG8sA16ZJJoOyZ+QgR5r0jt+/T76jCC0Z/oULre2uAenpPX/gTn1q04/6DZ7f&#10;7pXbMiAuLvNN/dR9wfyL/ndt+cP5lf8AbfvPf9vB3LxGJj1tyXlvKuX1yC8m8o1PTbJbBIJdm33r&#10;9+JIQ1v7ZeRBtkeTeauFADv4ZvD9WBSWq983XtTCRSGq19spqlaDr7YLA5oBroiLccpFFe/XOZef&#10;fj024oeimuVm6d/2QDC/N+pX/OC4jh1+IOo/eEGpG/Udc+enm92F7cctyGI+jIAPQRL95LCn1WGg&#10;p8IzmU1OW3xeJyVMjujMQimmtpYbm3kMNxbSpLbyqaFHRgVYHtQ5VmjxQkCNqcLtDDHNgyQmLiYk&#10;EHrs7I/rGk3L3l1K3JrqR2lmuH/eSMzsWZt60qTmsJBD4dj1UeEDp3OyB6lYXUIL8pAWBPMj8MiK&#10;PVzMOeJNOyKSerGwLKstOistD94pkzLzdhExOzspLayuhxaT6u7n+6k2G38r9PvyPGCUnJkgbAv3&#10;Owdb297ZkoLiQRdY42JKfRvT7sFhqlmhk6C3ZJrItIyq6MSRQMpqKfI74Ojg5duTsmdpbrwQUFSe&#10;4/hkQXXzyG3ZMtOsAswBKqKb8juB3pXJRyVycOeUkbOyVW9roIDi4vVR6UAUczXxNMv8QdWn9/L6&#10;Q7D/AEqy01Zonjuo5IyatVGFPYV7nI8QLjZjlANjf3uz0b5NS2EH1on/AEW0jaWeciihIxUk5laW&#10;IlLYcnktaJSmIdSaQt2/CI0+05CoPFjsAM4D5veHzg2rajaofrmmu0toKfE9sPtx+9KclzIxZTKR&#10;jLry+H632P2M7Sl2Vmhp5n93l2PlPofjyKqi+mqjwADfPxzmVk1WVh02ocmeT7Ub5KuRLzHvqbk9&#10;1yQDwXan9/J2ElKD2OWB1zsRcdx0yba7ESv0YAUxdiEpVELsQAOpxq2Q5uzlvmzUIJh6cT1NckC7&#10;LBCt3Z74/wCfdOiEj8zPMLJUObLTY3p4c52H6ss7Ljxa0n+bD7z+x8M/4Oer9GkwecpfcEFemkaj&#10;3z6EeapVtrPVnB/urXjy8C3b6K5vddLgxZD3R+9+aSPE1ER5q1sP3Ke+Ffke1EPlSzLkiS6lmlV6&#10;UDEmm3jsuabsXHw6Mf0iS77PL1lCzmtwR1CgV9q4Ta1IItN1+Qk7n0RXqQidj71y3PLg02Un3fY6&#10;wnxNXAI9PsjamR7yFbU0e4uHJU3FwaE0JogCgkdCRWmabsDH+5Mu8/F3HaM/VXQObDzV/wB3EFYA&#10;ltiAO59hm5y1GBt053ye5temeYr6RLjVtXnDNL6szIS6sFBjBUAU36+Hzzz3VzjLPMmufzfQsETD&#10;BjjVUOnPdvBduFgCsEJdAKKFqvT4eI8RXDjjw1tyP4+TVk9W17H8buyU2qVgtC1SOJkY17yMTWnj&#10;mfij6R8/mXVZTUpfL5Ow2iTZVoAvEDb9W2ZMIuLI7uzotreDy/8Al55915/gOnaBfyqelHMDKv4s&#10;M7vsCPhabJk7olweztN+d7Z0uEb8WWA+HELU5PsgfzMBnypgUrDErGpCKCfemaZ+25/UVTH0+7JX&#10;aCbdlEA98IW3YmTTalMNNgDsquBNOyj4g4VdjDt740rsa2IV2M9u2Gk07I/rcnG1kPgMTsG3GHZw&#10;+8bnNI3icx5F2ceTsCZBLs2KuyqnwxV2Np1I3w2l2Nwpp2bDa27K/V742rsb/mMUuzVOFXZ//9L4&#10;L5kK/fzNirs3XFNOx1Bil2Xirs2KuzYq7Nirs2KuzYq7Nipdl0wMbdlgHr4Yq7HD/M4q7Lwq7NgV&#10;2bCrs2BXZqGuKuy6HFXY/Crs2KuzYq7Nirs2BBLsdxPfAh2OoMVdl0OKHY7jil2XQYq7HcT44q7L&#10;C4LQSA7HhR4YLYGRdj+I8BgtFl2O4++JYl2WEr/XAl2OCAYq7OqflTd2y6vfaVdj93fwerbkCp9S&#10;HqB7lT+GYWr2qTzftJil4Mckf4Tv7i7OsTxRyKxiUoN6E9gOpOYcpl5fikOe7shGpQq5IHxA9zsP&#10;8/c5j8bm4JEOyPXK28a0RRO3SoJWMfT1Y/LADvu5ETInfb73YTyc/iUMU32ES8ev3k5PiciNd3zd&#10;jIrSZviYtXtz/twSyUyllAdhlAsyniJlWn2qFf4DIGVinGmYno7JFYs1QstyprQVoGoD/scqltyc&#10;PKB0DsnOjae07gIY5iwJqq0r4bjDGYod7rtRnER1dnXNM0wpFCi0EjgCjmoFCOjZfG63dJl1Avfk&#10;7JbHA1tP6cqUuCOQqOle3hhcTi442OTs6h5Ot2lv4p2WqAlum3Sg/sGZOGJt1euycMaC1/st8s8v&#10;TD9/c7U/fS7eHxnNi+swPpj7h9y4dBlKvbFk7Jh5GHHzRpBO/wC/T9Ywijs05iDGlG5/3nn/AOMb&#10;/qOfWfTf94LT/jEuXAjhFO/0391H3B/Ir+eFf+VxfmZXr/iC7p/weDCaCn4YatvBeW1298wO4FaA&#10;4aoKS1/nXN33xIsKDTX+Yy9umAWpLe39uUPb6RgvvTbvfLHv1wyHcxtrrlH274gd6W8wNfb3xkFa&#10;ynNFqPoOPBYRGQJpE2ppKnz65zfzogOn3QrUAVHzOVmRd/2dIk7v1C/5wvlSLXLEKfj5LyBPTPnn&#10;54Qi/nqKfEaZU7+AfvTpbc7G3bxRf1ZzORaH2yW7YmGIvGHVlOwYEHEnamJFinYV+axc3yWs7yiM&#10;TQKPq8R4glPhZ2A3qxHfNJMcHp7nwnWacaDV5cIG0ZHc9x3H3uzlV6tzbMwS5kVQKiMOf1ZR7meL&#10;JHINwHYSy3NwwB9T1dt/UUN/DCJuXGEe6vc7A6SoRSSCMk7nqKYmRbDE9CXYa28pWiCRoIj9pB+9&#10;TfxU/wAMHG0T357/AGOw/tEkA9SOWOXtyiNGFfFG6ZIUXDnIdQR73ZLdPm9P7c/JjuFY03GN24OQ&#10;X0dkms7n1SWH7xz8I4A0+ZOCu5x5Dh2dkm0fRkv7hUHqTzTfajt0LlR3PJqADLoi2rLqDAdAB3/q&#10;dnUtJ0HyLpVxE2v+ZxamOnrW0UizupB3FE+EH6cuh4Y2kflu6zNl12aP7vHz6nZTcuFJjTm3YE0H&#10;0nfDzzx+aGgfoNvLvkpZotNkol1ezkCe4p2IWgRR4Dr1JzLyamAjwYgQPPmf2I7I7Fnhy+NqN59A&#10;OUfd+tBW9tctKLm+kR5lqIYYgRHGD1pXdifE/RnJNF1OWxu4SzH1GYO47Fa9Ppyomhbv8wExaY5X&#10;mH6naatOiRrFy4yKY6D7QDUK9Nq5ljLf1PXdhe1Op0+KIyfvIjv5j3F2c51wF7z1wCYyvHnTv4Hw&#10;y2BEuRdln1uLV5DOHXoebsJe2WNTsSbwPTvhCYl2IsPpw0zBdhNqx42kwrSowhvxfU7OC37MZpQT&#10;X4j1wB22MbOz7Kf84AaD9Q/JO81Rl4SeYvMN1IreKW6pCD8q1zZ+z2Pjnnn/AEhH5D9r8t/8GzW+&#10;J2zDF0x4h85ElKr81kRR1A3+k56M8+SiLTdUZAOU9wIyRtUigr+GW9vz4NNMjmTT4rovXqR5bplE&#10;OMaDwAw3sozZweVtJNOcely3UldhUlE/DnXI4gccdPj/AKBP3frdzzxzydxA/Slw+OW4bt6iqPo/&#10;2s5z5zlZfL84UqJLy5d1LdDyk4gH2IzX9sS4NGf6RP3/AKnB7MAlrLPIBMxsAPDDbyfZzW+g6f60&#10;al5o2lZx9oB2J+Kvy7YOxcBhp4kjmCfPcuXr5iWQ0sJ3OBPMkwiSRg1THGXqd+gJzJ1khGH2uFp4&#10;8WX40vHTPNUEeywyRvHE6kj94ZDV2qAd60Na1PTpnnkMkpEk0LJ/HufQckr3BBPurp+Pe3htbKNw&#10;KrUvzcsW7Dclv1DLhsHEyn9DslahkdVA+GONFXpvxUDfM+IMfkHUyIIvvLsGqvYVGwBpsaHrtl4B&#10;5NJLsMfzcvv0P/zj55wYAxza0bHS469f9IuELivf4VOd9pf3XZkjyJoO3/4G2l/Ne1GDux8U/wDS&#10;xNfaVN93jHuSfoGfN6maJ+t1TN2xV2NoPvw7pdjSB+GEEpEqdifEgeIOStlxB2NNO+Bk7Gdskl2V&#10;t3yKHYme+SSHZD/M0vC2cVpXBK6b8PN2calNWY+J2zGlzdkOTsRwK7Nil2bFXY2ntQYq7G0yVp5u&#10;yskAl2bEq7KIwildjcih2f/T+C+ZCQ/fzLAxUB2YCnUYpdjsVdmxV2bFXZsVdmxV2bFXZsVdl4ot&#10;2atMCLdjx0wq7LwK7NhV2bArs2FXZhvirscKYq7HYq7Nirs2KuzYFdmxtDseBgQ7HYq7LAxV2OxV&#10;2OAOKCadjhtirscB92RJYmTsfTpga3Y4AfSMUux2KuxwFcVdjvbFXZfE4CFdgyxvZ9MvrTUbQ0ub&#10;GVZoetCynoadj0yvJATiYnq1Z8UcsDCXKQp2ejm1JJLZLuZTELpRI8bMSUZwCU5AbkdM1EokbPn+&#10;TTShMwG9OyJ33xoXehic1WpALdqKD+vKSN27HKuXN2ELSyLUJGqAbAsOZ+8/0yJbaB5kuwLI8zgn&#10;mQx68aD9WQtsiAHYnAqu3JhVh477/M4JMpyIDsNoLf4QxWm/2aZG3FyZHZJtOsmkkFFACNviXX5s&#10;/CHZ2HyppMglioyenX4ixUELhibdDrdUCHZ3vT9Ks7e2EsQSdqlYSm9TTeo9syyAQ81nzyMqOzsT&#10;FrPdTw2vpRmRWPKSgrTsK5AbMvGjCJlvTs7D5N0iQSxmUmRo0ahoOIqKCmbHTxs26PXazu7wpymi&#10;H3zxZNHwubpG+1HcTKa+0jDMogg7vuUDcYnyH3Lx0GUFqCThAAZ3TeSzyWAPM2klth66/wDEhhoB&#10;py8lG5r9Xnp19Nqfcc+sGmVOnWJ6fuV3+jLRGg9HhkIwj7h9z+RX88Sf+Vyfmb8NP+dhvKD/AGeD&#10;SCT0yYbRId7yv2pmC+PXIm14w7LoBTEEqJAuzUrgB3WUqbA+7Lp/Z8sB3TGQDWan04CaYnI2BXGk&#10;d+tMmN2QlFo7ddsqh8MNbp4g0emW32T44iLSZ0eStCT6i/PIJ5rgD2VyKEEqR86ZTkkQ7zszNxGu&#10;5+i3/OHuo+j5j05CxAaVe/8ATPnr+YEPHUZwR0Y5UNnpobv6ENAkEulWjg1BjG/yGcllUg5MNpTn&#10;EjUAe2FXYjNbepZ/WCg4hpEL9zQ1/jmk1kv3kvh9z4j7aS4O1ZjvjE/Y7ObarAjOaoQQftZhkkU6&#10;nTTIdkRmgmqRt6YrXoN8jYdrCcfi7CngQTSpNaEf25ZblcTsGwtUBSTTuOm+VnZqkHYZWzOr8lYV&#10;Tda7kfThcfJVOyW2Nxd3Ei0giflsX48d/nWmSJLr8sYxG5LslKag1ijc0nnlWlEqEjHuzAYdzycS&#10;OLxDzAHzLsuTzRq8tq1vFdG1gbrFb1jVh4FurfScugK2LlY9NihKyLPm7CyKd5H5PV5G69eP9uTs&#10;OROVDZ2SXSj9ZnAdqqp38BTJCQBcPNPhDsk0Mgk1n6xJQW1nxpF48RWre21ctErLRf7uhzLshet6&#10;4bvUZ7l2KtM5ZR7E7D7smB39XaafFwQAHc7ELbVjuJl5Luko8R2OEEg7FslAg7GnYvJbW85rbtRm&#10;+yhOxPz7HMnDqv57n6ftEjbJy73YVSIyMyOCrr9oEdMzL6u4jISFjk7ECPDfJtrsLr6H1YXUjqKD&#10;EM4Gi7OHeYdOa2naQA8GJrieTtsM7Ds+83/OK+gf4e/IH8s7Rk4S3Gl/pKZaftXcry7/AEUzf+zc&#10;ANLxj+OUpfbX6H4y/wCCZrvzXtBqpdIy4P8ASgBJrg8rkjxYKPow484n6ymm2irze9vOVAaVJb+3&#10;MDtyXFCEP50v0vBdmD95KXcE42VfZR+rJ7rGnxW91Dq0lx6f6M06ayiiI2IcoxYnr+wAB9ObXV6e&#10;MDHITXBEgfGv1Of+YPhSx1zIPysfpSi1Ys3HjXm/Mnw65wj8wCqWOkWgcq8ah2iGxY0r1qOhPTOT&#10;9pdsOOB7mzsHfJkl3pxnQLRk0zT1tLiV/wBxaJ6LSCqhfTFQSOpBPfc5tcBGDEIE8oivkxzfvJ2K&#10;5qfXfxyB+cZkg029Ej0EcPCrbVNKAfMnMDtWYx4DZ5BPZUTPOK6lUzh1uiE1kiMbleUkpO3LYFeX&#10;t49M4nGIjpy6va5JHob8nYe2iCSVIhH6tXVXTbapp12rtvmRigZFwMpoXdbOyRIAru1ebVNFOwFe&#10;33ZsYx3JddI2Kdhlaxl5Y6j4npt/bmZgiTIA9XGySqJdkb/5yjvmsPyr8j6GrCut681xL7pZW7Gt&#10;P9ZxncaweHoMce+V/IPe/wDAT0vi9ranUfzMVfGcgP0Kf+7fkv6z/ZngwgnNA/Sypmp2/HFXYwjC&#10;CrsbTfpkrZWXY0+2KYuxNuuw6dcLN2MPTCl2N+eAodibAj5YQkOznfm2akZWo365GYcrAHZyt+p8&#10;cxyHYOxmBDs2KuytsVdm8cUuxpHfCFDsrJMnZXbw8MSrsx7YAgOyqb+2FLs//9T4L7nMhlT9/Mfi&#10;rs2KuzYq7Nirs2KuzYq7Nirs2KuzYqS7LpixdjwKfPFXZeKuzYq7NirsrvirsvFXY4U64q7LFO2K&#10;uy8VdmxV2bFXZh4nIkot2PAqenvigmubsXSCeT7ELt8lORMgOZaZZ8cech83YMj0jU5KcbGU16fC&#10;crOfGP4g0S7QwR5zDsGp5b1ph8NjJT3GQOrxD+JoPa+mH8TsXXytrR62pX6RkDrsXewPbem73YqP&#10;Kmtn/j2H3jB+fxd7D+XNN3uxQeU9b7Wwr8xg/P4u9ie3NOerss+U9aXrbgeA5DB+fxd7H+W9N3n5&#10;Oxw8q6zT+4UfSMH5/F3/AGL/AC3p+8uxRfKWs03hXfoajB/KGLvQe3dP5ux6+UdZI/uV+k4P5Rxe&#10;aD29p/N2CY/JWuSVIjSg8Wwfylia5e0Wmj3uxdPI2tHtEK/5WR/lLG1H2j0/cXY8eRtXrTnCPE8s&#10;f5Sx+a/6JMHcXYrH5M1G1kiuLp4zbxSIZApqTvsMlDXQyHhF2Ux7exZjwRBsuyaTXF16EJgl4BwV&#10;2ANaHvUHpXKcu5t1uo4TI8Qdhe1vK7vLJykmbYMxqT7e2YM5dHD8YcujsQkgdF+OooaEdd8pLKMw&#10;XYCdCBtvXqaYW4F2GEOnkUZjyBpRO4rkTJx55+gdkghtAeCUBZqfIAZWHAnlrd2TjSdNdlWiVFQO&#10;VK1wmTpdTqQC7OtaLYwiWOP0SrMVEnifauSx7ydJk1BO9uzvJsVsdLR1KoxXihOxPjxzPkKgHQ+K&#10;cuR2A9I02V7kSohWEHlI9PiPh16DBjHEbDPUZwI11dnctAt1tY0bjUyOqqo8B/HxzbYBwj3vM6nJ&#10;xSUZN/oGeZ7n8mNXmurucapb8Z55ZVNDsHcsP15I8T30P+CTp4wiPClsAOfcFYdBlJ+SerGldVtx&#10;y2BIOGMT3JP/AATNP/qUvm7JT5c/JbU7LVbK8l1eEpbSByiqamh6b5bDFKRcXP8A8E/CI7YTfvWS&#10;LyR1/mUj78936ZqehR2NrbvJeCSFAkh4pSo8Dm8xdn6eUblkkD7g68/8GXVw2/KwIHL1Sfkj5+/5&#10;9Y2Pnbzp5n83p+c93pQ8x38t+dOXSIpFhMpqUDmYE08aYJk1ry7F9qW+b5ImSl2fpR/lJ/IfrT/y&#10;enWHlpMf+mkxRP8An0RYft/nvf1/ydFg/jPgZvM3lpCATqG+5+GPbKjpNID9c/kP1pH/AAZteRtp&#10;cf8AppKw/wCfQ+j1PL899T9gui23/VfEH83eVUNCdQ+6P+uQODRj+OfyH60/8ni7QP8AyFxf6aSo&#10;v/PofQ9+X57at7U0W2/6r4gfOvlQfs6kadqRZVwaMfxT+QZD/gv9on/kLi/00l4/59D6CP8Ayu+s&#10;df8Aqy2vT/kfif8Ajjyr/vvUd/8AjFkP8EH8U/kF/wCTvdo/8o2L/TSVB/z6H8t1Ffz21qnf/cLa&#10;f9V8afPflUdIdR+X7rE/kz/FP5RR/wAnd7T/AOUbF85Kg/59EeVf/L669Tv/ALh7P/qrjD5+8q1p&#10;9X1E+O8WC9GOs/8AYp/5O72n/wAo+L5yXf8ARIjylv8A8hy17f8A7VFn/wBVcsef/Kw/49dRI8SY&#10;sb0nfP8A2LE/8FrtM/8AIfF85Nj/AJ9EeUab/nlr5Pj+iLP/AKqZf+PPKxBIt9Q/4KL+mSEtIOs/&#10;9ip/4LXaf/KPi+clRf8An0V5OUg/8rw8wH/t1Wf/AFUwh1bzR5f1CF44kvE5ilXMZ6j2zHyDT/wm&#10;XxpzNH/wY+0cErOmxH4yezflr/z7w0L8tNRtdR0/81tX1J7VgyxT6dbIpp7o9d882eafy2s/MFzJ&#10;cQ6s1sJCWAZAdjmJKJHKnqsH/B6ygevSC/KRfoHoumSaTYw2TXRuxAoVZWXiTTxAJyAv+Q6u3w+Y&#10;1A7n0+mRAl5fa5P/ACfs/wDKJ/sk2375j+QSn/ppVP8AzzpjWTy+1H/J+z/yif7JvIx5o/Lt/KGl&#10;PCLtdThu5GcS8SPT2AI+nrmp1uGQlxXz7vJ5zXe2kfaPWfmPD8IxiIkXd893Z571XTDFNL6kXwKv&#10;0GvfNWTWztdPqbAouyGXdizowjhoB0rkSbdvizAHcuwiksONDxKn9r548Rc6Od2LwWCkhVj+L9eA&#10;zLDJnPe7BiaW7V3px+0eh+WESppOpAdg8wLDEC1BWtP9rJxlY3aBkMpbOwIBM5ok0qilGKk0A8Kd&#10;MuiQXIEgOYDsM/UdVSNYfUJ6uznrl9sBR3Jdi0fKU/F8JRvsITQ0+eAFJlwuyV6Yy20ZlnPpx+P7&#10;Tk9hjxODmJkaHN2GNhcrNcSpM/CKUFrhx+zGN2/DbJxO6z2Ar4Ozmt7K19q0s6L6cKSMYYx4dq+9&#10;MvEr5u9gRDEB1Idi8fMceQ2Ynp4YyPcwJ7nYJt7w8WQtsjfA3vkbHNBju7JXp0VtrDRQ3k/1QqQH&#10;vAvLincsO4HXMjFqTjBHMIGuyaSJMRxDu/U7Orf8qK1Bghi1uCRJFDxuq1VlYVUg+46ZmR1F7gPO&#10;/wDJycQJBxEVzdjW/ITVmjLJq8DEfsUNfnlkctnudr2f7cYNXKqEfeaUZplhUMyOwJp8Clv1ZDtW&#10;/wCcbdYv5re1+vRFrqVIx8P8xAyOXNUTW5ehHtPhw45ZDKNRBOx7lkd3FKPhDinXkpH68+w2j6En&#10;lfylpGkW9FtdC0m2sIgNv7mFY6gfPfO90eiOk0kIn+GI+fX7X4v7V7Q/O6jLmPPJOUvmbS6L95cg&#10;kVq5bfOaXsP17zd5YsN6RyrI9N/s/F/DOb1sfF1uDH5tXZ3pxzkmlw3CCVvBTnRPMxIs7kVPKUBD&#10;TxdgP450GvJ4SO/9LGUqiUusQCw/yeg+jPOfnFmuPNOmWK0lBkiVIR7uoJp32zg+3xKerhAb8tvj&#10;X3O47EjWmlL3psemdHvpI5I5ogzPF65org0ah6g91ruM3eY8USN64vx7w4gsb+S1e2cn/MBnfTZE&#10;EoiMkkYDEV3rXvsPn2zR+0BPgkDrs5/YAAzA1dAr85ZZsxBVhyWQ8gWqQtW3Vl3rWmxzl8Ujw0Xq&#10;MwHTp+PwHZJNL4xsJJGjIDMYwo35MaKP9vMnTyF8TrdVchQB/Y7D2AE+mSppSpI3pXNhjtwZ7Ow7&#10;02Mtdwx+4JHfwGbHSw9YDhamVQJdnG/+cwNQprX5c+X1YFdN0W4vpUHZ7qYItf8AYxnOu7aPCMWP&#10;ujfzfZ/+AXpa0Wr1H8/JGPwiL+8qa7vIfCg/DPH5zRU+5KmbCArsae/enbDQS7GV67fThqlp2UQO&#10;uAWkbF2JH8Mls2B2N/GuEpdifzwFXYnIaA96YQFAdnJ/N0tZAgNexyE3OwB2c+btlFuaXY3Ah2bF&#10;Ds2KuzYpdlbnrtirsackEh2VkkuzYFdmwq7P/9X4M0pmQyfv5l4q7Nirs2KuzYq7Nirs2KuzYq7N&#10;irsvFi7HAd8Cux2FXZsVdmxV2VXtirssDFXZZH9uKuzL0/VirsvjTFXY7FXZVQMCuwx03TbnVLlL&#10;W2WrNuzHoB4nKs2aOKPFJxNXq4aaHHN2dOsPIVhCqtdyPdSdWA2WuaXJ2pM/RsHkdR7Q5pn0ekOy&#10;TW/l/SrcAR2KD3IqfxzDnq8k+ZdVl7QzZOcy7DVbOGKgSFV7iijKjlJ6uIc0pcy7FTHQfZB98gSS&#10;w4nZXA02Bp8sBoJ4nY30qjdajEEJ4nY8QGo+H6BgtiZuxYQN1CVHcHBbDjDsctsx34keIGEqcgdj&#10;xCehX+uRRxux6xilSAvbAxMnY8rw+KgIHUYgFHN2Kxn4SR365MBrlzdimxofvxYuzMgajU274Pek&#10;GnYVarJX0rVQCxHrOD4DZczdLDnL4Oz7Nx1xZD02dhfZaez+qAD6gYncbUP+e2ZGSduRrNVy7nYZ&#10;xaRPKrhSAwWtDmvlOi62WrjEi3YFGl3BHFkBlXcjxAyqU2z81Hn0dgQ6MpmHONo26kEbVyQybN35&#10;z097sNbPT1aoJYBa8j7DtXIyk4ubOQ7JNY2AdVVYwwP2XO1CfHI8VOtzZ63t2dG0ay+rxrVhzTqV&#10;8fDLK6vP6vNxnydnWfKGn/WruKsIqe/WuW4N5Oi1mfgB3dnV9cb0b2CwCKUtrcc+QqOQ7+HXNlml&#10;UqHRx9B6sfF3l2C9OtZrq1hLOeMjjgqKFJp7Cn45LECR72Oecccztyar19s6KJIdL0281S4PpWek&#10;wcS6ioEshCV2/lrvm1gOAcR5RH2l0U45M8vCxi5z6eSgW+NFHVzX6BvhSnB0Ro3DIwBRgahlPQ19&#10;8iKIdOYkGiiMVjIDgHbxycTTAh2HNq3Bgw7+GZMHGkHdcO0uyiVDA02zKGUuMYLKHC+a+kUcixYb&#10;mlcqnlLOOO11BhRPqLmvWgr+OYc80nJhhtvCibUGLH4+nhmLPN3lvjiDsBNftyHxVHzyrxj3twxO&#10;xBtQPSv35A5T3sxhdjf0gdjUV8MfFZeEXZRvz1B9zvg8ZHhOzC/rvWmROdPgl2X9fJA3wjNa+C7L&#10;+vnb9VcTlXwnZY1Bx+1sMPjUjwXZf6RY0PIVwxzp8F2X+kCep2/z8MTm718F2EfmKGLV9PktnWpP&#10;xL8x/XKM8uMOboMksGS3Z5X8waKYLmS3dSVNeP09M1E40Xv9Hq7jYdkAu9N9LkpQ8QfDMey7zFqe&#10;J2EEumIAZGUkA7CvT5jA58dSeTsQNg8ah/sK32fHBzZjOJbOwPJBcceMQZie57ZO2yM49XZcWmTv&#10;Qzmtfs16AYTKgstREfS7DGDTORYKCAg+z45LjJceepp2LTWHEqlOLnYL7e+WjJTLFqOvR2CILExs&#10;VKliANh/HCJoOovd2DZ4pmIcLso4RRqP1DLPERjyAbOwFcRSWVqxcFXuDQKepPavyy2MrbseQZJb&#10;dHYTR2pRhKw7ciB91csEnN8a9nY4xcYQ3HejUXJxO7ZHJvTsKoFYLOONRUk/1xNN85DZ2Hvl28pf&#10;2+4aN39OSvcMKY2Bu0aqPoPe7PSX5N+f/r8Fx5P1KYSXulySDSJnNDJEpPOIE/y9V9stxz4Dwnke&#10;XkXz32w7DGMjV4x6ZAcQ7j/O/QXZ3B7hydl4keBy4zPR4uMA7DryRpV9rXnDRYljBghnE83I/sR/&#10;EdvkMv0OGWbUQgO8fta+0dTHDpZm96r5qUzBInY9KU+k7DPZGvyhdPkRTRZmVV+ROet66dYq6HZ8&#10;qOyAtFrJU78RnLfLkX1v8x5Wcck060kfcCgPEKP+JZx+iAy9seUIk/odlj9OlHmURfE/V2A/aIH4&#10;5L/M7mkMQUoGnDMP8lAW65uNbfEAO9xcsvQp2S0r7Clc85xhb/8AMOB3pxhJZag9IULmm3jSueeZ&#10;T4/ag8j9wt6XT/u9BX432R56ZMr6QhkUluTH4STtXpWmbfJ9QF8/vcGW0C5emck8+zqPqkLSVETN&#10;MxIJqegY08Plmh7cnvGPN3fYWO+I1z2byGQhVctGzJwT94dmL8hWoHce+aEWTY2A+13M7qj3/J2H&#10;1vbB0VWICW7LMOyswruQPc5l4o8X1dKLgZMtHbrs7D1CRxoQEAB6UPzpmbG3BkHZKvLdsZdUtg1W&#10;3Bavh23Hvm67KxceePN1mvnWI07PJv8AzlFqQv8A85tatUflFoWnadpyCtQrLD6rgfTJnQdtyvUm&#10;I/hAH2P0r/wItJ4Hs5il1yTnP4Xwj7lkfQn+Zic8+kCuakB9MX5VNt8fch2MO24whIDsaflTfGld&#10;jTXwpXpirsYRvvhAbA7Ez1yRZOxMjfArsQnNEb2xCQ7OL+Z5ed2wG4ByuZdjgDsiJFaZQ5Dsbirs&#10;2KHZsUuzYq7KOGkF2Np3xtN07KP3HJMnZWKuy8Nq7P/W+DWZDJ+/mbFXZsVdmxV2bFXZsVdmxV2b&#10;FBdl4odlilN8VdjhirsvFXZsCuzYq7NhV2PApirs1MCuzddyOnTCrsvFXZsCuxWCCW4ljghXnLIQ&#10;qKO5ORlIRBJ6NWXNHHEylsA7O4eV9CGk23xhfrM280ncew9hnNa3U+NLyD592r2gdVkvoOQdktUq&#10;K1Hy98wSLdQQXYoGUj7Jr7Y0wouxRQXOwrXtkOaDs7HheIPP4e+3XEDzYk9zso+nQEfEMJFJ3dmq&#10;uwHQdsC7uxQAdQPoyWzEuxRW28Dg2YkOx4ZgPbxrgsMSA7Gsh2K7ljucIKRJ2U0dCGBJHSvjjzSJ&#10;OxIqB0r4keODkyt2LitPhFK+OGINMC7Hqv0ntkgGJLsVUAbHYd/64sS7CmztG1C+uZ6fBKPTjHgo&#10;+z+rNlfh4xH4/N2+TIMGGMOvMuyYafo8w4sEJZBxce/tmNOXFs6DVawF2H9po/EGi/E1CFbpTMPI&#10;63Lq3ZUmjMzEbKg2VqUNfDKSVjrKdiEmhjcV6CnqA12Pzw2zjrXYDTS4U4xBXZgeq9/fJW3HUyO7&#10;sk1pp3EI4jIWo+Gnc9ckNnW5tRe1uyZ2NoXC28a05ndqfcMmA6fNlo8Rdnob8uvL31USajd0ENrH&#10;Uk/KtM3XZ2AC5nkHlu0tZ4h4I9Wj0+eJ3MjaxqVwwBCySdR/LX+OY/iHLMnvdlhl4EAPJvOt+V9B&#10;meGNuNHcH0/FQNhT7832i0plu6bX60GSGmlVB8RoB1wf5kbT49Nm8uwESI8J+uMvSsmw/rl2pnjg&#10;Bjib723smOQZRqJbEHb4IePnI5lIoAaIM5DoN4bGR9DvOXpwS8LWeuwr0Q+A8MwgRHbo7f2h7MGX&#10;/C8XUeof779aPDVpk5XvX6K+OXB42l2D4ZAg3Jr1pl0ZU0TiHY9rio8B4dMJyNXA7AU8/wAIoT13&#10;OUymW6GN2Edzcce9RvsMxck6cuEHYRTXQBp065hzyW5UMTsK5bynInYDsNzlJm5EcLsRa77Buo6U&#10;x4rbBht2Im9oxoa+xyvjDPwXZf16u3cda98RkHJfADs310nvv2FceML4AdjhddyevTfHjBXwHZYv&#10;GI6g9hvhsL4IdjxdtSlDXwrh4mHguy/rPf7zXDxBkMOzsetzvWpA8cTKmJxOxxuA1QTTwON9yBi3&#10;dkI8z6OLmM3sKB1JpKlPsOf4HqMpyAEW7TSangPCdnZye60xObLNCa06e2a6TvsWpIGxdhTPpcS0&#10;ljAFBQp12ykm3LhqjyLsIptMV5A5AA7Ajpg46c6GpoU7HrpcSjkq1Unen8cN2xOpJ2djfq6SSBVt&#10;w7A9T0AGNnknxDEWS7B62jIrOUCFhUinWmEyN7tBzWat2B7fR2kmM87Eg/FTvv0GTMm3Jrajwh2S&#10;mPRIktxNLGeT0VB3J/phjJ1x10jKgXYyawtNO4TzqWlUFliXem3hlgkA2YtTPNtHk7ISdMutYmnv&#10;pIysStxij7BP65aJ3u7sauGnAhe/V2Ar3TjCyiNaAbsDvsNgMMcjk6fVcW5dhdJbOzwxcSOUbGg6&#10;ZaMrmRygAl2EskaRuV6KsbFyfbLeNyhMkfF2FujzMJIZFFKtySntg8TZyc/Ih2Zb+60XX9RurKd4&#10;ZI5vXt51PFlJo6spHcHMmERLY9Q2mENRgjGYsEUR9js9R/lp+cNv5quLfRNdkjt9Zl+G2vFoiXDf&#10;ysvQOfbrhJOPaW473zrt/wBlDo4nNgFwHMdY+7ydnrL8u75dF826RfSsRB63o3BPZJRxJPyrm17L&#10;z/l9VjydxF+47F867SgM2CUEDqUMk9hdxQ19Zo29Kn843X8RnqXzE26QqB6UMu7D5cgflTPTNTk4&#10;wIjkD+1821GPgKE0WY3NpDcsOLTRqzL4HuPoOc9/LwGbzB5r1Fm5cSlvEfAMxJ/VnO9g1LWZ8ndt&#10;9rn5xw4ccfJGXp+FF8ST92HvmmWjoaGkUcjmv+UQtc2eukeK+4Ovyb0O9daCiE+OedPLjrceZdY1&#10;DmQEjcBN+I5MFDVPc0IpnmuilHJrcmTrR++nsNRHg00IIo5MZJBJPGlDROTse2wzfA8Uw6nNtBwF&#10;M4x50pc6sLZj8HoLtyK8WDclpTufHOV7bnE5uE9Ryen7GPBg4h3t4VQxcVUlSW4AVWnOlNz0pmu6&#10;Ddypzs/inZJLRFjRitCHILGtakHuTmfiAjy6uuzGzu7DQIzBaNxXqwAFPlmYB5uJYDs6F5Bthc6z&#10;aqxrxfi1B2rnUezeMZM8fe6btaVQaY0BPgK586/zU1Ua7+Z/5g6sp5R3ev3ghYGv7uF/RWh+UeWa&#10;/J4moyS/pF+yPZDR/k+xdJhPOOKN++Xq/StjFI0HtkCzFeitflH9eKQ7G0Hfc9siSpdjCPDCrsbT&#10;ev4YbS7GMPo7U8MQzjydifSu3tkkuxhHU98Ql2Ab1uELnuAT+GIDKI3dnC9cf1LyTfoTlOR2mHk7&#10;CTKW0h2NI8O+KHY2nX2xV2bfFDs2FXZWSZOzAUFMFqS7KI964Uuxpwq7N2rjsrs//9f4NZkMn7+Z&#10;sVdmxV2bFXZsVdmxV2bFXZeLEuy6YFdjgP8Aawq7LxV2bFXZsVdld/bArscPlXCrsfirs2BXZsVd&#10;mwq7LG2/bAxO7s6n5M0Awxrqdyg9aYf6Orfsp4/Tmj7R1VngjyH3vG9udpeJLwonYc3Z0riVFKbd&#10;80928vduxwApUnFbdjuQAqBSvTAinYn6jE9afLHhCeEOyuRJ+0cK07H8yBStadCMFIp2PEjAbbA+&#10;2CqQYuxYM2xrtttkWNB2LAkip2oemSA2ayHY4A0rz2P7OREaKuxVWB2JNR0yRDAh2LrQihPuMDAu&#10;y+C9a/diiy7BUdvG3xdPHfG2uWQh2LG2hVOtGHcHBZYeJIl2B7pIobeV1YsSOK/6zbAZZj9UgG3C&#10;TOQFOyR+VtJBLRsgqOLD3UDemZGSduP2trKFjzdnR7fTPTKhY68B2HVf7MxDK3lMupvmXYPFggHx&#10;KeB2HtlUpOP45+LsSfS518Sp3DdqZVuzGqiXY1dKXckqx6KD44Qk6ouwRD5eLHksaGTbYb/PJ2SW&#10;uevrq7JHY+ULuWTYim2wGw+nLoQMjTrs/a0Ih2dS8s/l7K03P0qgUMkjfZX782uk7PlM+50Ws7X4&#10;hTsnmtTx2lkNL0/4baIfvZv9+SdzTuBmVqMghHw4ch9rjaOBlLjlzLXucvyd5Xnu2WZ4jWZ/hB7+&#10;5yfZ+ilOV/JyNdrxHryWu4RSW2A650rzb5g0/wAmaSbNXDancR0WBaBliHUnw5HbN52hqo6LH4cf&#10;rkPkHF7K0M9dlE5fQCl0StdS+odoUNRXuf7M47pF1dTafLq2oOWn1W5LAnuS2wA8ABQe2aPBI8HF&#10;LqXrdRwRn4cOUAjyoqFA2UYpfaO7ahqLgVVpAY6DpShGZRj6j3NmLXDwog9zSnZfE4fKXULyPxCn&#10;L50ybxOSIEiB3q2KhhzAqSQNhhaiHYp6hCkEjbHiphwB2AriY0602oKZXOWzdCLsjd7c0Lqp8Kn9&#10;dMwMk7c7Fj73ZGbm46gdPHMUyc/HjdhTJdUOz7n8MonMnk5AxOwK12fdqdz/AAysyJbI4XYn9aFd&#10;2AJ8N9sAI6s/Cdl/WWrQSA+2JlHonwnZRuWH7WAlRiDssXJpyqaeONr4Tsd9Zb2Ph2yYyFPB3OxR&#10;btyO1fGuASrkxOEOxRbmvU0phMiWPhOxRbhm2DUI7H+BwiRXw6dli6bkRyqfHbBx7qcbsGQXwiap&#10;VZI3HGeB/suvcH+B7YRkINtOTBxDu83YrL5RstZjkvNJf1EX++tm/vYj4MPDwI2yf5eOTeHy7nCO&#10;tyaY8OT4Ho7IpN5Ili9QGMEMfs0OxzEyaSQ35uXHtgGnYRTeRjUVRh88xpYpDo5sO23Y0+VhAlGT&#10;p2r1yHAU/wAqcR2dgePy9wLNHGpr3p0w35NktffMuxj6DLJ8AXkT9ogbgYALTHXAbuwZa6Bbxyq0&#10;pDN/KOgwnm1ZNdIig7Bc9k88v7leEUVSSem3hkwWuGYQj6uZdkcvLL1JHbd5JBxr1IHj9OPmHYYs&#10;9Adwdml042unxxooT1BUf598IJAWGp48pJ6OyIvYy8pC0ZIUjkD3wxkeruI6mO27sTl0b6lbSX0y&#10;dEAUdDU1J/DL8cgXIw63xZiAdnGr5mkW541UyD00A9zv+GTMqD1WI1XzdjtPtRG0KqPhjUciPGuD&#10;iY5sxNk9XZH/ADgZLeRZk2WQBXPjxJGbjBEGILt+yqnGu52RqzllV4riJzHLUMjqSGBBqCCOhGRn&#10;kF0XLykbg7h2e/PyW/ND/FFvBo2rPXzFYpQTsaG8iQbyf66j7Xj18cjp8nBIRPw/UXxn2s7A/KSO&#10;bF/dy6fzCf0H7HZ9APJuvpeWMttqYkuplAERr+wBxpXrnonYOriBKE7Pc+M9tY7kJAV3oUW4iYmH&#10;iisSzL7k1OHnljTLXS4tWa2Z2S+u/W+OhK8RShPgK5ndm6aGm8Qx/ilfucKeU5BG+gUbqpZAT0Xf&#10;6cJfOkvoWd7cV3SKij3AJplfah8PDOfk0Yxx54wRNuKRD3zzp5TZxHql24YPcMg5seR6k7fJjnmf&#10;ZEifEmRVkfF7XX0OGI6D9ivkvtZDIbiQ1JjSm+27Gn8M3+llZJ7g6TU9B5uzj+tym51q+kUMvo0E&#10;TeLKOtD1G+cj2jllLUEj4F6vQx4NPEHrzdiVshkC8x6UrLyRCOSjwFAQcpjAHZlllXLcOw/tQxaR&#10;g/JWKAUpQBRvXxNTmbhBs73yDgZaofF2HCrSoY7KaVA3qfDM2IF7uGT3OzqHkN49Nj1PV5GVk0uz&#10;uLx2pSghjZv4Z2vsxAQMp9wJdPq8Z1GfHiH8Uox+ZAWS/wB23uKfftnyge4e8kmvJDV72WS5kPvM&#10;5c/8SzV3ZJ837px4hihHGP4QB8hS4Cgp4Y2le2BlTeNPXp0wqXYmSQeuNMqdlUrQ/diVLsaQB8+2&#10;AKHYxtt++FRzdibCuFtdiZoK7YSFLsJ9WfhbSNXopwEtmMbuzhF+3O5lPiTmPJ2mIbOwvyDY7Nii&#10;nZqDFXZj0xQ7GYVdmyTJ2ViinZseSh2YgHEq7G8RXvil2f/Q+DWZDJ+/mbFXZsVt2bFXZsVdl4oL&#10;s2K27Nih2PHTFXZeKuzYFdmwq7NgV2OAHhhV2O6Yq7Nirs2KuzYFdm70xKCadkq8r6KdTuxNMtbO&#10;1YF/Bm6hcwNdqfBjQ5l0vbGv/L4+CJ9UvsDs7nboYo9gAvag6ZzMtzvzfP8AJLiLsWBfehIr1A8M&#10;AYbOxMioAJ+WSZW7GnYUr07Ypdje38cVdl/MdMVdjg1Ogp8sHNFOxZDUCpqT49siWJdiqkCgrVhg&#10;YGy7FVcAbUr1pgBpjwuxQHdad+o+eEli7FV+LoRX+XCJMDs7FQg6lga9AMNsSXYoAOwr44sXYooZ&#10;qUUEYEE07BcauwAoFHv0riQ0mQDsECwW5eCNgP71WYDckDwy3BICXwRHPwWfJ2dd0TRZVhheJOE0&#10;LULDxHfGV28tr9aDI3yLs6PZ6M1wqTRKI5l/vE7A9/oOSjAl5rNqeDY7h2Hi6CJKLJbtG5NCKbE+&#10;I7YjTA+9wjqyORdg1PLTLRSKpT7TLt+GA6TfyaZa8nd2CP8AA8dyUPpqzdggpXJw0N8mv+V5Qdkx&#10;0v8ALqpUyDgSOlAPp3ObDB2SZc3X5+15HYOrTJ/pflPR9KAa7k+sv2jUd/fNth0OHB9Rt12TVZcv&#10;LZYWPbDmRZLtVtrK1aOAj+5QUJ+Z6ZbIyyemAIHcxhWPeR3bqBux3w00j8r7/VJ1u9UAt7UHksRF&#10;AB7eObDRezGbPLjyemKcvawhHhhue9A3Go21vVS4Z6bIOuHfmjzB5c/LrT3MCrdaiw9O1hWhZmHT&#10;5AZl67V6bsuNY/VOtm7s3s7P2jk9W0epQcfr6iasDHb/AInPN7aZe+ZJrjX/ADFcNCl1IJJlfb4F&#10;+zGgPbONjjnqCcmQ1b3P5iOmAw4By/FpwAqKEQdBQAY62Z9c8waZY2MfCyspBHEqj4ajr9wG+XYw&#10;cuSMYjZGQjTYJSkfVJcaKrMewqc7E2jFXkkkQCFy0hc9yfhH0KoJzd/ljuSNju84dVcaB35IFZRU&#10;KD8Q2pkFu5lNxM6UCs5KL4LXb8MwJyBJIaqR4FABgZGNa1O5yAYkN4sXIU12PSuJlS1bsKbuYopB&#10;AJ61zEyyLkY4OyKXlz1oQB3zEnLq7LFjp2Ri5uXqwpTqcoySFOfjxbOwnmnau6noOLD8a5jyJIcm&#10;MXYXSXgRiCWB7V6H5ZSQ3xxEuxD6zyJIBA7mn6saZeHTsxuX6EkA9Oh/XiGQxguzC5amz9OxNMK+&#10;G7HC5pQeoCfCuCyvh+Ts31s1C860FaDf6ckkYtnZaXZqQCd/E4hTiDsXW9HEitKfRjTHwXYo165A&#10;AYAeINcQLUYR1di0dw541G3v+vJFBwh2DEuCamvU0B64AWo43YaadrN1plzDe2UnpXER2bqrA9VY&#10;d1OTx5DA8UdiHGz6OOaJjMbF2du0PX/LHmhY4p4o9K1VtntJGCxu3cxM1Aa+BNc32n1mDUipjhn9&#10;h936nkdZ2Zn0xuPqj3j9K3dfcYZaj5NJDFImZTuOIAO/gDlufsu96Lr8errm4MD3yFXPlhVYp9Sm&#10;BApSRT9GanJoaPIufDVGua7C+TykSm8fop3AFMoOhNbim6Ot87dgZ/KsxQLaxGrbAtX8cB0MqoNo&#10;1gv1Oxi+TbkD44iRQ/CBSvzwfkZdWR146F2Fs/lu8IaMRhFY0VUHbIS0s+QZx1cRu7Cqby79XHpi&#10;EknYkDc/LMeenMXIjrDLe3YTzaNLPIAsdfTHFEG/9mV+HI9HJhquAOwVaeTbjh6kkBZpd1FO4y+O&#10;mnzWfaQJoF2RnzpojJbi3pSQdIu/IilT7DJTgYe92nZerqXE7OD6j5cW1dVUVmA3QDuf1DKJSex0&#10;/aJyCzydl6f5bltkNzP8JpXj41yUfNGftETPDF2c187Wn+iFWFD6qqO5qak5vdPYxW9T2Nm327nZ&#10;GtNsxG8SunEEDjXuPHMCeQ25mpzWDRdk50GW50PVbDWLGRobuxnWeBgejKa027EbH2wg8QdRqTHP&#10;jlinvGQouz6seRtbTUdP0rWLYmKLUraOcKvYuPiX6DUZ1vZeeW0uVvzj23pPByTxHnEkfJa2d+0o&#10;MLO3qS3rVkJ9mO2dnpvoHm8uRSAmIMjf5NBnP/zRufq+iXVF5PIjBVrSpOwzW+08/C0ZvqPvXsmH&#10;iawdwKOjFEX5ZxHQYzFpI+EoZZS5J+4VB+Wef9mw4cPvJeq1suLJ7gvyU2YaKyuWINXlAA9lX+pz&#10;e6a445HzdRn9WQDydnD5Gkku55JOfGSWQksRt8VFUDqB3U5w2TJI5ZSrY3Xze2iAIADoB/b+guw7&#10;s1VnkdVo9OTg9yRQEkd6ePQZk4QTufx+O5wcxoAHk7DqzjKRQgpwYVcxg/zGte+ZuGHCB0cLNK5F&#10;2G8dKU25IanY9/HM7HG3Ek7JJ5ivf8P/AJMfmVq8YEbrok9vEw/nuqQCnz552vZUfC0OWXLavm3+&#10;yul/Pe0WjxHceID8I+r9CnJvwXxYfhvnzERFRVQdFAA+jbNKH7QJvdUx/wAsVdiZHjhV2NIHT78G&#10;6uxM08Md1ouxrEHbpjVJp2JkUJp2ySXYmfpxDN2JnvXFLsjPmGThaSb9QcZGw3Yubs4fOayOfEmm&#10;Y8i7SHJ2BumRZOzYFdmHhhUuzYEOxp77Yop2V45IFNuzYUuzYq7Nirs2KHZ//9H4NZkMn7+ZsVdl&#10;4o2dlUxW3ZsU27LxYl2bFXY8CmBXZeKuzYVdmxV2bFXY5Rirsdirs2KuzYq7NgV2bAxJdg2wsZtQ&#10;u4bO3WskzULdlXuT8shlyDHEyPRx9VqY4MZnLkPtdnfNH0mLT7SG3gX93EN2puzdyc5PUZzlmZHq&#10;+ca3Vyz5DKXMuw7KEnc8FI6DKbcIF2NZafZqwA2Pjjabt2NI+EVpXw7jJJDsbQGrdh1wK7G8gdgK&#10;gH7sZWU07GgrXuSeu2I3TRdigJr8NQa0wAUxditGqN+IP7RO2BGzsV+Gu7127ClDkd2G/c7H8tuK&#10;HjXqeuHmiu92PMrOONa06bUOAseEAuy+R2rufEdsPRadjlrQb/R4YASxLsVV2BABJ98dyxIDsEJN&#10;JxIrseq/qwgtZiHYJSR/HfsMlzazEOwdbySxzRzRtVo2DAdtu304jbcNMwKp2ep/IaprdlDLblDL&#10;TiUYhT/qOP2WHYnYjMzFHxDfV887YgcEzYNfjceTs7hpXlm3BUXHqWUw3PNCVI9/bNlh0oB9Vx+D&#10;y+bUSPLdon6c6tpPkjSZoY1ZYwAAQ8RqPnQ7jOg03ZuOYs/Y6bPqsoPVDS3Qj/Z38Dkqtvy/0GFA&#10;BqKxp2jljJpXqK1zY4+x9LEb5K94cOWozz/h+1APqpQ/7zNJ/qEfxw8svImiMwEF2jOf2YkNPx6Z&#10;n6fsbSSPpnv5AtU5ZxzH2oKbzCkIJkt5EA6lqD+OGcvkXTEXlPqIgUb78FzIydi6aA9c6+SMZynk&#10;LS5vOERbjBYzzsP5VoN8BJ5e8l2dWn1YTcTUhWA/VmINL2bj3M+L3OWMGqlyH2LW8xaxL8Nvo/p1&#10;6NI1fwFMFHzJ5L0NKWcIkcdwP1s2X/yxoNMP3cbPu/W2Q7G1GU7j5qVPMl+aTTpbRk9IxT8ci2u+&#10;f7+8tnXTHtbGB6j1ncVA+ZoM1Gu9oM+eJECIAuw0/Y0McvWCSOgCa2OjwQMGnaSeXuTvU5xC6bQ1&#10;u21HVtTGs6gCSkSHmqnrselM5rggZcc5cRelhDUShwY48EWRKWoFROCjbfCCdr7zNKI7UlVY8LaE&#10;fZFdq16VysiWQ0HJjCGjjcviVT4UBJNKCpOd/wDIH5YDTBFJIlZyoWe8YUEMZ3ZUB6u/j2Gdf2R2&#10;IY7yG/f3DuHn9weR7R7VOqlQ+n8fcwvzR5ttNDtSxX61dybWGmRsPVnftX+VB1JOdK8z+XrWXS5Y&#10;7L92yisgO/NfCvbN/wBodmCeE8G3f5ulxa0Y8gvdLPKup6tfOZ9St1grvFGlTxB8a9c8z6jZpDM4&#10;KcSpIpnn+WHBJ6OEhIWHo6kmlfDCfgB0FPDfMeytL8RkYAb0p1yM5UyEXYQ3z1NK0P7I779d8wsh&#10;LlY4uyI3r0D1FOIqTmLMl2WMcnZGLqVV5Ed9z8sx5Hvc+AdhHc3D8TSTgO57H2ysStyscB1dhYLh&#10;AaOOVB8IYdflkSaLkHGejsYbtWG0LePXYfd44RO1GMjq7G+rQGsfEkEb9N+lD1wllwuxIyMwDcaV&#10;6En9eRDMADq7LEcjDkqkFftHpsf14KK2AXYLht3+0X4GngTWv3YeFhLIOTsGekygBXAHy2yQAHJr&#10;4w7HCIUo6jkCfetO/wBOIZWHY9EYK1EoV8QMbV2CIy/I1QcRTiRhpZDZ2GEMLn95QhQfav0AY82i&#10;RA2dgyOMs3JastK09umPPkxOwdhpbwPVaJVerGlRU5bHHbjTkK3dnRdE1TzBpyhbXU54ox9mFm5p&#10;t/kvUDM/Dmz4jcZkfd8i6XV6bBkPqiD+PJaUVuq1zpWledb6qpqtnaXkdKep6XpuD4kqdx9GbrT9&#10;rZRtkEZD3U6bL2ThJ9JI+KhJCescjK3h1GTRfMPlzgrXfl91J3MkTqw+YJGbYdoaarnh+RcX+RMp&#10;Poy/YgSb0EhJUPswIOCV8wfl6V/eQS29ftckDfqNcuj2h2aecJR+TA9h60ciCsL6oNhHG9fByP1j&#10;ATebvyp9YwNcTl+lfQfj/GuD+UOyOKql/pW8ezfaZjYr5tB9ZpU20Y32Ak7fcMN4H8n6jH/uGEF0&#10;x/YVwkn0oyg4Rm0WX+6iCffR+Tg5uztXgP70Efc761dRn/SAYh4kfD99aYW3HlWxuXYfoeR3bcxg&#10;7EfOg2zFl2fjyGhjPzYDLOA+pEi9SgJmRR3OEE/k6QyOrWlrplpGaqAUFB/lMTQZiZOyzdERiPeP&#10;1t8dR3Ekn3ogXcJAo/InwByJa7qWg6BG1vaNHqV2QVku/UURRU7J/McwdTlw4PTjqR6np8Ha6LQZ&#10;s/qkDEd3eqozv8RHBeynqfnnBtZupb55I7G1QvITzupjyZj/AJA8M5zNmJPpG56vS4sAxAGR+AVc&#10;jtt5JP7y+1SRYkU83kbckfx9hkPyxj6pGg2ZO0j9GN2RHzDBEQ31K3cwRCodhQmm1SOwyMBGcqHJ&#10;2Ggkb9Z3Ls45e6NNqU5aS3MsFo5urio24ptQ/MnNvGdR9z2eHVjDDY7kUHZBL+0f9KF+OzkBUUUC&#10;+FPlmrM7Nl2uDMPBp2T3TdBlvDaRJGzysRzoOle5ycLvZ0efXDFZJ2dn0D/LyBtO8saFZyH0zDCA&#10;W60Uuc6XQgxxgW+NduZBm1WSfeWj0Oeq9PUx21unp+k0cYT06hqUJ7jxG+d7ozcI/J4zVREJkXsl&#10;Qb1RyrXk1RnGvzluWS1htYyQZJFUsOw6nND7dZuDEIjy+TZ7MxEs8pnoE1XoMgelWjLp9kjUDGLm&#10;/fdjWgPtXrnM6LBWGI8r+budVlHHI+beG96RaaP6p+CQRTzVr0r0H4ZsZ1j03Eee5/HycDD+81Fd&#10;LAdnELV7hrcM6cHlIrtRlVt2+LuadM4TFMmJJsX+l7XKIiWx5OyS2yPFb1cCn2hTcU2psM2WONR8&#10;nW5CJS2dhpbhkCqwIZV3Db7qPbxzIxXyLi5aJ2dhvBG6sDx3NPiJ3H35sMUDduJkkC7F/wA7ra7T&#10;8g9ahskLG9vrL6wg3LW8EgmkNPbiM7WZGLs7+vID5bvQ/wDAslD/AES455P4Yyr+sRwj71Nv72Me&#10;AJ/hnzf8O47Zo364VMxwK7GGu22KA7G/7eApt2NO/wBOKuxIgb+3fJJt2JnYbd+mEbqN3YzENrsS&#10;bvTCrsgnmybhbsoPXIy5OTgFuzkL7k++Y5NuyDsSPXAl2Virs2KuzYEOyq5IBLsqtffxwEIp2ahx&#10;BW3ZWSCuyq5JLsvBSuz/0vg3mQm37+ZWKebs2K07LxRTsrFadl4EOxwAwq7HYq7NgV2bFXZsKuzY&#10;FdimFXZsVdmxV2bArs2Kuyx4b17DIsHZ2LyjoP1C3W5uE/0y6ALj+RD0T+uc/wBoarxJcEeQeG7Z&#10;7R8efDE+mPLz83Z0FPhopHGm1P8AazV086d3YoSXooFTXdfb2wV1Y1TsSYMKih/j92SrqyFOxvAg&#10;+5wWm3ZdFAIFa+HhhQ7G8NiSDQfxwcSbdlhOJHWhGxxtSXYoE4c9g4I6GtPbp4YLtiTbsZxdhxrS&#10;m1MNgMrAdmoVoKio6gdMrsrbsvl7A+/fCKRTserUNX75IhBDsU3WtTy5b+P0ZHmx5uxZeWw8RU0/&#10;rgpgadglEeoAPIgigyVgNciHYuAQBUAVO5+WOzWS7Fl60oPGte2G2Jdh1pVu95dw28QHKVgtfpxt&#10;w9TkGOBkejs+o3/OPPlzR9C0mQC0hkutQRfrk8iKzPTcDeuwz0r2N0uKNylEEy23fAvajtTNqM31&#10;Go8gg7yMyREAkEbgg0Nfoz0VfeU9H1DlIkYs5W3YxqDGx8Sh6fRTOt1fYmHKbiOE+XL5On03aEoi&#10;ibYjLqGrWLUVBeQdkY8HX2Vu/wBOELeRZ4iWtZbdj2KvJEfxDDNRP2fyR+kg/MfrdrDtHHLn+hQf&#10;zQQD9YsLuMjr8CSj/hSMFR6J5itwFjihkHZjcA/rUYf5O1ceUR/pv2MvG0x3J+xBSa/pktef1ldq&#10;kfV3H6q4JGi+Z5l/eXawL0EKTbfeFyf8nayY9Uq8r/YyGfTR5C/h+1KpfMGiRMeNnczkdX+rP+on&#10;As3k/Wp14/XrRP8AKmMkp+4ADKJ9h6mY3lEfMt8O0MEeYPwoKY822UbjhpWpSN/JHEkY+8tXCe5/&#10;LrWZFYx6rYCRuvOKRl+7KJezOc8px+RcqHbenjzEq96Ph84REr/uC1FV7HlED/xLI9dflR5muOSt&#10;rmlLEwoAIJFZf9Vlyoey2qu/Ej8i5cfaTRw5QnfvCbx+bIB/0p9RJ60JQ/8AG2EKf84+zzTerqnm&#10;dbtRusKiT7qn+mSj7I5D9Uwfm3z9tscY1jhSIXzkzP6cehXaDf8AeuYwPuDHLl/Iq5LpFDqmn2ls&#10;DvKYpJnAHcR/ApPzOA+yWoJ+uIHuP7Gge2mGO8oyJ94H27lMxrsrxF4tOnlk/ZjZ0jFfnU7Z1ryt&#10;+XflbysivFFJqmohQJNRu6E+4jjWiIK9gPpzoNB7PafSi64pd5/VyDzvaPtDk1ZN7R7h+LLD76bz&#10;jqUrCS5h0mz/AGbe1Xm/zaV+p+QyeNP8PEUVR0UbAZvI4wHRZNUShdP8pQQzNPKWuJ3PJ55SXkY+&#10;7GpyLa9qSw2zpz+Jgan2zB7SzjHjI6lrwgzkCz7T7JYQtFA27Z5l1q5ElzL1NT1zzTUZNy9nph6Q&#10;yBRQAZHGk8TU9tqUGYNuUuwHNMVqR8j/AJ/PKpEs4i3ZHryQGoLMOJ6A038MxZy3crFs7InfS0D0&#10;NKfazGyyoOxwuyJXNwytSo4CgIB2zGlIuxhG3YRzzqWPLetaIR1oev0ZXdOVAF2FZdG+Ekrvso3/&#10;AB74kt4sbuzCV41IEYPE04t1p7UwbpIvq7MjyEUoOtKnsfA42g8IdigkYEUVadQRh3PVSAXYpHeM&#10;G41B2ojEdPc4goOMVbsMIp0UUqS1PjJNT8sb3apAuwQspYJy4jkfs13HtgDEAOwTEEqpqqnt/tZK&#10;7XiNOwVHFWlFAIOzUqD8zhC8VOwZHbx04E1ZfA/f88laOM83YOSONRTmW4GvEdvDERHewJMnYYwR&#10;oWATck9AN69x9GTFNMrdhzbQsmw+Kv7NNsujZGzj5N3ZKbFZJEDMStV296bUpmTjBLg5QA7JHboO&#10;StQkDY/xzIgaLhmJWE5JrFXCGOgeM9j7+GbDD9jVuChpeJ3rxI74ne+XZ5YjJbWiyqerSTlEX/WJ&#10;Xb78uOiEx6fvdhg1kbqR+Qs/BCfXUjYLLJxJ2Ucdz8qZBbzTfQidrqKyZFO62t2JmPsaGv35iS04&#10;jtYvyNu+w5CT6OPfvjSKSdXJ4l/9khX9YznF7qOqwTMtg9rpCqaid3aeYAH9lRsPxzFnjkKqh8Xo&#10;8WHGY+sGflVBEAKwoSWB7eOHOkeevOMTfVNR82DU9Pbb6pf/ALtFH+S+zL9+T8XLw1KZI7idnE1X&#10;YOiyDijg4Jd8efy5FRNrboxkjhCSH9pQP1dMlK2PkvzFG7T67Lpsj/aWOZ7qGviKqDT6ch+X0+T6&#10;jw+7cfrdNPR6/TH04xMeYESpSXFxEKrbtOPoQ/rxSL8l9Fvpoxb/AJi6dMH3S2kLxy8R/wAVkHMi&#10;HZOCQHDnjv0Ng/KnGydrazFE8WlkPMUR80C2uiOvq6XfLxNGdYgyf8EGpk/0n8stD0z93+ltPmaP&#10;ZpOfqSntshAI+7MnH2Phh/lI/p+Tzmq1mozG/Dlv8vmvOtxUU/VbheXQtGQv/BdPxw4uvysbV0Ec&#10;EIurcikaq/E08aEAZkD2dOf6dx0/Bdd/KMsJ32K4a5YKP3svpEdeQ2H04Ah/IG6mRojp4Kt9ppXW&#10;lPoyWL2RzR6AfEMY9s5CbiD8kj1T8xvI+jban5nsLV/98mUNJ7fAtW/DPP8A+fn5UQ+SdH0m00qU&#10;G9uJ3uNZESlVUEUgQMftDrX3zX9sdm/kQIcVyIs9w7q73rvZ3taeXITm5VQ9/VNvLvmGx8z2J1XS&#10;3E2mSOUtLmtDJx+0SvVd+x3zyBBolx9cWSVDIwI+Lt1zmRiMi91k1seChsn+do8pppC6npenXV0s&#10;M11IqFYwGcljQA+A+ebTHp+ADi6vJ9oQzTxzyRGw73Z6sVFtCIgvppGgijhG/FVFAM2wqO3R87yT&#10;49/i7O1+TNVn1FYGmlV0kthbGAChS4tjRyf9eMqw+nOo7AzyyZRGR2IoDuMf1xdP2rCIx8QG/P4H&#10;9RS8RhJGQCn7znXxDf0O2cd/OO79bU7K1ViC85KKByJI+Efr65oPb3McmUQHe3eyuKoTn5I8dMPo&#10;tL9GKBFWhgRFFRT7KgfgcycWlMIgdwDj5M/ESe+28i/nFhFp1zFxNERYyVIXiT3qeuYfbE/Cwkd1&#10;Byex48WaJ83Zye15etHsgSM8pCfhqD2pUjYds47GNwKoPVZa4T3l2SN19dVVBxDEBKVqRUZsOHjF&#10;U60HhO7sMYlIDcaLU0Yb16/Tl8BQoOPI27DezjaR41WsTggEkcuh6H55n6aJkRWx+biZZAA3uHZ0&#10;3zZb29x5Z0nR7hFaG8juJZYyKqQwEY6/M51va5EdNgxjrxS/Qz9l8ksOaeaJogj9ag1TISP2QM+W&#10;fmnQZfLfmDVNGkUhbWZjbE/tRMaoR9G2aWErD9ididpx7R0ePODuRv7xzV8jxr9GSds7Gt4eGJQ7&#10;EzTxxV2N33xpNOxFun68kydjT8Ve3jg5I5OxI7ZJsBt2Judj7YkJdnL/ADhPQcK/5nITc3AHZzZu&#10;uY7nB2N98Uuxh6nArsbsMKuy8CHZqDDa27KqB0xKuyj1xCh2Vkhsl2V0w3auy8Cuz//T+DWZDJ+/&#10;mbFXZsVdmAJxV2WBigux1O2BDssCmFXZeKuzYq7NgV2amKuxwFMVdjsKuzYq7NgV2bFXZhgIY3bs&#10;m3lDRGvrlb+dK21u4ECt0eTx+S/rzXdoanw48A+o/c8/252h4UPCifURv5DudncLa3CRjkPiO3St&#10;KZzhLwWTJZdi5UdKUB75ERa7djGEaCp+gDEsgSXYnzFSBUbfax3GzKnYkzcqheVR1BH6vbJMqp2P&#10;B4dBVjua9sCObsd6tftJQ02A/jXAYo4adlCVqkb1GClMXYoGB/1j3/swUgh2V8IBoPtH6d+uK7ux&#10;hVw2yUB7kf0w2OqQRXN2ai13GxNCfDFO9Ox6AGo6nsPGmA82Jdjt+tTXvUdMUOwRGwqewA/2sBa5&#10;B2LqaV+GoIAFO+BgXYugI6jg2/v174sC7BCKD7npv1IxayXZNvKEKDUoXcV3Gx3oa4Yy3dN2tM+E&#10;QHZ9DPy31sWtrbIJAtAADXO67A1nhgC+T4R21gPiEtEAihz07o+vJcxosjCoGzVz0zSa6OUUXl5A&#10;xKX3NmkgJ479clUcysAQa5nkNkMrHrnTyu4XudxghXyBDkRmkVxZNU0Ug03NN8VDjpgptE0olsnJ&#10;qFoadCK7Y/mMFM+MIT6pKD9g5RYY0xMwrJayg9GX6MTZxkgGuUwm9tbymlR8698Ds4HfJU0GYT6K&#10;2bio4DbCy5ulUfbpv2zFzTI6oBTOG3Ybca4XnVli2ryp1auUx1fCK5qY2i1tS32gPpGALnzAoUgM&#10;F223yrL2lWwUY1dLVVoRTbwGc28wa2ZBIDJUnrT9WctrtYZc3aaXFSKSMLsB0zjd/ec5WaoPLtnL&#10;5J2d3o8RoK+FDXFfsv16k+HfMYlyLdgGafkCFYg9CR3A8cqlLzbIF2EF1MoBAOx3JO52zFJcmEnZ&#10;Gr6ZN6oXPjWlAcx5no5+EnvdkUuniAI9H4l6bnqP15jyIdljs9XYSyFaNVQSw26/50yHE5USXYDk&#10;DAfCeJbYuTVhgtuEr5uwMxkJ5cxRa8gK/qxbAQ7KM0gqrVNdyv4A/RgEk8IdmMjsqcRxZK82G9Qf&#10;nhEkggX5uxwZj9nbtzp0PgTiCtgOx0dN15HnyoJKbfh0wHmiUursMImKEvzLLGPhPbbvTrkg1GQd&#10;htHOoADUBK/A4NfkKYgtPV2DoLnb7Bap3qaca9xhtJAdg+OVXkX4R0LMw2rTJCSjkXYb227KW3pS&#10;iggbn+OSBYS7nYd2pTkgCEBjTbqT70y2JB6NRDskNqqGteQAJLA7Co/hl0CGiQdkhs4ySOIA6E16&#10;Ade2ZOMXycaYC1sltlb+oVRRV38fAZmQhbgZSI7qDGntnXfKvlaO7IluQyxKO21fmM6zsjskZzct&#10;gHmu0O0pQ2jzSa/vPSRqEE9BnXra1tbW3+rQQIkBFGjoCG/1vHO3xabHijwxAAdCdTMmyd2CX0DX&#10;0wmm5M6/3ZDEcf8AVp0yJav+XXkTXJDNqflPTbiY9Z1iEMh+bRFD+OYebsbR5jc8cSfdX3O203tN&#10;2jphWPNID32PttGWjXtvQR6reoKAKjSc1HtRw2QC7/ID8qLiczSeU2JP+60vrpV+71P45gZfZzRX&#10;fh/aXc4/b/teIrxv9jH9ScfXtVKFRqrKezmCJiPnsB+GHOl/kr+VWnlTbeTbYOnR5Zp5m+95Dk8f&#10;s7oR/k/tLj5/bbtbJtLMfgAP0IOe411lPHW5fekMS9PkMk6/lx5CVg48sWYIOw+Mr/wJamX/AMg6&#10;If5Mfa4v+irtCv74pM8musaDWr0g7bGNf1JXJTZaVounRrFY6VZ2iL0EUEa9PE0qcy8egw4xUYRH&#10;wDh5O19RkNzySPvJYRqvlifV5TJd3eo3EoqFZ7yYCngArKPwwbKtpKweW1gkcdHeNSR9JGWnTQJs&#10;gFo/lCQFAoG08hTwK0dpeahbI5qyRXUwUn5cji63aIKLxQDsABkxh7mv8+B1UZ/yra9blMl1ct15&#10;SzSsfpq2Ub9O7/jh8EsZdow6lq2/JwwsWhsAjN1cqKkeBJ3ORPzXYeV/Mul3Gk+ZIobizuFIDNQS&#10;RnqGjfqpHXMXWaDDnxmOYCj37fIoxdr+FMSgTY7novlfyVrXlqU3WmMIWkH7+1eQ+jIP8pOlfAjf&#10;PD3m/wD5xw0d7tpPL/5iWtvbszFYL6FxItT05Q8g1PkM4LU+zeHHL0Z413H9j23Z/tzGEf3uEy93&#10;6i9Xtpr10H1uyEEn7XCRXWvt0P4YC8vfkZ5b8r3UWu6j5oi8z6lYsJLPT7aGSKJGH+7Gd6F+J6LS&#10;mQzdm4oY+LxBMjoAfvPNt1vtxLVQOGGM44y2JNX7vJFAuTunBfGoJyayXltMzBUdaHZ2zWHJEkh5&#10;uRI5KmH/AJe12bSNRt7qNRNGWHqISVDbFQTTwBOZ2g1R0+eGQb0f2OJqh4uGUO9aUDbnr2OCNe0J&#10;Ne8xaXqDSMiiVSbcUP7Qbr9GZHaeg/O6mGW+vJxNBrfy2GWMDn1XZOri0CUZei8jT7+ubeeKi4Jn&#10;sXDOHefLhRBFG8np/WLpB1IJA3ovuem+cf7Qy4oCPUkfIc6ej7CxkyJA5R/FuyEWiKXR3j/eRghA&#10;aH4jvueg9s5zEd93dZZGqB5uw7UPG9ilN2ZmkjA3CqDQ/wBmZsDw8PfbhGiJF2GMPIIhPV9nNcyY&#10;DYebjTqy7JLpEHq3UAHQuK0rm40GK5inXaqVRLsmXnvi2pWNsHCfUNOhUJXoZSznbx6Zu/aKQ8eM&#10;P5sB8zZcnsK44Ce+RU0AJc+LU+7PG355eVnkt4PM9vHV7NhDfgdTEx+Fz8jmkwTN8L7r/wADXtwY&#10;8h0cztPeP9bu+KpnmbMl9mdiZ61pUYVdjDWnh7YgpsOxhOGrTzdjKintgUuxlKb/AHY2rsSI3OWR&#10;bIl2ISmit8q40nk7OPebJedwV8MqyOwwB2Qg9cocx2VirsogeGKuxh364q7Nirsrr07YEU7K4nrk&#10;rTbs1PwxBV2VhV2b54q7NU4KV2f/1Pg1mQyt+/mbFXZsVdjgK4lSXY4fqxYuy8VdmxV2bArs2FXZ&#10;sVdjgO+BXY7FXZsVdmwq7NgQXY4AdOmCmLsMdM06XVL2K0hqA3xTSfyoOp/plebNHFAyLi63VjTY&#10;zM/DzLs7/pNjDZW8UUKhI4VColNqf1zlM2UzkZHmXzfV55ZZkk2S7DsS0NfDbKRsHBMXYwyFiehp&#10;3wsuF2VzAAam49uhyNJ4XZXMPvyP8cd1oh2NV1HUke4/z6YQmi7KZqncgg7kDBuodlrwoQwBPY07&#10;YbU27GExbAVB6n3+7E7p3dj14An4tztUj+PvkUGy7FB6fcmvSldsbRu7Hj4d6kE7Ek9sFMebsTYp&#10;uTQ1oVG33YGQt2UWABB2LU4e2SSA7Ny8OO3v+rAinY4SGqhTyHb+3AQgxdiquTuSAvVt8FMTF2Kq&#10;6daig60O+FgYl2Co5qFDz37VO+2BrlB2TPyxcMt4gDV5NyIO3X8cHJ0/aeO8Zdnr7ynqjJDFwfcU&#10;zcaHOY0Q+Sdq6UGRt2d00XzFJGqfvKDb2/HOy0XaBAHe8ZqdIQdnZ07S/ODRhQz8gfHOp0vbFbHd&#10;1WTCQVN4kf7Sg5MrbzXZygcjxPfNxDtDFIb7NJlIIKTT436DDaPX7BxUTDfpXL458UuUgy8YhBvo&#10;6HoaUxdNaspBUTClSN9unzwxyQkLBDL8xSgdDHWu/fLOsWn+/RkuOHeEHUHuXDRVHfbA0muWyft1&#10;yMs2OPVj4pKJTS41ptuOuFFxr6HlxNAOh7V8Mx8msh0SCjEtEUDbI1d60rE0fcdhmoz6wSLdEFEi&#10;MD5ZHrjWaEgPv3r75rMmqJb4xX8R4ZHrrWXYMVkoKEdcwcuoPQuTjxupkI1LU3YsKmp+0e2aXU57&#10;2dpgg3kMubkliQajvXNZLI7THE07CxrjqeXQVplJyByRF2BJLoitQTX5fxyiWTvbIwdhRc3FKg9a&#10;UplM5Fy8cHZGLm6NBUb0IBJ2zGnkFuzxYnZGrq5DEgCgA3H6/wAcoPPd2OLFTsKpJWJAk4AChQVI&#10;qPHIHZyowA5OxJJZByDUIr8JBrUDsa4gszEdHYkeVOTMq8utO1DjbLbkHYzmASEkBDGgqOg7748Q&#10;SB3h2XHFu1JfiO6gCg+7G0Sn5OxVSeXFmZhSlKDqelBiSEEbbOxXmsYUfGx3XYdj44sKJdjlIVSq&#10;BhSlNuvfANkHc7uxVX2LKTUVB5bdfAeOS4wxI6OwdDI1Q4PxAboeo27HCC1yNbOwytp+BWjqCfsg&#10;bNtvtXJcYYSmadh9azqrVcruSCK13O9T8stibazl2dkptmDlGLKtQOO3Un+PfLYGyCGjxw7JTZAK&#10;uzo3IVCKaj3rXMiMaaJ6gEuyVWEdOLiSoJBoPs0+eZeKO7g5dUFrVOdP8v2MbFeZX1K/ZB6A9Kd6&#10;Zv8AQaUSNHm6DXa2uSFmBodj753jSUit7VUQDfdj456R2fgGPHs8hn1HFLdILm1eQjaopShwzMyj&#10;qaDM/hafFCFXTXI/u/vxF7uJesijGq5o8ZEJpbnqlPHAMmrWqmnIEjtlZnAcyjxSjE0sinb5YCbX&#10;7dK8R1yo6rGBsxOQq40pD9rcYDl80xqDwWp8MrlrsYY+JLvVBpFr+0lcKZvN8w+wFFd8xZ9qAcgF&#10;9R6ohNOtEpSFajoaYWy+bLpgwEoQ+O230HKJ9ryragjwieaJWCJfsxqvyAwDJ5muDuZq171plMu1&#10;pd6+AqBQOgwvl80ygGsp29++Y8+2MnezjpLdQZD9Z8zPKnEzFj41/DNNre0zIUTbsNPot+TeQN9Z&#10;Ms0iEN+741dh8Lct/hbvTv4ZoTriZU7gaLhiD3uwfBfqVPuDU5lw1IpongNuwnmYeqxXoTU5rchH&#10;EacuA2dgiGYKQWagXJwn3tc4OzpPlq4W71CwDfEYwzufkNv150nZmQZMkPJ0mpxmAk75ZMdVmWK3&#10;nI2qtFA983WrIiHCiCWhnmvzvPW6s42HKOPm5odwzfCvw03298827fnxTjHqLL23YmOoSPU1+tvI&#10;/C8YIXixFFLsDxVfEnqTSnTNNjnwgef2OfMF2HFsTP6swTikHwR9f2xT4foFcy8PquXQbfNxMnoo&#10;d/6HYbRV5IxX4abgncUzNxnycSfIuydeVIFuNSgUinxKKHOm7GxjJmA9zpu0ZcMHZXnGdrjzXrLr&#10;8QinFulDtxiRVI+gg5HtvJ4muynuNfIAPQ9l4eDSwHeL+anGfhFe9T95yHavpUOrWd1ZXcYktruJ&#10;4pkp1VxT7xmrIlzDuNHqp6XJHJA1KJsFfUZ4C8waJP5d1nUdGuQedjKUjc/txndG+kZsIHiFv1F2&#10;R2lDtHSQ1Ef4hv5HqG8I2/zOSLsnYmR77+GNsnYxh9HjiCodiZ/DxxIV2VQEUwIdibd/HJBmCXYD&#10;ujxjau1BiGcd3Zw/zDL6l4+9QDTKZF2WEbOyNHrlTlOysKuzYq7KOKuxtPHFXZWKuzDFXZiK98Qr&#10;sZSmSS7KxTTs1TSmNIp2f//V+DWZDJ+/mamGldjgO/fArsdigl2Xih2bFXZsVdlV/XTFXZeBXY4D&#10;virsdirs2KuzYVdmwIJdjqV74hi7HAElUUcmY0VR1JOwAwWpIAs8nZ2jytof6LtB6iVu7ij3T+Hg&#10;g/1c5rX6rxpbfSOTwPa3aH5jJt9I2H63ZMl2oKgA5gU6Qux5Y79CB2/jiinYzmwJox9saTTsZzbp&#10;U5HruyoOx1dx8WEWinY3l2J69MPJNOzA1AP2T4+OIKkOzByQRyNOuDqvC7Hcq0+W+EmkU7MJKE0+&#10;84Fp2O5knspp0ODZFU7FA5G1aAioPY+1MBRTscqfDXhUHcUpT78B5oJdjgiv0U0rtXrTEFBJDsVW&#10;GPcHoPEdMJYGZdj/AKsvwkGgDbqfxxO6PELsErbKWqaMBXlSlBkGs5TTseLeFWHwVY7kBcWJnKub&#10;sEQ2wchFVYz4n4jT6MWE8hG/N2TDQIYYrnmQCyn7fU0/gMid3Ua+cpQro7PRPly8PCMiQGgqR027&#10;nMnTSp897Rw7l2dVsrx2i4gjdl+E9KAg75u8WQ1QeYzYQJOydWd/yCkSBjtU1G5+jN7g1PLvdHn0&#10;9dHYexXqvx5EsoPwgHYEfdmwhm4vNwZYSOTsNY9SG9H6dd6UzMhqfNxTpy7BEWs82kHMho5DGBXr&#10;xpv9NemWw1vFe/IolpjGvMW7Baak/wAI5HiBQkmp+de+XjVbc2o4nZv0jwSisRQV33pkTqaFL4RL&#10;sDPqXKpL9foyqWovmzGIuwna4SBZPRShcl6A7kk75gmQgDw9XLETKrdgCa4JrTem9TlEsh5tsMbs&#10;JLq42JoAT9JGYOTJ83Nx43ZFbu4O5XrvU5qs0t3aYsbsjlxOakVr4DMSUnYQg7C15QGJ6E5SZCLk&#10;iNuwDNcECtN+575SZ23wxuwlup2ALDegPEdvbKZSc3FAOyO3FwCTVaUJB3rWnz6ZjSIvZz8eN2Ec&#10;8yniBWjH7X9crMiHOhAuwtacBygUb7gYLckQ2t2JF3rtXj+0F3J9q4GVB2NVan7J3pUV6j3w2kl2&#10;LrQGvEMwA26A4GB3dgpARQhOIPQ13wHdqk7F0AINV6H4ThEq2ay7MkdGJFavWo33+/DzTKWzscVa&#10;g5IW4VLVNMjZPJAIdji44rRRxWnwnc/fkUVu7F14k0FBx+0teu2+/U4b2YSdgmEg023B25Hf+3Ji&#10;XCKapuw2tp5FdQxFDuAvevj4HGJIPO3FyQFbOw1tp3UmrULEAk7mnUmnTL8ciPi42SLsP7a7lU0N&#10;OhKoPDxzJjlPVwsg7i7JjYXVyCgqWUCiqx2Fe/3Zn4Zkebqs8ue7s6roGqTpSTkFO1F8VHTOo7Oy&#10;kb9Xm9aS0QD1zqFpr1wEA5EEe+dhptdOMQAXQz5reC+AwW2tXDdXp365lS1sz1a6b4L4YCk1G4cE&#10;+pUdgTt8solqSeZSGwAO2AXvHNTyJ8d8xpZpd7MBvA7XtannQH3yo5h3p4XYEkvVNatscpnmHQsx&#10;jdhZPejf4qeB8cxJ5m6OMuwqlvgK/EdsxJ53IjhJdhXLqRoaNmJPVFyY6Z2FNxqTnbkNxtmJPVHv&#10;crHpg7I/dXRfkSa++YOXMZbOfjxAOwr9Ri57e+YxLlcIp2D4ZnXv9GWRkQ0TiC7F+XI7nJiV82uq&#10;di/rCMqAOTDoT2yfGAw4bdk88jP6t7fTszA2sYjEdDT98K1r0240zc9izvLInoPhu67tLHUB5/od&#10;ko1WdlEh5fA4NF6io75t9RM777OrhDkHZwDzIyTapOx39GJYyzHYGvKlBnnXbExLOfd+Pg9n2aDH&#10;CPM3+h2F5oQzRjkwB6jiprSpNaVoMw4WPMhyBz3dh/a8FtEA+w8xJc78ioA5U26ZsMVcAHef0OBl&#10;szPfTsMIfiYDgdzSv8d8yYblx5bB2dS/L6H1dUiYgcFYMD7LvnZ+zGPizA/H5Og7UOwC1jRWPgMj&#10;eqLcyX19cFoyZ7iaWoAP2nJFT8jmk1WSUss598ifte+02GEccY77AfcpKwoo6bDI3NqYimFos6Gb&#10;/dzGlEXp9BPvmEdRIGnJnpfTxAGuioBXPOf54+W+a2vmW3iBMB+r6hIlCGUmqk/LMrT5OGVdH03/&#10;AIHHbAx5JaSZ2lvEea/PNp3zOfYnYw9dhgIQS7EiK4QyBdiffCl2UWwcKKdjD44pdhTqL8LeRvYn&#10;C3QG7s4TqsnO6kPvlE3Z4+TsKiKfTlbe7G4VdmxV2bFXZsVdlED6cVdmAHXFXZqYq7K44q7Eyu59&#10;skCm3ZXH78K27P/W+DVMyaZP38y8JKux4HfvkVt2XixdmxV2bFXZsVdmxV2OA74FdjsKuzYq7Nir&#10;srfwwLbssYsDu7Hgf24pdk68naKbmb9Jzx1iiPG0U927vT27Zqu0tUYDgjzPN5vt3X8A8KJ36/qd&#10;nX4kVEApRh/nTNA8VI2XY40ruOJPTvgQ7MDt3UkjqOmJFpIdjST1ND8hSuFQ7KPQUNcCQ7NRe5I8&#10;cStl2YopBINQooQeoyNLZdjSKAVHX/MYUh2atf4/1wCgtOyq9jUYSVp2X7clPh44LK07LHcle24x&#10;R5OyyRWq1FB4YStOxblTYEf6w9/bIyY1bsXjLVUlgQf2R1JwlrIdgpKkUajfI12yPE1F2LKG/moP&#10;2RgtiXYKRQaIKbdRgapd7sEqSf3Y3oa8jvi1nvdgyGMcqHYj7VR2PyxJpplLZ2THSVRWVm419u/z&#10;yNOo1ZJDs6vo8tVQ1Aegow8PDLcXe8rrIuzpdhMrmF2AZoq+mT2qKHp4jNpjndEvN54kWB1dkxtr&#10;gIVIoCB8NNgK7GgzOx5QDbqMsCXYdLfsKbjkpFVrTY98zY6jlThnA7BaXH2+Lt+8PJh1Fe5C9BmR&#10;HJzo82qUOXk7BFncJGJFWZpD6jM5Y7qW3IG2w9stwZBGwDe7XmgZUarZ2D/rxAFXO5AAG+56dMyj&#10;m6uOMFuxX62RT4t+465LxfNj4TsS+tswJLb7gdsj4t9WXhU7EXuB3an+VXKzlHezjjdhfPdUaIb1&#10;YmgrsABUk5j5M1EDvtyIYti7C25nNCPwzFy5HIx43ZGbp68iSRXpTNdkNl2WOLsIpzVj0r/N4VzH&#10;Jc6HJ2FsjdQdvH2OU5AacmIdhdOxrSu3Ekt3r2zHNhyIC3YTXMiKpHJt+vz/ALMqmLczHEkuwimE&#10;TECh+L22rTMY83OhYdhRKkZPHlwA3J7VG9cFuXEnm7ATGIFmEhLE7A+AHb2yDeLPR2B6gqwDULbk&#10;AVOElm7LLrvv06np9GIXhdjhI4FEYVP7R99sLHhHV2KxFl5cyGp2qenga9cBCJgHk7BKuzPQkof2&#10;RXoPD3xAajHZ2OFwaFkJ5VFa719sFlBx97ssSSULGpWvWp8MiEcIunY4OtKmp3BIOwI/rhWnY9WU&#10;iq1+Lx/WcHJiQXYKWVahS3xdCQO+MTTWYl2D7eWgqWqvQEj4iT3rkiTezj5Iuw7tXqUpSq7MSKdd&#10;zTLcUy4eWLsktiFryrVSRT+GZsadZmJdkzsABTcfBSr982GKvk6fOXZ0jSSBxFQDSpH6ts6XRbPO&#10;6oEuyYRThQu4BAoBm8hlAdTKDsEC52oNvEVy3xmHA7EHvO1aU7dsrlnpkMTsCSXvHo3zyqWopuji&#10;dgGS9B6EsR0bsK5jyzNscLsAvebkBuvX55RLPu3jE7AE14ftE1+WYs87fDC7Cma6JNeXY/LMOeXd&#10;yoY3YWzXWx3r7ZjTyuTDE7AEsldycx5Sst8YuwrmlPicqkXJhF2AxNQ039sr4i3GDsHwzNUAUNet&#10;cmJNEoOwaklevbLAWkxdj3kAoQQa4mVIjF2S3yPfvNq1xo6ylX1a1K2gBALXNv8Av4lAPUtxYDx6&#10;ZndmZZHN4YP1ih5yHqiPjVNOs048PiI5H7DsVORggVzsFI5H2O2Hz3st5aNJIpieSR+cRABXiab+&#10;5pm2hnllxkyFEk7dzppYhjyUNwFTOQahKJtQuX5819T4SPACmcVrJCeWRJ6vU6ePDiA8nYhG6xt8&#10;X2eit3J7bUymJpskL5OySwqBDbhduatJWh/aP9mbKAuEfPd1uQ3I/J2DoV32NK+/8ffL4RaJl2di&#10;8hosMF/dD4fQgkZSfHiafjneezoGPFOfdEl0GqByaiEe8hSmNI2rsDtXIN5im+pWx9GMm7l+KE02&#10;UD7TbfqzldUTCO3MvoulIMtzspRKWO/QZxu9WSOUvMR+9blIQtSWJO7DvmklxDd3kcwMaHRFZp1g&#10;1jR7/Q7kK8N1CwYkU4tvQ1+fTMjBk4dmiGolpc8dRA0Yl2eL9QspNOvrvT5gfUtJWjYnvQ7H6c6C&#10;E+OIIfpHs/WR1mnhnjykPt6uwCwr7ZOnMdiR674pG7sTYb7fdhCQ7GMPowBQ7E2P3eONLTsj2vSe&#10;naSGvVTQ4yNByMY3dnDLolppCe5zHkXaQGzsC4G12bFXYwjFXZWKuzYq7Nirs2Kuyunvirs1cVdm&#10;oD1GKuyuOKuz/9f4NjMhkX7+Y5RhJYkux2RV2bFXZsKuzYq7NirssCv9cCuxw2GFXZeKuxpHeuSF&#10;BXZYG2Em0OxwyssebssDFLsMNOsJdTvYLKIEmU1kb+VB9onKs2QYoGR6fe4us1MdPiMz05e92egr&#10;G1hsoIoUjVViUIijpQdBnI5MhySMjzL5rnyyyyMiebsFsetAAPDA0h2N7b74pdjf64q7LrXbfbFa&#10;dja02U7eJHj1wFNd7soE06YFp2Mq1egqftEeFNsWVB2ZmckjsgAQ+ORTQdjHVtqGntkkxIdjSkg8&#10;AnhXfAm4uxpV2oxNMU2HYpxYgAsV8MbY2HYuoNdtx2JOEMJOxTYncD4ehwEli7FUao6Dl0DYkMCH&#10;Y4SUX7X2e4/HBS8O7sFrIR09zyPb54CGoxdiySgGpNCvQ9Aa9Mi1mDsGRzEEEkEnq9N/vw01Si7B&#10;8VwwIC7FTUe/zyJDRKA6uyU6dc1IB6igYD+GPJ1epxuzpWlXQCgqOZ226Yxlu85qsVnd2dKsLiqg&#10;cuoHzzNxyecz493ZK7e5UgciQR2zOjK3VZMZdhzHPsrdVIqPHL45HDljdgg3dAKHcEUHTfLPGaxi&#10;3dgpLtgSQ1QxFB4eJy6Oems4gXYJW82PxEbbnLhnajhdi8d2wUBjVuxB7djk4ZejGWPfZ2PW5BUG&#10;hNRQ12OS8bZicTsY1x7VO2DxEiDsDSzMxWnwlSKmlfh708MqyTJLbCAA3dhfcSE19q0zHyTBDfji&#10;7CC6kIJ9umYt052OLsJJ5CCQMx5yc2EXYXyPQgV65TbkRi7C6R6g7/a7nK5FyIh2FFwTT5jtlEi5&#10;eMOwiueR+Hkd969B4ZQR1c7HQdhNLGxYgbg7tX+uQo9HMjIU7AZjFa0BPGhPudgMjTcC7EWDR0aO&#10;MVoPi6HCB3MwQdiXYnwYLxHWld+u/XpjuysOxeMDgKni3j1rj0a5c3YICqKHYjwNaYLYWS7FQF4U&#10;5DnTepptkgwN27GrU70PDuCRiTuk/a7FORABLUQ1I+Locix5uxwmQEVQlqbn2xpHAXY8SxsTUDYb&#10;dTQE98UGJDsFR/EVU9COwpti1S23dg6D/ddCGG4NSSduntjHk0T6uyRWUbVoVI3+Ee2XYxZdfmkH&#10;ZMLGEAjY9O3T3zOxwdRnns7JlZqAQOlfHNnhADp8xt2TOymVOLClR39s3eDII+90+aBLsOlvqeFe&#10;3zzYRz+bhHA7HNqBHv8APCdRSjTuwK1+5avwgE5SdQWwYA7Agvmbn6igUJCnuQemUjUk3YbjgAqn&#10;YHe8NCa9P1ZUc5LMYXYEkuSf2tspll722ON2AZbii+1cx55G+GPd2AJZzXrt45RLJ3N8YOwBLMyj&#10;ZeXitaH6Mx5SPRyIQBdgN52oCdqipFa09sgZ22jG7C6WZidh9B3yJPc5EYU7A/IkE1+ZyPEC2U7F&#10;453VOQjNB/NtiJGrphLGCebsU+syO9QpHDYMSeJrv9ODxCeQYnGAHYLWU/tA0BpuR9nviDbWYU7F&#10;43mtL2xv7UmO+06ZbizuSfsOjBh9G2WRJjKMxtKJsHzHJiJAxMTyIohplDKVYVDChGdPn1e01OHU&#10;tVSSOF7yYzGwLKDEzgFlA7gvWh8M6OOshljPKSBKRvh7iedeV8nnZ6eUMkYUSAOff+Bzco4qFrXi&#10;KVOciFvdu0spiIDsXA27nr4Zx3hykTIirL05yQAAtvFVWQKWBQkD4GZlFKfM9cMYHp+hiSLr9bsl&#10;kcTgQgyIU9NAD6iHiOPSoObaGIgCjtQ6h1UpXex59xdg6GOIUaW5t41rvykH8K5k48QA9RA+LRMy&#10;5AE/B2dM03zN5Q0nyxrHr+YLd7t7WVIbWASM5mA+BQAo6sB7Z1mn7S0OHR5InKOIgihd/d3uBptB&#10;qTq4zMCAD1Qt0ZiIkhj58pUEpqAFSvxHf2ziV75wivzzeGRnkqXO1BXqPl2zi5a4ZNyN3sxhlDki&#10;FAUADoMht/dyXMvKNSJOVfEBP8k9BTwzDnPiOwczFlMRvyXYVwxSQStNJKixnrV67dv8zg+ndsnn&#10;4xQu3Zxr81NNig1S21WEpS/HpzhDsJEG23yzdaDUAngJG76r/wADftYyhLSTvbeN/c7OVEVzaU+q&#10;OxMjqe/jigc3YmcLN2MJr7HBSKdiR74Uuwi1a2+sW7oe4xkG6Bouzi2qafLazPVTxr1yiUd3Y452&#10;7Cela17ZW3A27NTFlbsojCl2VQYq7GkDFXZWKuzYq7N88Kuyh4413K7NXemCldl4q7P/0Pg4Kg7d&#10;MySEP38x+BLs2BXZsKuzYq7Nt44q7NirseMVdl4FdlU3rkldl/jgV2b2H34a70F2XkWLsvYAk4Qr&#10;s7H5Q0V9MskvZ4aXF8A/Mj7MfVVH6853tPUnJPhHKLwvbWuGoymET6YbfF2TsSJQHjudyKbZrDvz&#10;dAQXYmZKkkAAHsMCeF2JFxUkManphG7LhdjRL1DUHy3wEpMHZvWHU0X5d8jaeB2b1QTXrXpTp9+G&#10;14HZjKfCmErwOyhJUV4kV74KXhdlCYEdetcaKeAuyvVFAa1NcateF2O9UU/lPicFLwOyhMNiPmd8&#10;NLwOzesCdvHen8MFd68Dsr1AQBvWvwsPHFPC7LDgEkj5EdsWNOx/NOqnf374CLRwl2X6igHfqOmK&#10;8LscZuUbxqachQnpvh5o4KNuwYbmFqfDsvf+GCgGrw5B2Lx3IoOI2Br8wMFNcsfe7DOG5qdgCeoP&#10;scDjTxOyQ2F2OfHhtTp/bkCHX6jFs7OkaTdgEBRTkASPAYh53VYrdnRtMuOSRsSRy/D55kYpbPPa&#10;nHRLslltMafykdN67DM2EnVZYOw2iuHFACAvz3rlwLiSxh2CxdN164bajidiwumAqae4rkrYeFbs&#10;EpcmlcnGQ6tRxuwStwqqKn4ctGThDWcduwR9ZAKgmvL7Pf78n427Dw3Y/wBavw8/oyzxAx4HYg1w&#10;rFkD0ZaFqZXLICabBjI3dgKaY/EWIYdV8RlEpbt0IOwlnlFD75VMuZCLsJ5WqT7HY5TKqcuAdhZN&#10;IagheuxB6bZjEuVCLsASu1CexPfISNN8QHYUzyVJFQSRtXKpkFyoRdhPcSUO5AWnbxyoypzMcXYU&#10;yXAFK/CPHIW5UcbsAvPG6nkQoNTQeAxbxAguxA3SAlOVNgaDsO+RLZ4XV2MM0bhuLNy33p4Yp4CO&#10;bstZ1CmkhoOx23OECkGBdlGcghiAVrt7YCVELdjWugKkMBShoB37ffkT5Mhit2X67AgPIfirQV2+&#10;WFHBXIOzfXVD8RvzoFXoD9PiMb2UYbDsEi4UMxf4j3A2+X3Yktfh9zsVS5QV/d1B7nFhLGT1dg+K&#10;6BIbiykftfwxpoljLsObV46IRXuSKdz3wxoOHlBdktsSp+y3en35lYqLqs4LsltowUAsaAb1zOxk&#10;AOqyi3ZJbaRdircgemZmKY6OtyxPV2HcUxAPxf5nM7HkpwpQt2ChclQAG2HQ5cM1NRx27HfWz/N1&#10;7Vw+MvhOxJ7o1G/zGQOZkMTsQe4PXlXIHKzGN2BvrBFeTkkkkV7Dwyjj7y2cAPR2JmdRuGrXr9GE&#10;zA3ZDGS7AslyCdzSpoDlUsltscbsBSXFK0antlRLdGDsAyz715EE9wcgTbfGDsCPNUdaexyJNtog&#10;7AbTUr3GQkSG0QdjROTsQBXICTIwdi6SuaHkfhB5r1BGEksDEOwwjdTT4mO3t1y2Btx5B2CuHLhQ&#10;nbrXofnk6tq4qdl8ZQRyXlsat1wUVsOxSASKTVCwY1U96+2EDyYzILsVNtKxkjWNkRjs6mhqep3r&#10;j4Z3DEZAKJLsebKblEOBIAPOUoN/D5YfBO2yPGjR3+12KrA6neJgV3JpT7/HJ+CR0YGY73Y5Vcuo&#10;AaP9np1JO+xxAPuQZCu92JXsBdbgGFOQH2n2Ar4nvkpjcghnhnVbl2REwKkwAhBUg8ZQamp3JI8P&#10;DMXhETdO24yRz37nYrDplxcrS3t5pKsePU7ntlkMRnyBLCepjD6iA7D3Tvy88xaiVSGIWiN9uSUl&#10;6Dx4rmfp+xdTm2Ar3uHm7f02LmeI+WzsX/MH8i4LDyH5g169nludQ0+0ea3uHoqoyivwINt6bnrm&#10;+Ps1LSYxmmSTY/FO19j/AGqy5e1cGOAEYGY2HX3lYZFDBK/EegzwcDUA/wAwBI+eRfq08yvxh64C&#10;rsTIqT+vFF07EiKf1ws7djD136Yq7EJEDqQeh2phBZAuyIaxpKXCt8HbbI8NuRjyU7OU6hp8lpIw&#10;Knj2plZFOdCduwr3H8cr4W4G3ZX0YCKV2bFk7K2G+NK7Gnc4q7KwK7N88IV2UPwxV2XhtXY2p/sy&#10;fAKV2f/R+D42AzIKv38zYFdmwq7NgV2VQYVdl0GGldlivbGldjgN8Cuy8CuzYQFdle/bwyQCuywM&#10;BLEuy8irsdSopT7RAp89sIRydn0h/LPyXYa7olha3UKUEKKHdeVfhHypnMDBxzPdb80e0vbOTSai&#10;cok8z97s6Fd/8456JdRNNaS3EBb4gENB9AOZX8lzlGxvbz+L/ghajGeGYBdkKvf+ccbpWb6prRU/&#10;srPCafeKZiHQSd1h/wCCJAj14/kXZEb38hfNFu3GG9s7huy8ipI8cplppA07bD7daOY9UZB2R24/&#10;J/zjBVvqSyKDuymo/VlRxS7i5+P2t0M/4qdhHN+XvmiAtz06WimjEIzU+4ZCj3FzYdv6SXKY+bsB&#10;N5O1tKhrWQU6jg//ADTlZmAW8dr6c9R8x+t2M/wrqNQGik37elKenvwx8QBP8qYu8fMfrdjh5U1E&#10;lgqSHjvxEUtf+IYnIEHtTF1I+Y/W7G/4T1Cv9zIO+8UtPnXhgOaKf5Ux94+Y/W7LPlK/AMhjcAbV&#10;9GUj/iGPjBR2rj5WPmP1uxo8o6g32I5Ca7gwzf8ANGHxYqe1cY5kfMfrdi6+S9TblSGSopWsUgO/&#10;+xxGWLA9sYu8fMfrdiv+BtXrVYZKsd6RSdvowHMOTH+W8PePmHYonkLV2FQrqB4wtT8SMHiBie3c&#10;I7vmHY5/IWsRkCUGIEV+OIjb6Wx8QKO3cB5b+4/sdia+R9QLMhnVCF5KrJSo9quMfFDI9tYqur+P&#10;7HY1/Jd9HxBmLEgkcYwRQdT/AHnTE5YhI7Yxnp9v7HY4eTLsMoeZgH6Hgnz/AN+4jNFj/LEK2H3/&#10;APEuwTH5HupOfF5ZPTpzVIkYivjSXB4gLXLtqArYC+8kfodhjD5HvaoI/rHWtfSTZfplw+L5OPPt&#10;uHWvmf1OxVPKN5GxjaRoWjFXQrEKb9d5a0yByUxPa0Jb1fz/AFOwxg0L0AzzXawpEvJ3doAgANDU&#10;+rtviZit3HnreLYRu/61/c7JLZyQWqVaTmFAqwlt/Hb/AHZXfATW7rcsZTOw+yX6nZJYPMltbAEW&#10;jSKV5hvrVsAVHUj4ugwwzAOun2dKf8Vf5sv1Owwh/MKxVWIsg3BiN7227UrvU+OXDU10cefs/kJ+&#10;rn/Rk7Fn/M/TYS4ktYkMQq5a9gHHof44/nT3fawHszllykd/6MnYIH5iwycDHpgI5gIBfwryahND&#10;t4b74fz9nl9rD/Q9KN3Pp/MLspvzNiWURHTYhIo5FDfw1P0Uyf58k1QUezRIvjNf1C7Mv5qIeTHS&#10;oU9En1EbUIwdhvtw3wDtE9wQfZcj+M7/ANA/rdlt+cMaHguk2zuwVuAv1ZuD/ZYgRmlcP8oSH8PN&#10;I9kCd+M/6Tu59XYMl/NK+t05NoECjYEm+336bCM9cP8AKEv5o+bRH2XxzO2U/wCk/a7A/wDytppJ&#10;PT/Q1szxvTe7cAMP+eORHaZPT72z/Qpwi/EO/wDRH/FOxWT81GRWnbSLdVYqK/WpDuxoBQRHvie0&#10;iNjEX8WMfZcE8IyH/Sj9bsQl/NBhEJX0u3ELU4us8rj7XE7rCe+Me0idqDOPsxvQmb9w/wCKdjR5&#10;+nuWZI9NtW4lelzLT4/s1Po98ie0DXIfayPYMYCzOX+lHT/OdiH+OJW5AafbUqVb9/L9oHiafuvE&#10;YJauXcPtZfyIB/GfkP8AinZpPNF4X9L9GW3I/sieY7eO0WR/Nk9B9qx7Mx1fGfkP1uwLJ5nuW9RF&#10;022HAA/E9zvUVAr6VK5H8wd7A+1uj2ZAUeM7/wBX9bsDJrb3MnprYxE05VH1kfPrH+OV+PZ5fezl&#10;ohAXxH/Y/rdgN79XV5JbNSoNOS/WTvXoB6e+CUzuK+9ujpyDQl/uf1uxkVLvj6dmByPR/rANPGhS&#10;uRB2umUv3fOX+5/W7Gz2Dw8uVgGVWA50uTudx0TLBZ6Jx5xL+L/c/rdgQoiPxk0xySQA8cd04Bbs&#10;TQUyBJqwG2yRYn8zEOwQ1oyMEGnGhFQeN1vXtsOuR473axlsXx/7l2J/VyCeWlsHiANPSuaUbvWu&#10;EzPKvsZcf9Pn5xdggWM5RXXTTSp5IY7kEV23BbEbmv0NfjxujP7YuxQaVe/EDpqemu6uYrj8fjGJ&#10;BG9MTqsf8/f3x/U7F4tIu5uRbTEjRO7RTCvgd374BK96+xhLVwjynfxj+p2KDRLpjU2kCgdKxT/8&#10;15ZR519jH87AfxH5x/U7KOiXpofqUYX+Y20xr8v3nTBudq+xfzuP+cf9MP1OxNtJvDKI004BpKlC&#10;baUj5E+rgsjavsZjVQqzPl/SH6nYsNF1lVQw6ek1TxYC2b92fE1m3wxEj0+xh+cwHnOv84b/AOxd&#10;htb6TrhLGOGGPgeLs1qTU+373JCEjyDiZNVp+pJ/zv2OwYsHmqBXMccY4kAKLMEk/TJ0ywHJ3cvJ&#10;pM9HM7k/6b9jsFrc+c4j8MyKFpyAs4zWvh8eS8XOOV/INRx6CXT/AGR/U7BEWqedyrcLvi61HEWU&#10;YFfpbDHU5/P5BrlptBf0/wCyP6nYsNX89ulfrxhIIFTaQmv/AA2D8zqCOZ+QYflOzgfpv/OP6nYz&#10;9KfmBuTqLqTUiP6pD406179cs/M6kC7NfBP5Xs3+YP8ATF2Yap5+AH+nzty/5dLcUNfGuD81qO8/&#10;Yk6Xs3+aP9NJ2LJeeeZag6nLGwrUtbQAH2A3wDUanz+xhLD2dH+Af6aTsWWbzqwNNYuuVBRRaW46&#10;+AIyYy6nz+xgYaAf5OP+mk7G188svNtYu1Cmrg29sNvuxM9Sd9/mE12eNhjj85OzGPzt6hrqt4Iy&#10;OQf0bf7j8OJlqbqz9i8XZ9fRG/fJ2UIfOLfE2pXMgPVCtuvE12/Z75KJzkbE38FM9CP4Ij/Tfrdg&#10;tdI86TCqalMAT9lvRJ+mi4Ri1Eup+bUdXoI84D/ZfrdiTaJ5w9QK2o3BiI+Nx6NQfAArgOHUjvZD&#10;W6GvoF/H9bsXHl/zM6qTqdxQ/wDGLb5/DiMWc9ftYfyhpB/APtdj4/LWvOWR9VmYk0Kgxkj/AITJ&#10;jBnuiSifaOmG4gPt/W7FB5Y1ur/7mZQU+0D6dR/wuP5bL/O+1j/Ken/1Mb+/9bsaPL/mE/3eqzv2&#10;29Mf8a5LwM/Qn5r+f03WA+39bsRGieZgSBrFzTpyUx0r9KZHwsx5SLYdZpP9Tj9v63YIGg+a6UGu&#10;TkLu3xoK+H7PfJRwagjcn5/sazrtH/qY+39bsQXTPOHKQtqt1FHG4ArKm6eNOHX2ykY9QbskfFsO&#10;p0ND0RJ9x/W7Ba2HmSv/AB17lIqbTGVNz8uOWjHn/nEfFpOo0tf3Yvuo/rdjzY+ZEjVjrV01CQR6&#10;q9twfs5Mwz8+M/Nj4+kJ/ux8j+t2Pis/MUyox168jRyD/fAGnj9nIxlmkBUpUfNE82liT+6ifh+1&#10;2H9toeuSMeXmC8kRf2WcfeCBmfi0uaZ+s7ebgZNbpwNsUQfc7D+HyxctxMuqXMnQkNITmwh2dMiz&#10;IuBPtOA5QiPg7DiDyvbNT1HeQ+DMW/XmZDsyPXdxJ9pz6AB2SzT/ACtplF/cKp6VA32zbafsvF3B&#10;1ebtLKersnOnaBp8ZWkC7b1p1p7Zv9N2fijVB1mTUZJcy7J/p1jBEoCIF+XXOl0ulhCPJxbKk7Gm&#10;EP5uWouPyz82RU2OnT/8QOa/t4Xppe8PWexs+DtXTn+mPvS5X/0tB4nPi4gHpR/6o/VnBP3FLmm2&#10;URtuMWLsYRscFIAdiRG2FsdjCOoxV2JkdsIV2BpYlcEFcN0yiXZDtY0lJ1ai1PtkZC3Jx5HZyy/s&#10;XtZGBG3Y5URTnRnbsLTtkKtsBdlZGqZOzHCQl2NI79cOxV2VT54CArsuneuNUrsacsiFdm+eRMVd&#10;ld6ZBXZ//9L4P5kK/fzNjauzYFdmw0i3ZsPJXZsQbS7HDriSVdl1AxEVdlEg5LhpXZQO/thrZXY4&#10;b79u2AoLscMgWIdmpXpgS7FY/txV/wB+JX/ghhYy+k+4uz6zfktEHsrUN0MacT9GajSQEpV5vyR7&#10;aGssveXZ6xt4CsfpogbZdxsFr/N/ZnUwxmqAfKskrNkuxC5hFGDJ9GU5cQPMMsc3YTTWdvIpEkKs&#10;P2qjMSWnhLmHMhmkDsXYjNYWvH+4WgUAGnb55XPTQAoBnDUT73ZFtRsoY1b009LiCVVM1GpwRhy2&#10;dnp88pczbs4B5+8tRakrNcTagwLDjFZXLQlaGobbrTrnNaqJhPiqy992B2kcO0RD3yiD8HZx3VfJ&#10;9+Aosr/UhFMoMrTXMpan+SAw6Dr45VjyVzAOz1+l7Xxn64wsHaoj9TsL4fK13qNsq/XNSMkYaGVv&#10;rEqVKjkAamtSTsa7YyyVGwOXPZyJ9qQwy+mFHf6QXYnZeR9ZF1HI2oXtuQP3itdyMQKUPxVKkgdq&#10;ZOWQkAUPknN23g4COGJ/zR93N2Gg8o6h9W+rrqV5N6YdooxcuqsvIAEEE0NCSKjIQ9Uj0cY9rYuL&#10;i4Ii6/hDsq28nX8k8yi8vY4FUu08Tv8AFT9n7Xh374Mc+Ig8IB9ycna+IRFxiTyogbOwwi8m3Zij&#10;9GaWSJpP9IilaWPoeS961+WCZ4boOPLtiFmwAa2Iouw8s/JMETrdPBI73cfBZWZ2qorVVq1VIHQk&#10;VyW/CdrH6XBzdtSkOAEVE8tnYd2fk6yuYz9Zs5/RuEJlklkYtVSCo6gjcdDjxHhAHTycLN2xPGfT&#10;IWOVAOyQW/kPRXKSSWCO4YrSRmLcd67k1PsMkNNLa3Aydu5xsJfKnYPTyV5bdwJNJguDIPiMi8iQ&#10;fGvb2y+OnEZCjsGiXbOqA2yEOwzXyf5cEaQro9svpVMYC0py6/eMtOPicU9r6q78Q7uxq+TfLyxl&#10;X0e1KcuW6A1B7eOAYKNhJ7Y1JNjJK/e7BUPl7RYFY2thFC3/ABWoBJGw7dsRiiL82qXaGeR9Uife&#10;7F10WxKnlDEeRIOwoSdyD8sj4AHvYHW5L2JdgcaHpn7NnEZKcXdo1PME1oa9sIxj+Lc/e2fncvWR&#10;r3nZ2Jv5d0BlaL9B2QWQkNGI1I+IVct02PfAIiNbMo9o6m78SW3mfg7HL5d8uq5kTR7VXl4qSI1+&#10;IJ0G/h4YnHHuQe0NURXiSoeZdghtF0hAnHS7Yc67GJagHwPvhhhgOTWNbnP8cvmXZhoejxpIo0q2&#10;jSWvKMxIE8fiAG9chLFEnz+xTrc5IPGTXmXYo2iaIygPpFnJ0LSNEhIFPEj2ywYxHcIGt1AO2SQ+&#10;LsUXS9HQ0/RVuPUAJZYwNu21Ml4YHTmwOqzn+M7ebsVOnacAPU062PBqhxCtfDpSv04PDiTyYjUZ&#10;ekz83Y99L0wlCthA7V+L92v39OuMcUb2DGOqyi7kfm7Hpplip+GzgFCK0jUGn3dsmMAPTkxOpyHn&#10;I/N2CRaWwU8YYuJP2eIqNttqYZYxd7MPFmTzLsSSG19MsYo2cU3KipPShqPHIiISZzurLst7S0ap&#10;eCPlQADiKVH0ZLw4zNFRlmORLso2VtEtUhQMN1VUAAr2p4nE4ohPjTkdyfm7M8NuhhoiK4JHAKCB&#10;XxOMscOfVROZuyXZSxxBSxjUEk/AQCd+tMYVHkpke92KqIlBLpQAfAVUVqfDCIg8wxPEeTscSCr8&#10;l91UAAGnQ1xqzSK32dmpChqwVKqeCgAs1e+Env5e5bJ5OylaM14ipAIqwC7+2RJBUgh2UoVVEjhH&#10;dRvIOu2/4YJREuVbJJJNDk7Fm5rR248XCmjdSBuNvHGPRgK5dzsUijaVZEVAzvTY/ZoPHLYxv3sZ&#10;SESDbs0YZS/KkZK1A47Gm1a9Poykg3+xZUap2IVegm40kY8agA8lB6ZMA9zPbl0dgj0ZInEZPxmm&#10;1DUBuxwzxEbFhxCQt2JyREsCAX5OQ++ygf7WCWPhAtlGW3wdidFlVXViUbZXUbMNx9GHw9t2W8TX&#10;V2KgFgF2AJqGpiIlh5uy3ikrHxBLsfiXwXwOIxSHJRIb27FGt5Q8b0MhoedT0P6smYVsWIyCiOTs&#10;oxyo5LllLGop9n36YjHLmV4okbOxQxg/FzKOx+Gh/H78lwo4q6Oy+JB6k8apzqdt99hhs/BFux6I&#10;WQliAlQKqOgB6fI4OEkbsSaLsZ6QHMo5dy1W9z1oMMYAhlxd/J2Pe3VlRWILj7RrQg9RiIivNiMh&#10;Bt2N+rMq7tzqfhArt13OPhbWnxAfJ2YWpIULKyhTyIG5JPzwCAPLZfF8nYYLCoPInk0dOIrU1PQn&#10;LhHvaDM9HZRVhXeig1p8+5OSHKyd1BDsti3N2FCF+Fq7qQe3zwcItRVB2KD4REJKSUJCKTXY9jTD&#10;IXsWJ3utnZlgQI44AMW+IHcFeuMcYjdKcht2DkUKnFRwr8QodqnxGXRiAKaDKy7AUreo4+NuY6oR&#10;StOhGQkbbojhHJ2CfUdSWU/Ep6dumwwjva+EcnYnC1Hjk5EMCS0Y6eBpgjsQWUxsQ7F5JC0srIGM&#10;TdCDShOSnK5bciwiKiAebsL3WRSyxy8lNAQDuK9+WQI6N4IPMOx8cUwUhmZgpO5bqO2ARJRKcSdn&#10;Zlgmb4+dASP3XXp3JxGPdBnEbU7FPR47NIxEnjufkMkYIE76cnYkI5G4cjUAcaHoN8FGmXEHY4wy&#10;cOAIYs1d+48BX2w8BPJRMXbsVghkjAXZB0CncU9jjHGR5MJzB3dkisoypCVO9TzPjmz08Kdfmle7&#10;skduppuK+Fc22Pk63IXYbQwl6EllHbiaZlwx240507JVYxgAUB26DNxp4U4GQuyWWSH4TWg2+gZt&#10;8EbcctHpkxskHwkjN7jFQaxzQ8h2wk/MyNX/AC982IQDXTZ6fPgc0/bW+ln+Or0/ssa7SwH+mPvS&#10;lW/02L5758Sox8CD2/VnBU/cp5p/lN1wJdibYEEOxIjw74QyB2djCO/TCEuxjLSvzrhpXYkRX+uR&#10;V2Bp4RICDk2wF2QjWdIWVXPGh8cgYuRjyU7OZXtlJauVKmnbKSHNjK3YXEU+eGm0F2NNcPAGTs1a&#10;YJRvdXZqn6MjwhXZVcRjKuysmI0rs1MICuyt/pw0rs//0/g/mSCgv38zY0rs2FDs2KuzYpdl48ld&#10;l9N+2EbpdmNKYxV2Myaux4G3TIkq7HAfdkCWLscBkVdlgYq7HqaMh8GU/iMWMhYLs+qn5GazYlrX&#10;T3uFjuVhjZY3NOQ4gnj40zTaXKI5uE7Pyp7c6HIOLJXps/e7Pb1sqNboV2DKKMPDO4xi4vi+UVLd&#10;2ALuPdqj2plOWK4zTsLHhBrX7sxTByBOnYhJH8NONAB39srMWwS3dkc1CBZOQII2I9t81Wrwgux0&#10;+Qh2QTU9PWobiTQEOVG9ex980OowiXN3mlzmqdkUOiry5NEY5Sp4ItGYHqQD0NeuYUtMS7b84eQN&#10;j8fc7EW8uwpWT0qIr85B3+LrtTbEafr3Mx2jI7W7LHl9QgHARKGIBZRQgnYjjTfH8tcbjQI70HtA&#10;3zt2L/4fgSsyJVkWgBoBUb1HzxGnvzazr5HYl2XFppiJfgsRYHnvVa/L3wjAI2RsstTxbXbsEDTw&#10;yhmX1OJ+3xFWcGoYfLth/L7jdgdRW3J2CI7RFJkKsWc1If3+WWeHKmqWUnZ2OFlExAC8d+lSRWvX&#10;anbEaetgjxyA7BC2Z4/DGG4n7RNKU2+jJDCQOTWcu/N2LJalVjCry5ChbevyyzwtvNhLLzt2PNq6&#10;kcgaMaE9fpyXh2jxQXZTWchO7Aiu3cbbVpkThJ5FfGDsr6lKqkjcVr7n2pkPCNFPjAl2IfVDIhCq&#10;WDEfuz2Pf5HAIRjHZn4tF2V9Xc1bhQpsQBU0yIxS5p8QOy/qbsWWgPIgTEDsOhOHwjVFHjAfodjW&#10;suXRQKGqlu1O43yUcRKRnp2UYZGPqciEJ7ih222ODgI5p4wNursebd6IvHmQPop75I4yWIyDm7Ms&#10;HEKhU9fhC7dT3yAhRpTPq7FPqqgcWBIqTxH40y0gAcrY+KS7FvRAVWBNa0B22r+rCIRI2Yce7sTS&#10;2pKAVK7H4q7++2IxhlLLs7LEfpt3YueKdxX2GDhEFMrdjRburOEU8em29D/t4iBBtTkBAt2JvDJz&#10;Mbqr8Ktz8K9NshwS7mYmKsbW7FFgapZOJBX4jUV3yYhRsMDMdXZlt5GFSQGXcD38NsJiJBTkAdjj&#10;bGrUoT9s9vmcE4Gl8R2J/VXD8eK9aK5/l98gcXLzZeKKdjlsyxPpqCGBBr4jptXYYfD36IOaubsa&#10;0LKVkB9PjRff3H05Lho9/kkTB25uwSLSFXDV5ncfF/Kd61yRxxO7X4siKdiTW0TBQWV+JoSByIHY&#10;kZXDGJBkMsg7HxwoGPB1YAEUYdKDqD75IQA5IlMnmHZaQREJRiHdtgepC9aff0yUoRpBmd+52C1j&#10;jUlwS3YE/qGHhA5NJkTs7EIkaj86ItaKG2FB12yMIm92yR5U7EymwC0CMatUbnwFMaLIS73Y8Ryf&#10;aaXkwoADufxwiHUndiZDkA7LS3VmBB6fC1T0J3wzjspyEB2KKkJK0oHC8CrHagNenjXCcf3MSZV5&#10;OxvphnIJCKTsRT/OmCAPJPFQdiwVSdqjqRXv7nJ1uwJdmYPSsb8uJ4v7g70ocEoFRXXq7M6NxVuY&#10;AXfiB0r2265IRoKJbuyuCBkMrgGvFad++wwEWN02SNnZQiodjwBevE9RjwALxuy1gAQgfZ78q1Ff&#10;GmRGMHcIM93Y9YFHQ7b0av3ZMRoUgzJdiogRUQAcqDcHvXxOSAAFMeMkuxZIYgKlg1SfiBJpt4Yx&#10;gAwMy7FEt4WABq3Qj3/jkvDifexlkIdjxDGCx/a/aoKUp8sPCEcZdlCOOgANQNjTfpiYBeIuzFAC&#10;BUAA1pTah/jiRa8TsYFjSgpWh40r0B7n5ZHZJJLsXISnENyUgD5HLaiWAJdm/dEmooFNN/H55HZf&#10;VTswjSRjy+PuR8umIpHERydjjHGCFI6dR8+5OSI3USLspoEcqFLAlqBu9PbEw3UTI5uyjEw+EPUv&#10;8VT1261w8DLi607KjgMaemFrSpLUpv2G2AY66Wsslm3ZfpUZOX2t2AB64DjCOPZ2KCN/iIKgU+yK&#10;gHt3ycYliSOTsUIVhTbddh7d8ma5Ish2OEVRxADL1FNvuGHhtiZuxqxgEGlHO1Bvt2x4KI6FJkad&#10;giOMsacaAj4W9x1y0AE9zCUqdhxbRdCPs7Cvtmbhjs4eSTskEKdvvHvmyxxdfOTsObdNwOv9uZuM&#10;OLMuyTWa0Cjr2za4A4mR2S6xGwPXj0rm60waCtbtkstAKJTfNxVRYR5oaXvhP+YcRl8ieZ0WlTp0&#10;9K/6hzTdri9NP8dXpPZqXD2hhP8ATH3pOD/p0W/UjPiEo+ADw/htnASoF+6GR5RGBLsYw8N/EYSE&#10;OxhHX264KV2JEUxBZDd2JnqfwySXYmRv440t07GEYsuJ2AbiFXU7b4R3FlEuznXmOxVUZqbiuQmK&#10;czFJ2c3YUPyOVuaNw7GnriCyBdjdz7ZJLsoimNK7G4q7Nirs2KuzYq7P/9T4P5lAUh+/mXil2Vih&#10;2bCrs2BXZeKXZsbpXZj0B7YaRTsoUr7ZJLsU7bZEoLs1D88jYQ7HDbAVdj8CuyjsK+BGKuz3b5Ng&#10;vE1LyfeW100ASWzdFZOULM5VWqVHJWK7Ak0zmc395fn+l8J7ayQOHUQlG9pdd9rryr7XZ9TbJQLS&#10;IDYcRnpGnFYwPIPzBmPqLsCXY51338fcZDMLYQNOwtI+/vmKQ3B2BZAQCD36ZTMEbFti7CW7QsCt&#10;O25zBzw4hTmYZVu7IfqMZ6rsFIDHuPfNJnhRdxp5OwmbjHKG3X8dj1FB45iyFOYLMXY0qh5V3269&#10;PhJpT2yAFFNl2WwSnGoKBj8HLw6EeOSjEDoovn1dlgjk3Fi6kbuv2T4fTjwjojo7GiIGvx7MS+46&#10;U2FfliMYItPE7HJChdgfiI7gdAfD54QKKDM07KFuFChlLupqgY1oPHCBt5p8S3Y8cNqdGBVlHQA+&#10;3XEMSS7BChVC/EACKAnJhqJLsbzUmgYDuKHfASy4TTsaGJZK1ANaADauKa2dmMyKQVHIHZQBvXp3&#10;yN9V4CXZbvwJDMN9yO/HwGEmuagXydiIJctGTUN8SnvQ9MfJkQALdm5KOalSeNCQRvQdPvyAJWur&#10;sZLKvq1A4A0JI8Rt075EkXbKMDTsaCiuS3wOvxGvfvWnbDYHNJBI8nY2SQjkQvIcqgMPte4wVSYx&#10;dghWG8nGnIUc9a+O2CUjENZj0djGkYijUAr9mnj45YO9IA6Oxqsqk8UG24/lBGAAAkpIvq7KjlqZ&#10;GOx+yzDpT6ciJb7JlHk7HvKC+zBgoILGtR/t5I80COzsYXU1PpsoO/Xeo6EYOIySB5uyjIxeP4T7&#10;Kvb2NMjxFeEUXY8kqyhgQprQD+PhhHPdFWHZYPKpFAafFQda98JjZu15OykdgBTanXatMEftUxDs&#10;3KhXmVAKn4B0AB7nBZJsrXc7KEqSAAChG7HpSnhhEr+CmJDsRLFwPiFd6+JIwS35M6p2OIDMVagB&#10;HFmrQA9aCmEg2jk7FDx+JgleJJcE7k+1cZGgx97srkUVRUICuzfLqTiNopq3Y74OPFGMi8qcF2Fa&#10;b1I3I8MI+nYIo3Z2diwYllJ48fslFFeTdjXwGJoljWzswAO1RRB8adBX55LhCLdgbjEqMrVkIAUk&#10;tUtQ1oKdMjIBtuRN8nY8yBpPgFXFGpTYeG5yV9GPDtvydjuQclXVlJYMD0r88iNzuEVXJ2ZlAdaA&#10;cWYHgOm2Hh+Kg7OzGSvwqKmh+IUqrHoMZTNbLw9XZfLiWDbsBQn9rfr16Yg8I961fJ2XHISp2IBF&#10;FH8ckJWUSi7GrRgK8SK1rWgJHjgHNTs7F+QPIotamrKKAHJEm/Jj73ZqgM21TTc9fuxqyvR2YMkg&#10;G21P2vCuFBBDstGYLWpUmlV8BXxOR5e5SBbsUcgAGgYCpIGSvoN2MQ7GBmA4V6fFyJqKUyRsc2RH&#10;V2KxuwZhQx0FSx7HpiGEw7F60BUkqw+Hl0qD4Yg2wrq7EA7A0jqpBBLN167/AH4OTMgdXYq7twqR&#10;78T4+HbEljGIt2OMhK1puhFQOlPAfLJXsgR3diZkNdiAd6D28Tkb6suF2PB+BWJNK/PD0Y9XZTMx&#10;6UoBUj+G+IPekAB2CKmnGvGm/wAq5MG2uurspJKBmFZCvRuxPvkxNJj8HY4seQFGCsKKCduXWopg&#10;NE79UAbOxaoUbLxZyAQRuB3pk6AGzXVux7D959s0I+AdxQ7/AH5KyDsgHZ2O5B99gaGkgGTu90cn&#10;Y8FaKaEim46mv04LCCHY0r8IOw6UHgMJiOabdjweIYitfGv6sR6d2Lsarcj9sFge/b5+OCJs80kb&#10;cnYIDhtiA4J2NOIFDlvGDsWBjTsO7atE2FeoP07b5scQ5W4OR2HkXwkfLM+GzhSdhvBuwI2JpmZi&#10;Diydkns/DwpvTNtgcWbsl9j9kHp2ofvzdaVx5LW7ZK7XoO3jm3lyYx5oWU4X+eI/U8l+ZVpX/cfN&#10;t/sTmn7VF6aY8nofZ81rcJ/pD70kJpfw/PbPh12I6jkafec8/oHcP3SOnuDJ8aciCyBdjCNzil2N&#10;IGSpDsSZcFUkF2JsPb6cRckh2M/zrkiKS7Ez36jDE2rsSboe9MQASziXZCfMyf6M58MjMCnIxOzk&#10;Eo+JvbKHYA7OxKnfCyt2Vkmbs1MVdjKe2KuysVdmxV2bFXZ//9X4P5lIfv5mxCuzYq7NhQ7NgS7H&#10;ClcSl2YlTkqV2Nr77YQrsdT4ffBe6uywDTGwrsfU0GVli7HCm2BXZeKuym+yflhCuz6kfkfYwXlj&#10;pEkyB+EEBUEVFVAIP3jNPixCeTfvflv24zSx5cgB6l2e7bGaM2rlCWMPwSAAg8gAaCvX6M7fBMcJ&#10;8nxHUQIlv1diM3NiXcBKgUTv9JwTsmy1CrdhfSpIO25rmPTbydgWQN3O1T07+GUTBttiQ7CW8I4s&#10;KkE/azCzcnMwuyGaiQZFDVozUIOw+nNHqee7uNMNrdhVyDS/AxPD7LdAQO2YhouVVR3dmYB6MKKW&#10;U8mrQDxoMeEdFGzsSooIJFB1Z+ODh3Z2XY8KwZ1SRdzVK7UPjTvXJXvsgnayHZgAauVBck1A7fPC&#10;Sg7bdHY6MsGqGPKnxAUPypXIiUkSqnY3YO9ZCx5EAE0NSMeI2npydlCSpJAr6lA3ah8SffCSSUmP&#10;2OyhIEIq1QoJZWqaN7fPBe6mNuxTmoANByO5GwIU5PbmgAuxyMQTy7bb9sBLExdjHYcHBABNRQ+/&#10;hTI0yA3djQQCRw4KtOVQeR/srhJS7GNWrKeh2ArQmnh8srs96Q7EwxNaU9UULMdgTjxWSyr5OxoD&#10;0qeIJHwuDtWuC66c02HYwGRVQu2/RX/WKHtgiTJOx5OxxcUVQORJqZBvUeFMkNkcPV2WDGvxCnM7&#10;mp7YDQ960Ts7LSVEBcADqWc/570w+YUxJ2dlF1bcbGvUD6a4gd68NOxnMsnFR8JNfDAZUyqi7E6v&#10;zIpttsOhJ74IyBNeTLanYseNQOJIVQOR7Hpkq4ebDd2NrwQqlVbYM1ew+WJ696eZ3dlKWVtxQFSz&#10;g7/T3yu/VyUgEOzVJQuwMdADx6Co36dcStUaDsfv8TciOdOJWhqTkwLB3Q7E6spAZAeQ4qCaEe5p&#10;3yIPCaPMp26OxRQqAqZPil23FNx3x2ig2enJ2LemCwJI5CpJHY/T0wiyWHE7E2RQ1P26UK+Feu+S&#10;63bIHZ2OIJoQKkKK8vsj512yBHVAdmZT8KqKIAQEp126kfThkOLkoPUuy4vgoxagAIUDZSMcZNWF&#10;mL2digJDIuwPXn3qf7Mlw8mJ6ux0lQ+w4qd6/arQdxjKwxjydiZYMQ6KwHXioHU9xkYyZAVsXZTF&#10;gDyAQFd3Xcj55PIRzSAHY1HJ4I2xX+bfb38ScjGwUyHMuxdQygbq3HcA7bHx8ckbB3YEguyySjVJ&#10;A47tQfgMld+SKsOxJnPxkruK8lHQj6cJLMRdiZHFVAqee9e5B7UyEh15lkN3Y8gk0AoDWgbt4EDv&#10;kh3sQ7HCqjduTMOMkinb54y5b9UbF2O6UK/ZUD4u9B3x5C+gQ7FKcUHw1ofjA9+wyd0GN2XYJQ82&#10;YGmyE9NhviN2sigPe7GcFohUAAVoehr8j1GGk8R6uxIFZCWIIAPEqTTt3p2yMmRFOxZaB6kcgpoK&#10;HqAPbJMTydiwaq8nJBrVQdwO1cbNdzCt9nYlIQOm4ruV23H6xg3ZRDsdutNyeOwr8t/nj1Q7LAKg&#10;cVqCKEDtTxx4qRzdm5VI471rSvb+OE3aadlcdgTUMhJHz70GNJt2LAEEMfjDAFh79Nq4aYW7HEk/&#10;7rLGn93T6NyfDJUaYj3uxZew4caEeoe1T2yQ82J97stjwLVP2ehpWlT4YSQEAW7HLyLB960oPeu/&#10;TADvZQeVOxT4G4nlVzuXPf8Ajk5EH9LHcOx3IUquwO9AN6e4yZl3Ip2KA/ZUA8mJJBHX5nJWinY3&#10;l8XEhuVdiu+x2ochdmt1rq7HAtQ0qQPtqPHt92WcRKKdjk6hqBfhIP8Ab9OEbFEnY+McCVryJpyH&#10;cg9clGIBPVEt3YfWy/Cqs3E1qE7DwzZYQKcHIXYeRDpvUUpmdBwZOw4taE+/bM/E4s3ZJLPp0O9B&#10;XtXNnp3Gm7JlYAkCo28B45vNI40lrZK7UA0/EZtpHZEUJKdsC+cQD5P8xCpp+j59x/qHNR2n/i8/&#10;c77sP/G8X9cfekVSb+Ht8Qz4bUqW9mb9ZzzzeL91DkPcGVYwjtgZAOxhFPmcLJ2Ufltkgh2Mp49M&#10;KuxFvDCCyDsTbf6cErS7EyPEUwA0VdiTAf25I80jm7Ib5lH+ivv88jLk5OI7uzjkv2mygF2EXYH3&#10;wltIdmwqC7Lx5KHZXbbCl2NIPXFXZVPv8MVdlYq7P//W+D+ZaH7+ZsVdmxV2bArsvFLsvanvirso&#10;0p75IFXZQwlXYoOlMirs2RLEuy8ih2Ke2KXZsVdjX+y3ywhQ7Pqr/wA4/EtpWknoDBCePyUZrtMP&#10;3vxflX2/21E/eXZ7psh+5jPgBxX+GdngG1vimXm7Al0vEhQCFIryPStemRyiiwDsLzvU7DfMdsDs&#10;CTD7qb/2ZRkbYOyP3wpyUL1Gx675r8+zsMDsiV2zKNypFQvianoM0mfm7bCAXYVujLT02ALGjKd/&#10;mcxZc7ckSvm7GMOZYUFBs1Nhse+JkyGzs0oAUr1JILGvQ9BUdxjY3WPN2NIJVY2TYn7J7eG/bKxY&#10;2T1t2U6lCX4kLt6lT0A65YoN7OxRf3hq3xKeh6Gh6dMJvoxO3J2MNDRUUKoGx2/HIAFPmXYzbcl6&#10;KARtXanjiSRzZOygooDUmgryBPfwrhge5SXZaAxsoY0Ubmvge5x3ip3Gzso/AkhUE7mpJ3Ht9ON2&#10;o3IdmiJUnuVqwam48QMAvmmTstqKF3qaVqPfxrhMRdoG7sRO5PGR2rsKbfEfoyqQIZj3OzNRT+8B&#10;rSm29OPY5IQNqN+TssFSxQ7shqjD33pkuEdVPf3uxrn4RUk06jwPy/XkeH5KHYkrGpapH8iAb08D&#10;hBLIgOzVH2ONXpT4hsB13GJA6rXV2KIqg0qGJowA6b+FcEZDkEEkuxTiWeVXJKCnpnY7eHtiSSSG&#10;NgAF2IszeoqsKJxY1HiuAwZACtnZhSXjIpNCuwIOPBe42T9OzsYAaMeVADu/WoHSuRMSBuVt2Lmo&#10;VdqlgCa7mmSFUw6uxpYhAKk8tlbqK9dxgF1QSBZdiZBk24VdR1O4qD+GESHPqGfJ2YLQgtUHZuNK&#10;0PzyABkUW7KFY0VeNHBJAO9Cx6798NnqE8y7FuZQkqDSnxK3f271wA3JhVuxdS7FQ6Fg4PIDr7b5&#10;MXbA0Bs7L4EhzHx32+j+OGQ2Rfe7EeALqoQU5fAvKtadaA4gDozvbm7HMQ3IgGTc8KHiCSaU8Tgl&#10;LvCgV5OxQcSoNeCdC3Q/OgyQO3cxNgux8aRgmNCQeQqeladd8Y9QxJPMuxoU8tmb468V8CDSv04a&#10;3TezssIFZioqSQu4p38P4YmA6Iuxu7NxJ2NTyr0oNlFSceFNuzUAjjkpxNaFiKUB33yXTZepDseo&#10;LAnmpoagEUG39MiYX1Yk07HimxKhqAl/n22yXCEF2Jjlxei8iRQ19/fJbsu52NaOpUleRJ8fwwGC&#10;RJ2Zx8R5IDSgWSu6ivbxrgI2UcubsTUMVYhCEYlQfmev343t+tJq+bsdRhx9QklgQPkPHAtjo7Hx&#10;lmjZQ1F/aYdaDwwxsjuYmgXYqrVqZDVBsD2BHiMkL6sSO52WOJUbkKWOxO/HEDZBu3ZZXqEKqK15&#10;H2H9MSEA97stGBUyIOBagII2I8B7YhSKNF2PFATzHALWorQHJAsfc7LCjq3Eg7u1eg740tuzDlzF&#10;VJVRUHxFPHI1uvR2PBPAHkDtvTsPDDxIPN2V6aEkJTgfioK9u2HmvEersVG4AbqPtLT9ftiGPudj&#10;lbkw2G32TTYDJc0EUHYopXap+Km4JPTqBhArmxIdjlKlqhN67Hxp2wg9UEF2PDKatuWbelaUGG/t&#10;RR5OzcahCRxZRUt7ZLhV2OCtzDk8ialFA7HpjuSgkVTsUU1HIKUI+0/09PDJCO18ixPc7HEqajoQ&#10;alupr3yYY07GuePxAmvIHiP6YDKtwyA6OzNI26qtOZ67dfYYiVeSiI6uxQ0QbnkT9keAHc5IgRY8&#10;3YrGAQzUJJ2JywUTbCR6Ow8tVpQMansxNanxzZYhThZTbskECkgEDbv2zYY47OBMuw1g6jjvXMvG&#10;40nZJbM0FKHiAKE9CfbNth22cbI7JjYtQKO9OubvSGnGktbtkstCNvltm1nyRFCTdNsT80gt5X14&#10;Abmxm2p/kHNT2iLwTHk7vsb/ABrF/WH3seY0voKmnxfxz4ZMDykHYSOPuY559Iv3bE+ke4fcy7Ez&#10;vgApkHY1tx41wpdjD0xV2JmtNsQrsYwr1GNrbsRYe+TDN2JnAZUrsY1O+RG5Uc3ZDPMo/wBFcjuD&#10;jIUC5WHm7ONy/bPzzHdgHYiR9+ENg3dlEU6fTkqZOysUU7KxS7KO/t7Yq7G02+WKuzfTirs//9f4&#10;P5lsX7+ZtsCXZsKHZeJSHZWG0uzYFdmyQCuyxQnfEq7H7fLIklXZY+WQLB2bAl2KdcVdmxV2U32W&#10;r4HCOah2fVb/AJx7Wmk6U32v9Hh6dfsDNdpa8U+9+VP+CAf8In7z97s9z2f+8477UBr0ztMP0vim&#10;b6nYFugQWqST4VqMjk2Yh2FpO523zGbA7A01KjrlORtg7CK7FeQHUEEU6/fmvzBzsRp2Qu7KA1qa&#10;c+RIBO/enyzQ5CDy73c4gXYWSSheMnI0o3IEb796DKSC5IhezsQJBG/wMg6b0YHufffIzApsqnZQ&#10;ckNwPIORUNtQ/PI8xXReHvdlKzuzE8QOQUkdKdcEbJ7lIADsUfieNT8NKxgk7/5+GWcICBs7KLoy&#10;g7rx/ZG3z8ciTaiJBdlJ9gFTSnWqkkDtWmAWUnm7GOxIWtCX7e4PSvhiSmIdjj+6KqKciKAdQa9y&#10;METsgerd2OO6BWHrI27AbH2p8sEztuEddtnY0VCqN5O+57CtKYxiI8t7S7MjgV9RW+L4iSQevevj&#10;h3CyHc7FypZF5UXbZj0+nxyyPJrui7A8oUAKrH1GPEFenTrkJG/i2Qv4OxJAysN3Ynb2G32vwxjA&#10;97OW4djpeLEEVULuy0pyqPH+mRkKKIOxtHdAQaKP2zvuO2Nmk2AXZRVnYERlgRXmNunjj+lQaHN2&#10;NUMlFSj89qA9fbIyvZJ35uxcoKjYow249dulQR0wgA+TCy7FEjPIKo+2DVyfD28a5YBTAy2t2Mli&#10;RmUlwvp0ADVJB8fuyuwObOMiBy5uy/hBpTlzShbwI7ZOrF80bn5uxg3ABIrsDXYDIyISXYqsRdJG&#10;bsPhA27164aHViZURTsRKjiaAFEFQOoB/riK4bDMHd2IupVaKamleK0rv4nK6I5sol2Pq6KxBClq&#10;BeFNvmcNG/StAuxFjVGZhIGJpFH1Lce5ptT3OJl33bIDfanY5OPFHVfTINSrNuT8z75GI4N/NTzr&#10;m7BKLIhNV4EVqQSevv0plsT3tUiC7HtxYlqGo2DDah8PYY8e1jkgWNnYn6nBgrKH5I243NARt/TK&#10;jK9/Jlw2Nu92PrRGl478qLU0C1G1R45IXTGt6dmDlikhFR/ITT3HTvhkZVZUirDscGqSo+HixJbc&#10;d/Dw98luEV3uxwqSrBWPxVpWu/thIOyHYqEoFLKWVeqDqST3r+vDw9WN9zspl/d0QABa1psAPCvj&#10;k4jqVB33diTMetAdtlG9B3yuXKxzZgOxwFOPGpH7Lj3yYG25YkuxT4A1BsNuRJpjz5Md6dj0DfGK&#10;gbHZfE9DXxxHkgnq7GBQSDyNa7luvviRSSXY4U34qRWoQkdsNUtd7sSNdg9OAHxU2+ke+RkL9zIe&#10;XN2anIcwWdqgFSdqe3tka6FeWzsE/uuRKKCQBXfZj7ZafJro1u7GpxoOAqRUnbYknbbFJvq7L2P2&#10;VrT7Q8KjEWjk7LeJVBqOwAp2xpRN2P4qFUqQ3j8vbEEFjfe7HSRqQoHStQSd8kURk7Gg/Fyorgbs&#10;F23+XhgG6XZdSxqKAgUQdvckYV5OxoLHmzmlKEjoanvkaSa2p2LElFrwFabmtckbYc3Y48qV2BIN&#10;WJoB9+IRs7HLUqKEOo+0N6H6cN/YguxRSSXA32+CtD9IycTZYkOyw3OhJ+E/EEA6bdPfI3akU7Ff&#10;iYVbZSaUHXbsMnHbcsOTsbVSfhBrUFUp14igGOyaLseKkrUfFRgSxpSvy8MMZHkEcnYpyFOB2FN+&#10;+WRlXNjXV2J8qg0JWg2DeHffKwbHcyqnY7ZaUXmq9q9z2GSquW6ObsT5FjTkVLEcDTdQPDB9RKap&#10;2Kkb1rtsCSN69vuyVMQ7BcZpT9mhBA6nbMkNUg7Dm0qeIagX7RA61OZ2C6cPK7JBC3GgBqabg5sc&#10;ZrZ18xbsN7f7S+AA/HMzFzcaTsk1p0J9822JxpuyX2Apx367t9ObrS7Fx5LW7ZLbU1K0Pyzay5MY&#10;oSXocrzHT/DWukioWwnY09oyc1mu/uZ+4u67I/xnF/WH3semr9dh7VYV+/Phk1A8u1B6j7f7I551&#10;IWX7sh9MfcPuZdiZ6fxxiWYdif8ADCWTsTPv92BXY098krsad8VdiJFD/n1yRLJ2JEd8SLS7E2rT&#10;x9jgAICuyH+ZR/oj/LInk5OHm7OMTfbb55Q7F2I4hmLdldT7YbZW7K7nCFDsbhS7Nirs1MVdjaH+&#10;3FXZ/9D4P5lofv5mxQ7Nil2XgV2bCl2VkgrsrCrscBXAVdjgP7MgSgux2QQ7LAxV2PxV2bFXY1/s&#10;t8jhCh2fVf8A5x54DRdLcn7NtBU/NRTMHTAeN8X5V/4IX+MT95+92e6LRaQLtWi/TnZYfpD4nm+p&#10;2BroE1IFO1chlYDm7CsgjrWuYzdbsBymtTStO3vlEy2xdhJeU4EA8STuf1ZgZuVObh5uyFXwKsa9&#10;HFTSpFfamaTMAC7rBuHYUyI4VW4b9AOpA+fv4ZiSgRvblxIunYnJJxACnkW3G4oop13365CVDZlG&#10;N83YwF2Sh+IgUOwG/wBGCINJIALspStNvEhgK7exOS8lIdjzIwLhWWRiBxjPQCnfAAbpAjfN2Mbi&#10;WA2FBuo2p2oMfckOx/NQvTYCnJdq+AP05M7bIp2WrV2kqKDkyjtU9MB236KR3OxNn4lqJI/KhAFD&#10;T+wYOID4shG+52KhvsqVZDQkt2pkJGiwp2UiKHJru3WpruOgWvjk4gpkTTspGkJLJsQSCDQ9RuB7&#10;ZE8RSQBsXY+NVFCDTiN1G9O/I5IE1bGRdjdnZTUgcwA1Kcge1MO3M/BeQ+Dstk5cTvE/2a9qdPo6&#10;YLsKDXm7GyNykREFfTofUpuG6D78UxFCz1djSh+LmxCp77ddwQMBh1JTfc7Hx8WJUyFt+IHc+BH0&#10;YgnkUSsdHYyVVV1UuAG2pT4ae9MZ+9MSSHZlDAhC1Kbnptt3OTU1zdgyIEKCpoirUdgfevXJVs0y&#10;+12N4BnqsnFTuCO/9mQ4b3tJNDcOwO6nYMwda/u3pTce+NgmmwEOykHUUbYsGbt8wfD54ADyUuxd&#10;eKq3Jxwb9rqKDAYVZPJgdzs7GN8VUegoKR8e9OmMT0ZDvDsRdOScgoLFgGpsTuK/RkTzZA0XY5jQ&#10;iOMD0hUgAVao8R4YRLeuijvPN2UybAhQ/NQCwbZeO+w9sidySoLsXU1J2qX39QgVrSlV+WTjIVQY&#10;Hb4OyvVKVReLrypsTsT1GREyFMb35Ox4QOp4qoH7Jjruvv13wgbWORQTR/W7KPEvEioSAONO3t9G&#10;AV+hPQkl2VIpLpUg1YkqAQAR3PjllAEbrE7OyvTesjVCUA5jqWruSBgK8Q2DsVXZUKilTujHoPHG&#10;JvkxPPd2WwBB+MDluffxAydE+SAXZvVI9OjlqfZBFBxA9utMB36qIc3Ztz4cGPI8tqHDauy0XZno&#10;DzapXlSn+3konZZHo7MetSAQRtTsMUAuygDX4d6sKilBQ9BkOrJ2KqAVZX+EFuPE7V8MlGqYG+js&#10;pl6AAKaUJO608MaKiTsTPw1VSOvGpNTTrXAdtmXPcuzGigOoDHYGp64RyXns7HtHU+7UI7fdTtg4&#10;QEW7GlWC0FFZTtIVpQddgMNpt2PTYCpU1qDsQdv64BIEljJ2PYHkp5EVNKe9O+SKAdnZagqWUsdv&#10;hJ8fGuPJB3di3EsFXiKbBW6D6cLC6djyobYiqj7Ir28SfnhKBs7GFY0JHFmNK79Pwwddk7l2MZQw&#10;WiUcbAk0AwbMgadio/ap0C0Wu5I8ThYuxhbp1rSviT92RJ3padmZlFVK1B+0BuSencHJApq3YqFo&#10;epBZq0Ow26ADwyYALEl2KKNw5+yRT4duo/Vhjsd2JPR2KBCynih6EgU3p74RGxyY8Xe7LAPpqKgc&#10;R8QPbGPJB5uyuQdRQ/Zr1229sI3CaouxoLIqrShIqK9/pyINJqy7FF2qlPhoK96k798sG42Ynvdj&#10;g3Lj3I+0D4Yg2inZf2xVaDiK7ePviD9iOXN2N9XmV2pvQbGoI7VxM+I+SeCnY9XFfgFGBNS3f3yW&#10;OXSt0Ed7sEqV23pzIH0nxpmQJBqLsPrNKmMMSeA3JFKjNjhDg5jzdh7ECCCwFOwGZ+MHq4M/J2HF&#10;sTyG1KjceGZuLm4snZJrQUFD2I2za4eTjTdkusAg3UUJpU9zttXN3pKu3HktbJZaeIzay5MYoWXv&#10;i2uDloGsjsbOYb+6HNZrh+5n7i7fsz+/h/WH3sduKi7g2qS4r9+fDG4AFxdDwnmAp02ds88Oxfu/&#10;F9EfcPuZdiBHj0wNlOxrUpXFLsSO2+BXYw1PQYq7GkfRhV2JkV6/fja27EGHUZMFm7Ez02xV2Q/z&#10;IP8ARXr4b5XMbOTi5uzjE322+eUOxdiGKbdlU8DTCzui7Gnr13w2kW7K6YQl2bFXZsVdmxV2f//R&#10;+D+ZSH7+ZsKHZeBk7Nirso1yQV2Vkldl4q7HCuRO6uxwGQLG3ZeRV2OXFXY7FXZsVdlN9lv9U/qw&#10;hXZ9VP8AnHjiND0hhsZLaHn47IKZr9P/AHp978q/8EI/4Tk95+92e67Ff9HQDbatc7XBH0vieb6n&#10;YHnBIJO4rtvkcg2aw7Ctx1r+GYhbg7AEx2JA+eY+Rvg7CG9pxO4qu/TfNfnGzn4ebsil2Cx+yfhO&#10;3b5fRmnzR3dpi2dhJISo48CgP2R0oeuYsg5sRe/N2J8IwtKjmtQT3Ne/vkRtsysl2ZhxegcqhX4R&#10;T7zTCbUGw7MUZG3X4XoOXb6MEhVLdh2JrGqM/wANWJLEAbYJbbdWRkSHYoCSsbIFI3qeg+WJBjsx&#10;qibdjEZQH4igqKn2PicjwjvZEF2YlVYUSg6EE/ducIjyQA7HLyBALA7/AAqBuPbGt0EAuy2apAUc&#10;2rRR/Ud/bBHbZQNnZRYU5kk0OyigB96n78lXFv3KBvTspWRqEVjO/Kh3G2wFdsPMeSSCPN2NYmNl&#10;48pJFNCoBFFPWoPj45WRvdJAvnsHYqjMWK8qoSacvtKD0B+nJgsSBTsqUvzVQnJSpBAaoqvgMBjX&#10;uWAFOxqF0CuVIUGtCAAT08MBJHq6JIB2djVfm0pKjjLurMab/L54aB3SY0B5Ox0W7GlEL0SQvtVl&#10;FKU7HBV8ll83Yw0L9+ArTiBv2FT2yMiOLovR2PO/whiFoKA77161yd2gOxVoyy0Vl9VaoARQEEUI&#10;p2yUo2xEqPlzdm9NYwnABRGAGUCnIDamAQqq6LxcXPq7GVYmgDcWJ5GooD8/bBfQck0Pi7MgYBwg&#10;A5NsD1HsB3GGWymtrdjkY+nxYDl/xspp1/hgHJBG9h2Nq5PxIoZfhr177io2whNB2U4dVUqe9AoN&#10;Kk+565EmimJBdmahJUpwQ7gsxrt1pkTQFDqgOxxeMlQEAC14ORQ167jJAg9PJQD3ux0TAcSGMhIJ&#10;JUbCm5p/Zh4aNokPg7HNTghACqrDiwXlQ9tu+ImBugcy7Kbgw2LMoPKg8VwAV1UXe9OxP4OJKhYx&#10;+yw33O/E98QKsllvfe7FEZqiMrzSpJ4t+yd+uS+oMSBz6uxQEliQnF1UbD37eORoBjTsr1HQ7LQs&#10;d5eNK1G22EHmaTwguxqqCeSktQ1Yk0oPbCCR5pJrm7FgnEr8NQprT59sIBphbsviePwktuOStQnb&#10;JUeqL3dmAQDmF3NWBO+/j7Y8lsnZ2VQEqatuppGOlfHANym+jssxhwq7GvWvj7nCjip2Koigv8J3&#10;3VCK0+RyTGUnZTqHVyH4hSQB7d6++DzUGi7AxWh2IAXceFD1qcFtgLsEIFJAKgt1AG5oduhxtgXZ&#10;iAZCo+BiaVbvTqcPVF7W7HeluG/lrsT1+/CQji6OxtAUqTxLEUAoaCvf+uRqmXIuxQqSqLXbvvth&#10;8mAO5dlrG1VflUV7/PJV1KmXR2LOQN1r0pxpuRkjQ5MB5uzD41+I8R0IH4b5EkFPIuxJhRT1Havs&#10;e/jgZB2KcaqyilRQcgainelMQxui7Ey24UjaoHOm1MJZU7LPxOXI3Y8V8PmBjw9UdKdi6rQGhoWN&#10;Co2YgYRFhe7seKjhyUqtVCVoTWlcnW+4oI+92UhVqCM13pUdu569MNjopBHN2LJzX4q9fhZRuTXJ&#10;gkbsDR2diPFSCg+Mn4yvyyoDozs83ZfEmjk7nY7bU+QyQ3W+jscFCgsGBUHavQEY8N7hF9HY/wAO&#10;LcydhXeh75ICuRYuxjV2G5ZgeXYr9GRIILIOzKgdlQKVZyB129q++EDi2CmVbux8oKM6MQSvULvv&#10;88M4miGMTe4dlrxIXb4j0YntTGCDbsEQMqvxNSDTrt9GW45CJYTBIt2Sq0VDRgar0HxeHzzdYq6O&#10;rykuw2Q1NKUG1B75mxlZpxDydhvb0BG246ZmYg40nZJLQ9CNyT/t5ssBLjTDsmGn7cadDvm90exD&#10;jla3bJZa0qM2szYYxQkvTfBWrDlouqLSvK0lFPH4Dmt1n91L3F2vZ399D+sPvY9cGl3F/rD9efDC&#10;6qLq7FKEXEwI/wCejZ50eZfu/CLhE+Q+4MuwIcW4OxMgkk+GKHZW3fGmTsZirsYepwFXYmQRirsT&#10;bfJApBdiTdDkmTshvmMf6JJ8jkZ8nJw83Zxeb7TfPMZ2LsQxV2bFnTsxwp5uxnWpyTJ2ahGKuysV&#10;dmxV2f/S+D+ZbF+/mbFLsvAl2bFDsv2PTDauxpySXZdDiVdmqemDkrsUGQJYkuzZFXY4dvxxV2O9&#10;8VdmxV2U32W+R/VhHNQ7Pql/zjp8WhaER9prWD8FGYGmH734vyv/AMEP/GcnvP3uz3fZVESgV3HX&#10;2ztcGwfEc31W7ErletNyx7YMg7msOwqkHbMSXNsi7C+UHftTfwzGmG+BdhHdjqOtDs2YObk52Euy&#10;LXZFNz9ntTtmnzF2eF2EMi8ix3Zx/dsfD37ZhEG3Pia9zsQRXq5BFXpvTsetK4xDZIh2JOrtQFTQ&#10;GgocBDKNB2LrNwqNioBpXpX+NMMZUWBhbse5XYgcXXep6fLBLhLEAuxJwtCjAAOQWUjY+4yNUQzB&#10;PN2MagDcqgAirDc7e2Mh3J9zszVLbijBTuKUPKlK19sidjSjYOxshdqUKsKU98BmOiRQdmavElCo&#10;c7LX8dx+GGwAoq93ZYVR6TvyL715ECnuPY++AS5bLZ3AdlcyUc+mQV6s3c9du+SlKxYWt+bsep+J&#10;pFo3NQDQHbboThBrdBG1OzHiC3Z3BYsu1fAb++Rq1DsZ8XKipvSrlegLeFfDEHeuaaHV2WykqQSz&#10;MfDoa7cdvAZLcKDu7EqKPSlZT6IWkdK89vAGuRsk30ZXdjq7FwwZKDck1qu5X6ex8d8QLYUQXY1w&#10;gXeSrEBnC+3WvzyMgAb5lIJ7nY9ZKMSI6MB8MZNNh0p4fMYRseSDHzdiikuf73n35KemWRN7MDt0&#10;djXVmLGM1B29qnrucEyboJBHV2Xx9/iOyt4gYDv1W3Y5Ff1GPFahSDITxI27U2yW/RiSKdiJKyLz&#10;CngD8VDUntyyFUGyiDTsWRQW4l6Buj/jWh9sTPfYsJHa6dlGPgWbiSxAVq/fUDGVELxW7GOrEkqq&#10;qCd13aniD86VwyHcGQNOxUhWYcmNFA6CopTucQK5sOQ2dlMhZhUBeFWpU0Apt03yRBJtILsoK7Dh&#10;IS1acHX4enT7sBje6kgbh2WIpArbBl5cUqRQKO3zxIPVeIEux/FSN4woNRt1ovXfGrHkxs3zdjDX&#10;bkqiFyfhG5A8dsQDbL73YsvGqnl8JI47EE06ZKr60wNuxWjKftAAVIr+uuEMObsT5kptVyNxsNx8&#10;vauDiIDKt3Y6NaseDcqk8q71/pkr2RI97stwTWM1ag3Hh8iOtMF70o73ZVSFQc6H9r5eG3XEc16n&#10;Z2J0Y0KglAfhr19wa4NwWV9/N2P9QkqG+ELtQimSBY8LsU5L9j1O/Su+IIRXWnZlARRwY1HT/KHj&#10;70wlSbLsTFGHwsDXuD29x4YKZHbm7Hr8KqSOPLfkTvv2A8MWJ3LsaylWJeqhz9kijUPh44KpINjZ&#10;2KdRIoUqpGxIBNKZJj3Oxyqqj93XZQC1Kn6cICCT1djuIZQWb4V6EHww1si3Y80ZQC1FFKAda48P&#10;VA2LseqEAtVlPGg+XsMelsSbdidAGAC9TVgfD3yLPo7MVU13ZvT6MBXbwyQAUEuywnxFUqq9Aors&#10;Kd8J22RfUuy2QBQDyZUWqr2H9uRlVqC7KChhEVIDAbgbknw3xB5LfN2LhR8LMa1G69DTJAAndrt2&#10;YmMyEEVK0qoqBTtTJkC91F07MF+JiduXRRt7bAZAC+a27HgsDxYfQp3NPfJizzRQ6OyyvxKq14st&#10;SfGnifbJVtQ5Ivay7HurEDYNQV9NTsT88JB7kAh2Y+n0NSF+IU3Wo8cl6QVF9HY0lVXkHop3A6bA&#10;dfHqcrG3JO5djQjBDX7RFV5GvU71PXCB3pJ3dmPEsGD7LuGp92Rvdd65Ox7EFyXXlypUVoenXLeI&#10;E7hHTZ2aNEU1IPIN8I7bYio9FkSXYNVg70Vd/Hpt0y8EE9zSdg7Di1ofsHrsSetfnmfh5OHl83ZI&#10;bapAB28PHNjh83X5NnYe2wH09jmwxOIXZI7UA+PUA5scIpx5l2S6y+EL0A6DN5pTwtBWt2yU2e4Q&#10;0IBp8PfNoTcWICEl6HB2ogtpOor420oH/AnNfrP7qXuLs9Cayw94Y7cU+tRb9T/HbPhjeCl5fDoU&#10;u7gD6JWzzk8y/dunN44f1Y/cGXjoMBfRXwwuRu7GH6N8B2UF2Ua+PTtgZOxPFXYwjthV2MOKuxNt&#10;uuIUB2IEdRt0rk2bsh/mQf6I/jTKy5GLm7OMTD42+eUOyDsDYq7KxTbs2SDMAOyh/t4WTsbTauKu&#10;ysVdmxV2f//T+D+ZaH7+ZhgUOy8UuzYodmNKbdckAl2anfG1t2bkRthpXZhWtcBV2KZWWLsvArsw&#10;Fe/0Yq7H4q7NirspvstXwP6sI5qHZ9Uv+cc1Mflzy6SKVtYSa0JHw9RmDp/70nzflj/ghyvVZf6x&#10;dnunTzMLR5FZLl2YtbKRwAQ0opPt452On4+Anmen6nxTUcPFXLvdgmdSVFRQnqBvvTfL8gcYOwok&#10;Ugn+lMwpBmHYWzKN6mmYsw3wLsIbvkOVTSlOvf6c12Y7Ofip2Ra8RjVqgVoGqd6ZqdREl2mGTsJC&#10;F5kUAXx3ofpzDAc3enZZ4VIMfIfsvXp9Bxu0C+92IPGPiWtTWu/hTIEbMxLq7LVDxq5oVFaDoPlh&#10;EK3Uy7nYmaMdwrrtxPUgfTgIosw7LISnGg4kjnXpjyQCebsScKGapZeYqtD09jiWQJdjeQCg0+Ct&#10;NxUAHtT55CZApNOxVAaDkwUHoeg/HEQoX1Yk9zsRI4KRy5LsAV2oa7DBQ72V27HOjFQq7gsNm8AP&#10;HCYkdFjLd2JIGkYEIyohoAO/09sF8W/JJqIdiihqkUI7oWBIHYgj9rCTWwKDTsaRJstK/EOII8eo&#10;Nf45GXq27kgh2K8q7fZdlqgPUfP3+eIPTqxp2NiYqKgfGSVO29AetT2ywDbdMwCXZfxjem6H93t1&#10;J8fDIiJjyRs7KIZaRseLMtaDxFK/RjRuim+odmjId334gU5HqDQYDHdEhQdiiRNVjUHiPsnYj3GM&#10;QSgyDsco5KCp5FmqFPT6fDDIbIJo+52N4OP3fM8XarjqKddq4TY6rxDnTse6vHw+KhTkVDCvXrsP&#10;DDPyQCDbspQ5JZpORA3oRUE+OR4TVJJHQOywFkRQFDb/ALW1fuwE1y3RfCXZaipqi0BFCAeg70yd&#10;IJ73Y90LFxHyZqAUqAFXxPiceEnYIBrm7KSA8w3qGir/AHdab/rrgkLPPkmU9uTseW48gpUynrx2&#10;U+OT53SKv3Ox6owUMpO1SHpvX9eLEl2JBWZkRSVBO4PX+zEMrA3LsxDGLgAyipFO3XrkCSRy8l62&#10;7HkgMWUsT+ypNageHhkqAKK6OylCJvWgYjatdj1r8sYxpJsuxXgxqGYAD7Jp2yRa7DsavEMwQBuI&#10;6k7GvamICSTW7swJRP8ALFD8X7IwFNWXY1iWkLrsKUbehA9sKQBVOxy/FuCWG/b4uOPJB2dlkEUJ&#10;c15U232PTCDSB7nY3gSx2b+YH5dTim6DssD4gwo5J+HuPl9GIC9HY7iymg4gg1Pcb9cBii7di7J9&#10;qnFeKgJ9PfJlgDs7EQpLOwYNuFWvhka5sidnY4qK8uTGNiAF61btQ9skK5ov5uxVYnoocghWq3hv&#10;2w0xMh0dj3WZXcUDct04V5H2AOS4d2IMSHZXF3+0Qr0Hw035HttgMb6psB2OAopFK1OwrUg4OiLs&#10;uyigAohNVP2SfHEjuTxbuy2qCGBqx8dgO29cSDzQK5Ox5UA+JNNyO/hT2wkAIBdiaDruzMCO3YnY&#10;bYgJLstR8TANVWNVPf6PuwAEGlJ2djqfCF2ZagAUqd++NbUi3ZlU1PKlT4U6DxyUI96kuwQVUCvL&#10;jQGoA2P05ZIC+bC3Zap8K1oK067Gntjw7C2JO7squ9QtGSv2q/cDiQLTTsagLqKEcujL8j1GQFkV&#10;aTs7BPEqOPJmHZaU+nLeDaubXe7sTJWjHdVG9ffHisMgD8XY3iB4lid0psAcjWybdlkCgCuN14s6&#10;jevsclYrZFuxnH4xsTtQMDStP65CIPcyvZ2WyL8SuX9u1D17ZMjoUAno7MKVVitFI3rua+AwDaW/&#10;JS7FFAKrvsDuQNz4fIZaNwxJdiqsoYA7O1F4DphjIA78+5iYmvJ2HUAFVJ5Dj9lR0ObDHs4U3ZIr&#10;ahABNP45scW7r8jskFqASOo9j1GbLG4knZJbUUFffY5tMbjSdkrsTQAsKA9s3WkPe0lY2Sq1IAB/&#10;DNlPkxCFl6fPBl5NBFpt/LczJBbw28j3NxKQEjRUJZmY7AKKknMLUgeHK+4ux0QlLJERFkkUPPok&#10;F3GTNGw8RsM+G2pPBNqOqS2j+raTXlzJay0oGiaVijD5gg55tI3Il+7NJGUMOMTFSEYgjzAFsrWv&#10;EV603wuO23bxxcu28YR/mMFUtOxOnjthS7GkHAl2MO2+FXYwjf8AhirsYy7UHXCCkOxA9MkydkQ8&#10;yD/RJPllcuTkYebs4rN9tvnlDsQ7A/bpil2VirsrFINOyqeGTtsDso+OKXZW2/bFXZWKuz//1Pg/&#10;mWxfv5mxS7LwJdmxV2UckFdlgntvhoK7KNetMVdjxWnTIFBdjsgxdlgfdil2PxV2bFXZsVdlEcgR&#10;4g4Qodn09/5xt8z6brPlzSVtysU9jElveRA8vTmjFCp7ioFRXtmvxXhzVL4Py/8A8EfsvNpdVkMt&#10;xIkg+RdnvnTbuP0Yj6gPw1B6iudjp8goPhmoj6i7HRR29t6nB3PNy55sWpy3oK4YxjDl1P3tcpmT&#10;sCSuKkA9DtlUyOiAHYVzyKAd/GrZiZJByIRLsIruVArFhVfHNfmmAN3OxQN7OyG3dxQuE48VP0KP&#10;E5pc2Tudzhx97sLDNGxf4geP2nHjTMcTDkiBDsaJF4rQmop8P6wcaTwuy2KlS0dZD+uuNoAPI7Oy&#10;zwUcVYIzDlGD0r74mgNl3O7sQopZ1agr1Xc0PXrgIDPkLDsVVgqs1OOwJQ7n55EeTEizTsbXiKn7&#10;IFWRdySfDEypat2JHkAQKsaE8Advk7YKI3LPZ2PoCOo3UECtevYfLEeoIdlMkQqzP0o3M7gD5eOJ&#10;opEpOxCTbjVubOKkgE0HXp2ODYH3s4i/g7EuTgKWbl8WwBoAO2I5sqHIOxVZXKiVv3gICrXbl4fd&#10;kTI82JgLobOxRZWV0IJLtsFPWo7nsMnY5sTEEOx31hAko+DkPsuCPlsfbIEiVo8M2HYgjV+1KTyb&#10;ck7jbEHzZkdwdjncqjN64oN1O/X6cN0OaALPJ2MepqefMbNVj/n0yJNbc+TKLsUEldyaolKoetT0&#10;2wy36sDH5ux6HrvQndSPibJgg+9BDss8RxAJJYDiSRQmu/TvgiF5uxRWtwjsZF+HZmrQ++1emIIP&#10;NiRO6p2BJb2ON0jqqxSiibgVPT8fbAcgjIBtjhJF9Q7FJGOzqqkNxVlbdjTtTwxlKkRHQuxUsJKL&#10;JUCoLKDUAjfth2kN2AFbh2WnF1asnDi/Wla+Iwgiig7Hk7FD6UaEl/7+goa7n5DoRhNVvtbHcnly&#10;diiUEoWqgKPtEfjjQJtjLk7KVkWqBaPQkEb1HWvthJA2SQTu7MJ+B4B1oKipO9fl2yPF3L4di3Y7&#10;kvwKRUHYEdCOux+eStFdXZT/ABcwRsp2UH236dxjxWaUbOxHmwoCKCNfjdjQ7jHirZnw/a7BFs6N&#10;G1VUoKhCu+2SidtmGQEHzdiqrUOPV5gbb9RiGBPWnYlSrAr1GxA6bYCOrIcnYnLJGnHkjuXcRxim&#10;1T3NMdr3ZRgTy97sequwYhuNAaIfb8ckNwgkB2ZCPTJK1YGvXqPDApBt2YSKB+8/dsSAFArX6cF+&#10;a8Hc7GkmgqwQVo60O4774QkU7FOSKQftGlFpv8zhJY0S7KaRFYt9r1NuIFKYjvKiJPwdj1ZxRpFL&#10;lWAAJ2Ne9MPwQQOjsfyUl/gcoqnw6jptiBZRVVu7HQqQKgA1Hx9q/L3wxGzGZt2CFp8MiqNzvv18&#10;MlCO10wPdbsVLJUk7M9KFfD+3Lib372AB+DsqR1Kt6a1BenLwp1GQMhVjkmMd93ZmeLwCgqQvsfY&#10;4OKKgF2BDIQyiu1KkdxTvlZLaI7OxUS7GRiCkaksW23HQ5ZGZqz0YGPQcy7KWUO/LmpDbx0Ox27Z&#10;Xdm0mFDk7MzVLPvuPsAV/wAzhO+6gdHY9iF9MrVSylttx9Bwy2ooAu3YxW58xTgSKrJ0r8vfDQIS&#10;RTstX+HkxI5bMT3+fvkeZoqRu7H+ovEb0+GigiuS4gGPCXYsG50qQ7Ur4tt4ZPi4j3/ewqnYmHAj&#10;c7cmNPiPdsjx7bsjGyHY9ZVj4MxFWagQdRXockZAAE/JBiTydiguFStG2FQRXYMBsMMZgBicZLsT&#10;+sEgEOtD9knf/aORMieTLw66OxMykBRyopqC3UmvvjZA3ZCLsoyxqaB1A8K7YgxieaiBPR2WlxGV&#10;3YVTq2w6+2ImN90HGXZf1hFJ/fAEn4l+Y/iMlHIBvanGT0dltcRlPjYJvRW22pv3x8aJG6jGb2dj&#10;frUa0rJUDcDtQ7nCMoHIr4RPR2KLdRMTV1cDd6dhXphGXvKDikOjsNra7FGJcBSaletPDMzFkB6u&#10;JlxOyQ2tytRSgB32zZYsnc6/Li2dkjs7pPh+Icu4B/jmyw5Q4M8ZDsllkzy7Rxs/yBObjATIbBxJ&#10;inZMrK1vD1h4Cg+0aHN7gw5BuRTQaU3ZRSpwRq/mPy95T0+bUvM2v2WiWkA+Ka4lFSPAIPiY+wBO&#10;X6jXYsA/eSA+P6HY9m9j6vtHKMWmxSySPQC/meQ+KDkdjtHE0h8Bt+OeD/zv/wCcjR510y78l+SI&#10;7m08tXp463r10PTuL+MGvowxf7phYj4ifiYbUUVrxnafbEtUDjhtDrfM/qH2v0b7B/8AAy/krJHW&#10;a6pZo/TAbxgf50j1kOgGwO9lZb2UpmFzdOKp/cWyfZTtVj1Y/gM8kkU2oOmwzSPsSZ4iw+/J22gO&#10;xlDiydiZFT8sVdjCNjirsb9GKuxhxV2Jn57Yq7EHAFaZNmHZEPMn+8kviMhMUHIxc3ZxSb7bfPMd&#10;2IdiB8PHFk7G4odlYpp2bJANgdm64UuxpHv8hirsqnfFXZ//1fg/mWxfv5mxS7LwJdlHJBXZq9sk&#10;rssVHbBzV2WDXY4CFdjgchJiXY7fpkUOywPHFLsvFXZeKuzYq7LGKHZKvKPnTzP5D1eLW/Kuqvpl&#10;7GVMi0DwzBTULLGdmGRlAS36h1XbHY2k7VwnDqYCUT8CPcejs+nv5D/85QN+ZtxNp3mfyUthqmlx&#10;xLdaxpk1YJ+fQGCShQ7V2JzLhroQkPGiPfHr7x0+D80+3H/AwHY0Rk02o4oTJqMx6o1/SGx+Qa3/&#10;ALM9fjRrrUmju9I1S9toHKlrOaCOdKdwCaMo+k5sfyRzy48OaQH80gSH6CHyGcxgBjkxxJ7wSP7X&#10;VGDZdA1AH4ZBxr3VgfxzKPZuY8i4X5iA5hvCK+8t6lco6JIhIYVrWlRmBn7JzZAQC5eDX48Zsguw&#10;jn8s6zxMZVSlKDcn6fHNfl7H1JFU5kO0cF27IXqPlfzZWtva8wpPHgxAI7Ein4HNPl7K1sbHCfg7&#10;jT9p6L+KXzdhHH5d84KxD6LPKGWnpAUowPXlWhFO2YZ7N1hFDHK/c50u0NCRtkA3dgq28tea2Lep&#10;pEwCghaUBI7bV2ycOytbX93JqydpaMDaYdin+HvNfNU/w7eMGPxTKY6fSCwyQ7M1wNHDI/L9bH8/&#10;o6vxY+7f9TsXTyz5rZnT9BXTAU+N+FGHh9rtkx2RrZH+6l9n62B7R0dX4kft/U7F4vJ/myR2J0uR&#10;FqKhypp8qGuTh2JrZE+g18P1sJdraMD6x9rsUPkXzUzOBYfCRUOG6Hagplp7C1pO0OjH+WtGB9X2&#10;OwZF5D80AgyW3AEUqtGI/jlkewNb1i1T7b0vQuxU/l75iZm429Y2IC1Xb3Lb5M+zesPKOzH+XtNX&#10;Pd2Nj/LjzLbRAW8HrSBiQGWlQT3Ne3yyQ9mtYIgCO6Zdv6acvVsHY8/l55rYMGthIrkVQfDQA1O+&#10;A+zOtO3Dsj+XdIORLsE/8q78zuQXtTWlCyqvxDrQ9zkv9DOtP8NNf8u6YciftdiX/KsfMUkbK8DB&#10;yRxIFFoPEDAPZTWUQRzZf6IdODtydjT+WPmhgR9X3Y9idh7Yn2U1ncn/AEQ6bz+Tse35Y+auSkAr&#10;x6MzCvuN8f8AQtq4nf7wo9oNN3fYXVzN+V2v1Yn7RFAOaBQKeGCXsvqN9x8wo9ocP80/ItVHjgf/&#10;AJVf5jVI41ljVV6lpI+RPzyH+hjU8NWPmG3/AEQYCSTE/It1Hjlf8qy8xM0iepAkVB6bGdCxPclS&#10;KD78gPZjUna41/WCnt7AADwyv+qfvdUeOP8A+VY64CTJfxEkAL+9iAH0ZP8A0MZ+sh/pgj+X8fTG&#10;fkWqjxGN/wCVX6kHdm1S3j5igpLCCNtqkk138cf9C+Unecf9MGX8vggAYpfIt1Hjgz/lXlz6IhbU&#10;7RWH2pDdRcjtuOvfL/8AQ7PhA44ivMNQ7YlxWMU/9KXVHjlR/l/LGoEms2TgBgtbuIU5ClTvuRgj&#10;7PSHPJH/AEwTLtWcuWGf+lLqjxwK35cQgFW1yw4N/eK93FRvnQ7ZV/oaH+qR/wBMG0dsZr/uZ3/V&#10;Lq4g/wCW9oxXn5g04rEPgH1yEEb1/mxl7Ngm/Ej82Y7Y1HTBk3/oF2DR5Jsxy5+Z9OAbba6hG/j9&#10;rLR2ABt4sa97V+f1J5afJ/pZfqdjP8FaWpH/ADtOmKAtHreQ7+4+LbH+QYchljXvZfntWf8AkNk/&#10;0h/U6uOi8paVGSP8W6Rx6Ue9jP4cqYB2FEf5WNe9ZanWS/5DZP8ASH9TVRlnytoQTi3nPSeVahvr&#10;kW3tTlhPYOMijmj80eNridtLk/0h/U6ozHy35bqOXnjSxUUNbyInb/ZZM9hYT/lop8TtH/lEyf6Q&#10;/qbrj/8AD/lRGUnzxpY4DY/W4vx374f5E0/XMFH8pn/kJk/0pdXGHQ/JvE189aSoNd/rUZIr8zh/&#10;kXTX/fBmIdq/8oeX/SF1cd+jvJfHjJ5+0mQbCjXSfwOSPY2nH+Wij8v2tdjR5f8ASl1cZ+jvISsT&#10;/jzSQN6hble+P8kaW/74faz/ACvbJH+J5P8ASl1cY1j+XnFVPn3TAtKNW6BrTxwHsbSEf3v3pGj7&#10;bu/yeT/SurjIbP8ALi3UCPz7pkYpQ/6Ty6Hv44Y9j6SPLL97Kei7cnz0eQ/5rq4/j+XY6/mFpZFa&#10;n96RX7hh/kvSdcw+RX+S+3Dy0WT5OrjS35ZBmJ89absRRvrDnl41AXbfD/JmjJ/vPvT/ACV28R/i&#10;mT/SuriVw/5Xzpwl8/WKUFAySyKfnULjLsnRyjRyfezx9ke0EDY0c/kHVy1ufyujILef7NyR1Lvt&#10;9yYx7L0fLxCfgVPYvtBL/kHP5D9bq5hd/lUrK/8AjuzBFRQGU1B8fgyX8l6L/VD8in+QvaIivyc/&#10;kP1urlvqX5TNQP51tWIPw0Eu1P8AYYns3Rfzj8ikezvtH00kvs/W7G/pP8ph1862zU8VmI3/ANhh&#10;/k7R/wA8/Isv9DvtH/yiS+z9bVfnmbVPymoEPnO3ov2eMcx/EJgPZ2i6zPyKj2b9oz/yFl8x+t1f&#10;Y5X6W/KUVB83oynpxinr95TCOz9CP4z8iy/0M+0n/KKfnH9bq/PHrrf5SLRT5rqopsIbj/mjJjQa&#10;E/xS+RR/oW9pD/yG+2P63V9jig1/8owB/wA7MWA3p6E5/wCNMl+R0I6y+RR/oT9pD/yH/wBlH9bf&#10;0Y8+Yvykag/xG5p0C20//NOJ0OhPMy+SP9CPtJ/yj/7KP63fRig8yflMpDL5hmZhtUWs9f8AiOEa&#10;TQjrL5L/AKD/AGjP+QH+mj+tqtO2OPmj8pq1/Tk5PiLSb+mSOl0B/nfJf9BntH/qI/00f1u5Yz/E&#10;n5SghhrN1T+QWk1PxGA6PQDf1fJl/oN9pOuGP+mi1yxv+JPykdy51O8kIJUqtnKACPAY/ldATdS+&#10;TL/Qb7SAV4Uf9OG6jLTzH+UityF7f1bqTayn9eAaTs8G6l8kn2M9oyKOOP8Apourix80flQ231m+&#10;eoNT9TkPX2JyzwNB3S+SP9BPtEP4If6cOrmXzR+VC1pPfsCKEfU3pT78Awdnj+GXyU+xPtEf4Yf6&#10;cOrjx5u/KpOh1Fh/zCN/zVkxi7PHKMvl+1T7C+0R6Q/04a5Y3/GH5Ug7R6gfD/RG/i+R8Ps8f5OX&#10;y/ay/wBAftEf9T/04/U7l7ZX+MfyoDh/Q1IuoNG+qnYHrQc8IhoLvw5fZ+tP+gP2hIq8df1x+p3I&#10;+H449fPf5VoQRbamD4i0/wCb8N6L/U5fZ+tH/JvfaA/xY/8AT/sdyPhln8wfysBqYNUH/RmP+a8l&#10;xaH/AFOX2frX/k3Xb/8AOx/6f9juR8MEWHnj8rb68tdPt7bU1mvJFihZrQAVY0AYh60rj4nZ8ecJ&#10;fINef2A7ew45ZJSx1EWfV3fBovQEkbAVOegE/KbT5FR6wmtGFQc6OPs/pZAGvseC8fUg/UkknmPT&#10;468vV+hf7cUH5Q6by5Ut+W1fhJ6fTj/od0l3X2ftT4+qquJCnzbpSkAifc0+x/blt+T2kv8A3iW7&#10;9afAe/04y9nNFLnFkM+rHKf2qZ856QOiXBPh6f8AbgS6/Kny/bCKOWOBROSqEIduIqT1yE+wdBGg&#10;Y8/x3o/MawerjR1j5isdRMq2yTEwgF+S0+1sO+Jj8rfLjKUBtqEUpRif+JZOPs3opCgAfx72o6/V&#10;A2Zpn9br0hkP0Y9fyv8ALpj4sLVuA4OPTPUda75ZH2a0lVwg15NZ7R1AN8f2rvrBr/cPSg32/rjf&#10;+VceWoRSlopHf0q7ffifZ/RwH0j5IOv1J/jPzXiVj/upvpphdceUfJlsCkklvwc14i3Ygk99sw8v&#10;Z/ZuPaQH+lZx1WqluJH5rwzH9in0jI5eWv5baeStwULKKkLZsdvvzWZ5di4DUh/sf2uXjGvycpfa&#10;3Vv5fxwlbVPynMq25LFjU8TaEAfP48wz2j2Fy4Tt/Q/a5Q0fadcQl9rqt/L+OGVtD+WN0UEPpAkj&#10;drQjc9K/FmRjzdizqo/7H9rROPaEecj83Vb+X8ck1voHkmYqyS25oaqRAQK/fm0xafsqe4r/AErh&#10;yy6sc5H5u5HspyRWug+WCRxeI+B9Mds2eLBoDyr5OMTm6k/NTMjjpGfvw/ttH0Bd14bf5FK5sseH&#10;TfwxDWeLqVNppv2YvxGH1tZabGPgAPhTbMuPp+kAIodUHLNe/sIi+5JOGsMNrGAqRAgClWNT+ORJ&#10;lXNvhKHckd4uqSKwN88Smu0KhfxNTnjf/nNLRYZvKnk/XIoFR9N1V7eR0UD4bmKgrT3XOY7fwioy&#10;833H/gM66tbnw3tPHY/zT+1vywJIZbuGSaWYuA/KVixqNu/zz54H9ecqX6HZjibePbFXYiw8OvbJ&#10;tkSXYkfE4sg7G4pdjTTtvirsTP4Yq7GHocVdiTVPbJAJDsRbpkmTsiHmMf6JJlcjYcjCd3ZxSf7b&#10;fPMd2IdiFMUuxpA8cVdjcVdl4gswXZWS6sgbdmwpdlVHTFXZ/9b4P5lofv5mwK7LxS7KyQKuyskr&#10;sdU4KV2YdcBV2PX78gWJdjv865FDssYpdl9cVdl4q7Nirs2Kux/gcLGQdntr/nEPTVf9NXxHxy36&#10;KD7RRj8N812r3yxD4p/wWdUY+HDuiftLs+rOgTSQwxjkQFAoB2OdNoiREF+YtaQSWqAnJUdZuIwP&#10;3hLqPgNa0Ptm0GsyR5E7OtMQWuK+GB38y3KipYMF3YcV6+wpvie1Mw/i+5AwxPRviMJ7/wA43MaS&#10;emiFyKKzRp+O2YWp7dzRBo7+4N+LRRkdw7iM5frP5l+YbAGSG7iWME/C1vETStBSq5yur9qdbis8&#10;e3uH6nodH2Hp8pox397qDIA35r+eJ55IU154OLkiQW8IXpyop9Mdjmpn7T9pXRyn7P1O9Hs5ooRB&#10;8MH4m/vdQZNNA/MXzZcFfX1ZmWoYMY4qFR8kzY6L2j18zvlP2fqdPruxtLj+mH3uoM67pnnPUZOP&#10;qSRykABmMcYr79M6/SduakjeV/APNZtHCPRriP8AMnJtZeY3l4FxEQRuPTSv00Gb/T9qTlzo/BwJ&#10;4YjkFrRg+P3nJXaaikpX93GQR/Ko/hm5w5o5K2aCKUXi2PxN/wAEcPInRhX00HtxGZRjSBPyCCkt&#10;9tpJB8nIwWvD+RfuGRNuRGQPQJZNDIDtPMKdubf1xSEIZnHFfsKaUHicoJPFz6OXjjEjkPkkGrTX&#10;UUVvwuZVBdgSGIJ2BwWEX+RfuGGy2CEe4Mdkvbzb/TJ6/wDGRv648Iv8o+4YLLYIR7kC97eH/j8n&#10;A/4yN/XL4r/KPuGBlwjuQ7Xd33u5zXp+8b+uXxX+UfdivCO5YLu72BupjQ/78b+uUVX+UfdipiO5&#10;H21zcniTPKfm7f1zwZ/zlkbmHzD5ekhuZoEe0IKxyMgJDHspGcJ7SD/Cf80PtX/Aux456bKJRiTx&#10;dQD0eoeWHZ7KUO5dlk6sa9QPHPJP1i773tyw8DM//NWc+YvqQ0+L+ZH5D9TJcVjlnPW4mNOxlb+u&#10;Ggpw4/5kfkP1OwWjy7EzSt/s2r+vHhR4UP5o+Q/U7Fhzof3j7+LH+uS4QWHBHuHyDsdxr1LGo6kn&#10;BwDuTQ7h8g7KKA9RX54eELt3D5OxJok6lRkSAzDsSMKVpwH3ZIANgdiTRxn/AHWpp4gZLhDIEuxI&#10;xoa/AtPkMeEMhI97sSMUfQooJ6bYaZ8RdiZij7op+gYU8R73YwpEP2E+4ZKk2e92JmOP+Rd+u2NM&#10;uKTsrgn8q/dkqDKy7NwT+QfdkrXiPe7KCJ/KK/IYCAgyLs3EeA+dMsRxF2ai1pxH3Yps07MAOpX2&#10;xXiNc3ZW1dx32xUEuxuwrhSbdm2IyJsLu7Kp1pt4YSl2X+rFBdl16D2wpDsep8cDAux4pixdigJ2&#10;ocUuxZd9uw64CaYl2KgbePvkom0OxVfY/fhYEOwQvsfowMXYuhH9cBYlaeuLKMUWtxSOlNh0Jr88&#10;S1y5uxcUpkUOxVe4wsCHY8U+dMKHZht74q7LxV2MwJDsaQT8yMLIG3Yi4Pz8MrkGQDskXkmET+bv&#10;L0fWt7Fsf9YZVMWB7w6zt2fDoMx/on7lOY0hlPgh/Vn1Wg+wvyz1PH9I9z8pdXml0KhjTagpgkZJ&#10;kGP3A6e+XgZIYA1I7nId5pcCTTVH2v3rV8BRRmt7Q5w95UkiJZz5OSo1Akd41/AnCCKcgj4iK9DW&#10;uS006ddlZ2F26ffi7TMGdqgK9D9PQ/wzLMzZ83GK8ADthDe3bUILUqabZrdTm2LOK8AU6ZzvWb+V&#10;CzBqKBRRXufDOW1mYx3dnp4cWy7OOa7KREY/UINTRQPsjetfpOcZrTv+Pi9ToY2bp2c4vZZUKyK4&#10;UBwS+1CNhSu5980+WRBHT3vQ4YxIrydkt0ad46HnyfeshbavXYeGZejlXI7up1kAXZ0vTtQYKgDE&#10;1ox38c6XS56ADz2bFTsmtjqElB8VB0G/j13ze4cpdbkg7JjYX8hUVJNOg69M3WmzycSYaKg/PJTa&#10;Xh+Ec+vX+mbvBnunHkFJlHhkotJywFSevQ9s2Y3FsQgZ4gQdqeGcL/5yn0/9Ifk3rUwFW0q5tLxf&#10;9hKFP4Nmg7ex3p77i+n/APAp1Xhdu4o9JiUfmP2Jbp6+lqJFKc0I/j/DPleQNxnFP1gGTYkRil2J&#10;NTwr45K2UXYkR198LbVOxPEoDsbQfLFNOxjYq7GYq7EzTphIpXYg3Q9sndsw7Ij5iA+qS1yuXIhv&#10;w83ZxKfZ2+eUOyDsRwJdjetajFXY3FLs2Kl2VkgWcXZsLJ2VQ1rirs//1/g/mWxfv5mwJdl4pdmy&#10;QV2NySuzYq7LGAq7FUGVyYl2X2+WRV2WPwxV2OxV2bFXZsVdmxV2P9sLA27Pol/ziZpYh8r212y/&#10;FeXM0xP+TyoCfHpmtyHizkdz87/8FfV8WslAfwgB2fRfTTwtoz9ogUB+jOo04qIfnrUm5F2CZ5Ki&#10;h6DpQ5ZMuOHYVXEx4MV3I6CtMxckzVhuxx33dkb1K4KhytArCm/bbrmo1k65Ow02O6dnMdYlJSWr&#10;ADieXPv9/tnL6g2ST0em0cNw7Oe+oXueMsZWTisgEYqrLUgCp8Adx1pmpMtwXoOGoWDty3dnQNDI&#10;IhkUqeFBxAoenYZudIKp5/XdR3uzpumSP8NSKqRx9/c/LOk0kj3vN6mIdk+024KkVoPAjOj086dN&#10;kDs6Bpk7VWp3OdHo8rgTWkd8m9rLVQd96Z0UJcUbcUqEi4bocgXIxlLZ1qDikBpesPGCv3N/bmJL&#10;+9+H6XZ4Po+LFNdUfVoDTpNuB7qcMhk20MQem5O9ceMDMIN6jYj6fHLxShGrWn4ZsVaX8f4ZjiqZ&#10;2u1Php2Hhnhz/nLaEfWvLM1N/TkSv+yzh/aX/GQf6P6X2P8A4FkvRmj5h6h5WP8Ao9yK1+NTX6M8&#10;bBSaVAOc++usqxaIfTTrgHNBdg1BXtt2GSJpDsXA9tz3wtRdilPvOKGjmNKVrXFW8TYddq+2Ai2y&#10;LsRI6/hg5Mrp2IMKHbJDdk7EmBFT274Uh2JHr7jthZh2JnpTp7Yhk7EyCD3HeuTtkC7Gfj45Jm7K&#10;p2G+Kuxp8Pww2Fdm2whF7uyvuxNpdjD3qPYDDdBbdm6f08MQbUOyjv7jCdkuyj16f0wAGlp2bamI&#10;BS7G9xvXJBLssdyOuJQ7HdR79siDuvJ2OUjav0YWJdigONsQHY/5dcUOxVCKDx8B1xIV2CB38K7H&#10;ANkB2KLUfSa5YDaC7F16UH3YGouxdDXp06ZEoLRA74uvTpgYrMeqnkWUDegf3I3BGFEuTsED78Aa&#10;3YoOxPyOFgTu7FB+vFXZfhTFDssjFXZRp4VxV2MP6+mKQ7E2H+1kJeTJ2Tb8tIPX89+XFO9LtWJ+&#10;RyAPrj7x97ofajJwdmZj/RKHu/8AeafelUIrn07tmDRr+rPT8O8A/L8+bz26jO/UEeOCQRTrk1tI&#10;7iJqmik+AGXyxTxKHoOD0pTrTIJ5qk/02zQfswOx+lgP4Zp+0ZVOPuLIn0Es78pQmO2u2IpynAHu&#10;Av8Abkeikr36YNPJwMrMR0x88pCmh6GlcysktnGXL1yO3kleRrQEbfwzU6mVtuNfnO9YYsrV2HQg&#10;HrX3Oc1rTsXa6UbuzlOssyNKqUrxIYmp+geGcnqhuXqNGAat2c3upzFMoLggsFK0oAPmfHNLklR5&#10;fj3vR4sfFHk7JFpEqcEIcuak9qnehy/SE9ebrtXE27Oh6e5BjLAgoKnff2zoNKaI2ef1A5uyaWU3&#10;SjeJoR/DOgwydPli7JfYXB+EcqEipHtm2wT5ODMOyXWs1aDoexGbvTztxpc1pGTGwlqAtakAVNOu&#10;b7BLijXc1FDyjbxyL/nHpw1f8qPPVjw5mTSZpEX/ACoh6g/4jmv7WhxaeQ/HN632I1X5ftjSz/2y&#10;P27JOo4X8LdBWh+nPjsp5ojdeSg/eM8+ftMiiQyLGEdcUuxJt6g9cIZRdiJP3ZKmy3Yw4pdjD+OB&#10;XYw4QrsYRTCrsYwp/HBzV2BZpEjUszUA675PkziHZzLzRrMTK0ELcvEjKpS2c3DiPN2cwcliSetc&#10;pc12J4q7KxS7GkU/rhpkBbsbhAZAU7LOIKh2Vjai3Zskl2f/0Pg/mXbF+/mbFLsvAl2YdcJCHZfH&#10;v44bV2URTCCm3Zh1xKl2KgDKrYuzYFdjhToMVdl4q7Nirs2KuyxirstzxVj4AnCGB5h2fU//AJxx&#10;036n5N8uxUIcWcbN85PiP681cBx5iR3vyt/wR9V4uvzH+kR8nZ7RtJOMSrudq1zqcZoB8az7kuyr&#10;idVFWYIOgqQKnIzmIjcsccCXYWzSCm9ant/ZmNkmHIhF2RfUpSQwrxNNxvv45pdWe52emi7Oa6y5&#10;aNvjrxUtXqtD7Zz2sAq+oej0YouzngkkNxHKrgzSOws1UGihgaEsAetDmoO5B5fjo9FwgRI6Abuz&#10;qWgEiNWdaNwWtfE9fxzdaOQDy2v57OzodjIBxWhUKdj/ABzotPK6efzxdkzsJSClBtUb5vNOXUZo&#10;uzoGlyAcKdTuM6LRyp1uTm7J/p71UE122zqdKbi4clF+mSGPp88mWyBQEo7DbLiNNTj/AMu3cfcV&#10;zBybZx/VP3u10/0H3sY15R9Q5AU4yp+NRhvlzawh6dhigyLYEBJ36UrX/MZeKUK3y+ebFWgNx4dM&#10;o4oKbWQ+yB3zxZ/zlUoktNAl/wB9zyKD4dM4T2hN5x8X13/gXmp5R3gPTvLWyXC0/lJzxdTbYZoO&#10;J9iZTi8ajbt45KKuwUq+2SYSLsWArviwdjtqb4q0a9saafPxxTTt/HGEr49MiObOILeIMyn9oV8M&#10;d7Z07A7la7spPtkrS7Eiy7jl9Bw2yAdiLMq1JPthbadibOOxBHbJBQHYwsm5rT3yQSA7GVXxH0YO&#10;Jm7GllA6j78kJBXZXJP5gNsCadjead2Ffnkga5oIdjfUT+YeNa4SgRLsa0i1qGA/XiJBnTsaZEP7&#10;YrkhIJouzeoorRh9+NhaPc7GerGf2xjYTwl2X6qDbkN+9cNrR7nY31Y6/bH34OILR7nZYljAPxr9&#10;+ATCKPc7L9aLp6i7e+SvdRE9zsv14tv3g298dl4D3Ox4uIehkWvscBpHAe52KC5hB/vB9+N0gxPc&#10;7FFuoN6yjbpQiuAyRwHudigu7cGvrKK9BUYiWzHgPc7F1vLYf7uTb3pgEqXhPc7FFvrYbesvtvk+&#10;MEMTjkejsWW+tAQPXX3NciZBgccu5oiuLrqNn3nT23yPGGPhS7muJxYalZf8tC1+Yw8QYnDI9GqH&#10;HrqVkP8Aj4T78HGGPgz7nUOKjU7Hetyn3jHjHexOCfc6hx36V0+g/wBJSnzx4496Py8+51Dl/pbT&#10;673Ue3uMJnHvX8vPudQ5jq2n/wDLXH7bjB4ke9fy8+53E406vpu3+lxgnruMHiRSNPk7nUOM/TWm&#10;d7pKHxODxgv5efc6hxI61plR/pcf3jD4sWf5efc6hzo/5R6lYXXn7Q0huFkdZCwUHwFcgMkfEh/W&#10;Dy3tpjnDsrKa6KNwnKCVT3WmfSTTbxnjA7Uz0nRT4hT8v6iRBY81lE37NSPHDX1T2ObDhcU5Spfo&#10;6Emvp9D3xplPjjwsfFKqNOg/30tPlkB8xTepqgU7iK2UH/ZMxzn+1D+/A7o/pLnYTeG/NNrOFIVK&#10;ooQFqkD5DCqJjWo3r9GQwc3Fypj2rlTvQGtTT8cyMh2cZcOmRm+kIR+oNNj4Zp9RPZyMYbzn+rOS&#10;pbqFPQ77+2c7rTQt22lG7s5bq5qJmB4KATUb065y2quRvo9PpOYDs5bfzJEBLJbS3YHFltkIDM7b&#10;BnLUGw6Zpcp4DZFvU4MZlsCI+fcO4OyT6M6iKM8izAKxkrt8W+wHSnTL9Hysur1gNl2dFs2KkMdx&#10;t32zfYCQXncwvZ2S2zc9QakjN3hn1dVli7JXp8gDKKk9NunfNxp5OuyB2TO0kqRXpTan683eGThz&#10;DsmWmy/Zpvt18Tm/0k+jSVFxt74b6xbrf+Xdas2XmLqwuISvjzjZf4466N4pe4uf2Zm8LU45/wA2&#10;QPyISa4XjPE4NPiFfoz4ltEYXkgK0a2keFv+ebFf4Z5rIUX7uhkE4iXeAfmE/wASPfA2OxFtwe+E&#10;JDsRPX3OTbHYw4kUnm7GHbAl2J098VdjD/t4dwrsSk+FSa/I4QbS7OWebNRuYpPTSQqh6gHKpkud&#10;p4Auzms0zOTyNSepykuYA7Ah64WTsbirsvFXZR6dMLO3Yz9WNpu+Ts3t92EJp2VhS7Nirs//0fg/&#10;mWxfv5mGBIdl4pdl0p74SUOx2BDsxNBhAtk7GDc4apXYpT8MqYuyxirscD9+Kuy/pxV2bFXZsVdl&#10;jFDsviZOMY3MrKgH+sQP448msmrJ6buz7EflBYmx0bTYUUgRQxRgd6KoFfwzW6O+O+h3fjr2v1Hi&#10;6icieZJ+12ek4DSIDb4djT2zpo8nzfJ9TsCXIWQMjqGQ9QRUZRlAlseTbjJjuHYXNRUZRXio+EE9&#10;vAZiT2FdHJG5t2RvUHNHANSaVqenjTNVqjzo7ux045OzmGszskczcxHxJHqH36CnTrnO6mZo29No&#10;4AkCrdkPtDxuOYYmV2/eOBsAO1B2PfMEExHN3GXeNdHZ0zSa8ATWh33Nf1ZtNPY36PM6vm7J5ZOS&#10;ASaHahHv1zf6ck83RZg7JdZP0I+Ku1Tm7052dTmDsn2lSiiEmv8ADOh0cu91eUOzomnPsKjc+HTO&#10;p0cnCmFNh1GSmFgQPbMuSYIGUHemJlqatp3bmky/8LX+GazUGtRj9xdtpN4S+DHNbX/cbPTfi0Z/&#10;4b+3D8ZktoYA/wCBOKDA2BBP323y8UoVhTeubFWh9/4Y1zRSfAYoKb2ALMKbD3zxd/zkwwn0qxNR&#10;+6u2H3jPO+2Z8eYfF9b/AOBt6c0x3xeo+X1KrIT+0o/DPGYUHtXNTT7IyTFkHQdTk48kEuxf7Kk9&#10;MLCrLs5R53853egyRx24qGGUSkQdnc6HQjKLLs5wfzW1WvTIcRdl/JMHYn/ytTVuwAp2GJkU/wAl&#10;QdiTfmlq52/HBxS70/yVB2It+Z+rk9Rh4yy/kyDsTP5nawa/FhtkOzMbsSP5lax/N9+S3ZfybB2J&#10;n8yNYP7Y+nHxCn+TodzsTP5jayf28PESn+ToOxh/MPWj0k38K4iZT/J8HY3/AJWFrJ6SkYeIpHZ8&#10;HYmfzA1r/fuPEQv5DG7G/wCP9a/399GESKfyMO52NPn3WT/u84eMpGih3Oxn+O9Z/wB/n2x4z3r+&#10;Sh3Oxp8861/y0H78eMp/JQ7nY0+d9a/5aCK++DiK/k4dzsafO2sn/j5PvvkhNP5SHc7GnzrrJ/4+&#10;T9+R4iv5SHc7GHzlrJ/4+jjxFP5OHc7GnzhrFP8Aeth4gYeI96fykHZX+L9YP/H23348RX8pDudl&#10;f4u1j/lrYfTiZX1X8pj7nZX+LdY7XbH6cAlS/k8fc7KPmzV/+Wxh8jh4yn8rDudlf4r1c9bt/vwC&#10;RX8rDudm/wAVavX/AHsf7zjxFH5WHc7N/inV/wDlsf78eJfyse52X/inVj/x+N8648fmn8rDudmP&#10;mfVv+Wx/vyJmv5aHc7N/ibVT1vH+/CZWg6aHc7MPM2qD/j8f7zg2X8rj7nY7/E2qHrePT5nFfy0O&#10;52Y+ZdUPS8k+VTgR+Vh3Oyv8R6p3vJP+COC72X8tDudm/wAR6lUf6ZJ9+DcL+Wh3Ozf4h1L/AJbH&#10;+/EJGmj3B2V/iDUf+WyT/gsPxX8vHuDsb+n9RPW7k+84OajTw7g7KOu6gf8Aj7kp/rY1Sfy0e52V&#10;+nb8/wDH0/34gqNPEdHZ6E/5xb1K7uvzn8sRvcO8Y9ZpEJJBCxMcplL99i3/AIw8N/wR8cY9h5z7&#10;vvWSCqOPbPtlpElY1+XQnPVezJW/G2q2JSpl/wBvJIpqBm5LrpNKADviZySFYAfTnO9YflrN+K7J&#10;FCvy+Hl/HOW7RleqkO4D9LtcW2nj7yiIxsD7nA8JrvWh98lpzbh5UUOmJXLDga+O2W5ZCmgNjbIr&#10;qEgo9CB2qe+abUkOVjDsgGptyPUKADX3Oc9q5O40wp2cx11qK6g12JJBofbbOX1V7jm9LoRu7OZ3&#10;kMciSvMzupT7Q3HEb/DQ165pJCe/LfZ6XDMggB2H2iyMIrdY2BC9e5J7g/rzJ0wMQAejga2IJNuz&#10;pNinwtIGBpTv94pm9wb7vOZpb07JTatRQK0JA2zcYJHhDq8odkqsXoyk9exObjBJ1uUOyYWkigqC&#10;QK/ZqdzTwrm6wzHJwph2THTXpTke4pm90kqaCsbvk1tOLRlT+0CD9ObHNGxTLHKik96u1R23z4we&#10;ddPOlec/N2nEcTZazeR8fAeqzD8DnmGccOSQPe/cvYOoGo7O02XnxY4/dScRHlHG3ioP4ZFiP7Mq&#10;DuAV+JsMIZW7EmG5JOSTEuxE18MNNodjCADSuBXYwip64hXYmR18MJKuwPPspHiOuEDuSHZyPzhG&#10;eQf265VN2GnLs5y1a5U5gdiR8PDFXZsVdmxV2VhZDzdlbeOEBlEU7G17dcNUWTsrFXZsVdn/0vg/&#10;mWxfv5l4EuzDritux1K4QaUOzAcd64k2l2V8OKHZdO4xRbsvIFDsvArscNjSuKXZe+Kuy8VdmxV2&#10;WO/yxQ7Djy/a/Xdf0O0pUXGoW6Ee3ME/qyOU1AnycDtHL4Wmyz7oH7nZ9l/y7g4WFsKdhsfDMDQC&#10;yH4x9oZ3kk7O1IOKAdAd6DOljyeNkbLsBzUp+vMebbB2F1wTwbapzEyWRTkYxu7IvqHKjk0U0oT8&#10;/bNNqLB3dnp62dnLNcBoWUlgpJeGtEkXoQ9e57Zz+suvK3qdCen29R7nZFLWKUzfGVIeUMAGI4lQ&#10;KqKGn0ZjRnQqr/Q7XLOPDt3fguzp2kMSqAnfjV1PjXb8M22liAObzGrG5dk7siAB2Hj23zcac06P&#10;OHZLrNgSu9c3mnLqcwdk4016UFajamb7Snk6rKHZ0PTJDRab16b502invTgzWMPxyYwNVQetc2sm&#10;MEHKOuBrp+GqaKRtznZCf9aNs0+tNZsR8z9xdzoRcZjy/SkWrLXTb6orxj5AfJgclI7ZmNgecSd+&#10;4xQYGwIFzUVI77ZeKUM/bb22zYqtXftT54ySvBqdaGmAjYoKc6ewDjatc8Xf85FLXSY9/s3Nflnm&#10;vap/fD4vrX/A9Nag+56loX2G+WeOVFev0ZgU+yshxZB/tZMMZF2OlqI2I602wEIiTdO8c81fmqzC&#10;SA5Rk5vU9lcnZw5pW8chTu+F2M9VsaWnZvWbxw0vC7G+qexxpNU7K9Zvf2yQiy4XZXqvh4V4XZRl&#10;Y48K8Ls3qNhApeF2N9U+OJFp4XZvUJxApeEOzeqcNBeEOzeqfHGqXhDsr1DivC7K9Q4KXhDs3qti&#10;oi7HB2I8cmE0HY31WyNrTswkOG1p2b1GwgrTs3qNitOyvUbBZWnZvUbELTsv1G8cNLTsdyYd9sK0&#10;7Nybxrgpadm5HxxWnZubeORtaDscGJ2yVLTswYkkZFjwh2O5HBXmvC7L5N3OAghDssMfHBaHZfL3&#10;wK7LqfHEEhXZfI+OG1dm5HBSuyw2K07MWIxV2Nqflirs1T44q7PT3/OIsRl/OPTZTv8AV7K6cfPh&#10;T+OUEXmxf1rfPf8Agnz4exMg7zH71r/Zb5Z9t9EoYkPt0z1Xsqju/G+s5lK22OSkdB75uy66TQ6j&#10;E275NqVVzl99IH1rWiSfgmjQeHwxr/XOO1cr1eW+8fcHeVWDH7iftRMfRcdG2xNf8xmThOzgZFcC&#10;oHtgW6eoNK0xzEU0BdkQ1FlHLkRxJoP7M02oIFubiDshGpEGNiK09s0Wq35O303N2cy1lqqfiPF6&#10;8lFDsO38M5jUjiB33el0YdkCIX1CsjKUdiFZjRSK04rttTNVMbUBtbvt6sfjzdhxYwLFJspTm23L&#10;8enXLMcaN8rcPPPiDsn9jWinZRTffb+3Nxp3QZ3ZKbYilaVPz75usJrcuryOyTWTfED9AGbbB5ut&#10;zB2TKyYfAepH2W60B65usB5FwJuyY6cVqtOgP3UzeaU7hoK1umTKxaX1loAYClDU7hgevTwzaz4r&#10;Fcq+1lGvil12v7s77+GfKX8/dP8A0b+cHnaGlBdXMV4tPCaJST94zzntKHBqJDzL9jf8DrU+P2Bp&#10;j1iDH5Eou1NbeP2FPuzjh6ZhXb24KIxlMIS7EXP+3hZB2Inf+mEGmzm7GEdTXDzUB2Jn5UwmKuxM&#10;9MTsl2JSj4D3wDmkc3ZzLzfFWHlTp3wZA52nO7s5O+x98x3ODsT2xV2V9G+KuzYq7KxpXZum+EFn&#10;duxlfbfDbJ2Y/rxS7Kwodn//0/g/mWxfv5mxV2b9Z6Yq7Hb5FDscMLIOxta7YaUux1cjwsXY4HAV&#10;dln8MCXZgPwxV2OxV2bFXZsVdljpWuKuye/lhaC88/8AlmIioiuGnI/4xoTlOqIGI2857VZfC7Mz&#10;HvFfMuz7F+SYGitLdWVkKoCQwIO460OV9nw4dn457bncy7OoHZAOoIzekbPMDm7AUvfMebdB2Fs9&#10;ADvWvbMTIXIxuyL6mTQsKEkdSe47Zp9VubLtNMHZzLXJHSNygJP2FRR8QHgPfOe1cuHbm9NoYgkW&#10;7IRprSNO6yAyx8+dsznj96jrTtmIJVtyDutRQjY273Z1PRiKKAKI1Nu9epzbaf5PLaz7XZO7Tan3&#10;+ObrA6PK7JXY7Bd9xm605t1Wd2TTTnqVAOw3Jzd6aR2dVlDs6FpTH4N9z1zpdHI2HXzWtk5tjsB4&#10;5vZMIikLIOv4YX6tIUvdAPb9IRKf9lUfxzRdqGsmH+uHd9mAET/qlJ9QUNYagp3Jt3/AVyaL4eGb&#10;BkN3mD9PnigwNgQMg8Bl4pQh6mu9f1ZsVaANf441twRigpvY7OvjWtc8c/8AOQyV0lx/JMM817a9&#10;Oo+b6t/wPpVqPg9T0H+7PvnjFR0HiMwo8n2S2R4sq4UNE0x0gqjkeGAso8w4Gpzzd+a8VI4mp+1t&#10;lEub1HZJtvOAsDXfIU752Nx5q7Kw2keTsTyds3ZsKXZsVdmxV2V0qcVdmxV2UafLFXZRr3xV2Vir&#10;s2KuzYq7Njsrs2BXZsOyuzY0rs2O6uzYq7NgV2bJhDsvFXZdfDFXZfUfLEq7Lr9GC1dmx5JdmwK7&#10;HcffFXY7FDsvIm2BDs1N8CAHY7evt7Yp2djsUOzYFdmxV2XirsrFXZsVdmwq7PWn/OHNuZPzOupw&#10;P7jTJt/diozHq8+P3n7nzT/gq5OHsmu+YWt9k59ntCJ9GM17bgZ6l2Te3ufkDWfUUucCv05LB0rm&#10;/Lripjribd/DJNdKw6DOSFvU1LX5CxIOpSqB/qBV/hnETN6jMf6Z+wB3+bbFiA/mD7UUh2X2UYIi&#10;YU6/5+OZmEusyq42wFdvRTvt44M3JqiN3ZDtRJJag6dBmm1Pk52HZ2Q6+rxJJ4knenz3zRZ3bYOb&#10;s51rSqqluXIbjruaf59c53UCvxzeh0ZNuzmV0KXKlX4My81lINIyCKgCoBqNvnmjnd7bPTYj6N/7&#10;XZKrAerMrMQFK0AU1pT+Y+OZUNpC/wAe91Wc8MdnZOLCo4o0Q2Ao1KAU9s3ODY0Q6TPvvbslNsTS&#10;m3XfNviLq8jsktmdx23qD45tsBddmDsmFk1eNSB4DN3g3IdfN2SywPxCmx75t8B3cctHpk6sH3Ap&#10;8z8s3u/CxjzQNyKofatM+cP/ADllYC0/NdboCg1PR7aRjSg5Qs0Zp+GcD27GtSfg/Vf/AAH9R4nY&#10;hgf4MhHz3XWBrBT+ViM8yMBSv45qA+qhG4kR+OHkydiT4QmPN2IHvhZuxpxBpm7EyAa/jkuIqC7G&#10;UpgJtXYk+6/MYAkOyB+aoedq5p0wT3DlYTRdnFpRRyMpdkHYngV2N2+/FXY3FXZeKuysWXm7KoDk&#10;urY7MenX6cNK7G7+G/jjSuz/1Pg/mWSxfv5mxV2bFLsft1r1yIQ7LGEo5OyqDG027Niu7sdTbr9G&#10;AlXZdTkUOyx74pdjsVdmxV2bFXY4eGKHZ2X8h7P615/glIqtpaSOxp0LsqDMTXH93XeXh/b7P4fZ&#10;hH86Q+zd2fXfyijfVYudS1AAWqTToOvtmR2aNn5E7Wlcy7J7LsdqcadffNtJ0UHYXS1+jMaTkQdh&#10;Zc7V5d9lp/XMLPsd3JxbuyL3vJ1dgQFp16H3pmnzkydphoGnZzLXA0ienFII5SDSVgWWjCle1Tmi&#10;1Ub3273ptDQNyFjudkT02FCzyQxHnzrzqdjtWgr470zDAjxWDydrqZnkTtTs6hpkBj4uankOPHoA&#10;Rm300asvMaqd7Oya2vEUC1oexzcYelOkyuyU2laLU5ucOzrMzsmGntuu/XN1prdTmDs6FpbE8N6H&#10;pT2986TSHcOvm0emTq1b4Rv8jnQ9GpDSYT+YyY/0TICQItQtmZv+eq5z3bfp8I9BMfeHe9kn1SH9&#10;E/cl9ynK3u1/mgkH/CHOh5tEvJG3VT0qBjxgbAhHA98vFKEYAdc2KteA8ca3Q4oKa2G7pXPI/wCf&#10;sRbR7rbdXB8c827ciRn+L6d7BS/wmPuepaEw4fRnihRtXscwn2wslxYDsNziha3XHsvwmm22ApHN&#10;odRnnv8ANeIfVFburEUymfPd6Xskm6X55ufrlfJ6J2MPQ48kuzYCbW7djSfwyYFpAdjckWQdlYpd&#10;l4lXZsKuxh6nFXY7sMVdjD1xV2bFXZsVdmxV2bFXZsVdmw0rs2AFXZslzQ7NgoBLs2JV2bEK7Lwo&#10;dldDgS7FK4UOyifDvkSl2YYq7HAVxV2XTc0OJCux2Kuyx/tZG2Bdjq0oKZEmyxdljrt9OKkuy8Vd&#10;mxV2Xt9OKuzYq7LoD/XDQV2VSvTArsrFXZ7Q/wCcLLX1POvmK5pX0bBFB/15B/TKYi9TD3F8n/4L&#10;mTh7Oxx75/oWt0z7CaGoEKewG2ep9kCg/Jus+opc5+j3yV9ts3rrVgxPetPfJMKpVHTOJWk3qHVJ&#10;Q1RJqN2/gf75h/DOBjK55T35Jfe9Lq40ID+hH7kWooF9lGGaEFQem2/yzY4Ts6fKrYDu2FCevhTB&#10;nOzVF2RK9/a9q7fPNNnLm4nZENQ3qCSCK7ZptRTtcDs5xrDkcyWUAVPGh3r4nwzmNRfN6PRh2c4m&#10;jdrlW9RpYlJcE7Ivcj5HNXIgnfd6OEhw1VF2GWliOceokn22rzG68q+1Og2yeIiW43cbVXHYh2dL&#10;sCOKMT9n4e527ZudPKhbzWcbuyT2p+Hp16nNxhO3J1mV2SWyNePYeB8M22B12Z2S6xJNBUkDvTNz&#10;g5uvm7JdYHcHqAfnm6wHq4xaPTJtYNRgO5HLN5A3GmN7oWYVBzw//wA5mWATXPI2qhd7izurV290&#10;dXH6znHe0OMeLE94fo3/AICOo4sGqxdxjL52FHTj8MyV2V9s8XHfbwzneGn3QCkxxI17ZIUl2JsP&#10;p8fbAkOwOw7YWwbuxjYsnYmfHFXYzDJXYxv4ZFXZEvMEXO0lHsclLk5OLm7OE3K8ZXHgcxnZx5Ow&#10;Nil2Nb/MYq7MRQYlXZWKbdlYqC7NhZguyutckGTsbthV2f/V+D+ZjF+/mbAE07N0xV2PpQeORtDs&#10;obHphTbsdih2VsDXAVJdjl3NO2A8lp2Pp44FdmI9sVdl4q7Nirs2KuyxhQ7PSv8AzjRY+v5j1i74&#10;19NLeAHt8TM5H4Zre0DvEe98w/4Jufh0uOHfZ/Q7Pqx5YhKWsXjw6UzZaCNRflTtOdzLslMz0rXu&#10;Nh/D2zYTNOrhF2FityUt6hlZt2atRXwHhTMWJsXduVIUaqnYBudxxpv1qcxcnk243ZE9QKlHRg1T&#10;UFwenyGabOQbi7bTXduzmutSIsT83IBYUfoAD4jNFqYk7A7h6TRRJIp2RfSZfWkik5EF6cgE49CS&#10;FYmgH8cxY77kWbdpqo8II7vN2dP0pHooJJA237V/rm00wIeY1ZDsmlp4Hp29zXNzg35umzOyUWlS&#10;q1IB9s3OAXuXV5nZLdPIBTxpUZutNzdXmdk+01qUIJptnQ6Y0bddNo9Dk5s3BUb12ArnRYjcWnqo&#10;SYV+bnKaakvQQzQuzeFJFJzQ+0G2EHoCPvDvOxxeavI/cUIV5eqp/aRgB81IzpHf6c2jLq8cNQoH&#10;cCg+jHjA2BBsdzvl4pQzdfAZsVWqRU+AP041umKJJvYH4l7dvxzyv+eUPPRdRrU8e/055x28KzA+&#10;b6N7ETrUwenaGdqHrTPDgGayMg+5sn3GKKN+nTJlSsxQ7rvgCjZvaucL/NWKunSEfstlU9noeype&#10;pfnl2Tr9OV29OHYnjSuyu+EUyFOxPrkmVU7NkkuzYq7NirsquKuyhSpxV2YkHbpirsrbxxV2Virs&#10;2KuzYq7Nirs2KuzYVdmwDZXZsbV2bDzQ7NgS7NhCuzYm1dmx5K7LGIQ7HDfE7q7LwUl2YEjpiLV2&#10;X1xV2O7D2xV2XkSe9iXY8DviCAjk7LrTbrkSWLsvFXZsVdmxV2bFXZew74q7NiFdm/Virs92f84R&#10;21dZ813NP91W8YPzck5Xg31kPc+M/wDBhyVpsMe8n7lj/Zz62aLURLt2Fc9U7K5Pyzqz6ilz/wBu&#10;Sbbj7ZunXlYK9sS/aX55JjVKw6ZwbR2kOnGQmrS3E7n5tK52zznSkmMj3yl95eo7RFZK7gPuCNHb&#10;6MPIjVK9CRvXtm3wcnR5VTAV2QVIqPljma4c3ZFrwg8t+vXNRqObmYubsiGoLUN2rvUfqOaPVb27&#10;bTl2c61soDRqjl8Kkdyc57VGi9ForI2dnPLyts8ZVWcksxmqAFJHVgO2ajJEgXT0GH1g27B+mSRl&#10;vtKrSgGi7hu1aAUNchp5xvh5nvaNVE17nZ0LTgVNVTdiD883enJHN5/UbuyX2rDag67gZu8BDqMr&#10;skVpQtQNUrSo75tcMgS6/LydkusiO56ds3OAuum7JXYH4hU03BPtm4wOMXHocmmnPyoQQadM32E3&#10;FrPNDSiq55f/AOcyNP8AW8oeUtTC/FZasYmb2niIp94zmfaKHpjLzp9w/wCAnqOHtDPj/nY7/wBK&#10;f2oOxNJ5l9q/jnz1NRvTbOWu9n6TBTXGEbHf3pkLUOxM98KXYgy7H8DkrtnEuxE7dfpwMgXY07b/&#10;AH4aZOxM9j274CrsTI8Btirsj+rx8reQf5JGSO4bsZ3dnBNQQpcyLTucxnawNh2F1K4GTs1MVdja&#10;ffirsrFIFuysNFPCejs2GmUYkOzYWTsqn3eGNq7P/9b4P5lsX7+ZsVdl0qcCXY89sFILsr6MICKd&#10;mxS7N36YlXY7qTQZEodl9aYEuxw98Vdl4q7Nirs2Kuyx+OKC7PY//OLVgDHqd30ae+CAjwjQD9Zz&#10;Wa2zlA8nxb/gqaj1Qh3Q+8uz6b6FHxto6dhTfN1oo+m35m10rmXYbyHr28aZlScQOwucBaAAAE7B&#10;R/TMSVD4uRGy7C64PJdiKHuMxZ8nIx7F2RHVa+nISagbbds02p3u3baTmHZyzXzWzuFQksRwkJNE&#10;3IFW7mnvtnPZ7lyPk9ToB+8Fuwg0pjSKCMFvTapcsGXl3oBWvscx8UrIiPwXO1Y5yLs6rpHwpxbc&#10;U3HQ160r883WmAAeW1fN2TOyqaErQdgT1zcYL6h02Z2Se1INDtTwzbYJOsyuyT2ZaqcfiJNN+w8c&#10;3GEkcnXZQ7J7pxNOuxptnQafvdZN2TawLcAa07Hw2zoNNdNNqD4A85CugXxDcSsTN47jcZp/aMf4&#10;LJ3XYp/wiPvUF/vF770zo8Dc4IHrXnGrV+YBzZYzcQfJtkKLxuVaPIvgzADxoSMEjCyCAfr028Mv&#10;FKFffbqO+bFVgG/selMo9MUSTayoHFNh3zzN+dUZfR9SHUcDXPOu3v7z4vfexsq1EHp2h9uxptnh&#10;ELuR3rmqEgH3q2T0JFceoNR2IyXNSWsV4jifDGmILs4x+Z8QbSpzToTlUwXoOyz6wqZ5MkFCR3yp&#10;6sOxHvkgrsommHYhmHYzbthFsnZskrsrFXZeKuzYq7GEEb4q7KxV2bbFXZsVdmxV2bFXZsVdmxV2&#10;bE0rs2KuzY7K7NkrQ7NkUuzYq7NhKuzYodl9MPJXY/G1dmwcKXZsCuyxirsfih2amBDscK1yJ3Yk&#10;uxw2OBDsvCrs2BXZsVdljFXY7Y9sVdm6A4q7Kptvirs+hP8AzhDbfuvNNz05TwJ/wrHK9GAdZ7o/&#10;pfDP+DHk2wx8isk+yc+qOkCkS+O2+esdmRqNvzJqjZS5uv8AXJD2zbuCWl/XgaeQRQzSdo43Yn5A&#10;nBI8IJ7mMBxSA81TtnBNBJ/Qtg3XmnMn/WPL+OecaDbDH4/aXqO0/wC/kO5Hd8kUWyA7e/0+GbnD&#10;ydHlX4Buz1BJp3ORzFrgHZGLobNt0GanM5mJ2RDUN1/lPYZptVy2dvp9nZzrWEDxsu/HpQbHrTc/&#10;POa1XLyeh0ZouznGoSlVCwt8AVhXYDkNtydz4ZqMsunzej08L5/gOwToVJF5iNYxGwCkdyw3FNqb&#10;4MMI3fnu1a707XduzpunEUXYrt8I6Zu9PZ9zzWo5uyWWoB48N2H0VzdYXU5fN2Sa1pVKbE9SM2+F&#10;1uR2SqzoOh+Q8M2+Hm4E3ZK7NuNNs3GEuKebsmtgalD3oNjm/wBOfS1yUJOmcZ/5ym08X35P6ncc&#10;anS72zugfALIFP4Nmk7fheC+4vqP/Ak1PhdvYh0nGUfmP2JdbHjeEH9sHPmB7ZxRFbv1iU4xjDw2&#10;rjHfmmLsRI33+/GSXYiw61HyyUaDKLsSPt07YlsAdiNMNqHZRFPlgIS7Ez7YFdhTqCgxOKVqMJbI&#10;F2cE1uPhey7U33yiXN2uLk7CPItjs2Kuyjirso/5nFkDTsbhtILsrCm7dmw8mTs2DiV2f//X+D+Z&#10;bF+/mbElNOxwwKXZZIwgWrs3Ye+BFOy6dN6nAFDsw74StOxwNPn45BXZh1xV2OxV2XTvirs2KuzY&#10;q7HDt4eGFjJ2e/P+cYNPEflyxmA+K7klmbbxcgH7hmozniznyfnz/gn6ni1kx/NAH2Oz6FaWBHah&#10;jsFUEmmdFpxww9z8+ao8U3YNkPw1B69Ppy2W4aY83YBc02798xJ9zcHYW3B4K23v07ZiT5OVjFl2&#10;Q/UeTK1N12NCNzmj1O91ydvptiHZx/X5Hit2kk4+ksga3IesjuCQqEVoaV+kZz2pjw8+fTd6/QRE&#10;pUOdb7bV3/jk7C/Ro3EILS1kkelHcFqqeo2GzDfbK8WMcXNyNZIcXLau78cnZ1XSQ3FRuD1Mg6Cp&#10;2BzdafuGzyuqdk0tOQVSO52HTNzh5B0uV2SW22Udh3zaYe51uV2SaxrVdwB1rm4056utzOyc6c1A&#10;vcmmb/TF103ZObB61G9RQ+2+dDpZWHHIUWG2IeaRy0HUB/xQ5r1/ZOa32hBOll7j9zt+yTWeHvCH&#10;G0ifPJto8nraRpc1a+rZwPX/AFo1OX6Q3hge+I+5zM4rJIeZeRXyFLu7UggJPKB/wRw0GXoCVSdf&#10;kK5eKUI1D7nqM2KrB18e2UcUFNLE1cD3qc87fnDHy0q/HTlG1c899oxUj73t/ZKVaiB83pmgmpFd&#10;qDPA/Hdu2+accn38Mr9swBrhCtYoBsfDCrs5R+Y8XPSbvb9muUTd32YakFTPHsw+NvnkAHrxydgc&#10;nJFlTsbgDJ2MywmkuzYUuzYq7KxV2YD3xV2UfeuKuxuKuzYq7Nirs2KuzYq7NgtXZsbV2bDZQ7Nj&#10;SXZsCuyvo+nJVstOy8CuzYlXZsVdmxV2bFXY/fv+GKuzDEK7LxtXY4DEFXY7FDsvAQxLssUrtkaR&#10;TsfgV2bCh2bFXZY64FdjgDirs2Kuy6Yq7KphV2fSj/nCa24eWtauKbzakq18QsY/rg7OF6qXuD8+&#10;/wDBjyXnxx7oH71OU/AffPpnpAIiTvSlc9V7M+l+ctTzKXv3w/PQ5tnBLS9sKtZk9LSNWl/33ZXD&#10;e+0bHKNUawzPdE/c3aUCWaA75D71UDp8xXOI6Knp6HpS9CLaL/iIzz7QCsEPc7/tKV6iZ8yjh9rJ&#10;BHTjXwG5zc4h3OkyrsLrsilD+zkMo2YwDsjVyaqd9uuarM5mPm7Irf0HIk1B6707Zp9Tydpp3Zz3&#10;VIxxYKpAruffOb1IPc9BpZbuzld/K7XJRAo4s0wTb4iGAr+FPDNPl59++z1OCI4L+DskGkF/3cji&#10;snLdh061plumN/N1+rrkOTsn1gRsnH7R2Ht4Zt8HdToc4PN2S6zpRQopm5wDZ1Oa3ZIrbqoP3Ztc&#10;Owddkdkos6Glei9Dm1w7uDN2Suy+0PHYqc3GBxSHZM7Akcdtz19q5vtKNmqSg+Rj859O/S35T+eL&#10;SlWOlSyoPeKjj/iOYHbEL08vLd7D2G1X5ftrSz/2wD57JYp4XkVR1NPvz5CKaojDowB+/ODlRftO&#10;QqRTrM33n3yukDm7EmFPl2xZOxJ+m2SCQ7A52rU5JtBdidPHvgUbOyiK4pdiRB374SVdgC7X4D8s&#10;SWUTu7OF+Z4vTvJNuprlM+btMB9Lsip65BvdlYq7KxV2bFXYw9dsLZGnZWGqZOzY2rs2Nq7P/9D4&#10;P5mUxfv5myKXZe304VdmoThtLsfQ0GBDsrr/ABwckOx3TI81dljpXAh2bp3+7FLsdT3xV2Xirs2K&#10;uzdcVdlt8Kk+AJwhHV2fTr/nHrTXtfLGgxslALSE1/1hy3+/NPH1ZZe9+W/+CDqRk1mU3/Ef1Oz2&#10;xYIFgQdO58a50+EVEPi+c3J2Pm6Hbc98Myxg7C9+tB171zFI3cgOwBdfZJB6Dc+GY2bkW/E7IhqM&#10;Zkqi0+L7Vey9/pzR5Y2Xb6aXDuXZy/zHKtuyxBFIc0MpVamm7EL127jNDqpWTQuur1HZ0eMXZ26f&#10;tdhRpao00HEIzh2L0UDiDXjxoelf15jQiTLa+bl6onhN939rs6fpxFaN8QVqfD8t83eAUKeX1Adk&#10;xta/Ca0B39s3GnJdRldkjthT5k7jNrhddkdkksdipzbYQ67M7JvpjEqp3PjTN7pnW5HZOrGoAUmt&#10;KCudJpthTjSUj3x+uR+rpd2gryeNlAHeopmF21Hi00h3h2fZ0uHLE+aGOzKT2PXD/wApy+t5Z0CQ&#10;9TYQA/7FAv8ADKey58WkxE/zR9zttYKzz/rH73lGsDhqeor0/wBIen0muSMZnNISR61O23jl4pQj&#10;ddxmxVaB9OUemKCmVmfiHzrnB/zXiWTTtQJND6Tj7hnA+0oBJL1/svLhzw970nRGIZR2NM+fki0d&#10;x0+I5o4ig/QseQZdjQPxwsnYooxV2c28/wARbSryg6plcxs7fs4+oLx0zxddCksg9zlVvZx5N4D8&#10;cIkWVl2Uem2HZk7GHbJ2l2VjaXZeKuzYVdlYq7KO5pirsojFXZqbYFdlYVdm98CuysVdmwBXZeFS&#10;HZsbV2bCrs2BXZWECykB2WOmToBBFOzYCUOzZFLs2NWrssCuEc1dj9++G0OzZEpdmxV2OH0nFXY7&#10;FXZeRLAuzDbI2i7digxQ7LxV2bFXY4D3OKuy8VdmxV2bFXZj0xV2fUb/AJwztfT8iPLSnr6jKa/6&#10;oUYeyzepn7w/OH/BfyXrgO6AUpfs59GdKB9JDnq/Zo9L8+6jmgGw7zZuIQ0PuyMecJjb+VvMcoFS&#10;um3IHzaNh/HMHtSXDpMp/oS+4uZ2bAS1WIf0h96qvVB4kZyqzUxafZIDukSDr4ADOJ0seHDAeQdl&#10;rZcWWR8yjh1OGyHilOp/pm2xbDzdVkXYX3ZFNz1HXKs3LdjB2Ru5LUavWvfNXm5OZj5uyLX+6saU&#10;opoD7+Hvmn1LtMDs5/qw5AjuwI9+mxOc5qwSCXfaTZ2ct1SAx3MbrGZK7K5bau43UdvfNHlEtx0L&#10;1OlycUSLdhv5fm9dQzKWQsyRKK8qAbtTvXMrTUK2Lh9oQ4T+Pk7Oi2Qp0ox6t3/Vm0xWS89mLslV&#10;qtRWvUV2zdYeTqspdkhtaggE1B+zmzwjZwMrslFnWtK1ObfAdubgTdkotDuKHrTcZtsBcWTsmVi5&#10;DKApII3bagpm/wBLLemohRYbYN8zW7X3lLzHaRqZJLnS7uNEG5LNCwAH05X2hDiwzHkXa9jZfC1m&#10;GfdOJ+0JVOOM8LHYchX78+LKxtGPSb7URMbA+KHif1Z5tJ+7OIT9Q5Hf5p3lN32wAoDsSYfd3wlm&#10;HYkw2r9+GKYh2IEdsnzbALdiTD/awkMqdjD336ZGiodjO9fDrhIV2A7lfh+e334AyjzdnGPN8XG4&#10;5U65XMOx052dkEb2ypynY3FXZWKuzYpdmPQ4QyHN2MpkqZuysQLV2V/XDsrs/9H4P5llAfv5l4Eu&#10;x2w7YodmrTqMQFDsrkMlSuyx8sjS07HBT47YLCC7LoQNzkUOyxWvsMVdjsUuzYq7NirscBirssIZ&#10;GSMdZXVB/siB/HC1ylQJ7gS7Prr+UGni10vTolWnpQxoR/qKB0zT6W5TvzfkH2uz+Jmme8n7S7PU&#10;NupWOMU2p1zqobB8xyGy7Gz7dB9GRmUwdhe43J7+H8MxyG+LsBSFWB9QEA916rTMaZBB4m+Njk7I&#10;pqdzFbRs0SGSYggMRsD2qO+abU5YwBrn5u102OWQgE0HZxbzQDdQNM0skkjuzwhTSM/DRgQfppnM&#10;5gZkXXV7Psw+HKgABW/fzdhdphKQITyhkmIaJogSEZtgSvvsD+GVCZBcnUi5d4Hf1/HR2dW0aSY2&#10;kSzhfWAUXBj6cx8JIBzc6WR4d3ldZGPGeHl09zsmtmSf8paVAP683Gnu6dLmDsk1vU799qnNzhdZ&#10;kdkisqgqB3PXNpgdfmdk2080oOtDt2G2bzT8nWz3dk1sSQa/s9PlnQaYkOPSm3fB+pjlp8wBI+Ai&#10;vhtWuVdq74JOdojWQe9DN9qnvgvyE5fyhoR3qtuU3/yHZf4Zr+wzeix+79Jd92iP8In73l/mBQmr&#10;6gKdZA3/AASqcmIzaOKGNud/pp7ZeKUK+xJ75sVUwa0265jiqZWhYEV8c4r+aEXLT72vQxtx+7OG&#10;9pYnd6j2cnWWPvei6GwDpT2J7589LhOM8w/lds5yBuL9E4TcAfJmmIgd+/fLKbHYoN+vT2xCuyB+&#10;douWmXQp/utqDIS6u07PNSC8dM8SX68bmYeDHKC9rD6Q3heRX2xDYHYzCCl2Yivzx3V2MywBk7Ng&#10;BQ7NkkuzYq7KxV2b9WC1dldT7YVdldNsCuyq42rsrArs2Kuy8Nq7NjYV2bG1dmwq7NituzYgrbs2&#10;Agq7Nh4aUh2bBurssGmEC0Ox2PJXZeBLssV7YbV2WAa4q7LxV2XkSLYl2OFOh3xqkVTsfkWLssCu&#10;Kuy6YVdlgf7WBXZeKuzYq7Nirs2FLs+sv/OIlt6P5caW1D++ubhz2/aA/hkuxRxZ5HzfmD/gr5OL&#10;tKQ7ogKUv2c9/aZtEgPXrnrHZ49D4XqOaXtucNz0zYOKWl6n9eQf8xXKeSPMhUHk1pwFNvtuq/xz&#10;Ue0BrQZv6p+12fYcb1uO+V/duiE+2nzyArtFAh2oq7+IGcth2hEeQcjObkT5oxeuDohSNQD279hm&#10;zwiousyc12ALviRQ7jv4HKcwHVEHZHbilHPevfNXljs5mM7uyK31QN9hTqO+afUfodngdnP9Y5M4&#10;VGABFG2od9qGuc3qpE2B1eg0dAbuzmV9AruS5ZnYkMQDxIApxp/bmoyxj/E9LgyUNuTsMvLnQsoJ&#10;q4LryLUYGpFT2HtjpJgk9KcbtF2dG08KXpVpA22/bwqc3enAJ23ed1HLudkttNgoApQbfRm7xDbd&#10;1OV2HtsPskbim+bLFycHI7D+0ZgVoBv1rmwwW4cnZLbI/ZBNSe+brBycSfN2TKxJotNz4e/hm+0Z&#10;poKk3fJdbgPEUPRhQj5jMjLHiBB6tuM0bSm8AFD4HPi/5usP0Z5s806cV4tZaveRcR2AlYj8DnmO&#10;WFSI837q7Cz/AJjs/T5B/FjifsTiM1RD4qMjpH+1lYdmAvxE+BxLJ2JMOo8O+SCQ7ETXsNvHJXTd&#10;bsSauG1DsTO1e+CjJLsSYb/wycSaV2ITDb6MiAkc3ZyfzlF9l/mK5VNztNu7OZkfRlLmuxtMVdjc&#10;VdlYpdm64sqIdjTWpyYLIOxuKXZsCuz/0vhBmWVfv5lHCFdj+QwUrsbXx6dsNK7L2PTrjyV2UOu5&#10;piVLsUXvXKywdjgR+O2BLs3HfbvhtXY7Ars2KuzYq7HDFBdhx5etjeeYNDtOPL17+BSviOYJ/VkM&#10;xqEj5OB2ll8PS5Z90D9zs+xP5aWwW1gJGw2HyOYPZ8fUO4Pxv7SZLmXZ3yMARlandacx1Hyzp+lP&#10;CSO7sCyKUVU5F+A3djUn5nxygihTaDZt2ASKnbYZS3B2Fd4x48Vbix6PTsOuYWoN7BysI73ZCdUJ&#10;dWKgrVSadRvtQZz+pNm3d6bYuzl2rtGkHqyFle2kZloeICAfESQeu+3jmmyzAvbv+Xk9PpATKh1+&#10;92BNE5OFEcn7sCkp41qW+IGpANTXoRlOLHEnY8m7Xbc+bs6jpdWReXSnxJWvXNxp7Ly+q2LsmFmN&#10;lJFB2FM3OnDp8xdklt+1RTpm4wl1uR2SKyIDKKVHWpzZ4DRcDNu7Jnp5FAVO1fn883unO2zrcjsm&#10;9gdqeFM6DRloU274aXv+8U21aKTT+GPaP9zJydMfWEM32sZ+XknqeVrJB/ui4u4qeHG4k2/HNL2B&#10;K9HEdxkP9kXpO0o1mPmAfsDzXzOtNYuj/MsbfegH8MnQzcuGGLSjf+OXilCt2BPTuM2Kqe1agU9s&#10;o9MUFMLWvPf6Pp8c5D+ZKl7O4H+Qf1ZxftLzL0fs+ayB6HodAV7HPnjfIVvLoHtIw/HOWxbRD9F6&#10;U3ij7mb4EAyxyHY8Dp4d8KuyIebY+Vhc/wDGM/qyEw5+g+oLl754d1ZeN7cD/LP68oe5xfSF2FOB&#10;sdjCNzTCydlYVdjTQ+GWAMnY3Buh2bJJdmyO6uzZJXZW2DZXZQ6YFdlEb164pp2Ua/24EOzbUwq7&#10;KwK7NhCuzYlXZf4Yq7N9ONq7Nkq25sg7KyJYuy8kJbK7N89sASXZsJCHZagb98eJS7HCnbFDsvFL&#10;ssbYq7LFa+2Kux2KuzYodjgN8BUux/8AnXIMHY4DphQ7HYFdmxV2bFXZsVdmxV2WMKuz7Bf84r2v&#10;o/lp5aoN3SST6WkOXdgxvJI/0n5U/wCCfk4u08vlQ+xRmPw57i00ERL13Geq6AVjfF85spe3U4ak&#10;bZnuM5c59+ZjhPJupIf+PmezhA8edzHmi9ppV2fk86H+yDt+wo3q4nuEj/sSiY/7xPp/VkMYCiA7&#10;bD6M56A2Ccp3KLXrg5RRAPHNlj+l1+TmuwvuhSp3pQ0HyyjMOqIF2R25r8VTSo2AzWZe9y8bsit7&#10;UK5JG/dthT2zTaja76u0w83ZAtYDFWVacQaqT/n2zntQDRA6u+0ZFuzmmoUBkd34RlaBalVBJ2+L&#10;sTXbNFmBG/L7npdP0A3LsMdBWX1w7EFiypJEOPFSBTtvX55LTHpW+zj68jhr4+92dCsiOdRsm1AP&#10;1+2b3H9VPPZht5uyU2xY0p9la1J8e2bjESHV5Kdh/bjp3B982eIOBkdkhtduJ2PgPc5scGzgzdko&#10;syTw+Km9a9/lm3w2Q4s3ZM9PNaEde2b/AEZtplspt3yX2dKfR1zNyMsZ3Sq9FY2PcZ8mfzy0/wDR&#10;v5teeYAConvRdIPaeNW/XnnGthwZpg95fs7/AIHup8fsDSy7omP+lKZWx5W8R/yc5M1TmIdns1fE&#10;iOv3ZFQHYk2SFJdiJFCafTkhs2guxIjwwKXYkw/HBZS7GEYYmldiMi/D4Y8RtLs5v5virb8v5e+Q&#10;yDZzdO7OQNsxyhz3Y04qHY2n9mKuxuEbsgLdlU/sw02AOyqbfwwq7G4FdlYFdn//0/hBmXSv38ys&#10;krsrCrsvrirssVGAq7H0r/XIkot2Ke2Vodm2xV2Xirs2KuzYq7LG+Kux3Tb7sUEuyeflhaC88+eX&#10;oyKrFK87D/jGhP6zmPqzWIvN+1OXwuzMp7wB8y7PsH+X8Cx2dtxHw8Rsfl1wdnRs2/H3b2QmZdnX&#10;0p6YIp7ZvxyeRlzdgSXrWmVTbYuwBLt365jS5N8XYWXIoBXx28MwsrlY3ZDtTFI3oFKlqMTsKD9W&#10;aPUDhBp3GlNkOzk+qRu9Y41ZY6gx0A2bevqCtTv4dRnO54Wa5B6vTSA3PP8AHJ2I6LXlGJFk5LKw&#10;liYVJkUCpXfYCvTsMnj+uvhty5c2et5EiuW3u/HzdnUdLCiOMUAZtyniDm40sjQvYvL6omy7JfaK&#10;QQKkkdu58Dm304LqMxdkjth0rue5zb4A67K7JHZCjAHb3PTNrgG7r8zsmdhsF29qDxzd4BQDrpuy&#10;Z2HTpSnbN/pPJoWN3w3uQWtpABWimgGWa4Xil7m/Tn1BCt3OAfy2IGiXyf771a9FPm4b+Oc97O3+&#10;XkD0nL73qO0vrgf6Efued+ahx1Umn27eM1PtyGdEGb1wQxCT7W+/hl4pQb9OmbFVgPy8DmPQ4qjb&#10;XZ+h6imcr/MFAbS4PfgT+Gcb7SDn7g77sM/vB73oeit8SdRnzx1VOOo3gp0lb9ecji+kP0VojeGP&#10;uZ2OmFxBrtl0XMDsdxPyyYKuPTI15kTlZTe6Hb6MjMBztGfUG1zwzr6cNTuh/ltT78xnusJuAX5H&#10;zti3AOxp6ZIFLsbiNirsaR4ZLiTbsojbEJdjf86Y2rsvJK7KwFXZsFK7NhKuzY7K7KPSmBXY3Ars&#10;1Nq4SrsrArsvCrs1MNK7Nh4VAdmxJKeTs36++RQ7NTfEK7N0w0rsuhwBXZYFMlSux2KuzYq7LocV&#10;djsVdl4q7LHtgLF2PwHkpdljrkaY1TsUwodmwK7Nirs2KuzYq7Nirscu5p8sSVdn2j/5xwtfq35c&#10;+U0pStkj0/1iT/HMn2dG5P8ASL8i/wDBFy8faWY/0v0Iefp9GexLAD0169M9V0W2MPkuY7oA9cMz&#10;03zLccuXrnMvzSb/AJ1yziP/AB86xYR/dLz/AONc572qr8lR6zj/ALoF3fYA/wAIke6Ej9iKh/vF&#10;r1AORd+sdB2FR4ZpY7kNeTqi1wcu60p8s2OMGnXz5rsLrv269T75RmRB2R+5Aow61+/NZmGzl4y7&#10;IvfRllYqKkbUpmn1Eers8EqdkA1FS6cAKlWqVNTUU3O3cZz+ejsXf6c0XZzTVIyWlX0/heSnCm2+&#10;4Y18PEZoskeKXCeXV6XTSqt+jsMNCA+txkuoj2PcsxpvyJ60OHTCsm497j676Dtu7J/YqORo3hQH&#10;YfPN3gAJt0Gc7OyW224UbbdGzc4w6nI7D632p39/6ZtMTgZHZILY0C77HrmyxEOFJ2SW1NApp4Uz&#10;aYnGkHZMdOagBrt4ZvNGaLRJY2TGzpsfHfNjkTjO6XXYqjD2z5sf85VacLL82JrpQFXVdKtZvmyc&#10;oyT9wzge2cfDqpedP1h/wINT4vYnAf4Mkh891bTmrbKP5SRnmw/5nNYX1JHYkwHXIhINuxJhtTrg&#10;pRzdiLDf3yYqmyLsSbufxyQZOxI1H0b4kWl2MIP35GrCuxCQVBwg0FDshPmeLnZybdBXI5BYcrCd&#10;w7OIzCjsPDMZ2TsSxV2VirsaQKfxxDOJt2NybN2Vt0rirsbvT2xIV2VkaV2f/9T4P1OZvNX7+ZWF&#10;XZsVdjum/SuKuy+o65ElXY4fPrkCxLsV7UyKuygKYq7LxV2bFXZsVdljrirsdhay7O0fkLYm88+p&#10;Jx5Czs3avgXZVGYWu+gDvLxHt/n8Psyv50h9gt2fXPyXBwtYB0KqNvozK7Ni/I3bM7mXZ0cii0pv&#10;4Zuzyed6uwBKep6eOY02+LsASHt18coPm3xDsKrmu5IFVB4EZr8xcvG7IZq1eDsPhJpy6be9M02o&#10;JIJLudLzDs5drc00bRrAVHH4pmJAohrQiop2zntTd8uj1GihEgmXwdi2lQcpre4kDUMYhaKVqstT&#10;WoWlSG68q7j2wYQRIE0WGqnUTEd97fjp3OzpOnhgqn4WJ35AdPoze4T1ea1FF2S+yFWHLdOxPfN1&#10;gB+DqMx7nYfQCnagzZ4Q4M3ZIrSgK1GbPBzp1+Z2TCzaijl1H09M3WE0HAk7JjYsQUHv1zd6aW7j&#10;rD1OHb1eCWOu4Hh0qK9cy9T6oSDfh5hDtthZ+XLAWvmGEGoi1eRv+RkUbZzPs8fRlj3ZD9oD0+v3&#10;GM98B95efecB/p9q1PtW1D/sXP8AXOkjOgcIMKk+R/z7ZeKUG5/X9ObAqnsD09xlHphVH2xHMVHh&#10;tnNPPqk2kmwPw7fdnJe0kdvg7rsU1MM+0VviSnYbnPnnrqcNVvhT/drH7znGYjcX6K7ON6eHuZ+v&#10;2RhP09svADnt44V7b+2SFBWj0wi11C1pJX+U0+7ITDl6T6ly54a81R8NWux4Odsxy93pjcAvyKt+&#10;OIckOxmSpLsTwBXZeSq1DsrDsE27G09sKXZVCMVdmxpbdmxV2Virs2BXZsVdjabe+Kuzb0pgV2an&#10;jhV2bqNtsICuy6dMBV2Ue2EErbs1NvfCSrsqmDmkuzY0QinZuuKux+xwhXZhgCuy8KuzUOKux4xV&#10;2anh9OKuxy74q7HUA6YCxNuy8AUOxy4CiTsfixdmwK7NhV2XQ4q7NQ4q7LA8cVdiiCroPFhT78jL&#10;kUHkXZ9vPyJthB5L8qwmqldOtzT/AGIOZ3s0PT83459usnFr8x/plDz9Ns9V2K/u1PWornqmk/uw&#10;+Y5eaAPXDAgHMhoLge+cq/NFwbHyzbdTPrkLBfERxStnNe1W+nxx6nJH7LLvewY+rLLuxn7SEVBu&#10;xPgpyOPQyihI26fRmqjzaJ8kWuGK0p17ZsoRoW6+fNdhbcj7R6+PzzHy7LF2EFwNpDWvuc1mTkS5&#10;cOYdkauiQCAB1qSe3vmqzEh2OIOyC6o5UkghatRW8T4Zz2pNSt3mlFuznF7bvPJyfg0Y+IRkfED7&#10;/wBaZo8sd7D0eDIIDZ2Xo1UniUuoj4sDJx3LVpWp/VjpRYvkus3iT1dnQ7NeLBCBQfCa1NKeObjB&#10;sa6PPZje7slttuqmhNKVNKD/ADGbvDsA6nK7Dy2oTTuKbjpmxwlwcjskNqNqdTtmywOFJ2SO13pU&#10;1AHTNrh3cabsl1gaUqdug983Wl82iS1uuTGyIAXtXoM2uRYJfcCqvTwzwt/zmNp/peYfJmqgUFzY&#10;3Fq7eJR1cfgc4jt+FZge8P0j/wABLU3p9Th7pRl8xS3S2rFIv8r9M8asPbNI+5JpiRA64pDsRbI8&#10;NlLsRYbfxw8DIRLsSYdcIDN2JEe30YkUo2diTEnenyGTEaZU7EjuPE5Wdih2RjXI+dpKO5Bwy3b8&#10;R3Ds4Ndrxlce+YjtBydgTFLsrFXZiNvHFINOxnz64Q2uyj0ySuxvX+mKuyvbFXZ//9X4Q/RmYFfv&#10;5lEeGSV2YDxxV2Wfv8MidldjhvsN8iWJdjwKDpkSVdlivf7sCuy8VdmxV2bFXZYxV2WNvnih2Xha&#10;y7PTH/OM1h6/mDWrthURpDCp7itXOa/XneMfi+Y/8E7UcOmxQ95/Q7Pqt5RjpbJtRQPtfLY/dm07&#10;Ojs/K3a0vU7JqGZqkwtFx+zyINR47H9ebWyRuKdMQB1t2FsgpWvc5iS2DfF2AnG5r08cpIbw7Cq7&#10;rQitBTem+YGcbU5WLm7IVqjFUcGp7g9Dt3OaDVWXdaUWQ7OVa9G1xc2zSSCWNEdnqp5ArQChHT3z&#10;Q6q40Sb/AB5PU6CXBEgCiSHYP0KOaNDGeJEa/vHNRLyG5VuooK0p16ZZpZA9P7fx82nXTBN9/wAn&#10;Z0zT2YRxltjQHYD8c3eAgbPM6gbl2SyzVaAAddya9flm6wDZ1OYuw+h6fL3zaYuTgTdkhtOiU38M&#10;2OBwMrsltiBQDcig/wAzm6wDZwJuyY2RHwk+3XN3pi0dVh64fivpyVHQbZnZfoIbMexCHb36YQ/l&#10;78GoecoRQBb63cKNhvDxrT345yfYJrJnj/SH3fses1hvBhP9E/ewTziv73T28YZB9zDOojOjcAMD&#10;fv29svFKEfrvvvmwKpb16V+ebCqNt9mG++3vnOvPIP1STuCmct7RAkfB2/Y59YZ9opAKDbtvnz28&#10;zR+nrd8v/Fh/XnEaccUS/RPZBvSw9z0Ffsj5YQEV6dcyY7OzbNMcvSnf2wkdVW1wp1hQbdvl/DIT&#10;GzlaY+pcnXPD3nWP09Zux4sd8xyKL3Oj/uwq5CGpXf6MQHOAdieNodjSDXbFXZWHmrs2JCuyj098&#10;kCkOxprTffHql2bfJK7KxV2VgKuzYFdmxV2V3r2wK7Krirsdirs2FXZvpxV2bFXZXy275KtrSHZi&#10;K4AaQ7NQfLG75qXZvb8MbV2X0xV2bCrsvFXY4VxV2OxV2bFXY8DFXZeKuzYKRydigAHTIWwO7sdh&#10;Q7Lp49MVdl074q7L98VdmxV2bFXYItl5XNuvjIo/HK8n0ljPaJdn3R/KW3Fv5d0GOm6WNuKeH7tc&#10;2ns3H0h+Lva3Jx6rKe+Z+8oabPStptEn+rsc9T0+2MPneTmgT1wWctai5fDOQ/mc3K98jwfz6jcS&#10;0/4x27D/AI2zlPaoj9xHvn90S9D2Hti1Ev6IHzkEXb15P7LhIaGb7qk5gR3Lhz5IpemGlKJ8xXbN&#10;lD6XXz5rsLLnfkCNj0+YzGy7pg7I9c1C0AJB2+nNbl5OXj3Lsjd2CQ5PUdM1OojY3djiLsgmpj4X&#10;VRyJJIU/cTnP5x0DvdNzBdnO9WcmcbANTbbY0HT57dM0upiL5/J6HSR9LsdYOrzK0S0B4qQN1qet&#10;K9foyvDEDZGeJEd3Z0G0NZCzE8xSp6U96eObjAaNl5/KKDsldr9lV3ptQE9s3uE7OqyOw8tjUigo&#10;RmwxStwsgp2SC2J+Egip2IzZYtg4UnZJbNqU/Z23HWmbXCXFm7JTp77/AC/zObfSy3aZLW7ZMrMg&#10;0oa02qPbNzIgjZjFBzDY++eVP+cxNPM3lTylqdKiy1R4Xbw9eMgb/MZyftDHaB94fc/+ApqeHX58&#10;X87Hf+lKE0w0luVrtsQM+fhzmX6RTnE2xS7EmHXATSXYg3jhFkM4nZ2IsO2S5M3Yk36vDBzQN3Yk&#10;aDtg57JdjD44CKKHYSanHWGUdiDX6cJ3DbjO7s4BqcfC5kHShNMxTzdrjOzsK+vzwNjs2KejsrFQ&#10;7K27Cvviu/V2NIp3rkgzBt2VthS7K264q7P/1vhAdszVfv5jumKuzY2rs2JW3Y8eFcqLDq7H4Euz&#10;Yq7K3yWyuy8irs2Kuy/14q7HfqxYydmwsHZ7N/5xasD9U1G74ilxfkDxpEgH3b5rdZvlA8nxb/gq&#10;Z/3kId0fvLs+mflyMx20QCdVr7DN5oY1EPzR2jLikd3ZJ2+yR45sZ8nWDm7CqU+NMwpuVF2A3G53&#10;28MpIttiXYT3dRyp2B365r9R3OZidkI1eiqSxCJUcyT1zR5zVu70gsuzmmscEnCxemswHqxOtQ3M&#10;ilKCpqRtnP59/UPm9Lo7MbN1y/Hudg7RIjEkalTHGgDIFAoa9efc5bihXT3tOtkJEnv/ABs7OlWS&#10;jhEUWpYEhf5vf2zeYeQP4LzWc7l2Sy1B+EGg40ow6VObnBydVldh3CKHx5ZssXe4M3Yf2g3XrsN8&#10;2WFwcrsl1gaca78ts3WC6cCTsl9hQlRUVA65utILIDQVrdckimsZoemwzZz3BZY+aGf9eR7ySwj8&#10;y+cLcCgcWcw7dpUP6s4/sg8Or1Ef6p+8PV5t9LhPdxD7mFecl/d6Y461lX8FOdRGdG4Qedvv/Wv8&#10;cvAlCOaV7GlKZsVU9vGh6VGbCqLtz8X9uQLzshazcAH7BqRnN+0A9F+TtOyTU2e6MfiT3z59ebo/&#10;T1285dSxOcFh5EB+huwpcWlj7noiH4AfHIwRUewzJgXcuOYDr7ZNbawt1NeVu3y65A0XIwH1L065&#10;4n/MGPhrdz7k5jE7vc6A3jCrnO2xc8OxM+OKuxp2qcVdjad++PRXZWEC1dmydJdmwq7GkHFXZVCM&#10;VdlYCl2VkVdmxV2VvX2xV2bb+3FXZjirsvCDSuzYVdmxCadmxGyHZseauzYCrs2BXZslzV2XSvTC&#10;rsfQYodl4pdmxV2WB44q7H4q7NirssDv2xQ7FBv0yBYF2OANcUOx3j+GKuzdtsVdmAxV2bFXZYHf&#10;ArsM9Jj9XU9Pj6850FPmwGU5z6D7mnUmsUj5F2feL8uoRHpOmoo3S3iXfxCAZ0Hs7H93H3PxJ7Rz&#10;JzzPmfvQc/XO92oHpAew2z0vEKgHicnNAt/HbBByxqK5ew/HOOfmPKp8x+R7Yitf0jKadqJEKn78&#10;5H2nI8fTDzl9wei7HjWl1Ev6n6UZAP7w+wwqp++967Zhw+pwsnJFr0w0A28PHNnHk66fNvCy4FOV&#10;O+5IzGzCkwdkeuDWvau1f1Zq8zmY3ZHLunxE9tun35rc1dXY4nZCdSO5Ab5KBU9O2c/qCOJ3OmDs&#10;5zqRooSNeZDHka8SadCCdiRmizy34a/H63o9MN7LsrTijTqgOxoopTcEdTt3yEBR2JXUgiNuzoVn&#10;GAfhHwjc1PWvvm600eHzefzSt2Sm12C9ORA3zcYSKdXkdh5bgggDdQM2eIU4OQuw/t1qKfLbxzY4&#10;hs4cnZIrYEggseJH7Ox+jNniDjTdkpsARxFD0A365ttMaLRItN0yX2J2B7jrTxzdRNwDEc0LLSmc&#10;V/5yi0/67+UepTheR0y8tLqoHQLJxJ/4bOf7eheC+4vqX/Am1Pg9u4h/PjKPzCWWR46g6k/aU58x&#10;CADnHv1kn2JuBTFLsRYf0wEWrsQYZMcmUQ7EiPwxbHYiwPfplfVAdiRG2+O1pdiZy0i2TsK71S0b&#10;jxHXIHYM4uzg2vx+neyjtXMeY3t2eLk7I+R4dcg2uy6eOKbdjGAxTzLsZuPlhpmYuyz3x5KHYyn3&#10;5IJdlb4q7P/X+ENeuZqv38zfLGldl4q7HUByNhi7H07U+nK0Oy8UuzZIFXZsBV2bBSuy6Yq7LFPp&#10;w2rss4sS7MOoxRTs+gv/ADjJp7ReVdNelPrbyzfMvIafgM1WaV5y/PH/AATtQJa2Y/m0PkHZ9C9F&#10;j42yGm4HfOn0sfSC/PmslcnYZTM60CgbfaJy7KTyDjQA6uwvlB6nY98xpByIuwFJSvEtudwAO3vm&#10;PIjk3R73YUXgCgmp32qp+7MLPtu5eHd2QjUlmo4Lg1AryopAHXrSte+c9qhd78neaaUe52c91eNH&#10;qSpmiLKJkX4SFDftEUIFegrmhyRscrP6HoNJIjyPR2GOjx+isjRq4R3Mnqy1Ykkii1NaimZOmsAA&#10;3+Ojj6uXERdd1D8c3Z0ewLGnIAU/lFBv4Dwze4OfJ5vOAOTsk1rSpBoCeubjEKdbl73YdQg8gae1&#10;M2WMOFMuw8tg/qR8QPTOz+PtmdhBsDo4WSqN83ZMLMCtTuQBsOvzzd4XAkXZLdPFCBttm60nNoK1&#10;skcQqGLdx0HT/bzZVtuygUM/TI/5XZk87a7EaBZtMgdfcpMwr/w2choPT2jlHfEH5E/repG+ih5S&#10;P2gMP84LWxsm/lnYU+anx+WdTGdG4geav1JXb2zYEoN/Hr2rmxVZ4ZsKoqA/EKbV6L4ZC/OKk2df&#10;8k5z/b4vH8HY9mGps70Zqsp7nqM+fvnhCNeuPc5wWEbyt+gvZw/4KHokdPTQjwyH0+jJy5vQL8ug&#10;8KdslA2rsA361geu43rhk24fqC5eueMPzMi4azKfGuYpe57ONwVs5aemB2LsSPfFLsTxV2XhV2NO&#10;EHuV2Nx4ikF2auTCuzYVdlUril2UQO3XFd3Y2ntgIZAOyvoyKC7N+GKHZVMVdl4q7Nirs2G1dl5J&#10;PN2VgQ7NgV2bEBXZsVdl5KlIdj1GKuy8VdmxV2WB7Yq7H4q7Nirs2Kux4AxV2PXrkSxk7H98DB2X&#10;irs1D4Yq7N9GKuzUOKuxw2GBXZIfKkRn8yaJF/Pewj/hxmNqj+6k4faMuHTZD/RLs+8HkROFrbim&#10;yqoHypnUez8fSPg/EnbsryS96DuO4zt9v9gfLPSIfSHjp80CcXOSayuXtnFfPI9Xzz5cjP8Ax7aV&#10;dSjferzIv/GucZ7Q767AO6MvtIek7O20GU98wPkCjbfpJ8x+rAcY/etvQHKsQ3dfl5IpemGPGoPy&#10;zZAbOvm3hZc1rvtmJmTB2ENw1CQOgG5Ga7J1cqAdkbuxUNU8TTod81efYOxxOyE6ntVg1FfpQjam&#10;2c/rKq+ju9N3OyBX6KGbjRqGo5ePWtfHNFqN7Id7pz3uwvtiXblwUjmA0e9FcHtsPHvkMf42/H2u&#10;Rk2FfinZ0TTj6aRhzUt9njTp7daZutOTAbvPagWTTslNkOTs9SSxG9dhTwzb6f1F1mY0Kdkht/tA&#10;GnGgpTNrjG7r8nJ2HttWm1RtmxxbhwpOyRWu6p4bUzZ4OTjTdkitGIKEA8a0r4fPNjiO4ai0emTG&#10;xp4UJpyzfQrhtq6oaTw98iX5yaedV/KrzvZhebHS5ZFB8YqOP+I5qe1ocWnl5frez9h9V+X7Y0s+&#10;7IPt2ShCE1CI9+h+nPkWPiRT/MAR9IzhX7UPNkONPU/iMVDsRftkSaS7EWwiRUF2IneuWNodiTDr&#10;3yu91t2JMO3cYBtursSK03G+GUrTbsAXS1Rq+FBkhyZxdnEfNURW8c0675j5ubs9ObDsh5rXK3II&#10;DsrFDsoiv9cU7Oxnt0yV7Nl27K2wK7KIFMkrsr3xV2f/0PhEwIO2+Z1boBfv5mApgKkux6gEVyEi&#10;gl2OoBkQh2XiQl2bDVbq7N0wDdXZsSrs2EC1djwNt8ih2XirsqmFadmb4VZvAE4x5r1dn1D/AOcf&#10;tNFr5X8vQkBSLSEsvuy8v45qoDxMp8y/K/8AwQNT4mtzH+kfvdntnTkpbRnYGm+dZpxUQ+Lag+p2&#10;C5RQk/MHLJhqi7C2Sh79e+YkuTkRdgCZiiMwQyOeiDYn6cxch4Q3wFmroOwnmeZVpKy82J4hBsOw&#10;FcwMkyBu5sBE8nZB9WhWWKSOairKCGB7kb9R0zn9SDyPV3WkmYyuPR2c/wBT5yzNGYkCuqxtyYr6&#10;jn9rbfp0PjmnyQjI3T0GmqMbs7b+52HGkxzUbeT92wJcvQMV2pSg6dfc5k6cEXvzPycPVyj5buzo&#10;NorLsCRstNq/d8s3WHYvP5jbsk1sBXdd6dfb+ubfD5usyOw7gAFKd9zmzxuFN2H1sQCBvuevhmww&#10;Dk4OR2Syz6LUbjNzi5BwZOyU2TdeoIIFT1r45ttMWkrW65JYOQVVY703cdM2ouqKYc0O+R7RT6Xn&#10;+QV2udIlVQfFJo2/jnJYTwdqSHfA/eHqMHq0PumPuLFfNorpETHql0lT81YZ1UZ0LjB5fIKH5ZWB&#10;kEE21B41xw6YpUu/8MrFiiYT8QptXIl5rBNmf9U1OaTtwfuw53Z/1s50c7qa03FKZ4B/MBAuvTnj&#10;Sueeae7lfe+/+y8r0oekxf3afIZBv8wcyJC3pl+XStR3GJNK7At4tYH27YZcmzF9QbHXPHv5qxcd&#10;VrSla5izO72vZh9CvnGz1ORdw7Ej8sUOxhFMVdjcICuzUwgK7G0Phk6S7KofDButuzYQrs2FeTsq&#10;m+LMOzHpgKkOxPIsXZsVdmwq7LpjSadm+jCyp2WB44aWnZqHDSuyumRRTs1K4kIIdlYEOy6Hww0k&#10;h2OA8cLF2OqMVdmxS7LArirsfirs2KuzYq7HADt1xV2OAP34EOxRQR2yJYl2PANemLF2X+vFXZq4&#10;Fdm74q7LxV2bAVdk4/LmD6x528swno9/B/xMZiaw/ui6ntyfBosx7on7nZ91PJSgQwDvQb52HYMf&#10;SPg/FHbJ9ZQVxWu2dmhFEHjnoceQeUlzQJO+PbpkmstpQn6c4p5uIf8AMC13H+jaEnI+BkuJD/xr&#10;nF9ub9o4/LGfvej0e3Zx88n+9CPtx8DHxb+GBYjyk5Cm/Su2Rxc3XZUUOmGfUHsc2IcCXNvCu6qa&#10;igqd6Zi5QWUHYQTjl4+B+Wa3KHKg7I/cqwkbwUEknoKZq88Tfwc/EdnZCNQHGpCgNQ8R4mv4ZoNS&#10;OEbu705t2c41Jn9RSUYM5DrLSoPag+Xc5oc5kTxHl+OT0emA4fdt+P0OxGwBdw0i7qSC43LGtPtV&#10;oa5CAJNfgs9QaGx/HudnRLO2cRxyFeS/aVe47ZusOPYHo89lyCyHZJ7M1q1aV+yPb+GbbTF1mbZ2&#10;H1uWL0oKDv8AT4ZtMZJLgZAAHZILXooPTvmxw8nCk7D62O/bYZs8XNx5B2SWzNCpPfNng2IaS0em&#10;S2zYgCp38c3uLeDX1UHFfuwZrloNQ8va3YlQ31uwuIePjzjYD9eYeshx4pDvBdr2Xm8HUY5/zZRP&#10;yISO4JW4iffZhnxaeIwtJC2zwu0TDuCjFafhnnVv3dCYnESHUA/MMkxM4WbsSIr8vDBSXYgw606Y&#10;8ioG7sRI9qnHnzbXYiR/tYatadiRrWv34FDsSPtiRaadgWcVFafPDWzIF2cf84Q0kDgUrUZVlDsd&#10;O7OeHrlIcq93Y3FN27NX8OuKHY09ScWQLsb12whk7KoPHphpLsbTfrhV2f/R+EpzYMX7+Zf6vDIF&#10;XZvmMiArsvCY7K7NkeFXZseiuxw37ZHkrsdSmG7V2bDdBXZeQV2bFXZYxQ7FEjaaSKFRVp5EjUeJ&#10;dgv8cN0CWuc+EEnoCfk7Prv+UtgLfTtOiUBfTijUjuOI4/wzWaMXP3vx97WZ+PNOR6kuz1VaL+6S&#10;gpQZ12IbPl+U+p2aQnfx7jtjMsYuwtmHWmxH7Q7ZiSDkQLsByVpTrTr7++US5U3RdhFdmpcED5E7&#10;A9jmtzHmKc7CKdkM1PcFTT4+njyr0zRaixyd1pXZzvV0uPTZ1jQToOUDlmKpxIO4FGPQ9Ns0uoEh&#10;dH7fseh0ko3RJo89h/Y7JPpfMJBuqg8anYjkfiOx6e2ZWE7Dd1mqqy7J1bg+nHQ1LfYI/lrU5u8Q&#10;2FOiyHcuyS24NF7Adu2bjDE0B0dbkLsNEHEbHpmdHYbOKTbskFpVu/QgE+Ne+bLTm3ByuyV2jheK&#10;8S7v0oO3cnwzb4pAbdS4Mg7JXZjkAKb12PTNzp9w0rW65I4+ik171PYVHfNmb2TDmoPuMjVq6R/m&#10;Bo+55zWd7Hv3+FH/AA45yMiB2pHzjL9B/Q9To7Ojn5EfpDGPNKFtFmIFeE0Tf8NT+OdZzonGeUOP&#10;f55uuBIQch3PYEnfHdMWSkTU9caeuLEq1uTyHY+GRbzSK2R9q5p+2f7pzND/AHjOtG2K/hngn8xU&#10;J1yRqUBzznEanJ969lZf4M9Kg/uk9hnPSv4ZlPWK2anviVdiFyKwuMEjQZx2IbHXPJP5txUvlanX&#10;p9OYk+b2XZR9NK46DOGON8Duw7EyK4q7EyPHFXY04VdlYeJLs2SpadmyVLTsaRgpXY2nthV2Y4sw&#10;7Nil2MYd8BCCHY3AxdjwKD3wrbss/rwqN3ZgKYsuTsvFINuzYq7KIrirswFMVdlUHjgKkW7HYVdm&#10;xYOzDpipdlgb7jFDscBTFLsvFXZsVdljFXY4e3fFXYouRKC7FRTrgYF2XgJQ7NjauzZFLs2Nq7Nh&#10;CHY5RTArs6d+UEHr/mL5VTrS8jYj2BrmHrPo+Iee9qJ8PZuY/wBEuz7h+S1/cQ7bUBrncdhDYPxj&#10;2wbkUBP1O/XrnYIvsDO+jyDy0kEeuPPTCwK5eucL18l/zD1hjSltpdjGB/rGV/45wvam/akvLGPv&#10;L0mIV2fDznI/cmFv/dn/AFjlQ1MpPanXv1yzFubdZlRI6DDKtAfClfuzYjk4EubeFdyAvL4uxLVz&#10;FyimUXYQTNVakGlOnfNdM7buVEOwindHU7gsTTiN9hmsyyBi58IkF2QjU15ISZKAdD3+Wc/qwSDu&#10;7rTGjydkA1NJEZ/To/qVKoQW26mpHfNHlAsgnZ3+mkDz6OwNYhGcAMYxET6QJqrAdSAQN69cjCBv&#10;lu2Z7A775uyd6bJXiasQwACk7Halads2uCXm6LURdkqteQp8VflTr45uMNuryuw9t/t0Gx+/Npjc&#10;HJydh7bFugPXpmfitw5Ow+ttuu/SvjmxxWHHm7JFan4kbdqf5nNphO4LSWj0yX2h2AFDXpXcfTm+&#10;wkcLV1UX6ZIrf4lKMKgihFNqdMhkF7ORiNJHfigDV6HfPjZ5zsf0X5v816eBQWer3kaj29ViPwOe&#10;bZI8MiPN+5vZ/UfmOzdPl/nY4n7KZBEeUcZ8VB/DIucg7dfiZwMnYg1O3fqDhu1diDA9sJLaDbsS&#10;brkkuxFgBSvyAyG5WnYm1N8NHvTTsDS7jwxpQHZy/wA4w/AG8DlOXk52mlu7OWMNzlLndLdjKbVx&#10;Q7G0xZB2UadOmEM4h2NIodsPJk7KwodlU36j5Yq7P//S+E5G5/DM8sX7+Zu22Aladjat4YBTJ2X4&#10;ePhgkbUuxw9+mRMmLsdQVHeuDmrsxHSmGu5XZe+A7K7MBTASrsvFXZhv/XJcBV2P7YKDCRdh35Zt&#10;Te+ZNAtAK+tfwA/INyP6sqzGscj5Ov7Uy+Fo80+6B+52fYf8tLb07e2+EfZqfHMbs2HrD8ce0mXi&#10;kXZ6JgTjCjDwzrcYqLwE+bsRlFKmnX78hkGyxLsK5BT2zDk5MXYEkNB0r47dMom2xdhFfMFFaCrm&#10;gFO461zV6iYiHPwC3ZBtRWIrIlHLndVqQFFetfwzndSRG7t3mmJ2Lsh8qGZphJEvGMhYYYu4G/3V&#10;75r8vqsn5O4jLhAo8+ZLsOtHSMxbR961Y1Joak8jmRpRERjQ6ODrJG+bsnVkVIIDV40KA9Fpm705&#10;Do81uySWtaRjjxU1Pj8xm2055dzrsvV2HcKg0BqfbtmyiA4My7Du0Xiw+KgX9kfqzO0+3wcTIXZL&#10;rMEAU6DqB/HN3iDgzdklgjWVeDryVhRkPQ7982mOInGjyLVdLSckcNUQ/FyoNqj2zaCPDHmmJsqD&#10;5FJGEPnzynISKym7hb5tbv8AxXOQ1fo7Twnv4h/sS9T2dvpMo933sf8AMYroWo9fgEb7ezjOvDoM&#10;6NxnkLfq6jLHXAkIRyencd8diyUN/v3xp64oKtD9ta7ZG/MtfqR8N65qe2P7pydF9bNtHahXfptv&#10;nhD8y0K6wxIpuePyzzYCssn3f2RleF6bamsEfyzmhApXMoEno9iiMqlf4nCBSh2JTr+6b5dcEmUT&#10;u4dRnln83oaSI1DUd8xsg3ev7JOyuOgzz043IyDvg3iRxZOxhrih2MJ9vlhAtIdjcmIhXZskl2bF&#10;XZsVdmO+KHY3j4Ypt2NxSDbsa3TAWTsoDCFp2P2HXvkgBLkjhdlHARSgU7LwJIdmxUCnZR6bb4q7&#10;Lwq7NgV2VSvXFXZq4q7LxV2XQ4sCXY/FFuzYpdmxV2WBXFXY6mKux1PpxV2KDrgKuxTIEtZdmyKu&#10;x1AN+uKuyqA17Yq7MRirs1MVdjxirs7L+Q8HrfmX5eAFSkpf7lOYmrFiI8w8p7Zz4Oy8p8nZ9tPJ&#10;afuIBQ1opqenTO77BiaHwfjXtc+spdP3+VKZ1cAmOiniSNm8M7obPOHmgq0bptl0IXrU9zhYFUXO&#10;Daryk8++bJajjFHZRL9FuCfxbOD1wP8AKmU/0Y/c9IdtBhHfxH7Uxg/uh7kn8cXtlPI9Pc+/jmRg&#10;G7qsxRI6DDHenQUp9r+GbCnBk7Cu5pU18MxcrKDsIrgVJHcnc++a7ILsOVF2EN2Cala0rttt75rc&#10;w7nOxF2Q3UYxIjjjVgftA0Ipmg1UBIF2+nlRDsgOpMqGSUo8ytWsa+I6UB8M5/IQQSR8Hf6YXQsB&#10;2ALeQNOiu4EtAwjAJYodq+wrkBfxb8kSIWOTsmunjiiVAAPUCubbBGnS6g2XZL7YAkHc8RWh/pm7&#10;xAOoyF2HVsaNQLXYHl8+2Z+HY04WTk7D+1U1BLbUFBmyxR6uHMuw/t9q+/X6c2OI7OPN2SGzoeIp&#10;XNnhaS0emSqyI4gbUHbN5pfpa5KTdMk9udhkptuM7pLfLVD/AJ1z5Tfnvp36N/NvzrCE4Jc3SXiA&#10;Cm08at+uuee9oQ4dRMDvfsr/AIHWp8fsHTH+aDH/AEpKbWLc7WA1qeND9G2cgI+gZhvaorEmGLJ2&#10;JNtgAV2B2/V1yRtsiHYiw/sOMhYS7EG/zGMYMg7EmHh+OTpLsQcVB7YlXZAfNkPK1Y+HQ5RMCnK0&#10;5ouzjcgox+e+YwLshu7ExhQQ7Gkb9sVp2URvhZg07G067bY82Qdje+SV2VTFXZ//0/hQRufnmeQx&#10;fv5lYKZOyt/DEBXZYB3p3wEboLsdSnbDwhi7MNsBil2OyNK7MTTBVq7KrhECFdlgHCQgl2KYOJgS&#10;7NkCgOzoH5WWf1zz5oKdTC8k9P8AUQ0/XlGrPDiLz/tXm8LszKe+h8y7PsL+X1sFt4mA34qD92Wd&#10;mizb8ddvZLmQ7O2KKR0pTpT5Z00RQeOLsCTbmm222U5TbKLsLJga0WlfDtmHMdzkw83YEkr228Rl&#10;M22LsIL8Di6lQVNAG9+wzU6oXYc/Bzt2QrUEYLxDBtyrOASR379c0epia+x3WnIu3ZDbiV4WDq6A&#10;chGWWhapIVl+LYVNOuakgSN934LuccBIUb/HudkksVKtwZfjY7xsQCR26UzMwcXFy5utzmxbsmti&#10;rcRyGxoVFOletc3mnjXMOlzkdHZIINhQbjxrX6Rm0w7cuRdfkdh1bgim3WmbKAcLI7D20FHBI6jb&#10;3+eZ+DYuHk5OyV2JJ6biooKUpm3wElw5uySWwBK79Tsc22CN/FqtY3XJHAVoO4Bpm1B2WPNRk6ZE&#10;9Yb0/NXkyb0wQNT9Kp6j1IpFqPvzkO1Tw67Aa/jr5gvUdkb4cw/o39oSTXF56Jqq9f8ARy3/AAJB&#10;/hnXx0zoWh40/fwyx1wMgEG9duxG49sdilSNencZRHfFBVYa8hUYQeYRWxb2zW9qi8PxcjR/3jM9&#10;GO48PfPC35nx01bn2Nc80v8AfnzfcfZCf7ovULM/6PH40Fc5URtXpXMl7hFZgKHxGKuxko+B/liU&#10;jm7PNH5vxVRXplGXm9Z2QeiuOgzzTKPiPtlID0IbxAjFm7GkYq7GEUxQ7G8RkrS7GmnbCAl2bJAK&#10;7NhV2bFXZsUF2UemLYHYzFXZsVdmxV2bFXZsIFpdm+e2JQ7NgV2V44eauy/xx5K7NjSuzYKK27H0&#10;GLEl2Xixt2bFLs2KuzUxV2PAGKuxw8OuKuxwHXAVdigG2RLEux1MgWLscMVdl4q7Nirs2Nq7Nirs&#10;eu5xQXZ33/nHOD1fzK0xuvpJI3/CnMXUHeI8w8V7d5OHsufnTR6HPtL5NQ+jFTwXPQewIkgPx52s&#10;fUUtuKVIzqC9BnZugKBJ3OUehwtZVVIzz/yEvm3zxJ3/AEgkf0x28S5wGbftDUHzA/2Ien1I4dLg&#10;H9En5yKaQikMfuCfxwfbBgx3rTt4HwzNwB0+VEDpg4EHnQ04UBPz7ZnA3fk4RdhZcbDfdj0AHjmL&#10;mNM4c3YRzn4j8Xw0qR7/AMcwMt2XJjydhDc16gkgV4kHep60zWZuTm4g7IhqLDdAPtmjV6AeIOaP&#10;Vdw6u2046uyCX6hWRT8KqG2AoGP+sK75oc4ou9wEkEuwutKMyqKqwkPQUow7gn55jwlx2eX6XJzb&#10;fJ2TDTf9171QMaEHatfffNppr5un1PV2S+2V0bmN1c9fA/Tm8wwIPvdRkIIp2HUK8i4bcEb7+ObH&#10;GLsHq4UjTsPrQgCiinYCvf6c2GLlTiTdh/BQAGm/YZssYDjSdh/a127ZscTSWj0yU2TbKw7jN5pe&#10;TXJSbpkmtif7csyNkOaV3grGw/zGfOT/AJyr04Wn5oreKlF1XSbeXl4tEzRn8KZw3bUANQT319z9&#10;V/8AAe1Pi9jSh/MyEfMAojSmJtFBNSrEZ5pYf25qX1VMsSIr9OLJ2IsAfceGKuwOw7fhk2wOxFum&#10;KXYg/XCGQdiRG2NJdiTDav4YCQFdkP8AMcXO0lFP2TTKpCw34ju7OHXCkSMMxeRdpB2B6YWbso4g&#10;Iq3ZVa4UGNOxrDsMQziS7GEb7b+2Hql2VTv2xtbDs//U+FJPxN8zmwRT9/MrFFuzYq7Nih2XgpLs&#10;rCh2XsKZEWl2XvgMQrs1CclYCuxQffkZMC7Lyut0cLscBXJmJCmLs7Z+QliLvz00pUlbSyY7eMjh&#10;R+rMHWm4Aebw3/BAz+H2bX86X3B2fXPyPblLaH4SBQUpmd2ZGg/I3bM7mXZ1QghBtuAOudFyDzRd&#10;gCYVY0+nwzFy86ZRdhfItT9G+Ykm+DsBSgFd+32hlGQWG6OzsIb80SRQNhuBSm/Yffms1OwLn4BZ&#10;BdkI1EHjR2CNSrKp+yT1IPc++c/qeW9X9zu9Pz2dkKnjknMoLIJHoi1AIBH2aHYEgmpBOa6ZE7G1&#10;d/6XdwkIV3D8H8B2SvRyxNJ1SL4VIQmhFB8Q33rUVzM0wPI/gOp1gHTfn+x2Ta2DUACkUHwk983e&#10;EOkyU7D6BWCpv0O3y8M2mEci4OQuw9g6U75ssbg5HYeWo3FTtmwwuHN2SiyFKEip75tsLiydkmtV&#10;rxrSo6fPNtgFtKw9cP4B0HSvX6M2g5KCoudifDIp5lLJqvleY7CLWLQmvg0gU/rzku3PTqMEj0nH&#10;73puxfpyD+hJLNRT1NM1NAdzay/8RJzrwzfNbxFqEA48YGQQTkV7nNilTJzHFBXxn4h7dMI9dWtg&#10;/tmu7U3wlu0v1sz0dhyUZ4j/ADVj/wBNRz16Z5tkoZy+1+xs6iQ9PsTWBM46RQb5c9+CjD1yqDG0&#10;tg1GMkFVIO3bCN0hroc88fm3Fysg4H2ScxstPUdky3RC9BnlqUbn3yoPTBdgU9cWTsbirsoiuKHY&#10;wgZIJBdiZ65MFLs2FXZsAQ7NhV2bFkA7KPTFk7GYq7N88VdlgdPDFXZdBXFXZqf2Yq7G99skSVdm&#10;ociFdlYq7LxV2V75IFXY5R1rjIq7HdMitOzDJGuiCHZeRYuzYq7HDwxV2PA+/FXY4b/PvirseBkS&#10;rseNzkSwJp2PHh92J3Uuy8ih2XQUrhAQ7KGApdl0GKuzAeOKuxRegpgLAuz0n/zjFbmX8wefaG2c&#10;n8BmNn+uA83gv+CJPh7MI7yGj0z7K+UFBhiJ8BTPR+wY7B+Q+1T6ylk/U50gdBnWuiQH7W/jlHEM&#10;SrI29a554sKNrXnSau0uuXajx+AhP+Nc8/hvq9QT/PI+VPUdof3WAd2OP27prEKRRj/JGG1tXmaj&#10;fegp+vNhpyb3dLlRA6DDAiin79u+Z17OCXYW3AG+x3G/9uY2SmUXYRzg7g0APyzXzDkxdkfuxWvK&#10;tQa07jNZmFubiLsiGpKo5kErzG5/Z29s0mqok11dvpidnZCb6N1k48jxTcnwp12PQk5pcwrbq7rB&#10;IU7C6FKSEACQuCQrNsD1+gZiAG+fNyJSsOyV6dyDxkA02DHw7UFc2WnviFur1FUXZMbZuZDMSSPD&#10;YH6M32I3u6fIK5Ow6gAFRsDXcZsce7hTLsPLUGnQdPi+nM/C4si7D6Dao6VoD88z4OPJ2Hdptseg&#10;2H9pzY4mkuyUWZ2A6AbUPbNxpZbsCFFumSa1J27HMrIyil92AY3+RzxF/wA5h6dw1byTqwXa4t7q&#10;zdvEoyyAfcTnG9vY/wB5GXeH6M/4CWpvFqsPcYy+dhbo7fu5kr9lqj6c8YkVzQvuqcYkw+/Fk7EH&#10;GGKh2IMOv3ZJtDsRYdRirsQYb0wsnYkw7YpdiTClaZGr5q7I7rEYe2lB7gjIkNuM7uzg18nGeQEU&#10;oTmJPm7XHydgI9N++IbHYw+HXFXZXh+GKHZRAwjmnq7GYSGRdlbVxY0XZ//V+FT/AG3+ZzYnmxt+&#10;/mNwIdmxV2bFXZsVdlgVxV2XxOKuzU8evTGldjgMBV2P+nI2aRu7MBkd7Wi7FQp+WE7hiS7PTn/O&#10;Mun+trmt3xTmI1ggUdN93/pmu1tkxAfLP+ChqOHTYoXzs/odn1Z8oQ+nbR9TUDNx2bEiIflXtSVz&#10;Lsn3E06dPHN4O50hLsL5hQkAfPMbL5MouwukB27ZiSDfF2A5BQgE0L14jxplE+e7fHvdkevQtG9S&#10;orTeuarUAEHzc/Ce52QXVYWU81i5VJVvAk7AD5jNDqIAu90k72t2ReQMxUF15su7ryKniTQEn4c1&#10;2UCh318Pi7SNDp939rskuloDHCHPxtR3CitWruR88ytP6q4ubrdUdzTsmlsGj4hAX4/bLfs/IZvM&#10;AMeVulyUeezskEPGoFONRRV6ZtsVOvnbsO7cAg07HfNji3cLI7D63AYLt8VaVG2bDENnEm7JPZUF&#10;DtQGlc22IOLJ2SW1rsO/bNtgi0lYeuH0FQFO7UoB/XfNiLAUKT5EPO7CKLTZR9q21GycnwHrpv8A&#10;dnJe01fuz3Tj/ug9L2FvkkO+MvuKBuFLW12o6tBIB9KnOx+PzzfMC8IP2V8eIxw6YsghZOu42ObF&#10;Kkdsx6YoK6M/F+GE+sitjL7b5hdoRvCW3TfWGYaOSCtflsM8Vfmuv+kRnpQmtc801Ef8IfZfYw8x&#10;5PUbCogA8TnFWyx9FijcZXFk7KYfCa/ThqlDY65wn814uWmsfAmuY+UU9J2Sd0SnTPJM4oT88pD1&#10;cV2BCO2JZOxPFXZWFDsYwqcb2S7GkVwpdlcfD7sIkrsrJBDsoiuFlTs2IWLsvFk7KI798VdjaYq7&#10;LFR2xV2X2xV2btirsqleuEFXZR2xtXZWBXZdMVdl0AxV2OxV2bEoLs2KC7L+jAxdlge2FLsdirsc&#10;MVdjxgKux2BXYoK/25EsZU7HHoPfBbF2WOtR92BXY7Ch2anhiQrs2BLssdRih2PUV6dMBYl2erf+&#10;cU7f1PON/LSojtqfewzGnvmgHzX/AIJmTh0AHef0NHofln2B8oqRBGAO1R8s9M7AiaD8m9qG5FKZ&#10;6cjnQBnUOlQIO58fHKPbFBVkpv7DPOWgyCdNcugP96NXv3B773Dgn8M870hMsmaXfll971Hag4Tj&#10;j3Qj9wTlNkQeCjD+2ABBUcw32m+jNvg8nRZVbB5rx8e5G4+nM0jZwy7CyfoT18MxcgZxDsJrkfCa&#10;j5065g5eTfF2R67FQzgFiBXrsc1eety5uHudkQvxQOBRqMQQeu4rT55o9SDTt8Bt2QvUdhvU8gKC&#10;tSKdvpzTZhQ627nTuwtQIk3qcqMaV6EdevTpmNw0eIuSSSKdkr08cWru4PQ7bjwzZYaMnVajd2S6&#10;0pwQfZYnem+bvCPTRdRl5uw7gAqdganbNhjG7hTdh3bdT4A05VzPxCnFk7D2Abg9KjanXNhiFlpk&#10;7Dq1O/TfYjNhiaS7JPaGnGnYb1/Vm300muQUj0yR2pBKmm/SuZuRMdkFOKqwzzD/AM5e6f63kry3&#10;qYXfTtXEZbwFxGy/8ajOW9oIeiMvN9t/4C2p4O08uL+fiP8AsSCgdJPG5uEP7QDfcc+fJG+cs/Sw&#10;ZBiTDFLsRYY2rsDuMm2g27EGONWrsRO1fxw79GbsRbrkYckOxJvxySXYUaipaJx7dMiWcDu7OEav&#10;Hxu5hT9rMOXm7XCbDsJSO1PpyDc7K9sIKuxtDvhG6l2N6bdK4rbsadjtkgViXY2gwsrdn//W+Fkg&#10;pI/zzYHmxfv5ieKHY4imKXZQNMUOxw69MVdlV3xV2OFRirss9cVdl0xV2O7YFdj1H9uNoJdj+23b&#10;IsHZ7U/5xa04fo+9uitDdag5V/8AjEFQfRmr1RvMPc+I/wDBV1P76MP5sPvdn0w8sxskCLxIVVHx&#10;eNc6LQ3wj3PzV2hK5OyYHZTvufxzaF1XV2Fs1S3sNq5jZSzi7AEi126eGYkm+JdhdMoMnMJ8YX4W&#10;3r8hmPkjvdbhyIHaujsILw1DmmyihP6+uanUSsFz8O1OyI3xQU5fYBo4IrWo2rTpmlzS3dthB6Oy&#10;OtxM5oEUvRQrE/ZXftXemawxJke/9DsB9PV2HmmemFjeEAl6n1DXoT13Jpmx04AoR6OFqb3Eujsm&#10;Vu5kRVC0YdX6ggZusMuIDoXTZI0XYdwbn36ipGbLFu4U3YeQLuCNl9vHNjicKZdh7a0+HsRWmbHE&#10;4c3ZJ7MigFOh65tMTjSdkktqbb+FfDNvgq2olYepyQw7gH7s2ZQFJ9vpyG/mBtos7gFTE0Unq/6r&#10;htvlTOQ9qd8HLkR970nYB/wiPnago5cl/mVhT6KZ2EEEAjcHcZvUPAnBAp0K7EfLrjx0xZBBv175&#10;sUqZzHpihtNj1wt1IVsp9t+JpmNrBeGTPFtMMs0hqFeorv7Z4x/NZKuDtsTU55hrJVnfYvY2VSp6&#10;npv9wM4Sa7ZY+lR5JhjaYsnY0+FMKQGxtnGvzOh56VP7VyjKLDv+yj6giEO2ePLkUZ/n+rKA9dFf&#10;gBvHFm7E8VdlYhXYmTU5IhadlUwA0rso1+dMIUB2VSvtkwGQdlU3wsnZdMVdlEdsVdmxV2bFXZWK&#10;uzDFXZeKuyvoxV2VTrviOauzAd8T5K7HUxV2Vv8ALDt1V2XgUuzYsTbsw3xQ7HjcYq7LxV2Ppirs&#10;vBSuxwwEq7HDfbG1unY8DbIndhIguxUCgyKHZeNIdmp/Zil2OA/Virsrjirsvj8jirsev+YwFiQ7&#10;PZH/ADiNbhtd1qYrXjEig/N8x+eeI975R/wUp1pYDz/Qtf7Jz63eVY2WBCRtQbeGeodhRPDfk/K3&#10;aMrkUnnb4utN8m+dG6ikFXfYVocruMVVlNVPyzzV5Tq2hNJXee6uZK+zzO38c847MuWORPWUvvL1&#10;HbO2oruAHyATwbBfkMlNsKbdNv8AOmbvAKefzG1XBrV4DcVPbxzMPJxXYVzita0/jvmLlDOLsJrg&#10;Gh8fvzAydW+Lsjtyagg1A7keGazLyc7E7IrqPMJIzHkSOJptU+OabVA0XaaerADshN8HoXqqhQfj&#10;ag3HQ+NM0GcG+53WAjk7ANqJCxP24io/dnboa1J7n5ZXh3O3JvykV5uyUWMMsxJjDMVBJAGwH8c2&#10;WHHKUtt/0OszzEebslNmrKaNQsuxI75t8AI5uqzHu5Ow9tzsdmPE0Pv8s2WI83BmN3Yd2vUAUNdx&#10;mfi3caTsPIDxIFKV2PhmfjJDRIOw7tjU0pTxI65sMfNoLskdnUEk0XlSlDm20tgsJKR6HJNa0oAN&#10;h7ZnzFLEoWbcEZxj/nJix+vflDrcnEs2nXFrdrTtwkAr9xzn+3I3gvuL6f8A8CrU+D2/hH84Sj8x&#10;+xK7EhL/AMPUVqHxp2z5jHxzjX61DI8RbFLsQcHDFIdiDZJsdiDD2wqA7EG7+/TFm7ET7Yq7EiPv&#10;wVSuwvvBVT3qMjJMebs4d5iiMd5Jt1PXMXJdu0wHZ2Ro5Xbk27G0/wAxirsaVPX8cluh2Mb3NcV5&#10;uxOm9MlTOu52XTf+OC2Ls//X+Fs396/zzYy5sS/fzE6HArsfv4YodldcVdl9sVdmA3xV2X9GKuy+&#10;gr44q7K6nFXYoq4LV2KDbIkWwJt2XtXphQ7Pob/zjHppi8raPLw3n9SZvcyOSPwzVT9eaXvfnT/g&#10;n6ni12Qd1D5B2fQvQIgkC+ygMD0zqdFGovgGrlcnYfGoU/D9HtmaXBLsKpa8ianieg8DmLLmzDsB&#10;PQkA7b9cxpbluDsL5lIZz1Faip6UzHyByIHYOyOXzmnFQHNOjDtmm1Jrlu7DAHZEr1ufxKtQtPhp&#10;U1G1B4Zp8pJHk7bCKdhLLwqqAcayVLUqF+ZG56dswJGzTmwvn5Ow+sg9SAoAYn4V7A+J/HM/CO7q&#10;4GenZJrIAAOrBx4j365ttPsOjrcxdkjhUCgIrTYHwzb4o8nXTLsOYANh4b1ObDEN3Dm7Dy1Jp4Gu&#10;4zPxWA4uSnZJLKvfYjqR0rm0w3biydknta1FRQKRTNzpxu1ELD1w/tzVRQ18QMz7tCk+Rfz8pfy1&#10;qfEVIgff5KT19s5n2nBOjlXN33YZ4dTD3hRj/vF3zpunOJdPsJQaiS2iavjyQHNjglxY4nvAcnKK&#10;mR5vBLocJ7ha7rNKPuYjBw6ZaxCAenbtmxSpePevbNira/iemAr8VtZv9XKNT/dy9ycZqYZNpDfE&#10;oOeNvzYWjdDQsc8v1o/fB9d9jj6h7nq+lmsH8c4GQNxWvfLTQL6eEyHviVMDNvMRsR44RsrW2++c&#10;q/MWLnpNz02XtlOTcO87LPrRMfSmeL7wcZZPnmLT2MOSphW3XCW12JYodlHpTxxV2J96ZZaS7Kqe&#10;2AC0U7Nudj4YeFLsqn05JJDswG+Kgbux2LJ2NpXfpirsqm9MVdldKjCCQrs2BXZY32xUOyiKYq7K&#10;+/FXZtsNEK7N0wK7N1xV2Xkq2V2X9GCrV2WuAq7L37muSJBYkuy8ih2WBXFXY/FXZh+rFXY/I9Vd&#10;jwOhwkFNbOx6g1/VkKa3YoBv7HBSHY+gyVIdmoOwyCXZsVdljDaHZdMBKl2PVenfASi3Z7i/5xAt&#10;wZ9bmIpVolB8dycpxG9SB3B8d/4K+T91jHvWP9k++fVvy0CsCCmxAz1XsYVH4Py7rz6ik027MelN&#10;8l+bt16CJoa+PbAl3L6FtczE0EMLyb9PhUn+GCcuGJKwhxSA81dNwPfYfTtnnPyhFw8s6WebkPH6&#10;rcjWpk+L7hXbPOuyY/uIm+dn5l6Ttud6qe3l8k/OxyWQD4aVrtm/xDZ0GRfgpjRF2AA3AzII2cUu&#10;wrnXqQTTMTKGcXYT3A2IY9BU5hZW+LsILpNmDb18fCma3KHLxF2RS/5LUdVAG9N6+x+WaXVE8ujt&#10;dPRdkJvYeRchQ1dkXsa9Rmizx32Fu6wTp2FyKDIyuq+COWJ3B7AeGYpFHm5BO2zslVhPLDsjEo1K&#10;8dts2umyyiNi6vPCMubslVrtQmgqSNhU/P2zdYLdVkDsOrUjiOpqe/v3zYYj6XDyc3Yc2x8DX2P8&#10;MzsZFbONJ2HsG3UfInrmfi82iRp2HVtvWo6+ObDE0l2SO12FBv4ZtNO1lTPfJJbE7V/DNlLkiKGl&#10;pQ5FvzW00av+WnnSwKc2k0m4dR35RrzFPpXNR2nDi08x5fc9b7Har8t2tpsndkj9ppI42MeoQHsW&#10;ofp2z5FIeUaNTcqD94zg37ZlzZTjGxV2IsNjhCQ7AzD78k2OxFhT+GEJDsQbf+hxZOxEimFXYkRg&#10;V2A7hao230YKZR5uzjXmqHjcVp1zHzc3YYC7IUw6ZQQ5jsb7/fiFdjWxtBdiZ3rU5IFbp2VQbfhh&#10;pNl2VgTYdn//0PhhLtLIKUNc2UmJfv5ieRUl2YDFbdl0Ff44q7Nih2VirsumKuyye2Kuxyjw3OK3&#10;TsVUU6ZBhJ2XvhQ7LaoRiOtDio5uz6nfkFpv1Hy3oEAWi/U4OS9BXjU/rzVYPVkvvJflP2/1Pjaz&#10;LL+kXZ7Y0pONutTUAUr/AFzr9NGg+N6g3J2GDlqsCppTqdq5keTjOwtl3JoKjuMx5eTYHYXuKtuK&#10;0NKjrmLIbto2DsAXSim/w1O9Op+eYuYU5GIuyMXq0V6j4AKgn+GaXUgiz0dngPJ2RS6DDeoJqFJP&#10;w177UzU5YnqXaYiHYSSxIZGYEsOrhdzQ9j4ZhTgKoObGRAdh/Zp+7XkxDjZlBFPc5m4BUdzu4GY7&#10;uyV2iHiopRmFWPgO+bjTx2Fh1eUuyQQKCNiadf4dc22IbOvmXYcwAGnWg6jpmficTI7D+2Xfr75s&#10;sQcSbskNsuykd6ZsMYcaTsktuQoVq0Hjm4wbb9GkrD1w9gUAFafCakmprv1OZ5gANuqjnai/Y4Ue&#10;brczeXtTTqHt5AAPdSKZou34cWjn7nc9kz4dRD3hQT+8X5jJh5cf1PLugyVrz061JPziXLNBLi02&#10;M98Y/cHZaofvp/1j97w7VlMep6jHTZLqYH/gyRh4OmZTSk7kEmm3jXLpimlEmm461zUxTTgSPbfA&#10;d2OVvMPFTlWaNwkPJENpBkulOKrXYD+GeRvzWj/csT2br3zzHtAfvQ+q+yB/eB6rpDVizzmQKn36&#10;4H1gJx0xOlfYdsLNvMfo32yYBq1pbyGc289xh9Lu+9EynLCg7ns3aQRERr92eKNRXjcTD/KP68xH&#10;ssZ2CthI3fDVBuHJ2JEYEuxuFXY0jb5YQVdjaE5IlXZqYhkDbs2GkuyqDCxdl4pBdmxGyXZsVdjd&#10;j3w7hXZdNqYCUuyum2IFodmr28cPCrs1BgV2Npirs3XGldljqMSrss7ZIC1dl4xFhebs3f8AVjwl&#10;QKdljw/HAQAWJDsdT7saRTsdgV2bArseB2w0odjl64TXJm7H4LpXY8bf1yE2ubsVHQZFrdjqHwyX&#10;Fsl2XQU3GAC0OzEYCKS7Lp0xQ7LHXAVLseK7mmCldnvr/nEO3pYapMf2rmNfuBOU6ffVPiH/AAVp&#10;7wHkVkn2c+pXl1R9VQjrQVz1rsgfur8n5m131JFMaEj5nJORXNq4hCBr1Pbxwi8xP6Wg65KTT09O&#10;umr/AKsLHKNYawzP9E/c26SN54DvkPvRkW/Adiw/WM4j5diEPlrRo9vhtIa1/wBQZw3ZQA00PcHb&#10;dqy4tVkP9Ip/3Pzw8tvUB+MAKR2P6ts3OASvfk6fLVL8GSdAaHbamZUnFdhbNWm4+jtmLkZRdhRc&#10;bk+B7EVqcwc2zkRdhDcAEMRRh1Wnv4Zrsg2LlYy7InfGtQoYdqin4Zp85vk7XCKdkPvKtyKAqw2X&#10;fYg9RQZo8wvfudvh25uwpjVieVCrKCpAG/0V6ZijHzty5EOyQWfMgA1FVq2+9afwzNwW67NVuyVW&#10;nIAEbs345usN1tzdZmp2SOEdKgilDTxzawGzrpl2HNqtGBHfpXx8MzsIouPJ2HUXjXrvTM6BouPJ&#10;2HEB+yDXM7GWqnZI7X4fi7fjm10+27XJYepyR2xpsP2c2RGzEIaTeuC9TthfaRqdmy8hd2k0JXx5&#10;oV/jmFqYcUJDvBdnoMvh5YTH8MgfkUguTwuInHZh9G+fGCSEwST2zbNbSyQke8bFf4Z5yeb94Ysg&#10;yQjMfxAH5gFlQ3AI774HYdO+SBbG8Qav9cIASA7EG64sw7EGWvtiEuxBhkmQdiLbVp06YEuxI4Vd&#10;gaYfAcjJIdnKPN8NGVwPHMfK52nLs50w3rlBc4OxhHfHdLsaR9GPNXYka42rsrt16YbRu7NxOFLs&#10;/9H4Y3G0z5s5c0P38xLIIdj+Pvih2NpvTFXY6lRTFXZVKb4q7MR3xV2OVTsfHFXYoFpTI2wJdjsU&#10;Oyx1xV2CIYTcTwQDrPLHGB/rsF/jkZy4QT5MMk+CBl3An7HZ9g/ynsVg03ToV+zFEi1pv8IpmDoB&#10;c3459qs5nmnLvJdnqawQrAlRSo+yPDOvwDZ81zn1F2LP7kjfep7jLJNAdhbKK7kU8RmNLdtDsBMB&#10;14g0PTw98xiKbAXYXzfFDUn4QSTX5+OY2SjHdvhtJ2Re+Lqzcen7A/jmk1Vjk7TBRdkTuufxCQrx&#10;51DkUAI61+eaTPxEF2uKujsLJFUMVjq389DuAxpUePtlBx2NnKjIkbuw609aooKhWFVRabgdBWuZ&#10;mnHQuFqDu7JZZgEbk1FPi+Xb6M3Gn359HU5jTsP4Rup7DqPHNvjDgTLsN4FpSg5Gv+dczsIcWZt2&#10;H9tTb26UzZYnEm7JDbVKgFdq/f7ZscbjydkjtQvHjT4SDVfGvXNvp4jl0ajusPU4fW6ioam/HiCf&#10;DrTM7hHNFlSk7YF19Oek3a06o36qZqu1hxaaQdn2eazRPmhf2x9+GXkaUzeUPLUhNT9QhUn/AFV4&#10;/wAMwuxjeixf1Q77tAVqJ+8vFvMI463qq7j/AElzT5gH+OSzNm4jH22+jHDAkKR6b9Ow98xxSWlB&#10;J6167U6YhOA0cgIrVTgkLiWI5hkOlmhHT2pnkv8ANaL9y1D0Jzy/tT05b830/wBkZ/vA9Y0Y/u+P&#10;tnmpgNz3ydB9eCceP6sS/DIg0zb+nG061O2TM/JNtZBvOKB9Nux2MZ38Mqy7u17OPqCJizxDrCcb&#10;u4FOjGmYR5vaYj6Qr5HmG58MN03gmnYmcil2V74UOxhrT6ckAl2VTvjZtXYwjwyah2amKbdlYqLd&#10;mxZOzYoIdmxRRdld+n05I79WbsxAyNodjfi2rsMsFBXZY6HDzS7KB/XgIQ7HEg5EA2rsobfrwE2V&#10;dljftjSuywAMbpSXZsDF2YV7Y2UOywN8NdSrsfQHCmLs2NJp2PpTEgIIdjh92PuZB2PyKuxyipxU&#10;mg7FAOuJaTK3YoBkCKQ7HfwwAodl4q7LptXHml2ahxohadlgUyJQXYoOhyUdldn0U/5xHt+Pl+4k&#10;p/eXf6lGVaMcWoPk+Cf8FbJ++iO4KUuy59NdCWlqhp1ArnrfZgrE/OGrPrSCc0r9OH+bBxkGOta1&#10;98iXnmUQeTvNMhYrTS7peQ2PxRlf45g9qGtJlP8AQl9xczsuPFq8Q/pD7wjbbeSL3dR+Ocw06Jod&#10;KskFBwgQAj2UA1zldFGsEPcHI10gc0j5n72Qd/pwygqQRxIodq9/cZtMJJ6Otyr8FS14r8X8Poy+&#10;TiuwrmU7jt4D+GY+QEsw7CS5dQzDizsu7qv7Pbr4nNdlIB5FyYh2Ed2gZXT7O1NyfppmvzRvZycR&#10;o27IxfAESU+EoACPHNTqBsfJ2WAuyHXjBWIqeK1qTSgfxOaPMadzhF/jo7C6EM7MVSvBgJG3PI/2&#10;ZiRsncW5E6A36uw9tEoQS4Vj1H7O/YZsMQF2XBzF2Sm2jNY6EniKgjoSO2bjDC63dXklzdkhhB4j&#10;YhqCoH682keTrpc3YbW6HkOVGp4ew2OZmMHq0y8nYfQjcAnYjp2zYYxbjydhrbClF60BzMxCmouy&#10;Q2nID4gOv7P682mn2YlTPXJFakFQR38M2gNxBYDmoP0w9h3HzzHm5OJj+ogbHrQjPjx56086V538&#10;4adx4fU9Yu0CexkLD8GzzzUREchj5v3H7N6n8z2Xpcv87FH7q/QyW3bnDE1a8kBr9GRJvuymrd0r&#10;Yi4xiyAt2B2GFkIuwO3X5YaZOxBvClMLJ2IsPuGKuxIgYq7EJACOmBRzdnOPNkPKEt3HXKsvJzcB&#10;ouzlTj4iDmMObnxdjOmJNMnYm3XIkq7GEYq7GUqfbw9sKLp2O75Ktldn/9L4ZzfFKxzZyYl+/mJ0&#10;+jIq7LxV2V0wq7L7fqyKHZvfw8cVdlUJ36e2KuxUAYCg27HVNflgY07HDrih2OwK7JJ5Qtfrvmny&#10;7bEVWS/hL/JTy/hlOolWOXudb2zm8LRZp90D9uzs+xf5cWnpW1tTcemu3Xw3OQ7OgbBfjX2hy8Uz&#10;73Z6JtwViXYVIrtnW4xQeEynd2Nl79z49vvwyDAOwtm2r89x2zFm2B2A5CApYjYAnbrTKZmhbOIs&#10;uwqbiLdHNaUryPUU8ffMGVcA7nL343ZHb8fEVoTyoSehU07exzVak0dh+x2GDk7IneotAeZCFSCB&#10;uKV7qepzTaiILtcEi7ASIQ6ODVTXlGdtx+0Po7ZVGAuwW+UtiHYf2q/YIFFA3qa18B45mYtqLr8s&#10;rdkotQ54oP2R8XUDN1is7Osy07DqHpSnLuPlmxx8nCm7DaEAVNQBSp+jMyG27jSdh7bV222JqM2O&#10;LdxpuyQ2gNOm3bNjiDjydkhtN6VpQ0rT2zb6bm0lYepw/g7H8MzigKLdMS1C2VbPUZlL+pMgZqsW&#10;WqLxFFYkKKeHU75rNfjAw5D1I/G3R2OlmTOAPIH8e9CMfiX55vy5JPkvQQTUxxSx1/1JnX+GavsH&#10;/EcfkD95ej7T/wAZl8PuDyDzUoTX9TB25OjUp/NGu+TfNu4TFm9scMCQoOTmxS0GAbjXfEpB8D/I&#10;/qxlyYjmE901xzHvsc8sfmtERazHwJrnmfbEKyfF9I9k5fvQ9Y0RgUHuueXJBuenXemQol9mjyT/&#10;AMcRPv8AQcFdGTdRtjabZaQyarU0ORHzQgexuQBX92R+GU5RYt2OhPqCIh654g19eN/cCm3I5gPa&#10;4PpRGRdhU9aDJHk5XR2JU2NMkIsuF2J9MDF2UT2yQCuxuNK7NhtXZR6fPFXYz54snZsUuzYq7N3x&#10;U27NirsrBSuzU/Xk4x71dmyVDuV2anX3wGW6uyqU64ZHbZbdl/RTInelt2ao6DJi1dm7ZGt1dl7d&#10;8eBXZYxApFU7H5EndiHZh0wpDscPlhZOxwAwIIt2PA6740l2OoThV2KKowUiXJ2KAb7ZBqt2Ppih&#10;2OAGKXY6nbCrsqnvkSrssA+NcNodjh9+ClIdj6VBwFDs+mX/ADifa8fKduxG8ly5H0UAyvs0Xnl7&#10;353/AOCnkvU13BQn2XPo7oy8bNK+Geu6CNYn581O8yx6c77fQMN8zHHQQbfxGQH8zm4+Q/M1Or2o&#10;jH+zkRf45qe3pcOgzG69Jdp2GL1uP3/cmVmSZ4R/lfwyGRALbwIDU+mn3dM0emFY4jyDXqDcyfNP&#10;16/Tgu3AJ5CpNApPY79hmxwgXbgZTsqYvIo4HkORpQE5dIbOM7C2UcaKOw279PfMWYoUy5uwonHw&#10;sOVB1zCyCw3xdhFcitdgKDf/AGs1+bm5UC7ItfjZ6ca0/dqdgG71OafUjnbs8BdkMuo25Oa/E1DQ&#10;HbYdBXNFmiXc4pB2AoggBZQCqHrU7dyKDscx4Gv0t0iSadh1ZbsNz4yEigFemZmDcuFm5OyV2fJt&#10;6hQPsU7075u8Nl1WbZ2H0PIAE9R9onfbNlHk4M3YbW3KtNqD7JPU19vDMzFbSQ7D2DtWgr0zPx83&#10;HLsNYTQ7ivLt+vM7Hzai7JBa18dqjNjgYlYepyQ23Qb9O+bUfSwHNDv0w6gY8uNO1a19+mUScnGk&#10;eoKOBPeu39c+Wn5+2B0783fOKcSFvJYLxPf1olJ/EZwnakKzz979if8AA21Hj+z+n/o8UfkU605u&#10;VnAaU+GlPkc44w+nNeHuUbiDeOStlHm7EGHU4s3YGam+2+SSHYiw2riydiLYq7ESN8VdiTdP4YFD&#10;sg/meLlaybdAdshkjtblYju7OOTLRj4g5iU7KLsD4GTsoioxA2V2M6bUw3Suyqe2EK7NT2wo3dn/&#10;0/hpN/eHNnLmgv38xLAh2bFXZgPHBaux36h1wK7LoDuRhIV2WN+3TAgux3Xp9ORJY2S7L/hih2Kd&#10;hih2WK1pgV2dJ/KWya+8/wChoBX6v6s//ArQfrzG1m2P308x7Y5xh7Lyk9aDs+wvkO342tuqrQcQ&#10;CK5kdnxL8d9tZLmXZ26JSqLvTbcd/vzqYbPIzLsSl/aHT9R+nIT5oDsLJQdyR707ZjEMw7ATggEd&#10;e9PbKJg02Dm7C2RWa1RhQljUDw36nMOQJg5MT63ZF79SeTHYjdfA0Henf5ZqNQDzdngPR2Ri7AdX&#10;JZhIaUUAU38R3+jNJlFg3z2dnhNHbk7C+KES8Y5PjPOqjfktP2V+7KoDb8fY5EpcO4dkitUUhuW5&#10;6kUO1Om2Z+EdS67LI9HZJrQbBioUgAVr0p7ZuMPfTrcpdh9DQUA6nrX+GbOA5ODN2G0FCVqa7dRm&#10;dj3caTsPLaooB9+Z+I0403YfWqkb0p7DNhjFtEnZIbUE0DDoQRvT5ZttNHoWqWyw9Tkgh6DvUfcc&#10;2MkBRbpi12tbScU5fu2qPHbMLVC8UvcXK05qQ96EelRhV+Wjt/hW3ic1a3u7yIjwpcOafRXOe9np&#10;E6QA9JSH2l6ztQDxrHURP2B5N5yU/wCILtgKhooD96U/hnQRm8deGHttX2x2BkhpOR2Wvvt2zYqs&#10;U8uhoeg/txjDamFiU600/vAO5755k/NZCbabbcE7Z5v27fifF9B9lZVlD1zQD8HzUAZ5Ok+2/wAz&#10;mNE7PtkOQZF44gx8OvbJxBtsDeMPvliXZHNfUtaTL1+A/qyrJG3YaPmFaE754i80x8NSuRSnxH9e&#10;a+T2uD6UVkLk6n2yUXMjydiZArttguuanZ2JnqcQEOxnY7YbV2VkldmxWnZWK8nY2m9MWbsx/wBv&#10;FXZWKA7Nh9yXZvoyXCrs2MhXJXZWAE2l2XkgCh2bBVpdmqclSCHZWR4UcLs30ZNk7L64KQ7NhS7H&#10;AbbZCSDu7L7074OFiA7HAdsRskh2Ppil2Xh2V2OAxV2KjbbFXY4eP4YLQS7Hio9q5WbLUXYoB2wh&#10;XY4Y2rsdirs2Kux1KYVdlgb4DyQXYpSgp45GkOz6nf8AOLdtx8m6Uegd3J8d2x7HjxZz735p/wCC&#10;fkvWS9yGuTRD8jn0F0wUtowNtt89d0orEHwjNvMsbuD09umGGZDShqio+/OefmlJw8maim9bm4so&#10;QAKk87qIdM0ntGSNBkrrQ+cg7bsKN6uJ7hI/7Epnp+9xDX3P3A5FBGVCDkGVI1H2aHqd69M1WKNV&#10;v0Dj5jZPvT5f44NhAqOwNOmbHF0cDKq4q/Ah6fEehoctlu0uwsmA3PhsMxppDsKZqEkA0bcjY0oO&#10;uYM+dN4dhHcoQa1+Dlt8/D5Zr8sd7ciBdkU1BTXk1HHL7NPHxzT6kHnbtNOejsh9yP3pVWAA+Gh6&#10;V70+eaLLLd2+I+l2F5RQ/HcnjxCkfCfHoRmMYgHZyBI07DqzYFUWpTjSMoBTp4VzNwEe7o4WYbn5&#10;uyV2goKEAjag69M3eAU6rKXYeRdFp1GxNM2MOThSdhvbCpqPi3qR0+WZeINBdh5D226dRmwxDk0l&#10;2G0A3J8czsbSXZILTdRXqd6e3bNngLEqZ74f24rT23GbMbBgCoP03w7g2pTKZN+M7pPerVH8abZ8&#10;6v8AnKyw+rfmbbXgWi6no8LV8TC7If15xnbMP8IPmA/VH/Ac1HidjTx/zMp/2QBR2jmtmAeqsRTP&#10;M7fhmp4H1dNcRPTbEimyNuxBx+GBLsDsK4UuwO1QMlQZOxE/hgV2It89sNpdiTd/1eOBDsi+uxcr&#10;aQddjQZGQ2cjE7OJXClZHHgcw3ZROzsCECmNNjsZhCHYwjFXZRxV2bFXZ//U+GtwP3n4ZtJc0F+/&#10;mIeGRQ7H0IH6sVdmpirsv5YKV2XkldlgVGBXY4be+AhiY27LArkWBFOxTpjQtDsco74Dsrs7p/zj&#10;9YtdedbiYAVtrMBWO9DJIB+oZha03GIHe8F/wRc/h9nxj3y+4Oz66+TLdVhgC0FVUD3oNj7Zs+zY&#10;7AvyN2rMmRdnVOiioA2FflnSAPOSdiElOnTtlczaA7C2WhBIFd6UHj7+GYsmwOwJJsGNd6bE5Tk5&#10;MxzdhTNWjKdqU2HyzCm5UeduyN3yAV5ErvRQegPv4ZptVAVzdlgk7I1d8VIjKgqRVd+ny77/AIZq&#10;slci7HFfP8fj73YCgkZXPpGso6lzUgHpQjauY+P0mxzb5xsb8nYeWhcsAzA79QD1oe5PtmdhEiXB&#10;y10dkqtNxTiK7UHU17nN3pxt5uryuw4hB5eI6g5sIOHMuw3twKgBajqT06f1zNx+QceTsPLcDkK+&#10;O309TmxxDdxZuw/tKU2H0nNlg5tEnZILbttudts2mn2LUVPD2E/ZzOkxHNSbpg2QcoZANuSkDvmN&#10;lBMSB3OVi2IQcmxwk/LkcdI1OEg1g1i9Wp782V6/8NnOdhH9zMd05fr/AEvWa/cwP9Afq/Q8s87j&#10;hrSsCQJbSFj97j+GdBAzdOEAwl+4r9OOxShHqTXoAOpzYqp1FTU1rjWwhBTjTz+8FSKkfFnnT81I&#10;q211tuK5577Qx/eG+97j2XlWWL1vQX+Fe9c8fTmkj+FT0zChHYF91xfSGU1HhgU/7WWtwb2+WN7/&#10;ADwAKXYR60OVtL/qnf6MExs5mk2KrF9rPFHnGPhqlyP8o0zWze10xuIReQF68z7YQNnOHJ2InqcI&#10;ZOxhHfGkHZ2MpXIsXY3JBIdlYWRNOy8UAuxp6DxxTbsqnfDHdXZgO+JG627K741urs2INK7NkhK1&#10;dlZIi0uy9u2EIdlYpdmxV2bFXZdPowEoJdl03pja27L4++DiW3Y4HGlp2XSpwK7HgDFXZqYq7HAY&#10;q7HgYq7H0xV2PAwFrk7FAKZFi7FKYq7H02rgV2alcKuy+nb6cCuy/pwodlj9WKux67lR7j9eA7KX&#10;Z9cf+carb0/J2gUWnKPlT3JPfLewo3lPvfln/gk5b12QIO7NEPyz3TZqVt4gdvhGes4hUAPJ8Wn9&#10;RYzcGrbE/LxwUcsDGkODX5DOZ/mmSdA02MdJtb09W+QkLn/iOaD2lP8AgoHfOI+123Yf99M92OX3&#10;Um2nf70Ie4R8jxiZJ3kBFGRN/Cle3hmHCFG/Jw8krFJ+uD4hx6VqK0PfNhj2cHIVXFmA6gUJFSR3&#10;NMskNmh2FMwrtuf4Zi5AyDsKZOS8yfi3+Go+z2ptmBKxd7t4dhFcJ8J3BJB+KlCadcwckdt3Iid3&#10;ZGb6NqkiuykBaVFT3OanUQ3djgk7Ipeu7BULpTlt8IB22o1M0upuQ4TRHydrhAG7sJ/hLhONKAU6&#10;0O/iOtMwuPpXJy+luw9tS1Q3L35kDqczsG7hZXZJ7UNwFDXjQbDb6Dm404se51eUi3YfQgcKDrTf&#10;9ebGA2cKR3dhtbMKgGnJaVHfcfhmbiLTLk7DqE1p86UzNxtJdhtAdqbdiK5n42ouw+tWJ3323zYY&#10;CwKw9TkggHStd82/RgFBumHMBzHk2wO6WXQ+Fj1p2zxH/wA5hWHG/wDI2qAU9WG7s2bx4lZRnLdu&#10;R9cT5fc/Rf8AwENR6NVh/qy+8O0VvhuFPZgafPPGJFfnmhIfdk9xBhgbInZ2ItU5Fk7A79elMkFD&#10;sQcV/hhEWVOxEih6/TiQrsRO++BXYkdicVLsI9Vj5Qv8sSLDdjdnDdQThcyr3BOYMg7KHJ2FpGFt&#10;diZ64q7KxV2Npirsqhrirs//1fhvOp5/rzayG6Dzfv5iVMjSHZeEBXZsKuzYFdljrgIV2O74Axi7&#10;LA7Y0m6djwMiRbWTu7Lx5K7LrtTvjSXZ6s/5xg0/1dT1u+ZSVWSCEMN6UUsR95zXas3MDyfJP+Cp&#10;qOHFix+RLs+q3lGLjDAKUIA3/tzfdnx5Pyx2lK5F2T81FaHemxzejk6Ql2Bn71pv7ZTIJdgCZagE&#10;dO3tmPNmC7C+4/u2FCORC18KnMfLybYc7dhZcKBUCtepNadOmYWUAByMZdkcvRxR2bcHegNTT3zU&#10;aiIouywHd2Ra7eMScZGAYgemD1U96+wzU56JouzxRNWHYmq0dQ9NutNl+73ysbGiknbZ2Hlmdkcc&#10;WrQA0Nf7dsz8N7HZws3c7JPb0AqCFJJpvtWnU5ucIoOsybuw1h5Gld+g+7MzGLcWbsOLelQNwVO/&#10;hmfjFuNJ2HcAJFQaH+Y/PNhjG1uPJ2SG26LUdSAKeJzZYatpk7D622PUnxPjm1043aip4exCny7Z&#10;myRzUW6YNIrG4G1RscokLFN+NCSdRkf/AC+LInmW2Yf3OrMy712eGPv9Gcx2JsMse6Z+0B63V0YY&#10;pDrD7iXmfn0f7krBwCOdnQn/AFXP9c6KOmbtwwwB/ftSmXiqFkrXY17gn265sUqFd9so4oTOyYc0&#10;2pv2zgn5rR0t7rbYgn784b2lj6i9h7Ly/eReu+Xn5cO3anyzxZcik8niSds1eI+kPvuA3AMvp19s&#10;CHwr8zlrlANe/fG77nrQYqQuG3XCnVBWBx2AJpjKNhyNPtJViNGHvnjLz3Hw1W492O2a3J3vZaM3&#10;EIzOZuPib55AOxjydiRNfoyaXYwgnFXY3AWJDsaR/biCh2N+jJUmnZsaRVOyjXsfoxGzKIdm275F&#10;HV2V12G2W8KfN2URTEFI3dlYaS7NhV2bFQ7LxTbsrFDs1MVdmpirswJ/28FIoOx/HetfpxsK7LG3&#10;XBzV2WB7Ykq7HDvgIUOx2KuzAeGKuxTFXY8dMUE07HL3wEsTJ2PGxrg5sbt2KqMBQ7H4q7HDpirs&#10;v8MUOy6YCrstR3wq7HYq7FYRWSMUrVht9ORkiXJ2fZD/AJx7teHlHy4tNhbRnb33zM9n48Ur7y/J&#10;n/BCy8Wty+9L7w7HfPZkApEgpSgH6s9WjyD5IeZYtO3xbeO2K0xQs6U/DOX/AJnkvZeWrYVHr65A&#10;TTwjimY5z3tMT4OMDrkj+k/odt2MKOU92M/eE50redv8mJvxIwnkjAuZGP7SoeuwqKGmUiI47PcH&#10;XzlYT5emDIlPfpXM/EHCyKlcUl+GgUciW37UB7++WT25NThhTOoqa/f9HXMTIGQbwqmWu3foQBmD&#10;MXs3RdhFeACgpVRvxHWua/OKcjGXZG7sA8g5BDDd+xHgfpzW5gDYlyc/DtydkRu41aQj0qsKcCeh&#10;PYnNDnjEncX3O3xSIHN2FyqWYK6mtaowB2HShqcxuGzVOQTXJ2G9gzOSHTkIwNydt9hTM3BZ2rk4&#10;mcAci7JZaEKhVRSPqW+jsM3WE7UOTqsos+bsOIaihoQvZu+ZsbHJxJuw2iU1Hw9hXbrmZANRdh3C&#10;PhFNxShzPxlpLsM4d2AIp75mY9zu1l2HtoCBtvXtmywBrKme+H9v2rt7ZtY8mvqpMNsNoTuBXc9s&#10;qk2xQM4qh60zzB/zlzYNP5G8v6kqg/o3WEVm7gXEbJ+sDOd7cj6InuL7Z/wFtTwdqZcZ/jxH/YkF&#10;BaQ3G5njO/NKj6Dnz6bx+/OZfpZkYxA4tgDeJtTpTIyDJ2Bn3r+OERUOwOw7jx3yTJ2IsK1riArs&#10;RPUHGkh2JN+OAxIWnYWXy1jYU7YL2LZDZ2cQ1qPheyDxOYkxu7HEdnYSEZXbbbsR64WTsb0xV2Ud&#10;xirs1O/fFXZ//9b4eXIpIc289ig837+YGyKHZsVdmxV2OA8cirssDCrsvpiVdjwNq5G2F27NgQXZ&#10;sVp2OArirs9y/wDOK+mn9EXF1QD61fyH5hKIPupmszAyzfB8H/4K+p/wgQ7oD9bs+mXlyMJAniB0&#10;HbOn0QoPzdrTZdkpI8ep/jm1qg6suxB+tQKHof4ZTO1dgSRRuKCpFTTY5RIBkHYXTAkxEUA5VO/h&#10;4ZjZATTbDYF2Fs6BmI7N+yfwzFy725GM0HZHrwAFzIpHEEDiKk9jTNRnG5dhhPc7IpPH+9b4eagd&#10;DQqAds0+SNk9XaQl6XZSKxDKAKKNx03yIBUkOw6tAQU6FdqdQBTw8M2On5uHlPN2Sa3WtHYAg7hf&#10;AHNvhjYsutyF2G0SEih7UPTxzOx9ziTdhvAuwJ+yN1H4Zm4xbRJ2HUABWnXvmfi5OPLm7D+33ptW&#10;m+3U+2bHBu0ycehw9td6fF12Ne2bbTtUgpnocO461rTYgAV6H/azJlahSPTB/NVRmJAVVJZvAAVJ&#10;+7KpERFnkG/GCUFIPbrke8kfDqfm+OlA11bTKelVkg2P4ZzHZQAzZx/SB+Yerzf3GL3Efa838+gm&#10;40hz0MEy/SHXOijpm7cUPO36d9+mXiqDb2/DL7YGSkSa08On0Y3CxRts3Fwe1Qc41+atuTYSuFrV&#10;N85L2mjQB8np/ZqdZgHq3lmQMQB02pnhjUBwuZgP5zmg0sQcYfobRb4x7mek74X1y4gOY32375XL&#10;DwhXDvhbqO8LU6EYyFBuw/UqR/aG1M8efmGnHU5vcnNXk6vYaI+lHZyiT7R98rDsoHZ2I0ybJ2Nr&#10;irso08MNILsbkapiXYwin05KIKadl08epOSIKgOyiN/bIxXd2Vt374aUOzUp165Lcp5ux1NsCh2N&#10;pXbD5pdlcaU/HG1dmI79MQgOxvQ5Jk7HdvAYCh2bbtiEuzHpvih2YUG2A2rsdjSHZsCXY759cPNX&#10;ZgKYkq7H0wAWi3ZY98lSXY+lTkVdjsNq7Hrg5oIdigrtkS1OxQficIs8ldjwaf0xIJ6K7HZFDssU&#10;rviArsfsMNhadmwbq7HDfG1dgq1TlcQL/NIu305GXJhkPpLs+1v5D2vp+W9AjoBwtIv+IjNv7Mwu&#10;Q978f+3mS9Zl96VX5oDnqxR8Iz0x8yDFpWrISOlcdirVehr07Zyz8xSxv/JkIHIHULiRh/qW7Cv/&#10;AA2c77QS3wR7538gXb9mCsWc/wBEfeE80o1knPYRAfe2F8wb6xKjKClEIJ3qCDUZGjxEHuDrDyCf&#10;L0wZCAOJpsPwzYYhs4eTm3jpAQCfDpTuMM47NS8GuFE4pyI3p13zDmGQbwpkHtxArsD3OYUw3jZ2&#10;E10OI2BJBpStfkffMDMKb4OyNXikrLRadK0Fdu9B/HNZmBoudhPJ2RK9jX1CrVJT4j2PtU/0zRai&#10;I4qO7t8MtnYBjYcnPFWZgUDioAp1r32HfKYSG/e3SGzsNIqcAiJUGnJ67kmnX+mZUCK4QHFnzsl2&#10;Se1CE7irdVUdAP45usIF77usy27DqAUPxmgNCB4f5+OZsHFk7DWCtKdTUgCvvtmVjJai7DmLsvHY&#10;ipYdNjmbDm0l2GcJoRTqR098zcfNqk7D21OygGtDtTNjhN7MCp4eQHoKEePcDNpDk19VJsNoRvXu&#10;P45GbYEHN0Oca/5ySsDfflD5gcLybT5La7G1aenKtSPoOaXteHFgPkX0z/gV6nwe38F/x8UfnEpb&#10;YnhqIFfhYELTvtnzCboc5B+uI82TDpiTYW1vEWwFXYg523+/CFAdgdv8zhLJ2It3/DArsRP+3hSH&#10;YkTXvjQZF2AboBkYDIHdMXZxnzJGVuSehPXMbKN3YYXZFX77bZSG8OxI7b4WTsb13xV2NxV2au9M&#10;Vdn/1/iHfxMkhNKKTtm5yimJfv5hflauzYq7HAeP0ZFXY6mGldmwWrssA9+mAlgTs7HYEF2bFXZs&#10;UuxRduv04q7PpF/zjJphg8oaKzJvOpnY/wCu5P375r4DizE+b8zf8E7U8evyb8tvk7PoFocZSAGn&#10;Ham/gM6vRx2t8I1crk7D1jQEDc7b/LNgQ4NOxBwdwKsetK0OUyFK7AMn2fDicokGYdgF1HPpuF6d&#10;t/45jyG7YOTsLJ6VU7bGgJHjmFkb8ZdhFeoqhuNAT3HX5ZrNQOHk52CVuyKzqQ+woQTzHy9s0uUE&#10;S5e92kDYdjUQVcOpPLow7E9AKdMEIje73ST3Ow8so/hXjvQbA7j7u+bLT8qDhZpb7uySQRgKqoPd&#10;aeGbfFGhs62crNl2G0QpSi1+R6kCuZuPZxju7DWBGoHrUEZmYx1aZF2HEI6AClcz8fJx5Ow8tq/C&#10;R+Phmdgu2qTj0OH1ttxAoD8uubXDu1FTw7iLclI/u6de9a5lm78kBSPTDEU4moFCN65VJugg5K5H&#10;fKISLXfMcKSGQPDaSIx68VMqbnvnNdn0NTlANgiJHu3eplZ08D3E/oefefw3paO/SjzoR8whzog6&#10;ZuWgPMZTtsaZeJSEGe53x2RZKNQKGvTrTG5JiUVC2+526k++c3/Mq1M2iySKK8VIOc57SYuLBfdb&#10;u+wcnDqAHo/lSceqoruSK58/NWHC+uV/ym2+nOY01cAfpDs08WCJ8nqHiRuDhQTXrt4f0zIoOeu8&#10;M1cVdQ4Bvd4W8N8EhYbMf1Ksf2hXPJH5kpx1GQ+JOazLHd63Q/SjhnHpAK1yqhydoHYnx23yVM3Y&#10;nx3rgAV2NYZO1djcVp2VSuKuxrAYQVdl074Fdm471rjaHY0gV2w9Euy9j8/DBSHZhTCF6uzClfpx&#10;pJdlMR92IQ7GVJ2wp5OxxAFMRugG3ZQrWnbCQyIdl9v4ZFDsr/MHJBLsugNfHIm0WXZYqd/DCdkW&#10;7HU+nEFd3Y4dd8BS7Hg/fjSLDsseNcI5IBdj8QE27Lr4ZFLsd+vvhiLV2KLhlANcg7HipNfDBEVs&#10;h2O79MHB5q7HAjpkuFadjsgBaHY9euHg81p2PGIFBDseKVyIV2GOmJz1GyQftSqPxyOXaJLVnNY5&#10;F2fc78lrH0tE0rbZLaIEdtkGdH7JYdgX4v8AbTNxarJ/WP3pFqb0qM9CZ3zwzGXYVJ/DtlYUNA1I&#10;zlXnw+p5k8mQipaMX0pUe4iQE/fnN9ub59PHzkfsA/S7bQbabMf6v6WR6SBxuWp2QfrOBZBWdzQC&#10;qrQU3+nLK9VuqPJPF6YKiO2/htvmbj5OLNvNLVlarDehX22xnuGpfsNsJ5Duajj4nt9GYcizbwun&#10;B6gVPQKTStMxMg6tsXYU3O6mgBAFA30nsMwcpscm6DsjN4qgGrHma0C/qOazPXUubhPydkQvBRSx&#10;HMsdiD0avv7ZotRsLq3b4S7C1RRpQw4Kv92G61A3JPge3hmKOfc5J3Adg6GeFJYkmbi0jAoAGbt4&#10;qDT6cuhKMZDiaJ45EHh6OyW2RV1Wp6ivIb1r13zfYN3U5hTsO4BVjQ06Be4NO2ZsObiSdhtD3qpX&#10;sB3+YzLhzay7DeENQBaCnWv6szsd1s0l2GUHIVrTfpTMvF5sJU7Dq13ofem3hmfh5tZUz3yQQdh+&#10;GbiH0tZUm3Bw1i3/AF5GTMIWQZFfzO079Mflz5z0/r6+kXJWnWqIXH/Ec1uvhx4ZDyep9kdX+W7V&#10;0uX+bkj9ppJlPpX0RHUuPbPkKprHGxFCVB/DOIOz9uyFEsrHTGkb9cWQbxJuuKXYHkBNT92KQ7A7&#10;j3ofDGqS7EiK7da4QrsRIr45JPJ2IkbkYQydgWYEqdu2QnQSHZybzVFSQN7n6cxc3NzsBdkGc16H&#10;MenJAdiB6YWTsZXt2xV2Virs3virs//Q8gfmj/zhz5g0Pymms6Iw1S6sY66hZQ7vxA3YDvTOzydn&#10;Ew25uLodZg1d44THGOh24vd+rm/VL8s/+cxfyb/NHzbN5O0fUbvStRkPHRLnVIDbW+on+SCRjTn4&#10;K1Ce1TtngO/0u906eS3uoHikjJDK4III9s0uTFKB3cg7Gjs+qsA8W8D9IyndFh2OCt4HCE27NxPg&#10;aYDbHidl8W7YKK83Y6h8MaLF2YBvngXZ2XTbpvirswB7jFbdlsDwagPQ0xSObs+tX5E6UbHytoUA&#10;TdbaIAjoDwHX5Zg6SBlKzzsl+RfbnVeNrcsu8n73Z7I0yLhbqCDXYt887DSj0vkuplcnYYzIWUhf&#10;hYEEfRvQ/PMiYJG3NxI7OxBxtvv3yEwodgR1WtaULbVHQ/RmPIbtg5OwukOxoARXenXbxzGJZh2F&#10;dwG5A/Pc+HtmHku3Ix8nYRXyBgy8a1PE12IHUH3zW6kA7OdglRdkZuFc05JxVh+8qQeh23HXNNlt&#10;2eMgOxKK1eZln+sPAqDgUFOtf6bZCGPi3shlLKIjhq3ZIbSPiXADV5V4j9pj7+GbTBHnXe4GaVuy&#10;S2y8KRsxYncKd+IO2xzcYhWxdZlN7h2GiFKKSKb9B3PbrmYCKDj7uw2hFOJFdq/hmZANUt3YawVq&#10;K/Tmbjccuw6thsprX270zPwBrk49Dh9bgjiPp5eNc2mAENMlPDuLsOg75lyUKLdMHqKqQe4ocplu&#10;3YzRQkp2OEmiRej5u1VVAVJNNhKKO3GZtqfTnP44cGumByMB9hL02GXFpB38R+4MB89qDYaZIT9i&#10;6kHz5Rf2ZPhm0aw8rlbbb9XjjhgLIINzsSd/bLwJUq70H0V98o4Qgq6Vp88jvmqzN7od9EF5MIyw&#10;HyzX9qYTl08gPe5nZ2Tw88Syzy9diC5jDGgqBT5583fM0TW2sXkR2ZXNR9OcTp74N36b7Fl4mmif&#10;J7dEyuiMpqCBkcJ+YOXV3O0pWpUfqyiTX55IC+agW1WlMCXZrGR+GMo0GzGKKpHUt4Z5S/NBeN6W&#10;8Tmsyxeq0BuKOHQZxKR6MR75SA7aIdifPx+jG2Tsr1KYQi3Y3ngS7GlhXCtuyuVMUW7GFvHfww0r&#10;sr1O2JCXY0yeH0nEBadjeR65JLsweu9caV2Xz8fvwUinZvUFaY0tOyudagmmGlAp2YHuDhpLs3L3&#10;wUgB2YN4HDzS7HBj88BCKdm5fT7YKWnZYI69MFlBPR2OB+7GkB2OB+nGmTsup8Mkx3dj6j54ladj&#10;g30YQUU7HVxIV2WCcHCkF2PBwDZPEHY8H/bwkhiXYqNsQwdjhgMbS7HU79MkkOx4wFBdii7HpTAW&#10;JdmofDCyDsdWnseuQEFdh/5cjM+uaXGN+Vwgp82GVZ/oLias1hkfJ2ffT8rtPNr5fsGYf7oQfcoG&#10;dz7LYTHT8R6vw/7T5vE1U/6x+9iepyBpnXwNM6lnUvNJIzb/AE5sVXKd85Z5p/eectBQbmDTbmQe&#10;3OaNa/8AC5z/AGkeLWYY9wkfuDs8Hp0WQ98h9xZJpJ/dXH+uo/CuIXCn1qgGjClRl0/rdWTsna9M&#10;cnLYIN1O6nvt2O9aZdEHkHHmvFO+OcDiwoakD/OuGQpqXdSMK5a1Y0ofw+eYs0hvCuY1YKRVSK1o&#10;fHofGuYeQ703Dk7Ci5BBap2pv8u+YWUG26LsjV59oqq79a9D9+avOL2Dm4uTsi92VBY/ZC0XcV37&#10;EDNPqJgeX2uzwguwoBLchQVJDIG6gd8wSdiHLqnYZWqsRxHJQ/2z34nr08MysAPz+5xspDsktiFA&#10;Q9wKAnetDsM22nAdfmJNuw9gLiZgUHpqikP1JZq/gAPvzYQJ4vKvtcOQHDfV2G8IPMkb7Ak99/HM&#10;yHNqLsOIdtgdz45nY2kuwfERUdCQd6ZlQO7CTsOLbl2+0dh2+ZzPxX0YFYepw/g9t+5zbYmqSke+&#10;GsNfYE4ZMghpMUv4Be6VqVow2ubWaE+4dCv8cw9RG4SHeC7HRZfDywmP4ZA/IpFc1WaNutGDfKhz&#10;4x3Fv9WnubZvha1mlhI943K0/DOEMH7xw5PExxkP4og/MAsrU1ofEVwKfnkG8L8RbAl2JN3P3VxV&#10;2BWH3ZIsnYk34+OEBXYk34YFdiLeOSFsg7A0o2IyVd7IOzmnmuL4S3cb5h5YuXgLs5nJsSMxnNdi&#10;J6YpdjMVdmxV2Vv+OKuz/9H0Yt5C54eojE7MOv0Uz2GOhvkXxI63h33Fcm3/ACa1uALN9XlQpRkK&#10;kjiwNQwIoQR2zjHnf/nHz8rPPs7Xmp6Mllfybvd2dELn3A2rlObsfxOYt6jS+2+ohHhzRGSup2l8&#10;SOb6P8j/APOQ359/l7Zw6Rcvbee9MtUCW0WtBzcogFFH1qMh2AGw51zlzf8AOFn5TmpW5vB7VGYx&#10;7BgR9P2uUPbeF74f9k9QX/nM38zGUEflhpJJ/ZN5OPn+wcKL3/nC/wDLaIFoZrxxTsRmNl7FjGqi&#10;XMwe2Wmyc8dfFkuk/wDOYHmu6YLqf5eWtkO7JdSOP+IZF7n/AJxE8iRE8DffhmtyaAR/hLtsXbul&#10;yd3zemaf/wA5KpdhRPolvAzdvXb+K4Uy/wDOKHklaANe1PbbMKWEi/QQ5Q7TwH+1l1t+eVjOFJtL&#10;dK9f35/5pwAf+cWPJoYqv1weHTK/BoXTcNZgIv8ASmy/nBpxUExW4r4zf2Yqn/OKHk9zQyXo/wCB&#10;yIjf8B+TXLX6cf2oaf8AOnTIV5elbkePr0/41w0t/wDnELyTJs1zfL8lXJjTmX8BcXL2zpob/pYx&#10;ff8AORVlacvT0uCbj2Fwf+aMPbf/AJww8hSEc72+Feuy7Zl4+zTP+Euty+1Oljyj9rAdU/5y2msS&#10;RbeT4bs02/0sr/zLODNW/wCcMPy20bQda1yXUrxxo1hcXxjIWjGCNpFU+xIAzKzdkxxYZZJA1EE8&#10;/J1uT22wG4xxGzsN/vSHy3/zl/5s8yeb/LHli3/LGGKLzBq1pp0l+1+T6KXEqo0nD0xXipLUr2yX&#10;/lXYiDStNTjR2hTl122qV+iucZ2cLp+X/aXN4maZ833nnpy0QCBR49x/DOvwx9L55lO7sFlQNtwa&#10;ZdTSXYGddiK1J6HpkJC0OwE9aGg37UOY0hTMOwDJH14gBj9oe+Y847MwXYUThhUbU/aG+wzAyByY&#10;U7CO823DceW1RTofEZr8+x5ubhdkcuEJMoX95xFFrsStNzsf15qcsRZp2WMja3ZrdQLdmU8mdlHq&#10;cakjoKnI4weE/qRkPqouw9shwUV3FacTsa+9fHNnpvSB+Pxbg5ty7JRGVcKw3JoDt39s3Ed3WyFO&#10;wxhQNVWG6kU2/V8sy8cb2PRqk7DGMUI5beHzzKiGkuwxgG69PE+P0Zl4w1F2H1sKBe4psenfwzPw&#10;hpk49Dh5A3EKCae+bXBKqaiLUz0OHURGwrud6d8ySVAUm6YYR17eG5yotsUHJ7/RhbZLTzazg/3m&#10;mulKU+zLGf45p5itbffD9Ieh0kv8GI/pfoLB/PChtGt22IS8Wtf8pHGTXMxm8gkJLEdB0Ay8iWQQ&#10;rmnWlcvFVEGnevj/AFyjighEI24r9GNZFdWRhVXBVh7HEgFMTSOhm9GkgJBWnbrnnvzV+T+hTakb&#10;uVyzXoMh2px3pTOS1ng6GQhIE3v0foD2Bz5O0NFK5cPAa77fHP8AzkR/znf5n/IzzvB5O0vydHrl&#10;u1mlyb2Wf0/tdgKHpkY/5U15dPcjwO+Yh7SwfzT9j3Y7PydMv2PBV/5+r+dxs/5a2pJ7i7P6uOM/&#10;5U15f/mP45L+UtOP4ZfYxOgn/qv2Ihf+fq/nI0B/LKBq9f8ATKH6PhxOT8lfL0qlfUIrj/KGnP8A&#10;DL7Fjo8kTfifYi4v+frPmtD8X5XxkA7UvB/zTnMfNP8Azif5W8xku+otbE+Ck5Rk/L5z6RKLvNHr&#10;BgFTPF9jPND/AOfsq0C63+TV3OTSj2eoxKd/EOhGc4l/5wf8sMx4+YXAH+Qcy4djCYsEt8/aTSw2&#10;IlfwerWH/PzPQL+JZl/JvXVVhWn6Rta0+XDAx/5wd8udvMbfShy3+QSTzYn2n0vdL7E2H/PyHy6R&#10;X/lUGv0H2qX9of8AjXfEj/zg35fNf+dlK/8APM4nsA96P9FGl/myPyVz/wA/HPLQ4/8AIJNfoT1+&#10;u2lP1Yl/0IzoFfh8ymn+ocl/ofPen/RPpO6XyVv+ijHlcUr+VHmEV7/WrXN/0Ivotf8AlJvl8ByJ&#10;7BlfNgfavR90/kFVf+fi3lNh/wCSr8xV2NPrNr0P05Tf84MaLWn+Jj0/kOEez570j2q0h6S+xsf8&#10;/FfKhB/5BX5iBHb6za/1xJv+cFdJb7PmanhVDh/kE96f9FWiHMS+QXD/AJ+KeUNuX5W+ZF8T69oR&#10;/wASxL/oRPTR/wBNSu/+Qcf5APQ7L/os0XQT+QVR/wA/EfJtKn8sfMoPh6tr/wA143/oRLTq1/xS&#10;pHgEOP8AIEu9T7WaLun8l4/5+IeSiK/8q08zDav95a/8140/84JWB+z5oUfNDiewTfPZl/or0Q/n&#10;/ILh/wA/EPIxAJ/LbzOOx+K22/4fEW/5wStgSR5pTj2+E4P5AlfNR7VaE9ZfJED/AJ+FeQyKn8uv&#10;NINK0Atj/wAzMY3/ADgnb/8AU0oK/wCQcP8AoflfNmPafRHrL5LD/wA/D/y8Gx/L7zUD4cbb/qri&#10;Y/5wRhO480R/LgcifZ+d8xSZe1GhB5y+SqP+fhn5dUBPkDzWCTQD07b/AKrZR/5wQQ7jzTF8uJxP&#10;YE+8I/0U6Hvl8lw/5+F/lvyo3kTzWo/m9K2p/wAnsYf+cEgP+mpi37cThHYE+8Mh7TaE/wAUvku/&#10;6KGflj+15H82qPH0Lc/8zsaf+cEn7eZ4af6pw/yBID6lPtPof5x+S/8A6KF/ld+15L82g+1tbn/m&#10;djT/AM4JTKanzRBTsaH+mQHYMyOaR7TaGXKUr9zZ/wCfhn5UgV/wf5u9/wDRIP8AqtlH/nBO4NSP&#10;M0BHyOH+QJd6f9E2gHOR+S9P+fhX5TvWnlHzcSNyBZw9P+R2MP8AzgldAEjzPB8iDkf5ByFH+ifQ&#10;fzj8lQf8/B/ylJofKnm9fH/QYj/zOxv/AEIjeEbeZrf5UOD+Qcg6hT7TaD+ef9Ku/wCig/5Q8gv+&#10;GPN+/Q/UIv8Aqtjf+hEtQr/yktuPCtckewJ96n2k0H84/JeP+fg35O9/Lnm8f9u+M/8AM7K/6EU1&#10;Mf8ATR21PpwfyBk7wv8Aok0B5TP+lXj/AJ+C/k1/1YPN23X/AHHJ/wBVss/84K6pSo8xWx9qnH+Q&#10;sneEf6Jez/55+S9f+fgf5MGhbQ/NqA9zpqnt7TYw/wDOCmr/APUxWw8a1wHsHJ3r/ok7P/1Q/Jsf&#10;8/A/yVpVtG82r7foxT/zOyv+hFtYHTzDbfecA7CyV0Zf6ItB/qh/0rf/AEUD/JHvpXm0b0/45Y/6&#10;q5R/5wZ1nt5gtj9Jw/yDkUe0Og/1T7CvX/n4D+R7U/3G+bN/+1V/19yv+hGdcA2162+ZY4P5CyeS&#10;f9EOg/1T7C3/ANFAvyMFa2PmwEbH/cSf+quUP+cHNc6fp229t8iewsgT/L+h/wBU+wrm/wCfgH5F&#10;KATZ+bN+oGkNUf8AJTL/AOhHdeAqNdtf+CwfyDkJ3IUdvaIn+8+wtf8ARQP8hh9qDzUvSldIb/qp&#10;lj/nB/zBX/jt2reHx4D2HkR/L2h/1T7CvP8Az8B/INQOSeaRU0/447/9VMd/0JB5g7a1a7f5WCPY&#10;mRH8v6E/5T7Cu/6KAfkFtt5oFf8AtUP/AM15X/QkfmIbfpi2P+zyX8iZGf8ALei/1X7Ct/6KBf8A&#10;OP8AWhfzOD/L+h3/AOa8o/8AOEfmIdNYtj8myH8i5Cgdt6L/AFT7C4f8/BP+cez/ALu8ygeJ0eWn&#10;/Esr/oSTzL21a2+fMYnsTIOqf5a0X+q/YWz/AM/A/wDnHlaVuvMYqK/8ceX/AJqy/wDoSXzL/wBX&#10;e2BH+XkT2LlC/wAt6L/VPsLm/wCfgn/OO6As175iUDrXR5v64/8A6Ej8z0BGrWw/2eUS7NI2tu/l&#10;TS1fifYlf/RR3/nGYSek2q+YVatATo09CfvySeU/+cLfMtjrun30uo280NlKs04V9wikE4z7Fy5Y&#10;EQF2Hmfaj2r0Wg0U5GdyOwFdWfeQP+c0fyT/ADN8w2vlbyjd6zdaxeqzW8dzpslvH8PXlI5oM+oG&#10;jWCadptraoKenGoPzApneaDTDT4Y4+4PxlrsxzZZSPUl7fJOZpC7b1JJw0zMcIocn6d8x6YoVlNC&#10;M5priF/OUEnaHSlVfm0zsd/9iM0eqHFro+UPvP7HYxNaMj+n+hk+lClu57vLX7lH9cAupBFQqgMf&#10;TA7LXvkwK+brpJyvTFFCM3EkiQLXbqANjQ+/fMqNH3uNNdjpByqK/CwoafwwT3aguFPpwsn2FB0z&#10;FmyC7CyUmlaV32zDyEtsRTsJrk7gMCdjv2A8TmBlO+7fB2Ru7qCQZD3JXtSm2/8AHNbm2czFvyDs&#10;id2ih3cCtDxBUVNa7de+aLMAJO1xE0A7C8hS1OB5Ek8W6EDMY7Hcbt45Owwt0q6825A9OB7jehA2&#10;zKxQF7tGSWzsktoykoOYUy8vhOwFOtO22bfCfPm67KD8nYeQ/CefVD07/PpmdA04cnYawDodhvuD&#10;3zLxtcnYbRA7Gp9hTM7HHq1F2D4lCdN6mrE9ST4ZkQjTCRdhzadq133GbDDzaysPU4eQ7AEkbdTm&#10;1w8muSke+G8O3zyUmQQ0mGMW60O4PX6comHIxlJL0UPKu43pnz11/wDIDWdQ13XNQsJAbO81C5mt&#10;xXcK8jGm/gc46ePEZG5AGz1837X9mu0J5+y9LMxO+KO/fQr9D5w85/8AOa35C/lx5q1zyL5v81DT&#10;PMnlidbTV7Fo3PpyGNJF3C0IKOpHzwkb/nHTzOafEPmcgdPh/nj5h3v5if8ANLH0/wCfg/8AzjC1&#10;f+d9iFOtY5P+acRb/nHPzQR9r6BkhgxjbjHzDIamX80qo/5+Bf8AOMJpX8wIBXp+7k/5pxFv+ccv&#10;NRHiMH5fF/Pj80/mjdcJVh/zn7/zjDtX8w7YDueD/wDNOBm/5xy81g7UIyUdLjP8Y+bYM8qsxKuv&#10;/Oe3/OMDkU/Me038Vf8A5pxM/wDOOHm3rxGD8tC/rHzDH8yb+kqw/wCc8f8AnGA7/wDKyrIfQ39M&#10;RP8Azjf5upUb08cTpY39Q+YSdTRoxKuv/OdX/OMTUp+Zljv7N/TEm/5xv837fuxXD+Uif4wv5z+i&#10;VZf+c5P+cY26fmfp2+43b+mB3/5xu84kUEf3YfyYI+sfMJGsHcUSv/ObX/OM7dPzQ0z3+I7fhkJ8&#10;x/8AOL3n26gYW9qZGH7I6nKcnZ9jYg/Fy8GriTXJOrD/AJy+/wCcbtRcRxfm3oULHcevP6Y+8jOS&#10;3H/OKv5pIzU0eQj5ZiDs3KRdO1jlif4o/MMwt/8AnIX8jroA2/5reWZQehXUIab/AOywAf8AnFv8&#10;0h/0pJifDjkj2VmAumwzj/Oj8wjl/PP8nH+z+Z3ls9v+OjB/zViR/wCcXvzTHXQ5vuwR7My9xR4s&#10;P50fmFVfzs/KFvs/mX5bNen+5G3/AOa8Z/0LD+aY/wClHN92E9l5e5kJxP8AFH5hV/5XN+Uv/lyP&#10;Ln/cRt/+a8r/AKFi/NLp+g5q+FP7Mf5Ly9xTxR/nD5h3/K5fym6/8rH8uf8AcRt/+a8//9IJpnn6&#10;IyAyXnU/F8VP457+cIfH8vZ21UH6/wCrflxDJCVhtVoBQDj/AGZ03TvOVlKin62pPapyEomvJ1Gb&#10;Rz7njeq/lVcrKx+ogjqAF7+PTvh2vmSxYA/WVFa1bkP65UYAdHF/L5B0YtN+Wd2CQlgfcca18eoz&#10;N5g099vraV8SRkMgB6JGHIN65qaflvqcRqti449arscDNrFgwP8ApaN36jKThB6N0RkHSlYeQdRW&#10;n+49tvBMCtqVjWonjNe9QcxzpCejkRyZR3ohfIt4BQ6dIo8QDXEf0jYlv76Ov0ZUdF0oM/FyjqVb&#10;/BN8FIFhK1fYkYpHf2Rb+/jXw6ZKOhN8kSzZa6qMnki6K0/Rkjk9iDTDSHUrAU/0pBTtUZZHSi7r&#10;dwpzydxSqfyJqLAhNNcbfybb4Yx6xpqb/WkqexIy8YgC0S8U9Ckc/wCW2qSA0sG27FMh/wCZ2vWr&#10;fl75tt7e5Vpr6yFnEFO/KeVE7exOa32iIh2fmra418zTV64HjkOQJ+xmn5W/lneQfmF5TvrmzZI9&#10;Nu3vHdl40MUMhX/hiMiXkO04W9uONAKAbfRnm+gg+M9tZbmX35vndrdKQjuM6nFH0vGzO7eKt+OT&#10;a5OwPICAafTT+uVSUOwCV2HgegPbMcjqzBdgWUCnE1oe/YHKp8mQdhLcqCOLUHcVqKEZr89cnJxl&#10;2R68QANy4lDXmfAjcde2arOAObn4T83ZHZ1EjeoG9NuJ5U22G1CO++avLU97p2EDwiubsXtRJJGq&#10;n4+DVcGimnifnksMZSH3sMvDE+92HVm6uEAA4k7c9iAPHNlgIIGzhZhVuyT2xWi/DTifhPz2Irm4&#10;xEAOum7DSND9oU22am9e1BmZANLsHRKdvEdcyIBqls7DSEdqeHxdczICmkuw7gG4rvtvTM7COTWW&#10;j0w3thTYGoDHruT9+bLAKa5LMO4QNm/bpQt4jrTMohiFJumGMVab5VJugg5OmB4QV8wWTV2ktZ1p&#10;8ih/hms1FjUQPkf0O70JvHIeYYT5130CQ/77uoGJHzYfxyVjLy5IeNOamp23rt2x2RZIZqHt16Zs&#10;VUiSCd82KqiNuD7/AOdM2KosfEOJJp0wh16Ey/VGArxDD8c0fa+i8cxNcn1f/gf9pDS4csT1IL8m&#10;/wDnN7yhPqX5kaPqEcJb1tPCM48RkeNs3gQB4DNP/JRB5fY+gjt6Pe+LT5FuwxpbsQKciFr1yvq/&#10;bi33ZL+Sj5/JH8ueY+ar/ga6p/cudxQcetemWbZq7Kfupk4dlE97CXb0QOf2q0XkK6kZj6DKK8fs&#10;n8cSktyqfGKV79Pxza6Psf1Bws3bxP0s68t/lg9xd26yRs9dj8JA264UvGK1B3Gx+WdJDR1sQ4J7&#10;Skduj6L038tOMMX+jlWVaKONKgdMTKDsdvllo0bH+UCnq/ls5NVt9yKb02+WV6ZHhX3yZ0ce9f5R&#10;sIn/AJVsdqRNXtWhB8cYwZabDfuMJ0kRzUa2+qMT8ugxCiAgdTsOvzygCe+5xGlgj89uiH/LWONV&#10;Kxk9iaDfNwkx/KR76SdeFkf5cAnaFzUiooKfhjSGG5p9+S/KRpI1sSuP5csT/dNTuvEdMs706fR1&#10;xGkCI66m2/Lhuvpk07U3zfI1H0YToxW6/nVp/LmSgCxnietF3xrEAVLUp2yI0kT1THXe5v8A5VrM&#10;xBMb+OwFR88aGHXnt3wjTQ70nW+Ss35Yy7ijEdQOh+nFKg7FvoxGlDH88QsP5YSmhatS3t/TKDe4&#10;+/E6WJ6p/PWtk/LKUfZPzYD9Zy+vSmP5SPev52lIflpIAQI2YjYmnj4Zgp36D5HI/k7ZHXjvQ5/L&#10;e4BJMHGmwpTL41/a3w/kgj8/S3/lXMnI0+En7QI39saUNQdmA675IaNl/KNhw/LeZaniHLCgpTHV&#10;YnbY4jQgMTrYuj/LicUIHjxHEU+nLoe9D4jInSDvY/nwVY/ltc8AF2HTbv8ARlbjoQD74/lEjXR6&#10;rT+XF0wqfgAFOnh8sy8q7kEY/lIjkk66KyT8u7gqB6bMNq1Ffo+jFCAAKmntkfyZkw/PBSP5dXmx&#10;EboAOpFO3344Adjj+Trmg67vWj8uLkLyPLvQeP0ZTL0JIPhh/J2yGvCw/lzeb13rt0pX2plFD9Hf&#10;B+VplHXhSb8vL0AAQlhXrT3zCPav6sB0tp/lAKMn5fXoAItyaD4dq069MvhSnfwyv8oV/PhCf4A1&#10;AKONufA17+OO9M+NMfyp6hH5+Kz/AANqYFGtiQtdzT9eVw8MfypX875rT5IumG1tVgelP4ZYjr02&#10;98B0p7mQ11FQm8l3a/D9VYFe9P1ZvS28cH5ZkNcL2QcnlG64b27tvsKE5vS+H7Bp3x/Kp/Pb81M+&#10;TpyB/o0gDDrxoTmEVdqfhkfy1Jlr/NaPJU6g/wCjsd9xxJ2zGKpHwfThOl2SNftzUn8pSinO0Ygd&#10;gppXFBDQbKAO+UT05QNdfVKb7y6IkPK34AinxAjBP1chRQlvHbpmk1emo2A7PS9qCWxeNeZPK7RS&#10;tNbgsVajlSehOH2hW5WWd/8Aiuh+nMrQRqy8T7davj0wHm+p/wDnDDTWH5tabMTy+r27mlenbJAw&#10;oBToM2ofEpv2vh6A/flEeGFjTgaE9gCenXKxYoiMgnrXwyAarCsvmG6LDkBZQo3/AATmn45qsuMS&#10;1V/0R95cqUq04H9I/oZTpW1t85Gp9wwpdT6nGlQKCvjTARu4UuSdL0/hiyI1WJclWA4xUFAe5r13&#10;8MyYjz2rl97jTK7M4+DuKjY/PBICmtsdRhNMOJK9hsAcwpCmYX4XygMPE16+FflmLkFtsS7Cicb8&#10;WoDQk/2Zg5D3t8XZGrz4oz8BNSQQQKjsPoOarNZjsHLxbF2Rq4QdABuSeFOn0dc1OWFdHZQk7C9C&#10;vIpwJDbV6Gv09sxoAXVE23yBq3YOt0IChKliSSo2AHvmRCFVTRklfN2SC1WjAMiyLt1H8M2eLY1V&#10;uDkO2xp2HcJIZQviB8szobOIXYbRELTbl4UqaDvmXE01l2GsNduxp0zNxlrLsMIqmgG57ZlwapOw&#10;3ttwdiSu/wA8z8LErD1OHsJ2GbXEdqajzUj3wzjP6slJkEO+/bDSHYUyiTfApNejYmla1oMh7RGG&#10;e8hqaLcSFAP5WPIfrzh9d2XKepySiOZv5h+nPYTtqP8AI2GMjvDij8js/n3/AOc/Py8uj/zk/wCb&#10;NXtbQvB5m0XRNTJjXrL9V+ryE+JJhzcW9z8sxT2Tk7nr/wCWsfeHxkfIOpjrYSkk9AprtmAbfqKd&#10;ThHZGQ9Fl21j23C5PIGqMSRYyfCafZyvGpph/kfL3JPbUOhbH5f6pyNbB9j1I2pmpUVBJHjj/I+T&#10;uR/LOMdRbf8Ayr/VNj9RcgDrx6Y3iSNieXhkh2Tk7mX8uYwea5fy91NhtYvXetU2yipHU7+ByQ7I&#10;ydyP5cxnqvX8vNUp/vA5H+rl0P8ALh/kbJ3MT21DpJXX8utT76c3/Amo/DG0pUmtPHLo9jTPRB7a&#10;j3oqP8t9SblxsTUdBwO/y2xhJ+ydq/tDemZOLsWd8mqfbUasH4JrZfldqckyxtp5PKlSEqKYX3Mj&#10;KW4uSdh4bZ0GLs2UIVVurl2mMnN715X/ACjljhjEum1jbxjFPau2B1lLKC7MCen9uX49Ia5NZ14B&#10;2ZdN+VDCRhDpodOx4DqevbL51PH1N/Y5ZLRnuX+UK3ab8rJTRRpi7bj92B/DGFiu3q7kbA4/kz3M&#10;49oAtP8AldOAeWmip6AxCgrm5Pxrz3pj+VPcy/lGN0p/8quufT5fo1fCvpj9XXP/0/BcXmycEEXB&#10;FPA57pHO8QcQfv3QeGHEHnvUoQPTuWAH+UctGe2o4ASptBC32olNfEYKP5ja2BT621PnkznY/lo9&#10;yn9Tta1+rpX5Y5fzE1cAVu2B+ZyJzI/LDud9TtT/AMe6fcMUP5jazSgvHPiKnAcoY/lono19StP+&#10;WeP/AIEZY/MfXAK/WmP04BlC/lY9zjZWh626fdmH5laxy3unHybDHN3hP5WPc76jaf8ALOn3Zf8A&#10;ysvWuW14/wB+HxYo/Kx7mvqFn/yzR/8AAjFB+ZWtnf62wr03yPjXzR+Vh3Nfo+y/5Zo/+BGCY/zF&#10;1w7m8b78PiDuYfl4dzv0fZf8ssf/AAIw+0HzVqvmHVLXTbidpLcsJpIzuDwI41HhU1zmva3KPyBj&#10;/OkP1vPe1Ijg7PmQOdBfFZ2sL+pHAiSCoDgCu/XPZ/k23KRRCnYV7ZxOgi/NPas7kUTnXYxxUAUG&#10;2dHEUHmJuzGu/U/1yRai7AzjwG3fKZMol2BHFB4A9MxyGbsCy1FdqilQfllM7ZAOwkugAGI69Grv&#10;TvmBlHVyMfN2R+5XtUMqmnGm24675rMo6OfjPzdkdcEXMj1FWHEVHT3Pj0zVT+sn8e92Md4AOwzs&#10;9o+QU02BUn4qDwp2zJw7C62cbNuXYbWyipJKnlXkQNiD7eA/HM7DHvr8fjdxMh+x2SC3pUr9kdVH&#10;SlB1oM2mGrpwZuwyhUhNurbKP4ZmY4mmqRdhjEvzoBvmTANMi7DGGlRsffMuDWXYdW5qDy3ABFRt&#10;92Z2BqktbthxbI3w03Xsc2WCJ+DCS04dRggjMkoiothhGagHqMpLZBCS9+22Ui/7lNPkp+zKoPuV&#10;r/DMPPH1xPvdxoTtIMM83jloF5T9iSFqfKQZIxgLmh4s/c1r7nHYGSFdqKBSlfHNTFNKJI3oaA5q&#10;YrS5Gow3r4itM2KEfEQ3EkV9vHOIfmd59uvLN/aWcKqUdOZLe+ZenHQc30X2N7NGqxTlZFFKtX/K&#10;Dy358liv9bs0uXgThEHWtKZzEfnBfmv7tB/kjMvh8ntf5BHeUl/6Fl8hiv8AuKh3G/w7fdjT+cF9&#10;TaNCMeE9wUdgjvLY/wCcZfIJr/uKiB7UXplj84dSArxQDtjweQ+SD2BE9Sqr/wA40+Q4/sabGK+1&#10;aYU6j+ceplOA4itaEdvDDGJPWvg34PZ6F3ZT7TP+cefJdowaPTEHuEG+Rt/zb1Q9SK96Hrj4RH8T&#10;mjsHGy+L8mPLC7izFR0PEYi35t6oPA+9cPhk7WzHYONU/wCVM+WW62i+xKg43/lbWqGpB3PXeowH&#10;Ce9P8hY3f8qa8sBqmzUj/Vxrfm3q1fGo8clHHI9UDsLErD8m/LJH+89KbUoMZ/ytzU6GgofmMfCP&#10;eyHYWNx/Jry02zWw4+AH8cUX82tSoSWHsK5Hwig9hYyt/wCVOeXEIC2oA9gMYfza1HwH0HJeGe9f&#10;5CguH5O+XKg/VxX5D+mUPzd1ImmwAx8E9Sv8gwXH8nvLnHiLf6QBXFf+VtaixHEjbtXJeHLvQOwo&#10;BYfyd8u9fQK/QMa/5s6oagFQD2rkRh81j2DjCov5ReXwKehX3oK4h/ytjUVO4FO4w+Ce9sPYcD1V&#10;B+UXl4dIB9wzH82dRI+Ht7+GDgkOZYjsODY/KLy7X4oAfYAY5fzY1HbpX5/ryXhHvU9hw72m/KLy&#10;7v8A6KPuGP8A+Vs6nXqPnXrkTjrqj+Qca0/lD5eO4tx9CjHL+bepg78T9OJwnnansGHRS/5U95cN&#10;Qbfr12GK/wDK3dQNNlFPfD4R72H8gQ71M/kz5cof9G+kqCcUX83NRp2+8Yyxk9UH2fx9Fv8Aypzy&#10;8KD6vsOg4jM35u39DXb3BGDhIHNI7Agt/wCVM+Xya+kRXrQAYmPzZ1A7kAg4RjJ6sj2FDvbP5O+X&#10;R8Jt9h0qB+vFB+bN/wDKvUVxOKXexPYOMuH5PaAOkGx6/CMx/NjUeoAp88r8MjqUDsKHVsfk/wCX&#10;qbW4Hj8IB+/FI/zavwfiSvicIjLvT/IMO9C3H5L6BKABGAVG1VGwy2/Nq+J+FaeNaDImMu8o/kKP&#10;e3D+THl1AeUQcnY/DjB+bV+OiiuIjLvX+QYd6ufyb8umh+rUA/ZoKZf/ACtvUCQab998mYS71/kG&#10;HepH8mvLf7VtUdOmOH5s6hXdVp2wcEgTuv8AIUB1af8AJry4VPC3Cnvt4eGK/wDK174UKlaj6MAE&#10;r5sf5CiVIfkz5dBr9VA7VAGWv5s35O9MPDL+cUHsKPe0fyY8uAEC2WnclRlt+bF/Sm1Pnjwy7yo7&#10;Cis/5Ut5b72oFf8AJGNH5r6mfs0FO1cAEh1LI9hQ72z+S/lYdbQGnfiMVT819WJAotB1NcBEv5zC&#10;XYOPvWt+THlPq1krbfD8IxYfmtqgNSATXCBI9UfyFAoZ/wAk/Kbin1NaHtxrv4nFP+VrakegHvU4&#10;8Mgee6P5DiOZUP8AlR3lUKaWgBpTp1xRPzV1I0DKpwVLmCWJ7Eh0Km/5F+VGJJtQCfBR4bYPtvzV&#10;veQ5xgj5ZImXeGuXYwA2KRX/APzj35PuUZHtVofED7znRdH8+JqJT1bdQCKk1yrJCFeoB1GXR5cJ&#10;IEni/nL/AJxq8pLbSG3tPScGtU6GviMnOl+Z4rjUUs4VoJRR2rkJ4scIiuryPtFiyHTkzN0WX/kj&#10;+TGh+TNVGtWkHG7aL0+ZUdOxByejdR75Q+Zz5vrIDitK0OOwMFMHpTqcTwoKJTqKf1yDXg5a5qLh&#10;hREgVqeyVIP35reH/CJnyDdlNYY/Fl2mf7yxbfaZ2r41NP4YUOCZDVRTlt7r2OJFycSR2Tle+CI0&#10;JB369Nun+3mVCBceRXYx1JWjEd6j+mQkNt2t2FNwO53B3HiDmFMbswqYVyKCCDWh7DfMSQbI83YV&#10;XSB+h3PT+IzBzAFvg7I3eoSaAggGhHegFPwzV6iBJ9zl4iHZHLlDyc1UtU/ETv1/CmarKPdbn4zs&#10;7C3itTsW2Nadfah8AcxeBybdg+2VqjilEAoA3j/E5l4r7tnHyEdXZIbXalWXqQe5J+WbHEXByOw2&#10;gU12PGg2XagzLxhx5Ow2iBBHSndt8zYW1kuw0gG+9Vr2OZmIU1SdhjFsRXw6ZlY+bWXYbWw/sJ3z&#10;PwjqxKmduuG8CAglwQZPtCvQfPNhhhYJ72slYa/0w3j3Hse3tl0lih22rhlCfwymTfBK7oVB8Omc&#10;o8++Y5/LmqxRxLWPUYRNXtyT4D+FMnpIgGXnT7F7CYvzOjkL+iX3i3zn+Z35U6B541+w1nU7SOa7&#10;t7IWnqlRy4o7MorTtyNMgn/Kx7rwA+nrmdXue3HZfm87b/nHvyhQAafFTb9kf0xh/Ma4PbY48N9A&#10;2DszzKif+cefKO9LCIV6gJ1+eMb8xZh9lRXJcPuT/Jx7yvj/AOcePKVSTp0XX+QHE1/MicH4gF/D&#10;AYnuCT2YT1VT/wA47+UW3/R8TE9aoPxGLD8x5mHUfPDweQYfyYR1Kz/oXvykDVtMiIGw+DbMfzDu&#10;Oux+nCo7NPerD8gfKQA/3GRcU6fD2xh/MS5pUhdsaron+Tq2tw/5x/8AJ1SVsIhU/FVf14i35kXI&#10;6gAfLDXuT/JfmjYv+cfvKinkmnwEEdCooMRm/Me54VQhaDsMNUkdl77lHWn5FeVY3p+j4gR1PECu&#10;Ra5/MW8ZmrKaHoCckMcu9z4dlAM2tvyk8vxoFWzQUHYbfRgL/lYl4Du/Tpv1wHAK5t38lxKL/wCV&#10;UaFtS0Q77/D+vGN+Yt2P92eNT1weD5p/kyK5fyn0KoJs469vhGJH8yLtaN6tT3rk/BJZjs2PJtvy&#10;h0GTrZJX5DG/8rPu609TfB4Kf5Kja3/lTegf8si9f5Rn/9T5aRXCttyI757GMl83kTF+/mDhdPxo&#10;r0p45kDIGunYslyzbs4+WSEwVMadjzOSdnCgdanHiRTsb6r8tpqjwrkOLdadltPItf3n44bV2N+s&#10;OftPiCh2O+sS02ansckJdFdiizXFBRxhvzXZ2Li5uRtzp4YLRwh2dk/JeKa98xXkznkLa3jVaeLv&#10;uB9C5yvtVP8AdY4/0r+x4L/gg5Rj0UIj+KR+wOz6IeV4eKx0A6ANtmj0Q3fmrtCVku7jOjAUB7e+&#10;bynRl2N4mtCQf5SB298lu1OwO4BqKVNcokAU8nYGddtwKV28RlEgzdgKbYAn7JO5r3zHytkXYTXC&#10;kbc929xWuYWVvg7I/cEkSAbFmr8YPQeGarLI0XOxh2R5kQO0qwoAeSHlX3II37nNWYRB4gO8fj3u&#10;wEjVW7BVqpEKxtzjDEAkrVv9kAffMjF9AHL4NeU+q+bsP7ZSHVRQIRVaioPgBmywx32dflOzsP4E&#10;LcXHYUIG3TqDmyxi+ThSNOwyjYAqvL4yK06fRmXGQ5dWouwxj7DqO2ZcQ0l2GEIP9MyYBgXYbw7k&#10;8d1XYinU+OZuFrIWt2w8tgPgY1FKnrt86ZtMI5NUlh6YcoadMvKIqTdsHR0p0pU/jlJb4lBy9D8q&#10;ZfS7sH/4tKg/6ynMbPVC+92ei5sU8zjnoWrqOqw89/8AJZTkiGVl2IeGSGldqe2WMiyCDc1rXcjv&#10;3+eOxZIfluPDwzYquVgprU7dz/XG4WCYQOAV+8Uzyn+fAT9KaezAVaGi/jmZp9pfB9W9gJEYpgd7&#10;07y4rNC3Dcd/DPPIkhVviAIzL5vpBJIZR6MhFeVPbFlktjvTrhumsmS0wzeNcQnnt02H0/24BI2y&#10;gJFVSGXuR7nrkYvrqEsabDsckS7DHE0m1tDIoFcKWni/mNOvXBxBtESjRG2Bnuoh1agPfAZM+Erx&#10;E2xxIXKbcZPkMfEASYKnA+GUbhDWstD75LxIndeFv0yO1fnjRMnUygjE5AyItvhtsv04qt1FGK8w&#10;w7jAJMeE2ptEW23XGG6iduXqBa9q4TMMzFcImA6VxxmjoCH27EHHjYVu7g3h06DGrMvaSn04mQ6J&#10;4GyvitfbFfWCj+8r9ONoMVnGp+z9OJtcqdvUqfCuImOqRGmxH/k4wTiv2vxw8QZVa7h7fRl+vv8A&#10;ap7g4DJeF3DahGN9Yf78+84OMrwu4Dwrl+sh29Xf2ODj81prgf5Acr1lBqJaj54eJab4A/sUxQXC&#10;gUEmDj3Uhb6XtlGUHo+EzVvgB1Gb1WUf3grh41p3AH9kmmNE7k7yDB4nmkxDvTX+U4sLriD+8BOD&#10;xR3o4bWelvTiQMpbtqVDA4+Ix4F3pDpTHi6bclhTDxnvXhWmIDsRm+s0O7/icBn3rw97vSHh9OOW&#10;7p+1+OIyBHAFvo+304762T0OHxF4HeiPD6csXQ7mn04DkXhd6X+dMUFytT8VcIyo4SsMXtT3pl/W&#10;l2+PpgOUHmog70T2GKC+QdX2PbAcoKDjW/Vz/KPnjhqSqdm27nBxhBxNG05dRl/pMfzHfETiUeEt&#10;+qEEUG3hjk1FT1cgfLB4gCnE01r/AJO2K/pJVP8AeEjHjCPCJUzaeC0p3wdBqy7HlhEhezXPCh5L&#10;FjUHJ75e8wiKVFMmzGo9srynZ1Or0nEbYh5g0L6zayAR8mG9c7N5F1VLrzLCnMMwHTMOeWzEdLeA&#10;9sNP4ekPvQGhadJa2yMyFQF409vlnp5fsimTL4vLmm8hAJrt2x2Bipgg8QMTwoKJjO4yEyb6hrDF&#10;i1JlUGlKAIu3vTMLFfiZD5j7m3UbQgPL9LMdO/3mt9qVWv4nCaoMrrXcbsB2B6fqyuIBkR1cWXJO&#10;F74KWvGgI59iemZQBrzcYrsTcAioaoYn4uv0ffkJCxbB2FEoDfFvWh3zCmL3ZheNxhc4H7RH0Ziz&#10;DOPNvCy4Unr0oTX28cwssbb4OyOXMbO0p5cuQP2dx8/nmsyRJtyYSAdkbu40YsynkexAJH4eGavP&#10;jBsuwxSI2dhbGvqOquVQE1Wr0Ff4E5hiPEdz+P0ORI8I2dhslm6uIxIkhdhxZN/mMzYYpDa7cWWU&#10;HenYf2thJHvzgVmJJT1VpXwNN9vbNjh0xBvb5uHkyg97sOY7ciPl6yJIem4IA70p3GZ0cW3MW4xl&#10;u7ByAmlNlG1Sabe2XxBDE7OwfDUn7O1Bt3rmVjJLB2GEVNivT9nMnGerCTsNrYHp09vnmwwsCsJq&#10;cO4F4gfiTmzwggNRKke+Gcfbf7sskmKi/wCOGEfUU/28ok3QKW3IqD7984R+fCNDb+W79B/u2e3k&#10;b2KBx+o5bpfqL69/wMMlzz4/KJ+RpjE8CzS8XFSBtX555wbUSe4G2bEQ2fXo4yojT4wehr4YmdQ3&#10;3btkqDPw131Bf2RiJv1JO4FcPCO9IxkKwsvFa074k9+B1NffAAGYxL1tO4FMTGoUPUgjoK5IiknE&#10;u+qbdAfoyzqRBqzH2BOIpHhNfUVNfhG/UUyzq7EHiaeO+Hhs2k4WhpsY/ZBp0wMdVZmIY9e9TkjE&#10;J8EKwslAHEdO+ALvWCilQ23zyNcLfDAiobAM1WH4ZHJdWJYkv3wnIAHLjg2TVLNVGy4GfVaftivj&#10;XIeOCzGBUFqO4+eM/Swpu9ae+IyxSMLf1UHoPpwK+qo1Rz2+eJz+bMYlRbcDfiCcZ9fSn9979cHj&#10;7Wy8MN+ifD6KZ//V+UcTKpP+e2evA08rIW/fzFmmQb9PpxORjwl2JC7QbcsiZhPA7La7Wmx+jrj4&#10;qOB2J/WhXrg8Uo4HY76z/lY+KV8N2NNz/lHB4xKeB2Ki52pyOT8VHA7FBdMNw5x8ZHhux4vCdi52&#10;98TmtjwOz1J/zjhbm4/Tt4STW7hhVvZIyT/xLOV9oMnHOEbunyf/AIJubhGKHkT8z+x2fQry1EBF&#10;GSDyoCf8/bIaOIfnrXy9WzXfJuF2qDm1AdOS3jGB/rviwdgdq98pKXYkR3r9BO9PbISGybdgCYAq&#10;ak0HQ0zEnuG2LsJbhUDczvXqw3IBFMwMoF23xLsj10OTMabU+Ig8WA6bfPNXmFm/wHOxbB2E9wgJ&#10;cfZkoDSoqB0LCmYOXmRyP43cvGeXc7DSxhtmth64Y0JCFDQEkDc++ZenxQMPV8HGzzkJel2DrVOD&#10;bCo6qTWtDtTfrmVijR+5oyysOyS26KaychyFFPb2+WbXDEHdwZHo7DFE3oxowoBSnf3zLiAdi1l2&#10;DUXpQ7DwzJiOTUXYY24Gw8P45kQDEuw2hQkDuexbpmdihbVJaaYdxoGUKCVbsw61HembOMbG2zWT&#10;Sw9MNYlrx5bkdSMsKhRc/wBmD0HX3yot0EHKdvDM4pLZHYBbhCT+FBmPmjY+LsdGfUxvXl5aRq6m&#10;pLWkm3XtX+GSIDKXaAPA3ao3648YGQQbkAtVuvXbrl0xShmbv/nTNhSs55RGKCEVBLuoPbY9s8u/&#10;85BQxo+kzkHnQgAd98uwzqdeT6V7ATN5IvW/JkjSwyAGi7Vr8s8xsEZqiNjXMzjfTrZyoYDdwPDG&#10;niOkZBGDxKRxFUCmteQwJcuvEkoQQN9sIlbbjCpGhBA5A+Oc512/NuaqDuemYeq1XDydzp8fEndv&#10;H8IrkSOtudmYinTNZ+ekS5owor0wMCHWizkBiPEVOP54k1bIYCu4jExrIViGkIP04Pz2+6+C7jlt&#10;rCncSE+/+3h/OGrSMDuONTWG7uT+GMdWSnwG6DE31uT4hzPtvhOrPekacO4jwxAarINxId+2Aawn&#10;knwQ6g8BljXJ1+1K2QOsIR+XHR3FfDFRr0tK89q9dstHaBIX8uDza4r4Yi+vTlqLLSvfIHtA2kac&#10;B3EeGJtrFwp3n374TqzzT4ILdB4Yg+u3S0PrniemQ/PS6FIwB1B1pmHmK7qOMp+7E66Xev5cB3Ee&#10;GPOv3LUrKT7ZP8/LvXwA7ivhjf0/ckj46eAyEtaSnwA7iPDLOv3dDR6gY/nZ0jwIu4r4Y9NbuTU8&#10;jXwwjWFfAi6g8Mx129rTkadt8H5yS+BF3FfDHfpu9G7OSD2Jw/nJdVGEO4r4Y4a1dHo345L82e9f&#10;ADuK+GWdZuq9Tt3rkfzckHCHcV8Md+nrwUArt74/myj8uHcV8Mtdevveh675IauSfADXBfDFRrl8&#10;OhJr4nCdVJBwB3BfDFBrd5XfkB88I1EkeAGuC+GKrrd14nfqMRq5Bj4Id6a+GOOs3HZmqOm+A6qR&#10;QMIdwXwwTHql/J9jlh/MSZeCHcEGZtXvENCx2w+PII8ENemvWmNOsXXucfzMkeEG/TXwxaLWbkGj&#10;A7dMI1EqScQaMS9hTBR1SVxRT17ZE6gtfAAt9MDKGoXQ9zj40+9TCLuCntgldRmIocmNQV4AtMa+&#10;FMEJqTACpO2xGI1MmJhbRiU9ck+i6mzXMPwk1IBOGWoMh5uPmwDhS69tlaGUE9VO2en/AMpLeabz&#10;WsxX4BFyJ8BTIjLx5YAd75Z7fzjDSV5sUjZFsgoIYqSp+/PY6Cij5ZsDzfCSl0jElvfoPlmxa1oq&#10;SPClDlEUwoKIjO46bZCAQZtVcKeJuZD9I2/hmLi5zPmz1P8ACPIM0sV429utQeMY3H34SAJ67opr&#10;KaNKAfs16V+YyjGBxkDmdy0Tur6JsuDRHUMQeJYAEjY/RmXwuKSuxJ1VECqAiL8KjsBkJR4RQ2DD&#10;cuwsuBu1R7VzDkGQXjphawpXbMWTYC3hZOoIYbjrtsKAe5zCyi26Lsjk4aj8l4sTUr1Wvt8/nmsn&#10;dm3KiQ7I/d15MQKOTV+tN9q0H6s1uUVvyczFydhWSjceRDKdxXY1H2qV7ZhkCQ23/G/wcoWHYLgQ&#10;MykM29FqK8go7j+GXQiT82mZ2dkhhiQEfDUL8PLZSfanX55soQFuBOTsNrZgWqoC0YjxqRt3zMwn&#10;fuaZB2HakHuW8Ccz7DSQ7BcRP09D3OZGM2h2Do9qVFB7ZkQay7DS3Yg1AB2qDmdiNMSp4eQbgb++&#10;bTCbDVJTPfDJPDLCsVF8HRk1HbKZN0UDOKgimca/5yBiP+BYL1B8VjqVuzMOoWTlGf1jJ6c1J9O/&#10;4F+UDtTg/nQl9lFJUjDXZT+YNQe4oc8VPeyN0btmZx11foMYkwW3QdRU4Ge+kG3ID78fEZeEFUW6&#10;H9mmJfXGoSDQ+IyfiM/DDfoCoHbEBfTA9a/PAcpT4QVDboRvT3yn1GUUBFPDAcpSMQbFqlNjjGv5&#10;GAFevTHxUjEFwt0BGwy1u5FWvLfsMPi7L4YLRhQmlAMYb93B5/jkTkZDEA36AHQbZHtXv2VSVbfK&#10;MuUgW344IyCIAb0JORg6jIwO5+/MT8xJyxjCK9NcAyXsw+IMSPbAcx72XAG+I8MS/SFwB3IPfB48&#10;mfhu4jwxrXstP1b4PFPQo4A3QeGN+uTcK8t8Piy72XA6g8M//9b5NhgtTvvnrUrDyhJfv5iDSVrX&#10;YeFMgWduxIcK1rTI2kl2KDh44ot2KUjpWu/hirsrlGOop44CQrsoNDWpJA+WRQbdj/UhGwJOSK2X&#10;ZgyE0DYOJeKnY7ghBJfHmgTdnt//AJxpsFj8qpc03u9QuZa9KhSIx/xHOY7UPFnrup8K/wCCbqeL&#10;W8P82IH6XZ7z0KExwoBt4kZk6SNB8L1krLQ6n2yVU26VzYgF1hLeMZTQEAMD0HhiWDsCttQnKikO&#10;xJqnqae+QZB2Ap6sKmniT8umYuTcbtgdhNM1KkUCdRTf7swJmg3xDsIrlVbkpX1G+0DQgbdjmvyg&#10;HbmXLx2N3YTmbgB6aENJt6i06EGo6VzXznXIc/c5YhfM8nYta+ooiIjViHoikcQpI3I98lhJABoH&#10;f5ftY5aNuyRW5dSGmPMk0VQ3IAA+PY5tcZP8TgZK6Ow9iIcUAXgKKU67Hua5sse42pxpbOwwRaAK&#10;DuMyYx2oNVuwSgA41H05kRjTWS7DC35bE0qOvhmRjYF2HMQqN6qvc17e3hmwxC2sqeHcFSSO1a7D&#10;Nnj6tUmmwzhBHEkgt3p0xklRfBiNvToe1e/yyot0Ag5f1/rx71pG32Ssib/7IVyvIPSac/TGpBI9&#10;TTnY6hGDyLW0o49v7snJEBQ5iu4rd84NKOKE7kgHr02xwxZIN3AFd8vClCtMCRTenfLwLSgZCdq/&#10;RlYrSvDJ8a8j9o/qzzJ+cCvrWrQ2cLAx2K0c9RXwy6Ao+dPpPshH8tiM5c5PV/LV7HZWpaQEs/TO&#10;Mf4XlAJ5bfdlpL2n58MmHmCAkCh3xOTy5Jx+0K98QQUx1wtXTWAWBpQZH9S0GSNCOVK96HLAHM0+&#10;siTaa2mpK7gU5Dt2zjnmbSJlqvIV7GmarWAl6jQ5hIMusrhZE22p2znLaaQaSShSPHrmorvLthMJ&#10;hyGN/RUJ3NyFb5HBQXjaqfDEzptorjlchz7VpkSASy4w3U+GNms7da+m6knbvvkzLokSdv4YiNNm&#10;oCrAA9BkYgp4g6oxOTS5StQ6170yRBUTAdUeONOkTMqkbnHhK+IHVGJyaWybO1G7g4CNkiYLeBxp&#10;fEEsQo8a5HhKeIOxMacqtXliF4g7LGmxFqs/XxJyY3SZgOxX9FQOBykG3vjw9xY8YdjW0uFekw9s&#10;BgkTt2ItYxr0kNdsjw11TbstNPQ7tNQjocPDfVTIOxU2MSn++r7dcJjXVHGHZvqcSivqmuPJHGHY&#10;/wCrISD6tPorhBJWw7LNpGTQTGnTJEWvE7Hpp8VNpDX5YRDraDk8nY79Hjp61ffCUeIHYsmnim8g&#10;bxO+GkeI7FFsEB+2MsEbXjtquCUsIz/uwU9+mHhDAzdX2wR9SSlPUHthtjxh1T4YwaehNPVyPCvG&#10;GuXtgiPSgSKyih/aoceFBmHcvbB76eIVAjulNRuRjRRxrQ1eq0wILPqWlBJyQiVlNdyxRbGu4dae&#10;OPAjjaLYt+je5koO+SqkeK1zwXHpiU/vPn2x4fNhxLS/tXDK20wA0qGB7V75MAIOQKby0FdxgptG&#10;4ULdG8DkuEHkx8UKQuVatNqYIh0GNyH5de1e2IjvyYHOAte64jpkhs47bTihZa0I3IrXJSxkdXHy&#10;ZDPkl8/q3SMAaBgR16Z6h/I3VrK/12eBKLKIDxU7dMxcB4NVEHqDT5N/wSMExhjLpbGprCawtHLu&#10;HBepp7561psBm6fFSEkMgNaGor2xpwtZVY2BG/WnTt9OUe2FiUUhpuNyBkHhZmivJiP72eUgdSKO&#10;w/hlOAHhkfMstV9QHkGc2i8UhX+VF/4iMKAqo8nH4XduTHrtmNQBPQlxpSvmma4IjZuDAKZGhG5G&#10;wNO1PHMqG8SKshokN12aXp0HUUrgmwdhVNWsn+fXMKbMLx0wtcDjsTuab5iS2ZDm3hbOteatQcsw&#10;co72+LsIbgEEg1+H7FT3IzX5e5viXZHblRyY0FdyydB4fTXNdmFkhzcZdhfxQneiBDXfZl23qe/y&#10;zF4AD3AfY32XYIhieMgu3xJxcwr0YN2J8fllkISBsnf8c2E5g8uTsPrcM1C7/Y6H7Jqw6UFcz8e7&#10;hT2dhtEhUAKpJIAcA04j5+OZkI01F2G0anZV3r0FeuZsRfJqk7BYV6UQqsmxXluAPGnfMgCQG1Ww&#10;DsMk7D8ehzMg13u0fn9GGNv4Dp4Zl4gxKzDyDoO9R1za4uWzWVM98Mo+23Tpk5KN1FvuwahqA3Ei&#10;orxPUexyktseaDm75BPzasE1P8u/McEg2igW5HsYZFf+GCG0ntfYTUnB2xpz3y4f9MCEimdoplkQ&#10;fvK7fI7Z4S/R9pT7RBPzzKfprxCuN5cV+yD92BJLC0BoWYg96HCAzGU9yut1ckVCj8MQNlZrUcmJ&#10;9xhss+MnkFQXFy29FHyxP6jaNUAn3NDhZDIQu+sXA6AU8K4nLp1sN+VR40OAJGUletzNXdR9BwKL&#10;CIHZjv33xps41b6w5G4HvvlG2hXqSB8jgIXicJpD0AqPfE3tLYAnkfxwjkyjJcs0pNCvz3yLaxFb&#10;fY5U96HMbK5OJMYC5FSPxyL+hACVL7HpmJQPNygUVU0rTGtbwID+8LA9sF9GVhoFj2xN2to1p1B6&#10;bHDskFvevhgOQwP2P0A5AnonZdgelvWlTXx4nAysOz//1/k1IhoQCM9am8qOb9/MCmNial9sx5As&#10;nY70l2+KpxpXZvSPZqDBuuzs3E0pyqcjRtadl+k5364SPNFh2UYm9sIPmtjvdliI9dtuowV5rxDv&#10;dm9Mg7GmPTmvEHZRR9zXpiI7bIBDs+jn/OP+nCz8j+WYnHxy2omZf8qVy+/zrnMa2V5jfe/N/wDw&#10;QNR4naOU9xr5CnZ7J0ZKQJ2p1982OlGz5Fqjclq98kfhv9GbAB18iuxNtxy7V227ZAsKdgRwT7fw&#10;yuTJ2IkdSe56nfKiN2TsBzUANPtBTx8Mx8jZF2EdxsVIIJf7RA7+O+a7Ns3xdkeu6K5NQyDoN6iv&#10;TftmszCi5uLcdzsK5A4DBaBxuj9qe1PfMOcT8XKiQ7BUDSmNFCeotQrkkmtfE9vl0yyBlQ2vo1TA&#10;u+Tsk1q1QEECg9fUpQmn8ubbERyAdfMebsN4divI0ZVpv3r45m4zTSd3YYR0atKUJrQZlwLUXYLW&#10;u3w18QNqD3zJs9Gp2D4Nh8unjl+MILsOoRSg69t82WEU1SU8OYKhj8RYdq9Bmxh1apLW7YZxjpgk&#10;o5KLe+C16gdzX7hlRb4ISToSemKTisLAeKmnyIOVy5FzdPtIJNdKSsy9jE67+6kU/HJJ3zFd4+X2&#10;kIAJPxUA5H7svFKDMrU3Ox6A5sVQzvU8a/TmxTVoWe6jtwXeQIq7sSaYT6tqItIJEiIe4YUAHRa9&#10;8nAb2XbaDs45JXPkko8wQy3CrbOJEDUMnbOG6laK8skkw5O7VZ+tTkjOy9zgmIxAjyD0HTNQmljU&#10;rLXiBsdsIJbe3HUU/DDxOUJyZJbzzsAWYbUptXAckVuAfhqPHETrmzBkUfHNNUfEa9hkU1YQ0cMA&#10;FpT54+Lu7HTRNsk06Sbqpr2/HOC+cGgWQ+2a/WZOHcvbdlRJD0zR/UMXxdc5dcGGTk3Ebd81MsgO&#10;7v4xKfitcLPXtmYKYQQu1cr4mwwIX8TTEZZbQcise46YONREt0OAjMD0FPmOmHxL5NnA3TKNzIdm&#10;f4fDHxD3suF1B4YpHcUIoxHhXCJnvYmDiPbHm84tUTr8sl4hUQ2ap7UxMXCM/N/3lfDvhEynhbpt&#10;ti7y2T0VgVp1yRyA80CJa+LHSx6eVHF9z12wnIJIpocu4xFY7IEBpNjgEwBzTVt/F4ZbR2fH4Xx8&#10;UIIdU+GAXigWpqWPbvgMgm6XZkjhOxGRJpbdlGG3Y05b+AyYlEc2VuxZYrY0ABqcbieTAtb45oYR&#10;Sin3yQpQKcMciWwNZPDJbBZONe2Z4bc7oQPbBxdyASHb9xjkih6c6HJCSHEkdq4oIoyRyf6cHExO&#10;zqnwwSIYB9pz7ZMGkElbv75SRRE1BpT78lxWgyLVcX4wgHv4nDxMHZgItj28MFq7BCmKoomG0UXY&#10;MWRWHFVG43yQmgrCKb5arGCaqBXpTJCQQ7f3x4jjHRAceJG7qnxxeKJCdo/kMI3QbaJ96YJZVSga&#10;IVOFitG+9ctVQknj8sICN+riad8FIpXcNUdxgumJNKbUOxwySYgUNTtuTvjbXSGZB7DFkau/2fGm&#10;NoIWtUGmDBGsjI8nxBTsMPiSthuOSgz8QVTZj3yaeV9cPlvV7PVLGqtC4MijuvfKNRDjAMTUhyLo&#10;+2uy49o6eWGfXl70tlEkiMk4DoR0Oe/PK/mWw80aVBqVjIDyUevFXdG75sdLqRmjfUcx5vzb2t2V&#10;m7OznFkFVyYbdQm2lK1qrH4DkhzKdSV0R+GvgcTPXJMCjo2O9T12yEWnx2CtTZmdqdKguTXK9Nvj&#10;99/euq2yFn0GxoeygfcBhcwANagV6H28MrIALjFMFxcRL+6dQAAeexIqaUqR3Pzy/wAPkQPP+1pM&#10;mxiMolCAGhfl8TKP2K1O3jTbKswkB8d67v7GIIJbwouGAYJQ70pTsT0/28wMposoi146YBcdaih9&#10;8x5BmC3hfPTcUqRv3+fXMTN3NsXYTTrWq1BZRs1K0qPD5Zr8g6N0XZHrqIECqghhTbqO1B3zW5o3&#10;8XLxydhXxXmK7AVB4ipFD+sZiEC3Jt2KxJWRJnBIUkmjdAa1JyUYgmzyYyO1Ow6tI3iTkd3Yl1Y9&#10;1PTw7Zn4YGIsuLklZ2dh3b1YcnUBDTiKb/fmdj7y4xdhpCCSRSnT4vnmZDm1kOwdCtBxG4XYU3rm&#10;TjFCmJLsHpXudgd8y4NTjhnb7gEdtszMO4YlTw6hr7b5ssNsJKZ74ZJWg+YrXLJJCi368Fqe3bKi&#10;2RQkvT38cLfMlr9e8t65ZkVFzYTpT39NqfjkOruuxM/g6zDP+bOJ+0JHeCj177b/ACz58Q8WjUsA&#10;GAFRmXs/WMgbQzkg7dPlmlVSCFVSfHJFAsORiDVqgYXPE3LkyimILdEoxXWlAfliZNBQDfCml4FT&#10;UmvhiRYNsfprhNMuErgKZayopHJeS+wyJXhLTKSPtU8KnKd4mqQlB8sd2QjLvcoZdian54XXMicT&#10;xH+Yw22xiUXCpqK98g2qXCO7Jw38cxcsujm4olOYV4qN64Rrw5fEtfamY+zkAK2MkK13jp47ZE7p&#10;Id8sRpGaVHy2ybIAt1OK+nCQDx/DKzJFF1TiHpwcvs98lsz6N/Fn/9D5QycRXmDXPWpvKAv38wKz&#10;IeiU+jKLIZh2M5J2G3fbBZ6hXY4PGN6E5E2Vdm5p13xjInZXY8SjsD8sNUGJi7L5+I37YGNB2XzP&#10;8vzxKaHe7HB6/snBZY27M7/AwVdyCB8z0yJtMebs+pf5WaY1poGiW6inoWcCD2Kota5zGUXkPvfl&#10;b2p1Iy6vLLvkfvLs9OaVGfRWoBOw+f0ZudNHZ851B3Wjphwf5ajkCMzNq3cOTY/HGtQjiNwvUd8i&#10;a5MG8CMN6U28OmVlk7A5FDvlRV2BJQRyA6nc0+4DMbI2xLsIrmNlDUPUbKB/A9s1uWJciJdhNODS&#10;siigB5+PA/rzAy7bn8D8dOrkw57OwnlVgeVAN9qgkr2B406dswsgIN/2j4OXGnYLijHoorVVlNQB&#10;u23en68ujEcIB2+9qlLcuw5t1YLIwJ5D+8+npQA7ZnYh83EyGy7DmISU5BeZAqOgzOjfMbuOe52G&#10;EaF0NSUY0JIoSCO2ZUImQ7msmnYYotSO9eh/tzMDTbsMoFCk06mm2ZWNiXHphvB2YgADqT275scO&#10;ws8muSnhxb/EFNahhUdtvHM/GbjbVJa2GcY716dcElCgxwWla1p7VyouRBCS0A3xWQfuZP8AVORL&#10;lYeYSqQVkVepNAR7ZIVqVU+IGYbvhb5SvLmGGSdGcLweQbnpxYimKiNzvSg8cjKYHNvhgnPkGB61&#10;+YHlPQ1rqGtW0R7IJF5bddq70xJ5YYq8n5sP2FxieLk5+PsrId5bB5lqH53aTOzRaFG10xNPXc0W&#10;lDuK9a4W3F5M4Kx/ulPUL1I+eZEIC993aYtDixeZYmvmzWNblZ7mbhGT8MKbKBhHPECN+uZHDbmA&#10;9zMdJvGUKgrVd9vfInqVmknLlTv0zHkAHMw5CHrGh6hIvACvQHfInPYxVIHxfTkac2OaT0G1vpKK&#10;zLx98KJrNVBLb08aYCA3jIbT23vGegCD2rXIPq9tG5dQKDx8MjdO10szsWYaZcMgXka1/ZzgXm3T&#10;4mmfm4QAZrtbLZ7zsrJ6Xp2j3LtCOK13oc5VNYQKXCvtXrmo2ehibZErk0qN8KpbWJKiN+ROVEs7&#10;VQx7jAv1WgYnY9/642ysW3y9sp7Kg5eorU6AYkVyZO5e2JGGIkKziuEFW/oyuEIqtaU6ZZEghXb4&#10;Ge0hZtmIr75WJK3lmyoaiSg7ZZxVsvE7LNsq1YycsPEok7E+EXck/LHiTbsf6MDUJcoQehGJLEk9&#10;zt/ozPaxlv3coC9642oJ7nYotmG+ESgjxpjxIMmiaY30WRuKt07kYQy5hvFFiKtWoPvhumJdioBO&#10;4IB748ZY8Rar7ZZWg3ZTXHjKHV9spUUjcgVO+Np4XVPhjxBHXdx74eKl5NVPhj1to96SD5U64Yy7&#10;0NVOWLRGJq9B2OPFupLfI4qtmobeSo9ss5hBaqcUNqoNQxIyFgFgTTqnvivoxHqW275aMgYcRax4&#10;t0oeJNe2T4r5MTu1UYIWBNgxIPXbDYUtcsFL6KjYGvjkgQOSN2ia5YCHfiafjhErWi1ggJH1HI+I&#10;yXEOjCit3/tw0tbm2hjIFuzSt9lj0wxnTGXF0Q0sMkjKTLRB1Ud8QkKOwJBrhEkAFWAoKDpjwikb&#10;Eg+OHiCi+rRJHWmKKgGwJPscjdsJc2uR+7BCilBQ0wsVhOCIZE6FTQ98O6yiQouD4gnDWFYj/NTw&#10;3yBk1G0LIXFenthpbrFyBodumVyyFqlfVATF+OxFe9c6h5N80at5XuVuNOnPpv8A31sx+Bx8sxhn&#10;nCXFHZ5ztzsLT9qQ4coo9D1DFtQUMASTVdwc9WeVPP2l+Y40imIsNQIA9BzRXP8AknNrpe0I5PTM&#10;UfsL4n277Ians6RlH1w7x+lIzqMELhZCIgTTk2y/KuTmYFY3Y7cVJr9GbInZ5AwNpvbXCyFOLKwY&#10;joQep8fpyFW9Rp1uN94welB06YMAIxD3NWpN5C9Jh2c7dCcAcFPKlfj6nwPiPDBGAlbjSKOB74KA&#10;KqnGp3ox9syTHhApoK8GuBLo8EJFaMeKmh6np0zF1FxtEd1w64STv6R5sG9OhMjDsKdT7ZrckuHc&#10;8m2ItcMDyDZTuQRsfbISGyt4Bn2pXavRPE+AzEytsQ7CS4UnevxMRXxOa3IG+LsjtwrK7cuS71Hc&#10;7dwe3XNfkDlw5OwvIUqeUlSCCTTf23AzEmBR3bt75OwVDGVAYHm2/AAioPXau2XQiR5sJy+DsOEX&#10;lxoCB1K/R716VzNiLcU7Ow1tx9lQOPSq/IZlY2ouwyRdwSWP7VD0zMgGol2D4xQ1I+jqBmVHZiXY&#10;OjUVpTt0/UcyohrWthlbg1q37I27VzLw80FbhxDsaU3/AM++bLFtbAqeGUdDlhQovtgxO+VFsihZ&#10;Nx174txEkbxnpICp+RFDkC5eGXCQe5Jr0E9vb6c+e9/Yi1vr62KlTb3E0ZH+q7DMkEU/W2kz+Lhx&#10;zH8UYn5gJMszV3deuxOFpi3PFGPjkrDlWrCXYVdRXpXEJAi15qR7d8NshurpyNOJFPHApEZqWSle&#10;+BkLRFW6BvoxFoo96dPHFkJEqiu/04HKqmwoQcmCz4lQEnc9tqYwhCPioBgLMEt/F264XXXohSdj&#10;26YJAU3QO6Lh9QkVOQi89ESk8eVfauYUxZtzobhN0DU64WOYQa8KeIIyom+TaCVWh8cCu8JIqKDI&#10;shsuocqsHY/PDaeJ1DmqlKA/LEALxFrGcI+v7WNRu14vJup8c//R+U088RJJ6032z1uZeSG79/MA&#10;mRSdh+GUcXRnRdiTPvQU+WDyZB2N516ED2wEjqrscHp1p7YL2RIOxUPXpv8ARkQWFF2ODGvSvvhM&#10;lp2KBqduuMZBFuzcj2G3fEyCHYK0+E3epada0JNxdwRgDqeUigj7sqySHCT5NOpyeHinPuiT9js+&#10;uHki2EVrbKAx4qAo7UHamc5EWX5I7ZymU5HzaPTO62CUQAiopQnoc3eAbbvGZju0Bt+vBxjWNRwA&#10;UD9nc5kcAiNuTik2uxtRttxLdB0yJQXYHenUk9z9/tlZUOwM3y69cqKXYCmYEmtK0+dMxch3bQ7C&#10;m5AYCm5UEmv698ws1Fui7CG4NACeTcdyR+NCfDNdkFuXjdhXIATShkVQGJBqApPiMw59b6OTH5Ow&#10;xEfwwBeKim23Qf6xOZHDsAPx8Wi9y7DW3UBYiUUgmrdQTv3rmbiHJxsjsO4kBZl4sePUU+E/Lrmf&#10;GNlx5bOwzRd6r22pmaA0kuwVH1G3Tp4ZfFiXYZRA7gbN1DEVAzKgO5i0ThlBsFJPsa96+2ZuHbdg&#10;VmHUag0VhQilCDvXNjWzUSsbDCJQgUFmbj+0xqT88rqhSg2otvvguJWDOWfkGI4LSnEU6V7775X1&#10;b48kJMajYGgHWuLuKxSDxU0+7A5EDSWihuoB2LoG+XIYJbULsfu4uEaKqioUE/ZG9TXOF1naOo8W&#10;cAaAJD7p2V2FoDpcWWY4pSiJHfayOT+ej83vzU/M1vzJ/MXy+ddubOx0fzJqthb20QKMsUd1Iqb7&#10;H7NN80ZmkYFpGc/tMxrkdPDJIgk25WoOKETGMQPc8xsI7+5mjmubqW5l39SWVi5qdzux64MKAUNa&#10;t3fxzptLYIefyyu3rfl154fSAkJHdu3tiDJQkbb5sQXCnLZ71oEspC1ILBamtOntT3wquUUAgdcy&#10;I7oE3r+gRTzOgKjipBZgP86ZD79yeYpSn8Mqn7qc3E9l0yCKJIwoBan2SMjUzJyPIHbYUplVObFl&#10;UEb/ALB3PtthLeMgjapJoDsMgaciFkshsUbklQPEnOealIB6jfEw3NcjLk7nTDcM6sYw3AbA03rn&#10;CvNc6NI5MZZuntmp1hPJ7nsqOwej6REUjFGABG2cxnXmaMlAep75qyXoYMhXp1rhWwjVyAhoOhOR&#10;bRZVd+/XEJSWICoEUimRKg02KdcChRERzJavbG2Vk8mzv2p75jEGq4Xam1Rh2SDXN1SBiEixx/ER&#10;9ww3TLm3uRiMk8QoAG270yPECmi3lrLEQa1r4UyYn3oILR+dMbyiPwAGvjTIWCreakRrRSD8skJC&#10;kbuy6AdF5U8cIkUuykdAd0HyOImguxYGNDyWgBGAS6o36tEVxQhJqUoPEV65ZGVqDTXTFEt4lB49&#10;T13wkgokbdyyktVLGsgVm6VxBHVeIF3LBC2kNCzSg02+eEoJa5HwxrQw1oNh298eJeIh1T44/wBK&#10;OgqvyyTG7aqcXVISAvEdRXfI2ho4v6Vvy2IHTbJg0xMi1U+GM9FeRJbYnbDxo46dy9sGIsfFVJHz&#10;pjtTAkrcUEKgVrXw2whHFbsesRHTYdTQZOMgEW7FPSSgLMenSmT3RxFqu9KYvHbxuAOdPnhARxFY&#10;WI7YoYo1PHYn2wikWXBiwxyogNADk9mBkXGuK1VD9ioOAsbJW9e9PDBAEZAbgflk7DHiKzcftYor&#10;JuoQjbbwwAhFloio+1ljgNqVOS4qRZaIJH2tsEK9KARr4jDZYbrCoPeowQkpNKxDfASjdTZF/mp9&#10;ODo56UHpbnt75BiQe9DPED+1SnfDzTpEZ6mOvz6ZRKNlx8tgJXeowQkPk/0u0E5UhK16CnjmMBxH&#10;d1efUmI5sK1aUQg/Huo3Nc6boekqs8fL7QIIp4j3zKw4bI73nddriYmnlXmHUGa3moagg7e+d5tL&#10;m7g0u5SRjJGlvIVZ9yKIehzoPC4ce/OnzvtDR4MhMuGjz2eWeX/M+sW3mvy9ptpfyFL7U7S1ktmP&#10;JSkkyhqfRgRQVsLYE/ZjQk+O2XY9sUfcHzjNvMv0Ajp6slOnI0+/C9KEio2PT6cGLzaJozBgB477&#10;12p4ZmAbONLmuXvgKZfhdalt/wBeYeaOxASCuwknXlvSikHlXNXkjxNw2XL4YFYbCprU/R7ZTIFV&#10;2AZR1qaqd/CnjmNkGzbF2E0tFVuhNajvSu2a3Js3B2EE4bnIiVNNz2FBuAf7Mwcg3pyYVQt2FUpJ&#10;koAUdKFFJFO/iOuYc7J8w5MRs7BcYruRXiBVgePff/PvlsR+OTVI9zsObYrJ1Ylag1G1OP2afLMz&#10;HUvNxpbOwziFaGoqtGJHTrQ1/VmXBrJdhmi+I3Oy9aEZlwiOrUXYNjAAoCPGntmVFgXYOjHSld+3&#10;9uZcWBWnDGDY7Df6cycR3YlacN4R09t/n7Zs8Y2YlTwwj5EDlTkOtOn0ZLfqoUX74NTp7HrkCzCG&#10;cVA/Vi6Ggr4Hp8srciBSq6XoD3OeIPO9t9S83+ZICKD6/I6AeElH/jl2OyH6e9mdSc3Zmnl/QA+W&#10;zHWiHIhfhI7ZEzcLHuASfAjJGAPN3u5b+p+p9pveuBXaOarMONeuSiKFNgsIlFaKiq1QOld8DtHA&#10;Kkn4enjhZicirBpelNz3xGWG14/CSSevXFkJFfFJcA/EBTtXADxQD7JJ+/Du2AlFq70FQBiRjjI6&#10;k19sO7IEr+TA9OmFN8kaKSG7dMgXIxklG27MT0yF3UYLbtSh22zEyEW5+NNlrSnfCuaKNhUOPllN&#10;BtVQT3GAWQV2PTvgADMFcDTESoru2OyV1dq5gi+JxulaqfDK9Nf5mw0m3cjn/9L5NyjavEDPWcg6&#10;vKA0/fzA9SKEAZRXezdm+11AyuQ3V2bhv9kEZFXY/gP5QPfDa27FAKfsj78F9zAl2Woev2RipJdi&#10;vGUEAqPbAwdjgTX7I36nFXZL/Ilp9c86eWbcryrfJIVHhGC/8MqzyrGXVdv5/C7OzS/okfN2fWDy&#10;hGBDECNwq7Hrv3zS4KJfkvtWVyK1s7JaDigA3K0r9ObzCPJ5XJuXdqYO4lun2W6A7bjMmrcct9Bg&#10;Ugq1KfF0r12zHPNW8Qf4W+1Wp3GQKh2B3BFQOvXfKpJBdgJxu1RWhqT7e+YsqbQ7Cy7DEcSTwAqf&#10;f2JzDz3TbB2R6WtGY8nLGo7EEZrJg13uVF2BlIYuqIyFjuR8O1PiPff55UN9gKbjtV7uwVboVWjF&#10;nXu7b18Nx1OWYxWx3ashs7Ow+to1AUb0cmo618SPDNjii4si7DSCOjhakUUBvA5nYo700yOzsHql&#10;ONTUqdjT7syohqdguOgG9AegHvl42QXYYwEEsOJoO5zKxsCtbthlApbZl79K128czcMSeYYSW4dR&#10;A0Hf3zP3a1MnqcHpuTvtSlP7crKeSi1e2CkGwUdBsMrLdAoWXoTggbqR4jIlyIJVK3BlbuCCPoOG&#10;MUCPFFKx3kjUkAe1P4Zzufs7jzTlXMvrPZ3aUhpMUR0iH4Tfnd5KdPzt/NopHX1vM97KvckSMJB/&#10;xLF1EaigAUDx65k4dGIJy6oy3tjek+Tbiqr9UZ+O9KHv498Skmj3A2A2qcz4Y65OIcx73qujeRLm&#10;Qo36PMaLQE+A61p3wuuLpQCFPTpmTDG02SXtvlzyZ6KqZIlJ6V6nCK4mZ+j0OZUI0zjs9f0vSoLR&#10;ECQjkKfEB1yE6t6qOW9RqE9vbK88DzdppjEh6FpcaEEGJQab1Hf7sjMksv0DuMwZEueIhkcUUXHZ&#10;QCe3TCLULqaOM0I32ORolysEASnNlaxM4PDkOuQjUJpZI3BIrvt2wzFB2+CMQWU2kSRstFIpSmcI&#10;80mVZHqamuwzSauVPc9m0YinoemBTGKDoM5vPLPv8VCD9FM1dF3sAKTlQuF000tKcQT2ocibbogF&#10;eAOmBCJ3oQTToPDBz5stl2wxh+sRhxSp7k75Hh81qLqg5TTXoQKT8J74bITwh1BgUmdmJZwAegIw&#10;8+aabxymuwC1H4/Rh2V2PSOZG5BQDTbCY0gtbY/hceoCUG/WnTAFdUY1o5w1So4nv/ZhAIV1Rijx&#10;NTkX4mm+SIVwNcDKgr8VCPfBQVvBCxop2BNetBiEElrL5LzAUEU9qY2Oiu3pj+LGvFuuSGyu7bjp&#10;mXkp+IGg3qMiig1sem2CGldgKrxHtk+IoOzXemWkiggute3TJg2xO7WLtLEwPwEn9nFFbu3xivtv&#10;HU+2NrIOxZeQNeFB4nDbEi3YqTI1KLUDpjaOANdMeDJtVKe+SBtgQtoPHFudwoqFAGTukOoPHFlu&#10;LkruoA8aY80UGuK/PH1nZR8IPiO+EljTVBiqNcbfAK9TXJCVKWiB448NMTtGPniZjmimvh8cWBuO&#10;oQUOSjKwggLfg8d8sGetWXbwyQO6CBTXw4r6s5oRRcJ3Y8AdRfnjw8hNGbBHYsDB3wjoPmcx5g15&#10;fLJE0kRaqPD78FRlyN5CN8AkSwNLGp2GChKRQCX5imTDGlIqCPiT5YosjqamSvfHkWBiC0QKU40y&#10;UaMJLiVV77bDJxgDycDVS4I2k+olYo2J6Z23Q4BbhC1DXehGW/lutPH63OZmnmGsf6TzC9t6HOua&#10;AbRmVnYKR4+OZulwDiF9HmtZOYGzybzDYXPpNxQsG24r0+/OgXUyjTL5gwKrbv036imZup9MCfJ5&#10;7VSPBL3MH8m6D6n5h+UWntmqmrwS190JYV9tsC3CxG3t4pF5UCMoNachuPpyJETCIl5PnEyeI0++&#10;rfclvEnfASA8jQkeAO1Mlj2LRNHDoMF7ACpNa9fY5khxy7A03U7EV6Zj5lCphLcBhy4ipG4B8c1e&#10;VsC5e+AGUhQC3MjqemY9EBmuwvuUYqQr8TtRqVFa71HvmHliSNi2QLsKbklagDr9kVzX5fS3xdkf&#10;u1KSNWgVqFR3qfbMHKKLkY9w7CtgUFStEDU3qT9HfrmJLYWXJG7sFRKRxHIq7qTt1Pzy2MaHNrLs&#10;PLYKwjqSqkLyIHT2298zce4DizLsOVUoJOXxUNVp3HjmaBwgtXN2CkA2HHYb+3tmTE1s1l2DEUNS&#10;tTuGB8D2zJjR2Vo9sMEHbudt8yotRabBsSkleDEBCCQOpp1GXwiTyPJBW4cQbgb08M2uLkwKnhkn&#10;QbUyRQFJuowUg++mVybAhpen07YuvfIlvhzS24A4k++2ePfzdC2fnjUNtru3t5x8yvEn7xk4ciH6&#10;J9gZnN2TD+jKQ+20ieHk5YA7k1+YzlrXcY+0AfnlkXthjK76vIRQHj74hJdw/sgAZJmMZVFt5R1J&#10;bwxM3MVKDv23xZDGQv8ARkJ+jxxCS4jC9afRhZiBKokUnLx+nAD3e/wgH2whsjj70WIa9cBNfS8i&#10;OAGDm2jEFZYEoPir44T6heNxNVFeoyrJKtg5GOFI63hHXpkPur2Q7empXucw5bFzYwpMVQdcLXuX&#10;409IUOVk22iKoB74kJJGNClAcbLLhb28cSaQRmrAHt88QU0HUr3xIzCtVAp4eGEgpAbp4nHeuKV+&#10;H8OmDi25I4Q7j75//9P5Zy6VbkH/AE1K+GetzDyXGH7+YWtpsYqPra7ZRKALPiDsv9ErxDfW0Ne1&#10;RkDABeIOx66Sm1b2MexOIxsfEDsculISQLxBTuTj4YJRxh2KjS4hub2P78BxqZB2WLBV/wCPpK/P&#10;InHSLDsWWyV9jdxhvnkgAokHZX6PUmn1pfntgoApsOzqf5O6Gsnn/TJvXWcWlvcSlQa0qoUHb55h&#10;68gYjXe8j7b6gY+y5gH6pAfpdn1B8rxkRQ1rWgoaVpmr0++z8tdozsla2dSt/hVamu1CT1Jzc4nn&#10;Z83daDDCKhqaUp1zMibaJNHY4GdVDMVHUdfn3zHmAChcOmA3AJO+9KZQQkN4FZX/AGjUj2oPo8Mp&#10;INMxTsAz1C1jCl99iaHwrmLmBHLm2RDsLJWLFQxCueoHUsOhJzDmeJuDsKLqNx9kwkdSfiLGnXcb&#10;5h5YkDo34yOtuwOsQLq8cgRyKhZARQHrXtTKQBe3NmSaoh2CoYDyLDgtGHOtftV3YDLIRs2PwWM5&#10;dHZI7e29MxVliT1VFEY706n9WbbDioiyN3DlK+hdhpHEoHEEceveh+WZ0IAbBx5F2DEiAFQ1QN+/&#10;TL4xYl2LRRiu2/ueu+TjHdBLumDoUI6kHenw/jmTjigrCcNIOINQN++bDF5NZaw0irUb7d8yxyay&#10;aWNhhGOlcrko71FumCkyst8EJJ0IwQvSmRLkwSm48cADVRCvoEgGD4dj4E5OOn4t+99E7PhKWmgb&#10;6PhL8zPy+sr38xvNmqHTpZn1O8FxJJTYs8SA0PhtgeTVw25cffTLRp3L8E96XWXky2iSNV06QuvY&#10;qNvwwGdTDk0k+/LPAroy8CmSQaO0S8f0a4Apx4r+vEjfgkhnBp7jJeEvg+aYx6fIoUpYTL9FMT9e&#10;FjUyqPpw8JCfDpFxQ34NBZTAbUFOoyMatNA5IM6IBX4iRlGpkCKtz9NjIZNpzXcY/wCOfMX6UORq&#10;T0KH/So/fcZgGqdgInuTtJryoB06QA+AyL6oIXYotynzrtjGQi5+nj1ZHp9xcxIC1hOB+yeP+e2R&#10;DUYEVHYXsVabgHK8kr6O209E0QyG0vJ2ZR+jpyK9SKZxvzDbwTvIRexrQ03PTNPqgDv1ey7P9IAZ&#10;5ps04VVa0kAOc+nsLetTfRkk15VAGa00HeRKerNJ/vlh4bYE+p2/Bq3kFT+0SK4CR3tgtf6j1/um&#10;+7AE1rbhaLeRk16AjKwY97OI33VQzHqhxAWtuoblfR1puKjDUe9lzb5N04nE/qkHDkb+P/VBGR2S&#10;W+bdOB+eW8Fu6hDcxgAbHbJcQ5KB5u+L+XEDYWpFfrC77V+HGoptvk38uY2cQFFu1A7HkMBpXcj/&#10;ACnGm2AKn66o8emHZNO5H+U5lt1r8d3GRXtTJc+qKdy8F3xUWVuwY/XUDAfCppU4dqQ1yb+U4mtl&#10;AtT9ZHLwJGQ271Ft8j/KcFpEigH61EDToaZLiiOrGQW1P8pxF7YmpFxEd96EY2OjINhvY5a2wXiP&#10;rEQJG42yQMUFqta7HFRbRk/70R1HXcCv44CQUcJdX/JOKrp6ytUXMag9PiGEmKOQWl6D7JPywWml&#10;xnrPGx+Y/rgjQY3SwykfsH7sEfUIBt68ew7EHLNmHEWvVb+RsY9tADRJ0oOvT+uRsAosth27qRmE&#10;CMu0yUHuMkaUgu5n+Vqn2xQWqkVFxGKHff8AtxoFBu2i5r9hsUW1H+/0I7moGSBDEhrme6HF0sWk&#10;YIJU33rUYY0i1rTBQSUag9sEtpxhbjJcxKw3KkrX9eTFMeNTFyJACkbkeNKZkithUtdRg9xUVwnh&#10;72Mrb5udhE2+LQpZnrexCniQMImBsxlbTvKOkLEe2DPRtGWq3kI+kYRONNfEQo+pL0+rOffEqRKf&#10;huoiB3BFMeOAU2VQFqf3LfLFGFsQp+txk91qMkJQ6MdwtBkFR6Dexx/GyI/3pTl88l4keq+pqswP&#10;9y3zxPhb70uI6n3GNjoj1LuT94mpmWK25Va6T5AjCZR6rcnF5KfDA2DYhZEAC6jp3JphJj0YESUG&#10;acb/AFZsELb6d1W7jr33GREgxMpqRluqkG2YeGWqWSttcREHrvkjMMSZNlrgj+5YfLJ15Uj08XNW&#10;ukLdVWuX6eYJdH2tknwMe1r68YSI7V2Xuc7LavajjSVCaCpzawMeoeLycTBZYLk8i9m679Oppkms&#10;7mCNgQ618Rl8JwG9ODkgT1SG8tpmVg1kxA6jJPBqXqwtaiX+9KKFHf4xth1eUHEfx1dL2ph4MEpe&#10;Sn5W0zl5r0i5+oGNYJWkMpGwojUOTe6qEANCaZM/S+Wy5voa2Ip88LUG9Sa9ajI4420TRw6YL3Io&#10;aUPU5kVs0FvAM6ABTy35Hg3v8vlmLmjQG/uTFUwomq1NqEjama3JZbA2DgJxQEA7/rygpX4CmBK9&#10;eh399sxcgJDZF2FEitWuyrSlPGvXNfPvbxydhBfoA4JNT40pUnoPYHNfqKB3cjEXYWONg1DxX4qE&#10;E09+2Ys/sbw7BUYPEUClacVp1qeuw7ZZDcMDzdhxbqtR8RFAAGJ+IV2H6szMYDjSLsNxX7RGwpRj&#10;/HxzNBa3YLjBIpShO48cvxglgXYNiAJG/sPc5lR5oaPQ4OjNQCDUHocyobhrKzB9uKdOh7fLMvDy&#10;2YFo9MNIqkrvTfcUrUZnwBYrMMkP2RlhQotgqPevQg9KZWWwIeTbFvn065BvhzS+YVU7e2+eWvzz&#10;tYE8w6Neu4X63YtGa9/Sk/o2SBq33b/gY5zLRZsf82YPzH7EknMyuREhYHckdjTvnCZRZciplC+5&#10;yyMw+mjiXobsKCI6+2+INFYAUNxTJcYDIGXcrB71j/cfdiFNPA/3sXbB4ls7lzpUH1w/8ex+g4jI&#10;dPZSPri/Rjxi2cZSvkvRb0He2NOta4GC2FP961r47YTNnxS7lYm76i3JGB3ayHS5SnfI+IOrYCVR&#10;Vua7wn6MjGqzWPQXKg998qlki5WIEhM7ZZgPjjpkVeSxFa3S0775inJHvcsWjvj6ccQaawoQLoEj&#10;7ORM4Ac2wW38X8uI+rYgVafbw8Mr4496d26N4Yxn02QkfWgABsSckZ465pBtw5DtgRv0fXe7X2xE&#10;x0VdVvDHU0/j/vYvTpkvFjdWl1X/AJc//9T5Y3UcYrwrnr06Lx8Yv38wvIGUGg2CLs1aDY5HYpMX&#10;ZtiKE799siSIsCHZaj4tjtlZ5p4XYvwU9t8I5sHYmykHxGEAMg7Nv+z18cFUtOwSkjADYY7MT3Oz&#10;0J/zjxZmfzTqt1xFLezjjBp3kkJP/Ec13aO0QHzv/gkZfD0WOHfIn5B2fSXy1EwjjB3IoK+PyzD0&#10;0De782a+W9rD1zpMSjhv8yc3eOAp0Uy1gtFYKxJ7/D8svESA0ktnAk2xK8diOvj4j+mY+XnyVcMB&#10;MrihIAbw8Pc0yiQKW8RkBBG4BHbKpCmUS7Ak1DX+Y9j0zHybtgdhLdIGEgWgDA8SOx/szX5Rdt8S&#10;7CycuqAxtRgPif8Alp0ND1JzFyEgCju3Qo83YCpHzj5guvIsrN4spFdqVrU1rmNQEhe7bZo1s7Bt&#10;vCfhJl3U048jRif2j4gA0zIx4+W7XOfPZ2SaBIGVFDCcIVZXduR2qNqjrm2xRgQBzrqS4UzL3Ow1&#10;QoaNzpTY+3zOZ0SGgh2LxvGoZRU7bE9/py2JHJFOwTDIo5gqSdqEf59sthIC7DEhoiuDIm3JA2H2&#10;fCn8MyIHqghaRTDWEAGopQip+nwzY4/JrLWGcVD3+nMhiVM9/lg6Mk9dh2Ht45WV5KLUwWmVlugh&#10;Zeh+7FhkS5EUqnFPmP8APbOU67dvb61fRLWnIEHtuoOZunmeCn1PsOAnocZ9/wB7yfzJZpJq1y7U&#10;BdUJJ7/DSpwAt5KwNX+g5kcWzspYwGP/AFNV3VRX/JxQ3sopQr9GA5CxGIFv6qlCOJGOFzIOpUEd&#10;sgchQcYWiBO4J9wSMzXLcSWA6GtKZCWTZj4e6qIohTjyI+eRnU5+VK0361zXZzvbsdPCk1tYgDUA&#10;7iuEUjj0yKhR1ApmM7CCv6dJKhSW7t2yM3LqztV9q7HJ3WzsICgyC2VlRKLXuRWmRnUaKjACtTuc&#10;Ei7DSizadwEkpXb3zjHmaN1nYxMKftLmk1Y+b2XZ5uItmWntyiWqkdhkLMu/EgMaVZa5rrDthFMq&#10;YDma3NR6BDdTlMm4ClwqO+AkVHPERbDpTEBkuNR3xQ2bV5AgKegOCQJK8VtcqbYk8AQgOBUjYmhx&#10;lYS2DXEuADcgAfbIKux5HJaBVHcGm+IJCtd8Q9LdjTc9MNXvSt4s7yNGqlBxX9rvh4j3K1tWtc0c&#10;Mh5uiVVOpyQJIVxI74m3Ku3X5Yi+qu2GX6dRUNVu4pkDureOCbBKAk9dsjy2Vr3rm9JgSwpt1UYR&#10;fRXVGPow+LgDQd+uSBkrW3jjxHXjWPr02yxbW4IS26twJHtjuxMg1UDHCBgwKgr7Y80WG6jFQrtt&#10;x/2R/sw7o2aqBiogNSaVJ74BsWBIaLYqsJbatAclRUlrl3piogRQOpIyTG2q1xbggAAU/dhtjxBb&#10;v1wdbjjxNaEEGmSBpgeeym+9a+GJ3nBriR+PJzSpOMjuxI3bhBEa1+jAJWpNVG++RBKquUIgG5em&#10;v04QFbqfHFACh5BQCDsp6fThQ1ihoT9gKfbFHJ2LIi0qVFPliD3MSVpJqd6YooG9BXwy1DRJHfNQ&#10;V3X2piAArt/H5Y+iAdKeOJLWS3v4jLVFPYn3HXJDdGzRJH8MXEEZ6kimSY2tMje2KLAq7gnfvhEE&#10;FaXJ8MnPk+IfXF7+IOZGA3KnR9sH92Ur1SQiE1PXwzuVpBQKCtARt45tonlbwmWbC53rTid/H2w8&#10;SFUFeX3ZkAuIZ3slzcqg0+ZOww70ir6lp8dKKZ15fryrU/TQ7x97p+2ZAaTIfJHaLGP0lE/QqslA&#10;PlT+OdeuwKqeIrShbvTrQ5mSh1fJyXoluNvxwJGPbY71HjhhFpmjRizoGAFaV2NDQjvt92WThxCm&#10;i28DzCvX7R+4ZXkjfNYlUG+FkorUDcDevjmvyDo2Owsfbl2P68wiyXg1wHKNifHv7j2zGmLDOLeF&#10;UqfECFFe/hmBOO7fE7OwivOXMtUg9OdNj8/DNfmG7fAOwr4Cp4qhIqOC7ip6g5imO+wb7dj40eqH&#10;iAzbIBupHSpbrkoRIRIh2HdpuvBhyZSQvJaGvj8szcXc40ubsNl+IKStSNuJ/jmZE21nYuwWqir7&#10;VVv8+uZMYiyO9jZdg+JAOgAANAOtPpzJxgBitJ/DB0Y7dB0pmVAdGsrcHQkDjTcb75l4ywLR6YYw&#10;mp9qVrmZikxKzDJDUeFRTLivJRbBSDpTKizCHk6V8cWoexoa5BuggZACG+7PNP8AzkVbH6n5YvU2&#10;9K5uIXanZ0BA+9cB5h9l/wCBTn/e58Z6xifkUJEF9VwR9pQR9B/tzyu08i/a3p1yb7UIhFiNewp7&#10;YHkuHNRTb5YaDIRAVEiXrsDgYyHqRUYk17mYVOI7HfETICxqgFciJMgCvC9uWNMiivwg+IwKASuC&#10;E/tbYDmYFT+7GwyMu9tHNWQb/ap7ZC9TnHNqRVI7ZjT73IgLRqCgG+EEjKRUx9OmYZcmKpiXKGoq&#10;hUHqcIotmzszehSg6eORQ7EGWKpKite2OyuwO0Y68MJNckuxnEfyn5UwcRV2f//V+WU9Tsp+eetS&#10;NDZ5ECn7+YAYNuK1P35TKTY7GCNh+1lfLmxp2ajfRgNFADseFJXc7eGR4VIp2WkbtX9qnjjW/NQH&#10;Y4IfD78TYXk7LBA7U98G6LLsVRgOnfuRiN+aC7PWH/ONNmzfp28HxepdwwjsKIlT93LNb2gdwA+S&#10;f8E7N/dQ7ok/Muz6FaEvBFKj9mrdh/t5HC/PusNrD1OTeJqrSmx7j5ZtMctqdRLm47YPXj8Lcdwt&#10;K+xzJFUGhrE2AI2/2W+RkLQ2OuA5BQDfcdx75jTCr8BODyO4p2plEgydgSQK4qT17djmPOIIbQad&#10;hTcqAGpUUG5O+3jmBlAHJuibdhNPSodSBUH4Qd2IHXvsMwch6hyId34DsD+mpWi1RCSaDcDbr+OV&#10;mNhPFu7BdqfSKFyaOeK032IrWnaoyzF6WExfJ2SG2dD8BojADjuPhNdvDtmywSHLk40gebsMwqkb&#10;CnY5sQAeTRZdghAF+EA0PRv1Uy0CkF2CEX/gu+TiGLsNLT0hGngOm3X55nacw4RbCVrD1w0R1YUX&#10;YfsnxGbGMwRQY01g+EUFAKDwHvlrAqRwdCaivgadKdMqJtKk2CwdwtCa5BuihJKU60pghciXIglV&#10;yaV33P8AmM4r5weS38w3QSiRtHEw23qV3y7DYHxfUvZoiWhj3gyYTrVvFLeB5AC5jXf5VyP+vsC0&#10;oB8B1y/iLvaST6uVJ4xH2OWj0lUtLSn3ZEnfdjIbbBfwBQgpXfc4N9ZDuCSRuDjbWBsgjA612UAk&#10;7bZnkYCi/tH/ADpkZIAsq3pqFDeNdsjmpFq71r1zEyi3ZadEwLsdsJZ5GSNqHtTK6c7HGyio41Zx&#10;UV+WRmVJ33JHWuT4XYQICeIYRsAfCmEWoiVYmIpXpSv68qyVWzn6ejJMbZkLKDWlemca8wtIXaoo&#10;yiqjxzR6omt3rdCBw0zG04cF49DkBeSQs7FDGa7t2zVHnydxECkwoKda+2BjM6OTz5HwPTIswG6D&#10;Mt1JuQyim+Q4zbJ3EY5r+5Yj4ht4YkseENcRlm69Q/vHoe598l701TgKZQkIIIehPamCtrS3Tr+v&#10;M85MTdSa9R2GAEdytAUOAzLJsRWh7HEG91XY/wBWRgKVp4HbpjZHVFOoPDBC3EkXQEA/aAOxy3i4&#10;U0FvEE/LG1ViSy0PYdMCG9/bHCSjinbf/byFi1aptj5JCSrrQEePfBI3urgOoOBw7KzHl8TdsRGt&#10;0rtsFLN0HJdsnbFaV8MXJViKsOnQdsKAKC3HrMD8CgqR38cAO6DHdvwxQM5FRt7+2PJgRu1iqhiB&#10;w3OSG60tNO+CUjlPYV64eEjdBaqvhigVgAD1OTjyYk7tVGLenxIU9P5sRTHiC2pPTBCGNduJNe4y&#10;QkxJtYQcFwLGzpyB413OC7LFZISFPE70NBlaiiC5kVaUFKYyO6tWxb0kJ6nrhaY+wO/jhiFV+Xtj&#10;hGB88VLddq4IWIkbqTv1xYrCw7GlcFR2qtuRvTbCBaDKlMyEY/0uJIK5ZHbmwt3KvfGGNuoPH2w1&#10;SXBh065YgPdgMRTEzpdyxVY69hQCgw2OrWStrT6cWCN2A+eTjKuTFonsTi/xJSorthPNVPY9/oxy&#10;sxI9u3XJAkliXUAGTDyzIVv0FeIJ6++XYzcnTdqC8RSvUk5W7dyO2d1sXqoL/ESNj2zawfP84o7M&#10;NkBJIApTrTDVC1TTj0y4c3EnyUig2qD8+uHnl1+et6etdvUJP0Ke3zyOc7R/rB0nb5rRz+CbaREB&#10;dl6AFYmofnTOu3cip1NC5+EHuczJzERv1fLSN2awbge2BogRQHt1plkBs0TRa4uR40p45NqK7Acr&#10;AfAWArsvvTfYH2yjIeh2UBcPb7sLpRuQDSvQ9cwsgpsC7C2VOW+9RWhzByRvmyBXA9hgJ1P0itMx&#10;iKbQuwrmANeWxINBXcVzAy9WyNuyPXSjmqlSSBtToxPiO+a3IN6ciDsLm5dwSpYFgNvEVB/XmOb6&#10;t4p2CoagJuKkkHf7z08Mti1yDsOLWtAxbkTuVFTWtRQk5mYiepaJOw0i5b8huelN/wAMyoCubXJ2&#10;CkWopT4X2DdD0y/HE/AsHYOjFAvEhgKCp9tjmXAUNkFYeuDk3H6syolrPNrBUNSxpsB38fll+MEm&#10;uiC0TTDKIVovY5mwHRisOGadKdfc5cUWotgtCKjbt0ysswhpBVTQkHsceOYkNTVXUemKdCOtT79s&#10;q5FvjVIFwaE+B3Fc4l+fNiLjyXHPQ8rK/gk5DsGJU/ryRNEF9L/4Gefw+0+H+dCQ/Sg1bjKCKUYE&#10;U6e+eNHi5A0PQ5O73ff4yRauRSvcYkYRT7QI+WRNktgku59PhwO6ChWu+SEKbLXhj4UwO8QG5YU6&#10;gYkJtUV/DA5Cd+2ARtkCVUFvDrgKZ1QEjK5GjTdFWQE07ZDb24Tm3FKmvXMechFysYRyrsB4YTvO&#10;taNGCOwzGlK24WV9PfAzuj7COmV3XJmG8DOikdKYEuxEIajrTtiDSuxVakdK4odm4vzpwHTr/ZjW&#10;6XZ//9b5ZTgGtKj5jPWZDZ5C37+YXhCGNT3ymUSWzk7HE0/Zr88gl2Noznl09sHCxp2OCvtvjR71&#10;unYvVqCtAT098gRSCXZZkIopG3c4aW3Ztm3p1xpFuxQRKRu1KYkUgl2e2v8AnG3T2h8ui4K1+t3c&#10;0oYdKBuH/GuarV75Hw3/AIJeoEtXw/zYgfZbs916Kg9IN4UB+eTw8nw/VndYNjkni226+IzPxh1s&#10;nHfB4BKgr1p1zLrbZoLWMYEmjLuOp8PbI7ob+RwMy0JGxNd/b2+eY8o7qvwFIpqevtlMmQdgSUgA&#10;ncr3oOuUToBsDsLLjk1acgD0pT8M1+Xdui7COVE47bxkj94TQjw2/jmDMD4N8S7A6eod+PI16sNw&#10;tdtugymNkWzNOwfGtKgMVFFoCKmvgPHMgNJLsNLWJhMeS7rQuwHTfxPce2ZWCB4vc1zls7JBGQKg&#10;bbVAp2/tzcQ2cQuxZVGxrUd65YArsEKoYEE0BFKb9/DLQLV2DrdAqjj0FAK+AzIwwAGzGRU8Moep&#10;P0EUzYYw1l2GURFPhO3jmRYpipnB8VK7Hwp4b5UUhRatP1nBKVAoPi3pU5Et0UJLTcnwqMEqe1Mr&#10;LfBKZxup222qM4l5/naHzAOJqstrG6kexIzI04JB976f7Kb6M+UixnUrUSyI1DyVCpNad8hgmeQh&#10;uQU/y0y/hJekIpLUt0iUqVZv8onDGOXpuor1B/hkSC1SCGaIgmilvDfti4uVU/tMexAyFseBCtA7&#10;7/CK9m65TXimoq3LtkZSFJGMuWzcd1p336fLCO9n5EleXqDx3GY8watzcEUVDbOKjklD4ZHL6+IU&#10;RstAfamCMdrdphx9QjrWxHPmGrTp4YTvMHVhxPT7VNsJtyo7Jj9XowPLr1yP3zBkcDatajKssdnP&#10;wEiSY26UK17dM455gLGVuTEjpTNBrDWxev0RqLLrQARigptvkGuoyzf3m3gO2ayYdpCWyOU7YXvC&#10;pNCTy7H2wU2iS8GuZLaAkcixPc/LKjC14j3OOO4QqDQEDx7YeFNtfFiMjQGgFflglFLYr3x4i5BP&#10;j4q3Q4REUi28eUjFVVxt1AFcQOEK0D7Y0qOJo5Yg7jIJbxryigou4HT3xCuyo7n0wxaMOxFAD298&#10;nYCCLaIrjVmJIPE0+WAG1pvHh+R+IEAdNqYZDe0uxReFakk0FQPHIXurW/T8cUKKyepx5Ox6nb8M&#10;nw3uxvd3TbGqu9eBb+UY0Cm3H54IMLc92Cg70G4GSpBOy0Hb3xUJRhUEjoD44GHEWsFht+JXw2Hh&#10;lgLElaRv1xT4QwABr+zhsBbdQ+OLrzFAtQR1wgWxK3bvjgJidgDTtk0NGnfFlM3QgVyJYSp1B1pi&#10;yBu5+nAwaNO2GMAYcCACoYUJyfJUO/E161pl35BuW+ChFOnyyPVAdbikSitcABdycN9yVbHqp7Df&#10;xxCLdXBokZAFpXJkMOalxG5Jp4ZaysOq8fGmDkxpxUY4TISOVfcZO90U1xNKimKh4mFAfi+WE7I3&#10;W0I648SJ0Iqw67YRckSBdSmPHpU8MeEsDbVW6dsctNwu9e2EHohvfqfvwSYSAA1N+x98spjdqQcE&#10;7dsqkiU4KAvjkhsg06qnqTki0NpFuUlI+HkAT88sxn1Oq14BgQg7ziY2UH4qE0zulg9IojwJ9q5t&#10;Ybvn+pHqLEZF5MfioKdMOEcPssJUkeNcyqADgyFbkqAFG+3UA16ZJvKcJGt2tFBKK7MW6dOuU5Bc&#10;oAd/6HnvaXJ/gh8yE50kAzSsf5ANvc51m6UEVNOI33/VmdOII36PmbLIenv3xBCF+I/CD0B/HLBQ&#10;DRJFe2KfEFqRRqV41B38MPEaumojddXfATfGqsUKg1JDg8h865SfULqvekCjS9e+ApQa7jr17DMX&#10;KN2a7rhfNtX+Y9+9PGmYU+bINjC+QV2ArTqD+vMWfNsiV+FsyqVIG5aprmDli2Rt2E10lXCMtdtw&#10;R7dqZgZee7fAuwqkRQWFfYk70A3JzEIDeHYKRN1pGOLAUYU8Nh9GWxFcmBLsNraJgNgCvWta/hmV&#10;jg0SLsMojXiaUB+X68zcZa5OwZGrVYNQ70r499/fMiEejE00f1HBa9DtTpQ5kRtiStJrgsKpHxGo&#10;2of1ZkACt2FtYOjFfhrvWhPj8qZlwN7MStO2GMKBCadW3PvmZjiB8UFYT0rg9PA9e2TKApNgpTQV&#10;8e2QLIKD98EUBA23G4PgRlbdE0l8g6+HenhnN/zYtTdeQ/MKqKvDB6yHwMbBq/hgkOR7i9p7D5vC&#10;7WwHvlXzFIF6c0B+zXp4A54WYyNQhK1FRlj9J8ldVRR9vArtKK/BQeGAQb4qwWM/tVPjgZmr1QA0&#10;7DJ8mcRS8D+Vq/M4GdQepoPA47FsCqGPbrgaQIKilcgTewZxKoCxGFV4QI3pscqyNseaKirXfITc&#10;oeZ3+e2YmTkXNgBSOU9sL2Qct/o8MxwG0eS7ESjGu4p92RS7ESOJ60OKuxjOe5FMCXYmWG21R2OK&#10;QHZufvjaHZ//1/ls4YjdgM9bJp5EB+/mBZBx3G9OuUy3SC7ERTbkpplYFs3Y4lf2BthBpBdjebNQ&#10;AYNyjhdioZwoDD6OuROyHY0c2NRQjsMFk8grsV5zLsQtPxxtadli4NDVAQvfCOSKdn0O/IjT/Q8l&#10;+Xw68Wa3Schdj8ZL1/HNJqSZTJfnL281Hido5T5kfLZo9M9haSOUCsBXpUdKfLMvCNnyXUn1LMkc&#10;a1O2x6e2bDGA6+Rdg4ADbqAMyeTS7GSKabNxPUd9vCnvkJWi2x1wFIoDkjoeo98xpCiyX/LAkgJ6&#10;Hp3HtvlRFpDsCyD7/wCbKJBnF2E1xzRa8fUagou1Sa02zXZrHm5Ed3YVXAY7ABuykAgmprUjMLJZ&#10;bYOwGqbiWRvgTqxr1bwB6ZQI72Wzi6B2HcEMTSJITuAeJNK0PU775m44gkONIl2HcUZ+yK/DUFqU&#10;B982WOFbNEi7BqADxCkb1zLDWXYvsoJIBAFfHp4ZMGkOwTDVlX4SCaEjuCfHLoHkho+OGMYAHWu/&#10;XM3GaYSWYOjqSBTr2zLgWLsMoht9Oxy8sCd1I9MGRlWUt4Vq3yyspUXrX9eDE6dcrLdFCyUoadcX&#10;Xft8siXIilkwpWh2J/zGcU/MuL/cvZ8SE5WoApQHZz/XMnSyqw+lex8v8GmP6X6EgvGpIhNWqCD9&#10;Gc3RvQNWIl36VzKp64ji5bIVh6g7x+Bphol2oC1tywPvvlUg0mHmgTbkk/v6e1NsEi+FKJCUA7ZE&#10;tfh95UXtFP2pAe9RtiDuXNfs169sqLZELwgT4d2phJeuFrWUU7KDlRc/AL6IiFCRtGa+JHbIffTx&#10;s5Acse2/TCHbYYkJvBE4WpXiD44VGSQn4Gan8teuJcoRFckUFX9qn3YU3zyGORTWlOozGyyJczTg&#10;WCioFTkKGucf16eZiVJAANKnOf1psvWaSIAZNbqoWoGQx7iVOSlk+4VGa2TsQOiLoDiRuJePJuNC&#10;dqdcjuBbPhDqDGGRitU+FuwpkTbIN0GBnuZdoiFIrsadMjZTTqAZfrt9kqu+3KmIJVumKPJLCoUh&#10;Cp7daYSaCadjOb0DKUQjw640eiuyxMVNC1B1qab4OEWinZTlj8R6Hphqt1dmUAAsdj2pk0uxaJ3N&#10;Sq1pkAKQ44M4TEK70WNhtjZKragdOoxJyOVKgAfjhJFrTYr1xwMlRSgQ+J/HDzWnGnffFuMiEM6B&#10;RSqkH9eR3Qt27YtDcR0kaVKtT4CO598I3KCCXEHtjUlmozLRqnYHJWigWiB8sGo3Hdmox/Zw+bAh&#10;o/LbFRK5NQlfnkrQY0toPHKErg7gCuAEopviMXQSN8S9jXbrk4sTXVbj1Zqt4nAwLsWTlhtBaNMH&#10;RSEUFSSPuxAURtRcYNuoWeQkEDYH8MjyZbBQheiAEbCuJiFqD4hTtXJDdrsKvP5jFBC1aVG3XJqS&#10;sLjpvUYoYK0o9R44sba5+2O9Dc032qN8RzYW7ntXw2xRYUA+Jak5MSNoJWlj1r9GKCFR8Sr7be+T&#10;oIotc8aLY9afRXEbKZDk4yUxYW5J+MLU9q4eTVt0W+qOwPzpiggVWA4kHsQcPXkrXqmh+Lb3x/pP&#10;WtCfprllboW+ovQH8MWERI5E8O4w1u1GW6wSDp198kWhgB0hIJZnDcvkcsju63tD6SfJLr3l9sHs&#10;RT553HT4Fkijoa7d82mECnz7UmpFiMszI7VA27/PDdISJAgqCv0Zk8Q5OvkdrbE4KVIGS7ylFTWU&#10;NDRYnP6sqyC8sB7z9jzHtNKtMB3lOtDYO1yR1oo+ipzpdwCSQQCtB18c2IFvnZZfD0BxAJyIY15K&#10;CD9Pjh4d7aZFE4qfs9h0Ar+GGmlcOuBJKVJFTXsegpscgd0hUGwwvk7jr2zCm2BdgGRTSpAbfbam&#10;YsgefNkC7C91JBPQV6feMw5gtgX17YXTKACVFabivtmFlFcmyJvZvCa6qgpQspNQu5+g16Zr8pMW&#10;+LsLzGQwdwWUkUB8ad9u+UEfJtvo7F44yHCU4UXv+18slGJ5MCdnYcQKvp9Tx6BSdxXrmbjiCGou&#10;wcigbDYbAKKZlQi1F2C0FQCSCvh1r4fLMgckNHocFKOpJ2OXx3YkWswao+Gp7dBmVGNjdg7BsQCh&#10;R0p1BGZUGBWt/mcHxgMQamg6eOZkN1Kw9MHptQ98JQFJscxLDipJo25XsRQivzys7swpGlfo2weO&#10;lSN6dBkC2BASDegyOebLQXvl7WbYions5lp78Didw73sPN4OrxT7px+9LpdjUbkHY587AXVFqSCA&#10;B/DJiyX6tJBKKHA1qAcT9R69++22WVTKl3pod8DNOxNCNvlvTBRPJtjEKoiA7Yg/pN3YYOGmwWvA&#10;YHoKYGZV3JY+2AiICbVV5VAAHXCO9lQIwJI28Mx8htvhujI1ORO5A+0K0GY8gDbmQRQwueh6fqzG&#10;LbuvHviDIfEg5H3sw3gZl79htgS7EyFruRgV2ZeG9D27YVt2N4xVryOLLbm7P//Q+V7MwX4QD2z1&#10;2QLyAkH7+YFZ5elBlJgUh2NPInc08TkTFkS7Gmin4WyIix5uxwZh0O+Jj3MgXYojuD8VPnkSEHd2&#10;MeZq/AKD2xAY07FI5JG2LDYdMeFap2OlDspQkEsOI+Z2GJBRdbuz6lflbYCx0PR4HHH0baJRX2QD&#10;NASCbflr2oz+Lqsku+R+9o9M9K6SG9JQU9OlGVTQkjuCM2GnBfPNSd1mSGMKwDKP4dfbNnHlYcCb&#10;sVZiKmlN6DJyPVrdjWZSAoNT3P8AA/fkCUEN0OA5ASGOz1Ow6bZRPr1ZLh0wPx3qTVegGUkLbeBJ&#10;RQ7H509umUZGcXYSXuyEPIBvQ0PGp6/hmu1AoblyYbuwBOOVByHACnh1HvmHkN9WwOwPCtZDQcuR&#10;oTvUBaAjf5ZXAbspHZ2DQHULRgAD9gUIoDWgPXLhYa3YfweoyLyIB9q0/Htm2w3IBxp1bsH8ajqO&#10;wA6U+eZdNVuxZRQe4qDTJhXYIjIr0rTqen05bA7oaPQ4YRHcDt28cy4c2JWYOjBrtTpsd+tfDM2A&#10;LW0cMoQQo5Gp/ap0y3et0FTPQ4OQe3ff3yBSFFvfBIG1NwKU98rbYoZ6dfDf7t8WSnFQDUU2PjkS&#10;5EUrnJHM9O9M4p+bEch1DRZESqvBKjH5MCMydJ9R9z6R7FSHhZQe8fclMvHirEmoJoPozmKIhoPT&#10;Neg675lSFPZmR70Ia78m5Dr8sMIgQEBeg6UwEbNB8kHIQedFqfHBppQFW5AeA3yshghFG5DLxPiT&#10;mPFgK/8AA065UYqNmmPXiRv0NemEGoLD8RaMgjp7ZTw7ux05Noy3MvBQripO305A7hULllBJqScs&#10;ArZ3eOVCk+jD8RUigxE/ABSooO/bIEENg3b4kmhA+jCHUZZCrEGnKtD45i5Q7DTAWjoI1BFRX2zk&#10;OvpJIZHY0VTXfvmi1ULvyen0p2ZFBTitPDcZB2ZRyJXko65q63dlEIrE/rFOJK0H7I7ZEtoj5uzN&#10;csxKhFUDcU3H34Cmq6uxrOZEIMX7wd+wAx2V2Il+KpXanUYUuymX1TVa0ArT3ykyJV2MKpQ/aP8A&#10;l+GGIIV2OAiC0ZiSfsCvXJGyrsdzkchFj5KPngPErsEKZWHAqR34DqcSCh2PEjgD4WA6kU6DCOSu&#10;xQXEhI/dmibKD0H0YBYFrTVBj2lL7hevYDbHiKG+mUzTUBMZ4H7Rp08MTLZWu+NowILBiAOuRpID&#10;eKUFCShah6dsnaLdgyKQVAVCFAqQMRbExWnBQYn95wHtU75LmwWnBIZhQlCFpSlMsBHcgraDpjFY&#10;EgAV36EU+nDatn7sX5OCDy6dxhLErdu2PUOSC/zBGIYku27YNibbgAST1FPDBRYLG8cMYUqoZVJC&#10;kcq4QNmNqDncgmnhhrcRAkV+HYVJOCQC2hYm+H+bc4H9EDZSPkMIiEcapy9s3okjrQ4aQZN8h4Y7&#10;0CARWvia4hHE1y9qVxRYD4jf3wsTJouPA9cW4lfh4dPeuWCOzG1te/Kntl79Qn44xBCtVH82XxJP&#10;QjxwyNbIJpsU8RjxGTQCvucYiywtaWA6EY7hxJ+ImnbwycgQgyaB8afPFRzHQgA9TkhfexIBWEr0&#10;ofbwyuDn4geWGpLYDfJRUN9O22SDQ45PrUb9aEfDl0QbdZ2gf3ZS+9dFiIr9Od30+IiNCsZ5ClQD&#10;mygA+eaqXqLDJXBqS2x6beOH0ZYAMyty6Zkxje7rpgKFAQQCDXep/DJf5Oo+rTNQkLDQHrQk9/uy&#10;P+WiPIvJ+1JrDAebJdARhHcOaVLKu3cUzok/eg6ZsA+fyDL4ugxJK7gHYio3qTkg0yKIH4+GX1U0&#10;bcj7WJ35NRX16VGBpjQ7kb9E7kZGZA5pAXYXygHan2th/bmFkNti8dMBSivuPDMeYtIbwDJQggDs&#10;QPfMSQbAXYXyLUV2JHjvT27Zh5BYbAqYU3SEtUqSAQCo6+PUZrswbouwsp8Yr8SDZRXc9xQ5jdW1&#10;2CYyQQT8S70I+e3TLI+bEh2GMJgjRXIY0BFPfwA+eZMDEC2s27FDJK8iQqhCD/eiRqACm/EHxp19&#10;ss45E8IHv/UgRA3dhjbSiVeUe6k1jYDYr2PyzMwz4hY+Hua5Rpo9MHp09/lmXDdrkswYpUcanc7A&#10;DbpmSCDTB2DEFelRvQnMmO6CFpPUYYxDete/TM2PJCw4NUfqxKAVJsEIKKAMgebK1F/1YJH7PtlZ&#10;bIoKStTQfPA93GJIZUbo6lfvFMPQhztNLhkD3JbL1b3H+Zz5wajb/Vr7UbXcfVrqaLp/LIRgjOwH&#10;600eXxcGOf8AOjE/MBXVjtuDUA4WMAKV398nx05gCspJ6Ykyq3QjptjxAMxYXAsOoPzwI8e5o4xE&#10;rbLVQ3tv44GdSAaOPHCT3MlRSKiq/ThJetTY8SAKnbKMpb8YRsXy65Gp2DcuIC7bjKTTlRRQGFYZ&#10;q1+7Macy3AlfQHEyCxJJHuMiDbIF2wxrxgigCk9sPNk3WuA/RJ7CoyukuxJrdwajjkxG+aat2M9N&#10;602+dcj6U+Ts/9H5a/XWPW2iYHvuM9cuTyQD9/MS+uSio+rQ07dcgSU8IdjP0g0Z+K0ifuMhuy4b&#10;Dsv9LVp/uPhGU3K1ES7MdQJIrZR8fDDZXhdlfXSaAWke/iTh3Xgp2Pa63AFrEtT44iTExDsc0zdr&#10;aIV98ZEladgzSA9zqml2rWqO11eQRpvuOUijITkREuPrJDHgyT7on7nZ9XfJMBjtoUIrRQAflmij&#10;zL8l9sz4pk961u2d202M+ksoqGClEj49DXcgmla5tdLA1xB4zUHdb7Yfx1FQ9A3gP15tcPnzcKTs&#10;UZKklab/AGyT2AoKYzgCdmDsLZAIXqqt8JFadvc5gzAgbZDdeOnz74mzOwUoBQbkdsiSei03iDSU&#10;osgCFj8PTcjsBlRnXPZPD3OxFzsQRUN4+2Vy2UB2F1wwHIq4Civwmh+nxGYOXyb4OyPl1d3SfieK&#10;81Wham9CTQb5ruIE0XIA22djYbmBfU43CM0bMyhzxAFB4774wyRF7ix3spQlts7DS19O4/efCBIa&#10;Bt+VRufb7syMVTN97TO4uw7hUKlOVCDt2Pv9+bPGKDizO9uwaVNAVpy7lun05k1swditCe+w75IB&#10;DsVChTUV3PQ++TApVvY4PTYFqE06qP65mQ23QtwxjNDtuR4d8zoSayHHDGAlgCQVJ6Keoy67CKUm&#10;wwQbb75UUqD4IGQbIoaShU+2+LJTIlvilk5NGPT55yD82JGt10aWMDkzSpVvAAGgy3TzMZ7d36X0&#10;P2JiJnLE9wSi4UOKliDWp4++cph1MtStuCe5zJlMl7qemA6pVLak1IncE4MTUAxKtCqgDr45Eyl3&#10;tZw0hXs3pVJ3r3oRiX6TViVQLGw35UOVWSaLP8vW7Ys3Td5HlXpuR1x0l+4BJKmtAlMZbJjhBU1s&#10;12Csy1NW364SanqTrE4KKWcUyvclztNhBKKtrGsisJXopqBkWF2Y1DeiGp9o4SC7QY4yKatA7V/e&#10;keFMLprsScv3RqTUHKzIuTDEArpBIoH7wkDY79cJL64XixaOtARQe+Y+UkjdztPAWj4ImBUCQipr&#10;vTOaaqsV3IycKeO5zTZ48Reh03pDIYeSIvxcsj0mmR+nxSBSO3XMOeOnPGSkQJN9ycCraWi8hLEp&#10;PQKTQDKDEHctviErizdj+GJNBpqKyrZ17l+XTGUR3M+L3OHqVHxbeFMARSQjkEgDUNTVu3YZDZJK&#10;818aZUzQsoY26DkakcjtgMepUEuFelemWJrZAQtoBTZjUmuPCAF3dQ/zZYvLUBf9EACjoSfxwWtl&#10;1G/m/DGCW1ari0HfiK1wALZDvi8cVt2tFqxhYV/ZBph5FEpFx5UwQrWvLn9XKj+eu+Ha0cRW0P8A&#10;NX2wz0yDTby59KSEvGEYkgntvgJCDIgKMxlSOqMA1QBXLmtdOr8ETUB7E9MJAQJmlytJTc744Q2C&#10;D93GVr4nr+GSEQUcR6t8n7nHl4vTMIiRlPgaYREBPEVtGrXkcZ/ozgA2oIToA2JFo4i3Rx+318Ri&#10;arYsxH1Y1bcryyohkSW/jFCCPnghUs6UW3IJ675MEMLK0lq/a2xypEDRYQB3JOEBFuNetcEFI22a&#10;M0BqFFemTpbWVIr8W574oxtlQAQgkjbfDV82HFItDmTXnTKjWFyaxb+JO2RSSQ2Sw6N+FcGqLaOO&#10;v1QNT7J5HfJBqJJKifULf3tB4UGWk0RFBZUI8Dk7U33t8D/v4/TgtLyEAf6OqOOgrhBHVgQe9SML&#10;Hb1CRi8t9HIQxtx7mp/Vjwx5sd+9TS3ZBxEpIG4BAxeOeA0Bir/k9CfpyyOINZ4gtaJq/wB4R74I&#10;SZen1YUPicAxAlgZHvaMRp/emvhTFPWQHe1AA6Zb4QY+rvUxESNpTUmuPDRSV/dCvz7/ACx8IFAM&#10;lpRkpVzifFjuEHgQDica8ZC/4O7U9zl8G2YREDpX3yIxg82RmVtU6epU9xmLnqbc0/Xj4MUWe9sK&#10;vaYHFA9ByaAKPDJCIYkmmuFTQSlvfLV1Y0EAA70JyfCGFnq0Yyv+7a+GDP3ITdKsOgyQhEDZjxG0&#10;LxlZ9pKJ/N44kkiMxCw+1euEwCJE96sYyoqZSa4eaY/CWKT0+PE9O5OW48YLrdYTwkIO4QMrLy3P&#10;ic7Npd7JLHQow2HxAUObPHjeE1eIA2xW4tVU0MgI6hSfDJFFOzOqpGwBFKUP68vEAHWyFc0K1ugR&#10;mMvM9SDk28kiU6lqLTRcFjiUQtuKhia/qyngrOPKP3l5D2tMfDxgHvtkvl9QtrKQ3LnKK09htk/l&#10;VQWIAq32/f55nxAeDkyyLoPwyo0UM78QHenJu5p03x4QDdNMj0RC4m1RQUp8sm0qvXEZlBoaCvic&#10;EgCkFvAEgqTWorUbdaZiZIti8dMCuO3UD7xmNJLeAXHeta/apmJIMw7ADFeTht6rXlTY+1e5zFNX&#10;TZS/wwpul25Cg6Egdf7c12UW3RbwuotVIp03I2Ir45iENgdj6AIeMZJWhq1afPbf6MltSHYYRKGV&#10;XUULCqV3+Lp+GZMBxbsDs7B6QLw9KTk1NyxO57mtPfMqGIfSWsydg1VCBiAa7VUAbjsBmWAIsCs6&#10;nBCCu429vD+3LYBjJrBsary6Vr49fvzKhEWxJaODl++goMyosFpwdFvmaFKxsGqemRKApt+vBCdP&#10;4ZAsgoNghe22Vlsig5KVO/zxk26/LDFy8PNL5AQTXv0z5/efo2sfOnmS3UCiXrONuokAcfry3BCP&#10;AH6h9ls/jdl6eX9AD5bLkiVkUmtCMifrMwNAu/68sMQ75sRqvdjT3xHk6qS0SMO9MSAyBX8FNAHZ&#10;cTaZAOTxItRsDtg4AzvubETmgV3J7kHAk0ycSV9I9jkeAM4kolIyDRvUyM3s6MTzRCDtUZXOAvdy&#10;sdpjElAACT88js00YNfSTkPfrlMwByckSKKC07muApXQAsI1UjcrlPDEtgnXNcAcBG9RSONup8ci&#10;YM+IruPvlNMH3VFSvfwwiACeI97gtO+INKASpKDb548Ee5lxFdiSyUNaAj3GIATxydi31i340+rr&#10;6n81cHDHu3XiLVD45//S+V7RMAAAxr1qM9bu3lNn7+Yg0UoK1XY9K5CTIOxkgO3KLp1OVknoyGzs&#10;S4gEH0j7ZH4K7HtICvErx8MN+TGnYwUb9pvlkRJN07HrEx6GtOtchYB2RYLsEJE5G5Ap4nJFHN2T&#10;P8vrOS687+WYKBlF4JW9hGpY/qyjPOoF0vtFl8Ls7NL+jXzdn1R8mxH6vbc1HIAcj881MOb8pdrS&#10;9ZWtnbrNSqqqGh2Jr0O1KHN3giejyGQ7rdsOFAPEmhNPtdM2URycUl2XIEVfVYhSgJ9QnYA+OOQA&#10;eo7Uh2A/hLyKtORBJ8dx/HMQ8yBzSQ2PHEJuSqOFEYmpY/FSnscpyAgbLHnu2NziLFWIag9qjp4/&#10;LKpblRa7A0nYHYsP8zlUyydhXcIlSStWoSNhU+Jrv0zAzR3b4l2Fs4ZVhlhI5D4ZKrQFTTav8cwp&#10;8gQ2iursCKfiNY1aWQU+z18a16jKr35bsj73YZ2i8WKEDnGopx7D3zJwAg+5qm7DqNR3FefxEnpX&#10;55tIfe48nYNHxL02PXMkbhg7FVHxV8OpG9K9cnHmh2CEG9F6V+E98tgbKrD+OCQC1VB26nLgDJFt&#10;YPgFCPw9sy8A6sJNHocN4e1d6ZlFiot/DBykEDsa9MpVQNcXXItsUPJsNsVWlciW+KXTio38dvpz&#10;lX5rskNjo9xIofjcOqg/5SZLF9fze99iblmyRH839KTXKGSNkUldwCQaUziovoNqx0rtQDMjifRj&#10;ikl/1WUdXJHiTgpQGAZQOJ8RlgDWdtkMxatN9u9cCyUV/hSjN9pqbZHrbOJRCqWTdtgNhXBAVVRS&#10;5QV6ZRIovfZDEsWogYnvkS1mWBpAjt1rsDsD9GRHMh22kgavuTSyjmC8kHU98jQKGtWFATRQ3XEb&#10;nd2dBMT6g6Btxu1MCSswPJBxAHj3xk3RAPNWQdAzcie1MLLqQsnxNUEVND+vMTJvu5GKIB2RUa/E&#10;KCm/fOfancxq8hQgEV5E5q88gLeg08TW6dwoQgr92EH1oSsS86pQdK5rjIE7lzBFWpToDTC644k1&#10;9VTU9B1yohsApePlgQpzaisH7MoIGROzIGl4NBvjeKRcgI/T26mpxoBmbd171wJ6iq7D7Rp4eOVl&#10;K7HAxBWEkvEjsBvXGglrfwxKSQbBHFDtyO/XEkdCtt44SCPivJG22ahxFUird1wQJlYV5g9iaZMS&#10;AQA1TwxX6wootfgr1AwGfcmi1xyRaFGslxcTRHnxhaqnpTpkYiztsxkaG6Fum4oin9pxTF3tW5MU&#10;ZQPAZMAsOINhthWv04i8KuorESV3YnpkapHIr69q/IZbQRlCwUdKVyYFiwttciDTEFVU4gFVrud8&#10;iNkrjU70xQ3CIVRY0Y77/wC1hsFd2uB3NSPbFEmIcUjVu4ByURRYEFoiopXLEoD8nWlTuMO1qbp1&#10;NqeGCVnCyVRgqnqT4d8LClpUU33xRnBfZkZabb4kC0ArQDxOxBxZigXiiryY777ZLhBRuTu0Aa1J&#10;NB0wYkbNGIywU02JGSGMlrMqKiWoeVKjuMTMclShIG1Aw/syIBumdruS9eNcdHA7vx2Ne+SEQCwM&#10;tmmcAVwYsfpmjBTTvlgFNMpdyny5Cu4r2x/Pc8ULeFMtNAIq2gPEgYvEruRSNlPauCIYSWuyqDUg&#10;jBQhkJA4sQOmTYcSj6ijYMoxixEH7Dj+GNMrDZk2+0p9vHFQDGCZA1e1MG7Ay3oLTR+hHv4Y15nb&#10;7JYcfHEhkG1iRag8d+4yvUnkoz8qLsoHhhACOEBdSNKqtKnqcERRTSAcY6mu1TkqDA0FB5I03d9q&#10;eGClE8QYeipP85phELYGioExSUPqMAdwtDlokj15cVHYZPkgypxZVpSrb9cV9AoaclAPUjERtrMw&#10;Wg4YdDXwOGmkhDMg9UUL/BXqCMthGnX60nhJ8lK5rx/u67fGRsDnXtOmLRIhk+JV+GgzZ4yKp4nU&#10;iiSxuaFA/IRj5k5JY5pSuzsvEbk5cBbq5QFoQJGa8grU6DOheRnaV9QkZzJuqgn2Ff45UD++P9Uf&#10;e8T7WbSgPJk2jRqls3FFTlISQPoycSg1JA+nMqIeKkyWPoK5SUod+h2yZaZK4NK42Ramo+Hfr44N&#10;62ayqA9PDAjHlRhuD/nTATdUo2X4EkFCad9soyBsC4ffgKUbVUnbt33zFmEhdgFxXv2zEmzHN2Ap&#10;Nq7UNaA9cxZbNi8dBhPc8eLKwYEkCoHWvhTNbl5U3RbwE0aqU+NyWWquSASR47ZjGLPidituSWIk&#10;PBkPBSNg1O9Dvk8e532RIOwRHDcSSqGuSkO1I0Hx17lnpl0YSkedD7fmgyAHLd2G8cZpQFuPiTUk&#10;A9KnNjGFbNB3W1HTpgtasdug+2MujugrcXUd+2WxYF2C4t6Cm57VzLxliWjg1QNuPzO2ZAHcxWYN&#10;jBFO9Dt/bmWBQVa2DVyJQFJuuLqfHsO+RLIKLfxwQmQLZFCSDr88c+6n5YhyMSXy9em3Y54h/OOB&#10;bXzzfkrx+t20E4anX4Sv8Muw9fe/RXsDlOTsqA/mykP0txowFQNqnbOSPv0aoy57gIkeJH0YEdiu&#10;xckjthoMwLVgK9FAGAZZmPUGg7YDQZxiiFQeIqcCNcBVLBK06gjASGwDdUEdTQmnhkcvJ3ZmZUCK&#10;TsuUyrq5UIotFAFKkkd8J5LiFQfWUmnSgynLIVTarUJwrmuoGJA5AfLKSdm0RXDbA/KFiAGJp12p&#10;kLtm3lNIlCOOw6E42rsT4qd+GPNkHY5UqetPCuEBNuyuL8qcRTwph2S7P//T+V/1ibgD6poeoz1h&#10;5Pd+/mBHuWJPJi3gTkSzEe92M9ckb7U6VyMjsyAdleuW+Emgym0kOy+YPRgPnhJ2Y0HZXMj/AHYD&#10;26YBQXhdjgZOzVr44CbRwh2KKHYbt86Y8VKQA7OtfkrZm58+2BY1FtbXEhHuQEH68xdVKo7PH+2+&#10;bw+zZD+dID9Ls+oflKAxrCpJerE1IpQdgKeHTMHEN35f7TnZJWN1zs1upVUXptsP150WDZ5eZUz4&#10;4NoOO5+HMo7BxiuBrmNaAcQ+4rXpTvgN13obwNKp5CSMVNeLVFKgZi5bu4pB72xiTkMCHqtem330&#10;yuW6HUPbA0itxIR+Dno3Gv4HKJxPIJC/A0gbfcdNvfKpMhu7CuXrstRv8j7Zr8vNviHYDKO1KoVU&#10;Hr8vDMYxJZuwO8KSM0ZGw+x1BHuKfjlRjZpkDTsMrWBYqcKb/EaHrXbrmZgxANM5Xs7DiJK7026K&#10;Oo+k5sscbaC7BCAlgCRxoa9qHwy6IsoaNcEKtFLAChXcDfLYit0NHw74ohJoQNuh9slA2q3BcY77&#10;HsCOlMycUQwk7B8ShTQCnjmZjFbBi0ehwxiO3w9PEb5aWKmcHR+PU+OVFIUH/DBK5BtihpO/y6Yq&#10;uRLfFLbj7I327/POWfm6RHoVjMekd7GP+CVsOP6hb3XsRvq5R74FLGQsrAb+B6jrnn5dRiYlQKU/&#10;DMoRt9QOIhDG0YCpHLx8Ti/1xyvH1WC12AwkMPCWCBaikYqepOLiYsATcAE/snrkSx4K6KToASPS&#10;JXxGJyywMnBn5H27ZVMUzhEgtKkgIKALU9OmQXVYrNrh39Zx2AGAGne6WchECk4tmuRGAUjJwnFv&#10;DyoszluoNMbcwz8kWZJaAtGoHffEpRIj71oNt++QJBZRohevEj/KPhhJf3Mg9SNUpyFOWY2QEOdg&#10;xjYoqGNeSsWJIznupkOzbcabD+JzT5xu7vDsE4j2Ap0ORx0UNQmpBzXmFOXEhVrgSdoarRnrWpAG&#10;3yyBbAD3LhXEJGC0aIMNt3yMhbIC+beB0nlVtlY16nrkb3tmXY6S7lK040rtzIFTTIk2VAaoBmea&#10;NozyJSlKigJORKhvE45oa0EJc9j0xGySHYbx2E9zC1zBZySLF8UhHYeOTG4RyWGRFIDMAW2UHviS&#10;2bmpNsafyVxpC4keOCI7dgylrVqdaDwxpd2iRT7WTPRbeOO2v7l4zb81SMEe5qRvTJRHVqyE8kuu&#10;3Jlto1KsasxB67DEJWsga+q1RseQJ/jgOy0e5XX1aCqj6MCcISSDKSp9v7cIsqVSp8N8sJbig3Cq&#10;N613ycRTGqaq2MItSOLCo7UGRuyyALviHfHRxQ7ARgU/aONq6reNfbDCMaeIZFkcCUgekVPQ965I&#10;Hva5E2KUm9XkpUfBvyBwOfQDbOGJGx/28G9sl+9OhGCFjhldV5A+I2yXNidt1hLKCab4tJaxwKvN&#10;gTJvGOu3vktg1cdnZoOzk0rQDc5aQJ0LUruowDdJLRY9h33rgyN0YemxLPGNiTlg22ayOqm1RvQU&#10;OLq8EQBaoYd+2G6LEglZxdunTHpNbMxcu/2tgNskDvfJgQa2aZZAOIA2wS0iMeS1A8DTLSLaliqy&#10;jfcnvgy3TkPsMWP2VUjDdDdElCUgH7Q49yfHF2DAEVYCu5OxGEiwwUgRUbLt3GNDOD8JdqdfD5Yx&#10;COEFeeO1eAr0x31gjb02X3OEbL4a0xg/tg+wyy8RHxSHke1MSaY8JtsK6nZRxGN9JCa+oSKb42ky&#10;Ib5sQfhAocckIqS0h9NSKnwwE9yb281jSEUULVyKqK9cWW4SPaL4l7npjRLWYlaYWfdxv2XYgYjJ&#10;N8W1QDvTwyyIpRHZVEfIb9RsMwuQOPxGv7R8Mkjha9E0OwG/w4t6kLIauefUYSGJBWBJQw+EcfHp&#10;hjpUrC5RVqwHYr38a5djDhayIMFG6VfSYsQD8867ppV0SjCv7S9yPbM/DyeL1YIJY3LQcttq7HJC&#10;qI678k7CtRXMjmHVyJCFBau1K+HXOreQgPqd49BQzCo71VaZVj3yS9wfPfaw/v4j+iybSwRbLXYs&#10;zVp7nvkzlYA0rT4gvzJ6ZlCYeOkGQxg0GPXoCR88mWkquU4NQKdR8R8PDACbal6/q6YEmUHrvuCP&#10;n2yRAI3SCqD8O2AnXvTft8q5TMWzC4YEcb1G/iP45iSSuHTAM1AeI2oK0PhmJloFnFvAElAvTYkg&#10;A965iTNtgXjwwvmUBSdyBsff2zDyw2bIt4CChjxpQAVq2xzEq9mx2PVAJC1R47D9o5IAArezsHQL&#10;SoBLhT0Y1IrvscysIrbua5OwwjoCAduR49zv7ZnRLBYeuCAqjYAgd6HLBFjbWLL13G3auWQLEh2D&#10;IhQV8Nzt0zLgKYlo9DgxNhShzKgNmKzBibnrUHwzIVacFJSlAOmRKqR3wSmQKQot79cXXanh3yBb&#10;IlCS98c32a4A34+aAl6U+7PIf5+2pi8w6NeADjd2UkRqCd43r+psuxAWfg+7f8DHNxaTNj/myB+Y&#10;dD0apOxHTwzghjSh3o3jQ5Y+mAlEcm6gV+kYmYISNrhQR2OG2wSI6O9SQdYiR4g9MByQuCSsi0B2&#10;2rhbYqySqQAUb51wuuY5uDHmoIGy065E7NsUTEych8J+dcit1FcGtSp36gZTMCnJgmCMvbb54TvF&#10;IDxkA+LfcZikkc24FUB8MCS24NeKgDpyOQO+7ZZXA+OB/QC/tKflhCV2ImqGoAxSHYiZCP2x4UyL&#10;N2NqzkKrD5nJC1He7HfvfseqnLxrtgpXZ//U+VXMBKFFNBsa56xWzynN+/mAHev2qU9shLZsAdjF&#10;CE/YOVWSz2djiQDVVwAIodXY8EUA4/EelMFMadlrt1UCnjiUuxdBy32wIdj3UKQehPQDFDs79/zj&#10;tYtL5p1a6lFRBaxRIadC7lj+C5h6w8IAfPP+CPm4NHCA6kn5B2fTHyvDT02I2AAr3p7ZjYBZ3fmj&#10;tGW5WHqc6lb1pvQntxBG3brm+wW89JYemGUYBBBHKvjmfEbU0Fwp9OUR08O2RoBiV2JupqGOxAp1&#10;7ZRkjvauwM4NRsCBvXxyg2kOxBugFKU65TKKr96+2AZKb77d8x5sg3hdOPAkkdP8/DMLKG+LsBVc&#10;0Jbkzbbk9PH55ik22U7GekzGrrTanAHx7ZXwG1t2GMakKF3HpbrX22GZ2Ll7mmRdhnED8JFRz32z&#10;OgGkuwQAdhWgB/zrlwCHYrtxp7nfpk+itd6+2Kx9On0kb5OHJStPXB0YFNtvozMx0xLWDY68uvyH&#10;v3Ncy47lg0emD46+PyyRQVM4Oj7DKyqg29cEDK22KGfpX7sWXIlvgls69O/jnNfzYjD+WQzAERXU&#10;LE06bkYAQCL73tPYyRGuA74lLhsslByI6DPOcVv6tWUqAu9dhmWJdz6vKXChXlKUHFgT02OLBWAY&#10;BlqD9mopiQxJU9ifstQ96HExL1MiByNiw/2sRuyIXmMEUViAexGB7lx6bMiutd/oyEvJsgDe7cSk&#10;MAxVuwyC3UZMjUlFK1AJ74Jd7vMMtk6RthVSKeAwBz40oxLA7cak5GwHJEbX/h88aPXbkzyFQDRY&#10;yN98rMt2ZEABTiVqAqBj1LYTahN8B+KjdN9soy7DdzMEaRUCnl0qOu2c41eR+RIkPEbD3OaXPvu7&#10;rANk4jGwGROS5Z2JbkT0JB8M1+TcuYIqwFMCtIUJIL8etCTkTYDbRbxNrtUpVGcMakA9PlkJHe0g&#10;EuxN7m2agV5o277d8jxBQC7GKsbE/vWanc4QQWTsviKfA5JG/THhV2ZKEgF2HiRgV2GKGGFaLfTK&#10;WFGUFqH2I6HHdjz5hrr1FadMXR4Dx5XTAjcmhyQiaV30YYW99bQuOdxJIo6DjsMJPCxlG+QWFa9B&#10;TOl6HbLdaHPdFqxSXYUK232V/tyJkTG3HnPhlVMfvLj09Wht1FH+qs5YeBalMLru2Q1AtRQH7XSu&#10;RDZGSZRuQd5CfbrhLJwjcv8ACQteS7/caZMFlZKJFSP1HA5uLdhRiWNahFBOO6kN8W7ffj5bm2Mf&#10;7u3ZXpTrkpS2URLSo4O7VHywJHPV/sPy6bmo3yAZGJXke4+7BCIhofT69asdhkohFmtlpJ8aU9sH&#10;L6SrURRtvQAk5KqaqKw1O3Ig+Ipg2JkbeKGNHCklqmmWABrlfVTII6sxr0BpjPrLBaPGku/U9Rjy&#10;RV8m+A61IPtjgCaN6IIPcmmI71txNB9qn0YOhtjKDIvEcftDluMsj6mucq2UXk4/CamvQ0picsXF&#10;gGkBI6AdMeDdEZL1bbYEVxROIFQRy7e2ABbK0179MHxyLwC+mN+r0r+GXRNNUo2oFSTXlQDsMGxm&#10;MqpLkDwyYk1SCiQ+4VQT4nB0UTuKCQUG9GFK/LDx2dmqVBCu6rT4Kk7Gh6fOmW7lRx2PE+HX54sA&#10;bbVBUkA7961x8VWqRQDpWlRkhG91OzTkCimp9q44cFO7BuPU0AJGDg3XiKw1I2BWvTc7YKiubOOv&#10;qqrn9lf65PhI5bsTxdELLbXMvERO0QP2nHWntjVmhkelU4eAXwyI26IJKoYJI1AHMsNgxbEpWtdw&#10;tAB1IApjRWyrRC4AHIbntXfAhit3+wzBvcUBwgEc2XEUR6kqn4lBGPVFUHkwDbBRxyS2plyegrXq&#10;a48BufxEA+IAwkoOzQoVoBsOgJw60yQtcxooYeLHJYzZcDVgCBJQdynGMsSPlvnYtKWOOJWaIqyg&#10;U3/HNlh3eH1lmVWxWZ5WY8ZeSE7/AA5JERZRyStV34tmULdTKRGxQ4Kx7lvYfPOpeSovS02dmoKz&#10;v23pQZViB45e/wDQ+d+0871NdwDMtLIezgZTUMK+3XJM60996kfqzLiA8vIshj3p7YovQDoQOmJa&#10;pKg7/PKboKffiGohUHh4YCl+NTxYpUbMOoNaV3wn1BRsqDpgRhQfEegpXK5BnzbwDMzK8QoAj7Md&#10;6k9h7Zh5SYyiOhZjcFeOnywJMnLga7oaiu/zGYuQXXkmJpvAUi/DtWpaozHmGwNjAMibmgpVq/PM&#10;LJHq2RK/AToBueg6U2+jMYimYLsasZDAnYkgMCAFJA2p9OREd0kuw0QAg0B5LWoPSo6/dmbCIPva&#10;z5uPTBsI2FQOXQ9hWnYHtmZjDXJTxcCgqAKV3H9MtAQ7FY1NW5UJrsfEfLLMY53zYydgxCadC2+y&#10;jrXMoGmK01+jBqjv9OZsAxW4JSvTYZNVjVxYu60CR8xsCRkJbJAU9u5pgxSfhoK7717D2yBUKL9D&#10;Xrgha5EtkUJJ91cc32TgbYc0HJSnT3rnmX/nIS0K2Pl++Uf3V1JET/rp2+kZOO0veH2H/gX5/wB/&#10;mx98AfkVtv8AEzg/y9Pkc8sGaSpoQR7kZk0+zCkWI1NPhNfHAz3D15bH9WBsAVREvQ1HtiTTTded&#10;BWvXFnFv04zsFwsv7lhHUvRq0wFsiETBEASAvyyMy3joQRLQknsDmPLbk5MQjQgPbCu4u7mdiGlr&#10;Xodh0zHMjI7tgVFRVFAKYVO8wT4nJrt1GQpuX0GMWSRRUEUr3O+ICXZUktd5DibWy7ED6bb1GNMh&#10;J2JsqKfhkA+YwEsuK3Y2i0/vBXr71wcPVeIuz//V+UyseILBR7nPWQXlSN37+YHkbc04U7e+VzLM&#10;OxpkfajKMrvZLsZWUGvJSDvucjVK7HGT4dioPamEyJSXZauSB8S7eOQQA7Hhz/KfoxWnZZVxuNvn&#10;gWnZ60/5xlsS8Ov37CplvIoUY9xGlT+JzA1ZuQD5F/wTs/qxY+6JPzLs+ifli3VjHJx+JFopJPzx&#10;0kAZPz12hM8lM9znSoRRR1JpnRY47OhmVvU+2GMK9+gzLhHZpkWh1xpA3A+j5ZWY9GIX4GYioqKH&#10;76ZjTAZOxKlN2PLbr0/DKil2BJAdzShOY87VcPDAEh/ar2JpTMebILsAzg0Ip13A9h45iZW6LsBE&#10;UJZvAkDsMwiKbQ7HqOVN/td/1ZOItBdhmiminqSOg6mnh7Znw6OOebsGo0iIPVcMyCtQKfIU+WZM&#10;DIDfmwNFqmCVPIAla+C5dGW26Ka6E02yxUhiOQJBoD49NslZIKtVJxSMFVA6lRua5KMeFBawalK+&#10;xFflmVCgWJdg2MEMACCtNjmbGNe5gtbDCOmxG+EoU2wam4965UWSi238MEDINkUO/t2xZciW6KWz&#10;ioIGc7/NSFrjyjexxmjB4mDf6rg4Loj3vYex0+HtGHxH2JcXWFXkf7CCrfdnl46ZehGLXBRWPJSQ&#10;D/HpmXxjkH2Q5YA8kOmoW7n92nNhswNRiyejAOMrNKw6OMR5sZRM+WzTNK+6gJWtQd64KWa3YbBg&#10;FIBJ69OlMBlXJhwSHNDlJmJow5HoOlMLdTuGMDLFMgJ6V2NBgAb9Pj9W4RVoihgXjao6kbjIJcyS&#10;86l0kIrWm++Sp3eOAATtOBFACB74H9SfbqPcZVIBt4VwWPfYH54kZphVhyYqaU70ysxDbGF7O4R0&#10;oQAD3yP6mw4sWavitcxs0hTn6cHkjbfqpApXpnOtVdAvplSvEkq4NajNNnIp2+K00Qd8i7sXHBCN&#10;hXkdts15NuZAWVTAoUGpckDqaVORu2W7sQlYCgVzXsCKYCKZh2IpITs1ak/ayAPRXYp6q/EFXf8A&#10;mrg4gOjKnYl9YuKfEyAHoKb/AE4CVoOx4klYbsAD9AwAq7FYkkNeK8yRyHU1OTsodhlBaahIyr9T&#10;ep2U0Ix4zyQQVvJf5h9+C007Wue1u6qO9NqDIcVmkV5teon8wzrmn29/beUdL9aQo0888pUChKgg&#10;YDHYbuLIDj72Mia3m8w6nH6YaW1trdGc9i5ZqD6MIriCeUU+szqvU7igOA05AiO5OkdVrRVB6bYV&#10;DTpQ+8/NWNS39cmJC1ICt6gp0ocXSzCDktOX7Tmn4ZMT3YHza59vuwBOscTFzGr+4YChxHmkRXgk&#10;jrTLju4eB5Q+k33/AC6ZOICmMnFT48sEJJGacZkNRug2P45KmFFog+BwSYz9rixUbrxFcJieaFlR&#10;SlR8jggPBGCkrPv0HQg5IAUxIJOy0hjQqBQZl+pt9qd3YjYHtgADEiXQO/eD9kAd/fHO9sHFZmKj&#10;alMnWyAJdzgHIOwBwbazwxyq6PSvVCOo8MsxzALXkiSFGVGdCCPkfDB10kTMs0aEpJ9o9ge4y/JE&#10;EW1YyeRUYmIHBnHIHbAXP9iME79+2UbDk2EFX4/tE0xaOKYn4a/OuJj3MZSAWFk709hhkhljCEhp&#10;FBqa98ugDVNJNoeRUblvxJ2BHUYKmvrqaRGdGApQKNth0yXB3NfCFGG1ggQpHTckluu565RuZTXl&#10;DuSKZICmHhjvX+knZ/nigmcrT06MP5a0w7o4At9NQQedQfGmKJ6R+0XDfzcaj6MlTHdY/Oo4BWA7&#10;V/XiiJDyPEEchQyOOv0Y0gkrC0lNyDQ1CL0GLG1mUKyvH6fbj1+7AYsOILBcxEsGSQSbbMNvoOMN&#10;tyr8SjanEfrwgWjiFr/WK0+EkfzHEDG0Q+GQGh3JNcNEsrtWDq3VTvuOuYTN0ILns1dsjVppaY1r&#10;UNQeFK4qjMRRk37GoxYlaVUEENtTcUwz036y86ejGvNTsD12yyFDm4epA4N+SGuTAkZ9RyFPX6c6&#10;5pU9yY0RqAGjGo65n4SKeM1eON2xm5+rh2K+FBQ5JVluQFPqADsOgPzzKt1Mox5IYCDfita7nbOz&#10;eTAx0GNuVXd5DyHc165Vhs8XvfMPaQg6yXlTLbABYLdQKDgKCnSu+SKQjkR9+ZsXmpJ5H0GKUAIp&#10;9oin0DItclXKbw6DphDUbXjAkgqPtfNhkuYSqD8O2BZKUO+2RkyDeBXQnw+E/B7e+Ys4pX1H04El&#10;Famux7jMbJG0hvATrUcetD0zFkLDY7phdMvFiQDTqPp9swssWyKoMDsCWG9GHt9OY8hZZh2VGR0Z&#10;qM5+z/bgjXIlkXYPjUFeSqCQKivXbbMuA2sNRWmv0YLRfiUdtqEGp/szJiNwwPJbgploa0oQd65k&#10;GNFjbseg6UPsAN6198shHa0EuwXENgOxO+ZMAxK1uuC1qBv1zLiKG6FuCFX5bAbZJVM4LXcD5ZEq&#10;pnvglO1fpyssgosdqeOLAbjfIlnFDyDrXv3xSu2BshzQMvRt65w7887BbzyXM7NT6pcwzBvCjcT+&#10;vJxNSj8X0j/gdajw+1Ij+dGQ+xRidkk5Acqgig988YNZqRy9dQR2II2zI4n3/iRwnatPSqPGowGy&#10;KtRyBHYb4bbIojlWm2/c7YHPAd6n5nA2BeCTv277DCG/USMVqad6dshLk3wRcRoP1ZHriAA06gd6&#10;5RLZyIooHCyQEBS26g7Uyg2WyK8EYkS8gCLGpPWtdzkbILZyd03xCjAEMKdgNh+OBLeJGOppxPgB&#10;WuFXZmtplWqKOPiaYDadnYEZZyafD/wOCk2HYj6bceXP4vlh4RSeIOz/1vk6KKKBa/M1z1d5h+/m&#10;I89yeIFeoplEjZS7GGlDuMFsufJ2ZURvtMPcY2xdjwIFpUVPtgTRdiwaEj4Y6nxqcBKkkOx6EDqw&#10;p4YsXYuskdf3h5KOwwWtl2e3v+ccbdW8t/WAixm7vZpeKigKr8AI+dM1epN5C+Gf8ErMZayv5sQH&#10;Z728sxFYA58BQ9sy9EN7fCdfK5UpHpk6QEbHYDr45v4WHUTaGDY68f8AWHU5kRJpqk10O2Ww361N&#10;NshJiFw+/AzHegG++xzHlLoEt4HNRtTvlBS7A8o7kA7bZTkBSFwpha53O/xeGYsizC7ATt2/l2I+&#10;eYmQ7NodgV1H2QBU70O+Y0gzBdlxsC4B+AtsAN+mCJ3U8nYZw8iAxIbfckUHXNhiB5tEqdg5Aykg&#10;7hjVT/XMqIIYNVGLha7n5Ej8dst4b3QsxRR9k02AotfDLAFdiqlq9qH6MkEOwQigCjAUAowPShzI&#10;gAxLsME2HWuwoKZmR5MGm6YMjoPY9ThKFM9vHByfflZShz/t4IHbw75W2RUXAod96bYsuRLfFLZh&#10;8Jrt40yDfmQGPlPVuNeSxclp1qGGQnyHvD1Hsqa7Qxe9AFR8dRsRvXpnk+UmoaRZAtNyWIzL9z7g&#10;IjyQ0ZNCsbKf8lQO+B0li4sKrz6haVH45HdmYleyuSDxPHv2y45ZGqwZVPKnEmmI81lFpo0U03Io&#10;Piwj1WS4BCqqkLU0HU4bczTCKOtUTjUkgHbbpkeku7ldhAkbHptUn8MBdhDFG+aOEUND8RI70OJN&#10;e31CrKlD4r/ZgbxigeqwQW9a/F9+BGvpoz8YAJBqwXpkJbN0cMSqegrdK+1ThJfOGTkDUV+Kp65g&#10;ZRYc3FEWjIKqaHqNlyA6uvEOyIZVUEoVOwB7GuanUAAO2w9yYp9xyISSqOPNFr3Umm3hmCXIAVcd&#10;JdQiJUVS7D7RBoP1ZEbMnYEN4gBVouVTsxPT8MHFTJ2Iu8TKRwapHUGoocSLCuxyta0UC2kqOp5g&#10;fdgA8kiR5OwQJLEcf9CnO/x/ENxka35Lu1vglPqbPyXTph4LyBwiIK8Rdvh5ZtdbGCwMajorcQT8&#10;snQYG1rcf2m+jDeNPMPxFbYmv2SzpUZHgDCUh3qTPCOp+4YKibXImpLYilQWPqDemQlAEMCB3tVi&#10;NCG37CmdH8xXCXGl+V0eBYJVseTRR7Lu56/PAI8MQ4+G+KV77sO8vWhttT82SrLJMlxqQIMrFiOM&#10;SgqpPYE7DItNJaMio4cAjrQkfhgjG+TkCUmUgSAltj92FUsFrsVlQKKihVzTJmBZiX4pVDv04mp9&#10;xgMxW3Lj6sag/ZYh98nGJuk8X4pU5NT7JJ77jA720I5VcVXoFVskYHqyEgWwxNDTY964AES8uQlN&#10;B4gqMHhm1JX19sXW3iLcyxkHcAHrkhFjxl1fo8MNrcxW6gHkWPxIxJ2r8jlwAAapepSbkx7b9cNI&#10;7ySRVQQmepH2lr9FT0y7iJHe0mIHWlAxqCWLcNuxpgyG1XkHm01grd1YA/RU4xgBzDCUz0Ki0u1E&#10;uRUdiCcuS3sY+RRJIWrUeqq0+8HCcURyKic+o+1yPM1OTI4/yK4m1s+0kHpsTuWBH6sicPUL4nQr&#10;xINw/IUOwIOLwvMiNC0Z4OK8jSgI75OINEd6DR3Cm6oWWTluvQDwyg8gR5Ttx+FVNBXGMeHmg86b&#10;KqSq9Qdz3xivcH4RKxNakbU+jBw0kxC4iP8AkHzwWjScQfUKt4Fsm1EBSISu61HywQjAsasWFN6t&#10;Q5YJNZFLCDTZQPCgwTHJHTiwO/Q8sHFuwIWMr7lT8wRgpJo1Uqr14n+YfjkmBFnkh2jYnkwp47HB&#10;CXyhQCvI/wCURhDWcZU2tSTXlQU6itScc19EVFI+DdmNPupiCvhFaLWQN8T8l/l3/XiZ1J6AFkPa&#10;oAxulOJeLGOpoG8aVOJtfA/CvU1qVphEkDGVUWoG56DoDXMs5O53Hjtg4rUwpxjAFOnelMWWRWIB&#10;5U98mCDzYkEKZVlqRTBUaLyFORPdhXbExDXImlEvVSGIXwFBhrAkQeNlaSNwftVr18MMYkG+jhZZ&#10;SIo8kM7bMCEcfy7Uyf6XKXQRF35Uorb5lwlXJ5vVw4TfRIrn4fi4J1qR2+W+TKGKkaBC0hWgbr1+&#10;WZQLo5S33CVOzc2+JUX5jb6c7f5RXjoNoKA1DEeP2j1wabkfeXyb2hlesmfNnliP3Fv4iNa/8D1w&#10;6dvjVWqa1oe2Zd1Xm8/LknSDFgBuOzdcWorxtlMgqD0KiikeGCmFrgTgJxQ+FRvTptkwEqwOBW+A&#10;sy8jWlV607DY5XIcO+5SN28RkWtFqR8jlOQJbGA5Ntqda1atKf7eY0khfgRwtaitD92Y8qZAOwBI&#10;N2JU9gPD2zDk2hsVO2BmSvxNUKBvvQGvtmNKNmyzC7HRx0CgrVW7jGGM7WOa249MHrB8AZXUjqCD&#10;uadszY4trB/a1mSyuCUDAncce4GXwBDEnZ2LsK9B1Ioa5fIWxdi6L8J8OoFO2WwGzErT4nxwRHX4&#10;T2798uht7kNHfBSDevgaZlAKtJwTGN/l26YStrDi6ilO5yBUKeCh4dcrSFJvGlfbFR4dBgLOKGkq&#10;N8UwNsSgXHQ9N9hnOfzPtBeeS/MENKkWzyD24fEP1YSaF9xev9kc/hdpYJf0gPnshUqsiGncUrng&#10;1/TKoSzGoqG47Zkv0uEcvMHovvvgGUw1+2aj/J/tw02RV19TwA+nATlTWlD/AJVCDgbArqDtWo+4&#10;4TXbHl9upHYHIlvgUXGBTp9NMIbhVPLevhvmNNyAiV+WF0jOAVBUgbgUFcqssgv22/HAbsSe1fYA&#10;YKJbACV+BZY2FA3Ko3p0w13pAId1wKyE9mIHgf7cBFM3YmY6kFgVPTeuPJkKdjGYx/CHqO7VNMiL&#10;Wt3Y34f5h864op2f/9f5OJ9gdM9Y6dHlur9/MQP0f5nKDzLN2V9/8MDKLsTPUZGTF2OPQdMDYHYs&#10;v2R9nrixPN2KP2/u+mFBdjk+wfs9fpyI5Mers9/f845/8odpf930f7HX+8br7+OazUfW/P8A/wAE&#10;X/H58+n3OPQ57r8vf7zxdOv8O2bDR9HxLXfWpN0yYw/aXp07ZvMfN1cmv2cHD7J/jmQeTVJoYm/f&#10;rlOTkiK8YHPR+vb/ADOYh5FLsQP2h9PT+GVlIdiEnf5DrlU/xaXYVS/a7dB88w5sgqYDl/zp1zDy&#10;tzsDd/p79euUFm7KT7afPt1xjzH4Knk7DeDon+t369T+ObDDyHvaDzdhiPsL16/x75m9Bza1hxw+&#10;2Pp6fxyY5pax6dD17df4ZKPVBdiq9W+jrkkOwRF9j9noftdOp65k4/o/H2sC7DCP7K9OnbMuDFpu&#10;mDI/p6ZIoUzgyL6cqkkKL4KXoPllbZFDv0xZciW+KWzdchP5i/8AKJaz/wAw7fPqOmQny+Iek9mP&#10;8fxf1kGn2z0+np0zyIf91f3vf+86Zk9H3YfBDj9r+77fYxT9lv7v/ZYYr16tHr36/s4Tz/3g6dB9&#10;nphcmH0oqH7I/jhVff70N/edB16dskOTkYPp6IuL+7H2Po64VTf3i/a6fTlUnLjyRUf2G+z1wE/Q&#10;/wB59PT6cWwK3YfZ+jAk32R07fawScrBza79/wDY4RXn93J9n7Q6fPMGfVz8P1IpP2evTv0yCX3S&#10;T7XX/Y9e+abNz+LtMSNXt0+jInL9ofZ7/rzEnzclflr9sfY/jkUux7/7zzf3PUfa6/RieST0dgBP&#10;s/s9f86ZDol2Duw+z075MMRzdjx9vtiEux69/t9vsYDzYuxZe3+9fTt8+2FBW/dgtftr/vf17dcr&#10;PNo+Tu37OD4ftj/e/t9vphCI/Bo9P2fpzqOqf3Wh/a/450fy74fkxx9fex/Tv7zV+n+98vXr0XCN&#10;+h/vvo6YJc+jMpuvb+6/jiMn2P8Ad32u2WR+DFevU/Ywnuf2OnU/b6fR75b16Moqo7/Z+jGD7f7P&#10;2e/yy3+Nsa7f0wSP7pv7noPn9OA80Dmp/fg+2+xF/vN1PXrk482GRTf7Tfb7dMWH7P8Ad/Tkhza3&#10;Ht9rKP8AeDr9GI6sCuGCF6L/AHnfrkpIPwUz1P2fpxaT7MX/ABv06ZDoygsT7T/Z+jAx+3H0/wBj&#10;1wjkk8lUfZPTp3w9sfsr/wAzen0ZMdHHn1/Ql9z1P2f9h/HNqfVv7v8A2PX6cGRGH4usvsjr1/aw&#10;sh+2Ov0ZW3nkjZOn7PXvgw9/t/xyzo1KPf8A3X/DHwdT9vphixlyWP8As/ZwVH1HTr+1hLBRPRv4&#10;YwdG+x1PTp1yYQuP8MEJ1PyH2v4YliVI/s9OpzP1Xr/mMZKvXoemBpv7s/3fXv1wJjz6r0+0PtdO&#10;3TFof2PsdDgLGTUnQ/a+jF0+x26np0yPVrK0/bPXFE/Z6f7LJljJTPVvo6Yax/YPT6Mk40+aCbqO&#10;v0YcQ/ZX7HUZc4k+qAf7Z+33ycaL/eH5dumWxee13JKLv+7T7X2j88m9n1X+6+j+OX43n8qUS/Z/&#10;3Z9n+PbO3eVP+ODZdPst9n7P2j0yel+g+8vknb3+Nz970G0/u4v+Madev2R1w5br9JzMdEeScL2x&#10;ZeuAtUl5+n6Ma/2o/tftfLp3xa4qgwH2Tr9OWhJVcQft1+j55Api7A7/AGm+eUZOZZLl64EP94f8&#10;z9PtmLLmVXYAf7Z+fbMWfNtdgWTo/wDrd+nXMaXVkHYDP97H16d+nfpmLP62wcl4+zig+y3yPTp0&#10;7Yf4T7lLj9nDOP7K/Pt0zPhyDTJZincfLv0+n3y6PNj0diq/T079OuWhDsEx/ZPT7J6dMuxoLTdM&#10;Vj+z92TjyVZg1Og6d+uZiHHocEp1+nEqVFuuCB1/z/HIFQtwQnT6foyspChJ0xQdRgLZFRl7fx6Y&#10;oO+BnFAP+188ifnL/lHNZ+z/ALxT/b+z/dnrhP0F6HsP/G8X9aP3hB/tp17dPnnzsf7Mf2On7P8A&#10;HMmPJ+pupTZOv7X04WSd/sfxyTcESn+ywG/Q/ZyLMKw64TXP2z9j6cjJtiiU+z3wmk+wfsfaP2f4&#10;5TPl0cqKtjF/b6fZ7ZX0HJk7AcnU/Z6DrkkrvDp9GJP1X7HX/dnXItkXff8ARjx0H+8n/G3XIhk0&#10;f9lmm+0P95/s9umEfBerl/2X04Cbqf8Aebpj+PJJb+/Ef2v90ZSvR335/9lQSwECLQAUAAYACAAA&#10;ACEAKxDbwAoBAAAUAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQB8O1NyLAMAAM8GAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAAAAAAAAAAAAAAJIFAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAHMx5C3cAAAACgEAAA8AAAAAAAAAAAAAAAAAgwYA&#10;AGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQDC/15egHgNAIB4DQAUAAAAAAAAAAAAAAAA&#10;AIwHAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ1BLBQYAAAAABgAGAHwBAAA+gA0AAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId11" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="3B3EB3E0" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:54pt;margin-top:-1.5pt;width:221.75pt;height:277.2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPw6r/7EAgAAAwYAAA4AAABkcnMvZTJvRG9jLnhtbKxU207cMBB9r9R/&#10;sPxesrsFChFZtAJRISFAQMWz13GIJcd2x7O3fn3HdpKlFLVS1X3wjj33kzNzdr7tDFsrCNrZik8P&#10;JpwpK12t7UvFvz1dfTrhLKCwtTDOqorvVODn848fzja+VDPXOlMrYBTEhnLjK94i+rIogmxVJ8KB&#10;88qSsnHQCaQrvBQ1iA1F70wxm0yOi42D2oOTKgR6vcxKPk/xm0ZJvGuaoJCZilNtmE5I5zKexfxM&#10;lC8gfKtlX4b4hyo6oS0lHUNdChRsBfq3UJ2W4IJr8EC6rnBNo6VKPVA308mbbh5b4VXqhcAJfoQp&#10;/L+w8nb96O+BYNj4UAYSYxfbBrr4T/WxbQJrN4KltsgkPc5Opsefj2acSdKRMDk8THAWe3cPAb8q&#10;17EoVBzoaySQxPomIKUk08EkZlsa7a+0Maz2BBx9LXD4rLFNMBC5km806oGgz/h3umSIL51cdcpi&#10;5gwoI5AIG1rtA6UpVbdUNRV4XU+pH+IrElU9aIuZIAHkAxWfyBIQFMo2FtxQsf07tTIqSB5aiVbG&#10;xtO62FpuOr4Ue7yThDujsvWDapiuI8Kp4TQK6sIAWwsisZCS+shYhFbUKj8fTegXi42FxOGJHulm&#10;LAXcV9vH7gMMlr/GzmFyd8lVpUkaC5v8qbDsPHqkzM7i6Nxp6+C9AIa66jNn+wGkDE1Eaenq3T1E&#10;XiR+BC+vNFHrRgS8F0CDS6ShZYR3dDTGbSrueomz1sGP996jPRGJtJxtaBFUPHxfCVCcmWtLk3Y6&#10;jcRmmC6HR19mkZivNcvXGrvqLhx9JuIRVZfEaI9mEBtw3TPtrEXMSiphJeWuuEQYLheYFxRtPakW&#10;i2RG28ILvLGPXg6TEEfnafsswPfzhTSat25YGqJ8M2bZNnNxsULX6DSDe1x7vGnTJOL0WzGustf3&#10;ZLXf3fOfAAAA//8DAFBLAwQKAAAAAAAAACEAOIi3oDgGAgA4BgIAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTEuanBlZ//Y/+AAEEpGSUYAAQEBANwA3AAA/9sAQwACAQEBAQECAQEBAgICAgIEAwICAgIFBAQD&#10;BAYFBgYGBQYGBgcJCAYHCQcGBggLCAkKCgoKCgYICwwLCgwJCgoK/9sAQwECAgICAgIFAwMFCgcG&#10;BwoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoKCgoK/8AAEQgD&#10;TgKmAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A/dyiiiswCiiigAooooAKKKKACjcV5B470Ud8U1uCFWQg7hTo5CqAM3fnNMpUOGBB5zxV76AT&#10;57UUkauBtLbvfFLQAUUUUAFI4GPmJxnjFL0pNwzjqDQA1SiSjBPvmpXUNGVAzx09aieNiwOcjPT0&#10;pW37vmfAXBNNgcBrnxBtbj4snwHbzDfp+mLdSqW6u7AEY9lK/nXUw3cTwB1YYYcGvh/4lfHXU9B+&#10;PGr/ABG8P3ayIuqOiq/KyRL+72H2IH619L/Ab47+EfjBoSTaPfQpeIgN3psko8yA9+D94ccEcete&#10;eq6dR6n3nEPB2PyrL6GMhBum4R5mvsytd37K/Xbp2Oj+IXwS+GPxUtXh8ZeFbW4ldNv2tUEco4IG&#10;HAz3PByPavl/4wf8ExdXVJ7/AOEXiyK5TcXXT9WbY6+ySKu0kY43AV9jwlSoXnFSliACvA6GrmoV&#10;NJK55+QcZcRcOzX1Ss+X+WXvR+57fKx+TPxI+A/xV+EshHj/AMGX1iuMNctb7oyRnkSLlSD9e9cb&#10;NbXWfLih8skghW6ngc89K/Za50+y1a2ez1G0inhkXbLDPGHWQejA8EV5f4//AGJP2b/iBcPf6r8O&#10;reyu3Uj7VpcjQN+IU7T+K1yzwcJfC7H7Nk3jhh2lDM8M0/5oO6/8Bk1b/wACZ+XUojaUv5y88ghT&#10;8napjdKNrKib1OPLfP3a+yPH/wDwSdzLJe/DT4nqF35js9XsxwMcKHj47ddvOa8V+IX7Bn7TXgGR&#10;pX8A/wBs26qd11pM6z59MrkMPXpXPLC146pX9P6ufpeW8fcIZvaNLFxUu0/cfp71k/k2ePi/kjUm&#10;S5VVJyMjjt3H1qXT/EWo6Rdpf6bqc9rNGN0c8DlCDxzlTn+tS654D8W+GsxeIfDGoaeQx/4/LV4s&#10;AHnO7GO1ZsljPl5HtsnZn5T0GOv6CsH7RaNH1sXha8Lxakn6NM9V8Eftv/tJeBlit9K+KF5cww4I&#10;g1EidcenzgnH417N4L/4Ks/ETTraKHx74D0q/GPmuLWWSBpOPTkZJ718iSwwrJK0MQZN3HOOP6VJ&#10;bB1VTIqgNkLubJBHfj606dWtB7nzWZ8D8JZqr18JC76pcr++NmfoD4V/4KqfBzU7oWXijwfrOlkn&#10;55kKTov5EH9K9M8P/tt/sx+JlC2PxdsYCR9y9R4SD6HcoFflfLc7N0Y+bD8/N1/z1zTGu32ttkYb&#10;TxxjJ9f89q2WLmnrqfG43wW4VxLvQlUpekk1/wCTJv8AE/YrQfiz8NPEKhdE8faPdEnCiLUIyScZ&#10;6Zrck1Wwhg+0yXkCxbd3mNKAuPXOa/FuPU7xH+027OrhuquRg4/Xr+lbdz8Q/GDQw6RJ4humhEKu&#10;Ylu5GBDY++CcA5HAA6Y71ccbfofM4jwIiqi9jjdPOGv4SX5H6q+NP2mvgP8AD2Jh4o+JulxSIT/o&#10;8U/myE+m1ATXjPjT/gqH8PbFJF+H/g2+1Ipk/ab1xBHgdwOW/Dj8K+Ar3WDcRAtJuYfdDZIzjlqq&#10;R6teqpWHDfISwbjAPX605Ytnu5Z4K8PYZKWKlOq/N8sfuWv/AJMfSHxJ/wCCg/x98eGW20zXrfRL&#10;KRSDFpkWxwP985bJ9iK8J1+31/xpftqfinxHcXkg5aa6uGdsH0JJPSufuNYvrZGlUkAplQAB+H+f&#10;WoH1XVVO1HYn7wJGcf41yzxEZO0tT9NynhrL8lp8uApQp+iV/m9382bSeHfC9nPIl3crIq8IV44/&#10;rUc3iHTrA+Ro9pGNzEglcD9f88V0Xww/Zo+PPxuvIIfBPgO9ntZVAF/Ovk2yA87i7YB4zwM19XfB&#10;P/glD4W0aZNV+NviZtWcKM6XpjNFAM4JUuRvbkdgtXClWn8EeVd2eVn3GXDHDkX9fxPPNfYj70vu&#10;Wi/7eaPjbwd4Z+Ivxb1uLQfh34avdWu5VyUtIS20erN91R7k4r6s+B3/AASk1LVTba98ePGLW6bh&#10;I2iaQ4L44+SSUgge+wZ4619jfD34U+B/hjoq+HvAHhSy0mzXkxWkAUMfUnqx9yc100cKIcnkgc5H&#10;WuylhacNZ+8/66H4XxL4z5vj70cogsPT/m0c389o/LVdJHH/AAr+Bfwq+Dtiun/DzwVY6aNgV544&#10;t00uB1aQ/M34nv0FdpGAi7ewHApGcIudox6ZrG8Y/ELwX4A0h/EHjTxLZaXZRrl7i8uAg+gB5J9h&#10;XVfQ/H6tXG5nieablUqSfW8pN/i2zYMmVwGI5wKpa/4i0Pw5pkmseINYt7K0hGZrm6mCIg9yeK+R&#10;vjl/wVX8LaPJcaH8E/DJ1KfBSPWdTUpAD6pH95+fXaK+Pfix+0l8VPivfnUfiN45vdQ2klLYSYhj&#10;3HOEjX5R9cZrkq4yjTW9z9U4a8G+JM45auN/2en56za8o9P+3mn5M+4vjV/wVI+D/gSSXS/htps/&#10;iW7QlftO4w2gbBHDEbnHuBj3r49+LX7Y/wAbvjnPcJ4s8WS2+myyZi0uwYwwIOcAhTl+P7xNeLT6&#10;ndancFIyUywDsRyo4H860LezlhTdNIzrwWO3+VeVUxtbESdtj+hOH/DbhbheCnRpc1X+efvS9V0X&#10;ySNZL9AgV4gwIwOCAT+HrUN7qKCUL9oXJ+5tBy3fp2x6Va8JeBvHPxE1NNF8BeFb/V7sZBg0+3Zh&#10;H7s33VH+8RX0z8HP+CXPjjxL5Gp/GbxHHoMLOGbS9M2T3LDHIdzlEPbjJ4rWnTxFZe6vmejnXEfD&#10;vDkOfH14wf8ALe8n6RV387W8z5Td4ZXYOxYE8IRjk8DHqa9E+HH7HXx9+LMUE/hz4eXUVnONw1LV&#10;SLeALnGV3/Me/wB1TX6G/Cf9j79nz4NtDqHhPwBayX8K4XVNTzcz59QX4Xn+6BXoF7OqDLykd1Ge&#10;a64ZbT/5eO/ofkOc+OD5nTyjD/8Ab1T9IRf4uXqj4q8Gf8Em/B1nDDffFr4gXmoyqFMmnaQBDb5B&#10;5y7KXPTGRt47V6Lb/AH4VfCDSJtL+HPgux01CuJJYosySAHjzJDlnx7k9q921WUMo2AdPTpXCeOw&#10;HjdVG7KPgHscYz/M11xoUaXwRS/P79z4CtxpxPn9VLHYmUo3vyr3Y/8AgKsvvuzwnwih0b4n3NpG&#10;cQ3EBIGMcggjP4V6EOFHv1rxfxV8Zvhvofx50fwc3iK3k1S8uFhW0ifeykrtJbHC/jzXs6uduG45&#10;5rKhKLckujK4kwuIo1aNWrBx9pBNXVr20uu5YhByCORVqBcD5T1qpAeQMcYq1Cx6+1dHU+XmdD4N&#10;1SSw1FPnIGc/jXsenXS3dmkykHcBXhFpK8cqyL/C1ev/AA/vzeaQqMwJUVtSbTseLmNNWUkb4aMH&#10;5utKSp5UUgBPApWGDitzyOomMkc1Bc7Shy3epyMHFV7oALg+vFAzjPibceXpSRg8vLjH0Fee3lxG&#10;trJI5GADXZfFy5ZTbW6Zzgkj8q89126MWn4ZgmeMjsfeuaq9T7nJKX+xx82YGuXMa2qBnGWfD89s&#10;/wD164/UrlXuYocABpcsCOe/9Mf5Fa3ivUxEkagk7ASDnBxxiuWuL1pL9F2ZCJuBH09K4Ksj9Ay3&#10;Du1/UdqLyNdqUJADkja33h/k/lXL/GO/Nl4T1C4jYIYrJlAL9WIIzjt1HFbM9608yqGGQo5OOc4F&#10;cL+0JqTJ4SniVwDcyqiKO/K/4GvPxE+WnJn3eTYZ1MxowfdfmjkPBsRtvCtrvgAyhOR1PvU986Eh&#10;0j27Fxu7t7mrOm2Ulro8EAcFkhDH6beciqN5PEo8s/ezyF5x+NctnGlGL7I+5TjVxEpLuyFXjVxJ&#10;E6k+mM0uHZBgkMfu5PakMEKyGbBBPBINMMcibm8/IHKgjPNZXaOnRiSzsjFQCyjgkj1pbMNNMY1A&#10;BK5GT1xVaaW43+XlRk/eB/Cm2iS+ehdsnkADoB61DbuaOPuM0vg3Z/8ACR/tgeGbKRN39lxT3jEj&#10;hBHEQP8Ax5xX2on3RXyR+xRpB139ovxP4ulXK6boqwRtnvNKMj8o6+tkOeDXflSvRlPvJ/5fofzx&#10;4w4lVOJ6dBf8uqNOPzd5v/0pEqsMYDYqRTlRj0qIMx4AFOQhTknnFemfkzRMnXrTqjjkyfmqTjFB&#10;IfjRRRQB9KUUUV6h4YUUpUhQ3Y0lABRRRQAUUUUAFIQc5BxS0UJ2AACOpo75ooqk2BNC5wSWp2R1&#10;zUAYgcEilWRlzk5z2NUFiaikVwwyKWgA60jIu08dqWigCMxqE3FvpzVXWJymk3Jjch/szgc45KkC&#10;rrEH5TjrzWZ4kYR6c20jDuBjNEnaNyou0kz8wviJpms6Jq19omqRGOaK9ZLhGGCJAcY5681z2meK&#10;db8Ka9HrGiX11p93C+EubaQiRT14I/D65r7q/aW/ZM0X416Wdf8ADbx2OvRINkrD91cgdFcdmxwH&#10;/MGviL4m/DX4g/CTV20bxvoFzaTpHlXKErICequPlb8DXh4ijKm+ZbH9c8H8VZRxPgVTTSq2tKm9&#10;+my+1H+me5/CP/gpN4v8NxRWHxZ0NNbtQoBvrNhHdLggElMbW6+3Q819Q/Cf9pP4OfGOxjn8I+M7&#10;b7VJ97TLyQRXKH0KMefqua/LW8mi+U5V2ySBH9DnmqK3179pW6ikeKRG3JIrkNGB3B4xx+NYRxtS&#10;no9TLO/CPh3OU6uGvQqd4q8fnB/+2uJ+zUcmzpjpx9KVWDuxY44r8wPhZ+3v+0L8LFi0618V/wBt&#10;WMKbUtNZ/fDZ2AYneuOB1r6K+HP/AAVg+GWqoll8TPBWoaNccZuLFxcwk9M4wGH612QxtCW7sfkG&#10;c+EXF2VtyoU1Xh3g9fnF2f3X9T64QKi46Z9BilYIRz26VwPw9/ab+BnxNhjk8IfEvS7iSQD/AEaW&#10;58qUZ7bHwa72KWKdPNgZXU8hkYEV1KcZK6Z+b4vA47AVfZ4mnKEu0k0/uZU1PRdG1y2fTtY0y3uo&#10;ZVKvDcwq6sD2IIwa848d/sXfs5fEGQz6p8PYLSfj/SNNb7O3HI4X5TyB2r1PCbwxzk9iKfuQp05H&#10;fHandtWZpgs0zLLZ8+FrSpv+7Jr8mfG3xI/4JVW93I938OfiUYBnMVrqlkCDz0Lpg+v8NeSeM/8A&#10;gnD+0l4eS4n0/RrPV4o1BgOn6gpdueRtfaQcCv0hZgE57GmcNgEY7+9Q6FCerR+h5X4s8X4KCjOp&#10;Gol/PFX++PK/vufkN4q+Bnxb8FySnxT8ONYsfL5aS6sG2gdPvAFSfxrmZNNvWlKyKyucn5hj61+z&#10;/kxzJiSFGXptYZH61yvjD4EfCDx6hXxZ8N9GvGOMyvZKr/8AfQGfWueWBpPZs+3wHjrK6jjMH84S&#10;/SS/9uPx8KNKNm1sD0BGR3/lWjJJLcaXYq9xOECyBRJbbUQZ5VXH+sOcE/3cgd6/R3xN/wAE2v2Y&#10;/EdzLcWfhe902WRNofT9RZUT0wjBgK4y3/4JT/D+DW7Jj8R9Uk06AsZoHiUySktkAH7qAcZIGW71&#10;gsDOLb5kz7Gj4x8H4mClNzg1rZwv0ezTl+n3XPhGKBEdG3kliQFI69hXS+Efgj8RPiVeHTvAXgrU&#10;dSdusltasUxkZy2No6+vav0i8DfsNfs4eBhEIfh3BfzQnIn1Qmdi2c7iDhc556V6xpejabpVqlnp&#10;emxW0MQAjhhjCIoHoBxW0cHTXxO58tm3jlhqemXYZyfebsvLSN2/vR8C/DT/AIJTfEvxPaxXnxG8&#10;TwaAvH+jxKLmbGOpwdo+mexr6U+Ev/BPz9nf4WpFcHw1/bd9GFJu9ZbzQHGfmWPAVep7fjXtzLhs&#10;Buc8ipEyowc5zXTCnSpO8Y2Z+UZ34kcXZ4nCriXCD+zD3V6XXvNerZXtdOtbOBLSytYooo12pHGg&#10;VVA4AAHFTJAsYMh54wc055kT7xryr42/tffAv4FQyHxf44tpLxDhdLsHE1wT6FVPy/UkVUpwirzd&#10;kfJ4LL8wzXEqjhKcqk30im3+H5nqiyxuC4PT0rkPij8ePhb8G9NfVviF40stOVV+SB5d00p9EjGW&#10;Y/hj6V8JfHT/AIKo/FTx5I2mfB60Xw1pjowa7fEt5ICOucbYz9ASPWvmvX/FOteINSn1nxJrV3fX&#10;0vMlxd3DSSOx6/M2SfWuKpmFJNqGp+1cN+B2aYtRrZvU9jF/YjaU/Rv4Y/8Ak3ofZHxy/wCCrOp3&#10;6y+HvgX4c+xgkr/bOqqJJCPVIhwpx3Yn6V8mfEP4veNviRq8niDx/wCLr3VboklZr2Ynb14QdEGO&#10;wArlbm4umJVAFQgHO4Djrn6VnyziadYo9z9MsnPOMY45Oa8utjKs9z9/4c4I4e4cp2wNFRfWT1m/&#10;WT1+SsvIsXuriX97GSYwcINuc/r0qGC3nnVmf5vm+Zy2F564r2b4D/sE/Hf45CLVU8PjRdJb/mK6&#10;yrRh04+5GfmY49gM96+0fgj/AMEzfgL8M47fUfFNm/ijU4SsnnakoW2DjkFYRx1/vFqdLAYiv709&#10;F5/5HmcSeJvCfC6lSdX2tVfYp2k16vRLzu7+R8P/AAJ/ZE+Nfxru1k8EeBZksWI8zWtRzDapwMEM&#10;3L9P4QefSvrb4Nf8EvPh/wCFZItY+MPiGbxFcgcafaIYLQH/AGuS8nT1Uexr61gsrOyt1t7aBUjj&#10;QJHEgwqgdAAOAKi8kMck4APQmvXpYWhQSSV33Z/PfEXi9xNncpQw8vYU30hrL5zev/gPKYXg/wAA&#10;+FPBOkroHg7w1Y6XZRj5baztljX3zgDd9Tk1sJCIUAUk88c0+4vrGzhaWedERBl5HYBQOucmvF/j&#10;N+3p+z38IImsbjxjFq2o8iPTNGInkJ77mX5UHT7xFbzqwgrydj4HA5fnOf4vkwtKdWb3snJ+rf5t&#10;nr9xNcBmHckgZ61zvi/xl4T8G6e2peMPE9hpkCqT5t7dJGCB6bjz+HpXwd8W/wDgqH8bvGMjwfDb&#10;S4PDViWPlygLNdMo6Es2Qp+g/GvnzxZ4z8b/ABD1ubxH438WXmp3b9J7+5aQg/Rj09hiuCpmdKLt&#10;BX/A/YMh8Ec6xKVTM60aMf5Y+/P0091et36H3F8Z/wDgpr8B/AkNxB4KW78UXKE/vLNPKts9PvuM&#10;n8BXxf8AH/8A4KLfHf4mvPa6Fqi+HLKVCn2bSXKs4yeDKcsRj0wOPevPPEzLbQbTGzEsRlsAf56/&#10;lXAeIYn88mVc4clVzkL/ALWOvFeFjcyxVT3eay8tP+CfvfC3hlwjkKVSFH2k19qo+Z/JaRX3XF+C&#10;2u6laftC+GdSfUnJOu27ys7EF2aQE5J9zX6524Vkyx+hr8iPhf8ADX4i+L/iHpl74V8LXt1DaX0U&#10;j3XkERR7XDZZyMD6cmv1x0fzZdLhaT7xhXOT7Cu3IFONOfMuqPzjx6jQeNwUoSTajNNLdaxauXIn&#10;wQpA9uauW+OoqjGMNxz71ctmwoyOK+iP57nsXYx0PvzXpfwmug8JhY8AV5ojqBya7z4SzDz2QOTx&#10;VweqPMxqvRZ6QM7f6ijOV5oXhfpTdwxjafauk+dtqIxwM1VvW+QmrL/dzVK+Yltu7ihmiV2eZfFi&#10;6aXXEtxkqka7gO2TmvP/ABbcCFBCzLtIy3PSuy+I86T+J5CznAYDPpgV5z4tvv8ASiHbgDp71x1X&#10;ufpOTUf3FOPkcV4zvVN4UiI/1YXB7nrxXPpe7rid3PCxle+Mk46/pVjxHe+bqZ/ecluCc8Y/pWXb&#10;3Ms1vIYSuWkHUnqO2Tj1NeXVl7x+m4Chakr+RJDcBr0KXACEYI7DPFec/H27a4u9L0rLfvLxc8c5&#10;A/8Asq720ZmuZOdxEnQDnHSvOPiNN/afxI0vTSflgVpW9jkj/wBlFebiW3St3Z9xkVJRzBTf2Yt/&#10;gzQZobxpDcyiGMLhN3JbHese7hiRn2TblTuo65rQ1BXb5wDllySDis6WUKx3MAoPb/PNOq9ke5h0&#10;1qhh3eQMtg7vmDUxvkQs0g3HtSyOJFQBjkcsMfrUbMjTqof7w6ZrB6HZFFS8kSPaFGcHBB+uc1Na&#10;Sxxu1zKd2yJiB6DGSaiu40TYrDAzyKh8Q3MNn4bvL1Wxstyoz1yeKycuW77HQo89orrp9561/wAE&#10;7dOWTw34t8VuDuvtdS3RyOqxR5P6yGvo9SoPB/OvGP2EdEbR/wBnLSb2ZT5mp3d1esx6kPKwX9FF&#10;eyocngZr2MujyYGmvK/36n8o+IeKWN41x1RbKo4r0haH/tpYRgvGKULzzzmmI/qeaerHoa7T4okj&#10;29xUw6D6VAp2tnP4VIGOM5py7mZIFJ6CimqSRzRU3QH0rRRSgZBOenavVPDAsSoX0pKCVxxn34oo&#10;AKKC+wj5M80EqCA7AZHFOzAKKKKQBRRRQAUUY/zmg9KadgCikHHc/jS5B6GqAUMR0NTRuHHXpUFP&#10;iYDIwM+ppgS0Uzz+wXBPvSqxLYI7elADiAeorjvi7400fwPpVjqWv3IgtZr8W7zEfKjMpIJPYcda&#10;7GvF/wBu7Rm1D9ny/uYot7Wd5BOOcYwSuc/iKzq6U2/I9bIsJQx+c0MNWdozkotrdX0O90K9tr21&#10;VobhZFHKSI2VYdiCOoqh478BeDfiDpcnh3xr4dtNRtHOfKuYgdp/vA9VPuOeK+Ov2XP2ybj4cX6e&#10;DPiZfyzaTJJst73G42h9DjqmfyzX2Toni3QvE1omp6HrFtewSjKy28odTke3Q+1cNHERqKx7vEXC&#10;+c8I5jrdK94VI3Sfo1s11W6PlL45/wDBNNJZ5PEHwM10ITvZ9G1JhgMTn93L29ArDv8Aer5L+I/w&#10;t+IPwz1qbRPHvhO/0y4DgL9pgOxx6q4+VxjnIJA9a/W9mjPBOAepPrVfXPCvhrxnpb6P4p0Gz1G1&#10;cYkgvbdZUI9cMDzWVXB0ayutH5f5H23DPjFnmUJUcwj7eC6t2mvns/mr+Z+NyQC3SQSyEbflJPOf&#10;bApI7qSWVyEPy4ChTyBz0r9DPix/wTB+EPi0vqHw31G48OXbSF/IAM9q2TkjYxBX8DgelfNPxc/4&#10;J9ftF/DpZtQ0jwqddsUjJEmjsJW4z/yyIDj8B+debUwGIpq8dV5f5H7xkfibwjntoxrqnN/Zqe6/&#10;v+F/Jv5HhT6j9nKTGRo3HfkfiMc12/w8/ad+O3w1cf8ACI/ErV7WEcJbG8MkQHqVfIxXDeIPCviz&#10;QrltN8Q6JcWksTEyW15C8ci4PQqwHHJxVKzh8/MYkcHf1Ixgfj9a4lOrGdndM+3r4HLcxw3LWhGp&#10;B9GlJfqfVHgb/gqd+0L4ekjt/FNno+tw56z2phkcZ67kIH447V7b4J/4KtfDDVbNB4+8F6npkqnE&#10;r2ci3CZ9R91q/PJWxKjQn5Np4yatQT/eRUXO0Db78Guuni60ep8JmvhbwXmWrwqpt9YNx/Be7+B+&#10;tHw7/a4/Z3+Km1fCnxS00TFebW+l+zyjnptk25P0r0SC7tL1PPs7mKVD0eOQMPzGa/FREj+0ZkuW&#10;zklD1JJPX8q7Xwj8aPib4EZZvBfxD1XTvLyAkF84VMj+4TtP0rrpY+TXvI/OM18CsPdyy/FtLopx&#10;v/5NG3/pJ+vsbuwJYAY7UM4ZduO1fmz4M/4KU/tI+FEhg1fVrHWrdF2lL+1AdseroQen+TXs3gj/&#10;AIKzeC7y2jj8efDm9s5D96fTrgTR/k2DXRHG0n5H59mXhHxngLyhSjVXeEk/wdn9yZ9fwqvPmKMY&#10;9KlSKNRkL+NeIeEP2/f2ZfFzJCfiHFp8jrkR6nC8OOncjHf1r07w78T/AAD4otjc+HvHOlXyqu9j&#10;bahG+F9SAxwK0jWhLZnxGOyDOstdsVh5w/xRa/NHRopU4HIz3pLmSWP7nHpXlHxJ/bT/AGefhcsk&#10;GrfEK2vLuMHFppbfaJCw/h+Q7R+Jr53+K3/BVjW7nzbH4W+BEtIsYW+1aTzH56EIpCj8zVSr0o9T&#10;2Mm4B4qzxp0MNJRf2pe6vxtf5Jn2XqWuWulwvqGqXsNtDGSZJriUKqgepJFeMfFD/gof8Avhy89j&#10;putzeI7+DINrose9VI9ZT8n5E18AfFH9oP4rfGO6a88e+Nr+9RZCfsokKQLnoBGuFH61x0t1FHCr&#10;bgkZyU3HngDPfn/69c9TGp6RVj9jyLwQwdOKnmtZzf8ALDRfOT1fyUWe8/Hz/god8efjA8+j+HLs&#10;eF9Gc4W302Q/aHU9nm4PPcLivn27tLm/lkuLydpHmO6R3JZnOck5PXnuaJbyPLCMNtIIxn5SetRi&#10;5urmU21ihLsQAsa5JGeAMZzzXm1JKq/ed2ftmUZHluQ4ZUMBRjSiuy38292/NtkpjgWRmABY88L/&#10;AJxUE80hlESRIzuQqqV+bH+fSvcPgb/wT2+PXxlZdS1bTT4b0uQKw1DVIirSKepSH7zcdCcDNfav&#10;wS/Ym+BnwFhhvdJ8PDV9YjHzazq8ayy7j1KLysf/AAHn3rop4GrN3l7q/H7j5HiXxO4a4dvShP29&#10;ZfZg7pf4pbL0V5LsfDnwR/YE+PnxrW31WXTF8O6JK6n+09aQrKyZOdkHDv7Z2rz1Nfan7P37BnwH&#10;+CiwalD4dXXNZhwf7V1mNZGjfqfLjxtjGc44J56mvbLOzLfPIu0fwqRV6O3ihAIbI6mvRo4ajQd4&#10;rXu9z+fOKPFDiXiJOjz+ypP7ELq/+KW8vTReRHBZqi424HHTt7U+a4jtY98swBx0ArB+IPxQ8G/D&#10;XRpte8Y+JLLTLOFSxuLycIOnbPU+wya+O/jl/wAFWNMKvpXwH0Fr+diw/tnVoykIA/uR8M2exJH0&#10;qa2JpUfiZ8/w9wdxDxVVtgqLlHrJ6QXrJ6fJXfkfZHinxzo3h7TJNU1rWbWwtIULSXd7OsUaAdSW&#10;YgV8t/G//gqZ8N/B7zaP8JtLm8U3mCBfhzDZKf8AeI3SfgAPevjD4qfG34m/Fu6GsfFDxxeaoXB+&#10;z2r/ACwRdOFjXCj8s1xz6p+7MaRgqBjHAY4znkdK8ytmEnpHT8/8j9+4Z8EsrwiVbNp+2l/LG8Yf&#10;N6Sl/wCSr1PSfjL+1p8dfjjKw8UePLlNNbIk0bT8wW8fzHCtjHmHHJJz1xXnVt5ILMilWHKgdFH+&#10;FMhhvLnY0gABYbdqE4HTjn0716Z8Hv2afi38YrtbfwT4KvLxOALjydkEYPOWkOFA/GuWnCviZ6Xb&#10;P1trJOGsBaKhQpR7WjFeuy+/U4Oz08zxArGSD0B6L3pNVjhsoNhjTJGQijk89vU19tfDf/gl7cWY&#10;j1X4v+PEgVEJk0/R0DHHPBkfgfgp+td14d/Z5+C3w81BbT4eeALV7tFwdT1BftM457PJnaef4QO1&#10;eistly6u34/195+e47xb4coVXHDc1Zr+XSPzlL9Ez4E8Bfsj/Hb47IL7RfD/APY2kv11PWwYc85y&#10;keN8g6EEAA+tfQHwp/4Jk/CTwPb2938QLubxRqinfMZx5VrnHAEQJLYx/Gx+lfVsei2+lWf758Nj&#10;5sc9uPpzTYrYSxlYoRl+rAe3StqOXYWk+Zq77vX8Nj8/zrxW4lzZOnh5+xpdoaN+svi+6y8jx/xx&#10;4E0jQbGNNO0u3tYRDAsMVvCEUKABtAHp/jW3oV08ukW5ZR/qRn8qn+P994f8Jw6Xqev6tb2dr5Un&#10;mz3UoRMr0Uk8Z54Heua+EPjDQvHHg2HXPDuoJc2xmljSaNuCVcg4ro5oqty9bHx+MWJxeTwxM02l&#10;K3Nra7vpfvodZDkmrlsONpPvVSIelXICAOTW581PYsxqD0P44rtvhMcagwHpXExZxx6V2XwslKam&#10;FJ6nmqj8RwYv+Cz1LnnnqaD06/jQeeSMUjDjiuo+cEZzgjFZ144LE+mTV+UYyWPasnU5BDbyS5xi&#10;MnNJ3Lgrux454y1Dz9fnZn/jbHPuf8K808X6ji7kYOAAMEHoBXZ69cBrmaYnkgkn15NeXeL73yJZ&#10;CGIO5jyc8V51aTP2DJ8NrGPZI5PV7ppbqSbeAAG5bn/P/wBamK6JaxupyQhLDAAOfaqNwziVnY5G&#10;7HPQDmpNWumgsHUZACYUYx+teVOW7P0jC0rNJBp9yxbzZiF2r8zY5+teaXl9cXXxPvriBVkNpAqo&#10;W9SM9/8AeNd7DLs0p5OrMmzj61wngu6iHivX9adYHzI0aefD5isc44B6HA4PauKb5pwXmfY5XD2c&#10;a9S17Rt97S/zLLm8e3MV0pSTHykdBn3qo0AVxEzE4Odx/wA+1aV7Kk0WyU57DaO1YzC6gYxtKZF/&#10;hPcD60qm6R61C7XYmlyMRkj2zUNwjIQ5GB03dxUhDHOVyQAuCOneorhs/Kh6DJLHgn0rNm8VqRXq&#10;Fhvceu3nr6Vg/FDUBY/D2dUk+aSQAAj0BPX8K30kZ0BbJ+T865v4mWNzrknh7wYkRH9o6tBD5YPP&#10;zyxof0JrmxDtRlbrp9+h2YRxjiYOe0Xd+kVf9D7W+CWgDwp8IvDPh8JtNrodsrLjoxjBP45JrrEy&#10;P4uKq2UKW0C2sYAWJAqgegGKspyOTX09OKhTUV0Vj+I8biJ4vGVK8t5ycn6tt/qTKSD/APXp4bHz&#10;HioVYEYYipVx6dqs4nuSK2Rk1JFnHXJzxUSZCkk/pUkbjHJ5p9CZEhOR8tFIAD0/QUVNiT6XpQC3&#10;AphfP3VPNL5piw3U9CM163KzwxyoWOB+dIwK9qhMjZJB60qylU2jrmq5UBKGO3GOtNc5wuQPfHWm&#10;ec/tSGR2IJOcdKErMCZQWDEfwmlIx3HPaiNxyjMelDAg4ZealoBKKKKQBRRRQAHkYpq5XOQadRVJ&#10;2AKKMYoqgADJwakhYk4J+lR09GRUxuIPtQBKRiuV+NPgpfiJ8LNa8Hl1Rr6xZI3borjlT+YFdP5y&#10;9M5qOcrJEY2PykEHIpNX0NsNXqYXEQrU3aUWmvVO6PyL+KvhDxD4F8UXfh3XLSS2u4ZDvhfII9GB&#10;7gjkEcVm+BfjH8RfhRrJ1rwT4ou9NlZwXEUmY5D6MrcEcdK/Rb44/AX4e/GWw/sbxtprie3c/Y76&#10;2bZNAe+G7qecqwI/Gvjf48/sHfFPwBPc634NhfxDpEbK8T2cW65jjxyHiByQD3XdnOTivmcTg6sZ&#10;uVLX8z+tOEvEPhviTCRweY8tOo1Zxnbkl6N6a9nZ+u56v8Dv+Cl1jeGPQ/jXoYtmYDOsaemUx6vF&#10;1X32/lX1R4F+IXhDxxpceueDvEVlqNpKMieznDgexxyp9jivyPkt9R0+7NlqStBKjbZI3GD7jnnp&#10;V/wn8UvH3wp8QJ4i8AeJLvT7qJQd1tN8sg/usv3XH1FZ08wq01aev5nNxF4NZLmzdbK5exm9bb03&#10;+sfk2v7p+w8d07ICGyMcHNSj5xk4wRnpXwD8Lf8AgrF4ssLiKy+LvgaC9tt21tR0ZvLlA458s/K3&#10;4Fa+ofhJ+2Z+z98XhHa+GfiFaRXjqM2OoyC3mB9MNwT9Ca7qeLpVV7stT8Rz3w74r4dvLEYZuC+1&#10;H3o/Nrb5pHoviL4c+CfGUBt/FXhXTdRjIwY7+ySUc+m4HFeKfEP/AIJl/s1+NLiXUNH0m90G7kbc&#10;0ul3R2Z943yp+gxXvsF15yK4bIKggjofepkMp2qQSCcV0ympq01f11PDyrP88yWd8FiZ0/JSaT9V&#10;s/mj4U8ff8Ej/FOm/wCl/Dn4kWuobQ2LXVLcwEnt8y7h0x2rxDx1+w/+0v4BUrqPwx1G5gRsefpm&#10;LhCPqhJA+or9YQUJKk5PemSonRl+pBNZPB4WpvG3ofoWVeNPF2Dko4jkrL+8rP742X3pn4sa34Y1&#10;zRLuTTNU0+5triMkNFcRMrLjvgjOP8apKZUGQD8x3bl6+/8AKv2U8S/DnwJ42jNt4p8IadqEbr83&#10;2y0R/wBSOK8j8d/8E4P2bfGLvdaf4eutGldic6XdsqAkdQrZFYVMqSfuS+//AIB+i5Z45ZRVSjj8&#10;PKm+8WpL/wBtf4M/NFJzKvlXQYSdVD8ewyaa5kSXJkwBkMQeeg/SvsT4kf8ABJrXoZzdfDX4mwXE&#10;ZJ22mrWxjIGDgb1JB7ckDrXkHi79gz9pDwXFJLffDWfUIo1GZ9ImWfgHnCg7sfhXLPA4qK2v6an3&#10;2W8fcIZnFOhi4JvpL3X90rfgeHyam/kqnlBuOCjenU1NpGs3FmL0p4jNgBDmJtspM7dBEoQ8M27G&#10;W4/GrPirwZ4i0G7msNX8O32n3ESZeO9tXiZe+cOBWHZiXzZLUCctKnKwOFcrnJwx4x6ng4FcUvaU&#10;5Wkj7SPsMRR5oNNPtZ9u90XF1V9oZHYnJxv7/Wpm18OrM8uCPu4AJ9j7d6gtIJXj2bhuGGywGOn/&#10;ANf9a674d/Ab4o/Fe6Fl8PPAt/qjk7nnittsSf70jYUDj1qqUa9R2grmWKxGAwlJ1MRJRit22kl8&#10;3ZHLR3EvEqEgZ6AZ3c9MUtlHf6zeppumaTPc3EzhYYYYi7sc4JCrkk9Bivsz4J/8EndY1OJNZ+NX&#10;i0WKFtw0rRz5kjDPRpW4Q9sAH619W/CP9lv4L/BG2EPw98D2dpMw/fXsg824c+8jEsPwxXpUsvqP&#10;+JK34s/KM/8AGThfKnKngk8RUXbSH/gVtf8At1NeZ8JfBv8A4Jk/Hv4ky22p+N0g8L6bKymT7d89&#10;x5eM/LEvQ9B8xHf6V9mfAn9ir4L/AABtlm8N+HkvtSCATaxqYEkzEd1GMR/Rfzr2JIYYUz6H5ePa&#10;kcfIQR8u3pivQo0qVD4F8+p+C8ReJHE/E96VapyUn9iHup+vV/N28ihhYzx0xgCnxwg5LLgHuaq6&#10;7rei+G9Mk1jxBrFtZWluhee5upAiRqOpLE4FfJv7Rn/BWT4e+C7a48P/AAQ04eIdSVSp1K4ylnA2&#10;cZA+9Jg/QcjmnWr0qEeao7HkZFwvn3E+I9hltBzfV7Rj/ik9F99+x9V+MfHfg74e6DL4l8a+IrTT&#10;LC3XMl1eTKiD256n2618W/tIf8FedNsGk8Pfs7eHFvpMkPrurqREMZz5cXVjjBBYgdOK+OfjX+0f&#10;8Svjdr0mu/Efxnd6lIXJhti5WC3z2jiHyr6cDJrjY3uLnEzxKDweFwCcDoOxrwcTm06i5aWnn1P6&#10;R4Q8DcoyvlxOdP29TflV1TX5Ofzsu8TqviB8Vvid8ZNYl8UfFDxxfapLLISqXE7eVEMnASP7qAZ7&#10;DpVH7XHbwtBaKj4JGWYAOcdRx61DoWmat4g1GLQ9F0+a5upXCJaQRGSWQnnG1eW/L+VfT3wM/wCC&#10;WXxh+IlxBqvxNuIvCmnPhnSRRNfOBjgRj5YzjHLNkHqtc1ChiMQ7xV/N/wCZ+m5vnfDfCmDj9cqw&#10;owS92KstO0YRV38kfM9ss14hcoTJ91IwRzgc817h8Dv2B/j/APGa1t9Z0zwadJ0uY5Gp6z+5V16g&#10;opG5h9BjpzX318DP2Hv2f/gdAk2ieDItQ1EKC+q6wouJsgYyu4bY/wDgIFexxrDbINvQY2qB+le1&#10;h8qpws6ru+3Q/A+JvHiUuajklCy/nqfpBfhd+qPmz4G/8Eyfgr8Mbm08QeOpJPE+q2x8wLdjZaI/&#10;UYjB+fH+2SO+BX0AV0bwrpq2Wm2FtZW8S4igtoVjRB6BVGBVLx58RfDPgXRrnWvEWs2tpbW0Zae4&#10;uJgiRjHcngV8hfGH/gqF8Eo7+bT9I1C/1WCF8N/ZsICy/SRyBjI6gHrXXVxOGwseXRH5fhsDxt4h&#10;4z2s/aV7eXux8ltGPpofR3inxhd+IrltL0QkjOGfPAH9abpugw6VZNNMcuy5LnseK+HfEX/BUnx2&#10;0AtPhn8MdN0qMHi51GZriQ++BsXP514n8Yv2xv2iPiXBNH4o+KOofZZQVFnp7fZYgO/EWPUjvmuG&#10;ea4emubVn6LlngvxVjHGFZwoQ63fNL7o3X/kyPvb40/tW/Av4UXCweKvGkE1yhwum6c4nuCTwMop&#10;+UdeWIrwL4j/APBTjxE8Taf8JvANrZLtIS/1eQyup/veWuFH5nFfHHhW2vNTuftD7nYAgM5ySMd8&#10;/Un6muovbaa0iZlOE8ss7cdMfT6/nXH/AGlia0W4+6v66n6xlfhNwrlHJHEp4ia/m0j/AOAr8pN3&#10;Oa/aO+O3xT+JXkz/ABC8cXurGK9ZlhkkYQJuHRUU7VHAHGOlfTP/AASz8dN4j+E2s+G7hx52nat5&#10;mNp4WQZ4/EV8YePk1DW7yW00yJ5mW8iRI41LFuCMKFzk+1fXH/BOH4H/AB2+FOtX3iLxv4Nu9M0L&#10;WdNCRvfFUZ5lYFCsZ+fG3PJAHbmuPLZV5Zgp2bXV7/eet4m4HKaXAVXDxcKbjaUI6Ru002orS7av&#10;oj6/Q8fL6+tXIMsBkDHuKpxZzgfhxVuDKj71fWn8eT2LURxjBrqPh3OY9YQA4G6uWjUEk1veDJ0h&#10;1VDnqwq0cWIV4M9nU5UZOaGJAyKZaNvgVh/dFPcgDArqPm+pFKdy5biuf8X3QttCvJsgYiIGT+Fb&#10;0pJBwea5H4mTi28KXLk/eIX9RUyZ0YOHtMTCPdo8R8RXkcZm+bGFNeU+KJxNJIWcn5DxnjnrzXf+&#10;LtSCRTSE+wx6ivKfEl6JInfBPz46968ivM/c8loPf0MmHE10UY5BbuvbsfwqHxBe+XDtIBDSeufW&#10;naY6gmR2wCOeSPXP1rM8Q3ZaeFAAQQQcHn/ORXmVJWgfoGApc1ZLsTT3hs9HMp27UXc6k9B/+rmu&#10;D+HsE1zpEt1sz59yz/X/ADmuk8Z6gbTwreOjDP2UgZHQ7do+nWsbwegt/DlpFHIC20lgTjHPFcl+&#10;asvJf5H1uBjyYGcv5pJfcmyS9s7iMFTcbV/h4/rUDBoWEK5Y8/MTmr0gZ1LgYwMDnp71nyZDkMGJ&#10;zhTn1pzsdlJtqzFyHVWEhx1IBqGVkJPGdpIIHQ0/cYoyphKkgAEHvUcmVZ9zYyc7fX3rORvHRgru&#10;kXmMmG+vA/wpnw/0W48R/tO+C9GvoeLW7F46OOQI0eXOD/wH86fDA0mUlkXaBlmY8DHOPetv9lkP&#10;4n/asv8AVGYuNN0OeWRz0DSGOJcenyhqiUVOVOL6yX3bs87O8U8FkGOrr7NGpr5yXKvxZ9cW5ySc&#10;1MnX8Kgh+9171MCR0r6NPU/jeRKoBNSp0xUK4POali5FUZPckB4209WKj5TTVAx68U5VXPQ07pbk&#10;MkRm25z1opD90Bc49qKht3JPpPzG7dc5zSEs3J/lSmNwMlaEUltvqK9o8Mbg5xjmjBzipFYO4Kr0&#10;HOaaUYtllwCaV0Ow3GKKV0KHBNLtBUFQSScdelFwsIGIOQaeJd2S7Y44+tIYGAzuFNAHc0Jq4WZL&#10;GzkYcduDTypA3EcetVwzDkGnidsYIz60mhEmQehowfSofMI4A/Oni4ZmAY4GMUOKAfSbVPak8zkD&#10;A5PrTqWqATAzmlooPTimmMKKT5sdqUZxzTuIKDjHzAke1FIeV644oTQ7M84+JPjTwp4R8XxaB4k1&#10;iCxl1KHzbI3MgRZedrKGPAbcOnfNLbXiJ1kVlblSpyDXjn/BUjSIZfA/h7WnwJY7uaGOQdvkDAfm&#10;DXyZ8Mv2rvi78H79bbTPEb3lgp2f2bqEhkjHoFzyv4V4uMxMcPiXFrRn7Dw94cV+JuGaeYYCqlU1&#10;ThLZuLa0ktr9mt+qPuv4q/s9/CP4yacYfGPhK2kuAP3WoWyeXcRHpxIvJ+jZFfIXx6/4J9/EnwIk&#10;+u/D6T/hJNOi+dI4ISl5Ao+9mMcOBgHK8/7IxXuvwm/b6+EPjUR2Hiy//sC+IHmfa/8AUZPpJ2/4&#10;Fx717jY6pY6paxalpl3FPbzoGhmhkDJIDyCpHB/Cs5fVsWve18+v9eosvz7jnw8xKo14yVO/wTTc&#10;H/hfT/t1+qZ+PmoRNaXc6Msy+WcSRycFcNjaR6j04/Cq8l3LC+LaIRkNlACeT65/z1r9Q/jR+x58&#10;Fvjoj3+teH107WH+dNb0tRHNu9XH3ZR67hn3FfIvxm/4Jl/HTwdM2o/D2W18V2RBylrJ5F0o94nO&#10;G6fwsT7V5lbLa8Fen7y8t/u/yP37hnxX4Vz2Madef1ep/LUdo/Kfw29bPyPN/hP+2B+0N8IpIj4N&#10;+Jl/9miZcafeyefAw9NkmePpivoz4c/8FjdbtbiPT/ij8LILhIyBLe6NcmN+ep8t8qfzFfGnjHwX&#10;4u8Da2dD8X+Gr3S76Jvnt761aJyPUBgMjrz7VkTyTbiwjByAFz0//VXHHE4vDvlba9f+CfUZnwNw&#10;bxNH22Iw0JOSupx91vz5o2v87n60/Db/AIKMfssfEXy4I/H66PcPx5GuQmDDHnG85T9a9q0bxJoP&#10;iKwS/wBE1m2vbdwCs1tOsiH6FSRX4VGaORiqkru6qW4xjk/nXQ+EPij8QPh/cx6h4N8ZarppT+Ky&#10;vHiGeOynBH1rtp5tNfGvuPy3OPo/ZbVvPLMVKD/lmlJfeuVr7mft8phYlV7dqsRvFJlyRxwBnNfl&#10;h8NP+Cn/AO034Fgjg1vWbXxDbq33dYth5nT+/HtPH417n4C/4LF+DbuNY/iJ8Nb20bI8yfSrhZUA&#10;x1CvtNehDMqE93b1Py7NvBrjjL23TpRrRXWEl+UuV/gz7Zmijc4Cg8elVpIoiNjIOvpXingX/goR&#10;+y34/ijaz+J1vp80hA+zauht3BPu3yn8DXrGg+MPDnii0F/4d1u01CBhxNZXKyqfXlTXXGtCprB3&#10;Pz/H5HnOUS5cZQnTf96LX5oi8ReCvDHiW2a18Q6DZX0bDBS8tEkB/BhXk3j3/gn5+zX47truVfh1&#10;ZaZfS20qW91p4aNY3ZSFcxg7XwcHaeuBXtkzb+in5RnBFOjmXAbGQOSKuVW6s1deZWX51nGVT5sH&#10;XnTf92TS+5Oz+Z8+/BH/AIJy/An4YMl1runy+KNQXb/pWrqPLVhjlYl+UDjvu/GvoHRfDWmaLZR2&#10;Ok2EFrBFxHDBEEQD0AAAFTxCNJCduM8g5qUSL3bjHFEakIR5YKyJzfPM5zyu6uPryqPzei9Fsvkk&#10;TAxpxnHc+1Ks0IXgisPxf478J/D7RZfEXjTxDZ6XYwjMl1e3Kxpj0yTyfavkb9oH/grV4E8LCTRP&#10;gXpH9v3WCP7Uvt0dqCMj5V+9J9eBWFbEwor32dfD/CHEHE9f2eX0JTXWW0V6yei9L38j7M1PV9L0&#10;q1kv9WvYbe3iQtLNPIERFAySScAAV8t/tIf8FSvhH8NbeXQ/hMi+KdYGUEyOUsoWB6tJ1k+i8e9f&#10;B3xd/ao+Ovxzlln+IPjy8uLeRz5emwP5VtGD6RrwfXDZ4zzXmEutFD5YTcQSVZs/MfT2/wDr15db&#10;N5Jfu1bzP6G4U8BcFhpxr51V9q19iF1H5y0k/ly/NHp3x2/ak+NHx61N7vx54tuLiEufsthEfKtY&#10;QewjU4/E5NeV3hubjbKhwFXa3Tj3+tOk1RQ6RRP+9cjYAM5JOMfXtivpL9m7/gnD8Wvi0kfiL4lp&#10;J4W0aaEN/pNvm9nDHI2RNjyxwPmfnnO0150YYjHVNLvu/wDNn7Pi8dw7wTlalWcKFKPwpK1/KMUr&#10;t+ib6s+d/DvhDWfEGu23hXw7o897f3Mwjt7W1gaaWR8YwqryT/Kvrv8AZ6/4JTfEHxME1n446z/w&#10;j9pkFdKsdst7Lg/xvykP0+Zh6A19cfs9/sv/AAk/Z80RdH+G/hhEuWj23Wr3YEl5c9fvSYyBk8Ku&#10;FHp1r1rT9OEIBKjPVgTwPpXtYTK6NLWfvP8AD/gn878ZeOOY4uUsPksfZQ255JOb80tYx/8AJn1u&#10;mcV8F/2avhF8EtLSy+HfgazsZNuJb50ElzOQMZeVhuP0zj2r0aC02JtIUc8+9LFGVGWyO3Arj/i/&#10;+0F8IPgHpX9r/FLxxZ6buH7m0aTdcTnoAkS5dvyr124043eiX3H4NOpm2f5hrz1q035zk/zbO2aS&#10;O3j3u5Ud2NfNP7ZX/BRv4W/s32t14S0C7g8QeMhGPJ8P2tyoMG7o1y4z5K45xgsRgAd6+Vv2tv8A&#10;grz46+Kt3ffDP9mG0l0LScNDeeL51DXAOfmWFMFUPUb+SPrXyXBpsc94zxTNe3MhMlxKSZJ7lzyX&#10;Y8s7E5OTya8PF5spXhh9fP8Ay/qx+/8AAXgbXrOOO4ivCGjVJP3n/ja+FeS97zjbXtfjX+0n8av2&#10;ivE9xqfxQ8ZSzWksjLBo1kpjtbVCw+VUH3uAMliSfauXt4rdE3ufl29WA4A4yK6/wv8As9/HfxVD&#10;FdeFvgz4juldAROmjy7CDyOSoH4+9ej+Cv8AgnH+1b41eM3vg6z0OBiA02tXiKygE/N5ce5j2Pbt&#10;XmRwuMrS5uRtvrZn79POuEeHsIqCr0aEI6KKlFWt/dTvf72/U8KvNdYwLJZtIp24GVzz6e/9MVlw&#10;RXWoXLLdOIwxAZsnn15z2r75+Gn/AAR78L2k8Vx8S/iTe6kFIMlrpNsLdP8Av4+58HnoF+tfRnw1&#10;/Yt/Zu+GkcVv4b+EGjiSN94uby3+0zbuxLyljmu2nkuIqa1ZJfj/AMD8T4HNvG7g7LLwwanXl/dX&#10;LH75Wf3RZ+cHwV/Zu+MPxJtVX4cfDXVNQiU4+1x2xS3GexlfCY9817fbf8EvPjTd6FJf+PvGWiaG&#10;gjZ3t4We7lwATyQFUH8T9a/RPTdMttPsUs7e3SKNABGka7VUY6ADgVw3x51uXSfBt7NCcOYSEPrn&#10;j8q9mnl+FpQs1f8AryPybGeNPEua5goYKnCjFtW055fe/d/8lPkX9nT9jT4a/Dcx+JbLS/7S1aXW&#10;TDJrN4ctsVM4VPuoCeTgZ4xmvojxtoq2WgskUR2xFXXHp/8AqqD4YeGpbb4f2Esz7pPt5lmOOMsC&#10;Bz+I/M1ofGDx/wDDj4d+G5rvx/4tsNMV4j5S3cwDvx/CgyzfgK2owp0qOisj5fOc1zbP85/eSlWm&#10;20lq36JLp5JWRxULfNzVuAjqPWsrQ9W0/XdNtta0y4WW3uoVlgkU8OjDIIrUt8biAOlXF3Wh87Xh&#10;KnJwkrNaNehagYbcn3rS0O4EF4ki8HI5rLUllznqKs2chSVT78VfQ5Kiuj3PQbnz9NjkLZygyasn&#10;A6Guf8Aah9r0hIyeUGDmt/d6V0Qd0fN1Y8tRojuSOg6+gFcH8Z7pYPCTFiQWmHFdxdP1NeXftGam&#10;LPw3DBjJklJxn2qajtFs9DJqTq5lTiu54D411MiBkdz8zk8V5nreoyOGyvysxLH157Gum8basWZY&#10;ml27RxnuTXB3l+LiOVGWQspGwB+OvP8A+qvBrzbdj+hMqw/JTWhdidILM+U/mfKM/L09qxNSmefV&#10;Qj4XYBnHGTVtbpogsceMj72e4PrWbbzo2oSmZA+AyjzGI2McYPHXHp0rgrT0SPssBScU5WMv4oXc&#10;UPheSNZG3zukZBHH3s8fgPzqTSYVg0yBXOMQKCcdDj/69Y/xKlLJp1gud0tzuKlvqP61vMRHbGNl&#10;DbUAT2rCk+avJ+SR9RGHJgKce7b/ACQy5laOMQ+UOGOMMOh9TVGaQbdrMQw561I0g52fxYwzVUvk&#10;jaIJlmJOQAePxq5u5rSgkx6SSNs2jIYZDUxmHm75sDI24J6UeaghBdlQBQQvQAelEciucjDKVzWb&#10;NbK5FDJcRynADrkHa5xgDqRXd/sAaV9t8UePPGkq5JntbGJsdgHkP8xXA6hcG3tZrtFBCRsGkY9O&#10;Olevf8E+bFx8GNQ8QyxkNqniW5fnusYWIH/x1qWHXNjaa7Xf4W/U+Q8RsQ8LwNiraOpKnD/ybmf4&#10;RZ75Gwz14qeq8TYByKnQALwa+gW5/Kr2Hqx3cdKlh46ceuKhVsdBUyDIwDiq9DKSJBuXO0/pTw3A&#10;A4zyc01SCOnanFycZ7UXiQ7jwSR8p5/pRSBtuCAeR2oqGrsmx9MhNhzuzjqKGZWYAr3rxD9qz9uH&#10;wN+x18Obr4pfF3w5frpFpIq3EtkgkdckAHb1xk18l3X/AAdAf8E9LSN55LTxTsjOGI0g8V6MsTGL&#10;s0/uZ5kMPOorq33pfmfpH8hUgjA+tGeeMnjrivzNl/4Opv8Agm7ENrJ4oB9Toxpn/EVh/wAE3FGW&#10;fxOcf9Qg1P1qHZ/c/wDI0WCrva3/AIEv8z9Ng5HXmmnB7d6/Mf8A4itv+CbQOGTxT9f7JNJ/xFb/&#10;APBNsHcV8UADt/ZJ6UfWqfZ/c/8AIf1LEeX/AIEv8z9OSxx1GcYFCeWFwVye9fmJJ/wde/8ABNyM&#10;4S38Ut7/ANkYqI/8HYP/AATgBI+x+Kv/AAU0fW6a6P7n/kL6lWfb/wACj/mfqA43DCqB7YphRl+8&#10;K/L/AP4ixP8Agm+jEi08VdP+gR/9emn/AIOy/wDgnGPvaf4tP10sf401i4W2f/gL/wAhfUa191/4&#10;FH/M/ULY3ZT+VKi73wBgV+Xaf8HZ/wDwTkxkaX4sHudKH+NNf/g7R/4J1g4XRvFh9/7LH+NP65D+&#10;V/8AgL/yF9Rrd4/+BR/zP1JEQC8HnPBp9flf/wARan/BO0HA8PeLT/3C1z/OkP8Awdrf8E7iOPDf&#10;i45/6ha//FUnioPpL/wF/wCQfUa3eP8A4FH/ADP1QJAGTSo6nqua/LBf+Ds3/gnswynhfxdjoP8A&#10;iWj/AOKoP/B2b/wT5BAXwr4ux3/4lo/+KpfW6d9n/wCAv/Ir6hW7x/8AAo/5n6oFlwfk/Wm85wa/&#10;LVP+DsX/AIJ8P18MeLQe3/EtH/xVPb/g7B/4J+gAr4Z8XNx/0Dl/xo+uUuz/APAX/kNZdiH2/wDA&#10;o/5n6jncBwKXYxXlTgj0r8tH/wCDsT9gFfu+D/Fxz/1D1/8Aiqjf/g7K/YJGP+KK8XnHcWC//FUL&#10;G0k/hl/4C/8AIr+zcV5f+BR/zPvH9sj4EXnx88AWnh/TNWisr2zvDPazToWVm2FdpxyB74Nfnl8Y&#10;P2XPjv8ADiJ7jxH8P7tYYyzS3+nqLiJVGeSyZxxz8wHWvpD9gb/gtd+zP/wUq+J9/wDCn4P6HrVh&#10;qGlaY1+76tAiLIoYKVGGJzznkYO019b3emx3EeCoyRjJ6YrmxFChjlzO6f3P7mff8J+IudcFU1hO&#10;SNSknfle6vvaS7+aZ+L1zNciQJcZLA4B5zjt/Ou5+E37SvxZ+Dsyp4N8XSJbJJuayl/eW7gc4ZG4&#10;GeeRg+9fph4x+Afwj8dB18X/AA20W+kkG1pJbBN578OAGH1zXjvxJ/4Jq/ADxQrT+F7S/wDDt0SG&#10;DWF00kR4xgxy7uMcHBBrypZVVpvmpT+/T8rn65Q8ZOD85o/Vs0wsoxlvdRqQ/R/+Slb9n3/goD4D&#10;+I0sfh/4iRR+HtWYKqzPJ/olyxwBtYn5Cc8BuD619IwNDcASxAfMoPXtjIPvxX5+/Ez/AIJ0/GDw&#10;JFLqXgy+tPElmjEpbQEw3aqOnyOcMRnsxPXioPhF+2h8aP2cbk+E/F+l3GsaXaOI5dM1UtFc2YGc&#10;qjNyBjoGyOOBWlPE4jDaV46d/wDhj5vN/D/IuIoPG8J14ye7pOX5c2sfSWnZ9D778WeAfBXj/TDo&#10;/jjwpp+rW+P9Vf2qygfTcMj8K+ePip/wSt/Z/wDGvmXfgO71DwxdF96RW8v2i2J9PLkO5Rk/wuK7&#10;v4KftvfAL40xRW2leMI9M1RuZNJ1hhFLnphWJ2v7YOfavY4po2CyJjBPADdR613qdDEU/etJHwFH&#10;MuMuCMY6UZ1cPJfZd1F/9uv3ZLzs0fmd8UP+CYH7SngV3ufC+lWXimxDMyS6VchJtvYGKQg546Ak&#10;cV4R42+GPj/4dXK2njXwfqekyA7THqNk8XOD0JABP0r9sYvIJK4I7kVQ17RvD/iO0bTNc0q2vYG4&#10;e2vIFkU++GBFcFXLcHU1jeP4r8f8z9Jyfx7zzC8sMxw8KqW7jeEvn8UfuSPxEWeTcySuwJAxuBIG&#10;O/PrSebHCkk0x3jOfMRu3brX6zeOf2C/2U/iHHN9t+FtnZXEow11pJa2cf8AfB2/+O14R46/4I4+&#10;GpbiS4+HXxavLZWOUt9YslmXHPG6PafTkg9K4p5VWS/dyT/B/wCX4n6dlPjZwZj9MTz0H/ejdfJw&#10;u/vSPhNtQkiwDmEMw8tCfvDoevtWlofxF8ZeErpr3wz4mvdOZGJH2a5eLAz1+Ujt/KvevF//AASb&#10;/ac0RifD2r+HtbUKctFqDQu2MHGJEA9e9ed+J/2BP2v/AA6FW6+DN9cqFO57G5guFGOhG2Tdk/T0&#10;rllg8dT+w/lr+R9zhuLeCs0glHG0ZJ9JSir/ACk0/vRs+A/+Ch/7VHgooLb4sT38MaFPI1iJLhTt&#10;92+YfnXrPgn/AILVeOdMZLL4kfC3Tr5U4kn025aFzg9dp3L6+lfJvij4K/GrwtDLJ4g+EniKyKcS&#10;GXRpgBzknO3GO34Vwmsm6s5/JvUEcmBlJBtODzjHXtWMsTjsOtbr1T/UxxHAPAPEKcpYSlK/WFov&#10;74NX+Z+tOgf8FY/2aL34ef8ACd61ql7Y3QleOPQhCJrp9vAcbflwT3JHINeGfFv/AILKePfEUU2n&#10;fCLwNbaFbyEiPUdUYXFzgeiD5F/HdXwdBqtpPEY42lDlwseFxtAJzkYJPJGOnU+tQzX7s5M3zIrH&#10;5ugbvn9D6VU81xMoqzt6Hh5V4KcD4DFSrSouq73SqO8YrskrJ/8Ab3MeofEb4+/Er4v6w2p+PfGu&#10;oatLI5ObqfKJ7Kg+VB/ugVyV3rsKuXjQ9MELznt0/pTfAfw1+LfxWl/s/wCGHw/1nW5AcO2nWTMg&#10;B6AyEBF79WFfSnwe/wCCS/xs8X28d38W/FGn+FLaTBe1t3+13ajIP8P7tD16senQ1FOhjMV7yi35&#10;vRfez6/Mc74R4ToKniq9Oio7QVua3lCPvW+Vj5lHiGR9sInZyxAQY5YknCj9ea93/Z6/YE/aC+PV&#10;ymo6zo0vhPQ2UOdR123KvNn/AJ4w5Dt9W2r3ya+4fgb+w1+zp8AoIL7w34Mi1DVoRl9c1lhcXLNj&#10;7wyNkecdEC17JaRiYkHjJxk9z06/56V6+HyqnBc1aXN5Lb/N/gfinFHji5QlSyKhyr/n5USv6xhq&#10;l5OTf+E8j/Z0/Yb+BPwChiutD8PjWNaUfvfEGsRrLMT6IuNsY4H3Rn3Ne42lkGlII5J5H9aytf8A&#10;Fng/wLpEmu+L/EVlp1lEpZrm8uFRAB169T9M187/ABd/4KufBPwPLLpXw00278UXaqSLiNfItR1G&#10;QzfMwz6AdOtejKtQw8UpNRXb/gH4lHAcZceY91acKmIm95PZeXM7RiuyuvJH1pbW1tZoXbaqhcsS&#10;cDHck9q8o+L37e/7NfwaeawvfGaa1qcIJOl6IBO4PZXcfImTxye9fnd8Z/24/jt8dLqa31/xlNZa&#10;dKCBo2kM0FsB1AOPmf3LEivIrzxG8YMNsgklfASKAAmR2wMADuSK4aubxirU195+rcPeAbk1Vzqt&#10;d/yU/wBZtfkl6n1z8d/+Crvxc8cRf2D8L9OTwzb3Enl272uJ72Uk4ADYwpPH3RnjrW5+yz+wbdfF&#10;Z2+L/wC1al1qk2oc2ujXl7I+5Cc5lfhmJ4yM47Djkt/4J8/sLLprRfHD4y2pmv7ld2laZKuUtUPQ&#10;47sc9fwHGSftqCFLeJYkQAdABgcdK6MPSr17VsRr2R4XGHFmS8MwnknCdNUktKlaPxSfWMZ/FZdZ&#10;X12jpv53pf7Hv7LeitG2mfALwvH5ahY86ShAHsGBFdr4c+GXgPw6o/4RvwTo9hg/KLPTYo9vb+FR&#10;WpuyME4AqTzNikSKwHc16MW4/Cfj+JzbNsYuWtXnP/FOT/NkstuiJ+8k3YGMA9qqyzW9u2XAI78V&#10;zPi74y/CzwR5g8U/EPR9OKKdyXeoxow4z0zn9K8s8U/8FDP2WfDsrxx+MbvWWX+HSbB3U8/3m2g/&#10;Ws5V6cfikl8zty3hrP8AM9cLhak15Qk199rfie+Q6m5QCODaOn69a0NIEst1n+H3+lfF/iL/AIKw&#10;+GI5DF4H+Et5OekcupXioCfUrGD7964XxV/wUV/aP8YWzwaLq1h4ctm6/wBk2pabB6/PIWP5YpRx&#10;dDZO59dhfCfjHFWdSlGin1nJflHmf4H6L6lqun6Ram51O8gt0A+/PMEH618d/tofty/BnwRHJodr&#10;41t9Tv0mQf2VpkomkkbI4Yj5V69z0r4t+MHxX8XeJTNdeJfG2pX9zMpCTXd67t0PZjgcnoB3rw7T&#10;9Hn1PU/tLElS/Jduc9z+OP0615uNzecHyU469z9X4P8AAzBYOtHFZjiXO32Yx5V97bdvkn6H194h&#10;/wCCgPxj8a+Hn8NeDLi28N6XL8qvYqTdEA9TK+cZ6fKB7V4l4n8Q6vrV4+o6zqc15cNnfJdTGRnJ&#10;65Lc0zQdMZLGFNpJwMlv5fh/WoPEPh3Ur3UYo9NQs1xhUCIS5I4wAOp/+tXFVq4irTTlqz9fyrJc&#10;jyao4YOlGmnu0tX6y3endn2z+yH4uTxb8BtDn8wGSyia0mx/ejYgfpg16rbsMbu+Oa/Nb4qftnfG&#10;X/gmn8Dbfxbd/BTVdW0nV9aZIJb5TCFYx7i2WIIXC+mDXjsH/BzL8QJF32/7LlzIv95LmQg/kK9r&#10;DVa3sYp05Xt2P5L43wWBwXFGKhGvBRc3Ja9Ja9E9r2P2SD8EgZ47Gp0OADmvxo/4iafiWPlj/ZWu&#10;857Tyf8AxNSR/wDBzD8W3X9z+ybet7rLKf8A2Wun2lf/AJ9y+7/gnx0vqP8A0Ew+9/5H7q/CvUyS&#10;bUt94cV3zkBd2McV+BXg3/g58+MHh7UEupP2O9UnQHlI5Jsn6fLXoy/8HXnxHkiVo/2A/Ehz3Dy4&#10;P/jtdFKrW5f4cvuPDxlDDOrzRrwa/wAX+Z+0c/Iz09jXhf7WWsi0azsg+MQu55x3H/16/Mi6/wCD&#10;qr4uzDdB/wAE/wDxFj6zf/EV6v4P/wCCnMv7XfgTTfiL4p8BXHhW9uYSj6Jebg8ADHBIYA8isMXi&#10;vY0v3kXG+iurH03BOTVcyzhewlGfInJqLTaW35s7nxdrYa965Ubu/X/CuUmvzLCCjFj5h6npzWNe&#10;fEW21S5MsEyEtkjc3BHt+tVF8Tx3EwQBF299oBB9MivAnXjLU/obB5fUpRSa1OilvdnmZbPoM9PS&#10;odNuo2mwygB5QSwHIA7CsSTWo3iLIQDwCSe2at6HfwzTfMSqqGLHHOM/zrllNSkfRUMO4UW2ZPi6&#10;dLzxrpljvLKjgsCPxror6/KoHKruzhSp7envXCeJ9eP/AAsFbkuG8lMKduO3FSzeK2uSFabBXkHs&#10;D9K56eJhTlNPufTywFWdGjptH82dNeXaiIiQHkDbtbiqx1EBDCeAOMjjPeuafxSJAS0pY84YnnHr&#10;T28Qx+TkEYxheeTQ8VBvcuOXzho0bst3DJAuApYDnnJotpkaPKNj58Fm5/CsKDXIHABwM8fex2q5&#10;Z6raxxlpWIXqvck0o1oye454acY7FjxjdNYeE7yZSAwTrkd+ua+kv2NtBPh/9m7wpBKmJbqxe8k9&#10;zNK0n9a+Tfi3q8f/AAgNwySAjyz909gDXzdaf8Fjf+CgPg+IeDPCX7H+qTabpGbHT5v7Cvm82CE7&#10;EfKpjlQDx6114BVamOk6cHK0enm/P0Pybxfr0MNwxhqNaqoc9ZvW+vJC3RP+c/ZZMYBNTRn+HPSv&#10;xrT/AILS/wDBSxx+6/Y01U/9y9f/APxulH/BZz/gpy+fK/Yv1b6jw7f/APxuvb5MZ/z6f3r/ADP5&#10;xdbK1/zFQ/8AJv8AI/ZZe2afGWB61+NKf8Fkv+CospzH+xXq/wCHh2//APiKlX/gsB/wVan+WL9i&#10;TWD/ANy5ff8AxNPkxv8Az6f3r/Mh18qf/MTD/wAm/wAj9lkbKnmpAWwAPyNfjQv/AAVr/wCCtkn3&#10;P2I9Z/8ACbvf/iacf+Crv/BXyQ/u/wBiPWR6f8U3ef4UcmM/59P71/mZurlS/wCYqP4/5H7Mbio4&#10;OPyor8Zz/wAFSf8AgsbMu6P9iLWhk9f+Ebu+f0opcmL/AOfT+9f5idXKv+gmP4/5H9DHiv4b/Dnx&#10;7YPpHjjwPper2rnLW+pWSTRn6q4INcl/wx1+yL8wf9mbwEwbrnwraf8AxuvR2jGec4pAAp+Qmvdj&#10;OUVZOx8zUwuGrSvOCb80meZTfsU/sYz7vO/ZQ+Hbknkt4RtD/wC06iP7DH7Esw2v+yV8Omyc8+EL&#10;P/43XqWBnOKO+ar21X+Z/eZ/2dgP+fUf/AV/keWyfsLfsRHAk/ZF+HBx6+DrP/43TV/YS/YdByf2&#10;RPhuc9j4Os//AI3XqoLDpRvb1p+3rfzP7yf7Ly7/AJ8w/wDAV/keUn9hT9h7zMn9kP4bkY/6E6zx&#10;/wCi6B+wh+wzv3j9kH4bden/AAh1n/8AG69UYKeScc0m1Svytk0/b1f5394f2Zl3/PiH/gK/yPKz&#10;+wh+wyx/5M/+G34+DbP/AON0H9g39hg8f8MgfDb8PB1n/wDG69W2ggEr2GaaykHCng0KvW/nf3sX&#10;9l5d/wA+Yf8AgK/yPK/+GC/2Ggef2P8A4be//FHWf/xunn9gr9h5R8n7H3w2wf4v+EOtP/jdepIx&#10;E3PfigK4X5uMdFoVev8Azv72DyvLU/4MP/AV/keWv+wZ+w+MH/hkL4bYPJ/4o2z/APjdOj/YR/Yi&#10;jGE/ZE+G49x4Os//AI3XqC7iNxwQDzmnrj+Fice/Wj6xXv8AG/vYf2ZlzX8GH/gK/wAjy7/hhf8A&#10;YnB4/ZJ+HXv/AMUdZ8/+Q6UfsNfsVqML+yd8Ox/3J9n/APG69Q3qvVsj1oadeiDPrS9vXf2n94/7&#10;PwC2pR/8BX+R5d/wwt+xQfmP7Jvw7z3P/CHWf/xunL+w/wDsXofk/ZP+Hq+48I2n/wAbr09pHLAo&#10;vUZ+lI0xBLsmAfen7av/ADP7wWXYBf8ALmP/AICv8jzRf2I/2NSuz/hln4fgZ/6FGzx/6Lp4/Yi/&#10;Y7x/ya18PyMdP+ESs8f+i69IE69wakDllGDxT9vUt8TKWBwf/PuP3L/I4Xwl+y3+zr8PNWXXvh98&#10;EPCmg6gqkR32j6DBbzKDx95FB71bl8e+DLDUZfDuq+KtOgvYGxLbTXaI49DgkdvSutLEcgdOa+Cv&#10;2/8Aw4Lj426rbSMwuHtre7085xkGMIU9wSpx71x4qpKMefdn2nBPDWD4hzN4Gc/ZJRck4pPVNLbT&#10;vrr0PtaK4sdRUSWE8UyHo0ThgfyNMeCLf83GeRwa/KLRfiL4z8J3pl0LxRqGnbG5NteshXH0P0Fb&#10;ul/t2/tA+ELwyWXxevLoAD/R79lnQ8+j5/Q15csyoxXvKx+o1vArNpN/U8VGX+KMo/lzH6bXmlRz&#10;rlFPI+6a86+M/wCzv4A+L+kPpfjPQEnbyysN9ENtxBweVcc9+hyPavmn4af8FZPE1p5dt8Svh9bX&#10;0eMfatKcwyH3KsSp/SvcPh//AMFEP2Z/HkaJqniqbQLljgwavbFQD3G9dy4/EVpHFYSsrJr5nymI&#10;4D8QuFcSsRToTvHaVN83/pOq+a9T4G/am/Zs8afs3eMvKu7eW70W8kzpOqpGQj8fcbH3ZB129+o4&#10;rP8AhH+2/wDtG/B2eCy8K+PrqayibK6Xqv8ApEBH91VckqPoRX6deJdM+CH7QHhefwvNqeieIbG5&#10;UPLaLdRzAkHIYBTlWB5DDBByQa+Of2gv+CVN3Fczax8B/E8YYKzxaJrcuMtnpFOOB6ASDj+9Xj4r&#10;LqtObqYZ6dv8j9s4X8S+H8+wUcr4rpKNVK16kLwl0u7r3Zd9LdbrZanw3/4LKotxDY/F74VbFJCy&#10;3ugXP3f9oxSHJGPRq9/8B/t8fsufEZ1Gm/E+1025ccWusq1s2cZxlhtP/fXavyy+JPwg+Knwz1Cb&#10;T/iV4D1TR3RiS19aYRu2Vdcqwx3BPUVydzeT2ilIxuQ5ACHKkcda4P7QxlCXLUX3o+mzDwZ4Ez2i&#10;q2BbpX2dOXNB/J8y+5o/dXw/4j8P63Al3oOuWl8jjKva3KSBv++Sa1fPIOAw46k1+EXhr4h+IfCl&#10;8Lzwz4jv9PnZgTJY3UkTKf8AgLevavUvC/7f37Wfgwoun/GTVZ44sYS9YThh058wHjp1NdMM4p29&#10;6J8Jj/o9ZnSd8DjYTX9+Li/vTkfsM0cWSWCkeoPWoJLWEJtAAA6Cvy+8P/8ABYD9p7TXK6tb+H9Q&#10;iXq0umlGxjg/I4Brbtv+C0vxrjgEl/8ADLwzNz/BJOhYY9NxxW6zbC939x83U8DuO6crRjTl6VF/&#10;7ckfoxckgGPdkHtzXJ+NPhd8PfG9o1n4u8DaLqiEcx32mRy+38Sn3r4gP/BZr4lzr8/wj0IOBwDd&#10;zdcZ7Gi4/wCCyviSKREvfglprhs+YYdXlBHuMg/lWizbCr7X5lUPCHxFws1KlRSa7VIJ/wDpSPor&#10;X/8Agnx+yV4idppvgvptnI6Mivpu+ALuGM7FYISOCMjGQKxvhB/wTF/Zg+GkCTeJdBn8XX/mZe58&#10;QuGiUg8BYEAj4HchjXlnh7/gsr8PndF8Y/B3WLPkBpLG+jnUDPuFPSvXPhf/AMFI/wBmT4o3kOnQ&#10;eJrrSJmidpW121+zxIVIwpkJKksDwAecUQxeArTXLy39P80dWNy3xhynBTpVXiPZve03PRX6xlJp&#10;au6TSel1oj3bT9K0LRbJNM0fTYLO2hGIre2hVEQewGAPyqZpoYF3MQAF3Et/DjP+ea+TPjX/AMFW&#10;/g94La50j4VaJdeJ7yHcFuyDb2YYd9zfO4zjoB9a+P8A42/tx/tC/HRHtfEXjZ7DTJST/Y2isbeA&#10;Dph8HfJx/eJHsKnEZph6Wz5n5f5mPD3hBxZn01VxMfq8Hq5T+J+kN7/4uU/RH44ftxfs6/BRprTX&#10;PGaarqcDYk0fRXW4nQ9PnwdqfRiD7V8ofFv/AIK4/F3xZJLpHwh0Wx8MWjZVLu4X7TdkEdQWGxCO&#10;vAPJx2r48n1BpUZzM8YZxln7H2z7/wBa9X+Bf7F3xy+PssVxonhWbSNGd8T+IdbiMUGB3jQ/PLn/&#10;AGRjryK8x5hjsZLkoq3p/mftWX+GPAfCGE+tZpJVHH7VVrlv5Q2fknzMx/Hvxb+I3xS1T/hIfHHi&#10;3UdVusLhrudm24+UbQeFHfAA69qyxeEs7K7kcBzjqR1P+elfVMH/AASh1v7TFb6d8d7NosYkM2iM&#10;cHjgbZf516Z8Nf8Agk78HdBdNW+KPjjVfEMind9itQtnbnnjJUs5H/AhThlmOqSvKy82/wDK51Yj&#10;xQ8P8rwqjRrXSWkIU5J+iTjGK+bR8G217eyuum6bZ3M95ITthgj3s2PQAEnvWD4e8Q+Ln8ZxaroO&#10;rLZDSrkGO8t0Vy8o6opIIIHOW55PFfWH7cfj7wB8LI7r9nf9mD4dw+H0uoyninxbZ2TBmjI+ayiu&#10;HyzOwADkNgAleucfNOl6LFp9pFa6dGqpt+VIxwowOP0rnxND2NRQUr236L5f5n1WQZxLPst+tyoe&#10;zp1PhUrOTj3ktUk+kbu61e57foH/AAUD/a30OPZa/FuSURJws1hA4XHQY2e3Srlz/wAFGf2wr2B2&#10;b4seScfIINPgUr/477V4h/Yi3Q3z3J2kH5FPU+/8qki0SMzeW8ysMHI34wM+h/zzVRr4tqyk/vZz&#10;T4R4RlLmlgaN/wDr1D/I9U1L9u39rHWQqSfHDV1zlStsUj/VV6iuV1L47fHfxE5XWPizr9yjsW2z&#10;arKRnAHc8+9ZGnaKjDCxmU4JG0cA+grsfCfwd+IPijZ/wjfw21nUC2APsmkyuCfqFxW0KeLrO12/&#10;vFLBcNZVFyjh6VNd+WEfxsjhG0y4urky3JeWbd800jFmY44JJ69utaVrpNzO3lQQtuDckH9P8+le&#10;5+E/2EP2pvFEwTT/AIMahaI4/wBbqcsVuox/vMD6dq9Q8Nf8Er/jxdwrca14i8OaVuXmNrp5mUnt&#10;hFwfzrupZXiG7tW/A8LMfELhPALlqYynddFNSa+Ubs+XdC0cWChLiUAnqcZAGP8AGp9b1/8Asu1a&#10;NW5POBjJ59h/Wvs/w7/wSr0aFw/j340zTKVG+LR9PVDnPZpGb+Veg+D/APgnh+yj4euBdar4Zu9Z&#10;cAENrN+0i55/gTapB64INdywVWMOWLSPicb4u8HUajkpTrPtCDS++fL+p+WmpaZrfjjVV0+xtZ53&#10;VxvWGPdj2AUZzxxXtHwd/YE/aA8deXeaN8Nby2g27/tmrL9mRvQ/vMEjPPAr9SfCfhD4V/Dyy+w+&#10;CfCml6REq4CWNkkWe3JUc1rzeINK/wBYkqk8ZJbH/wCuqo5ThoS5qknJ/cfIZt49ZlVp+yy3BqC6&#10;OcnL/wAlSil97PjnwH/wSriW2jf4k/EiVSQpktdDgGfXBkkH8lr2/wAFfsz/AAc+D3h+RvAXgy3S&#10;+jU7tVuv310/r+8blQR2XA9q9Cu/GekRFkjuFJLAHHQ//WqofE+m3Lyl3BRlw2T17Yr1YQo0/gSR&#10;+XZnxhxZnl1i68nC9+Ve7H0aVr/O54t8Y/hP8NfilBYW/wAUvB1lrthYXqXtvp+o24kiNwoIVyrZ&#10;DY3Hr/Siw8P/AA/062S1sPht4et4UXCRRaPCFA+gWtfx74n8LadbTQ6lrVpbbEbymuLlEyVJHG4i&#10;sK1ulkQSqwwwyKUpNOyZ5uJwfMo1akN9m1+Roro/gvO0eAtCyP8AqEw//E1Zg0rwqCCPBeir/u6X&#10;EP8A2Ws+K4z1A/Op0uWU5BH50ufXc894Witoo1tLs/DMd3HIPCulrhv4dPj/APia9Y0PSfDFzpkc&#10;ieHbAAjotqgA/SvFYb9EmVt/II61614A1EXmkIAc4WtKUrs83HYenGCaRqT6HoJbA0GzA9rZP8K/&#10;PH/gon8OfDF38eNQ8QWtvHb3BtLeKQQqFHCHHA74NfotKqr84bqOlfnT/wAFEr2a1+O2rQu7DekT&#10;LnpjYK5M2aWCd+6Pt/CqE/8AWe9N2fI/uvG581polxZwme2dtsfIJPrwKtrdXiP5JnDt/GRHgk/z&#10;9azdR1iHToAkjNIzEY28Y/HtSafr4uHaWJ24cHLfw8//AFutfIc0Vsf1LShVk+aSudENU2RLtTbt&#10;JBwT+GcmtzR9UuLCzZ143IueByefWuQeZmEYJTa2Dw2c5/nWzf3X2TSk3MMSFTwc4GM1mp+82ekq&#10;Ckowtuzjdc1zzfEV1JK+TuOSf61VbxCxXCvj14rnb/UxNezzq335TyfrVc6gS4YHB6V89PESc2/M&#10;/SKeCgoJdkjq49bWNT+8Dc/Spjru9ShdRj8q5A35bjcBnrSpqD7yiOQB271KxMrA8HB6nYR64iAB&#10;dvyjK5P51atPEYkRXkfBHJwOg9q4V7/eA28cDGAetSx6rIqYEh4/SrWJkmZzwMJLU6vX7uTxDqOi&#10;aBCWZdQ1m2txH1+/PGhz+BP4V+llteSW8a28cMKogCoFhXoOBX5wfs26Z/wmf7SngbQCu9IdUN7N&#10;6bYEeT+aiv0aXHY19Xw83KnUqd2l9y/4J/Lnj7WpxzHA4JfYhOb/AO35Jf8AthfTU7gkELEvbiFf&#10;8KmTVbxVx+7+nlis9W28VIDzye9fRK5/PzjFdDQj1e9UD5k/79ipo9Zv+odOfSMVnIB1BqRGAOA3&#10;OKZEoRtsaKavf5wJQPotSjWr4gHzv/HazxuI+XrUiHZgMfxodjPlj2Lw1vURwt1+G2iqi7H53fiK&#10;KNBciPp0jIxSBQOlOknwMFR+AqMzrnhTXr2PD1HbgAcnpTTIhGaidiSWA69s0UD5SQTKOi/rSCTd&#10;wq4A65phYDg0oOOncU00FmPVkLYc4GOopTJCh+UEn1qKjH+c0e6FmSmZMcH8MUCRG+8PxqMnsKQH&#10;FOyFqiUmPI+YcUrNGzFlf6ZNQ8dhRRyoLse4UjYDyT1BpQrIu3dnHvUYODkdqVnY85x6Ypco+YeO&#10;F5X8COKAQHzgdO1NEjj73p0NKJRnLL27UWYXQ4ktz2pCwxggEZ700Ock5OOwzSZB6j8qOUOYeVB+&#10;UrjPcUEMgwjHikVguSVJB4zml3Bm4GKWqHoxN0vckenFcR8Uvhr4H8ZajFd+KfC9neyCEKk08ALh&#10;R2DdR1ruBLgkZP1zWX4ojSWGJyckNjJP+fSpqJuBthcRWwtZTozcX3Taf4H55/8ABQT9mJfhoB8U&#10;fh9YuNFvyItStwGYWU3QPnkhH9+jD/aFfHafDXxR4gvS2mabeXUxUYisrWSU+wOAa/a7UtF0zWNO&#10;m0nWbGG6t51KzW1xEHR1PYq2QR9fSrHhrS/DmjWi6PpGiWenhB8qWlukSsOgICgc+1eFicsoYmpz&#10;zbXoj984Y8cMdkWSRwlfD+2qR0U3O149L+622tvNW63Pyd8Afsb/ALUPi2xefT/g5rkUIYmK5njW&#10;3D/8BlK5PPbArV1z9iH9rTRNKbV2+El9Oka7pbeCeF5seyBzu79M1+rk9tFCQxz7NUUtvHKhkjAJ&#10;IzwcULKcIo2vL71/kOp49cRzxHNHC0lHs+d/jzL8j8Wpr7xL4E1s2t7Z6poWoQniO4iktp1ZfrtP&#10;5V6J4V/bk/ab8FyoIPiRNrFrGw/0LWcXCgAdAzfMv4Gv028e/C74dfEzTJNC+IngzTNZtGyGt9Rs&#10;0lAz/dJGVP0xXzH8aP8Agkz8LvENrLqXwP8AE914Y1DdvSwvHa6sX68YY+ZHxwCGIH93iuaplmJp&#10;60J3/B/5fkfY5d4tcFcRKNDPsGqbel5RVWH32U4/KL9Tqv2df2xPhR+0fo6+FtVW20/Wmi23Ggai&#10;VZbgYG4xBhh1OenX2qX4gf8ABP39k34lySTaj8LbfSrqQnddeHpDZtz/ALKgo3rytfCHxv8A2Wvj&#10;7+zdqUeqeNvB9zBbQy5s/EmjTNcWgbPDeaozC3tIFNdn8I/+Cmfx9+GUdro3jOO08VWKELHNellm&#10;KD0lXOT1GWB/SsljZU/3WLh96v8Ag/zRpivDzGpf2pwVjv3c9eWNS3yUk7O38s7NdWeneOv+CLmk&#10;XF3JdfDP473llGxLJa63pKXGD6eZGyfmVzXm3jD/AIJLftN6Qir4c1LwzrcanCyW981tIOeuJgAP&#10;puIr6D+Hv/BVr4Ga5EI/HGh6z4fkyNzyW32qFR674ucH/dr2Hwf+1b+zv48hSfwx8Y9ClMjYWGbU&#10;VhkyR/ckwc49qPYZZW2S17Nr+vuPKnxh4x8OWjjKcpxXWdJSX/gcEr/+BM/NjWv+Cd/7ZmkySS3P&#10;wXubtYkG9rHUbabd9AsmT9K5DWP2SP2qtMnQat8BfFCh15I0dpAAAeMrkdq/Y6x17SNTHm6fqcFw&#10;rjKvDOrAg+4qWWaIIxQkD0XPT8al5Tg3tzL5r/I1o+PHE1F2r4Sk/RTj+cmfjE37Nn7Q8bG3s/gV&#10;4sdlwdp8PzAcDjB2g46/kKuQ/sbftcauzNB+zz4jMvIMlxAkK4PPHmMB/wDXr9g5rliSQWPPygg1&#10;k+JvFPhnQ7GW68R+I9P06GMHdLfXqRKo/wB5yAOKSyjC23l96/yO+HjxntaSjRwVO785v8E0flnp&#10;3/BO79sa6s/Mk+FAiV1z5D67aBxgHqu/rz602/8A+Cb/AO19pemm9uvhzbzbVBFvb65atJj0CF8b&#10;vxr65+K//BTP9mD4dXE+k6Hr974huoSA39h25aDd6CVtqMfoTXl99/wV18FyPJ9i+E+qTLkAyy6p&#10;EuMj0Cnp7GuaeHyaDs5O/rf8kfVYPinxdzCCrQy2Ci9fejKOn/b1RP5ny7rn7N3x98KQJe638GvE&#10;kKPcG3jdtOaUs4GcYi3evX7p/A13vwj/AOCd/wC0n8S5Tca74cXwvYqDi68QEb2DDqkKne2Oeu0c&#10;jmvW9C/4KnateaqlgPglcS2s7YSOy1FppmB7lVj5z6V3cv7c/itdIbXZP2f/ABJY2C2xka61q9gs&#10;QCD/ANN9p2+/UelTSwuXSlzJya+f6I6804t8SMNh/Z/UqVKb+05xa8rJztfffmXkdF8Bv2Dv2fPg&#10;lDaatr1r/wAJXrto4lW91mHMcUo6GKH7q4PILbj6Gn/te/tp6d8FPCk2k+ENPTWPFl9mLSdIh+Zg&#10;3TzJdp+VRzweT0r5b+L3/BT3V7zw/Ml98SvB/hC1lMkYSLxFBLdEDO7Hls7dO4Ge1eNfsef8FAv2&#10;adT/AGk4fBWg6Je+M9d1Dw/cm21jVJltYZrpUaVoovNBbe6BkyeScAYziu6NZSh7OjHlj3S2+Xf1&#10;Pz+rl/tMasbxHi1XrN2hS9ovee/Le6jCN91HfpY9q/YW/wCChHxe0b4mXuq/tI+I5dQ8O6m/lsI4&#10;lxYnPEkYH8A6EcjHuK+/NA+KulfHSyjtfhJfzzabOuLnW2tXiSNO4j3gFnI4B6DOa/JfWtR8Oaj4&#10;mGoeBPDraLpKSb7bTprv7S6DOdpZlAABxgY6cZr6/wD2f/8Agp0fAnhi18K+Ofh3bXUVlCscU+kS&#10;rbuV4HKEFS2PTFcuX41U26daenR66/Pf8D6bxC8P/r1OnmGTYT99ZJxTjFJLZ8uzl00kl5M+8tI8&#10;NaRpnh238Mx6HazafbRCOKyngDxqvpg5Hrz3ya57UPgJ+zrqdwZ9d/Z+8MSSNndL/YcI3e/C9a8f&#10;8Kf8FRv2bdTh83VItd05w2wxy2AcZ9ijEfyrvvC/7en7LHidY/8Ai4i2vmLkfbrOWIDjudpH6170&#10;MXh5/DNfefg1ThjjvKZSl9Vrx7uKn+cdzfX9mH9kWaX7Qf2fPCquSMn+xox+gFbui/B39nPQ0RdG&#10;+B/hm3Ef3NmhQZ575Ke1Q+G/2gf2bfEbbdK+MPhyUscBX1JI88/7ZHvXWaZ4x+F2oIH0zxxodyM4&#10;Bi1SFv5NXRGUXrGa/A8PGYviaHuYl4heUpVP1E02w+Hmj4bSfA+lWhUAL9n0uJP5LW1H4pPl+XHB&#10;8gPC9gPpVdNX8GOTjXNOJwDhb2M9enf1qjrfxF+E3hq3M2uePNEtFQEs1xqsKgfmwq3KVtZHhOni&#10;cTUt7OUpfNs1zrWo3B+RMDHHNRyyancEAzNjHIrzDxB+3J+yf4YyLz4yaVK4B/d2QeZv/HVIJ4rz&#10;7xL/AMFXv2ZNDdodLtNf1NwuYRBp4jST6F2GB9RWMq+Hj8U1957mC4L4uxz/ANnwFR/9uNL72kj6&#10;GfTbqQ4d2J7/ADVDLoc7t8jtk9Rn/GvjTxz/AMFg9aul+z/Db4U2dqclRcazfmVjx1CRhQO3UmvI&#10;fHn7fv7QvxBtXtNW+JslhBPkPbaNGLVcehK/Nj6msJZhg47O59tlng7xrjLPERjRX96Sb+6PN9za&#10;P0K8W694U8F2hv8AxV4ssdPjUFi97eJHjA7Bjz+FfPHxl/4KC/BDwY0+neH9ZvfEFxEGKxaZAwiL&#10;Y6GR8DGccjNfGF34zbVZ/tOs6xcXd0zbd9xO0j/mSTT4ZtI1BWRoFYH5m5BAzxk1hUx7qK1Oy/E/&#10;Scn8Hsry+SnmFWdW3RJQX6v7mj0PxP8A8FUviPZs66N8K7ODzWHlyXt074TryF25OPTjrXOaj/wU&#10;9/aQ1q12aba6JYopLS3FtYM7IgGcjexA574PWvPfiN4O0678OyS2yoJIl3R7QCw55zj27V5bqN3J&#10;YfD+8e2B864l8i3BXmRifmx+G7A9hXj18Tjac7ObP1DAcEcFOmpQwULp2968vzbNfxD8dPiH8SfE&#10;a+KPGPi27vL2cmRppW5VGPCr2RflDYUDqPrX6XfBrxMPF3wu0DxIZM/a9JgdiO7bAD9eQa/KTw/4&#10;U8V3NxDLDoOoOOsgW0kwq4wM8enH0Ffp7+y5DcWX7PnhG0uo2SVNGjDxuhUqcscEHkH611ZLOtKt&#10;Lnvqup8B44YPAUMjwfsIpcs3FJWSScX0W2yPSEuGA+8T6U43Dj/lofzquknvmnAgjNfQN3P5m5Vc&#10;l89wflY5r074N6q81u1s75IHQ15VnjOea7b4P6mbfU/IZ8Zq6btM48bDmw7PXpAWXOO1fPn7Zv7G&#10;sXx+tP8AhLPCNwkPiCCDY8U7gJdxqCVXP8LjkAng55x1r6CVyUAPpTXVmHB6/pXTUpwqwcJq6Z5m&#10;V5pjcnxscXhJ8s4/1Zrqj8WviZ8KPiL8M5prbx94bu7GWK9aN0uIWXacHrnqDjgjg1z9vLDGRa2U&#10;g3TRMzb9qgYHb156dzX6+ftVeEPAHiz4HeIf+FjaBDqFpaadJOgk4dHQEqVfqpz6V+Sdr4X8E+Od&#10;au7r4feKljns4ZJD4c1AqlzJtyxETZCzewX5vUZr5LM8ujhJx9m9+j3/AOCf1Z4f8bPirBVJ4mk4&#10;SptczWsddvNfPRdyrps96l7HbSygdMMzHGAPX0rb8ZaybTT0i24eKzaWYZzg/wCSKw/Dk8N/rAa9&#10;iI2LsKdCCBgZz05xVP4ia5E+i6tfq3ysyW0ZVsZ7sR+QrwKk+SlJn7DhcP7XG01b+mcONRc/K0uT&#10;k5+poN9k4L9+xrmjreGyX4pRrJYYVyfWvmnM/QHQZ0wuz0EmfxpVvGDghucVz0erqSNrZx71Iuqk&#10;KP3hBHTPejmIdJo32vN4A6epJ781JBeENh8Y6ZrBGsDHJH4GrumX/wBocAyLgAk5HAA5Ofypxd3Z&#10;GcouMbs+iP8AgnJoM2u/tIajr4AaLQPDb/OB0kncIP8Ax1Xr7wj3EABeDXyp/wAEs/BUtl8NfEfx&#10;LuogH17Wvs9sx6mC3XB/De7flX1XGxI/Cv0TIqTpZZBv7V39/wDwD+GvGLMo5lx7iVF3jSUaa/7d&#10;V5f+TORMOehqVeV6c96iiHYn3qTJHSvYW5+XPYlQ44Penqfmxj9aYoyocGpFGW/rT2uRLYljJxhh&#10;j0qQMWX5uuaiUEHC09dwOeKEzMlDEAAGimgMe/5Cir0FqfTjSZXYFx+OaZgelFFemeJawUUUUAFF&#10;FFABRRRQAUUUUAFL044pKKdxWQAZ4zRjHHWiii7CyQAnkYxRgHqaMgdTRkHoaOZhYMY4GKMH1FFF&#10;K7CyDOBS7iwyT+FIDk4xRTuwsgrzT9qvxlrngj4Zx6x4evPs1ydRWJJtoPJjcgAHjqBXpdeX/tU/&#10;DfxN8T/A+naT4UubdJ7PW4ryVLlyokjRWUqCP4vm4zx1qJ3cGezw99UWdUPrLSp82t9reZ8T6n+3&#10;1+0npbPBD4jsnAbhpdLjLAfXFYUv/BQ/9qGK7ilfxXZssU25lGlQruA5wTjPTiuT+LHhqXw34tv9&#10;JliHnwXskbK4xtKnByPXNee38G9jEJNxHXOefw/rXylatiYTceZn9oZZwpwhiqEaiwNJ8yvfkj/k&#10;fol8FP8Ago58EviF4EN98RNdi8OavZw/6fY3SMwkYDG6IgfPk546j9awtU/4Knfs96dq8tjbaN4i&#10;uoYzhbqOzjRW+gZwcV+e13HLbr5kU2Nh+4rckenvUtkYdYj8pWWOdY8qjAAyDvj39qpZniVFRVr9&#10;+54S8FuDFiKlaXtHCT0jzWUfTS7Xq3Y+2vG//BWz4VWsmzwh8Ndbv3K7mNxdQwBT6Y+Y/wAq5CP/&#10;AILUeFrNnXV/gbqUaKm4MusxkHsTymfT86+Nta0U3TFIpXRgcZI+bj2rm3XU7W5Fne6absbxkxRl&#10;359BiuWpmmP5tJfgv8j6XB+D/h8qPJLDuXm6k7/hJL8D7h8Sf8FnrLW7WSz8LfBCHEo2sdY1LehB&#10;HO5EQZHXPPSvmTx58Q/AXxK8ay+J/EPwp03Sobt/31v4Qc2QByMuqtvjLf8AAQDWR8Pv2fvid8T9&#10;WSy8CfCTxLdyup/exaTKkQX1LyBU9e/avpv4Of8ABKj4weIPLvPi3rmieH4OMwRp9ruSvf8A1ZWN&#10;T2+81XFZrjlyyV15pJfiDw/hp4dqc6VSNCTWqVScptf4VJyf3HlPgb9nL9mv4phbHwN+09c+HdTm&#10;BxpPjDRlRRgD5fPRwjc4wePpWr4r/wCCX3x+022e+8J6j4d8QRMo2PpmpiIuB0IEoC54/vHrXv2v&#10;/wDBHPwxdWg/4RT4z31vc4JAvdOSRN3YcMCPzNcfbf8ABPP9uX4UX6aj8KfjHpkuxmPy6xc2y8/3&#10;oyjq3XP4VtLL6kVadFPzi7fg3+h89DxEyzE1XLLc7iv7mIpWX/gcY03b1cn6ny/4p+Af7WPwxuJT&#10;deAPGNjh8CTTbeaVT3+9ATxn04qvDrn7Zmg26pp9/wDE61CHdtEV/wAHA9R7dOnHTmv02+B/gT45&#10;6V4bWP46/EjSL3UycJHp2llAo9Gkyoc+4QV0WtaH4rtonkstKh1BVOUWC8CFz/wIYH50/wCxqW6c&#10;l5XV/wADyavjGlXdCvhaFZp25k2oP0c4/jc/Jy41j9szWbZHn1L4mzRsW3I0V/kAnj+HOee/rWVZ&#10;fAf9qLx1qAgt/hN4wvpGcYk1C1nVQTx8zTYA7knNfor8VPi/+0H4Ed/7K/ZD8Raki9LiDWIJFJA6&#10;bYgxHX8a+Yfih/wVF+JPg7Xn8O6j8LNP0G9t8efYao0xniyAVDKQmCQQc+9ceIwOGwy/eudvRr80&#10;faZHxdxJm8G8rwGHWnStB29VB3Oe+HP/AASw+NXidYrr4jXWmeG4G+ZoDOLy4UcfwJ8gPTq/Fe3a&#10;F+xh+y1+znobeJ/GsdretZoTLqviV0kXIG4+XDjYG4AAAZj6mvnzVP8Ago/+0X4lt1aPxr4e0K0m&#10;bCznyIzj0zIzN0K9B9KxvAd9o/7THxDg0L4n/tB3/iG6Cu8dlp8MxiHyl2AmlVUXgH7iknsR1pUK&#10;mDg1GjDV9Zf1+SRx5tQ41xcJ1M4x0aNCKblCgpN2W6bS/wDSpNLcsftOftw6/HoOsXvwXsZvDHhT&#10;SLcnUNatbUQTOh4DO8a4tU7KCd7ZwMHIr8of2mv2vviL8fvElx9s8U6tNpiPsiN3fyPJcqB959x4&#10;74XsDzkk19Gf8FQv+CgHh74pacf2P/2e/AkvhPwL4a1RjrCSSq1xrl/GSnnTlRyi87VJPJJJJ5r4&#10;bfT5ASQO1exhMFH2ntqz5n07L0R+JcZ8crEYP+y8mpexpJvnle9SfZSl+LSdr6bKxBNKZGDvk8YB&#10;P+fetz4ZfEbxN8JPiBo3xN8G3Qh1TQtSivbJ3XcvmRsGAI7g4wR6E1hyRMCQRxTORgAZr21GE4WZ&#10;+PKrXo1lVi7STTXqj9mP2PvE3wc/4KSeGpNZ+EcR8FePInB17wvfO0ml3E7ZLNbTY3RZ+9sIYKMA&#10;Vq/Fb4AfFD4J6/JovxG8J3enMjjy7rZvt7gdmjmX5HGPQ59RXzV/wb2/E3w54P8AjHqWla1MyK2o&#10;wTTyBwFRZEeBWI7gMQT6Aiv39tNK0nxLoreHvE2lW2oWzLtaC9tklR1/2lYEH/61fOTy3D16k4vR&#10;p7/ldf8ADH9LZf4q55kOW4KviY/WKVWnd30kpKTi0pa3tZXUk3rula3482tjqFopmtXUqTl0cfn9&#10;e9alveyNbrbvbMEVOQFOHJPb0r9DPiF/wTN+Afi6S4vvCc2oeFriZshdPcS2yHknEUnTPorAcV4d&#10;4x/4Jb/HfRZnHgrXNA1y2BxEftLWsp9yrgr+TVxyynFUn7vven+TP0jKvFbgvN4rmr+yl2qLl/8A&#10;JtY/+THzn5iKowu7nDMDx0Oevb3pJNakt5M2jOp2/e3dT6/nXqmu/sOftXeGY2+0fB++vEDYZtNu&#10;IrjK/RHJ9OPpXGan8Gfi5ospi134Q+J7UKTkS+H5zt68ZCH/ACaxlhsXD7DXyZ9Xhc7yLGq9HE05&#10;+k4v8mc8/jS8R1cXsyhW4CMQQf8A9X86r6h4r84tDMGbIA+cZB+vrXT6X8FvHepXIgtPh54hkkOM&#10;LDok+Se38HHfiu78IfsFftF+Ooyui/BrVlWQrum1GEW0YB95SvHrVQwuOqbRY8VnXD2XrnxFeEEu&#10;rlFfm0eJ3eoLKSY1zkgfIe/PBqpNfzyMS0LHnCl+/HX1+n0r7F8K/wDBID496yVHiHW/DujpjAZ7&#10;x52A/wB1Fx/49+Nek+Gv+CMPh0CN/GfxxmnYDEkemaKiLn0BdyfxxW0coxs90l6s+Vxfiz4f4DSW&#10;MUmukVKX4xTX4n53W5vy5MbOQP4guM8569xntU8enXlwwkKGRh8zAk4B79z7ce9fqpoH/BKD9lXS&#10;mR9StNb1ExYwLjVWRSR7RheuPWvU/A37JP7OPw5iWPwj8HtBt2XkXE1gs8ue53y7j+tdFPIp39+a&#10;+Wv+R8hmH0gOGKC/2ShUqS80or77t/gfjl4Z+GHxG8Y3osvBfg3VtSfdlV0+ylnx83BOAeOe/wDS&#10;vbvAn/BOP9rzxVHFqF/4WtdIhlOZG1nUEjkxnjKLucEdeQP8P1XtfDOkWMYisrKCBBwI4Ywi/kOB&#10;TjpljH87qDjJ5PTiu2lk+Gg/ebf4f1958Jmn0gM6xPu4LCQprvJub/8AbV+DPiH4Q/8ABKzSrJje&#10;/Gj4kSXgZSG03Q7fykPJwDLJliPYKOp5qC4/YM+G/wCz/wCJYNY8L+F7m8tYp2e1vrxzctb5YMBt&#10;wdpGMb+pHGa+1tTudGs423TKoAzkGvJ/iv8AtJ/C74XxyXXi/wAV6dZRjtdXCLn25NdvsMJSj8KV&#10;uv8AwWfIUuPOOc9xcoOrOop6OEVypr0iv879TitDayktWnEQUiIhVZfujqOPwrGtjkk8888mvLPj&#10;b/wUe+CGvajBpHwksjd61HdhbnVbePZbqmDuUrgeaTxggYHr2r0XwxrVlr2i2usWNwk0VzAkiSo2&#10;Q2Rms1iKNabjCV7F51w/neVYKlicdQlSVRuylvp37XvpezfY2FcjgLUgOAcVBGxPzEdqmAwMVofL&#10;vcB1Ga6X4asV8QRJ6mucQAnmup+Fls03iGNtudnJqo/EjmxLSos9niJKAkdqVmAGMUqDEQOOtIyg&#10;85xXcfLnh/8AwUI8VL4U/Zb8QTebta7EduMHk5bJ/QV+P3wmhfUfiPDfFAfKS5uAwHRh8qn8ya/T&#10;L/gsH4wTQvgXpnh1X+e/vZpiueSqR4/nIK/OP4DQLYz6trkygrbaWoCseCzEufr0r4/iCfPjqVPt&#10;r+p/XPgTglhOD8Ti2vjcv0j/AJmrqHxa8IeJvGOpaP4xjbTbmPdFF4gsYtwbbxmdB1PT5l59QTXO&#10;ftF6cfBGgaVodlem9ju4zcvfRZ8uQnpj8BXFaGkusavezSZLT3AQbuc73/wzXqH7UMn2SDQ/CsKF&#10;PLshuRl6LgDj/vn9TXgVX9ZpVObpbXrqz9owNBZZXw7g2073j00S1XVb7beSPn03wY8kipYL1AuS&#10;xBz616t8M/2eNE+IAnudQ1K4t0htDIXhC/fyMdR0qtrP7KHiWGZl0bxFbz5/1azwshYduQT/ACry&#10;/wCz6soKSWjPr3nWCVR0pys1b8TzRr/y/wDVuMfWlTUjnhsfSu5i/ZU+LE1mb2z02zuB5jIqR3gV&#10;iRxnDgcf4VzfiT4T+P8AwdA134m8LXltEp5l2K6j1yVJrGeCqwjdxdjSnmmAqy5YVE32vqZg1HaO&#10;Hz7ZrRs9Svrtvs+nSvJLKohWNVPzscALn1JPFdL4f/Zk+LGu+FbPx0ngbWG0i/j82zv4rF3iljyR&#10;ncmSBkHqO1fQH7Bv7Hmo6/4sg+IvxA0GW30nRNRM+n29xGR9plUgoeQNwDDP4CujD5Tia9SMVFq/&#10;W3TufMcQ8cZBk2WVsXOrGXs7qyabctlH1vpbp1PsP9nb4Y2/wc+CXhr4cxRjzNO0uMXpC43XDjfM&#10;ff52au3Q4IxTIySuT3NPUZPWv0eEI04KEdlof5943F18fjKmKru86knKT7uTu/xZMhxyPyqQHPPv&#10;xUKk561KCc4A49PSrjucstiWJwODUgznp17VEgIxznjrUqrhuOuOtNkNuxKhJ5B78VIpJ7VFGTjr&#10;x9alHUUkrszJVBJ4P4Zop1rGZHPGRjtRVXcdCG9T6Vopdpz9aMAdTXq2PFuhKKBjuaMe9Awooo6j&#10;igAopBuz8x4oLAHGKaVwFpCcNikLDb8vFABPzHmnbuTfsOopoD460pLN0GKVkPUWg8HFIckkHkGl&#10;4xinZCTdwAz1P50DA6YpDn1P1pQFHTPvmiyHdhRiigY7ilcAwAQ350p5Py9PWkOO1Bzjii6FZiP8&#10;v5VS1hN0aIW6g8VexnluTXI/En4neCvh/f2Vn4w1YWQvI2aCV1+UkEDGR35qZNKFjow+GxGKq+zo&#10;xcpdkrvTyOP8f/AL4O/EKY3PjL4c6dfTkljO0OyQn1LphifqTXnN9/wTz/Zcvbs3svg/UYt3Hlw6&#10;3cKg/DdXtdr4g0TXAt9ompw3dvIoImgcOOmcHHQ+1W5YopY9wBYY5A7VwzpqbvJJ/K59NguJOJsp&#10;iqVHFVaaXRTkrfK+h4bp/wDwTw/ZKtZjNc/D25u8AALd61cuv/fPmAV2/hz9kv8AZo8M2+3Qvgf4&#10;dRs5Dzaesr54/ik3EV24t0XhW69vWpIQ8bDax56BfSlGChskvki8TxVxNjI8tbG1ZLs6k2vuvY8J&#10;8Vf8E8/2Y9c8bt4n1PwddRQyuHm06y1GSK2dx3KryAepAIB9K9d8CfBH4M/D/TFsfAPw20bS41XG&#10;60sEDn3LkFm/E10N3bi5gIkG47eM9ag06aWIeRISMcAY61UYcj5oq1+yJxvEmf5pho0MTiqk4x0U&#10;XOTX3X/Edc6FZ7h5Y6dNvaov7HVTlZOPQmsz4j/F74a/CbTP7X+I3jnTNHhIxH9tulV5D2Cp95vw&#10;Br5i+MH/AAVo+FHhlGt/hX4Q1HxBcb2U3d6fslqCB75dhn0UGorYqlQV6kkvzO3IeEuKOI2lgMPK&#10;a/mtaP8A4E7R/E+s1gKgsWJx6VmeMvG3gv4eaDN4i8c+J7LS7GJcyXV/crGv4Fj8x9hk1+Z/xI/4&#10;Kg/tReOrg2Oia1aeGrJyAyaNbDzcYHHmyZJOT2xXh/iT4hePvHjm78YeJdR1OUtnzdRvXlOc/wC0&#10;Tj8K8urnVFaU43/A/Xcn8Ac4xDjPM8TGmtLxh70rdr6RT/8AAj7/APjf/wAFWfhB4Ygl034T+Fbv&#10;xLeH5Vu7sfZrMHsQSC78c42rn1r5U8Wf8FAP2rdb8TNr+ieOY9IBk/d6bpunxCBVxwCGBLe5PNeI&#10;TvJ8oznDEjBzntj8Ke08cJX7S3kjq3mNjPvmvJrZjisQ7OVl2Wh+2ZF4Y8G5BR5aWGVSTVnKp77f&#10;yfur5JHuOo/8FR/2zbbSn0u0uPD73O3at9Low3xk9CFDbOB6rivmbxl4s+IHjDxNfeJPHt5Lf6lf&#10;XZlu76cKzTOT8zMeoHoBwMADA4r3T4P/ALHv7RXxzSG58HeAZ7fTbludc1mNra025xuVmXMnTogb&#10;PHSvtH9m3/gm/wDCT4KXMXinxiI/FviJFytxe2y/Y7J+MmGE5yf9t8n0C1pDAY/HW9pJqPn+i6/1&#10;qeZmfFfh54dxqPC0qft5bwpKPM7dJNaQV+j+UWz84/hL+yP8Yfj7dQQ+GPhXcfYJJdsuu3Vo1vaw&#10;oW5cyMAHAHOFBJ6DrX2/8QP2QPh54WtPAfxM8LaJBputeHrFtOu7jTbdYU1NEQRkyqAAXK4YN15w&#10;c5r6uu9PEVozuojCtgr2H0Hb6e1cZ8YxaJoeg6bHEPnmknC+3Az+OK9nD5fQwlNpat9/60PxDiHx&#10;RzninHU/ZwVGnHnXLFt3UotSUnonp5JLffU/lV/aajv9L/aQ8dWV5EySR+KbzcjDkZkJH6GuPivi&#10;QCT9c1+jP/BcH/gmb498D/Em9/a0+EHhefU/DOsjzPEUVjEXewuBx5hVc5RgOT2Ir82o3QnIcfnz&#10;XqxhB00z8bxFSpDFT9X+Jdee3kXJxVOUKWJXpSkgE/MPzpoAYEZ6+9XCKjrc5qs3NJWPsn/gij4G&#10;8YfE39ovxJ4J8D2wub+XwXc3MNl5gBuTDLExjA/vEZx7j3r9d/gB/wAFBPFXw4W18G/GLR7q90+z&#10;U2/2/wAnF7asny+XIjAFiuMHdhv5V+Lf/BIb9pqx/ZT/AG+PA3xL169jg0i4u20vWZWCgLbToYyS&#10;T90KSrE9eK/oe/ab/Yz+Hnxzt5vGGgyxaVr80eV1W2j8yG+AHyiVARuyP+Wg+bHr0rysRhqk68p0&#10;Xaeno0fr/BvEOQyyaGTZ7S5qDb5Zq/NTk3rtrZpp3Xo1Jbeo/Cr41fDf4xael/4G8YWl4XHz20b7&#10;Zk/3o2ww6+ldomnRyDcFDdgcV+UXxA+BX7RX7NV+NZu9BvYLaL5h4g0C4eaBBn+KRACn0cL+Nbfg&#10;T/go3+0r4It4bBviX9tgiOFGqWyTZHXBZhn9a5lmTovlxEHFn0WN8Gp5hH6zkGMhUpvZSf4c0U03&#10;6pM/UaHQnl4jlkUjoQf8asJ4e1QYZb5lHu3+NfBXhL/grH8YbRo18QeFNC1GJmyGSN4WI9irY/HF&#10;d5pH/BXvTmVV1z4OPvxl2ttWGMZ90/nXVDMMHLaX4HyGM8J/EHDStGhGf+Gcf1af4H15FomtwMDF&#10;eNn/AGTgVOkPiOJ9xuBn1bNfNmi/8FZvg1qFzHYXXw98Si5ZcGKzjinfd6BQQTXpOk/tcar4n0j+&#10;3PDf7MnxDltj0uNS02Gyjx/e3TyKAPeumNWlV+F3+TPmcbwZxfgGvreF5E+snBL73JI9Nj1DXYD+&#10;8IbjopqxF4gvl+9H9a8C8Q/tp6nYyLDdaX4L0I4JlGqeMPtk8Zz0MVjFID1PRwBXL6p+3X4TAA1D&#10;41ywOf8AWx+G/AokUH2lvJuf+/dPmguv9fM2ocC8RYlJuho+yc199NTX4n1SviW6J2mPPuSKjuvF&#10;z2cRurqWKCNeS8zBR+Zr491H9rz9nvVEVfEnjX4t6oGyJI4dTgsI3GQeRblCB24NQ6T+2H+xl4fu&#10;zNB+zrrOpSg8XGu6qb1246/6RI4HepVWl1l+f+R6MfDjOuX/AHerJ/3YRS++dSD/APJT6Z1/9p74&#10;SaFfHSb74maU95jIsbK5W4mPOMBItxPPt2rB1r9o3WdWsHf4YfCDxp4omJ2xrbaE9pASRkbpbnYA&#10;PUjOK8+8Hf8ABTX9l7QlS3ufhZfeGohghrLToGWP0yI9pAz6A16v4J/bc/Z1+JJaPwl8U9LkmRSW&#10;tbuf7PKBjrtkwaaqUG7c/wCn53OPF8MZplC9pVyqq0usneHz9nFW/wDA/meK+Mfgx/wUr+PaPaXn&#10;jDwl8L9Lkl2yRW87X96YjxneFCq2COmOfbBrjX/4IvfBO2lHiD4rftG+KPEerec01zcagqmKU8kK&#10;wL7go9A6k88jpXuPxt/bW+Hfw/lOif8ACa6Wl9NGWjik1KOMY9SzNwP8a+WPjh+2D8C9bjaHx1+0&#10;LJfm5hKCz8KrLIkDnIB3JgOQe5YfdrlrSwS+Kza/mf8AX4I+xyDE+INaEY5dT+rU30oUNWvOTUpv&#10;1lM8I/aC+E3gr9lP4hN4dN/FqNvNGZtNvbOLCyxE4YFAT5ZU8bSewwTmvor9jPUNW1X4J2eqajZz&#10;wRzXlw1glz94w+YQp+nBxXy7+zP+zH8Iv2oviLrHj/V/ifq9/Y6fOqy+HnmaOVmySSzZykfoF5yT&#10;yK+79B0nTNC02DRdGso7e0tYVit4IlwqIowAB9K5cDCVSo6ysovZLX+vQ+q8SeJadTKKWTVnKpiY&#10;uLqylFxs0nok+rvrb3ez1stOLlsZ7VKAT0qJAd2QamA9+9eoj8Oe4qAg813XwdSFdUaWZgD2ya4c&#10;A+tbfhTVjpt0hDkc9RVwdpI5MTFzpNHu4KsmVORim7Q3BJqh4a1IajpaTk8lec1fHJwK7U7o+acX&#10;F2Pzp/4LUeMDP4p0XwckuVtNH3um7oZZTn9EFfIXhJYtJ+EOv6x5gDSztEm3HQIEB/WvdP8Agq/4&#10;rHiH9qHVtOjn3JYi1tceyRKxH5sa8M19Dpf7P1nbGQb725L7RjIBYnH8q+FzOfPmtR/yp/hof3L4&#10;dYJYDw7wlPb2nK//AAL3v1OR+DejPfeJdN08JkT6ohJLdAvP4ferov2k9Sl1v4ry2zS7vslukScd&#10;sZ/rU/7Nmim48d6fO4XFtbS3DK3QHOB+Py1k+L2HiD4pahelt2+/YBtvVQcY/ICvIWmDb7y/Jf8A&#10;BP0ZpSzGnH+WF/nJ/wCSPWvgfpaWHhS+nCNmRI4Tj0zn+lbM2mpHKJkVnznAx/nFTfDCwNh4MSWa&#10;MFJZywRiQGIGB/8Aqq1frEscrIVVkjOAeK9WlTthYLyPm8TiHPMKrXf8tCbw/bltFRWh2qcshDcn&#10;JJ5z9a86/aSnSy8FXKg5Zs575wP8/pXqcUC21jBaxOAEiABYdSB1ry7402f/AAk2u6D4Pt1DPqes&#10;W9uV7EySov8AWpx3u4RrrsLK6kVj/bT+FXk/RXZ9r/AXwk/gb4J+EfB7KQ1h4bsopR/t+SpYn8S1&#10;disafdAxj3phWNHIiT5Qf3eB0A6fpUkZzX0lOHs4KK6Kx/EmNxNTGYmdee85OT9W7v8AMeh2DHap&#10;FG7oai5PQc1IvGM1ZxkyAdc1IPUVEjDrUi8/dNNOzE1dEqdalXJ5I7darp2J6VYiVnGFQn6Cm7kP&#10;YkTheRUseTjNRhGU7dpA9xU9nC9xII415zilZmfQ1fD2mSXu7y1OQOTj3orsfBPh0WtjvuEALLRX&#10;RGldanBPEWm7HqitikPXPrRRXecNtQx70UUUDCjGeo78UUUAA+tFFFACbR3ApQAOAKKKACjj0/Wi&#10;ilYAooopgFFFFABg+lFFAx3NABjjNGe1BYA7M0i5IyfSgVxea+cv299Llu5NAuTH8qxzIrZxhsg4&#10;z2OOcV9G4rhP2gPhDb/GfwBceG47wWmoQt52l3rDiGYAj5gBnaRkH/61TJXi0fQ8K5jRyrPqOIrO&#10;0U2m+yaav8r3Z8HapefEPRrVP+ER8YXWnuF3PJa3TLkZPp6ACqC/Hn9p7TcWdv8AGTU1hj6Eyq5J&#10;+rDJrovE/wCyd8frfVzpsXiDSpQeDIkkm1ecdxWT4m/Y9/aKSwW40ZNK1KUOQ0FrfFGwB1HmAA/n&#10;XlTjOT5lF/ef07h814QqOMMRiMPJvrKMfxclb7zGv/2nf2ircSRH4zaq7AYOZVGD64ArA1H9pH4/&#10;XDuZ/jL4gZTgfLfMo/TGK4P41W3j/wCBl7FY/Fbw+lhdToTBaJqVvLMy5++UjclVHqQAe2a4aD4x&#10;6Ld2z3Pk3R8sD/lifmz3GPw/KvJr4rkm4yumff5bw9kuIw0cRh6NKcJbSjGDT9Glb7j1bVPjt8Y7&#10;tSzfFfxEzMeratLzn23Vnn47/G2zQxQfFfxBGPu7l1eUEDHP8Veat8T/AA/LN5cs0isybh5kL8/p&#10;xU8HjLR9YUQ2EyOXYKGK4LE9vmAxXG8TzPSR70ckwMIWdCNv8Mf8i34i8Qaz4g1R9U1vVLq+uH+/&#10;Ne3LSO/1ZiTWNLHM8vzjCZyxXk12vhX4H/Fv4gXsUHgvwfJemQbozHdwqrj1G+Ra9v8AhZ/wTE+L&#10;nimQTfFLxRo/ha1JP7qOT7ZdMAOoVcRj8WP0NKGExOI2jp56fmY4/ivhnIKX+04mEbL4U05fKEby&#10;+5Hy/b2dv5YlWVRgfP5nTHpz/Ou/+EX7JPx0+NyCfwH8PbuaycYGq3yfZ7TAyOJHAD8/3cniv0J+&#10;Bf7D37LvwZCXtvo0PiLUwQTqniApOykd448COMfRc+9e3xCwMaQ2ZRY04SOP7qj0HpXqUMooqzqy&#10;v5L/AD/4B+OcReO8KUpUsnwzl/fqaL5QWr+cl6HxL8JP+CPvh60totR+NfxHnuZ2GZNN8PqI4kz2&#10;M0ilm+qqv1r6M+Gf7Hv7OPwltoY/A/wq0mKaEZF/fQfarlz6mWXc2fpgV6YY1Kth8gHse9Qz3ENp&#10;bvcXEqpGgLO7NhVUdyewr1qOGw9Ffu4pfn9+5+LZ3x1xfxDJrF4ubi/sxfLH05Y2T+d35kMmkxBN&#10;8s3QYUAHA9gO1ZPjLxJ4a8CeHrjVtYv4LSGGMmSa4kCIo5JJY9AADk14T+0J/wAFM/gN8HxLo3hq&#10;9k8V6rG7IbTRmUxowOCGmbCdf7ua/Pf9pf8Aaq+MH7UfiV9W8f6qLDRIEI07wxYTP5EZc8NJnBmf&#10;pyeOMAAVw4vMsPh01F80vL/M+p4O8JOJOIqsa2Li6FDfmkvef+GGjd+7svPofQf7V3/BV2ya+uPA&#10;v7PccNzAgcXfim8QiIOB1t48fvcZ+82FJxgEV0P7HPx3+IH7Q3wwHiv4k3y3d7pdy1hFebQDNGqg&#10;qWAwNwBAJHU818D6/pY/sRoIoixaF1j9zlcfnX2z/wAE3tGm0f8AZfsZrhSDeateTDIxx5m3P/jv&#10;6V5mAxWJxWMbm9LbdD9X4+4Q4b4T4IjTwVFKo5xXO9ZvSV3fzS2Vl5H0Fb3UAhksr2zgu7aZdtxZ&#10;3UIeOVe4IPavIfHH/BOX/gmp8TtUk1zxx+yJoRvpX3TTWIMO8nqSFIFeq5BUAc+9NILHA/WvoIVK&#10;lP4XY/nOvgMJinepG54jH/wSY/4JSRtlf2R7Fsf37yT/AOKre8E/8Ehv+CVviTWotNj/AGRtIXeR&#10;kvNIf/Zq9QJyMKDXo/7Pfhua/wBebVHX5Iehx3renXrymlzM83F5Vl1DDynyHEQ/8EK/+CVsKoYv&#10;2T9CDKchgJMg/wDfVe3zfDzwb8A/hb5XhgXK6D4a0wkWDlp3htYl52Eksdqjoc8CvRgMCq+q6baa&#10;vp1zpOoxB7a7haC4jIyHRlIYfiDXbO9TRnzmDqRw1ZPXlurpdV/nbZ9Dxnwr4l+CnxbhF94L8cWF&#10;yZ4uRaXK7ipHIZO/XoRXBfET/gl7+yX8WtYPiXxFot7Z3RRvPOiXf2NJTnO5kRdufcAe9fEfxV/Z&#10;++K/wW+IGqeEbjQ9UKaXcuLfUbGOV0a23MIXZ0GFJQDIzkHINc5L8SviGbc6Pq3jvUp7YEZtrnUH&#10;KDHsW4FfN1MwqRvTr0r+u34o/qvLfDXH03HFZBnMoQkk00teV7axkr6dHY+y9T/Yb/4JgfA62Enj&#10;fxjd/u/vQXvjGaSRyOv7uI5P0xXIa5+0F/wT1+F7HT/gz+y1aeIJYwCNQ13d5TEcjAlZ3PX0FfKb&#10;XVjdSA3APKjlLnJz681Y0vw/NrlwYtEsb+6PQi1tDL3I/hGa5vr09qNOMfRa/kfZYXgaSjzZtmeJ&#10;xHdSqShD7oyv98j3vXf+ChfxUktTpXw38OeG/BlqVwq+HdEijkjHYeYQSPwxXmniX4yeNPGt48/j&#10;Dx3quoznlvtd9JIB+BOB+AqvoX7P/wAaPE0jDw18H/E12pAII0aYKw6dWAH69q7Hw9+wF+1Lr8iK&#10;PhWbQH/ltqV/FCAOOo3Fv0o5syqv4W/kzupUuAshu4zo0n1blDm+bb5n95xNlqMF0Mo6/MMAgdTn&#10;pS3ukPMBJFeegJU5P1PH1r3zwl/wSx+ON4c6/wCMPDWlqwziK4mnbP8AwFAP1rttD/4JT+Kre+jO&#10;sfGa2+ygjzvselMZAO+NzAfia64YbFTj+8j+KPHxXiJwRhJvlx0dOylL8VFo+NNR0zWbMiaGVmQH&#10;LOQOfbGf0pkWpXyplwGZSF27cdepPvX6QWn/AAS6/Z7udCFpd654hkvMENei9jU59fLCba898Wf8&#10;Eeo76/dvC3xmEKDJjW/0wls+5RsdPalPLay1ptelzhwXjDwRipOnWquFusoSs/8AwFP8beh8U3+n&#10;/wDCQWTxI581WyjZPOOx/GuA8VLrVszaYqCKTP8Ayz6gcgdfwr7zvv8AgkH8TLMD7D8ZdGlYYGZb&#10;CeMDsTxnn/61XE/4JGeINW01hr/xc0pr0ITGYNLlI3em5mzt6ds1z1MrxNZWas/VHs0PFfgXDa/X&#10;FKPblndf+S7H5z2Xg+S7BuL1JJZGHMhO5iM8YJ7Cs/XPDFytptkjAOQsWR0P8q+sPHn7C/7SHgXW&#10;p9FHwuvNRERPlXulx+dE4HQ5XkZ44xmuIn/Yu/af8UarBptv8FtdhdpB/wAfVsIEIzzzIwA5rzau&#10;V4mOnI38j7jDcY8PV6SqxxdLkte/PHb7zmP+Ceyar4M/aZFjG4SHXNLuFuoiPvFMOpH0/rX6C2y4&#10;GTz7184fAb9iv45/B74sWPxD+Ifh60sdNt1uLZM38ckzSPHxhYyRjsTnNfSVspILMfpXtZbQq4bD&#10;8lRW1P5q8WsyyvNeJo4jA1I1IunFOUGmm05dV1SsWI1B4A796FtttwbjzWOVxsLfL+VOiAznFSAE&#10;nAr0D8qk7DolDH3z610vhnwJqeqlLnhUznOa562VEcOw4HWvWfhhfW01n9nl5I5FaU0pS1PPxlWp&#10;Tp3idB4b0saZp0durZ2ryavF/K+cjjrmpCBtynTFZPjXVV0Lwfq2ts4UWemzzsx7BIy39K60ktDw&#10;kp1ZpLds/Gr9sPxK3jD48+K/Eskwb7Rrt46Ec8eYVX9AKwvi7bfYvCGiaJtKiKzQtGV6cCl+Isf9&#10;seMkiZtz3d6gbjqWfJ/rWt8ZYY7rWIrOGTdGkSISMjOOP/rV+d1JOpWrTfX9Xc/0HwVOOCybA4aO&#10;y/8AbUkhn7OunNaXutaz92Kx0xY2fOMZUE/r/KuK0Sze68UNdSrkySs5P1NekfC6KfTPhR4g1iPH&#10;+kXDojlu2D+BAziuV8PaYBqfmCM8qAufc9K5pwthqa73f3s9ylV5szreXLH7o6/ie8WVtBafDzQN&#10;PU7XWCSWYb8glm4OOxxWZfQE/JI4+ZlA+Xg5YA/oa6a7s4oBbWjqB5NtHCSzfewoz1PA6/rWJqUb&#10;tewQKwybjllPGACSfpXv1IcsUuyS/A+Jw1Xmm33bl97bEvW8pQkZwAeSR2ri/COnf8Jb+1t4B8O7&#10;C6waubyXHPywxSS5/NVrsrxCUZlGflJJzVP9kHSxr/7XV/rTLuXQ/DNwyH0eV44R+jPXDiI+0rUo&#10;d5L7r3YszxSwHDOYYlbxozS9ZR5V+LR9jDHljHTAqRMqeRxjrTYuQuR26U5VAZu+a+lP43laxIh5&#10;xindKYvXin0GIok2kArnJqdH+bpUI3Abh68VIpbufxNAE8Sksqr1Jr0HwT4atbnThJcQg7h1NcHp&#10;iGS6TPOTivZPCVksGkQpt/h5rekk2cOMlyxsZd14E02YHbGB6U/SPBVhYyibyskHjNdQbZRn5f0p&#10;Y4FByFro5F2PO9pK1rkdrbxxRhSuPYCirEiKy4KZOemaKtW6mbbudNRRRWwgooooAKKKKACiiigA&#10;ooooAKKKKACikY4GaWgAooooAKKKKACgcHNIzAUjSbRzjPegTsOrC+Jugaz4o8Aat4f8P3pt727s&#10;3S3lVsENjpntnp+NbfmDHBBpCQw2noevNJ6mtCtLD1oVY7xaa+Wp86fs7/s+34sZ7/x74m1u3ngu&#10;pIY9DFxsVNp5Z8glsk5GDjFeuRfCLw1DA9rDdXcavuJK3BBGepBxkGug1GO3RRP5a+YHAVgMHHpX&#10;DfFf9pf4Q/Bi1KeNPFCLelf3WlWgEtzIfQKD8v1bArFuNFW0sfQYjGZzxNmfNQg5TltGC2+SW3m/&#10;mzh9X/4Jm/sX+IdcuPE/iv4QDV9Ru5zNcXuqaxdzSyOeu5jLkj26e1Psv+CZP7Dmmb3i/Z60ZN64&#10;Yvc3JyPbMmBx+leG/Hn/AIKFfEfxNby2fwyZ/DdiVxG6KHvJcj7zPghB7L+ZrwK7/aS/aOm3hPjZ&#10;4mXOf+Ys5z7jmuCtiaFOWkE/kj9iyfgTxLzHBqdfNZ0dvddWo7L/ALddl8rn3q37CX7CmkxND/wz&#10;t4dK/wDXo754x13GsjWv2VP+CfOmIsmqfAjw0iqQoL2rqAR0HLAZr4F1/wCKHxc8Qsza58UPEE27&#10;tJqkp3f+PcVxWuaTe6y+dX1W7uc8sbi4Z8juOSfauSpjuXan+X+R9ZgfC7iCTTxOd1v+3ZVH+c0f&#10;o5p3xB/YC+BMmPDWkeD9EaLC7o7i0iYD0yXzirFx+3t+zTfZSx+IHhRUJAxca7Cox77S2AK/Nfw5&#10;8F9U8cah9i8HeB77V5kH+p0+xkuDx67Qcfj61674E/4Jl/tU+LGWWP4X22gQPj95reoRREA99il2&#10;9O1RDFY+o/cp3Xz/AD0RlmnhnwVgb1c1zRqfepOKb+UpNv8AE+1LD4y/C7x+gTRPij4GJOdohv0k&#10;Y8e5H8qtyWegxIJF+MFhEGB2/ZtTjQHn/eFfM9p/wR++KZgSXXvjT4fhk24ZLeG5kA49cJn8qydS&#10;/wCCR/jOO6RD8SdFu4FJ3yJaT7lPfhhg5HvXT7TMLa0l/wCBf8FnyD4d8PedqjnvKl/06b/HS59Y&#10;2a+KrtTD4R+LsEuRhNrwXHI9jknqK8P/AGjP2Wf2xvjIk1qv7S6XOnucpo15p/2O3PYKTbZ3/wDA&#10;ga8V8Vf8E0vHnhXJ8M6/HcSJxEbcSW7cdCrKeD+VcTrmm/ttfsySG40r4keMdItYyoXz7o3lm/18&#10;zeo/Q1nWqVuW1ag+X+7J/kj38h4dwuHxarZDnWHnV6KtQin8nLmkvWKuS+Kf+Cf/AO174YWRU+FN&#10;rrEYUqJtF1eJufUJIUP4Vxlt+yN+0de6rFoM3wA8T2tzcNjzby08uBBnq0xPlqO+d3T1r234ff8A&#10;BWz45eEkTTPit8N9J8QbSBJd6bK9pP8AVkO5f0619MfA7/gop+zh8YVi03WtTm8M6lIwVbLXo9qO&#10;T02zLlDn3K1wRoZTXmkpOL7O36r9T7LMuLvFrh/DynistpVor7dLml82ozbt/wBux+RyP7LP/BPj&#10;4WfB+CK9+INtZeJ9Y1G1lhupp1LWtp5kZVo4kbqMHG8jdnkbegj+FXw+074XeBbXwLpZJt7CSYRE&#10;n+FpXYfoQPwr6I8e+KfDPhXQTf6NLBJd3cJ+wCJwwbcMeaMfwgHg9z0rxcDB6kj1NexGnSppRgkk&#10;j8HxfEWeZ9OpWx9WUudp2eyceZKy2SXM1ZWExxjFJ3weePSnMoY5FNLMOMfjVHAKoy2OSe9fQP7P&#10;+nJbeFFuVA3O2TXgEQw/HrX0V8FGI8IQBOQBzXThl7542dtrCpeZ24cnrTTJ82M03K7vm6imxsw6&#10;9PSu7lsfI2bOW8Totpq7ZQbLmLcy+vY/XPFc5c+E/AV1P9qvfBGlSzdC0unRM3PqSCa7nxLop1e1&#10;VoJQk0LFo2YZB/2T7Gvmv49/Hf8Aaa+H+qXGk+Ev2bblbGGTEetzW7XyTj+8qwEhPo3NZVZez953&#10;t5an2PDmAxmb1lh8LUjGdteaoofm05eiTfkexr4F8BXMhuX8DaS0rEZkbS4s5H/Aa3NN0uCwQQ6R&#10;p8FrGOMW8CoFHbG0CvhyD/goZ8etB1NrLW9N0YvA2JbW50t4mU+h+YMDXovhD/gqEqxxp4o+FcbO&#10;f49P1DAP/AXBI/OuaONoSk1c+yzDw042p01JRVVeVS/4S5T61tNDlumUXMzEH3zzWna6FaxrjhiD&#10;znmvk3Vf+Cp2jwwMvh/4QXDSr1a+1MBMeuETNcp4h/4Kg/GXULPZ4Z8G6BYM4O2QwyTlef8AaYD8&#10;cVTxNFdbnlUPDHjbEtXoqC/vTj+jb/A+6Y9Ntol+WIEdvkqwlpCSAseWB64r86br/gop+1RcgTw+&#10;JNMQEDCw6THx25z1qGL/AIKP/tPWs6sPGdhImSD5mjxdfwAqHi6fmd68GuLJq/tKX/gUv/kD9G/s&#10;6wsSjDn+GgO+QXYeor8+x/wVF/aEsYRDOug3DpwxbTCNwx1OHFSQ/wDBVf49wPG954G8NSxMNyr5&#10;Mylj3JxJxWcsXRTMP+IO8ZraMH/2/b80j9AJESQBQM/SqtxbLGAQSMDqK+ItL/4K1+N3jWPUfg7p&#10;U7gZeSDUJE4wMnBDVu2H/BW3RmCnWfg5dKucyG01VGIHoAyil9bw8luclTwq45ovTDX9Jw/+SPq7&#10;U4o5xl+GxgEd/rWRcWKLeR3O0GTcACe1fNmof8FX/g8YxLc/DrxJGzKCFi8h+frvFP0r/gqF+zRq&#10;8wt9V1TVtKYLyb7TiUBP+1GWoWNwydnJEf8AEPON6NPmlgp28lzfk2z074xwE+Eo2nIV01p12t1+&#10;64H6CvN4lbhAeak8QftR/Bv4x348LfD7xrb6ld+Yk7RRwyKwAh+ZvmUcAsB9aSEFlDdKcqkKmsXd&#10;HFVy/HZbaliqcoTte0k07PydmTxjA6YqRcbTTF+78v61JGM85oOWRLbAhOfWu3+FF7KmpCHsK4qI&#10;YX9a674V8awCeKqHxnFi1eiz1hWLICT2rzT9r/xS3hD9m7xbqiSbXl0xrWM5x80xEX8mNelR/cH0&#10;r55/4KXa6dM/Z8TSFbadR1mFPqEDSH/0EV0V58lCUuyf5GfDGF+u8Q4Sj0dSN/RNN/gj80EsJdX+&#10;KOnWUUJciZpev90ZzVzx7Gft11cS8i3jYknttBNP8AxG5+Kd1f4JSysznB6FjgGo/iUNmj3rkjMz&#10;eWD/ALzYP86/PtFQnJ93+B/ekk3jsJh+0Y/i7/kzY0PTl0/4IWluqr5l025uOeT1/nVTwVon9o+M&#10;rDSXRnE15FEVQcsCwBA966zVrJbTwZoehsrAxW6EjGByM/U9RVb4Tw7PidaXSy7Rav5xbbnaVGcj&#10;ke1bSpXnTpv+6jCOLbp4msv78v8AI9I1uNZtXuSeF89+CMEYyAOO35Vzrwg6jG+DuWJy4J9SB/Q1&#10;uX2J98kpO6RiWVlOeT6/jWHIyNcXDLyI0RcgY9T/AF/WvXr/ABHzeDVoW8v+AU9RufLt5DIuPkI4&#10;/pWp/wAE79MbUvGXxE8auvy+dZ6fE+O4EkrD/wAeSuY8WXkVvotxcAAbY22knpxXqn/BOrw+um/A&#10;S78QvHtk1zxPeXBY/wASx7IV+o+Rq4KP7zMqa7Jv8LfqeR4h4lYLgDErrVnTh/5Nzv8ACB7+gwop&#10;RkthulNRvk69utSDhgAc5r6E/laV7aDg2GwO1PzxnFRKxzg1KF+XGaDEcvsceualjDbclqiXdn5f&#10;xqaJmPHSgDW8ORedqUad817PpMZhtI0AHQV5L4EtjPq8Xy5G8V6/ZKI0AAwQuBXTRWh5mNfvWJw4&#10;2jjmngt0IqMZxjNSAbeprp2OBbirkdRRRyen8qKVgaOkooorckKKKKACijvSDGME44oAWikXd3FG&#10;8UBcWgkDqaRmGODTGLYwKBNpD8g9T3o3r60yigXMOLKeKPM9BTaKBXY7efQUhcmkJA60gYN0NFwu&#10;x+/jGPxppkGMFhxzTZCdpA/H6U1VBG5T0HSgpK+7F3tyQnXvmkEj5CDn60g+Y4JIFKUYYUkc+lA7&#10;RDcwbc3UdqA+4bQv4ZpwUk5b8qPu/MVwAO1ILpnmH7WXj3Xfh18HrvW/DMpivZHEMFyBkwkjJb64&#10;GB9a/O3Wftuo35vtYu5p7idzJPPNIWdmJPc855r9B/2ztOh1T4F31ux3Mt1AYhj+LdjpXyz8Of2U&#10;fib8W9UV9M01bHTkGJdTvVKxdcbV4y59gPyrixNOVSorI/oHwwzHKso4bqYrESjD33eT0bslZd3v&#10;ol1PAvEAaeZQiO6g/KMjIHocdT2qx4H+EPxQ+KF/9i+H/gfUdUfzBlbSHcEB7s5woHTqfWvv/wCG&#10;n/BPT4D+D2ivfFOnv4jv1bcJL47YFOc5WJTg/Via9z0Lw/o3hnTotG8P6TbWNpAoWG2tIRHGg9lH&#10;FYLAxveb+49DNvGzAYOHssroOo19qfux9Ul7z/8AJT4P+HX/AASx+K/iWCO5+JXiyw8PQtw9rb/6&#10;VcBQfVSEUn6nrXuvgH/gmx+zJ4NVZdZ8PXfiK4GSZdYusxkn/pnHtU/jkV9DSBSwBB/AVGE3fd5J&#10;6CumNCjB3Uf1PyzNfEvjHN7xniXTj/LT9xfevefzkzJ8NeD/AAt4M0pdD8IeHrLTLNQNtpYWqxR5&#10;H+yoAP1qzOsxX9021s/eHNZfjL4n/Dj4fwvceNvHOk6XGgJP2y9RW/Bc7j+Arwr4g/8ABTz9nLwl&#10;O9p4bj1XxDIh4eytvJhJPcPKQSPoppVatOK95njZZw9xHn1VywmHnVb3lZ2+cnp97Pd7vSS4DysZ&#10;Ce2cVl6jayW1u80ojhjQHczEBV+pPSvin4o/8FWvi3rMzWfwx8GaZoUTAgXF4TdTn6fdUfketfPH&#10;xO/aM+N3xZMifEH4mavqEUgwlnJcFIE9QI1woH4cVwVcxo0/hV/wP1HJPBTijHcs8bUhQj2vzy+6&#10;Pu/+TH3f8af2u/2ffhVZyjXvH9pqF7GDjTNGQ3EzHOMHZ8i8+rDFfLnxU/4KfahfmfTfCnwetGsp&#10;VKK2s3LSM6/7SIAB9CT9a+eLqS3s7HzpQokc4UZ746n1rCJMrNO8ZkCHCMgyWbPXH8q8vEZpi5O0&#10;Hy+h+1cP+EfCmWwTxEZV5d5Oy+UY2X3tnQ+Mfjg/xL+IGk33xU8BaTJpE05tktdEsxbXFnHJgBop&#10;lO8leu1yQeehrp7L9iTxz4h8bvpXhvx2k/h58SpqVwuZIoyeEIBAdsdOPwrybX/DmpeKYLPwXo8v&#10;kahq15HbWE/m7PLmYgoxYfwhsA/U19+/AL4Z+IvhZ8NLDwv4t8RjVtUjiBvr5IhGjP2VVHRQMAHq&#10;epqMHCWMk/be8t7vf07mPHOdy4Jo045RKNJtcqha6a351HZOPV7ybV7203/CHhq18HeGNP8AC1jN&#10;LLDp1nHbQvPIWbYgwBk9vboK0DgZ2nv605i3QjvxzTCMHNe9FJKyP5wq1qmIrSq1HeUndvu3uB4F&#10;NAXcDmnYJXJHWrek6FqGtTC30+2aRuvFNJszk1FXexXtbeSaZYolyWOABX0h8J9Il0zwtBDcAglA&#10;SD2riPhl8HWtrhNT1yFWkXBSMjgfWvWrS2jtLcLGoChcACu+hTcdWfM5tjYV7U4apD84J6j09qNz&#10;YxmhmBPApMkEADjua6TxUheM7WPWq2p3qabZyXhYgRoTx1J7VYcr1xXI/EfxfZ6NrWieD5g5udek&#10;uVtcAYAiiLuzE9ABx6ksKmT5Vc6MPQqYmqoQV938km2/kk2eBftC/sQeE/2ibu48aWuqz6P4nlZm&#10;/tNMsk3osi9wOxHI9+lfLfxF/Y3/AGk/hDcySXXg241WwxkanoYNwhA4OVHzr+K1+lWgWsSrt2ja&#10;DXTWdqioFCD8uBXnV8Fh8RLmkrS7o/TMg8VeIeGqSw2laitFGfRdoyWqXZO6XY/HX7bqGi3H2bW7&#10;GW1dTjbdQshBP+9jtV231qCZVEF0BkggBxnPfrX6+av4R8L+JIGtfEHh+xvoz1S8tElB4x/EDWLP&#10;+z38CbwH7X8HfDcgIwQdGhx/6DWKwXLop/h/wT7eHjnltSN62Akn/dmmvxij8ovOFwiot0WHVghy&#10;SD6+lQ3CTQDakvB52eYMgV+qVz+yf+zVdt5knwO8N5A+XbpkY9uwrMvP2Iv2Vb4ESfBXR489fIV4&#10;/wAflYY7U3g7/a/A66XjfkF/ew1Vf+AP/wBuR+Xa4cBvPVAW6FM+2fzqORpoz5drcZJOBtJGfpX6&#10;Van/AME5v2UtRBMXgy+tCWyWtNWlHtjDEgD8KwtT/wCCXn7N10CdP1LxJbOBhQuoo6D8Gj/rWbwM&#10;3tJfierR8aOEJv341Y+sF+kmfnc5MSCYqm4LtJU8ZqN0RmQvHvZCdpOQQOo/PivuXV/+CSngGdJP&#10;7N+LOrxbmzGs9hE4QDoOCM/X61zuqf8ABJnVlkxp/wAabdo1x/x86Q24++Vk+lYSwOI6W+89zD+K&#10;vA1X/mKa9YT/APkT4yvzJKDa7P4huz/ewf8AOa5i40BRdPcSxM6JGx254ZQMkY79xX2Trf8AwSj+&#10;LMEb/wBnfEnQLhgx2mZJogeeh+UgVwPi/wD4Jz/tQaJFPBp/h7SdRjEYTz7LVkAGSMgByrdM1yVc&#10;vxT15b/cz6XL/EHg6v7tLHU1fu+X/wBKseQ/sPapcWv7QVqtxM+68ScFSRwWB4/TtX3jACx5Hviv&#10;kj4Qfsq/tB/CP43eHvEPizwDdWOnQ3Wbm5iuIpI1DKeG2uT3FfXUPQMBiurLqVWjQcakWnfqfjPi&#10;/i8Bj8/o4jCVY1IumleMlJXUpaXV1cl28Y3H6VKgB6enFMAzjA571Ih3fKB3r0D8jbJ0+XAFdT8M&#10;nI1lOTyelcsAScAd66f4bPt1lCcfeqo/EjkxH8JnrUTZUAV8h/8ABVXxJtsvC/hKGXki5upVz2wq&#10;D/2avrsMSgcDHavgf/gpx4iF/wDGo6cHyumaFEmPRm3uf0K1OYz5MFLzsvxPe8L8G8XxlQ0+BSl+&#10;Fl+LR8vfB2A3WpeIdZHJM6QhiewyePxNVfHsEl02naZCm57vU414PYHP88Vs/BeKO38Cy37xYku7&#10;uWTeDnIBwP5VXuLaTVfit4c0XYAkbvcPj5QMEc/oa+Lcb4SK/m/Vn9muov8AWKculOL/APJYtfod&#10;r4qt4U1COxiBEVupCgdOOPw6VT+D0ZbxPfamwJ8mBlXHB5wuOOnfmr3iSRf7RnuwxKrGQpOePl5p&#10;vwXhZdKvrsTbDLKqk44xyT9evSuxLmx0fVv7jx03HKarfWy+96nU6qrJGAwBOOjHJI/wrm7hpds8&#10;hfAdyqntgADjFdDrUqxP2Vd53qMYxxwD/npXNSlmsY1DMNwyPXnmurEP3jlwSvG7OQ+KN+um+D72&#10;VpFCmI4JFfUH7HuhPoX7Mvgq1kTEk2iJdShuDunZpj/6Mr5E+PL3Fz4T/sm1f95fSrBGo5JLkKP5&#10;198eGdDg8MaBYeG7aMLHp1jDaooGABGip/SubLk5Y6cu0Uvvd/0PhvGTFKjw7gsL1qVJz/8AAIqP&#10;/t7L6Ak7eRj3qUHnJbpUatz157Up+8K94/nVkitk84AqQYxwaiXGTgdu9PUnHy/ypmDd2Spg1KmM&#10;ZBqGI4GCvNTRHLD5RnNAjtPhZaGXUVkIPHNepQqPLwTmvP8A4T2nDTMO3Br0GL/Viu2gvdPHxUr1&#10;WBDBcA8DtUhI9Rz700nCmiMY+8DnPFaHM9BWLk/KR+dFKCSOhHoKKLiSOmooyB1NNLENz0rckd0p&#10;AwJwDQ3tn8KaHx2FArjtxH3uKaxyaCwbjGKSgTYu44xSUUUEgcEAEdKKKKACiiigAooyPWmklWyT&#10;xRsAO4B2g80i89T0OeKRgpbOBSqcHNTcd+wpO5SB6U1NyjG/9KD1opXC7FyA2S36UEAvuHJpKMgd&#10;6L6hdj94xz1qOQlzyRS7lxnr7ZprjJyBVK41e5j+MPDOleL9Ph0nWbdZbdblJZYXHD7eQD7ZrUtI&#10;IrdBDDGiIqgKka7QF9MDt7UXZCqDwOa88+M37Tnwu+CFp5XiXVmutRZS0WkWBDzt/vdox7sR7VE5&#10;KL12PRweEzLNKkMHhYSm9bRWvq/83956YjFRuXt0rF8dfFr4c/DDTn1T4g+MtO0uJFLbbm5AkbA/&#10;hTlm/AV8PfGj/gov8YvFiz6X4FitvDFlJGV3Wsgku8H/AKasMKen3BxzzXzfreua5r2pTax4g1O6&#10;vryU5lur+4aVyT6sSTXBWxsIu0UfsPD3grmWNSq5pWVJfyx96Xzfwr5cx9xfFb/gqj4A0aGWz+FH&#10;g+61a5XIivdSb7PBx32ffb6cV82/E39u79o/4jxy2d54+n0y1lOWtNDU2ylc9Cw+c8eprx65lYOA&#10;2OBg/MP5Uy4RWQkkYPBIOMV59TE1amlz9ryLw64SyNRlRw6lP+afvv8AHRfJINX1C71adru+vZri&#10;V1+eSZi7HPqSTmqUzFuJV/h4H+e9dh4A+DXxT+KV4ml/DvwJqmpMxH763tW8nk9WkICL+JFe4+BP&#10;+CVXx08RRJP468U6P4cjI+ZFkN5MB1xhCFH03HmojhcRVd0v6+Z7eZcVcNZAuXG4mFNr7N7y/wDA&#10;Y3l+B8tzW5VQF+UnuzckVUOl3d/crY2MEl1LIcRxW8ZkZiewAyTX6OeBv+CW/wCz/wCH44pvG2p6&#10;z4lnXBk8+5FtAx/65xYOPYsa9n8F/Bz4WfDGD7J8P/h3pWkgIFElnZosjgdMvjc34k1qsrcvjlb0&#10;1Pz3MvHLh/CXjgaM60u79yP3u8v/ACVH5lfDL9gP9pD4ytFd23gxtE0wJhdQ8Qk2wf3WMgyMOv8A&#10;Dj3r6K+Gv/BJj4Y6HaCb4p+NtS1q4OD5GmqLSAHPIJO5yPxXNfYN1LOSYkjxuHALdBVC5F2hwzAF&#10;jyeprpp4DC0tVG789fw2PzXOPGHjHN3yUKiw8O0Fr85O8r+nL6Hwn+2p+yT8O/h/qvhLWvgx4Ti0&#10;6TQ76C5vFild5Jo2nCs7M5JJXAI9Bur1dWKxZJzx3rf/AGg0g1LxtPZ3L+ZFBbxQFSMjJO4j82Fc&#10;9MxACdO1Hs4xm2la9vwOHHZxjs1y7DQxc3OUOb3pNuTUmnq3ro7/AHiE55PfOD6Uxmy3JoYjPC0g&#10;IPWtDyx0SFyF969s+CXgSOz00arcx5eYZz6CvGLFdtyjf7VfSPw6mWXw3bFVGFjHAHtXThknLU8b&#10;Oas4UVFdTfht0hG1E4p2TjGePShmIxtXHHrQDxyO1d+x8wKFyM5pMEdaA7Z+XoaATnnt0oANpb5R&#10;3r5p/wCClmra14Q8JeC/iD4ZvWtNS0vxFNFBco2Cokt2J9jzGP1r6VDBua8j/bb+D2sfGn4F3Hh7&#10;wykTanZX8F9ZLM4VWKNhwW7fIz/iBWGIjKdCSjvbQ+o4KxeFwPFWEq4lpU+bllfa0k4u/lZ6+R5P&#10;8DP+CiXgW8t7bR/i3by6ffj5ZL+3jLwyHPUgDKH16ivpXwZ8ZvhV41gFx4V+IekXqtyqR3qBvptY&#10;g/pX5HzssMxR4vmRth387SODxUy6l5KBbe5kRi3ykvg55APH8q8KlmNVK0lc/oLO/BjIMyqOrhKk&#10;qLetlaUfudmvvsfs1DcQyx+bEQVP8SuCKmVlA2NnIHTpX476Z8VPiXoEiNo3xC1m0OcbotTkGSPc&#10;N7fpXUaV+1h+0foQK6d8atfQM252kvjLj2+bNdCzGm94nxVfwJzSP8HGQfrGS/LmP1gEgAKgUKw2&#10;7s8E1+YOm/8ABQL9qXTg7R/FOa4O3C/a7ONwPf5lzn8a2NP/AOCm/wC1NaxiG41rR7jBHzS6QmT7&#10;5UgfpVf2hQ8zyanghxbH4KlKX/b0l+cD9JTjGcD2oIzkgewr879J/wCCrf7QVgyy6p4Y8N3qD/WD&#10;7LJGT+If+ldJp/8AwV48ZrAH1b4NabI5XCmDU3X5s9wVPFUsfh29zgreDnHFH4aUZek4/wDtzR9z&#10;yFgcmoJf9XlIwegAJr480b/grp4fm2Ra/wDBi7RmJDvZ6xG4X8GQVsW//BWX4F3ERfUPCPiO0wOd&#10;scUoHryGGfw9aPrmGkviPOqeGXHWHfvYKT9HGX5SZ9K6hLhvmHU5xisTWJZFt/sqcF+X/kP0ya8Y&#10;0z/gpN+y7rLYn8R6tZE4JN1osvTGeSoOOKrXP/BQj9lTUbg+X8UY4t3CmawnUAngAkp6YrT61hrf&#10;GvvMFwTxfSlaWAraf9O5P8kdB8UJojMkcRJ2vnJPTlR+P0rmocr19eawNZ/aU+CHj3xLb+GvCHxJ&#10;0zULx5lSK2hnO+RiwwAMDOcE8Z6ZroowMfd+tL2kKrvFpryLxuAxmXwp08TTlCTV7STi7d7OzJVX&#10;jrkVLbLhixNRKMjAFT2qjHI70zy5aokBIBIOa3fAsnlavGM/xcVgsQoKg9q1fCUhj1aJg38YxQnq&#10;jnrK9No9piYiEEc4/wAK/MX9vrxX/a3xg8a6msoZYblrZDn/AJ5qI+v/AAE1+mbXYtdKe9lYBY4W&#10;kc+wFfkX+1BrMus6hqWovNmTVtXLF/XfIW/rXFnlTlwWnX9F/wAE/S/AzBfWOKJ1H9lRX3yv/wC2&#10;k3gGwOn+AtPsOCVtVZsDu3JrO8LQpqHxsuXdNyWOlbQMgYJH/wBeuqsrYWmmwWSxnEUaxgfRRWD8&#10;G1F/4u8T640JZTc+SjAdCo4/lXz/ACJVKUOzX4I/o2jWc6mNxHlb/wACkl/mbPjAtaabeS4J/dEZ&#10;PbP/AOutX4X2ctr4PjDBQk87OQRySvA/rWN8QZnj0V4gADNMilQev+PSuq8NW62Xh/T4PLHFvklR&#10;k8kmt8Or4lvsvzZyVpOOVRj/ADS/Jf5kHii8cW8sQckeSdrEZ7f4/wA6w9Uk8oJbA52KAT+HStXW&#10;545Rt3M/muEAHBPzAn9AaxNSbdLsdcYzj3q68ndmmChaK0OQv7JfE/xu8B+Dtu9brxJa706/Ij+a&#10;3/jqGvvISmVmlY8u5P1r4q/Z80ZPFv7ZWhvtzFoWm3moHb0DCIxL+stfacRJGVAHtnpRk65o1Z95&#10;W+5L/M/G/GvEqWc4PCx/5d0U36znJ/kokvPXPQ4pd2SOntTMADDNnP6U5flweTXs3PxZ7EiYbg81&#10;ImQePxpik9jn0p6cGmYEiLk+1TQKTIPrUKkg8GrWmjzbhFx3prUD1T4Z2Zh03f6118YwgFYPgq3+&#10;z6PGAvVM1vxklecV301aJ4dV3qNgRk4z26UAlecgYPfvQ3I4NIu7OSTVtdjMcJgMd6KY+5huUEZP&#10;Q0UhI6lm5wVpCQR6e1G7jB/OkrcxbCiiigQUUUUAFFFFABRRTC5PFJuwDmbb2ppcmkySME0VLYBR&#10;RRSAKKKTPegBC+DjFBbcOM5pAAzEg8U4AYwD+VWlY0URoL5xml2HuaCSp4/M0O7IOEJ5o0RSikAQ&#10;9zTsAdBTVcsuc4PpQHJ/hpjSscV+0H4s1LwN8JNX8SaJIEu4YgkD4/1ZY43fhnNfnF451q+1HUrj&#10;UdSkkmlklO6eVizsevOepPrX6QftAaG3iD4M+ILGJR5gsGlQFc8oQ/8AIGvgbw98BPib8ZdffTfB&#10;HhprjY+Li+mYR28WSAcueAf9kZPtXBjIyk0on714SYnLcHleIxGIlGFpe9JtLSytq+l7/M8o1Q2k&#10;juEVwN5cM/J/H1/Wr3gD4ZePfifqI0f4e+DtS1i4JAaOyh3In++5+VfqSK+2/gx/wTf+GnhOKHVP&#10;ipqEniK+25eyw0dpGTjjAw8mPUkA+lfR+haBoHhnT4tK8OaHZ2FtEoWK3s7ZY0UAYwFUAVzQwV3e&#10;o/kv8z3888Z8rwCdHK6TrSX2pXjD5K3M/wDyXyZ8N/DL/glj8S/EEcN/8UPFlpoCMP3trZgXM+3j&#10;HIIQHrnk19F/C79gj9m74ZPHfR+DRrV7E24XmuP9o+bH3ghAQf8AfNezk7O/HpSMWUZ2nHYV2Qo0&#10;qfwxPx/OfEbi7O7xq4lwg/sw9xemnvNerZHY6dZafbrZ6fbRW0KgBYbeIIgA9FHAqVl445JHJIqG&#10;/wBV03Q7WW/1XUYbaGJSZJrmVY0AHJyScCvEvil/wUT/AGcfh1NPp+m6/N4ivYeGttEjDoG9DK2E&#10;/InrTnUhDWTPnssybOM7rcmCoyqy68qb+97L1bPcJAhGxdoGepqrczrEpkdwgA7ivhD4h/8ABV34&#10;q6pPJB8OfBOl6PDnEUt45upiOxP3VX8jXgXxI/aQ+OnxTkafxv8AErVrtWyRax3JihX0Ajj2rj8K&#10;4qmYUY7an6nk/gnxPjWpYycKEfXnl90fd/8AJj9H/in+1T8AvhPmLxh8RdPW6CkrY2kn2ic+2yPO&#10;38cV8w/HX/gqpDHbtpPwS8LkSE/8hjWAMqO+yEfzYn6V8gSrdzuWbIaUksSMknvgHvWffaU4AkeT&#10;vyCOOueg615lbMsRKNoKx+u8P+DPCmWVI1MY5V5r+bSP/gK/Jto+hP2a/wBrPX/i3471L4f/ABM1&#10;V7zWJ7o3en3xAHmIFBeFgoAUrjIA/h47V75JzyV6E96+Bv2QbaW6/a204x7l8u6upGKtxtET5H0N&#10;ffLHKcHiujLqs61Bubu02j4LxPyjAZPxFGGEioxnBS5Vok7taLona9u9yJt2cYNNLYwKkYjOQaQI&#10;Cu5efX2rvPzkmtDl1HfPrX0Z8KnDeF7YZ6Rda+cLUgyqAf4vT3r6N+FaMnhW3A6GOurDfEeLnWlG&#10;J1G9fWgEMOG/GmhgBjaKBuHODXbc+ZHFwB1zTS7dgKF4OCKG6mldgLgbeOTUN7EJbR4zg5Q/Keme&#10;1SZI5FI4OBgj8aE7gnZ3PiD49/8ABPvW/EviC+8YfB7ULTddXbPNot23lBWYksY36AZ52t09a+f/&#10;ABp+zz8cPAV62m+K/hbrEZHSa3s2niYdiJIgyn86/TO3kii1q6s3YZSXac8bSQCP5jn3rf06XKYc&#10;EcYxnNeXVwOHqSbtZ+X+R+1ZP4v8RZRQhQxFONaKSs5XUrdPeWj+abfc/H690660+UWtzDLbuhxs&#10;lhZcY9iKrPKJWZJJMEDkBsAn6flX7Jnw34d1MOuqaDY3IY8/aLNHz/30DgVjap8APgXrLF9V+DXh&#10;aYknk6Hbgk/ggrleWw6T/D/gn1VHx5wa0r4GS9Jp/nFH5FxrwY2ZyrZ24OOnv6VHcCUDy4yQAvBY&#10;fKvvX6na/wDsMfsn+JkdLn4OafbM+SW095LdvqDGwxXG6n/wS8/ZcvVKWtnr1kGPAh1x2x/32GrO&#10;WWVLaSR7WF8b+E6q/e06sH/hi1+E7/gfm9N5jbEW53bxkooAJ/wFRTPKH3ugxnGzPBH4V+hGrf8A&#10;BJr4IXUbf2T458S2hYDG5opQvPug/nXOan/wSB8JQw7dF+M9+ncJc6TG+RjoSrg1jLLcQno1957d&#10;Dxg4Eqpc1eUfWnL9Ez4Qnlyf3aKwxyEP3fc+9QG7+zKYpUUspBH7zj6dPSvsHWf+CQ3juJc6R8X9&#10;Iuvm4S506WLjPszVyOuf8Es/2jNDP2yx1TwzqMhJEcf2+SPd6Eh4+PoOa55ZdjE78v4o+iwviRwL&#10;iVaGOh8+aP8A6UkfMWtagba3ENsjxyykFt3UIT/WsTVdRXyzbFRtD/JvXq3Q4x25/rX0XrP/AATU&#10;/ap08PM3hzTbuaQEn7PrcR25J4G4jHGMVw/iT9hD9q3TYWuJPhHeyxxlgRbzxSk4/i2o5JB4rlq4&#10;HGp/w39x9BhOLeE66tTx1Jv/AK+R/wAzjv2R7hZP2mvDNtsJzf7ldcfJtRyM+ua/RyAnBBXH418F&#10;/spfBz4k+DP2otBuPGvgPWNLjhWZxNe2EiLkRNgbiMDv3r70gwOFGAK9PKoThRakrO/X5H4F41Yi&#10;hieIqDpSUl7Jap3XxS6onTIFSW8h5U+vWolOV5qSDBkIx2r1HsfjL0Jjk8EnFaXhbP8AasQyPvjv&#10;WbWj4UDNrESsMfOMe1JPVHPV+Bs9C+LGuf8ACOfBvX9cLBTb6JOykn+IoQP1Ir8nfikv9reMNC0K&#10;JMibUkZx14Uj/Cv0q/bf8Qf2B+zNqsSS4e+lt7VcHGQ0ik/oDX5qSxrq3xjsojytlYySkHsSDj+d&#10;eVnsrqnT72/F/wDAP3TwGwfsqGJxr/vf+Sx0/GR3t5LFb2UkxXaqI8n5ZPWuf+ANpt8GS6pK53Xu&#10;oTSHPoP/AK5H5Vo+P7w6R4F1G9LEFLBlXJxyRgVZ+D+lDTvh5psOAFa03MwPOScnIzx0rzmubFLy&#10;Tf32X+Z+q4eXLklap/PUS+5N/qjJ+IE63F7ZWCfxTscY9MDNegCJobMJG6gxxKqkngYFcJqEB1H4&#10;iafZFQwTbkEZBBbPP4Cu81O6il8zy1UEtlVA4AHfA9q0wnxVJen5Dx940aFNdm/vZzl+khvoYgdp&#10;Uls57AcfXrWRqkjSMzkZwOSa1r8xNeuTGflh4bvzn/CsDVp/ItpZOdoQ8HtWVd2TZ24SLk18jd/Y&#10;OtF1H43+OfEz4Is9It7NGA6GWYuR+UP619YQkBevU9cV82/8E4tEceBvFvjCWI/8TXxQYYnPVkgh&#10;Qf8AoTtX0hDgrgGuzKYtYGLfW7+9n85eK2JWJ44xSi9IckP/AAGEU/8Aya5MeehpV+UgcHI5JNMU&#10;cnk8U6vRPzkeh4OT0NTIeenWoQAOhPNSow/IVadzGSsyUEKCSK0PDkPnX8a46tWaRkDk/Wt/wLbG&#10;41aJQP4h/OnFe8ZTdotnr+hQeTp8a46IARmtBZEHQjnnrVa1jMdsqbew6VMck/KgHFegloeG3d3H&#10;hsMTinPkCmLwMH8aHdshTzTu0ID7Cijj1opAdRRRRXQc4UUUUAFFFFABQTjk0EgdTTSckjtigBGO&#10;TSUUVmAUUhz+tB5OMUmxpXAuFODQxBGCD9KQZ3Z46Um7a3zGmtRxVxRnA+XHvSGTjgHP0p9IVUDJ&#10;FPl1NOVCIo25HelCgHIoBG3I6Um8elWUO470hII4GaTLNnH5UKpCbQaABdu4rj8adSKuOT1oY7Rn&#10;FAFbV7KLU9NuNOkPy3EDRt9GBH9a53wN4X0XwR4dg8O6JZpDDboFwo5du7Me5JzzXUSFShwPxzWL&#10;e3cNjeStOwRR8+48AL6n2rKrdJHRTq1vYugn7radu7Wn6mlbSqU3EE8cdeBUkt3bW8TTy3EaRxgs&#10;8kkgVVA6kk8AV80fHj/goX4G+HLzeH/htaR69qUMzR3F07FbOFlzkbhzKQew496+Ovix+0X8YfjJ&#10;qMt1418cXtyjsfL06DMVtGhPQRodv55PvXBVxtKlpuz9M4Z8JeIM9gq2I/cUn1km5P0jpb/t5ryu&#10;fffxS/b2/Zx+GQmgfxmNbvYeBZ6EPOy390yZCD65NfOPxI/4Ko/FrxGJ7T4Z+E7HQLfpFdXGLq4x&#10;jj72EU/gcV8rkvLGXnJAyNo9eO/vjFMlliUgMmcc/KenHcV59THVZuydkft+R+EnCOUpSq03Xn3q&#10;O6+UVaP33Ol8dfGP4r/E+9ku/H3jjU9Tkc8pc3bGNR6BBhVGOwFczKplywcgE5B29/pSwzy3IWCK&#10;2mkeRgIlSPLMT2x3PtXrvwx/YX/ad+KywzWngZ9Esph8t/r7fZ1wf4lQgu34CsY06lZ+6mz7vE43&#10;JuHsKnXnToU1tdqK9EuvokePvDCZdsxzsHy7h3zTJI0U/Myx5PO4jk190eAv+CR3g2ylS5+J3xV1&#10;PUnAHm2mkW4tYyfTe25yPptr23wD+x1+zr8M0QeF/hbpwniB/wBNvovtM5998pYj8MV0wy2o9ZtL&#10;8f6+8/Os08aOFME3HCqdeXlHlj98rP7os/Nb4e/Ab4qfE2UL4K8Aatepuz9rFoY4F7ZMr4X9e1fQ&#10;vwj/AOCXsN2E1v47+K2yXyNC0STqM5xJORxngYQcf3q+2f7B01GRViwqDKIgwtJeW1jabRFDjb8u&#10;fU11wwOHpq9r+v8Akfmuc+MvEWYp08FFUIvqtZ/+BPb1UU/M/OzVP2RLH4Q/tW6X8Ufh+P8AiQXl&#10;7dxTacd26xcI4XDHO6MgdCcgg5zkV7STwB1966Hx/bM12h6LHcSswP8Ae3t2/Gufzxz+tEaVOk2o&#10;K19Tys1zvHZ4qNTFy5pwgoXe7Sbav3etr7vd3eo1gM4CZ96UhgNoU9KGdcgFMe+aSWQkjHINPU8t&#10;aEtmAbhVPdhx6V9IfDTEfhi2GOBGOa+brE5nVv8Aa9a+j/hwSfC9ugPPlj8a68M9WeFnd/ZROjUg&#10;84yKcZBmo4923IOKdnAyTXXdnzQ7APLMKT5c4VaQcnjmlIOen0p3AQ9eKCARyKATiipA+df2n/jl&#10;d/s1/FrS/EOq6JNf6B4js8XIhPzw3EPyErngkoyHH+zXZ/Cn9rL4A/E3ZZ6J8RbKC7K5FnqDCCUc&#10;ZIIY4OPYmuG/4Ka+ALzxd8C7bxBpunyTzaHqnmyGJcmOCSNlkY4/hBVDmvzpAu0bZI7blbAI4IOO&#10;ue3WvFx2Lq4TE7XT1/zP6G4O4DyHjvhKliJzdPEQvCUo2afK/d5ov+7bZq5+1unL5kXmQyLIjY2v&#10;GQVOenIqykbsCzxEDgg4r8ZdG+J3xo8O7B4f+I2p24jOFSPUpF/LBH5V1um/tg/tYeH0WK1+KOuM&#10;yAbVN+X59MMDWUc0pt6xaMcT4B5sr+wx1OXqnH9ZH64MuMIHz7AdKdHtU4I59DX5ieHP+Clf7X2g&#10;RiO58TWWoIw4e/02N9ox1yADXUaZ/wAFbv2mLdQl54A8K3hUgySNDLGcY54V8f8A663WZYdrr9x8&#10;7X8EONKUv3bpTXlO3/pSR+iZGeNmT7CopVEY8yV9o/2utfBUf/BX74rPEEv/AITaErZPm7NQmUY9&#10;fun/AOvWnpn/AAVxeNwniD4HtMTyTa6xk49cOg/nR9fwr3Z58/CHj2kr/V0/SpD9ZI+0ru/HzfZI&#10;dxzneeg/wrLmUhi8nzNzyRXy7p//AAVu+E0gC6/8MvEVpuA3mAwyhR/30taNl/wVI/Zg1La95c6/&#10;ZIy7mabSQwBJI2/I59ucYqo43DX+Nfkcc/DfjjD/ABYCo/RKX/pLZ79fOHJJGM8lqw9X2NAzFcAH&#10;jH5151pn7d/7KniSMeV8WbS3OdoW9gkhJPf7y81oRftEfAnxXG8fh34ueHrohchY9UQMM+xIOfat&#10;o4ijLaa+84p8OcQYJ/vsJVjbvCS/Q57xpK0vie0tZHY/PJJtVflyFA/Td+tOiI6CseTxLoPiTxq8&#10;Wh63a3htbMtL9luVkCF34ztJxwB1rYjAHT09anmUnc1x0J0pQpyVmor9WSrjn+VPiySSelRqcHJF&#10;SxnkjPan0PNehKoAOQMY9a1fBxEusxnGfmHFZCZ557VteAUZtZjI/vUo3cjnraU2cj/wUk1gWvww&#10;0DQA/wA13q7SMvqscZ/q4r4J8CquqfFTXL5T8sEMdujD3PI/Svr/AP4KVeJGn8beHvDKPhbLSZLi&#10;Rc9GkfH8o6+SvgdC13Lq2sEg/a9VZVcjOVUV4eaP2mYQiun6L/Nn9K+FFD6hwLUrveSb/wDApv8A&#10;9tii/wDHa5aHwObRB813exQgYxwW6fpXZ+HrUWnhlY0t/LMUEcT9Blgo6/nXCfGM/wBo634b8Oqw&#10;3Tal5jKWwCFx/jXpdv5Y0yPT4+RPOAGC9FDYrmp64io+yS/N/qfZVf3GRYaH8zlJ+l0vyichoSQ3&#10;/wAVrmUJlLVMD6qn+JrqNRDxIC6hR/vfe781zvw4ikufFGv6zA4VFuZFUseoMm0fXgVvaxK8YLRx&#10;4K8OfMyBx6H6Vrh7qi5d2ysa74uMF9mMV+H/AATElLkzvsx823OOvGc/qa5fxtdLYeGLqfIU+USP&#10;r/nNdJLcFrRnA++xYnOQeeB+VeffHPVTpfgK7lQjPlEjjviuHFzUaMmux7WWUpVMVCHdo+mP2HNG&#10;XRv2YPDcoTDaibq/k9SZZ3IP/fIWvXofuVyvwZ8Mnwf8JPC/hQjB0/QLSJ+P4hCu79c11ETMDtxx&#10;Xu4WHs8LCPZL8j+POJMZ/aOf4vFJ3U6tSS9HJtfgSqVB5H405huI5phJzjtTwMYxW+x4ZIoAHFPT&#10;b1A5xUSk55PTpUqDjOe3SqTMZKzJV+7iuw+FtmJdWV8fd56da49OfxNeh/CO0zIZymeK0pq8znxD&#10;tSZ6NDtCLz0FSYB5xTUQbRx2p2RnFdx4oiHJIYfTIoDHH3SMUp3dwOKQb93J49KYEgVnUGJe3IzR&#10;SI7qcIufaikTdo6aiiiugxCiiigAoPAzRTGJBIBpN2AGIbv2pASM0UVNwCiigk5wBSADTepxuIPb&#10;inA0gUg5JpWuykJgqM5zTSA5681JTXAB46mqjZDUtQLEn5aRuRn9KTfsBIFJv/iY4pt2LTHbwECg&#10;daABsLd80m4kcD6UnD5U8cUt2O4oyCe1SDjioxTyDtwPSqVrDFqPczEhunrTwu08dKRiPu0wIuVX&#10;aOmcV4b+3zJ4nsvgw114bvJYI5LtYdSaI4LREHCkjtuA+vSvdOSSpHy1g/E3wbZ+PvAmq+DruDct&#10;9ZOiYAyr4yrD3BAqKkPaQce57HD+OpZZneHxVRXjCabT7X1+7c/J7Wo5RI8ssR8vdgHoTx6dv88V&#10;iXTvLhkZI1zwcjnn3r3n4ffsnePfi94tn0LTkFlZ2UzR32p3aHbCwzwB1ZsjAA/EgV9Z/A/9iP4I&#10;/CLytVXw8NZ1hACdU1cCRkP/AEzj+5GPoN3vXgQwNSq7y0R/VueeJXD/AA1T5Jt1atrqEfw5m9F+&#10;L8j4g+Fn7HH7QPxgtYb3w34EktrKQjbqOrk20Rz1YbhucD/ZB6ivpf4Zf8EpPCFhFDdfFbx/dX8i&#10;ndNYaPGIYGz/AAmRsueh5AXr2r6zgjVMEEHGOMdParK8DdnA969Gng6FPVK78z8Rzzxg4rzRuGGk&#10;qEO0Pi+cnr84qJxnw0/Z5+CPwihWHwD8N9OsZNoDXPk+ZOxHrI+W/X8K7VGHO0HnuTTQyEhQuM8g&#10;+tcV8UP2l/gf8G1dfH/xEsLO5QZFlHJ5tw3t5aZb88V0OSjHV2R+eR/tfPcZZKderL/FOT/NnalW&#10;IK4x9D1pjxF8gN14IFfHXxS/4K0abazS2Xwi+Gcl2qcJqOvSbFb3ESHd+ZH0r5u+JP7Zn7TfxVuZ&#10;21n4p3lpbz5X+ztJAtYY19Bswx+pNcVTHUIaLU/Sck8HeLczSniVHDxf87vL/wABje3pJxP0k+I/&#10;xw+Dnwfspb74i/EHS9MMQytvLchpmP8AdEaksT7AV8ofH/8A4Ko+H1t30P4FeHpp5wfl1rV4tsa5&#10;/jSIHLEdRuwPavi7WDd6o5+13ctywYkyOSd5PcseT6VDJYJFbIlvAF+bcGbnJ9q8+tmVeV1BWX4n&#10;7Bw74L8NZXONbHzliJro/dh/4Crt+jbXkfTX7P8A+15H8Yb9/hz44Ai8QweY0d2AFS/25L8DhX4J&#10;IHBHTGK9VYsBgV+fXwyvpPC3x80XVhI8IXXoh5x4BDyAEE+4Yj8a/QR/kAwvbnitMBXnXpNT3Tsf&#10;HeJnDuByDN6csHHlhVjzcvRNPW3lqtOnoJuXof1owOnalOewpOT1Wu4/NyeyAWZVB/ir6N+G5I8N&#10;Wx2/8sxXznZkGRcqOtfQ3wtuDN4YttzZASunD/EeLnUb0onVKTjG3vQQP8miMYWhW52oOtdh8xoh&#10;yAAgClYdSD+FNwRwwp3yjhuaaWgxpI4waQtgilZcDgcdqbhieTikBm+L9E0/xN4Zv/D2q2qzWt7b&#10;PBcRMMh1dSpz+dfnd8WP+Cefxg8LXc2qfDC0HiTSyzPHHHMEu41JztMZ4kx6qecDiv0evFUwsm3P&#10;BxWD4fjRncK4PznkHgDJxXLicPRxEUqiPuuDONc44QlUng7SjK3NGSunbbZpp+j9bn5R+JfhX8Sf&#10;B0W7xd4D1nT1ABMt3p0saZ9MkY96xo7h9wEVwpIU+WBIMk/UdK/Ze1tkniFvLCHj7o6Ag/geKyNY&#10;+Cnwe8TI8fiH4ZaDeBzz5+kxHn1zt4615ssrpLWM2vl/wx+r4Xx5ha2LwPzjP9HH9T8gljuNgSbG&#10;CRjDdeO+ajuGZEKCEo4B2qfukZznIzX6t6n+xR+yxqTtJN8FdHV3U72gEkee/wDAw446CuN1r/gm&#10;T+ypq1rJHYeHtUsJXGFltdalYoc5yA+4fhWTyuVtJr8T3cL448LVZWq0asflF/lO/wCB+ZbQSFmL&#10;7HZV43Oc5/LFQmN/MJnmYYbDkHk98Gv0C1T/AIJGfCaV5ptH+J3iOBTnZHPHBKqn14RSfz965rVv&#10;+CRAErvoXxokZCvCahpnJ56Fkbp9BXPLK8R0s/mfS4fxe4FrOzxDj6wn+iZ8O3MM0kJ2ZK5PT2/p&#10;7/WqMqMxYMhYB+d5wPWvr7xD/wAElfjFZAHRPiX4buj1ZZUniwP9nKH371xniP8A4Jm/tQ6NG81h&#10;pOi3+0goLTV1DNyeAJAvbmuaplmM/l/FH0OD8ROCsTZQx1PX+Z8v/pSR83XE3mJ8jASnA6ZIHTjP&#10;c/56VzfiEm2mk858YGCuevHX/PrXvHiP9hn9qWyy178I9SdUG7zLSeGVgfTCSEn8q8t+If7Onx68&#10;NReVq/wn8SRp03NpMzhT16qpH1wa46uFxUVrTf3M+owOe5Din+5xVOXpOL/Jnu//AASw0F4/DvjL&#10;xVIq7LjU7e1hwckBIyzDP1Yceor60THAFeBf8E7PAl94K/Z6in1fTJrS71XWLq7lhnUqyrv2KcHk&#10;ZCA8174nSvoMDB08HBNdPzP5E8RcasfxrjasXdKfKv8AtxKP6Eoz7VLEO/tUKcDk/lUsJyfu4Fdj&#10;2PhmSgjGCK6L4ZQCbXYwOzd65rzPb9a7T4Q24fUvMI6DqaVPWZy4t8tFnyL/AMFA/EX2z43+Ibgy&#10;5XTdMht1G7IUrHuI/N68Y+A1ubbwJbuRhpWkmfP+02B/Kuj/AGzvFi6x4t8b66kmRdaxNFEQf4RJ&#10;sH6AVW+GelHTvB1lbGMqUtYkJ+o3f1r56vL2maS8r/n/AMA/rPIcP/Z3h9RpvRvkX3QV/wAZHO+I&#10;YxqXx30mzJ+Sx055n74Ygkf0r0iS4+xWkU0rhTb2e9mYdCELGvNtBLar8c9f1BVV0t7aO0jDDIBJ&#10;A/rXb/Ei8fT/AA1qZX5W+zmJcerERjr9axotKNSf95/hp+h7+Ppc1TC4btCK+b1/9uMv4TRPF4Uu&#10;NSyd811jaSPmAGT+pFauryvHC0m4Fo0PDd+/NReCLNLPwTab22by77T3GQMn8BUOuusqSxrMqllC&#10;jJ5OTjFbU044WK8v+CY1WquYVJdOZ/hoZspIs445JAHEYJC9Pxrz/wCJ2ny+KNb8P+DI1Dtq2uWt&#10;sUA6q8yqf0zXdag7vcEP2bgHtXO+CrI+I/2rfAOiqoZYNTe9lUdhDFJJk/8AAlWvMxS54qHdpfie&#10;rHEfUMFXxf8Az7p1J/8AgMG/zPt5lSKUpCoCLwi+gHA/SgEljtHfrTACD14p49c9K+qP4qteJKCc&#10;ckD0qRTuHPNQowwAeoPepAccigxJF2g4P/6qlU45BqItjseaejbRypqkzOSuyaFsyBea9Y+FNoY9&#10;NEh74ryqyHmXCgDjIzXtHw+g8jRYgBjK5reirzucGMdqVjo14UZoY4/h/GjqQRS11nlAM45ooooA&#10;VJDGMhc0UAOw2qM98UUC0OnooorduxilcKQnnAPNBPBycU1jzkUrsHYPMJOORj2pD1oopXuIKKKQ&#10;9KQCk4GaQEk+3alHQUAYoAKYuN3Wn0yUbVyvHNNDQ5WDDI9aa7MGyqHj2pCVRiyMMY5GetNeQvxj&#10;FIaQpYnptoG5c9OfWmA4NKx+U8HI6UalDgPlxnj3oVQOc1GokI+VsYqRVxyTzT22LshcE9BQudwJ&#10;xjNHB5FNOxT+vXpTTY9CUtztHWh+V69KbkB95PalXG3BqgGKykY35NNkIBGae2AR79KjmLAjbmgD&#10;lofD+neHb+6i022jiS5uXumVVGN7nLH65rZspORt79Aai8RxqkEVyAMqSrZPryP5V8rftJft/wAn&#10;hW5ufBnwVW3uLyBjHc67cLuhRhwREh++QR95vl9AetcVecaXvSZ9VkWQZxxZi1RwceaX2pN2UfOT&#10;/wCHb6Jn1X4h8XeGPBmjvrXjDxLY6XZJ9+6v7pYkH4k8/hXgvxe/4Ka/BXwIzaZ8PrO58U3ikjzr&#10;dvJtFb3kcbm/4CpHv3r4R+IXxL8c/E7XW1v4ieKr7V7hSdrXU5YJ6BF6L+AGKwwilCY0RFI5JHzZ&#10;759u1ebPMJPSCsfu2Q+COUYXlq5pWdWXWMfdh6X+J/fH0Pbvix+31+0R8WPPsF8Uf8I7p0uQLLQ1&#10;MRA6YMpO85+o6V4teTSXN3JdXMsjyyEtK7ybi/Tkk5J+tNWzkH7zz0PzZEgfnP8AWun+H/wk+Kvx&#10;TuV0/wACeBdU1bOMPaWhZE56mRsIoPua571q8rO7Z+rYXAZFw3hGsPCFGmt3pFfNvf1bOZihlkcL&#10;AI9wwRk7hkU+9spbKIyTSjfITt2gALnuPxr6y+E3/BK/x/qQh1v4v+MrPRoeGk03TALm42/3Wcjy&#10;1b6bq+kPhd+xb8A/hc8N/pngWHUb2EjZqOtgXM2R3AYbV5/ugV1U8BKS97Q+Ezvxd4WyqTjh5OvJ&#10;dIbf+BvS3nHmPzn+Hv7NHxu+JRWTwL8LtUuYpeVvJYfJgA9fMk2qRz2zXvvw8/4JS+LdQEV58Wvi&#10;FZ2KOQz6foyGeVRjoZHwoP0DV93vZOzDzBwq4BHYe1QTLaWkZmVgcDOF57e1dVPAYeC2v6/5H5Xm&#10;3jRxPj/cwcY0IvqlzS/8Clp90Uz8+v2nP+Cb/h7w9r//AAmnwd1e5B0qS1mOkalKH83ZsZpElwCH&#10;4zg5HYYzXfxur20cqknKA/mM1798UNLW/lmuYoHVJoVVSyjHT/64614TqdjLpd69hOhUx8Yx1HtT&#10;nQp05uUFa+55VfibNc/wNGlj6jnKlezfxWdrpvrqt3rruQOeBSJnPGKQsCcZ6UAgHINScJYgPzqF&#10;65r3r4MXIl8MInJK8GvA4D84Oe9e1fAa7DaTJCTyrcYrfDu0zys3V8OmelR5C47CniPA54xTYlyO&#10;Dx2zUuMjBruR8o0RnJI56UuBjBb8MU4IAf8A69JhSTTACSCFPQ96YdpyAOB3qQhTwaaY0AIJxmhi&#10;1K1y+yJ3zhQpJOK+YPgL+3F8NrtT4M+KGorol/ZsEhvJFJhuUHQkrnaexHTivpnWp4rTSb26lY+X&#10;DZyyOcdghJ/ka/HvxTqqzavcTJIQrk+WAcYUHHGO3avMzHEzwyhJeZ+x+FXCGXcXYTHUMWmrez5Z&#10;RdnF+/te61W6aP158FfEHwN4ytReeDvGum6jGx62l4jn6YBrqVWUR+ZjA7luK/FrTb3VrE+bpt3J&#10;BJyRJBKQQfw6cV13h34//HDwhltA+KuvWoI6xak5HT0YkVyRzNO3NE+mzDwHrcz+qY1PynC34pv8&#10;j9elkYfOwzk4JFAUE/LhfWvy70b/AIKAftV6MfMj+K09yvAxf2kUoOOucrnmuq0P/gqZ+0tpsijW&#10;Lbw9qUYOW8zTWjJGemUcfyq/7QoPufNYjwR4upK9OdKfpJr84pfifoy7bjg569CarSIZW4xgDJr4&#10;b07/AIK6+NImX+2vhFpLgcSm1v5EP4bs1vWX/BXXwTJHt134TanE5Gc2l/HIAPxC1axmHb+I8er4&#10;Ucd0F/uvN6Tg/wD24+uboAZ3kjIz0rNvGDYycsxwD/WvnLTv+Cqf7PN8UXUtH8SWRZsEyWEcgHv8&#10;jk10Vv8A8FAf2UdTtVuU+KKWztx5V3p86upPqAhH1wa0jisM/to86rwLxjhH+8wNX5Qcv/SbnqGr&#10;OOQ7gKR0Y/hXnHxW1iTTNInmjLjFux3Dg8/KAPxIqvL+1/8As1X0TS2nxl0NiuFImujGST0GHA/H&#10;0riPHPxn+HXj3VrLwv4T8c6Xqct5cruisr1JWZEG5mwpJA/wqnXpOPuyV/VHTgcjzfDVlPEYecIx&#10;1blGSslq912Lug2xstKt7cgAiIb8dyeT/OtFOflXmq6OVPy9OlTo3qetTfoeZVk51HN9dSRDxg1K&#10;pIGS1Qo3JyfyqZGBGKmTa0MHuKxCnK12/gK5XRfDmpa7IQFtLGWUk/7Kk/0rhyAWAzyeK6H4jah/&#10;wif7NXinWmIRjpEkaHP8UnyDH/fVXR0lzdtTGVJ4mvToLecox+9pH5ufHC8uNS0izhlyX1PV1Z8D&#10;qS245/E16PoNsLLR4YwPusSeOwwP6GvNPiCp1Hx74c0NcsFmM7j0A7/pXpOtTjSfCtxfliFgsJZM&#10;sR12k18vQlfEVJPy/K7/ADP7Fx9PlyjBYaO82397svyRx/wDg/trWdY1yQn/AErXCQ2eoRicfTit&#10;74uT40VrfOWmvIgpz6Fm/pWZ+zhZiz8LQ3U4I81J5hhu5OAf1qX4k3Bu9a0zRlYkNctIwz7hR/Os&#10;o+7l67v9f+HPSxC9pxJK20P/AG1f8BHVQWotNEsrYxlvKtYxuAz82M459M1mavNho9w2lpdwXPUj&#10;nn8q2JJ2gQoI2Ij+UK3OR/kVz2pTJLexAsTtjc7jxjJAFdtV8tNL5Hl4VOVRt+bMy5kLzu4IYl+m&#10;OlS/skaP/wAJD+1nqGuFcpoXhedlDdnmkijB/wC+S1VbuYqjSZ6A5xwB/k103/BPi0XUPFnxB8W+&#10;Wf8Aj6s7BHPQ4V5WA/76SvOivaY6lHzv9yuZcZYh4LgjH1Fu4Rh/4HOMX+DZ9PUE5fOcHFIzADk4&#10;pM544z65r6Y/khkqoRzkcVIeOB1qGPdnLP8ASpQT3NBk7skDHOfWno2V56YpikYy2KdEQepouRK9&#10;jQ0WIy30ajuwr3TwxAINKhjA/wCWYrxfwdB9o1WJMHhwRXuOmosdpGuOi4HNddBatnk456JFpVIX&#10;BPWlAwMUmT/C3X1oBz3rpPPFoopQcHNAMSilDsOQetFAtTp6KKQls8CtUZPYa2cmkpWB/i70lJkh&#10;RRn0FGfaldABGaQcHGKXr2xRRuAUUEgDJNMaZR92mFmPqKVyTtB49qPPf0FNUZOKCkhM84p4BCYN&#10;NI2twe1B3nJYEcY6cUtWUAAIJBzimxy8kNnk9accxLhOfrTcbjkoB9KtWRaViRXDEqM8Ukm4gbeu&#10;aQZTjaBQ8iggDrmmmhgjhEyw5p2AzA44xTVQnkKT+NSLjbux0oVhK44qAuKaSCpC9cd6C2aMjGMY&#10;pjGk46ilpQ8X3Q3NIwO75emKAMrxroMvifwhqnh6C4eCW9sJoYZ4zho3ZCFYfQmvyp8c+H7rQ9Yu&#10;9D1m38mS0unhnUgg+YrkEH8Qa/WkqxQgtg+1fIP7X37KPiX4gfHix1DwfaRwweII997dPxFaumBJ&#10;I2PUbTjqxOBXBj6DrU047o/YPCPiXDZPj6+FxUlGE48130cFr96/LTc+L/7PkuZ1i06F3lkYIqIv&#10;zMewA/ya9p+CX7AHx1+LFuNS1DSl8N6cwAW61tWSR/dIR87DjqdvJHavsb4Dfsx/Cz4KW0dx4d0S&#10;O71gRhZ9avo1e4Y9wnaNc9FXt3PWvXbS3d0BKYGBnFYUcBThrPV/gfScS+NWIvKhlFNJfzz1fqo7&#10;Ly5m/RHg/wAF/wDgnL8DPhtHBfeL7aTxZqUZDefqqBbdGz/DCvy/99Fule/6Xpdho9nHp2kWMNra&#10;xKFjtraMIigcYAHAqVPLQbVXcAecfyzTb7U9P0+3N3qF5BbxDH72eQIo+pPFd0YqKtFWR+J5rned&#10;Z/iPa46tKpLpd6L0itF6JImZApzMRgAEAUPIVYmMEE4wGHJr58+Nv/BRf4P/AAyupdE8JRS+KNTh&#10;UqRYuEto3AOFaUj5sHHCgjnrXy78Tf8Agoj+0L47a6tdJ15PDdgxIji0mHbLtz91pjl2444xmsZ1&#10;6UNG9T67IfDDirO4RqezVKD+1U008o2cvvST7n3v48+MPws+GcLy/EDx9punGP5jDdXI8w8DpGuW&#10;PBB4FeD/ABA/4Kh/Bzw/JJp/gnwrqeubVIErqLWHnH97LHv/AAjtXwhqOtahrN5Je6xez3lzIdz3&#10;F1MzvIx7lmPNV4zPLyEG3sO4HYZ71yTxspfArH7BlHgxkOFSlj6kqsu1+SP3L3v/ACY98+If/BSL&#10;4uaxqVrc2/hvTbDS7ZyotYmYvICSMM7ZyMY4ArsvB37QPgb476Qt1oBe31SzX/iYWMp5RW6Mp6FS&#10;c/SvlLxDZQ3fhPfAkcc9ve5lB3M80bqCuOcAKUYdj+8ya6P9kXydN+MFxAuUe80iRNgPXDKw+pAU&#10;1yLE4hV1GTumexxLwNw3S4aq4jB0fZVKKbXLfVLV817301vv+R9Ps4HH60iEBiS2acY1zzSeWoru&#10;5kfgpNA4DDPrXq/wHvAJ5IDJjIzXlEEZBBA712nwy1h9I1eNo2I3HB+la0pJTTOPH03UwzSPoOAn&#10;IGcjFTAZBOelVdJmF1ZR3C4+Zc1bWMsM16Ka3Pi2uVtMac44o2ruyRTzFjrmkCDvVcwaMaTmmupb&#10;GKeVxwDz9KNjg4IpXApahB51tJE6Bt0bDDDIPHQ/5718a/tGf8E8bfxhqVx4y+Cc9rp17PI0tzot&#10;ydkMshJJMTgfuick4Py5PUV9pzxEo3rg4zWBY2kE04jxgnoSO/tWValTrQ5Zq6PqeFuJc24YxMsR&#10;gZ8r6reMl2kuv5roz8tvGH7Pnxx+Ht69h4r+F2tW+Gx9qgsmniYgdpI9yn865NIFjYw3COlwjHdE&#10;6kNxwcg+9fshYaYYP3qvx2wOcVR8SfCz4e+OEZPGXgTSNUVuH+26fHIxHplhmvMlllHpJr8f8j9g&#10;wfjvNWWMwafdwnb/AMlkn/6Ufj89ttKmJwQWBGe3vn8TUNwsC7YYbliB0cc4P0r9UPEH7CX7KPiB&#10;WMvwZ060Zhgtpxe3Pf8AuED9K5DUP+CXX7K10jm2tPEdq7A4kg1nmPPoGjP61zyyyf2ZL8T6fDeN&#10;3CtRfvadWP8A27F/lL9D814YrpWLwzDpg5Jz+HvVW+hmK7XmQYOduDnPr7/4V99eKP8Agkt8P5/3&#10;vhH4o6tZ7VJEV9ZRTgtngllKn8K4bW/+CTfxA37dL+LmjTLngT6XJHz7YZqwnlmJtpZ/M+lwXivw&#10;PiLN4rlfaUJr/wBta/E+Lbi6uiyHcykgkKBwePpxUN3NLPEYZEKhWzyuM4J55PtX1brf/BLL4/aa&#10;C2m654bvhj5lW+eNj7YdAPTvXCeIv+Cev7UsANonw7inBB3SwavbFc+mS+c9/wBPeuOpl2MS0i36&#10;an0+D484PxTXs8bS+clH/wBKsfNHiKSeKNnd12vkgnrlT36//Xr2b/gml4Hi1v4r6549vCXbRtHW&#10;1hITADzvkn2O1D9M+9Y3iv8AY5/aMsGkhuvg9rGchF2QiRSxIxypIxivov8AYO+DGvfCv4V3v/CT&#10;aE+n6lqesSy3FtL99ET5EB/Jj7bqjB4OtHGRdSLSXdHjeJPE+WQ4Lr08LXhOVXlguWUW7N3ezenK&#10;mvme1rxJkcip0PIJFOi05wdz49+anWxbGVx+dfQcyufyS2QowH4VJkjpUi2L55xmpFsXPJ/nSb0s&#10;ZNpDbJXmvI0x/EKZ+2tqTeHf2Z10lCQ+p6lbQYB6qD5hH/jtbngrQJNQ1uJDyA2TXB/8FK9RXT/D&#10;nhPwwJAPNvJ7gqPRUVAf/HzTnLkws5eVvv0PQ4borF8V4Sl2lzf+Apy/Q+GkeXUPjgdsZYWWngcD&#10;7pb/APXXYfGTVF0v4bao6tnfCkCkHuxx/KuR+GjSap8Tdf1BTuX7QsK59FOT/KtX4/3DSeGbLS1w&#10;De6vEhB6EA5xXysJcuEqz73/AMj+wsRRU89wOGe0FC/ySk/1Oo+FWmtpfguG3MRXbZxLjOQSxJx+&#10;grI1VRe/FS3tiSfsyDeFHTkk/wBK6fw5b/YNEt7ZZF/eXYUnJ4CqB/jXK+G5zffEfVdUIDeUzBT6&#10;EfLmtqiUYwh5o5aE5VMVia/k/vdl/mdXdhhGJC7kZbaMAH8K5+8fM8z5HKKOW7nJP9K27maNyjby&#10;FC/dAwRXPXrPvuGYjPn4xtySAAK1xD0IwcWn/XcyPEdwltp88gzhYyQfWvU/+Cefh82HwPvvE8in&#10;fr3iq8uskclIwkC/h+7NeLfEe9/s7wteXLuFHlH5s9v8mvqX9knwwdB/Zo8E2Dgbn0NLmTA6tOzT&#10;f+1BXJglzZlf+WLf3ux8p4s4p4XguFGO9WtFfKMZS/PlO/yp4B60MhP8NWF0/BznHvmniy7B/wBa&#10;+gckfzJdoropVgcVKORjNSix5BLfrT/sg6bh+FLmRBFkgAFRSx4zk/jU4siecj2qSPT4wPvn3oTS&#10;YnsdH8MLQz61G208HrXstsuIwAegrzb4QaPGbszZzgZPNeowWJC53jnrXoYdrlueJjbupYixubk9&#10;e9PAA6Cpvsbdiv5077KAPm61vzI47Mr0uRtx71ObaPFAgiHGfzFLnj3DUr4PpRVtYowMBvyope0i&#10;LUgufFV/bcMYD9XxmvDP2uv+CiGi/sh+GLfxR4j+GmueIo7i58gW3huHz5lP94qOce9fSEui+HJf&#10;v6FA3uy5qrdeCfAN8u2+8G6fN6CW2Vv5ij2Lf2mSpuL2TPzmuP8Ag4/+EducT/sk/Ff6jw8x/pUD&#10;/wDByl8EV5f9lD4sAen/AAjj/wCFfox/wrP4UEEN8NdEOfXToz/Sm/8ACrPhL/0S7QeP+oZF/wDE&#10;0ewX/PyX4f5DVaf8kfx/zPzn/wCIl34CDg/srfFkH0/4RmQ/0pD/AMHMXwBH/NrfxaBHb/hGX/wr&#10;9F2+FHwhbk/CzQeev/Esi/8AiaQ/CX4PEAf8Kq0E4HJOmRf/ABNL2C/5+P8AD/Iftpf8+4/j/mfn&#10;M/8Awcz/AAAyQP2XPiyx9P8AhGJP8KaP+DmX4CY4/ZX+LPH/AFLEn+Ffoz/wp/4OMfm+FWgY9tNj&#10;z/6DSP8AB/4NAH/i1Gge3/Etj/8AiafsP+nj/D/IFWf8kfx/zPzmP/BzT+z0V2t+y78Wff8A4pmT&#10;/Co3/wCDm39nFGG79mD4sf8AhMv/APE1+jP/AApz4MY/5JRoB+ulxf8AxNCfBj4JYw/wi8PH3/sq&#10;L/4mj2P/AE8f4f5D9u1/y7j+P+Z+cv8AxE4/s3qGI/Zg+LR/7lWQ4/8AHaaP+DnP9nIHd/wy58XD&#10;nsPCkv8A8TX6Nt8FvgiAQnwj8P5/7BcWP/Qaafgp8Ewf+STeHzxz/wASmL/Cj2P/AE8l+H+QKu/+&#10;fcfx/wAz85W/4Oef2byRj9lr4t5/7FeT/wCJpB/wc6/s4yNtP7L/AMW/XB8Lyf8AxNfoz/wpL4IA&#10;8/CHw7jvjSYx/Skf4I/A1R83wj8PDHppUX+FHsV/z8l+H+Q/bv8A59x/H/M/On/iJy/ZxyC37L3x&#10;a5/6liT/AOJpW/4OcP2bxgn9mL4srx38Lyc/pX6KN8D/AIFsMH4QeHef+oVH/hTV+BfwFJwfg/4e&#10;OOg/suPj9KPY/wDTx/h/kV7eS3px/H/M/Ow/8HO37NP3T+zJ8WCcf9CzJx/47Tl/4OdP2Zyd7fsx&#10;/Fjp0/4ReXg/lX6Hj4DfAPqfg34ez/2DI/8A4mlHwJ+ATcD4OeHjj/qFxf4Uey/6eP8AD/IPbv8A&#10;59x/H/M/PA/8HO37MxGP+GZvixx0H/CLy8/+O0f8RPv7MwH/ACbJ8WMen/CLyD/2Wv0PHwC+AeCD&#10;8G/DxH/YKj/wpR8AP2fwMf8ACl/DufX+y4v8KPY/9PH+H+Q/bv8A59x/H/M/O4/8HQH7MGcj9mT4&#10;rj1/4pqX/CkP/B0F+y8OD+zN8V8+n/CNSD+lfogf2fP2fj0+C/h36f2VF/hTH/Z1/Z5c7m+C3h7P&#10;r/ZkX/xNHsn/AM/H+H+QKu+tOP4/5n54n/g6E/ZfJwf2Zfir64HhuT/Cmn/g6G/ZgbOf2Y/isfp4&#10;ckH9K/RA/s6/s8Yx/wAKU8O/jpUX/wATTT+zj+zq2VPwU8OjI/6BUX/xNP2T/wCfj/D/ACH7dW/h&#10;r8f8z87j/wAHRH7MOTs/Zk+K5Hv4dk/wr2n9hb/gsD8F/wDgot8TtR+FXw++EfjPw5e6TpTagZ/E&#10;2lNBFNGHVCqEgAsCQcegr6m/4Zu/Z1Jz/wAKW8OEf9gmL/CnQfCX4R/Dy3ufEvhDwHo+jXEcB869&#10;tLVIiIurBmA+7xn8KaptP42/u/yLp1uaaSppN9r/AOZqafNbWalEjLuOrZ6VX8XfEfwf8PtAm8Q+&#10;OfE1nptlDGWeS6mChwB0UHlj7DJPpXyz+0b+3/YeFw3hv4Kvb3l5uP2jWLhC0MI5G2NDje2f4umP&#10;WvkP4g/FTx58U9dk17x94lu7+fA2meU7FGPuoo4QewArjrY+lR91av8AA/YuF/CHNc6jHE4+Xsab&#10;6WvN/LZX89fI+xPjB/wVL0O3t5NL+CPhl7uVh+71XVUZI06gkRcMxxg5JHPrXyn8T/jj8WPi1qz6&#10;x4+8b3uo5lLwxNIRDGT/AHYwQq/gO1caZXaLyoyP8ehxVmzsrq+uUs7O0mubuYgQw26GR256bVBN&#10;cEsTVr7s/esj4L4b4YhzYSilLrOWsvve3nay8idJZ3J3MoPGNoA3fhn9atWtvaD95LIDtAz8/H4k&#10;/hXoXgD9kn4m69LHfa80OjwcMfOKyzkcHhVOF69Sfwr1/wAOfsqeAdMmjuLvS5dSuY+kl7goD6hA&#10;NoPHXFbwpVGtV95w5txtkGXycIVPaP8Auar/AMC+H7m/Q+ZLLQ9U8QS7dC0O61BlIy0MXyDpk7zh&#10;R7da17f4PfEKaAM0dpYoQTgEyyD3zwK+t/8AhXNlZQbLe0SIKuNqKK57xB4ZhskPkRBQBhsDtTlR&#10;fVnxdfxDxuJfLh4qC8/ef46fgfKfir4V+LNItJJE1/ziBzHJaRNGzDnJVgehxjtXO6L8bP8AhRnw&#10;Z1D9oH433VpJf+E/E09tarpemR29zqdsIUdIdkQCs2ZVUMFyScc9vo/xRosF6hgMODgggnH5VH8C&#10;Phf8BbpfEB+JfwpsPEd7NcQZGqZlijjVGC7I2+VW3bssBk4XnisIUrT1ejPPx/E2P/s6pOpKU3ay&#10;WmvMuVp7Wjrd+i9V8Wn/AIOKPgYRvPwL8Xc8/NGtQXH/AAcYfA2Hn/hR3icD/poyKP1r9E3+CX7G&#10;JyD+yR4RYY6HTY//AImuG+On7Fn7Cvxj8AX/AIU1D9mPQdIaa2fy9Q0y2WOWJtpwQVArqdKH87/r&#10;5H5TDFY1uzpL7r/+3Hw+n/ByF8F4jlfgZ4gbnr9pjrQ0z/g5b+CthOkz/AbxEQpycXUdfk78dfAd&#10;t8LvjH4l+HtpK0kGkaxNbW8jDlkVvlJ/DFcpuIJ6VrHDJq6k/wAP8jgrZvXjNwlTjdabP/M/e/wf&#10;/wAHZf7KOnaRFZ6z+z94zEqD5vKlhI/nWyv/AAdtfscAYHwG8bj6mL/Gv59i3zZFOLEDkZrblqLT&#10;nf4f5HkSlSnJtwX4/wCZ/QQv/B25+xwvB+Anjcn/ALZf40f8Rbv7HIGR8B/G/wBMw/41/PqCTyGo&#10;J707VE/jf4f5E3o/yL8f8z+gg/8AB2z+x2Rn/hQvjfn3i/xpr/8AB27+x8RtX4AeNuPVof8AGv5+&#10;FdiMZxSknr/Sk41b/G/w/wAhp0f5F+P+Z/QCf+Dtj9kGRyp+AvjZFKnJZoT+gNfUvwT/AOCj/wAN&#10;vGb2c/iyC406yu4FvLTUZGLosMih41cAZ3YYA4z0r+VnLody8HqCDX68/sO+KB4w/ZB8Dat/azXU&#10;q6U1rcsWBbzIpXQrn1G0dea5cRXr4Zpp3T7/APAsfp/hrw9knEuIxODxcLPlTi4tprWz3v3W6sfu&#10;n4E+IXhLxnp6aj4S8U2OpQOgbNndK5UH1Gcr+OK6iK44BIHPY1+Nfh3xb4p8I3o1Dw7rt7aTKwJN&#10;rctGWGcnO09Pb3r0rwb+2r+0j4GiEem/EG5vI8grb6kfPBOfR88Hp1+mM1UMxpyXvKx7uaeBuOhN&#10;vA4mMl0Uk4v71dfgj9UFniHJjOT6c9s00zRAkOu0k8Akdzj/AD9K/PTQf+CoHx3s7mKHXfDOmXcA&#10;cGVYEkjkcc55JYDOc/dPbjFdVp//AAVd1dblv7Q+Fu6BlwGh1FSwbBzx5QG3JHvgHueN1i8NLqfI&#10;V/CHjKi/doxn/hnH9WmfbbSWLN9/PGTwfTNRXH2EHaep9v8AGvkvTf8AgrB8OREw1f4eaukoAwVe&#10;PDcDkjd8vOfwA9xVu2/4Kn/Ba7uWe+8Da/boHxvZYnOOfRh7f99Gq+s4frI86XhtxnSf+5zsuzi/&#10;1Ppm+k0+XKZXGf730/xH51zetQWjI6JMoGCcbuvfNeMTf8FM/wBmRrZUvNS1a23HDLLpTHbz1Own&#10;jjr9D2rJ1X/goT+ypOwEHjh5hgZCaZNkZx/s8d6TxWHW8195VDgXi6E9cDV/8Ak/yR6/B4UW9mEk&#10;8oZRg/KfxP6V+X37af8AwWn8LfsLftEa7+zj44+DuoX99o0wcXNhfIyyRSZdGIP3WKkEqelfeWnf&#10;tzfsqMjK3xLt40jiL4a1mXhV/wB3qeg/+vX823/BV/8AaFsf2m/2+viN8UdEv3uNMOtPZaVI0WzM&#10;FuPKXAwCeVPLcn6YqZexxMbRlr5Myx+CznJKTljKEoKVlHnjJJvrba9j9DLD/g5a+E158sH7PPia&#10;ZgeVgkRz+lX0/wCDkf4agY/4Zn8ZYPbyf/rV7f8A8ElP2Dv2bvhH+yN4V8XeKPhfpfiDxH4g09L7&#10;UbvVbZZCpcbtq7gcAZx+FfVyfCn9nRFG39nnwpx0zpMX/wATXKqUGr8z/D/I8+eKrp2VOL+Vv1Pz&#10;nX/g5I+HITC/sw+Mjz18j/61L/xEjfD09P2XvGpHtB/9av0cT4a/s7xnYv7PvhXJ9NJiH/stSp8O&#10;/gAuNnwB8LjHT/iVRH/2Wh0af87/AAMXisT/AM+o/wBfM+Cfhp/wcrfCvS9XW51L9k/x/KpH/LtY&#10;Fm/lXefEr9vXR/26tP0T4s6D4E1fw3YW1jNBDpeux7LlW8wlnZf4QcDH0r78+GPwZ+BV9bG9b4Je&#10;Go88AppMWR/47X56/t0XPhrSP2mPGdv4U0m206ztZVt47O0jCRqyQqGO0YAJbNc2YJ0MHzRm7N7O&#10;3r+h974U4eGacXNVKavGDaavo3KMfxTZyHwHCi2u9ZlOPtN7KxJ9uB/OrXxQk/tfxz4X0FeR5rzS&#10;D06VS+GQOleC7ApgmWJpGBbqWOaVJP7Z+M8EzglLHS+/8LNmvn4/7rCHdr8Wmf1FJc/EVeutqcJW&#10;+6y/M9QtWjsrW2feG8pJpcE55+bH1rkfhXA9019qTP8ANPOTyODlia1tf1RLfTLpt3MNkwBxjJxj&#10;/P1qv8KrU23hc3JXKvJn1wAAM+veuvSeJil0u/yR5NFOnl9Wo95NL8W/1Ne+QRMd6lNo4LE8/n1r&#10;nrqVXjEkYADksBn1Of61v6tcGO2nuQoDIrEBuhIBx+Fc1eRtbRLC2Vwox+lVX3saYJXV2ed/tAan&#10;9m8Bz2qSlGnHlrknjPGa47Qf+Dg7wr4Q0Kz8I6V+y14pe30q1js4JFj+VkiURgjjoQufxr0nUdJs&#10;/F/xn8C+ENRtUntr7xPZrc27ciSNZA7qfbapz7Zr7hf4a/AdmMg+BXhhc56abH/hWWV06dSvVnNv&#10;SyVvvf6H5d42Y6rSoZdg6cU9KlR383GK/wDSZH5xr/wcYaNnC/sq+LGz22H/AAo/4iLdJ6J+yf4s&#10;wen7v/61fo4Phr8DFO1fgd4aH/cPT/CnD4b/AAQA+X4IeG//AAXp/wDE17PssP8AzM/A/rOK/kj/&#10;AF8z84j/AMHFtgwAT9k/xXn/AK5//Wo/4iKLZun7Jfiz8F/+tX6P/wDCvPgoCB/wpLw4Mntp8f8A&#10;8TT/APhX3wXBz/wpfw57f6An+FHsqH8z+8l18V/LH+vmfnAn/BxSnWP9kjxZ/wB8H/CpY/8Ag4lm&#10;ZwB+yD4ub1AiP+Ffo6vgH4Ng5X4NeHQR/wBQ9P8ACrFp4E+EbShf+FQeHgScD/iXR8/pR7Kh/M/v&#10;E6+Kv8MfuPhr4W/8HIa6TvjuP2H/AB9c5GAbW1Bx+eK7+H/g5WidP3f7A/xPbjjFknNff/w8+EXw&#10;mOkLOvwu0KNmPO3To/8A4munX4XfDBBkfDrRwfawj/wrupYePJpJ/geNiMTOVR3jG/z/AMz83B/w&#10;cn3BG5f2Afifx2+yJ/jR/wARJ12fu/sAfE78bNP8a/SVfhv8MsfL8PtKyP8Apxj/APiacPht8Ngx&#10;K+AdI/Gwj/wq/YL+Z/gYOvL+WP4/5n5sH/g5J1Lon/BPr4nH3+yIf/ZqQ/8AByTq5+Uf8E9fifn3&#10;tE/+Kr9Kl+HPw5xn/hA9KHsLKP8Awpx+Hnw6TB/4QXSv/ACM/wBKPYxvbmf9fITrS/lj+P8Amfmo&#10;P+DkXXF6/wDBPD4nn/t0j/8AiqK/S9PAPw8YZPgbSv8AwBj/AMKKPZQ/mf4f5C9tU/lX4/5nc0UU&#10;V1t2MAoooyBUgBIApvmZHSmnkmigQZOc5oyT1NFFAwoooJx/+qgAJA60xpFJyd34CkZ1ZimfrxSF&#10;cMCF/GgdrCucjapyfemsm7r/ADp1FO4XE2gUoGOc0UjEL8xPFILsUcdKQcZHvQGDDI70u1T1oBOw&#10;K7BsGnK2eDUYIThj34pSwI4YU2iyWkz79OtMUZ4LDj1pCUz1FFgH+YvY5pC5PTimblHYUb++KEmA&#10;/cx71DeWtvf2k1jdxB4Z4mjmQ9GVgQw/EE0/efSmyFm+6SPp6U0rDTad1uflH+0d8J9R+D/xi13w&#10;BqD70srvdZyqvEtu4Dwt7nYwB9wa89utRsNNVLSebzbq4IW2t413SO3HAH41+jn7bP7Ges/tKCz8&#10;T+APFdlpGv2Vq1u51K3dobqHO5VLJ8yMpzhsEYOCK+LPAn7AH7QPwC8Yaj4k+K9hPqk2oXqJpt5N&#10;dW7wAKCWEXlsWQE4JBReB68V4OKwlanWvCPuvr2P674c8TMkxnDtOdesvrMYpShezclpfXo7X929&#10;k7Ow74X/ALOuueMZlu/FdwbC1PzLawNmVv8Aef8Ah+g596+lvg38IfAvhCJbDQtGiRzwzQxF5H92&#10;Y5Jq18N/hXIbaKfxJd/LgH7PCSqfT1b8a9a8OWOn6XbeTYW6RKPuhExj612YbDqCv1/E/NuJOMcx&#10;zmThKb5f5VpH/g+r+8j07wkwgUtppUBePMwv6VYGiCBSZZI1zzmNSau3nie1sv8ARw7zSEYEdtEW&#10;b8QuTWfNqes3UZ+z+Fr9s9C8P+JBruVrWPioqtLWTt8/8zK1iwtWYtENxblc9Ca4XxXZzRlhtCIe&#10;td1qF5rsAZ5vDF+oA/gtg/6DJrhvF3jPQsPZXkjROBhluYzGfyYCs6iVtj1sFGo5JR1/E8m8Typb&#10;as5uCVfGFJzjNVfhnM0fjfUoPM3JJYI2B6hz/jWr4gsodUmae2O7a3BBwMeuax/C1q+lfEBHZAsd&#10;zZyRIN4JJyGH8jXny0ke/iXF4KpFrW35anfvKQBzxVTVju0y4BP/ACxbt7VJ5h6H8Kr6rIDplxub&#10;/li2M/Q1Vz5aKWh/OV+3dbLa/tbeOIlQAHWXbgeuK8jH417N/wAFBk8v9sDxqoGB/aZP6CvGGbB4&#10;au+l/DS8j5DHO+Nqf4n+YAkngdaNxPGfzpFwTyaCwPatTkFLAHjt6UmSxxQQc4H5UKQOtADuBjIq&#10;WwtGvblYEJO44qDco6D6Vr+DcNrUKlc5cfzpdR+Z9gfsbfsF+Dvi/oK6n4hjMjuM854r7v8AgR+y&#10;4vwY8C/8K+8NMI7FLhpoAVyEL43D6HGfXPrXl/8AwTSs2GhxiWAhGUdRX3TpumWhgDGIfSuh4elW&#10;pcs1cyyjibOOGs1WNwFTlmtNdU0+jT6HgmteFPFugyEX3hycRHJ326GVMfUDP5gVRabY+I59zZwQ&#10;w2bSOqnI6jp+FfXWj6Tpc+IZFXbjknmtZPhT4H1uUQ31lYybz0mhU/zrwpYRc75Wf1PgvE+r9WhL&#10;GYbWybcXZbdmn/6UfGUU94qBoiNijcdmcke/r6c0s17dyqGJ4zgYXHXnnH0r7Qb9j/4UapKWn8H2&#10;e4jPmW5KEZ/3SKq6j+wB8ILxGexh1K1bv5Gpy7c464LEZo+qVmtH+J6VPxS4abXtITi/8Kf/ALdf&#10;8D4vu7pkmzJFweoB5/HJqvNdlE3yOAc4ADdq+pPEf/BPvSIkYaP411OHtiZY5fpnctcL4g/Yf8WQ&#10;Ix03xokgUZ/0m0GT+WK5qmFxCe1/uPdwniDwnWS/fNesZfomfO199pu0fcc7jkluAemB71QuIorK&#10;cERZEgz8nJ6fTivXNU/ZU+NWm6iY2h0u5tmI2Mjup79ua5/xX8B/jBpNo97P4XtpEA4MVyR29Cox&#10;Xm1MLVetmfT4XjPhqo1GGJj+K/NI81uHutYePR4QU+1XUVqCcZG5wv49TXDeLP8AglR8M5J59Wn0&#10;8PNJKZXdhyWJ3EnjuTmve/2fvgrqPjzxH/wlniC7j06Pw7rSM+nCIyPcME3Id27CrnI6E/L9Me5+&#10;LtIga1fbCPu+lfQZDhpwoyqTXxbfK5/NHj/xTl+aZxhcDgavN7BS57XspT5bLon7qTurrU9S/Z30&#10;SLwr8EvDXh624Sy0uOFB6BRj+ldsrbhlmP51zfw5KweBNNjVcBbccVtLOzMP505Kzsj87g24KT8i&#10;1kq4weMdakRiG5PFVmZTzj6kVNG+4AAcE9cUrks9Z+Et1jS5N7bVQZzntX5CfHv4gv4++L3jLxLF&#10;NuGoa7dyIw5yrTMAB+GK/WG+1UeBvgP4j8YSOE+xaFdXO4nptiYivxd8K3E+s36QTEkz3MYfPdic&#10;n+Rrys+q8mFpw73/AE/zP2zwCy+NbNcZjXtHkiv/ACaT/JHr4uF0O30/SlZQYrNNxV+Oan+Gsn2j&#10;xnr3iFsEWyRxKxHHTGP0+tcz4j1uGbxxNZxS5ERSMfUKP6mt74eTfY/A+ra0zgG7vXMeRyRnHHfv&#10;+teSp2rxivs3f3I/c4Qaw+IrPefKvvd/0NfxRrTT6VPGG/1zBeDzgnniu98D2M1j4JtYy+DKm4Lj&#10;naSf8DXj73pvnitVI+aUHn8q9qQx22lW1vZsw8q0iUhQDlioByceufzFdODk515S7K33nm5nSdDB&#10;UqS6yb+7Qx9eKPp/2ZhgF1GVHctz9awr6R5ZHkkGeCCQecegrX1iYlIIpNpzKxyBzgA89OetY2oF&#10;VJKfdU4ztwfaqru8tSsHG0UUPgdp3/CTfti+GIEG5NKtLzUJcr02wtGvH+9ItfaIyOCc+tfKH7Dm&#10;k/2t+0D4v8YTLkaboEVpE/o00wYj8ojX1epUgD2p5TH9xKXeT/y/Q/CfGLFKvxbGgv8Al1Spx+bv&#10;N/8ApZIrBugpQcHNRqxOAvTFSAgjIr1D8maHfeHWpI8jiolPYCnqzDvx6YoIaJOKtaPGZb6NMfxV&#10;UBGfrWt4TgFxqsSDn5gOnvTS1Ik7RbPa/CMH2fRoVxg7RnitQu2cfrVXSUEFjHGT0UCrOQecdOle&#10;xTSUEj5yo7zbHAkcikyQc0qkdSOPSkpt6kDlJA9fapCcEEelRAkdKcuCeDjnmpeoD2Y9QetFNbaD&#10;979KKVkB1FFFFamYUyQlj8vTvSl8ZGKbk0C3AZxzRRnNFAwooooAKYWbn07U7K+opu4ZyhoAYyly&#10;DkcHtTqAc0UDbuFB460UhdQDlulAhcjGc1HLs2/Kw6560SurD5TzUec0AALLnDHmnxyFWyxyPemU&#10;daAJtySA56etJtiUYz+NQs+w7CfwppdgMk0FJFgyoDnrUYlU55zz61C0n403ec8cU7lFkyqBkfzp&#10;huB2A/OoPOqNpGJ64zRdjSbZb+0L0JFNM+eA2Pxqm0rA8t0pfOHYEfhRzFcjLHnc/e/WvK/2nTf3&#10;tlo1jpKs9wLmV8KAcD5QDyfevSftCtkKM+9eaftExanaabp/iLTUDCK6+zzruwQH5VvzU/mKzq60&#10;2enk1N/2lTs9dbX2vYwbGWK1jS2VgSFwe/5V0+lvZxxq926Dd0DseT9O9edaBqUs9x5c43EH5gMY&#10;ru9GvJI1WOzt15GDIcj9ep+g/Sopao+yr4dwVnudVZtOY1FpZhFIwQx2foBn9Ke5kiJy0YbHO1Cf&#10;1qnaXQCgvdFVxhmXC/zzUc+oRFj9muHzjqfmz/MV0paHnKlJyshmpapJECrfdwTnZXn3j/WdFurR&#10;7W+to5xtwyTRZUD1710mvXl0Edop5XyOd0Y/wrzL4h6/b2sMiTZDMDw67WJ/Wsa0uWGh7eX4OMqi&#10;0v6HJ348NyNJPZaeltKqn/UkgOvbgf4V594k8QQafLbX1qxZ7fUY3J2ncBuAI+mM1qarrv8ApgW3&#10;k2ysuVTHUf14rz74j6lJFakNPl5JU9v4h/8AXrx61XS6PtsNlym+V9e57g0nz8E1W1WQnT5xnOYW&#10;6/SnB+Mk5+lVtRlLWsqkk/umz+VaNnwMU7n88n/BQzK/th+NR1zqX9K8W5Bzivav+CiGR+2J41H/&#10;AFEv6V4qQSM54r0qTfIvQ+Pxv++VP8T/ADAAtQQAKPUelJ+FaXOUUAk8GkIwcGlBxyDR948mi4CH&#10;pXWfB7SodU8a2NvMPkMy5/OuTYEfjXcfAvavjK1cnGJF/nTWopfCz9n/ANi7wTpmheAbKazgUFol&#10;JKjrwK+kbA7YFVOo6HFeAfsZXQuPh3ZbznEK8flXvdvKUjBTjH6V3w1ifN1tJnQ+CvCTeJPEr3us&#10;65NFpqKhFnasVknfncC/8CcDpyd3UY59q8JeG/B1vCsNp4a08gdC2HYD1LMCSfqa8T8CTxy65DBP&#10;cOsTKyuidWPUHPYDnNe3+FtM0yQK1lNcxtjGBKWH/jwNeVOny4iSS/pn7Bl+JqY/JKFSc27Rt6cv&#10;u6+emr6m7d+GvC0ke+XSzaetzaP5ew+uU4/Omrp9/YRB7HX47uEfejuBtfn0YDDfkKv2cVwkJjN2&#10;SdvKsvJ/KqGo2DA741EbH7wt+N31BGP5VpyPexnGL5rN/r+f6GHrmozwh0uVKdeAePzxXCa1fh0w&#10;bgrnpiuy8QeXMvku8qZ+YqVKk/zB/A1wmu6TJM7MUcImSoYda5aiaZ7mCpU7a6HK33ifSNLvGuLu&#10;6dDuwVaTj8a5r4g+NreTQpIoJlYkEBww/Kt/WxoeiWMlxe6bDJtyzSMRhf8AgROK8v8AH2s+LNa0&#10;5ovh98I7y9lmJWKdiI4VB43lmA4+gOa4Kl4p2f4H0WEoUpVVJqy7tpL8TlPhR4xuNM+IOqww25e0&#10;uYo5L5gOYypIVh+ZyPT6V6hrgM9u23BBHUHisv4R/By98JeF7mTxIyzarqjbrllXCjjARf8AZUdP&#10;Xr3rV0PQdTvLW40oPv8Asb+XGXznZj5efYYFduW4l4eHs6uz/A+D4+yOGbY2WPwEbyVlJfzJJJSX&#10;npbzVj1HwMxTwjYxjqIOta0b4YKev1rG8Ib4NAtrSQAPHHtkGehrVX5sDOPeom7zdjxoQlGkoyVn&#10;ZFxT2J4xVrTlE1zHEvTcKz0ZguTXbfCPS7K/1ZvtUIbC5XPaiC5pWMa8vZ03Iw/27PEieA/2EPG1&#10;8h2yT6KtnEd2MmaRI8fkxr8m/g3p633iayG4tm8aVieANq//AF6/Rf8A4LYeMf8AhGv2UdK8KW0u&#10;xtc8U28RVeMpFHJK34fKK/PD4KXMdpBNrLEKtppU0xYjnknn68V4OfSTx1Kn2S/N/oj+mfAbByw/&#10;B+IxjWtSc2vRRjFfjcfbaxHq/jW/1SMqF+0zOoB6BScfyFd1LdNoPwg063yAbm5DE9+5I/Qc/wCF&#10;eY+Eo5ooVuXPz3GmLJzySZW4z+DD8q9G+Ktza6doOh6LbzAMlr5rRsPu5C//AF/zryactZzfRfm0&#10;frUqa+r04fzSv/4Cv+CJ4DjfVdat4twAMqrkkYzkZr3bU2hRnljYAKvlIxHUDIHP4jtXjHwIgV9d&#10;t7mUcRu0h3HHKg47eteuX08hJy24jBMm7rnH8uf84r0MtVqMpvq/yPCz/XF06a2jH8/+GMPVnf7Q&#10;Cx2qsbEdzknr+hrF1KcRW0jM5wATgnrWlq1zJPdyM8pyqqoyPbP9a5zxVc/ZtDubkHBWIkc4qMRL&#10;lTZ0YKk5OK9D0v8A4Jz2LXHh7xv4teMf6Z4mS2Q+qwwKePbMrV9HjpXjn7B2grof7M2jX0ijzNYv&#10;b3UHIHUPcOi/+OxrXsIbLDHTFd+XQcMDTT7X+/U/ljxBxix3GuPqLZVHH/wC0P8A20lQ9gfypyhw&#10;OlRBsEEAipFlJGG6mu0+MkmPTcSORx1qXPNRqASOOtPXv7GgzkP5zuGPeum+G1qZ9cjO3owNczGS&#10;RyK7n4P2nm6n52OgrSmrzRhXfLSZ6zapsjx2qQ9OKjtzlPxqSvXSsj5x6iDd/EuKcAM5Y/SkNGQB&#10;mhpABwD7U5SM8L+tIpLcKeKQdetRoA5gxOQKKcCCODRQB0+4Yzim7z0NKzZGAabWhktQooooGFFF&#10;FACEgHHrS0UjHAoARmUHkU2jnuaKACijnNIzBRkmgBcgdTUTsWUEt+FOlAaPcPwpu1NoO7BxQAyi&#10;ig5FAJXAkAZNNdxjANYWs/EnwrpDtA9950q9UgXdg/WsC7+NtqpP2PRXPYGSTH8qLqx6uHyXM8Qk&#10;403bz0/M7rI9RTHJ3YI+lecy/GnWmOLfTrdRnpkmqj/FnxU7fLJAoPpFn+dTzI9GPC+Zta2XzPT3&#10;bbj5c5qMsp4/SvMG+J3inOftoUn/AKZrULfFDxYM7NQGe37peaLmq4Ux7+1H8f8AI9UIKjPt2pry&#10;HbnkfhXlX/C0PFKjB1EFumPKWopfil4r2YN6OvOUXFO5suFscvtR/H/I9YDqRz6Ux3IbaRx7mvJX&#10;+KPiwj5L4E+gQc1Wm+JPjPzC41dgoGMBBx+lS5pGkOE8fJ/HH8f8j2BpdvCLkfWsfxvY6ZqvhPUb&#10;HW43a3e3YsqdcjlSCehDYxXmQ+Ifi/ftfXZuR2C/4Utn4t8S6uZLbUNUlltgvzLIQMnPHb2NL2ia&#10;LfC+Mwv711F7uul7/Iz/AA14fvN5ult5CzcBdmFPvu6DvXY6fbqsQS4XeegAbKj8sH86xYtRjsla&#10;1S4HyMeW6nmpbfXY2VJPtCMm7AAbp9aKVj33Sr1YqTR01slvGwTyVAPTjOKq6tfi3DZkJJ4UHtWe&#10;fEtuLRkLkO/ygHsa57V/EqbChlMhB6E8mt3NRQqGCqVJ6on8U6/HbwMc5LcD5u2K8K+LviS9njeS&#10;3liUryZfMPT6Ada7Lxz4wkUZiYbiCSpOSPQV4Z8ZvFYs9KkjaECR+mDjJzXk4uulFn3uSZNJyjK2&#10;rM/TNRa733Ny7OVO4vv6EdFB71wfxQ8VzSzxoIgjfaUBAPJAYHk/QVrf2tfaPpAQFVcAFpHfkE+g&#10;FedeNL1rnVhFG5cmRUjwOrMeTj2AJ/CvEr1HGCR91gMDCriG7eh9jCUuisAcYzgjpUF7Ifs7qM5Z&#10;GAx9DXzF/wALK8eY2jxZe+gHm9Koat8SPHzI8Y8X3w+XBHnH0pvM4L7LPmYeFmPlL/eIfcz8mP8A&#10;go1NDa/tl+NoridFY6gDhiB/DXiX9oWSj/j7iH1kFfrV4t+CngDxlr02u+IfB2m3l9cyZnu7m0V3&#10;c+pJGTRZfsyfCMqFPw00Vz/e+wL/AIVtHP0ko+y/H/gHHW8CcRVqSqPHxV23/DfX/t8/JT7fZnkX&#10;sf8A38FAv7E5AvYv+/gr9g7L9lz4Mu26T4YaJ/4AJ/hWjB+yx8FAAw+FmiHn/oHJ/hWyz2//AC6/&#10;H/gHJLwOnB65gv8AwW//AJM/Gr7fZA/New89P3goXULHPF7Ef+2gr9nE/Zd+DK8j4W6IPX/iXR/4&#10;VKn7MfwZGQfhZon/AILo/wDCq/tx/wDPv8f+AT/xBJW/39f+C3/8mfi8dQsCQBeRc/8ATUV1nwi1&#10;a1t/Flu63acSDo4Pev12/wCGZfg0oAHwt0Mf9w6P/Clg/Zt+Els4ltvhvpCNnhk0+MY/Sl/bcv8A&#10;n3+P/AB+CWlvr6/8F/8A251v7BevRah8NbTy5QzCNRgH2FfS9szNFgr1r5i0Xws3hmEW/h3NjGOi&#10;Wx2D8hWkL3xfsCL4jvgB2Fy3WuuPEUVGzpP7/wDgHh1vAPFzqXjmELf9e3/8kfTuhajHpNx9rkba&#10;OAecYycf1r2PwTrtulojrd8EDqeDXwb4Y8Q+KdI162vbnW7yaNJQZI5ZiykfSvqn4d+OIbrT4rjz&#10;N8Tc4I5HFOnmMMXW5lGx69LgHEcLZUsLOqqt23dK29tLO/8ATPoPSNZtpWyjKq4wW65NT313aOnM&#10;gBHTI/UV5xpHi042s4CEcADitKTxMtwmVbB6Bm4zXrQqJxPmauV1IVdjf1MWt1bmOVFdduWz+lcb&#10;rekPfz+TYaeQhGGYuHwfXDE1fjuLu6YAXgCgfMegpi6jZ2Q8ozeY/du3/wCqsqnvanTRoyo/C7s5&#10;6XwJoNtLDJqGnK8wO4G7AJ/LoPwH41NdadA8WIIh5YOMDGB/jV59dt5rguNpJXhiM/lms/V9XGzE&#10;I3sVxyePSuZrc09jXlNc17nI3sTNrj3QQMsETGNSOM+tavw58IwvpVzdkhnkkMtxnnBPb8sVNHZW&#10;0cclw7bnfhmPRj6ewFbegxQ+H/D66ZAPmZjI/qzMckmsFBc1ysXzey5YeSM3UPCyxv59gTGyjPHp&#10;6VUSea3kWG9Ujf8A6twOD7exrqbGb7Ze7HGdrEk/0qlrOirf2MkaIB1wD6+tW4X2PIrUIV1yz37l&#10;BGbAyCRjsK6PwD4gfRtVWVSQPT1r5a+MNr8SPAOqwalp/iXUDpmqoZLUiY/uXBw8WfY8j2PtXHQe&#10;L/ihLcq9v4/1SLJ5XzsiuD66qdXllG1j2H4d4zF4FV8PXjNS6ap+e/Z6HWf8F1/iJbamvw88HWlw&#10;CyQXmpTRg9OY4lOP++6+P/D7Nofwv16/UEFdPitwM9CxAP8AOov2vviB4q8c/HCPTdb8QT37abaQ&#10;Wcckz7sAkuy+3Lc1X8eXv9k/ByOOIZbUtZVfl/uoCfx6V83mGKWJzGdRdF+St+Z/THAPD1ThzgfD&#10;YKesnq7f3pOf4J2Lfw3N5rjWkUrJxJb2sSqh5jTJGfXoK7r4uyDVfGQ08uiCGGJFkCDAPJYZ7DBB&#10;/CuV/Z5sjdavpUTDbi4klYg84AA/oa6TxPLFq/jjUblEB2XRQMuf4FCY9Mcfqaypf7vJvq0vuR7+&#10;IhyYmnBL4Yt/Nv8A4B2nwLsZHvZrtVJCQktgY5ZsD9a7nUJt5cmclQM4br26/jXNfBm3+x6bdXxl&#10;JBZVUKThuCSf1/Sug1eY4kZJMEjPynHucivWwa5cJH5ny2ZydTNZ22Vl+Rz9zP55d2Y7S7YyeSAc&#10;Dn8BXG/FzV10vwXfXLcBIW4/CuuvvLDPHbkeWOFLdcZOK4L4wWMniG007wZCzGTV9Tgs12f9NJVX&#10;+TV52Mk1Ske3lqpxrxlLSK1fotfyPtP4DaEPC/wV8JeHfJKG08OWiunoxiDN/wCPMa63LHnvUcNv&#10;FYxx2EI+SBBGgHovA/lUhYIee44r6SEfZ01DsrfcfxDjMRLGYypiJbzk5P5u/wCo9W7GnDr1pOc9&#10;qME1SdzlJYyAD1NSoR0qFW2rg81LGeRn0pmMk0yRGIOMV6h8G7ILA0238c15fEuZOO55r2T4T2gg&#10;0MSf3yOa3w6vVOLGy5aLOxj5XPrTqbHwu30p1eotjwgo3YOB1Ioo5pgGecUc5pNu3kelKDkdKjZg&#10;AJByKKOO5opAdRRRRWhmFFFFABRRSHOOKAFPSmMSRzQWJpBnuKACiigsq8sR+NABULSbm3bfwp0k&#10;iH5cZqOgBxfjJIAHb1pvGeBRR0oAPxx7muN+KHjlNLtX0WwuWFy4xIy/8swe31NbnjLxTD4X0iS5&#10;IBnYFbdD3bHX8K8WvdSub+6kvJlaR2O5iepNJtn1nDmULE1PrFVe7Hbzf/AIZDPJgqef4iTyKjcS&#10;A4Z8kGpwGlOMEDHeljgUfM681J+hJpIptMzsQmSQeeMUqyXG4gkqR75q+AByD1qIhMFtpYnrtFHU&#10;rm8ikzMg+9kDrmo5dzHhsg+/SrUpjKZRMEHkCoJGVDkj6+9JouD8iBjhixkY47E0pniBBYfeHPPA&#10;pxd93zn5SeMCo5U7Bs+5FS7I1S5lqShlB3gKCOjE0wuCxZ359KgYlRgyDpziqdx9rGT52AOnWk3c&#10;0hTV9y7PIG+UtyKmudXh0TSokn4eWTzHx6EYH6YNY6tPI8cEl0V3EA59zXLfE7xSPNaO1lybc4wp&#10;/h7H9KxqT5ImkcDLGV4Uel7v+vU29T8cQm4LfaAzBcEFjgnPXNZdr418oMjTtg/wep/z3rze/wDF&#10;0MQWRpcKRwwPH0qEeNoLbAE29SM9eQa5o4iz3Pr6XD6VJJRueuWfj9yV5YgNwpY8VBrfiyQQHzHT&#10;c3LbWJJFeVt45tZENwNQjG3orZBzWFrnxdg09Hka9hOwEkse1OeLUY6s1o8NTqVfcid54l1tS7XL&#10;yjYhLHHf2rwX4m+Jf+Ey8bWvh3S3Jjjk825YdAAcj+VZPjH9oe61t30rRZBMW4JQ4RPcmsfTfFOi&#10;+CtJl8Qa1fL50oLNLIcNIx9PQDpXj1sVGtKy26n2mDyOrgaXNJe+9Ir16mr8TfFdto+mtHLKNwbh&#10;ierdvyFcD4H1jWtW8UWni6OJhaWM37tnH+vdgd31G3I/GsvS5dZ/aC8Xyadp0jR6Xanfe32Plxn7&#10;q56k4wPrXqeqaTpVlbjQvD6KLPSLN2uJV6NIRjHuf8K5ryrP2nRbeYYqnTy+n9VSvOS97+6n+rIv&#10;FOkQ2U/9oaei/ZpyHQKeYyRnbXP3qNMmAMt9e1XP+EvivoYdMZgWaONAB6gA/wBacYGfLBcYHaua&#10;oouWh6WVVcSsLFV/iWl+66P1MePThvDMATWlpljtGF65PANKLbLDK89MVq6PZgsAOADyMVMad2el&#10;WxL5C5p2lFkwACK1YNFBHMYzjPPFW9I075BhDwMAYrdtdNDDJHPYY6V6FOinofP18c0zn49F3MMx&#10;9R7U46GoORj6YrqE0nJACY985/lThpDDgID6cV0LD6HC8wae5yp0RB95ST601tEVv4SPTArrP7Jk&#10;zhoelMOkv18nnPSj2BP9ovucmdHRe36Uh0rHJQe+RXVyaQ3DCEfnUMmlYJAU47jFL6vqWswbW5y/&#10;9lkPkJ06DNdl8NvFz6PKNIurjyw5zGSeGx1H1H8qpDSZMZaIYI4+Wql7oqXERjcMATlSnBUjuPQ0&#10;40pQd0RVxFLEw5Kmx7Vp/jG5EQEM6uhAOM9RW3pviuV/3jSFsD5F67a+YdT+Jnij4dzomtSma0kO&#10;2G+AOM/3X9G/Q1p6L8f1lAFtfDHqGrshj4RfLLc4KvC069Pnp2afVH0jJ4wunP2cz7CRgfNUN34l&#10;eEhXv13bcbVHX8a8PtPiu13JmfUV5PIDk8/hVpPiGjgzNNHz3Lcmt/rcX1OF8M1Kb1iexQ+J4bK0&#10;Zhl5WHGW4ArCn8eymaRFlHlxd89Sewrzu68cXN1AR9r8pGX7oPb60aV4hjASBJBsALPI/fjtUyrt&#10;7FwyCEItyjdnrGg6wTu1nW5QsECAx2u/q3Ymt2w8VxalI0xcKCPlYdfavH5PFa3aR2cEu4NIC5Jw&#10;PrW3beNLCzskEzgDOODjNVGqjycZkDkr21ey7I9Y03VlSVPLcF5d20fQ10VpC0ulzs3C+dtGR1OM&#10;mvJ/hd4nh17VjqF3MFijVhGN34/1r06bWYf7P2QygrHuY5OAS1dNLlmrnyGYZdOhX9n1M/Vfh1oH&#10;xN+H48I6zEdqXUiq6fejOSwdT2I3Z/OvmX41fBrxJ8GNWjtdUVp7K5z9jvVXAfHO1sdGxzj0r6/+&#10;D9zbXl5NbyEFZULhj2/yMVY+Knhbw34+8O3PhDxJCssF0vBBwVI5VlJ6EHkGuavhoYmDfVDyfPcX&#10;kuZOg7uk3eS9eq81+P4n4rfFLRL3SPjrqUt5lbaa4W7tpG6Mrjpn2YEVe+MTC38E+FtIGcss1zKC&#10;fUgD+Zr2r9sD4Iy+G9cvvCOphmltSJbS7jGDNGeVYE9M9x2INfOvjCbUJ57Kyv7iSUWVkIo/NIJU&#10;FicZ718RioOhXnFrf/M/rPIsZDMcpo1ISulb5rl0/M9h/Zls2W6W+k+YQWJJG7BOeev/AAKrdrHI&#10;bm51NxhpHeQ57liT/Wp/2cU+zeCtU1guOINikHHGD/8AWq7f2wtdPjRVwXkVfw6/0NawVsFF97v9&#10;P0M8S282nHtyr7ld/mejfDfbZ+DVZlGZi+eOnIwf0NSa1c5hZto+bdnA6e9TaFbf2b4cs4ZYiVEA&#10;ZgzDlm5B/XNUtUnIMmHz/CCQM88cV7MVyUIx8kfIaVMZOa6t/mZE8gR/mYnA+XHb9KyPBlkNc/aa&#10;+H+iNGGji11byRWOfkhVpun/AAGr9xMN56dSRgVP+y5pg8SftfR3rAPHofhq7uDIF4R3aOFf0dvy&#10;NeZUXPVpw7yX5nTnVf6jw5jsRty0alvVxcV+LR9kRtuJJ5Pc0pAHI/GoVbaKkRgVPHWvo+p/Fug9&#10;H+bnGPUmpO/Sog+5eDk04kEhSetV1ESRsMc81MmQcg9KhQZ5I4z2qQbsjimZS3LVkPMuFQd2Ga9z&#10;8DWxtdBgBXBK5rxLQYTLqESKMjeM171okRg0+CEDpGM/lXXhI3nc8vMZe4kaCufz608MMde9Q5I6&#10;GjNeglY8gnBGeGNI5Ixg01JF3d6V2HalfQa3DJIznoOnrShugwRz603J9aG+Y5z3qSrD2YKKKaGI&#10;47UUCszq6KDzRWhiHHpRRQeOtACA8kelIz4OBSsSBkfnTOtABRRRQAVFJIWJUDinythODg9qh75o&#10;AKKKKACo7u6hsLSS8unCxxKWkZj0Ap7EAYzz2zXnXxZ8aJO58PWbjZGc3Dg/ecdFH0/nSZ6WWYCe&#10;YYpU47dX2RznjnxZN4i1N7gMVjB2xIW+4v8AietYSOjN5ayEnnJxUcyrK+9erdSaFdOUcH5RySKV&#10;z9XoUKeHoxpwVkiwvyuYgeg9elP3fwoOe9RJOhU+UvTpgUgmEbN5rAE9hSszTcsYcg5HP0zTJHIQ&#10;OAF9cio/tin5cgZXPSojL5jpk4XkEAZBp2CzCVVRlXcpyPu4P9KhJLc4x6lh0qwGQfuY4+R1JNGx&#10;XJYZxnrVW0uUnYqeVJtJcgc5BANRvbqV+Z2AJ4GetW5UUAFQCq9QTg1FKFzt9fTtU2ujWM2VXtuC&#10;Y25HtVaa3uWZg0owOgHarM0oCH5W9Mj/AAqCWQjJLEc4wazkkdEHLcz7i1Yv807DuMGvCfi74k1L&#10;w1rUlteTbCCdm44DDJI/+t7fSveNUkEUMkjuQqDk+tfn1/wUL+KHj7UvEcdt4f1e5s7WzZgEgfBc&#10;HruPce3SvIzWvHDUOd7n3fBWW1s1zP2cbWtq2dL4t+NFnoxlZpHX/pi3AP0zwa4HV/2r/D9pIVaa&#10;WJ+hBhYrj6qK8Isfjx4tt4TZeIbUXiAYDq4BP1VgR+WKq3fxN8M353XOkXlu2esESj+T1808W6mq&#10;Z+uwy+GD92pSbt1R69rP7W2kMjLBeSx7uCdrHH5iuZv/ANobwbqGWvL+8uG/55xRnBNeaXvjnwVJ&#10;IBN4evbwjkG5YEfkXxWjo3xl8J6LGI7XwHc8dxPEo/IKf51PNKT96ZcsV7KNqNB3Opn+N2tXifYf&#10;APge63MOJJLfA+uBUvh/wF45+ImqpqPxO8TLa2isGa183Ln2CjvSaN+074N08K7fD3U2cAYxqMIH&#10;4jZW6n7aemROiaN8JY7UE4luGnR5GHtlePzqv9n+3O/kcU8Zns/doYZq/XS/3u5674Ut7e10CLwp&#10;4L0ptM0i3Aae7ePEtw3r61g/G340eD/hx4RufDWl3yLIYv8ASpQckZ6j1Zj0AHcknpXmXxA/bD8Z&#10;a1pC6V4F8PRae0g/0i+vpBK3T+CNQFB92LfQV4tfw6x4j1E6n4h1Oa8mZyxMh4ye4HQU62NpqNov&#10;+vI58v4ezGvW9piafLrdJu933k+v9bHunwN+KNt4x1B7i43rJHxFFIMHBzz+v617HDfpLECEwDXz&#10;18BfCVxDrCX5QqCBj6V9C2NpiEAgZHfFZ4ebqQuzuzLDRwlZRi+n4kkS72DACui0G3UgArk4rIs7&#10;Msw4PXIwOtdNotq4KqUHHQ13Uoq54mKqPkOg0mDCAKpya3tPsWc4dgB2GMmqmiaeXVVKtjHA9810&#10;Om2boobd1+8SM5r1KcVY+VxNRpsgFpJkqtpyByQO/wBKk+wOqjfCeeoJFaJhO3ycDpxjJNIbWJcB&#10;dxPT7vP0rex53tG9CiNOj6MpB9AaR7OzjG9n4xyCelXTal8qxb5uueKrXOlSjKQqSTznrgf40/kJ&#10;Nt6spObcrtRkwOp2mo2FuWYCHB9jUk1hLESxRshckkVTuPMXnbgDPIx/KpNeXsEyh0ymBgetUrgx&#10;IOfvDoO9OmuJSCsSZIGcms+6nkL7yoB/vHqP8KltGlNSTGatBYX1lJYX1pFNDMm2WKRcq2exFeV+&#10;LPg/p1ncvf8AhTXpNPc9YJB5kf4dGH5mvQ9QvRGxEgBJHzYPSua12eEx71YscYx7Vy11Ga1R7WW4&#10;nEYafuTa/J/Jnm2tah8VPCcP7m3sL+MHh7dyjY9wwA/WsGX42fEbT033Hw81DPZ0If8A9BNd7q12&#10;hDAspGTx6j0rj9R8Xaf4UeS7nv0hhHLiXGFH5ivOnFx2k0j6eOY1XH+HGT9Gn+D/AEM4ftDfECcF&#10;x4H1xwuN2yychfxxV7Tf2nvE91c/Z5tBnhCkBluHAbH0JGK7DwB8RLLxfbRnwxftdI3DGFoSuPdV&#10;kLfmK9Bb4QeD/F2mK/i3wXNqRZfvNEIQv0Kgt+orSlRqVNYzf3HiYni3B4Ory4jDK3k9fudl+KPP&#10;dE/aQu5QYzZRQFV+aW4uAoA9gOSauaf8YvEPjLVfsPhwPcBMebKmBHEPXJ6n2HNJ4g+DPgvwdevP&#10;4S8KaMePmtdbeKct7BmYOPxzVDUf2lLP4X2xs9Q+GXhy2aFPle3161iB+iNtb8ga15a0dJy09A/t&#10;7LMVC+FpJt9JSSt97/Jnvfw21u+0iyUalcpbxYBcyyje+PbsK6+y+K0viO7Gl6XI5tkP7x0+7n69&#10;zXxF4i/a9Oop9vkvtPhtDz+51a3dcegCMTn64qpH/wAFF/Cfh2w+wxagxCHAFvBvY+o+UnP1raOO&#10;hBcqvY555LHFp1ZOPN6qy/4J+oPw88Ut4dtWvG2vI8JSFGbGWYgD9AfyrpvE2soulRai8+WKDcR3&#10;PpXwX+xH+3DpPx68aXWna/OIorK3C6bb3U4SaSTOWk8vsAuADz/FX1R4r8UXutWEdporyE9ECnAH&#10;uSeK7sNjIewlJs/Osy4dnh8yXPbXVvpb1PF/27rrTdcvNJe3VWnSKSOVu+04IB/H+dfBvjZtviG6&#10;CLhVmxyR0AH5d+K+tfjjPrLeP7rQtYC77aNQoV9w+YBsk+vSvmz40eErfTNZS4t7Rh9qvd/nA/I4&#10;kx8uOxVg+fZlr5jMpe1nOfY/eOB6McFhKGHveL2fq7o9e+Elo2kfBGKR3Cm6lHygfeGR/wDXpL6d&#10;Lm7tLWJvvOWGO2MDP6mpNUuU8L/CjQLMAK0xLkD0wT6epFUfA07a14nhcAkLKoAZc98kfpUz0hTp&#10;Ley/HU9de/Wr4l7c039zsexXSSW0S2crR7YYgCT2OAP6e/61z15I0kbndw0gIVenT/8AVWpreXtD&#10;5RZSzfM2RjGOR79zWFdXCCNVUcqpOfX/ADivWrzV7Hy+Cpvlv1KF7IUUybgTjOSegrrP+Cf9rb6h&#10;8QviD4lZwZo4rKyjUnlUJkkY/mEriNYnjht5J8EjYeOQenrVf9i3xjc+DfHkuvzSsLHV9Tlgumxw&#10;VGEDe+GXNebCUY46HN0v+Vv1MOM8FiMbwTjKNH4pKNvO0lNr5qNj7gGRxTwDyPyyahjYMOuR2IPB&#10;qRckE19F1P45Hr94LtHX9KkAGc7c0wMvcfjTkYY78mqQiWNcEYz+NSqfmFRKdpyTUg68GmZzudB4&#10;Fs/tWuwpj+IV7jajy4EUdlAryD4T2X2rW1YDoM5r2CIYTmvQwkdGzxMwlediaimKTu5NPzk7a7Tz&#10;gpyv2PNIuc8UpD52k0mwHA55xRSLgL1paiXkUmwooyB1NFJXKujrKKKGIAzitTnELH0A+tNZyeMf&#10;WkLE9TRQAEn1ooowaACkYhRk0MwUbjUTuXPP4UAIzFjkmkoooAAMnFAdAeTxRuEb/Nn8BVTUdStt&#10;LspdSv3xFCuSeh9gPUmg0hTlOSildsyviB4uXwzpBELAXM4IiG77o7sR/L3+leKajeTX0xmKnAPA&#10;xW74s1658TapNd3h5Y4VAchF7LWOLdeQOmcAVDufqWR5dDLcMr/E9X/l8ittJj3EFadF5YyoRm46&#10;k96tfY1OCWbpjGKUWsZURuCcdyKEup7TmmyDzhCMqhYn/a/lRiMjdLDk9SWGT9an+zxlQCue2cUq&#10;W6FcdMD60yOZFeOS2YBM8k/LuPNMkVA25TyevsKtJboOFUEEd1pJbLcN4VR354pq7DmSKySKhyhU&#10;85bmkEwcHepXnoOxqaW0XO0cE9gKjCqgUcZ9zj8etNasq6aGs+6QYP8ACM/40kilsfKc9P8A69Se&#10;ZHEu14snI/i5FRG7iRvniIwc7qWxUebdIrtbsq8r07mq09u/3iQCc5AOKtTX0asc84Y4Bzzz9aik&#10;vY3UlbYKCMEscD9aTsdEHPsYHieO5/syaJRxswcHGc18WftHfD/+3NSuHaMFgTyVr7Y8R6jCbKVF&#10;hBYJghcjr/OvnP4p6OLi5lkaPBJJAK4zXiZvRjWo2P0ngPGzweLctj4M8cfCHULG6kktIMDP3QMZ&#10;rgtQ8PX1o5juLV0/3lNfZninwlaurM8Sk7yOV7Vw2reAdJuGJm09XGegAGa+HqUalGWh/QGHx+Fx&#10;tP31qfLculyEfdOfXFMGlSnufyr6FuvhXo8kgKaYgYkbQV4zniqM/wAJtIilZXsQrBtpz04PPFZO&#10;rVitjb6lgpP4jw+DTJM5CH8BWtpvh68umUCBse4r1mH4b6ZER5VgAe5xkHmtXTPBNpbSoZrPcq9V&#10;xioc6kjeNDDUY6HnGl+ApriNRIpx6V0OjfCuOSUMLbByOor0TTfDEMeHECgHIAxwK6DSdDh3KBCv&#10;BzxW8Kd3qcVfFKmrxKfw/wDBK6bsOzpjovevQbTR38vIXBHqOtJoemlQqqMdBgiuitbBdu1lzx1r&#10;1qMGopHxWPrRqVG2ZllpbxupHU9SOK6DSNPHACnIGTxTrOwZjtB4x+Nbuk2BAATHTnnGf84r0KVN&#10;3PBxVeCiW9I0+LCqITx05Nb9tanG4REEcLwefpxUOm2sg+UR9etasNu5QSBRtPqen0r1KcLI+WxN&#10;a8iK2EqnyinKnrs71OSSNzx7ieoH9ak+yqD+8JbPX5sU1tqKQka4xwT/AFNaqJwuXMNeJI1KqoG/&#10;lhuwahcrtKONoJAKhx+eaJXJYYVRg4wD0qIXWSWdOegx6+tKxahpcjniMwCmTIY5YelZ1xpCj5+C&#10;eh29P/11pm4kZsllORnsOajd5iC5RcsQCKXLc1jG2hzt1o/lBnWHp6A9cdaw9UtpUiy3r0Gev1rt&#10;JkiZTuQEA9z0/wAKxtRsEkDEEHnBzyR+dZyTOmnS5nucFqqBhuUMOD6g1zGrzMImYdc9Cev+Neha&#10;v4atJiyscDpuJPpXJeIfCdtg/vtpAOMn/OK4a0uXoexhcE5ySueS+OfEsWkWzyGQ7tucHjj+lfOf&#10;jbxJqPifVpZbi5dog2I49x2j3xX0N8UfAy3iyJHNywPc9M15PP8AChBM2Zj16GvncbinzW6H6Xke&#10;T06dDnb1Z5zBbPHJvhTDeo61qQ6vrRtxajUbzyx0RbmTA+gDYrurP4YaWnzXD/ga2LTwHpUagw2i&#10;5A64rg9vJvRHuSyzDNe8k/kePzaZe3Em5UlbngkkmmjwDqWotvGmSNnrmOvcrXwjaI37u2U/VK19&#10;O8NocZt8c44WqjVrMieXZelrE8Ag+DGpz9NKA9SVFWY/gNeuwJtV59Bivo+08IRSHBgPT0rV0/wP&#10;AcZjHPXcK1isTL7RzypZPTWtNHg/w8+AOv2erwarpGsT6bdW7CS3urViskZHcMMEV9MaD8S/2jdI&#10;0KPSpfjLeuqJjzjptuZP++inWrOg+F7S0AKwLn121sXWmxOg3AZKgZx2AxXZSo1VFtydzwsfUyzE&#10;TUHQg4rvFP8ANM5bR7WfUVkvNZvrm8vXkLTXc8mXlb+8fc1R8Z+F7DWtJe2vLNJSjiSIuOQ46Guo&#10;i09bcnA+uBUM9q06t+7GPVhWnI3CzClUhSqKUFZLbyPI/HXinU5v7M0a7u3cW1ufKB6AZA/pXd/A&#10;K3F1qEV7cZVQskpbAJBwcfj0riPH+lQyePJLZlZVt41jxjvyTj8xXp3wVtW0+GS58v7kaqvGByen&#10;vwKwwkZyxiUuj/I9XNJ0o5Q3TVuZfmdXq0meUI3DOFyTk9PrWXfs3yxKORGqsfUgc8fjWxPM2Nzx&#10;4KkkKVxk5649a54yTyIXY53MXJz3Jr2q+58rhVdehzvjvUFstDurgPgCJv5VnfCyzn0rwPpUmR+8&#10;g84pjoZGL/yYVU+N+otaeC7ohhllKgevb+da+gFBo9pp0F0CsNtHGoVTztUD+leTCLniZeS/P/hj&#10;0c0qRo5bTT+1Jv7kl+p9d/Azx7H408DxNcTBryxxBdDPLYHyt+I/UV2yHcOlfL/7Pfiu68DeOY7L&#10;U7rbb6gohuUPATJ+U89SD/Ovp6PIQj1HavocNUc6eu6P5I44yWOT53J0l+7qe9H57r5P8GiRNuOt&#10;SLgY46VEkZyMHHsDUq4xxXUj44kwc5zkVIhJYHNRDce+Klh5cAUWFJaHpHwYs8zNcleg616avQfS&#10;uG+EFkY9KM23r39a7hSCODXqYVWpnzeNlzVmLTlYDjFNorpOQkzg9aNz44NM3Hrml8z2oAepLHk/&#10;rT6hD47U5JMkKKloadh5AHUE0Ub1opXHqdaeRg01mGePxpSxGCBkHvUYB7mrMRcDpRRQSB1OKACi&#10;gEHoc1HK7BsDtQAx2LNkikAJ6CgDJxmlB2tkHpQAEEHDClAG7HPFIG3Pkjv60OpBLbsZFJXKSQ2V&#10;/MfYgFeZ/FLxnHf3f9h2Uw8mBjuIPDydCfcDoPxNdZ4/8Up4Z0Vmg+a6nBWAf3fVvwH6n2rxx5fP&#10;mLyIzNnkY6UmfZcM5Z7Sf1qotF8P+Y5N+7JbPuBxSlHfGeetOGT8pwKftZVBKEA9KnU+4b1GKMKQ&#10;CeOuSTSgBz8g6DnjvQVYkARnryOlOUS/8s1Yj1xVJEtpjUaRW2lAQTyR2oTLgMvQnIxT2EuCpQ5I&#10;67aUPIcgKBgdvatERcTy5OmwjnrigRzMNxh478/0pxlnVt3IyP7uc0vnTKuFQkDHGKLIXNIiaNwQ&#10;xU7c9161BJEJXJKjPUDNWZFlYhsH6U1oyEJPPPBC0ra6FRZnzRjOBCCATxu61VkV1Hzx5HbNaz2w&#10;LeYGAz94gVDc2gK7kO45PHrU20N4VEtDFuDJtMqpkDsOcVTmZYvunr97H8P5VuXFmokMUmTtAO4D&#10;26VSu7JiMmMnDdx1qHE7aVWJyHiKaZ42Cnkg9+3vXlXjazd3k3jOc5ye+Ote0a9ZF4z+4b7vy8V5&#10;r4x00bn2wk9QQw6VwYqDlE+wyKvGE0eKeIdOf7iqSinGPrk1y19oIaUs8XOcn3r0zXNKJkZMZ9sV&#10;zd9o7lsxjjuDXzVaimz9WwGOtHRnEvpDRukgiQmMgKSvHXofWs+80ESTuXhDZYngcda7ltHYKQIS&#10;SR2qtNpDN8zx++fWuKeGuj2qWP5ZXRw76Citjy+MdQp5p66PGnSM49DXVT6UAArjgdiOlQHTRv8A&#10;uDnoc1i8OkzrWPk1qzItdMXzFDYGWHJH861NN09BJlVIAPep0sduMovHoav2Nq6klhnc2SRzWtOk&#10;jlrYqTW5paTbjghfQYIrctIyw5B9iao6bDkBAvTHNbNrCTIMKcY4FehSifN4qpdk1hFjlkGS3Fbe&#10;lwsg3qwDH0WqFpA2VOzGB3rXsEkGAc574716NJO54OJndGtZLdFc4zg/KGHB9K0IIbgKqyMoX0B7&#10;9ap2JmXmMdvwFX4gxAZyRxkcV6ELWPn6z1HLDIGP3cg5JBz+tJJbkgCROMZwDjNSiRlAV9qgHkjv&#10;RMjy7cMDxwQcYq7XOdNp2KU8CucmPA7he9QvZh2bCAAdMDrV9rScKCxPPTApE06ZV2qQR7np+VTy&#10;tmsaiirXM9rSJG2pEfXcBmmGPHPmAcZHFaIsZQMAZ9QB1NRtZRgrmPk8kgZ5osaKqjNmtyzAEqDj&#10;rnr+FUL+1JABXAA56gVsXFu0f3I2A5zkGsvUDsjKMRkLyDUSta510ZPmVjndUUx9T90dT3ri/ETk&#10;btx/Cus1+dyWxjOcnFcZrIMjtyBx2NeRipLWx9dlkHdNnnfjKCSRm5yN2ODXIzaQWOWj6jtXo2p6&#10;ObhzuPXrVA+HcnPkjmvna1Jync/QsHjoUaSicTb6EjjcVwV9e1aFp4fVsFlGQOK6uHQyMqIgM9eK&#10;tRaL5hViiggADH5c1MMMXUzS5zlroUY+UjIxg/LitKz0NFIBTGe9bMGkbACQBg8e9XLbTcHLLxXR&#10;DDpM8+rj21e5RstJQYUJ0rTtdPWMKVXJx6dKt2+nNgKq8etaMGn8L8qdey9frXZCkkePXxbuQ2Vq&#10;oAYrj8KsXNipj3bT+XSr1vamJAFQH1xTpoXCH937jdn+lbqGh5k67c7nPSWWXIjRs9emc1ClmxBS&#10;RcDPHvW7MUh4eJN2OSP6VUlRZwygDd0GPrScIrc6I4ibR5b458OQ6X41lS6t8R6jYi60+UD78ibY&#10;5kPORhRG2D6n3rtvhvarFob3KIAHcAHPoP8A69XNe8MweILJbS4PlvEGMMyj5kLLtbH1HBp2g202&#10;j6Uml28wKxt87PF1z3ODUU6cYYjn6WOyri3VwCpN6p/h/X4ljUm22rTiQBkQsR6kCuekYqgHHCgc&#10;/Sugvc3VpJGLhRvGwNgH3yOeax5tEeViBfEE8bhGK1rSu9DLCyhFe8zyv43ytdJYaMrA/aL2NWjA&#10;/h3An/PvXcfDG1CgaleI7yE/6PHjBHv9Tmluvgx4Y8VeJNP1fW9T1GR7G7SWOGKRBG7KwYZwucZH&#10;PNelWvhzQLJke1sljzkqzKcfzrlw9KcakpvrYWeYihiqVKjG/up/e3/wxBeaDLqlruhjYFBvBTOQ&#10;Rz1r3n4X+JJPEvg60vLl83MK+TdAdnX39xg15DBIywgQ3CoMAAFOg9ya6T4M+PvBmkeKJfBsviaG&#10;W91Ej7NaROHw65PJHA4BHrXpU6kYVE299D8o4zyOWYZFOUFedL31ZPZfF6K2vqj2FD0DDIzUivjO&#10;ahSTLADoakUMc5rvR/PpMrEjAHbvU1su6VcDvzVdSPvD8amgl2OCPrViex7f8OII4PD8YTGSATg1&#10;0yspHBryr4deOfsG2yuHzGcZz2r022uYr2NZ7d8gjg16VCcJQSPnMXSnGo2yzRUYaQN8x4qQHIzX&#10;RexyNWCijmimncQUpGO9JR9aGwF3tRSYz0FFLmiOzOv3BjkHgGlyD0NICDkYpcAdBTMwoZgO1Ic4&#10;JzTQVPUc0XCwpcY6ke9RyOrc989acSMHjtTUTecZ7UX0G0NoGTn9KkERU5LcUhGDleeaTlcFEau0&#10;YBHOe1JcEAAn3xTpecAHBzTHk52sOnemtEUfMv7ZXxm1P4a+NEmtWDxQ2kYeE85yM9Pxrx3SP29P&#10;CrXH2fWfDbxsD8xiuB+PB/xrd/4KTSyQ+KLpgcYgiII/3BxXwrcaqhvCSxZs/MQeBz/+r2r5TMc2&#10;xOExTjB6H9e+HfBeS55wrQqV4e9yrVNp/gffejftjfCDUiFaW9hb+69sGH5qTXQWP7SPwgvBtj8U&#10;xKWzgSoVP5Gvz6sL5kjGyRgc9jV6HVrpbjLXcnOOd/tUU+IsR9qKPdxPhZlLk/Z1Jr5p/ofobbfF&#10;74dXYHkeJrVie3mDP+NTj4jeEHO6PWYm9/NH9TXw34N1qWKeO4klyVORv55zXvfhT41T2tvbR3ty&#10;lxHCm14pbaIAd8AhQcZ/WvcweZLExvLQ+JzfgZZc17Fuf4fo/wBD2n/hZPhYFWOqRgngfvlx/Olb&#10;4leEx839pw4xziVT/WvN5fjrbxXaX9ksREigywi2jXBztIGQag1P48tqMoRLKyVTF5ZLQLk5PH8P&#10;/wCv0ru9vSX2jwI8P4mTX7p2/wAX/wBqeof8LK8JbQ8moxbT0JlXp+dQyfFTwamN2pwj6Op/rXls&#10;/wAeIoLORfJhZ1XCAW6kZ9cYHH5/0rPuvjqkpdV2ksqgOItrDpxjuDwal4mn/MbU+GcRJ60n/wCB&#10;f8A9gk+LvgQAv/aqEdSAy5H/AI9TI/jH4GlJWLU2ZhzsAXP/AKFXhF98Yr66kaWa/l89gu5Qw+mM&#10;n29MViXvxQ8UBdkGuzdMZE2PlxwOP88VjLHQXX+vvPSpcHOotU0/8X/2p9Jt8VvBow3mzMCDhlhB&#10;H55px+KHhTCgPN83Awi//FV8t3fxD8U48iPxLeA8golwwAH4Gqy+NfFEcXkR69eMMAKPtDcYrJ5n&#10;G+x1x4Fi1dz/AB/4B9S3HxX8KRDfIkqjdhS4QAnHu1Z1x8V/Ccj+WLh97EhQShz/AOPetfNNx4q1&#10;65Ia71y6lXklXlJ/nTF17VUdnOoOoxyVkOefT/PaoeY36G8OCKEFrPU+itQ8daPcRyG3huWxkN+7&#10;HH6/X8q5XxFBe6i5S106dWJyFkiYHP5V5EPEmshiBrNygPJCXDAMc9cdzz+tLL4k1+RWEniG6OMt&#10;tNyx5PXHPXAqJYyE1qjtw/DcsLL3Jr53Osvfhv4l1XdJaWkRAUucNIcD/vj2P5Vnt8DvHd0xENhE&#10;2OSAsp6/8A+tc/8A29rUcW8apdBsc/vm6eh5ph1rV1KhdYuRj7oW4YHP51yt4WTu4v7z2qdDNKat&#10;CpH/AMBf+Zsz/A/xhbs0NylvGwIBDGUY68EeX14P5Glk/Z+8aMfLJtVIXcVImBI9v3fNYT6rqj5Z&#10;9XuWI6gzsQw/OozqOonHl6nOpB43SngfXNZ2wbfwv7zojHNrX9sv/Af+Cbn/AAzf45uXMiT2apgH&#10;c6T4AOcZPl98EfhVaL9nnxJeZW31zTm+YfKPN5JOP+edZUuq6gwZjezYB6tKajW4uxJmWdzlfvBi&#10;am2CbtyP7zaLzlLWuv8AwD/gm3J+zv4mtXzJqOnD5CGwJfz+5U0H7PviaC5Fu2o2PmgZ2HzBkDPq&#10;vPQ1z6zXW0Ml25JychzwKX7bdsd8k7lAM4LHLfnRy4NfYf3if9rtfx1/4B/wTqofhDrdrIIm1Oz3&#10;kbguJOmM/wB30BqeH4darbyCKTWLQN977snT/vmuQSaQJl7g5BJwCeM0xpHZDmb5sckHpVJ4dLSH&#10;4mTw+Ol8VZf+Ar/M7u08FXisrjW7PHIULuOf0q9FoM9tKIptQtMhN2Ax6V5oBtOUcnHVl75/yKC2&#10;3mW4wSucdSBnvVxrUltH8TGWXV5vWr/5L/wT1mPzbOMSSXFqEIzxJnj1x1/OpbXW7O4Qsl7ZgheQ&#10;zcjt615FI3lR53YAySysc4qMFFyCg2jod3JH0rT62l0/Ew/sRTWtTX0/4J7PLrIgYK9/Yjf8qsJV&#10;xx688Ug1u3K7BqNmSCBzIvBPT+KvFBcgTPGyE87s59fanQSwiJUYAlid+Oc/hTWNjbb8Rf6vRS+P&#10;8P8AgnsZ8SWMbHzNXtcDG4ZUjHqPmpsni3TQu/8Atu0IQk52jn6fPzXjnmySbWaHaS3QjoPWpPtA&#10;GPMba44we5wST6Y9qX17yK/sCmt5/gj1weN9NER/4mcOGH3VhH/xdMXxho+0KmsQZzzhF4H/AH8r&#10;yX7VFJlk5IBqKS92wHbGC2eDjoKn69boaLh+k3pJ/cj1658V+Hw3lT67EhBwSFXaM9MnzOlZWo69&#10;4WlJ8zxCuGJwUgU5Hf8A5adK82F+JJjmBl3YBJGaabkqGaMqFA+6R1JqZY2+ljSnkkabvzv8Ds7y&#10;x8GX7Fj4sYEkD5bdO/8A20rNvPBXgi4XefGE+BwMW8QIz/wOueDZLYGdoPXpx6fnTY5JFj3Ky7SR&#10;8v0rCVam/igvxO+nhK9P4ar+5f5GtJ8MfADOfM8Z3BBGQywR4H1+aj/hWXw327v+EvvCD03RxDH/&#10;AI9WQt3LC7FWC5I+Qmk/tAlSNy5/iA6D2rPmwzfwL8Tp5Mw6V5fh/kasnw6+HVt8zeK7px32rGf0&#10;zTF8E/DmN8HxLeKCPvfugD+tYt3fSyuzb1GSA2OKjNwjIUIHbJPfmpc6C2gjSNHGNa1pfh/kdAnh&#10;X4bKRu8RXeCCNzGIYI/Cnr4f+H0a/Jrl0QRxvKY/Qda5xpY5ACoH3xkng+xqNrjDKiSsVBOMnrml&#10;7SkvsIPq2IlvVl+H+R0qj4bQN5ba9c7v7oC/z21LLefD+AhU1a4ZQeG3Lg/+O1x6Lul3SH7x68E5&#10;9aluHV5ACVPGAR9fSkq6/lRcsDqr1Jfev8jqX8QeB4I96Xd0V55LLj/0Gga94LlbYLi8GBkn5f8A&#10;CuTmhSa3NvDjaU6AZP1FOtv3chdVGEX94W6H1pe3fZC+oUuW/NK/r/wDqFvPAM6k/wBpXQI4+8v5&#10;fdqCT/hXUr7Tql8uTgZK4+v3awnu0dAkcC+o6ehzTH1BQuEiUrjO/GTmh1V1SHHBvpOX3r/I357L&#10;wGoK2+uXjKDhn8wYH/jlV30zwS7hRqOogsTnMgwf/Hax0vkxvcKRwcbehpWv1yGKhgpyOetJ1oP7&#10;KKWGqR+3L7/+AX7zSvBFmpU6hqbFT0SdcA/98Vj3+seD7KX9zJqEnX78y/0Wlv8AUBIDIFwwGeTk&#10;1zWrzAMfl7cetcuIrqK91I9LB4Rzfvyb+ZeuPG2j2bGS206QgsWHmTHGawtc+O2uWW5LOBEwflI6&#10;frWdqV20S/L3HU81xniC5O5yxJrya+MrJe67H0uEynByd5w5vXUi8a/GzxpqCPANTlRehCOaT9j7&#10;xTqN1+1X4Wa+vZJA9/tCs+eqmuJ8SXQLsVbHY1sfshyvH+1H4PYNz/a8fHsRXLhKk6mKjKTvqvzN&#10;OJsPQp8L4uEIpJ0p7f4WfqhC3GTxUyvxk1WQkt7VOr/MPSvvj/PrYlVsH2qVHzwT24qAHPOacrNk&#10;CrukhF6zu5LeQMh6Yr0PwD47e322tzLlT2JrzRG4+lW9OvntZVaNsDNVCbg7nPXpRqRsfQ9rdRXc&#10;XnRPkN3qVWxxntXnfgLxwQFtZ5CVY/lXoEUwmRZE6FcivRp1VOJ4Nai6crMk3HHH40b/AEH60gYF&#10;eB1pQO4GfrWimjCwqtk4paQKBS0pVOwkgBPQUUUUe0XVDsdczc8UgYihcZ5pK0ZApckYpKcAu3J6&#10;0057UgEIyQenrSoUDkgGkUSFiQelPA25duvemxCTEhcA0zaSmN/XrxQJAykOT14xTGUEggketC3G&#10;EoKkfN24phIAyf1oYkHaD35pG5wPerA+Vf24/Auj+M9W1e1v7xYJYdMSaCRiQSwQ4XOMYOD1I9q/&#10;M6+lVNUkMS7QJOBX6Of8FD/EOoeGtflutOuGjebS0jZgcZBVgR7jFfnJew41eTfIqgHcCDnP5d/a&#10;vhOIZQliEktVe/6H9t+Csa8eGoynK8Wo8q7WWv6GxZysYQVbp1FXLWV8g57+lZtiVKkc+2TVy1Iy&#10;ODnuK8SDP1uokdRod0ykHpnjjvXZ2WpXCwhPNyCmSQOv41w2hRncrMO/rXX2iBFDJtCogwQ3X/69&#10;exhJy5dD5PMoQc9i8mr3ewvJIcFTlVHH+e9DapdSqFe4JJc4x0/AetVUdsYly+eQT9O9PL4+faCu&#10;fmK4BBrs9pLueW6UF0LKatcrEElnPHUd/ekOpEuMyZDd8ZH/ANeqgIC42tzwd44HvSSoHVQFJAPA&#10;Bxn1pe0kP2NO+xZN8OAI8+pI757VBLfzJ0baw657e3NBiO4lRtXpg9+tHkB8ngkDG/P+PaleRUY0&#10;1uNN1cvwj4y2Rmhrm4DhRKd20Zx0NLt+fD8Dp05NCpIGIVicY2gipVy1yiLdXgbe0nfLIamW5uI5&#10;P9YAOCBjOR/Smf7aMpPcgdTjqf1p6BCwAYAjG0k96pcxD5ewkd3eNIEUEfLnd15zThdSxR58w+/o&#10;aUYTOA245/h4708CGQnyy3QFgTzmq1tuQ3HsJJcXIX5sld2OOw9MVGt5dSHDBSoJyDUoUhMEhif4&#10;T6dqaYZQmEAUk+nP4UXYvcW6GF5WwFBJPHNNEksMojU4+boR1qaKNh8pdTtPByODT0SNSAz53E5I&#10;70kmxuSRXjeVQQVY8n+HIH/6qUvdpGvzkYOOBUzAbyRtwAAM+tIyRuCz429VUE4/GmhcyI5Lmctu&#10;JKn1Hbj6UjS3JRcS9Bnnj+VSlI8EhsjoF/DoKHiUEKUIxyecYFOzBSiiATXCEMspyOw55BqQNPIQ&#10;3mbe3PapFCQAOmOMjG3Bz1qLzTG23AJPJ5BoswTvsgJdInWSUkEFc+pxwf5UwICMgv8Anj259KkR&#10;g8fMYAJ/EmmPt8vLZy2N2BnP/wBekl1GmNZyfkLkOeuGOQKY53EnacEgEbuSPU1YmZfLIAyckAn/&#10;ABqGaMrGW3EHjA9f8mk0kOLuFuFRWIkwSvOFzkUsJYDEYPK9z14/lQi738xCDn72ep/w6U/zN5Ke&#10;bkHHA6demaLNIbepGWdciXdyBx296Y8RL7Wy4bGD+J/pU8sYQZJypJIGc4/OokchsFj93HQcY96T&#10;XYcXcTYfL8vJOffkf1zQIj5m1l2gDkZx+FSRoBwZRy/c9CaeTGUMxAAJxye1LRhzWKrrKGVPMY7R&#10;gH+nFDjepLqzHOACeB/jU8irll2EcYLEYAH+NIiBflHBB4x2pWKUrkPzMPmJyvJJ7f4VEd5IR2yS&#10;Ocen41NIdwOJACG+bnmohIykbo8jJAOOv/1qRomI1s+4kE4Yenf0qvLbiMlSc8dO5FXZF2RgEbiw&#10;znvz/WorhN7lgR8o6A856UmioSdytFaFkARuc8HsKPIdwdo5HbPT3qxAHY7JAME9O1INgzIo/XNF&#10;kXzyIBFkD5CBj8uaR4NhOTgkE1YjXd86NxnJx2NIShYAjLYxnOCKLD5ncg+zqI/NCj2ANReQBl2O&#10;f9kCp5GVlDFtuOufamyMwXYJAR1YAcj8alotSlYgMDhCwBBJwRj8aQyuAEDkKTty3f61JnzBgMQS&#10;cHnFMlVSAEHI6ZPB9/eoexa1eo1pnLcncuDn2NNM0hOASRnGBTnDkndxzzz3qNwSSxfjgcHNQ7lq&#10;wrH5chvypoMmwF2ByeOMU4oq8FhyM9en/wBemtkR7Q5II4AFIpFa4eWRckZGOCvSsDU2djuY9c4r&#10;ob5l8rzHztxj1z2/wrndSz3jIx1Oa5a56OCtcwNTBZHy2OK5DxASu7nPce9dfqx/dk568GuQ8Q4G&#10;/DDjA47V5VY+mwvQ4HxCwKn/AHuDWv8AspymP9prwe4fGdaiHHfmsfX3GGUAYHStD9mKT/jJXwax&#10;wP8Aiew4596nA/xfmc3E+uQYlf8ATuf/AKSz9XxuDn5u+MU9FJfcTgj0qLzAJCvv1qRZFzg9frX6&#10;Ef55smRxnJfvzUikZDflVbOGABp8b5OM8e9K9mFtC0p28gdqljOT+GcGoAWOBzipI3IGAKfQk1/D&#10;13JDeIQ2AG6CvcdAcy6dCWP8ArwbR2JvE+o6V7r4YbdpEOD0QHrXXhm7s8nHxtY0hgcCjnOc0Z96&#10;Mg9DXU9zyR6nIzS1HTg4IyCaQDqKQMD1ooA64qRyRQAT0FKGLHaaD8hwK6DMaQR1odDtwaUkk5NI&#10;OTigBFQjADdKdKwCZPFOChelNmClRu9aAIlAByPqaerBhlTSKFzkHmhmEa5zkn1q1sBBkk5A780M&#10;cYOKUjJyfWkIycZpgfGn/BTYhdRV/XTo/wD2avzqvyx1Jwmc7sgZr9E/+CnmE1KLbnJ06PHH+9X5&#10;2XrZ1KQL2brmvz7P/wDfWf3J4MK/B1H0Na15AO3BxwM5xV61YlyMjp61S08jZuB6dhV6zBLElRk9&#10;K8eHQ/VamzR0vh45K4AyRgk109oWRUCAcqCy44PHIrlvD23zRuOAMcHvXXWkaKEyoznGQMZNezhf&#10;gPkswfLVHLv8slUAOMkZxj0pwRgPKKknPJ+o61IiFpiNq/KeuOAPSnoCqtkEAZwFPAzXYl1PKcyF&#10;Syy7doC45BfGBTTDvby43woOC2cE1K0J3k7ucD5Tnn3p6qgBcqNw446f56Ura3HzWIUUoQEUgDpx&#10;mnnzUABlzxnAznr+tEcLqCdvcY/w/nSxhpGMiIxJx8uOMetMTa3GFnkcZ+V1O7r97/I5pQyiAoy8&#10;fxc57/5NGGRyrqVTPGB1+lOVvvKh+QHkN/WmDI4dhflv4eMCp18x+IzvxjOSBj8KgkVcYZjuI5C9&#10;M+vrUgPlRgKo3ZyeOv8AkUk2mErNaDl2u5h3tuPQd8j3p0QJJDKcYz8ppikSzrtG4YyQVxtFOdwT&#10;veTj0UdxTRJMoEhyH4x+VRFgconyjGdp6/jTDOVcRySk44HGMU6ULIxZpSSp+6R04ouhWtuMZ9m0&#10;N/CDnaQc1MzxqqSK207RgDoPWqM7nIVZDt3Zx61KhjMgVJQGHIBz/OhMtx6lhLjCKR3746U1X+Yl&#10;sAnOCfSkcLtOwHAzz6e361ASPP8AMV/vLgZPFO4kk0Wowuz7pzjkd8+lK0ki4BQ8nGF/xNRBwBuf&#10;naec8CntIzTkjnYMfMevuBTT0uQ07jmUMplZtpJ5YsOKjmRCT+7Unq3PXjilF0drSoAd5AY4HPPQ&#10;DtUXmzyExo2Dx8u7INNuysOKkNjDFQARkcYZufrT5HV3UMegPB/lz9KYJAh2yJ3Odp5z/Sle4fyk&#10;EoC/KclhyOT/AI1Csty3e4Fg53If4eXJyMev+fSmAu+H80tkAsTxxmpmdVBR5ANuBuJ79KjlmIPT&#10;G3BIPFDsxxuIzzZDM3JHPTrwKRGXOxcE+3Y02VmkXashyD02k4H4UCMxkZYAqeCOMiouy7IcqlmY&#10;7gATldwz0pjK27c5X1BHGfanGXkxjB4G7LdDSksXyw6fdNF9dASGFkRYwqFtpx17/WnszbQXA+9z&#10;lqjmwgG48bj0PpSgo2DgA/wgetIq2hIsq7CFRjk4xk4x3NL5uQWbAA6EEc+9Rp8mDnr0wePagshJ&#10;DDBAKttPUU7kWQhnh3Fo2Ur94H1pmVDf6w5zk5+lO8uNAS20Y7HPOO/Smjlipbp0OM0maLyFUZG1&#10;pFYHqT1I9qiZlBDNg55znn/69KQqjcG3Kck5FQsQqLGeoOfvfnSvoaRXUlkyAd0gOOSeaQMpACoS&#10;cnn17ZIpqzKSQkbk55wad5hG4lCGHA5HPtQDG/NHje2MZBHrUZJlO4jk8EDvTyzM2R03HoaD5ryE&#10;qrdshTgkUFIicIPlRCO2T/SmbQSVBYnoSARinsAG3IxzkcEUxmAJypIDZUn3qGWmMAAcZYgD1PHu&#10;aazMiBgOM5GRnt1/I09gpkxu4CjilVSwKnhsdMYyaXUu5BJjduIy248hutCw47+xJ6VK0ZAbJyT1&#10;yaRlG04QZA4GMZFQ1ctS7DCFYqGBYjOcHtSPES+0LhAAQPUVIhcqFTBx94H0pro29mC8k8k9PpQC&#10;ZTvGYZ2knjAPauc1ffksBk+hrpLoKYyzMQcEZx3rnNVKNMec8c59a4q+p6mB+I5/USTG7lfw9K5H&#10;xAgYNwfTk11+qB9jkjHTqe1cjr+0htwJBI4Bryq59Nht0ef+Iio3xjPerH7N7eV+0V4Ofj/kP2//&#10;AKGKg8QqpLsRj0p/7P8AL9m/aA8ITED5dftuv++KnAv3/mY8RLmyTEL+5L/0ln6zF1ErA9Nx6Uo+&#10;Y01jiVgePmPNODYIxX6C7H+eXQmQEEOegpVdScEVGJWK4AFOQkde/vSdgVy3A+0bs8VKXJH1FVI2&#10;JHHIq3EVYfhQnbUhovaM2LxGB/iHFe6+FGDaPEAP+WY/lXhOlAfakyeN1e6eEP8AkERf7o/lXZht&#10;2zy8w2RpNlePWnq3GCOlIwPVjSKMOfm7c8V2tXPHY7hh9acDgY7UgGBiipEODHHNFN57HFFAHYrk&#10;HJFDkE8Uu7d8uKbXQZhTowMdO/emnoaSPruHagCXpUbkOeCeKV2fHyJn8aRhhR8vJ60ANUruwM9K&#10;ScDaDjnNDFY2DY6jFNf94Nw44xzWiAZkdc0j8DigDHHGKHzjpQB8af8ABTtWOoW5zx/ZqNn0OWH+&#10;NfnRfsn9quvAy/UcV+jP/BUL5bq0I6nSRx/wJ+a/OXVo5otRZWRsjDFgM4UgEGvz3P7/AFxn9x+C&#10;7T4Po+n6mppzKFU44961bMruyX4rF06bdEOOB71rWMgOGBAya8im9T9XrLQ6fQymAXIAznNdVYsk&#10;6hCee3y9K5HRSfl3L1xk11VhgRbW3Z44zXsYZ+6fJ5hH3i+ZJVHygBTwB70vmeWqzlTtIwxyTUBv&#10;kLKuQDk444qdpg6fcBCnoOldd7nkuLXQVJwI2jjcEcckckUKzb9gc8YYY6YqELHv3RAgD+IDuaUS&#10;RgbtxHoQPf8ASmmLlXQlVWEpPmfxEYx/KghTmNeceh7fSkDIvcHa3IzSrI8WHKZ7HcKa1EriKmxf&#10;mbGTxilEb/eZlB4yp9KXLQllDD5l4PT8j2ojiDKAfmZhwWJ/OhiuMCr5REuE28ZGT83amzRHIRFb&#10;J5Izn8f51JJjACLuBOMADqKRkaJcsDycH39/yp2GmKzQrmNSTzwNp6UCAwRrh2IQ/OcdjzSGR2Uy&#10;KCBnop605ZBJlWhIDYOAeSfr3FHUTvYYMNOMnPGC3HGPT9KczM0hdyMEZHJ6Z75pFQ9EcqCR82P6&#10;UNsZCxUnA5JOT9KN0FrEQlTeZRHnP3WHJycjn2pUUMBvXHGCPWhxvxErcHA4HQelKxlZMPjGcAZH&#10;PbNTqXoLIwZcsWIVsk+1GNzs4ZijYyB2z0/z7U2QSlHVkXggBmpTLEu5ULAA+/J7+tMBzFScBWcc&#10;fkKXjcQjk8/KpHH/ANfmq7OyykGUAEZwTgD/AD0qQsYlZ12gcZXvzTTBxY4AlC+9WyCSSQOT/Soy&#10;7wuAZCMsDx36fmOaYJMkBQSEHOegP0p6TO5KbQQx6cDt61N0PlaQojkMv7zbnPy55x6U4orgmQcD&#10;jcMZHFQtNKSFYqQqMcnPr/nmkUqGBTaCQdvcZ/8A1U73Hyuw4qAWO8kHhQVxkf8A680L5Jw4mPGC&#10;FJIz/jTWkVzuUEAn5sEYH0qNWIZU3Zwf4RnFLmL5XYnM2SAvTqdo/lUZl3ScHOWyMdabG4ZhGqkA&#10;sQGzx9KRFlBdpCDzwOw+tTcaikO3EuQzjIBHA9qVpcADpkjjPbHv1poOCWdupB4PT0p4YE/vY1yB&#10;1B6UXC2pFLKzH5VCktyNvP6dafA/lyGJx+OeaaVGC4LZ5wMU2F9zZBPzcjPbnFIrSxPNISNynkH1&#10;44qFGcxGQ/Nk+nPp+NDsWcR4Bwc8nqBSPLtiZXzsC5XaeT/hRcSQ4Ss42RqQFHQd6aJCXUsMkdcH&#10;rTC55UROM4yAcZ/PrTZJmVRgkeuO1K5oo6jpZg0bRomCOeD0qMKpUkfeABwKVmAJZHJ45APWmBmB&#10;zI2Qe+aCrEkeOEKAcc4HbtQu8OVdMZB4/u+tN8z+MHBLcAHFNDOsYRM7SMg5obFYmGFYOjbhjg+p&#10;qJ5GUlEJwCc4/wAO9IrF1BZWDBs5PNMeUu5R34xz7+9JuxUY3FiUuoCNwT34zUchTaVdM9j+NK0k&#10;abSFOV6Z9aBKWYsyEjsSvU1F00aJWFTaiqMAADaCBz9aTzQ67jGCBwSfbn86jaVogyYBz3Jzj2pE&#10;YEBGkGAMg0rj5epI55DE8HvmlUgqG6D+HIz2qM8EbHbnJPOc09mJJ3OAMkD6cUIVtLCM+JViKf6w&#10;Elhx+dOkSTGR0xluOtNLplf3g4OMenFNZlxsXKjJP/66TdhpFTUg0luTCy/N1H41y+oLK0haVSoG&#10;e2K6e6CCLCLjg7vWsDWOFIyDx27VxV1c9bAuzsc5q3zBuceprkdeGEZh0FdVrLYByw+U+vtXJa83&#10;DKCffmvJrH02GWqOE8RE5cDke9M+B7+X8dvCbknjXrbOB/00WneIpACxxznmq/wiuBafGTwxdvgL&#10;HrlszNnoPNWpwWkvmRni5sorL+5L8mfrexHntz/Ge3vUqlRk9faonYfaJCBxvPH405D6DFfoTP8A&#10;PFDw3zcfyp6FS3/1qjpyA5zUklgOBge3UVNCxX5fXpVVDkYNWID5jHB5FMT2NLSD/pSf7wr3Twi2&#10;NIgyesYrwnSzi6Xnqwr3Twnk6PAR2QfyrrwvU8nMNkbLfdpuWPOacGBOKR1J5FdqZ5LQB8DrmlBz&#10;zg0wDjA/KnKT3PWkQOooByM0UAdkVCjINNpzMCMA02ugzClCbk2jjn0oQZPIpWIjGcdaACNdhwWF&#10;MZiZNpbp05oKowLBj+NMIHUjJzQtQHSKrY3Ej3qJiCNo6Z4NO3KqnYp57+lM571oAUjDJApaRhkd&#10;KAPjv/gp5pGsNcWGrfZmazk03y45VyfmDNuX68g/Q1+c+o2xi1pzcRSeU0h81I/lyPT86/cHx18P&#10;vB/xN8NXPg/x3oEOo6fcL88M2QVOMblYHKsOxFfmv+3h+yN4K/Z08S28fw58YajNbS24uW0/VoEn&#10;EW5m+QONpYYGfmGfevj8/wAurSm8RDVdT+qfBXjzLFhIZHXi41VflaTcZL1V2n6q3n0PmiwRw52o&#10;wUdAeTWzp8TnHynGfSucv/iPY2t2scnh+OLC4bylkwxyeeS2P0q1pHxn8O6fIJZbHkbgQdwwPxFf&#10;KRdOErSf4M/pKccRUp3hC79Ud/oEMrOIyucgAtnkV1NjbywxYAB+X5sDPHpXnGifHfwVHMJGtZCp&#10;GXVCcn6cV11l+0J8Lp7cxrpeo7sAN5NoXAPY8Drn1r1sNVwzXxo+YzHC5lzXVFteX/DnQGMgGMI4&#10;GM4HSjJCZ245xg9a5u//AGhPhnaqvmWWrR85dpdPYcVSn/af+CkBUPqV8CR85exHHoQd1dLr4Zfb&#10;RwxwGZSX8GX3HaQ8R5CHI68cj2NDEltqgAY5HtXn0n7WnwWgjbbeXbt2Bhxj9arH9sj4QRRKuZ84&#10;IPydf061P1rDL7aL/svNN/Yy/I9NSQldoPHABA5z6USOGYLIM5Azz/PFeTv+2V8LBL5kDSY2/MpR&#10;iT/9amSftufCpkWCZ2Mak52qQxBo+t4a3xfgw/snMU7+z/Ff5nrazLt2hWUYyTt6Y68dqnjQrGSH&#10;Zd2MD1FeMSfts/CMxlVEoyMHGf8AP/6qj/4bg+FsYYRyyZPQsjH8/Wn9cw/f8H/kQ8qxz+zb5x/z&#10;PaXgkBKGUEE8BgO386ZIJmUJvwCcHPc+lePf8N0/C9jvMLsTnOFPP6V3fgz4jeLfiF4et/FPgn4U&#10;ahf2MzHybuJo1VsHB4ZgcZFVHFUJu0W/kn/kc+IwtfB01PEOMFteU4JX9W0dPbiQwlpgAzP0UcZo&#10;VS3AkfJBwNvSqK6j8WioE3wZ1DAbJzPCvb/f6UHVPimFyPg1ebsnJN7CBj04fP61p7SHZ/8AgL/y&#10;OD63g0/49L/wbT/+SNJFCqDCxyPXtVeSJTGeM85GOpHrVNdV+LKyBovhFIuP4TfRDH/j9RXFx8Yr&#10;hlZfhYq7edv9owgN9ctQ6kbaKX/gL/yCOMwKeuIpf+Daf/yRoMFbOVb0+U9cYpsaTXkoVVK4bbkn&#10;gVSP/C6ZZxPH8MolKnP/ACEoME8j+971YS4+OS42fDe1wW3Ef2pDyR360lUj/LL/AMBYPMMBFaYm&#10;j/4Nh/8AJFpraRH8mUhW7Z74zxxTVV2k3NkknGVPFVbiD453kplf4e2e9sZLanEcHH1pBpnx2bB/&#10;4QCw/HU4unp1o9or6Rl/4Cyf7Ry1LXFUf/BsP8yZ3AyWWQkggcdD7Uy4j/dMz7sqQDuznNQt4e+P&#10;DszJ4D01cn/oLx8fQU4+GPj9Jkp4K0cE8/Nqidfwpc7/AJZf+AstZplC/wCYuj/4Nh/mStvzsEe1&#10;SMLt5z70kaTxnyw24k9x+tQf8Ih+0KQG/wCEU0VSucZ1Md/+A0N4I/aDnUbvDehbh0Lapz/6DU87&#10;/kl9wf2tkydvrlH/AMGR/wAyxAVchZCdvIxkHFPaN9hAYZ25PP45NVV8DftDkAHRtA4PG7Uc/wDs&#10;lPi8E/tGxIwj0/w8u5cN/px55/650e0fWEvuJlm+SdMZR/8ABiGGTcm6Rdp6YxwfSpcjysIMY+7j&#10;jg1Cvw6/aEJOdN8OYJ6f2g//AMbxTm+Gv7QzRBGi8O9Of9Mb19oqXPP+SX3FPO8hX/MZS/8AA0Tr&#10;HKiCR02oc4bjnscUxyDGpjbcD37ikX4b/tEiBYFTwwQp+Um6fI/HyqaPhh+0Ngx+d4aAIPW6k/8A&#10;jVHPP+SX3f8ABM1neQ3u8bS/8D/4A8RSK+AnB/jHTv3obO4HDMT0J4/D/PrTF+FX7QqIQNS8OAd1&#10;M8p5/wC/dIfhT+0G2A2reHQM54nl/l5dHPU/kf8AXzH/AG7w/wD9BtL/AMCf+Q5I5W3KyknOWz0x&#10;TDC0bjysNjgnP5Up+Fn7QIPza14dXHo0p/8AadMb4TfHhs58R+Hl/vYEn/xFLnqfyP8AD/MFn/D3&#10;/QbT+9//ACIpASI7sAqcAk5BxVeZi4YZ5Iz14NPb4Q/HNiGPivQgB22Skf8AoNQy/CD43tkSeLtC&#10;APPEMv8AhUudVr4H+H+ZpHiDhxf8xtP/AMm/+RFE1wgAVTtxjrwcd6CZkUBEH3c8dAfTio2+Evxo&#10;ThfHGigj1tpD/ShfhV8Zosyf8J/oy544sZDj6c0k6v8AI/w/zKfEfDXTG0//ACf/AORLIgYxkqx6&#10;9hyaaEd2Vf4VHp0OOlV5Phf8YZIxG/xF0rI6Y05x/Wmr8LPi8oI/4WVp2DjI/s6TGf8Avqjmq/yP&#10;8P8AMlcRcOf9BsPun/8AIFoBizLjHzfLhfehA0h4TGDjjp0qj/wqX4rMuG+JliB2I01v/i6UfCL4&#10;qkc/FOyz7aW3/wAXRzVX/wAu3+H+YPiPhlf8xsP/AAGp/wDIF0oeT02tgqDx60zyCXBKEnjkrn8a&#10;rSfB34pykeZ8WbUHGONJbp+D01Pgb8S2B/4u3bZ7k6U//wAcovXf/Lt/ev8AMFxNwst8dH/wGp/8&#10;gTxxlZck5I5z3NKFJhwwHztkKPWuC+Pel/EX4HeCh4zuPHsGp77pYfsy2TRHJB5DFm446YrxGX9r&#10;vx9F92MjAxxP2/KsJ1p0pcsoO/qv8z38veCzbC/WMJXjKF7XtJar1imfUq29wWGMg5weB+NSrDK2&#10;SXB9Pl/zx7V8oJ+2H8RY/wDUZU55Pn//AFq3NK/aM+Lmp6VFqlvOCk5YbWkyRtOPT1rN4tRV3B/h&#10;/mehHLpVZcsakX/4F/kfSwt8vgrkgcNt7U17eZRs5CnlTj86+bX/AGhfi8yj/SlDIccSEcH8Kntv&#10;jV8ZdWkBj1Hk+s7YH5Vn/aFJ/Zf4HSsgxdrucfx/yPox4pwCVyB15XGMGg20jkYjII7beM1434d1&#10;f466+QsXiWCINhmLSSHbk4z0rttO+Gvx9u4DOPiRaqwTKqYpCSfQZNdFOpUqr3abf3f5nFiMHTwr&#10;/eV4r7/8jqJ7W4MPl7CCTyxGD7msDVLGY5B5HPVawPEXh39oHSIyLjxnDODjC5kWuL1zU/jQoP2j&#10;VYyF4BEriufEVJx0dNr7v8zswODT96NaLXlf/I6jXLGYKQYzxnBxXHa/GIlYzSqmf7zYxXM6zrPx&#10;OAxc6njIz99v61ymr3vix5GN3dEkjnC7v515dRubta3qfR0acoK97+hq689tO5hgl8592AkKlixz&#10;jsK94/ZA/Yk8WeJfGWlfFD4o6DPpmhafKLq3stQTZPqEqkGMeX96OMHBLNgttwBg5Hg/7PPia+8K&#10;/tAeEdfub+Zo4tftvORnO1laQKQR0PBr9XCFDlfQ4Br2Moy+jN883e3Tofi3i3xznGR0o5bhYKCr&#10;Rd53u0tmoq1k7Pe730s9SYEsd7NknnNSg55JOahj5Xp0NSIVwT+Zr6mJ/K00SgjA5pwz2P603Hyj&#10;HWlGR1qTIkQknJ/SpYjtcMB36YqFRgVPAVBx6+9AnsaOmt/pSEZ69K948If8gWDn+EfyrwbSz/pK&#10;Y65r3bwe3/EmgJ/uV2YV7nlZhsjaQnPPenEgdTUedpyKepJ64rsPJGHBY0oJHelK5OR+NN6d802Q&#10;7jwygUU0DPSikI7UpgZzTae/3TTK6DMVM54NPqMllXcKPPUjv70APcZUj2qB+CFB7/lU2QQee1QS&#10;MD/D+NOO4CA5U4HXjAptLuJyMZz7U3cPWrAWiig8A0ANwd+e2Oa/PT/gqHrX274q3dqk2Tb20MRX&#10;sCIwf6n86/QuHMkhTPPGK/Mb9vrW01z4u69OH3A6hKsZz1AbaP0FeLnk+XB28z9j8EsJ7fi11OkY&#10;P8Wv+CfKNxpqXl4ztHkM3Py/59avWXhyzkIQwBhjGNvWrUVh+/8AL2g89ua1rKx8twGTBHXPGK+E&#10;irs/tidXkhZGh4J8NWEM6yx2KjKj5sc17L4Xt7eLTt5sggIAaTIwGzwePavO/CVnyucg4GCK9V8L&#10;2kQsQwTk5RVzgMT1yfyr6bK4JaH59xHiHJ6s4r4h2sN3E0bLk9CTjLZ6/rXjXi/wlZsWxbAY7Aci&#10;va/H4RbgiKQSADG/HJGBXmviS0J3EgZ9c8Vw5lHmmz2uH6rhSjqeH+KvC9tF5jpD1znNcBqtitvI&#10;Qo4BNez+MbEAuNufp9K8s8TwCKUqBxur5mp+7qaH6LhWqkNTm1txLOIwPvZHT2rAJOMCup09FfU4&#10;VYdZQK5meMJI0Z7MRj6V3UndHz+Zw5aqRAeetNJycAfnTqYRyeK6FseG9yWAYOCa/RP9ga8Nx+zf&#10;pUYb/U3M6fT94a/O23G5hnnNfoH/AME/pXT4Cpaf889Rl4PbJz/Wu3L/APeH6HwXiTBS4bi+1SP5&#10;M90lcFeOvfiqczEnkdTwKmkcouc9feqsrl+Se/Ga9pn4PBajHJ9e/emo45B45oZg33e1MTeedg/G&#10;oNtETJIw6/yqWNucn8sVXHmE4Cn8BU6K+4Ext9NtV0MZblmPcy+hqVVKkYPPtUSBj82wjBqVEkcA&#10;qp4HJpxMZND0B655+tPVsD5gKaI3HOD0pQGxgofypbsxk+w7IzxS54wT2oEbnkIePanLHLk4jb6E&#10;UmiBFyRSgevHFO8mUg4jb8qUQSsOUY+2KiwmxgwBgjvT0Khee1OMDnjyyPwp32WULgxsf+A0WFzL&#10;uRD5jgmlKbPmznHtUi2k+f8AVZ9MKaVracjBhbrz8tMOZEIcAfd/WmkjJ46VM1pcc/uW56fLTXtL&#10;o/dhY+vy1L1BSSe5CxyPlPJHFVpjhsfhVw2l4VIWBv8AvmopbC9Zv+PV8d/lNJJo0UovqUmJA3DI&#10;qGQk8/jV2XTL7OFtJOnGVNQvpeo7cm2k46/JScWawqRT1ZmyKVc8cVC6qwIwc4yOK0JtH1N23Cyk&#10;5/2aryaJq5POnyn/AICaXLLsaxnHuUG60xgM9e1Xn0HV+o06X/vg0w6FrRyBp02P9w0nGV9jdVId&#10;yl7fpQpAOatnw/rhyRps3/fs0L4d1zGBpk//AH7NPlk+hXPDuiuGLHjinRlhwTmrK+HNebgaVP8A&#10;ihp6+GfEJB/4lM+cf886FCaexDnTtuj5+/4KCXZX4UWFoDzLqgOPohr4puV4Nfa/7fmhakvhLRrS&#10;+tXi3XUjjeCOi/8A16+O7jSFV2jcng9a8fMJKOI17I/o/wANsNKpwrDk6yk/xt+hihAW6cH0r1Xw&#10;JYqPBengqfmjdz7kyNXApo8Pox+leqeGrMWvhyxg/u2i/hnJ/rXBOanFpH3tLCVMPVjKXUrGzDTF&#10;U/iwCO+M/wCIrofDmmDfGrAk8DGKzLe3H2g9yDXU+G7USTIGPPtXFTj757dSVqR6R4DtE8uNehOA&#10;cDkj0r17w3HMIUlCgELym/mvLvAtuEEbAfd6k9Qa9b8JQt5KeQqF3HyiV8Lzkc+g/nivrcsWiR+Y&#10;cR1bTdzl/GFikrPkhmI6474rzfxJpcQZlVByvcV6z40iYSyqY8beOOpxx+XFee69boxZsZBzissx&#10;guZnVktZ+zR5X4l0kZOIh7CuG8QaWmx2AII6g969W8R2amBtozhetcF4gtCsbKBnvXzeIifeYWbl&#10;FHl80z6NrFvqVvlXtrhJUIPQqwINfrjoepx6totnqsbZW6tY5lI7hkDf1r8l/FFqUldgB1r9Pv2f&#10;NXfXPgX4R1d5Axm8P22WHOSqBD+qmvZyKfNzLy/r8z8H8fMIvq2CxKW0px+9J/8AtrO7U5OBz7Zq&#10;RDz8o+oqBDk5BqVGx0NfRp2P5okrk6uSAAtOqJDkZJqRSTyT+FN2sYkisCMVJEwHI7VCB3qxYQ/a&#10;LhYiMZIzUg9DR0OOW5vUijQksR0r3jwpDLaaTDFKuCE9a5rwH4C0iwtI75Yt8jgHc3bNdpbxIo2Y&#10;6D1r0KFJwV2eFjK8arsuhPShwnWkpkucjGPxrpSucBJvCgkc96TORnHXtTcED5iPp60KTnGR7UED&#10;gx6qaKKKQjuCcDNR1IRkYpu0KMnmugzI/mkO3t2ok/uHrStCSMq2OKZjBI680wHrsVeDzikDNxx1&#10;60uCB8uORzTZJGTqBTjuAkiMWLY49ahwT0A/GpWk3DJ4xzgd6YcZOPWqAB0pD0x60tIxI5oAZLcr&#10;Z20l2+AIoy5P0BP9K/Jr9pjV21fxje3U3LS3DMST6kk1+pnxG1D+yvh7repb8eTpU7A++wgfqa/J&#10;b413bXOvTtu/5aHpXzfEM/3UYn9E+AWEUsbia/8AhX5v9UcHZRZfeVrXtxJK67zkg4OT2rPtI8tu&#10;Iwa1bADzFIPIr5Omf1LiHpc6rwhAPPTcByPmNeoaRbGDTChUIdo80dCc9Ac+vFea+Elbcr55x64A&#10;969R0a3um0UzCUhUGQiDqp/n2719Rly9xn53n8n7RepwfjCLEzIVwASK8/8AEEJAYqMc+lejeM8h&#10;iTnrz6muA1yJdrE9q87H3cme/k07U4nm/jK2ByRXk3i+32SMDkc9K9m8UwBw2O9eU+NIAkrEEc9e&#10;OlfL4hNO5+k5fK8TibEeXq0BJ6Tqf1Fc/r8Jtdau4CMbLmQY+jGuiCuuoRBQM+YMZ+tZfxAhEHjP&#10;VIsYxev+pzXXh23E8rOElXj5p/oYVJ/FjmlJwM0zPOa6VsfPy3LFim6ZVz3FfoD+wqgtfhPNbg8C&#10;9J491Ffn9ZNi4Rgf4hX35+w7Pn4bTp0/fqcf8Bruy/8Ajv0Ph/ERX4ct/eR7ZK+ep6VFH+9mWIL1&#10;bHNK+0ZJNJYSgXac/wAdexdNn4JZxi2e8fCv4L+Dtf8AClvqN/YbpXXLNXUr+z74EXkaZn6mrXwF&#10;lWfwLbj+7kV3gC9hX0FGjSlTTsfnuLx2KhiZxU3v3PPY/gH4DQY/skZ6VKPgX4EU8aSvArvgqkgY&#10;p3lr2q/Y0uxyPH4p/bf3nBJ8EfAyjH9jrUsfwV8DqONHU13GzHQj8qcAMYxR7Kl/KQ8biX9p/ecQ&#10;vwZ8Ej7uhpTx8HfBmMjQo/oRXaDA6AUYU9sUvY0+wvrmJ/mf3nHj4ReDcc6HF+VKvwj8G/8AQEiH&#10;/Aa7ERr3UfhS7F9KXsafYPreI/mf3nID4T+DwMDRYvyFH/CrfCC/8wSLI9AK68KB2oKg9OKfsafY&#10;X1mv/M/vOS/4Vh4QH3dGhH/ART1+GfhFeuiw/wDfFdUqYGCc/hRtX0pKjDsL6zX/AJmcv/wrnwsB&#10;hdEgH/AKP+Fd+Gev9jQZ9o66nA9BRgDoKPZR7C+sVv5mcuPh74aA/wCQPB+KUv8Awr/w1j/kCwcf&#10;7FdPTZASRg0OEOwvb1v5n95zY8BeG8fLo8P/AH7FL/wgnhxef7Gg/wC/YroSCCRRzn2o9nDsP29b&#10;+ZnOt4F8OE5/saAf9sxSL4F0EA/8SeDn/pmK6JhkYppA27d3I74qlTiuge3q92c//wAIRoS9dJgx&#10;7Rimt4H0BeRpMH/fsV0JyehxSFVPQ80KnHsNVqj6v7znl8E6CvP9lQn/ALZCl/4QvRBj/iVQ/wDf&#10;sVun7u739aMD3/OmqcUP21TuYX/CHaOCcaXAeeD5YoHg/RlPzadb/gn/ANatzaPSmjDEADFPkh2D&#10;2tTuY6+E9JB406HHpsFKfCmkkZ/s2H/vgVs7cYx/KlwPf86OSPYPa1O58C/8FktMtLLTvCNnbwIh&#10;K3bsVUDIwg/qa/N/VYlFy2D/ABdK/SH/AILKTfaNZ8NWgb/VaZcNj6uv+Ffm/qqk3bLnvX5/xF/y&#10;Mnby/I/uHwVjJcDYa/Xmf/k8iCEbh0/GvULWAw2FrEwwRZwgjHfYP8a8wiwIySfWvXtStY7e7ktF&#10;xmNFXgeiAV4kNmfqeMsq1Ner+63+Zn2qFpgSBnIrsPC9rl1Y4P1rmbGJWl4Aznr7V2vhW1+QZyfQ&#10;E1FFe8LEy5aR3/g+J8xAD5eB7+9er6DLJb2kcikqOMtt6c5/+vXlnhIJEVDN1bj9K9S0OOO4syrs&#10;Rxn5e2eM+wr63Lb20Py/iBrm12M7xtGmZJwyMWOd5Ned6yruXEqgEk9+3au98QKUtjG5G7kAD29a&#10;4bWUOWDL83+1j+VRj9Xc6Mm92CRxniOAGN+BjHJ9a4TXYQCdxBIyCp616HrwAQjFcHr0abm3j34N&#10;fNYhWZ99gXeKPMfF0DgNt9MnHpX39+wh4gGvfst+Gl35axFxaOB1ykzEfowr4N8VJJbu7Q/eKkZA&#10;7dMfqa+vP+CYOutffBTWNEdv+PDxC2wE9FkiRv1INdWRS5cVy97/AOf6H5p43YT2/B8a3/PupF/e&#10;nH/24+mY2JOKmVsnA9OtQxkD5fepYjg19afyK0TKflyBz61IpORuNRDkZqROOSaroYMkXcePeruk&#10;PsulYk5B/OqQIK/jU9i+y4BPrSREvhPf/A1wLnQYnxyFArehIAyzAdhk1yXwruvP0BFJJIPNdVuG&#10;OU/HNerB3gj5ysrVGiYMpOARQwJPA/HNMRwWAxjPXjrUlUnYwZGzEH5j0py7cjFIw5J/TFDMCOBi&#10;myGh9FNDHGSPyopCO6yOmaa5IPBpWzjimHIODW62Mw5HY+uaTAzuU4NG4NlfSlKKCGB5qmA04B+Y&#10;n8KRmBOwg4I4Jp+BnNRS/MuE5ANNABRVGd+fTFMAxxigq2A+2gHNUAUj88UtI3Q0AcL+0nqg0f4G&#10;eIbnzNpltVhXnu0ijH5A1+UHxSuCdYlCsSN55Zs9+etfpp+3JrP9l/BJrUPg3V+gK56hUc/zxX5e&#10;+O7n7TrMpIB+c/hzXyPEU7zjE/q3wCwip5VVrW+Kb/BJfoZ1ntzgk1racoMmB/kVnWYQQsqsQSem&#10;3rWlpoJkGByPWvnqSsz98xErxZ13hYAShUUk4HPb3+ten6dP5WhEKoKj72/kDj+HHavNvCkTFw+S&#10;Ohbce1ek2cMcfhyKbJ3O5UbtpP5/WvqcuTUHY/O88cXVSfc4bxfcpLJIiL908E9x/kVw2tr8jA8c&#10;9Aeldt4vaRHKOMZ6E1xGt7SrAAcjgGvNx3xM+iyjSmji/E0e9GwDjFeV+NoRuY85znNeseIkaRGH&#10;YDqK8y8YwM+9MHHPNfMYlXP0XLpe6jzp0VL9CwH3x1+tZ3xTRU8d6hs6M6P19Y1P9a2NQh2Xi4Gf&#10;3nr1rN+MELR+NpnK4ElnbOOPWBK1wjvBnHnVvbQfk/0OUpoKrmnUxjhuB+Ndq2PnJbk9pgyr/vCv&#10;vD9hu7DeCLmDPQq2Pwr4PtG/eqT619v/ALDdyW8PXUb5A8tCK7cB/HZ8bx9Hm4bl5Nfmj6Anc44+&#10;tRW0+LlG9GpJXU8Dv0NMRx5qtjvXrre5+AvVH1X+zhOJ/BSqcfK56GvSwAOleTfsvXIl8KzRA/dk&#10;r1hORmvpcO70Ys/Msyjy42a8x2DnGacAR1NMHUfWpK1eqPPYUUUUgFXBODQeCQDQFznBoWPHI4Oa&#10;AHKABS0gBzy36UtABRRRQAUUUUAFFFFIAozziiilbUCNh29OlCgdSe1Pf7tMPXgcULR2ACcDNMyC&#10;M47+tPpGO0cCmAymHcW64p/bApr7ugHHejS407DDg45paTA6sOc8YpaZYhLc4pgqSmuwUUAAc9xS&#10;hgRkUwkYyDmgdPrQB+e//BYW+D/ETSrQD/VaID0/vOf8K/PPVWVrth2HvX3p/wAFdL/zvjIlvniL&#10;R4VGe33j/WvgjUfmuWwO9fnXEDvmUv66I/vLwgpez4Jwi/u3+9t/qO0+3+1XUVqpJ8yVUx9SB/Wv&#10;ZvEMCx63fbCOLhx+v/1q8n8E25uPFulWm3Jk1KBdvrmRa9c1pvM1O9c9WuXII+teTTXuSfp+p+gY&#10;2TeMprsn+LX+Rn2CHzwQMc12Xh0YCnvXI2CZnGB0b0rsNCXlSG/KoofEViv4Z3vhRMlY2z0+tep+&#10;HZUisC0qnO04O7I+nHWvLPCoZjHu6ZyAK9Q8PDCJGd0iFOAGwQff/Cvqsu2PzHP9ZFLxZCiRm3EA&#10;3FR8wPP14/H9K8+1lWy5YYOMcnmvRvFltHEjBHXC/wAKqRjvnnp3rzvWwrSsTx15zVZhGzLyWV6a&#10;OS14YUkc8dBXD66oEhUevrXc60CEZFPI7VxWvKQ7EHpXy+J6n6DgPhPOvFIPzgDqO9fRf/BK7WD/&#10;AMVl4dL9Da3Srn/fQn9RXz34oUMHGeSPlzXq/wDwTL15NO+O2saGzYGoeH5No9THIjf40ZVPkxsf&#10;630PmvFHC/WuA8YlvGKl/wCAyjL8kz7tRgDgnrUqOAeG47k1ADnkLj0qWMsV+avtT+I2WUORUiEY&#10;HNV0YAqSelTIQelWmjGS1JlxjipbY/v1z681CoHb05p8TbHVgehpEM9j+DN35mmvCex4rvByM15h&#10;8Fr0GZ4CevUV6apbYDjmvSoO9NHz+KVqzJUfCZ6nPrT0+ZRljnvUQJU5FOWXAwT9DWqOVoey9Pm/&#10;Om98Zo3t1I/A0hO5sn9KroZtocBkdvxopM4oqSTvCQOTUcjZ5HpT3IwRmo2zjiuhamY1chiAKUuo&#10;53UvmBRgDrTI8FsFaYDvMwDg9uKa7OWUL0zyRTmKZ2svUdcU12IYKpOAPzqkgGyDa20dhTcgfjSu&#10;2fmwCfTNJ15K4pgFI3YeppSM01j8wAHfmgD5y/4KLawLXwLpml5wXeWXn0wFr82/ETGXV3YdmycV&#10;96/8FL/ECLeWGkmRv3GmgkZ4yzuf6CvgHUp5H1CSQE4Jwa+Hz6fNi7H9p+CuDdDhOnJ/au/vbZPa&#10;8qGz34Faenbi4AHPQ1m2fRQT9TWlppAnzj6V5NLofq2I2Z3XguJXmETMu0jPzdBx39q9KCi08Nxy&#10;iUE4Cq3GM85wc9OvbtXlvhi6EUiRJxJJwMHoO/1r1CSG7ttKi8ySRlVFKszDgY6D9Pyr6vLmvZs/&#10;N88T+sR16nn/AIvJWdjvzhvveprh9ZyQ7ls84Ndh4oJaQ7mAbnhuSBn/AD+lcZq7LtOB1JFeRjfi&#10;Z9TlKtBHLa78qlw2COc15t4sQ7XZOcGvStex5TccYrznxiOHCknjoCa+cxOp99luyPOdVR1uuQeG&#10;4BHeqPxmhEfiKxm2487RbZx+AK/+y1p6qGNznqd38Xc1V+NaFj4dvcEeZoKr3/hmlH9aeCd4yRhn&#10;qtOk/X8v+AcHTG4OKfTflzknArvWx85Lclth+8GPwr7R/YYuc6XOgPHkrx+NfFtuQHBHSvsH9hi7&#10;fZJACNv2bqPrXXgX/tB8rxrDn4bq/wBdUfS+VOSD26UwEeYpB79KYH+UimlxuAB6V7W7P57PpT9l&#10;K58zSbiHPRga9ojLHoOK8H/ZJuyUuYSeqAiveYjkYWvosJrQR+a5wuXHzHgBQOOvrTqYWK/fp/UZ&#10;rdnkhQMZ5oopAHVsA9PQVIORUYxkE04PzzQA6ikDZye1KCDyKACiignHanbQAooopAH0FH1opAc9&#10;qT0FewtFFFCGIRgGmKMj8Ke5wKYMdqACmuR0pxIHJpjetFgEprnt7U6kYjGCaEtRoZRSPkDA9e1N&#10;+f3pljmOBmmlsnnFIxYDFIB3xQApI7mjr3oIB6ikOQ3A4xQB+Yn/AAVZv/tXx71JAf8AUWsCdf8A&#10;pmD/AFr4m1AAXTYr67/4KW6mL74/eI3ZshLhU/75jUV8g3bbrhjnqa/Nc7fNmM/Vn+gfhlS9jwhg&#10;4/8ATuH5I6D4SQrP8TtCiYZB1WEn8Gz/AEr0m8dnaaQnrKa88+CsQk+Jmksc/upnl4/2Y2b+leiT&#10;AeS7hf4j0NefDSi/X/I+sxT5sy9Ir85EOmLm4BAyO9dfoamNlOcYGQK5PTFxOFRvpzXWaP1GSwPv&#10;61FH4jTFfAd34WcBgu0kdjn+dep+EIy8AlG0BBguTyeBx+deT+FmHygt3GBnrXqvgud/JaDbhChB&#10;YJn/AD/9avqss6H5nxDF8rK/jOeaWYs5BIABK9MdeM+9eea7kFsxiu/8cxLaT7Y3JyASPU/4CvP9&#10;bbDM7ZJyQc0se3dlZKl7KNtjlNWO4OWOcjBri9fRQzADHPWu11Uq0ZZRg98dK47X1IY5Xr2r5vEL&#10;U/QMC7RRwPipdwI29MgCt/8AYf1ptB/ar8PKz7VvDcWz57h4WwPzArF8TRKzHccA5BOMmqvwG1aH&#10;w5+0N4S1i5mEccWu2+9s9i4X+tc2DlyYqL9PzJ4nw/1zhnGULfFTmvm4s/UBSWxg8H2qSM/OR71D&#10;yk3lHPykgmnqcNX3iR/AT2LKYPB7etTREA9eAPSq6MQcEcGpVk5wDmnexjMnU8596kUjg1Cp9BUm&#10;OMjt3puxmd/8HrwxasI8/eHAr2GInaFPpXhfwzuzBrcHzYJavcLdsorZ4I6134Z3hY8THRtWuTUD&#10;g570UV0HEP3kr93pS4Gc1HnGMnjPNPDhugNO5jLcWijtRRck7ljljTJBggnuKeFJPINO2qeoB+tb&#10;mZDhSBuXj604KjD5Ovuak2qO3HpTHG1t6n8BQBG3mAFg3Aphkbqx6jildzyo6HrTSc9fTHSrWwDp&#10;Bk7uMY4xTaQDBzk0tMAOSOKYuc59TzSs5TrzSxIWAU/xHApPYcdz4K/4KOeIGu/iNfwM/FvHHCAe&#10;xCLn9Sa+M5pDPdNGGUHlslsZ9vrX0v8At3eITqvxL1qZWJBv5dpJzkBiP5CvmRhunZCMc9K/Pc1n&#10;z4yXqf334b4T6nwph4bWhH8kaVmdygDjj860LGFp5Ai5Ddcg4PHes+1OCAOhNaemFUl2rg4rkpq7&#10;R9biG1F2O48DafDCxuEUmXGQ5OT9PavSri5E+hQRgGYKo+bzPmYYBxuPpXnXguRmnyWByMdenqfp&#10;zXf3JT+w1jQg7cKxXbn1xx1B6cdOa+swOlHQ/Ns5vLFxb3ucD40uRc3z3MkYBI2krwTjgdOpwBk1&#10;w+tMCxyuK7DxVIfOO5cELzg5xXGauRk/MetePjW3Jn1eUxUacUjmdbcCM55wvSvPPFKhkYnnBr0H&#10;XGHlsQP4ea8/8UEsW+Uc/hxXzeIPvsu2PPdcJ8zeeCGqP4yKJfDHhW6A6WdxFnP92QNj/wAeqXWw&#10;Gl2k96X4q4l+GnhyYDJju7uMEem2I/408C/iXl+qMM+XuUn/AHv0Z5rTG3AnGQKkY5OcVGxO7rXo&#10;o+aluSQfeHOa+sf2F7h/tZVuN0BGK+TYOHFfUf7EN0Rq0aA4HlHv14rpwX+8o+d4sjz8PVl5H1ap&#10;OOvemufTjnqKYshzjOBTS4I255r2mfzqj3n9ku7I1CWHd1j5r6JiY7QRxXzH+yfdlPEhiJ4aMivp&#10;qBsp/SvoMC74dH5znqUcwl8iwnzqDml3FeDUcZIOM8CpDnOGGa676HiDqKTIU7QKWkAUUUUIBc8g&#10;elP4ztHao+tKC2eDTSQDzwdveiigEHoaYBRRRSsluAHgZoByM0hIzgmhcj5f1qVqxdRTnHFFBII4&#10;z9aOBTs7j6iMVxzTKc5U9KbSAD0pjFivAFPyB1NMJ5xQAlI4yOTS0xid33s8UAJnFRkknk05xgda&#10;bjnNBoIQT0NKOBRRQAUjttHTtS1HOcKxPQA0Afkb+3/qBvfjb4onD5/4mso6+hx/Svlu45mbHrX0&#10;N+2nqBvvip4juQ2Q2rTng/8ATRq+eLhsykqSOehr8wzV82Pn6s/0V4Hpex4dw8O0Ir8Edh8DVz8R&#10;raUL92yu3Pti3k5/lXfS8WxwdpOcgVxX7PsXmeMLycrnydCunHtkKn/s1dncZa0UjjNci0ofN/oe&#10;vWfNmcvJRX5v9RNPULMGJwcZ+ldVoo+dMfTmuU04b7hSfxwa6jRn+ZeOc8/Ws6J0Ype4dz4ZbDRk&#10;oflbpjINepeGpZRDuZz74OOv8+teV+FyjDKj5x7816f4SZJkUEKcNxk8Edefy/Svqct6I/Ns/W7I&#10;fHTbJFkKFQemCMrjPYdvTPavP9dBNww25Jxxu6+9d94zZAyP85y2CpyfUZOe9cFrpwziMkHJ69cV&#10;WYfEwyW6pxRy+qAgFTj3rlte5UhVGeecV1OqEEMENctrK8OQcgnkV83XPvcHrE4PxNGQCc4xXDy3&#10;r6T4itNXjOGtrqOUY7FWB/pXfeKIwYmY8c9R3rzvxEhEmMHI9q4KelZHszjGph5J7WP1i0rUBqNh&#10;b6lCQy3MCSgg/wB5Qf61djOByM1xHwC1xvEXwV8Ka0Xy0+gW28+rCMKf1FdpGSDk9DX31KXPBPuj&#10;/PHH4d4TG1aD+xKUfubRYRuOT+NSxtnsP8agQjGCeKljPIOe3Q1ZwTLKc9/oKlU5XbVdCcZDVKjA&#10;4G7mndNGZv8Ag258jVYXBxiQV7zpshlso3X+4K+edCfyr2Ngxzu65r3zwxcm40qGTOQYwK7MI9Gj&#10;yMwXvJmoPlbFOBz0phJJyaUEgGuxHnPYf14GKcn4cUwdKcuc9cUGDbY+igdOuaKpJCO6XYTuGBin&#10;UwIFXINBckYrYzF3ISVJzUbEnJA4zQ3AOQKZI7ABRjBFNK4DZdrNx0HpQWJx9KTJxjPHelCkDpVg&#10;JQSB1opr88Y+lAASpYU26uEs7Z7yQ4EKM5PphSacgyc+lYnxO1NtH+HWuairEGLS5yMepQj+tROX&#10;LG50YWk69eFNfaaX3ux+XP7T+ttqPia7u5DkyzOxyeuSTXjMBLy9T8x4r0T4935m1aZFGSZD/OvO&#10;rYjzgY41TA6KOtfmmLlzYls/0X4do+wyinFLSxrWi7sDGOeTWppgUvnB64PfNZdo3AHQ471qaTkn&#10;5T/F64p0viR04r4Wdz4SdAgDZzkDOD3+ld5rCJpunJLDblQ8ZVzuB5IxkMO/t9elcR4RCAK7sRuI&#10;AI4P6muz1+5nbTXneYjd1DpwBgAk/jxxz+dfV4LSg2j85zRN4yKPOvEkwMjI55+vGfeuQ1disxxk&#10;ADBGe9dZ4il82Zz3A4x9K4/VAN/QDjpXhYx+8fY5WvcRz2tkZIPHHpXB+I0ALluh6jFd3rI684wK&#10;4TxIvUdjnvXgVz7fAK0UcDrUaF8AjkHk0z4jAz/CTSZxjEOsSJx23Rd/++KfrYVHKrznOQaZ4wJk&#10;+CqgAnyfEEWfbMMv+FGC/iSXkZ59G+GjJdJL/I80J7mozgnOKkNRt6AfhXorY+VnuSQEBhnFfSv7&#10;Flx5euQKuemOvtXzRCckDFfRP7G1wU123ycfPiunCWWJR4vEcefIqy8n+R9gAg8ZpHKqffPamedz&#10;wOT1zTZDuHXJr2nufziet/svXgTxhEgOMqRya+qrZgyg5x618h/s33Ig8Z2ozjLEV9c2pzGvpive&#10;y9p0D884jVsd8i0uNw+tSP8Ae/CoUOR9Kl8wt97oOhrtWx88ABzinBxjoelIP726kBwSRQwHhgRm&#10;lpoYnjinZ96QBRRRVrYBVYj6UoZR0FIMgZ7ZpWYEYFMBCe5OfajcefegjBxSUtLgO3fLgdaEIJyD&#10;TaBkd6nQW4/Ix16UjEEZBptB5NFnuMDQTgZxRmml+OKQAzAjim5x2oJzzSMcCgBrls8Gmnp07UtI&#10;2OpNADZCM5zTd6+tB5X6+9MY7DwaC1sP3L60nmD0pmeRjvS9+tAxxfI4FV7+QR2c0rH7sTEn8KmJ&#10;A61neJrkW+g307dEtJGPPT5TQty4K80j8af2q703HjbVrnIxJfzN/wCPt/jXhkz7pm+teu/tE3ou&#10;tfvmwSWnc5/4FXkDMGkPFflmNfNi5s/0h4ap+yymlHyX5Ho/7O9vuvPEV/k/ufDzLn/fniH9K6y8&#10;G21QHHK+lc5+z6PL0LxVclTzY2sefTM+f/Za6LU+LdQpxgVjJfuF/XU1Tcszq+TS/wDJYv8AUZpv&#10;D5z1PpXUaRlZEBXoCa5fTTl9prp9GZlI4H41lR3OzFfCzsvDaAShuemSQa9L8LSiBCtsgLhc5VsY&#10;968y8OuRIDjr716X4RmPyhVDMwI+QZIx/OvpcueqPz3PFdMf4ylBtlnGMlucMSMEAcfTNcD4h3Bi&#10;SG45xya73xU8SWvyIUBbPTPeuB10LuY49a2x+rbMMmVoI5rVMhWb8xXK6yc7sjg9q6rUvuMcDI6n&#10;NczrPKke/ANfN1kfd4P4TivEZDIwC98YrzzxKmWODwB1Ir0fXlXyXyRu549K8/8AE0QAJDZNectK&#10;qPchrBo+/v2HtaXW/wBmLwzIHy1pHNaP6gpK39CK9eRjkf1r5t/4JneIW1H4H6jocjf8g3X5Aoz/&#10;AAyRo38819IJIN3SvuMJJzw0H5fkfwfxxhHguLsdS/6eSf8A4E+ZfmWY2AGcZqVGLYGKgiYg5zxm&#10;p4iM4B7V1XaPkZ7E6NnjHapYgq4BqBDzip0K9MU9bGTLunNiYDPQjn8a91+Hdz9o8PwN2C14LaMw&#10;lBHY17R8JLoSaEqBs7TzzXXhn+8aPOzBXppnZgg8ikYsOgpN3cD60BwTgiu48dkgYD+L8PWnCo8D&#10;GR+dORiTg8+9NmLSJFIIw1FNopCO9zgYzTSF7tmmRyAJlxyO4pGk3IdpOT7VuncizFd9oOV4+tRm&#10;QtgHHtijLdGNH0q1ZAAIHUUHGeKQsAcHpQWUcCmICwXrTWbnIWh2yuFFNGccmhO4D0IAJNcF+07q&#10;6aT8ENdmMm3zYEiB/wB51z+gNdzI5Vcc141+3Lrn9m/BkWgfDXV8o69QqMf54rDFSUMPJ+R7/C+H&#10;eL4hwtLvOP4O/wCh+ZnxgvDPrcq7zy5B5rlLRFOJDKODwMVr/Ea6MuuyAEE7jmsSyYNtDcEjjIr8&#10;yqy5qzP9EcBT9ngIJdjYgw20KCSewrV0cqXCgY5yecVjwgkcnrwCK2NMEDFfLi2hejMclj710UdZ&#10;I5sVfkZ3fhYqqqI8uCynGzPI9/6V1Ou3gbTd7FBuUFJFk6nnIx0z0H4Vy3hdzt2yMQhdd4Bwc5yO&#10;fzrofENwIrHAUHjcgQhhnJJHToCOlfU4d2w7PgMbHmxsdOpwfiZn8xwZt2488YrldTyJPnFdLrlw&#10;sjuSnQnqOn+cVy+ovljgnn1rwcW9T7HLo2irmFq5R2cPJgEHB9/SuG8QOG3AgEEkk12usgZIbI4y&#10;BiuH8QspkYZI5xivDr6ux9jgdjh9eCfaG3DjnI6f/qpmqqbr4L6wC3FvqFrKFx/tMmf/AB6pdewX&#10;O3DAsee9PtozcfCjxZbY4S1glGR023MX+NTgv4z9H+ROe/7jfzj+aPJ26Go8A1I/3TTSeOwr1D5K&#10;b1CLg8fhXvX7I1yqeILbDkfvgD+deCxnLV7Z+ypMIvEdsSCAJwCc981thtMRE87N48+U1V5M+1A4&#10;I9u9IXPXP0xTUYFF56gUEkdAa9u90fzS9zv/AIDXfkeNbRh/z1xX2NYybrZGB5xXxP8AB658nxda&#10;NzxMO9faekSCSzjYHqgr3Mtd6TPguJ42xUX5F9D81PycYzxUSHjjtUitkDNehsz5gehJO3PFOpm5&#10;gMAn6Uof1FGlwHUA4OaQMCcUtIBwkH8RpVYMMionJLfSnxOCNveqRKd2PHXmlYqRwKSms+OBVXsU&#10;OJJOTRTGY43E4FMaQk9ePrUN3JciVQBwPxpaiEuO1O80ryaSYJj6MgcU1nAQsKQShhwKpsd7hIwF&#10;JRRkZxUjEJA70wkk8mgkk5NFABTZCOn9aVj2BxUbPgcr1PegBszcZBpjnDfhQ8ikDK/rTSSW6UGi&#10;FDHuRS9DuLA02iizAVmDDArA+Jl0tj8P9auy+CmmTHP/AAA1vHgZrjPj7e/Y/g74kuVONukzc/VC&#10;KHpFs68BT9rjqUO8or8UfjV8d5Q+sTyBuspzXloPznNekfG6Rm1SUhs5c15sOG5r8pxDvXkz/SHJ&#10;Y8uX0/Q9Y+BbfZ/h/wCI5Mf6+9sos+wErfzrb1JgUVTyMVi/BmMx/DXUpGPyza3Cv/fMTf8AxVbG&#10;pYyoxxjrUVXahFeX6szoq+Pqv+9/7bFfoJpm0ycn8K6fSS7FWZ8DPANcxpY/eBiucHrXS6Y23G0d&#10;/SsqL1O/E6o7Pw7Jh14J9eM9a9E8NSukYXng8kjPWvNfD0mZwVBwAOh/zxXpHhV4oFBlUjjkjufc&#10;fjX0mXPU/P8APFZMveIlD2ZW4ZWwoPyr+ox9a8/1dCru8icFSRk9/eu98TSbbRnhjOFHODwTjoK4&#10;DV5XcN5sZVwCNvUDNbY5q5yZOnyHMakTtbHr09a5rWOd2D0HY10+pFRGx281zGrDLnjjvXztbc+8&#10;wexymtqjZDnA75bA5rgfE8YTK+hPOa9B1hMkhR3NcL4kjUqyYAIHX1rzG7SR7lJ3R9Hf8Et9XYf8&#10;Jj4fMnyg2tyqen30J/UV9eI2e9fC/wDwTS11NP8Ajfq2hu+06joEhUZ/ijkR/wCWa+5YWyBn0r7P&#10;LJc2EXkfxj4u4Z4fjiu7fHGEv/JVH/20tQnPU88VYhyrAZqoh9KsRsS2AOcV6Gh+Xy2LCsC2RU0T&#10;j71V0JPQY9c1OhHAA4FNNWsZFm3kG8Nn8K9Y+C97m1eEv3HHvXkkZAYH3/OvRvg1dNHfmIdCM4zX&#10;RQaVVHFjY3oM9XU5UZpRwc01GBUYp1eieDqODnOc8e1KWKDIHemLhRg9zSs5D7V4z1q1sZNWZKrg&#10;LuY4z2opkTsT8xH5UVLsmI7kMNu315pyhip24x3pkbgY+lP+UnNaIlsbjBwetDyFeHP5UjsAM00M&#10;CckDB7U04grsC4ZtmMUgBBwWoIOcnvQBnvVKQWA9eKQkg89KU4HX8KQqCeTT50tgUWxuSfnbgCvm&#10;/wD4KK6u1r4R0rTC2N4mlwOP7q5/Q19IthV6cd6+Pf8AgpZ4gI1m005SM2umDcM92Z2/qK4Myqcu&#10;Ckz77w0wjxPGOHXa7/Br9T4D8aXTS6xJ83zFj+NVrQlmGSenJqHX5/P1VmLdGP4U+y+VB7+1fm97&#10;1D+/KUVHDxXkjXgJAGDn0FbOisXIXHIPYjNYsJAwMkcc4ra0NtsoOfwYdRXbQ+M8zF/w2d34XDNi&#10;O2Zt4bAJwBz71s+ILwy6bEwZyIsgDAA5OT/kVi+HJM7SdwYHAXuo6/1q/rqGG38sSPiRdxU9B1B+&#10;nTpX0tJ2oaHwleCljFc4vWjtmYKSd2QAeo9fzrmNRZlJzx3FdFrs+XwrZA7AcfhXNX7RqCzMDXhY&#10;p6s+yy9WSMTWp1kjJ3AEAcnvXEa9KcMqxqSW6nr/APWrsNVdcOARkiuK8QdySeT27141d32PrcFG&#10;yOP13y2XKt827kEcVY8Ook3gjxXA8Y3NoTuoB/uurf0qDWlVjlU9Tn1qbwQzSWevWJlA83QbxcAZ&#10;6RMf6VGCf+0JE53G+Wza6a/c0zyNvu1Exxx+dSv0xmomyCecjFeqj46T1HRAbsivYv2YZ2j8RW/T&#10;/j4GPrXjkJbd83rxzXq37OE6ReIYSzAAXC9TWtB2rxOLHrmy6qvI+4rZ8woSeqD+VSj3qvYyq9rG&#10;x6FRj8qnLYGfevce5/M9S6m0dH8NJzb+J7V/SYGvtfw3L5mlQSDvEMD8BXw34JmEWvW7g8CQHj61&#10;9teCZ/N0G2kPeBa9nLH7rR8RxRH34M3R14qRSw5xUKNkVIr4GDXqtXPkSUc8laUDjBpm9hxgfjTk&#10;zjLVLuAoAHQUod88mkoPTmkA4gNyD+FIo+YDPemE45U9/WlUnGc80ESSTJ2k28Gmb1zimEk9Tmih&#10;3YczFJy2T0ocr1FJntmgmi6uLUKKKKAFzgEUK23tQDg5ods9D9c0XTBXuOBJXOKYWyef5UhOeePz&#10;pcD/ACaDQKCQOtGQOppjt9OKAB2XrUcpP5c0pODg8ioncHjPagEJw2DikZgvWgOvSmEk9TVbGg7z&#10;B3FKGBGTTM8daKLsBzsD0Neb/tU3v2P4DeJJR1awZOPc4/rXorcDOcV5J+2he/Zv2fNb+bG9UXr6&#10;sKxrO1KT8mevkFP2md4aPepD/wBKR+Qnxouc6vKMdHOM1wBQFQ+8cnp6V2nxfmV9acbj98/1ria/&#10;K62tVn+jGVrlwUF5Hr/wjjK/Cpixx5niCXGe+IYv8a09TLGQDOcdOap/DyD7J8I9KkYcXGqXcn4D&#10;y1/9lNWNRXdNgDk9dxqaz/dpeRjg/exE5f3pfg7foLpoBk3EdPeun0qZflbbwCOK5fTGJYEHGTzk&#10;8AV0mmYCgk859e1ZUTtxOqOu0Dap3IOo6A816F4WmaNg1uzFgoKoOp9/rXnOgKS67G7cZPWu+8NS&#10;tEFSN87VO3HBY8c19DgJK58PnMbxZsa1seP54wrBcFQeoxxn9a4XXAFkJBxnrjvXcaxNI0GNwZeu&#10;AfUck1wuuypHKVcnbtwPUV04zY4MpRzepjKNtXv19K5vWCN20uOetdHf4jBUDIDd+hrmtYX5yT19&#10;q+erbn3GE2scxrHUkjnNcT4hTG5lOMjJruNW5B5HPpXGeIo+qe3T25rzKp7dJ6HSfsU642h/tSeH&#10;GBwt5JPavg9d8Lgfriv0XiJA56g1+X3wW1hfDfxx8La1u2iDXbcsfYyAH+dfp/H8jGMY4Yjivqsn&#10;leg0fyv47Yb2XEOGr/zU7f8AgMm//bieNgRzU8bcccY6VVVsdD3qZGIwAOvevZex+GvYuxucHvUk&#10;YGMtz0qGIAgcdDViMjoDRzHM9ieEKOQveu0+FV2sWuIpb71cQjbRnH5V0nw+u/I12CQn+MD9a0pO&#10;00zCsuak0e8QtlM+oqRGx8pNVbOQG3RsnkVPuXrXrvc+dvZ2H/eU8d6UfLhajzxn9CacOGDY5J5q&#10;kzNrqPHU8n8DRQpUk9evSignU7mPBRCO4/pT6jgfdGh/2RT2facYoWwkrCnkYpqoQc0FnAyAKQu2&#10;cYHNMY5huPBppwOMCmkEZweaRWODntRcBWZsgAce1ISeoHems3VhSPIcdaSauMJHZh7eg718Df8A&#10;BRfxCbn4l6rAJM/Z1jiClugWNf65r72CmQhQcliAM+/Ffmd+274iOs/ETXJkcndqEpUZ7bjj9K8j&#10;OqnLgreZ+xeCuE9vxVKo/sw/Nr/JnzDfy+betJwRnuc96t2XCKoORisy5YtMxDfxelaNidsShj3N&#10;fBx+I/trltTSNWDcTkn3GK3NBVBIrvj72Rk9fasGzKtKu4EgckA4rd0JSFAbkZwtd9C/MjyMZ8DR&#10;33hpGiiWQlHGMkKOn/6v6Vb8RsXsgksSqSMI2Pf0/D9azPD93PFCsS7iHbkk42/lVjXLp5bcq8QJ&#10;3HaAeASO/wClfQwkvY6nxNSnJ4xM47Vz5LMCc4HLZzn/AArm9RYNEynAzzxW9qbSoZEBAUj7w/i9&#10;q5/U2GMZHoef1rwsS9WfZYKOiOe1ZsHYWAJHGRXHeITlmHB7Yrr9XO3Lbc47/hXG6+WBY444wTXj&#10;1WfVYVWscjqm7OccVZ+HWJdWvLTIJn025QfjE4qrrDbmznj6Yq38KW8zxxbwleJWKEkdNysKjCf7&#10;wvUebxvltX/C/wAjyFyCMY7VExOcEYp78Dp2qPNewfEMVDhhXpnwBnEWvIc/8tkNeYxrh8EcV6J8&#10;DJ2j8RquB95Tz9aunpURz4n3sJUXkfdekSFtMt/eNf5VbDYBHX0rN8OyeZo1s4xzGP5Vf3gjrzXv&#10;Pc/mfEK1eS82anhmURanGx6bxivtj4bT+d4WsmB6wrnFfEGhNsv0z/ezX2f8ILoTeDrKQHnygK9X&#10;K3ZtHxXFEU4QZ3EbDGDTqii5496lr2j4ocmWPWpVIK8nFQpnOTT+MYFQ1cCSjGeKaoCjjp3pu/Iz&#10;mkJuw58g47UKwAwaaXBPUUUEvckBzTGJJ57UZPqaMkjk0CDJA69aUHAwT+dNpScnJpMB/PcUUhKq&#10;cZ6U0sSeDTAeJApyKjPJzRShQRnNJWAXoeOw5pdy+tA6bj3ppZuhNMtKyFZgeKjYkHP6UrNg01mL&#10;UDGs204FRO23j1HFPc/NiomOWzQNPUQkZ+lI7DO3mkLAMQO/rTScHk0Fjtw24oDEd6Yz4Gc9qXeo&#10;GSaABmBOO+a8V/bzvRa/AK/QsB5lzGOfTrXs5cHmvn//AIKJ3xtfgd5S9ZL5R168E1z4p2w035M+&#10;k4Qp+14lwkf+nkfzPyc+LMgfXZFBPDmuSrpfidN5uuSEMMbzXNJgnGa/LZu9Rn+h2BVsLBeR7f4V&#10;i8n4T+FYCRueO6lI/wB65kH8lFR6o4MuFGfpV2yCReBvCFv0C6FuP1aaRv6is7UD+82fw4yAaMTo&#10;l6L8kcmW+85S7ym/vkyTTzkg8gdOtdFpbjj5RkVzun8Y5GM10OlAGQYbP1rCmelX2Ou0FmyrJJgg&#10;Z+U13fhydx8gIOQAN3auB0IFGUO/GehH4V3fh5yux3YD5ejGvewW9kfFZsk0zX1J91spDBiQQMN9&#10;2uK8QNGZWYgArwCOtdfqhIi8v5G3DnqCOf1rkdd8ti2ZQe5U8GuvFtuNjz8sSU7nMaido+ZuhPXv&#10;XN6uQWJwAK6LUA2MKCc5rndY5OAe2BzXgVdz7XDbHO6qAQwyMetcfr6/O2B+tdjqQkXcMD8a5HXs&#10;Ak5/i6V5tS+p7NLocfJdyaRrFtqsLfNbXCSrjqCrA/zFfqvompxatpFrrETArdW8cykdDuQH+tfl&#10;NrYzITjHp+dfpT+znrL678BvCOqyPuaTQbZXb1ZUCn9Vr6LJJatd0fz14+YRPC4PE/yylH/wJJ/+&#10;2neRsc5zViJjkYqpESBmrMQDDGa+hex/NMnoXImI4I9OlSoxAwaro+BjvU0R3YBHapMCyhxjntWv&#10;4Ym8nUonGQVccisdD61f0eQrdKwPQgirje5lJXTR9A6NcrPYxsO8YOPwq6pGOTxWJ4SnNxpMEitk&#10;eWB+lbCu2fmFe1HWKPmpq02iXdkdO1KD82M9qjUjB+bH1qRSDgsc/SjqQx6tkfMQKKQbGJ+ainoJ&#10;cx3Nsyi3T1wP5U5mBOcVDZHdbRtj+AZqR2xwKFsQhcjGaRSNx/SkwSM7qEPOTxRcYpBLEnj8KbnJ&#10;I9O9KWJPBxSE7eT1oYA5x8oGaiJ3g4659KVweoNAJUUrlJEN/eR6fp01/I+BBA8h/wCAqT/Svyc/&#10;af1v7d4ivJWcEtKxPHBOTmv1C+LWpnSvhjr1/kKU0uYAnsSpH9a/Jj4/akbnV525BJOfz6189n9S&#10;1GMT+ifAPBqeNxFd/wB1fdd/qeYo4ZwCxzmtWz2lBwPc+tY8DZ4wCSepNa1iwEYI6A85618dFn9a&#10;zVompZnbIAyg/Lwa6HQohuBcsvORgdK5m3fMoZR0xXT6GZCQwBYBupPOfxr0MM7zPGx11C512jmR&#10;IlijfLccjvxUutvJ5Qjmdz8g/PHP+faoNPYov7xtpDDkj2//AF07W5WeIOzkYPJGf84Ne6n+6PkW&#10;r4hHK60/+xggZHrXN6kzMpBYY6YPat/XJT5jZbk/yrndQbqWY4IyOa8PEv3j6zAq0UYGr4A6HOeR&#10;ntXI6/zkjO3vnrXU6y7fMdx6da5PWSx3qxwPWvIqn1OG0sclrCAq2OQP5Z61J8LX8n4haZIxwDdo&#10;B+YqLU9h+V2AHfPp61V8GXMlr4v0+ZOMXSH9R/hUYZ2qr1NsfHnwU490/wAjgfEdp9h1+/sTHt8m&#10;8lTaB0w5GP0rPfr1966L4p2zWHxN8QWpUjZrV0Me3mtXNucNzXtWs7H55GV6afoLGGDdPpXdfBWc&#10;xeJ4iTjlea4MMAcY5HvXY/CScx+JYsNjOP51UdJoiraWHmvJn3j4WlD6FalGBHkqcj6VqhuM1g+B&#10;mz4YtM/88Rz+Fbat8mO+K96/U/mvHrkxlRebLelSAXqHP8VfYnwJuRceB7X5gMIBXxtYMVukyR17&#10;V9cfs53ayeCoAW+71r0sskvaM+M4mSeHi/M9WtyNoycn1qcjIxVSBtoHHbFWA5AxivdTufCEikbS&#10;MfhTsLtywwfaog53DAp5kJOD0qXowFDhTjGRSn7h2r+IFNKnqKcpIAGKROowdacH5JIpGIJyKCuO&#10;pFBI4ENj1oypBGe1NyAOCfegAn7v5UkAokA4PFP4x2phAA5Xv60hLJyf50cyAfz60E45NIHGM00v&#10;kYxQA4sPWjORjNNGM7fWlCMKWqCzYLgckn6Zpdw9aTBA5FNLAHBovqWtEKTk5pjMuCM0NIqjrUMk&#10;pwcU2x3QO4UE55zTfMG3nrTWPcCmlvmzihaCi/eEJBHvSEt6/nTZHA4xkntUbSEjG0A+opm1myXI&#10;PFIzcgjtUSvhgNx/OnZbPOMZ60A1YHlA4OK+af8AgpXfGL4S2Vsr5L3ZYj6Ka+kZnBBIAr5V/wCC&#10;nV+Y/Bek2e/hnlYqPoP8a5Me1HBz9D7DgGn7Ti/CL+9f7kz8vfHzo2sykHnf0rDjAJ/CtPxnKH1q&#10;Y84L9/xrKiPHPbpX5g+p/oDhvdpRXkj3+7xbaP4esBEv7jw9agcnPKBz/wChVkX5UEqTjjtWtrQe&#10;K8sYT/yy0izTnkcQJmsjUpC8gcoMjjA4qcU/fOXKl+5i+6v9+pPYko4Ldz3rf0xwWG0VgWm44PHB&#10;FbmmEcAsAM5z1rKkz0q2x1uiSglVYcE/pXc+H7gRopzk8ZPpXBaCR8sjHOSACM+ldtocgQK4xng/&#10;e7V7eDdmfHZrG6aNrUWJt/MxncDuBABzXH6zaRQSSS26klz81dbeTt5RVUIBGGHoa5nW3PIyuCeM&#10;dK7MVZo83Lm4y0OT1HO0DjPNYGrgK3zDmt/VX/espUDPAweorn9XDAgs3PYGvBqvU+yw2yOe1T7r&#10;ZJyeK5XXRydwI7YHeur1Fs8sTwea5bXlYgk8AgkHFefVTPYpdDitcUBiFzX33+wtrY1r9mbQd0mW&#10;tJbi1b22yEj9GFfBOuKDu2ivsL/gmlr32/4PaxoDOc2GvM6D/ZkiU/zU/lXs5LO1ZLun/n+h+P8A&#10;jfhfb8JKql8FSL++8f8A25H0tHx+VWIH56fSqkTHjPP1qzC2cV9Q2z+RJbFtSSeFqeE46VWjckHH&#10;H41NEcjGaRiW4nB4q1ZPslUn19KpxEYGcZ71PbyASA54FNbkyR7b8Oroy6FGM9BXTqw7nnHIrh/h&#10;PeGTSzCTkjt6V2YkI6dQK9ig70kfOYhWqssLtzk+nWn5CjioIX3ZIGKnDAjArQwFTJGRRSb3B2gj&#10;jrRRcVjubNvLtY0J5285p7fMfmqKyw1spxnipSQOTST0M1sAGBtBOKacnOD3pScrlaYT9aBjgR3b&#10;imSEZJ3Hmg5xuJJ9BQQo6DJPr2prca3AfKQue1NZjkjNDDb1prFSpJGcDvQWec/tT6v/AGL8ENam&#10;LnMqpEPxbJ/lX5P/ABnvvO1iUI/BfgHvX6a/t266umfB2OxD7TdXpYj2VG/xr8tfifd+Zq7rnJ3n&#10;JzXyfEVS9SMfI/rDwDwXJlE6zXxTf4WX6HO2rc4LZ9fataxZiu/POOc1j2v3s4HXgVrWL4XABOP1&#10;r5iOx/R0zStF/wBH3svG8AfNXS6A7AAEEAdRmuYt2/dFU5IkGR7etdRoLZP3Dgn5s134bWSPGx/w&#10;M6vT3jaHzGUkqSeR09v/ANdRazdPs8svlRyC3+f0p2lygIysFYdAuw8fWqur3bSgoGyUAXJ/PrXs&#10;tv2aPl4QviNjm9ZmYksXHoK5/UJG5DYPv61t61KGkOW5PJya5+/yBknnuScV4tdu59Zgl7qMLV2L&#10;gnOSfXvXK60xBKh+3eun1c7g3zZ54rl9adeQ6kADmvMqn0WG0sclq7flnqBWfo08Nvq1vtVhL9rQ&#10;q+75QvfjHXOOc9vetDV2AOByAeDWLA/l6hE5z8sq8/jWdD4jrxEeag0UfjpGsfxe8RFDgNqkjjj+&#10;9839a45vvdK7X49BH+Kep3EYwJhDKAevzQIf61xUnGcV7r1mz8zp6UI+i/IQMA3PWup+GUyx+JIC&#10;T9P0rkweeT+NdH8PZQniC3zx84ovqmDd6cl5H3l8N5hL4Ts2zwYxXRJz1H4VyvwomWXwhakHpGBX&#10;UxgYyf5V7ielz+bs2XLmNVf3mTWrDz1ZR/FjFfVP7MdwZfCYTdyG9a+VYyNwwO9fTP7LF1v0KSHn&#10;Abjmu/Lpfvj47iJXwh7hbyYHzZPtViOQSZ5P5VUhYeWDuwT3x3qyh3Nye1fQXPz5vUmQHNO2jOcm&#10;mqcjgnr2pzEdDSGLk+tKcg4zTMoORQGBBAH0oJbQ6lBPTdikj4xuoyM4oJA+maPxI+lFFTdAKTni&#10;jeSRu/lSUVOlwFLc/KB160mCR7Uqnb0AoJJo1sF0ICR0pQ7HINJTXOBTuwuxwLFcE0yUfNn0FAkG&#10;0letMd9wApaFN6WGk5O4jPHSmSMG4x19qeR71G7cE+lBI1nAHXNMDcdMe9BGOQOabgEYZetM0p7j&#10;Tydx5prMCelLvxim8Zo1RoIQGOcnikLKRtVjk+opSVXqaZ/tYoTAbIzKuCK+Pf8AgqPqXl2Gk2gP&#10;At5WIz05FfX027OMHB618S/8FT9QEWpWVsD9zT2yPTJrhzOdsBP0P0Dwyp+14yw3ld/gfnH4mk8z&#10;V5znI8w4NUY888VPrEgk1GVgc/vDzTdLtTf6hBZIMmaZIwPdiBX5t0uf3hBxjBX6I998XoIvFVxC&#10;uQsIjjx24QDH6VhaixechuvG7J71u+M3ZvFmpOv3BfuiuCexx0rnrtszgKQCepPrWWK0qOxjlCf1&#10;aH+Ffki3ZvuAAXBxzg1v6VM6hUDcEcnHU+5rndOZtgBPOcZxW3pzlCoznPAGaik3c9GslY63Q3+c&#10;dAT94gZruPD0qLCMkDpkf3R6GuD0SRt6nYPTAPf8K7XRLqHmNpdzEfKrHn3/AM+1ezg3qfJ5rC6s&#10;jYvpDIdpXAVACM9v8+/euZ1wAOzA7SvJ45+ldHPKxgLO+AchsDkZ461zOtuoUrkYOc7fX1rsxLTi&#10;eZgFadjmdSOSSJCf7ue3tWDqoA43cY6VvagyqxBJ5HGa5/VmBG0sOPSvDqH1+H2RhagSSwHU/rXM&#10;62AjEhjwDkV0uosME57YrmdcPzsRngcmuCpoerS6HJ62gLbRxk19If8ABMTU3TVvF/h9pfvRW1wq&#10;Z4+VnUkf99CvnHW94yMds17N/wAE39ZTT/jtf6S74/tDQZgo9SjK/wDQ16GVy5a0H5nwXilhniuC&#10;cZFdI83/AIDJS/Q+6EyRtz2qeE//AF6gj56jmpYzg9K+vTR/EUi5GcjIqeFv4fSq0TjjPpU8O1jk&#10;UzEtQn171PESMc1WibDY/pU6Ng5NAnsem/B+7GHjJ6jivQ4yG+avKfhLdlNS8s8bvevUU4UBT9c1&#10;6uFlemeBjY2qlmJwpwx4NTKzA54x2qspyOtSK+4BT1DV0N3OMl34PXrRSZUnHWikB3VgwFqvPSpG&#10;Yk8Gq2mMHtFINWKhPQyQZPrRRmml+eBTTYwJLA9sGmMxz1P1p24jv1ppYA7Sadx2uwY5YAtnFNdW&#10;PA4BNPIBOSKRm2jNFzQ+Xv8Ago9rn2Xw3pelb8boZnIHfJA/9lNfmn42uDcay4B4z0Jr74/4KYeI&#10;E/4SaDS0k/49tMRSPdizf1Ffn3r0xn1aSWQ8g4GTXxGfVObFSXY/trwVwf1fhKjJ9U397b/UhgOC&#10;Tt/I1pWbLtLdORjNZcLbc4IxV60kJIIOCfavEhsfs0o3Rt6eQFGW+8ThcV0eiAjBJ6k425zXL2Mn&#10;7xBkkeWOvqcmuh0OUgiSIDdnGM4wK78O7SPGxybgzrbCREhXKBiFycccfWoNVnIU4BIA6A4qWG43&#10;2yRKVGOcY5BqlqcyugDP0J5K9TXrSlaB83Therdo5vVn8x9oXB781ham7YLyZyAOla+qSMrsCQTn&#10;nIrD1CcBSA3Pr9a8as7s+rwkdEYepNktjHJ7Vy+tMCWGAOOprpNUkY8kcZrmNZJZnRW69Pwrzaru&#10;e7h1scxquCdnA9KwpDi5Vl+X5xW3qzfvBvBA96w5klabCAk5GMCoo73Oyr/DZF8d0aPx80rf8tdM&#10;s2B9R5CjP6VxMmPSu2+OSFfEOmSkctoNvn6hpFP/AKDiuHlJ3YzXu+Z+YPRW7XG1t+C5xFrlsSBj&#10;zBWITyB6irugz/Z9RhlJ+7ID+tDVhRd7o+9vgpL5ng23JP8ADxXaL90VwH7P14LvwRbncD8oP0r0&#10;BVAXH5V7aacV6H848Qp083rR/vMkj4xX0V+ypdf6JNBu/DNfOiLgg457175+yrOVmliHpXZgJWxC&#10;sfHZ1eWCZ9FQf6peeozU65OD0qC2x5at7VOCG6V9IfnctydXO3g8+1PHzgc4qsjENhSPoamDgYJP&#10;1pXsUtUSYAGOuabjac4/WkZ0ADL17Ubw2SxxilcT2HbvU9aVeOpprNsYAHt1prOQBxg55qbiaJaK&#10;j83A3E8UqyZGTgUXEPwM5opocHjOKTcwPJ/CgSuPozjkjj2pm8/3qC5IxQMN3yj5v1pC2cjnikwB&#10;SOegB/DNACM2FOB3ppHOc0E5G0dutIXJ6cUX0AHPaonY9KXfhiCRwKaX5J4/OgBrFjximu/b096V&#10;nbBIb9KjkYluDmg2ilYSmAkDH60Fm6g8fSmnPY4oKFJxyRmkL4xxTCd2dwpNxPt75ouMJG+UnGa+&#10;Bf8AgqlqePGQt+gj05c+/WvveSTjGRX5y/8ABVTVs/EW6RX/ANXaIo/KvLzmXLl8j9Q8IaXtOM6f&#10;lF/ofC15IXuZCe7k1rfDeA3nxB0K0C58zWLZcY9ZVrEdt0hY9+9dT8EY1l+Lfh0OcBdYgY/8BYH+&#10;lfARV2kf2riJ8mHqS7J/kep+ILkz6zqUolJDX8pxjpz1z+NYt46q/OMZqw0vnSXEpYEtcOSD39/1&#10;rPncGYEnjP61x4iV5v1OvL4KFNR7I0tOOM7h9ARW5p0mCu5vu9MGuf01hyxzk459K3bM4wCe/alT&#10;OursdVojSAKQx5Of/wBVdn4fmUqCzsMDHy8jNcNocrHYCwwOgz0NdloM4KYUbhgbsNjOfpXr4R2k&#10;fM5nG8TcnYmHywo3YyAG6iub1+d9rJht46Lzg1t3Mk8UQO/IUE47knpWBrZYrnIZmyW68n/Oa68R&#10;K8Ty8DG1Q5zUpS7eaBgjr6CsPU2THmYPuK2tRkJG5eWAPyg8Vg6l8qMcnGOM5rx56n1dHZGNf/MT&#10;8vauc10Z+VMHjrXRXmVBCnkdwa5zWlJyc444JrgqJnpUtLHK6yuSSeuK7T9jTWX0D9pzwywfC3U8&#10;ts/OOHicD9cVx2qLz8wBPNTfCjWF0D4weGtbL7Rb65bOW/ujzF/pXTgpcsk+x5HFGF+u5DiqFvip&#10;zX3xaP1BicsoYjkdeamjYqBx2qELsYr6E1LEema+1W5/n3J7FmFs5yKsxDavBz+FVYwMgA1ah5PU&#10;daq+tjOV7liIA85+vtU0DZGSOp4zUMYAB+tOiBAz/SkmS2db8OLow63EM8FsZzXsMTbgMDHFeH+D&#10;rg2+qROT/ECK9r0+TzYVYt1QGvSwj91o8fHx99MuIxA5FOL46D8aiQkjAP409Dk47d67DzSRZCnO&#10;7giimldxwD0FFAHU+DPEul63ZtHY3kcpibY+xgeR2rb3DsK/nY/Yk/4KpftX/slfEG51/wAYa1f+&#10;MtD1OcPqem6lN86Hu8LY+U+x4PtX6XeDv+Dg/wDYv1nRobrxFNrOm3bIDNaXGmSFo27jK5B/CvMp&#10;Zhh5R95nXXy3G0Z25G/lc+93b2pu5f7w/Ovi3SP+C6/7EOuv5Vj4pvyxP3W02QfzFdLY/wDBX/8A&#10;ZP1FQ1trl2QRkH7C1dUcVQls7nM8PXj8UWvkfVpycfJ+dLn1NfMMH/BVj9medcxaveHjr9jall/4&#10;KrfswRDfNrl0uOf+PNqv2tMFTmuh9O5B6Go5nAGK+VL/AP4LD/sg6YCbrxZcIB1/0J/8K53Vf+C6&#10;H7CGlyeXe+P50PfGnyH+lKWIpRWrNFh60tov7jz7/gon4kF98VNWhD5ETrEAD2VFX+hr4t1GRZb6&#10;RnYcse9fRv7YnjFPFHjPVNdgdgl3cNKoccqGOcfrXzVO4eQuW7njFfAZpU9pipNd2f6AeHeD+pcN&#10;4en2hFfgiyqlGChMdODxV62cc7W69Oay4Zy2DnnpitC0JV97IcDkkelcEGfdyTsbFkd8wYEkZ4Nd&#10;BoXmeaFyMAnaCf8AGudsJCWUhxnPBJroNHZg25iBgnJPP1rvoPVHl41e60dRBIxiBUZweM1V1pbm&#10;3Ro2VgQfuv15/wD1VNayMID5j/dXPAA68/yrLv5GNr5jybi45DHNenUkvZngUYt1TB1Sdo2Zn6EY&#10;XJ4x/wDWrEv5gE3jk9ueDWhqNyzSOsifMG65xxWPfyIwaJUAYHk/5/zzXj1Xdn1GHjaKMvUJAzHg&#10;5HUVzmsHOfl710F83zE59e9c5rLcsATg8Z7CuCoevQWuhzGqFSytjIB/OsK7VjL8vGT645rc1N2B&#10;3EDjpWHeA54/WpoXudlT4A+NuZpNB1EyiTztG2llHBKzyc/rXBSHLk123xPkM/hfw5OWyUhuYiPQ&#10;CRW/9mrh2bHNe5DWCPzLEL2dWcX0b/MRmG7cPWpreXZKG9+DVfOaepGOKtq5zwep9v8A7JWrLq/w&#10;/iZGBKrgjNevxp8u7afevi/9nj9q/wCG/wAA/C11/wALT10WVp5oEEjDOSfpXokf/BVT9j1hhviG&#10;gz3MTf4V6dHnnSTSb9Ez+fONIwwnENWM5JXs1dpaM+jxEynOe3pXtv7LcwGrNEOMjpXwOP8Agqd+&#10;x6SCfiTEPX5DXqn7Pf8AwV9/Yc8M66sut/F2zt07mXIA/Su3COca6ck18mfC5nVpVMHJRkn81/mf&#10;prbFhGAM4wOKmjZ1Oc18q6f/AMFn/wDgnlcwhovj9pWOxMlXov8AgsZ/wT5c8fH7SPfM1fQ/WKS+&#10;0fBypVW9j6ejfJ3EGpVYEcV8xR/8FhP+CfEi5X9oDRx/22FSD/gr/wD8E+woI/aB0b/wIqfb0f5k&#10;T7Gq+h9MgsW4GMd6Vicleua+aV/4K/8A/BPwkD/hoLRRn1uAKmX/AIK7f8E/WXK/tD6F75uhxR9Y&#10;ofzIPY1ex9IgSMQB29qcyOT8oPFfOA/4K5/8E/QAF/aI0Ln/AKehxUsX/BWn9gSbI/4aJ0DI7/bB&#10;R9Yo/wAwvY1ex9ElXK8n8DR5bs3Xivnpf+CsH7Azdf2ifD343q1Iv/BVv9gXII/aK8O9Oc3y/wCN&#10;Ht6P8yF7Op2PoUKNuSv4UgV8/Nnk18+j/gql+wSR8v7Rnh0Dt/p6/wCNPT/gqZ+wewyP2ivDn46i&#10;g/rS9vSv8SD2dTse/MDkhVwPpQAcV4H/AMPRf2FC2F/aL8N/+DFP8acv/BT79hdlx/w0V4byT0Oo&#10;x/401WpP7SD2c+x71jccY4IphOCfl6e1eFp/wU3/AGGnOF/aI8NZ/wCwnH/jTv8Ah5V+xA5Oz9on&#10;w1kjnOpx/wCNHtqX8wezlbY9wYMwyqmmFP4s/nXiSf8ABSb9idvkj/aI8NH2Gox/405P+Cjn7Ex5&#10;X9ojw0fY6nH/AI0vbU+jGqcux7QyZO7NNZcZ3KTXjP8Aw8V/YsZtqftCeGv/AAaR/wDxVB/4KH/s&#10;aPx/w0F4aI/7CkX/AMVQq1NdR8j7HsfPpTDkDIHsa8fb/goR+xxuwvx+8Njjn/iaRf40n/Df37Hz&#10;5I+PvhsgdhqkX/xVHtYfzFxjJI9dIKgZ9aRgQRivIf8Ahvr9kNhgfHnw5/4M4v8A4qkX9vP9kc/8&#10;128O/wDg0i/+Ko9tDuVyyPW5icHH5UxgcDHpXlH/AA3R+yZJk/8AC9/DuP8AsJRf/FUxv25/2UMf&#10;8l08PYA76lF/8VR7SHcdpI9VlyHxz+Vfl5/wVP1/zPizqVorc/IuP+Aivux/25v2UHTdH8dPDrcc&#10;bdTjz/6FX5h/t+/FHRfiT8e9Wv8Aw1qaXdl5w8meJgVcY6gjrXj57Vj9S5U92j9m8D8LOtxZKpbS&#10;EG2/mjwonJzXX/ArCfE/S7hjjyXklyf9mJz/AErkCMHFdZ8GW8vxskwH3LG6Iz2PkOB+pr4yOkkf&#10;1zidcNNeT/I7uGQSRyOnAMxJyaqyqDKDtHXgHpTrEsLbl+H5GcZ6mo5ZRvCgdSMqa86o7vU9XCpL&#10;Q0dNdDFtY844x6e9bGnsfunHbr6/5xWHp7FVEYIz3GOBW1Zu+3YFHXIOaqm9Taojo9D3qAo4PHJP&#10;t2rtNCkChVL4wcsQME/5/rXFaI5DqZOOMgsOtdjobqyliASG7d/616uFfvHz+YpOJtyMJEABP3eQ&#10;x6ntWLr0MOzdFcFuOcpjB5PHPPb0rWlmLxHamOOQeBisPW5Auecj1xwD2H867az9w8jCxaqHM6jL&#10;iMgnJye34ViaiQB1PIwM1tX8rLC8SH5S4LL9Af8AGsPUT/CTwBjBryKmp9RSu7GRdsGDAx9fesHW&#10;hlfkXqOnvW9dMgzlyT/CueKw9YOMA8ZHp0rhqbHoUzldTQh+e3WsNrl9Pv4L9B80Equv1U5rf1Mf&#10;LlSMelc/qI3KeM85q8MysTFTotM/VTw5qia1oVjqyOG+12UU+R33IG/rWhGWLDNeM/AT49/DWP4O&#10;+F4de8bWNvfQ6LBFcQz3CqysqbTkZ9B+ortofjz8IDz/AMLB0z/wKX/Gvs6VaEqabfQ/zyzPBzwe&#10;Y1sPb4Jyj9zt+h28L7X4H1q3CWAzjj6Vwsfx1+EZII8f6Zz1/wBJX/Grkfx0+FBGF8e6aR/19L/j&#10;Wntad9zz5Qn2O0QkscfpU8bEcN+FcZB8b/hQD/yPmmj0/wBJX/GrEfxt+FrkEeN9OIA4xdL/AI0n&#10;OFtyXCfY7vQZfKv4zjoeua9u8Py+bpsMmcnYK+Y9M+NPwvFwm3xvp5IPa5X/ABr3DwF8Xfhxe6LC&#10;8fjTTj8n/Pyv+Nd2Cqwu1c8vH058qdjv1ByOO1SBMHI/GsFPiV4AY/L4vsPp9pWpF+I/gNhx4ssP&#10;xuV/xr0ueHc8ezNonHIFFYp+Ivgccf8ACXWA/wC3laKfPDuKzPyJ8efsY3cVmf7P8MZ2rxiM15Xq&#10;X7K/iS1kIHheTIP/ADyNfsFefC/Tdh3W8ZA7bazpPhLoLNuk0S3YHqTHX4sq+Jp9bn6rDMINe9G5&#10;+Q0P7NfjC2fzV8JzAD0iNaNp8FPH1qf3Wg3q4H8Iav1lf4S+HZGIj0i3AA6CMUf8Ke0EDDaLAc9M&#10;oK2hj8XDb8xyxmGqfFBH5VQfC/4kRA7LHUQMcjmobz4XfEOSPD6bqLE9stX6tL8HfDRGDoVuMjqI&#10;xSf8Kd8Mldn9hwn1/dit/wC18wStf8WZe2wN7+zR+ROp/BL4g3eV/wCEdvW/3lY5qHwd+y74u13x&#10;5oum6l4amWG41i1jmd4jgIZl3E/hmv12m+D/AIfRTs0GDkf88RWH4u+HejeGvD15rqaLEj28O5HE&#10;YBBzgY/OlTzDF1asYy6tHdha2Hq14U4QV5NL73Y+UP2jNZF1rl2yN8rTEqM9BnivFzKjPuLYIJxk&#10;16J8adR+0X0nHVyP1rzjksSB+VdmKnz1Wz+y+H6Co5dCK7InhbLYYn/Gr8UgzwO/Ss62fYf8TV2F&#10;yVwevaoge3JamxpjAOBxkngjvXTaNJmQHZhj6r271yulrl/l47kZ6+3866fSmJVVK5Bz29MV3UNG&#10;eVjUmjo4ygtikg2t5ZHmBsZHb2NZV/IksGUmGE4PqD75rRfY8Q2uCRFwVBHArDvkdIgccsM4A7f5&#10;zXfVlaNjxcNG8jB1d5A5y3Ufdxz+VY9zIrZLZyOua09RwMsOMNzxjOf8ise8lYZJGe/Bryaj1Pp6&#10;K91Iz76XeSQfz71zuqMC/QE7uQTW9dH5Czd65/VADIJF42nBI9a4pnp0lZnP6s7Iw2noeM9K5+92&#10;9ATnPQ1uatKS4Py+vBzWHegFt3TrxToLU6an8MpePJfO8I6SMn91d3K9fURH+lcc57ZrqvGLlvDt&#10;unZLx8fio/wrlHOCSK9mg70z83zOPLjJ+o0gY5p8Zz9KiLE8GljPORWx5ykrnH/HrRpdb8CtbRIW&#10;K3CMABn1rxIfD6/72Tcd9hr7c/Z68KeH/GXxFg0fxJZJcWzRMxjkXIyMYr6Kb9mj4Qj5v+EZtR7+&#10;VQs9qZd+6ir9T8W8Q8pweLz2NSo3fkS282fk3/wr/UeF+xtz/scVo6N8Mbu4ukiaBvmb7ojPNfqm&#10;P2bfg90/4Ri0J/651paB+zJ8KHuQyeGrQEH/AJ51M+K68o25T4VZFlsNXf7j869D+Fc0FokSWLDC&#10;8DbWlH8M5hybYjH+zX6YQfs7fDcLhfD1qPTCVOn7Ofw5lHyeHbbI9FrypZ1Vk76nQsJl0VZJn5mw&#10;/DJmGxrZue+ypG+F4iwv2c8j+5X6Yx/s5/Dw5DeGrb/vnFSH9m74cgEnw1bjjjK1n/a9RvqP6vl6&#10;6M/MwfDByufsrexMdB+FsgGPsnbp5dfpbD+zv8OWmMR8PwE5/uYqVv2c/hwRt/4R22B7/LQ83qLu&#10;HsMv7M/M3/hV03QWf/kOnp8J7hk3Cz6/9M6/Sxv2bvh6pGPDlscdTinp+z18PV4Phu3/AASl/a9W&#10;3UPYZf2Z+Z3/AAqW4DZa0xz/AM86R/hROrf8en5RV+mo/Z3+Hac/8I9Ac+q00/s6+AGIx4dt+nPy&#10;0f2vVD2GXdmfmQ/wtmBx9hBH/XOmN8L25Bsx+Mdfpw/7OPw+5DeG7Y59Vpjfs0fDsLn/AIRu2AJ/&#10;u0/7Xq+Ylh8ufRn5kt8KicD7Ggx1zFTx8KnK7hZJn/rjX6XD9mn4dvw3h23x/u09v2aPh+i7Y/Ds&#10;GCOfko/ter5j+r5atkz8zP8AhVTk5axQewhFMf4Vyqcrpqkf9chX6aN+zT4CVd3/AAjsA9itRt+z&#10;f8PZVwfDkHvhaazep5h9Wy7sz8zD8K5WyTZR/QRD/Cg/CyUfe09Pb9zX6XQ/szfDuDJXw5F/wJak&#10;b9m74eYy3hyDJ9Vqv7Xqj+rZda1mfmSfhhKMkaWh+kVRv8MbnJP9lLn3ir9Nm/Zx+HZOP+Eag6f3&#10;KjH7Nnw+Bz/wj9tj0KULOKhP1TLuzPzKPw3mJzJo69OvlCmyfDZlX/kDjk/88q/TV/2bvh8D/wAi&#10;/b/TZSP+zp8PYxhfDVsfqlNZzUD6nlz7/cfmK/gBwBnSPyhpjfD0FgraYBg9DFX6bz/s+eAMYXwn&#10;bH1ISoG/Zx+H0h3f8Irb5/3KtZzU7E/UMva6/cfma/gBRkNpY+nlVma34NtUtnSXTwgweqV+n837&#10;OPw9xk+Fbb/vjpWF4k/Zm+G1zaun/CLQ5wcYSrhnU072D+zcBLT9D8srDw79h1VYXthgyDblOvNf&#10;UGku5022VifltkUA+gAr0bVv2ZPB0HjJ2GhIiRru27TjNcXrVtHY6nPZxLhY3KgegBrqrZisc1pa&#10;yP2Hwmyyll9TEuLvfl/C5VU8DNdL8LpGh8QTTqfuWE36rj+tcyhOcV0vw43R3t9ddo7BgT6Eulc8&#10;9I3P2mWsGjuLNhJZ+YBgkDgCoZ5mZy3OAMDJzj9P0pbJiNPTKDnuO/f/AOtULSOZSSBjucdK8yT1&#10;Paw8bXNbSmVkC4GeoOea2bNsMNwyMVgaSxOGJHX/ADitu2Y5wWI7YzWkHqXVR0mjs+QVbBAG0/0F&#10;djo87LgKc45JHb61xOivIzInB6npXX6PK0vI2gE5wa9TDuzPBx0bo25HkKqzMCP7vWsbU7gKM7ir&#10;Y5wc4rSeTcm1ifThsZrH1ZmZWYhF9AQecHFdNVux5uHiufU5/UMENIzgEA4KjGfyrFvh8xZm/A9a&#10;1b2T/lmi5OeFwOax7yXILbRwfzrzps+hpLQzLvYST796w9WOQGHII5z2raum3McN36HrWLqqnA4z&#10;9fSuCpojvhsc1qSNjlSBnvWDqagAjHPXNb+plmyWcnJ7dKw79cllPUjiqw+jNaqvDU+bP2o/CXia&#10;++KqappEl35N1otq+IZWADpviPQ+iLXnY8HePF+UT6iP+27/AONfof8ABP4e+GPiDpF22taVHcT2&#10;E4VGZclY2GQPzBrtx+zn4Fc5HhuLB6fu8V7keJqmFiqXInypI/ivjThfCQ4qxjlJpyqSl/4F736n&#10;5ef8If8AEHAC3OpY9rl/8aevhT4iIcfbdTHb/j6k/wAa/USH9mzwIz7v7Ch47eXUx/Zp8BuONCgU&#10;/wC51pf63T/kR8v/AKt4L+Zn5cJ4W+JGcJqGqfT7VJ/jUsfhj4mD/mK6qOOn2uT/ABr9QB+zR4Mj&#10;bbHoduR/uikH7OXgvzNp8NwMfUJU/wCt0/5EC4bwK+2z8yoPDXxQODHrerA57Xkv+Ndh4E0f4xxy&#10;BV8X+IEQD7q6nMB+W6v0Qj/Zt8DmP/kX4VJGcFBXQeGv2dPCsSZTQIhkdfLrnq8VVJRaUUi1kGXw&#10;1lJs+CWs/jHCQIPG3iIjAJ/4ms/H/j1PU/G1G48beI8dONVn/wDiq/RBP2fPC7rgaLFx6JUsX7Pn&#10;hQ/IdIi5/wBgVxf6xVX0KeVZaun4H51G4+NqnA8d+Ix9dWn/APiqK/R1P2bfBbLvfRof++KKP9Yq&#10;vYz/ALKyzsfpDd20RYMIu3U1C2lLMmBG5HatVYVkYEnGPSrMMckYwoHsM1Coxlqz572koqxzy6Gr&#10;fLtbHpmnt4ejGOXH41uSC4H8AqIfa2OG49KFhqfYr20zKGhoRt3N+FMfQxuOJGH4VtrFcjOWX8TT&#10;Gtbg8lk/Oj6rTD20zBk0CQniZsehFefftLx/2F8I7+781gZZ4oRkeuW/9lr15oJEP3BkD1rxH9uv&#10;V5bH4aafpbBVa5vpJCPUJHj+b1dLDQhUUux9BwvCeL4hwtO280/u1/Q/P34p3fm6i6543ZJx71xw&#10;ZGfOa3/iBdGbU5Cw5DcVzYmVQCPXpU1XeZ/cmWw5cJFeRcgAU7VIwT1qxDK3mBSeT1HpVSFgx4Y9&#10;OpqxEVBAGcdeTRBndJKxt6ZMhdN+TjjrjJ/zmuk0lz5YLDBB6dD/APXrltMOfl3HAGCBXR6O0gVc&#10;Pxn0znNd9FtM8vFxTidB9r3WryZ+YLnBx19vTpWLLdrcxPKsDxkZDBwBuHrWiAEjaSW4J4KhVzjH&#10;+c1i6rJEv3Cw3KNrEgBRjt/+quurJ8p5uHhHnZh6ncBJCC+GB4z0x/n+VZl1OCAnAwOw61bv2eNi&#10;zSbuvJPH0rNnf5TuPfFeXUe59DTWhT1CUkEg1ganLtBwQMDjjGa3L4qEOeue1c5qJALgDJ9SK5J7&#10;HdTSuYWosjYck7s8j1rHvXDHOK1b91DkqMk9Cax7hRyd3PpV0EdNX4DL8U8+H+T0vFwM/wCy1cpI&#10;eeOma6rxOc6BMFOQs0bE+nJH9a5F2Bzg17GGu4H5xnL5MbLzsDMAKRZCCCaieQDj+lMMnP8AjXUk&#10;jxefU9V/ZWvY4fi7p8cqFhIGUAfT/wCtX2hDaxhCj2rHnua+J/2YkW18dx+JbgEQ2KEg5xljwBX0&#10;4nxbgkIUW7E+u6vAzGKliND804yj9ZzKLhraKT+9nejS4iQ/2Q9eldV4N8ORajMIktsE9OK8lsPi&#10;dE7hWAznjLV6p8K/G1tLdxBYj0BJDVxUqUZVFFnw+Mo1aVJux3UXw5lBG6M89MVdX4dhTtMZJx2H&#10;NbFt4nWaENbwjGBnL4xU8fiK/dwVtoiT0YyivZWXYc+aeIrXMBfh+pOJIXP1FOf4dx7goRufWugj&#10;1nUHk/emPbn+F6ePEsLPxAxYdxQ8uoEvE1bmDF8NrfYRKTx0wKG+F6Z3ROcHtiuhPi2BVGYDuB5z&#10;zUtv4rhnLNFCAoPORjmmsvwxP1iutTlG+GTSNtLsDnHFTR/CyJPkkuTnHTHSuti8Rq7lliTGec45&#10;qRtdk3GRIo+eh4o/s7DpC+tVzlE+FQlUhbpuP4dtJJ8Jp1+b7Uf++TXUjxJfRsdkEZJGDyKeuu3j&#10;Hc1qoP1prL8MJ4jELc5L/hUxY8yZ9zmhfhO2CFl4I5FdidbuAPkgQt/vVH/bFyQS0KD/AIHT/s/D&#10;ISxNdnIf8KqDttSUj3IpD8J33Fvtpz6EiutbU5iQ7JGDnoGpn9pybi/lIfTDc1LwGHvsV9Yr2OVf&#10;4XHGGn/NqT/hVjKNsc3XrzXVSazMDueBCKjl1pwuPIUHsQan6lhhqvXsctL8K7g/N9pHHvUf/Cr5&#10;gMC4U/U810z65KyHKDj3qtNrU+dq26+/z1P1TDroUq1dnPyfDGcE4mFMPw2nZSrS54xzXQf29NGv&#10;zxL/AN9VVuvFbBTHHApb+75nBpfVMP2LVWsYT/DcBthuUz2XNO/4VlIThipx7VpWmr5fzprNVkxz&#10;+8qaTXyoyUz9HFDwtC41UrGDcfDqa2X5YkYH0FRjwGhXDqgPoRWyfFBAIWFcjoS9ULvxNcKCWtwO&#10;DyDzS+r0exUZ1rGdL4CSJvuIR7VRv/Acbq/+j54PAFWH8azpIbeVSP8AbbpVbUfHN/5RhjiA4wHq&#10;Xh6PVGsXXvoeX+O/BGl6drbzz2gXNs5BLdwK+LPGDxv4jvGiPymdsEH3NfcnxG8Navr9hNfpqQ8x&#10;baQrGx5OQa+DtbE8OrXMF0jLLHMyurDkEGtqdKMXeJ+3+FMr08RKUtfd/UjQ/NjB+tdN4CXFtqU2&#10;z/ljGmfTL5/pXLxNuArqPBqKmiX0pz888MYH4Oc0Vnamz9mjq16r80dlaMp05BtOQo3HsOOlQNJC&#10;zMCMnAwA3Q9yaltpCLKOB1yic7Rxk+p/AVXliEMmSx+9gEDg/jXmN6nt0EluaWlPnKhAO/PWtq2Y&#10;EjC559aw9M5zuJJwADmtm3zu5TjtgVpDcuodBorAscMSwHrz+Xeup0XOAq4J6hvT61yOluoIVxgH&#10;vXT6NJlSucknken0/wA9q9Gi9jxsXG8Wbt7/AKXb+VMz9cKUYgj/AOtWLrcUW4Bp59pA4Em0EepN&#10;ahuJY0JYl1PUL1J+n5Vl6wp3GRrc7gMgDPIz159ePyrqnZxPPw6cZ26HOajar/rS0hwCFMkhNZU8&#10;kjDBP6cflWtezsx2Nxj0HU/4Vj3TY+Yqc98CuCdkz26bKNxuJySCSetY2qqzocfqa171l3AAFW6M&#10;QetZOpnjLHp1riqHZT2RzWoKuDzmse9TLHtla2dRK888Y5rHvQNwIbJPUY6UUNGbz1ierfsWo174&#10;m13SlP37KKXb67XIz/4/X0bF4UDAEvzxxmvlv9krXLjQ/jB5NuR/pmnTRHd0OAH/APZa+ooPEmpr&#10;IN5iGe5rnxdJSrNs/lbxOpVKHFc2tpRi/wAOX9C0vhKNBgpnPcdqmXwaUUGPBz/epsevarJ8olgI&#10;HcA1Idf1NcKXib2/yK5PYxufnLqVRf8AhDpBgkAZ61I/hNEwExuPtUsPiS88seb5eO1Oj12WU4WW&#10;MHtk0/YwZLqVEMj8L/OEmjzj+7XZaR4CT7GkoHUcgiubsNWv55QoaLr1Br0LR7y8WxSNjGRt4IPe&#10;tqOHpN6o5a9apYrW3gC1cdSD6Cpk8AW6NuKgjsc1dh1C/dtpEa46NuqxbfayS8l4oGfu7v8A61dX&#10;1el2OJ1apnN4DsiA7D/x6it6OaVlx58PHc//AKqKr6rSZHtqh9EwXLKAS5B78VYNxI/LSNn2FU7I&#10;XgUbo8nuxWrarMW2kAZ9q6ab908qSsxPtLp0lPP40jXDKMg8mpdjAZYjjphetIQ5GVAx67a1T0JS&#10;1I1uperH8cUG4kY9/wAqG3Actn8KYBJuBVhweaC0kPN4yfezkV8zf8FBdbeZdH01nKiOzlkx05Zw&#10;P/ZK+lj5hP3xn+VfHf8AwUN1kv46WwR2/wBG02JeG6FgXP8A6FReyufd+HGG9vxVRsvhUn+Fv1Pj&#10;bxlPv1CTcDnd0FYRYFQcZPQVf8RTK98XlGRuOQGxVBAsnzhRgjGK4pu8j+1cJHlox9C3A/yZXt1q&#10;0hy4yepwPaqNqzhCoJPoBVqNSVxnvimjdpNG1pJ3YI7NnnuMV0mlSiJdsqkqeQQBgVy1iGDrkHG7&#10;nHpXSaYTIQwctxxzXfRZ5mKirG4ZD9mYPGMFPn464rD1lIrhNzQxn5QQOvP09a0Z5xHZM6855znk&#10;e+KydVkXyxHnAJAwCRjvXTUfunDho2qGHfRSHKuB16DvWZdIQpYMuN2MZGav39zKCZtxUkn7rd6y&#10;rlyxIDYPcGvOqNM9ykmypeuuwnpz0Fc7qTMwJ5zmtu+kILN155HtWFqZA3HJOAeTXJM7aW5g6kx8&#10;3LmsmY9cj6Vqag0WMMrbugOeKzJwoQ/MQd3Ax2+ta0FZHRVf7syPEQJ0C8UD+FGx9HWuKlchuOfS&#10;up+IeqNongTW9Xji8xrbT2lVCcZKspr5xvvi74z1hisE0dqhHSJcn8ya+hy7C1a9NuOyf6I/GuN+&#10;IMuyTMIwr35pRukle6u16Hrt1f29sN9xMqj/AGjVa11QajLtteEzgu39K8v0LWtRnud97M0zZ+85&#10;ya7zw/cqVUBTz2Bq60HS0PhanE9fF6UI8q7vc9h+G+t2umxJZRcKCMt3Jr0zS9VtJUA+0nJ6YavG&#10;/Blj5wWVjtxjgmvRdJhKIBGhP0NeFWScrnlzjKT5pbs77RJ7c3K/v85PrmvcvgtHZ/bFaS8wNuSS&#10;a8B8HWvmTAurcdya9x+D2nSfagTGGDcEM361FGKdZHiZvG2Hlqe/aZDp427b1SpHJzWrHp+nSP5i&#10;PhQMZDVzOlRxxIqtCrdtqmthC4dY0Cop6819HGEbH59Ny5tzagjs0QKh4Hq1SeZalPnIUj0rJEUT&#10;YKgmUd+1TJPEuEaBdw5OKrkiYu5digs53/4+9vHQipX06zdGjWZSPY4qrGssjh4rYYPfjmnSW8qN&#10;kRdTU+z0FcSbQ7R49kV66E8na9OXTolAiOqPjGMk0savCc/ZuvQZ605pS64aFfocYqXSsPW42DS1&#10;VvMj1Jjt65arCBFB3Tkk+rVWki+QEQJjqeageOQS+dAgHHr0o9mPQvBCgJMrfTNQEFwdjPk9cv0q&#10;vJfQr92I57tmmTXtoqAvE/I5IBNRyJgu5cA+Qh5GA9c0xEggbel2w9iaopqUDHy4bRsd91I9zGX4&#10;txg9iaXJErXoX5HQkMl8wz1GajnjEnTUO3Iz0rLnvjGdwtR6DBqNbyNpNzwlcCplTVi0pGiREV2p&#10;edO+aiUwdWuOf96s2a8eOQmJCB6Ypj6izE5GMeq1m6a6G0bmjMbf7xlznvmqFy9qHIjOWJ5Paq8l&#10;7g/MSw6YAqCfVEg4aEjjjis3ErUtPJCp3l+vY1R1fWbawhy2WLHAVASTS/bXlGdgIYdKhkuJ2/do&#10;APTOKhwRpFMW0uY5YfMni2seintTZZg5JSQD8aga5nXMZiUnPrUJlnVzuQE9gD1qeQ0UWF3DFI25&#10;1BPes+98tDgNgY4q1PLcljgqPUE5qndteMpDPGfTikkjRJmTqKwzMHlnOVH8JOMV83ftL/A37fqE&#10;njXwXabpXOby1Tq/+0o9a+jdRiuo43chDwcYIrzzxprElorPcBRx07Ct6dNPqe/kOcY/JcYq+Feu&#10;zXRrsz4+aKa0mNvcxNHIjYZHGCPwrqPCr48PylQPnvV5+in/ABrW+OM+iXy/2hHaLHcD/l4QYJHv&#10;61znw9vZb3wsJpWXP9pumVXhgqJz+tc2KSUHqf0Nw1xThc8nCnyuFTdrdab2f+djubYgW6gsBlcE&#10;Dt+dV0ldBgEYwVGRx9KcS0duBjqvNVoWLOULnGTjjvXjN6n6VQV0b2k4OHkTI29BxwK1beQnDEjP&#10;TjmsjSJ3ISQttwuARj0rUWTMrFBgMc4AwB9K3iyZbm1pjKXHGARyeK6TRRJsU5XA4IrldOdQNg9O&#10;tdHokjiIkybQGBPoB+NehReiPMxK91m+JMAKwAK89Rjp+tZuqXbAGLklhhueCBzVo8wGRtoYjghc&#10;59qzNSL+WUiyFXrg5ANdMnoefRiucytUcE7VRcYyxA71kXTZwwYDsQOc1o3kpdGLZwc4z1FZVw4U&#10;Ybp6g1xVGevTRRuXwWPHHt1rJ1ViQWXoR371qXRz2rI1HDphT9DmuKZ2QMDUsgHpyaybogyFvYDg&#10;Vr6hyCu4A44z3rIu1APynrRR3NZbG58F9U/sb4uaJesQFa78t/o4Kf1r6tSSCRs+dx2GK+ONBuvs&#10;PibT70Ngw3kUmfTDg19cx/aScwPkdjxSxKXMmfzp4u4ZrNcPWS+KLX/gLv8A+3G1bX3lrsyuBweO&#10;1W4rm3yCT165rEszf23zXJD56e1XBqD4ybRmHXFcrSufkEoO5rhoGBGQfbHWiOG3RsqpXPXJqnZ3&#10;yygO9m4OfXpVwToSCbckdcUtjOUZG54aSz+0orElSec139pdWaRCGMMFxXB+FXieQMsGPXIrtbS7&#10;UAboSVx1210UUjz697l+2khCliMCnvIki/K5z7U+GSJlz5Yx7rUpWDoYfyGK6dDksQw+TtzLKwoq&#10;XbCc5iJ59RRRcVj6itFdx39vmqcQN94IQcetc9ptm0g8yPWLn8Wq69rcsoEerTj/AIEK0pTVkeZK&#10;DTNRhOFxsb86jcXGNrBvzrNa0umO19YnHHZhTJ7O4UA/2vPg+hFbqafQOTzNIqUB3Ix9wagMsb5U&#10;QuDnHJ61TjsZW4XVZj9cZpJtNuH+ZNSnyOvIoUy0rFplZuVDMcc818H/ALcWtjUPihrRMp/dT+UP&#10;YIAv9K+3JLO8LBf7RnQZ6hutfnh+01rUmpeK9Tvmfd5t7K2S3XLk5qakro/WPCPC+1z6pV/lil97&#10;/wCAeC606y3DFmxk8cVWtpg0piAx369DUt/KGuG3DPPf1qlAV8/IAzngCuBv3j+uaKfIkaVqVJIw&#10;AvY1btn5DbSeR7VTtlbywxGSegFW4JGIDu2efmB/nWsSpaJmjZkeYN/IHr/nmul06RDGqswB5yMc&#10;+/HpXO6dOGCpgkDlSAAfzrb05poW8qGXIKgnOAMe5x+FdtLQ8/EXaNKVtjhT87Onysy+gH+etYur&#10;Ssq4yAvUg9v8K0WUrGAtw+MMSrDggYx1+vT2rB1yV0uEDXzMOjmJeTz9MY/nWtR2iYYePvWM6+uN&#10;69i3UZFUJHLdRyAcCi4lBJzMxGerdSKps7bmIJavNnJtnsQjaNiHURmFv3hyOmBWJqTbUwO/Bzjm&#10;tKaaV4i3Ubhwayb5gBwvfHXpWE2dNNO5i356HbjGetZk2cc/hWlqBLPuXnjms2fr07V00djWqkoG&#10;B49sX1HwXrVggyZdKuBj/tmx/pXzjpfw81e5YLHat0+7jHFfVFrbJe3qWkhwsx8tuOzcf1q3F8H7&#10;S1bKNx/uCvQp5l9Si49z8L8R8DRxGZUJyWvK1+P/AAT548P/AAs1XKyy223HfFd94W8Dw2Sr56DP&#10;BwRXqafDiCNcRO4+gFSHwEh482TpzjArlq5p7U+Ko4ejS+FGb4OtYIbpYTboRwORXfWNraqAPIH4&#10;CsTw94HiiugVu5wS3UEcV1tr4SjWVU/tG4A9Sw/wrkjLmd0RiJqMjf8ACmj23liU2/JOASa9m+Dy&#10;QpOsbw4APU15bonhkRIkKaxcIAMnGCT+lerfCzwwZpFjGsXIkABBLAZH5Vvhf46bPmc2qp0Gev6d&#10;DaGPcIf4evoa0rV7BUzwxB6E5rnLXRJ7fBfVLxh3IIP9K0bHRUkUuNVvDz02gV9NG7PgajV9Tb86&#10;3cfNalVz2PWpI00uImY2pXHUk9azl0uKTIbVbgAY4LAVINKiYkHVro56KWGBWmtjK6NVZIZk3W+F&#10;XqAG/wAaZLINvlNbOfo2azX0wRjCXtwfT5hipk0tguV1Occ8DINHLIWlyy1xGNhFrJxQ07SSBoYM&#10;DHIY1Vt7O5OS95cx7WwuXzmmSaTJM5Bv7gZ/iWTFJqQXNOSWRLcNjbx1HSqrXkckgQ3OD34NQjS8&#10;fI2pykgdN4qOLS2DFl1OcHPU4NHLJod0WXeNSzNtYHpk4pk0kM8ePuDvgVFJY3O/m/mbC8bcVDJp&#10;7iPLX8wPcYFJxlcE0TiKNY8AEHtmq7xqspZrwA5yarT6XPK5T+25h/wEYqs+hXG4h9Wmbn7wArNx&#10;fY0jJdzRkkgGWE2cdutQySwNiQ5IHTJqoumxwoEGoynjnJpkloqphtVkBP8AdxxUuLNE4rZlqSW3&#10;Ylirg9/SoWGnyKQ8T/nVOSBi2xdRlPrnFZ2onUFmjSHVJFBkCscDODWbizSLTNR205BiKM8dcvUU&#10;01iRkq3/AH1Ua6K02S2pXLA9yQCaS48NWrxg/wBo3YI7AipcJM0Vuokl3YAcBjj3qL7VYltqxsD7&#10;mkTwwkL5Gp3bA/7Q4/Slm0CAESSajc5H90is3CTLXJ3GmSxOfl3e5NG+EPiOJT7ZqM+HrQMJUu7j&#10;PuwpTo8acfbrgD2xUOErGit3IrySBTwiA+4qo8EQw7rGSTwAatT+GrJ1LtqV0D67v/rVWbwlpqvk&#10;a3c9eQTScWWrdzO1xbVbV3+XKqTweleFfEnUF1OeWCN9oU9jXu/iDwtYTafKrancY2H7rDmvCvEn&#10;hzT4bmULdTn5iMswNcWJqTpJWZ9Dk1GFWTb6Hg/xO8MaxelljYSR4PANV/AulyaR4VsrWRfKZ72e&#10;XkHjkKD+n6V6rqnhWxuMlLyTOOnHNcl4n01NK1G00uJnISAvyMnLMxrj9vKpFpn67wLTj/bSdtov&#10;9B1xKWh3v8xP3mI61VhOWyG7k4Aqe4bEYPPSq8ZBYMH7Vyvc/dMP8Js6SHR9jL9O1bMTYPypj0Hf&#10;HvWLYSgADGcep6VrQOxUHOSRnrW8BSvc2NOlGxQVHXk+tdHoMiOzRJkjAOT2rmNOl2kc454OOlbu&#10;iSSLOTuJ7DLYz/hXdSd7Hm4haM6MSoYmLcYA4OBk4rL1Rt8e5GHJHI75FXFbKmNVYlh9wcH+dZ2r&#10;Z8syFw2O4wOfp7cV0y2OCirTMO5ldpSsgC4bJIHaqFwxGRycckEd6uXBxIcA7TyOOapXDLy2TyOg&#10;H+cVx1LM9SDKF0xI2sT0wCRWXfMVQl1HzdCe1aF0/XaSefWsvUpCy4AyOM1xzfY6aepi6mcIcdM8&#10;Eday7ogrj271q6nuxtOTznFZV1grwcZGcU6Jq/hKjblkWVBypyDX2F4ZhTUtDsb+OYf6RZxSDn1Q&#10;H+tfH4xkFscHJ5r61+BukR638LdC1FriRiLPYRv/ALhKf+y1WIjzWPxDxfo/7Jh6/aTX3q//ALad&#10;DBocwIb7VkHoC1SLpUysWMw/OrsfhSN3wZZ8Z6eZ0q4nhG1GN010c9hJ/wDWrk5Hc/BZVF3KdhpT&#10;bcvICM+taFvptkV/eM270zUqeFLOMbBPdY95P/rVZsfC1oWCmW754Pzj1pqm2zCU/M2PCmjQOuV3&#10;H6GuttrGzhiVQ8gHpmqnhTwfZw26sr3PK5PNbi+GdNVRumufm/2q7aVKSiebWneW5DtgX/Vq5I7m&#10;p4LUzgSicjHbPWnLoOlMQGlmIx131Zt/DGmrIDFc3AGOz8Vt7NnNfzK76cScq5Gf9qirz+FrByD9&#10;tuBx/foqfZSYuY9707aqgsSM9ABV0SRDIkBJ7YqlYyGJtxB47kVZ8wSHLHt1FOkotHDO6ZNvidfv&#10;dT0qMeSzHzM4HTtikE6RgrFgjv3pkrrJHkxHg84rZNLQlNgstuWJTHscmnPvK5DAjHSokjikIDIT&#10;jmms8ceVUNn6U/dK6lTxDdnTtEvdTc4W3s5ZcjttQn+lfmX8a743Go3A39XJJ96/RL4y642m/C3X&#10;LkuMGxZF4xjcQv8AWvzX+Lt4W1KX5sEt/OsKr7H7x4MYa869bu4r7tf1PN9Qj8uRiTzg96pxlkkL&#10;pjIx0P61dvHVwWPpVJJEzhgRjuDXG7XP6cpX5S9BKxwcnpycVdtwAAqk8+3Ss6DzHHzDoehPNXrd&#10;yUHHHfitIMuWxrWEwLglB9Sa39PyAMLzwVJ9OOv9K52xClg6qTjg8VuafMzFUV8EKfbH+PSu2i9D&#10;zq6utC/JNGYSso4BzkHOOmPesHWIZhuVIEOF3KNueOw4HSti+YRrvVNu5uDkdPTFY2o3iws8LjJA&#10;IGwdfatJ2tqZ0E73Riysu47owSB8oI5P1qrO5Vs5B445qS5BL7t3OTzVWWTKlmbkdcV50tz1Ioqa&#10;tI6RgRJ16nNYd0HGXlHv04FbN7M/lgM2fSse7AYYU/SsJ2OmnsY1/gM3PQZ6+9ZkoJJGelad+R1D&#10;dM5OKzZjgYIyAa66Pwl1X7gzTZPL1e2bggToev8AtCvXrnRoi3yO8oJxgCvHYmVLuOQtja4PI9DX&#10;0IukQFReQwjkZyenNc2YSUXG/mfjniHH99h5f4v/AG05eTR7ZImAtm39OtVP7LjBCyRYH+9W/fW8&#10;PmNh0XPYmqgsrSZwpkfJ9E4rhjI/PFtcj0TT7aO5VOvOetdLp2n2014uTgA84GeKz9L0dUmGwsSD&#10;12jmup0HQIGc3OzDduetdMJ2iefi5dS9YRWKsqqxJH+zXp/wvtbQyLLvycDIxzXntlpMkUu5VYL2&#10;Jr0r4ZW7o6gxH5vunGcV24GXNWR8zmj/AHDPTYLGBo1USBsDOU6/jV5LGQZMcrKMdNuapWMlzax7&#10;GjIzznYeRV5LyV1wkjfXbz9K+ri9j4madyufD6yv5r3j47bkp0NhLax7VZmGfvEVIn2osEkmkyx4&#10;ytTx7o42QTMzehWr0uQ7lWWGcqWVzxjgqKtR2ibcNNjjjnrUZe4mIAKqB2KnOadidWBdDjuAlC1J&#10;GvbiNGIuCTnnnNRWtrJaqyiQuCcgFuauW9rGI8uGOemaYlraWytjcSxJJznmh7jK0sUrozKxBzgD&#10;FLBbrMEMzE4yMY61IXt1UiPcDk5YrUchcjzRITxiMAd6aegIbNaOhAQtwOmKqlZSrK4YknqTirfn&#10;jy9rlgcc5qo19tTyQACW4B5JFSykmQta+Vne+Dn+8eaim8oLhnIH97NS3LJMdrIwx1B7VVdolJ3M&#10;+B2xUOxok2RyvbLwJTz04qGR0BA7t3qUkMQfKzk9+1McB2INtxjOc1DepokVZpbrnylAHfJrN1O5&#10;lgnh8qNSWmAY9cVrTAhflixWJqibpo/Mj2gTKc5qTSyRupcYXleaGnQgnHHrmqglCdyQR1pkt0hB&#10;HPSk0Mll1JY8lXU4PAB5qv8A2q1weSAR2qEJbqoc5yfeoyLVQW84LnpUGkUi2LwMv7yQkg9RQ17n&#10;7pIx14qgyxgjbPuzx0xTTGqHCTYOah7GsUrluS+Zh80230+WqxmkmGVnH5ConZR96dWxzjNVTNLz&#10;I6gA9KzZoP1VpJbSSIzjlD2rwnxXFJHfyqM53nOe1e26pdQQWTzNDjCHPNeO+Mhbtq0y7ztycYOK&#10;83Gr3UfTcPu1WSOYe3DMFUnkZxiuC8fLIvjHyUBLJBEF9ema9EkK25yjOc8EswOK8z8bzb/G10wX&#10;7pUHJ9FFeZS1uz9n4FhfNJy7Qf5oium2rtD9Bg8YqGIruwvr1xTp1DZy2VUgnnr9KjtWDs28HcV+&#10;QAd/0otofs1F2ia9lvGUlBBxzkYya17KdMBXH0OeaxbRwcMQeRzxWpYOBwzYx0+tXBkzNmxZQRt6&#10;+g71v6IcOcKOASQW61zloSflDY46k9a2dLkIfGc4GAQa76LOCurpnRDbsIGCQB0GOx9P896ztSkk&#10;WMsztgoBj2qx5ha3LSOASvG7j14/Ss7Up3WMkIcehb9a6JNWOGknzGXduygN5nOTn6VRuXOGwM8c&#10;AdjVm6ZShIHOPriqFwwY8Jj6VyVGejD4SndMFHyt+lUL0gRjA5zx/wDXq7csQBis3UGdDuBBJzzX&#10;JI6YIy9RYKPUn3rJueenTae3etTUSzEM4+93rNuFMpCKD97FOk9TV7FT92EDFyW34cEcD0xX1Z+y&#10;lrAuPhHbQA82t5PGeegyGH/oVfKUgMchBJxnoa+iv2OL5ZfCeqaW6FjBepIuDzhkwf8A0Gta1uVH&#10;5P4qYb23Dbn/ACzi/wD239T3NdRK42Ej8KswXsvLsDj6VlxtFk77V6tQPDuBjV19cj/GuW/RH80T&#10;hY1YLhpRuVT+Iq3YmeSUYXBzwazYDISMP8vtWtog/wBJj3NkZ71cW2znnsdzoq6ikCgzhRtxjFak&#10;LXyYDSoQOlZlhcERKDjir6OSS23OfWvQpqyPNm7stxOu7LRqRUrNGRiNue+DVaMs67ZAPpUqqgHU&#10;D1961IHpcN93zwAPUUUKIn7jj1NFNC3PcYbaSR8Akj61bS2mVQrbaopY3KPg6o+O/wC6HFTJYXTH&#10;A1aTJ6ExCuOm3Y4pWLCQRkkxEZHXjih45ydsZXHt3qA6TqigkeIGA9PIFILK8AB/tkt6/u+lbJSI&#10;vHuSKty7mNFwfXNEkd3CSJJQR2BqMW98smE1Rsd8Q/8A16ZsuHYrLfucHn90Kd5FKSaPPv2rdRNh&#10;8FdQYsqtcTxRAL3HLY/8dr83PiddM947qMASEbz9a++f24NVFn8PbHTPtm8T3jyBAmCAigZPr96v&#10;z1+I1zm8cs2SxKkk9OetYVHq7n9L+DeGUMo9p/NJv9P0ORu5S/G0g9xVeZGA3KD14A70+8Icb1JI&#10;6Zp1lMTNsKZyMkFeB9K41K7P6AhpEnsT2znPHXk1dikVAEL1XjihV8tMCDnaVqxHEBiQSBlJxk+t&#10;axBtM07B2MgG4AVvWlwyTswb5QRxjHp2rmrATmQBGJ4z8vXrW/blktxIZMvkBt5XHP178V20XocN&#10;dWZYv3Dx7W5yo2uW4U45rB1a3MHKyKd2Oc9P5fyrav7Sd5GkkAAVd4BcNkH8awNUuJJTs2cqe2On&#10;0qqr90nD6tWM+RkyyM4+oP61Xd9qkAA57+lSTFCWBU+1QyOI1BAyc8k1wvU9FIzr1WXdx06g8VmX&#10;jblC7hjPUkVrXZXJHYnH0zWVfRjkO4XnqaymbU2Yl3gbgRnI49uaz51VTtB4HWtC/wBoYknr0rOl&#10;5yc5rqpbF1XeJWnwr5U5weK+lNPtUGmWtw0shEtujYGMcqDXzXOx3Zbue9fRXhe2lvPCGmXUepFG&#10;exiYgj/ZFcmaRbhBo/I/ESKVKhJ95L70v8h9/HbozSbE6dGQVSLIyl444wP9lcVbl0q/I3pqW45/&#10;u9qbLoVzGMTXDZbB3JgcV5sItLc/MfaQQaSYXuMuJCP9k9a7jQ7WzW0DrE2SMndXIadoM73CrHeM&#10;Hb0FdjFp2oBFgjvWUADqnWuhJtHmY2pFsv2omeZRDjb6Yr0r4X28sbAySKF3ckda84srO4Rgj3Yy&#10;fQV33gRrm3T7S0yPt5Ax716eAuqtz5rMpKVGx6vbxFI1Cln44NKYrjHl+VvJ6kmuftPFl28uDJjK&#10;4AEeQKtJrfiJiUh8sD+EtFnFfTwmmj5KcJJm5E08ZVHjyG4BHanSo5QqCRhsZHWs0TatLaLLPPGh&#10;J5KoRn04qSCbVBEyC7XPADGPr79a15vMxsaLQoIlUysSBg7eppHjgUhS7HPt3rOVdWbJXU4wS3Py&#10;Hn9acG1mJQsmoRHPVtnandMLMu+TOsRJ7/d6dKhMcgi2IFBJ5NULqfVpJRIt1EFXvyaqXt9rEEEt&#10;1FcwnajNk55wPTNK6Hysvz2d9IzOzEoeiDj8acsMvlDaACPU9K5/TfE/iK5tEubkQKXTK4zinS6h&#10;r10h3Tbd3QovFPnXUvkfU3XsZmY+bcHp8yBc80yW0tywlaEs6L8px0rFW61qGJCb7IT5fmQ805tV&#10;1hFD/aoCSMZwf5UueL0DlZauEldvLckr1biq0kcsZPlrge9VX1HUZCUnnjLN1KrVaW/uY3817hcr&#10;03DgVDaLUXY05S5j2genJ7VXEEqkl5ARj8apJeajOxaS7QrngYqvealqAXCzRjB+8UJH86hs0Sdy&#10;7cyOMBTkd6w9enHk7lU4Ei8gVZle/dAH1WPnqvlVnX2lX9yCZL4HkHIXrj1qeaxry3JFuV2gC4b3&#10;5oZlYENcnnrzVa4s7mMBY7pPoFxVaWG6Cb/tyg98JUurG5pGk2XsR8f6QcDpUTsScAlx7Y4qj5N4&#10;w3C9DDv8lJHI6gmaQjnBwmMVDqwNFTaLZEoO5Swx1pH8zAPnsM9gKpm6hfKm7AI74PFK5ym5L4EY&#10;4whOaXPC5SiyZlG5l88k+hFMPnfdM4wR6CoWEkUe43ij2KVXia+knKidQp6HHNZSnE0UGT39uDbN&#10;vmBXBJzXjXjmHOpzBHYNnqvSvWNQ3LGyNdA88gL1rynxzpkC6lIxvUJLfMmenFefjJR5D6PIU41n&#10;c5ieWf5Uyfl4PFeeeKJnbxdeHHzLKVOR9BXoUqW0EkYfUV+ZsMVPT8K841uTzPE1+wYMGuWAIHbP&#10;BrzqbTUj9x4CV8XVb6RX5jbhyWGWHXHIpsXL7ev1plxNhlxggNknHNSrt2g988cUbRP1+l8JpWLn&#10;jgH0xWpZvhg24kdhWVatklyfy4q/bSfMCOMnoDxSgyJao2LM5GXbp61taTOfMBK8AdKwLNmZgQcZ&#10;4JJrV0lnVwHUnPX9a7aMrM4aq0sbjyN5Zy33z8vHSqOouCG84MCcY2jOPpU3muq5ZgeTjPT9KrXU&#10;6rFzKpIOCtdMtjmhGzKItZLgNceWVjVdzEjGKz7oMj/N+GT04q7c3zB8qAcH5w3Qn1xWfczvcSGV&#10;5efUnr/9euWdjqjcpXbAj6/zrPvfnBJHb9K0LiTB3Lge9ZlwSwJJ6jmuWR1wM3UCp4z7GqFw4jIY&#10;Hknv0/zzV7UOeKzrtRgYHeqpFdCpOSzs5xkGvbf2NNS8rXNX07zD+8s0cDH918f+zV4lKQCfmxzX&#10;p/7Jd75HxOjsRNsFzZzJnPXA3Af+O1vVt7I+E49w/t+GcTHtG/8A4DaX6H1PFIpUc549KsRTwsAr&#10;qAB2rOFvIpDJdueeAMVNtldv3V2ykf3oxXnqULn8nyi2asS2+3ClRn3NbegbFkRRErAf7VcvbW+p&#10;MN/mOV9lFdL4ctrtQrJcNnsGUVcZxUjnqJqJ2ell3G1oxyPuk9KvxvMHKsFCj3rItIb5E3/auR/s&#10;Vo21jfXCBmu9o75Wu+nVikebODuXYLkF9mf1q0jwkgP+prLjsLiFyHuC/f5VxVpLaQENIWwR/FWi&#10;rRM3GRc8qEk7AG57NRVJ7e9zm1uUAz0dM0U1WSM+RvU9+invASPsbluxYirJeRmDSQD3AboaLcSG&#10;4OI1wSSDuq6q8fNCT64qIJt6HnyaRWEm4lPJbB5zup0aqpIjV+fTmpgQ6bfL6epphVWYjyxx05rf&#10;lVyExjNcYO1Scf3qhkF4x4RB6g5qaR9ozgAD0qEMsxILkEHtTtYpM+av299UYDTtMeNR5djJI2D/&#10;AHn6/wDjlfBPje53anIBk/N0r7Q/b91OM+OTpwfIttPiUn6rvP8A6FXxH4tcy6jNLuzliAB/OuGu&#10;9XY/rvwqwzo8OUH3V/vd/wBTDlDbiVIHORgcU6y25VJHPUjpUMjFJNpXORzk9KUOSRuOf6fSuOL1&#10;P2FK6Lts6xzATL93j5hkZ+hq3ChA+RCQo546ZqhFcGTIkCvgdxVm3OWKsmOeoroT7hr1Na0DGTGc&#10;DOfxrWsZVjk3sqspTDKw4/z71j2T7XwCeuelaIMxTAlGP7vTiuuk7I462r1NCQwsnmKyA/xB/T1F&#10;c/fygSNGWPGc8847GtG7kRodoc7tuPlPFY98CRyTz6+venWlpYqhHUrSuoBYjAPc1XnlDHbn/BuK&#10;kkI2Es3Awe+SarlCFYc57ZrjvqdepXnkZMtjgDgEVmag4PJIzmr905PLHnPJrNu+V5YdfSspM2pp&#10;GLfpucnkAjAPaqEpzkg960r4Zbrms2XJyc9+9dlJ6DqJcpWnwpr6G+HlpZT+A9HnnD72sUBK+3Ff&#10;PNwSD0/SvpL4N3kC/DLSjLGh225DM4/22rDMP4UfU/KPEdf8J9KXaf6MsS6fMZNttCxQ9GbFOkgl&#10;Fvt8nDerHitN7iB2Bi8rBJxmmNZYYE2u4E/MQ/X9a8ldz8h5+4/whopuLwMb6JcLn72DXYDSJViX&#10;/S42wOcPy1ZfhfS9P5mnjCkgYBX9K31063ddtuoHOVZVrpi7nkYypeqJb2rKqq6jkfL3rtPBGlCU&#10;B5GIJHAYdq5e0DRTbUn3sh5O013ngyOSfAkkAzg/d716OCX7yzPCxs/3dkb40XywDFPGozyNnWtC&#10;3spgqu11GfQjoantdJIjzMCef4R1FXF09lUCGJcD7pCAc19HBaHzs5alA2N2wLTJxngK5P6VMq5T&#10;IjcFR8xZQAK0Ehu1by5beVRjlggIqTFuq7GLnjoUxmtlZGDkzOht9q+bLckrnOGXA/SgvbSs26Re&#10;B8o29q0Y4rdELRoo9fk5rJ1Wz+1XUcttqV3CyNlxFApDj0OQarQSbGzWtsOPPXB6ADrWL4vubXT9&#10;Gu5IboKy25+Q9DkdK1biOcZ2X1xuJ/545/pXG/E6+vbLQpG1GR1ie4ijG+IAPuccdKnRPQuN5MXS&#10;JphaxwpJF0AK7ulXWjlSMq86rj7pZzz+lY2j6hZzIMaTEBtO1t3Na6RrJh4bZSNvJA5FDTNL2ZNH&#10;KFQRzXS/L1IyRmmvDp6KztKGfrkA1GY5kkWJdKYq3Vm9fxqxPpzKg8yE7e+CAMfnSSbBvUqRT6dN&#10;Mz25Ulflcg9D6VG/2Qu67+G7sOBT5LfT7djJDp4Uk5J39frVS8JIYGzRQR9/zelQ0kaRbew6SGER&#10;CFZkJHIIB5FVL7bDCsS7SoPztnkH3qSGymhVlKqynnf5nI9vpUc/2e3BaVAEI5JcGs3sarcrtftD&#10;H87Rlh90qOcVDe6mQF2lAGxuGeasW6WEuW3LJgcDGaiuoYCzSRWyZA4G2od2jVJJlaW4giBllBHH&#10;QHFVptSWQEW8Lc92cYpbzc0QjmQpk8qozWezxW5AM/3ugdMEn8BWDN4q7LBv5I2y8ZAx1ElNF2Jc&#10;o6sFJ+8W5qOOS4Ub2K9egXgD8qjkvN+fMjjcj1U8VJolrsX4zbRj/V5DHkMwNRXd2I0OYwCB8qhq&#10;yp7/AFBJFit9NDAn5mycLTkvHiuNsllvY8ggH5aNGCg0TrI96My2cZw2ApY/rSTG548qJExxzVmG&#10;8hDb5IHGRgkLwKJ7qI5jREweclTioe5psU5UmltnKuDuGNqDNebeLbcveO7H5lPUpjI969MuHaMF&#10;bW3j5HPydK8v8b30i3josG9ifvg/0rgxkbwPdyWT9s0c8LVQ4LOm3cM9z1+leQXspl1i5lAyWmY4&#10;/GvWjfDcfOCq2DkEY4xXkEEqSXMsjY+aT5fTGa46CtGTP3bgCMuatJ/3V+Y65YH2x7VLZyAqFzwO&#10;lQ3DHewOBzx7UWoc4HZTWrS5D9ZpfCbFoTu+Y9a0bSXYNzHg8c9jWXBtVFZZCT3GOn+f61ftg5jL&#10;jgBgDz61jG9yJGtayZAPbFa2nSorAliMHjbisa2dDCCCc7fmxWnaSKWDbQMEfy6V103Y5KnU1kuu&#10;cyOWy+CDyCDUMty1tKzxhW7gSKDj8D1pqukq88Y6AHAqC+ZVOEBOR17iulysjmSTdijeXk0pLSyb&#10;ix6k9BVOaRSMBgR255JqW+kZPvEHIPJPSq5IPynAwe56VyN3Z1RsV7l1YZOffArMmfqeckVfumLA&#10;kDv196oTkqSjD8DXPJnRFqxn3wJPOBg5qjdYK81euid2MDPQCqV7HJGyo4GTzwePzrSltYpvoUZs&#10;AEY711/wB1JdN+KmjTPna94sbY9G+X+tcg/Qknr61p+A7waf4nsbzzCvk3kcgYdsOD/Suior0mjw&#10;M9oLE5bWpfzRa+9WPuC1xEBl++AGFX4HjLAu272UVSSzM6+YHXB5Ge4NTRaKDiTaqkHlgxryeVH8&#10;bSbNeFoThPs8ue2F4NdH4ds40VQlkQH5LMK5G1sJ1cKLnIJ+br/jXX6Tp98kKLDdkMBxkEjFaQS5&#10;tDkqN8p0Fva2YcNPJKhA6DGDWoscG0PHO+B0yBWXYaddeUq3t4hbrlV/+vV6Ox2RhjcFvQk12Qik&#10;jhne+pMvk4BYsTnnAqRWfOQh9qjt4ZU+8QfQCp1eMcFf51a2MpXGYmT5miDA9DiipfKjBJMjc9iT&#10;gUUKKJufQPlSLJhN4wecnBqZUL43FiAem4UqqnmYZQSOpqUqozgYzXTTimePJsYsAI2LE+exDUht&#10;SARKD7ZYVMIjIuRIRjHFRy28JU+YWb8a3SRFyJo0A/eEj2PNRbrQBkIGAPmPQU8iJCIVBXPoKZPZ&#10;QSEQykkEZxjg/WjqWj4Q/bX11NT+JmtzI+UjuzGnHUIAv9K+RvENwbi8lfIGXOcCvoz9qfU3m8U6&#10;vcKCN95KwB7ZYmvmnUpiZWOOleViHfY/t/gTCxw2S0YLpGK/BGZdSOJQF7dzUkJyfmfB7VBcOZJC&#10;Rx6ZqWIEEZOcj1rnifocV7paUkgBT/wLOc1ftGVsYbp0NZ8D/Lyo46cVcsJAGXKj2rdEtGtbkqwz&#10;3OPpWlE4ZABzu7ms6EqG28nng+9XEzGmePYV10tjjqK4y+dFhOPw/pWVdujqFYNuBznf09q1b4gR&#10;70yBtII7dKxbuZlbJUYbqKiq9TSjrEhdRG5RZCR0yOaiaRShzj5gNpHA/WlJL4Y+oBxxTJCQ21lG&#10;RWBur3Ktww25z2z075rPvSNuCMNu6ZrQuiQu5sYx0xWbc4w3U9cZrKWrOiGxlXuST6+lZ8+MnArR&#10;vFwx9hWdLxniu2lsFXZlacZJxX0X8DdTt1+GNhZNpT3B3SAsi5H381863BAbp0r6L/Z4ilm+Gdq6&#10;hSFu5BksR/d9KzxqXsV6n5X4jx/4R4vtNfkzrZ0mnIMNmlsvZWGaq/Yrxn2tKGBPI6Z+lahFshQs&#10;HyD7YP1q5Hp7SSxyxmPazDCleleSkkfiPtZJF7w5awWtqiywMhx8zGQc1qCTTHbyjNu9ixqayjRS&#10;sL2sJI43bavR25Ybzbwj0+X/AOtWsFbU8itUlKV7FWxgtDchYPmYZwoPGPWvRfBsJYxMzBSvIyOt&#10;cZaWts7qFTa56lRwa7fwjaSkrKrKwIGVbI/lXq4JJyTPExtR8p2cEYUAyAtnjg8CponVzhGULn1N&#10;LBFDLDuZMZAwAOlOT+z7WMxmB2ULzlutfQxaseDJ31LQjVo8xNyeo9aaLT5wZ92MYIHb2zSwi0KJ&#10;NDEyq3KjOMVBMLN8g27c9f3rc/rWnOuplZkzWlqg+UN9C+ap32paXYLiedY8deQTjvTZbTTzhltG&#10;yBgEzv8A41Rv9LmkX/RLO1HqZXdif8KHJDimyC68YeGopFX7RM4zyFjbI/SuC+M3i3wxq8Wj6HaR&#10;SSzXWroVhZiCyIrMxx1wMCuzuNL8SswJi0kgnBDRyHIrzz4kaEZfHfhx7u0tEkha6kV7dCDxGBjJ&#10;571UZRRvGDTuy5pLWlvOI00iN37Aq2f51tnU7s82umNGSOSBmsW30yGUm4JcFj1En/1jWjYWbHrM&#10;x29Adv8A8TRKcFuPlk3cvWL6jK58yF0DfxMoJH51LNpl2W8xZy6gdGGOaj+xvCHxdOVUZHCg/oKk&#10;bV1X/R982AOeQayc4WsT71ypdWV5bfPNaMF/ix838qzruaOWTyzcxIwbOJMj8MGrdzr0F2u0rLgj&#10;DZI5FVnSymXMVpnaML5hrGVRdDaCkwkS+K7V+z7W4GGJz71FcWzkeUPs+GXBQGqNzYyyNvMEKbDl&#10;fKkdT+YNOgtZTs8m5IbOcSAt1985qPaJ62NbMq2xm0+draSfCvzCcZ6ds1Zea2UZeXeWHReeKh1i&#10;8ezAN3BG7A5DIDxj2qTSroagjXcSBBgAAjketZqSWiNHd6sqXcltLgpCwXP3gprPj0iyXzXaaWRp&#10;GyWdScewFbd0ZnONwGDwe5qrdwsFAkfOW5qZuRrCRnyWtusZ/wBKYL7r0+tVne1t4wsNxGD33AjN&#10;XJbaB5dgZlJBLY6H9agm0+2Cfvl3Ac9/8azZvGfcrPqTQx7xcRsFJ+VDgfmetRw6xBOBJDEynHzB&#10;5ASfyq3b6XZLIZEiCnoe/wClWE02yMXmmMYDYICipsy1OKKsV8lwoEsIA9Q1L5Vpk7Zcr3UDNTOs&#10;DcJHgZIwarXUCoh2MQc+tLVFKSZFceQqsksjEjoAOTXmvjKDT3vHlt4JgxzwwwfSu41CUKoYhgM8&#10;bW/WuQ8YP8jXAdywYAEtzXLiVzQsezlbdOtp1OJ1WCxTT7iYW5DxwuQzHphTXjtmFJORyc5zXrHi&#10;CfytLvQMkm1lIZvXYTXlNiAHbcoPPbiuSkuWDP6A8PU3ha0vNfkExYswA/i+XjvT7VX3AqM56HNR&#10;THCHGc565p9mkvD7hgg4H0NW/hP1OCaiadvuxv24Ud6u28uflVT8w+bB461SgPz4556jPWrdszAb&#10;l4z1Ge1c63Je5p2jbhgjrWlZSBiVbgeuKybbl1ReDgkEetX7RyrAEdW5Oea3g2mc80akBGADkjNQ&#10;XjFUwHHtg0KzpHuzgE4GPX1qnftJtyjYPpjINdEpe6c6V5ENzLtB4xxxmq3ms0Zz274p8kryBgzZ&#10;7McdaryEpGQO9c0nqdMY6ajLh4zGcN1Izg1nysPvgce3SrDswUj0Y4qncsUG3PFZPU1tYrXLkqQe&#10;DgYrPuiqtgDnHSrd07LIB2NUrtsyBj6Ct6SGV5PukEDjrT9MfyrtX9GFMflS3c8021bEwPYHtXS/&#10;hZ52LV6ckfdXg3xHc6l4X0u/W1RvPsImb5+vyDmt+GaSTD7QDjnnrXn3wJuTqnwx0aSR3DJbNHw2&#10;PusRXoFnZIQP3z++TXjtWZ/GmaUVhswrUV9mcl9zaNHSjtuVMpGM11+k38jEEL0GBgda5TSrPEww&#10;4HPZa6XToyhBEh556VpTtc8aqjchuYJAUEoU59asRSAr5Ks5x0J7/lWdb3So4Upklc5x71bW9MRB&#10;C8Zxx1zXUmrHJJJMvRyTLlkRicdlqSGZpOZreVfUkYFUH1+3t+DC5wMnj/69SQa7BOqyKkignpxV&#10;JmT2NRJhtzEhPODuNFVBqls5wFkGO2B/jRRdsm0T/9lQSwMEFAAGAAgAAAAhAP/pvuXbAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNy2tEDRKE0nhLQjB8okrm5j2mqJUzXZ&#10;1v17DBc42U9+ev5etV28Uyea4xjYQL7OQBF3wY7cG9h/7FYbUDEhW3SBycCFImzr66sKSxvO/E6n&#10;JvVKQjiWaGBIaSq1jt1AHuM6TMRy+wqzxyRy7rWd8Szh3um7LHvUHkeWDwNO9DpQd2iO3gDvqdmN&#10;uCyfxYHy9u2pSdpdjLm9WV6eQSVa0p8ZfvAFHWphasORbVROdLaRLsnA6l6mGIoiL0C1v8sD6LrS&#10;/yvU3wAAAP//AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/a&#10;iT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT&#10;5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOm&#10;LMCSMvgOm+oaSAPvWv71WfcCAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/Dqv/sQCAAAD&#10;BgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAOIi3oDgG&#10;AgA4BgIAFQAAAAAAAAAAAAAAAAAsBQAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0AFAAGAAgA&#10;AAAhAP/pvuXbAAAACgEAAA8AAAAAAAAAAAAAAAAAlwsCAGRycy9kb3ducmV2LnhtbFBLAQItABQA&#10;BgAIAAAAIQBYYLMbugAAACIBAAAZAAAAAAAAAAAAAAAAAJ8MAgBkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzUEsFBgAAAAAGAAYAfQEAAJANAgAAAA==&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId10" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00295B6A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AA7A3FF" wp14:editId="1C4B3BCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-28575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-19050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7863840" cy="3520440"/>
                 <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7863840" cy="3520440"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -1996,145 +1852,145 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.25pt;margin-top:-1.5pt;width:619.2pt;height:277.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM82rSlQIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHxvtpxf0d1qqhVp0lV&#10;W7Wd+kwwxEiYY0DiZH/9DrDdrqv2MC0PhPPdfXf38cHF5a7TZCucV2BqOjsoKRGGQ6PMuqbfn2++&#10;nFHiAzMN02BETffC08vF508XvZ2LClrQjXAEQYyf97ambQh2XhSet6Jj/gCsMOiU4DoW0HTronGs&#10;R/ROF1VZnhQ9uMY64MJ7/HqdnXSR8KUUPNxL6UUguqbYW0irS+sqrsXigs3XjtlW8aEN9g9ddEwZ&#10;LDpBXbPAyMapP6A6xR14kOGAQ1eAlIqLNANOMyvfTfPUMivSLEiOtxNN/v/B8rvtgyOqwbOjxLAO&#10;j+gRSWNmrQWZRXp66+cY9WQf3GB53MZZd9J18R+nILtE6X6iVOwC4fjx9Ozk8OwImefoOzyuyiM0&#10;EKd4TbfOh68COhI3NXVYPlHJtrc+5NAxJFbzoFVzo7ROhluvrrQjW4bne11Vh9VyQP8tTJsYbCCm&#10;ZcT4pYij5WHSLuy1iHHaPAqJnGD7VeokqVFMdRjnwoRZdrWsEbn8cYm/sXrUb8xIkybAiCyx/oQ9&#10;AIyRGWTEzl0O8TFVJDFPyeXfGsvJU0aqDCZMyZ0y4D4C0DjVUDnHjyRlaiJLK2j2qBgH+Sp5y28U&#10;ntst8+GBObw7eNb4HoR7XKSGvqYw7Chpwf386HuMR0mjl5Ie72JN/Y8Nc4IS/c2g2M9nUTUkJOPo&#10;+LRCw731rN56zKa7ApQDChq7S9sYH/S4lQ66F3w2lrEqupjhWLumPLjRuAr5jcCHh4vlMoXhhbUs&#10;3JonyyN4ZDXq8nn3wpwdxBtQ93cw3ls2f6fhHBszDSw3AaRKAn/ldeAbL3sSzvAwxdfkrZ2iXp/P&#10;xS8AAAD//wMAUEsDBBQABgAIAAAAIQDVaYAI4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcWqdNg2iIU0VICCF6aeHQoxtv4gh7HWy3DX+Pe4LTajSj2TfVZrKGndGHwZGA&#10;xTwDhtQ6NVAv4PPjZfYILERJShpHKOAHA2zq25tKlspdaIfnfexZKqFQSgE6xrHkPLQarQxzNyIl&#10;r3Peypik77ny8pLKreHLLHvgVg6UPmg54rPG9mt/sgLem7ds678Ph25r1p3eYePwtRfi/m5qnoBF&#10;nOJfGK74CR3qxHR0J1KBGQGzVZGS6eZp0tVf5vka2FFAUSxWwOuK/59Q/wIAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDM82rSlQIAAIYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDVaYAI4AAAAAoBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;" fillcolor="#d2232a" stroked="f" strokeweight="2pt"/>
+              <v:rect w14:anchorId="2D6DE0E8" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.25pt;margin-top:-1.5pt;width:619.2pt;height:277.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCI0vXfwIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+24zwV1iqBFhwFF&#10;W6wdelZkKTYgixqlxMl+/Sj5ka4rdhjmgyyK5EfyE6nLq11r2Fahb8CWfHaUc6ashKqx65J/f779&#10;dMGZD8JWwoBVJd8rz68WHz9cdm6uCqjBVAoZgVg/71zJ6xDcPMu8rFUr/BE4ZUmpAVsRSMR1VqHo&#10;CL01WZHnZ1kHWDkEqbyn05teyRcJX2slw4PWXgVmSk65hbRiWldxzRaXYr5G4epGDmmIf8iiFY2l&#10;oBPUjQiCbbD5A6ptJIIHHY4ktBlo3UiVaqBqZvmbap5q4VSqhcjxbqLJ/z9Yeb99co9INHTOzz1t&#10;YxU7jW38U35sl8jaT2SpXWCSDs8vzo4vTohTSbrj0yI/IYFwsoO7Qx++KGhZ3JQc6TYSSWJ750Nv&#10;OprEaB5MU902xiQB16trg2wr6OZuiuK4WA7ov5kZG40tRLceMZ5kh2LSLuyNinbGflOaNRWlX6RM&#10;Up+pKY6QUtkw61W1qFQf/jSnb4weOzN6pEoTYETWFH/CHgBGyx5kxO6zHOyjq0ptOjnnf0usd548&#10;UmSwYXJuGwv4HoChqobIvf1IUk9NZGkF1f4RGUI/JN7J24bu7U748CiQpoLumiY9PNCiDXQlh2HH&#10;WQ34873zaE/NSlrOOpqykvsfG4GKM/PVUht/nsWuYSEJJ6fnBQn4WrN6rbGb9hqoHWb0pjiZttE+&#10;mHGrEdoXehCWMSqphJUUu+Qy4Chch3766UmRarlMZjSKToQ7++RkBI+sxr583r0IdEPzBur7exgn&#10;Uszf9HBvGz0tLDcBdJMa/MDrwDeNcWqc4cmJ78RrOVkdHsbFLwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ANVpgAjgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxap02DaIhTRUgI&#10;IXpp4dCjG2/iCHsdbLcNf497gtNqNKPZN9Vmsoad0YfBkYDFPAOG1Do1UC/g8+Nl9ggsRElKGkco&#10;4AcDbOrbm0qWyl1oh+d97FkqoVBKATrGseQ8tBqtDHM3IiWvc97KmKTvufLyksqt4csse+BWDpQ+&#10;aDnis8b2a3+yAt6bt2zrvw+HbmvWnd5h4/C1F+L+bmqegEWc4l8YrvgJHerEdHQnUoEZAbNVkZLp&#10;5mnS1V/m+RrYUUBRLFbA64r/n1D/AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEIjS9d/&#10;AgAAYAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANVp&#10;gAjgAAAACgEAAA8AAAAAAAAAAAAAAAAA2QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" fillcolor="#d2232a" stroked="f" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00295B6A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bernard MT Condensed">
     <w:panose1 w:val="02050806060905020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ABB3C6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E81E4530"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2203,529 +2059,510 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1242906682">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00295B6A"/>
+    <w:rsid w:val="00241F70"/>
     <w:rsid w:val="00295B6A"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="005D249F"/>
     <w:rsid w:val="0094643E"/>
     <w:rsid w:val="009512C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6DC405BC"/>
+  <w15:docId w15:val="{9647FB62-631A-4A66-BD06-6D55A18D93D6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009512C6"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...261 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -2780,58 +2617,58 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009512C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0094643E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3077,51 +2914,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>10</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>