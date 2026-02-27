--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -1,1133 +1,1322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="002B4F35">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="58360C08" w14:textId="4ABA5031" w:rsidR="00895429" w:rsidRDefault="00BC29C7">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A6D5F7F" wp14:editId="062A9D47">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5514975</wp:posOffset>
+                  <wp:posOffset>180975</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>6515100</wp:posOffset>
+                  <wp:posOffset>4648200</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1971675" cy="1581150"/>
+                <wp:extent cx="4972050" cy="5267325"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="6" name="Text Box 6"/>
+                <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1971675" cy="1581150"/>
+                          <a:ext cx="4972050" cy="5267325"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="002B4F35" w:rsidRPr="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                          <w:p w14:paraId="74A0C02D" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Prepare your home for an earthquake with these safety tips:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7006D4B9" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Home maintenance:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Bolt bookcases and other tall furniture to the walls to prevent them from falling during an earthquake. Avoid hanging heavy objects like framed pictures above beds and close your cabinets with strong latches. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="511BAB33" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Emergency preparations:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Create a disaster plan with your family so everyone knows what to do and where supplies are kept in a safe accessible place. Prepare an earthquake kit with non-perishable food, a first aid kit, battery-operated flashlights, dust masks and at least three gallons of water per person. If you have pets, include supplies for them, too. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2D83B63E" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Important documents:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Keep your important financial documents in a safe place where they won’t be lost or destroyed. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="30F345E3" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Run drills:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Ensure your family knows quick exit routes from your home or building. Practice the “drop, duck and cover” method for getting to a safe place during an earthquake. Teach your children places to avoid, like windows or doorways. Doorways are no safer than any other place in your home and provide little protection against falling debris.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7FCCD560" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Plan for recovery:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="EE0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Know how to turn off your gas and water mains. Document any damage for your insurance company by taking pictures. Have a Plan B in place in case your original disaster plan falls through.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0671397A" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00DC76BC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Be prepared and stay safe! Contact me today if you’re thinking of buying or selling and want help to know what’s best for your family.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="314A9490" w14:textId="77777777" w:rsidR="002B4F35" w:rsidRPr="00DC76BC" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="7A6D5F7F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:14.25pt;margin-top:366pt;width:391.5pt;height:414.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMJZXPaQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8bxYIkAaxRDQRVSWU&#10;RCVVzsZrh1W9Htce2KW/vmPv8tG0l1S9eGc9z8/z8cbTm6YybKd8KMHmvH/R40xZCUVpX3L+7Wnx&#10;4SNnAYUthAGrcr5Xgd/M3r+b1m6iBrABUyjPiMSGSe1yvkF0kywLcqMqES7AKUtODb4SSL/+JSu8&#10;qIm9Mtmg1xtnNfjCeZAqBNq9a518lvi1VhIftA4Kmck5xYZp9WldxzWbTcXkxQu3KWUXhviHKCpR&#10;Wrr0SHUnULCtL/+gqkrpIYDGCwlVBlqXUqUcKJt+71U2q41wKuVCxQnuWKbw/2jl/W7lHj3D5hM0&#10;1MBYkNqFSaDNmE+jfRW/FCkjP5VwfyybapBJ2hxeXw16I3JJ8o0G46vLwSjyZKfjzgf8rKBi0ci5&#10;p76kcondMmALPUDibRYWpTGpN8ayOufjS+L/zUPkxsYdlbrc0ZxCTxbujYoYY78qzcoiZRA3kr7U&#10;rfFsJ0gZQkplMSWfeAkdUZqCeMvBDn+K6i2H2zwON4PF4+GqtOBT9q/CLr4fQtYtnmp+lnc0sVk3&#10;XUvXUOyp0x7aIQhOLkrqxlIEfBSeVE8dpEnGB1q0Aao6dBZnG/A//7Yf8SRG8nJW0xTlPPzYCq84&#10;M18syfS6PxzGsUs/wxHphDN/7lmfe+y2ugVqR5/eDCeTGfFoDqb2UD3TwM/jreQSVtLdOceDeYvt&#10;bNODIdV8nkA0aE7g0q6cjNSxO1FrT82z8K4TJJKW7+Ewb2LySpctNp60MN8i6DKJNha4rWpXeBrS&#10;JPvuQYmvwPl/Qp2evdkvAAAA//8DAFBLAwQUAAYACAAAACEAcx7ASuEAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLGCpBlqYhaUyMPbT24m1hp0BkZ5Hdtuiv73jS28y8&#10;L2/eK1azHcQZJ987UhAvIhBIjTM9tQoO75uHDIQPmoweHKGCb/SwKm9vCp0bd6EdnvehFWxCPtcK&#10;uhDGXErfdGi1X7gRibWjm6wOvE6tNJO+sLkdZBJFS2l1T/yh0yNWHTaf+5NV8FpttnpXJzb7GaqX&#10;t+N6/Dp8pErd383rZxAB5/AHw298jg4lZ6rdiYwXg4IkS5lU8PSYcCcGsjjmS81kuuRJloX836G8&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIwllc9pAgAAPgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHMewErhAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAwwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="74A0C02D" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Prepare your home for an earthquake with these safety tips:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7006D4B9" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Home maintenance:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Bolt bookcases and other tall furniture to the walls to prevent them from falling during an earthquake. Avoid hanging heavy objects like framed pictures above beds and close your cabinets with strong latches. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="511BAB33" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Emergency preparations:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Create a disaster plan with your family so everyone knows what to do and where supplies are kept in a safe accessible place. Prepare an earthquake kit with non-perishable food, a first aid kit, battery-operated flashlights, dust masks and at least three gallons of water per person. If you have pets, include supplies for them, too. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2D83B63E" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Important documents:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Keep your important financial documents in a safe place where they won’t be lost or destroyed. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="30F345E3" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Run drills:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Ensure your family knows quick exit routes from your home or building. Practice the “drop, duck and cover” method for getting to a safe place during an earthquake. Teach your children places to avoid, like windows or doorways. Doorways are no safer than any other place in your home and provide little protection against falling debris.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7FCCD560" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Plan for recovery:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="EE0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Know how to turn off your gas and water mains. Document any damage for your insurance company by taking pictures. Have a Plan B in place in case your original disaster plan falls through.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0671397A" w14:textId="77777777" w:rsidR="00DC76BC" w:rsidRPr="00DC76BC" w:rsidRDefault="00DC76BC" w:rsidP="00DC76BC">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00DC76BC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Be prepared and stay safe! Contact me today if you’re thinking of buying or selling and want help to know what’s best for your family.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="314A9490" w14:textId="77777777" w:rsidR="002B4F35" w:rsidRPr="00DC76BC" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00487018">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C7878EE" wp14:editId="74378C37">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5514975</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>6515100</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1971675" cy="2076450"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Text Box 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1971675" cy="2076450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="33318760" w14:textId="77777777" w:rsidR="002B4F35" w:rsidRPr="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="002B4F35">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                          <w:p w14:paraId="0E233A61" w14:textId="7797B415" w:rsidR="002B4F35" w:rsidRPr="00487018" w:rsidRDefault="00DC76BC" w:rsidP="002B4F35">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                            <w:r>
+                            <w:r w:rsidRPr="00487018">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
+                              <w:t xml:space="preserve">RE </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00487018" w:rsidRPr="00487018">
+                              <w:t>L</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
+                              <w:t>ic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00487018" w:rsidRPr="00487018">
+                              <w:br/>
+                              <w:t>Broker Nam</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00487018">
+                              <w:t>e</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00487018">
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:434.25pt;margin-top:513pt;width:155.25pt;height:124.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZO28UgAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whhhbaooWJUnSZV&#10;bTWY+mwcu0SzfZ5tSNhfv7OTAGN76bSXxL777nzf/bq5bbQiO+F8Baag+WBIiTAcysq8FvTb6v7D&#10;FSU+MFMyBUYUdC88vZ29f3dT26kYwQZUKRxBJ8ZPa1vQTQh2mmWeb4RmfgBWGFRKcJoFvLrXrHSs&#10;Ru9aZaPhcJLV4ErrgAvvUXrXKuks+ZdS8PAkpReBqIJibCF9Xfqu4zeb3bDpq2N2U/EuDPYPUWhW&#10;GXz04OqOBUa2rvrDla64Aw8yDDjoDKSsuEgckE0+PGOz3DArEhdMjreHNPn/55Y/7p4dqcqCTigx&#10;TGOJVqIJ5BM0ZBKzU1s/RdDSIiw0KMYq93KPwki6kU7HP9IhqMc87w+5jc54NLq+zCeXY0o46vLx&#10;VZ6PU/azo7l1PnwWoEk8FNRh8VJO2e7BBwwFoT0kvmbgvlIqFVAZUiODj+jyNw1aKBMlIrVC5yZS&#10;akNPp7BXImKU+SokpiIxiILUhGKhHNkxbB/GuTAhkU9+ER1REoN4i2GHP0b1FuOWR/8ymHAw1pUB&#10;l9ifhV1+70OWLR4TecI7HkOzblIPHCq7hnKPBXfQDoy3/L7CojwwH56ZwwnBGuPUhyf8SAWYfOhO&#10;lGzA/fybPOKxcVFLSY0TV1D/Y8ucoER9MdjS1/nFRRzRdLkYX47w4k4161ON2eoFYFVy3C+Wp2PE&#10;B9UfpQP9gsthHl9FFTMc3y5o6I+L0O4BXC5czOcJhENpWXgwS8uj61ik2HKr5oU52/VlwJZ+hH42&#10;2fSsPVtstDQw3waQVerdmOc2q13+caBTS3fLJ26M03tCHVfk7BcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBkkDh4wAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN1ISUOIU1WR&#10;KiQEh5ZeuDmxm0TY6xC7beDr2Z7gNqsZzb4p17Oz7GymMHiUsFwIYAZbrwfsJBzetw85sBAVamU9&#10;GgnfJsC6ur0pVaH9BXfmvI8doxIMhZLQxzgWnIe2N06FhR8Nknf0k1ORzqnjelIXKneWJ0Jk3KkB&#10;6UOvRlP3pv3cn5yEl3r7pnZN4vIfWz+/Hjfj1+EjlfL+bt48AYtmjn9huOITOlTE1PgT6sCshDzL&#10;U4qSIZKMVl0jy9UjqYZUskoF8Krk/2dUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZ&#10;O28UgAIAAGoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCBkkDh4wAAAA4BAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2C7878EE" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:434.25pt;margin-top:513pt;width:155.25pt;height:163.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/ocD/awIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xkabIGdYqsRYYB&#10;RVssHXpWZKkxJouaxMTOfn0p2Xks26XDLjYlfnx9JHV13VSGbZUPJdicD3p9zpSVUJT2JeffnxYf&#10;PnEWUNhCGLAq5zsV+PXs/bur2k3VENZgCuUZObFhWrucrxHdNMuCXKtKhB44ZUmpwVcC6ehfssKL&#10;mrxXJhv2++OsBl84D1KFQLe3rZLPkn+tlcQHrYNCZnJOuWH6+vRdxW82uxLTFy/cupRdGuIfsqhE&#10;aSnowdWtQME2vvzDVVVKDwE09iRUGWhdSpVqoGoG/bNqlmvhVKqFyAnuQFP4f27l/XbpHj3D5jM0&#10;1MBISO3CNNBlrKfRvop/ypSRnijcHWhTDTIZjS4ng/HkgjNJumF/Mh5dJGKzo7nzAb8oqFgUcu6p&#10;L4kusb0LSCEJuofEaBYWpTGpN8ayOufjj+TyNw1ZGBtvVOpy5+aYepJwZ1TEGPtNaVYWqYJ4keZL&#10;3RjPtoImQ0ipLKbik19CR5SmJN5i2OGPWb3FuK1jHxksHoyr0oJP1Z+lXfzYp6xbPBF5UncUsVk1&#10;VPhJZ1dQ7KjhHtpdCE4uSmrKnQj4KDwNP/WYFhof6KMNEPnQSZytwf/6233E00ySlrOalinn4edG&#10;eMWZ+WppWi8Ho1HcvnQYXUyGdPCnmtWpxm6qG6CuDOjpcDKJEY9mL2oP1TPt/TxGJZWwkmLnHPfi&#10;DbYrTu+GVPN5AtG+OYF3dulkdB2bFEfuqXkW3nVziTTS97BfOzE9G88WGy0tzDcIukyzG3luWe34&#10;p11NI929K/ExOD0n1PH1m70CAAD//wMAUEsDBBQABgAIAAAAIQDpao+W5AAAAA4BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN1UCWkap6oiVUgIDi29cNvEbhIR2yF228DXsz2V&#10;26xmNPsmX0+mZ2c9+s5ZCfOZAKZt7VRnGwmHj+1TCswHtAp7Z7WEH+1hXdzf5Zgpd7E7fd6HhlGJ&#10;9RlKaEMYMs593WqDfuYGbck7utFgoHNsuBrxQuWm55EQCTfYWfrQ4qDLVtdf+5OR8Fpu33FXRSb9&#10;7cuXt+Nm+D58xlI+PkybFbCgp3ALwxWf0KEgpsqdrPKsl5AmaUxRMkSU0KprZP68JFWRWsQLAbzI&#10;+f8ZxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAf6HA/2sCAABFBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6WqPluQAAAAOAQAADwAAAAAA&#10;AAAAAAAAAADFBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="002B4F35" w:rsidRPr="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                    <w:p w14:paraId="33318760" w14:textId="77777777" w:rsidR="002B4F35" w:rsidRPr="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="002B4F35">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="002B4F35" w:rsidRDefault="002B4F35" w:rsidP="002B4F35">
+                    <w:p w14:paraId="0E233A61" w14:textId="7797B415" w:rsidR="002B4F35" w:rsidRPr="00487018" w:rsidRDefault="00DC76BC" w:rsidP="002B4F35">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                      <w:r>
+                      <w:r w:rsidRPr="00487018">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
+                        <w:t xml:space="preserve">RE </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00487018" w:rsidRPr="00487018">
+                        <w:t>L</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
+                        <w:t>ic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="002B4F35" w:rsidRPr="00487018">
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00487018" w:rsidRPr="00487018">
+                        <w:br/>
+                        <w:t>Broker Nam</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00487018">
+                        <w:t>e</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00487018">
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002B4F35">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78B585EA" wp14:editId="66DF69C7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78B585EA" wp14:editId="099FBC11">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5693410</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8986520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1623060" cy="594995"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1623060" cy="594995"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...521 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002B4F35">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="129E263A" wp14:editId="7C51419B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>6066155</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>4933950</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="876300" cy="1273175"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="876300" cy="1273175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002B4F35">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57DC6355" wp14:editId="1D7649DA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5229225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4105275</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2550795" cy="5970905"/>
                 <wp:effectExtent l="0" t="0" r="1905" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2550795" cy="5970905"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="D2232A">
+                          <a:schemeClr val="bg1">
+                            <a:lumMod val="75000"/>
                             <a:alpha val="10196"/>
-                          </a:srgbClr>
+                          </a:schemeClr>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:411.75pt;margin-top:323.25pt;width:200.85pt;height:470.15pt;z-index:251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZekKJpQIAAKcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X/2xpl2COkXQosOA&#10;og3aDj0rshQbkEVNUuJkv36UZLtdV+wwLAdFFMlH8pnkxeWhU2QvrGtBV7Q4ySkRmkPd6m1Fvz/d&#10;fPpCifNM10yBFhU9Ckcvlx8/XPRmIUpoQNXCEgTRbtGbijbem0WWOd6IjrkTMEKjUoLtmEfRbrPa&#10;sh7RO5WVeX6W9WBrY4EL5/D1OinpMuJLKbi/l9IJT1RFMTcfTxvPTTiz5QVbbC0zTcuHNNg/ZNGx&#10;VmPQCeqaeUZ2tv0Dqmu5BQfSn3DoMpCy5SLWgNUU+ZtqHhtmRKwFyXFmosn9P1h+t19b0tYVLSnR&#10;rMNP9ICkMb1VgpSBnt64BVo9mrUdJIfXUOtB2i78YxXkECk9TpSKgyccH8vZLD+fzyjhqJvNz/N5&#10;Pguo2Yu7sc5/FdCRcKmoxfCRSra/dT6ZjiYhmgPV1jetUlGw282VsmTP8Ptel+XncpV8lWlYei3y&#10;Yn42hHTJPIb/DUfpgKYh4KaQ4SULtadq480flQh2Sj8IiaSF+mK42K5iSoRxLrQvkqphtUiZzHL8&#10;jZmEBg8eMZcIGJAlxp+wB4DRMoGM2CnLwT64itjtk3P+t8SS8+QRI4P2k3PXarDvASisaoic7EeS&#10;EjWBpQ3UR2wpC2nWnOE3LX7YW+b8mlkcLhxDXBj+Hg+poK8oDDdKGrA/33sP9tjzqKWkx2GtqPux&#10;Y1ZQor5pnIZ5cXoapjsKp7PzEgX7WrN5rdG77gqwXwpcTYbHa7D3arxKC90z7pVViIoqpjnGrij3&#10;dhSufFoiuJm4WK2iGU60Yf5WPxoewAOroXGfDs/MmqG7PQ7GHYyDzRZvmjzZBk8Nq50H2cYJeOF1&#10;4Bu3QWycYXOFdfNajlYv+3X5CwAA//8DAFBLAwQUAAYACAAAACEAKJHExeAAAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjThEQhxKkojx1SReEDXHuIo9rjKHbT8Pe4K9jd&#10;0RzdOdNuFmfZjFMYPAlYrzJgSMrrgXoBX59vdzWwECVpaT2hgB8MsOmur1rZaH+mD5z3sWephEIj&#10;BZgYx4bzoAw6GVZ+REq7bz85GdM49VxP8pzKneV5llXcyYHSBSNHfDaojvuTE/Cws8Xu9bg1y/BS&#10;KDXjety+WyFub5anR2ARl/gHw0U/qUOXnA7+RDowK6DOizKhAqr7KoULkedlDuyQUllXNfCu5f+/&#10;6H4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmXpCiaUCAACnBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKJHExeAAAAANAQAADwAAAAAAAAAA&#10;AAAAAAD/BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAwGAAAAAA==&#10;" fillcolor="#d2232a" stroked="f" strokeweight="2pt">
+              <v:rect w14:anchorId="208A55B6" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:411.75pt;margin-top:323.25pt;width:200.85pt;height:470.15pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfJfN+lwIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20HdbMEdYqgRYcB&#10;XRusHXpWZCk2IIuapMTJfv0oyXHarthh2EWW+PFIPpO8vNp3iuyEdS3oihZnOSVCc6hbvanoj6fb&#10;T58pcZ7pminQoqIH4ejV4uOHy97MxQQaULWwBEG0m/emoo33Zp5ljjeiY+4MjNColGA75vFpN1lt&#10;WY/oncomeX6R9WBrY4EL51B6k5R0EfGlFNw/SOmEJ6qimJuPp43nOpzZ4pLNN5aZpuVDGuwfsuhY&#10;qzHoCHXDPCNb2/4B1bXcggPpzzh0GUjZchFrwGqK/E01jw0zItaC5Dgz0uT+Hyy/3z2alUUaeuPm&#10;Dq+hir20XfhifmQfyTqMZIm9JxyFk7LMp7OSEo66cjbNZ3kZ6MxO7sY6/0VAR8Klohb/RiSJ7e6c&#10;T6ZHkxDNgWrr21ap+AgdIK6VJTuG/269KaKr2nbfoE6yaZnnwx9kyjQsSYu8mF0MicQ2CiAxrVf4&#10;SocoGkK8lEqQZCcW4s0flAh2Sn8XkrR1qDvmMSKnoIxzoX1K0TWsFkkcEowZIimjR8wlAgZkifFH&#10;7AHgdelH7JTlYB9cRezv0Tn/W2LJefSIkUH70blrNdj3ABRWNURO9keSEjWBpTXUh5UlFtJ0OcNv&#10;W/zhd8z5FbM4Tjh4uCL8Ax5SQV9RGG6UNGB/vScP9tjlqKWkx/GsqPu5ZVZQor5q7P9ZcX4e5jk+&#10;zsvpBB/2pWb9UqO33TVgFxW4jAyP12Dv1fEqLXTPuEmWISqqmOYYu6Lc2+Pj2qe1gbuIi+UymuEM&#10;G+bv9KPhATywGhr6af/MrBm63uPA3MNxlNn8TfMn2+CpYbn1INs4GSdeB75x/mPjDLsqLJiX72h1&#10;2qiL3wAAAP//AwBQSwMEFAAGAAgAAAAhAHUF7WfjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwUuwG6NZQppNEaEXQcQaEG/b7OSDZndDdtOm/nqnJ3t7h3l455lis5iBHXHy&#10;vbMSHlcxMLS1071tJVRf24cMmA/KajU4ixLO6GFT3t4UKtfuZD/xuAstoxLrcyWhC2HMOfd1h0b5&#10;lRvR0q5xk1GBxqnlelInKjcDT+JYcKN6Sxc6NeJrh/VhNxsJ7zi/RR+R+2m+o9/zthLVoptYyvu7&#10;5WUNLOAS/mG46JM6lOS0d7PVng0SsuQpJVSCeBYULkSSpAmwPaU0ExnwsuDXX5R/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB8l836XAgAAmQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHUF7WfjAAAADQEAAA8AAAAAAAAAAAAAAAAA8QQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#bfbfbf [2412]" stroked="f" strokeweight="2pt">
                 <v:fill opacity="6682f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002B4F35">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="516D9443" wp14:editId="4FFE9218">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-28575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7818120" cy="4572000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7818120" cy="4572000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                        <a:blipFill>
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.25pt;margin-top:-.75pt;width:615.6pt;height:5in;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAhAi8SJwMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4&#10;T21H7pJGdacsXadJ1Vq1nfpMMK4tYWBAmnTT/vsOYCfVWm3StBfnApf7ce7h5PT9rpfkUVjXaVXR&#10;4iinRCiu6049VPTr3cVkTonzTNVMaiUq+iQcfX/29s3p1izEVLda1sISBFFusTUVbb03iyxzvBU9&#10;c0faCIXDRtueeSztQ1ZbtkX0XmbTPH+XbbWtjdVcOIfd83RIz2L8phHcXzWNE57IiqI2H782ftfh&#10;m52dssWDZabt+FAG+4cqetYpJN2HOmeekY3tXoTqO261040/4rrPdNN0XMQe0E2R/9bNbcuMiL0A&#10;HGf2MLn/F5Z/eby2pKsxO0oU6zGiG4DG1IMUpAjwbI1bwOvWXNth5WCGXneN7cMvuiC7COnTHlKx&#10;84RjczYv5sUUyHOclcczzCyCnh2uG+v8J6F7EoyKWqSPULLHS+eREq6jS8i2lp256KQktQG8iGy1&#10;v+98G8EKbYxOA1wY9t9JlQZxrvmmF8onZlkhmQetXdsZhzQL0a8FgLKf65QEPaLCkC50G6f9Yzpf&#10;5vnJ9MNkdZyvJmU++zhZnpSzySz/OCvzcl6sitXPUGJRLjZOXGrO5LnpRuoV5YtqX2XM8AgSaSL5&#10;yCOLFE+AoaAI3FgiMAy4hVqd5WHC8IPtrfC8DWYDSId9OO8PhosB8OAlVfgqHdYpU9jJAkcSK6Ll&#10;n6RI3jeiAbnAg2kcS3zWYiVtqpZxDrQTmK5ltUjbx+DISJL9jdiOVAh4qHaIPQQIkvEydqoydRev&#10;iqgK+8LyPxU2gDneiJm18vvLfae0fS2ARFdD5uQ/gpSgCSitdf2Epwf2RhY7wy86PIBL5vw1sxAh&#10;UBvC6q/waaTeVlQPFiWttt9f2w/+IBBOKdlC1Crqvm2YFZTIzwqqcVKUZVDBuIivEbx+frJ+fqI2&#10;/UqDVFAGVBfN8Ny8HM3G6v4e+rsMWXHEFEfuinJvx8XKJ7GFgnOxXEY3KJ9h/lLdGj6+1/DA73b3&#10;zJpBBTyY+0WPAsgWv4lB8k1cXG68brqoFAdcB7yhmpE4g8IHWX6+jl6H/6GzXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMw&#10;EEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1&#10;MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI&#10;+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIde&#10;vjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAB4tYs/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81ugzAQhO+V+g7WVuotMaDmRxQTpUl7LGoDD+DABlDwGrCT0Lfv5tSeRqsZzX6TbCbTiSuOrrWk&#10;IJwHIJBKW7VUKyjyj9kahPOaKt1ZQgU/6GCTPj4kOq7sjb7xevC14BJysVbQeN/HUrqyQaPd3PZI&#10;7J3saLTnc6xlNeobl5tORkGwlEa3xB8a3eOuwfJ8uBgFe7/NPocwf8uG4WtfRNl7Xu4KpZ6fpu0r&#10;CI+T/wvDHZ/RIWWmo71Q5USnYPay4CRryHr3o2i5AnFUsArXC5BpIv9PSH8BAAD//wMAUEsDBAoA&#10;AAAAAAAAIQDEZ2cyKhYUACoWFAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAAE+wAAAu4IBgAAANgvEyUAAAAZdEVYdFNvZnR3YXJlAEFkb2JlIEltYWdlUmVhZHlxyWU8&#10;AAADJmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPD94cGFja2V0IGJlZ2luPSLvu78iIGlkPSJX&#10;NU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczpt&#10;ZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMwNjcgNzkuMTU3NzQ3LCAyMDE1LzAz&#10;LzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMu&#10;b3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91&#10;dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5zOnhtcE1N&#10;PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdFJlZj0iaHR0cDovL25z&#10;LmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlUmVmIyIgeG1wOkNyZWF0b3JUb29sPSJB&#10;ZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcE1NOkluc3RhbmNlSUQ9InhtcC5p&#10;aWQ6MTRDRTNFQ0Y1QjBGMTFFNUE1NDdBOUMzMUNBQzAzRDUiIHhtcE1NOkRvY3VtZW50SUQ9Inht&#10;cC5kaWQ6MTRDRTNFRDA1QjBGMTFFNUE1NDdBOUMzMUNBQzAzRDUiPiA8eG1wTU06RGVyaXZlZEZy&#10;b20gc3RSZWY6aW5zdGFuY2VJRD0ieG1wLmlpZDoxNENFM0VDRDVCMEYxMUU1QTU0N0E5QzMxQ0FD&#10;MDNENSIgc3RSZWY6ZG9jdW1lbnRJRD0ieG1wLmRpZDoxNENFM0VDRTVCMEYxMUU1QTU0N0E5QzMx&#10;Q0FDMDNENSIvPiA8L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gPD94&#10;cGFja2V0IGVuZD0iciI/Pplp3SgAFBKaSURBVHja3L1rj2RJciVm5vdGZNaju4fDGVJcrhaiKEiL&#10;hT7oBwjQ35YAQYIkQFoIWoHc1S4pPpYUdzic6ZnuqUdWZkbEdTe528Pd3O+NR1b3cMnJRnVVZkbE&#10;ffnD7Nixc/B/+1/+VwoBAQkAMf89T/lvyF/5B0T875QShGkCyn+Xr/I6+dmcfxb5+/Jy5PfIa8JU&#10;XpcA8+/L5+f/Qf5nfh8BYcivK69Gfj0ft/xMjqp/8jHy8U+HIyxLLB/Gr5vmHQSc+PjlpKdpJ+/L&#10;3x9OT/mUUzntfKwlvz/mvyMcng+Qnt/Dqze/A7hDCOXTd3M5GVhOj/D86RGm3Z4PfPfqS9jv7/K/&#10;T3zNBwrw8PwJTk/P8NU8w6svvgKcApzy4Q/5PN5//AC/+tmfww/vfgg/+t1/BrvX+fPxNaSQ4N/+&#10;5b+Br//kj2HCHfyXf/jP4Xf/4J/Dkk9un+/Hz/Pnff2X/zvc4Y8gzHv44s0Ev/tP/yCf0ys4Tgl+&#10;/pN/C/OC8Fs//qfw8XiA9z//U/id3/0X8Pa3fggPp2d4lU7w+tUPYYkneHp6hI8ffgl3b38Icz7n&#10;Xb7Xr968hV2+4TF/xiMc4eOvvobju3dwd7+H3/m9P6jP85Tv18fHfH2fHuCHP/od2Of7O6cnfpbp&#10;/i3/Lhzytb++g9PpADDn68/34bQs+dk85FsY4IvdBCE/o0N56Plrn48fTkdI+Zmm16/5Z/nEeDzl&#10;TwXYlWfIgwxikme9z5+5yz8vzzjyQMnPbzkCP2YePjJGyu9DmGTM5J8R8SfKVxmv+dMoP/vy85jf&#10;XMYbDwgZuTzeiMc18ueivTufsw78/LxQf5SPk18f9Hcxf1bMnx3tgDruqZxfngsp35PHfI8+PHzM&#10;Yyxfz/2XgEu+t4cPcH/3A3h1/yq/ZYaZ70O+JZj4zaFcQ7nmZeFTjTJ5gPI4o/2ez63MjinI9fP8&#10;AZk35aU8vWDrqxyl/w3pvSC9HwnkXsi3AdodwfoZdr/A/xzXn4tA7sj+PXw367Gh3j5c/Wz8PNLj&#10;IZZ1gxcj/iz+Xb5n5fd8H+x9+pl8JRh0PSB+hlGPVX4XdJ2KfH1y5hhQz6ksLcT3mI9l98xdD48f&#10;Pgc9L34ecjy08y9jRs/M7gVfER+b9FgIw02p4xX1HMGvj9TWYOieZXfzuvOU18iY4TkSJpkXAPXa&#10;eANYjZ4A20+n/VauIblxYcfDeq72KQmwnS/Zz6m+l+q9z6/M9wUnvpP5ufnxCPX+2Xj0d7DesuBe&#10;YeMsgZv7KHMM9D6W9aL8qNybvGecTic45QM/nyD/HeCY17eH5QDf5IX/3WGGd48JfpHX3X//jPBx&#10;meFDXgd/+kzwOu85b/Maesrj9ENemw/wut6XycZDmev5ZL7Ia97H/HqgZ/jDuwnmvGd8zBfwe/d3&#10;8Pt7grd53f79uxl+59UO3u4Rvsxz/W25rrzezm9meJ2e4W7/Kq8teS3PnzPl/SjkY5M92xD1DpGb&#10;ZygLlo3RsraV3wUdH2788O8pyKgt8y5RG5P8vHQ9LnuJew/UuUc1jvDDvBtqJHO7zvH6fhk/Zc7a&#10;eozD/MsDhP/w3jDxYs5XgOV88n0OYS6LZjtO0PFRfl7XtvV59evd+gt1vpeF12Ki89OELzBvfyVm&#10;yP9e8jUdDhCOjxA/5H3i3TeAf/5HgH/5x4B/8x/g+CHvN+VxPJHGS7Iu0S7/8Kt83K8C3H31TwBe&#10;/xBi3k92r76AkGOXEm/A8Rl2eczFvPfiIcdCeT9JpwVCPOZBfMjnWr7PAzod8inluK3sj3lcc+xX&#10;HlOeACkS36Oyk5ftCU/5PPLb8VnmZjzI72iS35f1LCSbX7oD5Psc3bLih5b8m+qsp25m+1ktXxPf&#10;4/Or0NZn8IaY2lq/9Z7xeBc/X88f7b1+LId+3dncgt17dDi0NerK8BmPs/r4dPk1aK8JGzeAhn9f&#10;ugn+mOH8tZcxkUMfme9T/0jsesv7y588TXl82xwsoXweouM2mB9lXmN4+cljMcfX8382Q/hv/jtY&#10;/ov/Fuj3fw/odY7Z337FuUua2h5eloTF1kKE1Rqy9f1WHPI5X3VbxZuWh6ufs70OXf59nYCE/bnY&#10;Yry159P562/nietj6OeO19LiGzp7Df6cCPp4pIwXzh9rzGOzUON12zsIumglDedIeMts/038cjF2&#10;6uOhbvpT1Lio38vttX6e0EZ8ub1vJjiXmfSvaTnCr+0uDAOzn9dpY7EOw+/Cd/j882vNVk609XuL&#10;gew52TkVjIVIFtYpL7CHsr8fn/I+vcAuxxbpm78B/Df/J8Q/+h9hOpTcNWemOYHlZbHsrejXxuF8&#10;ypxKcgc4zyp5FNaMmb+n9YRvtzK2NQCHsSSxZdvACeV1IdQ0XcJyg6IUBwANver7ygtOcp6877iU&#10;t3xW0kdIod+jyrFTsrhQ9osSitc9atLzBKqXxXER2ZySnyW9hnoP9bzTGAOgYGL8u0WOU2JWOS5x&#10;KAvYzgnQ9ldUzEyvyY6Lck1oMW85V9uXJ+jXQT25eXNvqIm6JNuoII4fiCV59gODOHBOnHqhPj20&#10;BK7uSi7JIhehWPLlB7iLhHwCcW5HRAZCLBmWc5tyNJFycD3n3z0vJbA9wDzvOWGhWACUwMH6lJOu&#10;sqGEsJckNicDKQfN5aPu5pzoTTPEcr35Lj7mQP3Vq3uYS6KTf/6U37u/e50/d+LRModXPMqXPKF2&#10;u3vY3e/zAyoJ2JHP7z4H5qccxc/5fUuObu70PMsiKw/slI+ff75/WzCxPEBC/vs1LJgD+nRiKKac&#10;Nw+6iRhYi2mfk4kdIE/+/Nv8Z8rnM5VRPyXYpx0nTfmoDJOUwVCC8VDA0nLcfC7lfMqCwufCAzu/&#10;filQ0MSLCdFUn0W5Zwai7AsgxeDqiT+jPPRoYIYmmdOkQEsZyRw4JxmRQRI0S9e7TUbHW1lcCqhj&#10;wBpHcEkCSYVb+sAh0Xps6PhKLjGzY+iBFChUIEhfz1BAaONzKsmoZi6J9DN1zJfPlvtCMrFJLo/y&#10;GBEgUcb0NOdXpyBJM+mmq+cYSrAak0AgDGYGvhzSU8Rg+1HiZwdhI/A6m230wRU60MVnDsQjpC0g&#10;3/WLKJ0N9oiubaKk5xvcGTfwjLCBR2kIQ5PBQIj19+R+Z5sXhqlucjZ0Jl2jgBqoUdcgD7AxCo16&#10;vyYZL2h/62fl608WbaKOdBSAhWgdsVN333Gd1Q2vvRxB+wAs6fopc5eLLAX0sI3Xf5qBK9SHzGMA&#10;Xb4Pug6MaYBszMHtyOtgBisU1YBMOZfQJcfBNlsFdWkIxKhOY2zvq9fTACQLbGoxS8EeCTqoHmfO&#10;z3Taz7DLP3m7j3DM8/WY94sv4wS/W4ocEeHxK4JPpxkeTgSPz/lPXlCfjgDPKe8J+bQ+nhIc8uuX&#10;IAUnXhMVHONCWT7G/Y7gNQP1AX6wQ/gqz/+ynv4g//xN/jtMr+HNHvPPIP/Ja+3dzPvMrOtIoLu8&#10;ZswMiDAYwWPppKNbxmzQCKmCvqtnoSgGuL02ybOTe50q0Ld6hmc/05ftXO4W8ExwSw7w65ND/30b&#10;yzZmI/8pUQ6lUO9v2V9k6JU9fCdBcWirXgOn6Yb180wQXgsPV9+ogIXsqbzPlHF+PHFxZzocIXx6&#10;D8unD3xeHBDm16Ug8yvNuk3uCshb9u67PEDvuLgEHLMEBkG4YKR7c6lGlUJXDkJkT8rjryQJwONO&#10;xnyMJTlIYFuKPRZeIbA9vqQBuD01xkmjgjq6xnIgGrFfw2gbM5L3Yfv+Ghg37OcYcPU73DrOzanw&#10;9cd3aZRcAus2wTC87b0X91RX0DgXEtd1MA55N14GI68BfxS2r5MMdwltvvMwKuCbAsg16SnD5VTG&#10;YP52bslcwgZ+WZGXx1wBuj/l798ij9/05i3gm9/OwfSc37/n4rs8J+KE1wp+aWP+XgIuvl9w4fv/&#10;nDUQd8tgwe94fHz5MRyYuIUPvgTArMVXPJP3tVJy9/7AO9dLYP1/wHDduYL4Dc+mxa0euKAhVmvI&#10;vM9HzhXj/c8vz59bwLtwZa2jbs3v8YDvaZJZIRzOAZXfDwh5y1ozxlJ2ryNpjISWBQXe00uuT7oI&#10;R36KEk8HzHFnKoW+/MPnD5KfkqzFBWRiEC8Rp9Pg4utKrlCkjRQMQ03bE2pia+cY+3W23lGSKJQL&#10;xLrwS2EHuchj33fzPsoeYHOYwTcDr+K4LkAtSqbyjSFZqSFt0a09qI9T4Id87EX3JD1u+fAUsQft&#10;sI0xPLMuTwZKDsSLUgAt+2LEFmrWQlZQgHGhmtsDdky3FsSQ7KF28ZGGfEczdiIXT1ArtPGsPwf2&#10;ddUADJq4YgNHHCMAdRUmIpcsoFTo62Jvv29oqAF/oIwbqzLYMUkTFdxKKEgAlgYGWPIkE1IAHfvZ&#10;LPn4pMmR3mRYhB0GMHXAIjO5IFWGE193TJwwTXOAu7scZN+9grvdzKDYc354Owb5DNRIek3EbId5&#10;d5eTxh3gcw6+c3RT2Fs72vHnF/Yd5cCdjsBAXVSgKKUjMxfzG5mdWJK2FARAO5aKPRYQL/EkL88g&#10;KJjG9718RgH0giTLzJArgF55VvnayJhH5Z7x/JDrnHPicApTBcOwMrGsFC8wMipwgnnU1kmQI7bE&#10;QKEmhQGZ0VcSUmZ91rUzdcwStIq9DthUoWWSigGRSwqwsgIRlNVHeHXxRF3FfNqZjN2lqL2Pf9Et&#10;sKhgW/DJBQrLhIE4WrMLDGQwthwvw1NJ+JErMLKFkC7ICqRT1GCGdMIahSDUcyWLdkjgyKArHaUe&#10;xb+JWjDcoECtWDJuf54ZFdxnpI0NClfBVNhMprdAh+0NL10sAhI48KzbkOWZRn7usTJIt45H7v3k&#10;mXLUbpBdlzxzcsQReSZpBL/q8tuTJyr4uBV4bgF+BkgCweeGNAz51GodDeCrex6WEa4j7e57/qx2&#10;R1w1HzezE6xAZ88MFUw+afAZwGcEwW9klFwFs92TutNDWAF+LQhej3vE/u7XMdFt6nqFzAxJPH/f&#10;5CX7bV4tl1Iwovw3JGb5Mhk3n8eyyLyO5e98L4+xsAF3eR2cYAcnWGKoAFq7DcSgomz+O7grRZYy&#10;bvNLdwUI5O2prKPI35c1POoetyv7Ku+TekdIAGnZtxY9hqxRtr1dTNTQrTNWlLM9O+mtJgkM672z&#10;D72hWr0eb369wD56W60itF5rcB2roBaSBGy3J6nBH5KLaTaWRzyf4LZ/O1A73B78l6KMBLlJi4yR&#10;UY4C9oXy51MOxD/8EtLjA+/lHLtokMvrzE7nw13+s58g7HPMMHEVUAA/W11KB0UpFDEdMAqYzyz3&#10;yIw+KeToOYyRM7S4TFj0+c8irHub87xHRwX6uken99YTQ0e22QtALeyf7Arga4vty9dFfCGY8mIW&#10;FZxn+o2Mvs8BCl+4+PdgXLpYA+xf57apFG5gp+E2YMj3a6GucFNZGgYIJ1eti25KTg44LPOAmbt5&#10;vN+fAL76AeDbH0C4z3MhzwfM88EzVMjt4+fYNN9PIXOrKPEZgNwLgL9bP+/i5SFdfV/PsH7JTcGr&#10;QKO/DlmSceP3eDNw6fcI+g0j7+GlvXSLWXX2/Xh27K/265qekyua9k9pjOO3xv+lzp2/76/r57G1&#10;UaXv8fO/G+BO9Vlbt4UwXkv8GSrAV4g6RzgpyFawC/j0PscW3wIcGuusxKmBMQVkoCwYqKTFyOAu&#10;JWl4iEl/7it51GJ2u4VJYZBUbx928z1outE1FBmTza3/FHUvKvvAadiflFFnaSKVAqbF0smzhaFj&#10;yUVqhIVADlfQ7gnltMkxrPKkHSO0mlNocI/k8slief13+fmyHXvTtFGotPsxuVNX1h9M22v0OP9x&#10;aOTDeq9lD559AN4BCx26niqQUSfB5sLrYEcIrsKz3iAbw4+GDXqrjEMMbkHHeDGgUEZBAxLRJbZU&#10;WRzMGsnR6pIzM8wPYyZhZ3HawdUDcokk1btOmtgXxlUJ0gvYc1pOfOzSllOSi5zucTtgo40go+67&#10;/auCBgI+PvNnRGU3zPpM7sJeiY3l2Ar75p+VyVvAv+WwMPoemJVjrJeJZ0Xi15R8sIBfizIHSqK3&#10;1wC7XJ8Ag+Xa56ATPAkTYkZrRURmNi6Ta7MFqQKELrGGCqLwvS8t3K2exgvPiWSTnhWEjA4EAfRs&#10;MuqRcBpYIBpgpLrxYANeCqA5Y03gkl9sidpEHLM4BlKToxGnCl42BsxGLkgOyjEml08a3coi1ykV&#10;GI+8T0EmprR9Osq8bbyaEIZxI6ekwB4ouxJrbj5xq29Xv7iY3mxuRgbWazon2GtSuIw66jX4ds2N&#10;TZwcMNYfM7xo4+yCB6KuyrYdUHtQuHLE9DO2eGAOhixtlXaN+ixp9TrsgiZhDGC3VvUBD3agMipo&#10;PqG0TIOTOmjBkAuoEPuBR467WtdMrGM/+CvreoeC8ZgcKGLjP9SCxuVxga2pu4DPZ7JEX0FHaKzA&#10;ViDC2ldLtZXaGFa6ptm16HPvQZ1kPP86LsaW6lowekES59/XwFpq7Uj8rEvrg/w8cZ0o8Kvuy2Ja&#10;yFXK8i2sa9kmBYRbtHJ6CjkRpV0dP4mkNVFupTCWdyhgHgN5IP/m6msBFUGY2sSMbVnXRRFB5mKM&#10;pGurlkIB67Me2SykgY1PUAlMwqONMdSIpw5Nos1og1Zp2vWg1xcNwa+jXVkSV2sYdkGmGwe1EOSK&#10;kYAV8KyztaAWwcaQrHG1NeQi4Jd6MIRehsCQbnwSQBLLmnCBLEfc0/EZwuN7OH16B3TKe3dU1rrG&#10;MKWVpFSby/7BBEVuSd5zEbMUG1kaxeKjwuYrwF4UsI8D/RRdDCfSGDEtch7lUKf1fpe0Aj3rmODh&#10;peXkyixPa8TI2uYvkx1fwKS8xMRJdONn3ArY3AaSdDUElwyFMVd2oOcWJv7ZAN73nkX21/O554WO&#10;SbDVuVdrlbS+lwYGU8C+jQxdLeKUf7fLEXJhkezzGvn6B5DuX+c4MK+teX3ltbMUQ0Bia5k/6fwI&#10;IMf9xO/WpttAlBtAtr8nwK87h1XL7i2tlWPBY/uYWz/3M9x1058/R5dH1vX1zDPrpWFS7fRKgPCb&#10;+kXfy4AKnznW6Dp4emFJ/74AsGtMw+/vK2wAfeHv5zlf2a+wdhpN7j2TYAOKHQQHzpZcd1oOgMtT&#10;/vczF5G57bPI0ihbr7D70LHLgu4BLdRC7bigGisVVhz/LAlbtAOQm1KQMPtSg4TqnJ9aDFG6BCqo&#10;V363uAuOrZboAT5ocEAtZkunAa328wIeklZNK8Pd4nDb75zEAa2jTrkn2vJnrcXXq199UavuY+jO&#10;yzerGYtxagcXtuGVw1gsP22cT3n/bGmTROozKkup0zfqdltap3bW/uPor1sT8Zoexfie2m5ZA/j1&#10;xsOATb1PJGCXapm1BcEObqwc1R0iBQ110yhBwmL6ZyvQMokWW5AW11B6avWzud2yTKZSXWfRtJlB&#10;g+TYEKWiz629+7mOVLSEVINArszjUm81t8zkIL6cY9Feivm/8pm7wpQLe2HLlQU4n4+wabX3vlyP&#10;ai3WdlUqzJFJEGxm/7V2nPL70oLMNOACzE1TexYD+BpcWwQOUWJ5UoW9Us6xfF7R+wkhOJ0w1Gs2&#10;pK+BW1R1nHAFIawX9LESpRv9RvAtiGbUQCBuRiSVwTc0f7YgBStVuauEKTiKK7oCdoAlVnBSWnzn&#10;APo+ZBZPoKXTzKgt8zph0J5DBcanet21LWx11rcFqIjblT/SCs85GR/XTMcwUjIeprs/W4DfucrZ&#10;pl7di75M9y5crOgyyOa0+tKwprT1TsFBl/FYK3MHeoawqvIEvz4BuSFB3MbrekdXA7bp2QH4llM8&#10;A6RV8KALSazlkjrArQJmJpPAIFp010/DvB5ACmgMrtVYUKBIwGeqn1XXZnfMHmLV2wHoZBno6ljo&#10;Ak/HsiRcP88eK+2ZYB6QHavSQZmGpKBa+VvLJZxIWqFm4rU3CpRkY2uCtvblv3elmJQ/465Qslwm&#10;bXMmgLDF+Y4VfdkgfF8uQuXPODAEOvHYWriIccrHlme/RM2umd0V67VQV17dSGQVxKSNNdc+I1Rg&#10;GAQwcuCttclWkBBwYEbRVUDhOvKAayDBwJ9EqwUpoaz1wm601hNVygwihMJBLqxRFwyXejRdWzPS&#10;7QwXX8ql2gvCBVPkomFkTVlYSs/3R6CHXwE8PUAoIsBJ5B5QelN43IVSod+hFLhK4XC+Y9mNVNj8&#10;oZXKUWUy+JlFjV9SUtkPkvYbVKYhypygrWwcB0iALifqNBZ4cOPjQmv7vQWIww5ExBcDfZg+PyFc&#10;gRehB/W0jiIyKHQuAB+YCDcOlfFzzjFy8Zz+3pltl/BMzkqXs81rrD4+R9VKAksSjZGoeqtTaiyM&#10;2p41WQzYEjyydrCN1mRuFXsl8S7d5TXn1Y8AXn8JcdpVEkDUdTyZ/u6wD/y9gTNXYtf/GOBfyzbp&#10;OwA/v6Z7iX1k0XS9rjFtw8V1x388/eZigZ/xHC+DZtJt1bpBTIf6OyFV37Ug8T2Dh79OgPQ7PZch&#10;JhX9+lR/tzoznSeRJomfc17J8UXRui/FxKIvfzzBoeg55zB0WkiwtoRMTpqCxLVTae1Nbo2uCYxn&#10;v2HTz7O8PrbYnVwBJ+he2bXpJgGlDHQrxy6MvbS02DvGBrxVmZDoclfdczSsE+mHEgbHpqVL5Ja6&#10;5M7fwEH7fNUrpNhvhZ4I2+SstDC1waRl4G5y3J/UniMO/SurghD18bGFi3UPTC0UpbDdpUPpHEFO&#10;GzwU2K3MvtqnH/zC6GawY5v0KLswwIwZxQtDwM1In5xmX2tLbEDhOtDG1SbA9yE0SBRDg1BRTRta&#10;TJhgB1L9Ru1Nn1D0B4N+vlw3qtaNanZF5aEqm0RAvaCijQIyoQFmJGYQiDtN9tqgLH/mHLXv59LG&#10;aWYDUWNVZXNwpT4o8UVGDGvmlTRvd5+/eeLPncIO7ud7TbISA3fcX+4YHKVVOWlrLzpQ7LQcFbza&#10;M0tkqk14VEUyuTW1tN9ySyk1jQAQQPNkRg6qF2ezMVXx0DIYC7AYOraMGE8Io06qdsRMlHkODhxq&#10;ACQzSKfzIjQ4tE/hkEli6Cf21r6Bdea292Mdb0H4UPxcibVgzm1onDRZ8qFgDr9+wcq2CqpFZfC0&#10;gdJRo5OAfnXFar6BKlYgbDBt2UZRIZlCVdK8eUNqG8g22O7ZUh0gVv+2+4MXK8BdJqKsPtwUloWz&#10;VeY6fmirRff8tZGCR9Ie2kCI6MCsNPwNq+u0xlIn9OzejxVoNaOC4N7nGp/xfJZB4M02qDKpwnAs&#10;A51pgNnGluvNggl5wwPbNSenjdroOXU7coB2Ir9yK4t61Q6NtU0eNvYu9Ogy0aDvilUiorEcaWCC&#10;rnNRGNuF6XwrX9uTsAN0WyLR2vn7sUycMIKyk5f8/V4JV+X5THr+C7dMUOu3tHZaisqwLvIMTYQq&#10;OO2MpEHSZBGNrt2icRL52EU9dscfG0UaQVnoZqwi+iNLLS5tmQasWnQxrG6syQuYKU0FAk1bTaUY&#10;fNsuMyDdWnyTFg369be1huLFCN+Zt9AY+bcIMASVSCh7N5bW/R2jM7w/srmRUzVWoIvXZYJOLxi7&#10;YkTQ2xcr+Clj1No1dA6ny2gO1XKwAHIMwJXzPB4BHh9geXgH4fGJa37M7k6acE0iN1IoduW4YZdH&#10;3rzPccEOMP9bdMom3h9A24NDMSQDqNV4EXw+sXYPKuiCqpVT2p4DaWFSu8xNHxM1gK5s86CyE02p&#10;xAXltt+rBg+Oa2oLXPGGjBCvIcMBz4J+n5Oe3VKk3wLZcHLtqNsd6ND5CMEtkhvngcOzAPqt+S/e&#10;+FnbigwX24oDtW5clQ+V4vaEXeyRgrurk4yJyRgTs2uqwdagw6ewl3kbpvznVY6N3/4WUJHUKXMh&#10;hLY2gUs6LzFkvqNZA1008vn1I0tX1DbgporLuSB5iHVGg45Ov58uIz+VlnEje5JWnRxtPODQhdCM&#10;ysJZUK/9jG6/L79hX1XS5GYjIFw933Na+YjrYg9ciE0/FwS75We//q9fL9MPz1wbk4Kg5VCTFjTk&#10;qS6iVVxwhVNi3fzT8wHg8A4ePz4CfPgW7g4fIO4DHH/8mgG7uySSJ6XDAE7SjRJjPkKONQrLL8RS&#10;oCHRtIsKXi0aD0ioKnEBQc3TglsXUIG95M16kgCMJVxtxbOmqSN6eli5OTzba8eK07oTPzbfsNA6&#10;OruWXGgdm1xMh2rACKoBSba2xHbeKQxttayrI2CefAZqPEPt/KcztUinH765JcT+vRdSRjBeU8Lr&#10;K3zF/bCZG5FCDDPW1VTFykcNimuaAJXhg1V82jZTwzb7RbrBmCYKibCtG0BEbsFpm09h09WWtNBH&#10;KJYwitsKNSs1DlYXaXEpAFl56NzbOstIrsl7hI5hg1pZrOygIu54UjZcib/FoCNH7aLLVyYkt8SK&#10;s9F+us/BShHU3rGr8Csk7pVnhki+jiUH43YtxsiLauZA6ZnR+hDuYFcc9/TZFL2/U60sl9cHBZUk&#10;ea2ahvlcTgXhZ2H0wMYgO5TFu4DofNlgDMamUyfodKoMushtacIySHnmF3Yagyqqy8cV/iIaX7Au&#10;dSgNXPCV+8b6if45K9rstRaJnXPFuMTrI1UH6ElB3oDd5jMNrXg+GMBhw2kmHcTPn9C5lDlXHdOp&#10;tJlj7Ci526mrxPBPGMxUEwQ2LRCWCTrBgHoubARQQPHE9zmpRoJVDVDbxtG0pvg8pfVMcMHgKh3X&#10;A6lzm63XUGsivnqLoW9VbfNToTBq1G8axP9H8Igcs+tqhdC16zaGWzMKosrFDqsgDTsgyYDsCKOa&#10;4KpJkBo7cAs8CgCd2Hf/abZmhMZEHnThWCuTvFg0dQzIVf3HXTedSWW3KkwyVMNQ5W6VWUoDhLsp&#10;vCw6kb6lcwTzRlZjqmY6rRo5ZEQyZj0DVNsNrF0Aq/EKvpxeUNlq7ZmcZSt2hjimObu9N9lmPdn5&#10;qlanFElinX8MfZHMWeM1YnUal+ppbfFvNsTSIkyObUqLzmcFIIupB5IUaEyfM3/WjLLKNBB3I3kj&#10;EQfmgGuDnuv35MYHVJAXsWr0SUGruZHThpPl1WDeabNU5mktrw69E7CdOFfDJjdnPPxN3hCKv58E&#10;yCpBbFBh6rLvhx7ZQGrJUMeqBtFeBBr1pXAbvIdtNk9j2rfW2pgD7Ol0hPCUg/FiyvH4Adjy2Vzc&#10;Foe0q14Lt3TnmCLiTrUZi4EHcnHNWBhJjTiStvJOJRbJf0wnkP+AAc9YOwI6go13uAN1j4u2RipY&#10;Yy57CHXcswsv9sk2riLgz0vQ6ApLD0NLZm8xll3tOGfBLayMhLFwngbd9pQuYGl+ORzyxUvsvZsR&#10;yO+MBlzGPK6dXxmCCQfHX3U1RFc1Ss4hsRU8lJ3hMFwakGJeYU3HqAy41zlpffMFx6TcwssM16kW&#10;4cHpfyN+v+BbD3T9xwWJXoZ3bAB9VwC/bXkPHKRBzh3Na3oRbHh/Xflyki1ed8ux8lvBNJ4drKmq&#10;KF+EV34Nk+p7fM4XdPnWv9u+FtL1Fy+M2xG4xs41INwEDo4FfPpHKqB42cDntjb4S6D5dUARap6F&#10;QN18i+TMrZx2+8J+Xyc4PnyA+PAzOLx7D6df/BlMD38DNOfY8tW9yoORuCNxB8gMc34PxwslzouC&#10;KeyOAeZjPupTklpzwQ8OokGXdH2P1uXoanBVQ2/Bus9VV10fB1rrLbbcm7A5zZIFxqYdWYG7Qqih&#10;Xhojaiuwxd7kvx8IA5G6vzs7FitkTsOeXV4Xm9MtVFdcB/ih0yxGx0JEp0kIG5/rXILJL9WOlZJc&#10;wfQcSxlVtxDMS8AXyoiq0te8tSXgqFpckzjsRG9H4w4kqK563lIEEc8n+uRBF+z0qXCr1OnKoz2I&#10;6BBe1aRqXY/CiIvpJImTisMHaGyHsmhF1kVK7sGQuK3y9c+wFB09du8Vwwtku+vm9Cq6fIsCW0Kt&#10;pf1rmHZPeXS8ZvfLYJOgNGVN+3zt7/NkeqN924mD/RSW6gZLSQ02dqLUXQTbT5zItJY8bmUu7JCk&#10;YFFMdbLN6ta4y++/y39CNLBTNKA4SQjYqdcTNY1DMfZQbTuFi7kJrQBQ+XqogJXFuXi600mTRGic&#10;Nb4MMJw7RigwaJiai00Izcm2e7YK+1cCp+p7BTsX8H1ebpgk3djSRnuwB7NljJYFcJ7wTH1yK2RK&#10;Wnk24XcFjyejJEu7tR1n4nFlLZXJ6gMVTA2oeo5bJhLUQEVmepFbJRE+e9Op2m1nNLJW54AEW1AY&#10;OpYsKKuuA7W644YrG5z/HjeKCj4IOddWp42tro2nBw9fViXklWNYD5tpR9iMlSug7Z2kO6Fa6sAr&#10;wlHbXJ95StALqkG3TlYW38A0SI3joFOn7VRhuN/mNLwJWVzTXwOoYD1WrlajsMty4egvvgrVua0b&#10;/z8Me44wM4O3OUFYO/zxfUgKVAZlREK3jmPV06w8ytrGSTBoyTmXZwZSdM+xQhYfw3Rgoa1r6PQa&#10;zUSoza/QFQtMHzLC0I6PatqjrbI74W7V9SqCcIYnLSw0xl7smJYVpPdPdsM1tyoGuPP3+qZhYEae&#10;Sw5W4N81DY86H2k0BDdb9c4wZAT52hBIQ2Ivc8rc5iXwik57E6rGITkeam8y4+fUSxGQfi1Nkar+&#10;rbgaF2bfAvT8CaanDzmg/pgDdWuvIXEvTQ1IKQy/Yk5Q2PCpGHMUhl+R4KjPL6lNHlXlawZpl3yM&#10;RTR/J2qhr7iOC6tPpEX6y4YxONX5Fp0O3YSdNLKcJ7VgFB2hByfw4rsv7vjqOJ7hduTLtL0RLzzH&#10;G0BGPMMkXCkUpDPDJF3Y8lxgf7ayj3C9nP854N6V49AZp9+xNbkmXqGrVVWD7zQ0BNTPXMB832oL&#10;cOUd6DF4PM06cgvz703+5RdfAr3Of/b3rNlXCv+xzA/twog6D4gNBH/9QN/njq9/dF80yon8+i54&#10;vNfbMRr26PFmzLvWYKs6Y5uMTPoHeNvxxt9td9TF5HWsz+c4V007bsor0mcAXL/5X7e68GLDyDjP&#10;4z2M2fvWfjox6UZMHUWi43gCOBw/wfKU44nHr+H48z+FT9/+K6CPD7C8+wbSMfF7dnci4BaKjj8F&#10;1qLehT3Q6cSVlyIfsy9eBsWY6x7gvhjP5d/NJY54zLP9Uz6LZ+DfQ2wSFin13YzV668sw0c1ozBi&#10;UtDuCoslFlfUMYkxx7RjoFC7YMKWpkjnAwDm/VkN9l4UXIAy+HzoOolosTcLBdookkT3Ud4DLg4p&#10;r2/8whs2c3SdES5Wl++xduNW/MotdZ1GoOokzn3Vxmn5jIusImdFw66KfyPUf/PCGqwFzCV+KILk&#10;nCJHGIAWdxd8ey9s6wlJq27/s9Q5wogYfklAuRUrpWoyIWYW2u6jSrBVcwiljYpdbsEJ+5MACktS&#10;xhzEDjQqFfslijZTKJV7FU/f5/cfOYlf4HRc4PnpAd68eoIfFxgo378CHuzKzb9/A+HuPQNyHKAX&#10;98b9HU/EeZrYdY/43JCZffG01PsrRhFSvWIIrLjpkrQvl2dVjDhM/xBVf7BsDmXiF4AOS1svt5vN&#10;yk+hfK6HfJx7cbotgNypBE0q/hkkiWZQk+9rYBCrsAXj5FoEY1IXUDmurQYYsLnPqi5WIJXET603&#10;KFEDEWJxQg4ugaz6gclpfkkqF0Q9VF0ImyuzHG+9QZnWGBqTxrIcrOWEVddYB3LpObCWT9BsR4XP&#10;Ccv9mWt6ivqaoELSlKy90MxQ+iiHu7jKfUUFB1TNU9yJVK+r67LvDXbQoSGXEnKidAZU6w0ooOre&#10;+Q2paR4mSj0DjJpBRkppCAzSleBhqkl8A0mS+11y30MV+aaqRzeBLwmjs0D0BYfG3nRrtl5uYL22&#10;xmRatZOaEzDZmq7VN3LGQ5rBkOOy+/ZYq7UGff7WBkxaQKDV84oOPAkqzBvqTfDgbeekrPPB9EYT&#10;me6aPDeT7TKArpHDVLcyOU04dU/vwCQCNRBCZ0ri4SuZ313LuAMSY/GmVgMb1h6rb5Q7NJ3NeF0L&#10;PA3A8hkQF7cAZm+Us5VtuDG7EvHFPpNdFcsCtNIdpu3au9/z7P4S1aJZawtoYPUEzjCr9rvhphOi&#10;MIKdPqY3R0KzE8EqvgxRGNZItm4rrOh1J0302DHvZT1thT1ur6Me1G51GedwOxQUKuJEvYbfyv0P&#10;khJqvTCzQpu8D5yEPR1nORdmUi8C0EOohSZU8JZsnA8TfjOZp9S3rXgNO913m0CMFEHyVgpzzEF1&#10;vr/z4RFCjgmWX/0c4MM3Enslcm6tql+zz7/a57PdExcNw75o9u0Z7GPpEJxq7MF6ZvzslrxFLALq&#10;By19R8eoLHM+meu9FgMWRWWc5k5pgijtO6WiH2I/bcgBMtSN/6bPW0mUiRp9DqH3cNsorKzmqmPY&#10;Qdqojk8twUjKxEVHDEh0HTO7xDjaYhaGtP5MGgP9FiqYD087b3RAoG+PxfPAB27lA5+TS29gHHYq&#10;CXu9pEIAQSck3i1rpiOUGogXtMWrew91yxc7QZrjMzkNxKCZiLVs1XGyiC4Th5Zv8vN98yNId1/k&#10;ufGqVLL1/Cee01GLuwUAnHxWhQOt0v2MKGw++5Soxmg0SJiE0I95v+7KGi5rcZVGou0RXzUMz5h7&#10;oBV3N4qktxiC1KKbZz/fQK3zkgk4PsDVZndZFM+D4tuHXie5bashncPEuYbkmsCUY1lnw6qdFzYK&#10;loSu2Oa6Hnq19n/swNS22nbJu9AunOjyUrBi6l+2Uiczu+rGd6hx4LV6xee2+fo8gggvOGF/3xRo&#10;uAkw9XGuaWk3qYFUz7l0bpS9d2bpLs2j2E52L2VdldMKuq9OUEC5BQ55n3865Z8cn3KO/hGefvnX&#10;8PTNn8Hp2z+Cp1/8FRweTqASvrVY++ko+UJJ1XdBpE+OBfx7JS6+h7z4P6Sctaai4TfDnvb53zPs&#10;Smfgq2eY759h93SE9JzP6yG/Jh8/PNsyirBMpldHtaNyKnnUgtDq665SH6Fr663rTdI1MxqbzxV/&#10;psaGV5ijGlkUog3HsIWRGM5IHWxNE3T0Em3ZpdCEmbZjAsWcQtMIrNwkT14LZ+slPXiHTl4otSIr&#10;dFuXSYG1uETakVteEFSCiHruVm1jns9OimtW2nrHgwb1bWPpX29JO1YlLHLsQAvsm5C8MR6k1YTO&#10;lHyaFlUNGJybn+iDRaitg+pmWNp7iAODpO1fLomz5FWTVnQ80qhC9EtMlXFgOmrlOubdPg9SqTIC&#10;3XMgPuWHsN+V9ts7gLs7uNvvNTFQj8tQTDdmWIrxRg7gozL1lnjkIKYApMcCLxZ+Loi+33Ky6GqW&#10;zU+ZM0mTl0qJtedBWIHYqbACTDMuR3F8Xgo2zCAgalK0ONlNCc2Cb4nSAtwGfGpupNpCldAzJXTp&#10;VyYBmZ7fOOido2ll3nltSBht7Fq7X9Pdgs3WPdpkynlAwiWS2FdYcMumMJyfExXwqy1hI41YwScz&#10;eEikepKpMoHIoQmVKZc0u6jJvHdX267GvcwYhzYqe21+VbilCvv3ga2ZrKw/U9uafevmYJawFUzI&#10;3J0cIyk5Vk86E8xCDWTJdCW7c2qtHw3wQ/f+fsxCCOfrvIjOhGIjIKDtSNfndhF6vUpjtnGS4Ms4&#10;4Ro1xNNDPNUmurbxPsscWzUMqAymoaflOtYkS7QBbrV5m5zh0WbiTqmCt+eCsS5x8oYZiBepE/Wp&#10;Ou0+ukaGeYmt4GcGhN7IwRe1OpD9zD6Lw3mcG4OrIPkWTaQBjEcHHHNbaJTosDqWj8/btWhvdX8h&#10;rdeS8+LeabX+r5gC1QKE3PfUWpBNJ7EDAZvJlOnRsuSHykhIPGDtucEFTvHzKSgbxRTRV3VOuArm&#10;lSp6Oj5CPBwgffoI8dMD4GOOmEvrbtS2GJ0TaZbKMgexRbOssPmYZT9Jh8AkjHQGMPOftCz5ehdG&#10;aDDGWviqAJQ9h0RNy6VKZGFrPaE1CcTr+lmbDERXaLGud8JO6BoNgQvU9cteBfoG4xDSBMDrBULo&#10;lwhydToYtd/SeefQzWUi4Pay0J3TDePDg3nD4uSUVi5mxVcNMq51lOH139kWGRyrkz92gnXMk5qR&#10;Rrtf7nw8sTdstG9NDuBSsXW6hAFNkvjx857LNNjJcynxMGFjyqsMQtCBQjTuyWFjnw6D7rNnmpvR&#10;X2jrz8r0A51Gkrm4u3MKItmDtWaa/E7R7LRwe22k1XmvR+/oCryxVbZYOng2N503gKntdXotTh5i&#10;NXsIz45ZWYvDBVfX8y2R1A2cvjMMleZbVtnFuWm+uCP+ov3vP3bAz83jK7HE5361Am9wUizrIsgt&#10;jLfPZQMifv/uIFS7SXwxC68ur1gXdeqIUxYLp8GwYS5rabDOGpMamyFOysbLez7rRrMGnqxvz48L&#10;5+J0fID07m8gfvw7+PjT/wEev/n3cPxUYgwS+Ttrpy1zb1Ijz8IWLKy+HDtMLAtMShpIdQIVklI5&#10;J/5dIR+lPdznF9/vJrh7vYP94QjT/QngMX9maTZ8BDb8CgXUK5IpUUk9VuSzgXdStvhk+zKKBNuE&#10;HeplhSIGzYIzA9R4rja1qXafFftoyM8393rafnq8Yzi3LQYcCQcb4e3wr2M1Vjkslf05sz+P9RHf&#10;DGMmqit5DcUGhPCjBI/Uy3Cfy3/s87s23lIdRgprZoRGc64JcjWha8uQ60dAB+7V5Br9ZkeOVbVO&#10;13zg7kE5AxH6ilEDpuRagrTFmNGGBfoluiiV7Kkw8XYtgU9NQ6l9JjpBblRHmghTEDXhosMXCjuu&#10;sPB4YC6VkyTVeoB9cdw1loO2gU0akMzTHfAUDncaoCzCMimnB9JWLK0/+bynPRv7luBhz258O9HR&#10;C7sKlqI6t5ZJZ9Wcqo+VhCVX3H2Kro8EGRO3HRtzLwrOwWOA208riJC4wjAHQ9sLjXgWVmFSIwsU&#10;0fbCfgwm9K7ujvUJmwaL3udggCXFCpx6xkxtMauweWhON2fay8YNgxxwCDBYuBPp+oCqjWe+Eghr&#10;+w9wrKooOjUOQKmVHO9CqotXqs6xBgio+HAFVRxj1LdkkqcHW/o7tUCvttG+LMq/ZUNtQYKevVUe&#10;ViBaAw1QBe0DhuoSazN9CyyUzwl9BRkaWAcYBtHm89eItfJrz26gI3SGGrBaZ5xzfG2t7Nadi6GL&#10;hu7Yt7oYQw4d4Ld9p2lgiY0uw/o9rkWq0WVrmy0v1Woeda11wLqyWskx6YwxBUPb9qoVWt2bt7Je&#10;pAGg9bgdDaCVyxDC1s64Aai0s8Cb89prwN5ZAO7G4NADT1tsWn+9uMnA2NDJHZ4nDU7pLdHGTZZJ&#10;/761ejl6EEPd4oUJ2l9LMycnZYpDp2R8U4Xer4ldMndONuBM1AbXNHW6mV0NlCjQwKLUhBHTthO0&#10;ajqadMUm8XMrCNSiT2WEKUszabBfJDam4wno6UP++x2DdOVzFmO3okh0lHscmZFIzFwq1f5pf89O&#10;vNyJYJqRpp+qur+WqJCy89mII19jRNHuMxmCjnSJrZW8mhQFqFrOft6u2EexejF186UWHi1gD01T&#10;5+p8Sn3hrraqTOshwfNmRk5yOAHQlqESokVH5vKwQsLLy4xpBtGg2YgbWMEQIvc4iDkCKiGd4DqY&#10;R7eQS27OhK//Dg3E9Sy9ycw2sAp9o3Ml7vQd04VjKuOiaiSZzqMVgmdtcw/C6OOwemrGJk79S1Nm&#10;LWqnyAZ1NaYGcIVn2ayFpT+JiZFn//gBaOAcOF3hkbWJfcYzqGq1c9MuIytuiTFPTrA0eZukL6zG&#10;GtoT0RlEyT2adEnuNaI318Cx6kLtGpukkQMeiBzba9v9vLs3QGuheW9reQsDS8U8u+yxrsHhaiGL&#10;ySTCSQJrVKMBmL/QyNsMKi6WF34zAL9NB2rqc/VL4N4W+GZjdmvR8lEtQThTxHmZscW5WKI/73QT&#10;aLxlXnfLV1hVQm67BmPv0Uop3GMsoXZNgK4LUcuYdXwnYGwA4xOvY9yNlzezJT7C6fgejo+fYPnm&#10;L+H4yz+CT1//CTx9eAfhBOx8HlmODFk7vxxjUdIP1Zxb4hE75pRq5KhdjFLNm+ATzHBkI7pl3uW/&#10;CU75nO7vXsH9q4+Qnk8wvz+Js/oRYbdIMYH4JNq+AWo6Bqhtu1a8gQ3JZs9YMvD+BGzMBBO0dl/r&#10;wDLAL6isWSxGZo3xx8Ci0w0Ec+FNVculyoNNu2ba4fPwa9h6bS4aZD/M8KPba6Hn6pAL9z1GUlPJ&#10;oMaojTnVIn1tMe7nGq6JAgaMJgX72M0VUxdJkWMmNLc6aroclU8Za2JX2SS+tGrvTH4/wlpdbwyi&#10;dlxx9EqqUUaD7taWco+UFENlkQQ2kSjtqoW3JjjRxCCNiI2H2r5rG0pxswms+6S3s7QMLwsHvZMJ&#10;bdOUX3esLUxBF8Jic31cnuE5/+4+v2cJkrjeTcL+O+Ug+/npiVU0CyovgFpk1sGSz2kpjD4zEFEu&#10;5xzEbY/UwS+loMqDrfWvgHbztGMtwsCLRtQqfGAqLamTT2t5mWt7VRAFZb7fRYcwav8suw9bhJvP&#10;h005eNEA2LGbboRdqVgmYhZi0QXi3mXH/mCHH03eJzJ9vTUIgWozQ6kld5yQQO8q2m3I7Ng7dW1Y&#10;QH7conN0JRhZgH1gpA6DwcZu6BSiLYnpjBeosQzWSSdpu67jBpOwZUpW1HIBBc/NZcyvepaMFSBw&#10;CrXVeCy70uCQegur8Tpg0XuwVnDCiV4DQsfga7o4qa92gzXppQuVEeoS/H5Dpo2Wgi0mVa/F6OG3&#10;apfo1onRwp5cMSFgBxMolEoOfI59geNmXZMGzhHgJhuogb1x5XKG2r6OI9pQQeu2Q1SDIuj1KsOZ&#10;3QtpAF7MMZaMzeC3EmotsxvZP3Zsa+yzZZ9sjfqNdH6cEGGP2b4gaDuXyngH6jFHPRfYDinGxvPr&#10;gePudyt2KzpQa30u4zP2wN+L5zU4nSJaM5N8cY4G+9Bz4GWXjNWROgbczeHWGiKqS2zHME2thdcV&#10;PKjKKiig5c2SHIPZV1M7xoEFXFHA64mciY6RZq0NeWCal6A9uGMC0NASgitXSqtWA3lWdGCjD+T2&#10;3RyLnBaYjkeYHx8gPfwKlk8fuU0RaozTrispuMr+YUWvt0S2xaADQjNxUZ1fBjeiMTJzFLBEkSJI&#10;Km3ApmSx6um2lnpw7r0KDvraCFFtQU3JX6tWlavRR7+ejGBS1aVL63Q7uZ6P7dl1fryXYHpS9+LS&#10;esPHOlHVCRqnVbqgNe+JrlvTMAznTrPuEcm7zLYW13FpWxGK0lDVh7X7LSX4/C9cKQicbWGqO74V&#10;eXaqL7toXOH0+Grs468h9eBnTQ0cVuRwOWHzTW3ulqYTrmkvbtyoA6IRNhjMLW3Fzw+AhweAx3cw&#10;76b8XuISeyySNywmtVSJFcyTK2qsL5JPUlQuBzLjrJrzceF16l2ku7TdWumgkg1qCkFq/qQJO5qz&#10;OgS3djnZIWqjJZ5FdLUoHHxs0HRHU5dwykwKtQsiVGZeH89aT7kntZ0x7wBq0i2hP7+utZ1wY/K7&#10;2aCfQa7rIQwsd8+AX7mu17gmNXkQpyEeVhrPW/yWbcDvN19T7rIph9yDeBXE6k0O6WIstAbhnN7y&#10;xVj+8xh4LZaKQ5zSXBw+j/eXhvG0rXx4zibQ9jWPcQSdAyX3jyo3tqimNWoXDBtXLoe8oD3za46H&#10;I5yOT/kf38Lztz+D+Omv4PEX/w4+/OxPcgxxkgwrtW60ZIZHemaLO6eA6uybJDcrhZiUnHwVOeff&#10;HE+c8JnXq1NeF58KlnD3Gl7hl/A2vYH9/QKvdg+wf/MJdh+OcCySI0/5GPmFIckezI663MWo4kpR&#10;XXnVNZe2irljZW3WApPLwz2Qho4GJ+QuzZ3C+SKUAH5uPZtbp2yN+abb6wArfV/7mWvlrp8/jJ/g&#10;QT9NQsu+W/egcO4kyCPI0BG8QweJ1K95e5E+ly5hdYABL29do6oeWQzQgJ5WiKLaWtvcnc45/6b+&#10;aSEOy4jXdKK2gSWBMwv1lbn/IGVDpJMmAsR01gmpOtCyfpWgfF2kFPS1zHMjEYwn1TckraCVQKG0&#10;4cZFGQGBWLeNW3znOR96Yn28uBTtngR3BXgsbbzzrIunamcl2RSXJMYNM5tyBNXzC1V43zS2BCxK&#10;tXHcWmvLf7GIgJcAKMXu2RTNwKX8TkHEMKmWIgt7L/w+09AqGigQo+7XyNduioxJmSD2X2EMhpm0&#10;TVk63kMVlLfkpGfcJeyZbAVI5NaraYLmJBqhtvZqmXyLwTRWcHBDgNdcjz2I4kVlsSZr5IbjYM7A&#10;7dz9gtRajtu/a9++ORQFFU6ffMIatDMXu2MGo8cXYHhO4i4JWPUxGhBK33Pgsna2NhyyelpTWiXr&#10;5zb8MNSlvR7gLRv49gY8OK5daFmu8CU5N7IB6OuAZcTaZlvrmhhq0DsGjX7t69x1yQNvzXnWGwkE&#10;c586d942Fj2ja9wc6cU2dy2Jqc6y0AFVAUcQCDv2oJlhbLXVJp3znZsvgHPs9RXh1BIXopsqr7TB&#10;6rpaqd5i6SGepbwj3gI1+CJCcizM9XykDSCRXE/fOeOYrWd80xzvXBK274l/zp3sA2ysoTeMK9wE&#10;/JqLKY6ohYJFDV8eAMZuq6DKPB1XjzQmjvam6EyMJtVWVRa1tJaanWzaBITRGw2l1BgyVZ+FNgG/&#10;TfYxCZsvlD33dIJwesoB8XuID+8Anw+AObDbl6DetGojVBmNUtFOyGgfF+pIe1y85iEoG1MACImt&#10;GuMoyhqswF8BWWC5FN1pfBaxaeKYS91GSwp5GTS4ELopJaypn+FZ5oMPYDdnoNQoOdhHrdSn6Kr8&#10;xb8r77FLUUPJCUg8bgT+aZUPngUAmRGR+mv2ens05LBpADW3PtvrDlUdokvz66W58YbZRmNXuXDa&#10;gLtZnG5xeJZeorOrO4S+Leri+S20vo5BC7mAfNx0M/ePm3E5pQHOpwTH5wjLx1/A9JDn0FdHCOUh&#10;H4ve9UnCfEi1i4ZU23oyG0PTr65r/4C2Stm7z0fcmiQyfBZ72dRGZY82lXJmzoQGzpludqGoELbo&#10;gw38NA5o9yR1Rgcc+8e1CQMZxGVAqPbUOwXUFfiVnMMtrxGpR2hpRIFdXiXbPZ0Fi2z/6407jChC&#10;q1bgNAhUrpxgRyBHk+mECGG73PYdY97fvC/SThaE89JDBAD4Asbdy+5X2rjHrgOhtyVzhfRw4/XR&#10;TbnDdwP6ro+UdVzbf0XX3WaxsDcGE4JWYgOuE2vyF7AvryunCMfTI4TjIzznNe/4zf8Djz//7+Hw&#10;i/dwLJp505GJTEssHXVC8rE4CXX9iypaS3V1EwzLQpqyVi3Y8kk7TzYaTer8y+QWiZdo+gSpmIpO&#10;P4J5d4LDbg9v92/hi93XQG/ya96fYMrrfTiqHFrBFhZZYmIyRQ9qxaxbZqWX6ggbD3RWvtlMVaQ3&#10;7No+6wtIFLAW1bT2K10AyXJbYaKDSr97M9qLc0PZglVHL2lnRV3yZKGmM1Oo40JsxA0Vf+yKc6As&#10;NPdB02XCyVwXYPRVeugStlpVBzybqFQYyNlyyUDHat3S3k+tPGhYMjZXx565g01TzWsGaYttZRLW&#10;rUbZEpVlIoTVqbQMHBZm4RUGHbIojjmhJg3wWzXKNC6k+q0SmaXVVcubpH3Z7MyYo8opT4JdAfDY&#10;GUwaYAugt9u/gv3+DiYSgG/H4tozC4bvy/dI3C5bHB8XBtSKBmBgFmFx0IXUdPfGaAlVkFHYilgt&#10;WAibfhy/LbZnyW2jJr6ODuHmUuqJgcaiJUiq5RShtR+UymABMYmjMuRrOU6LmhlIMBFKS28B7TSK&#10;MaHjNRCEK6fcxnwhZ/+wXZk7J3o8MmhS5/LbC6jSoKhdq4eU6rOVjh4nap9GRN+zZkRvidmTyc8T&#10;VAaGzAdSUfikmRe3eTSH7L4ax37ns0s+xGcQ8Rb3sJc7jHV6K+BtxJVhVXU2Fdi2gHAjeENXVTvX&#10;thdwAEFc626rKKazmZpnH3e6jxoAdwn5xrV28gND0ovgK+mk+qTQtZ5WV9wKhiqPySm24wpg0iIB&#10;bbQQkmvp9SymlBzDOiiYnKpYFW7q5jW2ETgtNGNI9dpyVpE8D3w5OtX5gPBMC0YHHHXzD1etTOv3&#10;00XtOjyj63duo/48fZgtdfwtFip264vXtF3fo3QTwHcrk7HdU9oMdsmZWdX1CdWhNaVaDa5z18xY&#10;MDji8dqFINGge9WErNYAvWd8mcs39fd0/Vz6Z0xO8XLt3Bhqoi8GcCoyZw4Ehb1DVmBTq5Px0SL2&#10;DDe9a5LEp269324fcm2y+R+HIsJd4qHSKfD8CPPTA9DTrwCOke8daqUbnSM8s/Kn0paT9+IiBVJi&#10;gby3ht2skahFslKM41bJ0sqyiFFYUOCh/HIK2DSeK9ikYH/ymjPaYkPOBDzHTfGRWNg7xV6M3CTF&#10;UmpyskiD527q9fo6yZeN0g+GS+C9AmlB77qSUirT0C0DXHClM0Je4QIY54Yv1YRNpYUck42ckUVw&#10;TIOQGhDmfAFWscMIkm1q+0yXt28Ml2t2JnTecGcFreMAOupncazr7n8K52IDqO3JozP6OdfkQaWi&#10;tllJAVqA4DFEMBkTUs1HfMqv/dVHwK//AsKr+5yoCiWQ9vlkim52kDjUW7KRswumTQ7OGTMnbEWL&#10;8gyXsR2QcDCngdaei/0+g9hrUEqRQWK/aKxU1z1V5xYOmraJnKu4rG8lZ2AVnTE+1nVwrgyYqPaD&#10;/djWO9+zUkZge9iTcCiWebd3HO4ymjYowSBNIi3L5jzfaUXWgoAYDFHJl9DHU8nJ5+MVuOD71XP7&#10;hw3wXeuEge8BCAsvAktHLe8aB9J3sbFWGSTXafNdtAdvg/q271lQIkoCl4cMn4Za2amWMHncT5Pu&#10;T+KaB0uOBYpB5vNyhJT/nvM+fvj0Mzj89P+Cj+//NRy//Vs4fPvIsgcMvS2FrBSrh54p8ZCjUhtp&#10;YSEpiJWOvBBcy64CSLLOWOyqcYCRF5yzRTrkz8Rv4XT3CY70BSy7N0BvZ4j7H8ObfN7h/gnS9ADw&#10;PrETLxxbTAC4IV9zYQ9DB+ZZGCF9yG3v62Qn1PCjGAtUTfxpcMmdqGmRxmFPchBT0wq8nRzj18+q&#10;OYxrT4BxytRwfWprvLXw8vfRJcpIcC4lwwEI3ZpWszm9hKqr5dt2jTqJrlpwjnEBlbJd88vuU0Zn&#10;PdHA29pk6zlguFBh8NXfpK1uqhDMDCjvPlUC+7kCf8mpPHudpF5AHZXt5vRCWBRWq3wg7VG7eYJ5&#10;9yoP8jvRcVNxlqJ7NxUwLwchzFRbIrf0CADWRmliSm9iU48UTxKkG0GBbbKTupdN2koMTsg/Cluh&#10;jOuSECwnbVcOUqVEVMdOQ+2xHt9EQZPVdmpba6nU3cPRRLeLdt8s7lflXpQ/bHMyFbfcoIAo8vHF&#10;LTkKYy9YJdWAV3OiTU7DzYNzFvgFvSbqx0on6cbWyl2WVpPqFDuAb7v1zT9rcm2qcm+ZYm1CVTSC&#10;iK1FtTpPYmOWljERbC8jVwkmUsdRjaCsfQ+htj+jp92bnZIxNcjCMmXKdC12dDEAuORW1VfssNdD&#10;9AEeUWsd23hPp4WlIWB07XmXzq97Pi7C3Er6O7D7onbXtrkFOauP4MA3DzJWzQ7H9AwIHesvbTDb&#10;/HhGBa3JNZoE2/jMBIdUesAABGzq8lUzNFHHIA1VE4hqgeMcaktd4E8gaVBobY5iW+2epwPC6/Gw&#10;3gvaIMkEBXtGc5nRCGRtwuBNbc7HfOeAvs3gC11GrnMpEW26pF0CJ18C+CFuCzh7wK9jkCKuLQpd&#10;oeO7Bq8jkNlMj7w7nCu8EayeK6mhVS3ArQxB2rNOsGHQYhVmB4aZvigaMxR6zZIeqPf3mbqxRlcT&#10;Her2C3OO53CcWpGJrMMgTP2jxcaeQWPP1+cDLXq9QRdcJD7ELANPJ5iPjxAePwF9eAf06RHgJHMv&#10;WusFeuM1AQFm58CbdI9gY5yyd5dWgmLMkYQ5mCzlUJZ8ifAr50gBQY6Xp14UGof9dVX4CC0obcL9&#10;pAz/KsvVMGYvY3ExVH75GK9raYKO9eNbwUtCVNh99rdU2t0H3EAeWXUXpe3XsOTuwBDclB5N29+b&#10;rlCHPiXXHvp9EJaGPbhrc7ZNaTIGoE6FSM5Sub9eog0EMFAHhlaNv9iAxDpnZnVMnlRIvuuk0LF6&#10;knsz51i+MESWMvbLz35+ALr7l0DPvwT8vf8a8If/CdCrLwHfvBUgP79uh8JKESaElgbY3AZEX7oD&#10;DUwmoIF3zYCEqqK8U9Ot+2VlSHs90srkMw8Quyh0IGIrtKC25VNl22Pt4vEPEnGLgyX9M3Wv990E&#10;eo6nAqhBL2lTTeK85jNu7zlJ2/Ybe0nWirrLhjCYgA2DD8OqMFrjPouJ0GJFdM2TMv6kASxyd1S3&#10;rt7oLCxs7PMSJuBBjd8Y0O86A+4W4NAi6HPdDi+5Y4Z/NJ3NsFrVe93q6+e6Nn8bSQHh6vKIFwHN&#10;gVhwEX6kOu99YXJCk/oqObNy29lRIvD+veScvfzu8PweDocF6PGXEL/5VxA//BW8//avYfnF1/DE&#10;TD9prRUyiaxZScH/CG2pLmNdG+OEAe/bVRNB9FLrSYo7wTROtdifLB/WtSo4qalTaZKkQ37xIS+N&#10;38KH+Us47H8Ih/QF7N88w6vXAfYfHmH69gTTN8Asvwa2OeLRhfvp91O1JABa2qPwdRjwLb7lGDPV&#10;2m7w4GBq5iDSOW2MYxSDkZ0kd3yecSRe6Dqy8vPBM9Uj1aodPYzC9lCtun/2aKZW6fKsv8qHdkas&#10;dW81eS+vMy+8oHrNM6oLo29prO6iCjoINTG5Sk3SjV/c4SDFIcnpIx+pdDfeEmoJrLIElBVGnRaP&#10;ap2tLEHchlJWj/JwWfjmrlmvwVKTcdMPxPAmH+OJzznirAL0qRpbiPkkVXaOwaoFhCtWFOX3x/zK&#10;WWHkmH86k9zFwEywmQOSWNhvJOYXd6GYaYh73sT9OScG9soCYC61S5Dq3qQzc7+/5wSByXpQAMoD&#10;P/x9/u8YJzYHKaBiARKDbur8X2EAVFFdCfabu0tZAPIxGZCba0uT9diWgEpMFRrl95QE9Z8VmCu6&#10;gqwdeDrC/u5VbX0W153UKgLJKLxiYsJKKtVUZfarfjVtYHMQZb5ZCwRxq3FyiTAMovHYOzq75LtJ&#10;SVIHNPuE0j6LqcqJNOhQxp06jQoYnVxbpctonBMPmSu1iES58dMS7uKqXJ7JzKLrckyeF6zTQB1r&#10;pbpJQks06/inXpdC2igupFMXdLf6n20DZ7WlGJrLUL8VJmgYlQNY0elwbjCuRnfelRtw10oSYKtd&#10;eGRsNvMTA+6mjfaA2KmIiIZFEhHTCmo6qkON+2U98uojfs1KZwC3zaCA1NgdHauZUgcypOR4ntjW&#10;zK1w31zPNwMjIse5wmogw+srtARlNImoz9jdY6x9mar4ivSyivEIkFKqgKKxfcYwa0tzpU8OqdMa&#10;6wFg6PazUTPvel36PGg8Fg7QIgkA3SubvllXPEtp/XzK+U1Tt15Ul+FurvRgYXJsTw8ctrGZOjDS&#10;9m2idlz+DC0ehMrk84YfA2sLexD8Enuyvt9FOa1dWBnU15GKoRQKTrspqGDEeq41s4qGVrGIszG+&#10;SOYDDiCnP46124jJzugKf0vCBBwblA4TPJ4ATwcIh08ADx9hOhy5RS+HBHmPRa64SzENlY1Y2mYm&#10;ZsoX6Y25uJDOd/nvidv2pGOizOdY9XXLnslxBHIEpGLc+R4XQ7JEXSm5VfChMyWoDCV10Cv9xfzI&#10;I/TWjgkrCFgNUfUWTc6swwq6l9p26Ya2XmGd9QlBcAuFtPGaBqYDAVNrJ+eqv7baADpgy4OBXjQ7&#10;NKAwtQaVmjyQAX3JGb4adhzPrImaiJEH9AZ5KAvUySUzW4us18jrtpFmVV7n4AqITE4PSIHcJJme&#10;rHil/WqnrLPo4nJlvRpzlpPYovE3a2GK+joGOvddPr/QfB7sspMmcqQt2vwsLRlFSUY5No1yv+mn&#10;j3D69G9yUvkRwo//c4hf/gjSm6/yRJphV4rdOoDL8UoRusjNFw1uXmORqm44a9gVJmDSPIDzGYsr&#10;JU5LZlAU0KHdjcUvCKmBc8imI4jNIERao2WwJgLn2itkACv6sSSQmXA50GvCuY+K0KsK22dOANXP&#10;U2fUFBzoZ3vCrBpf0npb7o3F1ejYzP0emvquBBSzw9TFPS3GnAbQ0ACDzmW96qASdzThNFUmTNK1&#10;gGOxfA20m+Xe5DVM7pfkVm3/u8ACH9g33TUNLa7n9Jfpag/9P6Q24O0+QV+8H4v5Y3sumZyV/V+7&#10;nUYFO6J1ERY92w2wMl1tP5gqwXUE9TwQ7naCG0HJ8+G2l1hx8Dli01nDsAn+rQ0ItyND21uSJ9Lo&#10;jmadc0XXvmgG7/YEx2WCZXnkfTEuzwz4ffqQ17PHvwF6/xNI3/wp/OKnfwyPDweYmbgCYqpJWKWH&#10;MFnuPMlc1pMJJh+l+bXp/nJrcH7VSYlyM7Z90ogHaM+LYxBZqyvRyDQIJ2KFlKMiacV/YLf7CPPd&#10;M7yn/xRex1d5Hf5t1nx9NX2CWDSK3yWRYzi2vNxzXhL0e8WYP8TY9k1fy49mIGwscS0igSPe8A3b&#10;tbC4AIb8nCfV9U01koTikcop10nXWO2yrCppDmawPQzRO5tjz1w3k7EJ1ynh5Fal0DMLaytuNbGC&#10;SsKrgF/X2tzMTiQsM7k2LUQulZFRuktS3fQJRwTbC2r3DAFLqLGrcvWtNeSrNFohr9R8ML2jSd3l&#10;muFAtxApC4pMf8MxZmRcI/s0BZWoBd32prxxJxSTD9Oam0AAtokNHrStkumsgY0h9nuxneYFahKB&#10;4qQ0/nLes0NQzVEVE/KxuLWSC6QWXCZ9GBM/kMK3K4ERn+8kUc1dDuBJNdpKQF9644sjLylgEZRi&#10;O+EOYo4eT4UdGMVMo2gE7meq18uVvyCqxsz+mSYFoKKyE4XSv3DFW7R8TmSLsFrboMDvyRx786TY&#10;lTuAIjQ+QWtZnPQcue1DFwW+R/kgx+RAOV78kpiZMKhZgETiDSAqCw4ZALUEsAf0GgvSonPqekfs&#10;NXavTF/QGJw9hdwW59BBSmRANwkjdA7mQxyvsg/QuznSRsKpi2jZNFkjobgaUwOWy4Jag03+3hRY&#10;QO5dkveyHiPO4vicxwP6qjvBzeL9L9X26xlsCvhYEgSie5m6lJxqQsAsUMSqtZLqvD/fbknbZG/o&#10;eXXBFSewCeKXwBHHaw3D5t+AFwvwUnCt+37lotb3Rm5NChYwQG+uEPyKjt6gQBfzRFWzI2iAQNBr&#10;Co5MjFa1oj72oAGcRd9e4wQZquuqN0Sw8olTUfSAX83nQwVnQnUmP8m8V8ZqcsGy3KPeUOM6E61v&#10;r0oX2Ke0AgtbkAIbuinkZSAuAN10UTMwVbmIc/qUXRuxmeXY2jONrV64Pf7PCRUPAftZlvvme4Jj&#10;MKdGhHeUIavgolOS4ddp8QIhDetaapJSlaWSNsB8iVwK05vZ4gFr0YL1oxSI3Hbe6wN0JAOzWyCU&#10;hqfdywgkTzDUtbMJR1TGJ0BXOu3bw2xcJ2U6egc1XQfVxnYkapquLKgpBsUDv2c5fIL56SPg83st&#10;ZilzNYhOjPMM4+047At4IP28XEQs5htpp3tn5Eg45SQYCzvA0BqS9TC4wputD5PqH7KMb9JgMLnz&#10;R/3ZSWLOGJxRAsoaELQIxqAp4GZKTam18taAeJXetWbsSwLUHggczTCSi41rcO22C2Goue2jmg3o&#10;WE+t2yZMrZDX4leqCV3CweCjJifoXPIcY25aA35aa6rsBAYs04VWptTA2E7BxULxE4cCndmGeSII&#10;YZXA5xvFwU8AQWouvNhAwuDYeNU90dq+FNzk8Cs21a1pbwWXGxhHwf2dhgTPEsCd7wpyy6ped3Gd&#10;5CStjMnHv87J8U9gfvs2J5k/hDTtRJdKn1XSbhwGk4oLyH4nOtZcYBUjtUDY79t840KVl4gaa5is&#10;QXmvORWjumWze6Ya/0l2FmpRzbpxys8mvdmmyVmctSdHT6nMvuBMnVgyR80KoQGRRgeZQqhh84TN&#10;xbc5OCKTC5Lu56D7dgHSon8d78Ohj7WhdQXU4qeZGqLIBDC3UEG4ZFkmNvafFfQ7gGmeK1djYqDv&#10;KLsICjPzVHKqXc4jdkK0KM+15EqcgzD4ed5U4pKmL9HaVZXMHXUsySLdEBu0CZnOcMP8sRG/D2OK&#10;9TWggsXMYU8a1TkJAysKGsg7Mv99XMJ7oOpHpprXLHVT8rIPnHMH7Ez6iBqztSy+ZMAwNXDN4hIa&#10;7iH6e7XxPK8TFsjFPc0Uo12j/LzlMP4ppha/ru536MBAb7xRfAHKmBRNXBIyTjXlCQyxzXd578/P&#10;5THv1fH4BIdDOYcjHD79CtLzNxC/+TN4/Lv/GR7f/TyvaQscHyUuiNEZilllShNtUuTLGHO1f0Kn&#10;LhtkFpwAZc+eAna79YSiUBpcblyLGrY/6rNltqCuLdXMS3U3T6cIh+eij/sTOOLbfC6vYJpfQ7o7&#10;wuuvBIwv8gvVKO51PsdHOediZDpRMwAy3TzP3qvjYHb3XxoXV4ZQnFOdXHELLXZBIdTY0mH419TY&#10;fUvFArDhCGWvUf0/x33rzAIBGtDXey9hJ+/RxUHU8whoatBa55HupUmwb0muK0GS7oVyb5MV20Ir&#10;ZNe25BlhvphYEa3rIs3GSeMnOoPW+2SJVoKDPqjfbES82mLVt9xKFb9H+aWFQxeyvOAti7jLWotm&#10;0OjWkuSAPkFsQTuaqxWq0yq0Spi4r+4YYLMFIIQSyO8YnJnL4C8AG4jxxaQoK0fjUm5W5om0Gpg7&#10;ThmcparPlXHbPKOw67hVVV0G7R6XTZNdc4vIZ1l0MDYWBdpkVi+xeGT9IG7FXfznNKo+uwgqDdgY&#10;IHL97Q/OE0wnVHZhYsAyMPR6lJ+VYCgnNbVxAbHxqgI6M4BeZB3VCAXovMj8SvR+YxBta7Gs2yO2&#10;GCHgNFR63UGsjJGoJiesZWj5Mzo9PY1mDRhuLcBQK8gCWrdMsQZkIBUcUpdFbsXmFVcT3xQu6hv9&#10;mhoEXAKMCmxTBxRZ+QW1mdyHJaGttWcZHi+vntLFdt5L+mxG9A+OzdR8NG3TaC0x58R/z5s8KlBA&#10;SRf48y3XqPZUa08Y6sDDrUBzvEvJz2QH+JxnpjXgO2wEToFLYq340gW2of98HJIFeEGV9jowiOcp&#10;VLRhnDJMfIQzIs4vauHZrmdvOWJ/59m25Qx8Zl3cSkqIaHD9bCLGNBoRlXHimH38HzVmA9KQxjCK&#10;EjecpdePBk3vs7JGaRP0v1qUwO3quuMwbTwfi4wETWA9OwX+KsiOnjWYejaHylAY4Ffn6sic9QXO&#10;wu5WxnsqbbYc5D/D7vEj4IdfQnz4BsJzZBbfFGo5tAWLQdSUaZ452S9/rMXJpB5Q9x7ZI8Txt+zR&#10;xQiM3UaBlO0W6/JBJ6jadtZBH1xVmVn65OQYXFDKzYDRm3Kcb9VFX9m5vPI0QM+cYOseA1cZgavP&#10;m7AH/sDrIFJfebfPn9YFFs+WS1ClkKto9yX2oZ+eFJy5R3CgHZ4lfq82FTw39q31O2qy4IBGz4Do&#10;COGROuHzKt+chvOhrjZUn2kdI9gzOkdW4oqBCEPbeGygpN+Mq1bS5JlVDgy00LkkaWVL+pR//rTA&#10;gu9yzPuugq8nfSGLmgeqzOQYZNwiqocfJ8XgjFqwgvntHjeGT9XnnZrYelL95GRIaQjaraKvUaAN&#10;ddJVMF8fMIMlDCCqSGdQwFDlbCpCKtQdWYcUWGxSRxqPm8FYuQ5mKSoQZx00s9BckiY706xaeByD&#10;TlrU0uNWEHFqr1EgzwzokpnLsQ55aO+1fwPU8yp9cmQgwaTAIifZwmD2PdyxGBfu9wBf/SC/7o0U&#10;MAqgvtsP0RteaR7AxmIfBDQZxKjs9THLTZ02IvSlWCc351usyTWO4ga77nNddugCjIg1riwdLE3V&#10;KqnREjVCty+PKbmE9dld54Sf8sJPE5C5fm4kL52vDObUx33k909zt56aBlmnXSydTgnQgX/NjKX8&#10;bN4qJg1svrW8WJPwip0UUQMRLRmLw2K87h+cVvtQ0gWQZzq7eus6A8WI88S5mRBrY77Hef4vJzgc&#10;niAsEY7Pv4DD0wMs3/4tfPr6/4DH938Bx1+9g+WgIGRplU0s0tE1z9iyhNiKlMkMTpUBzYzi1J9r&#10;BcegmYlIFwHW4p8+WiGdWz6X2l5icl6mJ2rkoUWLRodDhKd8fbvdER7zhT/Mr+E+z9+3b57hdf79&#10;/nX+8z6fY9HyKyzwokryTLzMqWShHGN2Sy/54mrPfo/eBd6x7gi9PIXGU4to9UFwAKBJ6lleMKlk&#10;hRY30cVJUPXVsfeItWJAws7sijyj3Y+nxicSjf6pdnOfN7oKYwGdOgoqF3Snhisw3gU9HiLxBook&#10;xqVAbJtOq8iv03bCTSZOEyasy6q3Vdf23nGS+etMV9gMjc4YKvhmf9d7Uja1PHlKW0txUd3rAl8F&#10;74tYZlAGXwnS4ZCPvVMeoLLeTH+IZ1UBwZxLrNF1y0Sr1XoH2jFNXSOeKPprPIhjUkbcJAzCXUlE&#10;Jv6MaZ5qNCSOmakyKMpigoXhV/4u7cCVwSIg4FLabEvz7aT6e7MEHgKgJdWzi9xSuuOybOqZKNTT&#10;7BvtHpWRJOAVt2/k2Roroy6KZhCCMzLAqtHnWwmtJdYcjXvavBuBZ4Caq85Qg7vjZvueGXgocGcL&#10;BbPoKFRk3bsvjhUxrMy90C2m0mZwtEaXyoqNDHzamAkcbJWgY4mphhjFJa2ypbTFrjzHoEHLNBkw&#10;TZVxtloQfu2AH9YE2FguqWybK0MO7NpI+2xgbexxewDk2DubGmXufkDf4NJBABb4an6RrMJNqTpf&#10;t49r7EE7k6gVN7xYbTzHXFQwNMXauoODucJWBKs2MCsQzzSrurMx7T1jRFemDPY5mtOA9IFTFdcW&#10;W0QObOz+yI/D6jzlnqfNCmx/b8Y20xcAfL4QdJND7fmK8CVX7/V7toE18mLTLjr7fmSAQsdI9ZXM&#10;rXvTB9MbbUqJqpuyzUBrBTeNUmnHklFycutyB1gjXri+1FXXt9gN10xSkK7fldoK3Jk74WbCxFcT&#10;xRWAQqqt6BSGFt0R7IZR/iytsfYtrUqpzrGObgHcpuMBpqdPQJ8+AhSDDhO9NoOOChCp88Mkz4NK&#10;ksxsoUlBSuD9oMhC0PHEmn2ptMtU+1xTw5fPDGbClVJ17zStqpS0Up/Q5z+VvYcJemFt1wIOAftK&#10;tn6uL+DdgtORj+79z3VBRs8SDusasLnxdo7OAVfg3tY2g6FV8U3tQToiGwPu4vJSLVEvgH+O4TcG&#10;85hasD4uVV0rbDyzDRpopeBrAziFVsXtTapFVNfy0DockksEvcE6ObZfBwTg+Vp8p0FoYODUTExs&#10;OFQw0uoFLnmpWnBe8w+cHpUxFsujXWTdZebKzC1Kcp9S0rhNk1+3Dk/QDMGIOoKzRgiO1xvcvRjH&#10;zoQSfwHUFmdw7VSE0HUJ1Oijad037VRsRieGtRtXGtEB2Lr/JJNM0dwoVF1C6GghxZBQ5GGCJtPS&#10;7cOK2wyslmJ9cK2TQQ34HLMQTZMv1L0fTXtb9RFRAcpUihLFPGja1ZiY84BJ2JIFtmE2JT8vfU9h&#10;VeZzWrig0WjG6W4P+IMfQ5oLaFKkC+4YuJr3wTn5YitMbXRwwIqh3bPimmHcmH2GVhtArOXpbi/r&#10;ChE4+A+Dy49dvrMRG3ow43zRa83q4y4p06SvsKfIO/DwLwWeAjpFgaqiBrkmTxOZ/RN5L0voKx4b&#10;XHmVd5J/xkZKSK2G1q35PGaTtllO2uCO7p5BNfoTyWiqx+otGUWLziTCgpM16cxirK+Pott75eep&#10;e+brCELi2L64RBvFwlB143tig7SzF8DUcqLI4OFukm6CU34G6ZTg8elJYp+HX8LHn/4pHD7+S3j6&#10;5b+Dh68P7BZ/N5X23vL+Gfa8KSz5MwMconPYZhas3iU3dskBnsy4hyaJQ9A6dXj61k4iVK0+WQBD&#10;QAdoUQUSITWWNFbpjwYgVx1REgmNJZ/3MR/oGT/CsQD5ZQ+5z39PUI8FD1IAi5OcvBGy+M7XNtvt&#10;eI9cnZnDt1N7vCP07zViu8abETaYzF9gICyUfXLWGCh5QztUTMB1iAVqhdDCsptdgc8XwQK0VuYw&#10;1BimDUTD7Xve18A3ntV7h6DPv2lgy34szNqyps+pwlqhE8CuqUAVnh2Dd2HG9U58uGaMqJ5Rsxe4&#10;nBhfS/pa9RI7TaaYDKShCv55AV3qqozN4l79gmUTUVEQAfLm1t7J7BahuS3c3bpXoEfbknmiaUc8&#10;cyilVckESHhZLoDjchTgZpaJF1T/sICQExnzoDDyJk1iVDOOW49l8zweHnL+oL3k92/qfeDfo2Nr&#10;6CgPVU9ArQK0eZ2GivikIsgFkPKbkWlwsEEIg3exLnZWRWRWbTErYe0zCRiCaytEpUcTua0Raaij&#10;eFATq7FFgsuMqH5XDJVJ2lh6I2iAPasUTYekSsj3tbMVQCiOzKT8FEvasHMjDNrOOGgM1sA4NmOQ&#10;1MxBumhC3Rs5sIqz6P1Nkzq3XZ8r65bH7w8ErIwY6sgfnRlC1U+EtjkSgNuC6BaN+5ezn4bnFrDp&#10;PW6KFUPv/NxVxQY3YF+drXpgA5gy2Dd0QDdp9kCub67XDNvWrlqBzbgGunHY7si7+5n4N63vfPMx&#10;x7pK2Of5Fjp0YODgvSqAAtHZ8bcC1nzf4I3PuHvvJTBvNHy5Ah5umXZcAvxqKOoQCNG8o6uXgy+Y&#10;h6S9axgIVnqa6NDEc+ea3Gdga5/HriUeqou6v/5aOCv/pUt7tu65uLWXa/tLnYcKHnjb1DEZI1dc&#10;GY5pJmKAl+Y/rl3aveCKmnJg3WumZgpSzYdCH2Cee6i4UQAZAS6SdaHo8synA8CnJzg+PJWSeN7v&#10;WzyTTM7COgtmBbvKnpsT3am0ILrnZIw+c+EO1pqXqJbK2WBBUD7VZdSiXLLnoEZSyTtlGXsPpb1U&#10;dfIwra/ZBKuNqm3AYA0+YUtn+eU4N6bLBGGv12nfV2CNBuR447214j+5uJccKzDS1brCBcKtzATX&#10;yoNnGI/npnJtMnDDmtzGE7q2YqdPOLlE0GsYFvRrWrMYK7hHG667lqBg57fQM3wmt6T7liSf8Gxw&#10;AoK7Jtw4JyRnEIMu2Uv6Z5a2w2TIc2roNFVgzFhI0o7uz9l0SAP1LdwIvSkNantXEgtcb0u9el8r&#10;niuL1oHh9bnNsmOn1LQgvTbzZN6dp97htvegJR5bk7XKdieipALW9ASWBzIzv2AITdHgSn1m2Tzp&#10;nG6rAvup04/UtXYOba8wgE91qaUgqLruyjQsnxWn0Np9S95SxIJYG1Ky0fTllxD/2b8AvH8N8Pq3&#10;xKQOp2rwgMpmRGdsYiaARL3B06YbrF+VktfwDutNia4Xn5Fc9wf1hjboaMS4Ubg9//mh5nFtPqJH&#10;IxrIYdeobXws65BEo2A5nWrOllSXN6n25uSYbaZ/K6w64vZ2VAmeleMoNhM5qq9plZjCZFeYDIrl&#10;pL0taCAgshrk2OpOs9/IQTon02DCQR3lXMf1BgHITMfOK50kcLNmo8zXAPveQDB2GeJUNZsVeizd&#10;dfEEh+fHfO/zfT9+guXhFxA//X9w+OX/DR9+8v/Cw/t3EJ8F5DoVeY+jaNMlPMKT7s93u8CdiLZG&#10;ohXXqI9hg+bRMRnbmGpBpAJknMfLGN1hk405LK1gZ909qbaaqvmHdZU5p17HAquANqnGRimoluM8&#10;ldjwfuL981UpxuwJdncE+3Jej6KZV2IHA6J9aytuzI+ahqm8hJFxgrn1+sLR5OKvYGDkhtxKsJzL&#10;tw2j+EAkXftmLUqFAQRP7n7YeZUi0OSKldDr73qJlmRu9KGPATppZXRgpesKrF2Cfn9O4EDGHisj&#10;7Y+eZb0LDASh2rUTu8jQIMTtKiLurrHCGKWN0qRW3BXoMzZToWOzzgwHJ9OmNtHoYDhQvnpmCLTK&#10;lgUF5lIjDAVZMMpgZDiotMAqMBEL841ANeqSaBoU5zteHLGCVNLjXtQ7Diz2m3chZl0Vhzypyi/M&#10;dCuswNJMHqM00adkVijiyHc6PaoW3gl2/N6iq3fHnwvxNRzza56LgPcp8T16evwI+1kFgEvCMO0Z&#10;IFyWCLt5x3/PpDoM3JcfuDc/WH+G2nyXGV+ou6yP0VF1RfSWFynTneHPU1CruPsm2WhZU7A87Zy0&#10;lDtZ3idY5syvMUqxCbJPKoofRTxFBjgU+28BFa3mabUz09/xjqiRWsnZQE3W5wuSYBM1NucWv7Rj&#10;mF1i7YA1boqpSaSWQNWJzIt4qu3QyTFKehBxUiHkk1R+EmqbLzloxe06AZ1JggPOqpFHcsYIbuHD&#10;BjrUsOyCm+c5V66XtDDS4JAMtanM6RtdSJBDbeNWsPhqa8NYoQ21yeC6Zktabe7tUsMmwwStIgvm&#10;EGdMgBbE+/ZDH+Q1sA5c+4DTE4RtMxQYBKxXCWl16/NmD72jGTanmGbmMVYpkVoba6/W1wJUHfdk&#10;FIJErUBirtpoHWRpswRHVa3+9gLOi8DcDRdkzyYdjUaIHIt7Y+yPum23s+3QmU1sryhbjPUVw9Ht&#10;sR5ss31nxRYb7sUWo7VVt9HRV7RyUhjYrn23tllxgSYo87jp3MyqTVn+k8QQayxQAT3tTaAV7pra&#10;fQ4qZwBXwFjqV3ByIHbq4Gh9tpXZofVsM+PQn/Gak5SiFKT6zsU0bb2i4M2FsQENqmFM2KJPYyFM&#10;laYEPW0J2uvKn8BttRHunw9Aj3nv//g1zB/+DuC4iDQENRCUkks/SjGwJNG7e2FHFLOrSTRAiMzk&#10;hXS/lHbqxLpKovnbdtSkYBg2Vl5qy0fnwBz7liELSMGx0ljWQ8XhKPSduh32kfAMS2IrXd5gd4c1&#10;UMY/1iUvjCSb0IBSqgCh79mF7TZY3SZqEjXhNvvPQMF0HnS8QiZuuLNuJMFYk/aodoOJRoIOuLNk&#10;BSdlgnY6fqobFjX5sWc9Qee6Yi7MNk+DXi8u1BKNpA6IwOGtsrtQweMBRN1almn7Pgzm442Z6BIt&#10;UnUbDyryXxG6VikbpwxKoLD8IDTNQnOMLtdF2GuicmiM6r6bXMFvbPHGvp7SJHF6xDt4is1QMIxW&#10;4O5AI31WymKZNACuwFCgetwRfmohQivkmY6m10pPGhdL6NCKQ03/GiotKwx9cjg8R46BghYWOrCJ&#10;RAP91MZONdEZTry5YipDypl4iKN3YfYtEnccS2z/20CHP4SdfSiImKO9x7PJKEVoPMm4WkCos+G2&#10;72MramI4E2skZisFpG3m36q4ltwz2jb1anv89MKCNqxIDGPxk/OluLCGfE40IR6OUFCk9PAOdvnv&#10;ksOd8j1csORg8tZTyfHyO2eTVKpa9KGp9WPrsKpIRpA27MgwrchTRS3sWXwqbeGBNXsNkIwh1E4x&#10;coXA2unlARUMSiaJfSFynGNsVGmf0wOpvAdPoYu/1103Gx1B9VhSbE06boP+PClCHpNIdkUmCOXr&#10;jSegfK8Ppwd4+vZnkN7/BSwf/hze/fKP4dOvPkJ8Iu7KOx4FnSoM130+06PGT8dDgtMiCxATgLC1&#10;YZoZp3WiWUE2aY5thRGbX6yhWUxBpsIcRHj1BmH+rS8A3v5X8Obun+Rj/QSWn/85vP/2Q87pI7NF&#10;AwN2phsq+uKg94GxY0UCWYtdmeSxmp0x8iFaqfncT4z9RTjtJ+4OwWeE+3yCr3+U4O59jisfZcmZ&#10;T7oWY69Ld7GeHxRSsfgkOG1bWFdWjHHXCgCKFSHUzkjQfaaaIE2my+4IIKkB7sFoIjs1EZmw1uDJ&#10;m4mo+XJporTvy+uD0swp0qD3PPSkpLYXOMtGvvZ5h5W1V41MAjYX8ySGdAblzW0BDdI5MixTVZic&#10;RShTmwRm+gKN808u+a+uKM2qs7bxBNW1IHW3NPHuVt3q0fWOzWCejXrek6v6VdF9C6TUdaYK8gVJ&#10;cicUnQDR7cvXHZWmXoP1JF5N1rqW37MvgXZx9uLrnKpzoXU/MRNG9XH4WpPSirWqwiBS0cpjBHon&#10;gFBh2C1anS+srWWB56enfF+PnJScTs/5ZwjPOVHY7aXls4Bs+/t9aw+wVuD4nI91AKnVTJqU5Yl2&#10;OIHXWA/Oat5aUY8nqfyzU2wBPfU5SW6YYL7b86JaJnn00VCh6hYHYRVAr0CDtVVpJYk8PJ+ot/3r&#10;2BsNFGptstC1MXiH1979laWCN6Ryt0Fkf1w2bFEAWNigvSArb1SO4ZLIt6obZRpbsoRS05ImuP3K&#10;2akZhWAVCO0cfF2ld/IO0akJ/kdnFvFd2W+f99XBX5U9NiZwfatp6txVsVeXewHo53+2xfocvcN6&#10;lmWvF+a9eXFgotlwDUOwuHGPb7qXTWdx/JztK9xwogXP2BvNE2idz9LIsnFMJFfZrIDfAMCSunoZ&#10;4Fcdo2E7m/XXd13c+rt/bQk44xYouMHg26bQXDoObjPYvsvlvYBx288lujTKlGXVyrDkZBo8o7kV&#10;VHvN234cjfxUXCc+nblWHztYy/nZz6dBe7Up8Z4Fjv31d5zW6sKLrjCpIDVOjpXb2oio6xXdWk9k&#10;/ccbiyRJtfrotPCevuR9fH56BPz0kLfo4sorMUqJ6yevwWJiykGRFpxVeTp06wOnH2VeFjmPJQoj&#10;Jrk27dSE/FPVaqLKvqtLYuxbdMGxmaydkLHDGarejLjQqjgC4cCEbk6ragq82fOxBfjd8mXAX3Xi&#10;hT4BAOhbT82IoqfWbuTuw315yZQ1CeYLROOrzFAcg24ngr9u81OdpcmJfVPT0avPUcPZ0nBCYC7w&#10;kiQY6Md6j6otZwCvAYQUXUuVp60FASjPLpcesJzUDTC5c1rZrff3rTIukgP/p/UztOTQuzKbfhWL&#10;qnPArWyHgW1VZ7K1p7HhjGNSgNdrQhf3YeePhWc6TsixC4VsgJ3rJHgiuHd/BuyKx6kaUDlmqk9i&#10;UdrMktHxQmOAGF0wtC79HtzHxgAkx+4bx5sZ35kxQHDi8Itpsfpx7Lryg4KqWGuT5tbs5XtIAbuo&#10;a18xVMkPbXeX/72TzigSUgK5Ns5quhAcHWY1uMJmPMi7QzhPOkZsEjTnFgRyO+O5XVhaSyc430r6&#10;8ljHj0e/fwvxpchHLRBPp4IcwfTwDSw/+w9wej7CvkgG7XYaowXWSSx/35UWas1POYpnxmfOb/Pr&#10;JXez/KqAc/tGkQ2SJ6XwmnNi0WqkWlTm58iOzwIERhUqq50DpHEKGWutSc5EaAv87NyDSJmEwgqU&#10;YlwBLqNpP1ZQTpp72Y8hhT5uRuyexqRt64G277eBbITaVqyxQJkYS36+96WL71haph/g+Tn/eXyA&#10;+P5v4eEn/xM8/+Jfw+lTyen/f+Le9Ne2JbkTisi11t5nuPe+qUaXJ2y33Xbb0G3cDahpkBoJMYhP&#10;/IV8QgJkgfwNpEY0UiMBEmpZCMstPKjLE1WuqvfePcPee60MMiIjMiNzrbXPua9et6t0de87wx7W&#10;zpUZ8YvfkK2/TL68qBf+MMciiT7PJH/mRUE1DnNML+ruOMA0Vrn+otQu1HsJdS1L7zpjJsxy3xhz&#10;AChrim8+DvDml/4RfPSdfwh4+zPpDBjg3XmGp7f/Bzz/wX8Np88f4czBn3pOjBr2YuSA6Bgm4qM4&#10;5GsQVFLM52wECzBl8DgHcI4hT7WW9LWntHTOmrbN9wVLncM5/VmyikDS3y9KMpuyhVt8SSnjzk1f&#10;b6zOkNANc6kmC1JoWf9I66F9tnqxgZ/uCSPW+cKoLL9QLRmKi5UOzwTgm/L7DIM6FhBtZg1UD786&#10;rKduGyHzJVSWY865zf0XqU8tBcfAJQf2+cMUXeWGtKwKswBVThQUCCGdom83UlrMhmzueBZoG+Fw&#10;vNkEYJotM4TdwromFLbR8JURoFHiqJJZBeiWQpe3RlcfJy344WCMwJzIFHSDEWBQAjOoAwrSRWQ7&#10;DNXA1+SqRY8VkrSec/q0WcZ7en5KFz2973QNnti7R6oxLsSXgqJPIx+qaRNmkI2bBhGzh5J6ezhM&#10;Iuvkjf0pNRHDeNBEWmYUnAVgWtLGcUobvjAD0p3AP59ZLrO8B2btTUPmfS7cNEA2bRXfB2u8IpRp&#10;oCcP8URj0jXCbMiowFwtGIZaVPHulJoeYUwWjog2jzraDNAi2t6D6bVNcE0xCwL6Le6AL2yojbsK&#10;fTMbQgFZBlgXPbF/zpK4BHWiZRBUyJ3SQhM08LX6HVW2q0m4SDd5rHWbrIsogKuYy9IaEpLCqWGt&#10;/av9H266eDtWUsHaqec/F8B1wBpysxDtMDziTlfgU3mv6iBcs0W7P53T2KhppMgVhQZtDauxU2yA&#10;ie1pcgXPyv3TXbeShOuYfPlgCaveM5JjgulhjOC0RrQdHuGbCFw12NhIXaJLMq1S3g4C6aSO7X4c&#10;NgyTf/r1tgWwXPVHvAI0NiBk5/9HL76edsr+Uid/3QMQd5OB/Qv5UAauf5yyT1koB2S2uxXwvO8M&#10;YX9kUKQ9xhYxdyuKq0Yqv59lB6wftq9F3EMNqCbmduZGsdsp0LO3u/c/O/1G0PFvZm9bRhbtv29B&#10;w5R5u5qCXv/0hzz6F0nVMD/D8PwFwONP0ll4krM5J2lq0adND9UuOaMUTNOaDkDj0IDo9SxYcjCW&#10;JWmBeWlSOe7KANTPNKJz0bCCVX8+KGAfrIA8YPE5e3m1f7Xvf/ie0G48ZO/JAD9lpHFNtjiJeXAg&#10;YAP0DW71EMCrty/fbLSB3C0BbIvd5gZ+xhBzLiZ1m/W3pgXFrsAlxYTdzMLSmE2GjSM0IRrm9yNY&#10;hBp741LXhDRIzn9vxbaMzgidNgmu+XWMumPE/uu5F/DhIJsyZgPBfQnlwmXQp2wVWTB/+LGkXNu1&#10;2w49x9LkFbAaSFMooXivkZMcx1WKdBvoZgfmoD8bwfuLWxOmDSlujFYCVcZR2DqT3H44lo2jgsNe&#10;Clc8phT/0zomuORpDNAmocA2AOaxLxsoBd1vItU4ynoddegUsGFv2jUVrywJBpg1UCI3znh8C3T7&#10;Bmg6ytm0hAoSZTApNL0buYg0dJp8b8ECjScX75/BDZegNMXgHxuvKEj6xzRAoPmUQutDd6WWeWHM&#10;UcFdaEkLAXOYohleRvFwTX3fY+ot//KPIPzh/w7x4ZQ90oZ88yzhIMgDJ71HubZDVqmlP9lPcVDT&#10;p5CTBIZRiC7Av8f91ZgDN0TtFfj8GTOCMYyFDc/kED7gIv+emlGWBGvuo0P2cCRLMw1FVym9t6JW&#10;OaBKwcPoUp0zIzizxkqNqvVcZm0FOBuhS0EmnyZtIOYCVTZMXR2EDhEm3ZBJmZkshR+XEzyka/30&#10;+Jj6+Z/A+Sffh+cf/j9w/sE/h/f/31/Bw5Ol46KykJnZlwkypH65QZlexeJHyTCMqdxOAUJVvAsL&#10;N1L28cOIhXgiYZ6UAxxFQp/W7XQb4N1nb+H42a/Bm5/9Hbj97LdgfPuxAOgD3sBy+nH673+YHudL&#10;+PxP/0d4/6Mv4fkSYZgyS4zXFwNy7CWYMY/avfBzMpB3Wao6ZujspYLtbfxz/IWJCqjLSUm3aX8e&#10;v2DWoZYu/PVUa0Sdbzay3I3z36wcmvRHx9SGlfVIHX6Amw/Y1re97aGqqUBlu558VNtbDC7J131/&#10;mBhnwcyUV/PrEkIS677RW5GA1V783IN7K6PLFhj0dR/y/ifYGlTWOoILc9G6YtycyhX/gXhFlpfp&#10;rQGDMxVxgE/HfsLCiNIE2x1abdPwdKmO3iS9MBK9REsLOmOtsfQ1DHUxkgKHOSU2Uyj5JmRpLctt&#10;Ytq4hqJTsNRV4fjBs4B1syaYKXtgCKW5OaQ7I1zOcD4/SzovJ9WGzAUVrzXeePj3T098U7HE5wyX&#10;9LuHYZGUHr4lmN03pQNuPBxg4t99julnGEkfsyffELQxyGP2mWW28rexJ/IhN46HdMM+w+n5IT3W&#10;G0nHPc+xSAV4knY6Pac+4iisNk7wI0ybwDhlv8FYGSD8GV/mfH3YbpVBQv4jMmgyOmvWnPB1DOot&#10;lIucKCAmiVfhjWxCNISavFaSnWmT4bfJgKJylINJF7wkwPuDURfwgquCtDJObUAuhwgDqcoKnZj1&#10;Fx0gRU7mplLlKr0jneSZEbImoVH2cJS/VTodwczesSQQW2p0LEP09PNMxV8OWTb+Aey91wClHxro&#10;sb5X1d4fq5NoldW1NWll1FTJCu5pgn7q/9Wd33ur1dex7DaktGL7uSl6wyRCCI1QLTbPHxw7bw0z&#10;Vo+PKoYL25wX3Gf8YRlp4e6aqEbgwXnH0AvNeVRwYYM5uuNvVyfusWXcfk1ekdvJ2i1YVySjLzzv&#10;yqNvl4ITOtDZD3no1SEEH8LYewm4e/G6WPNjfqUusaymzIfi9zYMw66EPA/G2sa7ZfkFbYiUIUe1&#10;SfWDOF9LeOyusPjpetq2mSzELZ88Z5rtkZIIzgS/Rcsz8BmwGWCZbNfs8dGsIpShny1mVPzVSbua&#10;9WZgiYZw0dMz4HNqBt5/DuHhJzLaFXyJz5oZS3gT+OaYJ/ki3R1zY6SNCjo0Kfv2RfESFpYfnw8L&#10;FcBaCkj5uravnvXlL+FiwAnVJU6a50Hr2UsON7OOn9qZRnA7WVwDfe3aeaG37eW7CjKhkzaZMbZJ&#10;cqgb8izqY2eJB1W2szmjyQ17v80s1c9ok7m3jwdsAn3rpiUX9BRaNkLYOKAyAOfkSJbE64Iwejkt&#10;apiEXSP07C++LDMJ8GaBGvKryogL2Cb8lsePLZuy/36REDtfvpJe65lnWuj4e8oCOsprNRW1eo6V&#10;5+s8EmND9CemneXP2zG4aA+1MfER1OAuqhteI+WKuD9gdE4a7dedF1/BBfXzRjdwsDAQS5L0knjA&#10;riEsYJ3uIaHdD+1ahiaMKr/AaKAI7/8KILShdn7D78KD7PrHbCMQlV2YLRGwAsnKCLS9IIeCaPM8&#10;YPFJDha7yd5l3N+MI0z3n8Bw9w7i4V4+wCzFDGWPtx2en3ug19WQ2DXiRLSNnK/O/+vnNW549dkG&#10;FnDDisNeu9484UOHeFvTbFFdRThIMGQ6c2b2h/0S6M//JSy//3/B8HDOskc+S2S/IdlHFt8T1TBp&#10;0Bjr/DlhDmMBDVuRunCcii9jZHk1swaHHADDUas43ij4N2TmLY7iOxuGg8hOkYG+9BjShzMJhD1p&#10;QwYMeXAlLMHhmBOlxyGDKBJ0mUNiorI/BQDUoSWoVQjpz0VdqGdEBxQHtRNx9zWqnFjBPqs2zF6p&#10;rnlUhm4mXyypL3t+/wUsT/8SHv/q9+Hy+b+Ap89/AOfHJ87MgvNFwx2GTBQIujGeL47IYhJsSbsP&#10;cJjYnisrH/mt8r+rxLo2VH7FDCOz+HRglC7j8Abh7Td+Bd5++zfh+LN/H8L9Z3B/8xlcDjepl02P&#10;lXp+mkdYxlTXTBHe/fp/Dm++8Xfgx3/8v8IP/uSfwTnVK0FpcpcFymFRQj8YNBpQpLr8eAtZP6LD&#10;G84nR/NzR7lWnBBgSQCX9JzxLl2fKcBxSP9Or386ZR+/4WxnORZmtV/mveceNbUCVuad3drKtFu6&#10;IChQEDj6ehRaVUCuZah6xtqZO1TGt6nxLY9gUG4Tfw7CmpeZrY4imN13wZJAzOEfJFYvtLK/Qef+&#10;hqGegzZwiiILRhkaixUHYWFN+yFW6GqiMRdAWCUz6NuZoJJOLGERMhnQQyXYq0BaSW6KaXdUGRjW&#10;gm86HLIn3JI9ZcIwrIugYrBpLzp7x3mfMmM/SQEh6OqQJwba3cjGp96AwcWymKm4FPRQ/dJ80l7U&#10;pLzM4sDMjGMO5jBlbwS8EbrrGWqk95y+Pj8/wDwe04d6pxP1KOEWfOczRXc+n9KHxZvuY7rx0s9g&#10;BhAn3jCFZfcE0/E+g1pc7I+c7hMEQBxD1kVcLspu4sOON8WYoTV2UGBAjZl+4ZL9e57mCDfsm8BJ&#10;wEyxnSaYL+/FE/Ccnvs2PS8vAmYe4jFkeXFJFc5IPCf8cgG4hCzxjTE2cWpCJWYvqGWo3l7OpBlL&#10;QeHMr2OO+omxDXWoRvJ7bZ812nntZRa/euy5iQ1usUJCrgpRmYdtYVM34Fh8v0LxCMzmzC7puQQV&#10;mCRSD0ZhOqICfigTxExjX/IaZtNcvtbsy2BTLNSgkwjlfSwqgZ7nvI5Hyq/DqNZg/lq0OLH/VkjC&#10;9XCTxttss3DZ+x3cEo2WRLUCKimzlkwa7SR+6ENo3OvMac5hR/7g5batzGabCQjQpK/pZM4AvwK4&#10;GgBnnx0tJW5e239lpMZa+Nf5dQNakJPKY7+pbRSOUSdIhTHgIxKLLDLLE2a6Yphknmg+VCO2p6Q3&#10;jK5wLbjPzMmVezNr8HFY6NhclQPf3s+wmYDdn+B7X38lUra9ll/JKlolfXdribo1V9au35M6cJE2&#10;Xl8dSOw0Df5r1PmL4L4f6YB14oj+89WU1xwmFLUWcoUv9Nd8C+CEjq0XNq+5B/lyIeU82zZS7gh3&#10;mjAE5ytZ7+Vay2FJyjZ+B1iK4x4fgtR7hgdmWhmKlw+qnyYNKufNwLklTKPzG/TvK1pQCNUCPC5m&#10;a5HPvWW5QOCmis9RrgnSmR8eHlKF+5SBsmAyulxMRn8W8WR7CtIMDZaeaestqmJBgL1Z/VxzJz1g&#10;LqoL2MjcdkllhKIHtaFSAwb54tAMuqOTaqb3sYwO1yPHwrZpP3bCbvW4o9WWvMVRwtUAIoeNtLLd&#10;HmTz7ut8/cNB01fLe6zSNLsswYF64JJ2PRhcwrK8d44Pm1jaoAiqH3uTROtBUJ9J03wvVqNxhHam&#10;IHbPPqHPmvFIq8AP5/yh16ACfflcAW0SO8YDVcCvNBiOaWdpzZJbRy600yXVBliHk5hHW0mWjS51&#10;VlksfkaVMSWsR4vJoVxiYXTEgbKkFBD0EtngfieoKX3Zvgh2nT/QO354P0RoQTYvi22bz8pSLK5D&#10;Lt2cnDzYwOMst9c9MNRSNWwQ+Fb5EYQtH4LALXIf0pcbz8p8Urmdu+vWAQdO4uvmkcGbLbo3Hy3Q&#10;yV8X9elu7B2MSVlslrIEkFlggzG/xrRLH27TtjypFDTbEWX8JdfgBhIO1CdZY7fhuL6C1mNdHlTJ&#10;GjeaajPgDd2H7BPmt5j7uMPWC44RX7hEgJuTjb3JQejWaPvbpAi5kAvYN46VVHzWvP8S8CF1qM+p&#10;v1yyIsv2q6D2LOZVWsJqlqxniUPMhA0fBqAprkyKIfUmO5x1z+SvD5VeTEMOmlqGCooIk23Ckhwu&#10;99jhIP2qpDgPB2Ed0sD98zH9XupVlXGI05B+ThmE4S6vj/SHLaYEhAsGNoIwEEcmrsiZH0RGOijb&#10;cDZPe90sYjjq72EBmWIJmRzUu40ZikdJMGZvXCbKzI9/Bqcf/j48/NX/CY8//ILFa7qWcp1yw0Aj&#10;Gzml67MoUE/iV18ZsuSsycYh3xtcYwzS87OXH2ZiZcivLcalsnV1L5+XID6Mx/sBjt/4BL71S/8Z&#10;DJ/8Etx9/L3U638Kx9tbGRzepWsnRBN+xsMMx+NbeA4zXNL9d/nGL8C7m7dpfTzC59//5/Dw+KSE&#10;pqg1Vl5oUQVHC/sJKojGr40f8+LPTgXSg549UuMoAPjE72/K1gMXHCXhGZ8JjrwoGSA95UFTVJ+D&#10;6C3aYi2NybPd/SQpYGuFtdT6Ubz+5jqYLAzkWP1byxBFAziyz4rW2FHT7d02G6FAMRlUHM0rMgOi&#10;9jd/pjTV58+gO4rnKb8HBgkF8wYF+cZ2R/Ap9hIaUuqbXLMNykQHN+Aq6iED+6o9gfdb4olxbs5D&#10;3rHXqXc69cc46wdcZYnek8w3O9bsU4y14N+U/tZDEFWiKMCdnvASKKZTjAzqu42W38Mc3TQryyiZ&#10;HRdZ7soQJqPnKouVgInAG0neTKIa2WZ5TNblh2HSdXCG5RzgNLyH2/u3wohj8Ot8eUpFGINiMzw8&#10;fZE2ojs44H0qvtmf51GmFpJsM6N8KIcDP8/HMhE5v9cpED8HnQQEEzSfI+kjiKR3ZEkCXeR1m8ec&#10;0uqqV2LI4BK/D5b3Mqi3zOxpEOD5nMMQGIm/aASM6fLPl1l9CLGEkqClNqVVzACmTLx1s+Bic0m/&#10;Y4BVVK3/VEfJskQ5PITZiMwW1HZT9f0Z/DRZbNCTwMDhvDaGhqnnjfebgAQzldUNcFE6AhmddcWM&#10;0amNsSNc1bfV8kvKs5qTZuNaKIlg+Zq3ElXUOz4HvuTgFLJJANTmMejuI3KuMt0Zskck6MYuON4i&#10;TV3gSV3Mjyu7jQao5E9w3Ui19yq9mtWH3eYA0Ho7Nomwq2egTlZXWWJCf3eSXtQJ0VImLOhgsz0w&#10;ZnmlSCxsFHvt+yWiXVypJHO7ziwE77e4TiWvErw1SxCvyTh1TQSsax27qQcaZx0quN1ed0s7DR6q&#10;q0VuiYeibXZeOw5yoN8WcLV076Em4OGKSfkKdl5JdcMSGFTAXoDNYI3N6/gVJK6v/g03Iatn2hq3&#10;xd53s7vW3rVzy2ibuiauPFZEl4BpCfOoU8gKWthQDAoQ48EMS6nH0kBVmcra7zJCTaEuht0mHUWf&#10;Dhg30s5rKNJr5NyxWX9uVVKscrFmRVaj7CxPjo3spgF6qQ4RMihmAR15OAU4OB9DLIy5a2zS0KFk&#10;vAOHYIbdOgSV4mgWiw48X2B6eIT4+EOIpxMM5zzNjRiKV2HlEfu0ZCySqKBytzxky/58Anoykz5W&#10;aW/W38RSrPKgCUMs69WFEq8CndHNwyxMi8fxEvjQSDW5sarsQYctZMb9vNGvhk5ykw/+ymILCgK4&#10;EADz1dnk1vA2dNHPOWSLlsEK+6X6gWGo1FR0wCA4338IdVvLNiDUKvs35kibmUH9Uh8c868D/cix&#10;Cksol/3+6LC4pYJe2OIOGiyn37P7cdDmKHZhI6FNjPViCmsqjDFpHnly7ebciODQJeU6mbFdu/I+&#10;Qjfzw/p3uRaDmxV75qIyIArZgHaO9x5IHaqcOEbPAsHa1BnGZENb/XdNenDXYXBgcWeqRGGLXa5G&#10;9s7fkBxrx0uA/WtHpAKIooJmfap7MyxcBW45z2fnZ40unRc7PnodwuAmeY38h+EAR2MVR7f/A7p6&#10;BF36s5IvjCFpzLHQ1ZZytvILYJeiKfUkzJ0+vgW4+yj9fScDD0EV1OO94dYbVfUrU+txg965w9bs&#10;6h1vW/N6tUx4JYt/bX3zkogFbbAXT/Ia2QvucjrDdPmxeNnldHY3rKHqNZ/78Sw4lhpf3yJqYFNY&#10;nIckE0kCFmZksCAhfeCgTxL0nuR7cUoPIn5lo6WA5317jqjS+uf0uM/F76wENWCVLcpZKQzm/DeD&#10;fJICzQCKkGQyGMj/Lb1GOKZe/545ZiI5pukAM/dXqdc/jNkHkj0Lo4B5x7TnHESmTNKXpr43/beg&#10;b+nP5XgrQSYnAQZPsDz/GZx+/Afpz5/C+cv38PS8pH641kzcVy8Kfs1u/5O6QAFwHIrjtpzbAuil&#10;r0w3wXLE5Cy6oSCgF4dngqn3QiYbMEGH75k3dwD33/423H77t+D209+B6eNfgOH+GwKCHqdJGJWg&#10;Q48gjEcbyEfBEw73N3B7DPCUrsOnf/u/gOHmM4Dv/y/w/odfZnIJA46W2ayaV/NBZWx3IWcZYtkE&#10;MQPLNjhIJQ8cBtTwUMaes6x5kTqWMQmCu/RejyxmeIJcI825lhgos1Az2KhezMGSCahaKZEl81I5&#10;C/rgC1JArZxXsyaM62fTD5XsCOWaIWMgZPCSG8rXIdNczkCveKKKr6l9RTNUMTXE6FowY/i74VoM&#10;7UBP9t4xP+YwhXxtlPW/6P3N1p1i/ayM69F7OWHjO4GdwbJGsFNtOFrqN5aNBDqwAIFcpoNOwHR8&#10;tr+X1RQlAZ7ism4/C+jhBGdS8M9FToqFkRM0vy5XGbxIB1DvAf7c0ye40BnoEPPki0FMBgHVQJOn&#10;9SS/d4H5PMP5zUULkyDmm8eQJwnM4npOG+2ZvszN0vIM05QptPwaxsMR3ty/hciTiXTDXb58C2P6&#10;GZEbE/soHDKDT0266ZJX7nhgo9oBTjy14c0qvb4DT0PUxJYbmOnIjcxJKaYoh4AYmDKFWqYH6T1P&#10;k5ivsuz4IswBz6qK2ZjTmG2U2YxcQC4hsxuDSgM5zIOnCiwFnk8nZwAfs2eejpyNXZk3h0HYB/0k&#10;kVyAQi7eutAHoo3JYz9KdjWKTgwtvbRhOvnggDLQp5XszCIQfMBBZW6Zh0SbINwDIXxtxTA3rd3l&#10;fIZ4WIp/FoPMzNMTcNPdxav+mO9YBpzv3rXsGCj2f7vkvT0g5KUCoi9YChizAV7hZlnUd/QZtInF&#10;5KANi6ge6bUbwS3mTw+k4bBbWJn/FRJefY+4aczvZaix+P551z2TYPRpzMY6LZKTHYDUTKD70ICe&#10;DOOTAFGnZeU+BdoQHHdM2AZ4pVcx5F4HmNlZsTQAVl4qYRUmgXuu9XYNnSz+Q14PfuDXV7gS4a5v&#10;W/2cugCIHUA6dKzCHlTsGx2E18mAhSWBZfxRdYg6ystF1qJBPuCoYqGRCXnmg/nRVAuM/JBLUYHZ&#10;+uyAcajIBm6kaXvewt7a32Yf93d4+2ki0YrVuE6uBqAVFxUbXmauXcyKQRPdN2LgspdnfDHciKiy&#10;Ji0BUD4PPqcvzwCn9zC8/xGc0x86pXvloiyIImGrHslB5VVc+aFYd4ypyMt6SlFrCGC5SFPFqohg&#10;yM9i7CsZKeo61G4tavWtjDdTTBTcbK6MsRLO4cjArEbI/QIps4NDHxRcUIYcggMzws5wY0Mx17Cn&#10;mpLPgXX4MtFXUldtP1JWofjQ+eQMA7CWjXsxXPcraxb30rL0Nn3gFi2wB8f2iuv30chQsQKZJXV3&#10;6KU57QzBh3pGr9kJeS/lQn85t0duSQzs5hKIra8eOalu/359KK0BOVgJHa0zC/afdQv6lWvjDz4N&#10;CcEOMG2AwVAZeARtom9/jQmqV5Nv/poEbXAeR908yn6+CdnAlsVXrEexB9HM5J1KIAGDHv7zkPYd&#10;afscwv21aad/kf+Sk78VBgyuAMrsC7iBd8HmLK48NTfmAVtgrz9zK6iKRTIu8t0KRW4MyJWrzYyq&#10;VOfCzUdCzMjWSxmAcS4kijCNV9hwffqG6wHcQJjcg24GbwGowgQAXhWFB1/RtqQfMOF28u7W3CN9&#10;Jgf2ZKccEMmU4GF+gvPDFxDf/7Co+7yFAXoSUxB7SwmKdAsy7+mRmuTmIdYATGNuFqZ7Ffnl/82Z&#10;UUtjZrDSWW3slSEfnMzHgI6o5pZZ/pnP0qO8BmW0aQouDbPu8STLoChiDlTki1EYcXlYYRkui0iQ&#10;K/krHFEAJ/EzPE7p73Tupj77fDvCfEh/jrfwlHp1YKXecIL3D38JD4+siruIMu6S3teEsYDYfG2Y&#10;4UfyeaCAYWUQoPdDcATjKeSQqxzAXe2bFmWVyOAxff8U83nCpEi292IvuPvPPob77/wtuP3mb8Dx&#10;k78Hw5vvMUlSAL3xeCdg5qiThgVUVabPHDSBaeT3bnhAeo9z+r27N9+Cm2/9Kvzk9/9b+PyH34en&#10;C8oay3ty+l2zmaL6eUeoSe6zMeYRBfNAqNJwypilYC+XMcDM7EUmI6X385R+5t2R4Da9h+MjiqQX&#10;OL14SVcmfU5wcs8JlZlq4RQUK/O+DFOy94qGwWZw2qSx5Rw31rJ5B841jddCsPL5Ywnr7uhAH9oJ&#10;wt6T31F9PGM6y0KAzVC1Xh/5+oHlvfUMtCFQhKoibAZfunjlvBhRGYi0qg+yr59Z3WUgcAwvTimq&#10;10NbVGtMt22jtOGtR7nxjZRBIjStM7Ysni0PBHcsZUBAGQmF7RUrwBe6saMFJwx+91GjbjPkZ8BO&#10;PABgKv5uDMwY6Jm9ejIgSOpPJ/ysYFzSKElBzzSACIe5OD8yqHcrqP7p6QEOIXtfiV+BNYLMdjsc&#10;SwoRjvfCjhQ5Fr+WcKvD8ZBZXBQkhps38sXYl7xpMKUZs7cPe1pw6pCw+dLPTcc3AiSe6SRgHG8A&#10;l/M5o/lieGuGqiix2zw5WdQLL5qBrjYWQHlSkZmVMU9OuUNw2hTSOG6RngizbbGWEkZFmgvDU6Vl&#10;6OQ+rdeXft6YPXeagt2xDsu62UgPtaaoD03oJ4sZXMBNv7vCSrWiLi5lTBOU/xtsfE1Q6P2kzKRs&#10;omosCw0mUX8NyifZiyUA36tnNoDgE2TOW3YoJJT4YjFwrUigr5ACavdJy+C75pnipNVkJVbRlRWw&#10;wGTYy8rrrR8m+Eo+vAwCOZYIFtEtlKTK9nXHTbAIOwaT16tE6mtkchPgOhkit/Yzg3oNAGF3nX3h&#10;V/Y9QotxgooTeRB2HdBRfOyg7e5WDE7Husz/HQvrjroOgOgagHzdV26Viiun7FLTtq8l5u6s3a2f&#10;KgD+3u+4vYuuAH69bGcLNDRQb+lXAvZRn1DZavjSfdl+XgW/a1eMo1+oJ27cOM/tOmB9n0QV8Fsz&#10;gUPV9CE1bPu9JqX6Q+Lm+6ErzOD1J0mvg20bBiE2QwIvrw6bawarNH3LNzjG66wR3YsGDSmTRDr1&#10;LbxoUzLxmf30Hi6Pn8Py/D41S+ZRuAPyYi7WU4GQB31haANn+AziAZywBpc8LLKzDl3wESzFpA8x&#10;FrIzquI5kiMQbWf65BRVDVgoKbxRa+O9l9/jr723n+3rHvhTBr4ldmJoB3uxW+orgCGuKXho6MvS&#10;AlSLmaVLIi0Vjzx7ToLXE4U2PfhCCzDS0nqebQKEG8Gh5BiJhQmHLoepSSDVh9Amiw3WL0+p7rqh&#10;BozaA7kKWxE3wLJx7dVHoWUHWqNlDMNrwGwPjJrklrZvrVdMaqAJv/DHc//5tIndUHsR2F5XBejU&#10;Q95ICy6qt9jKRPPaxO6xlAnTjDDs9WGbcI5rArOe+TsgNDWnfHMmUzMcwTVYW9irWJNnOyZlf02d&#10;FWBD/IPm69rALuZLplWX+fX5hVbYYlqDMzNmuodwfAtL6qPG6SDEBAkDVySacke3O17ePmNC2W8o&#10;+iCnUOPL8DrTDjsN9cvn2Ff9H8FaRffyQF6sYCKW/YEZ39PTlxDfPwCdqQICDlAoDO/QArrQhSxY&#10;i2YFTrDP1WZ+JcDAgX3R5iv5uQVjUJpbwVf1iFrKTUE5qZTZU6GmlEYEtUUC9WjlpkiB5DHLIfmT&#10;lLb8KRPyWDGFNxnYk8CPmIFLTG13PHBYgtZUPMR65mCICJc3z3Bmq8H0ew8nhFN6nNNN6u/TXsog&#10;IctqT88znC753hVPPQ6mWbDUC/y2T8ZsR6MWVXZxcN53BpoPxtDG7OvHn+OiDDkOwLgZKK9//v6B&#10;4PAW4c23fws+/YX/BMKn34MwfQTj4R5u796AWO6T4i2FDIBq9RILOQJzfK+Akfz1OX39wtjAcYQb&#10;+iTdh/8APkoX6vinvws/+P4fwvkhwhJHODMLkT/PIRaGm3myio8ffy9Sa0tihiwMBHLoh9JJ2ZaK&#10;P1u+zvOBvRVzmIUEdEzpATi8Y87rB5cqYY1qp8hJvtGvVxv6jHVjkLJI90feY5ZY/Xtlf53rfiZD&#10;TLIaMj8AD9CsvhAoZMlsOguLJheaJsP7AODn94jb516z3/psi+AJctutNVJL+QmSDt0OWrGxf8h7&#10;K8ntQJXJ105G0G2EtBGO0X4NOsnuFlBQ9U+4ucltbWj1D6zivsxXqqSZuscI5TXZoar8P0vXRfWe&#10;U5MaOcrTJsloOMt5S6x0WmmcOsQeAPOFJ0wMnz/n+tmYKCEzKJjueWRvgbRyTpcFbidO05vShjvD&#10;cHNMjx+ERhz4rqRZbsyBPQsWTp06VKNQoS0PAhJG4Z0qo5JpqKkRYP++oNJmVIaReM2FzDIU6q6w&#10;Ny7y+g4sUQ5HYenxeyNN4R3T1+UGMxER1Wmg/UfQ2Y1cU/VEiEVSitlTiEM82IuQU3pvx9owUG40&#10;BkCl9WLOuVU5QHgRmKLKXmqkZ9hxyjx7r6tkqQpEe7ZRCWFB3GTrIG5VwNQV7Rvm+W46J60mexPg&#10;WVKYRHo1UGW8cVPXe+1V/k2W9s6z+D9FNcApCoyQxwi5iKFXSSh9ktdWGui6gVtX3sUaQX0YrjXu&#10;zYhAP/OoBZSzrW4Bf4rgVFbKWHJ+jl0wxLqRp7bwhdfFK5qnDapRSVDGBGrBiurnCIAvJ1BqJbU4&#10;1pexBzybAi3UxBtByQE9qIQa9rhhVQa7w9rD3scRWi8+55K4u35og2WQU3pDe58g7vMH3X3UBOhQ&#10;DguqcuW4Pgv2Yho/8H+rMJGOufcq4O2K1Kf5HbVDqClfvQUGNde/2ZuwSm6NQVkBuvZ1kIu5NJgH&#10;ggN40YcWtabHFWh/bVpq3L1G+FNHge+Df0U4VdZQ3Nhf6n3g94LYgaPVwwRXnpTQAcNXmWSNzyvW&#10;NDkN9AjLJe3Z6YvnM4SnLwDe/ySVDE/pnK97mexKzbXPvmnSrfAZz6x7S3ovwVpRznBm3Mu+EZWK&#10;KYAfc+aX2vhHHU4uusfEbczAmi/ZgxZyiJcOFd20HLzXUBfcQmAglS8jaaem84ptd3oXz9QNFlMX&#10;ylC3BSzeX+WecXM+3KXW1gbyuq1t9QMiF66AG7eET/mlMshcbYEtQ29wElhjQQ1UJMWNh3Z0bLch&#10;NyIUXAKtehIVoC+27L+GpYX74GUJ2PCyY3JAlQsRKQEeLtxjL523vM+hYsG2bpwFY8GIvT+iZwVi&#10;cGv3BUAR3ezCmk/a3M7zPR9XDF+siiR0HpXGAiTsvAehritd7yGQ66N0Tw/dWKRTkhKsTepLFKNv&#10;cmLPwMZ+FtICoQ2Y3isZ3DAU69jPy//7ORWGNVIqtgP6OQ1YTaQEdCoMMBvKQ1Ffsdca3r6DePNG&#10;1FAL9zlmO4HV/3DN4r4yCHQ1VG8rVdvelwOitmrNry+AbHso+LrCJgrzKipzOyyPqRdb4PD0Jczs&#10;37R0apyoYJMNxhZoPND6LTvskO5NAmwSfx8GltlW6iUGmeXGD1wGAhosxMCM9IaaL2MS/mLfoHLi&#10;wYPhA9XbgGWezOAe08k3WXgBA30Kes5uYx/tDHVuwNwGv0n90w3C6RbhMbX2Mf3u0wQCPj2yR/0l&#10;76uns14ATTXPtrnKRlV6W4nasxpwykMZZqYOci/UwW3DGFYfxVkOXJJzmL91x1hCer+H9Nqmd2/h&#10;7Xd+E26+9Rtw/OxXYDx+G27uPknv/Ziu6yzX8wxTpgkNQVVHFqOKObgEarhg9gMG9frn5xrhwp77&#10;R6Y/pd//md+EcHMHn43/M/zoj/4pnJ4u4ntoPYk5UFn/YlZdQkxy68MUYaQgoJ1VDLSRMrj575nJ&#10;HqMCuOltpI8BzvxaHgCOFwUQFSCmPqU+OEWCZ4NTPg9lvqgS3ML+W7r9Fp0vKpLr4aryIqO3daBX&#10;lIMB696+5AHpouEmwfnbQsOidwFL7jwr9mKha3uc9Uo7WHV+u+7mpKWGQIp0PP3HiFcwt+qPRhte&#10;fNCwsOyqeLmjFOAhuJ8NG+Pf/SLLCgmRs8S5aSWDJsE0PlNOWkyFLTaoB5pPvBxkp8hyM4srJpFb&#10;3qXnmo63QmuWYA6Bf0dNNGNfiZBuiku+2Zn3JxLbKRt9zwdJwh3HGzjMMxwkWXeABWcYbtO/5wzg&#10;SeR3zI3uNN3CMD+k93PMVGsF+fiDP6ab7fn8IAamKCCkeg4GFXFnAq2EapRI8vTCns/PMOnzBB3P&#10;h0HTePkx1MAbRSaUARhhgMeoU4cKathnmL18JriEIYN4/PUx79j8um4OU2YZsrdfunandN04TYgB&#10;rlHNknNx54pyfyMRdsxMDbxQOXD1uwuvkqFaqAwa18Qd+oOyCRZ6JRsOd9gqe52gbbTpvTPTMor3&#10;XgZIl3nRaYgFesQGDI9AbQERVUt1mYt3nhntR4puMv3Vkm1fcy3BhXfk9aayeMpQb2Uy1YlyI3Oz&#10;TYks8dIaXjUlUpZf6PQ65s2FTTWc2/+t4IJtqCk2QGcFBJyH4E7ASS5+sGlAwDOaV4MLLPCiMaMk&#10;cYyoyvZ6oNClEA5NLU91qyxaJWqnRa4Yk/npyhE/vkyV0GuRr4vdW3Fb5/UV1s81Ksy6WEYnmf7p&#10;1m7j49r5EF6l52w2DRvDK9AUN1pajimGOlxqZDDmXRlX2EObDh43UuihMJ+RsDmoV0xJ977t7PWs&#10;y+zB17GNbAjmBh8+cHblW0W4zYZdgdPbAwVcITBdE0Vuv3aG7K8Bc71jJ5nHYAltQGk8zLDemizP&#10;bkGkVy3lahGskTj6hZEltnMqjC8XWDjZ7osvIHz+Q4DHc35ua6B9KIEVryFbEwjb1duQ2OevCbwZ&#10;9FvkzwB+aOkDeCg3HQNVycqG11xwckKZfuv5wjNNkQfPCKsa0QcPhzZ9/aUh0zo9um6uTTBCSUum&#10;3eMYsRvsKPhatEWeMYd+5lTDwhA2Bio+5cLMtHGnRwcoqYub38PrgHG2W6H6OOZ1FqnBd8IAa3+1&#10;6EE7kgbKmukwOvFApBLy4SWdmLOo6nVfuqNiw2eu/7tsV4v7lS5UQjNkmt+NuOEDGDaedicwNfa7&#10;M24AwcFJv9Az66gM9qADGVdEBWPBYZXLejCO+tfZr8mg9ke41mO3oLc/11vGYZXX0/5FIIcKD3UZ&#10;U79n2X7sjhvAl/dVwjVw6Ick5AboWmSrLycWHakNObD4aefXIaFjcUh7Tuol7j6C6fYNzOMo/uPS&#10;LWPQa0LV4zQowP+qTnKbwEybdOQeAMZdIHGP2LL+kMILQJ8H/F5XU1loVnBp9+whH9K5g8/PQE9f&#10;QHy+ZC5kUAluSTClwqS2pOwyGNh30hAQRm5g3RuDhUBTTSUnty6DgeG2Py6ZnM7fGEcsn2FoUpBq&#10;TRBiThI3OZP4rcYKlMvaPOf7LbXPYpERlLHF4I5ABiol5SCEJZT8PQEEL28DnBgovAV4uEV4mBBO&#10;6fuPMQ/HImq/FfNaliuuAzFSsk9UpHJQtvUQwBdO8nV0RlmlT4caLmoWIKPaPrD6b5wIbt5M8O67&#10;vwI3n/1bcPONX4ObT34R6PAWDocjHI83goTyzwZVJ0Y6pZcyqUdbEDyjYXe7FKilKPiU4Ze+emB8&#10;45h6/ClIYOh4++uAb34Gwptvwud/+k/g/Nc/gOcLabCmGwBBZT6j31+oPrndGaeFiqJOQnksGIZy&#10;mvd7BlzT53CTnuN4JniTPtfwlOqd9+lpTzk93DLKYIS6L8X1OVPyCd0e6L1k/YDFvI9LirwA5642&#10;o42z0IKWzMdyhw0d/V5Ptcao4Uq1frLh0io8rG9ZtH6MWD0ebf/FgO3sQNOER09L95vWAN50HiuP&#10;F2qaKa4qSFrxSWyDJ9qQxVDsTuKWRZGb5FCR1nJtoshWrTFFz5dwCY9iFinG4qOaKA7FuFwKZtkK&#10;8+RpYqR71oy/MKVHPeVQDZVOZtrtMadHxSxVjeyxxwt35HCFY3qMO2EBTmmxMuiH6jsxHe7ELHNK&#10;32PfOhIGntJRxxtJpLksOTbmwMnBIZRAB9KNIdhNOWd5scTR0yA3jYCQwwjzkne78+k5bX55C5HX&#10;xuDi5SlfwCEHmwTxQhyFopwnJ2MxktTSUVPxFolX541FNhWJN8/x2ouu7oWlplNO8gUnU7QDICxZ&#10;frSoCT8DpAtmWSLFWuHnzS8nZIWmeqYNEBirlMTLJXs/MLcOQ+clFTQ23AAG3AiL8cVvNHZizxIq&#10;4TO9x45Lbo2LNmI5wi/GUOThQUFJ+beTj0lxyZKtdH3j5SQHDcelG7gLXwur5mUmYJlyABS2CTTp&#10;tdvy0S3jY1RAoaivmKXSmR6vASByLMrrpsy1/HN+W7vsMAuYWJrPPyho7p+NoDdq3mcolXrJedch&#10;bKe1Vn+7mgINlqAKwSVQe6EoFmaxckd19wvrgpZUek31muz6CELcAAR2fB9XtBbaBcehY7+unn/H&#10;n2YrwRa+yvx701H/1XfC+loZW9yGKc177xJlya3LVz4vbUiyqwzHgya4zYDSzzvoODA2YGUsXpRK&#10;wyjWbmsmYztEIGhlgX1edv04XeprwKssPtrwlKxvH1vWFHb7i+0LFkrSAX3BwJLo2MDYXmM0j8MQ&#10;rydH7ywpDtOaddQvkpg8f0v7dWq4zunP8xMsz19U3zz3fsSvpxR5ucjIgwRlwwQsQQsUzXdP9ybe&#10;N6NKeKN6FYH3EdR1EttkZ3D7SQGALirxJWiHuuBdULDugyaxii7UrWypuO3bt/F1KkwTp2ItCbX2&#10;2LixZjzo0t+utNtvN5YgzfcNQKiGZMWnd6HXEV6dDLcBI0PrOYc71TspXpuBWSqSIAvBaBNitUIb&#10;YBeElNS/oc62V152+nWvUFyxD5zheIR20BSdF2EYSwB4ZV8Gx/qBzrOP1gDXJqA+1J+LtOOVGCug&#10;WEAJ76lngiL0A0SjUbbLszx2cGAc+Xx770faAZKBVgzOOsemhsWqlJhXjbQkTMSCfDZYogZ4N3YU&#10;hAUca5rPHmCNuO0F6MLwKpFif+ABDVOFFOvLgLm8jlh9y9rhVb6izFvgYAM63MB8vGckSCT3o/am&#10;C1D3MtV8yyKwXzxLt7+OXX+wB/Tt+S9fr73jzr8BenshXzy8xrrED9LREDYZ+JxTr5C+dnoQsC8b&#10;yGnoBjgG9+w+31hTSY3thH4o0LFkKXjbBRLfuuDAFblXFwVKbL0ubu6sj8WsuBGqN1nUoLrCEtQp&#10;whIttdzVBuWxdLgnxHZUSX32QYuWpqpBTtLCssw1La/lkP88viH4nJ/jEOA5nbNPgiuQsNYKwYv7&#10;6bSOOWBitEAFJdSLjYcEXkCVsYMyGNlkQ/18R18b6dEustZos538nMPMwSARbj8Z4aNvfBfGT38H&#10;7r/7bwO8+Tk43L2FcGDW3gGmIUhaMqt/UIMwSE2zFlUYjmEBs/QgU2rGHLBSqwBSohOWDAauF47D&#10;ES6HWX7l/qMA4y//Y3j37mP40R/8HvzFn/25AMscfjIymeeyKFGKlCCUJb2jC7PkazU6RcBZQy+D&#10;C5MIGZqAs+55l0PGCEYNxuCz6vCeBNwdL/nsYoBuHqEUEIE2zhnMZyHbW5T1cnEMQPOynNvBoNwr&#10;szJCwzZT2j9PdCCgbU3NDGZt7b5xUNCKkW7rHPpB+pID3aRkGPRiD1VtGAZz+qgWD6MjcWe2kZdN&#10;9mbr1Hufoab11okLoJc/YmFy5YK7ZeBQ47raXo3KLus2PFmYoXwP3WFUQCDP7gIFF3zzHTLVFTXm&#10;zFIK5R0sWaImqVOQI7ujRGKzh85BG4yhaFtQkPVD2tAGOB4GmKYBDpNKdTkViBl+RzbbPsri5ht9&#10;GjPYY+6oLGsUiq+i8QMn74pfH2VmG4L61GEt4oOBTCGn2zJgmZ73+ZQ2DmYW4Cm9HpQ0XZHxsv/F&#10;fEoLcRbftGU+p5tlyU1DerzDIUeYn04nNawc5Ea88MrV+OnZfPvE3NaaC1LPCMrJOTGbgfK1ZUam&#10;gJG+YJa7POi0sgasVN+SVmZapvAGMcS4lgLqzTbw48awwUzTQ9FV3ohboB6uAL+cXgmFo+6TQ6sU&#10;dUuCXn82pxoZkOl6HmH2Le4gyBLuUECO7LfAHpAM+kFcOgJCgP1ohn1oZEt+sFfArKQLG8VJbJgd&#10;2DF8wpoSAmaaS01h5RlInuEG3dR4bfXce4VFpZY7nzy4HlhSkj2Vdz10ko8SLOTG5R40EUCdOjKJ&#10;G+fshWN4r0cbXXh8JEBsgkj8LmmeHAS0XVT2jCwbnCDC1+U281qA7nVTcHiFYdOHM1b31nZQduw1&#10;KNHAsWbkbaYYHph3oT9ru4APu54r8LiEK1BjbbHZIHQSrCpd2md2bsnxg0NTiKwOWAoYUiQCYJ46&#10;tVLfb4KuBKGsXiJe3c/WhAxyZsYemF3a+9zkkeY8jOGVa3v7Gi6o8lox2o4SnMFnIZyfYXh+TE3X&#10;5+nPbKrIDJIF15hHLAmErFaw4R1gm/aew88yUxwtBEQZfdmjJ2bAYXFem4ROuumYoOaBRMqU6DKK&#10;+ltClfbKbGg/o9CFXUlFGTcYnMH73xqrzdhXpL+nrEvyn6lbW16CuDNviZ13HBYCNzVstPWkHtV/&#10;joqfMmA1lfdMtVXf7gA+Cm3dvjUXMu/EAg6GfTDQ5F4+ebZPC7bzIgw5cMVCM3xCrs1BLX3XGiQq&#10;LIHKYFjdvoGaowWHCuoRVmAA3fyeF3xhw3upH6z9Aam7Np5tZu85bNEB/HM7cG/vCEHvdavAh4zV&#10;vb8RbLEZsYJlXrIb8r3Ef9tAJYTK3oiATQjNuk7ZYXu64UX/MZQ9uWtM83PX3yO14xlCb5PXp8mv&#10;rT7KlMouJm1vyQbIErWpwTaYIfV0ywqbWOKemzAvwlqj3bwFvLuDhVl9rEYyKxOFLSTEQKWJQ4AG&#10;hF3XP+FFdL5a2tALZzF+4Ln9km3MNttvfW7GzRC66iPoh2tRqCtMGmGwDx+/TL1fZOyonK3R7RW2&#10;PryGtwy3N/Yg6sQeVquydbycCbOzEXX3dRkW6TkUnL8fe6DJY03rs6ZIGa2Ht/3JDWwMlJSz04aB&#10;IwqIJrMlvi9v0r/vMEtGj+lYfhPg8RbhfCR4nBC+ECsEBtsWwUblPIX88zpvk359MOBd+7piz9IM&#10;RHQLFYZfLHVYIQyoL5/cF5coZ9iF1yGDY6lXv3szwJtv/zzc/9w/guPbX4Hp7XdhuPsYDjd3wO6V&#10;4/GYvfnT4j9nvyHFUHTowuo/XgdlH1g0ritIfUCqFFjc+U/IWsVZwjbNg44/DmHVMniYHus4fBdO&#10;4R/AR8PH8Bx/Fz7/8z8UtuOCixEdC1EBPcMZfeBXEECfP6ZpydJzGzna2ZN7H5J03jNLp2/S89+k&#10;V34McHPUIJTPSc5kBvmGcyXFBPUXtgAOY9RR5m617gejH5S4gZLn2QbVflEL9KH5NOq5xADlQu1Q&#10;j7G32d8D/ZyfcJdzUBjXbt1EdJ5+7v4NVGsouQ/UGiYqg3a8gaqUYtBZUGxEZUvrFMkYczg4lqFO&#10;0gM2PEaizuwcK6+SsEp0BmzNistGs+VMC1UrjauUy8wJNtmRGDgOWZoUxDBbOTFaMAesGUSoppKT&#10;HMKDUGAlQWbhGz3CgQva5Qyn80mu4GQSu3hJi/+YPtgFzvMJhum2eHGMWcsihxOX9FHlVrIwGShi&#10;yisnqkLe3CJmbujAPOLhIhJPTDvLdJjUYyebbrPEdpTp1iDAYZRUKka2L3ro5cfnT1UAvJjlSBLq&#10;kP59muf8+odDumE5qekioBEfoCyJ5oNgYJ8fBqAWoSLk9wU6sc+QIAyCijPzMBfYzOJjs1Jmm3Fy&#10;EXsAjkOtuPi/mUl5SdcxuwUEuKTXDDezsh/yZhxC1EljUNoplimlTbaj0qk98OMTO9HlyBudPKdV&#10;hmJEGiWl0hgUmXbhPeA8mF3SGRv5n63hlvdbGm5s03uRLvk+4qMXM+gZBdDjz/qc1wfPiNhIdZmb&#10;tNgaPqKSNMrBIMzmZBnwQK05P2oiUajo2W5xcjUdFb6q6fC63CKEZjhgHmT2HDFGB+hDYf1GJ2fG&#10;WmW7BDxs6NhB/xG0MFhW4AE5T7uesdkCg7EAGEEn+SodD44HbilfHtfsQKTBeZka6GApmjUMoZXW&#10;2sAj6GAFC6BrEuOhNZsurMVY5Bt74BgpIoJ7rDsHWltFV8D3HiB7IZV0D9x6lacb4kou3BhQO4C/&#10;cWAn2oe4twDIPh13xz/WA6u08d6z/EVPMK0uCmV/0bT0zlPyWihFZcItFeLogwFx6AYRsXb4XgLj&#10;umfSoVjQd6IOr9VjzthLcc0yKabYGMuwwwNjxZi+OtWsGI5Ae3Joqvc1OKCRQhEalP25fLChiewk&#10;9MBqe40N/o5K2SnAOFHxrwsaSgVgwSa5YDdgd71mt9dw1Hg22a9jDs+A05Mk8R4eP4fz538F8fEx&#10;sxPMAJpUEhjrcFTqpkErU2b3D7qmzGUHTcZ7yXsEj6u5VuBynlmMXPekOiOI31vUFLjKLkVjQqrB&#10;HpbrVqfRwQ+bVQrK4FA8VYyPgs2ccq1lrI5gbLyeLRNRASp/D2LbXQ6ZZYSxYyLRfhKpzfRC19/b&#10;f6PrqRGq/xtaExnVI1HZk8Xzb3CJ1gTXFXiO1UfUZDdBG1G8tf1SnXoNVBIp+61a2HvWPVAP1FQQ&#10;zblsrAAw+3widkCoy64jnYUKYKRN7XDIzYOITlDXgrIWSBkPoSeDj+6tkTUhrZwKqQ368HJfc/tR&#10;h5pmz4XRiYFCFxpBVe7qZb2I7blSSpNQ9yE/oGqSEK0HwTX4VroKB/Txky9GfSV0I4htEK9Kdrs0&#10;RdxeN5Z8Gs3lzu35AjzqkDVCwdUKwEOufpJADGNLQ5X0AkEnIauMkmC9m2tUW+8pAzrVDH+OeT91&#10;PqmmakGnXInWc/KZefMGLjf3ME2HtObZrzwrWIJ6rFu4IxbMp4/F8nfFnny2XVwSYFRq+7Bxg/tB&#10;6vDKWjlcYfntA5Hrx2uHkeX819FRrn2DMPrYK21I13xK589w+hIuX/4lhKc6OCnnT6xAqyWwQwfS&#10;gANMFpe6Cku7r8o9d6rrM7iPwye7k98nl44RawC5ebgZ60v3X/7aEE1ppmEDNjnTQY6cQWmvohPl&#10;wI5D+sMA300O5HhSNt8zy0RvEJ45xEgCXvP6Nz85C+IR9d6Szwqbty163cponlqveGgUSzWAA5UV&#10;bXZA2SqDgexZrDJu7g5w/9k34bOf/Xfg/ju/DfPtZ3C4+wQOqRc/cDSt2nEhqwrF2iOK7D0ANQQq&#10;kXE2aTn5AteepK6xQeuVbDGUP8xgAzHth/m3+D5ko5CJz6BPvwPPNx/Bd958E979yf8GP/mj/wke&#10;fvgA51SHLNqnM2tw1LPecBgGxqynt3yFYDQ8cHlHujaj1mBhyjraU3qxn6eaaBaq6AXepEc9P6af&#10;f0LxF+Q1YPZHcWyBO6BqT2HT4TIk6X2IG5JGvWfigIVtDwXEXFvamG8tRgt2gmYoXe0YTJVifn1q&#10;k2W1gJs9eHbtipmt7NKgh2uMVQHHnwMzGWPXU43+MCWsTSrpaHC7geolj9SkpG4aLLdA+AeZm4aN&#10;hrKZbNghil1RbocNVb+kYDBjAQIN7MyN0SVtlkE870YpslhOOqDJNw/pMc5S4FtzEXVzmGkWIJCL&#10;1okBttM5G2UGlvyeYGYZ7TLB5TzL9N8GSmOq8opXyJBHs4Owu6aMSvOEixH7adS0PzUhDVlWOuiu&#10;LOwx3ZkpNQTxwhRCBuOmbGKaDtOJm/nnk2Np1P/NMwN/T8IsDFTdeJEDPahO2QXADHmjECF0+vvU&#10;feb54FA6/5AZk5d5ye8DY2Ez5Ua0HsovGaOvWDrKfmiAgTLBDw0DKzqgrJnfdqYlraxsbzV3wF8H&#10;N6AC4BZ9DQoK+DAPWpbKNO2kssY2LR4nukZ7rkvzyuPrQihelh98EH9q/8tFCtXtqjY0wCqXIrfP&#10;NE0h+mKxfj6hhTyvsIWqyPX1b4mqF4M7CGrEUW/Q7MvKXooc3SEbG1EztU/XglFyKsQyffbvx/wh&#10;oJPZfFWG3IvhGl/DCtn26rousb6a0O7Pjp/CJJt2C3asfm9QLQCia8qK5Np1R0TQSLfLvW5hCv71&#10;lmtCDrAy9olLQkDaZANgb97YYWq2h9cc6v39dCU1R5N/rO9x9A7txU5BE/c68JauMCYCdgEbG6xI&#10;fOHD2wRRd9aSmeujpjqapDdqAb43IHmVf1LMZ7Ew+tgiQwG/5fE9XJ4eCpuBt+hh4zbNbDCV32mx&#10;bhJfK+gF6LPruZBKd6ufbZb2qmk4ZlPzpfOrwZ1tomEPOmCmTc3eZqn1j9v6za59JbdY8GaaTpp+&#10;1xS1r/RQLCfM0LLxzMvHM7LcLKld2zzEXDJ+HrtwCKK1RLPXse/KfLzcmVo2ISBtEazWclB9feU5&#10;Qytl7gNYGqabMeA6Gagn/VZmYg6Ck91tyR2CvPS5BneQe9/USaea0irADmgFLUC0Pn5X19dLDte3&#10;OXVDDqjejHuzpe4lG3BW9sqwTqturtvm60ANfNkBxjxjrnl+dAPRxsio2D/kZtTitLqdlSoQ0QRo&#10;hJr827L2/HJr2V09fc+YwKWpLcCBX3wVULfwEtnLYq1X6nDIWdS4j26Y0ru6eQuXw21acwdlYBvV&#10;lFpGPdKKJbM+2bcAv60NDHcYd/HVrL5XdLBfWx3V10NMRBGgidl+C/vUnWF+eICFzx1qfX9Ri9Um&#10;l8VKjcUpov0QAKv0vVgsUB0yCEtqqYEZPpm7MJdpG5dFrCykOmzyVhdeyq+gMwNxQyZ3RGOGR5UX&#10;3zKLL/37DmG+R7jcBXhKj8cA33kkAfiehoxzcBUQtcwugKaC5s6uviTOmr+tkQj4DpxjZS3mYUWs&#10;YDpl0EWzSUSWHgywH1JP/i7C7Td/Du4+/fvw6Xd/Ew6f/RI8xVsB2N58fAfzJQoxR5ia6rMcQmjY&#10;poj7lkYv4SvX1Bfk1CI30y2MwzM8pA/j9uNP0/Wc4c2v/UdwePNd+NG/+K9g+Ysn+PxpFjwhUA1W&#10;0dzT7GtYp+alj7UA1VHDLaKKEhYF1oIOWEKYJbiDhsxwW9K1OKbPkv/gsw7dLxnrIbeXx1hskCUI&#10;GrVFHnRbwHFtr9FwCLpkKeqGZ3afCBYUsLMTa7ehcqaZDU+sYKIxn8kP7rrtyDKOlljfH7+GUYKQ&#10;FGcZQcPiKnhdVAD6O+PgD76dYqWmWFVwrGE/kIrJEDQ8YAOYoS1/P2/gDY05u2/km8RTxLZZKOyB&#10;tvIi8zEIZl6/1NfpzHvDGCDMg04xokhgx7Rhlkm723gYpLtcngHnS/a94xUT8nsWJjNLY/n13Q7C&#10;4sMhguXU5ObppjR5WYIwChOO5bHMtAuHY/qQHgQVZ7DxxEw8AfsUvRYAMMCZ+cYqHxpu0s04ZkCQ&#10;AT2x2ucDgIM0ojHlDun8zI7NiA9yHebLJT3ORd6TgCJp55rT/5mZwm9W8oj1daLKTRnYYwYj4qVu&#10;alH5lxqgIjLf4BgrmFmUQaVHJs/2n2koRV5laGQ2lHnW9MkxFdgtj1MYYSojjTldGdFPdVsAIQu2&#10;M5tkoa0mL4NFQRlQLdUWnWQ8FL+GNmDDGJJ5lBDLY+RTyrwKCNrrgWW3iSKFZim1HDTDVMEx5UwH&#10;iF+5gPiqSZreL4xeIGx5/U6VRLZVDKocLHqQTyepiG25tLI+0N9rqgtXZNnehU5G0zanQYuRIX9S&#10;5iGlbJu+mX1NgnGFYqGwkdH9u9kT7aCALQCvK1aDBbqovwbAKlW0eRwNRGlZNdRILRsXxK/b//Ga&#10;tw2iHnoebFw2ivB1h7eduEc/FeBJjf6rMhx9irxPnwS6fk95f8kV0Ndck9iODNQQvt5iqMbZWBh0&#10;JZ3e7Xvl/UfqvFfBMfJeYmdme4oqb/BNU913W0hYJSL9EOWVwwZsDFF2WBMboQ5oqfWRWrYYwteU&#10;kFiL9uv/01l/zKnoKMPCJ4Dn9OfxAcZUL5gUzstAsyF1TajEMZ+TzOi3MXGupygz3vjsLuBeropz&#10;80bQpGk6f6+wtzVBTVK3MqdkFunay/bG6bnnDPpEZVLQLlMNmuCtCtbYIHifICwN1tICflF/d69V&#10;b2YE405b7kpCHFr2UlRWmnx6yvKLWjwHZ/IdvRecAXTGjjEAr4zv69dKM6tJrObpRrFKfWVv0Jlk&#10;cB54aOwVNyUnZQqik7KRz/PZ8AaMUBlvBbzq/JQLS82n7ZpMN1a/8mWApuHxEuAGqHT/7n0GHeGt&#10;rp3QkqiKkqMVEFXgqpMmQ2hxJzPvpx5Q2z0KsHlPvYyxyHj9e8fqS+1ZfautKug+ZcEnUPd26Qw6&#10;LwLs2YgaJmRMy833QHo+QPUvBTW+bzRfiGsLZWzH1WvgvkVFUR+7Of5ok9Dd3jRmSG99Xsd4lXtm&#10;OADd3AFwD8QWSGppEItHdKxN2wf/7zU1cnfWlfqRvjbA7qcdqdeadykLpoAr8tcifRw8vwe4nHNn&#10;010vdInpRWK5MXw2q4PgAl/aM0av7Nw+dkMsi7AeFvWpvuYsszUYMD9Z+2TE2E2HYAcL2qIccpS+&#10;OH8SYL4neDoCPN0gXI4M8gV4PzCLL1soLZhZccy0E1ayq6kNUwjBgfM61I0WFEaVXBRtqMqXdKFy&#10;nkoPOKjNFWYurvS/6d837wLcf+cX4e7TX4a33/v3INx+M/XwnwDe3MC78QgHrdfZn09Y+9HIVGGj&#10;dmp74JcIMh8yBjcCxhCe4MLBoje3MD8/w/39HZzCCPTzR7gb3qbb9vdg/pP/G06XKdU+qcdNF49Z&#10;piP/m/MBnL2Kr3/z/k3N8CGD1zq4CIW2A+Oovu7MNF+CYBZ8saeoilT7XBTvkHPczQiCgo8m52VO&#10;lUl80c6ofihYkqZpewfxlic7Qy2bTdggrrwmHaZVn1dHHMB1/RIcY9FnJwJRCRzhLdTYpzhU+bis&#10;pahpvLaJo9ucmwQ12Ja/WSEsjDh7Ehfv1BTtqClvCBtGhLRpAluTU10LaNRT3+Cp4Dsq1bxIE+QG&#10;XXL4gQRwEDwbz8EYOTINr58U+9sN8yUVuGdZtAtHwZcoO/a5e0xv7zG/53nJINSY9fnnOTeIGThg&#10;EE8XIgNt40W+dzpdYEmbMLPlhiWqv4zprOciaZxjrq5nkcJGLThz2i0nLj2fWEqrTErK7DpuEiZJ&#10;rxrLFIDlyYNq4S/pRj3NLAWatSfk0Ic5y3WGHJnN74lBQGYFTONdvv5MO+abm2W7pZGdi0w2L648&#10;TqdyXReVbbNkl5OgYjZjjeZjguJFiEqtoEDuoKEm6dkzqJqGAqpEExUd74PFBJANAarsMax6gcqg&#10;s4ll1KRca9RjSZANuAE+GyTY+U3V6Ugo3m6xmbQtYoZKjqGS1ytVj8Z0Xfn68bqc0n8fOD0Zq5s2&#10;4sbu84HA3ldpjKthcWjAFmsuWs85bMBMf0AZc88wn+CGByWttwpmrrP4Vj43YTU9txRedNW9/R42&#10;sFe3lmi9MW1fT0uMixUscYnJVcK7ZpISbRelTenZVPud7LVjSPrOoPUw206S9sAhvpIL+Wp2dgM8&#10;2ZUxbVmbHEw+NX3DS24j7nUbQejThN2Ezu8jK5mysezs9UCVPPbdTQH2THrtgoZKoEQk995qM2GS&#10;sfoeokqxthoQz+Tr5t8mTXUSLzvD7emp88as1xl14GCsxagWBN4JMq6BHT9dptj4RK26vxf2G+zM&#10;+jZDYzoQ1TxrLY0RHR0mOMJCBGiGSz0DDQF/6r3QBwUIKMcMebYBeXwAePgCMP07B39l2484tzs1&#10;aaXKYB+FKdc3wSV+Lxdlzczis8tDtRBn3WNyQEeRyXiGF1XPpNZTCzZTecuG15He4+ykmzu3WbCQ&#10;BKKVdLXx8NwB+laPqWvQit2rYeIb/vwG5JXRfqxvTxIWdcItP8ey5wMWoLwB8q3RCrhmqVJN6W0A&#10;vsHfNVh95Qb1a9JC3My0bRZGjtpGAcFTxqs33XqRY2tFDGYnHTtPN8+Wgc5PsKmZmvefTstL/gFr&#10;kErIuJcKb4V/QCsZLq2By+3CYGBry0CtqgAHp+M+9v+aMwodGBcRmsAecmDiphBgoH2SF9Lme7d0&#10;myzVqgyLxexqwh4rrWNzSoBSXLFRyQPlaiZoVkZeAk+uryPHkMISnOismYh273F0Ru97YyPs53Pk&#10;0zKprcN0mFr8RI/3EG/vYDzcp71wAhqP0rSH4NBewlfWHLgD0HUOf440sj1Kvg7y4U+hKvhQoG8f&#10;xuT1sUifsszPsJyeIDDYd6rs5AL6Ya3P4wKb1t69hT5qui3VuZZckSW2tgXlvqWWEYs+jZu2SZXF&#10;kqNnZfMXOUzjnIMw2DpAfCifUk90n9OB49t0Ct6nXp39+G4Ano4ID/zfaZ+duZceA5xjBcoHnXjI&#10;fYPZTz4oPpFxDWrDn1Ru6UklMQfSwqS9S1CMYtHBkcZ+QmR7hvTVwyc3cP/pN+Hw6W/AN3/u34fh&#10;5lOY7tKf24/kPRcFn7DZUp+Nk/TL2XriemjLS4Eu18JkXrN2Z8ppTzzSHXkvurmFW84fOBxhvLsD&#10;+ubPw/juv4ef/L//DN6nmiecI9xMBE8sy79QPdvI+cZqp2TS8Tal1oYMWc7N2ADjBoyOfJF+/iF9&#10;5qe36aqmz/o+Xfjj0yLXarggjOe8fk5QJbXQDYcsiKzWGjrEXOq541xlwMKVBz88i3V4iMGsHLbP&#10;2TqAw6LcQx9P3IHflkpczohQ74+4kfg7DOv7lrQfyNLq+vMjuBh6arxqomMRoGMltRRSmUa7Z+LD&#10;bAAnS+oa7mYbxurKF/cYErD2X/IkBnBaaA8ONY2u+Eio/6BCobREZ/iST3nzsRDfPJXF2KohuMjP&#10;mydZ9tbTzVMAuVk9gixVltT7IGSDE7HBZC+Li6wAlvhm/zYSw8z5nFYqG3ovLAc+w/P7HwuwRyIN&#10;5uCPmxLNxsy/4/FOPpNF/ZZGYQQM+fOw66S3EktpRdMdZ/U6YU+CC8yXuVEnxhLAkUNI0Nwf+XnS&#10;zzPFONNPsy/hqFYyTZMLlhAaFPzL1yq406N4RMV2amQ7vxdq0hVzecTrVOYQwua6WR+X+7M/dAy+&#10;fpPcMm8voQ0ayAGDex/WdDagJjVMsLbwyOC2JC8z6CqpxoOLOv/qjL4PY/Ht/c72ZxOp838qoR2x&#10;eGK0NTGVOHrsaOTkDT+2Em2F3ai+W/iSX1zcgNL2wjPq69yTI0aiDcc3L7/c0nSt04kJr4OYDbjT&#10;vYcX14AxmvF1SW+9dcPXNzHsKktatOgyr8wuaqpki27TMspna5LYF9GY68E0a8CpBqVEcmuEaLPY&#10;J1Bn3EZ7FsrZwlUIQuwkvpXhk5u12tA07tZ9jOJqSYVGGr9eF2u/zq1gilrkOgAZ9pkNwWTqiFeZ&#10;g9fWShkcdBNqn/ZswB5Bm6aLHdC7zk5os6yhhWx3ZK1rQPTqqo6qdYw5OZ1lVJzCi09fAj3+BOhU&#10;fRiheBpTBTR43wuO5iRp9zpE4ftCB0I8GJJGKGsspX5B9erjQV0GmdSDyCfp7m3bkaoPaazm6TG6&#10;3Bl+TmVuiHwKWlkvvDJLx4LVVusSt2dVBQCcK2hF8Hqwx7PTWhARirG2nEkqXZPJ/5yn5GHEss5i&#10;l2bar2O1jxbAkLyqkWqqa/GqUz8icD5ZsGOHipHW9+XQpv7Zkw0q7wGVxIr/IJI2kPXxCV4+vtXr&#10;vYC/nsVcfP12rCwbGdJQWYIGENi/C3MxOk88Aw5bAnEB+WxdQhdQUhwMNgaf3kscVCpGYR0GAs6W&#10;187s5vEDAW7MmXArSTisa4HCDqVMkAiO/eRBNDJf6cZfq5Uix1VwigNidR/W0G5l9m0D/OZdSUBt&#10;+jZen6vZDeX7ONwIHmnAz14NG3SvR71vlIUTDreAN2/YKCxds1HXRHwR1Njfn8OaIuNlxB9Q47wq&#10;WOxvivVHeRKDMZNPAqfAP30hjLiGFai+pLZnFRY3rD0zVyAeOBYtdCK9obrOkANYomNH4+D2J7df&#10;mScfXNmbDJgWwZn4hqb+9OMAwx3AJf3u40cIp5uc3vrwBuFxEH6j9tYg3pEWtGAgXEnm1hTZLCdt&#10;5fxlTbvJWdl/qRILopCENBuEwbAp+9EfbwJM7wK8+fR78PHP/odw/+2/C8vxG2l9H2G6vYXxMMlN&#10;yj32MBzS05xzAJd4vCsTcBj+FRjrfOj6qu95CjklW2yFww08PU8wfBbg3a//l/DRR78AP/nj34W/&#10;/v4P4cuLymf1HCuzBE3sDXK9M0mJnyDaWWDgP9Z9Keow8ZTWN6fzHib+jLMkm1mc79KP30d0Q+78&#10;gofY+rn6dPZCCPcsPt0Rq0U7bk84/czfDyVdmcyv12qlUsssbn2pZzDE9kHLgFCtXSw1mDz7EVv2&#10;e4SayO79zov9X6zXfqxAw7Bu8h3IsSVf69kRsfk+7rKN8OocgzYBFJl4L7Ex5K7MQAU/cN/41GSY&#10;zDozfxt0LARJj5VDxqZkQ5bHmvhbbsqjFPZLfM5BuuNBJgF80y5pd+UQhkXMPReV52Q5ynw5F/bY&#10;ZZ7hfDqle/6Yfi7LZjnaO5weswiUJ/nDGS4M9KVPm//M0hRP6SZDSdQd0412c7yVou50foKnx0dh&#10;E86UZbn8wYYhR6BdLpf0XFl2EIr/Am8oz/nn5GuDFKJiLo4aBMKMAW48YkWaBSxUeVvU6ot9D/m5&#10;kEJzOMr3Nck4gPMzwJzqi2O4CnJU1gwUKW4B9pzzsDEMgzWFbgozcKLwsjQBMlsgFhYGaW/S05YF&#10;6IEKt1MQhM2igBpfKb8258JuKpuLAsRhtdmKw5RsjHyYLGYCi3B1arnXaL/Gy2Hr+72XXn/Lxh1G&#10;WvDMO0unUrlU8WgkWt396Da4PDVZClMS3KDAXlNJ7y6vf4+B13da6iSTXawbWaxJrFdp6Q0YYu8X&#10;ja+madOkzBssgMWqWdwAIleefsUHsvWQaxkz+8Xwv47p86vYTxtuXTV8YGvq2J1Jm6ZZr6rWN++D&#10;l+4BhA3vTr2XA3gfpGg27xtPvRQz7S2gcAsIlgGLuqtjQ70JV1GOfuhB157HsfwKI1eBO0RPiTLg&#10;tWXWoQNR/fPSlSHAa9ZhO2jcC8rogPJyXfFqK9gOR8IrQWx64Ro6sDLVFZjOWkxn/XBO9cHjFwBP&#10;nwszLgC08gs/fMIM1EWuL8aQmTyhahZxWPLvprqATb0xZkbfbPuWXKOYayNLLewQHqR9N07ZVpZW&#10;SV8GuY5+uC2/1fdlwNqAa0xfD7gtPFjYFVHDBQK9ah/pn3v1enyB61Vsg43CHZM6tLuSz7fBVGsx&#10;MwHDvi8t12PogD4DldDYaoOTyIIGPQw9xuklog7YiVBdHIYKrDYJtvqCGTSJs7nWaN2xZGuSYWhv&#10;SdzZRkwZGEiTLAcXohFLtplENTZgTifT9TI+qjmU+Z0Wv5acdtkk23Z2aQbElYwsYziE7R7iWlYC&#10;auKu72GaAQC2DFMMVXZf5LpYr097dle2Ja6cZnRoZO8ldEBJsRjx5IWOPbcF2KtGDN0wyhZFsFod&#10;sCNNOF9Wvah9FYMBip2FB6TRRUR2nu/gZ2C4wYp0OWnFWoCcLD0D8GnVHm4hTncQxjHvhSFbGEE3&#10;pH9dLRNe3NsJXu9d/Rrvs7+xGouHuUtWgvG5MMypd3z+MjV+qScaY/Yzw42CPNhe7/aX7rIZYCdW&#10;8ouCym6w0A8jZBilQGIYugAd6DzGce3piT3rmO8pS1xlJt8h/XmT1sNbhNN9+pN+4YEDNw7pD7/G&#10;EeFM6lVLRkTxTGuS4UhlUyszz4He2TYFCwkBdJiwFL9M7TPF9iv/zqRU1mEiGDk59u0bePedfwPe&#10;fPs34fjR34HDRz8Hw/Ee7jh85sBJuhk3CFJbXTIxRghAg/bJOaCTMYApDB+0Nr9OBVe+GkshzZBO&#10;aZ453DPVKm9vJ7g83cPhXYAH+m345HgDp8t/A1/8xV8JojuF6nPtXQRMiQfGFsYqgW5tlzQgSuXk&#10;XOM8KcuPyfhzut4z+zOmz+vA4GE6Bw+CAprcWgeZQx3MlTN+bvf/4lWoAzpt4/Lr40Hg0J2bHvSD&#10;tcDomlO8HyD5eiX4e0MDPyBWCXvr9wvFBiyzpNsaqJRHEmyVz72xbbyUpVfz4xt/Lmy0ID7lZW1c&#10;3zJZ2jKbOo+pxqS7pPzSZtNA1CKYQB3bykxl3esXoJDRXg7diOf8sdpNhNCNIMDROe0i5ooryok/&#10;pctzzn4SqcAfkQMspvT4Z00VPQvANo5jmbxw2q1sIEwtnmc4PT3A+XySf19SYzAvWaYTbXyRVtvN&#10;mFl6p8sAl8cneHp4hOFAAhwebm5zU8Ca+Kf38PDwZXrODOhdWCbMbDA+NNMO/f79+/S6BjFyPZ05&#10;hfeSEz7nWei54zgpRRfT5mIefZlRNqpT9ZRu7IkO8v74JpfFv2QpL29Qo5wG+Y4SwDJmtiK/95GL&#10;0TEI85HBQtJ87Cy7Husds2XpaJJPxyQlaqeMm7QymwxAL/GrbFXPnqu+LTr5wlaWtif5KhK0IhG2&#10;1DHzcUKXmkolqbkmTdo6pV2JarTHHoLS0DPlHEuDTg0D5zXpqC83VesCJkKX6nqFL9d+z4EjjfwR&#10;doGP/qwKjklnMlxSx3EfcvA6+WkV/JIzoqdXzI3RFYnr60ib4E3d0NvGMRaQbodVt+FpgHuHugt9&#10;eOnzxA8oZq8Wwxty4F3mYN94UPUbDOi9oLpzwUJcrqRHv8Tme21hTs4MChv2Dq1CUsiPutGvKi9x&#10;tzTPpb32fUeMg7MjqCboWdaLjc1EDwVLKYVDx9qojI3tzzU6VkoPEFIBZTPbspOOlWTfa4OC2Gzg&#10;rYeh81hHn0K8N9oHVwe0Qz4PChsrMG68PtpIlTCW67X7/qWxZG2IMqgvnrZ8hqfzFx6/hPDwI6Dz&#10;e5WjUCEISKHrSSaDAuH8Oab6hEyXqROUSNmXkEfqMunlpm6JGvoRy7Aiqr4yA2jUNOE1pb4FmYBq&#10;wyfvdFG2nyV5xhoqu1zrq2lnC+wTCz3AGDoW38a9Wybn4KWsDuwaoLX57D3iXNqvfN5DNZPPA1E1&#10;2I5O9kg16KMAXT01tLCz6jszG5liyB02ZKzXwIdeUufwdh8IgtASfhcNawN0r2PsfWadlEqbn4ht&#10;o4HUzTjRSWyDB0wraNgDpJ5tVry0O0Brd/Tg36tuadaG2OUPYZt5Qrg9yLBXFbFlUJfXvGEfhC57&#10;rVwzB+TFbn/CBhCrXkyVUOLCWawO8G7w3UVp9lxqfaTaGwsL8shBcOWM1STRoEnTRte0hPNWB9ZY&#10;Kpc6OLr7ubFU3SCY55/HTR9bS/Etgywg7aEMVVbghPuzm3ug423eA8WqKXS+uVuEkK8yeERXf77E&#10;3I7wkoz35WFWhK/X7y/WYYxqqJBtldgWKvWUw9NT6gkfZC8vR0kkoI1wDBgrq3tz7zQAzsD4Ye2Z&#10;6QcqOeAI2zRwS+cdXPABVjbSriZDgfHxmF5j+jO/Sw/1JvWoN6nHnSK8vwnwPAX4knveMaMXoyjT&#10;8rq/FOukUPwu+X9TrIDzogMRXoPDUEHugK38HTQxOoD3WNfXvWQG3vBmguPHCJ98+qvw8c/8B3D8&#10;5i/DcPctON5+DOM0QpiYiX+BM3wMh+EsjxRnPpgOEu7Jg7IlZpUZg9xMljlg+OCVjl+z73bTPafX&#10;z6Sey5mkD2USyniLcIK3cP+NAzweRvgsvacz/g/w/gd/LOkmlxmbugwdc1rElYGK7yTqXjdT9aQd&#10;9OcEcE1fP6VLdcb8mT+HnLJ8Sn+/S497n354vKTXlV7fwpLei6bBG5t/ycEc4EJX0AHf1pcXAkXI&#10;r1cSebsA0rL3AZZ7DTaGunVevh0+WuS+fh+OsPIbFrag8/8zlnoJfRoze1f+a9aQM8Zd5lrUjJsb&#10;k8aWNClqevP07CU/5W+ADGXHlV0GA7xklIqbkfNYWF2xk9gY/bKCe6Ep5kMIZVMX9pcmtxYQyLHF&#10;skeOQigxNn5ACy1KReWDnNl9p1LkF1NtOZwGZaNdeMYiYJZ4KTASHpgpOIgk83K+wLw8izcfs8+C&#10;FPl55Y1pdzseb+Du7l4CN4anZ3g8LzBNUyriBtkIhjAU2SOoR9jpdMqSjnmGAwdiMAssfegM/gE+&#10;pMX/nKW8cgeA+O6JYFYYjdkniP9NIXsP8uuSUQ7fgWmzuhnvYX5+0sCK7NYt12jMP4tOY4AegNVT&#10;ATVKxg8q0bE0m4W7AexCx2Dq0/36gxcrkuMqRy/3rtJGH4gHoQetcS1xaAq1bQCrtlSxk1C26y2D&#10;o7BKRy5rnEE+Bn415VMONQ5fQfjQnNkP2+SdR0XZiUJoUn/zvfGa8sThuZ2mKHuEbQD5yoqjrq+M&#10;znsvVw3Dq0tAbyBfmRGhm9C0bGbrhqhhFEKREK7dYchNzf37HBqmFFbS9gd8hq0clbb86zbYbL1/&#10;6r+2osEzwfozwxfIm5NIO9mu0DcQV8m8PQhJRK+DbVzX2DBOXbhUm6IbNoFDD21ggNXQTFa7m9bm&#10;ojd0QBRtoAOvAJ4At9HyDugr/m7uPC+SVb3nghpLXwd7O43EFosfa6HT4rmtDBd3gUPsmjR0IUZQ&#10;z3MPMb56ir1WNFwDh7frk1TIF5/dRbx4OZyDnr6U5su8VT3bxsysmJFn4RW8PwwYNOwpOObMWRuq&#10;S/q+OQNFh8ZVYNl7t8kwUj3lGmaHSnglWCu6YpeBxQV3paXi34eVrbVrF9tbipawri7Nbu88dfey&#10;BwKp3Bf13CgDks7Xzzz5sKMembWmkW192Ia/bfqga0OMzI+vAD8q+y1ef/WjXd0Ke2nGPdtuZa9K&#10;+7d/GNYgoXxOiwMHHfhnDX3EFjOKZVaJK7C8MAWU6deELdcZ52qbLuq3PhuINJBmYzsJYXtOExwo&#10;0CwVPT0rU6QCeOTpFrhep7RKX8TyfXRsjT65t5e8RheW1CKaWNZf9E1bTT9qrWWIVs+Hdbq4Cqop&#10;94KlUBr+p1LhQndwSY9lPyuhHwpsaACIrVHvZ9jWveYLim6tY5vyizvr3IGJ9fXYXpUuzCH1O4eD&#10;DDuCWBJNGaQFLK8JXoSMrwFstf9EA6rkxBw+eMDzN8Xy8/62QcHbeU5njvaiogw8PwJc5uxGvWSw&#10;lVyarLGGAD2oBWZm53Sbbv1HLVk2xBXBLA+cF6UXPglrXQNjbF8Kg4EW2A5VbMikbGaWi57vUo9x&#10;k/rYtwjn2yzZ/clBiItwFt5ZFJ9c9jJnCWzmypBW7KFIdYusP2QcYYnOJsB7x2EdTwcF+aw/DQps&#10;k/q0Tunv29sAt9/4Gbj7zt+G+8/+Fhw/+VU4vPkOjDc3EBmp5P029c8oIGjq7YezvCYGtIYpI1AM&#10;8QlxyAI9NBI+RvrKq3FXiQU11BC7fWVr+M+YhuQtyBk+yPu+u2e1WcjkpPEu9aMznOM7uE2ve/65&#10;vwffu7uDH//h78FP/vT3JfSUUSpUskYIdSAtWQ6mLsQKInMoCbluSbq9JX9mjFUsgqnkz/cpZND6&#10;eAPCJMQzwM1Q641wcRYbIc/eURmH9nnLbTXVMzLoMDpeqAW2aV22COYCLdN5xcDvDg/sZO7QBdcU&#10;2w6fnO6DbKhabpT7Mbjzy9dc+gV+tzxGUTaSas6dV4kBDIjQNDi8MHMMNCgDIbhDaynVnJkNeqad&#10;c+Nwra8+svpXUSPtyhuZyPScdM376Qh7SKS5GaDCSw6IYG+7qMyJQeS76bHZ5Fr11gcdF47TIB/a&#10;nF43M9GWITc7qJ/0qDfHQVhsaWXdvoVpHFVfPwv4xuw3mN5J48ZMN/aduEs3PHsYXtITnqc7OL9/&#10;D7f4Bo7HKb3eCd6MA9DA4N0FQtq0cZoknXcYj+JhIcX6wCm96fGHIxzS4z09BDmgZOqRnuOQVvkQ&#10;xjKBYJgxXJ7ytGKc0mvOLL9lHmTRXtIO+shG4Hx90us8TKP86sRSoMMNnOZTRuxZwowHwDlKZPOQ&#10;Xs8zg5nLAgtD6ixlpo/kcx/lcQc5NrkhmeVwOOQCO3966SabswcRh5dgjjTPKTPa4BQT4qAHEuXo&#10;8qYB1+hxynwxdJDaQtkYNR9sUYusWT1TLGUpCOU9aEhI0+Rizlkf3Fo2ObIEslBb6OcC3QCXsWWj&#10;oEl4Qy4nmKHJK4PHDen+uMRRPAtysxdqwS9+idnIW0xji/wie7GEAjxFzoVx/hH5YPqQQmNvEhm7&#10;zkeYJKhJVQqOEdh9Cs50dPs5ls6jzIrd1pgVGuZUU3RRyzxCcn6ciCVwpvh/Uhd+4OgK5iGJMZvf&#10;2z4bXeNge4/8u3iwuSK7qedD9e3znqYm43V+fJYuTUhQtVlQABX04BhuO66Ri8DrmX2wxewjatmw&#10;mwd6DVp5rcx1H//B7W6WGiiqfXysgRItEOiZJ7jpm4iwHT5yzcNvbUUBpRDEQg/yj6Wro5z2rUwc&#10;OlZIBma8BHhQo3YPTlH34ZL6o0ILLL/AHJWfi7RiVyJVSPnaNVgxE5QCk6/Ekr1otVsPVsUsHfWk&#10;2Uc2qF0bRlfkJrc2DCl6C3s2inW/L/dPUJYcNXt3LCm1ahlhibXGCGpke6jDKmuI8dVgt79uUTUi&#10;Ev6R6g1m9HGAxvB8Embf8v6vgc5R9myMWlxinXYJ01tBJz4TJWmd0+55GhuyZAZVWm3nAWj6rjAW&#10;+DwNOVUwK/NCTgQ2v7Xe16zUWLlZL2mrWGWadgwbG5sX0bIo488kLWh7MK2GTegxYF/8FlCrynYr&#10;iIjVBdtYrSXpaW9/oRKO4RtTA3jQPHE6YNCWlxxBB+fVFnR9215D6o8IGeCTgdSoa27GBoQCZ/4u&#10;LE5uQsY6MwdXFhciryvuMWwAfP0mhzWRL87deRBqyc0/w4Ea2KWuUgcOYrc+isyUKhPONxTlMdwB&#10;GB1OLg1SqFt9ky5I2ww+z1pE7IZ1jqWIZSBIde7i2dT2ZrELBhur6kiYsUO3PmErSESHz5zyaJ93&#10;MGCllbCWa+cob4gE62oI16CZSsgFKDPgbXBvoDkeojD3coJjZdqWNTfoh7RoUrsGdtheg55+2N8X&#10;mJnD8lpIbZiCMlVUI9aaNKBLFa9MqFXYe+d7Ri7ExZhgQUEZfq1D6mEo9VThcAfESiOWM0pNn75X&#10;gqTC+pzZpHX23sYb3XQZuw1dPXDNezaukPf8ckLLXN/0iI6rkbD/Ge1cyhmTQy9nqQlmDktM732O&#10;FwFY8qvLN97zRQJKU4+ZerLUP04ckPD+cwjndBYNLOnFOjA4QE4uKGznCmYUlp2f3VG9X3ftyzRM&#10;yGZyUb3CYKnenXTJ8lbJUz3K7CqDLSpDt4AL1GEC2ydw63hOP/t+Su/xjkG+AM/pz0Pai+eQ1zav&#10;nYg6tJIE9+wRZ9cxqNS91PZB67Ko8l3tRWjIABRjBTPY/IzBuExkGIQkFMWywUDMw13q3b/xKdx8&#10;+otw961/E+6//dsw3n4C44F795v0s0E8+ey8kjUx2n4XCjhUaxTSkDTFUzCogmRb2fiaQfxLtXwo&#10;44iXk3xLJByaGucmvzbGi7gOEZbfCUK6LuOUrsvbfxdu774F09t/Ap//0T+FL7/8MZzTxT1GST7I&#10;SkbtmkuOXeiGbJ7VrHuT+R4H3YsXjNIjM14TJw5mGeBtWl/vZoIjP9/TAsOXec3Jr14gy3HVT6AX&#10;T/GZL3yWIT+f1EYDVQark9ZqAmzGyQdo5fF6s6D+XLGscPYI5T0u2NQwxmoHqudbBBvmYtlvCwM7&#10;aCp0cL27ovpyxULGE/h8GX1xG6/R7DtZbcMucUUwQS+9qdtreGF60spqKuAIO+byWDysoE64PRdf&#10;jT4WIC34Uf+O+WaKOa12UTCH2W5M56XxkBYtg3ZBwATxF1NEWiSr/DhpRwqymeSgCpbDLvFWkvJ4&#10;MsU3+3RzhJHNJeEoJpwMEDKYdDgehaF3O02y+M9iOKAAFtVgiUVBUgFbhswKHCWRN0uDQ8hV+ijR&#10;46P8zM08p03vrJsGwP0h7ZypkWCEnd8zg0xfMJB3GSS4Y0ivgQEw3tiYUbhwqi77/E2TrFLSEdw0&#10;HWGecyBI/uwdY5NBQFC/IUHXFoXL0/XU74l0l70MR5Wo4aSoPm3wwUNJxGXptV9nbSOpjgudF1bx&#10;m3Tsp+1NkppwCIC1KXsj+Woib7A4PrSFRmiKhlimqOYnmKXdpDsAmW5FD6VAngHlXG9ilJ86sbcD&#10;YSno8AOAvJ+K5YfYMCUMyIo7E81diZzbvL8Sewxd60pxk8kUXNcUPQtPu6M+Tt3LTDVbGboopQYQ&#10;wy78Z+tdhBVDIb5oNdcnaL3mc8G9NNpXk/O3Zd9fjdkX+0+hvW83TC+a4IuNtNwrOs+r/iTmsNKv&#10;wv7eqBPqFmykPnGWWsCOaJvNi7BKpVIJU89ADo5tN6ww2q9KrFxfk/2CrvV+xIaWs+WxCNfkzx/A&#10;T8UVdQk33eFXnElas/au3SukICI5ihLRy9PylxgaZuvA3z2nc5jlQzIUSVXscnoP8PA50NOzRhbm&#10;s6Iod83/zhpllduJtYYhJkVDSQIGyPrjolqBvuIbqecCKgtO5h49G2ADPELX1FFs5iF5ZWqztljK&#10;sBbjtPhoPb2POs822HBfKZP1aL5tChQY8LcVnhX22S3USZQZDImOYs5hG8OUv0YWRhJqUZ2HqC6h&#10;L7bAT2ae1AJbwJClDpxKSq4FfmANpQrjGqjrp/ZubrBHyG7xcXRsPT9Dsc8ndP5D3jfPyWrBSYpx&#10;g423bIX7IOyHlBI08gJ0CbTXBJI+b+glNwbAzksR0QGVW/dyB2a5FN5dq46hekSZnxxC57aAW4zl&#10;9hvUmERu/Cw56XCRJ2MFz7wRuxs4N8G9Qx40RP29wZQO+vsRHNNSyRvmR7YsVHyu6wfgGlAHzlJH&#10;y9jqzQC9fJdq0eNZKy5deWWtqmBZvLmBwNScgeWOU94PQ7/Q4JXnjH8S14FL0hB1jG585TkbrzL/&#10;toGV+KoNjUqNsqhlhxEMRgH8DpjpSFM4arDinJVmqZeauG9j6e75LF6xxGm8z1/CwoOnMQOIOGdA&#10;mokTs4LgOXAn9YITFMv+fsZe3uXSeuut65060wvGWI81DImOCmjoniPnCOQeRrzVJlAJYvr7nkSm&#10;e2bgJrWtjweExzH/9/MI0ivH1IPeTlhTge1lxmqHwP8eBiNAkJCYeCDIYOSsPnCDKoqCxrJf5PsZ&#10;BMzkEB22hSw9P6Q3Fd4McPx0gk+++3fh3ff+Uwg334TDm3cQ7j+SpX9IFxSHg/TGZOD78HXV1vBT&#10;/+563cav/Hh1YCuOg2l9vgGmGl1iWoPp/8NnPwvv4D+Gm4++BdMf/nfwoz/7Ap7SNblLn/eFcqgY&#10;e//JzjvkNeO2wMzmxhqsI6VRVEmweuHyYJRJQ5f0i08MoTDwJfjMAHfpM11uF7gNz4BfpPvgMf2e&#10;Bn4tY7cnQx2Qgg+LGnVLGzqW5GBSbmhY6o1Hpaa+//+8vVuvJUl2HrZWZO7budW9qnu6enqGM6Mh&#10;RYoUKdMSaMmA9WLADwYE+M1/zS8G5Bc/+UkPkiABNgTZhmXRkiCTnBmOONM93XWvOtd9yYzlWCtW&#10;RKzIzL3PqZ6hq3FQXeecvXdeIiNifeu7NGZNsaQOVEWCCCw60OyH+uEjncg94nDaBUolKtbqo/Th&#10;NFijBbuCvSmNw+LEMkFwcuDZFNzK62zP7gEHK3Bvite9vkOGaeicduHQZ9Amy34T8JSAFg6e4Jvc&#10;NdH3jL0twlVm2SspA42nE+n3NDNFT22CnI/dUxWYO2x0wx/97pgJd9PFHSADho0Cds3MhUl5FqU5&#10;sT0uYB4DfotZA90uepDxDW2ETeczuBnma2EF8uThRLoLov/vd9FaFJWy71R74OT3UE2ai2RLaPI6&#10;kTUYQb4oFQqTYvgQlvoyQMkMwKYPD0lfmEmSEMTm4yYZLLI6vbwPoS/spCx71fMUT6kobwZPxaMu&#10;AS/oIotgRAcwmw+TgucNIJDERNOhp1gW8oMTbGL4YQZVi3H6AVP2XOoVx+XK22TAwALxdVQZro9+&#10;B8UfsOyAHQyo9crY62Vi6OJ190a+YaQfty0K04Ur7uFM3W1xwT2BPXsLZ2XEOJj2YZlKPavp6C57&#10;dEXpgM8pdiUTtXh/piUbdFGLIJCmcQPuX/A0ycsNQJihsLHq6Lo6ZfjOnTi6Qzoc0d6t7iGZ6vAn&#10;5VimLRnqe+Ymjt9/NPBnjecPXwbay6KiPcEWCYAbnQfZh8KNJPf2vdzgGlKujA29BNzAQF9NlNFW&#10;rhOZr3b3YBsR1Z9m4qmkmqP/LTdiddPMNulc7ipbw3JQSXH2d5oCR1E74kbXsA9vrtN1639nqHM0&#10;TxnocWJuHyflGlBWmdCWsZc+01lgfygtzyES+O02v/zyroe234Xi6wbczTn43UYAGqepWI6g8jdG&#10;tD3JVO24wlSCaEgtbO4+GtdwSIegTul4U0PDF567MGVGMbR1OPjE8LBYWPGWNJ5ik9I8Z4ggTUlT&#10;rYhAeAjJmRj3B9ciqmwfEnAn/nstZvZ9OccoE4vTONXuG27MgKuwAuPLhzap0npXqe+VgIMb9WNr&#10;B9tcV0+dtu/hGiOjhYE7CFbbiMKAa+opNh9XUydmViw6uEPSKowN+vcBfpUnlxtiIDgCBIfk3sxM&#10;a2x/YX8q/VBKaiWgfjTWi+H75AlURRdlWxB7r6ecIxD3z8dDIHFvUT9sStpn0k/3NXttWpBhLEW/&#10;TmX7KqkhhopkbYKAG8xUkbRTMt5+fWHyl6SCwRrKz1hvFQcGXcaJ3YaRLVdFZm5qYL1GOJMfxDyA&#10;1REAe/Y1M1Vixb2X2NXcqfk76CrsQ5hrndsdG1R+4n7+5jz4KJvTNJXv47b3Svrw0G1F6BmDeMTb&#10;fQe7cB83NzfQXV6Av7oGd3kF8w9fwXx9Dk34/Xkv8GF161yMpBWQDbWuSH5pZNNzve6jewN8NFPr&#10;O2bvMBlr6lcJDVZgYZo3efnqc93FLL7wu6twrsco/7+bO7heRIDvfIZwgZHcQFEbFoMKsa4VG7O9&#10;63pfNW+9Pi/ioekjs4lJLw2Uxgev0TvhHcYFOQYU8Sd1ItmdhXNZHTk4e/QpnDz/Y2if/C1YnHwG&#10;zfGDcMxLWC2PBBBsm5hc1CnNWsAoBmyp+7XBvENN7V8X/LtLaNoh33eei7YiQb5QleISWs4taOew&#10;BAap/wDmzUl4n38Mb798BbtOQS6dLxqnxA8yDHzU9Gjdp4mqTcBqyvU5j5+2SdYIAHNF7DiV+QYX&#10;4R6fgJ91AjTPwuKM2MGiieOg9i4208aw72z9W6lUmHaddXtEVTnl3PCic3KuPpQiyOxV2uxMgolZ&#10;C93Az4+KDWtkrabk+mxZhnmvBMryBpU1t1OFIpn0xH2MKLs5yXahw9QkpKqLN80iwXHvZEIatA8I&#10;INuWzSMlxWs0IjH1emzcFRGKOoCCgZl6IQBM8jJkRp9LiiVhYSWKvPrTMegmlN1WZX9xMAqUwB0A&#10;Af8S8OijBwUn90rXymUqvhdJqRPmHRNceTHebsODIzzXTkC65DsoHX0fF2qeQFKHPwEWTsEwPo+t&#10;RonzZMXJtzPt8jGDL9bBjUyfqG1hlmWjixKpFBvGQEqjvocipCZSNh9J4IYw9Xyvi5UzTJ0IvkZU&#10;3uUWKZ9Lbxx/hJHg3GTwBf/Mu0bBpMF4EcDMR/DTtKPcIOSjAgJ0N01JgjVYu1AfksYpoDhuP47Y&#10;XGQNNxFHlY0FQCWYw0UvBspsRK9+J64qMrPRPxiTa5Et+exFkRmCiHC7yfDhrQYNmTC3dIKshPbb&#10;GAYm781R3zb5LN7WiaJS/UzxB9BSVkw8nC36Sw/fjD7yJX80bYImgCYB/AzQYEEEwpqVhKMNot9T&#10;KdD+SmzYUIFiY3BrSuiBUAscvNe+zQZaD8UhYY0OzM0wxXyYYPgRjs0whsAd4EGG38GNU6Wlw2rN&#10;KcE2qcE0CJGhCRASi59gBkUr1N7VXkx7mmM0ZDZ++17vnYuWEkY0lnZns2yk0gTYA7YR5kiIvfNP&#10;BmsnNpRuMLdOeY8aYcvE40F7rsGUj2XNMLX2Den5xGwX8THymPhZLDPj9dp1O6Dra6BQfNHFe07K&#10;ihtL9ZsSFYCPndjka5QVgLJjbQoChYU9J/sV9RCOlAyfqWj5+VD2WuGxUiUVnZxyfD3dkGH3Iae3&#10;bY0ZdFSr1u6MeDuAn89hkBRXA1d3fA7S82lliDSwZcvSWIziAi0GLHMODTCWGFGoHSgBSXjz3WAl&#10;DkmsOhx2/m1Hv6364fFcG+sNa34+CHyw1rE5MAVhnH46DNWYqTzYG9mTK/5X9v4Mzfe9h1GjcAQ2&#10;TrFCB15BOChGPN02JxfgNd/7vQFR5XeNTdxANmmvS1knPO4nY1nvM6S6kGoQdR9szs8NgCXC6eWZ&#10;UtjOhJoELY3E0u/KXqoOQNSVyRWz0yxq4F1jNmpPzWmn+8LYhBdGiYtqJ69VYZJbM8OvyYEJtSUC&#10;ZgYWmjAqo6JS6bpNrERjr5TYftRTaYzbQAbCClCXJXdxLGAfzFehtmB2lJP9sjfcwjI/e9O9mAD+&#10;aGpP7Efg3pR1Se2KbyiOh4wzD7IAbwcF5SyN56QXH/dW6jfS2tPpQ71db+Hy/CVcXb6Fm6u38M1X&#10;fwpvX/wE3GYLzxaP4fHRMzieOzh+dgTzr68kcbSFKFXl0ne2YPZ3YTNWSeEDT1HEQXhGX4omNL67&#10;YL1f05+5zkVd/BDBjfk8PAq4w6hDcwqSpMoefJenDro5wk0Yc+fhOlyFa7DTRSkxmGIiapTWdl1c&#10;d53x8TcuF/Ez0vMnhJSIQwgRRp15eE7fdpQTogXob6InnJsTLJYzmN1bwtnzvwtnj/8Q5ve/B6v7&#10;j8PpzsIwPZbPYZXfDkGtnxBSeEojsGQvZKJfl4j315vyvD885q7qMFk63RxmxIGgG8E/kObQtR7a&#10;k/vhnoWfnT6FT47vw9HT/xVe//Rfwes360zaEGA51cgqS507W9Njvp99CRKPNleaNs8gdqdzJM97&#10;u+YazhtWaa5gswh346iBhdi8eZjdQA7qkOWin35U5XlwpRmc12hbimBdS9V1Qo0oJswnXTN5rtN+&#10;ZDaojRwY9ZmxTkmf5eKa4ZJNXraKwOJCpAz4vGchCeUtkkHrnGyle8nzZrj6lwFhF99GG5oFFEnv&#10;4wWUKq/zMCGLm2BAJNPyvHAlGYkvFZhs8Ly3JMbsFtqIkWcp5CMjiGKctmzYw0Q4CxNOs4zfTaba&#10;cWXMptnyfdcrSBbBr2gYGVmGbTj3RFGd+043+Q5m3NlvGp0XSU0g4w1qBDyYh68P4ju48wz/7XQT&#10;32XpoedUXx99ABx2uljF3V0vqC2/Kpk/9qI33xkpFPsZtBSdmBiwZAcITgImN4sMPar6+gLoRZPX&#10;WBlwmq901fmLWYCJNu1LUeY1/t33W2XKMajooVfGCIWiiJpOvDhAgRsGIJMHoYClPu5cGxe7e4g4&#10;AvwiIEiyIcCJGLApRlA1pq1smFLaIGZWqcsSTk1yJk15qhhKUd4nKbkpiZeKv10KkGG5Lim82Gi7&#10;nb0Q6508GMC0Bl466S452VRtu04WL0kH8j6n7wyZUDDZmZ5m4NEtzL2R86h5jf8Wi9Xw3xlYI2uQ&#10;Owb/0Do7m5HqUqcnLz5Fr1SFnghIXjonmFMs4xzhTCHhKgBkeOzJe87duijTEGxCGkOsZFqvME5I&#10;nUyVNZ/pbgP8cmgRTYdl7FvUKTGMaZqx4BUSGtFjqE6zzd44fhK4LUb7OHn9MAdjTO23sSri0yX2&#10;4EeMkrR9cLZL563uEKrE2GGIiGXAHZKCIqZN34jyUhZwW0Dcthu8k6Z3zIytj8em2faT7BM0+kIx&#10;1LYeQtZ1eKLpRweSj4eNEjcoupyhm+3zqBmGNg0TTNP4qJKAM5CGVVp5TmQ34GBk9uEEW3A/Ji9z&#10;s3rkbfudMC5mu7DBvLkEd30jxUSnO1SnMg5vkv761CyQAKZQ4LatpPpFo2WvgB3Fxplhd/E+gNkN&#10;1PssD3ctZU8vwGIqLdNKb8CYwZeQBKHIWFDBSK+m/45SKAfktLy8QxymN3pDZLNzdDMBKvuSJDo5&#10;todefYrcoKMqsS4fd5P8xkxBSsmfLJmBl8LRgTGdh8jGy24iZCgLEIvkiMNG5rZNrUzsNN8XELGy&#10;TzW11EgSWjDakjJrDLgTGOdcnY6ahri9hHYac9pjrWwkaCJReGJcV/Jia3VmbhPhZFB88WODu01n&#10;so8dNFMOsfvSWMzzCE2wFx1lxpEFabDaU5lEXiqAH2pzfMTms+dZod3pffYDQWgaf6UJrbuHpjD3&#10;cDh3p/2lMvgQJgh1GFVFEv43a/OD0CgjJsvaee+oSZ/ymj4WyGzJw4QEqjxkqfhCJYUUUdW8QgVU&#10;Yj12yO5A2cd2jc75j6RBwbGWwPkJULsURhUmZrJ8dQa8awaAHMFdkm7L+tEBVF70NUnhQLui7Hv3&#10;3eNqPYVs2VOvgwMmPcX5ZNYmX+vYMWCWd9+HNYSWsA5rCR81b/NZgfb63Vu4PP9zuH71M3jz9a/g&#10;y6/+H+jXBF88/QzuPzmC+aNPwW0/A1iFOtb9K3C/uInSR7nOThRh7QyztUEOxUhhf2kuaOqEUTu/&#10;5blXJenUmN56SjXnsoi/eiUu8PhzMaSjC6UPniFs7zvYLhu4WLXwsvVwA53UqExOEaso5sCE1+36&#10;FJjA1yD+jOuhrY/XkjMuUkh4CtRwWdGWiDismOul+TZjUDG8eNdj9gFu2qKkwBXA4y/uwcnjP4TV&#10;4z+C5YPfBZofw+L0ROpk8eonUHUW45q6ww1jNTpvKKkDaS+D+jZG318HwFfA/LK/4esyGfQH05ZC&#10;k887k5LCde0c5dALxC3MGMBrHax4LM4XsIW/AWfHz2GxeAz0p/8zXFzxfYiYRNyfNLJPkrrfqVWD&#10;T8F4kO3DhExv5+VeGZzM9HNxrLMasqctdP0WLsJAXM4JzpYES4hzH61Rgjuwi2DZPiJw7uEjjPxi&#10;85+U1JtCN2wjAwa2osZrdqSV0jow2cXVigCs5PLJPkvUgC1mvCphY9m5Us+t28a9YjtZoO7z+Bms&#10;2uPiAqviCCcWQa/2oqmb5Q7Fb+9DnGHoFVQ+lxlflBynzQZTIBkXdbgO0uaQDBvNRc8I9sZLvmLM&#10;eGPw0hepKYMEwnbT6BYUT0CnlNQWOkWc0VBO41rlIuXZFNfiwyby3KYk67qUENtBMqYtBZnLAQle&#10;gVV7PTjwQXAgjNdAzkkcnTU5ON0XuQ6zYvKorxXqPzYKg3rtyql3gQCITrqFDbMUd+sIjDWaqiTH&#10;HLuikXmnGweW1zTRE9HpRmtXyebK3nqUR6s73wRKRJbhHhYS2m4/Vow9MnKFaiRT8jkpxbJ0EciV&#10;TWca53q/U7mKe308SkEfwah4t4SlyfcCTbWCRbYWA0bKhsHrxCb3SmcSSqExlCscQ1G8i8nw7bTx&#10;AnjQJHMoA30EhxlrMP3zKVnm1JG6REv2/sCxu/1MuWR0i4XFkZ57Z8EHHICbA3DFpn8SfpyXnkC8&#10;BzpkqM/YPrYz3vJ5SFgxCfZVzWmBdx/TZkQaSFdxL/oxTG0fU7H6mumn4EwVMAI1A+8Q42PM/qgr&#10;TzdYz4iSzJEGj8ZwQ3P7hgszltyMOvkODbPUduZMVw+S31oKvwKaLCScXnv/rb0TXfZWLc+JP/Dc&#10;p4LOV6wXRBqBzkR+Ik1zGmx0Y2hwb18ZYd/8WrMk63AXX11vN/DjLM5YqdnjBjXzbTYE4+ZmZS3Q&#10;7QB3O2hDMTbbXgOFAq2XFF7143JUy0PI6Ga5o+tcqaJcLHYx6xx9ZM/3UFI0qACX6flMrG8SD5xi&#10;ZJ097cAUZMkQexh+qzQPQpx6RMpjaYIlJtm4Rs6bzdstqw8GAR13wLLl97s9g2pWmnYZSU3Am27E&#10;s09a6QjlQOysTDFMJSVpQCJcxkuvPn8tZk/QCsjEorC2gN4kW87KqY0gAAeE7pEVT9rwN2a1d8bG&#10;tjEg6NBRwLACEng2lBBXNAUD7uXZw+2BRtxYXDMsdHGCXbfXo3DfajZpFTBe/xIrCe9AerYeS+gL&#10;WxYdTQOVYIM49q3/kckLEzso52yacNm+UbVFpdF1tBJPgefaFJzUROAKk3xXf6NBDW9Sf1kmJLDf&#10;nyNh9rEnOYMnCfDMc4pP202V+2ZwlnKDJBe3lPa3FgiwBSplkkgEYLGMcX2bvplBuzyBfn4kgYKg&#10;+/xMBAH8DfiUJduiaXuN21hO49/Z73kMe9dFlxttsSkfGWdMRYlsPh6AO6kVer+ATXclDDMf1pN3&#10;b9/A9uodvH/9F/DLv/o38OH1S9HEPjldwae/9SN4/OyHcPT4c1gtn8RwicVZuM+zUOL974B//h7a&#10;NeOIUUkkfqXq2WDnkd40O5w2ddKpcjNEftZBtobiQjOxrHJKaAoJ6CO5ZCfBjuEzZ+H+z8O3j0Pt&#10;t4p+fNuT8P8s2Q33esPn3Hld3jA3P7xaP5E26r0mja/ZGzexVWcgPvQz8dgHIxlXv3Q5rE4BFL62&#10;TsbXbMakHCfBmjzHz45ncPzoIZx++mOYP/sTWJ1+Bs3RE2iPjkVOLko1VzzKuWLvlcQRRdZJ3UgS&#10;UllscPx0nfItwLpv+xwU3/mIF7DCMV2f0eLy0W/eypj1UFRfCQtoJCE55hn442MJ34Ev/gE8DXum&#10;5i//GcCba5GkMyDdqD0MKric6g+552muSXZZWrdTapZoQ8SnbAZRcaKQrnbhd7fs53cU3juMxbMZ&#10;g3/hrq1jYAf1hUWYgDSkWrOS5LdggLvMNreLmBuX4lXzzP6ePmtNlQhv1i39MG+8gdPcFZWR2mzS&#10;83VN6QiJ9ZfhT6ACgi1VnSJraUojRtQ0kyVJZjWCm4bAXPLhUw853eE4gZT2QomZLZhMGuviypWE&#10;Q5vaiy5/RZ1/YQ8mKqUk9+UEwD5LQoVxxfJY9kpQmr9837egOT1xsCFlqSmZG8bmoZJK2zSFjecj&#10;pT4y4lymhPL3JW0JnHYgIKcbM+vOU0l8RJHyovEiw3xt7ELoBZDzWZ7MDzQnA3mdJUUay0VB34i/&#10;oPgSappplAeXZERUk9g2hTKERYj9ANlTQ0I3eIPht7DdbqFdRCmyxFWEa8iegE6ARJdBoUYLrFgk&#10;Uor8i91GlwVkpROqX/HB9XkAR2PKYWIp5WTUIVOlMLH8JGskcTxwyIJBm0FmPg+NV1/eWRd/STmE&#10;Xg3UuWvid+H8dybYcydG68lPMXU/+R6kEAAceHW5FKHHDMjSFo8xElP+KSOW411wnQlvrTReJ7zD&#10;/MifoBl1LusCGj+aIu6pRKDXLLEiJ07AXd6MJlaeK5+ZpOpFxls0bJE1VjZgRtOrcwiYIJrBxl0o&#10;M1iSd+1il9KTbIJc5S3Tjzq+heFW7ezvuppPsq4PyStHrK5bmWPjYi1n1ZfekzJNCmssyesrZh/W&#10;ErKx9LKsqg5pMlnyEPPRdjDRPsNg5HveXIe81lCeo4fXyzLd7JXNaXKpsTAqGPZXtHiHajSuYXi4&#10;+VVdg+S23Q98KfcD8UTWR7eZllsP13083DSAAbyIexLhCqATNzC4p3GAB1IMbJoimnska7Rz5tGb&#10;kv8mUwe6lVhJA8mbpHWHzaqwX7Y34C/eAV2fh3/vysmTbl5TAZNGZKMbh9YVCa9NTvBRvisFiyAy&#10;fRyDqSumiYS8LntlAVrgx/sSLJ0BavOzfPd9YZblxqEm8OaUxfTMwu1hQDSomcnagykrznscyUrB&#10;pPQSDGSSyXDGQ516Z+9R6rCjeb0pDMYAj0peqoACfR+nDL62yIHlejPLJPklJtlbq0mLPAZarJGc&#10;wfQ8nJJxwAAYPhhV0qkFU9N7dHVflEwjpfJpGLLUfM3kc25ipqfaG2jIesjH7IYp5KZwdFhZsRBO&#10;pF2YeTixBj1a5QXulXjvY2VUjbJblzaTMgsD1wcjI5xiM+59uwRCDhs5bniNi5UIEo1SUDMDccIx&#10;xVnGGeEgAEPnJ7MPSow/qY9cZElxbZLSR5PfXzrXCD7VKKRlvlM1HRdSQ0mmLm5VQ4CvhBSFr8UK&#10;4OgMaLESNRGxTx9W0c6wl3ozejhwYvWxSTXNiGWH1cH1Ew/jcN2ok3VjM6050LC1bKhxY5zgRu4J&#10;p57vttew23F9sIUP71/B+vodXLz5Obz9+s/hm69/Ae/evoJ7q4Uw+R4/+wzOHv0WnD14An42B7c8&#10;geMm1BtuBd3ic9idPAY8vg/d9p8A/PQcFr2XFcRpUIt4oqV7k+SMFsxXC4nUTE5sXDJ6RKlXDTAi&#10;vvPp1I/D3BlurV+G82I23QJgHb53GS7VTRh3uxmKVx4z+fgLFSB3JuCs98keKzbpxWdfg4S8BUog&#10;Bm64vLVHeW2vqUM+CrAEEASxtQrvE76xOkFY3rsPq6c/hAff/y9hce8H0Mzuw+z4HqwWM1FVzRtV&#10;BDURL2A8olcEA/SYGCFvnS/en7kuOAz03QVe/k388d5XzdLel+e0cXcLczvE4CWMqdnJ3kVICGpd&#10;whZm6Gbhmi1hNl8BtS08XP4jWDz+Q3j05T+Fb37yv4Vxj+K3uN1G0LRpNEGhIzMFKDViWB6x6lAf&#10;Xd9rqCcTylQWzIQn8YOcAVxxvgJrhDe9hJs21yRkJBSgWaWwZvwNG9WydzFAXtxv4R5V1yBdGGuO&#10;UamBdN+rz5YzipT8fDnUdagw1rNHs1JZfUrrRTCWAOEc28jqFRnvVGs1TwCqdfADudhQ2pTOaKrb&#10;DzgxhDBupppUUB8YWJhbyF31GZh2rxRbcmg7JhSBNhJvuyQzbbLfm5RkTje0uuDyd7tuFx7unX5m&#10;KhT5Eu1kNHGCrKDj5HPxGrsyChmxV4b63ZXrZOSxKpNJn4kuFhkM8Dl99FsLLsUAeu2wxdANp+CC&#10;71WOnAAiF29uGgTsBzibNyJD2UHxLHK+12ALFOCpFwZgfT8luSh1OAVU6XPYAb+vXEEGqNiQvFep&#10;bh9TgSXUwDvF86LXEGkHcMuAVR/p9JJ45CcmQzm3PhZBA9ACNUnZYZHvEsHdAwQqTu0EawMHlAZn&#10;DS8LyDredmHFErJObsAAH0WmZeyo9BXbpoTYKDvV9wXopWjQLn6SXQetvH6mKXSUmZkHvfvQj3nE&#10;tki+rXjbw4L7OJbRr/+HMshpfMP2hDpkSSz5LG0rFiy+BuEmNnRZ+EclUIYAq8CeNPmTZa1BSVsi&#10;lQpXQNUoDITyAoyW4XwXGr81Yt3LulN6SpYzT1PyD4F9niwrzZpU4EhiacdYvckdhCQYqbRliVl2&#10;AOXGQ10woVIKbveXtCFQvoDYVDpSfH+8sa2gIeA90fjKPn0p4VkeXV+x02zBQOQMUG1YvxWAOU65&#10;iJbU8f6WEuU2kNzf0hneB7Xt2XZiGUvD0I99hzFly5E3S+RHY8M5I5/FiS427QObBwmulBhXNAHM&#10;WQB4CsDe73s6TmeHtNiq9LUXCW+ozMCxZ9/NOdCW2X5xo5YeP/tIytjlqqjVikXi5VoFrBRd8xrK&#10;hJGNg8raQw0Xc4rceX1gBCjrEwBoAApvkljtmVORiVpgTo7V02Gs2t3NQ9Ni2d4ulc2AG0PjMKFJ&#10;ZMXt+bEuhFJzcxc7MVASIDdFXjDyxDLMi6E9tEkyjhoAIsKP4t+XmH2JYdBHz98EptXd9rLhT7a3&#10;mfF4S7+O+gFeAZB9pip5qICSxucNSjPRJiSTGQ/ODZouFhvxhblowcqpDAQyYB6aQIb8PazltEXi&#10;CDmCMe89EUaAi5UsWxAO7zAAPcHkPD5kBgoArdIxZ6TXNBiGNb9g4DVr7qtTEDkuz7p/MFsx9DRe&#10;d6xB/Z7HYQg6xvpG1xZXbnSq2aQ0UPsdJjJwg5399DiYT6S+2JsU7QIaZtYwDb05iwUGYd3kqyT2&#10;3tx3snJXNOzF8P/LI+hnx9CFB6wVFkojgF9pqlK2xpiuqGkC6BvvPep1pfiPTwHqt2y8TJPIVaCi&#10;rff2NjLB6X3rVHHAQF8vctXN+ga2Yf24ev8W3rz8v+HVq5/D62++govw72VYG378+XN4/vnvwemj&#10;57A8fgiz5SOA+RbmrpP32LYzcOGeLlcA12wN9fx3YfbyZ0Av/y9ozrmGAFhQ9EnDJiX7GFKDxb6T&#10;/2Rj9l45XEcbkOYy9C3m+U34CffC14mDi3k4r/Dv9+GF6wXCBkmUXX0X93HOQa5/BJTOrD71twXM&#10;qsjWxXE+D/Vyr0Aky6BZRUZJiSJAdlnzewH6KAf6IctFlz0sH83h/vf+Pjz49L+G+fEJuKPvhA84&#10;lgyAZumk4cBr+1U/F9DpZOUygC+4n9TqfZ6YGGLK8xgya7CXFGCAu4X2/SbCNm4D6Hwm01gAsCnL&#10;KtKdGtD1jjOOYQ/RjktAWkS16og+IX24pstwYzdhkPeLYzgLD9y2/SHQ0Rk86Ry8ffGv4MNrzU5o&#10;wu9QU2NHPoK9TTPeqcXmZGTA8XQ24wZpCtTjQ5hHG6xW7lkD1zOWF4cx03mY8x6tg7L3HJRfqbay&#10;U8wwo0fO3wRtVUqJCpSEIu8lG7RRrBMq79507pmpqnOzS4GzVBpyiRnook2DELxmRWGR7mhbdZgw&#10;Fa/xBH1sw4q0dVzApUWtngiz8W6+QC6DRQDF3BtU7moluFMR68yAqyy9U4prUjBiKsZngwRBn3kR&#10;pIuCSHGFzcfpOa0m3RYH3rjxiefsJdBip7UGd9iVCk7hEfc3GVSIG4IYcRS7CxjLNIweII1sdmJo&#10;BwM/PS7kWBogTVvqlXbZ5JlTItbD3/MmDSCq/IlQd7E8wXuvHhe+V5pr1L4zCCmabhdTjOLOU324&#10;BKxz4tsBIiVuw6Gt44bZaSeHqBScaaFVBqDDKFdu5XqoAap4AO2iXj6sKq6ZSYpvfBLiKGbPvnTL&#10;nOsz65Kodv9OrIwM9qZx51NqFU4WaZGN1WfQl69LZ6WGRtZoxV9pgyy+MKrniD7oaDbOvmLjxPvQ&#10;pOwzA0rH6+XEby9vvaK8XBmqlU9mSqbyKsDiB7ZT70MBbWOnRDbRnBytVKLoMeNisvKBRF0lKMNd&#10;zedxxOCjvYy+MiHuD3g45AdxG8MvsUI91P50RRLjRqU72rKxYsEmkNDl5xa0q0J7Kkk0VQ7W6UOZ&#10;hbonn6+MMTKFzjCpfJBUDAPfzLsA1zTFfKiArn5v1W6Lsr3MMtvkcfVnRMbb2KbBGfmvw/HodGaT&#10;idbxlup1pF4TtDjPa8ge+tWBhlRKAM8MXarHY+pS96aB4MyzXuaBEgrl4JYKeDAu0/xrG2QIUIXW&#10;FFh6ECRERvadzX6pKqILowVzIEViONvGCCWfSmyqwiR79E2Mpf3BGGOWXcXHlXWCBoE3aEDDiQAT&#10;w9QdWovkYzEICg1gy/xewu5rMvtbVgjCjDuVeSGxpV2NLxkWQw7q0nHIzS5O4OVGTBMKNby5Bry+&#10;Meb0aijtY0ESDze11FNntons7SbKgVxq9Ahzz8e1m1QJQDG4K69aSJmZyQoZb8gpmR1I0359gywA&#10;lfiSFChRjjq0blBjfn0mkCYAvwFxJaYRj4GKqfo8AXNZ7jvwBATj3VsBLy6FrqSEezV3myTYUt6X&#10;yeGS4ST3iqC5CNzxn1aSdqk6n+pYqczDDAb6hJo0qPfRHC+NZb8V83FiGRTXj6YG2SoMvNVenh+e&#10;JhXZkTehGvZWtUoS7RODRkNGfEXCGgu8LLHJ6fqfCg2VQVl2JVr/uRGbCqAoePYDyG4gOSf7Xg6m&#10;dcOmqXKQiZeAK3NNRO7qyfRKcUx73IMDFYC9Tg0fJis7N2YWisRSTan2EtrSjUnnjU6vZ019bRT5&#10;8BSZTc7MnZFFHa12KGs1qQ7SoaKTQyPTzv6ZhjCb/S7NOjs+/piESU4d3V1ct5rZEpqjEwH9HPuW&#10;5kR4kuIcDzCuzdO7B+ttZEIsbPTOqC/w44C+xDI1Ci2eKLNJhADLndRGAuRBUko1sodPLBxeX5hU&#10;wnvXTr1et1eXcH39Dl6//U9wffENvPzyJ/D6V38Ju805PDo9gu/96I/g0ePHcO/BI2gWz2C+uics&#10;4nbpowos1L4MaDS0Cp9xA+uuhZMmrEsnx7D77Mew/PxLgP/0DdA6rme9ytHklitQIozhrshxsxmJ&#10;LFVqJ+K1+eEwe4N6BX1nYZ7kkA3+3s0pwG7ZwM2S4GqBcBO+fcXetkAqzVUlGx+D87DAimEU7z8f&#10;w66XGiopJ1qMxBiZEJISIB2LzuukuuKYSq/kGnlt+PfKwdHTZ7B49Ptw/MnfhgePfwhw8lACUZrZ&#10;TPwMWZVWbHsQFpyticVfuiiEIlMy79UGk0zr9oNm+72VDzVwpz3CJV1YF5YY+sia1W24aXPZn7CH&#10;HS9hnewh4ry2vrnJHp6rxQJm84Ucb22S5fUsja+ysUhxdi8Pdn/sVF2lz7nmEvD1W4R7J9rA8JlH&#10;DNSGZ2Xx2/8t+JOn4bv/HC5fv4edj2amad+UAK5IR4yTk9eJNh1vzvxxUbrbQsIpYpfI6b93rg9j&#10;kLGLVVhbwzPS3YT9GwPg4Rp6zAGlLtuk6bzsDFaAKY8isu3kOF1p8KA+V6m5mXxXKaKNMahNWagF&#10;/4psdvY+lL8rT/14ReOhxRDJ6NpA8V6nD2siMC8YRlJBmt4xCW0NNRkVrVmt0iExAj7WAHxk2Gij&#10;vaD2YcLUzb/Vg5z2dO5N0WrfX1uSSYseb1IC9fT7XCa1MWqehwcHTHhdxLybZ5YVaouzERPPOJAk&#10;DCMbO8ekWv4ZA1SRmcYTdg/ztpNFVtJ5G6Yjx7Y1EafNLOLNl8W4DQObQTf2z1uon1u6bsp8EwPT&#10;WfVIM73ZKdruPYdeLHQR5LG/g91OfRMgsgOcxq037SIM3q3sFAUzQ19AWCyefd7fRBkkG4PvlGnH&#10;hRGHjrD5qabo7jhwg3eeYQIRJoaPXUE+BuoaA4D5mF7cR88/kSRzEAg6eQCbMPls1HgBdQci8mLx&#10;q8PMmNTSOz7QjauTdQdMlQSEOkoTANOs+1o2MmBZ2qI3R00ojTcBSKJzT9RhxFFjMfsgDErbNFZ9&#10;kvfKeTCVOUy+7TJurmxCYUp1HEIiWsTz+bOnRSugrY8G7TJOIn08+1DhfmZKwUIGYSdYvNFwWGxD&#10;ST7a92z+Oh4Sty9y49d4qkWSh8BC2ssyGwNWYBhBk4yS0Q4T9//cSrBN8VUlGO4LS8ktnTGAN77e&#10;iRHR7wcHkz8ckZFEmfO+AztnKnF3XDBNBC6kTiF/hyaoKyZpGioWt7kSJnAms11N8lqhU1DlN1bd&#10;6wTW6rrhO188t6AEE1mAq8HMATVFw9QzcAcZLu6/XpQ2BZMhQybMhQaBVcbrEc330rpd8DQcsaNp&#10;4Gt4kCno9/lU4kc/54ee/YMBH87V8utKTmYDwAqI6LNku/aUxGGdLvqepgIc95HLvALfkQUUzdmi&#10;SiAc3+4K3HX4unoFsHkPPa/pXHtvpb8nUgoBkXaluUNa8OB8JusvN1SZ1SJ7GaVf8aH0vc/s4ohV&#10;ObEViZ35Rpn/4aO2MfzMDZpg2W4Wa+CGNKDDqXEYeuNx57FsbpME2QBdGRxrayBgCOpRMwDIaMBq&#10;0oejmWgm5B6foVYN5b3YFDZaJWNNDDZObWTPqM5MOz4ChE6LW/JG1txG6goqeiFBYn3cB8tnpX5M&#10;V/zvvB83GRgglCHSoXhDJTk3JYEJlpAQcFYVYEAjiuBTb9Il9z5+Td2Mq/z3jDq8un+pmTYzwGO6&#10;V012AsiJxm4vkxdr+R8M+y6U58lRj8ZVVMvJ5z/5U5elMUc+3EIprbK+dP7Aaj5LxZAzIFwcD1S8&#10;JdFaKdA4vXi4NfATJpQ2hCyBFz4xD1PKLlWLBWnibQQzUp1Tf27ew7rIDpPZwTR7ZO7A1LAoSoX4&#10;3ChA4cs6kxh3XPjafSP5EoJUSXV9YY6i1ve5b68lYa+gmtcUcj6+ptNwCPZxW50CsoxXUlPDfKZW&#10;QR7ag0z10vChg002QNs4xFFfMDNsJ/znU9OlSui1ICPG5syOAQYuNx1LPzvleZHIQLka8ZTCUdhG&#10;6Vrm6m67gcvrt7C++BLevvspvH7xc/jyr34C/XoNJ2Ee+vzZ9+HRk9+Dh0+ew+rsuzBbnYS5ZKZK&#10;iEKaaCL1LswTPXRhHeJnqqUb2HHYRbOB/ukP4c3fvIaT4/8A8OpreMdBUptQQ2y20G7jHOg79X9s&#10;KTKdwv3hNYyDAHk893zfGHWbcYMrxnqm+oATdV2Y49ZzTtVFWIffYfbUJrzXpSyBur/2JNJwTL5o&#10;GB0QMskIUhhRZK6n+XjWxzmwV6IJA285bVd9Kb028Ri87jUwEtWsdr5ysHh0Hx5854dw9uxvwdHj&#10;34PV6efh3JaAixnM1H/fKq3I2CWhhEVWK+fe5uTdAbzD2Me4gzZNshBAkyLk5VLDK4yDPixuC5ZI&#10;Q1TZ3TBzNNzzm5s1fLi8hIuLX8Hl+j0slidw7+FzeHx6H05Xx7CYz6MDocwnu/j+DY7CO5NiyqED&#10;umX/G+ePPpMs+Di5fuVxOw/jebv8ATw6fQoPnvwN+Obf/o/w4dWXsNk1YSz3GawXsDz50Hmf52wJ&#10;7II6nDGChPGYdroXYPBrJkFo8l24CFeGx+n6bAZH1x2chnebMQGMBYXbEiCW9j4yVfelScZzWiZR&#10;yz3w8hkwS+WIzsOc+Oyil6SoiBp9rTaXMXkTNpEUJuQw9e9HSo1sDrdR2X24Hr3O0dHOQ6FYp2tD&#10;ChzxKM9sbMChmqwRA954K2nTpjbS0N+rmkCxKtTI+0FOcXEkJqjZWZmxZmrm3NkvFAw1eqXMhSQr&#10;KdLwifzZ0UlO6Y1a+KpPHymzrnrWNNhCpJYQGWt57XRx0PeqBWf2Wt+3sRPgDFgqSauXlfdHo9JT&#10;J7TWLnr9yDrVK2KLCkhqap969XDXw1PpfqZFhhObLCMobZ5TAcqHwqS9GUAxPHeY/QSkBGfAyG2i&#10;LAgiYNhACjFQw28XeWs8WHqKJpwCXjYUJc3iuaBgg8iDt5I0i6odEqo1R28rgBaLpAjouWozmI7d&#10;xW6jATYy3dh4+SXm3rA7LF1YTTsuO91+P4CcFnNl2zgrsU4UWU8HnAz8oL8xFRqhXajYX6j9gagw&#10;oWz6NWGhYHDYSp8YVjLJ+uKFGUfxQXltATZxLxunkj4M5EEfU8j/dfzxU4vjofMdsPBogpUHe4IE&#10;RsEhg2ZDBSBZwHT0/vZ3sE40vnXRp4oV5dAaaOMkUwyQJufqaJRb5mYCGrBiq777JCBl5TtTRvKj&#10;Im2QNHwofglxIPXMHifDZOLC/rbvT3A4wCUVQqPNP8/73tcFkwVFtWhwIz6Mn4SUbys6D4GkNOGD&#10;RlaaPRjuks5KylLU9QvB54hUypFXWN0Pb+ZUC8i6QZDIkOU7rTC8ZYNXXW66ZYNLhzeKdEdAesCU&#10;rdjDZcbNdgQIpVN/+DbFQt8Z4ELeny0p2IQ8FG4YNqa0uYFufSmBHY6KpSdpyIn3NWMzmSvHzZrL&#10;IVIyJnr12e2phAZpcydaX+ig6KliP6FdT/vaZNpuv6ychD0+0JmkYCrJisP7jgOAKRPoLPmgGTwp&#10;d5BbSjqnwwNrFxRAHwZ+b7q38/lgtJBccgpd9KeKtq11EyVZaMkGuy0G2d4XF2rsBwnAGDf7pCw/&#10;ShfeW5Y0ZQCP3zel+eZn2QSDiFTYpF4OQz3E6kbHaWoY0WD+JZwAWc2yg2Y9z6EkxrOpBKdA0vkU&#10;nzgFcknFNc4NAj3w4AjJKsvk+eXta0aNEqzWzb1NvPS86njROvDWFkQCFGjYW6EasKsky0Nq9eB3&#10;7IeO9hj7SndSBhJSAQ9z8m1KmKa8Xy++Tspk0qTGHEjYKFkDsObl9NZLNzFefRzPniowT+oHMtfe&#10;Ss97qhiJo7XLj/mfOLEkozKHSXvdfHjMtmpXZ+F7M7mHIi1OthushEm1xaRViEr1quSe/WMRhnLj&#10;gT1DvS0c7pXd3uaylwTkXn5lyz6IkRoKzCFqQi0kLHJmve1uwnN0BZuwTlx+eBc9+S6+gbff/Hv4&#10;xS//X3j/5gM8OF7A80eP4cmnX8Ann/wtWJ4+gWa5CnPZKcwXCynuu+2N1J5YQdCpsGfPeQebXkMq&#10;w092p/eg/8HfgzfzM9it/gyOWPa9uYD5poNmcwlNeL9FfwPNbgNbpt9deyGNuPA+rkvS2vA586hM&#10;8nMFzdtwTjx/nQCcLxDWS4T34es6jMcbZlh5LyBoFE+W5ymB3jv+uTZWm7Q2Q0nRTc2IzmiTZLw1&#10;sabdKVDthL0e6lBmjYUPWLbhylMM4Th9iHD6/Bmcff7fweLBH8Hs+Axmq2NRQ0Vb2kZCO3Bib0I0&#10;pgX3tmn4LRqdkzXHXX5HVUKJ7JBYh16bN/wcRTVdG4lKfgdrmEMT9iI8X28vz+HtOYN8L+D66jVs&#10;2Y+/WUJzfQ2b5Vt4FcbNtuvh4ck9CSxpZkkdx9BUawJAa+Snn3Co3leT2c63vFcTa+KG2jDO7wHN&#10;/w48YZbdz/4JvP7Vn8LVZbjHOwrHSmKN5mTuig1Cp/u73mCQCets0rzJ12tHeT7NilXt5l83Hi7C&#10;+D0KY5eJ/Pf6SOHj+ZG9/6Sh18a5UqzVWpXqQgywKXJcynJ3WeAYhJsvod918tysNuEqrSJpbqak&#10;oi2P8a02WZvUqIScEM8AvFO2n+/j5wvg3pOCnk6VYkZKwdeFgXluCGyj/Vf2tFUyWWsHZgpnwASg&#10;UU1dpwGjL3VLhJmVDVIUCZ7quqSFB8YyTNxnBj4MB/ClIKwHIBn/FQW0dOLw0cE5MqjaqH3o1fi6&#10;NQw7zKaamCWMKGhqSuN1mgrbKKraaIBGIn5GFiBPuJRao7oDFsYce/RsGSnchM9eQYdtVEM4Z7rX&#10;6Vj1SmGTjSMzVZ4wH4tIVyUIIirmRZ7Fiw11OcGWk5FaZbc4DZLwIuHos4ehHF9OMMI8maRrjOJ/&#10;EFl7vBFpWqeAamSZ9D4Mbqaxi55F0XCn5uICqbsYMuFjLHnvlaMwnDx1HNFEMqpl+5AxFyldO1+k&#10;frdOxFQx9O1B2JQp59wt7+MMk7XI6JI/GOmTLGNPvQvz5+TxlgAlJ0BrFn66yIpyyqQgNbJFvm/s&#10;baL38xArdnz8h5O26ddcwD7mz7dhB2IVgmG2txOMxf3vkQphlReCDbuhqlChQ2xjqD36pjb7WMkP&#10;TVDFQJeFQ1ZCKnw81dLPYWVnzH2sJ2AGxKtgjARf0bhYvINNxxTJiwagEkDtTzd6EgeSq7tKGgj2&#10;SJuqMJbx2JqShloAdkz2HIfkDIG+gx6HgzSRj/W5JASoDEQS2ESDcQTFRqIwdtGkAVv2qnEWRXdr&#10;QXrXTWwN1I7TnnEQPYpTxIu97FyqA9RhbDNQz140rN/G4EOSYxPemZ1YeuvWYZnUKsPDLGzqYLuV&#10;YA5O4nVdH6VzCl5YAC3Xxk5ZCezTx0WtcxWTKe6ten2RL6waKKySmFJY0LuUkaRWVOX0jUdbxYor&#10;24gSnNGXdNfUVK3u19DjLUlFmvpqexgcA33sGJsYotaLNXnjNVgKXT32JOnikD+ncshIlkyd9LjZ&#10;T6FkCbxjcFT28LPh2Max75GCnXnz7wxbMQHU6sfjrVUCUiaUWiDfGzANYAwkUbX33oNrWBsUKxH2&#10;mSBbWExNGZcpPdMGbaQ6wumA7c1WvgobqfbyON5PkAVFbrvpht1ZybQNgzCt3Tjtu+wn1oHheNo3&#10;d0+T9Y0vtEEF0diVQX+4p1MHh5vV0Ce5s7LtkgzayOwzi12ZoS6D3soMEVCvy+FiaJocyQsVtWmQ&#10;g+QMsIf2vM0cQyY0BYzfaBUsggVeTB6SXivWvPet2HD6b2GIkQBKHcsnFyehwl+EAnmR5ZNMRGDb&#10;gkbVHNPz/W/GC9reVBo1LsuCVQXVIQ1Ymxh9W1P7jBjoaiSVtd9cwqbbwu7mGi4u3sKHdz+Fd9/8&#10;At68+gWsL97B+vo1LMNe/re/9xyeP/9tOH7wCRyfPoXFyQMhWLSLGKTI4IFTo1BhhMsBdQImyi0N&#10;6w4DJ+yLvukZDGuECeTdCXSL8AyfncHVKcsEF7BrHsGiDxPf5hqa7hrazQ7asIYtdjew3HyAdn0N&#10;frMFWG/C7xDMpXnlwTF4EubHfg6SpNuFeeTDMcJV+PsqzLUbaQAxIcZFRrePEuBMMnEgbEdIhAwf&#10;JY0+71EwB+5FNmBUe4kbXFOeucT8a4VFHd7TRTSZGfLbcBynD+7Bg+/+ASwf/Q4snvwY5mfPZZ1t&#10;FvPIwMIdzObzOOdTsf0Y7u1He339uxe8A/9/qZO80nCcqTPING25Sud7zkSZxvvoUQj34XJ9GcbW&#10;Gi6vPoRx9wGuL34l1/Lo+B58+vDzSMoJ43OzDmPw6jVc9VtJzT1ZzmEefta2aAWtJcZM6d/+o6JF&#10;Yh1sPZtjGjWKXVrrdkBtGOvf+X24tziCxdGn8POf/FPoLnew8BH0509teOx0GqpBKi0nSo4osQWg&#10;14blvL0Cgr0ucWLp62KeQWIbd2E834Tvz3coY/OEr/c6Nuo6DWaRJYfX8SapMNUeJTXbZyTHJkxY&#10;vUbzB4/DM8Ohbe+jVQtGGTWHZcz4vVbcCOw1VAOVDaxqBwYZG6dNynieMttiek4iyUdYez4mHst2&#10;0bUyxvsw36CC6F5DTUFYsdphtgM0bVCwmgDRbOiNQ5ZPPxtGRo0N7/f334beawOGoFmRXTL0NRv4&#10;mnGYZK992MjNdFnoI9LJctJwFymFbGhktHPJy2Km8d98DVo1KUaRUOYUUB5QvEg1YaPfRA8HpqXG&#10;BdJnIMqn5CuIenlsW2jZiHYX28IuvH8nuF7sQrDXAx+IE6prU7EO+Qow0Nb3Gu6gx8sPJ+hkKN+n&#10;mHCc8HYVrcZkXvUtivRcL9dHwjbC33wePCBYx98pmzGu0SrR5Uk5vIcX/wme7DYy0TCrrw1PD3cF&#10;pNuEykwklTeFz2Rae3z/Jra5STXoOcnTGVZo4dWTT2avxZ9plMg4ISuPsmlNYM0suGmafkp1TYUp&#10;mTHX6ATnVIrY75US1B3nNBY5XYiVFY0azfLmhd+F+nDtmlXM/pLgl2YK+i4ECvYaUOpFok/7NA2b&#10;oJLhIoMTgTp7GTYTcW/+lgXsrkDdPqkefQTYME5rNayuj1hYq/GDcBAExSzDHoJ3FkTBEXNglIpb&#10;GURbvzaoxvuQ/YeGAlrFHIzQqX3QRqomMVdNOChigKhOKsVx7K01tR4zFcGwZfAgm2to81B4yrR/&#10;LCSmq70INsyE9q8nuMfDT5h+6sNEE6xAzMw423ygGvHUzetw6Pm7AkiZQeH2oX3mCMaJg8L6gMSq&#10;97lAA8Psrpif9nrc8bmzCbcF9KHJ15ORzaINX/k2z/bgZ4cKdBqiIjDNzE25LDg41rzTP3h8aGSA&#10;mu/CoVzsP8uFdrcGuD4HCBtqur6UrmoOYdDGQ2blJomni/sG5PW7mZVdUhqTyTPIG5O99OEq28n/&#10;Tt46PibFWptOHBpEm0Te9IMEwjQuyqd46eR1C3ckf3tXQD1ZVmfl9cIUG3rOUd1fSNgNgwxT6akR&#10;fMAyDboDaEmyhnFxE5tAP0nybUsWEYN8Xdiwh+2W6XMYqXe2MShpvCzIYAZbHjMpbMKEJSRwLAGe&#10;ScpmZ8fkxeN0eWoWNbuzNcbZkCTB6n9VhXkYSaRLoKwOI2eJSYN0wLx3sqnF3nj3KSDsE+hnZdiu&#10;AH2g7MXICKzZ4zXgN55WbCAxjsKdBvs1keHVKYgwEdpbQD4D4FLNIJxmho7ZfXaTM0pNpIkej5sG&#10;DhPARc4kDnus2NLJv458Ce1I7+MtcK6dIQf1fQQyknbEQgLQpPHYSPC1J6IeXNy799ELMCtFMK8X&#10;ddK4TRIGsJ0Wu83KoGsO2aMcPJLOL9oARKA7+b8lVYETvkNM72yXM/BH98HPl+LdJ3VPE1FvT2vl&#10;hDV7djd0BxsSD3fKPN2DoMd9QJIT23q0NIsjwymmFzuVoG53G6DdDta7G7g5fw2XH34hYMvX3/w5&#10;fP2Lv4D37y5gGeb9J4+ewu/94d+Few8+h+XJpzA7uR+eyVWoUbmuWkhdues20aOMtpGcofO+uKlx&#10;gm8fAy+YyUmhLtuEonLt57CRh3sO8zD/zPut+JWd797C+vQRPP/kE2ja74Rj3MBucwm73Rqut1fQ&#10;X12Dv3gAbrODJhw/v261u4JFWOsWmytpjDBjbxPqluuGpZAdvAmHsfYgsmG+UzOn87KGCHqtnZO3&#10;Z7JQSeCpwFX5GySJzK2DwqD3yZfVaTOEBARNiQg9K+ZmCMenS7j/2Y9g9ex3Yf7wb0pSMc5WYp3E&#10;46wKeaQFdOE6tW0vsl8Ht8twp4hHtgb6WIBv2Izey2TW4CnLKkTDwGWLMH7eeGywd/D15RVcrt+G&#10;v1/Dqw8voAv3dblw8OjJ53Dv9EG4TvfDPWpl38F2INuLJVxeXMHN7hw+vP4ZrI8ew9nZPTiaH8Fc&#10;fOCiqg/VLswl0hTezQc+rbqOwOxNne5tOGBlDmGkAYXjOboXxsLib8Li3hP4/skzePVn/xRev/wS&#10;ekMTA1XbtZnNp3OiNjc2u0Ke8epnzsOFcRdJc3YVMghX4fc24eA2HOSxDVckDLLjNlzrLcDCm5Cu&#10;BAzzHMeersr6R+U+9m1qlkU/Urp5A745A3f/WXiu3gmLdd5GNmTyP3azeW7UqvO/LNwSysd7GWVh&#10;Yzb29fH/ffyZSH41EFbUlqzWZO/T9UZwJK+EMFAbiDYHTTSu8sVC8a/DvV11n2ST2mUYpSoSVEl+&#10;iEOghW4BDbDIeNCNJtrM8Mpm7pC9LSjJd1ORQy0waTh61bUiK91p0molu2Swj80tmd7LvM1Kbhwl&#10;oSWhE1U0pdciA1coC2rs6tZdOtGWwA7ibUqUU1TT0UaL0SYn7uaQAUw+PSXdKjICZ5rqtM1It0sb&#10;TYqT2E4Xf5SHm1KbW3wPXPI4tAbnREaJGM8FU7UQ3rP32+gbJ5/lI6+PJ4U+DtbCMFGzY9WPCILd&#10;xTOPHgs+FxpoQVsfwcI+s96aQeE2LclE41tX0loPtm2zPBMr0ZvPCbnFK5L2Vq5DII008TkvbAoq&#10;x26Wr7vwg7RfMngC2Y647haliEiAn95fuxGqgZkhA2dYEGOWjQHipA3s3abzb/fnrotjnYq6hx4+&#10;qAmnaOQ1AIX6XH57APJgG3/PdRsmyx56n2qeq+A+mgCbadSZHJ8KHeBzDsYf2M+fAs/uBOMAHLwa&#10;dhNVqjYL/BMMjN6peFyi2QxVKQBgQRycBsEnioR+D+4TZ3kyQAT+Jgb/5BiYSmO2ptBTpMa+4lEm&#10;uX9fFdlUpT3vea/J2NVSIeOAplVsJaZYcPvOeX/Db9yQwFuS4cwmOTf7jJdftV6gmc98hXjtZwuW&#10;crHRYsWnpqZ0VbuoRWMT7M0mLLTXYX3bRfsNTXyuliBXp5RmMzRp9rhiGG+DKHSDF9k1JVo2meSD&#10;+iH7Lu0oBmy6Hqon2oZ1kIcJH1oNJOjq1cKXNJrRza4CEvrBOukLA26in1Sn/k4AfS4ZwPsCeCRi&#10;pnOJMQDZKFu+08Y5IYFsoVaungVnmNvOzpUJyOs0lEMN330XwS7BuxrKXmRT7Ll0PJB8EF3EcoX0&#10;g6hpycrw1GHojExUA57lNWjWLMvIs+CLDTUhA+hlzz1znwiMfLcpx+/78ZSd80a9Jju3VCTKYFPg&#10;b2PGTbDsqd6X0IFQ7PG6bdSmU29Ld1ia8RDrz5xLqikUiEb1XZlw8pBNGqEZFxXwHRkho+Nxhl1p&#10;gprAPE8pUKrqaSEYD9x4X9ibT5Q2cfMcm8u75JHmSzgYGVopGeZa/v80fyr4nuYrSnPqoHnpU7Cc&#10;uYCD9J2U2huzASmzqnk+bI9W0K+Ow15/ph6JcYAziUCCLciyqu0E5Osbj3TL/sOOT6zA++mNbo06&#10;56CPqcZk1Akqj4Fgu1nD5uYGdusXcPnhBXz91Z/B2zc/hYvLF7B7t4HZbg0//uQJPH32Y3j42W/B&#10;yf3nsDz7VArzowV7wq+BFgvYbXtY7zoBXPp+A9vdVpsE0fOMlVG9ovZcVzHY9nYT/cGZzDJjthQy&#10;6PgKXN/AbrcRttfZ2Rz6toXj+/ej7DNMkP3NVkAhv70I8+U5rDdXsL7ewA2/pnsAc6bOba/DeJ3B&#10;nG1E+g9wvn4J73csA1agkb9m0Vds1kbook8wab7WiY1Vmst5bPuYnMtSxRTn2et82GJZwdWKTHzQ&#10;FuH456sG5vdP4PQH/xWcPf+HgCffgdW8EfB4xwQbBqfCeTQaCCKy4XAOLCPebhlsuntN4vaCw79e&#10;/TMdfJbmiSaz+JyGndo5lZOCN5tdOJdtGHMb+PDhA/zqzV/A1XoNj+7dg88/+yHcO3oIs9USZsul&#10;EIQIdyIx9RT+//QePAjXsH0P8Pr9Jaz9BwHdl2dLwUMSFpS8U736cki1P/DJ3kvXJqwsrrxZ9xn0&#10;78IYnM3msJwfwxrDebSfwNH3/gv47tn3YPUX/xP86i9+Cpuuk6lrph56PI6a5FWHEcjzvqhNU9o8&#10;qawl4VU8B82ErJXSmRngQ/gQFuxWlZ5uHkG9Be+rvIvWbyhgivhWNjxG1ThSrPmc7kNieIP4/+3C&#10;c7FYXUA/fwrzk98Cd30BzrcS4uPDPpHVmBykku1EMKp3uj6C2tnnNgOtGgQbKXs5yM3x+yX/drkm&#10;s4iveGfwMg0cSwVFfLi8JiU6I+HEAXOqbEoJacD+K3KefvLhoNFCWd4vLV5uWG1UhSjpBMfgJGBJ&#10;zytpeSCednFjyPTXOEi6ZHPD0d3UZ8Q2Bmqoabs3nj/Swt5FuqQGmAg4B1E+mTwGkx8JqDxW6PMu&#10;Lape0ndbBuNUzuv9VaR9M31VPeLmktAyCwOrjw8j+Szh5VgGnmTD8FFvm5j2FDfDS/ELdN117Phr&#10;WksMi1SPNxf1OZSDV8JEKNR/r4m9PtulxKAH9UpMYwJ44fA6Sc5g29yEAbsK7/chynB9vA6SKMgD&#10;T69J9NtoYRH+f8OoNp89exGGz+7CA9GqqZE37VlKASK80Mv7NNNgcFW82gKJ8jiIoECvYCGZlLpB&#10;yEGSgmKt2/SazJha680go2MUVFMFE8SJRow5U+KzpHRFcFkuDadn8ayCVlIRKwf52C5Gv3uVa4i/&#10;I0Yz0FxHUWKRpMAaV+1cbPdoHLSAJrG2SJf9HohmzKD8lvJboo8SYFQgANZMwZyWlG8lTUh4sPgw&#10;3pKONXrvjxWD2ARQy0rbx3Y82Gkes5Um2ZHoxj1vumPXDUuYwZCF+GsxOq3kbnCuY5Zm8p8YANRg&#10;r5+V2gwuU4Pjos7h5DmkJopXr87MYPE12PVtu7WTgBkd2CCa62TnMqqK0AJKDSX5XrUy4tuZGWCD&#10;60wlefC2ooimq/W7/Z5JarPUHJK0ODcxXw4/n2CK/T/y4ZtgcyLWHoR+yOY0YUgIxhAf6c5jOgon&#10;4vnsKDZuHLeLw6YaWfZ0cwFNtxV/XpZV8AYwy5i1yE1MKVqChle1wvxmNkO0/+jjXsNHto6sBjs1&#10;/0vMbmGIJymfj2C3hmVYVl1SKCRNLfb1lJKABWHn6DOh1ruxKHfqK+YLmTfJx6kh9c9JxFdlCDcp&#10;AXpcbpMrgEbab2JK6ibYyxpTIm7ugnndyNMAYNKMNumn9lud7ZkBsNRxqCHGjaY4+oxP6nkjZjBN&#10;EiD5TDmJUZNZfSL1YjXNF0Zd7PrG42kK4tqbcBCn7DwGD8V/pxm4LBimHQ2vYz9Yj9NHNIb97Qfy&#10;WUNqkppnrudu7w0OkpmNjDaTThM46rD4bqV9v7d7d8NKRDSyZJpYk0c7jAIgOWXFJXacBYpRVwa8&#10;naBV2T3i9PLqB/c0s/bstTBgcbHTKZ7PifUyxfCm9DM0TEw0QEeTfLkMixPANPohBxwMzwv1Grai&#10;/4oeorGojQ1+riczDpdDsQa2G37PXJ4OiNK8VzbA6XY6MnYnmcVXns8iF04eX6oO2xDnFMJucQqw&#10;PIZmeSS1mjSuxNogDmSXgTwag3zp3zj25J2EaAj3yLvd5EqWwKlYB5VWuM9SxLgn77iOCRPGNsz9&#10;21CH3Zx/A2/f/BzevPwZnL/7Ci5fvJJAw9PTE3j2xeewOrkHJ2efwursC1icrGB+fCwmYFwL7lj+&#10;6o6g2cUCfsZ2R330OW/0PLneYqUWg3ub3Vbwhw4W4XUrAWA8MhnjfTj+K1h2Tai/ZrC79HDz7jV8&#10;8/oNXDaXcP+T78IJ12DzcGcXD8JXqPL6e2G8hOPYbmDercF3N+Fzz+UZnocaloGRpg/V9O4SLt/9&#10;HNrLNZxdhWnp6kLWuu1NE34v3i9ZUpriB2kDrhyWeLFGQY4UyugSg8lRNvhslRwyi2keoZZECRJZ&#10;njZw/PA7cO+Lvy9sPgkxOboHDdfPHL7B1afEwXfQzma6w4qU585HX35RnJG7WwjdRyXofjyBAI0d&#10;VbXvi12XMD6cKgZdTNJldOLmWsbH+cUVvH33Aj7cvBU26b1wvp9+9l04u/8MFvMTWKxWcLRgBpgw&#10;fELt3QhTTRKK523YrxzD8SmGMYVwcfkaPpx/JZ7/Z+F6Hq8czNuF4A6Owz80qSKGVLhR02cEVhLu&#10;rR1Enh7Gx5KPIfx9zWN+sYTjpofNwyewXZzA09l/D932H8P7r38CV1eULSikMSZ4Qhh7EhZKeW/h&#10;zBwvcJH4/in5SFWfZWsUj6GXYBMPb2dz2IZf5LTgRjw4H4a905WEdyzbo7B3WwirmndvO1bpcfgJ&#10;zcKzcQVN2AtK0BC/jkNqFvfD91GCYHbnLEe+kQOah3P0YQLcdeE1m5g4LX6DbIPWRN8EHzYfrXcC&#10;rnbhmW5Frstq0C3MMSpPGbBuSDMhHDMU40aER7ufxbRea//Wktc37xUhFBMTD25Pj360cMO4NRjB&#10;gCSEnBoIlCMN/B4vpmmgsTD8knzCK6jGNz12z30EnlQei31sL/NkuU0mzH20OPSipcYM9vH3JTVF&#10;EV+e2Bk5lURA+exOfq/ljXrYdLO0tsnXw+m1iAujV5aapL45V76wi4w1pmQzGKkG1lLI+U65B76w&#10;ylLQCMX0FSfBGNfZL87RTlHuZNfqlR3YqHfMTDoZoNeKFPCbhUmx3+rCxUmALiYTztpW6MDiR8R8&#10;6uQ/SCmNMI6PzrcwdzvZ36dF3BZiEgmuc3ZCxmVQsqQ6nEOf/eZ8oVE30aPOOnJksEbb2VOS1KEh&#10;O+agC5clvLTPyH+KclBtBvb7/1FiRZrORfJJTIxZ8fIIu2bpWnKycbi2SyxSO5+7reV5a3ST14Ma&#10;sovhenQEF5tRkaGzx4B6ZWrXZyoZKbEjx4tOghdcBbHYq8TH0f+6bLc9HbKPdVxxOJ5/PI0XzMrU&#10;P9WqZKgiRupiQ4e+TULwPp4bVdKucaIs7QkJmWT4TUpmBxtTBTILsKbzRY7K2+d0VgBfmqBB2KAP&#10;sgDObZ08oAzi2XgDmwadNja5uKdC7ckenDmYw9dgk+Hh5t5VahqleAos1dVwM8fPp0/n6QvF6TZJ&#10;RS727sruw7swOMf2FThldi8hSQXbpFx0NNkLpTY7m0omNs3WPQDXmCBzGBDLasIDPjdpo78vAAf2&#10;vutAKgMmVTI3KYw/6cB5NNl++yoophjj3yVsxJkrEpfoPnam2RCbO7S7UH7cnANcnoPfRocdkiYk&#10;d2lRG19YZIhNTgcR/2Bsm4lh0WvnJQJ9TsEUZvDEvRmZ2jesATNXWFgD0MylYjx78UFRHKikE1PY&#10;R+NyABIXA6T5VmlcJr+aBDA1c8UFOi3m9LU2n6hijrlisYm5AKzlmNmCjgoqmYy5RUGAdeosGjcH&#10;t4hSWVRATwIyUrGRfeooA5yZQeVKw5mcYUCmOWbI5MNpJqKQHnxpPBULkrLgRdYdFfZdC7UzggFr&#10;XVN8FNOimYIzsj8jFPYkOQOAesPwS4WPFuJAddptnThbF0r5mLFImGnAIrUFn097JqrXwLp/n9Q4&#10;WIfGUGHG8fPjJ5JVB72Ecp8OW8OOGkLpnjoYS33z6+y06WqwzRlFUToAKhcgJ+a0MPArzBeXFAAv&#10;CcGIAxYyUX4+bbCMVYBYZ4Xc2EggHRXQNCcBm1av9zSSV1Ni0mYZORayXj9gQVJJBa3mHV/7/FkP&#10;wD4F4a1CjXL8EPx8FdNDxdNcBHGRTXmnjVdzQMrr93DNbzcRRUiBbCyB3pYHUOpkVD9VTr9dhzl/&#10;A5vNObx79Sv48Pav4MWLv4Avv/z3sL3ewNHsCL77yRfw9NlncP/hI4CjT2F5dAKr1VE4Vycy5UaY&#10;W0ZFQRp6yDZAcv930aOO03XD9zdce9FM/MU2XQPX3qk//etQV1zBPBxfy6DBbi4efizpfPP6P8Kf&#10;/em/hX/x776Bs0dLuNz+a/jjPzqDs7Pvh1r2JnwtYMbz3pxrl0VYothL/jQMjaewmLUwW55Jcqpn&#10;VRyTZ67+Nmw/fAVvX/wSXn75b2F5+RW4dheuB0nyfKf7VrGGggjExDmJVJkUpYU+UyzLvofUW0II&#10;OsxY1QmfEYP5wsHxwyU8+uJP4OiTvw3tvR/B/PQZtK4VQI/XB5ETYy9vmQySUl3MmEYnTRSJhpCg&#10;A90Jpp5WNVpuZ679ZoC+8uwUfCM9ly1tpFbmPAeWhvP+Y7PewDr8/9v3H+D1h1dwdfGNnMeTB5/A&#10;Dz79AhbhuZqz996cAeBOGlYkjNDYNOhdNEBsdN138xmsHKc9t3C0OIF3797A9fufwWb7CK63T+He&#10;CcDZahmBb2pNDUOD5+k2QHQ60VyacIhaJ3hh3YUBF30Dl38Az+cn8Pjr/xPe/PRfwLuXr8KYdoJp&#10;rLu4FxIQuYly8F49NBxGG5K878jrtjYevFHNcC3Nz0340ZXrxPexPXkEF00Y98sTONqsga7Ccx5e&#10;N7u+CT8/CtdqCc3NdTjaG5jtrsDPFkCPHsEmHMR8vgnjcRE+5wjc9hyu376G1eMz8K+vw3PJychr&#10;CdwQss+TE3DX1zAL59Ixtapn8HEX7jsJkSum6IZrz56Zcs9W6tsfrtOSTTCZycsy6BaWkr/QQjc7&#10;FYmC8zF9jRQLaqPWWWUpHO7QNLoAUpaX+LHn96BDN1HuGV8snBj8ftTBd9WClZIZEwyCGUxpsk7b&#10;G6AN1C+vz7oKvoFdZivyQ87eezttybKZYqOySkbNe3n8Qb0BdHRgq+CNbmB83PzzJNRyqi7NIPtO&#10;YebuwU4BFoCSIMeTOj9May0wd+GGzSUhxpXCW1h7Wnyqv1QyyExARvQBbKS707E3hNvFhQCZFdhG&#10;v50EaqTf7zUmXU1QBQzEKMGNBcVMvPr4MZ6Fb60daFBEvAdEaXII561m2JIA1G8iQ8FHmEi6xv1O&#10;zsPzxESx6BGvRKFRz+IE2+h76kScUgmVYiMdiJmy3LJ3A02I0KjQDhI1OHWTvVYJUaLsBnI4LZpS&#10;1zRpMMj6W2GR5ejGvjGSGp+dkyM46yJ8nAtEvk4sFW90c+OJcgdUgFDxMGp1k95A10cvQ9S0tmTy&#10;jtopFWBP0qf6GGXOVOTMQcQqbbNm8rkBGy9Nto0yO2uAzy52fx1An98vyDi8YE6Q1faBhsVGICkE&#10;aifEBKT7LNf+1mT8nKI52iyCjaansdTJ+FAe8qyDPRDtbd/PSX6wz+R6BNfksV9Fa4zAPbwF6oSq&#10;YIFKYEgVo9QCflbfjsabKQXYEE1dFhx9GlSBP3eTjTYOK4ZN3ZX0pRjCw0nVow5xKr6w7nCmq0sT&#10;MuMiNTJFWE5sp8yEwtQoswOLaKIKPtBJHrBdEXEvo3cKCMWJDV1J/LXnQ7U/KNCAfWpDlqj2n8LD&#10;dRoN5OKpcYf2vZKESFUH0sQbpqxn8H947sVsXoh5DILx+h8WWk4yxM2NgH24vpDNmSxhVNLSnS/e&#10;g4U95VIXMDYSoUiRUdPqeV0Wg/awVvpuq8Fb6kmnhah2f6Qx54oNZwH5hqCFBUZScEOT2F5qfu1T&#10;7ynabnhlZ+iSUZhrs/IsaKhhZYU6lAknqWkKtEh3X4K6Gv1VX4JD4vKP2XtOeoyumAxadl1koJU5&#10;VuRgTpmUiWGi4Bv3U5PHmsz/LeZUXU+1zD9tSxBgQpEyQb5WUDWHXRi0KHvD6bkNI2IiIJx+TtnP&#10;Ta6NNyBi2u46c70dViBPDhDVpGLtBxbgEG3wmm1QUeK/xEvgSshOUmCOVJMa9pY2Sk73E5nV48Ys&#10;vKhwqOcnUhSyctUxDiqEpvlkl9CJPtPkfJeCcYwkfAj+1bWNYQRSHIsi7/bm42jgSWgz5fR6eGdS&#10;b9Oc5NDMgyYsJ4GktrGCGmYw1cj1EekuTMOynFfhYt4QpxOj1dczvUuSYw8ja1br6Yg2dEqPOTFW&#10;09jLim8Nj0hs3BxIw2N6Huqf1T1wR6dSi4khvQ1akpPoAfaSTg7thhQInECB097C+16fdS8ARvTU&#10;LPJhOWqKHYLI4mFz/1g37DahxvE3cPH+NXx49wouL34KL7/+j/CrL/8S1ldrePpgBQ8/eQYP7n0P&#10;Hjz6HsxPzqBdPgzny/5yJ3H6DxN3m5U4nXrH9TFNtYvMMzbwF/VUt4NNKNy3LMfFo/BMraRhcRHW&#10;nxZvYNa8hFV3DuGXwm8/hHXHgOEvwW/ewqv37+A6fJ1fhrrjooNfvr6Bpycv4ZPv/Bv4tF/DfHYc&#10;6sYHIgN3wKyluUzmLtSSi3krUl8mjrScYtvO5HI1i3swP3sIzdl3YHF8D15+9adw8/4n8OblTVzr&#10;Osr77gQcc0LuVqWWPEcsWlZ7KTNWb7dowTCBMVo3t8ySWsCT5y2cfPqfg3v2x7B68p/B6uhYgI2G&#10;3wi7GHQlrwh1Z9+qz6jaQKWOkwJcPvmxmyZvs4/MsacBfLhZWTCN6NvpI4kISO0jnCqcKKu5uB7m&#10;fzfK5Os5g1V8+lkl1MMujAnGna+vt/BhfQ3/6as/h6urr+Ek1N+fPP0BPHzwGSxWS1gerWARrtes&#10;iYQn9K1gOn24171Uo11WhyXpJzNUseHM1xNY3bsJ9/4efHjbweX1hzDGOCjnuZjazjm9ttmGK7yI&#10;dlxQCF2YE7K9eIRKbUtRyo1KiqmVm2Vv1yOp/ZiqGcNrj9lHT/Yf4UOffQH+9Cncnz2HTf8/ALz9&#10;AOc3PWzZd1G7mU7XQAYImV/Tp95qo40Z5zJjnlJwWhetxPj7J0dzwVHmsxWcnpzAizcfwqC9gccn&#10;7+H60sNps4Ljs2PYPfwE6PULuH79VbjWS3k+6MEXYS94BfjqNRz/4HO42YY57fUrmOE5bJslLByH&#10;ZiyAnv8OsENh9+a1ePdTOLfdZgN4dhKO7xhubi5gtV2DWyuNn2bQhvHdz06hX78L93Irc8GMwznD&#10;PXbLFXQ8YBZLuc67d++gP1sBR4405+cyf0nC+XYnDM4Y0OFjKETabFMy6mWZCDmTXEhGMlm312gQ&#10;+VYlW474Ufs16jg0FL/l95M0q7CRItjVoCvdYd1sRnZd1Fg68GZBjTLNrUP1UWlk8LgmpqdI9x6i&#10;VJUnH5FNhR1m07SZcegwJgZ1/DtZ/1CAFpEAs4Gim0XKKeqxQ2SCCcCoyVqUWHhxujNAlG7a+Ng9&#10;d3zWsijIIi3mtq0AQl4CP9LurM/MF/4MWT6VZUYqMUW9915AJKcApD6YrlEqP8iD5aNJhDzM1J9H&#10;BiMWf7t0XhI8onJg6mMaDynA5g3g4kZBLDbRFipGn92NDX3yrLQUE+dn5AE1KF5xWsYwVfRhvpdp&#10;lvR5HLrhZmIoc01+J1QzRaLPJY7ki5GNG8eEN4CQM+m72Vg7MRmTT+EIVSry4HFh7iaBuBGqfwsY&#10;923Sp34jWWpmA30QezpAnUcYU+cPsfvqMUXjeNFMAfKG1TDtjXe3jcMY4cBKFkl3Yx0e8K2cmplv&#10;ZblNcxqrqmsfC45uZVDiRHGNH90pLY2jASyKkBtJpAnkt45gshGmd5R67En8tdVlo/QMP8TmiEas&#10;Y8zJw3HucXCLFPy2zSh8PJiPo7llzMBzQ7DMnJgAbcYHlkplOAH+DQpxdeVHawtyULKOFTso+VJh&#10;zq0xxakByMcWOsVcXBgCjBixP98ubHvXV9CHTZqAb0glPIEw+1zlyyDztC9eiLomR4ZNZIskaw2X&#10;5nTV/qJWTXHJUtDB+OvaB6sCWnWKcgPc2wZ1Z5Z5ClwjA8xr6FY67MQkA1fmcVTZFnTWo3AMyDiT&#10;2ks09kmDZgCAOfN5qbR3BmjrIwjYdSZ5N8XuKSsupyFTbFLK+jpLTxCJTUaasmsj+eQDvacHMxiC&#10;GRhM+uIM0tcNijy+DBhLlhkGUPnCZUFCY0jT9rMVFEthbOgG7F1X5MM0nGINOyvuH8r7Z6BYETcy&#10;RpI5YXiY1Jy3UzRa48fPlbVewXqtq7ti2oyd6GNMBYQM/SGHGWRTkt2JAI7KN3MKXLRApbnPjSPD&#10;JhocX5Lv0vTr0x6R7D7V4SiN21D/yno02A6QuQDF41NDQazdCSlxwhu2fAIuzbXAqXRtTwPvOxwT&#10;y0mb3VAb41MoPv3iVNjNEVByVR0Bnory4FAflO6ikLBN1XHzSoSlUufOY2gje5K76K8lCUXyfHRS&#10;jN/crKHf3sDF27+Cl1//B3j96pdw/p4BgTewnM3hi+/9Djz79DksT+7B6uQRLFZn0MxmQsQQQM11&#10;yo5SeyEfmcbe7+RLjiZ8JgdvMNDTdVvYhPXmZsdyv7mwvJgD5OkiXMZfwQI30NwQrNcN7MLr3374&#10;U9itX8Js9iAU94/g/uoLeNjOYPb5V3D19f8C37z8AIs3a7j82Wt48e7n4uM2P7oX/mZAAGHWnEI7&#10;W8Jszr6Bp7DuwznQGWyXHZyGc5ihpoMuT2GOM+YuwZOjR/D6rx7D+fX/AR/eXsOyjbUj124bzzJL&#10;gM22g/OrcB4dA3mNkD9WM4L7RxC+XLg+jTDPGKDYbEmA9cWJg/sPnsDq0x/Bg+//fVg8/Bth3IRj&#10;XZyEY3WR0SRKvnlMJm1a80y70vib2Du6b7HvGdacU3u+YX2AarkV1+42r7ON2nwkW6Mmok+6ZrcQ&#10;VYTXsOs4ANPD9fUa3r57A28vXsMlJziH6/ODZz8I1+cpnJycwdERS+EXEZjl6whbTf/m6+lFjShl&#10;JeMZPoU8oozr5AHCI6ttluCOnAB2cLmEq/UbuDr/SsCpk5MHkvbaqlqRso+F6iooSvUZT0jBRC6Z&#10;xbIq0ZVgjnStnOYMSOiW7u9YQsxs02X42gEHWt4Lr11B893fBdr9I3j1838ON7/8Jex2Pve10m2Y&#10;YQpMKmSK1uUpJSoR1fnEKxObMYpdvxXM6GixhNfn78N774Tp976fQXN0Eq7DOXSvLuCEXkMbxv7q&#10;yfNwu7bheQzX7+Il4OoU4Ic/huuri5gS/egx4JtvwvfvQR/mAjg5lgbzNadmH58AvLtR5uJ96Fl6&#10;zoEoYT50/SVcvn4Dc04jZws3TiYP947OHsE2jIFm4aCbObE+EEYkX6/js/C9RXi/8GzwHeC5494j&#10;8Ote5jC2fmHiTisssN6r71eZzVOkuxOtxl4VkqH/08g7Z/igFUnWLUWS+dOkdFekbBtfIB3dMCtz&#10;QgA6RUFiKiCKRHVHCXzps6ecFHvUle4/NppGV6LS0iKbNvkYJhVO4WVG31xCJ8oOTBYqWbCayOpT&#10;eSa2lCcXJ3LZTtNqjReJDkoG0pqUFqkbejITTZrEeGKMC/QubhIVvOu1FRnBH5Lk3Xh7wzG3TQQ7&#10;07VoTOfLRSAzegalnbo3mydXUjNlY7nTbsgmTN7bcI4LDQvpc0hKkjlkfxVkr4ROdOmRUKnsOhcN&#10;MKWzkKV/mkY4ANCyFDfJdCfkkEnq5bQtTtrVKWw9D/UOZfAWVLNtIqHHZXYU5iI9gQV+egHIehTK&#10;tV3sgqocXSnQKV0rFXENFn+WtNXpU2dEzz/JuuL484ZJizXglMzrrfQpg5t9LvcRcS/4dhuQd8jf&#10;bEpuvc8Xbx+Q0yCOGEpT8t27AEFV+OZUGq9zmb4Pe9oLyecudf7qyEHLtnCGx4YTLCRb+NItm4aJ&#10;+4FFK4x32ahMsLZKe2+8k04LMZpmynizjHuBuik8cN9Ywkq+OygQDbCJt4Cv096UYNamoZw3MsFT&#10;MDjq5rCGpM1cSHtpcsYLqU6ItvM3Kr2EMtBcs1hsgeiy3HQ4/v3dwb29gN/dQb5hqEwye3fD9zLg&#10;QeUzaKNBdCJMeJLL4IVtxBh2p3pfWmb30P93uuHiRqcdza3N/OMpByujZZNUmH3cgKaE9yQLYXa1&#10;sAW2G/AX5wBhgxc9VqPJsk/Fqq+TSUtal6vnBIq8QbERAS0A1Vg/MQS9yqDyqxS0dFCzTfP84wvY&#10;V8b3uGAvgGdMk+SNsk+BD+m6qDdmlrTyJnUW15LGqThAHxVMYFti1ZFJFd1DWpZjayuRxuhxyxJV&#10;LIxE0R6kNNsEfDUGqGssyFIYcZjQMVdZqNXjvpl45LHGWZICrQJb+yiXtYxA+6j0iUVFNfgkjFMs&#10;CxWldQ4HmPbEtEuGxjUcxmmfGRMtjTOMrXoNsCPbT7JSV9qfMp5iFq38N7HT3Bisn+ojIhYpaEzx&#10;HKOjBhuvWhSItxPiLQ41ygqhaYA/MyyhlihbC87h+w9NVFAVPeStVHmQ6m7xOm/ej25puNpJhYas&#10;TsygYT4v8/3RoPbD+4HDQ6zy6XKQx6jXaAOTjPWBBnIktigl2fpiAc3JA/Bc6CrTGU0wId3BP3jf&#10;nqpev5qJYI0i2BSVFM/n0nTZStooK5O2YW7nOqvfbeB8cw59KPYvPryBt9/8R3j59c/gxYtfwPbm&#10;HSxoDg/OvgM/+uHfgUfPnsD8+Cm0HIgQzm/O9gocpJcCDnyTLyYzXrtQvzUMfnGiO0aAxVNYUzqE&#10;q+0NrHsFysK/NyzPc9fQb38Z3u8mvMbDYvMB1tcOzi8u4csXfwYv3n2AJw8ew48//xP45NPfjfLP&#10;XQeX569hFurQf3B6BKehzto9dPDm3XvYba7hmiWwq1NYrBZwtLoPtAxP++ocmjnLO5ewvf4auquX&#10;sIbfhesVwcnRMdxfNNCGSXq2XMHJ48+gWT2Cxdl3wc0ewvbP/yV8/eKlBCrcbAmuNh4utgjvr1q4&#10;Cqe52fG9aKXOXsx28J37Hn7/+RIeHWGoqQFY/dg8bOD02Q9h9fzvwcmjP4L29GE4vgewZJRJWaAR&#10;uOlkzoxizr54poL1rR6Du+4jyAmH9uFDC6DJRF9SUg3EBh4BZjWVIBJs55G3NPNwFh1s11tBo66u&#10;Onh3+QZevX0B1+uXwuw6DmPrR5/9CB7cfwztfAGz+QwWDPKJKV2vZUET5x0B8jy0s7nIr7udFyl2&#10;r6m2jeA+s8ioY5ISE5Eg2nS0zSNYhnt9dLWCd+9ewLu3P4Ob9Sfw4OEnsFwshV3WajinAHzsJczv&#10;oQs6H4ckHjROy+DwTN1sZCbYbXj8dsI+ZIUaA8vs+RUVldFrnzMM+Lo1bhU+ZwtXjoHop/B09d/A&#10;ved/BEd/9i/hy3/3z+CaE6T7GF6zWISxzWxYhOxj3WIh9iS3kl4bpbwOtpiCshAWrQvXvofj9h70&#10;q2gNt1yewW4R5qnj4/A7R3B1+ghW8zlsud/LMulw7BjORXw22bP53jHcvL2A2ekxbP3vhXluyRlu&#10;MWl8tQz7xF7G8eb8HaxurqG72cIubJqOTu+HOWcdrvExnNx7DLuXL8KccyP+z9vTe+BOTmT/ymzg&#10;3cV7uA5z0ZGEwoWrH163OHsE3cmZsA8vri9hxq+dHwOezMPvX8IiHGNbihVfMX3IpMvSnuI8esEU&#10;rtIU+m0N2vFbgAl2dzpZEHs/kBhTtT46lVvGsPJePOfYEJvNJTv2QwgXazab5cLWRTQLuk24gEs+&#10;/3mRBeaF02dfNsRSFJKyJBEL0CIST1R5pgRPqKQz5/xFbU6kP4cRtCDtnJZdiGUBCgDSzuVh4eKg&#10;F4AtvH8YgEJDhyS/jJ/hwFVmnwIkpYQsisyBwk5UTziIPnssg26ZJd20OemrcQU0EPov9cUEkpKc&#10;2Y1YNcwElBJHU5tzsaJyZ0K7PaUc0T4S+NNQY+DNDizJWSGHp3jj21VNyhriMRxTQ3+1/WOacqHV&#10;K1CXAjKy7xEVHwrKZWWdLJyKLa9dHsACwJHuzpM/Qo6tV1AU9/hv4QBsAAu6a3o2wF1o6HczoLXe&#10;bnddNG/7XbwDyJdBEpoG/PweRqEbTUhUbQhpovvnc4gK3gouElDehNM+n4O0iXYmzW54DQdUgjw2&#10;cUJucCcW5phxXVMlas3aVCfzDtujSgZ/F2Bpyk9yWFN8zEZs31gq524LVIzFBtXhFjg00RqA+TWo&#10;6KbvNZRUrWoE0jS7MTXOGoT9bLUJQHT0/Y9gY07doVqqOwSJ6/EZ5ZLaQW80vEptFfg/sVDhjjtb&#10;Z3iKHitS2FG0JgAYAH0T81CmgUHF1p8eDwNfPwMWO0isluKdKbJZp/OsdgNoMJ+kv+VceHPFuzf2&#10;7AuFYL++BNxcyzrkO5XZGhZNKnzTofVphcMU9KXzhHr0Kb8u7h1kc1dSlJPRtMwtDjU1l2pAZbDR&#10;Qpxg+1RepmYd6aNHWEp2zXOGM/OhM8w+Zdc5Beqk9zhXZRyYVN+UQAv1NJOdMFyNZVvZICQ5cFOP&#10;4BxYkPzsGqrAK94lZ0cXkwiM6l2HKnNFKkAg9JDT8TL7EacfIRqyykzvNMld3QTrckgOdvq7veVA&#10;p3MwVqWWsWcXKDTZD0QT+H6y6aACTKbtabV+WBxoIGXFgV/qaOk2bLrkb5cIAISGn4XlnIdS0fQa&#10;K8vFQf1wGDAcT3s2mAPvTnguyy7SJHswM3cdjD3jfEkfzewSKAxfrFDZxP45QF/zNAyHrbOMoE4I&#10;dmkd88Y6YgjMUU3WyOPSY35g85xgk4FvWffTdSlsOpXeU71vkeV2EQrR5ZGAD9EzXIkgxl9amhwq&#10;yZ9c7yukfcKjT0KMerMfS2GOmmrOc7YyXx32Ih+MzYlOwKPt1QVsrt7Du4sXobh+AV9+9VP46X/4&#10;13D+/i2cnSzg+59/Dt958ltw+uAzOL73BJpQg80WRzCfL8Lc32nIYmQ1sQ8eSUOHb2svCepcw4VK&#10;XcIXuy4U8d0M1tvIMlr3cwH7YsDPh7BWXsD79ZdhzbmE7l0H8/B+r0LB/+U338A3r97B/cUSvv/d&#10;P4TPv/sDkQ53Cliev/xLOH/9NcD5r+D7Rx6eHjXwOlyE9U0PrzZX4kOGp9f/H3Vv9iRJkuYJfapm&#10;5lfcEZkZeWdVdVd1dVcfwzCyyIrsyMI88IIIwhuP/G287BsgCPAACCyzAiM7u8OcPdVdVV2VlWdk&#10;3BF+ux2q6Heompq5e2RkdSMD1ZKdmZER7uZmenz6+34HTGfu3Na/hO4eyzhB9Ql4MsWpu0T3/u7z&#10;JPc+hWH10N2nLdh2zy7V6CTXg41t970ISPY+hmv9Br6+OoHxJIPxTMO8MDCdK7KJQlki2jwh2Idp&#10;pHYORLi5u51DJ8HQjQ5sPvkMdh7+Eezf/xPouPtaddz7dPoU0BEaduHUldakHHqeZdg06lr3Qzl8&#10;H65WuvEsoOrGuJXamM+8RhRzJSXqFkjMQe+4IoHxeAGzfAjvzo/g9Og3xNS7s/MA7h1+AYONLdjc&#10;3KD0WvSvSHwoJ71eIjVSIVtHStJw9HvPkUHb0ZBWyFirSJVQ4WtYugL2UwSx9sLtDEG4NIGNjU2a&#10;g8PJJUwnZ9QE29zahd2NHQoY6+se5G68UrKzqesqnAtd9zPDi3MYDa9hMZ0S0QcWY/JtLPJC1v0M&#10;Sld3ZO59kl6f7k9nMIBpwaa1XTeuu26sIRELCVbzIodZ0YXdp/8CtvY/h+LqNRTjK/d6E1rXpuMx&#10;5LMLKOanUM6HNCYs2oJlXej39yHruLGduLUn7RDhKSXvZAZHMa9ggCxXN94Iq7GMq6AiEz8TJgGn&#10;vR6t+bPx1M3h0n1vx31fAosyZwkxPonutpt/jA+RrVoH15mE7N+qVMMUbc127sDiDoPmMJvAFUmf&#10;9yDPNiF3r9n/8QLy0RUs3Ne79DocTFu6z5/0tsAtODBbTInQZTob7iNtkyXKuHDff/c+LE7fUvCK&#10;3dmDZP8ulFdTSBubeDR4tQRKxAfNdQddL3tsF8fKqhv5BO9Lv/HFOhXkkYxSqRWHlgDSGNF9a6JH&#10;K/ka0lhpEKYdmXAotV1w+p2uXxu99Tg3gj35fOhCODCQJj2nhSbD15KHqhXUnkoAAryZOhQDf8K9&#10;ZwIZX5fF1KRO1MBkoErX1C0C/bQAb83aSlOIBhrEVu7hd93kMLjBYNIOAXwpp+6inBl9Co2WTVaz&#10;ybeAeypEecskDTwkpFojA89NRCMJsJolSJqinRmIwslAn1gOcjwIKjbSxg6C4cQl8BJqqe5pYcCE&#10;YpFPe0NzGwGTWt2ckLQkpwzPPmZS1eBLc8xIipCKDrPK3/NKPCzrQyjXFKv0PPWpPe4WeSk5/ofG&#10;n2hayzUYp3lRQIxuUhVqqW2zfa8EhFYqcH0CyKkl4Td0r4IreuSIGQNBASxaZnP9EJnk77tJfgjI&#10;aG64NC3R6+8D+lZvxrVXXFwMK62aCbKtU4JdAUa22aG1nGe9zFi3Tiw27qSr6GDVkttSiJDSMm/U&#10;DcCOWsGAbeXctpmJapk2cdvnquIxFjEX2/dN3cD6hDaj1wPhcLsxu/5a47CJ1vUCe4vyNbfWW72C&#10;+avjg1clkVPmhvvSZnWoBtjmP79uoDX8mjZiEKv3gH+rnv9tWmnQ8hB831pAa603RPYnuMgJPhVv&#10;uspUtdyDGNwJGRBr/1kV70lxAFfNGtKrNNBrPuNqsNA3SEywTNAh/RwiENDcooBXngWHhzQ8hc3G&#10;UM2vIVkMmTHtaxNjfUZNdCZXIlNVIT3dgg6yPp9aqCKfR99Y9BRBFadrtBXS4rkVGk2qSQLz555Y&#10;WOGBPCVAV3vM22pFj0JFfJpIGqltxJzDy10IW0/AunaYBT2Tqgb+7LozWdICu2wzpEIn0fvG6cup&#10;bYBwjeliazDJRkzCAAbJ+xm1JkRbr2CHSWiJt9eodBRqAlFIwwris1J1onzjNqcRMKPWhE7UVsMr&#10;FO1etwmxJWowwW+A/UnEyvKybiO+nrpF84rBFKNCgIcH8YxVoQ6OLUgaH0559qiCtVuprhOPVy11&#10;7W1tHZCn1GqAMOqxLY+RSIbt03YDyzkOifXorYnGlf/0VgWvRRASpGkFYqyUIgeQ3q4G62DZZ1BH&#10;y4IyquENrDyrz/vtRYk4zcaGDcxMv36pFTfeWhWFeMFSUAkXKN4Lsx542rsPdFzdMrhDZxZkxnh9&#10;vxWgT2l/baphqXNzCaJbtZe/OYksZMKWJuVVfbYlrzACO9AfbebqdQ0LkuuewWh0CdPzd/D8u7+E&#10;s7ffw+nwErayDH7y5B48fvQRPHj0OfT3nrjL70LayQhYQEJJ5V4v0QwQVIbPTUqi0hF4MLagZ6JL&#10;9ndflCnMihmBa+O5+3/dZXa4nsC8GsN08hu4Hv4Orq8WUIw7YMYlXF5M4e3ZEXRSDY8fPoJfffqn&#10;MDh4DJubuzCZFTCa/Q4m43eQlO5a0gEMtu+4c+BLeD2dkif7BEEBDGRENl2pKBhAFyP39SkUQ3e2&#10;HXShu7UH3WwXkmTT3al37uoWUG2MYNT7AlJk9altgE7utsEZTPJr+OrNP8C//+1beHE8ICkugjhI&#10;FCk11wpJwgo0HJ8o480XCiZlAt9flpDuKHjyyT+Hu1/8F9DZeQRJr0dy4p77nZLpUYVhDPdubK2Q&#10;0ND0VFBho+AuT30m/P3OH+tkvO8/X4CMP4Hk3LlaeK4k12YLGQPzaQHT2RzG0wmcXbxwY++MmItP&#10;7z+Bg90H7rluQndzC3TagRSBKpl0mnz+yyUKLqtWxPYDsRCsWRIEXQ3VbIhD6EVJQB/+e5LoQEpS&#10;klyEICv2aVkJ2ANtjmA+OSNJtilK2OjvUnWqU/dqGFbmaqLF+Brmo2uYDa8gmQyJ7Yb1dN9yMCmy&#10;Z7Em7Ar5B8ycuoXVwo3tCY5JN//OK05mtqQhhDmmEbuhMzVsv1a6OdzpJOR3l2YbMLjTB+Xm5dyN&#10;4x10O7QV/RuycslqDX84zSDJROpMOEPFjPKKSU2k1DPM8EtQao9KjcWMxlHl5ibhORn632n6GZJh&#10;IyuZ6lskXi3Id58Yp6jMyFJ6TijdJ6JXkdOz6LifIR9mfFruHubuOpHRWhQVMYk7aU6eoKbTgUVn&#10;k5R+7i0Bs1RR2t9114AGogncZ78/UgRYKBBsdAXXxK0dA/UQ7LNPKRPCohwfwcyFMPu8RBagXlx9&#10;UIWNjOS11ksMB7XGOIjACR2zQ1SjML95AqoGu2PNiVo2GvFqCdqEJivOEHAlwRKisEKzS/QEwGvE&#10;BYj89sTcGweipoS7hG+kxHQTeIYglpu9KR20TQAjJXOeF3P6VQbpLyfR+vuXEljIkz863FAqcMID&#10;wLBXw2I+Z3NO1GSXc05TcYOqLBUDcTi5kDorEeIgAR+AoRnyWQ2aa/a6ZChO4IDcG/QVIU8KpO2W&#10;tZcbLkScYmyCZ6D2Rrd0f9EItcvMDZ2RB0HqD/BIeS+jPFfa7JiBQPV+5EGEAEcpdXiTRWIi4EKt&#10;YdutW2hrZ0jvPxMD1KskblpYbtbeDF4p1epmW2h0aiKuY+hGkyw69uzSvoDGJGNLGxazZpsyxLZL&#10;ieG8cDag9aCfFM+xJ8XamWRNDfhE/oqesas+mLl188a4NuXzvRuuXgZFAADgDx8Ssu79lWphB0H+&#10;HIEgAM24yTbjA9q+Zjdf/0q2Ygw+ewbVe0BMz+5bBaaFNb0F+Fm1ij3des0bwLYG6Nn+tNa+F4xS&#10;S16wamUTSd3AEGyySlevHTclxYZ7rlVtLxDgL9M6IKobUmx/mAvlKoZfPRcruceNyJQmywZWJJdY&#10;cytW35K/TMTiXz1Wa0sCD5Ib2TfZV0IK2so0QNWKkgUZ9qZCXSJNsejKOtLoCNJGG2QXK5mSkZy4&#10;NutfB/ja6OAdOYlJuruS+sTa92vhfTOLfg4HChZarpi17kAI0znR/oz1e1rcC2oz0HAdz9jsPEnE&#10;hqROL1WNZyr1REDMxMfX1qxw45lDUIM1NvLya3v6hVc2tbLQ/9lGwR2xBDmARDqSt3oD7A6yT2Sm&#10;pNEBR4C+G3F3Xzrp1V5oMSPP1iVWuAbvOML1X5R4bCPjOQ94JFFKrWoy90KoZ1IHOKwC+pRaxhbA&#10;Npl+VSzZFKza3AA2+d/1ik1ARa8ZAjt0s6Glo78YiMITfLM9WUUqZ9ZjYIIpFTV9Itl+K4hhCZFT&#10;dfBFvJepYPxeS/ehJa0N0un20q6juWPUSvlt+941WIjaNphl8fcas7pPsjr8qfVvEajVBNMY6DMR&#10;+GZCdHF975T3ZGyEBq1quqybLm2rENtg+pEaKPIHrfOZVBiEjWozojzaiALp/fyMireR9gXbNV2A&#10;pv+2X0NUXAfjr4Fb+7bvgR1skAUR1srGNzcbTbn1YOjyXYEmtXZV7emVNmKxZMgXC4htNpsvYDQ+&#10;huloDKPLM3jz6i/g3clzGB+fERPp/s4WPP30Z/Do6RewdXAPOpt77rW60HXnK3dak+tESZ9hQkfl&#10;U655YpACC3lWtoACVVOozHLXMK8SQNVmYTP3Kgnk7jWsHcN89B2Mrn4Hxydv4eh7ZEhNYTxawPWw&#10;JDbc/uYAfvnZz+HRo5/Cwd596G5sw3g2glcXfw+TxQkRUfrdDdjZ/Rj6agPg8tfwFrcqOuN6dRAC&#10;E/isDVvT5BjQ6M6HeQ7VJIfJ5cR9jlfkq7h1fwd253uQ9085EAN+CmrnIfRMAqNyAv/Dn//38L/8&#10;738LZojSXe7iIOkD7wUyGa1QxhkbN2QPlvbRjy6D1+5zHW49Af3kP4ONw59Ap+d+RvfpvOn9jMuK&#10;BxOH11vyojNgasgvUlN5slJlmuvhTaSR2wB8P4Tdp4ICgjc72sEpOFS5525hNitgMrmE10ffwXR6&#10;DKqawNbmA/jo/k9h/2APNvrbxB5DYAlBq472oXsG4kyA5vtrtjXznwv96NDmCzXhqGScTRAEAVuM&#10;waCcfmOPWJdoz6F1XQPiPVbajcjOAHb1DHqdh3B+dgbTxSmMT89BuWsryLvfvZabMwg+Ib2/6+rW&#10;DD8pMv4kEwBBbjyL6qqCXpZCgTVhWQopiRUeSMgyhQSRGQ4pw8tHVud8gXJkfs4d97pmgbOPvUmK&#10;vCRrldLVIcjgQ5abyQryrqM1SAvpiPCHnMaSkmeCtXWWMLOX8gfmbn66+VVVmvwM9SIn/0BX6DCm&#10;4v6OQavI9qssh82UxPDr0efB8ZYl7K1ZybPAkapRSo3jn4yEeb4l7r7pTkKKCJT9M140J9AVP1On&#10;2wfl7umiUATGJpo/E65bJeIAbu1R4hPd6aINm4bebEZjBcHdCv0VO10KQEm3eliSmRYfJgnoBElx&#10;8AKFFbfkwcWiI+nm1n586oYIPaXeL++KD2+qJeWqAzz0DT/LE6KyVYPLT0wYBMSIzaZFigvEtGKf&#10;N/FToE2kIoppDML4w1+aMV22ojjkTFg2iWjTK1rMeSDpZkGCnnjV1L1yF3JcELOcTTtxsXWTEPXX&#10;ZVHQ+xR5Rfpz/lAslUWzVmP4YeOb9fs91BuTr9ncDcIENwqp5HGz0QluKF1+jmL0jcBnJeBoRUVJ&#10;yRuTZTaiD2RJEx3AQSUJhoRip16eIB4bCDgKmIe3usABT/r7rI7uwvfQis8C0jFMTCRjNTYEcdgo&#10;ufI2C22cIGkb7tLQoCxYOdU0EjYjCYtZAZDUQOFykeu7lzUrr+VVFTNNtQ3G7D7hmDuMKviScY3C&#10;pqfs8VHTJhgIVpJrqhoHfXtD4ujStQQGaV1Q6few4N634QVQypj3AiKrr+89noDyKbWKgbHmVZsV&#10;+T16DZDWADRCV5sl7MErMXLnDnzL9s9FxadWNfM4PjUYG391FRy0BlRpvEzC8o8lcMuneOuVwJtV&#10;NfgcMzlXcb2W0phZOxPY2soniEZzxCp1C2YZhJRyGwGRgQl2E2gfdfRDw+l9PoY3FmK1/D6+f835&#10;DjXUEuTpZrVE3tM7lL05tCMCD5eRgvcXn1bdMPfg9tLq9cWpXQmQtv/d2BbDVDypSiv7qrwm7qVY&#10;/GDhk7tDA8pTiiInaZISf69u1odONqACKavYUyahTq9tAI+wKmQpPgg26ogb7tMqOo8RlEubJe+d&#10;Nn0m7FMk3y2oS5sUc0jmI6hmU2Jo0GG/knmhmqzvhuwSJWtZxtrXRDdsGzytDMFSRYdRtsmoUzMk&#10;zdCz0lofP06SbQSDQP0SDcBD1WAgGfRXvAa2seLAitcRGOOZgirygqsEOLQrADzbwqC9919kMdKY&#10;khHgFz6iWQ2atV09lLcaiRJfrU+mVXG+QJNlBc1tfZlpt4I4BBF7M7C4PPglm8da3z+85bpl5dZK&#10;yPXgphZtOMsdmyxErr9skJYGiXaUAhxCXaJ2olqREp5IOrMHPWGFc4qOGY62+T0xA9Pe5KmnmkvP&#10;ErCj2nX/miXUtNh4K5g168A1v4S3WXIhTbdlzmdb4Lln1Bkbk+VU5PUNEfM+CjVRtXR3tSVfPX4t&#10;qObDDABza/U3zeUmzCvjGZgQ1aTthl69TtoGZnbDBPDrjFHQMD+R97KRl19IWpe1ouxl0Nnch6rT&#10;j+yQuKlNNkheZSRWPEvXvDZIzTQHpvUpPnz+IRuEpCPEBktEh/n8GhbzMUxGl3B28j1cnPwaXn//&#10;DTx/8cJdqILPn+7CJz/+D2Dv7hPY3HsMG9v7yIUiyR8luiMDCjrEluKQDQO5LYP1kg+YwTU9x0a/&#10;2yRmhYFZbohFWEGP9qB5XsCsGkKO3oCjv4OLty/g7ZtTeP1iBMdHOVwP3SHeJLC/reEXP/oYPnn6&#10;Szj86EfukL/nzn4TOHrza5iOXrqxmMH+/n3Y2dyB7e1tGCCYMH0Nk8WvYTwdQe6us6OYEddL2KAT&#10;v0baBPQRrBgMxFUiTfme5RUGhLj9fDKDbPNcsqRQjvnHcJnfhd9++Rfwr/+Pv3Pb44Z7lbHb27tU&#10;F9BZVRaEAs++7l06aY892RA3QI8oM4dJkcDzqxlclXim7BGTCkMuVaoJFEokZMH7G7DlTsGgKlQ1&#10;uUPWACULsdLqhoiX99ePv5/SSQWyhU+CLak2qkiFNJu5z3t5Bcdnb+Di4tid98/h3sFDeHjwc7h7&#10;7z70N/DeDSDpDqBE4Cfl/Nu8MPS5yMscGaJiH2bk3uioBYT3GSXClbsf6axw9ZiBjqtd9OVzKC7e&#10;gXHva+4eQufx55D3dkFtbHMTUjYWLY2aJOvRPEQSUXpwB6pLDeOLI7DXr8hjEgMp8skc+ti51Ywx&#10;4PNOSOXHOQE0tgpL4BNpVTAEB4NjOhmDfiUDcCDkIALaMl6DqjKHbm/Lvaa7D5lYdOUVZG4uVeRV&#10;2IOkswFd9MzTOVmrIHiJ52ZMsyXsA7GLqqoJOVjLUaYCARpQGD7DIj6E4B7Wo/PF3F1v6t6f53Xa&#10;H0DfvR8Gg1SE0/C+iinIZKkGTBzDayJSVeJey9V6CHoi4cq6nzH5AsrpnIC8At/XfW3Q3ySQcoYq&#10;EePWkhmGd2SQ9DqwcJ+xDzOym8PrLIXE2ZGMByvn+RRQ4uy+t991c31B2FcydetKgSYBAINU1Z59&#10;dUAArADmYCVY1/a4Wt+nalNmbmYBLdNg4b1yrcDwk82lPqAnZBLJtXTFCKnl0AN8YaQ/4oAD8Yyg&#10;AAX8eoGIbkY6d1bR1hUNgTfSkjZRkrHfamu/QwZlCEtThJOL+TJOevde7j04kZVBPizuyRMoyrdn&#10;L8GEQLVSkGMraX0DN/gU2WSi14M7YBVaFsVKzIFLAeH44KClgCL9d8UdrsoNRJpsRpgChtshlEic&#10;+L1dU2Q3R9zZ4FaHan82tbW0mfFmmkTkNwSKO7IJV+ATe1TkoxcYZ2LmrrRa2+lcBTzVhr4QGKi4&#10;mCaxwbOXmatGu7I2WRXpVSjLhG3RAIuMj01XSz4wsdeWFbPtwISt5JRFISoRFcD/LALp+KomYkVC&#10;7UNHISOgaqm5HK5tBN7dFvTQPqghmndmjcHsTa97201w3fNax65aBzuGUBQQM97oNY1d/15NgHD1&#10;tcfBcrodsxhDi7b59VCSRr6QIHJvpSLwoJEUrlak9FUr2avK01fArH++alVS701AuWp49vFaJmnq&#10;fq0R+nOc4tsM12sz+ZqxfVot328PqFtopgT6JkGbdhG/h/Hj9lZJybASJFJrJcmRlEqSw8HYICVa&#10;Zy6/dFpUrehCuOmU+n65SBOYth8G7C2x+uytQHodPQfbGIcg/nu+YwzhsET7hdu3EMjL3R6yKOYw&#10;nk1hOJm4XyOYTmfu7xNKMCzyGXVwsTDc6G3AJnnPbMKjO/dgwxU76EWDxs98QFLcgMK5FOJt1dLh&#10;cbmJ6D+P7E8q4oq3fVdvAZzW6cc1iwoLRgT70nwOFr36FlMq9KytSVQkzbEsrwitJawrEpY1YVcY&#10;fYOD9DlK3kQvJw4PYX/DSsA9/4wM1Al4jVRWE1mcWCWMrZaMN7b/0iwxrEzk+2aaYQQ1I12+H1MW&#10;MwafAltSvscf8KkUshx515Ce+uAOaKXzWgEBSAqrgpw5lu8uDWmRStJ1RE2DwEbT9ZDRzbyAsP5q&#10;HeMW/Ky0BylVC+hRbV5TLRcOzDa/DyVNJh/Itt9mjzXCtlvq9TipVwghzLRilJfZmFbVXocmumat&#10;pEbwPmU1w8gE5lY0MEwTv4kt4qxaQRpeASDHCc8eoFrpdaeajEBrV7P0GvcpUN3rR1L5WlHV3IR2&#10;Aiy0378FDq+Uubf/rKKyfy3j9wZA00TAZwSQKuNZ5E0LDi/dbfj6aYjIClDLhWMPSH8vTfO6w6S3&#10;rXwQa5e4cVrFnqg10zgyvmlWI2Hvi++tCgnSXvQUqXp57cDx6Q7g0Bu4+d9jeyWvGBOLgiB7l3A8&#10;D3auChFhlnhsbNnGhH0dn5K/FQJBZTmD+WwMxXwE11cvYHT+Bk5ev4Bvvv1ruDy/gK67xl89fQAP&#10;Dx/CxuGP4d7jH0E2cNeb9omn06G1kj35MJkXgxvZnofZ1+4I7+ZtlyZIKYxLBNSmudsrVQdK04eF&#10;LdwZtOuuqoBpdQKz4h2cn/4jXF2cw/OXl/Dyd9cwPJu6v7tz4byAna0ePH50AL/6/Odw597H0Ns6&#10;gKnbW8/Ofw2j0TEs8kvouXt57842HO5tQaeDkr9LKGYjWIzewnh0CWNkHbrrKUiIpWEeEo8thYIY&#10;5YPCPMgs3uTofzoHuD6dQX+WQ5J+DSZzn6Pagqvhl/D3f/lvoJorCuXopAPoYXIxJYFy8hIq/Co7&#10;gcViAWWWumtTbLFK/rYa8ukCvvr2GL6/+AZ+mf8K9jIFvU4KuZnRvxMDnpjLJY0RBInAnXm5ZmW/&#10;NaW54R7qWysquh8I9N2Wybe2hjP1mlog4EKAUQmTydzdswu4vD6G0+MXNOH2dnfh6eG/cFNiFzqu&#10;Dkq6CVQ6g06iKcSFBHsC56WJCmdOnDfIOqVQDRCGrPeDcM+5QpYc1iWuXgH3/FP3y56+geLNl1Be&#10;nkGGn2F8SmNa3fmRu6U9OuUjgzAhpA2fX8+9+tz9vUN7TpJUUE2HbjwsoIe8qTIh/z1LP8uWX0ha&#10;6tD+lAatArEyUwb+iqIktijO7Txn4lJl3dcQfMt6NI/xmhDgYrKKm3fVAgYJB25WZkFWYHiPECzD&#10;W6KrGSXxQtJHB0wizGhdZxckEjJWyWGvLHlxJuahe7deiuMtJ6wFk7OxjsRPZBeFG9NuDCPzDoFv&#10;ke1SAAg+Zvc+i3lOuFKapRxIgkVAyjZmhhi8JY0HTOXGZ5QhoFcxqWfTrYO4RsxmUw4bUznVhhaH&#10;uM2h1+9CObXACnj3XFytucgLAnBJfanIcJQt03CckJZYwSDtk+wY798m2VyVOHZ4B/G+Zrzgeiaf&#10;CbJBL2nV4q1jRNoa+yA1G01W4p2bbVfbrKaXZV/h8G0aSZZBYtxowUkXTNX/rlWdPMc5MRhF7R4/&#10;UtJsQZ+tAvdQbZdeIyFpakJ7F6KwhVtAu9ilUTn9G7HqVBqqVXzIqAVPO5t0UO1QZLhmzzDp5iRU&#10;oRY0wRNKEEq4GwLc3WHrU/cLEVxiGnJaDyYmoSS3ItAxoQUZOwFJIrImpETjexWW3K/JTy8xFDSC&#10;SwEi4Jg8nIh82JJvYUWL4SJH41U3oKkQr2pvPDegKLWX4qgTOmwg7Q4HPKcLyw3FgYWTxE0Inz6J&#10;ic1ZsnDvKX4UEVCirQ+UUDTgE0lhVBUvBpwYVAiomYZRg4Ao3lc0b++STJXLVHoG6LFo207kXr4r&#10;iwom7OjYw0HCTSob/BzBE6ptnWoIQQIjYLGtixet63yw9jEx+G3hE1RJeD+cJ1mC5qO5+KbgEErp&#10;WSSUGi2gIj7PEsSZK6F5pSVYhRdLyiHHpZwX+IY6ySdLx8VqzF6qWYfNw7Bay2ZZl5bbnuM6mrfm&#10;AwDB5c3R3MjG8YdKA9A8Va15bRNV5p6IUrVCGuyaMAPjx65aIpqxea1tfnqlzEqeXLtzHvxwbAww&#10;6aX72AC4BQQ00OyQ6/jAsiq9dmkdVk2AzTYPM5RAHgyEsaiooy11CwxdD3jdnKpsG8na9X2t4r9r&#10;HZKpWW5eg511eusK0WbwSap1UzFQhfcRvVGISQulBDZE918OxUZzTJdpA6INcNmGBPjGCdYDfi2G&#10;gz9/mMDy8I21+nStYoaGsktsKjZONys8FON7q4NXHDWfEh0ALBuDpgRi6tBg8U5UmebPleNhCEoy&#10;Ezd6QAcUXOMV2VKUVKQtyAslh8liCsPpFC7H7sAxvCZw73I4hOH1GKaj3H2fK0jQRkKhL5GmnTPl&#10;TEJ3CLHQ72kY9DPY3uzD/f07cLBzFx49OYT+xl13sNlxB4KU2QU2EVkON6lUFP7EtQnPkNKjFMgU&#10;MREr098Fev4xlF9Ro0wHYFvX4LWCIK1lQhTKT5gJgjIUTFBUrk4oxtegZ0MZefXBF31fIGLS+dcg&#10;71UE+6D2jSIAp6oiSbYVZjcDJ4E3Y7hpqENcanO48cFawMWGqb8wtTyDr5Trq2xo/GjLIBuFRVaC&#10;sCDzJREvMJK6uT90GKCrTH2QV6kE72aMrNHjwANZV5h+FTQ847gJFp3TBY3D16flNNEScmYbjCqt&#10;67UwlgZqAQh8KUrvX6ngV4sfJ5H1B4EG7RnGEhxBjTqtQoe84TGaqjoJGaLkXm2XbT1EDmyj3nbw&#10;bIzAOw/cBeKnbjZBYmEC3yNbNypjcFvLHq0ZqGQFQO0xbBsdL7nwxIODNZsSVNQ0VDVQbXXogNVg&#10;qnxPBVGPQ0PwUWTwtwZvY4/F2PXYtraNm3zrGkGzYatQNdCmon0zyIabUt62dNsDjTby5Gtfg43C&#10;dcLSbFbsP6a+zVbubTMsJQo4MlCnLAtAyzYyqh4HgWFum+WRjrzyTIux7DMKI+afbaSU20YDT5l6&#10;LOoVzDmo8YL69Rr1iZeHq+BjalQ9HhPx+8S5WHlVBoLpyAJ0h9h0YxdsfwCmO+CzF11oKoQTYSlJ&#10;rDcfLUJiSs20p3MZnYg56El5OTUHNyAoQeAQscoSPt+4M1Du9qurs1cwGV/A8duv4bvf/RWcnJyA&#10;yXM43N2Bn/38Z3D34VPYf/BT0P1dGPQySLs92vuwsWUplEL8eZWVuqWkhZUSwgk878D1DFlICfnW&#10;FSaF8UK7fXDDXXMPjLtsVH+N56/dnvn3cH7+G7g4GcJ3vx3C2ZHbU9/NYDqt3HnQwOHBHnzxRx/B&#10;k8fP4M7DJ+7zdGExPIfjF38P706/guHs3K21Gn5y7wns7g1gZ+Cub/oSppMC8pQbU/OLN3B5MYdi&#10;jnLhyp1dE9jpIQCFZyVOVMXfycpEmIhkWeXW9BT3zdSSyiyfWfc5kF32Cvbyqdv7rt0Z54/h6cEX&#10;8O3OAqbnM7eW4n3purP0gmrL0jAY1UkGMDNTmEzH7t5toFEg1zVErnGf6WQCf/6//c9wZ//H8MWj&#10;j2HLvd/hxg7dY3q+sh4hSIR7fYrvY7hjo+SAoJWta0dl1hKE+HRlbiQm2GjN06Ze+0iFVTFpCDcd&#10;lmcrqaVMqJVLJOdgPeVqhdGsIlbl9dUlvHnzFZTFEAaDPjx7+gns7z4iZhiq9LqocMBzd2SdQyNc&#10;sfxXhbCxilV5+D5YVRkgtiYrARA4y0G756RnU1enjMGevAb95kuA02NIx65eUQyQZW5Dt8enkF/+&#10;X6Aevgb1s38Geu8BFBiK0rMkbUUAb/L2DYyOXpOaARmVXVRpLNyfO8xoJRCrYqm2kRoF70WFtaNi&#10;jztk9CG7DVmi3V6HlYUk2eXnhMQqRKuUpHLT9WUdPg9bBm+JEGXx632u4NzrZlgYJIKxGG7GZkka&#10;EQoMJR7TC7qfR1kuPi7EN5jQlPIZDS1lcD0xOM6n7tpK8pUEVGGgLBY4aI63NX79hPAV06r7eQ0q&#10;F0wcQ0wJc4vJq7pAr05hBCINjd5bellplwJKQOpztheoyB9auzpkgcpNzYln9L5oJ9flkBErXVd8&#10;BojxALIHKReAwdGc1kcMA2mFbhjRF2jZGdUN0rtAz17BrvkQk0u1wviv9lpSjcTPII5qgBWxtKfp&#10;00S0SitFHf6Oi4fhDUknuu6a4yCTNiGp1XGgKRskrMp3DYytJTWY5osbiRbwxDArD1+zLAuif6bZ&#10;wP1bQhOQZRKdIKlgYLKQgQMMurmfwSIz9V5tcqBBNLvbzQgXw3+azyTNScwxlGy8ZVHKwqOlXmUR&#10;YCkHpaKSQ58wWXAhzXEyityTig8sWJIs0FStRI+gsbpVXdpkPd+HpMmW5d9K2nrGt/ERCCpL/510&#10;T3EBtHjftIpiAlbJzmxDgrdsrt/U0yi1zGSxAkzbFV5VNgAaaunflYCZzTEbaz2a3f4lYKzhBVZ3&#10;lgkITlk+7gNwWFrOz6+qbDi8soFrFUC5Ctg7MhVpnwr+mqZZHKvWfBEqOx9abFSYqpXMN92CUn+Y&#10;E9kf7j9zC2BwHdBkbmB2fShF3yxV+LdP+Vr9fmYlU24lXa1xql/1LSYkzSl1E69r+R9rGXzdzVUt&#10;PvZ7PtxasFZ5gP+WMolw4LQfcI/VzdLV2gdzFcPUBjldTFA0MrnVKpDawu18CKOIT62ajLJaKhzz&#10;yUyt7Ws3xNSKcKs4wEcsGoj1StYTpVdi1/eY8C4uTrBoSbHdhM0d7DwrNr/G5oSrc2htKsoJFK6g&#10;n7nDwng+gpnbl8ZzZOyN4ez6Ci6vxu4AMYSrS2TvlVRgY/qfckUJdnUROEwTDpfCxMVOZPKPICKa&#10;ExczA8OrHM5PRzDov4K3l3tw//AQ7u5/BId37sPW1o67dyW1gAx5qGQklcL9DmU+ZVkFgDuVw7D1&#10;9xCZFtLsu4nhaEIyu7cwUZJ8LsBHSNOs6D7TL+zOLBZgJjMC6vjcFye9Q2NP8b5lPuyAWWwCQIdF&#10;uKpBCaLc8z5syV9YUZca/46gWOIP2gRA1j5/FupIF/8ySXs4Jbx/WGHyZVG2AJUiFYN8dI2VZ/Ex&#10;K9F4zzjpkluxxaDDPdiayZOKzxx+W6Fq9hF+pkTWGW2DxI3k3VrVAGdia2BGEjkhUY29NFY06nje&#10;0jVGATwyHmjPNLWHEv7ZZMGVs0nkS2JZo4rkYTE4BoEu10i3VfVreGZaJYmidC99eEviwTIvv7Uh&#10;rKWR9Cu0PA8c0VChgzkHaEihHupyCy3UsAV+eS/Buo63DU81HGu2siFxw88npZolkAg+mkrXSBYe&#10;hzzEDLTA7GuzJVf45sUAnTG1n+LS99tleWkz8nhZXxSz/KiRUDKQTe9V1XWbWiF9DeTaKBzLREuM&#10;VnWBuLRVVFCDedHr1GR71UzQbmxn9RepqjX1jfceiCaSU1OPXuo8FUmteR1i0FurluRf1YTjG6ut&#10;6EbaGBC2daeV5HuCwpI8XHNzAEE00+nReSCklbbPhsbPYWlkIXiDgJpWYjXEskZLfuwp/5mkkiWl&#10;YuJ5rkDXhRy9sRYwnl7BdDqE84vv4fTNX8PRt1/C0bsT8qh7sHMPnj5+AE8++gw29x5Ad3sPtDu3&#10;4fqPpvkYMlAVc95PrI6mllisGEVMJAolQUbVAvfTMVzMezAtNyncIEnRyWzmrukKyulLuBj9Dt6d&#10;fAWXr67g5asJnJ5M4eX3Y1hMDa35H99N4NOPfwSfP/tj2L6/686RfZjnBo6P/g7Oz57D2dmZu645&#10;9Lsp7KD3oZoDBpxejxe8Rrs53Ou4c9/cwuJqQeBDJaSNvoROdnp4HrHQ6ae0n+I9vxouKCxgo5vA&#10;xvaB+3qfFFyzxQmUQw6XmIxLmLw9g/t4ftl8QODH7vYOvD0rmJGFOza+LrKwcg5bwOTWjnvmizEy&#10;/Dq8NtgSFlUOG9kGNRW/+5sv4V91/mv4l3/2Z/DPnv4S9t1nRkAjIbIG+pQhLIhAUOXOsYpUAmql&#10;iuRmooG+0bu49b149tIsBycfPAR23d8L2jBzYiiSI4j2qh30xnP3vUBptnsm8xyOTi7ghRtz19dn&#10;8PjwKTx58As4uPMABpsD6KYpSTrTRML2MLAMgTDDoaJIWOJkd8N+xxTIwIAnNWJxDmcpTHAvmOXQ&#10;Qz+7+RyS3I21t98BvPkastO37t+G/P1ubiQYvOnqubJHmyDsqRwuX38FpXss3Y9+AXb3CViSYldw&#10;/eZLWJy8g7R046qcUdhkMV8wAx9JPOi5SR6wHLRGQSDBj16HxgKrBivobQzYrxI/FKZXJ2oJXCWQ&#10;kNh1TD2gUFF3veiVh955GGpBL+q+J2PTZ0CiHoPTDMaS7ZhsWBk+m9ncPRf3Gdx7YriMjkjStL8R&#10;0Wvm5svC3Xf3TPoZ41+yeFJ4CanzVPCEpDULwUUEY5FohQBbIjkQICGdbl5hjYk4CzUmS2YyapTp&#10;JnVAC7EZ01RwgIokv0DhIWwJh76NftE1cj1WVJSM7YDIfAsahwhmLhDcdN/T73bpeaTsHWYb0rdV&#10;PkGxRGolsLdOUhZz6NvSm/ccJmNjeQXN9ptqHBBVQwLpJZRKutoh6c8q2TxUFO7RlCrjwyJZLy7y&#10;RrpuxhdIXN2g9DXP50Ihlk6SILJKkoPwFiISnaSoCzckC6biO+27xX5GB6OdrU1CuhkUymiiJ6o2&#10;u0FfCMqKQq++kjsHZM6p+dCAkwBpvVb8BnEis1GMDXHclEYjEXHE9KuMhK9kUjmJpwBSaBPvGcca&#10;G2JSeGYDFcsVnQCoYydykMSU0k1hUNJUMj7wtSo+wDJ7SNfAsGqXXRraBr8NLl10GlfKtsafajqQ&#10;NwBAWYCJ7sxSawZkVwMAN0pXY/++FWdHH6RgRX7lpcB4SKHPjsnNWUlFiF8o2qEEPG6teMjb6DMA&#10;LWJcf5uGLoRe25uPyn3zALGff0bVc7EGwW+2W7stvb0N5nwIiHYbP0C1hjp/2xRWG0m8lLoVfBUI&#10;DXAjq+39MKhdwyj8EOnAunCJpvde7eZub6rKWyuvaiX8qlUNlx/wTMkLQ7VTrleDyjffv6pxrzz8&#10;936w9jbhKG1GuorkezaSMtXMDrvKXAogGle3nDNLzYHmz3r7h0YKfCQA92x2boxXYKNAES26vNju&#10;wecuGEEAsTggDz2ViHwXiLUwcgXq9XgIw/kMzoeXcD0ZwfB6BMfnQxiP8cCEBwr27ykWOQF2htLa&#10;FXUs8ehToNRBi9VBOPlXAlRwYWOI1amo0YXeKHhEGBUL+P67IZydzmBv9wyePXrifr8LezsHsLWN&#10;qYA9ArnQR5ekHMQgIioarXeVhGPF6Xy0P7dl/B4mlSALBbW/Zc2u9TJZjlkN0lJc37GB565Vz0aU&#10;xIsogfIIUBQy0kx9ZdYXfgDqXHuph+Z0di1AYFAoRIpsz2LCRlBITa6itTupYWVjan/LGgyL03lV&#10;PZYNv06ZcAOUGFo+uBIE8NHsKUfCglScKHQ9dgsyjeaf9eBySPIuLDMIN4RpWNb3w+s7VKICyytR&#10;NRAWpI9GbGUEC22QXyMfRCPpgWwnoiKw3jbNWyN2oPLAmG98+Wa3gIrgAxU86KCj1TQCnDxz14Og&#10;XjZLgQl4z1CWndRyWpVEAa4+9d3WVCodQPGWV2Ws+Naq4f0X2G06klZHYUtWgJfwnnEqiKqBae2B&#10;I12vc4FhLyCUTmUUCpprGo1GiBqxyyaxbX/FVbavK5Nz/c+uCuswLRksNAFTFb9vJMkNzNQk5OU1&#10;XBBWhXfYFoG74XcYsQeNaTagNdgGScKneShrl/bFdutZeVCxaiachOFvW56Kth4eHny1YsPQ8PS1&#10;srebFeBd2z+xtbPZuB+v/FxTLUuPmulsRHFD7D48a2wcQJUNaO2vhJnF9qUMdPBYTsLnNALy0dd8&#10;WBFNJsMWTeIbT+d/06UfKnID0+EICrdGV4shXFx+De+OvoGTV9/CxbtXBKg9PtiFx49+AvcefASD&#10;3T3Y2L3v1rsu6F6PDu+9pCJQB89BzJY2YZ8lVQ3y4GnRLaFyA6l0X8MMhFmJ6ZnbbslzZz2L11bA&#10;zLi9dPQPMB1/BRenZ26fu4bTd1M4+mYIx27Pm4wRNLBwZ78PP3p4D376k1/AnYOn5H83XFzD8ORr&#10;OD55AUdHb+FqNKNR1aWzJcuD355fwOYko2AO/Hp4BLg/T3OoZhUNjMztQcjs62533Ke4Q2Alynur&#10;vE/kkavJ0H0fKsS60O1/DDs7D+iMmeVvIe1+C9PJBahFBddTA99+cwaLwf8NF5M9VyssIMsS2tex&#10;idihAFR3PqWUUlwD3fVmW5B3CsjLsdsK94hthOMPfd6RZabcfXv9b/8W/tuz17D5X/5X8GDrEO5l&#10;KZ0tEdBFP3z0WiMVnuw5SfBVXq7517eLb1/P+nOtpqYtn8cpaEIIQkVlQuNNu2ubz4fkk4ZWJkfH&#10;r+Dk+gjy8TnsDAbw6U//BO7ffwa9zQN3T3kxGfS3Q4aAkW4A4i/kmW9Fpimx9ZWsFzgXMpw7yJzE&#10;eTCbu+fj7qGrS+aXp6DPvwN7+ha6x8/BzhZuMM6ZEeae4wLnGr5+zz3v3pb7teGe3dCVERNQL7+F&#10;2XAM2U/mpAQcXw7BTM8pF6DA9+x2iNGHV5p0M2IhVuTvyhgGgpNVRLJij3zOOCgLDLbwDVo3FroJ&#10;AZalN6FDRnDCwCHKWLFW9AGl+LTQ3xnfB8FTTTYoCX5RmqUgoaOCx6ASDucnBoe4z17m7HmebmyS&#10;sqIS1iTe48oyaLmYTCFxY627sRGCzxLxIoitzUJApkiKPRmMbLyQqUdFEAODzGhWXLsTCYprX7x2&#10;BPZsaL4KyQzBUgT6jHxuBDORPVlWEroq+zSyoBEMpTW4ZGWgBJrg2EawErEjvJ+4dtF9VCroJ5cO&#10;kQripDuRwHje/9Jh1TOSbKwxoAtIlL3xgK9WbHBQK71Dt7MpcbNBkqjIFbsOe6CbrFUA+GzQbisq&#10;sklQZHXwgGjI4TTLdPGLaMLYTaVf7OmztuKOtcHD0py6PGgujg8JE1C0pK16jzWyxiNT6IpYezgg&#10;NRlXzDm62b1VrzMIXa3x7JISdZU3Y1Y8AYzuuEmh3QPkhGMcsEWeEPuPqJq4+GChiJNA8QAwKB8V&#10;s+qUIoywGu6QHMsXcEaAXkSZFXkvGWadJYJ6E3gnIBQwW4JNLrUkHHc4WMRYAVtrE3+qsbUcbP0B&#10;qDLBgqQxDlRTfqaFHmsFJKwlW7oBSKhIlqpbwIWNffqCz54NIIJnxzVBlJZP2y38GgKLLkg4jYxH&#10;E+RPmZyWiM0hBZFWGmLfy6CvaLAZo/lFB6IkAq28oahqYAVWrd7PrEj4FKwHsT4EhGKyhQoA5w/1&#10;vlgHkAnP5gdfX3u9USo297+t/9kPZzbeFoz8UNDvAzClJeobzaW2ZyTEEukVzMMPNSm2NRut7tCr&#10;D/v5G+7XWpYg1GtDzHj1Rt/eUuC9dR55mengpXjTQSzSCt8wDvx8Nas/j277C+rG94Zx25D7RkCB&#10;UeLQqlnq0gjS0vRvaOuQoneOZW9YfE13lnFF9xQuFjmcXV/AxfAanh+9gbenF3A5dIXe9RQmrojs&#10;VAJCeBaQmALz1zjJD0g6Uq8vqRQ7GXmJFFAJz5ykL+K8STsGySm0OxAZyKoMZpOZ29fm9N5np1fE&#10;ZD/Y24Znjx7B/t492N7Zh42tbbeediG1KZ8zKxt567HvkDKmxfqPuKrtoDFvQSHSbraLqJOpKUXY&#10;8lpLQV75AtLZBMzkGsAdIgnEMnX4gW0NiSqS4XGRl5HHU51kUDPHKXkXKzfah/n68TCcKG+xAo2g&#10;AO0DrTzY4CV+wtI34mGs/R7sD/7idZZ4RQKOrbIGb2hsJQzOJoYl7loYPCUI+KdqAM16mwtW1zG4&#10;kUk4gT8jZzUzy9/+Shw8qJutxTpDVBhW6o5CmIeJbjU9IkDUs5rwsA2aC3+PelCxbU0A9fzCRImQ&#10;sl9qH2Kg5No9QmTYo9BE7cjAYIv8AJX/i2c5Rd9r0tr/N8jPE9+jVHU6qzTZK7k3SZTQbKOgDa0i&#10;KaheUhAtLaXehxRCgIcKYKD1HsmxWlfejIBYG90Hxc/XmLh5VrP91mfyqaYvYIyr25pZFwN/SwC9&#10;AGkY/Eb+XC1fQdUCp5S2Dcmtjd6nATJGoBjZgpkI6DIrwEloyWdlvwggoK3ZqHzdqg66ICKAgOrC&#10;xKs7AR5UVctAaACqbZQoomomcbyPV/WYYP8nLyVXETi3LBgIoTDR2lIHu0Sv0RLe2JZfJcRelwIC&#10;hqAeVtrROgCDHYDugHzfEACgJohazcdiT3BmQCNQgHOJDvU0qBIOQdPIXBOPcncuK6YYcnEF06tX&#10;8ProSzh++y2cvv0eVF7AzsY+/Pzz/xB279yD/cPP3KXcJQAb132UUVITo5iR2qbENbgsaNwgUw3t&#10;QIhJrZlljlLNHMOZTAqTEkMJkAXmzlhJnw/1yRwWs9/B9elXcHb1Ai6PruH0LIe3r9z+djKF4aU7&#10;c41z6PU68JOnd+CPfvZLePLoExi4+4PhVuPJMXz78g28e/MdHJ9cUIjHvMAwgRL6vQy6yAxyi+h4&#10;UsL1cAELTCN113qw24dBN6Hv2VI9sn2azUvI3IF2d78LuwcPQfcfuP3dwOnFc3h3eubun7sWTOF1&#10;Y7YzSGHT9qB798J97ruws/3UrZEPoJM+hOHRN/Di3ZdwPirg6KKAV9d/Bwu3pw36D6Hf2XKfvUuy&#10;Ziv7c7+jYDpfQF7heboLmwMEBs9hlo9hs79Fdcm8mECC0tF0G5LROZivz+F//R//G3hw9yPYGfyU&#10;Eo9x00kQHEp4n/bnD6/bMitULfoD6vSVKhNgUktC+xjbiRDrDEEpSmxNqNmHYBIGZE5mOVyNLuH0&#10;+Ds4P/6ervvQ1S0PfvyfwMbGprtHG9DrD4Ad+DICwRbljCZJpqP6VepCtkgSr39ih0lHzZRkpVLm&#10;OfnxaTfezcUJlCffQfrma9CTCQCy+zAMh8I2Xe2XCLjk5p199ATyvQPQ+0/BIOt0OgH96h/Bvvwt&#10;mPE15MNTGC8Wbuwjwyx3zy2jfRRBIwTziiSjuVIQyKeDfQiDV0xmISuVlH0EK0Kj5CxvOOgDKvbR&#10;Q0adFdUZSXuRTZuwVwjWLXhfSAqOChH3851BlzAS+nCId3h7JcsedqVhaS/iFLm7Bxoxok5G4FpF&#10;IXC8x7OlScVMO6yx+33GWipxQBTfPcJgAATY0/x5MIAOWXMk8baCKzFyRyQnYd8R6242JfsaYvHh&#10;KaXHAUHkNUgBNWY5+0IJQclvWLoVoYj7SMHhJ1i74fMl+S/WaqQ0QS/RglWsSNgyjGGlxlQt6WIV&#10;xWrBykU4Ds1AZJb0z94fTuiaiYBuTTPY1ce0NmuwnoDLUkktpuUshWyx/SKmVAh/kI4xyn9UMOwA&#10;Br0wRQbpkig/cjcMbwU+ZDScVN2EOkpU5FtmJ+AGgMw4RHC1pMSAHHKCFJiqhlLSahN6faSVEr3Z&#10;YApLDxZuMmZJIn5rlg4BVmSeRO9MLR0yjFf0EHOnww+SqJ95eE+gNN9KAKREfHCY9aeE65FkXSp4&#10;LRlmKDGOda+RuEGL0dKI7uHndX9m6IyRaPKOo8YCJ09hrou1PQJF0eRWu8Wuq3KJPedliSPWgTdk&#10;moD8ufCQSXTavKSJSN6DcujTUcQZHY7SBLzHqZWKIjZlVwKSWXlf4+U5OjpACT2LkXdVM0CF1be0&#10;MaxJvayBotVAgWq1p/3B3lKaYsmdiiQJeqNahgwitxP2iDJyuESfBnIaCIejRLPPREeYKlp8cQh4&#10;VUmQSTc2LRV5vLWTUIHZlrflqy2xyqLO2fsYkTcBRuvCO2JG46qfeR+4aFekKi8Bqx8k2/2n/y8G&#10;QaHBOrDvBaTbZc9tGYa3u1/NWEQDy6pjs2ac6RVJ1+Z9YKd6Hyt0mfn7vs9hG+nUCkxLglmzjKNT&#10;0cpdrY3Eeo9QE9YwKyB/zdIzK+/pUhHqmTVC6UtsySbbtJYlrhDPaPHEgpDYBpR8Z9kagAoUgAV6&#10;7rm/j0bXMFtM4M3kHfz6zVt4+eYCTo+GsLjI3eFkQmwGLESwbCl1QqbLuE+lwpYHkTFUql7P0MsF&#10;O6kdLDyk044fHd8fm02dVAoi8ojT1ADRmtl3dHRzhyWUadDKV6bEdJhNK5iMKri4GMLu7it4cP+B&#10;+/UE7u48gG53ixgK+H4VyT24WYRSCirQSZaEZ8xcwAUbnHVAjClMkFVH7P8gxZU9hvSelqW7WCCg&#10;TcZ0BtVk5A6PCwiED/FMrJlpHLYhlaMk8TLYqUTLS5ib2GZgMYkwY2k9a4rlXKlikIAtHpqRqLhX&#10;VqqeY1GeCH2mTPpHVlJysQA1GQMNOnevtyB7pcD8JFu3pE6I1TnLYyr3M92eu46OIkmTTS3biRR4&#10;IGaJr2XLHU7bBFWzJUsBXkXG56WfVPeI9MmK95VnZhkdpRR7uw9Vz0Ly1rTCdFVWgpV9HYEAqWZW&#10;pKQuG5SRWanR8BBh2KfQGkYeUVqsJfiiFMBCeza/iTzNDAPLlYwjPHOk+Pru91JADe0lljiSJaHY&#10;ClBFz8doacLynLISSqKVWLsk/CCLqsaDE2gCZUHGGSwYahmnjVjp1tapqspEBHBbs89sjceJnN2D&#10;LNE6qpYbGM2uX1Tm65qNam1Nr/EJ3uQ1VYlcWxiZpr0vaRUFu9i6zeLZte1m1irZK80b1Wx+mtUu&#10;DIlqeibGCb9tlptq34Oq+YKeGQsQJ/dSImBIqvalu5FJG3YEE9sUye3UKswZG8mV+dnakHYfviYT&#10;2UY69wCw+oaAqnG59rMN1jp+KZMxZML4k8ZTTNzULS03QAP4xnlYuEUFRWq20wPV24XE/Z5jk4fI&#10;DalIjk3DNkdrJhkgmzxB311dUc1clB0C5xAsMfMJTN3ZqFhMQc2voRydw/n5c3h39jX87st/gDev&#10;X0HmXvxHh3fh4cefweGzj2Dn7mPo7jyDjttvMPUST0m4ziF4gY0ClAYiUx0/5BztLihBVZRPKYIX&#10;KREXFnkO8zwhj77zAiiMsO/meV7MYFw8d3vp93B1+hUcvbqGq4spfP985P6MthhT93Mattza+4tP&#10;MXTjl/DowU+gv7lHstmz4Uv47uXfwNujF3BxMoHZCNelAhbos6AGRObI8xmYjU1KWzXu/lzNK8jH&#10;Bra2EnjQT+Dg7ibsbz+Bnt2G0dHfQDEraBxdYZorbIEZXbh78zUcH8/g4pr3QvQY7GYFnT/zaQKz&#10;yVv3VkgwcWtm95Hb81I4c9f+Fy+mcHpqYYpNQQyQ0BlM+m9g++AjGOwkwn3MyK83ca+5gay92YI+&#10;g1UZbA22YXx9DpPZmEImiTnm7hnuf8lGhySM7758Cf/2N/8GHg/24N79Z7CPLK2NvvusuBdP3DV2&#10;CFTUKmnUTcyGUyvqQ9Wo89Qtg9MQ1MN9AuuAlFRtlXsOOAxzup+5u6/T+RxOz87g+zffwnh67M7E&#10;JXz8yWfw4PAz6PR3oNtnllWWSIgG+tFJOlYn6TBmgoxFayVMlIlFyMXK2OjeVTEVB3HMcTN3Y9A9&#10;B5iPoBieQff730D26is39q/Yqgw4DVoRMJ3CPNNUA2aHz8A++ATKe4+hs7ULZbpBfs3pgXvJjQHM&#10;Bm5c9HpujnbRJ4zmJM4FxCJS9CkUD9wMma84Hywz8JBl5s9lWCNqmqXSgGbqpuQYeCayCnU1f25e&#10;XNBeBm2uEOcguyv0u1y4cdHrEgaSkDqOm7E6+N3JbivGvmRzNR6DWWCugpvbgwEDkCoJNSDZPeYF&#10;JU8bd797vb7bx0tuHNBnASJvEUvQamb0cYcz8ugDkQrLWRXrZfHuJ3BNMACNCd2y1qusy4AxWubI&#10;fVWckiq9YhWkvBT6Gho+AgT4Ak+xnJjIdBjaYdmrkABRSn/OgrIPXx+Thnsb2CCPd+lGUq6CmO1v&#10;l9fy6ADWjEzTEjVtxGjwdnKrNQb/a4CE2MRytW9UU/7lk4YZO0qog87AZH2owolmFhUN2KTTd98z&#10;qzuwwtZDEAvjzbFuxxjsOrxEUsI0F6uJmD8yUmyJhZd2OjDHQ5kVarqbbAlpzoEWbRxQNLC0kfSa&#10;lIxrEegp54lQer1bhOYDmZiLGB/1LuPB4CGoWnBnDE3XxSMIJVeGL5Ynl+bPi8g/mrBSxLTWAYgk&#10;ohrKiwkV16F4tCIFVnZOLDXyN6QgEsM+fsbULkI48FJGzfHQRF6GnQEdZlYDCwrirLQGO6vVbuVi&#10;1DSleCuBDR0VExwwo9VtWGG3Z3BZGxfgNng/0ZioLNggr47njndcYu8+q1QIyyEKcZQiaEUuQSmN&#10;galmQnelKWmGhuw4ZjHGEkH9QaR2+L0kqTfJXD/ktdaGbdxSHvw+wOoP8d8P8QW8FbPvB32/+UGv&#10;9WF34/e4hx/AoGxLrBtshUh2toJuuIJ2otY/uyB71yEs5UNolUoOXDw7V/CElX0PH1OFvZSOQZXQ&#10;ThIG9xHQKNArSDF9nxnlrEfThouwKcqJ3B6AhsOXkwmcuyLo9PoSvn17BC+PTuF6iB5GQyA8rBBm&#10;C6WKuyuWtdl2LBduolckTxLNpsCewU0AC0N2EgJC+gVXTOFrZdRpRaZax7PgNRtksz9bhxpxOjPS&#10;xtF0HZlmpASZgfNZBSfFEEbjGZyeH8H9u4ewt3MfdvbuwlZ/iyQLyBDEplUi+yD6ARk0Q7Y6IvXJ&#10;jmSjhGNbU6S892Ww+PC2D5aT5gkoQk/d2QT0YsINtWpFsrMwGWOGjBWvHbDM1rcidUYDb07drUKD&#10;zgpNiO01Cj74JrYGK4wPZLDktQuePeSBGSOeeT5AwTPRsKvu50fGuFPSUbzHY5VgKQAOFl46voH+&#10;WngAc3/fcnt9By1O3LPGTjnWEzqT9Dm2qcBOuMWDO44PYhJwwzMRb1pOlGUJCzUMRTPir9OKVlWJ&#10;4Z2SuFna8bxFhTAgVeXZBCXZi2hSN0hQj0H1gjSxDTevUXqNXXxqmKL8nFQY0qw1bLCP4WEJHoaR&#10;rYPeTHjQk8ASmn+iTNAC0tKtVgygdEWuiNPGJL5JZ6FpR23ppKEimiCNvp4mVhCNOZxmOfs0eksQ&#10;Dwwb6z0OJZnZNEhUEFvXBc9d76uXNBv1StmVS6SXBRMrLbyuCh6stRxXrkVkBX69816X3o/RCxbq&#10;cieStIr/oP/cyipYk53VAs9a637cVVK1tNfGMnq7vHqrSNbrgTj/c1quXyu72lfaRky7tecaFaTG&#10;Qi5tSGf910zzu9dvxPEzaLeZJMSofXaL2Y0/qFJb5dCkmvbVcexRABr9Pad+tCW5Ka5hpp+BcYf3&#10;pCNhBEkSlExga0WTDQ195db3jKSklUmpEURrIcxgNERIycB8+Brmo3cwnZzAi+e/hhff/xbOzk/c&#10;nLTwyb1teHDvATz66Fewf/cpZJu70BnskK8fstILtz8qCYCg8x+eT3DNkPMhcV+gS2uQIRNAJLhM&#10;YVSOYVRsQCfdpYaY7iKyMoHr/CUcX34JZ2evYHo1g+Pn13B5NIGrixKOTiZuLytgc2cDfvz0Dvz8&#10;2X34/NM/gc3de1C4/7179wLOLl7D27ffw7s3ZzB3GziqbyfThUieUUlWMlffrZGXY7euITg3VzAY&#10;dODewwTuu8/788++cJ/5MWwMHrqt6hy29CWMrr+Co8sZqPECRtW3tA6Ohtys2trgR4gJvjs7Azg8&#10;2IG7B9vw8Nkz2Np/QqFZWXcbzvMu5NMc3h4vYLzgMydKMfP5jFRh2dYl5FcKtrZ6aD7F582UvRY7&#10;Pbf3E6kGgaceNQBLZThkwZ21Z+41FiqHvjsTz+0IZsMS/vpf/zt4cP8n8J/292BzfxNvhPt33ieo&#10;oQf8+9KQbWECKgagP3AS4B5XUfAEgrxuv3PnXQo9mBlSPlxeHrvx9muYzq8oOfXJ4RO4e/djuLN/&#10;Dwa9BNJuXzzfUiajSVCDCYauHBCKXv7UuMJmZwiQQ5DPkCQ1sSl0yhxKZOEVM4Cjb0Effw/V6Vuw&#10;5yi1nUGWsE0XPRi3IS2w3ui4Mbp3BxaPPwG1/wiMG2vd7QNi1RKGYZmtmu6UUG6dYDeMG2VIQKHg&#10;GcPNF5KNGmLXGQmMy7IuAZhGWHXBXcIrzrBpteA9luzEFPsSVuSxV1HasJHGMcuYJWQVgbaqoOa0&#10;Ri89YDYvhUNVtg5okpofa8WS2I4l7fFklYLp2VlGJC4b1Btcx1H95K6749Ygk2SsoIBmwGFCmIrg&#10;WEznZZm6hJv6OhElx5Vh9hzLfFlZApSFIICbBJ3i6xAYmmV8D62WAC7LNnDEwmSmI74vWuLgKEBp&#10;vr9mr6qpREJMaySChRX7pFhp9rB6Z0E1bBfrsXnOAR2xiXfoS66QNbY7alrrqBuXSLJUFYE0moqu&#10;9s8ptcxoWEWjVZGfyPIBVYX3rVtsENh8HhgypknV9YeW8HdT74bIruIDgqGOD3WcPEKqmFaJixR2&#10;dLAYoqkpD9/6a9UsV8KAC0xiYb04R02jJsRSoWvIxhQfZZp1abJkVhiDNPG9qjghFBcLYhxoIHHW&#10;LHHhkIzEJy8iyos1N0praRG1tDAnaNhYuQfdkwWWDmkpTXB6LZjTREAqe9rRlDjogyOoo0covJa6&#10;htmaFL/hFidCzKtSIsHZf4E2SqjC5JLKyQ1c7GJkNAAT5ZllPo2sLlR08PRZFqU0ze8hSlzUTTZn&#10;BBVWQvemjodORA7nx7xpdiRVE7hTHsj+AOCFmKDyi1MQJZUIn3jQrEDEyoza9WAjQ3UlJu7csUhE&#10;469VVPt503c/H9XNm5qCZbacuSV88ftG1P+hXvO2/oA3BQSFRRLWm/n+UwB0Pwgl+8D/DKyTOpgf&#10;9PnWMdMCePL/5sdu9YrajYB1wGtz3NiVIFuDFdoYc+85GUUNKhXPOC/FjAIkFKhI3lYny/rf8Wto&#10;uBuCk4j1xlQaaqO5fycTXrc+oE/MbLZw9fDUFRkzOLk6htPLsTtgjOD1xSW8PDmG68uRK9IrKOYl&#10;bFpuwmARabxsRHOfFMhkOKV1uON9YpQPDErII4hSfBNhSSPToCx4vZWCRxtJlMeSXIpYTKjXwkSh&#10;wldL+hpBhQzuVMSchyC9rkoFcwr7wC6vK7AnpTvIzaDXewP7+ztw7+AO7O7cgTt79933dKmphqAi&#10;NaagQ3tvrRuUIlHVYuK6GZksn+UtywFJfoeFBEpmFlN3uLomLyhbRoduFc66wSvLb2iUcotWGloC&#10;OTSE1IHKp3d6EMtLuGXzMuLHG1xSPDAiPlyVB1JMk/UXjPgZdwW0sjKa098pXKOTkMFzSXUJCHin&#10;ArtVu3up++6gMtiCjPx9tqHErjpKetA/ES1FUDGAUhr0/0WwD6lusRetJB+W/vMJWw8PEl5Kk1dV&#10;vber2n7FQF1zeZlwRV5JYhljq+BJ5fddrD18g9HXdHQIwfqinBPwV7G3itxTkbjgPDAsf8npmbv9&#10;Gpkb6GtpcvYkwjqHZIIYopZTeieU/DMo9bNoYI7MIGp0liz9wTkhwBoxBK1P66yT4hEQJPZrouuA&#10;i0w8N41ntanAcFNyojJqWWnTAMFi1pYPLInA5wCIRWVPSG22EZ3QeJln7cXml3yl6zez/nNGaFAz&#10;sdi2LBqi/Glby26bct4VMNu6Nd42U3tVFENu7AobxOivYQ7ZWjLsPTStUbUXYyQrrlHVyKOucTNV&#10;eM86RVjCdO3qvcxGoKl/PxN8NtfIDaWBYe2KtHYJNYmRQUpvhiZIvKpICM8nCl1pfEa7Cpps/c3w&#10;nBf7eCjcGp5s7QJs7LhzUCa+VaLUAlWHIUYKLTKpsBIuVzGgX7hzzXR4AjNKOH0Bz5//DZweP4fL&#10;szOYj8aw3evCTw8fwUeffAybd5/Cptsf+tuHkoTO6+liMSKmYSmtGQLQ3TqWY8qFkqBDWmMwDGEC&#10;pfu8M7cXLSoN4zyDRYnrYgZTOwZTnMHZ6Eu4GL2Ey6MzuHw1gtOjBZycTeHqfOHOixXV758+uwcf&#10;PX7mfv8xHNx5AqbThavhKRx99+/g9ZvncPzuGIaXOeSFhhGyBhcVkwQSTrO3Yua/cGsNbqBZZmCj&#10;04HDu+jzdx/29p7AxtYe3D/Yh63dQ7ePdl190IfO1jN4+vHUrflHcH49JVbT5sYe7D/suTW1hF7a&#10;I2BqZ3cL9h98BHv3nkJ388DdtwduLRpQwEju1rxBMoRffP4fwZ//7TH87vUF5Himw3XfclL96fk7&#10;2NnC9XQL+pu70M1QRqjprIjewqrIqXmH93uwsQ/D6ZV7DkPY6h3AYIDqrwkFOHY7GxQ+8vbX38L/&#10;9N/9K9j6zy382S//FPY3+lC459HFWgCDH9OY0VdbiTXICHZ1g3adOohfg9llZHkAKbGgbeFqp3mF&#10;6lg4HZ7Bu7dfweX1idsDRvDs/ifwy8OfEzOz6/ZLBP0oSEZ1uAVq2dcRf8PQC8ZKNCvygMd8JV+3&#10;4iWMTVxkMaa0F7mxOJtCeXkE6uQV2OM3YN3vqhxDz52nsaHJ9vjuvTCAwtU/+WAT1OFHkB4+Bbv/&#10;wM27Pff8NyHr99w1lGxtplLI8LfxJYxO3tLeh+o+uizvl12yijA3/DkQIAMCpBQDk3TOrWi7wOsn&#10;PKSshITEKhMkLVmqZRlEL8mLLiMZbeLmQOWZfYInWcvez0m3S4EapGLE1yXvOSN+1UYabcaNhYJ8&#10;93A/ptUEGX0IGGKTz8uxDasVsc7E+VT5gAsMowOftIthPqRLcJe5EHUgAtYZvRcpPgms081ALzyf&#10;G840oPUdmwKWX5NKEbmGVNeNX2yM6pITxZXYGCCAT01Sw4SpxFbBoTQOy8Ufz2QzQeIUJm4Xizmt&#10;MQRgUpOlJHlvueBgWMRfUhO5ODX2ZtIir5ggoN6z8X6YWb+XWjXn3XKgR3wYin9uHesiTHifLhv5&#10;w4XUMsUMtkR5I04bJjynpGhyPaq7g5bMEZmxIX56LclzkCDIhO1Q4ltC34vDCJNzqM4vC1lwqG0s&#10;slwGhrQ3rhbvN6vSyOPEiJF1SQcvpXuErqOGH6BGnBGsBErhxULWBPopxzZrpq5bTtRDn6Ru34tH&#10;EaHuiC8Km6BbAVINmHBNJFkOh1aEEPu0oFfee4jus5a0Hak6EqYz40IN3bqTq1qFipeoeDDBszP4&#10;s4nGXelo7NTgXTAeljZ1EodVaB/VjotFIhPWrgRNPpxJpUNp1pCSAx8qIDIfrsd0wkCl9kyiwLsL&#10;YLcf3ZSkiSC0AmhEqOk4jToK4BBAs4LV3hWe1WduCeq05Z+rGJT6BmCp/Rq32Xh/6PfdimnnF882&#10;6Pv/s/9+X0DR/GB2oo7g9Pa/GCnTbwaTPyzT+EOQQLWigFO32pNsyy2e10C9nIrcuP9rXjOminig&#10;huGbqDHlPfkq8ecygW2mpICiFQrX+JKbS8TwwcLZFRWzYgpjt9GfjK/gdDyE1+cX8PLonTs8HMHZ&#10;6QimCwwJIEMz8p7RXWbazQvsNCOL2/2yin1hDBcP5C+SsPHyhQBiacEpYeiPhAm9uJ9SV5dAkIqK&#10;CUob995isr4hoNclS5GKGBr4YVByjEVYFw2R05wkUwjQpZq9wkrDskfcGzPym00Z4DQcdAXQg8Vc&#10;ucL7CsZDd7jbOoHh3XPYdwe67a19DtnCRhseNBpdfs/kS4KcN0jWjBThEaBhTGT5gU1LLATdIcTk&#10;Y7f9Ttg7JaB73g8wAv4U1NJVLZ9DCr5K0uwYsKpZgV5qp7w3F7D6QEmnx4hnhfd6tB0FQpHjAh5r&#10;h5QLWZUlrljOqCtP3sKusLbuYGfSrvtaj1iVZULmelAhuCsG1BU2Ont9sO4Xfq9JusQArDTLgVCO&#10;gh1xUDn54BhK7pAED++VG6EYSQhr8XVXQswGun7DNY+fSwzu6WAfY6TOMAJqlB4AqqwYXkuasuV9&#10;lqwtvPkaegwR6IK+PV1O9auKAE4lMg8T69esaG8mv0JPvaq4DqwYAKiEKoaHsLTKwaLXFYKJbj5a&#10;TCpczCg9kKRe2DzG4n9REHgIZsbwJwWkCGs2YdaeFk++qpJ6VKsA9NJamXB9WUmTurH2tEIwlI7K&#10;80jKyaC9rZN0VQSOeQ/emKzqfUAFmguuEBEKtCSusZHQx/tP2+U6gImcSmTsUWiLrJeqhR/VFpxe&#10;/VBLX9uecgGAL4OIL4BoBpoJuzqUgB4UVRF6WCcd1y+u6qVdN7WwyqxvCsWegNqH2twm5N3W4GPb&#10;kkXZ1T9nKwgegia6dzbSed9kVeLZgcE+OoEg3yUgo2GXsYzHhlogqQOlKiQU9LbBdjfdupFQfZAp&#10;YfDpJNS+XnFFNg9JykC/279mk7G7vwsoptdw9Pzv4PTkGzg5/i189+0byOcFHO5swmeffgFbB3vw&#10;8PAp7N55AOlg4N4kITCdGEeQc+AhAizoY5UIo7lCFtKY1j9sXBEZQTT4U2w42a77yT5JOA2yFPW1&#10;W8N+B6fXL+B6+BIuXl7C8GQC58czePNqDufnY7ePaWpcPXswgD/5/Gfw01/8x5D1dkjSnU+m8Pz7&#10;v4Jvn/8jXF9dwmxcQF51YDzHPR094Nh/3nsVIhNbiW0W+qVtb3fhV19swCd3D2B78MT9/cCt4Rdu&#10;uB/BbH4J2SinM9lk/Boms4W75n149vQA9sdj+myDnQ3ou3Uez31b233YGOzC9t496O0+ZFCo24MO&#10;MbiBVFDW7RXZ7iE8+OQL+KPP/xGOT6+5WVNUJNfFhz6doI/9a/eMHrrPueXOoJatntzaW1Qj9/eO&#10;u7dzAjC7vU0YmBwm00uY5DP3/hsErM/zKWxkW+Tllk5G8PKvvoT/8/DP4YuPfg4bPfc1979FyV02&#10;TfJaOdvrdaoOaGAJPH/s2spTSVIxn+M1kVNGc3cvZ4a8jU9Ov3H11bcUvPTR/Y/g0eM/hZ39HXeu&#10;77IcNOGGaUn2XwzAEEuaUmux3sr4/KsLWbM4yMHL5WlfR+sL98xT48bEeArV5TGkb78F++prMMML&#10;6OJ+VHI6dG44mLODtZh7nqUb78XjT8G6a4N7PyYlIQbOkLLO1VulqoK9RBd/n1zC6Og1lKNLd50L&#10;954VEXdw+BcFS1LB7W8lMdfItyIo6TiFF0TBWNI1izyEPfRKTsomjz3LSFOGrF70z3ObHAJTpWf2&#10;Sd5BIusdJjfjmRdrwUQWTgsyJ+lRFvwsq4IYdIk0ArEZCcjo8/ZnJnRJWbIvTcXEew0SM1DTvKLm&#10;KVlesE8zW6yUVDsjeQv3ZJXUrCRqJPpmAWIfAqxRU9dT+vG5C3vLg5lYtyOukiSprOE62IYYG0Wi&#10;Yw1iI2s6H0BVcdMSk4+xoVjmcz43uM9H6hBSUyRQTqdMdup26JmmHiyhrn2cQKjqA13osgTzWe5I&#10;JyJTROooL8rCnoL1IMpNCahN4ESQetE8KA/YQDs9sW5BKhXtgMJ68iyxOsGQiwzvrUESVByEKLN1&#10;Re2cTqgFbWg4AEgSpDnlLbVWOk8pDXiMzMa0FJIvYYqT0NOsMO3ouIZUdcvR85Tmo8VzD2W83ieR&#10;HcAJFEwJfCvFB6VDg8LIydjHvKN3BSdbJaxxt4yuowzUU7+oA0wGmRmxLclIUqcU8jEvFlRUoa8R&#10;DXjUlZPReyUDStMBhxglCNDZnBgWLM3F90ooaY6j5y0V3uh7Y6WCtNIZxcMkAotawFSdcHoVjpQi&#10;4ooqDwnoOq1MNSQCNRu0kfIZTPiXoN6GJ1abPWeDyZICGxUYnsbrUznDVfg0Yx9AAqbhEF0F2gUf&#10;do2qu5OUKoSdDzxIeeN48E7lteGSkRAUWlBUFYoxGt0U0qK5A+ANdrTv/kr3Xwr5sK1J0S7H10B3&#10;9wCfv7b3gUVtkD0G3VaxcRt+eVFh+odg+N3GY25tgENLdhxMtP/JYLr3yF5X2Bisux+BqXgLafWH&#10;yK9vBsbM2sNJiMZQ8F4ZvPnAO2agncoLTbA7khTh/lSFZM7axNna9czIJRYgzcoygBjGp3OKfyw1&#10;PxFU0pK0JZYW5KUkbDwCNyynqvG6IC22cFBDiWNFnqoavYKQDeF+bOH2iJKCk3Lab6fzqSuMKxjO&#10;JnB8cQzX4wm8vryE09NLOD6/dn+fkUl06Q4MKRZzbvPfQQ9a7PukUuhWzJLQ1YI9VvE8jEwBkC6i&#10;K9ryRRWMr5WcGsmmwXDXc1OxPy8HSHD8hvLGyiJCEGjAFZeafF5wjyJ2O9Zjmt3wkWmOPn3YwEjS&#10;LiXWZpl2h5AugXz49W4XLTCw2HL7LZLSDPv7UXGVo/+gOzDM53DlCpuDrQs6NNw7OIRdd/gZ9Leg&#10;j2lmxsizUgEoSMRjln3KNO2zvsFCNSV+H2JXeL9I0VmRhFe5e48yXjWdo+KFG3hRyJe2vmCTlFjZ&#10;TyslrDrNHkgeyMWEQSzYggxG83tZ0oKWJB+iwxR67VVsFF91NXXlbcYewcR8I0kKdt35Fxb+CPSh&#10;XAdN4xG0Q+kcdbzx+ZF3kGaKJQLz+GdMPsRCGX2puuzdg0UuMfhResKkTwIO/f5WRsx35b32hH3o&#10;MSGeF6z8QHYh7Ylko2EI2VImA05VVnwwCNGuYaIHWbQJjEumbGmvAUa5M8rXS0UG2sQqSr1NC0po&#10;XPGLDyzhZqm8LDUajdA9mQ1lGBiQGZAIGOjD4vAXHlrxEIONxLmbr5jcSd14HB+FO+BVOcmAVcUA&#10;Icqu1HTkfncHNDfXkBWIfo/EFMVCHQcYsQEMsWQTVYQGhbHckE47lezjPMbY687WKca+yYe3NPE+&#10;h7ZO4fXyHl9bJeLpJKugkXMR33Yr/kSqYQ+ibB1cQ/VRBSF11QbgSYXHt9JT1tioRgHwwS51cIQN&#10;BxutVfCai9l7jS0yqnGCR6GtgTfrf1c1GB+CRVbtASHxRq0+s5g2e62djKaaoKuNPnYLhLWtJF0b&#10;va+NmHPesinI9RtMv5oNuIp9zj0CqcMUBEl4sDZY0Q2mulJzhUQm/+Kx6EHO2EfWRg02412EPJ5Y&#10;caCCLWRMuBdLB9tQoPcWKZgyOheVuD8aIynoOOMWbu3PoMDa2s2X0p2HJuMhFJN3MLk6grOj38Kr&#10;b38Dl5cjtwdM4PGdu3CwdwB37z2Eu4ePIOttgu5uEKiIYEJSdGC6WNC6M+grCqHQcn4ocj4PWDnb&#10;oVUDpsfmOD/d5zgjM84+6HSAboHu9c7cfnMM48Vv4fr0NZwfjeDqqoTjl1cwPl/A+ZXbfxfonYf7&#10;0Bb88vPP4PHDn8HO1j10y4Djk6/g5OgtnLx7CRfu+nME4shWKKMm2hyt9dzkxAZZXuRyzsZLzWgh&#10;evhoCz57tg+fP3sAT+59BH33GY0dw+VoCFejK2qGzSYJzMfWnU/d3oBnSTOlBg1S4TqDAe3De/sb&#10;0B90oLdxB7bvHEDqXqc/2Ieuez5oxUDnRmpwMOiFXvZ9JK7sPYKf/cm/hBdHE/jHb76hgBK00UBA&#10;qO++rxgvYK6uodMfuHu6DVuDPqnbMmwaufva76SwKCx563YR9C1KGM3HkCwUdJNNd63XMCqn0Nc9&#10;935btJ7+9i//Fv79H/+Ne41/Dg+3rNvjuWFZWJaYIuMrtVx3cRiSrplp4NOwbejJGQFXwoJHSrSM&#10;zm0kni2k7nJjYng9hOFwCC+OX7hn9iV57R0ePIafPv0FdLf3YDDoQdIb0PmO7DM49taN31KSad1n&#10;F2yEsgNQqUHhV6mAj2xfgoAV9u3MHM2VZ25cu/3j6h1Ur34LnZOXoK5PIZnNqOZAWTxCfaSawP2/&#10;14P5hrvfO4egPv4lpPv3oOjvgXugdJ8MJudSWJoBFFgjeIzya5hfwPD7r91nXbCFlBF2Gd6bRQmZ&#10;eM5hIxepQKl0KEpXOxITDuewYUIJS6orJhplqaTDus/QTUmyi3slYiUl/XxFQFfp77941sZ+7KSI&#10;K61Yx6jQL0+ETIVgF7N0tXRrNHnTdTG111vwWCt+xayApKrW1+9ghH0IFJZBns+29h0nEzIEZcln&#10;UdrCXg3g6xTNCgVko6JvJjIVUdbLVjuSKZHUKh9q1JP3ZxaAPyWbQwU2pJb7BToh5aUlfI0DTn0w&#10;LVuhKcNnfgRGKwJpU2kM8z2u3JzndGEO8UutnDiCdCQwrUy94cTdOGIiJZH3Ru2lZhsm6oo957DD&#10;uQJhv4130jpzdRVJBGqfHdV8HW+wje7JWNWIlIFvOnAoAt4ENmvgjU+kkrkrGBNKWSqgk/TFQ6ak&#10;9yLjSM069V5/kwo/HgBFOFBYgMCk82azJOtUbiPAmHO3gVV4kHNFYge1QBUnO+GPlJVbmN1GlZgi&#10;dM86CEIiYm0W0O11WBqcstcRHjQpOEP5g1semAFoLIosBJ30mM3oJnQhqTI4IJBZsSCBfsa6ctF/&#10;65R368rwQZdYfAhaYlGLBx/DpqX0c9AhnT+xHEuWF1uRFOMGRl0h2sArlg5T8h9/f+lbnb5CwWuT&#10;1KCaYWoaXX8ytYwSbIwvGKPXoSO+SkQKVPvO+CQ7PmRZXwHXqc/QAvw8COhZPtZAzF/zoGBKHhJc&#10;gJnI35HAzcIwFZ/k3iVNVKyKSB6S+tf1cj8bq+npTwWFrkjwS5KIKxcvgtYXZq0k7VaOb7NW/QD2&#10;nGpJmJfAvBaQFwOK4fv/0LytP2Dy7/vZa/+klL0PAkDb9+T/K5/rD8bEbAF+zduk6lNRtHf4MBNe&#10;7/yeZhsNLOObMtFZjmj5iqM6CvJUy2jdpPQ3SkDn+VdISqWW1FPa7DtC58LkOFruEgqkwGSwTqfL&#10;LALq0PO+hSFPuK9gkT7Np67GqmA4GcNwMYGL4QyOLy/o7+i5d3ZVwPV4BKPZHMauqMalBJtD2OEj&#10;PC/lwArscmJjiiSFuGy4NWiOrDSk9mNjh6SGC/rUJMgQEA9JdNaTsCl1F2oWVCqyAdo/UiqMmGTM&#10;QRtcX4u/nDCzlDA0lOa12+Rz7nKahZgJJ+DqV/ZSFcKy93ZD83Qs5NAQvZNl0HPv33MHhq4rbLvZ&#10;gppzva0+dEwHOjmGS82hdPckyTbh3B2ier1T2NvpUqDHhiuGBp0+yTEoEddwYetOhOIRmLvr6/Dd&#10;8AdyakqlJHkhtiMWhLm7d1O3P4+uQblngKweXaggAmbiuHu2+DkqZlNaSqA0dNihMYdeukRr57GE&#10;ZC/rQ1xwf8Cb4IpzZnWhjw8eWt1e2WXATqGXMFlyuH9zn6skhl5Kv8gvDiU3uANKqhwlXaIMRRLb&#10;Ko415cN8ykV5St42WKRrd3/7ZJ6PX0sztpLAcDAMQ5ESmcY/4xIJZLaoLRHoxrGZtRJvGSpuI8P0&#10;RAAXLXOkCqBQIsyuMBB4T1E6YuBLU1cQEpTN4p5a5jjG5uwfZcZuXk6oPsnnRgB2QzUf++TUTMJE&#10;Uv3IT0jqH+3qPTZJF3YhnUd4LNK91MySxPGCKo9McWPUCliLYytXSliinEhNV4+MVHeossj6w8Nt&#10;PiM5sJ5N3ddn7u9TKOcjAgYRADTzGTEFtWG5MIH0+Gc3x1TqwS/2HWP5dcLp2JoteMgbEziERKVW&#10;Eg8FuTQSAKFtSBUOilwds9RMTKdjnMvWASYQfE1VaC6qCHDyctiaXWiXFEA2kr4G6544hdiId17A&#10;01pMXWqU1jJg05K3KljhcWet2PDAcljbCm8/iDzoPsRmIhC6NTS8G42EamrdLH9XbZXBl1FHQJ5d&#10;ZuE1bPMivFIlse3NCtahXn7fumX2/1D35k+SJNeZ2OceEXnXXdX3PTduEFhiKWK5JkqUfpF+0T8q&#10;M2ll2tWadmUiVlxSJAABM8Dc0z19d92Vd0aEu/wdHhGZVd3TAwwWIGBt1V1TlRkZh/t73/sOBUeT&#10;BonCNgaMMdRKbcJiGHgEUnmvLA2vh5xoux4a8v4eXCvjvXBuxV4ndzNkSUeB+ZyfJ/K2K8sppqfH&#10;7Mf34sXnuP/pP+Hw+bPw+JzhytYaS1fXdn6Ize2r2Ni7yqqpLI2hOjTAKGUQ4854T6Thxnze5lCQ&#10;mSOCh6iWiNk+D8/mLBzokPYjCr7ym+FZypkoUWIY3vPTsFc9wuHRZzg4PMbpwQwvHpzi6NkUZ6Mi&#10;7Mcls9dvXtvFj77zHm7feA9rg8uc4Lt/9ggPP/k73P/iNxiehPWJ2HAcIJVg4hJmqpF0dzzPuS5o&#10;h/ND7ELer8Jxbm8luHZlA9955xL+7Fvfw+VL30YSekSDE0xPXuD4bIi8PBXf0tBjzma09rwIx7OD&#10;Tm8d/XSNJgDhezO+VygRdm3rCtprW8g6W+gNttnzlsBBjV1XBm/Yqwik8zJcIjXAYCvDG299C3/5&#10;1xOMw+d4/+OPOMmdbKZ8KWmk48kIxdFjrBEBJfSDAwqlpLU/SxncpUHdZEFDjRZ6/c1w/cPnJnlv&#10;6CcpeGs2PeZrlXbW4MOeO316jH/7v/zP6Ifjbt/7frjGmxwwmfW6KMO+36bek/tUHQaRIsDI+JLZ&#10;ecp2ckrIYNYoDx7L0J+Nwnnph2tNYZUTZlXPZx6HZ8fhWj/F/c/ex2R8it31Ln703p9jY+cmer0+&#10;2uFYuqmYUfBraS/mlFZbs7QyCbhQuvOC9l62bXC8FBPwvKAE2fA5fB5qh9ER7JNPYJ4/gA/nsHNy&#10;JP7D6mdMCdEJBzO0UPbD59/YAW68BXPpDmx/B+Vgk8FX3hPYzkTWOpuLl9001C+tsP84Ckg5fhbq&#10;j3kVdhottEpVaXCWAFl0EBOO6ouyrDx4aU0kEM86qTXoWeJaIhEFCGNEVHcUEiJBPny5BkrSEJqI&#10;VNzr67CoUH+7NEmr/SFaWtHrcQ2WyiAwYgK0T7Pcnn6WfT1TJRVqQJyXHAEGRLVfZr9kxYZYGcC2&#10;MWKvwVkLKoHl/3V6dW3PmQ9KQmNiVsHnoShlYMlqx1AzWQ0Q8dZWXrcSSCIAoQxe7FID4y0qnz6r&#10;PpRO09ttVPpE2x/doGIAqufhuWAOxJZOqXYUWibXIgVLjwXfSquGXCeJ8nFcAxqoN+WG8EUX+2b6&#10;bVldBF+l2301m6QJrCz/jKbmGVtNypdAvJhqqJLU+jjE00jCNOjzpMyMqJIZ1VgnTpF8WRcDtAil&#10;RjxcqCCkG6G0RR17Ly0RF49wiwghyWOoRosc/KHot1fjSpYmKNuO/TNLAfp4ZakAG/EIcDkt9hLs&#10;wWaUxAhUpghd7pT8D9qhOSTrzrk0ijzdYNlHSxBl1S4YWzdcTt2ApU7WPDkjoRCSDCeNGzVhhPRD&#10;5UN04C0y4lbwh2MuYnNi0yXJGnv9xQQ0r02gFz8MqgicmlAa8r2B0hhMM53WVmwdcy5luWkubSoJ&#10;XCzvlu4tNdZc/V/pG4wg05TnLcvGfWW+3AAeXJOFiKWCp0pG02Rmfri8LDq+Gu868a5S0xxmjnrZ&#10;lJZ86PQej8+lyI/Thma/IZ9pFOIrX2opvjVfnXD6ku9FIP11gZmlxNgV/to3JTN93RStP23A75sT&#10;r75u0vE3Kf39Q//PwyzHO8JVz62wp/xSc3MR6yM+z3H/8Kbe3eK96pcAaVN7DOqkTdb7kpNvZeEU&#10;ad2cCEK87rbkUSwL9sdx2UykghwgAC7cfSLsQFo+hqNQBLMkIjQzobg9m45CozDGwTQ0DuHv+0fH&#10;ODg9xfPDM+y/GPLUfD4LxTs19eF1OybjQiBPRB47CI3NJOwXay3xG8mpCafhGssKQyFGSJKVsAHy&#10;bqUpLaWv0c9wMjoSbdAUrF/I55S9ImUwIbPChCJApVZF5HWiLP8pdK9QYE+XKR70RP8uCKOPJMVR&#10;mmz59b0kj3LiGdg7lo6DfEgKZs45TMOecqrgTKuTcUNHzL/+cC00Bx302z1kbYO1bsqJguQ9k4xn&#10;OB4BZ8MxNvrr2NnYDk3hDie7dbIB772ZFeNz79u1P6+v6xkGq6gOoOKaWP7hvDoCZ+ZTATGdymxV&#10;zE7DMcvSUlMFd/B6GIpSkn+11LePGKdJKV6HXLvQ1JkKVWLlWWHlFe12KDZDgZz1mJHn2uG/Ze1Q&#10;zPVRsCUIsfMIjLS8j/COXpaVhJa8mAoFrkEeM9YqWyqpvIWdWpjYltQZ6IR9pkPG1SnSVpv9dBIt&#10;TqPkxC8lVctUXjxqUfvgOqMFMpakebGmcIpE0N9L55eY1jQYq59vv5z0qXsjgyU6QBWN6yzc8sT0&#10;nGAxH4fG+TTUunNMJuJPRfchT8cVlHO6q3DDpFYfcVKfZGss+6OinexMMiPNQpp1ws+E+yR8bbFM&#10;vCWTdA6DEVYoDeUK9QnMkozvzQhjUrNCxR8NOqnBKgkYJ7R+QUDyAikxieYE/M3IlAxJWA9M+CxJ&#10;+IPJiMFAT4FroVHzpMxgeZXIBCldp+RBcclJyhkNXK3UfwkrVwpRcjSaD1NB7L6WxJpa6V7Jeiut&#10;77Jc2EWgKNZ7ei9UMlFlHPolWx9zDliq/PHgXyp/tZWkdnWeb2qfTN8IBFHvQONWLIWafnO+IrpV&#10;Pn1Le4o5X4AsBbGblwuWYmm6yj9oiEsulL76BiAXocgLt/HVia49h6Fe5K5x7uCbLPfzH0utdFYt&#10;lcyqImLZ69pE0MMLOExp3VbrwrLVQ6vbx4K8wzncT3y+w5PEPzMP+yB5WM6nU8zCPX9y8hDj08/w&#10;6IsPcf+L32J+MsJabwNv3LqNu2+9i7X+NfS2KTyiz0MUHwcm7Fk+C8/hXNVo9GyH907F9J7858Cj&#10;HCcetOExHJUtTGcJhrM5s6FbaxvhpY4x8Q/w4uj/xcHxCyxOcpw8muHo8BRPnwxx+NxiMp3z/Xvv&#10;Zh/ff/ce3n37L7DZu4487EmnJ/fx8Yc/w6f374e1aMGDgU5Yx7NwHmZli4cHC0dDvjkTNyjWO0vL&#10;cHwFEy56Yf2/cqmFv/6v3sKbd3+AS3tvotPv8vPuHbG/ZvwMt9J19HsFs+1tmfG1IfCOwp1I8tvt&#10;dtHpbDH5xqY5+6y2uzvM+sk41b5fpT7zI0IqrbD/l5T8y8SFFks62+rBOti4hFu338Cbb3yOT7/8&#10;PCxbTqwHhD8UfiN0p9MxxvYgXE8ifOyyt2ArcYhuFhmxJ8PeSuEDnXD9Ts9OiGaDDt0jWZdZjTac&#10;i253gPHoEE/e/wT/583/HXvbu9jd2AzHEu6h8DPErWIyi8sZFGLml5cVnu22vIIdqkDLWgkDi3Tu&#10;6OfTdBA+5yIsuWG/GC8wX0zx8PkT3P/yH3Fy+hTv7L2B22/9FZLtS9jYuszstqwtezjd24mSHER5&#10;uPxA8tAlvFcnFX86YpZZfdC516YQirBH+VDDLUanSA7Ij+8z5A8/RDY5Q9+HZyWcLPZBDrUcfQwK&#10;ZSvD+fHXbsNffhPp7nWY7ctAr882HLza0xCPWLR0Sdl7rsB4Ep63sC+m8xHygy/x/OiArycPbRPF&#10;S0jmC5WaskzV6oBb2P/EzKO6L88F6GLeIodj6RBY1z4C4AhXIH9A52ufdE58bpOku5AwL7VtYJ/m&#10;NF3uedUnOUplMw2mcxzAIdgOMfhZQWPUATiqahiHkZCQUv0DveIXpcqP2YqAcxKsDiSjTN6JCjHL&#10;1B9ZFTkeCjhmooxhv7yCwT7KLeB6OE30XjOVPzGqJHM9ZnlQKtuO2t7HLO0v9POpFYPfgoNTS8UA&#10;FIdyqrpzlNJdiq9/eJ3pbC5+2YiBsVZVwZJUvBRgUXvgNff5xu6nklNGMo1d2gFfZti+ZJi52tTB&#10;VxLK8ztopOFanepdkN7aZB2quXMlwFLUlGWj3iz5+Elxo1NnBYiYiUgx1/kUfjblqURYoaR2oYUq&#10;lUkwM8yc0SJ3oYWwrZIEnSbRRgBN4pCtymhT1lAInVRNqPkYJMWuLKbocPqPbJJZKtNk+n0m3FHD&#10;ZDuhWQifaTwJi1Mu8l2SUbVFYpOSZAUCAha5BI/QYkSLPDUvvOAhVyPvgs1QOcqdq+iEC2AJlih5&#10;6RZfIpGoUuFlq3QzK4utFRmQ0RQYYXYoeGclPYcaQmIH8rUsF8qCw3IIRjNm07w8odlXE2D/UqDm&#10;q8CbyhDcxiRp5f8ZczGzyphzEkvXGLsKk6UUvyEn3o6x2mNCh9e0QdQyd35XW8vUl9lyrpLTWFuz&#10;Zm2USZla4nyeNGu+MQac9xfxqV6PYfYnyZj7Lwzlua8r3/0TZdr9MQA/a5phFeYcyB7vMWtsg4nq&#10;GvtVHdHoq27RVs+6VUMjb+IAyFcbtdEIU5uIX6oIW6OXh9GNswgFKzANRRutaewRTIOeUBScTKb8&#10;1ZcTHIV1+jgUdWehmTk4OuZU2eGsxPHZFMejCcZhg6ZNejIvWEJEgEdHt/VFKGppcpfTRs4FpUhz&#10;GDwMRVyX1tawflu/YKYTMfdoDydpAoUf0O9SA0VgFQ/8uEguMU+8SEgrawHPzChfnccFn6m5nv+k&#10;GXJhRHZsTPRK0wReb+qktFLvb2vVCsOGBmcuYGDcp81cUxY9F3scNpWTz6vn/Zr2VSqqKSWVbSbC&#10;sU5IPpvIensymvH7dTptDHop1vvtUIhvhMZnA70WeegkoXF8htPuEEenp9gKDUVv0MPmxlpoWC6j&#10;Ha5iy9KQjSQRifrA0q3QEgWALxW8kyFeSXLM+RltvFw7uAYWIvu1ACikuOKhIYGVBLLw9FVrJQ7G&#10;yDTIJEVOk+CsLcEXJLNtd0NTTMBxxj+XkZyKQaUWs/4K8mVpgNSlF/k4HwPdh5AU4kXp2a/Osf10&#10;ZMMLwCep9FIfkAsS7UtZqEkyN+Ad3SQk3y21AfSaKtvwglWAjn1jCFQkkMlpLeOFnV8H2whV0sbn&#10;sgoXkSFW0lCIWNThHkYR46QhXfQNuSJ7/fHxJFqkJjr7C595RkFgE5bJklk2F/DKZqMBqrwG+R3N&#10;Km/gKD9O7EiKdk0MppqJCvgsNMRJaIwT8rPqOJD1Ov0/DdeQZek01IR45XBCH3lGEmBohdbFxbk2&#10;Bp5lv1rAz6cskyKTccuhH6FRovOZh2Obz5AR2DceoxXuOR+ecz8ZhnswHCM1cSQpDz+fuHmoB3P+&#10;e4sbm1QATSMBBJ6bNhEniTKgrHC82Fy5horBNII9ImvMLMevLgVu1OCW0XRBBdwuCIB4GYPtKwdW&#10;Bo3A1hWrEK2q6m/X8cR1FSkSqSabrmLCNX6uMZsV0MqZFQCuwQBspL/7xvlZTcJtypbNK4RM5oLA&#10;+AvKTlxkE2sa3onNc9xMr29KfU2jvnZ+GXBU/qxKd3EBkoglqbNrHKT2pxXYaZnVRKyT0Fh3N1F2&#10;BxI6SPcahyAaHqxMwt44C8/CYnKE0ekznJ18jvuff4AHn36C8ekQ13f7+MH3voPB3h42di9hY+de&#10;eEzXYLtixE/AiacwnXiR6dm0XTkOGoqQmoYbf5UphtV/FJ7Dw8k4rJU27Iv9sJa00erb0FPNcHb2&#10;DxgvPsbR80c4fnSM4/0JTp9N8ORp2LPPHGbTBQaDFLduX8K961fx3Td/jFb3Eg+vHj7/CA+efIzH&#10;j7/EJOw7xALuERu7TZ+9zSxdkormi7Cv0zNP4BPtz6QOC8e5MWjh+s0B3nv7Nt578128cfNdtHsD&#10;7j/LUE9QErHHnJ+3/mCNvc8s+6Fn4djnYS2ZClsrrE1FfgzXoV5vL6xf67Atx6GQaXcj7CeOgUPy&#10;liMVVuo7PGyi9ZsANMe8f7E04PDG+ZzXOfo8g/VwHTY3sbGxhWNal2akIBODFRteh8gy47MjMgxD&#10;XmZorW+gnSascEq0HqCBF+2t7e4a2mG9y2cztpzIWmthTTwJxz5Bp9dnwI968l//7Oe4cfUWrvcu&#10;4c7Va/Dhd2w7wSScy5aGejkvQQhxoES+tCL5VEVbKYFN9P5U083Gx5gtknBNz/B0/wEeP/8U4+E+&#10;tgYb+Ivv/Ne4fetdmGyNLSEG5GvPVkrqq++FJWYaBqVNH2pRgqWYFoIzJF7CmPrhp0bDcJ3CPd+d&#10;HAPHTzH/7BcwB8/Rmo5ETm7bGBO4FK6PKaneCteiM4BZ24S5fgfuxtuwg91QT/Rge72w/Rm2n4ie&#10;pCkpE0OdxwqSPOwP4ZnCi/sow2ebtXvY6rRZVm4ZsJLhKikMae9Kwv1Bn4tD15yvMBWHCFTaaj1i&#10;Vh+nxNpGvefq/pjqTWJakuVEKqw1vr+sVZ/FKP0Vm5CCw7NkAlOpAlQhA80KoINgH8tK8Zcou9Jo&#10;DadD60IXcq+SWNobOdhDfPq8+qOxDZviMT4R5QPVXFwzGQlKlXCQaEbrRAEjJ0BDs4TkI3YJVinV&#10;riLOsZrH1ViHXaJZN60ZGn74bLPgRQ0YB51RycoAci7MxVTPpxNAntYSqqephhSFYSJgXwWgVJtA&#10;wosvU6GtfQn7pTYzXv6+v4CNZZYi41/u42dwQUwIlpJ9Y4yx8xfK1i4CG7ymwjblBb7yHhG2VZxq&#10;etPhiYZjI/RcmH++ikzQAtsp+63ghZq5fqk2CUb0TF7Nol0FRmkYhbM8DRbvophiTEbptBhlsjBh&#10;Eh4ydrzjRTVl2Y9Kowp5H57Q0AZGd09e8iSFmCUk4zIUqc1JNDNuDqKw1KppI096vUwAxD/QYTEn&#10;+dNCCymZdotkRJgZRA/NeIIdgUmZroscSIpZfphos0okREOkznLjWyuLq0/VqJJj7SUltwL6qgWl&#10;9oBZLvrMK8GLi4El12AJLkcFGGX2GWXm+SUnazR8UMwr33+5aqxBB2IGUIz2AvMljzB5HOR1W2kt&#10;FboIZJPwdfXBtOKv5F8ueL/4vMB/48y1lwFGv2u67tcKTVhaX8zXBnlf9zP94YDKP34YyB9P4vv6&#10;QGcT97cGKwyDhrm6WU4FrCaDcQIW8T1NmrS1tbhu4DEUwVUJsCJDVGYas8sSNtdn77yw5i7yHCNq&#10;CEZDzMKGe0qpgOMRnp+NcHQ6xkko5A5PZ5iHdfU07BHzecEG4nnuMCRTHgeVBAiA1SbIgiZ48rSj&#10;Q+l3pqzY9lTYtKwkimbEjMqpCGRuVyjkJuzzl5DXnwI6LLVghlGJnGmIMuWlQmpRymCDfJRYRqJr&#10;IDX21kuGLYODRlhTZPXQaiXi1ZYQVmVC0S7BS6kCeYnUbUs2FtJERsaZY0CDACGahOaFyDYW4XPN&#10;cyMWFgvPk+SSrTWEIcWJ72Q+bQRu9Hq9CQxlMIMmnuEYx5MZjo88H2uSHYf9r4X1QRcbaz1s9Dvo&#10;h2ah2x3ixfER+v0M3VAcb+8coLexHpqVK+Hvl9FhHydXNQeVfI+aE5JwE/OKwJXxCX+1uUgtXCJD&#10;Oa4jNFzAappp2Qlnc60LF97PrF8C1tfh++vh+6FoD40DeVUZ8irMOuHvIsVl6Y0ms9K5yKloQ8IM&#10;PhYmGZmmswwl3DEzTbMlpcAiNHkE9LH0mMMgCk17EGApQe1fxM0WvU94b2Kw0bmm16eCPE27ArQq&#10;WEVNZBxRC8HVqVG/Pi9e9ngGvKxqB9mjFhX7s/IUdeJj6TTlmQefvg70sZExFgOmNB2xmvZXthtQ&#10;Kc6Cg8ZyN1VP4dA405NUSqPj+bOHWo3uFQYnNWGV6yIrzF+ribf0xuRtSdLsUFdRSIy3BRfWeZHw&#10;n6SQZD+qf1ptVEAtD2S5CG+xvQn0q2ONbMr3cdS9MAOHrkc4nnmrW8mKKegjcQIsk+Td5AUzE3y4&#10;91okcwt/6D5M1RvQTo/F9y/cj8nsjCXA7XLOoDQ9ZCk3uXORqHv1UGoa9UVqgUPlHbXkv9dg+6GZ&#10;Xd8Irqj6F99U8PiXDA3PZ/oZg6Uh67l9yVQ04cqgfGkejCZTztdeDI3t1jdYed6bc1lLEYQzjdeq&#10;Ska/jKitAoUVc9E3mHlmmXEeX9xcAAY2wTf/mvVTk9gOu4y9VhJofS/7kve6OKG0/q5ZOpXC0rPN&#10;7/n41r4C+0zF6jRVWS9y8XAiu2E9Wb+CorPN9gMs3Qv373S6wNnJMLz3HE+f/AZffvYrHDy9j/HZ&#10;KdsGXd/bwo3vfA87165ja+8O0s4mUmI9e7ES8lWPYaoggAjg0/EQC4kD/kqSisrnOJstMCzIUy3U&#10;52YQ+hIKizKYLj7H2dkHYV9/hOePjjA8KvDi6RBHj2c43A/7fdjTiShxaW8T7/7gNr77zo849bZM&#10;SpwdP8KXn/xHfPnoAQdu0ObaabWwtbOJRXhTMskfTiwDEHxbheMhQ3/PvqzhuU9L3Ly+hdtXd/DD&#10;b72Le2/9AJtbN8PvkT3ISViLclFchX2z2+6Gs04KrxRz8r4L56DVEQbfdDzFePZCfNUJzuIwSEqR&#10;PQhr/YT7yTQL16CcCXufzllG630vLFNkCUHXJpMwRbIXcerTyN6BbUzZP7hk2fXla/ewt/NBqG32&#10;wxo2JgU2LzPE1iPW8SIc7/TsCMU8pwDX8Fm2Qx3SCbWMQyebhpXJYRpqpDTsgRuDHZy5I8wo/Mqs&#10;oRv2yOn0KNRVJda7a/DjGcpnZ/jZv/n3uHnlLtLuX+Ha+hoPm1x4HzIlaXE/a3UEpH7NpVKKjKgX&#10;52FPmC1kQHV8coIXRwd4+vhDnBx8jrVOFzd2r+Ded/8nZj22Oh10+gPMpxP0KPiC99BUFYFOI9XV&#10;I99I4INdxTpINedTTmplC4ZwfeaLCZKj57D3P4B78RDJ8BDtUNuR9UrBabAJDzxp/5i3B0gG68Cl&#10;G7A33oSlVOn13fD9Lk0UuV+mvYUwqnnheb+g3r0TPmM6PoU7eob5wSOYB5+i3NjEdO8aEpI/kwUG&#10;KRe5Ikg0PyBc7/BsmNlc64BU7KPUJYHDSY2GjZEEmgZTiUiGjcpj4z7Avn26DpCfIjtCWwHAkhia&#10;UMqaTrhFJBoxaOckzNOqWqFUll4c/Ff+yIlYXPHwWVWI4raRqGWW031NrGKsBl+w1zB7hIoFDlt7&#10;qAdhJGd5tstoib+gUTuTeG2LslpbZcBlGXMxKvetMS/bwDJqr1QXFX/6M967OnVdf56JZBSEV6rH&#10;MJGwKkszXe+NSnfVK5kGCLSmGBoaUzBbrL2sMBrT5Y1XTfurhyMmgybLTXBDPljvTxeBCuaVHPTI&#10;tzDGvJRqHnEgf87rQ0/8yqhw2Vw9oqK2kZLq668SjN1I7bUcM05BHUQ/LiuJSjT8LNnHIaLONE3i&#10;4IpI26V31KmFNHJygUsFAolVZwQqVlaYr0AnKrxp4SXGRE46ekJj8wSLdCHvRTRgmmBQYZ0magga&#10;E1lTnaRaPm6a6CRekmdIgsbnWamu9HuLmRwHGcEyRyVOM72wE4muGq9QaSLQqj5zAGv1eZmhh5Qb&#10;ScMSMpMYLa68Br4kKslTvz36jhXPpuXm354zFX5V2ROnua8GNNTQsyErlftbPDNX7/vVfy8dy5I2&#10;duX+rKQZrjE9NRXgYCu/G6Opws0ghTqVMzYxVbBHlCHSfVGo5BwNU8/q6OJc21yIo0d6cPkHAKcu&#10;Yg+ufu+rYJ3KL/Frgk9fJ2jid3md3wcQ+1PO9v3jMvvca53jCMDz1M5cPBh6hZh7hV1uFEaIybqQ&#10;4oGTsDXJzdiKwcIFDST1tuA1N8dwQay7CQ7HZxyOcToa4eHREE9fHODwZIzHByd4MBpj3VGRWyAn&#10;/xEnYTpUUOVkwMw+KCkXPpbCj6g4pfAMAhapCcmIWdXh4oQ8bJxaKgxobR0POVDDhpKWDKKJyUPg&#10;o0mkMEmTRA2NDctfiIVORQxN+VqpQ7+VcFrbvEhwPJqxAfeC/PPC+j0Ih9xrWWaiXdmg6bXBznoP&#10;V9czTuvb7AFrvTQ0LpZBvm6LzmHJzRHbwlgR79CyTiw9UT3InpxyrW2ZrUh4Bn1OKkjHNDUO3x8v&#10;wjHPHI5GJU4mJQ5o2h3O0/39Aiejgll8s6mAgwueYIZzZGQtJQDGlyq1VQBsMpmjlc0ZaxpPEpyc&#10;ZFgf9EMjscnFeq+fodPL0Oq1cTosQyF/iK3ds3C9cmyv76HXHYh/m5EhGMlf2IeUWCPq20defcVM&#10;/BKt0xAWEw09wp1DMuRQm5fkndLbQrl1K3zdgAlNQ7a5zcwWR80VW24YlfAals0IMJayPIgQVEP+&#10;wH4qYoqyYPkLnet5uMfmFAIR7oNRaByiLYgjAMhJWITX4AqxfpWi10WZIxen4sNEOzEBwzwvZzZb&#10;aCJDU5fqgI88h6hO8DIxlMRbL88YT7d1mi5JgjqQ1SASExshLMe1MesEEgohjDtbg/mRcmaUWWST&#10;hoeY+vdxES8eegSCktc5+dKVxICwFGaR87GxnY6GoGRsSpgoc9apD3PCTAv2oEs0aU/Z9yR6SRMJ&#10;FWAQNhU/PFaDeM75YLDOsj2JFPisrC3EwDsn18tuOJdeWY5WoTIndYAn2T+dnHYm4SIE8JlUUxwL&#10;vsedISZsuOYJeW5S3dRh5ip7cpLx++JKWE8csnyCYnwcPtcci8kZzGKMJDwLlhiA4f6w5BOYT3nI&#10;y82PgrUMxnpVbhi9VpElapbn7x71UNI00aCmlBZ1YIR5STpTs1yv/25eOUOtuyRT5WDEIA4TGcfO&#10;NPPdqiGRewW/YPVYqq8VIcRcCFi+DMS8QJRUS4QvMlT+CvCtCl+7SDXsTQ2qXiTFfYUd+mqIysvO&#10;vq2tEOPtAbsiV/aR8dsIL2ZWoIve9GwkKfLKrM+y93xOzOMpFibHaHqIs+OPcbj/AP/3f/pbHD8/&#10;wd1La7i9dxM3bmzj8o27aK1fRSus4d3eXliXiPO+4NRWjjSkcA2VxtHghKT2YhFAAP+cv9IONSca&#10;xWwR1suw/5hM9/k1tBNaS+/j7OQjPH76AU73Jxif5Hj0YITnz6d48WSO6WjOPcvly1v4yx99D2/e&#10;+j4G27eB1hRnR5/h0dOPcf/TD5klZW0Xm5sdlr7ajCwXwt4Z9sth2OOmNIwp0vCZKZF2EdbXNrkB&#10;Y7Bj8e47d/GjH/4EN6/ewlp2Gd21BLNQcxCLPy2PkBTEeAvrQ9iHTdg/yM81y9phvR+H7YlAjk1h&#10;VFFdk424FuA08PBZeV0Ka4BgLINw9k6Z1JHZrbCnbiFt7/K5yyjYyaTa34Fl1iJ1FpUX9ZQl1Rfh&#10;GrZbXWxtX8H1a1fCZxuHdbWD6XEhYGYW9iOv/R/5lIYbZTgKn6E3wIBIKZmw0HJmlolFCa23vW4f&#10;0/lxqAESdNqb7HM7Lggc64Z/r4U9O9RbXz7Bf/7lP+Dda2+jG45yd6sXzktN2mD/Na32KgCF9hAn&#10;JB0awFLgxkn48/lnn+KTD/8DtrfW8aPv/StsrN8N9cAm+W2EOqgf+q6Sa7HWWjhnC0pBFtkkFzlF&#10;WQW2SWiEPqcxcdWJspD2CPIVpHrSTMZwh4dwjz8A9r9EdvAAabg/w52AZCGhGXmrxUBZSYq9UIfh&#10;1lvw1+/BbF7DfG03nNt2BcSlGkrhec8pQn1SIp3lzPjyB88xv/8bJPtfIDt6Dn/tDcwvX2XrD7cQ&#10;oI1sXmzFcpNwz5aVJFuqH3MKj1KJL++BiRBgWIHhDaKLr4t7BzeaRWWzJmzTlOXWVkEtCUtyPIhj&#10;ApH6HgrJzlXyV4t6aC0Js5Y9kKlW45RaAtfI9zLak5VO1UBGvPR87R8dyV38s15JRU5VLTpoSyns&#10;jJinbO7rVUFJ+7xRhp54BZpEe+2oCG0MumQ9lEwHwmtoAeRjUjAuxrEL0zRyEFwjSBaV1zGfCxpO&#10;ku0PVSSpqRQyykxjUF2cTIQdSQCuDfWE0SC21NaLPAOwTWmri5NflUPF9CpOc6WbBDFm2ChA0wxG&#10;iKCQnkjf8PY7t0teBBY2wQLbbPt0aubOsZecJq6s+ox5b5XuKRTxmO7LVForvgMiMzKS1kJFW5Jy&#10;DHyadsIGoKDXCrbDNZt1TOGln/NqXFKob5PjJKdCpgl6k5KslqK0+eFX82SS0pS5LBY0uS4phVEz&#10;bRxtSyQ/YeppgRlp32kRzmXBzRdE4Q5bRFgMKP2mTQ9nRv5Ks7C5zXg6Q/HafOHpgSQWYDiGPGyu&#10;nIRLcimKv14YXuA5uU/PLjVj1LD5RNKhSpoSO20YSjmXHMqRzrnYps2nXJDUKCwMvNCm7IHIgCNP&#10;JlqisWeEP+Mik46PEGsb5Tx6r5mYhmhr9pqptPamTtpsAH1NxoCLpqKogbd4j9a/4y8AeKzKjGQx&#10;iLKH0i1Pm5c9AVe0FZr466Mbs0rcZeoh1G9iT5SuI99jY1JTpdU2o7XrmZBQgdOKvusVsvZ1EWmx&#10;BBLaBqvGaxVncFFqrq2eld8FBHsVcGQaEuKvAywtSf1fEgRy0TGuHuc3GeDxJxve8Rqg69dhSf6x&#10;zsXrMDqjl4Y/1wSdb4vq+9k0/nhmD3HyZ0JKN/EKo7haSpiTsArP7DJKxqNtYRIK49F8jPFsiicH&#10;hzz9PSBwbz80AKdDjGYznM5C8T4VLzDGVUIxOCIgLkKL9MyGh7dF22h4jxZ5lDjxtiMmEU2J50bk&#10;hX3yYSUpDK3/tMQyi4deKxTKoXHvUjp8QWDfjI+ZPPNo4wrLM5+fBRl7u2Kp+Oy0MgxaJa5s9Mln&#10;GO3w82u9HsaLFjbCfrA7cNjspbi8nWCjQ5YvCXZ6hId4sorDgFJwMxmTpWnJctA0FWAg2jhomBn7&#10;hnnjG6EnviEnW+5wjY+pxoaZa4tSCpfZgthTLf78k5kYpR9NgNNRgRenZTjvHs/PCuwPcxxPQgO2&#10;CH/KhAdx7PNmxDKCA6hKkWvOZo7TiQ9Oxmzuvb7Wwfo6/RlgNnJYC1+Hp0cYnRyFBm0Lu7tXQ7F/&#10;FYP1rXC9Mi2IwwXkafeYfdTIT82lAvgQSYpTdin1sN3hQr2ktMOtK7C9NeShYfCDHaCzhpTYCfSa&#10;oVhn71qbKiOmFCapAkZIUKXyEpOL7gJifs1yYojOMKeUwNkkNB8Lnj4v8pkks+kEu1SfSr4eUTLt&#10;NDSG6yWo7YRct5ZKRXiQxxMhAhRz8SJyqfIjCvE0JGaYVdBPC/XEpeqxZ3VfEXmu1wRHU9WRYvxd&#10;J2bX8hTno6zenNtim/eQqQT+wlJzvoOMpD9ZaOpbPQ7BKOeDUF+c8TNNrJ6C/JrdgpUYzJhzMvEn&#10;QL5Ulitiw6BsShMVHc5XhbpXw3GbddjLkJj75MdZxnTVmKAHKONVAFoCIdNQSxkFPek8ljpgZsm1&#10;kWtW6HWRtMiUk/QY+KOhgzJACXSNTFwa4hIJh+qWLjaRrO8KIzWsF1lYGJLQWPrpqYR8jA/DPXyG&#10;ZL4IzWB4qBZnsp6QhMtrSFG00vHi48h3ZsK3Q+VrV621pgbZjFga8e9QQ0I/VygIbi6Ql14kPfW4&#10;WCpaeSE3mH/GN8AsJ4ClUcDRrYRXuEYpaMySYmoZrPMvB/O+CtwzKy4quICYWAF+DWDPNTgTlTTd&#10;N4I4ojKqvPjc1Z7N9WeyKyKTyDJUUuw5ObTH+ZCQc5/VnJ9xq1mGerZ7Bvy8Dqg5MVx9yovUcMO5&#10;IND80m24neuYZ6Ffmo7DzvYCZ8Mv8emHP8eLJ/cxOj7GRniN9967g1v33sSlG3fRDff0YO06AxpZ&#10;W/xyS5uLZUUqbD0XFVX8Gee8LlgIO5vWRpIR01495uY+w8y0NZn2NOyFn+Lg7AOMRl9idHiCpw9m&#10;OAp7/P7TAs+ejjAO+wwBG3fvbeOtGzfw1t33sLV9M6wROZ6++AWePP4IZ8fPeciS0doQ1vseBWe0&#10;NyncNaw9AriF7QOcj0TWG+MTJiCkYQ/Z2XP4zhtv4Z233sGNy29jO7w2z1ssBXYchbVNEoST9oA/&#10;L0lr++SvxyGZqbCmsI7czHiYGBYC9MN3yFOuKIYo5gvp26KVBodwlWEv2sNg9y7avb3w/V5YywbS&#10;SyhbmvpG6VNLGXZ56a1mxZyDs3ig0W5hrd/HrZtv48X+UehHC4QlJ6wlQ6mvjASgECQ0GU3RzY4x&#10;6m9jfYP2a/KfzXhQ0WsTo1L2ucz2Q42yzsnJBOaSF2GHFBF+yKzAQX8j7IGn+OTv/gn/7tZV/A8/&#10;/h/D91pokT0WkU7o3vKF9j7CouREyfC5SCZOw8P9F0/w6NGHePbiIdqdFD/9Fz8N1+EWNi/dCzUT&#10;resJup2ueLFlBIQJ69mRBJXtSnSIa0U2arQvcw1bKrGLkDU+C5/DjCbwdJ88/QzJw0/hT55wkq6f&#10;Ox7yEXs8TyiALPxOO4Nb24bbugp35Q2k126i6JP8uo82ey4SsUb61ZxThL3IdcO6Tr6v+Ysvkby4&#10;j+LZAyTDfWShBpruXMLsxr2wX7SYYViG2oGUGTREZaCP/X/V19AK8YaBOiYLCTDHa30RZbXEIhOW&#10;KYNfdE4Y5DPMREtSAVeZSUn7D/13IirRvZN4CV9JlfTkBStKknSZpFVIci0hIhzqRtgKSd4Je8la&#10;ukdHD0Sv3pxe5fCGh/k2sVVtIb220wyDOviT5cMxjEtDzXgAS7UKPT+1RlAJWyXXVzHTgVV89D4E&#10;7tEzCQkgtWjajMkm4FUx4jX4SsSzimmo/jsGqsTQD7ZB86ngWYmtrRgUo6DNl9iH9DVJpUahr4X6&#10;bvtGdkDaBECi7NZWggP1CGs01T7qolTOyaiiTaoyrJLcwjQmsssN6avZfxczhYxZHZ+tNJ/NPPsl&#10;GaNjppvOJqvUuMrDqWGMy8mCBMaozKRgryBJdjUqp/SaxkhTFZr8EsLMMhcvJ5tTZheRRabFrbJI&#10;IA4qOlEuMJ2XyEgrz6jfQhYIWjqSeN5j2k8i5pLhoo7ZvyVsWhqi0Sbz7rAIFLMZszXCssbTGTJ8&#10;5eLWCPi2oFTesBrTK1LEe+rEP4DCNhjQKw1vRommGHHCGdG8yWsv0Wl3kbA5+sLpghYN8J1IYnjY&#10;rgl/MeMyotHMjKCHO0rlXLU0SohH9G5sXHfbCIdoejLWODhWQN6aSVeB7q+o4KqU3gp4lumDjxJA&#10;s8Ih8heOZdWPxSNGADhbM/vYw8cKi8BScrOpqcR1ZMDqgamMUOnGzGRo3POmqfM3TZ8jU0mUmgvn&#10;7wKCrcrhXwW4vTp45/XBqtf5+dV15PcF+b7qd/65A34vY19+HZbfq2Tbv++5eSm7z3hcaPr00icZ&#10;K4nspt6rlNcqRbJYE3ByJ5n5h/V9FIr6s8UU+6MTPD85xuP9A7x4cYKDg1McHI5wMi1xOi8kOEJT&#10;wwggSWjNJkCejLeZiVeILIFALFrJyZKr1GfUif+pyOk8m+hScjntnFQQ8cCAzPmpkQ9NTCus12QC&#10;kFDBz5GtC95H5hw2VbLsl8AUMpumGSYVZCRjoWQ6avavDFr44RuhGL/Ww3o/xaVQVF/eCIVsu8SV&#10;TigySR7bov2jZK8d8q1rM1bjkKjsgeWhlESaxKQwr8BeQ0qh55rYWau+uswyaJZLvqyChmJ4Q8/J&#10;XrzGa7eALBScURQZgwZFTp487VDkk4zShWuU4NmRx8P9OX795RCfvQgF/JisKFL2UYvBFAzkELBS&#10;EhOuZKnv6aiFwVkXW4MJemszrIf9sN/rhCZlhqfPX6D/9CF2r17Blat3sBMak37SRjt8rhb54RID&#10;jDyliNVHWHEonB2l1XY2UKytwa1fQjrYCMX6GvLQpFoC9ULTQB58tH/PqAGlhi3r8DANCoSJf14p&#10;AWfM2FJPGK3HHNcFZBBN98CcPX3zYhz+FPzZIjuL+yuUVfgUA4YECPuE5driKSesOReZWFwjeCmm&#10;ud7J2esxSQu5sGmLaxzL90CiVB1bBVaZRhCWqyQY6ptj6s9oIMNOU8lXJGTHcSKlq+6ZJcveaImB&#10;ZoCXeNuyNJekshBAlIJNyjQ8BeHeRm8jvNxlKQVLkTMLM6UxEHBl5dPreNgqKg3y9aI0S64wVBJf&#10;RKYCPRVk2q0yt5J8DWl6joxrqEJDtKJfMQ+h6eo68iwqGABkZj4//lZSPksB80qVBTkNMKG6s8hD&#10;kxbuW/LxJAlyOzShLSuemy1VciQtYc/SO2Vd+VzW7zDzt5hNuQEkY/fW6BJMaJLL2Qj5+AxudBya&#10;wBEnAZv5kJdHGwf0GuzBQLf6r1kdKvL9FsGiWBu5GuzkzxZZYH7ZcHwlY28Z1PXL+R9N8DRaMfgV&#10;WWwE8Xxdxldsv3OYm8e5QKeXbVtLoRX+1Yy+l26f/uUdjdc9rfk+S5idf/V7rAKvDfeYc6Ccb9jU&#10;NoHEpaCQV54DU9vcskqm/mm+J0pVZrH03LOskCSx8XqRb2jaN8jffA/Jd/4S0+2boTtZx3D0MR48&#10;+v/w8IsPYM6G4Qnq4971m7j5xrvo795Ef3MHW2E9bRFRgkAcWgMJ3KZhDiVYG+iaKIF/HHroJJGa&#10;njMKvZiGnxtSwu6C+iYasmyE57QbfiTc7/Pf4GB6H89O72P/8RFGxznOnk/x+LMjPHu6CHtJweDc&#10;3m4XP3jnFr5196fhse8j7ZW4//gfcbj/BcuMEzkpaK310e1vIeutCcEhLLgzkq7yEFESOwtivIU1&#10;ptdLsLGW4TvvXMO9W3fw5t2/xNb2Hq+xDmfh505QzAu1bAjPethPWt2B+JoR2JNkYr+gdgT8qWkd&#10;amXsH9pKt0KvR6DYCeb2mL0/eaTSStBfvxLO7dXw9S10Bnvh9fqVt2dEdmOSaQwW4MAHts6IAY6G&#10;10tSJwzWN7C3dxX37rzJDPzx9JR7yZJSeb2EEdDq3+50MJtMkBw/x2E49t3+Ttj3SdqcsYtoO6yR&#10;01zsEvrdrdAXPwuvdRbO5x4G/U74+ywc15zZfQTeTp69wP/xb/8Nbl66hptrf8MTK7rEYngl/Tox&#10;PmltPAm1HUl3j46O8Ojxx3j/V3+LTjrHd9/9Ad66+xfobe1w8ES73ef+lWsdX8q6ampverKm4uGV&#10;knhKtbVKskQUgJzA6zlwiVC0jNbTyRTz4wMUX/4a7tFvkdK6G/bX1EsYC6fBh3u6TcBdqAvm7bCn&#10;hM/k3vwhip2bsOGzJ4NN7gFl/23xe9A15SHHouS6shieYrb/BL2jRzCf/Sqs66ccgELqgREl9L7z&#10;Zywj5/TcUhcNAuUiQG+FqMMAlg7jfASpyOut22Jrs2gNkLOXoNRtLDMlPCT8fh5rFidjR0YTQw1E&#10;tS4NyyjjjTASG6W1TsMwKmWf2q4VKjHmAJVUvK9z2YfpfWBqxpwM65345XvxfvYqCV6mCPgqkdc3&#10;vIFpfZGkd6uJt0oc8qYqSKLslgaFVuvXRKc1TpOKhTnqlHwmez17OVrFEYzUFIlOVyS8pRTlZOkr&#10;olBM4WXCHNcvoXYI59BECbUCkfw+VsgKAhbKPcJBSJrtQPWysE4Fc0n9SkOoGbhVkUaVIVM4Y5KV&#10;cQ2DRl9L8IzqvtUgsSagq3FyxcwzS5r26Ndy3pWpLvrcEghUe6+ZyrCiMRljhkFjU4oySp2mVZH0&#10;yirktDcCvhhdtoJKF3KROKWNH/I4JUuVKSh+a85ITqSFMDqgqbjUZPBUgS6mF3kTfY4FF9Q6qiP5&#10;Cnm2jMeaoCsXkH33NLCDbnRKdON03qKL+eyUH25P0ymjOnmarEGnDvkiNH4EAs7qAAt6IMgbLheD&#10;VTJ1J+YgJzw6ZT0a8WiSZEIJl0jINFYFyvHBZ5PH8Lp0TAv2CjQ1mw5QdD7lhxU+Gl+rpIvkw+Fc&#10;dwgMXJjK92O1Sff6kEXD52Xpdf3zHGHtUYG2NgLOjGhnaCbIuYaEO8psl6o/76pEalvhC8qCsBcw&#10;+hrJs3WlltTTZH1v+sylsvpkipEpcAtlP5SNRDx2aVQphK88ImuTT78MPpooZ/QV0NkM0mh69sGI&#10;wb67wEHN/Z6A2Kv+2+sCcK8CEl/GJnwdCfHr/Mwfign3pyLN/arE5dd6/RVf1+Z9swrWvcyVzzYW&#10;dudfDt42pUZoGr9/Rbpw7avpL+i6rK79NGkMhVgogk7Gh/jNowd4cXyILx89xRfPTrF/MsJ0OMZo&#10;HNbJOaXiEfyUsddFm5vyuYIStF+kzKymCSmxtMHs6rDhq56NJWSF4ek1AWZd5mzL7xr2v0nUe0+a&#10;AVPOQa5prpiGtXeIlpvKUINkC6UmUpJksJiLjyuxvrzQbqhkXw8NxNXtLm7vtHF3N8O3bma4sYdQ&#10;PBt0u+H40yLsI3OmHtGe1lZfQjZXUBZYwdJjZYV5Nea2EtTgSl3LbU1VqfZZIzx4X7k4xXWpUDmN&#10;5nqV4u0mOwcBFnn4XKVIKGEqsJAgLwIgO5SqGP418GSXkWAWzue1ywbfveVDQ2Dx3w83cTI1eHQI&#10;/PLzKR7tOzw+neLJUY5pqCzp2Oe5AEMscyApIwEo4xxr4c9sMsbaeh876zN0Q+NBSYz5sMT0yRGe&#10;bqxjMzQzl0ITtxPW7e7wCCjGMOvkv3cTLuvDrm+ibK1jMegD5N0UGkKfdpD3NsWXlz1VMhRWfOGY&#10;0WmTxjOhjbFeSwbAjDQaRvclx3YcalCtgyMajiWaElcaqRl4yKPDLhtZP1SI6h5iIuDN0hfDU3bx&#10;OAxfO+3wJzSzBO6lInHjcDICCNV2hOTFVZHsjQay+EbFCLFFsWprooFd0SsTqJnnkamVxCdUn/9k&#10;Zavl5svbFV2kvL7s006TncuKGcDMWS2e6SczbQK8eli6ih+oaw/Eo9qrl2ASB37q88xs3Dgqjgwm&#10;9vnL1ITbMLuTIXKWBlNNlPGebxI1D7cNBQG9fimNsOEhtLwXD0ipPqRmytGQwGM8X+CUgwsWPMQl&#10;Fcegt85sGFZohOekwwzLRBi4DFJOMCc7AfKBJJCA5N+9DSSL0NQupsjGQ/jpEIvZGVrjU4DkdZPT&#10;8FxM4UN96ImJod5rVhUF7I1WKriQepVi1anoTp9dv6LXrjAE93JgTQDbBkiVNECqJhjl6r3DrrDZ&#10;/Iost8nWiz6TZlX0gZXtYgUk9G4FKDQvBwOb328Cb6vAX5Ph1zzWi0C96nsXhXU0z7N5CUvRLYOD&#10;Zmkft0vj7oprG/MWJaIaMZvNxQRj6D1ADHlVM7ICiWtdgzlJAsknjyTvRBO//Tbyq+9gsftGWCN7&#10;OBw+wtPnf4sXDz7DbHyEzU4Pe3fuYXPrErav3MHg0hV0Outh7RQ5KnUzJBniBtulvE8SU2vGwzF5&#10;1oUl4yt/uUk4dpLLHoUHae5C72S6TIgY4wyj8jOcjT7F/tP3MToe4/D5HIf3z/D8xRxH+wtMZzPu&#10;/27fuoTvv/MG7l29DfR2sZgehJ/9BAf7DzA5O2G2YidrY7A5QGdtOzxqbQ5TyvV5poEJPYd5bhg4&#10;JO/BVtj9791cx/WrV3Hv1tu4ef1trK1tICP/QYyQl6fhZ2d8wpmZHxr8hP1Ue+GrNPukKEt0kWSz&#10;kVKuC12TVqvNrN/SLnjN72SGU9xhZmj1ttDuX0d7cDN8b52T1kkCSQxib8o6DBAxUFKXKxexXsdr&#10;H/W0dVgDmG24vrGHK5dv4uDgECenLzBOaVA3Ex83CggoxSuWU1mnY8xGZxim5IeXiX0Ey0QdMp4A&#10;lsJeDMdrJieYkaoha4XSyvOQy4ZzlbW6WIxHmD08xT/+w8/w7avfww9v31RWr5w76j+Pdd0cne3j&#10;o4/+Efv7X4bzUuIn3/8Wbt18B73+ZfQGW2i1+5I4bwvxi6O6jlQM8I3AN6ecbU2dpf6fMA6Wv1r2&#10;DGS6GK3pxLInpcWzz+Gffoj08Bns4Qsks/BZQp1D63oRrmlKbD6bc4iC6wyAcP8nl+6g3LsLs7HL&#10;QGiRtBl0ajOGknHAAzPLwv7RImnw8BT5yT7M44/Rev5l+PdxuNwTLBjXaGNy+QbsW++F97HMcE9c&#10;vNa6KFhTRdjJ4pFU/s507dnLVoElVP245SEQA7+JsNfZOzlarVkNqiCG3WTE+ErhBRui4S39O7Kz&#10;vYZ5RnZeGffqMg6zwSpAYs2lfJ/ofceENA0K00QlxwEgSRXqERUEMWTDNclqRkymue60TZWbbxj/&#10;eLYyiSGcXpFfup/LBrmAapzcyXPIAzN+bV8hAfRscv3s9GFyNZbFPr/s1S3+y1YS15g0QEN8keSn&#10;wras03L5+eYfJeUAJwV7DhSLSkgfQ/OUbRkVE+lSe7TaGMdNwJeamuSW0kqFKZc0ZLccOaasNJUl&#10;RDij4Yp7vrlbysx6ZXNqVvLsI6NJZLmuEfhQp2Q5Ld5co5JQDp16UVDuUCN2JAI1iD40tnovRsCj&#10;0btSnCtNE6exZRwHVOan3JCRNDgjM01ik9DTYaaS9Ea6eZm58OaWhoezCBtCPkvVeBrKrNOinUzR&#10;ySydEvo6HSmKyKulEN8YmjCEsl0LTgkeoYAI0vF79k+SCcKCzZ/n0Ow4Nb7MWbaUeE3zseTvJBsK&#10;4sRemTJEle6QhDlsItQacrPrhXLb4qI35cXb6QOdKNrMjEmi0aZpQ7JQy3Qrvx9jzk0bK2bnRePX&#10;i2QWLwV0lnl01b20Aj40q6qXgUNmpWoTxoHQnytmIXsjiQeUGI4KoMy0ZluzYC+SqMdNhtB6Z22V&#10;aumXtTQ6xRDknp8BY84XhCsgTSV3NBbw34zD3KuYZb8r0PRVyb4XgURfxfT7XeSu36Q0+J/j/5oJ&#10;Y0v3kvfnnin3MjAuSlv/gIDn8jVzlU0EFwWcFLrAcDzG/efv4/0P38ff//37oUgdYjI1GIXCfFoI&#10;8FXohtrxUZYmrLWCQQVJUifvvE54zdlswWsnFSSGzYdlwzde1vaCU7BKZmIJwOFBJX2fhj8kO+Sk&#10;7rB2luPQbIcGnPZP2uzZlFgKSCrq26HodbOCZf2t8N7bay1c327jzb0O/uxuD3d2PXbXw5+tsAK3&#10;PLOJOp1QFCYLPTe6f5OVghWgqYyebjpgyJJS92dfDQq8gn9CDzMantAIrjJlvacbX9N++HqnzHiv&#10;IcCOSCOTUhj3atgsQVZ5BQJHHzgapGWm4NIbWYl+QvtkKK7C9tdeS0OjleBmOEXffxP46x+E4naW&#10;4WTUx6dPgF89LPGbR0N8/HiBs/GU2V/0WaazKdJwrSZhDzwcJdg9G2K81kWr32Lgb9AbYTwOTdzJ&#10;MZ6F6ughSZ5Dg3QpfIj1cESbl9+C2dxi2Wgx2A7NAoEq4XN1t8I+35EkVwL4aHhOsrOFhlx5X51R&#10;qRkk6ddownPUAEk9IoEfPAFO6F4g36OFsBYs+D2NWlS4YqY+cpKOzOnFajQNBVWpScwSlZLZVqhR&#10;uuHfYb/PNHCLLEyooUzEB4oBvyRTcE4NuhvmXdx4mjqJU1j4sUzWtdP6xnoQk+5dNfR1EZhMTB2O&#10;hWbQmlqxreyLMdS4somx8hm9+rZRs8ezaV/qvditf96oP2dD0yjW4cuAokzyZcjrzXK2utdOxRup&#10;ews1KnNaI7H/IAdqKQPB6F7PDEIFRhMFvyGSJlKGkChL/I6EqVCwZ1IeGtY5e3cRwE/QN7XO1PR1&#10;2i40wmloCK34KlFTwCXBmgwHiR2h/o3JrIP5fI0TfJP+NsxiwX5+yTw8F6Gpbs+G6FDK7/CEWSF2&#10;Ngpr0TSsITnkNDo+p2mppEhTqWh1TZDGqyn7jBLUpgzU2AtksyuecatA2ssI3hEg9BVLVYG9hkxV&#10;VfJyn7ilANm6NvIXbHZYcYO4AAy8wC68ZilewOq7CCBs8BYulDivgoZ+FUBc/d0m+GjrtsqspvFW&#10;CcKqbIn1DZ0rYjal9bmhezTTVOfSmqpkpMwX2s/Jlp7uwWn4fqeTYnzrNsy1dzG7fAuTjS0Or3ry&#10;9Bd4ev8XGJ2c8rDn3o2buPT2u+h2b2Bv7y56W9scFEQWQfS25E3aogAq8r5CwemyvG/4NoPk4hcq&#10;3SkNoRYU9JCT917Yj/OwFyc74fHrIwl76tniIRbTB9g/+DWGh6c4O5jgyYMxxs9neHg4xemJMLUv&#10;b6/jx996A9964x30unuY5GM8On6Mk4/+EccnL8L2V4bvt3Bpu4/e2hba61tIB13YTiZEkpyYZCWD&#10;e7PRiH3ayHKpk7Zw6/YV3L11E7dufg+bm3ssYUxs6PXy49Dv5ewjmoS9rd0i/zkCAEmumfHqRL5c&#10;hsOTIJ7ofB9oE29FMs9gINUNNqwOWYGkTQSDHfHha++FP72wPnSY/cfyRCMJspS4zqwinPdAj2uk&#10;V5VWHS6oKe16H/XXBti7dBt3xyMcHB3w+nd0fIjpdFI/37R+kKw7XI/FyVNmnHU7l/ncdGifCS1z&#10;N3wYktmSr2i7tcb+9MP5KSujWq1BOK+nGM/G7ONXmnBOjgu8/59+jo9+8imur21ga7DJYWnE/Dw5&#10;OcSjJ5/h4eNPMD17huuXd/CXP/4rbG3eQm9jO5yPlhBaeAC3YMknEkl15vRb2BjerexRyGLmBXQj&#10;SxiOgspLZo53iCx0egCMj1EcPEH7+SfwT75AKA65XmOmWHiPGaUPZ5JQTYOYcucycOkmkvAHu3dC&#10;TbOOOe3prVBPUD9PwCDd5WXOlguOgpgWMxTDQ0zCZzOPv4A/PQrr9Rkyl4ikk/eXAab37sJcvY4R&#10;1X2Fk+1YF+2S63DLhCVm5yopiMCvhNjr9F48SJYUV0TFHzHQySua9j0jRBi6TynJ1qt8NjECohHw&#10;mp9NwjMYvt/tIen0GATlmrOVqW+vbAhOffO4PmLGLtiDmDtjkhxzPSL7DIdQKNwiklq1/4gyYAX2&#10;mBSlA1WnbNWIMVRDt2pgYqtNIkpsbaOfiLVGJASx/6JiGlGZILZfOkr0piIQec760vC/UoNLqVfI&#10;rKhPEqs+gSV/dj7HxitjN0XlL9JIQOYFy2m4CAsw5HyWlT2DrRKi6TUL/RzpUqNUmZWf5817Ldob&#10;mVwVey9KeVnL7Lw2FfX0yK2GajR22iitRUP0e7E8r+nn1dxwY9G34iviXuYv5i/YRJ2iw7XnUMJA&#10;lZXmjqWqYIkNz6NjEVi6RjCDGj1TsAcX3Fl1wuU1EtbpJ4lQQclfggp9ohC3WpbTdHMn4Kkk4KV1&#10;7LSGedCHpAe1pTLp5vlJWX7seToPbcAYeCJvP/b0kTRFmgKnxHkmxrHTpFc3bwR+yPG2KhNSy4U/&#10;NRO0sdJCxwEmiUiAeIPOXUUlFRaN+CfZmObG4wOVEGmDF49bEhyTamqbrIhszwNuNQLvLzSA1ih0&#10;09BnXwwPNEamtlF5rTYd5gKo46tBx1pam9RMwXNg07ImY9mzTmQ5sqhIuuE5ICqeMPUsXD1W06iS&#10;4zP+umy+rwv0va5E8/cBzlaP/Q8Jwv0hPAD/Of7v9T7/691V/hXPyzf9e5V/nDKVqXgdh/XrkxeP&#10;8Xc//xk+/uVvMDkoMR/NhSlFkoFFyc9am6eGqUhSZObG03xiLbAHH8l0QzMyUzBxUk54CkgJeAQJ&#10;cpOinl8pFe6UFloUzMYiny/y9JiWypwPazNNeYv5mUh2SaLLXiWSclvyM+uZYUQkgK32An9+Zw//&#10;7fc2cPNKip1OjsFuWKdDJ95Nw/HRcVopPGhfnoe1Pms5ZtCJb5oAN/TahTi18r+jl1ScsjIXjBhg&#10;ttHWV9PdguUudH4YuClTvTzN7jVaIgg4KJ2/NmpUR1rZc3P2iRXfJ6PXS9jlpRaD4EbLs1QynOPU&#10;8YQ6DUef0gyN/AzDZyVPxEFnhksbwL1QQ//03R6eHm3j7z8p8B9/O8QH94cYL0RGmbQo9MOEBrHE&#10;AbGownVaC9dhtphjFl5jvT/Dot1ljxzX72ARCu+TcE22yhmubW5ivbeD3u4Osm5oULN1GJLq0nSe&#10;0tvIf5GlPjn7xJHnLhnSO02UYwWv8dU+xQ7C1bRWmghOz43SDK7raNATGrdQiGdpD7ZPIRSpnB+n&#10;QzO9n+iaEyBKzEgGvcpO5BCKZzABdVSb6BBXDPYNW0wk5KdL9z0B01Tt6DXiMC9l8Rv2wpG9qKxk&#10;Mb6i60YWndE60Dn1+mVrFKesObkrOAlwiUIVh8ENtUBzDzE1+6T66dJXdVJkdgjrVGW6xIyNUqXI&#10;Sk1qmw0TmZONwAMZDkgB7Zb2OHkWpGEQT+h2ovJVDQRh8FM01Go27quQtiQyYiFM2hi4xSEj5Mfn&#10;NPyNJL4E1lGTHJ57GtRygAe9GgWxEHMvPFPEIGKDdR4ERzA1Ey9EHlQo3YKMvBPybaaHPhzwjNgy&#10;4T4ITbXvrIk8fW0KbAzRnZ4gmZ3ADPfRHp4wmOwnuXhOK8CWqgecyLmbg/VlcGtVorvEuPM1081X&#10;a0tDIuyXX6fuJtS7uAEULr1uEYMjGmm9zZ8xK6S7Zt7g6v9K6ZCajLymRNZokmHlj2wukO1eJCdu&#10;sPb8RT/4GizBCyXKq3ugrcTv9TVqXI/ouVrqhUttI2QFrDTkE+m8NKWEbFvlS1Cb2SrVw3U7Q2+9&#10;g+E7P0V+7T2chmdqmr/A809+jt9+9EscHJxhr5/h+rVruHLtTdy8eQd2cA3pYMADkiKsbSTTbBMT&#10;nACzUiyMCPgBg9sJJ4xaCqbSUBaRw3sMwzNAbKlRSVEXvXBfD8K6vcDUPcbB6Fc4Pv0Vhvtj7D8c&#10;4/TFCEcHc9z/YoiTk1F4Znq4eqmLe3e28O71H6O1dR2jcP8/evI+Hn3+W+TjPBxfga3NAdbXM6yF&#10;NT/ZvITBYINZc2nbsFyXnkNjx5hQEu58jnkenic3w61bV/Hdd3+CjfU72FzbZC9cgk2n88eYhc9i&#10;TE9qiqyNTq/FoF2SdsUXLqzFBPTZilnqpA6Ar3zFK9aOotgpLUZUvaS7aLV7HBBCoAKvCQzoyBCA&#10;gCf21eXwErNEuvGrz4KuV3wPEJhBSbxEZinFb4z2mI2tTeyc3sTlvQccgLGgfXQ6rSwY6P2IMVwW&#10;ZJ0ywqJ7hPF0Db2NHTa+zbKw71ANFdakycJx+Negu4bh/BijxRDrYe0qwro1LYbhNpzx686J1X46&#10;wv7hc4yuEdssXNOzAxycPsQnX3yA4/2HoT66hO//y/8G1y/fDa/X48TipDVgGWqrlfD9RcQV8dgr&#10;ed21qSYXkGTT1sxkqu9KK0nsMlgI556Gr4sxzMEj+Cefw7/4FMnhM+SUZhvuRtr35mSjQYAOSTLV&#10;ymm2to3+9btI7/0ZFv0dmF6HpZp56LNpn+hnxBacYEqgFKlhiXEa+vjk7Aj+4BnSh78N7/dxeP5m&#10;XFtS6JkL54UfTvQxfvN7sJe3MQ4PcEY+gHlRqdHY240wh1BMutlMZzWGveskQ0DYiwTecQ8fyTpR&#10;rcHXPNMAKRoiJpwiT0NEOjcEtlL9QZJR8tDNpzMOHCFbloTAqTSrfHg51b4UNV2V8yD/4EHCgpKa&#10;E8FDCFi1bBEW69ESla5P7c74tWSTV7sdiPrRoSLXVH1ptKdzsqaV2j8btTShVym8q9jQxteqOqOE&#10;ImLFCkuwgUux5UdZYR9ek+SZK1jWFmH0fqVmPbBCgzAatWrLKKwvXKMF+xZ62au15vJs/SHew+xR&#10;qNZoaFqQRdyAzzGxYuVcpEu0dDSbqogOasHSSORVJ5UKfKmZbwljEoui4ObI+3gxygtSN1/PnL2a&#10;tkYRcCXHXGXz1Lt7heRqHLbQKZWOy1OGhCcGVBgWjPKWnBhFJuRZ0g4ncMbIdxqLwoYXS9yt41Qz&#10;qeSSIn2WCHhNRTI0pehU0lD6761wITlJxo65WJfX18mNFckyJyxys0YLRre6JoKyS+obfzZrVT2q&#10;6b+hsM1aKgp2YtpdEkWaEHE1f+aGUwEkLkyJ0VfKjcMU3ELSbsh8mzdb1vE7RcOTCtATvXw4Y5SO&#10;ZebhPTK+yZn+7xTh9yKbkRRax+xESqHjDYZucrsMYq1iaEx9VZNN22DLOdeQqkY2oPcrLMBlX7uv&#10;AqKq4r+CshtgD/zSNV4yWGkyXRvFG2/YRiYcRot/buXoHCp1Xs5pBJs1Rr2qxkSv4l3twyTeiLXp&#10;ZwWCV759dqnirA1CG2E5tWHWKwM6fh+Z78tkt78T6BY/w2se0++a6vu6n+2bk/XaV3Dh/vQkwt40&#10;3Cu/QlL7+14be1Fo0wr4Z1aYlxe+joIgZPJLARan0xF+9ct/wEf/+UPMhhPk5JlqZQNllhGBNYVY&#10;MtBzsiAQSe84IYlYnrwyQ9crm1eZTpwaxrwbCdnIFBRYcLJ6qvKogoGvVpTJ0PTShyKXDL5Dc8A+&#10;xGxoLEmgFDBAQ5+NVoG3rq/hr+618b03Bri0lePatkOnvQjr/Zx9R4wtK6PiQqf+9B7UAkVmpmG2&#10;d1wbKUCBAKNFtOCtzruvrAWU1WPjHCgaBKcQb+hEwgYEdmpUBGk1LWWrCEhggU2VYeiUMUnMZWI5&#10;pEZBDzAgJXNnr6xBsFcTFUeZre/BMu7CiUgoac+l/AsCXIl1krRn6G94XN1r4V+9s45ffD7A//bB&#10;HB98cYrJfMEFFNUAFHRxNExB1rnboZdMBzkHoZS5xyw1HASStqYceDIMTclJKOT3nj3BjdCodrdu&#10;sAw2JaCvPZCagU1xMgHIrIKr0b9YB6muwq40TZmTCwXU4UFjYivWG78mSYZ1L+HpO0TORdcz07jR&#10;kos/qGxW0kNMVScZ3Y/qtZjlqgpcM7s/7j10jkkOY+V+DiU3N4VcQHqtV0pbs7gaaW8M6JX18JOt&#10;USyWJuQMMEJsOKRWU7lvc+hVPcBJ/f2G9t/Z8yhInKirB3a11xlT17J5WQOIUXfqFHiL6xrvoVb3&#10;bSey80rPGJn4xlb/FhzTMdDGEn2WH8uwVyq+sgJYfJSzOZU3a/qteORFibKwE0lmXba7Ms+bzYRt&#10;wpHXYm5Pfl4JrxOJmo57aR4goUFGA76IYTxnz625Ap/UuXpuPClSuB3u6SHJuYs+sk4frreBbLGL&#10;rLcDvzGEGR8jGR4yE9CE5suQonjhpJGgx3xR2xaIybhIfb2yAJvprVUsnz+fArskZ21yDRwaa1Fk&#10;KDcYfU3mX0N+aCLp3DZGx37VIigOouv3iraTih2rVxmaVMYY6MhMq8hobPoMVoNi688xFl/llbfK&#10;BjR+hY34kh+umHvn2Fm1tdE5BNLUIW8R1CBs2EXPSSeNfToPa0wrrIP07/DVFDo0CLf3fDfch3vX&#10;sLj3YxTbN5H3unhx9DkePPon7O8f4+TgFO2whn7rznXcuvMGLl97G4Odm2j3B+E2HugAilgxc7El&#10;sNIYEzuZZGwEdOe8UUhaaMkKltAThfvvZJpjyOb0YQ8i9prJ0M8KTBZf4PD4IxwcfoCnL/Zx9GyK&#10;0ycTPHs8whHZO8wWvLZf27uMOzeu4I1772Gtu8W2Hl/+4t/h4OgFD+M2Ox3s7W5gsNvH2tYWOoON&#10;sDf00er20Q+NOMFkJwWFHs55qLOYFBhPxGbp7rUruH35TWzt3MDu7o3wuFITP8SM/DH9jP1XOyTR&#10;pB40POPEVqM1Psl6LK9lSyfeUEshzfhSmZrKqvZO+4JEb9oWh47Y1rqowCwltraF8dxgU7PUkMET&#10;CVXiIYzTvmVp/XVVuqiLIYdLIDLtczRgI1AiC59/irWNAS6He+H49AyzsF4NOyeYT+U1icFE58Av&#10;LEtZp6dHYX0ZhN9vYZsmmJb8R8kbN2WwaMZMNFJEtLAgn/rpGd8f7dBrksSWpLwD0w91T45nH3+C&#10;n7d/jW7Y77788pfhZw9wa3sD//ov/iYczw2WGXdCD97tdvm4iTHdInmxjDP5WtPJJaVGaQU44gGV&#10;EbIOpQaTFQjv56VYYHEox3gEd3YC//RL5F/8Aub4MWw+55qCV3Ha98nXlWof4tHQcK6/icWtd5Bd&#10;vYd8fRtmbYdlxAuVkxYQNvl8kYOdY6ehnhyfwtH6e/IU5Wcfhq/Pwy10yvXmvDTq/wauXRfEgHzr&#10;2+E5XCcQhq+RyY3IvSPznvIFCOsIzw/Z2Sww1wRh7bdZfSJMOcYpFPhblGLJYlLx7mU+vQJMpWl0&#10;MVaCLmg/srRPhX1jfnKMdCuTgKn5gusNTnwm+xFVdrBcOPoCxBqFgjisgIoRe+HhnoLPcRiXKN2f&#10;GfNGPBWZcejFMiZpp2LjUqqvX3wtVbRYZf3VVOjI6tSEKshQg1OPS5U/G1uFX5g4Nje1GZ1jMK/2&#10;MIwyYsZlrK0o6CQz5rBWNoIm940u1xEUeMOycoW2nCb5Uq1RRmMRWp8zVX/GMF1lHTL/VxmTVvGB&#10;1C/x0lelV/YCeeH5QA2RcZSYjEb8HUKNS05lSTkdyTebxsqzxWrUlK2nc68FJNSG683i1TfYYpLs&#10;Kj5uBOyRqahdmbrF5DhaNJ2J5uGmuvG5akyShkTJKpAnzmp5yXNpRvybrEFKBSoopENNGl1sVsP3&#10;qbEsKMGOgDSraSqoE1NTiWJaarhYUqK+h8KcVJkxsRz4kpWVPr0ySHeoUfJwHlrheGYcR+3R5RRA&#10;KQ6pKKMnJNFpsE3a2knRjeeqgqpiyETqK0tHtfjiRXGqJtxOhgvGLOspquabDDFTnQi7ZYqsVsN1&#10;Wl/NElj2blsG6Jw2UfGeaFY0Xo0qfaOiq1kA/hz77VwDEem9TRDcvJy11gQekmjKWYGStuE/qMEl&#10;0U8pehlpFWsbCLxRunQziKOS0K+AlU0PQQZoXzL1reW8/+VYa8vP6usHRDQZls1QAAf83sf+x/Pj&#10;s//8KX+mjo7/JmXR1rwGy+9rsBF9BIbCXx48fYL3f/5rnJ1MsWDG81wi7ImNRVLHUDBOyHOoiN6z&#10;wn5jKpomD9JqXKjXl7CVpKHlMC6l0kdgveAU3ozZOFR4UHFk2NelYNmqyU+RFhOWEi5CgUv+YqkV&#10;BlU7/M69vR7++p01/PSdLi5dNbi6tUDamYTjLapGlb17bJRDyjqd2hoQE2CyXsbqp0fSfpv0kbIa&#10;sNVMHboehU+qbphYfWUowg1aVRqjCKkK9eETNgbJXehnyLbC+zl7DzknIVA8xCocM8UJMJSmohSu&#10;V+JkmLVSa/D0VfWDiVWWg4mOU9Ig8mQawlpPdQiWZjn6gy4uX8/xk+/18NmjPv7Dr6b4978+wmgy&#10;QzsUV0P2eMown5cskSR59ZAwlXAie+11dDt9zNoZZr1cfNRmJ3gyf45b4fWvXvsWNskfzRXMjKMr&#10;klN9YAgY5pQLMWKm4tTJ2s7NspabCXujUbORStGeiFVIxQJEqr5v4qeYJjFZUe1Ryloey6FcTs5f&#10;lXTrXL3XRm0G2Wxwwm5Mk0uUiUYT6YKlNsz6IM9KvQl8XmpNZatn/vya7qv7qHrmnV/Z07W+0fuu&#10;3uvsxf4BUaILr37JEApdfLqtrZKIo7S41GEo7/2u1IF0PI7wtJl6zYpe4rCmIZ90FcDPjVK1NjVp&#10;YaYaedcDaMvnziMGk6Uy3INVn8NE5Yil3uOGJfksWDci32EQjZpfSvHttNAJr1G0+vxaLMchI/6w&#10;phCjopOlzAKg+yT6C5FiRJICc74f6I3IfoDZAxT043QxVB9pbjDD+kfXeU7MINcPa9I20vXLHBSU&#10;jYbojg+QzU9gxqHpHO4jOR0zS8MvPAcy0KInn08EHHDRJ840EKt6hvmqbbdSgC9ZrxoBVRGl3ecl&#10;st4th1NUt8crN4oaxFsp7ypGT9MfME5NWBJsV8C2Bl7t4V+a/vv16pP6OI0yRS+qVVcFLE2HGaxI&#10;q6U4rc8vg5lJIyGYwDYnfozUiuQ87w9rUBb2pnAvTbvhG9e2UN7+Mcqb72C0cQWnoyc42P8Mn/3T&#10;P+HJo0eh3zC4ubeLt3/4A2zs7mF77wbWdm/RJIVVTBmlReY5WxDRYCNjmarnZpxDCt2C98OYdsrn&#10;2xkO/DgLvzMrO2F97aNMC+Shqcpwgkn5BA8ef4D9x19gfDTE82czPHwwxPGzKUZDklwuwvOS4daV&#10;Pdy5dhfbazvMYPrtb3+Fw3B/2yLHVq+DGxsdbO9sYrB3HelGhm66xoQDAdMSBpspGZ1u0nw2xvF0&#10;P6zrU1zeuIx3b/0AO4PL2Nm7HPadNbbsKIuD0AKPw2c9C+ezw0OApLXNgBWBe+12xutvwr7eHe0J&#10;tGFXViV5e0awQKzjrchJEY4p7Yb36oV1o8MgHqu6aN2BDBzoM9pq/YOmmEodUw16nKyrpVdCja3R&#10;GwFM5HvM7BW5AQ+dLLsThT2p3QWR9K5ef4OBMerFaVB54B5jPhGSA6HDtoXK225yfMj9pN28iu1O&#10;woxG21mgTf99McNkNmR1Qyc1PBCkdS4N+2zGb9rm1twWHr/9u1/hwW8/x9bOBv7mJ/8Sb/75T7C7&#10;fQ3b29vhPGcMKIrPre5fqajjiBGXKiGCgBynOAStNSSppn+Xudht0OCWjFT9NNRxo1P4/QewDz6A&#10;OXoBnL3gxF3uQ+l8l8KeT3ktDPVQp43F9dsorr2JdPsqujvXkdM1a4c6gVh2lB1D4JsXRQgxIP1o&#10;BLsIz8L+50g+/wD5sy/DOZkgCfcd2Xp4Bo9oHxAFRhHu1eLyXbhrtzE9OWGASvxuJeyJQCMaDnpN&#10;CI41Ng8IVSUY769EQauC5bWlkFt8rFskDT53Xplikn4bIQOSAJPXLzH6GASkKpnqiGl4n84YZaun&#10;wR669KruNNoBcTQs1S2lujqzh6LngSwde5q6aohPCkbHftcl35+J4iN03xkrkt7oY8f1C84HdrLi&#10;Uv+bi4M8PRIopiS+mJ7BVaf9eUxkjom8dJ/SDeljsJcrK2IbDe8rQpIuwFZtvyxLccWvl1QbNMwo&#10;FW+iNYGGCBTPLfdrycVKVXsR20/BzpgQnGh9QeBsubTHVWm8dfdmIiZimhlrkevUdG5qaJiNrRJM&#10;COUnOqIgqA0viJc2eOYrAYf6v5+XWF60M5qmjFGLSl7YjBo+OoUvma7a+BwM3BnCufkByQjJNmnF&#10;gIo+BSyxVbAvgmmmmobEotBWPi3R24gn45CADpqe0e8XxVwlS0LfZDScNhYnzRWh39kKE5JMz8U0&#10;QyYudHOT34seirxGVYVYSXaJE1N+T0l54VKWIp1htDlwzLCoWGreNSaGVgF3W1dWMdiDG7uwuPNx&#10;pUAjVto102N1Iivx0V42EbdcjfkoBW5c34JBY38hWBSve90MaGakl8m2sU3p64rvH/yFrKGXgtpR&#10;frPCWmsqanneYZsyc1P57MWEHqYcr7hAN2UgtW+hGoKqWWgFDjaZhM41QMQLQDKDhj8RNK3XvxYL&#10;62WcM2Psa7ECvynQzTWkXK+T/vqHSM/9XZKM/zkEe/yu18h8zWtpmuzbl3pt+q8E+pbu2VfcD5WE&#10;1wnzjp6fediXnpyectFvOLWrHdbgmWzUyvim1bBNG2gigEDmUKV+sQDHK9PUKXtbi4yYaubUt8P5&#10;CodQWYPVlKyC13ma3LWJoUDSFRMKXDLzpyWdJkDhBS+3Pf67b2/i++9u4EdvePTXc3SSglNSudBI&#10;xHcnVSY4scJKZyvwLe51ltk+Rp04oo+uabjVK2s5Mjsa93hianMN5yPruSVPJDMKMvZQAnu05iIr&#10;4PTVVBjgDVCb2BjOZWLczQyoKKX0FfuP/AmdaUqBIxc+NtRe2O4+DnhUUqmsQk5SZQ+ZUopUlTGS&#10;DDlrn6HVAfq9Ahtdg/euhoZuYw//698d4WA8ZcYAJQESUDMj8lNKwGuOVhk+R3nKzJMWuuF+Cc2V&#10;maBMejg7CNf2o5/LkSbfRn/namhiC/ZgQmjkQoWq8hcJVyFQj7yaUqvHyXunFWsPY7lwFlBPPV3V&#10;JyjVGoSn7EYGi7RPx7KU5NskOZIGQMyh4+wXGvjhTIyYkPumaY1C5z034ktMxXXMsRewKlPAjj6j&#10;UUDANJj1F+gPgcbkvMks9yv7txVpkF32/PTNgdy5NaWFmGFf+cURO8iVDeBQJT4MXMR7yTaAOUnp&#10;i0FrlcmGQ3WvSZviV1AdbUq8q/Y+44WdJ0Ehkh7IAWyKTLH0S4M7pNRO1MdaGGrQ1OTEybGKfYxj&#10;0JWk7Ry4QQ0kS3xL8eZLhRFEPkZkci/AbymKDWoUI9uAm6Y5q2xIUkZNSUrMFK+NnZeUZ2htxqyu&#10;RPw82bYgCc132UFBRv7ENsj3kK6Fe3zwHK1+aHJHx3DHJ8gIBCYZfuErIFfYuIa/F9N5K1acW7bB&#10;a5BDq3mtj1Lehg3oEpjFxuuNO8bVZamwOxr7wqp09oLAEN9gGrrGLe1t7fvnm4m/ib6k8xeVifWj&#10;YF7NxnudEsE36lcsgX/LUmTfZCpesFFXHoNNqbCrfftcI9CtaAmz1ZdysdpZ6FPaFqM725hd+xdI&#10;b/0Qo90B8ukID5/9X/jVr3+Gzz48wF4vw+1rm7h2+S3sXLuE3Ztvo9ffQNIesCcoDaWoXynnZaVS&#10;ca6u3al5ZjYK3at0fxKwVloOypoXFL6RYebaYb/so5XlGJejsM7ex5PD/wfPTk5w8jTH0cMhjveH&#10;2H8W/n4859CLju3hzrUNXL50FdtrNzErhvjtg1/g8OiYpW07fYTj3cPepRvY2NpAp9+Hp9CldDs8&#10;Dwt+NgkAot4rL8cYzieYzM7C38+w2+/gzu63cGnnu1hf32ambRb2iMV8H/NcUmSF6NGFIZVX1ke7&#10;s8bAFTGbWuF5FtujWo1T1S7VOs0jRt5zTXguKQSKfO+InJHwetCqGfXsASvrnnNzTTr1VUJ45Sdu&#10;anII9QWlu1grzs7uRpKBaR/hts/JOkGer8lCFN5Zq41+2FM3t0+xF9aG45Mj9AfrWOSHaId1ezxX&#10;aaNVlub0DKMRBYusYdBeD7VWi9exTqvFkt6sQ4zSHtcX7IbfIu++VuXzO2c2Mfkb58iHJ1i/fRW3&#10;7v4At25eC78Xzk9vLXzeOa+bxH5i2pRzlRxTeizxf2OLLqtyZdpLw71nkvAaVFMRm4sCVyanwNPP&#10;kD/4Dct228NjlpaTZyJ7Coff60BSZ5GUyDvrwN51lNffgLl6j88NBbW5bp/l48Ys+PkrVcZakMfj&#10;nLybF8iefoHpo8/ROfgCi5MDZOTZ52QAXXJonEWRZcgJ0Lx8HcWNb6O7cwsnRwfwrXCcc8VenMg6&#10;6R4n/1fZV3VfVu9p2quE3RhJIiUHTSCm4YZzLqGn9X0UF0J6XhkApMEPHZuC87LHyaJJ+yGneC+m&#10;DBJSII2xfQZFGUfxUj9bTd+IGAbtH/z6Ec1QvIOeJQLgSLHIfXGSqE0I2CqHa1Mr+ItTkkypdP/o&#10;eF/J4JUstEpEcN4t9+JOE5idpA8bJ+fDiSdOuPR5tY7GYDWjRXU167KmZoDrvlvkIqNnn0Qa8noB&#10;WcmXMDH154aGd/mm/wKR2PhnSx4ARyZunIw36y0ZlpTE7PMV0FdT4i9mPRltjJaYEy6yHmiK3hZ/&#10;JN8IrzCvYHc0dsVaInux7E9vnyXQIb4FkhU5icc5Bpi1ywVk3PlpISCEm5sn4igYAcusL+tkEy3u&#10;SrVI+/+pe7MmO5IsPexzj4i75p4AMrEWap/qnl5GmhlSI9JkRppRbzJReiHf9MAnveuP6BfI9KDF&#10;qIcxk1EyyUwyiaQ409Pds/RMV1fXiiqgsCVyz7xLLO7ys7hH3JuZAKqrZmG1oQsFZN68N8LD/Zzv&#10;fItRNpbxbbobS25cB3c0y9FkGrBA35cXaXzpfJSBeKX8FryIkv9JZ4purV0ok+idEjqd66Jmbx9R&#10;cqcpNkdQJzRaii+ZzrdK1HjgsmGpshqNpgI7HcW6yFZTeY6SacWMXjUH3rcpx8nNR4G/TAklRq8B&#10;XOsj4C+JI0vSnysFD5HJ5hZZegvVXYaLCZ1X4MRXgn5YcGL2l05WW9mb6YAbrcw4S3HmVitKAWU7&#10;EiL4TlHW5mGnP7RyUCa5sUHSX1zmi5caLdMx63RdVp39TgG7bwqSfRPwzCUA+psBfq8C6Zbl398F&#10;++/1Ppf794rdd5XgOAUqJDarubKxcf5ylmfXSzI20Emqu3R/4uDAf+M0YR22hKKQNnGaNlJhkjud&#10;pOleQp6szJAL/y45DMErOG+SvIEBcxO9ozRRzHQsBBScjzln4o/j0jCI5ikFyZb8jBv7QSgAcxqO&#10;UeFva/zW7hD/9PfX8R9+MMTqcI6VlRnGPSOFNk2KbcPJdRUy4cJRUEgmw7XaxxTXRgMuJLQgRiVI&#10;mIGk5jplkqkukhlIibnkOx58Rgp7TjgnfzN+7aplYkM8gITJJ7q5dl5TMyuSgzpIvkCS4fgeTcww&#10;qDqBQZ7PsOQdFIcrKVXdqMrCJ5YYg6smSvsaKXKZXUVTWynQKiNZ5PS1o/UMg5Ua/+w/tnh7axf/&#10;809O8OHDs/A2JyxLnMxDsxGu8bABr48ZIwgV+0ZxyNVgiP29M/SGocQPr/vL8z/CfDLDG9/7XZjV&#10;NSk+G/EVKlAzMNcLv6PmjKRMNibRWpFcksySrl9mJAk2AoSyXxN4KSl54tCgyXKJSVaxdUf04qmI&#10;zUVegerpIs26W4DSmElIF94KKEtKBLn3hagWLJSRJlJrVntqGEV8bq36A18ipL0Q+BQBwS7IEId/&#10;3U0khmegM2s2Gq7WDpds8rNNY1p+GLPk/WxgElhqVJ6MZc+eRG9arA5s2puKzr7T0VRCvX28S1I3&#10;NmtXADr5LTpZi8Sk8ylIwrSDX30HTBqkC8z+Y1FKZdRvhwACZegYuRENhyFIo0Z7QJEUAiKFZiVN&#10;XbDfpdhxF+w/aqqamcfEpOC61hPjr2R2C13LulHAX68RMWIYlKbvCet9Pu6zdLJXrQOhgXeroXE9&#10;24cdPAbCnmqm5+Hfwl62plO3XIJcXYFFiTdl3HI6X++XwMIFoMv71rtPbRSNNW1FtuwY5K9gznWp&#10;DU2bBG0uA/KW0m/NVX9/SXrvxVrh8vdx6debK0vSxcCOZYlw5z1FW+qu7DhJlDspy9xZeE7oQ71R&#10;4PzaLur7v4X5238QlleOMzPFg1/9G3z62Z9h79lzTgf9wb0buHP3Lu7f+yE2dm4hG6yiGK+qsson&#10;xon4isvggsMBuGmuJF2+Ducu9T5Mxu2HPdfjtCaR3JA9JymiyOcUavUcZ8e/wt7Rr8Je/AJ7exPs&#10;Pz3H8ZMJ9p7OUFU+7MklRv0B7ly7jvXROCzbdZRhDX/+9Yc4Oz9Ab2Bxa3uMW7s7WF/Zxsr1HfQo&#10;HXfcCz9jRT1PaX/uS/BBeYZqfojp9IAZs8QCvLX7+7i2toPN/mq4VuvhWp6G5nuG48lRCiPrUVIv&#10;hSKF56g32OCU7pyCM4o+n09G7Z7iMM5F1VRSp1ndr1c4qCMrws+yfd6Ds5j0k4yH6kR8kH3SqiGG&#10;U6m9w4V0l4WarKXecq3ghdnMz6Cy/0SdxUZRHOjYJ6+3cN4RiWRtrY/Z9nXMw36wt7cX7sOcE+/n&#10;bEMgPXJFEl06P8gCajrF6dlzDIcjrI9pTxM29GjYFwsMUjvkA2GKR581Wjd1xXsU7U9ZWKf1jGTd&#10;59gPl+P9YsQhZ+SFXLAMUjzrvVo02Mhs9GKp5Iz65TrZwTkRPZz7RR3WWTmHI9ns4TNUjz5G/8lX&#10;GJ8fsWcarWlHZ7ppJNwz3FN6NtxgALN5A/b2B6huvAG7vg0zDmsv/H2/n2Nez8M1mGFE1iW17FTV&#10;9Bjm7ByD8HP8k0/QfPlrDM4O+f468uoj6/1QM9LwKMtHqNc2Ye/dh7vxDtzmLobhHhztPYGbnagv&#10;nuA2xP7KtFbl14oMeM/TUfY5drazQTUu2UYJl0f8dtn+CzbtGdHrTnWrDFbRc07PKxGJvFpKEGhO&#10;oSpuPoWdnoZ1QwEsoUby22loRnsBEBOChW0qOIR00+TVR1YpHIzKAVaWmaKpdCUwMbfhdjeCq0R5&#10;kGIl3XReOuesrmG67/ReWdYcsQzvxcLHi7UPdIAP7TtMPN98GwCoUkakwPJo2aF+f96YFJZm9Tl0&#10;jVohsBdqIexCpyo/Tu71wvQkufkyRmI6n63p2LGobVCqmWyLrrG017Fn36Im31+CjSTgQuNFWiNC&#10;9W5TBkRdO0U8RWZExqW98FBmXVbWBZaQfzlLxJhLTsFOs2jR+ZCmw/LSn0fMMJXaptRTZXIYRWOz&#10;aMTMZtSqI3cq43BOp8AduVNTtwBpfB++dROLzYtLBUmtBWTNNGIy1/a51c1XGSGZ0aREonNPBRhU&#10;xDpuVBzVbGR6y2m6mTzMTEf1i2y1BHTkGntNG5tO2GlibxuJy0achsuLhoNUpwJRUw7fKSwWwSLo&#10;xMf6nBc7S5VyQbwzZbh4nZ3TgvM6yeODnjalPq4M0HCdGtv7LniES1le3f/2GqQi6dFZilB/OUij&#10;8Jq3L/dTucSDzncmZrGP8Uvuyl4bgYXiUIHYZcCJJTEdhp+xZlHO2q3wusBit6Hqzs9jQtGF13h9&#10;RtdVSbvRK/B1gcNvmpB7pR9bt2x5xWu+LCX49VjFfx3//O0Dfq/7+cxVXUl3mGIWeuJFFZb3yWPS&#10;v+Q9GN9hmL8MpO2cIy9j93kNPnAcsORxMpuIL1yvx0WR7Q85xU+IQCKFpSlkDzK9zrU4riBphAyg&#10;cRod3T7xPM14T2ufwwau3a9lFxKfv6bmYdKAWpeMkvjOwr89CpruhX38g90c/8XvXsP33+3h/p1Q&#10;4NkjDPrioRRFmCaveZIsnnZi+jzsyfUrIZ+VfeCUC8AAgtpPcEo67+0K6iUPXgE0jfrlycpU0I4T&#10;STOxkUCmzEG0gUpGJM786HMhKd5zRoSsPAyDr9g7hqUQ0WSY5CuZ2FP42GEmpr/IXGNgAgdEmaYz&#10;QIMaKHv5+dpN51qzCpNKABKS+1a+x1JJz9LjOct6qYC8drOH//R6ibfuruC//UOPn32+x6yMs6YH&#10;W+Ysjz5vwtfX4TqERdMP51qZCbhWUFo9raWyxOp5iV9OfoLz+THe+uAPsLG1IzBsaAj7dD/64dwv&#10;LL/2IDN6jcXnhZupCKyqLDQzdbtDhK8tQ/NohG4lE1u6/pUCTeF/xBxleQc1IDVJ44Rl6VwUAGQs&#10;g2KZB5m+swQq47XO8jEjMrII8KVLTDVlYZQFp6x0raOlLqpTqrBoG2MifJNqshje4BOz36eiNNmu&#10;dOpCs1zr8Xqul87Ixec8sybRwKyep62/Xsf+ouNFzeoJdP5ORdVpH9I/YYk5mtZmgxrcGFiTWPMy&#10;WGMrH0v10JyvAdV6jS+ZWdlQ49iUyhoRuaJjyWKjjYPVUATbypyphSSQwMQY5Zybmb5tZd7GSTq4&#10;USCHBcNGDOF5yGv7tE2hMgMWl7OhDrFEND041xCfRj3ahAUETn9swr0ng3hqCPnq9KkpGqKeryJb&#10;22XpWr6+i/z8ANnJU+QvngAnpzDzRvzenDTnmW9NVBI7zXciy4xPh7np+tl18OBOJltnuI/UIPK/&#10;6ksktMtorsGS24sOmvLYFF1x7OTiVdeGwkR7FaQB/8IcvoOleI/L43mX8UdzBaUPF9l5V36JvwgE&#10;2o7MOFMGAaexqj6ZJf215Zqfrymx2ovwZ5tjNPd+C+UHfw+zrd3QtE/w+Plf4PHjD/HiySNUM4dh&#10;WBs/fOsN3HrzA+zuvo21a7eR91fQ5Lo/s1op7P9MHAj7ppGzkhpztq6gs5f7nDkD9mVZYxau86zJ&#10;cVYVMiyifqigBPEK5+ef48Xxn+Hw8AmOH+3jZH+K/b0pXjybYXZSM5OUPNE31sZY3V3DeLAZzssS&#10;Z9NjfP3wYyZFrKxkeOPtbVwL73U9/FrZ3AjLmnzTBmzbQGcbMXVY5OTJA5BAvglcNQ37+Ry3r9/A&#10;za07WF+9yb6DxszCWXAGhJ+BZiIBCJx0TsBcH/2R+PARu5G89MjWA8TWtpy1CxEBOnaNokFexlJF&#10;DVGiYEQC+PJRAviiRLHdC/VMVaAvhfvxea+AgjLiaVjYeuHH9R9rKhmgdLrYpAayVOtYUazRG3UM&#10;QhreZwbUX7LPWMXntLtxjdfT4cFBuL9hLwx738HRHqso1AxSnlvLMaXhsr3A8WAN/WybU3Id1UTZ&#10;GEND1hh0XeaapC2LuGFykeU/I+sLFsG5Kb765FP8+a//DW6sruGNrU2sDAX04Cq7qZkZ78PXN7yH&#10;S+Ius/p8VPyJNx3tj/n5FPn+I2bw4cEv4Y6PMA7nMA0sG7ZNMcJq9HKuzsbhHm9uwmzcQn/3Lfjr&#10;d1CtXufwGcYliNnJ4ZpCKurXUziiJp5O0Zy8gH3+BfLHn8E9f4qinrBfJceZhZ/Zp9XRhA+5sgl/&#10;+3547TfR7NxFtn4dw9EQk5MTHD5+KFLx8N5H6r1VqU8ch1tQLasMMeo5OdyLbL2c03luk4gg8Txh&#10;pR/5A+d5SoB1KbDCM2ZCn63ivSSX76Oe38nZQ9eHPkceni069xoC/fyEz9Sc1gXRo2lfzUxiwRG4&#10;axngc8pjMSxjZf4RJwDLgJqGBEwgMpJwT5Y8lEgrszOrBCZVWvpG2X8+Fgyi9onWInEzVxZezWCl&#10;Btepx59NQaImyXMN2kEbEd7YloAIBFafIVVRZrky+xNjtxFGJ63fXGouYiQSeJzT82705xJ7ljwP&#10;m2Zxe1dCgXNtX+XRmtgyOK/KFgJfLTERmd1P5IaU4rkI5qSMXGMXJrOt71iuhV5r8Gk0lEMAQPFj&#10;SMx5j0tYVj7pqFt5oE9JKV05h1PeuUxujbLRcEHayWxQ/dnpzyCHGy2mlJDSMeag61mwVw4E8bVi&#10;ENv3miybFOWemz1aULZ2OjXJEoKsFuaqFAiLmqRaESmnBeGjFwJ5+lXy9eq7x80ULyhatBORoRrH&#10;MtZ+DLlQQ1bjY3EhN5TSCR2i/wKSDwM9dLV6M4gUZB6Ol2YhYY7hPHqQ6TWcSeCeFGoZR2w34sak&#10;39NIEwcJB2FwTH0PvC7kNCPSBZh5KZLFjFuYCbyZ8MPacCPKdjQaHuGtUWZbuA8qn6VipCQpVEf6&#10;GmWBvuNn4SOTJ7IF4NRUfnnU2QW4O81AnPIomy5x9lKzaTVVcLE5aVPVBGDMNBmRGvCSzb9qZoLQ&#10;W6EDK+cet1Y/RtM6eHtNZNRJQGU6YSy0SRkBJNrPa9ppwoVxs09ThaYjobTep9CYZinsYBlQa5ZA&#10;mS6o1wKf7lLwyHxDf7VXfc1Frx7/UhD2Za93GVutex3cb8js+2Zf7y6aH38rcNG+phj74s+yl3yH&#10;7TREbvnvffTsa4OUjH+5Fqkr1XWd5ycxatKQZHF/t2bR5P8y0kMCC7pAINp4p1o9iQra060GEDgp&#10;LqjuYFZB6VRyI40GsbJqlsTJZyuEi6WgV81PaK3RQQUd2s4rC9B2ZA/KNspyhQtoTwiNA5lbk6Qp&#10;NDO3Nzz+q//kOr73dh1qujI0nxUn93meOjeJKc1Zm5mYV0MlDQ0DagIiOTZ4zlkcKnUNfd1AzzBh&#10;D7jYpdKAJjQvnqU5Ml1tQtEsQN6Iv54aQQEhFPQhSLFpOnIHAfPiIIpPQztliWC0YxBWp01aOWaw&#10;WyOgHPTvFtakX9yv+eeYBP5xA5NEwib5s3kTh3WulTNDBmrsK2tiESvvlyQ4dOC/dc/gn/7BOh68&#10;OAsNZhPOoDrcx6GkjzJQ4zAnr7MiDmcohdmypIilOOU5zkMz2HwY1ktoUovv/z7WNrcxLDzfC2pk&#10;p1PH7ExvBWShWqNpMmmkmNXimGlF97L1u2sSkMTm4Nwn1ango+vBBT0ntoVfdS2eba69Z7Q+CBgi&#10;fxsGiDLyeNPf00TayhSdgSSVmdRNq9zgCbN6KcYhW5MM20XyxM+Pb9Tfpmn9oBLbRNAZmZCLFM7F&#10;dtLpXTQ++Qp2rTEyleDztfAumdQndih8OyCwrYmajfYdpj3fuZCOgzC6JkbrhKiYMOJXnBVxQFAo&#10;o6614ch42Gr1zDUiRWepNKTWYyBvxPYs0NRGWm9NNkWVib9RXZ+G75mFAt+rJUvNpvGxfqRBaV3L&#10;mje2z8+mCXvEoB/+XYbqrRyz+TgBt3mPagdqtBUAMI0GqXgNBhPNKeF0HE4SGzYCUZjNKzJl/viu&#10;I6m0Up9JWI7hhs9prYBiGPbE8N/VEGRCXa1sYTjegOmtw4+ewB7vAceT5P1Wq6WA0bqwMW2ARlSL&#10;oKOIWThDqqXDyWp97yUAxGdRMi74yULq7yUAWJzJmm7Kj5q+J4As7wyZk8+3mKf7SokVGigEDe/w&#10;tnMK2SUmo73I9hO1i08/Q1hULaOdw568WCmI7FqUMU2UKXdnhT6CqDGcSS35vNgHMFOGfWYF3CeW&#10;cjMz7LVIWS8kC8xJFrcW/izsU83Yo/rtH+L03o9QXXs/7BXH+PLJv8aDT77C3uPPqPfGxvoObr15&#10;D1vX1rB1fQdr1+7B9reR9fvh/VdctzLoTyEbzFwVFU+pclWSV1IIAQ8mOMxphrIqcDY3OG364bav&#10;hLVT8jNb+b1wLj/F/v6nOHz+JZ4+OcTpixlefHWE8/2K1/B04rAS9teNrS1sbdxl5tJkXuHZ4QOc&#10;Tk7CXpxjZ2uArc0exhvXsb77W1jbvhb28DWYgWXfOxrMTMsTZntR71hND3B8/gKT6gTbqwa7a9u4&#10;tvo+NtffQ39ElhTHKGcPUc73ucHO7ZDZ0WTWxgFR4Tkp+mP0xwPdg0dsZcGm+uzDFbXc4ucq6sNM&#10;n/eByEjzsCdlqzyYuWyA7dHRvqMbXLk8fLeJsWkWaqm20nOJ/38RVI5DQu9ECuojG4zLCMOe+KSQ&#10;I7ul/qCHjc0xboR1cXK2j7qcspS2aY4wmU4Y9GKPsXANqP6hs3V+9gJHxLDK1jDKoh0SXZpSn0sJ&#10;2nRqUQAFVGoFrYn5OAp/8ouf/wneuPsBtkbfw8p4JAMrAprFwFdYbo14E1rt0ajnRU3BQ1MeANfH&#10;R6g/+jn8089hJs+Rz2fSr9OBUcnZQEBs6WsO46rXdlHffBuDN95Hvn2bZbquT112X84FI17NJTGo&#10;w+sPyiZ85lCnHe1h8OwBzr74S/SOnsOHn+PmJVwhk4wh1ZNNjclK+GTXbiC7/R7MG78FOyQwfYRi&#10;bRPTk32c730drueMa4PCynNO6bj0D531dIFy2xl+sWWY47PIMHvbaX3lBPCjfYa+hgaBHds2h2jd&#10;JeelS2oWVQCq3DW2yQxq8aLO+FqX4QAi/zrjT5FNz+AoBTkbIqezTkMyeM+LjFJWNViWRbMPcVzT&#10;ae9u5Hiwcj4xQ7iWAa+kKXeMXI1Poa2RYR9Hal3bMAbQVJrrk5egDPXqqBCILOU0GHRtcCeFm+YS&#10;TsfqTH6dTNmOLmFbrKAIe0Id9kBSbsjQt9G9W54PAk/5OeGgF5t+noSe6dnhnKapy9pmYNCpT2M4&#10;EAsOP2qYHVpblnObV4yV3Gs0tBf/u5XSuYVJwVJ7tsCK6kpUu1PZRQaPWZBtLgAuCZBok3ujlro9&#10;9AUUk6S3JlEZ489gU0gjNyj6QmFJTmYjww7LPzsWr3YBCJHpASG3uVCtnRp/uMiQNClFNv48G4NC&#10;EBdqloCbxNzTSTZP0GIFEAviKHtM9M5WbmM6gCdNPJrEzPId2WkESbP05/S5xQdLPmutnlC0MWUM&#10;aoqnU0puNq3XDUdGe6spUJJs41U83wZxdIt2pIS/1n/FXQrsmMvkCx2pr+lcs1iBXUjwRRvpZtJ1&#10;Vm+oBbDQwbxMXNwBqLtghkQy1Z1D9Arvsrje9XUi6Bjfs1mSN76Ck/VKkCf3i35Jy6DON/Gf+02A&#10;qtf9nmVZrl+qSL4JyGZe1zDnb/ifb88i/PaybHfpXu8vpTy0TFFcCcC91r017Z4Um57MXr3ufCd8&#10;I/0sfW4Wfq8HfR3ldc0cPXoMC+mYLA8bwBM4LhEy6cwYxAg/v+BiSPbh3Ep6bEzrErlqpNdb9QHx&#10;zF7gAZnKFNiThBjPNN13xAqr2NuFGEvkdffmVh//+Y838ON3G2xvO5ThvfeUMSISzjZ5O4dP+5z4&#10;qFKqXqFhV73wHnMeHkg4g5cOWIHHRQ80AfyoIM146CTSRSmhKVAi12GNS2eT0B8J0Jgyc4/hOu3g&#10;PZ2HMdKXvYW8Ag0G3QCwCNd7swzu2ZfUE16HNkj/dugkrnuzABLFMziyg6wOKz17Go5kz8smmpIa&#10;Xqk/x+/9YIh/fnQb/8P/+5g/zyGf1zlPyqGTU7r1xDyoKcmXrDao87cCwPbnoZg/LfDxhz8Nf1fi&#10;R7//T+T6ZedktIGVImP2ELtqQJQCOZMk6PWJCVbyLxM9fnWPz1S6JIbNuQJwLsJcKaTJK1AjeFmR&#10;/Fqpecx56l6I7Ism3CoH5SLQqb2HcR3Tdq/Frm+9+ax6PnWC0VKybkdm4js2Kl5fi+8EF+ztcIOD&#10;IzR51iyD+FZD4QjoWJBruhac8aYNxaAG1C8x9JUB6ToNLQ/gusniSc4oEiQB/MLzXkotwKoJev55&#10;/WhAis1UXWEFSIeGwCmrMEp+CDzge1XL89M0oanJ6rDvEPuyzzKuzBJrtGTpNe0DxIKpqolM+VmG&#10;TffnjAfP9L7qWU/8G0Ojl4cmjgI6qLH0xUCC1YywNdQJkZ9oyajJedBLml9ubqnJIHDCZQzagVm4&#10;Lg30o2w6ek1CuDAMOEItDMgEwVHdmG+iGK7hdET/3goN6DX0Dr6G7T1EfnoMOwmfbSZWAtBUwghS&#10;2cj87OxJienpcOFcSa4CMQnXKiDnFllv5lXJtel1DQ98uj6B/Ke1An6mBfySPUu+uD9xmWuTpmNp&#10;EqmtymXbWrSM0bls1gXHvYJ6Kqsm9lDmxdagH1MW0aYaC4jhxXPRxWA4ZePq70ungF8/nGszI4xd&#10;lrFZNvnHKjDbXEf1/bfg77yFyY038aI6xv6XP8dnn/4xjk+fs+/anetvY/v6Ojau7+Dazm2M1tbQ&#10;G2+G91monGzOZwT5dHkThztOwGNKB6XBd+3Zc5YGGyWx6CqDiV8PfXKGWTjDXC5n6Wn1JLypQ5we&#10;/CUmp1/jxbNTPHk6weGLCcrzcKLPaoyGPVxfGzJJI882wnUb4rw8w/P9PVTTOUYDixsbfdy4PsT1&#10;7XewsrWN3voa+ms3YYaryiyfh/sqoE8R3s9suh/2+EOU82OMMo+74bPubL+FjZWb7Jnr3DGOjg6Y&#10;me/qqRjt01CHJLkEkBQr6A0H7MlH3ny93kBBlj5/HQ3QaueVfW544M8sa0uBCxTEMwq/hqzwonPV&#10;ZmYBoMMrFA3fZkx8ofaLCzS6IiGC1NKn8R6Ry/okiWlRuvCZw7VYWw3X/C4Hdk4mM8xKi1FZYjo7&#10;lUR3DdHiAWpYuGe0V/RHKGbhs/cytiUpeE/tcYiajynv2hc3zqn3sZxjvNuFdfXis0f42Z/8IXZX&#10;N7A+HGI8HmFI9hZWGP+ezlu6puFeENBCdVkR9txmNke5/wT51x8jf/op+vsP2VcSxYCHW5ygXA14&#10;/6PKJyNlyPgGDPn03nkHdvddzMJ6Av15rx9qvHAdjBChCHyr5uH761C/lbPwc76G2fsCzePP4Q6e&#10;oD87F//6sCcXVhiW9Hw3/T7crTeBO+8iu/lGuKY7mA/C+qBApqII9cY+Th9/CTM/Y99CtgORTZaH&#10;QW3CrYaUG9tqTJXQw8Ofru+7TmH4LCRGt+uezZ1Eovi9/J9uQf6detioGKVnvJGhJLEmq2n4vHS/&#10;x4YZoQR0N+zR6ZXoEstrq4oSYU9KsmwcnstQDJxEH6EBp5iJpPq6RpQHVNMn/0vGfKK3tu7a6h8R&#10;SW82WmPBL5AUZHLXymkjLuVi7kPTeu01ETj1nRTeSHaLNXEj+0BOgSIst5bA2jrsk/1cDhry9KtY&#10;nVSIRYdRr2YFHKOXH5NkKwniIQ8/Hs5VMnCvGayWoXgeAZGrQIjL/MCWpYuvxdy54I9lknwj6zCG&#10;HEyaQHS3Hf4aaxfS0RbeX3xfKWY66/is+Vab0pGPdEEEutm1typtsYrEth+RD+BcC8IF7xW3BC5Z&#10;DS2JXglOWH5GvXeMFJjsY6RsvchqtJ3kX+0XRe5RN8n7ojVYtci0faIJAP1VL/Pqo9c2WK3nYItS&#10;L3jlkcEmTw+bVD34lBKrhtZRq0CsQzZbb/he8HWjaRY7jJZMk3Yx4a8j/4323LRBFzwVEJNVn0xo&#10;kVJ5ss5U1SqSzYsb7tJ0s+QP6B1eP/rMLax1Ldu1mVlklfgFd+eLYFHLKrxcGstTudox0OtcLHj1&#10;YVUzaWdaN+oUwmFc8kBMDfcyuN0BFhfAMN9JY156pLNXAEqXHfrfFIT6Jmm7vwkQFu/067L5Lk1N&#10;voQH5674/H+3Ab7vTlR8YY9/CWB8ARj0r1dMOn/5/Wk6prkmssCuBAZNSjKP35Ou5SVaJ6v7K9H9&#10;af33+wMUhUPF4ZQlekWOqaUU1ioVlZma8FIR4jMRuFRRPuplp/CJeeb0PWiwEXG1jbAAwewn8P5I&#10;Bwd53GySpKRs8E5osP7ZH2zinXdDMbwZfnbfcIFVKJtPJBGuIzNQKQufG9R8j9kDSHNdwzXJEi3F&#10;WxHzykS+O9CTPY4T6EML19SZeHgRG4/ZZKUAdpTUy3KXnAdTjIMqyBflQ7Jn1swokgYzgkPqcatf&#10;gVQUojMptmnfTPu4s5r4ay4wslvAbwmn75wv6rhyIURI0tEqnjAT05ECELJMADJiPI2Gc/zjH/fw&#10;ycMV/OSLKRqSZzE+EgEi4arNyjmzYSgdjmS5XKBnJebEugpf3w9dxUd/+se4s7mBu+/9mME8Krxy&#10;W3Dxyb4yXhmYakhvSPpE0kqIFx5/Fmb/5UuBTFYHfnWSkFIOXSuNdgrOddEGmvKW/HVCqWqtRxq2&#10;Kmn4fUstq4V/DOYyYmOSM9NEvIGtIhwig7ULwVitzQuWZLMaCtXpG40mC5tlVlf6qDZ5C3fvo4BP&#10;iUrFd4WkcQu+tZ3GhK+0i0PMhhn1DU/uG2XU03o716l+VIbE96aAGQGVHF5ShPqvp6BfLoNbIywd&#10;YSNk/P5I8cLMEU51rBkhYuCwoOsV1kEdmsF6BcN+JU0IFfThHlUM9k3DnjTjIJuqnIT1UmJWz7k2&#10;m8zOGBhowjpmphD5ReUr7P9Fv0gyWBQ5v38CoynAg+wBOL2Z3g9PD6QRkucgfB2xAKhmM8I8EGam&#10;MC0lNCeGkEgwEO051Jj02e8xfL5hwU10Hp6LejzAPDTZAwL8NnbRHD9Fc/g1sr09mBMBan0WDwLx&#10;q2I2YQzUcAq8ZQrodShG/lUHyxVAXxJM+A7NO02hWrN5owzB9LVu0X9v2cbCXwjhuMR3ucvuy9ow&#10;DKWpy3aoWUlNlI5rf0m4auPb9EivZ1ytjHdmcRDg0sjvKwVP0zCEwRj15yaGjNXhwMxy+BDX7UXY&#10;yVdylPduoXnztzHdeRdn4bWePvsKf/l//3d48fwZgwhv7u7i3be/j5Wtm9i+tY7V1V0MBusoBgPu&#10;aziBmpjPlNpLUk3fDt24xmefLcN2A6UXlVDd9FA2I0xdH3NSD9WUtEsA+Blm00c4PX6E4/2PcHR8&#10;jGdfHuD4YIbZZB7WXYbN8L57JNPduc+yduqAXhwc4vH+IaazRwy0DEKfdmN3hFu3NrEW3vdgZQf9&#10;zWswFNoQnuFBeFZcQyb3UneU9QvMpxM0J3vhDZ5iY3WEt+98gOtr98JetxLe7yHm1TMYlvQSC3Ei&#10;bGl6luh+FL1QU4yQ91fDdVlDfzhm6XKe9RkkN8yaz1jyK17pOfdKFLiT5+vheaYk3SHvLzGJM5n9&#10;w1/uE+79N1KU2Etrz0UGoO1IBbve54vKGht1dop0ewnoCK8z6Ks/fNhjN7bGuN28EfarOe+7dG5V&#10;1TmODk8YjCo50RisHstoDzzZD+shfPbVVbYQoKFp4RdDBmOPY2Nvq8pATmUNXz8qe/j4//lz/J/9&#10;f4mb/9l/jV0CxnrCsGMGOwF/s5KVGkXoqav9x2hefIne8y8wePQpmvNDfi6lDyAv5YoHvFU+4Ggo&#10;vxLW0LWbcDffgNt9G814Hb3RSvgZ4e/ZwspwbUFlFO25BErW07Buz4/g978GHn8O+/hB2BefMR5A&#10;4UnRRoIGvHVYM25lA9m99+Fu3IUPazbbvM1+lTRopL3DUY16coKjT34JPztBTsB9U+ucLOf6Nd5R&#10;kpASi72117AdpqZXVwOTFGLEgmQrjA5RKVq2teeqSyFdAnw52c/z9muE7CQ2XuTnyeMnOl8IgCIQ&#10;9Pws3K9euHYjBrl5sNU4DT+yahljUzo4+8qqZQWfU9EzjxKVs7wNWFLWt2kEBOOUeLURccoW5VI8&#10;+uUnBWlUsMY1riGjMeyGpbXRa7j11WdMwklPTcF/PfItnFfC84tAY+00XETtuDTsjxmXYd+IgGAc&#10;uLGct5dJMAn7XQtzMBIQHSRwhKW6NCiMfujh/+bhHKa60RGAyAw/DQDpiWohv2oE5gG8zNkrbQVL&#10;ksYWOPQd08+XTyIafYBjgdVNi2tBl/aBd5pc1rqrLLJQzDJTQNGjCyzBqP8mSSnf4FykFfSgqAzY&#10;+Rhm4Rd016nAtBc93kyHORbDFtA5qC3/tJybsIuyR5OCR3i9kgzEFcwMkM/uF9JeY+pdTHKSa5kt&#10;TeAj2851ahZtlm2W/HbaAskvSbpdkqcJKifFn1fUXVRaXL1J9LgRbwKLVnolL1xLgiQBjM6lwIWM&#10;2QaXGXubRN5oojy5Ow42/mUoyisAIJfuFX4Dv7nF9d6FRUwCIayC2KbjBxQn2EjpOYufwXUHxNGw&#10;XB9oi85U4So540J4jr8olVyiXblvma57mZT2b+ufbwrUub8Wbty///+03lXt//vXXAddH1aTzCBe&#10;834sA36vsebi9zgtSqy55LO4liFHhyhJSUBsK5qk1cIorgonSemukefMC8OPnXWs7J0+WjA4cIBH&#10;lJj0Mpv8SJ0mlUcpVc7eWTYlZ6+GRmOlOEEZ/vvvvzfCm28V2F6bgkg2JJvrUVPX0HCoEVZE9xx2&#10;PhUl5OllQ8FUx4Arr56gDAiJxUY7kHNJasmtJQ8SSjZBJx87+jTMthIRpCTmWpHx0eTc6nhYGk85&#10;S1xiogib22nSq+x9HZadb4G+dubWHajYluViOm4JuIx8uyy+7yas24W6pF3HXo3L5UyiU4kATrbi&#10;sBSeYUPDWWFlI8MHd4f4xcNwL0yJmpJoawVF6bpaZcOE91v0enwvBOwTv7yTkzOMR322a/j4F/8W&#10;uzeuI1u7EZrDcw5DqSD+dtFUnWRM3BzQxJ98mYwkyEmRmQmYpHYWIlEWJmkDlWdS2eeiv6L6H3ph&#10;PHgnXllyJkf5hwzzGucUdBfmaZa1h0EWwy0iI7DImf9J75kkrJHBxme/hl/ZJDluw8xaz7s0X23l&#10;+52dxKbz13SqzihRsxc8nZMvaEx7tmgHkeiETKsUud19PDMxY5Mg4WtxAu94TYv5t2NvKRnISWJo&#10;E89rI/5CFONGLF26ZyyLJsaOjWy1jK9nTMdk6zyoFBcxHEPVHjGkJhT2eVOwUXfeH4cmtGYDepK/&#10;VdUMg7kAgZkjNuoEs/KUmch1WKMkcaRmKctl8k+/CpbT0TBjgD4BgLlyx7yyfFX+Tp+JPa+goRam&#10;5rVklM0n97RJbD8B/2pem5kOqRsyp6e9jwAN2hNC8zIlRkr4HL3ROjDcCJ/vs1BW7yE7C89V6cWU&#10;XgEspzYp3NA1i4ewd0sAhtUnvFnaEjL5PC8DBaNzQdpTzBJO1+LH2hd0/JAX5LeddeYv64Y6kuFO&#10;QAd8h5EYo+s6jMFMcc7oG24j8GfaJEcGRQcS+ISpjkpsCwoatc7k7V3wVER1sRDJwk8uPPrh208H&#10;BuVbb8D/4B+hXL2GabiIv37yV/ji13+Erz5/xN3JtfUV3Lx9G2++8z5u3bkLUxDAt47h6hbb+DR+&#10;htqfcSI7M+QbkYc7Osi8KozouasazB15ho+ZfTIPZ9tJSYfdKjwBZjklWB9hNv8Sk7NPcHzwAC+e&#10;P8X+8wr7+2cojybohw/wxtYqtrd20LNbmM8syqbE4ekxHjx9hBeHp1gZFNhYzbB1bYStrQEGozvY&#10;vvUe7OiGeDISwEfEiiLjNYz6mL00p+fPMC2f8yDw3vYqbqz/DlZX76A3yDDMJqhnB5hNX4S/n7Bt&#10;AppM0tQ9nfEEwhhOGO0NxuH5XWPgh/zDxKtr2Ib/MAek4L4vL8bh8enzPmKykSattwSRZKR1ydD8&#10;29q+vAwU5H3AtemmruMLLq1urgwoKzUXAXK2ZpkshVpQvdDv5ey5NlxbxXjmsbE5x+a1s3B/w/k4&#10;XMPZyYT3vx576MkenYXzmNLry9ODUNVUqMLFGoRrSCnxFGTCXspZlthqLXYfazp5WFhrV/bw0c9/&#10;iV/9+BcYFb+Htf5Azs1mHtZR2FtPz5FPT5AdPcH8k19g+OJTNCdTWa657N/S64bPxHXfDLYf7srm&#10;m/Bv/w7qnTdRkB8fJSsPRWpZMaW2J9LNWvIKzHwCc3YMe/gCePgR7KNPws/ZZ4yBzm9iE/ZGw1B9&#10;SaPfrF1Hde0merfeRX3zPZRhD7VjCXMZFQVL3iltPbwVPP7iE6zQWwtrvqlKsTKJCkAbr5WTLAKS&#10;7IbvK3pFsubgOjkOHeCT95zTM88p+4xBz+7w7CqCF1t46Nd5UewRKEnqPR6M6slehs/QkIczyXgJ&#10;CD8fYtAfSTAIncvhXpNPZUMWK07SdqGBqQxWqrIhBk/yOZ+ZJKZlXKYjbTecXiyMP6PWFNFL3+mI&#10;OJKrogWa0/olDh0ZpNMmwzXtNUv1bZTPQtKECYRrVJ0BBfdE3uxbDCiXGmpOKpGehN6x1x43DBmP&#10;1Plc7Qzpvdqx8frnRGAnbEk+UGUQFK2QWLCqTEYaDDolIeTLkpnl4tooTdP71pj49QRaBjFt9vIU&#10;+kXn2mW2zjKwYtRU8YIguONPFhNSRHYSvz5O+s2lYJIs9AjI2FQN2HTQy0Iqog9MlEHFUBCncqDY&#10;hHm3QHv1GoEtJ45Pi6hWOjJN9QnNZhPmJflla8K4yM7j4ov+jN57AuF0quCU3pquY4GYHUnyjSIe&#10;KuQ5pahyraa58K05K/sEcanfqMjAapHkUrprjN/w6j1htOlwLE1RE+lId1VfxoaLvDwV0BEotuqN&#10;w9N8TuxtpQ6Jheiin6PrSLz98lxqIabMX1IE+quSdxU1MJcAhov+fIsixS4z1kZw2vkkYdbxVIfF&#10;pM1abFqW7rvvuDrHwUpmLjZErwtIvuzrfVfe/RvIAswVKcqvatO/K1DRX+Kz96r36f8OSnj/JtiR&#10;vxlv0V8p504TX+/bJNfXYgH6KwH5BcBP6G1LcxvfplovPbqXpStzW2+juXPFhy3JJciLlIr0lVCA&#10;z2ahIAnNPpl7m8gGip4fkZHNvntkciuTbPbcySUB16kkkpPe4uTOC/eNJFY0lRSfTJl894sV3Ahn&#10;zg/eGmBjHPb/wqBPbJqyZsZZbaX5dC7TIZS/wGpmhhd57Nlr6tnUsLUEewDRhk5sPTQ6vKJRyrw1&#10;bWeaDTnPneuT7/jnttN+HSIpKyTaIBj1xfMqyW1DiGzap7rSOp8oMso+M27x/PV2cWcQJ+6FHSNZ&#10;WywsgiyBggZZy3xDc3HFKVONfQv5a0r2QiIxXF2TN1/OYSLEbry5YTHqiT9PXZL/jZi+s0eK+nE1&#10;7IfiUvhE1ZApM3n3IVxNKizH+PLh1/jyw5/ijR/+g1DUkudf+Jp+IUwQ9q8W6Sh/Bg7QspoSJyCk&#10;oEeZnmidEIuoQqidpr06vtfSzEh4CLHBCOjjwI5G1wP9HXnl0e8j+48ZXvQQiH8fmUUTW4V8fggo&#10;Ys+XnvhNsceMydNk2ur74ym16xqtuRSKky6/6OrbQam5xHvTmySzNZ26kH1ql61SoKBoHCVESSY3&#10;MLp+oz+O7yZVSkquTRJeenZjcyDoEtU65GUkYSc1r9+awzUk4bjmtONpaO7OUKbgA0m+bsjnksJ9&#10;qO4hDyEC4TLxTcpMXxKruQGL4DwSuzHZqrDcr4DthaYnH7GxfH845zTLcdgniPU3m5+gnE8Z7CDw&#10;r6LmIuwbdSkszTmxQEJzWPSG8P2V0DhnwkpUQE5E0rFetB3zcfExlQCgjGXuJDFvFGzOItORmoZM&#10;7WF4bZCVlWXWsg9rqfYjbj7r8D76vTXUBUkaH6J38AT2+UFo7JuU+kvPjM0XZ61xyzWRvYZ4Xy8B&#10;/zWYw3WGvrYD6iUSglmMrk1EgsuOrCivXFAEYcEKJ/mhm2X6IJK/aWfi0Eq5TCIisoxf1qM84YWn&#10;e0fEO/HhpgA/gohP1oCDYR/lxrVwTQu4/Se4H9bBmH3ihAnd+PY8dEzaNLxv0blXW8evSXhyFfa3&#10;6dvfB97+bcy37+EorJ2HD/8Kn3/1F/jssy/Ce2hwfXuI9964h52dO9i4dgfjtRvIKWU8J+n6kMEP&#10;GiiwKNwMuJan9rRpbKf7rXmP4oBJAkOa8BXhGZg0OY7nFb+/np2H5+MUJydfYf/4KxwdfIbD549x&#10;8nwS/n3ODfQwvP/37t7G9to2VoY7zCLdO3yBJ4eHePj0IU5OT5jJcud6H+sbI2xtrGN9exfF2i4G&#10;4X2PKTShGPFgiyMZXPiZjYDo9fwpzifHYT3PsbO6gmt33sL1re8xWEXn6mz+BIezE2FQhz1AYqok&#10;JIfYkXSG9HtjZH163kbIe6PwzK3ws0ssW6BpEztp7TBral2GBPmAgQ1i9ElTLj7xiTgTuVYGyfv3&#10;SkuT76CWNaYzSVlSDfnkxebTGR/BaglXKdTfNzyI5CdMeyBbpRiMxgOsbe1gd3qC+dkJJifnWF09&#10;x9npkf48yyBZn8BRZiEL45h+nuU/10FKR5UWuyL6egbJVF5JDHS6y/TUVGH9/Oqjn+H+zgfYHK2h&#10;H2ofH9YjJYibRx/BP3/ArL7R8TO2sOrROc9yz/CccPKxeKtT69zceh9+9w2U199Cfu0+szXRzxmU&#10;oTwPR702vW/yo6ONj1h2Z4donj1E/fRLFHtfwR88g6OgLdqgiemVex4Q8xmztgF/YxfmjR9iuHWb&#10;gzia8LnHFFYS9mxiXVfscxv2kVCnPn/4edhqK5Su5sqHmXHErIVZSHQ2CaA1CegjxiidZzYqHxMj&#10;3yeSSRqjxjpWwypSoJb23CbKXX0EoaLNh+VhFYOetTDQSN7KBiaUqDufo5qcsdVFM5kL8N4I9OZo&#10;wGpd8uTl4ZhTxRvJdLUXaFKQn1EyuFW/6rgDi7ybz3TnktLDOd/KjiPZKwWRRjynQ3GLPYRRqC75&#10;CfrWzz+yscN/l/OS+xP6mcT29Z1ex0ScQ5mWVVkm/Kj75NH3xZ6K61y9P1yeO6n5GE+iNUvYEbNP&#10;Zeg76A/4GsXzhvbLzIh1Gr3n/HLw7SqARCKL7SWg3mVgoenoxBfTS90CE6k9gJdfb/Hn26Udyvqo&#10;p24WmG7t11NBt9hY+gVefzdpWBat06Qyr8VxYmAtJJlqsczVf9WCf51rGRPaRNPd6I2TtFfLUewU&#10;LT9n006OCKcMSF+nIkO8eAS4FEZfoxN+QaibpklpLEQZB02Po2QFLgFDVtH2qNfxvmUlRi9AYQ04&#10;ZjlKgIa8RB21tHHKacS/h2QdovevNelRmC+smadWUotIlvzQdIE2A7VHpCmID00Eydpa1lkbAMCk&#10;1U5DYGAuAT4WR62tb6e5AJothNQa07IQlqQXi6+DSyVjl6UA+84gGEp17wazRX8hnpiwGXTTeiEZ&#10;26aULjPrvEvTgOjb97L81sv8LV/lm+YiogzAfEfg1FV/7l9P7fmNAK7XDeP4uyKV/dv9ZxGY6YwU&#10;rr52r+ELk5r4BLf7C5OYb+r9GAG/K9eHvxiuk0KdvF9gjjXKpp6FffYgNAqzUJTlfSteXVaSXo16&#10;kJLKaRJeuqrlMOX0TPr7rGJAhs2lqbkKX9d30tzQa9ToBpX4haFJSfIDKkaMmPCeOmFyvHVviJ3t&#10;cEaMwJ6nJqvBsSDs0yRAWs82YoqPlsJvdHDgXSgeMZNC2/dU1kCJZ7Uw0SQ/OJ3BWeeMZUAzdqvG&#10;J4/VtAcZ3wFLc2GKq/9TygLX0AxiJHGREg2sEugTg5wWO3kfZaKXsfZSCeLafdfbzv10l4iSbGIT&#10;8jmUWGZRlKEDJWbSZ0KBIZ8kQ6ySFRJns28UBaGshKa6CefoSd0PLzOTrTG835KlGNI8z2a1yDOp&#10;YS9CcToOf0YJpOH7hw05W01x0Azxs5/+MVa3b2Pz7hs6nRZWTvTi499nwhqNCYsxtIZ/LKW5sSeu&#10;sKwogKNupCbhtN1Gwhhosi/+NALuOfZVdJp66wUQbKIsnu5kxgwN8vHr90JDNegryNdngEgAvoLX&#10;BvsXM/KeLaYhR+UC/XfWpGGk16RoYe0v78/SLDRucT92nSEYokG36VKo7CLV0wirJu5kuRbyjUJY&#10;GSfaIYV0SAiE1eakrRKoLukZ31K6UOmza7W+KoWxwOxfBQA5dW/OhTr9PTVOJLmlFNGq2ed7MaF6&#10;MDx7U2YKWpYNSspewf/u9/t8/Xn9EehrBFC3kc3JfoCSwstrLnz/MBdwNS8r9JtVCfqg9L9qwmEg&#10;xDqqmxNOHuVAmeoc5fQMM3PCPsq9cG97vT6DfgRExPREBpedkWxvK9eEbVZQaHhHLkFj0dxfBxt1&#10;PZW6riFfpzi4lQFKTabqoyHq8POq4Qg2/L6/uoVm+yZ6w0/hnz6CPw2N8XmrcEhpux2gjhXWhdpI&#10;2ejPqLVWZ3ksCDO8krg7s30f2QYaYAETWRJLM2KDjsdeK/H1KSHYLzAETQxFM620q2Mam2pPY1of&#10;y5alS6CCNKoE1BUiGOPkVPpfOc5xvLGK8sY17K1fw5eHz/DrTz7F0ydTTM8q3O9l+C+31vA2hwUa&#10;DMJFKlmWCpbEZpSu23csm81Ww2vduwV3/0cob76HSX8Fz44e4dEv/nf86c9+jvOzc6yP+/jRu3dw&#10;+9Zt3Ni5h7Wt6+FebaI3WGEwQ+53ruwYJUcYsByWgLyw+MLZWGA6k6EC7wHhTCo9gXsE+oX1kIW9&#10;NuwV/WGDSX2Ax2cf4ujwUxw9eooXz09wfhDW8fE0fJYcb93Yxr2dN7Ha30AZ1v/+8RE+eXKITz//&#10;NJzhB/zzNtYHuH9njNHmADs33sdoYweraxsoVtbgh2PeD+agIVrFMkcKn6pm4Rk9Pwpr5ASroxxv&#10;7N7EnZ3wvcUq18Hzai9cjxNU8ymD+gI6kcR2wGdGxqzZYfh3xmdHj5i4A2KfjZmBBWU9Sy8kYRs2&#10;F6sNZqiRJ18cPGUayBgJKs4sdCWLg/+/iTq22120eneTVHpWA7B00Ocs74dz6ksbYUYbJwzPmpho&#10;LqzqXrifgyFWxncxHu2Fl38Y9r9VvqYc2sEkhjzspxX//Dmnyc/DmTTA2LSPZuqHk6QYyT6l0UFz&#10;o6eb1EEF/uzf/Rw3VnZg7v8O3qGVsP85qmcfo390wqAvjz+JnUn4HA06aGBjxcar3LwGXL8Nc/Nt&#10;ZDffRz5aC/e5F/Y3y0AbAY1NJuCWrcOZNiG24Dlwso/q+QO4rz+Fff4Uvdl5eP2aQyakB56T1xY/&#10;s9XWTdi3f4xiN/yM1Q244RB2uBqeEwExiSVNEvGqlt69H/7s2We/DsfthNUYVgOCiC0noD/YuoEA&#10;p5hKT/ZfHpJEHMMouEdXgIn8YYkNXquc2KqaQAZBcgPY+9O5Nig1DdBMixnFWlA3wWQHolLWqhJi&#10;EZ1/3oazktiVJtRYYS3MdN+WQXkmIKFzGkTqW2slJgl16gECZ8N5yx66Vj6bsxqwYUTuHNctA3/I&#10;dPDoW8/YqBxkZrTv4EB+kUjUsVPhIBLd/F30jGyielMH+xpk4qxgVFKPyBCd74nvDO85PFVkzDEl&#10;2fmW/c6WJszicykchMle5ZzPeBqsNFk438NZa/SeO7UWkJrH6TPRLMp4k+lxJ+2s/XN7JTPKLBVj&#10;EdxY/LulQIVlueaSvLT7BSbNzFpAJS0++mDZ5WEdl4EInGbixDS289bSDeBpMj3M4WKaJhotXhJh&#10;En2m4gbUAUylUMh0ghv/ppYCgQorMswmfX5Zt+9TU/TagsAn7TsfHNE8EpJ6S54T0aOHGwgy5axl&#10;oq+czBRWkgJTIN9jI5CYadgIo80KmLKJpUnJN5y0BNfxhFOAyEVEX/xvQIlAnGbsFiTP3mSJLksb&#10;BSfLUMGpyU5J3wBoI2M6Xj1+qRa8IhqDI+aj6KSlG0eg0JrWZeJS9inQYSsuMpC6ANplrL7lr4/r&#10;0+EyWTsWEoRZZgt/CQjWyrITm8GYC2s5pX2ai8/ickLxwnPhvx3X65sCgPY3+L7LPi+Al045XwaC&#10;LhdO3w1r7tvyFb894Pmt7k+Hi3DZavDfMADlAhTjO0Df8kpc1mpewta7koG7BPx1Q3G6BzMDMgTG&#10;1U3ypKJJcN2I3JWaX5q4M0mvapglQM1ww5I/NVniw7uS9Hkr+wx9jp4VSadliMlyoxuT0rmZo+AP&#10;mOQFZdV8eF5nOApff20154K/8SRdOJF93SoUqxeiNrbDJvEdtolXFjUVNQecAijrpeQ/t7b7gDd6&#10;Btn0fewT5wv1vWnNrBJTRRn8McCApve0u4ryoxbDf8SJqQR7cKnNoJXjJgB8anTBPiep86ZpJ/V+&#10;sXkWTZ5XaFI9ZE2m++biqKNl66sJtG/ldO2AwbbIAb/fSv1mqA0chd/TzzmHryynUpI/jw0NnJsZ&#10;ls10i6s4F6G6kf6OpLzzUMTW0ymDSZz5Er5gGJrTWWhqP/1yDz948iXWdu+y3w5PWDPxeuPz31qR&#10;eLM3TWvkjEYHe2zh4TBlY8mS2SXETBWJbt2m1zo5bTJNkS581r7X8IsaqYyBQaepxSTJFU83Avl6&#10;/T6DevR5bFHw78lTiQefaGUtPsmm6E912NepC9xCqIdv/Xi7tYD3lyRBGgXVFJwW195WPmZauXZM&#10;BCRZsTBlvUjWTeurGz3pbNr3MynubZaUBsxwc+LlGR+V1s8oZ6DLqhei/JxwPwpNPS7CPe8Rc4nu&#10;SYWynKGXlxgaSRtsZmegnEA7rzCb76GazDAhAK4UX2Wwib+wJ8m8f0CsoMLyPekVCrJaCeNQXhvv&#10;YZTmSXtVbvvMKhqMwh4z63FzUZfE/htz80a+o1VDIToTkXKHX+SH1lSZGIGTzJBYRUYA39z02LDe&#10;KTuBhheZXlMyBqd1Q4EcTRxkhLUoz5BYE5DnqdfaS8pCr9Lv8ASH9eXG68w+McN1DhGylGL97GF4&#10;5ibI5+orbP1i+m0HdPNZZ1Bol6L8zBJI6DokYdsR2Jr0aMFEdp3p2DxfUtI5LOEeaOW/MIvUiDQU&#10;1iw113296JeHaDUhwGHYItSfOvy+5xkcqbIap6sWT27exHzzTbzwU/x/P/3XePr1OSZnBYcVkBfY&#10;z8/O+Af+i50NbJKXaC1NZY8Td6WinYT1UVwfYPrOP0T1O/8Yk2qOF4eP8Bd/8j/iVx9+gSdfTXDn&#10;Rg/fv3MTP/jge7j51l1k42vojTfYNJBsKjhEioSnBBKbXMB/evob2Ue4sW6gA+y5MmrCjlqH9xQu&#10;wjy8n5kbYdBbCWuW/CcfYTb5HI+f/gTP905xujfDySPy6QvPTzgof3z/BnavvR3eww5MMcTx8yk+&#10;/uTP8cnnn4evn/IzvLO2hvFKg63tMXau3UJ/exPrWz/kcAQzNMy885kkx2bh+rnzU8zKc5xO9sMz&#10;e4z1YQ93d9/H9tY9DAcbHFNdlQfh1x7m03MmMnDPQKzcsH4bhD2yt8rrnD5/r7fNMt3eQAA8Csyh&#10;50cWVs0KLUrStdlQ/Fp76wxucUCHbVR5LmdcuwD9khR8cWF+V0Df5T2xvaKy9eLn5p0u6LhHEjtc&#10;LCVqAvcqVY+F86euZuwX1nM97B2d4fCswsHBUzzb38PX+w8xIW/PxnIYSwkZUjk3wSx8Hyd/hx/F&#10;gwnae9mqq+IzWuNKOz7kXhnqciY1zHaveT+rwj2nj3ny8BA//1f/G+78B19hNyzb3nQfw/kZqyoc&#10;q+g8J6jTQMPmDlXYv6vVTZhwXpu3fweD6/fgh9dQhnVJgO7cUap5xlLOkoZoYX8vyF91Fq7VyVM0&#10;D3+F4slnKPaewk/OwucgexBwGisl5TY0tRiEz7a+g7M3whoPr1/t/hbQH6HfM5hm4rFKX8vDNC8h&#10;VkU+DnvFHM8/+gvY6bEEdDBJpEKi2YQzoBfWP4eWhPtQkkSYPf4yxgToz3u9Qr3nah3UqKUEFnGa&#10;KNNOAUMx6KPTH/N/Z8qWa9p61S9ZG7D0mHASa9NrUw1E/pju9BTF+ERY5/R5SDWjikQernEdaxgg&#10;FAsd8tiuWTlD56fVgagMb21SdrpKiVaNfD/JsnnACBflPy04GZnfHYsar/4gXIOpTVkEwhk01HUX&#10;09SZKCUJH3IGKlgUw1SjFFoCRcj2NmdrAwLHLecwQK1yjISnNXp4pZpQGZtOEpRlaOR46NiUEr6R&#10;9cRnuGokcLBgZYEO8KM8mJjgLWBgLqSbto23fa0mtBvGkdh1tuOlYy5hU3U9xtJ7sQtA3DKbYwHQ&#10;UQbZMrvPRH+ZCIpgkfGx3LB3WYFO2XCGXRkXfQddBICaTursErCw8MvL1C7zUsjGGHUqFImR0ZqJ&#10;Rw89q0WMYyDOcyEvcfC0iMsFv6OWihojnYVpGL2T2mTgbkgKvQcnzsgCFLI/oaS5iO+SZWYJN2Zd&#10;CQ41dEaSheN98io9kdtQcNEeGWvd9ULsQ3pYqeBkr3BHCTydqf4SWPtqzz3f7RKXALwWtV98mZew&#10;mGJ8dkcWGGm4poP2vgz0WPaLMp2UPr+QyrPEStLE5PbMb2XivD6sWXiu2uS5xRRn9pXy34za79AJ&#10;OOiAc+5bglOXsSB/E9Zd93Uu80l8OZh1eWzKd5NkZr+lPPZv+p9lXmjH0N68BJJ9ieT2qnt45ZW4&#10;zB/zJff/dVOTX8Zg5QbRSCFBzbSBS8AFZ+d4+W/aYwmIoX6G9nguztRJVOQjmh6u+0vO/l0CpBmV&#10;HTt1UPNp7/WcpkivxQYHThiGD2Z9nGbEMCTW4SnLBGwyCda0c1ADUXZkZFDAKr4HK+a7hpJd2y63&#10;8VatG5A8PtCRwrI1cZS18WAmW2g2THSsB5T1rRxxrwxtRD818S+jKTO/Jk+AyzRQYyCFk4GzFLhB&#10;Uh/PYFTVDhPjeeNNSg2WkU6jSgvbMUXuwMle98U4PDGmk9a+MHtBS+mh69mXhtwRRBsKJj8JRVMP&#10;53OLZ+fAWRnOqcmpJKcLjia2Cx7JSNdzw6vryM2YDWj6AnROqSCj1zitcHb0jAtcMhsH+6dk6h+T&#10;aQEnjDRiZNHr8aDOOZXgCjuPQkF4esuJe65lwyvzznChB5aHmSTLEXlvXTtOkOSmXIeWTifwhfq8&#10;8aCPE+SkeC2pSCaPQ60rGpanOzGENn4BUI1SmdbLuPP7ZL3RtEEpvuPlqZpvTkn2dVqjlOjpG3le&#10;JFilPROTDw4BYPQZwvuusqwFBY3Kfr2w+Yiulll5v8KWE7CNwVZ6hplh10qGGbLOopRc3e2MUyZA&#10;zo0K+Q0TU8flfQF9iyG/z7KeowpNoyFgILz/fi88C+M1Zt3NZjPMqynLgM8nlP54jvLslL3MDoix&#10;Fxo4YlT2+8NQH9mwTw0w7A0FXCDALLzfsm4kbZcaIAL86DMNhtxI5AVJCNe4gWiIaUgNXmigKTGU&#10;nklOXvalpPyWU37fxE7pZ/3QZIn8lwW+2mBYDYiRS5fxPiA1ELGUBayn9eI5KVPDYjQN2gtXlv38&#10;yKuyTzUJ+RLla8iu3w5NNe15YX1NPgcOw3UtvSp0lGSpbjdJ5c9Yvt6jzpS/o5xNh4C1F8QRy6Wy&#10;7pK6qOzSIXKJqsNc9vM6Mt7WZ1QZLqZzpuozZLxfOGb5ZLFe2SXkoWcx2yxweO06Dnqb+Oz8AA/+&#10;6o/w4sk+Ds9JQkom9lOQGm5AvUB/hE8nU/yqXsM/6IuhPbGMZuHazdbCmtm5gfK9/wj1nQ9wGNbk&#10;s89+hi+++Ev8+uOPcLB/glFYbz98/zp+70dvYmv3XWzfuI/B+pZce03DzsK6Lhi4JFCaXr0QTzIn&#10;zbX4SdV8BjThfs6Jbep6OJtnmLgV9ujLQmPbd+c4bz7C2cGnLNU92t/Hs68OMD0K6/C8xsa4j++9&#10;cRc7G29hhfwDS4dHT47w8Nlf4eGjZ3j+4gVRkLC6UuDadh9b62Ns0q/dDzDa3EZ/sIJsPOT90xQ5&#10;M/H7GfmoTXF2+hCT80Pm+F0bDsP3v4Pr2/exNrgenoGwxzcHOD15ErbXmaydynAPk+ekoupJAnI/&#10;fP7+igxTaBjS2wj7Zo9tGSRIUQY3xAzLCJghtnhvFPbjlfDLMTM3Kr1cHF6ynUetg7Qq7TVY0ly8&#10;jg7GdBJQv3l1dFmNKMOQFJjJlhmttQnd/saL1zePOW3FoSWzcLQenVQ4Pp3g6d4DfPnwc3z97CGe&#10;P3uMs+NjTE4OcX48Cd9c8rBqFvYlZmaHvXSQDxmMonVOgzECdOa1D/ewwaBnNBysg7J3CEXxuaKB&#10;CQdd0b9Dn9mEe/nFg6/xca/Bj+9tYdTPWM4693NyOwb9NEo7DksW9XAd9u67GN9+H27jJvLwq6ZA&#10;JRrCMHAiMvuGZJphvRc0ND49DWf8CYonH6F5+CHMwR4c+fRRv08D4/A8UBJwHdbjbHUEP95CvnUT&#10;5Ts/wsr2DjOfKeAjD/t9aUW+n6m5JwFp4p9Yh3PiGI+++BTZ+UnY92sZxsBrXLdneT1BHw3JQnVI&#10;x++Z9/KaX6ff76kSMJ6xEhrBnsCsVvGqyusoEz3agLTOkM5EQBAtZsRp4F3VUGS20dCHEo/DM9SU&#10;BeozCTbjxHFK5Z2eoQnPFtT/H8zq49mPsAwZJ2l4/VWEl5DdCAOYNaulKUSPBvmNDvniAcHMxYRP&#10;CDMRKVxDB+mxlmKbtU6PmfIVBOvhMDdIuCj7Bjq9R4pRWc4fqPl9sCS3oyaM/rw2DjTpNedVIl/R&#10;tadgDwL9rA76EjFoGeegf5Psmz0iw+cPzxwBuVkxSBR3DgVhAoMEtdBQlAjfFALGdYJZANmWtdlm&#10;AURTmTMnCRm08lvXNUlO3hkdr4FIaU8JvK2Z4GUgQffQNhHZNLKxsaCBE0ylyBDKquscwGZJJtRh&#10;Ajn1uVho+D0zEtiMnR4yjsZqeBo6CAVSFpNRISYbRqOdY9Fr4+IXh0/9+eLDwMa1MfnG9BUorMXE&#10;meit5y5dA69fR8aMFRVIVFTy5urTQRNRd25ArcQ112oUzwUuT1dU7mUE9ffaRNJDVvPUuFCNeZma&#10;NpaOYCamnsS6a2SqwAafPHUVfx66FJwEaRuefGVOk+gwDH9xxJMJugyUtJTFdEA2w5YJEicHhs/T&#10;D68znc/5AYKVpB1fMC1QITdF1K3XNPCWOXnRN0ySfxtND5RmLEuwrTFqUGlEoh0DOdKE9iUkPSgN&#10;19mOfGkJ8OOhU1dum9yYvV5fTSXiaU3D90tMcI3GivuUstz6YHjdVBuV5OVp4mBhLznAFUBuFqc0&#10;/oqjH4uDZ93UTAIf3SsA1teZMnaDQdxrAIRXvfbLvuZVgF3WkYcvpBV/JxJfd8nrfHdMv+86+CSl&#10;TiV/Ub/U5Ljf6F5f9vcX+Xgdz0osMlHtUqNlFnXzLwVpUwDRSwpgAhNCDxD21Qy3Nrbxlf81ZuGg&#10;HFlJDicwjlJXXa9GLxT4Yz5YqlCA0TvrsbdpTYWUSlps3KuFxtxKBaUikEKGDhErPn/GSbFRkH8S&#10;7YHh5x2cVfhff5njH77n8Ntk59ArJYHXNgr+R7A/YzkuMelyU+rAL5roO9kNQsNAXqwc7m0z3SPF&#10;I4WHMF4ZgD7Xc5H25D4HcIBFeh0GQbLvRycRV7z/mD1HbPCcGBPr4fXm7ZTX9hdul+0+n8p4lM0t&#10;k72M703JgJ5VywyWshLL0cjPFAZgLlo+LyAQEuAp10DSe3MGRVvZbgQgc13vNYNX9DqNyniZacTA&#10;6FFoVHLsn2X48FGG/+OXHkdU0Ifzq6JCTlNkGdhqZPAnHr+SiJaxZ27BgC+xuggQmoYCdn4efv55&#10;g/29r4W5Q9eZjKJ7vESYddKo5JjO3GquktBqzowxr9ILr5YpVCsMONW3z9eWGCde1wezU61Nktdo&#10;a0IEAXqPdTNn9pnnJkukIHQNq6biJGJD3Q79HAJ+ZvFMVKNtZnEwd4Lvcxb9L5VJa02+YMOSxTPE&#10;WESXJ6N+l+nMTfM58fVjliIEPCBWDb1fugbcNHFwg9ckOiOpzzqJa8LPLhmgZxPE1Kw0MdBLkRgr&#10;Nt+JaR+9QNmvTp8XLtoJLKU7lUeZdSFSa0iN2U2x5zrWCfDujJg7mdAY9skfzYz41CkqOuu30Csr&#10;DEkSXs0YgGvWyNvnEGU9xTT8Ha8XluJWmIfmMbH/yPtLPRTHgxHL4aix61HyLkvQKRyklwLOimE/&#10;7F+hqarH6JOUMlxLasKpSUIz4UCFsiLguGJrG6qdZ03JoRtZFpqwus9MY5KoZ5bYIH31aMw1nEW8&#10;S2OIHTOViQENebb5WXGqKHHC8iMPxMpJuERNLKn1bZyTLLkXPk9FHktfoTkm+qmjsGwtVlXVoHIp&#10;3o1Ma4icckCtTwQokRfLdsz1bEzvzNr6QzxXdXDjW0muT6m3nSNH/y7hdl5ey5il6EKdARAWWXKC&#10;u/abneOV6mfUiwxDtqUKj93h+hAHm0McrazgadiTjib7mOzvhfvksNIrsHrvOm6cneP8fIZnYZ3P&#10;Z8LqIJOmqinwi/kUfy80y71Vj3J7C+57v4t6912chOv86MnH+OKnf4ivHn2G44PD8GxXuH97G3//&#10;+7+NW3duY2PnHYy37klATx6BbQJNBuH58yxVJUCnCjcvdy4NiBhggdHAJxvOUo/jSYZpbXEGkmyO&#10;ed8oyxeYHH2IF/sE8D3G4ZMTzA5nmJzMsNbP8ebKddy6v47R1vfDy45xdv4C//bPf4qHj59jP7zf&#10;WXi/K6Mcu1s5h4WM19Zx/dbb2L72BsxwCEPsPzMPy7HP57gn1rabYl5NcDA5BGYvMA5r+X44829c&#10;/wBbG3f4DIQ7xenxJ+FMr9jrLLNz7m+I+UpSTbaRC89B0V8R5nP4s4zCSSiQgdNzRwL20/lL3pXE&#10;4stHIu/NhvrfeaoLXGLvuc66cbpXN68E9l5po/KSIWwEue2Vr+N4D6+803RWBWvo3saQL2W305CO&#10;1gPJdqfTWfhVYjKb4YvnT7C39wLPnz3CZ59/HO7dPs7D/TsJ67iaVxJ6RuxfYu1lxF6mAcsAQ7sm&#10;7HY6v7R/Jcnq2XTK3nt0UI6HlFq+oUNJ0wlPMCnF1KmVA+13NLwpqd8LexwPKrIxnpA8/E44L+YN&#10;sz8z+pzhvpXhfjY376B3811kN+6i3qZ1NYIhYIyTr73sMXT2z+rw2cP3T8LnmJ7CPn8A+9kvYI/3&#10;YE+OhXkfmVg0QKLQt7AZTNbDZ9y4AfvWB8jDz7GjTTQrq5jZggfLPcUtqGuuycOvkfPNOw2OO5/g&#10;8JM/DXvznNN7xXChks8d1m+uUlMfh1Vcn1AKK1Kvy0y5qhaZtQ696edwPdMtsam+a2rFd3wavlo+&#10;S0VBSfeL7CNMxHY0dIxqBKdS4sjQFtm3suPzjFnedHZQqjwNltgm4/QMvVHFTjBVeIbL+ZzPjpxq&#10;3EKHbBpwwcnjNBgl3ICIQkQaorVFNQGRpopC2HJAG8LRqOrTtsPMGK4hPsGtxQIBngzmwSbmo0sB&#10;rPJ39IsSdDm8z4ga0HbATQIjJb2et2h+vmqlc/OZRPYrghByAE3NqlTx+XbJ0guttZY+25lTpiL9&#10;FbNJJ2wfQmB4ry+DeFOKzYC8lpHBR6O1uGIeeTRXv7AZLLGtZGPK0rbkVP+NJbBw2SS9K8XyHRlk&#10;/PP29Vsz7sgmTKbfabNEh/GERCWNBsfLjXxLSRXPFjEqNEphtdxoNGhUr96TGOVcDrSqngjbzXrx&#10;sOHGxyqiLYuZUHlfKsLb8ZMzDIZmmkxXa69LyPsg3JSS3Xm5MLbivRPFnJ5pp3liximbGXNKKnKC&#10;EBckO4thV9Q4heLY9AyzEL0GkxjfNt0k0xHvKtfxQ4n+e1aNwo0+oVm6h/Qwlfz+qzQtbzhLKhbR&#10;4o5MEhL2ASJqP2nXC5OipzNd2KxLp02KEps4sSu8YtjAaMPK+jbFl3GaID0APkqatXj3LcPUXJD5&#10;abPvO3oMDimxLcutKyVfQs2TEiQxWLRJMVE6tDjhXQA4dErSZfJFUClbSpaWJGExPJV0u5op5N5G&#10;IE8pxM4kOTevA9thuaqOHwsA1pLHh7GXstlcPMo7SatZF9T5lky3Kz37XgMUvAx0e5lXSdesPm2I&#10;KXVyyc/tCmBqmU18GZj0umCgueAp9u2v43ct443gTdfT869LRnxh/XUBOvXWgsEFfz3zCnDvN3mf&#10;me43a6trePPOPfx8+CeoprRHzsWk3+V80FLj3FBROqDAjlAUlmCWDU+zjRRyzJCyMvFqSk0yVdYL&#10;7b+5MqyZIcSGuKEp82p37wRILynBs8rxl89r/E+/sPhvblXoVQTmhL2dppRhP2Rrl0JlpczimbA8&#10;UwSUFctqa967RiLTJTBCDcEZmOGJew8axZGYyjEVnQc2yDQ8q2GPGx4ksP+agE0cVGTET843Q+1+&#10;j8PvyQvkXOsBdQFpnO5LdRRPt0M39vRyamNh2ftIJCjCtvJemi2xYqmULTiSAp++FqWeTY2e5bns&#10;m3Sv0IJ8YhLeiMef73J4YlFH16knHit0p0MFWzWrKM+m+OXDDP/yp/t48GLMptIMoqpFhlPZt1Xv&#10;FL73jYZZUTOUy0AnLwwHfVBYQh7edx4OrtAL8X+fDc7CWlplUI+AEwZD2BO4YgmTIw+4chJed8o/&#10;j2W1OaWp9rgRJ4Y/yVlI3mm57hjqGW5lmMgsykoYfezbUoezu2EmGTW1s9mE/fx44NWIhITuA32W&#10;2THYRy7LpuHPKe21ZvCYw77oGanF9LwX1vqwoJXdkwAKYq1kI/TJh4o+E3fJxAgTQNTruR9DWQTM&#10;NcmOJYIsNBR10S+Zhog258AHlnjRc8ODx7qV5FLDw8l9tXhJ+h5LDG20uiD5qDYtPJxsckm6a8p0&#10;ItHzTF5pzITjpdKIJBlS00V2CzMJMpGn56xeEFZTHhr6RYqXfiovEuOcpO2hie3ResjIAJ6YeeOw&#10;JkJdSaBwOcSgmaEf7su4v8ZAbxnWwXx+woPPOaXtEvsv1KAV1V3DHmbDMUu+BoOcUxyNG2BEwG94&#10;L+QXVlGtSoML8gfjNUn3qc+MEYR1VVdT9PIpXz9ax/NGEqop6KPmNVHK5+3RvfUsI+NnwIf6kX3L&#10;HIOP4i/Zk6rLy/2eNiIxp72W9oI6pQgW/IzWXmT+lD6N8ShcnzuwxJ6d+/BKD+GeGl5PtOeyN7GV&#10;a5pp/otTbyP5c9/KZrkTjd5G7VnjFpjMmtBu/YIyIh1LHYKAX1Bw6OsrqGjM1bhMZTmbQBq5IbEV&#10;aa+uGeS0ZAkwFCXQoA57Dkn21jLsrY5wuPtDPDNHeHb8CebhTNoYr2B94xbLRClVmUjC0+NznJwd&#10;o+gTqDLDyVT9PMNaPJlNcfrDeyje/hH8vd/GbHUHh+dP8elf/F/49S9+goODI2yGtfP9u5vY3NzB&#10;jXvvYefeu+gP1jBYGbYGMrT/EqudmZjhnoXlXRLzOezHw9zzkDr6cZKfY82elQ6Hk30cndMS2UFv&#10;uIUh9SvVs/AeH+Lw4E+x9+Qz7D+fYS/8On58hGujAu/e2sF793+AUe9eWDdHeHw4wyef/BKff/kA&#10;z148C3tegfVxjq0BndlDbO2uYWvrRni/u7hx6y2Y0SpqAp8H/dA7h94lo9Cao/BcTcKbDs/L2SmG&#10;tsLO9jpu7fwwPC/Xw/V04WsOwl8fsV8bMVKtk8AtR6grBaMUYEJFxizbUbjeqzwA6Q3Ip28trC9l&#10;0HD6tOfEa2L5UU/HPqE274Q0Np2Rp/kO6rZvptbpfq3FxdrWRK9JqH9b7L8g4D776TnZc4mxx9L9&#10;ymASru/x2Rxfv3iBB08/wZePvsLDjz7Dl199jelkivPzs7A2HPvaWQI2WLY5YBXE6ngDg7CHyfCk&#10;h3JGXrg1zqfzcFbVmJEelqXXDQ9Z2ANRFXZNJcmiNtO0YgIOib3E5B0jABTtF+F//Uxko/RZSvK3&#10;M2NMw0ubLcevTYBftbaN/M7b6L/7ezjZusVrrjcesgyS9ps+WVyEr51XJXrhW4pwkM/CXmwffgH7&#10;gAI+PgfOnkuNpOdwoQMr2kerUMNlt++juPsDuOtvwm5eD38W9r2BnBv9GEYZnrnaybnDCcbh41K6&#10;MdWkBPjPv/6Uvdl6ueUzjxAktmYgzMYJyYT2egoS40GvSm45QIIGqTS8EfRLagQN2DK1BFBF8g0D&#10;qfzfOdecVCNk5EfMxPxa666affCEtJNLsGcjigW2xaCaoBbvxhgGQX9ehufN6ZnQ749RhT1rFv67&#10;GK6gnE4xPDvDtBjBrvRZ6RJrbFYYNFQ1OgE1dfjHJSwx1ihhWA74sH7mQgLrCSGqUZ9sBjrpdci+&#10;IlOmXrKLoDpJrldmo69fBOiaFkh1UkexsoEIAkbAS7pvnKKug+BkZeihPn5NtMROZBq2xqAk3nD9&#10;KLvAhXWVjUahhsy5T8hNlrxgjeIyXGNqACCFmzCjj4aG4fe0XyHsUVR95cZocKthohUNA2lPpwAP&#10;fp4bqksvaZZMJ2Fqufm8kFT1mo28sK1coogagyW2llkA/lrbltZYXr57kYtg9e9bjPuiV1cXDDEd&#10;eaQYzdq0oOmmsWcNFXi5Irqu6ZiFNDxBoL+3UWocm6iUGxd9kTL1NvEKfBX8CZL8iYC92KB13X3V&#10;hJKnKZlM9amgiua4rMjhghfyHpVtYqxL1NAE8ES/Ih+vu6b1WvFBYENMZpRYZgI4RZCJqy10fiQZ&#10;LxUyxEoRTz85/J1XDh03wzqRz6XRa0wrhbEqL2UZE72elWshPkJtmIrXSYSLsLIyOBq3ELaepNRA&#10;C/aJb5dZkMm+6qCN39P+U7fqxiVLsZe5h1ksStfjM2KM76zDru+FWQAr42jLqR5/cS238l+f4PZL&#10;ZMv+lcrnFvBDJxznG7D8XwWsLPPaXlem+23BsS7r4jIm4cvCQ8zS9/quoOFvJNhDp1CJ+WKuuJrf&#10;3T/f1gPm5d9/8X3bl8hPzCtk3t9srSxG1nYljzRAeOfN7+N77/8VPvzVx1zYFbXQMmh/nc9qcYMo&#10;5dDN+gPMy4qZuFzI+yhncApUsA25kni9eJqYXMdSPtH5iblras+TPn7yqVHzM2Zp/atfeE4p/Bf/&#10;sMbd7X5oYjL0QoNFqYu2PhfWAsmnQqNBRU9BjD0voU30UwSLzHX/VE8275T11ohlRNrPohdeO4El&#10;mZHxmUp7414XWR6dJ4GZeV3fUKspkhkPgyJTwWjacAsqd3ZInkwX6rGSHLlERhxZaQatt68xi9q7&#10;rrwuMh9FYLGwK3rRoqUm3keJg6HJ8pgL/lkZ7sH0GOehKf+z5yv4X/54gi+f5Dirp6EBkeaWr4uu&#10;t4zVA8Lki3t4BrnW7DVH66KipOYMc7oXoTFYC836lLzS6KyscgzobG4IXJFEaAKgCfhpKN2ylqEg&#10;FWx9koCREXyoF8iHJ8vF448N3gnsy0RCEk2crRjSciowFa8k0Sw5lZeCRyYq551zuAedK1S4koUI&#10;gTN0cUl+Mp+KgqAO77cMzRcFTRhXaq0lzC5qOMoiZ6CRjOlJPjIYShgFMVxsLv55DazKulUKjjgQ&#10;dotBK8rKiIyixgn41ISfW9UzCSGpa5VqNW3atsrpfT1Uj7maaxJmXqicx5vI9NM/y6w2QxJsRl5k&#10;3AxYSflrNHGTljGFsbAHGXM7agGOdPAmTDfDYJ+AgJIiCb5vGRu956H5L6wwbnMdKDNmxAB4eGIG&#10;xHKggS0Bd6uYVQI+UMLubNpnKVoV/ntGA17yhKT3F97YZHIOGwr8eh7uxXwSfkZYJ6Me5nbOaaAF&#10;JYkTwOtCc91Ytk2h9dLjhOchv9eaQEpmdNahUSKmpxic8xCbhwYyTuBmj0YVxKqlkCA/YYC8omEu&#10;sfrMQBpcYkOS1DET2J8N8yEhdDSQYKknPRtWGIAV/SwaaoyGwNaN8HlOwjedoT97AUwMp1Qyk9PI&#10;k+1qI6W3JnLajj+xbDMeyYUgFm2uVYEs+PZdMixtlYEtyz1uO7IF+YVaUDxoTQoJMcp4icNz+rNq&#10;5sJzSx2fNG4u/H5QeUzGGY5DM7u3s4m9tWvYD2v88PBD9jjrh/u4srnO8m2OaqFrFPb+XkEAgGP/&#10;LbrfzDA+mPNaXgtff/e96zD/6J/jfLSGp+eH+Pjf/ff4+uvP4UNDvTrawHu3P8C1azexfn0L29s7&#10;KMZrWFndDM2x4bVFa37ADNKM9xo+Swor1gFeUpObynEyOZ2TwgaekeU/js8paGMd/c1rmBNT2Zxg&#10;ev4Ie89+gqPjR9h/coTHnx/j5LQk/BMf3L2Ft26+hZ3Nd1Fiik+e/hoPHj7CR588wPGpDBW2t/pY&#10;GxusDrPw+xsYr+5g48Z99FfGYa2H97Yywowlh44tGFwe1uT5MSZnD1DPjrFSjHH31p3wGtextrqN&#10;XrYa9thjzMK1Kcuz8DMafp54MEQMXgI2jaSRW/YvHXD/l3FQ0QrL4zk5nYYusb/KRszko0RdQwSR&#10;8CzIGYMFG6BvH3n33dd8XYVe6mvUKzl6vTfqL0bP8GQyw9GkxtP9J/j0wWf44km4VwfP8PVXX+Hk&#10;8BTTM4eT/Rfh3xO5hqEWGBDwGfq8Qb4Ky0nv4eyia2cd99LzKSkCZphWcyaTWA6XajCyIqHmAA8a&#10;L1GKeXgGiNVKgBWFdmi2ZLhHrZqwiUo7lsx69myTLof29gwVsYrHFlNirq+FZ+D+O6h334K7fhtu&#10;vBnW2lCGn2HP7LOarMcEFgK2cpKVnh1iuv8U5eOP0HvwMXoTGsjUMtBlNl/GrDyyU8EwrKf1Hfhb&#10;76C6/2M0YQ32hyNhFJKnPhOOjIKtMjzMdYjYJ5sr2iPJ13R2hqNwvQ2l1irZw0cWmFO5qBV1JdUQ&#10;0PyAdsCtnYTKnGMWAVuS8H02zCxkj7/EjG7Eo1GxEVHlyWAhAohMQKGBNQWqqG2GeA47AR8JZEuq&#10;NN8hvoBDO6k+pvRu14TaloatZc32FiTNbcop3KTm5N6sP2QPYU4Z1zFcHPhkUWrLwzpJ/CZGJ2EC&#10;dC0kdM+q/Yi8FyI6cQCI861Zq2nTl0R9YdugMU159h1WLl17E0O/GOjzorx0Ym0gvoYxY0DeJ4Gt&#10;BF5622JUdK25NqMzlvZcK6pJ2zi1NfE8yJe6wbcdDYOrDZ8XtFeKlFOsRZqUviwqikaZiRn7xDSJ&#10;DPP/U/dmvZYl15nYitjDGe+cN+ehMiuLxSJZLFIki2xJtlqtFtXdtgEZbsAwjH427Cc34B/gN/vN&#10;htEvNvxkAzYabTW65UarSUm0KGrgzCKLNY+ZWTkPdzrz2TvCsb61Yu997pSZVUVZJpGoqpv33nPO&#10;3rEj1vrWN6TH+VlV6YbV35YKktlFEeERwRj7kzidcj5sHdzS8OHxT7xBxsOcwTTr1XeowaxqApP7&#10;gT6Z0PuGIWVRpd0i6plJtViQofCbyqSB/X28pi86p0m8aIDm1aJpJgyjPLS2SmCRxirRg0aAPEyj&#10;zViAwSpq2lReUkYlUhSZjUh5y2Tyid4rEdmYkc/Akd6QNbtCfYHUT08cVPE7nfoB8eFu9SEwyga0&#10;KFqpwUJTUFALZIkjtwvaV4CHlGjC71x4JF4Mso1SoAWIFI+kylQeun0DORM2rjRKzMwBcCAud+cP&#10;C7Iwh/CJfKNH9Pu87swBppF/ai7aImOpyeY7HBBTIFgjhRaAvwMJ0Ue9B3+oN6FpsBGb16IJ6jV9&#10;kio2YuOZdv7ThKwWAbdPGyw7KnTnqL97HKh11KDjk/v5HQZxueMhqgjU/A0wAT8p0Pe03+v2vZ79&#10;FK7u4/wb63svXDfeh86HRuCb3/wPaXn1T+gXP389NNdjgBbiYaqFSWhq2tC+SMlUsFea7Yn0wc81&#10;fMLp0EEkY/wKqY2J26RyX9nrWKoxk1Yfv4+thfdYchB+z/aeoX/5gxG9cq1F//T3EvqNK4a6rked&#10;NDTXbda15DD95uba0RCvKnEgTqUriZoBl3pOFAqmOU1QlX2/Bq+pZg/zb2PzfRfDNip9pYKUKZg5&#10;UkzPdfIfu+ekMRRMZNBERUOqFlnkGX7WuwygEQoukzSYzOpf51MFfgVCNUi79Xh9Zm5VGKTxlRcr&#10;WO0xDIs0dYzPaUrUS8VX/oEzJ19jsCIzrXDt9kIjk9G1W5b+2bd3Q9MdrnsoMMeP7tEEjBa+hGPK&#10;220w6jDRtiJ/MSoriYlsBQpJeU8TyHPD7+Lzr53gd03H4YwzfZpPRii4xMZhKkALB0GEdZD4BIO7&#10;PDQErWwpvG4GORj/k72jkHRsZFdnqRNYQ154Nlz88cpiz7hZKJynLN3kZoXNsefC2hIjdKfMcpXy&#10;i+GgMDC8fMZiMqVpaNw4Pa+YjcLvG+E+cPAHg32ZLanDhXh3hdJWNxToy5R1wloMTXKWt0JzV2rQ&#10;w0S9qlRh0TiuI1M+qWxddMgCMFKn6DHiir2MUtcYtIlRt9O9svBTAGoMCvrKl9iqCkaeS69qDrHN&#10;qLUl5CVoBQbjXL84GbSxTMZBUj0DQFo4aVJJB4kYMCdS/9nIjuX1hoYuQZOa5jmk1iy95UKfE0YZ&#10;uG8bDlETMBLqj6wVmryWTN3bq9QKzaebS8jaeDSE517BnpBhrYynXhMYw2cKDXN4Z7Tje2Hf4bCY&#10;EgwkyJ4YNA6v2Sqlyc4g0UxFZtwKzYXLIctESnMhzZ9DHVtUg/cozRap5gzPVQGmzzT8Cesy8/Ab&#10;40aeV2Vm2uLJDB+sAuvTsMeSEVNxi7HIFBoRZ1tgg5Zrp8Fw4LXVGn8fXl5mIiy+RJscNJ8u+iTo&#10;TbOV3eg+lYOYkZuI/8d1tc+q5bCjr+r9bM3gM0e1IzFpPeacWQFLylQdq1gSGt5HnjiAuoNwnnyw&#10;uUr3Oyv0MG3TdnGbBg/epY5t08rqKmShCFbCYMfKMwB/sD1p5sN6HE934Pt5Yjmn1V5OZy8+S8+9&#10;8CKly5v03bf+jIZb92l3d4i1cHFtmS6ceYnWT25Q3j9FaW+T+v1eWAceskZm7jCPm5U13f5yWBot&#10;8e1iNiozamYlQDC2HWAGCdLIOWgjrLlxEd5dth7W2xp1T7Ddz0Majh/Qo63v0aMHH9D9j+6FP9u0&#10;fX8MYO3yiTX6nS9/mVbWroDhurP3iH7wxs/o1bc+pHv3t7B3LXdzOrXcpbVlSydOLtHK+plwPm9Q&#10;0k0p752kbPkU1kQR9uMJM/LAbJ/RzvBBeEa3qJ316FR/hU5e/Bytdk9j/yQb9q7JLRpNrsHWCO5y&#10;TgOHeJCGAA1JL83yJexVCRKrl8M/NbgQbD1JtEz4HoU1nuTd8D1dfX6jEsodERpnnr6f+JSG4Ys9&#10;fJNMEnsNATx8pfZgdph4xhkFCAbjAf3p//Nv6c9+8n366PodnAtJkaiCLewHYV2Wg2G4MXu0EtYX&#10;7zFpugSmMXpC9qEN+8p8MoT0d8JhAvCAlaATDgnqJBzY0wv3UOwY2B9wpsnnbPM0h69pQf1OmzZY&#10;Rm09Qq1MHB6RJpQqtZcDbBBKNS8hMV7qdagVnpn2s1+g9vkLlJ55nrKNs9Riv7xwf8twhrHlR+IE&#10;UOPzgIpQe4W9t7Vzn2Z33qLy+juUPNqmpQn78YXPlAgpo82DC7bcYiTy1Bnyp54hc/IypSzbXd6g&#10;stMDQFQiiVfT6ZWFLF20qATAEEPYG4fvJDTe3qKta29Qi2QYx2vR60DR6VlkfCP4kXv7LBUrkVJt&#10;xgThUnWubWAUNYEEmQMAq8SbGM/GbAYWHOMHEgbhBezTny1JZLUAh6PyM7LleIiJMDFdZ8omw97o&#10;otVNWD/h2tN4N9wjrlfCOgvXuhPuXc6M8ULrPpsJWMf1NxLHEzAN4ZMMUtZcaltInxkI1LDP8Izz&#10;9+N8ZkwhEmtimJgCX9GD30Q/fh5oFTLcoAhUGqpAPzAgAarJU13O5srac8LMLJ0GfYn9mleFBYA+&#10;L/62LSvYDodo8fMFW7Z2p7KES2LaPQmrz+r7Y002EwQY4EssnIxpyvWdEcUBr10mVpUaUJLCli6s&#10;S7Ye4usR7omHLYo/CPZVHnsRLKkwgn2siadtKhtASzVdIH/oXnhUL9pMMq0lnebQBjCCPILyLgKC&#10;pmGEKsDYXKOrSZolThJ0Tn1Z7IJMGd5+zqocolSaprLeMFEW8VRFp7WyYEyceqqUEoWl6rM9vBMy&#10;oVFDZuTV0FFet6iCnfmuFrj5xO8ZzSijkmNM11ky1MlT1dJrQImStwRdV7S7Up/4Wi66MO2pmWxO&#10;k21gjWRFH74guSZN8OVClmUsRrxaEG6SxCbO6IaingsxtAISIV8Hh/DX94W3yDRWN7oFINntk4vv&#10;cw0zjZRlerw80KvSgxZ8hZ6Q4aTpOQeYsfvWpLAYrLId1BOzog8LC4hMw1NG18GCFP4QtpM9ArAU&#10;78PF59VVYStHAy/uYxQkv6o55pOCdUeBXoddr6PCRD4NpuHTwlleAyLiEIX83+6gj6cGCpv+gM3P&#10;rYXCccOiJ3mtw7wY9/+sVTo8N+Bnz1+k32x9E5LLH/3oNUhKp9MSwxz2k4H0UZs/pK/5FpLaGDSZ&#10;ggGkQAkJeIJmP4lu7HFoIwx0p4OapJFIy0/7apnQNsv75pxJl9LbN8b03/9Bi/7eVwv6z76e0mdP&#10;zMJhHZoPyxJAgrdHKzQ1U88NXfi78PP8d2Af+UTTuhv8Y5+qdYQaL9iicvo0cUpKwjBPGExhewUT&#10;k3MdmhkHkI3bwqFuZTNlZHXUo2QuxlOQUgqI1xC26b2RhGB5YQauRuoBWNtrOL8k8t7q/RV4TcDe&#10;nJRn1HhZZUcCDPL7mmpNkgJ4cXj9pPpdJQZQCb5PDrQBpRwa4JZpWnZhXPzdX4zoo3e3yLZD4zrP&#10;qdvJabwzxuusb56gtdVlGo7GdP/hIzSvJQIZcjQF1kgRz9cOBbkhhCgAMA7rZrnHjeNSaFrmobER&#10;FgMPxByDNwzElaPwzqcatNFHk5q2OpSHApAbTmZVOfXRAWuNRB7itW5yytBjYI6QVBeaqsmAxpMx&#10;JtwO7zdG6jkFVeVpSGACnlZDPje3ADrYkMOZ0GgNR7AH4UIR15jltZCm2vA5rEiDUpbADiFvRVkC&#10;4E5YbiXM1WayGuPQM567rk7Prs65SkqZiKdykih46+vvU6lvoWm/Qth0lR7YVOx2Yb5iWGn0d1hJ&#10;joVPI5JDpW6CbxC8eSRdl6fhc6RzFgJ4hsI85d63iAnDkgLJaogyGmlbq0l8Dv7FPK1nmQ//4YaW&#10;Y5r7DP71+tRPmJ3ZEV9kGz0DBZxk7yr+7CYXhYkNz3s572AvYcnOKBsKYDYrtelgMCa8LkJvRPXC&#10;7Mo8FZk+2Ft2QimXYQxwJzEgJpNmKBHLmrJgr6MEAR7wSI4qAwCdHj/LYD3LoJmF6t0YTWvGn4WB&#10;zSyrvD6tZ98yfnN7YPPZuUYWOafG4oRrx8nljuXfvQ1y6+EzbZ0jM7hOOQe4lRGS5cZeuKWuUazY&#10;RkgHmUYWxhGpuk13F79fihu/bivbpSpJV3yta5WRadTGpsFPMCo15gE5HEPZfzA39DD8udO3tLdx&#10;mnbbJ+jW9jUa7H5Ivf4aLXfXKc1Z88rs3QRAEqdms38i6uTJFMEuuObhWR5Pbfj+lJ59/gKdO/dF&#10;ypfP0Y0b79DbP/0e7Qx26JnNM3Q5vM7GyXVaO7FJ3bVLtLyxJn6KiSTSE6/v8Ly2Wl0kQSdlC4CW&#10;eHU5sfmx4kXLAA2zospwHu4MhzQK+4Cj1bCFn6S83w/fO6LB4A0aDl6n2x+9Rtfff59u3hjQbBDW&#10;0HBGF0726PLFC/SZS1+lcdEHc+/nv/gJ/fiXP6ed3Rm6fwYml1e6dOkE0fpKm9ZOXqXNs5+h1spy&#10;uBwiNSyYDRU+N2x9JuFcnj6iwd49mo/HSDBdW07p4tnnaX35M+E6si/XOLynO2GN7GE/nJcKpBiR&#10;gEOxxQBz3gIrj5Nfs1YPcndm8yW2z5ZrQoBINHyD92VmqSFN1wBEQFAVzpdZjTjrPrNII3hyAsun&#10;rXg5fnjtKl/VQlO1EyWyMEDH4EQRzpGf//DP6Nqrtynr9sKa6cMDlKX4vJ6QHNvtgV2c2i6bU9Iw&#10;rJvdcHY4P8H+ydeIhxectMohDQyypbz/8cAgzTXcwNIkrK8xs9zDuhpPB5WiLrU1ezomfmN/AmFb&#10;lGHeKViPZFOPM4ttENgiatYp6PwLX6GVr/4eddc3aZy2adbtItCM31u3GNMA1hwJZWEP5AT1Yvc+&#10;mfd/QsP33yS7Ez57McFamHEvzRYfZSLVRzgLXW+J/JnL1Ln6VfIb52jO66rdgyZ8zirBxKhtB1u8&#10;6Do0Vj1wvXrlO/E7Df82vH+Htm9+SB0AihY9vWdjXWbMKXsUGog4YKjyAxrk5ob5qLXRkkK9fE1k&#10;CZZ1v6rKQ0nVFfuSoizr+tm5mnikwWIgTDEDz0iARgUmO5EA48cA/ElImDC+BSz0MNBuY3jFj854&#10;OND06nmowUJtyIFUCtCRFxaiswKUwsqBhEkHBptoejFQi57KzKD0NqnAQjl+nBKjjJCifIONp/6M&#10;XNvwy1Xvn1mXrZaAmyQMZ7FklCTnJLJkShmaV6xBrXF8BBUVDCxYvssAHzPu2Psz1ATTRtKx154o&#10;stoBKqq3IvbncB7P4TM6x8CXn6ncCCjr4PsnIbC87ku9D07DSmLIaLp/FnGAsWcOggjHMmYOS1Y9&#10;smkURgXtS+mtisEKerCLSKAiOVHaIRuaof3RAgjvaPiv8aIvymJx2/NiJMkoMbC3UrwIE/ZryPPK&#10;UN4qU87G0sZIEkxlLEjRPFgAvSSmybHXCVIfJd0WN6XyTnPVFJWqVksBUZJNiG/cZCq0eoBEPDW0&#10;aQWWQmfPByPkQSJjij6MEtjQZDUmcqDbKLURSixYC7MSTQIXb87XRsSCP5U1S05/N6j0WugmmICF&#10;pthGIKus/PKk6bWa+pvIQwvUPVG5VMNkNt6nBa2FX5S9mv2w1sEKrw5/sUfKWZXbQnbfz/rmr3NP&#10;dlj7Y2XCUX5iNLFTADfXSBMG43EB1KtBdloALQ5j/x18j9Y0gdI6Xpzo8ardJlD5NHJP9ysVnh4P&#10;1jmVavpDwkWO+wz7k8jLQ4qkx+XsHv773VMBfrX8vwlMu098XZ4ErNv/c58es5EWJsoLEKj55B6R&#10;h38mc+i9RSvMCW+hQOm0W3R68zL9+jf+Ad2+vUO37jwAi4H9XrjRh1+pTStpYId9qrycGXM+sNWP&#10;qlBmjIdXTFoziCuZgVoUFBgdqa0BB3SwibSnHksO2Ls17N1cON7cmdI//46nVz4o6T/9zVX67ecc&#10;rfTmofCTxN2J61HPiGyEGVZybgq7SAKkog09RkAqo8wqWowwDrNaZmuERwIf1ShX07PYR99ZNuOv&#10;Ou1kH4NagAoTJySault7nhb4ExngcveLqtEQSW8qnm4yMatYegwyiqLAKshoVTqcLKaZK8PQKS1H&#10;fNZU4qN/Z6kTfi5HiIcD8Bjusx1Stzejv/NSh179aIl++kFoVEOD3ektU69jaDzjZntGj7a2aDSe&#10;yNmlpusA++alBAh4GZK5BtDKl7fVSkND38VQ0IXmxSVTSCeL+S78/Lh6NbaD4pkTosXzScA4yEd4&#10;XSUFWDYs+eCawetUH9KV0KRwE+B57YQGxTjx5uNpLktgxXOpToq2+vNJotYkYLIJ2MpwsysTJAKn&#10;4TU7Xf4eFt6xZ1KHOuFsZ0lNt5cBLLfpCuWhybN5qEPyNiSkWAuJDPxE7ppomJeTZymGvRlOX6Sq&#10;voj7aw38ab0WVRK+lsRH9npS+qoENCb69UojVZbN4Z9apHgJgWE/KAxAS/ldqRfrEYSicMPDpvsc&#10;bGEnwmBQnlUxdWD3unKK3w8GAOTGpgpDwXWOvkjZlATDM5Bec6PoGfzr7NEgYVChHa5xB80pF/wt&#10;ZqwglbNAUBAaFn7mwz4Vqnl8hkmorRgw5PcxTkfhvsuz722ptURBukUB3GcQp4DdnEh2XVrgHjOD&#10;lEMHUK/BXsUjNCbz3fC7WxIIRtIIs4cZq0+MH2GdF/MMYS6OgTz4WY0BlmZlCiDEZB3UgKmX2pCZ&#10;Mxy2AqmTBhHw9ZqHn5mw/2SL116bzNJJmm9cpoSllvNtCo9mYwBsGiSDekjdLIsWjjNe53F9xBPU&#10;NAbYrhE830goawYC2lgqlfu8mn0NKFbhHBIOrR6B8v3bnYR2l9t0Y2OD7oV7Pw7Xaef2q9i71vpr&#10;lPWY7cneoVNKwj4xnpUYjjBjbTZk4/URTcbhno/nANXX15fo7JXn6PSZz4bnKadrd9+irbd/QdO9&#10;cDaVGZ2/cIU6Zzt0cfUCdcJ13Dx1LlxjCyUQAw0eTLgW7nMr6WGvkZowxd4vKcJCLODhABNBp8yy&#10;DM//3XsjDAC6/c/Ab2vmhrS99wY9fPg23bn9Q7p3+y7t3dyl0f0B9cOb3dhcoRe+8nlq9y5gP3nr&#10;2i364OZDeveDd+nmzS0AIMu9nFb74Z/9Ni0trdDZS2dpc/kS5eubZFdPU7fdBut9ON8hXBoOSZzu&#10;kRvdptHeg3Add+n0iZN09tRLtH7ibPg87dDgPqLpeJfGU7EtAGGCfVQTUyWrJDkDpm0wKfOMJabL&#10;AAZYIm0AfmcAfflr/DvT8D0cuMHDOPYCi1YrrvJvTMB4tRH5tUSHRIV9YqDvkw6hDw67lfii571R&#10;OSAzw/m8AuGinOBavfSlb9A7H/wbmk3FZ6/LybVho+FgAAb6+ewyU6mbhns7YS2Hc5R7SD4rw0Li&#10;tO+01wvHfA7glPu/xIkFFNtlMHOc95E5mxTzfmuVBhHeQ7vdp3bCnrUJfh8zohJn9ZqrTQn79ZUS&#10;sMkhZjy4mCO93oFJunn5JD3z0m+QX9mkSbfPOgXUK5Owh+dJAu9WHqa64S7ZhzfJ3n6P3J0PyN69&#10;Qa3xkA1URCkwUwlkqr6Vy+tUXuJgj0tkTl6l+copIvZSDdescGLvwoNi7vlZppxEolBlWxOtWEoM&#10;lhnI27t5HXLhnO2wpgU8X0Esolr9CJsx3dy8EpVgJVI6zRBI8Ezz72P/2zossmEz5RQUY+/C+awC&#10;pBIFqvl38X7Az0NMYC69DtUg9ZVarWgw/qpwQr7uhUiDxb+vFDuzUqTHeFaY4dbmIeiEepmlwWRM&#10;4/EeMAE+/1D9cdhKkihoJkzKsGB0oKK2TeqjzZ6F8IbE2ZvC4qDQOtYA/9EAVZXVIiHBiSKCB1AY&#10;dvLYnNl6iQDZAPgyrZWTpJJAM+loFtaXn4sa1CAQtZBBYpRK17o7sFChu+DrpRUzvPigNhEyWRlt&#10;qKzVAXeNm/A1Rgoxeyyy8mJewmKF8R4eGPL5OMfkz+K5QghceK3pBNNDkRF7V/k1ps3NxB8LaMgb&#10;KZz4xPhDGuPD0i4PZ/g1WFlJUoMQDemVXzjVnU6khSaJglebqqMkXPJHi3IS+SqpJxxP3vnG8QQ3&#10;Msqge0dBzBv9GLIj4FLq0VRbaZUapyyTH1LPARQaTqsI0Ls9Em+t7WHDALjjamahp5ZKbUXzLqi4&#10;ouB806wwMJAQw34y5VjZiSkKqcxMELMsZqUMTnbrSHLvajNsPvCdaMThfakgmFNdvoR0pGKt7kWS&#10;VDiddEb/QdDahUKKz+6jhFkQf5Ym5ZyWyPKdpB8WHrMSNIiiVO8oI1p6nqBLScnhJrNQz4rMjv+P&#10;Rkd1EtbUaTlV0MYh1Pia7dmcalSwdMU+PEBvj8zQxppTdx4c+j7+9yHJtr4h3z3ugPW1G6hMTrTR&#10;FZl0RP+V8Qcj/FKJXZKoA8jY2Eb4iz80fMObZgCCq963OYQlWwVaNIHPBpusPIZZ9TjJqPsExczj&#10;ihRbgeB1c3fgtZ/EU1BB16cByo4C/PyxoOjTgXWG/GPX0+MYiR/Hi+84JuRhYUu66z4G9qUD4HPN&#10;mK0TThdl6E++Tg63aqADcprYjBd6hZnJwl/q91t0/twl+v3f/4/pe9/7U3rnrWs0Hjo080Zp8KUX&#10;hnW7lSAts91qQQLFpzrkIsxwSsQrJZobN4NjXEO+j8LMWd3bZmAq8EEM+RwHHzjEZMDz67V3h/Tf&#10;XkvpfzqZ0kvPpPRPvp7SC6cL6nUm1EpDkVCE5ivngjsU29QVWbFV+ZpzDdCrhal5YuJZmcm6t7rP&#10;s3SMRI4oFhVWfHXUwN/aAVhISMNl8LBsMW1FO9u5SANpXoGHApW76D+h9yarQEHxoW1JGq4y8oSl&#10;l6hXaSm8Rxc9/fg9zHX/tAAuK8sVADgaNGL0PXhNWbfzitltUGpxozHFa5WQrdymFheKoY/46gtj&#10;unC6T//sDyx962ePaGdnjzqdFnVDI7M3Euag1YEaMxV4D2emX2yUJNh2jus8V8yyH659t53Qxok1&#10;+Drt7d2mdJTrvQ7XlpkN4ZLkHQUvuYZgqVwhCcAFX1dNvJ8yM4IZPkUJA3qe7HJRyrWAR2PuaDIX&#10;Kw54vYRicDYt1YLDS+qwkfXMhSn75RhleBllgiXwc+NnlIvHJb2fwtBjYChLBLzLU/GFY8YaeykB&#10;5E4yTd0zjXC1RWWF05rLNk6nhcaz8f21pb2vQ8Osr2RGRutGG89471S2W9RnuD7zIt+V32PBWpmr&#10;hNjr8JJLtzEKZgat0ORA3jQX9lzBYRpjsE0QoDEbAxCecnIyS8zG8/C1Avh1wTefWYI8zB0mKnkv&#10;qR2aP/aomwLYG0nTG/57jxkuzFhqpTCGT8M94Ma5xZ6IWRtADHu2pczsCOs3WWqHanEJDIEWv1cw&#10;Q4vwPkYYSDh+DsO9LPUa8u6DRGFQHlv4GhuCz9VrKLMizY7e08wg4aRM55PKp6iS8polrK80Z6A5&#10;XKtZC6xR9ndkhkHJjbrlpjnsMIypGw4UEh84Tg1m6S+GnPMEHnGMSk5CndN2EyRfUroarunl0OBN&#10;KR2+Sna0I0xF9lKF3Dha/yi9rmHRuWBJ3TwvbEUbUAbNIhswppM1jz7flDqYejIVPfyqHkVZpKRS&#10;L77mSdjWdjZ69G6rS3ezJdqb7dGjrRtQwzBbvLfaxn7sE7FFoNkA4RdgxTB4MpsCqN/bnaPp6/QS&#10;unLlM7RxOlyX9jK999E1+vCVP6Xxzhb1wppaXztFy5urtLS+RqfPXqF8+TR1ez08rx4WDwzxjQVc&#10;yVZkyM7PNv+ttWoiP5XnczbC3srA2ngyCGs5px1mi4efyzcuUMczK3mPBuN36M33/4Tu3/uIRne2&#10;aPvWgCbDGZ1eX6WXv/YNOnvyJdhVbO0M6RfX3qA3336T3v/gHkKKWqlD6MZaP6G1lS6tb4b3f3qT&#10;1k6cp87m2fCONQU397Q738L+NpsOBfi8ex+DuLVeTpcufZ7W1i6Ez7oRLn94r+UDmg4meH4RumE8&#10;9is4wbJc0Atwl7f68N2DJ1xnhbJWF4A8n+FcZ7OM12YMliyLpJf9+EyOdZhbrwn2EhwR/bWliSaS&#10;KAB/yAj96WW8/lMcgNbrulxUYaH8EjIGn/MMeu1N9sLe0wIznXcTvmeTWZfW1r9A586/S++8fwPX&#10;omT/Pb4bzFDHGhIG2niyC0uFTqdDvX4fZwkCX9TGip/76WxCo7C3zlgqy9JR9cnnEKpunoe9LkcA&#10;kAy+akR9jrNxjnvM+xV72vIwBGD1XMgaZWlRgUwmHHI0hR3Xxpk1+v1/9Lt09cqvUb8X3lMylYFH&#10;eA9Z2FNM2DuL7Xs0vX+HOvfeovn1d8gO7oVaLAchiBnsGYdOhDN/njEYFmqhM+fInLtK5dmrRCcu&#10;hMcm9PCtNgBirhfLKpgx0ZDFOrkbdh/hWjPgDRAerGkfapEZPbx1i8qtu+F9Ddn0E+yxuZ8pmUb2&#10;myoQVQNBYthECisFpyCeFca3AlvADqL/nrLz0HlbccIDWKhSU9Q6Rjx8UcUrzlE6VwGEqHnY6zrU&#10;wgzAgmXvBBzk98hs0JLlo0aYeCX85Uow0034uVE4PyGJDXXL2voSDbe3ULMUe9sSTNpZkvOJyUtz&#10;sR5huasH61kYyMzCKzP12bQ8uBV/XgbtuLYpNJ+Tixq+1gxmOMVoSlPbhgDEZFVEqWFQKgkuVfmC&#10;o4a/F8xFzW4g8UFERcvYRnjvaSEJygwOAqD1Me4r3MrYu7uyIvKU0faFpG9wyujj5wFWaSQDPoNE&#10;5kK8wfm1+d+ZccvP0mRO7bAmi1CLGGaGz8VeyGnYLAct8X43zwRg57/jBO20yYDYv+FUTCNrDgB/&#10;Rll5SHjZ7/NX0RndgmcaHbqZmWP/O3JDvIJU0UCSdLOtw0IiXbU8ZCri1ETX6CRU35c3aopYqImi&#10;etV5pfDjtWeS/odGN1VgRIAaTBcahS5APravNcjG098ltGiYOiprraTae5yvIR/0nGZbapoKvKC8&#10;MgP18sMEEz5KBtRN1POFIOxpW0JFSDcFSYqxANkAjDoxX3bqYeSV6WJMjFX30tyaBttM+0LQkPFm&#10;UxXEScoemCWeN/QS/gy+HCDd0Ba9OrFY0X6eqsFAtVTvOquplV5Qdo/0n1SovgBf63S1xNY+d64h&#10;WY2QQ7yntBA8USWnLLDaDmPk2YafQQwkMfWiOxRAWgyrMcey46p32wSZFlLhFoM4qhz6JkvJmBrw&#10;0zcX2ZvS2NaJ0N48IQMxfl6z75HzixLLwwqRT8IGW0wKe3wpZI9kTD45pLY/xMPsYwAeBZDZJwD8&#10;4hr5pKEXIvF2x4ZSHCc33u8dWUloK8+Wp2cAHn6fn/6TucjCXgDvPj2m5+NYhUZXWtwvZmG/Zz+2&#10;Zy5+jugbnCL2bXrrzQ9CD1Zo4lvYV1lSZmWvzTMBpFp5CqbSFHtRAiP9LA+NErO/SFJQq6fXGvX8&#10;81UzEANFvZoZOwUnYhIos3tYDsuH/O1rY/rodk5//bqjL1/u0j/+Wpde/syEzi3lNJ7mNEtWAF5a&#10;/yHN5hthn++HpipU6TRCg8y+s/JaUnyKr1/0lp01/O4yLBOZ3mZiXq60FbBkULr42iQL3UKmybr8&#10;tbYm5VbGWhp8lajf3lgZ1hOGTvX7CpF8QvpXUtNYQAJE1OMGe1QO0NBTlPHGvbUE0GeqpzSpWYQq&#10;VxVvOyvyBl9WNgkFEms5ZGFO6ysj+qf/uE0vXTpL//O3HtCdUEhlczYET5CQN3fMQJhVTOzYiMh/&#10;W9xfD1/HFMEMvFB4wtzm1NHQvIzHjpaXLBgmWdpBUZmGxtIicTMRL8Nw7aehUfEocEWqzLUTm5gP&#10;9nZxPpYAm8Z6/0JNMRcZKq8VeP8Zq4tLYTWk4s7h08aJwRmDL+F9cfHMzUSeZ2gIOGUy1lXWSLAG&#10;h3BATZtKAANLTPO0Jfuu+lkJO8ipgqKBjKDdsNX6ioMBAfVqloFXxl4E4OLwtlIQ6NYKE/TEVzkM&#10;cdtIIo0SgFSm91yUELI2SJUNOjj07aoWrET1xZIU2SSNqzT00ojydZ2rBxRkNOzjx8EhDCyw7Gw4&#10;oMl4SPOpMBNGkzmaz2LM91ICP5jlwg0IKzFyjprlaTszrPJOaFhysqE55obBJkOa5S2atruUt5hV&#10;l+ugWVgafH0Ly01leILYu0gVJXnSgpfe3I0hsWXgKE2oehbhzmakhkqMV0ubEpJdbqJNkSJkw2uT&#10;IPfMV3Yj/HWLpEWLZp/D/1wqTeRsYmk2HSBlkdPCGXBleTv7BxrTAWDMII1NZvCENIUEB/F7FG/n&#10;aXgkugh7mK+shUeZje3vkdvaDY24mhc5W/swe6mdcdvZp6nOzFuoX6pswYbcd79yl0wjiVdK1IWv&#10;G1PZVS8EtZVUp0hHme88fPPw8jO096WX6b1X/pJu3rpGnXZBK0urANMLAKu5BNmYiaRjhyaNWVLD&#10;0RDgFNfSo+Ecid4XLqzTuSu/Rba7TjdvvkOv/NUf0J37Q9pYbdHV06u0snyWTl08TRub52lp+SJ1&#10;lk+F+tqBictBPNxwcvOX52uUhnUG83p4Yxfq/V0A9AVrdT4F05Kldg92ZrQTfq63cib8zhNh153Q&#10;bjGi3fHP6P3rb9De3V/S1o0duvPRLpWjgp47t0Zf/NLX6fTmC5DaPtqz9PDme/Rvv/vv6NadvfBM&#10;zCBRXu4bWus7Oru5Sr21LPzZpNXNz1LvxOnw/jcx4EJfZThVd0TF6C5N9x6EfXJGe1v36OzqSbpw&#10;Lnz/8gVaWTkZ7skwXMO7tLd7NzyfMyReE/wj27pnGQy/GTRP7Arkpyl77XW74m1m1TrH5NgTKesh&#10;cMdmHXj5MUgte1RagSORwOGpWddL7W/3L8BGIf00+o4nGXh+0t9TtTPRG52JM+xJFq4dwp3COtna&#10;m9NHd+/SrQe36O333qU7e9thryjgO1rCy8kBcCAnTDw+w5b6/bCO2giV4uCHYaiHJuGsGvH6YuY0&#10;M6HBVvcAifKwv2XtHgYaAFrh4ysqARBeCkkDLiGNzgREQ6JqBlu32Le58J6n8HFM8RqT+S6GNexf&#10;+uUvnafPXP06rYXnkJPOufZoMbFlEPaq8JnMzk2avPszyu98SPPRjlSJ6rdp+PwG8STsaSzVDX/c&#10;pefJXn2JZivnQr/dpU4rE5AJg2FhysKTP9YHfCZ76ctcZOGxPy9qyik+C3vPbd28TrPtbXhostSe&#10;AVJmcQGsdqbCNRLthUuV3cZQS3wLA1Vh702rc62orLJi+nrVs2qwUSSIcC0EZR/ASB+jmhV/qAEq&#10;UqshXkTAKxKxWPHM4g5nnwcmUQCkYtYc0nohQXYV6YRl3Hxm8mCTA/AMD8PcgKaDcA/TPalH+HxT&#10;ppyQoEqcXbEfT1sSdOLVtsOppZv4+JrKfg0VCEtvmYFfzuVci3kTTqXTpUMKrlIBgAFBXaCkLAHq&#10;eKDjKs9f/tycxs0J0V4tQyD5jVLnCO9CKSZWPgBbra36s0ItybDCUN+kOrgsq/MKLPvw0IilcAH5&#10;rkMKuhCC+CxkyTrjPMLALKCSYR9J25J6rsNAaSGKTQb1YSvrYvKUXrjoFSZpK8eZxmu6lWvAgFUE&#10;lm9Q7c0CCNjs8CPLyUVtONUeLs00PtmkSgVy1LOlymKtJ8VVR1WN+BpApmtUAC4Wo6ZKhZPkWW0Y&#10;dGEbvTbcLEDWQEavS1nRjhcaWC8yVhTAJhefHf5ZbTqZOpzEcBH+NzaJnvPEI4J6kkxntGjmX8NJ&#10;PYXvKLrsxIsPKbVlNZLkAowXRZTDIDlNDTuBbKelzNV1wovFDFS+qK5ViVjvuaRXGtkItFqsBK8w&#10;rSW5FphohAWYsIwjFG7iZmAbzZ4wxVJfewPylUi4oEbhWYCGajTlh8FMSYQTUK+MaYPNisssCMrr&#10;h2Oh04+JkGmDEega0HG9Rj35fYEdGopi7BOBI8aUVYNVSUVMFNUJRdiCXUGYnloFCO3Cem4GadRI&#10;pxGjxQbotwh1LrKbYkJlLFr9AsLn/MGk6uiFFI3sF9hXx3h/PM4X7+BgwB/5feYQ6e1RPDHfBNiO&#10;+F9izAEg7uNx7Q6KcfcDfs1Bxseeyprjxc/HXXfzGJZeLFKf/NPX72WBnbp/+PIYhmdSsWF9BfRF&#10;0No0iuVPRcJ7LGC8zx5CXzvVxpYTNC8+8yz9uv/36NHWNk1n90GF54EgAxwiZ8vFAyvs0S1OKnRl&#10;Y4AgQ48XX3yRXnvttcoCAOleRsIz2GDXR4sCfS+JStSix588I6Uwv5nJVArVJGfJ205Kf/2zGb3y&#10;+pCuXOnSl8+m9PVnM/r85XFoVCbUztdhmt9Kwpnhl6hg5hz7ovCZU8Z9LodfHtmBXoeW2is4BH6A&#10;jcNME0xoc03nnaABK9W4W6SNIg/lBFQwqrC3OfVx9brnl9Wgp1TZrsVkNAcTUBisFoAVNVjXsnma&#10;quCRo7+lTdYMhUyVvE4iQWXmEAodLqztVNdtDAeZq1x8Xu34Xr21cuytUzHa5oFVf0b/wd9t08yc&#10;oP/hX96hpJ3j7BPZq0NCayzYjMaiY3/nhkQOOeZNwqIWn8wZSGpa7QzAHRfkWShS00xAtLSV4N+Z&#10;6cONbqFshzlLm0IxTCrZLQoPYKaYDWi4+4jmkx2ABdPQFGPQSAzYrYTf5eDBx01U2vKQpvG6TZMW&#10;tTptkduGxp8bK/46CnXIa3UizmsgkdAIrlskyVUlwEhcNQD+rE7hzL6BUx3E5hvnqgzhkupsqs9s&#10;5xppzVrHl42z3fjatqI8ZGCF84rqYKPqHPVOgfPIYtD91SbyPjTRMI2gZOZkT4fsWaVKRq49h1i0&#10;MaAspAEtReEBP8RQJ7WWOMhjSiWn6E5CAzPbCQ1AaHD3QqM7DH8XmlxmSrE5pAtn+HQ2JjOTZOZp&#10;aIRb7VZYexxp0QXjj8GYKZKImZVUhnvoMGTIGOhk3zX2hbSmulcJAkzakM1mRQdMLZapS3hMKoPn&#10;1OillyRgvhRZEkGMAp8HUjNvhdBmRMZnTRwcE9YH72XeRvPwpfCIzlCTclHLHkEG4OgU0mauuQAo&#10;w9pFpN6FmVKOpsRCikoaKMRCcfZKKnrLlM9O0qx3grLee5TOSmlk1avJRo/5ZrXvG+Cdp32KDqqG&#10;o7rNUrRWjgeG2X8E2X3HMS2o3yqGjlVAtEzEeH7+7Bp1/v3fpV3Tod3BXVrdaFFm18Lz1gbbqcUh&#10;EHYMawD4WJPcz+nc0GQU6v7wAt2lnD77+edp/dRVai9doR//5Ft068aHNJ8WtNzJ6UvPtWhjfZVO&#10;nfwMrW1cpNXNE9TqrpFprVMRnvFythve3RjNMifJuzxa9AhTk8EZZgWXykxLkOzIHmtTGjGbxWY0&#10;D9d+Ne+H+5GE9XyNHmx9SPcGv6SbH7xGD25s0+59ToN2dG55jS5fPRXOopfhSbkb1uvbr/yCXnvz&#10;bbp+8zbtbO9hoZzot+jUOjPpOnT61BJtnn2W7NImdfr9sLY7lHeWwbtmYGNW7oZ7PKbZ8CFNd2+w&#10;SSUtZV26ePVFOn/mi9RqLaPOHo/eRWiNLydgVLfxHLREpWNlr2Ijf2bN8n6XpEvhtRhQ6mAYw6xk&#10;Z0Tql+BrOeS6DJCiv0FPosMLDW5cXCj+sN3oqQbVR9UuTzIwP/g9huLoAsEMIKWUKid0kiivFI0i&#10;JnbqQ8J78KwUEKMMe9XW9oCu339EP371r+nN135J7713DQGVZViDHLqRZ8tC8ufzAQDcVMOYEqTH&#10;k2GvWE+D4TYNprsAelLcFAIbFeeNFcuKVL0iY88xZT/J2Nc7CWaC3VXSk7BHXsnoA0sM1sYTsWdg&#10;YI7/22pmK7+vtJPR5lqPvvSFl+nkytWwR4XrwQyu8R750YDMo2uU3HqdpnevU2d3D0oL+OmjZ+bf&#10;IfYgthd2p84KJRdfIHv6KrmNC5Syn2QmXsZhh0Zrxv75sa5LG/VwKuYxAhUz1qDyzYyJQGEvb4Vz&#10;5sH1d8ntbiMEFBRxqygB28V4AaRYagsJLBcXXn2YvdiKJJB6+srbUHYnpyERDVIFAH8l8xijSbWm&#10;sjXw3ldeBhFTcWWUp9vKHoZBxCKScxJXARZMIuJrDFyDy1ge7JRlTXLhSpAtSaA+KGgyK6idiiSZ&#10;nzu2KhkOdilne680nGk9r2eQPB9ci6UaCiL+2wY1JfvYASwDplDKOcSWbIhFn4ufno8yZAdZrVPa&#10;d1mUda3BctxSTL1cqX11YmvQUC1I4ulTlKJuLJXhDaYkgl+FSWkrhqXTpGRRgjoN6zBqm1B56jMY&#10;GatbayDdtRrwwcO8BCzEOcgEXP8xSMysRA50LRF6w16S8tzzHugTqdVm46lYliDMw/I11DTVynfC&#10;HcpOagJ2C/+uC6w6EA9JKI3skkpqeQhDxUYTyeP2T39Ak/hYORw2Pm+q1xWEXSWOPFXjSS2K07JK&#10;pjUmmhlbTB8YrWeGW4zNZhAGCTNOxoPwDGDvACqrmGyelMDsds7JUCNIevjBmUGGMxOPDI61R/qa&#10;Q+BGGceF8PXTxQ50V/1qlGZrwA7IEBPONx26cZxPc2wCVoE5pjRnmbAVnfrfMMCWwAOQIANCuwLz&#10;2iwUpEUoukqhx86cKKO8BG2UKo+R5k2KfjR/ukHxwUk8GWMfhblIkYU1mWLjj2bH3BzlOhEBjZ43&#10;DlpMpeUCMPoARDNO3wx2eQwYVYNM+4/efalUh7C0TLOarFibi+El5hDfKFKzVFNtmiWS8UzlYWkx&#10;medwZGlQIRBDUREZiHz/k31+Y03W7X7J5uLUTtMWTe3cZRvVRBPqsfsk+5/W9PAwyelRks/9ENeT&#10;MM6OCnI4UpL7MYC+496He8Lr0twjHw9WPb3DYTPl/MkdFT/N7zseLvSNxv1Tk6PsW1f+2ETt49dP&#10;U27L9jJXr3yR/tHvzegvvv+n9PZbt8JpngHww46OYc0cDAzUYySFlmEPkTQBgDkYjST1dabp4gyO&#10;lIXKJdThTg2WKyayqe0HAKrwpI6cDoVScO94/3AzPpdmNBp6ev1VR2+9Pqb/8zueVk7kdHYtpc9e&#10;8vTyVUdXTyR0asnQiV74aZcqe5qn3SmK65S967wku/EwJoGsIRcwjQumUMknVoX9TuRl2JfQ8Zco&#10;LF0VqCChBuxrW/pUU4CVucOyQv2MCTxWDIA6XAsFebz68QGysTM0KdgP1dvV0Gr471H42akUwdQG&#10;m1Bm5DOKYSFI+2UQk6gC/fTQ0umqHKcuGibr7BA+OVam4mk6RxBAEj7jP/l7rdCEn6H/9Y9u0mge&#10;2kiWF6XCmpeUQHniwMCPfETHnmdGGptSaD+j0Zjeeu9DOneuR1eeuUhZa4la7XAf2kvhhUMTyqwA&#10;HgTOhYU/m+6BHTqfDWhajtG4cOIbe/dMR0NMw/f27iNtlw9yDkfge7rcy6jT8QIc9TvU7q5qI90J&#10;5z6nUqbhv0VmJL7EAvSxZAbNAxpftzgEsvXZa7VpdBL5LJ/Zy3ntGrYP+wOkfIMwXsb1fciGUDaY&#10;+kn0NIp1oA63/HEJbpW3c1Kf15jzKYspKoHjyEkVEoZqAFLWLYnPlK6wxPuqgsi8+CIRBqFl5fns&#10;tG6DPQoX4WC7TGg6HkFeWxa74ZkdUxnu64iTTEfM6gr/nJZIOWXm8JTjZ/nJyjml28DoHkAE+y1Z&#10;aayMsj8LDEgJSgqwD/h9h/vLTx8HLmS+rUELYl/jrPowoQFIGnYk3Hg68XZGsrFTn0Bf32uwfRKV&#10;f9LCwB1gNcu4ebDLbNZWQfNJK9S5e2hCZtMx7h+DfMzwYxkl7oBRg/Z5qgnihibh+3upmP1PGGha&#10;2qCM/Qy3BhW4Z5KGRx4tymsX5LeNGaCNyeI6fI1KEV/uk/PSPg9AUyftKklX/LWZbWNrdinhPoSd&#10;aD2l+W/+R7TXW6cff/f/oOWlDgD20meoc1O2Dpg9pBnWOcvYylBjS2I1M8jOn71EKytnqbW6Rnvj&#10;Af31D34U9oE/BlMmCy90+dx5evb552ll4zz1VzaovbQEJhqnw0KKzsE5ZgdAPDfAaS6p2vxq83IS&#10;3vMMoQsc9sGDCQb6R2HPmXK6ruvQ7mwZkth+dzm814f06OFPaGd0g27ffpX2bt2i+zfD3rMzCY15&#10;Ri+evkwvXPkKtZZPAYR879pb9Po7b9I7H9ykna1d1MHLfUvPnO3QSj8N16JLZ85eod7GJWpvrFDS&#10;XQObWMCdcWj4B1SO7oVnZZtmg3uhRypoba1Plzafp5Or52h1/TzOgOl0QIPd22FtD8HqixYKHK7B&#10;69uB1bcEFmPeFq91ZvPZvAtGKiVGE0SZZcpS57AuU5bxLsPvS9y0lEHV6C+NNZV88lf1P/8xa6Bm&#10;LWN9VC14JGpzDyre7cLegncqFrKcT/xYFNHeKFyTUdivrof7+K3v/CH94Oc/pfv3p+QnDix1FvUi&#10;5CmckRPDsGoHw4EskZACC0BU/FH5Gk+muzSeDGERsLS8pIOCvLI44QOX2dZTgDQz3aOFjZ4qGEtV&#10;cBep/12BAQuHjDExhgN+jCrwwu6DwVQaek9+Tm04V1e7Ob384mfoc899hTr5kNxOuBj3PqLs3gfk&#10;H30I2W4yG1OH8SBH6tFcEnRlDLR0+pRduELuwvNUbF4Ja/ckFeEMLdG/ZUJyIVEnlF4sLhbIT9WQ&#10;XLCUJNYLANiIxrNJqB2ndPf2DaK9LWAOVtlh2G/nwpjkHtpFvz8GR0NNxum16LsTOSOdJhPz72Zf&#10;XSToan+H4Ilw3ZjF76uet+6jISdORV1BGmARpcGVeziUd5IEG0/4jH/vdBaux0xAvjjAn0wAHoM4&#10;xs8OfxYGpjgNlnnnhQRNMJZg2KtxPMbza1vh3s2z8JwX9HB7h050upSWU8rTjnohywRmWso5Dc9H&#10;fmpLYSQqXCIhoLy4w7UtlTC1iAs4Ycn5WtIMQlEpTMC0064ISri+hSgr8WraSMvXSxkQqkQ6UZUi&#10;X+uYcYGADIqqAmUeQrYuC6MEWJqq/YgOZqyAwyJ/ngtoC9l0ieeW2ZIM/ArQNw978FSeZ/53J+Bj&#10;ynVfKvW+k3AAUb/Cl5CVAjGq2deT0mZoxGEbjq1mbFYPy6MmH4sgzrENOpmDTZ2a83plWsHMW9/v&#10;k8jAan+8BuqhaTKiVXfKHCga32/FtymRlD9MLqyt2AsOTDUp/Nk0VIanTJO0VdMBrTuaA6FaTqeT&#10;UIBLmo2rJttUedp5bf6Mpqewrx0j1HwwkW4szHrDhNWLBwoeFD6sSkkFtJp8p7wcuZYaKiKAi3DN&#10;gMz7UsGlQok/IoXBtIdla0miB53o9hkMFOqwbEAlp1BBImK1IWYK7ygsuHF4C31cbwYg2QcD16ws&#10;da2Ukjyj3ouWJUjk1XzcSarefs9G/feyathsg3lkahe7GJLim6pxfzgQ6I830m36/AlVuGnUvMgl&#10;AsMTb9w3nhvJOXZNJqGvzWUqQEmZqM3XWwAlGpWpqYzz7cHPVV0Lf0AVfFhoxdPFRzwl0+oYSayn&#10;v5n/7QeG3Cd4/+5jAEmflv/KUcDjpxmi8Wn+z5on+9pTXYN9kvLDUrQP+77mtVos2BV41/2ap57s&#10;uXT1ua/D22dv91/QrRs7ODT3hkNIseAYl2WhaSJMB8tQHHY6eShumaExo2vXb8gwxCbKeKqHTl59&#10;UGMcUGTzGQUaSm8q5l/qfPXUdyyDBx0U3MwSkpSxaWgWHc6cwf2C3r1v6BdvlPSv0h51l6b0masJ&#10;/d2X1ui5kyVdWinpwnL4PbAQG4P952gp/O6d8D53Q7GUaDEqjBsUZ1zamAE8wLh4YiN/51QuYVUz&#10;52VqaROW2bQr8qgrUsh0ZD+UfyKwgQRMFCNzV01KxH+NC9NUzwan/nt89nTVf4aqwUn9T/4sszp8&#10;yNt9LOYm4C4sS7/PVcE2G36kmImcqcgK+s9/m2i9fZ7+u39xG3KVrCMgaCKRr6GgnavXYWStszwl&#10;E1kGfwT2spnO6cGD+7S0MqVuP6d2fyX8nm6oAVbC+dsDwMJsilk4Szk9d7y3R5O9R+SmW6Fm3gbT&#10;j4EhFJylhQyJGfSpaVGr3aW11S61O0u0spxRb2U1/F7+3WuU5OITKEWwhEOkqYLTCt7AcJpsBVSS&#10;iXzliMrJ2SXJdyJnE4C61jhKTeGUB68ucX5xCCW1lPoHV3dw/x4rjZCaGChLyx1k6h+Qo9UBV4my&#10;GMxCk1XXDrXfbUwubHq2qmWKqllUcFTVTyZ67iCIJce/Z6kyYxIxL2fwmfE/lviCCZwX4vfjptSb&#10;bYfGboi0ySGz/SYFjUYPaRTuNddHCRhFDjYoYBMj0MLC0gXeQKl4XRYkqSZ4Vr0E9hgE92RI42Vf&#10;TutkYG6jxYACkUI/8Wj6wBjR21igkZxroyEyfgwk0N6ItFS8PyOzxop0Vnvb0mWQTDJYLIyFsUro&#10;hXHBKhFmR3OdiARg05FAkGQGWRZs7Jm1yuvSs59ai1xY2ybXQQV3eokqJNRsTNh5ZnH4auuBScxK&#10;cE1HlGgbQ76e9+4/o2Lqrj04QcNupjaiaPq4b+AUY37dC+do1tugV374f9HeYDs03Cs0C/cmYyCW&#10;wXqzC3kZN5TcvA+HbAlhaHW1RRee/RJ1l79It+78LPz8t+nWRwNaXUloIzzbl55/lk6dPU29pQu0&#10;dvE5ylocMtQG0OAQsCdNHMIxw34CI/xEAJDpjBPDU3GSc4n4sfLAPVzP3WEGUNFnK9TdeIZOLbdo&#10;NnlEO7N36ebt79HDmz+nnZ1t+uDtHRrdG9Cpfkq//sVv0MaZv0MtM4If1oOdHfr5L35If/4XP6Th&#10;yCMFd3M5paXwHvu9kpY3e7S8cZ6WT10J+9+ZcE36lC21aRbewxgMPu1Qwv63t3WTit33aK23RJfP&#10;v0iXnv0ctVpnw/XeCWfrLfLTMXqtpBzD49CATRl6CyiAWJbbATs/yZfCny7WG7wiNZ2SmOXCTPeU&#10;02RXw3thFq2kyXPquNz0TJjUxlULKPpmE87AT7cWPYrfd5wdyVG+9FV/wmz7RGyzSGWKgkjMVCYd&#10;zilN58SwI/zQcMwDxCHdf/CQvvvH36bv/slfYrBI4b6kLQlJ4XMcgBiYaeFM4vVUJACfQChBI+Hg&#10;AcqBGz32H+XgDiMUd7ZLgVKNgQ7u3wpJMXfct8KaIxNP2DgK4pR0tk4g8VebzCawJSg4IAQ1Rni2&#10;WhbPQYvZ8extykm/PPzKXKjfLF08sUafu/o56pfh7+4+oOFH16m48X3qb92Vpxnp5AkVPPDgWioL&#10;n9WHz8ZrY/00tZ7/ErlLXyZaOwGW64yBdSsha1wrcsc6ZS9kBfAxdGmQn2xDbyiYhawhDkriUBNm&#10;Qj9885fUbgnjn4MoQAYikVFzSjF7wybqtSu+tjpotYkqIUn9/QkgHwM/EUPRElJ7biO+oFZSXiF9&#10;RuJuqcvb1NJ0X/fhCK3Q3yF+t762wSlFWgu/YYrhUKXUrk6qAX7pCZh1Bdjv0Wcd7HgNCyuZdZa3&#10;wl5k4F3LTMDZdIZ6ulsFewpWgk+mtjj8WTk4VQaJBgAcAjdgD8H7yryaAnnFepj9Z1WhiXrDCWtO&#10;EqhLDNTYtkOeI7Hs8U31gRViGD5DUWiQa4lkaljVIUxE6ot4DWM4FHxdNeGXNJMh2p7wdU0TGdBZ&#10;VRk69QMtNTFYkoTVwzqsNQ724OeA30fJn42HRwz0gWjfxlnD95xZkhzyxa9daM5CSsY1ABZTSR6r&#10;xbsPXDAL6LWjGn7dV8wBUCsrtqD3vvbcI3OAvUSejtnUalagNA5UpZrGCDyRX0bpRoPCikWpstpK&#10;Amz1gSl0kpDic4AuazXJ0CeQa+B3+ngzDYpLo4uIfxSTXpa+MhMwFtqJhxzVaOoOH7q8ifEcFr51&#10;zG5L2jButpoqx1IhBggzpqaDRSjNIy+qFGbKqaQUukIeUBQ9rhEuYWXDV3NOPvT5j/VtSEBarVbY&#10;DHu0y2aYTCXmzpUImwv3AE6bgDkitTnxMa2CENjvSeKqE+2nOPGIm8+uFqulbC7hcJ5mJRB2ZsOw&#10;dKsypozFuRdolcE+lrixr6CvgCz1y2NE29a+gf6IRj/eh9KVh1LrjdLVrZrkHxZiYGj/hNeIXFY3&#10;QKf+gwvgW3SF5vWAYYur5OneV85TApDCLDvHPUkiMKf03gq4dPXzJoAw1Qm+Cwbmi4nEXsNjovff&#10;QlAOmSeWE3wcIOxpPfr8Ub/vscXQwcLnSeTE3phfGbhoniDg46ivPe6zPqlE+sn9Ad2v/PPvB/Ue&#10;lyD3NGBlbSztD2VPVkDfPonxoSzThudgGS0PkNBF1OqkdOmZ5+jv/9Y36f/+o39DW49GEg7AxSFL&#10;eVmOa4XVBpKek0OZ5RNsh56UEkYQhxrzoqyoIkjCggxPGW2GlOpv0birwUMoQI00HmF/nePvplKg&#10;Yy5QIAlY2HIEryXnFOxwQ9rd9vTKL4jeemc7nBeOlrs5nT+V06VThk6uWXru5JzOLhe03qfQnOWw&#10;XGDAk/2acg6OYC87TlgPhWzqO5gGMjsEwRlsLm9mlPu1UDgMASY4JD2O4QtmwJBU6oyBO5XsdU4Y&#10;eNhHrQKATXYCqiEGBJTBB6DHaZjVTO8Zn3cTYd1Xk2f9aU/77u9+hbxXzxi7MHiMnoRW93Kbhdca&#10;c7BG+M/ehH736z168+YG/e/fvUtJYdFU5mG9DJ2wEXi6GqFI/ifLLhIjkiYeliHpLvyzH5qmdOkU&#10;dVdPAdiZFurLybLO6Q4NByMaDXZo8OgDGm/fodloROPBFOmGWWiiGdjjxNZ2u0erGz3q9LPwtRXq&#10;La2H9Rr+u9MPX9sUO5F0CQNKaXZzGQSS+PZWlhTRW1jHPdY0OXj7L14suE19lhjxyov1myM6kGbv&#10;qjtb08Fqi4pFL03vIztv0Y/XPVb8Vss0S1fLuysLhyg1jnYY8SzQtGP5ogDzRiVBsS6tR6WxDl6s&#10;K2K5lZjo35ah6M9I6uRWu4TCogy1T9v1YFqehvXS7s3R+PTGqzSdrNOczeTZu6UUlYjBPZRaQuRu&#10;wiThZgANjTbQBpYu+k6NJlZr+rHI4DzsYXISSxRfKTdEdRDlWxkPD5hdWswr65JCBxMpAKVExt5G&#10;YFAJL5K63mpoi5jAh32I/dJM2BvsEJK8ObMgZwZS0Rzvn5moFmFHSEhkVQtSNROAYNaMZfARamL2&#10;8fMZg6Ryb6KstvYX9pUvasUzqFxMzALLtBlSVjF7zQExx4KHX9xHfBUG5MXzE35w4bWnlmmYNAn3&#10;fPLcb9D1h9cgl2qx+oUjKiah7oZHnoWfNv+fE50Z97z47Bk6f+Fr4TOeppu336Xvf/+f062P7oDh&#10;cfn8Cp07e4ouXn6BTp29SEtrF0Oz1sOQAKwMMIAkDRYybSvDeT8bCyM6y2gS/p196NBw8nnEUsvw&#10;71ujOQ3me7S88XnK26eoHfaOYbFFD3c/pAf3f0Sj3Q/oo/fu0aO7uzTantCZ5Q268mufo9NnPx/u&#10;3SoV4x36cGuLfvrqD+jWjTu09XAXTKyza566fUv9fpdOLp2h/mafNs5eJttboc7quvQOWYrhUeIm&#10;YYENaRB+12h0PzwTnlZaRBe+8Bu0sf7ZsJctwbNwuPt++P690FINyITPMAFsmQDY5n+yBUIH+xwP&#10;M9rw3mVWn81aYm8kCKj4+CGcY0X7spb0pDF00MXbLao2W1cQtTbcfHoV5FGDW3/A1sQfWJ/G2COH&#10;HtEySsIUDBjKXu2aeDA5Lxz6ySmzvMLzxuoD9op85/pH9Po7b9C1135C19+5EdbMONylsKYy6T35&#10;2WNgaGV9mTbXV2h9bY0ePtihh1uj0C6nAFa5LpnwIJKZljy4YCUb1zFFImxSlSiKVUiCn2O7CQbp&#10;cn1WJeyn0LVdYO8UhrGDAoxTdnu5oW5msC9yH8xeuGxxYPkP12Ncv4Rn7kxviV48sUGb8xm13v0B&#10;7T66Remj69QOZy0/MxmDbajWwv7HS4QHC6Huo/Vz1Hr2i2TOPE9m41RYv8KKN+iDSypjwBhAIyc2&#10;IFGlwfWDAkulAjZID2awX1nysCgL63W2F876a+9Qr5NigEsYilBloYAUXSUQ8SbNwA2YeX6RkGK1&#10;bsVgsVAFSaGBGqXKp6NajK8t79xQMQrLK4bLVFOR2J979Z1WYJF/B+MBVIj9QMEhVHwmQPJayiHI&#10;gN6ch1jDmjAWrh2sxxjT4OH4vBBPQIlaxvxpuDekVp8l4L1Q3/D1CvvChBUMA+quTcFWLiBfFr9h&#10;/pxy/ETGoq2vOT5YEe5VuNYM3XBoGQNpnAPgJGgPQFuzNqmwIg0ZZXJSKrZbLENOjHgsYo9lmbRX&#10;5YkCcIkOo8vo+R8VO1EVEIH3zFYY2bQoVLknIR64JwpoOvV59EirllAOhwAnj95jNp1i4Mv3A8nU&#10;c9nbWRbOSdo+5zC18AxyaAyHEXE9juGexUAafofR/Jao6VMWgwucmvaaCmSISTDNr+2fUOz3FWgC&#10;EfGUPhgKsr+JqzdBmdA1c++dMpyarHx/wNOrei++ZovFSSam3Eqv9VrUOZfE4bYYevvaqNEpgivy&#10;lxjiIMa3nIhWlt0KmARdlE27DWGSZ5Kov57C8BusCSOT8xjLzU0bNrGw4CaT8D3FBHRMbnXy3GDy&#10;yQdWkYhvTFOmnPj4O6TRFKmOx9SVW9nUsnfPOhZ7Fjbh+WiqRU6CP5z6NiVheRj1WYhmljFQQ+Tk&#10;Xs9CSS92MFcPmz6i09t8FKvPn7L3DC0AunG9iCwogWcgTwWc+lxV3m5RqlsV641mwvvDFYLeHyjM&#10;j56G+aNIfQeU4tY0zFz2g426tGQKHsNjSpWNR3afvDdEY7PHUzlD4b6YLtz8nW6fXOkgwJkojRtT&#10;ntKrfC4+Z/Uz4+nJABj3MQoV8xRedfZjyIEPbfOizHuf/Pewz2Lob9//ni7Ao8G4+f/R/4wxf2O/&#10;fzGx/UmA04MgYCl6XYAkvW6PvvClr6Fp+/Yf/zHdveNpEIoS+E7Bqy5Dc8sYEqdn8m8ZTcM+P7Uw&#10;ic5TZn0k+J0MAEF+oscWe6iaUplv8EBLBNCPdg38NTCGUrDGo0eJ2ERIgQJgQwsLXwhoSOqjwmDB&#10;nGUHMwEMdx9O6OZHlv7KSUpc3s4oy0Oj1HK0tprTWteEBiuhldVQ0C8TnWjN6fQK+761qds2tBr+&#10;vpd2qJ156nfb1A57Ti+fUDftY+OblXvh7zO1mbCQGgu7QIc7ACtn4s9nnAKjrjGSKZS9N13gMMt9&#10;GRzkbqo0yRi/b0c5bECobPWyqfisaxXnjKbUimwRwAMm7cwUmFFvaUz/5e+36dbuOn3np9uU9+c0&#10;xnjei98tpvCkAz+jxZ8OwqyCuXwtwj3OeicgG+MkQC7SWOq0u3eP9h68TcPQQA/u3aPd7dBsFSOE&#10;JRjTg59fr9+mlc01Wl7dBKjXW+6D4WOSPrXanXCed2GdwZN9eHVleYMBrgbWCDqxjesaH4CkcUrG&#10;QAZTG5w1BqaJORigVu5rPuLz5KgZWOUP7MOHJWjHIZpGrjwm6fvgeWirQfW+c7MJ9MVnRtkLAnrV&#10;vY6DPqGuJGOKIjUAn/12GjEV2FffL3Y4kEZx6jQJ07PsdKUJg5zJUWe6iUErN3tcCzCrg/8bDW+s&#10;f9VTkdlc8Bozss7keTE495GobOSV+XPMhShMmZZvimSTJCtTlYjMt4rrB/AlWNoIY3mxZynVuzBK&#10;uXjwbDwt6FyNU4DWiiUO+30i2RdXMEFQyGw+lGbFTZCyadXz0ThhSM5m3OhOxC6AG3o2Fef0QJaj&#10;MliVGRigM7sFzfR+dQ7RPj+9WLv5auC6ICv31LApWgT0FsrFSM6u2Cz6qGg+EfdPw3Bri3BJH3z1&#10;ZWqdukzv/On/AvCC2UFuukejmQRfWF2D3V6Hrrz4NTp75gu0Ox7RD3/05/TLd/6QJvdHtLGS0Bef&#10;26Szz5yjS89+iXqrJ6i9fI6ScBNz2P4U8lRwj8I2O2zIjnVdILQIIDleO+w/3KTPw9XHWUO0N96h&#10;7UFYFe3lsF+cD39mVIbruz28TrPBDbp27S9o+9YN2rm9S8P7Y1oKTeIXLl6mzavP0NLqhfC9Pbp/&#10;/yb98o1v0dsf3qDtrfvkZyUttbt0cj2lkxs5LS+vhH3pBPXXT1Ondzq81DrZbnif7B+ZsEw7rPnh&#10;bnhvezQZ3At73x61TEGXN0/T2VPP0sraJci859MH4X7fpuEu+3/vhuZ2AoIFZJMka4z9RnNO0WVQ&#10;L1wLDttItcEV/1gP8MNkzC5jll8/fG8fDGcAyU7y3rE7+mZ9ZQ7dq+rh/t90/XUQ9Du+Tra6H1mw&#10;jNlnL+PnKFy5qaZ2c8BUMZnRjVsf0Vvvvk6vvv4junv9Dm0uJ/TshYv0tc/9J/T6az+m7/zlDzC0&#10;BFtz8wSd3DxF3e4yjoV7d+/Ro60HCJwC+J+1sNckyo5mgKUgYRuP+b7zMBGDUIOAIgZMZp7lu+G7&#10;wlnnlEnlnT5cerbnSHjPqQ05Yg5WHB9t3fA8oBoK9xP7tRWGHnsHmtBr98PvuWzGdGZ0g9rv36VR&#10;uQVPULT5mlBu0xn2IGqFs7i7SubiVfLPvET5+hnyG+dpkjgM2HhZ5Am6XO6elbxROSsvBASSJtWS&#10;Boh6lX6zbyTvIby3tsJfb19/lwaP7lLHFMLyY5sUTbrFXq9gIghSilkYBXHRg1pbKUBIba7Q+7OE&#10;lAMzFN+AJysDpno+FaBWFpA8Gz274ZMH1p7DfYhkrHhuFgDnpghbYSYfp88T9vOZKAO8xediqy5W&#10;H6CaYP/+uXjGMvOY7cbEEiIROXkq7LXJcAe1LytnxpMJtcPrTcJ7aHc7Yb+YYI9chhKyW014yrJY&#10;2O+jjBeMdR4lhNdF+FQhVhEZAqmsMB4TYbNap+xFTTOG55+rPYZbPGnjczgmD2vaMNjwOgyzugrA&#10;rGPLNldHuiON2JX7yEPhvwup4ZnVmNg6MDbOGWJ4q5T6pXxWTTn2hQzAGTvigjOBXFdCAyfjMbXb&#10;Lpw34ZkKN3q53ws1fqgdWy14ABt9La5H5FmDIkgmAREsiCAC39wp00s5rly9Fqoiej8oVwEhMc3W&#10;10moFYioTClt1g/I5bxf9GdpTO0XwUZlO1EMQfj4qaBCD3UVS6uSWQrTU0w/kRiUqd+fqTZYJCfi&#10;PTk0Zz7qo2PlwM0EF/wsxVHwR+cDKLYmkcoJr7cERr58gPODYIpwszhdRyUzMXVGEPtE0vcgy0kx&#10;GcD0MYmSFSkCseEDkJdEQiGaqJwXNOyaYeb13wEGZ3KQxoXMoCFTZGGOimWfigGkstEmYZNPgUwL&#10;xTjDQy8zf9NoroGUGw8DatLCEwAqU7ytre+zaTDBQIeNxZ5rMPM+nvPFfoBK1otreEhq7HVjxGtM&#10;7U9U8SA0MTjBZEHkcACNnVB8K5kyN/RFopu+TGSdJiFh+uqd1uSmkoBXcvYYa/64EAhbP7f7QnUr&#10;oP44VpV7wgnkxwXq4sH4SWWnZp/PoKU6EfOwT+KfgjF4nFzs+Gns0d8ffa8+LWbdrxpE+7jTaRPd&#10;MSuGhF8If/FPeP2OJia6XwlwW3nFIlghF+lkOYV1wotf/E0w3L71p9+mW75EUiqpLwh7BfHBPVNp&#10;CrmatR73Ijz3TvYIlhGVamVgfEyGV4AvSolNFLJo/IRZUJlWoVRZTD21IteolWcS5IT9vJRByhSJ&#10;bymmzFzwskyiHDoajIm2tgbErhLzJIX7XaqgAQrPsN9n3Gxycl4oTNudlFaWLG2wP+D5pdAcZPQ7&#10;z+3Rpfac9mbhF7cKpIZyjVJK3Hy4LjMFMUtp2qyraod63Tgd2pUHmpdFb6LoRdrc36IdgjniGVlk&#10;+GKsZmrfGqODKPl5ljlIWrErxtRqhTMqNDQnVkf03/z+Kv3onQGN56GNGrMkL8fElotcSXVkOR+p&#10;/6ysJYQ4cHHlW6GnsLhnPJWezsf0YOcRjfZCU/vwHbrzwZs02h4QTWYYDLZabCrfouW1E7SycZL6&#10;a8u0tLFB/d65UMQtI2gDoRlJPzRjwjY1yiKITH/nGwMiTVRgVleVwhxZIqauuZKq+LSN+spXQJL3&#10;MU3PVgH1cSeuQZjot7cAAVJVBleM7EUlZR2b5RvuE+YIwK8BtFGTLdgEJRXUo6RmFHp/xPDHV2e1&#10;VbDALgwJ/QLj0TcaPL8QeuUbazKGmJWV1JubUwRjtDuSnJyNKC97YBqU5Sg0Kn2AQ+VsAsYC6gK8&#10;9xT7EtdTpMNp+PrA5irRhEYP363Kx9hQFZqjGxGacTDkvDD6YF+AzyyD3oRBOwRnqASLGw4X1d1S&#10;faVJUkmxmOHHSwp+pToUhuVNJ6lqpZL94hBMJEMPVkrAk4vBRes0AbeUZMFErOytk+a68mXWZ/TQ&#10;2e1hRNSGh59prFNzWFIvVfN/TdaumYMu6oaFKqrdkVgXjJltyBLelT5lX/2HdP/eNbLzXRpPxTeJ&#10;f/d0ygmhJZ2/uEJnz79IK8ucVpvT977/r+lnP38jPPtjMBx/7fkz9PkXnqMT5z5HvRMrSKltdfrh&#10;miSwMwArpLSSkKlqJJZDswc3v0c2iRd7CosgBv4+H67x7mxMO+N52Oc71O5fCnvHavheDp+6E/a1&#10;1+mdj/6Shnc/pNHNId167xHW2+euXKAXnv1dyvqrWNP3t7fo7fdfoV+89grdvX2fOmFvWurOqL+S&#10;0VLf08rKKm2ceY56S6co622EfWqNirRPiR+A2VmEawKP02JC870dmu3epm4ergmDfGe/QCdPvYT9&#10;tpw/osHuTXxcYZfuUjHjtdIDI4ivfpu9tNKWBA61ekjdZSAry1MMOfBcsnKG/SPbbUry1XCtlrG2&#10;mRXEct0Y8BBDpOQWF/sAv0PHRv8f1m2LZ1kkB0SCQV0XGwA3eK6ZQRzOEISx2DwcLXOaDUf0YDqi&#10;119/i/7i3/0run3zfTp3ep1++++/TFevvEyrK+dpMp2E52+PXn3rNeosrdPa0hqtrK2FZ3NO48FD&#10;und3m3YfhfPrwR1IeH1Yh10O4WFxKxrQRJ97Pvv4srZC/SAg2TSsgQIJ0DPZW0gSWxPsLLJ38d7G&#10;/okIT2L/PSPMwQzBSnE4wTLuHH12C0ATO/cOw9k9pjTsm6fDfd0s9yjfFRZti1l/YGqFvprBPe6/&#10;eR/srVFy/lnKLn2Wxuefp+7KKUrazBhlwm6OvS9r5QCQvCqvIt8lWlJERnpFhIq9oko0IRsttV4L&#10;/7516zqV2/fC+xxheACpKZ/l7CtXOh36kjJyCzAy+awvlQATfXCVkyoqQk0Bppg4b8UugMFCZtLF&#10;2R3XcvAGnk6BY3iTqJQ2ctg1rEM9lZ1RRitsyGSAgEAOtdiaT2YA1TIOvhF/E4BQpfapkK3G0LlE&#10;RkBQe0zLUDNLSAefFwg6mc40kVYPHGQfFBJYOheAL2Nbl8zWXVRlgVZK9gITD51gKCAzJYJ1lC6m&#10;F5cgFPkqr4HgA1k2siL4TRfq1QcZr1q0xD4doRmzQpR6c/Hxw55iXGUhhrO5uhdUSa35XkmQqoCF&#10;Rmnk0UatVOwFl4Cv/1x8/j2AUxm+OZXuslcq9n0wFUO/UsiAn9nfPPxtt7tyH33MuzOS4AvmbcKe&#10;fY2EU+8PbHJRX3xM21Tl3DdDOCJ4E2OfYxKQJX9sM10DMnUiL5aONRX4EhurmgGoC80vbo5RBb3Q&#10;/FtqeL64BtKqQRNGIsCjuS9vYFwXYaFEUDMy1jiUAi9fVM6+mJZaZb/hd6XCZuNFnnrZvBhFTuQB&#10;Y9CO/aA4apsLPElUSXVWnMC7rxm6gMS81OHgR96WFUYBg4SImNbPJql64QA0Lcgq2AQ8LqhW1gGP&#10;Gb4xeIrl4GRmYPxvFye3Sdhm2UPGKHyE0aeYsvO9LXl6a8Xs1bkRfr+tJEJNCapZYM7hazC7mWNT&#10;lAa4CdCYyki7ObU3++S6R0q/0f/U/o6GzKEm/487issGeNFsIPkBKkDf1skaeqsMEhtuBtnDgg9R&#10;MERjem4iIK13jh6Hd1TJWaYuRPwRibq+YjYq6OCPJThWP+f+BoGi5jV0H0NevN9n8NMI3HhSYPNx&#10;TEV3KIBVN8eGPq6kVz07/hbQFI8E6Pb1x3GiFGW3RwF+h83RH7t+amrWAZnvk93fg3sGs6fn7FPD&#10;hSESzXw4NNv0whe+DlnBH/3Jd+jRg2EVtc3PM0vS2N6Gi2xXqPxBDYG9FoO8h7cZTGNvjVKmhZAI&#10;lOK5F309rDaVSp1WbxFTJZ0usnU1dEATwIT8bBG0JK16gt/PvX6LPbCYScwyl3kJfy1IKKZi2jxj&#10;KZ0RgQo3/CwPSNljtZD02blXUGXP0Z0H4f28O6AfvTKlVsvRH15cpf/6Hy7RS5enIJ9kucpREpFE&#10;Oqq9S+EvZgS0q8E8agjx9gHiMWTDRL6XUms8NWRVduH7TUO2WzX0LrIeNN1PwQ58NfF6n0RS2Mrn&#10;uL+DMQ9nDBoPVtmcXhvQ555ZoR+8sQ1vwTnfY6fnq49QlfipCbYvkC0Xs/NwnZfsjNLxLdqhHu3s&#10;PKC7d9+h3fs3aRCapsnuDOu4lbdpbXWTlldDw7+6QSsbZ6i/tkF5Z4n6oekCO4VZDnmGf+J+J+Kj&#10;F4Eh8depwS9TJb1bTXdvjERjki41/IwVAPQLz4erz2yi6jyvk60XmS9moW2mxu+RZ7DJEIyg0MJ5&#10;9lhGH+373jjOstXg9/AGWwdpvpEyr9P0+rqYSrESh4mSumqrczICg3FPi+zGaNdR26kQ7E6wD3I9&#10;5Uq1mxHLkW57RcLZuPEpue6by+S9nIZSaARZLZIq59JAMEgGpa4VKVyaJtXlgMWOqYcsHhZ9VkN4&#10;NPWbIzS1xI9m4mLcLzU1bG6ssC6Q2qmG+/BV8lKjGl97KibKjChdzZYT8I4RzdAAhhq0VXZpbsUS&#10;hr0MwXDgYXaaqyF+2H+srllWOvBgufBIdASzxcVQlagCqY+Hqn7cx7pawF1tY6toqCR9hUY3QMBI&#10;8TSL57kk9yqDlwfehqIOnvzpc9RdvUi//PG/pqmTxnEyDde7bWllc4nOn32RznzmN2h7a5d++Opf&#10;0ftvvkJb21v07LmT9MzzV+jU6Qu0cvIsbV64Si5bom6/jUE7rHP4frBvWTlHCjmreZAOqtnU07mw&#10;UGGcz4AxxxgVM5oNZrQ7Dg11ay00f8t0amONZrNtmhTv0/17P6atrTdp+84dunv9EY0fjqkT9pKX&#10;nn+Rzl24TGtrz4S9b04PHt6lD669R7947ee0G94va+LWltq0uu5pubtOp05tUG9pg/rrZ6mzfJIs&#10;s1YZIuE0VjemmQ/17vgRJfNtGu6F1xlt0VK7R5fOPE+Xzj5DayfOgHk3mTwIzf+AivD+GDzO2DuS&#10;U+DZA5afyYyZWx2czVmrp8CCJLmKugoLUYILmFma8x7ZR3AJg4ICyih8z360XkkdJImukc2Ms+pv&#10;sXCi7m5NI3ROv+7k+YVPqDXqzWVgKzAM5/1oskU7j27RX36f03V/SpPhiM5tbNBvfeV3wxp8mc6e&#10;vQxvPvYF3dnLaWn1HH31pa+QD3XD5nqX8nYr/An70OQcvZO+Tz+593Y40zhoIZz52XJ4xvlQbUEu&#10;zjUOWWGN8V43D99TePEqM84pe6+EfywPBmE3gaAfC4YXP1f8T3jLGqHTgsFsZsScNPay4z13HtYL&#10;7/gjBg+9BCbZoqQT4eVPtz2thdfpFmHfaQk4lBrZ19g+q+yGs37zHCXPvUx07kVyYf32V3Iqk35Y&#10;tzPs2ZJkahAGATBOB4PV+MlEQxCn3mq+DpbSXlIGfyXquHI6osH9uzTduke5m8LLE0m1Lq5NYaAB&#10;FIoKMCO/H+mtRtJthUWdVum+6JUtJH4Sj6pDZMz1yrIKJxMWePg9LLlmywgrKbnOKS5DorjAMEfP&#10;xIqg4yR4ysNXeIZzICrb4/eDzYb6VsLckrD/M8sQll6V/6nTM1TQmAJnVgL8wU/m8OmTeljqRD4L&#10;B6MBtZeWgXEIUUYYdlHZQlHlYuf4XMJwDq+RyHmYqP1Eqd60XtN8vSDL1bWu2gkG0iCxlbO29LXn&#10;MPiJTlYAglAjAScGzin2Bfa1qUPJoi1dpcLU65soEog0YD2LvNYIRt+0gIPyPdXwmAdK0zkYk3w2&#10;Mzu0BHGsRb2w3yetrmBFlGhoCgEcRB2QSr5Dw7OvDudAWkhY7O1uVwAv56uG1Xu/wJ9vFjmHN4XH&#10;NdrHNJV+MQGY9jP/4tS5PrXrpqHBKmwCi9Ig+VpOXL0PuELoCe/Fr4QRcCfTVkz4dBLqK2aiTJ6Y&#10;9cZ04woHtMJowDSQD29ODLJ5aK5mwARZrsAHUsLGtdjcxAOFKevsuQCvlkT8EKIUVBJVYiBGTQVF&#10;3LZTGSwiuzOlBovJpvzJaBoennloXLmhhTw4NBKkTQmaMCPvA6IPfv2WpPxyUQiwt4xQCyctJpLE&#10;RjIZSyEx0wVWDMLGP2LitjSqVpOaTVoDVF6BG71gvtG4VxMMHyUi9Wf13h4Au5pLLdGabT+7qv4Z&#10;t8AO2L86DUUvycX1mDRBNY0o541rEp4RDl4Zhms7HgxDYTWDLyNP6+FhFe4NexZMS/GlQFHT4nuZ&#10;0VJ3mTqddjgww7rJc2zQFbDuyuoZc7FhsgcBv2ZtKxLiw5OzD3sKIzPXHgH4HQeCRQDqkwJ+C5Lb&#10;fV8/TCK8IO33h0GBn84E9rD3cRzQdxxz8eNep/3w5scFJX/V/1tgpS7IG9zCPT0a8Hs8G/vQv0cD&#10;+ngvw6NYmc177bwaGKu/p+yHodDt9Ohrv/47obkq6Lt//te09WiAqTWmnHxwFlK0OJZvcaFdiG8r&#10;pqu8A7JRNftnzGUi6GBe7yAtYI8X/n5fiP9fyqATPD0lAU8mgFYVGzacHRJsJEEI0nDCb5a/3/ua&#10;5aoDGfavgaeW2lEYpMMr2ymVYodLkFRi+yQFvDGZBKDFO3z42QzDJAfWOe9nRWievv/qA/qvruX0&#10;zS+t0X/xzS5d2BiHY24KBmHmZS8qkfgbmywPH0H28KKYWB8rI/1+NLRGWC0wk7YFgjocN7xNOo8R&#10;wadMvI2GnyzuA8bEIAEnTA74oaAK1HXj4ZuH1+WJ+DwPDbOhTkYAWTAxZsA09fTi+TZ975cl7DRQ&#10;xLq4/iQAq2WNJjdLQceMTp7Ydjotunoy1A/3v08f7lh6eH+b9u7dRxIdv+76qRO03OuHhmOVNk+e&#10;oVZ/lXr9dWqHf6Y5J252QhHXCYW6eBWR1i4IPAEfU8KxjA61ogGNSKNcBYxYHRbE2ke+qGdvFVea&#10;VNcwqcA/s+C1a7QeK/2iZUQcokXPvLIRlEVHsvRqwEXCQFy1nzSBQH/Mzx+7b/jDPBybX4sTCmlg&#10;EhtrRHOA0bcg2WrsedbUwXOLnlpiE2NJnnk0Nk7AUrDwlAvNPS6zMyXNl9d4L9QJvfCMCLuPU23r&#10;V0zgC2jU7D36ODWNvud4LbEQYUEwhggeC75mBFdDQpGFoVFl9p+hhq1IaN7n7CE9w7XKEmUDkrBJ&#10;hB0RB+cSc2s0eZtZehyCgMaH12k5DM/TRIYc1kMFwQ01szWYsTjn8J/5FCCW4cZyNgrN21S7JSMh&#10;C97r2qtslBesg5zRgUlDet68Yc1bg+c9DpGrYfTi2eo16EMJHzIYiI4yBSeROtpaPkHD62/TvY/e&#10;CF9KaWNzk65unqfV01/AMP6d935O3/nf/kd6cPsBbXQ79PzVNTr/jRdo7eRF2jx7jvLWCWp1e+E5&#10;T0JzzKwqkQGzq7dNlshkfdljyhQMtLLB1uE1hdCkcKs5Wff+YIdKTpntnKHO6gb1w7qajG/Tnfs/&#10;pFsPXqedex/Q1rv3aPBohKCDC6fP/7/Uvcm3JNd5J/a7EZFz5puHmgcUgAIBEBxAiKCosWVJbZlS&#10;y227z+n21ltvvPDf4F1vvfHC3tg+Pjp9bHfLLcoUKVFNAhwxE0ABNaDGN9Qbc86Ie32/4UZG5sv3&#10;6gEE1DJ4eGp6mRkZw73f9/t+A55++TmsnbuCoZnH4W4Pb7/7Jn769s+wvdFllmmznmJt3jeRjRgL&#10;C/OYW76EhcU1NNcvo9yYZ+l34tfGzC/4ve4hOoMddAf7SPsbyDp7SNtdrMyt49pLf4TGwllf95Kk&#10;M0W//xjpYc8f+6H/XpIYybJz8nwkmV9SZ2YNBUOVSnVm/9AeKv57FQaxuXEleWd12f98zd9vDWZ8&#10;Ifjlht6C95RUGn/1Hp2sYcMadVJ03Och4zVPHKCa2Y1wAdSeVLAFkJoHFBiJlY8/zsN2GwcbO3j9&#10;tR/i9s1fYWvjLlYXyvitl57Ds8++hLXz11FqLPBeTP3pQb/v74vH2H7wgb/ud3H92bq/l6+h2VxE&#10;iRih/n483G/jwWYfB9n7vDb1Oh3/7Pp9zKzyGkdDxH5/4GuUEavLCIQhQI+WhhKRV2gAmIjFFG/v&#10;kUhwOT8lFksCSqaHBn6ICg6cND0kH0ECa9i/rMvrBb0uZXbxCM1RhPP+vZ4rjXCtVMUCeZX656JK&#10;dUbF35/ExWnOIX3qKyhfeAGlC0+h5O9jkrOT/QWHovnzl1G9Eonvn1GrBBpeJBEmPD95l1NFFpNs&#10;IjmWWG0V2KuVE3Edr98Hjx4iPdj252HIg9dI2X+S4DTiHjGQNHIrMx265MSkYBFhxI8x03U301pE&#10;AosEdDNaC5qCGoy/TyysNbFoSLV+HOVej3QvEMjGtjPsY0t16pB7UdojqK4l1izVRRnnAGjK82iU&#10;4zLWjZntPLyiCjNSO5HMsaSc8w2i8XegQWeX6mGa9TAdjzDACP2ukGRojXAaKsPiQlXUBRYFMQNT&#10;/n4J13qJkRT0SC3IspAV4Wz+nPN7WZX18t4lVHAqFy2x6fjGlPRuGqyNlF1H33nEPpgSXhXspFDA&#10;lXJGuhXPQLGICwGl0D7DCKDrXA7cEdMw1B8RsxtFKcjlOdcH/r6i7zqU4A66Tt1eH8kwxcLqHA9E&#10;QM8QE81USUipvdA+iQZS/rslHAmdJ1yNKaF8kDYPYc4bWvH+mGbnzQIJQplmc5NRYSwEFiAKDD5M&#10;SD54IlD0BBznhuS22OLw4goLYzYu0IIPobIJJE/BKSE/yo+BdkyrISJC1S/Ja+lGZh+STh4tbXV6&#10;zylhBio9FePIhBeOoAfQtNt4PFWi4qzs5LsnJqTLJBr+ELHM1qkPAYkaCFgcxlFuomnZ/yhm0JU8&#10;OuDI06jCjaak3wy5KDPs3yGyMCu4FCcF8/llHynR7RNNmJ4Pab4E3ecFhp4olQvYSIpOmovQzTly&#10;DFuKvjyWCMbQGJD/AB1XE4LC2yjLZbg5w4k+1429blICGuk7k8EztbZ0DvIpq4B7NnK59MioEaeA&#10;rDl/EyHhcezl5woyDjPx++mwCJu/n5vwvzDaaIg5ecrTMjqHo5hUVw6P/QbZbe8g7fQkJpv9D3Si&#10;7M/b0D/Eh4MOv3eVnq1swF5XB52uP8Vt3Lr1EV5+uYn5hSZLf+k+ccqwSUPzbgJLxjB1lwxtE10k&#10;jAk0bJOnVo/9mI56jeTJlbmBtTlWwjsNihR9DnPZ8ynYbpMsSzPhpVds6mY1b0c/0+naMQu4sZ+K&#10;kTbB6nwCgDYNDEGvy9GiTNaCabBu3AQeTTc/HXj3+Xv2fVbQMAxcDKbYsZDnJVYNVZD1HVFeHfFx&#10;nR7YmBlm1VPga9GLtXAMs4G/2YbX42a/wCDOhzxRPjQqcYFawde+9io6ww5e/+Fr2NoV0E0Sam2e&#10;vG6C2a6ml9PoiHxyZPI5YnaNTK1jNg3ntXZAjVWfi1bq0VNoIxOeztxji9IdRaJF63NklbaiCxuz&#10;zGjjsE4bVAGfOLFR/dqUsCigXSS+emR6jNwDs7CPK/OH1p5Yve2My8ZABq1Fvvg77Kb4X//qE+we&#10;XsC//q8NKo0KRqZP+hm/Hw5QTmNmDob9OLPTDP7QmKe6zoInmnTcJINMXdmvnZkm/lEhmzAQmLoq&#10;+wNyWmwA2ov+vpGEhhFLnhIcac8Uz0N6r5Lu0ynvMeLR6/h60jlm61mmaPvz5Bv7gW+2zy9CAdQx&#10;m4ym8VwzUQHo5JwwK9IEzkiMc0sxzi7Sdf4Q3d0Keu2KSM0aS5ibB5bXLmOhtYZqcxnzS+u+WW+i&#10;XKHmtcoTci5gybOqYKMXmRAaERdUClYbFDchkuafD3WOrk05Wzy4lqgsKNiqBBlPnm5votzXzxYa&#10;0Gi88yqvTiVBxfCkqXU9KzyvUdF31UwydN2M4Y4rNjEoJswbmBlra/FfJwaDU0b3RilvqcURyZzV&#10;9S42Zry3ueKdhhxgndxjxoO63Fc6Gu/VqZ5Aizhv2inQJVjJRGki7AEGy1IGykyeRBvz8FYAO6dJ&#10;uYrNZoYn+8zmtSHATlIkCTYvRXGevGxC2mCoMVV5Qfe0jUS2SzXpkIAoo3UiW7qU2EPPIlMw2Kn0&#10;X3wBmbUQS0CMS1J+r5SZKxk3ML7bkLWaBsY0YGZGtBwoDUrjXifkeEtir3G59aDDpLNnEfQLtpTG&#10;TtCh8sLE5iohCdoopY59jkInzyycQvAHDS1IWzMkCxYafpNsfmDRpXWlRIE9Bnfe+R7OLi/hmZf/&#10;K5QWzvqm9QC//Nlf4pev/xS93S7WW3W89PVVrJ5/EWtnLmBueR2lWk2A/FKDvyWtd8QmL1V9r+Hk&#10;HojICiYSX/C4HGPgm7qK//k+SSRHjtfedm8LD3f9uUrWsbx8BXF1hdNodzs3cbD9AbZ3fomDB+9h&#10;++Ehdh/5NbkzxKWFBVz/+rfRWDmLsv/ZdjvGOx/8DG+8+Q42Ht3jfYpAoDPLBkvNOdSaZawsn/PH&#10;/gKyRg21xQXElRYP+qNszx9PzEnTJdfF/u4GDvYe+vVzC5fOPINrL/wBVlYuMfOuP9zCsL/pG+m+&#10;sFYZXC+xnFOUQ349j8lnL/bHJb/yfZ7MMxgk+5th60ky849iYu+1kFSaPJRjhdREDzgRyo6JwI2Z&#10;NaE7WbV2ygG2KQRABTeFoBeb/lw3MSh2Gl4grye1UJWIAmoNROw0SYQesUSRWJwspdXXkU0UgWD3&#10;79/HrRvv4K2f/QQ3P37HX7cW/uDb38RLL34b8/5apFEZrfm671t6LKXf2e9jb+cW9jZ/iUH7LhZX&#10;LmOp9W0kjTn/rEbo9jO2KtlrH+Lh9hbanQ6vYWTzRICDHQzZh200EumhDD1Kvk+JmTBSKlkm0FDA&#10;Vlh2Oc9B937+VYkpqdPgKxqCWhme0h4xcH2kxEjjLlZsYWr+/9VRhJodouHf5UI1xmpaRiMhhqh/&#10;/0rEISFxdR7R+hVUrn0Z8TOvoLx0xt8zfjWksCCS4huxxZLhVaKewND9HQjzEVfAOQjQGzqpnQjk&#10;oxC2Kq25ox46UZnl5BV/TH6VxMbH76NE6bqkgAuptpn642XC3DKxDGdomJJlAiAy29l/+GA45NTZ&#10;KLL5PcWOcHE84fdOQFpgGRptkFLtrSK1fiCMgo590O7weyeVMgPpFKzSoz3Gn3/aBFMC+AhMGvYY&#10;6CMwbjTM+PWuN+I6imqKoeYOkKeciwSQcqqIZBsu6mP7Ax5YZ0ak3jSsoIFposoIAs5S9vYb8ZDb&#10;F8zo9cQP2/jamZlrVBsz9lGS9GwExZ/wBIlpSueHJwZkXUaegr7+TCPBqGzwvgvDXk6ETrUeGa8X&#10;41myDjHVia6v1idSD0gYHrTWCmFRcOp/6NQSROvCjBmUWS7Z5Vogk/0yLRDOHGNQI+0raRCfagBc&#10;xGQAvibZiEPbhhzYMWRT1kFngNJiGUm9wa+Vcl7YiVxbcTDKaGxNQjjV5KR1qrkvnAmjgEGxa4om&#10;GmEz5cZSzDOYxQQcp5u5HN1GPj2EmwIsrE7djs44jlmEwzFGeTx2kfU3NuoVG84gs2DzYzMu1Ky1&#10;BWBTJrSxhkyw9DUWKS4VPEZBU2brQfxTOF2FkmJK9OD0Ga1mGqwaARACWzwmNr7M2V3Ik4PNRIOd&#10;qdeRBHIYjWyOFSyzSvEO4SJCCR2x6WSQiZHsF9z4pYy4j9Po5Abk0SHchCSbqePGFZp0CD1W03NJ&#10;yx9ShPmBcqOcZTD2NojyX6HSPBP8vZR+G56jHNJ1Y7r9mFkavInUnOAEfzR3xEMyTE7isd9Y8B2a&#10;uomISUHXhBbQ7Z1DbGw/Ykl0kkmDb3RCTxsX+TzQ4kiG2ySHs7aHHrF96EE1B8z46PvPOjw8wNbN&#10;9/H0hfN+sZVNPc7BL1NocMyU7NZMpJ5GU8bCZkqSf5x0dBaodxpQ6CSAzB4D/p0WXJoFyoUG9EQZ&#10;6ecoUz3OUuDJ38PiJI3rr5ML/I+J0efGvewXzDZ0n+q6Hbv+f4rrPunjOQ7cWVxaxu98+48x7I7w&#10;dz/4qS/2rPqfmTzRlaUDZAhMxsu6nAwHfabdU0FM/jG0BhDlnlgK1OAlNZLw+aYv7fBEmKW4NniB&#10;xMrUE9CR9gsmu9hEJXhQOpJ4bIkcT/xAI1MAZqn31glm8BwUwG8MdAQT6CD7wGSfLEmlgV2tvDIq&#10;eghYSOYq+MGbj/Cvl8/jv/1jX3BX/drHYVTUmaVc3fOE00WTAN8U5CLMqkzYT+rPR/v2iIINmJkk&#10;4Qd8vFaBYVNoGgjUiDIG70LyWbCOiFQybZjllPK25qgkz7TQZrBB9jbL0iTZb7OUgFrg7IKkqPNe&#10;5ORzbUFEmA4HqDKzX4zy6S1alRhfvlTFQp0GRBaLvrnuNRLUlucxX1vEHKUbLl/yDbVvaJMG6nML&#10;7JNbrlTE4sNEORPWzWJkF/5NrmkuIM89+ZymzYX72BWoTrm5Se4rOp0K6U695oZ02yexc49bLce1&#10;o526K46+xhy7Opwiyf1TrsHTw52Tvp+bUgJMB9Q9iSkvbEBRjjAo5ySBl8NvqJESiFBYMJHJk4bj&#10;eFy+pxTwpims1BfJdREpd24HEomRv1gEqJy+EGxmdAgMZf1mUcq1DNdiFTJljzW7LdiumNwSJ1wv&#10;roUJpM5K/Gs0GvJnkBTJlKX5IrCnnNT9e/bQp+82oGMeIGI5mF8jiZ52KPKsIFMzBkfUC9YUNiTj&#10;Zt4GVvsAYeupyX4JyqJQq5/YTLycByb0a8lpsx1jlJC9g8MePaP1NVy+fB715XN4sHkXd9/+P/Hu&#10;e7/Awe4uFqoGTz93GVeeegYLq8uYnz+HxvwqStU6r3MCfFJityTqkqcWJfkOCax1I1bMxP48j4Yd&#10;ilvwn09MyS4PcLr+XD7ao5TPRaB+yb//OsroYGdwF4ePP8Dexi3sbv4cW/cPsPewg4r/Hs+urGPt&#10;6gWcXb2MfmUN+x2L+++/jxsfvomPbt3mhMemX3sa8yXMtcpYWmxhYfkZtNbmUJtbRblxBY1KioHt&#10;oz8ioKjHMuNscIBhbwuHuztwow5Wmwu48OwrOHvhGWblZWijs3fPn1f/81kfdgRlh8pAphQL4YF+&#10;tlqrM3MvTppcU9M5Z6mnfxSGvj4uVSRso1yZY8CPWM+sMKJBOdwTFRpfdN0InBAciElbq7yv1t/T&#10;k13SZ5GTXJWRxGqzOJPEapJKRgn3j8TuomefvNN29w/waHMTH934FX7+k/+Avcf3cWFtBf/lP/sT&#10;PPvCN1BfWEVlbpE/t+rvddtrI+u2cWf3FjYfvM5KrMXmeSw+85/4Z1G8EA96KQ57HRwc9vFoZxdb&#10;9+6jfbjvj1HUbZT6yQAd9ZN+fYiyRJK2Se1Q1jALZe0xe8xI2i7bTPnaR5K4pa9MjaxRHHhgMwXb&#10;MwX7RA9JoWZl/3ckGC8REEo0F//ril9blnxtdNWfi0VfX1XofJVLMHX/+7U1tF74LVQvXEd85imM&#10;Wguw9CyXYvUKNGx3IN1l9MT6m+uHSMIuaNgiqgoK8ahgSDMauid79GxkHEqz++guKjR0oZRUiA8f&#10;gW2Bf8Re++oPxpYJ6qnLIL+L1X/XKRApnm+xGduYuVw1ZBW0kvvJqq+gMNuQh1JxeAUNfPzaFdJ7&#10;M6uybwYJ/fm2wq6mtGaJBkj88y5JvpQdYPsDDgYZOg19CB6x1uY2NuQxajWYKuVQiaGqX6SpJ47Q&#10;SC0soJLhSEAPZrn1+8IUtJVE5L3+epUUIZbz53h/47vESWAqA5x0nyTyDGbDVCxr4jGA55TNl7ng&#10;/R6k5WNyWKAM8syNgDLj8iH0eNBpGCjmwK3UFrYeuZ9D4Me4L9dRqZURlvj6K/BrA+NPZdhMuiNP&#10;Q1VP0NCHiETpiJ+jjNJ3M0lGJkkvgask3Y1LJb5W/N39vTdII67P+esrK5GH25zSbMyMOHpXAOtO&#10;TjY9vimNxpMWZcZhBm15UjY3KcPIkZ9TN8ZRvvmHVLqxDNQdad5z5o2bmtoq6GeDLEYnoXRjRxrV&#10;LIWd+OewnwQHbASPmig/FgKKKBuJbtrMpLz4UePB0mhKiUqHOfqMECNdZPUYOQY2Fy3JnGiYmhyo&#10;ZOq0E+NLMvq2wcg1YOB6U7MHCPu3WC42EitIstMbLWw2jDQrQ0VSBsfSIDHY1nQwBgMp/dFyUZoo&#10;M4NR/iQAtPKQjSf+RiYAEH29iQrG8E4KUbG2ngSRnZ7L/M+F+9PhdGES4rNgxkyIIoB5QoPglOl6&#10;8+5D7GzdY6lJv91mlg1tGPRQ0oRHkFqDSlLma0dSGGLqkE8C0j52uwNfrLW5aPrxa6+j84tf4MVv&#10;fAsxpQ6pt0KqY38GIZ2deBQmHhI+/ix3Xcr9LU8AsMLPTvc8swCtz7tQypw70pZlT/iMzzso5LRg&#10;5iwp9CyG3+kEHA7/f0vTPd05K9ggBIPfKXuHJ4N55pSN+vFSmhMb8F8DjJT9KlOWb4JatYU/+sM/&#10;w9AXvW+88a4viC0GWtRCoRMuDBjwG4kvVRJLQNKQJtcDv0cPYZOMGW4mqfoCscQsLiqeS8y2tjy9&#10;L7NhvW+V+r3ccy98TrmSKHBldcpIa1lVJBDsd6Jes4HqQgVA5NSoOJhLj8OAIgXRjPriBiCBHWUI&#10;vDIiB1ZILh8m0OS8wowjX4ZXLP63HzzEh48W8d99p4XnnvJN5txIPRYzAa3suKSmgqb4X2pjldRF&#10;OUtPGuy+/+4JN7sk5RUfv6GY1ytnwmj1zOlyCkQ4TYoPfoDkkzNiE3OwB5VVZn5mfTPJ6WexsPWt&#10;MAJZ0pLRxDlir9qlpj/vJeOvx1BDKsbSTfoESmWOdHBF0pCy//hrZ0t49akqymXfnJSbWF16Bo31&#10;svjy1c+i0Wgy84AS57hgTYRhmPimm1neIQRDgyOK/8XTT8NErKjRONEx3WkS5BqHTQRWaBy8ZxSo&#10;Ob2P3qTHc1GpURgfY8JIbeZ72mOkue7o+xXYhmO2sf3Ue8TEn1lqfpy8bjzsPe1nZDp046YrGqsG&#10;XLG+nJFwnNevGrjFkmiS2jK7VXygUDg/webE6WA8NvLc2EhqCWrcuAFj8yphsDDQFsf5ADgAD5EJ&#10;oKT4SRMQJQbjkgxJg+JUh/CRqfA9m7M+oyivo4M/ZMKBdlXE1GT4+jYbiJVJQn5V7EZT4uC30aDH&#10;LKJSt4PR3jbKfs2LK0tigznY8N8hmyC3u4JvmUMR6NP6xhytM+TQnEqCzXiticUUPSppujR9FAXM&#10;MUvSf2dfw1ZHfu3wf9et+ZruyjX0iOX21PPo+8+8+eGP8fGP/y9s3r2Nkl+3l5pNvPLq17C4fAYL&#10;K2uoz60hqVGwToVZ3i5OIV++op5ahtO3CTQZ0KBCUxgtg5DivUgDok46wE6fmtsKmnMXkSxWUfHr&#10;xGj0CI92foTHm29if+NXaG/vY/fOrl8iLVbnlvDlL/8Ozp57BkQM6fT6uLub4qOP/xZvvPOOb6oP&#10;WY62WIvRXJpDY66C5bUFLK1eRNV/Rqm55kvZlBk6JjpE198TxDRL+210DrfQ61LYwAHqlQaevnAF&#10;Vy9fR7V6jgMduu2Hvj6+5a9rjzRBPCAJ14HZ8iTVLZU5YCP2+1+l0mJGmDNK8gjDLLqfK03Uyuv+&#10;Z2uIKJ3YSFwKy940/Cl4sP8jKZCKq+zJtYo+ewlU2hkpo5z85fg5lT2OQA1Wbfn7pO+/bLvTx/bm&#10;Fm7f+QSv/913sfXoDub9Pfbqy1/DCy/8GZbPP4WkscK9B6VppxTW4euC3b0H+OT2d9Eb3MVcsoCn&#10;/L3cmj+DPrFq/X3WG/iao9fDne0t7B5uoN8jf7wmGq0FXDh/Ce+9/6FqHUUARq8h4LFcMeytKDMK&#10;jltgQIl0YPQz3NdklplJcFIXsCeZEV4402J0bcqY5SQkBwKf6lnGtVHFv0fVr211fz/O+3Ow7k9I&#10;y7++5T903fdblUV/HEslNF58CpVrr6B29jlUL171h1BHpZrwvS7rXVIAxZyGu0QTVmRH+qFCoKix&#10;YsViJQnJn9ceur0B2r4f7A87ML19xH5Nq5I82feJZK/hgp2Kgjwa940yexUKIYi82fg8kYyWvE79&#10;+aPBH/19uVrO1TLBpzdYdVn15zPK+ueEWUg4JNQnl+oZJt3ogIbWmWFfxpXM/Bv64z88lNxOv26z&#10;1RcHaY6gXmKMcYz8ekAsSxsFNmqQ8sqzmIpps9SLSpIadrtK0oo5jI6u62CYMkhPtles5iD/xUGm&#10;4JcTGbTvlQf+XsycZAjExOu0rlDqOLaY4WxVssAhBlsy4iR3Su2GgpghWV6wp1QAvinCS6zAqlXC&#10;E31IZoRl77SWIjDbKeuWE+V1IE8MPJFtF1Avfb/ARbehttStxzF71ebez+M6xzKDl+w4iMEXMU5D&#10;Hn1D3kOpf0gJayDvPn/dqYakYTFZGmR5yrJkYjAOA/V6ZwnvgFmCSZESf5TdUIixn2rmij+bT4/d&#10;eMZ8NImtmMLrjqVDO0Vei3LgIphXlBFGRalvQLvzyYlMvfNjtWGKFxUKJvUMiJO8kAqSY5IsCDBl&#10;JyXLkUoZzVjyGYw5kScyuhzsCsUoN48ct+03flcSw2untpU2zW9mkYJGLC3hRZEKKytUaEbkCbUm&#10;XRb7ZpQFNU/lYZNEKyPSVIOcvUBF54gpnk7YCWoWacf0RikQXYZp8Jd+jhahMA0eN23jIl+IcbGY&#10;WRoxapdmLx4n4ikzVIB6I9Iz3tNtTpVmz4FiWIwLzJMslw0V5bpHuoEia28Gq83q/cEGquE7H5Ff&#10;5jQ58clSPX5cr/mHsIpHjx75B/EQ5chx+ElI0KtXyNcgYQr0wFdYw57zRdHA/10Xy/UFvPT8VbTj&#10;Fn750/8b11sWS76wrThJ5KRFjiWBlgXOsvjYYIZtjmc8TcjoDY5LpjXjzPIjcoLjWH3HFVCfprCa&#10;CZKdIqjiOBnvrM/+LKEdnxUQ/PRFZfQFHNUX9d/pz6SZEg0WQ54mAfbTAX+/Tq1+PKBXDIA4mTE4&#10;i90X9htiXlBRVfEb69e/+jQ27r6L4WbFFy2WJSoipTC8mXJfylYLmQxtnE4BOX1NJqj0ESWa4LHn&#10;Z8qgHdkmEEpEXq5sSE6G5/2u3+N7vsHq8Lo+8hs+GaFHsRg803SVVtJKtcQNs3h9qp+Wmsnz0DNT&#10;G47MqrF3zOtfuRTnKaz5+ouQDhyJlQKb6Y892MLuRlIyMjAcRgNfCNV9I2Lwsw8P8T/+NfA//IsK&#10;/3xrqT+2vIitAhJ2CrwRJpHs+VkOArPE0fqirTTnz/EVv/3doE/15+mA7Sj42NgiI9XQEjrXibK/&#10;Q9ymWEGMbCzJajaW4AS91+l8WFcVo2cr9hwuEzsPOmcpXVP/GS2/SDfrJd8ADfPHuejRScUfVVGW&#10;/Vz8z5YjXD9TwtKcSHsr1RStxhKatTW0Wksw5RZa/v1SU2X7j0gNBmVarFLKkHYbivsC0/mkdcjO&#10;HNoU03KnvVGjJ673T+Qym0gHf6fl1+ldZsLwLircD8XopqNhcW6GqsMVrFtOXhPchPxpfH6c1kzm&#10;VEzqY/fFwp4cAEKjNbMr+PrZGecpmipjuM7lJF2IbJYGBJkpDPsMex+FJN5gGJ0byhtl3aWitsi9&#10;lPR3ESs6JkNMcisDvc+YWZWI7J0YRexJSs0ge6gVvlMUF0d4MiRQdQc3k3qMXEn722Tg69eS1mHM&#10;LvRrYLa/j+jgEDENMSqLbD8Ulbd9E2dzSaQzR1nbDiZnXBz5xyI9WZmskYK7PPzXIIiccUzB4kaY&#10;VpS4S8tRuxmjs3wO9oXfQ/WF30c62MWd2z/Dj77/b3D//qav60q4fG7V//865taXsLZ21e8TNf8d&#10;5n1z7DAY9VH1zzkzoX1zS1orGgKxMNPEzJrk9EludAccXkGA4Ii8nv1a1Rs1sNMeobJwCQtzC6j5&#10;4rk/eIjNzQ+xsfEDPNy9jcG9DrqPeuh0R7h05gyee/pVNBvzfrms+x4i4STxv/m7f4c33nqH7495&#10;v+aszvneppzh/Ooa5ueXUF9eRX3xCqqtBrMcIwrESLu8R3WIQNDtwfp6tb+7jWFnn/ev69efx8UL&#10;30Sjvoxu9wDdzkMM+psCBFDzXZIan60kjKzznKhbbqBcbXGoBnntEVBkOUgo472N/flKVZb3lmvL&#10;/tdFDjbMXKqAdKwyLydBip9x/fpCsL6ptSCaUU+H30ea4Ok0joEtAyLZq6h/Islf5OuLPu1TpAzy&#10;z8LB4QHe/MXP8PprP8LNjz7EtXPz+NN/8k1cef4rWLvyMsr+3FajQwmIGpbQ6w+wu30f927/PXqH&#10;72FtcQ1XL3wL9eYZfzGq6AwMer7GOOhsYOtgF1s7j7Hf3vLPYQ3N0iVU6qsY9Nr46PAGegMBQ5h5&#10;7K9rUhJgISXvC7Wwsqr8ov1TAmaIsSVMLmEUpxqcyNM2HjyWolj3uYwHTw3/cyX/XFQw8ntpzJLY&#10;Bf/jS1YYkA1ft6z4T25mCerEhF6OUL7QxOLz30br1T9CtLjCUmPbaPC91SGLDk4UV1jMSP/HQGMU&#10;F9bdo6Qm7sOI0EN4DYFBkQwG02GG9n4b+wcHeLD9CLc/eAuldB+vPPuUfx4WhL3nj5NALCI70jkI&#10;xJs4B8OyHPDhkJJM5LKix1R1YDwmH3HiMnm8pqNcCceAkGIWcUjtterBp7Y0JAsl6WrCbMzUn2/j&#10;j6vPqgl+ngYDAb14+FzB0P+ZgznUZ75SEr/gLKbhp2W5LX0pG8IvMvGkZu/Ckoa68fslY+CJkrdV&#10;dSEJvyNmpop/gmMWX7gE9JmgIBj/77VSRYPHhPVm1N6XazaV1fI1JNWME4sMvj+tfC6Dfar8YKa7&#10;tTnOEMb0QcnLVXIYnukAi/0nE0l1pnuUA/kCuUaJWVRvJ5GwcTmwNB17ZzP+ot7bRklVIaeAyVQu&#10;BAXJ8Yl/b8b3Av/P1/yD4cCvvX05z34tHvhnmsDCerXKATtBjUpZEBEFxrK5mjAlmTWrQ13+LoUa&#10;5QQWhT1S8DhMBiEEZLDImAs+GZNBGtMSvaPijAkGSSHVDTOLtfD+8dRrw9+ZnDlnitKYwJyCaNsF&#10;zJMpaqRgVKTpYVZNOcPCIMm8sS5YAupNe4Exe42jsCHa62gouKtRYIdSlEjmEIzhEeXhHkzjtUEu&#10;JiEg4a4UT3U1RuafT4R2Osx0shlrPWhUCW30+zG1gR/SEKNtME49Ft8no6bL4TOE1ReMJp1Kv3hz&#10;drKkiOEqPQxVKUCVxclGkS4bG4MX9OwRyySEZRJlAm7RM5KoH6QLseaFa00gZakA85nifYGjrmgm&#10;H+sGNkN0RAI7HfIxySZV/wNmwCQ4fLyF+5uP8PRTL2F7dwft3Xs4S+h6rcJR79QAZ2mfDWmby75I&#10;qTdxf2MHD+/dwsg/hN//2Yd4+923UN27g995poXOtkzrZNoeQXxTNT0xMjMYBW6i4ZtuPMbgvDv2&#10;ZyZkB/hiJaIhOGD6mbYzQNnPo1Czp2Dr/bqA0knn9dcHBv9j/2ePPXemIPeLYCe+b2QmC1pbTB92&#10;T/LDMU8om38dg+xZrz35/cZDoFjZ4FLEVKtSBNXLA7x4MeWUq05fgqucNrLEHCFj4iCxcJpCR35c&#10;HHzhZHhDa+Ng0OXPImYHvY78YdNM/FbLdYuKb7aqvlkrJb7Y8Rs6ecT0Bz1EdqQeWcKaYwNjJ0FS&#10;VWrQ+H1SbeadbvhhGFBhOTCFbEgRYsUwmRJ8JfLN/32wRojEZ4wsJ5DmLCWZ3Otwr+aLoJHIdhK/&#10;BvoWFe/e7OHHv6rhO68MMer4Bq9eUv+/TIcswXQ3nljXDaLcP07WfSowz/q/Pev3z37O1KP0SRNC&#10;JpxTwEKkLsJA0tqDwcCYv09sxZtPLi2lAC5IYpwdsDcgGXHz98oU8OP9WH6VPYMYlSVJGwz7J3uk&#10;iBwypmYm1n3Qf78zCwm+etWfj4rhAjSzJcyvLCFrXkDNX0uQ0Xy5zAmkVEJwGh/tbC7ImTXcJvfS&#10;Law/JwxjGKCZwZieqLCKgTmY5ax5DCv8ODuI3O8vnvB9HL/WFAB3ZdWrt405Yq4mEu68jrLjRLz8&#10;uKNoJvsiSMzNdFBDfozumGdfwbjAnSgy1DD5XiEwJHjVTQKUKvdxk1VIUf5jTji/xb3LKcgrXs6S&#10;6ju2lbFH5mXsCR1pSqyDnsOosN4F32oB35gZFc5tJJ5OEcw4GAXjGpfBPnpFkk4MvMNxhoFkANIE&#10;2BOTcQrYoYE0NV8stqRGKaNBd4OfY+YH2xSDwzbivV1U2o85tA6lqn9uWnl/MWbwHSWC50P9AAhi&#10;clDN1bAL6gzxMbViKSVehIFuYeWc92Px48x8M5sSK+65r8GtXcPQ/9iHv/g3+Pjmm7h/7yHLCK+d&#10;O4url85j/cJVrKyvw1RWUWnUOQCJEnSbGKDq6z5qECmMJIaogkipR1I59gi0kVj9kNzNF4BVf+06&#10;oxSPu743qC/591vFhRW/92SH6PU+wMODm9jYfht7G/dw8HAT3S3fJO8PsTw3h2985RksnHnWH8ci&#10;1+Kf3L+PX914Dzdu3cDh1i4Wy+TDByw3S+zdVl9c8sf9DMqNJZSWFvyvi9xoWkrUtQcsqyaAr+P3&#10;qkF3g9mOTd9gXnn6KZxbfQ7NJVmbD9vvc/hf5vcnCZry96nvm6p+/SMyV8J+fHWWEMYl8SMtsy9p&#10;TRiMVoI0iN2cVOb8PTqPpLxANCMGIMCpq7Gwz00IpVGvSja2/yJUKeaJA8Lpn54VhueO1IKGwQsT&#10;BUas4T2a/d1J4khDRf93XbK39M9K2+8d5GN2/9F93LjxK3z41s/x4O5HWFto4Z/98W/g5Vf/AHOr&#10;F5m9tlgncNjXJb4PHPpz1t6+gf2ttzDcfRfNcguXr76M1uJ1lP3zOLBDDNq7HI6w0b6Hu9v3sX+4&#10;6SuEKs7OPe9rkAvs63779h189KsP8O4HH6Db64iUkvdEo17ZGYepMHhV8DB2+sDx/WRtLrEPXmj0&#10;zwRUEABHCd3M+vXPQctf12V/09T92lFzZcz5z6v5h7VOIB+FN/jX1Ryx4vzatGhQOVfH0ktfQe3a&#10;KyhfegbJ4ipMucI1F7sact3ictuDJAqs+TiH/40p3j/miKonQvCbLbPkfeSf3c39Q/zip6/hzbff&#10;wP7du0g7bfyLP/ldLDRaLLuk705rS8w9ofjhB88/J0lwItvEOLTSqZWT036TSS1JSfZKri1FcUdA&#10;XBJJNjd7FucyWt3pKdmXPd+kfqH1hRPhB/6a++MksVk2HIhlA3kFEjtTbkgBmrRv6w1FepyqzRRX&#10;TyVh1g5JWmqF1MMBono8HByCsSqG3pPS2CW7uMzKNaqTMquM8czm9UqaCXOdgu3YBsffyxXaM/xx&#10;RJWYWXWxWpbYcBOlEihCnpEJ2SBkkSS503soMQtai+dsWmdVyegmQL447DVKMKLvnuj+SOeUzjVb&#10;cwU8yUpwBsuDA44SGVXYZAVcIs2FJrlXvnr6SbZCJl6M4Roym33EmA+FapCUd9jrixSejqPvr6N/&#10;TYUDsSKWx9M+XWIbuTjPpuB0br+GRIVKLzmuSZrZrBWM0YNEzbli9THD8yow+sYQXF7q2wJINml2&#10;7GZMe48sobkkc+oQlT5pJd0Px0uBjZoHB+Ydoc7lSA2QGexSHySVdbk8qEMvqk60yVzY2Yr6CMX5&#10;jc7MQJbsplzc0yLDBRw/UJaTWYVRUAxGES8ROVcq5bHi88Fhu/zdOBZSU9IiDQPJ8gk1TVXiao3Z&#10;H2zgmaUIxqPWSBoMTRMkmnp849M5I0lqEqXCCOGGSrTrtCHTAydIf6DZWT4W4zclR40rS6tSNeuM&#10;2Fgy3NxJuG8idUxWNqXJ7PgB1oaBWYSRyHejKTlQIJha5ybuz3FYjJlsOnTRO9KwzPBSc4WEndy8&#10;mSOkwJ6E77/1Q3z/L/8CL/3uf4o/fuUlzF1+FgdEs+3uMoOkWqti9/4jbB10sHHrl/jow1sY7nSw&#10;4pvFmzdvoru/jwX/M42ywWM38PdF3y+8VTZXVsE5T78jHQWM/erUwy/fLe2MMqQgcSmk7Ba5ZcY9&#10;if3w+f/3aYsvVzCBL645p3mfCSbhMQ5P7jOegxOT0zA2kbdTrfaTXvcf87/j0i6PO9eTHpFu4jwX&#10;GPLja6DM55MBv+OBPjOzYD7dsU6CDcfxjgpGx8Xm244DoohIMPTPKQUXNEsdXFqyGJzJ8LhtsHFo&#10;2XC4R6xpWh+h0gkqANgXlUfCAmZZlSZxLpRMuKn5jZykk9k+BfukbGSe+kKj44vgMjFpSO5UajHT&#10;p1pvSlo6sWdGPZ6K0vq7uryE9qFv6JbX8ODhQ7++lLlAic1I9giSiMZVrKys8bGRLPWh/zlqOnu+&#10;CGy0fDPmC6R2d8hpjLz2soE8lalVTmBrzbXQ9z87GqWc7klMC/JeajTrwir339N/Gv7ipz28fKWO&#10;lcS/T008RQB//rKuJu+iMLhTPjJPURN96kUWAjfkMCO4G5QP6veYCjP4uMlwMkRksNPK9FJCx6ph&#10;Y1KBlDAKuACmvY7+H1f8Wk2TUr8fpwRKEGprJEvKFrYU3r80rTMkthkpkCW5TliZqCRsDF7112u1&#10;3MFvXa1gfSVBrSzMk4E/1mq5hlGl7q9llc3VaYpbVt8wki5BpT4CWkWFgSiODDefNCQJyczT++HE&#10;a3TgZmcMjI6a1x/9nKzAoppgiRdYumOj+iiXr8AAR4J4nJ30snLH+wXOCofKAboiY9QWZ3d2bKqN&#10;KbuBwprMNUfwAIY7ukQZTEhyx+d7nEBspuoQcwybfZxUjHEi8gx+NddHxNZVv7qYpbM2V4zwpdRB&#10;dbCOCfWzsO4gqZOFL8IhQdE4RCnKhWDIh6KBBchm7klJajyl13H960TJYZTJbCJT2O/G9y/LmLWO&#10;Y3kxMZ6zATNEjG8CO3ubSP26Fe3ch/GNqFucgy37mo9CBzKrDZid2BqMekTnJEf1ybaB0augX7gh&#10;rBmff9qPav7ctQlx82tXLaLMyISFMrSOlP16snnuS7Avvora1S9jp7uH+zd/hlt3foXB3j76/T7W&#10;5hp4+gql065jbnkFTf9rrTKHEa0NOdEw5T+zQoj2BZLjVZosjaOhEQONxN4bZmz7Yn0fMEQJH3xy&#10;H/ujGGvnXsTa0lkeEt3f+QB73Tew/eAn2H/82JeaKTZv7KHUG+H8QhNPfe23sNS4iPKcr78rC9hr&#10;V/Gmr1N/8ZMfYu/gAK16jHMrNf8zc6i3DJrzF9BYXEVl9QxaK+eZnT7yfU5/0PXnMvV70D6y3kOk&#10;vlYddnvo9TawtHwGF698CZcvft1f9goDuZS82+8fcNpyxWTSBCdCNCgnEmhXo0CSpOHr4nlEZbI6&#10;qvj1s6q1vVMbCoMSBYwkVVRqDU7kFZ6S9D0GIUVZ6g9SQYWezmE2+ePzAflm6RmK1IK8ic09yo8u&#10;WFYtiArvEgmgM3LBl1385lhB5a/Dnr8/iMF24BfZx1t38M47P8d3//1f4WB7C+fWlvDn3/ltXH/+&#10;N9BYuIC5xfNMRjBZBwNiYiV+D+5k+Ojdv0B773XM1y7h7KXf9tf9jDwfEcmA93zP0sX2fgcPHt/C&#10;weFNv5+XcXne33Nzz3EQzEGvh4O7D/DOaz/CG796Hzv+PmLginpq9QcL1aOk0WdKChG2HktdXdAa&#10;ST1Ee2Wl5u8Lfx/QPd9sttCozvnj7uLQrwHrwwRL/nObft+vEcjnaycC9lpOwnTm/D1Vy5QUczVB&#10;4/krmL/2bTSeeRWDpkOtvsrBEzGzsBIehpYiYeZJDHDC0s98MGbGSoAi0BfhqLc5p7pmPfTbKR4/&#10;3sPf/+hv8f/++7/k8Jy5Uoz//r/5l+wZPOx0UfZ9N4OM7MXv2LJAsIgovyfKvqaj15IdAoE0I7+u&#10;xGGwxT/r+N+skmLEnSOaHPZlwgQjBC1YdgV2mbibSAQUgZOVxN9Pfn015AGbSrI3eyn6z3b0rMbq&#10;acqArGP7gJDiKutwlId9Ddg3LuXldTh0DNKTClIClSLGKThIgnXBMYe8ZDqAJl/SmAM+Mk0vlud/&#10;QAFnvEdAWHJqB0bPFgFWLhV/2uBtV1T+EazKQFkmeNAIY+AuspphwLY3kRK2ZPAumMhYnWDVv1oW&#10;8aAcyZioFetmkyd6O5Ebh2OEEqvED1qhgzy1XsHvEACjQzmjx0OAJ4dyOhnUZpqcy/7PNC3x54jS&#10;rvsU2OLfg5h+lYUW5v1eWWtUfU/Q4HtMbtVMk3xD4Kp+V61Jkhl8qJlNkzM2n27GJlRU0TTKpr/P&#10;cpmrmyEPDIXsRCE60ZSZI0y/4GmHY3z33AyBhyt4swUAMCT05hImF25sTZnNp6CJPnypAg52PEVW&#10;Q01+rXr4cfQ1TQ+SZHzMRqivMd3srqp+QpGYJ9LNbseJREZvNk68GQnKnYUIa/YHECYYPSBM9zSj&#10;fPNQnYQesxh6crR1pSaUak1w4gVbv0dMrEW9uaTAlSkTybPYoFgfxFz6mUmCDT9wlFRMx8rPc0mY&#10;f1yREnV3yAsbP8yZNJoO9ghgwnRZCrYoKi+UbYiCBHDC3HZG8p1zk/+ffU8dx2WanLgHDz+F94Xe&#10;bCzr4iv+uw1qi2hGG7jzg3+L7378FkpLS3jY6eCcb4SXFuvo0T2Q9lCOqzyxfHZ5HWZ+iMe7+7zY&#10;UVPcHfjFt1zxi6xD32+85YU1mTEFJmYuz80K4SHyXdmU1M1iLbiJb2tn8LVC8xUVGAdfFABVvEb2&#10;U4CAR4C+05Rm073ZMQ3WzNerb8enlYueJCeeJdz9xwr0nYY5Z2ZyhJ5wzR0mWLSf9shwyhCmT/++&#10;J9+zkTKHplm1KSclthH7Rujcit80hwaHuz102g4PRwkn5FGhHrlxOFKcr4njQAnrwpRXgUQC/6xf&#10;LzMBvEq0b/Jm7VfRQcc3vr6xGiQY+iKYXjsqVdBoNnwzVdbwzpgZE9euXcfK8hzeeOcDxOWOTKIj&#10;mprGORti6Bvorcc7aDYq/v0Tvw4NfRNW8UV1ifc7WgtpL4gS8dGh/YEGQYn/LgPxqVCTbZ3M+wa1&#10;Ql5WBHTVqhjsjzDyFcs7Dw7wg7dX8c9bFaA1RFxtqoeIKQAm46sba12R8M4UcQAHS36w6c/FtqT5&#10;8R6bytNliL0Yi/+P1fRk8hY0i9xIOn+dyBib3of20lEmBxxRuIl/TQZiCs771+1S6epfapRdYnLW&#10;QWA4jfQ2INA2VlYkXbNStcwgLhWo1ajCBvQX5hN865kzeOUrDcz5pjpK1DOG2O6+kac1nyaw9L4l&#10;I0M/Gt5YJyVYpj5tE7XNEfv50wF+T3pGnTm6Mx4vY3VjaelMlridOpZCSreZtca42WCdOVkU545b&#10;EII05oQVLE/LdIViPPdftAXm8vHBVS4wE6eB1fxaRbmSwoSfm6CZmaOsw0ICdjQFauYJfpF4WFlt&#10;Sgw1kcqICrWSBPOo9yD7/aos0kV5YzGusdRLCALGuaKnr5m095B6EQLwoKAAmbp2k9dYB/DKAKLP&#10;IHN/AtodMWrdoV8vS+gd7GH30X2U7z+C/eSGb0gryJqrfPwj9gtTuVZBnTvO49B7LRoHARaP32Dc&#10;JzgOKZJhLbkuHBBjTH0+KV03iTMcNFror11G/epXYM9eRXvUxltv/T948OFb6HW7aPo1d2153jfy&#10;Z3B25QyWVs+i0mqg4hutyD//KQ/0R/75phWsxmBVHIkHVcosZeu/s/i2lrhRF2IB+daR4f1BzzfO&#10;/nVpaQUrC4t+LZ/H5u4b2Nx/H48fvoX9hw9x+IhCN3qYr1bwlYtX0KwsY2X1Eqpza6wcubu1gXff&#10;ex2f3LmFw4N9Zk1dPevXonoN80tzaPoatbF00f//MkxzgSWBAzfivaZkBihljzHqtjE43Ef3YBt2&#10;eIjFVgsvPfenOLP+DOIK3UND33hu+r2kB+d/NlwTZi1FqX/Pur/sVQagk3KJU39LScPvUXW/Hgb7&#10;oZIEJrJnN0mcG75hXebhP8l4manO1zPLbaTyWlhVS8j7CVOwcPoilRRmilg6CY6Pn4dgjZEn3kys&#10;jU7BMjoX1kWaCmrR8w08P8fUc2U93Nw4wOt/+z18+MEv0d9/jKfPruNLv/sNPPf8N7F05hxif74Y&#10;kxju8UcM/et2t+/g8aM3/PW7gblSDVee/hMkTX+fVqrc8vZ7+3jca+Ogu4tPtrYw6tz29UaEy3Mv&#10;YL4poSrDdh/9B3exf/MGPv7gY9z6+Ba6vT6CHZdR/7FYYTyWhI7E201kk6nKT+W7JQnZWNRQ8cdD&#10;3pVnls6xpQVJXHujPWbErewAiyPfT/rj8zu7768cz9mq9CSxbNig4T+xUvLnZiVG6+oZrL70LZSf&#10;+QaGS8so+3u0Ul70/55JOJAm1jNTjY8yVkuvEF4mLHM7BfIdJ7u2LA319VK/jbvbW/j+976H1//D&#10;37H1wFythn/15/8ULV97JUzNFC82er6Z5UbsLapbWFqa5ZZQnEgdKxtek3md9r7GFZSPCnvnAY7k&#10;6af+b4QNmMzmLEF6bzqGEQefgME5sjxxQ/K/S4X1T5qJctUf4oABJfHUyiChsY49hx2/b0ZInngJ&#10;Q9QtzFCzRgNHMq5X2QqGCVNWAdEsxxfEAjli3zsCNkmdQq8fBsUJ1XgpWR2IaoT9HcuCidB/o94A&#10;rpnyWjIiJmJZ9rBYJeAjqr9I0UiMN9pfwmMXcWy57mta52iAaFBn8sC8VMmv/MiKfJbzBqykGpOn&#10;bO5li/F9A5WcM9OS03EzlkqG+ojVnCpVzwNPrdhGRIovZKFzN+rpb5GHqJJPn+Nj8X8miwuyevDX&#10;anjY8UtnCdbXkMura2i2iAFdY1wnisTJmSTeUheIDViktQQri8gN1I23+iOF1qQEYhIccS5MvOOi&#10;6d/Uv0VT3nvTXjInNWEmp1maUzTfeQHnsgnw0Sm7r+hJ6DSZbHLighyAjHSimWo0mSsEZ4i/AnJp&#10;kYll4sn0WvY4EbYgh3b416c6+aB4aTa/ZF8GlQFDHlpGc4njylNawwad9B4DN+AACGrq2L930OcH&#10;lv5NaJ4pB13QayWBR9iDsojIQ8CGA1ksVFvyWiK0mv6aJrY8ORDqbaSThEkvRr0hFb3Oz7tJmF3C&#10;EhCSS1EVxZs3NbxDYRByslt5csoVjOMlrkkkbmy0OWZohoK5CMjwcU+DwwaFJLmj91gRDGR/xOCZ&#10;UwASi+zVfOEPf6eIBW1tbJxaLvGG2GeJW+ob4BHKvlg6X6+jXq+i6pu5OV/8jUYkuyv7a3OAul8M&#10;Ke2c5GKcZEVybp4AR75Y8+/rm+/apRJP5RIF4iMzDl/Ji5ogoc6BQDcBqkRmliDryX5xswqk6abv&#10;H1qOGs0YDES6GZ50LNEMOdSvC1ieVhYcnRIk/McH9B2fQjzN+Cl25JNysmMSjE9935hjOKruCMDw&#10;RSYAH/Xskz8nzLAdIM4GqKCLcq2KlaU+vvFUHXPVAX5wM8M7d4mpEqOvFgxZJs24SMQiLbOMTi0L&#10;PlRZijSAm4mRnDi2WYjYoJomviSVGHQOmRkx9AUnNYwsH8j0RPkG6d79u1heXuRhQrvXZUPlYPNQ&#10;4t9rUvvIYbffYy+gpeU17O8dsN/g0BdTsjeUeGJMU9ohz+sSnihSMbF30ObUr0iPnYo28sKhNPlS&#10;Js9olFHxluB/+uEGXjp3Fl/25ymtGB1iyRCQAyisMq3USy9LVfYXZogs1yhRZq5vpBNhL9hECvQw&#10;RGKwrMGNY5ZV/HVqyJDRzvu9tu+P8bFfb6sy6SYWH30i/Rrt+Y9d9K8ZMAiQWrGlyDAZ+uSkpuR9&#10;s1Ev+/fvga11yDA9ogTCsv++FtWoj2tnW/jPvlbH80/X0FpwvvkgQ3JJjktLPdRIjq2m1pG+rylh&#10;PO2f4GGPASmROB9lIk/v0Uf+7lOsZyG0gAt0N8ajpo3vg1w1l9hGE3CaAm5mLGs1RfuVIx83rsPs&#10;WP6bN8Vmtk3HzLXMuilQ0kyCkzbIop367YTBWEEx4vQaTLH6XEiwNkW/P1dggCD3x3TRUQBz0k+6&#10;eJzjAWZ05Pq4vNYOKbpGbWX4nlArgPznQu0UT15TXk1Y0+RyT2auFfIBaZG0qCxPi6kmWL37yL9a&#10;mY9xYPbodx+zr3D0uzJjIuKaZxhRwmIXtttGZ7+P3sMtDB7eRvzoEzQe+/XtQpODzGhtGu0/Qqkv&#10;DUsSmJC5N3S4N8UkP2dMc6KuGUfGh2/nn8GszIRhZlvXHcP9GJUijBZXYZ/6GuzTL6ObjHDzwQd4&#10;+9/9z+ju7nHTfHF9BRevnkdzaQVnVs9iYWkNKM8xwGcp2ZvOI0kKbcI1Okva1CdJvBIhDZYThg0f&#10;TsmvZ5lfy33ju3/o1/HKHCqUmuqPfa21g0d77+KHb/wvaG/cx8HDNvY/OWBGx+r8Al7+6otYXHwK&#10;cW0JI+N3o8M2fvbz13Dzo3vY293ixrNWjXDhTAWLrUXMLy6i3FpDa+08Ks0FZoFwL0EAkaWEx22k&#10;vQ7bQBzs3MWg2/Wvb+LpC8/g3Nln0Fo845dZ3+z3HqHX6cP2u8xi5vTzuML3TIUAgUQsJGgPSaot&#10;BrQI5ImVYCBBQ0lu4E8y3YT8WJUBKGW3VSu+LK95UWCdSo+X5Yqn6NQBX59+0DitFDNHutDjFQlG&#10;jcXcjMEB9YouJ8loIq1v6Id+39ze2cPrP/k7vP/em3h8556/zjG+8vzzeO6FP8NTX/o6pxUbleuJ&#10;PLaPvr92jzc+xNbDn/r3OsD5lSuoLv4mqo1lrgUi3yPu7j7Avr9u23ub2Nr5EIPhPs6V1zG39Crm&#10;66tsH3Tw8D72793G4MHHuP/BXext7LOfcMOf76p/+Eb+XiXvQA5ZicRMid6bB2UqM6WaY458JatN&#10;DpdYWb7g9805BvdqtXm0Kg0MsI/d7kPU97ZwbmMD2N9B1GujbMjSyrHH6JzfGEvszyeLSq3h3/9M&#10;CQsvPI/GlW+idPmafxjW/Q80GPgmSW+HUopNWa4T98Gq6ouMdMMBJNJ4q0AcMaqACuvwLKUg/Qtx&#10;b3zZhJ/+zd/gb7/7V6j46/jnv/+bePXlF1EtlTBq92DIbiWWFFW6Q2OtEzJNuxWJpZJ4skxtXSwD&#10;NMEeImcSEojEATmRSHWdKhNSTaulzYZIOQQeO5FskoKQ12JKXXWSltxTWW6V2N0jSkP39VyaafK7&#10;X6kGfr0tqwcrM/r82kupu5oCLww7fdpoeMw2MRniSllCjRQcFG9D3Q/Cvknn1K915J9Ir6dgCU4W&#10;JtiQcAsCiP2JpeAWZqORUhHh+xr0Djvo1Cp8jeIy7SEjrovjKJBwfF1MgCX5ABqxRwOzx0tcl/Hh&#10;aTgcEbHo2nJonhUwlCxtxN7M8ncK9mIw2ktm6u8XqQLUhWRmYRcbDbBymiZsIjNBqgnluXXjEEMG&#10;HK1TVrMRGXOW5j5+xKAnuXXWTzlwdeR/T1YKlLJ0cHiIRqvln9slJPWWL9UrTDCAqv5SrZUitV4j&#10;5Qmh/AzEUk1vZXCPaTPkcQovxoWbEalo7tVUWAxdbrscCjc3sSwGH6MkShRVV5TT2MK6Ocu7LyoE&#10;fUwyf+xEsVOcToakOcM3fUJfmBZIyn7XCxIr8kx/EnNMq1MJk0smRe4QIzdY1AtO1GCjsUSxERq2&#10;0zS9ML1JtMBxxLSjIo0LJprwJwIiUuBFJslofqlnFh3FJoMXT51kcWCGkc2PJAEEGJWqDBRmRhb8&#10;lIqnmDTrAwSTZVoYSG478n/X69HDXOWbnX3x+EZLeIGR6PRY5R+xSh5oyuf0z6myHYSSS9eOFOsk&#10;OQiTa2bC0APGaH7CwGHsJDmH5U6cXBMVmhoTzHj8jR8JKDboIKLNK4q1iFXfvgA0a5AJx5LnAKDq&#10;7s00yGALtOwxkBDEUXYGMyHSax5kwQFrjKJ8bMk/N9esYWHRL5a0KfnmksyVKRq8M/DnxT+IS615&#10;9V2K0aP48tQXdOW6v9l6TGumTjH2G8LBsOsbZ1ng0/YhP4ChGaEkOGYGMwM0zc+zPMeaUmwtAlcy&#10;PLvWBSkLcnPX2ZInpTdPyXzzxusYECQ6BuSypwDtPq3M1wITDBeL2e5uk4nhs+S2hfXnGOnuSVy1&#10;0wJ9Mp2dAkk/o3T5iwAHjTbbbsJTxuXPQhFUnvX9pxv+qEDFNWbSmB4zz1kxlGkMzhf/7mjJHSR3&#10;duI5nuUdlg8lZjzb4894kjfgbACSh4guUoCKAnl8IeGbvcVF/3tfQFdtiYcwuwdl3D3oI05jbdKh&#10;vqTatjvZlzL9vsEjyzH4J39XYqa3FYmoFj9cgGVyzkqprFG99oGAM/5dBv0+avW6X1/6+KRz4Bss&#10;mVZ2yEyfWTmG5aVCgqEp/BCVijC6d3c6fI7IlqHviz4KInHKhotix+bWsvbL3SFAVcZSY0qgpTQ1&#10;m8W8hw18cdLwjaTzheIhJWumCX71yQjXvmRQbgz95/U1YEC8VAhkY39AJ/Inm8rwhz5smMb8WyqX&#10;+hxg2VABF6Xykm9h3a/N6/5c0Bra8mtF37/Xrj+X+/79DsV2gnQ/rirBJ1zwpLyHUOgG3+5ul5sc&#10;q/llAsbqtdZbknr1SuL3Zb8tzzdKXFTTnlD1b1CjeES/967UYzx3to7f/FITz18voz5PshZq7CHe&#10;v/58xSQB77eRtUTGSGs7D9sgfi0mhFhhPNyIw15VeMCMOQpoFaFyWwChgmg1O4V0f1zzFIJHJpiD&#10;+txHUVHPWrBRiwqrh50Ysk2DXmai1jNBz5rLMHMZr1PPwlnU7QlLDw15CKhbNJYWC3etCCCaicFg&#10;zrzjRixR0BHsocmtoEMueXbWHQmMG0t3Tc4wDFLX/IsWhyHGnTxEMlM8TmcnFAhjJnqsOXBmPOzU&#10;+yqGyI9kz6O6Lsv1Q5GC/9YFQCXjOja1Y/DRKiuAPTYhHpbMGCHzbyC3WKFnLwyU2UuobJg1kfC9&#10;K89TJnQRuUNIRuVrotHjXWwd7ONgawfxow1UNj5B9rhNRbVvJKsoc506RNo95MEBJ5dLZKWUjpHc&#10;IzYzk8BxFFia5NHnPz0yKsGXGskOHQ/deX3xL+qfWUX/xT8CLr+AQdTG/dsf4s233sDhxg3f1ft1&#10;sbGEq8vLuP7sVayevYby3CKqtSbL+MmsnRspqyoeejaoBmd7Ht9kqYRK/FDl3iM/bW5iq77+8/Xi&#10;4+199H3/vbT8nF+/WyyV3W2/iQf3f4id+3fR3ujj7u19mEGGb335HC6e/Q205s+jXF8BRbP2/Pn5&#10;5c9/jHfeex+PNzf8Wj2HRjPG2mIdlXoJKwtrmF+/hNZiE9XWRZj6vD+UtoRnmAE3hulgA52dB6wW&#10;6vS6zCR59tqzuHj5OTRbT/Mwo9++h4OdLQZgOUCC9pxhxum5lUZZBUERyrUFZu9RzU9WBZSwEqvC&#10;yfK9SeyTGkrVhiTrxnWedtB9zHYQ2n+I79dYHct1e6D6GDMhnT9ZuvvZvH6LjuCu8HyPSSTCdIp0&#10;MBIC/Gy+4loN3zD5wIJ7Fbo/MwFZaFBX8n0AefT2e4fY2NrEhzc+wg/+7q+xefsGVhtVfPt3v4Q/&#10;/L3/AiV/zYkhWWGZXpf3eYJE+r0U3f37+Oi9/93fO7dxae0VXLz0Z3AlscLojQ45wbPT2cKDrTvY&#10;enwHvf4e1htnsTT/+/4aLDGIO3q8CfdwC+nN1+A+ug+7kWKuk/KzQ4TzdfKQzEhSTwz9KoZWhpEE&#10;WlI6MlkE1ColtBpzHD61vHARzfo66s1lLM0to1IjwJfkrAPs+OO0249wZXsL2ccfo9TbRmmYoEpM&#10;voxCe6QmSsiTL5YBh7kUo/7sChaf9sf8pW8By3P+Hmr6+qPGklwbkRqvhGo5Y7sVGXAY9RoFXweR&#10;l8qgMGYPuZSBxdDXRyHMC0JiMXo/8s8jysMs2+09bH1yG3P+x/7lP/8OXnnhqu+7e8zmo3Ww5AZw&#10;w0z9QWMGsRJOn05QDE6MdGrB9gPk50dsf03Y5QRZtfNgP7pYe+KQpEusSfp7ZfQJ2CSWALFVVhjZ&#10;ypAs1n9uqVLjnxlZIWUR8DbK+mqhGDHbbqThnmHvTTkBI2OCjEVIj80EL6HQHZJJJxW2JCC2Mmwg&#10;Lgp7LYtMvmcOOaxOyFYUWmniTNQhmVNPaZGcDv37MDFK62waFtCa2esNGNwmx1O2fSaMoKQ2aZHR&#10;lF3pZ4kty7gHe/85ZkBafu6c2uY4DlaRLVoScyNl3Mm5TKU2ymK24+HaX30Iw87Mz72y5JzaaQmr&#10;UFj0UcDIovHc0AbWnvox2nyVkXuFWJMEENP9TPdmNhhJIA/trZS828/YW5P+vdQgq4Mqe3mXeLiS&#10;MDFwqF1yEokdhXhwZ8KgzASTosFxcpx0dxaz4wgDRCtEU/AYOcK2YjBp7MU2nhLHU591nKxvUrZi&#10;3WThVWSS5DR+9cwzqiNHmIC7YtR2AH/0PYVXISEdBKyYYJ6ZifdGFGnxmOQbDxXAo7F5SN4Ij82e&#10;/Wto89MNi/2LiNGWprzwMF/Zjbtm9j0wUpjRjc3svEg2VbKBpIeT07qokeMoZsMgYH7+gulyJhTi&#10;EdN+Mwb31IKFdezE5Cj5xowosoSyj7JgKK8Gq5wyY3laam2YNFCdYdSQ2ebpjHHe1BqZ7pkRLxTB&#10;WBTRmGpvA3hHE082mExQHDFbPacBfItCiIg5KssJ9bP7XFlUZiZYwkad/n/1Ul1CVhx5Oyb+z46B&#10;vITYicRo9AXSYbcvzTWfOGpEE/ElKZekEfMnrtsV0LxHPjWRAgG6AEaFNs3NgswK0ih2pjLmU3D5&#10;cCxgZ04AorLPCFx91v/sxHc9PSOrSNOdBXZ+HuyvLwKc+yLT5NwxnqVjYvPpzlN03LWe8f0jFITl&#10;U89ucWjz6c71JOBXlN2efB3MCZJec6q7UQKZLMpJzxdVXUTVAeoL4ECIF0axb2B9MflxgvtDYqKl&#10;vFeMhKbLIJdVk+A4iXJgwyo7Si3FtHAL4L6G9hg3ZrVY+c4jHkplnMTOya3pkAsQWmuHxATMzf1l&#10;DSeJD1spWDGIJlkajBgE0+Cp0+mIn8pIcQE+r06kvVYGUgxCWvkMOhed7lBlfo49uGh9puQ/9h3y&#10;qwUNM25tRdzQJMMD/737viiOcmY3MfMiTcQb+7BEPI1PnPjGjEg6beaYEU/nmdbWyJK5VoWLnNSv&#10;rVGyh4y8/FDxx+HXZhroZWR1IdeNGttY2flhEwlMsEgCjIW1hYK5P/05iyYEXHUa1PhrRzPqmv/O&#10;rbiH9dUKfuPyAr5yrYrFdd+Qtfwan4gUiwo4DqOi85mFcC+B2XjCn9+v8ZQcsiDhzRnbp21czZGh&#10;6cz1aoaH6XTqeR6slkt0oylm2zSHPCQIHw3dMLmU3Z2w3pkcIIQJQRtHh7/j5cZMrO8hjOwoQ7lw&#10;6SfqxmAVoEPsAOqF8JfieVMPuynMbuJ8Fc/jmDn9pAiUWeunOWb4MQZoc1aKjkQn04pl+Boacgma&#10;MQqemgnXsXzwF4BGOw5W4vEte3KOM85CqIpYFagzpnpEkYk6eVAGJl9IF/UVjjTM/jg6h75Z3tnB&#10;o4cbvunfRuPRI9Q2DxF3HMoXEq4dDfkzEQiZCsAXG4VsNVEXBdkm1CCeFgwCLEm9RSsK4fwlvTUy&#10;NoGSBnpINfPli9i/8BLmnn0Jw6iGe7d/iht33sfDO/fRLFew0Gzh/FPnsbZ+CStnL2HhzCVUq1U2&#10;/adammArauKl1M5EnROVJXnU6KCZhuKpmNoTa4POaT+uYODXlPb+CHGlheraBcxXCRDs4JMHb2Fn&#10;6+d4+OEv0d5qY2ejjYr/2RdWz+DKles4c/HLSBpL3FHvPN7FrTvv4Cc//zn2/LmMXQlnlpfRrCdo&#10;Llisri6jvngJcwvnEC8so1qKmJGVRAdcX5JHdLu37RvpPmx7F4PDTQ6COr9+BU9d/TIWl874Jt7X&#10;rP0dX8fuEkqKshny/cDQpd+TxI+PPLrJgxQ8JCJpIEnKYrqGvhHlO4yVPjH7pxE4k5TnWObLMnBi&#10;IfEjNxIfSmPU2y3Nh4O5b3o0tbp95lrp5MAuA3MkZPFoPWvzAaJTCa/ltV6IHwMCkvy1JpcJZo6T&#10;AooMKjJlNWU9/x3L2Ntv4+Gj+3jvnffw47//a+xu3cO5lQX853/y+3juq1/GhfUvw9ZqLGut10rM&#10;gKI+gaSODz78MbYe/cL3cNs4u/wsVtd+B6Xqsgzj+rvwjxMed7axt7eFnZ076AwOsFKp4ELrVdTr&#10;l2VP7/o98tFNmM3bGN65g/iTXcztGSQ2Rt8/x03qV2zM9wIpmmj/2yLDf99/lvzzUFpcwNz8Elqt&#10;M1giD8jGAir1JhZbDWSlMuYqNdTqFfQHuxgdPsDoYAPn7n4C3LmJbN/XA/696NslkaxRTKkhX+Gq&#10;YaV3shKjemEFyy/9Dty1r6CyuOJLAZItVrhGiFipICQVthwhSWakbGYNiyhUbzIHUk80Ynflqc6+&#10;eyen+QGTZ8AKDgpjsxq6MGJ1XMxMfLphrz91Dv/qO7+LWtPXGrRWkdrV1z1lWvyUdMSeeAS+JdIz&#10;8hAoQV6j8VAJUu/FqrbLqL5Mhcln2LpAgLy4QKwyITcgk8GBBEtIHe9GQ3l2lDRTrdV0iKpSU/08&#10;CcbIuL8nwpH4BSfimUwYQJoK8KUybfbAc2LnwI+tJtSSrJYRHFIVGsv3vQlglhuHVYmNiTxh5A0d&#10;7GeY0UYgFWEUnBCcyDmORfpN7zX0e0q/Q8Fz5HOcMthH56rk6z86GA75duKHbWWqICQGGiqZAite&#10;QblsJL59wRuQWIwZs/skmETqXiGPSZCovkckycYhcNKEfdRJxTNi31wF+kKFlYmHqXjnu7H1RKjn&#10;yLOVrkEmhJ5sKInJtE7QIIll1PS8DYfoDSmRd+Sfryoacy3/a51l8KyWIca4k72GQNgw8GWWopVA&#10;kTErmoD0k1Il6Y0K4siQTiOS+HHhJOmrytJTxpUbU/qOGF5KypwYFEYK4B0FFqOJKcsR2a4Zsy/C&#10;9BlB9pKzPQQ8MkWK9VTiDhs3hofJ3xC2ZNmwlAAemRiKppynOJokaOTO0+Iq0iLeTGwKbGpJUlfy&#10;sRj1+DhoUeAGlVl1iXhbxEJqSCKhvTJ67ReiDk1TWY6UjKeplOAblZgen0YDLpBo8aJEHbpRZBpc&#10;kgmFkgIcJfNYStaR42NwKBXZMJmxj3Rx4nNhggeM3PAMb7JX0bjRDnIQYyU8gyjbysfSQkejvOm8&#10;xLrYKaBZTPWk80eMS6umoIjNuGDWFEQjFzC/Z4h5EVk9zlnte/AiKm7ageng3KkJ/6bQJVg1fC/7&#10;DaxZr/FiSotlt5/5Aq4stgf+/PRp2lsqcVHFSY00NXfCbqz7Aq9c3mdD/IS8//zPrMyVcNDeYYp4&#10;mGjmi4UNxrBaNJmxPCcqHJuDPdLgRMeJDKYYbZ9VxnoaoC/6NCXYCYzCk4q64r1kzLR5+xcrnS0e&#10;26zUypxN8qnOoTmJIPcPJKC2R5r4rAg5m+OBtFwYHPyzDHKPzQLveiZDbyYf0bkTgbsns/ZOkuoc&#10;L9uZ9TPcdDoxCa7Q1DiuIVomWWfGHne/F8/hbKuKt++08dY9i82eb/DIwJgmlbQvZjLooiWaEs2g&#10;6ytPCY1TRnM2MfjJMjcGRwvJ4eITK145BpLgJ2yCKPduYTYbNFzJDuX1BECOVHqG4FE35EsuhsnT&#10;kunhRAqsdZNp4LHq9oJv04BDSWIO7xj5z7y5Sybufm8aDJgFQ5IfkuwGZnbuoaY3CzH92G+ENosS&#10;TeTn/aGt+xPRlfU7bfu/K/si6TGGg1vcMJqBE0mv0vRdYGcJDYi/Jxe0NEVW4IO9TIx8/yBdHBua&#10;OfU0djnbmtbwFWI5RCnO1Mt4dq2Jp89WcHm9hPUzMd0KqDWsbwDk3HVGkaR98vWXYtMYKeCDrUlk&#10;zAlrg1PWmJliLrtjJOfyMznbJac7HQXYJvSpBfAvD7w6IpHFBHN2MmV36jjGIcnHSvxnD4RCmu54&#10;UDo97J1cH91Uo+5m/Ntx+5ybGBAXGZVFRM9NhEK5owEnhXMalCWZswUZ9aSdiAtMxxnfP3NmMl1k&#10;6lqLfGg8zHX5ENCJbL3wnrZ4vWyuxZYatSj5Nvp8OH0O7PjZDqm2BGSRhUEUjf21A/BITBmnxus0&#10;dE74uUny0LqUBgAcnFPBYXsX+3u72Nx4iEe3PsJo8zEqewdINjrMEq76NbW2WMfC4hlmjNjD+wwo&#10;hpTfrEIeqXrL0qw7U0klLaPqsV02yuhzAp9TnT9KhK1zeH4V2eXrKF/9GvabS3iwfQ8/eu2v8MlH&#10;t/xxbWC5VcdXrl3E8uoKmgvrOHPxWQ5CMuRHxRIwX3Nb8THNWxJmcZR4YEGSLmYOWWlgOTiPnnZf&#10;mx8OIhz0hzzwrzXPoEFCD3+gg/5d3L77S9z/4DXsbW7j8YM9HD7qMDPvpcsX8Nxz/xSttUuIyhF2&#10;/Ll6eONXeOe9t3Hr1i2kgzYqlRjnV8tYmJvD/OI6WkuraCzMoXH2qq9Tl7kp7g32fU3a52u/39nz&#10;tWcX2cEmRu2273M6OLO6jqvf+FMsr6wzK4+CNg72H/g9oiugrh3woIL913hdj8X/zfdGpaSGpNJk&#10;xif9n8k7kah7OJDAkVS3wSm85HfN9g9EWuDQjfBMWQFLw4BLU9WdBldMJ24fVzM+Gfgzp2Tyh/ea&#10;8iZ1diLsjdmmhbdhmXImsjsp2CV0K4lq/t7p+bcb8WsGqcP9e/fx7rvv4Je/+AkefnILrVKEb7z6&#10;HL7+1e/g3Pkv+ftvBd10iHJjjmXnAwpbbnextXkTm/d/jN7eTSzPLeHyuafRbP0TxAkNuHr+53rY&#10;6T7G1t5j7La3sL/7ARr+Hl2qXcXlM9/2y0sVESmRHtxFvLsFu/Eh0o1NJPsD1LpAZWAwTBwqfg9u&#10;ZTGG/oGq8GJSRs0/owsNg2fXL6Ny5iri1TNYWn8O9doK39cV8mb0zwr5MxKLk6Jm9vqP4R68g3jz&#10;E5Tv3oL55D5cty9WVjowrKVGQnsSAvn8RzVok61j/vkXMPf012HOPQOzuMAJ3TF7rJVyAk8IB2K7&#10;LVLMOamjBKSxSjyJcp9TsgFJNESFQCtSODj/3YZ+zdppH2Lga6l2d4/v78X5ZczXygy6VXxvS/6/&#10;FX+Ny74OefWrL/gWz4ifGmFzFJoZJ7ndQebfJ9HhIrHyQq/MSbOauErHP6LhSByHG4gTWDloCQFs&#10;ihmMYmJQVAig0v2RWGiW7FWckzgzIg8R464qHvjSZxpWidhUBg7ErEsqFRnsMgDpzxuByKMB4wd8&#10;DDrxpXWZ3R/iOJe0EtvMagKsM2MVZ3g2CEiMNAiLiYdO0oJp/YnKCW9VKdmVUQI5ExOdBkcYfh3D&#10;IpnNiSUEAg73/Xmq1SULoSqWZykrIv3zVdbgzLz2052WBi1xlDfCkRZII2Zal4RJHBsF8fzaQwP6&#10;LNNgU1VWRHJMkt6r8uDA3g/e00Y8K+lv+hygKvYNzLpkJp+mEwdpnlqhhe+XWSFjCR6UssyZ9hIC&#10;K+n6chieX7N7wz56I4s58oytz6FSqrJK0GpvRl+FrhINyCidnFiCZB050M9jCzK6dnCz0niPb+Sd&#10;c0fWywiT08wJFlaI4dZmIdY0Vr4Jrc0lwGNvk0lD5zyYo7jIz2DVmJxR56amspONYQjWMMUwhEgA&#10;u3Hohh5PJJruvICL4rzQDRIQuTFiIecaq+w/x1NRZirwe/hFKu1qlLOwDImZQDRqTq9ikDBT8+NE&#10;jT2dvDYSSrCFpBDKVxKTV0Qmp9ETqOg4ot7m0oVIb9osFHIKRjKLhJgdmkjDcduQ60JFYMIhxImC&#10;m5IGRHLVwA40+gAHb6DEP4VU8Dknkl0uAAtS7mLSXl6m68JFSUCRSmnCtaI/pzq3RgE8MPnigrzJ&#10;LErOncNEGt3kPXX6e9wcAbzECL9KPk2+GO0PLXtJcZoRAY9kmuk3d5OQxKHLsrghGYRyyUe08SEz&#10;Ldl03r9fp+83lp7D2lIJve6+X/QTXtjCs2MmzH8nTtiU7CeajB2ckup+XvBPdkpAMKTRnlbm+0Q+&#10;lZsUVhyVxkaz4ZrcFHnKLPlzBjaPKzxPKlJPfp8xqP0PDfg5F6bWUaB35c9ZlDOl8UQAM8jiJ9rV&#10;mdasTwLpjguN+izg3oz3DcjEaV7BrO6RsFyocSF/JpaxNFCK97mQX0lJmhpjoTyPc80EP729h7cf&#10;W19gOZbDdP2GTQbVJGcbsT+eSDcorTUHm4INVjj3dgw45fKAifPpcpYvJ/y58bDD2rFnUBbYSvx3&#10;Nt9T4yC34NAf8niRyWZYRwMIQlPKSP8hK97XudmSY4uHfibTyVK1goH/2ce9EXo93yxQCn0W5YNA&#10;XudsGGrQHiXNFDfqRgGLIRWKe/7vqFlqi6k7WvQPsIOBL4h8kxkPuRg1zEIPybKF7PbQRGZj8riG&#10;o+nUVeitNvf7LS66UtRl7L2c4qurDgvXFnFxtYZLl6uYmzco1RzmGhmqNcsSknLVcRhIn6wRM2VU&#10;CY1RwkTcpIx1rG0orpXuFGv4JJBkcyNxp8OgoKIoguYzWGhmYqE94q1clOGermFGLg8qWgZMePRN&#10;HcNkcvqM8A8z6X+Xv6Eby4VtNH60g3rDTYWGHJX/zwAedegYmoYxFGoLfoQuf+5MgT3gjk18NwV/&#10;U5Pf+0XA1I0f/CNSYdabmNnhIzkLscDyN+rVB7VbEDawUcBuKvAk3IdufA8lWmfYif1MBtQOYarO&#10;EJx/TolB22efrQwJg1jU8NCR8AyDmCSDtv/9HvY2N7D1YBvZ9jZaO7uo7PhnuO2fi7JDtRWhujqH&#10;em3RN08UBZqJr2VZnkHGUioCnvPXTaRZJPJfjcrgIXW3fl31f6CEU5IEE5u6Nz+H7lMvofTKH6K1&#10;tIQ7d97Gf/jr/wP7D+5i9/EW5nzj+8xaHZcuXMfF6y/h/MWnUGmV0R74ZqlS8829sFdoOGNUnumy&#10;sWg+ZQmOGMpXIseyfALC+m6APV8q39nuI4ubWF57Gsv1Ctp+3e917+PB5vfw4O4mdu+9j/2P93Cw&#10;7f/eN/9//FtfwpWrL2Nh7UVkpQon3d6/fRuv/+QnuPHhTT73zXoZS8slnF1dxsIChRMsY/HcOSyu&#10;n/f9RAU2afrmbsi9QC89QOz2/eazj87+HvqdAdLOHq5euIzrT/8B5pYu+PNfx6D9CPu7DygOXkIf&#10;yHrA17lc99I+lYhtA/nF1aotCeEgxlqpxN6FZBAvkrpMmDfllv/ZJsrlBifspmGbUsVQIGjkDNXc&#10;fmfWPZ6Nh9szFGafhxrCHIncwRGVCArDNpMHPErPJxI8aCiiYakkMTsPfQ9QLxGjdYie/7fXXvsb&#10;fO+738fj+xtYXyzjD771LL767T/01/xF31fURPrtz1G1UkLa72Do33/U6+HOx3+NzTv/FoutOq5c&#10;+SZWlr+KMrP8Bui2H/rr3MNW+wCf7HyE9vYNfy8u4kLjy2g1zvr7r0WcdyTbG4h278H4ey59+JAK&#10;EjRTYqFF/JzFcwY16jn3RMVVcrH//BjpUoTmhTK+ev0V7F16GbaeoFa/jIpfE/b8XlyvLFCsDIP6&#10;iTvA/uEjpIcHKN+5h+jd78Pc30LUibjOqfgagaS6HEbmF21OTE38Z/rnv3IuRuv6i6g8801UrrwA&#10;5+9tYmeVq8QKLfNAJGaveyHnBKYzEVjYPoAWCQ3zsYoxcA/qxN+UwRumwSUs429Uyzjodv3/M/T2&#10;dvGDn/8UH9z4Ba5/62W88txv+55s3dcxNXT9+W9UEuxsbyLqHvoeUJh31NNZDhtyIktV+y75fbCA&#10;isYDaWWLG0H+hMnI3sMEtqVS4wmtTDEHYTgKIFUAmhVI4uqMjoNqyYjsoSr+fGnogAJ1HNaQKduP&#10;wCz1fU/TNF/jI/ZmTnkLIdVgr5fpOkc1jfgbklyXj4uwACvnm7AMpwEimSBqaouidmdQH8FMeuQw&#10;FJP+2qqPnSRQc/0VSW/slDgW4HUCPCmYokr+fEnwjwWv8/SMVRgANlrjKt7D/nuRKk5NbrFE7MFA&#10;N0h1qMyDXw3lsGZMbJO61Cl4WSDg0NBeixli5lGdS+w8PlexDO8jrafSSFmFynh0hdwDsZkTubRT&#10;X0TCYsgazJLXs//ezOrr99Ef9BgcNrUmy/+Z3EVhgEmZf0/DlVi9cynwhMFOfs+UB++cjJwKYSkJ&#10;RZ05RTM3u0nWoADnZnV1x5SIUaHgmkpsKwAeJ63lQU450ciZ6EgpKmw0nVpGUc6WMDB5vyQPZ6Bb&#10;jlmJotsPKWSxsN2icfFJFF+yWJ/szC3fSJF+bkhZZVPMgr4kUsCMv4Nqttmrx6qck3wLKMwhjvKJ&#10;QIiNNuzbEmTRQpc31qFAXMyBWC5Y1CsxU7q8yLGMmAoz6Kex2YG9pxT6ABJaNknP8kkJHbM8uCKz&#10;4EUsEw8TO5SHOgvhCpo+Ga5ypoa3Vs8pl9E2m3CNdPowRJHJ77E8cbdQqGJKyjN9t53mPnYuOwIG&#10;FJ8Bq/4b9HcLrXmUG1UM93fRGVQ4HWlEkzz/sA5HROc2SEPpQt4JvQ5KpRhd/79S1RdCvlB15QSb&#10;ewNcOlND22/SVUb/VXKjCx1PqdSLTwr+KG82XDEZrMCKDeBr9jmGGJxUTE2zdfFrAn3TVvVPlmuM&#10;08BnS3aLbn/u1yoYn7QmzvKS+2zf/h/ff9Pg5TTcZsKeMQOUs78maDlrgv/pJdTuqA2FO725NxX0&#10;mZPivvT/UffeX3Ik17ngF5FZWa69AxpAw7tx5Aw5MyRFL/9I6Tzt2bM/7J7dv27PvjVHa7WSHiXK&#10;0ZsxHAeMxQw82pvyVZkRG/feiMys6m5ghhzqvNURCAzQXZ024t7vfgYJS3PEjZ+841oUKI7ZmuGC&#10;mUylk7iBxSTCzO02PthPsT0gLytqeqQ5JFlZGDgFlgMb5JeHUEFWqUJZa3P/L+tlr9oPqLQqsSlt&#10;YOCVZW/yOcK+l5+pUWLcUyHkiqbUG0XzRNyU5ErsSWIOASdZsNjwhQ+/gh5QJK+azkCYjMaIab0u&#10;sb2s3+cIqTF8bLHsQ8rkfrviu+KKH7remhiUO+zVZVPXNLDNbgyuQ4llE0AOlflnT3tWtpxzMEhm&#10;NiMKebkVQnnBoApDJX+sEUtYNC6tVXB2oYq5GYvZOYtaI5P0P9coVeuGAScuVocVNunuhSY2Nb6Y&#10;yKAPvePqMNCnSgAQHudDGeofXzyXZKsB3D1uDcozDKBKr4IdB5En1uDjbFzKzMJiPS3eLxvIZaoA&#10;FYtzLczvJ4dZYwxTU7DlioC14ljHhmMmyJel8pEmDN6YaRyUtCUgtGC8hXRhVVKHmJIqAZ+CbT7J&#10;Ti4Gk/KM2uOmCkdlLxdDbA/sKVVI0a33fORhsy0YBzZIqHJ5cuZla3YMiDTFHMCLgosBq+LGM1yN&#10;YCAv7AuqFzkcjhQirNKh4XAskjT30vd7XR5qtA82cfv2e9hwzf/+vbuY3tlH4mofQymD1OiPNBoL&#10;CZpzF4Ba0y2NAzF1r0qTS+Ba5t59eqekhmREln2zYSIM3DFV3edEdeWa3YwZZOnMHLpXX0Z06Yuo&#10;zy/i9t238MaP/xr3P7oDdAeoubXj2oXTuHDR/bp01b3PlxAvzjMDekThAOTHSfJFnXBqLzVyZHXj&#10;NV5+qCKG9YTyEDjW95TWTr+Nbtx0r30dp8+dRCOhAfABPn70DrY2P0B74z1suetxsN7D3l4XJ6ab&#10;ePrZ81g7/wXMn3saI1enb7S7+PDDn+Pd9z7E5vo6Ogc91KoKCwvu16LbW5aWceLEJdTnllwDOAtM&#10;NZEldfGFHvbc9e9iONiD7Wxg2NlBt9/jVM3V+Tmcf+abOHHmqtuktGsmexju3WRGX+SZxzTwQWTz&#10;wRGlMFeb0249n2Lgr5I02auNrRG0lxUq1+xGNQasKskMktqMeI2RxCzN/CCqvKZILqgMY8YLhILJ&#10;W2KPf8a69Kj9f2yNeCzo5+vrkg1MYMvLvitMLrEwyooP4yCsGvukD9w16dHz4hr0d2/fxb/9+F/x&#10;/js30N7bwekTTXztey/jmedecPf8KWZhMheErDliAam1SdzX3sPtj/4Fe1tvoe76hWeufg/NmVPu&#10;x8y4PoOYOy3sdTvYbO1j9+A2Wvv33btTx4Xp5zE3e97VKTX0treg2xuIOrtQWx/DbN6H7vfdHqVk&#10;z6O6RshRSLX4TVYWyMPXvX/TFcytzOPUxeegLz6PYWMJ9UYTVVthJm7H1LBo5R52Rl0M+u55299B&#10;44PfYPTuTdQ3HiDeHGHG7d2jiABQRQRH91xYSXBN3Hs0697b2QaSc+cx9fy3UT9/DWZqDtatA8Yd&#10;Q809sxHXWRKGECnxJCOwj8kgHsATK3eb97ZRvs6C1XOkOBQWlGb6xWAwwG5Hete7H7yOv/+7/xsf&#10;fHQPB+0W7t7+BAd/2kH1D76HmWaTBwLthw/R2biLxqgnAw5aGyMt4lEt6kQCIlEinVhfdxkzwea2&#10;eoLEJEAQn9NoxJ/DtZ2SgEhh+Wlea/MkWk5dTcUD0u/NDKRVKpzcy5ZbfiVnsI/X6xH7RqYDCWIz&#10;vn7k8CQCLsnupSRSJS9GApuoL08DUGV8CIdbE6yvI40t2H2pFfCQQTTYMNfleiSzoSd2a8xIrpek&#10;DVtJ/CX2nxUgkslJ2qe+E7vVPbNdAsDdfW7WaqxqrPD7Jv7YWvwAGE8wecCG981kiStzDV3NWPEK&#10;l4LAwEBpEvsBaVEvyJBJAGQ5dQm64H0gEDOChJpPMmWFnoTueYyCsDwfqmXyfVjSleni8P7MCdaG&#10;2XzpMOWwHjsSCTf9YLKMIJl4x/33Mtd+GdfLiVfhhEEoXUe6T2THxqnQxDZ3z1OXmJtxjL77Ohoo&#10;xUVD9OTFVClVUk/Inzkx7ggZgg1JvTDjco9Q4BozXuioMrPKsBT1qAVelZz3n1SAiQ5bQiikOfKM&#10;BfbTMSXJqhbKaghQtDyq4SkZAzTh8/0EKwy8g9pGjFrF/0UHr74AIvrNIy90/TkmZBhJRp5R5gEn&#10;WyqQvW+K8Qh5JKg2Jw3BszyCQezEpFy09arYKK2AcVQIsbSC0rD815EWIvIvizJ+ykteToGqaoVZ&#10;yAxBHQpuI9KF3CNR58Bf7s3D17bCSyw3sXZcRpsXj9D+PNM8VcaYgtZv2LdFewDMR1gH0NTaw6zP&#10;I8f3dixFenLTt2UWIQqforFGwL3MzWrEviRkqGwOXCE1kmkFbdQ118zbETlAyDR4xAtaBX33wtUq&#10;DaTuOjUbNQYKMkuGyBVUuRBMOeGsqL8F8LPGjsnfQ15eYJ9Oli2hPCom8uaxDdrv6/9+GyafLsmm&#10;Pj3QN94yj/PACtlFmB7jmGCNx7HyHgfm/X7BtWAG/e/5MydkvCU5nSk9ZMHHdAwQACYKdjMRIGA/&#10;NTPo6KL+8UzC8X+zj20MrLVHpMNPDqkmJEPG73m+T5c9JGPTaWpsmxWScLr11BXADVfETtUSnJrW&#10;OLlQxaPdPj7aGuH1R13cO0jRdXtKj+VtGGekl1h5yiMkXFRa5A24ykcr8rUmn0hZ5FZjvsyTvdWO&#10;2VYEe0MZoBjvG2hc8R3z/kdTw36/7039i1sse5ge31O9j19w/SKpbBSJZGWQjlCPBUHQ3uuGwAGe&#10;gqRekmilCJJBd+xBSyOBALz7yGpA7GnLBiskU6A9kNLMtZ9OWwZX2RPGaF/YeQZWji1pMUD2gVwm&#10;wzgIZVBI81DUMTaAjZDk3ItrNMzJMDNrUKlnzEAyMTETyBhbc0GZphEnGPOeVvKU5/uXduXtUofN&#10;5XMW3BHPuDlmDGBKYJ4pUefyxFxVlqV6Fl/OFiwNwswR8JKyY7XV4ffWHno/C7BP5YTPgsFmCuno&#10;5HpamtflwCIm/bkm6rv83GyJmJgbYMhuXhRmflJfMOcC0HfozAJbNVzPHFwalzJDlxLJJ4bLk3tu&#10;IZ0t5M/M6LXj/oP5NT1C0hsYfLnXaQ5UmqKuMaxq9x6Pk+xPwy+J8eF6uUTciqrE8iRj5C11fN2h&#10;5F3gq0nMD24uvAcRMxD6rmnuczNJZvrahxKM3AvQah+gvf8Qu9v3sH3vPrY+uov00QZmDtrAVgcU&#10;9jiILequ2J49FaNx6Rzswhr6cQPxcAM1anjjKqJY1raYUriVsKAjL6GllokSauOqew9HGp3pZWRn&#10;rwPnn0Xv5Bq2XX12+90f46233nDHP0J77wBrK0t46otfxvTqPFbXLqE5v8rm76lnj1UrUzzwqJDR&#10;eyaG+JbZM/66mdTDCCpP1aTmcjS0OHAN9kjVUZ25jKl6k2XMe/sf4c7Hb2N76z3sf/Iudh620N0b&#10;olGJcOXUGlafewoLq1dQrZNpvsVHtz/EzXfe4d8PdlsMSi7OzODiU3NYXF7E8olLqM0tw9a0O+9F&#10;6KqEpoyyNrr9A4wGOxi29jDo9t2f92DbA8xN1XHl3HWcvfIlVKvzyEYHGPbus2+aCUCAHbD9TkTM&#10;GfI+i2pszUNgZlJbFKlmrQpxQos9q4d6oCr70+loyjXM0xyKEKyDRpk8d1FkDm3JEnaDxwxcPw+A&#10;79OJeo/+d//c+2NLvR0Gg0tR5AH2mPfWIYc9xO4Zlca9Oxxib+cAv/zZz/DOW29h/fZtLNYTPHPx&#10;FJ77/ndx/Qtfdfd7TsIWk4RTeMWz0KB70MXG7Z/i7r1XULUtLC5dxqUv/jl0PMvBUkQrafU3sNXa&#10;xub+lnvPNoDejnueVnBp4WuYnjkn/ax71kf3PkB98yNUd9dhWvtI+pmAEHHkfdjF942GcqT5UwS8&#10;z7veZGkBM5dfQPPy84iWL6BTqyCtJKhRneDelYOBWEcR8DUgNZd7Tqc/eBPRzbfRvf8xsvu7mHH7&#10;NCVdR1WRZs5EErphE/czG+7v5tyfTy+jcf3rqLv3tXLmIjJKcCaiCCXYSmgzS+R5zY0Sfo6sTDUl&#10;QCJIW7XxNY/2SgWpVyIl7C1BZSXsgULIBr0ePtm+gxoBeckylhZP42vPfxPp1j/ihrv+/Qdt/Ox/&#10;+38Q7W7hT7/1Z1wwxJ09NNOBVyBK2AoBalUyrCy0Dh6csyUSTzFMhVL5EIYHK/Qc+WEMy+TpyzKT&#10;s+oYIGO/fSNyW5biCmstYvY0IX/Sz5NHMiXtauNTwK3sL5zyCgk1Eh85nuj40COxdGGyD7e3I/fO&#10;1xgP4KTcVFSCI3e/uWaOJNmY/e1IEkxTVhXCzIyMG7Wvb6im8KFyqd+7Mz9J7ZNUNVKcBk4grfKg&#10;FZOqyIMu8tgJ4SxuPam6b+uTtLjT5e+rMFyVsVqG73GsxJ+VrlskslaqZwWCsLktDicz01qdDpmp&#10;zSvJSPYU4wlZwVdb9kN6jrLcszps0VHwuWXfbcPnxe8ShZFkUgN7HrhU6oHN521KrGcAE3A48PUz&#10;gXzK3WseDBs63z7Xt7zH9ocYkl0YDZQ6NMRxtXVTe4uOjINzFCtv5PmJiU3vflbPfdbIPyN77vO3&#10;DloYWg6FU4cmuWMN0aT8IxSTSk80wuUpqS238sWUpJQCGqaMBsGXzRZgi59YHrc0l/2alCqMkPNC&#10;3ueV2jE5iiokoVZMg0VmrH2arE/usQIqwRvAMxOOXrBIkojoAleC0TYtYkyDjcWQl4HDjD0ruLi0&#10;qZcQCUBnUPjXaSspQRwdbZDTXEViBf4fwtsr0Sy9XlyAEAU6oQYjIgZZxR+/zUFLa0IgRiETsjlb&#10;RPOUw70OnvKZygQulWAJkiVQ88p0fO1pt7kPhdBEiSGolM2T6LjIgwfgfJIdy7q4EBIDVPZINvLg&#10;szw4NJ/KLw7k88cPrZhzZiiAKvLokzSrUnEfJKyAp+KaI4EZFenieSwxB+yEHFzloTLBtFuj/JSy&#10;BwQvNBV0KlJrmtwHUtgpA/Y+AE8JWq0DiYH3TUFSTdjFk6LqaYoXDyj+/MB93xyyQdf96iEjL5S8&#10;eQYXX+JpIhq0zB5mMpahNVV+25T+zNDbuAeU+tTf83kUYdljBgs5iIzHJRmaidAH9SlLvd/tuCfP&#10;/6jr8OmvkRnjNv4+wMXHerMe87yYiWtkbDnYw0+47EQzbwt/KmYI2yN1vI+9XuPX7mhIt/ia44Ht&#10;yXtz9HV9cgCCawXd93aQqT6nRcaW/IrmUanSOneXCWVVU3Hv9YilHDVX6NaqEVaWpnBqPsVTCwl+&#10;86CDN7cHuN2mkA3NYRpdt3c0anWZ4nnAjiQpNO2kBDUq8hIdeWuHkcg0tS4FKsj7zh4k3gcvACYh&#10;6KgYrtk8KCtnNHP67WhM5pmHwHp5hbJ2bBjIkossK7GVhFlWoZTaZgPtnitKXHF9gppYS3Ij5fYs&#10;n35mC3mrMCh8clkmYILXIkLSPD1bz7MricFHvn4cwpE/aspPl40HwEpDNe8bA2+tUcZyg5UZcrN1&#10;2Ru9Q4VnginviWjRaGSYTjL2aFQVku54UDbznr6ZW9i7bh/reBxYiyQr+AfatJ8Pp4QpIoNQcwgs&#10;H1/DtF8f9QRbzOTDgHGQSAcJpi0FXhzFF/NA8nHvhFUF2juZeH20R2mhpbUBXVPIzaknocIxv9Mx&#10;Xo3Km+0C6CpAvvGgNhTsibKtB8whT74xcDWvPVW+9wc/ShMGf54B6mOsj1031DFAaLAWUerw2hIG&#10;5soWExRlSwnDE2Cq1joH77Sf4MvzHtI/PcQZziOA/dZ4b2x/VYwE4ljf/BBjlnmhlH5LrBIldRxf&#10;P+2fW2pmCMywkhRJki/ygeuNeuwnlPD9pnCcBN3OCK3+Hka9TTy4dQOP7jxCZ30f+uFDDDd2YXrk&#10;jzRCLxOGztxiA1MXFqHmTyKZWeSU62i0wyE3UUUzgNKnerXm6vJBBJ0k3IRSABJJRHUaYd+9dr0L&#10;V4Fnvgq9dh6Dzg7efuOH+PGP/g0rbv213R7Onz+JxetrOHP+OhZPXEZ98RR73tHdG5GHGF0dUtEQ&#10;uOXqN1q7WKbsGiaVTLFMMjYDMVK3CUso6T703Tu/vt/HXq+NhZULmJ0/5Y6tje3+PfT2XsGHb/8L&#10;uhvbONjuYv/jXfa8u3x+CVevvoQTp55lH6a2O4eP3l/HW+/8Em+9+yani8w1Elw8OYXp2SYWl5dZ&#10;oju1vAZdm4apVNgKKHL1YarIzN3tScSqGh2467+Lzu42M0GWZqdx9eU/wqmTTyFpTGEw3EK/fd99&#10;7bY7tZ6AmT6bkZJxGVypVPnPUZxI8nCF2HoN7g2EIDFiIkPK62fN7X0n3a+EkyE5YdykKHy9VQ4O&#10;qzAp83UaxlKxg9QxeyJp47Ow/4+vgcrD1EP0lFydZoOxf5D0xUTIqIg1jBp4Rn7E706712PW0KPN&#10;Pbzzxmt489c/xs133kZSq+DLL1zDH//xf4WlExfQbNYkeVX7ARWHCbjvd73i5sN3sPHJP2LQuomL&#10;J17C7IlvoNo8yf1ob9BBq9t2v2+5Z2sX798hhurHWG5cxIWTfwpdX2EbCdVqY/jgDqKND9G4+zbi&#10;Tgeq765/QoEE7t0l37sBUHP3aejuT8JgmEKn7r73/Dxql15EcuUlpCcuoTo9A7dto5EO3D7szlm7&#10;Z8I92x3yfaO9sjdC5d4naH/wS3Rf+THinQxzRtJS6d4ntL+RkqnrrumUe6wTy+y+yuVlzF7+EpKr&#10;L6N76jp0VeyoiOkVcf8dc4ACS6UJ5CO2Ke/Nfv1TMnElYAtMQol5PRTfMklWpZ62N5SU2Cp5Uboa&#10;amt3Hw+39vHmG7/Cj3/9Q8xcP4v/+pvfx5nmGq6/8GVE7t60/tN/wt3dXai9Lma3d7HYesh7LwEz&#10;MQFYDP6nqHpbLfL3J+Yr1SMsXSX5cyKhaRx24cE2w1Zesfd/kz4/rtYEjMvk822Q2aaeNEQ+od46&#10;hbAH5Uk/zHzzqjny6FMkryfpZ68tqgYCTN3PSzh0wrAcv9/tsNyVhhUEqFrPDDcBKKR1d9h3X+9q&#10;W2JC0n6aylC5Xq0yoN3qDxiUJtkog6iViAPLBqkMvMh2jEPJ3Pf0RwOWBFNWgHJN8WiQ8v5GvUCn&#10;3+NBAoX6+Dk1vwwMmnG/UPGhKJQUnDD+Rf8z7PXd+ldBreLWG9oDjFRONR5eZfmAMPLvNwFeHFjD&#10;1y9l0MukIpOl944+x7LFmeyJmRJfwjAsS2KdszJHw5GwKiMB2cSqImz53nqLwldMoWLIQvieSFjk&#10;Xvs+nu0tKAHZ++0pn1pP9eKQQ1Mse0gSA5WAPlpvF2ZmcOLkMuJ6lRAVt2+5r0tpYFblepUYgOQT&#10;Sky+A2KgRmAiUbc1xK57FzpufTh7/hziMjPITkhx7cTksyj2UCyKk1KpUkGnDs1LQvFovWymAAhD&#10;Y8K3XdljGT6qlEYafFPsoRW9JI8ORsUBeGSvpNhPZcWbz5Z8a2iR55QZouxyypZExOvyAF5FhTV0&#10;yaicoS8rm5gJPnxKNNbKB2DkBRxHO0f5pD8qpeDRy0FgWe7TF2gZ+VTJF72ij5GmzEenCdrsVQeY&#10;bMxTkYSW/G94IhIoDyW5bAB56UyHpSAEIAC0ShobVVYgRd4cOvPFtPgjid7f+MlGEeKQcmpMkI0E&#10;r0QfhV0qp5VPujEl9+8wNRGfBHOoqVd+8qC9F6EKbJnJIiEsnseBRN5EmJ6HqWaTTVz3XWdOspH9&#10;nUeo1Ge4KLKuCaS0HNps0qFhyZmuSGERu0Jq2PcLNYGsrkgiqj+9tMO+25TrTZm8KFOSn+bt3jgF&#10;azLZ8BiI6zim2meRQX7+ebafDmgcZ+OVI0eyT/c5h4Cho5u1sjfe7+rZ92lkvk+WJf/2IN6Tjv84&#10;QLcEETxexnwM++jINbok8T3u2k+a6z921m6PYNypcQBx7PxVibdrVf5EHPZCfPLPZ7sB9qjSLMcl&#10;FplixhClpVWh4jnEM9uIam1E/RjVKUr+coVNhwquCCvTMTYWNM6s1vDCzgi/edjHrd0R7h1EeNQZ&#10;SDhGwBUYXEvZg4omlMr71IClHVEuiQrFrw1Ee2vyfViHQYgtghfGgwHUE55jFAwtP5yLSmuOsQVr&#10;kOE4VUilaEIM7xfH9Rwz0otE2Tx/xErzx4FLpVojsOys//vAfJNPEClssEngdD0lzVjOYA+7BjGZ&#10;SumpgUlJrIYsk2tHckQ5B1NiVUqx5m18kbp1nlLXmclDjIUsRkLGDRnEhN/QgDiRxGUu4KK8SNTS&#10;S/kZzbBU09DdHnpP0eIJzJlfE5YEZd45b7nmaLsUXQIIDQqJiTliyQmzLy3Zp8cqOMwRHraH9xU1&#10;xuENjfRRkROqxBgeSwAuVL45UJn/WRd1Yxjchjog+BGj9NlHr7EGhW44hHgVz5ZIvtVYwEgZ+QwS&#10;77x2mfDpK9ZAlTMmJ7/Oln62QknaXAIgi/XOTDD7iqA5KRFNroQIxiYheCazXhmQew2G45JUSeVD&#10;12gdowbNeD8mXfp5QTbGnsrp0NUpsW8QiclqyMxAAiqocXINR3ewx0Ec7e4utu7cwuaHt5HuEZNv&#10;F71HW0g7KdqZIJxTrpGac4389OkFNJYuozF/yq2drokZ9F0j7Y4lqTHQQA2lpnfKNdW6Iib2NFCw&#10;SZWDNoarF2AvXUW2cB7ru/dx56f/B9789WtYX3+AU3M1rK2cxfTSGZy/fBFzi/OYnlviBNkMwm6k&#10;NZSH0pZ+J3KMEtkuAV/u+AZc/3dco9/n4S0N9FMzwIFbA9b33N/VamgsnsUKSV0bTbQ7d/Fg/SfY&#10;W38LrfsP3HXYR29ngKlqHV967jmcOnEdzYVFDNwx3Nnr4v6jD/HrX7+BRw+33Tn2Mes+b3qhhpXl&#10;WaycXMHU7CIaC6uIGjPQ1QYzHbW0eu5auYYu7cAOe+i1Wujsr/ObvzBbx/nnnsfqytNImivuHFP0&#10;W59g0NuXJtWMxA+cE03BgAqda429oNxeRgAfsfVcvZrUa2xAn7Hklob0krRbc8eitIRvKG9ESsCG&#10;vJves0zioXLvLBPAcWvK+hMPVh9dS5TXh0+tEimxg4/b5QP72Xq5oC3xfE05xM6ro6hBrri9uNsd&#10;sek+91XUD/j01M1Hj/CbG6/h1Z/8DOt37mOmGeM733kBX3z+Czh77gXMzM8zwMHNPIUXjkiiqjEc&#10;dvDwwYe4++E/woweYGVmFeef/m9Rra+wR/pg1MKw10V70MHdrTvY2byNdm8XC1OrWF37MzSnLjKo&#10;lrUOoLbXUfnkDVS2b0G1u1D9lNdNSnlNegaDWHs/TvfnSKwvRvMx9Moy6mtPofnsd5EsnEa/SZ6M&#10;no1N70VMSdPkRzZAr19BYiqI795C9uY/o3PvbVQetqB2pYdWdfEXTfjaRFIHzLlvXa6gdmIB+uwV&#10;6Gf/EFi+CNNooF4Tayn63ihCweBmMF1Yc0TYYNwPYveBEM4RCC0EYFkhiKTMihu595VOPQIRwg72&#10;DrC+/RC//sWP8Pobb+LBfXcN3fXZu7OBv98d4i/+6n/A6alpXLjyNP7kL76PV/71n9FoVvHH3/46&#10;+m7dSXiPlPTWyAibjQJ7lA8DYbmkQW53EJh7xJplr08mTnomsN9/yNOxkIwa32eDvfuodyRwiRh8&#10;FPLIax8n/KbCGiRvPVq7Q/CG8ow9sk9wtZfpue91veWIBrL07jITM+InnANEOKjC8Hpn2WNTQil4&#10;zyB2WSRYycj925AVfrLnEbAoKbGKSUj94QBVj1Vw+joBWD5QhM6LGGnBX5CGJsRIC20Y7dn0Y2Ir&#10;pCvj+29SUIpfdcZeyRR8Z7w6MvOfYSruuFyVVasLeDrMMk/qEQWiQgip0t5aLPOXXXxkLXvsZRjo&#10;zCtArA8o0z5xWOo46CJJl2pSWjtDWG15wQr3PLZSD3LiuQ6e2/DMeUms51AXqs/9PRfGY8ZDfpZL&#10;+9BUSlama0mg58h91vz0DJbOrmJ2YQHupXHn7tZlHsRIGjVlCNB1GLp9mqBMikin6/iotY/tUYbl&#10;5SV89elnsHbmFGLvVD0BsJVFdgbHuXJpUSCPNc6B7ipFbdEgqrEEN695V8FHJCuVjnE+GT4sX7EF&#10;P4tZcwYhEDn/fp+WKruOLaWjgWmbsmYUslOTT58q3jcp4wdnZIeMhjMLLhSywRPFvfhkkMhU0mAW&#10;o0uPgPWTikizVIBR30DXVSIPoJe24j5gyIm0hWxPe4+lWAWno5JnnRdr8matK7wRVyCSA14YrUyg&#10;RBarRNqhPaWe/AUJNY/hjT/9seioYMfx9fDR3HwnfMouf10Mz3Dl89ZcKKbcftH0z9JGRolb7vOI&#10;LaKSIWSZLopI8SOUZjEzJvdVqviwEGUqkmDMUdyjQ5IhiVv3Uh1lSjjOOPgajLNZ98+FjXxhVEpt&#10;tTY8d5IQlQO+gaxkCzNmw+yZDIv1hnvZZt3CZzFdj1BLtCv0XKE6kueu3Rpwh8frrxZqOSXu0LFW&#10;k2n3rjbQ3uthQCzBPi22bXS377qCd5W9HwNIHmS8CIbnwU9BTxYxkrw5LpE2eeM0ycSaBJ7KhZQu&#10;vWOfB9PtM0t5j5VjFs//YeZWdkwgRokl59mOBSAyAYAfaw5tj5wcfx6su7HPCetk2H4+4/X7bCEg&#10;RzT2pfM/6mpYHz6kFUqSPO2ncj4XMqgVxgKcjgJcj2Pnfdpp/lH+Pofv19ifTVHqcyCGLYFZsMfK&#10;d8fkvSxloJl2jRMErSsWIkorTHvsMVWJZ6CafdecjpBQcewWgCky2jVUGFWw3FWuWdC40K7iOfdr&#10;bzfDw80UN7YGuLk9xMP9IdY7huVgtPhQsZWMxLc0hVgsUOpdZgt2My3jaS7FtEF8JEAVz0tEMijy&#10;PC3+f1YamOyIRFOdPw3q0PuX2eKN0vmQTybtdI1jTpgbwddJ7OHHrJ+sYKbp3LDa5GxQDouyamxO&#10;h/J95SGNESlvvjapwoItFMoo2OtS+HlpqS2GXlnwc4vk3Utiywlz9H1RxcixRyJrpMOj2pX9ABX5&#10;pmiW7CYVy95nUSju/VpPg6ps5PbJFLmhXObXXr7+WZ+bBBPTc5N5o8AglQyyTAFx9MSbMpaiPtYA&#10;l+Sk+UpXYs0B+cANpUCOPNUveNzkARJa5Nb561q8Q6b0fAQup/Lx8Xk8my4AulxOXFrXD4U3BQAW&#10;fginCw/o3J9PF8nFwS7EmAIM0CEjJvhfMktEWA3lEAxBvY1IMMtJt8SkDQNj2ktQSHgLaXQJIVWF&#10;dFjquNIx6HG7Fx0k0RNMwCI4TuWfUV7LlBoHWI2X8RrPZqCalJgCoWazPu2ZmDOpD8Zg9gvJU3VQ&#10;SAhowSm1dN1omaH0QAqhGA1EQs+plRkb/9PPIFkn+f9UXA01MNKw0AXr91Jm+DFLwv06yNrodzax&#10;/+Aj7GxuoLvTRvpoF2Zrz9U2HWyMhsygo7XopHvua0mE5rkapi8/i8Q1/nZmGSmBTnrAYBK1mCxz&#10;Y8ZjQ/yj3PM0mJ5DuryKwenLiC48ha3dR3jv/Zu498k/4dZHN3BqoYFz8yfx3OnTuHTlJE6sXXbN&#10;0RIajSkktSlmChP7hWRwxBox3iIh4ipX8/mSXoYN6V3jNCAGIit1amilFvuuke6kEWZnl7BweoWt&#10;WSrZLh5tvoLND97DzoNXsXlrD9jvo+7q12cuuAbrpfNIpk9jaBKu9x4cbOKVV/8zbt3+0NWBfcy5&#10;2nF1JkHTXYOTK8uYmp1Hc+UUZtyvOJlif6yDXsvtB223IPXd/++7PaaDzP3dsNNyTfUI0zNzuHju&#10;adfMXcfs/Bm/iffRa9/CYNAFIafsjG0ojZM8Ceu8FhO7iAI2iP2TVGfc81Njhpj2TSRdk1TJn2MK&#10;o0rq7pga7vOrvr+TasEYW0prNkcIYtmox4PputhD7PiebUpjjSdz7ceVIcXapEs7uRmrs2RsbvPg&#10;NklIF3KCBCJO/mQlFkrskaZlaOW+t9vvY7/Tw53bt/CTf/oBbn3woWvgR3j66jn80X//l7j+7POu&#10;MT/HdR2lLxM0TjJr7e4lNfS727dw//ZP0d5+H7PuC66doRTeP2PPvxR9924NcLC7jq3WBh5sfoxO&#10;Z4Pl0yeal/HU6tcRR1OsFEq31mHvfITG1icwO3eQtgeomUCssBy+oSODYV3Wxqrbs4bE3JqfQXL2&#10;Chpf/C70yiWo6VmQ8fDAy2M5EJLef0PXxvVxXVfj7G4hev9VRO/+Gv2HtxG3u2hm4pOnZhSrwuJY&#10;wA1i7xvKTTh7ArUL12DOPQ918jqS+WlkSVNCTDyYGnz0c8JMiX0deVKLqNECu88P0QQl4HUx4708&#10;4T6LCDI913YetDt498bbeO3VV3Dz5pu4/+ABS3hpYJK69azq9v0HH7yDt975Ryx/86+w2pjDS9/8&#10;Dq66Y56zHV4H6+7rRizNjLgnNswotLz2xiTR4mMp1BRxHHmshKRsFdd7x/w7gTtsGZYV7FUeNBo/&#10;sCEZJjHmCHDiXlQwEQJ8aB+jdSaC2FnxM5kKY5Bkvtb4woyZfNIfmmEfqtEQ8I3JS26vyDR/Dj3n&#10;SkvoJnyoG53DgHCOTLzzU3gXrqA2MV5CTeCjlxlTAUSDoiHbALjjHBHjM/OJsgLi0ds87A+R9lO2&#10;tSJGYMWt/fRn8fLUvO8o7xPNab5+/yegK/aWAASAkqhleNBDP6oz2alfSV09TEXYiNmd7HXoB5f0&#10;7Ca6wt9P5zxi8zyxlKH7xpJkJZ58XEf7kNMRA7KRD/xQubewsASZusXXQuuCmBae177HJjhwhK6j&#10;N4K27L0nst3U+70yA19kJ+zryTYBxNrksNQhJ0WT/3/Pre2u4MSJUycxvbSMqtv/QiI1PRcDygkg&#10;li7j3zEssUopVNk92+u7LcycOouvPvcs5ufmsLK8xM9y/CQWCHKfPuMXzeAU8jgfpvGEI6XMWCpc&#10;KE5VGeRT5QJX4yiDahxRMBZeMbokJ5k8lwkQ0/u+WG9ELJuUyIcRWGiqJHcKps9l2Ynx1WKQq6ng&#10;aaXzhlKPSVfMoQZV+Wmt9aBneQptc/CkPO1CTn0P7LW8oOYJtGzSvODoYlcV1l/k5amFzEXlEmu5&#10;3jljJEduCx+bOEjDwobK8iuTA2YCpkTcDGnWv4OLK4vIp0O6f7VFcrMYssvEgZsumkyYau41KIdv&#10;x0ABO3Ffc88rJVc7gMEhRIUKFzZGD2xGH/VdMFH1Y2WA4Vmhho8ek/lGHVFC080qv1hGJWh1u67Y&#10;Babdxq2na0Ihd0cxO1Vjk2paiChV6qAbcQNIv3qpLELTtDm2RJoSWEiZd0cxsIcMxH3Si/e8soXZ&#10;uirJjkrNnHoM0++zTk1/G6nopwb6xqG9Y0u94wC48fc9mlh7VP4OHB3kcfz1+V2AtU8LupU9Bj/v&#10;+/H53NTJwcsxYSL2yYCc1r/rM3fMc2GE3RzCJXJPNmvHGVP2uGN7THthQ7AR51lx0UXPmGuB3b8d&#10;IIlcc6xOwFBRqg/ckjfgglBRWmymMF3PkDVcqdDXqExrzA8qGCwlrrmLcLad4Lu7Ge5tDfH6vRY+&#10;2FS40x1i34oJNRXgNLCgQpKKAEo+DNL2TIvvS8G45MpR1ttcRujXP2LEimFcHqwhe4wpklJLSeaH&#10;5IoKebiFjFbkmhvy6fPJvzxg0lEOBtY9UBFMNjRUyR5BFcwkU37nPBPJFAuD+PhNPAOB4GyCZ53/&#10;3smEZRq2+KB3Hcl66ZZu13Rp7G1FzNarz7vCseL9gLLieKz37tUoJ7/7vT3zchsjyYJhOFTOuLA+&#10;cIEBcCMG+Ah1hZ/qB4aX9koHqMmnXI3Jd8ffnZwT+BjPq4lAiyPYM8eto2PMGlVI3cZUICWVbfhz&#10;sCJRKjAMVQ5aFf6sUZ5qacJQLX/0SmEYgb2HoyX/YxxHVTT/1kuz6ZqLJUnBgC1PzPT4o1L4YOap&#10;uSgAwDGN82HJs51QC5jxEfTYmlMEAHvbFVNmTpa9I0Pyb8nPWeUxuxL0TPUXRxQyBUakiFYsZOQJ&#10;S0VFAfFaI1keJVISgyEiZgqlCWoBQkZpD70ugUspS12nkmlXp1R4QEyN7jAlv6Y+BqM+0l4Lrd1N&#10;pN0BdnfuY//eJkxngHhvB/176+i4P+/0LB4xyp5ilmq9NMbsuQRzl6+isXIeanFBQA5N0qmqW0ep&#10;Sa6w9UnW68M2EuwQu3btAoYv/BlmTp9Fe2cd/9Pf/C9Yf/c17G/t4/rlS7h0YgHXLp/F2uk1TJ9c&#10;w9TyGWaepDSkorrSNU8EavHoVps8xMyPzoXhQr57qQy6yUuNJHVD9zUPtlqumau7pusKVmZPojfo&#10;ojd6gO32u1i/+yq2338Tw/UDtLb7aLhzuXb5WZxb+xIGU6ddg9dzxxBhb/0BfvrrX+CDW++j1+5g&#10;YaaGi6enXI1YxezMIuqzy1g59wxsrY5Ko8KNW0Y903APanTgjv8Ag94ORv0uYnc+3YMdfibXzl3D&#10;M8//oasvz3JY1KC9KUmuww7LrDmtkWr3aoVBTTK3jyo+bIMkuJWGBG7EFR4fcUif9/gm5qaKGqjX&#10;Z1yTPsXvE10f3pnIVsFEUl/pT1f/aTwh7E0dDtGw1j6xXtVH9p+F/UcIYcq855bxQKWwYEt1CS/A&#10;KUsuxZNRs3ST9l22iDBDdw8GeP3NN/CLn/4MH918m5/9q0+dwze+8xVce+qrWF465T6XpHg1d+3I&#10;m3uERlW7576K1s4j3Lz5A9y98yNcPHUKz1/9FvvsdShOmr26drDb3sdubwPr+9vYvfMqmrUIq9Nf&#10;wtzcU7BxHd2Oe496rsZ4dAvVzTcRb9yD7mTsZxv7q8AkCloKKDiiYgn3BWoayfwU1OUXUX36a4jd&#10;u1edn0ebiBXEvkeVh3PuKMSPnfuTEfTWBqY/eRetd/8N6UdvI+4a1GkNoPemqtAgYIbAtqr0zUPX&#10;5xj3TMdrzyN+4Y9ROX0VcWMG3Qpdw5p7J0c8hEBUZ7UbDRsO7XSqCFCQQaKs45n3y6TtucYpoyNm&#10;MdG5DoYjPub9VhvbO1v41a9+jr/5wd9if2eH01bpfR8Oh6g3Gjjt+rTVM8v4yje+jq+8/G1Mufud&#10;NJtI3Ts6zWFgDahhi+eGFfr57tnouftIFk0m+L5SH5xluU0IPSsE2LGPMQWL0NOuBXzj+ss/3xzG&#10;kGU5ehIGbswyjYpwjsyzwYTZKGQrAqeGg2HB5PZBHPDsbONDQQlMU70eX62+e3aTitg1kHS0OdVk&#10;2Xk6EK0eAYcErGXe5iG2pnCIzmg/8Mm9JNslKbD7Pvq54seXMXgY9rneIONel0E6On5XeFHwBP2M&#10;XNHIBBzpqUOvHnAWAkC1t6Bgv0AOC/JKQSXAe49CMDO3bkFYcawQcfscqexIqmy92pMUmeJxL3kM&#10;WhX4UuoTcGM/HBwGpaVvGvia+KCTKK9BfJ3NisMor4kY+AzCUSN7BvJgTeSSabHLkCT7kQ9+pWsT&#10;8RAt5Wci5fTkjL2h+/0huu56zs/PIGpOMWhMxAEa+vfc1xPQR5ZoxII3bq+I3D2mNObIrVFb7T30&#10;3fr+5RdfxOryMprkv0pAK0nky7JcHJLyFjRHeV7LyUaeGaXiki+eHWNyFBMgNSH3OLpoPZo9Uwop&#10;UKqgT441/ziWuG3zmD3rKeyqBPzYcW8bG1IkpYFhBot/2cKEnOVUucO6KUEUumQKVBS9ORsmn6AH&#10;/wGZQtObwCCPlz9Jcaw5caZHevpSomhe3vrQkcA8o01s6OmwNM2lzVyp9EgAl5kdgF9MFE9y+LoQ&#10;c4XTi0qMG1XQ7HkihuDH5Yn6Bjm7ki0gJFTcf51P3bVh4YpLYi6/mFdiKTS8DCD3CQqsAlua3JfZ&#10;azpoh3XO7AiT80JWrTzo6WXPNsvNgQ+Bv0cU/8GzijdPyHSn6hbferMuiVI00XCb7PzKrNvkBHhN&#10;koj9+yrEdMy8TSc9d2zPkOYIdWbFWZ6kE1nfosZhLZ4xkUuugzTJjjGQxth46migSiuMybc+DcDy&#10;u0p2fxcQZxLIHRN7fgY23ZNky78V8+7fRcJsP/N1/n0cnzkWYFPHAn1m7D49Tq5bZsCXmSy/zT2z&#10;xwC0OKYptyXz+ied49H/LEVHlYcZtJkr23GF5AEH7hADjFh2NX3AK2DKxZ4MVmycMkhH0oP6rPsz&#10;+XS6omVuKcKZrsbmXgVnzlRw5WIde/sZHu2N8PrGEA/2hth2xf2jVuaKa4U+FSE0cYcYEZP7caxL&#10;csvAaA7Gz8pLbFnPGUtR4QdHWgmz3tiS19oYo04m6AxY5etkWW8lXrZ2KNKmANhEvjCjfaWm5edL&#10;ErzJpZA5U1cVIKNCYeSeZyDY0nmZI+7tBGsqMEXGGF3Uwmrv4WJFUkysbJqM1mqWwwWIVs7yC+OD&#10;Q0JIkvXsLGPzMIQsCGsjrjGliPNsviwNgJ/NWSba7cFczNuhB2x8QRtaVIs8UCVPVlfqCICoXE8c&#10;rnc+Xeq8PQz0qccNIbztiTo8/BqrAgMrb+LDzMQrpULBi2iCR1wMGwVcs2NToENDq3zdVHkNFjyK&#10;86/N7S6UPw4FKP2kC4TCUsYHp4TEPVu6JhPAadB/P2lQdCQ7WZU3cv/smDCcLeoheF/KYNGSMVHE&#10;SN3may8de2a4EU9HlkMxc9EwO0+pRIbBLD2XpMWIw0KG/CxTY0hS3CE1gyQXnW5iqtKUz0olFIea&#10;zcFBCwcHW+jsb6O7s4FRp4Neq4PsoIPRQQ/tzY5bwwbYcWtcn0ciBPwrNHUFi+dmcOLadUyduAY1&#10;s+IalQqzEZu0VrnaiQeooGbGXYu5VWyfvgh15jK686v4YO8+3v7f/wEPbt7E7qNtnFyuYvXyabxw&#10;7TxmlhawtOp+n1uArTfZHofUMpGuuWsw5H48qiUM5lOjSyoXBnRYzpWg3+v7BSdljypaL1pu7R3G&#10;M5g59RwWE5HF3d95x533+9h/8FPs3f0Ye/cO0NsfYmVuFleevo6zZ7+OaGoJw2HbrTN9bDy4jbdu&#10;vI8bN95Cr9fGXDPByomTmGrW0JytYXllDjOL51GbmYWeW+SUXA5AIZWMHcD2Oxh0XfPW2kbadnuL&#10;kRCNa5e/grOXvoDmzKJ7dHpuP7nvGsQt8YCmJpUCk6oQ/jcNpioRM2IqlWkO6iBggprFJKmzDU5Y&#10;kMlDnGS9USXhdF1NTD7y+FZexRPlKU+eF6GOHKAexbL/XWqWslT/cG2gCruDY4a5ma+pMwTrBsss&#10;JRWGTl6uR9eIfbncPsDKLJDkr4LdzU3cuPkWfvPaL/Ghu5/Ihrh4bhFf/fof4Pq1FzG/fArVWo39&#10;zzP39antuStf42ds4+47uHv7V9jbfQ8L9Tr++Ct/haR+GnGtyWCw6Q+wO9jD1u6Ge2820Bo8RNU9&#10;p+eWX8J084K7fU3UKINh5x5q6w+QPHgLencHatQD0XoyKwylyNUDJoEknY4yBseGpDw6OYPK+WeB&#10;c1/E7KUvIXP9C9x9bblrVdVC3eEaRpPBv6spRu5C7KxD3X8f6Ts/Ru/+R9C9fdTdZ/bc41AdAjOQ&#10;wEZaj+LE7fs19zPnplC9/lVUKNxj6RJGC8si8Yzdu++eoQrZBkR1DNjyjRznSfGUCK3hCCscld/v&#10;rGBBc/oq5/MK7YhSZAcDjPpD3Fvfwc9/8i9498abuHv/HrpuTaIByIDUbO48lxbmsXpyHt/9zjdw&#10;5fpzrua6hGn33k1NL2L33gcwrUfQaQ+kJ0sSYYZR8jE997VaNQ/lEaAYvB5Q/RTksfQ7K0d0SNiN&#10;RQViRj74IZP+mwAs/2dhrknabsX9TJK8pu55MBz8EglTm4JDlaT+Eig1IN9EJQD2YDDy4QyZlwxn&#10;fFwxg1Uj9s4zXH9ZXlsp7IKTZn36r/FsQ/F3TjmBl/dM78PHUlzfp6ceB+FQIvf3ZG9SI49Td6z9&#10;YZpjJMQ2ztyzMhgOeC2iuzb0gWrkSUdAFQHRxNYmNiCdG6cZK+vfPWE+0n9HOqTeas5CGGZDrhcI&#10;gE/dg1Cv1r03rYCBXINCBuPWSztULCYworTTuYKCz90HalPIpvfpyGsxBk6DVDooSnRU2ASYALvK&#10;WDENycl0bl5ebH0MMbFOo0gUhtb7EzLxJ8v4Whry6suEMd9zfybGHhEzm9PT0NUaKycHRuxpsmrE&#10;gytSFDHDku4Vw0gVdN2z0XPHuHhiFbOLi6hVK2IHx+CoZ8MelQBWULMnWDM2G/NwKk9lytHp/GdT&#10;aKof30SXGFyh8QiyHzv+febQhlJiJNgi5CD8fEbY/UIhC0vM3hHGFpJSvgEEOMGUDNDhk7eEBp17&#10;xuiQ8BkYcrooxmkqonXBhMgniDpvqMYT8ST+WtFC7RcACf6QkjijKWdOcM84+jszWV6UEoWWfTBU&#10;7D1dUkaAxxlxOke8Rf4bScAEJwhH3hx9mHPpgicM+XQwIyHyJtJa5RLPWEXysGvR/MPr1K1vPhVU&#10;8RJSwlI+6Zbp/jAAyUTRJeoybRocBe618r5YH/P1GZMzmZy9x1R7NoYVoyWlohzwC96Isjp7zyui&#10;uluh2wq7ogxfSwhLuWGMVOTPSaPuiqO5OVdMkuE8TcTd9a9XGogjy0USeVU0azN8n+h7en23Ucw0&#10;WMJFjebcdILtSkUMXocZqosx9nc3MWXkWmn+XNmoeWqh5BnWZVP5vJfxychjMsnjQRP1Kf3W/j3/&#10;T09MdovfSyOBz4FtN14EllOMx1tUNSaB+90BvyexKf+LZPIdcX0nQeVJHzClx8M5PksB/2RT7aON&#10;7idZAbxXZ2bMM/aoZkE28wLs1+UsKmOP+dmynhhdlxRLKo5doU5J5pl2jRHJrJgoTEWM8n4cFdlg&#10;7UhMIiK35ugqVM0VHQ1XKM0Y9oSaOiXN9vl+jIGrT7u9Cv6oX8PGgfs5rRTvrY+wv2fwccvgjmss&#10;N8kUfkCSMjKJT3n95GER+dWQfIRCMUjmR9cjknWaU+5I7sASW0nfEzAqyGLkolGCuDCZxTia85nC&#10;e5rPnIwHbgzLdcgzJ6HFKQWzlRN3DCfdvy9OkbSHii1wU03smdzEDoGxp/wAsWDl6dKQLpeOlwaJ&#10;YTDA3ok5ACZAHaeJ0k6ZCZDCaoqKK7QI6PMlQmrEXkE3vDyYiBC8/woDLBjQKu/BIn69IQjEh4r5&#10;nymkV+tZa3qMWSgTfcU/Ixt1kJjMDxrp50b8rLDXUelZEymKoEBalYPRzDjjrZTI/niDeovjbBrH&#10;QbzxZjp/26yXBnnpiZ0Iugq1o7GlcWSJnVekx/t77WubwMYd914uhWWpw0b54fgiLwcsQpl8CmOZ&#10;FqmiY40JCga89x5WE7zePEHXO0jb4t9VkPgeGkhNrE+PGWDYicC7Q16q/norY/I6VKTLAgpT30Sy&#10;OWIAGDHqc/VYhRtGCYEbyvNIODYxXyhxNovYUib19i4JJUinBPgN2Py82+viwDX0mzv3XD3Yx/zC&#10;SdTjJVeXDtFnKsIABx1K2d3C3sYDbG3dZllV1Hb3apCi221hZ+cAnd0W9joD7BMwyN5MBKhbTLmD&#10;WTu1gLUvfRn11UuYOrHCtS2FbBhy7SGWgmsSu26N6q5cgXnuJehTT2E3HeDmjZ9g51c/xr1b72HQ&#10;O8DaybN4+bvncXr1JGaXFl09tojq9DxGKvGJ4JXCO47WMtdEa2bIpBysR80TeWFZd050nVLTR9W1&#10;Qfv9lltPa9jqa0w1ZjB3eg0Var76O9jdfB+b93+Mnft30N/Yxd6DNppJFavzi7j4xZcQz14Uvy23&#10;IG5v7eDWrXfxyuu/wubmIx7aL802UD85j7mpKSwurSGZnUPTfW9tzl2HCkljXaPtGtmUUhMH27DD&#10;Drr7B24/6HICOZ3X2pkLuHT+OczMnUTcbLqmuu2a80fo93aYRQNOZRSWESXlVmuRpFC6d65SJXZe&#10;Q5g3ccIWRPCyw8xbAkVRTaS8lSb/2eahGhHvLUUYliia5P0bHaumelI9VMhpCwrI0TXSJMf5aCbz&#10;WKieGq8wg4cgywS1+JaF9ypx13foHsIRy/8I4LF8abZ2O7h7fx2vvvJzvPLzn7tnfxunV+bwH77z&#10;Ir740stYOn0NCXncKVnX2b8tk3W71zrA5vqP8eDjX7vtZxcrJ9y9e/Z7bt9fdMdA7CiFVmsPO60N&#10;bOzdw+7WGxi4n7s0tYanZ19GpX4Skesder0emq3biD95G9H2PUT7e4hStxIP3X5EdhQJYcLE2rFk&#10;Bei2WbJucsezUEW0ehbR+acx+/S3gIU1GKK0V5T7Oe48K+4Zd+c88H6dEQGHvQ7sA/d833wF9v7r&#10;wP5DqCGFU2ght7i9fJ782KoSTMnvVNO9W2evQp17DvrCC4iXL7n6JvaAKqNQMtgi4MRbQlVZulnx&#10;U71xRvwY6cjX52RhV41jBr5ifl7dObg1Z0Cy+m4PN26+jddf+SXecb+vrz/0jK9gMQI0Kgl7qX/5&#10;pRfxp3/yfVy8cAlxNWZAj/is3UcfY/TgE1SHXZoMSp3g1h3tvi+petUZ+9GN15BcnyTk51+RNyX0&#10;2ZEfbuY2ZsIc5mEi1Wte0qs8K5Df0YhSWUfsxSeSTmGVsU8eBavEEjChvVKJgLx0OGC8gYAeS8dI&#10;7GQCtIjpRUzGUea9AEe5F63lcAhXG46G0r8zoww+wyCVYBFfG6SZJ0dR+0syVh8uQkhB3a2hnEDb&#10;G3C/qlPx4SPm8bCXstcxkVtovxymEnZEADpx8jpZT6xePDOwTixulkl7hSRZcTC5xgroSWQkz9Wn&#10;PY4DQtznVSiNVqfsbUhPFnlfk4+dqNwyBGuaNPP6KZIlK1kJeJv1z52E32UMrmaerWn8w8gALnvB&#10;REW6LzxwG94dAtVHqe8RClyJjp2TyY1kNdB9HxJIaUi6a4QFSLJpCkUlOa97NggoTQfE/qtibm0e&#10;i+fcszo/B11rclCWTmIOWUlpr/FJ1bF7/mqJgH+jrSFWl6+heWJRFA2c4j1kszd6F+OSPuBYpkPZ&#10;I0acT7Jx4V2YjqjD0pPHMVoMvHdfuVAN09lSbHWeCOyLcIvD3mM2eDeoglESEteOYgrK9LTkHWSs&#10;Z+yVkzi0B5Jib3QZuJk296/LE/3GGl3rzbEFMc+TgD1bLJDYxHvO9yrhhfR+h9QMBRCTXsYQRcJN&#10;mAmhEoE15z3xGMDLcvAnt6C0Zkxiwucl4novryrYccxi4KmnLRXsHmTzyDcj/1Z7Q3ntJcohpdlH&#10;Tk/yN22GIiTFS7n9NY6Nlzhl2UTBfZj5ZWxhcFlI9OyYFEx5HT7LEQJSpvxzyt8rnn/Wm8zzdfNy&#10;bRwq3A2zeRRPetxr06i7wsk17e4FH5KPinup225jPrE8zTAmGbPSBD0bWU7pSipV9/UddPrwLBz3&#10;YlNTrRPU3ddSes7JEETpJUvMUyBPgZGnbavxnTDIkbT301Ilg+1/D0ZaeO80ftdM23F22GTTV2b3&#10;fVom39H8tP8yQLX/P4B7hwBZ9fhLqZT9vV7fsXVAB/mgmjjGceBQHWIWHlFMWntIGmkPhYAoH7Uk&#10;RYQwqiPhClCB4L514PdCnq+bkBCrRN5KTfUgFgkpN0wZe/doauASSqu95L6m59aeLSSNIct8Z8iL&#10;wxVyJ0bTVO3hQsf97JZrRlsKD/tN9NsZdrYzvP2oi/u7XTzoajw8yLA/JPZf5or5oStSK+ypWq0k&#10;zO4hnyG5dkaS+0JQlWdEcQGqyex3yEs0M2G09zzNZPhCjVIcRTmglZBJDw3zXJEUs8dqxklws+6b&#10;r7j1dcUVJtO1jIszmkTHnCQaBiiSfhvplIcwQQ0Dq8ekrIHlnJbSNpQqfG8l1d775JCMmhhBbt8i&#10;a5M8LJ1BYF8k53JTA3EQ8WmmRnkprsxpbUgAUYUzwlH2AgW0fNwgJQRRDSRcg89F0oa1HwgGxlm+&#10;z2rrj9t7E+pQaBxVkz353TFjTFhfp5V9+0z5/bW55PZxgxUCsTVsbody1AgneNYFb88wcCwlIh2R&#10;huGvac7aQwEI2BL7I8julPeIyh+aknpCKQ8oHnlhvJ+RBxSPAPqVCcEtPt16Iu3X5ntgYGmqgt1s&#10;ixp30t3gqMTww0PN4vsyPwjka0NMAGp46BexDqg2JbN993yNsi577dHkgLyJkoRpPjyEHKaxDDt5&#10;qE0G8NIsUspiu7OLna372N/fcucwwPzcAurxFCfDUqPSNgfoEMi3u4nu9jY27zxAd/fALSpDaPcZ&#10;qVtvBt0+1jfb2OkMeD2sumd62l2XqnvxZ9yLfWplDmtPPYUTF56BnZnnkABqYgngmk2mOHWQ1qil&#10;tdNIzz7lzreF1177MX74d3/jGsgtTMV1PH3hMpYWn8PqmTXMLc9jfmEZlVrNrT8VrucUglST0nzB&#10;Ukpq1ga0pqXkC52yH2FctQyGUX9GUsB6o4qP727gwYHBhWvXcfb8KUStLvayDh5t/DO2H/wDsLmB&#10;jY962N/qYjrR+MKlZ3Dq3Jdhq7Pom75bHw3iocF7772NH/zkR9jb2sHSdIS1pYa7DzVMz1o0mtOY&#10;W3LHvnoZtcVF15xW/ES/4+q8FsuiB+19DHq76B+4ppkKRvfuX3/2y1i7+CVMzS+jXne15bCFzu5t&#10;9PtttwV1pam1ws6zrq6kmpPOm4I2Ivez46TOPn0UqMHKGw6mETdwEHuP5iHuHlQqM5wuGtiwebie&#10;DwU8XFvZI5/lTzdI1ofAvEm23jgApI8Y3B43RC2vk6bElvZ9m9f0E7mAQL8084N7VvHQejjEew93&#10;8Lf/51/jxm9+jsg14rMLVfzhn7+Ib37rL3Di3NPuvTAcKMDXgNAW1Ud74Brreg3rd17H67/4n2FH&#10;t3Dtwrdwae1PXLOeoEeMn9EW+r0YnfZD7B5sYn3rkdvPb2EqWcHa4jOYWbgu4X7ufarv3Ia9dxP2&#10;0ceINvfcOyUs65RqkJq756kMPcgHdsSJ9+5xarrzO3MO0XN/jsb5L8LOLwKNGQyZRTWS0MBoxr3+&#10;+0hJMu/WC9Vz7/C9h7Af/Rzpez9BdXOd2X0UYkApW8ROT5ng4vb4hGyWhhhVY6TLF1G7+jzi698B&#10;puehmjNuCx4y6JnFVb+fxzI4zC2WRn6P14WX7JMAYjpu92E1V2MctFxt4+qN1sEBHjx8iFdeexV/&#10;59aI7Z0dGSxQWnUU2JkKad2dY7vnnv0Ei5euoz6/hsbsFLMhK+hg78P3MdrfdddlyCFsGQOhQpwh&#10;pjNd3ySQjEweMyOqiYR5aSUSUJEwq70vHFtQpPJscegnJFzDBuYYg3ri30c9dwCRKEG22+2xdJbB&#10;Kfc5xMRjuJ3BsxGvZXStmbjj3vm4VmUgSHlfP943KAnXiO8cgZdEOiFATFKGU64VSQLKTD8KwKD7&#10;RIxxr2wMtjsjt08wiuHOq96o+cCMgexB9D0jAqaHDHxF1PtC2NGGAXAaUJnAxWJALSPFQyYpzMTQ&#10;Y3UjHbsWz8IoE3Ych1SQ/3OFoom0hNzQHkcD25RIUmSBFYkPn9Y+7yr4KJrcC1AGjQXWlOMAOdZQ&#10;DLw5rAPBYs0HVll/TViqmwpQSn9XkpvTp1E6MQeOeMqgMWIZYSAsSRUCXChB14jSb0RAqLv2pAxS&#10;bj9bOH0aV1dOYOrEMvTUtNu2FQ8vRz43gROYiX1N99zdU/LyplqcAOWDTYXt7R4w6/Zh96qRMrTp&#10;/l1EhTrIeI8BCKwZ65Lskc2rlbCEiaAMHOOlcHiB9saWR7AJGYyxeWaKDyQIptLCZMOhhDiVN4SB&#10;cRICDxgn0ja/+dZ7n7EBPVPTS5uZErZYFFggRPH2VrNQQbYrv3Skcs23x5GLiZNP7jXipuQ+q5Jf&#10;Wj4SNsC0RXEaCbAUZK9BBp37GJpgvO2ZA6GYJo8SMg+3Om/COcEnGk+zFJaizn0EJVEr9l4ChWQ4&#10;nGORrCz+Qyzr0BWWpkVZKucU2I3wzXBp4x1j2hi/XPrFkZgnhMyzh0omL2nkGxRbbgwmAKCxosAD&#10;e+XCmhkTSmi3OhjA8rlLupOocYK7ofde8E28teOyIdoYtBLzzilKkXIvIFGp67T5pZR2rtCo1XiB&#10;bc403HGP2FCUo+ErCl23SNfdxjBwi2riFkoyFZ2pNfje9d2j8IWXv1MkmLFnhGxUVJRrVS57Qqrw&#10;+DU5MoX3CKDdPqaBO64o+33LWR8rHVYa6nMEkcbPM88BH1vVzDHMs8fLSD4dUPV5AX3HFdjH3yeN&#10;zytXefJp06pglSp7dEro58MefbLH2HFyOTvxp0kOrIE6dpcKoUi8D5mQrqnZHtr6tZCHHZ6xJt4d&#10;mhuAiF2y4Asr7rv9mtpGSgBXNnCf+xEnTEK59SCeRqZT9j2tNWm4TAbxB1DTrpBfidF0zcTJgWam&#10;TT+N8OWDWXTbM67IAh5sjbDTM3jQtXiwb9z6ZLDZJgYg0OkPccCTXzqiWLxQiAnoh0JUhJDkhAq3&#10;RjVm6YUswEIlpiBMyTnSPoTFF7skX/FYlE4NG/+vuOL6bAI8V6lx8yH+OiMuJnUW8WdZKgRHMogz&#10;YuCS3x32MyY2pLb+2ATkYXueimJrMq61jCkCVqwAfLIP+KGWsjlIZ7I4B7SUT2FkMNaztsYAu0KB&#10;W3x2aaAn3rRCG1R+UJaWPNUCV1hxUH0xxNRqIDARJZhGEhQQAidsqWnWauLtUfb4N3FifZpkyubr&#10;gj46HEflXDx9pKw3B6DKstywnuTWGVleFBtb0t6WpcB5c64P2034XbhIXo7GQDovnhljErNRiBVz&#10;eGHnqcfIcpEzBANFj+3ObZb7/dpQEwUWoQ0gXWn/sXYsyicAs3w+UfE9Yz6Ch3wRiwAT+TpzpH9i&#10;oVKR4zI+vIzeS8PSqxFfU06SZcln1xX2A/d7h+s5aoZRIxl9k9PCaeBMnm3iWRpx+ESn10K3s4/9&#10;9h42Hn6C9u4j9kxeWZ7HNJtaKgz6LfSGbazvraO1tY3dnUeumdhBd6uN4UHGct+ua/iGI0rftOgQ&#10;28afKTH5yKNvxr2zp86tYuXSVSydu4LK7BL6FMERVVgdkrh/7w1aqM3NYv7iZRwM9vH6D/9H3H7/&#10;fWw82MTafAO6eQ5Xrp3FidWTmFpYxNTMMmbnFxnE7JH3FDH2uNaqes/SlGs2a30wCZn3U1MMMe8c&#10;urWT/JF6Q4Pt/Q7MtrtvtbO4dPY8H8/+3mvuHO9iY/OX2Lz1Dtr3Whi1h24tjnDl9Bmsnn4Giyef&#10;Rp8YRikxjFJ8+OZbePe9G7j38D4/0eeWpzEz5dbveozFhZNozJ/A9Pys+30FtjqFLtkxjNroEKPK&#10;/bLdPXS29lli3HfH1mxM4crFZ3D69DksnbrILKF0uOeu/75rvHvc6BMIU40iGTMpaXbpXMkahobR&#10;VbeJxInIuCIKzgv+kIy1iB+fIllvpcrMPvo7AdpDHyBvpq/G5ftVsVvK8x6P1RaHlWCH9/6ch3do&#10;MPc4Zn8Z6LOHSRtH1Am59Y9/J7X39VUeNO8wsFPnYEG3y/E7dOOD9/Drn/4Et27exMH2Ok6tTOP6&#10;tYv49nf/g7sPlzmBmfZ8kklrRf7cPdTc9W73DW5/8HM8uvNL9+5s4fraNSwvfR9JM0HmmnIiBAw6&#10;O1h3v3YOdnDQ3kJv7xFm3H26evKP3L1axYhAptYeavub0Bv3gU9+g0ZnD9bt5TbSHjyRPSHzfTF6&#10;GSinAHOukTh/DdnVr2H63EUkS2uwtSn3Grs6Rfddk6/YCzNjSWsfFVsH3DOn1j+B/fA30Dd/gehg&#10;HVUK2XLfM3QbNa0jrGojNQJJft3r1a/XkC5fRfL0S6ivXoVecT+nPiOJpfS+0bNEFlJGGGp5aJFv&#10;5WIVF8xuxTy9POIzh9ImvLVrDOAlOGi59c2tXffub+AH//QvePutN/DJ7Y/dOtVjbz2SrxIAUnPP&#10;/MLUFEtJN/YPkFZr6Ldb+NVP/wnNqQT12W9j3h1vb+ch0NpFMzboU+9JvnRMOBmJUo59Oqgfr+RW&#10;ItoDerQnCetfzo1/fpblVhXahz8ov48ZT2bh8/M+dPyLwztkvU+H3tuOiyCR+0ZeTkukkgoBROTz&#10;xr58Q1EwhGrU9aVc3xHbzIdJ0M9JXe1naI0k+xKWmZLENWO5KDHPUkg6bcwBEmL7Sh6JZPvALLTU&#10;cOAmXVdSbGSx5uOktF22hiDvRPIRpJqSSEghRIuOjMM7vcrCg6Ap7/mRJPJqUaT4CNA8XZfYqZIr&#10;JUo8Cuok2S8Ph9KMj4tZ6lRbDMWDlbwpOdlX++wAwyNbPjcm+3jQMvOsPevtXYwPLqNrnXmSVUBw&#10;BKRMfRaEr8184EdIUrbeHig858aHeVjvgZh6r7+RfxdYlUkkKRPOOYYiP9WZWcRuD2zOufV49oRb&#10;kyPSkqPrfUMrEhHPyp1KVYKSyKOQANyKezCqrtgmHKLVrOLOVoRTqxew14045GZ6bo59KYl0Fj8p&#10;9XBS/pCb2paNdGzwtYtwtNn5uO9YXrjlC7UALaGA5ym89UltKEDAsgG08RPP8v5ibM62LSv/izCH&#10;MZlQMbUPWm7kU2UvDeEFSbxRYAN13eRSYynsIz+pCECRhwFDAe4TjooHROU+dEITVbwIh4hmAgNl&#10;sYv8v5fMwsnbzfj4cSWa8IxT5jLvTRMz6stJUyw1E4P3AHjJQupTsbxhZJBKM4V3TPNTyLHtWPEs&#10;JNkKT4baYoxuvAcB05LjwhMx92IaB6gifz1Yq08BHSRF0QWLi30ErQCrkSoDjuOAVrjn2l9PpfUh&#10;Jmf5v5VvUpX3YEp9OEKwgGW5FjlCWJU3bWwG6u7FwG0CM25RODEzwwUS+9ErSWSuJjVm/WmINxYy&#10;kbfVqgnF43gJlKRXn1pYxve+/W0sLmk89/U/xWj2NE/EDCQ5U6Y84n9V7Iy+Z1JHgekmv0/Bx/Go&#10;d/rzBu3074u9VfKBCUzastzXqs8OXsnaocYLw1ITOvl5R0lMf9vr9/tn832W7LrP/96rTyHD/dyY&#10;keZoeuEhYHtcnJgPKx4HCE7y+spM6LHP5zU0EtNg44G+SJJ3mTvGIQxU/MZ+ymtkY+cCQJhcjA8M&#10;BOBnW+F428upWKvi/rYG7dYOFZ9GQ5OEY+Aa6BGv/c1syLYLlAZMjStRVJ4bapaqmlGEfidiJly7&#10;P4V+T6NHKb89i1Ynw577nf680xlhu+eKeldYHQyp8c04fZKYLiS5MN7LhG0PRiPvq1Le1yTxlnxC&#10;ZmhqXk9Qdcd9sUpyvRqmGxFcD4DqlGtI6xEXPlR8B8njYKBFykrvdpK5gsV7zWrL+wDfL05+k704&#10;G8laGPkhFvW4nI5oVQl4CSxvAUmYfaZEcoZgkpyHeCgubDm+wJZ8UZUuZRypMcwoMOSPff/Kw8ac&#10;m+XNCNzNFgsOqQdI+hUYhmFAqEssMpTlsnb8z4eVCke/A2GtY6BTle1EkHvvioft8anYYd83E8KP&#10;4t0o3pqxWVxI+i3oeUd+vsnZlx6gzdl0pYJu4viCNx9MyXc5l/+qXFyQj2/sRLiGQh5WloeglX8f&#10;87otpvbl1HJbYt+ZMAjFYQ/gXJlRYkCWg7APsZRKaw03C5kk+VF9xWBf5n/Rf7tf3S4l4R6gn/bZ&#10;k4mAnunGkmt4Z9z7Uefk1HAdKY2SGBit/S1sbd/GzvYj7G7fd43wLgMWs9RwuGemP+hg1L2L/Xv7&#10;2NlrodvbQ2fzIbYeHWB3s4+06zosCqwlAIOYxGnGSZ/Ky+bpHV1s1HCO2HenV7B6+SrqS2uozBIT&#10;z9W07hgoeIj8xarLi5zi+eYbv8T9f7qBj95/F404xfLSHL7+8os4eWoK8wsrqFCirmvgG7UpVrmM&#10;mEGS8gAgpoAJHqoYbnCpwQEPYDJhkfiwhYG71JQe2XY/f2u3hcXVa2i6pqhabbi/38bm7q/Rf/Qr&#10;PPr4Veyv72O403fHqjE/M42ly5exeOp56HqDr/32YIRHD9fx1o3f4OMPb6Hb6mNmNsaZ1Tqm6000&#10;p+uYP3HGff00ZpaXoJvzLKGKaw328quQD197A73uBtLegNkiEaYYGFy7cBXnrzzDYOaIANf2FrqU&#10;AGd6bq8Yitl6Jeb9hRg9xOapVma4VyCQL3LXA16JRGskBzB4/zBWCEUEBk4z009xfxPl75T262Mw&#10;oRd2bqXYeG0IOwx1ZnYsuHc80HdMFROAEaXykDWFMtM19C/ZxFpiQmbThJLIh/X5z03ZvinLVWN1&#10;d90G/T5u3b+LG2/dwCu//iUe3P7APQ8VPHflAr713/0lLly8inj2DCrxUPoxXeF9jJKbs1HbPSf3&#10;cOPjf3XvxQ0szS7g6fPXMDX3PQSb+jQdYnfvY+y0t/Fw9wCt1m1Kk8DK9CVcPvuX/Oyl7RGivU1U&#10;9+9DffIe7MYniNzzULFe+jlidSnv1Za85EjaSIBj3fUvp1aRnX0KM9dfhlp7FkktQd/dfwL2mClm&#10;SbpeRZy4fmrYR92db9Ryz95H78C8/SNg6y5LVkXMFElQjXuHiM2mMy0sWGLSTa1AXX0eyZWvoba0&#10;BMyuuFesygwlIjxUtY/fIgupVEARkuZbm+Wqi8z6i6KZYcTDMF1e00uVZblOFxbuwPVSMfZ7HXz0&#10;wbv44NVf4t6jhyyBJCZfzb0Hs3MzeO6Zy3jxpZcYIO/v7+ONn/0Iv3r1bWwPh7jz3gf4++1dnIlb&#10;qC5eQUONxGaKgmwqotTiHZnC0BgUjXiDCvF5BLQYL/8Oaiqq9VIGjSueTERy57jwfPX1MYNKQWYP&#10;b43i+1VhWrvPHQ1FLegHmfxmeRYZDbcGnR4DWAQ20bqma1XXdzY56ZxqmJSYde7YSc7KQTqR9J8H&#10;7r6TZJTExlQ/cuosc4qEdERrIoGIEirnjnUkcllivdLnxUnCw1ECCY3HXeruevUHPWZm03mT/JQY&#10;wASEExuc/p6WBgov472K2GtsMZEWQKjWxV5fxncCgUCJHyKRRdmihnIJpEsW9lwmzxax6BIG8MXb&#10;z3r5LitCqGak+2FEj6pVuPaeaaoFXxKiV1CUyr5sQgiH98HmtNxRWsi4/d5OICkNj5RFiQnohxnB&#10;dxpSl5AvLaWg1+o1VJp19ouNmk0kbs/oxokAvMQ4jhWvVwScN6s1ZvBFMQF7BPC5NcCt87QHkHS3&#10;VhFGZLVSh7rYw8cfv4aN39yCeuoils7Muj1uGvPuWd7dSn2CtVUlXyQ11v6ossH6BOgyWRoeSj/E&#10;45pmVWrAzHiTf8hoRnselsg4rQdEREYUe+8fVch+zWFwyKtWxyawYwyBCemx9Z6B9HMoilt5+etY&#10;Gh0V0Tww1aVZtgfjAjspAFGlVDeVu4V5yDgk6gSTR6KVK5+oC+Oby6JIh/dEYJSaXiIr4J/WqlTU&#10;q9ywWUUlL0UTkOssD9uwviguGhpTMomWs0r9JiyH6yfqjJiGhkWmGpGXvpmyxEd5uYtvVNjEnv/s&#10;Xx41Lt3Nn5Gxqd1xoEbBfLQTrASlDrOMQnCH1Zm/HZ6549l+TL/2QS5eCMAbIUnVKm4Fe/6p69j/&#10;2lfwzrufuEa4h/39LubcBjjstd2+OcDMjCsIE5qMZ5h2f+70u6i4avjdd96GbfXw3/zH7+PE0xcw&#10;s/Q0+k1X0EWUsBah4lmonPhE7D7abMdSsfVjmU6fhUl1HGPvd2Xy/bbfP/59duLuTkgtS35Vx4Nw&#10;eoyrl3sBjiNG/+5MxpwNZ397rt2n9br7fchpbSl+U02ktE/6fj2JXflZAenjz/coL7PjwMJijyri&#10;jR7/LMg5WwhhujDZzTybjGj2RknBlYMJiIqBlPfh4mKAfUhcc+oKTddJ8vf1Myo4ZZOnIln3SO5J&#10;DUUX1jWVFdfkDagwqlHi25wr5qbYGJl8b3RmeKpcpybEdJjdk5iBa4TbWEpjKWbd2qIIwBt4CUFK&#10;BaYr1tjnjyQYMQcN0a+RO5b+ACwLEh80V8i5f9de9htZSUelAolSBo0W4+danZpvGnykqCcD15S7&#10;gjkaYHZhBkPyEzOb7uQHZELLklr6RT9PUXMQWwHu6JoQ7yqRvZ0frYwNzPjz2TM2SI/Z9PhwG5ml&#10;4d6x0Z5nRZkciyNZNbEEo9h77Ag5bYxNUM734K0tygsf2CNEu1Hus+cZXigkxzb3fRt4aY00yMqb&#10;oTAT/klrjlWH9r+yfUXhXXdcPabHWYtHscCPWEstxmVWh45p0udZ6TE7mLGazzc5OELmJ6+MKa3X&#10;0uizl6QqXc8SqDg5MDZ5TkZZUmUPDSRMMOjjvzvahOK4wYFhT0gzxvQr7UI5m/54vzKDItn6iLld&#10;yVbAepPyHNzLJFyMBrIDMqR3zVl/0MZBaxND13RRk7W8RKw3Whua3LxGlZqXwLtmrj3CoNtBu7uP&#10;R48+wPr9G9jf3XZNfYz5qXluPur1hBl6m9s76A06OOh1sd4eoL29j/17665ZGCJ1NY11P19D1hZm&#10;zLluLEGNzeAJ8J+uR1hdW8SKq5MWF09hYeE0MDvD53TgjoF+ztyJBTRnI7zyzuv48LU3cOP1m5ip&#10;V7Cy3MAXnyJWVA0nTlxCc/EsKtOzzEZM9Mitb4r9nZKoysyjHjWZsWZJLlkj0PXRrukh5svQNfE1&#10;Ssakek5VWbL2cGML0dQ5nDh3DdXmLHoE8u3/Bluf/BD7t19D+2EXDz5x66773LVTy7j8zMuYXlyF&#10;iadhXQNWrUzj4fo6/vbv/y98/MkHqDfcuTRquHJmwTXfQ0w1ljC/dB0zC+56rqxiYBIMbB+m13Hr&#10;fA/xIOaacdQ5wM7+JzCdllvDY6yduYLrz/wBFlbO8n3rtB8gG7RYJt0ZttmaR6mau94x+8nVqk33&#10;LFfdnpSwLK9WbTA4SE2hYhlvRQZLURGeo3XVHa87zrjhrkfiQQXD6brsU2U8a90DN/mgjFkppkSc&#10;eHy9+STA76j/1n6IG4YPQqgYX4yLsMMy4AhhkeWKKiWD/LK/t+8JI/8ZzAp2++WjTgc/+dGP8IP/&#10;/DfYfrDu9lCNb/zBdXzrG3+Ic9e/5N6JOpLE7c8dMslsuD3D8NCtTxLG3hC3bvwDbr3711huruKF&#10;Z/4IU7NrMO76D0ctdLsjDO0Iu607WN/6GBsPb7pbMcDFE9/F6tmXWEafmRZ6e/uY3niI6PabSLfe&#10;R9zOWH5th0JDYD/1yLjjNZzEqd07YBtubZieRnzxS5j/2p8hXbnEcuyK228plSX3SSUgRguD2HSH&#10;MHvuvb75Cww++A1qm+9DD9wTVEnZQ6yqxFaIrlotpk2PvIUN2lOzMGeuon79RURnX0CjWUXH/Qxa&#10;m2Zj8VKjfEWODGNGGCUDU8hFJPWC2zwJTKoQ4OyDuIJaTawR/ADskLam6OWG/R4Sd13Jm6MxNcLL&#10;3/gaar0B/tf/9++xubOLai3DuXOLePFrX8OXX/ouZmaX3OWYQudgH82VFczPzuFvfvgvrs5JUHdr&#10;16VG05Ve28hiCs1qMvhItilUQ1Xd9Tro9VFxa5EOQUcUwhGAvjFWvJwTS0v7fQYdiX1mcra5DjvO&#10;WO9JA5wBDVAJIDQCghGrmiSpI2L3VeI81IHqtogTtQ0XN6Qoo/UuStz6587RuN8p4CXhnp9Y3iNW&#10;WASPuNSz/Piq0udR8jB9D1nFuDWOgUQPRHF4xmjgPo+Y0u5a1OpcnxALkHz3lLe3oi2wM+y5NcZy&#10;7dNx1yslz+NRynZnohcREhMNNkKysND1ZL+XfHZhROYqTUo/dgces880MPBsOEKoaF0Y8uDGsLce&#10;sdpir05kkhLtj6lYWpGXZVAM8DEEdYOv9zz8IcSwHIT2s0M/fM085iPZAO7rjK8TragO2GPQih2K&#10;UdYHkWh/Pz2TVXvfZw4Vdmu0e+7mTi1gemGW2db3dtuuTp7l5HUKqiJbAOoBhhSk5K7DtHsO4uo0&#10;72fkthe7Z5IGEeQ1SVLzKoN9CYOnCdk2uNq7UrmIL724j1/+6Fe49f5r+PDDb+AL164h3jvA3Y9f&#10;p7ui/YZQBFzosoQy95fzr6HWfgojST55DZlPV4yf/ItPm+WJQSwBGHZ8vGl92IcuJyr5HxRrAWuy&#10;IBvx36PlIJiyScaDZYmHLmNEpkiC5KMlCqTXSRvl45O9zMT+f8y9V7Nk2XUm9u19Tp60N/N6W963&#10;b6DRTTRAAAQokoOZISmJoZgYmRdN6Fl6VehJ+gXSkx70rIgRORoF3UAkNcCgYQnTje6uqrbl7b11&#10;bfrMY7b2WnvvY/LmrbrdABQqRrEa12SePGbvtb71GSvjJGmTMOp0lhKNfL0AhuAL4SvLAGOjbfIh&#10;MgXfWBgXczovvjAacpmYzStKYptyVTLpT2QIa/3t2OCU9hFaJMLIsBeqiYnLJtSdKfNEGx9zGgtL&#10;j9iLxQRnxL5vGsVYMntE2oecEGA2igzNQipIGpaY0SvdvJ50wRl6kUCL05IkHWcIy7gz5pE0cWV2&#10;pT4+bmhCYWmsUhdepkmQsopIhLxo0sId6AsQ6qKEHjXyJAlEZMM/zHRQWM8nouYyq0UfcFTWn60n&#10;UtBASS8N16AHK6K+jSZE0rcR1pl81RTXWZKyYMq1awKElenmOwTJ6LlpDGMD5TG9P+JjZrCVgFrf&#10;UnXZr8qEmhB13yTLKfzhn/6nePPr++h3e9jbfYR+1Nf/gs2tt7buYKa1oD9xjBMLJ7E9LuHf/Pl3&#10;sIw+fv8L62i9/IYx/NSFQ1nogkI3yQldP5qGSCcfMnGPxI727cYoLNvThHL4NobeMmxtM2FwYMtu&#10;nMIykFP4TInCU2UYz2RPTZG7TnoQHcWQE3kphzNGVVlshrS+MQoqN+1TueREWTge4ST7IpnCRFHZ&#10;InWEkPgoadyzwLXjFLU4JIf7rNLjoxg8R8/MzedIpkp6p382md5LbkgRJ0lmnG9/znPXVmXyvOn3&#10;zWRial5mI1PcQObAiWmf/6gBU+H7OUaQmABXjY+eDQiylPv42KxMkTYgRtjk8fTbi2a4YC9RIU5y&#10;sRJ44s4+rXFo39t40ymVAyrEwDQgSqaAmglEtEiVx6Iik0shxjw95zyNkd6bxtuoWJ8y+hMw0LGo&#10;j8NjNkfJX7AgbGjkWLrh8JM4lZI4FhytGQ1l/GGYHceMxDgFNu3MwxwvTbcjA85J52unTBqjHb/Z&#10;+mFg5BE0MPbGfNCj/ibvczRVpnOmtwYuzPxylD1r8G0KKz3sPsKRaf7iyBK7con2BkxDLjTYsiUL&#10;1xppWlri/Nwk0tRFOr70da3psrKMuxSzs9fKAX2p5ZOr4dMmNDFpd4lK6w7ym+G3i307FfaoY9EF&#10;si7UA72f+bRyB1w/mK3OpcYmVlTgZUlvQthnLWOT5e9wLupT9lnx3ueGj2qovAdtytBxuVXZZDsF&#10;KNNiL2ObFYZwuWfOgdrWtX9yUSrUeqbgFqZpciFoOXZg+qw5iNR6OgmZvZ8D2p3XjsqR9SCKXs5w&#10;ShMx4eWZ3++UOGTTAJntTQY4yA+N83uD2WuVM3Yk4ETI3ADVgJjmfpVp60fXhRkLXHcYdqqR5sYG&#10;raY0z9CExVGzpJhpKzhJMQ77GA472G9vYzDcYgCgWm1xgzs7s6qbgVlm99D9RXKo3mDArN2w/QDb&#10;u3dx0H6E3v62rju7rFCYCZoMEqmSx1KjnWEP3RGxfod4uHuAdlevQ/s9jA708z+SfFwkv/Uo1VYf&#10;c4l9Pcucaj3b8LGkG5nV1XWcuXAJtTnd2MwtYlzR39frUalcwezcLDqjHt679o945yc/xMP7j3iI&#10;ujLXwIWzazh1dgNnLj2PRnMN5ZkZ3UQO2eM40Mc3HCXc6JLtAdWRA7JKKJcNW4Q8p4j3pptQIbog&#10;lVvJr7Ak9kB//oN+B924hAuXvqHPzwz2enfw8O6P0H9yFZ1H19G9vYne7hBhX+H80ioW1k+gNbcB&#10;v76BcUmyFcDtW7dx9dp3cO/uff0+e1hbrKJe87BMEt3WDILZOuZWLqLUmGMvQTZQ1/UgreWDcAvx&#10;kADaNsIuhXDoNVD3GmsbL2Hj5AWsrp3DzMys/rz6erUfI9LXOCbGVWJ8Uqm+ZrkZYTIcrlFhWR3V&#10;+kG5YepeljH6XD9zI1tObEdVR1nfI8Tk4+8ZrrRJ1M0N6DLSQzzppjKlvkgKtVIK0VgQzlgWTYST&#10;pc+4zEYXFgDnxEhe+0LDuk3MekhJ0ol71uw+7omshmJmIUmQk9DW6fQYBvx1ttggTQ7dB5zATIyn&#10;MQ46A7z1/f+A67/6BW7euqWfgQS/9/plvPbaV/Dy62/o80nMx6p+HkJQSDOBqZGMGRTb2d7Bjat/&#10;ifbW26hUJF5/6Z9ifvmc7mNqvE8Penv6Wvex09nF/d0H6Bx8jNJQ4czcq1honkStdgJhMkK0v4vG&#10;/haCrVtQD67B12/k63uCesexvu4UWBgR8FEyLHs6j35Df/AlfR2vvInKpTchF1YRN5fZ/zvQ91jo&#10;UWhCSXeMJhgh0feEojXjyR3Ed68Cd66idPtTlEcjHlBKa3VErLjEKqwIxABJm1tzwNopVF94E+OV&#10;yywdjPXzO9JXlf139TkZu5Aqvp4+g0Ck0KLXkWltn5jE+3TgYwZPDORQ/0d+mxQgoHz23Iv1cYz6&#10;usui9aJSAuGOKjDWRlKvjcSMJeDtytd+F/95s4xr13+K0xfP4vzlN7C4dBLNmRaTfwicqc8tMStN&#10;fuMb2N1r4x/f/jn+7NvfREV/PsmMyTLfb3SvlX3jjTcgWKVsgm2YrELMNhPXagdJWSCib1N42Ree&#10;QGoCykLDzCMGsKLv2+RVaYsTZsJZGwrYQTDXcsS4o1qxHPAAl6SqnGtGtYW+viTjjY0nCT/rCYcu&#10;mf2CmJeJDbXkFFuVWG9pydeVknS90OyFtF6MxxQIQdJb3c+yCs2k2/IaoNfUErEcyyWW+MaDvg0f&#10;M9ZSpLww4ZEx2zcYubFelEqWRW198gQPgkK7P5v7gAIp6ZwQ0O3qVyqBE0sHTyzESzYzsQvvinkc&#10;il5o/Azp66F+36F+ZqtVilXS146BZaMTZpVjYvbeSJmADBoUMQOQmHI2p2FM93ApsPWuPg80KLJK&#10;D2Kde8wCtqSMKLYS+oT3aZPsa0A/CnoinMqLTcI9BWVxWAonf4ccBNPcWMPsQhOzLd3r1+d5Hbz1&#10;ZBul+ixUrcYALDH0uFbR17pOHv96/yAmKYGaDOzSvz5JdYm9HejnxjfqFvrfvmHkkq2ALEU4dfF5&#10;XR/0cP8f/h63f/oJHrxd58+Y6L3dd5LLz8JwyQa72SR2esKYmM7CyfmteDKXwpsrLos5qcXXyFJu&#10;nyJgExP+To4NaD0GHfNLWsZaygKzKTVs1EiU07FJ2XWflYHLJDKeKfbdPS8fFuIetow9EllZUkZT&#10;zoJDODENUQ5cEAXmjEsMNmZz6lAznYZjOH+ceGwthizg4RK6hEz9qmThjBpfQsOuUOnvSVuIuvPs&#10;puVODszTGc8sVmSKHHGZ4BmeIOnskdgF3rj6idgyMkXmo8cLSSkwlNdcOp/KBbLwppS+lpiS+CmK&#10;LDAzq5iYCk65n6XMACfLlKRFninotLhz8pOt8JMwlWzz56fidnEJc0sLOH3hLK5tjvG//u//PdoP&#10;P9CbvYevfvlL2Hy0hf/pf/hj3ij3gx+hvEvT2of6oduDqsyaiG6VpZAl+V7MNSfqaO2DsiaqKu0/&#10;RdEaaEoSbFHSdAzDlGcwrKYlJU8DfaZ9/zjhHmoKqJdvJvNMLnXodvjNedV9bibcMQyrJ4OGfnvM&#10;QjmduTb1mGQq0Sl6bOWu6VNAzWd9jiKLPJ/ifhSgediv82nm4E97z8/DiDwEhhIwZoFozw52eEOd&#10;El4yaTWBHKBtlnhlAbf8c2FCPoyy1AJSsUzvc5LaWs63LvQfGFaEBbYMwdCundQseTJ1l+VGKjU8&#10;91JwzPnRwXnoKhPQQYxxSiD2vYyNRnsVedBRGACn2fLIM2bTd+FsNCL902NKofU4DU1a52rTSgqz&#10;lQnDukjCJA3WUonb08ye4x0Cx8UhiTVbxCaZN29OK3A8lbso1iNKHJZbpu+VUz4cto/NL6giu25s&#10;HhZzA0eACsHAxAr1OFwBHE7FUm9pQlCKGWciJ0/OWP18pCrflospz6Mb+EzbK1Uqn5Ey91xYFn8m&#10;W1YTz4zMJVmrYz+LDmTOrA3VdNbgpE9vTi+RO+p0GJh+lmRivbGMQXdZjpMOOu3YjWd0cS9yYgxX&#10;K8qU0OsZz6ZcxruZ7lOPpoznZZIFbYDZe4LTVuluJQ8hlv7DMAvGuiGjNE5inQwHHXQ6A4wG2+j3&#10;d3iyP1Mv6wZiA9XaEqr1FgdB0GB8HEmMdIMTj3voth/p1+iif/AQvb0dDu1poorKDAVE6NfTNdmg&#10;u6//e4yOfr8H/TF6wxh7o7FuGPoo6WZv2KGIcF3PhSbATBCLgTy9dANS0R9nvlHDwsIszl24jMby&#10;EpqtJczOzqBeb8DTzevc4gyGasSG+j/42x9h+8ED3L+3jeX5Ol6+tIrLl87jxDn9u/OrmFte5zAj&#10;klcKfXw8VBa+taPxTINNDW8YMkhI6yBbvhCzQ9e9JLDpjGIMxz52tnb15ySfvLM4vbGC7mgHm92f&#10;o/PRdRw8+gU6tx7jYGuIQU9httbAxsJZLL5wFrWFOV33GYDs/uY9vH/9A3z8yW20dx9jrhFgoVHG&#10;XGuFwbn6XB2ttUuotRZ0g+xzg0wp7f2op3tMhX57EyXRR7h/gF53zFKwtYVFnL10GWun9WduLjB5&#10;gBJ1nzy+znWzaVESZoP4Jcmfn1h5Hku5fGZgBUFNN32+CXvyawxaJDZanlNIafATzOp7rsqBcVIG&#10;PIQqctmTnMLo16tz5ITyQubqGVkIqpFT6owk6+ek3f0K270N0CPwggIlaOhvAwTNs2S+RueO9oEw&#10;HqFaKevzr5t42nYGPf0MxfjFL36Gn/74x3j44B7621toLs/hD37/i/j9b34byxtn9ZocGIDfI9CJ&#10;jquit7UBDvo93Lz6A9z85Hv6oDZx8fQX8MqX/wwo1/X71lnWe9DdxYF+Rrc7m9jc/BjD/jYqfhXn&#10;Zl5Gc+0CiAvbGIyhbnyA4Ml91J7cQbJLoC6F+BHhnSFrBtKonuh7xterpL8ulquQl15C+fSrCM6/&#10;jnFjiQEcAqIIUmD+lb5HIkX+jANQ9MR4exfqwYdI7n6I8qc/w7jdRiCsrRKlzNIzw6mgQEBkC2JK&#10;kcR8dhml578MrF9BMLuEpNZi7zppVQfC7nuuDyr4m09hfBpCQsYTTSxjk+5tcKiqGaASsNrpDfBw&#10;Zx/vffAzlKoenrv4Ghb1c7ZA9zkF8XgRaIyh9GefXWzixTe/jhe/8nVeE0rlFnw/YgspGpzGHJQg&#10;MN9soFw6i//4X/xL/JOv/w7qNR80HqD9mNRzxmZF2kFonJKZWAKdWCzA+vURw07ZZ5P/jY2fm2/3&#10;CSWtKo4Y/L2e8d53fZ21zOLnhNau2Ehx6WfYDobuO2L6xQbUksL4u4Whvp7hkIFESTYOQYCIWI70&#10;miTBoN8rl9k71NgVCO4pacjB/TvZA5CFATHC9T4iyL9RGqILsQbBHqER+/nRULGk74V+r8/s8Yp+&#10;XSZ1KTMMZDWfDeekYRUdRW884q/RIKpkr/fYeg5S6rOwMtbEETjsvh0nKu/wYdhvjPxZ0gczxhUz&#10;FSm4yfnh0Z5DVjMegZP6etQrVQYWuQakIatvyDr884myib6xOb82mMhM2KX5Onny6WswUmMGsEsE&#10;XFrbh8QGm8Du3xy2ESt+DmL2qTV4RixsWCtf04h/Vuq9oDbXwvzZNZw8s65foIReqHC/3cFuu4d9&#10;/d+rp9b1tUh4Dff1WkGes15A97I+t+UK40Ik2/WZqS1ZtkserNKFmHhmkEkDSb5f4oh/ptGYx+tf&#10;+abeoxbxwdWPcOfBHTx+/JADufx0mlto3nGE1iA/rZ2WDpcl2KVNLKPRXqp1npShJakLYPYnzjE5&#10;nExlkh6eSjLVU5o7K6Q2DIYkRYwteYzp6eZ6SkatjSe3LDB7FINSMbcptGF6ntlsspI6SQXP+cQ4&#10;NwFgvyPbDIpc8p77OU9f7EQMOQRC5P0KctfF+QlK53/DALU9H8QsIUZeLAtDdeFAzJTJI+2GGecm&#10;eiqdhmfn1z4QQqVm0i4p1UmOZDoVtKbW9kFXFjBDohco3iQC06wkyIBLm1TEx0kAI6H9tiHKM0iV&#10;ZdQYlqmfSqF54VDZFN9cC5krLoppnAXT7Fzvl4IWLnVHZDJvMp4gRiovdAw0mnNBSXg+I+kG4B6x&#10;XEQXGWX99Vm9FT0kAk6EX119hxmUf/vn/wv+6X/530E0fIT36diHPNljaZqT/cQFk6A0dXnaMyYL&#10;jEbxTGhnmodJ3qkOn4Nldjy/KPFM8EQdmhUf9SfBNIdAMZH2/P9NBvFnk5hOnrNJNt3TQFKl1K8t&#10;1T3OdZh2LJNyWGXl+XDS3SSfojZlayiw+ZKp6176lKsjbsR84M4xz7l4CmD8ee7TTM6Y2AI3Yz5y&#10;oYhiwrmxXHjWC0rL2lYFhppSKS++CMok2TDM81SBEcvLJowHqXFaQsFHjb2XxqbglpwqHmYpeOka&#10;qtK/5jUFs+UcYc6rdHRxsaR7zCXdtAdWukrF4ZAbW+hmNok7nCDHjPZIF0wkDQ4Fh4yQF4oxMnaS&#10;KgdiZQMaN0UVdtmTIm8jkqsDithbASNSOdcI572WJt0/pZRxYR2HJyBH2QoUlQ7G0y7zeLU9QurZ&#10;YgZJMTdbZCcWchEbsQRa8bAP1kDdGkHTdZYWCOb0yPxx2f3f7h32jnsqu3cSmJt0T5YF9qx0A/X8&#10;TxxandMBsRtQPss2win+Rc4HEEWwUAiZk7HiUFjbIca1Ywfk/BLzVyyzvxCF2W9+DUqQqUqmrykG&#10;VE0w6ZPogFHHGBbMyreViMUhDGDPA2VPpLUUAVRcc0gzKFW6SScFARms01CZmjKSVPU6XQz6B+gO&#10;9nCwv4lef5sbtWZtCbPNFcw05lBtNOCXdENeqmCs64pwNMS438Ygot/dxbi7idFAP5ujCA0K4bES&#10;yM3uNtrDPf0ee+h3iFsTsPRuR9cy+/1Qv45u4tpdhIMRK0RKxPhIjH+xrxvCsq7jaiTXXV/G6bU1&#10;zG2cxeLyCdRmW3y/1CsSzdUFBK0abn76Hq5ffRf7W9u4d+cOKl4FL105i69++ZxuiJYwv34a5dkV&#10;BixoXYkjn5sbZYEdfrLIPD8yIKlpxkMMiSFC9gWjsbGXIZVIJPDwyYGut05h7dKraFYCPDp4gk92&#10;fo7h1s+w99H3ge0O7t/SdVhPYHFhFksbM6jU5rCw/CKiagNxtamvUR+/uPo2/upv/q1+X183TlWc&#10;WpEIKjHm5+fRWtrA8omTKDVqen1cQcTAo64DR/p8qgME5H+6cw9yqNDudRkYqJfrOHnhFVx++au6&#10;aavrYx6i032k18k9Birj2JU6oWEkyTp/flLM+KWqfu+aYYSizOxN6TlW3cCQDRKqkY15e4lkvfq+&#10;EFbVFFn5GdWx8rdY+4gJBYM8RPo4qk6xJIk0ENLLrAFoPXT7A8mPYfpJHjPFVsVhiRzkGV7TjTLL&#10;uCk9fhzhw7uP8Td/93/j7R/+e9TCGK1WgH/2p9/AF159ExeuXEEYE1hMYSYhN+wkPaXncdje1fd+&#10;G7t3ruL7f/M/4xtf+TpeePVP9XMyYzwjkzFGoy6ePHmIXrSPj++8h/2du1ieaeFLKy/p++glXtOG&#10;/QFq7QHU5kfwb/0c8cGA13VJCbq09/gJoqHgYRCHENAAjwwml/VzcOGi/vt78J7/GiTJ2cWYJbfc&#10;78Go0MgrnDy8krCHYU/3kY9vQrz7Q6iHH6PUa7MsmECCcT/mgQKnq5LXIwHpukdhZdX6GYQXXoR3&#10;7nWUWhv6PNLXySEy5BBGBhMo/DFdBxNjlZHfX6YoRWI3QHR++SIbWLr1lLzfOvttvP+r9/G9t76H&#10;D65d12tLgHef/wle+r0/wvMXnsdStY65ap19J0lmTADJrH52h8OR8UVP3D5PA8jAsLEp1GQco16t&#10;IvRs2RWHXNf4MFNJA16pNCxJWn99AoKKlhNIPflcmIRh5iW5ICwTmMkdN4E+HCThmbTwxLweg2/U&#10;57JiJjaDIfKrJ69N8r7T625MYRGxxSnUgAN5OGizXNZ/K1DESKOhIQVjmEkSA7/0udh3zwFqY331&#10;BkMDSIWRYQWqWNdkRrY/1s9GECn29yOGZZWBvh5zbjyHr9A5jJN01EasfK5biHnKAJdZX2j4RK/L&#10;fv6RtZxIQX+TSKsK+E6m1KDBLwW2+bbmIVCPFJFDCpbrdZityLLVasDXJkpia3NGQXUjDq8wHvsG&#10;gDN5HCL9l4YdiVNKWIUY25JFxteN9mqSYrMnH9335A8Iw/SjXt/VAeydyzY2xn86iWzqLgevEUgv&#10;eBBGTMXKYgtrZzewcmZFn2eBRw+eYE/fixun1/V+FOvPUkGL9hkZoBQIlCsl9lsNaF+QiWXw6eeW&#10;GH3k8UxAJP9rehBiA3q2XvI8Y99GjD/6PrENyVJn9cRFJOOWfl7W0WrsoDc8MMw+ZT3a8sEHhQd3&#10;sklNJTWZFbWc0vQdYqpNYeekE5409OKwd4zC9M7SAUBq8sGcaAZokBALlbLzhGU/OICSjEWRa3wZ&#10;oIRBT6kIS73+WHbsZ028tdUT1twnZX7ZiZlhsFE6o23IhLBgYgawUcGi0v/OAiYMA08W2G7KJb84&#10;OTX/jkgBSGPcbCK6YUFWyYVTBvaZIBTfAIbK+HYkaViIZMmIM8ikxSxWKgeryJxfYRaKYSY/VtPP&#10;NN6xkfky809aBkwxHdMV9ZFV+SuOFs/70xUZpyrXgKjU10PmvPrUlPtOFhlmtrzPbzgGxLSMGFZz&#10;K/bDYlmN9SigwpwWhxLHlFM65NiwN2kapxfKJj2g9apeLMiTpa9/bgYDNcSv3nsP32x3OBmtN0ww&#10;0m9ds/dCkhTZXIfBnSQrmnLPXQraFWooVQDYi4Dz0RDarwNk/caKRSGmhjyIqX5KiW36xTGYe589&#10;xOOzMtQ+y+sex0vxKPP938yf6aBp8bNb/4wcsy/PMnamxBBPYzDiGODaYRjv0Ll5BlvoKCDguHLo&#10;Y18/N4FkXxGbHWcHM4dAziSbNEhn4D/hNeYaMPfHZ5Ph3Fo38Qyb8CUzSIljkbLLkhTs8Oy6bIAF&#10;YZsrZWVPJZWkxsTK2mRkgRb54dDkWmuHRCFJi55Ajbd10x2YRpzkdTDs9nFEsp3QrPOhMvsHARpk&#10;L8ESYCt3lAbUszWxWf+EPXKR8c3y+3fmSSfSRLdsFJQDhdU05qc928kznreJu9ENwJALXFA5pIqb&#10;UuHqEucfpSbYx9lnSuzveASp+JZ8H5l4KG7WYypgpQkU4YAre0X52st0xzwsu8/fR+Iwwzn9Qs47&#10;eeLZSdLXsPs9intpNqDN1lqVZCCfkaHiqWzlaQz1ZOrajtSP0e1nUhZDUvLnIEmS4rMv8/dDJgVO&#10;Bxr5PTFRuWoGh1Fjd+xSFhmGec9RBzLa+4Un+lJYJoM0wLvRtqU/T/9HMjTp5LwCzKrghkg3ED3d&#10;nLd7B+jSv3uP0SfAbtTlcz7XWEC90cBs6wSqlQWWm5G/EzUdybDLEtHhQDfnUUc3gjuI9dfGnYHu&#10;pkNO8E7Crm4AD9i3b2vniX7tCL2BQIc8NPUxDXUz39G/n4xMkqaMDFOXGx4CsvRxVgJPN88Sq/ML&#10;WFldxYkLL2JpYRkBsfgqeq2pCtRnW4hKIT558Cm2/vE23vnHnyPWr7s018DrL72Ak+snsbAyj8VT&#10;62i0FvT5KBvGhF5TYrKEIZDLLBrc1JMnYUCWNeHIAD6eCd8hFZmp62vMRjkY9BGJJtbOf5m9y8bh&#10;Du4+uIGHt3+KUfsmOnfvYu++bmaHPuq1CpZ0MzS/uKDr2wD1pZMQ1RY6vR289b2f4uMb72G/PcJ8&#10;rYG5mYBlunP6+OutFuoLa6jrzy8C8lOiuvAAo5B8E0MObcCgjU57iP5+XzdXIeaapP64gjNnnkdj&#10;dkYf7wgHB/ch4x5GQ33M1nyUkoA9NluvsFSP6nHPr3HCLklRKYiDpGdwid4wCZUeS3grDML6wayu&#10;PWssuQMPpCIjD2Mv8EmKs2EIP21QeZxh5rQhc3JoKKMKNdkhpcaUP57tb5wsUVmpvOv3uPr3DOmA&#10;GnGyN6KmvUPMJH0vXf/gOn781lvYe/gYrXoN3/7aG2i2lrFxagWnXngdzWoZB33FEs7RWO9vQ9qH&#10;x/wJBvo17t3+GaqNDtbnr+AP/8k/x8zSCeyTX65+T2Ji9vttPN66h4fbnyDsPkYVdVw4+TUszZ/S&#10;90QVof5+td1G/e41+Lt39H3RR9KPGQxSdu+j4Q/vy77xpk1Ipl33Eayehvzit1A+/UV4s00k+l6L&#10;2BhIsbet2Ts8EE+trPfegEI3PrmO2p1fInlwF+XuDqJRyKBBJE2Ihaga/0rBQKh+U30vx/pelhuX&#10;4V95HZhb1b2ufm6IwaZ7Uqn7XJ8VbSXek0x9EeWGJyolWRxl/+P8UxO7X7lEU8/ua9E4RLVUwXvX&#10;f4a//Iv/A/c2t5glFhIT86dXcevGI7x77gRL+19//WtYm1tCQ/dZ7Aynn63ZakVf64Hpt2WZj5OU&#10;dyUORdTrBEuZRxjvPEa5JK1NkhnKmP7Us7YK0s1v0kGWFCjI3O2mY/Y+thmJ0uA/ZXtyAmdiss/S&#10;ayelo8b6OAh0I4ZWwXuVAEoTN2ZqjkpJ30O9jOjEvv0hA1BjluSX9WNf4RRzGhbS+9BxjOyA1fT9&#10;BsQjKYUg5uJgyP+GJNmlRFcaOY4IoA4Ni5wGSvrjlEuBeQZosEN7WMk3Cgnaiz0zzFK2x44SA45R&#10;KBNLWbkmNl7QdB9HkekZnPWPig3jMLEyWGP9JSyPSDDQKSyzkdcosgnTv9MbDvR+ZpiTZOFA/M8w&#10;Io9Jc8bofci3tlzx0kTcdHjt6prEXGsiRTmA1mznJmO8JGRW3HN9rIxXfy6ILU2/TgwTk99LCjsg&#10;Nr87JsYhgZDkw0i3x0wZ8ydWsLy2jgcP9vDR/W149Rm88jtvYKYs8fa1Ozh5ZR21RkXvu/r51Wt7&#10;mYBcn4I+TeIu7Yks2yVch8M3glSlmbfoYlCQQjs8l7eaWLVoGa35GcaC/JkGGps7GMYjE9CR+ikp&#10;gcOKuaIfTH6qW/RfcKm5jootDk108sxBIfIFdt7HK7HGhmpKSqdKPWOO2H0K01chrJ7begIJKTJD&#10;Hmuo7uSQmAIYOgYaN0tsNOpZxollkVmkmOnlMEy1vD+YqVWTIlsmlSaC46t5kuCAstSjx9x0ZJTJ&#10;9HSbFOhem294FaUArQMV42hsJccmPS6QRsudpGZD0koibNIVVBFgE17aWLmtmxY1qqrYy5wmFgRo&#10;yawhQprjYTZj2jDIujWy03vPgoZ5th7yfklSpIubTJsHS+lPVBpaAjHR0OdA6uNKdArgc67ZM//t&#10;mYdbmoASc3yR9QJi40Br0ipSLzPjWRTp81zByvwSNmWkH8wK/z5NV590dHHZG2KhOY9PaDHXxYLs&#10;CzaHZb8Ild3v+dmHss8RT7cNBdU+l8WuaTKm/pnMvGfIL48C+o7D5vusoGE+1iGZaKSeBlOqIxks&#10;MvecZUnSLtnt84KAvy1p728zCOToEI/kGMDXYU+/1At1CiPz2feBmMaVO/TfQuaAmym8qs8X3vHZ&#10;2Y5H/g6b8ZZ4nk5TSGKsefmgpfywwTLkREGqPJ0Jac6rEQCSWbBAJvFNSRHWgoHZcRPnRyKygxFz&#10;NC7NTFhrCJYdIEurZf8wW3z7lo1UvPyiyISLIi6mPHYzGPDaz8fAnrlgmQ9iyXJdReEfiQ3IigSz&#10;CmH9El0qKZ8X5VjhidkzHLjnQDLH0hOiANx5OZZ76munpL1vpicyTpVRH1UykNcRstdzhtJQWZiY&#10;Yw06cNTIQxxLVeR8Ue2Yknx1EwJdx7y31wJqOnxd1I75PFJyMnkdUaHNXpI0TCJWCnk2CZGmEyeH&#10;AC+RMvOm3FDZ/qdy+0YuZEQ5OW7iJHReBuZhWphOVqOkYWhQU0N3DgEF9DtJzjfPPjNsHq+c1xdS&#10;dmsRAMytZ1C5z6DSdFD7cGbU0AxynbCuUOk9ktUHbsAxwVBRCkV+o0j3fq6FVJzeB8oagZdsbJqw&#10;6glqwJgVLO2AmNdfn196qJswahAG4z4n5Q77O9jdeYB2hwC+DgL9JrXKDFqzy5iZ0c1BbYHBIK9U&#10;ZR9fqgv7ff17wz4QjhD1u4iHurEdPcG+btz6lNK7+0R//QCDYRc7Bz0OtBgMEv1vgAGxOvTxdK1F&#10;jWTlScKp3iXPYJRjGmjqOofkb83FOk7NL+LM2VM4uXQazblVlOcbEPoGbbRqKNV9PNrexu2rb+OD&#10;qz9Fr9fBYqOKKyeb2DixhuWNk1g+cR7ziyvmvk8TLU3zqRKfVR7MXqZ1RDd3A/2MUPMejWI+LiP7&#10;I4P7mBO99ztdJEEFtfllrK3OgfIqd/oPsH/3l+g9/gCDzZt4cuOxbnIT9rhbX1yDCJaxvLiO0jwZ&#10;+Tf1sZTw/vWruHrtl3jy+AlqZf15ywILKx4WFpbQnF3Sr7+CmZWzqDVn9I0Qc4AJ9LsR8zHs7bHU&#10;WQ0T9Afbuint6GZ8BqfPnMMLL30RM60VlmSNx230Du6hP9TfJ1N/kudxwIbgJp7ZeCTXJXCPJbsE&#10;XlDqomAfMmahEHDCrBUCBakpJCZfkxOJnX96bK2KpKT70zdwvlS5AKLioPQ4++HUZN3iwnnMfVnl&#10;hrayUMO64Dx+1ti/VKaraEyhUwTmsKfXiHsMOgcUesE+W/pm8pIhbt25i/c/+BV6O7tolIAvXF7F&#10;6FSFvRC3th5jZ/M2vvvj++iJ/w0n11uY040w+XB1BjHmqi3uQSgEgcBSYpx5fojf/9YBXjv7Td24&#10;/xyd3qd49PATbD25jYPODlrlACsLF9FavIRqa0nfswKjTZLQ/gyzWw+B7j68oWFgEXMv5vvdrlkm&#10;sYt96WJff3IKeXnhd1E6/xqClVOQ9SbGnLhsPNNL5CEP4/NeIvhCrxnYuo3xzXfQvvUBmlt32Ye9&#10;pOuAUAq2IPJ4my7zWkRuUX39YFf0c1s6cRHy4hfhLZ8hcztOa6YADEpyDXiQSPzCiFlGvOvSugCj&#10;UCOGn3O+MItpFr4kcveYI7akQJ/ngieNGisjbQAbZ8/iufPnsbm9i6hkgKFIP+Objzax9WAT7/3s&#10;XXz/H/4eGxfP49Lzr+C1l1/Dmn5+50hOqY+NMHBmwOr6jMA/j9ViISpBgO07H6Om+zJmqNHnZH6z&#10;TK+B0q+hpLHAYrmmMgxIkapSRDpccgn2PGji0AnJclJ3m8eWtUdfGw0HphendYs+Ny1r49AEjQUl&#10;uGTiRNdX5IVKAxXJxA7PAH20h+jv1xcXLOjk8eyIno1xHFubE8EANw18yIOPnpZwOOT3YX9Vj1jW&#10;FX0sI+zvdwzYqCz7id5eHwf93q7eG4h1ST6JxBqjxCOW4XqeASot+w02+IN8W2NbN5C7A73XmD6D&#10;nchSH89+hXFiJbxZoeUoVy7lVvoizXroh2O9Pg4wGo/NzxMT2VppkIqOmXo8BFH8nNJ9Tay/hAlN&#10;ZjA5In9/zw2IFe8bTn5NAVRg+xRT7winyyQlX1rfIPUK5iAVaesFAlnp85MH7jhOU5bpfqE0YgLa&#10;xvpGPHFqA635efzi+m1E1Tpe+vrv4uKV59Bo1HDz+gfoxT4aS6tozLd4iBWQB19gQlkI8wjKxiqO&#10;kr/dQyZlFkDkWQkvs0ZdsKiVmsOP2QaDsh1Kicey7PmVBCdOz5swJ8fQyxeRqZQXeWPjuGCwigkA&#10;8NlMi6JUplgkJsfedA5NksRhYPDwBiSzyt5eTMaSGFCxxuSJLQ5FxrjyhHmYmEkRO/BOFaQsbHJN&#10;xso8/fDhPAzd+0U8FY1MYtER/lbKxmkX5GuJY2RYv0FafsMxU2dpo0/ikQXC7JRamlS6hP0IQp6M&#10;oWwkWZnljuQFg1l8iQH2IGWh6+HJh2uSOJAkNGEiLi2ZP0uQU69ZKYwDnhy4ktj5fWIALSVNerCX&#10;+hA5UM9sCjQBCHIghRR2AuPYnrkmILEG/14+HaaQJJP5JSkrJ0hS+ag6LDdMGzdpQi8cwObAaRiJ&#10;jZQyJ3+S1g9I6tOs/8o5GKPa2KRF6kW8N1boHjzC7OwJ7PZ7+rhn9Ov09bmoG2YLb3reZJ+WysHE&#10;UXysNJhEZKy/ibCCXxfS+k2BUscBYo77Ho4BfAzhZe51szMoc/6IzzrOo1h2v04a7nFCPn6TTMpp&#10;xzrtv592/qV4ur/frwe+TcAz1v9H4bD08Dj3TvE4FaalB36W+z3zhrX+svCy3Ce3Zjj7B7hAhMMH&#10;nAf6JlVNBPZIYUIvpAOvcsn0cW59SPIvplL4NrOsKHCnHHAoM0cARniSVL4bpQCbyq3JGasttfPg&#10;wZUZaIWRz/JgZrkTLzsOWPdJYA5PmcmvL7YeeMKmmCKxiYt58DaeeM88o+8w2OuGkel1LTD7JrEu&#10;A8A8axE8BDtPAZvcfmK8ZQQXjxBJTn4miscuMosEZp/Yw2Dgh/W9I+Pv5mQm5N1mZeG8ZxKIyueN&#10;VAUl6zOTrQ9yYiBy1HqYVwikx5YD3/I+fFnIxpRnWIh0Ynx4XSlaAUwG5SBvD5JjzWUWL6KwJ+dZ&#10;iwXGOqZ7BajCoEfl0jpcCaJSqUv+957pn4rMo1i5QbFyo37n0WlS+Vh8mpiAG/L6Ctk4XXEzQd5J&#10;nm5AK2SmLSKWaQ0jwQmHvdEA/d4+2gd3sLf/BONeWz87YzbfblYXMNdc4bQ+n/x7KlUOnIjlEKOY&#10;mGS64YqH6La3uNEY6t6oP3iCJNxB2G2j0+tg/2Afe9u6EemSjxA1UQqDkFh+CYcN0F1Fd2JI5vhi&#10;xEMxApbYiwoBs1LoM843Ajy3MYv5hXUsr1zBwtI6Ws2Ag+Zqq4uYaTXxpHMT3/nb72Pz5i2cWpnF&#10;ytwcRGsO62tLOHn6lG441rC4ugZBSbnUKJGvtD4GamioqSWQsVKZ0WvLgL3LaHBQLpVZVhnqv13d&#10;wAb6PFKoxVAf360nXUSyhfXTL2Nxdg6dThv3956gd/A+2jd/oP9+gmh/jK2tGGXd7DZrPmbmy1iY&#10;v4Dq4kndXLVQqs/j0xs38Q8//ve4e/Om/hnKP6hjtqnPv27MWq2TmFs/g8bcErxaS79fhLa+XrTe&#10;e14P0UjXcfq8t3ceI+rvo9dXzKg4d/YSLl95HQsnX9eNIUk227oGfKg/d1/3Aj0OJOD6lZqvkukX&#10;yNc5IA84L2BmniSgjzwKS5LpX8wKgmHQMMgX1Dhwwy9RKq+RLQIu7dQMqxMLTDjQTE71MlZPZ9cf&#10;2q2zHkEp9VSg7+l1kk0lt2CPK9nl1J81Da7P6csmsIJ9cjHQTf4Qg3EFdx8/wfWrb2Owex8n50t4&#10;2PkYn95/jxnUNd0AP94aYPPJACsLDSzoBjx62MX3rn3Cac3luo9KSWFW99aBX0OX2LHEEiQQ2ktw&#10;dX6Ml87+LgY94J33/xqffHQXq80SXnjuRVw88zW0KRBE91LR/U+RPL6F0t5DNPSzR2BVKTLBhtS3&#10;s9eZvs9Jai70dY0IpCLbtDNzqJz/Ciovfgv+xjn9WvpzNZYgwy5qes0YcjAhOfHp54X83miP2N9E&#10;+Mk7GF79Afz2YzQ8o+ry9T01VhS6oVCmvTgoM2uckqp9kvyf+wLUhS9CLa0inls2KZ92wES6RZel&#10;GioztDABTlE6jDT+9kk6fGKrI2ECyvh7np8CY5yQbqXZytpROKa2Cyqiu7DsCdT1evHSq1/A1ev6&#10;um0+SJVo1FeXKzWuKbYf7WLnwRPcf+cD3ProbZx9/Q1cXHsOL6yexgwBlWMK/KAwnzHCUYRquYyd&#10;u7cQ6WvBQS3EWNM9GQ8rYYdb1NOlyj3BPbOKkxwGYhN0w9DY2DjbVmkCyhwjnkkzibJ9m8rUa+OQ&#10;QZloNOYU1Xg8Mj0k7UcEPDLr1uwdktNrQ9vfW1ZcZPdIAp5IAqyQrgUcSkTnWZm/0WDA55fkvREN&#10;aH3jddrt9jHsDTjMYkSvw0zBQPeshunXOegx2FupldmDnxKBSdpLvnAErHHwR2TA0sRZiNhhFtlN&#10;8PFY6a6wrD5OklfG006Jokc3BQ55TuLBclpT34z1nkAgX2JB1Di26wMBzQSC0dBHP1PtXg8tb8YO&#10;3gx+Q/iE5HWSMGubB+AgRWXZksqkE2cDUiJDlawNSsI+045sxP6HBPxar13HwGEmJd8XMduUqVAx&#10;e5I8GLwKMcQX9V63iEfbbbQ21nDxi69h4/RZvZdX+P2HJJP2qvp+r6GmN5yKDFJshcFblu96ad/i&#10;8gcY3CPsxjPgHoPzqbw8S0lXlKKdg1NLlTpK+katVMuGEVqU505pnOCm2taM220USWaCnDJuHCoq&#10;UJjgpIu6Yx2IzI8tSeJsUqwmmUui6L+CYshHzsmmyHTKpSimolors1U5rxn3fd4gpZFexFYT7sUm&#10;AUVxPL1N3UFi5aq5iTkfd5weZxrSkfrFxWlxLpRB31mioEwxmjIbVZLKdWGZYyalzTLmwjFPVcbx&#10;KJ22mMTAgIEolfpKqZSpZqidKpUauQbFyW95IYJM07ikRKFxzHsj0pd9K9mF89ixAIpjP+alxh75&#10;Q6lqLnw8J0W1KAL7DgrjV5QwSJbk0mWPbsjTxsLS+LP7LSc4VgZIY9+qY3rcxWkDZeiKNIV3ISgu&#10;QdAB3sIOSGgRrvq6qGg0ebGJ9YYzJgmbLiBEIHQh/ymarS+hqxeHAWlP4jv615eZEs3GpI6xklKK&#10;HetB2fQgkQOeErM5eLnUVLikswwk9I4NwPz2Qyy8vPQKRwc6HAm4HDU1nvoZkyPKz6TI7PwtS5N/&#10;XfbZb5TlN+UM5tMpkyOGNXlbBnnUAzkFsPtsQF/uvZUj4OfZj89mrh43BflpoKZ6ymdT+f3Meoci&#10;lwCb2MI4u89kKk1Xhywx8gymbE2OLeDnNnATXJqlZScTqRH0M55ZGnRhlfP+E/n3zDzDHB+cffum&#10;umnkQrKUzE0dMtSN7ZHsylKilOBIF2rK6lLZ89ow9hInZT6CyZgGNYiidLggJVY5btykMacS2VqS&#10;H2RBZCmNjhFITPv4CBafrWzyASAO63NRJELkYafsXiiAhM7OoiC3zQd5KA4yoX0t4jRDW1N5Ja4B&#10;WLLLhuCGKWZYT55JPFbGuN1JX2iHYr8bbpStnYOz84DM7Y2uoBWWWTFNqSFRJLId9hadrLvyLIcU&#10;MFNFz+epViup7YksALfWtjdja+bWaFenZHuumADv82b+qljDClWQ/qaS4PyxwIWfySMli4kbGjrQ&#10;0daWQtr6w97vdB/6iWEXUNMQcjOka7eQFA4jdIj5kAzRHQ908z/k4Izu/j6Gna5udtr8XJX9Khoz&#10;y6hVTZprrV7T/zaMvxD6SMYdZjNEBCDoJrLffcTsvXZnB+Gwi0G7jcGgj0G3C91T6u/pxqiraw7d&#10;QBkZkodhTKmPtnamc6QbuhKFOYiEzcI5YMcvoVISWJ5tYnWxifm5DayvXsRMax6z9QqqM/rv/DJk&#10;Jca9+zdx84fv4tOrH2JwcICVpbJ+gSaeO38RC/PzmFtd1Q3QGvx6i2vUiFiMoz4zhGi9Y7N1aQYS&#10;JN+ienQwjPjK9vpDo/AhlUQJ2O8MdTPY0/VVEwsnv4RytaHPRR/3Hv0S+3vX0LvxK+w/2ETnyRjd&#10;3T4qZR9rK0vMjCSgvb60hIX1l3Cg1/DbDx7gxz/6v/Do4WP9XkOc32ih1ZLsW7W8fB7N2VX4tQDB&#10;wiKUfp0xBhh1n/CgdqgbO7puYtg3CZHRkNUzly+cxqUXXsPS8lk+6nH3NoZjkg3rz6yvPdvqCGJo&#10;VbjxKgdVeEHDynQpSKPCBbhfKhuva+4cEkueIgZg2cq7Kvp8VE0KLQ/9yQoiSm03Ulc+JdN1kIEV&#10;4dnvZNJdl0z/7H27CLfneM4Fn/LPqpyY9PMzgThJqvCi/00dCrHWx4MBg2UEzpCn4lDX2LdubGJr&#10;6x72H99E1HmM4e5NXL/3BEvz6/iTP/xjLG+8jEGnjd3tB3h8sMdkCWKiX7t+gLs/+x6uXLiMF86f&#10;QaA307Luo8YMpHhs1l+tlPRffX58hc3HFKznoeHP4Nvf+BPMLZzW939NP2/6Hm3r+2L7Dsr3PoS/&#10;s4cKSRwJOIQJYucVhph7DIDoz1dRCPQ3vfk1lC59AdVX/gC1hSXEtSbGvD419BrSZz+vWG9eASWA&#10;0hqo15DS9iMMP/pH4P5H8Hcfo9zrsE0HBz14FQh9L3qcwFrFgICyoARfv3a0chLqxBXUzryMcVU/&#10;iwTq69afeiSeLTqFAvkB6vekY6V1gEAcYsOl3nBU6Sh3jcw6K+0olGoYoWxaOwwYaOoU05PmbRdM&#10;/+kzo0mFI32cZVx58WX9HP4Inz66b6WUMZr62J+/dBmLegG4+uF1tHt67RyMcf3H1/DJux/j/VNr&#10;+OCNr+D5y69iY24Za6263iLLzN7qd3Yx2t5kxid5sUGZGkumNiYWvCQWGrHYrL9+DMfgM5JdLzcw&#10;MzYbZt+gTp6GmybkIcdu9EwAZWT3mJgYfhGFWAwNMYmAMVr3ylXDfIyN0i6yCkSlrzf5HxMwmVgb&#10;DTrLBPYkDK5FPBxkEDJy1l0Jg3x05iOWCzOvHJ1ul0HccTRmhrYsEeNLf7beSK+v+lkoSbaGgAUO&#10;x+y7Z2yrHAYQMXhnQjdokBWUAgbmKBU94ARghQEdK6VnE54QxgYYtHY/zqKMALHEDoBNALHiMBUK&#10;ZqF9k73nCLPQ710mkNHLcAvJwCzrAPQeEOHJ7gF7Ndb0PknnpVQydmUBPcMh2SGY/p2ZreSJC4M1&#10;KadQZOmJ8den60WegTQYcL1qbDEpsqYhoNOEyJp7knz76bPQwCpmWb7iNYk8bxtLc2ynMB77OPPq&#10;q1g6dRpLC01+x5Iq67VoxMz85kxD7/M1BNJaAymTr2Cs1MyqT/575MVqwL7A3IPSyqDzGJmUOcWk&#10;wSliDpQpm9GPMsnCJIf2p8sf84uxTIujnHMLnma6+izGiAMB03+RgV6TMhw8xd/BFYbOrHpaI8ls&#10;NldMqvyJyqjt0l7MyKLJdAE45YuoscIUt6xRp4VXlgu+Ea4xEi7dyjENRL7YTNLUKaVUoclJ+xt9&#10;g9FmxM0S3QD0v+MxI/y0uXOkt0/naqgv4IAnxgRGMTKuC0qaCtPrkp6/om+kJJa8qCi/yuw7Jslb&#10;I0pKgOPiK8mHd1hWnltglEHMPev1IU2MEgOg0qLyLiBDpKbrgm9Wc9LGZkrCUpDIgo65iSABaTQZ&#10;1zd4SDe5injhy9MQBI4IhJhgcLhGhZkXT2nwpwW65IR2GThiUFRu6gVNzWLjecLXxprwE3DLYSfk&#10;+ZCMMLc+w/dgreYxXZhtOPTr7OgCYPaK3jjLJewPujg52jGpai7KPUdAUblgmsyAPTvSFBBw5wYi&#10;ZTCKCVDtKCnz5wWpPivTL8+y+jwSzKJkOymuA5YNInPS3ePKmf//8mfa+TyOT85vGnT0nGdGHijP&#10;Syif0Qxkz9TTAbOM2aaOBP3yQOxxfH2eJTXKGD7JsZmJk4wFlfPwkIfAUvtMqiL455iAEqrI6LPf&#10;LyTFC1FgLbvEO5WyKvOJvaKwd8QqA24o4ImaIt8yoqmA4il8ItIADndsyoZSeFYyaq6zRN6nLoWv&#10;7N6QKJPIp6xU1RPmGUwSIxUjAMRN74V1QZA2FU0Jk8IroaYEbIjcIMrN6XK+qtOY2O565859OkaS&#10;ORmwWyyVmCrfTVQmRU2B5oL0NccyFJNsP6QhGqnsOudFqKxDrJew2QPCQQ+RLvzHvs+FN5kuS4G0&#10;meAZmpJWHkpBKtSY9hGNaua8e8ZH0xX3yoFhwjASCEDxUk9Jya8rJ4Z2eQQ2HTJSYzERoHMkS1CK&#10;wj6e36+mDWed/MSUGWJiGo2JIfDkgyimg+75PdzE8KXegodQ24n1JUvwzW6ClCibTFeXxLFKlQYG&#10;4DMqEGoCmDUII8NS0YjrRQIAYt2s98cDDAf6eo27DFJtt3WjPuwgoum+/pova2jpxnu+NYOgMotq&#10;dY4TbKmAodemBN7+QDesoxi97g6Gupnr6UZnNNCv3e1gb3cTYXeg30twszIeEKMl5NqOGjAT9JGY&#10;YXrJSvG4Fzce0QkBfCXD/vD0+lYNJBZna1iYm8PS4gbWl8+i2ZxFqdZAq1FHdaaMRjPA3YebuP72&#10;d3H345u4f+9T3fCNsLY4i/NfvYzTJ09iYfk0mhvnGYwzw2d9bob7fI5YplQq688w5GaU2b8UbqHf&#10;P/Qj9p/z6DxSsIH+DKSKIR/QzW4fCydeRl2/JgWOdHp3cPfOLcQ7NzF88AnG+yE27+/rczTErG5e&#10;z27Mo96c4cCK+rz+HEun8Fifs3/9ne/g/u0bCHWt3KyXcGZFN17NFmbnW/q4N+DVyqjNrKBSL3Oq&#10;axTvo9c5gKeb4FF7H4N+h89xODaWPmurp3DxyqtYPf08N5zRaA977dtQBLCOBukCTkAeJaj6NJgH&#10;ma1T8mWFpbs+e3aX2GDdzNEVey0R8EKCTfrdUtBg/0KPmb4eL4+8ruoa2xeGYWUG7T6Qhs5Iw6BR&#10;1pdTxYdsEZxs/llA31NBwEIKtuPTTPv9w3Fqk7YLwvqDkX0OywR5E/RMz0LMvlGCnb1tfPrxNQwP&#10;nuhme4DewTVg+Agba8tYef5NVOdO6fMlGSxpj/oY6PtpX//dam/hYKeN/d0e+2D+13/ypzh56Uvw&#10;qhX2sfOqTTQrPrNhqMwnK0URDvX5jdlDrDpzEhdfWEFAAXv6Xkoe3YK4+yFK+49R7Y3Y/ccE7giM&#10;OYw1oJUBZfpG7GFcUiivLEOdew44/TKa51/EeGYekoA5Vg0Ry9uclYp+Jgbk+0lz/b2HiD99F+NP&#10;rgOPP0YQdvh6E0kgYAAjMCSDUqzvFn1/BFWIahXlBf1e518Czn8R/vyKPoQy20dQz1cr2SkiSUYT&#10;z9Yr1kOdfTqNNRV5Q3o8YLJ9IY81mT5h7pskNxVO9whDfOeawH4/yexNU2YVMXZVEvKaRKy3RK87&#10;X/zK7+Cdj97DVnfINeniXA1f/tY38dqVF/FHD2/g9scfshfjB7ceYL83wL2rd3Dn+h18t/oX2Lh4&#10;Gpd+58u4cv5VXJ5toby/hao3Zm86lqHqeyhwfReQqimIwUygvSdMX0vsRALvyOuOgDx6LiGlzeSw&#10;agsCtwi8cl7WLCM1hCEDziXch1NIR8ShFaHpURKT2ApiqRHW4Ae8VnsWjGR1BMlC9TpGfbHU97zx&#10;rrNTMQL1wtC+FzCOrPzUXjcCqeizkF+jXr7Y1oFtJahuoP8ahmyBQIxPVa/zM9VPQj5HIjbXNbbr&#10;Bd0n5EUKyypjcI7uOmnkowO9v4REKY/NEx/onxuGYWb1ZkHDRBm2H98KnmG+57MJeEu2NjXslq/v&#10;Z+PtmNhBpdGjc3AGBVQokwxM+8n+qGPXL1MLUk1FxypLBtaSujal46JmXIgkR+4yE3Xq0Sngw5OG&#10;Hc3+2UnEqjw66cT8o58rkccyDe4IaxmEXNmVPLJmsQNZYcDvSt3H/jDCqedfwOn1NWwszPFzXdX7&#10;fDRss9S5rNd9GhTQPc92DInKqUcS9uwLfBM4xSAnBZ0SSKlkWhLlSVjG6xk5TCVhK4gkyXIV9M3I&#10;tZIvRZ4Fl2qDeCpuiqQ4awJoOuQ2DYFUcpXJaTIJRsaiMWEXytJd8zJeYeWb3NipiYQ9ZVkSKdPr&#10;sDYq3SzyLD+RgYRm4u2KW1nwhxA8XSQkP7IbozWkTGRKERXSGR8aUGdMVGffFNoSmQl7atAtkhQI&#10;c80rTwM8s6j49sEziTDW/Jq/Flldun6QSQRPaLQacUoXgXKJTUTi6R4ZFEfS+tzRgjvUD73HXgSE&#10;FEtuxkhuZiK1x0MzSfX1Qs/pVbSs00SCFgWiJ3PijKHHx9bkkdPhDO3MxoAjbSzc9D6xnods4uo7&#10;MCbhGy7kRSs0F4dDOnze+FKjTtsY8UNPG5p+AMi7QFj0n5KJOMrcmEKlzLX0Rndgq8oFB9gG1Mla&#10;WaLtmHETDIXJJiVBJmV3acxGwuMxQGrSqBw9NkvNpDubgMxQH2OpWecpNRVkPTJBpUkbJTGFdQSt&#10;KqetjUdVXegHTKn2k9hMuHmK5iF0yclJzjRZqJzdklmEXdORNkzIm8Ob+91J2yFFrr+bBiQlnwlM&#10;Oa5ktMDAfIZ86ml+gMWktzzseThIKF9QTo4iZAqOqENfS6ZwHH+bfnqHzpu9rr+p95xk4SUTnzdT&#10;9Isi4JeoQwC4W4OfJqZ9NsiqDoF+06Sbechd5M7L55cuo5AAn7eKeJbheH4fky7AxwJBtCxWRIYm&#10;uTuRC2bl2eGQSSePU5AgBw45Kbnz0DM+B/Y5kalsllktlvEXu0RembGeYzf1FIbxJWySOk/e3bso&#10;WRxkTDDpjL1TkeFVCFdVwtpPuEYGNlTJspgSNwiyE0ghLBMRqZ+eCxIqBnglaaqtynm1OdZfkTmX&#10;fQKlinej8+B16gP3s/kgj7xnovuMsTX3d0z0lOk2hbEqp1KJ8zJSmbuesCxPz+wRwhh70MWKB9to&#10;U0KnbiZ9v8pTdgJoffLpkqaZYq+bKGEghgDBCtcvbfNGkRlmxTatmKfnwtQ5EU3YhS3ELeM8tEoG&#10;MnH2ChfXGt7TiipNgy6VsntGYmshxwGKTfCKMFNtFZv6iX2GqZohiw8rtZHOiF2ZXYheIo7VoYTO&#10;w5xrYYPCisAAcxMiN3jOnl1Tw1iAmKQ0uWebn3dTNGSDAwsuMi8gSVL5MJ3yOHbDTs/e4wSTOyma&#10;kSpFiZExs1Q3zqxYQmqadH1GNLrBsKcbAd0c6lqr0+3pmqunm8Uutnv7uiE6AIZdvc+HfOpb9Xk0&#10;5onB10RQrjAQ5/s1KF0D7Oufp0ZvOOphMGhzUEen18XBzgA7uwfo69fvdQccgFOmj0aJfbreINuW&#10;sf4dwWwJ38rEJWoVj+sRekzGEZi5NKaaUJkhLvER5mfKWJqd0X/ncWrtOdRa66jOzKBRb6CCPsqz&#10;TaxvLGJvFOOtd36GH/71v8OguwsxUvidN5/H6voMLmw8h42NNdTXTmCQEKOgy3W9ZJ9K8iccGR8s&#10;EfBQoOSb+308pDTvQB//kOtPCgDRbRSGiYfNgzZKtXmsnjqJalJCd7SP/s4v0Tn4FHc+/RDiYAhv&#10;t4/Nx7toU9pwuYyVlRoWZ5chyy1UljawtP4curr5+rd/91d4+9pP0NLPXaUSYHluBs1mCXNzq5hd&#10;XMLMyhK8xrw+LwOuN0Nm8I0QdbYQ6vPaa+vGtjviBr2vP8u5sydx6cIrOHXuC/DrNX1vDNHbv4N+&#10;54DXJFozKxViy3j8rJGnHgF90g8Mc88XzOZjaSGXzr5lR5m6l9hU9H1KZ/TKM0ZhpIwfHw/9mT3u&#10;ZeCz9a4umrccTobPBqgi9zNq+oA1z4AWXm7ooooQnmUnK5vizf1OYoBdfm7ynu/sj+5b1kxkvcr1&#10;3kWsWGlDG+KI7+lq1Uevr887Sc71+w+7ffzy5z/Cg9vXcHJxBXt33tX3zCd47vxzuPjyv4KnzxX9&#10;vJAjjAb63tNr0+17t/Bo5wHe+uFbjIb889f/EG++cglBYxmPezuozq5iRl8/IiaUqjV4obFCkuQF&#10;ONwz7LCu8e0i2yR65ipbD6E27yHZuYnqUD9PkRmAkI8YdB9mCdr6uR8hqJUw1l8P5zy0rryG4I0/&#10;Q2VhGWFlhtf/ut7PB+MhKvrzkg8nq334Wo7g7XSh7n2I0bUfArff11dcHxO9fhCgwudZYUAhGmQh&#10;RGyikn4fOr8rJzF86Q0E516Fqq4i0D8cBTNMGqH1jeziopHxVevzOk1iXsmefNKFaCQ22EXXMxGv&#10;iXHqtUd3QuyUC9IFtklr8THSz3rMElJaWz3PgC9+KttMYLscBjQSJoKMjTJOv+blF17AieU19MYP&#10;0dbnpb23h83RHUSlL+HcCy9i9eQ5vPrVb+GjX3wf77z1Ht7/9CYejvWa2Asx3O/iwdUb+OXGd/Bf&#10;/PHX8bp+9ikAh+xHqH7ypVERGmGdsHVPwr2m4CR0GAabNePyHTCYJCnLj38/r0iRNrHWDbcINCQr&#10;BwtuqVKJFXnEDh7qfYGGKrRf0D4ux7o/DmpGxSdMyi/d+7TPcsCFNCmyNDQg/CAZm36OQEYCvozH&#10;l0oJSsT6ozAQ6rHHoyETVCj0icBB8i4klCOoltGoSr0PKL3HxGZIxR6Fgq/zMDbsPKpHeNCi37/E&#10;yALZqBqFwXhsAFQCvxic1N8bRjFGKjTMPZKLEtON/P2TogqTnhNiuQZEfQXhZjGDWAkDzCUeXLhe&#10;1rT+KrXjKAcBn386Ztq7nJTZGPSZn4ljy4qLjPUZXdsBser1sTEYyEWJHfRSZgL39WAPQqon6H5l&#10;EDcxvo3E+CX7CA5fIdyG7qPY1B70v5OB4pyEuFHl+yGoV0AxGIsnT6Jca6DEgUqK08Erus6rEYuS&#10;ajtZYoY3Hy+fEx9lAigZl5MsoaaBl7FHC5BmI7ghifVX5prRy9kWMd5hp918vXxrrWYwKX/aRqCE&#10;KjTMogDA5RpIC/wU5R6yIOOFTSgTmEz1da8hD/mlTMpGjvKMUqkcSByS66mJz8XgZWjoxEKqAuvD&#10;8wydktkNiUKaXWiBO/LQKXGxEpviOJ2E41DUnLIdiwEwhdGv84IRMaCV+EaSk6R+BqbgjXlKTJHY&#10;ZLLcZ9RZ8oTeM7lZwrDxfDbu9fghjcIR+0WYYBmZmmbT5NIZxFM8OT18sTSgofFKiqleJMdQvUj4&#10;bMjsimJnJG1kRSL17MmYiXbxs+eHN3j2c9DvQRu4stJeeviRD4YQuWbXnANh03gSz5hspkmTdrGb&#10;ZEBlEmlZYMIcah+ElzWvqfeCPFIenAJmLi5cZCa6DP5JlaUp2+vmpg40bSB2TK0yZ6RZJb2pjhTL&#10;eAYj3Qjoa9molCF08RaPfaoreBFK7PvxYsX23iLH9JHpRFZ6oiiHsh9f5J69SXZF4uYkCscANZ7O&#10;svs8bDORY4UlT309oOhImExl4Bz+mnfEz/x2QbrjMBU/65/fNB8xeZZyVmWNtxTFJlwcijIXuYJf&#10;TGUlTp6PaZYLRR+uIiA39d55JtCXDwdAgZ1wuHk5fPyfhWVqni87eGJJpZFOmWAn+wwrk4qbB/aK&#10;mYQ4BDhxwp1jl01hnjnwKCl4ZeSAOVFs5lTKJEyQYCIcK5XmJlMZG5Onxh0bcvJfJ7WeDLSQFjwx&#10;e5nAIU9fkde7ToDQE0nA2QwjyeTEmAg3URnEqpDJ/BMnY1YZY+xpy5V6RgwQkPkLSeSmpHZdzQl1&#10;U3mpkJnnqnTBXjBWDZ32fTzcjlHSzbtf0YVgbRY+Sfn03kdSvrIuBn0yzBYmeIt2/RGz9UYsxWCF&#10;Ahu0R7xvehQWJUWaOJtY0V9sJ+hwMhTPDi5h5EU06PZkbM3ThfGcy0ljef9Iay1p96ZSbm91wzA7&#10;xRfOk8kCzyJjp1r9bPr8OzsQpEC3sIyjLAHcnGPLNrH1kXSpfQlyEl9z3iNOtfX585uFzDeM1Ti2&#10;w2RqPpTdUzOPypjLG8+kBVI4mAV2k3hgwH19UqgYp8aNp/0kTwpH7FNEjSxJZ5NRRx/+EJ1RVzdx&#10;+7puC9En5h41W+RJp18j0K9Vb6ygOTPLcjUaSI5iwYw2aoiG0UC//ja6/R7anTa6nQ567QEO9vvo&#10;9Adsrt7pRKzcICBT2jjrSF/ICiVz2iTqqm4syyVjjULMIPIbo/sx4royRo/Xp4R9n2Z0DVqt+FhY&#10;WsbqylksLqyhpY9vZmYeXlBBXX+v3ghQba7gQWcX/+Y7f4WP3vsA3Z3HULrpPLWygOcuzOLy869i&#10;YWUZs2unIaozutGJ+JyQyThf4tDcB+Vy1axLiQEHiIExJlCbVCIMCurzVPGw3dP1kv7sXX1tlk8/&#10;B1lu4FG7i9HoLnqPr2Lv9gcYPNqFGJf18xQyIFrV9ddzJ9Ywu3iKm+dqYw7l2XVsHWzjL//9X+Ld&#10;X71PU3QszVQxvxCgUa+jpT/XytoJzCzOw6/NIfIJSx/r19PXVDe53b09brKi3V1mUlIAUaBrwPml&#10;Jbx+6TVcfO4VfQ/09b2xh/72Iw7dIGanJwJusGjok9h7nxg+xOIghpCQNQP4EUOFQFlp2NJmJk13&#10;IKXwlvW5IP++ig3eSLeYguw27bVSj6bPN6h99r5o1/Z0sCEm9Caue3ZWN7FpmonEwT2V/Z5n/Fv5&#10;tej5JI9u8mwkJIEShRUxakjiaiTd8UCwX+m9x5u4feMDDqAZ9+6iJR/j4MkHOH/uLM6c+W/gN+YR&#10;emAZIyV09oc9bD++hWu/+jHe/fAO+0Z+9coruHLpDVTqyxiyiX+CcwvrKOt7YdjtINbPa7z1AP3O&#10;DgfqiXCga3h9PMS68skjUD87ie7JujvAkzsQnR4qJBfU3y9x/+IZFq8yhEzuJxp67Vmuovbim/DO&#10;vgL/9BWU9TMyED4zaomTNY6JwZMw2MPAmb7XlF4/Rg8+hLr+FvDwAcSwYwey+p4oxZy2GgYmoMUv&#10;m2EggffqxBmEpy+jdPIFBCvnzGpWNQwfkhyWDTWB5YaK1Vn6XNO1Uo60YoBGczP66aCe1tFAGhUW&#10;pVyTjJHWGVrfCJgf0/4QVTDqt3Hz4W3s7O1i90A/P16AZquFufklrM43MVNrokYAd0DWGqElaiR8&#10;7ghHaNSqEPpnz54+g9uPNnlo0e2HePuH7+DF869hufkiKg3dZzWbePGrf4jK8hk8+eu/xuN330eg&#10;n6k+bQ79IS6qEs7W5vUjP2JQnZhixFrjzcMlrFv2HctvbS/BcLuycmPhSDoeM+XSiiBX79L3YK3I&#10;6BxRj003AIFRDM5ZX3ny3aVfLpXLiLp6bwhjZp3SdWebKGKWJUY9RkzHhF/XN4xEYpLp8zwmaTix&#10;s5QJzDQgkTlOAnF5v0wMkYj8AWlgSDt2bCW1lGRbajSYmTYOraSXGGqkCtD30ngcctUYWV8+en7p&#10;d+kPxWCwZ5wwcmcK/yBC0mhsGIaxtJZjSWx9HPX7WeUVg4ZWvZlwRxwZZYj+PoHCxASkySRZScg0&#10;gNTsZ0SAMeueGWgwGK7/pWRavldd8izV48T0g7XYEEaOLQOz9tC5CkTJ1rUe1z82p04/02ZISeeL&#10;jpHegy6Jr/8f+fBT1CYF4tC9QzWFYRYqBltH44FeK4igROFVAdoUilGroBuWMTs3j/nZWfZBHBEL&#10;XJlU4vn5lr4WWzwcjOkZ9sxeQEM/un/oDEmrzmAiELMoi1YzTp2g8vWvyOgwafBRbo9w4xk/a4jE&#10;BGg1WbDbJJp8Apud+Ka+JwXcy7EOxNTJkTNmzvvEEKAST8qyjjDKV5hCQVeTgOKU4BB7U6QPrZS5&#10;hgT2QXYeL5KTUZipIZz/UZ656KZRVFCaB4vANN/3UvlKFPY5mZAIcGNdDtHEjmjmRJNlE2QYpiAH&#10;dPB0IWRknm4cnyKXydCb/fIMqs/rg7Amo9R8Ep20HBgAjpFt2EAJ2ATdmBPb6IhoAS15hq9A0gGK&#10;OfeVfpxpgyWU3wKGRDXmkI8ksbrvxEzBHcjFkx+jcWfvgCRziuMFhKaj8Yhlz1TQscY9J+UzzEDb&#10;QNHNzTuqb+UyImXjJWkyY052lD//jpWapq8a2ZqTM+WDVpzvpGsgigCyTO+lAiPMRoTzHuj8EB2r&#10;1ZU8xATV53At0A2cP4fZVofT32Yas7pofKAX0h0s6UZuce0StgYdveB2eaMsOdmYo8O7QJPcs5H3&#10;XHFqVnhyAkQROWmv+90k/dzx50wq/bxpu3kgSIiiP14xgOKzA2aTiaZZ8u60wjUn8c3dO+6a/zog&#10;22cJqjiqmH4acPjbkPAyMKCmMLscSzovJ84360ee389zrtTEvfKU1zUuzU+JsRWGqp7fpPJrzJH6&#10;wGOdreI96+RQzvdV2LUh4YqBC2fl9KMimQp4pXLBicNyfjlK5fe1fCK8ZT1Z8MuTqnAu4xwoFk/I&#10;fM375RBeJVNZa2JfQgr17OfMDh8kVAp7JnkJpEKaWOukt8KOzJBLGhep55q1jXAsrkMMFPHMGJ7E&#10;SYo95ZQk5rNOasMSV0MgHaxJez2LAmpVkDEXA8Xyq4pKvWqROQLnQD+RGs4LK1+mQXy/+xFufPwr&#10;Bs5EQKmq+j4K6qgQEFKZQ6M8i6DaQLUxw9I9KrjL9RldcFI4Q4mlGJR8Klnq4vP5i2KrWLDv65vQ&#10;eGPsbT0bE2abKwapw9gy3T1n0AueXvN+LIzHFxWYvj1HZnDkpQ26uQddGJZJfFbkCZOGkhgwILYM&#10;Oo/ZKkW5v/kb56Q+FixGYg2yFSfcG0mYSll5Lk3a1avCekMxq4jDHiQzIqVtakleO2ZGh2QFA03v&#10;E8vU4JRATg2MTKBGREEQgpk1w2jITREnDI4GnMoZJh1m8LM+j6xdFEk5e/rRHxvPIDapb7CsrlbV&#10;17Xask2E5HpO2tCVfkSA0gjb+ztod7qcvNvrDTDQddhwlHByMxuD6/cg+RbJRbmOinSTUzaSxrKu&#10;LSlYgDyLZmo1VALdAJc5ac9Ys5AiJKI0RqFfV7A1DKV9NmclliqzaDbXMbu4gbmlVVSqugmfXUS1&#10;Wmbj/3JVojk/wym/7137FW5cfQd37m9CDTs4t7GAuVcu4OyVCzixegq1hXk0Wkv6viybRHBiOVKN&#10;SQdKNZ9uCIOgzMyHhKWY1kdZf8TRmIILpG48dX0bjLG1n6Ctz0t5dgMbF9bREiGHcnQ//VvsPXgX&#10;7QfbCA8SdPdHbFFQ1Z+ZmEFnnzuHWmNVv+cqZlZX0BkPcf36Nfzkz/9PHOztsNff2lwZC61ZVOtV&#10;bGycRanZQn1OH3d1htlY4/4eN54E0KrONp7sP+CGuTSgJrvEyb1nL76gj+sSWrMrzPrqtu/p6zgw&#10;3t7C1MI+eyxJDj0gmW6lUjWBG0GFpdPE6CMkSPoWMJd2/6KGTlZYzunrvyacI+AVJkyZwlMGaenQ&#10;O/m1apgCoSI/VE9X7GyNl6mPbPa7qYrEqrOo9o65iS5ltagwQX8lK9/r62eKPAv5/OkeZxAPUbaD&#10;7aG+N9rdA9y48TEePbyPuL+PstqGoDp6fhGrly9jZum8eS1fP4cxDdVD/Tt72O/exfVf/BR7Tx6j&#10;XtrAv/iT/0qvoWsMPpPHIb1Xi0DmXg8dfX+0lVFH0tn2VAnzSQOxR8EDZM6/g1q/B3+4C//gCdDt&#10;prY5YsjoEMakBItZ86jvY/L90+ewoq/YxefhXfoymueeg1g8ywAvrU3kvVjBmPdsWqlKluHodcaI&#10;Nm8gev8fIB98gKQz0C8+gKiacCtPlbm9oj2X1v5ImlTSsLWM+OR5VM+9iPHGZX6eA98ALDGyAEFW&#10;pnmWDcUgUcLllYe8gihi439HQjHAskkWp5AgWk9oaDDQ/zsc6eOOIn7edh49wDtXP8A77/4cj+/e&#10;Rqg/Sz+MONGXgiDqM3UsLLZw6sXL+INvfhunV0+ynJZCVkplyTVVtVLndPryTBVf+vIb+PCjjzHY&#10;2eHhxsEnj/D2O7/A5ZVLaNRmoMIBdvb7uH3rHra2nnC9Q55xBOicX1vGf/uv/jOzd+nzTIM0BtFi&#10;qz6wwYWeDVliNYv1z1dWJpsQEG0ub6F3kVbaKi3gQmnhrAgjIE6aEAvP1gHMDiO5Kvf0PGZjCTUB&#10;dhSKQazPREZGLaE3bQLjBPmpMs5qxNKkjvPIE5SYrZwUHDMYF9s+cTwaM6jItBJiC+o1n7z0CIyL&#10;RyF/BpJzNvU1IAbdYKdjrD3omSSZNgFQ9NnZOz62PrcxW28RWzW2yb2Si4rYJPwSa5MAw9HY1MPK&#10;sAeTJEn3fOfHzzZoiRlOxRaYDHTdQ7Vabziy8mWZzQ9yJsmp3FaYipMDSMhTj2wMFKcMICgZyTSH&#10;iXieZf55vJ8TQYpsFlhZU/JNzRZbkpbFexjPYKBZokb4Ku3TNICI7f1BwCLViyRlJwBfr1XhAQ34&#10;xlzZ+vq6lisllIXu+0UV+2WS4+tabX4dzYU5zOt9tK7X8g6FwzCIHHMiu0wG6A3GqKyXWfFIoCYT&#10;m5hoFBjpbpYEk+Y/OMZeMtE3JwXyi0hbjzixNa5l9dFL+k+neRfBtWSi8M0zCNIizBbR05pLYcff&#10;KkkKLI7P0yxnDV/ej0lMHdAXZZEqnTqxASxPOZB6qLFU2RN2SmUlHk5aKWADRYwfRuLOS2Ln6ozG&#10;JumxEKjDPn/KFOchGXPqogJ60acClHwBWCxD3gUwps5UmJcrPj8YhKgnoUypAsazp9B+MwWZU4Qs&#10;6JaypRgwC/Xr6MV/bEBUoovTQ+DpjZYW0pi1/TRZLjHrzxy2uSYs89XHK7xSirY7Hzllg0bMhD/m&#10;DUFZR6aEwT7BZrEhTSrigF+7BCMxzne/LsqcJiwEqjpwOEmSzF9H5a+tOoLLlE/gdDNIYSTTKg+M&#10;JVn7aRegpwMCtgCSJo2ZHyoRp2aY0gKR+mqhWdULULOGDkk/dJG/emIF9x9uoz06wEK9hkAXKkO1&#10;r19nk4teHpzYREuWDikL/MIZ48uUTSmSXHKicKGD9h6zBYsUh+Wch33/jlf8Hc+0+Rhy0qeUo58f&#10;8puUjorDzDMc1yPwNxtQIj8jW+8ooG/ydSaZmJ/1fQqfe1rCsJOYpuxZFKTvR4GQz7pPCiw7C+Bn&#10;IQw56aaYBHc+h4dQPqVUfQ6A9vB0q8CUdWCGFLktk8AF54tm7yUT5qR4EK4mAj6mMd4c2zk+rO8u&#10;AoVshCMzuegEY24S5HM/f4jSeaz7Mg+oO2BO2v3fDZpUjg3ubFbFBMtw+nOmcqCeEGoCDH0KC8Wx&#10;UnN5XnEycd885feVmDSaV4VfETm5sPsMcuIeSgquvxkz0RSmOcmxG+IwCKev7zDCg7tt3SjpOoCN&#10;vxUC3RiyojEooar3+3LDR7MV6D27pffDGVQaiyiXKuzzUiYAya+gqhs6nwzWaS8PyLe3zF5dBBKk&#10;AxbHYqc9lJqIkPaR0MpewMNHs6XresKrmAKTASkzSY4cs4GastR3L7YhZXZoluTBW2HDreJ8XWrO&#10;odvGkywcxtremWYiMvsyy1EKfsoy82NMkxxV+r8jmwBtzmWMUWQqVGIP+QTIWal4pMY8aB2oIctu&#10;jS+ysWXpjxWzPpJkzMNN+h1i7xG7j4a0oa5hkvGQhUwlklvbgSwdmy+bfMwVL2CgkNhFxMIbJ33d&#10;dOnGaDTSx9TVPXsP8bhPRnwsS6am+aA9Qr9DLIuhPgbdiEU2tZCCHYYhewaZhgrseVerlbEyD90U&#10;B3wv1Ms+Nz71oMn1ZskjlkVXX+cRe/cNCGTUDVq1KdEqNzE7u4r5uUsIqvMIWi3U5mv6/tGvQ35l&#10;+vPVgwiVmVkI3Uy/86sf47v/z7/D7qPHaKCqvwa88dXncXJ9HmsrF3D64usIaro5V1Q3jjhh1ivV&#10;jB2P8pjBZnylwENkAnKJlUgDX8ksFWWkSXKMnv7awZbA4umXcHpxWZ+bAI+3fo5HD3+JZPNDhA9u&#10;YG/TQ+9goM+rj0oVzIoKahKN5gJa62dQmb2MUm0JP//B3+EHP/kedrd30GzUcXJtXtfRMZb1Z51r&#10;ncbM0knMn1zAZr+LoRxB6X/p/u8MnmA06EIM2og6+rj7B0Z2WF7Gm1/9Fs69+EVUKAk5PECv+xCd&#10;gz19vsfsJUhKFj8gxmzZDH70veDJBoNLlWqVA1DK7J9U4XslcdLa1DpJP7elhj7OWf23Zdi2SZQO&#10;I6mxVRBP8T6Pj+2HfLSaI+0ksvp+wiTFBd8cYvEnsX3YM4kA+YyXSqafSKytj9mrSixTNFZHPj8r&#10;tVqDn2PZ7aFfDRhEuvbhDfziJ3+L2XKCjfk5PNr6B7SWW7j4yu+jNnNen+899Nn7TOhnKES3fx87&#10;4QAff/hd3Lm2iVfPX8C3vv0/6k6qi52dHqd4VvT95leq3PhTFENzeR1VScC4ZJCVpiNkqxPfeIjB&#10;zfdQPriNqLeFgNbMnsSQAE1iaRKZI5de6+xQpF6Dy/4Q0cZJ4LU/QuuVr6M028LIBjKUyiVmjDa8&#10;BF3R0O/VRdMbYjQqI7p5A4P3/gPkraso9Z/wnlQmjzx9XNRzlHzyWTP7IrFEh8QSm5mDOHEG+MK3&#10;MFy7pM9JDWViaFGiKQ01YEFCBlxGhlmlnLpP8UDEKLCsdUNK5olTgIDej9LDCTDxiYlWruJAPxs0&#10;vCEQZGt3Dz9+6y1857t/j4OdDjOdqMcjggqdm34U8vNO8uvh3gHu37iDzYc38c/+k3+JK+uXMN9o&#10;mnuRPDrJYgp0bWJsnLuAl86dwd3tLfT0m22PR7j23lU8/tKWPiUz+nWu46//4l/j2kcfmgRdv8Rs&#10;r5r+7//ozS9w2j2tR55lnPOQUkzUqxRsQVsoJeQmOd9YYUI6jZQTNjDSDF88ywjkMIbROAW9qZdz&#10;NZnx2zWyYI99CQ14xiSpRHJogh/o9Z2HYPq+GA1Zmk3vT4BfxMM6afz3YsOWD5M4tdDi9yTvOCs1&#10;5aEQWyQIBvs8Du1IWGZNieI93fe3+yNI/Vr1co33PvIcFSH15/r3q8baQSVZ3/z/8vZe0ZJc15Xg&#10;vmHSPu/qlfcoeO9oQJESRLKpptTqlpZGGs10z8es+Z01X/05H/M/n6M1q2V6tXxLImVIiQ4EQRKe&#10;hC94Xx6vqp5NGxF3zj73RmRkvnyvCiBG0HoC+ExmZJh7z9lnm0y9+pICN2KKe13bfLffMiQqS53y&#10;UcM7krQA+iIPsBX2QKED/vups9tQr0YOogiM0tYgVEfIYmiQ+zDnq4+DvRjIY3XvIxMwpnrO9+Nk&#10;iKfMBoDbP+mb6gYLblhBbCf00WX8TuQHhPxZrAz5VJ/7mEBg34Hcmiwdsi7jvRDByDOQtFq6hyWG&#10;YZxGzkekoDrVerk6ozs5gZu/9GXYXoDZmVkFzqkIrMpeTe/GDan/SACalOt/5bJchxOxrEuBprKr&#10;Isi4WsuWWdSe/JRXobY02C3jbwXrFANroHIPHPjgvqgMpGxnwRkP8Q2m80GpKM6GTPjdJmZ8Ysig&#10;oRsFE0r+THYoq3WkybAlQ1kzMony5uMlpsg4psxoulyeQpv/rpte+BhwW6I9em859TuB8/oapBNn&#10;QyEKBZzifaeyYmptFIThDda3g8m/+uSFPQXS3ITAKnPQEHTktKfalGLB6atTz6yzeWBE6qRjgX+I&#10;oPOboDQl93wD65J2U6/Br9brXlYQavFNP4JeP9CHpd+zSsnVGX7gm0lPyU2tM282/loUja6/IdWv&#10;w3sM0H+on8txGOIuxTUX+9ygMwpLjaB3JHe+D44im2W5AfYgjMHJnb1sqqhKgtL1DLx0y5Y1XkPt&#10;3ODBQCG3yl9rWGgXFPLtawI0gc+g4vRFrguNUhuNRIppeWClYJUqGuc++FA2YKsLFAsauygb+/lY&#10;i0ZLpkHV6NULVeIwfM8OJLseEDHY9vP8ATcj4EiZDTtIOv14oN0nkavuJgkOiglEmT32cQIYghLw&#10;kY0FgOyOYE0wwsYdXuE+Lp65bY38BOmv13MOs+s9K2a8F1YB+OZMRjuQFg4R4uyYJN1B9bPj83At&#10;/7tt56B03bb5shVra+n+wwgIaEtMqxHrh/JroyxFHsPu284mtGP2vOHjMoMcwwIAUwCisI1wcsbB&#10;PgAtNrHLPT58u24PBygn6xbSX1ox2JJHnA2KfXcUx7UjHnNDDD5jt0uEd9OFB0HB08uLQOubhTLg&#10;VWbkZeVEiyFWVz47MgMWn91NSju8ZsMMnyOHZw1H5BqU5j5muJYYusULec7o+TLjte8YrMeDBLTB&#10;cQ3tLR6EtZ5ZyIbt0lWaWquOVorFDNWuNKIRJbVdbCZtNZJuNDjoW9d9kYmQCgTWa/LfVARU0WhO&#10;oFKb04aiIt+rVCfkPSnpaqhHTFipaKAXB3raDHFYFzhGqPrjJMaDbS7gqKv+P0ExNGSjmPg9TtPh&#10;QuPNncPSs2mK4jM0+XPi0z/z/Sv3/vP3dsHjzLIC5OXfJfkQMTEjWu1sh+Aft3hwGKmZYsb5I7Fe&#10;6+jC5poJDiDpYWWUqdBXyxP1k0w7XnLpgk2s1jqpk0Px55QnpU76mjHgouvsVSix7NmKA3spnSOY&#10;YbtYSzfR2tpUn71Wp4vuVtenJloFhCibylmkLNn6ynoxaFMu2mmj3enr/dvzLA415PYAehxHmGhW&#10;sWdxCouzFUxLA0eGGBsSQ0kVkyalCempbUtXpcmV5iSa801E9SVMzBxBY2JS7p05hJNNGmXJa9ZY&#10;9KMin6ERp5jaM4eVq+t46ukf4+XnnsHVC+fRlWPatzyPY/sWceNNh3D45E2YW9yP2vS8Nm69ZFOb&#10;kDCoIpDXCzQlIlS2DsFlrWvJBmGwRa+j0lR6BlIsvSnN4YY0uUG1hnRqH/Yd3Yf2+lmcefcprF49&#10;jdW3X0DrzIfor2e4uirntBWg3owxMRVgaWlKno9lOeaTmF46JA1UFy+8+hJeeeU5fPDuOTQqCY7u&#10;n8fERITZBRfSsbT3GOLGFEzVYj3ro2IZcrIuB7Ohaca230K61cbmRhexfIalxUM4dvhGHL3pM6jP&#10;zGjAQ3f1ApLeiiYhs8EmyFavVhXkNUFVh/ds+ijHCpl4GVfc8NoTCvTRyQFwD6zH8RSqtUmYuKlt&#10;LZv/bGTkQ2aO0nTHEB92q8/sdQzqxq12QREXXx5kYGw/pcDQAInXZybSoILAgwFwTLE0U4At8Ix0&#10;1sI8P8RGNzqbKpnrBA288fxzePGFxxFLX3JskpmD55B0zuPzn/9tzC4d1/1V06/7kwrEr7Uv4v2V&#10;izhz7mX0V1ZwYPYm3Pqlh1Grz+HCxhlU40nM7ZtHc2IK80v7YOoN3cvok0hgpBrWZe2TY6Hx/9Yq&#10;rr73FrI3vo3o4luI+h0YDgISzw6Sv4v62WCAkbk+t09SQ12u5fIMont+GfbEg6jLc0I2VNdSCpjo&#10;ms5AEE1hTrty/8n6sNVD69K7SN98FuE7P0O8uqbnPpQ+LdR1MJG1qyd3Ba8/Qe5QgUkzPYv64ZuR&#10;Hr0N7b0EuhdVApkp8JLocIfrXuCtHDLPKi6sF/zanXpwN7X52mw9ucUMWXZxmMS5UlfW0/76pto+&#10;XV65gn/+wQ/w2osv4vL5c+jIs0PiTJjvifIaTMJeXGwo23WrleLK6oa+z5s/ewf/9ep/wZe/8mt4&#10;+DMPy9o2KatqX9e83Cu2NjeHO+6/F0++9jq6V1eVqPLh6bfwp3/x33RdP/vGq1i7etWrnIwC8w15&#10;/6P7lvCZe25SAC9Tlnhd2aTK9s4DnKzbu51HLlNYMzfA8d5v2ntmDvRMvTSPPV6mbDHXy3dbbYcb&#10;FB6xmbqh5YrBLHMsPOv3KCbD0s6BexGHbjo45kCk01EJOUM4pOlXoJA4QGrzyancQ52ek8bmZB9P&#10;hMl8Qm4Uh6jJvr3RdqzTTNYj9YJkqrmcNyuLbj1zisCOvJ8SlHgcrNvkeYzIVjPel1+lzlAsIFbf&#10;uED2M2cHRqm2CwSyjhXPwZViEw6MSryMIStkpq4O4NAr9WEi3A9b7a4OsryowPcjjnkWhAN5aujZ&#10;gM7OK9TU5q7soxWC9Z6hx9/nfVmTdTjzDEJiHpWopu+RynWv6GV1XniJDzYLFWCWn9Heg5+Vx9fN&#10;FIeJK6F+OY9luT4aXpJodgLZv1NyLDXun6ms7/LiWaWBrFGVayzHVG9i+fa7EV+6pLYRScR1IlTF&#10;BN+3Luf7wImTmHrmSbzz8qt44N6jqFaaSgxwFmipI5p5H0HnQe3tMPIMCrgAo6E+yZa+Z0IMHFUH&#10;oGHir1s0JFkqWp2BRCVPy7Ul6SzGNYiFYMcOgAiDQvRSyCRHpGHbmYKD/zbXaC6HZYEYYqDlEeCm&#10;FAZCZhYnoQZBcXzObsh5oeV7XQE8GdfQZEWa7mDzY8EW+LSZzCfSatR4oZt2RSGBuUC19lYReJPT&#10;bq1jF5KyrwU5fXlI95fCSOOrkRbNojNahE+ei3RCQG1QECWFvwA8OMiFTB+GIPL+QvIJ6pEDIlmE&#10;sghmMSwLbBy53+v2Uu+55BvMssS15HnnZMwoJe65ST8XVS1icrAvkJuY9q++aOibYCjcY/RaqWyY&#10;hqBJf6h5ygqZdi4TNsP+Cb5ry2Vm4xhHOsU3pqC6usCV65RheimtKUmRdPYT2qLo56LZk0WsWY8x&#10;Pbsf6ysf6IYTyILCqe9HlxwIMH/iIHoffiD32xYCGp2TTaCAbUXlUD7J3vtGDMsp86kq7EBGkftG&#10;5oSHItRnF3ntTgDNJwWldvu7HOq43hTU3UGRbOd0VmtKvplFtGLJAzRwpq3FWlSCdj8FuWz5nGaf&#10;wmtdz7kqh6Dl98BOt7SxdhuwFpR8ILZBUuVUS9ixx/bxQOASyBc4Wpa9rmu+e4Nix/jA7vZiFmYs&#10;a7y8plvszH4wni6v7P8ScBTYndmIgfdR2wGHLv53ZsMRPz2UtA0lkDNwiW2ZNUVTVsh8x178zLMR&#10;7Y582gFTcMxnNgOAzpZUwPk9N+oZOPh89vqAxE9frL793Gblk16+5td+1nJGp/HJfX5HKHBw41Hr&#10;wZbl2dalaqpgvMg317uBFOaJrv1VmrJHqTSEbOrd+sSGeGMj1WKbdhtxyN/dUnlg4qEA7inNRqS/&#10;U5WCM6yGWiwSDKxJQ0tj6Co9Aat1BQsqMY3+p3ydAZWzUVLEdM9YCmPpYrVB0KLQB1Uos986DyOj&#10;AQMEAuOBhYQf+jn1hvFJzwMWrDZ/YeBtRkIHjpfCmnIfTK2rfJqeAxD6JXuUQQCL2pcEpmATab2V&#10;cy95nGniX98xoRzToaceesbLqtJ2v2j4QmXnh6pa0HkaARUNr0i1IWeKbSqNUq9NydgaesmWYy+y&#10;iZDGgJKmrdaGAnRsYsiUJGOCr88gNNZVbET4TCkDUUOPe8pqSL20q91NNdGwWzA1pNmgdFtqh4pc&#10;fLm80sgEmJ6KsWdGGrhGxXuhsQHpqMKA3khxbVKu+wymZpbRaE7DyrVuTE4jajTl+7EL7AjUURRZ&#10;ryUNkEFzVn5PapjXX38RT/7to/jwrXfRlc+6d2kWd918DAcP7sPJW27B1N7DaE4ukn6pARO9pCXn&#10;rCpfqTJPIkXas6LB5eLAsArWcSqfk+PrUhLWTbDZSXF1bUMltPuP3ibHnuLC5Xdx+a1v4fyrz2Lj&#10;wgfor25h80oi59aBuLXJJhb3TmNufhHTCwcws3wS0cQUnn72OTz/vT/GhTPvgZTKGTlHJ/dPYnIi&#10;xcz8HGb3HsLk/LL6kyHuyPVck2Poon1lRT7KBtpb0sTSM0reyEhT3Jyax6EbbsXRkzdh76Hb0KjX&#10;sLlxDpuX35LruuGUO9LwRUENVUqUozrY/tUaobPlUaC95kPnQgX8TOHfGrjFkoB52JDnl8zcpj5/&#10;OZHCeDukwPtbFQz7JB0iPFxL/fRx6ixTaha3a1kGkt7MZmPZ9CYYRCVlNg/+G963Mx9yx8FX5r0W&#10;Qlno1AdRPufF8+fx2A8ewerKOezfU8f+GoHws1ha2I9DJ76CenMWfYIV9POTZ5Ly3vO8Jr3LeP2F&#10;59CSe+rWE3fg4P2/gaurV2H7XbnvDQ4dOInG4hLqM4t6n7K90mAI66SFzLJlOrqV913/+SOw772C&#10;cOMisLqh9X3Sd1Uj5bZ8fwJxvXzGyHNWk2s2N4n6bQ+iduPnYBYOI5qeRKxIUlVDISLfs/D/U3Jv&#10;mdJ99h1svfU8mmdfhflI+oROgkSezVpAr+8qbJy5PVbWV5f0KetNs4Fk3yng8E2Ij96MZGY/KrVY&#10;mUlpXrn54Aiu4jZ08l2Ss5hEmvhwgjyBnQt16PGY1DjmlMl7W88dsgMzfE2jbsnz+8SPH8OzL7yI&#10;8+++Jz3NRXTzEEP6lZsqavJYHDg0g5tuPorbbrsP+4+ckLWmhvNnzuEnj34fL7z4Cs5tbOLSy+fx&#10;zQt/jkl5tu+++T7smZrWNZ0QHb0AU3n2jj3wAD7z0sv45o9+4tjAWxZP/eiHTh1Wk/7YumACrpOn&#10;Dh/CfXffis/dfZcynNty7Wr0vk231Ou2GMhlAzWXgh/Gecope9YOBlY6eGUvm6ez+1KL0n5n+eeU&#10;fkzXVu/Xkv9+bhPhmGuuH+a5J4NbffuN6txVusyklP7WptyzHV9AOB9B2w81sIbDNxdgFLqAT2tV&#10;2sv7KZY1iGtvz/tUUlLMHbFZayq5pLPRdkMuSm+tkyaHmoRJ4Ken+wZLQ/rG8hjjKPJMwlRZkuwZ&#10;up1EATBND05S3ycYlweQZAXeoeE0xDgY2uX9ddVRzDrmH9+IKbRbcv/3Zc1lmAzXAB0kKrPN4zGB&#10;D0TN617jfO11ACl7C5+hgreWub9p0CbCn1e9u7mZR95z0HI/Zxp2pM+KemsS3OO1IVjfS53yj5Jg&#10;Hj9rq8SFm3TJNvXhLQyTasYN1DVEJ9YgrbTWgJlminRdvQHTtrzXRyt4762zmOx1sG+ihkn53ar8&#10;rJP4YCI5lu8/8j1curyKs6sdvPlRB0v7m663Vym5LRLVHVku9YLz1N9HXulgB81fioGKIwfyc0yM&#10;S4KGlvCuUjZlmjP7tjMdhveWAfMvK0kDrZ8O51Ic+ClCwT4KHUvMPTgDdsDAPyv0kortchmMMAN2&#10;KuwH0jM7PO2ydoQFUGIblr6f+cQ4nTJr/HSqN6/x3nWukw5KQ2Wf0FOACm66XTDefJFMOa7JIl1w&#10;WMSr/4xxC3mqahreYKSGOt89Bxg6uQ2T3SqRLm1q5KvotFa9oXOADapeEpfp6+jsmT43nOAz/dbN&#10;ehzbRKn1Dpbj99k0hPRRoceKbChVplBVjE6BOLXskmHgPRtIgzWhQ5QDTQA2HoDLHL2b3gHy+WIp&#10;AjdNTUNAdG5kpcFI22qGS627SqZ10kFDS6YwxY5u641GM2+t5Kbrzsg5LNF6h/xESs5JtuTVZ/Ib&#10;vuQHxoVI/96bB+v302wAEufdoKdo78inMqM+YyUGg7xHTQqMTIr95tQCkulp2fhm0KvI5i4bJSU6&#10;SDdxYmEZ51TaN4lQGr50Ciov0IVRz5sdgKgejNHESJ98HBbGyHbIc3IUZMjZfqPg07XkHuM893aT&#10;+O40XR6W05aF1SgkomXu2o4g3giYN+rPVzz/QSnVdBf5bmqBsrm0/ZRFvL+I3+E4MO/T+Gcnbplb&#10;b53XThk0LzcBu4F74wBk7CTDLZimvsDI7FCzMI7JPVi+R2JiR1jgBb149BjKKfHXdb1yBuh46VN+&#10;LuPQe4Eaf/ypGUhHTVYkwxcs7zHg07ZrVEgVgyJtd0hmWshKHXsiD17idyL5/cRuBxNH/7fbV8wI&#10;wDiQ3wajkuGSlFf3rnKYSOEVWBoPmuEEjQym7BBcetaLfI1BWKoZe/lKMOd1PEt2WHZsc/adHWZq&#10;GjPMIrUWhQ9rMVEfAWez0gA0GxgrFp9Pb4O04CAWzUF+QFyelBQi/56sSK3TksJQ9sMOGV/dCroE&#10;2lSnlbn0dzkeen4xcIEhCwhTtUDLVEKWqWxljWAQgSFpOBqhZ2iEa8oioB8wmSDVGn8eoF6vo9GY&#10;VO+wihTMmXo+VRDVZ+TnMyobNOqnU9MhospjrJPgJOr515e+pOIAPgJ/9CDzabv0JdNhJiW4ZG6x&#10;qWHqI711QspSKjphV7wjcMqCXtf57/C8OMPrwBfwLkAsiENVECSJqwt1AAgXBqeKhsRJbsPQNSps&#10;SPi+Ks3iXhzV0Vc/4lVloYVqTb+FTSngA19zUO7KIItMaiwy/vq9jsqTyKRgcl6nJZ+j7zzp+x2L&#10;1haluS3X3CWUtyU+VyTwr5nJ+22poiHJWq52Uhys5f2BApdSGDOAjY2HM3Mn6BBqGmKsRT0VDgyc&#10;4MrIRpZSITILNqUpTMxlaeYmUW3skWu3LOe+hrnZEwoSkM0X1OWrFmOG3o61ig4lJqQZ6qQdBS1r&#10;8j7LR/ZgTV77uSefxg//5R+xenEFvc1U6pYYX3zgdhzavx97Dx3E8VtuQUaQWO4dtVHheei3dSit&#10;gICGxDkJHotfpntGehGlMSeIxvs5aoBY8sblNbx5YR2HT92JI4eW1Hvyg5Wz6F56Gt0z38fFDzbR&#10;/0h+vx1gXf5288oVTMwF2LP/GCbnlqS2msLMwmFU9x3FmbMr+OHf/Alee/UZTNRrmJWvheWKfP4J&#10;ZR7OzTdQYxpvM5Zry3O+gf7GZbTaNK1vIyVTqJMi7bmak3K5Q8dP4sGHfhtz0wsagtdpfYRzl1dg&#10;abFj2x4IYY3e1GOPKlUlB9SlbuZ9zmeKjFtlCinmUnVrauj8WxXkMvKsyTPI4A0rP9egPkI1Whdn&#10;he85/EBS/SR90mKSlFnfprQ2m2sOCAeepHYsYSJPN893nSz3tjZDnO1BLVdi1+e1p+4rPF56yCWu&#10;d5menFCLoh4Zs0zuDCec7Fuer6o8nxdW1vDjn/wYP37sW/jqZ+7ADbfOY23lNA7u34c9h34TDbmX&#10;6ZGZQNYp28XVLTJlImx0r+LMmz/Eqz+7gM/c9iBu+qXfxkeX38fapRVMTkxj/tBJLBw7CWnpVdqK&#10;/pZLw7TyTFUb6Lc6Kl9ML13A5tP/AnP+NYQfnXfnmnJ7fvR+36VXwymPAsovUxc60qM/7HSAyRvv&#10;QXzHVxEev0dDRNy1DvXe6PJ6aUCLH+DxPrpyFr3Tz8C8/EPMra/Kaeugw3WOsvco0qTTqqwvsaxb&#10;reocqok8Ew1Zqyf3ITt2Jxr3PYxM7nHlS1Oa65t9tU8qBpWpgttkBWsoUeCUWQzyUOaTOrH6nj3w&#10;ygQ/dOFamqZOhZX76Pflvzc2trC+uYXv//0f40ff+xmudrq6j3R9zx6pTL2mid4PfOZ2fP5XfxmH&#10;F26SZ7Cmvp2brTaOTc9gYmlBzutf4twTT+KjjVV9zp588oe47eitsE35mTynWXWPJhPHYRc9Wffu&#10;uv9+PPL407gg7x/Z2HnUhlXpXRPU5NzNTEzg3gdP4etf/X1ZB6eRXvxAsZ5aJdE1PubewwASZa0l&#10;CuxpXeKnlGRIs99lonnmVX4MrrB5um2u+vFBT8T/uCflkloy4QjKhKWUWIZqBB68V3Zf3odZp6zo&#10;er9YXSbo30cSD0EnAokBFEhjKm1KkJI9ugJlTnbLPpEeiNxzCaJtyrVJaUkhr0fglDLg9fUN5wPY&#10;4xqX6pPNz0hGXDdwwZoJUAzwcpY+U6x5bgie0YKh109VrUZ/R50XWzeISrzMm6x2F2oaFOczVjah&#10;XBs5/o4OtlyKM5mC63IfKGtTXt+Fcno1SwAXzhEG3g/R7fGKwxiqHxzAxVBTty46XEJ9QjnAIyAX&#10;hgrIKdEJzsqMDOM4ruo10eTqLdnPO31lwzOlm/dthc8Kg3eU8Zaq9+BG1pV6JUEs981UTEB1QqqH&#10;CqpkLJPV35QjnKrKMYdae4U5O1SOM/xoBW/+/FHcefu96knay+ryFaLGZ02Of6sSY5oAL6+X7MJv&#10;vPYePn9U1szuXsS1VO0fElkDNPE6cB7KiuPkfnzWFHkZHLymnsjk1u/Mk9XcXsBaNvNhMU4i3ne+&#10;xR7s14VAsbk8JKHYSLLSxuKK5zwJBX4yO0g6tdvMx/NdxXhEfCDrsQNftlwSXDD6LMbRDMpT+eJr&#10;aBPaBdDILMrebrqh+qQ6nwvtGz73vcBLdpPMFv4YTugPb0qbMwe9v1weR57ZIRYWmXPODyZnKPnG&#10;kJsIgTl/MY1P/uV7U75RYRNAsJCFbOZo1h5K1/OjQJw/Tl2seWqTRI9ZY8NZWLfd+5bDGzKnq/VU&#10;b1O8t5PEGDXWTe3WQBacG29aRzfVWy5wqcUm/1smTGnYsbsBVWuvXgA9Be14E3I2EOVFhqLxgQ8e&#10;kU2URbsx2xh3mfcEHLAq3NQ/zdyEcLdG0JTCYwYMo6AEbJnixjdl2SNKwDEcmOdoUJmny+beY75p&#10;5vQuZchIXQHWtJuiNlWXQleKweCCnLMt9cVZjOZwRoNKKjqxCe28vCyblloh1y2KOt+cW+ReRdun&#10;u6bMYMu9CHxq0ajv3iggEw4/pA5HLoHmuwEj18vwKsAWOwo5fbr5s259GidgzT42Y+5T4xf9Au/3&#10;Sf52+LHZ3dHP2N0hlNxbb7wEyGCnwI4y+Dz0GcyY0Aj3ZJVe0o5fu3Pzr12HPhhhlpvr/v3rOf9F&#10;2pVnENvcRsCUk2ftULpxATpZwFyvV56xOz9JBQMjZ9t7c+0dztsQ4Ge8FUQ5fdcO+3nsSoo0mX/f&#10;gQ9fnoSa+9rZXGq7ExK347nGyL2R79FmFFMb+nlQuuczDOTA5YHCkEWlsSgfoB2Hio+pIYasRFC+&#10;nzFIBc5rEC89DWxQgIP5W7KgrMp+P1uNETedTNb5+Loit5M4FglsXtOwQU3UWNt2UmXoqSeaibUh&#10;DRMo86tCJkPshq2064jk98kW6bXDwuQ6COmhtenS5AgMckAYG/WSadYq2kDkaCkLZDKUyE4JpVmm&#10;95GpZpqmGkRNDdEy3UCLTTaP7a0ammxCtRiOPfAFB55lHccTsZELCmENYOk/1fKhFRyCVrRwzk+5&#10;puKFgQ8E6+uVZqFq/KSfDQZVCWxwqtWq/v5WZ0tes63shlD9ESMtwDVYgwwzZf335JzI+/bd7FnT&#10;dtVU3SrICJ++S/YQzz0lueqXI5+p2+2jIzUY0x15TPTgUnN7r6BQ7yR6K5HJrwy4wBvEUzXbUOmU&#10;VQWF82nsBokqKXpaW7rgMmXaxKEudxo8YxzDJ6wHaEw2ML9nWRq6PZhsTKIxvYRKpakMzkqjIk1r&#10;Q6XdLP7ZHLW7ruZiCdiVczMpZWRlYR5bcj0e+enTeOPnz+LN06/KZ+9iYXYCN9x1GIcOLWPf/oNY&#10;PnhU34tAbeIZk6xteY+G+bon5xKJ8Z+7o0m1qoRKWpoaGSjYZaXxbGHl3DoW957EgzccQKvdxvmP&#10;3kN37S1cff1xbJz5AFuXE2WgXL2ypc9zY6KKY7ecxNyifM6pw4jn5+XfB/HahxfwxB/+Mc59+Lrc&#10;+ymO7V3CxGSE6WYds1OLaM7PoLm8RxmqVJik9irarS0kcs27VzeQ8h7pdBVs6iXSgEltduMNN+HQ&#10;yVuxsHyDPEdducZX0Fm/KvdASxrlngsTobQvijTRk0w8pmZTrhtHdfm+Y/WFXiLJWpr3BEM/qOLp&#10;M2k1mtJhOuW6TnxiNMAPeo+Evj4dyNZdfZoNQuyy8t5ptrGud98LB/1RZrez9Ev+GL5aKr9+Wmi7&#10;rvkuxnlMZ6ljMzFspE1QzQ+pg2pTzmcXsdwXK2ur+OkT38WTjz2C/TNV/NZDp+QarmP/cgMnb/wa&#10;Go1FZa1SPkfJvAYNTixha/UC3n3q23j/9FOYnJjAlz/3MBpLt2Fl87wmm+8/ehKze/bqmpXKdaqp&#10;REaud1TVxj1mn7p6FcFHF5C8/QLCl55CfPU8Yg4AKNOWG7iniZty7aT3ynqO2UcPtShI0eIaO11H&#10;5eitmH7wK4iXjgOT00rokGpf3jNQuyPS6bhWy6oByD3Xv7yC6KUfIXv7RcRr6/LotNDWdayia1tc&#10;r8i57qkMPJW/61PSF8s6tXwIwam7ERy5HZbgdRwVDB5lSXItpcKLMuG8N/Ipp7y0TI7O8posC4p7&#10;1PWOA5l1bqlEgAdBVIDNXL+oTJppyrVrr2sgT7P2Ci5TnsjADmUsurXul754C77wSw/j2LGbUZ9a&#10;kLWjp6B4Kvd/nVYSsn7M9jJMLy3qe07UqujI8/XB22dwsX0V8+msHHMFWXsNDXl2Erl/pqcrWDp4&#10;EHsXFnCptaFBEhyMpEkHk7OT+MznbsXnHrgfB47ciYVmA6vvvod6ZIvBG/cJrluRZxyrDDd0iawE&#10;07q00MorGDfF9J2l804uvP58SKQSgRInp0984hQVXWTDEczlQCDr9b0HsAOdMp9fQLCOijpnGWH9&#10;Xu2sR5h8zrVzq9VygJfs+Zky5DJls8beF5cefGEt1nPJ8CTuVQqMEQOQe7PFQVW7q0y+ivyM+wv3&#10;Q+45PMauWm2lmjoOSlWDQNPljfw391PK6vn5eV04iODrRdqTB96eBt7Hz52nMHBknMSWgk8y54PH&#10;30v997kn8jVDDIK9eMzcvytMv9WE4QG2pICrH+wZDAJQTS44skZBR10X1MrMYzgYKHQUuOcxEtij&#10;DLnd1s/EJSEmY5f7N5npmhCcapAUlfMcLZCQNSnPZlXWnro8j5qPzud5Qp7PSkUl+TV9ZjOnckhc&#10;UB3fb0oeoZd+9AROnLgZe9IpHfBSoUm7LiM1lcm28PCXvorNnsGLLz2PD18+i3e/eB+O1hO16+8E&#10;66hQ5Re6YKaKyqNLdkW5gA1uP87y0E7evklWWDXxvlLgmUPNXk+/z325r2GsIztHLg+0o4mEIxPv&#10;IiHUekmrGUhjhydItjgoa+xQmMbgNexwsqimxjizZevBN1MC6or3CUxOMSgV55F6AOSLG3xcfe4p&#10;k/gxPCenJveL8Ql1nOK46HHv7eenO6kP76ARr5PLuuKakelBYagU+T3bBTeoRFe15NCCt6tTXCfD&#10;0cZE/fMCteLTEJC0q8dVZYJXVFUpKNfyduJ09q6JcP52TlrtFmyCkbF1rEBNs2PjEEox7D1DNL3P&#10;OLScenadWqeJb14ipbC2/YOaRnJ+QpdMFASuoUjoI8DiXItS6z6bgkOBTx4KNFiERVbE6O+M/4b6&#10;dEQ0utYr5wya5cPrAuFwOufToBITTrd0AjNgeWYFoBz45s14o0kH4DlPRTM8v7SD0BBtsgiC6obn&#10;acel38lBbKXHsrHIjZ7SvGnLCvP3onke8pgsg15SYMjFnZpq4IwUmJP1KlY32ojqFTVxrsr1OLqw&#10;Bz+Wjb0yvYx+9yW5Jss6eapwM4oC74Fii2bc2KxIKjRBDtja0ZzP4jhysCWffmS7MPpSf47zoi/7&#10;mHLecb+37XtD3npZAURdk8m343sGw0yf0pS5YPCYwIvoSu83BFZlQ0dkzLDZ/i8qPLRjpOS/iG/f&#10;brKd3GA557lmZZuF8mfJk6OLjJegsFMIy0h3bsC9a+jG9fkTDrPj7FhQciDvNUPXccAuHHm/6wH6&#10;SmwzmI93nof8CodYwrZklBu69cjUBknaPszEDTltATqxqQutKSVqb3v5IYDS7Bqi4UymbUEbs07K&#10;sosEOgfAQg/25fdJfj3SLNx2Wsc2kQpCuaFehmLCURx7sdenpc9inP2B1WhYJ68IggyjSeppZhCO&#10;KAjKDMSgTN7Ma4Z8u7W5fYEdCsbI04YHwSblwcwo69Ff45Il4TA5M7eaGDlPJdl37j+Zfyk7JBvc&#10;2zmwpDeknPJmM9J9VafDtIOgVKznWQfGyZ+VDK4eXqGf6Bp0pFLvKzDoCl/14ekbncK78+ZSQcPA&#10;7ZOa8mYyv06475NFUqWnWOSYR9WYe7qzkNApedDSVLuA4Q7VGqYmp1CbkIK8OQVigin3U3mtLsO3&#10;CLBJXdFozCkjsF6rYWZhWZmB9CPe3LqqtQZZXu2tDZXy8NqyyWA94Qy0jAKY/LKaNNjVhodFMoE5&#10;lVsliZdPudA3DTwh6BLGDgBNs+LZ0VAxSnrpE5a6PYgAI9M1GYIWKQugolsTj4f+ecYbuefpvmmP&#10;zL2O1qqaJJg6mS3XStYbZBFos5F5g28eS85WYEVFc+8oKiR0BPIIshJT7PYSuWZyDeXcdXtdraHq&#10;E1VUq7EyMGemp6TRnURjYgpzc3swOT2HenNSfqeBWJo9yoYIJihDgmCTr1XVbint6uS/ym8lTLZs&#10;wDQzvPvuG3jnhy/jmad+jmSrI39rcOupgziydxYnbjqMvSfuQ3NyTutNAh5dn9io1a9xNbCmQds8&#10;pE4aum7qrpV8DmZv0OaoC+fttbYuZzGUzzG3H0cONbC+egZvPv8DrH34Cq6+/zraVzsqk+y1N9Fr&#10;ybWKEizsm8PM/FHMLSxics9JVGbmcGHlIl595lm8+Pzfot1axWzT4uTchLzuFCbnFzC7MKVsOdSM&#10;BoEkTFHtrCmg0m+voL3eQXerjVSaYJ5/2uPsOSif+8h9OHDypJzTplzXNnqb57HR2pBncFN9NMn4&#10;bDBwBPQjtNqQhpqOXdN/ExCnJF5vRQzW97Qw7Yw0DKJSm3FguakUXtrwdkChVypYmxWWP8XoYihM&#10;YHuS/SB5Mdu1XrDbfjYA+IJSfzdgc5VrIDO0h7jPmvi11qdvE0AgE5l9mnHHyoaSz029UpOmtqdA&#10;etrp4vVXXsM3v/FXeOvVV3H4wDJ+8+G7MFVdx/TiEpYP3angItcnxh5Up5aloW8CrQxn33sez377&#10;v+Hq+bPYu7wfd9//7+XZWEI/zjAzt4z5mQVUl/aoZQGTt5XaQCsAyqhJ25Qvu7aK9oevIn3xMcTn&#10;30ZIhqccZ1WOr5uFGigSeTBIQw5CaYwrVhttArfhgWOYuONXMHHTA7D1WSRR5hiHUrN3MjccJbjG&#10;Bptjk9raBXRffRnhm08jXTmHqLPhzl+6hVSOU3nR6klGj/MM9biONp/lpnzmY7cjPHovsuWD6sfX&#10;Ym+nAoLtdWWYA8XBKCjr9pAAJa/yzHjZrqv7FTyyuSrGKqDtfOnc/svPHlQiZUBPLxzE577071CN&#10;pvCdb30Xb184j1XrPAEpdz95/xdxw61fRBY7Rh1Dg7r0PJTXbckifHnlAp5/9ik8+vSTut5P0SuR&#10;0taLm3jyqWcQ31/HQfm802TOOY8U3dunl/fis/fdjbPnz+MKZdyJPJdy8Lffext+93/6PzAnayX7&#10;xvW330Q96Dh/SB63GdzffbW1z9S2ItOwBg/4hWG+ibok1DyoK3XvnVkX8JRlA6PhxPeRBO30OHOm&#10;vZe6Gi9TT2AKNp8jqyRuf+a9yORa2h5woKWRv1USgZF0Wsru70vDzz44jEPdJ3tyLbhfk5PZU6ae&#10;U0lyTyK73GOLyqTj80NGH7/Nz0ebBHrOai1C54EgclYgfa7xcgxyz0Uq4aU3YKewY+jljHr+jGnG&#10;Wd8FbOS9sXVenJrN4Gt4Djlyea1Kla0L5dhUf0NZeyuuHyVgWtVwJucPGVHZGdiCOWiCMuHA14Ie&#10;+2G9khOzkswrXBigI9eU7x85MARpt4WO7HMhh29kRcq/YxP6EEuXjEwWn6X/NQHrjNYZVUwzOIds&#10;Ql3cpEaQ+597c0YQXm48sksjkzkLVdbE7rLq+3L/OST70vsfXMLGxiYubyWYnJVfoa9rRm9cqZOy&#10;KSR7Uvz+7/0evvXNJv78W0/jkZ/dgn//4E2YZ1IzlQYclniGdxp4HMA4zz1lgQeBt5RIir0jtaGq&#10;Ewj0KmuUjMeEQ1UXksU1uN9LFNCPrmmcNLrdlAA3i1Ii2w5SWy2kglLjtE0uNbxQ5d4udkSGO3o4&#10;+QR8N4+ocnNcJNWNgIu2xDQcAhb83ylwol4ywYDe7j97wXQgGu97GS6CbtKdd3WhJqoFXvLs0opo&#10;phrrjRdSPuuEuA7MCd2DpAuvBzSNZ+/ZzBk2aoGa+SYlsSVgIVBKZ6rJPs60ksbJTPYNMqOyLxYe&#10;qU5gMy0YudBzk8p6mU4c4jSmyZ5P7nMPiRbnJbZFlp+7DAVgqtONIl3Rsf0IYBahG6UmKg/cCPKo&#10;bS4WQT4t1kx4b2id+XRnDx5ZDEkMCvC3dJNkhbGn8SZTpoivJlDo/BgHQDVs7smUFZ5lTmPvBFyh&#10;2dnjz4Fl1PzT6DxVPwm+XrvdkgK1jbAhG/nVVWx1iaZmulY2GjPy87fRsF9058xL3BXYLoHfekyU&#10;mIflBtMUqUa7OVb9a7LYygmxdkw4zjDDcPfQgo/ny/XxwKhP+/OOSl2vBxD9tOXCWe6ZORbwKk3w&#10;zS8GLn7iz2PttuADO7Kej8qFzAhDfOwaj2Gtqin72nnwfyzDb/smsn2D2SGteEBFU3cPn/U5/OtZ&#10;yeA6g9kmqd3tVA888naz0xglpI1n9aEkUR31wQ134t+NOU2j7x0YDKSsGM5EMkNApxly4Sg3jqYk&#10;3y0ATItdOYFlJl0hKzM5Ya8cUmSGvAaHU37t2KTfckJvVm6QRliS1qu13XQ+P4zBCRhNQ88n4CzU&#10;1FieUk8ptKl8rMUapqtLYTVUVw6V7OQSF3rGccjDgV1m3N7bS43zkEqNKsN4rGxAtLJQb20W6kbZ&#10;9QTbMk7UuQfDMfJDZf4ZZf4RzGPBnZm2G+KFTj5Dxl4cpgpGNBsZ2nLMTak5GraLCSl8bdjQ7PlO&#10;x6BDFXKvhdZmpEqExkRdJYpxxTEYqCpobUkR2iLYxwl/X4dbKpDQAaY03TSrp8ROWuDcvoOqEXoc&#10;Mckw83578LLi3CImjhM3lPaeyNYHX7Cg7SaOPci6RxUY3PX71tmCUK6TEYToqtxQ/cRCU9Ruqsrw&#10;AK36EIVOCt2oVJw0KHKhJXyqstSzOAJKoKvq56f2Leox5IExMrzkd7psVjlpT52/80Q9wMLspAZA&#10;zM7vx/TkAiamZzDJpFzpEmoEBeoEAKVG5DkN6hpgq59fZbWJ1o4tepQxxIGBI/KZyeSbXVhE0JjA&#10;lUvn8I9//ed4963T6LZTuedi3HFqGUdOHMThw7fhyI2nUJmak3ugp0PcvrxGhX7Rva6eY6Z78grk&#10;MmUyRAL1W2t7aapRP8Iwtrgs9c25820pGyex//jNWFycwKo0+Wsfvolzz/4Dzrzzptws0kD3q5R/&#10;6H3D4ff83inMLS5KY38K03MnMLUgtVFvFc8/+SP86Cc/RovMRPksxw/WMD/L89NEY3Yfpvcf0BCE&#10;frKODTbBXbmX+ivobqxqemJv4wpa66l77uQzTU5P4b4HH8a+E3egUm3IebqC1cvvobu56Rx9Q2+6&#10;QKVMFGs1Tnkuwbq4WlXpIu1zAq1TgwIkU2setcOApoJW6hNyL8woc4vD/8waf68kbmDjnemz7Dot&#10;TH6xSmXglbDDwKxMvBje433P5AfuOkDV5ynVZ1ilouxBUkdn13Wdz6B8vunQ6HNI5u7pl17BN/72&#10;G3jppScxIS/9W195GEduamKmanDoxq/LvWbVe3RT1pJJ3hHVGVTnT+Cdl5/Hk3//f+PnTz+HO44d&#10;wq/+6u9jk7ZD1UlkExXs338j9h7ej61eU450XRveyIdTyEVQqXaFvpov/Qjpyz9E48oHsETmIuez&#10;lmUVxJSb20x7Ig5H2iSksf/hHhLJOnD0OOrHPo/wts8jml/QRM0embe1BU2nDdFS4LUREWOgDL2D&#10;5P3XsfrSTzH55s8UKGFwjbIk5bXDiRmi8LCyPlHhy3VQQcKmfIZDNyG66T7ER29DjzZN1QibBOwD&#10;13PuFsZitm9o5RGh40fJZ+wzrZz2CravVYCC06ljkoU+8ZNpuA62CTWJN6gY9fxMm5O487NfwMHG&#10;JP7wb/8WL394Dq32lvQxPTz2g+8gXJrFnftuw+wUX7KrdghrG+u4cF7WoH/6R/z0ySfdfhS6cBSG&#10;86xfbeEf/vrv8Oqrz+Frv/5buOvEzZhhkI6slU2G92y0cPLW27H0g8ewtXlVrpXGQYEjjb7ch5Nx&#10;iM7mOlobZ1BnX6sJ6d6H0P0/7a/0eTYutdcFcLjgjMhbS1GB5nw4AgX5lCiSeSDeyyFzSknmwT5l&#10;zPWdR2tSSrENfVp9P0k8Ocix4Luyz+momHt75uTAsXzfyBpDXzmuF2lEwEb+W+qDKhz7jYOpra22&#10;G7pY6B5qA9eTsi3sUSrfdwB74odhHAgygbpHtrkPCqE6jdBWNXJ7ZibHVeO1kNfbbHedekyZ3NZ5&#10;vFqShULdS/M0Y4KA/KjcR/pJOgD5NNTTFkI5BbHl79pklRmHh/Dzkm1JOXHmj089CBmOowz/QIdo&#10;edBW6GuwKBgEe3HLCTxhjM9rqnZrzl/Q0rtwoy21RtspC+Wc8jnm8sxnrBabAozk0I9rVyMg7lFX&#10;u7SqDm8iXdeCGoPPagjrVfRix6DVxGCy9LKBqjHzwx4elA4BKxlqFy7iyloPB+T1rq5tynsTe5F9&#10;2rqIr2Y1xpb894OfewDf/fFP8NzfP4+HbjuB6Vm5vlKXRfWqgsCh16/0s8APOOHVDpmSgnQYnDrW&#10;KusZ1j4cSLrsg0TPNwHAJHWhXUmvp5hPlFk7Psi0sJselN25d1qQJ9oWPjVlMG2ch5e3d9wWe7f9&#10;jXNWVzk9b9xCp0aQI8y+3QBL3pShP75g2/H5xMVS0mvBMKScVuUgxjMwyuxEx6aj/r+vxjwDWn6e&#10;VpWbTOebrVJXAw+IcRLRD3Kiqtf7B4WENOUjKjcmPXwszaRThzwrE1EenKBjCuNqnbpZ5/vkUnsc&#10;eMYnLmJgRJCblFrnjRe4h1h9R5Sw4k1A++2BbNdHQYeBGQFZbCGXon8Lx+icq2ldnrkEP/X6s6k/&#10;NrcYq29N4d/kQjOcf4lP8UmSorMrGEz60Jodrm0wADZ2AC+40NmgLGvNSgBw4Omw2ZBn2QBMNsMB&#10;A8ZiNPmVm5NunIEsMI2aFvTGGfVgae8htNc2EKcRmhPy4IdkDE5LbS4LtG1qI1jJSc4GBYV8AN/Y&#10;TyB7vT5QJhs5Z59EPjpCiNkVGLoWWDQ+ZTdnAw8m4x/vn48vGR5MRO11yWv/NSTCO79+5kEnO0b2&#10;eS1fPf+7dmf57rihyXV/9ut6//GI06jv444a0BxQhBkvIb/ez2LtzqhXKc1bAQMCMP2cAW6HWKSF&#10;k62x13wKBy9tSwEz29mQZZBsCMQcJ9kd+z6eNWiHpcKBGYRo7Pr3o0zR0t878MzLz4zZfmxDRF/j&#10;m+MBqOkYW3Yb4DfuMw1CVEp3v9nO1MsDtnIIj+zBnOFnR5TP+SByuBQZ8CyzIZ5syT8x9xpU5mLO&#10;mhlOTkbJapK9R7VpcPDwQWmErDRSLQRpm7mxgzTazDXVWeCHo8reTJVBwv0+it3zyX29V7F+73KN&#10;i5pUy07SJe7BBiTL2dvO9sMpFZwHrJPJuJRQsgTp+kJ/Hu7hBLS2GLYF+qdJsyxf4YYUzDVp1OIW&#10;qmQ4Ud5iQ93bWz1pRKKOpgJGqxnOf7Six0viRL8boUNTbsp2+04BQD88hjzAVqSQ7Sro43h5kfNO&#10;ZqOrtUvikv+Mk04ReCObjfUNJ9gwW6pEgPfoMRbekoWgpRTdlD0nbtgZc/pt/FhEA3VYNBOgdMl9&#10;DEdh4czQDYKkPIZ6raLNBxsUZQTw/wInD2OTaPxamc+4ef47NDi39IbKNEmZt1Vco3qjiViaumq9&#10;Jv+Wr8qEeuxNTEyh1pyWf0+qNGiyOaGqlGqlpjWZUSYhFOCll1dqCGJKLRg6QJEsvCqby6StzKra&#10;ZENqjBgvnX4ap196EWfePove6ipmGxH2HDiCu27ehz0Hj2Hv8VOYmF3kh9H7koEjPO3OA9E6RYlv&#10;GlK9aXydT8PzjksyhOlJDRNKI9rBZusj9GsncfDECWnmJqXhOoPXH3sRl8+dRnrlPNYvXQGNAmk/&#10;2bMdZTEy9GP/8j7Mz81gYoEy3BO4st7D84//CK+9+DOsr22hLse3tHcZi4uRAqGzS/tRmZ5A3JyV&#10;19mQ67WOpLOJnjxLWWsdaCXotzZkbU61aa5XZzA/v4zb7n8IM4sLqDcW5XcvY+PKBdiEgR1trUnd&#10;9skhfE0BOrL3KjRgN6F67AVhTUE+9SP3g37tfwLjA2wq+lzElWn527pjYMAFHzj/UsecDUtD5/Ig&#10;dDev3198YLgT669EehiqfPI+zbGBM21sXU/jiLIuZNBZ7rghfaq9jqO5NGTturC6iedefhkvPfkE&#10;Xnz6GXS31nDbwf341Yfvwux0hkW59/YePom2PPu0ByA7dLrZRHszxmN/9Sc489oLOH/pIhr1Oh68&#10;60753buxLi8/ObsPS4duwMTSXsT1pqxz0v+k6whrkU9M7aJKBdNlub7vvYH0jecQnDmNSntNZW71&#10;IEVno6XSXF7ydi1RSTjTyZXFVLeyrsrxyOuHx+/F7J1fBubmdX1MVCUVyWskun6p5yb7GzJU5Rmz&#10;H76C9s8fReWjdzAln0e9RYO+rmsq3244dC8yNSQqB5S1pTEDyDOQ3fJZVPedUtafqVRUNVah4ods&#10;O+O9WscM0ceMxIauZK4BMj5ohMyoTPYc6LBCPncv1Z6PDM0sZ/hZV9+o7YQ8p2T2UZNGMLM6MY1D&#10;D9yP36b/25/9Bd589z3tJ996/i153v4r0q9/Hfff/Dm5npt45fW38eSj38Orr7+K1atXZI1KvHot&#10;VXCHwBH71HC9hfPPv4u/v/Rf8OwtN+DLX/gKTh05pcDytKxn7WNH8JkH78P5Rx7FFnrYkqX/vdfe&#10;wpXWFbRl3bz8/nuYZfK17H3skzMOcjxpgus+GW6BSmXdHmgzvx8WXu4u8NKhKam7j1OvsMoG1U/e&#10;E5AY42STSalf9EnGgdtHdC/O2VesIcIKLAdRXE/TnC0YeCm20gwRyb7AxPh+p6dgFBWG/Ouk1dfj&#10;yPxgoBG7c9f3bC2VahKAk/uGbPh+18l3V/sdBXw4sHGBbiDQg1T2ZgKMlLh25dwTROTZ62myu7PQ&#10;iPw9RjsIR49x+JAGE/lhqtVaOE/QNbrvJZlLKeffbbS3PEHJy4TDsOS3bxVUjbySL1M2XSR9s/WJ&#10;x/IMm1STj3UV9Sm/xlsluForcWm8mx2pIXpquxDSh7XvhmAVudfr3oebAyzFPNSuo68syUlZrxtR&#10;FTWmyeeMQsriqcSbiOR5j50M17hVPMpcf9rVSaU/tty6QZ6XqlzXJblfb7/cwVtP/hSf/ZVfQiC1&#10;TluOZ4JKCbIlY9Y1NVTDFuYWZ/Abv/YV/OEf/RN++pPbcPArN8rzNuVYonBgX9/7GufhMYm8Hhml&#10;qQ/wdKBeor/HeyHxn5GDJYK8DuDjf8vfdfr6/SiXyGohaExpQu4hKDvIlsuZVLYk3zHjHLZLkrLB&#10;4pQVzaHxMtlRAd3ghsCQlGow1B8AQYFnvAWe2jiQcNqhNKHi5T2QF4wAktbmYBQKGWSYNw6Bm+Rq&#10;PZD6h6WA/KyTkIQEzciN64w0bVkB6GUe5XcLTerktj5eW5seUomTpESTgPeFMwoeNWqxGolS0mvJ&#10;BJSbhqlo9BGRkl3NaAPTV++4fveKvF9P5bSUs7Ah0RCUNNObwLGN+84XQDYmd30cyJZ6Lwc3LU+9&#10;IWlWXCOluZs8xdRqYlCm0md5oNJAzbP5+RJL1mJDXqPjr59n/hkXHpJ5TVWSJQM5FKnNHYdK06OC&#10;G06Wg4W+dBo093lSjRlh+bnNzUmBrS4+mrqngN94VllQmLXnfoLWSbHhY9JHGj3npzdoSJ2YmWTi&#10;CLMzSzrdjJmU11qVDzitIS2hFBpNynCkoK9MHEF05aIs7FLkTMb6t71u1d+qnh3ppzHF5JdScp+i&#10;dT2wkrkGAjCuwPw4gFXwicGp3YG9UdnuvwZLb7h4CnYukMeAVp8WyHctn8Td3yfbdm1MCXWw+T29&#10;02TYDOS7O4WyDLOhPwETccgmwmwPU4LZMSBmvJp4yJCtdMnMzqDgbt8alxAxtmUyTsbEZNIsxrUC&#10;Z0cTaUcDMApGXCnkogi72gW8L6Sy9roOfxv4N3qMo759Q5ae+XG54M0h1oA7Aenw7/qwhvKWvU3C&#10;nO9xxm6rAYYPxEtydwnfKTMKdafwIOJAODDmswXudQM/Oc4KG4Bhpqix2+uZwWAzG2IS5kxF/fJT&#10;EK7ZbLQ45GnWQjz02YfRSyewRT+51poUqlvotDewtfkRep0tLeh6vS5paur/RClPkPtBltKnQ18/&#10;qLdSFGhKIc9D1fujagHLZiFzrYo2PZQO02mEXoE2v56RMgE7/RBODcwiN9Upt/UJu2k70tTLHv2E&#10;7JpK2zihpkxVQbZ4E0FV9uJeHxtXPlLmoWELod5DNPq2aHdYS7gGlMVnaje944lvvJAqo0C6Zw9y&#10;hXCKeZeAaz31rhIZLd6Nl5vxRSpk58j369LENGp1+b7nBRgXbpCbWNOLmMU52RCU0xLkI6BXJTNO&#10;/mEIBqUvFe+9Vq1V9FiYIOiufaIgqcrRKWNSzzZnUk5/nwnKeeUYJiemUImrWs9UJma14WoQ4KtN&#10;oiKFP1+XTDE2NWSbpCbwrxvonp+mTn3hIySUndnVY+g7ZoDcO12pL2JpbGvy2t2oiwvnzuKnjzyC&#10;SxcvYOPSikrFDy3P4sjdd+HAwX3Yf/RGLOxZlMaTwSlVbRaj1CUfV6qxk2XJ+9Hapq3+UaHeB/SA&#10;TpNNtFqZnheu3RtbHZwji8I0cfjALTg8M4vVj67g3KuPY+3Me1g5+yJsix5SodaC65t9BVgbE00s&#10;79uD5txh1OVvatPzmJiewxtvncaT//xHuHj2EuSwMT9Vw9zBJczMT2Np7wKmpqfQ0QAz3q/y2Tfk&#10;eLauSlO7ib40rL2NTJmNvU5XGUuzc0u4+957cODkbZiaX5Cmp6U18caV1+RZ25LP1FNwOtC0zKpK&#10;AaOopiBHXGt4Fp9RKbb6fkWuxs3VFhqmp0OKGmrSoEWVpt4PBIOsT1/NLRNcZRiWCA8fn/2/XSGR&#10;jgzec0b8eK9eOwQGDfyrRwMZ3dqZD3G8DYNnU9Fjk4MAynY53Gaj3+VrtVsaMsBXfe/8RTzx48fx&#10;s598H5flWrbb67j5lqP40he+hn37Qrn/9mJxz0G5VNKwBhW5m1sunKcf4PFv/Rl+/P1H0W1tYt+B&#10;43joC78OyLNM2589N9yC/YeOIW1OyXNUVzZQj7wdWRPqNYNuEqDR3UT7rNz77zyP6O3HgbXLUl+z&#10;z+rBdqzz3aOXJ5v/lFLJvhI4uDabRg29iQlEh2/GxD1fRrzvRljpp5JcvkkQk92dznNi1Akq9drI&#10;Ln6I3vPfBc68DrO5hUlZu9PA1+l8nkmo4Dkj0cI6GWkmN7hdOIDs8G2oHLsN/allTfOkUiAyPvRC&#10;w3ugkmQnXTTXAQSbbay+4icMTiH7S+57rjNXVlfx5ptv4dV3XsDRE6dw/NAJLM0tqAcqWWLwHn7V&#10;oObAGjI55XMwMCqJJ3Hy7nvxvzYb+M4/fhs/e+4FrMk+9cEb5/Cnf/DHeOTQo9hc3cLKxTNIWh21&#10;ntLAkoRpqlVlgC8vTeLggf0K9H74/gouXrmCyx9ewcqHT+Otn7+I+x7+ZXzhvi/i8OIhNKcm8Jmv&#10;fhXPvXYa59+6qmvh5vmreOb738SRX/o1hP1VtAz95Xoq0aWNFFNX1T2PAD0JMl45Zr3qKyxLoTW0&#10;w5NK0sxJe6316i7nLa+sZgUr3dCJUnV4bMSlqHofvyyvIUKPmTjQnAMk2++pf5o+gUx973TUEkMJ&#10;MWTBk+1IZr30zZ31LZjUONlx4phkWkfKXki5LY+5y3AvWpFRmSd7Q3+9K+c51aGUY89nBRvPRA7M&#10;imoVXdPUvqLVVTCU15uAY6IgrK5UqgpMveLMJetmRb5B4LWMDKdQPIDHTsYtnA2I2+/7ykjU1PtA&#10;T5r30fMMNb+bhr7vrsDVNtzrA19TEOjWc+4th/hNDhE5wCPjNJXjT7Z6LkAV9OLLNIgj5p7OZylw&#10;BBoFuyhxZrK7nOtm1JT7uqprdVSTL9k/Mw63mlUNa9JrxvqxnxbrvZKwjFdnMDzNuGtWkWV4ijJr&#10;WnGkAZJ2F/ftbeC9p5+RZ6CNw3tkf5B1xGRdHZxOZDV00rbsL3XdOz770ANynbv4s394BO989hiO&#10;N65K/TAt50F1lrpHE7w23qu727N6DyVqUZI6oJRrIa8/r6OCyc5TmP/d67U1M4HDbrVa0yCS0aSm&#10;EpuvnIpXassGQF/eLA6xMQaIdzmF07gxvqKPZQmcGfpb74ExBkC0Q7l6KLTc4/u7AaA3CFsoS++C&#10;ISYAbLmZHa+7ynLEXo17M+9n6hcR64CyQIUP6dBmav3PrC/WlW2nxTp9a2L3e/pAJwrkKQIdx4PO&#10;JHDeKaEUJIxltn7qk3ChooGytb5wyVQPZLtOluJ8g+Tn8uAVqYpwCbt9KYD4oJpK7Ci4NLcOq9qh&#10;2HxyHWDo/KW6ECYK1BW0XW9uys+toFruVaDgcUWByLyRzBdbLe5z3z9dcH3sdhT53j30QG6gDILM&#10;P9DXw9gZBYnKcsDQmIIEWgAN3kNSQVcPEg5DP7ZINLVezjD4HQ8205eEkmz5Jer+u2lDFmM2vRZ7&#10;65M4E1d04pzO75ONfwKrSUcK5lV0rp5DPDONRiqFf9T3HkR8J5cGlgeMGO8zMSyNHM+Wym3zszwR&#10;6uMEBHwcUGqHwI7rA8iug21nzTDrZiwH+FMVu5Qm3fYTMRPHFeb/mv8EwDWTksedwGv+zadz4wz8&#10;z/K0oPJOY68/hAMj4Rm/8P29zZDNbrtf8zVFudeahu6YXK6h85qcUWalMTtij9e6PcqP2bVOzTiV&#10;1jComPsOOkCofLpydl8OSu4U1jH6fUcEcMMQnaRnDjDMZ2t2lCw5ciqKYwvGnJNSwHFup1cG/saC&#10;l8UebnY+x9dAZstMx+tZa8qS5NHrWyTzeqBSC2QpLiem9klBN0uHW03J60ixx0ao295Av9tCr9tR&#10;KWavu4ZO9wo6vTX0N9vaTHS6lOw4A+2hRPnMBTqoHYT6aSVejhQ5g384+a8yGwkSxak2LZp4H9JD&#10;BzoJ198NUoVuKcXRCbKmy3J452qLVBMmraZN8gw1aoE0caFKe1T6hVgbXr0zlAFUUWlcp9PW46MM&#10;ltAkm2Y30HT2KGzGarWKv0aBAnAEKDmg22q11YevWq2hXm04ZQSBzNQPTQktxqH+vKJopgve6Ms+&#10;y9TLxKsp1GtNGZJSA1USBT+rXrHAkqxeq8sxVAdKBrLJKaOpVTSJMY6NfFZpFmqhNAqT6hdHcK8q&#10;xXu1Po1YCnjKeevNptQyVZXwTbCRkEKRrAiVA2VkSPgmiB5j8l5a2qc5wOKCOShjVoA2rKk3Xhil&#10;WmtuMthL7omFiQpss4LTlDv+9IdYuXBZGj6XSHzzqWnccHQZC8tHcfyOhzA5cwBJTxpIMmAo6/GD&#10;besbTfXxoZww8YzY6qTUhxsq2+21VuRenZdmWv4+msK7772FQI7hxs9+HXF9Ge++/y4+ePJRXHn3&#10;51h5901pwnhvdvTct1vSmPQN5hbqmJybRn1yHkdP3IOgtoRoKsKZC+/jL//xL3Hp7AeYq0Y4KLXQ&#10;/MwUJpdm0ZibQWO+LueSDmdVtDa7ct+vSRO2iS7vh602Whvr0uhykBuiJ03N7PwCTp66BTfeeq+8&#10;30FpQvtyDJfRWvsA7XZHro9VRkbGlFayisjoCSuaQl2pNDRRN9Lr5dI51a+NwCjly7TEYf1IwJoS&#10;0MoUGhNyXsjE8vI374RagG65Isn60Dozaj/zqeyzo0BfmWFeXpPCwiOw6Ka2KWAy3yMFJcscaTIp&#10;6TNObcIGdFOayymS0+TZ3Qoq+pz/P//vH+GpH38HdqXlwEJpJb748EP4jYfvl5fawtKRZTSmDklz&#10;u6kS/q3uFmaax4DuBfzB//Wfceadi8jCFF/8N7+Go/f8Cs6ffw8Lc4dw4KabUJlb0hCOtCPrI8Ga&#10;Soi6enlGaEsTG66cx9oTf4P+269jIpEGV+5P57+WqP+ilTUuYQJ2Xda9mMATSRBktUqvNrkA3PQF&#10;NO9+CNnyCWk9EhekQ5CdPqlBXf3gWkzclHW10g/QPX8BrZe+h8o7T6Ny5QoCysgbVWVw6UpP33N6&#10;lsmTHcu5mKhXsMWgxcVlBLd9CdUjN8BOL8ux92U9S1UlkAWZY3X7vUwJpzbLSdnXqEW3A30+hkOh&#10;ZqZ5k/1Eptjrr76E7373e3j7tdNor60jbjyCk/feis99+es4tfcYlkgaiZuyRnY9OGicTFQTUhPE&#10;cu0mJqdw4Jab8R9mF+Q5+Cv86MknsN5uoyfX57VLzyJQQFYNSuV6yx4hz3Zf1s79B2bx5S89gLvv&#10;vh8ze46qIu/SuRU8/tgP8P1Hf4S+9Eydiy088Td/j/fefgGf/9Xfw0OU3c/P4OTJW/Hy+2f1nDFw&#10;ZK4lPdL6uvZLZI3RT0171yLIMnWprH4oRsDM+P7TWUh5myYvpyeYaUu0fX1mU5dkq/NLMqnJlPKW&#10;EnlPmg/hCmWUZxA6mb4aOirYxITnvsp+rV6PxO/jOtSh5JKAoDLjjEp1e+zHOVBjrgDBw8x5H/N8&#10;6hCI7H1le6VeqefARnpApl5aXFELEOkeua/Kvsjr117bdPJWOS8b3bbj8jLBmJgAfQD7ycB2zROc&#10;cj/PvNJWdQv9NVm3+ORqvgbTXlvdroJROrwy3p89tyKDq/vpVUx/y8grGHtBqmw7yop5QusKSPa9&#10;5Yz76hDAkvup3epiY2PDSWqVgcrk3FDTcmtxoPtsJ2HYEpmPmbL/Z7knhy45l+t7WJEaRM5t1KgT&#10;tXQKCSr8vdVCP3HekdwrwtTos0j/PDIj5S9Ql2egKf+7mTFEw4WvUe5b5TFLbXBsrY1Xf/JDLPzu&#10;b6ERUTrdRL+9LtcrcAQt1isR99k67rvvQTzxxCv4/iNvYuJrd2Kh35LrkyhYzQEL6y3K4tWXkcoD&#10;sjf7jhBFYpWy+/R7XWXNKptUQT/H+nOefbyPO/Lc5AEdyIYAsGEh7zDgZ3z6CMbSibd/r+wJkQdl&#10;FBveiE8ezDDjThstRXfTXflEOwIOvnmHGTD1Ak+3NUOyKThEXKmsoU+YdVKtvBDLEW5L/z5l+4UF&#10;eKgPv/rwecdMXaWjgdzVe9EFkfcDyJwXAD0wFIQL3MQupXyFxHE18fGafxbmNJs0zpCZOuwkc7Ro&#10;ZVqoJNd5VlDjrduGxqq7xD9NZgsdVV0T3qibJ808zQrzXWiTwDs31oc0scb7FjiAMk3dTcMNKNHp&#10;gUu+U/8AcKLZKwqMolHyD7zr0/ydlGWeFeiCU9QvyLjFJ+X/DiMvY3ZThe1pYKZYlMs+hUPg6sh9&#10;kZUCCMoAXy6XdtcoG5LumhLwEXgid5E8naf6Zv7eoi7fyoZKYLLipvtbV1Z0gnBcis4PKu+iK787&#10;KZtFUx5wfv73ty7ipb/7a/zv//n/lMXNFfJcyFUUoZM9H7RhzHAgyJidPyvSVe11pKddH6PsWmBV&#10;NubvM1yrKBlfiI5/oK1PSLT+egW7goTGmF1ZebvxEw2GwyTs0DT805LTXD9IuJsEN7iGOPl6k5Kv&#10;xfz8ePeFxe4+igNfNlMgPxbb4iVGGqDdgEe7E4vvGtS2AZ5kdgf8dlANqw+pyW1uwxIjvSy9L4NL&#10;diyLzphrgUj2OuS1219/1Kdu2zN1DebhKMtvbNivn44VthbGDllubMft/XrqA0zMEAt7DIHR7vSs&#10;ZtfB7Ls+UNUWPq1A2ahklIFoR9l9Ng+GyqOAB8EOxYCyFESW5QeSuYafhbeNM13nK8rIq7pE16mG&#10;FnA2c+bTnMqmUsAhZwHIft9qb0jB15Ltvq3AoJUikCyDjhTYUFlPqh65PSnsOj0HDKYuAlQbK/Xh&#10;IZBmnecvJ75KfoicVQZ3t8j4vVoLR6u+wgUDk75DmQP52EQrOGBrjnFonYewmr6HjlGYeeaEhlVU&#10;Ei1eeZkItgW+XlG2ndQ/BMk0BMKz+OMg9P7DceGHbNTvONDpvVqUeLWEyoXUIDzTzwxvak0LlE7a&#10;0r3UhZbkpuIG9UrkZJk+bIONQNWHdUV1uSr1psqBmEwcVprK9qpUmWA8rUEklaiiQSaO/VXRaX2o&#10;qcKuEQrVbF5qtLAGU7DxrbxHqsV+kjr2Puu6NGd9FfcZWTBe1mx7ci7kc3W35H5YxVSzgbZcu+fe&#10;eAUv//w5fPj2O+qhx+HvqeMLOHy4hkPHPovFvQcwvbAPGf2V7LqqQlKGpcmJbNbJPIl0/aI3I2VA&#10;SFzNScYSzKQ7rm6KDiZV/bEiTWIn6GD+2OcxMzOHK6tXceGJb+HM84/gyoXz6He2pFmTGq7j/KI5&#10;s6zWJ7B3/yyWDi1gYvYw6rNLaEzuxdkPzuCNZ17GK6+/hKx9GccWZzAzO4X61DwWlqcQN+sahsFh&#10;+qbc54ncz63VK0BvE1l30/ns8d7s9DXlcH5hv8rjT916rzIGeS6vXn4f7fYVBTlZP2tYHYfHUquS&#10;UaTX3gfhRWTzefltqAPn0N3TBEC1AaSCxMnL43oDtfoeVdQQmHXBfaGCC8htgHyA3KC9yUM3skJB&#10;8ovWE+WhdNkmaafqYLh2skPEjGFXJaeGyRk4bkguTT39xWRNUNm4PKeb/Qwfnr2Apx5/Ci8/9TjO&#10;nn0f6eYG5pem8ZnPfx633n6fNMpnMDFv0Jw6hVptShUuSTfG6RcfxcqZl1EP5vHCYz/Ch+9dwtLh&#10;Izh+0w2YOXwc7a2ruPnuhzCxcEBq6djxW9tbqPC8yn2Rdch86iE8/x7sG88j/eA04vPvohJT0j44&#10;75ma8UPVTgzLSnqRAyb4ofbIfb3/PlRP3ovKic/LM1+X56QnfVFNve36OfM86KovVo0Mq8uX0H/l&#10;p8DrT2Nia019Immp1G86OS/DXGy97gKnZE0msJDKOrK+fAjV43fAHr1VQT71Iw8oKyZQLZ/P5EzN&#10;0Pl95knIeSKpuYa1Sg4uO/+K4aEfHNuKa3x7Ywv//Hd/g5deOq2AUNa3Coi88OiTOPvq2zh60ync&#10;eve9uPf2ezDVaMrzHOuJZFIr18VEucVyL/c68jzFmF1axsO/8RvYWLuKp145jU3Zp7RX77Q07ES/&#10;qhlOnDiA+x+8C3fc8SD2Hjymllf0acxsjEPNKUxON9Qf7plnfo7zKyvoynV6/6kPcfX9P8DKw1/D&#10;ieUbsBZZ1OS1G/JsHtq/iAfvukMZuxk3LFls6lWGAxmtz5ylRVj47xrjfGDzQELX4ztiido7Ecy0&#10;fpEmW6qf+L/Jvfoyp3CDC2EJVdqeDaEiBrYwgE+VgENpZVd7T+3LOZjy/oCJpsy79T5QJnfPpQCr&#10;4s9JafudRPfhDsdtSirP3PHQDsMTIFz/iULmmwSuRydDLZZzHzGIK3TWWd21LfWd497X88fNEM0O&#10;WXgMkUgzP7yGDqByCS2vJyW23GsVxPOgqMpEs8E6ocFTWnOkXi2RKXklCB1xJwoHQ08NGo2c/Ybe&#10;3jwH3H+q9FeV5ylwcmlK7AmMttodTSDut7uu1/XBnBX5eV1WhRq9GD2Dkqz3TMHGADPVGhq0KDMu&#10;mZnDnGqjJus9J3dSgVGSrddfXi9155efLup7hrPsP30d0gBNOTfTZPLRNpSDDljvdUxMh/dPRUFH&#10;ehnfMRnjkUe/i86vfAn95UW19ZiQ5+mKPBdUYfA608/TyJ4TNnt46EsP4g//+6N44tQMvnDsAGbS&#10;jtonkM3PIZYy+OQz932gGNl9rPsyWstxEMvwDXkmVTlJUlnS91JxFzLDe4zfU/lxeXUYNJklRsBQ&#10;q5R5WaMpd0AlxtxOwJ8tFe3p0IbnElxK3nnqJ5MDLPYaGYXbF78ymwt+wXRFYW6sPfLeo32eHfjR&#10;5QwjlEw4TZoOvX/RuAQoordzzz1bSEk90KQ/Iyobjvg9eZuA1A5Mx30MtUp5pdAxnU0/aTC6kLCo&#10;1oWon3nTU8cwcVOFQH1f3DTPPfxp6GRF0AAQBwLmsm01YYXz73MNrff7o2TYBMW5yNMSacys3oCc&#10;OvgEVJsDevy8XsuvgRs0k5bf6xsvyc0w8Abz9FgW4301BM6nL8OAcPm+dNVzOgzmjjhXpHl0uncN&#10;dQExWSnJDKV7wA4loI0yUEzum1cKjMl19CoVkvNFjw0yCF55/ecaz93a6KEjK/2bZ8/K4tXBpjRq&#10;Dfmdpekm3n3zNLLJRcwdP4Qrp59HcvsDWqzXKw4Ahp+wBsoscCnH27pia8c+BVbZNmHB8jI7ADi7&#10;+c9dL+B3vYDaAEgNro/VN4bJs/Pf2d1pa9cA+oJtsN4nkf7iF5Dg7nz+xx/xbmRIU0hxx8mNczuE&#10;IrRjh88zTtZ97fvBfiwK22B9zP+/LYU/7fCq26laQxS4UTn/dXlX7pSeUTp2R2Jz7sAu3iIoPJnc&#10;s2Y9CF9+raDw47M2GCrYhwE1Oxa8uh72307Mxmv9Xebbg8ya6z41OQgZ+OIu8+y+zAz2ZzOaszEU&#10;JJMzTwcDQxg7dKoVfMtKPr2jFDu7M/Brd6DjFThKvu/nab62DOiZHVaBMWCqGQVkAycJzsY10v4z&#10;+KAnJixwSEdpbhRlGpBldWDXVeaEierSTIcu4S+tuz088Hu2AnB9Vz/IS9EXR4v8pKcsMLJYVJ6a&#10;bKDbYUpqC+32ZZ2EcwLc7qw5w3U4NoNLxHVNZ5jFzupDG0Nf94TOvDzJg640nT5voKyynZjsGHHK&#10;bNvaaBE8pMKJTM8UTmkQRF3Z+5lix3Ta1PvQRNrgWD9AI0sw0qFfRaf41teHaqZtXaKcWuKyRkmh&#10;vn/OEjdVUI0ATQrra7lMmbdk+MXSuE9EoUp24mpDAxcIzpHRpQCfNLFRnX5rdU0TpidgTD+tsIJ6&#10;bdKHmkRo1mvauPCawdS10XAZfLw+iTZCLHfYOPH3nGcyJ/qxS3C0DvwlIKsebwQwrQP1AnWU93z8&#10;wEvijWsIKEYjG6TfWcXszCQwN4cXXnoZP/mX7+PyuYtob25iYX4Cy/tncNetx3DgyHEsHzqCytx+&#10;MANubXUDdRO79Ei7Jd9ratiIcvnY7KOnQ9sgl7gl0mT0N+We2dLkX17f989exdmVDF/42m+oCf7V&#10;jQ28/9pLOPvMt3D1wkdYe/8M6k2jhvLddk8bM3pC7Tu8jImZZcxOH0Rzzx7U5hexvnYZ3/7nv8Xr&#10;r5+Wc2OwMNXE5J79WFjYI//eg/rsjEo7M2nq2lkLdkuaO7IDuwmiZBPrV1fRp/xdrj9Nz/csn8It&#10;d9+PQzfeJJ9rUc7TJXQ2LsvnPo84cIqXkIbzcd6vUEI9oaqZWJ41si/pwViVe0NtdJQBFLrn2svv&#10;Mzh2Ff+u1lyS+6ShwJG714yX9/ad2YsCZbldf1Iw7ux1DtPwMX5vOKAt77Wy7aO3LPX2RcFIHWWH&#10;WejeeH44iM4rtugJlrqE2/UO+QAh/vmf/wnf/sY30LlyCVmnL9c5xANfuwdf/3f/SdYhg3df+SZu&#10;ueUeTC+eUJ+rNlMzN6/gO3/xJ/jeDx7FqT1TOPfOFupyOe7/8leQ7TmCvfv24tSd92BycRlbHavB&#10;PS5N22qHrRwKea86hxnPPobkmcdQ7a24sAVe6y2rfqWk3Si4o0yo1Ft7h+o7Z5oNBAePo/al30Fd&#10;3pPMzSzoo2u2ZB2syGtRrupSw1P5immrsCJr5zPfQfbaE2i2VvV89GXNq9qa3EtTiNKurhsM4TFM&#10;6mUcakXeb2E/qiduQXzPv4GdXpJWqqX+5jbMFERgb6UBiAi8RZzxIQ6BA3Y8QJLtUsc4H9LBsD8w&#10;g3o59+zjWj8lzxoZ5AfnF3Ba9oc0cpLQDhVj1Qjvf3ABZ85exNM/fQJvfuVXcBfDOBb34tDCooae&#10;8DzS8qAr62cjkvVfPiNl+XuOHsPXf+d/QPUb/x0/ff5lfLTVUq+/KiXticXJ227A//g//y84deyk&#10;kl/iWD5z3JSPTsXWJqrNJhb2HsCv//bv4Pbbb8e3/unv8dzL7+KyXKvu+5fw7T/9cyzLz1tb67Ke&#10;BLjr7tvxm1/6mt4blXrVK+0yZWpC9lF/KlVynvnk2NwKzHn2W92D1SbCFxmmRDpyijOrg66Ug6Pc&#10;M84r89xePhz6abMcK/DhCQR6GSBBaaW/nmTlRz7Ug9c1V/o5AM8RhSJNf4cy3Ne7cm06tGmoIYdh&#10;OEzqa7iU66V4jxN0M2op4SSuvGMI8FUoyZb3DK0jKFE+TYCqTS9W5J8xcf2+9UQeH+6p586vC2Ti&#10;a/KwKvUCrQcUQspTeOV3Wr0Eq5tberfF3meSvxtGjtUX+PNEclTmzxs9Bjs6mHP1I4+F3n7VOHew&#10;T7G1vomNtQ1s0TeSgVFdowxj+nJyB69UQxK09bkmCCvVhQZNTUZTco9WUOHv8fkiGC9rVijnRL8i&#10;74UrtUiv5esMzUDzQxnNHejrQJH5ApNyry3KWjIlX7FakXmljwacpapkoIVJW8FQ2VtkPzz+/Nv4&#10;3l/+Of7tf/xP2HtoBsQXTRuOGQ53D5IVaKW+uOveO7Hwje/g6b96HHt+/wu4YX7eqQwZrMF9uecD&#10;OBRMTRTkI4uSXxouQ2Vhr+vWepWd993w1bNXlWAlNaL6JO5KEffeLkMN4IgD9ajP3nYviJGHw5ZY&#10;VyWDWGsGYR+FuWjeZJqwJPvNQaBsbGM7/H6BT3FDkeRW/I1xiQj5Z9IwCk/BzTe9wAwAN/XcU/8c&#10;x2nIvC6++L3CzLYkCc6P1aPLmsyUpw3zAQt9G5956gOCwkjaKXhDbcqS7rrKQPq2i1oQe8lO6j3/&#10;nFlnGJsiadapUGKf6puqFw+n+U4y67xmqBsPg55uKEx0S/0UU+UrcAUnqaDqT+Mn1lrUkBEQuAm/&#10;Sq1MNJDOZiVvPX2IXeGkTMjAL66leyNPNLbO7bfoCHPKdT5dGSpAPDiXjTD7yo1lCdIbkoLaPFIR&#10;9pqsLZNLxf2krbhJSwCDMi+zRCm6lGL97u/+vpqG3r7QRNC/jBPHbsVG72bs238cjTjF//Yffwdt&#10;rjTSQDzxwus49/iPceQLX0W/vakLV2hN7gtbpPRuI+dkg/tq4Illhwq9nXz48lORXacRtPXMy9F5&#10;cX5PW1xbJlz+DJ8I8PtFpt9jmIWm8KIZOUclmU35++NCKf7/+mf0mK8HdC2zAc11MPl2Ctq4VhPy&#10;iQBg/75FSrD3pdyJOb5jau6IdHcnoPHaQJ8ZjpAt7T/bANLyK3nal5M4eYjYRTh6ucFACmq8x9qQ&#10;xNSDa2NyPwa/N+bd87/f7RkrMwExBmwzo+wNlE/BsPffeHbfDuM2k/mkwGGGvB26Ft5KIBgG1rwK&#10;eizWuu3SjwmO2YmIWQBwYz7zOCDPmp2SgE2JDb49UTr/+8G59ZJemKFU3pzhzj2E+3C9whS+hspp&#10;AxfrJM1mpGCYJjXazIdsuUEeyBqLrRtSmaoP45FifjLzoUVWZXG5OoP7rbKR2CRLAdjtJm642N+Q&#10;7/cUPOt0UzWCpm8vpbAZZSIEJzKyWHq65zKpttdNvLWIY6nRA5i+QP20o3WTNgbaIHSRKIMgVNYB&#10;66BqkPtZur06piSy7uowt383XKCG+glW0Gg0XcKedRKkyET+M2smn64Yca3qlBlaS0X6d0HofPjo&#10;hRdXvPccB5lkDlK2G9YU1KOHUCV0jEICOmQcUPJDD0CEjp2nIJ6yDSu6RjHAI5RCP8nrz1CakzRS&#10;kExbnsCxW1NpAujrRZmweiOrCTyHm4EqN9zzG6itCZvm3O9Yx6EcbgY5S9hJv3jd1JQ/6MoxScPW&#10;AJ595qdqdr9+aQVpewtzkwGm9+/H7bccw8Eje7G4/wjiiQVt3I0ag2eoVWt63er0D2QtGLpOhoEp&#10;6vnIa29do0J2obI5sxhtOTYm625Kw7nvxN245YEFrJz/EB988BxWXj+NzfPv4Pz586hFZEpE2Fxr&#10;y73dR2OmgYWFacwvHcTivr1oTC0inJ7HhY8u4q0f/Aveeus1BS4X5fcmpyawtDiLyT1LKqOF2vu1&#10;tYFpt9fkWDbQa8uxymu3pdG3yn7JtBlcWDqMm+98AEeO3456c0aaxA1pCt9Eq7Uq93tbQXT6T3I3&#10;JyNTr38sNXNQlXuiro1wTGaeejcZvYd4PdVah8oa48I3FOSqzaJSm1H5FYM42Fi6AA5f7yvjzSV/&#10;OkAhHPLUKyyCPsHg7/prhbI3r2fnlevXXcK5couKIbuUPKXUDuwU+vK98xcu47vf+x5e/tkzuPD+&#10;h3LftDE3XcHxOw7g3/6H38HikXvw//H2nkGSXdl54Hffe+kzy1dXV3uPtnA98JjBABhHchzHkCNS&#10;FGNI7UobkqhlKBi7P3Z/7I+NUGzEMhSxuyFR0q5IaSmSY0FgPDAYDDwGQAPdaO+9qTZl0793795z&#10;zn0vX2ZlVTeGnO2Jmm5UVWY+c9+953z3MzPnD0C1juGBRz+GXGmUmUCU+Fmdr+GH//k/4oO3DmBL&#10;aQRXL8xieM0gdux9CBNb92DD1p0ojq2zjXkJ7aZB0T63tUhUVlliwjRsw3t9CtHBVzB/5gBy09fg&#10;1e0cRU8eARK0DufEU8unXoiwNN9xruzcExaLyNx1D8y2vfBW7QQGRkARuS0iNtgHMOu10UYOeYpM&#10;onCERhPZq+dQO/kBzPmDyFw8ZWehFm/oE6BAOZ6GbQZCSUpXEhhJz74ZW4vg7keg1u2CP76K2acZ&#10;27d5lNBMZraR5i1Dw+tChpcrYnrLno4ngQiecRv3KvE47rO72xMU2L/syeYz9vrPM7Cw+5778P47&#10;7+HUjZssTcyS/YKTnHJQU7WNV7/3PPbb31m//S587ImncNfatajky8iaAjPaa02XSGuflWLWw5pt&#10;O/DVr/8+yt/+Ln7y0mu4Va/ZOSS0808WeqTMbEcCzgt5ewWNnWfJGoEA8myG+yZNwVMDA9hw9158&#10;ZXwcI899F++99wGuzdQkWf3GVWzeMYbHn/o87tn9GFrXryPXqto1ys5UvqgGyOeWNoM4Vob7SBoQ&#10;bWeeG4fjCFinOYHZ57WPWWKczRExWIY4mRfixcckEeqDaWOJfeAUE248F9QRk02EsdfZpKKNHybr&#10;0HpGQBR/jufqAJ99cgm0IQkoSzIjWYspdImUdzTu2007FzZanIcUMKlE/AMNg2oupVm5lPmEfGJb&#10;y6wAfTRu6qGw4DwCBiGAHoG3xKAje6+inQOrYYvlrsZ52/J50JpFyesUnhknEDtgM3SBPSTVJmlp&#10;M/Yw9KV/z/NmSibmBvHrSGoNl11AoLNmC5A8qxK0A+QNnWsjxNxCjc+9WWvw+jhk7wGBx4rVyL70&#10;yJG7zlGD2YoEZQ7mKrbHziAX+YybqFKATCEQNUXWlzVOOx9lAnOJgd4SWbah68nJt+T3F7JCoWiP&#10;fdDWAAV7ehUiN9FmH0mAW7K/Sw17RLkIhp9eJvmEduTrdgbr7C81v/MDvD40jhX/6MsYLOfsVxnz&#10;9QbjPlRb2VICJbs2E0z6a7/+Ufzbf/8dvPiDHIa+8Kj9mAzXEgFLyUNeF1ss423xeDIcoNWWoNWo&#10;KYEdkdjAKQdQR2GDk3pZkUpBLuRVGzOFEt+eJG3VlbVaJ/5hMRk9jp9Os9skNMNPyXZV9857Z1s/&#10;+QkPoHhnXztWAySZlT3wPK9TmOtOw8BZF+RQ44t5rJhneo6lpfim8VrMoJ7mhTrOH6XzZPNZLxD9&#10;exQfv0wEJk7SdcfL0d28+AuIFtqFn5htgef8p3hClskg8oT1lo0naTaKpqQgWyDb1/mmKSl5Hn0W&#10;ocdFDjwnrDpi/TeZddaRjezNpsFDu9h2Vm4QO44MiGlXsSCFrvhC2eXJb9jJbxYtf4jpnco4JiP7&#10;70GK83aT6diRMwzWEsPLvhJZ0qWT8SRfjxBN9rWxR6TlOrMHjttpYlkNyUzgwDn+0vJzBkvI/JsK&#10;Lvt7mZKd2G8yYg7nAxhHVgfoMPdCLr4ziYxK0USJokwySpK/JDhF2IS8bxoZSSg2jplntGuMlSD0&#10;nuwk0ORK5rg8aTvAON4N01r3SCY70nHjkoIFUPMcKdw4jp/zLWIWnr02dsKYs9XFbNPD7OXj+B/+&#10;x/8JeU0eBA0GYimpKKvI/DqP5/cdwMbJFXj31EVce/MbeGT1GtSuX0FugApzX5piB4p6RjuPMDlm&#10;2X1xLAHVSSFO1wG0oPCiorozQuHYjtrcHmTqlZBq929PpaNnpLJUSGeQqoQ1xpRi9AIa+kNgROmd&#10;6OUBnJitqRL+kOoxoO4VIMfJUN2sXS85ZhlH3jIA6FIFtNdz3T4sK3Apr0Aer33uU+9mhyRwdgOV&#10;Ki31VgJGKIeW3EkKs1Loc/3NkvpL456rtIFc7I0iUl7VwyTvSHxNOu2ga7NHdZJ604hQEtBhukI0&#10;ukFplYCdsdyiw8b2OkBSF6DYAyz5kZujqRizc1XdMUMVox62GLMLuPGS3Xlec5jfIbvJMRC4mPAo&#10;TGnfMeYScDBhKpq+8tPOv9XSoFZPSnEaEIx0DOiZReBe6lLH+2EdLzvPSVuMGLVwwi5Mz6MpDLqA&#10;10KwjEH84FSqCXWyEbfBnmRvwSQ+bFKcd1h3JiUV9rzUNTQqZY7d8c+R3VueFN3Ykn2S5LLGcxXi&#10;zaP+ZFTtdqjiXX9O8evEj/GaROCZdnVJm33ZxVyd2CVaXO858b5pCJhS4t+ixdsmscenxo+OO+jM&#10;VBwI4PnJjQliibCTrzLokPWTDUejUnOG83vSvqT2ciBX4qlrkjnFRyqYCqprM5K9gZwXTCwn4TUw&#10;EsY+X1M438DUBqfnLDJir+ZkTUmZNHrOtiNgSaXPjD8GywycnYfvwDtPmHhBJgmRi4PTxCrEiL+d&#10;crJcg8Q+hNmAXG95iXxexrsLMOEVlmoSCfHi6+65Mcy1SidTlSR3EnoScAMlkiLaLfed4TjYdJ0V&#10;BVR3sGJFJGWGAAgCPnSbAU1uJz1ZQwPeOI543Y/aVZHd2Jrh9LkTOHHkGC6ePY2oWsNAPoeVQyWs&#10;uXsD1m1cj/EVqzG+ag1LntqhJEk2a1VmTRS4GbXXJCO1K6/91BC7Ad5yaX0iAsmw59PUrWk01IBt&#10;1gax9p4dqM5cx4Wjh3HmtZ/g4sHX4JFsvG7ntNYCstSwzNc4vXB4Mo/BsTUYWbUNucExDI4OsdXM&#10;mVOXcPLV13D+7AkUswFGKgbDm9djcGCIG73MYJll4fMLLZYot5rT/PCQOfr8XIObamLClIsUbDaB&#10;jRv3YMuOXRheNckgQLs5j4Ur1xDZxp8VEAQqu0Y/yGfsmKjYa15ElsZNxkOQzQkzj6VlhnsEOAUJ&#10;N/9cX9rfscdKwEyQneDXsPdkJEwJri5c3cMKFidFS4IETdRdO/XZVO1lzC/P4lMxDzvps7wu9r9J&#10;bfgIU1fkfZ7rTeJjEQse6kWIVeuzjY9YCAnTONeZ7wgMYEAji7r92as/fxGvvvw6rp4/j5mpa9yD&#10;bN60Gr/22S9j9wNPIl8sYubSCZx7/69sbbsalfWPoK2zaCt7j2zDTpYDb/3ob9E4dx5j9mG6OlfF&#10;p3/zy/BGVmPlps1Yv3032lmScubEjkARu8jed5oPFubQOLEPzePvIHvxNLyaHXteJAAMP5v2mWza&#10;pjZL1KcCvGab73+bwpPtvNge2wRv216Ut94HMzJJHgICFJBMLizbGr3N9TnV9ORBqOdm0D61H/rY&#10;O6hdOIJsu8abA9TOh+w5mpVxw9czz/O/zthrVa7A27ILra0Pwp+wn1kedJ7msha2eKEJu5j/nuup&#10;iYEaaumphVigUnwEYejxDOgH7L3HgZQurZ3ep22fNdqUyGakJydJpefsJJh1RDMUydXteWzctR0f&#10;ffwRTP3gx6hSt6fFi3JoeASrJlbg+rWraC5Ucf38dUxfuImTb+3D6OQEtt69G4889nFsmVzFrNhS&#10;3qnu7NyRz4RQkxvwla//NygPlPGDF57H9VmZ5069sg//7uYsPvPVr+ChLfdgdNDeIzs2eMOFek5a&#10;k7wMW9R7mRzWb96O3/qDf4pPXr+IA++8wRtSuz/yOCrjqzBcHsL8lQtsK0D1VsSgu2GgimZU7YAl&#10;CulgmwTqxx0pKNkuDUN5mpzXPddIWtSK7WaTQSna0CIyTCKXDSkMSTMOwBJZCsjgOb4DspK0UjNr&#10;zhUX7MXXhvO/4nmCmXecTku1pMhbtZFAJg6uonEcNZilSGtm6IdoNcRPtp0i2wjQJkFoBLDR6KVx&#10;SQn0ykls26FIkTMuvDTk34pkLXDSYl8r9rcL+Fyc/Zfz6/NdmGjoyDYEqIXO5oyASwIlieVNgBkF&#10;UOUyGalVAklvp9eSZyDbIsC4cxfyVb6U5fmFjrGQydrr3UCj3sZMo8rXmgkm9vQqgdQ1WR4rYK9G&#10;UjLUW2149tLmch7GbE8d2DmAlHEk2aW5OyDf3XLAQDAFCrWdwpCDUduO6ZxxQUeOzUefkbPzRWB/&#10;XrY3doCCq+zfmdDVur7nano7XgseeCCwzEDk2D6t9b4kCzNSYN9rXf0Wpv7223ht03Y8/cReFEoB&#10;JvKaQ13Pz2i2MNF2fRn0G3jkiSdx4+ZN/M1ffQ8vVTw8+vBOmPkW1yrzdk3MavG/JIA1gIB/hn0e&#10;NVtuKFYN0GauBKTys0/jLxQci2tNYUCbJPXESxOXkjI7bqK9BDDrkhB1ySMXby8sybyLd47SwRjO&#10;t0/1859SS3nvdAdxmOQB97pZLyqdDuwST3sXWlfwMs03lRqZBiu6FmhCXhN5alyEpyEW1cUGYEms&#10;Dl0DKg9iixJseWdfijLfUDprjVOq6Dj8wGc/u5ipqByLkHclKWmnLWzEOElX0n+l+YjRIE5jcmAP&#10;G4FqMqv13Y5GyDsjtAvqsDRuQuB2mpgd6UJEIi2R43yccTKhJzvmzEzzPVd4OEA16jRfXGC7lB+d&#10;yOJSQHFfVo9ZkpkRA7RJkqfpsNe4QXK7mlqluBhOptQ1VuJkv/SnapHicEiIS/Yzie26PDwRP+9t&#10;O8HkULEF1IIdBz96/ofcDKy7azcGhodQr86gWMxjod3C4HAF/+Ub3waOHLQ1VxP3r8wjXHULzz3z&#10;v+LLv/k/wytlef6gTwxdwyO7TN2sLS7mvK4O+bZ/PgSX7kMz2G733h+KyXeb1ywGy2Jg78O8d7R8&#10;qAjUsuZnpk9AylL//mWv6Z28vt97+SlgMH6W/J6GwtyJ1nNZqa650wsNLAXTpsE5o7ttIXoZpHds&#10;Zn6bZNd+AOkS9znNZYsB7CS4xaQd/4ywrRaxAm8fHPJhPNr7DcXYoVMtw35d6hg6oIdZxOZbxLbr&#10;w0CMgzN6Az/uTNaOLvCtq+ZI1tzUWXIT1DNmeth8xllewCweETHOHKflCuhkktTemJHX9WK3iafS&#10;3n1qqYAUlYRyxMx1OQf5j47boOoZlw6odV5x6XHJm1TxCakgqVl6AUmTsHNE8AWjklpJQq46nom0&#10;GclFvNcZr3RcWd/v2mTx0utr/D8GCp0cPV5rE9S1U+uonhopvg5cbDsvPfHx8dxjr5hZw2/tGhmd&#10;JCU68CJOPE7sWASkl1rGOAN1geRiYK9rQySpCTvzYuj8kCWEw9l0xFNQhJRvr+aSVLsxIcEjApF6&#10;giby9aXr2qw3Re7Mc0LENUiTmCzcYLWYiaJMQ6S+9r3Ii7FUKXEDU60usK+R70U4e/EMjhw+jJNH&#10;jqJC0qnaPFavXIVVa8ewbt0abN25C4OTq23NRmwDw0bp0rS27L3MiJVL5LO/IRl8kydVNms4VbNp&#10;G0piLJKpNwUDUMDE6UtXcer0HO578AFs2LQb167XcOrgAZx86VtYuHUd1bk5ePU522znmeXZrNKG&#10;tT32gUGs3LgZw6tWolRajfLKNSxfvHnlPH724gu4OTWLXBBhcmwAI+MVlIeKGBga5aa52W7Yc65x&#10;IjXZxtTnb4GQxFajRdZ87EMY2Hp0xeQqTKxbi72PfAqFcsU2xAuoztMx3eT70GqF3IBxnexJ8ij5&#10;/WVzeZZokpcieVeJ1C3Dn01NFm0CMKAVq1XY14xAB0pNHmbgiPiarMSJvCTcYjkFxJ2u80sqSZas&#10;SXRfu6JkL00LSyyW7TI4pORZVEpqSQKPiSXM9QDL4UP2ACeWS8mOAfKro22dWq0GTSzGTAEXT5/B&#10;D575Ln7x0itSA9vX3rVlDL/1W1/Bqu17MWzrWUo7PXd0H6pT7+CxB34NLRWi3sgholCMWojLR97D&#10;z378TazQJZw+dROZ8QK+8rt/gFk71rfteRCVyQ2ICISloCLTEPZlUICen0P77H6EB9+Ef+oD2843&#10;4VUbaBPrqU2+ZCH7XlEfQcnUpabHyqcwa+8ppexWVqG160EM3PcJeANDaFEiLTGitGze0JxTKJBf&#10;Fz3JFahGE9XT78G88ucws7Mokr8opaLyZpdBSGylXE56Rnvtmrb+9vKU6D0EtWEjsPsBZDbcw+xa&#10;ChfIZsCsqHhTfrkxo01HbSahErLBxuu7S2ElT7UFe28KuQyDs3RPKxnZ2K8Z6SujwPZvBIbYZ6cw&#10;UOE+kvsuI2xvGgsley3uf/hhvPrGL3Dq2jVh99rv37trFz7zuc9h/to5vPDMj3DswnnYthKzCw3U&#10;ztr54fgpvPf+29jz5BN4fOf9WD24DsODZQkWzOSQtdevXRnAx3/jC5iYmMR//etvYXrePt/2Xlw4&#10;eBbfnP5zzPz25/CVxz6HSkBesvZesQWUkHhiVjcHIZTKGClsw9PrtzKrqViy44GAXxoT0zdQzAlg&#10;S703b7AQcOf8UqVvMzyv0bxP1813DL0wtWyxv6zbkGcfOwJRXd/PM3+cyuswEAa9CARP5NECinHg&#10;hgNM4dhx2q05BOLFPvdMNKTXhi4kxxUjUUtkyJGzy6AeOUptYtLP2O+P76PnvGflq8U+HHLMxhkG&#10;8MZcKDJxfj5MJOAiWzlotvOi60eAZtX2/JSwrBOrMRmTgSNYpX3ZKeyI1hnNx6NxY36WAT7yboyS&#10;uUgxoBx4QYJ+cEiEm9vEe7Bt753YdlGi8JxdA3SDwjco/EZzUAidf4YkuCSjzxJ71h5rrYlGrcVB&#10;G+V8nsPOSjkBRTOhYt++7EABpphhBqsoACNJxE6MDQ3TfbXktwhL08jmctE+z8O6jYIdmWWIfJdA&#10;OcMhWfGK7nz6mnIPIwbTlSTgatlsyBJjnCwHCDCdnUH51CXMPf8s3rKHNLFxFTZtWoM6pdNnilgz&#10;GOBqLUJ+sAC/ksXnvvR5TFdn8L0fvYhcUeO+jWuxYOcgHZGvc5NTjhXdB5IYk70asxvb9l42XQCU&#10;yO3jTUvPjoMCnTLbomkGJIP+nUe3gXbad6t/+9bZFe74DqnEmL17gnM7Ve53PffQdCRHvfI5b2nm&#10;glkMLIrk1k8G72LfslQH4/z14iJdx22a6mfgbhI5r+d5fWRjIpH1YBKGQeKRRbtBZHZt4hhrj3et&#10;xefOMNCmG44xRulCgTAQRTvvgKvU58bAX/o6cQFNxx7GhuCyY8HFNASU5PmBC3fHniT/PztwvFDx&#10;pECTmsdyDvuA21tecKwEk2pw04msncbCY38AotkyNZt7iqAr9IUmAtqBlaJc8+TlocMcS9g+bgzI&#10;TsDSwQ/cgOi40XKtb6o7jYNKmJHpiw9A2rOva4cVxvnpmEWpzCot3DKOJWViKbMg+1SYXpm5goqd&#10;hK5dPWUnRzs5kQzBFrOtaAGHjx3G3PQV7ByaxPX1q3Hy3X3Y+MV/gmde/nOcO9fG4w+fwOS2+9h0&#10;nR5izyUHK9VHVup1fDJNz9iWxcv09Wz75fxhUsb45g7APQey62WkvL8M+JeeWxbz/ExPeqnucw79&#10;cKjueUZ3MRqxrCy2V+bbF/y7Q/ntr/xP6lASVt8vLx7qAyR12zosV+D2e5d4A+a2oyINGKVtJhSW&#10;BGZ7n5Hl3nNJISct6tpL0q07JgE6YVLpfkCQZxLW1J148AnDqCNTjgGoxNdQfXiQsJ/ct+PFqxL2&#10;rcxrAvj1CydOs/3uDIjsJJbrPrFBRi8/RuIj9FQ38trPG9AYtezt9VI8vE5QWKdGWVrkmzrvtEIB&#10;KQmyisNZVNfAjgFE4xI+lGO1xX6JsknmO1sBJM162mw/AQ+9VBK07gFXUzK9tPds7AURh2LBjV1i&#10;8ujYTsMTDUfKpCKxMunI3WNAOeBNKJPAlp6AtDo1xy6a/5TbWFMJwziGwHnNDuL5IpD6hMWwAm7K&#10;8hvy56LLyqJHMu65e5MwOuWdmItDhW8KrdWel7BQYz/lRZ6tpsPq5mbBiysLqcVMDLjGTH+nKGiq&#10;EIEvHsEci0INtmkjr2e45mIfed85lZgm3588MTLrs1LjtGu4cO4iDr73HqauXkWLvK/si4oDZezc&#10;uRHbdtyFFavXY3h0lFMaFxo151uc4XWLE4ZtfZm1NVdIbK3Ql+bEEyuUkJMkwX6G5BtUq0c4f3mG&#10;1QSbdtyH7fdvtk3INRx/88e4de4Yrp8+hOlLl3k+GM4WUQuLmKk2+TNLY6MYGi+jMjaJ8ZXbMTAy&#10;gaYdyyfOnMCZk4dx5coF26g1MEEpvAMjKA9Jqq6fF0Z9m4CV5gLatTqqCzdtExKwXyClUJMhezYo&#10;Ye26zWzmv/3+vagMj6HeWsDNG+fsdZpHuz7PQJWyBSrLnUh6RR6NWZJiF5jNF2RL4s2U8VllggQA&#10;dmA2AbbGc8xcW5tmR5HJ5fl1pAIiMEAawSC1xnt3WDP98rLc/jNhqr4wyj0PKd9wTycVL6UGizVS&#10;wE8BMfoCJhlIEjT3WrbeZ9UazygBaq0GWu7ZaasyTh4/jRe+9x2cPHQIjYWqbWA1RidH8fjjD+CJ&#10;T/wGikMj8FUeN26cx4XDr2N4IMLu+z6FGV0FxfBm0cDcjQuYPn8ZB178OTJTVRybuoodj+zFxo98&#10;BLlSAfdsfwCDKyagCdizn08+Y5zwPTOF6PQB4OhBBFdPkD4TKqyzTK5NcjzbP1AvHzSl/iZ5d5HG&#10;JzXqGXvPhtZC3f0ghjbfjbAyDuQG2Mcv6+Y6aoAJ7KYmmbS//sI0GkdfRnhqPzIXD8GrTQtP1z4X&#10;oR0PkSeelhwYZMcF+aqF5HOaLyGzehP0PU8iWr0V2cIAQmIitRfYL5TAFDhGXr8tqs6S5Ym9kmNr&#10;ZXjzwGNWTtaXOtpEzmc9Y5il5DHryMfN6gIuX7mKqzemOByhMjCAwugKrCqXEcwt2FOvMIOflFjK&#10;ARYEHlbWbcC29etw5to13ngggsZ8cx7FsVVYZ7+/YdMOHHrrVRz84DjeO3EMC+0Gj8Hrx6/ildPf&#10;wNE1L2HnI/fiwQcfw+rhNRgZGoW9Uswiq4xN4N5Hn2Cg65lvfwcXZ2tcA9Uv3cDPvvEchnJFPHXf&#10;0/ByhoOiWEEXA0aOnU6ef7I5QxNnwCGTtIYtXLts55WQiSsJeGTiGkML0871q8TgY99Gum6scdSJ&#10;dCtWnSSaISVkFTgvPTjmPm8ORUJuYaBMm2SjkOwrQu1WTiPPUqLsARwLXtjvSnfkw8aRNYStLj03&#10;n2ckajKabyLlwjuUSInFMw8uFMwFTmoXcOnehz6DQDjjgsA4rsrIJlDbiF0IgXC0PpBXHo3MAgVb&#10;OFCSlllm+8WKAR1v6gk+woCk0ewZR8nLKqmJ6NkiBqEQbJSJE4kds1/J9c3lsyxFrjbbdk5pYIFA&#10;PmZxhyxVpfijnH1uPA6EEVCTfCGjeovvRc6+5Vi5wGxB8odlZj89v0X7X5VALD5ofrD3kDIMiN0W&#10;MjDvrNYcoYAwBQZe7c9J61mw16FsL9Og/X6Fc5YUX3P2zTSSlMzb+ZnABa2K7QWHlNIzRX0Bgd2l&#10;Ev8Os/PZIcUeN5Gnik2Er7+By4NAc2o7jh/dgvzEaqxbN4CRQoBV9vjbTc1BWitGx/DP/skf4d03&#10;/zFOvnAY2acVNo0M27ckH+YWI5R1+76BPZcG+X+S7QudpH0efCMqEXqcSBquRK/MYSwERsaYSrCI&#10;9dHF6ltc4EuJpFK/44In4HVRy/uX78sxLXoNu9Uir8C4GOYC0sSeMFQotzuSsJ73W25XLZa4pb+r&#10;jdPom7hNMQlzTHaDJao79tuLU101I9sZPpakufJEJsXUbyoGtRSMPvvN+PweTR0mXhlaic8dad5p&#10;Ita0G88LXC4JrYgYHXfpX26CY7AtEAmJavGeJOLAQI+9JYIkijmRt2iTmDrS+TabLTk2J+4hmbFx&#10;koXY6NdzOxJc+LgmhMZbzl1z8s4xpu4o1T4fP+JU35gaYXTC0jCpgI1OM6uBdDiMMX18nBxQr2VC&#10;8bmhEgq8p1WSfsTJyhpJJDpJq9JeF4mcMz0eIbQVZToNHKcRsRFs6AI0lJPzesy+O19bwJXL11E1&#10;GczO1e29u46SXXRHCyU72dqJZM8DGPBpomzgeukEdq5/GjmvhS987V/iL37wNg5868dY8Sd3O8aD&#10;eCXSxMsLfRoaiSccT7ydTB8piMby/mt3lofr3TGDr3MtF4N5dwLsLRcU0m9jQf0dOYzphN9+TLWO&#10;2LB7DkkYqouA/jtj7P39hZ4s/d79GAY68R/9O6CFd8gYS4O7HYb1UmBKdxiJ5+ZicwfXU6UhpURz&#10;6vX9vLTsVym1LAOx/9g0XUxt40IZBE/xe0Ajc0cg1IeEufuyFT1lYKD+DmMmZp/pxCe2n2+ePCbx&#10;OtjtD+ip1PfMUkhg2kfV9Gc4LppLOvJuY/oFcaXB2E5ARidQSXXufU9ScDchuj8LtCOtXdyldWTF&#10;SHnQ9nm9SnlqsaSrw9DzEs9HnwMpYrmWHK7fmU+VciCs29zxHXCW+AR6HfBKpQJ+HBu9w0QVWTU1&#10;fSo5aAeyO4aAmI50+4AlLLkU81LFVheQAl/HzDiTBv5iIBIJQzF5nzjp0yVyexDpndJ+Crx0Kadd&#10;q3Pn3hoHyClH25SQt87GAVm7yDVzh+VLumKgOluB2kkWlYvLjRs3w7Yk4mPluUZO2B0Rszscl1dq&#10;FCku2NuQNulatpZrUYqybjDo164bW1ct2Ga8zmmB1MiOFivIlkdgbHNw49p5XDhxBieOnsLM9RuI&#10;mjVMrBjB6vUbsGnrRkxu2IqRcdtMl4Y4lMUr5NBoVG2j1OZQtSAnHkYsMSXzf0PeisqZnhsOcqO6&#10;xbeDn4iHtUaIhm0uygOD2PPAHiA7iItH9uP4ay+jPnUMNy9cQqNe5UTCjL0vLfv7t+brKA5VMLl2&#10;HQZGxjGxbivygwPIVoZxY3oWr+17G1cvHEO1OmvPT2Fi0Mfo8CoERZLEUgOWYTles1HHnP2dyF6L&#10;RquK9kINqqYw31pAkGnzMW3ZsRM773sQlfE1zP5p16Zw48ph9pAk+LJBYR1ZSQf1sz7XdwQWZLMZ&#10;21BWbA1cYH89YhvxmHIenvKc+FwjRi6IxvMLyBcHmP2n/CLfQwGaw0TVEctyO37jpq+Vxt8PsNdv&#10;Te9N3u1ZAWlMehLkJuPR9QAxVk84ArNRA75+kYk3GaKEoU6P75ytWZ/55t/g2AcHMXXlMstphwYK&#10;uPvBnfj1L34em7fttDVn0b6eAggiXDzzU5jaFdx3/0dgByHb++T8EjNUL548gPd//gLmz1/CpcvT&#10;yI+P46Hf/hJGVqzExKoVKK/dxT5a5BneahtOumyfO4fw5D5Ep/bxBnmmUbOHQCzMFjPpqNbO2Hmq&#10;7uZ6qvdbBGoUC2iSJ+XWPdBb70V27Q60sgOoepqlycT+ImYnqZfYjoj6Ijv2GmfOITjyJloXDiNz&#10;y/7bNjEEJBD20nL1P/V42YzPIArNJdr+vLVyFdS2e+Fv3iPefDTWiDWoRY6vjP3/KGBLAvJlNbrb&#10;4qLD3O7UC5FjtlF4EAc3MLvPzopu84ZBrFYLJftZ03MzOHHyJPYf2I9Dhw7i+qWrmF2YlR4wn2fQ&#10;e3hsCNv37sFH9j6MPRt3olQsuvRzxVLfbJTFo594GvsPH8WlapW7pjPnzmDfmdfxqXs/geHJlfj0&#10;7/+3ePTaVZw69AHee+0X+Mkv3sLNWpXtlq5cnMLUt57HK8+9iNENK/Dwg4/h3vsewkr7zI7Y+a1Y&#10;KePep59CqVLBiz94FsfOXsOteh0L56/jm3/25zj65CF8+ulPY9vEDk42jakBTGIgximTUMQbjkAf&#10;9uCbvYVwbpoZUxkloFw2sGsPJQBnhOnnxUoWku+2xDOP5nJiB8Kx9bxQvDm11gmz3jD5RkKjdNKr&#10;mhgc4L6aiQCRsN/IH4QAx7igkCBLsbyQ1wu7SjkbDALI6LmJnEQ2ljOEjpHNElfX14naL+Kxl7P/&#10;C5t2Do7C1D6UTkT94jUoMmTyAQyZxagcaAp+HYH7JElmnz97Paps5WCSJVqul2JbCrbpMpJcbIxI&#10;RiO28BAKVLXZYLCJ1tkiAVkUmsFgrByTb7yuuowZiJ4Abu3ZBdTYh6/JLD6SvxIAz0EbxMbmbSt5&#10;JfkANuz8k7PXgKS5FU8YhJwkQHMX+fYVAzvn5+DZtSAkkN8+byQtNtWIQTHdFnxE+26uJZ9Ne25F&#10;e+5ZO7/n7TkO2WtGavQsbRqRDYQfJPYlbZpmMiTPlUmX+nHaJNMEMFIwjx0D5NFL6y9jOCShtWM8&#10;Mk1JzrUfP0VAejOD+sI51J+tIfi1OTs/XcXpD0Kc2Xw/Rj71hLDcm/N4ff813HPvagxWQvzhP/59&#10;/On/9m/wxrNTyD59H0YrHqsFSbDtabETIN9DxqhoroiEncqbo2GLma5SE5NVhwtAoRCPiJl9HUCh&#10;q8jvyTmNWRKqD7MFXbKlTpBGzJhaahFbvFiaRfLdhGmT8LV6pEyqI4lZTMgziddOb7BIUry7BtNL&#10;+R/FD32caMKtnaO6es4fMG00bxCbScMZ+LoQBedLGOq4+fOSIj1mILJ8l3cBhLzNhSZRYck3IJJm&#10;XWuRwksqn3jo8O6A3/Gf64VoYoCUvem8GFhzExKUA5K0S6qVxU0mAC8p8smtznPJfMIGcHKZMA4a&#10;6TQChNxr0uiHXuKLEQcyqJgZSdhYWyd+B3wkptM8xQ9bXOCotPYq3YCplFckYtN/t9dAflRcIKhk&#10;p0U5Dz6dkqGruBlYCmxy47PtPAHh6M5UYPGCRBMtFZr2+9Mz8/jMx5/ENVtIN27etA+gh6H8AIYK&#10;WXstihixE8dwucATev7JT9jFwmBqoYnZyxfx6KoFTI6UOXE5sIWncUEAbJaqMsn4jaXRiwEY05fF&#10;g5QIvxfC6wf4meUAkTsuYH81TLVfFUi2pAxnET/pzkItOqmj5v/X804kIeg2XFg0ro1ZNG9/mBTj&#10;OFF8OapaN/DY7Z+o+oJZHwbMXQyEda8h6kMzKE0iiF0GoOXnSVjJbHGQJOjJtQ55dyP29Uwdi8bt&#10;Y5SXvKeJHdSS6xv+juMsAfxgFg2FDqvNSVrVh7s5OgUQxmNToZPEfDvCZS/waJYBzM0SoWC8BaSR&#10;YqJ3S4iXpfWZxQHNi2sk1TXs4s/skkKn5xO3eRbbcUQmjqjqVgl0vBhVl5dlEjDmNiNM6hiMY1V7&#10;zlajc61MJ5ysK7DK1T2+32dTN+Xfpzvrq3JevSrlx8m5ZLoj3/W8zggQFYOfrGkmVl6oTrCJeP7F&#10;5xLxa9h31pdNxZjFHwOMvDYaJ63Unc2BmNjBxtYE9rjkYaQsXJy5C7MU2NeRGfSRMHBcGmErDN2G&#10;o3YMhoYEMBD3kJPuHDzLm6ShLdZr7LV3rdpgL7kF23zPz8+K4TolyNbqyGczuHfbTuzYuB1zgULt&#10;xhzee+MNHDtylAMoFmwjvXpyHNt278SWLRuxZuNarNm8FXNVW6DbjrhJ2lYy0K/X7OfXuMmiRi7L&#10;Zu/2GKjhDCS8xLQibvzI/4jCC4r5HGbnajh29Dx23f8QNq/aisgv4MLZEzjx0jcwd/YDLNy8hpn5&#10;GTbcj/wiagt1Ton2K0WsXrsWK9ZvRWV8EqWxcQwOD2EhzOL48WN4+YXvgiI9KvYzJkdyKA1WUB4Y&#10;sI1dKHKq0Naz9vzapsbXrTHdtOcwj3Zzxv7dRKY0jqGBcWzcuhW7HnoEA+OrbTPfxtz0LdSqxIqc&#10;sXVwyPe5ZTuofGFAPJZyNAwLLK30vKJtvEr2nkvoC7FXjS/y7MSPk71DI97Ip0A5AvnypRF7nwuS&#10;+kpJnjwu2jz24jqeRjzd89tJcn8VLP1e73OVdOjdIWysWHFe6eJDJRLe2IJH5hvh8fnsIe1JIifJ&#10;NBstvPHqG/jhc8/g8pkzGLTXrWyv98MffwxPf/m3sWJiAhk7fy/YcZcvZ3Hz5hxOvfv/YsVwGRt3&#10;PoZipsz+jEbXcfH8WcDWtM9/57vIzVRx+Ow5PPjkJ7F976NoIo8Nd9+N/NgqTjllBpK9roXp67jx&#10;xndRPnvAfl+CKTwGXaipb6NN4CUpn+xz1bLfyruEXpobGtkAmbEK1CNfRbDjAX6G6Xml8BVSJxky&#10;tic/y3adAw2Cln397CyqB36G3Ds/so1wg5VLvskiyoRoETgXCdWhROw/wnfaxA4tozlQgr99D3J7&#10;Po5obLMjeihmFnt27OQ40MA+CUGW+4MC+WoZ2czoGKmavjVb1vdcKFLIAEjkdt1y9phbWtQDVTvP&#10;nD5xGi98/zkceHeffTaqPL8EQR7VWoNZW0FYR4OYRrNNvHvhGo699R4e+9wn8bknPo9cwfYV9nlj&#10;CWcmg9FNGzFeGcTFVpuvbfXWAg7ufx2P7bgHldI6O6fZezNUwoptOzB4cxbqvXdAodY1O14KBTs/&#10;NGr29vi4eugyfnjyO3jppz/D3of34nOf/CIGCsMoFcrYdN8jGFq5Cc//l3+Pd4+exkI7tJ9TxQff&#10;/TlqczfxT7/+rzAcDNn75Ta12Lcw4OvGXLQgh7o9trwf2fnyigQhkgepS14nD2WWPUM2rHw7x5IP&#10;HAegpKwpWO6asvviZjoFpGrnN8vrBnlZNhoMEBJQTGOVvHTpmHytEZs5gSXasp7QnBI5wI8+n71x&#10;CRziYA7x9eTk3FCss0T+GwmQFjP9oJzcMt5ENHwOzN5KlXqsvOOgTZHg0/9oo4ODRhjUifjcaE2g&#10;ZFy6PkPFIvvtNey6kCdmX9hyoZhi2xawn6kn9nNxn0vjLpJNETrhObuG1Vst9vJnWy/7+cQupc2z&#10;ton50sJsFxasPItRvY0G+XbO1eGH4k2bC2TNythnm7xls3Q0bemrG+2Qj2m8kEPZ3mtSA5JakOX2&#10;vvjx+QM5tAKDJtcBRG6iZaZl+2cB101G6pxMZJjhGPniv5u37ztmXzNozzFvjyXvC4hvlzL77BKA&#10;5gLSIvG8I7muCF+145CJrRoFPIHk9B4dr12XySOzZX830ExuIrZ8u2lf0GjiRraGQn4ANy9fxpX3&#10;TmKyPIj15QIun3sP3/phgHsfuh8jZhanTl2DGhjEvRvz+Mhjj+OLXz6Nv/nLb+C1Vw0++uDdGCg3&#10;BKQlElDkOblunLYbMXuTC922Fvm4Y3tS+JpsfkZxarnpyHTR460TM6z6ygJNqvnzuphywOIdsC6f&#10;iZT0Lb1rFmnT9ftdEkC3xS87yjHA2N10qpR5ref1l+9p3f37nc/XCRvFY5NamrAlrY3LULqo7Taf&#10;n++AL+WQfSpKJc2W4qML7pgFXc7YwRc14x1i2W1kYM0BYYYZc20uPClMwo4S+14FHtwe6GY12D+E&#10;EGvjUDGuYXW8a6mSB1Q5Ki75jKhYnqxk90TxDlfLNao6Kf4Dpu97yGU93tFr2QWVap+Mcaa0aVmj&#10;Er+dtpFdC6LciixYsSk1l+N0XQgM9FzyqnY+Ni7lWHx0NEt0tNtZ4I1GiP9f7D2UppbE8lm/Ry5u&#10;ECdgxqEQblebDEpD0tUb3o0CG3pLqmMSJJE0Q8qFTRi+TsYZb8O9Zy4Jc6CJzUsmX2J+0lYgZYJl&#10;vDJee/MV/M5nv4iF6ZtYvaIiTA1baFABM5gTWnCUL+Ff/5v/HXttwZ3dvg7P/OWf4kvrq9CVLTj2&#10;3hvY9einoMhk2N6r0DYAkgalxcDIUaRNwixzJaArIiJ0N4vdsvrbs8q6f0f3QINRX+afSfutLZsY&#10;qpcGsPp00eY2bKulGcR3wGFU8Tyk7wAv6ZZSLnVspifcYSmf0l81uBnL5YwL6ugXNtpP4r1UMEhf&#10;ztIyr4/nibS/aVeidAoETCdyp8GDD8dAXVoynQ7hSN9o0zPOFGJ2ca8fYo+Hmxs30lh5CVwSzwi+&#10;2+zRaZZcHOrQjx2pOsEXfuwhlwq1UjBdMtp+0to7kQf3svGWTO+Nd49NV7ZKkiIcJ+jGZx2HXdyu&#10;xRXuWiwh7myyxGvTorT1VGCS6mH6LyX5jce5NioFEso3OQREd+5BhymY8uwz8fVfhuNsJKAkBgE9&#10;r4dimGapqsU+hVQbUAKkdv48XA+48CUvBViqHhpPUp+kDP8Vun8mY8jv2Duk5lvlfIh0itHXDVQs&#10;vsZ+yi5EuzrLc8nLbKCdYjfrJJDH65pvFCsYPBk/MXCoVGrnP37k3HvpGNCIw6A6T6bUe36Xl6Pn&#10;vA65UXTsGwHwPA528Fx91tZyXEmMk5uDiDnSDMlI3EgKMa+gRkzy6Xkkf5xmzTa2TbRs00e+RfVm&#10;HU1KOSb2gf27VrcNtm2iQ0oGbTX43yRJJYmgCavYftcODG8cQKYwhPzgGK63Mrh26ihe+slPbONl&#10;R0CjjjVrVmJybBAbNqzHmi1bMDC2kr38FmwdQM2hfXNuWkiimSE2gz+e+HuZwNZ0jZDDDcKogXnb&#10;eOgWvc42ePbvW/MNXLnVxLqVI/jIU19AaJu9kyeP4dJ7r6F+5SymL53CzZs3OCk6Z0vPhRoFuYXI&#10;lnNYsWodhsY2Ymh8DUqrN2NoaNDWpTW8+dYvcPnsKVy/fhmDFYNKoYJSvoxCpYCGrTvrtsGL7Lm3&#10;mz4nAjbrNXsO89C2K4wa9mctYWqtXLcNk6u3Y93GjVi/YxcDp6Y+jRsz57nOphouQ+BjJKmhZHVD&#10;IXOUauxTjU1pwBy6EbAPn+9om7LeOEN79qVzNa+fR7G4wjaMI7IJ4Lx7XfnH7yHSaM8B1Zzus+Qm&#10;X2/NtNRm6W3rriW3bVUf1UJHGEqNLrOeXIQMTc4+h+y5wALuz+x1oRRZ+3w0oyyCQDzhrt9YwC9+&#10;sQ8v/+QHuHbhIsLGPFaOVrCFElifego779mLXCHPwUOhadrxMISp80cwd+l17L5rDyorN9pmWmG2&#10;ccv2D3nMXrmAqVOncPXQUUTXZ3C+OosHPvYk1u653172PNbfdT9KgxN2bNp7SuPAjrvo1H40zx5C&#10;eeYqAvs9P2MbdiIIaJ/HOqVe6jzEw853HpnEYLLNcjS5Af59T8G+MT9bdMkJrMgGWR73cWJyhoAf&#10;MrC/PoXWOy9i7tQBBNWbdjw22XWTxkibktG1x0E7JivkFAIS/FwRrcogshvvQnb341ArNti6PCfr&#10;H/VBrk+JVI43Aon1S+EQVG+0uGQPeF2Pe9qlwlho7qKwiYytHxp0DgRQEY+HEojtM3Dq/Hl8//vf&#10;x4lDhzB7fdrObXbeolAOAhx02z57Rb5GNNdSgAf1iY0wC3VlBi9+6zmCE/Hpjz2FclDkMAYCFCuV&#10;AWzYuhGnp29gXgtIcvL1Mzj6wAkM37MKjUaEqbNn8NJPn8frb72Dm3MzrHzncBA7V+aCrJtLQ/uZ&#10;dm66Oos3nn0RZz44hvV7dmD3nnuxe90OjEyO4qmv/QN4zz6Ldw8dwYKdL1dMDmF8gCTYTX69b4R1&#10;zf2ve/akhm2yl1p04yrmF+bt2LXXiBJFOXxIybkS6BWGTrkbMUOPARySf9MaFYn5As0bQuCRhGfq&#10;70hG6jl2LIFXzMBrRnwcBLzSz7mHptRc12fFSahxUnLkQEBiWrN3ZiSMcO5TnXUU1T4EZmWVbBBR&#10;2i7jCe0Wh3ZVOUxSoTXfYk8/UaaJNx6dGK1nDXr/hMnv2Py01kF6QuXUZzI2OzZUBF7WOTxE89rZ&#10;YtWgL8EgRkBRTt3lTSwxp2UJcihqP+rza80Wr3fkBZjPZPlYcww2ilSW12ayQqB5mJCKpoD5LD21&#10;15PDqew5BfTZVBPY4ysWsvZ6eAxMEVuQrh0xNUcLBZTI05brNgnG8HNZ5IftOkcMSwLTlNw/VqrS&#10;eRHO5UmKejZnxObeBa3SvRy181TJnlrJfsaAJm9Aw/LbSDkrg4zD80LaaAD312wxTBsOXDx6vGkW&#10;2B6e5NstOzF5JIWme9kUBWHEwSvio1i3Nd6cnV8WQGufvY72+AeKeVz64AT0mlG7zk/a88xj6tyb&#10;ePvSfmAgi+vHZ/DS+/vwmc8+gYe2TeLTn/8qpq5dxvd+9HO89RawY/ckJsolnu+9dh051x+wZyTh&#10;VJEW5ildl0iAWr6PTjmpnS9k0Cn4+gdiCF7bAUjUMjLZLr5ET9KjgDyRC6PwOvwHz+1IRmGKhbU4&#10;FXTRey2SgapucDDl3abi5B0n/+VHVXX7fyn38MYphon9jStwtTYJUyEueE2EhOlCkyBNBr6SJGAT&#10;J7Mxi067QkIlRLW4wGYEXXd2pT2dkxhlE3ABHzG4J/JlL/EMVIl8TLnEHQn+yCTXtEt6wDT/rDMr&#10;l9Jfim2fJRLKy3ex6ehehM0qJ934mbz4+3EMd8rLIJ5oHEDmOfNuBteUsAZDJxUO4kTdeNc08U1Q&#10;kmRDx0h+h0yZ7rA/Or5H2tkUqE56o0ECKCpPJX1MJ3xDAKrI7fTQdebFKh0gQrv6nMoWOWmV4iIv&#10;buC122XiAsvRml2Yu4BrRJe2D/llW7AcPXEEM/Uc9txzD87fnLeXO8vgKkWR//TgccxPnYIO8njz&#10;xTdwo/IWTv7ZZfzeF76EaTvx/ezF/4rRIQ/b732Yd57brSpyzISIpBk06GJ/eAnLdjl6SjdIp7qQ&#10;H7PsTvVyQFCnOdS3lXt6PaXq7Qtf08XavTP5qOoCQmIQPXkPE/WA+x92dz296aAXXZfea6TvkAD1&#10;98ME6AOJqQ6LT8VIiNb41fxRqbk+BRikUnRN6rOT+aU3MbdXCp4yCI4xAX0H4OidyHT7F92q79rV&#10;/T48qSfWCSYdaMHFFhUDUee4U4x05YCOXqAv7Zdn0mw7qL6n0MHFY8nih2Px9UqMYw+/tOQ42QDv&#10;w0iQ4/BSsvB4PVyaq2d4ttSJIDOR6Cabg535PPbgSR9HN8svNU5Mf0bgIqBQmY7/n9vYN4m0dPG8&#10;JUTOVMqz6p7LOqnt8bm5xjs9klTH2THekGI+jQkTQFgp1SNRTXtMLh/AFD9Dso510m+7ayDTCaSK&#10;vXhU93Ea3olPM4cWP0cJc1A5qCH2/3O+f4kHYVfCeQzQpWU9XpLGqzrJKE4F4SV0SqUcOKlDJ2k2&#10;PaExIjfuRNGbxJNQObmtVuJZRPUm7W5DdUI6OFQLIpcjUKnF7K0Waq0F2xg1OByiWqvaJqfBgRb1&#10;Wp2DINqUXmjru5A6+ajD7KPURWLTqbDBgH+93sDwQB7b79qGK7du4OCxk6jaLn79ls1YuXIlVo2t&#10;xu/8zu/g8LuvI9iRwdotW7By1TiGRkeFfUVyQvYZVlybeey5ZJgBxHWZrcNIrkfSzIXqAl+7VlS1&#10;x5XhdMw529xdvdzA4OAQVqxajbX3TGDm0nl88NMfo3H5LG7YOmT26jkGREnqyICHfc+ybUBG1q7G&#10;4OgkBsfXYHTlahRHJ5ArlHH85DG8/soLuGzfx+g527xksXYih0yuxE8GhcjVm/P2q2ob24A9CMlM&#10;nCW7Cy1uhDw/h4HKENasnsDm7Xdh3bZdUOW8Le0CXL9m35dZEm1Jm7bzKDNWFPlMlZHP2dfn8vaj&#10;cvb7RftXjsdbjqSabuzSMYipvZJACiWbEpncKPL5QWb/mdTGTjy2ZD7yxbQ/Tr5Oaqfojlbz5TdT&#10;UxZFS1Rfse2F6vNT04cvnbarIIaHVuIXzkwiYjaGElyidQNeNhAfQtvMvv3OETz//edw6fhRGNuM&#10;53MZrF87ioce/SQe+fjTGB6blIAXe53rBIDbjtjM3sDJwy+hUlHYfc+j9plpceNfa1JNrHD2+Ds4&#10;8crrDBrOT89jePNduGf9GqxeuxFb7n4UlbEVbOuTuXEJjXPH0D76LrxrZ+A1F5gRZx9ANMIGzw8Z&#10;Py9yagJJsuJ1RhU3ew4ODsLsehjejgfhja7kxGTP/n6N6ntI+miTPMACw7J1vzqH2pE30Ti2D+rG&#10;OQT2WSmwxC7kpFVO0WaAQ5RbUYZCDYpo23rdW7cZevfHkNtox2jWfi4xynQLTft8Z5QLYvDiDSXn&#10;CR6TWQiw84Q9GcVeYV73jprnpf2HBaDSnniWUtro1KUr+NnLr+DwO2/jytUpzFZr/J6UwklIRMHP&#10;sppsxVgFa9aswPZtd2Hz1j12rlrAgTdexc/f3I+GtmP62jxe/utv4vTJg/jqF7+Gzau2IBsoFEol&#10;fOSJJ3Bg/weYb9S5H9a3qvj+X/0tLp+8icP2+ydPHLbzYI1l0BKq4NleJmAQc9VECVs3rrVzUhGH&#10;jtv5ZJbCODQuHDuP80fO4LVnf4L1uzZgw9Zd2L5lNx747G9g7a6dyFaq2HbXRzA5ugEeyYvZEisj&#10;fZhba6j7IpApTwFH89OYu3oJBdqAIXDKExYf9XKZjFhRCeUtdB7nipnk2lk2MORD03U7Sp4vluAS&#10;y4nApkZDgBEvShjfvpOPxfZVwjhUPF/Sz53plthm2e8RY4/APn5ZKCC75/oj9sEP5RUebdwQCNZs&#10;8veYOESyZWK6hcJCa1L4SiTscz9W60SOGahDbmVok4cA0hxt9NBT3u54mDAkbv+mnpNDOx2QG2+c&#10;RS60J07qpQAV6n8Vb3hpvk51BvYiZjMu0KaW/R0K+yBGHhOonEKQcgWoFsh5Ig5tEDjdJICvxdJS&#10;IttQgiw9G+wpa8+ffpfuH8mTG+QhR2BcLosS25bRc6V4DqY0dUJCiZWu7X1uuOAVun6mKfZiFO7C&#10;frVKkp2J8UjnWrLnSiy+Afs1ZAjok5Q0kuRyInmgxe+vLTW7Jqmr32b5PoeIEthIICglXBNmEtj7&#10;57fYT7/F+l6PcYAWgacO+2jYc60Tyx8h27LNk4UHAbZa8+YXBY9U7N059/MDyNn6obR6GMODoxjO&#10;tHHzwg1cPn0RUzfm8cyFd3Ds8YeZdTu8eSc+9vEGjn1wBPvevo7dOzZgcqDC80uDgEkt4S10jyMT&#10;s/zkMxnkY5m4dgEsIhMPWGrhqUR7nV5glNO89C5VUqt5HYlWF7svbYRtll8IUww/g8Vsv+WkWQY9&#10;wQ49DXic+spyevJwMH7CLIsNC6P0Dn9a9usYKZ5oVMTsWKdkum4SF9KVFGZx3HEsHUmzBhKWgwMM&#10;TOIxI1ISZnA581yiKwtLxOdY+Pj4tNYpsNVz/hyu0HDn6hH7L570YimPu2dCVxZAkxbU2HibimpW&#10;q9P1cdIbOkbymiH/E5ihJRrkeAdBu4Yv9toTqm/cgLDkOIZBPBW7XgkF2r1fFI8xz6UAu/skbqQy&#10;BmVnxnP3zpnzo8MU0unCKDFjdc2KNikGRwx8RY5REIonYfx6+m+FrmaJF45IFlrtyaQkIG0Dt+xD&#10;9R++/R08tHodRgoaU+eOsmygRcl7dK/s+c/aBcubuYbpZoR/9vUv48JshOP/z3/A9atzuKVnsefR&#10;L+E7f/FdfHTVt7Hu01/igrkeTCMXlZ0/n/NFgp9y0zQf0ivOSxr+dEDF7UCubtaayNdFmt1fnrDk&#10;cSyRprkUkNctiVwG2OwBPj2YRTzEX+aPNksX8v0kvHcKHt7unt1pmEo6bKYvIpSciL4NVHfHR9/z&#10;Xz0AT/L5xiHxIsnvSGFNKtUai6hq3JwYtYg58csCp7e7ztqYHgB8qfvgQmdM4GSGatGGWAfA6ABB&#10;yoE8UQxepQA/3QdcS4NxaglpvlLpAKxuUFzhl5f0djH9HHCZbk6Wik/RWKzt7cc4NOlNAq0SAC0Z&#10;Mg5MclZzjtFsesIZlh7Duo+vX1KHpN8mvjcx2VOrxZLmnnHjvLAXKbL7sipV55p1gpzi89OJDLaz&#10;iQW3ARrPMT66aI899U5ce+mU99yieSA1Xgw69hhpU/LOGtzxeE02D3vYrfF984xJWOOqm86YrA1p&#10;GxaTNBamswmXhPGkN108xL6GKrH9lmfFpGxbumq+eN7nWigjtU1SUWgGJMSgnKRUbQZafUqzU6LK&#10;aLQamJ6dw2y9gbA1z8yRazduoGr/mxoUHfEr+DmgRFuuT8gGhCWfnsgEtauVXA1IRIBGg2RnIbas&#10;KaA+U8Vff/t51Obn5fo//xKPiU9+5pP47G9/Fb/1x/8Lpo6/w8EVXjZjmwSnMDDiwSSMEzAgwWbv&#10;zNwEb1wGQRYN8tCyvdV8s4bSQMApnBcuz6M8vBaPPXwPMivG8K5t+qtv/A3mTx1Eu3YVVy/dRLU5&#10;h6zEECBq1lkCuHbjRpQmVmBofAOGJ7YClRwGx9fi5nwDP3n+ezj4+o9RsRdudGwAmcoqDJAhuj3P&#10;hYUbjNZQfa1MmRmCzUYTjfkZZsm0yczcXp/RsTIGRlbgkcc+g40777bNdQv1hTm0Zi4x049AQaOb&#10;tqTNs2t0JlPgMZGjoA37RV7L2VKFwzbY19gPnJohBr59DlVg9YsSH0bllZHJ2S9+fYGPkSIOeMPG&#10;PTtxyjMDZPHzx+/qL9l3fNj1P9kkNGaJdbe3vljKBbQ7ZEjHa4lj3Io/b5tZkAQk8LPGPlwZnDp7&#10;Bf/uP/4Zzh3cD9OoI1soYmK8gK995XP4yJOfQTY7ilZrjsd3aJz3LTXlCws4fuA7uHfnvSiMrsNc&#10;QyGjAwQcLjOFI0dfx7VD53H4yEFU7Tjf+9gn4Y2vxq6tW7Fix17kykO2ObfX89wRzL3wF8jMXkMO&#10;efbDqrYb7J8V5LMo23tas+O7QcQAkmyTz1hom/2CwYy976XNH0F5z8fQsuNTRTUgW2az/1I0a9+D&#10;CAkZWyc3uV8xM3U0zx5Ge//LyJ9+1zb1IftjZkj6Z1rcWxXsMSyQaso+5/l8mUS39rkK0Vi7BcWH&#10;fgPR5HYEBCjb8dgwNQS+SPQKLBlVDI4we49ZXJrnCCRWO6Ky0Zyi6iXW6j208mQ1idpNeATOhC32&#10;2Dy8711844c/wqkDh5mxk8vmEUTSR7Tt8zpUsfdKL2DH3avwm1/5PaxZvwuVgSxvEtTDAjbvuB9z&#10;t/413j5xBs1sDtVp+54v7sOLg+NY+aU1KJZKCO1xTm7Zgr337cH1V17DnO0Da/banDx8EgcPn2BH&#10;KuoRybIkY69NgeSegY+hgRz27FqFz37h61ixZg3aJounj5/Aewfesq87iPPnp9Bq2vnM3pup/Wdx&#10;6dAZnL3rLXz6K/8QDz35MYzkhlEuFdFUdVbNMYmE1zABIxi8cnMfrYvz164gx37pwuTWlJprj4OA&#10;oYiYfe5poH/7hSDpE/mLwNFI+hTlxTWmYcCHw5uYkhUmEniWVJP0tSXqPQEifbZOIFsA9kijxHRm&#10;8Ilclhl9xjhmeVwvuE2gmGXliEK0keQ5Fjqxr6nv5rARAiApLFsLmNWijaM4wV53PEVCJqsIYUq7&#10;ayeE3tiTRNZfDg+JXDhHpBMQlTAKlWycSco4+TjSSkCkHJLRN+x9o2Nv2Ul7ptHgBN5CVsI1+Lzs&#10;/4p2rBYYUJVd04b9vXadNrxa4qPIIJ8EthDbVNR/YPZgnZil9pwqdr3Lk8VEIEQW6q8LlFFg76Ff&#10;zLIXX5NeI2a58kUBIfZvsgjj8Du6v56oBAm4I4F33s5d4/acKvR+WjGbklSGVLt4RnXVT5GvnUJX&#10;anuuNSiEx64VJqsk+Taa4/1ZU+PoXR5ThGcQ5kfw4Lx9ZlqszjQM/BHW1IrrAgId7XUiAljLXle6&#10;NsGVG7hw6ATGsuuxstnC8OBKe6BFbBgrImPntZyyPf/VlzBzdQQqO4CxleuhcoOo3biMt97Zh4f3&#10;PoAhO28F2ndjTeTnJNNmeIVYjpTUawTw0z1eNYHzq+9i63U1parjIaMQgyhe1664SXQYQcpHJj2x&#10;qR75VLfpc7qQ65hnmi65r04CMzoFYfIxyzTjzLDQvmvEOn4t8cPZcmw7Qs+1w8DpxngSM+t8mA2D&#10;cWTGqjnByDAC76wy+TU0EcAuEDoFeioHjjDwpr3Eo07ONeLJlOivlAKmgxk2Fi3TjgEfa+hSeXzR&#10;6LuYdNpRkAhu40JRsvZ9q07iiS4gKAFiITsjsT9NSA9NJuTJmmLv6ZIHlEsfqUQSqsOq/apIwg6B&#10;g4weexIrbYvNIGG/CXNPZNiRsOe8DDfGRCMm/8EobNoJsyDMReOaDme0qxN2pwv/8CR+XMVSKRVP&#10;dMJgjP9WMQhKXjtuEe3IyOOJzXPNpxfTPFzkuk7kfwnrU8tkyt6MKWNkTlfSnRj2JOCDJpCMnZTm&#10;pvGn/+KP8N2fvopX33wd61ZOYswWzoWyLVbswkajY9vEJKLxSWy2945A1DWVBfzJH/8jjK7dSYRL&#10;O7F62PbWi3YGmUerFiJTsgt3a4BmqmQS9xbBLu7Z8Lwe/6mOjB7K7y8QcfIxY6JlgKZeKa/uNP2O&#10;Sh57UHV6vhSrjmUmyxTFpsuApgu06AQv9IAYizYAUiEQ7mdRCqRRTvrRYSEuLQ5VaTZawnJNe3vp&#10;bmAnZqj2XLHlmoBfhs23iFkZi/KUjIkotTOj3JzrpTZSlmMhGPzyXkOLlLdp+WScbZ4G1FScfWm6&#10;2H8dvy21iNGpUoyptBeiuY0EvB9DtePL2rl33X6yaVa7Sbz6eG7iA2y7sUULabMLKPK9eDdXdaTO&#10;zoyZgTPVzcLrBbJjkFovIfdNLDV6wibitFlZv5a4JGp5gC8NInoOdOFjMbGXq06odOlj1AmSxNQx&#10;HodeLxSYGP15DASkG1zldbM5+RPiACXtWKkuuGJ5WX+6CU6FLSmRx0SOJS6+td1Tm1hASPK56drc&#10;VM5jNt7hV113zsTuPUo2uiJ4fT3vfNXhVktYl+zYK0pJNcZBLq7+SgF8ph+zL/4dzz1bMRDrvOyQ&#10;BHx07ruw6Xy3C+5CqlzdpnuA1Fj63/smaWuUhIUEuPXSS9ZCg87Gb7zemi6ZvU6CRTzlpTZTDMu3&#10;dFzjKfEA4kbJczqElP1GHD4SpwW2owarKrjB47XbFrvtBq9txKCo29qj3Wiwt9703CxmFhYwU6th&#10;3n416wuIbEdBpuEmFBCSCvpMrsAAAvdTLLPKiFQwlNHv++LRReCIR7JDe6DkGUQSrdVjeYyNjePb&#10;33+fWYJUM3bYVh5efvGnmLLHceidn+M3Pv8prAxGUG9EKOXEbsToBlt+ULqucWsuK5ps009MQ1JC&#10;zC3MSzEfhJitA9fOaUxMDOOeJ55gcPHIsaOYeuZtNC4eQXt6GrduXsaMPf+in2U5Vd3WixRsMbl2&#10;AhNrN6I4tArlkTUYmRhHpjKM2flpPPvX/wkXz7+P6twcJsdLKFdGULKNCUtFiU3A10zYLDSWW41b&#10;zHIkoLRWi1C0tfDYihGsXL0OG+7aivXb7kWulEWtOYdq1dY5jSnoZh1Ze0y0wUoMnyDIMGOL60uS&#10;6RbK9jBzci+cHYuoMST50ePaOnAqDWHAUCJvNlexX4McAqG5hmrHwvLO3J6qlbrrAn/ZGuHD/jFO&#10;LrzUvoCXwO8q8dGKLXnYN45qViOm/Tqub2K5fbxhTsodDotQaLVtY2nH79zMAk5fPIeXX/o53nv1&#10;dYS1eWRtI7hu62rsuXs7HnniKazZuocVOxE1tTSWSe5IEsjGAm6cO4yF+eO4d+/jiPLrbCNZtw1w&#10;g5+HU++/jAsnD2Dm5BTOnTlvm9JV+OjnHkWhshLjG7ZheM162/w3oN75KRpH34OeuYgMAcAe3WsB&#10;XHMEIoTi60jp0QEDuG22UAqUve/lAO0tezCw9zPwRyZhKNSDiBdehQGbku1X2l7JNvUhqrYvydft&#10;WDj3Lmr7XoR3+TRy9XlKJbDPTlYadNIc6hwjCwv0PEUUHhOhPVBCfXgS+U17kN3+CDA0ZN/fR4vD&#10;EavIENM48plJy+CJ0Y7kIZ68kfLcvObklYknrUv8JiBBxeMvEJVS7DlKPZPPbpzE70MhW8DKkVGM&#10;2mf0CLG/miLfJGCDfL6DbAa7712JBx56GLvvewzDo+N8frQOZHh81oDhPPY8+iheP3mKrajmWHoa&#10;YN8rrzJ7c6S0hefnymAFdz/2ON7+4BDmb07b88zD2Gtascd0s0Uui9TO5jgogYKFHnl4Dx54eC82&#10;bt6L0uAIA/I0r2V378SnN63Fw489hndefwsnjh7D+amrGF89jvvu34Hdu/ZicM1GDJWG7NgxaNj7&#10;37BnS/5xquOY5BJ2PQFiqC9fmIW282SkWnwe7MPnSxIrHHuJzTEaAqL5TrbL667b1fIj5mzyBo3i&#10;VFLt5mFRp3Fwi5L5hIkc6VrT9f/M7KMemX3UJWGZUo7p9fReDD5FmgEXYQJGIpulnzPgK3YW7UgU&#10;hj6vSy2uA6r2WS3Qelpt8udQAi0puqotCZgihiN7s5JMlFlbUWKzYloC7CG24/KksKHenj6Ps9qV&#10;x6+htZIAUgLieF9EUUAG7xTYubrJHnp08pqeRfuZt+y8THNqyY43no8i6fFpjAb28+uNJl/fepsX&#10;APsca+SJ6lonP3uDYjbj1BpKmJT2T96+ltiBw3ZMZWVhh7bzVdGeW4HsGPI5hFl7noq3ZOQahlJ/&#10;NZwXo8zgnpMwa+TaGgV6D/u82m4ZFQLY6Fzdhi7Xb5FTJFANEZmkx+ANokAITz4FgCQbkyF9IMGr&#10;0KSrt8+OXdLQtPetFdYZ8KQgLhpN4i9pXKBMZ7sx7i3aJlaQ2uts1/VyzseVM1OolIuY3ZpBo34Z&#10;heEh7N64GqtXj6Ex28SNS3MI/et2Dp/BLTWHtl/BxLpd2LXQxPv7j2PVqiGssa/3Tacn4qCxUIJF&#10;QrfR2sHLOuSdoCOV0IvTPbXgBVIIGsSpz3ED12nUzKKi0CzhZ2NcJLR4vYCLUZWwqEwnybFnhzkd&#10;oNFv1VwM+ElKrU5J7+KEvNgf0IvNotEJcUi8X8is08n+2AuAzp8ophRZTUVgGMYXgwuywBYpHBtN&#10;xUsP20lSfDM8gBK2GgSkIvkBUaWbXMg0OMmJ/UP42ivW2Icxku7MtqWQ9tyx+h3pqo6baedhQ6k/&#10;cOlDrshh1JckFizFDRj8DJwEN3Zu5PhpL5MMWs9l9VFjQaaZijwb6D7yMXvsNUCTpUcmlcSAsU9b&#10;q+lJajFRoD3nIegWQPFDCZx0wmPzV+0aSM+ZT6aZE8q4+HKd8nd08qkYgPZ6BnbSmsUeYpxy5Ltm&#10;tttfEqm+la9DqivkY4I0Z8ZFXAuzLbSFq4c5O1GfufYB/sFvfh7ZfAW1mSsYHR5hWUuZPA7Ip8le&#10;rxz5JebKuGYXjm/+53+LBzba4mLtvXjj1R/gwPN/hd970OCgWoUf/8X/ha//d/8SgzTZE7iqOkPG&#10;X5Jd02n3PCwN8OhU84ZeRi2WYuF2R3x05+mk2X3esuy3Rbvhqj8asYj5tajAVssU4L1Nd8If7XMu&#10;SzC5jEkdh0oxKFMt9RJFf9wyfFjfng/VUKQkPJFrDro3jk1yb++EgfB3SwlOJ2bHCZv+0swE5S1i&#10;oHWAO2+RVlyn/lsvAiJ+WRZbr5el7g9Em458V557laS0kcxM5lM617AbQDMdGazvQJ7bHrrSfYG+&#10;Pirk/uRNs/R7L2LMqqX/O2Yc9iOJxtLN2ze3WCQXTq5j4nuou/gqS7HljO4f8tsLgsYyYhNLaJKN&#10;oBjAMt3yYK/3WVNdQSB9j79rfuqkxCZS6N55zI1flcjZVcdX1nnZkudaOjSnK4VFqa4ZKxVmm5pD&#10;4/fveIuJUiNWIDjZolFJYFpynE6NkX4WGIBM+ywjbRfi7kevKiPFFuy1QOlIcJULJNFdA5bBUN6Q&#10;E7mUJA97vCmZ8Q0n2TMzw3jOZ4jSZkNJnQ3FVoN8ENvtmm2m2izHnZmbw9zcNBaqdUzfvIXZahWt&#10;GslJa7ZYb0thDGF/BVGOEzo1S3doIzVubsQYn6SjQeAlya75IOTX0qY22bUwq0C3bOOkmNGS82uY&#10;GCri9X1n8Iv9+90GgGNs2PqPjbXt19E338EH7+7DlWsz+ON/8d/bJsDWCNTY02ax7XRyeU82Q3n+&#10;yKJOPWn9hh3PGVsLBrbZMrg+U0N2YB0GVq/D+i0ZzF85h/0/+zFuHXwdunYd8zNzmCeApdWy9VWG&#10;m6WabVZKo8PYvHEHSsOTGBxdh9zwSgyNT/L1e+f9D3D4g/cwc+UE8n4T42ODmBhdKzWybZQa1Rk0&#10;F6qokV2NPThi7mXJI6xODaBsZg8Oeti0aT3WbtqBbTv3YnztpD2HJqrzVdy8dN4eR81eS9nIphRc&#10;e4E5EZf8CAnYCzJ5br4ITCWfPuWaZQ5v4D4/4NqRWdPEoGGrkwwn8eZyFWTsF9Xg0gS1k35iySC2&#10;uOpV6Q1Ob4n6Z2nbCLWM5H45CS/QAfeQAgX5OaKNdC/jmKZpZo7HUu6oVWOwh5hmYdhg8Hl+oYGf&#10;/uRZvPTKK7h18RKz5yoVH1vu3YyPfeop3PfAJ1An/yZbdHucQpnh54oIDM3aNKanLkDPHsXY6h1Y&#10;t/kTHD6TC+dQbTUwdfECzr79A8zcqOHyycvQ9l7t+PivY/2O3faAS1i5eg0Ktu5VL3wL7YvHoRem&#10;4DWb8PJZJjXEG680JkUcpZnVlMlS72DvankYrTXbkNm6F1h7N7LljG2sya+rZPuCOXsNCKwOpS8j&#10;ULfeQHPmJry3n0f17CHkFq4hR8nXRrzP0KKsb81hh6Sq0p6zUrL9FuzY9tdvB+75NIrj65hdS39q&#10;xBDySVyr7Wfn7LPj+l5mgckmufQOEnwoeYqKmZBcqNNY1ZK8qjjtuyVsYcdmDiNRmjXssR+ikJvX&#10;f4qBsWH8+ic+i7GBEazYshN/+M//OdT/8X/i3cNH+L7T7xJ9YnD1Cnz+D/8EW9eu5TmHQBjCWMJW&#10;xJJROupGrYXDZ87a/qPGbCepQtpo3ZjHxbNHcPfEJnuuHrPYVm3bgnvvuxdTL7yIhh0DWfu/hmli&#10;MJPh523n1nXYsXMtHnzo41izabvtRbOSgsrS2xbXQJVyCUGpjPzgMD67ZTfatXnMz91EvjLE3oBx&#10;Yrv0VhIelXX+9qxVUr7bkHPsc3vNiraPnjp5heeWRBZgJLSiRQEazH4WCwmaY/PlCpokQzWUCy0L&#10;Fc3hBKplmZUeMdubN8lCSdKt03xLtggEihEzlDzquKcX4gd4c0e8+wy91hNiUMauCdxT2+/rZouB&#10;M2KeSfAlDxT2RiTgj4JO2rFyj2TA9nutVovZc8yUp39D0oOFTERSbenxyYMwdhDNOXuBlo4tw5xk&#10;1xNrQN5s0WGHeBEK5iAbIjK3UXhUxLYWsoEdOqCVO2l7DjU7hm4Sm68V8tjKsyekYCQZ9pT0GPNo&#10;LDREbt0W6XPOvleBGHwBedv5zsNfOxKQQcmOs4Kdqwq0ZWZ/nqPnhyS9Ac3vPoeuEMuTrhNfU2ZK&#10;Gg7ADI1TeRiRDdOhUoZA2f5N8tzxyI5H+7MsscB9F5CnO/7SzGVhaXUcCivFH8l0yTKM7c44HIx+&#10;p8XPsObaggqdgJmNoV27yIuvRsxC2lzsCWQMY1wjDkHVJmGGhnwOmqXXdE1shYKy/ewr+0/ZmsM+&#10;B8Tom7mFkclJuwaPIDOWxZbsFjvG26jN1TBHQHYeOHXhNEqrduCxjQ/i8JvP4/3r57F+fBxFwmmM&#10;zE08dkyU1Fm88emwodinOAAXUqGwmtApzBb31e6BVarLU6Zfqu7SZrXaMYo6Mg84eVPiL2NMT4Nj&#10;ktciyVftEhunJDeaHzLxcuukxPUCCXEjrE1Hrhn7JunYzNqXh4UeBAHf2klDJC6GEWKISRhWPk+C&#10;vGg7o1+dLjI8F//tdsOT9sM4I2HepqgLey3VMAdsopnhhVm5QkQ52hGHa8B3zLaOV07skxUXtUlj&#10;4DoGzUBh5GAQ2f0g0E7zFGJ4ly1rCzDaZTUpr0bRhauUJxAcGhyKj6FDuekKtrUvRpJUlLmJOWHY&#10;6TjZWB5C39077VZPz+166VQLxeamplO4MV3eMSXEkNNzLEG5r/LA+Qn4lW6WlOrs6vaTl6b4FQxO&#10;a9fsKO05fz/F56RRx/zsLGbOXcSR9rv46G9+GSsnhqFox6E9wg2EXT6RJalOUEbOTnJHT+7DX/7o&#10;Bby18Aq27P4xrl08hK0bt2Laa+OZH34Lk/kNtgDLotqYsZNuzu07x9ffsTtSCZceuj2leqWsQvNe&#10;XKiapHA03bLVJYG+lE9fbxNsVFc6dT+Qa0lA6TZAFHpSvu9UvhwnSy0rhZUHpu8xqBRgDGMWzTq9&#10;/MfEnD8tEV3ic5dqJe5U4rucHFjdBrjrvQ/L/bdK0/aWC1ZRaW/Dbg84swRa1QuuLj0uTAp8Urcd&#10;O91+Y73gjVnE9lNdT1EM8nV4pjH478X+byoVUMWBSuGSstalvPfSIJ9JEldVXzCu9/W9qbwfBqe9&#10;k7CO3veLE9djOz3xtlGp5rVLy9y9HsP50xFQo+K5N70J6C0BtqbfUiMtJI7Pf5F0N8USXQwjIlnj&#10;na0NdMp3r+NT2KNC6Af2aTi2e2cTIIZ8+90LNvbmdc2wV1zoCeDNjCSd9j9VKe9KrwPc+TErdqn5&#10;wUvmp9iOBUlDmrJiSM1PUcJuXfxuvIHQ50TYLzw5RrWMrDr17HSFRTkbFBOPI9ly83TLNc7SCEoR&#10;RuwHaZjrpi3psuRPEzbJup5BnFa7gUazyk3M3Ow0ZunLFs6XLl5AtdpkRkGbPLwg7xnpENrVj6IQ&#10;t8U8cUz8gDccWdDE1icBb+gSi4YN0n3bSOSyzJzwTIa9gQKfjM6dX5fJ8pjO8EalbYqyRby976Vk&#10;84NXIWoitKTK5rNZDvYo5Qfx3DM/xEcffQCffOpJNFpTtukzKNgmi8I/4Je4iPf8OsuycvkVWAgX&#10;cPzoNFYOj+Geex7AbGEYV4+fw6lD72H+zEuIZmcwfe0ibs1No5wr2tpDapeFRh3D60cxNrESoys2&#10;ID+yAUMr19gaL4tCqYgLl8/j1Rd+gsOHP0C51MbKkTKGKutsDddCqzbHjI+wFXLtQ6BCM6xyjdZq&#10;ZkkMySynymAO42NDuGvbZux56HH2+6Nwuhs3L9rGZR6a5GkqTqO2tWEmK8FpDCDkhZlGYB/92xM1&#10;C90jZkXCJcpSk0vsMOJCURAKUTOMj1LJNkr5YdlA5o18V/96dx6F3tkE6lkPllED3HEKr+kE6Kme&#10;vkW7jYGkj3Cp1XCqDaWc7Q/Vt3bck6yuzb5mEepRG0VS1LaznEL73A+ew/ee+Wss3JpB0d5/Ssnd&#10;tGkcf/TH/wqja7ehwf7VgW2W7X1r23tYyMO3Y4wk4HZE2ib0JZw//hI+/vnfRTs3wNK1SGdwY+oi&#10;Lux/DpfPNeG3FY4cOINVW7bgkS/+Q7CuqGmwe/NdqO1/BeG+H8O0p5EvlOzfIuWL6g2W09OmvxcU&#10;7GPRYhANfhFBThKP2yu3IP+J30WwYiN8SggslmzvLYzxLLHq2YfNPnv2ZzpTQHbqHObefxfZs28g&#10;e/W8Pf8mkyIi++wiJDN/I0Ajh/SV7M+MePvlK2je/1Fg10dRGFmLhh2Lec821X7DNuV527OIjJRu&#10;SMbrro0Ra8pSc6BIMyP2z8pQgjgxq+wYHbL3ZZ6CF0g6TEGZ1OPZZydvr8eJs2fx85++iJde+DGn&#10;5Br7C/PzU/j93/0TrMnUEE5M4Pf/8A/g/d//Ce8cOsQqqjoxw2/N4ZmXn8OffOUPUCciiO0PSCmV&#10;8clbLcC585fw/We/iRdeeIGXrjr5CDs5MfVPg8U8mhSwEYl6LWPHyF07d+PnP3vVrkvO1J82Gezr&#10;Hv/obnzta7+HibUbYKdaFCr2yhifl/iWnYcp0Ickt0oLs5eAHJ7VyyXkSvnEm5/rJjvmKIBE2E/a&#10;hVsa9ufzY+ILhBlH369dv2Gvyzz3rxy2GBM8nP8dzc80Z2uWqxPrMWJ5Lz+9BM7Z+dOQcRyFblAS&#10;rR0HEXvfhcxoM0lwmkHOjlP2rqM+W+tEQcE+jPQbAQWfaGZw00aTjzo/j+T3J4lmYt8VW4YJfBai&#10;1bBrkL3OOZLVU+oxMfNIbmz/rtp7Ttff13B4hWLAkEIrFuxzQuGPrcglOtM1J7krAWkcOBIl4V70&#10;pxkiyRGQ0DCRkbLkmMJMCACl1Pa2jGmCEOkYCIQiBR5JO8lvbrpZQ5WCMrIBChQuw/2uoNPMkic7&#10;DGK2RiJbztn3p3MgIDJH7Pe2fR97fRrNkOfsfNbHRFBiZqgojkXJUKaAncBjwJ79co0LNnH9Ph9X&#10;6EhHRIRyoyNvf4dkusP22MhSgvw+867391nOq/hZ5Jit0CQFaIzp8GZetrORQ3YPbNnlRe4zZWCw&#10;L6Pt31t2TmjQtY4oMlVAvgSU7kiNkgTllpNst4jRp4Uc1HakstClatM9pXHr2fFw+cxFbC5uwVR7&#10;FvO36ihvmMbI8AqMjQxDVQoYGC1hTFcQZXMo2he/8s4+XB1cice/+jt46zt/hQOnz2J8YhgbbL1B&#10;9UWdrk+QYZCv/v+x9qZRklzXmdj3XkTuWXtV73s30EBjZRMLQRIECK6iKEqkSI4sDSVaoi2PLPvH&#10;2J5//uFz/MPHx2P7yD5zKNozsnwkjSkNJZIgRRJcAILE2gCBXoBGdwO9b9W1V+6ZEfF8730vIiOy&#10;sqobGHGmBaArKzMy4i33fu9bAvb49amG6iV1INdYvpVGRlkzmzWn4Sqx2E6S1dawiLTb0LzEy29N&#10;qIZamyLXD9tINzQmK0XNpLBmW7jBNCwB+PgURoxU+wBY7L8XG1RqJ41NJ4omnjU2eSMDLASBTeLh&#10;owKJteeNWDt/PKGVesJSzHjupFIppRBBO9uUmniQWkagYMw0qXy3IEauOI5T52K/wCRFUkAvmypl&#10;UtKdSKVNgfshFvHJO3u+SOqdEN38DHtGJCP0c69YteadiJwcVqf84lQiLFWpnkg7BqE0Kb5dxvn0&#10;EYURYQOqlL+eh5SHXtwkCBXbmqnKSZmX9enJyC8MsqCp8zDQSDFUIwvzmzWsiJT3oQkzhZc/wJqT&#10;E0FhI6pE3qZdhFs38PCL55/F/fvvx3K7iRdffh0TY+NUaBtZyEzQlGJjebWJc2+dosL5oshu9uZH&#10;sHXHGC5dukKL4QT23/s4nn75B9i29RAunr2Gd77zN7iNCilTr8mpJPQGLDGzNsOtnzIcrvEIyUoJ&#10;3y0rSve9GePoTqOG9+nmvXuIrWGxbVBQZw8WojXfcyjYnwYMhyW5JgnNa5lv0VB2JZIGeS2bTmfW&#10;K2/g5zr1HrfaPKzHwEw8Kv8JmG9rrmMN7SpxA81YMqR/NrgHxOu8SvGjsmwjk5Iqp+e8Gn5fNoij&#10;1Zl7ZAbGsBngYw7C3OuBKkrWVp00hSoDFKUlqUqZBBjZYKj1v68yN5VMr1F2mltL5F2P1bdGDmuQ&#10;pHtHQ4CumN0n9gtmLag2mDyc+PfFcUuOKS8N7DpgGjIYcJZRGw088vToMTHgl9zP+Pb31yjl/r2/&#10;dKkMkJ+5l0YP1BnWJ8tz4kovTu1UesCDMN7j+scFzhfCzqvIMursnm19w9ZVLSQXFWVTrYetf/Fu&#10;n0rKjQ/3nOLsllnG2XmjE4m3gVnjQ3xLQEcco+AO3yJqgG2itZ/Iernh15JSrG0DJ55HbWqYWpKM&#10;G4YddHodtOlPvb6KpYV5rK4sotFuYWl+AatLdWmwms22MzUPBSwS/zslECG4JPFs1J8NKYMF+vhU&#10;XOXon1TbMQhVKPnQeU98jhjUY8lhoWBlPp6wJo14WEloRsCePJwc2UW35eHkO1dx6fIl+IWSzCGx&#10;LoH7Z2T9pcplG8LGcqe//ea3MD0zg307NtPYaKCtRqQ563ZXhIFgqPHo1Hu43G7QdY3jnofvpiar&#10;iPNXr+LKiSfRvXYSjauXsbxwXRKDTZuKfm6kqJEJ6PrHJ6rYtnkHRrbux9j4JhSnJlEcn6bGJ493&#10;zr6D1174Oa6cO4OiDrB3yyhKpYJ4lK3WFtjLnBrhjsiU2w2WMVlWSl4XRV6XY/9Aul+bN8/gjkN3&#10;Yv+d92Nk02Yp7uqrS3Q/5umZWLYMS0ylyddWrsssSm5ic7kiCsWKPSgXtoqtwJQXzz/PsoNMz1q6&#10;RDY4I1cYpd8bofs8KuBhHGKndJbpP2hVkjnskUPoYSntUXKg/e4Y+OvVHrcSkGUyoHhG3CDWOTz/&#10;ciINizpteXUuV8aNazfw/JFX8OqLv8SlC5ckACBP9/X99x7EYx97EAcOvR+l6gSWaF6MFRlIrst6&#10;5asScnRLF1eXhXF58lffxf5d+/GBxz8H3aFm0dTQoefYWW7hH//v/54a+il0WkVcufEO9t9zPx7+&#10;2JcRLizDa9Swo0fz8YVvQbVa0Bz419WSgsz9oJ/3baMfCY1AGvOA9w/2Z6QxqPbcAX3nR1DYvgvB&#10;6CbrYcq9EHvZqYLIHm3ScAUqoHq41kT45jNon/olitcvCTNXgnlMRaRsngMnOPDPK1LDm2OFTAeF&#10;sW0Itx1AdNdDGNl9JyL2cqQbXGVkwauiTeNaAEjn+WjXp3AIA7MfVmmi2GrGE3DDOKsl/t8s3e9i&#10;sUDrg0ZH50Vef+yVV/Hsc8/i/LlzuDF7wzJx6Jqr5QqOPn0cT01+E7/+6S+jVPAxsnM3/vBf/DHK&#10;/+9f4WcvvSzXxtLNN773Y/wbGk+feeJz2LtpG/UWNVw6fwX/8N2/x9lTZ+TQgzNTAyu8Qk6kmB4O&#10;3L0Nt+26G6VKgb6i3RcqxRJuv/tubNsyg7dm54QBx3LNarWA93/iU9i8804BUfOVvCUuwto08doX&#10;IdW7pawafGH9eYltRiTyzyjZf8MocpZNvoBO1lbLc4edAUK6b7Xr1+iOOlYcrI0SWyRIHy9elF6i&#10;mOtqO4c1y0VFMur6f15ve5aEwiBZTsOJcCPL7mY7rFLREWisjZdxklf2EeVNM+h1rXcqH27SeObE&#10;1kgAtkB8DRk3UQ4b4HXRc6x0YRzDMj8DE9DY6spO1xFQKZDnI56m7Z5l8PWsJFQ7lpaARXyA5JR7&#10;kbb9hfXOs384KCpmk+VFhRgJ8Mv3KgdLVLIwhkoCSQUfcEWU7K809pbo3nCoEx8eMDBZ5PHNTMUg&#10;FNA3JwCnZ7ET+qwCg4F8KMNMRLm3tC90AkmhZdXf5gon6mphB4qLF88PGi8MRDGbtKvtIQzfU5HC&#10;MqsxruVS4Zy8T/v02UV6D3ZwnVQ+rUE0ZukeFvh59LQN5RD2npLnwf72rBLgYKEoDnqlcSaEKQZL&#10;tWV28jhmtQCrLYTMGVpQnse0yHVduKgEjDpSUZSs5PbfLfPQuBBPG5wi2KixYzoOaQu0DbATBiDN&#10;a0lWZisBmqenTpzH5j3TqDGT7/UGujup1tm2SvNtlMZrXmwvuvT75XIOHzm8H6fOz+H6r36JBz/x&#10;m9h65jhOHH0R5wtduucjKIRsJRIJ94qBZT4M9XScvOxkvHKpznMlSXgzpm8C7rxz0kEYcaGvnL8O&#10;MgBDX84xaBC40clYvyk0G4B5w4LqlWP02WsMHVjU95NRDgfqe86oIRLB+Hd4gY8cYmy9QUzCgJPI&#10;5zBOvVV96MD5FiVehlHMXMQalmLsa5P4gskJHiT11jBnU34WCg4uXnHaBoVISgz7pZi+VNe4EBE+&#10;ObHPLrKn17J4BpLAKwW08ZMihpFflkvIWaGOJ4o1oI1V57wQ6kJVTrnFc9B4lvmokvzNfjPH98Q1&#10;AGxeqnzroyfFtEh823IigJT8ia8xjPoAo4klfspOUomJZsmLp9cAfQmzD3B0VW0T2MKo3zRnFOSW&#10;BmJUiv0RI/QxwB2zDm6lYY7BYDYQ7YZ49COfxhunz4h3SOfs2+hNlLBAqzZ7D+SoQeFNhhX+uzb1&#10;UFudwHS3jZnf/jga86uo0rXsO/QRLNKYe2LHV7BcjvD83/xfyI3RNbYW6ILyrrHMppb2nezT488k&#10;kjABoIdy7QYBkWwQBUx0C2y5NIvHBbRAAf8E2N5QEGSAWdc/IDBrmGJZwG8t89cMyF7XBw7R9+V6&#10;t9ecDg3CkHADlQIqUovDMP7AYOiQzsj61FDQarAZH+ZnOozNt7EkSQ2suGnG0KBse23sR/8Qxazj&#10;35jNMFZYP0F3PVRkPXb5mmCRzGdtzFJKvz47vpQL9TGJn62zek+t+WbN5a7ZD4y+5YCbW5Ho3iq7&#10;bxD8i/9Op65FK8eEixXY7nDPYGNAeTDz5GYy8UzaLm6efbmGYJoAfVk2XZQ8i2TTWuMveYtY1YB1&#10;nsqoD0zqwGsw30Oh73TqxcC4nK379sAoMskhnWUrDoDsyjIbY5XA4NlKHM6xRjybhMUYJ2UeIudX&#10;KnO/1wtTUxmLBndAOTDy4uY3Biui2N/ZHZLFgT1xOnIsc7Z306bJ8c85XbbH/nvooEd1AzdNzVYN&#10;7VYDS8uLuDE3i0a9gTb9qa3U0KHGkL3yOKUyZmv2Apvi6wlzUsn35w4n78fpq1b65OcNSuyXXM7T&#10;nzLGKhWU8uyfXIZPTTCDUIELQtI5/m+ulTq2buGkXCdHVLTHl6h4ry3ckLTYX774OjVNFXctneRw&#10;s0RNNzdDobBL6Zq7HaqdclSwv4Vv/Plf4I//6J9h985d1Gg1BQRtcUppmxoiPYo9e3dgujKOpatX&#10;cOVXL2LlyhtozF7G0vUrqNM9YJN/kQhHDGrS6Bodx/imKWzbcQCliWmMTs5gZNNOCVZYqrfxs58+&#10;i5NHjyBq1zFR0dg8UaDvNyIgaafdRb3XRNDuCWi0Wg9EosXsFUXfLyfNWg6T0xM4cPtduP2e92Ny&#10;21aUKh7dni4a7Tm0m3VpuHldL7DnnqedBU4RXqEkwB4zaUQ+p6zkPD4ZYAZOAlLzgxLZdltkVUqX&#10;RdpbKI5RnVl1gLythViGGsXqH1fTDQP6MhYO6xywZSW90S0CfYNAYXaxSbMM00dadvuLjdM1BtPI&#10;eWxzkqWwNLge58aR7v+bb57G0z95GsdeeQmm25QeaO/urbjnvrvwkSc+hS1796HV6ojfWpfG2mip&#10;QA1tSM+yLAzBleY8Th/9GeYvvooxbwQfePA+lKcPCt+q2W5DdWaRLxSwsNhAb7mE+eVZ7Lnrfnzp&#10;N/8b+IUx+MdewvSNM1KnezRmRetULEJ16zTnmCXmyfNrt9iuoACToz6gYIkS2L4Phj3y9j8As3U/&#10;ciwFpzHvO/PUgNODqWbmv2XpaJHmf+viMbRe+TEUS8xbK4iYqeOYYRJsGHSTUB82+Gd5eMAS5e0H&#10;kD/wPoSH3o9WcRIjNO5atHezvDNQdE897unoPrEsWmwBfHdw6thT7oRLxWGUKfzWuBAy9pILexFy&#10;xYpIMzm5lZEO9ja7fOEyXn7pJbz22uu4fOaMsKhMZL24uT8uF/ICPuX4mZx/Cyevvo6H99wrLMXq&#10;th34/f/qT1Ee+ws8//zLWGo00VkxOPL3T+P88bexc9cduHD6DVy8eIU+U7SbtK4YR2oxwlLcu2sT&#10;PvShh/DwE7+OmanNtFaV0GafU7qGUk6hPT6K/bcdxMlLlwV8Z7k+p8KeOHkSH7z3I0L8ENVa6II8&#10;Yb01AmdtYu1M4oMzO+fY9iruRUJBpAK7BkA7WW/oguMiFyxje+UiPa+562fhdZty/+GYcmylIHYK&#10;IgOzDL5QwCi3tTimncwRBhOZBQ6rIGPpr+dZog9LaIXaIeo5DlHsWeajsJTt73sSVmFVfAxEgYMZ&#10;lQWEhMHHa20c/qmtHy4fVKnYG98xvIwD9rgX9+Szre9c0Oig2+oK+0yChCWVFzLHu8JE1wI8y31x&#10;Bx4F/g7GMu26Eg5pbCiD3z9kFQYrA9ziWWjJWbHnra+t1VbkihllbG++TGOgTmt2jn6rTGt7hWE9&#10;SazVGKsWMTlWwfg4/RmtosDAaInmYrUs48SGndjrD2jP0ByKxfd3hfYjBuQ7XQG6u51QJL8MnDG7&#10;MPJZthzK4Zsy/VAwmwtqbGgIPfsyJ+rSpUzSdY4pnfT0/LkcWJMT25HQSoYj661ror66zxdZsfUs&#10;tv1jVwA6sXBkHz5mpIoDn00e7rDvHoN9yrL4TCrgTcA+B5Z2ohjgc2Agi+RdiCurf0PxEbZgH48N&#10;lpe3XBJyl3+XnkWnQPspjfV2ZwWXjzew+5HD2HrPQVw5fQmvvHoRU2NFzIyXUSr7sl/6BU/2ydu2&#10;j4OH0aULx3D3vYdw3/2H8MMffBevv32WnlUVm0sjKLpMBAZ+JaBG9fsu30ogo8RsXmWS0qIs5dzJ&#10;dxL/tQEAJp14GstjVerUOls4q8xr0my/jHxsoIhdq+QaAgZF2QRAu5hEmaK3D55kvbkG/T1s3ezS&#10;ZSOH7boTADiKpJ+k0kZSzGlZTEIb4ZzyBdJJMZD23YnkNItPXyKvKAurFD2RC4/gkxRexN11ejr2&#10;5gkdncQMnOZ7trVw3ohIzPBD2wS5lENOP4slcrJhaS+Jobf2Cp4DGMTqs+9DNGBqz4ubcicMKgqT&#10;zktSeLVNsFQuwci4VD/jEjpMDEDGoSbKAsQ8SD2XwLTmNDYB6FRi5p74MibSbDdyTD+VUcWfK4l2&#10;2n03lUg+0jImD31vJgFURcob9SMj3TwJwiYunbuIj9+1Ce//td/H0aMnkTO08FEBsdpswAsbKBja&#10;uAw1E+Vp9DZrlMsjWFpdwtMvv4x8fife/+ufxduzc/i3/8u/QnDhLP7okS6uhUtQjQZMOZ+E1shh&#10;VoohMozxZtbMGLE+RzQUxtRr/Q03BMHU+mDbht24urXufR2KkrlFmQzWMNLWpnSrzOXdLI0YGWnd&#10;RnJYpbKQXsbOP9Vc6IGPFflOvI5swB4Y/CyzkXz1FsC99WSt6j/CD8+ksltuBpZLqMDAC+NDlSzY&#10;oZKT11thJGIIL334dzcZUDa7dvafRpY1hUEeGZKMbEcV60NhZl05dQbcMjdn3K0nCY4B8PUe2TCJ&#10;7kaMv0F/uoTZ59J4zUa/G8+1wSRllQVX+1YdKjkm8NYhjZrh3/qW/6eTdt0kdYtJefMp1ffTUyrp&#10;K9ZaOqyzBESpyiHCWmaetVJQyT4E51srvr2ypvsuXEMNRyGNSQ1FF0wVA23JVHdWIim/PgmYStcD&#10;BgkjLwbj1Drr6rpBZykpfZyamwHvkxRfkzoW0C7gpu/bZ605rJQmdNJaNr2OBDhr2fRW+n/11iLq&#10;1LwtLi5S83cNndoqmqsrqK2sokWNEjdOYS90tWp88GcflicpgMYmAWrLBmG/sFwB4tPDckdOuGRr&#10;jUolD69UYuQPI6WqMCIYmPDYP45ZI2FoWRxBk7EDlPKBNBE5ZgAWcvQ+ll3WWQnx+tXruHztBq5e&#10;nbUenFEcEGYE1MoJs4CK/1Yo7IiytinCzAp8+bkjuPfuO3Db/jtQX5rDQo1qgKUKHvnkZzA6Alx5&#10;4yRac69h5cwbWLx0AkuLTSzXV5Dnw1yWJ1PzxAyAXNlg3+79KI1tQ35qCptndmNkegZeMYcbDYPX&#10;nnkab/7qV1hduIHxEYWJHZPW2J3uZavZRdBq2QaNLdKpu2k3W+yijla3Qw1ND9WSh5nNo9i163bc&#10;99BDmN5zADlmTwX0rObOwXRrAsAx80+zzo/uf57up2ZZtPPiY2sYVnlImRsncKZY4J6vEy9V8UqV&#10;ipRDO0aFxVcoVuXgWyR/OkrqVzuePWdhM8jwG24tpBGHmEXr7LnRe9sLTT8lW9a/ZMF3zLB0fcK9&#10;gqeTeixebyKXuCQyfj7QViyNLGJp4Tr+/Ot/hmNHX0c5MKhy2mVO4ZHHHsVX/+S/Fp/ngOXt7SaN&#10;9bwYzOe9BjWieZRoHC6ttHDuzVdw5sQPsWNzGw889HFMTu+HZvDEsyb0s2dex9KN8xihcfTiU7/E&#10;tesrOPzER3Dfo19EtLyAwpFnMHL5OM2hMppir8NelDTGTQst9qmGBbHarR6KxbyY5LcUNdiVSZht&#10;d2L0o19GjeZNrqjQpfu0utJBeWIUvY4NjmHwr9Voo5ijv3vrCBaO/Rj5S8dQ6Wm0mSnKClEGzWhS&#10;MtAnrFnJZ/Do80oIeh10RsdR+PgfIH/bA/A5iIPuYVEXxLKqyOBpcpRcEQsGzYEi7OWleog7RZ6f&#10;FsMyWXa+63EkbVdZiTaPx3ZtRcZ6xKQMmlM/euqn+N4//B3afDDRDYT9IwQZ3zJci72uSN0PHNyM&#10;Jx74IB79zG9he7mCOeNRTxkI0IZKCb/5u19BeayAH3z3Z6gFHbTpmZ5//R289eoJWd8UC/Y9TjLO&#10;C1hUKVFb79XwwPsO4vNf+l1s3/UQchVPAA9mGOaKRZsmzhLPQhmHH3kYrxw5givLK2B1PTPzjr92&#10;FIufnad1cFJ6UvZEC91e4LNfqdLuKDtKfNDjw0IBvxwZwRP2e0wCUklgZZ94YT3tGHxsryyjV1+i&#10;8UqfFTBzLEykkyGtk5JwzF5rAq725PDEixwxhxukwKZQB47wo5RNUFWeZab7jgDU6zDTzmraOFRI&#10;5iD3rhK4ESGQAAp6Hf3Tk+cfyJgSHRz7iMIWDJ2gawFA/p2wa1cynbeApqSMs09eT1Ju+TqbNKZ5&#10;reUevskee6FlBTLzjD0FRfIZ9mXEqkv3jgFy3+7XeRpbZe0sPXidpIsr0rMslHh/sWGeBY/W3nIZ&#10;OufbpY3vEd3HPI0PYS9y+i29d7fHzEJe85torTTo2jrCvKtMVDC2ZTOmt01jZHKc9o6ShCXZQxRb&#10;r3RD1ddViAy3JxJnPnAynDTM34nuR4eeZWOpjtbsClavLqO92E4IWPnIJP2+XJc2YvtVop+N0nOb&#10;pj+jTmnIUttc11mQSU8foOfbcBQTucC0yI5H+c6+tVrRjNmyxZhn5bTCtJdZQHWHCgTUY4CuC0vO&#10;CZ3sNi6sY0Zc6OZ86F7TZ/QZxxV10l1lGX6h4ED0vvTfbSNugLKm1F2WQovnBKeds8zeb+HEsaNo&#10;7N6Ej/2zX8fxF4/iZz/+GbZdyWH7RB7disJUgfbQCtUtfABJz27P2DT8pauIqqP44mc/jDNntuHo&#10;66dw7PJlTE2MYSetISbs412xusJPJ9klpZ3ps1t0YnKWltP2rftcrrUsHDzY+gW0BgaK4GH+ftnm&#10;QK1bcA5t1twGauJG0dWZMdU6y4yJkPX/M0lSaxgNSIFTZ+WS0sILSWgX9jjAQ+KxjeonWjpdtKcs&#10;A08lqV8p8FTpAbAh9sOzyTodz3nHOLaijk/L3QSPDUkty1CWQJf+ZE1hTYJ06UzTmgZmtEsVssxM&#10;WIowTEr6FrMgdOJPkYC27kRETEKNbWViRmAi9TZ2oilXpCm2vFU2tZfvi/gTZFpmJ/9SVvrkpxo1&#10;L9NoZwXc7iDAUqhN15mIewIS+u7kOIxsXLpJQjeGsG20S52Mm+MB0ESANpVAtS6T0sjpA0sL2jSV&#10;f/njJ5Efn8E9D30GlYIv97FBm0CuF4lBL9dcvHlDj8hJ9UunLuDnT38dvWvfp8XhGuaXzsNcPoWd&#10;I1uoQVmB6XkS9tJJmraBORI/q0EpaQa0TIUWwqxJhEvlLa5T1OoBwD8r64cDY6O0v1USFRUh4fEb&#10;szHgNwDuDJenrc/6M1AD3n76FsANnQJ01gf+VMZhZ9i6pG/aEAxbv6LUPXw37UQ0BMyLp7xOX6ka&#10;IhDaICH4VmV5a2S6GhhMWr/p9acTEpITtNj+RG2gYX0PLLbkWW/kDzhcJmzMWm8lm5iaS7zpjNsH&#10;0lTieG3gdS4K1VC8Ox2WYOJ5cwvT4+ZfWPcPkIa8ZwxADWP5rSfdzUxPh1Yzm1o7773Ixo/J/gMH&#10;fGWktgrJXpvcx0g58zaz/vnAwBmAGYa6qTh8IiUfTh1UxiK9hKXo3s9z1xnPmShZAlRG4r++7Dr2&#10;6UxxdFQ/UTlWRcQsR0/2P05t7dn5qk1yiMj/PwntUFlfUhMnpKWY2DFRsb8cxztlet0eYMSrOKTL&#10;qg+iVO30LgdYct/TycpI22mkWFN2KHatW4/KiwRTmnP2uOIGihoCbvC79Pet1hJqtTqWVxZx4/pV&#10;LC0uUwOyhG6zK/IUTqZkMDC+itD5EjGrhpulnEsoz+Xz1MBq8aPLC7iXR6nA4JMW9g4DfdxE53I2&#10;fZTBBWYbRnRz2yw5o0bTBzV5OsIoNVFlanYKuTJGR0ZRLZVRZNlp3v6+4cRc2qOff+YX2LxlD370&#10;9EtWaaGtdK3XicRbaISBL1Ff0LUXmenQRr5UoYaQGlZOGaXv8SbVBCqfw2qziKMnLuITv/VF1GfP&#10;YOHELK6eeAnNq++gUVtBa3XVHlRyM6m4aYlQHB3F7l37sGnTBHR1DNXqDAqTkyhXJ7CwOovjL13E&#10;yy/+HPWlK5ipFrF7a0VkTUGrJ2O33lxFgZvoeC2jxlPYLuJ91MXYWBVTk9uwdet2HHrgAWzZtR/5&#10;Mt2voIbWEjNVVhD1OPRhRCRfLGFmMIMTO7km9DnVk6mRRjkQ1CYIwrUfwrxxDDelVeoQ2kiARLm8&#10;nd6jIowhmwTds8CeHGjr9Kl8CuSLUiy7jdh40U1B71uRvMes79jqxB6up+aBLAgeBi0l4KyAwtAx&#10;o3RoyQWeTXjmer1LHembx45LkvOJE8dojqwgT2vI1NQ4Hnviwzj86Eexc9sOy3Dq1Ok98gIEeDm6&#10;390G2mEe7e4KXjvyPOZOPouR0RIO3387tu5mSXgJ7daqmPG3lpfFK/P6mQa+/+0fYmqMxtWdh/CF&#10;//LzqI7tRHDylxi/cgqYn4cq0bNlwzCffaiqdg6x6zcnieYYxKYfScI00KQxqe66D96BR5DftAdN&#10;TuD0rQF+x3SQr5bQoevmHkhFHahWF6UrZ9A8eQT+mZdQaq/Q39NcDRoolEu0jnhi85OT1G1PEpjF&#10;9a3oobN1D/T++1C960GE41upbWOOIMsOuZ/qOnaasmmWUSx/hLCZREbpPD6FkOw8FtOWK+LG7qmU&#10;w4wnS2jofMOX6B5+/++/jVePH8f87CxWac4y4ynHa41LFy3S74yXfUzsnsFjjz2Chz74QZQmd0nf&#10;wiJc9v8SiwCW4dL6VaX5/YnP/g69exnf+/b3UW81ZC0t+wUbVETrVY7mUo/Wg8nRPA7fuxsf/chH&#10;sPfeD2KE7gFMi+5tQfZtFPk+BIzh0z31xW9t58FDeOR978ePnv85mpI60EXt+hzeuXwOY7dvpvvi&#10;gmC0dgx05fZju4WIesyxq+DAO5vW7lh0PIaNJwzoFieKc2/Gibxsr+C8Tbnvqy3Oi8wyELmwDXDM&#10;05od9AJ7MBY5bze6n/FBk3h7ekrA1XSbol2vzYCb5Dy3O04+THON1z5modEfZl8xK1L17H9LjdTp&#10;ylv52pIlAj408pnZ16X73bG+gMywc+GihQKzUlP1uGvGepFVSOY8Swoqsx9rZJlIefGXcx7+bBVB&#10;exQHOvKaUCgVkGN2+XgFhdEqvALtZfInR/+ek56bpdRaPDCLwlpnnhrjL54chIiVqXxfYQCGLInt&#10;ia8kYxSS7kvflRmDQdix7MLIgomawUza4xiw1Kw2NCwrtunT0vlGViorfoAxicLkhSHJNzzIszQ9&#10;EF9blEdRnKb1YWeLni3t7yt16nkXaR/roEdzPGr3WNss96LMvq+cEk2/VqVxWuZxJZgSQy92P41M&#10;7HFq/f9kHHrKnojw2I48sYuIYrltFNqDyp6SZ9FhkJC9I3mLcyBeT56vEZm65DUb+95w+QPG/V3g&#10;apye69l6DnfiLTNIpL02xKPJ94y+Ey+PHd+GeASiwMxL/cM4Rc7pfPlzCzQ2z/yHH+La+Vl8/iu/&#10;iwP334OTz72AU68dx+RKgGu5OtUcVvoc0TpVH1/C6KYpWjOmYUbKuH33VhzYtwOvvXYGx958Gxdo&#10;fxirjKAkQSOh9V9kbEVloJT0SXy6idZDZLQ626wlkb+QCTgopdowrUqpVHOmMo2WxQuiDOMukcIm&#10;EsZoqGxLGH0abhJ4KXmvyrD40n5/MVYRp6jF98HSQZ2/myDkqu8J5NKM+XTCMzqzmQ9et3ESX3sv&#10;rayjf4hv6cGRo4fq2FOI/+g4edaix55rYp3SwaXcWqp1irrg2AoxkzHpqh2tWtlNDWlgUic+hFHm&#10;rD5yHni6nxTo0gXtoquTpBpj3Pwz1sPAzlKaeJ7dSD0HmYWmn5YYjwOdajCjKD5By0ItYWRBN2YP&#10;LjEjoFOjgrNJhXheivMcS54lccwX+QyfBLH8Q05LYkqwm6hxemmcXJis1S7SXL5ubL0fJ1ALo4I3&#10;tR7VPSsY6eTw9T//BvY+9TJ2P3wYLdbLlzTevnAO94yP0qI3jTr9/juvPofdm6jpmdiDlRvXsaXk&#10;4bUXnsULL76Jf/XVP8TeX/vn6L7yP8GfbyNYpF/YYhkhyVwyfSAnMhjqnxSlYFGT8tCKBiShaSjD&#10;pBiL/XkeJQCBGuT5phixsfdW7LUQAxeJ1HNIkz5M5qfWpyiti3qYYfK0AVbWID9YxwcEKstYHC5v&#10;Xb8ZNs7eYNiP12PeqeS0CKlnY276u+smGg+5qfFcX8NscCzC4QEcN2M4Dnm9ylAUb/p+0RrmRFp+&#10;uD7AEgee3Ow6Mx6wA89SDYSwDLLB+9c93PPRMqx9e7giRbP16bGn+vGZjcmMyyg+yBky6tNsd61i&#10;sfdwcC4y6iZ4TPZAyYa26yTxdnD6eSpes9UtSWd1CthJA5NpsCweAiZS/eGg1nAsU3Lbvh/SzTwH&#10;k20rLbEfeH2UIGCDcuW14SMJ2T0OalCp9JHM4dMwhp9JrX/IBquY9GGUSglfjWuQeP/syr5li3C1&#10;xhLDZBhF/eOl9DhKxje/rwNa7WGnfSKZuoa9gGGT7ZINzFMJY97cKrDBJ9XMmFMxtpfyOU6B6irN&#10;FjfOe9f4In3tRS20WnVqLlqyfzKzoNFoYWVlDnPzVwXgq9fq8ppmvc39poBicAwABvQKBY+aP2os&#10;vILdlz1qXPJsUE/7O+31LIUqlarOq6oqgB8f1BYkPSNnDyrZfkMCY0J6P4gXWqlcwmilTDURNVnU&#10;VE2NT2OkPAaffb1ynviMhUKv4MKwg063gyZ/KfozN3seN+Yv4bs/+AXOvHNO7gg3T+yLzKmepUoR&#10;dz74ECbofU+/9Zak0gb5Aj2bCG1fS4hIrxXi1RdewdGXX8T7P/wbItd9+8lvoLs6j26thdXaEppN&#10;6/vEigEODqhUcqhs3YKxiRmUxmZQmN6L0fES8uUJYSCcP3sCLz37V5i9comau5zIdbdvH5fx0qZG&#10;q7WwKsmazI5oMetIBzKuWZokKYtUR41vGsfU1CTuO3wfdt62D5WpGXv/mvNYWWxTMxNauSAnK7KE&#10;0bcBG5Km6w78mYkjY5iZqRK6YuVmFqAOrTxS0jI5VCUSLz8GxfLFCVTHZ6jxHBEmRxrAlk5WUiT1&#10;wLyPBqyB9LtmrN8a270ftGGGRnalfMoxKBdWiSqHvR8DCauznt7x3OVehSWFq8sr+Ntvfge/ev1l&#10;1JYXETSaKJeLePSB9+GhRx7G+x56GIVKQcYQq0maYR6gMatClrT6aDU6uHbhFE69/D20a1exe98B&#10;fPiTX6QauUKNf0NsaJrNVbS7NCZo7l1/4xROn3gdF98+gXsOHcKdH/4UJqpVRDeuovDWMYwsXKNr&#10;79Bt5+TKHI1jZssVaQx1aO7RGtRjcDYQxmmH5l+4/XZ4d74Ppb13A2ObRT4c+kXkeg369y41xMwG&#10;tCEshS6tMVcvoHHqOai3j0MtXkOZU4aZ3cRsJVovuzxvGg1hMnVZisd7MtX3ETW9vV17gH2HUbn9&#10;EUR0XZxgzTL0Eo27dq8rNYANIbSsSUnGleWzhxzt6UbIGzrh7tv1WAvYIX1Diskcu5dE/c0J8yt1&#10;HHn2GTz5rb/H4tKSvEsntH6ekQSjRKjSWrVl54SweB967FHs33MPNK0zFVFu8bqkJECD01+PnT0L&#10;amhw245d9HtlFCsGn/ziF7BldBTf+vZ3cWFuFr029ZsFH/nAw8jkKN73/oP45Ge/gL0H70Gv26Te&#10;p+D8zPMulCKSXsg4bnbkfN5mpibwqS98Dldmr+DNi5cFFPKDCO+cOoKH77hfDlCiToh8wbh71IO2&#10;LBHLLDSO5WgbK2Gn8VhmBh0D9JK0TGtFQ/rxvPBm2MOxw2ne/N481mn97yzPW2/PkA8PA0lP519m&#10;lpKkjUZWDsz/FP96bZNHWc4t4Se05ra6dUtoYWYey3Lp87uOWSfRGey9z/27JO32xG7AOO9+/uww&#10;sh6tPXpuHPARCPG5J3t3l6Wp+ZzIaCFMsY5cG6c8h5KGa0FgDhLpst8fg3mRFmZcmKOKcdQXYM7n&#10;wCfex2gDKo1W4FUrKI2MSiI5M8k56Z1Zi8zWzo+M0xqYl2tUsh+GKUOsfuhnQezuLQgngXKOxJJz&#10;KxSH5OR94yTM9E/2pRWgvEhrts0I4HuVrJvCJeoKzsDzUwBte1Ip4CWUq0P4tbyeayvN5rnCrEK2&#10;7ipUc8KWNLkcqvRdy5tCRAf3Wc/rdhvNxWW0Zxfh3VjFxI02yt1AGPTycx5DnrMH61rWnAndYQ57&#10;ExolgKfnjYvHZy9ckXwAZoT2tGXd8RYdOM89Af0j+0d+5tQcAuiFFryTtGPebUQBGQP4SvwMjTsA&#10;iB3JGDDsOnAvkN+lsUVvynv6Kkt1+el71vNfOxsALRJvTz6Pr4fnFPv3ddBGkdbB+pEX8f9cuIhd&#10;jz6OTzz+KeymNf7iGyfQePuShIBGnSYKZX4edZFEV2nNKY2NQNM6YWjs37F9Gw5t3oIrC0uYr3fQ&#10;pf1jdn7BSvtpf/czAFvM4Iujwy3UkvE6i9lNKZ5f5jReDVDgY3AtwwoabNTSHAr33/FJdKzrF3lK&#10;6nr61GqTAvysIaOAg8gm6vWljw40U2YN2GclLg7Jpc/PefFbGLdZGJlQnOBmUnJB0Y5HljZsG+qe&#10;I006iqoUNLbg73+mbZzkHD4VEmGc95pWVuqiHUsqMrEgU0sKr/W/cZ6CMqBY55/reybFfjPiExMH&#10;k3RdOxsDevb+RIFlosR+g1HkWG5R1pNLueLKMhfcCWbsm+HktUqKsJxLMbYbAMs82Cg29oaE6ftc&#10;RfF9NybxNxITc/EVCJPxZGJwx6Xssv6dJQA8eTltbmlpzjIBafHmxLtSsSCSm2p+iorRMipVagwq&#10;BSkyJT4ebNrqNP5KOzVHeqN3RvxJiIdlH3rufvN1cBx5i15y9uwlzGyagKqdxyh2Yu6t83jh6NP4&#10;2P2HsHAjj9nVBao8aCGfW8KJY9dw6LbD+JPf+zIqO3bjf/hf/7WcSgWdAItUzG3OeVIILXcUJrQ7&#10;vTCxY5YdR2LC6iORDabHsXEeBkplm3mVkv4loEos3x5I5l0rvOwHSKRfpZxhsUkF93juBiZegMmz&#10;w8CxQv9C1BBw773K99K2AMNAoAiDej2zDoC2RreRIA3Gnegat+bY4JxwXTlhwkYxKgOkrucKGN2E&#10;HTgYcLTmu8dSf4MNPQo3lMEOuR/GDJFWDoIqQwNP0n6P2es2axqrPuM5ywYckGuvc+0ZD9jUeroG&#10;WDHrOc9F2TEeQy+JdF31L8/EDDKbLKcS3q9jTjt5bOLplwLkYsApsY91fmwSAKRMFkgzfXbcuthM&#10;6pDJ02EC6MUgZMw663vXmuTvYnBsGAnXDGBhkdF9JqmxxR8nu8cHEf0xrjM8bPk0WW4ixzxMh9rE&#10;/keOZa3SjL50aEZ6Lg9KifXGyd4pYDlmv8qBVKSyydspDq9RWaZhPD7tPQuzoGzKa0t86pK0X1dP&#10;CRPJrcEsOZE0POslJPctDXona0x/rJtBXD+xSFZZJqDpW6KoJEjNvX9cN7lGIErdx2FrTP/AVOLH&#10;LFPCgc/apYXG12LtU3ry3ly79GwuA72+iyY16LV2U1I42TdstdvG4uxVXDn3Dhbn5tBsU2Ha4NCO&#10;rqux7B7GiX+cqsmecRXauznYghvPfK4i/m/Mfi8KYJcT+Ryz+Zmtx6wyrsxD05SUw06H7d5bKBc1&#10;RkdKmClWhKFXGR1BqTKKsYkpqgkqTrkA8Sy2BAxq2uhauRnlmI02MzqUZSsykaRDDcv5k0dx+vRp&#10;vPP2eQG2eP8T8xL6Hu12Dx++4yD2PUyN/e6duG3Xj3Hq1Fna73PCfHj91DtYWqVmIlyleqaJ48dO&#10;ozP/79Gbn8Py9bOS2iuHulTT9lZraNBVjEyOYdvurchVx5Ef3YZqaRSTM5PwJ2eoyQnx9pmLeO3F&#10;5/D2qRMo0rfeOjUukmNmsrRW7fNh0I2TfzsMgjALOWgJmyOkcVmg2nak6mHbzi248/4PYvvBQyjT&#10;fcrTvWvVl9Cu18TcndeoYqEoDEdu4D1dkOfg5XICsEbOsNxzwWlxaJtYSXO6Y8/5ljFwIDKrQO5f&#10;vjSN0fEt9AzK1ttMVBvazS+ThCRYwGW4P2z2v733LMdd815JLWr7C50+zEmHS0mXaqWdkhoam56K&#10;96YFLPIFH92esaESXC5Ty1cuVVCrh1igRu2l547g7/7ubzB/7SJGmSHZruPeuw7gN7/8ZRx64EF6&#10;bVF8uNjyplQs0chownRalnWmS1h453X85GdPAqvH8ciHHsH99/4plsI8Gq06utQYtmnsmqbBjWaE&#10;1YVZvPWjJ3HsxFFUq1V88nOfx533PYoLr7+K8uXjGKXxGKAmTPWgxSb9XQFcTY+DbKhRps/1Iwbb&#10;S/AiD6ubdsG7+4MoHv44evR3Feo7asJk8lGi13YZwOV5HTXQ88bgX7+C5uvPIDrxQ1QXVgWIjyYq&#10;aDVawrC11mUK+Q5dOzuM6Sr8AgOLLQR774L+0BdQ3rIHhtaDtlewzFQJYKTeQBIw/T6hwvVp1hrB&#10;SlYZvLJEkMixW+3nyUGJ8iWswB6usCRQi0JJvBSFRMLgQQ4z4+N49MGHcOrIEbxAzXab1wxPC1uR&#10;mYucIf25LzyGj//GFzE5tkMYxVKN0nyrB5bt7FOPwM350z/6MX750x/CTBTw+d/9z/HJB1mGW0DJ&#10;+LjriScwvXU7vv5//J+4PDsvvoAFBu1pTSrefRhbd+yXIJMgyCOgeZ/j7xRZ2xTr+RgJoyyHPomA&#10;SRjVLdM4ePA2vH3pMipjOXzgkd342Ic/K2EwOl8VJmAkPoMW4Iu9+iRJPQFJHfvLKakYeMrT2GzR&#10;+p/3Q4QtuqcFekWTrrVSQsd5qgYtWlPmropvoWX8ShEjfo3p2lPLumxcYIv15GPpKDdvooxjJIbu&#10;KwPlUbNl98SQmXtdSVjNc8gNW0VwynnYQ5vGl+/CLZnNF9F94MRUBsjY96/Tccm4rbbsQ7we5fI2&#10;1CkUlrqVKEcMfLJgObQWGvlSGaMzM9RvViTV3S/aMBr6AYo0v5wnE82fQAIYQ2XZ+Azyj0ShS09V&#10;qAjQGVtpWdA24KAiST/O2QOU1MGb1qGzCwqTWjSMnHUWsykZ3NTCfhJWK/fnXtxTa530DjF7M4ri&#10;OlQlRCmVUuZIbUHrvSjoeG1njMJYuprixHpmUXo92Qe0C8zMa1stRaUSRsZGUd22GbQoIb+0gNbp&#10;yyhfqiNnHNuuZ71Ye1wTh3Z8hTFJRyi2HFa0KDhJ5FSOnPLbC4yAbV0aWz3nA8rXzlLdwJGixP7L&#10;bR+ScawsW1USdSNnZmas756MD0dOarMqwcTBHRHN81CeEZN5Ghy8wVYdAjYrOdBjvIDHUN4RqESB&#10;6VjQOs/s7cD6ezJuQbVLZe463vjrv8aVd97AV37vX+DeRz+D6PBVvPzc87jw6ls0rtso1OjLd5u0&#10;ttGqT+sp79n8XFbVRXkemsbJTLGKwuQ4xjmUifdWY+AncqoUSAQnF1lr4NyXA8anVBnGBEyGX5SW&#10;CsWssyyrou83h3Rqr9soheklQJdKOVObBEy04IaHfnaBcQ24kjQiq/FmA04/cyrfzw3JSgDjgA2H&#10;HVr9DXRSpGf8uRIANLSm085g24pqdQKICn9P2QAK2/DEppQmScqN03L9mBHpTpXEwFun2SdxmmHK&#10;4zA1+ZRC5rvICasYRnaTBGLhjUpcPH1Czhons6wqdpvqS0W19TlUw5r/wZTEvn4/dCdG9gDWSzXt&#10;KrkjEfrG42vkbSrrqWhU32A9cneV34E3Wo6xD1migzHxC+RCptZoY2GVCoZle1JdNGdRzpcxPrYN&#10;E1NbJFqc5Tz5fBGlgi1Qre9FTzZ35UxftY6VqaEUsyay99CadlvwNKJCt0zvF7RCSQI8euY89RZU&#10;RFU2Y++WuzHqb8b0bbdjLzUMbI4dtLrYvW0ripM7qJBfxkKthsUby9g/NoJWrS7+PwW61pK/gnpn&#10;AZNmQhYM44yoTaqhN+vIYzPemTE7NNWQZphGelDCqzI+foOom0o5aWn0TeCRyg7py6UV1hfIbsDg&#10;+yf4382ZcArvNlHEpIDLdyv7iTKQaRYINO+h6djodWlmm3agqxpg973X9x/q52U2BluHeSWtH6aR&#10;PkAaYuuQ8l5c1+NxCLMvzapYz79pY0ajO+AQDzBn+ruOBGzYsFbq1n+u/mOnyADjsm9NodbI0U0q&#10;TSNtYTDsmrW6lfiMvv+fQpQ1YUgrA0y/SlCpsAudSgzKPnb3+yqVYK3S603/gGb4mBiYI0hI7wPV&#10;Sj/x2KRByKHf3Iqi029kkL6X/TeSea4ZDu4lTHJtnaKTNTm9tt7SfFRrWaob/Z5KgNO+J426hUgU&#10;OdQTw3OdSBX56pkBJgoaBy5yAxUfYnJTwR5EXTbW73TQ7DIjoY3l1SVcvnQBy3NU2DcbtAc2xQSd&#10;WRT2gNHu65WyFoCvRE2mTw0SH9yVinmUK2VpiMUwXmlh8PNFiHpA5qUWwDFor6LLFhq6R00l++VW&#10;MTO2GaVKFZUqNRgFZv1VBZgyLN8TcMragXDAR9ixe2XozNsN1U98+NvjlEVu+Pm70fvXl25ghb7L&#10;qdPXBHhhqRffg45IGX2M0uc9dMcUZirzCJYZpBzB3v27sHB9mRrgFWyZLGNypEwNZhlVuj5lWpif&#10;PQOvwR56bfHfYrkVBxtgsoQdWzZjavMO6NIYiuVRjGzahkJ1XL7/G6++hlNvHsPq3AXUmqvYNU2v&#10;yY+JGXyt2ZTkR8/VeVxT+AVf2DD8F77OCfgyM1HFjm3bsf3APtzx/gcxMlKVZqfVrqFZb9J37Mo9&#10;LhUs0MqNNUsorRefq010znnvMZkgsFYGokSh2cLJvi55U0AHrqlYjuaXhelSLE9QDTQprLTYkkaz&#10;t+GA7UqfUW82lOPe6hp9KzXEsBo4nb4tbCG4sBGx86Hxwz7c8SEO3wPtbAdo3ne7LoDAz9Nc6Yn0&#10;9sbVFRx58Qie+uGTuHD+HWoQPWwaq+K2fbvx+CeewOEPPWYPzWmMN5otOcwWIXZLIV+yHcXFs2/h&#10;7GvPoFO/hnt3b6Zn+UcYm96D+U5LwHRFc7HWprGsCjhz/DVcOXkCl86dRoHGxmMf/TT23nmfsHGu&#10;/+IH2LY0h3LzOo1B+ixqGr2Anj3VvC1ht4eoehGNDXo5S6wrOXSq0/Du/zQqt90Hf2xSQKVIUV1u&#10;cihwo53jz2WApgGf3kstUqP+2t/CnHsdem6JehOat35oyQgLNZovBbqV1nOMVTwMYvJUaOsuooOH&#10;oQ4+hOKee6DKY9Y7jhntzIxyqdvSc5hBK42skkCLp5dNgg4FGLTPSA7ZGXCIlICFvL5xaI9sUezj&#10;yWALM4WCUJ45z9Pc1CR+6w++itryn+HNS5eohqfxzof8vQCTM9M4/OkvYoqBvkJOksXZe1JHNoBl&#10;7upVPPW9H+DosaO4Pn+dnl8XpTkP3/nrb2Cskse9B+5FSfPaWMXe++7F733tP8Xf/Lt/i0sLq2jz&#10;oUorwAvf/lvxCf+9T3xRmJ55Z9/APRmnrAYuZETWAamRPJtoKgccZdz7gftgigt48JFfw7Zdt8Er&#10;le2xVgjXqyKxRbJYSCigb2wvEUQWjBGPeQE1fFp7OnLgcu1GHc+/+gts2b0D7ztwP9C1ZBAG1WpX&#10;L6LItkUtK4f03CEB31ufQTLeq0IbaxW4E+w4lFMANh5TxqYwi7VDz8gzMi6J1BM2mqYejeYAPScO&#10;2eRPYiCmQXOvmPNlPKPdFaAp0ja00tAzCjxLhuB9pxtwSjqn5zZlffdKtBex/2qphBwzw/PM2CvQ&#10;njMCr1hxe6QjkDDwxSOb9xwZZ8oCTOxfGsXhVezzZiX8/P18OeQI5fBLuzBOT0DsQEB+vs++Neuz&#10;fXgY5wh4zvgzSgICBYfw/YSA4wKNhc2XZq0yWBm3hTEjW8d9hbYYQlLbA33w0K20Ph8EuUAReTa+&#10;kj1dsBVOHkbkAkQdOahE994roMX3bHIK0YEFNC7OAtdr0Mu090WWdMNs0NCZ9vGBY6gt8UrB/TdM&#10;Ut90HdDHQ6UdS/BdiEaYUm3wawM5vIMw86KElGGfGVOjGBth1p8EjPD7Si1kpbstxWzqLlo8x7kG&#10;4mfKeDMzRUVyaZ+xdixiUVEy8zGyWQci5/bz8t4lvx8Ou4/W8vmjJ/Dvlv9n3H3/+3D7nffjvgef&#10;wKY9B3D15Ju4cfIMSp0e/FadPieUgyNrbgiZLzLHCysIq2VhcxYYoQ+cZ5+g8EplvMHWbnrDmxQr&#10;fVUJgJVIa+NBlpapRipzYhxHCmhjRx4PDjm5Q2wsbZtVZjJZn4ReAhjqAemxvEYZZ9ZqB6x8hvjn&#10;OX8MAbx03+dORUlTmSz+KbZg6Oiw8hjEeNHICY2KAzTSIIh2DnPaS4IAlPu8yGGqrDw3KalYkpwq&#10;J6OhNbNOwMzY+FW7tDKHsWsH7mnPUUv1IIfG3nvtmHh8yq16SdeqHeMuCu2C4Fmzob60zN2rKMVJ&#10;UinPxmH2UmJELRtrIPeCpWI9d2rFhWSQlkom5qwuGGRQPhWrgPi7M+3V9/qshbglYlmPJLBpjNAi&#10;gWoR3bFR2XD5VKdNxS2n+HG638rqAj2rHhZrs1ii/+Z7zf4xI5UKxkZHpZHI8QJNG27eg6VZi1Fv&#10;vPh5bhPRlk6uLLuFf1ah11YrBfilPOphD6tUWDdXZmGo0FmttQQk3LpjB5qBfV7CAKOJ2ctrKlpK&#10;qNIKMD5ehmbKeKtD7+Whpsu8jFBjsUCby26bSKxNBgxPWFvDmF1Axqsm/nmIIUmt0TCgfhDQMRl2&#10;iUmCZtK/p4bwaLKNunrPclF160DgEGBofVDn3UdzmkyhH2XkvmkfwLVMQtxU3roeIzC6KbiiEs9S&#10;PfS+Zhlb6wF+78qvSK0Dlg48q2HsShODNmpAkB2PtSjl+5hce18SawbSLYYlC2e8mgZeE2UkmGaD&#10;Zm7YWIkc0KcSJqcaSGFNhXvLOqGMuSlGNuxjOcVOw9wCvqYG1O4m+zg2SDm+2aOW/cWxUkKrAHXM&#10;d5VKle7LmoZKi7PmrFJYGa/vD7gmrXhgWiqjUlYha7MsbiWIRKWxRjNcBp2xBUgdimQ8A9VaRULm&#10;6ykkxuSpM6qUxLBnWX5e2kM37XGoE2ZoSribyAGjGAg0KZ9LF05gTIoRK2Crl7BgxXc4DsUxyMyp&#10;YeCGGQjh8rRVN1i/NEid4uQXUn9IOqAYbXfQoO6/SftsELQk/XC1vooLly5iefEGWnVO1qWf15mN&#10;khN5JpfrI+wzV/ZRKuWowS+iTHt6pcim80Zku8waYNCAazFuuD3aV1lCyqb33W4T7aAj84yZUWMl&#10;D+Nbpuk9tmLTpi0oUMPq+yMoFqpo9urodGoOmKTf79E+W2+yVkKYApxaGlHx3hWGiTPTD3v2kJYZ&#10;OszU8azcqUDX+8rLF9BcrOO0sPpYZWF9kYqFkjDVuMGs+AuYWTmOG+NTqDUaIj/csn0bNaQT2LZl&#10;C+bmZ9FqtzExMYkRKkDa1HyOThlMj+5Aa6mOKtUq5U2TmBjdjnyV6hV6n+rEOBX4ZVy7dgUnj78s&#10;zMLluSWUixBvn0IxJwmJnLzLrCSWOffouxnHOmUDe5aalTmFeHwc01Pj2L5jC+5/5EMY3byNGli6&#10;N+0AK60VAXpZcsfSMtAzYRYR3wNpWlgazTJO07GKWmUZr1J3R2516HUSVYSAI6YrDBYbNlcQJt/Y&#10;xGb6Uc7G9TATiT3FpBcSOlFicZAFxd87kPdemX3DdoQ45E05BqNNWY2cFYydn5Fju2pXv4vnE93/&#10;PM0BlhiePP4GvvPkkzj6xlGpBavUlO+eGccHP/gIPv7Z38ToxKh4djFjhZ8ds0oldZObZnq+C/NX&#10;8eaJH2PhwjFMUF171133YWr7x6T3CagSrzeXsNpkOewo5mmsXjr+Ci6dOomllTns2L4Djz/2MUzv&#10;3If2/BwK1y9g7OobyNcXwNGPcu3UiEYdTtvNCTOXATRPzOc9BCNV6LsfgH/oA/C27KfrLMnfd91q&#10;qlmanffEq8qPcvBaARonXkR4+lV419+kz2FWK897IwEbkQRshDSGIRI5n+V3NK9UeRzB5s0wO+6C&#10;OvQgcvRZckf9CDX6vZIXIUd9Tjdiz2zfyfJoyPrDQ86SEcTActATgMJ3xJPIcXmYMeJrK7Hm58zh&#10;ILVWU0Iu+C1Gac4y08un6+NgGVYUbd29E3/03/5LPPW338SPf/EcGnQRLKZdXljCX/7l1/EHX/tT&#10;7Bpjb+4CVlfreOHZZ/D8Sy/h+oWL1DuswFm60vtq6huoHz49i7/683+N3/nqf4LDBz+M8coo2jRH&#10;7vvwo9R3lPCjv/smXj9zDoudNpYvBPjHv/gmTK2JT3/qt+Ta+PvzGAycIQ+v1SxXDVzqgIxTuoej&#10;tHiMH/4Qdt79kMikmZrdV+0pOezQSX/mPGDdHi/BI8ruXQxQMUuJQ5Rqq/M4/dZJHHn+eZx4400s&#10;ri5hfGwcDz32ML70pa9gZmQMDVr/okYNHWetI0w9h0SJe2Xk9hz6IYccSeJrnHYa0Oey34O7Ppbm&#10;cqquYtZqvW73OwEe6fsHVinGaboi23Qswgr1f92WBQGFqSegj8UTepKKS/+dVyiOVmh/oV4tz752&#10;HnKTE7R2VcVbkK+Xwd+YoGKlnkrA1phZz4Cxcgdi7MPI+4/KWUKO7DWeVeBpY8OlOvw95V77AmDK&#10;8hnamtPnEBgBs5ldaGW/LGnm4RsEoSM/xcQV4ywDPGHFy30NLUZiQ8Mid/iY2vNdmnMu52X6JMve&#10;DxMFqKxl4pGvE09rL/HwtQQnOfCh92JyjfH79knixRcTpYrukJDWrmDTZoT79sJfWoC5dhmdS/MI&#10;r7Sh27bO6XLmUOAIWwyuhfY78noTePZncVcaT3lJyjUm2Uf4/8YhG7HfHifoxg4zvcgSycRymxOQ&#10;mcHHYzoKxQKkR9+3SZ/dYIuSgvVIDNx8kPHK9VfgGnQH2uYcq0/CO7QNouJep8rrI8t9W3AYD30e&#10;DakxL0Ttwjm8cOZt/Gzke9h1xyHs2n8bprduxtSuXVCNJqKlFdTnblANU7eHlb0mOhKmrMQTcYlZ&#10;gBwW1LVMen+9wjezsWmbOZJIORN5rpM5Jp5qUSLZGdpAGSsR7RfLrnFwuvPEQ4ZBkSjmePQsy0qO&#10;yKg45BMh5VkpkNCu866INRadj02zo3gpUyn/Ku2YB7EjTtiXqqSYcnyq4Dt/N14mlQuP4OJDZAmS&#10;MmtPFeQEKbJodZpxFwZhAkwyndwWyE7jHlkBuHLpuJrTxlRbCtrIGU1bzZMzgY8Lc6H4eq5JcH54&#10;iTdJ6MgEyoGdXuw+YSd2BIfKJw/VMhFT4SZpc/CsjHEAiIg3RUdJNU66wvdTYqoROpafAymNBe7k&#10;NCbFAuynPPcZaWlZmyxETPV23XPkPAMEnBSQ2MqPc1QcFaiYj0r22XYrXLRvpsaihYBlOPS53BzU&#10;my1ZRLmoX1qep0ZkRdgC5cIEFehs5K1RZeo7FZtcTPPM5UWKR4EJPeeTYETbz6BpwS+gOj2FMm0E&#10;vEO326tY0uOo0obTbnWokL9Om4sWyUW317OnSfQMS1QkM71YlQrwpicRXZ3HiqZ7ttRCsVKlz2pT&#10;JVWTkxoLSMfyXHuaxXR2uJMc7Q202U4jaFTfM0+l/GuQllTGIHiaBWRSoLcBzICkVacay3SCb9az&#10;bHhTnIaj1a0U12lm3kZsLKWGgk23AlzdPCw4Ky/NzpH05/QBJiTw6s2BvlsBmzZK310PKFUbsLSG&#10;+fdt9CyyBz59v9SEDZZh5vUPUFJ4aJYpoeLk7WgNGHhrYGtWlp6VamMNK1ANBX4VYKKB61sf7DNu&#10;f/GNPRFnORYQSx+QOijaiFW1Masv8dEzfTZ0hom3AbBlnGx47bg2SYCEccFJadnpu5kTcsCgUx6e&#10;se9c5DiqRm3MYEyDjGot+GY9MvvMzQTATDHubhWstPcitealJLx9aTlcUuCtnymYQQm76gNvcZHN&#10;zVQ3tvs0fSm3vQf2qdqwTQ3nHGVPvjUSJ8Q4TTB9qDD0BmjloMG+bB3xWp/y94sNy3mfsibiobWl&#10;cFYWxtVASB3G+vIzI/LO0GleCjl7ECZsA+2L9x7/vN1tYnl5TvZX3ntm56/h0tUrWJ6/Aab/GGOP&#10;/MrULHkVlt96KJZGqUGuoMSSk6onAB8DZZyMKOb5+ZYAe3xYyvJc474X+9bVm3V0wxY1+cDMaBUj&#10;lXFMT2/H9MwOkedK6IPPnnR2LW52alimorjVbdgQA24Muy3x1FKxtyE3uHw/ufH32BC9SNdTtqmH&#10;pRGqE6rI0fVRF4T5WfpejQAnTl+QseYJwcGXWjlmGjKj5+2FHvZs0djEdcKOPajRPbp4+iy2btpJ&#10;jXgHI9dYurmICWrir1+fw/mLl8VjZ8e+Kj7wgUewdWYci7Uevf84pmZ2IT8+QrWMwcuvvITjLz0j&#10;0s0C3YSJyYJYgTRbzDzxhc3iBaF4+3CLx55VbBLOY6xA93RkehSTE5PYf+gB3P3wgxidLMLPeXIw&#10;2qvXELY7IovkJONCrmQl25ISaZl7TESIRALXdTbOkTSRsYzcaKu6CRXLcVtWcmVsSmc3pJqougmj&#10;U7tsc638mCbgakEvdbwSpwDBpUGazCGj2iBV+r0w1ocdHmWtM2JFU2zDoN3heSTjpEcNF7NR5TtI&#10;amgbZbqHTRpzIddtssTlhU10ieq+v//2D/DUD/+BGkK6NzR3RopFfOXLn8eHPv0ZVCZm0AtakqjL&#10;6qSI/p3ZowVlvdEXWzW88P1v4fSxH+LAzk344ue+iiY9n7ZbV5phAY2Ft5Ar7UTOq+LVp/4Dfv53&#10;35LG79A9e/DQb/82Nm3ei/lrN7D86gvY0l1E/sYlObTna80LRFSiZjcAw3eKZYCqYMH/wgga+w6h&#10;+sivwd9+AB1p9EO0pNmk/TGoSb/hM+uK1o5Wj9bF86+j9spTwPWzGKHmtMNsURpDVbpfHWb/0meU&#10;TJeun+51O0BULVPjS/fQm0Jw+50oP/H7wpqK4AAcBt7pGks6kHHXZjAx2TDoPnnOn0+rNeoh7sl4&#10;vPL6Y7yCgN9BZOtt9ulk6Sc/K5bpFaiXYkD/J8/+DG+/dQL161eRK9PasGcX9h84iHvvO4wP3HEP&#10;SgwI0JgY3TyDL3zta7TWlfDDZ54R26D55SWc+tlRfL39Z/jS73wNlXaE/++7/x5vvPIqPSpfDj58&#10;luvT/SrDlxTbSp7mSSWHjx4+jL0TOzBSpr6Bw328Ir26jd33PYivbdmJv/zG/45fvHaS7mWEFj2A&#10;57/9I7SQw2c/8RvYOclrrI+VdgEV3cIqrQcjRS1zjlOPlVguWAUZ924lei1Ly21cdmgtJxRbI3pW&#10;cghIujivC+wVySATWwTknA/8KhMhaB16+cWX8Yunf4o3Tx5Ds2lEjs1y32ilg19876eojJfxucd+&#10;DebKZdDdp/2jKz23lbgXpF9i/1RIWIYFyOOKmkEzttLqSpgH28UFst76YY/WrTbCZhNRx4KAzMRi&#10;T9Y6rWns4WhDG7T49YmVgDv44IOcQEAhWtvKtObTd2Tmnj8+gUKlguLMJknPZeCGjeXaXRoXvg0H&#10;kffjfT6wXoIM7LBnH/9EQi98GzLi64LtnQWctMQmkXqz76R4wDr1FTO+cgUrEWZw0ljEU8WhMS58&#10;Q2wRYuKUA+Fs4rD1DeT3FHDXhXmE7rROO4Zf6HpFnT68d2stz2ETYzvce4ZRXzhibN+vIt1ndDtG&#10;ojY56dctIKsEjORn0+2xvVZOJMtSczjwmK+BWeB87+A5Yo1fQlgcRXdqE4r7G9DnL0I/fwaLXfa5&#10;c3uNz/ubBfA6bCXALmG9yN1bkygB+V7EgF4s3WWgr+3CO3IiJVdyeMUsz9DFEjBWJ4AgsyjptU1W&#10;DnoGi5Evt9rK3+PnYCxbLwgd09HJeOHWE23HrjAf6XNKNAdLDaAkqkIfzPXhGpDDkbplGltcK9Ev&#10;VWiNrOQ92jsCXHvldZz51XGUJ0Yws3MHJqYmMDE+hhE+2OxN0N7fQWtlieZLw3pGCnuV3o+uc4TG&#10;P1VbTJBSKelVX8q5tqo2fUAvBRwgCTmI+pviOlyCYWwKpFgp2sV0O9WrZXe5gpcxj4g3PMaOedHQ&#10;FrHudKkwcUm5SBqevsRQKaQkkKYPiGjTR7djxl/id9X3AYxSMsXQecmtaayNnTAmJVkFss2jpfj7&#10;juWUKhq0Yy9oP+OLqHTfBF0lWvnEIMdSNbXzCuCTkChKLL3jBL8YJFMOLJWEHa2yIIo7yfIziYZp&#10;WVOY4hoFGdlQmmUmlOAYGhIZtj0104mJskmkpzYMWYZ+5l5G8VALUwnAjv0Qmn6Ih1Hp2Ii+FJs3&#10;ilCCOTxJtsvRpqEk/caXidvhBZ42sgY1CvXaqhQYvAgv1q9IUhezYScqVYyVx6DHqJCggixkc9ac&#10;PW22LAxazJktSd92tRuI9083zFHB4om/TomKoRXa0FbqDbz15hw++TkjpwKWbs5m2G2RN7PngqZN&#10;qTo5AVyZkxPvYoENPydo42mgF5UTpqM2JgOsebrviZf0zeskXA/KfTPNY+q/00WuVusVwGogJdcx&#10;rob4rw0ttgf8+25apL/Xov3dvN6YNZ5w61/Xzd4qDfi9N2lsf06+uwYls46bPtCrEwVkKjDl3ehM&#10;hx0EqRQotZEs2KFca0C8wUCFIb52a+5/2nj9Flifw8ZgZN6LfDlKvG7sXdBIECmz9kmZaB3mntp4&#10;+JmUh92gtBRDAHX7y9pqENYDA1WUCSKOgb5YhJr5DKM3nEYZ/z/VT8G0QN+7n3YbAWkqPXaw1ufT&#10;rJEXp+Spa55dNnV4IzxPK/T3oCHMQDMg/dUDoSt9+S6SOiQjHzNmgA0drXsn4pN5ndim6JRXn+qz&#10;49PjPQVIqBS1MOtj6dYE1fdXWu/wIPHG5P4Gtn7gk3M2SOeGr95qocls9uYiGo0amu0Gas0a5ueX&#10;sLI4T41KA3luAqoFAe0YUmO2Gx+gcYNTzNvmh+VFwqCnpj3wI9oHfTkAZdYYmFFG9QCz9llOyiA7&#10;B3Xs3j4l/mLlwijGRyblIDBXKKNYGpcakZv5DqdWhh2RdNUbTbRp3281l0XOxU0z10/Kz4tJeZV/&#10;l64zRw1ewYV8+Qz2FctSB/B+LU2KHLJqzC3VUB0bx/nzV1HI+64+dBIhB3h1qHY4cbaDO7bNU/P0&#10;Fkoz+zG5/Xbs2v8gmktL6NH3UaVpTAUNmO4KCtUypjdPoFNr4sy5K/j2t34qKca7d23FxOZJ3Ji7&#10;gsnpLbh+4TzOnzsrB4d+sUJNhhEGH7PE5OCcoQNqhJV4WkXU+GupMUt033NFgz3bdmDb3l3Yc9vt&#10;2LLnduo6Cmh36oxsIOwI1EL3oSQ2KZHcI99JseLC3Ia/2AYz9j1LB1DEu7yTRarI9Q0+8uVxjFdn&#10;kC+NuWbTk0ZSpGvG9L01k7XdxcRpnfgCv9f99d3w5terXdIKpmS9F5UJN418j0rWwB8danDb8jXq&#10;XUZCivJaNvm/ce0qnvzhP+KV535BdegyVKeFvbt24eAdB/HEJx7HvrvupCvLi8zZjjmgSXOpyEmc&#10;VL9euXwBp449h9aNsxidKePLX/odjG3ZhZamccuHUFEbs8scDtDFwrzBG8/+FS6ePIlmfQF3v+9u&#10;HLz/foxWphA16lh+9UVUly9hprUCjyXjvjMo4ORRqmW1aqHQzaObz6NCz6iVL6O59w4UHv4sxnce&#10;QIc+U0ANql8jBjNkfFBdTf8OXUbQXgCunUL7xZ8gf+kNFDsrIoEUApfUASyPXEKore9awGQORpIZ&#10;SKmOAIcexuihD8Js2kW1sRJwUDuAwhdCQyDMNYaEcvweTmJn18JY4aT6eHGy51qrgHanLYmekljJ&#10;oCFy6LQjYZquLi/g5Jun8cyPv48zp0/Tbe3IZ/BcatN6t3j9KK786g0ceerHOP74o3js8Y/jjp27&#10;MJEvoV6o4rNf+Qpu0Dw/deYMjY+8yGjPHTmGf/PO/2gDPGo1kdeXc0p8Ro2ATkoCHCan8rj3vtvx&#10;8EMfxMH7HraHDpL+HdoQHb+KSVNHsH0GX/zqn6DR+t/w5oXr9P1DLLYCPPvt72F+YRZ/+Dt/gC1j&#10;I9QTBdID8mEF+/tpZR3gjcgufQG9jJN4+nFKrvFSvviRhCCJu6QQKGADJXodVMoVYfIt12u4cO4c&#10;nn36aRx55RWsLizI+hO5wHhmr7Xp9X6RPnP+Kro3LqEc9AQgzwuBwR5UMQgr4RlMmOn24NHn8JNh&#10;1pqO56COmbP2kIbXKfbAk/aRv4dn+1C/wGE3XXm+/IdZ1GINJv57Ht3/rpXT0n3JlXwUJ8dR2LxJ&#10;bAUilrjSc2PpvLDhhDlmQzeY9eZJ4Idx12L3hrgGl2AGN+54vPAaClnnPGuEoSzIF7qAHn72XpwC&#10;bVRiI2XBtNRppFuDReno1lxtNbdOih4lSioR7fE8in1DBQvwhJUbOXZd7Hya7rlMfBAvijKdgIxw&#10;rFMTGyvHNiyiVtCpQ2ctzDXxpyswatYTqwK+14r9CwVcc+s+p+PSveVQFJbg837A8u3ISVIDPly8&#10;bS96W0dRvnQD7WPX0Kt15Dm0tajBxUIjapvESbmXKnr5bwNjmdaRiX2H4x6WxjKHAAVMS/Jl/2bm&#10;XYvrDafkbNLIq9M1taneYZl6VISs76IOFSjMYUssZ/fdPXBAp1iz0c8KdFF5em/+9yLtgR4ni3N2&#10;iWdDTVv8Hgzh0DrQVRZJ4cMdNhbr0Tgt0BjcluuJdLm1UofpnEP98hVgZATe1BS6Iq0PhBUbScAL&#10;qxzyAm4rWLsT3nv8NKMtrg9j4A+IzUxNxvsJ7uYlqXBIF4wa/SGEzPG9wWCG2wDzRzbLKAGZdIya&#10;R476HvYkzY1lGLxIt1od+UL5wmTibSdsKB2J1EDkLULJtWiw79gCovWPwgToU7F3IJ8USQJCIIiu&#10;Fv8Rz3k1uU0+YoPMnDVyFe15kDSjGUFt1Jcyxx5nIuOM+p72ynneRCpwxYxnCyht3ztONzXuvaO0&#10;D5ZZ2wwnoJkzJbLwXLpA0i6V2Da+/fthHIjkDD/TwFpMf1VWny8LlTF9r0H0qe+Rcmi60snY4edh&#10;n01aihpJMZ7+e+O8FOU0glOXAvr+JTtWIhMDF44a6xYpnXgcKoke91zRJbHt/B1Cu1ixpp3prCVT&#10;lN+boM0vmJmhBqAh6X81Kq5XVmbFR6e+cBnzuQJG2OdnZooW9YpNA6PNlT8uJ3Jf4ZvLaek4bXQ+&#10;FbB5PxBa/+oyFc0VmrSdSKK+GSz0c0XHYoosgMjfT6i9Hrbv24tzL/8KYbeFCk321dwmMdZe7vgi&#10;9RDw3beG18brJygmUiyovr+N6rM9YipNEglhwjVA0HogyZrs3CGAUKYwTwGAGWF2CgQ0QyQwN2Op&#10;ZdlgG1Bv0teXft2tog8D7ONhv6dTBf/NAL/1Gowsiy181yCmfpcgoHIbt9qYAvXe5byDjdEtJB8m&#10;7xvF1g96Q/ai0gM/TwGbZpCBiOGm7VDDWcrDEpjXawzt65zRifJckxdZuS1XdF5fWi+gkULCrr0p&#10;nGhUksirk73UbKSQTu0z2gVemA1RNJVK0eWDnWCARQiz/rRICkfVB/0iM/y6klTZdRi4wjIzasO5&#10;FLkDtMH3NkNByMGFJQWqGbUGOF3vPqYb+GFHleZmTEhjBtgjqYMQHbOCbfKf7KMObMvs4yL5Qz9t&#10;LwbvU5JfM+AvqNesrV5ySDZssdVujxZpr7I+VSY1z0Rp4B54fMAmHkPK+sextIUJEW3a51Zri1hY&#10;nKN6rI3llUXML85bE26Vw3hpFIXxCcnqipRVhjAD3/cta048jAJ7+syHc5VCjhqEioB8Ic8rNtmm&#10;xqzXm0ee9sXRyhj2774d1ZFxlCrUkJVoDw861rrDcKIt7eW9FubmLkgDyzUiS7445ILZVY2wizwr&#10;huj7lIsl+NUqqqNT0tQxSFguVWkPL0gzxvI37bpJyXrkg2Fngs3PucQJs3QT3jh1mb5bQ2S9bT6e&#10;19odZBppdLheOXF2lq69iH07XkTlIl3byaMoTO9EaWIbbjt0EIcefBiNehfLS/NoLi+gdv0ios4K&#10;xqZnRPK8sDyPCtUWJboXtSvnULt8DVxZsCJrZHQGpmswe/GagKChr5xKxZck4YBZf0VOLM1jx64t&#10;uPPQfdiyex8275ig71gU36eOoXqlvmKTDsE5YixTK0rNopU9oGTrk1iR4yuTeBux/Dly/YBx3lRS&#10;d2orWeXnIHWiriBfHkFpZJKWzlFpgIX54nlJGKCJD9I956/tzO6tBNgkgMOtHNZsvAfpDUG/9J5g&#10;HNgepU5r+vtFzCyM3FroucOUtmXhici0J2nPnNrIybhHXjqCb/3NX+PqtSso09pUpbr0njv24kMf&#10;fRz3f/TjooSpFPLWEofmFIMK3MyyxLG1sIQTJ5/H+bd/hREayLffvg/Ve5+g5zUuYQN+r4m51UW0&#10;gi5oKuLS8Vdx+tVXcH32Kvbv2YH7P/AA9t5xN7p0Hc3ZS1g5+xK2N67AZ58yXiHbUWKGGoU5mish&#10;WvkOa3URluiKNu1A58FPo3DHYXmWofMyK9L35UK9R12w+LUxQBlSg7s4i87rP0fn9FHklq5KMrUA&#10;eHw/OIWVWUnMiFH8rWneFbQw6preCHI79yC6/SFU9tyO3uhWqetbsGBNJ2QvulDA9zDsWKCZE6Fl&#10;L7bpm/JEtQ3TEyuoKPusQyeHFOAjZ1mCtkfMC2B+7sw7ePI738UbJ09ikda3nDB1NCqe9enzCkXU&#10;2027VgYhluaW8NNvPYmnf/IUPvDpj+O/+MJXUKU5VJgYxT//0z/GL/7hO/jBz5/H5doymvUGuosL&#10;tOb4NhGWwR5u+um7bJmZxNh4GR/56Afwkcd/HUVa6/h7MsDY4gukHkFLwm6EZrfm+l0PW/dsxX/2&#10;L/87PPXtf8ALv3weCzS3cq0A53/yIr6xsozP/+7v4+DWXZLaWXI2GsoB9srRbOLDpNDV+9IHct8r&#10;Kq241zLixcprhwRPMpjR05i9fAUvvfwynnv6aVx655wATpwgy6kevmcDcpjtvmXbKK15t+FDH/4w&#10;Dk7vQLi6zMkY8p0E2GFWOPesku7EAZlW1SWhj3Gf6LzZeiK7pWujdZEDNMRWoNdzwFckv8d+sPki&#10;vW+rI3tBi6Wg3TY9c+asRujmy8hNT6OyaRPU6ATtC2UJfDQS8hAIUCky/cBaCjDAxOCeb6xsvx3Y&#10;/TTHayys7UPk8BT+DGERxgEAoZPqCvuZxmuhIPswQ3/dIOjXWPEBZnwgp1VC/IlrOPGP9lzgZ6ST&#10;3kL8GVlt6Hj+Sd8Uewdr7VR5llUX+yOqJDfBsmDDnr1/FvtQznbBMQgTm5y+xY5cn1PhWczG/RFW&#10;HFtUFnjjtcpEtqUSwBPCDuXxywo9ZnIyMMn3s8BroKH7Q89NcdiKT6tMkdaFqR1Qu26gsLCA9jtX&#10;0Tm7IkAeg308Qpglyc+IryVy9s82DMMkuAiHS4Um3nMgtgRiaSehW8yIM6jR6+s5GwDajfL2YFfU&#10;kpGwCeH678jJq0W5CQv+8eqd074wXWnbRpHmAP+dyVv8hH1cm/T3zW6IrufqvMi3rQUfprJHA4OY&#10;KrQpwFIndVEuWJuxrRMjGJ0cg+K5XC7Q9+9Yn0CW/7ZbtDZyiDL7QftUD3gJy56fsb+muVoj5x3O&#10;rjHOK0bHzAKlUslwun/SPADurddQ9llixoFxdoPnoq3rGFlcuPFiw34w7U6TvhRNZq+D8XEtqLxR&#10;Bed3FANSfZZfPPCFJYY4U0+vARV4csU0TRnECZCi+0160tCpjGQZpp/kGNNGkQCpOuVjZBLJjzgd&#10;KJN4usVIHG98xiTxxhlAJBKjaGs4mVx/LInDkFQ9oxJ5Gxezaa82/r6B+77aKZtNprDpmx1ZjLGf&#10;+hpLxKTIDeESg5GEkCAlx7LXGGakjsn7J3Li2I/Rvn8gJ8faLXRxw0mvE9C0H4mppI6wfojilxIF&#10;7hnR8M75fe8h35pDy8DnlCT6GRf+1RFDY2gSvWYNC7OnMT9/GrVVH6vLs6hw01LOU2OwRU55BPjN&#10;VWXDGanYedBh74dKBYXaKhqNeUzRhOTTuV6dNiy2/tDOvDuwxsHOfFHu685NW3CizZsR0Go1JUZc&#10;TnOYAcjPWaTjrhhGyqweWYlrCt/rj5eMeXsWrFrDK1nDAEyzUPrsXgwaHveTOZLxlPaPM3HIypB5&#10;75wzU55c67O01E3krP+UAR8ZeWi8ht1MYroG6EoDshgIJnrvXIRhgN+gdHcN4JeRQqaCU97ltdws&#10;BCA28V3vd4Yy/IbALmmAZWhacQpEtnLhWFasE+15OiBErYuB3WpQS58N10+aHe5zmTDq3oNMFhvs&#10;lcMwy34Kdr8QNEYl6blZDLufwhtiAOjDu5PHRkNYgMMPDfoMTzUIUsV5G2uMJge9/Ewi4xlQr2a+&#10;mzFYh5W79raq1GFbGtSz9hJr/UKNUbc6RPopvBlvVGWVBKqbPLO4XjBGJ16qsQpB6oTIgh3Jc3Or&#10;apLoDDNU2xyJXNYdFJr+gayJ7VX+f9reBNiu6jwT/dbe+8zn3HnSPIIQEiAJBBgMsTExnnCMiWM/&#10;O3aSttv9kpeXpJO8TnW/SvVLV1e/fulK0l2x0xmqMttO4sTxbAcMNmbGGCSEkNAAGu+9uuO5Z572&#10;Xu///7X2PvuceyWBk4a6Jbg6wx7WXuv/v/UNIfnQynijuTUIousVxFIVfZiAMeUaIIZ9q5aL87RW&#10;FVEuV3D+/OsorqyIrDOfThugLJGmJmsYiYSWhEBmdIUtAK/PDSpoedPMo0aMAcBsNi/eRO1OE7Va&#10;Dc36khzIxEgem3bsxfDYBnp9Xpgk/HsuzGtU/1Xr1MC1KnRMNWrSq5J+26TfMaNQW3mWxww9Oqah&#10;LLP+chjIDSCTyglrjwFEBi+52TRG6oFIL8WknCWYzAzRgR0X5jz4ftSrDWQ8tuRYonMuYIm+X3QN&#10;QVdNgTCbkor9Z188g3xuL4Kl15FPzqJ95nXUgxSOPDuCjdfuQWFiHbZetwvrb9qHnbfchTOvHEcn&#10;/RLG3BZuyCepwViUx2LTpkm6nlkJ/igtlPBXX/hHql1yOHjnPjzxzA+lXlDso8ZppElNTaiLydEC&#10;dt/+Luy/84BsLtbp2ihOgqVrxX6HnJIpzSk18NLUsQTTmq6bmc6w9vi8ZHPYcULfle4zGdnXGJZf&#10;YFkR7FGdKYwil5+gD0rR/bWm/KojzY2OvO505FmpfR0x+bhg6jJX/VUzqn4Dm0tvbENOr53oflmY&#10;P2ZjYnserYxXVio7imajTOfaEsA6lRjFI//0VXzla1/FpQunJVk33exgw5Yx/O+//iu4bu8e6W1a&#10;bZfqySz1NDVJp2apOA+oarGCQ49+Dcdf+Q7GB1285S13Y+OO69HqOPTDbLoqSizXvXARc4vzWLk4&#10;j+NPPInzZ2YwuX4ED77vfuy4aT9mi8uonZ2BOncSA6VzyFB9mQ+MXJO9MTmoRuYUlsI5balZM3Sb&#10;Shu2InHgPShcfyOa+XUIWN7oUSPMnAdj4oqG2aUXGWWqRs/gc99G7fD3kK3NGwZRh/30ONDOCIM5&#10;kZN9pETazeuJa3Ru7e17kLvzfmD9TmqIPbNRQOX7Mo3njPRJnnxP2/WMUoYBFM96uzP07KiIteOI&#10;b6LbE1jFvZwr4IVngC1riRNIInIGr59+DQ996xt44snHRcreqtJcxExkOhAWCDPBhDceygvLMs/l&#10;MmkBGOtNmodorsm0FJ7/yrfwyOQo7r/7Pppb0siOTOKDP/NxDA4N40++8EXU2eeSx0ytiSrLX+n/&#10;6/Tn+GQB/9tH3od9B+/G6MRWtPyG9D/ii0b1BOfh0MNK591Eh06602riu9/7Loa2TeHGLQcwXBjE&#10;xz7xM1g/OYgvfP6roNsgKaZnjx/GI0/8HTa/+5PIZzfSfNimW6xk898VcMokwosHPd2XhE3W5Tre&#10;pefUt6o1JmHwPJtKZ8XSoVZvy3P0g8efwNcf+jYWzpyTdFt+GrgfYuAuxd5yLJ3ULey55Ro8+JFP&#10;45pr9iPbKWLx5ClomsNl45EhxZYvKbjy/Ft7ELaiajuGMCL9Cm8OMftLwDMOSjJMZgkAEkaVb3tY&#10;wwB06Jg5OJF3p/jv2VZBZL+ZFJzBPPKbtiE5PCpzPqf08o/HARqtloxrHk/8el5HeJ1icNSzABms&#10;fzEDxjwfsj+tSFPlLxMi7zV+fizF7djeyDFAplLWAssGZWpl05KtlZVrnkVOf5Y/tY5sSUKpnra+&#10;qPEN7lANEM6fTmz2UhHQh2i+ddyuotFYRBmWHq8DgY7ZgsAwDMW7sWMYolLAOY5FJ603NYNTgYoC&#10;S/nzlW/kqUJeckUPLutq6F0qsl16TzKZFJBYwFBmpyXYvzNrWHR0n7Neip6JNpKTHlx6lpxNGzG4&#10;4QzmaG0tLjVE/l5vm9RZZqW2bb/qS81h7iXPRbxZENi6qCPJu+JmjwqN0Qoz+ehc6gyYsXzdsSEn&#10;fOwMVIabIcqsh1JP0fHxuE3xvMYBRjTSsmBPfseAj57xlmy02FNQg45Uglr8pCNzS+hfyOxGOkG4&#10;qZRhqnJQGG//0L0YGMxgdDSL4UGuW7I2PdSAq2wl1mBnVsY8PMMyYCjVb7ZlfmSGIsviJbzjSotn&#10;zzoaNmxxFkdkxKhWFfPhn26PV87qxTkuTw1C00Q2x2x15ObXm3WaZKpo0kS7XFySwIUK/fCOEC+O&#10;G8bGpFBjdNjXxgBXaacLToRIuC1UohQvvUYTbn1y4kAVA0eBTf0xhpgGFY/kwnEeo4pl1IZedVCW&#10;zWce1iBi4XWN80OGi53STBlhGX79KZKRlEp2myAFqHiGBCq0T7TNjOq95rYRV9bvIqbB7g1TCP+b&#10;6fK+AU5DImGA3ozVrv1o15/MCbpFYHiFeMHwbHqyOb+gl2XR18W6oRxakpTMDnkYDBG22uJnwB5a&#10;yrXm8cowQPkhhRftBHuOE7E2zE4Ib+ElBJz06EHxch4VKUxRp1dlc9QIKBQGcqivzKI4fx7F5UtU&#10;3FCj4F2U5F4vnUeGmoQkNTYrnouMM46BsXHUVqZpwW+jTI0PvRj1RloixavVCrKDWTG55sWaAWrd&#10;bFLj4dKC3MYYFQOM4HOir1+lcZ2gqSJBi1fL0IUDx6SMGSmm6gFI+tWQqg+sAhADQNYA89TlpIKX&#10;0xyqnibaSMJ0jz6y28rqXqbgKqRCxWNiDSAQB2hijGMdBFcG+t6IRPefAWK9GTDsX0LS+GY9h/pl&#10;vFdnknUZ3G8UfFRxLWM/0BuBItrMvUpf9R6ZzQXz2shCMubTFjGdwnNTsKFM6E3lDc9HoYeNEUka&#10;e7wJVV9z90ZTmvufMtUjfV0FZv+ovvGRB9zaxxELq73MNVXRZ3QDtPrAwPh2nro6kKXWyLFRFrwL&#10;dNyyYg2S7GXATGW9+VYx7bRaUziu+8NZ3gBEGz8vFYPY9FUgVnWFubGPp7vqA8K39ACRiFwspLAV&#10;qxINu9q7XX++nhPrPv9+6KUH62Ebxuj1zeNxtn+48x7NCbGwrXBx1o6KSS/DwDTDdonPEUa94Evg&#10;VI2avZXKCi7NzaNMzXBx8RLa7bp4wqRSOWE5sT9VKsUJrb4FMl1RQ4hcCSYAK8270rkBaqDSVNc1&#10;Uaemut4qCvNxIJXGjp07MTAwRevwIBW/Banb2KmlKomibDbdlvdVyhXUqiV6/xKaHAtK36NsSBoH&#10;SRSGx5DPF2itNZ5+AatAqKnnDU+WjQnTkM+fg8QkgKsdbU7KJi/L2Tg51fdFCubTuVZYAtyqYqmx&#10;jP0378FKtYVLS8fNZbX3Skuqnqk1A34f1Q1PHTqLHds2wim0MJBuiaxn5fw5zBWnsVwYwNLRKZxY&#10;vwWF8THs2LQD++59H9VfVPvOF+m+V9EoXkS1k8b27eN0DjnkxzbhF399I159+RWcPnsR+/ffjFde&#10;Pkr3g+5BOoORiRFqsO9AJz2Al156BQ89+Qy2bprAAw/ex2WJeKkl0hm5nnwfhMFB9YmkRHJggfLF&#10;HsfxjHxWQlIYYOm07TmaGpd7ANczAGAIWHPCpOtxnURNGX0HXwsGtPh1nXZJZNNKJNoNW3PrvhoX&#10;PWqBcJzqH2HduhrQF/pd6zVsIrrNrroMuq+iBEuzBgVU7y1RSZ6W5M6XXzqERx96GIdefEE2b7NO&#10;Ats2rcddP3MnDtz+VoxPTqDmmwA+z2tJ2nGDJV+ZHIoXT+PEkadx6fUXwXkJ97/z7RjfspvuRwbV&#10;Vlskvs1KHSsL86gsL+C1V0/j1AuvYHlhASPrxvH+j34UG665BrViC9OHXoRemkG+VkR2aQke9TRO&#10;MkCL7xvf06YgXyJnTKZpXqemsUN1Ka67HQO3vheJoSl5/lIMDtB729oTIJ8VOH6QRJ5BoZVL6Bw/&#10;hOXDjyE5f0Z8qXw6X082ewPU6NlOalfYdjwJJagG7/DcQHV0Z+u1whh0d90Oh55Tlr/TlGJCBLk2&#10;500PZsvwvGZliayOYc++BJT1H3VlLXKt8X8YTiUdjzKbJq4Tc4K08yPPGxfPz+LRhx/GE098H0t0&#10;PZUyASrMNksFoU+dyxag2LJ1HXbv2oVrd10Hh+amE4cO4XuPP42zS/N0jjX4JQ9f+eJX5R6+/fa3&#10;033NokqnfPO778O56QV85zvfQp0GS9k3wLdYwKUS+OlP/BzuuPtd1JqwNVWFzsMX+Z70NOyZyN5e&#10;LR+zFy7iqSefxNHDh3HizDlkRzy8/QMfwAfv/SACeu+P3fcAjYEinn7+GWzetgF3vf2t2HbDHcjT&#10;s6g7TZTomqYThl3uWw9Zbe2kZHlgX0yR9iYkxENqBOnd6HhSWUmjXVlZxsuHX8KTTz2Owy8dEX9P&#10;Scq1bCkGinheZZDXy2Vwz4/fg/sf+AjWjw9QP9bGysw8vb5B442l3g0BfzUzmiSA07PAo/FeY+88&#10;SUmWgANmazcNyAeb9soAHM0xIZuPlVTMOuVxpXI5M154XmamIIPxaXrecnkkaW3x0oOiA2URuAQz&#10;UttYoc9MWEa+EecFAp5oX0V+vHBMb+nbGEv25xeGujDTlA0P6UTWA91Cx8h4eWxxCjGv55LyzOQV&#10;z40KiI71wefjZfarAGAxP10B5WS+cW1YYhBtWDqGamZ6M74OFszjIBDjvefHwscsyIjVKpKQ0Szr&#10;LUuVfZsG7IZ2DjFrN+v9p+x7fKv+E5ahhWIY8GLZfJDwxJNX1gtLDOPH3NHGD9FXThTEJFgLg3Ts&#10;D0ljgxUBzQ4fc1LSo/XeQUxs2YD8+QuYe/kCUssNlCpNQ/jiMcysTFtPNdnjM4DFmGB6bvp9g+5n&#10;lcZMg8Yds4ebythx8MYYqxkCpxMFuQaW/Mz7nikY2wG+TgUOGVOeJEoH9jN4z6RNY6vtmPtZdY3K&#10;ss33zTPzEdtv8DWSpGG7jjZ4fXV88cgcozE6Qs9PepDqq1xagGgRnvqiybWhaGbDzBMDwYRcSPZH&#10;DKXnrDBg5qsB+8LmTPf7zxj9N9849lnp13VHhpGGFGp367Up7nQ4AAODbNs4bpHO8qt5l09SwQID&#10;UHFiaz2QFB/2fmFvtWppDqXlKpapyKm3l6jQpIeQXs8+LyPZPEYnNmFseIqKiSwtUFkzaBkNFRmv&#10;b3xHXGsqrA0fRuxc+QFwjY+I1Lccm+5zIWJ3LmEeEJFGsbmlJFrZxB/NqGxG0GtJoGHENwT0BOx2&#10;zT6oMt4SYTqZ5xoviEC89Do2uCMQ5pl4zMlC1TFMwY4TbdhHnDS+hnTNPGYGWKs72RFg5bGu0EBl&#10;f7eKKaidJL2Bk3ySxpdJTI15Km7BEqpl5453ItnPruMmRZLqREihthNdICCdYcywX13S2jXaOPdQ&#10;FhqYhq+jzRjhM+EdJR6InjKeDy4M84+fFH7ozYQUJluawWskpoFQaSV4g+mvAS8gthHSbMZqCvSQ&#10;gSm76ZyQ7CqbsGyi4QNrJu6I9wSi45J9Gcc10nAVWGBJiYmqeBIlqchITaIwOI4GFW0jVIwtzp3G&#10;HC2wl2bY0NtMi/zQua7YhmPoujuxfnI9ziyclhRBVRkR9H3+9DTecmA3NSNLGEjupAJ7BdkEU42p&#10;8KnVkc8WJD1sw/g6dBJJpHNZTC/MYnj9Llr8+JhX0G5U6FxTaCUUUu2WGIYHQjv2jH9uyOJxYMeR&#10;0y1MLb0uTE8yDCjduxOvdU+2XURP7tvNtlkx3d0j1Qv6hUh3fGcp/NwoyEfHJIsxOV8Y8qDikv7Y&#10;DpR5nq8MgKkwZKaHTap7I+VVF/jW6PW/UApXlBGv5TO4Kt1NB31gaq+tQb9UaFV+aZ8ReP+xBKvY&#10;12sw+5w+SWYMtNDd7e0e1uWPAmR2GVJ2h0l3NyB6LAZUyOpyegDJOJjXD6dFLKdoPMSYlT3X1wbJ&#10;8Izm9Ma/BBqr1rM15dp91zAOpMULIp7vXGn823YnlIs2Nv/P0ce0ZG7jwzHsIBM6ZdbA0D/NbuNY&#10;9nSvyjzGyo0BRrxpYXZfg4g94us+lp4tQFTk62bocr23PyzY7RoV7u7Yud21zHxZe2L+e471zAvt&#10;t2yYpk1Rc6yHm/H8CULGmY4fS4ztE4JdEdvViQK6er0C7d+HsuPwPHV3syJ+bmsktvRtWsR8enX8&#10;O1Q0Xzn25HzrLRltmkagbewYlPnT6QHWzE67qD7tFCDkA7sRIqW19TtP+A2b9me9eYIoZsDISrQt&#10;cBWi+VpK8egZ7thC3o3NE3xMfhSIE3n7RUAgog1Ex867vmPSZXn1rbKHEvvRcWJrsynMFV77uTng&#10;HqPZqskG6zw1wWxzUaRG79LcoqmBaG3OZDLiRyXpfbJrr6ngLouPnSch9FrYIJlMXnx5kl6eimuz&#10;gcsJveywUygUsHfnLgwMT1KTP0QNXgqddoOKZCrEm2UpWrnRrTdq8tOsl1FZXhTWBktcuEbLpJLI&#10;FcZQGBqWkI8sNXrccCclvdcVKSs3aqHXlyOG7HxvmtJI+tbzjs+93liherOOJv0/23zU6Ps6TToe&#10;lhU3q/I6h86/tFLGLXs3iTH3D4+elPHWaBkTbl+0X64AFxk6/lKjhB+uHJexs2FqGCODSQzSQj/g&#10;vA6nmYSunsbK7DEUVQKXmME4OIHC5u1Yt+VGXH/9XmzdSbXEQgVnZhcwNa4wkE8gkR/D3ttvxvab&#10;bsL8hXls3LkBx145g1ve+g6cn17GF7/+dSzMzck9YDUIg06Hj7yM3/x//p1cYzF4Z5kUHS/7V5nN&#10;Fc94eHGD6Jl5wdGmWY48phkc5fRE35eaI7BybCqgqBYfous+LGNC5rtADGyMdx/Po27ars/tyFs6&#10;lKxLz+CsxZdWvSz5NwX4OasaWRX3quQtfNUlJXC9kRAgpC1yaLE9FfZTR3SkfhACg9Q3aGosqc7O&#10;eEI0ktcszlXwve99A996+KtUM04jS2Nz3cgA9t12G97xzndi6w03ULOXkhCMukgCaU7gmp3eywFy&#10;R154GhePP00NZR2btm/EPfe9ixrGvHx3i8GOCj2Lc8sozi9i+sQJnHzpFfqeBQzmPOw5cJB+bgVy&#10;A1g6exanvv84BlZmsY56Ku5iHNkrMI2iBB0yC4QDe1xzX/0crWnbdmPwjp+A3rwHOp0ShpwvgYht&#10;G7hC75GGlA3QqM+4cBIrT/8jcPF1pDtVJOma8B3sMHLSZqZVQ/zvCiyRVE3x8fbppzkwgsT2/Ujc&#10;9h6kR8fRtDFDYpzPgI/UdB15dpU2Emk/9N4TEMA1ja92IjsZXndF2mnDB9PWG1ACkXijxa5hrqzd&#10;VTSaGn/52c/iiSeewFK1Ij6kKZozanS9+LvYbowBnO2bJnHLTTdi9/4bcN2+gwI0ZNmvjubLPQdu&#10;xubd1+O//s7vQtMcwf1uebaMv/mTP8fo6Drcdf1u1On+5rLDeODffAo3H9iDv/n8F3D84gyWGw2R&#10;k/J9eeKHz2HfrXehQPV+ipmLNK4SdMAcLNig+fTI8RN44vFn8dwPHqe+oEmXlo6PLkVjIYnv/vWX&#10;UKlU8OB7fgJDhQE88MlfwL0P3o/s8Do6p5QhSLjmecm4hn1rwJxAfOLa2jDUxDNOhLsQNhXLLJuB&#10;SRLluXZ29gKeeOxxPPm4AUWbvlFfCYjE1gF8L5iA4ZnwDOEw+R6m5xcwVypi/fgoatPTCEoLMq5U&#10;0LC9NAMvJlBCsR8gfR/7rbN/qCupyIbxlXQMNNng+VtIQe1QngaH7pubGZEAKWZya7FeYCVywvqM&#10;8iNGY7jTkGTojpACa6aekzqHWYQu0vQ+ToOOfO69sFbwBV9gZptq2SAN9tnn+VKCL13ZIBIgxzc+&#10;iMyq8qwPoWPrS/4zS+cmVhPa1K6MsnhOwhIjrCoxMJuDIuuMQu2crqd/aBGmHYuvmLmUwSUeuyz/&#10;lkAKltYyW9HWfCasM7C1Kmzop+7aQ8F4K4bzoxsGa7JMnicJZr57bre8D/xoczBUlCiryAvZszwe&#10;VNpYlxi1qrk/4odv2XJyrDwHsBxbGTal8T40ID2H6DD7jUEwldIGMGQGHK3r+aEJpHftht9qonPp&#10;IlZOXkB1poyl5ToWaY5qBgYPamjjd8n3pUqfWabPbjAOwWx2qXlcAfI8x2waMLPc1OtOJK/2Agb2&#10;XGEaJ3nsMqqgjE9kKzA+vWW2G+BNMzrOugSGhIpOW/MJS9AEtTZoXk06Zq1M0gM4kUtTrZRCNk81&#10;TJZql5Qn1l9hvcibZrAAs7J2MCoEIbmO4UAulvozWM61CB1rp2XSlz3YBmXN3WylotCFtfe1LFMg&#10;bG7CxLduq2/qAz5hBnFcV+LEGfxKi/8BT95tKaYatQ4aNMGU6ks4O38RzeI8qsUSyksXkafVdN34&#10;FLZvvgOJLF0EKg7TsuubpQulxQOi0+pIGhEX0zxQGHhrMZLPFUvCSoHsDl6X2WF2nrvSUh0xi4Rm&#10;K5HYTiSFDZFxN2qAHItB9zbgcQmliekzF8s0jSqSLIRIvDHDdOT6OEHX+6l7TW26rb2pAsQF1kvB&#10;s4udcu1OEX+RIzuz/P62zGrasuXigIIbS1fu7Zp6wBzLanRcK34OjNmyklWzVxtl5NeGuSC7flIM&#10;GnYkp/TA+taFTacfA2NkkTZRZYaKz0g87+BQEa/DXWOsluVpFS8EYyweHTdC7+PmxIEHm3QksmFt&#10;wMI8ewglx6iBGKQ/p1DIHsW5xGnM0QJdXC7RsRVsJLqH3PIcRmhRPVzihaOOZWpC0qNe5DHJqV4Z&#10;KqIqVWVYGZ2mpOMxDZ9NWwfpOxLpNJr0HFYqyxh1cgi8Ah3PBbomB2joutI0dCwY6oW0eutNEd6+&#10;OKDCzwDvBAYxVkjIXBWfEc+NFpY4gBT0hG/E5Xhr6e36/WvstQ53zkOgzMGawJajen3YdJ9FAPqY&#10;if2sv97jW50eq34UEOt/wT86Ci7qCnD/JZiEukeirS4rff5fe269cvF+MHaV++Nl2JlrhQRc7b70&#10;OtxdjU12dRZn+HyEAQb948scn/GB5UEdSvxsrYlAxRl4yu6avyHO5GVls13sWq/BvgW6nrq4smdf&#10;HEiN/Fy6Hn5v7qY7qxiiq+6AWv37VZJpCzzhX+BZCBmKXfai9U6z5xmx/OKHYCUz4et6Pbns5pGK&#10;gatqrTGmY3pp1QMmOH1SQJHssHW0MEWC2D3venh2P9XpzqU2Da/n+/qIpvG886C7+PWG9oTrs10f&#10;lGt9mANrAQIDUnV8Y8/Cr11ZWkKxtITl4iWslMqYn5vHykpJvoGBO2mkeGOP6i9ev1sNk8zKHrnc&#10;JGdyOVo70/TagglgoLG6WFnEYmkWuUQS6ybGsG5qC62fU/CoUeMGscKppfTDDBJJzaO6sFVr0M8K&#10;arVFWiOLKFNjzmdbyA9geHAQA3m22shTgTyMgYERaqZyJmVZNvFMwe45ho3GVUbbFstJ9uhqu2hQ&#10;A1jmzy0X6XurqBQX0eamk2s9NoVnoKBjfQSZWcKyGfp3aLxAzcEw3npbHncdvBW//2dfoALdlYCS&#10;oUJWvi/DDTuv9U4Ydubg1LlL8Kjhy9H6PzYAbBjLYGLAw1C+g0K6g0qdmf2zdM8WUGzU8NT8HAo7&#10;rsU7Dh5Ealbj1bNL2LbOp3MdoPqXrltjEQPj47hj906cmf17/N5n/idWylWRRrmu8ZviujCZLuD0&#10;mWl86Ytfw7/+9MdQotckxCMpIwxE9lRj1UfC6SZih6yNaLOGwbugbhpML2l8F6lRTWeH5YflwAwm&#10;cEAIHK+nH7ic/j20fYkHzvzL/xNE4J8xp1d2o9mYy4ebS4b9FTawvsz5PFcY3yoloJcp+2kt8B0J&#10;jahz44U0/uzPvoJvfv2LVHMv0bXPYoDec2DPNfjUr/1fGJrcIAmJisON/Bo15RlkPGoGO8yWq+Op&#10;x57CmRe+jrRawoG7HsDw1CTdmyo1kTmTTE1jrzy/iIWzZ3H82AlUFhZw6pUTwsLbfdMO3PHWe5HI&#10;TcCvLKB85DQee/ghrKPn8fqtOaSZeOArqkc9Gtc+2hkDFLm8uZ40cs/MzgMYveenkNq8E2UT54kE&#10;eway5zUzcxOGfZVLJNBK5qFPHUbjiW9CnXsJaTqfVNBEGTQOfE59Tkr96bKPpJXo1lXGMO+o/lVv&#10;fS+yb/kgguyAeGSF/CfXonGymcbjwumujaE1QrdGCG2QTCga90RCfvBMsi4PpmbTt/i0FiCv3axR&#10;z5gXD092d/O8ALfecTueff4HyNO1YvC/Q6/J0GvL7CFGc/Vdd9+Kj37y/8S6DevpOVuieSwnkmSW&#10;ULPVUp3miK037EWS+tJqvSH+nmAQY6aBcyePorhrP/KpBKr0rBUySey6+x58YnAEn/uDz+LI+XNY&#10;rHFqawNHHv8BvrT1c3j/+z9N40YL6DTTCHCRXvOlv/pzvPzyUbk2bfYg5QRiDpRo04zSaMtoPfS9&#10;r+P2a7dhYM8dSKcdJMa30X1gkNQwcSVNVcFKOXXUG7QN+imhS1o85Tp2w1KL7J43wYrlCh771jfw&#10;rYe+S335svhIgubNDoeycKgIM9roXk8MD4jVwMUzS7hULKLGYGCphBcefxYr7Sr+3Sc+iUypTv0O&#10;hPEpISCeFylGQj99JdLqjqzBDDKy1Jptlxp07gz8Jfh5E3YYrVVjwwjyOcEFmDHOoC6fg0fHw/JK&#10;Hn7ca7G9g263RCIp62BHtiDoNEy6OIN6DKoIaYjBn3DNDOtSJgSlIKFIPgfZdFrCBOdEd2WNM5Is&#10;U6e5jwGkfGGAZgRDljIW/K70tR2RkRpfelNvmnmJmeMhycGw0qzVmN0wF0DR6W4ia7sLG25WBlbW&#10;K1ZVFh/0XM/aKXQDR1XMj1TA1ThUYdWaoedsyLKW5F573OLjaolMyqr4oqRez5CXAgH4jJyUaw1+&#10;HAXbsGxNZp8pjV6TBKW63tKWzKPFrdHUJ1FsgGsDRsRuQjLCTT+bTgng6Q6OY3zrtVhXX0Hr3BlM&#10;P38Wcws1zLNXaTNAnY6rSPNuRQBAVzYKExJoFcimFq+BZk1jEM94O/IznaP5M9+gmoMDdFxEm7CB&#10;XBvDCG2zlyYN55IyG/MSJCsegTZM1Sb98rzWsEQ6c387GEiwjUOSapg0clQzJWm8OwmDmzGAzOfN&#10;QSIJ+pPxLkPWgWUyh32Ab4lQ5p5xSKn497F8mOZur9uMdiVChgkV95Hpwlm9BrYWBHDsJBz4MU2L&#10;AR98CbpwrP8MrEuXEhCkwr4FjTpqVGxVyiuYnp9FaeE8GjS5ZOjG5ehGbNt1E0ZGRzA4vAX5oSF6&#10;oOmmemmRVDrWW6TT8S3VOEzO5YKOeWCqZ3dbaLQ9jZQxHnUtMt9tOpQFpeL+gUEP4CHJO0GnB+Yz&#10;cdKW/hqZafsWVTcPvUhuGZEOzM6DqdZ5lzNpgD1lmBwqxqqSekMZlqKWyHiaeJL2GscfdrvbAKZI&#10;a7tTy75vvIPoWeaPDftwleH5mc/wZVA6rtttlizzw0iY2xJWIgU7D1ILxoj3BEJmCOPGTdOEB2ZS&#10;4HRcbU2MQ+ZP0COB0tb+RceznuX3bkwqGHoHOXB6RRbaGpNGoEN/Ex1cQY4VpryFzZRF9sU3oiWg&#10;XybLqUtjcDO30M8kMsNHoc68iukz3Hy0kKTXV2tldCavgUpk6Pzr2LBlHTUfQIbeP3txAT4X7nRP&#10;BmjyZwPNTDor8mGRCDU1svSAJ2mxaqoG6ssrxtfAy8Bp1eB0rI+kvU6hTD2UtYjkPJQnh+PRGlqZ&#10;XXK3y7wKPSttynWYrKdsY6gRsn2Cy4Mk6HoC6iv4rK2W/+mY9DIufdcRuBxvsrXqFnaOWvuIVrHE&#10;tF69GbGGl12PD+UbTqL95wNi3aTe4J8FNuoYoNoroL/8hkxcaqre5Pcp6Ms6F0XssavKUteQ9PaB&#10;laHB8Gp2o+phKsXBxWh3Uzl9ifG9/kvxT7maqbu6oh1bd4MIV/Nx006McNYb/nClrJmuFDlkCKor&#10;A3nxv7taOu9ax6jevOY4roBelVwbH3VXiiF+A599eRbmWom5ek0AsH+KUqpvxnLsjnfoQWaLKH2Z&#10;z9KOQtf4Ln6sXYayY1UOTp+IWAvD0rdgn4oZHug1x5N8AhfdTr/YuFuLdL1Fwz0XUwdE+GYUZqNX&#10;8Zx4TkjxrjEMS4sZWzzumrUa1WVVnJ8+R2tWA8WlFVycPo9qtSbyWC7EuRH2qeFrK7Nzzw1GNpdC&#10;NpMW4+jswAA1dTk5ey6kOdmyxT5h1PBet3kXxkYmMDI0JWEQvKlXLF4SpoZsULapLqzRelirUC1Y&#10;kuTLJv13p9kUkGaAGl32wBoZnUCqMERFcgEJZu5x2EYyLYODVR1ekpUNCWGRNAMjZmbPpKBdQ4PO&#10;63RpHvXyEjWDDWHLdFqBFO5+pya+d7BBESLjo3qTw+Dyg3nxwBkcGqTmLo9UbhSlmQs48+pRvPPH&#10;bsdTz70Eb3IE5VpblBMMJrmJhACHCRvykWDWkackSK7dSWBmQWOx1EQuAezcOIThIWAo7SLRmAMW&#10;noW/MoPXTjyN2acfwa1vfz+uueFGzLx+jGrgNtqpGnLDwzjx/Cv47Gf+EsdfP4cVamw4UdgVGZjZ&#10;5GafrWy+IKyX7zz6OIYGs3jne94toGOpXEYmQ+fH2hc33FzmxlZbOS/sBqIyDDdWxbAflu/S+Q/T&#10;9cgjnR2VmrPTDozqQNmxu5ZFDEI1TNDDcP6XXne7nx2svY7CelFxkyRpypDGrs33jIFsrqesATtv&#10;qjeqJQlykcYp0ZGabGlhEU9873H88Pkf4Aw1lwOpDtzUIN6y7wb82LvuxdbdO5FOjUoKaYbDINqK&#10;6saM1NCXluZw6tDzeP3lpzCUaeOWW67Bek5HTgyh2anT9cwgoHuzOHsJc3MLuHh2BsVLF3Hh9Gmk&#10;qOPctX83rj9wu3hQ8kZC5dRhLJ45DY9e86FBehYmUyzikfljhe5hioHKJD0XDSXm8C49r4nN25HZ&#10;+xYUDtwDncyiRWMyyc2plxdFkdNh9Q+n/Lbp9/Tfp46hfeR5OC9/F06jTc+FiyaPF5oXEh32Gkwa&#10;tRTXpIwae1Tv0kBsF9JQ19yM5J63Qa/bCp+eUzHcSWoLFtjVXBkNllgeOMoCDI5VnAgp0SZqGtmf&#10;IUH4Aiz72tRG2u7WKRrrIr+XwAWe3zIC1Ji6siUJ4XtuuR2/9isp/P2f/jEOvX5WfMEGBwaRZ/nw&#10;QBYHP/ARjNHz5bMqiK+JEHZNX8xA2QrNT49+6+solcoyhHme4Aa9Tb1BpUm9b6tJjX0T6aTxWUvR&#10;J226/nr8zK/9Gv72T/4ITx49Rveafel9PP6P38HC4gIeeM9H0Vgq4juPPIpXjx1Da6WETqVCPYZD&#10;85jxsWTz/4Es9RzUN+y+YRPu/9CHsXHLdTSvGICHD5dDSzpBr+rDt9LIsD6THoHGpqiEnEASPU1a&#10;qmefZSWhMWODdE1cX0ANsbTicRIkxJt8amoE23ZuwPvu/wlMrr8Ohx7/Hv7uC3+Daepn6oFxgO28&#10;dhHJ5ddoXA3AbXkSlCDAGnvvOUkZRyw/hCW9hLZwbtIo1Hxak/x6Q7zRmnRMiaECkjwHDxdMz8LM&#10;LHpDkvtTbUgWvHnEvW9A17bd9gUg8631lZt0pWfl3l/qSi9hAoNgGPrdjUiLi/AxSSpGYBh9gQmZ&#10;Uk1eB9vy2gZ7peoW0syMazKgrwSr0LBs1FAdFRiZOazs2XFNn839rXJC7CVmdeI4XYWOtrZGQRBt&#10;yAi24ts+nRPvPU/8DoPAAnx+EHn6SyiIo1a7HOnYtq9VCDgGVRFiiaRgW0mwtpuDrg35MsHsgbEZ&#10;sZuH/G5Rbvq+ZQvac3NMSq8hgbnWtw/G7y+W8yAAtVUF+q7ZdHIdZS0TuqQPDq4IfOPjyOfPVlya&#10;PWnZGmFnAevX78Do/DSmXj2Lwydm8XrVYCMChLI82a6PrNYT0rDfiRRqisZRgSbPgq+kn+clISkK&#10;TyXMPd7k4TCTmuJEXRgVq5AFxLRMCAGyznjW8obZfhy8weQnCeg0vXo1aCFP44RBRC/tGOWmw8Et&#10;TWTTKak/+Vqy9QirCvga6u5Ob7QZx9fHcbthLWKD5hpWK7Nzvd4Qht4mWSYFHcQMpXWMdaHsg2BS&#10;aEKJXpgCa5pALUCH7L9IEdcWPJBPdoUKuJmlWSwsz6FcnEerXBMvs6zbwe7NuzEytYEKwxwK+ZTI&#10;F910nm5MUiS/TBVmDwW+tC1fRVpyA1bSxRTzVl9008m0jvyhpEhlhDn05RM2XCcyrgzR5DhwFIF+&#10;PcBnYKmdIf3Vatb7i4oYQyXStjuuDaLo6TZsU+BKslwKxhjZd+wKZ5lu3WeRi3Mlg7zjcCHniURZ&#10;qK+O8TFgqmpCmd0BocjyBO2muufEMmpOARaisW/knmFIiqDRgQVDw8HjR4gxP4K+b4FchEmSxqch&#10;3JnglCWWdUgjLtWiARQjHb6dsMLdnDBhVnYC+HvtDoG2lGBlvQl5z8O1MicRigs92jGo/GW8mHqJ&#10;EAZQVRqRx4CYl2ojyRY42E6GInmgf/LuED10BQyPb8Dkur04lnoR584ew9LcMlqL8xjdV5DC2G8v&#10;Y7nKrFWPGh0apzTxLC0tyy6BHDMVH0kGTflytGpyS9PU4GSoceFkwc70ElqBQ++n5sWjRosKhYTK&#10;RqWpyJzFgN1o9IPQm8kxfgQ8IvnaM+NQQh/RDc+J7+hE7JDAj0C+iGljm9L49XPWAKV6d1jjv9Nr&#10;MqxUPwwTZ/Wt8uLqfo6/hvzzjbC/1nrPmkDPmtGc6vJ//yZYdFdi8F0pjOTNgSOqV6aq1jjfuHb0&#10;DVynN91YoR/I7ZUlh/LxHm/BfpAtdh5BGDYUC0jp2X2Mf1ZPEoW6yjHqq17L1dfCkd3ihIL1WHOM&#10;j0K/lF0bGYIr4LQrwVXhqhqfmUzyrr4saLVWsu1aw27VYYaIUPinTejtB/yUivnZhdoCjctEocSk&#10;b2v8NZ9juDz1MP3D47Prl14j0CME9a8I4MfAw6DPX3YVmB0LIImAN3vL9SpwUkfXXvXsSqiIp6/6&#10;kn3j1zC4AliMPq6/ydsyO/86AqTtJmn8XFW4ARIrxKFjhxaXJMfVCV1WavRax4mqucCmXgeWARPK&#10;PcQ43Sh6RN4q25JUdF6YnkWtPI9yrYqzs/NYKa6gRs2mmNvzZh9LW5RwJsQbjgMimDXDkpNcLosE&#10;1WrpTFYK72q5QgVrA0laRyfHhjA4dD0mJybNRiQdz0q5iGZxUWR97Iler5RFJltZuoR6o4pOo4QG&#10;B27QOQwODGBiaot48OUH8sgVhuEls2LkzcwPh0FLSdNj6V9C1sMy+/dQrVmu1lCsLYoEuVVZQZMa&#10;MW4yOSdPrjPXUSwBEiN1w2zh5nMwP4jC4LBIkLOFQWTp/Jg5xIxG9tniXXY28l6/eQrX33IQw9/5&#10;R7ztzuvxuS8/jhePnRSPoQTLNVtcEySpQW8hybv2mQzVAa6s1eyxt9wos3EXpobyGBydAPeOZ2Z9&#10;pNMK27cNYGjYxURLYal4FM987gU8lL4W93/kEyj5eao/gH/8/J/jmeeelNqYa+t00qRD+rbudTVL&#10;Jzuo+S0J8UhRHf3o936AY6+8hn/7678sICTX6Qz4CsgnvusdA6pY2ZFJbjMJynCyItUtDE+ZTV6x&#10;OFAy9QirmWo//jwussIU3+i5VrqP7Rfz09T6Te0NXDb4qWee7N8O863VUJdl76l436ME6BM1Ctec&#10;MA2ZXMtECk1OblRJHDtyAg9981t46fAP0aqV6H562LVuHfbduh933HMXxjduo1PtSJ3e7tSoFM6I&#10;bC1olnHyzAmcfPEplOdew+SGcdx1z0GMjmxAve2jwSy1egO1xRksnJ/GuVMnMXtxmsYujZG2wujw&#10;CH78fQ9gZONWpLmfqpbQPPMqMgvnkZmZxUiC61aNBl93+u56Q8vGdYrXJx6vLEUbKSBz/QEM3vsR&#10;6MFxqSnbLMFm+ZpYLPE16aBCz0NapeDOzyN45ftYOvQIgpUZ5Dh5mkEg+q562xVGFL2YGu2EACBZ&#10;ami5GWbPND2+Cf6e2zC8720C8LU54VKYpj6YN+MH7NtmEjJdGCuMgAFmDcvaU7HKvfuPqxADB1yr&#10;bAkErOMNjNAzq0zHde7cGRw9+gpK9Oxn8jlMrJvA5s3bsXFyHEOZFHbsuwH/5j/+J/zP//RbePns&#10;GazQ+eX4njc6+LP//t+Q+o3/G/s37zTps+KrpXHytdfxT1/5Eo4dO46Z6YvssC/zY7lWE0Cdn7Uv&#10;//WX8NKhY7jr7rfhzjtux0Q2S/eF6nsaX+u378DP//v/gMLvfhZPHnoeNXrvpcUiVr7yFI5+/6jI&#10;66uNpnwmB12Ipyhdu2zGwWAqhS3rJnHzO96Cu29+KzLjE0gzc7GtxCs18JO2F253N4V0vG62raiA&#10;CEZGyNdXEsWFtdgxGxE0KXPyMJ/3rffeiz17bsLX/vbzeOTJp+Seb9o0irvveycO3Hq3BITId1GP&#10;ue/d92Jicgxf+/uv4PkTR+G0NT5w9+00nw0boIueB+iE9PNBm9mBhmgim9dx/2detRiI5N610TQk&#10;oRzNnRvWITdckJ6WN4hEtWYTvh2J+g7QrNPxt00oFa9XXjphMAJ01WXc/3sis+wGa+qQNBOuv4Gt&#10;Bzzrox/YoCteA5koxGEfibZJ3qXzkf6YxkCrVJE1iR8SxzNhTypkcsGGPyhjo6JCq2VlwiJEtqot&#10;iBazXRIwO0z4tVF9guf51ouPgW+aEwQgU4bMIoo53rTRvlWlBJbKpaK6yPT4Tjeky5aFvq3bleN2&#10;vVLtGBLlI4yUNPTUjsIiuY/uGMsRmUed3r5QktvjPs19pI0QzJNa0nWFJcgEKZH32t5A7qUyQSYS&#10;MsOEKdcEk7luBk7eKAk9qhNSo5PIbd+NgVtncPvcLCoXFnDs5AKml6uosiKB/Whp7mXPPPYVTdHY&#10;zHCiuGPYwnz+HVGTBxLi0aR7V6P5tZVwDPGJ2YBBGLSihOEn58HPl6PEHzCwFi1paiQGkwm5jxyC&#10;VKGJjv1MO2HwHQcd8RwtgW4u6vRMZjKOjAnGzzzHfKdweOz3yH1yY0Q0C6byayX4g30tXTExC6wX&#10;Ta8XRmS2C9XTeIXykhB5tsChocMrt0tNtQu9UD3pRnASTpOKnmbDR40WszlapE69fhyL02fQWlnC&#10;jtGN2HTNLoxPjGF0YD0COkFOT0uw94dHiwQtCDnXNzsT9Dv2u3AcjvROGY8I36TEhC5Pvg6LbkRs&#10;DNnF89Uqxo8AUrEdf/ErDMz+o+sZTb5J+DXfLxRox7UsxSgT10pug0ga1fW014JSJywwZdrATld6&#10;o7spbgygGcqsjmRSWnc9pZQ1FOKHuNasI+EwqyttGVrW0F77tjENoiRe2Z30OxHDElYO7ISNagjG&#10;Wfly1JCHkt8eWZupjkTm4saE3jHvNaY4cyGsxRWzSa8Vx11zHX0VsRHDBduEKtkYcp4EeVFgxN63&#10;UuVYmlCPoWgcVABiPnRrAxJQ3WCUSE5qWYfKMlGFOSkXJmPug1MXT5sUhjG1bhTpg1ls2DqEF3/4&#10;AzSKNYzwEdEDX6nS+TQCVGst8cFZvDSP0sICfBr3uXwGnSpLh0wwh7Y7Huw9kElS09FOobG0QufZ&#10;FsPWZJK9BurIOqPiz+hJURqaprKxq1kUxFA7cKzhexCZWzvye8uOC5ldMdmtacB7ONz2fveCaCqG&#10;IfUAOKtiLlWMNYeu35aD1UDPWum8fUaxcXl5XI785v9ZLZ+9athHd4BcFeaKZ/apKzIMVM9xXIll&#10;duWvDNYEHUK56epwU/XGZcxreNtpqFUGvlcC1OIMOh0t2rqvVF97PPiWRRMywXHZZzk2Bvvl2333&#10;N+gBYq9+LmuPDx2TSTrhloHMEdoPJRGO+L4GfWS2/v/vCbZZA/CL/7+juj59V5KwxpnOIdDX//dX&#10;GgZX5991n6H4+QQ63FnWUQbQWozDkNtmzumNya0vzzS9iihQv3EGZVxurteSglu5XxBLDw8TOIM1&#10;njUjeenm43Hx51iudBQuwKBJEM7BugdUDEusiKSnu7v6IRChe+bwrhwxGvvxALUooCsE/owfq2tZ&#10;3eE2LtsCsbStQnVZcXEOxeUVzK8s4tylGWH5sas0b5BmMrQuZbK0FmZQ4FTbgSyy1MAmqBhnhpiX&#10;zcNNpqguaWBpYZaaOx8TI5PYse0mZHIFNKlmW66uyCZavdaUNMgWrZe1Thm1lWUsLRXRKJfRrMzT&#10;tWtL7TfCQR3USOaHc8gNDBq5aCYpTTczLITFY9nqrD4Q3zw6j3qjjMWlOSzTedRrVZTLK1Rop6Wx&#10;TWpm+yVRbS1LArBPPyzn4b8fKIxhaITOrcDecwVkc4MC6nGxzM2ba/2PTOPog3kb1XYCuWQDd/74&#10;x/HQl/8Q/+W3fhO/9f/+dzz/0iFZ+1OJFAZyGm+77TqcevE8yi2XjrEjzYTsvINqXNXCzh2T2HfL&#10;QXznIfZsY7ZjG08/s4wNmysYmxjC6OgG6OQK8ouv4W9//7ex/wO/iD/9nd9FxlkRJgBv3nq2Pue1&#10;P53OoF5vioSZ69UkbwJTfTU3v4DFxWW6Rk18/ctfxUd++kFhV3qOGSc8HhKuaSJNvdkx6g/67Ex+&#10;ApnBDXSfB0zqL4ducKCHa4I9eFzx+OCmM5SgXY4rHffS7VqIqDdtwfCjbVh150VhloUMHx5TQTNK&#10;BDXPSUeaQfarYlD6f/z2f8Y3H/4nrBufgNdsI0Pz7XveeTfe/a8/KSmMotzgplAbI88cfVelGWBx&#10;7jye+fqf4vyZwzhww1a89cMfEpuhGj0LRXrOtEpANSt49tEnUFk6j7mZM/SesiRg77/lZrzl3neL&#10;XL18qQxdacBdnoZ68THkqb1MtDrihRXUWNdjJ+daIJYxLW6WxUMqwPhd78DAfR9DiSWHgScNKXua&#10;52jtWuY0Uo+t52v0iUkM0DhdeeIfoH/wD1CVFvVfdZH8Bq5JGG92jHc190f0IIh/ISdOsm9Ve3Ib&#10;Enc+gMLOfQiyOVQ56Ia+L8d0004DLe6VXMm4FdC9u9I4xh9SWcBDWesZJ1SVm/lV/Eet17wjKdnW&#10;Y4y9s1iqTN/10De+he888rBIYevVinh6jQ7mBYRt0PN97Q178OBHP4IbNm3GyOQUPvUrv4rP/eEf&#10;4vCpV1GiPiBJPevizCL+mn7n/PIv4cbJcVyYb+ORb3+NntFvo7hSlHHD7DOw7xw9D6lUwrAM6Xjb&#10;tTpO//BFTL94CMdeuguf+vQvYoCeSQYD8kkaV4UCPvzzH0fwFxUce+EMzlolWK1alduXSiaEmSby&#10;PZqbCimab0dcvPO+t+MtP/YubBgaRZXlxOmsrEtpxYBYQgIntB6jOWDRWIz4ge37wh7BMz0hEwBp&#10;zmRfwEq1jrnZ83jp6FG8fv4CnduCMLGzQwOY2roV+w7cjI0Dm3D/xz4GPeRh89Q4bjh4N6YmN9Ec&#10;7KNMPU82w/PqMvJqCFM33YxP79iOkc/+HrJ07/ftvw5pp4NqkdnInrCkGYTuBCbNltN7xdrIBgsE&#10;DGQLvuDRgG6iRf+fnpyEu36KnoGUBLQEwuxKo0XXWayqaPrhMAKey/hZSDNQqUwqbmgxpizZQcIr&#10;GBZzjKQ4QGiBpHs2JP2wZrTBRG5osCy/6xiCEwxzzrEFB1sZKHq+GOfwmsz0c6yvtLUSM1tv5l7o&#10;cO4LVW7GXy0M0IIlJgVmkYvIGhKoBOPZJrJf/o6EJ9fReK8azahj1VEhQIfAt+Cb08V07Ia8acvd&#10;iH6krWcer/1BDMxTVp3HfTKvEfy9shEYmPVCjpfn/7BuUqHRk7agZGB/aaooBX3Zmi7Q3a4iDHCF&#10;rYv4WGXNYlCtbXoGl90fGVxlsiVdC4/qkRbVEelMGqNpGjdTmzG4t43xm86jeuoUFs4s4eSpIhap&#10;xklrZTIBGOTj2ls2qxncp2eSpv8aC+gTxlLLt3gM4xkslfW9rjyen/3ANcy+IDBeo6xUHaZnn9d8&#10;/rftJST4qx60BKRkn1iWEwsbv23wnzbjW44b4TPCGmb/Pd5002a8ta3EmVmxSb7/lkTliqTaN5sE&#10;MCxkL6KFCttQRSbYoa9FFNcc2xUPm06ejH1pypTs8ktQtZ14jb1qQkxMm40WGq0ApUYd83MXUSkv&#10;008dpemLSFIxMjUyiH37bsTY1A64uazcoFTKMu+Eide2DKSksAV4sHo2dS2w4Q7iqWEBSJksAsNw&#10;C6xPHPueactWcyOfI4syh42lRpSGaHb/TPvMRST/P1883zeDni+qGwTWe8ywGwMr+dWW8cilp+wS&#10;0jVo86TMrK6EG8mDjeeEEl+M8PGHPKi+eEII0MoTswkMF2q8xwCYgKodKb80FxtpVwIy2COjXa/Q&#10;AtGkIjwwiy8DV1ZKzEWZaPq1eXhFQx42L7HEU4ld9w3YKWi/a1KEYKPCYRFsWYAFWXetpDdsUo0/&#10;D79WYu5bVMhwI9wyWngZqIymW/NOiZq2jT5/TJMWTa/DZs+GEerG6HmuUpH0M0z0iRIHVWAT4vyo&#10;yder/LF6Qxf4XLm46AhjzrBhkq4JFmGmA2+SMxOBPyyd8eT+DlEhky7QwpMcxyWaMKYKo0gVBpAt&#10;e2gkmjLZm93tBDU+TUHq6ZdU2KVRowWN09BaNDpcVaKFsEGNwDA9JytYCPJCQ28nCib0xC/ScWwW&#10;6TazVQXws8b9HKrC6Ts82TBFnX2S+DrWG4IE05hISiHOO2hBGKZjn2W5pzaxrIe/Z01b3RidKFiD&#10;hbUK4lFrZAKr1Ul2V/aXC3rAphC80qoXzFJvEKaISz4jUoHzJpqDuD9g7JidPoAgDmSsxXDsgRR0&#10;HxPvDbIXrsxc0Kt6GH2ZEI8rgZw9oGDo1RQH8d5oQ9XDMuwGd1itf4zh0SvPjb8uBAnl/3Xvve5h&#10;c4Q+TxYsDpnWof+TAed0X7/Zl7gYY4j2WFTENmykUBMw2sqNlEnKFlmm7MD6a4KISnxpVNeS4ApS&#10;1MAOdFdpxIOPowANrdB/i1bdjjUkuSoGrunYBpixaeiCTWveWhuS0SuJu1xRpqLrrJTCWlzLKHUz&#10;NKVFl3hqNnt62b8KcZ/BtWXjlwP0dIwFv/q6925W8HGJQtFu2EWq8P73hmBENKDsmqPDcCLVd827&#10;CggjkrDAia1DTA0VG9NQsd3zbuiJYQf2JriEQKEJPVN9LNho+9H68tk5QeokJ2K0C1uPPeXaddRK&#10;ZUzPTuPc3DwWFmZRXimhWapEc2CCWenUPDlsiJ3PyuckYEAgT1QXCVQbtM6X52md87FlwxjW0TqZ&#10;yg+hQTUL27T4bKjOO+m0TtU6zLgrYqlYRKdWQWVhiRryslwfNjAv5EaQGx3B+PhmCfhIpFzk8mkB&#10;tMWIX+LLjBcZyyqZrVdrcKDbIpZXFoxZNzX4XHOl3AQGU8Mii2m0qmjQcbIMOZXIYDBXoLVynXj9&#10;MSMxzQzFfIG+j9dPDvVwxX+QG5pWxygMXKsGYUlmic6DA+RKc1VU9CUMT2zA3375j/Dg++7CS0eO&#10;UAGewqbRHLZMUN01X5LgEw5QS6W1bNKxxJnVji2WFlHdcHp6Bi06D2a7cK02vm4dtu/Zj703Un1M&#10;jferx1/EdHoawfHT+Kv/8R+RSvqh8Ynwm0Sd4JiNXq67GZJk7+o21QWD42NUOpaQLFVRKi2jTH8+&#10;+vjTyI/k8ba3342MnKsnflfS6LspMdnncZRIDSGTn6J7PSA1XFusXSCblq7drHVs+Jl4LUf+16s3&#10;79Zkw65VQ6y5vjtr2LG8MZZfd473e+YTSQAVo/22NL0dZqN6GWGHspKEJV+nTx3Hww8/jMOHXsTy&#10;4iI2T0xgJJPCLffcjZvvug17b9pP90wJCOFIsEJTmq9Ko4NTLz+Hl555iArwS9i0YRPuvvOTSA/n&#10;aNxqYYwwELt0/nWcefkQFi9exKXzC6jQc5Et5HHL7bdh2423YnBoPZxaA5VT5+HNnkJy7gyNpyUZ&#10;xx1tlD5+K7DTqwUuko70Ze5EDslrd2P45ndDbb8JFZbec1/hcqqkFl89VkixD2emU0d9eRGNV15A&#10;k45bzx5DIqhK/8OqE3ke3IwAZp2UCX7RVNd7NDd0aEw7k7ugrtuP/O7boIYmBNQTiR6dY4YBMGla&#10;6TOYXcQ1LAPvSkSycq1969ll9jQDu4FlrAuMN193fQmsHJIZfJm0R/OYxomT03jq+9/F6RMv4/XX&#10;XkOL6u8WNf28WZ9I5sEWVkknhU6lilPPPIfPvP4a9r7tHryPfnZs34JP/cav4y/+4A/w2HPPSM+j&#10;6JxPHz2Gv/y938HmzdfgpcOHsTgzI000y97LzH5MKKRprkikMuLXN0hNfbndQIlBKBpbLRo/h7//&#10;DH6/UsJ7P/gg9u46QPNxS9h42fVb8fFP/wa++cXPofLw4yjSc8fSY0cClBIS0MWg0pYN49h3cB/u&#10;fMfbsWXzLgnuY/c+9okTlrbIl40PPjN1vaAorKJwzItfvNgwQdg+jG/zT3F5Ad9/+CE5r5mLM+LJ&#10;KktNYEApZiWnUs/g+1/+GkY2b8bNt7wFb7vvQUxObUaeE5ldU/8WcmnDJg7o2tLNHKHrUXbG8N6P&#10;fQLN6RPI0RrBwER2MCP3rlFrijeZbrWNxJTP1wn7PbuxxcAJ90M8djZtRG58FG1uyJhdzlYNnDRK&#10;10tAOfqcRr0mr2cCkOeagAoVJbKGiibXyGfteumjG0rZVTHEdEi2L2UNp2NxkaivcYytFgOy/F2u&#10;AU4EWOHP4+eJAz1k/GVSVvVmwBjW03FfKCpEN9bT2ipTpJp20yYMAOzvKkK1oHmba0hEyrEpuN3e&#10;J7CbU1E7ZlVx2ibUeoJP22T60E6HfUpVwoQkxupt6ZntZqHnmt8x48zISN0onZjBPgbO2F7Dl3VB&#10;Cx4gARzWy05bn34BLhmMdcx361gR5Vk5b2DVcYENkPRDyxKb1C3sa7n8jgDYqUQghBs+rrSMe7rO&#10;yaQNpUkit+UaZCfXYXR/CRPTs6jOLKE4U8TKxTLqdZ/W8o54DTbo/csc2sIgn3ZtEJWZp3ijX8BW&#10;xxRZKkqjNtgZk7tyNAfnWOnnms0Jtojg+oUZ+C0JI1XWMzncvGDMyOBZXBc06PUpS/RRotrj62ts&#10;x+R6WiAjoQzrXtZi13j9sexX5Ou2j/aCSDzSa/Ks+v2Swt1neyNC9oVn/Wu0Te9lQIkXAL7hTdkt&#10;9nFpaQaXirOoUIGxcP48FL1mfGgMN+3YjAEqBocnxjA+uV0KLSepRL7o2HQaZf3IhDZrG8JA626K&#10;i7344WIvFymh5TiU9X5T1kOwl4FiXXHEr09HyazhE6F1F4kOk2zCxkOKdPvgRw+VMhp2w8d1ujuW&#10;gWEHulE0tTkGMUL2jdllJwZYtmzMOd8s9nFwvDQNFGPcp+2i51hmCQ8YToDiBCIZ6JwGJUlLZlfW&#10;1MMqMkEXL0MxPu02+DqeoCxSXteal/d6MxrPMbdHcudrGzOo+qRijmDUhi6sjWEtF6/s4RGXgUcM&#10;UvsdvpX1QhvAlic6L2H9HsOQButh2PV8CaPhw52QmCTDmpLqMLxiTaDDkQItYpepbpHJRQgnJrnK&#10;siS5xZCI9gQtVAPIFe7A6MhGTGMZmVQBNZhE3JTK0Xva4md0cXEWmUJOvI/EINynY2ED2naN/l5R&#10;g1OX1EBJOkzOotYqIu8MIkPXUxiANn45sOi94rwZxMCMILDMGmo86k0sledQWb6EqfwGKhbHkM0b&#10;A1N5rfXPdBwVBar0Am4WwtLWy/EKjLreolr3Fejdgv1KbLqrcvKU6mE2RQb8a4AP1mIbV3Mg+5Ek&#10;q6u8/VZByD2ebHHvidWA3+qAkav5yL0RKVO89YmYnBacivwP0e9FpnqAKVzmDC97fH3n3c+9WnXf&#10;w5VJq5400f5rE2cFXg7MXXUNLcAf/Z3qfeb1Zc5PrdF0BrpfLh4I4B8HcVSPsCjmxagd62eCaLf4&#10;ajy2IOZt2I0dMaCGq0Im+NUBwysN3R5ZaFyGGwPp3sw/ge4F3px+jzxcVf2+SpJ8pfNZ6yrGXx+X&#10;LAc6DGtSl/mkXoAz7uOnY/6K7mV8/7q7GUFkmh0P6LCZZUaWYQFVYXIyEMCG6daSoX+OjLOcRRmh&#10;jMl1CBjq+Dyo7Saj6jKroXuThxW6m7XKMhtkndVWhUDze6lWw8z8DJbnFjA7t4hzsxepTisKk8Is&#10;74ZS41It0ml2xJCe9xtTzOhLF6jhy8BvsFy2hEIhj+HJrRgYHpfao9xpilcftwtcKHNNU6020C6X&#10;UasXUZqfQ5P+m3ey+Wg5zKMwMILRMWbzjUKlkshSk5RIU5HOG1sqaWU1tDbWKyLPrVVWMDc3TX+W&#10;TaKqRDC6VOiytHiQF000GnU0VuaMR2Emg1FauwvDwxgdHUMunxWQLUW/kwabJXOe8TviXXXZnOQE&#10;yHpDFCr8Z5XW7JXykoCLbfrhJlNYUkELObpme7bdTNfzFH7uXXtw4cwZtOsdtCsNFOmCZqj4LzeU&#10;1GF8kZJS/5lk2uJyBZViBcVyVcCje973IQxMjiGfbNH1o8bL83HNwbtwevYZHL94HNm0R3VFh46f&#10;GQ5JaiQCg+xaJiYb7ueGhlBemBW/ubnZOWzauQVDE+NSIy4VS+hQU/wPX3oIZ86cx7/61CfQaZWR&#10;Ytmnm0ajQ7VMbh0KgxNUh2VhrNXaRmKpg2hjPGKtqt6ZNbDKlyvPgf1/1w/adf2JtQ7+WWv7KkWB&#10;gAymUTMhcr7UrhwG0PFdlKpVHHnxJXz3kUfwyvFX0KzXkafa7eZd23HbW+/EbXf/GIZGR9CmutsP&#10;OJSiIeAoJ8vOzUzjpce/g9KlY8gPNnHwwEEUxu4QuTt7HXaoDqxVWgLwnX35CPVFZ9GqFulzXGy7&#10;bif2/OT7MTC2E26HruNyCfr8y8D8MaQXp+FVm3LpA6cj98gVWx4zZ/gNZZJXc1RDb92C9P47MLTv&#10;x9Gm+9fmIURjIkPXocK8IBqvzETk5yrJqdfHn0Pl+AvAq88h1aigw4A3gmgjP8VJulwrM5HNScn3&#10;pRNJNIcnoDfugHP9XUhfv1+8sHgM1WHqzqTQDZQkzAsLMHAsMcQxqbvaeFk6tv4PVRChnYKRGfpi&#10;TG+Lf3kuGShlkG2pWcP3n3haQklepmspgCdLQ1maSnNTMpWUflBbb646p7EKF8JF7fwMHvv85/H6&#10;C0/gF37p3+P6DVvw6d/4VWR/7zN49qlnhZHI1jvnTp7H6VdO0LV2JNWVQ0h4/BQyzGJtYt1YAbto&#10;XNx44wFs2XkNaktLeIre/70nnon6mpPPHsXvHjqMaw/uw73vfRB37L0Nnm4iNVjAhz/5CzQvDeJr&#10;//RPmCnX5fksZFPYtm0SP/7O+3DtnhtorK2jnsCXKY7nGiGgiHTWtbYExiJKwCbV7dUNcOMa302a&#10;3zixc/r8BXzza1/F4R++iKXFJWHCse2CYQcZEEIsl1gRRv1neXYFpYuHcfa5wzj0lpvwkz/7cdy8&#10;aaeReXMIhnynJwBpikkn9P6BpBJQOBgcNuSQICFzKau20gyEcao5zL3y0imRCdaaLdM/0g1qMpDn&#10;OciMjyK5fj1oiqV1qGkCKJi8wuOS3lunOVkL48kVUoWAtFw3OWbdMxgCIkAtPuNEG82W7BAqv0JF&#10;owA7gY7UfQj8rm9diEO4Oiy1LctP2x7fSNOZ5NLi54CBSvH5t8q9IPTnUyIhNYqB0IvXsQm8iGxw&#10;wl8oG64R58OZzcRwU9q3u7u+9WGHSICND55J1HWM3M8oFMMe3tYKrhPrFJRRvIU1qAo3HmN+rE7C&#10;svr4e9rG07FjcRMeT46VlmoLqsY39/l1nAoeqLWtGXwLaDpWKuwKWGjuSwjYCruXwUqPn83ABLQI&#10;Q8+EkfHv+H1MPpM0YK63aH6q8YZqMi8WCpPXUb/ebqDDtc/8JSxdvIS56TKm52iNLzfF87dGZ1yT&#10;RF7jg88ruG/rPw6zUQLu0bin4xhwXEsMCNDm7+YxbscYDxU+bzEMcbSxeKH3t2g+T3c8A9oxG5XH&#10;fiJhvP86lqjmWj/TmGmOkA8QXltDtoJsgrQMZ8OyMz1JrlXmpnZs2yJAjupKsDzX7bIzomQ3ow9X&#10;dmC0acKuskS3UaP6qoFymQqxWh1zxWWaTKaxSBfQ5YeyXsXYSA5bJ8dx7a598ApD9HDS4lDgdF0j&#10;o0x4Wdn9DKMc+CRcj5Fg1zIpTBkRBF3zewHBHBUlezEFOmIF2ZsTyY9jFbETAUOht7WO0oX75TFd&#10;kMrQZJ3Y53TlarEmMQisL6BjdtcRA9mEJahkshaKJt9EXshcw+bgtzLDTdEk5mWSzDWO5hMB8nTI&#10;skMk7RQ3KU5Ggu7R0Ms9lpuclCIzYvPpMNRE9RVAviXmmB0jBt4c3yQE+SGLDiGQphG7eDaS3LWe&#10;Bt2kSC07RQkBcnmsuQw6JlMRCBUyeYR+yqEigaEzOzY4xaQZ6sjwPrQzdHQI9AV93jCWbKx7WTy9&#10;bDYtoRbyFtm1FLwc3TMJJd2m6dG+MVfnRYkX8AQVUOmRdVDFsjQmfBxeOofB7AQyXhvl5ar4RgTs&#10;fUFNEerUkNDYTcg1dtFQnhihu4Mp6Hl6XWoQjgz7QSqseJeuZVKblImGZ9+CTjowzEhtOkoRmbB/&#10;YoKjxR1cXFrEySPPYevgFK7dehNag0PIDAyI31BcEivPiaP63TpXFc5XK6D7wbzILUpdvRjvkdPH&#10;WISRZM3KHYOYv4Nh3fTKgFQskdexyZfaxtdHwJNzZdbcWufZ9cZyItQkBEURJlmv1YAodRkgry8x&#10;+s348mm9Srob/+xgDTDnzeGZP+J7LTDcDxpfmVmBHtZHP0P0SsEra/0+DhL+c/+J84F7A04caywf&#10;dxCKATwyBTpdEF6LzbisqYGVhKmQCc1MjEBFIFAod9M2kMOPhz71hZzEWYBm2Vod+tLDAIz2qPUV&#10;Ja8hYPdmJbarJMgBVq0p8eM2IGiURW92KAPdF8pyZeDvcrk6ss6ga2QdR7d7gUH0pPJG80PQZdJ1&#10;h4G+IkBhTK/D+6vFdkKAvlUp8Jadon0rBe6GhK0F+Ok4Sy8uWV9lsdALivSyqSxDt4cxa+ww2Iey&#10;Ua1idv4CZuZncWlmHnOLzLRbgt9oCOPM9BaOgGfKshIZWGLWWyrtSQFZqy4jk2GT9nUYHpmSS1iu&#10;rYgcMiGFagf1ZgfNTgPNWgMr8wtorixI8m2jUpImdLBQQIHWqQGqBfODo0gXcnCpiU5xF8lKCPaU&#10;45tJ62hbEnvLuHjpImbmFhHQ+pmgBTqbLCBTGKFyK0mfu4haeQlVqjWZSZBJJKnmHEEyk8bgEK2H&#10;2QISnBRsVSRiJ55ICWPEc+2QYONsqmNrjTra9RU06hUUlxdFYqd5HWYvKWksHeRpHe8055AbWE8N&#10;Op3vpdMI5o8BlSWRVRnOgYdh+ooL5QZVYQrJVIKuk/E0ElYINUyLS0VqkLdh+849+OXf/K+orkxT&#10;wV7mDGdk6Lq3OwpHj5zAV77xKF2nSaoBGnbM+FFIS4OOzacmOukp+rwVLNHP+k1TqLfqGKHrePbk&#10;aVy3Zy+cCTrm2QuYX1ig107ihRdfxe1HXsU1O6fE6WugMIrhsUkJHuO5qs2KBG7eA5YaGYAsYp8C&#10;PbWFCtUuQLRBvHruVj1+bPFnotcgRMe2sfQbsuS40hpvgviCWMiTTSBlOV8yi0aLGSlDmL8wg//v&#10;t/8zXj5+BCO5PLxWgMnxQXzgvffhXQ98FCt+HUnXR7VWQipDY6u1jCZ9V5qeq8cefhY//M4fYev6&#10;BO695x3Ije1G2W9QbctKl2Eo6psunj2Ex770MEozM0ihhfnSCsa37sY9D3wIw+NTaBQraMwtIV28&#10;CP3qM9AzJSTTyuytg6WydM3aDKwwg4UZKy1Jh29Rg+iNZjH6/k8gefPbUKI1KcOhOvz8caMskuxA&#10;kqC5JvUYNJk9j0vf+nOkz76ITLWNTrJjk0MVsp5J0eRAj3SuICE5gZehe90WC5r2thuQvu+TaI5u&#10;QSbVEtm6k0jTd3kS7sFrpm/ZfWJ5ZNdIZWW6rlp7E9SxTFCp631L6HAMAN/isA2RoiZw8tRr+Mwf&#10;/4kwLkdoXuIQh3Q2g4bU9Qr5fJ7uUR2DmQQGhpLYfe21aKy4eOrFF1Bj706eC2mRrpxfwB//6R/j&#10;3/78r2LTRAY//Qu/gI2ZAr7y6COY42mUnncGDZiplGPZrPRD1JzT9b7trbfhfe//Key47ia6P76o&#10;uJp0Plv3HqDrnMa3v/tdA8JxSiL1sEcfO4wzJ07jzAffh5+678MYzuaof9Z4+0c/jg07NuEv/urP&#10;sGHjIO5993ux48Y76BrlRGJJdxjpFM0DrHxyPStn1NKXsJSZlV7dTUanG9BgyQ6yEUnPL4N6f/iZ&#10;38eRY8eFEeeKl1jOhAGwVRWd5+TkEJ1nSu5nudpCcaWCpmOAp/lXn8XLT/rYet8vYdP4JlnzvTDo&#10;kDddaZ7iAMnS2Vel3w9MHKtJphVSBywjsy2bHaE6o9NoWTYf/Y6ZzbSGeOMD8AYHxDLBp3WEwQ5+&#10;D38mz53NBv1Z7wiIyXJq7quUq6ynnJ09RJqqon3Z7iaw09MXRIxRP4hwAeMPB7n34TgVRqlGBOoJ&#10;uV4bxrAAU46yIZU6knby+TDjyth82LRd/h3fQ/ZMUF6s1HAsOOeY/kfFehkdUxTZ9ZznM7HAkfvb&#10;3WA2dlpmrgv6VZqBUafw8UinLKCfdXkPZSVWMiv1TRjGEaqelEbclyVotQ3+wUEnkg9jwEOZahnr&#10;CDccrV++sCpDGy0rT+73BRQCVCjfDRV9MbWPo81YEaEIJ3hLmJkjKbgGT7AJ6mz/1ml3FZXC7AwM&#10;+KplbwwJeqZ1K4sOzSmZsQlM7d6LCVrvdyysYOHkBbx+ag5zSxWc89iODjKn1TtNAWm9wMVUOikB&#10;NhycxGBpR5mUc2gPSVY4aleecWOb0hFA3g8QsRhl7DC+xb7BHQ4+Y0ZtsluTW7ZgnWoz/nzH7ii3&#10;6GCCUNVhF0/2YGV2LwJtQ47MPODxBRF5p5WZ8G6gIy+khSMwppId9hHjcAyrPeeB0hG2ET1kdCIN&#10;jlZv8G7nMip1TnJr4AItIMXFaQQ0SVSqvtHc05dMjQ/hum2bsG3XXmRGR0QyweCdpMXaYexbz7HA&#10;mt0weKSDmAm8lZFCHnoD/IVGhY5EvjsiN+Hin2WkEUJujSnN4KebbVmCUeKp1P7GXB1BnE9hQygC&#10;E4oRWCabBERY9iGsF58gq3ZXhNOsmJLJtFWWdXJxqGxAhTDGgo5QZQOJeEoYNooyTWPgKaG8u74B&#10;BV0vaTT6kbePoWaLRpt+zztpbAAs/iwmvrcrh5SC33ghSKy0BQOjQcY7QpEfoYoSarVll3RYV95h&#10;M9OEeFM5doHpCGVaRxIxjl/XNLjbwsqjYxcHcCqkfNald4SG2qbByf52XscTo2uRhIQeA1wspdMR&#10;K0kAQgGabRhFqAKzi0XYy3GEe8IEUNkJRMnvnBAEQLxxC3qYRNHOtDI7MY7dGVHWwFTJLgCsH6Rp&#10;rplen2BvknpZdg15kkmkmAFAhX6lgotoUpGRRLGSR6UmvHk6x5ZIgbJIiCk3p5BldBZBqYh8IYsy&#10;NS1bC3tQWylTAZETHwyeqJn00FEmZEXTOPBCX0q7Y8e7ol7SkQKc15FWS+PshUu4cOIU5i+9hu07&#10;rsf2rTfLeE2kM0KtDg08uYYy5G/PMAIEgOhYdlIIajlvCGzpsoJXe++sBnZ6GXCRx5SKhwSZ//L7&#10;fMDin2Pk+HEvRmOmrSLJG3oSYX8UkA1reOBFLhKXYxpc8XvUKlHSWoAN1vDjU2uwBbuZn/4a4ErM&#10;BzE2n71ZtuVlATeoy1K2Iv9GvdqRI97krSWxRxyw6Wnu+kMV0PX46/MbDIKgnyaKHspezGMyLh+O&#10;N4jd0ehYIMuxqXaOkSBFw9I3bGl+TlWXIe+LOXQsxCYIPdX0msBdlPraY4ngR8BRn5Jzzfsesc9j&#10;HMS1WH0RE06rVccSs/G03qWqKwOO/H17z0NbOWw8rEXZMJLAMnS1Zdw5ustD7fo2xh4bpwtEBnDR&#10;k9ByGZagCse7igEEweVAO9UHhqpojPT7+YeM2ED3hgup0OA/2voKoiASE2FlZbaRJN4RVh+vi5Ka&#10;7qRNAp/CGvOomXuFnWWBYxXfSIHd9EDozWuhkMAUzyoGRMqw9H07b5kERA6DYuPnS/PTuHhpGjOL&#10;85hfWESpWBMQq90ythrKbn4yU4LKWAmlyDDbLp8VWRzXbeumNgsbjz/70tKCXEMOoeD6oNaqUzHq&#10;i2dek36qtNZV6Hsa9N/89+lkFtlcGtlCQdJtmcHnppWVhhlmv/Jd2XGv0nuWS0soVZYkyIP9eDJU&#10;6yXTBdlg4/NrtCsoLyzBr9aFbZHNZCRZM5sfQX4wg0Imh1QmjxSnWLL0hzdYnaRcM5alalqja9Q8&#10;lqmOrTZMCjAz7zXXTJ2GZd2yZIbOPZGXpoGZCyneXPZG4M+8gtdmT9B5rtA1pkKc1vmBAVNTcg1c&#10;pxqYQTueGbIZVzYCU24W9To10lRXLs4tYMeubdjgjNL3zlA9VqEGNiHrGbOaNNWIX/nqN1GtLMtG&#10;8PDUBDL0/U06Vh6n/NE1ajxGJybpei8jna2LTO/SrML4+CRKc/MYpFpjevo8Nm3chIHhMboPszh7&#10;9iyuu+Ya/PVf/QP+j5//OezddzMymVGxg+Fqh+XEzLQRwJe1PCr0WoqB87G1XGv0yNMvB8BFthbW&#10;t8mxrIc4Km9SJVuITOWjOkHFAMEA8Si2bma1I2w9VqtII2slc4F9ThzLxGHZc63RArvVPfm9R/HM&#10;08/i6CvHsELjeZTGy8bhQbzjHXfj9nfch7GpKUlXTaUy0M06MjT2KrUi6sUlPP/db2J5+ijVhA4+&#10;+KH7MbHpOhoDJerhAqSpBu7UNF587ts4eeQQ5i7MCquVAfH05BQ+/OGPYHTz9ajWW2icPY3UwiyC&#10;syeAuWkkmV2WoEavyaCwikKHApGOGeaQT9+JTZsxdN1+ZG97GzByDZ1vDQUGgLkypd4j65gmVdKG&#10;GRw4/QKqh59FcOZl5C7NQrPOlp4/9r/iDe2csJNchIZ5nRrNDxzgkExh4Prb0dlzJ9S6nUAmiyQ3&#10;28zQSyTRMCbuSMmmQlc+GQbzKaWjzUkz77vivx7aGxj1juriu/I5TuSrzW969skn8PTjj+P5I4ex&#10;tLSIQZqbmCGcS6TR4HuZygrpJOkF2HbtRtx99124+c67JACnTnPHwacew9/97Vdw6sJ5IUiU6D3F&#10;F4/gv/3p7+K//NJ/QGYwjTt/9meB0UF88atfR7Hlm7ncM4omvtw37L8RP/3hBzG17VqxNmh3qvDb&#10;NGYTObjtFQlv+Il/9bPYeu01ePgb38SxM2dQpfVc8bEu+3jyiw+hfGYe1x08iFv27kYuW8CNt9+B&#10;XxxltdsUcgMT8qyxLyL3dX6nLlJdBjo7AirpqL4Ng+z8MC3LiVP6Q+KOQ3NnFV/94j/g6PETYkNl&#10;QhhprgrqNId5OHjrNbjt4O3YvGm3+LIyKDF94Sy+8fdfxMnzp7Br6za880M/iWuuu4lu+6AJ52GZ&#10;tm/lndylehq1mRmUZy7S/TBKKEMy69YjbpjiGVjP/LYJnkjR89CpN8S7PTE2BIcmUC9lAod404d7&#10;KPbP5HPttBgY4cYvSZNyQp5jWAID/ynrZ9T/9XoIw9bxjtMbfCU9oyUNGfaaIda4kbUPYgrAEHQy&#10;jqb8+kBkvH4kIZa9MhswaWoDYxcln822FjJRufJ6w8g041zb+tfYa6kuoaaPnGBYfI5R/lnPfXlO&#10;YIA+x9E2jMX2CXK+jhyv4BS2fjGBOCry+o2Uc7Hshsh6Rym7BkBk6sbmQ0xepe+GYwhD/MWMBYgn&#10;HftaOlalosx3yXkamqJoynvyIdANt/Mj0kUUj2qVUzq6LyEoqUO1ha2HtA3gZLY2I+bMyjXehQZk&#10;llRemg9MojeodskLw5gl4mpkA9LDUxjetAHbby9hZnoeF1+6gNcXy1goVdGyNh8FOrUk26NwSI7F&#10;Y0SHyV5+gZVM29646fvdzVzHUBdDPqdgUDSeG3Q8OVYXMFbiGqsz1yqV0p4ruAtfVwaLExImZZN/&#10;xUQQgjHV/f+ftjcBt+wsy0Tff6215332mWueU3PmkBFDCEGCRAREpRWxFVsFHFFs7Xuvz2Pb7aP2&#10;4+32dj961UabK9I0CkoQjEQhJCFzyEySSio116mqM+95Xuu/3/f9/xr2PvtUKnAv3WVVqs7ZZw3/&#10;8H3v/w5tebMiB1emb/UarT4VNeYUNOsYGq62poBcZEFQwjQmmIqbTsnN8Q/p+EyNbsrNtbsaK5Ul&#10;nF0+jk65Il4v7Uqdih76TCrGGOSbLKSxbctGHDp0JW2YWzA2PQ03UzCLGG2EDER5nmNpioEtXGOU&#10;N5JYRYkysZSgH2AAYDBGmo54lrmSYmTo4l7kwWVPjYKwkXPlBNo1swKBjd42vkwWeZaB1I8YfI4d&#10;8IZ95BjxFRcnNu0msOw9h4v6fmDoqr2+0Mj72lyzw/JWpAyo5ZjTKh4cAtJ7sKCakRh4djIGkj7k&#10;Stod05/ZeLbDJxppTwroTs/outnwkQeKOYngAe7aWGlH7tWohQL5Glky5Icag3nx9QsMW06eqFBO&#10;ewZwdUz6GjME5TRGTEdU5A3E6Ug9jjunG+xRgZzp8yl4ixbijmxUfeunmOcF2kp3hfIs7EOXmglq&#10;KqzXgZHnhe/eCJoclQCFhMVNT1Ar++/Gi8JTNq0rAR5hIPxhEOgI+2+lBpOYVdLsyoKIOjCgqpJk&#10;rrSJElcpIzsKbCJzoAzwydr5njkp6zCJ2LER5JxExT4lfRHoYsP4LM5Ua5idnEKXinQ1PUnFHT/M&#10;pgkMYTkxNQY9Ly8U4pxdHsQAXpmoF5ZkyPXJ/FS0MFVwfq6GZ195BbdcexwH9l2HmY37MT41Ld4i&#10;/JlO5EvXt6eEgRReoVclp6I534WX3CBT6/WBpShQRMWsqiRGM8itGvYQ1dGJVXwC5iTcGS9+jW+c&#10;xoRB2d0b/J9SzhtmUY2GDoOBz3FGAHIKF08lHsWoU28k2OMNeA8qK0/QMaIbsToSuoWR720NKDTq&#10;+u3mrobB0oQfXBJsTHr2xWmpg3JPR4W+GkGYmmBSwKQ9tG6r6iJCtTUS10GgjOfdIDst3suS/oux&#10;PFNfFFNWg7k7A+NAftexkd+ITJbXld6agxYdS13UGjwuISsfHH2RB2tSeK4G9/hBIqPxw9WXIA9W&#10;1tcpyVQe/Yz0kDPgpcmN1x/cg7NMqUHqoZMoXrmoDOye4owMGwiB06RHYcJegT/Pjb2KdZjYFwR2&#10;rKhEwIc1s2Ymut+zLJYW6vUO6u06zi/M4+yZOSyuVlEuU/Ha6tI+0zbsncBIRcSCREAtCJtvrFik&#10;vS6PjdQ0T0xuoa9v4MzccarlMsiXxmkz6qKz2hU2GtcGPZa9VlbRrJTFQ49BOjabT2ezmByfQiZf&#10;oF/8c0wYlm/lw70OH466KC9U0GiU0Qna5kBQ+5Imm5+epX0+g0azjtXFeTHD5+eUyWcxzemUdD3j&#10;01PIFUtS6DPIx88hlTLBHtwjBq0mOvUqml3D4Gs3a+Ib2OfwN3qeXLdKI+NmheHGdWAqlZF6aowB&#10;D7oOv3YW1QvP48K5cyKla/V4n8/I4Wa7yzWllv2YmQ4FqqOLEwp1zjzxtTQIvupJHQFtUiE/+7df&#10;wu/9X39OP6MudjTMiOTD/mY7wAvPPoNnX/g2lWD0+X0H1UpNAu3EmrdnkofZ3/rs3AVMTxUwO72J&#10;anoXK9UyVuhtTm/djGBpEc3lJbz87Rew98Bhamr6MlbOnj4Nf+sO/OEf/SV+6sd7+N5334l8tigS&#10;RQbL2Jcpk85ZX1CrmHDUELt0BGN/5EHX8GFTYBu7uPCK/DrFiNzW69qP5reY0AsQnWXalf2svjUm&#10;N6uTMKtZbcGm6MzG4eccGJshPsANWFnD8umlJTz4wOO472v/gvPzZyTIpEg16DtvuQ7f/+73YMeV&#10;h6k2TctndpihR/Ue+46zncqTD9+PY88/Dqe/iiuu3I5D170XUzTmlGdTxKlPunD0GI7Quzvx4suo&#10;LyzTe27LXLnmbXfgwOVXI1uaRX1+Gc2XXkLm/KtQJ16TFGfmABjZI6h+NOoSGg7i/+T4RtHaLmaQ&#10;u/5KTL7prdB7b6C62kGLD59Zbp3JIsPsD7qUgtOXNcJfWkH26NOoPnUf0gs0b+mT0+xlRWMtLT9N&#10;IZNScggfMWpZFufm0Nu2G8GBazFx+ZvRobHFxAoB7zwjl+OjB1OTugZOsO8rrLPCcI2IfRQCK/Te&#10;HD8QI/s+rDUSLDhifbfkQI3ed5ua9VqjjXu+8g/49lPPoeH3xAOQQ0Fy0rf2TE09WcAtt70Nb/3e&#10;d2B6yy5JqGY2JDPxOLjmjne+E7M79uB3fuvf0/pSkbo35Waw/PiL+NTffwof+bGPYWZG4c4P/QgU&#10;1ctf/fKXsUhrTZvmAXU06HQDpLdsRW7nIbi0tjTZJ9u1B/JoSfgIM2yy2TRue9eduOGmG/F3f/s5&#10;PPjYE1hZrsjYbDe6eOaRx3DyyFO4cNub8MM/+DH0siXsPnylHAb5opu367avrQWPlj6U4QQe5zwv&#10;2K+rK7YDJq2V09X7sL7C9Hc5WncaPHDon0+eOo17//leIz3XxvOrkM5iw45p/Juf+AAOX387472M&#10;esDVJkxq09adNLavQIXW4bGprdTDGoUdhx1xH5iRVHIYAIl9ySpLaMy9Rj1/RuSNfZFUOxFeJSEO&#10;Qpig+cfrvBBNfAk/8ntdsTXwJgrIbZqAS+8q9taFIauwJRTtM8wM5O+RXlc5kQw1GAKM1vqFOAmb&#10;HXPQHtaOETnGKhQcy47U1rdEevW+b/pWe2gQBDoOowu9ph1Y9ZXBFHiRNgHlVpEXmLAJkdFa4o58&#10;nucllEQQLEbGfxBYJV8w5D3iGNky4zx9EyLKX2cCHEwhIH77MPcsDD8J3jAUdtcyGbXuJw4RbMUR&#10;+eXbZ5VILQ6Zk0pZKxFt+snwuTGT0wkPWISV60a+1wM9irUsYTlr5PKT7DGCwB4umxpamG7KpNMi&#10;lC0r3+IchgWkXPPMfD+wymyzJolwUpmsgCjokjdXe1Np8btjireXSB2mPT83Bmd8IzbN7sL2Q4dx&#10;Ra0mtczquSUszq9iobKIWpn2oB7PRVqrAz+yTTEsciPb7dlADfEc1uEz9ml9DuzhhwWHed1n+iBd&#10;qxuqwj1X2HqGoOOYpF2Y+RCE3mWBaNvlnrNS42gb4GkUmt7x1WU0FudQpYnssbRS5KSeTEA2v2SU&#10;cYI2g62baGHjgokKjQ4teM1ehQqRBhpt9jPpYZEKusr5s1BtoXiJQSOfbjJ7bWpqHHt278TuPfsw&#10;PrMZ2bExSW/jNB4ZDMpJFLfxgBbWmUXEEUpIVSyjCk+JLL4bnTCKLD1lNNzanhoyaGLIpRY09LUN&#10;1ICZSLxIClHIs3KqQNh3ETos5rDmtJknB5+wSfHBKSq0mHakwHAjs8wOU6Otdp7xMKZei38gU815&#10;0xULn77EmEj6qwAuoc+fL8W5SebxDOClY/8tQ4HtywAWtNwOIDF/7HdkQhUzfP95q9c3TLu+PIO0&#10;tRUIDIPRApksj/HpZ7HZraG38tbdMacAIqsVkbBxYWHacN83J928SEQIvVmUuh0qdDtMOqfrZ68f&#10;RtPdLgLHsgdtelG0MNukKKP7t54jOkwNtl4AgXmvAqBav6FA3pGNHjdc6gFD2iAChJ1EUqlOnADH&#10;LLkw5WcIJYiAiCQoIMVuYE1vWUrjsucPbUwpKgjdJv2iYrGYQr6TRaNDG3+3BTc/Lv6WrX5X7onZ&#10;krzp9ZiBkC5IkEeOvqfTa6Khx7GFvcjrK/QsG+IHpIsMlHoo+LASXNPcipeYExgAUVMxQp8rE5tN&#10;iOmZrCx38NgzL8sJ/9WHW3TlV6EwMUvXTNeeMcU7j2dfUuV9YfCG6YbuEOPpUoCgQRmefh2AbXRY&#10;h59giCulBsANNQTuJBNdDVg4CLIE63jnxSNBXQLGp0f4xK0FGrFO+Mhon7nR0svRicfrAajralFf&#10;17vwjYK33zkamTTAS7L8rOfZgPQwKXoMEnLZi4E1g+MgPJ1dNwwm+Z32ZE1Hp7bJ95yY6whPFu3P&#10;MU61coAShTmomJGlE2OEmx5fO68zvlQMEkXPLRgJwq0nYQ396sKk9FiSPCxRdmLGssIaGW/y85NM&#10;Px0rNkwS26Xh9zYFPGQD2s+1rGxnHWAUUJeMgkfvPfGAnNDrJbyn6PkkpupAUTn4u5MgBQbDUzsB&#10;wg1YSiodXbupZ7SVYFgLED6E8rSVl2ENGK0iKSSGgGMV1TXG88aCvUa7ggGkX4f7uopOvrU9yDO+&#10;vAq1egtdv4aFpUWcnltAtVpHs1YXP74O7VXM7OP9gH/Ppk2qaJaK3xyz9ajJy42NY8OGPZgZn8L8&#10;wmnat2qYmJqCS3VhbbUuNhWONj4z7SbtZZUyGuVVqhEb1JQpTBQKIpd0JUGvDd0MRA2QKmXEx6zS&#10;bdK19tDqrCBDTWirn0Xb78qtFnPjonBI0f5ar1dwdvGk+KixcoJ9i/P5HGZmJ5ErTKJQGLM+UCnQ&#10;pmbWWxp41Xob3XadGlaN1ZUa7bcd8brrsKcu12HsaZZmZmLbMC9do4ZwBaD0kaeaaIq2zUb1JJrl&#10;BVw4f4qeXQMF+jHztY4Bwl0OPemLpKfZVaLcYPZ9q60lOIQ7gnKlLzVEzlNUbyk0fG4EUnjp2RP4&#10;56/8Ay6/9hDy9G+Vdl8saQp0T1//l/v4ViRohO+rS8+gXcwjU8hJ080iFpZEB+C6vIPJjZtozPSk&#10;3lzmAJSgg02bN8JvdqTunjt5Cjv3XoYS1XLMpjl9+gx27NuHT33ms/iet70DfmtJ0oj54DWdzqHT&#10;rQtQK9IvG37nOE4s2x/amwYA/OSepeOmMbTg8KP1QscHYdEECyIJrpkjxuORjfj7/ZbU8txP8P96&#10;nZ6sW6mUaXYY8OizqoG9yoIespyqSM/ZdXrIUw30xLdO4JN/9kdUJ83JPbJG69DurfjJn/kwDr3l&#10;Ziwt0/OjB8vBLo5O0zvlCdrB3KvP46F770W6v4Cbb70ZOw6+V8gPRXoHi5zs2KOaqrmMpx78Jp74&#10;+n1Is99jswc1MYGDV9+J6+/4XvpZDbQYJK6dR+bI0/AWTyDVrJs9pS+EGBpodL3aFYa1xwfbUppz&#10;ZU4/49AOTP7gryG3cy+CWhugeo4TI3kuphT1bjSnmVWoOECHhkz/yIvo3v3HqM2fpxrQ1P3cnAaN&#10;LqOBbG+JcepPWiwb5ZCIVE7GVCM9ifSbbsLY936QnumYEA0Md9k3zakcXLgWzAuk7pfxASe2i7G/&#10;J316mVTATBtGivrM2mLSRb1MPVKGDc5MM2wDCHjMsSQ+nc1jwsvhZz/yC/ir//pHeO7Iq2j2jfcg&#10;h1U4NFaL02P4td/6TRw8dAgrtZ6Q3Lhvybq+NPxdDpehscMsZe5yWD3j0LNicRU/kxNHjgqbpu9n&#10;UEhr3Pn+92Lrhml85nN/i1MLC/Qs6dnQ2vjEvzyALq13P/XBn8TWMVqneq70tDz3OYjHs71rj0Mz&#10;Jkr4sZ/9CG659Vb8091fwFMvPA92crv9bTfive97H/Ljh2g8c4pmjcZvRvo4z8oq9cDBkJkfzJbr&#10;tWi9YUmc+IorCSnKZGnN7PimI5ZwQQ/lRpv+2INL/3b81ZeFrSxKO/pvJiOk6do/8OEP4fB1t2E6&#10;R11ru0brMD3HrCuyTO7fUrQOTORmqO/v4uiJU7iwOI8Gre8Zlohn8picmcKB7dsxoTtoLi1QX9Sj&#10;HthIKgX4sKo7ZQFg9uvj988MPodJKJzg7BtSjKb3n5qcELae9LcMzsMw3mDBPv5+Xq+ZgKTCxNIk&#10;mScKhfNjz9qEhU6yj1Bh3x0esqk4rNCx/XWkKvLtwXGAAZmZ8tyoKDDgl4USHWtlIFTGnpHO2kAS&#10;5XrWX03FIOHA0YgB0aPiw3EsEGn4eAIQuW4UOqStRQj3vKHK0BLpLPsQUfgN9+2+9Y2VCAcb3BWS&#10;ph17KB/ZoCEqCuMKV9t0XUk2tioOwQpsWBMvHk7osZky4RyBucYg8ksJg1KtJdKQF3d45u+EdV5o&#10;66XtPUnsbhB5CDo8ZkIQ1LFBM6HqMwJjXfkzqxgdj/1p05GXsVFpxkF2yj4XJtFkaU77aU72LckB&#10;UmnzZkyurGBbZRlzr81TPdAQn9dqoyMkpNBf0Vo9sjhSDg1pgnJ8Ftp8iMbqTs+1OE1fgov4EIoB&#10;ctf2FwIsa2UPis2eFgKZhiwXRKJF+buAwf4gYmIyc5nXA2+RFtfzJ6hoa1TkImRBNg6gkqrFE32Z&#10;bri6XEWpVEI6l0OlzubICyIl6PX45CwviTNBm0G0LrM4ZfHNZTUmaPe77uqrMLV1F20wGySsIJPm&#10;E9Z0JLuLUvgiE167sdvmKhDJoSWchs1DIt1roIm2xFQRGbDJIUd0y+RwBTI1CXUmEUfb9FzYFx1J&#10;n0RPTQ/eTwnirC3VWYppm8grabU2LIJPF6h2EGNTQe5hGGeinbaDTSK3LYoha4V9voGcSvJL8+U0&#10;jTc1funs0eZowxrTyoBdGGgi2UsxLUWoJBELAa8nqVqddouuL41CMU4KND/PF4ptynFt8WXMLJUA&#10;Pr6UXHx/LL3h4sJ1eTFIGTmlnIYG1sxYWzNoFbE8WGrqWu9E1pFzE8EU+pSOR7vEUjOgbI5mjVE4&#10;TLy3TsqTjQuNFSjFsd3ibWOZX2aDs8nL8hVp2Uy4SlovOmJkp6zX+kWZwnWAQxMxWCIw2qYepVM0&#10;zr0uxtJUENI989WXKzW690l6332stKvQnSpULmdYc8oUBG6Ptl8+kaAFcZLmBDctuQwtAZ02bZ67&#10;xS/Fo0HF/92gIpEp/r6lCPclUcwcu7Bnh4B13NQFjjn5smEqjOqzF2Sl0sVzL8+jXH8A3+N2sHnL&#10;Ydqct0hxwXInYS8wDV7MeK3fjvOdM7giMM0WeBdt1KHXSIGTLCAv3HxHGG6pdZgEg325HgFWJn9G&#10;aASt1oZnYG1TbpjAevRwWg+JGQIZ1wM6B6W9SdhhNMg6LP51vgtM7o285+8eFLyIYXtUjDmDiMx3&#10;AF4qFSe8DgJQ61O51Ei2VWh3EJ4khodLXuKAMgE4BYPBJaFZ9hrwTY3wkBsC/UYxM+N/dKx3lhr9&#10;GIckv0kfWqy1gBNWuaP0APgXWO+7qAhUSVX0pbwcHfmJOUOhHjGLMTnXBmNkLjYEosbRuhSHoKsa&#10;etLhZ2it1ngVJvGHBIk7YhevGRsqGGLhJZ6jiqO/HBW+9/jtSQCA7pkTaug1QTAYehZ60NMgKmgH&#10;LBTsAZlWMZs1OrgyIkV7os4eXG202l1qgGuYX17FwtJ503wow/5nWZEEaVk/Uq4DM5ksCgX2c6KG&#10;bnojpiY3oVqj771wWvbiiYk8el0f7VZVimj2auKD0C7thY2lRbRrTfGszacypnEyFtl2HLlIsUqg&#10;G0gyrNRaTl9qGPb85bACrk24KS+OFemrC/R1qzi/OIdOsy4gpEvXl8tS417IU70zjunxaTh5iRek&#10;PS0nI4GZivV+hWrWhm0caL/ka+40ZE/ley1k02LfzWbv/VZdvkaKZGpSXJkCLYxz87LyGo6eegEZ&#10;z8fqcg/FnCPm682e+fpi1kOl0TV2KrRkZNJUs+RSWFztYmbCRbnmSujC9mkPXXoena5JU+0vd9Gi&#10;WrswlsdX770Hl+0vSvpv383R8+PAkbR48PGcz3FgCR/qdYD5uTPYSE2252WonuqIhy+/k3K5jpXK&#10;qsiUpmbGqTZNYX7hPIrpLMZmZkQOVyuXMb+6hO0bt2Bp8SzSDYXjrx3F7j078Z9/73fxm7/9v0kC&#10;K7Orel2q57g5dcwBvVghhU2qnd+jA70tI2YE+92J1k7HekWrhBw3UY/DTdQJNihOVB098VrkNPRA&#10;EoAh9Y4x04eAwj6DHAzosP81AyIs7/M9PHDf4/jG17+KEyeOic9h3kljz8YNeP8v/iwOXHMTsuMF&#10;lFc64KEU0LxJpQqotxo4+u0n8cLD91MNXcbhQ1tw6MrbkcoW0Oy3hP1X6/RQP3cG3/z617B45iyW&#10;F5ZFuRSMT+DglYew/3veLsmlwcoCcOY0ppaPo3f+JHIdmieO9XPtmLVXvMvSQJFTX3wHNHWpNqS/&#10;u+o6TB6+DZlDNyCg8a/ounyRqbWRpfvj9OsWzY08s4Q61Ic8/iXoFx9D/8yr1Ag2MVai59Gmuc0A&#10;HxMEaL7m6Ot8qtebDHh7XalL/clp9K69DVP0q5MfR4tBUlq/uCVwLANKvOOSVhl2z0pmChgWqDNg&#10;vcOraItqXpbBM6DU7RkyQFAYFwBSvN/Cg/vQxoDr+z6Dnhqbd27Hz/36x/HXf/6XeOKJp4ysrduT&#10;Zr/dbeORIy9g155DGMul0aafze+YLW8yNJ8qqwt4+KFv4B+//Hf0eR1JTeXNSXdoLjLIR2uAyC1l&#10;vQrk7w7f8Q58gJr9T33q/6E5XKMepw3daOOpr/wzNF37xz78UZTStm91TLhf6JXn0H31A3NAtn3/&#10;PvzUL/wCbnvlZeGx7D10FTxaW30GCNOc+J0V+EVYbzqIemIBVqO6w4RYuq4JF+xavpSm9a5GvccD&#10;33oKO/cewN4tG2gMcAppCsyPq3ZaKI2NIUfvrJbOCKuOATU3k8Lklt3I0Fo3T73jGN0nS7CZTVxv&#10;r+LMmTk8+cTjOHnyCCrLFazML6IrXnw9ele0ztL6litN4IfecwfefN3N6MrabNhm2tpBOG7K4lUm&#10;dKzHhz10D2yRwIzkPv1cBkeZ3ZmZojWcGdnKhFeG4ZiGkWB6SFGUcR/renEgnlJDJZ3BAGLPM504&#10;WI1c+xKYXRAd4mvLlAr8YLAhsYd5rlVjSL/PgJvnDXkOhyGIFuTmvd/adkRyVfa340M4m0TMe1Zy&#10;f19rfxP5vcQHk/bPRu4bRIoBx6btihWCZXB6jgFBlbbsSGUCRiQgwo51JWCkBest69D+ANMPh4aL&#10;oZGLrbHDUFd53yFjzzEqRRWtDcru/VYeLc1m33oqhhY2wUAVFB4maaUia6lQbiz7iigBZPQbFqJj&#10;VJxKWMlxYKMJ2RvMa5ChIO/OkfvzLGNRhVJbx4TOROWUlamnUgZgT5eyEqqTpV46O74BTreBJu39&#10;1Uod1eUVlBeqWFxqoNLuoOMZpWeX9vsqrbOVnqa115f1ltdpfi6utR/LuLDWdBAwUDxXoSIrJq1D&#10;FqQZp2nXWGH0tNlD+yKn9mlep+VJ9oU168Fr1lpYnJsDrV5yMpLyHJFsRk0y/f8GFTLBUpmKhxr9&#10;uxJgr8qLDfuEpLLoq74Y+GoJXzBFbz6vMDtZwsH9V2H33kP0YNggOSMDmxFVPonkjcJJoMJJY2mW&#10;rgbWuy9ZuSsdrC147Yl2spE0Ro6xpMV14lQnbeObZTxGncyQz5iAen0zIRPFR2BZgAYVt5Ix9jMM&#10;TMHcl0RbiyazBFPYdK5hn4mcIIjMNeX+mEHJLDlOkono64EApkob487AZDybTVTwGbMoOXIy4Brj&#10;86QjQRBSUA1bkJ83S0R88X1jKXFGpoEw0+jd6TD0gNOqPDPI/MAEt4TvJwz+9i0zoW/ZgYGc5FPh&#10;4NgNKTCLTKfTkXkcpJUkK/uSsNs3dG1mdMo9+UJPNWyMxLMXM9e+YTcG5jpDGV6gXJtebE42eJPv&#10;0L9n6Bmm0+6AnG+YQTEiuHwtAKGtJ1uYdqjjlEylY+mfGGsLCOtQ4RdQM8KnoAVU68vYPL2BinMq&#10;5GneOFREtepVpCc3miZeUHmmgjv2FBsYL6aFQZsK0jTX6LozM3IqxqddbfqM1fIKHGbjpXo0+bPS&#10;HAQC7kHCbeTqnJw0LryBhub/4mvhm8W0TV989CQVmKlv4MaruQG7FlObdpskP5Gc9KyHlxOnPymr&#10;FXlDgM8QG20E2BKjUnpdWzUdmbcOISFarxFamrm0VtIZggEj4JtImj/MqLsUae9aLzm1jtR3WM40&#10;Sivp2OCg+HOCi0KB6zzK4fcycE3/35D0vhuQL5nAHRt065FM0Di4wFmTrxyyrIffZSTXTfxaN0k6&#10;GK1ZTRoEJz39kg5v5mc7oyhsFpfRA6w2PfJl6rVsvRFyzkCr1w1dWQOG6aRv3iCnL7r3wfDWIYBd&#10;DYB9sSw1Ue/aNHgn4cEzEsUcQqP10I2GqXdhQanXpaWuB3km44V0JC+MzF0HHvVaNvF6ISBqxPsy&#10;Z4sqAVKqyEcmCfwNvFMdAs4hCaAvKZTDSdN6jebaeo8OIcFhomAYaBKejitrcJD06TWhVra2oSaG&#10;mRzNTh21VhXLqy2cv0ANW7eFIjXX3IjUa00BSqQ6EUsVT+R9zBTxclkUcwVk6eMW5o6jQXXO7FRJ&#10;QiKaDI41ViX4Qvxv6Nrq5QrKF5ZM0i4rDVg2JOEs3ODxPtOjpo4/c0yeEddAdfoM9pRlD9wM7Ukc&#10;6tFHDZumdyKbLaBSWcHJ0y+h12YmV0cK4HyqIHLg0vQkXWOKrjcrEjM2iHdSGs3qBbq+pjyfpvgG&#10;p6X56LZZAtZGfoxqUt7j6X5a1Lg3uh0BkLgp4xRgtt9IZ43x92zJxekjX0OvWha/rmqHvbcU5uu0&#10;b+sUtNvHhokMqs0exvMpetbUsGepzq0rsblhJsDiEl1CxhNWVnEsJfYZWfp/C+db2LplDPmGkT+/&#10;7+1voq+fovfWR6vZElnlSy++jIXFZaqd0lJL8vvOZRyRyS1fmMembbupVujQtRkT+PFSCYvLHL7h&#10;YmZyGtOznrC9Vs7PY+LQDHqFFPJBEbULC1ig95ab3IRCswF6EThx7BjVyy7+4D/+Ln7rd/+Q9c4m&#10;rC3wJKiNmc2hnCq5zopCxR0Ma9KJA0A1WMjH6ybXy9YzRek4ABDhYQCzOawVg3JdazvTEz9uaVqF&#10;geHJobd4TPtG5RF0fDkYDdy+NEK57JR4GX/2f/4Nvvn0gxasDLB/w0bc9YN34ebb75R6t+s0qBZj&#10;EMQVgKjXaeK1lx7B8/d/Gc3KEdz01ndhw663YGYii9W2Eb/OTuRx/MXX8MQjj+Log9+E3+XgGKoN&#10;J8dxy23vwOHrboXvZtCePwNUWvBOPwP90reg8g49dx9tVia0lEiDHWvubnItqJauUaPG8QwHtsD9&#10;nh9B6uq3cI6zISTQnbapJuTxqmluaBjCQJGe2fIr30b7m1/A+ImnZC3Osgokm0Kn1ZWwlXaQoWdi&#10;/Cr7dN/MlOyy3c94Fv7B2zD95nejOT6LCrMK2VNNZdCncTxJ76UeGNA1lKMZpYntPezCr9RaKwUh&#10;LdjnzocAzOJrN5pIj40JWDfB3oRdem8yjl2r5LFtu2Nq/iyDzyxfHR/Dhz7+ccz9xm9iYWGReg66&#10;L/pMx8ngS5//B+zefzXefGCXHKy7tC6w+PXJRx7Cn/zpn2B+cV6CbArso53Jo8MecVRfM0P4msO7&#10;af1QNJc81NsNFKnHZU+/6956G61/5/DFr/yDsTJq1ulZahy572F8brqED7//g+i1XGTzCeAiDHlQ&#10;bN/UEc/DXGkal99ws/RIvB44bkHUOZ32Mq2pm2h9aohKK5Iwq2QYmOmNOZCCGXrskSjVO83d54+f&#10;wP13fx5HXn4JzqYN+JmP/hyu33cYaQZ/044QBPZccSX27diJlaNHkMqxr2EfzZUavvblL2PDhz6E&#10;zWOzHKmKM+fO4ZGHHsATjz6Gc+fO089qSK9bo/WBrbzSrkk8536vX6nDpfly1dZZBOVVZD3u13it&#10;6MCJXHGN372jQt/GID4uZfCJ5yyznMfHkaG9xXcd44nvW3KHrAkWGOwZ3zXxEk2kdIe+dHqkrY6K&#10;pMBra9MgqqaV9aqX2iZSGcQy3riaMhWJH9aEnhdXFyqJYxgJOl8393OBZUGbGtgkx4dsxFCRFiov&#10;zDofB5gYoM18LpNtXMeLiqzoOSdtaSwRRiyfOK3Wgn2yCQoLzpP+23Eda4JirlW+jwMtrBe264ZS&#10;Y9+y/GIbIsf+n9AHnn8+X1sqPAjyg+j6lU1BMzVm7A+YoFpa32P79ypmfKsBO5vY65jXcD9yLo+D&#10;UUXqHh3GmnsIAtO3heCkkKxcJA7xxbxKMIYBBYgKA2iYjZwV8JaDnHq8RtHaUMqWMFaaQLtdQYFq&#10;iWmaU6rblmCgyul5LJ48j1NnFnFquYkKPddqN0CVvfeCjlnb2HOVDxlYtcCv2LOZCqy0UwZv43qM&#10;2eleRBc1VnASJqMM+09SsfnQwlUCwnc5i4P9Eq0Vi9c2ts3IpdhEMWUiiy09X1hTyjc6Y/qQtpXm&#10;cryyYr+LfpduOoCXDcTXocuSpV4b22byuPbgfmzcegXGODZ7Yoo2lZw52peNwbOAmAVyRpiux813&#10;YBJdHHfIn8cOODH1NYCGVkHE0lLWSy885+eFSk5CwlOmMDnMcSxf3p4h8obimoHJ4JQjiK+yCHwY&#10;cc3SCHox8vNSwtZymJIuEpieADDKLhZRTc/UZaa4CpPOnmzLyXlKIsLlpcumlhJ5B3syhEk5gaUw&#10;m7AfAxa5kqpL78tJRxNPThCYMs6LsPXTiIKIMWiKrAPj++MrP5JYMKOQDYd5o+q0+iI/C+R9h2Ja&#10;a2jKdPt2B81GXcBhBtmCDKLocZtBZCYXm/YiThpynFDvbyeqTQtSjhOfWiTSWY1UNmTWuTa9mK+1&#10;Sxt0gCYV6GxUzKfdfLKuoAc0VmpNy5hc3DWSwQAqAg7UGgKWGF1GTawxmTeLcQq5PG1s3AmlQIVD&#10;Gp1mmeZCH0Uq2Nmkl5kPnvXQ4BN6uA3a+FNU3EEowQXa3Nncs11v0QTO0rBIi3QnTeOnSV/HjIRs&#10;s0MFUUqSg+TxuDadjE+trc9Zu0fzsWWkWMbktS+nNiLBpjHLY/jE0Sratftx/eVtHKK5PrNxG42/&#10;tPENU+5QqrET+aq8PuhzaUDQ4GclAzdsu24BEpVIrl1vbYjkQXZVDpkwIWwQRJvJYKKpTowNhYtL&#10;bzGS6TWUePk6yIFO0PLX8PsSct61zzUYKVce/rogyaJYR3p8se+/FBnvpQJ9A5DMUHryKAl0kgwZ&#10;g3xJqf2oETaQk7sub3AgpVetA/Il5dxrmKbhGApTwMNzRRUfPMXT5KIIrR4FOesYwBkOu7ikx61M&#10;4aSG0noVBoMyYtmpGhiqzN72gzduUqdDPE6rkSxNPfzm9EVA81GA/pr3qS5+rKDt8xpm1kY1xMU9&#10;/0LbTQex52dYPquk46sKBjYFm3N40bftWNmyGR59YfZFu+RFQosUYm/hteNDR/+mJIEukEOagXGL&#10;OKOIAaEm7QvsZ15rNbBcXcb88oI0a5ykqzk1MzAaYt5THNfUgvl8XpoE/nlt2mdr81TM5lKYnd2O&#10;VIYa4MoqfV0Wk5OTArxwu9BsdFBfKdMeUxN5XrGQF2sI3pPEVN76erECpNqs0N7jIEtfk6Mmk028&#10;272aMGXGxiYwNbUb5XKNms3jaFVXxZ845dI1U4GdoUYlXcigmMtRk84+Y2mp/+q9FpWiHZGe+mJQ&#10;nhE2XK9Tpb3ThKTlqLln6U69vCSyWs3MK/vUeN+V412W5lKDPEV7e2d1CcuvnYaulWXOc1JxjmW5&#10;rH5kL7CWL7br/cSkzXEaZcscnnKhzYmpLZqnRaqFr792D2qdcTz69Es4efoU5ueaGJ91sWVmEj/w&#10;nrdg98GbUG7TZ7ZXhZfGoOOX7rmf3iMV/xlXJILW0ElqLwbLVuleWProZDxJq+S5PU2N80q5gpV6&#10;DeP0LnPFcYzR8Dtz8lXs2LOH6iqqQaj2ODd3Gpu27cDE9Haq9+YQNGsor5bx4osv4//+o9/HL//6&#10;J0xwm5W1hbsOKxWSLH5JoYwCO4KErNe3BzdY41OpnKF9R+koyTJSU/ihD6u1f3HcyAuORxS/by9T&#10;EGYMe35JKByzNznYTdglHs6euoAvfPa/4pkjzyJoUUOWK6CQz+CtN9+Cd/7QD2B8alYIC3zKXnCL&#10;aPc16vVlLJyaw7EnH6Dn9Cr27d2BvVf8DPJjm2ndbaHVo5FCjVht8QKe+MLTePGxR9CplKXOGpvZ&#10;hAOHrsDmQwcxvWkPVmqrcOfnkJl7GcGZM3A7LUlQDcqc0ml8mljmzo0yqxn43Jrrbz2ThrtzP/JX&#10;3o7MwZsR5AoClivq3LzMhNR17K3m87hPi0YV6eNHUH/sHmReegYFp4EuPfNcJmv6GaeIVK5Kt+nA&#10;o/5N99NCaPB0Gj2ag97e/cje/B74s1vRgfHIZE5twMwQ+psezY5GgAjci+LL7Voe2suYpttI2lW4&#10;94Z1PUy4WonGJ7NbVLEE3QmwUK7i7795P665+Qbs3rQlEndHNg224WYZLs/jcVojOKThg7/ycfzN&#10;p/4C86+8JsODx4Aua3z6j/8zOh/+GN504Eo8eM8/46EH7sNrx14VC6KUpHGmTd3D/RTfZymDm27c&#10;h/f/8E/QesEy8Qa9C1oTVB8TWV6b2njb+74fkzSH//GLX8QpZhKiJff+zFe+Joyen6TvnVYF8TdV&#10;lvVobKb6slbwPGqzeoeeeTqbMyovtI1qKZ1Hv9Ux9koM9NkU24FAL+nNXWFgpzMZeQNNuo6/+x+f&#10;xOPfegY1Wi+73Pe+NofP/9lfYIqezdbN25HjEEP6GaXCGG5/+x145cxxrNabIj/t0/x6+J/+BefP&#10;nMV0ccqsGefmUF1ZNWCRNvJM9oTLZVKy/olvnWnihAF+663XitTXpXkR9EzSaMrzorCQEIQJrLQx&#10;4ERhJSYnkgjM98pp1qz8495GZIuiKjODzbUqv34oY7Xpsoa8FjMeAwv6DQcIOiMO5o2dlx89V52o&#10;BSMwjskvHJApdmhB/LmO9alnNR7bRDjukI2B7V34Xng8+h0rfze9ZBTclvAWVkHCuiWwva/1ItQ6&#10;ERrHMu5ItRHE1gZWRRj2VRYqNHkCDHZ5nlm/GXvhuWTBZMfiI44wiWyAo2OuR/AHfzC1zAlZgJaJ&#10;zTiCMNktw1BZ5hmz7pg9yjkFfGAm7D15/wZwi9jc1rpB8Bnx1dEW0LOVtw2ZUJatqMJwFSuvdVSi&#10;9hN1pPH3D8L63PYAruckyBTGfzEMAAo1oVq5NoDN/AoiY2vHMIx5rfCNbz4jhb4k+/KNZ2gNHRPy&#10;lCWAIkX3Pzm7EZsO7saOxUXsevUkjp1ZwrHlGuaqbdR6acPk5gM0Tp6WoCVX9j7PNX1Gr9cRYF/W&#10;NV9FnrVceXrsPyx+zEFsdcH+yo6J7csrN6pgmQnr5dM5TNEEF3NR/iGe0Qkzmthq+RJ6wMEWHBBg&#10;VOfmAaZTHCXsymLdqFflBc4UOth3cDsOXHY5Nu2+Du54QcxBxdQYJh48PJkw5tKOgBG+HwyxOoLQ&#10;TS2R6hiDDnFjGiepwmrykQgDCL/GGJvaAa3tYBUfAcRGinaiOXJNXKB7hvrf68kgFKJohL6LU6gg&#10;qbKQc6IbD3pmnXWb9GwMlTYQsMx4GEr0uG9PMFxzTWwmnGZEV5nTMEfbmGnaVDjtTcBKx0iIZRkT&#10;/z/TXTqu8dzLeE60CIoPoE3j4WSfdN8kq4bpqrLQuE5EAxZpL8e2axOQ4drULC4mfd2kewnEt6/b&#10;6Ym2nRd1Pk0Qg0m6nHqzKZT7QtERvxA2cubp6jp2IrJfChv+8mmpbX944ht6ohtzd7SBmJwEK0+8&#10;LmhcpPVgiKZ4EzLAx1skFTacKshjcpyKfpbBSqquDn1E1rI51oJHekhYGDewMTMsPoEIEiasITSQ&#10;pQK7kM/R5l1Eo0xzo1RAjweRywblGrVmA1nNrFY+dWTANyOAsABxiiXttFhSMb5MDZjHpucs883l&#10;RE7Bg7RKxWmemih0A3n/gQ2L4S4ysLR4PqGrN9ooV2v0M408nNMAeUEwzEzDiGQpztlzAZbLj6HW&#10;7uLqK6/C1OxeFKamE8CQeY6+vCY1IMeNGFmvI9EdBvZGAS3J9MnoLYVAnBotddXQIwImkoDA+rQl&#10;PczxeQNu/DpRTgwAlHpYhjn4U9Q6Z4zr/61eN0Bj+L+HGc4x8IihkIPBoIdRP/f/F7++EBDSo+5T&#10;rSOWvjhCNMiSVOs+RXUJ8HPoJeQk9pMY2Bl+i0Z6IMxXm8aulWNT4mPfqpC5GNYIQYKTJlLfEXhu&#10;xHQcwS57PZW4UuHPC1ltQQTyvd7oNgQyPcDmSzL6oumoY3mvY1O814QbJ+dinKFl/P0SrASdNJgb&#10;gquVoTMOKFcvak0ZEgXDZzC8ZlgkL7hIGMfAM7V/9nUogFVrZd9Ym0SsLGAZ+gLaUnQw6deOGehu&#10;7F+WJDomQPlksnQ8ZgZBTEneCwF1U8DIWIwO/oSe35dDP06nbHVaaDSamJ9fwqvHXhHwb4yDoLJU&#10;m/WMiTobnnPhm+KwDdp/+MSf+TDggC1kqTmfldT5JjWrXKNMT0zIL25q2SKkvDyPZqWBbqMp38PX&#10;Ql+KdKEgIAqPGTGm73TFHqY0O4WZjZuhsiWUa0tS7G6g4jidL6FRa+DEiZNYPH9aZHVpNyesvSwV&#10;wywpLhRKRmZHt9nucPJvhR5FX2xmsukx8c+t1FbQ79SRofqsWNgMt1dDu9HAwsJ58RNMR2d3trah&#10;3nQqy3dKjblLe+nyGayu1uD3YgCm0jXvzXVNcAKPvUxGi+yt1erLu+FDSD7IrNf70oCl8ylsvWwf&#10;TjxzDK1eCd/47LO0V1fpuo3ixKOmf7XSwW037EBt1cGF+ZocInfrXfnsM2cu4LVjp5HL5YWUwc+B&#10;bXC4FnDsCXS7UaFrmBSGWI+agjzV8cwInB0bp/qhjRW/Tu+viBxdb+tCF0eeexG7DxxCkZ63s1rB&#10;wqkz2Lp7J2a2b0Z+MYNzS/No1+t44MEH6dlN4Kc++jMm+ZXqjm67ReMgLY2ZOxCopBLj1LFzIYiT&#10;HWHkuhHxRiusyWoPU7i1ZcUI6cSVhlOLH50nYSEim7MhMC88/TK+dPfnUW81sWf3PvzYT34YY8Ws&#10;+Pd96e/uwVNPPYq5C2ckUZmqKlx76ADu+sH3YAv9nioUhfnUk6AJVxJdl+YX8erTD9AzeQZZqssO&#10;X3EAG3bfKiC40+/QWPPpPdWwcOwovv31RzF//KhhhFINuGHbXmw8sBf7r7sRWQ5wmb+A4PGvIn32&#10;GMYbNZOc6xk7moBqwXRGG9m6Z7y9GbDke+1vpp7sihuQve2HaVBuEXCEE2q5F0OqJF6F7D2Zynoy&#10;X/Uy/ZwH74Y68QLaS+fpPdN7cg0bLsuH+v0u0umSANsK1FvkWLrahE99RrBxH9K3fC8yu69Eh+Yi&#10;+4ryuE4p9tZktZI5CelYqSPL+1zTuQ2sWWECZrifKc/I/rhx9Z3YUkNATapXOemXyQRHXnkeD3zt&#10;fjz08ANUP1fwc6U09m7aZqTYThgUqCxAQP0Kg2bsacVH3fROrr3yIA7+7n/EP336r/GVf/xnuV4+&#10;olg+u4g//f3fl56l2WLrqab4kOa8lCzyae5FfPajBPbt3oIP/uufxmXX3AZXd0zd23elz2WVDRNK&#10;cvSF3Hjf8M47sOvAbnzyv/w3zNFYkVCJRg8n7n8Uf/jaSfz8J/4tXf9mKzkXl/OIbMGgWY7GFDMc&#10;XQ7fUGkDUDM4oA1hxRfpvCeBDiJhD/qJelhJWEcIwjDzh71N33XXu9GlZ/fYs89jlRnVPE9ePYXf&#10;+/e/jTt/7AO46623YzydRyZbwC3f93a0Kwv47Be/JIcKvNO1mj289vSLeLlnFGscBsA/hA+E2J5K&#10;4poY5MgwSKkxPT2GLZtnsH3bLuyZHscVBw7IvOSwoYDGnrDFxA6sL4FH7J8v7CPeX1l6Sb9Y0ca+&#10;rXzgwjJed7wEp5iXn+8pFfs1qritF3Yb+9+GBB3uX+k9hn1d1PPpxGFvop9bY/ulRyhErE0V76Gu&#10;RpTMG8ZfhanCjiUKKeqXHQtshgCesuxVZt/KxGa2vHiIu5GNlbGmgk1OtkCu60bX7iCuBULijjMQ&#10;/mUcrYVxJ3pZR+acY4lJBia2xKKUGVOihhYmYuiVlzhwDns7sWtwhcUtTD3qscV+S1v8wLIYBbh1&#10;U0a665seQ/piDv6QMKG28btlkBHGz18OyBnv8X3opFeJleAKUCcgnAVTLVNcfg99/kMyWtjLO66N&#10;MFNRUIsTkscjCbA5aArtfYzzizOAF4XZEWaPiscr/2zx83Us0UiZHAUT+GH2cJ+xs2JO7isFs18x&#10;Vi2g2/gGpGe3YePey3F5u4lOtYrG/DxWaJ1eXW7h5FIVDnu80jxwbCCr2JvRB/RC4DkwPv/CdoYh&#10;+oQro7Hr8oRs51gpstjwMcDPQR6Mw/A6zPKMajZlE350lDLDE1RZGqecYDMAyJssF1fMHuJU16CJ&#10;Hm04LKXcuTWHG6++BfsvO4zs+GZMTG8SSmHWNfa7YtBoxabmE40vYIinh7LXWM5lB4BtoNwRYI3x&#10;c1B20zF0XkZfU264QAQiFw3p0EGYzOIwZV3bB0cT1e3JwxOvBU4W4utj6WnQFuNm9lLg0BITH96j&#10;RU1sXSOavbJgmsgn+xKhZU8KXClGAmmoHElrYypvyFwzaLaZgGJYyt8oUSy+Dd0wAROCjfGzYdDV&#10;N0VV1lJiw6bO1+YpBDa+m19uKIVw7EJmZBY6kinzSQNncClZ3PoCCDEVnhPrOFG31erKCbwY46YD&#10;5ItjUrSzl05gQVJjnhpKqEKqtA3Z6BmJBdOtrTuoJEXJJkCbiASMyBhwotMJQfQDG5qhtGV+GqRf&#10;2+JQDFMdc5LMn8EUfPa2C7K0GadTFohz5dn5cNZtepPSwihWPWzldCwWVdFYCoRmbEAsk+gjJxZ0&#10;DbkUewZNoEz3VaYifZLmVa6QwXJ5kZqsKqap0AwkKdcRLxkdNAT8dl0jiclSA1NZLmOKFgZeiTtq&#10;Gy0kJ0XqU6XnOEGbYpo+g02DebP3A3sgIYeA5g5b9AyqlaoUQr6NjecmTFitjqFyh15orUaAZ55/&#10;lm6siiuuSFHDkRWNf8qlxky1RXpupNzWEyNYewovFOKkbCf03nTeCFtIrwFiB8k5OsFXCkYy0TR0&#10;tFElm+eQPROeBA0Gc1y6bPVSAkmwTuLtd5paG/+3i0uN2whi25zBZ3oJoE8MuCZSVi/Je2/we9d7&#10;PhdjaCbfceTIq/S6bMiRMs7oJHD4meuI6LvGkzHQA/YRcdrv8Hs3QE0QGRUPOyUGkc/bsCQ2CsxQ&#10;g7aTiTONAY+9YWBv4GuG32ToNSPyEz3gRzfIPg0BaTUSBw+BvCAE9YalvDrBNLRgVhBZGgzOpWFi&#10;nYrSZEdr0EMDYxVFnzvxgZ8eMdpUgqWoYpm1jhiO1sNQIzqtHT3P9FoGItaX9eohfz2zN6uB6zQA&#10;cJJN60Tm2GFpxvtp6OHLAG2YFjccvhM2z+FzVoiT4l3L2rdVcELCHs8J8/mB+CC1Wk3xp+v2W7hA&#10;RWat0pD2k/dXls1WV8qydyg5ePLM4WzPeFZ5nklRzDK4o4xJPqfxTo5NIJOfRD5TRL3bRKVaQ41+&#10;aTYW65vTeWkSOaUy25M9LejXpUZq9TvYv/8QxjZtxWp5FdXlc5iemaHP3CrS1xMnX8XKhWX0mlV0&#10;G22R1rA3LvsHMrOPG3WqziSBs8tJ941zSFNtMjO1B062iJXqeTRrHQmGy5VKCLoBFi+cRr2yjFa9&#10;D08K5T56tHeN5fLIM4uRGv6NGzKY6M/jyPEXUGlqw0zxTNGcoRq5vNrCxqk8as22SI25mKfykOpi&#10;Dt7oy8GaZ83Gee/ZNJNDteFj8979mDpwA1pPnMS5106JR2FA153hJpW92WiPztHnlQo5aY7LC3Q/&#10;XkY8dR2qaRhwSClT0zAbiYE+P5SxwdToWT6g67QkaG1sepaafZaFNgX8zDscTNKha01RTTKBYr4u&#10;h8XMcrrq6mvoGfdRHAtw5rUT2HvoIH3/FPLtDqrlJSwspnDv17+G7bsO4m3vvAkZrnXyJWHrtVt1&#10;GhdZabocNfpYSw94IgcDgLwZs2rIXEVF9UOo1AHrJLgWcdISIuF6xpT/xCsn8NlPfwb/8I9fpFqp&#10;K8nBj2bvw9Pffho/84t/gLs//Wd4/vlvoJAbk3ps+5at+OEP/BD233KzKHEUy0X7Sg5FS7kullod&#10;3Pf3X8TqK89h++42bv++d6GX2o5SNiXXwHN1qdrB6qnTePjLd6N8do7Gexv1eg8Tl+3EW99+B2Z3&#10;XIHq6iKcch1YnIN66RFkunW49M47KbNmybPqm/WWeyRfwjjo3ZY0mlR3Z97yLsy+7UehSxvQanIj&#10;2KZryIgvYZWuIUefl/NorHjUT3Q81B++B/0n70aufgqBwwnxXQm8yFGt3mfSAs0Zl2vGtI90OyMy&#10;sRZfwqbDGP+edyB1+ZtpDmuRlHKNmxbfcFdk5MZsNTxIMGusZ8kYw4eFIYN+eBML91OpFfvMcMuj&#10;Tp93dnEJn/nkX+KbDz8kwXUlWnc20nw9P3eG5jkfVhi4QnokHTav5nPFM419Na2nrE99xXt+4idw&#10;en4B3/rW09QT8PpAY4bWI2YMc2+Ry2U5nhB1v42imxNLql27t+LHPvSjuOyKq1Ci9Sygns+jscUy&#10;WtcNb0Gb8EZOOU5nxPR/y87d+Plf+SX84e//AcoVDimgHqrRwcqx0/jM5/4LfudX/5MwX3luMItQ&#10;vLb5/7LVATO8bGASC5IlAdQGKHC9z2tkimsM9l8PevQzvUg+mdwMhbRC3+vRs5ncuQs//osfR+q/&#10;/znuffhhVGmdZsaff6aNz/35f0eF+pBfeN+H0GDQh+bRXT/64zh0+Ar8xSf/B149e1b6RVYj8SEJ&#10;3y+TQAJ7qMQs0DFmFJeauPbyy3D7rW/B5Ve/GdmJ7dTTtuHPHUOnWTGWWNxjMPAtvvPWi851ovAI&#10;8R1jMIMl15zizHZPnLBOX9PNeHKAoCwjlJ+TYWm5JmSKgcNOL0KoBDSCCbrUaq1pSTTu1Po1vJMI&#10;IRx0wDGsffawk3OziA8WwhLKsPkc83Xaer9a27zYw9TKfyUE1DRrpldWTnTNOrQrQ0w+CpVKRlpr&#10;vAPDPkbp2LIk6DHDsmfAIfls11ybfLMve7arHGvRFIZZGuxDoECxw7Lsc2sPJc/LsZoFvi9OPObP&#10;7JtEb3necr5sGYdWYcAThucq+0/yL9P/q1iqHOE8fqRgCAu6ZL8dnvkkCQuBZY6LTZgF8Iwk2VBZ&#10;AsReho614ApC+xknDh4JwuyHyCoHkR2FY3+mgJiOUSDoEBG1HsPsv2nCziyRTIhWyhC/2CfPWkkI&#10;aUobBSytDMLC5bnB3sDsPzxOe+wW7yqqp9q4plJGs1pGrVzB0ul5Wns69MwNtsFWtAwg9uVwxNSd&#10;TOxShnQta6BvfR+VPVzgdVYCoAX8hDBoGdfylHVNdZmVxeggFQhi92+fRGBvNLBeeZwuWm1UBWXs&#10;t3oYz/m4fPcYbrz6emzddwtKVGhwQeKlfNl8fdp8PMuCChsFI1fV9kFZgr8a7AJM8e7YQWJSidyw&#10;AXNURLX1bSBGaErND4iZXS4vzK75d6aspl0bBW1PIbXQOs3pYNBzpZASHMoyNkQGy4sVbzaeJ4EZ&#10;LKHk4JEus8k6TWFf8SLeC8JFJ0CTNhftNC1w5MpL0uLpx8a5tNnSYuXR5mvilw3SH3n82dNMATD5&#10;BctLVRbMMYuKbwd31yYRO5LMG8qd+7IwOzaKXIAyx7ASJRGXT/g4VIWlwvS3HK6i+m0xOfZ7JqlX&#10;UGAq3jlko9nk+2zJ5sYbBIOcnu3OGOTzQhpvEEQUWEl0lTU/zUdVAgoGjifngI4UH9pIjmxytkxQ&#10;Bo144XZVJDOOWCBh/DYj1Lx49QwTkE0tM+yrQ3ezTIUspzqZCHTbdDGwGko/4K7p4kJ6cMisCeVw&#10;oe+ICtm9QbIrdwzrzcq6xcuA/QJTOSnAXXqOXOwzRT/LE5WeRYkao0alL5HfJj2X51ZOFltmdGbZ&#10;M4SKn3R2Eo1yAxtA70OxUfAsLTZH6M9dCWLh0JUuFZbMDOhatiNfBzdj3b4WwHO5XkGLGjdZeK0k&#10;PWIpRpRxe0JFY2pptYsnnjpKdayH8eIUCjNb4BfpXdMClRLw24u8E0KAOOlX5igMpK19d6DfEH9v&#10;gOGnB9hzg0BfuDGrBEMreluIsZa16MlwwIAa8m9zreTEMIDDE71BUCtu1IcDg/Sguf4lgHxrGGs2&#10;GCJcA0Oq9qXIbsNHH3ptRuau4UGD1iOpYhrfGVA7CFDpNfy6ZAof1pGparvHJBkeaqS35vrCyWHR&#10;o9aDHioDUl9twpqG0x/XArU6skKQ9RpW8xnERZqjtGW7OVJkROy+hIxWnApCn5fhoREZGAeJv0/m&#10;yiLyyEuCq6EPyiXB18L+ciIQTg9VVEoPhleE66ITPb/YhM9JzCspRte8LxUxG5PXFrMG1YDsPHmN&#10;SAxNyweKQAE9YAdhJRQJKXOcSuwkodghqbCKbcNCoDNwIsCOizw/SecL4rUsBIQHlzYVfX787nRk&#10;TcDFo6gjLGvaUz6t4WkkyBoD/qODjyPxudZiQrx4rdewkTs6hiEvfzbFKNcvXEj2gyaqtWWwAx4z&#10;vJaWV0QRUCqOiWdTebWOcxeWZS9Os3TEdU36quxLKdnvs8UCNc4aGfr5nOA4XppCkfYLLz+BanWF&#10;Pp+K1VoNfrMrDCQ+1Wb2Btcl7Am7Ul42+6rbwWWX7UNpcgttfCXMLczT9XaxZcMWFKc2UcPYwNmj&#10;c1i6cA79ZlWUJarfkz0u6DWoMexRfZKFQ5+5VOlQnefStaUxu/0w8mObUKkvo1NmoCyLDTNFup4G&#10;Lpw5g8rKEtUxXfkckSr5jjRI6XwWOaeOzUUGEGvorvRwfPksMj5LswyLzTQUQL3VRYkjd+kZjOVS&#10;aHUNY4WN9GfGM7Qv+1If8bjI5Fy02n15p5u2TaFGNfDLj3wTG0tj9E4qIv1xnLwcyjG7JZV1sHvX&#10;VjhZaqrSHRSzxj+bg0dKkyWMTUziqgMHcOr8eXqGKWFm9PvGx4cZLlxZeOJzDKkvVleXMDk1i0Bk&#10;0fRZuSzy1EC0qW53C2P0rGfoXs+jSO/57Knj2Lp7F1aWWb3TwInXXsG2nbsxPTUp97pSrWB8chp/&#10;9dd/gnZ3Gd///XeZA2y2/skX0G53hMEWcmHDfVeaVN9PhOgk64PQb8mJWFv87xIQ5ITzPIDR/bD/&#10;s4okXr3Aw+P3PYB777kHL7zwAhrNGgoFljMyUy0ntfqxIy/h//ilH8JYqUT/NoHdOzfhlhvfjHe9&#10;+/tpzBepN6Cr64n5DzJOF4urC3jkvsdQOfsSJgoKV73nOszSmHSL41A1ln9n0aaxfeLZl3Dy+edx&#10;in5ut1OXn7Vh3z5cf+W1NAb3IEfjpr90FoXFBeROPIN0Y9kcElmrBycwta9mwYbgh3TPDKi79Pvs&#10;GHD59Ri/6u0o7N2LDt2nzxZJnDDLzE3qLViemfbYcimHVrWB3qvPQj34eWQX59Dlg3xWA4k/F6Re&#10;55qfOTjs29ijsZSi8dmfyCAY3wj38I0oXn8H/WORfhZ1OWnjK55SvuxxoVpbdqBQ4aGH7DXs4UNk&#10;oeCYtc6JEtHNutWz75U7EWb4XagZ0P+5bz2OJ775kBAA8lTjOtpEKzaqVSGHuNowXHzL6BtgPZtY&#10;AWlimeXIBIWA7vPHP/oRZD/zGTz00MOsnqS5EkjaKy9GvW4XmXwe4/R123dswA3XXoP3fOADyI6N&#10;i72OtoddPLrNODQhgWwTJHkQfFM079hvng8dNu29DL/1O7+D//XpT+G5Z59HYSyHq286jHe87/2G&#10;ZRUGMYWhbrz3qiDyLIT13Q4tn6xQHjnPiTzoRd3FPR839aGlE4x/nWiDmJhDz5vZvrmpMXzgJz+E&#10;cqOOx595Hh3xh/Xh0rp2/xe+gpmJCbzrre+S9bFJz3fzddfho//7LL75la/guZdfxtLKqrC2OXiT&#10;2ZMp6q8mSmns37kZ+6+6CgeuuB4zM5uRL00bsgG66HIIU6st183Pltlc4VloSptwFSGuye9aDn8E&#10;vOBDr35gPO7pe/oMPtF+5EjoCL/eOEwhZCrxoQhLieXZWgYpP7cwRMN3E/YWYZAj9MChw8Ah/pCf&#10;rxOCOsqQmxzbd0L6XwPwCLDiGuwgEFBFRcm/yoJEhhlm1G9MXInepTG3EzyCx63rWJmlitUJ8rxg&#10;evpQIhEqyRh85hBFSZFl+TS/+8inKzDgoz1WNOAwz0PPqL949lkSER+UOFaGrC2ZIAJGrQew4ArK&#10;+PzLz2awiueaoE82sMM3pBvus3kdc9wQ1AvE5ovHAR9UiYWZoYVHFnFSBzMrk7EKSyJh7ID3M6lm&#10;/DCUNa4ztZ9wo47IUoFgIkgcdmodRLJx5Rm/V8eOGUloV5YohDB8Tslz1Tb1N6xLw+AoAZr5GbI9&#10;m04Zkhe0uX/Ze+NARR3V/Jb9KeumZ0Bc17ArtcN1Qkr6T/Y5HsuOYWx2K2Y7LWzZWRHLExkzjN3w&#10;us/+gFxPdfuyRvfaHfM7e3FSXdPzDVuyzUn0Mj6MSsOQgmw+RCBp7l2T3qI8kfj5IskwwQiSLkuD&#10;oUWLZFcKrZ6YDq5WGrRRcXpOF7fdeC2uuf5OTGzbjdL0lFC8U64p0Vl6EWmJE/5b4WSINvwwCk+F&#10;VMogcRq4vndWkv0i9EqmXXKCmlL2cw2dNMUbiZwGcvlgUtP45WezaTS7ljprmzhtY6MlSptZfn1j&#10;Vs1nyal0TgZmlx5ykw2eU2mho8smbteVRpsDEhoyCVJsvuo5ltmnaVHs0hrmYCydNUEK7LGW5sjx&#10;Li2wPTFnFOmr7Cy+nAoFXNRxLH3KJDwZdU7fpDGFGnQurpmBx+9NG2abCcnoSdJMjwobfvkmRY03&#10;mI4UhWKCLSaOLKvpIBOwrLgLM47NAsWDzLWJyczsFIqwLNh9oecb9mJfvi5wDdsN8mwzhhHZ78nG&#10;LqdzAnj1ZZFzXcOQCyzjRrwh/FjO5dg0QFlHWepM98CAFvsPSdy4z36FzLj0zam3Zf9FTT3TiwVE&#10;tScKCTPp6FQhXNwT/pB6mGUVLYTOgIealDLS2Csx3+bD32xpAmkqppvUqHR69P5TedowS2hTwcyn&#10;9ObHpmSDY3ptUxlTZJYqpKiRWF0tYxufXAfUTLh76V3cL4apBXqWzVYDmVYPNZYu02cXsq54GXJy&#10;ErcVzQ6brlNjQ5uvsgmNKiGdiFJJQ7DSwFko13p49PlvI1P0cP21t6Po7IKXyUdgi/HbCU1v400t&#10;DMrQejTxTGu9rtfWpbDp1jK39MivGfh6vbaxiECLIJRRDvrxKayXuhv/fRB+pk628KO5bfE656xH&#10;obuEBFg9+Jt9yKMZj5f4v7AgSZ4Qq0sRu14SLXBQkLkeq1EhOlWLGge19n0MfHyQhPLUSNZkyCgI&#10;P2oNcKL1mnkd/55knzhx4vY6gGx4uppkJYaMyhGB0XH4lFrLFlszX6L7ujSMOMm605Elkh70xBsC&#10;ZZPy4PWG0IA3bjIgQut1OabrWVZexLLPJriN/sLoOqM5N/xz9JpQjBCsW0sg1MY3T6t1WLhrr1+F&#10;yX1q1MsausaESnjtkI+Dn8z39s2hSYIFGNuNxOM6sMU673WDa2nI1A/9rJxIuhJYFYRp0I3XEQdf&#10;iIcwsji/cEYK15npCUxMbcDCSgXnT51Avd4QNp944lI9kzaoNLpUe6SyWTGjdp2OsNvGx8awcWYT&#10;svkc5peXUV28IHsTe00xRSkIDKOP2Vfs68RhAOlMCqXJArZedjUyM1tRLi9Tk3ga27dsxvjEJlTp&#10;+8+dO4XO8qqwAxvlMgL6mRxyxS0uN+m830soFx9E0n2y5HR2837x7FmurKK9MicStWJpAyqrczh9&#10;chHzcydpf+zR/lyQ4Ip2WwlzDtQGX3FgE2bSbTTqZ6HLLdo/IcEAqbRCIe+IW1S1biSnVFGh3RO3&#10;YJnP9WZfWCnFnCvNJwN2LJnlPpfrNM9arzhpBwdufjuOn1vGynId2DiJXdQ8Ly/WxD+RLXA4kZRV&#10;zjdfvR3btm7ExGQOeU744+CUNPsQ0rNLpfCrv/qv8ZnP3YMnnz9uJYiuKeStrFKaJB3IYTRbuCwv&#10;zmNiZpa6rSzdchtj+SzSVCuV2014xTFMb96F+vICyvQOTx45io07dyA94WO1VsaZUyexY89eTE0b&#10;+5uzp0+i05jA//qrvxTPr7fccbu8n/DwN7DrsyN+yn7E2I1PWfTQ+hbEftsMNPGcsHW/2Z5M+IMv&#10;vlX89xzg0sc3vnYf7r33Hrzw0guGucAhBSxPp56EWVvFYpaeAb07z/w8ZjP9xq9/HO+461/JZ0jd&#10;6rAkkXqaWg1nj72KI089RjXPArbv2IQb33kjnOIWqZP5QJ79JxtLdRx98ut46aHHaVxWRe0wu3Mz&#10;th58M3YcvFIYmAGNfXfhHMZPv4TO6eNIs7pE+Tb9kRUuFtFnex8+ZKcG3OX0a5pbzjZ67lfejMxN&#10;d1IBOSE1cYPTVlnJkWpL7d/pcfgcjTeWep09h5WH/g7q2DPwOOCBGVQuHzjT06evYRDY6WWlMfW8&#10;PDTPIWa08XjZfx38a9+O7K5D8g7ajIFR7cpzI8MH6Y5JL3UR+mqbw06WD8t/iw2SjsjtchgaHVbY&#10;vdE3vV3oFiZkCdf4hknzTu+Hfa35X4pUL/cC8zXyPpndRdfPKdHSmId2BAMg3+CeyZJjCRxk9RHN&#10;gS2zU/i5X/olHDxwAJ/9q0+jXK/DyWTpeVIDzXJRuu6PffwjePs7v88enED6Oz8IrE8WRLUmYYU8&#10;BpUBHDwXUbqusJ1lwKcwsXMrPvqJ38RrrzyOHfuukNAfBqqYjebI4ZqtmsOwGptHrCMmXxj8Z+YD&#10;A6QCqDiGYSfqUAlaSNlAR6MwckVKaQg5YZigzxc5PY2P/MZv4E33/gu+ePfdmKN+oEdjRFV6+MIf&#10;fwrfevop/PSP/zQObt4NDnDesGMb3v/zv4z3dhpoNxto0FqqjTk8ipMb6NmVkOf0b4/liZ4wxdiz&#10;nvNBe3Vaq1cXhGXJbCUGG2QPY1mrMiBtGLgTNJuieXRtiCCz/zrsech9MC2GQTFDvVORxo4B/Ph7&#10;eC0V9aa1O1K8Bou82CakKjVgwWJAKmuzEkaoJuoBP5L1YsB2JQSHIoaZ9QXUlgnnUw/L60qoRGQL&#10;AWGxOSNYybbWNgm8Wg6MtAWPzRhwrOpIWVmpI/t0yNTXtuEYOLC2ChQGfsyhsWvvJ2FQomzycUhW&#10;gk66DUshLfgAA9gczKHCRToYnFv2+YTcXRXlDRgzFiesRxj4C0xSsqSeK7M2MKbBQB9LgAPXE29f&#10;fomhgiFc34MwlNOSlkzCrK3Fw4MFmyZsPAttzWrVNWEtHgSjPLsT9W4QK0ejABNrjSJ4kH32jk39&#10;7vu2R/QRqcxC6zMklGfrBQAGluWuBlibTtxrCvBNd57ybJ8eqk7Zgy+PQi5nAmAD6wdpsx6E/m19&#10;BPs9qw6RENmejA/+M1t5CRPVNzWT3zWMQLZNkb26322ZkxvHgF5ymqYMwsmndgyu1BptNGnR5Hh0&#10;iURnuUC3jct3b8Q119yMTbv3AFScpFOBgF9+4InHQcomZyVb6ejlhAsc9EgvqqQUZrCfN6hztLlE&#10;DBizsEq4hePY+tom4cjgdyLabjaTlwfIAzGluwKycRKKY7XqDCLxiZrLZg5By4Qz0OLLdHCmpobM&#10;whB4Y6SdQUR+MR0T92YSZ1MM+BUilgBTw/kUhD+Hfef4e/ilMBjIoCJLZwRQEyNds0iwbEZLWiqz&#10;C7tSrMuiRS+QgSP2yePTEgYIRbevveg0hOPhXRvEwS/dnBwY9h2zAzodX4oKPl1nkjmt6RYg9YSp&#10;5kk0eNzMSGCLTcLl58ieF1xs6zBi3FORTp6/V05KuLh2MzAGFK5J4I2KQCf2dLGU4TDMRE5W7ELO&#10;8mM/MCe/stzSPTFw2qn3TPy7IOSunVRx7HmgHayXuhvbBSQ9+8JkozD8wer9g2DNOI0kCyyVYsCc&#10;t3dmCuTG6VZ9lPL8vDqoBmOor5YNM1ZOo3wxnpUNNTy5YUA5xzLeU0LbRb+CplfEREoijKkZyFFD&#10;U5fx0+TTY7hRg8/sWWY41FpNzC0uwKdNlU/MRM7tOhboCqSggY6NaA3o68uYrdU1Xnj5VcyMzWKn&#10;yiG7dZcsiKGsbqS0NeHL813bul3E/+/1QC015NExkgMeEqf0oAhzADQcCb6p6HuDqFBY+z2yRo3w&#10;wFNrTMHWBzhHywz0SDbbpSQGJze+WMI6CggLEjLntfDlpbH7VMyu02FET7ixJQMD1FrZ9kXlwbFw&#10;Qq/Ru9pNOWSV6rVPbQ24vw4Ata7Ew4YErf0H1/LMnfWBOJgTRB8qSiWEZaFjBPCnE6yxJBym1kny&#10;XeOrNwQSJhl60Z+1GgpBGTSkEyuL4fvQCWZs0iN3AIJNfpYeYnqGCeehvNTKXkb4Ea4/wtRIMHJQ&#10;/nuR8WnZJra0jeXAl2TseBGwVSfvXo+4xri9C7RlCLtcQ3HRnTXNgIoBaz8Y/fyVnVdhSh8Sc9qE&#10;BDPjQEXrdXhAxeywZrMuJ79sm7G0tCL7UGmiJHvJsaMnqLxpiHTXfLePDDWMWT5ctGb4fHiZ0mna&#10;14CJ8Qls2rAdqWyJ9qNFdBo1afxYudETtr8BVdnPTf7sG6nprj17sPeKq9CiunDuwjwVuW3s2LYN&#10;U9NbsFqp4dyF86iuLMOvLVHN4pv9i72cpMFyxISX96NWr4bCxBT2Hb4eG7fvw0p1HrXlc8jQ9RSK&#10;s+i3mzh14hWsLp6XJNZxTtm0jTPL5bbM5kWuu38bXV+/jKULZ6XuYY8vxfIc+lXMZMwBWs+Vg1eu&#10;41iiN0b30Wz5EpJRyLlygNpo+pKIy++N5cGOeJFplOttkR1ruq4zC3W0amVMFIvwWn3snN6A+th5&#10;1KkxrtR6aDSyuO3Ww9i8Yzc2TO+QWlHl0+IZbcYENVNUZ/X8Gj7wr34EZy/8KVbKPWPW7ZprDKRg&#10;TwkgwfVZr99FLp1Fs1oRhl+z35FxnMkr5Ggo1BotTG+YMrU4jcWlpSXMnz2DHdt3oiM+02XMz83h&#10;wOWX0c/voU+15rkLp4W59Bef+iQOX3MdpmgMqaBrmicLpDuWvWwsFVzDTrCS+sgPKfQ74KCFvm+b&#10;INcY8ovFjfFKcqxBPh9G12ot/J+//x/w0KOP0jD2kM7Qu6B7WF6pCZisqN6anZ1GgeovZsJ2xAPN&#10;k+CWz/7NP+Itd/2IBAdkxYMrg+NHT+KRr96NcbeKzZsUDtx4ByYmZoW952lmD3IttoiXHrwXzz35&#10;HLqry1DMWM2N4frb34E3ve0OtKo9CaLxlunfXvsWMksn6LroNpjkKIomV2rxFNfZbhw8JoCAR6OO&#10;ai3nB/4N8lfdbJpNIUdwCEIahbSLDn+Nk5U061Ixi/aJs6h9nUG+5+gdVuizqB/jw+LMGJxiBl61&#10;Jf7g3LtwYEAqn6MxTF/DK8TBm5G99S4Uth5EubUscmCVyqJL11VkBhZdb8U1DMIs9R592+DyobRj&#10;bXCUlSuGNh9cW0qvDyNxNQQFL14Nbe3jW1ADttbkHoGbUupEsXPnTpHa6hanXruS9tuj+rjZ6Moa&#10;JsuW6yRSfddapQgDzzfWUxJ0wqSCbgN3vufd8KsNfOqv/xppJyX+iByw4FNv9vALT+LNd75D1rU0&#10;jKe5SvUFeBas2vGjtPMQwBRgRxvAg8kiYuOQcoUEk5oYx+XXv4XWnLYkfvd8Tr5tWRVFaCfh2P1G&#10;R/6/RjemjfzONX5gDE44tH62230D5LP/oGN8+5gdHoR+6JZtJgJha2fGvWQuTT0bDcRb3vVOTMxM&#10;4I//25/QtdDncUoxrb/zj7+Mv+j9Cf7dr30CTn8G08xgdtoo5jzks+MolgrCEOvS19bqy3j0ya9h&#10;6+7DuGLHDqRVXywkeOzwfKifP488A3L5IjK5NGrlVfr7gOZdNkqiF69FZZ4fk2Q40IYTH9nSSkAt&#10;ZhHye8nm6NFlooOrWA0ShFokwwTTJpQBQcIsOwHkJFGFUB1m7L6iV4FRRrwqsrDR0l/DJt4zIOMH&#10;QQS4hdcmYSORlxJsYERMFgmUXc8EmDHBJGa3VgP1a8xWVZawMmR9E3rU8XzgvYx7Y8+xvr06rqVU&#10;fDA5eDBuig9tvfLgqBjQdBKgVJx0aA9hLchuvREDC1qxlFdARbF4MyCeWJ+JvLcnqkflGwKUR/uY&#10;wxJ6C/xLIItdB4VhCEOaEWuSsAfxbcVkGYs6COy/hU1eIGxEOfjTfsJGRkWhrQYz8mPVlX2GYaiL&#10;tkoUns0pCSaJg6CMRYBVRYo0WVkAOWFLEfY5FniMwLwRYY1JP9O4Ig0ieTEfHvUDA1Tzgaty+3JA&#10;qXsmYIxJZyytRyod1YgqZchWvFiljPbM4D88l0S27dp37At46UswLD1/ju9mGSCnevE/dKiI6LbY&#10;BLeFVlOj3mhSUdNAq2W8wPgUjum0E7SovOngXhS3HYRXnBagiBfljBjmecb8MCFnGWZlDMj9lKU3&#10;J9gWr8cgCeOq+ZSl3W5Fkh8plhj5N9PDLqxxYysUUmH6ZeT02Utr8bPghUY2NNeg9hxtz0UrF34S&#10;XZzOoUNFarvfFNp5loopYXUHfTsZ+wm0ORCJpzkFckVioJy2/B0XL61my1DcmUEoFbwnk4kBuW6n&#10;L54Y6aBvATBfvBt8p2eQXB0n7Ll+EGWKGoNwk+AiKbra0J491bOmrr4UrpLRKn59Rmbi20HF/hVR&#10;ADnff9qcnEqSDgNZKRfGc9Vsjpz462ayMql8raJGXmizjo4TcxgwZOCUZa8BGxyb070githGbEAu&#10;gzmQLVAWJZYA0JhzPPM2PZN9TdfroNLu0q8WPScfW8cLyOYKpvgNTzi0PZe04OG6TKoEIBMGcQQ2&#10;4MOkCcdofhAMMc2UOcXvW8NYTh1mKW+92keBT1wzzLjroN6sCZuxJ6i/WaD7FrUXLxRu/aiAbbQb&#10;0iz1mXGpiqZxk0TDLJZWG+iy/6Qf2NhwR9Ka+ft5zVktl7GysmQ8DNj/xTPJ04ZLnliY5Pn55sTC&#10;c2zRoLCw3MTTLz+L4sQ0FQlb4WazVg4XpiWZgs3qGW06thpMk43mbTCa2fYG/N8uTfI6mpGkEiCN&#10;GiHrdNSg8DH8PCdJUtQxMhasY/KXjIJXA+udwkh96zpg3MWeh/k2ZwgAWgecWs8DcHj9HNBCaoyi&#10;SL2eTHjw6+J3HwwhJNquic6I5zL4My72HHRCRjqYmKYvSmZ0BoqmKFxGD0KzA7JwPerafCsjtd8P&#10;J/JKg5WLxA3J+reihp7BCEz6O/pfjE0Haxhuekjiasa/9T+168cokG89L8EY/B78b18nR6Ee6ZEn&#10;+8TwiHUGuYJKD5pmD0GTGDWUR0+HS3XmHE2CVdoEPa37WRKGOhqsdpz1rAkgAVZsi8HO3wOeoglm&#10;QQiMIGJQ28Y2PHm3m6aT8KKJNfR+dIHM9g+CroQ6tFoNNOpt2Qu79PMX5i+IHMS18yrLxSR97xg1&#10;bhIkJo2mLzUAF9tTE0Xs2LEdJdofKrUqGo2GYWjQ1WXcFHpU83XZ4ytkcuieJMfu3L0f2w8cRJ1q&#10;oJWVM9Icbpq9TCSgy6sLWFhcRL1cQ6+6im6zj06vLZ56XJvByr567FuVSeHyK9+E6e2XAdkxnDl/&#10;XBqx8dImaSDOLpxGee40Vum++PCWmV5Oqih1jBO0cGhbHqVcna65imOvrcjenk07sk82ugYsmB1n&#10;BhAz55X4GReLjsh0W22NAu3lpYIrNWuzHYjHnuv48mcB9rioplfQ48M/8ZtSuPzgYaS37UEhO4WV&#10;/CI20JpRzOeosd6LdH4M5ZUVaeI37boMmpoilm7mc3mx/+DGiD39fOtF7adLYDe2H7jrLnz2839v&#10;Fg9pxIxs2zQOZldjGx2Xrqnb9VFZXoaXZV1nker7NvJ5ek+rNVygRr0wNg43V8LYeEDvYBmrK2WT&#10;rEzvbmFlGS+9eAy7du2CT/UIM65OnJzD7suy+MSv/Dx+7RO/iSuvPGSM9H1HFBbiHyTS5liGmFxz&#10;w6GpJfzLNKts9yOCQAYBHMv2gJF+XTi/iPv+6av4+gNfw2l6t6XSGH1dQNdZRaVaRj6bwsTEGHKF&#10;vDDFao2+AI5pTkKVGi6FhYU5/OJP/zQ+9qv/Fg7NgVPHvgWnsYrrDs5g056r4RSKKFHzUqOanM1t&#10;zhxfxLEjL2P5+AmUl86hSO+gQWP+8A03Yd+bbhC7o8UTC8DSPPJLp5E++xLSraaw3oTAxz0YvYuc&#10;KF2oCabv5+CZwDUyTn/PDqQvvxm5a+6EOz1LtSOrZbLCFG3zWE91qcfwxOSddVH1V16A/9LjwCtP&#10;IVUvi1qGpaQim8zkRSJbrNPPob/n9TVdLMKhZ9TM0c/dfyuyV9wI7LsO/UwG7S7Voekxuwa1JVGS&#10;ASP2SstpE0jAEkUR3EoqsKn5+35gk3ZtuJ9N3JRGnJmHFsgTjzf+vC5Lu1NgApGwgrlOtpLHDqdf&#10;s/qL/i1XKGByvIQe9aCNfl/O0NiGiOdFXXfp+hwZIyYw0zbN4cGwLc8kOZtrUfaxZKCS7QYKJXpE&#10;Pbzlve9HqljClz7/eXQrPYxlcvCoBzn62Av4D7/92/ipX/hlHJ7dSOtNXhhJAfdHbiDsmMAi13LY&#10;4qjI5N+QHiwLi1PD0+zv1zLWOukCXU9bAGMO3hBAL3GQyqnanmsP3SwTTfzxuR/yjUTz+LGjeOzB&#10;R7FQX8L7PvRB7JmaAR8NZWzScYcBSmaoWhasq2xgB/3OvmABk0N4aaBnu/+mm/D+HzyLe+/9f1l7&#10;D3DJzrNM8P3POZWrbu6cFFqyUiu0goVzYBzAGINNMGaYITOwz+6yhJllPGDWM0OeBQwsCwseojFx&#10;CAJjxgZsOciSbVmh5Var1Tnce/uGurdy1Tn/fuH/zzlV93ZL9oz96LG7dW/Vif//fe/3hn/A+eU1&#10;uY996kc6j57Eb/36b+Nt7/wu1HftQZGudZc7XvE4r6G5topPf/xj+PuH/ganz57D/sMH8Y5v+1Yc&#10;PXIEhUKD1vsRmmeOi8d8gdPc6XuZpceWlPzsM0ElEnXZKGUuMWuUDTclKXmkgmRLxyI+7XzyxZLD&#10;P0YC/vstTRmmkkwpDECdHfrkUZeimmRhitYlyU4OxwMH+E3auGS2Ldbl1uqDxZ6eAgqFyqZMvTv4&#10;OSxE6uvm/O28ZUiecCAs4tFQgxTFssqlvCIjo/g9f4y4ZLcSIQTQi/U6RXJcCTIveWyptT0Tzgpb&#10;VYFpJdlkPsIyUAkKGZ3AumMyNk1Szx+ncfKoWKc5KbhoE7eW84AlV/0x6lAMAodxJArSJcpMU2A2&#10;cefhJbNwCcTIFHquwNPjCdLBrQfiRe0dqFwe3tN/0vN8gkQGV0d5takAtt4qLAcGetm29cxDbzk2&#10;oSia/HOe0TcpHdfwErX6MY59ymGonP8gijvjQtcCzR4wzttQlKdBVrur76CqJUPPdrTaiws3OPHZ&#10;DbpmRzzsLLKVjEaeoN2lIqbbRKe9LkXcYNBBtzNAu9cScIpTc8TXjCmt9OW3HZzDS269S/xEGCiE&#10;4UzUKE3R5YeLp5OBsS8o2TMm0zgnNvPrsk7nPWkCnm+eAmc+yYUWp7MOXcNTNkomY0AjlFjsPOBq&#10;hKYPYfINJVlKNOk8OWAfFF54CiVahAfyooi5YrVKy3hfADm+MQWXMKPKHHbE0ZeJp+kFUxTQi1Fb&#10;Bqv4+gQyAQskXYWj18W3kHaSIU+UClFaBPGDwMtdxOCcTFhU3hApp01usE/yS2J1o/TSaA25VRYj&#10;v2QjjngPB/R3JXnQZCDA6Drrv3mDjgKn4YcGRfBkmh/+wTC9LzUqPrlwF3l0pCkw/FkFPk72eWTf&#10;RRuki41cv4IRmjYb7LI5pXgf8udLTLdJF2NhCfJ5jeJUrifSDetkHCMGrLqSAsUgcjmqYETnt8GJ&#10;d9SoMO2cC+1KcRYVDpiIHD1ZmBN5aeULgURma6qpNeO+cSa/kASpU9yQCuiAjosl8NVKHRzwxcde&#10;ogKizfcmsmh2h840figgs1CLrU6wYkm2psKn1MDJ1ZYA1KNRCyVqBsSDId5AubpPNsUuFyT0jLeG&#10;iZiC82SWO9Kl1TWcvHAGzcuXEdC9ZbNbQ9eL+2iWnYfiGYCJVEcnT+CGYsgS/QDHT61Qs/cYduy8&#10;AZX5vfS9UXquNpmwupc0SDPhXeXefieZ9sjZdqy9yXRe6yjb+dTtL0X2OylxNddgB/r1JDWNvSZH&#10;C6lZrnW0+XDiOYontMwmPwXaLlZ0jFGYYwCOnYhNvWm+NJrkNhhHHsia2KjgZQ+wWzzqrqrNzJ1/&#10;kvLrHeBnzETC1YQdw3aruN0avDL+rm4jC3Z+iiZ54WCUMa8+My7B5f+Gxvs35t73vO+gVd9P4+6z&#10;pvAGmacMv0dBZtGYFVA29ZtTexAu7DNmmZm4vpMBHvpZZsz3z1/7xGZBNiZIriHJzQV35MM3jL0q&#10;m287wM+MSRXyRbTzzbVZBm3qu7wNGG1fALi3yOTywIsN0rlK+vJVgOT8+DENS0EmpbX26uRaM/Ev&#10;Utw89VNEznc2x3j0U/vEpgFkyurIJLlIvSOTVBMc20zKMgYmWvVIU7c+N6ZwzYaSqSJsNlck4Q1h&#10;FUuclMt75sDg7JlVrF1ZQoGbbg6V4JqC5YlzM1hf3xQZDZwfLLPUZ6ZruOeu+zBLjed6uyfAoUgd&#10;qUYadLuSrFii/ZcHoAwodYcd7NwzjVtuvR9lqg8X19awsbmMeqWCvXv3S5OxsdGkpn4N3eYmuuw1&#10;22rLPs8G/tyg8GCMAauQmsnDB/biMIMWtR24snoFo41zmJ/ZTd9ZxMXLF3DiqS+gubhIzaoR0Cmh&#10;32MJy3W7aU8OaE/traO3MUSZLrNIPsuRAGE8WGVQjr0JeQC22RnK0LNH9UiFj2GQCNjH4FWnF+uQ&#10;l2obAfeg7IBSUaftScp+oNqTfr7ZGqE/6iMcDTA3N4Xrr78OYRmYndkpTEQeyPWotl5zMuipqTna&#10;+SOpC1huqyMGI4U6F+4M7JSKFbzidYdx+91H8cu/+D4ssRzYyaKYRWLCKGNP037KrIUu27dQHRVW&#10;ixiIj+AIM1PMeGRlRxe18gIdL9Uv9CysryyhPezi4M6d4mnYa/dx+tRpYfxxE9/bXMPZ06dxw/WH&#10;8fM/+1P4sX/373D4ltvouvSEccPezGzMnx+CeGuWxOY9hE0qCWNmVCiRh2VpEdkPbWVpA//tz/4I&#10;f/fhv6Hr3qFrXgXTthYXV4V4UK6WsGfPLroPZfGiGkiQGKs92tjcbGH33r10vSKR0BXo+6/Qs/+T&#10;//6H8LVvvBcP3H87Duy6hQ6vilGpghI9r+cur6B17gLOHnsGF06ewMqVZczt3Ye5Q9djz4HrsPfA&#10;jQLI9ejfVdeWUL34LCJ6nkvie61gDQPOxY4GMXDZNmBQTvzAB4hn55AcvhVTd70S5ZvvQ0d8FiPp&#10;GNjWh4GlDt2/EtXTdeoVussbsM98BM3HPwVz6bQoR7iwDGca/HpISERAf8ftdZXqyThk1lqJ/r6A&#10;XnUnCvfdh9J9rwcaC0KM1VqNw2P4+EZu3ytoEAPvLrEH0PzeGzuPvkST113AYdrAOrsb/n1Onmav&#10;T07wZPleif3aWTkliieubSvq6cXkAvYCpePtQ5Unsh7s2IGLvXOyDnLI3gz1WdRkYbl5BddN7afP&#10;VQbVVX2gXQAh2xJxDSlqMiZnxOwpmeBVb3kTDt56I973n38WU2v0jA96aK5Tb/vYk/iVH38PvuOH&#10;/jc8eMcRjNh7kl7QLj0PBUnbDEWlVvRWSRMAQuiuSY/9Pc1I3jXFRI3I6hOxQjIykJd5O+f5UM/Z&#10;76+r2msUyxrA9z7o93Hu1Dn8/vt/G88cf875qxs89YWn8NZ3vh1ve91b0AEDaPQMJBvsuE/Xvi7J&#10;7jZnRBOPRs5uB6KoKlZKeP03vRO3PfAA/vC33o9Hn3waXYYWWht4+B8+jeNPPIM3feNb8MbXfwNK&#10;pitBLqvnnsVvvu+XceLEGbTZumswwLlnTuP9P/OL+OO5Kq7ffxDv+JrXYu/CPGrTVVjqXQPqL1qr&#10;SzC0tjIphu/JSBh7yhbnNFfZt3pd6kn7AgxF0MCN2EkWw0ZD+9GRSlHF8slkoVQxg5ixs2UKkpQJ&#10;l0zU1bJ3JiZnq+FCYoK8uhC5hDSTAlkeWPb+wOJxnzilF4NATI5wwEuQ9g4OhXW/64kRNlb/3MSR&#10;KayxY+NeX4eGuTo8TejNyY2lPxdAdCTgj3gZ8oA2jByQOkqDKeRcgsCFv2idmtjcUNkloiMFUjM7&#10;tcQDjkZ9IuFIS74WNr7eFu9ATQzWaxar+nA0VG2cA2gT+FonyWTEo8QxBpFRA0x2PPKjSeykyiYN&#10;zhCWZej9XLIhv3gEemuixKTMRO9tnKsoxS/PR8N6wFGO3xN5ZNjhJ71mrFcSO7DYeSsyzmK8BDgL&#10;kxpbH0zmj+/veZBjq3optCQKC4Crdmj6LDopPDTYJk4wblXERCxhAUeCL0kYKyceMwgdeks3q5Zv&#10;UDISP8dCUrz9/pe9p7OyhhYVOuvrLbQ3lqnoWZfE3V6nL5R4BWP0FwoRJ5gV8cBt+/CSu16FOi3W&#10;IX9BpM194KYuoQ9YyMUeb1e6e0PHrAkN0gs9xgOQvShKqbSiWzeazrLRH6DZ6aC92VWfO/aMYXZT&#10;qSwGtcxCk88KdJIVsC8FI9zsTxgz0GGczBLit8FR9mFUFvrxkKc39TqKnEAWwjEGrWwqXOxyoVyI&#10;NO2JTXIT2izKVITwgs/Ju5FEqDONui+LiJhyWqSuaYmj44rcmIu2kUB9AsJwIrBHoINQaasabhO6&#10;CUaoDxuHV7BGmz12eKLGegJe/DnKmf3g6DjFl7GgwSNMoxcNfqiTNtbwl+mcuWAP3EueOEmGJMFF&#10;mtPN51ykz47Eq7Avr45MDpgOyxHwzOpj3w26JwPnL8Bac7FxCDTIhIs5SMpf5LwFrRyP+uslVKSV&#10;dBogYCVThtsywa4VI2kS+NlfGwxkI+aznC2H2EENxVSjnvpYJI7Cm1K3Tabxz0JfctTtXFOYzu9M&#10;ZrRpclObvB+b0Gote0RatOnWfPHUJQTdRbSogWkULKbmeMo5jblqBV/xulcLK0/6bXb/ZhhUjGp5&#10;2tXG06cu4NnHPoM7j96L+YWdsMV51Dc+jfUePRO163CRmhnT2IOkMoO5Rg0zjNRzUTkY4dziMp58&#10;9mmsnD6p9wJqlho6eanc+9CxkWwWQS4kTcf69GlU/f6mNFe1qV0CTAYuKSxDMYyCXSYvp/MpmsGE&#10;2jEYN9zKd9ovxBZLXpxUdfLnzJeoK54MkDM58bJ/duyEK18+H3YM3DFmiwzYfMkBHdt7+lmbbJHB&#10;Xp0babd6j2HiOFOgyYz75QX5cJDkGoiiFlo2fWvMuAGaBzGx3eeYHKhxVSvDsccl/z1JWuSZfORM&#10;xpMM8gBQLgvWmC0AkjHBWGLg9oxGlTNJ0UTrfDhYRNQ7Cw67j2xL1m4u6n3D5D2MYJEyAgMX/jQy&#10;QXqJbe5y2/TS5UJ1zLjz25h0dswnzoz/TJqKvt3TYfBi3TQzxrXDCLeoFFS6kgVUeNDYZIm4dlxG&#10;HKgu1eWRmC333OReqGsnMW99Xkzu7dxaawQ63pgE78YkyWYcNMwxVn2h6f8Yhv5+5c7BpwRK0JaR&#10;uoL/SZsHAUSqGEb76QMqbkhgxxiSxnv5wPuFJmntMk4btekDZM246XjifIc3V85TM95DUqjhzPlz&#10;2GBPptYQgxa1jr1NAfpqNWXnH9i/R2qBFtVRXHyKNT3VUbVGFffdewQHrr+J9u8Y7W5PJCa85zGj&#10;nYtL3tL5Ve4NGAQMUJ+u4P6XvQaFqd1Yb/EAuYkq1Q0H9uyjWqOKVm8d67RHbrI1Ra9Nx9KVQLV+&#10;byR+z+02m9+JeS3uf+Vrcevdr0FMjejF5SVqJkbYM78DQ1vA2fOncPKZp9BeWhIWATMxS/T6XHdo&#10;F15x3w0oDs6jtXYJM40hNfixJNJKEBsP2EKtqXhOLfYkDIZQPcSKiVKkNSgPaWdqBTTbfS2qEwVf&#10;ZUBAv9vqxqiWlcXXqBbFJ42Hko1qhG4/EVXDjbc9gMb0Dizs2ItyY5ZqsILUhlzfsFqC6yAOQ2OW&#10;ZYP29ZAHpVLnsIcPKxamMD2/j35vWth5LNVjEHTPnoP43GOPiSokjHTdCZy8jWt0YWeqNgkxG3fT&#10;9a/Vp4VZw4qQcqUsNWl/YFGtUX1L39uimn+4sS7PaWNuThgtDMBwQ7nn4EE5Rq4zT1GdsWNhB06d&#10;OIHXv+XrqPdWho4kJVsHfFsNjjFufYjzAxZrU7kegwF8HB16rvhc/+ZP/xL/4T0/jGeOH6NasCKf&#10;t9nqYXXtikiKOXRj587dMuzk2rpWL0tDfvHCRTTpZ4ocajI95QBvtX2RNoTOubnRw5ve+pVUn5cc&#10;27WHlbOX8bm//zBOfvZRnH/2JJqbHey4+SW4+chLcdtLv5Jq/ykk9KwWnn4UteceQXjuOOjK0cOe&#10;aGAXnXLBqVGGQzonOuRgwGAH3YMu/d0tN2Lum/937Hz1W9GdOoQi3e9KRO8RD48YMKdzTAJ2ZONe&#10;oYrVz30K5r/9EvCFj2KawQIGi6j2LXGdPXAEhlJR9hEGocOoIQC3LVYQveKtaHzd/4Lu4XuEAcjh&#10;dSYYSQJ4WcgLfpjqmEl5hvCYfZLBaHKskaSmsMJS6jnrGVcRokZ1++988IN47ORpSWueqTckmDCg&#10;xaFF15m7G5ajc39TiDQMskjvx8Mf/zg2222s0z8c0sGG80V6ie948AHspXdGQu0c68YEZkutNrZg&#10;M6tMSAbKJgwFbw0wvTBN69t1+OQnHmbbRLFnYr+xpBPj1Mlj2H8vfdfsDD3vofRCnFzOrMYoKCmL&#10;LPGBD04BknqrOia1U5L4NE9VKHHP4/xVjfppckhQsUrPXhLQNWrIMCCKu0KSYSnhxz70DyJP32SL&#10;Ig5Movv99BNPYuH2W3B4fhdKRfb7DlE2RYhTt0t5HznQyB+bKpD0mrFXV2l+GkfvPoLnv/A0Li+v&#10;CGBVo3tTii2+8PRx7LphL267/lZhHs42Krj3rntw4cxpXLp4WSTQde436ZkOaIHdPdPA6173clq3&#10;ShLqMuTr0u1guLYubOSR0nZdoEIiCrKCA0aGm02VLDPwQ7/DFmLJ0NkoHNyLqFwSq6fAp7damawr&#10;e4z2pbg/ULKLCSc2fzMR3oJcSIPNtk2bAYLC6kqS1HaKQSbj1grxthe//Fj/XlRwRkBrYXs6W5B0&#10;KJ5PDnMpyXLudH6WLZ7C0D0zHijXhFy1q4pyNYZNbc5CF6LIP8/HY+JRZsHk9g/4tGSbvbuCbbig&#10;DGWFOYkpA5dW1YQKLHoW44RFjlEgkUEwZoJqYIUD7pI0WEHWA1GIMV7BvvyOeRj69GFmsZWKDsdw&#10;w04uFJCkQ/PAy/19H5fzzg9cGnC+pxI/UKPBp/x/eA9OXD/vsdu8nDtf4MnZTgJzNqvhfOcfOHZf&#10;CgAipxZH3ufRBcUYXIVUkGNwuv/1GJhxfyesRIz/jjwXgU9EzobPwmSU6xK6IJTAhefp8QYi9y2I&#10;5Jf/YYxGrkWoSb18JuHRr3j9e5qra9jY2BRvkV5nQ8Ia+KVLnNGM3KtATSa5GNkzXcLL7juCmQNH&#10;UJuZpQWlI0VMID4j1hWs4RiDQZhsdqt0Ti9IPhlSUc18c8v/PxSASE9SXjh3Q/h7VqlYXFxdQrvZ&#10;oWKrKB40JQb6eOpAbwKzvhAo6xCSgKPFMDPOhiyXteo5w9Ui/w5PyIKwJN/boWKUJ1D1GpsmV2Wz&#10;HkjTx5tWWSconJhFmwIDXCNavMu08XJcNYN9EkZRKKPT7wgTr+Ckpp5Z46WW4vnKi4LREAdhA7I3&#10;ROIQWkmV0amHsBIdih9G6jNoBWUfCAuRQU5GerngY0SHJ8LKyINKhuPYyT0ieTF4el0tV+XFTFIz&#10;WU0BZtvCSKTZoUt/pYeJtTGxFjtBWNQJJQOgkQKPffqLvgB42mIpjd8IGDp0acP8XbwoMSWeAVUB&#10;GJPYyUxHoknn6VCVCv7G9Bw1HQ2ZIrZ4At9tS9rtHN2PHTNTmKNnsFQt68sPvTfWBb/kQebALQxm&#10;oskzGe1pwpPNpkbDnk05JieUaTVfg4LIEI6fu0iNxxUqXDfoWFoolXmBnEOZriMbAo+c7NrK/VJP&#10;B24uEioej526gOeffAp3HrkN87OziKZ3or7+Oax2hrC1m3H+0iUEDSq4q9OYnq5juqheJleaTTx/&#10;/gyOPfE4Oivrcoxc7EdRlIKUgUuIYiBYUoBZMhEolTuzUlaWCQOl++bq2LXrACIq2sL8xDfXlNqc&#10;0fAYsGXMNT33Xgz45Tf6F/2zX+LnbwEGHCXfpXhg3PXCPQm+yR/nDGbP0JbjCLbaFuQDJZB//szV&#10;bf3GAD47ZhSb/8xgG1zH+KjpvOTVZGCPtRNMutxBxK6wMG4aZrf5xwNH48EKOXDP5qnvyK3vGEv2&#10;s9sCe9hWXmy3IDVZo5Kvu/Lqxi3y4RyQm/mnJNkGjWya6YctQv53nmnh4AoK3VMILRWfdkMtBoLE&#10;SX0yiRFs7vrxRs6NSw7sQz4fyEyGutjM62/CxXALWO1v3YTX5Bb82OamqJP30uTsIJAx9fywE7nv&#10;sch7/2Hs+iMHchonD0lsNiiQtNscbrad2t+8gGleds7jhRLMOKg5zr41W18pM87Ehd0KLtqt7aX6&#10;ogi4m0/9Gwf7eItloC92Ngu+vE2ogRwVDiCJavpU2fQt0v0J457FdoLpPJn8nRpq+8Q/P0jktPXF&#10;43LefZRw9sIFCbhiXzJmznAPwLUC7wUH9++T319ZXXfseAXAGo067rr7Dtxy2x2whTr6/ZE2Hizf&#10;kum0S7qjmonrk2HcRrEyop+/E4WpHVhdu4g++0jRXr9n116UK3W0Om2srq+hzwBAj33GRgIq8jFx&#10;XcP7IodkNKYauOf+B7Dr0D3YbHXRaq1TLUDN5vwe9EYBnj9zXAI4OLlzlhroWqlA9QBwePcQM+VN&#10;DDbOo7POdS3Vf1SuLMwW5bmPQuOY2soA8CFgLMvlepdZf9ZJnnhCzgFuofsZbkg4CIHPnVUk9bIO&#10;W2PXoPBn8yPQ6ycC9nX6AW6580bM7Twk1F8G8aJiTevksKi1FNV6XH/x+fXoGpTrO6h2qFC9s4BK&#10;Y57qmik6jlAGotzIiQKOfRfn5jHYbOHZkydcwFwgk/7ANSDSMAcaXMYWKiynLDMjjAffAtxwiIo2&#10;f8MBg04lkeVxU9nu9tGYW6CfLYsP0/qVZQFHZhd2YdDryPO80dqk3y/hqc89hjuPvlSksz4hVfhi&#10;ppAG79mJPS92DROfUyIslRKef/Y5/D+/9Mv4s7/6I5E2cV2/srqCdapvNjtUS1ENPk/nXKb/ZbVM&#10;qVTDiI57afkyVlaW6ZmJsLBzJ6apFhS8ge1p+OeKakfCz3uTepxnnj6G664/jLUzp3H84x/HsU9/&#10;Eqsnn6Pnsoc9h67HK9/2jbj93lehPlUHzp9FcPxJ1E49huD804iGPWFVBcycYBBO/N0ium9WEzbF&#10;rpv+Pz2P0V13of6134Dya9+FcHaPSNwZYO7R/VkflSVxlWtY9qgr9qkOfOwRxB/9M0Sf+SsUh5v0&#10;LoXqFV7gRF5tapNySdKwRfVI71xoCxgu7AUdMEqv/3oEd74Co4CZQH1R2Aj/NOFBPkt7N0XJpACr&#10;UhZCZD5f1uUiB7kdNszXSibzbuCBV6AZgmheWcF//Z3fxS/96q/iyUcfw8nHv4CH//Ej+MTH/gln&#10;zp5Ba9jHLNXojWpF1zl+R2TgH0nz88+f/AQuXV5U2yP6fJax85EcvucO3HTwZidZdib52xl8WA2o&#10;8Su1fA6DqMWSMOSkX6J/x6SUl993H84+dwpX1lZFJi3s1c0+PvH5T6E6O41dO/eLxFTYvEVmmfW1&#10;77ET63FOfeFrVbFoSozbz5yPngRHJhkKEbDdQYCNNXoOP/s4/vSDv4OFGw9jnnobQ+85M2ivnDuH&#10;dquDXpf+4SRh+syzX3wCzVoR+/Zdhxq9sy0mVjggEqIqyIarIpm1mXsrB/YwE5kB4oMLO9C8cAnd&#10;7kAATWbVxt0RvvjFpzGKEuw7tB+FyhwM9Y933n472utL2Giuiu8pD3cSehb/5bveiJ179lN/a2Ww&#10;E9L1b186Tw1fTxiuqixLhHxncvJrvo9xt6tMcL7/LOcddBGM2JO+gujGQ9K7M6EjCFxaaqgDHP6O&#10;uN1RaTkHPzkMwNesfmBrgmAs8CplEbsNP0hp/Jl7ngQKOY9Q+DAHls5al7YaJ85sNxCwz/qgBZMZ&#10;0+T9Ca3DS7gA4AR5axS7gEVGPpG6J0rXbfVZkqJbLcFcmS/9maTejsRWQmWZkb7Hbv8KfRKvgPaR&#10;7t9BkNa3YeSAUz4e568XOLBJcZogVVzYJBkfuHprEcEWkrReTTyzNzewjt3wP7TKSGevvrBadefo&#10;wD7xXEycmgnpOQgAKvch83IWQpNivQ6cdPW0/GXgGIgmB0YmKVMSzi7L+4vmlVt+mK56CKsJyemk&#10;1aSeid4/OWUO+iyBnOdzvpCcXBNSUlGgBCvjQlUC1wtk/VgwBiSnw3H/XDgJuigzHXNfamjfOITZ&#10;9zAuE7jsCfaFZWA8KhbluxlvoX0kwWavRy/1CpJ+X9B9liaKCSlvCIHKRSr8ENHmX6aiau98DY3p&#10;Q6D1Bvz7cbmodkEmSZVCifPFCvwpupcwmWhMzQSynA/mMM6I1EwU+kGmBJXv6SUDbPQ2JBXLVGvy&#10;l5xAwpPqejVBjTYaBvA03cs1ZVYZZpKaxH4SHIgRKNAmNFUO6aDzLRSUgcaeCVFtmhbZAnr0dy1Z&#10;rJwHW6jpaAwYdruxpM8xstoeamEkEcixUnq5WGE9NgN/fdqMht2+MPKYDcg3Jgh4AmTF04IHGCNO&#10;FouNsPX0s0YSniET09Bo8IJhFiOHiURC8Sy66fGQfo7jwcVHjxfmIJHGS6TGkZWEWDby5eCVoiDC&#10;BZfYY90ULZFzS8QTQgMe+FyiJJBCLx4m+vcqPpXwD74zoVts/EPvJynGaeyHNpOviXInGbp4dYNu&#10;e1O+O3I+WI16Q9iElqexVBitUeEX08YyVZ3GPDUEs9M1VGpUzEQaBpLHB0Jj8ILGXtuaw2esJC1W&#10;+cGItwE1dMOzVDRw0hdPyC9euUwFe0M+o9deQ5WK6CHLZ3qb6AZVNNgQl94vec44Opyes2FQpuam&#10;LlJwZkx2N7qYPrRAXzJF975JT2hRkxKpAOzQMWwMOZU3EKPt42fP4tHPfxbNS0tot9mXhJ7nckGu&#10;MycY+7JIEsfiEXxSvIKrYoOsbBDoNIVDFZ89/SxuOHwHUJ9FtVpXIMKOucY5YCCQpiFL7rVjxBkP&#10;lGy1rzNjkoytkl6bTXuuIem92r+/lt+ctRlwkwYi+ON2E6+UieyTa4NtUmJdgnRogm2APDMWDmGu&#10;mSS+FWAwkyEWXyagmQ7ktzE4S1K2NdINPZNomtQHJcb2ISbZZD3IgZ5IG+W8bNifgzfJ9d52/vqP&#10;e6dcPW05kwNnHqzZVD3z1BP5mMkaF2uylNL89ZzkSU5KhzO5r0vfM7E3j3DrimusXZqg+MsYD3Yh&#10;DYR50QzTCcW3teaa2S7jfnVBNll2rZtnlHnfR2vslhu5/eebq/juXd1h0l6LcZdjlyIncUbuFZv0&#10;7bvWd5hrCXwn43uvcpBbtwUv55iUUmeA/uT9DCbO2Zrshuhj7jxqbObtojK6OJXB+OuaAGkiX/4i&#10;evPnPMif+U7aXK2kU34eYOqxjmh/WMHcwl7040jqIa4N2FuZ/ZOiwgz1W23ccetRUUKcfP6UsDW4&#10;+O90W1SjBDhy5y24k33KijXxbGOZValcEgYHNxnF4hCtAu3ZA9pFuk3sn78Rt956t3jsLW62qI6J&#10;QdsR9u05QPUJM/rYB3qD6qZYQL7hqCs1UMxBDOxbxYZn9PPX3XAQ9730azCIYixevghD+12xUkV9&#10;eg8uX1nG5Uvn0Fu9hFsWyhjWePC1gRJW0FrdEJDE9ktiY8HJkVGZpXIx2r0BQteID0YchGaERch1&#10;W6fvAs7Yz5DqNw5I4JWPHUd6A62BZxoROj1d7/oD9bxlr+upiqZu9gdGmH1yLeghKtNnPH1qEe3m&#10;ZczsOkTXe5+w2BhQE08/ZnJx4malTN+3B7vLu+gaFGjLnXFrYyT7LANWIxngGdrP2/SPSQd2b3rr&#10;12Bmdhp/++GPokM13EiKfzb713A0aQqo4O9aTlg2WLuyiMrcPNVLDcS9jjTmJVZb0OPY6YwwM70T&#10;tVoVV1ZWcP74k5jdfZCOfZec1/LFRYz6Q+zdvVfWuH6ni4sXzok32s//1M/gPT/7XnqeOjIAj4zz&#10;6zJ5L9dsCGRcOBj/86l//gx+7/d+B2cvPo9qhQf1Faw3N6h26srgkQHn2fmqAKNcP3MD06V+ZW31&#10;Mnq9NmqVAnbs2IliuZoOZwd0bJ1OW6xerr/+BhnGSrMcFnH67BJ++qd/BXc0yghbTUztmMNt/+It&#10;uPm+lyFgQ/0rTfS/+ATql0+gsPgcvb8dyZgrCmNWg/gSsZdhWWwsPpPMkEoqEQY751C952WI7ng5&#10;StfdiiG//wlcemiF7s8I9DjSZ9G9p1q9d/YZmCceweC5Y1TUnRFFRsz+f6Uy9VYqBS1SzcjPRaHs&#10;LG74StI9SnYfQHLr/QhuewUi6im67LvNlQ2zcVh5w+wxtgmiI+7QA8QDf8GdYr9wGQ0NYAabVXfz&#10;wHubudU1zm8wUmsp64mv45OffQwf+MM/xIUz5ySJO7Q60LdUz/b7bVyi9//yqVN4+G8/RI1/Aftu&#10;uB4Hrr8Ot9x+B44cuRO1qTJm6TjnF+awQfe6YNi3uoieMMHYauAUhg9QXxRmXmc2tzCbXPMuzHq3&#10;GvM5Fkp1DPpdJTLQesVhjHUGaa8/iO//8f8Tf/gLv4TPPPWErGsBPdPm7Cr+6Fd+Df3vbOKrXvtm&#10;eudCNt+kdaMoQJNiEq7WTBNetV7h95OH6+yDzoNxkbO7oytAE4VVImjw+Oc/h396+OM4/uRTaC6v&#10;YGqujLfXagKAVIMhDt91K/7XG38C//xnf4I//Iu/wGZfQbHLZ5bxF//3r+LpRz+Df/N9349d5Rr1&#10;3DZV2QxVX6gML6u9k4+b6PIzKNZTAQ4/+AB++Mhd+Nif/xH+4E//Et1hLGSL9vlVfPDXfgtPfuFR&#10;fN8P/LAEG5V3L+D7/u27sbl+Bc8ee5Lu9+N44ME7cNOtN1DDRu8i9bZF9nN87jn0Fy+gXp/BoBwK&#10;iJwY7RPF/20UKxDK4SUu3EHCslj5Rfdo1O4hnq1Sn1R2/mjaU2pghJG9ybjBYSg2UaHjhCEDtXJ5&#10;AHlVTXCVPiDIe6pZuFopUxMGTrYJ7x+fq5etAxZTcr3J+hxh9MOxBB2DMHA1QOISU1OJJjRA0nhb&#10;LgcyauIvNMzS61Kc6koB0DAnfbXO89CFmESZ958vt4QIJCb/QwGtAkeUkoHuKE7lsuqppynEwsx0&#10;7MXEoZRJkoVXKJ6j6dyJZGgpCie+nbFactmC9qCxk/KK717iBtixBtIIY5OZuDY3/HfAVlqPJTmV&#10;nh/wJuqRzt8VOtmvAAmJGpto0HBmOWA8mcOalGgFt27I8crXhamdlM0puqwime6YTeoLKNYGjrHo&#10;ff7GAleMD+MLFWfK9R8ybPFktXRv1FpPhjESChMrCOrkxx6I5hqRGdICrErCuZUBVOTWQjF24RqA&#10;2bJMyuIc77ILS7vn5a9/z5XlJbRX11zay1DAn1KhLAvoKBmITICnbQX2I6EFef/8LG4/chT1Hbtl&#10;glIMlCoY+CQXdzE9FTO3UjtPn4ximrL33E31zBM488YUtZc6S+nfqZOlSGKp2KSFZL25hlGHbyx7&#10;WEAkCWz6y6luZd48C1Uxb+VCjy8k+9UwFX4wpI2GfSRo8WE6foFTgSKWpJZB5RMVDG1UowIVm9Ni&#10;OM0FM7POmpxi5xaVMpvhFssyxR72hqjwpJv+3KPvZjNVBkq7rFenIphBtSoVePxi8oPOwBXfVGbZ&#10;lekfZn3xNJVp5KOgIF4UfFN5csq+ISGUvScyZjZyjpxJI98t2xFJcbHUEDSZKe2BKcg1E+YJ/zmI&#10;0lhnBTa1aWZwkt2FGVgrsjw58gl9mkgjYFOix8hNQZ8XNpl8KXuOw0B4syvR7zHQ2KUCg+UjzNor&#10;GSufyd/J5r3se8hU8iiqyEbYpSqaNwdOa5qma12nBb1AmyBT7mXRoHvRRxGb3R5d3y6m6L7t2LEg&#10;EqOoVBTJgp+eyKQASS44wqROCbrwhS491UhQyJhS3IRuA7UuPcwoqyXRqYgN/eIeuKwKK+a5m71N&#10;KnhaOL0+wsrZ58TzY2F+J9ZXL9Cx17B7YT/uOvpyN8xk8+2iXNehW7SCUQ8nacN85BOfxZEbD2Gq&#10;OoX6jUdQ3vgkNlcGqExfj+cvLaLQmMMVeg5rtRkU+x2stDfw/NOfw9lnn0Rnoy0mtuwVUYjUg1HB&#10;Wl1oJH06VJ1/FsSak1zyfsDaf/Ga7GMPveNT0wel+A9NTsURqBG3JgolGcvH5NJeUxDN5GcqyJk1&#10;qLeED/vYhv1ncobMV2P5BUEwNsG7OpswyPloeWPb5JoprCmYKdOVOHuS0gYmdOdr0+mL2YJ06PRo&#10;PNE1B2rpnGcbhGT8nLYeZw4AdM+z7nB5ipORQYZNMGH8b3J+ILHzCXGbqc0Bf9ukSJltrnaST0B2&#10;08vYJzC6asj4LHTHfPLySOPS+kzKKnVTIutT0Xw22Ph9zZiGzs+Vfm9kcnM8B06PJjzuZE8yQa5R&#10;yMSiwaRk1GQIXOzNdd3WHPaXUOjRe866Ktul92OkxWCk70HomHF8HUKXNg43DQ4NMEYsM44hNg6Z&#10;ZoJbkzccyPn0WZNyGm0q+7WOR5hk98iBP/55CbOfzqtSxwYeWqAaHxiWmrP75z1MFTY5ehwXF4kL&#10;70h8cWVTVp+1Weoc3MAh8GbP277FkwwOswVMtK4BhxmHyK2dYKn6ybvJ7rkLo/PWeBnAa/TeJSlA&#10;Z8YN+xxDUo9fG+DMo9OntBmRajGzbzByvitiZcGSqzKGxf2Io2oqdVRWdap5zozgveei9e+HdbbU&#10;mXzYGjOWlJwOIWwRixc/h7BcR1CawoXlZfHVGUpKL08ui7jt8E7su/koLpw9i16vh06frVu6ouzY&#10;sTCFV7/iNajN7gOKzhSb/fTKXOtEYqg+FD+jWCS67DVz6x1HBZhY3dgUCxG29ZifXUB9do729hg9&#10;2iOHwvjvq0k7l3Ds02RHGl4w2sTCjnm86o3fSHtqB4url1EY0HdWGijNcKDHFayuLKLbOoeFEnDH&#10;rhDl4QVqGq9QnaYp97x+DIZtqa1Y6lkpj+j4qtikGoPDN8pURzFgFrJUlo65WoqynCJJtYOkdqpP&#10;GTBdU98j9h8vUs3W7CQifS3T/69XjKQaD33IDSfB0nFstIcSHnF5dUR16SruvvteOr0pdOhcKmEs&#10;gMhIlkZ6G8MpqgXrknBcrNTEm856v+A4dowU66wLcomPbLlB9fqBQ9fDDLp49sRz4jPNZT8z90oS&#10;Bke1Fd3LEv19KCwVrn/pz/VpCfFIpPGmuq1A5yQhEwXxKCuw3x39+PnTx1GbnxePMUPPRr/XQlif&#10;Qm2qgT5d326rhTb9c/zk0/iK+1+DfXvn9UFnyRgdE9vcMKjJz5O+RlxbhCL1O/38BfyXn/45/MEH&#10;fo8+X2v7bi/BxUvn0Gn1BNzcvWcPPT+7qC7pU4MTCttvcZGegfUludZzVGM1ZuZlYMrSUK55NppN&#10;rFy5hNbmBuYXdqBcq0h4AAcmsO8TexyyNDkOSnjdG9+MV3z1W1DdsR+DS+dRunAZxc//I6af/wQK&#10;nUX63qJIF4UV4xrOUVdQHCWCRLp/xUERhZd9JXb/yx9B5ba7Ec/slcF0kZ3JjKpxAvFp68n+Eyd0&#10;wn//1xj99W8jvPwktVybKoFmJQ5X89WKAClcmzMIbugPnGzJPm62shPRV30L4td8M7D7Rk1iNoGT&#10;cSpDRNnGVvZ/Gb+bODf0s47d58ALZ2yfah3CEr0fHfFe5HpfGnzEzpc2QqlSlyTqhfkduGXvPqrH&#10;e1hevkLrRkfYhokbyheMWhiwPJV7rdbKGk4980U88vGP4/EnH8dqc12Yo5sbG/j0Zx5Bgfol/iyp&#10;H+h/pxfqePWDD6JDzVyvvU73se682Ox43ZQbj6aWXTZOmWHcXzCYyY05y4anpqZwy9G70Tp7Gkvn&#10;l2Q/5H6MXiLsm41w+51H6HciIXmMuDeUviirwfjzJMHT+1KGKtlln0C+fawMY9JMEJaFxMFKJr4G&#10;f/7Xf4v/71d/BadOHEePvfDouZre2cDb3/oOWhvY8zGS/prXw5fcfTe6S5dw/sJ5selh0LtSmsbl&#10;M+dwHh288sFXi58o39ci91mu98kPDBmA4XWAhxnc13PPFtPawVLgG289gnB5DZcuX6L1Rwo2hHSv&#10;l06dx/nBEu698w5UKlXpBYr0HOw4fBPuoWOamqlrUinjAjwgWTyLwZkTsPTZSaku/VORWc9sFcD2&#10;CPTesVyXmaCD9SYi7i/61FUP+xjQ3w9WVmE7tFbXq5g5fEg8SwMTpX6owmYSDkcs8u8k1uCEzOs6&#10;UDPENInWjmm7VRWHTEnnAaWcWgk+YzrxDNYs8CEd8vH3cDAG+yY5dqxnuOk7lKtxHSic0EIh77sD&#10;kPzwXJN0de8WljX3nKGqAGVYFxsZpHHSeeAYaxquQc+cpLUWHPnAuACHRDEAVhKGQfrvAsekCb1X&#10;nQS3KPtR7R6UxysDhEA52eIvyp/pUogTDtdhzCAZCnYhfRB72bqsBP0ufy2M5BEIwBSoek3Y4gVd&#10;Q/g+RoH6IPJ7KcxrfpfSfsYPVJncNBBsgYcvgil5ll8YpKoTfg75OrEMHC6jgK9xZDL7Hv77kfX+&#10;1qFjH2rhlzgrCX5mfPBm6BWS/CKzvyhbJ8Q6lPKe3sYzOqNIfn8Ye39FB/o5LEwJiJE+o45pmIWE&#10;BLlQaJOzIXI1gXHBJsLCVByN13cNE4Fjtobq6e89Bl1Il6Mh6++L3J3/KSh5rSg0PwfqGL1EvGhz&#10;U8+fw1BSGKp8M3IFdoULvihyaWAWiZ2QXr1IU/1r8FG2/KzNofFBkKWZBKLdLtFiWEXXtNHc6KBK&#10;D+30TAPTtIgktGB3ehZ9sSYdiSdc5JL0ZENIX3dNEhI6ZOgCJZKCFv/u4TZ+URVKJb+og1TjJLit&#10;o0tKVDJPIAKWT9ACN9JwDe+NZozKLIulCnphTzZW6/T0YvTK4GqBb3qBHviRgH1M4YQUqAVdJCRy&#10;3oGfktgTC6UzMUg3cDHx9OwQp8dS5mfo9N+BTFFCkXdm8dFMBU6cTlwB3JFrODS9UUGQRNHq2MXK&#10;u5AU6+KwZa3hqTQXSvxy098Phd1o0+s4GPSoyeig3W7JdeN7w//UaPNNKhXa1gIqBrrUKGzQQ9mX&#10;75+q1ui+1lCfnhI2I4OT2jQm12CnmHGfvjGTfmVBeMqs3AvYlK4tjSu/ODquEnakSAfc/R7SRsrS&#10;qM7AiP9RpxNjDzVK3DTUG1Rs0ubapeZj2LmIYu0g0twKJ+eTKG36nEaN72UsUuwubYZVNl0GS1C6&#10;YnjOMpVuUsQVul+LKy2c5fdubRlrp8+gs0FFkoSuQKQ5fCkYUGX5h6cYRWGYmbj6aVSgyWKBZ/4I&#10;iMlBPRbr62u0obfo/Ocyj5J8470FoxqX9W7H4t3KsPsf+09G17cv8HPJ1sCMazDnxllCW/JDrwos&#10;ek+w/MclW77H5tiNCbZNZ3gRImS8iAADk0uvynwX7ZhfXpIf3ucoZmMpVjlCmJ9CBhP+dwmSFESM&#10;bOYbqE2HYwlYk6O5u7pLpm2RSwGLs6m5OAHxH7PJZz41OaN/GQf4+XmvC3rKBVuk0nPHYICXB1iM&#10;yRFSNuY2IReS7W4zb0KDF04rNi/8aL7wM46rJ09f7euTrK3LmHKuDtBQHT3x4KpsUJNZxG15V/A/&#10;5T/2RbAe81kzV8+KybOJc/6ME4bJW6mDZsu7kjc7v9r3BVcjDdocqdBufx46YEjGQdy0CLRjL7S1&#10;GfPWXvViORmM8UxcK4AIM7wYIKH2Fu1WVxq8crEm/kkN+pXp+j4srV/Ca1/3tbi0vokLFxexxqmt&#10;BfW8ZangDdddj+nZecb00E/ULqRSrcp7LpP8YSxMdlMo0/7XxM491wmQ2NxcQ5f2dW40+XP4H/aJ&#10;i8VT2DUSdBWZDRM06igNC06+E2Nh32Hcdvt96LRa9JmrmKKas1yl7yjVaP9cR627TE1pC7tKLRSH&#10;Gzh1ckXCrZJE1QhyvahurYYl2S/BjTKd89pmS5h5/aFFtzeSwaoVuVSEZmtAfzYiz+WLzgy/zVYs&#10;st6FuYKrD9WiheV9jXJANUsig+OVTYt6WVkOEuYRROI3NiUWNgmu3xHhE588jaNHP4ZbH3wDaoUZ&#10;9EcFlaqFRUndUxZLlAN+kzRN3qb0U+sKfqnEXI0VazonXeu7H3w5Hj92DBcvL9HvFKVJ74p/M9XF&#10;rqZniTCHkqwtLiHp9LHrwH76/TJHTEjAQKPOibTsTVim2rOEhQX2MDuIpQvncejQTZjasUMCVRbP&#10;n8He/QeFmTM9My2hGAv1efz8z70XP/mf/hOuO7hHwRZ63pgVqePQokxKrRli6eIGPvr3f4uHPvSX&#10;aHVamF2Yplqjg9ZmG90+PavlGmbn6qhWStKosP1NEHCS8xr93KrU5bt37JLamVk+rCzgfmZ9s4mN&#10;9ZbUw42peVSofmQ7GwZf2T5l0O/T88vKFSvhC11a4K6/6yiay8uoblxB8cJzCJefRyHuALMNxM0W&#10;Xdw2kkg3yFFfmZKFsvpxJpwuXqij8OArUDzyClQO3ooNTmej9rUQ99X/kWvFRC1UykFPPA/7D38I&#10;9tgjCFuXUaUKt8esTa7BuAZlQgUPW6VOpveDrYhKrNKh+zS7B+YVdyG86Qji+f0yyeKRcZ/VO8xA&#10;8j7pXnrn1o5YpOoKTiWO2eNrL59SqgNoCNjCg97QlISdK4Nd+s3nlyzOnngCJ+gZW76yJO/KBr1T&#10;uxZ2IFzYibd953cJw7N5+gSePfZFLC0uYiPW5FQGu3rttqwD3DON6Jk4d+I0Tj13Cg998E9Qr1Uw&#10;KxJfI0GF/DMh/czm0mWwQcZcSO/k7G4Mei3pmax44Y0UcOLm/kWEuVln9M+yXgZUatQ7fMsP/CAW&#10;/uqD+NSjn8aBg7vx8te/BrcdfQXH2NK7X6bjbKuCyvsSu/pJ7J+SbKnmmrtEx82KHJaYijKKLQ0G&#10;fWe9NEKr3cffPfRXtIbEtJbSvaJ/V6N+tUF9TLpBSViCFTIJC3K+8lvehalaDR/6yD9jabND69am&#10;JHgf/5uP4D9eWcN3fOv3YM/OBbS41XQe9WkJKa9FrL7nDLwJYKmMqpiPKRji1e/8BgwqAR5++JNY&#10;tH0k/R59TgHP/sNn8JOr63jXO78d91x3O0xlVviJoxFblmjfm9Aaj8vnMbhwkh7eMmpTU0KcYbST&#10;AZUCrfWG3jMOSWH57qhH+8GwJ4zbYKB/TgYd6lk4rKMHYSeI7DxKe4YwN9HLmFPuPgSZf6LJSykD&#10;kxvu22181CYUHW7w6z3eTK7Osc4X2v9s4kByDxR5HCAdvE1ILVKvfeQGcsGEPDFXm1uXpCG9lijd&#10;NGBDPFetnlvo5OqSvpyremyOaGDSUNMkleEmTkkgmAEP2EcKtIUSoOquCVtA8LPL/xu7JGKX7Cz7&#10;kQcKo5yNSJKa2QtOUaX1b8CDd/r8inFCWesArcTJy91QXuTGyUhDO4xnaQYCDDMQLmnGRkOF+LkS&#10;+bI7PyGMMauUg0SdtY5YofFn2iSzYxLrHB3mybHnlC6+B/b5CSkhQiZ/ug+zPy5c3oB4FvIJJBqI&#10;YkaB80N0km3JVcgqUJNTjgVB6sDs+gs7xkIdq1uRDa/53luXHozQdUSaTOKIcxo8YsbskZJcEI1N&#10;a0M+lqgQaLM1pJfSyAXjaWjFxQ0bYYYl8oMFnZDQfysSYFEQsC9xYJkHVDI9uD+JGNdKlJyUbJlt&#10;2tokByCkL0bgDQ1HqNHivNCYRqe6hiuLbUn2qg4q6HeHIjdlv5IRFYe02wqYNjVVx+yOnbBsYmh7&#10;8mxwQVCGUiP5pkn6LEdAhGHO8FQTUsRTJGST25HGTMdqvqeAnxZ/cGwbiaVnbxLr0Fof7yxgjzLz&#10;/JmKvx99d1IMhQWQuNADNVrkhzWQ+yELLh+XGbpHSIE348I/mPrMfEDRijt5pnVG4fws87lh5JkV&#10;ofh7WMc84OPjTSuOE+cDFLgNLx6/X0bRdn4xRQpqgnTyJdHpVjk5MU+eIuMSgpwWXmQc9CzRy9Rq&#10;baLLpuDi+Ui/wwUO/eyAQScqjthLkjoWVOtVzM4soDYzI/59AtTm6MzeV0AX6UzqldKzvYnWGATl&#10;ZVah8Ci8x0wQmGwhCNRoVhrkwHO1tGFs0XFtUNHWj4t0PlOoUeFSpo1vfXMds/U6GrM7ce7UGhoF&#10;WlipiNTAFU/dtW5N0u2EfQeLUQ2dZgftPR1UWO5cXKAG4wkq3C9TITSHK7QwNlsWp6hI/PzaEg6e&#10;fgL18xcxpOOg3VYKa5iiyKIjGzhqcOikpkbuqQcpkhy4lDhPAvEmQigymUtLz+IlvZfSzx5IQSBj&#10;8t6FJmcj5ybEmROGTqK2FF3jklJ7DUnqpLT36hLeL//n8sDkVm+9HEJiJ9cquwWGsWOaygmfPZht&#10;v8e8sDbzGv9xCZxeggB7VZlv3gDYvyPjGKPNeVybid9z9HEEKbgqtupJFq6RIA9QAEFu45JJvbGp&#10;L1DgGV+OEhXkfDXylK105hpgm/AmkwZu+X1q7HdTdlRmpBvkQKB8OrB1/71GXHDqu5ekjVS47d2z&#10;FvhSEWyLqyfNXyuQwtqry3zzEtSUEZd7n5KJ39vu1BN4lp6bgyTOh0jMUmzGlpwAVa9qkWDNloTd&#10;Fx76TQDbZusrkjGIvWx2guGXWUduK5n+UoFUa7d/d/Uwto8+yefw6R6TyYZyC+Kklj81GNffc4J6&#10;kzhjbesAdIjc1DPb+RiEPcq+xcUi1jZOozxzEIf278byRl3kjJViCffefzOKU3N45MMPod3ZVBsQ&#10;+dwEe/ftxh1HjqAyNU3bCnvFlaSZ9CwBfn94j2BgzBTaEvxQaezApcsX0O73ZR9p1OqYo98vUSPP&#10;9Rcfe7mszW2pVJCgB/aM4n23RE1vIdmJl9x6RGq35tIlKqZ7KFWmEFVDxNQYziQdxMNTuLx+imq5&#10;danLCiwh7ql/YJE9galIZ5BTSFKcxllOZDrP4M5qcySMxlJU1CTawUiktrzXRyJtslLLMBOmIQNk&#10;ZvMpO0T3zxitboJKQYOxxGrE3VX+X/7uLv8s1TrzszV0u9TwLAA3747w0F88gb03vRELB+bpfKbp&#10;O6pUM4xkr2ZrAJvknyubrsP5UAvjrHACZ9qtzZ9Bh5+lQoBv/KZvw0c+9Jd46plTst6yZw8PIuem&#10;Z2SoGtKfd1ZnqC4pYWlxBc3lJipzs0ioPi5YBgiHqJV72KSamQNKaqUGduwyKKys4eK5U9hx8AA9&#10;DzUEzSGWL51Fucq+glOYnm5I/bBJNc/3ffd34nu/+/vxNV//1RKSwAyeEitq6FRPnzyBD/z+H+DR&#10;z38exbKRGDEGxi5eXJYwQAZnZ+l42Gt7JOmLCqqsLK2i029L4vjOnXskgZdrUa5rmKnZ6XSFlTiM&#10;ecA/pzY5cNYzKIqUNxlp4BwDKb3eUJrEleWT+OxDf4oHCj2U1y/CRpoWG9IzPWx3EdM1LYX0TSzd&#10;LljUKiF61NQNuK657iaU730NqndQfdTYKU1s3zIAVVS2c7ko/pb0lKPGQT1PP4XNJx9GcPpxRP0V&#10;cCwzWyUxo7NG72k87MKWKyL3ZRaYLanvlm3MIrztXuCme1HZczM6VD8OqLYrMMNJBvIJmDtpA1dr&#10;5zw8U9uMIEjXIJHwiXzX76X67BUk3CYQ1ig339ywl8qz+OwnH8ef/env4thTTzr5nUWjWpJrzsmw&#10;TzIIHmsPU6XrftPdR/Bv3vPjwui58txJfOGRT+L82XO4fHmJ6uQuBnScQwnB6YllUWvQl5CUSrkk&#10;iisGx9jiiPebk0sr6G000aeaP+oOlVHlmfauJikGed7/1Qee0pGwuikywqDi/aIwVcXXfNu34g3v&#10;+AbUp+uyhlrrghYlvCik3mSIai3MrBZiST4SNmf20vJwnNYwltZxWIEA/XRPI/Uh495waWkJg06f&#10;DRxECm8Z56D1b54BdZH7DEV1k7hBMN/XnQvzeNO/+nYcvud+/NdfeR9OX2kKsM4g8lP/9Cjee/IU&#10;fuCHfgy3HDgk/nmhUX/3dDc2kbCbeW1jwgn/nrDyGHCk86zt3oOv+67vwl33fwV9/q/jmQvnab8I&#10;0WkPcOLvP4vfOn0R3/Bd34kH73s1PcN9dGgNFiVecwmtJz4nQB4HCCXFijCqGVC0HObTGzg7Ch6I&#10;9FW5xuGU/A7T/8ac5L5J72unicFGC0k/Rpk9KRmsHDlfeeTtM9STUJng48PYccuv8c7O+5hhG9Av&#10;X+faONmywSc+WNRMGPsak9rW8H5hTQZ4mXRwLpwup5rJalHpzRHk9nMnidfUN02GdfhHIn5/A5Fn&#10;Ftj7Lso8AhMvtQ1yHnRGWWCp77ZghK7PG42cyhKCLXgvQJEoB8rYtYwuM/7T64ik3ESaJB4krq/P&#10;+SMbZoGGrip2MlgB4xx4FQkL0iWR+9o6byfkEmg9mCvXIFVyaZ8uZCSHQ6h3X5CBimHgrqVmAVin&#10;bvCsP01rduGULoQyCzgMMoKFdSzMFGPyvawyH8XmiqXPDuBFPlR1OBRAU8BT3os4rEaYdjkihM3V&#10;4MY4BYgfFeeOwwt5c4Cd935MPQS97NjoeY353471l8kY0B1Fzp8w0BoiEu8VBloKoUxjOXlVpKrW&#10;oafsXTIcIk1f5GnNaCgeBdlLkHl0+b+z1qYndDX2zLjnlt+c7JfEBmQAgxf92eoUNqYXsLZ6Hqvr&#10;V2SKMlut00JhUdo3h9J0Q24KS347tOj02HS0WBbUPHAvJZtuM5CX5JLt+CJwCh1Py9nzrCjXR6mp&#10;XDQGXrqWZMbngrxzFHWirfFIUmgcgsxFHoOqnGobxY5qGTtjb6XKc5BCkkptrcp9BUmOHBsvSPVH&#10;LM/kiblqwmPnoQfH0NNplklCmUZa5+PizXA9jdQ/ILGTRBlNb9DpQpITnRnjTMkhx+KjqHnxiBwo&#10;mthMgskApaQpsXSBoSiRUOs9HvLG4HwMdBHS+99ho1dmAdBXdunYCyVORy5jfn4BMzMztDEUBc0O&#10;hTY/Sl+gdBOw2aI5GWYw3sqaCa81pJLNLF02Ue2u+CH1ZQNlf4z+MBFwvN1eooKWmZY7qX4roEIL&#10;V5+esV3FOj1/HDPfRaNexvkzi9hc3EBj1yCV5BhhhiZyX1ju0qhQ4UcNU8hThUABhR4aKJk2bawR&#10;RlEZq32L1XYHhc4yGpdPoniZCvteSyWLyUClPjwViiMBQgUQCfW5ij0F2L/HjmGZ5BdeZ+jCV6/d&#10;3qB7tKk+GrKRZNSV/NQscEtgnEa6J1dl210T3BtHzrYCVtuAfy/k6fflsIrtFkbQROhBvkHPe8ls&#10;+Yzti4xJL79t18YJwG/7Y04mrmuQA7smrnpmAjfmLXE1T7Y8CJpnivkTj23eOc1m/qkOuIszwz7H&#10;KMiYU4kbCPnNNXYUd5t7Kz0LisMsYhuPs5gstvj7mZxVmy8qvP+a969LTYJT1qk37k0yL79twNIk&#10;L7U0jt3n/FSu5Qf6goCRGQdj88TOPCNw/FHYApeNQc42GynmpMN6bXTd0Ymy96q5GtDn/z5GWufk&#10;wDW7BYjLkpjzhUf+s8yXzeq128B+Y+F3LuArywkaZ+OaqwBwxvjhg5ODw2xZtjImrpnwwNSBUpgD&#10;yw2C8Vct90z6myCeWbKnjLRXdG9WylC2ZuydlSNL45qTNJHXJ4zmF08/oRbpkgsNKVAjVu8A1XIN&#10;C0EZa+1Y7TGSNu448iCeOXkSp85c0PAm2s+ZhcMprTdefx1m53aLPDVxQCKDKwXnycWHwkmpYcjS&#10;2VjST3vUkLdbPdnbi2ER9ar6rHEDx3IjHqByEV4CByzQO1+uUv3VRUANYYnqk10L+5AEBaytLKlH&#10;XXkaU7USguEm1UQ9dNcfx/Fjj9A+WZQhZrvDq0VPGVBWwR2WqzTqgQQSPH+hKUyuMtdYzACKYqlv&#10;yhUrwFGlGGCdGluW5vJ7UWGApcSsvkT0RoEJXToihP03VS2Il1ibwUWxeVETfz4XDuRodkY4fWGE&#10;w/to/58a0d4JtIIG7r7vdbjrVV+N3bfcjUJhRHVBkc6TajxaQzgcLjJZse8TJPO+lnkJvihCHINH&#10;2BnsSUh10HDQo2MJ8aav/Xqsb3wA5y9dkJeXn4fm5roqexhMiNVPqzEzJc1qu7lG/38GA2bX0IeW&#10;2N+Qns9Oqy8e0Vxr7dw9h+Vn1nHy2ROYrjSwY26K7puGwInsjCWeo5CuH7MwIvzW+9+Pe19+FIeu&#10;vwlxq4illSb+8W8/hD/58z/A5maT1k/62fpurK81cXnprNjH7N65S5Q5EhzG8uhijer4JpaXLsmz&#10;ObMwi9nZOepDFLjjYf3KlQ2srK3Q9e+gTs/0Hvaw41o7Hghg2O/GaG92UosgVox0u2368wCt9qYA&#10;COeefxavOlgBq2ojfnbpOegxRMj+eD26rwwilxWYb3foPKcaCF/+Zsy94e0C3HRsQZQr0xHdC6rh&#10;SlQvJfRcx50Apeo0opVLWH3oA5h56iMIG0yR7YuEt5AYAUGZZMGgIoO+4svMe16B6suoDnvLEZTu&#10;ez1Ke2/ABideU48QC9MkkjWBodIBW+Bwzxaq3DGwdouSwGzjpxo4QIlBAgH4rOPmy+IWodMc4Jff&#10;97P4+Kc/LOvC+kZTFCpsL8MAPQOugWVQuIBhj5m0LF0d4JmHP4kfP3cGP/Hen8TRB+7C7Q++FFU6&#10;1vPPn8KnH3oITz/5FJ67eAkbjvFXpeeZqmRcXl0Vtc5gOJTagD+3t7KJc0tXMD+9AwmdbDlUJl9W&#10;c2jN+WLgPiUaaPgcgwsMfFXrnAxcFv+rbo++s1KjWn5NQEEZxMe0JlTLQgIJTZaO6RUx6tc3FLsm&#10;Tsfud7sqp450/WaSAwcTDek6n710USTK/A+/V7xX8H48u3Mn9a70s+y750EP7tvoPWDmKYOft99/&#10;FN/yvd+NX/v5X8AV7ol6fdQr9Cxf3MT7fvOX8CM/+CN4ycIBDIcKlPH+YoSZNBKrgtjZNoiUPfJK&#10;sB4+9an/jsMvuRm3Hb0T//p7vh3/7y/+AhY3hnJcpVoVy2fX8Pvvfx9276jhhh0HJbhouL6G5qkT&#10;Gko5sxO9JBKZpvQfvb4MmbhXFRUb10oM8vW6ItU11C91Nzdh+m0J2xg019Ffo/eBHumSRRpsIgCS&#10;CbOBuoCssfSNYRDmAuCClPzjgZJgW79nMyGcyWzEbD5UMF8f+vF3zhMwMWabmtlboVgHcHorD/Wn&#10;CxypwoecBW74rR7SoRCLBPNIlQXIfPocaKR9tnZZiQ+ysN4L1IgaUcMdfLinyYIeApOyWmXYIeBm&#10;LIzKxGbSUelpmPUqOA9cwEPBYQlGJeHOQCQJVBIrexX3XyJ71R6RU+WNk8KOeO1UoCD1wRN2XJBZ&#10;41ibs3NCLh7TSaWTIHBKFOPskFTN6T0QJZkZOvRkWTAT0JI0YNGmzwTvlfmgM98DJ4n2J4FjXoqf&#10;pLPvMO46eO8+47wOvaeil1czC1sIWBwcIxLenH89YwlB4IKSjLO6MpllmPVkDZtKx5NcrR94olIU&#10;pB6ANnBKQ9+Hj9UMZqzfS2wWFiK+/SyDrNYbaDQatABv0OarhR97BSg1OBbzVSdql6KK07oEfeYT&#10;DQIXcO9ZGs5/JqUXjPN7YpeYkjacNptibwUG8/TGnKmme6g9/bZIi1i9MYOFYYLW5hrOdDex1m3K&#10;Az5foqPrV+mhnKZasIKICsv+MMbSGp3rgIG3Pioha72NTGys0D6ZMTeEB+7FvDnXBLEXBqeTsSwi&#10;DPQE0qQUKThoQ2FjUnkJC3r9GRBzbD/rGWk+IQeBWwC0BRVD4WQoCHoYamKwUDIjZVoyIKkMgYyN&#10;lnqw5anFRiUEsUyP/cLoUtqcEaQClTaLIvf3y2m+udkWlDvO2JvGewaISebQt/Su4ddz5OMWhiAV&#10;/nxY7C/Tl9Td2DEc9eckIloQe52yN1stjGjjLFJBXF9YwNT8FG0+U5iqTys9PVLJn/ox2Jw56vgD&#10;nrjpbjDGrMgzZpQmbcQAeKRPrx255xlCv9fr6KQYkulVEFPxVmdNzKjZu2mKJQamgvVWV5gEQw6I&#10;aW2K/GKWnsnmqIepBt2DXsEZhyqjMzcPUnkFLwQVnqx10O/xNaXCoDQLSw2VGZRk8z/fps8aLGKm&#10;eRGFtYtINpfEH4Ofo1GijS3Ld2OX4mzEo8/qRNJtKWKiyucZqmQ3cOalXCTEAuCzJCFAqxVIA+eB&#10;zxS49+as3lcox5Lainy4Tdlci8mUZIjCdgzA7eS/eSDsBQC/LwUMnATVUtlizuctD+RlEVH5ycq4&#10;Z5+112IvfulMsKsJPc0EI2j8S4B84ES+4PGWCIndGqQSjzEZ81zGcYc5H8Akb13u+1JY3dic75x6&#10;YnkIJkFW2PkUKt/06ptdzGYN7hkM3LVWHwzH2nNUNJsDBr3c12S5aZjkLUKttjAR0DqRMp2xBJVh&#10;g0wm8SL/Y67FPdjm2v8PPRYmL7MfRx0zqfI44HdVJXuWU+TUJzb1wJt8m01mdTMGdhpjt8iRBUT6&#10;Mq7WteHArbfEmx+PKdkTM7ZC2RxL+ZrXNBkfZqpXj92WfegJh4l7BhUwds+d88rMbA/yk2d//72U&#10;SE3YE2QDVOOlJ4Eb1KVlcv79ZlBqhv70RVrnOZyiArGEo73hpr0vQVCs48LiEvqdkcg9eQ/hL55q&#10;TOPgwcMocaJopSxscVUclMTHij97MBgKwMC1oylrQ7K2vigAE/vDsdKizAPkUFUS3HxGDiTktLgw&#10;GaisZ8DHWUG1GAkDsLPRQom+a6pCDWOvhaVnHsdobZHOv48O7bl1+hkPZ8SOUqzD2YGw8rgW061k&#10;DY1qKGyvoQDdrq4KOCk31saVpUalkI7XiKS41dWQDq4l+TpwoAcDgbzyz9UKcoU3uiMB+tinJxnZ&#10;NEhsvZ9gfibCbK1Il6CG5cEO7Lr5TrzmVW9BcW6fDCa53urZsgxkxROIvZYYKkuuJT80uURxq+wF&#10;kdLR+UvgFtXqVoS46NCf2Y/v9f/izfjrv/wTrK83MeQ9nauWsCy+2pcunhOPZQ7o4AE/g7Dddhdl&#10;uuc2ZJYN1TCc5kr3vjsYCsDb6rbpmaD6yy0EhWJNWKPiVSRLoA4COYmUgyEq9Jc/9RM/RcfxVVhZ&#10;voLHP/8FnDn3nKwbjekpqS3WrqyiTU3//MIeNGo16TF4WMlekG06nsULV+jnepidqaNYLiEsFkWG&#10;WxDpc4KTJ09KPVwuswR0FtVyVWoc9kji/azV7CqgwnY7kkpYcp6UbSr1+vTcBqjSczNd4HtpUKYm&#10;1V/XpAsMYmpUY/UmZtDG7FhA9WVvRvnIS5Es7FeFDD3zRTruokkkBEMVryWUBvTntTMY/PnfASee&#10;QqW/ihEDzqORvD8y4HY+16Ui1buDAeqh1oZDer5x3W2oPfBVMLsPSShdW/ZCDropSAOeyOCVeo+k&#10;J4zS0CmDkvzenvsz88xGLmle995cwjsfi1FKoIZahVheXMFPvPvdOHPmebq+JWnkS6Lk0uG3WlgP&#10;ZE1o0r1ihh6DtGr7Q73P0gp+6sd+FN/+Pd+Br7jvlejQuz9/6CDe/L3fgzcOOGziDI49+hieP3Ua&#10;x54/idWVNc59RJGDVwSUp5swoHsUVvB7v/7rOPTed2OmNI9hyenErLO/kZMeOknbNaUdTtLm7N3C&#10;ohBVBv1EQIASrQGFEq+1bZTKDGCrlJDBJbG4Muoz5iEYXkm4N2FrArYwYPnu2TPnpC/Zc+B6Wpu1&#10;b+R73ac1hN/vY08/LdYEMhR3ya/87s7s2a17xChxzD69f0O61lUOB6I/d0ZD3H7vvfihf//j+J3f&#10;+E08Rdesy88rPXWDY+fxc+/9j3jLN70Db3rlG+h5THTI7/YkTedWJhcrp86fPo1HPvUpPPbpT+HU&#10;udM4fPQIvvld34nb7roLP/qT/xm/+/7fxJPHj2FE1//wHS/B297+VTgwd4OwiXrL9M5tbiKkex6W&#10;poTUUObrBJVoMnlhQO8Xr/lFuq4dOkZ66WCpFxqtrWPUZ6/2nnjRDbs9dFepF1yPJV2c12gFWgq6&#10;phv1kpPWDOqRz202W1uZNDjP5ixp7PbWPflaPY8p2LySI9nSm+RZgcbnELhU2cxv2w3Ovce090zM&#10;1fzCzvZTbef7HrDUn0G00KSMRAEFBRSLc4m4zmvPTRgT79Wb8z23oVPHsDTbg1QOXwjF7FC9KxMf&#10;OoGctSH39CP1srQukThx9Ycw6+hexCbOrqHU1ur4HLrz5T3YxFrLDEcqpQ3YX5Gfh1pJwDqpXUTF&#10;qMAknDdfInugplh7qb3S+lxiuGPmGUco0oGmkmO8f/VIPE5VHhx4JjPvtc4ySPEMRxQxWcCHqh9t&#10;zojeVYBxkob5CRsyymVQeIa04E6Rpgr7gW+igTNpSnOYA/yEL2SzgJCcTYz3STc26y+CtM6zGVjn&#10;WvDQKhPVjqlXxtPB1RZJ1wDGoVzogDL7ZAFl1pIkdhoJeIhjLy+VWys/PxrGbroRYbPboSJhHXVO&#10;UovdRAETjeSEnn580g9MJlZmdFyzDcNma1JjmvYZ6IXn6cVMo4qbqFCdqS3g/NISNlc3sUZrTuFS&#10;iGrCia4GNXrZqqUiuixB2WxRsdTFKGQvAyokWFWBgYYvcFptpOk3PJHhDSD0wjmHlgeO3Rg6j4HA&#10;nWefkWQzFJNH8ZLiSa4Yf6r5IssrAtfMiimko8H6tBUGkfhGheHQ8U50QeXpTxSoybqVpivWotM9&#10;rDYp6ILpaK0Jj8TYDBsuUMHqlEsQ8Yh9ZjyQ50kDYSrRNN6Q3o4k1ZVfzihSjz+/SPFnRUy7j7W5&#10;SNxmLGl9PB2XePHARX4bYbn1+2xqGcniwKIInvxb2ewKIh8PqfgDFYU8cZtiNl+jJoCpGN86U1C4&#10;RYALnTyDNKXbJ/aaDK4xPpY770QMSG2qp/dLK3upqBFnKDT6bueKjEarlVmUKzsxKNQQdWkj7zUR&#10;F6fFw2LQ79Fxz2FhZi8uXf4cunFHZC477EgK0pHVe14S89KeTLvrVIA2dpaw1u5gBzVgFfqMTZRF&#10;Vi/gJ92n6bUVTbpqXkJv6Tl60NbkcxKbuNSkBJFf8Nl/TzaaOJ1IatGSS7p1zx83O2waLE0fNHmZ&#10;nx1ONLMpU8zRrNN31TqfxkQnPXnwK9/tB67jNdkQIH2HZXJjJ6IRrs38G/PxCv4nGYhtw3DLDxfG&#10;2F754YX1spks3n3cic9sP8BI17BJdqnZVq+4PQsvyIGLXqZqcwx1OwFMbsewNj4jxQ0xlJof2/G1&#10;OL07dpJn5QJINBJgLBlNGH4eyHBeE5K4aVXMG+ekxfwMqa+HtLTSnCTGX6Mw9VQN1UY4naLy+18z&#10;o/QahG7wkThT+8An5gLZeRqfD2/dem4xGY+BnE+ssmISxaRt4CQeucHUVZ7BF5KB5vnFxjG/7AtI&#10;YU0u6VW83+R4XsgzMJYHkxlQ1/y5LRLgnFwY48+IZ4inbMG8PPhqDMcc486DjdvLXc2LhPXG1cl2&#10;q9Fi6lk57oVnxth3YwxLM758JckES8D4YtvJ5qwz084xLK3dysHMOKTKe5UJvXeV9HL4/G/ZzKxa&#10;fzd0dhOToKxJw2jUPiPQ4t4VipXaNNYvGGqsnkV5132YbdTBTn433HqrDINWLlyk3+W9FVTTdeWL&#10;9+ycwe69HLxW0fqnMCWyTjF5dmguB4SJ/zD7+xXqWFlfR3NjQwIQyqUC6rWqNLvFMksy+wjLZZXH&#10;MMhHewxQkr1oRE02B1YwEyvpNFHoXsLGhTPoNI9To7wkw9QB1R71alGYdm1qElmp0agFGFAjzTVC&#10;b8ggisXMVCiBAGzVV6EmnWW6sw16wyN6/kehMAFZNcxyt5V19u3TQQ6LLtY22ENLmQx89bjOKRWV&#10;EaNNna5bO+fK2Gz1BSBgdn+3HYu5eaMxj2rtAGYP3I59R9+Auetu0HUxycnREq0luKzmGnxklQkn&#10;72eO0JmxTrZjCetwhp9LVpjIALYcyZ6U9AYCag5YnviOd+ITH/0oTpx8SuqxQazSOj7ugO5rYIqi&#10;zuHnb9hpox3T+U8tSH3MKZucUswAwUaL/h01+FPTDanz5LutghNKElbpp7z3XBsyoEvr8To9D3/8&#10;xx8QP2ZWCdWphpNnyTC4ClSrZczSf3n4G1AtHvctBt0NLC0uyXtSrTQwvTArv2ucnKnXG2F5/QId&#10;1wCzs7P0GTUZGvN95mOJhxzw1hfPqdClZgZRQr/Xpc/vipejeCdRjTlFD8n19Qburlfp/NcQOjlX&#10;n70k6fsqzJij61o48gBK974WxRvvRMgJrxzsxw15MZTwO2bm+cCCsE3f/amHMHruafQvn0At6IvP&#10;I8dRF4cFOi46z5DuP5Mnooqw6YZ0HNOFCgYzu4D7X4fSzffATs9KyjODX8xEk74iLLuhptUBf6IN&#10;Z+y9qnMpkH6tDh0IFrtBL4PzzJzjhltB7aL4dEloEH1On2rQ5pV1/Nsf/T9g1zr0XpflPpfo96ar&#10;Vakt9++ex/1334n9h/Zjema3+Hw+8YUn8MQTT8r7XK0WcO8D9+Hlb3g9brjpVgEWixIyEgvQFpQC&#10;7L/lRuy9+TBKIl8d4fRzJ3Dq2LN47HOfxcfoswz1mT1OuKVrs3ZpGT/x7vfgG7/tX+NV9x4Vu6xy&#10;qCBKi168WmBTD15cw39WZMpGE3uFlsJtBLN6iu6dkp7GCotPRcK+fxpJbykATay/z9UEM5ja/RH+&#10;8aMfxkf/+4exdO4cgkYFD77pVXjX134rXS96V0aBpiq3N/HcsWeonolExjo9M4VOb4he2MJ1h26S&#10;Po99GlkxJPYoImcuyHEWfI1Oz9DeWw7jh/+v/4Df+Jmfx2ePHUOLFrMuV1Hnr+AP3vcb2Nhcw9u+&#10;8u1ggjJbF9hYVWNtev6fevJpfOLjD+Oxjz2MwWZbngH2VDv9sc/jvxx/N/7VD/4AXn7vq/D9P/rD&#10;eOST/4Db7rwHO/Yflve9u74CSz1PyDYKHLRToB6Bnt8CnUMsCrGh8/vXtXUoMl5qumndoAcO8eYq&#10;OhvrmmpLfVJ3pY3eyhCtDnvDGbTpfZpiewdmciROghlktk9ChLDe2iDMMfhNuh/ZdKC3NdAuBf1c&#10;0EE6jfSWLHmVgWPAKTnHWTx5TzRHUMnkwiYLv0uU5WZ9gq3/OwlY0l5aSBdsr8TgVuRBHl3bEusP&#10;yyviCi6lF7LPGkesCI2my6qnvMpZGRyX4EmflGs8uKf2U+olFzAVX2uKUKI8FVBlJh/L2n3IA/vE&#10;D4dZ/RxlCbUaJOIAT0lIVl9ArdOthOrIYIGLTR4CFopiCSXeuK7uTi13ApuRRsIgTU32nnnelif1&#10;9ob3vVP/QU3cVYYbkhx7E46hiMDZCZk0J0HwjTjzYZTgITewtYkO0vhcrMhzfTiapKikQbMKHirw&#10;Z9w9Y7as1IRcSLicBOksgtxzmGOv6IDFahZA4ge6ucTgMRqJPv+KNQUTYK9TSflQxcB4d50sjC/w&#10;ujslc0SB893jaYdEsCfGsc08rdvRSYuRe/moOGp1sXh5GfM3anpLYB2rIk2xvIZEzaHVQb7xNcGY&#10;1niyody+QQlSXzw/reIXib3dFgJO1Q1xqRCgR4tOl4qAzvqqLKBBYxb1sCiSBS4YYGjDp02NJ4uj&#10;JJJCLHSU2SCsaAHDclmJrla2FBfKacNpdTo7EFNdDaeQuOkwTqft1jVGmuIXyDXjBjdwC9SQNreo&#10;kIt+dosco+aiWGeknQHIUBtxz6YTXJAXA3lBbNrIqKTft97RGNuGG8SIFweR+I4keMKkCck5CmmQ&#10;5TYyg1OMXoXaG6Q+Tfw5LEkRaq1MqUfoiP+eS69xSYK8hpfK06hUecK6gWZzDd0u3RfaMHmyw5/f&#10;oEZkZnYG5WpDWZJslUJFu6QC8zRTV2D6eVpCCv7h9cEywRiDKaXLJsgir00my/PBLqnhqzPR5Kme&#10;GKLKveVFVJNr+8J0W0SHNi4WUEzNHkKpQcUxG2wPesJatP0WiqaGucoMO+cJbX4waFEh3cV6cwPL&#10;VLgc4kCVgvopMHjKDV/BpRuVWAY8E2Gw3sKQCthurM8f+xfauC1JYr3WikhAsHqONuCmmjq7wQfL&#10;BQryzCroItIrY9MJlDwrrgEJHDszcbuMGKI6YIjBe5H7yHUbOpZVnJqYwpmj2jRwwceZ+4ucZMJO&#10;Y8eo9PluOL8KbAfMJsimGtZslZqmrKQJee+XCwBeW95rrs5+skgB4oxpmhnnBjk56BZpsLEv5sC2&#10;eJTkjVg92J0HC/IgZbpBTUocxhEQJ821KUs38fc6XZdzjIDcdRm5cB7BlKT5cVM3+t6hYmQCisQu&#10;eXcE3W8GVkGJQWyEFZJ4gDq9VjYF5Hy6WAprOhCZn/T1xA1aAmZrsIdRIt9QdnI369JjTRpIEqfh&#10;MalJs5d0wG7TaGcSSXVR9X6DIa4ecfHivflwFXanzXnhmW2AcJWgJOMFgsW40e/YI5wHpOy2j952&#10;z/ekRefVZcn6osYTgN+1mK15mfELAvB5ebqZCNDIoXQeiPTA5LaXwmB7kDQZZ4GnfGabMfUmL9IL&#10;PQEmvZc5rmFqFWHHnw2bZlNvz2ZOPYBszsAcmfl2op64Ui/I5D9CRN2f7Zymvekm1Gj/HbSoKKc9&#10;NulbsTThgZNPRuY9fsfCvO63bJhOdRLvi6Hz4fEDBvGwdcfBjA0GhHhjYS/nIpvBB3rBhFdmSho6&#10;xlYo9PMsQRv122KhwoBThTbE/pULuHz8E0BrGX1qLvu2gy7VJlOVooB73iogkmA0V5U4X18G5hpV&#10;vjSRDKza1ESuuyu6tKoNb7mYoFEpY7YR4dJKSzwEeejmpTyNSgHrm0NUi7QHFy3t3bHs0QymTFUt&#10;lpsjVCuschihXKIGtWux2eZJ+QzC+l7c96Zvw67b7kClVker3Yal61gsTdEa10vvj9Se7AsYK1Oz&#10;KGvkKPWoGk+bztXOKSsjyYUjKcOA/QWNBJ/pwI7HIj1OjaRr+7LXvgpnL52lumVdPZXpl3oDi4oA&#10;uMpI4XPnEAIOxuhQTTY7P0v1yoAdx1Cj2oZ7qVq1oECIVSubEEFq22OcT7TUfgMF2/g8S6GmHbOP&#10;W7FYkFqaayph/wXatPPvDroJavQzi0vPYbCxinKthpn5GepLZ6hObKNWKtJ1pvppdRWbVEMVSyF2&#10;7tpFxzRDdSbVRPR8NBplrK9takMt9TIz5kpyTvxPErcEQCkWa5IyHJUrWKC68haqtebrtBu19Tku&#10;GR0rDSoRhtN70Hjzu1C+70EM6PtLbP8j/kU9eqc04T5KzP/P2puA25JVZYJrR8SZz7nzm3MmRzKZ&#10;pwRMRgFBBhGkBGfbarXaErDUasrCoVrFUstqqmgR6S4ty3bCqZRBQGaRBDIZkxzITHJ6L994xzOf&#10;ExG717/W2nHi3CGTtiq/L798+e69554TEXvvtf71D8okRbrwV75K00/+OcWbd9J0jPRoflaSRa6X&#10;+VrAp6xVlWYMrL9sYZnvY4PPKX5/nRVKH/t0aj79xTRpr9BQmDE5NROiASkg3Az9A85KG1JJmEak&#10;Pp6i1KD58AFliZhiBMABeGAgGACYhDc52HiSUIzZdIuGva4wg9759t+iU/efpIuXV6kBgHw0Jgew&#10;ks/VJz75CfST/+bfUrXToPFoQK1KQ8CxF7/6O+nDf/kXdPNnP0Pf90NvoMtveCLfs74oRCJhM7nC&#10;+kVURfy/IFsArIcs9+Krr6VjV11LN73yVfTAG3+CLpw5JxLlId/fAWrYU1v0W2/7TUp/6s304huf&#10;yn2Lox6/9xYG1ADyHqXcA9AhVkZxVKiAtIbFm6rwWsxE6SJ7dKEgoCJIcCo2BKmsTwTkYO1N+HP/&#10;8R/+Ab3vfe8X0B3BFdP1AX3yD95D6TCl/+17f1TsDdLxgM5vrtPpUw+JBcAEDLntnjgD1fi5XVlc&#10;kUMFvn4yeBBw1OyQSFl6ABtHvB/VOx0udKr0oz/1r+iP3/nb9PFbvkgXhkPxe0Qa+vv+y59R1HX0&#10;qle/knuEnJ/zKj344El65zt/h277/BcknRs+cJDptwEmetU8Vfge//nv/9907OgaPeb4NfScl79O&#10;6jiknELF5FNeP9OBBB3Az1E81MwLHt1H4hTYQg9bFVZjLvYPfoDwjQFlI4l9oTH3K92zfRqd5z4l&#10;dbJ3458tXrOXQ8Kfac+axFGp1g0+bm7mPVmypCGTos8PQt18nxBcoQuW9C4iSGYOkJkvegmxPcl1&#10;fxM/fPn9uTK/rC7OS6Fx2APVbkafmdgrniJFdaIqNzkzo5ls2EVKDpKhV6Z4gguAHQKcBH9J1aoq&#10;BKZFJVe3EBxqwOKc7U5JNQAiDV4zEZaqsiTTXFlpwsqdzK5vhmtZpppLirXeb6mTo6QgbQT/6sjC&#10;gJyBTpC0V/mszZwySwVQcyVwdW6m6SgvjUN9sBAr3cPguZmbdQoZaKgz+1Jgn10TDDcw8MlFXRgL&#10;6cirEaZJb/NZ8Epp0JrHpalabqEcxkiU/sjuj+ZEGNlLgk5LIbh+V89gbMVyvZ0bW7RsRxTtQzaR&#10;e5U7raEK1aVtdrJYYipX+4GVWB5Ml2tf8VMEeoubLullI6f65iCTshhh+FuAVh9CGSBAOHfuAl3Z&#10;H1B7ac0WlptLTRQk2Iz/y8jmgemXbr5JcLsjiUtIfHkzwCJzynUV7z4cgq1GizpIO6rXaX2nz4Vj&#10;ThvdIW1vdykb5rLAlkn10QlMml2Vi2HVbAOM8q4uYIwgsOl0LoHTlX6/FNyQuuJQwxTDFkpsD3dk&#10;ciUxcYw1tALXFEVulBt7zqS2hYy5AFqMhkpmIE2zIJQwzdhNXPAuLvlu2XtB4EduVE43M34U2nis&#10;MeM+mpf2mRh3JsUTGXEqnoUC7mZqCkwGDqeSRKVpvBmmqyIdiMV7Tzz9QEnnezAdwhgbG31FPk2r&#10;gWjupjB0lrgIWuJnqVJrFIlBGo4cqyeBKyXpkiuZDbt576w5qnVO5fxMv4fdF2RueWF2L1RlKVIy&#10;MQ0W+ceAm5DRJjcCHarXj1NcX+DnbCDN0qi3STsbZ+jcww/S8kXwC2rQpFKTKeRWr0ed5SVqNifC&#10;kkMzB2YjEvvA8kTxC98Pud5cUMGXcOuudX5TUy6GzlAmcfZ8/bJ16iRtodC7fEjTwbrIiBG0gteQ&#10;jYwPZ2+KBs0PyM0Pzc2k2TTbcGMzXhVwPw9ycBXkRwFokGclPxAY80FK74OQNCvuhSuA/zLDNzdh&#10;ST6bGEUlcHAfWMQ/EshwgI/fHOjn8z1WAo/E6AsMyFmyV4kJtIttXIDMpSLxINwiAAePlP5bburL&#10;PiIHM/OoJIe1vcn7mbH7QRKHXZ4m+SN4LCrQ6wvAyHJqSuxELeCxDpHGybUdN0Y5N+zYA1RCBJE8&#10;GtIJErgzcKcdDXIF+cZezy783ahgJJaZla449HH6VNEsYHjIzyXm300ujOpO0wQbGJryPgspYDPN&#10;BOxG7ViJ1ES/4oJsXW0KisIveHaUdorZwMomiSj2Ax/LJ3IGftPP1S5vvf3wvbkwjV0/ux8U6L2b&#10;yWsPABTL/Dl/oAPeo7AJTXKwH+C4G9g7CNPTszuaZ/K7A3HOfYG+R2JI+kfS386xpux7SwElj4Yz&#10;iueLLQ83i9U1sNU/uu8A2RYa5bOzO59asZcbyD4DRedBe5Vu2JhmztZZawQvtXkU/OJd8L7VYrBa&#10;afORU6VoskHn7v8yNY9eS0vtNX7NCvVw7nDTB5kkvJVCMbm4tCTM/4rIaRJh1It/nbG6FPBTixcx&#10;s0e6YjrVdYbXq9UowlAQUrdcA0OA2KO+bLgVitOExmDjTlLq3f1Z2t46S/3zp2hr+zQtLoBlNOH1&#10;TJJWOYXdRGLsLbVQkgEfpLgynMu0iJ+MISMd8XuriOc0mtJqRZlR+Lc/AEg4ph2kQfLPt+oxddpO&#10;/Hgx6MX9W+5UJPBhmqqZebNO0mTv8LHdqFXE6mU0ijTQotmma65+Oq1e8y10+MqrxVMuh+s+f+CF&#10;alOatQk34aIIFv+qyJ6dRKVpgbG1Z9hlAzo/k2X7AKpJk6MsD9i5hJ9JEzCA+NqmExrnVWpVYS8z&#10;4PeZ0DOf+QL6h3/4CNcSI6nfAAjKIE/STEMAkhMwCzVct7tDtVaH64suxXhGjXkhHpM2VQzycS+M&#10;xEibWn4vCFqL+d43mg3Zo+UYBqDKPzMCqFxvyCDdxxqGRl7Za5tnT8vDu3L0GNWaLfnEU64hUROe&#10;OXuOujtb4tt87PhRGc4LMYHfD54zBHv0JjviIYhnLa5VZUC+3d0QDydcJ5GJLxAtcE+wUK0T8qQ9&#10;1+rXLDcliKGaKyMCvtbjiy6izvNfTc3rnkSusUT5eCqBEZPYy1C/0lrkSzGlKUC+EdfC991Fk398&#10;L9VOf53/fiT1mKu2+HOCZTmSs29ar1ANJUijQWkMv+kGv5llml75WAn5cEvHpeZK/FSuWwrbHhA2&#10;hUST8Hk5DZWVMnLkedI9ITGgbz5UyxfDwMCGAbsRklRpYmUryiWAAoOB8UiTs8+cfohu+eKtvB9U&#10;aUM8DSvyWpN8Qi99+Uvp9T/yI1z31uRZavB966djkbQPuSd43qtfQTe9/GV8nxz1J7lY88TiDRek&#10;dL5IpETdiWE2EmvVN5XrYX5eM/59P/uz/5r+4F3vonvuupumePZ4bxnxZ67xNfiDd/0OHV57Cz3x&#10;uuvEc2/Ia7/N9x2s1Uc8xzJlKOU+WDYEdQDJMD/1mugcJlr69zNLBTyjeM+pVDqwtJpShfuW173q&#10;O+j01+6g+08+TNt8fWF1VU0W6PN//SF6z9GL6dtf9FLuQau0jkF/t0uLAMhwTKTKHF4+fphWlw4V&#10;Y+9K6LPFA0ztdoQ4IgzVSK5Fjd9XndfJD77pJ6n9+79L7//YzdzX9vgewXMypr/4kz+kMxdO0Yue&#10;9UL64Ec+RPd87XY6xe8PgCh6mViuv/rBx/ywVbhguuiai+k7X/cauvzwRQJ4O7kAqay/lDe/lPcx&#10;5yfqJ+Y1aEISkGFThX0+88JSxV6CdY61RfBuQ2AN35tswOug2xdJb7zJz+zUidfkOlSB/HNb+ViZ&#10;VTXecMdOLYnwPiTAKBGgrPBUC8qrWIkoogxysQVL7lfT+MIXt8x6LdfQkQE3IqcOg8eSnDZQ/USK&#10;6bzJ3V3xvCiQCDsoTU+Vs7LUl8jrO5XZzgZ5pgbyoU/36n1o/nfAEcJwm4KFllhvVaSYmKtUve4H&#10;calXCFVpCPn04T2HQAohD2WqDDQJrFxPBOQggRrXG/c2DPxjs9qJzFsueBljbefaX1bF81d8NQpg&#10;Ms7zUttp3oVyPTToRmf2s7qwAPqK3tHM4aJQyXrzJzTcJMtMTRL8/2bWbjML85nyQfqX2G6090Yi&#10;Kg+zS0Nk+bjKvsv1o1vd6ucwILVDy+T3qYVZXLL+cTPiym7VWGkEHADggAPtVl/NfsY6vhLYSO4A&#10;KsE+9WgiU79aIqyr6TCWjTgx/bdIdCE1ENClKlOBOm+wfHLTue0unTx7hhbXjvENaPBGkYqkQUqY&#10;uQsTz3UiprgqcMDI6KBhcUUFWJOX/HAC7OcLX6isxMZVXwL9nRUAkgC4+NeurR2ijkzSItqa9OiB&#10;UxmNtvvUHfBBHY1okB2Rjb3Onx9mxAjKiH1VK8oUzeuYxoO+bF7bg57407i4JiESmN6STYDG46kU&#10;9IhbD0VcZHyUGfVYE36laBeUNZ4lAbnA6JMLotpskeOKCFOKGUlNtgdamCXegDyEMUgyrRb+zqQF&#10;2s/yok51UQT0WZFvTekSn7wsNhTbGWLPm0Cq4JOztE+8MKYBFWxmwltLhckDbwdIJCYTLqJdi99P&#10;VfwFcTAhLQzFBJJ2J1wI9UZbksIHqW5nqU1HuECGyXOlviCMgkjYvyrXBQAmyYaRBntERsdX5F8l&#10;gfI+47gohEtB5FZYOzkIACZBjhB5byETscEbxhcAmOE1JEVY13zIICUs48J/Y/1e/v8darVWaHX1&#10;BopqXOxFNb7ffS6IBzTqrtP5B++iCxcu0LkHTirzh4td+B4t8HpKowG1hg1eWy26c/MUPduhSWpI&#10;kxFX8MCA6ZTK89yIm3Tx6kV0fvpVmiQpbZw5RZ1LnirrL/IPcwN0OfnhWb7mWxJb76xYQ7oW7ikm&#10;t3j2IQGouEoh7YRkQ/z7bPoSGKmFBNV8BH2xKUfc6Hlq1pwYR2e8kFDousg8B0qAvumU1HxewhPy&#10;wmhXdvtio/Ii99Efzec4vt5YOWXjf08z7yryrmTCX/azeDSrFpNYuugR2X9lcHAmL3alKcw8yOYM&#10;PPShAQti0FynTZGbQTSO5qMU9sJt7mDG1y423W6gdTb9sclkXlhzF14PZJYD+10tkep6lcEkts+Q&#10;BbRQwc/0s6RfCwjAHjOVyaZ+H1ipY974Rxn2y4gmFAtrb4crwF4WCeC3JQBgTFtcv50HCI7vxTPr&#10;NcxDWH78i7r8a7ooHgt+QiRcwGVQ7Pk7t8Facsp2WCBlx1wJGQM3ZG3++grvnYuRSoeO8h5e4T+3&#10;+VlugFkcaTAQPKkakZ47cRT8PrUBdSEB1UAN8bYk3W+TIplWOEb8b70oTJywCSNlDVqiqYqO8z3M&#10;UGdf9lRmi5WYPSVMbS/Dq1QA2J5YJrJGu1ijuXeldE+vzOWDZLYHAuDeGiWTCZTWaWxfKz+j8Zy0&#10;1+2R8QYAN3Yl9v+86L2cK10MFYoCuuTv6ayGyMP1c74Empqp827mY+7mMdqQgOdnU2JPc/X6DGRz&#10;gWG1i+PqSp6TVGSWFSbKIjP0GiShVcOoKPKdL8Ws5DQ3mPGBYRJgW/ME9uWvlRj9UTQrI+FBLOcr&#10;vJSGKbUq52h8IaGFEy3qbpynanOBFhcWhE2/vbEuzR2Asna7JU0WCtfEZPDeBZNsfSaR8iuG31Mv&#10;EkD88qTSlLO93WiomToGUZE2zhVudDFwrVZz6q3fSet33Mb/fZCa7hxtbm/Ke2y3KvznAS22qlRr&#10;RbTZnWqzYMEmqKvgeoHBAFIjd7aGIk1EwTscZ8KOqMI6JM6FIQOZXqOm4P65oaMz54fCyltbrIr/&#10;Ll6zWvGFp9VwmIvPH27WEAFceST1bDbFE1SjbrxMh65+Jp247um0etk1VOss0wAgCr/38cjRONPf&#10;V0NgBnDUKLZiNzNX0qhY3MJ0LqXu+hIjO5sbZltKcJCDiZRKGaACdgIIgTciPOA8VCip7KttnMPD&#10;KR2//FJ6buMVdMsnPk7r22elFsJvnmQKIgNYQh0LYAf8r1F3R/bh9uIqDbbPCVgmNiO5MoxyY6uL&#10;77bZNoh0Lx1rbbfQVgZfqoNlAaP4fGo2WoXhfS6KBa3jFlcbFA0SWllekDo5h29bD5LwDWF2oRY8&#10;fOyoskVtMIllM51OxKNY6l54QDoAvGOpQ3OQEgAeVGPx+FtcqAnjFGEQ1EdIwpCWaxGdiFPMVCmH&#10;kuSGG6n6hGfT2uXXie/eNvcKHYAO0vAqUyeiMSVcK6fr60Sffi+N7r6VKjvr8vyg5q3kXDNW2vzj&#10;kIDW5XUSpFtyLTapRmKxM73sOmo9/bmUXP4EmsBrUgZH2vjiua6aPAyEBYTuRZExfX2wnMjl7A1s&#10;96xUQeh5lZm1QCxH+RhhbR6p1k0ajVORWoM5NubaFeCfNzsIQLkP3H+/9DXog0bc7yw06vK61z7+&#10;sfQvfvpnaHt7m9djJnsK5MCNal2G3WC2TaZjUeFk4mVlCiewVjWtwhrgzFj5mQGXsdoc8T4xSepU&#10;5e8/cukJetMv/CK9/8/fQ+/567+Q5FqECWApTDa36T+/7TfomS97Of2zb38pVesV6o8HZjdlZ+k+&#10;/s1a39o+b415YFYJyBRpL5k5ZXZh3WbmoS29gtjupApOIHV6DJZvjVqH1ujNb30r/fc/+iP6+49/&#10;ShRNGDh4rpn/5nd/jz7/mc/QD7/h++ns/Q8JaOzbVWGDgrYIz8Yrn/IkvoYNY2cqc7ZiUtWgiFHJ&#10;Pgn7EM9Yo8K9Jz/jtaOH6HU/8SbqtP+Q3vvBD9NmryfklMq0Sp/7wMfoo3/9QWGstXlvqGTq15fB&#10;2VMGDVNaPLFGz73pqfS8l76ajhw5biU5wLyp9ITDwUg9Ty2AUprpqCbDIciTA6sLvUduT+GY+8CY&#10;nxv0RTGvz8mwR+lom4a8RsZndmi0kVEP+yy/L0h3uwAfUZehXtze4md2IgFNLjj5mtoqKxhhSvBI&#10;peb2xSCzGI4EoovT9yfnlc+LFqU8zC+ThnIXztO8NBxXT84ipdUFix5v9YPWXbl53odgw9QCRsjS&#10;YsmF2kXtwEiCKkltuzB+xotYD6taXgNlIiMLCdMuE9IRatfc6+Ao3tX/oPbUnt+r73qmtQXUgvBW&#10;FQ+9kbLMIeFOBKTLjW0e63uT8An01Ornj3WVBlZ6ZPUX9/WuYOwF1UeuOFHwg3caGJJQycPbm+SW&#10;kpArqszaYAjt9CmKDLfIzZNRP6Yt4DCktyGxDBGMmJYJIcpeGMOpPCitNFE3eKfLaMRAxiJ0zrtZ&#10;2m0RcGEegcH2qvgBA+5CzWhBtpKoHdKBpRckY4PO7IKC1ULuZllroh6l2XWYka3CdVHpeGSkktyY&#10;3EKAEN/YSOwfhbBY9m4Pfbajoj/A9yRiROoVBc7iqIwn2vQ6FrpzowJq5ohazboYZWL6tNXt0jYv&#10;7jq/gVonUdkkCr04MVPEGYW2MLGnkobG+xliW0z9813imLKXkhm35xq+4OHDANNe8zKBaSqmgkKr&#10;ghdZ1dFSqyH0ZUxRluFhsz2kYX+dRsNtvpkD6o1j2tzpcgFZoQ7MpkF7TXiB8YE9TsVoSja9zW6P&#10;fK0i06DhoEcZb2wVJLMilRdTcjwY8LWzC5xHeqDJQWFsAkFifaDz6seMir7eEmaM6lv40YUJgplL&#10;qjwzsnQYxNRPbSFlRnENGvdYJowzLw+l28bGVrHOtZBfB328XFdvVFiaGiKfzyVFa3HJ14UPhylv&#10;AJj2ibcE3wvcA4CTEhMdTWTK36nXqN7mA7KRqIF3a1U8Q8SYObZNoDiy88LPzbmoAD3UgwCLKC1C&#10;BWZMqHyeNRM5MzHXz6M9S6A9B+p3XNwXKb0BOGR6D3rDEfV3HpSp1dLiDbSycoQarTptckMw4ns9&#10;6nMxurFJvc1T9NC936ALG9u0sX6aVi4cIbdwhUhMuoN1uuLqFerkLdpc5AJhdVmarnhB5QA6ea7z&#10;2oHhOReSvMZWOw0pBDzf+/5WRvVLa9RxbS7QRvx1Lsanp6kG41s8b9JwTQXIxQY/FdAntmZQC5nc&#10;DpwCcIsjA6giAQjBxsSf5TDJfTH9SPg+VoWCEJUYerMkZgp+Fc42yuIA1Q3SuRLTxXjOexhmhT43&#10;L0kB471jCZMiz2kJjYHoSiDAwbYB/4P/lApIt8uzT9ZJKLhdGZDxu2z93DxoMPfzbpc894B03keh&#10;T832zvl/4l3fn+3yjFOWcGTwd1TIswoGHAVz6liKPkhzUbYDxMMkb5TDdyWmHjcYmLafh5yOn5v1&#10;SU5nuTAcZI6+yEXhDgqcKdawrr0lPPe5SpLGkggdCVgd5Sodr0jytYJnXCdSh39mEY1MrsOU05EC&#10;gPdhex3ru2/yulpAUiY/p8+sxdThimSJ9+sV3ibbMIjn6nKR18AYPmEABdHGFwBOXsh1Z8EqkbEx&#10;1R5Z6qEAqhlz1mLRKN+PGWkF524PPOcCA9mX8Fw3L2d1vjTM2l+a62ieBLoHENwTxVhKoMv9Xobc&#10;o4B+YR9x7psLJvElf97dphzeUyGLmL903xzjsHiG3T7GnqXr/83Q9/xcEu6uoNuyl7c/4L3skza8&#10;a7xQTMnlvMmzPYnXu+X5BVhvoVmy4xmT0hcyZj93/0W2Z9PxVKxJpgJo9Xs5DTbWaelQi99Hnx6+&#10;/3ZaufgasY5YQWjCaMxn2ojP60wsNCTYINLiPTGDbQQ/JU4BeqkMnSbPZWBtwdemDglWRRqUlNQn&#10;0kkmJJ/5/HNLyZTOfOUz9PCdn6ZoskX1OkIG9JxAI4u6AQ1GniY06I1k/YNloP4AXlhtkewZXOBP&#10;de2BDTMc5dx8G/vDfC+R5gnGoU90kHV0BReyJg1FGhIJwERJ1XsP/lGHF+u0vTPlBlqN8rmnp0rU&#10;onFylK69/ia6/Ok3UfvEdTRJ0VhXZAC2wPuIRyIpv5e1epWGk740tACZEA4i+1nYRf1Bx8s8pL+7&#10;Avcldqsrnmkt9HU9Z8IcQZKwWLYAaOK6rVaryoC2udKgpz31qfShj/2dNKNoGBAwkGbmZRWpxMyL&#10;mTvv4f2eALMLC4s07V0QNgk+q0q/QqCcMVqsnkCIBdhcwij16tXsC8/LyIB0L0EPA359SS7EgLOO&#10;PqEuQ5XTFzZpcXWFzp85J8brK6uLtLq6SiO+j2Cg1LlWQkqwLo9MAl9q9ZYAf/1Rl9JRT24r5NkV&#10;3vvrzQa1uOasZRG1MqRf8DOOoTSfUde021yzEi08/hm0+txXUnTiKqojdTYfCvtxubFAXVisgL1U&#10;yaSujboJbX78r6h664f4k+zwZ2jz1ypyfUbjISX83KBeTGD8LdY/XJc3uQaHpPnIVZS88DW0fNGV&#10;tMMfABLdNinAE5nJf2RAQexiS78G4DdR5ZC34fwuL5FIGn+Se4MaUCTvPhIv7KSSCgjqXIe+fOtd&#10;9Ld/+ed0+fWX0mtf/wauZVu8P2j6MGTvSaMmvw9WReNcfdA3utu00ujI917g617luh2S0QqYXbj/&#10;vB+0+foLa7PWFkVPnKgXeSbHWiKKoor56uWuKgm+mdj+5KJWkmENQmKGY+osdEQevFSv06u/+7up&#10;urREf/X7/5VcxdEQjGOAj/x9H/3DP6Te9hb95P/ygyIPzUvTqiJtcxfol4e9NNCgA6kkCkMcxz0w&#10;BheqTkhsqIk6/dT6uqyNRq0u16LSXpIgigru9eFVet0//zFK6k36qw+8n+ubsQYURHW67wtfot8Z&#10;TumSI8fFk7TCz0kK/QLsEXhPPnzF1RaKoIoBuW4U2f6fC7kjzY3ZBMAZYS2Qo/PzOeDPD1n6t37/&#10;D9GRi6+m33v3O+g897DcCnI9xmuFfx/AWYQkEdRTvBHW+RnrLFTo+S9/Nr3spd9BC8vHyTUWhViB&#10;NO96q01DEAb4mTu00JSeV7zUqS4C8hxhDWDqSmgNyfvLJGSB+8DxWMNS0P/ifWOf6QLs64sn6IBr&#10;QewpqAF7eF3+nsUKctlV5ppg/VAuvbQQeVKEn/AzmaUyNMqDR3Uh4nL7eGyXbGbcvCUC7QqmIz/z&#10;QsMaVvWZV3+8SJOY81KOQNmjWbxKQ0yUhBlYIAVlszAPG5RH0Uxlh3voAiCV6XOLsJ0oKI/8TFKa&#10;Wc2UuRlr11PZ1znUjkbACNiQmM1lck9FXWjMagVK1d/L2V4sijL7verNr7J/b31gmiuI5iwJt0h9&#10;zVQFlpZsU/AZ4NmHaVwFZJYombvOobPwwbPClUBOF828ke39hE8Jj2wfWehF5AqPciVGKbiWB0WE&#10;M0ZhUOLmMwaeulVlhk15YxcqAIn6Jg31mvOFJ3Mh+aX5dEkhIRlZigrPbq2rU9uT89Bc4ZrGswTv&#10;KLD5g81MplTriEqszDguiBx5qP/Jm4ekm6lD5DM6IaUFW5twzSMDScsEEJHxUlyjJqa4SZUGoI9X&#10;IYXoyEVTlhrMmBNq1poSp50gdioeCYUXstiN9fN0mF99ELXFnyOKUzHejcUAVhlnYepCNiGeMQpm&#10;TXJU0mrPN76zNkHACEN9cxckhpFMhzQRMpKDmcCKk809kukWJCS4rgtckLWrMU0WEi7mlnlj9HSu&#10;O6Ks7yTFl8YNLhId3XdhmwuRKq10lnjh8Wdxaqxb8bGatHPh0Y/g49FXKQUXy5io4hBr8c9FFXVh&#10;Dtr5NPOG/juTpupULsNqNkmMMLCgp8dhg6CE0GTkarKpN9seDKC9lUhA1RQU68wo1W4qEhsJqEgj&#10;8U1JQXOHibJRk1F+TycAE2tyKWGCHZJuME2NxV+HJFktTlIaDQdCAUdxiD9P2x0upiKVOfP1GAyH&#10;XKAPpdDwierLMVFotZp8gNRpiYvoarVB1VpDGKNC54fEx1JOJcxDnHKDj1xeGFYG01F8dvGKiG0h&#10;+tnmntuz42w4khsTMRJkMBOmYyTyl5Dt4YtmOyxSbK7dEZLpRjQenhPwodVcpeXOKjXah2Uq1h3x&#10;UT3kg6u3TWcffpB6F87Q9rnTwjAYdwe0c35Ig60+Hbtije7CVHa8Sf37prR6yXVyX05+/QHZ4Ot+&#10;xtuAyTOassye3eXVumyilbxN6eYZbloy8cqs+gGlkKiI7CiTRMUUfoepbsIAXOv8d80KZDwV8xko&#10;a0edTbuoWEPOpu5UhBaYLwwCqmPIUFYVlJaNJSk699lBGhVGp4Whaol1p6zJkB4Z7ltujL/c7oHf&#10;RW3eB9BwjxR2kM+8POybPT0qm3lf+e/+8sEDXmM3qBbtH8SxWzQeJFlz3KV9QMp9Ab9yARMSz/OZ&#10;PXWe5/MFzS4mYBDm56XEYG97SShQXDmwQg7xzFLAYgH1prIpcUPIRXyX/wVbr5cndGGc0zneb86m&#10;YOYRbfOPdKeeTnNBsYO1zftwBzJaMx1Bk9NHChtvAov83GLu3EvRvGfUjvB9RH2wJVwizUHOjQQk&#10;Udjv0IRNZECeS5HR4sW77WryDGPoBLP3+yGLGeYiFVrgfeMqboTXEv5dvA8eqTpq8965yOdYB3sh&#10;/xnbdUK7A1MMOrfUWGVRmVEvBZ+/dCbKdfkM9JE9zQsjhkomw/Mg995AOL8Lyw3HY/CheyRp8AHK&#10;77mk2fkQHTf3WJVBrVlqmd93LQSxSF720fOuSOrdvTb00YwK6asknJd99nb59rkDAjnyXdYVudsf&#10;x3NEBwaXlOuJIJYsCuYDlrcv3avCJdHkIVLEu7woFFGAlRl+AhCnMx+o8i8oBifFjd5lFWD3L6RT&#10;kw35nA1ZIkeFfUpkAEHwEwAwU600ibtmWmqeplM7KQ17FyjZOcPrsUPdC+dpcWGNRos5NcdIKu1K&#10;s4omK5e03LowSlCcTqe5eOzJp8+0EcV5DKAM0s2UdpSBYh5Ecp5kkCXGYuz+jc/eTNHwLE22z1An&#10;3qYegYVVlfWLerM/4uZhpNJZXt2SPDrkBrQiNWEijQpaYQB7kizJDeJCO7FUZS9fh5IAXmQ7/YHU&#10;IvieJCFL8FSvrdipJ63PYxkUYECGs7/drkg9ibpmOGnyNWhS0ryMDl/+FLrqxmdSc/kw1VoL4iMX&#10;SViYk1CtOGnK2V1xqTBWvKtQI9LQKpju4/1l+xxe5TN0DuCN/Bx6HUKLYE2Qm+8u+VKyojwS/H7E&#10;oDuWAI6U6xQEpAyGE65FudHne715UYNuuP5J9JUvfY58JZqZvptVDOr8qTCbKzAoJpd2aRrj+jWF&#10;LVeJamKFALmj+jROpcbzxjaD7x/Yh4kpTnyUm0m9JaeiGQQQUOX3ttii0WAkAOBgOFUvV3g38u/u&#10;nT1LC4sLVG82uV4E8JsSV6F87vA5szPQ9S97a0PWDmqx8ain3qUY7vOzW+fNvNGOBfCt5VWBKvxo&#10;KKw1gFlrXE894Wk30NFnfwstXvMkGiPQxY34fTaoxmdVne/BNO1xLdUSe5/J+jplX/sHmt78Yaps&#10;b/DXR+LdmFgwCVUy7pAi8e6DMX1eS6RHiPgZSg9dRPFjn0LZdU+j2sIybUKxgmAJABg2qcmjaE7K&#10;JVAP0keNpRQskcQvEQwSU2mE5yY1tiMC8AS/BXmDnxdI3e+5/yH6uw+8lz75iU8Iu+zLX7uFFtcO&#10;07c+7ya+romkKnuuJwHqHD58RJ5ZgI3NOtfqeU1qz22u79eWa7R+fsDnZkOYZehPxGOOz2XU9PAQ&#10;V6Z1pJ8rdkZATeWMn/K+97Uv3kqf/PjH6MyZ0/TDb/xxuuz4cQFs8U+H+4Qu3xus3zGeI37NF73k&#10;xXQ5v4+3v+NdMpjD/cOZu8DX+I5PfJS+euOT6MmPe/z8ACm3MIJo1/llpImCzcffM5ryfUMwBtcp&#10;SLZG8EpvMKbb772f7vriF+mO278ioRf9YSpAIGTFrVaHjh47QpdefR09+alPpBsuvZQq3O99++tf&#10;Q6PtTfrcZz9PXUiPxwPx47z71lvpZONOYUHBo1DOcNT7/GxeuOUO+kS2RJdffAm1OnVa7SxzXe9k&#10;MAKwSfYTSIOjUOeSpIMDmE/qbZEnI+voyc97Bn9tRL/37ndTj9/rAAEZ/JkWeQ9A/wffxNZCRE9+&#10;0lPo5d/5XXTiimv5OseWIDqSZ6vZRK8+oqYEMNaoP9Frk9R4H97pSXI3jfvUarckpRx1mpJtUkse&#10;JglBGoml1Zj8YIev73kand6mzVPc4wwz2kJiM2EYqyyyRhQVtjajC+sCCIIdm/AzFkV188yfEV6C&#10;T2lQBwXQZ5aU6gqZL+3nLu1LYplCMRQIC5E4EDoLB0HQlPrz0ZwV2RxpyfALPKupgTWxecZJpVOW&#10;HpbkGpH5WUuPhrUTKXGBhJE780KNaObFRyazBQFI2H1Q6unURfcE9IPBazAUchiMYVghlK6q2DGo&#10;QjlTsN16RJBtshLzrFAFykXH17Rf9JYzUCTzeipUYSD7iLcvJMAgKVk/4s3KwRkrXKw/nIHyuQ5A&#10;i3BSs7pIBafI5LMCQxL1UADdXClwxRtXOI4KopIv+h/z2DMLASgg5bNMjWQje4SCgxOnmQBBGizD&#10;l5QsOMP8cT0VYW+5LwUhmZ9uHLtCdRH6B/2VdsaWCINUCrKVJGJJslcwMPz+smd9CFwp6jpjPAoE&#10;m2lwSmQPjrCWjegT1oj0/sJQ5vMcE1vIKCBHkOh6Xuz12rK8EUxaEz6EYVIqdWQ+lIs3hT+FX5AG&#10;aTiOaGtrnZvBMRePy7wxV4QajQNYpsJmZqmN0gzsU9lfybR+v+Z2l7m/Dwkw4tOXFqarOLCcK8kL&#10;C+aAvg4KvKSq0hZMIBuNpizKWqNOj+H3tbGzQyfPPEz97XXq9bdoc2tIFzCJaHNB3Gpw8cSHXD6l&#10;qD6RCQj8WXJjF8LbRqijsGTFewLAJr5f0z0pm7LBevUKFH+7VG9qHFtaZaa+f5l5HOHBx+L0grLn&#10;GglfTSSkIeLfBY+ZMRcygU2pD0VKNV9XnwCUzgiQ4CIVHni4Fpreg+/lzZm/hr/PJiormvJBPoa8&#10;pd6kSmNRWJOpr/KBNxFZa8obcreyLbLYWMBABKK0+QFN+N4v8WG4KOh+s6kbdpqNxFcFILAAmtO0&#10;uDEyx5L0u5DQulemGCjXUZGOayBTadIiTMUstyaIZgLqyBam+MNYgeSV9IyJo0hpAHby59rp8aE+&#10;2hFAd40P3VqlLh4zCB8RXz6+Rn0++Lc3HqKtcw/S2Yf4Wdnh6z4Z0zYXoZtbW7wmJrS5sUFHk0P0&#10;9doqtTMuGKurApLWmxl/X48Xy5BG9TpVjFoem+3b0OniXTuyaOzMmO576B66ApP2pMP34By1+UAH&#10;+LjdH2qRB5kJ/JKwM00ntNxcoJUl3IO6MAVVOutkYhUYjEhfVoNsBYpFwpGpTCgXTw8SsDhJWuLd&#10;gsYmlxRqY0N6VwqjSGdAlY92mfXHc4ygAmnYz5PMuUeJMpgr5wovxm82dON/OtNvzlPUHxDk4ebl&#10;mOWUJFfy2HNuH2kvFQbA7pGswPwsTCIk70b7gHxUMsENoRvlGjgyYECKiYI4GYkkNxUGH1E/i2Vf&#10;wL/c+tH5SUSnJ0Qb/OzclTpanzo6xftJNIV0V3Nzcdsv4ybtMO959/D/jERiMKEBqQFxAwU0N/bb&#10;8ObEoe5T8avpwb8zrsufxxk3/pDrchPW568PJSggFiCh4sDkc7QViin+DJv8SVv8RxSSF3jZb6ba&#10;PH+B39caF9h1fo3ruDAF0+8EF7aXcNNen3haqTlaSTw3cpBSeQqmAGrQbKyqXCdmAHNiAYdyKueo&#10;Bj565OYZW6H28m4mqc2L4mofxt9e8agJN2cAXzm4w5ckwt4/kq/dfiDiwT57+9vfZXPidP8orLv/&#10;P//MtoYwwZzfD3xpTe1+396HQYNJaa04y8ntYtyG3+Pnwzry3aEffg7c2+PzOt9G7DuUcFYoulJK&#10;b7FryUAu12LQ0z5rtrx3uZJhNRV+bs4AnrIENKS/qlE1fmDM58HFtHXhLrpsrUr3Pdzlr91FSWcq&#10;di1L3DSmS4tcvgx5cXcpG1WEwVPFYDfzhXm8pAeDCWAsBAV0I2loJFW+XpNws6RW4/qKi//NkxT1&#10;tijOhrRz4QHq3X83n6nickk9bhZHIwAzuQ0hvQyrmtxYyuDL+0KSMpXgqFTAPEh2m7WE308qnl0C&#10;LlbUcgLDSLy1VNhGsYJZzhJI4Q8mSXuZMpIk7RByRkeNOKdRF++B9xs6Qp0jl9HqiavoqhtfRMny&#10;ojDcxe2T38N4OCqazxAulZbWnXdqdeGCZ3PuZ4njj+IRG0UB0HXqcbhnB8hNzeGFUU0mYS3OGgAk&#10;Yn+SUodrVdQ0Ts5uJ6DUJB/QDY9/Ijf9C3TrLZ8WqZ168WXyZifmuzQdQxpNwqwZ7XCdV8GwtqW+&#10;lbzzJ+mQv3dsQKZuIqgfErPowPAxEW9Hvbc+MmdAr0Eg49GU4qbWn6EWlnTnSoU6CwhSaXCtpWeZ&#10;kA8GmzQZZAIY1ap1S1QEE2ybn42BeV3VhY1aR83Ke3gzqQmDrIIglBxywrEAL3jG1o4dpR/+2bfQ&#10;kcOHpQ+Y8ulSEQJDnUbi66rNUz3iev/eOyn+zIcpvufLXOftCHisJVBFBunTYSafKYcnIKTjaJrh&#10;c9daofzya6l247dRtHiIm0mtucGagqoFYJ1If2XPigvmvJq953OMzygMTo2RpsyWYNVBVhdnAgaL&#10;dzk4YsJOU7bRJz7yfvroRz6iybPwvuRn+N1vfzt9+UtfpP/1x/8FLcESQ/z1IrryqqvpNa96Nb3/&#10;Ax+QuVVmXktn732APvjZW+gFNzxBA/2g6okyefYBGAIk1wFvJGvX2SBMPHx5rf7d+z5A7/+7D9HW&#10;+Q1Nb+f79x/+/W/Qv/yZt9LjLj0uja5YHEXGaHKRyQszesxzn00/vbhMf/Lu36X7uD+77NKL6PrH&#10;PY6+5QXPo2NXItHX0SDLD2CUzwaskTXMmSnYplluktBEWLD9rW361N9/hD7w4Q/S+smHpbfp8Wdt&#10;AgxEOq6RS7rrF+jh+++lL33yH+hDf9qmG573DPru130XHVs+RG9407+kqz76MXr/e/6SvnHmDG0P&#10;p+LfjQAjNBoZ+B9cl0PSPu4N6FN/+0H6+N/8HdWaTXKNGjU7C3Tk0BqttTvy2S6++AQdPXqc10VL&#10;gjwq2NAdVGd8hSfqkZqCmcQ//5QXvoAWV5boL//g9+ie+x6mdV5nNd4XD1/UoFe+8tv4er2S4lpH&#10;Sid4cUJu7XKV04fxrreeCZ8XX4AtQZ1/r4Tz7GxwH8E9XcL76xKfGWc3JHihj/0akm4Jx5nw+t6h&#10;CtR1/N+Nb2zR9kNDHbbw71mCtJz/HYe9XWxctHbb2egqOwxai+D7lrtijp4XCgh9JjWJ1pmPqbHb&#10;dgfzmdyXTAlIlsY6H/Khw4rd524A+gRsCxiEU9VXFNh1wR93j49vYL4b66zsOxxeE1/PS+8jSAFj&#10;DQa1b1HfzTkfesVP8igENgQGuBKe4Aep+6oq+5yx09IxWHc1CXSSdQBZeRwJ3uOCpDnYrpEOZvJJ&#10;pszDEDIhaT4VW6tOwAvgLrAbkJqAXztpNAVYDBYqqYVhhkC0VPi+keIUlrKczllCqYWZAHEWjBoV&#10;9jHa2Yc90Lu8COoLnn2CB8ROfPkk3IYCUzTXDICoxP71s/sZgFUJYs1ytYGwUBORqlugmgvAq0m8&#10;1d/d2OwC3lmglu1/4RAv/N2Lalbln8GvMDLP0EAE8cE+JzD8DBwOw18BOEktP+R9p1p0BDDRWZo0&#10;xYXrr1qtaDpDZPJMLtioJYtSH5op37ChpiWKSe9YfT9kumbyUW6iBtz8TfpAdweSNNVowCiXxLNF&#10;w1td0ZQU9FhjBEVGP1Wts0UQR76EZJbZFvag0FRkX/KQmyG1t9eJjF4cGTvBeZU3RIgDh3wB7FUU&#10;e/xw1sQHhi9Bp80bzxptSGosjEV3aGd7U8xJYeDcH2GyE9FgY0Jupy7GjdlkIFMTsE+UekkaupEo&#10;QALwB0URpC0SsRwaP/EeyRQsFGkkCpW6bJbwPgEdvoaHlhcNJnz4/cJ2k0lPKtfGu0Ru8IQPEpjv&#10;KjMyVfk0Skzo1F1ivk3KKAiJP/j8oPdD4izvk1+j190R3w1Eg+N5rQJQBJMM+w8eLF6BFX5y2s0a&#10;dRYXaKG9KNT1Bb7/3e11/kB9PpCWqdboaAS0MO0q/FmmIjUFg1H8Mkwuh8lnbBs3FXLnABrtAj3y&#10;WYqRLuis2OQFOM3CBqtIPplcmYL5Jym7T5JDRYOvBdZw2KP+oEvjMeCHjFb5YG6321RtrvEir9OY&#10;r8dwMuTmpE/97W26cPoeMZMeb2/x4TegbDDRz8bXcDAY0pg3k8GwS/mgLx6W2CzOXXiQC1iEbQzU&#10;Wnk4oeQw7t1E3gckT5l5OKIuhtcYAGgUhNv9nkgas7ghDU3F96nWbgnDCQCk0OynqWz8iw1ec/yc&#10;oeiDzFiKcQtW8T5Qk31htIpCsFoxTwCfGUNg5lcBo3XHRXROs3RoZ5TlkDg7B2iQUcELw/psDgyb&#10;naXRfHfv5gN3XHHwRiXwzBVGBEWwhzloREHgXQK29gZYlAhX/0QwYk/oh6VSBp+/4hofEP4yA/32&#10;R1d8CVxwVAoPKPwRoznaVZg6eT8De6hItXLmdupLrJFSUvCuZOPgtahyIf1Z1ESTHBwbcSqijTym&#10;Hf53e+rpHNeuD/F+eJqr150soguTnFb5+08QwD9Hvake2mhaTwrsN1UrBH6OhQuKfdgmfjU5UcJN&#10;UV8cNEGbYA9Z0jpmlhU0FV4Zu7xTU6fSpNPjHg24gAGrpRkpQ2eMwI+IxAB6IakIpeoQ7ykDfuk6&#10;v4eT/BlPojgZe7qpEtGwGtEhrk16/LoD/vZmAuZARC3IekQi5Qr1OIp92VciBTMzc+PwZQWJn6Oh&#10;WfI3lZ5hKiaDM2aXPzjU4psIqXk0qet+Ml+3iyxaZvTtx4RzJVBtj8re7VWZ7wG9ZLqYF0Cz+pz4&#10;/bH9ov3dy5Ddl4VY+Aq60vszOUOIaPqnrnt/cNDKN6W096X6pXRhAmDn89L+4dw+kl5fYvfQTMYS&#10;gMjMmCxmLB9Yo7nJ2KpJiwZ8nqB+a9c8HVut0rmtDTrcWqDt9ZiWL75efIk7i0t09NgJbrrO0k5v&#10;ndbS41Lb4K0DiJE0VbvmkMdK1wgYrF6T72lWGjI1r+WbdP7rd9Ppu2+janaBjhxr0jo30ji/wIDs&#10;j1NqtVCDQfKrdhyolXP4zsUKaImnG05FCXNwcr5DyllHTRLDHzkVhvtoklKjXpHGY7FVkSGpeNtZ&#10;Q9+ow55lIim7q4tV6rQj8daDLxp3vHxeZyJP7vtFqjSupqe97PXUvvg4LS4fJ3C1vBvLGVtJMgE+&#10;xVbFzNpRp8jAGbUfZLRouo3FnlnzGdQGKgnycxLDvYCu7fEWIeCp5BkbK1tOzNvNV7lg2dr5A1aj&#10;BysziYq9As9AltVkBXS4kcT8b+3oCbrmGjD8Pi01R8p1CHzwkPKJfRlDvTxTiVUGCTgYfYkOZ4Yj&#10;AIFOrr1Kh7U2kEAkAIbTkYBJcbOhBvBSd0dzoBXIAyMkvIZ01lhXFNYumHxwEJ9yIzrqodkayL1O&#10;4Ade10am19/hxrXL77OqKcBJXWRj7RbuNzB0+MCNKOHPgBoLrI0hv96Q6y88si95zXfQkaNHhbUE&#10;FmDEz2+Ubonyo8L3POXX8vfdRRsf+htq3vc1bm7PUwaf12pTgW2nvYMXtu5EvNB8NRFri4jPlOwp&#10;z6ba014iIQobfC2aCKWJqhIiITUr1tEUEsWqsDCSJNhr+ZmMz5rKkNKIvwW4LZJ5k0U7H/ysSZhf&#10;UiP7WGo4rAEM1pt8QX7sJ35KQNI//bM/45Ypkdq+kzTpUx/+ENe+A/qVf/tWWQd+wtes2qBXvPa1&#10;9MlPf4pGO2NlEE35tfha/j+/+Rt0w3/6T1z/L/BzjvA5vucVZbBqoEWJ1GCWHGOAOXz9+8Mh7axv&#10;Up3P3rM7GxKiMrn/FP3qv/8Veud//A+8dpf42o7kWVafwlifB/MAu/Rx19PP/+av0kc/8D56+ku/&#10;jToLi+IvidjETf7ltdIRIsog7/eMjXF9kshYk7YW3YSfC17fDzxwit71jrfTN+6+VyWU6M+GfbEZ&#10;2l7fpmqrJSnRU/i0Sx88FYJHxPf3rk/dTP/ujjvpR9/443T9pVfTc178ImodPky/9tafpxNLK7TZ&#10;68r9qNdqvP5GIoEecr8lQAyGklyjbG3vUNzn3oqf6tu+cS/V+fcOP/L3otRqcL1fW1mjE5dfRtff&#10;8Di6/JKL6ejaKj328scI2EbiHT+SZ/CSJz+F3njFdfTffvvX6PN3302vfeUL6ZkveTW//xW+lhNZ&#10;uxie5PIcZrJXCIhk9zC3/kieNfSZUg/y87K0Shn3F9vnHuayfkQpr5lRi2s6XotJXpGwH/SoYLdJ&#10;MA/v1Xd/7R7qfaPLdVpFBqNLfFF3kBpugBlAvon5j0ldPEplPWa+Kj2K+NkLYB1sK6y3CKqkRMPR&#10;VA0YzXmc7qv+EbWXeTb6WehnCLOLAnOPdDisifNe6+IwJA82V/rAm5fmTD6ZF60BEJapATRUJAJT&#10;AT4beGWSWA36jKReLjNRy2SoApzC38Vm1eSVeQcZtHS1Oc0pAJRwoWCUj+xagT2IuhghTtyvAj9I&#10;QlCODV7goxmBqDTVIYUXVqAGtSo67IwAgn1QbSCgAgTwnFrNnIhXXmbed5Bqqz9h6CdzGc5lFrgR&#10;WJsanBrORE2hzQzMU7sCn5d9yv18nWWS4fIwXV5LyFLecIRkLyhs/W1UBPaRBb8o806l0QYyF3KN&#10;WO6DSLUVYNFgGflM+nwIySzPiuc0+AJKXWAswrxUyPpdf8b1EBKYBK3Ec4qtAAC6WHuiPFVQNI50&#10;zeos1sbdJfJbAuAMmzVeGEVDFdssqKm+KwldwcRQJqQu5cODD7BGWyaMYI/B2w2yB1Dxuzt9yiSB&#10;tc0HcKsQ+/lZ/q8ZDpIVdeUGvXBSfYQpKBUm+YHOqTcxtsLH7ELdbtkiKMQV+X9IPEQWgsTIHAd2&#10;S1J8m/UmRasLNOFGdrnV5H10VYoheQhxWFR04gSWHECWbDqSdMdJVdNwJtPJ7MkDAw+081pVHoww&#10;VSpk/ijEcD1J5V5QHeMBxsEwHk2MoaOHu8+munAN1MTkJcuHtldMBSQMEil4GCLpT2j1Av5VuQDr&#10;KujGr433iGWE6a34WJJSWL0Z1uJhAcUbYG0L/oRieM0NdXRUAMt2s0Ira8dFlgvW30TkSynXV04M&#10;eueQc6GbxsXUWlpko9iTAQpuZsdaBLrMpEx+JnEqwCAq/B2D9DsXdl9c+BgEpxtdg7pJZUZ9RvEO&#10;vw0w4sBIwLVvtzu0wAVHs1aX6Sgo9pDxwotya/M0bW9doJ3zZ6h37hSlg4lIWCBrmoqMme/XNNUp&#10;ADYLmHkjjQr3nJ+hZOccLXXqtL2hRTualgr/HA70zBiqpFatfADm1G40dQ3yNbrAh+k4RQHeoSam&#10;eXxfR1x0jvn1wWCAVB6NS8V82SRFO1O9WFKtqdxXJuQV8cARXxgzGSaT1ih+EiYalq4ECST0AXFT&#10;niOXz3exwTBaae16KM+AMFd47HnzsQvG+TPEIt8l0Y/2Ed3lJav8g9I53VysuN9Fl9+PQRHeSpBz&#10;/E/5x88kV/unjM8n9vo9yIqn+diF8vcchEDMQAK/Wwbt9/IN/S5vkxkjLPx8Iv8/RpCGSNw8/9dT&#10;n5vEHd7cING9bxLT6dTRBj/et4DilyobGdQftHVdONLw61wOH06+dw8jVRHTfUjDvLKCpkJbl82O&#10;hlxQIhBzzE9wUyS6kPTH1M01kgcFwxLvP1vY8/hvmtinUi20d3IumGXKmIvJfAPrPlMmTccpFpGa&#10;19e6m9ICNyYn+estXpct/l3n+DPdyufP5tTTAu9dV/M+fXU95qIUbEIuXnkNNnjN1XHgRjNvOS8h&#10;C7NiEZCftwi3qOTbKNcX+6mwzt1Mcufmka2oxFHdA7ztA/IVwBG5fWW8kfP7+tHNidt99E0/2vNe&#10;OAfIEb8pJM3r5PoAya0/4BrMAZb+kUHPuYAfXwIn/fx7j8wvJVyXvEhh9/9EINAf8Hdu/0VYMCTz&#10;ufRl7/2+ydnChrF03SLxW8zkw0dzxRBGmdfBUxVyoR656gLFfDafvtCnQ6sJPXhuShvrFyiRhm2F&#10;HnPiOnro7EmqN+pUXe1wITPg83EqQN54OBaGmIsT9QRzOtUHwwfnaUPOspH4AY7OPUDr5+6gSX+b&#10;1y2fiVwXnQUDRCxHnPj3VngN73SH1Grp9D9NnQQrQF4rEkIkw1YTsTTBZxqMI5GP1qqRJsnm5jPL&#10;7wO1CJpX1KWjSa4jPB/DylaaT3zPQqsi+wrYujTFyIDP7hQgwiGq1C+ii694LC1d9mRavOxKqi42&#10;eb1GlrzX1+cJoXTWYEUChU1kOCu1iMiWEa8VyzrPrJoVJS4gwFzlXP6boM7GhXJh/ixUKwzDrq3+&#10;icxQXG59ZOFCAvhViiR5sNDq9shJbiU3K25Feku6+rHX0sN8v8+cfkD2tdiaJ2UJWHARZKNO7Wn6&#10;W11aWFqjaq0tYW9qNu+1zszVAgaeffA0G3CdPej1qY7QC7wfSabMhReIWgKKEQFvR1OTnEdy773I&#10;/zPSgOiY69QdAXarkI4DBOJ6Z8DPFQBYBdsSSYZtNGpUSzzVsP+O4B04liY9cCqHk54MPy++4lJ6&#10;1nOfS0+98TlUixAmlVG9xfeHzxFoIcEmdA/cTfHtn6X0tn/kM6JH1OCeOKuJ514GY9nUfKgykiTb&#10;lOsjvI8sbhNdejXRk59BtaueKL0I2GaNel3M8afcJ0BdgQRbYbsAqJA/T8UXq8wiLg8qvLHKfRiS&#10;5IHlMS2GiBiITfPAEFegAuQC1HGjFNYXY/ru7/8h+sa999Lnbv2CyGYBtgKcv/Nzn6f/9sd/RK/5&#10;7jdQFcEL/FsOHT1Mz3rGM+hTH/u0DBJGsJnB87PZo3f/7n+hN7/5TRKutRRZb2KWRN7AB8X8Eqnt&#10;wZgEoeKl3/FauvULX6IH77iL2nz/0YlJ43/2DH3y85+hV930fGFuCbhi4C9WG/x/W7zuKnUvA++X&#10;vPa7JBpwikH9BMPqOtXgzx7YRyXwfOblPau1AtAXalcsjp2tLfr1t/0ybZ5bl/q/C1n4dEqdZlv6&#10;2bWlNvc7C9SErDxeoTNnNmRPwoBlPOjRCr/P5WqFth94gKIrn0ATvjfXXf84+t4f+RH60B//Kfd4&#10;U9qZQN001t2BvzdBn5cbY4l/Bwb8da4/ehubSgAB+SPRjX7C/XT/wiZ177ufvv7xTwp55sRFJ+j4&#10;2iHZA05ceSmtrh2lix9zBS22W3TF8WP0fT/6JnpZ2qVjRy5Vxi16Ed77MvESTfj9w6rL/OHR2xrR&#10;JrZ6JEuVWQXCDMgjCJbKub9vHTpG3a0e98fbVFtdo/4IPuK814x6IhcF6HD7V++lk7ffx3vLOXp6&#10;Y5GO8tmxJVYuGY0QS8XfN8HnJw2Fw/1GD5Pzm/Lc906TivalWWb3S1NOpWcWmXjwpXcltpQOqGOK&#10;9gxRZgCKK/uYzK21ODDIollIqFqXG8OukFOGib3JcV1sPnK+ZG8UFWe9rsnYAvJcYd/hrPbAZ4ym&#10;zlKp84LZFQVmnhAMLSXY6x4ZGdCoIRPmt1qq/b1ZdcmwxYb/UVAUYDggyk3YbeWWSe1lqCfAWxgm&#10;SVVkUlwfhSQ/IRlFmgBq3pfmqW/9PuTMIRG4CDqRnjJVh1wAh5mFiAZWIs6aLMikc7MgTGYsuEJK&#10;q5YQuTEtnQ1HtPQO0SpW+wTdbQhHsz5PJbNqPxIVJA0jWuSK2Sh4GxWpwNIjxZHuMWUQ1tQBIRU3&#10;BJ56IWSR7YM2lDOvRLVl8EXWhzcChzcrJlcih4QMB5zvavsWF1ZLRb6DN2agy8y/zJmfJBV2F64I&#10;s7NhGyZC+PCQ8tZAS5+C/gkvhly856QgzrTQrFabUmxhE8cEb5KPinCMnMuL3nhAg2FPirDY1XlT&#10;4YtSi/XrsoBLXmtGWRR8tFQbh6JXvd00WcV7X5LXzNL8AHDEgvIbDT4vLXKnjCPICkT/DTAGqV1e&#10;A0k0+Szn99yXBgiFbC2BXwsfhnjfC02aZJI1wz9bk/SxVJiOibBQer1NmgwxkcqoFuuCFp16NuQD&#10;dSSTIOcbkmDrrfib8OGJJCtIClAgwZOmxUWrn+qNn8Aslb/e5YMaKVeyGCGTqDeM0ZOJkXbwPsst&#10;yEKkubDz4J8DUw1TrErFq7dMQmLYCkR/Ar06L77FxbaYGwNlBKW73WlJwiyMZBt8v5YWlwUEBdjX&#10;5N9f245EstqsV/kZqKkxMei6k6F66uB1cHh4s/h3sXmRRyLnjSONAMhDGmLwK5HpeHXmNbXbc8zu&#10;u0A/YXGWTEvRcMAEW3wIEqXSVgRIhE+IJuSNIZ0d84GE1GBMMviAafFh3llYogam0AJy16k/SQXw&#10;2tw6R2MuiNbPPUw7Z+6naX+Li94JH0YjKdwAGMpxhT3A62Jvc2GXgtqLBOLhfXR8eYHOPjTiYlGL&#10;zoXmAhcoSPmd0CLfY9CjxWuB1LMRbFDiAmwxWqB2m58Zfn14WORIuHLL1AY6O0xpwu972O9LWlsN&#10;fo38rLR4jaKARWgOipBKXUHt2Ji6cpCb6Weez3zxRuOp+SSCXQEJj+6RVUy9hZ0aC1MRBXTNNc1c&#10;NdDiydKv8oJ9FyRks0j6fB/wKy917TbtcvkBuFZe8hPcG3xQgFr+YJe+2VSjBKhF7iD63l6Qbs/7&#10;iXeBeP6bAAR8YbY+51VK80weX5rm7/47V3o98f1yfo8kd/4zu7lE3r38pBlPCfs/2HTwL4UXX483&#10;jBF/1E3++7O8Lz3Mz8WpiaN7RvDZ82LgXeHnZQVMVHjt8TVZtxNsmd/8Oj9zO/a5l1D08yc6jyLO&#10;q8+IyHVQhPAD0+NnaJmf4x5AA3uvi/y95wHM8/1YTuoKEvK/TS4c+/yMDwU4SqkBjybzmcRTjulj&#10;n9f8On/tMKwVuBG4GuACv7eBJItmytSzjQb+QrelsbBATvFaO81b2fF6QkeqEZ1IprRSyWmlxnsn&#10;3/KKpF+lViBFxrAw831YIngnEkU/q+lkD4rm0mGpaG7zMJV0s6Tx3aywoOAkv79n335Muj3hFXNG&#10;dNGBj2uQWUSPIMcth1S4Mqg59/sicge46AXMrSxn3o+1OAtJ2cWU83vHArsszvYFAP2jgIhUNmbe&#10;9Tvn/QfdHDfZ7MmsCLMi2c2D/8Fj0O/yI0WBJ2x/N3/jiutS3nucMiPDHco1il72xTgq3YFgFl2i&#10;MYNd31xYpez442nn9M1cO+R01bEK3XH/OiX9KZ+Ft1N1OKUrjl1L5ysL1N/ms2iySelwk2qNi6We&#10;cFzXqe8tSTAUJvYp5DZc32ydvJ26575MG+cu8NcGXM+kovTBWxhPMm5kq8UdS/Ma1x+5WKhUeH2N&#10;J15AOdTgqF9gnF2taHBEJMwyyHW9+LrFAP8aul+iGRUDfTD5+Dp0mjV+Ld4PqghKU9ldo1ahzR2k&#10;VyK8o6ESM79IjaVL6fCJG+jQlTfQysWXk68vy+8HayvOErtPkFjDJ3AqjC+AfE7CeKay1oW17mes&#10;K2kSeL+Jvebr6t6Q2WR9NlQK7L65EIFgaTP33EUmEcrn1ncYULmS73UwaUgk5CRS1U0A811FbA5k&#10;mMw1XX4+pehwh9Y3HT39xmfSnbev0h233cx1XSpeYFB7ZMYOlbRJCdmIuRYa0bnTp6ixuERUW5D7&#10;D/A1hbmvrHnUxJHUwdUa14bNiIZDaec1kZVUjZFJWnJuQJl6/uG+oUnEe4YdCRSE8GdCsEae8usM&#10;unItJ+OJNHUVroPrNa53uA/BUDoRdkqmLLDJWJqtiUh3HJ9lGR06cYJe/KrvpMc9+WnUQG1WqdGI&#10;P98Sv45YnPR6FH3lZqJbPk3VC/dTXOXaLk4FpEM/lFaRxFtRa3Dz/QZo7RsLlB69ktxVj6Pqk59N&#10;Oa+xyRSgIyTHifhwYTjbgHTWRzI0wv4wgcyOP++Q68iGpPGqQBq1qzStXp+G2HzE1FBfGUljXm9I&#10;FfYUgI9cPDVxnVMV8IpnYmaedJHn/gsgKz+rb/mlX6ZPfPh99Cf/73uEqABCARh9f/FHf0S3fuUr&#10;9MY3/xQdW2px/1On7/nBH6C777qXzj7wkMjqXdMJE/fzn/pH+oVen37uZ9+CCFVT1Xgz3td6IxYJ&#10;+FT2KVE08bpbatTpyquupC997vPS9yD4pcn1cp3f+h233EqvuOn5BWggcu/ICzO/lSgAk1jC5jTm&#10;z877EQaEsDKaplMB2JMS2CH2ZOibzCQVfwfwDow61AcAj1Db4u8i7mN+89feRudOnZJ9agyvz2qL&#10;64+MljsNeu5NN9Lzv+O1tMR9QqfTkHXXPb9B7/+b99LNn/4MXfr4a+mlr3wpXfOkp4itk+xNvF7g&#10;L/jtr3gZPe2pT6Hfftfv0h23foF2pkPprcGShpfmwtIyve71r6fqaIceOvUgXbiwTb2tLTq3ucH7&#10;Vl/tBrw+A0hSridq0QQ7oTN8Xwanz8v9/vqXv8jPTk6XXnkJvehVL6Ojxw5TZ7VNF/kVec7EKghM&#10;Kn6OZcjhJ9zbYr02NPGVNIFVAHQZ4PCThFTldCqM3WkIM8Q5yv3gcqdO/hxsGb5Ky2AL1/nM4L1v&#10;NJwKaPfeT3+FDvP6jxbr1B1N6QKUZ/weRrwfoNdGr4LnBb6mGLwCfMbnSNe36cwXv0bHbrzRMAKt&#10;k9TfOZfX9gYyudjtGpBrDZVlWXE+q4wyAEOuULe40sFfMPJCzWyBCwXeQG6PrYrwhqJZHRKZp2qh&#10;/LGhDNaFBPvJ/mFstKJfKAGVXoHNuGTUooqEoB6apRBnoY8BcISQlySx96+hm2IMnAVvPPUCdKla&#10;fbigRHJaE4rFV8XJueF5X5H3S8oQJ0kgpyJV11l6dVkaL/6xgTgRlF2wkqhpSAVeDpYeJDiH2d1Y&#10;ci4GhZEpG2RY5Mx33diDkrlgYCbWsYSZoerJLL/AwLEoBHsYOKYMRTExLPzMfamgjoVdqMQmbzkS&#10;eM8gK8iwK1ccy9v36P3JNEjEMCYXmIImARaOURTZsNUGd6LYcwVWFWr9yOoBoGCocVzudtX7syBM&#10;KnIIIlE45C6fw8biQG7Lg49zAFcLw20b/scFyUUs3FB0AvGHV0sct4wVNhCmFnxAYPKJNzCa7MhB&#10;jU2gXsfEK5aJGwCfvKHA0WDIxRkXB93phjDhOu0mtfiXoQiQfCajJfpS2mPhS7OvkXH5S7OSuZCY&#10;4ybBwyWJZ5KXSGcUkMAKGl5R01j8f82SZzObXqIwdJLA1dSFTBoOIWBipB4piXUVAL6qfMqhsKhU&#10;GnzwVmkyGsp7hL+bTOr5/Yz493T54BgNetwocsEFvzpIciMc9mPqDYdc5CRSNMFIFwBaTbT0ZNRa&#10;gIQjoVKjoG3W21Rr8X2J8H5rNB3w19KhRqFj8oV/+foDhBV24KgpAFKrsyiAHmQMcN+q8EGmAPaQ&#10;WrUWFzZNUfqiwOK3yO8Xn6surBgHSSj/JdhrMl+MQg8xK04j25R0uOJLEiMDaklRffXyyEUWpxPc&#10;qTZucVIYYQY5m75GVAJsg5F6ySBVIt9185bJkxmTC1szS6WhQKOBZK9ub0i97sOSFFWvdWixvUTN&#10;Zp3a7UW5h97k3wB1t7kAGg77dOHMadrZOEPbm+uUb6+bDC0SBgIOweBvUYGEA8xKPsjB7msAAE8g&#10;BeR3Vuf3xa83mPC1BRBQ49cArZmLFxTGMcDzpGTmD8YAaPNpIpRoAKsw94dU2LsF8TfDxWq2agpO&#10;aiyxLHiZqMT4HYl4GMlGnLkigQjeNPDwCeaeBShHweA2Npl3akbzVTkWsSENR2MBSev5oiUnBfZJ&#10;vIuBF7x5yjI6N2dGGjwVgtdQQTf35v2Xl33vfNHvSlKyAYOeSqjwAaiEn/Pt9HsCN/w/UdOn7zGz&#10;/WWX1LI0iZr3IdzLippJoPM52bErMe0icqWe3Zfi2M1wPvMF6lCGV8qy6iDtdTZMmaV7ZsU9QvMC&#10;QBxy3Z7IKyChjenMJKeTXBzeOcjp8xk3JRM8H44WSKVf2CPhxgLZrOjP+c/wytvkdXaYn6cdXpOH&#10;+Zeek/eQ0VF+ryP+/y3zmUVbDcp/wyUCMnYiBRvX+T2tgA0srNtEJuWLfPjv8Pdv52qgjAQ38eqR&#10;pijh951SUlxjfc6RSDfmNYFBQJXf31n+vRfzOumRshCX0FTg67kOIE6DKcTN2gb//zp/1nGrys3i&#10;RIyU1+qRGFLX+XWyeJbOlQujpqrTT/ndiYYjeS2+wgBD9qV8dv9mpFS/r9z2YOB4fwNHX/bLLEsE&#10;3QxemvOx825foC+sZufpEdilrpTKe0D4hT8gRGR3CIYPBVEpqdc/ckCH93SgieUeqTHRI7Kq3J5B&#10;/3xoSXGdDGz1+/4ev4eZk5PbxVNW/11n9YkU816BKjwbeUluNAN3FBzIvNUf5MyugmzqrFtOVky9&#10;SzdQJzFaaEaZfP/KVc+gUw98lhttR+u9nJ73pBX62G2bNOnXua75Ep2/v0eHL7mWRs2LaPvMHZSP&#10;znIdcZiG04EU/Y2FRNMigaNM+kRb99G9X/ocVcan+HwZyHlFkjbJtYiHegA1j/rl4XOgpgjBAWCr&#10;Z2lkZ2gmw0JhluPr+C+aAUkkjZXx14q1UQ3m+hU77wVY0GEv7P9641RYUFuDiM5uTaSBaa1VaXuw&#10;Rq2VS+iaG19Elz7xWdz4LkkTAWBSgy+dCSfQUDgBLNCAiFWLOvPxPikfoJAr5oWPTmyFdqbNWDkF&#10;NLAwaAbU7U4JfaS17i15T4akLiqej6h0vokkj9TTOZYUSSrY9M7qsRp8h8B4bmNIy3sbBtyTw3Tl&#10;DVUJS7j//tu4lm1Iyqe8ujUlsSkywOLDtjLsb1I1W+LascPnz4BvW018m+DzF+xy0AlHwsiLpXeQ&#10;JiqzoI5IgWr4RHsXgN6KAJSTgQr3IR2GbLTfw+B1wC/fsxOO931+/5CmVvTxp2w45vfDn1t8i3Ma&#10;8euMINf1XLd2mvSs59xET3jKC2jh0DLX5EjnjSWsY5hA9TAk/+nPUP+zf09L2X0yNHINsMybciZl&#10;YPlwz4KazdU0cdlXG5RMJzSqHabo+a+m9hOfQ3EtMe/tXJ53eT4jlZLjck6FwZXKGYEnJIo1cV2D&#10;9dTXXMxLzFgfA/npVI0tIBHGnZhw/Y6+ALcWdWpcXaRv3HMPXfKYy4X9CB9oXfoZTaEy4rWVTEnU&#10;SgLF8cVCcNVLXvoKrk0b9H+9452yL04zoVHS3V/+Cv36r7+N/s+3/2fu3fq0uHyYfugn3ki/9cu/&#10;SO3trtBBB1DC8Ln41c99jt78U2+iX/ylX6WjK8v8GgORWrar/FrjAf+iNmV8/dCLwF4o4X6i0m7Q&#10;Qycf4PvXoep0Ku+nyf1QDEKJ84ax6CA1gC+idAFRILe9TBCGiaz7salR8HwKwQJsISiXbA/EtYXV&#10;AF4LpJRFrveHY2UV4zSaijd1RLfccit9na+jKKXA1oQdCAgD9Qq94Xv+GT3nZS/jm1LXIBanKpjG&#10;6iq97gd/gL7tla+gQ0fWBNjY6vWo3YpF3k4AETHt4GegfXiN/s1P/yv6j//65+ir93+DhmlGFYC9&#10;vE/2trfpbz/9Sfrff+Hf0XcuNimtIGF3SNunHqQHz3yDTj94nr70ha/S2ZOnaNjtSx3Un0Ja6aXX&#10;xf6U8v514vga/cD3voEe98znUp60xKNSvMpz9RnWuVAsvW9VPn8sYXuyFgVo0TMv470TPoUTgAgE&#10;IkFVykuAyVPujwGGuju+QlufeR81t87ydRrSpL5GO6sX0+ToJZScOEyH2y1+QBOa8rbwtZ0hnR3z&#10;5+V1tIqQNH7+QYgBKaGDQCHnrP1RQCUdTencx2+lpRtu4EeoI2sqRxK7m+heJrLJSICZ0HuofUXZ&#10;asQVstdiGFKEXJZwht21e1k6GcQZRjIKUtrcXjsQUTzN2LcUAB1bw3mkwKOThOx4NmAOCa+hvwnv&#10;PTNvNWONebN0cF59Jf2uJOGCSZYksxyAyJlPamCmWa0I4CrKi/ev6ywSpr4w6nGI1upiphOpXlRB&#10;xhCYIYGa8Vwoh1S7QSEmyb/mP4zeVmKa60rEEZKVyX+NxYn3kBqgOpWhAF8nBEoCazF5ssiCY1VD&#10;6uAqMyQ/k2GO/C5ruUTRFpi7Vt96Sx92BowGWa4zv97ciAn4VKlgI8F3z9v7CCoJ8+km9RUURqD9&#10;jsw2m2BBN+N/zP6clXtUu/Y+MAZLz2mZoCb/zWaFptz/oFTNcwsZVWDYFyFbvpCIK/Crw8lcLO/m&#10;+/FEjf6cJHHh5uduRJVqJGyvJE5sOgn99qKk2sbCGtNiDIcwbtqC04lKl9fnme0+VbvbvKirMnXL&#10;kPbGDz2mUjgIFXVPigIm96bHNhQ+MrPt0KxmIQnFFsGMopvKxNkZqh8bYwD/TUsR21II5fqwpWZs&#10;jNdJraBWia1RYn1ZJliSR1FZBjijhUa1KsH6DJMqMN7wOpC2NGpNmrRaYkZZr1X4a3y41eri19Dq&#10;drmptuQoft8oYCQiHZ4GMK0XObCXYIuUN9qFxgLVWh2ZNkJKM+TDJUX0e9JQWTL/bL0JkI5fnwtx&#10;AJDY1iGlAHBE0ViMunHwAk1GkYWfkSG1oNgKwADgc2YCXdaGSxHn4mIDETamt+mzdXeJS5QOnZtV&#10;IBnIHPkSkKGbXWSMRKHUW/CDPAcU2Bt50Ynl5nAae5PB4/rkSm8FwBU7BVjhLTLgwxCx7r3xSJKV&#10;wbqsoOjh57rVWqDFhUUxEo9lohpTH1OHTFF2BLSs73Rpa32dxhtnJeBi2N/hSzcRCRAksXjesMsk&#10;Tll5KGIH3AzhmQYLNhYa85TvwYDODwYCSA4R1ozUQXiR8X09v75BK5dcIiwEea4l+puLXe/ERBph&#10;OPDsk0Qtfnom/QvCjq1wwRn1RrS2coTujWtcmExl3dXB5AMAX4fHYqJ+lXyNpxTABi2ya9VYpplx&#10;Yd6lARsikcFzB8aGpUjGdZ1CYV0OJ5lciyCrikubl4uM6ebsv4ZWiKzfCjcqJhJB1h1AvcgO6Hw2&#10;MTJJmg9OfHkpOZnyEoOlFN/uHyWYo+QLGJF7hPCOfJfnVknmW6JOlQ/cwrsv9/v4d/ldMsgSaznY&#10;PtinKhcgcUluPJO2u8LHTFOz97UmKYCFzJdSRm0dRpb2pdcukekSGjCEcOCYR5BFj4vAzWlM944j&#10;+jr/99TA8X+zoiFGWt22vAaE5STPjf6mhA6heUAhx99zTvYD4v9qEAEJ889JGI8YqosUL9ZwJ97/&#10;MAnfkENeqMnCnIY5e8qFa59fDxL2joN0N5VnCz87yA3o4E/SFFBwIjJ6vOrETss2f3XATcCU38sa&#10;2IYY9liqZdWur7C+AWbwfdziBdnn79ni93q+H9GlXJReWUtFzny45oSNK3PpKDf5Ehi0E/OZjCQw&#10;KYsskdYMiotQBqPcZyZViAJbL/Izqea+SB7NMQPnZadWfEUhNc7tz5az78897UkGLoZm+3rvzRwy&#10;vfnrulIYhIALJh3OfAnsLocWFECkTTf9LhaTL7Hv5jwv5+BFkz1oQe387gCPMjm3BBzaJNYXgWCu&#10;JINwJXWP+ZkSFf62efDEIbevLLcM4VvpsFuQPHf9AyfYB/NkS1cU55Lcz7xbXOAIzj4vWVK62z00&#10;CPuOhWYo+zMvpvDyOhjY8Ncvuuyx3Hw+gbLhbcLWOLsxpusu7tAdJ7doeVql2vIDdPb+AdUWL6Xl&#10;tYtpvL1OPjlJ9eUr5GydDrYE7N6468vUPXcf0egMVQbrlMHPZ4L6paoeXxjuSSgGSeEfxQraCzAu&#10;Uh8MDSCzJWHyQZpbMd+yPE0kCR4NKX4egNGIz/JqGOihDqiocXcsAVXwvKrReOyEra8DU0dHlnCm&#10;HuO1vEBHLr2aVq58Ch2+4irqrB4TmwKwW8D6RSKvsthsOOwD2Vw9ffPAsJNJfV4KndIGNXIzCea+&#10;mHIUzYHvZZCvYPu5GTuk/ORLXRNqXVIjsUSYD9rsguEiwQi5nYeG0ANoA0tfQ8/yghGC4Ao00cPJ&#10;Ji202zTAheB6/vJrnkBfv/OLfP9iuTYNaKDFS6+qfkmkjAmoTcBQgUS7yrt/xLV8JkO4ETd0ufm0&#10;xep3lurTDiKAKA1Q3EtyrxPWnQC1pJKnSa7e23hu8C/6v8mwK0FiokiIGvwcRJJ4ioF0DQ0u1CmT&#10;iab5Tsey70L9IsEu/DxedNU19MRnvpCOHr+C4lad1uot8aDGcD7i2q529z3Uu+Nm6jx8B9dPQ4pa&#10;8H1FArH632mxyWcUGssa/0VzgWJ+Nv3aUYqvup4a1z+b4kMn5JpP88zSooMMzaRibhbsIz5vkZIb&#10;Sstcn4Eotlo3FXYYVBSxrJ+JkCdSECm4j/KuSjtbPfr4R99HN//Dp+i+kw9Rq7NAV112BT39Wc+l&#10;p9/0JFrjGhem+l6CJ1I9k+S89bJOMdR7xgu/le7++t30Z3/110LYAIiI3uT0nffSO97+dvqxH/tR&#10;fjsTetL119D/8ba30dt+5Vepd/Y8TXktTnBW42x88CS99S0/Q6//vu+n5zzvBdTIp/L+fdKSvRNS&#10;+WwC6X6N7rvnbvrbv/4ruvO2O5UcgT4Dg2Wwffh+Xn/N1WKJk0ijP2t6VfHlaJfBcFFXJZESB1CL&#10;+IxrdO6toFqSEMBJTzzGkUQu9qKJlUvwt+afR1ozVDa3f+XL4hEINrH0vlI35/Qj//x76XkveZlc&#10;82o0lTpcDPgj7RXRfyweOUI7UN3w2oASRhiOTlGl1MgBC/yL01aVvudNb6T//l9/jz5/65doymth&#10;pdGiXr9Pm1+/h97xSz9Pb/m5t9CxQ4fJcf94+JrH0tFrr5MB/Ete06NJr0vbmxt06sEHqLfdpVP3&#10;PUgPP3yKetznXXv91fSK73otLR2+XBKz43Qg/Vxg5yrDE3W4BbeY13keEkcN1BFmcBX7H2qZGtVA&#10;GBELFH6uB1OqnX2AprffTHT3bdTwI5osHqLpJY8hOnaUe9MGVVbWaDzcpocubMmO8anz6zTi56TB&#10;n2cRvp9cZy5h/fI9qzoD0WykDe848Qjl9bHz1buoe/I01a9bMNWQU2wg0gWTcI895nsb+9x0Q2qN&#10;hD0QaaPxftYZzixrXAg5c0XIwiN58kSht7W6yRUBHAGU1rwAZfpGgi9ITW0+5TgvUt3lrE4NXYbt&#10;6dFscKdhNjZ5zG2/N3+4bFdVERnjy5fkH1EYDgqOMQv9KggP1u+5AOLlyi+TDjBTv+5cBkIqXQ7A&#10;lAB9tt4ye41EVGDK+vQ2mHMYzikyJRYXAMVSq1UnpEO5QnoMZm2sVgQKGlbEfkIyD0zmSwbYRebP&#10;OAtJsXthqiUAdAnwKK97bmZ3JwrAYPA1x9kUheArYwIKEGufMc9MJm2fQbCOWPaGYJ+inunaK4cE&#10;5pA/AaVkABejApgzaW2BHmvYhrAlDe9wgehjycF6Nmi6dWRYFPYbZCeo56ixW/O8UDyGSjTgZ8G3&#10;UEFAqzFDaEyk988MAPEQpur5CACJN9Bms6UW6wIG1JXtFueSKFRNauIBd2H9HNVqDVpda1C72qHV&#10;xg6dX3+QzsBkvXKZyrpGFwSc6bSa1EBqVkzFhcHv10lNpA1wbrIVMYV2FNsjX8BGrlRY45AUyXBV&#10;aaVxoii2VdLeqKIuD6aIfg9TAFOPPMrn5BSuDBbuSr4sUsSCvM6CJ6TQtYAQsOLw/ZiuVYV9l2gj&#10;zwdLDsNsr+8LcSjwJZGpi9fcR5F0Cqpf5deEZKGiQJ04cGYWPjKhSqQpWrFIeCs6Jc0AZqXS3OOB&#10;wX0FswvAjhpQapJLFCiv1oT5A3yDfEmjHlvEdSFodOrZVlCM95AkLLEvCpuSl6I8KzY1X7A2FfxQ&#10;H4TUvAgpIPPyvrkAsui7SQ6fnkzCTIaTMT9bI5F5DCFfRvKtV9m5y7HpAAToGhNuhb8vEd8dMB4G&#10;XGQMBwPq8s9ur6/TEH4d/P/wOMQzAWZewo3OBM8GFxSxsOgSOThTW4gCdII9UXVSlIId67gAhUx8&#10;ZJ8VE/E86fBzX9NEILI4c0PpI0lRHspnr6IoX+Zircv/X2nQ5tZ5uvjookyzK9F5umT1Wrql3iA3&#10;nEjiNXxGGvw8tdpNSekqh5cEXg0KK2mQ5L0rDCsefjis+HrB6BwMPiTpofnyFo+Owrw/HEnyXXu6&#10;ykVTc+ZL5EIaVNlwXqXlMxl2Poc8lEMn5gIoyn+/D8PX72Ho5YUE+GB+T8n30e/vYzcP+u3ySpr3&#10;Fdh3EribSXWgNNg8+0LQQwmOsJiR+UlfFKR/zs8mYWV3s/3qlODtQYEBYnIv+9SpDVQEfIMchu97&#10;j2/yNoI3JpDpJvTgNKIzXKR/bZjT/XzQdXgN1fgVRuIbqSy4DhIXYTAq61/9WndsAR9yyl7Q36ef&#10;G3s6BhTTPBY2HgKREPiBIgmePrgAYzMyruPggewWEl2wpXm/6brYSqSUVnjPAjsQ3x+kOwC1AZbX&#10;I/W8xFnVjJQqH5L9ak6TerFfjSUJUdkykUmfavxSLS4+IBjrc5N7lL/3wsTTab6mO1P+nZDP8F6x&#10;BKZK3VGda/8ajKl9gKotkKR0SkUlybZhtBSye/dLWD5QNusejW1KReCF2+P3t0vuMq/w/B8OrcgN&#10;yMsLj5H5lN8ymOh9mc3riu+bSYfdI1piFoxVN2Me5m7/9+bmlABlafB8kvEcyzAv+d74EGbjdrEU&#10;y1JcP+/X6R/N1NOVroU+jyKP0bi0gr2L/SSzRFcZrlhxF5UeGh98i8KvLzy+ZmzDIBn5/0h7D3g7&#10;rvJe9L9mZve9T1PvbpIt27JkueMKGAMOEEhI4xJIIAm5JLTkpkICyX155L7kXcqDkAIhMaQSggkt&#10;EGNwr7JxkSVblmTZki0d6dTd956Zdb+yZvbso3NkzCM/R+2cffaeWbPW9/2/f2G2bCHgwWYB6y95&#10;O47c9X9j7fgMTtRDkdeft3EFHth3DP7cJNavYhv3g/SsrsGG5WfR+TiPoH0E/ReO0Lk4hQMnjqJb&#10;n8RYwaIdKSM8iNSE2zCox4PXKCd7EQ/EWr1IBp1GmPd6kXjQ6Gn+AxS3YQae5yRB7K3ny57R6vXR&#10;6aofZkz7QLWoswBDzTcDIaGAX2oNEglyHqDZotqyvAHLN5yPFWdsxoozz0VxgppoTglmpYSrNUVu&#10;S2crW3Yw6/fkkyEeArzNEG3SpDIzpM/zYp6zPyRbfAHTPMvyHoC4vtTkOtx23mjCkvCUgRbb9Azh&#10;M15EnkYLbJFES+pmgWrMOpZPjGBmro29D+7GAw/dhYOH9sL2ZumarJNGQHjgXKNaVfuoWT1k+MLV&#10;eZua/7npGfFfKlQK4t3MQ2Iv5LTipkqhxGKip0CDSz3lxinH+yezQCREzAojzHJgAHvLddjkn74f&#10;XWVGByXxvKuUC8Je4/OH5cSWmVMhexb3pEY0tMbqbBVRq+Lc7Rdi83mXYdWKjaiMcGhHAaNskRN1&#10;0D2wF+Gj98M+8xjy4SzYMjKQhGdaD6Hu2Nx+ciPKPysflMWNMa6MwXKy7rmXw9J/7B4riZICbHsC&#10;Eg2NaYw9aWDheV7Ktk8bvzhhqmq4iy9MK63RGTji68p2LXmq9Q7uexKf/tSncejQYbGXqTHAQuug&#10;Pj2Fx2dn8dgjD+PTn/Fw5saNOHvrudh56cU47+yzURoryXPCQYpqnMEs2CLe8s534pwLzsdn//Zv&#10;8dzxSUl2ZXbR97/2Nezduxe/SP9+0QXbsWrDGnzi4/8bH/+zP8fDjzwqa5BDWIpU586dmMRnP/Ex&#10;fOHzn8P600/D5ZdcgtM2bJRnu9Fo4dnnDuEHDz+MRx97jO5ZRNc7r/JqX5vbPp23F55/Dq688mXC&#10;iEysTbLPYiRyfi+tkyRMAZnkdTfA8ah/ajXbKFeraDRbtOeMUJ0f41tf+ybuuOd2WhNn4yfe/GYs&#10;LxXkXOZ6N0fr+egLR2kNUI9F66PPjDj6u/xIGRdcsoPWdEnUQK3IkzrFd0w47i+57q4367Q2ywpE&#10;MOvNAYFBriTXqO/EpayCWH36Jrz/ox/FLf/0D/inf/43zHW68pyyz+fRPU/hI3/4Ifzkr7wLr6R7&#10;wjLdIm+OtEflS7RvlcZQWT6BVWecKUxZE2uoUcgWCUW2zeoKS1XtyAJVtrlhVsIKi5JU0rTZUhl4&#10;AA3wi5zVgOy9VoERzMwg2vc4uo/eDf/4ERhahx16D+21ZyBYsQrFkSLVZrRPT3Ww59vfxu5HH8V4&#10;bRSTdGbU6H4wQaDCQ9YO/Wz6HCxnZcNFJWgMBqGdkPs1T/o2auFRf+ABTJy9RdZaTOul4NLH+Vhj&#10;soyf74gULe5rWqoO83zZG7WzyrDzk6TSKGHnKWMbLhwhUQl52XTWdCDnucRUT4ORRBLqQBPjDew7&#10;jCMt+F5qYRW7Ibh8Vl+982zKuBtgCQz8BO4eSd+W8RaPXe/AIFjiI2hSeaZNX0OZX87eIXZngQvj&#10;iEwCRsXSr+bY3T2RKTtcRNhmRq2clIhhUpCK14YQaxN2mTBDY3meO2FHWH2W9g5+yRztSTwA4ueD&#10;pcB+EhPoJ557Rvy2uf9l+wdm2fpUSEuvyYQy5//Hwyx+jvw0kdYX9K7PPvhw9gTp/Yplj5Azz3OB&#10;n4lHn/P0E2zTsfnkuYjUm1BJj77cVwEQnc2VNXpmDtJyfbmPEjrqey6/RL9H8BAp5UK1fImi9Jrq&#10;UNp5MicMTcZp2E/V97N28zqMtwOfQSbNJbiLhNk4lnIS+qFBmBiyAUoSpEXmrAiYY7rC+ebqcx+0&#10;W10BA4yLPOc4+WJewSPZlGhDZAmrUiQj8YErlsr6hkIPx2em5XtzuRoqVEysmZiAbcyj04kxU29i&#10;ebEqOtFer4Pp3jxKpa4UEgxilfNUMMS6qLWxdclOTO216pAUZ+RPw6yEQZIOX2TP6bQXTtgHTXry&#10;+0GLYd0NEa8CbwBUmCHDfS/1CBMEmNlgEuNs0gc1lnRdGdMrndZN7qUZ9HQiEDmvQePl0007kT9Y&#10;RxmOzSCkRNZwrEW/TGkSJN/TzcVLNhEvSplPiZEoL0ApHmwu07w4CVcmAVLfu7tSfA9kHYS65cmD&#10;EaWg1sBHKGPa7iRr8BImlxaeMrlQSpA7rI0mPBuTXhM4tpWxGsitvk7WeZFompuw+piFydOmbogG&#10;HZTz3Q4dmE0Ju2AD6Zj+zNen5tfES49Tn3p0gLdpgxih1y6OjNPLLKODkQqk1iQinpZaT8xiWwxm&#10;caKVGHNryAVcknOYbMS85umBL9JaTcJV+xH9bN682AybG4jAE7l7lz5j2GBmZZWemYJIjHpxk167&#10;iJGRMfEMzAWxeAgFhaqTDkUqAaGDMez7KI9U0J/uoFSpiCl1zzsfbLyYp/dRjUepqKmg054Rlm2e&#10;nqECbbIMLqdTKTcxskkCs8g+QydV0smaSGvY6JivaasjzEW+v+xTw4Benz4XA/ntDjWM7bpIy1nK&#10;Imm+TAcOXGR5ou82yBS9noZ2mIFZ1ZDsz9glmXlZLzs9kJ1vwkn+e3HqkHASJcm+eLrp4v9mUoAt&#10;+7PsgvRaswjItyiDwya8vXgJSNL9/3iwsVm7uAQ5m8prF0wwYwcARnZYwgyrZrHiy2F0H2DQrx1y&#10;ciJwjJb6JO1ZR3rAwbaPR7qcUOlhsqcMwLpNzedkatbyNM2vT/tKR1g6OYxz0wE9ZEIx/x0ApAyy&#10;5elrSqYvXn9NZj17DmWJdc2XGNyLXIHEgBntjSUxIHcZZr76FgljWprPCA324JPFHNHXRsIqK7El&#10;g1WuiXGBNwpIJiluCvLBsbRzxkuLEGY+iDSYPkfHKrGjQut6jr7/KBc09GHnmDEUKTurmqPnkK7h&#10;RML+skk4R3wy5dIm4VQ2lcC+VIzNJsEWxi6RAmtOSpkesPVMyj77Uf8XYxHQEAsA+lOAgksRcIe8&#10;s18kuGMIyDPmxa+hWVzGe/J3mkV9/E7m0WVYelbvhch17QKPzSygl7wJD0MyZpsAR8nkGtYZx8cp&#10;piTAlPWTmCMsGEWma82kISM2ZRzANc3JJN+nM7DfqmPNhs24L1qBNflZjJZyaLPdRVjHtecvx337&#10;JnHo+YPYgDUI+ifQybVRrU5g/uAhtGeeR63YkhTscs0XEC4nybg+WtTMhvQ6VfYm68QilysU1Paj&#10;VvaFaSBNuzxvClry3/FjXSnm5fqxBYZJvMvcnsV+w3wmh5HKeTosTuBkUD6Hc0UJHzB5ltUEVBfQ&#10;eWU24MwLr8LK8y7E8jPPosY1JzUQe2gFxQoabU+C55jHzOctC47zPg8n/JO9Wk81tBmm7p0MDnpm&#10;+KxCwhyMl0brM4vHW+Ddp2veVyaEUQAkIefLWRQNrDFkmh9rLcK+wjLggzKqrWmj2y5i90OP4ws3&#10;fRWPPnWLtMZch/fBrP8O1q5di6m5OWGZMHMhonvL17rH9VCQF2UCqxhiavR6zQj1DtsCMuhXQoUa&#10;/BLVWQz4dbttVWX0Ih32cPACvYdWO1TlgDDXupq0TE07pwj3w4ZIQvnrioUyylT7mMCKG53X1xrA&#10;drvOhobeQ6cvbM9ZOouWbViLV1z7Y1i7cQf8CvUVBR/jVEMFOapfThxE98tfQf7Ik1RXhagxw7Cn&#10;Rp8hreVynipG+jzFygS9J3pv5YKEabS8GkrLx1H7sV9EvOlsWtt1hJzYa8rCAvf9nrDAmEWZswsC&#10;thbu8clA1KmKkvrbpoC+srCEnSJsEl/q35GJVcKoXbFqDSrUTDPAyd7QvH47NlIf7lgN9ufrc5h8&#10;9iCmjh3Bv3z5S1i38Qz81E/9BK6+9mqsGhtFne4LK5siqptZ2rrziivw+2tW4z3v+4CsE3DYG62F&#10;53c/gY9/7GP41F/8NVYWgR7Vlr/5hx/C3/3VX+PLN39VLHAanQ4KuYJI9ltHJ9E8fgKP3XMP/Yy2&#10;JGMxcFih+6fpkEwsYH/oULykRc1EB+z2C7bif3z4w+pAGjt5W6aW8lzisYym44HHlucCS5KSifc9&#10;tjViZl+HavlStYq7bvku/vGf/wX7D+5HZaSKffufFKn5L/zKu1AMI/E15ECJyuhoOphiMIHTd2Mu&#10;jGj9xexrSD1EtThCvUffyStVISEyZPZOjOOMbYySHoRdKPYoHpp0T2764k248tWvwuWbt+Can/1Z&#10;HJtriOdfg16sSl83T73I3DMv4JMf+Qjm3/t+vPma63Cs0cIY3WdW44g3aV8BCpFLMvjV60p9E3Va&#10;wlhNhrtcw/vCrAqGxmccotGXmkeBDw0XomsotbsOh4vOyoj/3HroNpgHvgevMSXEhc6qTehtuxLh&#10;inGsXlXDHD2Pk0ensXfXg5h+dj+eeeGohDp16PVGynlMNrvy2YrUH62vFUQyHUmCukGZiSxGu3oZ&#10;dYUa/MD3k5+r9r4D6M9OoVCboPVSRofugZ+koPKzkqP9qtdVpQrXqZwU7zwuI8dXSw5036r6Q4gl&#10;mYRrOBkqzMA2Z9F62wySnFVqmYRixUMBanES8ACl+MdiXdBPGYTW6tA7VS94iX2Sca2TSXskm7E9&#10;UhcIb5A0nYB9iedgwu5K09ydcoFTYSP1BtWPnwEzuZ4NJSFDcIzkM/tOO6AJtEaAozTAIgHdWbLL&#10;f899Lwd9WufJz9R86o1toL2YBD36zksxGeqGURoeIhJgBviY4Wc8l/Rr0s9n7CB80CTqjyRNONk/&#10;B+lkiv3Apvts7IhjLuJXWLbaDkVDxbEnuEKcEkES30ChnBkvY4mk90Cck9zEXDz0eHgROuAwCNx7&#10;UYsWJEnKSYB0pECs54Upwck6goZNgMiM32S6/vh60s8Roo68T0/O9wR7Mo5IEicWZ2ZA/pB7JmzC&#10;wWTf37b9io/wD27XWzI9Y4+PQrEoSVflEgdyFAQo4MSmQCLrxWJTfBw4hGKuRYVEhw2Sc/DzFQEg&#10;GCz0mEbN8ip6i7XKOG0EZaE8M/zQ7LTR6/QUnIuTIl5Rcpkmyt+FLk3XG2K/JDKXgc450cMkCDUy&#10;4Q5WvR083YylKHKFMLIougP0pOl06aQCmLjpATKpM7LJO6RXWiEBSXydZLp02Ngx9wySherrwSUA&#10;ZSgNs4SH8ITbHzTJSUJmStWMeuoLExR0g2M2i5um+0k6n6eJq4GfFxaNjbqy7eWoAMvRIahx1n1J&#10;zzVOWpcXMNeXzyfoMZtnWi3KODmTk/FYpiYggmx2mr7HjJocJ/EK9TZwG6FLZRMmT6APjcRw+yK1&#10;4cXK9zZnkvQ4Zd0kwEksbD6nuXfeNpJiRg9Sq9XF9NwJzFAReuz4Ubxw/AjmZk4g5MKxy8WgLxJq&#10;ThebpQ1okpoa9jMs0ntnnxKmklfKFQFH6415TB0/jrl6A20qTNrNDrrNppiIWvceepy0TIVBJInH&#10;DCBr+jRPM/3Ea44TmHuxsAtlKtgLBVQoFGs65TM5dAwVZ81pKjypKaKCMk/F5NTsPDaupnZq4+ny&#10;wAayQXhO3qL3ut1q4MDRZzG3/zjs2EospwKpuvZcLJu+BcebeTxX2IKn9z8Oj76OizZ+pvh55bWo&#10;ptp6sMSO2SKbvlUD1L7zVlA/vkgkHAz08cRVJhAee0dWRMJfo59b43TGIKQmYCOqIyszvhPRgL4j&#10;z4afmuEn6bqJGWya/moWMBiyfY7Jag+9lK1iFknZHPr+bMN1knrOnhy2YZdKGx2WPg6L9awbAmS+&#10;NimYUvbvoNEbMDPsomEgA/ZiQtIzA7+/zIezbq84WW6QBQYz0oAsjDHkAahFUiyNBO27cYDZkAo6&#10;aiie6+ewv+tjT8fD0x0fh3qxDL5W0eKp0zoZpXu4gn1s6NcRNp52QRj8GbsGjlpOjaK7G0VofH3H&#10;ve/IKEuCmUpNnUAgz1N9dbWVtEcG2JjKX/N1H+Zju+gpQBq5vYG9e3gKHrpyW8AABv/Yk4ffi0Uq&#10;+WAbhJ7zBxX2rfMAFY9BTi90+3AiyOOAJC6cmdFacodwQ1iGVJi6YcwMPUMMVPapgqn6uh6DsItl&#10;4T4Uoln6zNRAoefSthZh3sUmXe8Oa8+s/8EB7ZlB2u7gtichHwlJNUkcd98WD4vTjRkO+DDDatJh&#10;UMKepJJaNMhlMPjCgv8WvHhKdjPpOW2z9Ls0mXvwGT0PacqdWZKji8XDS5byNXTfHGcMtgcWPkkx&#10;iZRhmHoppmyRhBmxcBvJeP4430KnTsmoDZy/nuJ48n66PU+shqyTEYsfEZ0P/WCdsHqSuz4o8NyU&#10;OiXI+xgeBcOlT5pUCpLdMxMJCJ/XlVxOzgC/zKmS6/D088cQz+5BITAurdTH9HSITetHUaX9nqWt&#10;G6mpa85Mojs/ieNHX6A6oSnhD/wZOCWSzz5+/WZH7Rpy8qML8u9cWDJQx9dDPOAk9EELYqlbDH+f&#10;iHskCMzzlWGr9qWeWFkIG43VJHSel4u+1JLS2/GAIO88n3n2769BaXQb1p9zA7Zd/7PYdPFVGFmx&#10;luoMKyEJ4pMszIaeJrvC+fO4QB0N0IiHJE+LrT+TCUqK4Q2Fv5wypXohiz22aVOXPTc8k9Sk7vcm&#10;wwZVx2M3NOhL/c1AQjJA4NpPwBAeBgd5acYS10gdoAaYn27hu9+6B3/1mU/gX7/8RTx39HFpRsdG&#10;Kzht00bc+Ia34fKXXYPaxCpMTh5TC1YXdBA5BYuuZ6r/6B8bjaN0lrSkNuIavttqS9gXDxQZdBF/&#10;bvZlFqmUFRCBfcJE2uUXhDXTZ7COvqfbadDz0Zb7yeF/lUoN1UqJahoGMllay+AiA36h2tuwFJMT&#10;Yqn2HFu3Fldc+xpc+bI3UI1yOsojRSwbH8N4PkTr0TvRu/VbaH3/26jNHcZoRVlFpYIRpqv4UNI6&#10;9cMccvTz+LAQ9iT7EJ57CQrXvAG48rV0GK4SaRkDYnkZDPXRcwCKyOaM8/bO1hJmgTrIgfEC2ory&#10;QcEZJlGw6oLZPWGsCcO9yMfT+/bjbz7zF3Tncli1cZ1Iqy+74mU49vxh7H/moNwXltRyH1Lg85b9&#10;Ao2SFlgBxI+d7bWw574H8I1vfwv3PfSw6AHHq+MolYtC4uD6b3z5CrAY++FHHhELIlF7sPdzt4dH&#10;9uzGuRduxwiHstD13nnJJTjn9NOxb++TAqoxgO3zAL7flxogMcjnPmSEesZyjsM0lM3J4JSom1gZ&#10;Q8/MZRddiF/7jfdL8ARXFSbxW4/tcDifY+gwi1V89lgmHqviqSs9R17AYB46ck1/63f/C1/8/Ofw&#10;la/ejNn5WfFK54Km2Wxj8vAR5MoBVm/chLKkcdJ1a3bx6K5dchayco1tphj0m6ZrefmFF6HEoTVW&#10;exmRn4vfgKqmJAzAsdNYBs2MVYhs0eLAvqfw2c98Gjf97eexf/ce7N/7BFZvvxATtM7O3bYd1bCH&#10;I4eeRbPblbq9FTGAF+PAE7uxbP1qnHXmVmEP8r9FDjDIUY+jATdqtZUr5IQA4TmoRgKUGOjz/MxB&#10;nzlTPbXXkb6U97/EQknuWw496oXMgScQ3fXvsI/fA69TB1auRv/Cq2B3XA4zXkJpfBTT81089YNH&#10;cPe3voOndj9BZ8ckJpZVcPX112LL5nPx1MNPIej0RLo/Sj+8mnil8boyntigcB3X4/0c7CWp3uWs&#10;6qhGagMztuM80EYAW6zoe3QhNSJJ53OdWb3drjx33FsmHrgKoMTK3HbDMy/5NamQk3DBBDBLCnHH&#10;ilN2lGO2OX+4OIqGLHmS2iFOaxxkWN7Od4+HUXHPseKMqO8SAMlz2IMGLXkuPCEzzEytIfSMSpJh&#10;E3xjyB8ueZ2E5Wh1n7aOoGMSJpvvDQJIrPaEiXd3IpMVIFCRKcUfXK+oklp9LQbtRAkZqxcw+1Ny&#10;oIuEeiSD2DhRecUpeYb/SwIFfbZTYNKIn3MEI88Rn5zNoPusCppGLlwjJ/uE8Qby2TgFOB2QGUeD&#10;tFwMvPSsk/QiE6ICB6JaZyMj2IWEjua0SDeZPV2uuZ96VSu2Hkn4EDPXNdjDH/KoNknd5mxZYic9&#10;T9KRU4+9eKAQ8ZPAGPfZUjIYzFCAx8JaZQDaOpZfEuIlrEk/XSPiA/vC4cOoVitCDc7RRsAeYEWe&#10;1BWrKNID57kkmYhNFpjGTh9yZr6Fev0FRLSRd20JrfoM/dDHsZUu1sSqNRipjKBQDGVKRqcDFQQz&#10;8MJANqmxSpWe8pJ4iHHy1pzz4GBpqXr6xJKSWuVpIm1QhZyTrcTa2A6M5uNBIo4sXn1Q9cJH7uAY&#10;brQVELaOdZYxU4zCIaPF4ZbfpKk+KRswocPZhB3niRmnyZh2pv5cSUx0nOpupJjXxl/TswYGo8nQ&#10;X82NokilKn4hHui1YdykPJEB+U4mZYdMwxN/M99TyYFM1V1RIAtC9OrWJbcqwj7UtDlGrwCVYpbt&#10;OXwnTn8GFyodmEyT6iQlbLAPNY1WI11diL5Lo2MAUwtTRb2jPstJY7So0Ki35tHuzKLD09ReSA1G&#10;SZN0qBDLUZOUK/qyCXDTJGweAduAUdpzyoYLDU8msELxpc/bigwOUxE7MzOPsNmka8yeAwV670zD&#10;76kReqipZZHzSyxwMrWn/lz5QNlRAmravgOEQ/FX4aRAz6ugQs8Je431qeM5MjmF3MpxjK9ah3qD&#10;PkfzGBWUsYCjrfY83Qum5ZY0Oc2BEaGk9sb03OUxMTaCE3x9R0fRnJsXE2ib60sRF/UtFX/0EJfy&#10;KFJBxX4j4nkYueQDvte8adNrSuKYN4gr56KIiyaWTnU4JYueOU4GE4N0MfIOHEitYCv/mpPXzznW&#10;Y+To97RPWKVeezLlVvaUhGf7/hA9OSvRXchSs9l4z/SXYZbbUFKlMThZy2cz4JY7sD3vRUg/cSIM&#10;WeDbN2ADmVQ2aBwd3GRCSOJB6ADctN7GCw3Phm277IJCdmiCaNNEsMTz7OQwj2H/QGsXpJxmhx8Y&#10;3mdaoQJwndDDNDXBx+nPxzldrxXgex1l7tFGKw1BgVmx/H3CcKO9mc6DOt9T3ofpFTtOsjYKl7rl&#10;PC1GEnBSgEFPAjVY+t7mpoq+v8bG/Lxf068VROLx2WWGXqSGqkl6VY9+Tt5R+vlDlqihbLIkkHeT&#10;iEE8PfxZyl9wrGdx/4jVK0co6/Qeuu7zcyJj7Jh8fH2YuZeXU4zZfPQ6rsIqWPXZY7ZIhX1FbCyh&#10;Jfy/Dnv/9QwOhToRX08P4rYgyPArvQx/c2nOmedMc9NWPvFoy/jKeebUnDUvI3Rixl8WD85KWNMC&#10;8sWVwC85pGYJnl6mELGp6fwApFzItMuycc0irnhLS4gXYzYuFWYylI57kmcnlrxjA5DQps1TlGiV&#10;M2E8cbwUa9LL+CEOAjQskkl77IAm56jpEu9S0+asKsEsfKMmY3+gNYFNi1NnL+GxF14goI4fO18Z&#10;eh6vu/bHcdPf34+dxRPUiDWEicFnCZVlKFFfnytwY1sXMKPT7qIQqP8Us3X49edbCrlHVCtyc8nJ&#10;mUYS362ciyXx1FNfYPZ7ZRCd2Sndvp5tTTpvqtTks+XJPDWYlRJ99lBNpTmIgM82Jl51aX+aa9Ez&#10;XrAi1y2V6Gf1mblfQ3lkNZaddiE2XXg1yhPLZXCWSKVEZsNKFC+U88t364AvYeRpgI6mYWutKHJK&#10;fyn/R8cU8BK/KwwBfV4izVxioZ4qHCbTg6dAsRke2aQrNnb7nMc6N04fDTypPfg9RJGRVFq+3jHV&#10;FRwMwHq4VifCfbfdiX+/+Z/x6OOPOFCth3Ub1uNlWy/EG974EzjtzM10XQqYnGrjxFwd5fEWQqpf&#10;9jz+KBr1KfnMqVE6wxgR+xE30OOgAF5P7HPHtQNnM1Bt0Gk0MBUfE8lvLu/LXsnps6yCEYafFTK2&#10;yIxlUM2KDg5GEHJBSSS7AYem0Pd0OTCAzyT6VS4AeyxS7dOkdbrxrLOw7dLXYNXq9VhWq6JQ5XAR&#10;qgMP7kHjO/ej/+yzKLwwI68/stxHqULXNq/+bvwmuEErVun9sKqokJfzKzr9bJQ3X4TumTuQW7Oe&#10;ar8+nSFFWZsaouEsC9wgqq/aPRlwxak8dwErOalbrJ7DDN5w7dWlGrdUqiKkX/mZ4Neamp7Ct/7j&#10;Ztz2/Xtw+LlnZTB+1x134PrXvhq/9v4PUE04il//zd/CVS/fhb/5i79Av9F0rHVPQLUuXZtqlV6L&#10;7jOznyRQjq5Zn+rH5x7fjb/7wcP4O/YVL49ix47t2Hb+Npyz7QL8xM//Mq649tX433/yETy9/4Bc&#10;j2bYx6Hdj+N33vNevPktb8XrXvd68aTeefXVOOfCy3Dkqb247+478cCuB3F8es6F8NAZXy7LsI0B&#10;2j7tHZL3Qtd6gtNsS0W8/LqX4erX3IDxlWvUUoiuWzfqpwM4vj6StpqwakRCp/VrIKEqPVn7HGCS&#10;85Tht2/fM7jrrrvwn9/5T7RbTQH3wr7zzpUaxmBZmdYIvafd996Di7btwPhpm4Udduk11+C/vvtt&#10;/OD+B6GhnBqgce+XvoZvrN+AN7zytVT454WpmssVBHRme6tIkjsHzKJQwlN8GfqfmDyCT//5x3D0&#10;+WNyXZh5N3noBfxf738vfvuPP4ILNm/F63/pHTj3kkvxxb/7Ozz65FO0dgOpj2yji7/9xMew65mH&#10;8Ss/8Q6M1EZgmHEpA5tQZfAiCdT9VSyDrNY31iU5J3LnFOhw8XYsVVcPQivPb9HjRPU8/OmjaD1x&#10;H4q774c3P4vILyE+62yEZ25BtzZKDRWrj7qYfO4Envj69zB9+ADtFyewcc0qXHr5Nqw9Yx1WbToL&#10;VZb20l5y6Zn34Z5DtyMuGDRFphvKAJfdY1q0zlv0RlYx6ceIXR9GjdquTNB7rVBPVmlSXXjgMOqV&#10;CRnomnJZgB4vCZfgMCYGAul+9jodJaxw7SbWMgryhfHANiNOvd4SxY6Cb6JQMg4AS8g9KUNvwM63&#10;DvBK93SpYRRMM2J3FKcki8j1+MYx1yES3mGv7pQJ6moh9ZHzhixXpI73MAhfyMp7XTjFoNDTXsZT&#10;lEzYu7E7q2MOw4l0WMJDHy+xMHdGhMYFhhjnWYdBtF8KinrO6zASGW2SO2Wdfyx0YB+oVzz3/HIu&#10;6HeoVVXkrrtQztVaInbDEc8M9BNDiqY4SVHWoaYAfL6XSm099zWqpoxcy6jDFzgvdO5Vla7otBEO&#10;OI3dPU1MUBTMy2kPK0PA1G5XJMncVwsIykxGvnYc1ORwBanlPGVuxskk37iAgdjPDAo5myFOk3nj&#10;SM8//jxCmHSWZvqzvTQANI7jDHkk6SFjDWdMhuWaJqbdh+dE7MY5JgbBYH0nGECzrpuk+LvRN7O8&#10;tkAbDAMJkvKZo02BGv52RE0PbeIt2sSmGlOYef6AbFRBeQ192DwmjzcxXjuIEssTR0eEes7obVSi&#10;1pAncm5OKSlcXIzSZlWQKQtTiB2dmqWD7Q5ajTpm8+o5VynV6L3kZVqgRsnWTd41KCEM206G7LsE&#10;Fpt6qnippebCWixeAAJGDtk2J4F1QzJB9yvTP3MJ1dTzFkgQBywA66Z6yYSXf67v6NRJw2ddGqKf&#10;0C+N8z0ROQCDkHlZFCrB9eX7w0zyykIwIJXyLvA5SxqwBAUf9FoOWeeHIbTpwlho1p719DPWgak8&#10;sePGtx8oG4cXvjzj2oAwTVeCYK1Kd8Xvru9RDWfQoEO0329J4Ei306T7Xqc/d+jnd0ViU/UrqIys&#10;omewJNerx2b71LD02EOMPWR4bVllY7I5NzvxF9kfgj01qBjq9Bt02PTpUKA125iR9DY/NsI4EG8B&#10;KRgKKnmmRoO1+AxQsG8L+yEG0iGw/1AkwEdE7yuOAvl8jfY05pqzUqwG+ZLEy/P66VIz0+vNY2z1&#10;WXiUDq3TVo/Qa42IKfDMbFcASPF2TL1/EvP2WCWIhhl1FfE8y5UKaNPB6gdltME+lzGq4RQVLzU0&#10;i7NCN058FxPNfmTswG8KSgFODi6ZsrP3JgeL0DVhFi83YWxyKobasXEG9dqBcHJ0ZHUCY93a5e+N&#10;3b2XTd+zDqzWSUSQMpSUnZGy3jJhGQOQPBOisUgXrgdcdHKghjl5XQ9LZuKhEI1s2MagjR4Afov2&#10;ahkA0SSy5GTjzgT5DJrCBYlKKQXcpqxjmKUCQvSdxEtqLQchATYDkMQZtzOb8e9SfMBLE6F4b+3Q&#10;PZ21eTzVAQ50Yxzr+vgeh/iFLk2Sq92QAzgiYXgKyMVgHIdTsPk9feZ6HApTj9m9zBHuiuzVohIj&#10;lfEzWBd6OcdEUvlam16T/fYit1bZPzMQjz0PNWbO8bOl5HkU2IM1VnCO/8w/U4wcOLhG9t1Ijbs5&#10;WCTmZsHDWN5Kod4TY3kdWPTo38ouQEpkgPRzavTMz0Y99fewOnTga9aW19SpPF+8PBToFPYFvZ8a&#10;/eySxw1egEd7Fh26qKfLIeu77jVhpEaLs9GSw9s1ByYJ5rCnBrMWOXb0YHfSDM/JxRayAReEzp0c&#10;2JGVp78Eea+1yJxjWfRpMZjuR4MZl/quH0KlP3TNVC5thl40uQ+n+v7US9AuDiRaaxYl28rYzsMC&#10;8NU6EDtJTEMaFJKIo8WGNrEpcADRQMbhLZl6PPB0tGmAB1zDJx4wsdYPPTFp9qXOYly/VC5g9dqt&#10;ODKzBxdUAhTLHsarEzh8bAqNVh8lMc+nMzMO6PmktV8pSpMt/lMcjuOrh1yuGDuPOE+koPPNtpyL&#10;7Z51bD3PpVBH0hznc54ABuUS15ZGgji4tmt1eJibF09MDhCoBVYM5fkpPGPtBNUJs/Reymj2ali2&#10;+lycf9mrsHLzefDpbGRWFKdEyuReJ8EiI7T90CX5RsoGNuq1IzWLNEd+WiNp5NTigF2iMtDf+ycJ&#10;eBNWiF1inRs7nLybfT24wScyr3Pys+AGTF4iWfQ1XIwN0tm/ixMVqd5g9UOpUkCna1CurcD3vnE7&#10;Pvmpj2L/M3s0zKjRxuhIDe/77+/G9Te+AStWr0Kj3pBUXN8vYtkyqoWKPEidQ2fjZkReBY/v+j41&#10;iw0ZbtJfqNcy1Umd9qzzWlZXJiWmhgIGFvI1kcKyhLgbdmXdiDqE9+Yo8YqJ1ZeO+3aq2fKVKsrl&#10;AJWc3vf2fBM5ltj2Q/GLRbcrSaVzXTpDNqzEK656DZadfgFWlrR3qC2vIJp9Hv1duzD1nVuw0qPa&#10;sEtrv0Tnwqjzi3Tpqwx0FAt0vwr0d7US1e90hhVGgfOvxorXvRURlzou3KEeBvL1nmOMJ+xZPsMC&#10;B6rIYNQsvWuZ1DqIEyvpaxnkK1K/VCxhbrZJz2IFdXqvt379K7jpX7+E5vws1ae+JNkWg6IwLG+7&#10;5Vacfd4FeN0bXo98IcSOC3fid3/7d/CbH/wg9ai+JN5yPVam+9doN6leHsGx45OYqFbRp/XRrtdR&#10;jNQHtNlooUL38IHbvk3/fRfIl/GK62/Eja+/EX/w0T/Hu37hv2Ge1gUrtFp0zUp03//lpi9iy7nn&#10;YNuWs0TSWaoVse68s/GLO7fhp+fq2PfwY3jswQfx9L59mJmaksRYlsjy2hwdq2D7tm245lWvoM9w&#10;DvzKmLxujDCVDXI/alytqp54qjTiJnZ2dhZjy5YjpDqVBy3lAj/rfVZuIqbrw6Dn575wE0YLNVSq&#10;FZTzRTSbTfGEr7eatIY6Ym+zatVavOq6a/C6t76FavCGMMNMv03rtYSff+tbsfuhhwUA63XpM1eY&#10;LBDgP+h+vOrq62itRhjjcMRuR1inM7PTtGeWpGFPVCyRYxSB1nt52Urc8Pofx6c//WlUOHXW16H7&#10;Cup5vvONr+Oi370Ik615nHbeFnzo4x/HJ//4f+LuBx6U3vbYiSlce/FO/MKVrxFPQV5noadBR7GT&#10;8yfSft9kBg2OMOAPKKVpvapDCbaoyonNEH+OfJH2kagMe+9X0bnveyhEdbpnBcytWA9suxBmzUaw&#10;UUutmMf8TB37H/kB9u/ZhyPPHoZfjHDJhefjzEsvxuiq9XJtDPXnRVb7UZ+y9ozNqN9zp9i8zDBL&#10;j/qqGu/5kRJPLD1blgpSrsVYObHJr2GMQ6GjHDrVcYQlWvt7DsM7fSM6RYMqWxnxHissPmZThWIz&#10;5tPf97qz9H2hAC5suSQ+/3HsQsMccSYBmhyrWs4JBkWitDyV1zR2QV+CTPpWOtyPB3UP2xlECtiI&#10;LNVzDF4HvCjApkQZ8Z2Nde+LHSMvteXhQYN1z0CidINj/2ak6iaTtmpTWyy4YKlYvVGNSeW94iHH&#10;bFRnxaUpfWaoDzGp1ZADypz/chIWJj2EZ90Q36YEJ9+df/0kQJH/jZNwxAfeDj6f1c8nSrAkMZbr&#10;5liVZkpcil2MiVHfXsekFECO+0lWD/pumJe1KxdA1M/0fgprayow5x44lSjX52zpYR0wxn2wC45K&#10;p9Fc0whhJhqYt1gFF7nfiNlygglpDOrmdS0w+Mh9cYLjxIm3qNGU4tiBj2keAQeiOrKW2rVB5OkK&#10;zNuB6sQgTVS2Ces/WxNmmYqJdZp1GRV+EsDiyHCJmi1z7wL+UCLx4wRXfthKedr06D96SIM8h03o&#10;DeLJRZc2SqZIH3v+eXTowGJvjNKossLadLOfPXyULvYI1m7aRNdiQhYGN3Zs8MkXtEvFQ6/VFpYT&#10;A37FnBUJbC5QmSSHfhSpQOFCbo7eU73TRL15VB5wTnNirwSehsk0yCgqzYbzKaDA1HoByPRhTxJX&#10;FmMVeRn/HNWzx+5ieyllMwXO4iwJycjX8gTBF3nwQnbQwLA5QePFHypNF7YDhqDQOuPULDQt8mQn&#10;Cp3Pj003o4RWGrs5sARneOYk75iULZFMNlIJ0oCdGLukoCGGkqRlmWHfAqP/ppLmrN+hA2/lmmuK&#10;su8kR/I9Cf06jkTKwWunF3cE2GPPlo4cyBoVX6R7O1qeEFDZcx5VnMTH8wEOI+EiVxY3rw+vJF4y&#10;fqEszCA2Mg6pEOHkzajdEWntLBW4ca9Jm1AbfSqG6f+pwxGtI17vDGonDApF22On6Y9lWhT4XirB&#10;i12TF1k6kOjndLstkb822laBQyrC2z1aD70+2lSY9Nst+rq2NH8Hn96DravX0PoPRBJvJanUGXyb&#10;KF1P1smlOSSjSgUwS1tG6LWbbX2dLjMa/Q6q3SZqtRH0TvjihyaMQKHsBm5THUA/Ilfkwtr9jE6f&#10;Tc974qvEv/bpPzYUliIi0K/jhqtkk0TELr3n5QgKFeeNOQxm8QoSrz93gCVsVd93Ll+eC4VI5auO&#10;0p8wWRdtZOMhBpHxXsR7zy3pxVhxQ1+f7LomQ1tdlCa0wPML3kml/KJggeenEyTr0rQGHj6n+AyO&#10;NRinh/liEmObwoYLIZbhZxypMSsXEF2WSzEwTb+vU+F+jIqq3VSF7evS8Uq/38DBLAzMs+SeXoMD&#10;KmqeBgnVoRJ5Xv3z8nz7YoDMH56/ppuYECXMaFp7Te786D+W1/KxXw08ccmqu4Y42Wta7IkX68HY&#10;YqBegHRNUwvdYSn8Wj4PoFIWNn8o0te1YuMkjIObxH1k16pPny+pkJ4ClewRI2ntjg0ohYqnk1/2&#10;7XHmuUX6ijl6z+MuRbjr5MTS1JlAAOw+rZuKJBxqoEgo7Fk/LULUk9UgWNDs29TM3y6Cvg3Yo8Ys&#10;DWIt/PsoEyaRZc9iCUcxm2WN/kghAtYVFPaUwSHZpPo4EyZjThW+YZf2AzwpFmOpa5R4GVpnQ76U&#10;R2DGQ88OGRmaU/z84ZARpES/TEL2ElLOBVjj4AkWIDISkETYWiZT/NskqdC5hiSmNY6maBdsRPK+&#10;PLX00BQ21xwk9gOxmlKzFDHuszTSw0XnXYIjDzxBz0MR/fkOmuyv3LMoeAXx1opC9eEZK6uVBp8X&#10;Hhtnm0DYeuW8pqcWmGEf8rneTkMYxJrES8AsTyS5/CbKJe7q+wi7csLKn+WsY7Y+dfzFnKHXZpuY&#10;UHqTarGAFj2wxZELsHzdDqw+8yKMrF2L6miFXrfIHu10zhSknhQgjs5mZvOJR1BOWcCRHRiaG+f/&#10;BednpTI2TwDBhSnY2T9xbRUPnU1eutMO7CHsos+XNWbBuWFf1GTSZq0a7ECmFLvAtjjqyjkcSnpx&#10;V9YDDwWfPzKHr37p33H/g3fhqf170W7Ni2XOeeeei/PP24YbbngVztqyVWpVYSoVSvJ7qWHpvB4p&#10;FxDWKqg0u1izei3irRfh4R/cQW+hJ0NPBkKErceDP67ZjDZikQsqE1kvXcsgKKrHsqzfoq5HWGcz&#10;wvVmIGzAgBqw6mhJmrIcrYuo2YFPZ1KJaz9qUvNcy4klA71meQTbdlyEsy+8DqMTa7GskkO+SDv0&#10;C89g6s5dmN/9BJbNN7CKgxRCug8FHxMMGlODxkxVTnXmxOBCoFZBeVpb3rL16G99GUZ3XAG7cp0A&#10;Crx+K6Ux8eGr+JF8Bj6LtBbU4YgED4v3ZCLX8l40gcVAexUO3ehxur0wfiz+8xtfw3989WYcO3pM&#10;ewQG2PIc/hTIM9OJ+9RfjeLmf/h7nLZmBbacfx4KOU/At7f8zE/h839/Eyo5lbQWI2W2rly9Ah/6&#10;o/+JJ+69H0/s2YPjx49jZmZaak7+HOy3WKZ6TthhtG984z/+Cbd8+98xPjaK2uios5iIhTk1R3V1&#10;mZ7Nj//p/8Iv/fr7aN84X7zdhLVDD2ll2QguvP5qbL/mCvHO7lFdXG+23Xblo1jN0z0eF0JIj5lB&#10;bH7LQHVQFLCM70MsbKDs4HdAtBgZGUG/0xZQmCmVPXrNI88dxZ23PYAHHvo+9u99GquL4yjQ+ufX&#10;Z7+8gKWs7KtL/ea6VSvxmte+Gpdddw3GJyaoNwgl0E7sOypjAqJt3rwZF195Je6+7Q5ROfW4V6B+&#10;g5lnf/qZj+P973o/9RDzsh/V52cEvOmJ1VXODTetEE6YNV2gz1ug+7B1+1Z6zx7tbTlMUf1eoaKC&#10;bRCOHT5MvUodNeoDWB0Xt+t49/veA////TPM031521vejKve8Fp67WKazMkkmsAkQ+o4HT55VlUC&#10;anG1YCCeGRRJ0A7XOtwz0jNaoZ6ovu8QvN13IHfkAPL0fLdG16G7ZRuiFeuRG6nCssfifIxDe/bi&#10;6ScewvMHD6FaK2Pn5Rdiy46tGFu1Bv7EGpSLFVFIcZJ3UMhR7xCjsuVsnKC1nKef26Q10mbQN9az&#10;i22mPOrbvFW0JpatxMSGjVi5dg3wzDGEDz0N307TGdVFwKEenT4atJ6mpw1KE+MCZEhwgXFsJ7q2&#10;5VFaH41GGmJl7LBfaupXDFVouUmYS0K1QmwRH8DsANQOE4IG3rt2mACTALyiJvJSX5ZETWiTkAeu&#10;OP1EiRilvnSsbEuyMFKSDpLATHfOGFc/WZtRBmULi4Tpl/i2JT77bmdyf2YprXEhFEg9nG2auhtn&#10;wY0ocn+vjOYozJAm0trOyrmvoRWBePjFwvZWtqPn2P4DrEJlw0nmAWM2kQz9rQC1EhiSsDBdoIj0&#10;iuxT59LKU8bqsG5Rz2dlqKTeijJEYHBNRD6+4BCJ3Zt4iDqiT6J4S58VmBQYjujz8H4szL5eT840&#10;E+Sd16Pau/EPSJKP4RRtxoW7WG+gXvE0iRNZB0AGNEPHXpRly9fNV9DYyyjTVCln0nukQam+7ple&#10;YneH9H1JH2r0GhsnConTZEh+BqmwY6qwvDE6JEuVKkrlUUEyu1TcdbsdSRU6PjODmeYM6rNzaM7O&#10;OoomI6JGzESjfIBWq4VH9zyE6eZxnHH6+Vi2chUKhSpt1KFQvHkq2WkcB1d9DJRUijlM0IHGQEip&#10;VhMPO6l1aDNdEVGDSZtsh4EhKjDmGi1Mzc8rAySnDChmHxZzJZFy5AeWpBkpXwJQ2CWLLkFFE6aF&#10;p7pw4xg82lzFQ9M7YUlxqgzLJH3nkCJ6+iRV1mqhOWTOPuiIfBeE4mWkTN6CtkQeKLlhofMO0E1A&#10;EOgMnJNlEeh/XgbU8wYFKTKml8Yl3zgGpEhSXeJQYjRrkohuf+A9olIh3XSE2SjSOeeBRA9Ft9eh&#10;tdIXhL/FVT1vAMbK/WPwVqIf6OGo0qIujq9AsHKNM5tkFmlJNk2+0izf5XY/EhYZG/4Gwh5rU5Ha&#10;5vSpmDPbWL7bpAMhEiZou99Et00/r1Wn98R+kBFKkTYfXdMWwFnkyEYnE4mGnr0xwkSzz3RxPlyp&#10;KizQe2ImAPsSifSHPe/oPZyYraNJhTQ/F0BZHlK2nmR2aYOKIw614ISicrMhSXF8o07UJ7HCXyGN&#10;zxwVpVTe6vRHnp1QldhipBlIWujyWlHk68vocDzMwHi+iihYhlxuP4L6FMqVEcx4brIeBMhCQrLx&#10;GZXsRiLH5fsSikSqTYVmk57PVqen+n16fXVS1QAGMR6FGt7yNNKv+BgbGaOirKb+CC4AwhuaNLiD&#10;IFJ2Fnur5dwa8V3ADlxsuedl1+UwGJ1N9c16Yr2UkI3sAb/o39kFSbaLBGEsFQ+wkAVo7IuAkDaZ&#10;yCwmO7QZ0/fE4yIrcbRL2BDajKmwGZI8R5limZ9lBvoa9PJNeqae6QU40DU40LS4pZdXY2OZ9kUC&#10;fi1jY2f6QJx8y1eq4XxFK7QeGagbYyDPqAzOZ1YqfV+bGbuSlKVFBcvpRXbLQx+rk7wW79PODLpr&#10;1ETZd1zJpgPneLmOGGXstR1Q15bADSNSwga9BoPPBTcBFEGZRGHR0xdAknJ5z2Pvlw4/P9QMl0Ve&#10;YaVpbNH7GxMjd/FEkKl9x0kNWN7IB26bvr4JKyt/hH5mWVLSFDTNOwPgrmWAk/Y1+hxV+jmhzYkn&#10;KftoDZaKzfh4Deh0sUVmSust6im5GHPNmMWlpVmvRpEk2pO/LsWH7AAPtIt49Nkl1vIp0jqGDiuz&#10;kFl4CrqgMT+6oHgxtuOpGW/u854qAMRk0oOXzkwYvjepR0wmZhl28SFAxj8wAeAFNEiY8SnbL72C&#10;LgkwHjCLrR32HrSqCtDzPE49ia0bWOogRX2DIUEU3FiwnKeOE88+hBNHn6Uz5CnUTFM9PJtsC9EV&#10;Nh8D6fkCsz98l1Mt8D5q1YrUIO2ekb1lZr6N5eMFpwYJHMvUSz0MGTySpOpQm2+uAZotHS6G1Dyw&#10;fx7LDgvM9uXnr9Nza5HDrKh5H1uH6przsP7sCzCy5jRURscFGBSQhX2gGWzihciJgNr50s+N3bkU&#10;OVlzTs4i6/x79FaZgaSc6xwoy284fdcb+K3aQbJ2YsKuNd5gKGucTOalLGSTUEpe7CzzspEsRmpw&#10;Bmy4jmDf5Mmjx/Gdr38X99x7O/bse4wa4+NUG5Sx5cwzcPZZm/HGN/0kNp97poZxWfUW4uaKUxO5&#10;dmWwhcExHrQU8lz7FamuHsWxHPfS56CNDp7+wS50urP09TOYm+vJuaCsB1WC+E42x01elxt1j143&#10;V0PeFETOJHYzUNN3vjcMeHHNXMh7VJNQLd/WYbBR1FAAGw4koI4D1RXLcdnFV+HMs3ZgbGyMehI6&#10;MVozCB95BI1d98I/MYMafV+V/itWPGHE0eEhe6I/yqxBq8FpEduy0EUcH0Vw8Sthtr8SpTWrxGst&#10;CEoCXPM9Zo9rtn8IcjHVTUazPX31lxa/bxciJayZxEfc2FMOM3TLpMqI+pxe38dTTz6Jf/3nm/Dg&#10;rgdlMF6gmrNP69+j91IslOSZ5ATrDl2Hszasl5Tb69/wOkysXSsscwY5uLf4qZ97C659+Svx4Q/+&#10;Ho5OnkDIA2p6Rp575gj+4A//EP/93e/CH73rbejUWzjyzCE8eve9OHhgP144OolJ6qE4vI5RJPbS&#10;49pwanpePRddmAbvJUyoaLMM89g0/vQjf4TrXv4K/NKv/gpGy8x0Y5N+Pttpb6Hv8ZhpWaQ+cqRK&#10;e0LBzVL7AjL2uXE2dE85wZ5xGq5PmdDRC1NvqqwawxPbn1jWOSt82Fbk6Sf34GtfvRl33n2fBADw&#10;epI4BvrervMlYyIIM153XrQDl191Fc694AJU6f10xFub5bAVWqtNes8+bvnubRhdvQLnn3U6fut/&#10;/Ba+tGIVbv/6NzHXZjVLhPm5Op665W78xuN7ceMb34TX3/g61Kgn7Ue6v4ZOeifvVNqoHJoMVtNH&#10;aTaaooCpxx3xDu5w/2Zb6J04joj64A4Dpbxq2OsvF+Jdf/hBYa2x9ziTCTy6fr4EZmjoJD9DvcgN&#10;hd3xGyX1tBvMK2Ci4SBJWJ5NiSl9FI4dQ+ex+9Dd8wCKjWP0bI6gu2Ezmqedgxx99rgQokB7R+P4&#10;PJ64+248d+SwhBeuWj6Ka6+5DMvO2YIVa85EqTpO97uEWlll1bmgiCBfQLc5Rze2gPMu34mVcRV9&#10;r4Xj9DnrPv3duk0488Lt9PzmUdq0DpWNp8M+9wKat96P5l7qaY5NwRujz3PacnrmNyDq0rX6zn+h&#10;dtk2zJ55NurT0/TSBWFdShCHDFqhtlMcXNNqqTe09OBBuudkWWxW494dhywDmApo4rtr5iSUJjFV&#10;SGSgTsIfRU52aweS3sgJpU2S5qssaM9ov5kYNRuTsIH1PjKI5SXhEklyssnacmd6rCTAIQGC0uAH&#10;hyJwPRurnx5kzTgGYayDGAbjdGIUpIMtIbdIL+fMhb0BoJmAi0nYRAIYadJzJN/LL8j3RM7bvgv7&#10;kLNT112E5D32BqxJl3Qr4RlxP1VBivd/ylh0AJdL6OWBix/b1F8wsS6JXL8h9VGkoBwD7OKN6CS/&#10;CYuSh1A8vID7TElwmZVf3Rnl7onzTlMMph/K94lKgSXzhaKsMRlc8XMve1kC9jkbFed9aNK6IXZS&#10;YKRyZlllic+ep4xXCUzxlOgAM6wA8NLEZpv6MwowiASXGbAefeeVPkjmtUP+PkGZfQhYFuDRJlSh&#10;Q0c8NwpoUTHVbdSl0Jpt1zE928DU1DGw7Lfg2GdslCvANTX2nK4d00VpNSPsP/SMePBFdFPLlTUq&#10;MwhZAtVGvT4nFHWWdszWGzgxNY9lYxNYty6PSq0gshBGvvvslsRABAMSnlK4o456QXU7fSo+jtGm&#10;Qu/ZL9FGWRI5yGi1TBtRkd5/TcAUz2nKmQ2RJKYkppPSIAd5WZT9qC9MOgZ7YpZ22lD8UPjBNVYT&#10;3Di7whM5QyzyRZ9TUmhjVsmtJrv5kb42L0CVN0CCMVTGo2iuTvKdaSOj53GgaLiAYVakoqFlb0R3&#10;nNADI4nFbFIpUjonZe53qHgbRexrQR/agvpCcTPKUfK0whi0Yu8OYbuEPcmpFNmugM2RmOvyhCNw&#10;zTtLAkR6Sz+CU2PVzFRZewxMMX5lOpEUHUzX7/XbmO/NiQSh22zIWpCfm/NFxs2+EiP0q4aJ8ITV&#10;CFhXKVVFiht4CXPOkxAQ9o3kaSYXCvMtOnQZPOTpU7tFB/AJOrg1Yl3YSGzGKt5ZsaTi8GRRQJa+&#10;J54U7BcjZEW6jv1ITfu5cgvpGgVy/UNJJ4X4VPIz3hDU3KfrV6CHiT0E+Q6yX4FhWUqvgVZrDp2O&#10;RmHLpJQ2BGY+cMPSo+eF2VANWpu23xTvIZZVtKI5mSieCOvo1dsisUonE3n2s0g8G/so+jnUObqe&#10;C2OrKbkmbGLO7sSY3SfPQEuar742Ob6GqCTBHNpMxCK54gKh37eSuMvy+3qjpf4dToaqA1j1eIg9&#10;XZcMyI9BzAHlORqpjqrAmNdunApZBzI16OajTYlObELXgPoeNXtx4NivyeHpZXCrhLbsZ6S78SC9&#10;brFmaOH0zlsMaEtkcAMW6+DrsghaNJDYLvQRsxmEJuX8u/ecTsK8ASAXLyj6TTYIIU7NVRf9TCZh&#10;/Qzo+VnQMgH2E8J74geWyBK1cY3kMGH2GksaZqmxmKJi/AQ1c3vaHu7pBXiq5wu9rdjroMKNhjWS&#10;pCvejHSPxhjEd5HxDGix315NQMucvG6J2XIuVTzyHJlf0njVt49B/rYcXL4zJY8xJftfTgG61E9R&#10;kzd5us1fO5ugGJ6fUutZYVyl/5bR7+c8TePuO6aOrDd61lpiO5FHg86UCS8nZuNs9S6DBt2sZag0&#10;5wcCLIZ0H1t0TUbZ/4d+z2AoM4nZZ7NM659KcXR5GMHhHPTzyny9OewD2lDwmmZgMsf7oEwBc9L0&#10;sSsNM4YK/K5jJ7UwSUquTb34jJM92AVgEhJZ7xLgViLZjR2zS4aKzlAlTNfE0ozAgZwlg08tAlov&#10;lAwblw6a+KRoqIEdArvsEHA2kPgaOwiksGmsnZt6GvUvFJlnlqGIYU80e5LXp5vHZd9/LKd25ucn&#10;hvhm4BdozcDHMMMozHr2xRlQL1H9pM9gIqXJJPRamwRz6DPtG90Xs4EfWrt4LpAndu/RZJgCfWX4&#10;MSRHTWC0INk4dl46kpbpBn3K9IrSGyfnH9ceLNlhoCKfk3MPjoHjedSQRTOY3v0o5ufp/OzO0XnG&#10;DL2QzvecNJSNFj0TVY/OKE8k9PkCPUedFkqc9GiUE5sYwvNfFCsV+XlcKAc5ZY/wnzmhk79/eqal&#10;ZyP9e7mkuxrbs+T5uZLzvyfhUszW8WOVyPY5/ie3DaOnnYbtV74clRUbhXkbGMdklQFWIL5xUm8y&#10;Y5dBHTsACRIbBOPGAurfk7VAiFNQYQC3D5IVPXfz43S440RVuuzdwhvYRljHnDDO19VbRN+t7Bqk&#10;zaI2eT1p0GORRauXkiehIuoLHDkmgp/zhAnGcjGu1VjG6NF+NUs1+X133ombvvA5PH1wL2rVKtVN&#10;PezcvgPvePvbcek11zqrHpX7cCAFg7nMeYojbWmZLaW2aKyq4HRSujcVXolUO0t9NY3TtpwHjw6E&#10;h3d9H91uUwAo8Z9zAIPI6ng4yx5EPH/xA/Epg22iWM5RXeNJ48Y1laSp50pCJqAXpbqmLa/NstKO&#10;Ve9KTX7sISr42LL9Clx+0XWoTKzGqrGi+D/N3v5tTN92N5ZTHVakBmKUhzt0Y/L0/vOxEW9jv0i1&#10;HRVeVLYgKELqmSLV9OFp56Jyw0+jsvUiOjv66l0t5x3/GqhXqgQ4OQ9Vz4FJzmSF6+4oSYg3Lj7K&#10;+BkDB7e/0f1hQIeLJbaDma+3UK6N4vChOr74uU/irvvvQom98/yiGLz7tCaKxYKcu+xDFzmp39ve&#10;8jN4w3/7Wbp2VqSXAYdhMFOfv4dZTvQe165aiY/+rz/DO375HdKTcBNepTXTplr5rz79KZy27Tyc&#10;tWwFNmw5C5u2nku1dg/NY/P48pf+Bd+9+y4cn5uVPaAknmhAnfu92BOAvsv3lIriXrsjydesJrn3&#10;1luxatk43vnu96LZmUKJ36vvpSFScuYmNipS++S0x2ErKAT6+8BLImekN2S/Rlb39LkPYY/PnPMj&#10;5waf1Sb0mdhHeGbyOO659wF5ngP6s0/neCFXFuVLhUrgJl3HM87YiB+na3bF5VdSDzpHa7ygaZv0&#10;ecqsggGDodP47Of+Eg/fdSdC6hf/4KN/jKu2X4Q3vePdsm985eab1aeeQ2HYnuCFOfzTZ79A9zHE&#10;L77t7cj150V9ID0B9chFCdGguoHuN1/H+tycePFxgESD02nZViD2ae3nUeKQJOp7ZLROaycnQFPg&#10;1ER5sT4StiyvtWT8I+zbnvTE/FkSn7NkmMPnqZJNPPFXlSES9T9tCRrooNTPofOdb6C/65sIClQd&#10;mTG6z/Rcbt+Jxhnb4ZXzdIZQfz87g6OP7Ma+x/bi+PPPoUrvc+MZG3DRy69EbWK5kH/K1XGxLPKc&#10;fLBQVO/VPt0LL1eVs628ooadV1+Du267hc4P2neCGiYuvgCnv/Z66Uvjo1PYd/suPPGdO3Eda0lo&#10;vRVWUC94yZmo73ka3d13I2zpDmy9KURr19A+MiIesTGdR23qowLH9IoDDiD0hMVFjRm7OEmwj6qL&#10;fEkTjx2LTlap21fjTJCalJ1W5bjyXEdxmngucK4L3YtToMhJ811DIcCNO59kRGY0vEF8ZJ1thCbc&#10;Bs6fWffgwNWBCjRhMJRKpP/uQGLQJ3YJvsLUYxYd1O5DPCn7YVoU+Y41JGR6V7P5fd2bgtRG3K0r&#10;GbA4wM3VpgMvaAdM8XWI9WeJ7NYkoRaR/DwNzzDKwPOVJCR+lnwuGBfQ6JlB0JuEdDqLsliDynig&#10;wus+Te2VdjCXKsAgno/CYdWwVofbaNhVrOBrrFYlNmVWBikDVsPYwrT+jZlRKwnhjtxmVLHI51Tk&#10;2JjGPU/sAykkS5aos7erCxNxRbl8f+i8ABFqHRCInB6ighVLLSfbTUhSMihKr+nAbo2xFQFWJfgn&#10;Gni+sqVFrHYgvjAzAycbTtj+CVtTWX6xezZkvdvIWcMoi1XeH2+GvGkJUF4oIFekjYdTgloRFW5T&#10;aDbamG806b+upJgaNgP2IImumkCpOmLxSaEHsEhVQ7vTxDOHnsP8bB3rVk5j2cr1dPD2aVOkdpGa&#10;TTFQZFaeGHAaYW1NHp9EuVujwrMidHWbKwhIVc7ForPmhRKyj5hqBDVggT5kiw1q6T0yP2OmPi0U&#10;azr1xWuwXPRQyVdlQ8gFXUku9QMFvPjQFNEp+86EcAunq7pxkdioLLVvcuo/x00XL2ariLMaU/Pf&#10;iRMdH2fS2DJgx1e7H/siXY1cuIefUnJdArGju/Ok2zjzdnnQ2AvNKvLOwR/8U4SKGlnXSKo/ISej&#10;5T39eggrL3IJUZH8LPGcC11KJP38nGPsRVb/iyPjWH1INetcdfAD1WOwkzZB8cKia99szKoBLv2s&#10;fH5KNjPjTIp5W8mzGXKtikqpTAd2TpBnvs6c9CQXg8G5SIvbpMbmz8FeIgy0+k5SzO1Pi4qbVrNF&#10;P7OLmZlJzJ6YcjJio40PNzh+MrVSJF3Yl4npsyvmWG5XEPNSX1KAOYAeaSPKjVFe0oIFQOWNis03&#10;HUDDxQ77jzGg2W11RRYzNz9DhUksfhrc+DDDQCTMIQfNdBQ0pu8x9Pl5OsqT4B59ljJ9vemU6PN1&#10;UW+3hL2qE7pY1g4Dm9rI5qVIr+bLsl5GOFBD6MQ8OBzTw4XlU0FZJD3ib8Im2hKeEw82Ykk+jCWA&#10;QyS7nb6YQmfNaj3njZImftqkrFXpFgPKy0fXIigvkwm4557zrOTJX5gii8H0IpE/R1DfSR9uyoV4&#10;QFO2Xvp7u0DC+6NKDpeSSA3i67MAgney+ZY5mVo1COcYeOG9KA0L2ZPTSYHdgT7wHszIDWyGX2IG&#10;WSXW+UC47V99+oxN52Aa6BDqtZbETIM6/Tcd5vACFX0HOhb72hHm6NDPs8yip1P7qVh9lwLxHlWZ&#10;biMK0/fD0+eyuzfT4FALarboeyosY/EUrBNauPx0I4mcfQeIDjNWvAHxJfn3pLIwA6pYzd2LegZ9&#10;ashr0/u26g2YgK6xA3JLsiD7shc3aQ/hYI+ezZKwjRT6vPeJRTHvNwyIMkuJPYCgzGTeI1v0zHIo&#10;zzQVA8wSbHIDKEWVsrD5+Wp7gUsP14JL33Kg0EKsE7Usg9zgpa1hs4SyXKavS7BH/v8+J0sBf97C&#10;DI0FYnZj7ItKjlNVVtZnJRO0mM7PLYYZkaeQyy9kKMaDgfSQKf6pru9SQQlxln21hIOgNQtZmHZR&#10;48EoK/kZAiydl0zCxHPpygPYM41uVehfpunOV9co2z/HA55IQQm23DCehpL1mX3ODaNhxoXFaJn2&#10;/rkjaNSfg+VETP6EbG2bV0+sekvN38eqXIrRGdFTL1dWTVRKVLwHXB/kpD5hprhXpDM8oL08YPm/&#10;NlrcqIv3NgMEbGPBIVudCBOjgXyf8AMj0WLIAIq3T19qAv4sZfrBq1FbsQmjG8/G2q3bsXLtRgE+&#10;WlZZxl7ib3iSn0P8Ulb5j0JaRfa0y/qxYsHfJVIvs8TzKd6MXMyzBNYmAUuRAC2iErFGgD712M6l&#10;g7GYrluBa1+6NyFdq0NHZnDrN/8B37/je3juyLNUYzQxPjaG7eedi0suuRTXXX8DxpZNOIXGQNkS&#10;Ou8oll55ToHSj3RdGSeLY6ZUkUO3uHEuG6xdvoKeUarftp6DuD2L791+ECMSQtCDKRakgeRamlNM&#10;edDOiavJUEtgsn5DGQimLJ9HI/P6AqLYqMvJSPA4wEmeFWrnupH4fK08/TRcfNmrsOH0c2VgbFqT&#10;OHrbI8CBvSg8dxibaA3lSgGdCQFKdKax/LtQ8qUO5GvFR0yupCzOsDyGypYdyF1xA7zVZ6BardL7&#10;ohrWK2mKtG8WeKR6w1Rn1VfJ86U+xkFq4s+gK9fgwqhxJvtCuuGT1Og152H9C88/j/+65Qu4/Y67&#10;McMMJfYfnK9TDVfS2p9eM8fD2U4Hy1YsxxUXX4xrX3U91m/e5M429qauUL1LZ1ef6keqRbmmLjCw&#10;Sdd7xfIx/P7v/j7+8jOfQWO+IRJQiE9cD3/24T/Cr37gN3HROZtk3+jQmyqsGsPPvfvdeNNbfw4H&#10;nzyA7/3XtzFF9TWzA5u9tkgl+f5x6jYrWIp59kYsCKOfrSu++bVvyJn5Mz/7JvqzL1LxKF5gkXKS&#10;L7p1DGQNmJBjO4pdSAvExontdxgE5T2EmYJ9tgeg9VEr5ITB9bKXvxK/1Ozgs3/1lxIiyYwbJgoU&#10;84HUKjfceCPe+d73gF6BrlELPL1nMFpYkrM9PPTsPnzhizfh8NOHxA9yzbKV4vH7l5/4/5D/nd/D&#10;dRdsxU+/7a3otpv47vdvFyZOzotFpcJAxH/88z/i4Tu+jx30nF39iutx+ro10th36bO36i0cPfEC&#10;vvWVm/HIgw/h2IkT9JnoGWEyhsnJsMQGMXZeepUGQXIDINmKDtDIhC2dxPiP1YoncoM0z/GRlcvt&#10;S8ot31teex1abxX2K6Z+I3/0EKKDjyN88nEEk/upJ6G/NyOIN25Fj/baJj0Ly1eOgKkTB3fvxxO7&#10;7sOzBw+gPj+Nl195GTZfegVMeQTr1q2j915CpTai/S+TgowOsGIX8hBHLdnXeDCRo71h5yuuxs0P&#10;3IEzqqOYWDFO67uK53c/iagR4tBjT6J27AR2VDyMeqMobR4RJm/3nofh033q8jMUuKCJR+dRPf8p&#10;9M48m3YOenZnZ1HK0XVlBaD011R3lqtCTOKBQa7TlbAUXsP8b9ID84WJQhes4UIs4kSl5OyTWObK&#10;va8L+zDIJJw5jzRNjM14FWe9TNwUNU5knAapnNQaDPmqWQd4J8w3pMEdjjkOk2GVe85zMTH2MLJv&#10;yWDRWZYJM00sHWKn1Ex8RhVQ48/DYBEHRMhgzcSZoa6BzQxskfV8TtPqbSoBzSSOpYyyrNWQXYTh&#10;ngCkNqm/Yuu86Z3C0cbC1NV2SDED41jgJh6kA0cONI0sUna9sDj9RM1kHVPPsRn5zDHG+WkmgWnK&#10;zBQmXOKx7tRMxtm6iQLNyY8loIqnjQlQ63INBICNQv0ckQsRcf6dUuNwH2UGfaHv+ijjwvjiIS++&#10;OCXNWFcYp1Y0cTKgdMFjAho5Almy2mTqHDg7RnVxF2m2MBkVZLImSRwReXOACm2aRSrmRkdG6cGu&#10;0cFLDQ9tii9MTWLq2Lx4InASKD84gdDlPGl0NKGZQZSCUNDFy4OuTbFYlAdvamqeNtu9OH7iCMqV&#10;mtCsmTrOxsr8zfwz+nRA5QohWl1q4GifniuF9B7oIS5a2awLPqe+FVCr5sTUNuy3YbtWaMSRAAl5&#10;9R7JKVDJzVGDwaJOG5P1Nn3NFKqlohxc+UKRrk1efGJy8l4cYi03JUDWoI8LTd4DArmjkRpCUrXK&#10;HhTodiSgI+fkIZ4UDznxeBLUOu6lGv0kFMMmHj+OXqsGlZ4mLXmBTNREx88tbqRG9iLnZYNdAXUi&#10;B27pAgmlzw+V0i5ymbw6O1gNm9D7SwU4vTeW18ahTpSZqcigpejtPf23bo+B3IZ4N8qBxNMHZ4Ap&#10;3rMsyYVO13PM2HNJf9wElEp03Qt5OqxLyozjabWkuNmhApp9FxmY6/dj8YMzXlcmAv1ehDpt1OwR&#10;0mw20GjMYmZmDk36rzN3nIoaKnrLJYxQYevni3IPGATrS1EVSRHCVGLwWpJNz5fNO8/3k9l/zB5k&#10;fLUfpwELemD5kjzNkx2JGw/1weXXazPg2O3ixPHjqE/PCJALl37J1zZ0rAvbZ3lTRybEzIDtMMOQ&#10;vr8ik6YIo/R++1SksDQw8puSJsggJ4Nh1sVE8CQi5/cFKOzLmZOXaQL7UzBoZ+MmZuh6j1HdUKGi&#10;oRQWpFAJkmQh55PIDzazOjp0PzVpt4N2pyssQGu8QQOgqJ0zAR1EZgYyLYokkW/NxCg2bTwT+fGV&#10;AipGaZz5wIMszsqe0oRJyMRHQDyZXIYadMCSnlCBPg3C8tLNVZsE+9IBDGOXZsstAYoMSwljxz6K&#10;l+wRT5YeJr4pXka+Z0/hP5h4FCaMLpth8pk04MOm0y8MZXbJADfjkxnbAYgUS4hFpEAgJ9DSdZ+L&#10;A5yIfTxJe+ljtJc+2GNZHgN9RiRPU9ZPGZT8uxVcSGLAWuT1XzJKk5+3OrnjEI2GDLgC52hsJKGZ&#10;nxk+gHLGJeIKiBcPAaAsPRJauUh+Y2V22gxb0uqhxKuk5CQoWqzEzmfPy1YgA0DEy6FrlA1cMoEw&#10;9RiAYEh8TgJCIAxibtAq7DfLzTVLfRmkp//jT9xNQGv6UcwdCdkcnf7vSMT9ro8XOF2UFuky+nll&#10;BhStihtL4iOoKdie3ANXAMgZYges2SQxawm8ISveXEyqm2X1pWm3doEE94fRtb5kyazJMG0zbpDG&#10;Lipx/6H0txlU0WZkKhiSGGfc7eypwTprTwE0mkFAh12wXdhTAH/DwSMm/X1yn6xZ6JWpf4idwXZ2&#10;Cxgk6iYgpxW7kyzz2NokxdMu8CH19LlIfpgXOwN749LbnFk0SwBFMqLec7mojaLXRq81RWfADJ0R&#10;fczMzkidxKy7SEguRpI+GQzk2oprlma7JSoGkTl5sbJMnfzOOpZkq+vYeJ4yMtlzLw598eDl7/Vd&#10;el2OCqJKSc+3PisFeQBMD1jBMR99rwIvvxLVsU2YOG0zNuy4GrnquMgHmeHe64TCTsyxaiJQ9pk0&#10;HZm0wEFCnf0hMmDsjwQQmiUA4YHFwjDDfKkzKHagr++5SAL3GkY8FiMXuKZyH8NMvlDZ5p6k7vYx&#10;S/XzrvuewL/d/I848OzTVHa2UKEG9/xzzsbFOy/Ha3781RgZn5D7KMBhvy8SSQ3N0jA3Kf55rw3c&#10;tD927H6jX8PnPqd+xjzwoL9bSeuiXY4RMSs0bCEcy2NLqYyjM9PwCmVpHONcoE2k2/MgdVxfz38G&#10;hqh+4uEr10JB6LtKR8+hnAz5OKCN6h2op/b5F+/EWTuuwvoVqxFELbT234/e3t0oHjyAMtXe7BXH&#10;1uGsFGBiQlD2qLm3wvoMRiBKDfGuGi+huOF0FF7xelTOOBc+9TIMrLBnWpcuQMnTsArtvyNnhQCY&#10;obvuDTvvMLPBc0MXq02feIEzY0SULDxMjrTWFYIbfdpejDrVfX/zN5/Fw7t3q6m9G7BKw8sDbg4d&#10;pHt17uazcOVVV+Hq116PQoHTX7k2L9CvVLsFdF+6edxz54O49XvfxK5Hd2GUPtP7f+M3ccGO84WN&#10;ctnlV2DnpZfhY//Pn2LX/bukR2Nrpheeew4f/MD78NM/85N4+9t/WdmnnJTLPoSVMs6+aBvOu2S7&#10;MNdbjQbuvPtuPPbIYzh+5HnsPXAQo9UxTZrlIR89+yw3Xp4v4dCeR/HEni24YPslbi/CSezaBHDw&#10;UraNkbM6ATykPxB5q/pq5Us1TE9N4Zvf+BoeeGgXVq9Zi1997/swT++3xmnTnQZee+OrsXx8DP/w&#10;+b/HiWMn5PoUGHyi2vjWu24DqgX83Ft/HlX6c4mu9fR8G3/713+Dex98GMeeP4I8B4tRDcMANasW&#10;GNj2+l385Z/8MQ783Jvwk697I37+ve/Bq17zWnzlC/+ABx5/VPojZkFH9Hwc3rcf04cO4/abv4rS&#10;yIiQXdjnj8HFE9QjiGKJ6n0OwmDwuzJKvTR7YI/X8GM/80a8/IZX01rPC6mCeyTum7l2YnuUOLYL&#10;7CAGYXTWJbAKuOeC8cQLjvtDqkOYIcgDUQbN+pOTiB+/C71996PQagko0CyPwaw/G/GG09BYuQIl&#10;6sN9eq73PvYEZg8fxWMP/ID28gZO37gG5//k63H6BZfDFErSw7Psnns6uZdOIWcdWBtZV7uyf31E&#10;z1GuJvf1ure+Gfbzn8LZG87CyLoNGL1oK9bWqDKbnoL34INoTj+PZSX2WY7w1K7jOM3T4A7PBWvI&#10;OdWVD4X21++GeSP9w8YttKcE6OS7yLc66FSKEnQjaiRmjI2Ow5Sp55mfh8/9qySTa5pqwsYSqWbs&#10;AjIEkDGDc5i7QWvS/TrdANyhL3JOl8o+UABEqbVVnPiqBirjFbZbMkBwctJYjeyVddiPXH0XptKC&#10;2PVYnh2cd6Lb8Exa96eQYlJ7iD1Nwh4z8vM1cNOl2gpzvK9sO07nZTDNXQ9hLSYeL8Zm+kOL7CUw&#10;DuzzYmUPSwsQ+JnrapVw5FjJcazKLqQSUx3WMaiaKEV0iB6lPoW8wpkJ7XlO8Sifq68+9LEGWkio&#10;ZuBnajmjvVEiMXZkgti6PsPT656dQTBGlWqonBw3Oc8TaySd8ShIZ3zt+dVbNJOOy/23AziFguUp&#10;424A3ps0B8Gz6g+YuDGng253/TRMxvU8iURbGJOeUwLAAaJGP797bd95/1mRl6ui1CZBYlYBPgkC&#10;kbPegX1cVPGLMBjD1Gf2UEvojf3IR7cXO9NH/SCRMJiYhxTIRs3+K4FVRF0ORceU4imleCzRZtms&#10;z8giKeSpWCgHnAqiBZD4OXgQQqnpCtusw2av7CPS54OPGX0NkVlWGcijtqyQL8DPMy28JwWGxybN&#10;9Pc+mz2XCvJA8X2vjK2kn1mlgqUJk4/Ef8P3tVGPnF8WN6liLC0PeccZfUYpas03K0JeUGIF+5yp&#10;JcvKmGUlfh+BgF/9vpfJwEims1Zo/QwCivLWPbT9WNFXfjxyYhRKNypQnwt+D3zNhckXqs8ce90Y&#10;R+tkA+0wDCQQgq+ZJAzJo9OWqPNurychEULbFHPctnjKycZHTXrg0eHVVeNgyMQiUIooJ6QZDk0p&#10;I18MMgeNFY8uLu64kOTDjAt8BunCsIN8uSCNdMhAJwNtXl4ox4mBqNixcCon++1xsRGyd1wTrfo0&#10;2u2u6PgNveeQ/r3dD+kzdNCuz6ExPSvhG0xvLbAEmWV7xRD5Qk1YnzyvabF0kL7XcpoWrzMqSOJe&#10;C6M8E7XqT9PrMyinGzffDzUz12kLF0uh0IgVwIgkUbePuflZzDdbmJmZlTXKBzszQXu85kINZ+HP&#10;xEEXrU4fvALZB4WBoL74HOh0ga1R6nQ49XrH6No36Z7l5cARzxJmVbnCURlLnqxpQ4VeQGs9bDep&#10;QKXVFbfh05+5wQswLwE2NgnakU1GDwoJZaDr16BDnkG+Hl/TSOV+GtRh040lkcjJtWdJuhwOoVDt&#10;+XBYt3odFSkbqPj03OQag6TXBaCZdSgV+3emiZORpkGaRPYkG3wsn1EmJl6QbkwJ7854L4GrYS0A&#10;+yODGdlMW5wyQOBkRCAbKpB4EsY4VbqCFjJmQUxqCkAOhXic7BWYwAY2dRJxtG2bFFzAPF179tw6&#10;HuXwZMdgb8viCeq3puiZYF+mEfqaI5EmU/HDUKCfzWy5duaiM3AXOHFzP3aSM9mbY5ShQUDzsTLs&#10;mCUXus8njD76+hHjkukYGDNadERQ4KLmqbyBn9m2y/Oqst+l5XAQTc/kFNwJBuMSM9qhpssqW8LG&#10;ItcYMAloX5FDJyfFwYwzOg5TA+VIi0iewNPvRyTF13nbuP9VjMoZyzyI8NXvLOKpvlXZ4mH6HGMs&#10;X7TK3qtBp8rO2kNfH0mamZNtuhTNAUPTLGqON5zeejLgZ+0AWEiTvcwg3deYl/4MGHtyOu+pYI5E&#10;EpEEVAxAi+HvGOwrJiUqyFBjMUDEnEJ2bF48pORkQCeRRBhXfJvh4bt5caafSSW9Zij9eFAMLvw+&#10;k52LD7MZk/AMm51yJzkbiRdPrLYbqYg0HgSIOTmJTbP33J9swuzw5T7ysJKfsgL7Ztk6fessjs0e&#10;QKfBjV4ZXarfqnQGstqAme4c6sR+W/mcFdaDNL7diM78Au31MWrlvADkHQYc3LmQXDr+vj41qF1P&#10;gS8GLPjdFvPGSU89x+TtaxMfcCPLNipFqul4HUygPHEWzr/uBiw76wwxa2fxe5/OT/ZvDqGAQLfd&#10;Qa5SFRuKXAo0mxQU/eGtH18a0OcN/RovWF32JK64/SHSppmRw2FgwkRyclaxuXBMUm7YWZrp5QOp&#10;8ViyEPDvqWb58hf/E1/7z3/FwWefkPOSh5znbd6KX3vPL+OCS69Bc25KhtaiiOhRHeZYXQIqcWNl&#10;Bt64ntV7GUVq1G6iRIeuyag8AI/iFt2NKmaaHVozEaLJ/Tj2ta8gevRpasi7wqg72mygWyrLPs/s&#10;qyJ/JvZes4OVCidX5n9nNh8Pj303EGfFEHvE8dHf7DSxau1yXPPy12HTpotQrbTRfPYpdG69DcHk&#10;cyiKrJh9YANUegrs+ZywG9C1ZIZfOcdfgJqvLCdzwYWovPJ18DfvkOaoT3WogI302coMgLICgwNE&#10;ZLikrFhmb6n8fhDIZ1JjBNfAsgWQ9dN1FLsBqzZ3oQB91gH+vEV2qd5jewlmx/75p/4Kv/3+X8fu&#10;vbv1+WEQqFiWVo09Zd/57nfixjfdiFabrgcdcKyCLpZyIrvKFcqYOvYCPvnxT+DWO+7ExPiI9FXt&#10;uSY+88lP4kN/9CdYuXKZMGjpouL3/uAj+O33/joOHHhGU+VZkUH14L99+Ss4Z+sOXLbjfPgFVeNI&#10;EIVfVL/qoI/KaBlXXnsNXn3jq2Gohn7o3l249657sXv3HtTrdcxOncC6Tevx3ve9GzuvewVaVB93&#10;VIbkWDNxWl+m6pE0eMwMAR9cYzPRoicsLE/q6e/fcSu+8m//ipnJE6jRmp46dBgfmfwgPvThP0aT&#10;fX1pzfGa3r5zJ7advwMf+sAH8H9oew94u66rTnjtU2599xV1yZItyZJtuXc77iWVTAZIA0InJMwX&#10;AilMmlMIJGFgUikBAsMEJgNfaOlOj2M77r3JLe6WrPrq7feec/as/1p7n3ve05Ns8s2XH8ay9HTL&#10;OfvsvdZ//cu+gwe49u5KLzPkvebGH/yQDhycpg9d9X667Y5b6fOf+zw98eQTNFarUZXvPwL/wF5c&#10;NaEqmbGJCbGUuvj8C+myU8+U8CLsQhu2HkXv+MP30+c+8xf05a9dLcE0K8fGRKou78ffY/+u3VTl&#10;36tHsQQNrmg0aKHVEr/uSpn3u6oRuynD++k73v0OOv3sC2iBf846X2JIuNErDfOwOre2UidJtLmg&#10;UHq2oXicWfU6cz4W6PvR92RBlUq9eZq95kuU3XMn1cI+92QA2rn3WbuGBqdeStOrN1DVdqm+agU9&#10;99jT9MxTz9Czd91Gjz36KB2z9Wi64mdeTWs3b6dqdZyi6hRNTE0KwQP2WZnzpgOJwDjmFJ4vtRQB&#10;PhDxtZikKfj48XrCtT7+mC20eu1KOvHFF1Ot36WxB++nB752HQ1nnxK1HPr/Z/uQ4ltayedNzYEe&#10;kWswemP8PPe4vl3oUfrtm8i8fpLCqQ0Uor+r8Dqaa/H50aOwMSa2NRg+AJEo8X0I4FGH3sftS6HR&#10;YUuQh3M6jzZnz2Ad6JI4vzTj5LzCPBP2nAOW0mwxG8vZIfnCDECbCRWkwa/Fzy9wfvmeyeWDNX0a&#10;bDEsw8mHMx/CUqybHO6SjyUKPRmGC3AOEPAR7yleWqGkxeIMCJFmlSSLDIj9Piev45JkjVdZZdoT&#10;ynDSy5nx2sM0P/ecYElJHXIh1StX/AlpVLcGrucR4lSmOi+QjBQbUFu0MAxyf0QAgr5ODP0J7j4X&#10;MCrpG62Xx1oHPmaLiCyqOFN5tfHJtt57MdDQD2WojkBTX7MFLqNBnjubcy4F7MucQjNw1kzCVh9q&#10;DWSRLuV82o2TuXuvvTQbESCstyEqeDlaWyjK/SDYHT9S7YlAyTFqA886dCEwWKPpMF8zoetPrVfZ&#10;eQauy16IsHllAHtKsTTgANzIFXTwXRC/PBeHLGU0H3wAMUJ4n0VczCDSsabyJkyQwY8gJy8R/3/4&#10;CQCgo4oy2iAtALPM1VMoGiWANQkFuOOOSzbVWgOssZr6+xiEedSpVMZ79oVRBvkvJJgATMqxEcYQ&#10;Dr7KWBVZ3tQZwJiRD7WoygUpPGn49cYaYkwswB4OfxgCp325cKlMXPQGAUQcprqA4acT+mIz0+kV&#10;NjXQwWVKRgPqJ4HIEJLUTXM9syNVWr/Q4yOYuA7EXyUdZMqgw8bGDyjYjrHQ7/vCXMRkFKDp0C3+&#10;SrWii95GslAgfbVioFdyxUYmiWkaWa2S3DggKQaRfgXPCBL/iEAKnCRO8k1IzKwDd7+smmHC5w0A&#10;Eh4cLLQkUIlrWCrrYktxqEVysE3U6jrJcEwtbIoIVEkSTa8c8vfs8/1sdTs0PbtAc7Pz1ELIRWtW&#10;Gg40GiiArLDSOnx9FijqN6kaJFgS/DMl+RxgHw4tzGp5nZQh3ctoFt4Y3TZfr6EAnQiIqSGdbKzG&#10;zUtNrlHGheJgqF4/wrxEMIZ1LM5MJdX4rPAV6vQ6NDszx593Vq6BtUoHxnWFtNc6Bh88yCCV6AAc&#10;BNNwkInXX+L8BIZIyuPiu8b/tLgwMoYLaTxH/B37/Rav7ar4pEkIC6YZifpDCh0b0LWkEQ4EfunO&#10;zfO+PUadpMKXfg5HmmxAGuCSyYQM8gesvTYXce1OV3X6soHrFDBzbDvrWGKLN8dRwinku5vWT9GG&#10;o0+g2uQU1WJNajVuauE3TuM31AKIpT4SdnGj5ME/2dnV4FUdJEbeLkFIedrkEY38lyAU1o/SDxMC&#10;UAQXTG6sP0o4zMG7ouTq+TrJIrVoUaCGORRQLMr3zKHJfTmoI4fgYkTCFg5M61hD1s2GAgf0BSKR&#10;MwSnyC4/E9O8Bz03DOhR3o9/2EMRZmS6EAuVP6Mp/veMBSgXircdPtEcv86ku/er+SCcdw0NJuDS&#10;iIrUSA+vhYLRazlFgAcJsA1QvecSxd03EUCsmXuFeGZUmHs2AvjriP+Tpoehz10Qr4zR9YGVQb9g&#10;VKuAtibmFmUCOCgnTepM9AHvDXgP0J+VZGF+nwkJjtFwDwyNx3MJtQ6a8NUAMoaZdR4cCX8encyN&#10;83N5gF+vwb/myyrA3zDTaWKSOSmAW77GeQQE3qDYmGXv+eKQDLMITCgCRIHx0vufPNzisKTYI8p7&#10;3XDJ2Bzsex6o7fmpUvZwEEs2eh1jl0ju6bDg46I3XySVNcXg+dE1zcm4ZrFfYlGe6/39lty7XI5s&#10;lsA8SwJJ7KI9zBYkgqP0Xm+wPmoUXBhD6mQ88vmzXMLvh6yerahF00Ak+L3ODPU70/yM9kWZMT27&#10;X1LWIRENg1QVKGInod6cWK8lKRwHTv5laGq8xL2RGvMHEso2oKnJMfGKyoefmW/gfdFp5aySITi/&#10;Bxgq/T6KdX626mUZpnYGVd4fuN4qraTNJ+ygVdtPpxUbN1ON67Msq0iabIbaCoNb7G2o87hGqZTL&#10;JDlfGKRC8WCKyYjLS3OPvG9nS34mWBYAzJYxdvAT9MOZQ9jcn/EILFnUZKFLJZR0V1U4+NAKYQln&#10;sQBxu57cRTdedy3dc/89tPPh+4VNuXblOtpx/A76qVe8nI4/cQdNrlpN3eZBuU42DRzbMpKhtRq4&#10;m9zHSS1nrcr/HLNExGBGWRFB6LVpkDXUuMFeoPjJB2n+jhuodcfttLbVovIE77lck2ddQ3GjRge5&#10;1lnAgLVWVeWJ2KmkLhXSnaPwbcZAczh0QyMjUlARpYGNPbGCLrnyFbTtuDMhDqbhzu/Rcz9+gsID&#10;B2kN9SkuqTdgFRUJvMAmFSiFR3IV7JVKJH6R5TGui489gSonnkeN86+Q0AMZ9iCYA76ACOCAgYsV&#10;R2wJlcPlKQW+KQpyBpWfDmiNFI5kc0Hm7nPqSLdWVDYS4hE4tZTzV5PsqFJVw534+evzfXrfVe+i&#10;D7z/A/TjJ57mZ0ETaAF2oV38+g+uo9MvupQmxqeoAkCV10bSS+n2226hb3/7W7Rz5wMSBrdy5Qoa&#10;cJ0Ln2v45E1Pz9LvX3UV/cqvv5Euu/w8kU9aroXf+s7foz//8z+lRx9+VEBkPPNg1/7FZz5Dz73u&#10;5+mnXvli7oViCSPR5p6b52GHT0x+1ioV6sBHM47plCsuoRMuPIc6XHs+fu/9fP0SOv6MM6k+tYIW&#10;Zg5wXR6rd6jzYLXOV8o37R6oCMyorhP+Dn8WWDShz6lWq8LO2/XUU/SPf/8/pe6W8ItE0ztnH3yY&#10;Pv6RP6Crfv/D1Ox21bqDrxsavXd/8P30Bx/8IBkEbgHYGfao2WrTztvuoLe+6U20e/cuSYqtVkvc&#10;E7RFURaLfQBUZYbGuD84avNGeumr3kxnn3OeAHgBLJywZntG2GK/+pb/Qhfxdbj1R7fQ3bfdLvJr&#10;sGrRk6EPSiQ0kPcwfvZ68P2t16iPNGK+Lts2raXTzjqfLrniYtq6/Tia7/Z4PeiQXlAON7TTYAk7&#10;sngI/PmTavCGCZU9KYGKqQz3Q8fwB9ARHdxFg4fuodnH7qPygSe51Y3FvzAykzQ440TqHruDwqk6&#10;reI+vTmb0s4fXkuPP/QwdbtN2rvnIF106fm0/bxzaOO27dyTrJB+HwCsBC8IUKCppKn0/FZsg1Sy&#10;HrndMqCpFXW5zmXuo6NSjfu3Np15xkV0x/Xf431rF1373e9T5d57aDP/DPr2x7hH25NoQOSQ78mz&#10;/NzsANCNPQnprzHJoAAsYHjjx7u7NLjlbsquWEFppSoMM2EyDrhnO9gV/2hc+55Izvkawy8PFglB&#10;TzzrElHRJdJr5iEwTtUk6y0/8BUI9JCc9FcuCTVwjEqvWA+UJqb4K34e523sLLxMlrP57MjcV1mZ&#10;zsfZn6EwXxP7LaPArif0B46csci7JPdxdKCPSd3n8My8ETPU5KSGwIV/mNxSQiS0shaVUORDIYJC&#10;P2SdTyA+n82JDTYHlLJgBER6FYP3NjRe8uqANi9NDQu+5UbS3HXvkHPB2VlYF0ihrLQw98kNRGKt&#10;lkBeMkvieWvy2hiYh/wdBHKkjtUYxaP+07r7Vzyb5XgOVIXp9/4syy0IEmdLFYbODNH3iQ5slBoA&#10;OEfm1IJR5OpWVeUJ2EzBop4w8/6/PgmYbB7i55OB1VZGyVIaYqK+8+oxqcFAqWPYSqhq5CyxXHCL&#10;JBqLDNGVAyC0wVpty7aTPhzzBgwvsjI/TPCEyPihBMNq//7d1Ony30BHhE3HAUCpFDCZGJwHEkEc&#10;qipLGHCRgnFg7yHlil8X0sRSpapyBf7EoKvj4evwJo6JGzYZAanwQEEmOehSBkYaHwo93pgwPcHF&#10;BuW5A1ZbUJHDG3PJVqdPC92+JJkC/S7xa+ECw3+h1ZyTWHikHMEDolQpUaXekMmcZ+5h4gowDr+n&#10;4FgkD27MhyKmY9W4QhUk/1Y0/Rc/U69WqM5/PlGrCHVbE3icD4qT1cHstyQSxkiuODwNZprztDA/&#10;L4cCALBOq8mHdI+67R61FhaoOb2XC4Rp/sxNKYat+BsOJO4dE2/4QCT8e5Kwk8lq5KIoEpZlSdiS&#10;Rq5rLA90rAmznmafjaK2ET4hSbcoPJOBk4i54j0I5JqAzYbCAPcN3wlgGIo3vAc8Q6qVmtC8U74X&#10;mNINYLY8GNJCu00HZw/S7OwBas9Ny/SsyUXjwZl5OrDvAB868zRst8hiSsb3xYj5fCJsvyHfs4y/&#10;I3w8KtWGTlywZsW0lqRZAZiIdYNwl+n5aTEkHgL048JkwO8zXolp1ViDevznKKi6/JkhaU2c56GR&#10;eXEsk3Ksr2F/geY6LTqACSa/BvwfZSrH963f7wggjIO2DDNqPmCQaovv2QK9P9UmDY8froHfl8vl&#10;mMZrdWGawgdj08qM+uFaMvz5zrvwQpFZxELJdcm8fC+7PWV1ZsGA7r3vbloRVum5Zp9O2XwMTY9t&#10;pQ2zd9Bcb5YOpNvoyWceoxABHPz3mrz25RloI2lXJcWZ9d4yoYs9p3zKZMjLKnQTrVRioVGjsRiv&#10;Wjr7pGPp2B1nUHVyUqZemYtj9zrTkVcR5X5F+XRKS4TcNFS4b8KQSsVPMZfoyYVKNBDGZm5KsdTH&#10;bqlHUnBYleByTZ8pgHjBMs2gMYcCdB4jKGIFh/5eQeLo/EPz6XXxtHW/4yJoaGQcYkZ0c59uvBTs&#10;s8WAAscSdq/p6d5oRCBdbfJ/znGz/lAvpJ3dkB7rR7RnENFKbhJWZMo4SF2zU5G4+0DWSBxoAxpm&#10;eoD30qFs8yVXCA2CyLvu6VODv2NC2dM06CXS6ZtRpnQHhRMGO/DbM97X0UrhjIOnK955eF8wQoz4&#10;/6HoQIFWwcTbmefHRnOssCsNXds1tM4DyGa5BUKecisAnqUqryHI4CDDh2F7kCmFPs6UeYFpskiJ&#10;SD1XI8fQnufvDcA+SfVwL/NrzaMpt9rqdzN931Wy/6iR/pYwpdOix2jMPqHBCKan18kFWOSZ6DY4&#10;hKGXFSwFc1YrjdLcjySHLTwi9Pw5kD+5x+UIfCu4kRnKP6NZHHbnhgEjBmAutMx8gesYc8Un0xbA&#10;drOU4brMe5ji9THP+9mXIn6L3BRt8dfWyXFN/mce6PND2dyw2yxmIErhH9pFTMzM3WsJvBYfTWXs&#10;iDeufw0+f4bhet46KuovlujdDEIFTpTNFkoCq0yaAbKF1oWOIWyqS/P7H6Xu/BPUa88Im2pmdr9s&#10;EoHzm0Gzwv0pVaSWIfXegoyRGzicT3hdMEuGQx3igtFXLcNb18nie0MJbQtsLDVPqQTWfiI/h4Fw&#10;NU6dd5mCIu0uvhU3vmBkBKupvOJEWr/jUjr1pa+ho0+7gBqr1/L7VvjLg6Xu5DeByVkTJQwMrSb5&#10;ohGJRHaSLJLMLscofX6o2R6GvWoP+9PFfwJz5CfFLBkW5f925yz+fqefEP+fBNVBEojUWpE7Rdog&#10;dXnf/s6Xvk2f/etP0W333sy10kEBpF552aX0pje9kV712tfTpi1bqFqr5F7R0p4FvjkIc2Za4Jgs&#10;ud+PNFCJ1AqobW3SlSRWTEyHvJuDZSTxRk8+Qwe+8HeUfP9rFO17VALDBnwvsTdX+N7UeBFVEisM&#10;/URkhPzaXMe3uUaSgLdUayySIYu2OPgssQvmwR8lpYBOPu00esWVr6ejNh1F/V1P0PT3vkETDz1E&#10;9e4MNaCWwRkC6wkogbiJqdXU+LxWxhA0EouTiYkqlU4+jSZe/WvUePEbKNy0jbI4dAFOUUFZFEov&#10;IDY9Wpzng01pSJ1nt/FWIvJMhy75KxGrGUycbaYSNHgdQnUDNRSC8colflYAkMR1Wa/JYEaAW+vq&#10;ftjBlGvjdPHFF9HO++6l/QcOSJ8j9TXXhvv27KUfXfcjuvDiiyXwYGamSX/9Z5+mv/qbv+LneVZY&#10;gnh+W6iXDZ7lSP5blCh83/Y+/Rhd8NJXCNAH8KwxPkmXXPZifq876dl9++W+Jf2B1Fq33XqDvAdS&#10;alHD10IjQSkCVDi5GwgcGIqnAtKS+OitOvpo2rDtWK7Hy2oZE7jBg/UG/IvtC+APLYoAqYeNeKdb&#10;PwAj9UiLckN8oqmVk3TR+S+i2+66k3u+IQUDfTaQfLswM0vP7H6OLn/JS+W50SWdUm28QcfvOIl+&#10;8IPvavDkcCjXBAxXpOFKU5yqMT2ACYTqTdTHaCX3c6vWraZ3f/BD9HO/8kZavWJcGMxgpUAKH0IO&#10;D9AcXxNKt6lxuvDSy+kyvj8T5TIZvp979u4VRh1IkmBGY+2UnTJh3boV/Fkvpt965+/QeRddQlMr&#10;JvMa0OY+aSNQAxZOXio4AnP8dQ0c2Gwl1RTrBYdJ2YFUwwfvov6X/4GivQ9QzH0ujt/WQkiDjdtp&#10;cNl/pu7GLZRFGe8tCT189610+3U30YN376Tndj1FRx21hi79qSvp1CuupFVrttDE5GpR9Yn/F+8L&#10;mVWLFSQZd3n59BBTDeUTqDwIG+G1Ns49VqNel5CVGj8HuF4G3vq4buUx+rcv/iOdeSClH95yPfff&#10;TdrEveIjvRbvgRV6dKHNb5XRPF6c/+7RVr3ahhHsfoywblNnsSIdxb55Kq2p0BC2QpDoGvTmkdgZ&#10;Dfg5SQ/sFxINwN++w78i7tGxt4qHH/+ZDjZUnqmJsHrWDwRM1bMl9DWZcWx1V5JgzQIsFoAK/quo&#10;nPn3EHwEMBEEoqgcO4DMBUi4wyp15X9GVLDicQMsFxpCrrbN05zcvi7EmjxAzOb91yjwj3IprndB&#10;MR4sg9VUpgm9woBDiEaoNlVppgm2eRNjPJMwWHyq2ZHKwBfcQuqI3Hc1lAtgKfcs1DTcvEYKTM6i&#10;y3MPA2UVCist0f7aOvBLgLXAsSFdSIr3Dcz7oSzLr5kAt7mawu3xPrgCmJAnbfkgqEBxH7VTUFWk&#10;7HuwuIDVGe8zJCzJREhAcs1FUhupp2CggS5yb/Br7G+hrn+k9nqQUfqjIKKREEmBQ/m+qe4blCuQ&#10;jEsRdpLbMHBKDh+oWYhrxGcqEkQQkiuZG2HOzsxTlq2S9IQxiZ4mFvQ1E+Ajy/oUxlXZcOq8uU00&#10;Jmlmjg9xPnSMpMLpoohlG1LxEg60FOEeXLhmJsx11agnYkQWWzUAlkQ18cszstCGvigGvT/pg4ku&#10;H3ggyKQzxhT0SdNiAQINuLCFYaiUO/VxTdoJK/x329Tp6qtlaVtYfgDX+nhIgy5FCTejzQHtS0k2&#10;MDDlYpGuJppz6eKaJdbbgRVSQAW6+2buwQgieP6RRDBbLtgSo14hmE7isK9kWd6oGxcTLh5zmSLA&#10;IRdGmvgayMQNfjqQn2kcNBcQ8IFINZUJIQxUQMl1s9IUK/EYiMrqJ+JCJWTQkFln1mllYzKe1plp&#10;Ay/TX6MU5FLgwkLcQ4D7gSAT/IPCO4w1HVMnI7posLk1m/AELFNS8eaXc5J06f194O+I8Apy8g2Y&#10;OCaZasv7vFawzoSl1+k4iTI355CdDlMBMcsxjHVLumXbIaVcPADsQyEADzgAUPDug6E4gE9I5/A5&#10;K/DLEJZqLIAjFvhcu8f3u8N1EeS9A8ckLNFYtUHjfPhjqoIHugdJtVzAVFLwhm7y5Ga7shbnkEYK&#10;9iF/9n6i03QwLOGpCJanb1xFatEZ8Ov0+PlRULrXn6CY3wsTyky1NDpVCRW0AIuqFGrirRSoYU2C&#10;QfAMpt02NYSlURU5ezJUn8kufBZ7Q/k8acHLUcG80TRDJq3OfzGXjToaOq5XN7Ei26zwa28/+hja&#10;eswWakzU1Q8uU9ZGka1yaJtlCySbjLKiG5n1hrDuALKOkidebvqaGNZmgconA88AXGT+SvlkOKfh&#10;FDz7DjFEPwzgt6x5unn+lnGpEbsvyJTFcBjtsWOIecNyvx/oIbVY9muXsgAz93vuEM6cl4mfsaXu&#10;MO5lIc3zcz3NhdIebkie7Bt6rmfpGRwGMCznazyQvxvK68w4Vpyk7WLPQqFUMCTvO/p52/vteFkW&#10;QG53DzPXQMZu8ukTycKCXrItqVu6//ed50Tfx6EKmKdMvh6mxvyndf7/SPmtOG/DgYT16HMBhh4A&#10;uHH+p+WmacJ89cbuAhRomJIw8TKdzs5LdTWQ71hzgGpgEpEvV9zEUQohfHbIhEwiAGjJ6jeeEA9L&#10;/lyOSt/iPRuS+jb/2XpJPVY5lE/ezd1NbIGdlk+BNXzJg0Mh+UxP+7xyVWOWl7f+32b6LYU7ckau&#10;HfFRvUT2sMy8ZZTKOQHWLAHZiwZ6RwzRMMuIZQtgnrPY9VNtUygIF+VdmP8IyLkMc7Bwn4PcW9sW&#10;JMpL7lUhoMMsYQEHznRDeLAOxBYAAt7AVoeN1iVcAjQZiM9soqD1cJYbl3k6sLCHhr2OWHkgLGua&#10;z4iS0SAEH8iF/b9eG9DBZiIDnShakEGoVCzuOwmIyGu/FAeOla9T9qd345MO6Kg1sYCMXWELpgK2&#10;yNiA9+heUhbYP+votxokFapMbqCVqzbRuq0n0zEnn00RN+XyXYKipjp10+rQ3assf5YoHzB4B51I&#10;2VRZ9h9w1zucQPf/3//l7E3x8Vz8AKAxBcDZbnfUs1akeZYef2gPffebV9M9991B+/bv47/bo/Wr&#10;19CpJ59KL33py+m47dsk8G7gUhgDsfvQcIOlhg85GFpIklfZFFgJXHdjvaE+DGry53HWo0Y/o+b9&#10;d1L/wdsoeeohmtz/HKWNAfXxGRf46lcMtbieX8dLs8rnS2M8pHo/oFXDkA5wjTfLdU5txXrxG5zj&#10;Br7TaXKdDguRtnxW1MeoYUq8Do7ZuInOPfVMCcroPX0fLey8jxoLTTqWi4xqA6y9gKppQDWcmxhA&#10;goUKcBqpzis0+bBUq1H95DOofsHLKd64ldLyGNf+ffGQ7JEyT+X8DFNhUoU5zKLgik+FNC4hMWfv&#10;msCxfL1cPNMAuwQ+30hl7IusHAnRSC69/Zs30qNPPC41rF77mJ+1cTqRP9vxO46hFSunqF5H0GCF&#10;RG08VqOP/fdP0h//we/T7XfdrcnwC/Oyfvfs3UNXvee/0uYtW+jGm2+VwX7oSAcpfw+AEbV6RQkW&#10;8MrlL4Hk2Zdc+VI665ILqI7mtVqiftqT4Qqu+7ve/W666r3vo2d27Ra2SbfXk57iq1/5Cq1etULA&#10;s5ke37vQrSMB8ZQmJGPEwPUsUBw51nzkFFnWeWhGblg48izVhh5qLPh9lmEfgF0E+xQAEf5v1Mno&#10;fxLHksHaRO06vnot/e7b3kGf/G9/RE0onwA8uqH1zT+6nj70gffRr//mm+noNWukfkfPsPW47fSx&#10;j3+S/vJPP0WPPf6EWjqFmroqUlh3PmBoV6mV6dhN6+nFr3g5XXDZxZIoPj+/l3++JPtZlnW5/ykp&#10;0GcQGJnRPbdcR+XGOE2eeSJljRL97K/9PF3+2p+mueeeo1azKeEr0/MzwpSuNybo2OO20oo1aymo&#10;1IS9a3E/8JxmqfixpwULAlQZiST+arhMMeggHxsH2iOAYFGOwb7m8wB2RffeRvTgLRQdfJZ7Rd6v&#10;S1askQZrN1D3vLOptGED9etlGnZnaP+eZ+jR+x6gp5/eRasnp6gyEdMlV76MNmzZSuuOO4ky7scr&#10;1UlhNHpGVz/RUEbZk1MFz2t1JeOADIS1CdILrCMUNOtTrzMUKwAMq1qdFh27eS3vF0OaffQO2hj3&#10;6Rp+rieStnyf7myLZuKEtto63ZXOU2VYonapTNVEwyhtYZiuQYrKvutedw+/J/eSW4/j50Jtn8LK&#10;GE1NTZLl9xw256gLFVWlTPFEgzKEdxj1PYvLikmAsDJMlOYvSfYBhtih7qtpliNxODthtSTsLQH3&#10;rJKPxLdOSQr4+2ElVounsgL8mnCuQytyg3DjqN860NWAEJ8TL1gCbKbkOoauBhhJPskxtUeSUte3&#10;eOKFpNBCFm5GQR+BsrwUobHSfwvgJ6QKrdmNC3QUAoVZbDG0WJVkHGMsyQPbAsei8/k7WeB+xvjG&#10;aHGP5T37iqQN6W7gp++ecfEZDB2zlWyu2KG8vlIGm2dAuimrIzD5LTwsSMkSZb07vbHYkQjwmUgf&#10;CdgklARmcj2EA+GcIkh6mkBJYFGoZLbMy0Nc/67eiFZsxqxkVag1VWaCnJUp1xEAYZbmfubwTqQ0&#10;LVTPOuiXeqg4bQzC3PteLX+dnZ54NabKbCyVdI1kqhQl793nmH2Bl687+XA0xgdJFQlXJQWnsCHH&#10;UUYT1QodfdQWag5TOtDv8cFmRaKbuJszGMIbLxNpQL81FKlktTqQ6VHfahIb3qAiyVNKvwXQ52Oo&#10;xcjfrSADwCd2ykqRJfapARAw6ImHiSiDE/51PxU/ulneZDv1MQF4hvza1k1IKKxSGtUFfkOxKkRX&#10;iYO2gqYOeHPpDgcC7CHtC5TuwDH7cPOjPOkldNIZI4XwyHliROXUdB5NxPFsKet8rrAgQUeHREOK&#10;Y4B31k2L8OvMugQVvgH8HRA7L/KCqCzGvVGknyHSE1F+r+jBQhIkkcm0S7wGPI8KOn3ZdJLFxt+y&#10;GOEHo9LnofjXDYRZJzJwEYhrYw6QDPJkYSPgPRA6gQcBIFSpKtcAkffttsoKBMR38maZVDlvoAF8&#10;HgAi9voyAUMaGBhxkL/24N/X7cm1SYZchoq3XiKAKPDPXncojUwbjLxhor5zQLoQrMLrCXKIBIlM&#10;3AR1E00z8xrAmfl52tNcUG8Jqw85rrcEqmD6arqSCG35kMK0RtKYsTFChotpHSQ2WSSNLhLxAIap&#10;LDmVa61EN3Wjk3jtgGTaBWBSHkSkJvL93PfcPtq2ebUeBp2YxratoOl9+ynla4dnAQVy5hhtkgCM&#10;wz9TCn+lXqLpXdM0jKZo3+wcHb1jjPqmIgmpCRcR8/z6g7k5ucYpKAOQfblpkpdTKIDsErMcFb3Y&#10;Qnt6M4yv41JGO7ZtpkvOOoOOOvp4bf4gDxJdSuwOG+tYKdnIPHYRaGGcVDdb5KtnnKedKfiviQ9g&#10;qoEduL06CEp0IotNKY4PST5cqkF8IbymItti6WstJ/1aLsgjp9NbUwhFWGzSfqi3X5GhV/QsC3Ll&#10;n/cGso7hNwITlwSAOCVMLPI/Ge7Kazb53hxMI3qsY2hnN6BvQmM6wEMxkGdwt/+L/LOr+LXr8Jzh&#10;e7GS36/rJHKhzXXU8j3AqugijENzfxXoK3yWzAMTri3QLG5uGI3JtZcyIcMQyIhxg4bzAOQKITkn&#10;9diT39Pv3Zb0cUNtkQdbAQFxeMVOYgB/Jq5n+fPjzxCmYWQwUc+sBG5gXy2TSoqHLhQIz7OmY6fU&#10;DIwLA+mrZweNvgPkvDUf9IPAEV5bDRStKPhRJPDD3uR9Ab6diRjRR/x5iRZKysYNbCJgiQ4mbO5f&#10;pAbIRb9GD/x5uYIHM0xxiPrCVOP/H/4XGPsTAYbZomfN/iT44WGfsVx+QksAwPw5ez6QZRlJpz28&#10;W1uWLc/sMu7eLLruxnvlFdmHTqJdkPz62yismGUAW/JegrK/6ZBN1o3RdaBej16KngjTJAs0qX1F&#10;vMBn7TSfawv8301lxvLPVSpgVpUlPKMmZVQkjB3YgcCCAkwVnCn75/l5aEV03DEN3s+7fP4Oec81&#10;IqfDAwlVBwC9VI9ZqlYsn1tlmlsAs5/PwkALfaSvGge6iZUFN5/1sSqZsc1UGltPG447jTaddCrV&#10;JydEqZE5OTKJ3YTuHdIYoCYKVIUR5v6EWf7zkZsLYBgk3GE8Y0FQGIYUU9spN/33jYRP/Hyh4U3/&#10;t2DzxeCvO3fQZIkNTj+Xee16dpZ+dM336MabrqMDB/eo/UxcpvPOOZP+88++io4/cbvK4fg+Vbje&#10;ku8GtYwHrVzqt9rAuIRwl4SbudAMa7NFbIqB24NxlsF+IXvmaWredyslj++kYM+TFJmWWOEMK/BV&#10;DaTnxDC3VAm5aU+pLb1JRNWFgBq8j68tj9Ng43rKtp1OtZXraGEwKTLKbrtJXW68k6wpsuHxxiSt&#10;X7ea1yzvn08/ScO7bqHoud20ij91me854GKsiXorkDokmzBiC4G935QtlRohJVynV4/ZTmMv+Rkq&#10;bz2ZwlpNfFux16NAhiS1O0AdHQozIxB2RKTPvUtcDFyImPrIqdm+e+KdvUa2KDwocGcimCdpFtOe&#10;Z/fQV/7ta3THfffQ7PQB3RH5c6W9ATXGxgXkmG816ervfZXvWZ3q3FNdcfkV9KrX/hytWDEp5yp6&#10;jff94UfpLz/5CfrW979LFX4+Y2FSGakLd+96TkIFMehG5R8mOlgoBQoerFu7js46+SR68UtfTJtO&#10;PlWGUf3E7RnOxzN0nqDjjSn65Kf/jL7w+b/j9/q+sod5PTVnZ+lzf/05uuPue+lNv/kmiqcaktKN&#10;wV3oJKSZC9sKA2fM4fbAxFszkc94Uw9mZ+iSB3SgJ4mRhsv1O+TKIH+YYZYHwnmpqpf9iQcW7yen&#10;nnAC/cFHP0Z/9md/Ss8+/Qzf/7L0CPjjB26/kz782Hvpv77vKjr1pBN474DfX5m2bTma3v+x/0af&#10;+dhH6O577pe9D33woN2Xfgfbx8mnnky//Ku/TNuP3yZ9TaVck95MJHMWSh1Vn2HPeeaZZ+kbX/4y&#10;3XzXnTS394AA06decTG9+61vpb28zyLUaGLz0dTgdXHMqTtE/ov1BA/MQPY89aBHreE9qcXHPK8P&#10;NJgDiisN6fGSUmXh4B7Am1LDGzMhS0AVN9zN1+ORO2nwyC0UtmekvxAfbsPv2VhLveO3U3LKKTTG&#10;1/tAe0C7d+6k3Q/fS88+8yQ/uwEdgyH+1mPohPPOpalVR4uSqlyfFGZxMlASCFh7A2E7hY7dHlG5&#10;VpLEdviB4rtLnFugz4f41rsU7jQoc49kqdVe4GuigPtxJ2yjR269nu8VuvGEruce8Er+rg/zwl7H&#10;12Gar+EWflYWuAHYV8loC4BfaWVMzmbDUR0MYCvDS2SuQ70v3kjRRfsovPxKGvLzU4bSqhRRje9T&#10;UKtQg3urQbNFwb4u2XiWe7dEehKwD8WTGuvSkVqSgQIjcVyR3k6Sy50PmlgrDXToLAU3+jWAf441&#10;B7VbqVJRkE6qv0xYocAQBAizhaKuwGzz6oXU9T4ydIPfIP5OoBJp6wgPdmlaWyHcSy+MUwnktkRq&#10;1UHFkDEvCw0UVLc2yZliqQv/xLXRsAqtXYQFl9uJBC6dNpQaYegwm8j57CVpIbHee/65M9ormP1e&#10;Koxgq2w7MG6NeOWnQiLDtRV1aBCKekZ2IUu5X/FoEGsXy3DDKPen01pRLST0/Y3gPHgPfDGbqu0V&#10;nqy03xNZaxCGuWRFgznUckLAUanFUjmfjCO2ydxsmC1SeiXuvMiEDhzma1eHb1as3OS+OH9OYZyj&#10;pw6UwRh6b2YJ7ArywQk+u2YZpoJdeRJ15gd4+C58XkjyMDA1YRoGiheFUaFWGA2qo3Kdb3ZUkS8K&#10;sEkTfwB8ZbRyfEIi4XvzTZruHdCCTMwkrSyQzC0oUMWHg7aa4GKSEYW5t0Bc5oWGph7MibDijB/j&#10;XGOMBZMZm3vUlIyzdrLeAl/RVEw3+dSQQwfPn2nzRe5hCrmgoRGgfvPmU611+OCv6qHPGwmkAFEE&#10;jX9fNmZQvWW6xBtuF/LdUB+6UqzSYn9BPf8CACUaY0h68VqKv8XO9BNxvbHc1CRLRw9kqlHQKAIA&#10;NOLhBpglSWYAnkQWE4kxs3jkItwSIFxfSxAprAPKGwQt5MiZf5Yc2JI4Tw5Nd0MhGflQjMQXMmoQ&#10;CamOyHbx0CdDVxBaeY9KpS4mtHpYa7EsVF+h+6qXIdLBAgG0HGoO1qFjXw7FuNUZcDoacifpyoGK&#10;e5aAfm/VpwibRKlepTFM//g7ZpKcoQeX+AUZZf9lwlYbyHWHZFpMpfH+YZWiakMnLjJlQVWaSdKr&#10;JA6hwZeEXAUdIZedEH+RAdUrZffQZtLgwHMQIJ1RKpUkW2VDK5+5g4naABLyvrAN8R1GJphg1ik9&#10;Og59sIYziQbEzIW9yXrKhsT6h5yjs8D3eoK6aY863YEY00LiJdISAYxT8cyxgwXZ2GtjdTrYeZr6&#10;K9fSgbmDdAwfoH3+HmNxRmNBV54hvI4mZaV53yrJwznAlY080jyo7r31nP9TLGzWAa2ZHKPTuBha&#10;s/FYkbnjs4cu9Us8CbyXgp+6We+XV5iseAZcIfTCG6pjcpa6vUOmGA7wsy4cxTppJv5uHGoLGLrJ&#10;hjFhbmJqzGJ/v+VDD+yygN9SaXDm0pVSb2y63GuYggdGMJoyUcEXLFsaCun9AXO605K20nkfaqPv&#10;oFM7Cg7JfJNaSCcVybnVVO4+7829FB563IR0DT3aJnpYDEO5UULIRAJGnBVPSC0iLU37BhDfFaw/&#10;XF++x1wWUZV/f0H2XTDXMgHOYqTdclGaisflCC6JTJj/uufTdHH445B2XxEeKsrsU7ls1ZmzplZ9&#10;LWPxqcp0IJOqDLrEz1gNiYkIzEmQLKqSHchxE/HTS4XxDdCvx9cUwN8gU79M8VgVkFEnglVSP8Oh&#10;zVzokBVWnziY8HPWxV5k9Pq0AaxbIyyQKFSwGp9vTtYJNwa8166yA5oFYxmhT0h/5NeZT/TO4cmI&#10;xXPFh9MkIxjPmkNkoykFrv6znvyZF2eLvOjMiAWQ2aI/5gikK7LJjgQELgqJyNN9lzPTM4sk6oey&#10;DJ2ZuFVvxaCQXplPm2lxIEXuPWlGCpXlnllTSPu1BYarx+0yu4x00oMrBdJYVky5LkiRR6DpyEsv&#10;l90W0sXtEhfC/OdIC2wbuO/pr3k2MnvDfU/yREW310hxGbokT7cfZG5Agql0oKxPAf8CfSGcIuUI&#10;DUab5lsHaG9zF/+1gYQdYA8apkhejZXhb9SvF+u0FEMyF8r1TTMtYrGHHrPWyMCs3SZRWGCwjGYP&#10;BSp8mCqlUKbTkvAo3rwJ7Z/tC38XnrFVLsiQCgpwD18ZAFAcTvJ53KDqhlPppAsupYn166lWa2iQ&#10;GL5BOhTFQhZqTeWHJFJIm2zEECDvDemkJ863U83T1SPK26IYb5C2aE16oKbot2YPYYceLqzDLAse&#10;hw6MNYWfL7La7WIJOC2W1ssukLoE+lKNa4o2Ga41nnlmmm743g/oG9/5N2p2m7LHghX08iuvpIuu&#10;uJA2bjlOADews0LexQBoQH6WD9CkuXPgHkCCIHL1sRFfuUSGmWp/EHg5VaamPWXI3gB+zO6n1k3X&#10;U3D3LXx35yiSBmOBGx80uvw3a7wGeKMr8X4ZQ0nB93NQlpVBFf6F3biS1l/4SsrOPpvK4w06OGNF&#10;NrmB63rIeZGmHCC8jeufSa712qZFM9ddQ/M33E6N1gxtWkECUmVZLLVqAwnpCDMYaFPTgEdUmb9P&#10;yQ2Tjj+FNr3iF4TNMzRqPwG2GTy7gmpZGXhcLwKQkPviPJpGnpmjgSPlrKowH9zj36mcEbFbl2pT&#10;lPCzFcQ4e0p07Xdvp8/99Z/Q3MJ+fp+aJL0K26k6JvVcc35BGK8YnNW476hzbdsf9ujr3/wmffPb&#10;36Hfe8976PyzTqfGxDh1uz16y9vfIVLGr33965JADRCuWq9L+inO2gr6DLDXOghKqVCDa9XXv+ZV&#10;dMVrXs+1Gbybh1zfdmlVHaBVn89GqFXq4vNty5GovMJqSfzt3szvtXLVavqnL/6zDMBwTFXjMt11&#10;/Y/or5vz9L4PfkDkz172redYNtrgbFDwIHPAvKNwKyPZyvOrYVHKAMIa7UOlwzex31OwpVaucl08&#10;ENufZJiKBZRYljmf50D2pT73mqvpU3/5Ofrkhz9I1153vWMNwUeU19X0HP33P/lj+vjHP01rVq8Q&#10;8geen7Fqld7x3g/R337m03T9TTcIG7oEwFRsClJ6/JlnyXLPMCyPUQbbqFR7MiTAhuhjwBHh6/y9&#10;r36ZPvs3/4MGQkLIqIZ1wJvm3d/8Lv3dxBS97W1vpWxmVr5b5JLQyw6gECUZvO34taHQQT0SuZCz&#10;1DG0U1cvq19mqvtkoJ6o/vplbpgERWhqSlIXmbt/QM3vf5lqYAryfm3iPn837mn4Pg437KDmqedR&#10;uGKc9+mADrRa9Mhdd9Ddt97Bz+Y01bjnueTFl9H2U8+k6oopGhsbp0ptSsBH8X0PynLvES7Yd/YR&#10;6IPRY8LyqhRXuVeFJ74yYQOrpjTY32CdAmCuzyur3WzJsznfbFJ7YY5fr0kXn3UK/c3N19G5fG+P&#10;5jVwX4f78vo4reV9bzIJ6QDvEVujCj056NDeQZU2Rwp0pJ5U4OZqXew/vIzK/YAWeN30bvgx1SdX&#10;UP/0U3jt1sjAvgjnMlSEjQkyYw0BWAIwZAHWxAp8ZO2uAJrouVCvZvx5gD0MI1LrFzzXw4HuDOi3&#10;AXKCnco3A2GH5WpVj3vc7FDM5PNhk0Demc0TVx0TyKPiueRdemwi56meFY4l3du9bocciBdk2SLr&#10;E18ipuqb4oKenMzTOrm4VbsZYe/hnHBKw9AUFBtGE34py3Ivv8yfs4UgjyA0iwJGBKAu1pZhkEt1&#10;rR15GquvqYYyOfNq54esCbK5WgOy+VClsRR67ZIL9yRVIQHXyEQJp5/V7wnKlAwVByAdKlrXC2de&#10;Dm+UmCb+wt42iRQIzBzbEWC6nJWx0yfhmgB4FvsuKB3CPAxDjmEvq3UsusDVIan76GINF6hXb+ZY&#10;fCZJdGWETvkaaoq4cWokYCdyXbB/OraizIIlFNapRY0bjBSqVC9tFh9RyMxBWoNfZd48KFPRr7No&#10;1bpjBKjL0r4WrcKiCgU8Af24UZ+k8YkVNDc9zQ9RJiEJ4juBAgO+DLasIR6ZShqRZprFrqkGWwMM&#10;u4EWdAKc1Mp8uFWpXKmLXxyWmgCEfGEr2OCAoPNmBu1/gGCPEAf4QCYe7Z4dfdVAC6CyeCzwxQRd&#10;NRtQ0psVHzZM9FAEhI7+KaCIl+m6oItQUDZH3QWg6J4mCe0Q0C5xk2SldmIjlOTaQNOKQwFInfTG&#10;BLlvhWc3iSeZetCL8TUo+gAk4YcCbw+l0EZSuAPskwQkFMoy5QlGSZRW0+6iUlkLlUQ/GyjBeF/r&#10;GHjyT6oJaHgN1PypM8AEsKUPCX+PWl1o9lhMlbiiYFymJpCQ4YpckF8jdRGCmUwitKnNPGXURX4D&#10;qNJQFjVfDl3kNVphYcvwPY+spvuIZFymCpmApyIrgXFyKebNtExjWUWKlmGnJ0ElGiYRimwah1G3&#10;3+aNH/cpok6mwB4AVAFDIDUIFJitSlHRlWIS6bUVLsBihMkg9U/SOK00RwDicG+Q2gbPxyEXaT1+&#10;j1a/L0DxgP9bntGgpPI8AUDdNXf+YUL9FSZkT1h3Q/63TtFLktRc4XvWMvM0NiwTRL3yAOI7e287&#10;5xcFQ/UMhrRgw3JRh8noOF+XYaelvol40SEfvFmLC86YD7hIZOBBsNhdLg+iCMxiBsSIZqJGpvL5&#10;h7RqxQSdevx22r5lO5XHGmKQK5v3UKX25dIIKPOgFBmzhKFjluVK4HWCJWbmeDaSTJv0wFHmJdbd&#10;yfuGubksJJah+qd4D4vDSGyfT151JDZfaA5PrSq2dovTRK0TCAWjhsKOjJZtHnlqFx3UoyTUbAQY&#10;LAkK8SyN/D1VxyYHAZ5DJNi2+Fnbz43YE1wAfRWaq0FGx2Fv5vX5pFW56Rr+O21JzlUgvwFPF7ef&#10;DF2hDYCsjcPJyWfhQ9MDm9kUfQWLbbIVlgJGOaDgtwNN1kry5QeZ7Ojn8esmFeLoM70AsZWNRvZ0&#10;nJIdFMqJhuDE8o+lWqaepwczhGxYCSwCY7wOn1bsK+o8mzNesBcqiKgJwGUEGYnnp96fMn9WMBr9&#10;9RyGaksx8M78qU7WukjRRlof/3yTn+XxUFOF8TrDoC+sKshmfHjKyLZhxBBzaNQiDenS5N3ALA6d&#10;KAYwjORkR1rXy/tWLgX/lgJ3yzP6zJIV78z9rf+1PUzwQeCeA3NExtSiz7iM3tf6grAAchp6nnCO&#10;xQTAXK655DEtQph5Ulle9B6GqVhM1V36PraQ0CrpexJ44KGDEaZnHEvDg0A6rzDO0y/I2dGJ/xQS&#10;ngHW3ALNLezjUmaGhtycdnsdbpZr3KjFMuSEh2zETU+VG1oM4gZu0NfhP6wYz2pTOTvOuTKfKbDK&#10;g9H/gPcMhGrFcSaNTrUcSWFY5rMRA4RBkskZuXIyoPl2RgsLqH8iqcViPlMHSZ3SaA2t3342rTj6&#10;JFq1cR2Nj08JyD0UY/1QwByZPMPyxJtjH2EYo01udsj9NoUQnXy9mCLgFyx5PbtsMMdiGe8LSeXN&#10;RvdZimwRMI5EdoGmj/vP40OvNLzOJbRHytrvtOfp8UefpptvvJGuv/kHdGB6t3gdb9pwNJ12yil0&#10;3jnn0kmnnSKBXMlQ0zgxoEyzntSmKqdUP0MP1Ns8fdAPH513Ea4iki4xTDGBK2tDGQbTnl3Uv+X7&#10;lD77Ywpb0xSm8zoKxlDap673u+ITCPbKQIyHI0rKACfGqLRlB9WOO4Oy7acTrVordUjC93hlo09T&#10;Yyt47QyoMahLfQTh+WDvDM3eewsN7nuAJp94gtZECZXGAhkgCgOtBpCZ1147pUYtpGqVP3+Fm5Qq&#10;r0Vu2MNjtlJw8ouoce5l1IG/sVEFTuhYLxgoiToCKoByvSD3ciFiDtRzv3Bn6ihtUmr4/BnUu525&#10;+5i6/bzfDejTf/wx+u61P5QhNb4Z5LfwPgz53Dk4M6PACNdovWHiGBckgRBgxTVKCJYr0//67F/Q&#10;1o//kTwTMgTjn/l/fvcdVK6N0dVf/qrUh4kLh5qs1iVdE6DOxrVr6ZyzzqKf/rnX0Ir1a6mF1qDX&#10;FZYT+qL5bl+sfCIE3dgetbst+sLf/r901133yvP6wY9+hJ/jBv3sq19N03sP0HU33CjDddvpUjUq&#10;0WC+SbOz07RqzRptknOVQWH3NS7cxe3PGICNZpa5+5yrCVMJSOm2WnTPnXfT1d/4Gs1Mz9FvvPEt&#10;dOqZJ1M5hJVRz7GC/KSUJE1VfCO5RjdQ/bTm6U1vfQutWbmS/v3qq6W+L1UQgsF18/5p+p23/Bb9&#10;2m+8kV7xn/6TgJ0Vvp7lyTr9zlUfoOqff4K+/b1r1Fde+ldDvYUmfepP/oje9aEP07ZN6ymC7zkM&#10;7dOAOtxr/Nv//ie68fbbaO/ePYRkoBrY0tyn4Tsj2BBJ4TfxdynZAf3iG35R1GQamqTDVAxzBmLJ&#10;E+fnPvZADIYSq3u8DC0CXT9hoEFl0vkYtY4i90p4xuG9bhc6lNz9LUoeuYvMgadFzg75KfCgKKjS&#10;PK/5bNtpxBeWQr5uvYVZeuS+R+np+x+gg822rMGN69fQWRedR6ecc77IXWvirwe2d1uGMNjXeq2e&#10;yJfFq14S2WMa4/4cvpBh5BiubohKon5QuWUiFlmpWDLNtpvUml+g2YVpvR9jNWrP7KE1Ozbx523Q&#10;nOnQafweSSOkXXx9TuC+9xne3zD8//GgI0zenXwf1vKaXocBr+YI5Qd3hZvYPiwQYmWi4brO/vAO&#10;Ks3vp8oFF1BWnZL+Es+nyqITYYWmGDQ5aSkArxhBSEiohr0MPB7LVYrgDznXEdWMqImwxrCi+e/H&#10;UVlILvicAe+FQ/RslYr0W1lm3TDS+yo6skw2KhRy6WqQOUslx7LLwblCz2YUVFf/xlE9lZ9BTg5L&#10;S+yNJGnVZCNFlw1GagifLKwa0dwuSEE2DZwIw8j5C/szz/kHUiGJV3z0FBwzUTDq/5w/bE5QcP7a&#10;fh9We82hppmDxejARVn/xgnxgKe4a2c9ocJqT2BpFE63OJtrpATRoELXBzp7HpwJoWcaGw16IrkO&#10;7jqHLsyi8HoBja6NYCRil6EDR+GaiRLVqq+4U7NBxZirPK1aq0koSxzrdUsUhwkc4QWqSyMhuOoZ&#10;mTOc3QA5DB0wTK6Gc+xeDGAFBM4tobKcGW3csMExauSzJHkIpmeSGmdZJASMMk3ywdLuTVPEh0ks&#10;4OhQ5KaWD+laVBXJIdKvkgQb/1ACOIRFD3PCXFxfleK3zBtLP+2SGeicu2+GMuWEJ1uTX39s2KAq&#10;d1jj9ZSqJWUSYhMp29B51cRSfBqD062sF9sxwxBGYcH6gOkxbxgIXwBDLlaBsU5lhwAPVXoS8kNL&#10;2Rh/D8dyCdSoHi8QkYJ9KUxsAfYMwfprOhrnUA2GwUbkz4g0JzwYwvwL1ABUElr5hva7A5ecol2W&#10;sKukcXS3Jh158wAsReCH0rMjZ6oICad6OwjzbKAhG5B9YEMWQ253YCB1tcsbeSImkpnbDxNh7eX1&#10;pzPED41O6hq8+YKqq8WjJsCmiRrVV3nDS3RVCyiHy4ZDUgwzAcz2lYVT4gpDvOFQ1GARZsqUgTFk&#10;Kg+SItMinR2or0GnvcDXtJsfZpgigTmXaPSgxsajCeeDpizAKR60KvXBLuV/p71IJAGYKg/5dVrt&#10;PnUGkLz0uJzkRgeAFb90d9ARr7uUNCWz0+1Q1faVBVcGFb0iBUZgFNEPRT6fKKM0G8rG3x90BSTt&#10;9Qf8udsyEQejTenPqVx76+i1wpwAuGrVLw+hIil/Pol453s6AWSd7938QpcXP1+/Bh/OzV20pbSd&#10;pksJDRb28zXe4oDhUAq9QLwGASbwYc9rYWqiSvfyIXrUWJUW9s3KgdgMV1EDBrZ2TsC/hNRkFRMC&#10;L5m1hwBhjkkm4QJ6HyHhjuDFx7/evG4lnbJjB51y8mk0tX693PdY4s1D0aSVyOST3cOJoKxdbImv&#10;CUMmB390opMtaswW+2JljjvhAEDkqSY6fcP0NRD/jEhp3qZo9modCB0cEfTzDL7lwL+8QTiSDJjM&#10;suCi7CdZ0fdnsTxwqVfFKFLdjkDXPPdkNPXLc688W9MBiPMD7FUxHYCtQhLRzpalLzQB/AdU6Se0&#10;gLAW/rtTBPm8pSa86EiBq7o7kCtOqprJvsLPS6D+ecaodLfnmIgyLXLNEJoQQFuQEyUil7Wy1tue&#10;6Yk0dP53X15DmwM0Z+W8WlFgGTJ6eKaAelDHbHmgE68Gnkfe1wDWhZlOl9uYGCM4I8vIUx9Td5/a&#10;OFhtkDfcGCB03cE7BnsJH/YB0FxMihP5PN1sQBWD1HQdOkRBIucKPAT78OzDNJ7/jT/HORZwkdYI&#10;tblv2L7Q9IehTjbBdJIzwriEaSeR82w+8WUJCoENdnnAzCxJch39jClIb7NDQLMiYLfU028puLcc&#10;6+8I+PZiVq4Hx3zL51muORCZFeM8jphY6sG24nf1ASAjPvCILut3tMAsD/TlkknytgrLsxm9hZkP&#10;KbV2GWxzyX/6Pc173opXbgErMr4IBbE/8AlrljzpF/+OIzW9T1UxRokLVZAxmFXT9TCCXB0Do/00&#10;6C3IWut2ZqndnKc6d7GDXiqNeybWGQk3YrEqBZCUO4yo3SGqVUric4vaDKxez0QUCB7naqRnfhQH&#10;TgHhEuDlHOQagDuiTo/3iBo/G82hNEX4nJN1PqswkDMTfN6spdVbz6BNJ5xCE5uOEZkpGqmUJO5X&#10;wya89ChPvcscQGCOaJOQM6APWT8Ftt6iMACzBJg4fALvCwH5lGlj80RR//lkgi81lq/fVAUCRhEY&#10;OQKm8lkPJpUaeQfiAdzj+/TME7vo1ptvoFtuvYGe2/us3P+jj9pI55zyMrr48ovptLPPliG03FuA&#10;c6l69hjrJKeBS+d0IXLCnjYKq2OILacSWBW4r6bC+3ZTTBUAYOB+iLtOc4GSO6+n5NnHBeAzzX0y&#10;UI+yruZloW503tBgmFarYwLWiXdSv0LJluPIbjuDGiecRMN1x+TOrEmKWq1PA5iCxzWC70qUlWhy&#10;bp7aP36QunfdRMNb76HxpEkrYTE3GYisM+vyuuVFU667gc8412KTkZiqxZUaBWs2UXT6i6h+7mUU&#10;TK6Uc0vDM9QOCECZccy91G1igQlGQzLnl3xokJcdhW8Zt7cbWwCBrQCqVEiNB5PnIx/8AN165518&#10;7gXCtiPvuYX7zv/eClntqSfTeRdeILX63v0H6WtXf42efvpZPtuGdNqJJ9Np+POLL6CJtatkiJum&#10;kfQ1w36b3vQbv8n1d5n+5V//nSDSDgdaP8NOBmDraRecS7/w678k7Crpj4KhDtEzBYiq/J7NTkrX&#10;/uBGXmfX0T333qsNtfvfu9/2Fvrt3307nXHmWfRbb38rnXPhOfSdL19N248/li678hLauHmL1M12&#10;ZDFcGPQoI0fURtjLyrEAPErXVv9wTZUeSGAL1i2UMV/56pfpX/7lX6k1wzUq7hXvgR/+w/fTFZdf&#10;Rr/99t9D1U4V/n3U21GgDBSocmIAnugH+HuXADLxc3Hhy15Ot917Hz316GPqdYvehZ+zfmuB/u6v&#10;/pJmWh36lde+kuuRSAb4UF399tveTps2Hk3//q9foiaGg6la/Ox+8mn6w/e8h37uV36Vrrz0Enp4&#10;59109XeuofvuuZfaC/PC6gIyh8oVTJsK7rkjcqxZv5pe8wuvo5PPPVueQWeRpRJFo+YLwsnL9zDr&#10;QBhds0NSFh82kYg0kM+KjQHshXSIWBX2EfdnT++kwX23Ubr7Iao0+UwQoCUWm6suBuFj42RPvIDM&#10;5u1kpibFA/TpO+6hpx97kGanZ2hudo42bdlEL/vZV9LazcdRqawAH2wAMkhtBwqKJH30bbEw48b5&#10;/ICVV71c0TVglOUNyScGABYhTAGINgMhb/SHgbOVmKa9zz1D+3ffSU88eRdV+bzadtIVtDbZRisb&#10;dWoctZbe+s630Wc/8QmKO9yTVSJ6iPutjdzboZZscv8OtVude5kF7tlu4+/6ovoYrcG1iCRIVEJW&#10;SGo4tY6Q+yMtGK+VHz1GrR/vocmfuoJ6azbKwHo4iJVNL4EUmkYbOv/DcHJK+jaxxKnW5bXw/hVj&#10;c39zYfYNlCWFvVHOyEj3aQ3sCJyk1Ut6HJhSUC7YNCsMpmzuDa0eRZEjKelZmGTOKol8wCE5b3MF&#10;dgQoK/gR+xWW+WwA1OJeeho4ZqRjzRv/esaBe5n61CmRIhsZk6Hvz31mfCqaMvYSS7ns18t0jfPp&#10;07Rh56FXSACmHLRzdk/CJEodw8z5xzuilMmHLlpbZslINmF8HQMlREgjQJVGzEO5BiLVVfKCtV5S&#10;kuWAa6aJVaLGdLriEZlCEnwVIPWpxhqckuahk3r+O3uRTFmZsgZcnwSmnuYi8N9FSAw/q8BFMpdX&#10;ECyTaGe9+lPe313v0PXx0ch+TZiULidD1G8+yGUUuSyEPBs4cDNLdR8L9DqLCjHL8rCPaOe919KW&#10;HRdSl3uoWtKliWpGkPYiHl1AFW5/htJAxWKlXolDebDA4NMpmpEvB8pnLapQozbJjWlIvX5TGsN2&#10;H8yygXop8d9ttuYlNGHABcU4FxjlakPSbAjUecBaYN0JSKaZjPiCAzCYQFEERCfJX5kkRgFExOvX&#10;yyXx4ItCKwhqJmbTAymcysLK0rQfaZISGc2RSZWJJhtbqrpuINEA/uxQ6ZQoBFEIhEN94CvVqsp5&#10;aPRAC0KbOVq0K0w84ytzwRRWfOMSR4HXhwoMNKGAl2NJnQMFXBpjyDhAMRfvqEgWqyYBIbVySNWk&#10;rwcjzO3EEDSThwSSnOHAPTTwiBFj1TFqjI85H7SyHEI+nQZyuWGaOYaKAk8ybZJpcqreEe7P4LMH&#10;RhuAQJUJwxdsqA96EOTJQpmPrYacG+EZCOnAIY07W6pKE97y8USYiIDKWgpEs2+chyGQ7iFv5t3+&#10;UJJxIHfF5lBy0mz8bXjoYb12+kOl1cP4X7xbupR2W9LYjMMguVFzBaAyIgKXPDrk7wZJhQnAtuxS&#10;Dyg8f2eZ6AEIFTlk4op/fbgVzE3EzLfTbgmLD76VAej8kEHy9cWEXvJp+NrPtXrU58My4uufzZZo&#10;FR1FYyX+u91QJyV+KuMe7BjeHMiS4hdoTEwKk7FcMXQAic3pHP+ziv8+FyApF0s4wCEpxD21qVt3&#10;hejzgpGrb2BRsKG5ixFIMmjT+pUr6dSTTqYzTjmRJleuEgBnKAxX9QKSay2eaKYQzkHLNmSLmjlv&#10;Hlto870sNfe7OwQYW/xrPDMqS1I2mfqZOrm6N4N9IYZez+PNtzSk40gBHiOW1qEMEmOLjp5USMsq&#10;AIk5ClOgqXuwwzowa8n76fQ8y+WHHb4309wwPM6N0/1dgGSaznQUP3cHsdcifRbSfARWZGnuCVeS&#10;kA0r7Fdce7TzCwJu6eeXCbPs8WgUjTAAsf9FTnpadXJn9ezjPdztfQryQcqRyXQUnOAK7ATcNepa&#10;nYCTGCOn6n/Cz/+cRGtrEQDJfg2gidUAELD3YF8SZRocFFn1nuimOj1bxfv7NMySrRqyd1E0u+/R&#10;E4+LRK5r36qvDD4nnqUIk2wwdcWMPJL03UDkOrono5BNjUq0cPY0Q2fy6z0UQ00dwTYtMkmjk9VF&#10;UPGS5bEEKj4MsGaXAf6cz1tgn9d7L30e770Xwg4shs/khcZyARq5hOtwbL8lLLzlAkeyQ1mLRf9L&#10;9wXz6tlaD/QV2a6L0crs+ZzXggLRsgCkZ3YZ5097KDvSB65YL4Uuyvwdqy93rPFbINavW9fCiPDC&#10;bxlcRiLVgrSt35rlZ+EZPofmhYmKfbdS0aR0TKbwt8a4HsNwqtnpyfALjHE8T0gGhfwcHr8iRxRz&#10;bt2vUTPVIUHiZw7Mja4MIDP16LVIwTbiswwGOpxBuokaTw9Fh8q1VXUdn5+b6Zjjz6ANAPmOOkq8&#10;hyVIazAQ+YuNMgGBfPGr0uqCbYSxR3TFs4uQ12DEH15mLxyFdJhFPD7zPOm6z8fmGxXWZhEH0L+f&#10;fJZQwcxEUkojqdUGXN/Ua5F4G6M1zfhcnp1t0xf//vP0g+u/IfVbi8/uVStW0ite8jJ66ateSccc&#10;vZZrJ2VTgJVvXMy6B1qMWQL8i/e1M/wONNZF+GeQYcOrmNdWB1W6gb9iQE2uN6pNrv3uv5d6995I&#10;lc5u8bhOY+zJqQNnAxkQom4oiVA7kXM/MbybA6CurCBz1rnUeNmr+b8xEAqkBsD376euHwwbFGNw&#10;U8pkX6489izNffEfiJ7bKRLbiQoGirynYs8sBS4h2MoatmVlVdV5jeOcydZto+rlr6GJ08+gpF6h&#10;2MY0j3RZrukrvh40gTNO1z0icn5E0qR772tzqK+o/pYDAL00zcu0g9FUBGCkKG4AanRSuubqb9LN&#10;t98mw9sy13StVlues2qtJs/X+979LnrR5VeI4qgLFQh/r20nH09XvOKldM8t91B7fj9dcOWLBJzs&#10;dsFinKI77riZrr/u+/Tb73wXH8ap1NS//Gu/Qeeffz69+z3vlTp6ODsvqhu83te+/DVRQPzGW3+H&#10;z822MPpw+ASGT1uuER9+9DH6+3/4n3TTDTeJTBY1cp37k16qQ2rIiz/8gQ/wa19FV1xxGZ191ul0&#10;7rkXU8wtzPzcjDCBQWIQMNUsti2Q0IhgxJTB0F/2I/Re6I2U/yTXohpF8l0q/GsMjv+Jr8f4eIPr&#10;3J548Y6VyvSDa35IGzYdQ69//etFuBTHNa6zUwnOiypVler2BlRtjNP+mRn6X5/7LH3r29/hutoB&#10;4pkO9Tqw3YhUnv7Vf/gftLszTW//9d+iGqyCIEXnp+V1v/A6rmnPoPde9T5hMULBBM+rDr/uX3zy&#10;E/T9q79O9z/0EK9TVSpF4kmtDKBeMgryq62YkNd6yZUvIcPX1boET4CekhhKTi5pvLRPKtVRCIxj&#10;4oSZsrbkjOLPIYnoQ/W/zwLeQ0orKGjN0NyN/H0fuomqs30uk2bF5kh8+aSX4tffsoP6Z15MlVWT&#10;FDfGaN/evfTAHXfTmvEJavG1Xr9xPV3y8ito03HbqTQxxWdLJH6hYtcAyALqiaELzOO9e3x8ksYb&#10;DRoTcRv3ymlPGUHiP5aK5Qkklq0uPMuH4tPeGcxTf7ZF+w88RE/uupf2776PJqpDmhpDiMw6Podq&#10;VGtMUo3XPUJQzn/DT9MXv/RvtOepR2iB671Z/hwPmyGtx1nUy2ic+5dBr0/lqEwHhh368TCmlfwa&#10;4rNfCuT7Y3ibOfAHhAgZFPDW0weYN92hvV/8Fm24+DjqnXMRmihK2h1VBabwZw/F9xbekWCaS+ee&#10;jUoMKLvk/HaUNHjjc4O0KE03gNdqpBYX6u3mBqCBZ9DZ/IxRht6IiabKUfVM9+mwmkNlFqXv+mNQ&#10;rU/MiA0vnyNb0isViRVmlMxaDImyKt9VuwdlfolXnVUFktrdRblq0cfOG2fTk6faFtRGI29OZyPh&#10;/eAzZcPlGXxCEFDMQ6S5uX9f6DzyRsYYKMLFHsARMvSf0D1HJg8i8eoY+fNMAT8JmHQXrWjXkjkQ&#10;1Hsv+nAmLzFOHfkqyMFTmwcTieosGRYGiVBAhIKV5j0bBY5NF7gBkN4nGRr6WgQs9GVIKNZhL9ZZ&#10;boWBA/q81QmGbybIFW9+HYRO3eDE9C74Uq9/kqWjQZa3r8AVStXIjQoBk1Frtkk7779W0M8VmCKt&#10;PZ0LCVxIbqjSFnWbLfGCQsw8DWI+8BryoeF51BuqOak8jEDES5mYDWN6mLk3bktsNaj4uugg18Jk&#10;tNXp88Hao1KpKb5sa1eOi4+aYKlysOuEWabhgU6zEquSDwGp5IYMBZhA3DskK3gfeNBomlUsXgzW&#10;2JxFI5tyoOaymN5lrQWRIAv7DhtQNtDFmbiiXcxlE/k82Nh7g4Gi+1YNFSXGG5syAMZMzRuDUGmT&#10;Ep4Bn0Gk9wAYA7MqjvMgA+9XA28LeN0gxGIA3w1MU0qxpKNisYbeZJHUBBZMxjBMhXUYmpGyBTRv&#10;MNO6fE2HTm+PKOjAlKSBRZMliy1VU36APzAgTpypM6YhCEYR49WhMt+si6zuw7vOh3DgYcD38WC1&#10;TRbJx3AQIu04y0qaliy+X7xpo9nuDqkKLw3+nrj+Ou2CbLysCLWwJfpaSGBybEqOxaLA6aDXpnne&#10;zHuY8GECG8TOjNnyeupQp9fkIqPJBxgXTEGsG1SmcTbqtpW6AlHvUZL0tOjg69IR+bP6fQ0A3Dpm&#10;AtYGKLsoBJKko4dvrydmwFCOVytjYoaOYlC0/lblxCgUFxbmqbZ2O3X6NaoM6zS5usGH57Ss2RwM&#10;chumxKNI4pulWnWC/50IU2oOsniEf/AhiA2lLgU0wO1IZAi5Cacd+VnlchbHroOUsw/EP+uLd+Hm&#10;VRvolOO30fHHHUtjk5MCMCb8HnhmxAcKDUZGi4xRF8EVy0WEkl1OwOdYHodqDTPjKerekzIbMWlI&#10;peKSCBuE+WEauman6L9n8839J7NaX8o2OZIs2C5tHM1iQNMnsTo+3uGBRHNosqn+bHDIdcTB2uP9&#10;oZNFtJ8fmcd6Ed3dyuieAfZjbQgfhzcefJV8kAgSDPmX0/xaDVL6ufiS8q8WXGNZCvSwAvsNgFqf&#10;vG+nGuenKojlRjLV1Gb+tcp8Ffz2QN+YEdcoajsfEZXTwhtPk93EdZn/VebiK+wjjEmLkK6ah3Gj&#10;YNUvhhdEg3+whAY31TUSk6Z1xfD6c/IHeAnWuLltw2MKdvKhWIyrJJK/yzg/i73MMZCNJq5D/5Lw&#10;Mz3Ge31LTNeHNO4mlS3x0eHinj8DGha8J0JDYBUwcIVcFXspv0db/sFcSocz1hQO9Dx4xeYprC9s&#10;TY7AikNANLtcFu1idt9o8nvkCI3DsQFtITjn+fIMvAfnoaEYtMTz0rzAZ+8wfoPZaL+xy7K+Dhce&#10;sgSXL7zPIcxA6xmKxVAO4/7POqltsbD2n9d6QqtLAzZ5kZuZEXw7FL9JHexlmY/4CgUshq1Eq7ef&#10;2v394nmbpl2pIXAvE27s+BjnxnbI9VAo5+CAH5WFFs7dkGoVV6TyeVkuweydHNtnKLUVPnmtEogd&#10;SqefyNq2zqMHZ10slWsoafYNbsgSCPizMmWg5qa8Q5TXUHn1UXTM8SfSmuNOpcqKdVKUSlhGGggT&#10;1tQmNE0ddieULlobmbVH8MMzhwGczcj8MP+90dnwwkJhXujPLcaAPbtvMQu18KqRWtpkLpEQ3nYR&#10;gslMRZhDA657777lfrrlpuvpkccfkNANDGc3HXUUnX/+i+icc8+gzdu4AS/VuWlHXaCKl0hSG9U7&#10;MT+v8/R6M+r1RKalFFGc49JYYVghyVaW9+9M6hZ69DEqP/Ig2aceoLQ9zftYX4A6XmwUpW1hUpeq&#10;Ja6hMmkgqyG8urj2qTYggeGas0Hx+ZeQOeFsSsanxNM6sBojpWnLiSQ/yzAQAFC7ReHNN1H8wH3U&#10;e/wuanRnaTCuFbvFTCUOhR2NFSle1HwgIWl3GCM9tiLvs/akS4i2bqZ0aq2cG8iCgWSvXq0LIIeh&#10;M1hfXrIbega8Z/QJe6FoV5IVQsFcR281ZCJ0zZkwW42ekdIUA+AGwGN00N1uLtAX/vmfBeTzljUS&#10;ThBAcTFOv/prv05nX3IRf6c5scOI4csYpAJ+97gGPemsE/h5Op7PN66p+hndeN119PUv/zs9s+s5&#10;uRbz82166zvfTeUyQgBatGXrFnrve95NH/vYx6hSqwnZAEqXOKjSt67+Jq1evYp+5udfJ3J+isr0&#10;6H2P0L/+8z/SfffdL3dmYqwh1cYAskrI8KX/17Z0Bdd2jz94H1166QWi4ukMmtRvcj3Ivy6JX3NW&#10;YMzSIvsVYbo6SyKVyxn1hgp8sFgihIBWLxGWHwbwx+04iX7pDb9A//wv/6KWLBga8Fod5z7sq1/6&#10;d+rOt+jnf+nnuWeKlX1S1gHcMKzyczNL//iJT9IDDz1AM9MzVEefCcBQInUD7m26WocMMkkRrnHx&#10;fedXvkF/dmCe3vmO35XgLtx75NVt2XEc/e47/iv96ac+Lh7cwvAbDoWw8NSjj9NYxuuZz3QEOOD1&#10;p/jZzPhzNGp12rxuLZ1wwnb6qTe8llZt3kwWBArx4yORXGep2hx5xAJLLnXDXWMDF8SlrKw0ZyCH&#10;ogAIeT/v8z6LgWyd+9T+DN+P275A4RM7aWz+AKUhduO+yNnFagQEmPH1NDjjYoo3b5N1OL+wQI/d&#10;dSfteuoJmlqxgjrcl2w88Xg66eyzac2q1XIedpNQ7jcGn92U30dkyfCgm+J+pUKNRoVqtQpVENCR&#10;WtnPRMoJpdFQ/e1BpJjvcJ/O1z2wvJd0mrR7fpq6ex+lPXvv5Xp0gdauqNO6NSfz59jIZ8lqqq46&#10;mqp4JrnOSiRQzdJFvKf8w1NP0hQ/3GV+nh4a9HgfKCFmV2TvCYLiANRygbmvNKBneS2tEpazkVrT&#10;yx1lj3ZnLXxEY17r3cRIb/bYtx6gylPTtPIlF5JprJRAtSGIJPm9yGTgjIYNIAiA/dQlwCYucVaG&#10;ByDg8H0RezI3FJEwTOt4zVbBIg/QaHsVLK6fxNstdUw99/zIs6TgsuA7qc29v61nZIiHoyBCji1n&#10;RTbrrWKE4ehIHcaoH6/4wiXJSNbpPOpkr/PSfAfKBz7F1QFAYE2rqi8qKDUWkxUAxGVZ6vaAovex&#10;n4h6taQZpXQDF5GACw3k8kw6gaAcSCV3JQxzGxQlDPlBa1awERipv8DszBVQ7oMIGO6ZbplaMWS+&#10;dpThSJYz8Lz82DiLGk+KCUzo1AmZMo3B6sxGYFrgtScOKJUBHEgwGEJhX8G5JR58SsiSOjsI8tAU&#10;X1waz74U2xenWPHJxF5y7eX8mc19+uTo98o491lyhVvupT+y/iFnByTAJvIZCgEnUaWCqHT+4N0B&#10;7Rsu0O6Z68giWjsck1juTmeBuh0AUUPxExEZEx6UOOYNqyb+d4NBV7zO0rTCHwxm7bHK2HQtqDQ0&#10;yNQkFgyiHkxOE5keYELaac1Tu71A4+NNmfrAYLXKF7AxXqMyFwZ9/vkBmn9E0cP7DtWvQ4thXh3K&#10;BTT8GfvU73rKqaHZcJbGx8pU5eIBenuRsoZu8cmz1pcLFEvh5SLSHRMPixEpuTEmBI7+bB2TUR56&#10;NMl4kGCY6qKZ1fTR6kMofn2Jo11mAs5p4Ess3w8LRAguMApFKynU0aFM/wdoJHtg5ykAEyKEArJf&#10;BJ/Ezsw1U5RXcP1A/RxAC4/KCkKobwVRs9N1D1K6BBSxbnHxIc6FBK7YEKmTEiaSOUPMVA51z2yQ&#10;qSpMZeNYvH2Ujhvl7N/A+YN5cQV8EEDvh5+PJO/yv0NhVLr7IC8sjgkCzsn3GujEGlJOy/cT16jP&#10;12KhiTU2VHYOvGG4gBCGaQbD4h51ufjs9VEc8LWqYz1MqfmtgLBDN5FIBaVPEu9rCMNzFKN9ZTvC&#10;oxHyvCgQinfK67rfa4vXogaWDLiJqtB4vcHPR6QTYQEtUmV3uA0BlG+spQOzB+nc8Uvo/m5Cz809&#10;RGGjJ2bdgUxVUg06cS7vOAgqmGLyoTQ+PkbRWEQRXy9M1VI+CbNKLHJDC/8/U6V9/J2FURaM/BsW&#10;e9s5mrdLQSvxn68YG6MdmzbSSduPpw1cZE6sX6XG0JIeivfqUkV82HAAlsl68/mlwIU5FFYoTsO8&#10;rDjwHbH7LLbgG2i8kWqBAZR7PeipJ6xOOWxMJoVamDpJr5vUeLPUZeVhhwFblgvwkAoisIdpSu1/&#10;KLPRLJpdZSMni5yFlNv/jyzfrc19vOT5cWbNmaTgEbWpRAe4OX+qH9BdC0R39MsU8fqc5LXbRRou&#10;EtF4PaLxi4XFl4kMt8LP7jxfw3FSzwoJvoO7iVGfMbDnmqRgBIqeMVfUeykUPJxmwR7h368j0MJ4&#10;v7WhHFzwSunxf044tleL96QF/sB1DAjwwflZjvk5riWasB5Cng2gL02U+cE/N4ZQnUTTOdtoXvj9&#10;e171gF+7irpsTC4l6EBuBgldBg/BjNdsLK815LMHab5Yw/D764ihr6YZYv/uyX5VktddcJ6bY/xf&#10;rdQZq6K45uKpDHCDPyPATaQel8OhHmSwfcA1ALNJzv1QJRJ0aKJFMQjnsPJSKoZsjCSuxYTeQ1Rp&#10;S2Twh5PpWvv80t3DgXve2y6P9ylIz48MCJojsmtzHzxTADOD5Rm61gNxWX74jMA9S4eEnywi/Jkl&#10;IKc1y/OSlzAGbf7dzZIQhtGQwZCXe3hmpS4Bm0tsPBvcSAgRWBW2BL9dKym4OCNbXHbsObBP9q9K&#10;HEj4DBQJwMb7nT5VYzDsXA2RqMSjAT8v8XtBqn2iQHwJA0RlBGj4hnVhWSQhaTLoQiMl0hL4QZWk&#10;wZehJa/l6S7YBRNUr66hsbUbaPXmE2nDqUg8nSDUhaErFRG2A6P5NOnzs1Dms3EgoJckEgqYMpLV&#10;5+CZL9xfwB68CLo1hWS/NMvZ0Cb3NV28H+debDajn/R/o+R4OgTwk+ROSJsl+ATroCJpx3ffcgc9&#10;9MD9dMe9t9GuPbv4Hgxo+5ZtdPllr6UXXXgBbdqyRdj+CVQpDrmLS8oaRtWW+RT0URisMB+sYwtl&#10;ObPQNwKkch0M4oYqt7W791L58QfIPPdj6u1/msLejH5WrBujw+jYJsLai7E+Bol4UZmwIuBMxM05&#10;bT+F7PFnEq3biPQVYS1brD8BFxP5bP5MLsPHeCfXMTtvo/SR+yns7+YaZcjNe0/kupLyzD/dhydk&#10;ppI0NDZplV8Tzf3WM6ly4plU28bvuW69eLSOlcvUw6CZ1/h4FIrsMSStAX0fHQSFOKAgGJnOC/A0&#10;CtjJlTZuj5HdF57dMsFyDXbg/KlTranx7ZDGKteH68uHHriP9h3cR7VqVYFBqyQC1Gzvuep9tB1p&#10;sAC5s1Cb1FTZQlD2hHGF69Y2PfX4M/RP//ufaOeDD1Gr3aRKrSrhObi3N998C+188xvpv7z5zXTh&#10;xS/i5yym004/nT7y0Y/Spz79GZqdmZXPjx4H9fPnP/95uvGGG2jDhvV0P7/ezMyMPMs1rn8BvqGW&#10;bSc9aoxNqGqJ1+hmrvFe+dOvovNfdC7V6jVNpR+qBxuAuVKo3tVkFj9P+fDVVSnWWbCgiUZPZ7g3&#10;A7O31+3JgALfGyoUeU64AYm4Jn31a36WLrrkUvrbz36Wbr3jLvG9FtLAIKKvfP1LdNe9d9CHPvon&#10;tGblCu7VWnTt979D115zLe3etVtIBTgza2FZg7r4+1ecXQj6zVK9Lu9NqXp9oxW/8/of0bt4L/29&#10;D7yfNvB3Da1uyOdddj79/tRH6K/+/DO0+9lneS1VBLQZdDpSZwcyQEzESqTHNf65p59Cr3vDL9Jx&#10;J+3g/iySUBAZpsJ+lPteWOkI+IYQJPiQCwgkxmSFtGdnOeUAijBQn0MwNME8HXYGVEN998TD1LmX&#10;++w9j1HI/TU8KNF3CFgD6wSwpsf5+eDnZLDlWAon63RwvkMP3X4XPXb/HTQ/P0Or1q6m084/i9av&#10;3yapuWU+Hwb89IXop/i9p2c1bCKJq1Qt1WmKa/+xRkXIMBXxxR84b6+AuiCK8H92u11qddrU7rWo&#10;3Zzm3qdJu3c/wnVQi5+Bhki2a+WATtx+Dr/nJE2OraTK2ApZFzWj62Yo9nSBDCbG+Jx5xW/+Ml1z&#10;zTW0/7knJUl+jvu/B3mfG+eaqsG/Xsm/1+YepxYrENKBVJivVVVsmjKps0CeGAaaYivgKl/gOSfp&#10;7DkG04Gdz9Jzz32Ntl54MkVbt4tsF/ekAhYz16Epejzsh2KfFXOvnOrrgdDj/Nlk7Yv0MtJ9BH8u&#10;z4yyq/G9TBgs8vEu9h++D/MybuvSfK0LHzSBWidIuKkEMwxzRVtgory+8XYYxtmCWSdTNWniEnet&#10;BnAW2Oc+PAfrTWS2dmSkgm0BQNTIYsPbZ4/O7ZyxWGTKW+exDgbeMHFnlMNA3JkkgxdXfBkXMWJ9&#10;yq1V8o/YVXlpbJ5rQM4GqQDiZdkSu5pMf9b5faeO0R0I0y2UHt56BqIAmqowHbFtRyEWmScvGcqT&#10;fz3zO8t9CtX2BLhC6gib3ponE/9z0iEU6ieoKrjvCF2NLu2Duy4CQmaueXbhs57QYo2yAMnJhTMB&#10;/FLH7lNAUM87JWElDuxV/Miq92OmQSqyqoRs5cBf0mto3OUPnDrA1xARKKXVLJKAgLRc0zTT2Wk6&#10;0H2WuiYTGWvZ1qVxBLKOlDAUMMYg/rxC4+Nr/g9rbwJu2VWVi4651tr9Pn2d6vsklUqs9B2QCxia&#10;QAANPIULojzbp0+9QMQgYkAhKCIqCOj98MOGq6iPi4J6xQ6RLomYhJCmkkpbSapS7en32f1aa77x&#10;jzHW2nufOpXAfS/56quk6pyzVzObMf/xN1TBRmPsKZDZel3o/ZU2XCiYZDVSbzdHmvwkJud8QbVQ&#10;6ZigfXfg4xQsCepe41+zG6dpVsIeAvGuSMwIMZHUC+LCs8DrcV9evPg9BIEtBrG8gKTfpZV+i1ZX&#10;VjWgoqDx2EGW9CkaengRa1oZPgOFkpQScVd18y7MvGTlrSY+e4cq8XUtSxhVTZ7KgG3wSEKs00S5&#10;MNDiBOBQu91SkEzSYPtSzEuqa6IyN+LiKbEUW5EvgxnJ140uJ4o1kSkbEwr+WwAV8U563ZalyCjA&#10;KEaSNslFShyGOVMQn48ELLUhDKjZboqXHbYuAVfxs3gxKvIiXAVYWqqoFAmyOX5+xaKBc6nK6IQd&#10;mC18oo93SmeFN4SEW3T4v5UlhDAVeHqIbwEk2U14Q3RUqrTapAUef53WsvgGwmcIXl+dbiKSmT7/&#10;jiKht7gMNQRvZkU56JN0oEjDHto85upt6vqKArEGEjkBDpsq3wbzqJfqIQlpOcLw61IT8nMBr7sC&#10;smIWYzFBkEkhqooUVkHhvoxr0ecHlvPj1OcH0g4MlJVmi2pjfP9lyI5PUm1qi3QkIROQdy1JXBli&#10;n1g3uy8ei4VKSZJBce/wIZQkYn6s5VKLJqMNgvbXSzVhHObpQMZkHLCNBgbxW8ZLtGd2lg5wUbN5&#10;4zaamB5Tjyj4DMAr0BW0ME+UbYBFIxzxthk6zPu1gJ9bS5kZCe4Y3kD8kHxLJUnJCFMvNZBHxhYW&#10;qVRNTNUs2hYzp4v+WlBvmO03DOQ5d2YoQI4I+OeS8Lqz+k0NPiMDWZM18jGXrwXZvQ0bXA+eTdYZ&#10;1nmLPmKSKhCP3xc7KS1xsf5M19N/Nns0EQe0jOYGfy28abagOAL7VKS8JCzq/pBEs2sGtSWnHcfA&#10;7AmwYdRNZlCwQiMwhsSKU0mvsICdMffMTyMwnyuAYk0Ui2JqhsmplZgwmsDc5fW8BvY3ZDJ9NGxS&#10;Kc76/LXjYBnyGot3XSU1hW/yvTQAepvHZFeeaCLpVdJyMC9UKTS8IBqCdCzLc0vUi5Wvd5X3qGk+&#10;wHUkwd0LQ9ZDMiIFLsnXICQEzwVhH2rQqqE/KDbx+dEgrpVWpCuJSa77T7NnRZfTBPOc+jUSRDPw&#10;nEvPkDO6NRL2NV5yZ5HijoSArPM1eWL4GvnveqEcZ0hV15kHtluPXJ83DYsb8fIMckB/5CYy2b73&#10;OTDn/dlJWN77EW7rIHfInV0qvFYSnP9sNyIlPtPjea1O1+WKltHbcCOy+owlaNx8Gl7lsqRlsnAO&#10;kXwHTvwgV9ohLS4r0wnN01ZX0+fGa3yw7XRFKSHnS/hPkSZhSh0XAqDR6+rZeG7xxlcpBVpbhan4&#10;zuJKSkXzNQXDpZtqSqRIR3ROl8qBBkZ1cX3j/DM20dTm82jbRRfS9Dl7KAC7Ky1RjQ+PsAYRdQJ4&#10;s2AkYJ3gva6ddgUwALsM+6hGtKQ5O8Blxf/aFJqzsvzOMvD9IPlz0B5Zkx2dp78Pv+HnAv2CM/ig&#10;ub/t8LvOwSW178DS0+VF9aF7H6Kvffmf6et3fFk+G3++fftWuuH6V9J/ue46PlCPU4nr6KTf0Rgu&#10;rCdlSBG74uUGeS/cTbHWY7do8ym7VCqr9yep4kC9lbI5qiJx1OlNrkfqIf994zQ1H3iAgm/fQa2l&#10;Y1QrRWJsH4YIUVmhIkztZSPFYYg/O4R6gtd4VxHgq13fTO7AxRTvO0CVrXupJQFEkQSIJUEqvmr9&#10;uC0yXjSBYGRfnTtFK9+4jYK7vsJr6Sq57gqpYxnXkZDc8tqYRFBclMAg4Fqcr5vX91XUpzsvofLF&#10;/4Wiy6+VZjRcqPsBLBSKEu4RBWWqcU3USpv8fGqUcv0Ey5wYct5CIBJzrLyFYHDQxP6fDDckMqVA&#10;aocr2/c17XQQoJWIMX1gS0osPwcBG33eW0t8H2ByopGN+rbDdRcO52j07t+5g87bfwEf7gJRk6jf&#10;diqHLfwspJc+9eij9Bd/+mf0L1/7ioQQij0HPwP4T/tCoIFqeJ48bz782x+i3Xt/nzZt3Mi1cJEu&#10;vnA//fmf/jH92E/8JJ2eOy3ScWwtSOY9+vRROvTQwzQ1PkZTXIevNpvU9l05U6FeqNYmeBz1ad/u&#10;PfTDb/yvdNkLrqGoyGtMi2tK/v6IP7ciXmFlHsOxHDjBAgaINQqSOwOaE1ERgeWF+wz5Mx996CB9&#10;7Uv/Tg8//gSdnJuX8wasZ7Zt3UZXXXElPf+lL6PZmTo/xwbVx+v0tne9l37p//5JOjI3Jwd91Lzw&#10;lHv04YfpIx/8dXrDD/8o/d1n/5y+9e17aKZcpZTHGKZaB/69gsj2pZkAz72xeo3e/OYfoWte9EK6&#10;6d3vptNPHeG1rsTDG8FEHTr22GF69397O33gN3+D9mzeoB7//Tadf9E++tBHPk7//YMfoNvuultC&#10;AYsSBJaIRQzOVfvPO5d+7Md+nC686lJ+Nqvit73K54JaASQTHucAwHkcSngdGGM4SyBsw2q74crW&#10;WeheavuAqHxggCWECb6nw4ep9Z//RNGxx8j1VimGMohf8hg/awSjQakE37hkwy5qXPcD1B+PqMpz&#10;4slDh+jOO+6mxZPLdOzoEzS5aZouvPwy2rhrjzCGe3I9PN56CErqUhep6OW6JNTO1MtUKcK7fYxq&#10;UV8sntr8wUUo0Pgd9ntch/EzXlhq0MrKPC03T/IZ7AT1Vo9SgDneaVDMz6A4MUPbpzfwO5nifWRC&#10;zngR/9wS32sLXaoCnyVS2BsgBEq6JNTAPBoL6UO/83F6/Ru/n2tNrgfDErX5RVd9ga+4TxGf1aJa&#10;QBt5YdhfrNKuYkFqPzzDknjQpeLfh/Kya1YxrUTtIvrO7KjK8OrnNWyhSfd94XbaduAYbfu+6/mc&#10;WZB1EMw2VVxZEneilkDqg6bkIC/gm/nhCShYFAIAlFyJqMLSPJHWm0TWGSClvmhaCahHv1NfV0vF&#10;FXBaQghhz+VlX8jWKg3XIGGMZiELWfNJzvjm6595v8nPFy/rgXRYGm7WJBKsoh/btWq6u8+UCoFK&#10;d0XOm1gokQuG/JWH5MI4/5kZU2ZFJkCWSX2TzBMvC0oKFfGKSROoocwMfGJKzdS2cWNEhoFZMydD&#10;QKkyLe0Qa3+XWb8PyBCidkTdDw/UeBDQkTPfjOGYWlCiN5Ym8A63Rv6SqSuFVuEUZPPmoac+4alQ&#10;NaTPL88i0dBSYDJI702tkWq1ozzPQJ+XELtcFlaaBYHoutsVW7dUmjkq8df9KbuGJEvnzjwI7dyb&#10;2UK53DLNa8CHU/9HLbsSC7ZUT0TnB/VuJP4jABogTeCfO16IaXJiIzUrbZpfXqQG6OpcQJzkoqTA&#10;m3S5UBGabpBC6MsL9PIJiip1XjywydclHSjlRUJKF/jJ9cEEQ4ewKhHI6hsTSKcNm26bJ1PZtMqJ&#10;hTYANIHcqneiTw1eiKr1KRobm6DJSf69zIVIva0UUqDM/UQkWjDJFbkFQBr4/qFo4o0Oxa6Xg6dS&#10;GsXs1wz/EyvaO/zixmpVRP+IryAmfYfvAay6Mm90GZNP5JehgniBmUfKJANEJgNKDYXhj5DmVF5j&#10;N/LfSRJ9zuJA9zJW+Sq6Oj5DYRMBvchkBbzT8DPke0bB3W4rmzHTzlOQd9DhowdwTjqxqXr/YBDA&#10;KzCRFJwo97aSlFzqCLDT6qcmXU6E6g6GZYc3OXjZwc8Cz6UkQJdYOlt6KiLmdWFB+ovkcxq9T4BU&#10;eL6BVebhHdTV4BHId1OwCImWO03qNFZpeXlZQAGw6Erlijz7GL57/Gd4Tt0koJVWX2S/bf6eVq8r&#10;Pn4IKEkSW3DRoTYT1MjMrMHYXm41qFKHpr0ooBX8DGNh78k+JLKALv8HAj7arVWRDwPsROiGvCMB&#10;CIuyaYdDqTc4XIm5LgAIbOLJgMnoZSuCBIPvm59X2upKV6/T6/D1IABnO60ILtIzP4NAxljKhQk/&#10;Eerw15bg/UdjFBYrAvStArjmudcrzVKvyYVDyM/TVeQwiSAa9SDwKsG1zUcATltMivxs9s7O0o5N&#10;G2j7nh00w8VQbaIgfjplR9ZZUXk5gJUQHk5e76UvyanOOg1uDRDm8gNd4MI88cdbmuzAG8ucDoYS&#10;Z50lI+lCPxww4i1vSA1W1TczUKNebPqhyjPTSA1eozW0pwEF3K1JQrUuVTDEKvFDkto1gOFw1240&#10;GdKtCyZm6VRuJGl0GLY480C7LtspY3F4TR7DprzEaxm6mPf2SvT1ZiwgQJu/vIqOIT/7GR6XJ8DK&#10;E4l3xOtpVyTzBX4fVX4vHQG7nBRKBQEi1CQawNs4DPtpNHVXQ6ECYVdUg8A27lS9vKT76DNLamHW&#10;FXDYQFMAbFtE2/J6MobnwIcPdDXbCUA8ZQpLcJJHgYugj1S63DFl/iDmjWn+gT2Rn+v1oUtcCDT4&#10;o2vs6p55DHZhpG1MSID+kZjZR7SMTlwUipSkS1kzRiFNAKh9Y22BhdjMWnNDkvEe2MV8vZP8x0u4&#10;e95AiymeSSheZ5JcWgjyJFiXB0EMJNrrBWWsq4BfK4X1udri2UM2hsCuYUAvMWNn74n8Wdl2Zwf5&#10;RI7uA5M5ZIXdENDivgPeqztLiIgbhGpowTv4u0xWm/oBCO7cGepeGrVpc2eAlt4S3EaSd/06MmNv&#10;DSrS32ko9IOGvi/NfJ/tZoOsCLbpn1gXVZoTYIO2AlpcxX4fCrjd6KTi3aUWLSmVSghLCnk+eFrt&#10;qEcUmDzYp8G86BvTGIc0Cqq02k7lnSD9E1czVo3ks9ttnj0tL41AABaRJM5H0pAtFTWMQw6mcm9o&#10;Eo7xfJuh2tQMTWzZS7sOXEmT23Ypw0m8xyNVasDfFrVVJLnb9n4U8MNhxScqzyNLrtU0dWWQR/ZO&#10;0lBT8VK/XgKvexbQ2dueGti+QSNp1+sHKvnv0KYhyNdmZxYM2D+zQI7h79FgLpXbLsw36eEH7qcv&#10;/tMX6PEnn6BGY5nGJ8bo/HPPpUsuvoReeN11tGHDJmP4aKM4lKnJtS3UMPIZRem4e9vbNCs3ln0+&#10;Z8V7ZWCKVCzUNS30XZ0TSUSVk8cpfeBuSk89SeEK191cE4V8UAaohto5QdpkCCloCzoKPtuV7XDA&#10;f18Yp2B8lvo791F0yQvIzWzgfbQsNVQpREBeLLUc6pWY65USgD4et4WTR6h3279Q8/CDFLUWKRzj&#10;w3WrLeCjsKNQR/SxHuPwXtTAOdRH0QT1d++hiWteSuG5B6hTruUSUKzFZTS34bMN50BeBNo4Uod1&#10;8WNDqivYaGjOd4SdGsk+k6UQS73rda8SdrUziZvJsdJYa3XUovD0bjUadOr4CVpcWBKJ3pZtW2n7&#10;3t1UrVUECMN+CLUNlBtILe3HWlfhvyHNjfjvVrkGlTRKk1jh3cK1FmeIVqdLf/LxT9DXv3E7NVaW&#10;eJ5GwvooCWBQloYsLhgpuGiuLnfbIp+89dYP0DtvvpnO2X8hbzgd8b77lff+Kt36a++lY8dOiO1K&#10;EYxfpGrzs4ih0uH6sAhVC9d7sJvBoXbP9q10+eVX0Ktf9zqanhqjNoIG+H2UyspgAou0KyyVnsxr&#10;7L0qyabc5zkDMEJjHQEgWVleoS98/nN057fu5Wd3mlqrLR2fXoPcYM/z0NwpevTQ/fS3n/8sbdq5&#10;m37wLW+h5190PrW4pn77e26hj3z4Q/ToE0/Kvl6oFqka1ujxgw/Qe975dinEx4tl+bkxmiJQUsEy&#10;A2sXv+rqxAS96o2vp++9/jqa2bSJ6/+EPvaRj9Iff+L36V///SvG8AmE8dQ+fZo++P730Tve9R66&#10;4JydwjAVKLpWpP/rppvo9PtupXsffJDPc0Wx5fie83bSZVdeSS/7/tfQ+OSMnDmK0ZgwAwuFQALw&#10;4Cco//DvGBOQbZewnqaWxo6DeqrecqnLmMnK4nOJNkG63T5Fc09TcM9tFD1xkIr9pniF9yHBDyFj&#10;5vMdvxzM3WR8hnrnXchz9AClNf67pXk6eP8huuc/76ajR49SY36V9ly4m173oz9Is5t3ULE8KeAt&#10;QNmgr0SNhOd0kc+s4+M837kuG6uEVK9VSO3BiwJOwJJrZbUrEuzlxgL/WqblhWf4PTzBZyGe771V&#10;3nvGaWr6HKpXJ7jOKdPE+GaelxVZD1VdE4oNQcLjr8a/+lYrVIoKckFFBwZUwr/XvmebeFN+645v&#10;8PtV1m+Vf0Hy2y3GKrfkqTIlISzqK415Bg/mbhiISqOJZGXx/fRSv8VYSwErgAmVmoUM71cVHhJP&#10;P3KcWl+/jzZeeTFVZ2p8foiFECPpzDxnIhBMAt3Z9Dyhlk9q3xaLn3Tfa/hhGqgHvpyBMAAk+Kow&#10;2FuA7/hBQeJSZz7jA/Pf1MLIIqdAjYSXpmqvkwRKTcP5Sdj4dk5SKwIvuQduqIDygXm4Am8w1q2c&#10;S3EvSZL7h2eVGeYzbMl0nmeS1UQYacHI3mnPfehcIlBdqjgE8BIQmYTAVIiG9u4gb6JkRIIgC7ry&#10;YQ5iJba9YuyklK5RtKi6SCze3DC/MFWlREq232gzUwK1EpMXZzVe6o09GVgdmYVmKdiIzTc07EQZ&#10;mImc8dMwsLFstUfczz3wQAjArEqTdIiUURSbDmVnYowk1jrMJLZBJoIRHAfeukLfsIRdvCNpCINd&#10;LeEqYe4BOmCCJKZusLpAwN1ESWzwUncGgJokWuyEAg20QoK0IlL2fofq/MgbndtnNyREFT7UlKtS&#10;RE7367xRxLTKi/cqb2TdXoM3wL78UBQqiRvjzX+VemGLds/uonR6J0XtFfQKFU8WGYkCPigOIizk&#10;SIABoBMpKNXz6olEmVWiRzecHwxvot2Tpyk6tSAb6LY9G2nbxl00OTkpvjeJ+K7JsY2LDS9gYnk8&#10;FI88bwAdDmaKTJP8v1IpKQeHpODjhXxleZGWVxeF4h5FNQG94Mc3NUlG2YZ/SCzHYIBggnSje+nU&#10;5y0wfyegvBHCEMQMWV+Uyo1TNb51ClRk8qjYfPGC3K/GAp4tdU0JJGrMl9hBKCUzzLQQDQnDkCK4&#10;LwBSYGw+Sd1z6m2CjQAyhTYXL81mwzamwOKawcZs88bUET8DQfXBxMSijiQyMYIkeW848MMQvBer&#10;/BSUXe0sqJeBWPtgQYYRNf+sRhsS3D414kVaml/gDaXDY6lNzaUF6jSW5N4x1mamp3lhL8p7aiM0&#10;g98bKPsIuUDXA3Lv2FiL6qGTClsyMOanuASkelCFnBcsio4EU4zz5laX9Kml1dPUXJ3nOq1D7caC&#10;PlNQclNlHOJRlUJNowWugTGXLZ1i5ipy6zhbLsRYtoOUKt8zQ9CCsCHQNkQR1uT7R4y9i+oULfF1&#10;zEyIJ5MC06nMBbLuRwHvzWRXAa/EY7PT8rwxuntzR8lvuZALos004XhTrlWloPDGcANgV8hSEUPd&#10;iOHJs7Feo90bZmnnnp00PjVOY1zgR2WVP7q4Te1uoN0HgPJkwSEgZSFYxWlqEhm92plEeJiklC3Y&#10;WddrkNqUsWTSEX8BpbdnQR2JLW+B0Zx93gHJKOzO6M4ZIBWlgXlEGYAYJLmcNwMQ13rq0RAAN3Lm&#10;dEPBCGtlj96Nyg3X0PYH6ViBfW9CI7pHC0ch8yv0WXKTGzBGMsmMpkEFdv/ODPxJpez8c5d7ET3S&#10;DOjPeMpOtCOgZOLFEnpNwVvlD63a8xD5Kw/ckiUct6TwVGafBGjwhWzksb6A0I1U6etYGRJjUUKm&#10;2wRw7DSltyfjCoEcib2TviWzemG+AayDl1Mbm7RYQXT4YJPI2gCPSCwaYcaoSAfoS1fWMQ1HGuhU&#10;E1tn+efxdYyp6YaYLKNYQn81uw+huIONyu+9jQReNXASUUpsr6Hghnw/5HmkWh3iZzhNFcYcCnkO&#10;h/DhiYx6H2litUu1Y7eEz8L18p7Sg08oH9zGIyTThTL++KhnUieYOvRtPHmiNUyhUVDD50DRiH+Y&#10;ecLl+/BIbMGZoJ/apoyiJRlolnc680Acv250QbBOkrXP6XEuB8lSK2ayC/K5abIfEacHOcauu5QC&#10;Z4OyUueCE8ZUJo0N1gb15MjiMFNybRjQmR583o3KkNeVT2cSFJt/0pEdov/5IY5mms9d64zaQVhT&#10;MzUdMI5DYe/jXnl75XEf0bG5lBZXzZ8Y9U+iXr5gy0iTCkV8bPuXsOytmwypZNFJqi4SckPYF7i+&#10;sZEiUUqk8vP0OnFoC5zuxbJnyXPTZMowqCiA5as8pitUHd9CU1vPpc3nH6Dp7Xv4jyrytsIgHFqP&#10;0nxd1DV/0LtQPyB7Zgb0DQZvXr0MAGHv1wQWncnsGx53GTNrhKE5BDBnBwvNVUjXAfWSdT5HGaiZ&#10;z6LW/E69bMDoTwJRfCBVtGeHM3TKpQnaiOmh+x+ib9z2FXr08YdocfE0VfiZbdsyQ+e/8Bp62Ste&#10;Q1u27xCpocj1MsnymrmmDFg7ujhlbIa5JyFYELEcKIuW1dy3uQELBfgQR80mxYcOUumhO3l95Zq0&#10;vyLgRtkOkQByOl49mXyMhgrM9qGcqMgeEtcmyW/dTcnlLyK/cRsVqyVVQoQVZZPgM8VXNaFqlesU&#10;sIPmTlLn7tuo8uhD1Fs8SlHrpLAEkBwtftRyAHdih+rBIhJblwrXvXVandxKxWteSsGuPVSYmJbD&#10;PhoHJZ+18bzVLgNLnMhSdLUprSqdjEFCmQZgaO3EuOy3mxTx9fb6y5IojJ0BoW4I0Wi1Ezr6xBP0&#10;v/7h83Tfwfvp2DNHlMUmfqtd/u8KTc9spF3bd9FLXnIdXXf9y/kZdIUEcMHFl9FVl15O99x3rwZQ&#10;lJUNd+TIUfqXv/t7esVrf1Aazn0BcPsCahSiPl1y8UX0ta99nar8DJK0K/sHWIm4z9pYnXbu2kVP&#10;nThO3aUlaV7j0Dd38hTd/Au/SNe//Hr6iZ/7WQle2b51C334wx+hP/rUJ+lr37hd7ru12qRxrpHB&#10;LBN5KL+zLVwv7927m171htfRrnPONUVGIEofCYnTu7WTgrlN5GeMbG9Mci9rzKlisczvtMXP6zT9&#10;6af/nA4+eD81+cxX4LMefOYiAzN6kLAVPFVqZWk4JqZAeeaxh+gDt7yLLvqei+gt/+dbaNfO7fSR&#10;P/gD+uz/+DT95f/zN1TmMYKmBkCeGsLlAHd3e6LOQRgH6tDxyXHaf/559IrXvIouuORyKpVCUYH1&#10;ee2r8HoX89ngZ2++mdevIn3hH74oISCQvQJcnXvmBL3/Xe+k1/3Qm+jVN7ySxkL1HHazk/T+3/oN&#10;+rf/+Xk6evIEvfwHvp/2nHeOepx6JQFgDAtj5ozgH2vkSDBMoEBftij6UMZykeuAhgTmcO0VqXTT&#10;8bsqPHwfRd/8ZyrMHaEWAGCAVz2zGhLll1PArzRGrT0HKLnoeRRPVKm7skL3/fOX6NSx43Ts6NN0&#10;8OFHaMPmTfSiV1xHL+X3HRfKcs+LS13eD8ri0VefrNHWqSlpCGFPqELaC1ACVZEALrwnNTrUbDta&#10;ac7TyflTfBbi81efz2E8v/u9BSE7TIxvp/HqLNUnNlJ9bEYwAAkbECaVqXBSC7tU3pPWKZmvmIEd&#10;Mp5K2pzq8jt/80/9NN1zz7coXVmmAq9BS3w923qBSHsBHIOBh3A2gL2JbcSJ5k9IIFzH6Rm+FEi2&#10;h7x3UdfhvCe+FVUq7uFr37OH9l64nzZcfSlV+HmgcdQ9PUcrJ/geu1wt95pS96LRBqAw7TapByIM&#10;yBJigJvI9SfdVIO4Qm1yiWTUzuWDQAQF2LJAzoz1J2eTyBJZ0eCIY6sZnLFm01wJIfiDBHMmYq2A&#10;axCbJ3xaaPYF5rubgWBh7nse5tebGQnL+dh8SbUZredDMilxFtwo5/6MQT/EjlcWYZAFb8tnYZWI&#10;TV6MuaLPPrD1RrP2Ijc4HzlTHlLuwJLKPcVCsNJEecutlrGlJAO1Q8gtjlL1jxCpNfaIggKsffHM&#10;y1QDSj5KLX1Xnq+lhotAMtL8BiTxKp5CZtOWWuPZwj+kPo2HwvGUWYoQTuzKqL2gvACbNbV9V4SL&#10;wu4LVY2lBnoCOjrBKGKTb6v9kAQe8ZgomRopsXcfWLJxYAEqgQWugHyV5MV3LMCkszmWmIrUiSQ8&#10;1HHiRkPuEqtr83MFzs9IMVUdcl9lXADfZFL3eBPDQC8KFbnCXzdeHZMkXWF/dbvU5omzstrik1WZ&#10;KvBy4QkCjzsAZjgkAj2HnEHEQELx7MmBXaVNJjkURkYsBVPWBZbFRSkm+lICTUlZXZyn/vgMpZ0q&#10;OchIIctEAeL7tAJ/t06fpis1AWmyKhWdaIlAlnCJWAqb4QHvKSN0aKw6/r/Tbkv3Fl0LSFUKNomL&#10;JV34SiXe4PmexZgxC+zwaZ42k6Xy4udC7kIGDAjTTphvWdy0Obw6Y07lP8srGy5jEMnASYyaa4up&#10;FEcK0kp4CQBU31Xtf1/EApJChO5bnKIoUVQZi34k0HCYAx3wUqwWq9QpQtqqhqnYNOCfiA6gpHTi&#10;e6HU43/bvsCbqAKXETpX2AggxSNNq2o029ThAqW9cpKOnz7K/59IgdnmAk2kT0FZDKPJzKXRAWq0&#10;eBF2XQH0YgH62qqNpySPlRYQwvtcxhHYyTIxJDw7MGAsCyPPNakyPcmDoCrdzlPzR6mzfFK93yyx&#10;CGxCBx8bUlowxqog/ebDAQ2/mHga3VeMOWOlTQc4iMXqj0PGjYMXStpDQeRVksD3UqpvoZW5VT5k&#10;tcXjEcUvWJj5eRUgB18TJL6Qt6ComNqwgdL5tjACksVlquwpU4sXFkTFuxIMfsuSWoz7jILQFuK+&#10;FO2QeuzeNEt7t26jialJKldrFHLRKvMRYAyYpJAEo9iCh4UwQJ245WBpF4ZqouxV8eekwDYzHZPw&#10;hszG4EC+9+y+XRl7L/PByhiCSW5iSkMG2y43LR+Ox4yFJG4Hqjg2wM8izoNg/YOl+85M2/0oIvAd&#10;+Uw5cuv+ec4kdKPG8+k6bJMs2TO1jiDJxop1zdECr73zvP8/CcZcrMEV4zx/J/jXcaynOKxJQRHl&#10;4RByUAokw1FCNATwts/t8nvrENKjdex3bR3siYzb0SRkrfB3lIAPL3LiDOhDY2Qy89Hweo3CoOBr&#10;q/C1rvDa2+1qOjB8MMf53a1gjCfeQpJCo0elOXCkrLE0i3jMQTK9bmts8M9Bt7YtYSHqpRE57aS3&#10;aQAa4xsBUGJeQ6xbtsNiAYdpzMw8UUh/VsmAHLK/K4hBM6TJBX725kmIYiTV9QVMJr1W5UlKF50/&#10;uhi5fGxLUquZ6p7BRluH+OZyEC9P91iXiefXUcoPewN+R6EX6woa/bMw+9y6n5FJY4fH9plzwA+O&#10;S2s8Av2QtH+tC9taL8J0SBKdDpk2ez+qhs6AvrVMxlFT6WGAc8D6TbJUjSHmmM/uOXUjEheR1dAg&#10;NR6H6lhIrI7ml4nmVvDfXhj8AIFKkTePvJAmKgVh1KPhF4UqflUgyjxZQgU7EM6hHnxeDrpZGjSO&#10;hzCpThOsxU0NTJPkaKcsnS78/SBDTOXnx0mRer5Oxfpe2nfZ5bT5vHMpKNd5L9ogQBAACyRyVkqD&#10;TrfPgkfWBZbTM50jz+LH50bA52dZI89I5R287/VkwMPXsHbPAeCDWm00PEa9cAHuZbJLFPYFPC+T&#10;38dmx4GwkRR1Zr9M//n1O+mf/vELdPjII9Rqt+V9b+e99E1vegNdcsVlYl0DmaE2Ro1FFro8DTBr&#10;YEiDyhjeAfbqwA7Hfli2XhD1BdoZPZcIcyZOI+ocP0HR448THfxPcs2nyEcovmJZJ4slZ9cVCuOv&#10;UHRiSYOVDj6B5Dp8OK5Q+j1X0cyll9DClv1UDhS8Bduvy7UWahew97gQk/ovTfjXiTnqHbyb/L13&#10;UOX0Yf7iBep3ilxrVPgam8KoB7hTR5lRqFNcI2tuzhLN7qDg2ldScedOPndXSMToYv6eapNI/JMD&#10;ZfLnIVU29wPNqg4M6MPBCHUU3ksWdhAELlctAGyo1cckwbVaqYsUOoSEPSnR/Xc9Rb//8Q/SU0cf&#10;USAdzwvgUnVcAuwQZIfzQWN1gR48tEi3f/NrdOTJJ+mn3/ZW6nQWqFIu0Y+8+Y30+OHDMm6azZZI&#10;RvHn/+PPPkNXv/A6muaa0vNzg+VRYKzgq19wLf3o0gr99sc+RjNT01QtVIR8sGPrRnrrL7yVpnft&#10;pgcffpje/taf5/kXSShh0SyJ/u6L/0C7eH6+5PrrpZFX5ed38y0foInf+236/N9+njbPzEgiMPyV&#10;Y66JX3/jq+l7f+C1tGHLBkr4nmTcw4sanopd2MAUrDYJ1vV8HfZZdmFiMvFQ5ME9Xr/e9/5fpVNz&#10;p3ifLfK4KYpNQCft0VipJsoTYeHwe587fZqPfkX53l6rLc8Vddih+75Nf/0nXbrp/e8RQOuNP/pj&#10;dOr4afrHL/2rnpuyYCs0p0tlmuez1hhf80te+AJ67Q+9ifZdcK6GCwUI7/Iiv/XCKoq5np0SP70f&#10;/7m30b7zz6ff+4NPiq9mEeeIEp9BFhboTz/5SWp1OvSTb3w9LUI1xM+nUivSK990owD2DR4vXSlF&#10;tOLFOUP8DKNwpDbNZOB4QmjSSEiYbH+JAPU4oqKO7+DzeVx2+dxDvkKl+++ixa/+DdVb8xRz8dWP&#10;eC9IOtRvL/NYrFFQLVEDXsa+Q6sTeyi+6sWUbt3B75fE4/HQ3ffSE489yStCTHV+92/58bfQ1Tdc&#10;R4XKGJ+l+B01u9J4jPlcUy3WaZz3iamxKapXMC+KXCepMixJdJ/q8e9zi216+pmTNL9wnFo89nur&#10;p/n98twNEkm+npzeS7Mbd9LU9CYJYOSprknj5j0WuIIw3XxuZTEEHmee3ZkHqRuqxdEo7XfonCsv&#10;o8uvuIK+/uV/pSlRTXh6iqu8S8OypaoinEdXB13m9fcOzixo5HgFRnppICqzXiEV9l27NkuFvXtp&#10;67XX0O6XXEVFnnvAIVK+N1nZ4DO4cwdF43XqHDtKvWea5MHi5bU7bnXVqxM2GGBNwR8fdk/YG4SR&#10;rSq2xBRQsjliv3BJTsRRDz1TxyX653IuMiwhs7ZKfRbPazWhgHVe1JQyCE2iqymxGkgq1xHoO3Tm&#10;U55vzoGZvaYayJNZafkgyJunYhXl0kGSfSYdtt9xzvc0arECn/TMv1yJHaF6B/uB3ET85hWqszni&#10;pQ4hq+WTIHdzMsDL7MisuAhcpsYI8308NYJF5hYtZ+6QNPjS2IEjNYZdszQAjcmW2bsBdEXjxhlT&#10;MiM1qY/eQHWWeQPjWatwz1l6sI7xMFPz4XfDgJLs3k3uK2DdUJhRavcQDqUbC3PPQqPkvOqQXaCk&#10;IQmGNZ9PwS7SZH2/eUsqztQxcu2BekvaxY/GZBoI7Ex/ISqFQqDSrFKtpAoEILdI54Q0ABMgRIZj&#10;TzH8YpnKhSpN8ARbabUE5FhZmBefM4QkHDryH1RuHJPFAnRc6RwBYQ6VfSPBCHEsNxyKfLGrXdai&#10;LRaBM7qxl6TfCP4kBZU7hsKqcrTU4M+leUWtA5XOCjmRrxvU8bTTFvNaAG/ixYaOl9Oo40GcsdNu&#10;YqYBR8nFmzlYG+KNk/ZkAPTl+kriVyeyFdCVpa2eSoQ8BhMonYUwtENIZrpv9FOrnrVgycRwYj9s&#10;3ZYgZ/TZlJMDgUiafTpgN2Cgg/4K0M7gb2UTqeEzNh6AUAhy0OK1qMaw0KtjEwvUqw+sLkJSbr2W&#10;exqp9Fh9fbq9pnTo5HAfqj9gD4wW3jC7XKwqkMfvGpIGp2kvWLQx2QH+rvBG1Gi3aH7+NK0uLfEB&#10;pE3j/HkoyMAkCFI1J018T+S68PbChEJqZ9xoChdUJNIuyFkWmdeBE7aiYgIA6JBCpEUKvzsxQC9r&#10;4hZvLDD6bXX6tNw5RXNLc+LBAh8Dz2OjZkm5qXULeiYtxHiJgsAOgpmhptfn65L8eIr3IhRtOSj3&#10;dSMAeMfjHUEeClB6SVj2SHwXw9m+FOI+WOTJvSzgbZCZowoG0qUiPycEhEgCHf87NjNL8eknqcyF&#10;wYljz9CeSwvUCWv8ThxNRD1+nlXqcpGkXTGVdI5XirR1coK2cYGwdXaWC+CSyMgCSLU76AI2+V3V&#10;uWjvS0pzFOjiKCybMEsT81JkCahn8msyX8ezsTQGfi/uWQ5zo4e2zHMpR9jXxMvrAp1JuAaaRpkX&#10;ibK+4CslLNnAnSG3/f/0z7MAhMMJwGoNPPxc/MjPGIASfsjsfzhkQf3+tOMWaGfK7r/Nv+a58H64&#10;4+jbnYI0nsCwRojFFJdE0zwmT5ElzgLIk4eVmHmbAmCrAuRriEVfvIK8sEDK6LDxO64ZG7BvMkQw&#10;C2S9cAp09YeBIb62eZHsevFpwUc1eKxX+IvmeM6PIREUTFYkP4OJy2toRdhxReEXtEmTx9Q1RRsh&#10;+O9+btrL88cpCwyy3G5WmKDoDDSHuWdfG2cgCQ3rQ0Nl9olMOOEdK7WvJUvg0v2iYIBP10y0UUiK&#10;/4d4+UXSVQarRtINITfDOhdaAYsAFK+M9TgDI4YCNbJCDizbhII8nkU93p475yXzEBkw3tKzJvM6&#10;950B2SgU189DcM8pgcwNo0fs8/xQMEZwBryfkiN3lp+ZzWeyJlemVPDOnf0q1jAgB0ChFTfOD7G/&#10;hhiEQ2Bg6nN+0BpwKUf+RrwNMylJmnsODrJaxY8SLD6ejwutVOYTn/FpYUUL8sSrCbOkthbEb13q&#10;KV0PfC5xGa8XBWBrdVQmA4ZsYioAbC8FScsMJJRMKgiMOwMmi6WSAN6SBl7Q0I52O6RqFeymCh+h&#10;Zmh2+8U0vW0vTe/dT+XZzaKE8IkW6gnvgxjOlZLLD2n+rKB08Byg33fRRPkull4tAZ57HXa2zooP&#10;b8ZcGLpmBUKiXD6aIMU7LAlwhLkBe5BCoURHnlykxw89Rnff9XV64NA9UktO8l76vCuvoHPPO5+u&#10;fv7zaGJmI68RJZNL8ToIrzEzEc+eS3agyZrWwmLw1sk3BkTf4FuVD/fkveNXBcDw0SNEx45Q8uC3&#10;qNg8Ra61ouMfNglyL33eB8zvGYEvkFQn6jfl+Hp6ExvJbd5F0f7LiLbuph7XwhX+PqyhYFTF8FEp&#10;KTDa7kdU4vuJTxwjd/gRCu+9gwoN3lXSjnhFJt2ijF+ph9Ia9SLlTSfVolgixLUZCianye+7lNyl&#10;V/IhukYVeOAh1dxrIrUCfoFyQ4ak0mC3JHnDTH0JhfUXqcdyaGu+tIkiPeSAyZ6Z3zeWG1Qdr0lt&#10;2mw6+oc//xzdeddt9Njhh6nRWKEy5giYTeLlHVEftjRmKI/P7HbV63hifJw+/8W/o2PHn6af/fmf&#10;ozF+55c9/wV0+aWX0O133CH1hShaqExzC4v00Q//Jr3n/b8uB3Jo4VDH4WCJz7r+xht5Xy3Q5//6&#10;r+jABQfohde+kA5cfgHPy3GZ95decjG9421vo0/+0aeE2YvdBvcCxtqfffrTtLq4RDe+4QepXOZ9&#10;sblAP/5TP0kLXEvfd/c9tGPLZjr/wv304pe+hM694Hzx4/RSh6unNZiLhWI4SO8k96xAX2a2jzoa&#10;1xzzglao1Oh3fuu9NH9inooI9HA9PuMUNSiD11ak6p5/3l7avXc3Tc9uFL/G+x8+SHfdebfVYgFd&#10;e9EBeunLXki7D5wntQmAZAQn/tjP/bzIiv/ly/8uTct2syXhCTiUbt2wkfbs3kFv/7X38HrY5LVQ&#10;gwlw9iyAyNDpSZAJRkmXaw2MKSTJvvLVN4iE9S//7DO8/nXVpqQU0Rif5b74l39FM5Nj9JqXXS9K&#10;FVjkIAV4td3m66gL8Fs0eaKC0KMWL87AZWeoTeRUlqtrjI1HqBGE1VsQ1nXt5FOUfOsr1D38ENXF&#10;0zKQkD0HayJeY0rFcYrhxcjPul4Yo9aO/eSvvI7iyVnqd5t08O5DNH9ykZ568hBd96rnU23jLqqP&#10;z8hcaccFWl5APTGmirKoyu+jJDYB47Uyr1VlSZAWI380NBP4sPfp6MkGLZxaoIXTR2hp8TAvIw2+&#10;DjRQI5ocm6ap2S00NbNJvERxRpRZB8ZxP2PZ0VBDLx205XLlja3H4YDtrSFRmcWQymubzWW68f94&#10;LX37rjslKAi76Qn+nlP895v472fg8x5qmnKWbC+1FNZG/HfkBKhHfRbwMwl3bKTZ/fto0/OuoeKu&#10;3cLAczyPep1Y6jwsmtVIQVmcqwq1MeoUa9SeW+R3oR4ABR7POCNjjaa+YhMVPjOBXed5/KcCAGca&#10;yIICgl6vIUkyJYA3j/yhM0uQJcwNhVc4A9eDIK+TxBfdgkCyQIbMLy8L3VCyvQY0BMO1yhADPktx&#10;z+Sgwswz4IlMnh8YuWpgX6IM4dFurL7exB6+cP5CMjdKlwcuplboisIoDHP/1Dx0IwfMB6QIYdrx&#10;XEgy0C9vAqaDgA2rafyIz4zLa8616XOpBbOq64k227HBShCr0ps12TbvIzrzzgvOTkwxuw+Xseec&#10;JiJjDGXnIKKBGiTtmw3RcOAe3ncUjahy0sywPRdPWK1vicoZYJdmYJ4LcrIN3pMPhhrjQcYW0DPN&#10;sC++U6nKuvY6UavfFvgJgQmIZFcOaywACUIIevBeIu1c4pei2UQbN2wRttZEbQMvDC2ZAEvLc9RY&#10;fJRfbEuAIYQrBGGZatUKLzBFi3nXSYBuW1JIhNYtBRllnldOwDCJcraBnwQq9+t0Uwk9APo+xp9Z&#10;LE+Id1ylwJ9RqxEvddRqNgXxjwDMCRtNNdj4M6CykjgLfxtJ2YlkwUbKMCjHYTGQbly7k8rXwPPg&#10;maNHqc4/e3xihhfTshRlvlDhDawnbxjsOdwb2H7GgVJzR0mlGaTiyuHWikIRAMl8ik3WqN8FPwUN&#10;uCADRZVhJgfGWJNp+6maeaKbJWmx/VQKOIR+JElTpEJ6qAi1G5qqj0+hoFpzSXzDz0nU3BRlMMAz&#10;yHHDSIspdKyaAGabfXp68SQ99ugjtDI/L5LXTqMhXTMUsMK+w/VZCnfexUfoCGkXtlOvUY2fVbU/&#10;KZs/DkJRGFlXO7DzYpoXvIEclgMw5LlA5nGX+vzwGPBC7AAGIi0zqKouHsWKGM0uS1esw0WdlyQ5&#10;pya0KH4KoXwWupIZCzAwX4WINKJdWaSBAF0ZSKopa6nJRPWkijEVJ7oFNluaXgxQHF3eWH423xs8&#10;Wkjl3OnqEtWnx+nYqUdoSw9BKpcIkA75UCwdNGUSolDpSudIF74NmzbSyUNPyT2fXjhJ+8pE80GR&#10;NvGCPu261C3Vya0uC+hQ4yJmlufYnm2bafOGGX52BTrO86C7vCwb9sREjeq9CSpAftJLpHAq4jny&#10;vIMRdT9U9imAUxwgxNDbh7k0Kk/SpWDNEuKflU60Lug2hIll/nQj3Ys1nnmZfDE0aaCA5NIBDES8&#10;Lb008xQcyHndOp5768XLD+2Yzq/7/2tZKmu9/XKJMK2TKuo8ZVb+JirTTSIHiPQ6EwNuMNsRkAkA&#10;YZ4LGwRy3Md/cKxNNM3vbiHVVZxXQOoLZVxTtrnMlfGu6XADkKsM0M543KEBg91Uk3JnnRoR63Lj&#10;ZPy15HtI5LwlSePlz+W/W5AGiP7cJtKBoWXhOR3yPGl1Ezm9wusSkt1e0pHDGvbAYqBsJkgvCpq0&#10;kjPd+ibdwvvuZ5Juud5Qrl06XJgMjoz9mXUWdR1NzkiXSDIivjD3yEI2CllHLfccHPp5YNSa/YCk&#10;qQ+MRBQEyoqzQINSgKqUU2XfYBxgLSgH+mMzqdnIePEjWO+6oRtZc2FYBBlk/20Si4wF571bF+Bb&#10;G8CR/X/g1gf65M/T0XInHfGR9Gew+4aZfW79PIUzxn86xCBMRoI7hgrZwH9Xgddr7ye7VzWiHoUv&#10;c3BxTRhH/j2500pWoGb3lgXmqPk1mpU9nqQ4iED6udrmucKDtNklWm4mUvjHYNOL/YlJ072afqMZ&#10;hhq81dEap1hwsn+gfMhUC0ieB4upHFr4GOYhDh08Zxq8B4PxgUZUSRQggRx6Gp2+WkQEJUlQLVc3&#10;0tTOC2jXtgtoYsduGt+ygyol9UJGrRAmPTk8479jZ+Vu7EW9IUPbBfYOB8oC54Iz5LUDIC19VoDv&#10;u2+4DAy4fZqsW4qvTd51Q8E40mF3UQ5CoxEnZtVo7BmLBzVOwM8AiaI4GD3z9Dw98K2DdO+9/0EP&#10;PfZt3s9bVK0U6MCFF9LVV11J+/j3Hdt3igwIB241xU51vKB57TMA2J+xM+bMbexRXptpgQlZIYVU&#10;+5NYDgvB0gq5px+n5sN3CdgW8XUk/K7LkyWRL/q+GcDj/riGCb0eovEzEHbRG5uk9JyLqLL7fPL8&#10;7gkBIYnWkaspQJCijkXf06YvfIT4M8vPPEXd+++kcP4IRc0FtaoJ+tK08Wguc10d8ThPIi8NoZAv&#10;yvGhuVvbQrTnAipf8V/ITW+UvQHPva8GVuKxizqz5HqaIulDk8/boVjeT2gsUl1vcb3iwScWIpGt&#10;9XEOtqPmhYefHLzSWGRlX/+32+lf//lL9PBjB+nE6WckaR21OIgA4tjmylQBcQH1Ptdi27ZuofrY&#10;GM3PzdMTR56WcwnOH1jrvnn3nfT4L7yDfut3P0ob+Gf89NtuosefeJyOHz8p9TOGFVJ1v33/A/Qr&#10;77yZfuW9v0aTE2X1TyK9vgKPkxtf9xp6xQ0v4/nLYyZR43e8h267I1ZfV117Ld12+zfooYce1tRs&#10;F8oeHXc79LnPfZZ27NhEL3jRCyV8B2P2ne/9VVo48hTVpmeoPF6nwK63C5JEpAwYqHBSS2fEQRr3&#10;axv/sy6smjAaqTUGX+NnPvVJuuMbt0nwW1QuySEUZ7MKnxtuuOEVdOMb30iliXFRD4WxBpO8/LXf&#10;R0898QTd/R930vNfcBVtPmenHOrRTEY9D8907OlAf3/mprfT5dc8jz72ux8RdY2whrBv83niwcce&#10;o4/87u/z19xM3aRBVaDMBjiId1qi3lhICUdD3Uk6ZoFe9Zob6Jwdu+jTf/iH9NDTT0rzuzpWo1c8&#10;7xq66oIL5BwRwu5AenOh1AiwCEIYC1gimdF9EAbDNrAKkMDvLFEJXOp0DkaBnpFg2yFA1uJpSh65&#10;n/wDd1C6cFSapDgPwOu6F/BZJNZ0VzysphAx6tTcsYfo0qupN7mJOkmXTt37bbrnjm/RUtymLbs2&#10;0LmXXEBudhfR2CbylXGRBwtBoFSmsUqJanxTFa7/p+sRVcqRMM1ULouQS64dF5dobono+OFH+N18&#10;i/cbPgdwETY7u5E2bN5DG2amaHxqM4+bqoxfTYLysn4mkCBjDofm0xpqrZCdBbJGWO4VnJrndZCB&#10;WbqfKlEiFTBU1l7fpb3Pv4o+8cEP0ztvfZ/I2Uu8dh3mz9rN55oJni8KsKnlS2ju3U3YBxRqVNi9&#10;narn7KD6hd9DM5dcTMH4mNggyT4lZAeLijImaikqU6tvDePQi6cprhNgX7sxJ77vYWWMijxWSmN1&#10;Cut1GQ+tblckvR5rHxKvLfQgStVfD0y/UFQ1qkb0+VkjC1NSCWYMy6HQaVPOak3lLISKIaiHj9oB&#10;mIddmh09ZMwXB4oHb6STPIQj8xr2xnTWszOUNtJg8gOwMNso06x5brYbQuKw4C5K01yhKLJb7Cs+&#10;HHgqW7CJ+P+ldq/G03AGtkESjdCPyA+ktZp463LQU/CNQIlJAsKhkZPSkN1HYKSRATs+cemopH7I&#10;4BpfL+Qrp9cmeauRBof6LMTPku2FnWfA6HC4Y0ZSyZOCg8DYmi5nl3oLEnGZjMQijbVJHeSMdA3T&#10;VTbhoEpS73XyipPIvBC7t0CtN/zAfkzsXAy3ycBATSx2ebBlFibmrJkzqMcGAYFqv2JMUAtHwRiL&#10;kjZMgiFM4n+5MMBNIh0KoBJ8TDSa2llijfkq4TCGyRPoYbIPySh/HeQNtWqdB2aHGqsNZTnxB600&#10;TlKpuywdVB+WqBxVZaEvlSLRMffEGFHlXdj0IeEtCJNN01QQlY1OVgQpRNyVUAewtMS3D3R5TBie&#10;fMUCH4ILeriGGbyw1GxSCrMWgxhG2Ph6yfcoCAUd6Vq9vnotFLgo6Pa71ODNF8aeK6ttmuPFs77Q&#10;oDFeFFCUowDr9VepCoCQi0lIJ8oIJ+FrCQqBmOnivUFNjKS1LK2zUq0ZMqxsKRQ1etiMbUDroBSg&#10;UTqialjveVNrtFf4Ok7QwvIStVe71GkuU7u5KEUEXnKr2eNiddm8dow9AzlErMk8pVIplxkDEMMm&#10;3ut1Nf0Xz7dalcMsFudauSYgba/Vo/nVeeoszJPraWBDKsh/V7ptUbEmCyQWNSy24tUHg2f+u0pF&#10;ZaVRjw/8QZffiwJcoQRJBAI0CYsNku9MHgp2GXw2Ij2MlD2Pl6AiXe0Ov/M2jI35/SMhCclmXV6Y&#10;O62OvF+Y6gpQKU9RTcrFZyPIsxJVPmDgHliSqTChApXogYUUaRca6wc6ZvA+6vIz6vdj6+B46RLG&#10;sabyxL1YQQCwKEWr78XQM7S5gmJ+pdGgIiQnRUzqIlVr0wKM1IsFOQQm4ucUCSidAHCN9aAyNTVB&#10;RzCmyxWaX1kWP79ecRsVOt+mSR4vHWxU/Mw2VkLaMTstXi/lsXFa4nk3tzJHC0vLVCyZXKSMJLs6&#10;jyMwdZF83FfPytASm4RajEOBSblUD6lmsuZLB4mjdoIMinADjs3ZWRyjp/gR5l+2aCfpAPUYkvo6&#10;O6l7l5nt+5EURlmPQb8Wbw89FCh4n8Htfk1S73dKRXFnZaasDyI+FzgxYH7lHgwZeT7r5FDm3UEi&#10;L+lwoXCsH9AjbaKHO6E8IzHt5/IohLeHyLdDrdCFmdrXBGyLzoiMGlO0sY/E3lC6YDyuxaSYxyX/&#10;fdWprBdfl0l/G+roTi2nsnzMo0kk0KZ2DTzmI57fQD7kUIGdCgFIMPaPu1JsS3rnEBjQM182Ad74&#10;V9OeAYzcS0NdPG9BJ3Hm2ybVhBZLobW0IvEISYcAZj+aaDH0nmMaBLZEdj3FbPxkX2ieZYkx/fAz&#10;4PwQG+0MT04coO1A34AfjmzaYc7ec9q5yfuk6VB66ADjzuJnzMh3OAjCjX7dgGFGYiXhzgJEr5ey&#10;+50AZH69P3fD4TRuVKrph0I1hi7XuRFBu64jiV+fnkcm6RmoqdXfx7gDPqUzmMFueEmg4YRv/5yZ&#10;q4N7GwrroEF4x+ApGHMusxHJQEKNQpPbQb+zy/OxwVvtymoqgRtg+MFzGOs+1lHUQd2eF1CvWilK&#10;AI7IVABz8uAtRqGAdJDigr2UqKJd5KTiCxOotx+UFYE0NlED8KFR5JY19VLlPU/I4LyPjlXx9bz/&#10;VvbR1Mwe2rZvN+274vnCrsIhqyDhCz1ZDcRIHuz9viXIC/Mhlv0n8w1Ks/WWMvmJN2DLjYB7KY3m&#10;sz8X4PfdrJWjEkN6TmbS8HvWkDLdS1HfoB7QgtgLOwMBXX1xPejRykpC377jIfriP/8FPfnUI2LV&#10;hFrw8osuoetfeT1d+fxrJaQCkkOxHRDWYJQzW5VwrOwOgIDSQB3ytsx9m+CniKIe4wOMFa7FeiFY&#10;NYmw8dPFRQoful+YQOHSCSp2GvAqoJS/GAfG5hJq1YjG+F56q010tdWrFQ1JKEUKY5Sec76Abt2Z&#10;rdSVQyJJw1psNxAqVBzn5blHY0Gb130+hLa53nryCWrdcxs1Tz1MlRiedyX1CkYTJ+WauIgE2g7V&#10;45DaCDRAjd7lMTkxTcHzX0TTF15F7foMH4xXqBYaMCzATCgrZiZZgn/cwMZw0EhRj97E9q/UQAWX&#10;pw7CCxXPFuoSNJRBPIAfMt4hQJb77nyA/uRP/5Due/BeTUqETLJYoUIR774jB+CpiUlaXlqloFal&#10;ay67hL7vda+jC665Rup1nEt+7V0301e/8Q2q8CEfUlU0zFtcW3/hM5+hn3nH22h6fIze9Su30Dtu&#10;uklAvMiYS2DgPvLYo/SLv/A2+pVbfpn2nLefFvn7wCKLHGS0AGLGeP62qJt0qVytisIFv2NteNdN&#10;76BT8/NyqKyGGiSIerPJY/YNr3k1veDaF2nUG2Sj0vzt0QzXdmI7H8dqZeK0cR1L/Wre6EEmxUs1&#10;7dLkxc8SiC3js4mkWf6iucVV+vP/+TmqcrGIcwlqVEhT4dn94z/xZnrZjTfy5/HY8FwV9NsCgCdO&#10;5WLbd26nHbt28HPSILwEgCO8I8XrWne7EGQIvrbLLrucfvWWW+jtN/+SmOOLyT6uOQnoH//xf9Gp&#10;0yfoll97D9fNqzQGAAbfD09djBFHuTJMGpd4cDw3z7/0AH3w45+gD73/vbRt+076gR/+IQlfAbus&#10;027yWaSqHlxpKjWxSvrivPGUH/CN7SiBCUlqNSX29h61YoSGFCVgo4xzLADHb/w7xd/8NwnNS9O2&#10;WCX1xHs7kPnbK9SoXuXffVl8U/Fr8dIX0dSlV1Gz15SxdOeXvkLffuCQeAxffu3VtOuCc2lidouk&#10;67Y6XiyuipWqzJ2J8QrNVCdoqiY7E89rEDxC8bxvdgv0zIkOPf3oU/TEQ/eSLzb5fleozh+9feMe&#10;2rxlq/yq8HkiiVMa5roD5NOAvVTOw/niK3VNaBJ8p+5tbq0qYMjXNqshvIYaQFXH1aI89zAWPQR5&#10;flc/xGvsp3isjXN9u8L72yGuCCf7IEeUJLgDAEaXr6k4PUOli/fT9IELaOZ7v5eiMR5DaJJFjnze&#10;Eg0tZFB9x2MB3Z3UbFhnxebKQ9VWo5VuX8BfKA7Bbu8tt6g9V6Q+SB4zE1SfnhBPU31GvEbz14zZ&#10;mb1vYBIApNgaFv1E9zis/5L4a/5yuo4l6pvmsvgGC4Jw2jh2mW+pgDFq1J2aIzk6PWFeytoODGDa&#10;D8CckQC0TBabhVfkMuuBX+yIPD0L1kjNJy337VWQThRdtndHGdMtsITYQMGpMGcUGhCF68LcidUT&#10;L7MdS40AhXlLlpcgQHmamr+jy+2QYDFmmKPMQS2rFbALM19g2Y9Fb5yDyoIbDHm2Z6FbGTCWq6qy&#10;Z5PBcENsTAHFwmiIjeIG9tH2vJyzAJe85tX3GQYDCw+ZR6JG1OcsddeQOs0ZEJsGA2/AIXe9UZVc&#10;VpulmgXhaZgYoCGiWRDJSOgjDfxr0nTwk6NWs8HPTSPn5eAvQJ7SS4tCYSfxeEtFnqLyR6y6ulam&#10;JgNUUAmILZBVbBClQl0Oa31IG+NN/Nkd/rtENsEmL8A4FKJLkwjLy8nnB2Y6rWuRy5M9xbxREuCq&#10;4v+BRXIZsfKlFpVJr03SaPt9yoJN4n4WnWxmirIBZRHGytwQKSd8QaTj3cUaQEutJjVaHV6MvXSc&#10;EMaBh9BqdSVxGPtvo7VK84tzfG8tASVr2FhQoEPKmeg1FJ1udHKI5nuoj43TOBdIARDAIBUWHWQg&#10;4gklnntJbsCom5kZTvKfNXp9Or20TPNzx6i5uED9VqzeUEGfIn7WFV7I2vxnzU5TQyy8N1PvIKeM&#10;Zv5UeE+h+ANot0CRc151lxqqAjTQCymcsSQdx0KRFfNn/MyiyT2xQKRd63Y5oYYD6C0W0A2JqVSq&#10;aniEzRjcNjbDqJDIQhGK/yFvnpAhFczPEH6RYL8lXsC95WaLP6LBhXefi7iu0r9T9SgUBJ+fObqa&#10;uB9IIeDHCNZE6qIBUBO4PPVHOirKq7QJWMi7IDI/ZGNI8+6FaOkTlShjgxRzdfhbxpqYHGSmpKSU&#10;aeFMprpoSHHB86jbbtDu3fvp4P138AZTo43jE9LFDfj3TCavNj+RyrS8dmvGKhUp7IrlEr/3JQG5&#10;XWGvQjm8UmybGqOx7gyds2WGC9sJ6vPFPHb8GBeeqzwOMG75+SahvG+E1LTcMtzayEHyXHDSGQa9&#10;BB8JqnzJF5UuHhU1SdHmuIu0axdkhusWIhDQQJo2kLC655By+fVVg2tAmjUW6/nBXD0V7JkLwyo1&#10;WV1MPiNrZVLeYJSJ95yMw5HeUbou4284hfc78ata+5lDzHRlAwybjiFpFjJbfiENfjVHOyF9s+Vo&#10;pac+eA2+wTEucMu8AJ3mdzfDX1cWL1INqBjnn7Sgb0XZUm4AaEWkCViQrFexToFNIOEXgchusZEt&#10;kc/9IJRS78QyILZ5UEW4Ln9ukechnxpFGr7QT2xHdhKgUYZZvHy/hlr0rAWIsI0GGjAuYzYGebez&#10;a2Bo5uEXBcpC1MajFXX2ciUFW0sRWW9Dv4Yx5teOLzcEAma+ekPjKgfN/AgtLbbXUgy0cSQjIsjC&#10;JhQA6ibmSpfR+lOn7Ml15sB66bzDQPCwiNVbumw217LD2oiXn3dnBbvWG34qy3fr+P191/r2PDWe&#10;sg7jOtc37JVHlFvf2T2tnVPrz0l31uCQId+/IRDSncHoc7msOg8GSd0oCGiMQGfjJBPmJ3lCbyo+&#10;pvMNIj4LU6vrxZyeLP0Mc6RU0A+Bb17i1ZsFybgyvAu6N4L93+kllkivow9BHL1UmXpg3IOjLKE8&#10;PM9KhSBPty9XxjTxV6SNFWmOhtEmKtc3U33DHtp+8dU0PjtLQW2cOoWyyOkKCAJBPRHoHE7F47Zg&#10;DNNYbTu8Gm+HbnDwT70fGYuZPNV9J6jb/6aEd2C9MMSQXs8W4SwSYm3cGRPQ0rRL5VAAJOzR7a4W&#10;w51On44ePk7/8fWv0sOPPEjHTj3Nf9+lTbMbaPeuXXTDq6+nc/efz+9iTGsgPtDDBgaqB2nWks/r&#10;CGfrUhjGliSY5vcRWKp8Lp2BSoZU1gaqdMTrZ+eZZyg49hRFTz9KtPwMldFkT3vSYBP4ux+o12m/&#10;K7YJ7QDBdpHURb7EtebYBAVbdxMdeB5VZrdRJyxKXYI+asSn2U6gcrMS15n9zrI0o1dPcg1x7AgF&#10;Tz5I6ZFHqLK6KEzRLpiCvOdLXFKVxw9Yfb2ehFi0Q65lSzyuZreT23selc+5iPzMRprH2IxXpIbt&#10;xZkVyMDUXSxXLG3SW7NQ2D+6O5mHa8Z4DsySRj1awqgu6ZfketTmeg/zCgBEErfkUPfEQ4/Srb9x&#10;C9ff83wuKYqfHr5fAioge5cmV0F8Bq992fPo+lfdQOecdx5VahVp/jiY9PO13fTOX6bl1Vvo3vvv&#10;43t0UnP1+j2641t30Q81mjRRK9C+886l3/7wh+kjH/ldOnniFFXLFa6DOzJfT546Tb/4znfTK195&#10;A73m+7+P94OCNamafK1d8c0ru4oc7B98/Gn62pe/RPd86x46zdeNZnWlUM0PcxWuYa+8/DJ600/+&#10;FG/1PQkbwZhKwqLBGanucziv2CEUlh7hkL+my33AfR66FKyV6a3TgpEABvhEtlsS0FcEuwurXqTB&#10;GJs2TtOLX/Fqnj+xNA/AhkxCPcS67Odbw7JvifY4gGpjHe+2p4otXueaXfVY3H7++fSRj32U/vvH&#10;Pk7PPPGk1Bh9PjeNV6t071330K+++1b6+Xf+N4oqNYogB4U6oBzmh/KsMSJEDQDVQhRI6eZb3i1s&#10;LAT0ZetWpVQ2JpJ6ssta4YfC3NxoXZeYcigHT8VLGXMkoQrsh9q8pjxwJ0UH76CY5xLSZWE2Bw/M&#10;nrB2vSrMCm2uz3jd4bN1wue0tDJL6YtfTIVN22iBz5hHHj1O937zNnrm5FO09/y9dP4Vl9LY1j1U&#10;5fWnnfBZBuEfPC7qvK6DqFEJykI2qUDC6wsCOMVBjc+pPVptJHT0yJN05JkT9Mj9t/PY5fMmj9Ut&#10;u/bTru3bqVqtifWDOOBgf0DQAFRlPh0KbQnz9T/biaHsS3NZZjZoEllntUFGdlbyg3CsVGvzND9r&#10;94VxBtDSd8Hk6tGlr/9B2v6N22nu2HHa4fkeeL+8l//+AK81u/dsptk9Oyk8Zy+NXXEJBZu3UZHP&#10;QvDew3oclkrmRec0UCWzBEq1TozsbIf7jHnPK2D8ATOH2qrX1vUh4p8RtHjQdQWwA0MwWFmlxsqK&#10;nEFXJuoCsJZqY9TKLPJcF4W0hNkJ0w2hMKRcBQ1VCCygMBs7yg5LKGtMZ/BkYE1sTZ2XFHucZ1Pz&#10;tsY74vOa+PdF0eC8kA4ZFmfiIGekhsTne5CkzGb101CBleZe94PaMTB/WW0O6OdjXgvxxalCIaFB&#10;CZ3m4JyFR5h8GKSv0EJA4jQdYCxmkCzBpKniGymfHZJCQdmugappBpYcbujG1MtOsAqvwBaZXUdq&#10;IRtZcInW4eHIWX8tcy8D+gJbq9J0VB0gtYNXwHbQGk7t+y0gxSS9qux3OdktsTBKn/vwKhgJgNNJ&#10;2JQzwoySGZwfWLxpqq42MlILUUlNVRGQy8HZUU/5bM65jKg5aFLnzdvM7Nrnac3RUThLC62QqFYu&#10;CP28IAWAFqkRjI9daDfkc68xSZ5R4qwCcmDV4GssQQamwQCN0vqseKmJrwRfVb0ei69a3G9KsQV2&#10;WT/hjV1jZ6mC5JSorPLYEsCcCn9fWQ61scVDIyW3x9/favbFj8Njs4rT3NQS14jBVzDT1WKkCxNA&#10;IzxVyHadV0PsVps3higVHzoEgAiLbhW+b22q8ecH/Exq9Q1ijKuG7JEwDdGl6yw3pYMMb79Wuy9h&#10;Je326pC/kSbWgDIMVB/gpqTSINQBIQkwUTVKaOiGNPFpZrTs5Hv1MNlXbbfpuJ0wMJ3wYJf5qI2h&#10;IfJaS9SRlGI7tGfFsPfaVfAyKZMRpXdg1yKgE5LJDPAB+7LOix4OINWoKJLmWr0kz7DAC16lUqQi&#10;/95stXkJ6POBqEnzSx3ecNsyYau8aE5PTtHm2UmqVdCBhVxcrx1061Xe+I4vzNE8L7SNZo/m55vU&#10;b6J7qGAkPBtTM0goyEIaCX1fqMZGX0aHExJvFH7FYkl8rDEeAqFb672jMxtI2m+ap0Wl1mX2GdU2&#10;VvNNgMmr/NxhdgwjYpfFEnpNzNG0o0B+tkxWY1EmWbfBmZyC/67RbNH02CzVJjfy5oLntipdSnkX&#10;SE7LDizwGuNnCmkYpuaGsUmV93JxtQyfyn6LwvKEgLyQe11z4ABVNxRokZ/7I6cXaZEL1OXGqgBI&#10;6HTjewHO4l4gVQmBZAc9ClstkRbFElSDRbvA76Isxu8w6S4WUzGHV1qxlwU5tCQjn6aj3nxZkeS0&#10;mFqbEjDSXRql6NjP8kORi36N6mR4wU4HxuY2lkVaad5fyrsAk9fArUjBpixB+GyHzrUg5KAzkuat&#10;SkduXUBvLWvlbEBgJo3LQCY/BHxkG4OXkCKw5zwtx6HIdw82PZ1oC8VMOzj8vFa5aGwEuglDHhhk&#10;6yb/syJVh/r+4Uglr85OX0X7PGzEXaxD8METvzwSNickvFwf0pLw4PXqULAWBOwGAM9f08Hc7sga&#10;Wuxz8Z04kTZgTRbAEOYLoaZLY66JV6CEJzlq2d8nEhbiRBJGwxu7U6BMlbM+B0GV95UOgbCJdj/N&#10;0zNZh7JWJAOiwSi04o8yqZ0zRo4bDakgKyi80d6FAejUDwT3AfedoldPONgWAFxtpQoYekvRCo2l&#10;5oahJAOYzgzZGAUyvD8b8DYwUD4D0HNnYe0ZlpYBcW5NhzJjBObsOr92/Lr1ffaGwjtGsPnMW8Zu&#10;YhC8EYxyey1/Km86qluI1BnDN+IM201tXAR+4J23btDHULc2+/Pha/b5Gm9FrhsFJJU9qYUu1gsU&#10;/wjH6fG8a3cdzS3zvGt5ke86k2nga0KNhuNDVGCMI1IZhsHR7Q7Y513ZB4ollaKUisruUzJzKJJe&#10;aR6Z+qAMkM/AdwDrng91ogAAu4I2UKG2nSa37qNtF1xG01u38WG4LvsdZJ5eWPuwStEwLICUoaXr&#10;yuwyP06fKuACeRYYYGkwCu6t12zxZ4ht///9J/O5yQvlYMis8Tl8KVOzLBF5jngVw3u4LfUN1qr5&#10;E6fojq/fRnfefTsdPf6MeMehtjp39w664dXfRxdctI8qtRl+LiWqls14H3JqHLZFX6kpp6PruldG&#10;VWaAnRX0I75feuiVXg3/G5w+TfHxk1R44iAFpx7jw8+qHFYVjNV1Ujr4IvVzChCGejgQTlltE4V8&#10;CO7tv4ZK2/ZSUqrw+sz1c1gS1gfWKTCKENolhwV+z31Yrpw8TrXDB6ny+EFK20viWahyOz04aWpf&#10;qn7KQSyN/XZljGh8E/m955E75wD1N22nUqhM5ljmAJpMNWHuoIb1xiaUVMBUU6Tzr4Pyw5s8yYLs&#10;Bozk1FgpYf6e5VyA5xCWpbl76JFDdM+dd9L3v/4NNLNhknbvO5d+4aa30Sd+/xO0vNIQUEqasHFf&#10;WH3lUpHe/cvvpiued5XUmtgBALx1uR4VRmtQlICWUjmmjTPTYm8Thbpyg3iwstqg5YVFSSWF9/j+&#10;Cy+g3/7oR+k3br2V7nvgQVWOQHEBlgvXh3//N39Dn//rz9LOnbtpz+7dtGFqmsbHxyVZ8/CTh+kY&#10;j7mjR44KuUH8cPnfYlHl9YFZfMAX8md+8W28ThSkklFGcE9Zx+LfrU14VWGEcoiMwoEUTWRkaTJq&#10;MzIEoJ+9dUMmf8yYJk7ArljOArGCJzxXIHVcWVymWrUqZyyx2wm1zhDGnSVIyvoo3tShMaMTUSD0&#10;vTLUC6UaffXL/yYp1rv27qUP/tYH6QPvu5UOH3xYlGFt/sxypUQH77+H3vpTP0M/8sM/Qje+9rWq&#10;fPEDGw85C0SBjBNJk4bXOj4TTGtec0vlIp8H+mrjI+xIBU5ENRa4PL3UD20UWQppIj7vpCFK5tvt&#10;eD9wp09RevB2Kh26l8doA7oEmqjw3tBNJHgSDBXMjyoXCl34HRbrPBdKlM7OUvuCqynkORvzqz3V&#10;6NJ9/3obHXr4Adq4dyu94iVvpKmde3gPqHBtUeRnBTlYhWp8vVP1Ok2MVfiZOD6LVuXMiLMf/Aaf&#10;OLxAD913kE6dXuL7X6Xt52ynmWpM177oebRxy6zsJXWE+EnDQgkCunfreUp2MKdjGWtZ5pmZSTRF&#10;F4Hmqp1J1SbBavrULKjSwbo1CKYbKF+U4aVsTLBpJQio15P085vf80v0uU//BZ14+iS9/CVX0+z2&#10;nTTDY2Lj3u08zmrSFEObpC7gVFfAT6QLp4ky4bDHFaxYCMXPWfe7vsSJprIOlVxf/h+J4QHAPzQD&#10;ghJ/P/w860J8wL1jr0i6bXl/AKz9cotaBf4sWF9VleATlesUjVf5/6sC9qPRQJAeC+ahCboAnBKx&#10;dTILh2DIWy9NjYUW6jPNgBk7/5OB9S4DtlKfiyT0r3xupyQ1ne2Rub99Jk0dCvkcZXuZhQkNvPCF&#10;NCPS3YxxZyxD7G1BRq8b7H1BTpihXP6byVB9HnSm+QL6c8zGIJMpm6cfGpIIEstRRGtWpEPd6mC4&#10;oDULNq9dT20hOQVNxRLMztoiuacBe9G7oUyTkeZyxuhLbd3U5pozsFVBWwNQJVnZQjudBqV5uzey&#10;wEBlBet5JbB1QxR7qSC3Nl9SxW3CKK+9s/U6tcVTnmlCFjqoadFrz68qi1aMwNs7yYNQMnl4BpC6&#10;gezZS5hqqpTbUGQieFrqeARgBf4AWCfAHCsg+t2pXAXyS2jKsZB789wRo1pXksIHgygKi8ZQAxU0&#10;EkYY7gV/niJG2U0I6FXnDRVeA+1ukx9ak3ynJX/e5gWt12/zolXhjXcCvXDeA8eoJgBvh4rRGB92&#10;IwHlHC+OkMf0+6lNin6++Qj908I5ID1OLE0ytcUeoAckM0vLy9RpNKnd6qlfAQV2AtOUVgkXAS3Y&#10;FfTQys8mjCuGcqdi/LraXObPaAtopAEhidLCsWjyM2jAbNlSY0WuEOqBerRLbUVPojrxQJKBAiHD&#10;QFYsgSrCUoyFvUXJqpiBi+w316cbAq9wsbyPDPkW5hkGexKLb0WtXBHgrMb3UypHNDY2zgVTlcZr&#10;NS5+S7JRwEsuDnlD5XfSbMzJgF/srtKpUyclCCPl595p8oLMGyzYk/gd94sBVqjwz66VqFJIqQ5g&#10;sBhKl0xMc9vwLnLUaaUyvqVwS5VtKeEh/NmQV0BmW8SYMdPRwDZmPcglNridjBnfUyqJc0mewiNW&#10;ulYwSYS6+B6ql1JfvBBUmosCBQcvSdv1SgH3xrRUwHTYa41y5qKOoySX82VdxaAQUqvVob1Tm6nZ&#10;8fzrJFX5OaPLhuKyKD83g+b7AjCsSspnLMm8uOciFw1Hl3hDB0jHm0sb9xqscDE8SU8vzNNjx05Q&#10;kw81ER9OS7yQtMXFLpXUa7BGsJd3uwCP1V8QKY39WANNemD3Oe2+AiAs8JzGIuXSgkqixaOBhLM9&#10;zMAYJHGeJS70DB8/PySpG4QrOE9n9QTLD+OkQT8+HYAfgYELaZZanSrgFxgQIexIxK7T4BBJtLbj&#10;48/wtPFrGF7rgXtngHlnAxJzY+OMou1t30qNVRrmNH31dUC3nudCP6ITPH8ehTofqBgXKlPG2hOf&#10;YP55Uzxe5vh/xvnrS8aaS4wdgZUvMgmZsic8NRCYBL8bMJi9Antx4MQovhAo4AW5WYXfcywJlbo+&#10;rPC42safgaS90x1Ng+xBpg8pL19HncfbEhfaHb6eGkCQVM1JUUNVUDhxxdVJQvNsC3KZcZiLN20c&#10;WbovfBiFK+MT83gKMoGt+WxkP2sNemXPOhLvGeWTpNqGUk4jvPvwuVgj3DCbDGEeTp4J7Cn6fsDQ&#10;6cshW42RpWnEX9NKbC1BwEcayqEgCUzKMFRNBG5gIExn860bCrsY5pOO+uatP6X8WUi0GRMhe+9+&#10;YIn1nNLes4PiZ35YuuZnumeNUlBwMfHDaWHDoRh6CBkO1BgJPMmYk35IGm0oS+oHjLyR9GAaZRtm&#10;fDW/NiTHqXG0AB/8/Z1uQMstT8ttnjPtlJYbZqBfKghIJMnnUZRLTKB4AiDU6aiEVGTmkDz2+iLN&#10;g4cYQDXYQcDzL/UDw2/sMWDDl0pOUtshlyqUgzztPeK9o90F23uK6mM7afu+q2lqz24+GO7k75kU&#10;OABTHub3AR9u1VBdr7HiMu8jLZmFAeutK60rJRxL+DBsQMIauZ/PfF6G1pDnYoGuHTvP1mRZf3yl&#10;a9Zet25IyFp2n7QDUpWioTGKQwHG59yJZfriX/8t3XHXV2l++TiVuc6pcg17zVVX0kteej3tPvd8&#10;SfkkX6BKrUyry/C/nQRMK7Ydfa47CuYJ5f1o8ykw2xFn/kJhVrSnfsg7hwQ4iZYblBx+mPz9d1F5&#10;5STXcV2p5aSBw/fckeark3dU4npHpMj4u1C9FXtBlSrnX0HdCy8TL0ZR28CKBWAw2CJJh8dnSdJL&#10;04D3cPT0PP+cY09QevuXaOz4cX5/81JjwAIiiDVcDUybdsw7BR+sqVZQ5UYbde0GKp13EXUuv44q&#10;E3UJ+KoUVfYWR+O8d+CQ35PANrCwHf+/T0pqSZIqaOSMfe1Qw1oAYDaXc3auy2aly+tWaYqhxuXx&#10;feje++lTn/oDeuChQ3K9Tz39ON3ygV8XUOh5L7qOdu/dR+/6pZuo2e6IBQ/YieViKHXM4aeephe8&#10;/OVclzZl/e/1uwIMSehNUKfTJ4/R7/zm++iOb35TvLrF5JyfDeoy1H9/9VefoRtf9wbat2+fnAUK&#10;vR7d+psfoq996Uv0ex//hNgVoJk9NTFNpxdWqMuTaXlxib769Fd5/+7I/C/iEMrPA/V00ZWUmc7j&#10;QexhSkWVPvNn/dQb30zPf80NFGEO9xJlMobWeDBZbmiHe2+ety7MmmEBpZkPlQHew8B96v26AP7w&#10;zPM4eHNtPj4xSTPTU5T2tA6GfQfkqnNQFJ06TWPjAK/6sjYV+DkJoBtjXvallgmlYaleilnLRyx/&#10;4LvNa9lj991Hf/ypP6Q7772Pdu3eSx//5B9xPevpXbf8Mr33Xe+mRx9/Up4pmh5Ih4Xi6bN/8Re0&#10;b/9+uuiyyyTAAmm/ZOqA1HzGAPThz3H+Q+OjDZumfl/ee6kyzt/XEYsTeY6h2UTZucAP5wCYpFFl&#10;ebIhyM+uown6xb+l6OBdfEbiMx5fYxFN1jKvz51QQPA2z4cQJBOvTeyuA8uR59u27dR/8RupFzWl&#10;Af3Aw6fpy3//tzRdLdCrf+S1RBNbeb6N00LTS3haWi5I2MZEvUybNmzg8VxUxUd7hZrJEj/3cbr3&#10;zuN051dvo2Z/kd/Lk1Qdn6QLLzlAO3ZOUdXVaWy6qN76cSRMzDK8wUFsseZJwVkLxw3AdixIac7g&#10;TvMgKfE5y4L6fJrX5zgviVQxV/v43PvQG6AvQRbm+Qi+CkJK5uHrjIWix2chHlv/9aa38gDpUmXb&#10;Zirx/RdK1TypVmpEBGXy2Ozx2t5H4CHP80qhJ9JlUfsJi00VMtiv4G0YOAumAC4hyeYBzcLT/unH&#10;6OSJwyIlTgS942dQBQgaafCG+LwrixihlGJ5xWti9/SyMEXjeI4KtSJVpsaoMjNBJcxr5BBIPRBa&#10;km9BzuTKcnYK+gVuSJqpQUvewHGlT8aDUB1rbjprcPaNee+GDJE1tzMLYZCOvu3dqlYUvCqODbAK&#10;RkgMApNlwFKgypiUBpJYPVerwk32MrFFsrO2SVSF0GIEGilfk77iU04TdyXIJLNsSa0uzr26ldUm&#10;UVo2RrTJZKrSYfVUkgFiJGBsaBIN9QE0EAvKJjQ/jMU4fObRc1dWR4eDojkP6kgHTDinVh1RULBn&#10;lklgByzWNKXcY9bJWSvRNMBh0ouFxHmzAJJ78vYOvBNgEufSOLUsClJrOW9cIjFN8Z5yo3rBf5Rt&#10;mdVB3nqhkDxTOqTw8QN2Z95qz+azHaUigFhZ8SxoZqyGkdhAm80GL6TooqzwRljhwV2Wron4HnBB&#10;VKnU1DPLimj4NGRwqnY7IzlMJpF6cCQmL8VGgo5ahnID7SwUEelepX65rx1nxwVF2JFuRmOlxT+v&#10;SUuN4zS3gDS6KtWqk3w4LQl7sFabEH8VAJDFYoWiYigIPjZ4bAKltKRADzxrzExYDSIDKfZhSNxv&#10;N6mxvCqfDTlFtVzm4qA80I1LacaFWlKTQ15juUlxE4bOoUhKkewKViMYaZlppTY0nRxjxawUun+g&#10;wehcGvtG2WCJyAg0NSeSg7vEwFvnRSZAEuTOU2msiwUMQ+FTGBWrMlHh0yOApvnFeQvJQGcMwA6C&#10;I3Bw2TqzkWrjVaqOVWmM7xMFEuS88OmA79Bqr0nzrWX5HjAaW60erQKE5UM+PAJVYoSE20RkzP1E&#10;O5Bxooy2SqUsizquRYxNwXpsprSy1M9psdoxUo9AGQORTsaieI+ReRoCra3kxpMqCfGKkmORSQfJ&#10;jHESG8BpkhtUGqHPO1PyCBOlHydG18eCENvClibKdtSul8+7fY6Gtf+DyO9sMmeyVnl3gVK8pRMh&#10;C7cTKfLG6Qmqzm7mLz0m6XEAScAYjPjeXJDmPhexJBtJj5nH3pjKn/n9wow9aS5RWt0hi0/Jteip&#10;JtH/y9x7gFl2VWeia59wc1VXVeekVrfUSi0JEBLKBA8GbGyMZcCA4/MY44BnhseMx4bx8Pwc3jcz&#10;fjiPzXjmGzMPY2OMAT+CwYCxEUIoZzWt2K3OqeLN5+z99r/W2uecW10taYK/72HrU6u6qu695+yz&#10;91r/+sPBw2do0B3JhuhknaAZjTCsSx1/tjHSjv1lT8eO158Amv6Z9mshjZpKLY4Z7Mx8UYz7mcNU&#10;OHUMG7nJLM5zKBnVAI8CvCv8BlxFxGjL1s6pkSlvbmYVsOGUvOeK4qNstGxhqC9eBklxIPCmBmCf&#10;pemaIhQZBX7LaW7FcWwCWClp5LZyKFQa2SD9MHbiawGlEE8GNwltcpMcl4dBwVqjAhBmrynw0cBO&#10;9YXJ4sjSM6OEmv4ezuaGelZMbVEjJX5ttLHP+udgo/9syzmAO18cG/Xac/ApCSFBhsGrHiaeJpX3&#10;iDRvIxK3RIKrJCHS/2FBfUDWQ0qcC3Ov4/cD4/fPs74BqOUSNkDwDfOvsejfR9MK0N5grmhcgDYw&#10;bB8VyaUkTDr1wxvpeqjrNR5WLnSmp3xxFYO8iye2EqSBpzsVBFrTgoPMV5pj/LvmSnBgUAAOwjjH&#10;/s8eLE7W95jZB4ZDQlITAMuEX3ugoSXreefX1+FnLSqY7VzosYeiY3DFFHQ5N8FashVGW9FkVBit&#10;gYVXBZdXs/+MWZVaatyEfLZk67lVQR1mTZnvWmzU1WwQztGcCGyb9BC0yv0ypiKrLZKE1Y+FAmPd&#10;FE2/CTadFdmmCYzfIgXNTXihBVC0ZAs6dRIxxeQ4quxVKPxHNtbEu9JgGWdypmcHqukV3w/6I46B&#10;vvllMDOcGFRzkZrzAAvAnC3Oi9IXdNxDbSN+NQmDQBFfdzSg2NuH/uINl/2eXRPrB5bo4jnI5f3W&#10;U/HpQRUw9OdrLe74f6b82T5DM5svptkL9tLM9u00d8FFDOagecPQD2cuPIIhawI7AKEEPKkOSXF2&#10;UvItAVN5kSwcFzBoXNzPAA7IPkflBF8X4FpS69Xrp7qmJu7reYBk9ovCO7YSSMb3KbAWMDD1ZxKz&#10;KDS7lQfTNamnZJhixKAeYG1/SA/d9zg9/NAd9OCj99Pxk8ep2ajTxXsupBuuu55eeu11tG3nBb5e&#10;nOJBdcTMA2F1NND4YdSGIBZ4PNV0r0mE7cGNGGoDLtadBLwVLCbI+iUUDMy5BM3W0hKlj9xLo2NP&#10;UdQ9TcmwxwW69Wd5UheQNWZz9rEEweDc8vUbDzixf81tJrthN7Uvv5KyrTtZzdKFD7F/MTCpAfqN&#10;fHNbxx46tjLUWJon89yzNH7iAbJHD1Ft5bS/RAO+y3kfsnK/dmDgy0ynJqtC4P9Itkb91jQ1r72G&#10;7K5LKZ/bSKm/bgAxiJmsOCwaHLI0MqnsK/z/MWegx8xwkOFyVFgHxIXfkFXbnExJBdJIkaiBdFgK&#10;+5CV5QH9/Ve+Tv/w1S/RE08/RV1fcyLUAjOcu+69j375X/8ivfd976PZuSnaduGF9P4PfJD+0x/+&#10;IT28/3EeSuM9jPsj+sRffpLPh9ve+cP+mRmycmHQz+je+x+mL3zpc3TgwH46euQIA3Gs9JCcHPZF&#10;bLTb9MD9D9Kdd36LXn3rK+nNP3Abbd+1i33jXvfd30MX7tlDf/Qff58OHTpM80sLfFZA3bO8ssSN&#10;WTuq0caZGX9PRlJPwlYn1udA2fV4nb27d9FP/uRP0L5rXsbPHZQo7BuKmJNcmsFQIxeMZDfpBmsn&#10;zge7piffCzH7El3fCB958/d8N/0/H/0zmm51mIHISgC/jv/i4x+nn333u2js6wHuJXxd32Am01h7&#10;kkz29sgUShXYc4BpevLEMfrYR/8b/f3t32BQYf3UFC0cP0a/9oF/Re/9wL+hjZ02/frv/t/0kT/4&#10;MH3xi1/mzz2GZJj6VGu16Ld+80P09re9jf7JG/5JsJ/n5y3SFEqWG2p3BsuaGoMGCQecjEYDJTyI&#10;x3Gk+714n/n90yUSdmIlVTfn1ex4iGPPHKf80Udo6akHqXH8Sf/7fA80TGUw6Z+9ZCDyTXDH2rHh&#10;IbzJhjSIfM946dXUuPJaGq3bzkGHpmfpW1//Ft396EO0YeNGesUb30imPs3XcjisMYO3s65Fc1Nt&#10;2jg7RRunoWQDw3hIi5mvtfqGHn/kEJ04eJgevvcbfn2s0BVXX06v+s430dzcLPdcPGxgyyWoNRJ+&#10;X5xs7UTVFrvgsSb+a3muVhNIsY1COJUpBpdOwYXwDLNvHyS8qgwUua4MVQNDkv0UUS9Ahqr9Nvoy&#10;8cjPqYHAQt/ftaZqtHPdNPkdkToA2zH8GmdMYGHFlBGAAmoJyKBxbsGSQHa5mv+8IxlemaTwlU0U&#10;HGePQa79fQ+zvELx0afo0B1fosHRI5RcdCmD1NjOONgCXpzMpI4YpBY+h78OqQBQHN6Dcx1+9+Bv&#10;zi9R9/gZSn1/S50mzW7eQMm6NjXm5qhRE1KNQwo4AHT/u/HzOD/gYQ11ZKrkI5zdiZ6xxbXlul3O&#10;P5Z3glHqMpUMR4XvnNE6uvQGdMyydBz4UJoeOfVAZ0sFlXHyMIbEi51JHniE82BeYnjQxIARAkBh&#10;cJvWmdSE60RRpESZvFBY8fc6Gc5HTOCSgD1RXOW87zHVge01Eu6d2CJDw0UytRqLbJDKRnydy1rS&#10;FGEW7OcXC4MviaLCpzCEYdhKRerKolE3R02CN6WNi6nUt9atUhHEcqZHaltn1SPcBck4rkOuwFpE&#10;ZahkLtZI7HuJPgsqVWUlG5K0ZNQ0qZVwVKMe5YnR6obvodVrLEx99jXVPrGchxsFuXN1UQhgcVTU&#10;96xGMOUwjbFRBmk4JtvyAuGHNRcwBQw5JJc5B637Im9OuGZgADURSAHfvXYqARqQyxr5cADectFZ&#10;se8RipnEiHSE0+achFwA9ItCYxRD7oIQgb5/uGKeqsK/ApOZHDRcpun0RNY69pvAiqXuaIEp1Hl+&#10;mM15I0bXSRB2/5Dhd5BOt4GqNhptnvACwSVmGaY87UlbMTVrG2lueh1PdCEtLezZo6Y2g5DjEhva&#10;j9koO+MGcXEFkyXLwR9gZlkYAGPTQxJcJElknDasjUlGrki14WsRScGN68FTfdtnTwHeTHMBN+D9&#10;Z5zVh1XYYAzMjkawi2DgdDTMaMUfAtjEjIq2mX7qi9np6Tbt2rGX5mY61PO/c355mc76jfDJpw7R&#10;sNvllF0+xPFvpPlGkhZgIfHTGGqO6sY0gFSOYTTq20hSIC/UOKoUexEz0SLV+WORm0ojJpKoqDSu&#10;pDKesjTsjLhhwyKWpGCryc1R6SWhE6Y4jgsuR6Tmshz/rt+Tc/KW4wJMDpex/L686pflzjEX54cs&#10;rmwQzhWze6ssvjDtJ6UEh4IERVC3t8RBLgP4CGX+oBq2FChQuW+RoiYpTSg4Up56QGriD0Z/uGW+&#10;0F+eX6DmjivJPbeRZuJlGvR8AWt1GlCRzIVUNiMjdoqwFpFytbTsn6MGbxBNHJs8Tanx9cUawZQ2&#10;i+GLGHHjCKYg1jK/1yDRc25CyGWq10oNVyMqp1SFUahZJR0JU8RCzlsxWqcy+TdyZfJXlZpe3KMo&#10;pHraYvICX1CgRk594eCbFVE0IdcojgVr125c1e+v9HUo5b1rGc5Xm11blfYanZRVTOejqpSTzX4j&#10;Dr4Y2ZTmh46eGeT0UDeinr9nC1xUQTIU01wkDWLmREJhFUBBcAZMc6fA0lG54wD7rXYICDVCCYaJ&#10;Yy2S5M0+rwHZdrvhGfTvu+bX73CccZF2Nk/ZmK42smwuDz8fiY2Xg6ft9/4VHu5gT+QMem6wOEnc&#10;VQBiifcSc2fsw8qGBXjWJFfIZifR1QC4xprgWP4dmIuALusqU1+L4maLU778U8JyKJF+DLA386Bn&#10;zK9RAn3qQYjrI6Mx6vvXXoFMLiB1/no14uScNSBM2El5aACpzCqfuXNIiS8ihGAtlh85s+rjT8px&#10;mYXrymKk8OJxL95f7YXepylsJ10FlA8MHsfNR/AfLPBxV76PJF793iugkSvJfrEpQVth9Zby7Ni4&#10;AkHliXpIxuNrYAWM07RqFNWjcSIsI//PUo/ozLyllS7OBqNepJbB9Rb7tRFbRIC9A39ZCcYx/PeN&#10;GollhMn57y3qGzDmazL4YnY6y6bkbMWwBX+f8WPa4J8RZ5G237emfdM3R+0t/py+4CqavmA3TW2a&#10;8WutQTEGoVyMy36XRwIsBvkNPV9Tb9yaNzEy1XALo1KbtfxN1VPtPJ6k7r9nIa8JN4gVRqTysiQ2&#10;CiYlbPGCGi3L5DmHrQQGkCmb6gsbv9+39NRjz9JD9z9Ej+2/nw4dfZIvx+aN6+l7X/8Guvb6G2jn&#10;notoempavHT9DWs0fH06VCCAYvEutIF9jXpL1hv2ynEmJvNgU7FHWCZm2RhvwJMUPqspq1vGFC+u&#10;0OiRB8kdeYKSU8f83y0Km47ZNWAn+HqyIYmXSAvJZ6dZAmYXl3mIPp6apf6WXVS7eB/VLtjrFxj8&#10;rHK/DqGmSdhaAc37iv+dbbZf8O91MKLB8aNkH7mb6sefpay3SM3Rkt/v/LVCPY9GDayYOkzy+wzG&#10;dGMoBlpEzSky2y+h/NKrKNpyAeW+iR0CREb6MJgOaKaLtONEAftMGT+aTGylTuMBcOGdGBW+TTIX&#10;xvMiTEbxo8s46AEgYjaO6fEH9tPXv/41euChu+nZI4fYKgf1FEBe2JBgoI3fd8+DD9Cv/8av0q/8&#10;yq/SVCehffuuot/+ww/TH//B79KnPvNpPqMa7LU4pI/86Z/QnXffQe/6yffQffd+k26//R/osL9O&#10;Iqc17IHY8vUVAtgY8ABrTIfIwz7qw5z++rOfpc994fN0y0030s++71/5NZTSnt176Lc/9Nt0dmmF&#10;7vnWN+lrX/0qHTt+gpVB/W6f9wvYXeAMTDW1HQ/pVLtNmzasp5tvvomuu+F62nrBdq5rAXIEQDyK&#10;TPHMieBD5bDmf+YZWyV5rzy/OQf5pDLQ8J/3B3/sJ+jbB56ku++7n/uHpn9OcM5+5pOfobZ/fn70&#10;HW9jQAPrfRieo0z8+TBAwXmcK/gdvAMRjnHy1CkaDfpaG4qV0BOPPk4f+fAf0ft/8Rco72X0rn/2&#10;Xpqd20h/8Wd/TnEz4bVdB5EDfm7fuoMuu/wiuvDiPeqfW1oLpAqE4HlNorB3KPtfvdyQ0BqxosIV&#10;lTJ7evo1iJ4VqbBQ5jTyHrnDz1DXP8Pp0w9Qo3tKSAwhMRPPuJW+L/Y1fT6EWiCmfi2mEVh6l1xF&#10;5vJrqe97xqWlRcpW+vTIvffRwUPHqNcf0Svf8g7qrN/Kqe6DMQJa6jTn94BNszPU6dSpU69zDzn0&#10;a/DE6WU6eXKeuktduv1L30ClR1u2ztFbf+SNtHHLHFs8SE9G+rzE4gGuaykJNYp6y7Knvim9CEnT&#10;hlmxpHJYBu+UGS31b6agXml9FEIZZC/IGTjCGmAihdrNgEAURWKn1Wy1mAgDFlzKhBgJGeL3zZZI&#10;1aGQ9gSklmDY59kjULzTIW2PmDRU4xqYbYaUgQVGroVJjN9nav156t13By3uf4SixWO+/4H2pcmB&#10;ki5eYXk39mQ+z8YCYDIgpP1GnKY8eBsHZpU/d8Gk5pRvqNB6Q+ot96l77LTfl/21mWlRe8M62rBx&#10;A1ngC/4zw74Kn8/5dQJmf8Ys3FQGp7Fl4y1OHQ/BKDUBejL1o2fSxWjge3FJdw6JtlWShdVBhaSX&#10;C17AwJiV0BL0nwi+ARbCXSKUBhgnYAChITeFSCvLK35wwpZ0/ozC78RcyNSSgrEX6fOXa2mOPcQp&#10;IQ73iZXzSswgJXIgVEV6yZj3WO6/GUAeMisbHv/oh8e6bwQZffic6O9DX5FrsxdZUwQBBoapUR+8&#10;ojaxrlSecICJ1ecjEvxCeywGWKO4tLUxyrrLskm1gkrTi/bGSFo4qSWChPwkcgaqX220ShUjQ+ao&#10;IMHkgZywusdlBaYtPQcjWwB9IZGX/RVVDh2HMFJInYFzBBmzFRVZEn43wAYAIRGJjlmMTHMGSdhx&#10;iZkLYymo/V8NfVGBWOluTyZ62PjRTAJoS+tN9pOBwajNpUBGmhZ7haikSYDtgFAKc248EjPPkQNr&#10;sCl+IJi1RGoU4IvixAi12USiv2/zxDBnPzhQduHll0FOOnAMzPX6K5JehuCMGIm4DYlG94c7JKx4&#10;OED/bjRmeQJYb9b8wdagkd+c+YNG4scT1XzRN+pzQjEMz9evb3FS2mgIicOYVoYrVE8RE96kvCVU&#10;eDDheDJnZSKN6RkzykgAJ/a1QyFmxpoEK35rjHqji4gjlZIQJ3O1kpSLRgnZ8O9hZo6mZ9r8cMVc&#10;UCU8LWV/wHrDfz54BPricLTMBeuzp0/R0weP0MrKMlOiMZ0D8DnojajejqWINYKnKxbNBW4tFuZC&#10;EVOvJstcxFFSNmhUIDa6IUR6kFBxyAj7JNKHJnhomAK9luIxNMRBCx9r0pumZSb1YloE5qbVaZQc&#10;yI7Ba4Zqwf7LStPQXF+TgbYsL6j7FWv8wjx6gvllqwI8UwGtKkCRGm6qfJ9Uwe4PhR7NTqeUdNo0&#10;ZTfQuOf4ueBNnanOnH4hGyw3pWz76jcZ+EU2qZnVKfNFQW/prC9kMVncSM1k0Re2/hn16831nDZj&#10;AgiTDWEksnmPHSlrlKju1/0Q8qSsJoxWXAMk/4Gp4mI+iCCvrvHBXSZcB1CPzezjNYInyJSTllUG&#10;5YWpf6V5tNqDBqmho0kQLwAFeYUXGFW8uQKTqASGJptPkXLl3LRzgYNnqmoEG7iBVT3nJGXqHGBR&#10;QKfVbD9aJe8t/z5Xv8I45J6dExwREp3E1HnF/3NmbOjRPKXDWUyX+MJyCRIiX9QN/b5bV1+nsRNm&#10;ahvTa3+Flpxs4rkm1g5ZCgUxmkghWGLjZPqH5xkgLwDfBZXutUiS5wZGgOsaGNvwFev5fXQw9Osh&#10;klMd8h004/Aa8z+4mI30I8QVIza5H26VdjSlipmsJobhbOlPIF9VT8eIJiLeOAYtK57TMTMDqWD0&#10;cWpeRbrE+7UxE+w0fB3iKQB9YMYMmeEnAB9sA8Z2zN6jo3xUJGla9XKEP9Myx0M2xXg3lvUUqc3D&#10;2skYk/PGtaTqk6JTlfqeA+A9//8iUxr+hQliIX939D8MMK5W6DtXkdk+TxDNaj1vTqvTfN1E2lqu&#10;1yKu+OhFZvI8Cd9Tnfjyc+7KoA1OJzWukC0XsuFI5DDYZ5GmOxgblgKCaY4AgMWVkOwr8jkkgSJY&#10;KVcQh/3TEklfFum97HdxJPscUnbx55o1/GyN2QpFmmFUwPgaFqv1zQa8gyEJYh/hKJczDXYm6S6a&#10;3Xk5bbvwMtp48aWUzq1jv7JO2qYhxoO5htdwImCd2WPlGe1exBoxxRDi+UDe4ro7u6aEdjVj78UC&#10;fRNJgOcwAEugF3VBlomdB5v8+3OrN/B1la9lADb1+n0JhfCH2qDv6NhzZ+mbX/sKffX2z9Io6/KA&#10;Z8+FF9DLrn4p3XjLrXTB7ouZtZznMtTDWYZucej3tlQL9CgKZkKFM6wmYquXMTPpBViVoE7LrE+w&#10;lzGSb6GpOnGK8scfpeXnDtDU4glC3njf9qmhz+FonOtQARJrXwMmy8ziSyH1g+dXa476W3dTfMN3&#10;UHPLNv/eDAeL5Gq1gp+D/9byaMnXu5blnuPI17FPP0Pm0fuIjuyn2ugMr5Mk9esaLDGsMV8/wNok&#10;9WsuBkPDr6e+vxa15jTl23fT+PLryVx4iQzEnHB0OSEWzFOsXX1WUVNyw6l+SOgN2Bs2JBU6sUyI&#10;KkCfyOND+rZjFj4kX8Nx378+msMGHT+0Qp//q4/SX3/xE8IW8w1fqzXF9Tr8l8f+vc+2p9jvO/af&#10;7aYbrqfveevbqDM9VXi2dbsD+t/e/XP03MFD9M177mYQD9592AT2H3iU/vl738XPIeS6GPYbeBYa&#10;GU4zu9D/XxfSB/9BWr7n6PV7tHF2vd8f5pnB0WzPsFffh/6v36D//f0fpHVT/pn0PQaSUV/1mlvp&#10;9W/8Xup3e3T4mafp7tu/QZnvG+bnz7BKZuPcRh7A7bv8Utp72aW0ftsmX89nDNhGcaMImQhD7IKx&#10;p7Ube+ORof9V/6ueibYi+4IND/7d763Qz/3zn6d3vvOHuH8YI5Ha/xv34POf/BTdfMurae/OnTTf&#10;X6AZf58ce42qjxVLH8WtXuyeDDN+Wu02/dN3/wy956ffzb7oHb/upzrTfiMe0GP3P0CL/lnsYJjh&#10;18Zb3/kj9IpXvIL+jw/+W7IrQ1o/N0M//96fpov3XamBSQr0qT9h8GFlEDmOCqDPUBj25pKGijPb&#10;gqXV4LU1BGMLw0YoHhw82R31D56i3pc/Sa2n7/X9YEp1uJbAEwihSP51VwYZNYBxJ5YH6fDEBJi7&#10;nLTI7t1H0697Ky1HHZryP3vi2QPs1fnwXQ/S2eWMrrjltZTOdvxrt5jlldYTaqUN2rJpC+3Y5Ptk&#10;63tp2Oz4M2LRv86jj52lu755t//eHnXiEb3mu15GWzbP+DVsGKjB+kFSdeL6EmRmRcYdKYnEVc9F&#10;eMMzcB7zEJdDLhiEFtYozi62qFK2UtinM+31bPA8j+Ji6JNnY64Z8feQL0P9NRoLoQX9f6vV4UCc&#10;ml873NfyWZFzf489wEXCjo5NWVRIuFI4z3ItadQLmklDMfdMuYa4QRoPX0wHX1MF1VEHuwceoqNf&#10;+wzVV/Yz85KpDQA6G3XpB9AfIyACL4AwHGWWIWcF/rXq0sYKqZyTsh3L0FMDmb0w7cZYYzXZE5kF&#10;utKnhfll6h49Q/UNs8yUXb9uSvapdR3ekyAlb/izm4Mlo0RDR3MGbBmkhvUV/g73z19fpGSLLVFU&#10;1lpqARaCqJgARJreYXRgpn0wh1VYHazjnidyLUMfYtTai1UWsM1KxG8VlklQVeIVgF9gX8Z9Tm2d&#10;h46ZKUN5OAU3SrTejvieZVbydzFoLcI30OdbGbTKgA2N5pAnpRnfQ//ZsX7SOrPPXSTD8yCptRVr&#10;jKpXtFVgS8I1tG4JXuDqux7pErMK8oUAmmBVIsxIKwxKZVtKAFsYFpuCsCJENVWxMeNSAMwQyOKi&#10;UneWO1fa0xQzVzfRr4aeEZiDU/WAKeS35RA9kGZMIZM3BbAYkn8DzQp7bq7swABGOu6DYXMEgCmW&#10;6Q6zHfIyKlik76o9xpbOhxQm2nVOKMVN8P/iDwekFtPWyGCD7PlCY4UPMngaIE0IL1xjxl1DQBmW&#10;lyrTBUAiTFadRp/7fy+vdHljjiVcW1lj/nUYuc158QA0wS9uJMIqQ2w8JnvgjxoNxkjjDl+7wUgk&#10;wTmKKMguun4hpz0unJnmmpyRxF/1sUEDiILCMl041gAd6z9PjW9yoylSEkwHo2l/gE1LAZEkwgzg&#10;AzxToA+HKop79eliaa4Vv0BOcVTvn3ZLPCl6K6PiRuHrmHDN+CJjZmaazq6s0IovLnBHNs6uo23b&#10;NlCziY3PbxCDMS0s+U3Hbz54bwvDJVo4sUzzi0u0uLxAZizAQhvyZ8iScK/hr9Vp8mGBCVGaxMq4&#10;GlNAdoJ0Kol1KhoZFbC7ogd3xcZdke0EWnjwD6jmMGiioTARVXvudNLkZJIcpLe8wWVUgNBIaysk&#10;RkotwWHDTCydROXBDDqXaUk1fSfIiJ02QaFJpqhCiT0fk2Eyd3Lye5QebXRN4xV7kD/7+7Vx2wV0&#10;4r7b/aFwlLbydEtBOqNSJk7/9EU2g+qQKuaU+PvaGiY0bLVpYXGFNqXiS2H8wbPinyMOw4nkmZUG&#10;RfPXgmeBNsZi0ptqQpZMdMe+IUhTeQ9iVGoVlHIVNpRsmnLoqElrhY056VBUwle0ygeFqp5HLKmz&#10;57SobmKqob+1QlHOQnqU7pwibR8V4EBgn1oqJ0KcKK2y8ThJKpiMynLDtMxNwpOr7/t5gQ0jB1FI&#10;v3O2us7l6lhNKCtkN2FqWgRHiH/eiv/Dcf/Y3w6anH+On/ANoi+3ObEarT3ApjaKNv9MDvwzAHlq&#10;TWXHuPsIjMDgo46900oC5QZ/YPWi1Deeco/wqxuG9GCwhanvev/vk77AaAHP8o89GtDmEOEuAH+t&#10;+Cj572vDAwXSdJWzsuw+Ev+UvrIm3YTk26yy95cmI1sl96ZVgS9USKKDljAvvgdJi0gVXoH3FCdY&#10;53Idwv7h8uI6pwx2l79/rBK4AaeNCdNPUtrH1EYbn4/LxgggIDP7lKmYiO/SrN8f5xmGjktA0oSU&#10;rdIU2ApZvdCtm0qoRPD0K5PD3IsH3lZLca15HkDRrQKfX8xryM+5QgJ8fgAn1AhmInO4NIIm9TRz&#10;1Wd8Dd++0rHNFEEbE4OVgMcoGGitm+SG8R4Qnn0Z/oDNh+FeLzP+XDR0dtHQiXnr6xVHnVZOSghR&#10;Sa4r1m5vaLl+qKfCaEOxn+XlfQrsQ34N1BEc4CCgEEt+4H08wmvE7G8s51/GPqnoKJBYP8oavt6Y&#10;ori5kdZtvYS2X3k9tTdv9E1SndJam99TsznN67xmZdDGLCAU6H7dh6ZdPvHaBo7nA+OC0fb5wNnV&#10;X3SFX4w5r/T7+V7PVi0f1mACBnOHWJngkQZHsJE85IWNhkj0mcGf0JkTi3TwwNN0+9e/Ss8+921f&#10;25xhy5U9F15CL33pS+jWV30Hrd+8jZ9rx4NqAa/YqmQsw1f8mZSJj6YzUplz5Mq9K+RUjpXVAt9O&#10;sMBYtosaaODrSf9e7OGnKXv8XjKjRaqzxcGYLWHATBxLD+HfwYCby9z595Av+02sw1Yb+Pf4iisp&#10;3XUJpZt30bDe4veMcJe6P69xRuM9wjKn75v+dtKkfPEsRWdOEB3YT+mT95HzNV7diMcTUj8hN601&#10;Gwz8xfAzi/1V9Y03mNTJ1Cy5bRfTaN+1lG7cQnV8PZdhCMv8InamZNfTFiTUep5x0q16wnFDxGtC&#10;jdd12M5NX7DvYFZPeI5jtfgRCWg2iOjpR56lT3/qL2n//sfo+Klj3IiCxQfvbiRjDvsZ2+k0/Z/h&#10;fXfTy19Ob/quN9COiy+hesdfI1/XDwYCJDZS7v7p59/7Xur85w/T127/Bqt3uI/x1xhJpKjJl7vL&#10;rBLC0JxrXP/2O60p2rl5K91ww8tp30uuoqjRoW9883b67Gf/mofsaG5z9b96bP9+eu/P/hS9/W0/&#10;SK95w+vE+xpnxwhDfkMX791Dl1y+l3ewXrfLQDVIBOw3BUBMPR37uQ7H7IA9PYO/lkjuzLn1hqMX&#10;FVTzPwT8scxTBruowzfMzTEj6bbvfRN94Ut/6z9Xnazvl/r5gNlJH/qVD9KP/czP00tfvo96aM7Z&#10;WiRj9ZIoO4iZkyL3lOYOPrpT/h7g98IzM1HWH+qGUbfPZIx2TTwAY98jbbvwAvrABz9Izz74CN30&#10;nd9Bjbkp6vv7DfBR9n+jdh7qbe7Eay3XNFFWHpAY+vOAxMgajX3Pg5ppCA9KsD8RW5aBybefzj72&#10;MNUPH6DWyQP+GR1JOEUCkL0pZiFgqEV1ke8ZWBT53+8/z+Dy6ym64gZq+Ge3hzMASjT/tJ997iQd&#10;6p2gHZfvoQ21OV+HwqM78fVTSjO4xjXfz/leb2au6b868s9Pi44fWab7H7yLnn36IOW9BZqeTuiy&#10;K/fQzgt38rMH8EnCGmsM4mAoZXUojnUFxjOeTTyrGCqNOVgwFuIDlEy51d7acFp0roy8TBNDmeUX&#10;LKMq3qQgAQEowN+F72XQTckS+L14fludNjVaDQb7IvXJD9Ji7k+YSRWXvn7G6bC06vpbsvdt0Xca&#10;BQVzTbQVZZv1eypquzZsOsCQP3iQ+nd8lkaHHqbWeIUlpPkIrCvfI6RKK3IyygHTEBZUPLSLo0JC&#10;iRaBHc9Vtdb2++iAGWgOmLD4ftZTGfTB/zCO2T5pOAJZxn/vYEjm9AIzA0/5r506edr3cE1/bVr8&#10;c9i7Gu2Wf66QIt7waxo2SrEAZNhnwVDEmYVzQ9l1kbGFtQl6GB5UYHDPAI/IekM9BPYc+2TiTLNl&#10;RYZaF+Qh9gMlGd7gdfgagMzB9ZOAVyKPEqKOY+FhxsQnDEAbbZGoWn1NHpQ5PQcwJGIgWaa4vN/l&#10;olYUPIG4rnJqR4B9An7XYMbDHiDrDThJuzY1RcZfGwZl1doMRCZOtuXecVwOLxXoYoBUT25RAqq9&#10;VrC/U49KU9SQltmaLJ8m+Uz8u03hNqTM5Kig4+VOcDFWVCSxgpsahqEQIohxnEwMbKtQKU4qyMLz&#10;FYXeJorWJAkwPqIkCKmbrSo9xbs1pqgIsTNqJcZe53pdKDDCNbQxUtumQqYn5q+Rpm9Kapx4lTre&#10;vI1W1qNRX9MLJfraMTNCEV0SL7fEN+J4SJcY7Zd0lsTI9Fvl05xKVW/WGcAB4IjkXZ7iRYIY4+Hk&#10;wAcuqC0nbWERpMwCS5h1gmKGE1HGjqeGLXjYAOAYyQQkjVJ+gBv1dbxZYTOME0wODQN62ESZnosp&#10;gH9AwfTIIKaM5P32NXQCLMNskFOXVuSAdJn4PMCElL3SJLkSDyZvBtZoaqtQxo0i7gwGKgqLjRRT&#10;JExfBv53r3RH/CAW4AAWmRrUHzldJvrEmpz11NPPEt0XqKsKcORFXg+/N9JMy44/pGpto5uXeI8B&#10;ta+jqPbXI/iKpDwBiFg6TRqvHmitcRTSXyLZUNhfQeZr0iyVTWKgyzLYOVHgB6PN0tuRNGwh0FwD&#10;Em5CUqbFhpoXkY4Wfig6WcKhg5WMzyKpOjolrTB8grksKSW40L8bM+ErVCD0yiIzFY0/TdBrK4+m&#10;mnU7NewuZafSNPT8miJ/X9fPXERPdr9CK9khZoAOkMhsZdLhMvlsaSKsxqEvGhCWUm81qQb/BP8a&#10;ZxbmKc0b1POH/VTNF/5uiVbSKX8/TyuAaSZk4kFGy899JIATqOlgtA4G2JQGvPZY8uYPzCjDOhQD&#10;eQZhEwDg8rzywYJplB42DCqu9vYyZXKQDVSgsFlGlVrVleb4pIxE54Lxr9V7rsVvYaxfzreLKQeV&#10;QSGu8EMTBkakADKPAd1IDmYnh2UUlQm7geVHhtYEH88H/p3TzlYAm9L7rwJimcm41YK9GImM6Yy/&#10;DAsjSw/3YlrfHdMZUN0ppTmk86KoM6kwgdGwAXRjfxKkwuYsz8VuDaYaJL1IqsbrTev7GQKwCIcS&#10;QiYsl7nUNlJc9Ei867BvLGIY0B9SHfYAvgtsMUhumEGIAI4llcL4TkhY19gzddqY6vUamxKkScxk&#10;lmdWeNRVZb7BENeuiprVKVhVBg6/I5X4Gg3xCfNfKrzijDJrpYHNK4xCoz6GsX520qTDtibRYaHW&#10;eG/3e7GuOpw1Lf8K8E7s+DNq3gjLMzFaEDkxX7V2EiyJjFMg+vkjLKqsO/u/ItXUlYB2lc13fp7h&#10;JNA3mcj7wkBk8NxywaR20pFN2Biu9PMLfl/yPiNuxtbCnKqAnwtMK1cGbZTMQSkiI018k6LL8JS+&#10;NzR0ol/352pOC0s5nV227El7Ztnfy3bClh8ACyK1UMBzw+wvBBvxOSqNqxS2ci9RMBeeiEik9nsK&#10;0hHB5EPAAuoK7IBIm0f91Bvid5JM39OdNLPtGqpPb6ctey72jewGqk91qAnmGpgDhIAkaayBVLCE&#10;JE25bnGR7itRXJhbJ8W6PRdEc2ESvGrfitbw3eMsUhM9z7oyzwv4nk/Oa1YDfCFxN4oKeWJceDOW&#10;CXkupL/DO9pvGiuLPTr4xGH6+tf+jp545jE6deYIdaaatGPbDrrhFdfQq1/7etrEYGmHvaEDAx2e&#10;TgO/p8Hfjr1JY0kTzDQpL45k/bERuoLcuauOKJx4gKnHDtcWJ05QdOQgjZ98hKKFo/62DliuZWHi&#10;HudcgKN+ZtyG5VpgcdZ97dgnV/PNXdqm5KIrKN6zj/LN24k6Hfaxyizp2ZTyzw+tGMnxLgNrheeO&#10;0fCZR8k8u5+SpTP8d2h8GEwHOwfpozg36i1mtQIMGPvGe1zrUGODfx14iG3aRenUOq4PIEvzb5eH&#10;HywjYq9kSQHMnFyn4AEaZLsl67O8QjgfIrauGfOzYDTxPCvUHI7teBYWlunTf/VJ+vt/+Jq/f2c0&#10;/dQwuCczwZwDCcBknG5P07bNm+m2295M1113PcX++QAQ2R/1KAEpwb9/gMC9pSXfGKbcXG3atJn+&#10;5S/9Mt3w91+j3/uPf8BWQ+x9CL9XMIMgW0Zj7l9s15Yt9N3f+Tq6+ZW30NT6Ddz0pQCAfA25e88P&#10;0dve9oP06U/8BX36//0MnT51xj+fLar5Gqm/vOx/9+/T5//mC/R9b3oT3fLKV3JaJw+JjAsx4lRr&#10;dLgmH+H+WJW4+oa21mipfE1q59CwMkPmhXKu/5EAv9EQtWaD95h+r8/P7M/8i/fRlm076eMf/3O/&#10;eoWYAOn5/MnT9Bvvfz9dd+uNzNbbsn072x7Z0YCBi3E+0rpfh/T+M/ktmP7y4x+j7vIKdfz3LA/7&#10;0nf5hr4DNRhCNfxrd+rinwfs9rJ9l9Gll+3lhOXU1zPDWLzV2SAncrw355GwWYrBGbbX2BQ2Noke&#10;R1Y/Z0+96KeTJg0XT1Pt8FPkHriL6JkHfY84ZiIDh0uC0LHie06/j9dBBJleR/7C8Ok58s8vbdhJ&#10;+WUvpfiKayjtzHIPDKDS+edv+cRJOnb4MDU3TtGuxlZfezTYFglpvjPTbWo0O9TqNHmdt+CTfLpH&#10;d/z9o7Tkr00+XqZdu2bpphv3Untdi5oJcZghezr7h6k36Pp7JInuzVaNhr0hn5Gc5A6AjfcbUWFw&#10;aA2CStDvKoOJ95ThkAOdEn9OwRtUgjYcg1/Yk+EPXoQ7ci+ZS5JuLmSAALACzII8F889iCahVyUT&#10;Qk+CpY2oLhhMQf2ZCRjBiaQanGaclOnRqjIZFu42PFMIKkJtS6JKsext5vug3jytfPNztPLU49RY&#10;POzX4RCVLKuZIv3MJgW5aEA93zOCvYz9Jvf3xA5H/Nw5DeIAcIf31ctGEroFxhkkr1YIQOMefCph&#10;xySMNqhExv4e1IFZiFZN2MiZZfuvpNOg0WDAnpfDk2d9Tyf7FnuypgKOzs7OUs1/X8v3ec3pWVas&#10;8YAWklmrknsmvAiRBT7s2DdR+7OST2h+wiJjr2z0A1p72lLemumQFfhEuH+FZx1wErYfE4aaqORi&#10;tvAS1mPCvWDu11N/vEgpFJd4VmNhEeI9W05DFns3R/mqoDnpyeGNK3M0AeIlwCdiabHLBr4n7VPX&#10;/1Pz1705PaPe+yKhD511EZyhtl3MFFUSVuE5CYuqOK4Mn7X4zK2yUUuiCQNzAO7iWH0oq/2ZBJqI&#10;xVbENWEcknAVGOSA2qA0oaLYVyKTqk+Kd+EmFTFVv+5AkDGlMicQkEQhKTJ89FsBSA/4kcApqnrL&#10;JdhQlkVpv8J1sxWgUvTwau6PQ1sSTmEuWWc5YW7GWvyKFxhHQ/MxIAhkzlcJKV3izcZSB/gHAMnn&#10;qGx5k4NcWEL4UNhYBpAGdEcMgNVjTGKG/AZZY47v4WQXGML2eEoOWw1s6EgoTWJfJPWXxWtFAQ1c&#10;gr5/wJq1tvh9+MUAfwSWaiVy2eFhwgBcJEARN4eReMux6j+J1PSdWHqcxJbNXiNO8srYq2Vse0oB&#10;9Z8tDUCVX8A1Adj49/rDIuao8Ixp0nyTY6VqqkY7KhBvPEyc4e3fcyZptEbArDSqKVPFaZhJJPJf&#10;/6VGvc2/FybW0ljiIZR0Wd68fAHTH/T4GgIDyHIBVcMkERNgnv5wbHwu03Ur16bhH2qATp1Wm1Oa&#10;8WDVUvFdwMLjFCESn4GCnRLYIJGk7kzYSjmaiLovTEaDx5x+LVbGWJh4shxTG+GcWXvEn1f2snKq&#10;kWua22rPPft8flQVGW81/dWQqeKSEyyTUMAK9VwmaOGBNeyzMPKbqUxrUNDkCFwZzNO27dvomD/w&#10;u4MlZrsuOzEMhocQAm/gkdNF8rAvKEy/x3ImyG3isyv+4G/SQm/Br+saLTX9PfAb576WLy584zCK&#10;KpuDGptnyoakKLAlxFR1nMVsPp9EQw7hGNuWLwD8OmlohHouRtE5J0fCrTHlJoDNtrUAEJDNFt6E&#10;JZBaTjBMpdkLyfJkqJg2GFMCPuH+FezKiU4/WMlrLHnB5NSNXNOZC7vHaNIDRP6dSKHIKWxSgFKF&#10;0UcqP66ouVYBGZW1OsGqmkzoLT+vK/xq+P1bW8iSq4LxwAQcYaLnn/2jNqUDY0kCbfmP3PTvdREe&#10;nv5nO5FhBkbPLwowi6c4cGdIAycNcQesYP97zvqisEmaLOvX00m/zyBNDuuNYgEJsFc3Vd6Nw28K&#10;h7RvSpr+z2cHfs/3/6zLEdKBgivi5qrLybo61VND3AD0c8PADDlzjqw6c/n5KWlFtNiqv3OTct66&#10;kcN9rOuZ2eeYYDF7scbfBlZhrUgsEzlBEl67AjSmuueOrS3AjRbnrLpCdg2vIDTAXZsXe9HpHECf&#10;Kajx05iQsimyNMEBSLMV1h5VEqdXbz/n/rc5JxjjxTD8zg3cOPfrpgIoRqvZVs8L4Z0fmAwSKlc8&#10;I6uAPr0VJgQq21DN66STSrlVXsHKzaqgkeI1naacU8mirO7ZXK9wqnKkvlu++PTn5JlRgxa7KfX7&#10;hgeDOEt6owGbnzcaGbUaCdcJzHL2BS3YfFAA5uqJC1CIZe+RKVjkkU5ysdVBsovzHo1i4mJ+tuDv&#10;F4N96hcsJ9Vby5N8nAdT7R106avfQp3Zaf+r6jzsBAPMKhMXAToomPmsI6mfcueK4YVMbbPCsyVn&#10;rxkzwayrDrCqjVd0zr3UxHhT+rBOynfN84J757KxzwMQWlsMgkIDGORLkmafsWePvJ+E/daSWs7D&#10;vaHf4O6/82G65467aP9Td9Jy9xSzjS696EL6/tveQnsv30dtSAKpnBmgMRHmPukQNtFzy6oc2jBw&#10;JNN3w/tg6SQgViFoTCwACbxHTuGOKV5cIvfIXZQcfJTs8jwlGWRIfWZ8yLGXcIMJ1gUkWWBNIYAr&#10;AVfO7+29mZ1U23QBmauvJbtrLw3867TRiJLUPHUSoCSLGuxMCj73cOz35bOnyN15P+UH7/G1bt83&#10;ZYZS3/Bngy4PvKEtdHmffQzB9LcJHMhyv9597bHrSqLLrqXx7h3+EUw4qClXO/bYX8fIyZ+Z/871&#10;Wqwes/nE2qHCHFyGiPAX7He7IivHoN/XLW3fsK4sLzJwxIALew2h/h0xu+6Be+6kP/vEx/29rXG9&#10;b3QCiHoXdeWIwfKUrrr0SnrHj/4o7dy9xz+jMfW6A/YfRCPerNUZ4Flc6dFXvvzXdOftd9Lrvuv1&#10;dMurX+NrJEjAB/TqV99MC2dO0e/80YdpbnaWvbQhqcUKQMrr1VdfRb/4/n9DHX/fEKKDsrsF1lQu&#10;6xH/1Gsp/Yh/D/uuvIL+z1//depyQGDCzVLLX7eDzzxLv/qrv0Y33nADvevdP0Vbdm6ldkNURiH5&#10;0NqxBPaguYXPbL0u4TIa7CIzKUshsWQ1cC4M3Gjy+fpHAPzAYHQMoBplXmEg0qPb3vGDtHnLJvrA&#10;v/1l2jA9y7K/nt8cIR+95+vfoKePHKG3v/1H6ZYbrqGW73WGA19TxhKS0fafFf3boaPH6JMf+2/0&#10;pS99xX+tQX1/35rttjDMGnXasmMLzXWmxHvOKKCH8B1OwYSvmq/d/LNYi2WPyvWMwHt1GhyFZ0D+&#10;22pgF4B8v49GdcoTjuGgfIgzfch7Qf/QYTJf+nOipScpBojuvw5GnvXPqq21KMlr/hIv86DEkK/X&#10;FwfUmW7557VF7qW3UHzz64Wuy956QwaU+nlKd33qY3Tm9BHavGOGZna9khq19b5frPva2q9ZO6TZ&#10;mY0IKvXrPKUH73mOTj53ig4dfJIu3JPSxZfu8tf6IqpFcqpi/THrbqi+W0gW9u/dtwlsW7S8sCw2&#10;T3hiazXpMVX6jf4MgDJxQAaGtipnhEeevy/1elp4+yGsB0oRgFdRFeADa5NE3ptx0nXCFlTNVluB&#10;BlNISoPM1xXuxFUvWFKVQKUnM8IWLwBFxhSchrgZ9kTkoQvPSgy/h8T3uf5BZjsjDFZq6GMeupdO&#10;fvNTFB9+zF+Dhv+dQ35PY7bwyPmMBwM4A4EiL5nGnMRrR7wXjH1tAE5LrWkYzOaAkFhYfalLRJYK&#10;hjT8/+tBbpyw31/k2744Q+DcmJO02dvPf2/LX99ut08GdjhTU7S40GWmZYJkYQ6B9OtwHNOK39fO&#10;Hj/Nez/W5cym9bR+w3ruyRudNj8nYPY329PsJgaCi81GEsaCFRGzLI7/iZT1BaBugL01doUc1Gqd&#10;yxY2APOh/tHQCNRRGd9n/7nhKawsMCY+MYtTchxspiGO8NpbWBIVoH+PeT1m26AWBivAPfDcw1MR&#10;Z5P/HQAGR5n0lilLl6UHdJmGpDploOE88r8D78Etdf2aFd/wGoB2NsKW5GCAhGB7Q1XKNlhYT3mu&#10;v0sGh7wcC/YcqU+oLbz1C5WhYilaWpaJxVybCMAn9USq9YySSKKyT3Fm0ts97NdjJlnZQj1Y9MRR&#10;WScXMKDNJ3qfgpmnZCWrpn9G7aii4BMY0osnmINCRCj79Kjwjmd8r4A3NMhAEMhIqNlBPuVkokJ6&#10;ANlgpYRfGksARaz1PKbRRmOxARsiMjlzcs8slZ48HDaBB4BdkMe0onJhbrhiYfIkgUIMqRYOgYUV&#10;PijmplOWIGRI66rVWFrB3x/7AscXHpiOB2JR0++QaSZJeuw7yMEjxD/DF48TkQa6f0lxDfZSDWAh&#10;L6qxhELCTw2Silx9DE0pYeTPk4umO1bmnhTSMU9d6/VItPA5Fcal7GvimwVMWWD0GsWCoFtO5aJC&#10;GihFQVRIXALoVpTv7KGXiE5bAZGQ+oVFkwA517ADx4mB/nrUQ3JmRCu9HnXaLeoP+jJpTxPlUkEy&#10;l6gBKLE3Ans1qLdOGZNd/hMQcZ4OBEnohF+PNn5U9TiTp43tm3ONBq/8HNPAnYZhaGMsU8NJRoGs&#10;KVukdE14s51/tKmbm5tgo5St7rkSKfYSKKaJTqTNykiDoSmnwsHvCaDoeMhR5GBJZR0YjfnDp4uC&#10;aEiBBys+f8ISKhhxJP4tCL8BsAy/HTaIhaDTFyU1xM8PzrKXRPCmjypy2iI3VxmUwS/AFg55cpAP&#10;R31u9rjQgxwzixkUtxpiYo34mlX9C0vQzxQbnESy630IxqpUZii74uRfFX5SeEJpshHopZrAWip2&#10;88KzS7Mjy2TbKkCoQBsXabZMxzW8psbSEzPInsqEY8IbzbyAn5VZU+pm3Qsz/+waASBh7THTzj/v&#10;8742Wx5ZOmVjX14amvHrqadyW4S1DH3D1IxTBgCGfu+pG0mkGgkRg1bUsyVmpl5O0/57+1Gi3hEj&#10;Tp0bWGFqtyFVNJJOOrKQqeacuNtAgej37pF/tpYgR2FWda6PgBgJM0OQPf8i9URUOFaBrURl/1kl&#10;Ibe4dmtcH47tCFH3a0p6HZvgJ8y8cQqoWV3YsUo7ZPoJ+XuDVrEEucgRaUbKzYGCsGEdwvbaSVgJ&#10;BVYgSXPGE359Rsc6hBgpazC2+i6MU7Ckmka9ar9wRGYVG81NZErTOcmK/71BGWsFeKx2iDwf3vo/&#10;ExJSrmcz4XdZ/ZkwgymSelex/uIKezDghbkr5cmukirrKoC8DSCpvj72CLD5Ypb8x7Q89EXhOOY1&#10;v9LPqTvImOWF/RoSGViR1NTHxuiUlgNt4kzYzbjn/nmEcT1qH2E4i6wdex2ePzC0x7n48lljC68k&#10;1AfDvgwiwM6Q2kQGgb3FY1SbatJ0Z5q/L6K8GEpAHiZJuuL1OdHba8Mmti+KkEbRKk6kWVPKOwnQ&#10;2Yk/RyGA6ZwVMwkNP58/n1NJ49qgX3keO9ELyXOmxq2cJA/PKP5gQ25Ojz15hg49dZjuv+8bdODJ&#10;B31tskjTU2167ateQ/uuehlddOllNDs3KzYuOI9j5fdGsqbg6TRGsFASFdfKVkJq8CyjWcD5XY+k&#10;8RwyfzlisB/DWFgYgP1Bx58jOnaY3OED5I4+y9FCDCji5+qwYOAOgRIkf8KTKZ3ya2HIoUl8d6e2&#10;Ur71Iqpfuo/ibTv4e1ATJBoQRjxs8HsLe1ojAGDgm/whmWefpPiZp2l4+AlKhqfxHb627fr17esJ&#10;vzNZrN+RZfkeABhTl2RsGMSPN1xItGcfRRdf5hsmeN9xEp8MX/zrwEN1pObqbIBPIoNkKbM6JNtI&#10;7AtiMynRhj+XpBsGJi185xLq+kYSibq5ynbHLN3zr1tr0uLiAl117Y30Yz/0Q/SZz32Ow2qWFhd5&#10;LbSbLe4z5ubW0dt/8B302te+hgfNcNpEXdFqpjyQhvfgcwefoAfufZC+/LdfoZOnT/De8viBA3T0&#10;8FH64R//cTZuxZD4e3/gbVRvtemjH/2oP199TVarMRCLZ/zxR/fTXXfcQa99wxv8e16mdr0mdZf/&#10;oAkPk3N+JnqDIV1y1dX0hx/+T/Rnf/IR+tsvf9XfuxrVGr6hHfozemaKTh47St/42t/Rm95yG41j&#10;AUpR/wGQTyJh3EQUFSE3zoRBYNgDYxWM0zmS+CKB0dDkIOUfAfALbBmjB1aDGUpjuv6mm+mn3/Uu&#10;+vznvkDdxSVq+rU1GOUM8M77a/67H/r39KltW+mKK/fRjov20Na5DWzHdObsPH17/+P0rTvvYlA4&#10;JfHDmpqZ4f5pBInpVIve9H3fx89hPRG/eAw260YAd062JqmN85AxXgDyYlODs7zhr/PQRuoHL/0O&#10;1u4QSavjAYfMZMb3cE89RcPH7qf4+EHfRx7k+gaMNpeITy5II7FdoXHD90uwWAAQ2BhQ2tpKvSuv&#10;o+TKm2g8Nce1EKt5CBL5Fi0cPUxHn32Kdl+6ma571V7qTM9SlzZTNLPFr1m/D/hnc6qzlVaOL9B9&#10;9z1Op05Atp7R+m1zdPGll9McAB6kvfK9zsRKKfZnWNpgQgUDNvlQAzgsS3B5DaWiUmGAhsELYYAx&#10;ew3Kg0bKgVLNpiSeig+qkCMMV0Wx+vuJPJf7XgXuIvV9b7brfI3AeiVlCrny9J4cLgaCTAgl0wme&#10;CediSDSnsq+VQQfb1hf9dG6E2Ryj7sdrMDPP/xmyeBCRntxPJ27/S7KnnqCG74Uj/zm7ZsAse+63&#10;UR8DJARpx5/l1PdnC8A4v1+zNUvSYtrgaIChEvZ6OUNQbtTiBsv8Yc1hVB5d93tRGP7FbAeWyfcA&#10;JjPie9/1v4sVebAN8psSFFP4uBjyzXQcrSz3xEZIf2+mrOlIiRkDvx8OnhvR6WOnWA5cazX9vuf3&#10;9+k2TXPAScJ9EdsjoL9KxHcQoArWOxN72H9R/OWLmtNJ+FXMye0iGcW17C4s8PekbK8mcmrHg0qx&#10;RYorlls4oxI+IwRcBp4xzvtke/57xyl7eo5rlodj8PjD50NNj0HKeDjmAWZkSmVNZsUPWfY3w0Mc&#10;ru2YrSukIwxoogV/5mOV+s8PfzpmioO9CMDW12TsT5nnqtZT8DgRm6lKRa71vnjWO82K4OANI753&#10;gWAXqY1H6Y8Y6++PCmsrRjVchfjhJi2sSqsSq3vUJJtvcqBTHZa7AnORQLsy+Zf3+7z007G57IWF&#10;xWXVniUqlTBVOzKruF4iiVmC1NnAUtAiPQ4FoTLRTGDVaECGCXRZtvKVVDMs+IQEFOQpAX8A0fYb&#10;LSJRTgBF5+lfYNlwQSHt1mAsnnxcfCAgwxoGTBahmfdv6swZFAoHOXwCCXqNNOLJfBLV+KOymShJ&#10;2ooJYAWJj5+JLU8kMb0da/Ike7iw/Fy8nLDRgd7OxQ6mQSjkuNMQ/wEAZ2OnkkM9vDlWOZFFFZJg&#10;+ZpyCnjii9V11F3pqYTZFgh01x+GoRnk1DlbglRGjeSw0YBxiOlngkMAxZqGmZA2nOIVKJNSQ4Ep&#10;EquczDHbTPyDIt5cAt6MxC28HsBUhFmYynbOHoOYRvIkOOWHlCXNbqyvIZnukwmUrvDLy6v+SpqM&#10;E5hYIUWXqfN5VoJ7tmya2Aharchd4X3mCm+5Kqgn03xhmplqAMIqL6EqllAwt86Bcdwaja5Z5dMX&#10;lSm86n2CEwvrAptzLZJEQBhtn106S7uvvJYe72yk3kqLJT+Y5nDZEqlnhIK2iXG6wRB1ZmfJjZ6h&#10;rj885uEun49oHG2jjj/E6q7rf7Yum1glAjww0WzAT2yQaNOEd54JfhxMqY8l0UmTVoPfn2ycq8Is&#10;1kIMioPdFLTiievuqsELTlk6QhmXSUVcmpeaiimq0vyDwa/RJNcy8bOqC674f1lN/rNGpdwqaSRh&#10;yASZs1FtfeETtgqQM2RKy8HzBBcUnm2rzOsL8aSbBHOCJNFqgbGUR3RqbOiJLvTbMWEucAwAlFU5&#10;NfZSHOB4VmErYGHADkDPF8b+/sz7fSbzhU7TwTg4oQYAQbBLxBDT/3ciE2/1AMmcJKilYHE62aOj&#10;wZjlIBItaqnl39gZneikkSTgWjaXdxKqQbkADUZk4+yvyWloMl3DR8004W1i3VT+HAeDgYmAlWoa&#10;RJkMNqbVjKMqmymATDEzHZPK9+YTEmJ7nufcFf4wesoxwMgAov9nWvUlXYCfTvbaHhKN2etrXABa&#10;AWIPzVxmg4q9wnp2rgimMPRiAzPWltK+EGhX4KdUYc6ZF8fqeyEBr6t4XJqJYJtKiIajCYkDe9+6&#10;0oKqCu5Vma+28mw7V6UJUiH5txSShh2FEyvjmSESHJu04gv4o4ttGnRhwTHi1FujYQsNvzf7GppZ&#10;Thn7Z40YQB74GzaGH6qVpN2U06vFpzZn1g/pGWW41gDDojvMhIGdBrBXVhA8ILG3pmpGDQkP2IMr&#10;o/vogc9ZuvhVP0B7Xnqtby5k6Ae1AWR+LBGu+FHlVoJAJhKKGYhZLfoza3gpvvDiqibtTgJztvRn&#10;eyHfUj1LzssGNNVAIx2Q8PmUc1OH5gkzhbMnF+np/c/QIw/eRw8/fg8td8/4JrlJ+y67gi7fdwVd&#10;9bJraP3GLcxEIm1geDEkpeMjryGuIUzR3DIAGIalzk0MoABYZfBgFp8Lf639Tgnm58kzlBx6hujw&#10;k5SePUwu67PqJPPP+5iE9cGHaszeLVxzQDLLoQ/+Plt/zrttu8hc8jJqbN1KGcsVm9TPYSsjgzyH&#10;RisX1j3qJQQ7pMeOkXliPyXHniF79giDD4Tm3v9sinopbjJQUkslPNG2gTb6OqLRpnznxZRt3035&#10;jt3UmOr45jiR9HbYP8fML2Q/o8gEECov1BdGE86tDmicbhyxDm9K6S4xM8/ZodZ5lhk1qFshl1te&#10;WqGH7r+TvvrlL9GObdvobT/8o+xXBcnayDd+7/ihH6Ebb7yJfv8Pfo+ePnSIgUM8W61mjRYXF+m5&#10;556lBoN/mXhT+Xq+3xszwPepz3yC7n/wbmoh/I8Z54499Yb+M/3Fp/+Kg29++Mf/KRMF0Ky+8c1v&#10;ppdfdw29/xc/QM8dOcqsQdwbsP9/57d/m5YWF+hNt/0AS23hnyWD0ZiBTJH1ar/QmaL3vO8X6Iab&#10;bqGvffXL9PSTT9EFl22j7/zO76Arr7mBmk0JsXOCCHBfI7YAaqcTSS8QmEWRMuPtC3Csg9zMrGED&#10;cs55+SKAvOg8z69ZJbnHuQ4SAobVSFB++zvfSW+/7Tb60z/9GH3my19mD7spvx4XVpb5c584coye&#10;PfAk9Vh9lXJSLZ4D/Hy71uQAFKy1uq8Rln2vM91u08033ETv+OmfpM1bNjONGnWIgT9pIgmzqQKl&#10;1rkJIxfpA0o1DtbvCp5bxB8huMcaTc8EyOD38vmzZA4cIPr2A5Sf/jbV+/CRb9HQbzgNML4WlxlM&#10;wNDA8LPt19ZgRKNmnca7X0ru8uuosWcPRbUpPvNrHJ5neX/v+7V+4P67aMHvD7V2gy5/+fX+tVMa&#10;RB3/PiKabXX8+ZPRkadP0PLJR/z9HNC66TrtvfRK/wwhyFFA4LReY42c+OnV2FKBSSGUFQBbUIzg&#10;BoE526gLO5rZPTawlYwOrJzIGLl3jUt/V5XQkoZ2uHygvlIp9yIs48UAATZYCqAUNbWeY65IRw1k&#10;h3xCfl6SOiYJIJGqLWhC8eMKM95YZZiZ+hyDFZvrWVeL/V6z0Kfx7V+g7uO3U9pdosT22HMtZwYb&#10;7lqdiUOQkSdGZL5YV2O/UUbcF/vne9MFRBu3kVvucQo4n20AzzgRyp/1acvXz2IfEWlKdlKP+ZnG&#10;s93gDIAxdZqJv79j6ccTIcyw4k2BI1hwoJaG7cv80iLvV3E95SoDSsFIyfggBjn1vWOmHdcN/jMs&#10;+9qh26cTsC5z4vPP99PYChBl/NnYpnVTU5ROtcUTsFaTkBrFJFimDXY5elG/Zhhwd+KhiMBNKNAW&#10;YUFhIiqjUlU5l+eqSCoM7IQ04b+OOhoJ6flKj4w/u5e6/rysJ8xinFo3RfWmhNfFCGfN8mI4wWGl&#10;kYQmOpaEx+qZmzMTzrrynAaw2VtaprPzC8wondu0idcmPhMYxAC4HYYOJDiM+J1Ggh+p1Uog4+Rh&#10;ncVxwV51FXsRo6m40lvK540VJMzVzq5Qu3C9qSE2jtTqwkz2rIEAQ5X7Fa7hWj7wrlrHqlItd0UP&#10;zQPRinRXfPeZriPBnurtV+KzrhgIF8NcEpwiCVKz0JBEriyd2I9P37QtFoQGHKBxjKgsGFhHr5aa&#10;fLKpnDeOClNySQfSQ0yDAZLgrZTnup0LgAWknCcOKr3LIF1zSP2RYIkaM6dG7LUy6ot0tVYTqryk&#10;ExFvqLEGe2BDjzDRMBKGgUKPJa3EBmUS4W41MALBHCjEuCGHj0TMWn9foZFNxvygFJbiutFyBH0s&#10;iUgoPHDYQXLSz/vsJ4ev8adDeqymWuC6CwMs43Q4o0BZHrTX4ffzzYt9UdShTmfW/64VWlqap2Ge&#10;aRJaJOwyMLTUH5Hl1fCpQFqgM/zQo4jC60c2LthbeO2ZddP8uU+dPlMsbGbJseRNwUOwF/KwgCJO&#10;yOQQkhAEYUv2XQh5cZocyiBfAPGUcpupcauj0oswHFpUSepzcclgDEzAqvSzBCZLtk7hgVUUC6vx&#10;hnP99yJTBfnKsBGn5t0FM62Q+OYs1wJT1KrBLb5vyheJ080m7dq0njZu30r3PnWY/QjmAMQkm2k0&#10;6vJku94UjxAUtGCeOU2/4i0PYLB/fmY7G/iZatfbtLh0imArHDWm/dcSTmPNYpE0BFBVko1Daq0r&#10;/LHywvfMafEQ86SfTVn1M+KAivKE10EaxwVl2ahHAU86VJcXWLNR5dJG4T7pgaFCoErjWU45wnox&#10;VNL8Sf0RwvBB9lCrRqtW2KUKy1h1UnUTPnj5BKvTSdqPHKr4PZkpChes/4QnSiWjbE1+TCUJ6lxv&#10;qgoopeyRIH3itW7iQrouIU+uWE+BYwlvpL5/L0u+CTk0Em2tUbCD1xSAPVb/C5uVdCYLN5EzMJqG&#10;vCISW4WaET4oPOZGTvbRGb/m5v316vjXa/ivTcNDEo0Snj1fGLeYxef432jYZNhAdMYFtp3EwteZ&#10;3B1zwq+EZUiBkMicVtiXetGGjiblvFX0p/LU5eIUFnSexTPHn5XvtyRaNUPSMMIyKult4XrTRMSD&#10;jJIsWQ1tkD/bguZfCf1Yxb5MdHaJ/0LphdAU/I6uMh4yF7iq/vn013uYCTgu/lS+2ImygiyKaytB&#10;AxXIzLhV4ROlYNZoAtgk60rn5cbRi8LaizTRc2W82sNVmMNre/VVd0RbyA2MhkVV5Y7C3JYz3axi&#10;Q1cejxIyL0I2Aks9MJJDom4AJCNmXQU2sEoQinGYKbO+C29YKgA/pOkOkvU0GG+lpeVTvtjs8loC&#10;28bXjFQbyn5XryOgyH9vNuLhoQRsqCctmPDWcOIr9mWpFbQgLAyTZU2BGQjpL3xycF4idZXPdye1&#10;B5+fCppBDlPzXx8sPkRP39miuc1baNvui1k9wHWQFp2cyAzLgSSupBWuspJ4XvDOTtqFnuPRV66z&#10;0rs2UnDv+cNYpBko5SG2MOAwVQ5zuX6MFvV8u3KuqSSt1TcIUctfrwF1l0b04J376favf5YOHd3v&#10;78vANzIduu6al9CrXvUquuJlN3ADykEJCA2zwsgZ+jM19TVdzGCdK5hpnNytsu64kOfLmVek7cKb&#10;mGuaNo1Hi75u9JUhvK7OLFN24NtkHruLmt3T/psHvNfibIWHFPyfDbyfmCQeMSsQzVNUazK4D89F&#10;d/EV1HzJDZSt3+xrlxoNG1LfIQU2wXtCzeC/eYQ1DjZ237+3MycofmI/ucfuJrt00l+bMXvWOLB3&#10;YHpuhzTC58LZjPAYFP840qKNlG/bSKO9l1Ny6VU0bvn6EI2mYeiOpcAWn3tsC59sPv/5gU4KX1S3&#10;au+wlT08DEDCmcsBbYkwV/JcpNeZGdEdX/oifeITf0lPHzpIbX//vnnX3dTtdenn3vs+Zq/gDUDK&#10;dcnlV9C/8F/7pff/Eg39OoJUmdQ0//Nf/Fu65OLL6HVveisN+n266yt/R3/7pb+hex+5n+X2zE70&#10;zV6rOcUqE56zMgMjo7/54udp32WX0CtuupVreTDgZzZsoQ+8//30L//1L3Cy72g8VDP2mP7zH/8X&#10;Pkvf+Ja3sq1DohJDbjjZCzrjrzXB/vLr9eqXXkG33Ho99ftjPifTRo3GgxF7wrJ3lC69SEOzSoDe&#10;FoBLZFax/V/U2GVymPI83/H8YRwvxNy2Tg3qwdwZc7/D19ff657/7x9/z8/TjbfeTH/0+39ITz7z&#10;LAMIGNLnw56vLRyta8/Q0O+VSBHF9cc1wQBjym+8kLOi8Z+dnqI3vv619M6ffjfN+/6FmT1aS3MA&#10;ljKextp7MDjhn6o0EosEp/VG2VRTEXqYwaOOLRfEydQ89QSNv/Axqq0cprSGtE/HLDGwwDo25rlm&#10;1GpT1/oecrjsa6kG2UZCeWszxbd+FzWuvIGWx4aW45EMgFhaOubnbuHkCXr8njv8ul6gnZddTPXZ&#10;iyhLZnnPZua4/zj3f/2rfp22acvGLbR94za/z/dZnom+s4FeNJazDF8HUythn8OxMGJVSUBuzPtX&#10;UE5kIbVZrw/LOyVxT38mKhjzXGOBzJIJIGiLfgvhkvDc61Ds7zFAlEgJN6x6s3nJglYSUK69YpUF&#10;7rQJmFQNmFWgX7iHoskBkF44sPHxkHNdxc+1BWCb8rm8Msqo7Q/mNnykH7iPev/wOWouP448e7/v&#10;D5gBCda9BaAE1ZTzlWnDiBoRj2Lm31e7wQtkxX/Omdf/BM1ddiUtHz5K/ccf4ToB/UrGbDsB6Xlf&#10;yKQf5j/DqgXM/bFYCLBEM3PM6HaZkHvwbGdWvKmBhcAubDwWD/laLDkG8O1jEDtPGMQsTF/UQiNU&#10;UGyLowEMgq+gd4fkdSS1CIlaEogonoWlhXk6zuQlAfOakIvHImsFVgJyDgJTGu0mNZstmprtMCA4&#10;Hls+N9n7H+nMsHxgX8aMnyMw8lKVrgLw5JoHf8d2CGP2fQfgNlzpU2+5T8P+0Nc4GUupN2+dpak5&#10;/zp+3df8a9Zrsue7pCY4DKdEJJzgHBvxk7ScBJ0zkzjHHu33jzH+WVqmpVPzvv7OaMelF9P2Cy+g&#10;5lSbWbhOQzjHsE4pu3TxVvbXkG0urAYQKoPSaq/BidFqV4Z04FhVq4FslGhyW677IbnJCMogmQ1D&#10;S+NCfnNUYAQmqDeJVA7s1mD2BX96CbyKyk6TqCBv6zOmrEj+fSyRzbTnlBAko6EnBaNRDQidJkzH&#10;ClQmGacgidk0N0QkiXLwp3NjLXCj8LBKvLDTqp9LZ/5h+TPp4g2JhAyyQc+N1EzdDCSSXUxBsbEx&#10;MBQJKEe24O1Igir8+0ysKazS8OOQZyNWni4GMCNiLT0biTqhsaKwgucBPoRsPCPtEUN8tSsMDqWA&#10;AY23Lg9fkihzwDJrBe811+RPgGoAG7k5iAXFR3S34wlTyps90sAS9chiN5cY5qhjAam0SIrUTJLU&#10;L9EqyBdADB5a48GIhA3S63d9QZrzg8uldS5yS2Yc2Ew3e2lmMk7FUV+LnBSkGwvbLhckHJ/dKVjX&#10;6/aZegzAMVdqLBokbHwFTqSR7iw/tiqocwIQ8EFhZTMKoF8A+3iDqniUlQCdK3pLTjKMKpr1Apii&#10;AkVfzVQoQinW4utUkiSdMatNJMrmcvWkifRA0/QjVwX4jGwqkfoYCA035wax4zfHTqdFs50p2uAL&#10;3XXr/D8dv278QQPzVUhc4FvTmJojt3RWqPOge8PThr1dJG2WJQouUxIQWKw1CT6AGSnSlheO+Wel&#10;4b8fk0kxOAVjJKTkBgA5/LzRw5gBiQxSeCne5HpHfFClVq4HmtqUGbIJfw82/TiW740V+JMwklB7&#10;ugmGlVwo3aUqKKCzbg1WkDuHXcW7hfozCgPErormKCnSEZkyCFV9A0uQzRTMGC4ilWlreSolXoac&#10;Pq6bsqlMilezEN2a/KZzv1ZtyeXzmUKKzAdJUXBHSrHPGShCMYCp1rJvYA+BRjaSFLi6Lwj7OLT8&#10;5+pENRr41YGCO2Y/ORnIMBvEf546g5kci8SAnuG0yIhmwAJUYLELAMtfsGWSgUbf7zkd//t6fs93&#10;8PvMhdnEegUL37+I+hxCwccEM/uSImlFkgoS9UapRXEBphkzGS2/imd+LsNTyfHGTHq9BKBP3djO&#10;lY3q96ek6WOVlGarjRafFWQLVsqarAj9PZDrjoLvhRFz75pO9/C8D10AOWMeTA0gE0GypqtX4EKd&#10;ksXVhrkU2J+PoHHOFrZaCkvPn5FRxVIr2SiTzL4CVCsDG4xzawB9Ew4HBbusDJ/RFOeqN49ZLU2u&#10;7s/CnmKuf159r6ZgxIczPDxrubIfS7/U8DxVk55LkNCK60iRTDiCyTbM9PtLgJ6LzyKSXWW6m1Bg&#10;y/kYO+GZJlGigygBi1Iw7pDyjhvrxAeOfcrgc5TKwIpZ85rsyzkceGYQzDGQNYFzFmdgb+Cf0HhI&#10;MzBXX3iUHv3GV8n4onvDpq1F6AbvFOoByMvJ5OWCetEhLdF5g4bW+p7A4nseGGDSdkGBT1t5riAz&#10;i+HvXEiNnTKZjMqk9cyFJ7Q/x0b+thw5+Cx96x/uoyefeoROnnmGhtkyzc3O0O5dV9MrX/MdtP2C&#10;i6jVbvHQCQUzZEuweZAhJQr6hg6KMi2TA9M7l1olkgFEpL7ZqH/GmsAONgH7qWWLvhnzTcfxs2Qe&#10;e4DGRw5RvX+a7GiBpUl8zxko8z9XS9jiIGJPRasMsJiBjMHUNqItOyjadRHRzj2UI4jBJOzBFYF1&#10;zXuc38fxbGfSnCfjESXHj1D+8ANk/Lker5zxy3WR8jTjkDR4HTFjLGI3bEoaMdf4FDdpqdYhu2sX&#10;1a64hurbdvs1X+cmqjEa+H07ZvZazEB5nesLE8d6TuaV+6+DP5XdOvWRs6vOOsvSuLxgfeHner0B&#10;h00AlP72ow/Sp/76r+jOu+7mISZ7SPumbXZmhpNxd2zfRq//vjdTC3I4X7vjwd154W56z3v+Gf3X&#10;//LHdPjoUWZQW7Vg+a8f+RN6+NFH6PTpk3TgiSe4lkRNAvCoAZ/BYKhupKZZNzdNe3bvpjd//w/Q&#10;7ksvoaQWcVNaqzdhHkW7L7mEfuf3fp/+/W/8Gh089BzXqYB9O60WfeRjf05HTp+md7/rXTLgV7YY&#10;zieuu20ubAsrzIhev88kBDTyedYXNk1U1jkT9eg/gtT2H+t/VpNaGQBIxLoHYQ5SV2bcb416y7Tn&#10;kr30H37rt+hbd9xOn//839Chw8eov7JMw3G3UJGA+dkfDrguhscighLBQnrlrbfQd73l+2lq/Tpf&#10;w+bUBtsVl1iHxFZrs6gIFSD2oWSOm5XhHZiGrhL8hruDYWCXiRaGpv0+NHzsbsoev5/iY4coGs5T&#10;1Ozw67nxsm92+1SHLyg26Bq8zlNmZcOHuLtxL6XX3kj53pdR2p6iAQIYY8D3/gyIZAzoFz59+8EH&#10;aX7+ODU7KW3beyvV121i7/TRcInDmCDr5f0jj2hu1yZ5FnEtWtNaC8aSHKwJ741Yhl8ZA8ZSZ3Gf&#10;prJkZuRpEnYIsHPqX26s1CVWw8ZghxDsoThAEXsnk078uRY32PeP+zpm/6WlqspGE4Dv6klhpP5l&#10;a3myhvp+Ul3uyp6PXBEClYfhv7XKso4lzJKkd+VAG/9fLYAfTzxEx2//PNnjT/k7kMFmz+/nA2HV&#10;jyOSrAnL/Xdai0iyKEVd6BcFDTbuoPq+a2jXZddRb3YnrWBtQBXNFj/o4SyDWlmnLqAT1/u5Wvw4&#10;9vRjaw71GDd8Dkk6LK9F7VtDSIowkYUNPbaqhtPeBNeh3aj79+DvJQeH5kXdaLRfCFZKwkQX38Yh&#10;kmdJ7NS4i8Y0IcWZkhdqs8S/mXEfoFu/GOoyMK5YA3xToTCIsB9i7/bvte7fi6iGZB2i3gGIB1CX&#10;FQ2Qbidp6XNnJaSMlZoguTj5XMASmGyCDmEwomcO9ahzqs3BVLC6WOfPCKy/GlJ2/brDHpvDvzBh&#10;niHXT/CsZ+9j34eMB0Ma9Ad+nx1y4A2Ks7FfH/3Hv02nlpfogu1baG5uI7NhAXImRtWHJpY1Hckg&#10;h9WN6nMsWQxCmopM6fUZa23AITBZXgJ5UHdoIJX4ylbFYyaY0xeBIawmBL4SBYWDK9SFka51WuVz&#10;bKqMahfISqUqyAVcKnTHgTRVCSfhvw1+zXFU9F2RBoVYBOpGTpW60tslMK7P2DgSVOuYC9cRp6f4&#10;DcKMZJEHeWAcqQ+UbGA2yAEYLMlUMqsNuFUdk5WsGkFPSSfo8injRBJdIi3ssUDYq8eJp5akgLmC&#10;UZhrCl3ogNicMRJ0VXzfrCK5xBMClu9RrLZwdtK7hkqmWLANd3ZF/F+4ULKFP5hQPLUBCuCU9qxR&#10;FBVhDQRjVxNNtv/qu2F005TvVyprHBVTFUh0AUg49bWDvFKQfitJfmDl9Pr+a0eZxdjyh+XGue10&#10;4vQpv1hF6BbYYfxTIzkA8L18ycaumOoavj5Z+NT+IO8DTWQQz9qKB5rSeXOXl0wKa0tVrgaxBFTd&#10;2WqIQSGWEcZiJbwhyD1tOAwqci1XAV2C1LZsaivtXsVzrZrcSKvklGrNLb89MhPfaxSEyTjtORJv&#10;Cv+9SGLC2sTEZoR0JpUwM8UXBtmYmviDc6rVps1zMzTdavpCVAxwke7IEoi05ddSndZNTfvrElHD&#10;+AJ0Y4cGZxY4vSxpT0ucOoqPXABpmP6jIWJRjb/2aeIL5NgXzrPraPnYszQPv4+p7exJMjt9mqYa&#10;22iBZfJlgEscJSoDFtAbhyN/zjgukpVLME7YW3Hs+NlDoYxiD14O7BPBz23MIEd5/rvJpN2KXqsM&#10;YFHgv0LEonP8DdbyuVMyecFOkQkLh+EYjRc3pTybG89cAUJ+6mUowFutshCkYDfsZ5er9DSErKDw&#10;MUp5MOegL4FlSucGiDzPUN1oSmuxwtRrLLAHS/AFgUURnR4a2t9FklbCCYvzvhlu+32h6e9X36+9&#10;Jf98dSJp1gD2Y3XUfcPZRbpyPqIZ32QztZ4LvoS9mGAIPOLkwYha/l7D1HjFX8B1/vtW/Nqe9l9v&#10;+n1/eSRJa33/Q5wIjWLTZiL79deljXAOZjz432ds6Qap5r6pkSljOIjycyrCkOLoJoD2CU6tLhL2&#10;0SIpJqrMwFG4Ynrf42Ckq+iWSIHzAkQMcsuhqXh5cuNg+NoNNQE6MlRIeMf6WlkBapI/C42/fuLN&#10;ZvLAPs3YxgB7Azx/YKPvyplFJVvEFcDbJKnRFJPCwJYrH4dJ175gibAmuLza2vA8IGBBgDOTjD7j&#10;3HlDOVbdnQIwdK504WQ8Pwp7u9XAGaJqHnm1QALDcZxTIV93prwOY2sKdmNg/UZRBdTTz5hP7DOl&#10;Mprbn9zI8zSET9qIlhe6bPFhs5pI8uIyhIcLfAQuJABTdApKYnExzKqvEawMnLDT+A0G1kOkZxrO&#10;beLJe40ZfgnbjuBrKTevCfVGkEsm7CcGWTCe1cg3nqf3/w3d212gy294He0ASOGbMb4WABwhFcuJ&#10;g8hs3n8BD77q1HhtOeALS3ltwY4uvHWD+UCFpbH6NVHv4TwcW1E6AAgZDOFP1JGBht9LBlbeF+qb&#10;0yeW6J6v30Pf3r+fTp1+ipb7J2lm3Tq64vJddPMtr6E9l15BrU7HN8919cZdJTPU4I3iWljxOo5i&#10;qVt4fJory56Lbn+2otGG1UHwxUVdCfP7+ZOUPfUk0ZFnKV04QXF/0e8RaqzNiY+J+lITy6ZZsjMc&#10;6j7lm5jZ7bS8eSulF15G8e4ryEHeCo86ihVMzHk3qWPIBE9Af40SNG/zizR89EEyzz3py8WTfi10&#10;mckfjyRZ15pEPXCxsIhl6bnfb3pZi5rbttN479UCKk7N8pOHcz0pNgQBajg8SBtop4y8XCVjYkKe&#10;FX+esENYc3CaFcA9sxhjbSL0HAWAd/e9D/BnRrOIVFY0hd3uCj/IH/3zj9ODDz9CP/GTP0U7dm6X&#10;9eIbu5tvvZWufsnV9KHf/Hd05133MJgHkHNhfoE+/4UvUKPZEJWBb3rHgzFN+3Ux8g0tGsV6s07X&#10;Xf1yesUNN9JVL3spTU+32H8bbEDY8nBC5Tgr2MI7du6gf/ebv0X/4Td+lQHI2ZlZ7gfwvH79q1+j&#10;xTNn6ad+7j20Yf2MDq2kPmFfLI1Uh59X8I0Tu8yKbQx7l5vzgO32/9dAn6lKNEKfwt7eZjIwSYdJ&#10;uPc3vupGuvE1r+FrffrICXrs4UdpaXGeTp46wR6JAC2QYn3jK66jTTu30dYdO/jM4WcI9S0A3EZd&#10;vPiq6hDUOSrLw8BtDFZQhqG4rHNeiyAB+vsywO+yQxqblFrz82QevZuGBx4mWjlGtWzgn9mMlRGu&#10;O+BQG/b+82sTIQA4JcywReTX2GDvy6nxkpvJbLlQwKIcNYKSLcDCxXDUnyeP3/0tHh6tv3An7b1s&#10;j9+bGwy69H3/tTA+zmqv7sopmt0wTenUHItLu2cXaPsFMxIsEpCwPOPaGqxHSQF1ylqu1pjaxwXV&#10;VAWM4O9FUuxYUpKd+n4DEI/8vgn5eaOT8vkn0sVYvJE1TRc9JSUK9FmnIUmhL4iK16/clUr/Zdeu&#10;G4wpfLe5rndl0c/cbmbCw4tvyInCsJSCDFcGGcQWNCDRjBcWqH/XV8geuIfc6aOU5gOWbnLIDYN8&#10;DrmhMgvEhcmGYoXhfz7xPz/wvZjZuIcal19H6668ngYIpUBYFpSACBpsikddw39+eJ3mYHRDMTjK&#10;CkknVL8guWBvGEAZFymop55vtXrKioBIvQ1hDYD+La4JzsCDOuVJ40uZX7OwMIDnIBOXQOCxhvdK&#10;q8QR8ZsvSS/4fZhUJez5L8pGrkeism8tr73iENpfMwsT1z2SEDHrhlIX+f341HBA3Xzoe9FI5cGF&#10;eJfxHGYjgtno/05IH5EyGMthdT1JJQkbX48l7C6JY11Hjn3gsccPBzmtLC77+yWegKGks7HmCKjV&#10;FyeRqxchQD8mZGjfj9YTz21v2Z+Zjy3T2acO0tz2LbRp6xZqzczQzFSbgz2YjILXx/tHOnUMDaf/&#10;bwyJ8JtYwRGzDQ8nU/NgJ2JGeFTpPNE7c605HivBSUBDHjCppNcpWSpSPMdq2EiwKSl63DiARaEF&#10;siXLuoJlkPYuToNLMu1rWMkWqYLNhkJIQfeoBOdZ3k1yHpuChS9nVmxE8SkitwjBZyP2yIt1PI3m&#10;b4ipI5rEWIr5jFkkliS/LC4aGeMqzVvYNFSC5pSVk2vR5lygGzoJIInV9omh6Eqqp8zfuXiIgoxQ&#10;i2++IXFUyooiSZOJNBUYVOsxb2BWaY3KnnOmuNiBDWSU9eX0QBZTSiNoNXsMWH4AczWpD74FhkTG&#10;wAw2lxdFtlVQUsA7KxP+0spfQa64+PtQRMdRGVcbClhpMpKy4TOivcY3dle6fOBiA+n1RhyswUUY&#10;giCUEmsDEy/AmE7ljzo9ZcljkSJTTRQtJ/i5AofEPn15KZYLnnt63XBwGVcBUCe2IlMR6L2A51NF&#10;9OXO0+ROIC2G1jQjn/izqZqHu8lJU6EGlIMSkvA8lg0bjAI8hGBjBlpuyqBy7jeYKdqxaQOtA025&#10;nvAEhokhflOFfKWeACiLuLnA2pn6/9h7E2i7rrNM8N/7nDvfN0hPs6zBsiLb8hQP8ZDYcQIJIQNJ&#10;GBu6gCIQptVNVSChapHuZhVDgKJW0UBVBYqu7lUDFDPETAmOMzqD4zieZFmeJFvWPLz53fmcs3t/&#10;///vc869enLMqu61CroNWlKenu6795yz9/7/7/+GWkWmRv1Fime3sHE30vrASgIgXdENl4tHbHTY&#10;TP3iRrEEL8qsmnDMAOSRQ7+RmmrNH2B+ZQ3naWNtF522Qk0WVq4URWCkpAoYY2PDxAOeNXEcaeo2&#10;/lxnUJIbI4DOOAyRiARwX6fnJmdgiZ9NieMzlmQbfNPy0JRg3puHLoRrbcbEk3lgTyiKS8EcATjM&#10;0ziF95+v/RDOWwQAKIvKper7EAA2ZQxl8s5GbLjPFAlNkA2+gRPi7uKDrY/tTSQeuLIk0hTBwWPe&#10;2k6tEhRg6vn7v5RGdBYHIryekPTqrwoCN9rYICGR8i82cAKq1f1PWWFALuMDGy32Bb/eZ9QAt8+0&#10;8pF/dqq0lMl9T0kCkqr+3yz7gnSaJ48JF42wFwCojEkwfsfzAhlwn9d7xknBMacHkn/t8WuTlbwz&#10;XTlCfqxrTCeu5XrXV9ZlQpcxRxyjqlHu5RLE0Fbp+YENCOAvo4Ldmen3j8J0T2WnWUmyjwY9Y8uC&#10;Eb9jFD0ryShnngnrJcr1sE2V+I7P6NwEW1iePZtH4pgx2Wwe8kPFQMNSCDdyY96El0Jwlw/cKAd/&#10;rFuaq++cVY/PdOKV3SSgaByRezVNY5lAbQpQLkwm03LErjLynJzVLpwTrmAUpFnxWmIFYXIJsAue&#10;l4rVsfzfgHXl18Co7/ftJd/UDNgvKopTHnhUK9LIydER5WBSsCXI9MzmfVj50JDnNhqWQyOwRMC0&#10;B5uocAoEsC5geHcgWZDtVuwbwfD5JBgB520LfjNDBH7ADxCg2gItn3iInvTNT3vHNpqtD8jVppj3&#10;EQUPVhpeVlZblqBfCt5mr5r5t14wR/BILXvVXML81E0uGaIAljAgJNPX4wYrNrLYUXfU4/d28qUu&#10;HXn0NH3t0b+kM+efYwbFtD9j3/G2d9HNt9/ti/et/ppVWV2AYhrnE85jmaxn6/oLcnOpafPsk6cy&#10;M25CbMt36AtUbSDj1jdtYOC6NeIpxsIimaNPUfbyUYqXwPQa8ZClh7/0+2ENzwVLRms8VEOFmQy6&#10;1MDPiurUrcwQ7b6KqjfdTo3d+yiJIO0dibQsFRYiBmdoQGCmP7BiB1M5c446zx6m9snjZM694Bvc&#10;VQaIepllhtiQ2Q6O/VmRJIk9COcT0nkHuw5SdPX1FO3cQ31fY+CZbfifhyAaDp7DlXKBBV/sLQws&#10;m0hB3IJ2bK0ZiwYaY+HbUtRXXjupRArNLYa7ocb3r3/jbbfRjq1b6Pjpk/y9ADE4ZX6YyV5Zq9MX&#10;v/wVWltdo4/8q3/NzRhLzrIh+17905/8IF388M+wNBRnUqTey1g8nBLpX6PX68uAq9uhm2/YRz/x&#10;gQ/Qzr1X+q8vyZpEY2wFBMqERs+pzrZSYxlexP7dMX3oZ/4Xmv13/4bu/+znpPkfZdSo1ejLX36I&#10;Ll68SP/8Z/83mmk3aNbXdgP2OlJw3UYa/qUhYEYaGNmv7Pg1/O8c3FtvGFDIjI1aFFxqW1JYrsh+&#10;aRH8ZYa0Y/dmvxy+WTx7WelE7AOe9noMqg1GGdsyQFIYMTNIGHkyYhElBp9JNqSSy0DP9Ae+1q0z&#10;oMDsNvxbv06r6EeSWGpxv86GTz9Na3/7p9TMAJx3+VYg5KI/RK8uz3vT3+OE+uz11o3xDNdpdftV&#10;tOneN1O073Vc+wzRScZtqkcj6qdaTyNEx//57LNP09RcnXbffA9V/VKH3+PqxTNUAZHCnzcAWrqp&#10;2Fq0/HtfGxmqJB2qtmd4T+SBuRXgBxcPqag4Z0bpgMkYAU13bK+CZNpY9l34sg96lA4G8otTiiNO&#10;am20piiuN9kPPqpJsvaa2kEx8O5EZRVDnqcySkggGQRM07DTl1j7bgLg0/6PssueGUHFYqjkSz0x&#10;3LQqRRxkA+5bW/WYPWzhn5EM1vz1rvjiskeDR79Iw0c/R9nFo1RP+1QdEK1F6HOr4l9oMmH4Vv35&#10;0PFnS8swGAvgrFfze+bUHpp923dT6+AtfB36WcSMLTDzKmpZZElDM52oFGyuhktyRUkAU7K0eO7F&#10;Zsrk6rPgnZbK2/IfRWSzafBzjyR8QpSGGRMOELCIsI2E/elCmIOgKWmpy8hU0pujDRzEN8r37OBD&#10;axToK5iwMsxB7wZPfquBYqSYyYr/2hoSdytSp+OcMbDACH2bKg4dY8GRvJYp+rlIewFnArtf3nti&#10;smLky17VCZPFABTiGR+aEcuzmUikUmSjQ1P874qqh/jTYmAalCSZEKJQw6Fnhk952u/T6aMv0rnT&#10;Z2lmbgNt3ryZSU8IUWlu2EjVVsKDQtRxawhn9o9+VJF6ZqRqxswKaG4yUW6m2ndC2uxyH0pNmc6K&#10;6xsCN2w5Y0JtzYy2Oo69WS33ErwyoqiouXOlo1O2uKo+9awzYwQll2MvNlfjCPBa2HVZXXtZwQLM&#10;gwNJ1AN6/yJd5bHdWKd4ueM3J/iPjPJmA//PD01kcukrU9WtKxJ6TeHNY0yQ2mTqqWY0BbYE4Dih&#10;a+MCIlUs+PSl6tmFQ8EoCy94jIRmy2noBykrkEEcADWhcdTEkshkKsGJuMnNA4rNmDZIphqOcjAw&#10;VWNZ9qnKClNUlxuUFr0K6NIu/7cuBwOdTq+0DS5w0CBVCqCZMaWgAZf3vuVpa8aHqZXmlSfFsfjw&#10;ZTJ9Hg5wv1apWpPUYGMHRfpKCYCMlOWFbRdFeMxS3aTMbxSjUO3YOHIbaLYWO5lK7RhkdUL9DYCf&#10;MKjMWA/vcq2aKzWPhUHwGDuPaEIqacY6TjOhSzMKzkqilFnHrHhS2haCX0pgRA5KhIAOuV+2GucH&#10;b7efMr0caUoN/3WkkM1Mz1DLNw+NWkStGsAz0IEjPjynfPEaxw2mPxvBrnkCgve5qd2krj/4R90+&#10;NZuzdKY7oF53jWoaKpIZBZfRbFhbpN76Q7CO9+Tv1wZ/j4/5r2FSOLsPBtUNmqoJo5KbG6yFEG5h&#10;Yz0YonxTqCgtu9Go09RUi6anW/5rLV7bHOVupBgWCbqw+qzSoLMcgDUBS8tpx1EJdHBUZloWk4iQ&#10;mGoiGmfJ6WFnAtAcmH8KLph1/c1MzgAKAC58OgJVPgupJJyYrcOJ8Cww6GWYtu1QkcILNILX2gRT&#10;piRzyqlZrybC1LkcEHLZBKhtggxc/UnBPMNQxTeHF/xbWfEnUNsXdn4180Fbg9eHrl00R5hwV3S0&#10;xqla8NTBPcVh6m/IMvtJAZSTJHSEeNS4iIAfn3+eU8v+KE0A/mAL+/fXSTIu/vI0Jl7XCXsEcnQ6&#10;9hj2tiIGEctjfpOnpo6vw8lgG3JF0qDL998sHw5VSPrvMnoloF2Z+m4KcNm5sW2CWYW5/DMM1CIF&#10;9cYDOvJgEFMkheMQjTVQpOdfq4UkP18cr6EhZd8n2Rsq6vHV9b+aWIcAS/mSVQT2cZP2AsVHcpcx&#10;UQ/hNPnacRMs2XVDOcwranrNJBZ9WfapI7vOK02ut6+XADyJNsqZE3xDNTgjLQHfqXj/ZiUQPwCi&#10;hUegqu8d5fcUhXnmSil+maT1Br9AwLtpBv8v/wz7Br9aQfCUWGBIWmFFWxHHiXPYuVBrRNZo4ezy&#10;YScTBnQ/iqJCWozhCdjxzJbGQMTvHzGzCizvNZz8CibqSNjUVn1bJNDK8CBOnF0sDztxYUx1mS68&#10;9Ai98NCVdN3r3wibNplEx8JgY4sQMq8oyb1EVjXhvXfp1pVdZmZhJ4AKW9oQ07GRnQnJuiggK76x&#10;tzJoiWyf/XuGvlnrrkT08vPn6PnDR+jwMw/RwtIFGvlz8MD+XXTgwLV04NrraN+Ba3i4hfTJqn8d&#10;fu+xYVYbhxqw/9b4+3Za7ObXg++xUSWHtkiu469tg1nOg1GPKt1lsmf9zz/+LJlTL1HSX2KJp02H&#10;GqZmqepiYU5YSYGk3oDvPzdN1TZ1/Nld23OAanuvJYugkOlpYQCNBtyEOn8mc0MPFiEaQ9RUa2tU&#10;XZj3P/clcseeoPbqBTL9VWZeAzgEu6DKLLvgEiCND4zck/pG6m/dRdGefVQ9cD2ljSol/nrUOEUU&#10;flA1/74HYiZelP28v4W7GAJJggw1NKlSy5UHqsF4X9tz53JNng2p2erRjDMOibS4R6zMyUZ02603&#10;04snXla/Ovl3qDfw9/DJazQb9PRzz9Fv/5vfoB/9iZ/0azAh7Jzt1pS/93364E99iH7nd36bHnvy&#10;SWZ3cOOJkIiq+DHOzszSba+9kd70xnvo4GtvodnZNiXDjq9lZqjXHzLbZg3SYqgxqhGnoHbXevSF&#10;z36CPv2ZT9ItN72W3vvd/6P/edP0gZ/+MM1s3Ewfu+9jYlxfq1NTmTFHn3qS7nrjvdSDHBmsvkxU&#10;NbkntF47V2afG/N3cM/7+/Gf1RAGWWeyLzKLMdOoLA1TrFZbvJ8jGIFrrlTYsMurKxyElI3kOQDz&#10;J0HSp7LQnHrOpcbmdbgBoAF5NIAqsNGaLWbBRerbja6xiv3B7+v+5lL81CO09NQRipbPUGVwhjJQ&#10;AeH75/efNf9MVPDM1yv8XPdGa/y+u1GDzOa9ZO98K7X2+DWF+trvAwlqJ5zlwzXq2xHbMrX8fpB0&#10;OmSPHuGafudVu6lz9jR1llYgKiXwEhEwkyVIyc5Ykoz3uTqU+rI3HNDKYJE21NtQXjJrVYh9Iwac&#10;eJiBAe0okaAaEGx05XI6sDXq+15lb8Fo40b/8Rq+T6nwdeN1DGAcFj+p+KrD0icyI2X0ys+Dbxp8&#10;2qDXSOEPrgGTxkkQ1XjtYktnjF3HbtmuY/Gw3lkUlc6rjPc2eEtbX4diwA2mHzPEXIsGzzxHg0/9&#10;EY3OHPH9yZBr2lFSpU6U8HWvVXrsdweTDFhAgOU5alekloWNwlWvocZV11P12rtpsHEDra0N2DPd&#10;QNcbS5IqLFpqAHAHvoIDzsG+epEqEwu/5GzMe1vtHxKxceBhIysgZXgwQvKRsshtiYBiWeqbqa2X&#10;yID5evufO/RnQ6WC5Hej/sS2qMN0346tBsEpSYeHR0pCoUBoMPJvXV4aZ7mPLtZVhT0CBWhUKIY6&#10;YKshx0CTsTHIDDZJkYKH4jsa56ItIRw5TX0W6yphoxInaIscW4JBpXySaoVVn6qoqlaELafZZYQs&#10;eGskOTjJgl+sjsM5adjynu+SkN4rZzC8kZlVj0FSr0/zJ0/T4unzfJ1iX/Nt2r6VZjZtpJntW/z5&#10;MOPPgRpbEHAsBZikmTBQLafbSl2YllJrB8ORDpky9Q41GrLkxu13rPahVllz2iMG8A4S5kzJKUyi&#10;cUWoZAgoNQHMFLN7wZQUg8mtd0LtqzeDe3oj1z8UdjYoz7I0tzrLGZRplgPPQZEbv+Vbf4yOH32c&#10;ludP+I1smRZOn+MJJWuW4fnB+vRgeC8sCisRuySOMkYZeCanuhqX5T47xZRYGQdakCVpX7Y2Zwv5&#10;DmiuLBWQrxcJrCb3Iyv7BMiNsjnH3Kn9ZWi6o9x8XzsOsjnmJ9L8NMcBw4US3XZxoGek2u5yQERa&#10;SIJD/+XS0jRswtrLqCGkiQKbTo2qNaHYKYDmUlfabB0DQUZNIpPRSMdrEW+mA5Z9+JrUH6w2yNcC&#10;CKMbGX4W2CrYLGq1Cl9/eHHYkpw1MBRChm3EWn3R6Qv2ElDmwJSkwoNswkuv/PldSRhWbljCz86c&#10;G4MDy14Pl4Yh0ITEbbwBKoOk6zMgTAE2liszUzR7AECwSdWbTWr5X+1mnab9IduqxVT3ByyKyNjE&#10;TPOOmeIcc9Edaa4oy70UJMWGsrzco7PLqzTsrFFrr/H1SZe2bJijk26KVhZ9EWBsKWkWhzXMco0a&#10;T+ua8QV9rdKm6cqQEr+hXTh1ljbdAW+kOZqqrPK6zCL1z9TJD4DcEUmjiQ0azEF4dmCiBop/y38m&#10;FLkABbE+UCDX/caICUnDH5LVapOTAwH8sa9lpTIG1hdAm0480sIvjS7BZ1zubZDp9pHpRpp7QAXJ&#10;dkg10gbF5anHJjcQCxiiMYWKGGsbzA4KfC1NRyT1IxEWZ6yUZ8ex7QFsIJ76+Wvhr09cNh+eZKmt&#10;12SXn9EJUHkMJNSJYEi2cmrbBEbHWmro7MDRRV8gwiJqo38O5jFlIquhLxFN+bNqFVIB9WJowkcs&#10;G3IIB5K06v5rK6nMyVsMPiS0gKkUyzUymhoJK2nKiF/J2qAv9wOdsMoFiniF8gVGUanML0PjictU&#10;Nq51lzGhK4WxlAEvU7I3oBIzIsi2nVuHzWbKcdITXoBl3ajhSSH4eZla6JUrVpHgqd+fvo+hDkJq&#10;/lr2fDGGMJKaNbk3ZQAMR3I4sDQkeOqw6Dck1YfdMeNElXUTd806Cub8THHrSHidGWPqFf43Lgft&#10;MmfGAcZX2XambqxkX5elN/n7eqCh05TnAAKZUjCHyBEsh50QF2pq/1D6Hh6QlTwA8fngQJEGrD0T&#10;EEKYflYDoJQpGKbaqXi2JA7+wA3q9brcYNSqjoNURgNiyUrKErCYvc/YIsOwI05+Q1j2ooxBvpVD&#10;AW7StMLrCsoB1CgAlgaZpPLG6rfHQxWd6JN6IqHB6/n13RsMmTldq8pzyKBkKoPBSnaGjn7pz6m3&#10;tErXvenNNLdtF5/1tYoEa5E16/jVFl+zlyB6biI9/hW8ukibhlJQR5DzjnH4JtJ9nSlkd6nr+fvl&#10;G9e4TvPnF+nC2S4dO3Kcnnj0s3T+4klmzm3fsZFe//pb6fobb6I9+6+hRrPK0mYYaQPcEbAsY9Zk&#10;RZMJBeizpXvjmJ1m7Phw0ahHLXuNAYRHvYoNzzfQydkTVDn9MpmXX6Z06SVhdCcDZTGL71OVFQ9D&#10;qZl4L6ywPQFk+ml7Ew13Xknx3gMU79xLab3F4GSE4AuVFFYRwsY+p11OA8ePqC9cpAQA3/OH/X09&#10;7ff2juwkXO+NmJFnJd2OfasavgmPa446tTa5TVeQRaLuNQcpac2qbsXmbCg0MMlwoCFblUtMYzMN&#10;TIKPUaoDxXHJbmE3UFgF6Hq1ZnyoIIV4zvjKg8/8ucHy2mGfr/c3vO2b6S/+5uPU6/d5EI41gVAy&#10;+EtHbG4vARwPfOYzdPjw0/T+97+fXnfn7RzQgoEjZLY//5Ffpj/9w9+n//IHf8D3XVh+Rpu5mP6H&#10;f/yPafv2HcJ2hLTTX/fBAM9Oza+XAYcOdDpDevqrj9F99/0pPfvcs1zrthot+rOX7qMnDx+iD334&#10;Z2nThmn6/h/6YZrbPEef+Ou/pusPXk9ve9c76cq9e1jNJL6/FZGLqsySSs10UOVwUx/CTv4h/pcH&#10;fzpVaognVjifHS8xIR7gWYugFOEU0xH7A6epSm/ZVy1j73aY8BsnIE4ereekBsfPS9jOhqk3XLtB&#10;iYK9EppeAH3uzGmiww9T5dgzlCyf9muoT1E9YnANP7M3GFGj7vdq/9im8Nvzh7att6nbmKHKa19P&#10;0cE7qTK3hQZ4T2BmWQEBYgRFgBkOpcvA/5uTR6n/5fspPX6cEEs2feX1dN7B23jEigr2bUXK6Wgk&#10;Uj4jGoMs871T4uvpDVuoNTtN1Vbb740JDU+epIUXXuCwFwTz2FaLRjjHUZcjURW9xNQMJEUMUsQa&#10;1hg4UxgCMMiRpqUQQgEUhoMh7314TmuxAAooz1d7A/YXRcBllaXT4pMHuwlmnJEQR6IxgG98GP+q&#10;vq6+rCJaMRMeIMSDFLD38fNGEUD+BjWWl2nhoT+h5LlDFF3w93HYpQYGZIMKZyKDAVmrEkt+R/5+&#10;SEinYUIFR0rUGtTfcYBmXnsPVa59vb/fFSZLMJPf76OwXsL9gBcdzjcw+2B1MByOFGiWtRzzQTZU&#10;qaVYNVQrIvvlwZxTO4iRgClRKs8l0l0g9QRgxmA2Pqq/xvDY415GJIG63wvLuwbQebVD7XZL8JPI&#10;5CGl4ZSLVEoducJ7HXJcAGZJIuSO1AihBmsjUXJRAP4ADHLWgYJ3sV8Iff+/V/2+zGFksQB9FYcU&#10;aMvnHYODkaWyPoltGmwRqsbZAVEIEIm4NuGTC+lmqaoDjZJmIsUWjICeSOGWXiwEFVrBjZiB71T2&#10;XcJQIglEA4u3XBOihgQjFLZzMZMEpL/DM534z7e0vMJyW/S2GzZvpNb0NE1vnKW5uU00u2kDVdtt&#10;f16lzDLEChpmooQLNjdWk7azLASKJlzbR8pwYZae4l/GBpAwDB8VUEPfYEq2cACYo3EPc6v2VtaO&#10;11W8jzBBJXhrU55hYHKWueyTWcjEUHwmD+lRIDHToBdmqJKAzahd41v2Xkc37b6GlrsdevnCCXr+&#10;2c/TueNHqbO4wOmQUeJYxw3ZmQux2zoZsFRqaJxKcnUiFOR1wZchJM9YNQoWVk+k8oLARBOJDD8Y&#10;cFgyRTvIiyGKc7+tIOuVhCEB0mrQio8CMy8WrwAq+YhR4Xkjkyoxtg+EY94cePJUaspCs6oeB0J8&#10;iXLmWA5elIwY85+RG8nm2aRMSefCAXLOTJh2LnMFL4YJQnKdM/UjwwKygRYL/X+WaWKO/Awbqzfd&#10;MFHkPRVmRYrpm0zLBoMhvzhiwkUiUzi4F5m1igy7YkrOJuNKrc9yAK1INqVs/UbE0KS/QLiO5rLM&#10;vnCAuZJGzZYa3XCtTUjONUY3inH5bi4HyxmX+kmK5PJ82i3eMzEfgvDX27ppI7WbYE1BzhdxUl+9&#10;WvWH8ib+3yh0+4OeTMdtzMl6jUaVGwZIDjr+YFhbW6OjJ87Q6YVFavlrf11liuYX5mmTL+KT1F//&#10;fqLm7SZPbGTulq1w8AzX2L6BQkNbgSeJXeENdmHhvL+XMTOO0OTMWL/lIUQDB4+GZ6SphLZgIzZ6&#10;AOCwqDeqItXF9NRJEhYKZjacrtY54rzhC+MIZt+8eTtmNuS+dXngRFQQm7OywtKtS/HPnMunFGkA&#10;2VwZwDD5RIjye1qY/vK6Ukp5zsgMTSlJWAyvd01KZfNbTcB17H0k3g/s46M3n2UhLGVMqWcTZvgF&#10;ir4pIRzrAdmX1VGWExJKICGMgMNO6ZQNG9ZRz//vVQBxKIWQeuvvHSZmTX9QLg5HPI3NwkRMAVNM&#10;C3GvV/xnawOwhc+qb6gBAKb+3oGptpHlvwlPmzupmDVjmtgbDXm91tNMGHVq+DHti6tlFdb42pn6&#10;fJ0qSjfR55TGGbnDwGqeNJ8r83mdy/1GckZRLk91uRS42OEL4CUaA/7W6UJMyR9Oae54vyP+VRgk&#10;Jy4bQ6o4HdWFAA/HgCkKafy7ho3ZN7BCrtixAc6SyBsA9NS5cIw4gbfkQloCRlyJIeHYSy4Ad8Fu&#10;Y8y90VxGvuxK6V4TMuCyHHjyURwD6F4FI+xyUtzy62bZ5dh9ZoKQKA7/WVnaE1QZ+Tkj527wuHJa&#10;H+QAoIK04sUn70FV5jmwjCRFpN7ia8Owr0DCAI8lq95EvlFYXGYJAe8BIH6gEaxVxM8x4iAMyF6I&#10;wQMAeGVwSzxH/XORVIpkdxTtYMYD9B3Kv6nXUt5D8YwP/Rut1ys8TQ6G17yu/T7LGLDlyBj/zMWc&#10;oI1ms9Pze/jwHB1/6lPkmjW6/a3f4hudqlg/sAqixPZnkCp6hfv56iWE2brS3nGPPmYHkDSJVJKG&#10;BybqMBHGZbcT05kTF+krn36Qnn/uKVpZO++bjAs0s3GK7nrtrXTvN72LNmzYRrV6w7/+Cn8+5+ps&#10;zm04iR5nTd3XJT1uBViOyfPFVKbjeWK3zQe0pDYu7D3lhCnA85TRgJLzq9R/7mGKXzqknnj+Xvg6&#10;swYNNTyKmfFRobqGtKcaEINaEI1l0t5OtW37yF19DWW79pK/qX5/lYEA3kovidl3iCs7/wwgiGMx&#10;9ef0Spfcow9T54XHqT6c9z934BtE2GSMxMcvUc/jbsrBFyAiRc0mDZrTlDY3UXTDneR8jWD8z+uy&#10;LUtK00iE9BejGTXUGzHmOiMGt8h1+EyrjAH2JvdPcrkwrBRYdols3+SSdmvKqco2V8W4vHYW0AtA&#10;XJaIzAmsiu07dtBr9l1Jzx97ydc/Cde0COSAL3SqsiUJwYvp/Pnz9C//1a/Sr//mb9CmLVuYAYa/&#10;g9/xe77zu+nUmdP02c8/KPfJN3EYPg/TNfoPH/139OGf/Tlm64BNOvB1FlQtA9Ri1QY9/bUn6I//&#10;5PfpsSceZyAONQ1UGJD+os578aWT9J//z/9AP/HBD7Lh/zve+U76pre/Q3ypOPXU18SNaYqRqD1M&#10;meEioWEBcM8UZFGZ80Qgx6XM2L+f/2Wu8LrlgaOTRpafjEyDCLgHGvG6Q7iDgD3i/wsQHZYJ2AvF&#10;Q9eI5JmfXKspmIZrM+7lQvNrTO4f51Q6OsqkRtvkX3f5sa9S+sD9/txe9Y36ml+4a9TMwJLyz0+r&#10;TSmA30qPemDf12f99wyplzZouOs1FL/x7WS3bvN1+4jrVwzD21UZDA85FE8yw6Oz8zT67J+RPer3&#10;jWyVGq069ZcWaOb44xQNV5mhh4LMjboclEajPu9RvW5G1YM30/Qbv5mG8BHzH30NwQ3+WWpDgbF7&#10;L0XbdvKZ1yA5i+I41t4wFoUEg5ypWpq43AYFQKobStAUgCh+1rJUh8Z+76nWVKklsnncny899BB9&#10;9KO/xffgl37x52j77l00VWvyoCNJlcGlrz1uDeIuGSZdntpfmuxromiuWCg9Swyo+GtcT8VeZfDI&#10;Q3TqC39N9dUnqZJJH12LU+r3Uwgl5P4D5EMCMjzM/GWqYeAX+YrWX7+ktZmm3/0jVDtwPa0MhGE2&#10;GKz5e9+moelrskudcQcG9XCG43rB45AZkFnOvO+PIHMGYWPEyIlYQFDeX3KlngkJh5Pd8Rng75eO&#10;1AZF6oRMh9fYE3l3wP6ogZawY+izNRrYoBF7kxpmwVvxjiRhwRkN5whTYgBHUQigy69xYXWWlSxw&#10;WJ2l9iMjJ6y1UZbl5Ke++phaJb1UfZ07MAC+4txDXwg+olAwkeAjUM4kYjjJQzikSON1OY28GomK&#10;EQO4zHKdzYE8IyFW1cHqTg1jR7WoIgrOTHpKCus9DH8d6RBHBisgp6Slvt6pyonVjVb7zkx9bq3s&#10;MfAod37fTvwan1/057+/T7Bq2LJ7K73m2v20fe9u2jgzy+GFAUDMFF+QtZQISc2l6ksvSyN4dIvV&#10;lrAZXYnkwT6kkQQXWnko9HpK/c54TxQXA/lMh/MgBRmjAaYleXiZP+vGLfJI2Z7lXiBN0lxKzGQj&#10;Ji4ZVSmIB2pQQ8TPPPoA7dxzPTXaTbp6937auXUnnbxwnM6cOU7diyept3CO+iurfkH1yfjqhCny&#10;y6scfY1ieaCR6E6reqDHiQYOyCZfmAGHB4g9lng6lpZSPRW11CBjLL5EjXsSJ/RWaMozRVJFW23y&#10;ogYa9Jl6lfrtKq0sr+STe2loQ8Od6aGcyBTX6CbLyTCppOHwQsv4EGMKbqkpi1whW84pzEaDl/NU&#10;KVcyRy/MSq2Oswoapm4uATRzxc0s+mL1XwF7IhW02erCdsFQ22qoCekBkoNtjgmOYSJAAQxRLXlI&#10;xjXW5v4NY15AurEEpDqXSBa2LlQOMnU0SewqdaBufdmRyz2kJk2hixxGt85EyaheHu89yJLRmGBR&#10;cvFAEoeOxwfXP7Ab0ZTh5zWqvjD3jUe70WRpbrvZ4OsMCSs2NLTxYEK22g1fMNb9vauKxwTCbDLZ&#10;YAyDSEbkv/DF8CXk6mqXzi0t0Ylz52l+YYVNyTFBqVtQ0Hs0BRlwq0aLiy/5D3UPsxoYSMX0Q6WB&#10;Vb/GIg7Hqcn57Rsj+CIl/YyOXrxIb8l6tOYP7qwKmr9vAqotGvQ60vBW0JBELDMDiw8AYc1vwI06&#10;5KFV/5nq4tHnX79ei/1nF99BNKi1uv+9WfUFdNMXzxUGMlnOWQZ0cm9Hl7N5A925mFC4wqYvZ10W&#10;vpBugi3nyvTjwAzKpQMFiyz8rEzRgChPL4okgQoWBEkAaELCdQEQiq+XHGiYNiapgMfo2WpOUq0K&#10;mzQ3Jt816xRD5b9zOfiUMVOjjLiI4XQIh3F5CA4YQx1f1Bwewt/FMADRrfhC1X+GFdAKIpmi47Cp&#10;s82AIQR8No1MmRqQy2GTT6ToxjVi+SkPHhKRvSB0CQCVUU9Av2dDTog02WrihJVqRAJc88/vQFpJ&#10;avgv99gnRT4hB1v4160FP09y43KNiQAOE8C6HDzQw6ocGxtShTXplEqDhIo2CcFawbkCHINERQI5&#10;bLEB5d4yJmdFhhlERZ9dgHx9ZvSJTGKkUkRcV0xd4YvYYzNZJBdT7qWC9wePvk4iTOue/2IL+zrM&#10;fPW98S02IYhFPVmzV2Ybh2fN6HNalslI85OSsetJa10uM/m64J27NGjamMtDQuWlma+/y8iB3Rjh&#10;013CEnQlLXE+D8pkOgn5RqQMriyRcVsAV8X/2LIZd6ZgDNZKpmcgiuYh9sMENiOOLRcgnW1M+70c&#10;v5D4pudaw++Hfd4TEvEqCkChP/tr1VgfnYhZzLi3XG/g/sciuB2OKiLjrvj1lIqpdBdFpD9nABwO&#10;OFnPKrtvkFuZIPBmwEP+RNjVmCTDo5PNxS0ziNYGYpsSxY49eSg7TUcf/gTNbNxG+266lQMKqlYK&#10;zMBQfmWgdv0Gbb2vjd1/k637b6RZyRj0YE9PI2mEDHCBreIL6253jZ559CgdeeIJOn3mGJ29eJSH&#10;izt3baebb72Xrr3+Jtq0dav/LC2WKEcWjIsGB1ZhNh9VUfDXlB3k+DMH/yEeMOBeKkAWRSIrQ7MU&#10;a9PLw1JOVPa71dIq2fl5oiPPUbZ4nExnxb/2kjRFaMIiGbKkwac3glWCTukRouKbRZqdI9pxJTWv&#10;vYayue1kGw3/PiDYg2w7YeB4qL7HNgBEGKqfOEXtF1+g0fmXqXb+Jd/E+veDGhcgc9ahxJ//YDJy&#10;4B3Cu2rEzL5ha4YGO/eT2bWfKruvJJrZwt6TGasDMv8si+8epvL9rCt2H7pfpKaby7CSkKY7xvQM&#10;vlsZn/dgXDGQGtt8XTNAbmx+LdmTjwflIs+1CtLwzwETEjWPLZJbefAHaxj/+/XXX0+PP/WUrydq&#10;/LoA7ywzkjJm/IUwD5jOp/4e/uav/zr9k5/6IO25YiePVsASRIP4vh/6YV+P1Onj9z+g7KOU66Mn&#10;Dx+hn/npD9H7f+RH6brX3kim6ujchfN05NAheuCBT9PTzzxNnU6HPQJx9nTWViVEgSX3htmTZ4+/&#10;TI987rN09zd+AwMnYP41KjX/Hv1ZyQ/XSMAV+HBCAoYGUhsy1JYAejL1uybtI0LjnZMGJpKu/z5K&#10;eMt/Bhkjc8HbXEAKZra7qgwCo4wTPyUQTZrNgd9kea8IIAIWsZXhHVhxkXp9c7onGmkAO5nhfZAB&#10;Cr2E8eoquUNfpaWjj5E7d9Kf3T0GPqBWyVJfy1RQO9e5VxmZEdVaGygbJJQAzN9ygOxdb6fGziuF&#10;AefXYFyL2calonYLgHmacPO7cJHcY1+k/uFHyK6cpGp7mrJhTN0VAPZ1qo8GVD19hBOvpacQ5lLc&#10;2kijPVdR9cBrqb7/Ourj3HIC4jRZthuDLyNgSa2W94zovUZZqJdVjYaUU1xr9LlaE0cKjloGS0gV&#10;ZVaeUbVcwlqyEaS7NVrpDmimXacvfOZBOvfCSZqdbtO//bVfo5//tX9N3U7fr0nDYHzTX4taLOFY&#10;l3tG1ztPxoKaTMmRhScFkZ7zrhiWgf2OAZc/DPvHjlHy4McoO/Ess6BxBrByLXUctoLJNPZjAKVM&#10;lIp5Oub30ozvZ7J9H1WvfR21Dt5FydxW6jPzlhh/sNU6+1DH/pnMIrG9wq49cKKywvMGZmh/dY3/&#10;0TCt8H7OAV2JUZxB2McjTQTOA9M02AQflgE0HoIZsWxChYh/MxhCRMPgVaJALNYCalHUqgx2IcwC&#10;fSLWBjxL4WM4lGsggVKarppJCKnVMxjAOIclAqQeDKRXj/X7/fuuGJufaRwuhTMTLC/2oR9QZ9jz&#10;NVDCtQQ/kewH7Ni2IvejM0IoQpJ2mmoKPbMaYQEldRzUBgk8M30fiWDDkdYkWIdxJABaqkQl3Nuh&#10;kixQXw81DKmGniYbcU/Dvo0hlE17LsbMTJDEimVbXJFkevTKAE5dyFFIJdyErzfeB/vJpqLwSIas&#10;0jnXX6NTTy/TyfMX6NqzZ+nm226hxsw07/UYwEaVqlwrFwDULCcqAW8SY6QgsXVKPLHqgydDIJMP&#10;P13Oug21swCR0ZjFUVDFkXqjOiXJSXKuy5njFIgSgQ6Fesy6MUyEiV767BSemVI7MQlG1UzCsPaf&#10;6bNffICmDz1Mc1u20Y6d+2jXvhvpyi1X0fa5K6g36FDa79Ko1+EHDTevN+jSyydeoPnFk9TrDShb&#10;XqOIvQtG7GvDijrcfN7fxTyYvZH8gY0EnKoJviSWoadhQCWDMSV8QJR+a7SBtoosWZ2wjYYZb1xs&#10;tI3Ya/a4Smneb3ZA8Fnio2HARU5AsdFKsLBVNl4I6FCpiCuafW44JwGsCdZEHkpQCiFwYylT492S&#10;yQHb9eIUi8mhpBGPJ5waZVwJdZryDxiCJwLbJejQecPN7bbKXnrqd2YKQwZX8uUyJe6JLbE28v7P&#10;BX25Gdcr5+CrK0k/nfIFMyocGPXg0I9mSweLm2hW1dxJvQBszrBw6osA7wT21fG7Ei/+4YBZj8yW&#10;s9KUNerTNDs1S1PtKUnSrVV5ugP6MiYN7UbNN38NatabfhOoSwGPpK9syNNwSBCEnTLiCQM2CWwY&#10;qd9guv0hXVjr0MLKGp0+d5a9YwbYGFMxGE39YbLsX2vp/It0xS330LDmi4sB5C4DPqD5eqYid0jC&#10;wQKwD1IZ31xkSMb1m3bPb+JL3Z5/TwP/WZvU9u97uuaLkHqLkk6Fi34cMFWk1fn3BmkuvGwaKs+t&#10;+Uaq7g/FWr3KZqSYijchU27W/e++SW5NU7PVVjYfcUIvwGWeOI2576cqWSixWPPQGydfzzWMKR+M&#10;WZ7yqCy+PBwmn1PlabVZmJgrW9Yo6MMeWkqrx7czBziwhTIxJDUs/1A6kKbHMhOBKzSRvUM+0UsB&#10;7AjrZ4cd8J4Ugc0ZvDGMhKWkjsZl6WUN1OUSEqgcaCD7X2w1sMQJuxBeTwCNVjFxSxxPwOAR49tT&#10;WvOv1/YfaMDhGiIdqPJUi2gNE+5EmrUmpFJOAAUIy0ZWUiDB2QV1v+6/fhHepf5DNPx1wb/N/D7d&#10;ZJsrQ2uacILnO9V1Vfd/HsD/qiSbxbWBnBdzaGyrVS70LRcNaM07zpQYaCb3wExK++OlXn6GKHcD&#10;FSl2we4TyDTLweCstDfqfmwmACW9JwAjB7pJsazASWHPwyL9ByMK1glWJ3mZgJzG5GldwiwUIK7p&#10;X6fL496UQRsAfLhHA1gugNxiRIbKLDeWeaY56JUbD+trpSWULnOltMO8pc7G5LiubN5RYkXnSdel&#10;x2/MJ9Bdyv4ry3fL7MNwEmUTct3cnmIM2Ssx+bVIMxMBHmXmUJYHPsl966fiUzhILIMZQxRLsdyH&#10;kd8D/ePJTVi3n1Cni4AHSHKIzi0nIocdZbTYSak7kH0fgRf4Qc2oTm970za/Rhq8lwpzUxgnzHKO&#10;jAIlpAbwTpv4kD6v+5FxakQdawBExoXriNMSLTe+Tk36M60jEG5WDwMbgBZIlONBYsp7qFVpyGgI&#10;642Mm+O+Bo5VKsGqBGvBF/L94/SFj/2e/74u7b/5LprbOOvPs5EA4r5hiLVwVI6bBtFcmkC/vpdf&#10;8ffRGOBnx6xWBPPAcKyiUpyUm80k6bMn1/Jyl44+8zI9d+h5OnX8BXr53CG2n9gwO03vee976OqD&#10;19PW7VdQFT5TkR2zCUFzYm3Jzzf4gqmvYfBJBnjAg8xEPGt4f8jE0xZDK9gPsCeQPw+ThXnqHX6K&#10;qkvnKemeJ9uZ9421/4ypyKQw2CH2M8VAZSTBcEbYohEannqb3I5dlB68geLtO8k0p8n5GoAN2LGn&#10;APxFjYlURzSvAIVH/vyev0DupZcoOnWMzIXj/t51fDPD7pFcC0NShEuaoKFgsBDPYZPP7uGW3WR2&#10;7aNoz16qb9lCiOtKbFXVIJHumCkDyUHmH5Wg9NiMRSLlC1csXKw+yyH8QBjusQJ0gBAA2mHY0el2&#10;6Wtf/AI9+IXPs+T23d/2nbR7zx6abjeYkRBXYx6g8f7l11s1spqO7UrrSQZTb33Hu+jjn/hbWl1d&#10;ZYkZGjKsm5tvvJ7ufOMb6Q/+6+/R+YsLfm0P2Jfr2NGj9DP/7EP0be/9VvqWb/12Dm+IfL0yNztL&#10;7//hH6e77rqbPvJLv0j9/oAbF8iDXzx+nH7lV36Z3vmOd9IFX2s9/uQhml9aZG8/JJayVxcrXWLa&#10;MjVNnU7X13zTdNXeXXT33ffSHffcRfXGdA6MYhhKzFqPdLgtCEZk86pEzgIexlIxtM+H/dFYwMU/&#10;xP/KLO3cjkQtHMRDXPa4hJ/RoF+yOszTgaviy7EVFmqXwwt8bYGz2W/wWFMjyOM5idN/o7/P9smH&#10;KT35PMWr5yiDcT/1KIunfP3RZxCD4qYMRGPZ42tZg7r1OYpuu5Wyq28is2UPTE+F8IC9Ii3qywoH&#10;5o3IHX+Wlh9+gCpnXiAEVTII4p8lvO8hkl7BZEpF+WH93jH0dXvV+PU7t4MqN9xB5qa7fUFU8++r&#10;QiupMJKrDM5HXP9Mkhgm/aeJgq2NMIK4jghgj/aBgaXLCja2fhpRCFts+8+/4j/Hn/7hn9HnP/0p&#10;WllcoQ98+J/Thz74U3Tr7t103K+xA2+8g7a36rTay/iab4od9QGEsdY5yUkqIeG2nPYuijVS9Z3Y&#10;z1QirXVICA7YpNlrHz5x/nxDTwWwFwqR2oWz1Hv0SzR85kmKl56lBH7gNf9ZetKzu8AoxsnZN5xW&#10;T23DgVjwQTQzM1TZe5Cq195BzYNvYOLJkJVmIXgxVv92eR5TJ8A07l+qaxN1TRVMt+Ul/3M7Is1n&#10;XzhV3bmRMLNgyRBL/Y9+YWCFbYbvTzlUURJ7XSzDA+zv6Uj2D2O1R0nke6x6pDE7D552mXy/xIkC&#10;XJSetTpV5RDISGWuwvYrOPSR1t6k+QJxZHP1kygspf4kfp+WfcDxZ6jB+qMhdXxvuuz3QIDpCL/i&#10;8yGQXrRfqzAon4plCIZqphgGGbVRYJaTArgMhhpXMNk0KAS2JQzQQ+1GYrrMlbwGoeJkBLnAMpAo&#10;JBAQZ5yyGVNV4aUKnME6q8vDFyUx6eA/g9zeKj6Rqmez2o7hvgEH6vg9ZQHJ7GAv+jW8tLJEjz/6&#10;FC2dvEhbd22jue2baf/efewli84A/XBqlZnKSbwR3+eh08GeAnQYetqKyKwpAG/6d7lNmJWBiCl8&#10;MtR+zuUZAiZXVRm1vjE5gSYdBaKCMAAjtfvKwXbSUA8T+nIlRalvp1N2J/sshkC7TDC2GM/H4vIq&#10;LYCRdPIlWllborkt+6jZnuUHxDbb5K+8AHC8GbZp396bqZ8AsFih02fP0aK/mJ3eeTr/8ku0unSR&#10;0kFPMnVheupMng6EB20YUnZx0/zf1ZlWTWx0CnQTSHFI6AylohSBatyLB9JGKlzO+AbwIYTmFxdD&#10;9fUh5JbJw1lWYoiYsVRHm5XgOJepj402M5cxQ5/8ujHjfv5fz7E3GD6aVwidDQAlg355cqMpeWVR&#10;Dkyaspl9rgVe17a99AmUgxHehCl1dqF4LHV3ZsKe1Y3zO3IpczlUw1zirRUmhMU1dCXKNy+qYN6b&#10;6eJW9k6i3gRoIIbDgRolUx7bjTj61B82zUaL/JniC/6YNs/M0Za57dQGiBWD4Sd+ZfDea9YaNNPy&#10;39to+0XfzBmTkBIhPhwbiUljpR8nYgjPxQg2gCovtrW+b3xOnKYLCxf8GuiIrDcLkvMKSwm6/nm0&#10;vlA9v7BMcHdIMRUZ+lf1zWtUTZmtIlPRijRCiWFDeed6/oVGPAUa9XucTDbf6VDiN+/UTPsDzB+s&#10;qLP9RhXpsxpFwuoDtb0Oc99ajerNGlP9kXCIQ43DOnyRi9SiWq3qf2+wvKqibIk86doIq8TQeOL2&#10;uE1aCSjO3UsLeS9pSESQfUWlIJuyN9B6igFXAnuMLSTl4WeF9M5UvTEgp04V+LcKZIPRkDpXyCfR&#10;/PFh62jZF3NgaZhuzPIPpHbGvpjk8jZL1YDerBt+MPa/SinW4x5z42ynvD3Tg33g73MnlcK44Q/f&#10;pUTYp3jusbXxNM7J4bniD9gpf/Hq/s8dJ7L8YOw60rsBgLeFVFB/UrT1gEBBWFWjVngCdtj4PPHF&#10;drhX4qcyVIAT1ywx0pgC2IuN+LFFyrzCteySSIkRdrKWS6/Le4gEHomTZabvb/K6iTdFmDxlxpSa&#10;iHXk0hMpzjmYm/9dASgkknOvZ4fL9/ncWMBN7N9a3FjeFyQdDOXKSJu/2AQ2h/hmVYxktyWp0yl/&#10;WloTplBz56ETutm7VwrqcPlfX4Ihu9KzZC4vK3eO1vU0HH+98KyaS5h4ZdBQAMNxRnb4XPyZrCvb&#10;ngoxMyvOp0JebNRTT5l5yozJuEBTOexyxk3Eqi9yTlwY0qn5EZ1b7FOnC0APfj0w30+UiRty7bHC&#10;q7y+8af2TJ22zUxTErXYoF0uu8pGNH2Xp6SZxKuBuZeFNeBMXlwFKZkYQ4uyINK0XuwzUC1Y67TB&#10;kHtWscK+aNQj9kZa7gy5SMcwHh5xTmXJ/FkU3Br6swohImgkI2vzgRbPZrvH6NFP3MdeZI3bbvdn&#10;U4tq/jwA6AHGUaygeDZ5Hjv3qnz61vs+p8MYrOwUoE6t5X/eKvuyIWABwNjS0pDOn1ymww8/QV8D&#10;C2Z4hpvt/fuvoFtvuYN2X3UtXbF3F59dTIIiSfSTfKYwCbWXrHMoKtiSJJVkPGYbQz7Eg5mYmcwC&#10;REohD0ZMxRfz5uRJSp95mtITz/tzcIFs1Wl6nn/Gej3hI+M8H/pmB5YW/me0jLAOBpB7x1Vyr7mZ&#10;BlceoNaeAyxL6mYRDzzY7pSJBVX2AcQ+1vPNACxtkvkVSs+coOiJB6l+8aR/rQGHA0TykLBEbwiA&#10;AyqASo2fNTD8stoMucZGMlddTe7m11Hm6xSwsntxjXermP0jMx6Yy+jDXhIctd5/icq2cjA/2MoA&#10;POPlKAxxXPd6o0nLK8u83o4+c4T+8r4/py8/8gg3U6jvH338CXrzPXfTW7/57XT1tQeZRcn30Ihs&#10;FQslDR5KLlWgQIbzcxs30dve+hb6gz/5U36uQ6DeuQsX6N5v/EbasX0Lffhn/leanp6iQbenafAp&#10;/d4f/CHt9o3XTTf7e+HrOn5k/N/dcPOt9IM/8D766O/8DstC2WPLn5Ory8v0u7/7u75mqbNUmBnk&#10;SJm0wuhFg94fDGjg18u1V19D3/Vd30rX3HSTSOdY0j8S5gNYl8wuG72KNZPR///f+tcl1vCtipNh&#10;daYeYHgu81RKEmsdsFvZDgrgu4ZeYWgTW0iAG5xYvfClT1L7xSP+3y5QM2rSAB5z0dD/sKZ/0jqi&#10;LKo05NBB7e+flU5zG9GBa1hG26lv8M+qhCdwvCCscOI2hwONki7F7RlKDx2mzqfup5nFF2i62qOR&#10;X/uVkZFJE5hmcd/vB456Xf/ewNTPRtTeMkMLoyoNb7qXpu78Jlqu+rrZ9xMVtRtAIi6YogzI2WKQ&#10;OJZk6y6tdY1KYPPwQOxZ8Ku0QeKX5V9n/7l6SwIZff0Dlt5HfvVX6G8+fj9t92vj5puvp+Xukr+W&#10;XfrGH/heXp+J3ws7pkpNv7FhyDQYLHA6r2WV2UT8kRmvX+TnYmASSaimVf49t2k1ft94nQSp2/4+&#10;Ruh3/Gu3/Bm8+tf3U/rop8imp6hdSahHbZrCwA7+je2WP+f8tYIVBvb8qv+5iQA//TXH54fdtI3c&#10;O99H7ro3+NdYlSTSkdH8hERCt+CrxlJvGehyAIMymkRCrD5yUAasrrJMmi2B/LXiEAz1xEPvxyxJ&#10;p7Zg4dDWi8FBeZC/+n6pp+cVGNqOxLrJJDbvkWNlUqUKejPQTCJ3JbUbMzzwHHEPyunJOM8UNLSm&#10;qKPgxx7pQD5T8pHLV5TWi2HIHgasvP9H/DngYYmQ1SoPrwS4Ikd5iINkB0idJgAglYI+bF7T87Nn&#10;49wSi9c5g9oVrl9sZHO8Is9JQC+RSC8fanH2ikxlRDnU3IMs2IYFBZcGwnLIJXpl9vGNOAQMnyHJ&#10;stwWhglbkFartBbAbM+v4RXYlMFOgEQ2DA0JBnDHz5+hk+fO0vTUFPVvHdD+a6+meqvOXQq86TFY&#10;NZGEVUJSzPs+M/wKmXNmityIyJqC+GVM7sOX26CUA2LL9dcE8St8LVe+aV9jg6zbhuRflw/b2QbB&#10;CBuRTCkUVgNcXEkWFF4zBsiQIU0J7JAB0ZGnHqNm6wi1p2Zo85YraGZmM8v/8CuuQloCM9bEH7Qo&#10;6nbTrm1XcQGMgv7ixZdpcekC9fzCX1i9SOcvnqP+wjItL12kbqeLaDSyQC7DB+SYcXkYmFFEAewR&#10;qZaEJ8hDZ3Qyw2aSkGUlgmTiQeNix99MFF2xmiYK88Bo4l9h4s5GiE4aBjZWDW7cNhg1ujH6srWX&#10;prkGT7P1uXtuLNDglQC/8Spusil2ZKiYjLuSz9m6RX05DMRNvI9X49W0TknpyJX7y3LebckPKssZ&#10;PbZk9pozHamUWjwmFSglEut9Cb6HGRXeaUEmZhXcwPMPIItjuZEaC38Yf9BumNtFDb8ZT7daNAWj&#10;W/ZClIkKqM343qnmnDDd/C94zaB4rPJOKgAxJg1sah2L/E8Ya/57/HPV9Qc/S/uymJZ8AwGg7+S5&#10;83T+/BIbFY+YhpUw6MRovXoyIgF5NFhjwKZKXWpv2MOHeaqeDjAstraqqUfSDMFot8cbWoXqzbaw&#10;8fyaG/k1SP5nU2WLbwIjnohWKnUG9cQ/p0o136BBDgNJcq3ZZMCe5bsM/gnQhyK5zoy/GgeSNFtN&#10;lt1UqprCKyZ3ubeBmaQP5QQ2PQzKbWfwQ1DGndGHgL1IcBi4IL/VQB/1VMvCQbGOh5hQmFNet7l3&#10;ZGnzTNk4VzxYhCWTKcU6EeBBJ1CQLJlMmaX+e9cSNIPYPzCV9de9jkmXU/aPJHaPff7LtF2XGNiX&#10;pPxhYqqOP7wfMY3dv89lSFGYDR1kLglt0oFI3X/vlBYNWFdrfv+bwjDWSiHSR7qurfknShxekG7I&#10;fnSIqPd/3/KvW/evu8Ksx8QXFwD+ZHJecWJwi0MiMRrjbqRQlz87igsYnqjkm0kuDErKEVVSEEyB&#10;NakAGtbwyJnxaYgZZzMHX77y9bXKAg5AYHpJAtx4goS8MmTNGV9T7JhVBSdzr8ixW+cukaa2eEIn&#10;00V5PyWPP3J8HxZGmf/dN5up+G1mLKUpWB4o8GNTmAqP87Xdup43TifSrsyK1cNBtshsHb9Ct46/&#10;zqVnyN+FbFKaVZUkwiFR91LgMOe5u8JztQzCkzIFBf8wuR8f6gTfg/sywLDX3oJ/WM6upPTSuQGd&#10;ujik+eWUZbJIOQ/TUIqURRwk+VSEeUlASUSzG6corbb9ft70jcGIDct5qp8GBrqVaW3JggCSNJFN&#10;SEhHkKIIACW+KNWoKgA89mgubKXuqMbypNarlhsTAAeQmhjfVHFxa4dSXCPRMREWWVyRJD6AfN0+&#10;/Gk07Rzm8E7PDciNYca9eowe/eR9/kzbQlv2XcWWE3FV1ApO5VMlgcd/c8NOJY8olg0nGH40/fse&#10;0MLpEb107BQ9+tCX6fiJo7TWW6KZjRXau/06unr/1XTDLbfR5q1bxSol8ueulbRj7AAmqBO0ppKk&#10;Qlc8O0YYmDwxBxhj5J4MlCUUOzBQEkk1hh/PyhJZX1Nmx18gc/Y42c5FNh8A4I7+nn1YIYMFXA//&#10;Ggw54po0Kahv/TNipubI+rq2smsP2b1Xkau02Per6X/mrP/evv/s7BkIpUra53Rg+CvSuQXKjjxJ&#10;5sQzVFu54BvVPrnYSbo6LG587eGGsg/AEB7JnDif02gDRZu2EF19I7P5klaDIthwgPHBctGYgRIG&#10;+kjsHmLKNNGxsEq43H+REZaPVTsNZgekavpuxO7Gqh3LylqHnnryEP3h7/8evXDsRVYYkF5/2H30&#10;fbPz8U8+QF/+6lfp5htvpG9657fQ7t27uT4Qn+mI/UyZlRMVw/NYwyruvOde+pv776el5WVa63Y5&#10;6Gx+cZm+9KlP05vf8c30Qz/wA/Rf/uvvU6PVYpZUr8unBf3mb/46/diP/Ri97o47WB6H94Ja4U1v&#10;eQu12k36v/7jf6JOp6fqH0hyI5YGw6ENDTP7+41GbDE0NVWjN9x6C73hrjvpOv9sTk+1mI0CiRoe&#10;khrbogxFbuayfzBee//vgnqXS4ZXexRWgMQ6UJUBmw02PVoPRFwMpuyXVzci6QY5g8fpZxap8swD&#10;lB55mGYGHarXnG/aq8wmFqZRjYNtXOJXu/P3MPZ1i/9yx9ev8ZaDFN31Noq27qUVHloMeJ/lfSRG&#10;EBB8itckYffseRo8cR9FTz9Bm9Nz/ump8l4Pz+sRQCST6qDK/zzfH9SnKgyej6Z20NKVB4gO3kFu&#10;22to4J+hBmp7W2cNA9ek/vPAHgghQ2wPo8Py8lmcpevZLKSicmMvYVE5RCqnt8pOS7WmxRmF14fs&#10;vOLPpkOHH6cH/vYTtGt6ltfOD/7kh6jtizvIiaf8edL3PUpnbUj/8T9/lI6/fJLuvPP19K7vfA/b&#10;wmQqrV5PrpuVyDL4WbGl3GdfXKYcv2/WnsACJiO5r91Vqn71UVp99nMUHTtMEVRI/rMMexi29Gh5&#10;KDYqrsOuSP4eOh7EwCB90E0ltXj3Poqvv5uqN9xBNLuDqkmHVklsCJp8LQWoM9lQQK2coRBURkUn&#10;y0EOOF+H/nlZXuYamT8zfGBTZf4p44ptHpwQJpLRqFQLKcMK4S0VOf/5zMLrVGwJI1C1ke6PiTIM&#10;WXaK0RcS2LFG4DsIux3YwCSZMA1tVrAsrAzJUZdwojv6hXQkwx9rcp/kwOhmYpMyP0O11vN7K7zz&#10;hniv/jnGkLKiCi0epqi1EMIqeHyIwSTUOvBDxedPM81XsGr7kgrjPgtsP8PsbTYtwpkAKXMyGvP8&#10;DAotqyA1+mCnPruhzhdfeJtbiIWQRgEGU05sll7AsKSWT0hl+FkmerncQ1hkxL6n60u+BHvBauJ0&#10;CLgwGnwBRvuhx56gxYWLtGffbtp4xQ5q1Vvc8wHczxJhVWZ2kuPs3y+GwMA6WF0YHDNkmE1q/5OV&#10;cw3yDAE3bpOQA3uZEte0rjM2B34F+VVAURmnwvaLcr9Ayok5hYrHqOJTPFcLtVDMBGxcjBTsKJG1&#10;dIcD6q8s0NqKL2LqL1O9OUNzG+Zobmqa2jNtvwluoGl4e8UjRtmBHDebMU1PX+3f32tZ0w3j60F/&#10;meZ9MX9u8Qydnn+RFufP0pljT1NneYG6qx0arPaY7QSTTKQ/JpkCAziIE6eFsxYVIXE2k+RSy6b9&#10;FYl9N0pzVpPhRFNsi9RP9Z+JzIQ1sYRnRCE8OycQmUBVGONKjGd1lhJKy6Bf7pm3Thzj1wXdTEni&#10;aEqttqHS86Jee0bZCuklPlA0EYw6LhMuN4NmjDwzaeg+yWsqi3ULx7LCtC/LpbomZ9BIwRlSJItm&#10;NstKF9UVgF/mwjXVRBtX8lFTlsXcBqTsbPTP2zQXbwB8o0aTCwhsxMORY2+m2dlpak5NUR3gVqMm&#10;YRz+7yF1dQrmMLsrdXnSs0HUPVh3UcobIG8nDCJY6vRSuri8SsfnT9B5/0wPexUpyjXsgydOeBZB&#10;506MsOn8515eXaYp0MVxYLWu8LvNMZ4+grJbAdDHJc8oBz8jfqMA8hpUabb8esTGV/PFTEy9lXku&#10;TMAMq2Fzjo0a9xo+kBC6UUOoCAA8yHerMUsTqmgY/eEEkC9ik+uYGg2/btv+l29AOAGMDX4De9Tw&#10;YRrWkcjTJyWBwVegALXGAwtMLtMKcvQg805D0mjwLVA6tp0A1PJUXmYGJXKtlMYepMB8aGeZpihp&#10;8rZKwBjsj6NcwsdsLBiC+2ZrODK04Hf0pr9nc/WE5qZTBpeY1c+pw6kylcpJ26YkuzQT4SR2HaDF&#10;TBTNUtjhaOzi7Q+GLDWb8+913v91zxcCCOhAmbjin2cw9mDo3/efbdXvdRV/fzFlZNN2TayKcmmo&#10;y6ndYKQASGz4A5AlywhkAYtQgymW9dBMgsiep2liHp2oR0lFEx3DmudkRBKgJgcBJxiQFS0oetl6&#10;Dm9UyKCpCOAI1yVARelEMIormREXbDxX2p/NJQdpznzhMVYA/MLdk5/TYKai4+8ZORkyVIwdK1qM&#10;FoxgX8JbBsOuIUsKKyrFLXkHBmnrKzZO6zPvnLMTMufLmOXReKTv5Y6X9VJ0J59LLkQukw+SBylN&#10;XlJXDlRa3/OvGIhJ8eoAqodl6Z/JFf9wnF8d0fOne/TVlwfswTfKYk7THY7gDZfxvshABNivKq/n&#10;iTKvTzFqRrmA8KTt2zf64q5FQ8MwCUWQVnE4DlRGffWcLYDJzBX7jqgMbLBREclgYBFCBu6E8Yai&#10;lhlGgcmqf49AJvi+gm271u1xU5Qm4qMDpA/79Mhv2PWa4aK7WtFimou1lD3aJOAvYgAIr5/EvpGc&#10;f4Ee/NuP0Tv+0Q/xgLNSkRAhDkawwTMte2UJwWWa9XxCXJJrgZ0FXzKxyUAKopyJj3/tefr8Zz5F&#10;892n+H/fdPBGuvdNb6d9V+/wZxPO35T6PeJUc/JtGTKAxEtGBnHwfuPSPorU7ibK9+sQAiZkUZFI&#10;p5xxHQa0I39tBmR6voF/8UUyR54mc+GU//5VSqMBS7XgPWRSKXZTJN+lAGExRPHXtyKeQgh5SGa2&#10;kd1/AyW7D7A8rNqM+JoDrWuyqXVCi5weaKnnPxAkXb7Vp+GZReq/dIzsc4eovXTSb4B9SZcOid/w&#10;GsQ+BEsbXzu4qMZMaZZkbb+S7NU3UrbnKorbbRr6M9y6pn/WV6kFpqCp0SqAQjRxVhKlhWXpcpCk&#10;HJiy7v3MJLRFpNeR2p3Ibp2pXyoksFgTaByhinj62Wd50BkpGLG2skpmStJTwQQ5Pz9Pn37wQfrk&#10;Zz/LTL/vfd8P0oZNc9wE1TQEQHQ3WiO7lOuJvfv208FrrqZHfSPlIKWGaqc/pPvu+wu6+fbb6Vu+&#10;47toz1VX0y/98i+KT1EmSaOQ/v7yv/wV+sD//BN01z1vZN9NSHOb9Rq97q67qdZs0y995CNss4Ia&#10;BnXeBn8PuamFykODqg4ePEjf8Z3fRbfdebvfr41v6lZ5zaVaIwNs6fd6DCaiOQWrtMpeav/PA36v&#10;9vXGmF9/D1mFsocGACbLmfomWKFwY5oq08SwDyKBPexrWwM7m888QPHhz7PEMqkmVEfY2LDKgAQC&#10;FwGiARSJwMaF2QE2SwxR9hyk2p3fSLXdV/sz3O8n8ZAZaPXKNPUR/JN0eGAJCwIHTeZf/RGZp79C&#10;temh3757NHQ1ivzCjXri/Z1ELDL0Xxv4P/vXilt++6nSaO+V1H7b99Bgbqd/H6v+/E/YJ45Z/nFd&#10;PUWdf6+WAbRKAIvQY6g6YJx1P3maWykfQlCdkWBGZs+yL5qAInV/blw8d56eOfwUbd+7n67cu482&#10;bZylmq/zF7sd+sLnP0dPPnnI99L+WjTrdN2NN9H3vO/H6MxzT9BvfvTf095t2+m5Rx+n2kyN3v3W&#10;d+iQ3ml1VPbeoxwwI7bf0voaQzG1v4i005OB2YiGdpraJ5+nC3/+O0Tzx6gaJVw7m4bfdztDyrAX&#10;+DMR6cX4fAPU/62Ya876AH5w/hrWWtS+5S6qv+f7aMXAuihi/72oT5wNkKSxsOpqsQQpsTeyBF2m&#10;wedeWXEhyTTVgeGo2/d90yq18b1GrSOssPShnIFVAfZyMNF4zKd/xyncVm19Ykk/jVlNIGrFTJOo&#10;ScOsbCRe0xzuA0Z7Isw57s8iLqzFj1CNk8HowwUGu2+UpoVHvwLlae7dZkqkmtIwWCSK5CIJZgRw&#10;hs8MGTVLmjNJCxYvPJuTbIwGs6AuqdUMB1nwiaPAWKyAU1CkWCe1nKT5CvtRNZD8e5KmeQ/nXOiF&#10;HYNSebiZlRRr7r8A/nO6bmGBwMQsXD9N/MYziEDBSPEfq30TXJqY9epCnoBl/Vh/NKCuP7dXuiP2&#10;+cOeX49lOMUWEQgrrcc8uEWNtrKW0ovP9eji+Qu+llmirXt20+zMNFt9cYAj9oKqDtK0Y8C9T3io&#10;y6ZbPKyLScNaTZGMy6QSkxVy+LJ6rdTzjIeZUp6EF8KsshIrT5iFmsUwFgwVwECTG09YDcoNYKBV&#10;yVC0ZevefxGpVCv3YRChtL/4Fd6koTuHYfayb0wXlpcp6a36za3uC6I61dtN3/dIkRhjch3LhlXx&#10;C75Vq1N7uknb5jbQ/l1X07W+2Lru4J103U330GsO3kTb9+yi2e1z1N44TdWGL9yaFd4YBtlQ0jfZ&#10;PI00Uthq8kykHk9KEVfpJxDpQAt14aFmZNfwRapwkS0Tevg3WH3gsiQp+XAoWl724ZtIlB2HwEyO&#10;7AYIYMzSX19r0jdnfbJGYYpdbqRsGLGUdNxBux3AlbBJmJDk47L8fes7yL+vOHwmwLpLziNzyd+H&#10;xDajWdnMolJ6MNOsIXuydqxRtcHoNwSBWNlIslRAslhjq9NgWEsSEw2GGibK8GHZumkT7dixjXbv&#10;2k77r7yKdu7YQTMbZyjCNJ0teZCOV/MLdZY2zM75791LW3fsobnNW2nD1AZqNqa4uABQImbTAbA0&#10;TLuOIZs1o1ySErN8MpLoc//nlX5KL188Sy+cOkGnLp6jc/NLuWF7gKdC85f7WSnAgGfuql0H/Gv0&#10;6c677qDT589S5+STdPDG2yluzfK0KWWgNOZnGGAhmF2dXp8bkF5vSI89/hQtDzNa9F3Emw9cQcYf&#10;lDsGj9NLq0062alQf/kCB3kg1r0OD8IW2IsNbkJrVfkzgigg3W02/IY21aJWu+5/n+YiHUwYXENS&#10;Q9GCjuxybwBHJmfsFRRvlfrqJKGY9pYYXwrQhsY6C5tXJgBPSMENzXemk4gQ3CG0cquT4sJLAk1O&#10;xkmzGa9h/GJmn7L7ZAlYTrz0bQ57uYUmCsbEK5llZt+qLyrAfsO0ecZfV4QxZEzdTtVLpQDI89Rg&#10;BXYuZdiawpfBmly+Fhi6ksTrf7YvAub9/TzRM/RC3x/2KTg9IjvDlBx+kMtIzBXM0hcpwkIG0DTg&#10;t6GpbEiY1AkmS3ZhQpyKd0esPcIwEzkje1ylEj4BCVZfvVJrVhiPPMkKfqNWTKD5SHcmB8rAmBvq&#10;cxCZQnLA/xYyHpL0s0GWFoyJ9VihROPAsSsbAyj7Sr1ZUleSAeo15iKCXP47momED2NJzk2Yx1ME&#10;uoQpLyei6uQQQF+ay3eLwJVMPbGsCe5Dcp366uGF9wNA8MbGKt3UPk1tc9av24xDF2D6XKybsIfK&#10;NZFhiC19PVhEmbyIK7sx5MWceSU+Hn1dsMeY4ldx3U2J5GguJe2qjNflvrGF1JUKBTgDbiL90TNF&#10;/41TYA3gVZqJLLI/iGjN718gJj98akRPnCJ6/ryw3Iyt03Bo9WdE3KBlBj4q/ncw+dngOharA7+R&#10;oSAVdYBlhu4NV26mK3bOUR2FFwcJ9H2BP+ApLJdqnBqpfnVacHIisIIp+DMAd7x3Hp5USVI69Szj&#10;ICYrZts2AgvQ8ffBr08CDxxPujnEAAmRQ+I04OGQoTu//6JGiXTaHcAcuQds25kg1MPvAVjwbFRn&#10;OUmxt7BI8/OLtH3ndopaM7mchPQsZWCHB0qvnpFT/o/No02sXpH6XIDJAhawPzOydECzG6ZpZbFH&#10;Z0+/SO1mk97ytvfSdbcf8P32lDS4WZMHSvBEtczukbOEGWaZAAGBnc+haiZYgkTaTBgGCeBJWOHl&#10;MRCbDnhwL5yn7PAhoie+Su7Yk5SunvT3dI3Z8HwOcDBXytc4kd2Hm9IhA4tosNrktu0he/WtVLn9&#10;bqrufw2ZqSmxp1H2oQR/SMMW847gnxjI5C6cI/vMYaKHPk31E0eotnbGv9WB3AOEhBg10w4eThjA&#10;IF63Met/5l4yt95D9ua7qOLrENOa5sGLZZHykL0XwV5lDqSCZ2HcIWvV5sFxzq2v5CgP3wKDQuox&#10;qSMh1V32tfrnPvNp6q51aW7THDWqEW2/YidZ/9w+8/xzIoUqnXFD/7kYNNTgM7yn548epce++gid&#10;PXGagbFZ/zoI88rUiD4wfgbDoW/Eq9TvdumRrz3Cg07UMzVfg8Ai6MZrD9KO7dvoil07aIvvBx55&#10;7DF+nzF7G8qA9LlnnqFr/Pdt3b5DQXkxArlix06aqtfp6WefYakkN8fMiM14eHnjddfSD3z/99N7&#10;v/299Jpr9jNwzGEjuFuuSD5lvypb+IhG+vXA8MuHmi7TP9vSYMOWQNdXWlfu78i2dV/n138/rL6y&#10;RK3w2JZzPmaJInsXMOBkdIAYWP9DpYshiMMsrpE79DVKPvdXFL/wNX+f/JpGWI9//rj28s+ORRCT&#10;Mq55j0KDWm2S2eTX1l1vpcqb3k3x3A7/L1GXiMVCgpRsZpxBXlklu7xE5pEvkfnMfUQvPUlxU4YH&#10;KBZgHzWIpEaHDByelK7hzyFbo6wyS9lV1xHd/RZKX/dNFM3MSvIoezsK+4mDlngfKmrBTP1cAWCz&#10;d/Tk2Vw+jE3hVcbsrkxCECT8J2MPNKQHY6/CJ/rLv7yffvHnf47+4hP306fu/wQ99MiTfi9+O33L&#10;619P589dYC/mmAvGhBbnF+jZpw7TQ48+TN/zvd9DW33fM7gwTzu3babXv+UttGnzprx2K3uzmzLj&#10;SBl+GM7VbcbBIw5AVzZSyyYJZaGnH6fR/X9C3c/fR9Hyi1RPEwZdxV2vLtJUWBXAishfX9xHN0pl&#10;/0VtgDThW95A0+/6Pqrf7q83gD6c16jBcE0iq7WGYSumoBTKXDDHKQAV40wu4Q3/B2guOXWSqvBg&#10;56BOGQ5JwZKqL60MWbjgDAPnkYBrfCQDALOx1qISRMKsO1J/IKhq4NOqcmunXn/wd0MGAfpbyFZh&#10;m4S/TxmPqMqwoVLJGYFWpZtO7RjEksEx6URsZLQnwbVTdhe3Qnrz8DpQGGCogTMcMl7LoRry/tm3&#10;z4k81qpND8O9GEKCNGMFx8GgBRcdQ5Hw3ErgjpU9E8d1LD1fxVh9TlL+zGGfSIMtV8BBrLxGpp7e&#10;7GYeST3MQ6rIFrueK7ANp6QQVj4Y+XeZ9hUAaZNE6pVVX+8tATyNiDEosOuBLbAS1Zpcss4duxGb&#10;K9RusKq46NfLwqkLtLa8wkpv+DiCbWmNsNZTtSgIIKRJMz37rEp55fwPQRomeLumaUG8coHlJ+A0&#10;S591QBB62hB4ZwJJRj39QpnP10nxE1fy8LPW6NC6sNMKXw9vgG0wHG9MOpHRvNYc7MLUEJNTAyAC&#10;2uYaGywuria05k7RDr/Z7W/PUKO10d9832gOO9Rzfd7o6v51qxkSXqy/sDVuiLK4So24Rds3TxHt&#10;3UXGL3JcEOiyB91VvqEDX2C+eOIYnT53zBcOi7Rw9gKnIvX7Q1pZXRHvmoFuRmhI+yOVHbLxH0s2&#10;MYEU0MAJgl9RDb0RM0qmhuJ7WJ9d0eCOLNfAu5xjZcW/a9L/aCzCYh3czmgs96s8qwuWXeEpOB4I&#10;agpjx3W4hjnTKi0SbmxgmgSGiruUaTMmNTaT3EVXiMoVfcnUYNtEEhud8DQiSG9hBVHJAQ+rkeJZ&#10;FgxLnR6AAgji36MQxGFe9ZtPe6rpm6IaA3K1WpOlp/i3taqwy7CBYVOqV1tcVNabvuisbfS/IEn1&#10;B6//frm/TjcWEiNQKpvZpzrRSlVzL0Umg7VZzE0LPm7fDGmpu0Yvnz7NherCyiqt+t8H/aGwYJll&#10;JjRy7WwLaZITQKeYnBla8puJaTYo7XRobtcuWn65ycVqlRN4KnnqGUMtLGGzauSa0oYNm/zu3PAv&#10;1yHTnqa1lWWa3bjbX4+YZqNV2lDfTmm9yX487ZZfX7WKb9TgxdfmBDAUxk1/nSOAfg1/nds1NuOu&#10;tyoc4IGinNQjMVK5T6RpT6R+FqQR9tmEnDyXl6tZfdm3rCw3HGMmqIQ+SAWFkBeMxHVqkuXmavlE&#10;Kwt+fyQJ01ZZEJJelfCfudnBM5ZKuIZl86VUPEHZC8jvDX4f42kVDMiNb078PoAz4rD/1u3tLrW3&#10;1HmQkSjzyY6Zk2XrMPXGqd5jDDZjSiE2xXIFxR8mqr1Ehhltv78OVa6G6z3v33/b1pjd2fUfBBLw&#10;OiY9TpgcTpNy8QzhMILku+H/soOXS8R3ZsW/Xk2Zq47R5JR9TbpOjgIUDQyOoUiEzJeT8iL2yjBZ&#10;lrOgImU5xzpiWc+TVNJx5YCXAA2Z5pM2kpdOE9ZBJxgwlkmsyPk0eZncpTKTnAGYjsl6h06Yh7iG&#10;Vf+/1zTWPiSqR6WfG5cCldJcEmf4eoQkXtyjgf++KSPSFXgm4p7h61xX83AzyhMyC5ZeYDy6XG5p&#10;cr+8MfvLy/Z/k4y8SZbe3+U/Yy4d7kTKqJLtu1jRmcmNYCaSsfWtBb++4MuXrXfMCcCG6wJmm1Vv&#10;vIG/mM8tJPTAE8v+uWzSEPIa3jsSLjTBNqoApMHFqcS5ByNksvBQ4YlyppISZfrO+CYRjeLA7wl1&#10;E7H0wzY2UOb36n5/hSVRmGDbiFSGK/YKkdqB4LX52CAx8wb4hiIRORC1qlOgUDxcBspMMDqNb9Zi&#10;Dt1wCtBECHFB04ki34wUCJSpvQ1BJQDlY6OyYiTeRGy6HsO/yEB646Tg5DTBLj37lU/S2sUFes8P&#10;/zjFm7dRhaNcXZ60nGXpKyoFLg/4hQFkIkEDarXB/jzYT9M+P4ibdkzRu77jTVwHfflrH6cvfvGT&#10;tGv/Ptqxoy5ec1agdBStEu5USGtMGNjm26HVpNeEmRNG/VQhb8LPAzOSwI58/hlKT79ItrNItHbe&#10;b4MJ23GwyM0IW4KBTv3oYB7AfiFDQxY3Kd64g6Lt24kOvJbsxk1yf+Ghq2btOu72v0mD0xusUZQM&#10;KFkZUnTyBTJHniC6cMo/o6v+71M+C2Ir1gQp2NUs4QHr03HqbtKcITe1maIrr6LsqhupNrOBhgh3&#10;8Xt4woNN4ucaTPxBEkLJSA3boxxcKjO9cq64XV8+iZo9DIerlSDbMbTia5XnjjxNDz74Ofril75M&#10;q77maLea9KPv/xG65xvezAqH7/y+76dbXnc7/dZH/y09+8JRbkI5ITTp5+c1PO8GyqxAMMaLx1+i&#10;v/r4X9G+PXvpDW94A93zpnsZOAQLFmdTRdOu7/B/90d//Mf+fawwoxDgHJ7VP/vYn9ENt7+OsuGA&#10;3vgNb6Hp6Q302//+t+nCwgKfFVVTodXlNfqFX/gFesdb30Lv/vZvpS1btvJZgoHI29/9bXTb6++m&#10;3/qNX6eFC/O0bcsWusW/3h33vIFmZ9rqOSyAKhoz+JpBwRHUB5YZHapPzNdGss5ZVOx/r4pVVwpN&#10;+v/if+xBzMNYTSxF4w/tlYIuNhUPs2qvR9WLZ2h06GEyRw9RpbfAIAUPFP0/qsEjy9e5EtQ99Pdr&#10;KD2GX0OD2jRFVx0kuuVeirbu4HsEgnPPv26LxCah6hd3C2yhUYdq5y8QPfolssceJddZIp6NNips&#10;tWOGPHehAc6cLGavuLRmWVnm2jtodMPrqHb1zWRnNxFs/Grw70L4QNLTs8kwGECctBrx/oZHaqQ9&#10;tIQ9uUsoIpdjbXIQLJ5N1HLVGl9PnHnd3oAOPfYYfeWrj9LmDTP0f/zuf6KGvxa33XgDPfvU83T8&#10;ySfon/74j9CHf/5f0M/9778qUlr0Y34f/sA/+2k6dOgpunjyOF1cXqD3/dQ/oX/0P/2I3+58X8Dy&#10;YAGJkmw8qik3yFFgG6BUg33TSNK54xoHpGSLa5Q+/TilR75Cw7PP+r/sU20gNjBDKwNS9mZLe375&#10;+j/3/OcDoOTXPtdskDtv3UW1g/5a3/Im6s3O+Z8hwYSBuVRBGIQTO4JMSSFOrY8ygfHFp69kmVNO&#10;O5aALb93dLuaISDgU+QKMhAP3/3Xao2GPxv8cwxauvrXZVWppWOcbehv/cMDmyM8bPh7fI5BIjLJ&#10;1MjggK1dlN3KfYqC3mDOsS+tldExzo9Bf8R7JvxNKxxVr3ZSGJxk4vWLIAb2uXO2pNxRUNAIezsx&#10;4p2K5YeBS5oqmzFJmOAU+fqCB5cIU4HktiYM0qoyq/GkDgHQ+o/e8P0i/hwhjAz2Ev5cwAlVs1Xu&#10;NWywn+bwHfVwZh9k8YoHjoP7NIAEN5K62EXhjNb7Fkf5tilkAGWgK2kmVcKQsyHfXKTQ+B4Ae6Sq&#10;JtQbFrW4fzgv+Pu7OujwkABECUiWGcwkmysKrRG7t0okDOFMvQg5R8K/3+W1RVo+skinjh3z67BJ&#10;c/58mdux0Z8tM7RhdpZVc3hdAKCZrnWbWuojlKYiA84oAHQcUJvmMv1gjZOFsFEr/TRfiSjOB0vc&#10;1zlVp6XSW1Coz00xpOL6IQCr6s1eVkxxX+w0UVp7WO73WN5KLi/EykmxQKur9Ro3yvCVApJaqbb9&#10;VaxT33/x2NlF//Xn6Krdu2nThp3UqG/wm+jIF21LtNDt8Juu9Gs0FXWp6QuSSg0PnH9werggA1/c&#10;D5iJhEKtNtvkBbfRtmnX1s1+od3j309CK75oH/SWaNkv2vNLZ2lteYkGyxdp8cIZpm0uzJ9lb0AU&#10;8enQX/y1Hj82YIYxOKUZUfDFiayml/DD5HJ9uHMFcCc+2YE6meXxyuv541HO3KFJTl/epE5SLi9n&#10;P1V+4QAmFinnk+CiuUyPWKTahWmtc+sU+FQ6jEpy58lgjjwC2kzIxkIsuC/0aoizT2XRia+LGEOi&#10;mWIqNVv0+43Db+RtJL/Wq/45adKUeuu1Zmd4Q4KIdTj0G+igzwsZRPmp6Vk2CW82GzQztckvqpZf&#10;G232pmOabaymoH6jhWyHDzH/Z2YZslygFHmtJt+x5Qwwf/8TBTOE+owpTMdvkEtra3T6/DwtLpyj&#10;0ydPULfTY5YTDn3xERe0Hosek3BLYjLuTOmZUYalzUQas7R6hlrV7TTorNDG2c3Uac/6DcZvrgr8&#10;YN1ZZXRw48sTnljCO7Dh+03XZisUt6eYsj9Tm6IOiuzIb3D+AKq3WzTT9te0HTHoGVUiZt1Wa032&#10;MWw2Yi4kkDhcZ+ku1mKTU4YhN7BqSspsNGd1XdiCwZeDMerZNgHkhb/PSgajLkhw02zcnNiF+PES&#10;PbmEKDg91ALTj7Ii/TYSiIKbY/k9ETq3An0MhCXC7mPEMMLXI7YF4HREbHzshTSkmi9Ca4l/Vpwv&#10;Jv23nvab9sXlEW2b9tfOPyMst6Os+IzOjYHnl/U9C6nVodhl5kZZli6HGBqSVSfXF55Ny5jm+g9T&#10;VY+LtVTEsk0roRsV/71LvuBq+eep439HAYHvAEhXxSQPHmOZ+OShSKo6DbXJiIM+cD9BMFr7v8l7&#10;D3BLrupMdO2qOvGeG/r27axuSa3UEpKQhCwQQhgQwQyGseEBNhjjwWnAYHts83nMOAAGA2OPx4MT&#10;NsnAjAeMgSGDQAQhgrBy6FZsdVDncNPJp6r2W/9aa9epe7slzHvfe57PI7uRuvvec8+p2rX3Wv/6&#10;g0XeYysc2v6X4hCLtAkPwEWgnmcGhY298/SgC8BZFkC9IvwoUiPkAITT6k3ICrhxzrctsWwl6+0H&#10;sg38aXfAJKSN2loN4UZ5EO/6lV56o+AvVDR2kZxDA0jT+JXqkPjwdcHac8GIToKiooLBqtYbrpjK&#10;+ZLs+TFXin/sj1rkNZAv+ef9v5Nare5Nx+fP+C8zcivDpEsDKPlc0cohU17c3vEYypt5soXFye9h&#10;DN4eeCmOHzye0XKvIXIsKZjwTOOsQuI5ptzYC+HzkzoupAYyjIHHllgB4PnONeVOC+CMG7FEfcvA&#10;8kvMbzOuSrCFR2OSOklelz3DxyKJBQsahWmWUdGcqWzX7AhyszqOlPkVQR4sNzkS/xyZJ+TqkZPn&#10;sclLUkFOUahCRjqK9TmRNNhhJJ5iKDSTSP0DUwkGUIYsJu15I6dOn6jbHkmAB0ol2BkBcNr30O30&#10;zS9/ma574UupMa2BPsKGAghWFItj9YD/oaxDIg3JEMWEBhwlsZ5JuBcZn+tTa6foaT/2VJFb3f3A&#10;5+iWb36Xrn3eNXyGN9W3js9SsAF0uIdrRqUkaauRCpAqNVsHTLb5/EmXKOU6bjjfpWjPQXJ77qZk&#10;eR/53jLvW3w2J6SpeCNl43KFr0yIVBmjFWNwVaImjabXUXTxlTTaup2SmQmZ8EPGW4nrfM+5IB/1&#10;ZR9LpVbB9+Z8hi9TssQ/+777abjrbooHR8gP25pqGCmIgYYrGwzUz0kSywFwIWWXm8TpDVS57Cqi&#10;s8+DmbB6EiKUI5kqTLQFlRQ7BSeMwLwIKlMAU2W3JX/lPCtQvqLID0EAVuTLeQ0FRKNJPa4J2u2O&#10;hG58+tOfoq/fdJMM8cJQFd/7vg98gGZn19DlVz1Znoct286g3/lPb6I3vOFXueYa6rAPny9VNDLV&#10;h0ObM4CkSLzle3vfQw/TnffeS1/40hfpVT/zM3TNdc/RJFb+usWFeWpNTtHWLZvptuPHBXATaweu&#10;yfbu41qq16eJigaRXH7lk+itZ72T/ugtf0C7H35EmhoogfrDlD752c/Ks//qn/8Fmp6aUG8k3gPW&#10;z83Sr/7mb1Ln5Ek6c/u5Ujd2uV5MImsVcYalOvwvgm8K5p7uxxr8pt5fIU33B4J5jwXkefevH8x7&#10;jJpnbGvC9YfToBgBNkitBlBdD2PU/Hy/jyzR4CufotH9N3MNyh0iGm70sT61AIWMujj/01yemSqU&#10;GlCH5bPUPfNSql57HSWbt8nagO8wgm8wHIXXbgVVGt//eb7nM0ttqn31s9TeeRu16h0a9XMhDWiC&#10;K58j/Ksa42znmq+aUo3XY9ZsUTrP6+PqJ9PEc19Kjhv9dMTPKq+fGa9BaVGmnoToR2W4l8U2clSQ&#10;pSzJiwofvMez2MiLvbqKdVmtSw+VWuIu1Vr0N+9+J330ox+jCX6+h/x8Tram6dyzttJ7P/ghuvOG&#10;b9Gv/c5vU//EIv32G3+bPvjBD8oZ8p2v3UCf+Oxn6Pa775b676ILn0DnbTuX6vUGVYcdOdN6fd5H&#10;m6EoyFfUKLkvqdrMT6yfdcQHGmB6xIXy8MhR6n3ig3zN9vLPaFM05M/g+cyaSGjUzajJ1zvrd5Qx&#10;iXWCvXBikvf3NmVrKpBIUH7hVTT5E68jV6vJcBnBR1BpiWTbhst5pJ6rWbAiyLSCQ7Ksd66wTsos&#10;RCPPS5YwlhqGdZV3liWkSVjjFhgmLCcB2iJVDBgTOEYOAAgguCqwhPCxsLAzkarmBfNOWNyk6b+x&#10;DYdHEmKh2QKx03Rc1N84a/DLizWhhY+KXFWZYV7kwDZoN0uE0tRY7ofWEUGtFxXnqTdbKtEPmMrO&#10;iT1VKucsVFsV1FVOg8aEBBOrHzsGq5FlG6DGh9pnMOzz85FIrdLgswyWDpL0i6FJVjg18/dFhXoQ&#10;wFtsdg6x2StVzfPdWb0olhbmKRh6qJzG3mGyv8fj4jEAis5qS2GPO+u9zbINXwtQscPnRLs/MPmx&#10;l/efGM4Tm78gBeIRVlasarSqkCfUVxjkFtRpSeJlINBfXqBOe5EOPwxruhZNr1tLzZlpPj9naG7j&#10;Br42VUm2BoA7AkCMPauSC6AtxCbLl1AGbEauhLPoQCr4FCpr1JmsO/dBQm8hdAUxICq86oM6sjDM&#10;MvWhJp+nxi4Mg1uy66nT0STInbz59zjnCqNQSGYkehxJp9UaOEhanPAFm+TiCnrzpaUe7XxoN82t&#10;W6Ktm7aKlHD9zAYu7IcSYoD1AslYb8QLn29KFHPRhGABQVodF66xJIrKwjQj57TS5E1gINIQAERT&#10;E7O0Pp+j8zZvkQ+NCTsaWiCynQ4fJB2EJPRpcXGB5k8epuMnj9DJ+RP8+yUBoYZA9/t9MXQcwSuN&#10;r8WwPxS0XjT7UqSSbLhyhWKlUerFzwvD9bL22o0N9E4xLQ/tkKSllGsFdzq57Dh515UTgMvsvqD+&#10;8m51t7oi4EOptq50oLhTmuGyd55bxTgqJWqUCDdjhqIWfpkY/mMQgWJaFi0ov82mFIoTrZalvFal&#10;yIP0A8ArPOeqtUQ2QZmAGOIwkqho3VBakxVeR1ykVyYEmGq1pviQafHXj6QZlORKpBflQ/UVCHHd&#10;CO3gAxNNoeyJABqTJm9KQ/Vg8LmlQ8tsXlNac24ks4HSnXl9LPeXaP7EEu0/eIgWFk7y+hjIFCcJ&#10;FGOhVWdFUjMYppqGo9NiDYYwM07vi3kZrnGv16EW/zxMrqc2nkXV5rRQiXUTNFqyV18ob0W3FPP8&#10;/kA3rjbrEqLjubid7w7pCdU1NBryNaosU6vS4MO0IR59jQmVUSW1qsiWAcRWK1XZuCsI2EGAB4I7&#10;wOiLazKpEzaGpEzGhWRv7Oug7KqobDoaW2iMAXp5CQQrADpjd4K14/J8xRoXlk+uDGJL8CiAMeeD&#10;kfu4oMwttCVMkQIwmPvcWD568AuzwV4Sm614W1mwB1LBM6cBCt6PbMNNROZXdZrQic17TzuiNYsD&#10;8QGTQZwvpSWFgymk+zp3+mLYjWXzsRvPTbMg+c518ohCqGc68YH470XSNA3k8FQWCU7YWgRfOaT1&#10;DmhamAoqOcaeimYUjL42v3aDv6bDFwCT26bXIijBcyXXKJLwiqTMAi4AJ2XUjXLjy3kz8Q3MtNwb&#10;28uHM6gAewMHHGsfYP6ISgm5/gf5ieUl8Yg/xQuyxKdexZYsuGOFQ2g5chb3oi8cdG3WBfQvgCxX&#10;rDm0GSPSImhkxXd8muTgzBikiYstZToqGKlqRp6VGCErlK5iR5Dm7nEBPwno8G4FAdKVCoPVQSj/&#10;Txgk5aFPZCmJ43UQ2eRw9Tkw9okJ73Hc5IUBiivWd1GfjiF7YT6ojDYWK4Rdh4Z0z8OZ7aMVTQvl&#10;/6nXqypNh8+R+dD2Bl3q9kbC0pccZD9OJNZBxDhNHoVtveJVMmqm20hHbPopai+2lZXs1QsJ2Fuj&#10;Mt7blLlnAVOx13FCrp6vCsTgdVOR5+Ym3QDQJEdMkhdqu6HXlLkcrxGpt8wg0zoB4EqajgEC1C8q&#10;6dUBibwPp58zEeAzkqYDrGPIY6JoiXbddD3XSXV62nOeTdW59VrgGdAZ9qjVoPDjM/vC+8nEn06b&#10;DP3MqNnqdTQgMo6SPXbTlll63osvp/wTXfr+zd8R+dFVP3oVrd2wTqTUKHohTZInRva1cYp6YPWF&#10;9wLftUG/LV5K9UVuQvfuo8r+XZSePMSN9UAZ+KQyPvjrV6Vm4D0vUl/DqlyrkQwphrVJqm4+mwZb&#10;zqXqmecQTdX5TGtIszDCrohgK37NlOs9gKSq/kCC64D6Bw5Sfd9+SfQdHt9Ha1yfOmmm/rloMPme&#10;x+Kry5+iVpHPheYpxbB781nkt53PP3s7udk1vI55HUZVbQCwX6C+gCoG+y4SmEk9fWNHJXmuDn9S&#10;M1nX6b7ZKFgNERcMv7h0xnrzPfR04sCjtOvuu+iTn/oE7X30ALWXl6QW0jTP3OS0CXW5/v2Lv/xL&#10;el02oqc+/Wk01dKB6+tf93p6/wc/QCfm56WJENZipmnpralJuuD88+kA10TLS0vyfvCsolGen1+g&#10;977/A/xzP0VPvOQSeslPvYLm1q+Xc/Hap11L3/7ezVzv1bW24dddWFqkB3fupCuvvEyePAQNrOPm&#10;6bW/8nr6sz/9U9q7d79YniRVXLMKfePGm2jD+o30/H/7k3z/AYhXRWa9ft0cufXrpKGFX3fVJJUY&#10;UmZWvwtDO9U04qjkTektudgHbyVRmcSnJsG7YI9jg0+fPR61jf6P/ieEbNG4d0St6ZGQfPggDe65&#10;nep7d1J0dC/fW973MOWeiMXqo5bxMwF7HZcqYIA0XK77R3VeN5vOp/wJT6Tq+ZfKABu+1THXZQof&#10;D7leimWo28dee/AwTe+8jbJd95BrH+aeESFD/KzmPX7c1Z5GmC14ymr834MlanANPahM0+C8y6h1&#10;2VMpXbuF+gAKoCZKdIgwwM+EWRspBV44UxayASJrmmeFEquQxZZUPo/laRssToL8vt3p8HPVpId2&#10;7aQvfvGLdJKftZ333EsbZ9bQtk2baff+R4VRfOTocXqYn/Etl1xIr3z1K+jvPvI/aKLdo3e97Q/p&#10;7e98O91913109JEDdNWlT6LLL7+cXvriH6dmNaITnS7NVifULkh8Z52QDBLxFavosLw0uA9yXgBJ&#10;SDNucD82un8nLd72DYr3P0BR+wjVUWPzuQhmd6cyotpAA5WGWVvA3LpYZfTl+g/zDvkm7y0XPYsm&#10;rng6peu30YB7wirIQLg3CWnwhXfjnHmpEdQ6g+xa5VabBg94sdVwatERgt6cH9cuxHt8zr0dpMdi&#10;sUGW4IoaAj831kEGejC1kTJrhFjjfeX0QrBGanYPpLZfMs82tlWwJcKQXk4te69Q1EjKrg1sBaAS&#10;Krr5ssZmsGUhhVU+VwTbGOZ2HoNA48070GyUorigA+nPUe0L1uEoDJbw1p32F5H1yOgBReRodkgB&#10;QESDA3sgYbyJt6uFOUA+DeYcOhH4+OYavuks/VXT25UVHVntmoqfemwtRVSkB6sdhBemHywiJNjC&#10;50VNpmebFzA1p7L0d0yYSiVA08s6HZm6A58XfrcA+gS8A9BXqQippxI+o1fLH1WoJdbHZqY6JDkX&#10;tQbTXgH1Oo4Qj8EgFCAO5J8lOsFnaq1S432lQTsuvZA2nb1NSEjAknKv9WdmdmTemHgqx85NSksl&#10;T28NjBRfv5IVT25MVPGYz5ThF5vFUkjlLegWYW+xWjyybsgVPYgby/FLg+AEKZ3ChMl8yVsol8NT&#10;ggvAGhn0dDpa5z/jBwhsoH7SFUkuNimX1OjIfIdOLN1L6ycbtGndeppbu40mJiZpsdGh/tDLJLvi&#10;WtQEpZv0AV/q9+g4osL5e4WGyhV2jTfvZgU3DAyliCYliTTWm1WtiWwNslzkyMC4fk1rMz9YG6ww&#10;8iI3SYPnwGjA50cqbB8p7vhzdHqLNEz7/FANqMebLJJZFhdP0vLCvPiNgMrb6XWphymwJLJlXJj2&#10;FZ0XNkBmsczWFGDjyXRjABMrgD/6UBm7I/ivFA5SQVVtD0ZuSTVODbqdbTx4GNXIeyUbqmBVRcpy&#10;EIAoiseJvIYBy+TBfKJyN2YexZhqmiRQPSZImpkkUmNxIN0wxxUJFBgIoLMnGnDRaNZocrJF9VqT&#10;JmotqUYB6oEKneW6EQSGW0h8SkTmgbRXBZzwq8qHD6ZuMTY58fpIhEHng7xMg8xlqhIBmMKCMbAl&#10;5gKBcp0Cikkn5DJgnoZVgGRmTFTwvp3SpkW2BzEi/KN4DSy0F+n40gIdP3pQPC/6vY5KelEAosgX&#10;kMOLzIuMDotrjAcboGYc6bRFKcZ5QbP2q7OZsfGPQK+v0eLyAm3gpqE1u0lMhAMokJuh5gjs09gM&#10;XGMF3Gt87SbXTEtRWedNCN4EaIw7LpEzCSy+2Y2b5LVq9VgaLrD6ao2qFM6i80dAR01DSsCqdPxs&#10;RUm1ODycL3mwuEQb6lDA4TpIomI83pbCwei9+WxR4YmlQEiusvlIqfLiS0Lqg1dm4klCVcmIXOLc&#10;JYksNVwnlQmxt+vtgm7QkL08tXWemXmpAVdyIOfKtpG+E9faNykTYBMfT5+zKjeCU/wS87nSpe/p&#10;ZzS5SDTdHNE63hfrNm0KwEtmk7OxoD5IT2lFkeRdyb9PAJaRrr2C3u+plyujBhPIPoDzktS0D98Z&#10;8RuMaJk/25oY79EJIDfF12yZ/z0p90bBwwb8oLgYrGcq2UXyHfb0iH91jdGEtdS3eKlEGIFa01RE&#10;th78dcSsRIEx0PjtQMFlGBX60hJYaFdClDdekdbYPC7GetSoJBWxw/d0yRJG6V8RalSExZyqfc3L&#10;31d63lILYOiZB4pMaT2tuE9hWANj/Y4wExQMlVm907nbJIpYTNt5LbVi2SCpG7StuTIX5Pi1oBMY&#10;/4qcCftErs99ZsV/7IO3UZjw+RUgXxlMW+HV68pBGWPAudxoiux+laVEwbRbYRBcQiFL/2Aamvmx&#10;8XMRIOKjkoePC4FhRYqqesmcOrsSq5JcB0ACpOHactN0eNHTV+5CMAcYtzXZj8X/iM/3GBYM6u4q&#10;e+Vyuy8sDrJC2AegI4rGjPew7/BZPByMxKNylPVFaoX1V69NSGIe1AmDPmxFzFsGbI2B7kNg8KkJ&#10;NiazCiplFo6mIeFV9YvJVBaD/QkpiA6Anvj2VYXBh+tTDcxmkc4PJUQMoEkq36NWFZAtY/yksmQS&#10;hjFkzvDsc179qep1lU9JCiSOT3GAJ1qc30vf/uRHaOngHvo3r/ll2sg1FrY/PHdIPUxhsRLptD/G&#10;uWR7algD0QpWrFvhVTYOyMnkTBC2vjD0vCS1iu0Q36e5DVvpx1/+HPrEh7v06c//dzp+4gD9mxf/&#10;BE3NTAkoKmwLaR69WBDIqsyQxJir3ElKjhEdPXqEJg4cJffALuosHaFGdkJZipAw43XQXOV2Pavq&#10;2xZLc1nR91ubomzjeko2n0vRlq0UbzpDmBNx0pDP0uVfTTDb5CFKTK6e06DLV3/hONGjuyniX5XD&#10;ByjrzPPZCCsZrgeR3OsxxKtRPshElg1PuT78v6pNymc2Em3ZTsmZ/HPXreNzFT6rVfX+5QYXNWKm&#10;u6f6gSZUSM+S0v41BgHUziIusZULl9dI14QG0cTCKvIWUNPr9enB++6nr3zli3Tvrvvo0JEj0ixJ&#10;HcbnPNYR6r5MQjsS2rhhI1315KvoqddcTVu2bZV5rTBb+L1d+4yn0/lPuJg+/IH30te/+U2x/lB5&#10;dULtTlcUDG/7o3fRnoceoG/ccD3dsXOXWOpEvEa6vR71D/Ro9yN76Os33kg7ztlOT3sav94ll9PZ&#10;Z55NBw4fVPmzeWXf9M1v0JOufJKm4/K1Rq1/3nnn01vf/jb64N/+LX335u9DbCZKDTBFb7n1n+i8&#10;C3bQJU+8hJ+RoQbIpCb5d8qylBomWDEY8zozJog0SmYRYjmJFLz8yXmrwfNTwJiQoloExP2QgRs/&#10;TKhGIdv+Fwri8KVgLLL9oKwUUlZMbgxaX9iQOAEJavytA/UENlaf5+Z7tOdhcrvukFCbhocfHxrn&#10;DoGmC/aLG45k8A9fPagavChmKjTctI3qF19B7twnUmXtJklXbnK9LDJdWa9c4+aZ+Lql/Nwmhw5T&#10;5c5bqLL7+5KATmb/Aq9RIL2jSkX2pcRpuqcTD1k+H+a2UP7Ep5E75wKuxTfQKPgxwp7DqZFfDJYM&#10;/Di9emqLckX6h4EFDQQ/wqIkUGVMnqq/HQB/XsfoKUTimWmPJgMEp9Yxiag3KzQ5UZFnscv9543f&#10;vokWFpaownvh7IZ19M6//Su6/hOfoL947/vpxOI8vesd76K3v/PN9LJXvZIG88v0yU99mnbddhe9&#10;9z1/S//xP/0n6v+HX6Ha5IT0wb2hpss2aSS+fwC5WhXswxi0jYRwIMoG1I9gPIER5hMZPEld125T&#10;9b67qHPHjeQP3Us1MZgdyjOYAhHF0AvJsnBJHGmtnaQ17u1SCVRJhy3KNszR1MVXU37RtRRvOJP3&#10;yL5c6zqGHxhoQTKqh62dVRboGAU7qPFwJCq89P1YnSaTLpUmy/OOV0DtC2uI7gIXul1lCnoqvKUz&#10;+F+DqYj1nmkwh4BMAMVw7qLnxb4Sh0rT5MHSn+ggQc+64ANtvoKp+sGjXkHaL/ovWAUMzQ4hlVyD&#10;RIA0SGyHXsG8yFiAzmS6Ks1UsEd6G7JMAgEU9bPosFkHEQKGRdrXg/ACrz5cCAn1MqzBGSZB5nUt&#10;cFiiuQZBuJc4DT8Sj+p+TwCuWIZmqTIBI/X9QY85SM2SCz8jLxmfOQXERcEQqQ8yQFUNTqsU2Qvy&#10;PIi1Ulr4QZfiCwp7GG9F24D7m9Q8euFpv8TPytJgKPV6RaTGygSV4KnQl7jIrpuzoY4vLIxyAxHx&#10;PqPCXSqW/QI/D311XmJL9oZt7tm7dBc/ayeXl7kM2EZb185JnYM1MDISiWQQwDvSfM3H5JCILCxA&#10;azOnFnEaZpILwCfXy/5MngVc80JU5wvJehj0ObN9CjWd9C5iaaU7tTio2HOk9zd41AUWiqSvjCfm&#10;UZZYXmEqxXvGO7MbAXBo8N494otfVYPHmsaVn+indGLvPlqzeITWzK2n9fWNfLNr2K1lOqGyKn4z&#10;/EHqk1OSghRNVaSorHQ6YmR5gi9stz/SjdUtyowXM51pLq7F9LeqMh1MUScq6tVWEb+fWBFX82dD&#10;7DSMREXb7s0ABQhprlN4LEonDxWMGvsyKZTUQFwsQcdTWuguU6+zTMM+v6d2h3rtZXmvw3SZFnkz&#10;WVhcFrBwyIUPksd67S6lg5GBf5lIQNAw4hcYBGNpZJjQZhIjLR5yNqX01kU5izyPclN1GK1Vqe9k&#10;VGBNxolMIy+BBdlQFg5ALkhNJQUwMT87AY24GIanW6KhEFhRU3wvJuotOaDAmJxsTtHU2hla6nVo&#10;MABQW1GJRMIPe6MiB7w008OBgHgTfD8SmF7yAV6rTUhxBTAH7LxqVRsRNDg4CPNiqhWPkW2vTU4A&#10;MTVISePAQzpsEiubCM2dbliZMvb4YBkNM/GukcJvqEExSKWVVFwuSvppjxbbCyJ3WTj5KD16aDed&#10;mF+gHGbbKLdxAFSVlotphxd/TZsQWaOcWfJukD6RTXK8bcBlCVWRTAQwhYuWIR8gnf5Ars/U7EZJ&#10;kRLk3wWQNjcJtH53JkyASCSYsxNT1CcLEsm6fIg0qFfl54AXeiMeUbM1w++7S00Yj6Pgr9dkCppU&#10;9L5DOl2va4K1hHDEZF6KylCLKPhqaaEdzGJ9IXEMKckjkVejcCdjOmGzhheeMFOiUOjqgYX9A3KL&#10;2My+R5kWR97MiFJLPcIRFpsBrbf7LgJSud6pfF1WTErzwkjMidwuK1ivPvc2pUvl+dDn2Mn7Jngy&#10;+aociCLA9GrqrtM6kgknnuvDXJMu8q+1k1IdlDCpvMSW1eYYSZpF0nQhawl8jMB8NDCT9NnEPgTg&#10;AGuLLKQEPhNDYR1YF4i/t0lQboEXk3iW+ed3vCbGdvKxZBUpsYkwBHNh84HeXkHQDKmBLtLjaiJN&#10;TWmC11DPA/yo8PeN9Ge6MdgmJr2rWHbqRZMb4UvNfVVWkBcAZhhlZ6v1Ky4/hbV3ih9CoC+vAAH9&#10;aZS6/jSjcvc43EG38uvs2arItXByrWDkO8hGsodg34Qxb9/GDLg3DTwvuT7fAJGaXER2vcoXJAjG&#10;vEFz+6j6MSLz6nCFh0buV3oXnuKFd7rU3BWkxpKktsQmifxYMjA2k/eF+UO+MiteZoCZ7ZxR+Rqd&#10;hqFSsBP8qt+PEx5KzLHImI6RORUqqI3X7/MFvffRIRdJXkM3nCWGyaCnKlLYyA44PLt93ss1dDYq&#10;Eo7HHRUVMhCwrKAggDwYe2u9MaHhQtSlfg+Dyh41G1WxSBj0vd6fzG5USOK15xWBG9hj+qO8CONA&#10;zZP58cQfdQI8ZGXPB4sBKhd4EmU6ncZaAuiCWht3pcLnUWR+g/A2G/JrA7Qaie2FgWiRMtvFlwgN&#10;qhS0JO/Hmf9lT0LE0Ggu0x03f4s2n38BXfbsF9KmVo3rkJF4uqJ7jL1K53PrgdTCJF/Bo139vIwB&#10;v/y0cnlnk/YB1wE5N4Jz62fouhc8mzrtjP7p+3fRWdsvoic99RJK+PyH/AefITLj6aQ6zZ+zb8+H&#10;sjJksLnUof5991Jj4S5shlwD1nRQIGFwFmQkIoJU0nZzYSY4ZRqunaX8vAvInXUB1VpzwnbMxPgf&#10;QC9Szlu83fflbFAPSj6D0g75I9z47XmAor33k1s4zMfBojD4cB6MMksj9H3eU/kciNSsPQcw4LjO&#10;nJmj7Nwd/Osiqs/Mihdc3xrLzJrT3K1kh3kbuDjnfgjQJ7ehlxb1Kp9KRXJOpCnRex+6n77ypS/Q&#10;9V/7OrW5Lm00myKxrdngaZzYSLRl8yZ64fNfQJdeeQWt37qFup0ur7eqyKexzsCWG/HztnbNNL3h&#10;N95Ie/fuoZ333S9DWLBGp1qTdOttt9GOb9xAL3rpy+jp1z2T7rn1VvofH/0o3XbnXcIMNCMcroOX&#10;6M57d9Ftd99LFz/hImmYVTrlFPDg17vz7rvp8OHDdMaWTZQB1O8qo2lmzVp6Hf/81vv+hj77uc/T&#10;Odu30/Ouu46e+ZznyueTozCJ7JkytrBWmMX5GwwOfZ6vGCBhSOkKcrQBC6fx2ivXeYWipQyE/X/E&#10;6vuXTtvFQDU2WgLAdAxag/G7waN8LSb4eebnOM7EkgcMmD7v81XqUTevU8z9QNw/TnSC98vPfJii&#10;g/upUgfzdkA+SWXY6HxNCB+uWZGBSs1XtTYG8EVrqXrpZTR93Quo7XgvyFQy34AEl+vaVIJ0Jnnv&#10;7nKPWadkcZ4WP/8xmjx4rwx8Y+7F+vCVl+0yojr3ct1kivuUGuXtk/IJkczZq07S8MIraeqZz6Mu&#10;yCsuNiBv/NxG6v1hg2415hdpHsAB1FQl0FMTN2OxHhJiBPok7oOln8DQid+HBB5IP8M95qBDSX2G&#10;l2Vf5ILtXp/+16c+xj3jgC668CK6+nnPpXf8YYNe/2u/ISDngw88TPfv2U8vfvlPcV3foj//8z+l&#10;W2/6Jr3nL99Hr/n5f0ev+ZV/T8ePH6djC8fppS99CbLDycF2K/MF+C8hiD62YAJlSGcGzepxmsnw&#10;amQpxwDMZvi6L+3dT8uf/Ftaf/gBGiU9qfFdryvnd8y9Irw3EzeQOjZ2Q+lTQKJ06D35XneqvDc8&#10;9bk0e82LyHNfMiC10qgUDLiSn/dj2VLlfmV+pF9ZE3rzRNPHWUETZ7Jf9KVppy2AitoTmY5EZJaq&#10;fJEQHwFZsA6GK4qvUAdj8OTIEmilptbkeoAyQg4xtDfLdOiHdZuHMKpcgUln9Y63gELpw+yzi49g&#10;FOwT/NgGyOorAeOs/yVXGKoUV6AIJLXrNBylZjOlTMEKksqd1jeFpZUx70KOnC9Zd1Xs/ausHKpO&#10;J5lhSAJsJA3qAsNB/xh86aJQvrtC7RFY0QJIKnek8BnMcr+ilswNSBWmZqpMOFHTZJn10/r7XEBY&#10;XuGDlBb6XN/lagMDZShwn9g+V2TBgWKWIj56UTFQV6VGGXPQIW4s2JH2Zc1atUAaFQ9IC0UZ+saF&#10;5QVq33sf9To9qlziaGpmQoblzVEivtGDuhcpe4z1ECuTL8jNI7m+NmICQSsEkdi6NQRXu0uzoQgk&#10;r3JdEVJ7gy94HOoNsZPJSrwGPfjk2vLnSFwxtciM3hkVGTfeEEfcv0G/Iz53FUnrrImXCib2MOCs&#10;R6nQWCt49/Ayy9bQkYVlOrC4j9ZNnqQ1c9uoxYXLbL0hYFzGGy283CrcbNarFZm0i5QBvmJYqLxJ&#10;zbbgSzOSZEkP6S0X9T3e7D0XlFmfV9/ComrnkaJkCSzi/yfaZEzSa1KUgUUmzK5IwzgAgKi5ZEhh&#10;jOTfKW9ckD/G3tnkUC/8ZK1F8dxmZRvlWpTLAwFZJaLlR5mwOnCQDeA9wxsivhZPBD7TAHKk7hL/&#10;aivglykYl4k/QS7gkqRDNhtykxb5c3U6HZkgSHqOGDynY38zePVkelO1B0pMFuWk6BMml0XOA1iq&#10;TLR0s+LrJGEj/EMaEw3xv0sS0OMH1E8H+sC4kYCtAM7ApkKy4VSzLpsk/IZE5w79f7UuKa/NGlgA&#10;LbmutQb/G+vC0s/wnmSzMHBPinkAB5myPAXdlop+JIcTijJZ1pZiFdkmhNcmW4s6nSH+uTrBzwKj&#10;kj+bFKhOG/BKXa9Vp+8EoJ1fOkjHeS0eP3mQBp0+1xLYxOD50aSsmossIM36AvgIIJGmBaofmrws&#10;zQoAJ7UiPs/yglZbLtiLOYVNCzEl6QIs5uIcs40pbh7U18g2/BDmISMdTZCOJf2J70mecDE+J9dv&#10;gd/PEoxXeT/q8uetoKFNuQjjTRjpYmBXOvHIiYQmnoiHlLL7okpNfDfgwSkeAJIYZbIXizwPVPGo&#10;RKySYQ5k29iAkglZ/9gUvSWTCkBYVc+szCSfoWxCU1GBRyIKSGlozYchD0l3kdx/+KHkJnP1RnnX&#10;DZb/PRrZPpQXLC85SO1nq3RPqVB4TjJLSvImvw/UZofnNE+LaUhkaY5xGgsgBt+RLh9sjwwqdNZy&#10;n7bO8j2oTyjgWEoFptJBG+TDj6WZtLzhooHDZ4KKZZirV1zPa4OWQnrtlQqfOU2QAuCOQAiUIF1I&#10;XvB8R5FIdWcB6NqUSti0liBdEUk8icEvgL/IK1sN/w/vuZFTLzrQ3HFYhvSsMqgkX4dDkNQgWVjB&#10;pbQGnxvzLwwtioSGUqLDCrNQfypqRKv+W0593TPHXxutTimixzVLLIGBdWEakgEITj537t14SmsB&#10;HYCge5nS+rGmGgjgACvM0pMTS1KG32vPZBB9QXZiAWhc4VvohJGy2knQm5fGqa6pdAoL77Qg2w/6&#10;0OKvWS6e3Gm5G3lxkVYXWu4UJvJq8HE1NuvJlwBIv+Lry1LeYeaEtQaQbYmfqZ2P9pFDqvoniLaw&#10;z/B+BWN0neKTFHLdXmoJbDbBlKYr0+RlA7dlz8W5CINmfrn5paE0hHJ2pbpPLLfb1Khw4TU1Ieyk&#10;k/mCMK9ic6G0EkqfASO2YcKfhdGHs/3YmQ9domIJcmHgo/DZcJgUQVXVWNl5sUhAvezxWHf9QWoh&#10;TOMUNfVdyWXQJ0bdqSboQbnQGQx1ep9py433gssWc7O93F+g6z/xD+Qrk9R4+tPF4iHtaypwwXjA&#10;zxHZkFkwnBofdBomksmSsrFf3PhRVq/mbLTI/z1J287ZTC/4v15EX/lcSjd89TNUb8R0wSU7aHJq&#10;Sqb4sj8Ls6NrA8lEWHKyEpMqTW7eSNlFT6D8n45xrcd1HBQUI722uQ1s0JThWoy4TnFcN0YbN1J6&#10;7qWUrFtHlbk5OdO6JusSI/OczzXcP9+mSQzqkGbc61Eyf4Iq+/dS9NDtNFw8yZekI3UIqnuEcqWS&#10;HknWGPBrkg5EqDpJgzUbaLT9Iqpu2kzVtesEWMRwmoI1S2QMiWJNuBV2KT8c6DNOzStS+fBc8PnU&#10;53pwzyMP0te+dgN97/vfF4uaWBiYNa1LBDTWYCP4CW1Yv44uv/RSuu65z6N1GzbQZKtJPfh+cS2I&#10;ddjp9oSRkQVPPRi58zV43b9/Hb33/e+jBx/eremOOIPqdfr05z5L7fYSveyVr6QnXHIJ/e4FF9Jd&#10;t99OX/7i5+nh3Y/IQLnKtfPQ0iUfeOhhkWxhWTW51hz2dbCFQetXv/B5etlPv1xqlWpjUhniXN9P&#10;8jr+mVf9LF184YW0/fzzaQ7vm382Xkf9d2VCqUO/iErSWrcS4PsB1np56Wwq1DLlkIIViSj/+iW6&#10;0sICHMkFti4UK+IZ7ZWjGvEzFUsCshaECVRAhEFuXe6dv/s2injNuH33UdI+wgcwmEXo72qSXJ2l&#10;Xa4RG+KLDRYz2E1iY5JMUvTEJ1PlCVcRTa+leeIaVfoOkBR6mrrOvSK8iCvc+2WHTlJ0z/eo+8hd&#10;NN05qlJPQHlcZ4rFcdWLqqUn3JQe5ZUB95rcB7XWUm/HZTTcwT9r0xk0rDapMurJUCQvrMJ8ATBF&#10;BspoGaJ1vrKDorGKpSQskD4LIQii7VVwaYC9XIYYvO6XO7zWJ/gLWzTkz7fEz/P7/uqv6Xs3/xMd&#10;PnRQzq2piUm65us30K+/6XfpVa94BX3kv3+Epqen6T1/8Zf07j/9M3rRi3+c9u9/mL78+evpS//4&#10;cWryUfrqX/xl+s3ff5N6mUmgYSYMY1wM9HMYrvtIfWTD0EoIQzIozkXRISKOVJPZ5ePt3kntO79L&#10;0YN3U7N7hJYhsR7Gck4R0mQBKAx4/5AhPPcA9UQAkepkk/epEUWtFlV3XEH1H30J5TNbqOc0GCck&#10;v6Zkr1WW6ZaVUPn4PnjvTzmwVjtZFQPVEFTl1BN01O2IjJes1yRLsZd/JZGpMXzRp/mSU40vefOp&#10;jZD5faZ2NprsQlR1ZhElirlEwxkiOb9IiBY9CzlVAEd97MQ2xPZ34BGy5+fOwLdI/f5MtRG5sWUS&#10;FZ81LwK1xJogCX7pZN75+v5rCJWgyHz6fGHJFZfAwbGvLpkXtTLLEmEi6n1KjYjUcz0JscTQ20mw&#10;qbExndY9io9ojQgPwFjCH+1nBDJZ6A/N+sq5sRVQVOzHqhiTpQHpLtcHSM3F0Otkp2sKOCcWDqgR&#10;Yj8OJVUbKAUAozgw68w+yrChoEyLbE0m5vmI+4V6oF5TP37FMpQAJD2jUyupUbdLjz6yV5SiW87Y&#10;TLNza8g1pyip1oUNnMUjC9h0YmfmzNJJLeE03ESUDgAizX8wgH6R2W+UzyyVAxsDMXhLO7MnMwxC&#10;1r9X66rAUpZRr9iEeQFmEzMbsF7MFU1yZil4cl/QSAMQ7I4M8eWFzBvKaFiTBhpFXR2HdzopNxie&#10;YA0uRj0v8iEXogcPzZshMiRyMa2ZmKGZqRZfnBbV+SDAw4Eiap4fTujUnRjS98QzUJKefU3YYeSn&#10;BZ1MnUp2IzN0zC0JKiKV2mCh9QFS9rkJ4I1WDDEVxRmDCADqMH1GEw3mG0yvLdkkEr/CWJqhho/F&#10;g26YaWGExJqAwKe2yMC4EoYW3u9k1WLAyTz01hqya42xPahhUiTgSqxMEGwa8BHM0r6mH2E6lGsT&#10;o/5wmQBbKf/dIFXaKO4vJCiFdZXQoUeFkWM/tUWBZhqpT/J9dWkMRvyaPb5HHX7NJm+KW9atpcpE&#10;nQ+uCb5/NZFSJJB/8rUXdhZ/PklC9ZmkHmJi18kyY/pkAlYggc3L9CMRVqjLNGbd2yaDQjvrKdVX&#10;vHMy1dQDlMqFJWb+ANEYuQ5NiXg8mUmnDO7rE5pklCrbbzjoU4+bvIWFI7TARcdiZ4mWu+rVCJov&#10;Nr5WMiOMzRFvXLlIHQPLKpHYcmVhZgoaWaMjm3yIDM8z83wJ//anMWUsD4mUstzrzNOANwlsUkjO&#10;hewgRcAHZA1JmNzEchyKz0KiBRGSGye3bOQ6pkdr+4u0kGE6X6e2v5xmq49K89Kob5JNGRuLhMvz&#10;a4pUmq8NinpsQpDNiEcFNkd4G9j0Gga10i1gAl74CIw/j4aE1OSz6LQekr7EQL9cN3cAuCOLRs/U&#10;HBZsQCx/BEmgJRKZAAz484FKdeVrLGjDUgV1w9NnUKZnIplPizAYDd7wNsFTurJ4NwpWNBIjYQB4&#10;uTAGx95xAsGi+ciMiZYoPZrbEG7u+PmGRJafgz7/jEO8x21PMrp40KCJUWqbvCtkzerLkhf+hK7k&#10;V1h4bhpz1Rf2sBacUwQhuSIcSIh8CNygRHw+6pJmqfLQvukJNeEKvhA1uZaL2Lj59XqkDVkkXn9C&#10;sxQJSsPSfpuWDA02IIC73HxYCro9GDulwxgXv7s6FbwEW469+Eqy28dCqtxpwLoy6GdsvsjE95FN&#10;G8dAoT+d2c3pupVT/onMA6MBma5f+VxWwxTMpMgNAzdx7ZHZVsMU1MyTEX4CMHAO5skABnNfeFf2&#10;wPoVrb2y5OrGkotCXpbi9gWoVm7qfSlruPzuTifnLYOxKvstSW1PgzGvvERFrrqBZ1YMCfg89kY5&#10;BZ81RqbPoxVyrtMDkrqOcxonhQWQPcvUD++uQ0M63k3k+ZfilBu4Sr0pZskhCRYDMsi2IFEk54tg&#10;gcRFxqTTZze3Z06Ku1gZ0AeOtnlv4uamvyTPWaPiJLQh4TOM+Gc1Jio0jcTrAReKfQzf+lonWMiF&#10;NGriWQq2oEn1vcp+wVSD7Md5TSwfpia3j5351ZKYowdHFR1sa/hTb+DlLJHXSTQhPiS2KwPRFedK&#10;t59Tp+eo28uEjVit8DM7xHCwA6Ml4WPCYgFsweX5g/Sxd/9nOr73IXrRK19Js7Pr+JwfmaIdxaT6&#10;Dgc2XzGC8u60D8yKIdWq+NewJmI+L6PqhBTd8G0798JZak2/hP7nB/+GG9O/pmc94/l03Qt+nKZm&#10;ZqQeaTRqslfLgAVcEjzromzIaaIxTflFF1Cbaz+681Y+O44rowhALO69rAu+Xw2uIy+9hqJznkDE&#10;zXDUnJR1hmChhuMmPtOzF0bsidcBZ2/pJGXLJ6ly5BjVd95Lg+P7+O8X5MxKPIbSTpoGyKtQbOOc&#10;lXvNazPnmqbe3ELpOReR33YORbMbucRoiPQ6tTCZiqS061oU+bukL5YDzFalz/+zwoaoJNEZ35/h&#10;AGYEVTp+9BD9PTf/d+3aKbVIGDKIciPTZ2PbljPoR654El39tGtp2/ZztBmqqB91uwc/RV2X84s9&#10;uvk736FvfOMGGYa//jd+kyanJqQ5uuTyy+gdf/Jf6DOf+Ef66D98TNnbYD7yGfyF679C9+zcSb/7&#10;e79HW7Zspmuf/jR68jXX0snjR+nGr91AX//G12nvo48q8GbpkPDvBsAuzEPUi3y9P/fl6+kpT72G&#10;zjrnbGFB4d6BhZLy+TzFX/+M656prCTcj0xruubElIIvAH+ysXxP62u/gnvnS6wHOWtXAYF+1X3x&#10;1vg5UyV4a+7d48al/yuy3PPqfZaY7NnyZeS5VVN4ri243qxDdsfPF3yyZuBpN79AKT9flQfupGR+&#10;P9dc3GcBC0kQ+MUN8oDvIT85ANvgyZ7zs55lXEdyb5GdsZ2yC3+E4rN2kJueFtWFg+QWe0tFrXs6&#10;vB6aIGJ0lmm0+z7K77mD8v33cZ/ItTy+AqQK8zbFmBNlbMxvAPY4caPOZ3lCtQ1n0fDsHbzXXEUJ&#10;/xz4eWXwcUl70nONQxB8IR1d/Qyil04iPaOcW3UOwpPWm78feheQS7z1OPznH/3Ih2j37kfod978&#10;dmq3F+TZnV4zRf/woQ/Rlz7/Bdo8u57e/vu/x98X0zve+cd027duoPd/aJp++/W/Skvt4/TRj3+G&#10;Hrr7TnrXf/3P9Kbf/A/0+l//VWp3BuLjfPWTn0LQsIFpVZcwyr7GN3i1f8EZk0SpyIRHYZiD/TUD&#10;KMn936AjtWAdtkrtZerdfxdlO79L6d77KRotUTbsCnMW8l9Xz0SCjWsLmDeJM5E7w8YAcmN47I+m&#10;z6SJ5z6TRk94OtVbk9T3Q1lHLq/qWZelVknoMM5JwuvIhuF5EI6c4jHr/WOHUrqwZ+YWbBCKEvQJ&#10;/a6oM1L0xl5tLcQrzTzNlDmVmipL7RrEV09ClCoCdMVFPU/C6HNW3CTcK4hFVPE9GkoRmGvoVwbc&#10;w6cUlTyNveQDKNrqzU91vAdlIRjP26Ar1qz2xOJsRVmSm6WU9UvqceeKEBOEGgkZqVIxPzpXpKQp&#10;cUMHpt6t9O/3RcioL/4OrwsQDapA2JShLotHEU0I09ppsKOvmdpCVUsBcxAAOTJ/CueMWTmWocpf&#10;ea3lcF3x7HgL9YSNC+rmzFoMeG5r/sOAljtd8fHFe6qEljlS8gYIYup574XRGhsw5yMF8pM4MnxL&#10;V6GAk2F4bXtALudOLHVoRSzM1H8YA+FUkrNzA4mHNOTn4+DefbT3ob00wTXCmtYUza2dpa3nnEEb&#10;z9rGZ15TlIbAeGBPh3si7xmybqvBocITyyk3DsQhIT0ZtoXfp7aCIrOAwz7ls1VMv8wAYPOSF1wi&#10;VfZpFgbAkRBCxokvXl9QEeXIElCgcc+EkizzHNABKyP+d102DUzDB9WYlhElzZsCzJcBUtUqXEDw&#10;n2f8ayKBQWNNfAruOX6AF+UuWjvZoLVrt3LBz81Uc5ZmkxatrUwJ02qhv6wTegADAshX5GHF2smc&#10;en+pfl0NtBNh4qkcDmbYwqKO9X3EcWQfeiCbAG5oEukix0YAHTaYZpBlDYZeWHrw6wMQged4AVqd&#10;Xk+YbpEYjvfkNBxh8pSprwtkOZCwOHF1AFhl9NYoHA6xBgnI/VP2UWBJYCol0oQ8M9QXyO5QHhYY&#10;3Uq0PQ7eSBlYkh8ikl1NTtUEzUxAL0hpI6PFVip1kdM6S/2LUGy52NLFItskczp87AQdP3mS1tca&#10;dB4v1HprRppR+PYMMjWm9SIlGYiUAuR90YXzfw/zRDZUZz5cUizFamQNJqGwpzABAE16NNB7ggMG&#10;lHYwNMGsiuMiBTEPEdS5BUMEGTP86WLdgGGEEyM1Z6RmnYu8qY/aQzpxZB/NLzxC7cUOF4gx1eoN&#10;fi81mgAgCP8xMJ66XQWWEJ1uEwnxcJDgltyak5FJczXyW8EUixmXe6EPT26+hFJ6mlF9IeEtTU7w&#10;2TBhAYU/7Q7k3lfFGyg12WmqhqekDY7I5WUCEZsEMqeZ6TUyxTgB0DduipxhWJ3lpia2SRBfm7yi&#10;6UORJl5D4p5wEV2BzyWAP0wY4ti8w2Lz00tkvYknlnk+ykFSCL6cGKF60cTCewugai5AdK+7SIsL&#10;J2hhYV4CcebbR2UChGJcGhK+FpiQTFQbNDM5TRvmNnLxP8kN4iSv5YaAj2jOIGmApDkAfiqkABA+&#10;kOs5lLANpTkLtVuYsQoORFK8GXsPUkxcn9R8FgpgzQ4cbwBiqmmO4mfJ6xHSLwwz0MT1ABHwgbm/&#10;V6WjyxlN1bn4rFUEDKBSEyceZsUkqtywaXq3Tt+UMZAGBwlHxbQl1h2hMEEDqQVNbmwyWJGI45my&#10;aaUzwRielwleK208j6YRbvK/u+FAD356XgcRfa9UfNzPhNdWM1ZpzjK/7oSLBdjTECEXHF9XypZc&#10;VEKA9N6AhclPljLcfG5ef/lpwopO48vnVqNzWlwkMgVTZl/Npn3BA3Po3KkI02OEDlS9FgndAHiE&#10;ClJS+8ahSiFcBSEeywhBMZZi1alUOjZmmRq8q6ed0v5J/GZxWA+lSYqMK1hivhkBVVjGK7LZ3Sr1&#10;cfSYbDrnTgNmrgL8AivQOX8KG3D8Oio/jYrJ8OPQXn5QsmSZ6efH/n0CPpbARrVjsEE65OZ8/Ox8&#10;lIsjZI9H6s1Xga8Y70lZ5AsmF+zTRdbvjLnrxjJWlSeO36MwBFJLaMO+uNSn+cU+rZupq3ci7w1V&#10;eD2h0QGrlc+BqTVVWjzphX0vHtxW7DmT/0CmhPSOxGwGun2VT0636sqUFi9YZdsFvxTxt+X6BcUn&#10;zizUD+KZGamPrQxLXW7pfLEBoHrNBnL+qV8PzgTsrZ0evISMcS2MK/5zpK5zvdHjB77LNRg8Dmv8&#10;91ONJt1101fpiZdfQXRxnZoTdWl8vaWlR5Y078tSQ+d/IFnp1MdLG+BB31GjyY1hE0yVeWpONWnD&#10;prV03fNeRp/8+Afoxm9/hbZtP5cuvOQSqje0ThQgDAU85fJsynXn/xvEfObRNCU7LqVqWqH+Pd/l&#10;NXpUb68lX+Lwb/H5lW3ZToOpNTTF93M5U4mynFlOJd2p1Q4VLsDzo4cp33k3uf2PUG/xGNVGC3xu&#10;Yn9JFCzl/QVysqiiwyY856i9BhnvhWu20MzZF1Bv64XU3LyJ1+1Ahp0jXrMjrgErgJWTXGtj0TF5&#10;DSozb6L8NJLdH8zQXZ1uOi7MQ1gWLHTO4Obh19/4RvqTd76Ddt1/v6yX3Cb4GBhu2bKJ3vSWt9LG&#10;9RuF1YOfW61X5RmBryRYsJ1+hx689276+Mc/Sd+75RZZ02gIP/T+99K/++VfpMmpaVVNVCv0/Be+&#10;iA7s30df+fqN2lzA+oDrh/sf2k3vec976Dfe+FvUbNSlCVy3fk5khs987o/RHTd/lz71mU/Tw4/s&#10;4b9vSI0HIE9C8kYjqWG6vQF9/59uofN2nEsezMLIfKS5TkGPgb0ZYDcSUXG/qqjjSO+5No7j8zbz&#10;dKrva2lf0xGEW7nXrvZujeJViXT/ZwVuYH+oWNKj1KJFwmkAKsBw75s0sUZntiaoffdt1P/S5yma&#10;f4QqU7wv8b2qDriOmWsJC88NvZIl+AYhWXfAdd7ITdNodhNVL/sRql1xrQxOGrxvLvHXt3wiwQSo&#10;Jbpq883PXpMaR45Q/wsfo+rB+/khHoovq0fYQ96kysQkZUv8zNdDiNpQancPdVHGPcKTnk7xtS+g&#10;Sd6LeoOeKComMGAacW8Z8/cKOJaPfXOj0z+7sa039SOPVfYJoEsYWjqURYfw6MEjdMOXv0gv+elX&#10;C6P8rjtuo3f/1V+Jh+xSu0PLS/M0Pb2O3vnf/is9vG8/Jdxftbkfqc3N0Tvf9ofU7/aoNTlDz3z6&#10;dSLF/Llf/hVKec/91Kf/F339c5/jWrRFv/baX6Lf/f03UlxfS6PeSQERJIkeXm0Dfq16nesSsnR6&#10;C9dSepTaQ1mC3TBbokZtSryeKwd30/HP/SOlu++myXhBQlMGWc9sMrj2jTJaXob6pid7t9gATfAz&#10;OXKSxO4dX9Orf5JaVz6FXK0lQBgUMk0QaMCw43WwvNylRr1mHhrGpeV7JSnk+SqdRym8ZBz491gW&#10;Lrr3p+KVGIkSUIISIIkd9BUEyfICFPI09jwOoJ/XRAUBXuT3Yh3k5LNKNQybjsTCAsXPDme84iPo&#10;21KnPv5V8WNU4A+HkmAS6DNzTcqVtHMJZtBU3qGlnus+ZnZDQQ1mU8GoZPniVvm+eBO/RJYOg5+h&#10;NlGJyEcTY6Djc4HIhPWg0mRnIVpleuq4b5V+PFNHboBn6P+kf4VycdDXxO2KCvxBxorMXzC8vngD&#10;xhY05UzGbJ9L+huw+E3pJJZjRppRPCYrfPpAgMjt2oGJPt/u2tDRcT2XCI4S/PbAOBlZ4jGsKTBY&#10;iiwLITd/u5Ck7MROypSRZsUh69BASdwX9K0YOKlHfybXD/ddJNLwB6zEahWFfp1/JjItDi636fDB&#10;w3Rs/iQ9id/DzLp1ND01qXiNXWP1YjY8QUJNlHVbqH8iI4REipNQXgrkKvn2xcG/W9aiEtiC7RHU&#10;mJJiPRoV6k9hdsZa28p/5IY2ppZ8l5t/ljhqCUpIwh6RxhFJc5Ks0hfaNQwbo2TAB3NHAAbQtPuV&#10;tqSToW49WWuK2SNQzN4IQEGflg6coINuP28Q3IS2WrRxbj1tWbOO1kzN0Ub+fRZPi5/I8mCgPmrC&#10;wrOpgBkei0zRVYQdlcSK8GpirCbVRLHq8UFzrUF0HowgI5Xugk03mU7otAefyw9lc8/lAdSkVEwf&#10;nMmZxQTU2H95QR3OJNQjS7MiMlr9WvJCXe/MF80XJvZG2ZUH28smIumrklhj1zPyRSyz0rMjYb8B&#10;qIngW5HoAhzlA5E5IbGsEqs8s/BikhUyVCPvzMAHIM18MAwGCjRONKaoVx9ws1AlV58S+V7CFbJA&#10;hIlSlrE8I4RikKopYIkpNN1YE2RSk3WGhJtM3q+TRoXbGopA5zemhpHktMFz2ugEM09lhGVi8O6C&#10;xFrSsBScEZbjYEgLS206uXyC2v158VMcdQdiqI2nvVLZQBOtmoDAuYVroCBGIEvKxWRqYKuY+OY9&#10;aegkTScPPgwackB5vgK4kw3Qr6SaFyytALSUUhGdAZfOphuQKYmPBKYMVeiMarp+xHNSwSE1VleP&#10;AidNkhcD+k3NFkXw6fOxGIEiXQoTUuGy8ntfPDHPtzqVe4sgncz1qDvgg5qfOUyf0NBUlnFO8/NY&#10;bRquo+lFTS6AQFUWz0cpfqsKZgHoE7PXLnX4GiPI5tiRYwLuLS8v0gJvast8HzAFweRfIsgDzbgU&#10;/e3MP6EJbyHeF5rNBq1bu57Wb9hAGzeup80bt1C9OaEAY5CKGmAtkjLzs5KEIvGzUu9LM6tQTxXs&#10;BVlpwreisFd5cVzw1FNhjmBiJkDuCH6UVQEXwf4BAHaYi9djXKBtW9NSkDQUBUahdwYYFWy/4rCk&#10;FalmFJqUAjpVYBibdeRXpifVJEVWK0wNigjBGDoNneaCeclM7ls47HidDkXOrM8oUnOxVwu7Fum8&#10;9rVgrg1IE2d7BsyJBA6HFqaBFooRW4oh9r3MJAIAyEermilch66VIaFJoHJwhCsJBkvoU6ilA9so&#10;N59Ab6Ea2Dfwvgf8futWDESuzDJ0p0cm7PXrdq3yUoeNu1O1hg8/s2rgQJhz90hNa/uW0jj0QfBq&#10;a0ocjTQZOTAE43DIOk20E9dHPLeJeYW4AFerNENClopzgArvwB8GCDgVFLBCOB9fA+fGheFjWRoW&#10;Pz94E9FK1uFjkSXLLjGnZye5caJwCZCDNPXQiZxOLEiEgVxVlzQkgVFklGCqC5hgdgi5LwqskHSn&#10;11RB6NhONi8FUiKDIKzlpc6Adu1ZpNaFFQmVyHPUIF4CElLed3v9EU226nK+4rwCS11MvOV5S6SI&#10;E7AP3K1IizLxavEhWU2lvTAd1/ccAOnIBkLGE7WBiLCq0OxUMg2IAAAZkuSy0IgpAQFMQQx5alVP&#10;kxOZJPlGkZJ0vRin16QAhT8h2IFgI8LDc9g+wb/v0uc+8VF6EZ/h51y4Q2sJnM5Wp0RRXrrf9Jgs&#10;zeAVtyIBegX4xwU/5FrDoQCK9cYkn6Vc73Fdt+OSbfTi/DX0hc/9T/ryFz7JdV6dtu/Yyn83wWeR&#10;E3Z3kmrom/hiovnMnHgqQzUwvPgJMu2Odn6PosFJSXeExyi8dOVdPriToukZGjbW0CSvACSP4zzD&#10;uQ0TfQBG+eFD1H5kL9HRfdQ8up9/xpJcXCeSxEj8hQS0x3XkmgeDSmlUwJCfWkfJmedQ/ezzaWlu&#10;g4BUYPBWuLlGMEbE51oTLMkoUd/nvDS4MZ/kU5/Psqz+nwkeOb/i+3WYFEs9ip+1bv16+qXXvpb+&#10;7E/+mHbv2Sf+yPhnYqLJ53OPjh87SnNz65Tlk2sjgbVw7PgS3Xn7LXT9l75A9+7aKR6Pcaz3GXUm&#10;QjEQQPeKn30VbT3zTPEXm52coJ/7+V8SL70vfOnLog7ocDNT4z36e9+/hf7oLX9Ir/2V19K2bVsl&#10;OAPj97npKXrO819Al1x+OX39q9fTnXfeRQ89skfAAXyfl3M2orM2b5ZaFSwT+CnKoBhNJTdMIp1D&#10;PQmgz1nyZOJC/rkdK9GKsKYVAKuLx3K+0BE/DkNPzvIoXrHmT2H0lYcgjwMEln0vf9iQjn/Jf2KR&#10;3Gm9J+wXY15VYA+Uqbsb9mTX75F76A46vPMOig/sp0Z6XOR0oy78rpB+zqugw/sSguGwD/Gawuv1&#10;kib5tbPUuOQaau64gvzkpBA2YMq5KAO3jHoVKI9iqgt4zfvK3kcov/92Wtr7IL/mUfJ13lMxo/F9&#10;HXan6qXam4yoMdIdDSSDvL6Woic9g6Idl1A+u4nrHn5+ATxGTam7Rv2ODJgRwiOf04aZsdUxp7u7&#10;4tMGwNyrfVJhAOEVsMKg/Tvf/hb9wZvfLEzsPXv209ve/na68JLL6MIdF9De3Xvoe9/5jvSoF14U&#10;05HD++ncs7fTjd/+NvfLCb31P/6ekCdm1kzTq3/hF+jKJ15MX/7cF+nc7efSr//Wb1FvaYl6y0v0&#10;pHO2yNnWzxOKR0tyVoJRnptXLqwOUA/K+N9sJtQaCDLHcA4pWF7P+FrtupPaO2+i/OE7qba4IInz&#10;wYsWNGCQbHq8VwC8bYBskxhTHM8tbCYm1lByzmUUP/XHqb5uK/8cBLXEYonUiqCoSETGGEcjGf5Q&#10;Yd/jjTkWm5ptXFs4A/9+kH1JmFl5qxmC/30Io0BAY2T9grO9H3tMFGqZpKJ7TG4pdfZ96r2ngRey&#10;t2NgBoax2X55k4oqwOot3dYbMSVRD7vcwvESVYxIbwvg1Fh9kbFHVS5vab6of43mh10bpAlvSeIA&#10;lAWTyM3TPcvNB7Cgtsm+NBjp/QPYBas0H9h1REUKsQK4arlkIem2pk+tCXQv1n0BrwsvO/QnUO5F&#10;pGntCGkKti6ijIg1hDCnkAIbmRLFyBxB2WIWWXmuAWYhNVhJNJZ6LRZnI0nhXuz0jIDmqG5hN8AF&#10;EmO3R7bnRtYzpk69lQVTERDSj30hzaM4LrkOBf0LVkoS/BMFe9AEFgCeYPolqakyUaMaaAg8BKq2&#10;LFIg7zD3yLvu3kXnnM9dF5+ntUad6iDA+cyYhV76HLXbildU3GENjhViBqKWwqec1XbCAHXeUpGD&#10;2iX031kxlRf8q1oTglOC4seEVMJDiUKjZn5SZB51GnqTS9EqoEyUqi9Y2hVZjkvqUgcB7MMP7stL&#10;JDSBIl/kEjUpsAgbVITIbQ0RmGxxUVib5eaaL9TSAer5fVxsVGhuzRzNNKdojou8Nc058CnUSN2l&#10;wubBxD6ViO7UHiDRE1qRRAL6AfySByPSVoEMJIydM3NVRa8Sp/Irj5TSWKVDQarX8FUq4rLhKeOT&#10;ogECq49K7IqQKhOCDcZx7Kn1eObHUjRbMpcwMlBUJIl58zaTJsOYEzph9cKUQ5qhBjjwww3PDDGv&#10;TMXfS5hL8OfzWtRh4iHNTYXvCf9dnw/Hfsfksonl11ZhhluVh0D8WzAUcDVtbPDAx8r2koCRyMyj&#10;SX0IkIwlCa40Gqcl4UGGjwb+HunN/PkRGpHwe/DDjNQWyJiOJi1EUhbMo32tJtLkPj/gvcVlag/b&#10;1OvOU7fdpmFvKEUh3xUBJeIqJKprqN7kh7rpzaDS0xCgnqUND5HIjO8BoGeMTQlxEKYqAidG4vso&#10;U4BcQyECEOsLqW5e8uczyVquh1Ph4mYbXiBGB+NVF4WCNKE+2H39Aa93p4EQeVeeobG8KitouGh6&#10;1GYspUneVFszc7R2ecjFU0LLCx2qTs2Sm+fmJR/Q/kcepr4fyLQQm9Vyf8g/ayQslyRXmvDUVIOa&#10;zRl5H5D+YPKD6byE3SDQIzaGAt/j3qBPXS7u+lywIZFvwM1ypzuQ32NzARN2TObySmX3Y4QhDtkT&#10;eWg4Y+q0u8K4Wji5SI/uPyDvDRvy2tYabmQ20tatW+mMbdu46Fljce8kjZp4W6LoRMIyNuE8L5Ko&#10;MmNtyb3L1BMyNaAxLtAO2/hiTdwVubFIMsTlS9ZDDfE/CMHwGopyYhTT/kVPZ81AYpSJ/UA5zbKQ&#10;aXl/CjMjUP2p4OSZF2GImnfK7ku8mtOS+TcMXFQc8LrJj8wrj7jJ9dzkKlW7xx96kvfVQQjqkGvC&#10;DTiYevzfYOxBQlETz5aRJufxOu2pS66kGOL78Pt+AaLlCqYHXzs13hCgD68zFA4ovO9K1C5SqfAY&#10;NIpWZfuVCogC6FstydA9UHbBPCuKuX4hIfan96pbhZI1gn/kqn8gy22YNwveNkr8Ya5MK51v5pr+&#10;KMCdUuRxjcDca/AXAPyr2NQv+P+lNmHFvzNDQ/KcCmavX+Hb5cfJ1afLHLGf9xgGhOPm0j+OfBln&#10;ReRXhXiUPDe9L6Sjj0OKPDXrxEenZXqNyZWRepWV/k4k/rkyILF2u3wg7T6W03zPJM7wRavUxT9U&#10;An0A+kSSWUz9ds/8uYIp1zjZ28rEIpFYUvHEesBpSjKfZbfcu4emmhGdublBUR1M7qqw+QHoDNt9&#10;2aMAmLUmp6nPxf4QjHBuWlCwodCOJKlRXxLqgNZExRjyulaC8XUch73eyeAqs2ajxgU2hooZJuAj&#10;L3JV2Wei4AKY0GKfG9s+gDuVC8teIObZsTAE63wuLLY1qTd26t9SjawAlRS6XJrVOu9dqZBK+vTo&#10;fbfT3/+X36dnvfxn6Zrn/FtlTIpheq5r9TF8HMfrLT+NZGpls+ssPCWKfeEPE8c1GZg1mhW66Ipt&#10;1Jx6FX38799PH/67v6LrnvWT9KM/djXBMaQ1MS1MRdRhaLCiEOmA98/3owqfmydeJo1E796bKBmc&#10;oCjl2oqv+wDD1wfupiGfd9FVT6Z04xZqVJs2w+F9aZDR4NARanztK1Rr7xX1wijvYZPXVLuKBZBJ&#10;ZCJf5ybXqNzoRo0WDTdtpcoTLqVoZiNFkAhDIWJsjop4x2giZy7m7ZnQyALQPx762rUssZFXgqT+&#10;BwL6zkIlVjJaSvci06YLNfdZ28+hN/3BW+gjH3g/3fTd76qX9nDE5/KA/vgd76QXvfBF9OznP4/X&#10;U4sOH9hPn/7kP9Ktd9wi4RmxUpGE4e0qcSGNRxPz6KMH6Hs3fou2/cxZAgaiWVy/fo5+9ud/gbaf&#10;dx799XveI/Ul5JhNvme7dj1Ab/79N9Mb3vAGuvyqq+V6a7jMiObWzdHLX/kq+ulXV2jPQw/TDV+9&#10;nm699RbatG4Dr4vn0MWXX0yTM1P8rOfCGCEzNEDdKT7OBWing0+54pE1Pk6ZVGMAz69kMYegJ5+f&#10;yuRb/efFX2enOWPGcuDVsvbVjbEPTTj5xwT//nf+J8X+gt2UN7M0VtlZA0w8IStk1Dy4n9J7+Bnc&#10;9yBVj++lmRrxfjuQszGpYhjdp2jkhcHWS3gdZGDIJzSa3kDpWTsoOf9SSs88j7qVBlUruQw3eOeg&#10;mhBM+KyFjQpCehCWt/MWynbdSlnnGK/XLp/rVQGZxO4GwL6kU/L3oH7mPmLKV/h1eQ1vOZeyC36E&#10;qhc8kTLuJ0epsWyd1gWRDE95rSTqox4LU0bVVqIqWb33rfB1TGSQDbsbvNZwqCEdSTSSvhEDnMuu&#10;vIou2LGDHrxnF9196630Xn5efvKnXkkpBhG870yA6MJ1+Ete+jLavHaaXvqqV9Phwwfpa9/4FjX5&#10;WlWbDfqZn3sNLS4u0stf8hI6tO8AXXXllfSud/85/f4fvU0m2dlQP1Nd0mCH4g+YiqdrqkMq+V/e&#10;ryDRzdW/E8FXIAPU0GvAomS4TP2H7qXs9pupf9/NVPdtkePCe67KBwpkyBmfLRXZ0hQLSCt2jQZI&#10;TeafMLeRJp7+EzRx/pVUaUzwOkhlJJohcAU1qsiGM5Luz2w3xFs6S82qxdheFpJZfm4Kvz5X8gYu&#10;1TSyn3o/fq4CIcoraCSkGthJ8dkeG04hSjBXmBQL40k9eSPpbaGl1b5eoD1je6m1VHhdnCOBxR1b&#10;DZcYE1BY/3lunvKqHhI/NWP1CUMOgGMcmSe6Mo5x5ktrYn6Q6v+KejRRQY/TVHpn4ReOAruPSjYR&#10;Tq5ln+uYNnxYjU0oNTVq/Wosn0WEWbnVspby610IfojU2y73hXoNxA8FnLS+w5oHWUsUaHj2U9Lr&#10;4IaFRZoy+mIBQV0pXTe3a+MCMJtreExmstM4UuBR7CgM4AKRrMs9KJiKkK2DqVgDaw9KTac+7cB3&#10;gNNoAIcCgUmk4SKSpozcMgRWOvWhD4QE4DjVKFgxZQVeEwI7IgN5HYXa3QBEHzwPnRCuNI05k3yD&#10;EAiitldDeuSBB+jQnv205YwzaMfFO2h68yzVJlv87Fa5dtMgKRCwgsVEFAha4b6a556swXzsuuzI&#10;F2SiLFf1nJCmIleozArwW4I41c6L/0cZfmefu+PNGK5JzmYeEuq0otXQulwK85F5Yal5KRmCnRZa&#10;Y23I+7wR9biQ7tCo15GHLl+cl0S2oMnGBAZMIrDKgM5WIDWt1mii0eTCcYqacZMGvT4dOniEjp88&#10;REfb+2lx2KGMv7ZVafLNrlOVv6ZVr9NULZJ4axR0kjzDixGeD1UD+pzEMNvfYbNDUS0a77ExvDME&#10;F4sHv1QDrgweeSBXsLSUXYfNI7YUW2H4ICmPglbdfHKkXzEOSWA42UMvsvYQw2xm4HmQ15IrfMIC&#10;pyIsVvUpigVEFd8nY4FBIgGApjdYpm5/mZaXT1K3t8wPzUCbEv4qBHFAyrHUXqIOX0/I8PrcLAy4&#10;YEfTu35mmqpc9FaBiEd6OIixq3kJyCZWJNtoASosDKdfF9vDJqbaqTI2RKYkCdKa5KtAbEUOKdnQ&#10;wCLKMll3uOcLS0t06OhB2vfobtp/cC8dOLSfDh87IsUqiHjRCB4Tk9RocHFea2k0tUzqIt6AhtTh&#10;dYbJYD5UJmp30KNOr81/x+sPSZsA9UZ9AUNH/Geg/WeSwDwyiq0ZbZMvfOIyAZKCbNeAPmuivA/B&#10;Gpaq5PT+xmYujjUCCjA8jvDwbd+8mS67+hnCwECTB++Qar0p9zmknnpL9sTR0O60RZqa8Oe9kYuI&#10;k8dPUJfv0XXbz6J8co5a81+hQydjOriQU7PZohlM22L16Rn1BtTvdqXgiHRERH3+M1CiwQQAW+/Y&#10;8WN0kousxcUFOnFing4fOUoHDx6j/fsP0rGjkOgu0RLYe92+TP9xUGKyE4DPLGxWQl/MV4BgOlUa&#10;m8gG8MaFTRNCVq68ljsdSUV++OGH6cEHd9HywgmabfHGWKvL5AsBOHKNhXWpQHiRemwpxuLLZ9MS&#10;YXR49cgLe1NI4goFnJCbc0hEwSIhkX3AH6/PB0QMX0IEY/D3bWhEtLYRi5Q3clRivqz0WioDfuNE&#10;5rBxxwWbBkEP2OTbQ08n+JDY03M03ydjMsaWAJ6vMMwV1gMAXwlSSdRfDnsxJtWpmpcD6OuNBspi&#10;tBQrhO4AoBsC7HLa7DqT7KarGXhmdl4hlc0HI+CGzGmpWJNEbqVE141bH19MzcosMP2biv2ZL7P0&#10;ii4tLsCcIvRj9c9awexb9R6sQKh6fWbSAMCZRyjYAiMB55Ckq0BDbOsURR7k+widyqxpl0Qy/tUT&#10;HyNlgLfzUTGVk32a78e2xoie3DpMs8k+kbpULWQHe3lhB2RMP5XjORsMjUG/4AG5wh6xTFg0CSU5&#10;WrEmTu0hy18XQL9V1+9UMmTJu3EMyvpVwSFjX77xS/kgjycDQi1iOxg0CyuYi5T5tqPvPpjS7hNo&#10;POoSOAQmM4lcWv1xRli38OvjfQAeXUU4WBhcm5TRRcUfGIiu0nywucFAF8mYq9GGuYzqIuPQvRrh&#10;HLH5uohctq9TW5msIyhL9nibsEMpEOu6AAtZ95DMmN2ukC3LfhMp4zgVqnqk/pPyFvW8SJKoqDUS&#10;a2zTkTYUsQxAMmXhww8mVca9BG8JOx5JqQi4wqesGDyWyaCij/1Q0m7DAJM/AwyjuUG84PLLaXK6&#10;bqEyCVlJcorPURmBenxvudXeZZbuFqmtgBdf4aYw/taum6VmZY7uu/d+2nfgDjpr25XUmqpLISQA&#10;UpQU9za2QebIPIgiruHyqSm+nk1Klk5wgduXwKlYlCE9qvAZNFxepMmzzudmtibPM5lSojbTovZJ&#10;3qVOnBR7mQECz+wsjcxAXIzU0XDXZyk6/1KKr3gK1S68kvrT66iKYLGkLsNTNDMyMPTqJZo59YRz&#10;Jea2qgwi8ycas2zD3u8Kpq375zF3C2uIfAWY5Nx4XJQbqCTBXdU6Pemqq6l94ig9tHu3sQtzrvf6&#10;dAvXCIsnjtCue3fS3334w3THXXeIhBE1DaRJucmqsVzhwbRhdpZe8Nzn0mt+8ZfoyqufIl8H+5Pc&#10;WOyoly44/zypQW6+5VZ5r2JiPkq5zhzQAw8+TBfsuJCmZqflWkNy2+8OxAsQcmL4k1122WX0tGuf&#10;QVdf82Q698ILaGJyjfQRsnqFbaKNTuRKqZB+nCoulYWxPcZJaFEBFATljAsKGh/SHVfDb75gD7ky&#10;Y9wAvUKh4UKa8So2uc/HNJAgqTNwccyYXh3M8r+/JBgM6SHXywN+3kDAmuB9q821yTQX3KNvf5PS&#10;b36J4j23kU9PquqG728dzrdwi4End6sp9dRoosZ1Kr8W92eL686k+OpnU3LNCymCfYsE3tR0NcPr&#10;nSuL5SHXxgmfvVyTprd+h+hrn6LmwTsp6p3UUDykgGKoMeJzAdZRsDsQ1+2Um+YKDbkHbFf4PV/5&#10;PBo+96epftY5lCP8MVMZZFGHmL97ViSTa08H4DhRDc0KGePYLlj/TNjcsmkl9LUvfone/d/eTdf+&#10;6HU02apxbd0Xqwj4cV28Ywd947vfFdB0165ddPEVP0IvfP7z6NzzzqMbv3Wj1Bh33n8fXfP8F9Ia&#10;bsCf94IX0CL3NnfceTdNcy/79RtvpNvuvJ3Sdo82rNtAb3nrW2liusk9zEiDDivqrZ2mo8KdJNYs&#10;XUrCQBke3Thn+fw5DvsKUYeMNAyTa/3u37+P0pu/QO7YI7zHdvkX38cMvclAghcTPpfcCKm6VZED&#10;xvCMldAofo31mym/+Mdo9idfTUsbL5DwuKyi/WpmdY0+zVbriXpFPeIEBLRwjPDMxgY2+XKq14qB&#10;8Knepr78/BVbZWT1gp1N6O24n3G4N72OBCboWaPhV86oNpoEmEqSe05BrUcrfIczpdcLOw+e39j3&#10;tFxWT38oBcR7zdR+0kNiYCloYDwO/3ImpbRr4KNxMEZwVBZPfKuDM7NdcSUv8FGuhIo8DDh88H8m&#10;Wmx3qQ+/S9g2wa8O+AqCSJO4tBHmArIlpv4LgTSR1Ubl4jAQjIoBsEf4WE199CQKTWsfCTIVv2Ib&#10;WkUFk0lyF8JjFNHYjx09XFaETOi5hvclw3OuJwCs97ieWOZ+c2m5L9dZwleTSOTPVfTWEsaayHkt&#10;jEILmdTrbZkTEuyqmQjwjJV3oRdVQct8fG0TSyAuMJbA3swUwHUW1IKvU3lwXtirKZgYFWEuWqmh&#10;ThvRyaOLdPzwUf7aITWa8I5WWa9Kr2PxKXW2jvRXNPY6t/cRRePzLXgvBoWV86EW1XWmWGpu0t2E&#10;oho8UhMZWMoaO+uCy94sqsVSBLazJtAX/2e8o9zM903yGJkuWwkfZqaPgINBlzKwgBA9jg/Pi24I&#10;mZZJeUB3jXJLy8TNrE7INB2fs1IF7bFGk41ZatVh9lylbqdHx44fpUPzB+nowhFa7pwQqq5sRImm&#10;zjb4wtV4EUgiLdIquakA4AepgoCBSSLTxzg2M+5YQSqwFnFBQKmMwwFvninKAAmm9mrgIJNfS4gl&#10;k/gA1JObGEeF7CgAc8qY0kabgtk/BbmXfv6QzCMhCZIKp98r4FrkCuAgDptFrum1OKSPL8xTZ/kE&#10;JVmfJvmzTzcaNDezltZwUTXTmKZWrSphGzUwufjAhdfPdGOGZienaG1rktZOT9P66RY1m5MSgiKA&#10;J6l2X36mST4x99aCR6W18vcCcOnDJtMNCQKB90ZFHzhIbSDlBd0/r9DC8hKdhMcbF6QHjx6mvQf3&#10;0MHD+2jvo3vo4Ucfof2HDgj41O8OxRweqPR0VOcmvcEPe13uC+ZIfa+ml71h30zTeZPgzX3Y79GI&#10;f3nIZVP+lQ/lF+U6GYSJLdJfA6KfSgrgSI22AzBE6jkXKMa+lMobCDZKA46KTTyyhFdZS5H67TV4&#10;E2xU1Y+x0ajIFGnjzBq67JpnyXWrwfeRn5N6faIwyY+iENygcvnlNm8SmMLz9f72HbfS0X176eSa&#10;LfTszZPkp7ZS5dD36Bg3Qrc8NE/Hjh2l44sn6djCSToxP09NXnfnbjuLLrzgQtq0bTutX7eJZvie&#10;R0i/tE1BPQjE8YivU0T9XsZNQ0+k0riXqcWOq0eesg+otLmVUInC4zOAwQH41uRfLbhkwwVo5w0U&#10;McPs3AIiIFc7ePQo7dm3j05wIQQVebXWKGRJwRfPZkmyrgI/VqckmiTsC9matyj4qEiuVd85m+rx&#10;mm7j4OE9RlTgfN+RVouwoGUufNbXKrSuVaU1uH/mb0dGNXclECUqAVxj+ZYrztnYjnSZevHPb3PT&#10;vzT0tKuf03Fekuv5/jb5NTtkqbQuoc3885fBqsY6RdCOVw+jujD2MppxkabjWSqvt9RgPKJBwjuS&#10;RjeyfSeS70VJAa+6XPYtB3ODou0ppoXaYsmzJmWkeb+tBN98MGazNicq5K0rDavcCuNf/EcUQCIq&#10;AVn+9KmwK9huKxEtkT6Hv0N62cjuRcjMwZf3TbaLUnkYgqd8YMUr8zIrU9tsqiwwi3MC+tawJvhr&#10;W1y8Dp02CxvqQ7pq4hjNJft5r86pjoS7Sm4GxF4Yrbg/cQnsKwOhrshXcyUszxcS+wJsI7cKeBsD&#10;YeHsXdmXuhV3qswm9yWT+vBn2Qqd78qwkCDz9cHnuXjAfQGW5qGAVw8Lvl4q38FFP7KU0E07u3R4&#10;OZHkdQQ86eQ0071XDKVH8hxjoCCWCj4fh3AEeAgsNzcOEXO29sQjxkWFNxdYx43mBK2dtKGcFfrh&#10;7MU+h6lsa6olKaFgIQD8G/QHWsxJ4ZoXw6rg0RpRVMJmfPGsaMqgNjyQLKOmAliIrwBrCWtABo0V&#10;Jx7E3Itqgn3ViZm8gB1eA88wzcbnqGPY5oqsYAECXaTyG7AUYEcRPEPxM7E+wcLJ+fybn1+kua3n&#10;UQVhaRWvq97er/i4yL1LhDUou+gPBKPcqb8vrTMM2gDQ1mqTYiA9tYbrjeZm2rv3fnp074N0xpnb&#10;aYYbVkihpF6U+6WDzhB+IobyAOv5usRr5iR9lo4fkIGGw9rAIHXUpbjXFhB1NDNDDtYTkUr+Afg2&#10;1k7qM8znXwVBAdWaMOYLXjWGonObqfmUH6X0gksoW7eRf3hDTbNJ/ZQA4I1yZe1IMx059VX1+Qr5&#10;PI0FQacApqey+9w/C+zz5XjPU0B8G6aiITHvIdRpZ597Hu15+EE6eux4EcyGfx546CE+P/cKwzSk&#10;ilZrNTUvV64pnbF5Ez3r6U+jV/7UT9O1z34ONScn5TkCwI1BKGSLMuzmZh61wBlnbacz1q+j+x96&#10;WJ4V8aPks/ok1xm3334rTfEzt3nbGVYrq42LE1uZqjRdaHTqjQm+t0NRecTWbEWlYU8A7bwxeyX9&#10;VFJi82CAoQ22DZxJWESBaRmYeHYWOfUmDiwacqW75ktSDFrl1eapJH8qyYR9YO/lJemcE9aXMvh8&#10;AQS7U4D0//8AvzCEjq2DE4mu7V7BskB2/II9YoAqP7stqHcGXBPOtyn+/o1UufHLlD50B8X9w5TB&#10;8N8sUsCaHqRdfj4A+IUAnli5/+vPpuya51Hl6h+jZPN2GggwkFMX94zrcPWEr1HVDajOz2m2ezdF&#10;13+C4nu/QS7twfxKA9Ygm0/bal+E/0NggkvkM4yiGvWaM+SvvIaS615B7oKLKYdtVJoVqarBEysv&#10;nXsuePOFgYWdGWNLnoJSVgD3ka0/+INDJv8Hb3kzHTpylG688Rt0+RMvowbX8zULZpidnqEdl1xG&#10;37v525T2+vSlr3+NLr/8Cnrus6/9v3l7E3A7jus88FR13/1t2EFwAQmu4Crum0RSkkVJlhd5jROP&#10;PVYk20qcGX+fxzNxxpsiy/q+GVlRxp5x4knGa7xGHjkaW5a1UiIpkRLFHSBFECAIgNiXt96tu6um&#10;/nNOdfd974GW4/E4HwIR77377u2urjrnP/9CV11zHX39iSdo8cxZevbJb9BlV14TeuNluv6Wu+jG&#10;q66kWQAB3Q7dcPW19B1vfxu971/8OG3dsU2eHbDOrQzUEyPDIg6TcFJrNax47TO7j5VJQwb4etjb&#10;xuGaHzhMwy/+FWWP/iXRyX3UCD2HpJShjhmyL/64kN4bQJ8Ph5RpGGbxFgCBw7W2tz9A0+94D83c&#10;/hYahD4MXrINtidpiKbDrK46qPSpjkFupjY4tOvJ5uMz5U2ZPhuHIKaeF2dWeSBriAwDIViLK8tE&#10;OCvC57Q66IFlB1ihCYv/hKQS5abcC9ZDfNQb3EaPOVxDgIK5Yh5G0plTBpBiGEL0jcw1cEHAO05n&#10;JrEmkURkii6iem2sSqONAoFa7zhlxykohv4p1/qetHcrvYvDe1laGfCebJn8knAdwoGINpXelJ9Q&#10;W9ZQVr1PxZ5E7lUZJRgHGNaWhSV6KgRnIIMh52dSn6lE/Mzl91oZAkeQkslikhDLJJqClHWXs7UR&#10;e/S5WO+JdRZINytMShrT0mDEg1rA2eirm4o5pGDrKZEGOEST8R+rmAup9YX2XobUS1DsIbz2J02w&#10;3XRtmpIV58vXSPT8iXJaq/eoiKzHCbJJzT/SijoTdQoPl8O+uhjWI2TIWEsbt26iFGexgAQMIpMC&#10;i1yTm0TTnRXEM7byPHQV0CcWUK4U/8a6vMSL8DdbwQmeJIzAUIvuuu6WDxQcJiHNPG+pNRmB1UUo&#10;iUXS9FudlrCKBrTL8ZCGg76EEIQ/bjTgQ90y/dFxEYUpIYVCgZAmO1pmuiNQeNBCARLCV2o+PFAr&#10;OXGsO2OR4Sb2wkPVbYbNsDXNk14A57h4R8+epldPHKeDxw/R8ZPHGEBaXFpiALAZDgeABAz6ATBo&#10;tlnCA7kiZIupou54QFL1+5MIbDEtFgQ3EdCPF4akg+HmoCASUE6SU0gfmhIcs4rSlhHTtkoPtFap&#10;4xL9zXpqbWQYLFGvrohMW506CH3UaRy8sPn6w2U6t3CCbDgkp6emacOGLVxQQSYlIRaQuIbfFT67&#10;Zd82pCR3WKLRmepyql+n16Zue1oktjzRFcq2iYCoprUyW8OJ74ClVMMPEjY0hxxzHO7buaVlOjW/&#10;wH+OvHaIDh09RPsPvkQvfPNF2rd/D+3f/wK9cuBlOnLkEJ04foLmT56jlYV5Gg/HHF5oc4S6hPfS&#10;7DLgy5OOsDEghRQhDTAnB5NpnGH9hL/DeisGi2E9CMBnYNAJkA9fL7Cm+lxcjscDDm9g+nAmEd4s&#10;42WW2kjYVgg8yDJmLyLRSJKoZVJDeqjaxJYFARpJTgxkUFTWC64ve0eGv5FwNRWuba/TpJleiyW0&#10;SSv8d/hst939RjZZx+aP56DTnS6TY9lAlQ83mTGBno2ksna4b4/s3UPHXw7F0UVX0B3TDZq+5Gpq&#10;vPYMLQ8X6asvLdNKuB6Ly8Pw9zg0joUwW8NGfHJ+KRQox+mlI0fplSNHaDncJ/g+AejD943G4Zkb&#10;YIqyEv4eSPFmSGntNUN+Y8oCmDdQI8B5nAqZko0gwJ2texdRSfLTg04+q9Ukznj2i5zb0FK/z+/5&#10;wIH9tHDuNB9UU2F9prqDFxrAESnNPqYiACA2vkxH5I2bjwua8HHz0QIh/H/z2IfgBRn2DQRfgA+3&#10;Eu79YihkuuGjXdgh2txtUp6m5SS4HIn4CiQrmW3xGC6p9nLYOmtLEGcYXn9hVNDhgaOjQ6TlOp5Z&#10;M0ZSJr7JMCSG0mxWc3lO3TVstqGhMmI2O01S9DFIzemUxJTxCOjwIBOQvXoBRttDPohNbASpAvVK&#10;BEkLEDUyrhJvBfyxKoOtgL7az8ekKxMDL1YFWkz48Zm1fnzGrAM6+PJPqq8p71BA90KT3Yx6jaQM&#10;DvtqeGyijQP8gnyZVFchZ9Ic9dSXA2DKFiuBPn1Ny8L/bWoM6E1TZ2hzcjg8a+H+sbRRQoViicAs&#10;sUgEqTP7SoBTf6c1q54hsyaoI/6cW32J6t5Sq/6s7jXr+Got53ydLBATx88a8GBWpVgaVdKZ0nxZ&#10;HkUwykQOO84tHZ8nenxvn871NdUR1W4hcnxmVOeZpJ+HPRugQgzOiPuGnH1ecoqUIS/XLDLOxBMO&#10;bzHTc+jMmT7NTuEsEQkW2AuYsnLIBLx/OaChFRrKHoNpkpY+4r0g1RRD1KggJ6UKWEihXd0bDs8C&#10;+zdXJXbC7iQsYQZ7T1hfYm8gAVNi6C1KcUymMV2OXFlYaDTY9BpNdwQOc4RGAfwkYbhYfdYwPGK2&#10;IDcssC5I+CzOTEELx4/Rq/v30ZbtO2jz9u1aLGrIjJOpfpQn2tV00lUg1Xp/1mUGYfgwXmS5NDyo&#10;duzcTFs2XU5PfeOr9MTXvkzTvSnafvElwsCMdUxR6D1M2FsJoCxAiawZ6pYt28K5Hc6nRaQQj5Gq&#10;pQywcLHPnKYC58H0NNnwuqlpMSDlwrma7rggPJodyk+fwUqTwRmSGJ0qI3C2zmyl5tYLuBB2ql5A&#10;YqhLpPZr2oKZ156T6dU25TxA3rfur/ktADRE570XEbLIi8oaBi/bDZ//DbfcyjLvo6+9JlJDSLfC&#10;ZwNzHynDaWQthPW/fdNWuvfWO+gf/+AP0I++5z10x9330o6LtovvGHypnKZQGwlXQV1zbmEx1FRj&#10;mpmdo13XXEU333gDPff887SyvKwS9wYtLy7R8889R7O9Hl0VvgeelwnbwbQF4A71NmoNo9J8yaYz&#10;pfQocsa9q5J/IgDga3YG4q1X26lMpTIpQTa2UbCTHnzlwK8CFCatDjxN8NMVjPal6bmvHUem8mmm&#10;+jPhJ6R1kXW6OqH5HwTgix5yeg6L1URREgISDf7yRryLjdZQaLitUTbTMHzvN58n98hfkX/sM9R8&#10;bS9ly6/hC2F/aTAzBR8HtVTqR+yJxWwngBWzW8hfdxc1vu37KLv9rdTcvjPUuh29n7n2lApMwQpp&#10;/iz5h/6G6K8/QemeLxEtHuNdOIPlAvY5DlsbS+ObJJwey3co7NnFzmvJv+k7yT7wbmpedT0VoSbM&#10;FWxrWVvWNYURswCz7pAiKilMWcsmWoeW9Wls9LHvhz0YQYlpt0fXXXkVfe7zn6NB6De+/JWv0lvf&#10;+g7qtRIGh7LwOy/evomuvf4G+pvPf4bTd7/62NfornvfTNdctZPuvPVWeuThR+jEsRP0uU9/mv6f&#10;T36S/uZTn6Ifes/76MF3voPe8q530X1vuZ92X7+bewK+2omQLORIdDxwZEWd136zLlOH0sOJui0N&#10;99Pte5Gyz/0ZjT+PgJPnyQ7PMDiCVPEklzADvD6DqK0my17B8vTsTRqe07kLqPGW76Wp7/lJatx0&#10;X7jWPbZz8ZrSWthGVeuWgwlbyelpbdhYScirfT0OyiOgUU8C8/UKxay/t+bqOcdAGaTo58LnzIZM&#10;8IDXqIPcdpzx+m+wPUAk6uYSDgFv2BiAAVAQzHkm+RdCXGIbKgXZCvHyY+/XVov7s2Yq4FKuvuUi&#10;b5UBu1G1l9GCOdq8OF8xGg1VtjBlMrgqoBzXD7JWnarNCpVueq3dl1aGvHfz4IqBYUlhT3n/Fxaf&#10;qO4ijhOZ4sR7c+Gj92HsVCq8ggemSaqqPuL73/ANIX158Tv1kfyhhtWmvNFOrmeUNysIxgNiKLac&#10;EGpCBRj6+9CHDsfcfy6shD50nDEO0244Js00k1DPEVh9TQ4cEZBPPl8kEuB9NptpqYZBzYD6Dfsw&#10;2O24D+1WU10Rw2dPm9LxsKRfyE0UFWCa4Mu+mGla9ncTHn8RXJyYE/mK2ADbEmBg+P2hn11eXKa5&#10;jbPUmpnmM7qhjEo+dRJREBkdrps4sOFBSsUsL2LqrtpaGdGIq1y3wbZmDLwyYzAt+zGWzEO+vevG&#10;Oz8AMkknHM4JpnK5+PSJvMex5ttoYxwligCCnHosjUMx5jR900aJVLQ7NNIwcX+a56qjH7O0kJtV&#10;LCIU/pCv5WGRDkbUASAzWuFAiSEYWz4v5V/coIULBTClE25Wr9UL76cX6sERLSyMOQnl4LED9M3j&#10;++nIuVdpPlsMC8kyDRxSBMg9cfilvLEJyo6L02pZnsIz1we+goqmWw154CIZ/w8POsvDJAmGF44u&#10;ZASFGKZ8mxJdzcuAAWkiGBxCkWPSUltNmixcJsAaAQRlKuv02rvSDJTN+Nnzy9JMdyo0NrPU7XS5&#10;+Jfr73kjY0p1+LcB0knBenFGTSwRgz6QTQrwBbPaZPLu3Eh+TwLgyrDZf2q6vAbAHocX3DkENSyc&#10;oxNnTzKgt/flvXTwyAF66rkn6ZnnnqJ9L+2hI6+8SKeOHaLTofkowsGIFNq2adNUaypsSJ2wDuAH&#10;KOEtnqrEGUyjkXI8HqwwU68/XGHvOYDJkCqPxmDzSYM4Hg7D92TM5mNqOxKRx31mGuA1UjaOy5hq&#10;PwqbSD4ei/Y+B4tjyCAgNmfPYIl0bS4aEiO5mEMDEvYLwNcbaUPBuIKDLRJlRqVG0nax7iETn+kA&#10;QE2o3bE0FQrgDbOzNDU3E4qFLqcj3n7HXWxejmchD5sQwmkqZYisR0ErDINxCCBBqMaLoaD/5tef&#10;pqlLrqRrwxLdseNyorPP0tLyaXr+YJ+pzwVS79yYgaOFwZBOnJmnk6fP0rnwd3+5H57VjIvthXAP&#10;IfsZhKZqNBJpLtZ6qyHpvpzE5iord6vNUImJlNTvarpRTu60IYlQQExAqoAGZQhGs30kNap5LVpb&#10;lvhrR4NpGiS+R48fpaVQJG7ZMEdZ0hIw0QtFW6LRU978sHWmkTlbS0k20XcxmvriecX+QjASHgob&#10;1TVogDUUfmc7fLYBCVV8W5do22zYa5KGBleoYaqxE02wK2U9VfpUBPtK6zV484XruoSBRehjT2WG&#10;zi3n4X1YGoqOif35wFhb5qAMGcICBISH3LJ6qMoG7tmIGfsAivhUk5MTpxJ0FNBY29ZMwDvYtzBv&#10;zzQsqKSN16Ng9dCyemh20ERa2Q/i63j92Sjx9aUkeFWkrH5PJ1zLUfj5hu51a4E8v443ktcwJiOB&#10;HqsqyKIWiAOJaMK8Ac8Gxw31ReSWIwLXehmiJbsYWse3bCaKzJETE/CmkbU/4pWblJ9vrpnTW2fP&#10;0Aa7L1ybnAsT+KImyRYOruJj26fqDVIZT3tv6+Qo8mYShJuwDar1KH41Bktr+tbJ4tpU8t6JgttM&#10;iqHrE3JpUm2N1V/9sKv7BtrySRbLA29K9iKDfQDfws05OU/01X0D6o+bzLrLVD6Vc3hHwWn2XsO/&#10;BBAwk4xEK4wMUn9dr3YX5Tmm18dpMYs9DN4vo1FCW8K+22sTM9x6zSTspWDwj2m4rPILhBY1DfXC&#10;fo3DbTAc8me3RgZ1nXaTf9coc8yuozI8h5hNASUCfMdQnzRTMT9nTzo1pEaabyG6F2btRW8WDJaw&#10;x6DBhJWJpyjh9ep3mLMUrfR6xAAjVY/AsLe3mynXP/gyzkO8xxYXrpiaD8gvjJgVfdmNN0tADZgf&#10;SD0fIdSpIX5E3mvzUayLMq1u2OoA4GoQi+Wl8GNmP2G8/yZt3toL536Tnn3+GTpy+GW6eveNbFfh&#10;3IDP1sj6wL0veP83HJIGljEzZ8E0a3Wpc/QEWQzrrICZbQCW8/Pkw7W1F19CrU4aPrPlWg4D3WJ6&#10;hrL+kNqh4WMPZ9SuVq5jB2vttZM07kyzeT88E6EuyUI9gtooDbXACszreQjreX+VVMTVDeu3Dtz8&#10;nQAe83rBD17ZCpVNRpRjXXP97aGG9vTc3ufEmpATNIVBL95SDbp593X0U//sJ+nB73gbXXb1VWKl&#10;Y4SZySc+fKfUU9axn5Ch5595lv7kj/+IPvP5z9LNt93Or7ljyya6+OKd9I2nn6LlUMMj9RDLZMvG&#10;jXTTddfS1gsu5KZLbBScnMHkynohKkWENeGVU12xq+KwZcIflGrM7zKR0pdDKB5dGaq8PiMAYlzJ&#10;JF87KFp7jUnrkjqAV3nO1u/5JG+aI7rJr8PiOz/Qd941tJqy/S0GbHCyo4YBCOCZ8DAC+1bBWRgp&#10;+523UFMaCcAD2FeEcys9fpzMZz9Bjce/QO3BMUrGi5I4GyqPJBfP6IzXSagvwVAOtWvaQZ8zQytX&#10;3kDJA++m1s33UD41x+qtVtjd81aqQUHi/41HsFhaIff445R/9i/JHHqWus1BqMv7YX9uhXM67L0N&#10;DFBCM5+HngT13AgmXaEpDu+139tGdPfbyD74PWQ3X0iuaRUgSXi46yNDVsGUCaCv8oOYTHZVFl+i&#10;a1VkjqT+mJIID3IEA5pOfCK3XrCNjh17jZ5+6hky47DPhr3orvvvY8UEAAP0D5vmZunkuQV6/PGv&#10;cajRoVeP01u+/R00O4OkWkOPPPoojZdXqB2uz4ZQ+9//5rtpZm6anwlXiMSR1O6JOMHVczAftsUW&#10;KxN0EMxBE477pMS22ce11wz77tkTtPhnv0Xm058gv/hKOI9C5YLeh5+7RujFQo8U7l8K88JGR2Su&#10;6L3bPWGKhx5tdMfbaPrd7yW67Dr1UC90AGJ1SGRLT007Ucysfb58zb+6tL5xlfdcZNBHSWr06ptU&#10;QJi1kt/4WiXaEGqKpaXQpC6G9wTDtvAZQw3gxmJng9qtiQEPh30KwwznTygC+f0UrErMNI3Xqfd9&#10;pqF6FcEhZ+BL2MvwO2XgpdCAQjyHAIfB+kNIBO+PGrZg5HOWw9Hoj6fPe6GEHwY/cb2LashQaE2f&#10;c3BYJlYT+LxhD14ZjFiRwGCPkd4tadjSM96W105eP1puMU4Ubc1MeYX59zDZCcpHhIygr0psGagn&#10;Kbkc38rPbu6UxYYeOZGBjvjai/3bkG2FZL9JjACUHFicF1x/4z4Msz7Xg+fgy89neeg5INtNBchq&#10;taD2FGky8Cf2R2abFfF6tQqGwls3UdUds9p0b8dZOWYCUMZkJZBCkFEwCp+lwa+jrGWhPYpiw0ar&#10;iGo79qXKU4DRSHzzrgpbTJQsZxQHEzZ+Evr4PrP5Nm/eQL3eNEtr+fVQO2Ldmdjj+HLQHc8/3n/A&#10;1Mf3ZTIs5/sJ5Wi4B6UnoSpDWUnKPbUtU5eB0SW7b7zrA4ZZW3rBiiJyXzjFjD3MNPUuxUS8ZOEk&#10;+gDYko5oVLfGEhGrExmwK4wk4qRKc0h1Qecsr7R8g1kyiQCJ8GclPDhDFIKIz87lYQKjS3zgXA38&#10;Eppjtx0WQ7vDSLW14T36FvWX+nTyyAk6cuhV2vvqy7T30DfpwNEDdCQUwkfOQO64SINQLHMzkQEk&#10;64QP1WbEGotJJCAtBBOJpMCK1BeADlPWmUoqCCokJWB1iGm3NHcpl9VyM/m0s5XveJwa1+VS7Ivn&#10;ZZHyw4XJQ6GT/TiZJpGX8GGQWjX+jBuHUwsDmUqyZpunXhkv/qaRhGD+8aTDHjWg4cZ7jYcvd4mw&#10;6IaOFhcXaXHpDJ04e4z2HniRXtj/Ar30zSfpxT1fo1f2PUeHwzV97bVDtHL2LA3Ctcam2QrN7XRr&#10;mtqdmbDXdsPDD6lMN/weGHF3+DOgb8oZxC2YgQczTU6UQfOCZFcw68K9Rsw3/iCQI2dT0GH4fkll&#10;ZtZeoT58hYBVYOwNxwOOX8eDwQ8F1lAm15GvJwmjBJtQ9DaLZ5RT/wdmX+rXjG6Q7AUQ7yX71kih&#10;jWlKNzSSvY5Igmame8zQgEff9PRsOOB7NDs7RddedTW1t11HS2dO0o233kHNTpenMIPhCnWnurVp&#10;oz43WqivjDJmxLa7c7QHwOoTT1L/oivo+qajK6+7l8avfYVWlk7Q3qMjZruKtUjKh5BRejBvTtaU&#10;3gKKR+lExzOIg00adGgBndXzJgIFiZTsRgG4slGryS4rz5yaJLTcJE3JsjOmknZGA1hDpqT5M+U9&#10;+v+phyV+Le7V/PwCU6JnkN7dbHHSMDweiA1tnVDXAY7ZyeRQU8pQqwbCawDFyIBVV7A0Ii8aYc8R&#10;D0qUuotsbZDSJe2ELtrYpS57jbkJRKUsQ2qTurrUVfwf5HksjMzUxgwgeFoIf45lhl5Bgp1KbGbC&#10;U7mI/RFyyPCrpoxYC4zDny7AT/475UlYl4tdy4dkhyRuvQlzYm/LSPl4/Zt1dqORVC4BcpL1zeIU&#10;/OPAE46wEXZgKtHSPJDgZPB6YIZfhTQZP+G3lynA5ybkuqulu7WEMf1v+M5ATputaY6iT58psyw8&#10;ewwiVEl272h460qzZym2UHjk/PnqPnXV63dY8mxV/mtpWSetHQXkMTyZbWb0lt5JmksOhjXnqJ06&#10;TidvNWfCelwSqX9iJgoBs17IiKla0AmmnqU1PnqrmX5VM3x+7GACGKQ1mSl85qy+B74e4GDWJvaK&#10;X+xk6ywTa/HvKXioa+jMAtE39o9peWR43eeUqFRBww7Y/yZTSYQ2aK4mG0+qZ6sCLW35s2WR6qUs&#10;4wRdaojUMBRx27Zgj+7ReLzAvkXGTXERCdmrTZHAnZTTZ9QibOjOwFumwSu+DGHgfAMwF3OpQYQV&#10;K0nZLF3Mxd8VIGCqKR64/2DQJ1blV0mi7CxTDVQ0kdjrME7AU2UV8qQ+Y4CPVUP6mmCzJWxDgute&#10;cLIt9gTUUqNsQGdPn+U02Usv3UlmejN14U3LvsauBHGjHPl8YN9qNt9qoG/yb2VbYmWor+WmrRtD&#10;LbCB9h/4Ji2eW+b30p2almYC52cqewjOp9wL+NkAUBCuZbsbztPQaMNHNZ1/LTxvSOzC7xizoabv&#10;L5BLp2jcnSEbmrqYjucA4IbfMQbWvrRCaXZOIjfCdeob8eA0p86Eez0iO7MhXKOOBiWF3x+KfwQF&#10;EEzAvTCxncq2Jj0vv3UA71v5XrMe0r8ev8+J53X0WnKaGIn/u2TXlXTu9Ak6eOgVVraISkjqv9lw&#10;Pf7JD/9juuam65khLq+TMOCNwSWSKfGxwV5dDs3Wnmefo098/E/pj//sj+m5vXvp5KlTtHLmDF17&#10;481sJ7J9xw669trddPjgQdo4M0Pv+La30ff9wPfTTbffHpqyFv+RZ8aUIWzG2IrpPwFk1bxtfXVm&#10;mtr5WWfp2dLu1ejrW92iPNXNOyqGYKLhJ2Zt8nHttpr1mOV+/ZTktRQjlQmvcz693hpY8+9+Hcn8&#10;3wr6+dLmwZJ48RoGZaCmGlO30+KzH3tci4cloTZ0Iu1PThwh+5nPkPn6l8me3heewZXQeynogn3C&#10;hj0lAURS8L5RWLBROqEnnCK3cze5N383dW55E2UzWwjK+4J9NlvM/nHDTBzyQLAIe3HxwjPU+Pwn&#10;yT/zKLXy45zQOhzA4zE88X7Mw8587IShDAZAIrUObdhG/p63U+PB7ybatbtkZkqSsymtkGIqq9E6&#10;t/TQrElH1yYpVyBMtcZs2RijkYZPtUahMthgwn500w030qvhOTt09HjoL4+QGxV05fXXcY/Cr5e0&#10;6IbdN9LK/HF64Zuv0KnwXB458Crddfc9dP1N19L9999Pt914A913z530np94L2276EJhRTGAo4b6&#10;ThJPpYcO/QSA0NwIeKtySWZ55zlbXrEVxOHDNP7cX9D4C39FrZP7yHaHnB7KifWhXgYD0oRnMzPD&#10;8HPh13WE1e5BTw/3oR/2wmT3bdR49/tp5rYHOMwkjs15YGmFbGJLpYcv1QaG7HlDoNZ9bvzk337i&#10;3LFrQXOz6plZNYiKFjYpbMOGyxxA1OyFvT30WQAAQcQRaQtqPhkc8tkO+46sKD9LDJIAyBeJNqSW&#10;GZVHu+5tXoaA7I8OsgmJFBVAIlh/ZUCH+rw7HQjk3HMlpX9txEkKHa6XjD4NGvQmAqEqF+agUPHm&#10;XlpZFh8+9a5jIlaalMOJRAkEkTUdk4CNKtVyEswiUfzGx9AMPVeimoN7RxIMxyjQK5lXzQoAU8ms&#10;EJqNZDyobRL6BuALWIvoV0BKGDFzsmAiFuybzq2s8LCwFV4T0niAcS22H2sy0UaYeqI2lIFqwZ85&#10;er9GCa4p6ytT4izVoFz7YQ5QEfA7+io65yr7BmUKCoHclq8v4Se+BqC6sv+rm3vUQ6MKp7YB4ffA&#10;Rx+Kv6kNs9Rut6nRaUmPkU4W+0Zlukw4IwH9EVpgVYXGZ2oqrEt4iZZBERPDMj0/Vf0FTCHttdqc&#10;nsRm1ZDcgtGFwgupZ8MBU0usgQR2isEgixQ7EokkPkAMs7KxEWLpo5hnM3CGQgwyGX4oM5FnMhUU&#10;lPCE+ngz4aHrjAe0jMKcpQjhYV0OGxMYNvDcA6obFkK33eUbjyK4wWh2ygcTqLoy4bcsR+2h2KEZ&#10;SRb1MUnVUX85o8UzS+F9nEGsBad8cRpqA9RXS1Npg9H4hOWuKRfq7bTL9FHQOZutlOPOISmOJo9J&#10;UgVH8lrQjRAoM+imAFJTUyWlGCsyHO+jJFrAPR89TFQbmAK05KhsowScpEwexucG2012B8umlfEe&#10;pEx9b5abFFKQ8Tc09465FQktLM3TiJMIC1rpL4WDd5nOnj1H8wtnqR/+W8IpxlwsNkwLNA0qMnkY&#10;NnQ2UtLFZ2jy9U74OqbhNcY0GoifUB9afCsyUkxWEJ7Bia3sNyZTEMhzeVMD6wHJwF4m2OO40WFz&#10;Y7q5qVFYFWTORwJskWXWhCRkGk5WxcAKSV8ZGKTw53PRzyyT4lbNLaO8kEEvX3nmWN0I+UECPVqZ&#10;CFjLTTQWTl3NIN1t+rA+wrPR7PDG0+01+SZ0uinNzs3R9m0X0ezWi2k+NB57936BmoNMmD1pO7y/&#10;Ph8848GAfSUtA3RyS5125/CFQCM0Hi3Qpg1b2atnJfF0hieilhbCOu01HG2cm6LDJ8+Gf8N77zAI&#10;ZjUApvRkSMSgdDwSliI3BGAjNhv8LHHDC78J3eysbnRVaEL0p5BERVcPDKAqCt7wYaTgtavLDV0Z&#10;X1/RnSP7Tot5b0rfHhflZon4AwEkPvDKQTocCq3LL72c3nDDTTQzNcXPb+al+WkxK9fzvYMEnD01&#10;NdbdxVRSlbRF0BM7xzA0f2Cbtk3KUsMxyq5wDU8P4DeGdOOMpnu5eDhFN0BOBDXkzkfPKMlyhfqF&#10;eR10EBthd6yjufBnHG7THCZ2bPpLZQouFtqAEPwQWZCen94eiQntKBdj2zbuadhfe+E7FpmhWh9F&#10;Cag05kUrWZN59IeqsSsnvp/ZhLIGxjHCXY3+8xq8g2YRzXrhqZbAW//wlbkvDDsanPAnzfRkQqJf&#10;JeOdRKeGE6mKvvTWk0Rj+Z6xF9AF67vpRMrTNJW3SUODO6JBN56pONUvarKReFCyT59aVOSmYLYg&#10;ypolkqKoQ5KWBR9SsPcs1g8alAxg4xml4Rf837zX19ZNFWMt79Ocx6OwnqNgyjRjs5bJZ/2aIiNe&#10;Jrn8kqDu/dp+0p8XKKwAv8LbCflTleBaRx4lUa0i4JgyGZglUhzk1ZQ9BfAxDxYtF8zMQuchQ1F6&#10;48rAwZZJduRjQR8l2XHo4PRzWWG2NPiq01JojJ584Wh4ja103xugBLC813qzQiMfaojw4I/7K7xe&#10;gCHNTXdpSzvhc3A57NWjkWFA0Cu10mjCHMdSALR0YmEA0M1nhoOG+P0nUk94njgLmIefRQOXq9mz&#10;GETr9YHU16UCBqYy7XZpk9NrYa+A72+H1wQLn5nvSExEc4FBlpeaJSvCM4hhJYZnqGfASqFl+tyf&#10;/wGdOHmEvv17f4j8zstZjQBPJ6+Jdgx2x+fvPEBEPXjifICFJMg69kJkL758wEPQTVtm6a4330Ub&#10;Nm2lv/iL36Ez/zG8l+/6Xrri2t18rrCfr41rJpEmCGAEEu6QGLtxE9Ft9/Dgxb74OLU6C8w8KcLZ&#10;34TP7lMPUXb2GDXecCfZrRfwGksxkNlyATUfmKLlb26nxpf/OtQeZ8LnDrUbagO3RA03ptbXHyaz&#10;eI6Gd7yZ/Mxm6iYSckamyVJqBiRVXlOyzs4jwf3/Rp7pX/dr2LLB0IuyHvai8xI4A/+sqWlDP/kv&#10;fopuuvF6+pM/+RM6fua02MmE97fS79Pv/+Ef0taLLqJLd13KzxysYyBjhsxtfn6ZFs6co68++iX6&#10;4kNf4JCu5eUl9tnrtltca3/uS1+iZ/Y8Tz/2T99L9917J1137TX0yx/4ZfYbbmKva8rgH+cB5Pio&#10;Z7zuyTLErnw4Y32jY5f1vfPqzoi6D9i6RxJVst7zXn1fZ9e/Htia1Fh4ruYhpqFZfjKtV/appPTx&#10;854m6dnnA+/MP4R3n1GfWgEOcOYB5LM6jBsinAU1vAinQ4EQavunH6PkpefJzEOmu8AACAcr4fsg&#10;Q8STCLJD0WTP5Aw9DDwaZ7aSf8MD5K+5gVphbQzZYL1BHYBQztLYdMPvzthqyYX9q3n6GOVf+wqN&#10;X3omfM88+2X7Tvg9GTM7aKqVCJMuaVEHz2ZofpFsSeF5HF5yFTVvuIOSC3eG/q/DIXcgACS1MBtv&#10;Knf5yeCpmvS+BshObmHKFidNj0cfh3TbKNtrSPBFeEBoZWWB/tPv/QHt2fsiLYVa/Zd+5cP0kY/8&#10;On3wA/+SHvrCI/T7v/fbdPTMKfrZn/lpvs5Z6HU6nSb9/C/9PF144eX0O3/wu/TwIw+Hz+DDv/0C&#10;XX755bTrqmu4Hi/yITVa3XCfhlyLNxPxoeagIFeop2DolfKE62R4pqEKtBxwGO5ouICDPU+Re+4b&#10;ZI7upTQ7KwFzGGZlllOLk7xBA9ghQJEEIMq3ZC0OEdBo+Rr7m+6j6VveRDS7hcbj0CePVpjQwPAO&#10;lHVW1H1OySm5U1k+ByCYdbav9VmtZYiRNRP7qimZllXgmvRnfhL28+u8rlHvXlgyDZfCOdEk02VK&#10;P3snZuh34OkxHvCZh/0PAC33MOO8lMzi7C0YoFKQ2lSsLr4fzAmq2HYgnTDTT/cwqCJRz6XwngWj&#10;D8FUkAiXIeDS51hjagF+VF4Pq30ljxGNyE9Kr0lmPIiMGOQLgIwYaMK3PknFEipVoDvR8KykUFly&#10;ZLpqXxdtxTg5F722DmkZ1Eqlf4vTZvFVTSQxGJUyevQ8FzYnPPbQn0Peq9YlkNHGgHph+dtybQgJ&#10;qmDbCCgicK1HCOLoj2kQ7h2UFp3wnqZMizGdJpSmGFCS4EE525BIj4whfV7r77wGQsLSxCmBRJSR&#10;Ii82rvIEBy6D+w0lXKvZ4QGIbQhY5jQZObKlQR5DX5kr8CrKT1tRFKx4elobk34j4UrxCLWbYnul&#10;sFEvLw3oma88TeOlJdp96800t3kTDzYLDW9JFSOTwjsXkggJu5r3PzBRvfjxKQtN1UqOPyPwFqwy&#10;aZ01YbqQ1/McztJsCTDgmtxMmnyoZoCWZmdm+VOhsUOhBSo4Pg7AN0aFgT4iVHScl6koMqXGphf1&#10;xk6MdjUyG75pAI/4xoE6CxCpAToyCY0WUyd4iCRtToiCEWzKTJ5wE2CUGRZ3lkgCHxbDdFdkGIJL&#10;hAsPWUfSlPcTDpEuWBrdJt8AMP5yN8UXDJtpznHaYmaJUJE8VP4I6xuNl8P3DsP7HoWNMuMbCsDB&#10;wjA6vE7aUaDLyHQdmzSnxFgx7YXhDwr8RKWfHATCU+xEI9Fz9eRyrK8WKUOh6Lt42+Ba4CZCZ95t&#10;dThgg31VwLBUGUaqibjC8kv5oII3oVPaL97zSn6O+sNxOOcXwgYx4KnFIDQ0OODR0MArI88GofkJ&#10;RUK4F70U6aMzbMQL0LcY2/Dz/XAPMj5IEgC+mBDzhAKMiCY/vINCAAuAevA5AL4KWRMOP5bZhvcI&#10;2j7WBXs18aEkXiBsakpSWHPIiyLIjkNfInqulFluKApNVZXPWFAEhyShxheWwWuJpY/sEE1ppaox&#10;5Q2hEPQ8Tj2sei2IQW8ici6WOIvHHNAaTEOQfNRqOwaYYPgJIA5gMMytZ2amacfOndSa2kivHD9D&#10;X3r4U7Rw7AzdfOkuMuOhSAt1S8W1ABWXVGIeWXAMJrHfguO1NTc7x8X5Nj+iRayf0FQVzbmwQWQ0&#10;1enK2kokVTrlePOi9NrCpy4KKVIBBqdsqkrs7cByAZW5evUvMaZyw/VlClD0nUxUymojxbeUYsfJ&#10;SJx4RI8mQ7aSuBqVGHlXSl8SihIMKjdVqzR3BpUSgZOanU5YQ2N66ZWD4YAZ0D233kq9qU0sa+Os&#10;EWNr2RBJxUA0VTIUH0ROfR44jp5oBRRpbMg5ZOtNHlRIoENBR8OG0EdiXNig8EwYV0M1jDjiVQDg&#10;2mm+xMkXJZNXgrgcN/hTkE5bQX2wKoyTSSrcxABgYV0PGERICRl18CRxyq5jvz6fMhO6wYyNnO8d&#10;ChOkcEM2iz03W91OmhqFTFkJdYPilgKiGNLAD2pZmXmuBOeKEhQvXITQapLuUrNsav+dKNCXiOzJ&#10;JKvkvr4GhdWYHMrOKz1AEHxAMh3FtRoqwEdqNN7AUMNbZgKOFOwC+F/UAkAE6KcyiKOoR1dESXD4&#10;p36eq5de2Lfg9wavNS/P7QB/Y4818DwJ6wUg0jjsCRg/pLlMZ/GTjZo3iw7Z/Dp+fLSKFevNes5d&#10;/xWSwJijEtFa79fCC+fJRfGr4yx9pX4ypXdgdd0YtPdVDGYEylK1yWIPKS9Jbrj/4kEjdhg8/Sxk&#10;WRRauHmd2JN61Tljytek6DGTaHiIk+nueCyAH6eNhnPjuZfP0M7tm+i6Xfj3DplmN+y3CRvBcyHm&#10;jQY8dajd7tI0fHlZcjHghgbsRGFsRNP3yEgG0Cf+tpKnA6WCJLq5aNjtK/m+0Ul7UThlJMn7Z8sU&#10;I+ccz8KsXEcMG+TZws9KOFCWa7gQNzcyKMMZDqN0XIdu19LKIDRwSPvNUecv0gsPfZYt1L/n/T9L&#10;G3utEmgvaj6bxvtVfox/NzDL2oYMgMI9AxM/SWNCo6WZDQ264far6fhr76TPfvGP6b/8339I/+3m&#10;n6YLL74g1BNt3ktcBhlaK9QPWahdWtJ0uBG/19ZUqNWuuyHs9WG1vPz1cF8XKAXgiWM4myf76h4a&#10;hP/dvfdt5DtTwsgMdeNKYwM1r7yGxqfC9+x5LHze09z0UhoK5vFKWAdjGu9/huyGDZTcfH94vmHZ&#10;EJ75zCggLezK2mjnHzRYIYbMrH8PHNd4MfmP6x71c+ZmCEmTYY12Wi26/81vYZDn//gP/55ZehiG&#10;9kLTe/L0Gfqtf/e/08/8y39Fc3Ob2Kw+D3v/6RNn6Iuf+iR9/otfpNeOH2d1AliNHRijh/cECxUG&#10;ZcPvOTc/T09//XG65+7bKRsMaGZ6io8PCaRxHOxhG1KDkDI8TGmCRKsYeFR+jjLsq3zehaUewT+n&#10;gNzk9fGr6M80SXPWDlsa6WTSJTa66VMMQirKxn4yeZomgL7YyJUqDGtKpjHzdmpnqLF24n3Q6wKS&#10;r7O2jF+fbFj7txZ79DmuouR5TRRotQzswxo0DfX/6Vf20czTD1Fn/wuUtwZcr/diFYc9Wq1poK6h&#10;PhzUV6iAZHfTJTS+7g3U3X0LzXfmqNfusKwXKhuoZpo6MGvx4C+chfMnKP/aE5S98BTN+VPCPuba&#10;O/Ri4Xuy1LKdDCS+mRuIX3IW3kcr7HtX3UbtN72Lulu3hfW0Et5nm724w1Yb1nF4rsM6L2KSrpEm&#10;uG5QvxpUqg8rmDltq+vutW4z7IlXiE+rKqKwjw2HQzp29Cj96od/lfbte5kZslAP/cf/7WP0sY99&#10;lH7u536ZnvjG95IbZPSZT/81vfNtb6XdV13BbB30ON2kRz/ynh+lgy/vo0t37aTv/IF/FH7esQ0V&#10;wkT6oRcD8xJDJxN93vlcy1kFwYQDMSPjnrZppFdBv9XDM7N8lk7/zkepdfB5Srrhs82G+7eUhXsD&#10;xlZO0wDgV0L/1BhxQI8Zhhp5Jex/zQ4Nk3AvaI7srQ9Q6753UQP2B+FMTFGbhXMD1xrnV87nXcrA&#10;VmSr8/AwhsKteS7pdWS8tGZoFGtzMjU1wao58Ou+llp54KxBLY8hog3rE0AI9z+Ly2FdyrpIdehQ&#10;jAuWTRaRjxgLSOypzKrLhQkVg2ycED2s9t9e2XoirS0kLEFlvhICKuFTVhlyJjL+uIQtKp/DqAYq&#10;mai6Z5WhaFZtS4ScAGl5ZBDj9/bDcyr2YbG/8bUgDlMNL5ToYFVVyJ7dSVqqyHKvHt/oe+Ex7Wxt&#10;YCw9dxyI8/XzIuMtP48Raytcu/GoED86BDNpeCJAJniUo6/HJ8s4EDH8PR6H83bE5B6cXUja7TRT&#10;Xm+wxeIcBQ1YQ+8KkhUDmupHnbBaSGTvst36ypk7gqhGwGpiP89ESR56TQrxcO5yiGvKNVe0z46B&#10;eNz3r1I9RWCRok18ZJg7r/7KXrMLXUmCYQAykdRsE579l597ma00Ltl9BW3ZtpWmZmfFM9OIHz2f&#10;JSwPl9R6qYc1wReWLKFOojQpQ0dcBMmdL61+uMcu1DeRJHQmhWZfjPYb1MVUI2zGRVhIKDKTtB2+&#10;IaNBuCl88PsVvmi+MJokk7PvCQ55MV8Eqi3NrchUasbezpdpO5YrdXwYACtjLnwHIy8PK4RT4yYX&#10;Zjk3T83wcIbNKiyExVx04fBMa7SavEGymVxrmoqw+4Mx08LFgKyzJY1vm73g8GCljIIj7t04Qamb&#10;Pi1DNajV4caQWY9SrjIbLIG34EgoqQW8JeCpk1v1xfPsAwgAsxjlzISRaf6I/0jSoBNYyksCkmQ+&#10;5NoAKEXU1pgrmozDfgFgxADAa0nCMJkqDAQ/02ilmtTWZLYfkvxiuIjRdMIi4zGEsA3CtW2FBnVq&#10;thcWldwfeMIV4VpnVnzxcGvHAITw6TC9CP8Lnl2jYUGjUNCxdDm8VTysRS5sBQBW/dGYwT0EX3hO&#10;hSI2MB+DgQh22nDEXwfCD2Zfwd55GvICvwMvGyJTmouiKqpI/AAg1zUq8YoPM6P6hSa/GSFLMxun&#10;EFo1M0yV+YL75JXyKzp68RpAM8QMTJ52VJISBjzCdd8wO80bPNIirW4+mGDM9Kb4QABrutfhaomm&#10;OpvYX2Buy7ZQTLXo5W++RM+/uIfOHjoVrvOY78l4vKzeaRK4gPvsa0CY6PUVEACLIxxO3Q3wlWyw&#10;UTCCSkYcRw7QeyPLs3uQTrcb/HCjScVBl1IZniyYhXpUduB30JSNNFGQtFDDawan9fqa6LHhV/l1&#10;lWbUsaH3pSy4kqWbklHoI9Cn0yOeLJXJeZUjRwTkpH6WJiZVpjB+XxMeC5D1GzkwDr52nAaDR+nG&#10;3TfQZZdczl6bRoE0nkSZin3o6kmrTtYNEm4T1W+zT1/itIAseJJs2T/F0lIo0Fb6CG7xDI76JGev&#10;PCMcJWEcRHlvOdGkcmpny1AQNSUvhN2H4q2XCjN4ITwnkOWOSEDGc76SMnQtgiEKocKHZ28hy/g1&#10;+LlQLxkAfx31WB0z+hCeayfpdCkbE1sa6KHNbDYF+hp6WBW6Pjo1zlbOv3NVaxFp3N4paGNqVZmp&#10;oUF+slHxiuQ4YfeuRpHqnDers7nIh6PIwvPiS4j72nIi18W6RPLwMNyPpkSb83vL9Hvz2C/VGy7n&#10;akzJSbRNxb/8/TgLwVCGjHik96/JfoDy7ZhRjb0tCwMYiVOz4HMN1wMJYiwd1Z+d8AVcYxI/CbIZ&#10;E33wSCULq7o8W7evmkzTtTX5jDGTBXOdpVWGhqw2zy4FJucnHrH/7CqQUBi5tSAeBvoMg9rsrKUS&#10;bqNgK6Q1TlmDdcW3tZV8LymHBJVUSLOTy/TfmC4H3180SE349gF4DPtbP0NAyNHww5tp10U9mgo/&#10;2wrPXJ/lsMrSDuthMGDrcepCOtKd5WHWONQ8o2HGzApweNPoxYsJtbFVInCq/qCwqMhlqMLp42i6&#10;VAaasv+M2AbEqT6zl20twMaIdTQ7xcSUdwZppeBzfJYV7FFlinb473EokMM7a4TXQfLuMOWgmCb7&#10;cwn8noWV+9zjj9Kuq2+k297yNprGGWGNrn5pJmxMz1sH1CvD2V4H8ItgCf6G9BjnSsZUa6kVul2i&#10;Ox64K5xJy/TYE1+gRz77OXrwu95OvdmN1G511QPZhwYWzIjIwGmq2X7YsTZvoPS22/gz2he/FurA&#10;oRiEY78PNUSy/yUab7yAWtfeSEV4PSyLaQyPwWC5+YawPw/I7d8brt2ZUFKGPaEhqbYpwjv2fCNs&#10;SSkV191ENDfDjCQTZbLRsoLcea/BP1TowuQ9SLlRYva9qmcS9fUVJYR4QKeJgO133ncfpb0O/d7v&#10;/DadOHpCVCahhnhp/0H6Xz/8YfqhH/phHuI/9tijtHfPXtq3/2Xek1vtNl/zIqx5DC9R62EP2xaa&#10;kbtvu5XuufdeuviyXaCuiC9sLkAf9kP2y4SdBhQXiaTFYyBd2XzYcm9xvgL/rTETzG4GPVgiFmWC&#10;yQR7uNrmnMoLSZOldcgYw6uiRcWqzYvBu7/HLVs/W/f1wDz3d3hxf14g+HyGF8yT1rM15QCHyuOU&#10;GWKLoeY8vI+yJ79Ec2fCWsj7NGoMeV13cO+wT8JLHQyvpOB6guVwoZ4czW4me9k1RLc+QH7j5lBr&#10;hj4Awy24bIb73GC2F+r/lBtVmj9NoeAleuJh6q2cZrLEEMCBHXHjn7R6vJ8iEKcV+pYhK4fCftQI&#10;VccVVxBdeQPR1beTnemyasknG/jytRJhBfX9WJhmRmokXJXcNMrrz31lTJD3fkKF7atM3loNK2EN&#10;CRMW1CstvNxgMGTwYs9zz9Mv/tLPM5Hkmt27adcll9EXPv85+sY3vk6/9K8/SD/zP/ws/fMf/0n6&#10;tY9+lLrh2vzar32UPvyxj9HWTi/UDAOa7w+4JvmfP/ShsGePdZ8j9g9vtkMl0TTMYh6HZ7fTbLIF&#10;EavMOGG3IX5ySqJHGCQTU8L3dg+/SuOnv0R52NN68+Fsm074k42WBpRP99Bw8bm7xKENoU9wU+Gf&#10;DKeYhq2OiuYUJeFauzsfpN6l16jthpBO4H/aaG5kLzMJtytK+wnuIY2GF9XC6epguKHV4RznZ4XH&#10;r7tV1caEL1+UodYtg1YNLKXUFKsv9MkO6qvQT6ahH0WQEOo42HuAGe3DvU3QmFrt2VEhOlNjE8qe&#10;D6CJe1D9Vei98+irBpIQgKtISgAQY4XMhCuAANA++hRl0KG4Fv/FKBOPzMFKAu1UWiyhaBoWo2Cj&#10;p8qzD9cDPbrP4HOXM3EojZJbXwOyqOrPjHrzkRW/RWbn+cp2LWGPPvGWzktFhdf6JrIaxVeZCVsY&#10;PGViu4W0WZzUAKfB0sPZjz3IM5lEwFAefubqM0eisoTf60q4RszmRwAHfMEbbQb0xHcufK5mwnuM&#10;VdDPqK0QA5xWrhMzJZ1R0FE6yszHqMFYY9mSWBJZlegPORQs7EFZbhnrAs4y1kLYlqwQy88s4zGu&#10;qIgjvmITGrUD0tujvV7sXXyZ4cBksXbK9w9WM/ue3ktnThyn7Rdsowt3XUpzW7bQhhlRjBbsJV5w&#10;jgR7SHOdKTZbHv7M7L3slfWpPaavSFGuSqCUszUXlmCKJrpQ+d5Mc5qmp7qaBhsWVB9Jp3nYnJHy&#10;isliwaAWQBfXELYbQjSSVJkrTgws2aEmXEBbCLCFNyBSFL0gmJhzE68LmlPTci100dSGDzzWJJhx&#10;K/zv8NHDQwRQC1PdEQyqITNGYQ8Z8mCFL8ZK+FM0E55upqNWKGBAL0ch22B2DFLvWmlSJSD6RJNP&#10;SXXvyldgbSceiBYfMM2W+PpYO6OAktNFIe1hjMU2Ew2xsM5ic+a00PGxcVXa7bjkeRWKwkveLfmi&#10;1KbDgLthRY9vuXFoCIMLceIwrOx2JGU4EeYNU1DZu8+wnBWS3cGwL8UOTwqI79Nyf4kfpixP2CMM&#10;gRAOU7dGIs00THYTeOFl1B+MGZhKTCbTDb3X6HGH/RGNw9d5wTkAI8LmkxTmLBw2Y25eEGGPSTE2&#10;AUyCcxevd8ZNOA7gQimz0UcBBb9zFWot1GCn3lnaShey9YOKTdpkMlUc65UJReEuwgqDk70Mg13Y&#10;WByn5VhhumnT1rRNblJQMLFsH9c/rDHxRHAiMW+2xSQ0aVMbzFg0maFA6va61AsP7Hzm6OGHPkOn&#10;jxwNz8+QPxPu0wjrIRtJUYbDBBN2hImkG5nJBZCyySw/AcXb4fecQphJuCdbej1K5zZQD9RTvD0/&#10;CsXJFvItQ5u7LWZ9ZaMxH9osh1OvPVJmH/6pZVtscgpWCpsmKxvQqJGni9NwryC9kSxbGz37SqTB&#10;1YU2msrqSkDD6H2RPl0hvcjWIY0HV8AA7JgyqZRDNMb8XPLGrMVAPCv5nsaU6rCGjiJ85PEv0zAc&#10;HtfuupoZtbn6VqbqY4eUtCYSmnltybPhdZOGXDPRhFXn4ZPSZLAALC7sIefCLToxGNHh/ph2hvvo&#10;ek31eFKcy5sSOKpyLhQgVSDb2ZiyXaWa40zrhXs4G9bTloalc4PwLKLhDS8xFb7nBPuHCfuNIyQA&#10;ToL5QgL443CdCb97UcGwVKf7HECJZ9waZjQjPTbXIJmGyl8A/hXqveHUNREv2gRoViu62iWbadUU&#10;tpa2C1lgobLiNSkQpi7ntZUXX734U7qlq3mxuNXoUviZjr7PRBPh+3Ea68GyEw9YpO6OvIDcxAy8&#10;CBgJs3zk3VqZMfwqeR+p/NdIGbV9tVXg68q2DGF/5HvhwrURWQWe56QlU9dm0/HAixzOH/HDMjxK&#10;yNVr1lbhTeQnA0dWAQduHRBuzaVdhx1Y/1nr/YR3iKsVyvE2+lUdZAkAmloxbaJHjxrrR9afiftz&#10;xGN1epw7TXQTPxiElRjTKaXMkSmch/0LTFRs2XiWOVXVuRLUk+DdlK+3yGejs2IijIykUBm0nMII&#10;7IEUrQ+gIezhPCgJ9/3QiUUOy1heSemm3WFVpF0GMcAocxy01Q37OKbSnsMwet3NZNrhSfSn2AGS&#10;G0dWf1ttIiVZV3xdZT8bjFNm27WaBYdxFTwdx2BSLvJolJfWHcz4M+LxW8b0ZSjgMvH+w7HgQu3S&#10;cJzAmmqKX6dV8H+DbQhRuk0iwzjhvXyqk+rjlQCFZl9QwN1Ff57+8+/+Fh0/fYLe8u3fRTu2beWC&#10;k72GNS1TmgSvdgNUWii8PsgXAbCq2WbPV5Y4o55qlWfKhs0dest3vI02bLmQPvnJ/0QnT7xGb33n&#10;d9KV114efi5hdjUGJ0jh9VowFxpQ0gv3a2UufM9td/MgK3tlD7VG86HZGYu/a75A/mtfoOzMSUre&#10;cAfZTVs5KZKbsA1byN77FnIbt4fv+WzY60+Hr0kIFactjpaoePZhcounaXzPW6nZneKkUWYnckPW&#10;VOb2Wo/af2i2X8l+Y0l4ozxPmPGhtSJbFKB5TNTDMsXAvqDb77iTLtt5Kf0vv/ortO/gQa4fcYC+&#10;vP8AfejDvyoMjWzM3r6JjRJxkQ3aprCM7rr1Drr79jvomhtuoAt2bBfWSgzfAzm2kDPPaNI7/Ixj&#10;BmqKmo09DBJulpw2W5WHmuc1XHl0UWkp4WKCu010/3LrQF1ewc7IOF8rt618TYs1QRyTSUOTYTPV&#10;saN+f9aU8l4fkUrnNaXcVpOXejgI1c68Ve/LKBupHD6u875XMzvX5Zb6OBDTkBAwdQrpK/LjJ6jx&#10;7Ncpe3lP6IMWyOYrksiYimyPiRhQKCGwgIPAxuKF3p4iuuhiatz6RkovuYKBoZzVJQgaGPBHZazE&#10;i0NgE/vMa68QPfcYDQ6+TC3fD39WJBQEVnChV4AwmNKmvOUUQAcAgfB6sxdSfuU11LjlHnIbthE4&#10;CRjXjkDeAKHAS9pkrmaNDYoBTQL2FrVgBqeRFV7PHaxlBgicnOvsn8ZBbFJTWe39cK+GueE9c2nh&#10;GP3+H/4p7brgcnr3D76T/uA//ymfB+jnPvwrH6LNmzbT9MY5+i9/+if02Jcepl88dYY+/NGP0Pbt&#10;2+iXP/ivafHESfrpH/9x+pUPfoCuvu6GULuLZRL2WFiopF76EcOqMBAvmvIZEgAO8H7vhj2nL6mn&#10;TpiaUDDx4Dn04cW+vZQ/9TiZ/U+ErwzUZiecCRkAJliI4PvgZRquFGwLEC4IhZ2BGi70KBsvotZt&#10;9xPddGfoGaaV9FBozaWscXR9qF+8DGWdholxu2tSlSZUA9voyV8NHP0Eq/K8rLwykMeLfZMOz42m&#10;mLLai6JawJc1QfTz9KoSjOQIDpcMjd50J5wVALlDbzk8cpgTXF2jLfVPJqGVGGLw70PhUbgy7ZZV&#10;AnnlvWZ0mMDkkWws68zFvIAY1mAYvMoL3QushOphv2YPQQZuMhlbqg8I+i2AqZKI7Xglc92TCrTK&#10;oQsusro8A5XkBGNg79rwv5cHA7EHazXk3DUCUApW7Jjsg9+djXNl51kNHVXbAWX3cTAlxaDSRBmB&#10;4iCImpafvyL6/DpRdGaSdM8em7aQiCUr6bEsw28lpZUAlIOw6UKvO1I8ANd/GcSZ8Ja6TagR20yi&#10;aDQbGgzSYJCvYWtRt1bCGrl+zHK2MQFI2Ar7PiBDseGT2rLJykYBvFgp4VzFvrZWg2o8fw375TjU&#10;gQyE42fhAz8eayCc0aG27PkSSuuq2qi0Zkoqz2mVAvtobWQkuRo9Vx9YT+HVlgbgaEZH9h2hwy8d&#10;ppeffJF27NxGV9x0DV1yxWUcJIPr3mm3mdmLz8xKWBAIQExqNjRfw/EaIuc0TVlG4QxywrIMACP2&#10;u0Iwu5RloE2RKCJVDiwXNs3OxZwfklqr51G7BQp3wU2Ny8NFChtDKzMM7PCxyzJToOItKZKwOE2H&#10;G2kh88hCwp6bxlqVwTOR1lk230ZKWs4TBAl7z1hCmYXXLNKM09sA3DVakqRSDJep0W5IIl34mREm&#10;j+EBbzSG1Mkb8vBAvoFJVvjvETTuPDWnkhaLTa7tJcUWD42lKp2LhUfGlGc3Jq2QH5uaWTIKd88+&#10;BuKR5DXdhQEuIKpGWp1Cg0uM+tXhUGuQRoCzVEOTWJyyBTBdMTK5yWKjoQ0T2JGjcF0RipEy6zL8&#10;e+L5+rBynYtCobEi3CJjWmfBC439+9Coh4cTIRDLwxFlSyuUDfrk8BBDMs2HRkHD8PPwBxiGDYYj&#10;7TnAQiYbbIjOPnBjpq6LVFS8BdAIjzk4o+DCOmc5b5QfyWbCDzEejkJac/EGiI2ok8WcauiLr5Jv&#10;1kyAvFd2at21XSVTiWdwiwtj+Cxi0gJGBNiLAIKspNchDYztG1Ewt9o8nWbMj2TjnJpKeR3DJwlr&#10;DVNJ0I8h3uuE5wJJnL3eLC2H9/z1vXvCg3wA6CmZVqJGqFaM6/Gu4LWDBxprPBsocIxrhPueK9NT&#10;2BYAF3EQdNtNmpqbpbNDR8sAcceLnLrUBjuskbNPDgMMVjaiQoPUCwXLGklLI8pVgwfGV2LLAklM&#10;Z+spnirLxREpqFx1cJD4GpUZrzXmg6R56mZbT/WMBXuRVym1VkD1+LzwtEYnM8xsipMKpy6Brh5w&#10;IAmVw7BZf/3Zp7kwu+7yXdRqT4vsFIxPSKDRSzNMJM2MUeCGA1qseDx4Bq0LqcutFJUQ722zQqFf&#10;GYyZXTfHdgGFPFuxgVEvokmJpKsx3YQJFKc87K/Dkm1J/b0gvN5LlsdmtGIM+wZOmK/p31PRe9CJ&#10;p9/QR9ab54kc/Hq64fMsFtLAA+ibZhlBToscnCBsM8/fK3clK9MhdFARpUoA0SDp0SAlWzZesVtz&#10;LDXur0k39LXGzNZM033tj5383vOlTtQCPwYs3/UM7PEqMXIPmwzHkPiYQYoH6Rmo/fx5CmaT5UbC&#10;ONYzXm+wP2KUT1cm8UVMsNIB2VxYR/NO/evwM1YsEAoFX8SnjWv6iZS4usccaSMcnwguJGLzov5t&#10;vJ5MzbevpvIy8WfWa/zW+Ue3yj/S6LWLKb/eV69ZeQObEtwrt1dXpRzWEmnKQBSZEsv38WewdaBQ&#10;zIdjAS0eia4M2TDKXJQwjFiUVvtRPQTEK3GzlN1ow+t8xdQwtcl0hA1H4dedWhzSMweO07ZNO2nr&#10;JqSpO/U3SXjgKA11Ip7FeC+QuzZ61OxAXD+iMUJ0cvEuUtV9adPM6XRegcpcmHkYJPHcifcr9SSE&#10;LxSH2pAYe/uiBLuhhoDnilUAVcBVy8NHXBMkAmMA1wr7/XJfWOF8JqocmItu9rkJlUwu5yQATDAN&#10;vQ2Fcb5In//zPwp7Y4fe9V3fS2m7xfrqbIQ9gXT6rUyFaEauliF/e/iErYHQdlVzZ7iWbEEWanO6&#10;5a5r6dD+e+kLj348NLQjunDnfxfOzG54zyP2+hJg1+p+4/gMzhmIh0xtI7Vvvi18b7iWr3yNGgxO&#10;qSxqdI6Ge78W9oPwnu99O0GTK4mJOS2HddHbvZuKs6eIvvlMOKcXQqMiErRQPNJU+B3DA89RNrWR&#10;Ore/kfKW5wFAAQ/OcO/ScH9zamrP4csEama4TABJfz+WX8kqXp22Wsq86hCVqVlWVHs2M45HBXU7&#10;Hdp2wYX03p/8Z/Rv/81H6Mhrx1gVgPMStiqekxSbOvOwPJT2GgC1cfMmeufbH6S3v+tdoRnrsDUJ&#10;N1rhBmOI20Y6pxMWPM7csuep+HZqVKq+vDo0mWSOSuBdfdOy8bPbhCrBbKH7QFKCXhO8ttKeo1jD&#10;/ovs38gbr9zdkpK/rLs9S9e8ifYtRflsJ+rJNMFgPg+/L3r4Tb4H/zpSXvktLkqIVV5vak669d+S&#10;qCc5mlfI3VZCrZ42uuFnQpPsl6hlu7R84hgN9jxPsy/toWL+5VAPOO7XfOjv2q7B3lp4iwC07SgU&#10;my0EsqYg/FFx4bWU3P4msrt20bg7zZyFNsCKsF5aSUZnsxY1wv2fSUI9FJ7n5NARKr7xONGr+8IB&#10;fYw25Es06HQBQ3HvkCP8AOcfwP+ODOmaYf9Z6ocrfs1N1Hzzd4eDdWs4P4eidDFSH0eD4NVkdqcD&#10;OrPqbKuk9noW4EzIkPRpxU841M4LZ8/RLEzxgVeFvQbgmncrHFiDZ2Khn9Ev/KtfoL0vvRT22Tbd&#10;9+AbObxhmMuw57XTCzQ7M0Pvf9976ZOf+ESoJ3J66umn6a8/+Vf0Xf/o++jH3vNe+ne/8ev0fW/7&#10;Dpqe6oT+ADYrKdcpTGDg+WvOGzZq8cJrZcyMug38fovRArWQcuxEEpnA4qg9RdOnjtDyJ/6Sxq88&#10;yffBDObFR685y+8DtlsjPhZFgs8J4lkhIWrhA2dmity191L6xgfJb7uEVlYy6nHdgR6uoQVGDXCP&#10;e5xap7joW6sHuvSU/jzuojUzFkPrft+EByoDoNV9tXqf62Q7U9IzxW/Px5A3L74o7AfKYUXc5FAv&#10;7GXz84vkFpYomZoWFU7BvhbMcGIACyBIIrUG6pOcAbuCwaCYxmvK1EavtYpKMjHAhIuSDogjEyyr&#10;BbGJZ7FToMlrMrow/MRDPJM+Gf0AaodEPkfCIxCvShsjtlhOBtDoZVA3YMGP0VOrsoH3UnwOVvGk&#10;LHN1GC4Cz2k3mKhDai3C4WdWUna5/kFtZ02Zzov+gBmMtaAkvh5x6l+yHAzXYrnWgaQhirgesFpD&#10;f5JAOTjOxaMfLD7I9cP/HoxHoccWdRyCx2DdAZAPWA4HkqEv1QwGT1EZJexDBlutesAWTrAgK8QY&#10;4FhQ6I04gNOogsRXllR6vazW1bmGsWCxcZgnGIzAijjzICZDOw2PVG2WsufL0Gkb1UBFuX6j5NnH&#10;NrUmesLvHLHyR9PEYYvWaNDCwjwNXlqh8XCFeuGebdu2LVybLtdCA+A7qZoOJBpMtIoIHmXj/B40&#10;38Aw0CfKFSZB4bPd8cYHP9BQhphTloWPGm8vNFX8kghe4Y+Pum8tXhl8QzKLF5mkYcqhAC2JUjF5&#10;K0lFfspJuorc1jXY/FBhQZZqMMfgB5v+a6II6MzwZvHR1wYFYZZLdHYhbEN8D6f9YuHmohd3nDZb&#10;8NchQWWTa3jHMUjlxUDbKQuDJFUXwCf7CGqYRkRwnU6snXrBFV510aoJdxoA4PV78MDyZoJJS1js&#10;MX2WY62xcRuv71ulGWNJnfV64/h9q1EkPzzsbeeYsYfEKA7A4FSbMacWQzI7YkYdphmQYWehOBhS&#10;P3wvgLt+H7H3Q5bwLi2PaHF5hRZPnVRPPZnKjvQ65cMxy27x/hGGga+PRyO+B7jOMHQdjUf8WWAI&#10;jOsKue5gOOIinh8kTs0lDvngwlKDHuJGWG6k2JCNV18Vp/JTo1IhkZwaY0upl9UkIZZyJcIsYDBV&#10;k40w3cMm0sTUILXcdHDAC7PzmiyN7XbaXDyBKdkJhW1vqsXhLDCdbnckCQgFbkMTYFvN8P3tLk11&#10;e2GdQz5NoWFBeEubXGsj7Tl6hA688BwlWc4ydDbX9LJdbJ2bodvvvJOmt1zM0zOYcQ6WzlJvdo7l&#10;EAwwAiD3GuISPtji4jmaDs3Z2DToiZcP0skzZ6kZfvebdl1Kw/B96akv0amVBu07vsKJkEgY4kak&#10;DEiVa4SJB4BKjlQ3iSaXJVRua07ToOL1tcqa0aSl6BeVGlsKrI1ZnaJlailckRlmJ6ziqhQqkatp&#10;5KYWFKaERUo2UYwP91Wqr1WfwDwTnwxM1s6dO8trZtuWLaGAavE6xb23ip7j2WOjVIBlhdDdMw1j&#10;WGE/JMsFE4BBlJ/LTjfvcBhcGIqwHTMN9gfFmlrrn2NoouMqpbx6XSaSK2VvALMZk54Tw4xeHsuU&#10;yRkNG4keI1jD0V0GgweHSbQMVSz/ZZgl3FRK/kp4HlvhwMd+MRX25mUnPo2e14QeWZxHZBjk8vEQ&#10;NCJpdlrYQPZbKADQDQsch7SkhkWDYcfBIZLFpK1JTFo29TRdN5HqOhnCMemzUwqXa8mM9Wo/rR2k&#10;VldtUkqkqwARduGpxdq6krJWSw2m6tdHr8nER56GZ0l0VhsYhHKZffqIqrU/k+Z079QSXdw6Qu2k&#10;z4V9C+mFDND4VamTpsKobC1HsabqNYYmUp7r18zXDODdeRh9a9RgZh04wazNclzP52+C7VKXIXsq&#10;QUtu8jVF2/n4GQ0/L2zfgRTj0EQ+++qAziwmLIeKJYmLV5HDqeQZzwvxpjRqUx19IWkCVDKrkjMF&#10;CCAbja7jMtTvseKXUiDBms+ehJnYzURACgbj8B54+NNkVkSOYKxEbDNaTVl18CQWH1xNg7T6Xqxe&#10;DbXNYP9fSCKbEooVIQUu8LVJ8WpLYNVrr2IGRwaRF8lu+BLYfRze4a2ab8tna7VEdpcoE4+tPBDM&#10;ZtUvyIjVBwe1sT9Nxmy7IwcO0/YrrqatW7cziEWc2OpKz0V2GLLKltf3/PeWoeK68nXuULeb0NyG&#10;DeTHTdr/yl5WEWy/aCe1wvmW8gAtEbaBsvxlr8nFIwKDQdyf2enQHIdzeemosFfBlGbGckHZ4gKl&#10;nTlK5jZxM9Nkxn3KnynZsFE8AheWKc0FxLVq85HCZiTUQnZlkfKZzeHCt5lRBC/UkROmmmxpiXrR&#10;Vh60k2y/v0dEx+tFa9dDU0ro3JfDNxNNymF3geRNZkcZ2rhxM11zzW5aWjhHJ06coF6nLfUWvq8h&#10;axSWOBvm5ujqKy6nH/j+H6D/5kd+hN5w0/VcG0V7E0jgSM8Aq5/daIpk5d9ZH+OYapu1iaaoJut4&#10;7dWY4qXxR31fMt9SgMn5TEuNeszKMaes4no9UmspbSkn9jV1givZz9Hepbr39URqW1OjmIrhN5Fq&#10;7VeF3ygXTfd2W9YJFeTLrIzou2qkDoZkGoA+JZKOakKD6M+OKH/6MUq/8mlqvPJk+LdjrHIAYCU/&#10;m8jwAEoSlfgnnTQ8T20abLiIzF3fRuk9D1J68WUC1ObqxaV3coBhIwAcDLfOLJD9yqNkHv0ropMH&#10;qOWW+H0UJtTHTlPaoZhBkANfl5z3zXF3A/W37iJ/37dT9563kut2aRhlwwqSGhtTvSfTvl/v2TIa&#10;JCD7oCg/0oakXB4+/Cr9/M/9HH384x+n08fO0g1vuIvVaSZpca0gHrqepjfO0lcfeZROnDpFiysL&#10;dP3u6xnofOSxr/AekoT9//YH7qepqR59JXz2pYUVrpOeev456iUNeud3fju97a1vpnu+7e20ZW66&#10;Cm9RKxUhX5iy1jVlGCDOvSGUuPyeBpnnGhSMJTp5ityX/4aWP/0X1DjxPJn2OPRSA1EIcX2eS6qr&#10;9xrGE86K5jT3q4YVbT3Kr7iV0u/8p2RvfyMV4fo3oMyymQCBqzxw199vzJo03dX3wpgYtOMnoNlv&#10;9XGNTN8q3EvVQLVUbq9DYFtTOjhlA8rA21ELEmWEhvaXaXzsGLWwVzXa4rMOqyLIX4EbFE697/V5&#10;07Ao74SQEZ9AJrUom8/UvPUk3bZg9V+8Rk6oiKIxSNRHzfnSy89pBoL0DlaDugQsEkWtlaAdJiLE&#10;PqUofdecqtqAcywt9dl2hANKU/HeA0mrhbPcpOInnMgwGi+O3tU2Ula3tDRrgTEMyOGNQFXx1lll&#10;bos3X1HNKPRrouYbVx6ERrAQgGAII8E/su8rB2TmLN2Fmi8L/RU8Btm3G2x9EFfCWYSeFIxwnEH4&#10;LFYtyCj297qikrLO9KXMOi6kxEjyPJ6yjBV01QliqLKysdHv2FTWThEoFHK4VVxKQi+sAqC2tJap&#10;iBxGMQlrBAy36pfHPabz5QCadC0zgOskDLKRyvpIdJA3ZuUmGI7hmR0OaRCukw11Z7PXpbQd1i97&#10;ICI0KC3JVrb0hZTe1qjvIjAuA0s0sClzJRrw3DjlUA8YbTCQUSgp2hYC2IHWZBlNFZlNDjkt/OsQ&#10;AQy9O8AophlTSW9ssjFmJqwIB9ojIuYSYZsBcPM5Re0P2IGF+gAYHy+6Z9ZfRIqZD64MCRS33o9k&#10;KoKpLRhxGejoKRfz2PgAzCBBjZkWSDK1TcpSYUZxempDWX0sL0iE2WSlqOTgC4ADQLyTpDSkb6j0&#10;znDiTRp7iNLgnZQEzcWW9/VIQl0gwlwU7bocbo7TRUXaKSBXrud8wYCjeH1Z9oMjPRAjddRZq6w7&#10;YdDFr2NBIAWKTS2TarLJ3hnQ+A9Gobge82EwGorkloFCNEGhKBiEogF0ZfYRbMli4rS+PAKs4hvB&#10;9NFsrJuRZ9DCF/K+AQ5SEWmkTGHjr4EqyxuRkxQj0d0aBgV9bSISU7NM6aElD3R8uH0sHEvASB4Y&#10;SThWGVHMeFOaN+jBuHyNaPjJ9BvZTDgbJYFUKGWqPzdrDZ1cQNrYaEiST1gPiMouGzWkFmESAepv&#10;q0vtbngo25voKweP0jOPfYHc/JCnhkjcbcD7Ut9xv98P13rAIA5jNtjkQyHBDTI5pXWnYmqvDzJI&#10;JnhOWqA9X7SD6MUXaNC6gM4dP0x2+7WhYemGTbzPk/qhHbHE00Q4BAle4b2z31/DalKzU8p2FVoR&#10;i3aRmprqAI7ghoL+zleHbUwgKn05ysLBllP0GDQSJ33kqPRWqBtYy8aOZzHO9KV48VSLhFdvKKPy&#10;Vlwf0K9FJjmmxXAAfuOFJwkWzvfecEs4SNosTU+cFEOFkdeLNG4+8DAcKNNpBQxBuEkLwA3o1+Em&#10;nQlFFWS2S+EPplJo5K02+LGYqy6kWQX4+docWos9EpNcsPqmUkdbw7N2QdPTcmHobHjWZgA+gs0D&#10;vzj4gAn0x4Vxm9MqHRcGRveYQpkd4SWoF64NAD/shcuh8MG6XlGhYyV+Mmo+XyvOMLAA28NIuAU3&#10;FGigw9/9sN8jhGZUSj6EreBWBWxUr+VrbDNfpUSsbt6MnfQ5nAgEXqUtpSo1t+m9SHR9ta8yf6r+&#10;e2v3RLz7aklvNVNFFFYdlnN7BuTj11GSdDGt1Z8BexCpxwP9vdjkVkh8Oj3oEczwEs86n8SlUJOE&#10;mIq06EuPtkm2jqd1LmNN9lzvRf2EIZGZIEXWpXLllfQV28/4GnvsvMCDpmBW5pNrJMSc4FaGCZnS&#10;ZNvF4lzZzBgwkAZUxP3TcPpjZLBp45zElEVbgk2xoS4UkC6BwNoxG88Kp+dv2XhHTy/A5eH39kMj&#10;9eyBE3RqfoHuun4H7bo0FFGmKQyxRouNoTmpmUOj4CwFVsQ0zWwI+2t6jubnT/MwK2VrA6kHsP5Q&#10;TI+wh6MIBaiOLFyctSrDkW1cWHclZUGbJB5QUfRmxPkqabA4B8MxIezT1Oj7EsZBu2nFvsIoAJhI&#10;YzDOGjIxZ0six+fyYAi2VsE1DXywBscO0h/9xkdo4Yd+mG66+wHaNpdSrtzTpAzOUzZWstav7++a&#10;PhsBEwq1G6Q52djQxbsuZDbMtoe20Rce+jidOXuWHnzXu2n7hdvCWd1mrzeXj/XcyZgB32gqaJu2&#10;qLVjJw3aPWbeuZceI5sPeWhiMMAbLVLxtc9T/+wZmr35FjJzG3mIhhPYbdxAnbvfRPMbtlDr2cfI&#10;nT3Khfc4zblf7CwepfzJk9SeP0vDB95FZmpWGgle9w0eOLNRO6sDCoGrvKe/lwnc3xEMNLE5W+2J&#10;pcFZnj1+R6VXbCtckxtuuokuuPAi+ve/8W/py48+KpYk6p151aWX0pve9Ca6+Y7baOsF28L3t8Qq&#10;gRuqBr/+mNkwhusjX0w6bEXPrQlGsa+NEcxqZqhdZy2ZVYxkW+NruTXBGX4N6/31UAVl29WUBb4M&#10;EnfqI1wNdcrfpSb8zpqSNTzhsaoMwPUQjCj9jYCfj/YHNSbmhKQXpIWSzC5MP6P+W2Kgj5onl4CJ&#10;cE/GnCILNl6oqY/sI3ricWqf2RcaxbA3uZF4b7EEcsjPPRttQNrYhDoI4H6oY6c30PKOXZS+4X5q&#10;bd7K9YRvpqzEgQ9eaoRJNAbQHf60QJjY9wKZpx6l5rlDROMFsbCA7DaRAXIa9s280wlrJPw8QJXw&#10;cyN4qM32KL3iJmre9gCNZzfy9VgJv6cdarAuDzelyo8g9MTcaZ3QjTW2FT4mwgqoI0nnwnzCYOGi&#10;sK6Hoe4eDc+FO77M4P3v/tav08MPP0KLi0v0/p94P933jnfQe977Pnr0scep1+3QJz/1KfrQBz9I&#10;J069Rp9/6FFO033yh5+kCy64iF7at5/3pX/y/T9IG2c20h333MJS2x0X72SWN/yCci/+4vGMKLFf&#10;q17SvqAYcZciTNAM2NpnNnxtuP8VGj39FbLPPxpu2CIPbBjsWRxxwqoPex/bHnAa94gTVDn6AN4w&#10;ALzmdlLzrgepe/3tRDM9CRa0aqkACxIkw2dimyCDpFpKbu3vtZJx+lvvRXwmzJqgFFqTaj6ZyOvX&#10;6kJ0EOtiURMtgqgK5mCgk+t2CQotVvo0OHyEWoOhWHGwb3L0zlbZI/pAqJxiXcl+8WI/xQgI6sq8&#10;UFWHypHRJ1itcXTAnVgFduJgzCs4l8s5Uag/dVFIwJIEa6hVTFmr+TLkQbyKxMYgJwEUC/39uQJ/&#10;49GQVlYG2rsmYq0A3IOHdkaZZjJAhF0ZWwaGZ7c31aU8KViBl3KvLK/vtNZyOiQvYn2qshYmgCnB&#10;RoJQnKapeyViWd4znLLoQFZxkBhrL47PDnYsVH/IM8B77iDBG/6wVmS7UEHw51B7tYSsrpvKhy/W&#10;vFaVL4mSfNgTmYlUYnsUw1FMqcyMZb8M5ixF5UwN9NNrnQDLAn5EkfAS7am0Bi5IE7xtrc2xqkyR&#10;WrWgYoIB7ssQNKlhjaoOWd3hNHiFwTjLgRt46ROvvMYBqqNBRlfceAP3iQirFQ24+pJ6L1o1kINw&#10;VgDgx/otBOwDGAscDCEgIDEB6IPFTbrSX+abbnX6ZjWiOV5s3IgksnvAlgmNXwNhDPB261hmebHp&#10;IKO2YJel3HwXBYo7CoUaZAOhWcRBBeQdDX0uEjs+1JgJIBPoSGPHh4ecl5Nh8GFzsa2MvmBsmg05&#10;ZnhdFCNcgDnc/DEfmGyOjQMnyVjGhUOPjaOZwdjiz8B+eVYaW6O7CzTpJpHobGEmwtheqPOQhaSp&#10;SG75Z5Q1wPEGvjI5Ks0SfZwUxIbcM/qNGyTMM5iEShoOy3zyjCW9zDjiSbyyayDIjJJI9d+C6a1R&#10;T0CnOwdrspcb7H2UakIaMwkpY9YEpuiE358VNEQqL8A+RL5DUjSWYI7FhQV+GNpTHQYj+TBCAEku&#10;Kbt4sNkTA2AfA42GjXMTyQLjB4+NPFkWIg8jzzK8BJ7wNYvUZ6tW/GwvlzL4a62sv8RWHS82ColX&#10;VzDapKW5KT6nVSSfly0nsMrXUzZsT1m+Shy2kagUql0eR81QAOXh56ag2XdWjKY18jy1En5CyrSC&#10;ByIowsQhNgnfCzABrQZe9EORdPjQfgZS4ZcB/0MUVg4HPGTTMFdF0hkbwxKzBSCbyXlaoiwRntTp&#10;hoULiQTnsCbB0gTJe3p2Ew2x9sN6XghNycwFYR0nnXAdToTP5rmBTgppLisZuAB+aLqLQti5XHBa&#10;U+el6fTCkp6OFZMoHkoKZrkYFW8qDl6Zv0PVgVjmI0XQI4aQ1G3TfPX1OGU0JXeLygj13NcTWRM9&#10;+yU5C4duotRuFHJ7XnqB5Zl33HAry1xgR93GZ86zCS5BUZ9BGq9thrBbwPLqQu5OUngvZ0hPC/cA&#10;3h22wxtrBNndRHqCX0WxMqsAnao5xLJthT9T4V7O2ZzOhN/cAYiE/SWR8JZh+HzwOuXc9lAUDjVQ&#10;BsVH4gS4iQVR08L0WqSBYHZsDsXOOQ2qcUi3NL6U47KsmJJaeSWclbGXJgvFOOlh2gj79ojNtFMF&#10;8MUQl0wElP2kBLcET5X57c9jPreqBfR1XyxTB04npcJjY1QeQVWjGT0DTT25ovK8iv/NEocYhKRN&#10;KUu6XcXS6RlZYeyhGRkYBo1JQkNlEmHRLHGKoOND3LF31jpTazY0nhx0sw9Q9KmkmrTW19dKlLfU&#10;ZG7r1t9mcpa+Trijr/+7pwmJbp11yNLZ+u+Pnn8KuK2XFMzlnq/ZKpgq4KhMMzVyFpU5XRKjq8mD&#10;Reklg30J4HuqDAj2DyWjYVM+qrtq78Er69uXgUfOSSCKM66EtxOHPRSBPJ69kE4sLNOTe4/SzPQO&#10;2jSnXq3su6LXhb1kcUNDgRT21kE+pEZrKhTMI2ZT4PyMJTKrDUj9TtkMOlEvUitJ54wNgw0v7xPy&#10;GXx8LlK5jkkUFE3ZHkCGKiLx5/oP68TIXm2xbtDY5eLLQ1KOsak6J8shZZDE97jBRX/YQ0wmww1M&#10;nyGzabZpeOwo/flv/1+Utqeoe++d4Qzrsc9Xpv4vfEbbeP/NpGfnapZZDSRZnxkifsTs74OBGw5c&#10;GtDWbTN0zwO309HDB+iRx77IvkY/8r73y0AXthU20bNLpDV9F87nvE8zODMBPsxsIHPjtSwVNAee&#10;CeehsAgstamVL1L69FNh3w971133UdKdZkldLzygS7jXV10b7nmP7BOfC730YTIDfMbw3UUz/OlT&#10;68iLVDy7g1o33ULD6Sm1qE3V3oXE1kD3jcQk/795971eakRssm00I4/+xmg+wx41OztNP/HPf4pZ&#10;F1/88sN0xWW76NvufzPdevvttP3iHSz5ltqMqzRKGq1Qc2DY45kZg8E++2crIGNV7hbZfecDAkqr&#10;CzJr9n8B0Nz6LGOya3zrxCrPr2q2VrOcJ6XCdfmzqYUklbxDUwnFXI1JVKd/V17FZs1Z9Ho+ezGR&#10;t3pG3KrPVQXBJHomM8Cn1g9OWVukqbHYMOBLavKw1x18iYqvP07F0QPUzI5yCm467od+xsKujZrs&#10;QZyzoiVHPxbO8DP9nGY6RP3r7iS3+27qXXARDxYGUDmEPaCJtYKA7HHOntUroxXa0OqQf3Ev+a98&#10;kfITB6nRHtIi+4OFehIhHWlTJKqw8hkMqd3phR5ryN65bnorpdfeReamuyif28B1bhoauemwh2Fo&#10;Ni7EVgbKpjLbfZ095vVApnjmOC8sOgB9IDawLVC4Fls2baRf+IVfDMdNK/z7gL740EM8nNtxwcV0&#10;6PAhPnM+8m8+Rs8/9yL99//T/0i7dl5Chw4dpIOvHmKZ5gc+9BG68Dd/k37zP/yfYe9K6Lknn2JP&#10;5B/9sffSj73vR6mdeeqHRtxly7y3N6z45OH8aDbEoiYxkZktvRwDXN6ULKrcoJ+cJQ//6b/8vbB3&#10;PU7NmQGUuOH1Cpbl21aXPUv6oYfrGMiLPfXaM2y5lAHgTcPX0zlaufwW2vSOB6k/tS2UX2GPAwAb&#10;XqOJgS3CQcJnH7K9Y4YMYt036s+rXzvU8f/1/qTnA/r+tvta9ROrgV0leWgCtFUvYu7TwhkyCj1R&#10;fuY0Je1u+PyprA2jnnIpPBCjnYYoCUhlj0ZtRLx6lovyTKyeQIzgGlHPeLUbr85FDc/wkdmlPv3G&#10;V2GFiapisHbi63sjhHWvoZscgBIBfx1c4j2gVmDloi9YmRdtEsQ+oeD+FjgFSgmn/tS2kKT2TDfI&#10;wfKImqGnZ99IYAYuY2zx/yXuTaDsuq7rwHPvG/7/9asAEAMBggPEeRRHUZQ4aLBEDWEnHbutJG4P&#10;cjyk29ZqdSTbidyx1LGzspzEdtvtdtvulTgr3bbbWYkiR9YsWbJmiSJFgSIpcAJnEgCJoYCq+tN7&#10;796+Z59z73u/qgDSsVfaa8GEgMIf3rvv3nP22cOM7aTY5iqGiTgJt/PKkDPqWWg7+2a8l07JSqTg&#10;JiupMABoJFyx1mE8g32j8ZgWFxZgj1VmquiwJUByZBFYtXUxHZ9wY7sHnAKNkvzrEgtT/eZZkemd&#10;AnpZ6kNNTMSltpZRA6mkpAAgC1+96C0rKlfvJK851uG+Y7/qtVaO6h0w/eZ6Fdcqc/QeM6uxgcqh&#10;gSoLoSa8T/G5yjkYmbLGWUH50kl65KFHwtl8bvi7Pg237AKGZtSDnLxL3EUJklHV40xYfTKrD/tr&#10;wRkXmuDL+NbqC49Rf991ZEMhCIBNJVnOSIEsARsk3mGaDAhZJNe1daMTQBFaMZJriml4vwKLoihD&#10;wVD3hH7ODelUi8hCmDEA/7wUv8yfsE5S58DkKwV9Z+p4nrsk68uMpOlEvoflm1JVsmlZYfDx3auZ&#10;TdaTCTBrslwm7K+KpyhFD7RR1RAJ1ZdZdtMpKKESfJErit1OCSVM1GpCjcpy4oVntF99RnxMHCT1&#10;AHEq/VXvPhT6aMQFXSeVYDg/I/EN9cmbBaCobhgMXlW1cn3UMJIaBV8sS4THOOhrDa+YqQU/y50x&#10;rWdDygkHdrDkdg2fcy1cu3F4GNFcwX8o/IsVpZ8bpoOT0KBroUDHAg4/F75bqQ8jM/vqWiLsnfp8&#10;5RrN3vrr+TSZQViA0pCjZxg/kFm414vDxfDeJa2sngDy7xVs5T8H0yNcuzyTh7fyUpxwI4+QFb5v&#10;WZS5WCTqcnHC14+9bET2K36DXMCbXLx3GOSFcTv8ASzei8E5lnnnAN3KsFn18HxkJMmsHDPODD8z&#10;PJteOB4O4ReepWzsdXIXA1ssJIG8qU0RQb5GZbjPFdP1M0fHagYvwoGdDaWIbsR/kZlohfUo1lgO&#10;P+xZuuisbcQ5PFyMn1o+SXs5USjv0wJPVsNm6o+doolj8DKH1IM38aJgaY8FmCqHjsVaIWr95mKK&#10;FnwjVO7iVYouzXYuE0pt4Lx6jlidjntqmUzANqL3BViGXd826kwQnQJ9NkmSiExH9iseRjGN1yj1&#10;xCsF3iapcqMmtRaTDfaye/TJgzQsh3Tp1ddBDlspwFBbCeMgNaaVkBICcOYdu81s1UI9kykqO/eF&#10;Rv8km8qGZroC8C2HHOJrErDp56RYbaHqE4XfKm3N60HDPp99nnTlM7pgYOn58FwuVx4A8NSJzH8p&#10;vN/YsRed+KmeCs9gyf6lYU2O2XKHZWb6bLFX3yCCXeEZWK5liscppT08EA0Of2bvTU30OZJrnfs2&#10;MZUj6HEAK/NyzCwbZttEE3LvKfI1FsLPrWgCGDcsLP+NJv98II09bQzvWM8AjAEd3s/Pdg3Ny3mT&#10;KLLVviYvSE8bff9ap7t5M/PEIjZttmtMf4W8meD/h32bmVvsAwgLczen/2UWJUPwtYKbufpSMZiH&#10;M0clmeJ5N89UTMCSNR3ZaicF127iwec3l++aTlpHN2l3zmPKzPv/JaaglUHbZuwbn4BB35HvSgPj&#10;1GvPxHsnZiWRO5PuEZLTVBLhNAgnMdRdo/4p6pflST15fJrqS/3pOqmcSj+LrF8vYBhfY3idalMc&#10;M51zME8cPFIh2QyvPQn76TNHT9LdD5b0mit20p6dhbDBrYNaoHGFeLMamcpPWF5ShEK5v50WTUGT&#10;8QrNZlPxl2OWbSX75KAnckphClfq5SvDucbJ9L7WAC4Tw7rUz4wU7M2yuIfwYJGT7MJJ07CnTY0G&#10;mkEnrOJGQBg+F2r4STOwHs6UWTxXCeycQSkZ0hXM9zMUlRWf2eFc/YsP/xGdd8GFtOe8PeGMFf+2&#10;Kfteep+GbWCa+43yrXhvjDFnwPAjWyOcqz3xcHaaFM7nKrNuvu+d7yTmKT/66EP0lT//LN1yx1to&#10;aZFrs364H5PQnJWwJykxsC2Qus1+zgxOTrbtoeyGGxAO1zx2H/XDEzpjiR7/TH+Z7JMPkduzl4oL&#10;L6F6oY/UPZbm8fuZi88Nn+E2yu/9XOigDwueEl63hwHoiAYHviK16TU3UrFzq5wx4XzmgWkvE1mO&#10;MBDOOMP468X0TsOojOcpr9WGmZBcm+oebKww4dlHaXFpkf6Hn/1ZuvGG6+iyK6+is8/eBb9EZoyK&#10;hLIEuIfz1dVIHufwFAwrGBHnYXJetF531r5s8y7SK7fJ91gPerVgWMuYM3MMOE8u1Q0msT/83Gv6&#10;De+VzfkpeRMHiojMIt+F9oR6lRJ9u2f4y2kR50Bv4zcEcrSfy60DI+W9HAlDw3iTaiJu6xoeZKq3&#10;cDVaoYXnn6PZIw9R9cSDNFg7hqF/jRC9Gn5lXCNDteFZ4r9Ik0aSlevBdupduJeay8J6vuQKkBn4&#10;Xk8YJONgv7DWx9GJg6/VaEpLLzxPzYH7qQ6/3OQYLW4vaDqa0ZBJFIOtCOZiXzmp1MJ1Ds8YW/rM&#10;hjspv/Riyq+4iexF10jCJe/FbG9hC1rzTq3hZlpH2LmDzZ0u2MHPy0mTJ6gX5RjfUVYS8j5h8xIA&#10;CT/D7EnOjOd//s9+mb78lS+HmmuBfuVXf53++N//Cf3b3/+39KWvfYk++smP0GNPPE7nnXc+HXjk&#10;YWqOvUjPPXuI+qEuf/dPvJsuu/hC2n//AzQar9HrXn8z3Xr7G9H71kwKqULPWC4IEK5nLUIg+Tpx&#10;3eVmcg7ZPhLAGXjkM4r3ZGbYFocPk3vgbvJPPEDD489RtWWEpQi/rV5f7BbYdGXCeF94KkOvlod7&#10;VuFZ5++6leoLr6DyjndSccFVUGD0wPyb4HznepEJEVM9KxFkwH5qZvNBzXyQxubrf2PYxrxEnSLI&#10;1wH65pl88wBgq+bwrcVlZPUlE3c3p5ZBn2Yl6HPAEsdpOC+OH5PeYDiUsDRY1jj0I9xTsS8b0xqd&#10;a59Ho0PCWIsZpRPwNuSSlYg8G3wdEVyh67BG2Ifav7CqkddErQMRZcbnSFNvUsiFV0aWUVLLjITp&#10;CQkv9zmNWPQoFqmhgpJ2O0IwRQY7KTDZkMyaqeJCiEvwv1sQuX6hZAkEcs4msHFYXatIMCWHM0xS&#10;ZmusC6P7LzMb0Qeq+qtpos2IGAUzoMmDLvYSzniAxwwzEkZko0Qm7iNYZcUWYL1+6J1ZqhvWYp8V&#10;cUWJ/pnDIgtNAs4UcPQa5qipO/IZnE8BcdFHNQLJsIq2mXrgSahpnklQGDlN4MVn8q30O1racI3H&#10;fTIT0aayBvIyT2n3NgUveSWlxXRdP6e0iZLtqHhD0IvpDM0ZC8NwtoYKlV+jUo9I7r2KhQKBSbw6&#10;YKEU/mzlxWP09MEn6PLrrgprO+wJoWYyudTNbC3A5DBIx5upECzUok6+QwnptrM+hbyyP1R++JnH&#10;aeeeS3VxkqQrqkk9pqtejHTxxXPh19Wqe4cxZo8Bqh6m4wzClAzulQ7+bAwUcvJMoxIwsObUpJ4f&#10;0qKW9FXLJs7FECw9PBiMMDuRD7BMBcw45xLyDZiP/zf/fDI9dylWmRcbM9zKPuyxQ4E+g2Y/U9bA&#10;1ExU+mmFWZYbTIUY1WXPLqvJt61lkE2eGhAcKhNQJgwmJfRmJtKP5bOoo6GEUrCpPhfdDIJFGiY/&#10;5BoQIB51Tj2PZKKHQsGaxGiI0kkkGfsYfy7JfmUuDUCViVQRjU8jC4w3E4CE4WDidBwGsNgXUKSM&#10;Hguepw58eDBggvROljxbpZCDfVeKPpwjUzS9Gci/kyJeFhYodZBBgQrtGy0SbduH66aeZW3BV80q&#10;0NWLQujOs9k4vMZUQWURliwO+wr48K8cgNXS4iK89Ri8RAy5FVYAS3czDVBhaXaeZclwOcJIHHQD&#10;EJCL90aakHggNcrgQcouM1ltnhKM+J5wUE2hcvHhlm10wm6lA49/jk6dPAF2HbJpNAWIm8Iyk3TA&#10;cbjms/FU7gmvb02+a+Cx0whQnYpDNTUOB/5sshqayYz27tqN6fyRIrzn9ElpLnnDCE1OafWzFQZT&#10;ln5PGI18LZgxIwEeSmXuJG1Gvx+j3hY+htbY6OdnEwMpHegq0aZOI2jWAQ0mMa3iea2/d9R6gZh5&#10;GTFYMSmlThNjfRtBn8C05HnmsBZY5hJZdHxvj6+FZv5799AwXLvzLr4EXgd4rjKZnID5y1OzOJVR&#10;0B6MZFeILJ6vJxfA4V6tzDydGte0NprQrq0L6r3ikgfhZg1Amxrm2+sH2n+ugDeBcbw3/FotazpU&#10;eDo4zmiVU+nC/RqFH1khkRDgsM8qYZ6GgppBhzUjCVddjegYKb5i1otgCm6uLTPzvCQrW8IBjN+E&#10;78cJvEgkJot9umclyZkp9+z9J/tc3kqqWp0tyq2ZlwS9KsF0wnY2CgCz9914cwO5DqjX8XuJ6Ytm&#10;3hWxTJLajQxBo4DRZkEfiKx3PklpBgg6IvUtIYSaNBGSMNES3utEUz4Cg8EMlpZyK1CcMIO0x8EN&#10;pEbFaYIjoI71LcjWTrjNXBHNQE3LZrFz/oanNcD2p/8z35VDd817ldHoO09ztHgwm5hrt6mjJoV4&#10;OB+DO+x6JbQWmsq8c20jL4MxQ4Myw2DQ1Boc1LTqRwdZTevF6TW9lj8bmN/qWdV6XrbArgcLKdP9&#10;pZXLY3CoHljShjoU0VKoSjNehbPskaeO08rahK6//By6eF9OwzLc0QnfT2GbVzz9Dj875pRDWEAM&#10;8brcRPL0VICRhfDaU5ybzJJxYKKzZDcThruY/uCcgH+wj3VELk+KJqzWutgkZZx9eeVZdbWwVkin&#10;1V79xyCttDK97/ccvuVC+DXKPIDKeB14kt8v5HrVXOxxSiorBtwaHTn4KP373/k1+hs//jN06eVX&#10;YIhaDhdDnRS+j5dQm8yaM5I6Xo7zIQwGtBQKbIjHYpk7WLxceMluetePvJu+9hdfok998uN06Pln&#10;6W13/SDtOuessF4KpEzCH1o9b5CszYPaUC8OQ1Fe7d1Lde82NCqzJ74N6SL72PbZvmJ6gqZf/QzN&#10;jhwhuu4GarafjeaaemfRqq2pvKaES4z/zjeoXHsee6X1Ev7jxitkH/lG+O8xam55G+Vbt2J4XJaD&#10;0DRVqMkk0b35a5Hx+jMghi8nm47p1qgNSerpefalVKhbFoYAJ+58x11S98JgvsY513Se9wTUG0rh&#10;G+n1NMU+svq6HDy3yerwznU2HJd8yqAO8eY0gN8rAT1bX2CzLrn8jH6mc2Fh3eFGsyFsIw4mut91&#10;Htzr/N6bMzwhm8ghU92l5vtew8rQT/QBEDErC75QL7xEzYEHqPfCAZodfgZjp14/fOvwCzYlrLKy&#10;i2R6Hsb/nEo/4/0onFDVtnOoufQKyq+/lYrFnUjz7Oc9msymGAbzWcZ+ldNwDRZC/WmOHaXZU49T&#10;c+9XyR9/IazxGV6v6PGQYyIS1XEVGtKRsIFNCQB4FD5zuX03ZZdcQTa812SwPfyJA9Anfmcu1bXi&#10;V9UJ8DLzTD2z2TPhzWmfC+MqNPusOuJaGb1M2J9ZbfYHf/Bv6JvfvJeuufZ6+tv/7ffTvffeh+/+&#10;q//sg/Qv/8Wv0S/9yj+hO792G33kw/+Z7tv/ED3y6ENgfxfhNT750Y/QB37xH9FseopuffMd9Po3&#10;3I5zbNY0Opjpg73UH/QAxOAYczaFVDGbG6BDuEYIb2R/cw6P5DCi8HfF809T/a2vkH34nvDZV8Aa&#10;Z4/FnMNRsjFVEx7MTDDkhdiGE4lZXZSzJDNc9227aXr9HWSuv43stp1ISeWf5D27UWmpTyVbLcC3&#10;E1AUXayCKN7YM+xJ5vTGwBpC8XInQxfkWw/4pfdJDH0Fu41PElqzDgiWs0DwALC9MlGJVaeWyZ5c&#10;Ds9Gnybh7xbCta6cknGi5Jc9K72MeNGTgxikCdUaRgWmVJalIaf0v1atqvQzRVWSV0VBZAQmHznZ&#10;PGu1fGnUvxcJqVCECCjDGQYAr2CNVQspYTpL4BbY4+EDT8czWlkdwWahVEIL+lzulzObQkxEnClp&#10;1EhZNwrqhffgdb8c1iGHSbpKAi5YjsKKASFVuPQ9MAwBq1DtxjSJPEp6We46qSvsAV7ZyTHTedwA&#10;DYFtCOMqi/0FgLH9sgQTmJ/RPvvhsxWZiYq2XKTESryK6htcm6bRUFKPvqaJNmqqnIQCEaGGQsaS&#10;fANVS3oBUruhk+vDFMUyRgJWZ+Fac2+PkA5nO7wEl9jlCBLy8wE0bbh6a22VqnIVEmUqbZ4hWFXW&#10;LlXCvs6M+Dfz/V5ltl/lsWU+/fDjtO3sHXTu2buFwcn7BgfKIBC30VC8Qn35OHROkpjLXgm/VLaN&#10;c4YlvmPcu3wyPgVUnL0AcMFBF88kcc6I4E3kClZBAC5+BcFmtJw/ZMHIcS30Dl5sHDjCU3IsWJif&#10;54I8ZsJddTD7hZGagFZMTS/k5mtJEBZhCbYIWGIaTuFQkEmBJey6DObT0Ig79f7CR2aNeIXCnfK+&#10;pBe5Vh4oBtsydc98EQ4wTqwqIOPgw4sZdLYSIFA83lyijKL+baQAgKm/kcTbJsqeI3jCN1TTFr16&#10;ZDX64EwYGQfizp+zxs0mJ8WjGOgqa1BEQlh8XYlBLMpSNDQ38czu8jkapiZrxGyS1X9M5fbqlddM&#10;4YeDKXAjhz2DuIUi2LU+wPz981REUvIaclGip0zBuIlFZlackKI8R6PmABDLXpojxAOegJk0Y72w&#10;AeABYNQ6ml8S++MVCBeBybiRJoEBQ94ECpifsyTIQhbEXnQcmmHgUyBraLAwSAbDQrLU0BRNbYKh&#10;ZzR0B7BTaEKmR6Jmrgb0ln0RGPRhfwGAJQ5rqjeQ6w9AqLcUmkRLx46+JFMZBhPwMMvBxNOGHqdd&#10;qyS5YragUvn5tRmU4wJlMMwA/FYxXdhIHDrLOGuwJIm2hKKrDN91e3+RTq06XBMfGhC+W8NeIRua&#10;l9QeXqj9CJb6NqgDIR4RYDHd6XOcjvu0YRkFb3w3YTQeZslTUUvoGFVusuRr1soEXbsJgsXTJvaJ&#10;PIeS51db/GlCsDFz1r8xOt6kKbAXcnOU+jiRhfOUd/8jD9Bw2xbaGoohl7UR6XX0aqCYdiiATRHu&#10;b1913Dxp5/u7xPctrP/lUHytTSp8N/hZ8nu6ekMRNC8ziamqviNL0OeamXDsq8Qy8rCmlnrhPRhA&#10;rdUwHx6G4f25qOb/xfunlWsHyZ1z6mPXdTaWtV1rChhf456my/In5bS22sxLd+FJh8laDkbhkAM5&#10;0FI0YJHqeDYdkDFISYIwKDELnfr5xearSUX9OjM6aoE3QsIu/173SeMBoJEm7SbmX2dJZNHA3Euo&#10;RkObmExHI+Xw29AG0Ulm4rI3n+4wScK7Dqpo1vv6abDOFMOMHH6GI8SsFmBbTr1IBZhNxCmuvW4x&#10;rCEd5rQNvqE0OKSWuZ6u1hmaVn8GS53k27cusTAaEXszV4pr472Oa+PnQb8zAY0poyAy/Dr1PzdH&#10;ZW5V8u8SgA+GgQKEceoaPTBiSK3RtF7TNf3X886oBN3quSpvncneR5r460WV0Oh7N0gAFrByXImk&#10;4unDa+GceZay8ny66ILFsFfnmKxGDykfztE8nDfjmUx2WXpiyyFlDUv6V+ATxYEI1XQMGS1LuTCw&#10;QdK4nLFGvVpkgi5rjPfhQtnBKEidxJZ4nSA3KlOJ+wnXWmsjZnLoJfZQgiOFN1cJDP8ZS8finpM5&#10;AQwRqsD/zgggOeEDJpvSpLH07OPfo//8h39AP/ZjP0E7L7+c8vA9hBYvzzYD7Lkxm/r1vRL/vliP&#10;pcFNkv2zlwyrOrbSrr1jet0bb6Pnnz1Mn/vCJ2gw2Erv/IH/jobDUoBQJ0BhgeaJ0NTzV+hBdRJ2&#10;Yfble/XNEmr19Lep78c0qiZhTymo507SeP/XQ100peq1byM/DPc3HAwLZkA21Lv1FVeKzcp3v0b5&#10;iWfwfjMOF5DxB/mnHg/N4zaaXnszzTjgIzTqzgjgn/GQ0//X8es7YwCKsvpsZGNau44RJQ0pAyBZ&#10;LomGdWj80rCVz0UwTZp0FqJ20uA0MM8U8JLE7NNbMWiOyrwv1wZri46H1rqU4dOBZGn4uZ45GJPu&#10;I0d7nR1CkikSze/1qipI7L9NE3NVABaLitPIdec23zlWn0kswe7PxGbaR89AEjACuTRs35PP8Hmq&#10;Y8eJDj5B/jufJ//iE9TfsYNqHhA1Ya9ZNVRyqA3nTxdiX5SxAXsTTvuaN90Fqm56Iw1vuo3WTA92&#10;dtF7d3kypYUyw9BxUk9osQj7Gdv43Ps1mn7rq9SfHA97yylp3aczjuQFicMo07sc9jCstkgCDnuT&#10;3UKWQzeuvo5eMltpx6CmVQ4hNCX83z2auELtWKSXRLNsu0etP/1Bp2fp6QBVC9C6guSfgwvguxzq&#10;qLXVVfp3f/wntDc0yo8+8jB98EO/SP/Hb/4q/YP3vJ9OnDxB73v/++l3f++36cab30RvePMP0Of+&#10;9P+lX/61X4efGPc2Tx58nEbjEQZYvK4ZtGCmIHzCM04bHoemeojexWo9RGCHy/7NfTCfCwzQTKeh&#10;rlwId2va0MqLp2j6pY9T/7HvhOb9ZKjlwl7FFuwm9AUFhxSF/zKuyrYOVdjfQi+TjSuoSjAIzsN1&#10;v/oWKt/yLuqFPckzeMipnTyo5a7bC/gBtpgypJjEwgOiQp95rgGBaf0lbAhebr+fB2c31nsR5Ot6&#10;A84NN+Pe4GiesRsH5p0ehNQzl+10CgZwwtqul49R3wmzrMCgW4Z/jXpzW9OmCDsFqMB64zqFQ/4o&#10;BlKIGs6CQSbWSLDfy7Uu0OvK1W2meyJ6DydkEpA6NYQjspojmw9gnyph+DPFvcWpLyCG09y3hzOI&#10;e0VmanGg5onlUyCGsIe8WJ7kGmgRMQoL/CHXAFS2OOMAD7ZfqI14/jGLjt+rHo1osDQAw4zfx6lf&#10;uoSMxt5OyWLO6XPvkoKJr3utYadQeOnQFnkOrOZpxMuQr/VifwDf2DITxiGDf/yC3BOPvfQfsB0L&#10;nwXefVyoeCEoebV8ynQN8F1B6GIuvTv2dM2KSNZRXuy2ak3rBW7iTWJyzg24VbqtBQpAPJlLqBIz&#10;jlgjQB3DWJxPlhCZscroVdKKa5OlozQ8AoHRrECShCUQcqCEM29FMQZPa752GQH4rZ8/QuV3HqLF&#10;2wa0ffc5lM+cqmwZ+xLAl8NwYX9Wy4ADg15Ocg6/R49YhTpGFbTZvgsu/Kdnn3cRZIqIFs2FXSWa&#10;ElLGg02NQWxexXegfbAFDzTJgy0V//xBXGscafR1YuoJbgj01zlo3ryQM8Qva7odKLExyZcZd2UC&#10;BjFxZ6oy/o0mBJIY8mcKcnBCDzyvVH7KpG+WSgIc9Joag/SoBpMYTAw4qAJsQgYsKwBkTNllBhbf&#10;qIpTZhv24pmhAORgC2YZMnuQJT48BUbSb/g9/xnYbyzbZeCN/4wZXrMJfGbA8IIE1gEMa2oBNPn1&#10;+b14YtPgzyt8hir8O/58/Hv+O3wupAuPaTIdhf9OMX3j0A2Ocnbh5/nz8WfCL30PNiJ3aiTLDy7r&#10;gfg1+Lsx1ZnfA5HZeI8KjEB8Dk7hjRtUBCSV3WFNDNQQyXTZy2RjKiyYZTmMRAmyIbDtdBNgo+xe&#10;WUhibJnTcGEB8tvhQi+8xgAsS54IMNDV6/XCgTzAz3CiLq8Jju9eWBgKw6KwKYSD39Mbr9JsYWuK&#10;pFebRaPBHvz3tlBvhxzvyWwMpvdmxQC+ZVHwD7Yho/HhNRaGS1SVZ9GBw4fpqf13kxtPdPpDHY8A&#10;o8w0kX/eeu3VtPviq/GZeEpTjVchSe4Nt0roQPQKQPNWwPzd1VyoFeFA79Nnv/FVGm/fQ+7JB+n2&#10;G26ltWNPkJ08TU+cGNLhl06IqXjRwwSAQUbZC1UCq2bTpuvXFyUrCeDzqdGPtGpp0DWZSBu47rPv&#10;lQAfAcKYdGqjAWI8KIyCd75N/u0WETG9Nu4zbYiBT8XmXPiAUWuBxNokZd6ydDcUuHgWJrR9yzbK&#10;+oMEECR6kZfJ/Rg2Ag4NMaehsY8N/LfCmlh1wsblxLR92xfA7GO2pKCKbUiBicEBc4WPTrBNR6ag&#10;QKVVfzOmc3MTuxIO6CcnVWhQLU1MKxeVZ8yCXTZmiUDDPhhNazybqJRZ8rFjlicfJI5aEHXABZ7V&#10;5kUZroUWQ14/D2T7Ye8ZYNKm3pVZrq8jrNMhDyvg7SF2tLVJPEvswY2CcUg0tzJIcHP9mxcgT9l/&#10;OQnTrhtWa9PvTXJYyjtAHB+hC2qcKynKyhpKQSlto1vqfxuN0iiMCNB53bA/X0URcIoehJo+pp+J&#10;f35oPRiKVeOTgfvUjeimxTW6tPcELdg1HJ09HrJYGZDEJKxUCPiY3GY6SdkaFpOYsEQd48rkMeL9&#10;ulzKzVTRnYTjTeW+62S/cywYlUisB/UjW9av89FyClJG73uvgLzzUgQ3EhhNq2NLjx+a0TMvGfgM&#10;QQLsYmKzV18bm1LBjRZcVq0WKDEk7bzfil6E1jeUOmxCmz67NZF9ZFOKqjVtwiMDZeOpgx3D7u3b&#10;w94uRRzLVhgUq2vEACnhwGEAAy8bbqa4NnC1psc3CdCS9zft9J+bjzxr7Q9M+xnke+p3U/mySGyk&#10;iWjEOwHse/7F9XoP/rK1DMwyBTg1jViaFEnpRVI9B0tEr+NG2I8sCa6chg+E77hy7BidOHGULtz3&#10;Kupt2UEL/Z4oDtQqYYNEaz0fa11qb7y27b6ubBKTp6RgrrVmswyflc/L3qAfzu/t1IwbevDAfWDs&#10;79qzV/1m88QaRmPPgR3WiZmGYzuPUAOEbnkazmI/DTvJi0cwdI5DvrIaEa2FOii8x2Dn2UhaRvgA&#10;NwPhoe1t74UzfAeZlw6FGm6C8583ZMtNPIe1LS+TC3VVHs4Qu7AUPkOMNCkkSdH7V8TAe6X+e39Z&#10;Zl+UDm3mlZWlZ0E8iMCACedNqaboPMQUQCrDNfEpfzU+n5rArsnsVhNGja5xSg56NGewv/FLGQ2p&#10;MGQ6A4T2XDQvfyGI5pJtY/0hSa7zqbdmDmw26qvZMfzUOkd2hTydPsa09UUcYMZN02zCLNzwWc28&#10;fHfOgmKDH11HlmrEhxOhfMeWKbv3G2S/9XnKntxPfvU4GKmedZyhHjeh1nVct6LJczQN53x/uEDZ&#10;LHzXs86n5vpbiG55M9Hl11JdLGBIxcN73pR7nH6pb8nO1cVaeDYO7KfiKx8nv//rVFTHqO41GqZo&#10;4PnEAWdNsYR6kvd25NUxgHjWuVRdezvlt76dskuvoGPh620Jb7PmJHyMK4HamvkBZ6RbeLMhxCrd&#10;L/h12oS9dj0TN0vmncwcelceyD64fz8tr6zSnnP2wj9w//7v0PGjL9HJ48v0fXfeSXv37aO+z+kb&#10;934LZJTHDjxBd779reE5mdJFl1xOl11yCR05/AJdcfEl9J73vpd2bV+E9zzX+jPU4RX8UMfh95DL&#10;s10PPxdhv5k2pPJyeDThGmEv5xAwVtW88CyN/vwTVH7po5S98D2amVD3h72kYcJLqOcmDCpyf+g0&#10;bZQVKOxBGM4nJqJMe+EeX3oDFX/rx2nxdXcSy9aw34f9bBT2OO51xJPb6j1GVaw+96IawjmlVxw5&#10;88anM3JeCxANeTYGc8yHrfkzgH+nVb1vBAmNT8zvWMKZaOSzDjhMvr3c42MoVqOvnr7wDPnZOKx3&#10;ljb3JLnUS8Itgiq1ZvbR/x7DjJbvK176bT3hOvYu0S/UKaGFgSTjhEEX8Wjb8WBG6IYyoQEoQuUm&#10;FbWEO7U1i1M2IRj9/HMM2jBzn/uC8ZReOrGMc16ILSWAMQb6GANhoovgJwY9qoSIZlibtaoJycTQ&#10;IYfBK7yUmRAzWFAsR23Doscg1JFyP0Sy7JP6KvZfMdgQvn3hNTlxl7/IKFzTtdkM/4aBZbaT4tqH&#10;zxt+BgZ83nKfHz5rodZaDFD6GGDqhLBhNYjCqFe72J34FNYo+SHxetbSHxhVeWSRideqLz3Np3v7&#10;rjGQDrdgeRRek6+d0zquQA/lUIfUGoYKslqH2JQqYycgptN+Smyx5GcaHWwxq2+tFuuDAQOcueAS&#10;3GMw4ccpW9bpemOu2mR1DeDfrr1nUzbYgnUABYwVcJRxChd7c6/TNgWa8xguwu/Ddg1XXncrDbdu&#10;IxcOAqCGJo7n5R8iBUon5SjqrTB3SiDFbBo9ABIr8pIp8TEClh//XGhg+/zBc0FLeYIoRYdEODMq&#10;ygucJVKzSthofVMCEIO8kynVmbCL+LNUCH6QDb9hQI0njU6L8SITXb5rEi1YpAdeWWmkG5tBwYYb&#10;ADDPqfxKDHBjDgCDXNg4w8JkUM9pxLkzonOvOtHkWFC1oPZOTa4bpSkkgQKm05ki4KKLZxZhnglr&#10;EQuOb1B4CJhy20guPFiDpEEBXj1LJMgiS2EXTmXO/N8yE0PzTBc2UG4vUixedvDf0/tAWLuSpsOb&#10;BptnyvQ2+ilF8CTDZMArgy+PhvcpvdxgPWCD4WvXyAHDprbc4IDCygli7FkRE3U9KSRg5O9NZOpl&#10;6pPg4DdnswUZQOu1k40tBnkIzweLPm9BPFnHmabjSCqiVQl5nFQzIIhUZus1zUtCOeD7l/cR+ILA&#10;FmWrFfB1ZFZf2LD67P3XC+dtn45WOT1w8H6ql09omEULFGBzYfAcGiQpvFdHK2GtjKjO+qBusywX&#10;0jBt8mR9Ok1mFjAc8rHwERfCR9i9tJVO+nAIhHXfTNbCj59F/dzTUk9o2wxEwbuhyBNeJAbPCspp&#10;KlQbjEFJzi4bk+kAfdE3UlKv4KdJLvnqubnCXdhoAnYq6J9l68IGYtNgElvMdGf2c0CeS+ynKEAU&#10;ENAqJd6D9elVYmgoJt+pZJWfsXA9Dzz3FJiUt9xyK7zYMhjlh2s1k2vA+yZ7Qs2wP9SawCj+Wuxl&#10;0wuvNWJZbRX2I24mo7NukjIoIGJaKUIrmtRnyHWTyZoEanKIzDAc2FvrnC7uVXRZ6ejJiexfS+xZ&#10;yUyT8L22sI+frt1K0bAlJwm0Y07o5WdNTeOnzI4Lz/QMbFBNnA33N7S7NDSS9sf3tEZ4zxzvAj/L&#10;DJqJGgnz/eyrzyYzkPl/r9ospS43poXlLFgxrdFCrqosF+E63/qQosDRg7KvB+NMG6qsU8wz47DQ&#10;ZEnXKZD4PUb63wX1J41MzY6uFcy/FW2m+PdTfX+vAQ7MzGuMzPAa6rA0XFzbHrKBPh+66ik1c/LF&#10;Zkyf10Qubv+xp2KPEKkGgOB48zeVoalPpms9QM7E6PMd8I/mZLpd9K7rZdjKFNbLeyPQFy3jBZPx&#10;65rVNqBnfb3eBQx9kumJGTmuI25YpqEM4CsLAK/PtdNzGGmAKhnBHmM5oqrW79imetvo55mJVIqB&#10;L5PMrdW22DdJeh33tZhaGxkgEUC0Ki+rGgFAHjv4Eu7FJRedQzvOWhRmF58tHHozq5FeOCilkK65&#10;2O4NqJedRc10lerJCHJiPqt4aAMvltrj2RRLLtkjB8zKzkSSgvWP4tALg9DLYBPSysbAo5iBRrRk&#10;zNoJ+2i+ID5+vKXm3PBrgcw+pGit2cuFwRlfYJYxmQpoGdnPPMvlM3BW65kZmthVnhTPVunR++6m&#10;/+voMXrn3/lRes2ttyCQhOsOsAQ4bCSTYAxMnq1K1aXVTP6dxpi5Qcc88CI1Y6aLl/99byA1zawS&#10;ZuJV172Kdu35Ifripz9NH/3If6Qjzz9Ld7ztv6Fz9u7CXgIT7lCL8eihnjUYIPKwF9YnPOw77wKa&#10;9sVyxjz6QLh3q4zOk+dBIydxfusLNAmNE736Jip27oKEn71DRsUuslduEdb+d79F7uhzYdFOwz81&#10;CCEw7hjRg3eTO3mCijvuIrdze/LOQS4qBhxwMNPEwFaeD0N3+3IyXLcB2/ovAQ7NOgZmbFDjA5uz&#10;bwkJ88Fp0xL5blab/kYbUhO9dFP6d8eTVmssk6zP230kQziOmdt3unC8oxiq5NO/iOfhvANDCyhY&#10;Yzr/3qVXlaM2W7feNl47l7yAKQ0ZohogMuzkTChS32MMJV9A10msF7a2TwCqTcNLYRSBSdS0PUsM&#10;/4BjrgbHwZolLGgG3K3W5mGToeapJ6l47AFqnnskLL9jwsoIrzUINScDWsxELoY9gBbshQ7zjPCs&#10;54s7aHr2RZRfdgXNLr6WfNnDGd6HP2k4u8LBt1aNkcLKDLicvb+OvkTZwQfJP3gv+bVlqkpOuR8j&#10;QMPUof9iX7mcUCuxJVQW/h8HLJr+Etk9+2h25fVkLn41ZbymjEjHl8qesJY5yA8cjyKUy671eOyA&#10;G4m1o39ax14Fe59P7PDIjrHai6KGql0k3Ydnc0YnTq0R22398b/5HfrE5z5LCwuLdPON19E/+Jmf&#10;pR/+0R+mX/z5X6Cl4SJ97tOfob/7I++iH/nxv0tPH36OPv7JT9IjBw/Qb/9vv07/88//XNifPd3+&#10;xlvp9jfcjnOMIQQHaXBUxsigHEPD0or8Ue2pOJeYPzfY286IV3uouEzoDcoH99Pk/m+SO/IsFePn&#10;YOHAJIsewjnCT1YOtU/BwAknwGttwHs8D1LN9j1kb7yNFq+8mbI958JbEeOTTDzVGCBk0gAPnrA3&#10;Q7YZB2KNrv1MA6fzRL13qtCIMto5n0vvO8/iJjIC3zJZjd9oMBxBofQ6tg2yM53gHPS0VkKrouLC&#10;drA9MKd9ZEdF9pZIIMHYsjLQcKM1eBs26l8H/2gr4QVgWXoNj/RCRIFcnvfBqk79ESsW60aCKWSg&#10;IWx5JHPHXU7oZPgz9nx3ypr2VmW6jYJWIJBkrRd5TBZWj946EQNU1sTkgkqYfHzOsQS2Gk3p6Esn&#10;UEeyuqDHTF4Geng4VhbK/DcAhBvFNqyC67CwIrm+LqkJJACNbxcntkMREHpEXmPwJ7eIAhXSEv+7&#10;sPatsipZHQErmBhIyDyIShSNlgQYY0Y8X5Oowhv2ynDWGIB+RSbefLDaUiAt02TaXMO4cgXWmI1o&#10;nVESjvRXmSNlC2ovrwNGYAKMn2AI79SXz6ReEQBvpwY01qbBQ1RbYqDJ301Vfkz+4kqV5eA17m8B&#10;LEgXqSo0RNbL1z7Zn6uqsxu9B7Y7f2dlyUNKyypB9tWr2wTqikRNG73o4/HIhJNmUtFj9z9CvYUF&#10;uvb6G8gOhlT2S1xXtmJzEwH1Kh2Awe6O70EhUl4MfZGrEf5s55495FjfrgU05CU+RgTL2DhquFGk&#10;owbI0ibRZbRkulHwFIhvpufIYF7PXCzWYiIY/UWaJseDOWWqON6mSsl81kSpStMGskRdc6MUW5KF&#10;H42Sq2ZKIj7NBdizIi126vUjPaogxZXNFMQwOm2WaZJz0uyTShIR9MFgm/PJTJeBP2taJJoBoUo4&#10;rzoBrfFg8JeDjAcptEInxaKxklAHeSp08V6/G7PmKzQT3jTUWrd79Vch1aVb9f4SWVSmmzJk1yBy&#10;CxszAjGp2fO1sjSEYVYUWTtd8DKp4oj2aIJsNcUoXhteMMkXkTdNlecyau8V4ERTwkleoxEOHn6P&#10;2UxAXONZxsu+NzGGXJoRqwzNOD0AY0ERf55c8FoTrzzZvPnvyjxPAR9RWhybqhT84UU6iyRm+NkV&#10;AgQxpRl0Yd1slAotPhw5NPuc7syHdq9kycJUgFA7JBsauqI0SHRmVkBZLtBsPKLl5aPwaiLXmoBG&#10;AYuJXg6YlBgAntjWlNnIHkTjlRMaZCqyFFDFtREQWrYU1qFco+HCADL5UGnRlEMYwmfth+u00JN7&#10;weatRv8dRXahJoKJCFL9t7jpbuxc2iI+u7UpzMB2Jt0mecOZuUyEFsSKfhsmSYJ5/cegD1IAkDoe&#10;eSYxhrtBC74jVacU3CLfwbTefsYn2Xcb8GF1olK3BtjhZ547+gLtO/wCnbX7PFmTY/G6AxCeQHUB&#10;vtk4mpMZEWvMoJcJh2woqmcT9r2QsI8FbjiRxtl6zxj1Z2QaOEhMYPG45JDoad00X6f/zMLrmSlt&#10;C5/rnF5OR0NDf2ImwQ/D3CIBlg/SiRe/Suyj4RcHkVQ6yeGDEJJap/4UbIBrrDIIBR41ag0wiUkK&#10;3iRJbuMjeGoSuBM5G857lbfqz4ffR+luTlIUm5hYrQw6PuBq7xLbj9Z5yFGnZULhajR0wYhXWCf7&#10;K8mvfAd4Wu/DVIKRuE6qdTqZrt6CrPMKuTYc8q2dvo8m/ela7IXfcxgJfA41qEQGP36ODaKYtjbG&#10;mry2rpt36+S980nUp5+QzwVvmM1/yHSenWQlvUmwXrwUbtNUS9r4uU9jiBVBtxjeFZ/DCLD1cE5M&#10;0+DN11kqphsfnQKlRGpc02GDSXFpkuxPfPoiAzKyY2IxrRxbBYYdrVeQR3PlDgdSFQUmNIuGHj14&#10;BMDTNVeWCNtY5H0WBTD71hQA3ywmvyLRJTOAObWkw09CYzdWVYEHOxaAr9ZIMx5o5hEEkZT7Wgd1&#10;MkiRAthGGwCwuvmssGB6pO8bQ370WtcufjfXiVv2ykZUuIHP7pwkfc+IdQirJvjaA3Rg/55Qe710&#10;8FH6zIf/mF516eV09u7QXMB3u6JJuCa2kAEj31BHIp/ne5zPpZGfma7m160fr9KaIhdG5DgUrdt3&#10;bqdb3vAmOvTCM/TnX/g8DReX6K13/W0yffauXQTIZ63TJqARj2XUgI0M83bspv71N9HJsMbKZ74d&#10;zvFxuKd8rSrqmzWqHvuuNEnX30xmyzawLBg8bIoBuYsuJc/qke/eQ+VLj2C45k0Z9vw1NG7+8BM0&#10;u/cLZF/3Zqq37gjnbYFwAD5o2eOrSRIx+T6NAn//tf9vfbJlAu1juFo869dJspuOBYClaEFwGu/Q&#10;v7JPodngfXc6J0ivNhKoRdWrW6nI616LUlNH3VC4DaMKP78G4bnlW9/QOcsQnyS8YDN68dbOooWI&#10;iQn2kqiL/aSDVrDvNMK+8iFl9Rh/zIO0cc01RegBmMlz5EVy999D9tH7wj4wpV6ziuAnPhSZmTsN&#10;r9EsWAzzsK3x5xguhjO4T4MtZ1P1+jdR77yLqEJDLbY2LC3lYdTU1qFGZMuJAgNmPyvJfOkL1P/O&#10;N6gu1yhfW0FNO7AcbxP2OfZ75uAHrt20VXE9puuFM/Kci2l2611E+y5DeA4zSwDW+Li+mjlvQ68m&#10;+hHo6IahxIA/Q9FfLpNUVPYTZfZcJtY1bHlT2GhD4UEqKdiXb1ZT3uvRZGVMH/hH76PrrruFfu5D&#10;/xSAyH/62Mfp63ffQ48/8Y/pX/7Gb9DV11xNBx97gh548EH6O9m7w2uu0Pve93O0dmKZvnr3N+lL&#10;X/0K3XnnW+m1t91O9XScBoFI/MxLDXpwGgZB8GqdNTKsHMKMlm1TKrIVK8P6GB4u8Tl3tKK1L3yE&#10;pvd8kcoh3w/p6fg9uCcZr1ahgc/R47J/Kcs0bT9UVJMc0ruw6ZG//Gait/0AZXt2op6suKcxjVrW&#10;SC/j1frK6HqMTMh5OxnaNDzmTF6hwljvegj7dbWIe8V+pRgSRZyw8yKxDooMT9NJ7Qag4tbvA2q/&#10;49NUT12latl/nSTe8xjGclhBVJ95mmPYNtQZDDQ+1W65bRn5nfi4NMSXc9ulcEFYKKh9GPpvKwMs&#10;4BO62K03ab2DrBKlo1aAIezLLhJ2amQVTEdjOnH0JKSY3I8yK457ULa9cup3X2hPHAkFSNS1Jqmt&#10;RPEisuMiWhhRDMx0NArrcEB9/LtGPcxN9Fb0YsHjdRghvofyGqCDmNhfeslv8OrYp/68YtUkgTw5&#10;vL9NUjKADWhEcQYJb2YTY9c40/Fnl3IBYK4RdUIE/8VWIpPujwFsls+D3MGevkXqvxu9d7a7r6ts&#10;GQQUJ9Ui7NVsKfUA9xI8JCwVtyBhcPLDz38v0m2f2N7RVzBZaPioouiQDiJAz+C0SnUZyKtA6rHY&#10;Z22sc3UQAjUSB8Rxj3VqTA997bs0OTGifddcTvvOvwD7o29G2AfWXA7cpSeMJa5ScQ7AG9oKWxoZ&#10;Eos7zg43fhIKKTZjFYRYJlEtOu98S/f1HS09Eu8UOHNq8i/6aCOJYLzg2IyCEUoG8xSxzcKhxHJX&#10;ABCapMksN6MsI262nZOpt9NJPbTORYVJBi8g1/TxGmXY9Hnxs4TV64FgdbOAz5trI7BtTMvzssCs&#10;ygAQQOaEuST/xklAGycBW0pMOTj/wBOi4wPCgIt6pCUfEN3AstKC2GFjwqk2xZyaxZluGDKQAAhO&#10;wUKDQAudPtQyMeZrg+uRUmvlHjQqzYiAq0MDL5sQvNochtvCYIrQijJSxNvNJnYeS2P52mWYcNSg&#10;3+J756XKp62afWZ4iAmsOL6mlUwNqJWs9gcDoWHzoV3NNI2LD8W+NA2ReeFUcm0pJexkmUqdNEEU&#10;3ozR74E9CzKTvCasGBaggZEkWX7dPM2bbQzdAFMxFzmubpLYVNg3sBD5LqlklJNrcxisl+Hv+mEN&#10;lPDoYuVmXhj1S8jAQrH9RTrx/Es0On5cWBXUtDb4KuWT99HE5/DfyWgiDBgGnVkuzjJJPrT5cHLU&#10;UtnTlF6mImq/TUvDsEFPZ7RcLNHa6AQOAIv4dAH+GH7hB18QB5tko9H4tiunZ/C8lbCoHChOwF2b&#10;mWCST178e5/+TIaurUeGUS8MT63Vm0SYU8vS003UaBJbBNJjYR9le3JuORRY8TmOr4VDPE4w9T3i&#10;53XKZo6b+2RW0cGnD9I1C2eFJm9BPLF0A8bUitL5iz0BSeNc1HHIHaY+DY38mCZNX4paZjLn6h6n&#10;wKJRMy0P24IaRaMwF1zHQ86uY8A4sIEG4b0Ws4YuGBR0ZOzpmZqlxR6sni1h3YZanw4bvTYY/0gi&#10;ryBnNb7vhNSbCeOnmmaZWCnwkzjT6Pix+kxETz3I971aLSjoJ0a4wraZaoAHgL3ICOxIdhPYpntL&#10;dGnM0BCpH+DptBydYAmLMA9JoZrp/86V5dckIG5DVyvs75ctOOdTdxsNi+Hvz5zhIaZiwsKL3iX8&#10;fz0SZkPFYE24TvDL8Spf03taMcvMZ+oj1wXOTPKzEwBQQHLn7XxD2zWb76bxdrxZY8DyvJB2cw9A&#10;YzaGl2wADtcx/M7ggZ4SeTc0B9G/JLngbgIEqKy1tOqBysmeToYMsqcUChV3UUNqgS2wohSSdeJ3&#10;w+wyZsdL8SoASwoGWmeUbNYxERLzp+N+m/YLXuuNpUMvLtO2bVvo3HPEpBmnWCbQR40JcyNTZ2Zz&#10;ctHHE1M+x7nuqNj/r0p7IthTYBg7eWw5xa4RMJCiybim5eWdtFF48iiDGSxp3b9j4iifVX0ApRZD&#10;HxcVBU5+HwmaDOilpghngVgeNEgi18k2H4dZJezSsqIXn3yYPvUf/oju+qEfp507t9EgHHoFF7rM&#10;9PG1NGe6DztlztszyC7nnvr1Ul9NbCcv+36/V+I7XHDhOfTmO+/CYPDzX/gM7dl7Hl157XXEZS+8&#10;dWMTmGcdX7pQI7HNSXjN1e17qLzhNZDUNwfvozKbwZoB3pqTE0SP3g/fzf6NN5PZvltSDJkVEt4/&#10;e9XFYBfVdx8lv/Yimgz2QkOangv15VMPYTBeXvs6Gu1iyXOOAS5n7fHwFowIFO8x0fj/H0+/0zED&#10;TTx3Dc0BsOmMpqbjvbtxH/GbyG192ld8qrO7Q4DT+/D5zqAv7m5usy2+A+IRmrw5ArfvMo1fJuBD&#10;QfGkTFhn1u7X7WGm1UnrEErOxVj6cD1eGpNCUbxzWhMbkrlbrpYiM7xGHnqXhbCfjFgpdOQQNffd&#10;Tf7Zh6k/eSmcxRMwvTg5lAH4AgzpGeoPykvxD+NWajCkes/FZPZdRc2+y6m3bSeNw3uyhyX/zHhS&#10;wwifbYC2sLccjahYPklrjxyk8qkHKTv8FDHPn0bhMyz00YCyssTAh6Kkgmt87gN4wBhq3/zcy2h2&#10;xc00OH8f5Tt2YfBYKpvdoS7oAjKNBj22DEmYyEfAx8poVqwMM9m/VZGQJcWJghQM+hWAOCFrJJVk&#10;jsdjun//fvryl75Ew8VFeu7ZZ+mFw0fprd93K/3MP3w/DbduoU996jN0cnmZPviBf0yXXHQxHX7u&#10;CB06/AIdC3923rYhmuIP/so/p3/9u/87veVtb6Mrrrqa/GyGewW/bRLWcBwQ8eet47nUELwPPQdq&#10;sMKrUtkuEzpCJVGcPEkrX/oc0YF7yU2XqRhMyUynCOZo2GQ/l7ADrmlNOC9mHCQJEVyPxtNwj3vh&#10;zc69jsxt7yBz3kXwZmSFCs4EIyxUcRLxIDBQSq/28/VB9OilzYG+03oI+E6wwBnE+a9Io7vZYHDd&#10;PuWcP+2gMz3v/F21v3A0nwIPCSzbTCluAUYdGkrZfzm8kj3mot9cE4NJ4jBO9wCbgjdcGkTK+Ww7&#10;SohGPxNfdhOFpCpJl8BGkjiqTo1UJ2/VKoZ66DqDhQ9nHzADMTyvs7A/zCZTOnniJE3CmhmE53EA&#10;33XpSa0SamDfYTTAjJSwQmJ1BjCscYmcEVlwEcOBJYAVf/5peA8mtETAktKwVAFQsBrruX0xnWre&#10;Je93ayhZe3H90mNGH3zGRdhinTz/jSrE5DsY9PKUxdAyDbFwnZR1LVZ9TOFNtlGtByT2YyhQrfiD&#10;Unuu2I7Gris+j/YW2HvA1FN1hVGSD/vkV2LbUvuZMBzV2s45l2yrfEqMNkl2YyIb0kebCNEvcp/J&#10;Vm3SR7VqNgdPRWWqGmExm2i/UTc6GO/T08un6Klv7qc9jz1P11x1EZ13wTm0e+9uMP76ucEQ1PH+&#10;UpYC1CLQx6YhGK/3/KydZ1G2ukrlZAK5YUTYXSoEPIxVBXnWtNKZpMHxAsTiLcS0kYsxXjhNNK00&#10;TiUxsmGSsuGg1S4K8UzL5Rb0XK0GivwzRUq+8TphkMnkQA5U+LBlNIOfnOi8s2ILJvHMFIzvlaNI&#10;5e8yA4XdqFQhJv2aNF2XTq3Ih3Iwq8yGp/YNj7i8sP589OBKaS9iFslNSeMkXbdRaq2YW3oc3tEM&#10;mb3UcH14GWhYB9hlRp8K9RMTcC9cw7wWDwulxPiU4BUXcI4FyJJFIOk+gipi2AyWpS11UtGoXDZK&#10;IygBo5l67OWmgEfXYFACzIL0uFgAAAoyHMC4UmSzSP/xiJhnLwEc3o0AH/LeupEPeupHVLTSIKfy&#10;rSZKyrM0/RE0P08eREyr9RoU0jQ+sbW8sprYe2A8GZGrGkzYIOUF1aQSHwP+bkZ8/Zj5hu9sxScS&#10;YR2FhIREZkWeUoJKbGLMBON2tT/oAy1noJPBWrBTQ1H10soxsqdOAWiZYnKTTBxEKmK89ptCD19b&#10;nUroCrNRK05H6mNTsEagQgACAEEpGkyIR6WCs0tL28isjejkYCcdP3aUdoRib8if3U/xmfqcJBRT&#10;Zo00nDJxEP2nUL0l3dDESUSMFI9TQk1JIoqS3KzDRqOUzOnj82NlsxEQT820m872qg1wSlvrFu96&#10;xHgFpFqTM6OfW5k+APZsMuxFUnT8nM6qEbGGysTSwQoExff7+RcPh8u6n666/EoaLm1RFpGAfFgz&#10;ToFLNNuwbeoMNQyYdcfHPBGb0ZawFhqVl8Afklk0agFgFMy0TtZp3c0cMT5JhWLQCH+P4SCHtH9v&#10;aemKoaGj4TF6fjSmhXBkMti2Gp6bQXju+mEd8NRpDNaOa8M5tNFB621tuob8+Sf8DCt9vjEtICWA&#10;Xob9tcLeJfuR83Jw85PcR3qZS/LbXIGEWQqzEIZco9+n6TSFEaCz3neaRWW+dLrARiVTzrfoC0qM&#10;9FlNJ6Rjs0ReMf72m/o++c1BQmUcjCAj9iqBFgCmH9d2BBkbKWYWvMMayHT6xmtixmAfyZQSpA8U&#10;HXFCZ9Lzs9GjppMue6bP6rtT+Y0hGZ0g5rlGmzYD+bq/9/Pv6s1c0DKdduDfeQvvO+wapzJ2M2+4&#10;zw0NNzJSjBr43xrf70j1pRmOwQ3eOpWFUDr/4+CA1DtMmmz1uuXJca5sZec62eFd+Z4WYa7DLUmp&#10;bCb56zDgtTZt6OHHD9HyypDO3b2Lzt5uwv7aD2fQDFNiltJxI+xYEM4NWqgvqlkpRtQs9zh1DMMt&#10;rkNgRO8ERBZ5n9f0NOULOGXta+pwZCpEv0LI2sJ79Pu5DFOdtHNZ7hC0QU6AZ8iGWZHBw1LsF7We&#10;zXGtR0mPyHP6MJxnHx2HX01d0tTNwFye2jF983Mfo4NPP0Hv+u//Pl11/fU06Jdgtxdqg9HELdk3&#10;wo5NDMtu1rNLUq2Nhuxdo3etNV0lXpZsSh++16tvupLO3vNe+uwnPkIf/g9/RG988QW68bW30O49&#10;e6AwwOCRbVDwWZRxaESWOez1aPX8faFp5vCqjPInvxse9FOhDZ+FPTTcy8lxyg98g2iyTO61d1B/&#10;74Xh+3Ft2A97TlhPV1xJjr1y999LxbFHqDfhkJfwjDN4GtYBPXYfuRNHqHjTO2m8+3xJPrcVhkcS&#10;bOL/WoI7XkkAyl/p9akzwIsMWW+SEfv8ffrLvKrbAO6dniXoW1/b6C3o3QbA0s39BInwNq4tG3d+&#10;m5iLpgP6JQZjN0G3Y7iebECMjSOhuT0UTbzKtY0CBF4bZtJBWha9g3UggUG/ldORmaOjWpQyk9Cw&#10;5d/bT/lTT5I99ng4SFdokEsTaFjxkYtNAGTAXKfnUrNxn0FLu8jsu5LGl11N+fkXoEZ2VsK3mLkH&#10;xhHLfpVgYafhDH/hKTKP7qfx49+m/vQUJO8VJ072PU24ZnT8GuI1Bf+40OCyp910cRf58F7+kuuI&#10;zg/PR1jcVehdmOEM9yYkfhvIdCl5L7s0wExJw8qABOPRuAQ6SEiB1+GoaestLl80IdZgf7cYzvPP&#10;nzxxHGcq126f+PjH6C++/FX4eHOD/ta3vIWuuP46SIh/4qf/R/rBH/x79JmP/xn96Z99nL7+jW9C&#10;wnzy+HH68L/7A3rP+/6hgGbhO733/T8PH3NpsA1qVkgNbRsaATY5mp8GQ0y2u2L2oQ+9p4GHmgHw&#10;kz3+ME2//XWqnnuYcreM/qFp1rB3EnuXUZaY1txJ9nsFhsm9JtyDhXDfB1upvOENNL32Nurt2Il1&#10;XPkezkNY+ljZJ6PvpVWgS8V2tH7Ml2TrG1iuL7fv0F9iSGE3keHPM4u982dk/M3VIcmD2mn4Vgz+&#10;8e3za0w7+NT1JDOjcE6yJRL3/aR2Y6nsFl9dUl+zRmRl0sfr4NBnim3omoxDhmgcYDXZ1kQAxUZP&#10;OdlDfLRLiswshO7UANWY1AHWWCYstVmUympjz+8yGVc0nk1o5eQyfPi3bBuEtVVCasv+9ZSJek28&#10;T6VnyVXFwP37rKlAHLCo2Wu1lBAGg9WEZnjfQfLYiNS8ZkDfiQ+cUZsvxQ9cDNFx0jtEopGEv7jk&#10;scxVcu0b9ZwjkaiyAobDJ1kpx+QfJtWwFVg4u8t+DoKN2Eo5JcN47YFjmJlaoETqDLwIFURTXCVJ&#10;U7xPjESrbMkYDCYAWiSiGZVmu7TQcU9jveklsHQa9s5FhLVK7crJyXx9p41TJZRNLmSxR04nnIsT&#10;LqPKUZbwhtdg4ghnHvh2DD1V4lkWQzx8qx7F1bWiDmA7MaZZ85p0s4aOv3CEnjh0LNRulq659lJ6&#10;x9tuJ7vrbHwuHgyw4jBau2HgbLM05Mq3LS0APJuGG86JXRXrgJ1X9po0Uj34KTgSVa00+Uanly5t&#10;8Dq5kYhT0Fcl7UQ2+wxgD190YaMxVZyn5tb1tJPJ2jhvUBhVFqWgRwOfEZfovDkHdfT7NJtOWime&#10;5Vj6LaC/QtqWF3gQWT7p6iJRnSfNLA0srMskdRvedeF1efNtJE0JEpusl4I/+DDl1+SodRxcjXgI&#10;wocjk/CQWott9u3xGo4Alp1AfKE4r2Ra7xHbg5vKzCzVBuC9+boys47/nMWbzFoUL4YigV2RZeU4&#10;lALJlE3yWYxpVx5FSpaSaCMYwkk9rnFtxHWW4+Aos1JBsAbTwdbMXAoaqxr1PPcJ9OGtqlD56Kya&#10;pakLTGZ1G6/CgSoruhAJbSpmxd8PsluS6wkDU0xDGwRU8LQEnnaQ6joFfCgFQ4xHa2AoiRdSlWS/&#10;PDVg3T0CBlgSwcbepSRF4+9zAfjysi+gsxFRAfZHNrDOrMqVGdgsacigZfQrYhp1uDihP6ITK8ep&#10;ZPaiMR3xoWy0MMlUQ+goJ59MKvELChuKzwVgbDSdmoFCFAN1jItXNqaRyR5fm23bdpF94TGixS20&#10;ujai7TvPwbXpZZIczAm8a5UwJqTgFCm0b7mXAqTpJLZRUA4y98Qi6Ur92g0qco+Sz0ecHnrxZJTQ&#10;hbotmk3r3eRTQIgCdmlO5+f9ujcx7DYqRG18K02OzBfkCHmTACmfTFi9+sOIWTRL1J9/8RDt2ro1&#10;rIO+gF9k5mQKtQJ0vNFJkJmHVJUL1VX2waulqI7ppZJVXqkPmE2SXSlUbJq2dmdLvqNPjqbn/B2G&#10;vYyWQvO9O2yHe8Lvn5pM4BN5Kmz2WziJDSwzT4tM2/aNImG6kUe2rBPziC1lD4fDRNlVLN/L9VoW&#10;RsBMBhHZDzACvTnZ9SIn8QTzkmTLrzNVMLOPFF7XkeW2/66J98LQhmZPGjEzx55o/MYG0Ufmb6fQ&#10;mmsgzTwiBf8Z9RSxAFjjNZbBTEtp6yRfRMDJeTRsmMTxIIhiUmQqZ6XIsSZ5QIltn4N/n0tXdqO0&#10;tvFt3obfDEXrGum93MDcb8K6m5Pldtk45mWn7y1rZZ0H4DqgwnbBi3XhHq18f3NJj4RIGD2LPIZR&#10;8O9jCw6vRVbaWToSVecT8wt7t+7hzOBuYiCUAuW+A1gm+rAGCaWg4A7LyPjWw0UTQsTBCwMnSyuj&#10;KdWHqnDGy3OxdbGAsTWCqWo+65wWnQb7NzdyVTgjFsottGBC/TQ6Sc2sgfw2g0euhB8Q2HDCuIse&#10;qikUwJGymf2cSboE8lpNpXUkahFJa+NCjj+D1GXCNMZTHvYMHiJhSOtqTSEUr0TeZ3hgxWcSW6vw&#10;/0YTMivBIjbs8Vev0KED++nzf/qHtOfc8+isndupv9DTc0MHlC6mTduWKdlhW5zeg82nMJfooSR+&#10;urkOYpk5vQw53t59e+mtd30/HT50mD78n/4jhm5b3/QW9qUH4wfrSif/lcqJwDAnkeZyeunomluo&#10;bEJTffAeovGp8HcVduyS3/u5R2m6tAOhdJzoC6sQHhqEvXSydw8t9N5Ms6+HmvDYI6GRmVDGDH9O&#10;/2U53rEXqLnvG2RuDGf1tt2Q4zlTtOvM+8RkopdptLvAyHoG7V8f4OfaCf9mMlmKz4TrNPsvDxAk&#10;BrPZmLce13LyL1y3L5lNmcTutAEdrmOY0aUKmU2Yi149rjeHJyLjxqxjRW/KWVRvP1UXddVN0eYE&#10;jVTdOjUZkWUJ08iBaTdsJrT2yMO08ND9VDz3MK0Va+E54wCMHq3RBEE1ZTmE/J/3oV7kTIf1trrj&#10;PJpeeiOVV15P5fZtGOxOw140tez3G9ZkqCfH3Mjx4CTsLb1qSuMjR8jfezeNH7uXFrJReL7rUHM2&#10;/KNhfVe0OuljcEh9i1CDkplPLvQZNjx/+y6j4k3voOn27bQYPt9JJ/2LDAMZ4OojXCfXOjj6V82v&#10;J9cZ+KjnuqZGZ1CfaPKnlcAqDi+0eab2QVbUE1y3cFBI2JPuu+du+v3f+z06b+859L/+2m/Re973&#10;C/Td+78LxcYs1Lo88J+FemnAnyf82Y5tC/T3fuxH6dIrrqHf+q3foKPHjtGg16OzhgsILsx7BewY&#10;qnqM68CNPFs+lVbCDqpG7oNv9JsouMmyOPad74c9fzVcgy3cG7z0NK3d802a7P8i9eqXwn0ZMEIQ&#10;esyjYbsYUG8whEfaDH1aA7sfyHiZBN4raWTCZz/vajrrbX+TRufsJTPjfVssJMpwr0dgX0m/xuoo&#10;uAtr2KRRJcp6v1T6L3YPMB0A3ncG1DqwcRuE+C1I90qkwZFV7NeBgDElNe17LWAIiaRpGXYugsq+&#10;0ZBQGZx5gFxp8qmgXGReZahRfFOjJkPdrYx9p+EYALvKjIT47gE6G5VexqGrV5Yn9hkmOHjtBWzb&#10;R4Cxb1piUyQ5OL2UjEvw+gLYB19ICfaswvo9eewETcPzOxwOADxxYCUDcQZJtmIZIQQNURcyaYrV&#10;JbCzggWtYCyZWngAIG68hitaMPFl+BhHJgQyDdsURaltrdZLQtCKAR2NytmVKaiqPKPEAAYaKwVn&#10;c1UYMe5Q9HKwy8qwznvsMxf6EvaSt/odYiCk85T6g5juZlVFkByClRwRpcAIxKgbZTlKSVI3apkW&#10;e4ioQOsM2H3ygVXvyCgLR41VAxdwMrmHqq5GbkQGhnWGTtLN1eCx8k2BlZoXUGuBznsyIRBVwFCX&#10;4F0DogCA29T25iBU1KqOjaQsxhr4e3Kt2YS9xTJGFO77gQefpvP3vopuumMbgkN52MG1lFXPazR6&#10;qoDjMynvc5EYNsFJXiMYwqqxJamxIyJ7OYCB0UkjDJDeoCeTVYA1Iq3LdBriMWFVo3+jKSkdzQz8&#10;CfjmqP+LNdEdKp9zMhL2l7KIVNPOQKFM/IUJxtN9TmeVRVojcjovigReSfPSyGRGuKSCdCtDiNFo&#10;lhdxU8LNRB1uCqSQnjogpgRBgKXojU6bRKfNybHw0nMyuctLvsnqAcKAGOvSTa6MKTF8BTKfy03g&#10;SRqDlkaMtfCaWU8KFqYfM4AmCHdkKeQKWKoZJV9vXuxONq1cE4t9oiNTKvYjku3B1pO02kZNs+Mm&#10;AUDViIx4oTdUH8NKQKdMPDoSI8rK5wHwp56OMQUwpqza5OHRC+/Zl6RjDUXR5UyReWtStKOYYHIz&#10;wwc5bxh8rzmp2EdWaNg02M9DQMKwhc3Uh9DG1N8S34O9/bBZGg2rYBCTJKqaJybSMBbCkYRUNgcb&#10;1BTKzvQeMllkMuZ99ZFqkPbEsqNp2OHGq2vqJaPwlRVgxKj/pCo8EGrCzd6IpzzVDN8xj8EDifGa&#10;KfCWqZuJFJlgryAJLA8HwUJ40NeoGGwPRdspssVA2JFGkoadnw8B6AJmFAE2Y5KPn7VtWAd1WHYm&#10;etAkilEn7KMzPfTqzeZiDLs3CfiU+Po2fjzKAk2HHh+Nb2Uao4EFyTfTafqS1U2+SWa/LMtGiAf+&#10;vpASn/0j63jY+zQl4fRnJDWHfzPiYJ/ZDLItMLEqmVJBLo+1K00jqO5eZLzMeD3E3l511iZrMUDm&#10;mzZ1z6mvRNQ949CXzzgnhorFSJSXqvks70FbQyO7HNbU+aWlb4Z7ueLk+414jfL+5GtaFpoz9The&#10;HZPeXBi1mUSx89a25mSwgHUOllyblFvh2ZO7WqqUfaZTz55KZWZKz2/mqGXC3LO0MR1t0/YygmXm&#10;zEyQda2nWBCQ+BGmRtGfXsYbR2yQY8+lSXQ+p9k88THzMh6IoGKmE7nuAV7EA1olW6Dda+HBEl/I&#10;KaMb21yD6efAuDnYLX03v6lX3hlENklh3yZZUkqX9N5sii2YTuxuslD0GxN6U+rkBrlN9MsUwP20&#10;ISJ+XiqLfTWXoslryhqf0fJjjQz4Os0E6YAEjaCy3o0afGP/alSQDUlqLoU6rkahhaBJ+63sTwol&#10;dj2BumOLzqQ1JoDzz06qho6dWMF5PAgN8fm7t2CQwn5JKNXC88gex0w/zdlJFcE4C2RLD2bo1KxR&#10;w2E+jQABvBflWSw/1FpBmwJhC3Sl25rA6/wc6APmrotSX9krIQ3McpEHyeQS7B1ew7NGh05Zo2mD&#10;IvsSL97YuMiwZKLsAP688H21FR169AB9/VN/Rm/5/ndJocnSQH1SSstn4mxDozfnv5rW97w8s5uc&#10;Hh9sow0+mOlICeR7M6azzxnSO+56F7mPefrMpz9Du/e8iq549VXhs2rcs7WpcOf6hIviShuhSROa&#10;7u3bqH71jeG8HRM9fT9V1SoV4RpMwnUqZyvUe/R+SKey615L9fYCEhi+dguDJcr2hDP+Na+j2ZeP&#10;Uz5+CYMUBvqamoGVsO6ePoAC2tz4BmryPeQLaSgzTW3mMKDMvTxYZ9aFJL1SoO0vL+3tAHC+Pcej&#10;16Y8+619xvp9228YwG0u7+vE+3Vh/E1lul1zgi5gtH7NrPd7nX9fu+FzynafzQVDefWw3cx6IA5y&#10;zCYx5y2DsGWdJxaYZs1NvNiJsPm6Ybm+kcAsOnmczKEjVH37m1QeeYJodopGfo0WGvak41CFVQyL&#10;mFXKDX3BexoHajRDanioe+7FVFwjgTI+KxAqwIGGg7IPS4Fp1Ug4TMOcXpYDPEOTg4+QfeoAZauH&#10;aCGbonYucw8/UtNjGdmCfLbco99ha+JZGZ6Ti66m7KJrqHfhJTTqLeB5WoFXbSOsWxLFTTOdIW03&#10;kjL8ujTdzY/p1tcvj+x3K/7i09EaLfbluWNQoQazzkKS1nCNH67v4488TM8eOkzLJ07S7/yrX6Wf&#10;+tn30Pv/p/fQL/+rXwN4eO+999K7f/InQxnIvQHXgRksDV5zy2vp937/9+mjH/kw3XLrbXTVFVfg&#10;fdnYnut763NJIsUakDOlAWlFPFcbuMA3kFfHRE5WCzH5oLd6itynP0vu0QepGC2Hqz8ToK9aQRhL&#10;L/zLCXvMT8eU1w0sBpCwypZADNn1F8hc8Coqb7uLhvsuo4bTVcN1Lvri7Sahig0thZ6yAtFD2KKi&#10;2jUYqnbXcWTUOd8mZHsnZ8t6tl33XrVEp9PIdWMR4zuqgRS4ZzZ57e45Jme3d57M6eYeydexHdB1&#10;PfPmGb5+LpDHRH9RJqOw3HnZUS9T0ImVUy5aPSnnOA6YjIJ4XC/PotbUSsgjSCcOKjT0vWrD5HSA&#10;CFsPBcFcCg/ymvxqSdrbRpU+CiSS1/VT4zPFgC4f+sDxbErVrKLx2gqtra3SQn8AMgJ/koKtJdi7&#10;Hh5Sotphb334bSswZlWhUxRKCkEh61DHIwDMkDL6jITp1I1KXLVH49plMgln3qAlJUR2I7CS6Gsu&#10;ABjH7zSqpMHAUVUTo0awkgLELvEUhCUX0whYYccgX2HnwC1j5gPg5O80SFKBs8Q0t6pSUBuYbjgS&#10;sJWkQGuHinM4ErU4lUlGXy4ta2beMZbkjdiEMYEoD3VOGf0OubZgAhKAVZfCSuDjqgnF6LnUDihT&#10;3MUq0Cu9mNY+Xq5/n5WFJPud0XUBEJP7N6/sRMZYmHTH3sq1MCa95gaMw3q65/4DtPvsIV3wqnOJ&#10;ljJNonawB4OtgmkpNHnR6wFUKsNB0Jv1adbrK+3Uhea2Sps001zZs4w98/BFG4k9zmqborPrqkkI&#10;uAAorTllLBfgE+ZbP56kqfatx5aZO2g1HcdEsEonc84J7dSblEYLoAhsO590ymgI4kQA3m6NNA4A&#10;rJtoSAZfhJ7v6fTTycOI5lZMY/l9l5aWkPa0vHxMGmylbcaH3+RRDqYUWj7KvXjQEYrpGaY6aB5r&#10;j0m9tTN58LQJEzmpSp8b4Sch+Zgist4miEFOmqnHIC/OTJOXtGmFV59VTyn9t/AGzGzajESGmQGM&#10;Y7CSrxEQcqVLeF8qOCSFVYHUsk5wg2r3432UEI1o1q4TIZZBsvmtjxOPWv39ZBkKBTmfY2UwkIoD&#10;T/0HcvgRSKPEP5sPhd6MVJrwoJa5pAXXaFhEVtwr5PqgWbHxMMuUnZhLmm807LcSLgKZcq6sLqX0&#10;GzU5lw2zwIaP9Kaw8Y2XT4TNutbUYtlQO0oYBcycYM3slsL+mFUFMI93Ym8lPp2B4KzMsUHzJAHm&#10;55ryLJMnCXlZ2jIkMx3RYMduWj78Yngmh+Hnzgmf86QAyDGBK7L64r2zrem+WQ8SdGj/3QxF/G8/&#10;H5ahufdKwVaIRP3uZBBoE6vK+EhnFm+56MWH6ZBVKXEM+hGDl5Q47dRHqEkgsAOwyeu8yCX4p9Sp&#10;jkxrCgnY6QtgVCvVG4EuBQev9Gjb4hLt2rmDFrYOE016xGvVsQ9NCeDduj4VPDRgcG1WoacchaK4&#10;n4cmkS0COH1ztpMqBn2hYe0hXIj3oui7KelOWZtmFn1VtGg2vs2oY0CiF9bdjFmboVCdDixVU0dv&#10;CI/d98Y1Tfl5c+oNiETmUPyF9TedhjUfXrYyOrlEIVRjTTHwxeUzs2f4WZkxo9hL+Etk03llr3Xd&#10;iRx4mSLRi54gbSKjSz38TI17S/W+O1Mj63wnaIi6PjL+tEPopuNjN99o+g0GdDNq5YMuphuS3yjb&#10;nSsuBehrNLG3jU5wiZkImSUX2OG1JvAU8ilZl/dnlg1WeOZlcFI704Jt0WtvXYObLudcTovtcGbP&#10;BGr6M8huWj+VTXHRTXyp1v97Y1q6oI9r1UeQ3swhfF1PTK8AokvF/3xz3iu12TBNSu80cJa0OP8Y&#10;DOw8DenMTawm77Qhk6KW6w+CJYUMbSRQRRsQMy8dbcOC5j24knem8WmgEr2Q8DsG0itDx5dX6YGH&#10;n6bZdDvt27s97CFnhcbLongVVk+DcxygYigMs95WGgxCm5efoGztBNWTKQZWxprkb4Nv57v0TJ/O&#10;Yacoq4tm5My+nTlh4+WSlAjWfyGFtqvlfOGzkUEoZr4XRS3XKjdI3uXzi8M+RhNmlYjHUKNnahn2&#10;tDU2jOeCkgvEcP5I6FAWar9V+vonP0LHjr1I7/zBH6FXXXwZBpByJk8T6OjmVpRLfsLr2VopFTnW&#10;amm9Su0ociqh0vC+Wju+zgt01Y0X0849P02f/8Tn6A//739Nd975drrp9bfBUxBWChiE1BhY8tnA&#10;O+G0YdC1Cg10aKjPC81T/w2EMvWJ+8PrrlDGSYI2XIzJceo9el/oz0Oz/rq305azz6Ix9anfL2g0&#10;Cz/zqktC8/K3aPrgfdQ/dIBcNVIfVk4tDZ/1yQeIlo+SueOd5PecH5aAMCu55hyw0qFuXoFsrmuM&#10;+8q89/4q0uDN/DzNuqHO5qy7bpM97zPatWkwm0hvN0KB68HOzcA7DcRITP3NxjV2E1YgJU/g9aOk&#10;5Ke5bvgxFyKzHmDQIAmrLGdhJDkMfXgtsM1Fxl6ivP5qNr33VB05RrP7v032uceoWH2RMjZSr8UK&#10;gPJFmjETkKV0nLjKZwz7l3NIjAm1xN6LyF9/B9mzz6P+0lb4eXvATrIvshcvD76hfOKe7OQKFc8+&#10;RfUTD1P+7IHw4CyLnQ/vkXjMGpxpTXh2s7oAEMYdUDUL9W9Ys9VFl5G56Erqh/ed1tNQD4U9xov9&#10;SYHwEoO9AR7TADRz2CDZ09yTjbdc+g8GyBjIZ5ul5597lj71yU/S17/1LTpx4gR98J98gK57zev5&#10;o9Lq2kn6kz/8Q/rGPd+m21/3Ovqpn/gJeveP/33U8/9P+PNPhH+3urpCH/ylX6I/uObV9Ivvez89&#10;+/yz9DM//ZP0oQ9+iC6+9CLshQj9cxVt2bJE7w6vAV809s0D+JOp5N4A3LPqDyv7uUNPwc8390PT&#10;hoeiDoyrxbDXjA88SM2D91L2+IPhZzlYb4y92Dqpi23Wh/+iQRpxLSAQgwic7hF6x2L7OUSX30DD&#10;V7+e3M49eO65nso1+blqJFBIdJuhb1LATrIFXRqgZDHEqrNOnW8HLS/HtusmXm/w6NhgO9IygOW1&#10;m1co9DUpiGl9LbI+2Mmc5nNGMLHx80AfQE0AcrJHcFhWrY0IhvmF7QCPLil+MvX0beIkupAhIjqa&#10;jkRUpKRe5L6Rpaf9eZMAJtfiD1FGyuoDVdJ5+PHVuHcs6WWfbYze4Pvd0Gwc1mPoB0+cOBV6iwlt&#10;27IFDNR+f8CFEXparB+V78LXjnGWWi1jFLyyIGMVAImibz7+nRewLqaLo3/1UjtYkauER6QCSWQc&#10;3r/Uns2otzWwCADiFcmK0x5SQ0qc+hFPZw1ATD7+GLiCyjH8YrXZMDwPZTgLYQOibDXq9AJRERV9&#10;+HyU96t6NPk4K/Boo32Ucar6dJokH4kqtXwvr6QNHc5IDdqOilRYgc8L/0AvwwzxMbdYW8wctqrK&#10;y9gz0YsM2yXmfnidRodApoNZOUkV5r4OmBTvNeG1SyOhZtFfvof0aIf9Vqyx1As9K1QWrNc4z9XD&#10;3AoRKtbg4YKPTq3RQ987SFsWe0KEsiJp52RqkH9I7B14+JEXMLSkVBzzRlezXK2ahUNIUO46z2Tz&#10;8aLhZuqpQ3x8WBSVMhp8Ll4yXqSZiBNoxC8LEhYnKSWJhknUaQG75vWKOJvWjDGyjUiRSklOFfAn&#10;3nCf4hoLZQFK8dg+kGrE6Fqvqej3BIUwS2Go6VB0jYJHjLKWIukshUXIUe61SmVc0yQ5lslcB+Sy&#10;yUzaahQ2kPhMwidgisuyXNdLMjGvxV9eeKDKdTPGpoEsLkRe2wQi4lFnDbwm0kpsuE/ppAhLMYLw&#10;x4h4TCo8A2kD8SDUBwIbZybmmng3a/WhajrFUDdtMXazkaEVv28mTEASyVWMA28UVHWdtNqYsIbb&#10;xgehpiRA3kzaxFgRSor0M0/TGZ508GYyGPQhW50hJtxRhGfJyeEAf59MYrXhLxnNWBlRt5LOKx58&#10;8jkL3Js8ckXwb/k6Qp6e9xFG4jVanFmmnKhYjcfwupRwDGVQYLAcadAuFZjwUJvM1F8xbPYuD01B&#10;nujAOdJ6jAajFGiI+eBv9EBhX7ylxQUkTZ0KhcM4fO98oQ+ZZr8/ldTmhlp+kqZYo6lV03ekxOqk&#10;O7H85ubwHWP3pstOMuRbH9IECET7BCaLsh+M+K95BZaTyE5TlDQJWU4aodJr4nX8FA2Yv5mERmjy&#10;MmpWlbHZrMa9CBdBpQV1KMRmoYhc1T1BQ100bp6LcBuep60M9O3aSTt37EDxxYdDP1zw/rAnvg5c&#10;CBQ8jw2HUwk0GJLD8WhMx8JhbLMBHT72LB15epXOPXsbydG1hZrZ8bDp9pUmb5Nvh1VGY9NlPCXg&#10;bD6dDBMY67H+zgrrqurndGnP0INc8/FBGvYBfn9iE+daDep1aGEQBsLy3DJ8WnnOe3ytML3MwEaL&#10;4BWZeYAtSpUFivWdAszgYPK6B5deWMDiBSHscIVvE5hHm1q3bxIScXpIKkmHu3ISc1ow0ZxeptpJ&#10;ALYp7XcjwlVoCmX3lTL1+pjhmhrqdYrxNaeePkhhlHgCZrTKulT/Nwx/dHhjNvJFXs7xaoO/Vafg&#10;6WCcrUOW7+CZZjPT+vkv2AL5vh3Sm82upE9p9bHod5t9k02tBhXkNSLjyjTh0KfBgpxD8YPzc1vr&#10;GZUa+5S8Y9T4OYPnLYIQ3JRYhG58T4c4TWIjgsWNf9dALZDYirHMi5IRHUIZBaJwVpmY8upxPxmr&#10;WVmp6bGDJ8JakCLchnN5NK6QZNuPRWQtexgP9CZ5SYvDncSKibENtcXaSA3BRWXAiVnY6wsdoitT&#10;0yplszWUlkEXn+vs4ZUVbRJ5ZJJDEsa+hVmDws6w71ajU+9aFTHoV/jnhT1HXbc8tnoI36ssfQqa&#10;wbSezwgEBqzSd7/8RRrkPfqbP/ZTtOf8vdRMVkQiEv4s2oBs8GjzmzFW3TwDcO45btQbC9Wz7t1a&#10;V4T7vmPXkN5y19vp4JMH6M8+9lF859ffcRstbl0U35vcQoLjVXTPoRpZODe5hp3xsGTrLsqvvZk5&#10;3mSeuSc8v8vhLQswLRq7Svkzj5Nb2Eb1a15Pdlt4ramF1JdvUnPOOaFZeQMaNXvofqlr2PGIU1J5&#10;YPjSM2S+czeZm8OZs2u3eK0VA7D+kdp8xlidVyjp/2sG/GySNEUec2dLMHOOXFppbtyzXTdOyG8M&#10;+PEvAzgKu8SnBO2Yymo6e1o6STzNAYJimC6fzvrI3u2uv5bRMAecbka1JgXb59ZvJ9BHWfxTvv/c&#10;tGVyzQpdn2T7iKsgTrs9fJzooYPkD36bllaeoFnPCCmgUnselrH5aVibs7BOFmmae1pi8MwMaXLO&#10;ZURX30TVBZdQubSIj3piPKIhA2Sz8BmLHHtOPZ3psCD0CE89TvTVL5JZfpayaiU8M2JFRNUa5YNt&#10;YV+aykC5EbN8W4bvwcChH5C57AYyb/4b5PslsTZlh2RPSBKw0TGVqjYYcGRVCbzASNQE673aTnev&#10;AcAzgMiqllBLnRpP6Rc+8AF69rnncQ3P3bmLvvOd79CNr70dcjdmMH72i18kO5rRp//sY/Smt7+D&#10;ztu7m37oh3+IvvjFL9BTTz9Hf/EXX6R3vPMuuu6m19B73/te+l8+9KFQo52g3/zN36Tf/t3/M5w5&#10;DXoRrpfRe7B1D6uk6hnWKrO/mKXjxLRLe4YGwWplqOUmVUXDXh9qGhP6Wx6u5uG/a1/9JBX3fZVo&#10;eiTURwzQhv1nRJqoWwP4zRuLPYsJYwLWMDiaod+YXv9Gym9/K7lte0Jd4XBdYbJjshQIgaF8nevw&#10;vBEbJi+qEZfWv5vXWnRBMu2v4/D9TLJa7/266uR0AweTBpM+BjNEkoc/80AjMvvifjJXe3aDx/Rj&#10;NG6+TvMdD07fiYHz6mcOANQKgGs0SIfvoyvmEoYSMy/6AgpsYFKCMerwRoARgFk4OAW049q5Uelt&#10;BD/hp8nDrkp8HZkxx4xenClIttXUWCcM2nFYU7UqAE3o/ZnwMZpMaHn5JI1PrtHiWYs0WBiAXebC&#10;aw/DcylAX5tWi5rMiXcc3DSgyhPVk1xQRzEwwylYh8ALZRY6Dc3k3sFrbYdfkM1n6s/tE0kl9vbR&#10;A1mGkRbsYu41sH7CvjZS9CnahUDlaEUtxaQdSEzRy2UYlEelAohUSlxKvtw6gBfrMUpSVqNe7OI9&#10;7hIBCdkAYDiKUq92cmG8KlmjV19svlx3NA5dtVgPZbmcJ3wt2MqOIOUXspDX68p7GXsYeydkKWBA&#10;jUuaOav1LH+/BU5ObjjgkDBQ5RTxUs83BMzCHinTdOBMPCBNOyzPbAyKVSWRhihCzYE5k4J5symN&#10;jo5ourJC04U+ZVwvLgzZcB2DDdxDBp4dq1ZZ8kii87ahQqyNTNvrTJrtppabCj82gCELoJ3yA1gw&#10;Hd10wjRyAVy4+Y60XElaFe8ep/RfJMU5n3ytvErhZLFkLdfBuPbQ/f9oexNoy67yTOzfe59zpzfV&#10;XKUSEpIQEkICJCEEsjAYA4Y2YAfsbhN3bLfdaRvbHXev5bUSJ+6V9rLbU3p1kk7SyWo3K47T3R5i&#10;wI1NbHfANggRGyGBkAAJCc1VJanmqvfenc45e2f/3//vfc6971XJ2A5e5VK94d5zz7D3/3//N2Cq&#10;rxHN5DU4oGiTPCn57LUpKZApejXNTNHR3qv3jEzbeyGBUO2DkpNp1FPOmdaQHk1IaQEkwYOCC2NM&#10;pZUK7kTqLOad4p0GBRKK0RJ6dqPorkRIewVFkn7dZ6ZZ365rvH1Qj5rWJ6VRajTTesF28nKcYvgt&#10;evWgBsEiNRMWCj4+J+h60f9D+qfTGiDaXMgamQaI6XWjMmq9Djb5vwWlr1YiByoLTYF18EzEA+IE&#10;SEzRrGAqBlJDTquyVaZoxevQ64u82Ch4SymIoSdsMKfNEAJherrpSJrPsD+iaSyMBM3nhbiIG3qB&#10;zysTF2U2Fk7TiYQ6y01mWRQqFRPGBl8XJOao8TCDdmgEnWSEwssvBR70hjBsH45WsTgwAyxog6rr&#10;kUpjNFWR08SmU2jra3LZM0lCMgQIm8UmZVC6LK21bLw+m4mPZvzvld4wB7NMkDjNEvxVWilPynPg&#10;W3N2WRtCTqhM1Dzf8c6wnbAAn4OFjICCyQ+jw7iUftOrR6KyHbOco1bg1OH3WXrA17/xtYZ4lLj+&#10;NZCQEhuhievJcG2oAHGDach4fAEbJCjNca0BA5enpF4Avu3ZWO89mZDwkliqFwQSq+Aj6WjPxjqt&#10;r6zRvv0bdOTwkVg4r4DFzNeQN2W+j2deUhSrWXyfrc24eDKYMMX0nMFLTmpkg36+l+bnz9InnzhB&#10;V8TK+Oqb7o6HN6OSrwfLa/gZtLo2qYMr5mxg5IUsq0DJkyQIQewOeJ0rSKwC5nFzXI/r5YG1Pt0e&#10;P/eD8Xc24zmc4fPz7/cUwZF0Ki5gmcNfpbQbHaHw+jcM4kcXl366YFovsFTUpUlwoWaxskHK/TDX&#10;RN1G5edOWzzIgcOl5bWXBucWRCdtcZlNn3ynw2t/chVMRE/jPAhaBANXVIqbjnNBwZuQrtAGM7TS&#10;lDRukl/qeQH+at++P2+yF+Lf0ggJ65Hvmr1IGTbwSs3EQuPl9DrK0lEis6OE9stC1wSM5GPcPVl3&#10;dwH0kg0hXea/tRDJIKyyDP0ScdB2glH8DoZgksmFjidnl7Ojey5RTnlntrmziYmu0qnGanAS5TAK&#10;JNR5UQY4S1nSK4yLSnydOGyK6w1MxyukVbKkF/sRh0YF1zkmlwN4QpfBajpnP4GxWvwDYELdE2TP&#10;cDJM3Nqe0ZPPnaIidolXvWyvpF2i4Cow+JRBI3vozeHR1x/Ftbw3IjfYH5tEnqpOABwCo4evpsP+&#10;y4EkGK56kf9zmhzbGFhI9OXnewiQF2CkVmYHe2+JB0xAIATY+0hWL4R913CIxZxSEAi/eAmvWjF8&#10;9o140Uy4TmNGs22Q+ic105yq+AbihjBDEvnDn7+Xjlx3Hd3x9nfR2tpKrEs68/ggYHqhHpVBBzmF&#10;+i96bRDd0rO9+HQ4bbh89o+TQWSAx0+/t4775d3veS99/OO/TX/4R79Hh49eSTe8+sbYHBUdSarW&#10;fnFN3A4yyMPwg5nQR46CaVAxa//x++JvTHBz9Bs+7ri+P/M1AetveS25I1fjJmQfKDuMDf3RHpVv&#10;eBPV956hwbnjwtZg6xOp3MkfeyzuHw0NvuVumh66Kp6fAsFl0m20rBhVgqrn65LE14Slte8vxZv6&#10;K8h5O3YSCha04Ld6HGnz63fIWsOCT6vRfT+Ydk0KGSTcKcSVPlsZJgpe2OzL2jKcu0CfWfqv7h5l&#10;cu9AS8zENmgsdExlPczjWyahScFhRggBaIi58eXnOoWEkcj4WJbG79VUM6oU5Ef1Oh9TOHeG5k89&#10;SeXDnyd/8TgVcU2YOUlz52Emy0IxwMSx8/rVB2Dn3Apt7r+C7PU3k7/pNipWVjFkmyNoz8V6RRK8&#10;ufbEs8VyO66LnnqC7CMPkX/+aTLbp+JBTEHIEP+7WFn2V2O9UKFegG8qf4/xyPUNal5xO4UbXk/u&#10;8GEQNtinm49lGiR8YFiU8PHqurBa7PmN2rUYHSS3QQl8XrjmZwslNJad+0yUN2JRMxyW9JHf/m06&#10;+cJJ2r+xQd/17nfRu9/9t2jl4CHx8Ix/9q+t03/xEz9B/90v/goGD//jP/9V+oVf/GXqx1rue7/3&#10;e+kXf+VXaWUwov/lf/6f6Of/2a/SbW+6i97zHe+ke//iL2KNd5C2Lm7SHla/pAgzJbDMqhr1s4Vn&#10;WgpEFFaPDMjFg7WOzXPP9ZFUyoO9/uwCmQe+QLOH7ic3fj5+/xz1qgkAGTfhetVAxu2NKINw/zLT&#10;Knbk23EdKPr7yV37Smpe9Xpavel2mjGb089oS4f7PtcjMhRLoH8Kg4TftOkkoXbBOx5sqRqm668n&#10;gF94iXosPR+hLQY6x7ITAOzYjiyEjF0e8EtAnxC2TLaTsmk9NGFBtAAP89AOFFwiJgSvihOTFRMp&#10;QA+gFveEg2G8PhzEJEBWcKJuEVtrAVQpDcKVQCAYAikbT/4Y9XLOYZg5+KfVIEjZGDLrsk4fEv1c&#10;AyYne8qxYmvC954GcTGTjvu57fEWUne3tsa0vjqilZWVeK/EvbgX95q+uHZykAXkoFrX21Qnp8E0&#10;GMYNmHSyp5hsPcZkEqTJa0KwZCka9D4MUFprFjxjCyU2mdBaheAVrVcQVcI8a7X6Yt847hFY/Tll&#10;4pJT1VYQj88BMxN5AFlatYGLX3NaYxjBKFD/NV0LmiaTvVLMe2JMilVaspEx2kOZjnd8yB7z6XdN&#10;59tWg9jEokplvkpWKtVGje/VUsFzXNNaWIJcf6E+sW2Cr89hk76tnbXOtvoMmljrTuJ+Ydl7sSjw&#10;+QvYDaV90mVWI/rjtDOp/QeUKwwcFmLVUltVoDipeXmOtD4cYfh89uKY9h0MNBtvyvXD/t3DkIOv&#10;g0d2RJryAUEuVC7JbL4G8hGW5kJaWKbUuFIaPm6AnSQ0BkViWe4q6TB9ldSKz0yphuYJrQVCbryS&#10;uUxOc6TM4GsvJDb2IPNFp0mZCdSQFJ6ysyC1rh5WH8Zk5BmSaSGFzHqC6akRvxeR5XbipPUy9ApJ&#10;koI5eBAWDYc64FFrVL5rNUwBDYwELkDZA1Nyk825s+m7tRrQ7bO7eJJDBd1UAT4lpoim0YaUWhiE&#10;eZOSmMBD04bDKz09qGeUZ08aTvMKqaDSRMDCq8l3LdJTNBxevSrEwwchHn6OAi1oFyuGvOJd5IEY&#10;i3S3bAL8+3jTT8xNMQW3OYHSaWiHQ8iWw7nlf7NHASdrNY1XirE0lA08PoSpkQJHcCMXNjM54HUX&#10;P9CQ0Wy9D5EurGCuUXNLAQxdNgdNP8P+jlbjv2FuyYw/9Y/D387lCQdfCwaVAjedTF/ensHDhKVc&#10;XCQKUKBBDfwZ9b4TAFYe6Ml0QrPJLD4TLBPs43h5etdUstGbNMkhkbJKxxyXIJ6mxCZm37BHK7Hh&#10;PRQ4vckh+agur4mLyaNaDmgSszd5k8hETJ/8Z7TJTs2vEUNro5T37NWXgjyS5CoHDth20pTXVjGK&#10;ZT8l9k1saidGx0pHTt57NTMVOaFIu9nY1iLhlgtikaY1aNasJgXPGqGZ8wN1+OBV9OLJk2BVwrLK&#10;1eppYGk0GiBxmYHg4aAf/z3CHwZ+ufD9xjNPIcyH/8zmU/jB8L3K/i38WnxuuVlHhLuXBHLe4Epv&#10;xH809HDsPBr59d/8P+kf/ug+2n/NDTTmuAFN8U2sNH7mnZVzClPvpWIoxbPDE4Ny3E7cdAKtx0KW&#10;G+4rRhXd5ov4XM3pK3HTeQ4nvqdrXE0jnpSHhnIULEfG88YV329bDZC3rbDXmCA40uneZhdgS6LK&#10;jontkENvNBm51g3NBfHvM7uBdDs8py5F/Qo7OD2hS3dcYN21yRabKsvKBjMd0KDshHyEJekKdaSQ&#10;uXhNkhLdg5oORa5JLBNtupsgvi9zyJBqfH2VGR7xilVixsHuJeJzimdOBxneZj86YxZtKlpNdOth&#10;mYpnn/3OLkViXDxP5tLK3oWvt6cr7DDhDi/p5r30nqZNFw4q8zW20x/4xJQxmR0Cn1kbOrI8pybT&#10;slchAVoLawwXm6DvE7IsPnnxQW0Qa4vCMbOX/WwnEjAEtjVJqqWda6CPDCswjOsABZZsKztWUBVs&#10;HQ2yhiyExPA+qHSbPZteOLtNk68exxp15eE9GCKwNLkcFpqYxmscs7AnNNkq4NFky3Xqxwd1HhtG&#10;y4m3ca2ZTKRmgMTeyp6AkRwPA71RP16HECcGF2vF8NFsW2oD0NTWxObP4mTKrexTHqY0dYHkzI31&#10;2GgPeP+YgeHH6gywAvl+rmqxAAHgz5YHQVLp4vk+u1XR9rSJ+8yL9JmP/CZNtzbpje94Dx09egDH&#10;kwAsp8U3KesAti9GAg3sZdaHsCuTJO0tEuBSN6pgKFfp9rvuoENHDtGf/PH/Tb/17z5M3/me99Jt&#10;b3gTjVbXkE7HK4LjVHquZ7gmQeJohen6Kp/sK47SuDekct9+so/eT+HssXiM8mzbZov8Ew+Q2zpL&#10;1V1vJ3f4atSzvCbznj89ciWZN7+fJg/dS8XTX4sfdYpC3GL9vEj9E1+l6lMvUvHW7yK68hqwUNEI&#10;pIR0HUAbrNHa3CwFXWTd/EJKrf9rM/mW15XQofsu+9eFpYVlVzlsDrqgXb3AwkLIll/yDUxD7RY4&#10;bH+nG/7jL7k6tVhDJ2jpEtJja9sAFNdp1tvDlukGSAnY9wqpLQBcB01bbxCWwPvyLP494jfbPE/+&#10;+AkyD99HzalnqV/FZ3y+jedqwD53HKyHOt1DiSCeTnwvxl1rdT9tXfNKGtx6F9GBlwGMY1YNy6/4&#10;PUuuPbgWVgZhM4s10Lmz1DwW77tnHyM6+XT8LGMMB/D8szd1LYb8XMs6ZrBxfV3z3j+k6VXXk736&#10;leRvvCXe+4fBRuGAimmjaaah3Qm6snuzg5HbZX1LoAbGDzzoRM1XZz8t0sa7acRjGAzmuL4ce+4Y&#10;LtbWZEzXvfpm2nPFQUnb3TyDcz60nt7x9rfR4cOH6ed//hfo6488Sv/wxz9EP/tP/gnddffdtP+K&#10;K2j79Fk6dvx5+rEP/ef0S//0v6Ef/6l/RD/4wz9E+znFlgcLVsEegScxWMcOD+k0RpYygE6yRA2h&#10;4vWXQfwironlE1+l8dcfofDc09RceBJSbC6k2AN1joEM23hMhWk16mN4wynn3C/wmtXEazy46Sby&#10;d76bwvo+6cmQxDqNfU+f2AF8ApCkw/4NPnvj0g7IPyx42VlN0E6eg8aaBRaxyb6o/pLS2OxFeYln&#10;+VK1QdenL5MuXjKcYxcrwF1qjCTfzPdk6NSOHf+xxNECGQdK3Pjc7tlD5vRpmgWV6yKQwyARN1Bi&#10;jrscpccvzoBOnawlGOxKdDcF7bgfgU99SjLTYWzjvdqZGGX8NZCBy9DPY/8BHqIJvhhccvpt7P22&#10;Lm7RZLxF1fY27VtdodW9G7FOWAG4Z/ol+ihS5j3+T68lgFGuC5CyagBaS5BNJZ74oFEkcocDgFdR&#10;8lrueiMrkKr+dWXan7ww1ZyyJJPdj3jWixqRQ3PAFgRh1tNmXGtqw+tUmWOPenENXSmHtG9lFQxL&#10;tgMorVNGopKcSFOvKdV6jXI2jQaROPU+9JqZqIQZm91PRNaK/IVaPBaxt7hswdbJBcPamBmCIdUs&#10;2mbwpdewD1iIgbwR0Fea9pAwKKpDk61HZDgWMjDdaFBjnxUB6M88TTg0k9eH+Gar8ZzwZxq4ngSb&#10;ALuQp5YBR+4Z5zysgapR7MAq1IkSaFtrajnXw6w0GA16GhpC9Nzz5+nq666K713E429ozEnv8xKs&#10;5LoXVxtmlZtOcqZTKQkW+kKYV/1CJsjzWDgCqU7STvYNSHp1wKcFkmEFfFaDSqZEKi22VqNKhH5w&#10;MdhYQZqt+CcFleKK3C/khD340lGhce2qvVewDoWybT2aUOwmtpIJegEKpVkqKgqE3Kl4RNg9zLaG&#10;+SwDXyhgnRYh0vUJJdwpVZTUnJf9xGRiJ3ub1QSgJksUrW42pDdFoV6DJqcAFu00O/9/q1NAeQAo&#10;p1u1Mmek3RSiLwc12TcKHkihAtYSLz48zWB5jIIN3IwImFaiOaizH0ED5LmqZrExmYEV5RRsqSqR&#10;RIlhqfwswjBKeaiY9j6vJgJA9iVRuW6q7NGDyaR1KokVzT4eHCdmo+WgRBKWgHRW62JhiPX7I5Ex&#10;axw3T/l54RZCoBHTdNvxd7JybpzEK8u9ZTRpkYym9PZxX9v0XtyoO43UNjabLidAy9o0VbESV853&#10;IyLUiS5snaOt6RamhdwQDopAs0YlJKG1sObjYxCG+6zxZBLPMfsGzciwGfn8ApoRBlVxj6pPYRUa&#10;kRQ0wvirmhmtDFaoqDmdy9BJmtONJIalMzoMuStLwzieG323sxrGkyjeyWtMJSU4Rx6G0uI03iYU&#10;tQWxCqM07t1YkzdkxDxoWIbRiRwHWQQTG9ppBaDExs3r/HQzrsUOBSxfY06jxmbDhaGXjYOn0WDb&#10;OmGVivxdKDrwYtRodgmkkueF751+f4hp7WjUi+dkEP87Nq+zuKFystWFs7G5jvdhI8zAtPYkMEnS&#10;pMRLLHnSYUPWnxHnKku1Av8sHQTDN64BJ07N6MUTz9JBltwADCKVBjSa2KwDDWUdJ0uB1NTlokgB&#10;UGGyaoJWbFZHca/fyzYJ8fNePbL0DN8gW5bW4v216QVIHutxw68vNMpWjuckXoMxhcx+YK++siMR&#10;4ezzme6Bo/j1sVHvvRTgwWI3DU2aNMrUNMrkMR3AaJcQGLqsf5/ZvdgLiS263Oh2wTG/8H7MVGQf&#10;vdheICG4ScEouyJe3ddVvZnu4KVK1HpKla87bMV8tJygx8l4GusK3xUeMMXzchFWDMJiZTkvWxiI&#10;fFTvJ996WbY+Op2U2GyPYHYn8XT8BoNZki6HsOivSbtb+wVlmLrMamxlotkV+ZtgBdEOWfZOZBGE&#10;az303lCYaZSHeXL/QzbhFYzVMClhI3v1PVWGcvKY0f2ZU3FFYiL+aCZUUjdUmpwJSYYy2DGF9hr2&#10;s8h+wLrGQCAHTNmgZtIpqInyJFksQKSJPR/X7q+zpJfvnUNxPYpFehNvwP4o0DTuS3XcO0f9uGYr&#10;a5alLGEQG323Qra5GHf75yls8UtzwSEmzIYKlVNZDdGpJGWO2Xila/0jQ+txJ8CyFIfgm2L/qKS2&#10;IgHyEoNfvFFnwq7jAIxegT1tDjtmBgl4j/fY+8FIg5eiqCiKuNZykmQVz+GFsy/Qn/7ex+CRyR5+&#10;zIjoFRXW34Kn13H9XWggTWsgvxvYlMko1qoEyHfkvinlU0IQ+MksCwlAuP6Ga2NT9Hfow7/2L+m3&#10;fuc3AQLeeuct8bON4IlsdI/jmoO9gGG4HW/GGQ+j+JXX1qi88SYBkh+MF2N8FmtlXY1pX3ytyclv&#10;UPHQXprf3qNevL6zWmoMNxyQO3qIQvmWeD7jPvfc/fH+moJdw/6ovplQc/4kjb5wT1yqe1QePQy7&#10;lEk8Bm67LIZy8evcBJIOb71ZWiFNZtEnz4y/biLv7qEJ7VpkaJdBCV06CTgBeeEyIBtdYpSw6BO4&#10;WB/ldfAlBxCXtTDdxYu0kZpKQeRFX74EUliaxjpojT2T4zM8Z5lnExvWMBFrjnivz+PzxYFcK/H+&#10;mj76KJVffYj8sedoNDtB2z2WbdZYF/pmQlPDyYgVrcbXZVb+MD4nNZfc5V7y195G09feTb0De2kW&#10;14rSSb0HtjyrghqL9aGwFeS3dO5CvE8foPD4QzTciutHrA9qKQEwDGefzWlcl4bx+Ps8fOrHRpNV&#10;R6FH5w/Ge/CVr6PBnW+li3EdWtEL1miCNdmwNBhaBHG6zJ9L3ReZxYceQ1iIbPg/HK6CfX3h4jg2&#10;pTzM79PW1oS+5+98H/3hpz4JFtwv/fKv0JHDh2k4GNJ4Okbz/853vo3e9Z7vBmv3B7//++mX/8V/&#10;DwnkP/v5n6Nb33AnnTt1mg4eOIB1+q4730BXXXU17dlYjfWfMpTKPtbPVJOCxBKv3cgFnM85e5Bz&#10;7RcbbzubxFrIITDRxWe5T0Pa2h6Tue9zZD/zR7H33YJvb4kellPXGwyPikEfPQMnqM7j8rs2WqEJ&#10;i22qGknz/o5vJfO290voCg9OQlDDfwvQmEGheRBLJ6l7mmUEbGGdDJdi5xIpA4tysih12JjolL/J&#10;tWM5cGPhv1WdlMZm7ZqtQKQCc8G/tCrBGtp1zeke/4JXsLLvSTnBGIMwmMbyei9rxyDec+NhBRBt&#10;pJYzLHM0GsyBO9RKqm2glh0GVUGQgaJXf73GNxoUWQtLEsWKETUS96qhyYmwDQNewWuPaRHqMkOv&#10;XYuqL+6v/If3nO3JZtx7L0LSvtZbo5X1dervWZX+RdnDadCFyFKrFmqqkmBcZj6dxRpUAihJLbN4&#10;bYK/p4J2ThtZeD1qfkJTC4EGx8n4wayCEiC+WDy+BuDWdvwsXHcYDQ2c1sqCDElZx88QSwuYbFLT&#10;ViNXdD6b0+rKAHt/WajCytnsew9GoXrkoTdR7ztnxIJD6jW1WOM1h+sW47Pnchoge+2VuH6E93Cs&#10;3wquV3wL3CO4UVU7CE3RXk5YfckuSofEmrjLAP0aYyBxzeK6gftLUQGGbFSdmIVCcAoA2rjnrZo6&#10;h5TyPsM7waRiwK2hQVyPRmUfwwEO9+HAUH7ue45VSVrHB/XG53FlKDOY2TgH8E7YlE7OJcJhazAn&#10;ESiLvtjRhXMzml6cEG0MgZcVRuqoeVzPSg4JWt0g9/d+5B/8XCuVVeRU5ayti5AVsCaHFUjByLTt&#10;Ap4xCQwTua7RZBrnRCpplD1Xxp/nKZYAMAWksKR+PvKzWlhZCVVwTqKbnU2hi07R7VbSak0bQhCy&#10;ABgaOZVROp2Ci1QZzYQuosL8sm2CqU4MIR3qsPsys0RlxfCsADhVtIWK6ZiBhtBp5NpwksTaKvSz&#10;CsOkXpqYCRhmdjTKHVlBivMG/9wCLAHA5wWMqxEJFPL7Jcou6RSGGwcG9SCA1BCTtEEaBXP4BuOb&#10;KfklsU7f4FoUCt6VauZJAg5ysAWnDpYD/Zr46iHdryfTCoB7nDqF4AyV/RrxXxTwSa+p+gWIdFS/&#10;p5uDMPFcvu7Odu4BTb3hRhAsUI4v70nwAhcBLL+CrEH17gwCMvOrwNf159L9qjHnmUasiX+QHus1&#10;eiEu2H/+uT8jsznDYp+mha1PlHox6uSE18VRPCfvuOt1tHr0WmrKFXaYpMnWDD5x/eEa3q+w6qPI&#10;Da42qJBJxK+PY7HxqQcfpFP7D9HRs6fpjutvpNmFk9Tb+iLd/5QyydI0KKQMoiSTdpmdZ43tSNuM&#10;shDksyYvMKv3bEgG66Gdlks6pcExpaeOAS5OiKsw0YobHhdTDM7GpnM+naBRZ7lpNZu1ZtwgLhZY&#10;FwjBNCUaSZjS+tbbj+0GGJwerqyC8j6In4evn4FtwIy2t6axsLxAF7a2aRI3+/l8qom4IadrBzLZ&#10;s4uyUWzI4RNgyigDM+QCymbqOAplTPkaunLfBl336tvQjPLGb5WBZrNtuFlMTE2FWD7vlGMh5Fjk&#10;8/NEHucaa4yAddvx7xfnzHLzACj63Bcg617NatW8l6d4Ey1iFLGWxDE16eXp8li/B9G1pvSGDgJX&#10;qEnsXP08RVYk3hFtWm2XJeYv59DUYaiYJVnWIutvqB6Al3Ky66ADmLCl8Jh5az+H//Uy/d8sTI37&#10;avKMYUlQRoOCOkEyXvHZlfgr3s1GztGA5elId7OACBH+Yj1dPZjSnSvP0R57GutKCd/TIN6bbrkZ&#10;lvsoDQGssmtJpaxtSM4lTPKN2bXTDUteU5f0STe7aXwvJxE2XVeunceRlg1HC/c5D5dQZHtmjVk6&#10;Hx/Dh5+a0bktSewOWT6uQxRrlPFusgVC8LZlXVDLSE9MeK9+QcaK8bFRQE6W2db7L8kmc/hQ99it&#10;6WiufWaACkgrrENeqyQZUfbcwsjecP7CNsWln1ZXuVnn9a0PmLwHs2+ndvqyTvK6xb6hzBRsYnFc&#10;zaZYYwYsP1X/r9RQoED1oogIWqiCIawG3bwPFtmMiTQITO6dARgBknZMsPfw8PgqywSYFhKIpHUd&#10;fIi8gJtV8vILTrwRi6D7g2WLQQlkwrY3p5PPHqd9L3sF7TswimuwBGHB4NunY1arlUTOTQqxrpGk&#10;1jmm81l2Y5QkQMYE4QemBmYwKmODvY+eeuIb9NhjD9Errr2ZNvbuFdAWSSal1GGpfmBbgnh8PQY8&#10;uf4cjqgZDmMhPKNi86IsvfEDbvLqWcU1dPMCubh/2PX9VMS9htdi3udm7NPJNcLGHjKnTlGYTyRl&#10;MUlEuZaKe547c5riJkXNyh6cX8ho4mcdGJ8l8vYSyaVGFQm54jfhbyysw3fX31wzLzLyukb51tAl&#10;n3+zC7i3MwpnEbSwl1t08udfBuvokuxPq6QDo39oibWXftebFih3ISz5+wXUqOyhJdZIBgm5DNDN&#10;vPgd8TW0sabwzz5F9QP3UfmFe6g8/TiFYjM+hNtgkxb4La4fhoAi2Gi/1tq1WT1C9TW3Urj9HVS8&#10;7g6iPaw4GMmgqxH2ci9+mCGe6Qa2B+XJF8l87StU3/OHVDz5JXKzUzSN7+N5iuLUVIIHS7Wl0Z51&#10;mvDQg8O4ilXy+19G9Jo7afDmt5O/8TaaxWdiPa5PVa4NTCfEpLtH2IXgBLPLw2l2sdpIjJnCCRsF&#10;yd56R3CIHj+2c2YnxvO8vo/Djo7QudOnYn04jXXbFp08dRJ/nzl3nr70xS/Tn3/23tizDumt3/Fu&#10;2jp3lk4cO0YXL1ygJ554Eu/xgfe9l37mZ3+G7v7Wu2jPvgM0m86kX4zPJhRa2XJGZOmevfvifjRJ&#10;97gXgShAASa0sHJtMqf55z9L5Sf/gJrHvxgf+QtkZ9vU2NZLVYAKQoqqEDIKMJbCNL5Of53o2tdQ&#10;c/d7qHjTt4tNU2ali6rCks/hlEb9RVPolwB96T5eDpC5NICfB4e72CQsM6d3A/B3sPLCDt+ONuwq&#10;P+emAwB3U9cpM8coKxm6f1K90wX6l7eGVmLaHfzuiHbTvpq9U+G3mMg1fLNVMxmkOxnw4HgZQHLJ&#10;QkDvf67n65bEImw9JiLVCsBKLZDXzyD9Mnq5Rnz9kimA9y0zli3Pqlo88aE84HCO2P/UcQ3ZOncB&#10;CbyDskd79+yl1fVVcnHvHpRD9MM54MJI38aBOrCQ4p6E8QcrrHXXs/DEk/w/j/sQGQmUVAAWPryB&#10;krLQ5JYEEAgXA8q61eQNIUeBDGR1LdCTXSfmHfdaFfqSSTOnzcpLgIyXMBuun1djwXFwYw1y/LIo&#10;OliO1BaJPNPNZwippiMhnCVrKB9aIWJQGx6fQNUUSuhTYEZn70hWWsnWyZjcDiVGqM6RhQVcS91g&#10;VQ3EBBOnfS1ua0e5psSINBM8hNGJUzSrk809bbMKj88xy5lHffS2/VKSfdlSgEFatj2zumamGsEp&#10;iUvISPE9eizDlSA6h7hlCxbloOjhvYCNsT+9Yllc21x99CD1B4JnBA2P49qY8yaKlIprs4F2yGyp&#10;HLOpBu3wjvDS4FW1AAdI+vAt+ISkGhTINjtuQhIapICE3FcNCnlh9mbQFq9MEdULLAhqnRl7yXy0&#10;UX+9FoCoMusNtm4+ZP22XC2RmtosEQ7aLKQNIcl6GgUHoX3VG8fLQ4LjcO2iA9q/pGK5lDLXSfkx&#10;SwbUadrNBQX+jeJdwCEKbVOYGEJNalhTA0Li/ZE2ab7BWLIE7BqU4UpZdJWeZ10Q66Qak8TRAEku&#10;N6qlMBoZLS44eW5MfQ4fIQHTsAjy1DD+mwt6vlFoPMZN6ZVmLQ+vpORKMIROd3yFREJj2oXVmJRK&#10;a7I/jHydb2JC+jN8y1gi68VrsMuoY1C5ZxKLNHmHiZwJ8ggnr2ycAF1IVTXC2ECoiRN2iSTrqny3&#10;dK0vRodibLs9tYIiJoPLcj2sxikGcTHO6Ykc2IEEs7QFhC6jR9Kfp7E4276wSYcL8dyrGpUdVI1G&#10;1CNHLZ7rkE1BhcEiUgj+DKO4cPC1Pc+NLvtBlKP4+USyzlMFZoyU5DSl0soizrHvtTIurNPJp8uJ&#10;qz50pDPJy8qpDCstBSalngbIXtNnB1jciJ8eM0FZysvHOo2LzTze5yF+Nj6exlRxoepDlmxUil8h&#10;WqrADuSDeCEAOCnFrLbfE28kbFDxXp/G9+XJMfw0a33W8IwLyxG+lDqxA2hngqZwC23bhi5DyWgD&#10;lB++PL00nWYTZ9CniaTDhvfYk8/SdzAjRmnfTsHO5G+3HC9hUsCJ0r+z/5GqOMTfkJca8QLqx/t1&#10;vW/pYHy0Xz509GLl6MuT+PVY2A5tD+9zPtkA+MQGEVaxJHF57OMC4spNPQ6LdVe6133HAL1BYyxf&#10;71tp4gGi8bXNtH7TkdVeroEzu8Q+7Pz+UP/FgNys85MYOjIzkX134r/H+p2Jfm++5GGSvAbVsS3N&#10;yyXchYFpvblr9WHpdfnURhmP+d6weJ+ByumnnMqsNgu8fsrgx0HtwagghM6NBCm0zWorwwtLaZch&#10;LP7dDdMw36RRfwh/hR++TMrvohraLBMKW+/ahBYo5tst3hMAgOLN2XyOYTysjYTV5sva1mxR9mKf&#10;DY9lYirFJocsNbUA+DyIKnsyZGImOJwd1GMn5AJdg6qC0WmvHpUO9FDTqA+lUT+fkApKlmmjkOXU&#10;b56i9zDs2Zo2dGFc0dmtp6jXN/SKa9Zkas7Srng83IzzAIcDXHgtZH8W3qs45KLurcfib4ssp3Ma&#10;2d+rHMqhIR7e5KEET5t7Re6RsgE0JH6NeN3xllcAjJKUTPZDrhvKzQg8q3i9bZI/os92GFxozudG&#10;mth43BPY/PEaTYAuVnrsHcqf2QBcqEJszi+cpj/73f+D1vb9I3rF9Wu0Htf6MTfboxVYSrQhEK1w&#10;f9Ef7ZthmWhImOXaRaR3PExk8P36V7+KfmDjx+g3fuN/o49//P+iD/ztH6SXXXUQ62vBYSa8RvpZ&#10;NvFmlryppF7b5jp1NV6LN3wL1W5ExdMPkKlPU89LFbxRnaPNr38x1mueht/yDio39lAzr2ht0Ket&#10;+HlmBw5Teeubyd7/aap50OYqambi3chy4N7xr8d1M+6Ha3spxJ+18XebeDxT7BUB/l6QGlkBSXY0&#10;4N1xymVAvr8K68+T2SHd3Qn07z5MWHyVXcKEdkh/u7Lf1rm1K2He3XogDT46OezB7AJ0mI5fmNl1&#10;NhI6oR5NB2C2ysLgZ2rKbOHCaT05RxIjB2HBuoivxfGnyfzFXxA99w3qN+fiz43j3hPXo2kJZm+9&#10;Gu+t2MCP4mtPuGmMtQuYvjSi3rU3U/P6N5O/4gryPPRm/91aBm9cn7Ln73wqSphZfG+W6JkH/oKq&#10;h++jwfYL1GumNGNVQbxZVmKdNI33pC1VrhYEsJpsbtFKXdJ0/TBNb7iZRq9+PflDV8f9Evo0GvWZ&#10;lFBoKE+s1fhza6DN7inQdse+ukzJTwnoLjE0TQHpW7JrQn0dz8f5c+ewvrDXZ1WJcurb3/lOese7&#10;3kWnT56kU8+/QNP5HGylBx98kH7nox+l4y+8QP/lz/639Gv7D9GH/vFP0t333UV/+AefgMTtfe/5&#10;Trrj7m/VejHQZLwd+40RvPbYA9VmKr0MNGTP6dGcRDnkeHHsx7UhPpN9rg+bCdVPnyD/2f9I9qmH&#10;yfYnYDvb2Its88CknqL+ruZiesoG/Qzsb808rawNsQ7X+68g+vYPUPnKW6HumFRcJ9boOSsNxJEQ&#10;PrGLqLWvQ0cZertMO3w7ENlFer+8ZSchcLYD+EvK+neuOztNF7o/s5slQwi7e4smeXCX5WcuQwXO&#10;M2tn84fKTMI8iGjZhI1aKMC3kMkBYOMyCGZouGeVJmc2EbCCT4WwBCFMIIua8YysaNQ+kd9DPeQB&#10;qpGEMMq2Jfc097hiNSXpV8kXEU5YXmr7Oj7DqFE6jEcO4jDVLPYtE3hBrsb7dX3POq2tb1AxGJLr&#10;F1L3w58PXR/2AA5Y6CW/ejLqNUlgi3JACGMC/LnQx3nBPuTYJXgGKihjlOWvFk2qeHChDczMMlTY&#10;Ltk8oGs0CLAOEjypAiLYCkziD02N5hww6alhr/kB7YufbW+sBRyHcpTCjisUyMqhHx2bnZS0y5th&#10;rdiOoUTg8RqE6IX1rCJHwWAkebahBAAKQy6x4rsAeDdkJqWIg5XpRSIs6iUOmxUg0yXCRSOKkyZN&#10;5xmc43tEgVGT1CpUozYdx/uN9XnMw+Ckdf4dVi4yblIy25tt4bjuVBC5V4oqyAab1WUZA1FSTaOk&#10;JT5WZkwGtdZySuQCSxU5BY5eOLlNp05fpCv6ZVzHSuJ5ctB7o473X2FMuzGbLCWQm7U0Osngopj9&#10;HYwk7nJBagpNiNXEI5YkwA6GPa70AHBNazEQxbQcJ1c+ANhjmFpL2ioeIisPNZJUMW23rUywEeQU&#10;lx6SHq/Wzimko5WJpjQtWYeafKGyqWZiFuQkTIuGUGwCW7PHluOQWAUB9FZ4wtTic5MaE0hRNFwC&#10;nzN7k2ihrqCO6KXVFJkbH5jyJFAupQI17bJqQu4CLbkMyLYMwkbDQZRJGUIO0IB/YPbPwx0o/mkk&#10;EqGNtQ2aVyK3LgDAtECcTCUKeHEUDLiEBsCepBYL2Mc3KvtP8LUbjlzcQ4c0mW4CcMkTFEqGs4tA&#10;mk2gExbanrJBTY76TN6JDPZAPs4PhXGKxrsFlgY/DHz8pOkzkH5rY8kPD3/PaSCHpN7odC1N0dK9&#10;Q0ZJnC77BpHSoMXTz+RzzWd1PJtSPZ2B2cUTpQJhNSIpTIBTZnJ5CW5gqvWF89tYVB3HpbPHED8D&#10;tYdvgC8FYIs7kywUkKsFsN14ClzGpmej36c1lqpyOMt8QvPeWrwOw7iQXIjFoE4gjTISU+puCgrJ&#10;m2eQzdHaNlzGOF0QRWIUPGXvE0aOWEqMVCqfoulNvl+qutLb1SlTyWNhLItR/L1pfGZrXOckB2fG&#10;i9FgIPZuRGKTYzP2nsbKBwyeKqRbVWzLgPfmgo83udIZBehd9vhkqrTQouU5Z3maeIOanLVubDIZ&#10;Vnmwgqhy7FbTw0RyaxLDhkSCjULWSBztidNnafvc87Qei/g6JEq4gW+jx/n3aCh2FDdLBRxmzEGM&#10;cZHKxvcP07cZoO4xK6CgK+Nx3FJZ2opF8eOxmZ9I5Kb4e/GzjBCluFkWyVg8iI8gM/l0WjYHS08B&#10;sJCM4k0nNbf1v0sP1gyhIwIizBdScvVF9Bl9KYDvJZv60DZvTqXjaZNugrSWM2VksjPJLIjkmMKS&#10;VKyDNDVmUQrcqFdH0wnt4GekMkvHGjpsQmYmiCMfpL7bzMyN13asxWid3F2DDGCC2g1kC0SrsRUL&#10;9IkW8ciHkoqUHQmmbXjO7oW76STwGl2/lwI39Onf0eSHbw5QbH1+KAMo+Ur7jo2+6Sb+Ig8X00ze&#10;hwXIElZFSqQma7K/Ks6hsmnlNNWazum1RqixRmAowF5MvE8qcMA+fjIonGcAQOS/4p1J1mQeqvEp&#10;2S7ZfSQ5Y/J7EplQiWRV9pYtJZVS96FpbPR4UPPlR5+Lv38FvfLaBkyzmjVdXoLMRCIX0JyX8A9q&#10;RNmwsQbiAU+C4RvKoEIhDPVGfdtkGCNrD9tWNDrixuTeynMNq4BaGh6uPzkUTcy5HX6GpbjJxFzS&#10;hUNO7gtePDgZpLQ9rldKZTB5yHt5SDOee0hn10bxGYgfYDxzNOOGuqjpxFNfp9/78L+i7/rg36Wb&#10;7ngTra+tg6VjdF/mNayxyUj7r+M3p4Ni73NY24zTgOMqcOjQWvzeQXrPez9IH/3Ir9PHfufD9IHv&#10;+SBde8NrcA1k2u30GYr3w3wan3VpV3tBkvaajVUyr7mRfDw35SP3xP3iPJrHWbwQ/WKb6me+RrN9&#10;B8jd/Dryo/h+uI1iDTyKv/vyl9Gw/A6af/Ez1Dz/GBVDB7C0zwwI9rI+c4z8l+6l8evupLDvSjA5&#10;xffZZGWJXWKZtYOBjudWa4b5l5LoXu5/O0G+Tk3Qldoac5kV3O8qy720jHdJ9qnr7m4B6u2auFNG&#10;aEwXMuz6ALoF2emyFNgsRQw0Xd8z9dTtGZHEMxgVir6A5HG1nz19jMpHHyV78ily555lk2aEc3C9&#10;1ucQHXaDW+mLpZErY5PXEw9S9ma69nVkr7uF/DXXxYZ+DSwXBu99XE/6ptKmM65h1XbcW3rUXDhD&#10;xfPHyXz1S0THH4m1wzZqnwIegCXA+BkzV41T/7/4PPSsPLvD/bT9smuJbvs2Wjl4hOxABrycCM6p&#10;0By+UTD4DYuZAuuhhXWHVY9wWjqHlwf6RMHgO7QGaV6N1aBuZjPGr97zJ39Cn/rk/4Ph7C/983+B&#10;3giSPuugxljfv4/2HTwAzzFmrtx61xvp9JnT9KlPf4ZWhkN68Iv3051vej3d9a1voTve8Ka49s4h&#10;15WBey++BvcdJUgO3OyiDQxqfaDkDQyGKh5giMk/Awphug3rnN7x58h++pNkX3g2vtYZGvbj88n3&#10;APzna+KYj0pD6lidJGSXuD7G1+2PBlTtu4qmN76Bile9nkaH9tAYlhLMsJ7hb6LQqg5S+Dy/lpJM&#10;GmUvWUOXZdtd3gvPLu3rtBiPbdrQyp0y9sV0bFqWdCubyuwi87+U7Hf5tY0GH6SX72aTN2FZeWB2&#10;X3XaKWgbyqB1BgNN7FmPPT72FKjzRqtk495aj+d45kwjQ3B+BoNvFMQSjz5vjIJkycecSFlDAsga&#10;GRYzIUUyQoT5l7I76jrJfYNakIn3OSOAvL8z8MdSytn2Fk0mUzq4fy/12advuEKuP4TVEff1rHYz&#10;yvTkp5utsIouY1nFOrxONWp1wtiLVV9jr5Zc8t4BpCuntmNCyKjVRkwwDGExys2JECGTCEZKb9Dh&#10;LfwnEdjjAZByHN7WtKKqbKSuVObdevws64MBPMf7pSj22D8d8QBFke2A8t6izHu+CbzmCRQJ0NNB&#10;D+yyGq9zB6Mhb6GtPVVZiHOiw9LQ8XqE5No5Bci6GJfsIFiLuEaI60gd5Bry8c4b8WhFuEnycQ4i&#10;Ja4aCWLkXo9Zv2CGxpNwYcZenuLP2+vzYLgHW5R+IZ7//D5WewOkkzvxrS40K0BqXp/3Ou5vYQPA&#10;hIu6Qk/P9yHLeg1UJoIlGISzCLYwnlX0zLGztO/Qwbh+OrHvYeUiiB+e8zUUIewu8DnWOIFfFt5W&#10;wmYstBlv2kJf/alE9ingCFDaRos0Bom8+P0J+0vkKpCO6hSevREap75V3qv/nW99jpqm4wljUegL&#10;64lykm671mXYks18AN4E1WblZgxIdiU026DsMAULvRpdE5BYWQhC6Mib1LfOU5syl49NCwdKZpCK&#10;JvNDXyjri5QqC726SQEkKQE4AFgwiRFHLfsBmn4v5r1AdL2wJspOerCwABtlCngU9DC8ND3B0YKk&#10;+wR4A1U4pvWNFYkwR1BHgOST328yGedUvD7LhBipZ08K7zO1mz9Xvx8XrqKKfzMPZoYpvDzcBRYt&#10;NCgIUqHs1AL+Glh3PaFdk6DaaRrUesQZlQ0XopOP/82IOIBHSJBrMPmQiqrJpgB0wBDrAXGHF5wT&#10;EDAdt9FmJF2/lL7blVt2p9LttNnKa3OIMLMehdcr3ggKMIPNEtoE1qDTDA4h4cnx5vlz8PvwPQak&#10;COaqzewCQC0WDRp+jiDNVlNvpHzJ/daLhd+etT20cfY0+biwXrx4hsz6gXgMazQoz9P5aS2Fj/5e&#10;Zo5aWTitmsKnCUZOVPRKBUUCdVzM5wrik8/SDuM1IMa04k300ZpijOtqpZkHlZyn346lkLx4StIU&#10;Lz49pC5LFhGpGTff08yEuTiZoakOStGWdGEvzDySwQB3t16l8ian9zkFItSGP+vHOv5CKjcAQ7NZ&#10;Ylt15CiZjatPZaNgvlEvuzo+d6c2t+nRh+6nNx/52wAlQgp84PsvzBeA3ux/k4+lBcyc+lJggEKk&#10;IGaNaeWg72jNjujKahwbzUlsPyw9zuvVWIDTQVwL2AScGUgrDOjhGRYIaspsSU7XY2BMgey5YRad&#10;vP+EdN3uTvET+B1C9nmsfLMI4GmatqFuetaSBM9cKs1tdzoHg2c9HfI0HW6LVU8PjwZdgMpJnqh1&#10;KGTLEpTO9wv1mvGZMd3+YBWWdK5Bzg9fx7n+HED9uC7uiddpPR7Dlg6QAKSyN1q8DrBS51Qx27SJ&#10;YCRhE85dDltbbkXTmrEL4+IlwLllQLCd8oeXZvVchuW30yR7ySifOuEjpm3D0x1fWvGawdeQIyOD&#10;k8anvKwacigZ2KVkwDaNPTP4lU0i7HwpHBsO+6mmGAIRJqd92RdqVQTYSpLxtACWJUqGFL5j4diy&#10;w+EMigGXUQ9esPVrYQ2AuduIITQ7MJ85P6fPfeEpev70Ebrj1Z72ra5h74f0uyfMllAJo56Z0L4X&#10;95/eOo7TMjuo2aZZPUFYEdxgrVdbCpU6y4wlgyZOn08BR+Vz1Qi99zI9d2pozeezkET1dO5JPSR9&#10;nQaJBsW1iUU7+9Kx+/NoOAcrbl4xc0AsKIR/Ih5AlgZS+M+36cxjX6aPfXiL3h/3tFddfyONVlbx&#10;PBUmZG9XDG13k6tmhURrammM3R1awuBFxrpgc5ZDPFfMaNi37wDd+Ua2wqjo9z/xMfrXv/a/0g//&#10;/R+jG266SQpiJ+z8GVhakrrIqc6O99vAbKoVGl5R0Hi4gdduHr+P+vUYoSa+jnVVM6aK2XunTlDx&#10;hrup2nOECvZg5AZruIdm14zIr++n3md+n6rnHo0fpcb7MQurqrbJPfJFGp0+S/Y1b6Tw6tfEBomT&#10;/3qagCmD8V2DJVKwXAaz/vpBHbuBBHmcbcylzfg7LD2joLvvxgakYbK1S7iQ2THzCWReMmDY2kvZ&#10;F9ilY/e7Dka6/8Z+HWpp6PlZBKHAwk/Yp98J4hE9w+AzfvHF40TPHaP+U18lOvZ47Pwuxr5E/NbE&#10;NkQWLqNNN1QhvQHV7JW3fpDo5TdS8YqbaHbg6vgMgZ8Deel03qBxY68rLh7h77o9I3vhHPnHvkT2&#10;G/H9LpwhG9cDTsCGRxTXfHHNEIAx/olriUcIUbzjOaDoiqsp3HwH1VffRCsrfYBQ8CZkOT5Yfczg&#10;Y+lY/M/5HJY1Xj3ZGxMum6K6m1+fwsPqd6ae3vx+XkAG7pkmnBi8sg7wgZl6H//EH9GBAwfoi1+4&#10;n15/x+vj+myxZvXKEU2rSWxkG9o6cwaBG5/4xB/QJz/9aRoMhnRFbFhvf+ObhMHsxxiUVD72CvH5&#10;qVQ6yN0rZLt6Dwdde3yjdjpaxlQqFZzPZ/GZjv/60hdo5aEvUrj4PLnmPDwSGYCFIo0TzcMMa87c&#10;9RGwwrYzDUZ7fZr3V8ledz2F27+FymtfA5CyZjafFyCWQ1g81/BGPK1JPejlvjY5zFHFn9p3UOda&#10;dO9tQ2FBHRJ2NTnxnbAd7DmdUA5L31xwxoKvtLn094366oZO752ssVIv/JIr0NISkQFJ71vQZhdZ&#10;QZfxiIomXiffzMDG5EXfz+P1Z9Zcb0Kz81tUwnY+gVvCPiUNf/DMNvXSM5smAXYyEGTyxWwuwC8D&#10;xjxcAxMbwR2kdiUNnmWQEOYNcImK75bJhKrxDIzV6dZ2fAYdHT1ymIZ791DJ/q9s61CyAq6Ulc0W&#10;ub6BDZfTwb8mh4XkG8/9mVVFW4bAuJatFPvwUDJhqMG+u4UQkpwPCxLXJsl0vcbYJJ+4+HlYcjpv&#10;9Fny0k/znlvF3pVZuBdKkeoX2iMdWl+lfcN+fIb6tLa6Sr0B2xj0dL0UNV3hEkivSg2AV3q8/D2v&#10;fb+yKMGq05sDPopefJXF40+gxyR7ZwDQK4kpkbMstXEHUJaE5CMsicIgD+m6ATUkA8GsMioLGWM4&#10;8TZF3eNDq3BjsoHWl4bEg5BD16ZNXAfiOs9DhaGT1x32+qjjRmUJBRDj0jaoVYQV8pYlGRQlgNyp&#10;lUKF8CPpgxg8ZfSEiRCVhqE1Pih4SgoKE+Tjx0+cjXXRi3Tj664iO9jAfcDzEbYwKZKHS1ig0Cta&#10;rxMgNMfcYPtuip+wxDS2StNoZSFgpovz4vKET+l1EQpOHjBN2uOJtmfwMIhUNoV5eEVShWXZTiWq&#10;VMQHSShhZJYNbR0nsYW63Zg0XlkSZYwWjCb74AiDRwxqfdEXHzuNlBYpMnj2simSNheaxsqvW8Jv&#10;z2eT/3Sh0qTGZ8NhK2krRqjETCPm34XcUOnKhdfJtdco+CSQUN+2RCNGYh7ftOzDEwQAkz5c0HL4&#10;DBhdyKxIbBPDEAwgTJp4OqU+fcxaiTc21MF8lLzYeDG8TAyA4WCkrDbTevJTk4FJXnB4wsWLIh/7&#10;eLqJ7zmVy/L54YkiGa9+O3LnMB1VzrccO0BCAMFyXgpuitQMCql6PWEvCBAosqTgRXIMH75CkxcL&#10;2FUCNOMmB8wFm6YGvewnZLMPEnXkiAoCmpY1GNSQ1GhYiSMBoW0qJhtNsW6ESeQgS9eIcy2o+F50&#10;Qj9kFA0P68mzL2iYCCHMgtN7trZq2ggMvo5i48HH26AxAcBbz3B9XOlxj63FzSKcPUUnhkdp++J5&#10;Wlu/Nj4bLOXl3+lLIWZE4gVQi6cATGGHr6ZDMZQTLr3I5XmhaAAw+rblSFH1ymZk00/Q2UkBYyuy&#10;kFmoMO0wmQVY5/AUF39+tDKkFU6Z5WAYeE7McZ3Y348TKnnRrnUYIE24Fe8MndRwEJBLrkBBiii5&#10;/4VdlsB4yJ2ZDYTbs1CPygRKeNClcZ+pHFcWfqW3a6fB7wvcpxEQk6dnHA9fx0aON8AyyDMwj8/t&#10;o48/QW95e0luEI+7kmeMJ0TM7MB9as1OZtdS4YZNTNesRtk6fX4+TI21h4HRUdw0D/Yc3Rh/5vYL&#10;nr7IE7syoLhnuglLcur42fjYKvVWBCDBnhHxH5s6gQNhNB7PSJ/gMan0NwdB+Cw33l2im5q18BK+&#10;b+33h91WT7/cZOmGbF6kSVZBN2mnxzoAKGkXC0cuqjrGdmBTho5BGLnWxA9MS78IDHYBNtMW1kOA&#10;gQZSXkMdM2gj15GPderTxFzeZxz3rlkd165+UKaggLZ1w3K9GtKDLiPCZPb2LhDpEka60GNZswPM&#10;C2E3Sc8uMp40BQ9h8eMbukw4h1notdOUNzfRVoZ11uxsslPzYpR9lqW8LIkpJAmWnRYdhj+a1mgq&#10;LdrE+5esFNNghJuqFRAhJK/uXDfZm3gYUDdTeeQbp+EdAcOmUNe6lokGBY2EMvh5MIHxFQMwnHzJ&#10;Ul2VmjSNlC5IQGMgiJMc+X5qms76GL8Xm4HHnj0Rn1FLt78mPm9rK5C/w3O1ljy3iq0t+uLR1DQ9&#10;rOWBJRllTUU1paYSYI4HqiYPKgoA7YP4/DMY2KjJeNDGUe4XGbAwaBeCDC6DscpqUfaYprw1cw8W&#10;YbqxRBIsTO6VEQlQ6Ac0ir/74pl53GOsMgQNbY4ZAKxkX2MPwh6L4qa0+cIT9JmP/A4d/ZEfpcHR&#10;K2mwukFb0wlsNywHfrC8rql3yE27Q7Wgsp1LsYkEICqxp3DDTxo0wueH1/LhyNItd9wZa4Z1+g8f&#10;/7f0H//oD+J+c5COXLEej2Mlfm6VzSLYpZBhD1joHqzNWR33jJUVMq+7lYpRLM4fvo+K2YvYZyd+&#10;Sit+TvVjD8VbMl6ft70bDMlYRWOvrfk6H1ilcMdbaevinPZc/DqN47o9rDkRj1n+20QnHyf7QDxX&#10;G3up//JrKe4i8FzdDj0a8jpfVwt+V37JHH8Rh/+b8+/bjZVjLgP4Lcs6/RL8FrTuzADhsvn+Qtqu&#10;yWm6ZkkynNa5nawmvwMUTkYcl5Izy/YrCyuv3RiZOkmpZAN1rl9WeEDDjWysv8wLx8g88GlaOf08&#10;TcNp6rPvcHz9Pjeg0/h8sJxKQ67qeC8VsYuaVY6q3mEqr7+Z7OteT25jH2pCG8RE3lcM+AdaMTOw&#10;83hYMB1PqRfXqd7/ey+Nv/Z5GvgzcQ+fQOnU9OL+vxXvLZbqrZSo60s3UBndnHi8PD14FVU33E7F&#10;zbdTj9mpbKNiS5LQc5fTb3mt4rVxFkodZvDeKvcbGFCwOGiW9ZcLTL8E+GXPZrVf4WdvFms3tuyZ&#10;zSsaz2r6xhNP0P/+4X9NP/QDP0S33Xknvf/930Mf/Q8fBwD42c/eS3e88S6kpfPCCg/teDIvnHqB&#10;fvKnf5pOnzpDs+kYktzbb76J/vFP/SQdvupq1MAc4AFPTO4z2KgGh+I6cvdYP84lbKCwQuJgcgEs&#10;yQJL6OK/40K+dvIsbX3mU1RwuE51FudqTlprz+N6FVbgV8qBRByONph6mhfxiY1N+3BrTuNDRym8&#10;7+/S8NobUFvxUKciIUkUyXsMYLiGNGrt4TSNtcs2RZnN14zCEnDtd/Gn3DmYTs+GW5xwyut1QsES&#10;MeOSTMFgcl+24zkKrU9u2KV6TV7Qi2m+4S9tNeJDhwHcPbbsn29w/akTroN9wrZhlZWVYKgey+8Z&#10;xY/7ky/E144f1NGB+MxuzWi2PUNtXWjSbhPkKoUE8Kl/HQYCrCaK93aIe55niynee5k5X4mtDBMZ&#10;ah90mGXxPQ518EZAqIqZb1sTmm6NAQyN1ldoZWM93tvDuCeuSjIspLjqF8+9NwOK8HoTpu0ofn3G&#10;OEf8LBw4yJJY2D7w9awl0KLs96Q2AUnECybBFURTiH9s/DqU8x1cJIgMgtxMLJM8LEiqDOJyqi7O&#10;MVsfNXIrVSr9ZcBz3ojX8f6VDTp+9iTtHZZ0aLACGzAecK6u9tW2RYJQikI8lZEqrnhE0B6acYFa&#10;U5IZqC8Y/GKwsxKrEgBmLKePz2Zh21wGZ9oU35bzF7JFUr4ng/akTCpjcpY1WsOIVFbQTdlFHIck&#10;xT81B5/0SiGqOVFzsAqSP3sZBEhnUhIPHNi6YxJ/f84hTHHdMvp5+TqwGoR7h1FcH3nAzX7K8BuH&#10;Eo3Q46WgGjynfA8XEprKQR6NAtJ9hHuoRNwLk7NRe65er8CQCiGDzAyNf6bxmF548SK9PO5Xq4OA&#10;oM4Z+uu4Pv7IP/jQz3VBvi7YZ4zp+KtJ4ZgNcWnRx6sbrGCcMrs0HRWBCi7RGY2aTov5dPoDfzAt&#10;9iWwQcNANEwBHjNMiSwLTVV1EpigQI/R0FFMwJSCiTAGmwJDxIyxUH0/chbYENEqOJXkn5CAOjT6&#10;PJHju7JU8Kx0Yshq82d1oksvkgmlSmn5YSosUPWSo6f5mJXOyZ/BaUqT1ZsDfzTABAaNTkI8EGbi&#10;CL9f4uf0vDo1ctTzgtQbJ7rz9BoGibk9SZVx8nkKfKZk+ilsNz4fZTFIdoBCMVVGw4LcVmdM6dql&#10;cBOnyTowlMzhLcLEA1LNn6WQYiMZjluVjqbJtTRsbSgGJgEqS5brkYJeLKjJjITj8xdWKcIONHv+&#10;Oq5R4WCWXiKhtcD0TX6ukNdXs3P5/GKQaWwnTCYl/GpYgbDQ2pCGJA96cXtCD/z5Z8hVUmQ1KscU&#10;UpSw+3JydWIpxj+vjA3C7d/6NjJrG3FjmAlwdfE8re7fE49hQHMwR9Oz1sNCi4aPp1ex8Xn0xbP0&#10;wPEnye87SHebKa0fvp5WNu+nrz93kk5eqNEgooz2GnKi91LaWjlxaDqbxj9VLNT47wmkFLVvQ1pA&#10;39fjB2PRh3ZaaTTpyYhfFAfWMEi+b+9+XDOmGg/ixsZ/+rFQ63FCGoMgtYHfHcelc+MpiUhOWYUt&#10;UCEeDI1OPsOSB1Ca29gsUTAd1pzVJOVuWWSSZD+bRvkMOdkUVmJVwpw86biQgyQ7ACS0qfByVmUs&#10;MtW54eqD1GNmJdgvJUANZmQWuoi3hrQdVouyw41uvpknoY1sSOtuCtBwkljJvnFnZoGegXTAxqbS&#10;yHuJJldsBfDzhQLpsbFIiWxx8x7owMPrhKvKtPq4KRHmG1TlLkrulx5vQqmxi/+9yuA8iVl9l/1K&#10;nSKN/zfCaIFoYiQ0I129ZqnZbJbSclMJ75VhRwrwZnzPJ9ZI12437C77oNY/EV4nmo3eMV+VjZ4H&#10;OBrUFFT2XINiX2jj2kDC2wM70uF49rGhejmhN49eoMO9EyL7dJKUWnJqH+4p9UdLxbD6p5g2bykz&#10;U9NApQuwJtAsfc1mGUtbzPD7mTx+oYWE3uwDa0OHG2N2wXBNsqzssG9Miwt2QlwCtUnj7DNplBGZ&#10;fPcwjQwiA6liozufB3r4WR/XJS5WmF0jieZpmMP7E9b+wuUGI0lYs2+Xse1VzkSkDpM/SVA4Szo0&#10;ed/KZuhO64tCpFi8Vwmwp0FTbDthetj3QSRBojxL7KSoJ524+yWGiwSLsSQ3fs56FtdAh4azX8pg&#10;JO3xzok0ONOhraZPq/cuhSTB1eTdZoZC2/FaUgc84wkgtupbXKsGim1VuJBMPnxWvUpTmjyZNgyC&#10;AcVkgt3ecyKXwT5MAlRL4rlIePJZNh4F6qAv9Qx/CGYgb714jo6fO0UrB47Q6t591OdimAdvnPg7&#10;59CAUljuibFhUqHvFuwDLisHDWEJ5Gk9rZhNU/ZL2rNvg9ZX1uneP7+Hjj33OO3ddwj7EbNtyzLI&#10;+h6UjZzSnL0wcTEYHfTj6wxkOHD2dFz7xyjYIZGKNdzs/HmAPdXaPipiAc+SnRKDY5ZRFjQ6fJj8&#10;hSkV2yep4jRDK8NbBLnV8eu8763siTXJCBHVJTXKNpV7Ds8ALCVgy573jGC6ubV/c0Bf16pgWb6b&#10;SPGmM98xnfSMtN50GUQJ6CNqg/J2MAl3gAk6QDedtPSl/xXJrys3/L79+U5aqVXD9gQkJ4+0Ql3W&#10;eQnsGUnSZDCI6xS+BtXmJtFjXyd3359S/0v3kjn/DM2KbQIpmBt7+FkWGHBy81eg+eXCZwhFhX31&#10;HeTe9G1EN9xCZiU2fCwlFO2cDKO5vuGBoY33TFwPy7OnyHzlESo//yfUPPEAlfOTYMbx2sjcZB7k&#10;T3lNHDisS9zM8XE3vVUaH7yO5q95E/Xvege5V742fq3UbUDZlkYDvzpetFJreGG2BLnfwsL1t4tG&#10;vgl+SWnNyf7Iq3LIyCjM13MotrZnMzrx3HN05vQZAH0PfuUh+uxn76EXjz1Ld971ZthffPXrjwDU&#10;fvu73i1sYiMsS+4TOY3Ux9cYb23S62+9lb77u95HH/zPfoAOHjkiSiKXGE+tRsNkD0aH2sxgL5b9&#10;ZF5LbcoNtmOgjx+zeCz1Z/6YZp//YypOPxafx5mEy3FtTcLEZdBn2o/nfT5RwAzZ7Gig6cA1NH/j&#10;d9DwXd9DvaNXy+7knAYAtaGJ1FnRzMJkTe/TBPgZl3voJNOX29Z2rkdyffY71BFmCUTvXG0l6Rhq&#10;yew72bRmKayqe+StB5+hZTi+tWZSGykNeVk4NtOdIXY82zt1ROsBTguDDmNa5V0KCLVKGkjsYWMy&#10;tzSdOaybdX4v7hHFqgluGrx+M9CDcCvpixqorwoBVvhzwCKsyaGcsNaqJXtAZL9adwbSmlQ93jiZ&#10;m71s57N4T1V4jqfTCrL1ejzB76yvr9LevXtodXUN+wsTW3pxr2FwBhLSIDLjoAQouVxCuGk6dYyD&#10;Z58QGfjZEQs1Ycfl+hiefOrDl+qMTueUrM/U4F/TdRX00+wFr35xAL6aRlUrATLmcfxzPp6XQfxM&#10;G6MRFXVNBzb2QL477MU9sN+j1dEA4BgP/FwhgSN8OOitwZuSXtImmbgeO0xUgjJFQ1BWo+yLjUqV&#10;0z3rQ2t8HbRmTL59Tp+fkAByS1mxKVZVlOUoRsMsMWDy8l7wgc58gMS8Ze/lRlWnBH9Qrm3quNZc&#10;jD3YVNVmvFb1NIiUcRAOJ+L378ECwOF7bFPF74FEXiP4EdeJwGsKCRQdDPp4APjrvVIsyYAlcf3F&#10;QR9lAWAQcYHx7wHWIgMGn+33aTaZ0GjUp7U9q1TGa8PrNP9csfDgL9FpTadQTD9il2UAIbSSxZCY&#10;TFIFB714vlOYB0XRSyMeXKSy3oYSjdTnC46HTS+sPHgi803eQZKMU2nXVFKKaPaSw6ySXLlhgxYA&#10;0F57Yf1J8SnLmev4PXlNa+Sbog8/gNS4W2Xw+exNY1IMTKeQaRbYJB15cBFaEk1OWbNt4SNPGxY4&#10;uQbCiER5myYc2D4lvTho/HfyUOoWXwm04ilFUL8TsBDZ7xBpPSZ330hANRpCEjRJsCPtkJRAk5tP&#10;YULZbLjZd23SpKTqqsy3w8r0WSqoWvmkb0v+eBlMlsYTgKlSdl1qRowY3BaFNvJWtO4B/gCFypws&#10;miSDJmiQE4nb+7lNvPPa+CxZ6et1TveQzX6J/GWvYy7+GQFWe1SZmdIAOzoUZZZioTOavCVmePTc&#10;2dgQTLao2p4T57jZMMOGwZuMGXoB+2B+XAuuhpASS7PNGXzc9u47QLQ1obVyg86Nn6dr4gLg3Qrt&#10;XevRcDAXRpqRKQEXMbwwMbMPjR/Tw6s5GBd8n4pszGWRX7rvjV+aAnJDpKAvb5ouLmQs8x6yvLs3&#10;gCErTy16fCyVSGfqxqpJshQ3DDIz9XteS6ItmLVVo4WqpHDVdWsam1hkXj0X0mAhSXSEhZlQE6Mp&#10;Uq7jdemVvdIN5tE82ZR3k5/BToHjk+2J0JpS2ILE2Msk1/iKnn3hJH35oXvp7VfdQL4vIBDzPzlW&#10;PU0+vbcdV/rQkcIEDUvRdBRq2TrJczAFBw2YTTBkT6CabtnXpzps0z2xYJ1Awh9owF488bC2eOhZ&#10;C3DFG8tmfN1+/P6sEbuDGsEtykKN/x7F4xuntUHtBMBa4MaIZEoYEHoh7KyUPDnp+FnuFOe10tz0&#10;9arDJkpPfZ28WTsgrgPAGjryjjS7D3jfQuVYFNqGhkJGzS4hVhNAo4EM2AsgqobE7MmzzQxCa/EZ&#10;G2UVpuaxBvU9TbjlNQghPCKZngYxwE1vb7uH0fGuS2C1WQrsaWsKSY7JGN6l5LQUdqp/XyKLI5iO&#10;qXpuwzslfCqawiL7ZocyO+wuJGz3sg5zS6W2KqgHa0x8QtVfFsO0tAZD26tyVamq5fn32hyJ56Yx&#10;XbtD2bfTfgd/UZBZUwBFpQw8Md22udgzYBTDv1oDd5q0z6o0N7EHss+LCbv6fzV6LllZwIy8U+em&#10;dGH7STpxaj99y21XUf/wfpyv0aBH44lHcFUGKjGAicc1XKMR71Hz2NRPt+KfOdbgEsAP3y9cBAY1&#10;m/eZbb0gz9ZhFPvqMTjHU3Hx+EuMXTb6lp/mYtIHlyjrstY3vWxpwue+KBpaizf9bG5oMtUdmgNK&#10;4l7H7D5WV3BYybzmfb+hrfkFeuSeT9GpYyfo+3/qp+nQy6+lNTuMRakoFkYk4Tg4WgY/gvgFmk6w&#10;QlcuuJt08HLyQg5SQbrxsEe33XUnLCh+//c/Rv/2N/4N/fDf/1G69pobAV4WRR9s6exxBQaQAEB8&#10;virXJ3PwMIU3vAX7nH3kS7G0PIfAn9LzkOMiVV/5HM3OnaXw2jdSefQK7C0D9ilmSaI5Su5t7yO6&#10;t0ejZx6j2lxAQ1WBUTUnx+b/p09Rc/tbiW6+BcBpbUqAvUjrFVMYVXbAbSdb5fxVPfq+mdiO7vOb&#10;fKt3M+RfkNZ1AL6dvB+zJAMOf0kX1w6TjO+dkF6hqzhoOswldZzwvsNGg7MKBjZB7Uukji7g+1bM&#10;42d74Tmqv/EV6j37JDVnjpGpp2ARF3FnCmMNf+OQBSsMUjRjrkd1f4X84ZeTv+F1RFe+nOzKHtzX&#10;kiLJe8QcoQvOjnCPbzdjcuMZhRPPUfnI18g/+zD57VO8Uce9uB+Paxjvg5pd+8AMwv3Gx9nEOp1l&#10;pPuOUHXNK2l6/c1UHrqS3GAVjH74WXLtaGSXbtIQTIMLfLJm6jCvF3wg9evWdvsGo+oaUfk4lTuj&#10;TjTCZDKoGS2d3d6kj3/0Y/SZe++l5048Tz/54z9B//Tnf4E+9YefoD/44z+Kf/6YHv7a1+gtb7qL&#10;rjh0hJ47dpz+/b/5Nfp7H/ox1IzwH9Ve4j/9gR+g93/f94nSaD4V1lM83xWz9RhwR11FAD/5mQLD&#10;icGDmgeYgbbNAPUthvg9Dk2ZUBEbXh/ff/74g0SnniQb6+1hXBvmZVCQ34vFUwprjDUzKwka9g2L&#10;61vt9lBx3XVUv+oOsje+mtZXNzCorlH29LGKFJxwnHvlpWfE75Sh4p42yyxZkem31yA9O0495HZj&#10;zYVLW6SEREiwarvlaXGrD7sw/y/lDWgu6/Jhwm5eg7soKDp1xiKb2Oz0+Mt+oR2Wrw8ZW1g+0bxK&#10;elaPsXyX2dvoKwosAHXowWeuiQV06MXXWEPqFdmt2HudP0su9inse8l9ZJjPxGfPN+qF7MSWha90&#10;3D8q7v14mNvI/jUPIgO2wAAsQlk4n8DFzbYf7yW/Z4P6g3681wdxbxoh4wBJu/HvJt8zFj7jYLMx&#10;cy408DeuSVJaG609QOSBDUGlHnZSI4X5PBNUZIZlc4AmdcGuIAxPq6QNMN0QNiH9FhQWKRjDmYxF&#10;gHXPbMPYL25NZjRmW5rBkI4e3E/N+U06srFB62srYEoPByV8NtkCDOQm7o/VF99qoKZPNirUBmhY&#10;m3YZq3Jiudas1hTrnSAqyIQiN76tD9THLpDPYJ5YVRlVbIkVQh6XNU1GNKxiRaR7DXvO254QfiRg&#10;VvY/4CCV7kON7kM+1mvzhnd1sWZhNmS6Xr1eS3RjhYMGqhiSdRPklWA0sMSAKIb+Xmsk/vkGNjA9&#10;6XcV7DR67oziSXO+dzXEgz3cuZ6ERQsPc+I6efLYOWAGV197DZWrQyG6ZVPt7oOmL2JUJrVYFnQA&#10;KxIPHhPsAtjXncByM+QWQAOLhyZo7LBX2aDPQJ7NyHXjOgWIyl29+gQkXwGWBjagtTZtMwX9uwIA&#10;kIsK4GhCJ6mX38ep54MVdke++IHU60mnLabbYCaAyKhMWJsba7PCrVRWWzvlTH5hMs1vJ5QEg860&#10;kLNUKE2LBDCzGeyTKXYbzS6JuQ5+Ya4QSSNLfBtdDJJMGFHdCoq4ZFqtpBybqLUAzkrxcgvJz85q&#10;qp4CmBqQYmwCS50CekEf6KCMOWU+WaPpy0me0sqfCuc6DVTRMZIlZXfaHL9ehEYlqRLgIMemXogd&#10;Dz725gPtGOzCUgpmo0aYqthz1G6EOQ2Luh5tlJkPWZISdCHR/aroeFo4BTnBilM/h66Lmc/TrAR8&#10;SoF85uI24r5Zie9jAem46KiVGu41UTUWPT5uFAUcQZyERpCAtaO4ieyNhcbEebrQzGgUN5PNWPAU&#10;rCf2XCRNacZ+EzNJZw7pGhXCxpijMJIFRpKavEqcBegx6tkWlC5sQxuXzueUGXtrG+s0jg0WS0w5&#10;FQ6R7PyhewPqDwfwYjFc9GrDIgbyM3h+QsKtcetyX+lEK21SxmSJukt4jm0n/GKq3z5ZaWKoXBvx&#10;zUsXXde2QB2z2wxUhWzKGzpsqcTHKqwAOcxUQso4CQ1b1koPyv3Djz1F3/bWc2T7+xU0MZgkyhDA&#10;tT4SKY0yJNZk6wgYsr+agjKayix+DAT6uY+L/8psRod6nq4fEp2dBXowNi3VrKa9TsCLMp7LqRWA&#10;fKaDlBmPB5i2bsU/o9LU4IJa8/w+e+/oxDP9r6/n6oLKntv0s8VCsNdp8HgNHS+jREGCLFIWN//3&#10;3LQAZ56m6s+2098mg60pLro2YbEeznT9lNzbft9pc5h8+VZYOucVrE0J1JSuUeLDBYChyeOHG0YG&#10;KgdgMsZzyqyl+H8bfCfH/55ImSH7nO9KafVrHUkyLdnGLzrxhCUmwKJ0z1wiuGOHV1XY3VjfLCKQ&#10;i1X6kry3JUUuTvi7oXtZWBfadXFBOmeU9ReEacvp3FjLC5Wrq0cON7fGGT2LrvXWtK1/SwL2W2Zu&#10;kGAdycjOTIGWxhLUMF5hYh90smwlMVf303QbCEJb52ARC5sBmxsNANDqgUudtT8z31nqMee9l5My&#10;Gzr24kl65BsrNFwt4rO6TnXVz2wkBuAl7TcgtZHBnpILzGJDB0PbGJTA85fB6Sbonu/FKBuBIx77&#10;IPb30AZqMSDHnqfcRCMIxUhxyXutSLFMbh69+q4GDSUBUOCTj64A+cO+pNfzWZjGz7e1XcO7EAmT&#10;HLrWCHuv7+Y0ju997unH6E9/73fpnd//Q+SOXo0hacUASjnUsYHJ8kI0Ea7IhfblQb7dke3089L/&#10;iUn/oG/p9jvfSCujvfS7H/11+v2Pf4z+k/d/kK67/hXxZ6pFRouy+iDlLEVeDqnPyojsLW9kUTeZ&#10;x+4jW2/D5oJDO9wkrvNPf4Xmfh6v77fTbN/huM9NwVwfrPXifhyvz+3fFteMeM6f+UpsJLcJHD5e&#10;h+M9Nrh4gur77yGz3qPtq18N8/91ZnB4MTtnRiQscLDH+NZ3+v93oK/jRx3adTkse2rtMlFZNvxf&#10;BgPCQlDSYnaArBdhgUOUAu/Sjh7UkiGthRJqYnPTZpLyQr35Qkq1xjCff29OkyDBb2Y2IX9+RvbJ&#10;r5J/8HNUzs/Hn2EGzoTms4aKfj828Y4N5RCaxRY77MNFxYCa0QbVB47S/JY7yL/8VbHG6aMhrUJK&#10;XI1PRuxDVvtFbL5m8Onsx9e0J8/R/Av30ODxh+MasUnjWJutFkMMiwJbPcTXLmyfLAIAPNI3eS5b&#10;re+l8tobqb493ouHr6ZhXCdCzVLfCt5i7LfN7GRPHQN/au0sbGK9ZzLBTu897I91nT3GSSWjqSdr&#10;EsmhI5nFKCUuBL/97/49/Ub8wx5dP/njH6K3vP1ttHd9jb7vh36Qvv3df4v+1b/8H+hTf/ZpOnH8&#10;OPVjTcgyxT/5zKfpAx/8fir3raMRJh2+8efmR7Cp5zQYDKRuhRf4IAcWktZcxsn6ZbQevsh9QTyn&#10;eF6Y5cdyzqefJvOFz1F49qvx3G5hEFpN4rlnD28wuefiL2/U1K8YCfgYf3dkRrQ9OETu7e+l5oY7&#10;eBqApn5zMqF1VovFOtsH8W1tjPiZXjoVu+uZsWTp0WpxcyhCN6CHaLdsN7ML6GcWQT67yzGYJaQu&#10;mEUP6XCZAA5a9L1un3XbsZLYfUC5GMyT2N0h2xXYl1jSZObXLPkyh4V9Qob3wtaHZVe8LikHgCWZ&#10;CKEp1KYL9hwN9VdWY/+yhy6eOE7VeFPsw2qxHqNGeltv5W+uGyr1+/UK9AEADxrWGOvvC5OGesN1&#10;GoyGUEoFBpt5b2SWVm8IoA/kFashIcoQY+sfyIa9eql3a+AOUQjDDROy/6JRBRIsidRGTTzNc9Kn&#10;hjqSMhmbzOrl5p9rDGO71iy+JSYlwJ/EBoB7xVlca2Zxf53FzXvvygptnj1PR+OzWa6ugFhgQtx7&#10;h6X4+lux1pI+Wgg6jTVZzWd1r5Mhg8h3dVyh9Zvswxx2WSvBS6r50GISvh1epyF4JvDUPvsyJjse&#10;00mF9oqN4P1DGvoG1HGw/SrEfotBXSbEcO/bpAErg2yBAxINbfM6Etcw2D71SmEA8xGx7JaHJVws&#10;ceCkE9KSQ6qv+CUnO62QPOWzdUwj3yPKNQEsrNRnP8mSE2Gq58q8L0MFWfYQMjXjodH2nE4eP0fr&#10;a/vp6PoKfr9YfI7CQkFk1AzQdH7IGrtgMm+pw9vdseBJmu/iYtACivD/snUbZBDkBiYnHoCZ2qoX&#10;NLEEE2MQZpaKkiYWQAoAadcepwb4IYNVvgk5xQ/67W66bVCQMqc6avAGpq5psu7aj+r1oU8+A2l5&#10;1BTjrvjH4PNY/Vn1BFQ/QSz3TsC9/LBn4M/ojRsWmBRgTJUKStlGmgAr2nNhlolBsFWqKgJ8mH3F&#10;RQL7qvFN3UshGH3dE1KCjZ6L4FWKlEAO2zFibf1X+LoBdEwTepUv2iTB7iToOvg/Cm0a7LuOBj+z&#10;76wEYfT6pZ7vomWZgtpNKuFOGLITL0T2UilkA8jNnYJ1YHYYu0BV37lHt8eQkiGBwCvrJIM2fJvy&#10;V9XTCffYsigptKCw0WaUH/fN+CDCRJZm6mflkDDNIM1cExb9vAHLAsl+uF0KNSFm1L+MhQd7hhS0&#10;VYkpbIgFiwNGyLyWcXydOe59p8wWAzNaKZZwTnSjLpQ9xg+qBN64XJtYlSBzsccTqXIo1Gx+vels&#10;ht+fIoWeX3MV156lunNOz02+DDqdYbAW4IBJDbhMOA17SNYS+xuSmb7SpBK/wFgxiV0ocEJo6f05&#10;ZMVqKFDGkkjmm5oUl5p0nqaZ1t7YK5Bv09QpFSUKw6Bhgfy/h0leQQL88f15/MVz9PwLT9GRA4fB&#10;wPOapA3avQ8q315yPAldrYPreBz5nCibvUusMl4V5N0/j4XqsEcn43V/YLOCv9nJ+JurxgKUYknC&#10;jP3Q2OssPtP95I8aX2IcTEZjZiQDjcTkI2rN9Pl6XeTfSVHzC1PXsADyLfgP6uvNdvF+a9RwVoy9&#10;w1JwhARpJI83liXPyLTWe6nYTMCfbpKtX5+Go3QK7Gap9mQGX5k+n74Ee1kM0CgSJNKDJMuJ52nA&#10;00FwbWKjruwRlmTxNT0dr/GQwcBG7lkT2uT10PW3CYsMv7BrRokyODtrR3eYdgkrxF2+Zy7L8Nv5&#10;s2HhEsmgy3RjQnJnHjpsn+VGIAn2QhqWdfBgPJ7GKeNRJt++SWmjCcQTX9UESCHhmyXx5DJQEEx7&#10;UkPHh1Bk9yYDFT74dqhCVtMf29Q5HygzWMESR6FFyqLKSpjs8WvU0zLJ15rGL9xjUiyqLQkK5gIT&#10;10eeeIbG9ZRuvelquvZlDmsGSy84oAjrDXuw8owjno9pbDBLwxYeI1pZ7SPdvZo3KpMK8IxJ+ykX&#10;jQVsPGwGPr3WLfO5x8ApLRvwuCYBBlMtlYadon8SUNq5OtuPsFF93cg14aAO9q8Sn2WR9iIXTEFE&#10;BgOrqgHbqSzik1LN6On7Pk/3xILzzd/9flq95loEdwWVkvmUvmykFkEyqO02g/4lWKo7G2ppNMUD&#10;djQcwJ9rde0i3XLrq2gy+V76yMd+iz7xiY/Qd37nB+jGm25Ey8D7F/sQMnLJ9cOkFsYkM0B4kNNn&#10;z669a1S/9lYAsebhP4+vO0ZTz819UW9T88zXqF7ZQ73X3km0dz2uH8I0dcUqFUfj7xd38+JA7pmH&#10;RIkAz8GK6niuafw8FQ98Id4TcR89fJTC2kCkhOqVVGjCeq3M2La0Dt+U0f5fDfSznXrIpt3vkkBf&#10;6/EWdgX6Ftk/LTNnGfALy6nqC9ddjIdt17MMvl2FPufaN+hKYJM/ONaGCqyL4XRC7vTzZB55lMKz&#10;j5LdfIHC/GJmiwxj7dTrT2MjV6u9hgA4lRsgBK0+9DIyr7mDwqGj5NiqxIpNxpiHApwQi9CVmupe&#10;QZvjbRZX0fzZJyg8+XVyxx6n8vSzCN3g9aPk9WW2RX44RHgIM365/gkDHmSzN92I5jfdQPbVt1Fz&#10;+EpyK2s4X1szlnXFGs/X8PoaMADZyP3iaTFgUWRutmMJoTL2BBxrvYMwGZeIA03LqE9ex+Lhkg3s&#10;RbVUweLgc5+/j/bu2w+A733v/wCsB/j5aqZjOrp/L/1XP/Nf08tedhV9+p576NSLJ+Oz1KPnTpyg&#10;+79wP733ve/MElOvXttlXGcYeOQgk6IUsIDZNmTVZoGbYZYOm05jz4oHX6O+rrg+O/YMFV/+PFVP&#10;PkJmciGuk/F7tXgd2tXY8HIg43grnus+DVcHcY2YS1gigupiT7T3Btq86Say17+WwuEjqkhheVy8&#10;R+L3K6hwPIA+3HNWpJBtGFb3fjaZLBEusycDwOTqJ1Cnrw7Z1qZV23bZ8zv34rRXLntpLgaZmV1s&#10;E0y71y/VEaYrldzlPVtpstmVDdgFJruMPr/gRbq47jsN0VyWHCdZZmjlCuoLrAo97f9Z4dcYCbJk&#10;lDeHPRolF8T9HLUtWzZceRWV84p68ZmdnT1N88kWgjU4kl5vfVJ3V1TL0h/Ha18znlDA1sFesUFH&#10;9u+H3c347Fkan3wBPcfKYABveVhrsSy/dK1limio9DwIwAXbMQ7/skntIhgH77UMuPHgQaS8vpVE&#10;e+k7jbLw+LPl4atpa7FUo9X4vgz7ueZp1LZJWH9iD9KoujAggbiGKmwyn2FozntAP16fvb0V2lgd&#10;5uMuyz486/oclBnrAZOyCqxTpqBR2bP0fzblsKkFgUl4iZIckE5rvR6zkGqM+t8w0C62eEFrycTg&#10;U+zFmoy7JGucBCybTH6SHjj5Lsp+IkQn5A8oo9IVYiHAoOWslmHSlAk6TCziA+YQEgyxS9y3XAeM&#10;uM7TtHD0ToppsReiYCHSR7QWT2KTxe+V6lmErcX1EKpGDdtMWBCv+Xx4HP5hjdwPK71Cgu/A0iiQ&#10;Lh/LD5rH/vD0iVO0sW+F1vatiYx3Nypt0seHhKyngl1R/USrd3bRb2uZrJ8SG1PR110YavWba1mB&#10;Qk9dMCn2Xk3NpUBM0w8ksjHlHcWuhod0QMD0GVITIv4zXhPuar1BQgY3mB3IhbWzS2amYNzV2WMh&#10;JPkL6CNi9gvwsGna1EAfsldXu1i2C57JzTyybQVI48ZVA0iocy5zQpGRRcAk6QRSbEJHsltCCpq8&#10;BNNUwJh+Z/MuVSbcgLaSFkvIFtWLitMmUrOZjCwbTQ+2tpXlgjaqWnoJe6iFZp+9HULL0vFe2Xaa&#10;VKtU2aRpKiRFQ2XByZuv9bJIIB1pWIazraRYaMDaOJakwKI2Mno9JBm49Z/spj3tnEp3k1tNnpAC&#10;LjSabgvWkYcfo+0VuUh2mZWUBGyyYaQ0Qf7cPJGdzUra+v9oexNgu47zPPDvPsvd3oqVAEiAGwiK&#10;+yZSFCXZlmPLlhQ5spTFcZyqJHSccU2cZFKuWRxXPJVMUuOkMjWJV8mOZcmyIscyJVmOpDjWSooS&#10;TVELKYriBm4AsQMP7727ndPd0//Sffrcdx8pj22yUAAe3rv33LN0///3f8uF07By+fX+2Ma8yKAj&#10;vd90Cl8EQuavmX/4a19IZrYHxi98pcbk1cI/xBWs+Caqyn3xgrRzf88sZxVs6P2wo6+pocT0MGww&#10;qKGm5zcjsGyhvwQXh+u0WOBEpobgC6dpxMH+mQWtxuSBqDPxE2D2KbIgDBVhhuTL+LpGaNWcbqgI&#10;+MAtJaOim2nTWhi8VpKveV8Wpo4JvhQpeVZHrzRKnaRTrnnjCG5ZqgH9mqaoSeBV0lQaOyV/Doa2&#10;FBVq3DiJLA4aFo9NvOXC6+HrFAt9f5gFM22wuEeT7ImDSTWGM5sVvPDMU3DpdXf5jYBDXJBZg8bN&#10;uXZJ1AM0wRFJUciMJstg8kzxQ8MMMpftUip45jfV1Z4ltuRh//13bgI8NAHy7sOptCN2X+HX1al/&#10;7y4lhAUQBBNlab2SZ7SWoitzoYxhpht72UAEeBComKjme3BzpDVXXqOn2kAWnsMiebbwDigoRIXP&#10;wzQ5Afj1ynHBgUDcBNccZNA5ft1KWIEhgR1iWEcj7WXydSZAYFNF463S9V/fJM8jRfKoKq1XRZpc&#10;S6JaR46/ksIBpRTo2ahDqAYZvBsC/rDIQc9CXbHRs3IN+ONE6gtbFSctRhhEX9xZ+Y9q+fltSZ1M&#10;J/l/xv/0HBnMLDvQqvngYiaT0FA42QDBuhl2oZUgFssTSTQ/Z1mqIxYPwipavBBBQFKnmkAnfN7J&#10;RgOMsOpV9FVxDR1PfjYTIJCnoghQhduAFR94zTiQA/cn3OtxvdQyBLNyrFw4N2mCOh0sxvqoYdBE&#10;40X6/jpK5pSkzI38M/mdp0/A2vrELzdXwsG9yyTnwSEV+a9iw06fZko/g2sLdDpQ9i30Bgo2zpcw&#10;3jzJ92gmvm+az0Mu9VLAHUN6LwWKWAFXtRTRxNjmz4FG3XivotcLJn6bkHaNnnroK4PJlpbXNRrC&#10;WhPlkcgqMn1FDDo81+gdgw3/aGRhfcTXC5+vUXUGHvnCp2F4cQ0Wf+qnYefu3X7f79DEGdCA3DcC&#10;pRWZFVmQMDNBqey7Av3iQCS5HsQVjsNCXvdUdwJ3vuEuv4ctwh/+4Qfhg+9/D/z43/37cPia1zCr&#10;wkyImdEhP2ggZjoCRLXfw4iEigPD1R2gb36tb3ZqyJ/5BqjN4zTCwT2pi0ywxx8Et3YO1C13Q33w&#10;IBR+b1XjMWi/N0/3+2vZ+0G/h/dAH/2GX1NGVD/kqAFEVtHJ74D93EuQveZ1ML31bkpnJCaC5uRn&#10;l+PeXTcmldFbzcBf7n9pzq6Ocn8Hr77WzAZtzF+A1BzWsdomIKRJ+ozqFKmHrQuyfFGxOAxaUJQ6&#10;S2mOilOw9XAE+rlHQT/9BMCp58AMT/v7o6a9AdnlI3//DdB3CynczjfnGJZDCvguuB07wB65HerL&#10;rwPYvQqug8VlyQxQf24mNAz094av1Yzfe9EQPzt9DtzzRwGefQzKE8/4fXmdnoss972FKyQV0hFI&#10;hVYfJgw01QDM7oOQXXUdmMuvAbd6CYUN4LpVCUheZlyjG+PivZKFhPnI6NOt+mdrHyZ9g6xxxLbW&#10;vCYWYquD57N2PHzFIfBLLxyHr3/9G9TU3n7XXbBn725fX45JYosN8BCZJCi3Bd4rcUyDDPxut4S/&#10;f+8/IInuH330o/Br//k3Sdb44JcfgB9+6/dSUAnWzkYSsknaRjU8hyvI7Am6NBURPy+8fzAF1a8p&#10;eMyYoAtjX2k9+SSUjz8McPxJmG5e8OfbUb2LgDr5sdUVxwr6tQ5ttHC/mhgcnKDf5k4YH7oK6iuv&#10;B7jmFhgsLcK4ZpsjVMeUaHtU2+hRK5wnWlvR68/MY7TGxFoVAwQYiHJzxOyyx0eqVRpSM7MetoC1&#10;NKVataI9GPCzcUgQ7oktCt4Z26emJ0p9cl3irKoiWBfrxVdYG1phn6n7l4WW12a75hUpY5BhykC/&#10;1bOphoFGUlpptLif5crESF1Bcl5jYsov2S8JWx+9sC90cAi37Nf7FVD+OmskMUymYDY2QFW+d0CQ&#10;R/z4Snovf3+j717pu4COhqHvL9T5MYxfOOZ/Zo3q9P7yIiyUJTOzkN2FgYqOmYFKWFtEoCmCZ7gi&#10;f2A8RmQDBpUUhTwa9n/GAJpor+U4eZWHjByklTklAzxeN1SwxML3ou+vaf0hmasEkirx5uM1he9N&#10;lqo6Ct8Z+XOB9fEU90Z/fIuDAnb2O7BjcdEfj5F8Au2/XsJCp89BmNLfY+9oggQ5kg0dPzOOMQUn&#10;1mh0fcR/DmspDG00YuWGQFrM3sXPk+k4hMUMA5B6NN4fSsW6Dv8dI9KsjpI9sSVhXIPWQMuBb0Ft&#10;SBJnOqGK2N34XSP/AiNd0rDPYsIu1pXYN/trRd6Ecl8wUJdTp1koluwicQBrrpLORyNfDg7+oAU3&#10;wEEf2pxkWdCn+fWN8TaUeOf0eprqpaDWM8GTWs4NrlI9v15NDZNo0P/1wumL8PxTx+CKaw9Cvv1D&#10;qltTAz2zkDkVvNBswvBSLSSfliY3kyaUAFml1o30SqZ4YYJnbdsHkMAGQTlpEchspKyzz6MV9qYV&#10;2mvTfHBssxXmgRIPGycMG5GW+g0kt8EnUEwq/UMeJHBBw47a7ExCBDj1Fpd+ZjIFtpQVBhwDV05M&#10;Pq1MemRRV7zxZxIa4RJPDSuJf+kshzw6xHS/mdI0Bs7UsHa7AsCFxkmkQGKAzh5+DE6SLDbPGvmG&#10;raSJyiMrg4qTJKzFyoNAFHzH3mrYQBQUCFGwFMm6GDagKYFXEYU/BngIoOdyAdNkFMEDDt0YcRJw&#10;lMXdQetg6u44EU88PFLfNSW+YuzppKO+PYJ8rqH+hveJm0n0ahJJYuolNgMDhmYSFyJeQNrplUrK&#10;chvkRmETw3Ri3/BU9Qg2N8/DshRyGsE9AXEp2Fixaw/KD4hPiulR4pGDi3+/m8Gg04ONehNGaODu&#10;mw/IuhTtnSHIhwBVhpPSKRXKqzt3wcZ0CJvDSqi/fvGsjLA4OdodE5CBaOYldAo29MSJBz47VuT4&#10;FUqV8XnA+6oW0DOcM82yPjRnda4JnwAHDc1O5kyYEkU0Z9XexIP5rgnPu5MpT+A9ySRRgSQNyzPT&#10;+FiB+F1ysq+zobSynOYkPkhM6RapbEgbC8CLayadlIBddCnAJiO6uYHNjTHJrWiTRXN2/z1HXz4O&#10;90gZGACRXBtZsrdSHhr/tkQqOacwYrAT6HzRWqXZ2Lfv74H9/vxd09dwfEnD2alf5H2hMh3VdB/t&#10;wCRJ9GT0f+7583VBUJwOglSmjj5feCS1+Od1yD+Nwe2JNJiZY5sGaqml0ERQLKM2hz/D0DETJXPN&#10;QEK3TNhBuJUBnGsKWUqyczzMmSTJcTQZS4FRNTtEauQKjq5tRtOyUVz3GQSurE0X0DbbQfEUs/Q/&#10;0/c/v+7Py6p/ns9Mx1yoiNfNADg57aI/ePRMDEm8eCflRoZTFhoPkOSglbDMm2Z9i/hmjv8dtIC3&#10;7M9iub8l9TRhELitvlvKJQJi5WaSdWcn+Ra2M0bcUtAnDBPrQMJqLPuUBFm+MDV54q446EqxrCzP&#10;s8YmJALvKnp0yQguqgp4mMVrYzjBWjfDlwD8pU1UrCli1AavY5lK/AtnklBdJEA0gG1gpYffwyTZ&#10;mRxePnkWvvatvi/ec7jsQAH79vjmNUMT+dCc4eec0FOoxCew0xtAL1+Fs7AOaxcucrGesCVp+m5s&#10;9HfJJFWewka0EVBUGPjCesSCHL07a5IFi4yYpsk8BKJtmtIj+eemfm+gACWyBOGBbK9kNQBKb9hq&#10;A5OCnajHOEWdmK7+SX75m4/AFz/5SXjr298Bdvde6BJjjUNvjIImQVLYRq/G6mvfizrxc4RYN9lE&#10;dYD70mCwA26+4zW+Efl78Jvv+2X4+Ec/An/zx34CLtm7H8oOh3ixrUpGraEWWSDXTzIsWlyB/Ja7&#10;SZqjHvtT0PUpGuhgmEsOIzDPfBts5evYlR5suimsdBf8XtyB1bILk1W/D91xJ7vvvfh1v99t+vPP&#10;gJWebECODM5HHwKzeil0r7wcRgV6JQ6ojhy7SsK91BZ57V/2fyrKpSAC7Y3S380hANk5XKEEJJ9h&#10;8alZH69U9aPUVpZglAmaJqgDJfA0nLf+WcEEOw2lb7pRCouAerW+CfkLz0L21HegevFxUKOzvqYx&#10;bK/g90rT4RTUPnpvYdptvwe1r1sQWHM7LgF94DDAlTeCOnQFTDNOlMfAdYPqCwEpesjE8E3pEIkD&#10;Ywudl58FeOCzYE4/C51qA0xuYIwAZTkgX+bSN9skCfb1xMTXZWjPUro+VKt7wV19I9ib7oDO6i4Y&#10;W2Rl8H2Ivn65rK21E+9SudeRFWhBbz3Bczww58K6idk97cX+s3Btx1Jy/PqZEyfhZ//Xn4Xzaxd9&#10;3bMB1197Lfxv/8f/DldcdTXcfuvN8LE/+m9wvqrgjz/5KXjbj76bkovHfld/8fHvwKUHD5Ev5aLv&#10;Sd6Kqbx/cJ9/VioK8iAjfN8812YaA/CCooEbYEVKElSnDImAwYBAt8CZwYR6pnzqe4oL52Hzy58F&#10;/c0vwaKvgcelb+47husNskSq6QOiXH6A689wE8zAf0ZkXZ2pYbKyC7I3vw2qI7eTFD8rEksfqyno&#10;jsQu5N8o5AZlGaAUWxiltlm73Hbse7XNN9uZde4VkrFjLbHdmpC+hpvDvHNb9++wh7n2a1B/OVOY&#10;qND/flfzRpf0V2kxolpVxaxyhIaLVs1lBqqE2R1ATStEpCz5TCbkCYi/flonZYJJFIaHYejZjL0+&#10;dDswRPlv0YfSV380hpfsABz2IvgXyJIXkQ079c/a5qZfRyZ0nnqUSut/dXyfR9ZamtYkAq4ErENA&#10;LQzktIRyUYBlLuYzUVUmoJUE78XUegnHTOXZ1prGE1FLvWJkOBKUfmLxVYsaQHZfegatKI6M9EfB&#10;Q3CCfRSGcvj32z0YwEKvSx7hlS/q8pUB5HUFA79+olrQgUhhyac5Fwu1Bv8hsCpjZrGymQyNQfr2&#10;gN2IhZxp2Kq8KqRBLmL1QhgMiDqE1xBideNARruoqmOiCtdm3U6HBpaTyZRAVQLbEJAtCiG2sVUc&#10;9t3TKhOws2AvPr8mkTTcn0ccXJCqqCwojZlqKQSExfoulzWNA0o5mTgTUpCOvA8VLbPCk2JkKJ8G&#10;NFJqOB6rdZFFGFrqTO4FZHVmMsLhuhBVSOxJeuL4Bb8PdfCYdKQJqljANsknXJDZ1teavVmoiE63&#10;pgbhwdQJgKUiwyllrfFULo3dDiazNoRfBFZfKv8lPXTRSmQJiwnLfhnwYIDOnwRCiQVAw6+jz5ht&#10;AAW64TMGyDBiObAC60oSOhXLTnHCE4IlKCJbNVJmvMmtsPtocxamFH0eNPB1UqAGGYPjYjokv4aU&#10;XZ68NZLX0AAjK08nZqWcLKskvELFz0KLHIJrZcbshJyR/2AMjv4FaPydk3xZZJr4+VwRJ0cqWWyI&#10;GeobEHxfNMHNhaGHf8cbHKVDdEpUI8sharFjdiO9SpLOHAIUovSS/m3rrhGSm8lw0pqY5hxAmSwC&#10;0jYJWAi4Sd7090kQgornvqGTQ2KMyymGjb6/vcE2gBSmyeLPZRE0FEPelvdaaDSdMMZMtMuq/Pet&#10;XTgLlxIg2qHADPK1wwkrTnJKNkrFSWRGHmKZ8KgItoKO/7eVwRKc8w3EOpqFjisKzECCAKbBlmU/&#10;YmwYuY0m4Oi/jpMKlFlOMbm16BEzkcFIQylA5FFB59tf66mNiXZOniUIv+PrEh07RKmrEIFDyVJK&#10;rlsDpmuWxuC9jPseeUZYgkyqEKSDHgUmiSoN9HNSFgc5tgT8iDQ9SNwbvzFmBrH/A7PmKCmYwD/b&#10;AnxUIpngYsdGKUV0cEOA03CqLP5bRZ5vBYzNmIAzLgIBXj571jcafrPvLcDUsrzZiRQYEhsDF7w/&#10;FUsTXWBCRQBKiX18UxhZoobyDBWDXNDAF2Xcy/48Hxg4OOybzdMbUzg9srCMm5m/l0pMBUNJNfpt&#10;Kd4QcOI4sS6JAoaWe5yR9FsRK1DibuB52KQhrwR6reReTgMv8GeZRbe1CA13sEsLx4SGFdjOmbAA&#10;wzXMQ5CHEsAxCf6JnoDBwDneOvz+U1nDSNCu2XloKmtcqVjqVZBMl9l/F1HaJ6B7YAVPJAWNWX+C&#10;VOH3+ft5iAwoaDz/oixni+RVx83ZtWzyGi+cUP+qVyzh1auwnuYBcXNkvMpt0wC2i/pUlrvFnPuV&#10;AIOQ3yI/Q2nnwM93sM+gZ16Ct9DvjqbuwAnXMbgjymVTbz5J/5X02GjrIazUAMxZ14D4sUWIgUsu&#10;ptTGIUIa0BNUDGGIGf3TUu6TPJ8J8GaTYYR1lV/nFBw99hLVCvj5lhf9GtvNqXaxKC2Tmgj3N2Sg&#10;TP3DulkDGVuX3QXfuE4o2Y8DrSABMpWAzMLhoKmwJpFCJnKUwEePqoZIpNe0nkSmPg4SSG4k9RKw&#10;IXYvK8QnkAeJuB9hnYxgIdpLTGtL9RECfihltjSoYmYFyl4f++IfQ9Xvwpvf/IOwc+8+HlZmTWZA&#10;GIKBM9vL1r8bcEo11iGhcSKBhBr6c2Lhsquvgh9954/BR+77HfgvH/wAvPvdfwsOHLoUej0efGbS&#10;yDMj20gdyHsYff5BH/KbbqcmxX7zi7CgNnzdNqZGqjMAGJ19DuyjX4f+dbfBxkrPn5vKr42aBpL5&#10;yi6o7nwd2aJk33kAjEaLArYGQKgGhmeh87U/8X+6GwYHj8AIh8ZkOWtIvmgatyIZ/Ki/RJgvxkY1&#10;a3TwyQQ1d6DgZDj0Su6KLblutGJPBg5zPAnjgJkS0YyklzKrMpyHPOOBJNFZzZTT6tE768SLUHzr&#10;a6BeetrfAud8k+rPaQ+b/YzWelOyNxwbt6Nhvl/Xx742WboUzJUYvHEj6D2XMZXOv31ROQYQNe9R&#10;xjGZwI38VR75/fi5owBPfRvqE8+DHb5EigjctWrja3401K83oPQPDvruYuOPg9tO4Wu+5d2wea2/&#10;r664EcrlZTCLfWKNcwq85c9GCgFc52qp/W0zqBYPTruF4d2oFoI3+NbNwsbBFBEoMrYJweZ17fwF&#10;+Nz/+B9w+sxpOHHiBIzGE7jlphvh2WefhZdePg4///M/Dz/zT/4Z/MiPvgse/9a34NjJk/D+D/w2&#10;PP30U/Ca666Hr33tq/Dlr3zF/8wNFNiB17eaDFkWOGbbGmLbZShDK4hZQ8019UpNmCOyeyjVUmS6&#10;uCbSwAbvspdehMmf3g/do89D4U76zzIksJxDSwoeRquK6pTC19K5b/7RpgMN693IX//Vg2DefAN0&#10;rjoM1YHDvpazVCUY1YPxdET1M94jGWkoeF9SIQhRJH6l4x5Q6+0HYM2+bGb2bp3YWRmYY0ScXD89&#10;f6imVHyC1CsOA9rp16303TlDuvRrqQzZzbgNK2HaNp/Tviqg2F4/mkXfhmF3kOYmAwXaezUzoHQY&#10;PKSWBqHup76lCQEFqSXqBECywQpGwjmtYjaZseybNyGZuCIlAoLNYbBHNjcoATeGlSDBV9w3BHpz&#10;6NeZTegjg7Dk9O2upLhj4AyyEjKtI95BLF0iJEREwx9jzRhEzps8kmnIU9JADJBpedWK7xukudrR&#10;dkgA/hDCJUpJK9hILR70IXinpRwXtSMC68T4k4AkZEfuWF2GlYUFWCg70On53rFXxmwBrLO7OmTI&#10;62gTFUIownXPhcyCBA6SWIdAV1EJOkme1kL8CWpSBO5DiGfMLxAZLpJVtPR2fAasOBVx4i31ikg0&#10;Kjghl1iMOKBBANN/fVozC3Y4HgpRCN83h2muYN3/PsYwvrKkgLIO9seK8Q58r37JobC5PyeYrItK&#10;Lv5dQbg6ueArWjeWYiruthClxiFBWEUfTCvsPSZddVRJ1zIXD8BQ8wRyG/7ElLxPNXknIi6DMnJc&#10;U3HdPHfiAjP7gkdZ4qjXoOc6TL5dAq5A3LK1GOGSvJRd9aN8E1opRS5KMVsTPWVbi0vgEDbpWq5V&#10;aNAlzfPGF0EoscQiQFmjkxQjJVJR2zC6Qlx1SL0lnzVnGqksIrNFyag7buwFT7P5eHzD0lERcCql&#10;gCdNeamS6QS/fmGZtQI60IuThLLUizDIzjL2bQgU37CYN34EkEhzFYeY0I3N8tC4oGGcuL8JsWBF&#10;qSVNFWSBY2aENLSOE7wwuRabMUwu0somhs3s1xWSgTEFtt/vC9jamF2bMucUMpQyoLRTaWnia3q4&#10;VPBSIlptHq9tAE35ZndRIq6SdNzgxUciwmCsHhZ2YeKhfLmZYLqYJtTw8LLYCDjBORicdsIE2eoP&#10;QVRwl9DlNTdkSqnIlSeWYu4XPv+ZNlKfG5G76ZBe6WRqoSEmIo39+587e57YpoUd+Fp1SDLnjc0R&#10;9BaxyOgz8Og4tEMH9pJ/PzRDRRbWjtW98PXJKVjFpmC8AdDZBZ1Sw2BQ+IJtAjV2fnkXut1lsL5x&#10;XOnv9gvAyL+Xfw/f4JHHQLcD1bSWRTcjavYY9V6ZkvCC0EgyoBoa7BA+4CTIheRruCCR3FfYdhjd&#10;TmCIk8XJEZhgp8TFYtZgkEDKYqdlak3UfKdjinSQ90dwXRiuszLI8OzFJDMBb4NHRJDpNnYEio49&#10;riWtUouBVXpqfHFe+ML03MXTxOgzriDzVnx28LhOX9iAtQsnYMfgSnpuiyAT1rqR/CX3mA1Tu8RQ&#10;Ocj6lRQ4nD8XZIoMlOTAgSWoKNrhm4nLBpVvuP3xrOTwhTHAef+qy0NLKXHKaFj233+RhghoGq6D&#10;yVlTjOnG+6um8BHN61kE+thUlkNRFFHRnRQLOHqoRAZcCNvPiMyXZIMymSoktKZ26RRZUbE8FfAu&#10;F28OkCCMTLixdEyJqCxXzAR3qVZTQMOUC52LT2QyVybg10QZqKUGv0N6keb5nyZgnxEggky4rYuF&#10;R0bBCRUFLIywUTSaCqhMBxZ6eFNuXtoMzgZEU5G5qBKpjJtJt2082LalA84D/eZJiwI4pVz0S9nO&#10;3y+AL9qF8iv40SZUywBWR5NCKbZc6tfHP9Mtg1erjgNF+n7F0ixkflOBJAOvOgJ0SY6n3B/k9yos&#10;lzDMCT5OIcwjFtayXIcBDDWBwctFvp5BI61q5Fdp6rwSXzKImXF03Kp5ZjPX1BahptGUej+ByRTg&#10;2Refh9FoEzAG58hVe2GpmxPIRiy5jCWKWsQbY78eT3Fg45vhjl+3XRh6OtOIqoQRb60SZgk3haFS&#10;4/Ne81pjZVgabS0Y5CSPPif2EsLUmFaWlystRWXONRSn/BoOOcwk+ANXCJPRzLUvASGjqaE1As28&#10;p8MT8Njvfxg2n34K3nrvP4JdO3dDL+v5RkhTeBCrZsxcH76m3klqppbZ+5zGWkzFKWSnGBCc1u0t&#10;+sbEwR2vu4tqlI9+/PfhN/7ze+Adf/UdcMPNt8LANy8WQSNNs0qqGSnQB6fnFCDnaJpvEDC6+XZ6&#10;/erxr0AxPkvgD9WBcBHcYw/D5OVT0L/tdqgPHYaJf9+uP5eVb4qQ2WVe61fu3ELnmUd9g7gOG9gc&#10;4XHWE6hOfBvyz58Fc8MZyG5/A7hcU/OAkmIdpJlgt/Ut/PP/14AMaUhUIwqcAfqgGdq7GaAvHUqk&#10;SeTpk9y8chNcly5GLoKMqmHqy26sYv3G+y4xH/B+PnMCxk8+Dp3nn4bs5EsENleYrIv3OA79JhUN&#10;Jp0/r1NTEkNM+Tpk1F+GbO8hcNfeAnr/VVAuL5CtBPj7VNkx2bbozBBIR1Y+WPCMxtA5dQLcM0+A&#10;eeko5GvHoWvX/b9PmAFSVawIyDRL42S/RyGS6S1BfdkNUF59E9T79vlabwmmmdTXpMMHGPhnDCVj&#10;NRnM8y9jtcjynIyWHFkghX5gu/ELeXnN2DSJ/iDuOU76mxAEtX7xIrz/dz4AFy6uU3385je9EX7+&#10;X/9reP7Zo/Avf/7n4OTJ0/DvfvEX4f/9pV+GX3rPb8CnP3YffOJTn4L7H3wQ7n/gAdi9ewf8yNt+&#10;CO5+4xvp9aaTCZw89hJsou9XXcEVV19N8nlmU2mSM5MXGVrDZGKBoWUQRKFYjtYM2FiH7MknIHv8&#10;6zB96RlfV1wkRUvh6yCHIUc1AxM18ijRroCGhBUDdhTGuASTfdeAvul2UK+5FUb+uSTCleJEdRp0&#10;WyPhSOy7PLZG1nsBSMFFpRqNWZTd3hcXZm2tkmc3keNuGeA5tQWQ2zJIa72ubWTbcw9CbWcW2JYa&#10;zxB5tqMoBl9BBbOKpvkBS6k/egNgJvstxNlbtOtSWz5/E9wVfHUjoUiLv39YNzSHLmmxfEHww8oz&#10;mHo+O6m1K2QEoy+k9AmUAGsUeaRzaJyle4PF25nYkAA95/3NKRSbG0Q+Qrugjl9Y+jqPkvqyzIW4&#10;E5QODK5ZIReQUo6Y8wUFi+DtX4eU6jyLBJIAnLFsmc8hssUw3DAoGiEy86z4HgoQJKy+LKhzLIhq&#10;xjFY5nTgRXIIoTP0nKLsl+Yofu/fs3sn7LtkJ+zcsxsWd+yEpSKHs8NNAOph/WceLPr9Mmeagng0&#10;Q7TZSHYYJQNJJceKz5eFJoFXlJ619EyBt4mAXuacYDjczDPZQ85r5iJvgHBh1+AheDzI9itkncV1&#10;3EyZ8asyLfZRTFKpixI2OyVMcLiDx9PpynUM1mGK+kDEb3ANK+jvKBPmIJeC7jfxyJegTfQ61TJY&#10;zoNHHzEOVdwftFips/ycbWcyxUqXoAItCqlBw5BXsIpCVDB4Dhdi6Ighq5XKsKQaVWY1KpZ+8qd+&#10;+hdS6W54uALw0UQkZ5AmC7HsUsmkHFpRyoEZl3qrhSRPAl2CZaRQL2nKnOnIkmIJLBfCWSasLNGy&#10;5CRHzSLyi4AS/qJ0OmEhamkKSNqCrIKcRt5Ek8UCNqCpJGGh78nEjJUBKSWpt5mwyWyCUseJo2jC&#10;CzJK1KwBx/cUuSwa0pJBZ8avz6+r4ucqECkuO5LqmtH3BwCs8XrwTbG/4bSwHfA1MMYbv0ZTAOXE&#10;aBzisVLzAAxa8nsGjz3NFFCMAM/ZLByPgaZnBcpanHwPp8mQl0/G5wonDfjLygQHJ2R0HTJ+4LCw&#10;QZNOZnDw3/E9+HOLrBQ94MgjRwI78DiyvAGRNB8fyTbl/okoeOInEv5Mchit4z0b6M9aQAad3M+p&#10;jDekQaX3Kd+rSeiKU5EurAPY7Rp2pBLQecOvGZ+7/zMwPn0Rgl4sNMYBm8d0IjJ05uWJHnScqLz2&#10;yOVw5LWv9w93DyYI1o03fbExhmJ5J19TTACcjvyxdfi+A2aeVnZCxd9R/57fXj8LPf/B79l7BUkV&#10;zOkvw+MvjcCUu2Bl1xV+EerA0s5Lob+8HwaXXAbF0iXEEF079xIc8Au38UXl2sYG1OMp+06ifCvn&#10;xYvllyzzQi8sAu5EAqqTkl2FCYucdzR1DT4/nKrUSE8MeTOYmDaEYGaY6nACHD9DAYRS4mkH4sQR&#10;mUrCPlUxRVnF56Dx+OLgEa2akBmV8AtUaFycazH6IEhsCXBULOfMUIoHsOmvE5rV4kKcYSqe4wRM&#10;7YvKu2+7CVZ27CH2WqYEuBOFjUslFYF+HVK2oS1lSqeeIaSeyH1g5fW0gL/IAML3V74YVvDkZg3j&#10;MTYMGhYdixzRp89k3B4oYcrmCZDX8voREDUwF0BkEGnzZ4VlF8I2CISV8g/98Kb+58iHTwI3CvG+&#10;s4FppVTkgnTI/JjBhkLelyoBYkDaRr4mYEYhadpVcuw62g83zMie/GQE/8SLdFGmvFj8GSm8KglR&#10;wcapphueE0I7sm7gO/SEkUgMxnpKn6ZPQGcFC/kU3rB4Hg4Ux8jYH+WqdJzI6slM4nWjI6PNORXl&#10;lWEPUltCjlV7zp8U5Uk+TSQJKKcSpkwg06otBt4qNc5vdQ5K+g/VYlnRPi22E8HDsdmbZL3VwQQ5&#10;ldmyF+zE3xTogf78aYAnX65pH62sSpx+ggcDP+MFTS0zAoFVImtW8Xlh5lYY9NhoIRD8hVN2nwUe&#10;lGspJqWOcGGoYGL+YQDQgiQ4hpA5iL6C0X82kkf5vmevlzA05Kky+d7gEA1hd79e4/de3BzS59+5&#10;3IGFImOQjibUTqYmBRd8mUqS5aZs4g8sq1FSENN6Kd64ZJCdF+JJ3HjpurAhAgdWFXnwG+ZBW5E1&#10;0ldsSvCKTKqUv4EylhBQxYNU0ldQwJmG0dhRsvpoIknBqHrQOGhEqZ3/WaNIRnL2+Cno+C8euPow&#10;TdfH8iyHIQ8lwcu+qETmlNpfpPnS6eC4Ycc0TFoLAYS1EtZkSI1Q+tpj9559cOCyQ/CNbzwCX33k&#10;ETiw/xLYd+lldCwRpMVnn40eWE6u2JsNh2I41FArq/769GB49hx03RSGrPHz3zOBheEQJmvnIb/s&#10;MMk9sb7KagVjPYHeYABT/6uyK2A3z0Bvsk6Jvnh/WGSi49Do/Fkwy3uh2rGXg8ZCSnhk+4rkWAWA&#10;W1Zy9+dL6k1le3qWW+Sapg1S4/cWfyeoGHia6lTkB8YU6ggsRcZ6loDU0muEgKPoCG5loCevYcVL&#10;SUB8lKSZsxdg+K1vgnroy7Dw2EMA51/wa/rEXyMHfdxDMh72l7xj+r0Q/fN8/TTtQr3vWjB3fA/U&#10;t94F2f59sI7KhkzC0dDkH+EiHH5Z8U7EgayvlXrffgzUFz4F5dHHoByfhtxfxymJ1/1zVCEpRGoh&#10;xAzHlhO480Vi8E1vfiOY218H9d490FscwJD8uBRZ6mwil57A+5LSHvOQU69SBYKOQGqoX3h2lzVs&#10;ECd1q2PWeQAHnRXQCoSaRIMW/zwO1+HF556DC+fO+t5iALsvuQQmmyP4/Oe/4Pe0Avb7c/ODP/QW&#10;GPhnYGVxGe6//356r5MvH4c3vfn74aZbb4Lv/f4fgNfefge8421vgx9517vh9te9Dvbu2k2svLK/&#10;BMu798LVV19NXT56+K0s+J4m6xKwgf56WJPnYmWkwyDJcoBIiVYbJ4/BBN/3kc+AvviSr5VP+5rB&#10;0vqDftbsSV0QuMfmCB2weY+8G2n02fPP1Pe9A7Lv+6uQHzrs1yCAHd3Sn39fO/m1idIylbD/ycJD&#10;GJM6S5irLrKL1BwMbesjqNoqBtXaPWb+LASEGIg5XxpsnW3VkkHcaEHHPYx9xudIuJ2LIXcsK7VE&#10;jODetglpCKqtlFxiRI5ppfedb0Fit9cjCBGjWaeaXUbN4oqurVRQoW5M5AVazZ492xB6WkSiGRdQ&#10;F2pR4YA5rg85iIbVP1oGVyyhNcTELRwy2SciCmIrjOlwDAuoqNrY9K8ziR7R5ImLyacYGENgX2PR&#10;hUdGID6p3HIqPqzUUI486FiubkV2rCSpN8iQrZsNVYOYUxD2SSvEC/aEqrleEgoV1hBkAQBazkPj&#10;W4xnpsKQIdozJzCeTtmf2r/W1VdeAZcdvpSAvkFnQCEm4wtr0EFQvduFfqdHGExOwJLgAhKq4RL6&#10;hFWN9YlyqXqJCU24BqCXIt+LomJU0LI4gyQtPt4ydVCNhACoJnyTUpALNkckkpHhfTTv5rBGnoSs&#10;Xph2/b7uv2+IXvn+d0X4TU64BUqUlbDLEdRD5mYXZb0CImpgHIY89zT7KpPXKmJXYnsVnq0Mgu2M&#10;X2tKCfagwSoTmoz4SvJg3MXAHS1spWDRQsNYHUhLrOwIQXQ5hZD5+wkT3K0SkNzft/f+1P/8CypI&#10;21JmlQ7eLFlrghSkuyS30Q2Vl3vsBqBRAriAapcQxJxQzetQ0qkAQEp8EJpjgUh/DCELmdYxOhkv&#10;ZC5/pmjhTMuJ4xsupMzlYhhJIBQ2oVTsIuBWJmAcg1FZkJuirwQ+NJmmYjEv2MyZzKw7HQK70AuH&#10;fhbfG33OOiUhreF9cTEl7XrGN0AejhGBMDlXec4oPR8jfx1fpywzKsIppSdjcC0CnXKd8ObC70Ef&#10;L6SZ4q+sYEAVvxf/XoRf+DDiOZAEHWJSiG9PJseZ5SUlYSGwV+Zy7gr5LHjsOYN4CAjS92oBDotc&#10;QFmQ8803fiZ0ZnrtrAHXAmtAiZQIZS5KrmHQ49N9kXxWujYBCAyeBcnUn8+nntmIg+eMTe5dPQdc&#10;CQ8Zn4e4sASvsIi/BF8ELoLHvun5zINfgI1jp3ggKexMan4VM05Ihp1xgACBJ8iA84/8kYOXwE2v&#10;exNs1P576jEYBMl8E9BZXoFeb5GKW0TmDYVkdOllJ2bCdGj/eseGIzh26mVind2GSW6LK1Cc/QJ8&#10;9Rimte2CjaXd0MFkHn8/9BVHnJ/1xermxZehnK7BTvRS8vfZ+sV12nKrkGdKJquOGwnd8FnYtzNr&#10;/DEl+YjvoULITwzoh1COCAwJC5aYJRTkwY1ATclCKctVwAtZnJiBxEW+TtaV0NxpKf5jy6HnMImp&#10;MNayWHIcPSbKsVWkiTILFfxvlInvwwWahuEUN78hUesLbOK1IWYLmTRTiFIOd1xzCFYuv5oXWZWJ&#10;cMO1WdIxoa3lsBOnmeH31mRTW7EQVALT1Xw/O02SYo2thr9/pr7Bfmk0gSVf73amNW1ieNd0/Zoy&#10;IkatgwFKXpEZRSbF4tsjjKQoaw8H4BIwJmntEIwhSU0iQ8WmmEZBAtQEOwaZbVGR2pMEQytSkkpe&#10;s5QiuOfXkindI5ncX7oFvCMzsHbNM13GJF6X0NGMTAXls4gMHjfakRFjdhfhHZZn+693lUx1LYOV&#10;E2eir1ksECkx2n8i9FuiImkM/aKCuxdPwaWdYzyYQfsobC8wuEe7LRI1xhMC01zFcKuWzUXr4s+4&#10;7aj2n9VMfoeaUeoGX5DZf1dqq41PYLwG9oye05qoFJ4ORZhyEq7UMGbZ7xnBIkUg+fFzCp56uSLw&#10;yEAy8VUqUSS5OFysXZDZNnIFJax/rZpBTGADR+8wF9QGM40x5LFRY5kJ30NBypqeD92S8krbJGsb&#10;CFvYxgGDSI4U2zTQhDakh2dioEyfk1l29WRK/l57lg15pJLJt+oQK0DhcyzsceNyyf9iVkuvO/Br&#10;TkV+VcSA0VxI0oRcZcLUC6yEOhbP4VzF5sjJEBT4euHAoNPRtK6hTx/baqhgnyXPLgeXcYCKIlCv&#10;mqKXFb9nRqx+/kXXrjYk1bGSjoiS15PHzvi/Z7Bj3wFY7vpCGuV0/jixttC29PtoRWsID4UsSaGw&#10;EcmC1Beagd08yee8plJJzUhDR82Dp/5gGfbu3AsvHn0GHn/8MTiw/1JYWFoUVQUzHzBx3Qkgaggq&#10;Za83oGLcH3u/57s6/+v0cQp0oKwzajL9vruxDtXE3wc7VihwRZdon1CwD+9gAMUSMr/85zx90n/+&#10;iTDUEXRB358KinNniGViV5bY6ykrhN3FA4rgU03SHpJLq7nsnz+bDLoBl0E8pEL9PZvrOZ9DNrO+&#10;RNVPI0PUWoZfoGITo6yNz6iOQUTI8qopVZkGpORDZWSYjSbz/nz7Oik7fgLstx+F7Kufh/yZr0Fn&#10;/SX/U0NONcR7PdM0EA1m9TU+X/6eqge7wey+FuA1t4K7+3tA7T8ERX/Bn9ces/RppdBsjA4M0mOz&#10;n58/A+qxr4N+5EGon3jYH8gZ/xEr8pxjKWfO46USn4OM2JkEFA5WYXLJVQCv/wGY3nA7uIOXU9gW&#10;JjMSc4QYRc3YKtQn8vAR2MB/UDKsyBooXmyHgum8E//b0H9xwFBoiw0zgWsT1wYMn/jwB38HfvVX&#10;3wsf+q+/B5/89H+HL3zuM2CmFfzg23/E38cbcPTFF+HMmbOwY2kJrrrmOjh46BDVhi8cOwbPHD0K&#10;47ULcPWRI/7fF2H37p2wumPZr1W+d1HMxlEZM6EQHLnswAF4w+tfD0tLC5FdjOsYOTBa9ovG/oSC&#10;v6yiELD8zElQ938W6gc+BdmppyCrLrI/KJmU8hqpkY3s1xg0pDcks8uhQksh38e4hUvA3nA32De9&#10;BTrXXA+616VwpIHv54Z1xQEI6H0YJI+hdgkda8Iym33G5slm27VbeK5mWHAqfVASH7LwzLjtbTZA&#10;petg8Fxs1uv4SwafDHzwIBX9GMNmxQFMlu5tCn8QmxIjQEuBwSnGxPBMndTfs+nC6hUsRFqS3Ra7&#10;D9pWYQnAmOIM0Z8trk8QGYxh4N+232h76KpZT9DUJ7SJRonMcBMGmiEk1AX/dE3rUU2+fgpbGBgM&#10;J6A2LpLNAu6dHSLv5FSXZxkDRXhtctV43ysV6hjb4jsbYWuZKFnmdZGlrRDDQQNYG4gEDOK76PEf&#10;rkcdpPy2sSmLuQBC0BlPq8iqnKK/peGxfV35GqOawmblKPRo357dcOTWG2Fx5x7CE4bnz8PkvO9T&#10;ERfxdQnVMCX3p4HUFEFjlwS8EDClo12IdTaxiHAtkDcwyCGxvsmSwBjNBX7MUSA/xODZnwU5N0Pm&#10;utvhPRNl+Vin4P5DoKqCixiw5/tnHPSM/Zpg/O+0b/vXWBDpbi7hqSjhLcVyDLGjUt4LiS5M1CoY&#10;IxHbpJ5ff5D9p4XFpwTUI7VTyWFNmRCN2MZKAm+F9ObSHALWDTOmojMJsDEsU0Y2YZ5JnaepLkzl&#10;+oyVMB6Wtx9bJewoCVEIvm1pIp1IjFyzCsZmi79XN9HQ21CRYQ5NN3jn6CibaWjKwZiX10Ybkx1J&#10;uy7SMRXlsFkjyxXjfjVjEspJeCrxAmr8++jBcQ36mseftdRcO2sbQ1lSFJgWE68dMa6iJ4OGoL9n&#10;kISDD0DkxM15cJanVGLHLYWdSzz8RMqa63ju06kHgnkI4vBxMMjCixlHfIcNKE5JNBcbwZydGW88&#10;fWUKc55M1t0M7VtJ0qmk/YKNyYaBWt4EsNgtC3zzOkGvH4JZdJLM1F64t0p6XMsm2godOyyK7L+j&#10;W+fPxQAViGEmAKmnpN36Ppan7XjtcOrvDIe36JIlnRi8ocWLofFFYcCA0oYQ2MrZz2WwtAqjilmQ&#10;WY6TZDT/7PgCq6L7CRdcZEMgq2Dii9t+V5PfXq9EqS+DFauDHnT8MVzorMCJiy/Cpbv3+4u/AN1y&#10;HTYvbvjC6zLQ9UVY2xjC5sZJKCf+/t28CPbCad+g1ARaqLIrmwvSqYP7h43FWFhaDQVzcGosLkok&#10;UXHM+LFWEqWC9FkaLvQKJI8Vp4SezalWIKwwmihZELlqMvGBBhAJBZiiVCcVm7mINLTkECATLk2+&#10;N1nwXxTuWbwnqKHQTfa7Cj5ibOYbnC+oCJXJVyb2cigPRdPZnFgHVjYz/9n8+Tt56hgcGjv2+tCG&#10;ZTtJuEsjg0rl/LBtKrRYa4VZkHhcJI0tsmj8tr7UddQcXe+vL4LP92Ni7NRC6RuRvi+Eh/67l/3n&#10;WPMb1wbuRL7Y7frXnDj5UEpSHqNHq24CgRyHGQUrAqKIOxsN2QKrcioG/JBIr2yUUXJC1EgsHgoZ&#10;EBEQDMwuoIRSZ+P6iPdXHellNko0MEmYwo7wZ2OYimFGt0yfO+zvTUUHhm4Y8SbCqevYmgYclN8x&#10;nGMDQT7/fZQAjMVuIh2eOAH50MeQUJOMJJjoUTJGSQAyxDInQCYkpvQqJte2pvdOfBj1HPlsgu4p&#10;NcfzRokY7pWM/WbkdCTF3QYMUMJ4i9juHMud2eAO3YogmbEUT39OWFoZpayZRtQn9w8PQTRN1q0U&#10;ubQmIJCeq8hOyyWNFqL3ESSJzI2UNoTqgGq86lAmC9q16xHxseHAmxg73WoGnGsznmjfkyAmmyYW&#10;hlAZer8s7tNO0ohVBKt5D51Manj5+Ek4vcuv6dmUgGnb7ZPMxPo1Fgc+RPLLpW5AT99iQOyGTn+J&#10;zsvGxpjClaZTLPJwyIghA5UMKBnQQ+CNGo3QZAQZJKiYMm65sPB7jU3ykxTj2XWyDwpgwMF3aA+C&#10;LH7wTX1GtcrCwPo/O9gcORiPUeXIqTKsYqF4bRheeB4+/3u/DedOvwQ/8uP3wuKq/yydLhtpY/M0&#10;9essTs8d117ktkVTbhcbh3ZITJslEmq17Qzt2RrFwY7VBbjljtvg4KHL4L7/+nvwvt/6TXjH2/8a&#10;3OibmZ27dsJo6NeYbs2gqAAWyO7u0DDQH2Phi/sduwi408Y3B4/eD2p0nBmemNJYb0L2xFdhevYE&#10;ZLe+FrJrrgfbKajY7tgcNnbsgeK21/Pa+cSf+uu4RteqIPsAf/znXoT8S58Gd/4c5He8DsY9bCw6&#10;lMzLpS9L0nJpaG076/3P+Z+F2XiM7ZJ4XzWdV7GPd6gLQ8p28C5VganhmANspPLI/LM7gR4D524C&#10;BpsZqwnkXjq3AeVzx8A9/zjYl56ArB5R+nJmp/60iI9TicwQrgQxzZZsavIeuO4eMJdeBfqWu8Dt&#10;2kMDUgRvicfjKgZjHQOzxh/DeOqvo78n82efgd7R74A9/rSvnc753sIQO5BAecjElkZTkB8ateP9&#10;Xvo60PR3QHXNbaAvPwJm527fQObU/OM5wSEAeshqy3YAStiQ2GcYxSB5EXwaU//zrPFtpDOLzNOM&#10;Tdgx3TwTFlnoF/BJQRIAytZqkYvhnophelP/tU/8wX3w6+99Lxy87BD85D+4F770wIPw0MMPwa/8&#10;6q/BTTfdDD/zz/4JrC4vwQc//AfwH9/zXgIE3vH2t8LfvfdeWPXPyp8++GU4dPkhriFC/yIpv1zf&#10;iQJEsR0NAbEiRXaG7ywEE7DfwlTigb8OWOvmoxH0n30e9KMPgznxnF8DN/3nm4L2i0uV0aSWPKkq&#10;vwZ28y6MsDHGcrZbEvCuO4tgl/aCPXIb2Jtv9+tKF/plTgm7+LO5LsmzGmRNdoLoWNUGqNoztzZB&#10;IDL21PY+uREpiga2YaJWt+3z1Myeq9xMk7y9NLchLMBc370wx6U6rjYtRljpa//xdELXbGPCg6Sl&#10;lR1QTybgJv58oz9D7IObARj5twoo2wrd2MZtOO1t2yPumT+p+f5+rGQJzEYJtAC9xeLBCbzT8jR0&#10;W3vH1tdkEGbjoFHYxwKwUCgGpT8rAsHp+RqzV2c23GBmnO+j0MoJE+szZ8V+iZVF2APkWvxsBXzj&#10;IY3ULwIAYf+Awz/sI4nJiJ77FMqhifVNnwjVABjsIX5EleAeTKxgZSHbIjmRkDby6ExuRVJA4uet&#10;agl7wORsQwAVqnKm/n7ABN7NMXrHFnDJ/r1w6523wcrevQDn12CMsl3/+oOlgaQos4UYqQwtJ++q&#10;OKtgApMjdqF8/hgcJmWaTS1UGgyDGGs2JPuZBmtKna7DgFiG+TgYdQIKTx3L8WnNNWy1Rj0Mqglt&#10;RsqL837RWPc1CFpmuExUqAjOEdsu4/syzwTAY4ujyD6W518TESeXIRbX2iEshIhZ0t8ZUbFmkj+g&#10;BEQne6tgD5SF3oDvjSwCdKKgssx8JBBeN6qHXIhjVcShHDPUXdb2isd5pWt5coTEJzatxE1Mi8x1&#10;PtiimjsKkiZF6VmCbtshZMa0Nzxo6cPfsCKyxgckAFQBGnKJ4W/L96OR5dhkAXcCCobwEOeaZLr4&#10;uZDCmQRe1Ik5JBlpO9alK9f4qIRiWUeJp2r851U2U1Lxe2dyTFxo8FHnmkM7IIAmTjXJdcHoPoPE&#10;rLK9AenWtBaZT53WItvySnAmFv8ELqZTYhU8UvKkiLaxk003mUwmuTaCKG0qetMoZlGCC6lPYmBu&#10;yNFnWs+AI2LgHRpEFSadDaXbuK1la1jYtc6S8BbxBhD2oWosQqIcLd3MA3Bpoe2V4wTEKLVlNp/I&#10;xqMUbo4ZvCL0H391YPe+y2GwYz8ZwmblAIZY5PjjGWHEu+I0ZoNMAuyqMPhBNrJcHjUsCFcXcMGt&#10;YOy/58xwCJdjEeMPZcEXQud84YTyh7EvajuDvr/HNmEyXCeZLi6eBkENZygNm9zhSKLFTakK3mNE&#10;lOKUSyd+eZGFqZqUr0izVmnogoWgySGpgGU6ucIwEtyUak6nRhlqPNdJSqsVj77gNcGBFzaa9CuS&#10;5wofIAwI5DwjW5D89Mik1Ahzx3HxKddTkQ/QNDHvx9etmwm7bKQkNSY80G++hmWaWjWOftyZMw39&#10;zNoF8unMyX9DPCfwc2st6UoQpUoq0O8TwKJZUl2yUTNIr4MfmpJpP032WLyBwN1ybmBfz8GNq11Y&#10;84Xao5sG9m9ykEluplBUCoa4IeiKvTrwfFKSdB6vWWDnTWYlJEH6a1EKm8FFChaqoOPXjEnid6YF&#10;WJrGoIwwpJHADkwqy5j5hwAZL5aapAPkiyG7F/nfCVoQJDU4UEDeRU1ggBVmn8Y8zCg/s9ELBwgk&#10;H0FNctyJABZj/6zJZENk8hxNv+E/S6E4KAZBfJzg4ZFXoSEl7WkNXS3TQlfTaofJjx0EQAw2G9ho&#10;uggEWadgVuziHGyJ2238+HjNtWkapWs3E809kqQvzhAB0wF2uq/rVzLvVjDnPZSETWxt/7fb1F3Y&#10;G7Z8Piy6xFdIWEpWGhEC5yUQiGQWwmRhOwtklMm6nAyPgmwl9E42DiR5v9Tig2nCgxbOY5TjQkyy&#10;h2Ty3Eiv2qCmCkgoAYeSaucCw0ERayU8n8ayvN4FED/xI6V9juQdtW8Y/NqzcZZCLrRZhbLXp2cR&#10;QTz2pmSWMpJJJ5afq17RA7TE9bUpbE6HlFSJe1tXzMadDFVwTaqjNEZsTbQYXsfQEz5v+OhZDZE9&#10;FFIWm4m8MJMtv2ZZ8J6JNUuR8aQehzB1oaBn8anNfRPONgBLfV901zy8Om3Rg2wTHvmTz8Oeyw/D&#10;3fe8ARZQEtvpECCDKgLtxBs5SF6w1oKtPlBtKW/bL2oe4MfSs5yapOHmGnS7XUqnf8sPvwN+632/&#10;Dr/1/vfCvdlPwm133U3pociAwUYEgViUQla4RmXARXdlaP8joPLI5dDpdWH0yOdAn30BTGdK0/3c&#10;TkAff9KfV78PLO+H0b5L/L7g9/CiDwNVgFsoobrlTuj4v6tvPQh5fRbG6NeE6aJ4q43Og33sIVDL&#10;i5BfewuMOhoGjov1mvxIrTz+ktT3F+rep1ogr4I56bhzsn6cmgnjcHNSvEMdb01kLTShOo72M/x8&#10;2k6ZQYPqEt98mvEI9Ok1GD30GShPPwPF5AINK6cUrOIk3RnPRUG1MwJ+lMRa+4elvwTT628BuOpW&#10;sL1FgNVFagCR1VZQ4eDvS9WhfdpoDGgYQb7hr+P6ELJHvwb1d77ia6bz/rJXxOhBQ0dVMcuTmMt4&#10;PQoLXeUIfJou7AVz5Z3grjgIFiXi/usF7l2+DsPkYPKt9kfb8y81keT6lJEnNn+y7zBTvg0wiQ9f&#10;UE6gvxfer8ZGH8QmuFwldWzOoXJZSU0hfu2xR79J5+n2W26BN7/lr8BXvvQg1NUYBv0BLK8uk0zt&#10;b//4T8AXHvgKnD5zFv7L730Y7nrDPbDTN/pve+vb4C0/9FZa7/qdXNIrxVtRBrBRSiqMfAqoczlM&#10;/b6JScaF7NckyPHP3Xjo17KjTwN8zZ/zY8/CxJ0iXzQ87QVKr/3zglYEOKfe3JjAYKFPgzli3QxK&#10;YklecIvgbvke6N12B1j/73rC9+/E/xDymDKq/Uzcd3UMh5hh3yf7Kn8cN5/R57YH/NIBXyBuKEgD&#10;N9KBlX2F6Z2aj6W7hg2lgkQxfAZr4pCkttyToyqrqjlADOvxqcl8v2Hg/k9+Et7z2++D8+fPwy/8&#10;3M/BPW+8x+8LEyYhQMn3oHR4tOYIc6oB2XQMv5zHGnYOvqsk8YafkQQkJrYioV+0zrUkygHgU4mf&#10;rYopA1tDR+LerVTEIsLOmAkgHlhWgYGG8nryAUR5vd/fysmEhv7UM6D8NhOSjE0C+JJ6KISP0ZAt&#10;Y+VKSI8N/tDMvMvoggVPXhwgjTGFVdkY+kdbows2Cfw5yJYEe7hQU9ngwWfjtdICoFmpv9EDLoQI&#10;8p5eRexB+3WxXFmEm19/B6zu3Qfm5ROwdvIsrCwskvKv2y2YHJKx1yGiWri/hoBRK5+XsRtH9xwO&#10;zWxgdNumjmoGt6pRcUi/16pPxeNaJ4+Okj6IvePJlZA+fy7Wb8RYRXAg1zSEQQDbTC0piIzvfwpy&#10;UcZk9dL352ycQICoKApB6sqcGMPcy5QBrMR6KPjxhSAOYMVo+PcsekOmarQsktWs2E+l9zkH/KWA&#10;vhWbOZXgWrqpebUAhlkWk/TYdtRScBp9WfPTm9tkkQkFrhXPHGaJqxY/WSX0wNhwaLUtnXmelD9K&#10;5sLflJqztOkYtNGmC+tWwaedaxV5zRpoI2jYKgJtY57PfgSSoBdAwODfEhJkBKBiAEJANaLTJxux&#10;eFlpaHzAQoIwbrSBSmsF0tJi1ElyZAsxTYVc0vJgOC4AZwAYk0UunXzYJLlUCzsCJTIka45BJuLL&#10;1EpS4web7zUVjfPjTblFNqYiGzJdngM2p51qN7DQBG1EoDWmrGUND8/ppNBUTVKbSBpcvL56Ln3e&#10;uFdOlwrMvoa1yAuBFbPOPIahtL0nIkquE9BQ6O+8gGXkj1b2BpHVqMUgM4Q/uGDoT9MG/2e/qu9b&#10;3Q37DlwJamHFF1c1we10L2AnR6y+Cvo9loHS/YTNlD9OfOBZamtpKochDF0M9OsM4MLZUwz+lEv+&#10;Z0+S50LZ6cOw3oR1N4QdmNzsi+FJjfINBBSZKcATdy1+lYp5aNa2PJKU+FIZkY5q8YaxAgpzoEZN&#10;gRqxgcYmUPzLiKWB93caqCMJ1bTg2zpurirZ8Gl6UbsknCOReSsnVGYu9mxIJQu+K35hxwNBejOb&#10;+WfCyE18z0AlDLVmshTT7YK3kBSuuRaGmbLN/ah4OIJA4vm1ESe2pRR9kprUjQlxIhMM95iJqVzb&#10;F0sq+DdEVl1YN1GSW9PkemeX17bRsoaTa1N/7f3aNfEbEkq//T8t+WPZ9L+Pc5Ty5jBAUBRZgHF9&#10;M3SfJhUSs3LF/6+HQJ/lyQSZ8DvTWq2n4tPXUXyvFIqZTiP03MGAkPi8mjjECaxoJ4UWpafR+xk6&#10;t0bYWoZMxFWcHGLjNAIbJWMcoqSZ3Y3eKf5zoJ/WRI6JQETNLDMXptP+/7F8BkqEFqY1FSNowIvN&#10;l//3of8sCPQhKzCXsBR87sjbBZxMLZt9h0KfBCzOIfVrlIm0BM+k4LZSW4LytjQTKknpmJ2Tz6ul&#10;1RZj7Vdp3IOawjY2XU2IyNxvTTw0mYEdwPK0ZMCv8x4qU12ZZEoUrYBRIbmaATseTLMfnTXCCIew&#10;JzaApBNPz8CgdP5ZcOTRqJoaIzm/zgV/HBV/PhPQoVGUuJbagIz9xcdSCZVZxXlcxmbYxkqKtI2D&#10;O60aTzxkNZEXDrJsSkWgta2H4MaO1jBKeOv2KeiLJvSG/YHQKoOY07iO0e3QA7+s0xpay7NBTZ6E&#10;aHFZ4YjFlgkrQ8tGTn6cELJmXORDmzAEcczww4+OQU9aTMSRZU1MQcusSZT9ohyG7hNi+jYNLC7p&#10;vR42RNyIYMM4naL8xcCowjrmHDzwsY/AYqeA6+68B3btQkOLsf+spSxpHPbkQgOnt8b0OueiSmB2&#10;z54H+BEzVbFUebCw5I/HwGCxB/suuwTe+c6/AR//+Ifgvo/dB4PVVTh81ZUUMkUscqkDUb6PvmxG&#10;LFa0SCiHSzvBHfLHP7kLskf86jc8DVPt75FqCsrv3/mZF2DyyBehc/vd0Nmz168jBjqGg5fypSUY&#10;33A9dDsZ1A991q8TG/4+G1Hz5HA4U18A+9iXKYV18ZrrwPZ3cpCM30twYBbuRSPZ7X9x/9mZ0JPt&#10;AT6YIcTCXEYgew+T9541LXCWbTp4/w7sY6oTcAA48b9GY9AvPg32xeeg9+KTAOsn/HMzhbHG68G+&#10;uDbDtb6MthEZSmhdB+zKLrCXXQHZoWvA7b8STKdD9yI94v6HSgpjqPzrDf37df174/Xz1+30KYBH&#10;HwJ96jjY4RlQvn6q6zGdZTT+yLU8UyLzI3/suoT17jLkR46AvvZWGO89ADnWhHmPWIJ4PZFlQaMO&#10;lLw7/rxYG+BgMviDUq8htYwNEVlObWFtOc37phZ/UuvY9iAPXpdYcxmuU01l4fy5s/DFz30GHn30&#10;GxSy8zP/yz+H3Xv3wtLKMtn7fOnLX4Jnnz/q//1ROLD/Mnj3O98B/cUFOHNuDfqDJfiH994Lv/6r&#10;v0LP4nH/fZfcehvJgZEhiGmU0/GYbI7Gm0MoUN4eAv20hLNBFsPm2EeVrz0y7RAsXcDgk6NHQT/1&#10;OMBT3/TX/Zy/RhMqi/H8Wd8/1WP/mUscHBTElulkioYKVtjMw8WDoK68DvqHr/PX+yAMK1Q99P2h&#10;jAicmBhOz0VLG6wdjEQt2FSh5Zoas/Gsm1+TtfuQxEvazgGvEp9oaHkMm2iDsTVNV7+Kz2YTWBGC&#10;MIPUNvTIrfXP4TDTRs9LZHo+8/hj8B/+w7+Hh7/6dbjmyDXwvfe8AS6urUGBgwy0p6HEeNcaehnx&#10;tHMBhKBhLMyXy8K8viwJ6FBNur3bxoogXIu0LwAr2cY04DFbwu+UvHbw/2xZ/4QeNBlrRMxDABfc&#10;N61uwnUMT/PZhsj3a+XE31P11H+ponsagx1KtKbAgRWuLbkoYGoGwJhp56LaAxLvY0qUJTAnZ39y&#10;xcE0lRCIkJ3slyYGKElxyMBg6DDIf9pBHJRAghMEj+XYLgQySy1KyHA+MCXbVKIIsDD1xz31D9lt&#10;t90Il11+BdTn12C6vgl7VnYgHZQsRVRy/TAIgqowwSnQhgKHJ4hBkI9e8EUO24lI5iFRXQZLF5PU&#10;Xs0F0pE9zGnBShKxmTVZC+iXKx4+4t+Lgvt7rLmQfJGRHFfsNKhn5GA49CRFCx9kwmEmOCoi8VrY&#10;ANAic8+vZyhZzqSGKnUWE7hz2TK7eU7EmRDImgm+wUEpzRrOuAyrZhUbZcZa1IYOIc/iZ6UKTOvI&#10;hM9IPcC++S7LEgsoFdeCYOHAxDB29aQEdJXIeCPYE5Yp/KAFRC+PaLErAFHzJtnMgzqTGKYSxN21&#10;JaCzksmwaUcgSekmE0xxIpUWWJc+gGaGRmpg28h1VWLmnyCPWeMPwO9lGvaggDo2KUzCGTRkIluI&#10;1LctvXNy4WnOEX0fdDTYb4yJIU4M6GGnmG/2xaGFNch3xeybXgen0jNst+02HxXDE8r474HeGS54&#10;azKUgHsQJSHJ5uVsq0DLZgxWnYQGgE6ARNss0ixvadPg6bPrpiy0IV0pAfvaiUx5sgXyImCTBRxZ&#10;RikDtA3Y6bnzowAe0SI7p6JVgemQdInBZ8tBwtzwnwUDUxBar32DVuiSizehclPbojjwAd8r1x1Y&#10;2bkPitVdsElFoBREJRqAawKe6/EI7CJOiwuSLWCSJcoucAoxIRkCRr5PYFDmsOILqotZCRfGm9z4&#10;6Z0wKJ5g+Zub+O8bw7L/3uHm2BfL56AaXaR7G7eGAph+jYv1GCW+LuOUO/FtCleEnzORxQVfE7AR&#10;CQzG4ZQMmSXgtHioWWoEM5H1sU9NVbs4zYzTtZik6wR0c1FlF2XohtmFoAPbMqT5QQzpcNFskQ1o&#10;QwQzr1mNiT5A8AML8nmVTFrjcLztpxafC2EABdM0/2/n14YwXl/3legCFJRKbIl1oJxL5MeNt1T0&#10;pnDbAzbOhamzJE8Ty1IWdfK7EZN3fz/v6gIMxCfu5DSHx3xHdOE0TiEddH1xQsEZyFTBgiGzsIm+&#10;EWzUwim8VDByCrKZZW358zZxNn6EaQBO0zQHYMZg2CjxvgnsOLxWlMCHAKzipmmMTaA/T13HgOBI&#10;1sQcmEXU0DilUMEgDSPHQJM2lwSIaP/Z/X2MsncxzecLbmUQwyCpcc1EkRxapMAq/c+NMc3KNxYb&#10;JHGvCKQl8EHzekL+h3VFxVkHpXe+qT9nN2gimummYKwV+xBmIkdn6rOL42On2vKFNsNv3iBft435&#10;ZuSyzm3dB7bIducCiW1igpqJoo4MdbWlc4msUzcr85thLtJjmPG+GeoCXG/qKTP53AwoqTU3FK7m&#10;dS76DoVhVVKhOGhOWiOX1WINELn1tH/EZy0Na7Kh0E+koXSMdRwS8T5uxDFNBgEuZdngmlWEmAhJ&#10;ndcSACJyYgqVEv/jjMFFMummwnuT1qjxhqL1XyOzDGsBXKONhk7Rpc+Je/hkykODTqFhaXkJijLz&#10;6/qEptdapWbkDJJp8cyLxaR1MRwmhhSpMF0PbHjb3F86tRnAwSE5+rD3cS7sTIvP8sBf0ynUHUvh&#10;TGh7M/HrD+4puNZPu5y0iaMqfL/NM0fhw+/5T/C6Z56Bt/+dvwf50op/7thDmAeKIeldR/XE1uZR&#10;fxd7PTSKgqAO8B8Mg8Rw/1wcdOGGG2+Afft/Fj79yfvgw7/7fnjLD/wQXHvTrbB/z24O6EDfHWRA&#10;IMimhI1qeO1Dj1G3tAyTm2/1+6g/5m8+Cv3zz/i1FVleeI6G0HnuazBZPwPVbfdAdvBqv68vsTIJ&#10;GZ0rO2F0/fVQYnP5rQf8vXQyKgPQ8sKtnQD90OdhevoMqDf+AHs89nowrnhN6AY5YOL7BamM7c8p&#10;6NUxRu/V2YNhEDzvekmeqQz7gnrDRk8lfB4wOZeYIijZOvMy9I6/APWLT0N97CiU44vcBOJUHPc8&#10;FwboNX0/9kZj1SFA1KxeAnDlEXBXXAvThSViXmM4Hw0AsPT3dcpUbCBw3+vhl08dh/yJx8A+921Q&#10;F06CqocEznNQDMrqMjpsfF9MmEc2hxn7+6n0dd+O3ZDf/HqwBw9DvbjDX3uAvq/zKlQWkEcsyqty&#10;8v/rUBokA+i4R1ga4EoapFPR37kxYm2Aawr/y1QEukMggZHqWGdSH8UEdwtnzpyBD/zme+GBP30Y&#10;pujPhXu/X0P+3b/9N/Av/tX/Be9491+Hzz/wAJw9twYX1tbgrjvugH/8T/8p9BcW4b7f+334w098&#10;gpJ47/2ffhqOXHcdeYPjM4N+UxYbQ2Q9oSIl79BrF70u9eV4b1NXRV7Omnsl/F7sY/BuoCGjfz7Q&#10;zPU7j0H16FcgO/Mc+V/ymM8wi8yvfXZqyN96Si9cYq4umKpi5ravpfOd+2F84+ugf931YBeWYaOy&#10;JO3tZ+h3PSLAqpoaltBh/UB+0SzHCyqLeYOs0N/qYDMyz59PQyuAY7t8Cjfj27vVIsjF12uG3nPW&#10;shBo5OY8kaLqIqZn0p3R/VOzfBPl3pujTej2e9Dx68iHfveD8MCDX4Ybb74F3veBD/qahcPyhhsj&#10;WOj3YTieUO9G1in4/OYsTSQ5cGDZb7Muu0T1lvaTaSDPvB62IXmo7UFO8e6TRlMS3aGpqamW0Rx8&#10;ZSFJr+f+lVhnQhJQAUhKWIRamPKh7kEPaRw2I0C6MBxBZzqGejIEN536dWBI4RDoqY6BTCSdrCzJ&#10;ZklTbk3ssWtkuWsVa2srYZNktYK1ECqujImyYhD1mHJBJeWSkJeEtS41YpS+Bjmy1HYBnK2FNJBl&#10;TuyXZDhYmbim4P6NcO6l110Bt9x5B5z79jMw3lyHnX6PzooegWNFzsFF9KTK8IrB5lxYaJrrg1rU&#10;NFK/ZcCf3VZsLUYDHrCx+MWfw1RsEIsfF5J3JVwUwjDY8vAuk3NIn1tIEXjtMIxp4ntrBPoQhENF&#10;XY5EGlyD6gkND0b+WJHZN85EeeJ/9SWEg+obChRlvAT/rStrRqYawkAWwDPN60QW8So+3gBgKrm+&#10;wkEl4NE6iGGFwtJqanSxeQvXnNahnJ9B6n9CQKljVaESb2aTAui4Vcp5cglDLw8eOikI56TYDyAf&#10;JCkwOlAO5f/QYPOUXCXTe2jJ5ILmMmU9hwc7+umoNiusOU69BbCJU43EZycdqcxq9YOsRolhZnhQ&#10;sixvscBSjwLy7YqBJYKWajFHlDRgJye1SRgS7k5iMp9Oi5zIO8PxkZrAFmK+HBD3LOnomrTMZkdx&#10;rQYmyl9aZtYN+p8yQgJLkeWNuqHDxkIx0ERt4tEIM7JsFd3PmuZPvi+T51c3vm+pd0NgTsahmmvA&#10;R5qEgN5C/1bJRKTt86ASJqZ4rzkbp1tN8IGdy4IJIIxNDKVT/0WWlDYScvL/ciqyQ5ken3P6DQkF&#10;uMCh31H6pHgDLskPxhcrnT5kvT5s+o136osdNfUb6sA3e77Q6fvK1CItGv0AcSH0i2JGPjBABuZA&#10;0ebileePcVBksOAf/OVuRqaizqHkofSFDjBoOBlRYaVxc6o2oNpc84XPkF4fAUZkNRaYTocNqNyf&#10;OFW3LmE/GiVx5yYCO9Y1Pkpcm/IkwwpDl8SwOlZD/jxkNCk00oSDBKEEZqFNKQJhKgeNH0NjDaCi&#10;/DW05sSK0Y3XmZVpd2DdBoN6NMBvc02FgSOArBPPOuWS9YW7+Sg7bBsR2ygBlzsNNia+WJ1c8F9f&#10;FZaMYUahEtmzDb6kCrZGHyRrnnPzot2SY1LMoqKTxAbuNDToKCpKLhkAXLWU++Nx8NhkCuPzftMb&#10;18S0xA2rjwbxfv26iJ8Lpby4SUvWjW06/JhmnbmQkqlJjmuEyl4F31Y51lJ+R0CxqzhCHo+u8C83&#10;cjyNyunrjQccpnlNApVMxSvRLAw6EZLFaGNyQGHPvsBE9M/HJpq6q7BGsnyRJeuaJBeFJO4NxWTa&#10;ih/oon/9dZFRTcin0FGaWoEwqv/z0BcIuaEsbOjiBNQfIXpsFf7rZe6LQCxoaAAkhye+ejjNnfVs&#10;nF1/aO9W26tjE6OL5r53cwDCFOSbd+8I6LytdmZmsBXe0zm17fdHqX8owF3jA6hSdiFNMi0163jO&#10;BwNMth5z+I8AUFRUFzMpegGQhVSCo6O8NEzKOWSHwTXtgpewgFyKg1JclBoGP1lmnmhJEAVJo3Nu&#10;7F+nIm0r1ws1rQF1mCgnEG0wqsiLWo5RpBaK+SzMgnb0bFm5x/HlEEumwYhINvyiAfV43b9lH3TZ&#10;9feUi3YDyFhFkJCWfzwmjRKUDvTyPnT6+Lx3YTS6yIzzuo5wXZOmzDWIC81N4kVlbWP2HRi8MczD&#10;caIwMyTEmD34VYq1CPWRlN4HBAQyCzSThD/gGkbx+j/uMnMYyIPWwvrwInz9s5+GnYcuhx94ww+D&#10;21XAaGrpGUVJb62QjVMRoBZytVWSzNqqA1Vb6qvAzTSUDBrS8WIQiBYLAX9hut0cdu3eDT/8th+F&#10;9/3GL8Hv/O4H4Cf8fr7YvwOWFpZoPZ1YltHQqELxWml8M4GN78T/O3r+qCuv9X/vQ/1V/9kvPu3X&#10;B0sSQ5Ipnj8B9SNfBOii52IXTOnI3xcLP9NbBnvV1RSWlD32EJhN/73IovbXcuTXbjB+P3nmUdC7&#10;98HkNTf5Ncnv38UCJZlb62a8jIJlyl8M0885t+3ClC4LTkGSY++g2d24FsvCQBybOT55dF8XEgQ2&#10;rSpigJS+qbTPvwD68S9BtrZGoFutJwRSYHhNgc6JGFxDHm/0cNDeNDK+cdtzCMrb74F6z34wq7uo&#10;CRog68Nfrw6uwv6h2/Tfu7PM4bzf/5bUGIYba7B57DT0v/UwuNOPQzFeIy849I9D70waDGGAH9Y2&#10;CvfPmrzxJv4VOwcOwvjITWAuuxrqHctQdxbJI7eneRBGYSDYXGbs5YSAYWB/a5EiEmAltkmhxrYt&#10;rzLVAoI4MCGjc4X9B4YL1uMxgQw4gEIZMQpFClZ2wUc+/CH4w099Gnbv2QP/5t/+K1i/cBb+71/8&#10;9/DgQw/BB977a/B3/uFPw4/9jb8J/+lXfhkWOwtw6swZuP9zn4cvP/wwPPzVh2HHygocOXKYmCa7&#10;d+0QP1AbfXpxn9MSgMIehiyTxedCSeNPx+Xv6F7h69PpiLzPaJ38ztMwfvCzUJ55zv/wBQI6giyd&#10;1mv/OUba/5y/XjkCwOgBjK/hzzECFlW+E/I3/hWobrjFf88AdKdL5wRtBpBxFcCHWogFOHyrpd+h&#10;dHOrhQTSsJm3EikEwH4lauu8+m3b5ynx8tv6W+zDmn3Otjfl7fwBZzx4yQiDpIK8F2RlTff68y8c&#10;h3/xL38B/vFP/3N445tfD5deeimMxlM4c/YsnD51Cq6+4hCxhlZ3LMB0OvV7UYeC96aYQI179mRI&#10;qe8NRpAoTV5RmdJmTs7CoA3xJPkXu5XNHd08ZiwHSCESGd229eoZ+as34Gom71cn+IBtefuJ/QUN&#10;/xmUMoIDdP3r9DG8YrQOGQL1FHBSRRWSlkFjqFnRnd1UbCtEvYWke2oJpuCAQ01MVdw7iedplAzk&#10;+BxY9Ams5TiCJZli/3Ealkhf4QTUI9CnNYQX6xIdAvSAQEs6QlRroY9qhiFqho8J12i/Bt5452th&#10;eOYcnH7hRVjZt8svgz0ipNCQBdVKCHBZMceGAJiqqLKidNxK7KEsA2NaS+qzm1Lha0QaoIKkWpKe&#10;nbAoG9BdPoVcXidTaU68tVJ6qmhBB2KBwoxiJhZgz1thsB4pzVDRAzQ8K4BVE32S9DLopsmupJAa&#10;J4v7F6XmSribkrUKLSGU4F65MOoCxhHrxazBIcgiBNdwvH+Q4Z3zYq3Elw/BYiOqU8QRlBGgN4RT&#10;5rl4TpvEPzOMogVUdHLitNjTKV6jKbGXU57UHKZYSO1TLcJBWOxnm9L5iWBWkqoScCWRMIWoO9dK&#10;Dwnx4WpLYUHAYIgSTmUGrpEdKEmsCnJEndBz0kUlbLohvpikZMmxOvnZBnDIRC4G7KUmF9blauvi&#10;ZtmfJ+UtYKHuot5bHDaQlumcsA1tuJsTuTLT310so3SL5L2FsRDDOFwECPMkspEeB8pjsHHBbC59&#10;NiPb1SIVyeIwRYXNvkXmyBK2kpG+PQUydEv+7RI5Mcme5FQ12v1gWiyG7ar5jAjMGjGzdjKloUSc&#10;up4zXXJNQEsM+Wi8fWiht5zstZ23RGyOXGoK6+JVwEvW63UI4KT7Eld78ghEKVRBDcUIy52sx5t1&#10;fxGmvmi5uDmE/qSC4eYIisGUAF9c3jDGnB5kPK6wkJQdAitAGFGOfGoy6HYKmliYTgYXMWUI3dH1&#10;Iix0gdhNFtNjxxMATAhEoG+84b825aKNPPoqKhBR3osm1VxAZjQRoCmzCSwaHb0TIksVWMqG7DLy&#10;e1QB8nKRNwISFY/U5awAaG40FcGyhuFrZ2zEXENock5Y3Lx5WzGgBidy4JDQFSZkwubj5t/GlFYQ&#10;zwiSvgYGi/irKSn8GrONUIroxBtF7gWrGm+EGB0PZGw7GZ6BAVwp7JSMfJ6MmPa6Vy2I3BxjFoj+&#10;iFpBtAPAk08U9pA27a9nB4uJHnrXjOHwAl61nD7/N4c1bGBCpBmDrjVR0vHo+roio/A6l3YaNzOs&#10;N6xulmZ/7RzS2p0EH4T1MjbVjenuNGFDTyVRt6b3yXkjA752uegK8NxMbCoF1slrRsdeAbrS0lZH&#10;T8C4UflnblEKjU16GDUBgPgafZQMifShkjQ6I8CPESDXRO2q4ueAjTOJNdzDc+CvQdc3HZ1qyiEi&#10;6GXr2z5Tj6ATCrbgr+qYzeXysLdtg90KU63pjtW2WlnlYMtw5Lv7r3kRK3K5uY27ncH6VJJEqKAF&#10;+rkZf81Z6+R2ncCG2nmGzyqLDhd7fb/uMVOUVhItkTmqAeQagC9hocXnlTlBSqsZ5kDwWBVvH9lH&#10;jE3SWVXjn5PFT+yvo6t43bBBCoOm9w0rjmAzmzDI4lqBxt1OhgK43Ms+SPtNIQEAAQZJ1xyRaDgt&#10;IO7Er83+LnUdf49qWi/p3CBrVE0IFKnYmMD/ewGjSvuCdNnvHYZZB5ORL7CrGB6WiWzaCZO1dkHF&#10;E9ghkPijmlh/6WTY64T1x+QHPo9a6vuG1eyfrQqHRo7amzB8CWw4ktqhd2ZpCNRGr7QeAoIG/THX&#10;4Guf+Bj0/ffeeMfrYee+fcSorcn3aAKLeS6DgVe/t2el6+1alFt2ylrVeeOTqlhK4/x6ubJzGd7+&#10;194Fn/j4R+GP/vDjMOguwuFrr4WFxS6Zr+Oag+BdWQQkNOMk9BAotLQC5qoMpijnuX8d3Og4P98I&#10;9lQjyM+9BPWj9/tXuQfMJbthXGpieqEc1azuhMk1A7pfel/9E38fnCcGWReDV7Q/d/U5mHzjQX9N&#10;/f14+REolrtQoczYFgLlztqbbGUCf7crBfz/hQrnrSuB3RMC4IyJzy0+fRMcauLfz65B7/mj4I5+&#10;C+D8y2Am54gxVheSUumfxT6CaEoyFcgqwl+P3ipUuw5CdvAI5IeugmrHbl+Xl9zEosE9Bt35Z2eC&#10;9Ynu+325phqov+ErsmPHofz2w1CffgH0dA0K49cAZKHWNN6nPXJacU1u/HXouBIm+SLAzj0AB66G&#10;yZEbAXbt9te39NfQkawPJVNj4DqQvd01rSO02uB9h59fsxwenwWrGo5tvJNtYDU1EkcFwY9Ktjoc&#10;LE8Nfcay02VbFv+CJ06egCefeBK+583f7x+jKTz2xHeIpXfosoPwmhuuR0oNvOud74TffN/74CMf&#10;+yis+vP11ne9Cw4evAzuu+8P4LkXX4IPfeT3idX143/9R+F7vu/74Moj/uemI78edameIqsCy4wc&#10;GgYLmxOPMhcVFi6HHfJ618TgKxwHzmEse/n8SXBPPgqjpx6G5Xri648hgW8VMm6REUuDA//cdPzz&#10;gSwf//chJU36/QGHGcv7YXL5tdC58bUAe/eRrUFNZCpO1uWu0ca9JwyGDA6cqS+pGz9v8UxTczTp&#10;rmVVZV/9qXCvtCGnz2OiDtmC9qUrlmvvoyoFtRTElJtEYku1drBxkvtq6p+jM6dOwCUHDsCvv/f/&#10;hCeefBL+4y/9P3D14f3w7r/1t/3fn4YHHrgf/tFP3QtHDh/2vUYJ586dg831dej5++DgvgPwvW/6&#10;XrjznntgYdAl8DRLVl6VkmxmGH5tO6QU6Hz1FSZl9uH9lulmEO8S5aALadVzpdZqJqizUddlghza&#10;ABaGM65aLqPRRitHL+exyHfJyxvT41mCjw8z4gGkykPLkYz7cCtgXhxXK/Hmw3raCEhjhZFp2T5G&#10;SxgcldoC6uPvVmy5IN4DYvGkeEPmFOW25UokaRFDXhEQTn2hY6UB1SqOskAI9xjhINuvn7e+6S64&#10;/Mor4Yk//gzsWBn49WABdNGntGFUqtBzT/WUZZ9d8Q4wFKTBw9uA1ZK/Y8ZrP6aWj/26hIYdtQsS&#10;9ow9OxGUNabxYA6hRFLPkXe6AGxG8I1MpiAhZ9A6kFoehF2oosXXxmRI4J7KBzAk/0Undhzsx4cp&#10;twWFcWgi76AfMTIEHeY3ODZVyIXVF6TiwauvlVStdUzcbYLqGGR2YvuAxBjCewRMdMIyRmY7qVmM&#10;KAiVEh8+vqfCc0Z7m27scCIVSzVybSXgJ1nLOVnBNIXNavGHVVF2GPzywguxXlnFtEQnialCUowP&#10;USwqtRLGQjZXYhGXMq0Sb71Eox2jiLUgrEkpotPEWxVpjZH+Gx5umeQkp2MLyyuL0+7gI5AuUMwO&#10;qV3ji6Iy8aNwyYKimqmKE5Q6GNmpUPQobi8QqAoeacQItDZGKVPctmGJpBbJW/AGSxdU8lHUuonW&#10;TkDS0Ki3fB2cbSSuTJcQZqOKunKwbgvNnNhR6LuW+uCoeYbZKZiXS4CH3eI51USrJ8mS4uvD3oNp&#10;cpMg2Sqk3jQFLWvqU5/B4FXYTIkCrRtBwCC/CZuDEimkBduimMd4d6LDV4k3IjcLVnxyAtMPfxpr&#10;/xVf6G+6sS9wEKzLCRzFxaP0C2SvswQ9NP9HHx4M5th9wBdge+DEaASTjVP+pafEfjLyHPUppXcT&#10;lgwzytD7IJe2VIuXAybUEVvK/2wXAUVfqD46xRTEoS9SfXNSslfdxZPPwxgZBMMLYIbnibWCAIgT&#10;BhVe/9rIZxN2Hk1YcZItSbeWqMtGTHi1AJ42NuTU0OCk3fLfq+mEzm9e8HOiDEcAoUcKpQ5mHF9P&#10;c6wgU1fRWksuhGvLDlXwwJJADJ1GZaoIQnOB0RQXWSIr1JL4CcH3SOTnTQGhgoA8Se92qeN4fDas&#10;NMEqAjX8vRvDCs76wmrnVTU9BgQyFKpJYHUhbVwYjomHyXbNUyj8Gy+OwJbVMuFz5AOEyBI55OHp&#10;7ik4hPdSWcEqroG+0P5CmcHKRf9v1ZASw2pX0qaN6xiyUCaFJb+orv+3TRIG85nFpnPgn6GxrNm1&#10;bCSVgANKTkFO0KYmACcn+a4jwIyvtQ0zDN4jYt5xMzBCMKNOha0hlY4uGTOnUO6GDTtuYCUEXzwb&#10;bwX0xDIxKcIIe1TRFI+mqugh4iKdnYUL/veLTOAksBeZCCW+i/8+TDgdUHKxI0+TPhZoyCyoh77Z&#10;rmHdjuHyvKLrMUG2guYVBdmwrpDX1Cr6uQa/ER0lFRLQRP7BLibtpsTGhtWaynVnJbyqFXTEyoLG&#10;tVY3op7GqU1YjbPNRkOamscQUtF70qayHMUetAEHt5LSXRMqz1PPTs5DJ1ynh+Oxbyr8Gj4ayedk&#10;+b9NJqOxRkjOgQqS9uQmYY+iIPNNfJFkVuBcw/LTtEEY9tlB8MY/F+yVq+KaphQ3FrR6iPefDUzU&#10;LASwNIx4JxJ3Mt6V+xy/H4cw/N6hkbBRuRA+MxHntCVpIYGCfj1X/j6rJPG27DDjLq9BfGKDnA+t&#10;ORxL4bCA83sMrq9k3P//UfYm4Hpd5Xnou9be/3jmIx2NtuV5kOcJY3BsA3YIhAaIkxAS2tImgUy9&#10;LbS3aW5u+tA2nTI0U9vby22aCTKQgRkMZCDBGDA2tmUj25It2ZYlWbN0dM4/7r3XXd+w1t77P0d2&#10;Gh7HsnT0D3uvvdb3vd87kJm3shTL88vG1GUYTfPTfS5gzNK0l+FpwRIhWIoIezLMIg0PLg1P141K&#10;exwGw5wDR8igmpmcDFYW3CBWbTqYIdsUluLLR57Bn/0//w1H3/Yy7r3vezE7v8D1gKQ9Sq2RRq/B&#10;QlkQJQPKhhAgVT0Em5IkrnmHMiosic2EeNTKWiIfL/pil15+Bd7z3vfhr790P37ndz+Me++5F7e/&#10;/juwacvWKCWisy7Yk5CNABXr9Kz16XqRPO7ii/yd+G7Yx78Ge+wlfz+XxcbAN4nmpWeQHTkCe8Md&#10;MNde6/dtApDaDIZ0ZjvoXbPT77f+Zu/6KrB8FEOjvnJ+3TVWD2H41S8iffkl9G57M7pzs+ySKjuv&#10;TvkhNXfp2VWs69S5HqiXVCCNONQ1SbymNrAlwxWNoRqletQwszjhwVMa5PVGGc4k8yTWSDFmFq7p&#10;9ZG88Cya+/ZjfOIAcHIfg1EUINHiwaZ4Tgr7NUGf0i4dyX1bcBu2YnjhTpiLr8B4cYM/u2gNtlmy&#10;SXs8w3VUp0PSo+GvvSP29YkjwBOPovXyHozPHkfq66Z2lvP1HRiR0zXVCqBHZwyFQhQt2NY8Rtt3&#10;ANffBrtxCUWn7V+/wd6O7IupQwdqpJt69rHCgR2D1NfbltY1xpoaFFuoN1TMV5YpkTT1VkF2oymf&#10;dLKNBuy1R+DziZMnsXf3k76RbeMjH/k97H76GRx8cT/e8QM/xKn3K6urOHj4EJaXz2BxYQ73/eAP&#10;44GvPoADBw/jY3/+MVx44Q7ccfeduPnmW3ztNvY15ACdaWrw21HW16REICMJlpGNxF5TJB2Us1LC&#10;hCSFmwyELPuaOrT8eZms9uBe3IfhYw/CHX8RRe8MqEruk+zRr/cxBd448TQlqe84M+zxalspp4+2&#10;bBeDxc2wO2+Gu/I6JP6zrRIrN23xWTwcp1K7p7qT52FYWES+Ke371lVWv3rvnhNsiuQRVzljE1W4&#10;uLUEF1MJZJqUAxfFObHxQFAJHaqbCMVx2vs4TYFPUHo0JhVf2aDwLHQITp+Dwum+8cCX8dP/5IO4&#10;YudVLGvdsWMH/sdHfx8zdB77M+o//uJ/xgtP7cFn7/8sMzszvwY2TE/jvKVN/Nw/+vhj+PgnPolb&#10;b7kJv/qb/xXz3a6QI9juR+rHCffgV2A5momASHdOr/W6B6CJlj7xu4bpZ5Gsq94KNQzbJyn7rCaR&#10;NgEo1PrFhPAwkdibQIbx63Da/72Wfw7MsI9Rf8WvUX9mT3X5uWzNzTDINWBbBxn2OvXnM9HmTHoB&#10;Z8pxKl37jMNniFU3ViVgxmcJ2XXkoxE/b0kYTCtTMxBNQp6LtMolkYWVBCEABOo9mFTA0Vxkr9ST&#10;Oe0NONxn7Dih+orX3oI77n0TnvnS36LrD5OphXk0OzO+j0k4cIprSQIMCXwLgaCuJGulphwy5uFs&#10;jv6A5K+ayBlnOfJPvIhDoI8VJQAnEmvoErHRrCtBPR53KlkhyuxdwHiUYUgpvBxElDFxha4lMYSN&#10;3yPPDv3r037Tbvh/Olq/pBxGlDYa0de/UBVhk/flhEG4VGukVLEeVqOwp58tWdhOPFXpP+nnCpXn&#10;BusxZn/6v0vegPT5YEsveWZEuyrfRMOnEkkRjp6FgYmq19YhMCM1oIdAZCP7c0MHGsHKLXXVTdCV&#10;LMDgzWfXU/lUH9JgIq/sk7Cw8mAiHy0acU5vFZlcFTVWVq3xKVwN8WdJpUopkzRdM82tpZlUorvr&#10;MhBTM3WusoxKvz8bQzdcBSCMAFCFPh3Sf+OGhkpaUfQNSCLT0JkQsWxKvhMDbzbyXLQrq131pDJ1&#10;kqK7wsQzRU12K5vOBBiqAEMSrlHhzi2ZdlgDNk5OUmqx6qaelBQ9JmK6Tn3zN9Xf02nV5FSm9s5B&#10;AuxE1y8gXx5N0OW+VRraCBKG9N9E/RbDNcpZmpOHJtMomF0xRnbO1NaOUU8FkXwbzM8s8kTMjMay&#10;1ol9aFOeEEzNLaDd9c1YNkSLknEXtmG10cVqrwcKRj1zZgVLF/hCtT/wB7h/GLvTGB4/zQbIDPfm&#10;8g+h+RlHwYP9rxIqqH1zON9OcV+rwEfaLaYpt9rTaCYt/5D7A2S4Cl85g96IJMY07WVwj8DVTKYs&#10;bf8PGS3TtYvfGwICcsw4+bc5YVIGuYOLsFgRGaQCgmZchNI0gjayXOPjU2a4iHxzxIEorMRRYpZh&#10;xk9hq4m8ppTtQhIjqwa7JfMnjx5BhfqzsQl9Lob3MEJNRy6eNvL3tSAsJMnWVTww1niuuLr4PaYf&#10;FVlcn07XFsl7qFg9dfLlyJ6xNrCK3PoeLOeqMt36+sp6QVR5Zp0U2fRbAhw30e6kWDQEHgDXLvp7&#10;7Ivy3Rhi5eQIU+Qpko8xQxP61K8Dv57ocBj579X3DQwZAdNam/Ove8a/9Cr7Y4gPJTRZLzxgToH0&#10;kQ5/6J6NFCilFMu2/zwEwqVq5NxQxhUDgyy3kQ+euZr2sARRY+MqDOQRewGCJcm9wCTkNZio3YJM&#10;x+hnaZLo2wGsaoFCzzh5bwxyKeh4P/G/przyvv+ZGWWCL7MnX455f41YkujXbJuYX7SOhgMM3RA9&#10;f5W3LyTYOed/1vb59W2l0C+CnLQqUan4n01O7atboHXrswaMdeszcQrAndNJv7I1VxqIv9NSrHyw&#10;omLHN/lvrWICSb/292145kwA3AkU7/kb2IXO8krGauF0mJjogMwou96V4HsY2FXSCGN6ohWvM6Pr&#10;xejAgtlAhQJcuSbocfCE2mlYDarSkKLw3fhnTJBUmdqVi0m1ypIuAdoQmpHHRG5OgtW9QHXeOv0W&#10;GRx7+wRGPwHNufgbFg3HQxOWA9LuWQz86w18EUkesU30Ro7nnG1qMpoNltiMV3wzko2FEQ8pfMkw&#10;nK4J7eku+DCGZGSqjZLg5ydz09KO00S7DQ7NKEyll03iMIQSMgl6pDKs207ivWST7NwXyvS8ZRJy&#10;QsV1krKOGV1f8NrBAMdXRnj4C5/EBReeh6te+3p0p+cFqE/lfBlXLThCSaT3gMMOzCsJ4E3FfkH2&#10;71B/0fmU+2tFhvT0vZmI79/rDfe+FUePHsKffvzjzIx583d/NzqdLkt7gtcyD96YEkFAhfH3QKb/&#10;Q3/+ti44H2MKKtj1deClp/zPDTiFnJrCTnEaq08+hOb8NNzmC9CYadCm7c/qHN2pGfSuuAZT/iwf&#10;fPNBNHtH/Pv5PZwCJ/IBD0Sa+3ejmNmA9PLr4RY3+D22CJE47HMWmAxJZJEmFTng+jV8Efn6qBi7&#10;V2x9gmexlYbZVBr6wgqzKzQyzEqhvRiItV2uA70+DUt6GZonjsDufQbFEw/7dXFQIVhZZ2SNMLJW&#10;g1Ckrsh8PTPdmMZKewbJJVcAF12F0dI2pJ22v+5N9oijvZYBOmKT0bmQ+HtKA9bhMnDiFLJ9+2H2&#10;PoH2qecxavs/Xh36/zdCj5R1RYcldwUPhgc8HHL+PppiEeOdN6B36XVIN2/BVKvlzzb/3VpdX1L1&#10;mNFKqqVE5X78mQmkCp6TzHQrzqF4EuCerW6UjcWdgsp0TSU0TuaFIYGcWL8py9FpbT7wF1/Cf/3w&#10;h/3alBp2emoKl195NZp+Db3+9tvx4EPfwPETJ/Hnf/iHeO/734dmt4v5+XkcOvwy10l/8ud/hptf&#10;ezv3UHNTXcxmXWZcMkAx8muy3eVvQ0wcCpCjvY5Cq8bcU+VRXkr7Ga3PBiff5v589DWIX/fYuxer&#10;jz2M9pH9aI1P8p5HQP9w3Gcmy9j5utkOeH+gg48k/ONchs/Wf9ZR3oW5+TtZwu7aVkI/igZmKbjI&#10;v/uq3wvbDR0ShZrwXLR3Z9aR4K4jzXXrh024dcDBNYGAxq3VuE+yjU3JindF9Xk0SqYI/symTKrW&#10;yUT4HzGXJJVZmnsZ4Praazjke9klVZBfW3e94c14x9veij/293l2bg7zi0vsJzrVSdAfDbnfufT6&#10;a/BPr9nJQ5sWpaOTX7Fyhh97bBd+4AffhYcfeRRfuv+LeNd972SbCtpteABl15aqTs/wyYT0eu+9&#10;nmXA38FL1JUe/O5VfI1j8JsVa4mapRcqIRlFCOXTYSjVcokkerOly3CMtu/PVscDJB2/7juzaPm1&#10;ya51gyEK/2cUJEjnnE0aKjoRggTXOEo4gYaDcR3ckEEKW29oujZbGhWyD3HfVyjAn1glxgi5R+xh&#10;1NdcvZ+dytVZrVjoYKqIp59I33MJE+Eemlhs47GvwS3jDcScoyHGzttuwuFHn8TxQwewtG0zGn4f&#10;pOeeWH3inJDz97EsX1ZveiXWhPK00BBLem8K5qPvMvbvRUAy/Zs+I7Ge6ezMFShi2ysrZyqHUGj9&#10;ZDTwMuXhaF4OTPR/WZEpXmVkEEjfC8EyIWVqARUoOSvi/O7k9x7qTwm8TBJZvOKlnzBwzQnnKCL2&#10;QgxMDnx0UjdwMnhFYiODTU3E1RRi7m9MEglJQSZuaxZmVmTGPDhNYqinddIbFZWEYpFeCymM1jhJ&#10;64s81/7LVEhlLg7mwjob67BfQpH85/9H7//pDxlbap2tmpLHRL1qkEM0zC9/wAU/FzPh6qYMPIPg&#10;42drQF9e8YWqgmMwNShO/r619dRYff+Qnrse8GSqsmCgziqrSH/KZqqSdhiawUhBFtpkYmwJiFXM&#10;w4NMqPbfVf+3ymcJibCI16aSQqrUUKMmjeH6Rf+yyutGBlz1v215rW2kydr4vgFMC9fMTHxerPvZ&#10;zZp/Io2Uv7erpC+6CJxWP2MJWIS1UUpnbdXzxaz1WjQ2sDIrB6txkcVlakDI5HtO3HdXXovECviX&#10;F6UvVHjGHFyN6ecqAEz4NQOO4xEOnlnBQ49+A+nqmNlRJLOgiX+n4YvRqVnMzS34w2GOfQ9se8o/&#10;/C2c9UVoO8/w+gsXsHjhJTjlD4xuIj4d/eVTmJqd86/TUvA2wWA4YJNOI+Yt7ClGgNpx35Rsm5/C&#10;F3ojvMHOoN3yDcepXdj1YsYH0JgmKf5QH62cxog8U+j7J5anJ+RJ1O5M8UbS748kLU+nEsKs0GZb&#10;D1OrBYetgPF83of7rdeZN3sXGKtho7M6bXKSsFkE4LSSLhok19aWOI8rdIighrMqg0dMADVxvVkt&#10;cPh9rbJfCwEZXGTulJuLsK5cxeC/Lks0lakpYqhCoQBEOWXhsrcAN9VXXzCNrZffyglO1pSeJIGF&#10;lARvz4lQhRLMXIdqNVl0mgoAqQdP3PQDw1EPT/qHivBWK8FqMcReSqIcC0ObmXFWkms5rZKCPnTQ&#10;QQyHXpTRglkCmT5WbWtVFFdKLhHj421NqtFASBaTIjhXZkgWb/BEYRzoNuEGB9onTU4DM9Cpr4or&#10;hxGlgaSybvUZDlnKIovw352khGGaBU3pLDQlkJiB/rmg79khWTQVb/4Tp76wafom1JHUyw0wavkm&#10;cibDHVvauGQ+xabOMjY2TvIULTHEYJFQIpLdRfsD/Td7VrlyTZXnDKJkdrIeLrezdZIZHepJ4lG8&#10;ZCoGwVU7CbOWxbfeXL76nMBG6VNIG7bh3K+k7lZlRZJILGfr0F/QldUCjzw7xErfKeMvlb2XgDeu&#10;NypDPlN6zPKzGwHSyQvk4kAr+JIgsmaFuWgrNQE34SzPzbXIM5UaRcK/gkap0GAPxNAn9RE0Vamk&#10;KUNBODTIVZh0wtK3samQBUCv1vKLY9tCgs1zYH8qecab/j9avghvsy1G8EJmAIGSailljveyBgMM&#10;LJGjibwTVlDakNACYtg5Yk9pCp4U1glLS4ymCgdGvyqQRHbirI4Xy3tRFRNK0A1iSi1YWqWugC6P&#10;jUyaGmX1ofRHFrv9+H0ovMjyc5LzBtT1BXjvbA/Hjp5Cd8MmzMzOoDvd5oASviXq80kFdGIqDDQG&#10;ctNKM2zWx7l5LST6vVxcYwzM6KCKmhCexjcTZjJt3LAVZ8+cxqOPP4KtmzdjYXGRJ/+BfU4NNZuG&#10;O5Ez0dlWNGZY8ugavmHu+O/Y6AAnTqA9PB1ZMAPfjKT9M75JHKOYXkDaatKbcr0wpOfKN9tjSo5t&#10;TcEdf9l/3zF/4ZRY9ZQ0TVYhJ49j6C/d2NcWptNBmySnNOSgwYRtMEu4ULWNtThng20qUjWzDkga&#10;U+ONjeeLVa/MsH+G4Rw9x9YEANafhXyjxv72JtSpMIOkceQQ0se/juyxB4EXdyMdHuPBWTP1zSAx&#10;/k0qUlG+Ybn4BTe7MIubMd5+GZLb78Hw4muQL25Eo9MQXIVlU2J3kqovFW2K7X4PzaNHMd6zF3jk&#10;K2g9+yhs/wRGdox0MOLBFkm0UmXhFDxw9Our0cW4swXtzZdi9cY7kFx3M9p+TSZt/1z6dZETk5Ya&#10;ebI+oXXNjBvDA95wjYSJJ3tkgnMPYtbW7+UwlWeUeR4TxalGzRmwd8yMJjZQuzuNTncKjz/+GI5S&#10;irBf49decw3e89738jB4+44LMPY/e/joETz19DPYvWsXHv76g3j8iSdw2UUXMhjwwksvIRsOsfOG&#10;GxnMovAkGjDwFp004oBCaikwqJRqTULnZKKDdrrPls5OClAb+mt86AXYRx6AeejLsKee92fosihL&#10;yKORDecbvvnPeBDNhvjklUjYOdXUrY6/51vQu+R2NG+9A7hyJ2yT7o3fHykAL5E0c+vE8D8Jp1Os&#10;H8051ryp+sRMWPWYtQ+GKetEMxE69WqC+LJ3WMuQj/uVM7Vnz1VIFcGjHxqiFBRVsVounA7jRalC&#10;e9ny2TM4duwYlk+fYnC41W7xHnn76+5idcSzzz+P3soKXj7wAm657TYOmiF2Ku3O2VgA89XVVe4r&#10;er7fyLVe/Yu//AsGjK+68kq89rbXcE/iVOVm4dZxnzEToRyT19m96rWr7uDREqqi6CtQsRlBvReu&#10;vVc1wKtwlbRirVNUelqoTUcAEgutA9mnr0/XZIjmdAvd+Xmk3Rn2y6S9gGySKKGXwKimlb7PRbuf&#10;XJm6ysczksANtafiKprltxJWQfUrnUMcgKK/D1eqK50qVZTMJ/tD8BeMvbxIh4hUQX5wTISy4jNH&#10;wCL3LATckfWVpjIPfO93tj/G0sU7sGnjIp7+1mOY8XvA3NIGNClssNVmRZbRoXliJBmYAb1EFqoN&#10;cmWjNkoEmFK/lMsAKmO7qCKSLqz+vdJ2WwDLQhmJuQKg5FuXau0S5dVcR8j7UNp4wtiQMB8lDNAw&#10;oSfXARKDdUnL336/XptNNKe6/hq0eJ8TBV5DLDVsqE9SsZ6xwoxLOGlXGHyRrBXScEPInA4ROTlX&#10;laZJI41kOCF1JQLCRrau/F9qbZTdp0miz1YS6zeWCVu1G9KQj4AbQZmCVvGngFskej/Y59XKa1Gf&#10;k/yDH/2pDwmVtZwgmEqRHOUnCKm8ZdSvqZmPTkY42IrsrF5IVJy9Kn8e3tvWMv5MZfOs9CAaypis&#10;Aaeqm3pIoY0/U5myhP92MXm1DjbZkDLsUAcjKwd0AOwwASDWwTjE13ca3xwM/9cF0uJn043dlRtd&#10;lbG4HhjHDU48KGxkWhqzlvkYRNgBeKuad0eQzZrIpqx/Lxc1fOsDe+sxRFxk55lKtxrAHVNrZs0E&#10;aKz0fFMChjZaV5Sv62rhJFVgMrC3grFsLoWMTsaqh3sRzMrD2MoF5kMRp3H0ENHGTD91KnP4+uMP&#10;ozhxhpltrdaMf4BJotBEozuLqflNviifg23PIG820PMffPn0UWYC3nreHLb6Q3TFF/801aYDdHj2&#10;JNpT02zWHqY7LN0mFgFt3lnOa5No1yvLZ3HewiwK3zDM9IaY9e9nzuzCYy8OMB4VGJk2+qtn4AZn&#10;eXNMmcUogkma5JJvC8l/++MRTxQiGB+p0y4GVFg1a5InJkwdg2Rfr1nhImMvyAkLZVFED4Yw4TPi&#10;F2VdmFoWQaWPkgtXmpM6U6bWyT4hnZ/VRPAGM3xVLqkx8gxaFiUTQdKqwnsVOnh1NbmGJExPsF3V&#10;X0ykmMLSKIFgmbLQwbllto0bbrgFeaMZLQmiYXzF0UwdPSqDCvMKqQlrdrU6M1kb6sTU2V+04RNF&#10;ves/ypz/wzl/eWb8Zz7hf2R1OPKFjG+0iMFJfjeOChYC5zIG4uhgaFJiFV+nnCdj4f0ylvaHAhTs&#10;L7kOss6Gt9EjUQH1kKAVXisxpSQBKEMQkoh7qt+iTiZp7SYq3y1BF4cO+5KVTitBo0jrkb7XSI09&#10;RuphZqMfiBQmnWzArAV6BpdGPbTzEZsvt8Z9JP6/CzvCuOghmxng+k0Gd2xp4drt8zhvwyK6yQqm&#10;7RF5BpTz1EzBwTcGpfEzNHQhL2qXKdiqBCtlVInvZtJHz6wnuzU1FlPprCknaWHWNvPGAfXU9bWF&#10;efiJrNTsappkxX81PqNlE0WvlTFIblnXO/T740rf4JFn++iNUi5YRpmsCzZQh5pbo0yRc66Inrkx&#10;CCyAllVKBO8vpiJngSboBesNx1IzlqJCTP3ZM8vaks1vxTjbxAGi/hmBfc5WmgZb8QgtPfhgSglW&#10;NJN2FU9SUw436FVpbWyZa2P7Qla5y+Sm0mJPGafnFIEdVPiL9TMBdk1tFlJO9W00aeKucnz+Lg1M&#10;tf35Q3G4TtJDnV4fW2GYGrVoIbCT/m6Wq99NEbYsp/4/TtncwadTA0/YbNuVAUVFzPTR4jqkuQsA&#10;SE0KfaROq6mJogWDQWmq9ibW70ENi9PHj+P5x57A2D+Dmy7cgWa3pcVuyp+N91wXBlFOp/7F+v23&#10;qzZAqDBBXF2ZEGomtgaRddTwN2h6ZhZX7LyW0xY/9elPsdft4uIiy4zpDB70BwKghobR3zs4htwk&#10;cdnfF9fxTcX8EvJlkoCd5YaxkQ3Yb9etnsbwwH5uvIq5RZ4OkAyV5HFpawrJ4gJMdwOK02dRDJYZ&#10;3CC2PwUjuXEP7uBBJCunYJa2+ppC9vmRaaFF3o8EDDP4ZTRh3rzimWIqAEStzY6gRKH+1nKeJio5&#10;hQ7dGVDmpjzhJpggGPIC9gUI0lMnkOzdDfPI14BvfQX24FNIV172+/KquO9QWiqxaCitnVhyxGzz&#10;6zzrLCLZeinMzW/C6MY7gSuvQe6vJcmfmk3yNaZntgE1VhHWKKXoLp8CDryA4ut/C/Ptr6K5/zHY&#10;5YP+c2bM8LX+HrAPE8ndKVk0T9EiMC3x9dmmC4CrXoP89nuQ33ArGtvOQzK9gQdimUuZQd8wJZBH&#10;izIlYJsHmxXgxpTeYuVQc8LXu3CxDo6zRGXOsNVJLsE87Nftr9HLR47iS/d/Hr/zWx/Gn/7JH+OL&#10;n/889u15BhdedDHufOMbcejF53H82EmWSd92602YnZtnsOfm174eN954IwYrZ3Ho0CH0+z38ve/+&#10;brznH/8o7xmPPv449u7dg++47Rbf6C/xc0CPVGpT9Y2Sxpqb+0QYybSucmVqj1zK643OzWTor/++&#10;vbB/8WnYb/nrf3gvstFJvw76fLYa6TiFcdQgYLshHlWUkks+pd159C+5Ge51b4d9/Xdi+oqr+NnI&#10;C/E2a1ijnEmRxtHMsmFLznUVKFufKXYOwC7o0NfLo4l+9g7rRdqveR9Xr83kfEH0kS3PVhvJJGad&#10;IUVgKxcK5sn+Jdc8z7UeImayf14O7nsW/+2//Xf8u//w7/GXf/XX+PwX7sdv/c7v4m/++st46cBL&#10;/tG5Bne+4R7cfvNr8LcP/A0e3/U4HvnmN/G621+PKb/PWWjABIG9FNbg97Yv3n8/vvzXf4Xf/K+/&#10;iaef3o1r/Gt84AMfxOzMlK5bF8jya8HSc4X6lIXeKzD5zFqpM6pnbknGQFR+VYIosDb2LspqtVdn&#10;H7w4lHQ8jLaaeps76Vno36QKIZ8+8rpLpv1ZOzvl+7MmJ6Jz4EGvh+HyGV//NSV4gQM6gvuf1p9B&#10;hqxS/VAzF0UI7HMx/ZdCgcZ+zyw0oII+N+8D1RSB0MvkZSEZ6xO1AqM1kzYUNKL7yonYUn/zsCIR&#10;wIpq4aI/wpkV3//lCa6++7UYHTnsz+FjmPfftTu/iHaj7X++pddKfYmJedwUwJADIhAG2S5aukh2&#10;gPwdLrE5dKKINmusBFF1njOBpVhUaqfSrijIhGltsmVC8OsupIakwTENW2jvYoUPb6Rj7gkNB0f6&#10;89pv/oNWC70mpfD6Pd/3y8R2S1Q+y0EbnAmQ8DCjYYUmQHZYZCNCjPFUQzoIICwk2VX+UUY3XVdi&#10;EUrCstRnzhr1bpVEbPn+QriB7me8dmxZh0arI/X3k6GqKmiTMgzXKLgJJcJV1Zul1FfxNQUq08AO&#10;KZiKKZtpXoph1LsvdGVSCMuk0k0EL1QmK/pnNlBv3XoyXjOxAZYio6rs7VyTmiCusZN+gK7Ozqv5&#10;BKzxLTHq01qnWtvYyBuV4VVOglpnZCZ8t9ab5FSbL9QYg5OfL17Qophgt9maPHjdUBRtVIJTkw1s&#10;JFM1TBWprzWVBq4ot8eYGmxcxQuq8vuRFmxeJWxgfdPWdanZFRnx5P2JiUmFehlGuXVV0pxUgkpQ&#10;MWUVPRI1TAI22JpUkKXgNC9Nk9pnjgnS7EtgS6NzUyZQcQCoghbz3SlM+eLquHveFz25yjASbnhJ&#10;ZuRLXmSmzYDc2AiQQulHi+S71z/LxuzEysjd0DdBDTEkzTUcoJFGBo1TmjBYEulfxzfM87MbMddM&#10;cPPSDM4cfRatzqzf2Kb865xGn/wYGiP//Vd4slfwNNBxyAxdtkG/x8/5OBMGaOYL4cyNOEYeKOPn&#10;JRijbHqZZk2eEracRhbGRXN3oZsH1kdZQ8WJiLO6LxQMBriK+T3d0CKwdZ16MOihILhrXmFGOU3S&#10;NpFlyfKHJCkd9hQ0kPVbxOj6mJbrylT7UsIfIu9d4AmpdDyTJysVv0sG2BjIlOuUkKSIgiqGGRqd&#10;GkwjIE9pJBZTrqtJZa/ugb5+OqJRbxK6ByFq3QSzff8F51wTjSL4OxTIfPHyqP/V6dMDdIZ+fSQF&#10;OhkBZr7xMk0JubBj35xqMi8nQGVxsGFz9QcVIy7+/RZ5jdRkyEbSKIOFA184p9KPRCZ/uo5RCako&#10;Kqnv9GznagSXqLYwryJfTthFLa06WxDPlJ7usg3/HmOSEBhEVIJPDGJEEVOQngdfFKyQTNfQ6/gC&#10;gZpBkjrQ+/tfF76BpKb1bErPeY7XbWpi+4Y2LvLF0OYNM2g1O/77zMJfMAaXm0mgBhfrgA8GbkIO&#10;+wqBl3Ubi8rXxhrmn6vZDYShhlyGStjKGkDPlZ8B6xAtq76YFV9aeV7KE9FUQNdSBaBecEX5bRJN&#10;pZWAplzSi3kdpPUzWyU3RRGGQLa2RqLR9mQyMDRUSJPExecvF2N8BVrLwZAW3sF31JXschtBSxNT&#10;uimQwagHsVW/0ZBOyXITV05wxddJHeJcWHc2+pMSiEfyE2ZZR+lRoXuN00QDqwCcMM9bzGyxUQJG&#10;AJ2ED4msna4V/e2Ra6PR8vs/SVaWzzCzp+CmQQ3Co82oYU8gayuAb0yzl3uVsWJHQMHUhjNixM8G&#10;BVXw869rLlMfu2YidUaSyGsM1RepqQw8+oyUukvAOMlYmAFONXKSs1fXav8gvvyJz2DzBRfg6tvv&#10;Rsc3Vh3yxSxE2sihXCGVtMh0WPJ32TuDb7KdIAAqY4DOeisejWRx0W753X2+gze/9R04cvQYPvGZ&#10;T/Og4S1vezs67TY63Wl9znTO7jdF9sPRNHv6TGnXn8XntRikzb/lm4UDu+Q4YwkUsDg+gf6ub8LN&#10;bUKx/XyRKdIK8J9j0GyhccHlPPDLH/1LJMee52s4IJkesSL9fRi/8G0ks/MY3XIXlvOWv0cDDH0T&#10;xoCU1utU35giDJDXjpLcK0KBiCwVjeTiNZfrPm0VBMy5phEZczHoMQDmVleQvvQiRnv3wOx7Bk2c&#10;8T/bY6lhzudIixnaQ3/JZ0Rr5+sWsQBxm69AevUNyLfsQDI/zT58aaMrz7g/72lPp/8xI4LsTEZ+&#10;zx76z/fiC0j3Pw0ceQF2+TByv1+bToLhgM6FjIHCfuY/pf9Z658RYviSrKvf3Yr82tvRvvRy9GYW&#10;OG1y2n+OVdpD/HWmZ76pagSZFUkjS++fi4OENNNB7VTlUNt6DyJNvzCBbQRABPSjxjIEmbAVBTHs&#10;/Hc97Z/jz/75n+J3/uAPsWFhHm+6+0589WsP4VOf+SwOHXwJ//o//iI++C//L/zrn/tZ7N33HH7/&#10;d38PP/V//FMszM+wTcWVl1+Kq372X2HYG3BqNu0F3blF8SzlczVl6SDd05PHjmPzpi0iK/b/NBPZ&#10;o+n5aDcStr8YqISzSXVcNuDnvPHsUxg9sgvp0b3+u1C9OcCIJPIsU7Nyr7ifzQUkzIQdxHUCGWls&#10;uhzmmpvRuO4Wv4kIaHJmLNev2UrRtZJgaXg/ybnu42dPvUjj2q5YSr1qoIb5O0hHjav1J/87UTfR&#10;J31yGBqDFvMaNBUUcOKnXQ2sS6KFDtfuAXz0v3H82BH89Ac+iD379uPnf/Zn8fa3v50D/e7/5Kfw&#10;X37zN7DryW/jmad34xd/5ddx5dVX4Zd+6Zfwvvf9CL71+OP4uZ//OfzKr/06uu0OWqkMQEdjxxjS&#10;f/m1X8PBQ4exZdtW/OT7fgw//A//ITZu3MgDJD5jGaTNJJyv5sO3nk9f/r/RK7oJVqApgwiceMC6&#10;qCirWmaVGiThgVe85Cbez8SBspzZSfANdhLAEPrMNnkL0yBqusVgEEtLU5HZFieOoX/kKLo01EmN&#10;qh0IxHHsWZmNXXRMBVxFSQeVeYoslfYD8u4LZ5AAk06rZkkbZ3CXz9m8DO90ZQ9ulKzi1BqMPsc4&#10;EwSHQ0DIk9v/NzHZrFO/fuox/QbcXx1wrXi2k2Lj1iUcPvC81NJ+r5Qc2kTCzKzmDFBtTIMlYjNS&#10;UvZIAMCUw3ikt801GMKp1RV5R4bwE6f1WZEXFalqxfJM99ZGw7IPPAdvci6J1D62wnTkXtSEXAXx&#10;8R2R31+hIRm+LytSItc0Gdsq/HMxTAm4M8wYFLWDgHEhuC2w4qw+h0nMdVByFLO4bVSxsbWFKogK&#10;HYLxurRylplARnGS+luEtapyfRYhW1EscJgc1Yp0DuSZhlRaVnqwDD2VcFKnZwXUaz+o7JjnrNeB&#10;PiMP/OheZZkqRMhyJBoclya/5cRctdATnYIJlGJrKuk7FSPxkDobp4XrJ+ZUwT5X8Weqgk91oM+u&#10;keuuAcsqIJIxFTNcNZQMYeGlEXgFsbQmPmyhYbOB1Vg15a9Ij9dInyq/6ypT9dhoVD6TU3rnmqY/&#10;MIIKF9FeOwH4Fet42kkqk177MGqvNniu7n3I22hS9ztgam7FjCGCdPZck5s6c28SZJ28NzUvPp1q&#10;lFN2Gz1/gjTaFZLSEyiu1YSlkk2oSLcr4gMQJdhEhhvr7yVSdLgiVfZIoYBD5Su6SnplmBKaye8o&#10;4BdtpG3yulhY9P2gU5KtL0Z8M0SbIRVUtDEWvpAf+Q/S5/vd8oV7m2PVzw4HaBMDoD9U5qLVoU3G&#10;jZxo82UzNY2WNIQ8qXF8AC3OL/ji9zR2zE7hSZpQ0PQj7TCDIh/7Ri9bZTPkXP2KyNcvJI6OKJmX&#10;GjlqEChk1F+blukInRr1r5xrAxuNbln6pXHtxP/iv9CIG5TVa2bCFCtIXCDFbq7JkbSRjpWyjSAd&#10;0qKhqIQBuWigp4e6NpkM2KkXWBJSiFTiGVKanQnDB2luXYFKwkAYZjB8W2HnxLzZGOLBTwU1cv6+&#10;kayKpBIkXypIGuQbhPM3z+P2W26DnZphv7hGGJ5U/K+cqyePVAEVrGujXrIEzDm91VCKkZ0OFKyL&#10;YAslFDb97Zvzn2erP3hf486g4Zuez1BS9JkBto8IVPPNT0GypoyZgL7XxRkqRFhyZ5nGPnYiJaLX&#10;H+hapeaeWH+jIHnU1GhUBgMyVvUHDTUIZH6uxUO+bqEnhyv5FA0U6GUmgf93h/Y28oMMzC4I+Nej&#10;4oQaRxdi6mU/GSvA18hl76WfpSndkJOvCnnG/DdqcEpvzkEkqW/u6Nlo+j/LhyP0kx7sdI6Lugmu&#10;XChww3ldbJybw1S3gVn/zFExNlgVkJg9ZJMqKhcaEVuywFy9pq0GypcsUlMyNIPKs0LQWVfKe441&#10;UVQwZ3OOtXOu14gjLrMOGODK5wPG1DwBq5YZAX9ME5UUymSAC1iRdTYqJoUmgmeUG5YwCJhroISJ&#10;sv6YnTMh1QwsgySmjeeaJFuReZIU1Mp6NBrAUd39XQgksFrfhEbSlAkGHFwQUh+5MQjDsVwUr1Qi&#10;FnLHiQEn51QuHjLkv6KgWukZwM5k8sjkZcBXYFfRY0BMqUIloyQ1Zc9Y9lxybN4cUhgH45xDdYzx&#10;TUir49dzxib7Ei4VAEz1+qFm3ld/jZZ6CzGgSVKSCrOkEJAjY4mJEQNuW/olsqels7GGGotSCM3K&#10;4NYaSe8kQIikx1SojobCjGYPP8jQYKqR8/c/mx3DJz76h77Jb+LSa25Cc2Fept88BEpkqFGom7JD&#10;ZH/iFWzijSllM7V6UVkiwqLi6tcXyZkAGI0G2l2Lt73tnXyHHvz6Q7hgx0XYefW1vG6609Mi2dHU&#10;eW5EWQ4kw6tM0+3dpg1wN92GoreMxslDfrkP+H71qblYPQk89iCS4XVILrsKA2L10T2mpdT1a+X8&#10;82HyN8A88CnkK0f8Pkf+h5a3Wpv1MXz6YbSGfs+/8RYkWzYxMEbMhYR3asf3q1AQ2ZyLcRPqxuiv&#10;XQIn0mLaaP7Nl45Szmm9kcxJm5Smv6dDv1+6lRWYI4dh9+5m0K3ROwabr/C+yJYauSSgp/z3KSl9&#10;iJ7z9cfUBmBhK+z5V2J88WXIZ+f8udJihkWStP1+MeRP18/GUgsxKJsxqJgdPoDWi3vh/D/ZmRMk&#10;duWUSEMgH8nxbM515GiQ8VAVyZiPiOHGC9C66DoMzrsIxbaLkTUds/xc0kJ/PGZvZAYxXZCDBc9a&#10;DSzRAD0X6uzAxKrrUiIjZ40cNDTq2mTSuZPlwUvY8pCJwK1jhw/hc1/8ErrdKfz997wH3/Gme3Dk&#10;+CkcPnqM/0mKIZaWlvCe9/x9/Mqv/Sr+6isP4vLLr8A77vte3lrbDbHnKPy/ycrlicefwFceeBDf&#10;ePibOG/LZrz3H/0jXHDRJdz0Li1tYkC5QbWmlaY8J+sAAvfpMfXXv2mlRsVgBTMnj6H35GNwLzyJ&#10;5OwpZmyKb57zdbEcxZn6RxUaUEVnGzHScvJFnNmE5JrXYnDJ1bAzHQ43IZiB/DqTMOXOKfxnJExQ&#10;o2xjlo2b0g88hhG62oO/nu/3eh5+bjJW/py12Ll9bUtFi12n/xFPrxiByHtMSUgIAe/FpB2Vrj2n&#10;nqo2Wtw4ZiQ98eij2LPnWdz8mtfg+979g5iy0s98z33vxNXXXo1/8TM/g69/4yG8973vwS//l1/D&#10;lVftxKf/+I/wM//mF7DriSfwT378x/FjP/ojeN2dd3C4E1kYdJMu/uAjH8GLLxzARZdegg1+bZE1&#10;hOisUwVCwlC9WJMGXvXpW4/w8UrefdXiKPxMYMdWmdprbHAqRJoc5YFdT+It5ZbRlkk9dl30AmR0&#10;Bq1RzoqAdrfDgxzqJTgYbvkMzh46hOLkSV8ntyh2XgDDXP17Q3AX4S3k55LLZROChYmM+eo/rHri&#10;IaAG7gVqZy7rmfP3jIt+fYX+DJ89lT63MIHFL3UCs7398zr2fR4P26wQgNi6xv9ePhxzoNYp38/M&#10;XH4xE1WIXcj3ztcUHBihjL1AuuDhjg4sArBEA4UxDS+RK5tMf468H7kfKERRpzVRlCarrznXZ5Ij&#10;wgBVYPWFXjERsIb3R/INTIJHNFkCkI8t1ZAcdJKLB69LeWBmff/dp+eOJLw0zG+o7JbZjinjCQ2W&#10;FAubjwamLOFVOS9bQ8SgKWX2GbFusGrdkllbWsnR62qicB4wFiJZUHAUffcg3Q0qMrYSEZagUcsH&#10;NZn0fVVTQpBYvSoKkxEBuMpGFMVfKrWL06BX9UDMUa6NXM+dQmuk1KE6YZbN1JqqyWVI4S0nUcFD&#10;gCUxSbLmgTYKGOauKpu1kWFT3QiL6v7sCi3IjRS3Kn2dhAsj4INSylEFfyYnBrYqwa0KnszaIAhn&#10;AiXBRFP+4H8kRrDVYjKwycxEeqJdK4eopCwl1pYsltrnsBXKcwWgs7aysbkaLbykfNdZg6YSUhGA&#10;VA7JcKj5Ik2WxmsTk+osvzUMS2tqrKPaz1QO1EkpQ2RITsbcu3oDGUDNGC9fkSM5uDXXzyrgVyYs&#10;q0dh8JUk6jYFXmiyYfVAyF3d0J6mEqEoK4qQ5gr2dCj0mhLhYmphiTcQR+ljfkcinwMqGim1jVPM&#10;SELo/05zago4cxqNYsBmoieXR2JA2vDvRYbPaZO9SSj9M/OFWaM5y2tR9hLDm7EQmSxa5CheNNAf&#10;dbFjYRq75zr+O6WYavuGIRWZMXrEbKEph8g8OTI+FYkGNYH0niT3yMYdFEwhtzEYIwi9uQGmZzaa&#10;ixqe2CSmRCO4eTRF9BMJzDgbGaUmmDPEqWVehOedNtFUWT+BpV6UEzEuiDW6fMKfw4lpYGm4i+C3&#10;CI2CL0NugoQ4eAgGa3Nh79Ql4RHIEO6eGBIHDz+lyxt/Pynlacbf65uv2Y43f9f3YWnbZdTWsv9Q&#10;4rIYJBDYkVy4aBEbJ3Tm1UxgNNG39rwGIFqlsuqZJZdTfF7CdJ4a2aydYMbf54v811nstrGxu4z5&#10;ThNPnziLp06M0D0zZMYeXZPOKMPYF/jzaYsbm1WaaMpVYsp8wQwYPYBp+kjXxgQwIUekS+pnneIp&#10;UyFeeXQd6DkzJcs2UUA1Y8K9pFg1CmE2jXRNUMphz1/vBssrfJ+hg5tM94uGkQZwoGBQy2noB0mt&#10;gvMYf4ZCqi+SEhIrxP962j8TPK3N+/4ZHaDh103fDTFKx1iayXHD5g4uXOhiQzfFhUvzsK0ZLEw3&#10;1TsxYz/EpCcJhYWrwLNB1lC1XjS1cnYiVdetBfPqjgkRCDc1grl75br5nGync/gDVlikgcFXuKrn&#10;bBUcFP/FpMaMRvSVCecXmSFT0UbgDid8I0x+i5iULfVjISyrBFGum1fOq/IstTJIcHkMAHMhrIFZ&#10;gyO9nqn6qlj1r1UzZAa8TBwiRKZfSUrmyTJnsAVj9EqTIuChgPlGizeWB2laI8kGA1OVmgWnMscA&#10;nhWV4Z4xrlQ/FEY9DIMzy1iAjRzidaVJdDbJWNbG+5zWKgSMUFPhlF1mm9MiTSpW/D8jSK5cIkOk&#10;wAQNdZwLUjgNPrNSaDdTaNI6OCU3MTpx11ASscPIokcMGQHQewvASkBDQz9fxkEejcQX40mhW4QR&#10;GTel4dGJNOf/vO3Pzl4DZ15+Dn/667+O29/6PbjtHfdhfmGRQYYky9RaxEbc91z8tLLGCbLwSbsX&#10;YQsyGZmZfakM1giM9Odi4v89O9NE1ze8P/jD/wBff/Cr+Mgf/AFed+utuOctb+U9vO33/sI0NEm2&#10;wWANXQvar/pWGIzjqTk0z2tjdMcbgT3PId//LU7pdXwRxmgd3Yvh8lGMThxBcvNdyFtNpE3yGCIj&#10;8QGSi3f4n30LiscfQnb0OTSGPf/5/D6VdjCFPsbPfhXJGd+A3vk2uM0b/LVN+RwnYnaqbNQ4nH81&#10;A3xlRwflTKJMUwbAXR796RJlqFCCa07sruOnYfY/g+SlfciPH/KN4xnfTPbYw5ECoyhIpEkvS+xF&#10;quvZEtM3Y1Nb0dl+EYrLb0S+eRMySnYmC4wQbEfNE4FGJHemdEr/T+pfF4cPIn/pRaQv7EXj5GFR&#10;L/g1bjPD4PWI/ALJR5cSY6mm4nrAv+L0FgzPvwjJpvPgLr0WQ38G0ttxJUAedcQkITYrmaCTvQOz&#10;M3L/emBWYvDUDr8OfVN1wB2GmGFgXB2uSwOoPQTVYUWh/YZDz6+5Qy8dwN5vP+HrwSauuu56bFza&#10;IOwpla4/+LUH8dhjj+KJbz+F8887D/e98z5m4dB1vv2O2/EDL76A3/+jP8bnvvAFvO477sJ527dr&#10;jeGf/FaK3tlV/O7vf5Tr03vedC/e8ra3+p85T9YvZO8kDytin1o9uBIajxEgoXLF4swpmOf3o/HU&#10;YxgcedGfl2eJU8yD5iyXoEVqCcdDSesOsjYhLvjfp33pwqvhLr8edtuFKGbneJhINXXbP3M0eMs0&#10;1TzJhWlD/S7VD0mRMJieF079+sz6LDFl7r1abRXlcGt6m8qkez0W4Dq/J++VTPRAReW01xpYBNI1&#10;sox4azX0rFfrB33eUuciGJ+7YHVjeVg/Nz/PdX6vN2CZf99fxz3PPI3/9//7ML7xjYcwNT2Nd//w&#10;u/ED73o3tiwt8f69YfP5+K3/8WH8u3/3b/Enn/wkfvbnfg4f+MAH8I7vu0+HcMC27dtw3vnb/bJQ&#10;ZhVJ3yPI4FQOW5Rhk5XguLVAnzmnsmvd/nudELrwe1Ylka7CtmTLiMJMqCkqgKPLI3knWk5Vwr3E&#10;U1aUJlDG2ZR/nprTXR7WMV+r72vDQ4cweumgMMN8DZ13/TomYgUDb0piYH1vLviFBm7keQjgKGKB&#10;RL0XA1rKUh+NxTO9CISjwtR6YBd6pThgtXwtrHqEOvXtDv0wWXnkozH7YjILmYfyQVHln9PBCMNe&#10;n0G40/73bqYzpj/iZz9N0mhjJoFnaUxrD4ADU5EyOSMZgM9y7RMl0E7UdMKQbIjzFNcNCQeVZeVx&#10;rfUTgi2cRQSz6dsQmYBqx0xxBnkfef4ce+wKTkSMQ/IFZCuq1D8b/nus2CZWWW3bJMmB3yMtpmio&#10;x3Jfw4E0iX4XAvJsQzz10uCpaESRYIP3sVWgTWXZnKDLXuZKyHKIqpKUg1USfnaJRWiKRH34qkN8&#10;w97uLlcOKJ3T1JMkUh9TTyxrvZC+3Ip3K5Gx6IyUHlySo3NV5oazOdFgEGLd01kS0otTa9NK2p1y&#10;XFyhxvblIeW0gTcxaliinmOkdYh/tiZOuYiZJBpiSZ9hZowpv6yth8EqEKY+csVEUqGyPgJKH/0w&#10;rJ2Q74qBfABpbFFP4pHpkqlZMNSaLauTdecmXZMqbL0y6rjQaXk52QAzA0rzJVeZaqDGYqhudlVA&#10;MBAznXWRTRhpzQyJF7FpiemFE0To8B2r4F0JzBbl7D16KbiJVOL1GZOTm7hz68sRgym5U5PfKu26&#10;9go1aW5gNZQbtakAd6aSaGOtiQ1pkNQUCvgZBZSFjJaQB7YYmqukix/sLIuvl2u6TQAxqkCn0wdc&#10;jJeVKaKm3wQYdhOHK7Ztx97WtC/az3JDwj5h/mElTzRHKbiUDkqN16CPeV+UjsiPz636DTfDtBnx&#10;fVnxh/a0yblBoEJ71Btjpk0U7II3FSqmqBBt+EZgPBQvl8Q10LJdX3Ct+sZkxn8e2lQW/WGV8rVo&#10;FH0MWa4hm7GsiYILprF/rXzom4Z2R0zzC0m+ZJeIwsXJGCcACV1GzJj5eQrya8smqeKXWERgntLi&#10;6NDg8JNEzOqpmIsGuZpAGZ8b9ezK3VjvvTAaqZkglmQwdC2YxmzFXF/XCzf8SRJTBQOgyGwNFNFM&#10;vFBjKmPKpl2s5IKnnuUEX4bVClPKmOlQcYHUzbsQH2Az/nNtW2zh3ruvx1U3fR86s7NCwXaS0Dem&#10;MkHXTHXvqWA8EwE+a5+Pqv9hxZhBGY66VmPib84yGz6+AkhDIB2ZoAu3DZ12i6f25Ll3nV+ns0kL&#10;s36dPjjuod87iZlBB6tNX+j7A6Izavn3bzGjlKR35FfC0zlOAE0ZfODAiZwO5YKTcumzNTmdV3xl&#10;SJa+yoe7jXI/OAkN4EOyCMw62Y26/vqt0sGtjBH2C+Rv5htryDM0RmCey2CowR6DGachT+nBPVag&#10;b0jhM7TnERsFwuii9+tkI/8c+lcYDv3rjiQoYpQxq+dUY8U/ExbXTDvsmAZ2LjVxweYFNH3BMOef&#10;MTITT4PNTy5F+HCU++cwnJ0GIagugrpFkNuWpt0x9dRWByWoSVRrqt0KOBeKVenFzRrZkivV1OoZ&#10;GeNmKiEviIXTWqDElFIRV6n0wjQ2dxEUc6bkwYYznb5SojYL7NlZiP8Js5adpMRqqHUpk4p1gY1y&#10;WJHzahhD8AnThtqE58lxKahpbr0YEiXpZTpBZYaT1UlnIiwjK0VbkpQJiIF9I49hoTMKSRktapLs&#10;QpO9wzVyXKCL3x8Nm+R8tmrhAd8Eu1QMsQtOOx+zF5XV9FtKhLeUoE4MQGW90j4S5Bk5e3b7hr2w&#10;0lByIBHtVGMdYPjdpqAhkVwby4AcDaKmMTVrsHL2lG/chCXLDEu6/mkS1yQNqIRFYX0j4iJDMtFk&#10;a5aX+D/LAqhfaII71C+QrTQMswLDUI7Pj4RM/2VYMRgN+ZpTcigxd8YjAWMJXynY59Lx5zadEVsI&#10;rK6ewEOf+ySWLroE11xzLdL5BRRksI0w6c9ESkrppBOp1qHRO5fI11Y2WFH4CouULSZo4t8w0eOR&#10;fr1xw0bc/YZ7cezoEXzmC19gD723v/P7eS9NkrEseH9P2yTr8n82LIR5P9J9J+90Ybacj1VK6y2G&#10;6Ox7CCv+nrVcwjYDzd4xuP274TZsRXrhhVj232fen8ur/hoZv98Mt16MTquL9KGWbzqfgGvREK/B&#10;TCjyZ1o5/gKaTz6IVue70OsOMNX2+2vSYW+6ItWgmrVe+rXqNjBykgpDTRLQiR03hTQ7yyFUY3/v&#10;e/57UW3ROnYK+cHDaDy3Gzj6jF8LAwyHFMzh10bDcnpt4tdAm1hyELZKu5liJZkFrrgZyY5L4DZv&#10;YbkVN6gqW6Q11GRplPjFtrIhBn1/LU+dQevAs8iffAS2fxJtslooBrqnsBcDs5BambDAe1bSE23R&#10;RX/TeTC33Qm7bSsyWoONab4olL5Ln49rFFiVmck+x8oAZWQ0rCgckqDMUVuLUSbDo1QZtvSEj3WN&#10;0ZrvNIXnSqAMpTfmmRj3M0uEmIf09PiH7YlHH2Fm3rEjR5jNcdGFO/DBf/7PccGFF+GuO+7AJz/7&#10;WTz9zF5ubG+56Ub84x9/P7Zt34y9e/bjm9/4Gu685824790/hC0bF3HZzquxbdsm//VGMjygc89f&#10;y6XFefzGb/6m+Df7z0tnGqs1nImhV3QeEQuG9qhl/0U7psGgXb/XQ+eFF+Ee/zrMiQMs4W0YsqQZ&#10;+BptzEybhPwUR5ZBuXEj5+AVsIzcr9TGFIZLF8JeczPcJVcgmZmlUUYcUhQclkV7F7FnfB1hUt73&#10;SfmRGpFtoxCTemZn077lqv69FXVTte96hWFXrRhz6xnbhuRXV+ujgmS1lnTtziGIN3LWF6yKyfl5&#10;zRmcGAvgQNLogX9SWoZBz0S7vCGxrHyt3/P78bFDB9Af9lhNcP75fh85ddo/Ry1cceUVuOrqq/Hi&#10;8/vx0d/9bZZq/97HPobls8t441134id+4idx5eWXce3a4n14jNWEA8DxoV/497jp2mvxb3/pl/EH&#10;H/0I3vxd38Wpq+QDWyi7mb3ZdBjFZ6cYEKoKy0RZqatMC00Fd3OTdiZrfPmKGtBaguaVXrLiPxB/&#10;y5YWVE7ZcqG3CM+ni/28jRhFGCAG9R7jCRTYSkD1iJhhKTqNwl9bUpdQcJB/blfPAs89h2S5h5nu&#10;FPrkcz01I4BOICWlMixMmOU2FoaX4sTsU1uEQVqQtYqcnstnltBLTUQBOZJYq8ESLf8c9XvSm4kp&#10;d1Qq0D6QKxWh4fcz7i8Jk/CfZdAXOxqqgZpNsRdiazKyPDBNX68WDEKeIvWK//tbfe9CbGiq+ykM&#10;hwYj9OyljTZ/D8YNdGgkVgSiCCRZaRI8tpVhm3BtknD/U5B3q1UbkMzxmk9RKFgnKkRXsYlPAyNN&#10;119iw/C1UAAxePhKcveA+0zLwznGClpUR83iLPnGEjOfAEtNzW0kUhOmUgApy1P8+Kz6CAZ/vizI&#10;vEMuhBKuwmCGWXR6LtBqK1QebTWsxHKrLo6ydB+4d2dbIhOVBFb9kMk2ggo83ueIcai2VgPq24z4&#10;DlpmMPr7HGzF6GeThsp7GxwGSPdTAlSshmxaHiiNciGYGPYd1CK9qJn0ToA+JjTObgIEsspayEvJ&#10;WcW003By3DpJRFogFxVmg1WZTbSM05+3gQJdTdKZSGCrgUzqsxXSGUMTbVD3qQvUYLcOsOVqQGNF&#10;pjThVRc8p6rNeimJWCtlDUUVKiw+YyreSJUuz02kDYUAi9qhU5EL18JLXCkdWF/mlUgzFb0O1lKr&#10;11zrNcCfqbMsJ5gPkY1nay78axh+9ftaN6UqXP21opgxBiaYeP2Y8WDLg6YaMBOvmU3iNIFlnrlM&#10;IqqIs7DFgjFoMIXN42TLKcjluMnMmDU344v5NiXE9URuRJtl0hR68HA4AGHrC74QOuU/Ul/XAE0t&#10;MmYU0cbWkftFLAm/wRL9erbb9ZvykA+TERU7uRSUNjVqUO0Y3GuSJ5PfImbaTdI0Iku7IoFjr5VM&#10;qdTapObC0MucADBnzpzGvP9cTTrgKRwk49JTA1EcF3ABVGBuhCmiJFAAV8f3l0OCFXQiPxWCVKDh&#10;HOSBBN18JGFKI+S1eAtrONMQB/bii5MlYWrSoWJUFlw+oyiN4yO2HtKZbZnKSgU6baiasYnoIWoi&#10;u6lwJn6uAkF56j9HJsAm1UmdRKY7823DiZrd1ixuuPEGXH753dzYUToTJWYSoy9XBmBiqmwkF1Nl&#10;ym20CvQUJUN28qEVLUdFzukq0skASNvIcipZtwlPLQsXUr4dN/bd6S62+f/u+GJugdJl/dI5cMrh&#10;yIkR0oH/80zQqlwl2BSA0fa3p69ywZEtZJJEIR4ETkTdpuVkQ2bvsYeYMIAaVmU8/mdmKaCmGMdp&#10;2MB/tra/R9PcHGUqOZfv50sP3zA6dNnfgg47CVwaEAhopBIYO5nM8t+jRDNTMBCp1FEoxY8ZfV2a&#10;4BJrwQ18ITL233Pgn0dKuRz5n+vBNR0umLG4YiHB5Ru6WJpqYNPCHKZmujL1bLW48Sk3mTK4oPS2&#10;c+ovaFhyIKa8wiRbk2MSJYaudstNRUaLCQl3ZM5Vl4mrC8QKU+WnluvcTbAE1zQnrjx7yvPc1JmA&#10;leK+lPgGM+WiBBUDGBwlKyJ5ZV9ZJ8MIVELBwvWUuaCsZhO90139bNN1b4NXHu/VYymINVTDaSSM&#10;c9LMQsOoqozIWg0wKeWKthIm3uNQE1mTludKxRrDhPdxZZoKJxMb+awox5BrpKZS9Wod5kSQFEy2&#10;TcVOgP0uXUPlNArY8ccYS0iEv7Z5SNguGiyDbPnzyaUDfpvh0DB4GAIycqZOEq1XEsTp+meZeiA6&#10;G+XT1KjQ3sE2JMRQpCfTJZF9L587kSRqZi1oejubZmc8Jae9g+wAGsTfJf+wpmEPusJ/nyZJ9/nq&#10;jNBtZww69IZH8Vd//BH/PL8L199wK0vKeEYw6iOnFFuXIApntHjOg8KB1p+my0sT4kJlqFCMlRMh&#10;XN9QyxZF7SnMtWHvTk/hnje/lc+ib37zW9hxwcW44dZbMDNDzCTwuUd+clb3Bm5s/HcY0X5PBX+r&#10;AzvnX/HqGzDoLQMH9/h7RKwpfy1bXRSD08gfewBt//4d/9oFmaM3pvxnGvv38H+ebEZ+0y2+Duih&#10;OPW8/xyr/teWhxRT1Fzt/TYK3xg2broTo63bfS3RFxsGBluK0ncPpQ1KiETK1btaQoYS3iudWjcQ&#10;OJcVAwaHaTdPR2dhzw5gDr6AfPej6Jw54rfOZbSxwteKwFF/IZAR4zFJYn4g3f/R7BL62y5Buv1i&#10;ZOdfhMx/R9dus+y4UD9wMqWnJEOqgUgiZnorGK2uovv04yhe3IvhmcNo5is63PLXmc5pYlSOxNQ8&#10;85+bWJX062a7C7P1MrgdV/j33IHc7+WUBl2QrYSVOr0RGLgVr+4ksOaNjQMIhgIjuymJgW0E1OVj&#10;rSNpKEtf3zef1HhPUUM6ytFsJZJkrY0wJWz3B0McPfIyDh8+hI5/Pj/9yU9gOBjg9a+9Dc/t3499&#10;+5/Hf/+N38DP/NzP43u/73vx8suH8OjjT/Cwd/v27b5vH+Gvv/RX+PSnPoNDL7+Mhfl5vOXt78Br&#10;734T+xNaViMIs51tWPyvyALA2hFLcxti2M6gHg9QU6nZqDkca6L4Bv+Zx6unkR49gWTPU0j3fguj&#10;/jH/6I4x1pTPDgESmTCME/79gpMrSZVPA3ZQKvXs+XA7b0ZyxdVIpyV8bmzS6OsVfJd5/wup2fr/&#10;uWQq/aHEN1ZJCsU6AReBLb2eZLcO2AXrhnydkIkJcl8Qp0TrJ62DXaU3XeM/lpXSZQIcCASmMmSY&#10;S0I61fQcGgYOBBpyEqtMwGhoM/bX8mO/9RE88MBXsO+FfQwOzUxN49qdO3HXXXfjzje9CVPTs/iV&#10;//yL+Jf/6l/it37797jXuOyyy/DTP/lTuMnvTZ2GeD/S5aDXp9d98CtfwfU33oSpbo53/tB7cN5F&#10;F2EDBY3RQEJ911g1FHZIF0g4k6OSUKfZmmxdLmtR9thrAL/1iCRmQt22/mSi2tfWiTRlKTNpDxNk&#10;lkEVNtnvE2OdPegoQMFfcw6d4PAFvzaWT2C0+ykU5MOdivcbed8lvFk2eP0lkVSjhgnGqqRV+4nC&#10;wdSdwhAMkKChFPy/pBz8F+yLm7Lyir3foPJa6q1SeRY4yVdBqZETwkWb7CFGY5k9qeqJr6vVkBO/&#10;72T0535PGvq12yvE5oglsB3aL1t+f2lwGB6p32hLoH3LKdbAVAcFvwr1BXexr1MMJxG2PNsfNEO4&#10;pUpQ/VNg/OuOlWluFbRntV2uVjgIIUg22qWEey9AmjxpmQKqy75HNtRjJn5PNU1W+1CqPdeEFFLo&#10;90Ky5CCJLu3VKTMc1ZsvWKYZ9YfXRF2r+0eqyDV7wweLBqohg1KM76H/XsSGZgxFUoEliZ0PB6k/&#10;jcisOfSDcYdMiGjRy9myP6oN1je2IZoySW2qhD+JsoOdYiqs8ngOQfxz+Yynz5nl0iOrOi957/v/&#10;2YeC9FbwNsMopanEKSfVzTAmnNo40ecCWIGUQCngQjSxWrTbilzTRA86a8ukHVOV+5rSlLsKZMUU&#10;Wyufz5r6pMCYSmBGdfN2Jkrf1vdiMDUj8nIHMesaGq0niQiNT/27mDqzL9AzapTmUHRNeH1Expur&#10;eRNgMhEYEym+1aAPmDVpxeW/rQ6vTC2FuMruCwjxuROP63/vXF6MTjejaI5e+1xVH8Yivn/87kF+&#10;a20JQod0U2NqBr0lcFiu0UKZIGGSZzQ9h8Asp7R4o/HWwZsxrIei0oQzJVtTeelhpUNnTGwg/0Cd&#10;8MXuU08+hmx5lWnCJL8lbz6WJtLEtzONFWIZ+U1vtb/iCyF/ePgiazEZ447bffHfnMKpoy9jcW4B&#10;fV/YunzICH3a7IisjXzEfJGXUPJeu8nPJ0d7a8pkjy3+fDHRt/4zncaefc/ipcPH2L/GFXmFgm/E&#10;/wGymZLxOx309P37vVWZpOSIQKoLzb5RtqVFlLLUZNzqE2BC4EpgAoZYdgbs8phKGqwrCm1iTSka&#10;Ri1fS72yygzFEvDlFEplJZeeG9I2BOyOG5m8DNrQqABdX0WZ4sY+/IX6Gjh/aFI64Biz/rCb6zSw&#10;sdvEki9q6d+dqS6She3obr0CG7dfiO7sgi/WW2wqazTFKYZOVYARa0xtklxNEptIGzjnMNQgyHTX&#10;c2By63iiCsPKaPy6s9LQUBpVt5Fgyq+hWf+9tnQtNrYtZloWB02G426EdJwxS2La/7tBILRfax1/&#10;D2dyYROR913qfy1BK74ppIaLJ1ROQR1GjNmA3ZLJuv/EA5K3OTFYb/j12NaChdqNYVVGr6loRiWi&#10;mZoZUxMy1iIyYdDDr7HwGZid4JssknCqVDclYIGARV94dwnsGw8wmw0xNez5Z3gVAwL97NA31mNc&#10;ugTcvD3FjZtT3HzBIi7dvICtG+cwPTeHbrcrUzdrSqsBveb54CzM6tNIVPpGDX6TQwdc6ZXnyrCm&#10;vKgoTgxqYUcmhIPXzjWzJpnDoC6lXW8pGLsesFizjHxVTyKn0/tgkh3h5YnQK2NNtLQQL0XLUqzR&#10;iEyTgdWBwePPj3B6RSbRubMVZr6peVOW5uYmSvKrFPwiDBadNIImNH5uxAUPpdJG+T/55FlhjHAt&#10;wiySIoJ+geJYO6+CtFcZa1WGR3DdMqUjfLyoETS09XvGA5EcMSWN9q2tsynOX7Q6CKX3TEXmYaYF&#10;jqlotVlhjIrfCwEcudUgKMPgCk2O2bzZBA9BGYJluexxbR1G0fXp9cmIHcrmcwqEyoKRkDiRtsiU&#10;WtZ7AP1k2m5LFYjK7RnsC75SXO9L0+icif7CxFrgY8FJyBN74yQFNy/NJgE1ZCvhz9aRg/hyy4Bm&#10;+dRxvPjQkzjTX8aSb0xNs82eQjaXpPAQ1BGGnwHgNiwXD4YULq79cLYUFbrqpHYj7NdGA76a5Pfj&#10;n+dOdwqXXn4N5mdm8PFP/AmOHz2KrZs3Ym5unveukIAt9bOYv1snNhDE/iAADd1pFHMb2GtovHwW&#10;TWIWj3p+r/LfuH8Gw8MHYXxdUczPo0hbyh4ZY0gsC3/2mLklJJQb0VvxPfWI/5ykj81RH+nKSRSH&#10;DyPrzMNOz/vmzTCzOlG/0kSBvSQC6DLoTTRJb+w4SzcmsZJCYejXFbH1mv790oMvwT7ydeSPPoj0&#10;mYdglw/4e3baf8cRpwwXiZiQE1uBfDfJy2/cmkW+dDGGV92O4jVvQH75ThRLm9AkcIGYkTpoJmks&#10;ARqJP3+oGXXLPTSefw7msYfRfPivkTz/GNB7GU1ikmkzycGk1Of518mYjUYXvINk4/nILr0R7rbv&#10;RHb1LSj8Oe2mZvyz0mGgK5yNxpXyPlStecJeGdK6K8Ps4IVdr1ETbfDAvoL90Qhf+Zu/wZ99/M8x&#10;t7iAjYuLnM5IPJjls2f5fj34wAP4lV/+Jdz/hfvxmc99DvtfPIC3fdd34ac+8EHcdMON2L/vOeze&#10;swcvPb8fb7znTbjjzjuxwdeHBPLt+vYT+OoDf4undj+Fm2+4AT/+Ez+BG299Dfdp3U6HwTaup5yy&#10;hiPdqpQiF5xESrVSgz16qWk1nHpLcln/F8+cQfH8XjS+/GXgwc8AR5/zm/dpv44LHWoUzFqJDz1B&#10;HKmkGxOAPW4tIr/kBhSvvQfZa+9G9+JLAX8PRmRTkxV8PtBwJiTDV22KSnDETXRbZo1fXshxdzi3&#10;zd56vUltrLaeeil6rZuKamwt4UFe2ml4oI0gpbHh02kP4dfIx//kY/jQv/kQPvf5z3P/cNGVOxmI&#10;p6AEYmfR8HR59SzvnV/4zKfwoX/7C9i0aRPe/yP/GG++541Y2rCEB77xdfzpJz7Bibo33XQzLrl0&#10;B+6++w341iMP48TJk9i4cQPe8va3Y35xnvdZOifouTjw4kH8n//in+N//q/fxrDfwz333suqt8VN&#10;S+j6fYU9zDgUJhO7iDz/u8WRGFMbnpVMncme/Nw+fuuqyIxZn2xiJhUI5b5uKz14BPrKcXqlZlIE&#10;V4dUTQ09oUEw+THT2Zgffxmru78t99XXy6SAopvanp5hb1YmQClbzGjABg87c/m3CfLaoHwrXAzi&#10;YIYqnddU/zplyrmASeszyj6BebxGDECmqaav+nVGIBzVDOTxRjJrGpONRA6chJqEgDhi65H8njz5&#10;/DlOXtSnT5/Fi2dXuSelYL1Zv1a2n7eNphRypvpzuN3qcC3VZlBTLEvSQDzQ/YRrGq1JjAbLOE2g&#10;DoGMfPYmNtbCYqlQ6Lkj53ShalKu91WJwW7wCnaRZVLOvuwNBLlVX8wQWSEyTts41eyil1KSe9vv&#10;tX4f8vtg0mqKvzzEniO14jNJ5IxU2ZgIgUlWQzsCtkSBGkSC8bVGriw5knTxNbcCznK9SP+dahqv&#10;NaooMUIsYpmvWFYkHHRYiGQ4SfVamJjIjETwLAIGs2Bfp3WNjRiIgKuT+BanDjsZcBEuAA3RNY2k&#10;TBlm1iBvUnXKcjU6nA599kdwRenHx0wZp/5amZjmBp+NqodepUs1FSClxmbTzUCmjjYy5OwrBHtw&#10;HxkP36JmvlwW5BINHX2GChes+Grs4PXNzg0mvF7X8TexEzP69V+zlghXKygrAROmjC50FS6HQ/1w&#10;mrw3k9iARWnSGY/JiWlGlA0r00j+flXwUlqd1ptMVwtjCczO8tdFlBTXk0OLqoN6LRHPucBEmjwQ&#10;gqeZqbDsygldSAd2JngFFfp5tfEs6kxLmDC1dxH4DZtwmZSUiKG6MVHjLow29fx36pkHMZHnkAkt&#10;hilww/rNhRoDSgH1HYskxbVb3JwO+6sYDMfciLVpkxLHYv93R0y5Rlc2ApZf0bPli/2hf42uPls8&#10;xXEkFWzoVMnwZp+N2CGF2WTtpsUKoztTPMlgFh/fE/FgQJqqp5Qg/ZZZh2MmdVie+nYxXFmOgF+m&#10;k+wgkzDKkojtkrV6cJVAaqFU5EwPPL5mRaB2p3IQaktkjWzspXSx9AChhFuWjIVkwUIj2nk6IoAa&#10;S1WLAmHuIWyiPBpLp0bSi6jBFa+PnOn0Qa4im7J/j3zADWOa5OgmMlHr+uvXaSRMmyYfGWpKCTga&#10;+0PEzV2CfGYLBmSCTxN9SnC1kmJGEz1JVpJ1lFfkZTVT4AnPmPVDOipyEvfKnjO1NOkJO5miskkE&#10;OjcPTRp0+LUxm/qmyzdIHX8wLnbOYmrK4tDxAQ6ccDhBhusktbUkE6Tk3hazZTr0PQu//m0TCYVa&#10;MJsiZVbIjM0wIM8ofe7O0iFX5OpVY9ExIjkYU3iA/++2SgCCf1/uSqYQTU7b2sCPw15hxB6CDX0J&#10;eDQBgDPswZdwinaBrssiYNSigiEboElTuKzHPlNjM8SZzhiXtgvsaDdw9ZYWLphvY6Hb9kVCF0l7&#10;zjfL/tcNocbLkCuA39UUrFTuIaXHashLmIYz7h0M7ILkxZl15URSnxVruXxrEzxKyTrWJ+eh4plX&#10;p/y9coJglTroYEo2WdxlXUVa7qLsq3oKhu8nUlB99hM5mxBlN3kJWHIir40ehs652EBlXLgmCjg5&#10;Lc6LuFZcZNFpii3Uey8MB3VMHlJmc5bjyjrMI1gYft6VzMWK31PpD+zqPrSoBIeYEjR0kYnrIvun&#10;CtRRAZs71JjFQSZGw5sCqU6MxSU09FxGWc9Gve5yDckRVjFHYJRewcqGpus98uuyWfj1nM7BNkdo&#10;tc/4D7Gq02txLLIoo6GFne2iJ2gYRDL4Z2Rgkyhwyew9vUa5DmXGeREOTB605CYt96gwtCvE6oQU&#10;jiFp3fizrN3w16RBZ6uwvp3fS4oGMRCO48kvfIklvbfedbf/M3pOu3w9wvtWgWkbwl5Mco7arfqc&#10;uTUyeFORCDTZNqPP5+dUt8Pr+dbbb8fLh1/Cp+7/HF+v773vXVhYXPJNhtQZuVqE8GCLJdqGLSno&#10;FVt+r+lv2eq/ZxNt31sN936T98RRNkTmv3933MPwmYeRzM8CV96IZdfEQsuf+8TG9E15vmUb8mZX&#10;9pkDu9DCCMXAN0Md35hk/rscO4DGQ38lkrHLrsBsJ8UgL1UoNLAYu+AuVui5LY1Gg9dEyn6QIwqi&#10;Sn3jP/bf6eABJPv3AAeeQ37ieb+WRLrMBv3sq5Zzk8HSp4Y/IwjsyRMszy2hdfW1sDuuBGYW2QKB&#10;Dc79uTHwn7VNdodkJzIuuBki78bByhit5WPA008gf+bb6GQrGLhVrnHGyjaioRKnYAYmItVdqT+V&#10;5ueRbb8U9rrXwPr70aMznUBSNKXmIQsVZmPJfp4aTWGGq1WqazqPSqJoYUrVjlODc1JosL+zf499&#10;Bw7gsx//U3z+S19isH1qdhbXXHUVPxeHDh7E5z/x53z+7fr2bixtWsJNr7kNX/jC/Rj3+3jq6aex&#10;enYZOy6+CB/84AfxH37hF7Br9278yUc/ir//oz+Ct933Dtz7trdh395nWJY2MzuPLdu28ecjMJHM&#10;+MnInaSYGYPgMqxgab+eGbwnkjRXuZ70fYfk1RbsmOgMfe45mN27MD64D+3sONAZYDVzDEy1h/7v&#10;saehBOyM1UuUBnItCmpJFgD/mZo7r0Wx83r2oZ72zxOlYrLPF1VJVFvxtWvwYHs9X+9zdV5V8Ifv&#10;gYbrWPW0M+sF9jh3jtfK16m1KoMch+izF3zCaweuCcEZujZyWRO0f7oimmAxcEBy72anjQOHDyE9&#10;muKPPvbHuOveezA7PY3puVmW4O7x6/0//af/yNLLDRs2Ymp6Bj/6Y+/Da193CwetvPEt34073/hG&#10;fPBffBB7n92Dn/+/fxa//Eu/jI1+P/nVX/8N/Od//wv43F98Ce//sR/l1ObbX3M7ur4Hefhb38In&#10;Pv0ZnDh+Am+4+y6878d/kgkL2XjI9TABxBnZDY1zTe60Ndb63/X/3ISdQtnXJa8I8p2LRlOq19b6&#10;29cCcPT/S05GNXizOpi0EPc3p8MF9bpmO4qUh8Zp2zIL9+Thgxg/uUt6h1aH1Va0VrmYI0+oXNhm&#10;VkH/Ipz1lc/qHGIicPQYLAQEDIEXDEIpM26s5y2d52OtgxgUotrFn4O5eqHH00qtxggEJOmvsADF&#10;wspoiCj1YuT9NtKshXE2ZtDvmP/8Z9iHM2Um/t49e3HztTuREFDmz1W2QyFGGxNbxmybxPYiEHBP&#10;zlkBhmmIRP2PVW9A7sfo7Ob1NRYwqxBf3FxVZgyoxXqpEEu0QAAz4vFNdRK9Ptd67L0c6qdEmYRG&#10;aiW/F50iD8umgHy0rMguhRh0wRu52WpxYEmioVVpkpaWbUZ7wUgoctGnj1RFnChOeyINGPVnqAYl&#10;qa9TINEF5l5QAqqikUtdK9YYrC7w+3LOsloCHBt8bhBrkH2caY+m3tk/kxxIFuzIAkQU6sUKgST4&#10;1AuwK/1WHmo1S0qpMfezUp/5a/wP3v+BD8VJlRoiBpqfmwBm+M0UzUZkWMUxmKDPIZHGhiAPF5lY&#10;qNJ2Q9LuxD+2EgNayo1shWmWRumpm3AZD55BgdlVo/me4/x4dYP8VzbPN6+a1LSWsrx2Qytfy9QK&#10;zpqIuJSymqosyaGSSfsKk5cKC28SoDTrsEeMXWfjNjUJd50paOqswcjcq14PU/oOVpic9elayYCK&#10;DcKag74qfTaVqU1gn5SG7lBk21Uk44E5EaZx1JQU6vMXQhVYxhoShAoBIjlhyMhUNBdXc6z0fXHu&#10;Gnh63x6sHjosxpvNKbSnfXPVIHPlJk5lBYOAvd6KfwJX+cGc8g/8fGOM22+4EunSVhw//DLmW132&#10;Oxv1T/NnpgJONiBfZHWmePLGdHNlOdImT/ueL6N4ojwY+0NpcBrPPv8UXjp4mOWnWW44FTgGbQDq&#10;4Se3vd3ussSIqNsjYgtUQGTZ2MIEzUQavHFJzXMjeElY9ecDyjCbWEgHir4CtZwexYEJiIljeQzp&#10;UPmGy0ojV1NlgxaRvhzWh4AO6s2nvmmytGjSnMjnYQAykyCVou8blSHa/rWm/G1aaBt//R1mfMM2&#10;7ZuuFhtDW9nsKcSvOY1sZhuG7U1c+1NjujRrfdPZ8tewJUyFJOGCuAy1CcC6rcym60m766VXozq5&#10;WcNerkErtecuRNzDBGaKFD/sA2nqTChw8maKphG6/pxfB11//zq+UJ33163ZMezvciKjlE9/vch/&#10;qhBpSpMKRL1fDEkQKEONHwHYmp5dBElxMLDTKexYgxl8T++fAccHe6EgDt1vbt/igebY2y8vAnic&#10;82dgDzUG9saYzVmojGY2Qtvf1yZNZ0k26Bu7dNRHi4qV4QpS/+cDt+Kbjj6K5ghL3RFuW2rius0p&#10;Lt/QwvmbprBxYR4zUzO+cZ9Hu+Wb3naqYF1gEefRuzIMMAr/2ljdzTJNus5UPFEQWxISaE113xEJ&#10;JEpCWMX2QlmbZZZQyfCrzITgMAFOmNov1yOn1xh/iNak5zgUzZoXMpUBWHUYBT1vw7A3gIT0HeWs&#10;SticuT+y2PX8ECfO5OJpyM6JIS24ZAQWrvxviwoAVxl28ZDPBW8Uo3YUhgEERF9cOQPUXY9TUYMc&#10;mBM59bm0ia1/74rncL1xcRP8r2o7qcbStaFVhAIjuOji2et74bkmLtxoeI1IEZfoJLjLYEu9aVBp&#10;i7URZLNBnsrXLGMggQptE2jQlAabFVFOknPRKOzBxIzZdD/npE0rCbtxjdsIADj2whSwccxWEzIV&#10;L6KMvGCJingYJ/wd00SHOKkwAE3Fk9lpyJt4umqNoEMkkkWLB6IkN/P+TkBNq8n+h/kwQ98/66ef&#10;P4yFmSlMbdiAZndaoPaY1Bjkf8o6iJ7GtsI6XcN/Ln2jqrVX1SKFpvGtNrOR2MfIbwjUPGzYuBmd&#10;dhuPfOsRNP113bZ9CwNpadqWwS41G6Ee0qEieyv5694liRaFdyxuRNrrI/M1AbHjiBWVMWN5hOLM&#10;Csb++rdm/Pds8XiF980hBW/4a2DaM8DJk8DyGZEMjXL2RmN5VdaHO33ab+obMZ6alVRebjpykRYm&#10;GrKkMqnQMjM7k9aFryuS/jKKQ6cxfGY3uru+CvPiUxivHuFzltiKJNWlAViRCKM9N76R8QflKJmB&#10;23oR7M7rYa57HdyOS2Fn5pH7WiijtEMnybwsbWIZWSosVX8NipcPwz76DbhvPoDGy3t83XLM7xQ9&#10;ti0hrycacCYquSJGKntB2Tay2S3A5TfBXX8bcv++o7lFX9M0/VmWcqov+47R+9mmEm+VtWnSKEMP&#10;9bWtsDrdxIRkstaVBr9AfzjGnj1P4X/+zw/jD//wj7Bv/368/rbX4D0/+G7c/cZ7mFVLwN+JE8fx&#10;4f/1v/D4ridxyt+7d7/r+/GW73knLrngfOx67DEcPHQQWzduwM5rrsfswoICNY9i7779mPPn0iWX&#10;XYSpdgOblpYw75+B2dlpMY9XrytWOmgdm1AKJJw+m2K7EQMAaRBMZ5URT1/6Ws3hADjwAuzuR5F9&#10;88vontjnz9LT/uzv+1XTBqn+uWnXhpUKt0IlZwUNoal2XdgOe/0dsLfchfz8i2Eabd7rlwlczQay&#10;P5OcjsBFfi4EbDXWru8bu0ZDtVZua0wZKmeMO0fs/PrN3xqmn0HNP7fGODRY42ceiQchCLDm026i&#10;HyKHiPm1SyDuG++8Czdedz3e9f3fjy1bN/rfb0t6PIMhDvueew6PPPY49jy3j6WU977pjbj40st5&#10;/x35dba0aSO+5+99D17ctw8PffMRfPVrX8Pi9DRuvPY63HXn3bjysitw/Nhx7HryKXzm8/fjc1/8&#10;Il546SXs2HEBPvhP/xne95M/5WucDgP7tEdTX0Gyc4b50zQCfXkmAQuvmurjFPREOXgOqqtSJbV2&#10;HLkmsPGcEUJuHUDR1rwTq320iYMx1BJ9C+55SguDID0lWgP755L6o51gMPD93JOPw/q+LvU1ffr/&#10;U/beQZZd533g75x7X+zc05MzMBjkMABEIjCIpEDSopIlWZTsLUm2olcrayWXVrblrWU5be3+saW1&#10;1lppVaWS18q2RIWVZTFIDAJJgETGDEDEAQaDGcxgUqcX7z17vnDOPfe9ngFFVhd6ul+/cMM53/f7&#10;foH2GWJ80X1EKdUI51nA5RjGFgMcSw5lFD9YFz3WYmJ7UURMxEYrGKn7Sp0Ul+qXLL7jde9CxjWM&#10;i+7+hQL15OErI9WgerTMOON9W4PHKPixv7aJl9bXMSamOa8dFhv+M1Moy47FOQ43s8Mxg4RtYspp&#10;/xyOro0+TmXMr3EasBYG3KV6+6EURRcfm3D8IX7Aga1WRgu3YKeiIWuuiJkERC5jtp8ObsdO1Bmj&#10;vItzZA/i1/o21XhWEm4JmCN2c06+feRDSWo7+ncmx4OGUsx0yxsMotPvOVWZapEQhGdsTEYmYM6p&#10;YoyxhIr6HVmYwZ6OgczMxgkA3ffWBBaf1EW52kCw/NcEb0cZX5N3bRnuIZ0k5Pr8pYb7INnDrPpi&#10;g5mJuR5TV2VZMAtRfp796E/9/CfkAqqAHwZBaGPWkyyhFSbKHRPNauJnYxNAyEVpRfCnMxPUtxjG&#10;Gn9mIyItSVA2GvejZo5dRZAHgV8KGJkE8jEmxAAky4g1mOAiTMimsGXzc60YdxPB0UnuHiZkqtON&#10;vZ1I6k2fDwH80GNr4jGt/OUiKBcMJVNQROWVYYFKJUiuWhajd1QdUDHRxBITP7fheE8ds3ILsC/X&#10;5sROTGlcjeEo0x8bPw8vdgo8x88UZLymCmSx6r1RRI8IxMTngGjXjln4vVKqq+tWrw3+nTAzxto0&#10;VMmD4pNUMtMOnKJU9HqcmPb8qZO48MrLXLx0OnN+Q53nAmiTEnv9YRn4BbXd76HvX3NBg7tmzBgP&#10;HNmBfO9hnD9zDsszXV8MOaxffgvt2SUReDGzLOdGgaWruXqdKEBC01yOtCC53GYfo77FKyeP49Sp&#10;s5IuxaXeiCd3jB/H9B/Di6HzG/384hJR2vg9jjjh0kr0eixioOdC0zLZu8HE6HSr8d6SCplXoJYy&#10;m+ixpfrz0ZQkEblJIU7suGBY6iTpqywrYNckhZUU58o6pebSVUBK4QI7WBqzksBZooCP1vyG6M8E&#10;MVqKni90hmj6xqiTO3QavuChBi4H+yi2aRNoKNOBgJtmC525nbDz2/0G2fHPPMNpsGR4vTLfxaJv&#10;ZGZnZtBuN+Jn5mOlsrZUEmTcxL1f8x5xCaIzMWmOG0s6qZ5Yj2xVXNkJOUSAH8vwPTcG0BRfoXjT&#10;7UdeLdu6beyYb/rP1sD+mQwrbYfZ2RE2zZiBuv6oDzMeMoOuQfIz/zlz+t4XCR1/7FsEuhEgWAyZ&#10;xUqy2oySi/256JAkjM/JCLPEsvD/ZSlR8JYM4CClRpey4WM0YKYsPQcBeh1/HXf9cyyNRZpLbI1O&#10;sYmWv64bDPht+vfnryffpDSG/n7zjfN6eQl5c4TFbg83bAfuWMlx76427tzVwfXbF3Fwxzbs8M3V&#10;jC/sutRIU0OdWwl/MbqGB8a67jkENo7G/vfjVbi159nomSS8xIohCW9uE5wunlYrTKTIUJ52ddjS&#10;P2jCy8+4rUE5mOltzCX+fmZKEJUEVxlXGxjFiWFMajWV/d7EACrY8IoHf/U4kpsSYLHZd3jm9SHO&#10;XhFO3rAMU0n5v018dyqbgNqCLQ0+N4m6H0hkrqzVur9UQJ+pgG9IcAbidd9QFrCtNZAi7y9rTYpR&#10;aatTX6m0mausTMqYWo5YDiu7PNFPB6sNWgt3zma4bnumklfDYRwlNeoUqmBkmOOiLCo5kZGlGD4P&#10;pdKSoTbVTA3xiSJ5kCuVfVRqE5fpOjuWtTgXgC/nPc7EkBSjgWsDkvyUFaQpNV8Z5b3QpPIBhXnY&#10;sgoWCwCpsyHjSb0c5b2WZaYm2w7tpmOvUKP+OQR8Uio9/W5cSKNM9yDXqcT48+fgyuVLeP6JExj6&#10;RvTw4UNwzU60ZnHqY9QIaXS1kXE9GGkSPJiaBYdhg5pyG04WrO4/Kvi7vsHef+gIdm1bwZ/++R/j&#10;1KsvY+fOXWj7fZ/2r2YuSXtBfcJMCytqBGJb5u02LLGxtu3yn6+D1rrfe/urwlZzmV/rKHX2DZjN&#10;TRT+MdTwkA8wva8W+f74Jh30t/7cm80NYagTGEYACq3Row24t077Y+H3LL8/NToNv97mDL40skL3&#10;8YwbUw6iJGbL0P98dRXmjVeARx5GduJvYF97Bmb1tN9bN/keZB8vbSaJ7Vhw8+JP5Nw2FPtv9ovr&#10;A7B33Yfi4PUol7b5PcXXNCRZ9p+5RamwNMAhdp5f48d+nW5eWfWv8wzKr34Bjae/AHf2BdjRqt8X&#10;+hpWpnsWXSNOmN+ZP15Zx7/enltQ3vl+2Hvfh/HR2+FWdsC22uyvRa/HMnIXXbwlKEitaawOqVxa&#10;19bHcDqgxJbgRKUKMQwEf+GvPoO/+NSnMRz08IH3PICf+tmfwU233Ih2p43Lqz2/jW3662MFu7bv&#10;wfFnn+UB7O6de3D3u+/B/gMHMNfu4Mmnn8bx557Dsdtux/LyEg5dfwRNK2nmd9x1Jw7sO8CFXt5s&#10;y76dNev1vhEyhgBgItluKutm5EQV0WCVw4DDMYil09wYwrz4HPDwp2GfeRjm1NeRDS6KT6PRQYTf&#10;c5FpQqbRRHHy7yRAsTWP0eE7kd37IQzvfi+a1x2BmZnDQO2fGFBgya4MYzIF/cXyIIuM7cpXNhno&#10;OzPBzkq5ADqwR1aBD6burbeV1HQrKfD04MwmvWUi/jf1IMgoWIIMl6FDKMcsqoLrquAZrSUbJywf&#10;PnodlrZtx/Enn8G/+V//Ld449TpuuPGoP+fLeOijH8Vhfz089rWvYWNjA2+8fhIf+chHfT8xo4Mt&#10;AQy+5aGPcG37pa88gk995tP+9Ya47Z67cNONR/Cd3/7t+IHv+158v//67/7B9+OHf+gH8d3f+704&#10;ctMNqqgRIIlYkaRGovXMWqPJ6YhM7pSscbW+17lpv/c6feXqAOvWCciphPtqJJoJ0pC10fDMJqM4&#10;3pvTYMiQpurKSvpbyl7WyAjgGmJw6TzKc2fR8utINrfk15l5f5m2hNmVZXHozMQG6oG0wApsM6t9&#10;MwF7DDAWRQwiY0YYMepcFWYWpb7BgsJVpT8HSmbiERfkpeG5Cg3kCMQIBrqMgJL0TAQojei8ElA1&#10;dswszTZKvHJ5HW9TEKKVsAtiW9Pw6sy5c7jt9tvV2y7nwBK6RsiKwYXE2kK8sZk5FmAJJz61lOAt&#10;hiSyrooX/jh64JYBjNfU3qDykHOtOQaScMdEG042pn2FhgnkzU0BHWQP4796/uebfu+/SHWN71ka&#10;/jOQT1/L92pNv860/c+IZdwhrz5OGM64zspyIctw0m6joWoFuRdKBehYFZeJLNcqKGhD+jEXI9Iz&#10;8T1DIWk67HI63DO5BIY5DVEj/IX88Jkkp5gOlTcExLICjt+XjT7bQQAbMDeqIcLgFNqLOA2HEXGG&#10;vAasePaFvwuYHn1f6Ag3+5H//uc/ITd7ppugrcVWCOaWwVpUaSM2V0qjSRL0tOI3qdRFfLWsHhAB&#10;cCrKpLxmNpECW9alTbYC0oyCQbGwDiaOpnp8hJPUPD1K3YIBeDW+jZRLtfuukyDKkOaTbzmNuBb4&#10;N7mZBIBy602mmvojRfETf5Cpv4sPc1EGNOnDZGIyVQroTQtaDMxV/RSutVBHz4zUuyQu74mvmDN1&#10;hkStmdUknCQFdzonbsIt16D2ejGWJTkfgaVXUawRvQO5+TPBi9ImHpTq+TaWCURoYYxKeXmRTq4L&#10;+jcZuw42Vv3NnePk2dN47cRxvjmbfiHq+KKfJAx04/f98w7I32849MWXFLotQ+yoER44ugvzh27C&#10;W+cvYdYX//TeNtcvcVNKjBSeqpDPWqvFSUsE0InPgTRvTOEmGUk5RK9HkuERXvUF+smTp1g2ET0L&#10;aSHOGmoo6+Qetk02GW7NzPr3O4dhry+TXk255fvHVN6GoQDgQiH6Uahvnwn+KRBJi6mYEaZCDTQ5&#10;VjdHVnwVzLSLk14jchEOA3GlXqMayhImQ1xEUuOYc/5CwawwYp6RpGkD5WjNNz8kQe37nw3U4Lao&#10;5OA6zZd0UMfGxeEt20LuRzo+HV/Izs4uo9WeZ/p4n0ylTYsZMQTqLHdzzHSamJ+bZZNto1O3esFT&#10;AX1bTy3dO41N441rklS4KY9R5xJwKSmG+JgFRo5R6QKiBN4kbJgmpa9BNsT5RosNnpdbFrvmciy0&#10;6Fr015Ov3M/5RqUgtp8/3hn/dwxL3lYFSZ8H7PFndHo/RwWQE+l7jxtFZW9R8RGmkqVQ+bvqCZj7&#10;37V98dryz73o/z1H/n7+XmmOeszwaIyF1cdswtE6p3flvnHs9v05JyYCgce++d3I+lhvj3HzvMPt&#10;Kw63LjRw+44MN+2YwYGlJawsLWBubgazc11/f3V9M92M5rxIJo5VmErCKA0mw/46c+sv8HFuWAkC&#10;oCEjM5Q0USx6zmoDWg26MGU0HbbSLf3C1Req9lc2AQ3N1UZVKSHBTKzJ1eArNmET9bebBBYT1qlR&#10;jzaERDZN86a/GRaGG+xej8C+Ec5eltCJURk8YbN4jG3cT2zNniIFF0s15w5Z06IOkAJ3rF584YAE&#10;FnwA2Wz05VUQV5lqUR4bmLiJpYQJieyuGo1FOw4T6Zpqm6EMw7AHaaBREQdzYbJLnn1NHN5u9dow&#10;zIiCEbDPIYuiMZf4DVdDvVCrpPsuhWA02UNPGk5tHDRgx2ZZrD/EbkCKeEusXjsQD6Fxqcy9QoPR&#10;AoOafcG5kYD6+HEDBTm3Ld6jUPn/WQkjkPclKfBlHMiE8DQTJVAy0NKQED2kQ9Y0NdjEvplJjcNS&#10;Iv/v1Y1NXHn1dTT2HMLhHfvQx4in9plvzoZqIxJnKGVIei8TA/hKjLcF8bXenjppbFz0IQV775E3&#10;Eu0bM90WVnbswsbaBj77uS9gc2Md1x89wowrYsc1cjH2NrTvMmtP9uLMiI8fNVWG1pzFRd+M+Se/&#10;cNk/vCf540ye8/vixYu+mZnB5fkltPwFw3JNSO089DVBe9cyehv+Na6cQe7XRGbOkkR67N+33wuL&#10;c2/5vWkBm/PbQRZGQysSXroeG5lcU6N+nw467KlTaB5/EuNnHkX3wssoVi/wHkpebOQjRHLEjMAf&#10;kn8RG8L5+qEzg/Guwxgd+wD6N9+HfM9u2E6LwzcI4GHVthHSAGHMPSfJidlFX++cfgu9r34Z9pmv&#10;oLVxBuhfYBZ3w40Yi6fruRgZie+ga5VApvYScOhWmFu/CTj2bowPXIe+r1+oLuI0QvbldGo7Upd0&#10;2njClZVt0p3a1of7ccGcZt+75GlKanL9a+8/dBiPPfZVXLl8xdcLbTz4/g9gczDEyyeew6/96q/h&#10;peeexc233YbDR46g4w8EhW2cv/A27jl2F7Zv3459+/bxnvnk8RM4//ZbuPmWW7C0sIAjR2/Bux54&#10;EAcPHWKv3SwAZEb3VaMm+KX4QYWfNziFvhCZrT+ehRHHRraYybtoEnPp689h9PDfYPDMI5ghefb4&#10;Mj+G6zdKl+bEeQcmQw/9yuSvt0FOUkd/PeSz6C0cQPNdDwHvei/6O3f5GnKWWX4ESgmBXdiFzHTR&#10;la3k91H5fsGkPqhmazWR26LeiVtRVvm5Jqyuq6u3zDeg6ppUMZkplnnljV6BgkbtpYJ5P7fYpfiy&#10;NXh4KNc+BbHQ2vDW6Tfwq7/+G/jq44/j4rnzuN9fM/T4nTt34MYbbsBnPvtZvPHGm1i7dAH3v+/9&#10;DCrnmaQUd9otvPvBB3H3sWP48pe/jC9+8WFf6g78qfhmPq4b6+usUJglZm+mBIWxgIV5DIuUoMLg&#10;6x32riwoxsy1VXBXPX6xvviGaIFTq/BUsKW5mnXVBL1G2dzWJgFciW9eJIO4ir3OPnOEbZS+OiW/&#10;RH9fuNVVllwSo5pluyYZQhpVaBC5INgVpYoxZUUS0SD69wWkd9I6Kl1TmBihDDplBLJ3YqLqcEmo&#10;aQzf0NAMMDglUlua3LMdjpXE6rFfh8hy6PRmD89vXAblOxZ+P6WekpU/JB0mcNp/5p279qCdSYAn&#10;EUR4wEgy/UJ8BildfBQATO0RS1XahFNZaliJqBGyOPAKgnhTulhjFaFOgaTh0iqh0gCuMwgQo5Aj&#10;kuyO/ftb968/6JA/n+6dxMzzfcus/+oqsy/PhD2XKTsy9vfiJ8PXOYF6gu9kAtpyQi55ZWSROTgW&#10;VovIa2lPybNINLNhqGL1Ws/y2Gtbm+Qg6HptE3sRZ+sKkah6SFjEIXiOvYep3w9YRsJmDsCvS3CR&#10;MnjzO5FVQ3ML+Hl+5Kd+/hMBiDN64dkA/hmrByoFcGyg2TAwGME6G8IXUCveM5tQHLbwpYosFJPV&#10;wKAAILrUlD+zle1VNEOsewOYSuukUh7NWpuQiVZswApsnJJyGDORTljflIIf1jUZf1t8VpdK9RLQ&#10;LNzVlRwvlaAknnaufIfJB2rhF/ZaIR0TP59k9tXMV6+yAJtaGIhNvkzyMaXAlyI/YfptwRys3ptF&#10;mnJpph5XNWbSkAUpZwX2MZOtLHUSoeByML6MDMo0iKOsmh0rNHxpbESOJZMZSrca8qK+MdjEpl+M&#10;LvgN4uTXn4cZjTkNrdFdZMQ9p6hwph5bZkIR+ETTCDZk98X5jTva2HfH/Th95iyDfeRqsn7pLTR9&#10;wZxzoyWG0kTvpUXZRLm8GFLTQk73Qt+/7rBvMRqUeO2NZ/Haq6d4wxFQaxyZKPEO4M824iYrb1rM&#10;L8zy1H6z11cJrtWNpJGwd2Uhd3HRkWMpBY2wOXIjk7NSmUKlsiLEL0smHqOyUO+qIhq7VoEo8vey&#10;kBWcKMSy4yKEhox5asTmtqWAOqCvcd9vIgMuvsUPVgAk2oRYdlzqDeuCPFs89egYcvoZSVD9ftUv&#10;DIb+vc23Z7Dii21QIAqDfL5Roea9aHCBR2Df0kwDy7NNzM3OsQk+JsE+jaI37+AdczVX0BRQMVuZ&#10;GE8UPOaq5VQ1NLBhGguOYudzVrBZrsr8eGIvZuvdVtd/dTDnr715fx2udErs9J95zh+CcWOENf95&#10;N8gtjCR9hqZ4lHJLfpUDYfvRdE8Zfm1/DXb9cZ3x53PWX5cNYnX4n9Hvuvy7EVrkV+HPH32f+79r&#10;KOCXc6DNkAG9pm+iSZpL7D07pPPeYxYhg3vYxKjhC5KOw/bZEW5eKXFsrsDdOxdxZLmLXdvm/Jf/&#10;7/KSb8iX0Ox2fWPW4imfCwwQYguqL6yJg6tyKkQlsuVGG8DG1wW04Km5UPcbCvYl2RK8H5WlQeo+&#10;EdjsSMIojK32mSqh3MBM9THqE2KubTUxBWSkuN3kPhL2qBrQV58UlcqkNXEYWMmQeaU1Ejo1KsXX&#10;bTA0eOa1Ic5eKsSuFFkS5GXiegSH2tArSEZDjLYMK131pSFgMTQk7OOu2vt19D4BUtpKbRDEn87E&#10;wAxx5LVRiCvy6rpXX7UHhz27VIlw4v4V/YVsrIXokbvnGzi0ogFjVtgzLFWxLZY1OuMS31sTLVBM&#10;HE7ahBmsIF4IUlHDadk6hdWfGfEDFKa7ZTZMk5gKNHgCeTU5biQZzMtMBC1zLZ6toiRZIm8sGbTK&#10;FUhzNem5/F7WVgZ5clFrMIPPokr5C9YQ5KWp0nfxAVZujStiiiL3F5SKTim9fg14+80z6HUa2LFj&#10;D3tbFcNBZEqo9wQPhCqVR1L7RID2mu6V1bWSgkFOvNBk0i9D3J079mF5aQVf+9pXWJK7srKCmYVF&#10;9aLUq0iZqaBhXTi3/ilpZMEs+fltMPQZrlxmgC1j9ojjGmG8epEDSbqz8xjmLWZ6jTR9iQzEG/61&#10;3No63OVNNHJJOqdUdLqKc9vH8NIquovbUPAAMuNbgtmb5H165RIaZ88he/5ZFE98EdnZr8MNL/De&#10;anK1XHDSoHHjmAm4bFsLGO+/GeMb70N28zGUe/bDznZ5m6XsUWL4W5WyFZR2TrsM+RZf2YB9/TW0&#10;nv4K7Imvwlx+w6/5a8hJuoympBC6ePeyPQINTsbdZRS7j8Lc/m4MbvkmjHYf8sdskZvWnMXvAnSX&#10;2rPYyME2tWbdhVrVWQaT44g69YKLPm1b2WxUdbE0feJVSJYt834/+cqjj3I67plTb+BrX3kE/+WT&#10;n8Tl1StYWVrCzUePYmZmBtf5/15++208c/wE3njtNdx09EYsLczhwMFDWLtyBUN/fd979zHMzs0x&#10;i7PDKfCZhJlYExVPSnxTxnBWqVioBiuEWcZhORpVwynYvuE3Z1+HeeIrzKbML7+CVkmM0hEGhfjO&#10;yXBU/TCJpUpWMMGqzHVRLB+Eu/s9yN/7LRjvOgjb6ap/ndOkyUZMgQz9Ctvw69CldDYmHGfRk9vU&#10;hp+Vn7mrhvyw9TXRIemJXGI7ZWpBe9M2Qe/sPYfkrndbWEqE60SGR4n6IpZkpay5yqymAUGei10B&#10;scZG/l7fs2+/XzeW8cKLL+Hxp570ZWwPd9x5D0sS9+w/gPfcdz9eeeVlPOyvo68/9xyO3ngTlpa3&#10;8T1CfUjh66OVnXtw5PB1eOKpJ/Dks89ix9IiDh0+7OvRlg7upZ9vZJLcniX0SGHXl9HyKiWnCLv8&#10;Gwf7poJLzLUs/9yEJNu94/PWn9/VSDkmKbJMwAgYhzU175JA/kjvZ0PsrPEmhuuXKeGCCSBj38s1&#10;m20eIImE1FaDX/Us5sBBDflAeB0NlVNta5T2mrAn6dAwMPmcgt1W+0xoaIPsf/LY4GEN9f4LwWYy&#10;dNP+i9N8pacuVTkSSBmF703JQmDNr70vrV5CnwLDfH+a5xIuEQI/qNc6c/4cNvv+mtqxw9f9LQHy&#10;egT603o55tq29GuTlemfsgr1/OiwNQSZMWGCg6nEK48+P9/7kUFtouccM+WYRW8xKJXVx9IQx0E+&#10;I9tEQd65vg/p0fsiOTUFk/i9r0kBJP41mpqSyz2yrYI2aF3k4DbCtDIhz4RgjizPYg2W6bEordwv&#10;XFdqUC2zJvNcn8dGcJX9QtUSg3YSAkud1qUuBjdJuEmwyXPGqiUKxNdc67hSPQSzoFIJJLE8jwPW&#10;INcl0LEMxDuZIEerJJuGnqqayym4nP3YT/+zT4TETAESVCvO+uUyYejZSFuPgIvN9M2pAaZNpZ6Z&#10;0iSzWiJP+LJJCmyYBLgkSXd64po4X1nx7oPGMCPKWF3lKTTBVqsp+g1qAFWtxXauLoNLNwBj4WrU&#10;uhQcTGXMpuYjUAVFVDpvl3zOiuhmMG2WlMTFW0z4720B0NmKHlLnGLkaozEUCelkzWwB+AXkupYq&#10;WnsPtgYs1gHBetJSCj6G819PHUZExetx7NObQEDrWdolkYU1aXZ8XBaan2CsXyU2Wf3MRQIOGpWp&#10;GzVOLdR/TmRI4uk3Gg35d8zuKyTK/OLGBl6mSakvpripaS6CLKUJpCqyhoTcjPrsiUCbeZM8e8Yj&#10;bO/0ccu7vxmn3z6Hlr8HW60Z9NcuoukbGXpdmlrQBkSx6KFoFc9M8uyjhXzARRqBmn2/UPfGDbz+&#10;xnN47ZWTcMT6iw7vRLfW5ChNPW7oNIKAnuXl7XyH0aLT7/X5NUv1U3MaIe9CwRbuaaNgvivVm0Q2&#10;XNpcijA9Iyq3C0EeJU+N2YONChECGwksIkYeS3TGmnY8YtDOcerxmItPStvkSZJ/LG3OTBEvZALN&#10;MqtS5X7srRi8I8AMSacGtcEfgZ0PypABLE0lrRkE+PUoHMW/rz3bdmC2Oy9eETpRo7e9yYEVEmq0&#10;NNPEtrkFtGc6aPlCn6RbgX0km9vf0he05tuHCZuBycQFs6WQvu5HhZi+HBiNHCBis5g8zWu4ylSj&#10;LytdGw2R/Cz4zzbTyrA446+RmTnsWZzB7lmD/QsNHF422NkpsNDyx7/hmwXfMKyVI5ZgFQzEEng3&#10;QDlc9zfNJrLxANlwE5aAWfLX8+eSfBMblD5N4B3Lcv15978n3ylTik/guNj0182GgLv+qz/2DZHd&#10;xIYdwjQ2gFYfc7ND3LS9iZu3AbevAA8cWMCdu7o4sn0Ou7bPY/fuZWxfXMDi3JK/l7oMyJNcO2eZ&#10;RCZmw1ll8GyC4VilL60BfSFllEHmjRNivqxswFZOX5JMliXcEmaqlCZKa+NSakxk1aUDkkkQwkZm&#10;ibsqPHG1+trYmv3f1kwmYOpBVfNUpWhHXrURr0zFlGqhE3SPjQrDvm/DocPx18d440KpMhpENr11&#10;VXphCP9w0XwjpnhEVlyQMjGjw4h/Lw9kAkPfpQYRAUCtPJScBgSlrFuEAjXeYurLyMV7WUkmUrZA&#10;VBqE21YA9DDZRpJeHEBNqwluuxYyHFoRRlxIlHfMnGvzZ4pn2JnooScy40yHIjYyWFws6uQxwWcs&#10;AM00KGEzdroX1a/NBnkqAQSmw8W1yM0ylYzkGrYl8jQBqIvohUiNDjWSDbJ6QBEBzdhMhbT1EtxU&#10;NHPL/6WtIucQJClUSa6bAoLQYXIpFGv/OBsn6HRfEe8xbzuWJl6+eAGnn3wGG6tr2HHwEPJOB91c&#10;ZKKY8EG2qMC9tM5xE7JNs6XDlIy9giogpLmT9KbXG/Iwr+Ub6537DmC/b94/+6n/hpdefBFzC0tY&#10;8utNk1MNHRfcbJcQoAr2PDTcpLCsmoZ6K0t+LZsDNvy56m3wUIPScduDTbTOnUdx+Tzy7bswzDv8&#10;d3T8234P77fbaO7Y5/92FuXGOhrDPj83hU5hnKMxWsPg7JvS6BNbhX536QIaJ1+Be/Svgee+BHfm&#10;ONzmBWRln88RAXsEDhWkJmDGs29ksjYau4+iuOVd6N/1HuDGW5EdOgDj90BKxCU2BdcUptAgM71v&#10;/HvKLlxE9tTXkD/+BZTPPYry7MswowvMFjGFBNQVdiz3SU5XFbE2unDzixgdfTfMgx9Dcft9yPcd&#10;hpub4YGpACoZG+yz9xMPUJ0k6Gp4hks59rwYFLFHCDYiJpH4paxrU/MLtzWv1hC6Q+qOhhWG3/6D&#10;B3HT0Rtw4tln8fSzJ/Dmm6dxz93H8PO/8Av44EMfwbaVFbTbTVYR3HrbbXjJ14vPPPd1nDp5Evc9&#10;eD+nOt917F588wc/gG1Ly+IzRVJQZovk4htpBMgsNWwt7AtSd9ia5zf7g5F6gwJmrqzDvPQ87Bc/&#10;BfvEwzBnnkc+uuwfN+KmMytlUJsZaH1n1ausIYmW3SUMb3gX3H0fRPau98AePsoyepJxl+J1IINh&#10;YxWwcHwvWqchj9bGdZ3ZssTQt8Gnq3rvdWunype83sKYZGBj4mAIuFpIYhXkkFZM11ZnpaGVW4F9&#10;IW1U1iYGYZDpuhcCGwwuXb6C//pnf4Y/+qNP4r/9xV/g8cceQ38wxs69+xlYIOnkx77127B28Tx+&#10;/w//EJ//3OewfWUZh667Dnv37cUHPvQQTr7yEv7q81/AF7/weezduQsHrrte117LagJKUv3whx/C&#10;x//ex3H7HXfyesv9Ud6o9moCEkxes5WKqa2uzny+mp3I5M+mySNVan0AZK/NnsSEB3sSZHcNgNFM&#10;StcTxVuKHwTQCWXizxp2ZQXeWJVSClGgoQFf49XLyKnfY6Al57WQn6t0EgNJvcy4UB+6iuEfn5/+&#10;qSQFqFxe0neVgJAM8gRvsUpk0sepEqsiF8vQJNhTmWBjFmozG0DnCikhkIfWpv5gyHXYIxfPoZcZ&#10;lpAy2cSIkwkBXuwt1xQG47mLl3D8hRdxYXUdvZHDFd9T9tc3sOj3uKiuKkW6a5wGnlgooBWYexKB&#10;ZTUE0UVfblWHJqFnzBgsFfvI8tiHUTL8yPduvWYLg7lZ9DtdlP6LLa38eyZFAbG5rdpckYUFY1Zs&#10;SZTL5wqy3Uy+CBQrrQCQBJgRmEf7G+8bdB6a4unaZDKOsNeNgoIUQFUG67qIXRiOfAlAZSA0lVo1&#10;RNs1K6PjXNWaZbBUYnBa95bgYajgvNOU4pAyzTLdAAxb8bwNvtMueOErS9NFdUmVKM/3+0/+3L/8&#10;RGCP8bRSUxWN0kEZNDSCaAak0mikMjf6No+MKmFsKajHLCqJirbK+hPaYx59kKypNEgRbAk/T1l4&#10;CVzlkom5pJNUPg0pKyzO14OXGxIPnXQxiei8S+SwipYn7ZBLmGuBdmmT1yvdtPF5GhLiJpKEoi/C&#10;VTadsGgGlkdVeLhEVjbZ3FcMHlOT1W4x0ZqQJGNyglKb7LhErmtqgG8dcKjSb6OnE9w1/ahMshVP&#10;/i54i7nahpK+d02EU5PTOIWPdG7R3DMwVyYeSEFamtgvs5SdFhum6+YyUWF2ggJBYRJODVIhDJXB&#10;cMQeZiR9JGbfiedOYLS2KotQa0nCGvyOPuDz6N/PcEDmfWiSfw/Rkwnsa2zg/vc/hLOXV9GiVNju&#10;NqxfOot+f4MZR0S1Nmo6avR95pywQ2zDEUZ+MSa2webQF81DSuCxeP30CZx86RVOBaTNw2bS9LFF&#10;t5pK0z1e+uKx0+3yY+Z9c2IU4Nv0DZRRALUMjbfTdMVxlcg8JkaV+uuVOgWm4zp2hZJfSg01UIYf&#10;MxyGfnMds3zXajJn4Y8hJ3WQl4QZs2ebmOgWkqBFoCAb3IZBLy2aOf+tBHoWsoDS6xATTIgy4udS&#10;GO6fg1cdkg1RgGdhHnKyvcnFQNX/e9fSCm+ADZ7++4aZWcxNbKqnIT1ubraJ7WQY3+2wDBp5FuPl&#10;4xoQGonE7ywF77Zk+5lE3mtczdHTwGxhKVAvciuPm/p41STS3UpWXMSId6P3eWar9WRMxbu/3ppN&#10;i64/HtRoz3Ua2Dk3h+1t3+TO0tcYBxYzHJz1DUnWR9c35LZlcCUf4Zz1xYY/hqNszOB34Sj9mNiY&#10;/l4Y9ZiRR8CeHW3689jz107Pn8ceBv5rVMq/h+WG/9mmv4594dEaw780dnQLHPb/vWuHxU3bcty2&#10;3MIdK3M4sjCDQ9tmsH3Zf61sR4sCNxbm2BOp1fKbeavB01xh4slRJul+um+EoQ/iNVId6DAZJrN7&#10;2pBJRuw2TghoXlCwi0h5mw2nkoEKMBMT/MSiIvrkuoqBbWXNS8G2athiklgilUJqgrh2fVfxyUkG&#10;3C7l19e9YqGgWYoEcnKlq7P6hPlYJQuzbHSCEUhr8aCQSXN/YPDc62OcfrsQlrOyhk0svXXAVupQ&#10;PAzxyrLyBVJZSLRjIDCKwD6V4mcxMCwM0lzlyaKAGgP3aVVhpn1BK3sLSQGGqTyCpdAuJUwi/ryM&#10;TL9o/p16vqmEJ9P7i9aZPXMNHNoRvAolUZ0+D3kDaYtc7Y4uZbXI40LAVEixFoaPsKtd2VBPP2GW&#10;jHkNHkqdQ+wekurnlhmXfNyb8+z1Z/iLhjF5vF7KwIJme0Q57rSuliEtkCV6qjig8zqWIUoWHF3o&#10;PiCQLxi4K4OHpTpMS5NBC4NSJliaOA0AUI9rvh8k4ZIKc/IoFMJtiTW/5517+RR27tuHxvYdDDhl&#10;Oggume0ljTffFwpeZkY+S6bm5+m9MO1kKemv0R4kNDSE8Y9KtNsz/N4a/l6nMIVudw6dVhef/txf&#10;4e233sStvpGnxoH2btqL+TpUiqKkiDpmRJNk1/qmxjV9bdxZRNmcQ3H2lF/3er4ZpYbENz3+rslX&#10;e/695xhvWyGDWd6jKfmcfPjQ8Tvl7LJ/v00Ul9/GaLjOlhQF+fORn2lvE6PXXuN0FPLJGz/3NMrj&#10;X8XMxll/eAbsjUrM6U1itvvrkEEmZWL0TRvjxd2w19+FtTs/AHfwMOy2Zb+2LqDvumhkTa6HaJA3&#10;0DTtlt/DiamYX7wA+8ILcE88AvPik/61T/vXW/PPS2mNHa0xBnxsx/Q8tGYY31h2llHedh+Kd30Y&#10;7sitMNu2+7U7l82V04QptKMl+U/WqIJI7xUOfqjUPDG3wYRQEhPXXeY2FTLElevU1Hy8nQYiGTWM&#10;ZyAryoTl+qAaChoSNr+0jHajiccff4x//5EPP4R3P/BuZufRU1+6dBlXLr7NXlkH9x/AKy+/hh07&#10;tuPITbdg2R/TtvqAUR1D107hhH3CNWfw89S6ODK/g9q1FKYWS7fUG5nY7/b5Z+Ee+xoazz8Md+kU&#10;GuNVXh8KXj8laIDOcwGVfLECgxBfv1b4e2qw4yaM3/VetN79IJb2HcRqs+PXlQZ7Z9EpYT6Lv2as&#10;DmDZs5Ia0mT9s0mPZtVJWkIJyureD8BJza/UVT6oZpIN5iL/2ppKfI3ExzO15DbuGsw0G3rFrObT&#10;F73AdR2oSCJqmcDG/Vkc/mVGmNSFaeCtM2fwi//8F/Bbv/d7WNvcxMWLl/ClRx7Fp/7yL/H0U0/h&#10;wIFD2LdnJ4NzD7z3/Xj++LN44uln8PgTT+K999+PmVbO9f43P/RRHmQ88uhX8eVHvoxD+/bi0NGb&#10;MRgMORyIgm4WlxbQaTc5tZqtdNiLsxnJKwK2FDWPvenAw29AovuNGT6h7kplkomji/ZfV7eKwjVB&#10;x6sp2ZxJSD2BtFNj8hlltxdRDUD1PUl4aa8YDUYcIDPy54l6E7JhyjmxlgAotTJiAghism4ZAGHa&#10;Z7UHKgsB+rj3chp6NBb/vjAI5AFitDezQpAoi9gz0V5MgOFYgxU5HDKEHhomvanywTLjN3weXg/o&#10;9Y30S+NBgUu9Pl4t1rn3Gvs6vkVlRLvJbGEKnzDaJ7tESXJlfQOn3zqPU+fP4w2/Xs372rnbpDW3&#10;SkiWW1dwmFDzRNl0UaqVyFgsp5z04CLgqOro0oh819hcffDH/DjaCzabs1hrEKOPvEGV4Ubvk/zr&#10;/X4pmQSWJfGUtsvWBcrGYwZersFnqoYLdWam/nsl+81aZfIJeSzTwa7YhigoToBaKXU2A3/M9FN5&#10;cAzbaDL5h2tCZTmyBVdZat1nKxu5hJhmQyIfQmhLAv5BwwlNQlZCqMfU51Ca+6q2D159Tok4eiMy&#10;q/HHf+aff8IqSy9qgZOAjYBOiuRCC9ZoFmmiRMJosEZNwhnhdpuw2mwlq01WBBuZgyrDTKav1tiE&#10;xTYB7EUNc908t+aXFWj3Ubpp4zS/7qDuJrz2XJQSRdqs+uTVphoKUFqzhV/ExBTZJcmi2IKxVrEA&#10;U7OlxLuiJpXFFKsv+h8mjIWUpRdAz0BzDRO1CMZOpv8oaFYPyAjn0yXnJjkWtvrKlIkWUW5szUis&#10;fPMm/j0luzZTBvExvbcskZhPVfLeoNcPCZLBXD1JYXMR/DOaVlbRYvm5ibZtZTJGZrgktaACvrfZ&#10;Q4+8Hnyjc/zkCygvXORrpN2Z4wWH0vdogfLVN3rrl1CS30/R9//cZOnRvFv3m/mHcX7dL3IbF9n/&#10;7dKFt9HqNHgK0+VJvC+o2u0o0aLmgfPQ/EIwINYGAX3sC7jun9fh5Buv4aWvn8CgP/SfcSQjHJUj&#10;yq0iUySKKh/7z9IkEMQ/5+LCkl9oR+iTh08hEtuBcZVHTFwLnJjHOgERRabUi94NwsIjxt1QZbPC&#10;1GNZgUaqiyHwSBJWXYikZ02pGO8X0hwWakjvlDUTB2nUIZlMC72qgM81kKYqfBGnbUYnfzz0saX6&#10;qlXyyEKIi77IznBwcQWNlkUwzQiAT4+6GtoofPO14s/VrD+G3Rm/Ec74psdvTEZTBmseMza9nyv7&#10;YDNpa1BL4J0wkTdJUFBtwnn1gqkG6xgzEcxQTrEFIztqiv2sRYUv/vNmi1OsCNDu+Guz6zfhhZlZ&#10;zPvrc7GT4dBcA9ctdrBnJsd+3wNdP2dx0zKwyx/L+eYYC3PUHPnz6r8vu/46aPprpkmR0mNknbFv&#10;oP290/bHdtZiuU0pyQ77Fi0OLhkcXDC4Y6WNO7d3ccNcjhuWmziyfQG751vYu0Qy3XmsLM1gYd6f&#10;F/+eiL3XZuPepjKWTEx6tSlbD25KIlvtNXb6OCXSwhGxTDeeY89Cfl7yQskE7MtkqJf49FUuieF4&#10;p+lx6lmeeMDU3UsnhYdyLyRAcJp+vgVZNP472iVp4ebqLLQk8D2+9+jj69IwqmogpTdXZHQRtE+s&#10;vpIkYP52eOH0CKcuiK/bqBSgysbjkdYKDpX6q+DvA7uLmUJGmKjsr0qvYa3KIJw2ZLZK745ux+H+&#10;KZXRnnj/2op1qeoOlcFUICwbels5tzysR6aftVTwti73CxwSF71aKunzTO6v5210vYY1xUVDZodZ&#10;MaWGiaCESxQRSIZiNYZ/NT6M0mpozZZlfp0jWR2fVP+9L6CpCWTQiSckI/8+GpJmTLKfsu/3Ewnk&#10;kOJU3h8xfYmRJ1JkZbWw2X8ubFUtlCLY6aSmowFRCBSxOkyS1HXL62+WGV3H5XhmnH4nfjs8WUcl&#10;TcxrogfLg6B+v4czr57F4rYVzMyS92yXf17o0XC0V3I4Va4SNjl+Y5V6ApNA+nTmzeSwsqZu0Dg8&#10;StHN/V4wu7CAXTt24pmnn8aFC+ewZ+9+ZkgTO27gawYa4NExpMZAWPHSBGRW2OeFP8bj+XnkA3+u&#10;Vn2NgAEy8gHmI+Gb0suXUPimNO8uwMy0UBL+5ci30K91bX/+/DEwmT/Ha6swwytocRKzPxLULMKv&#10;VRfeQPHmSWRXXkfT1yA0ghF2Xcmm4WRVRcPIMQV7UCMztwPtG+9Fceu7UVx/FLlfYy0x+eg+dIHt&#10;r/etE8mXPykoL60BJ19B+fjfIH/lKTTWT/vH9lBYkZOWRcZAcMHvHSyrbTTacDsOojh8C8yx++Fu&#10;vsNvAPPwH0wGUrQW6XXKIKGpJ2ZXtXM1bA41Hkx97Q49wog9RF0MZaHmelQK+GwkpYYZsKTCoHrP&#10;sT/xmEFe4apJ0i5d/1R70F5DPo4nnnkap8+eZQ+/u++6i+XFx589gV/7tf8Hf/jJP0HTf4Z777/P&#10;/+5uPPje92DnyjaVXPoz7b/oein4npJGtAr4Cemd/ig6GXS06dqh5GG63+n+IWuLwRDm1ClkTz+G&#10;8ZOfR/P8S/6aW5WAEolZ4XqNgXQn5vkU2EN8yRG9nr++3La9GH/TQ8B970G2+wAcJe4yuOA4bCZX&#10;78mo6lCWEXtRRiGiqSdrxFR3E62bKlZWtUciDdQIe5GxkRxRlVTTAJ5L9oB4n8JuGRBhtozpdjXC&#10;Rrx+NDGcvO8K9SVzSh4QB5eSQ2cavubo9cf4xP/yL3H+4tv4iR/9UfzMT/4YPv79H8c3v//9WFu7&#10;gi99+St44onHcd2hw9iz/yAPnd917zfh4rm3cPLka3jk0Uexc/c+BgTbvh6989hdmOm08ehjj+Pz&#10;f/Mwbjx0CIcOHYgk1soDN6/SQTWpPjXzsGbSjxDfUBDH1fzbt2L71b2It5Dfuq2CUqZVWWHQd60E&#10;Muem9QkBP44qP1f3AYz8XAJnSS1CShSyQ3KSMu3WV/lRHFZBkmv1vjOsLHUMDPIeUkrqLO2NpSqZ&#10;ghJKggideiWWCVhMoJ2wyZqBhSWMBVFulAIMjtXqiPxdCQCjfdSYXJ1woX21ZSmu0RR1GhrSGsl8&#10;cLJ48h/pgn8fr478PuLX2nbX18REYCArCPKEp32JwT6BC1nurUGQTQYCc/HN8895+vIaNkcOy902&#10;NLWs6sUpXb4McqqyklH776n/pSBLBp3VVdPqsJSHtM73rbQz+Rqi74/L2PcYfX/Mr7Q72Gxn7IdK&#10;MnhKzG1yXZDzukdhipn+LlN5LvXn8n2uQKrKd5U5ST/Pm7L/MrGN2ctyvRZafBMIyNJu2qOtSICd&#10;YisW9QGSkM0UK0sCyoQFqOourU+DLIZbXJN6LsrgMXg5BpuuMJfIslyVizZyvFhDwt7ICWZirf6N&#10;iYBfFpOB1S/6J/7J//SJlGWQgmopdVn0ziZ6LATwJgubUCwOTc2/ZXrBmDCwN1XYRJAJx8dEgKj6&#10;C1fLdDVJwEbFZTNbNLkuXoeqiQ/BFq6+CcWiOWXfRE89V3PUcolLutvKcD8xCa+BfFssoJEZGCW7&#10;pvIsumpQRt0j76p+FDVZ1hbvwUyECST+QGEil6FK5pWLR1NfJhb+ugehi76KwWOjPkWvL97Wmi2a&#10;0zI+Jph9pkI2kxrPT/gq2iDjMHbazlX/ITdEXsnLecJQVlMgvVZoKkaLC4F8xPIb9AechDscFOx/&#10;M/SPe+G1l9F/+xKzDpxfULkxJt8hv5GUg01f7PcF7CvHDNRRMlk+3sAHP/QhvO2L3+H6JSwubsfm&#10;xipG/rHEXOm0mpKC1u5IcWTDlMKw7JWme7YUrxT6vvB7yfmLZ/D1E89yUAGb8pqwOFfXaqbfW10Q&#10;6L8L83Ow7QZ6vQEXuuNoJqrJ0ARcMgg4ljAMktpyQz7W9CVlTVrZpIhFYAoxqnUq3SWWHsXcG54C&#10;D9UjJrDuQlJyBWBkCKm2et6VWSRF17jC6q1OcdkPLEzzQlqYAAvkE9VohCh5p9H2FSAe2vSu3xD2&#10;LGzTVF797EaM5jdGofkvsTIzixn/2Ln5LvtGEWBqTTCBV6PwbCuhpLt2LofZ+nq+uq/JO5tNmyn0&#10;Z9pyYBJKCoCJNZUMgjbXZt7kKVqr2UG7NYtuZxaz/osA7sVuF4uzHeyab2DffBvXLZHsN8eeuQwH&#10;Fgv/7xzXL87g0LzDzUsZjsxmuH624X+W4cbtTRyeNzgyZ3Db9g6OzPu/mbW4cWcbR3d0cXCuiYMr&#10;M9hLoN5cF3uX57FrcQnzszNYnF9gP6SWL0bIO6PpCwaWD/K5LrmwCNdKJSOoPFdN1KK6qfUnrt+J&#10;FCSs2XnRg1t7jtlIuaYf5pzurIlcMURJAOgwAS3NRHCSAoN1q4aKtmm2LHVRC7OKPtXOTAQeTRpa&#10;pOe82i0D89ROzpfipN5UUoYwNFJrODO5RzthBdJ/+0ODF94c4uS5gifSo6JK461SGBFReRd9zlw1&#10;5AlnJ4RtaPjUWEEgHvSY0Jzp56JCS/d3KahC/1HGFHerKb7B6DiqAlyp6XEVMJ8pwy/4E6KspMJm&#10;okEMgVFGfXxI7smgWVbi0Eob+5ZyKX65gZQkemc72qgGZmmZfPIg2618fW1yoVSjucrXT5wH1Y+S&#10;gD6/ZlFKnWXGCoEIY2EBleLVJUwnxxJ8kG+XMjZzI2uANYXWf7LOM9O7KNXHtTqGEQwv9TghVcGX&#10;uv9YZScpQBtAI5eJLJv/3sWk5kyHcwWvvcpW8fvLGjEX1i7g1PHnsbhjN1b2HGAWAjPQMxnOtDMB&#10;AAJIwEAzDZmU3ecm7BGuZh1fsxFR8FiCeizafn+mpoZYXrt27cHS4iL+9M//DEWvh23bd2Bmbs43&#10;Wq0odeaBXVFoAr2AOlCvwgbt+X7/obgkd+my/+8G+sY/3tJ79hsQMcP8S/eW9voGbk4CUug+y2aQ&#10;t/z5Wtjpmxdfr599C1nR18Asf87931OwkRn3ldnl98Nuh4dxfN8R+7HM0W50Uc5vQ3H9nchuPIbB&#10;TXeht7wTrbkZDEpNFFSJ98Dv401mF2xyE4bVdZiXXwJOPAr30hNoXXgVdnDZ10kjBrA4/isTz6sx&#10;hUGRzYavcwbdJdjDtyL7pvehe+s9cDv3Ytw0aLUzTc4WJqSA5y46a2YTKavV4LYCmmqs9wnGs+Xg&#10;shy94YBrlPXVVQwJuKXm0td74tFcou/rvmefPY4Tx5/B0sp2AWiJ+cYStkLANmbwDP0+6PejhQV8&#10;7gufx6XLl1nW/cLxE/j9P/h9nH7zTRy97jAeuP9+9mXbtrKNWaHNXBRPvIxpHSx2LS42ljw853WR&#10;OPLqJdrK2V+3GAyYnesoifmirzMf/izwzJdhXzuB1ngV446/LlxDPCepJqUanuRq/h5r+OO7SQES&#10;BPzDn6Pt12F87Jv9ufgQcOgg2rPz7ElITBiqXanJHKukPYQRcQK2Q0zrLpX9VGfghTU8CehA6s1n&#10;Ivur6leyOhAUgby6xVOt1wuWQXFaZq4qS62UFNO7azR9MJX3cWB1EojxxFcfwcqu3ay+WettxL1t&#10;NBrjzKnX8OnP/iW+8zu+Cx//wR/CTFuSk3fu2c9D/r/+3OfQ29zEo197HEcOHsSevf5e7jTx4W/7&#10;Dj6Xn/mrz+LTn/oUVpaXccvtdzLb8/Zj9+Dgrp342Ec+gjvuuUdCBkymh1LDG5K9J9jamOTzbCGk&#10;vQao565Zd9YDwK5Sb1w1qOPq3tPvHOIx7aM5WRTVJO2T4KCrwD7eJSmEiHoVTuf25299Ew0aUjGp&#10;IpGR2yp8pN7vam9SCnMS2hMZZvvJMCU4wsivxUd+XIa6VPdRDvWoLJCEpW55n+M092wCDzGVEmOo&#10;552VaOOSB6xv+td9hT3ic7+ONlnZQnsQST2bjZxDXkjNxOFGYrDOj+lyrynEEtv0nz83LAk/f2UV&#10;5/pDzNJYcnaWQa0eBVFxuvqYP9zQjRE6OPrcQugYy3H29UejlETdoe6bQ7/fb/red1Dk2PDr6ap/&#10;f+t+TRuSeo1IBex/7XsOkhnToIwYfJS+S2uXspgDESsco2BTYhWsy4MUN8tjejM/ng+wPCbgWDRo&#10;hAaK6PRF1mVKxc0yTDroBEJAuEZKTeJ10XamjNZAIfgT+h64j6cBJ6d2u8gGZPxBpxlhTa2JOU1F&#10;tqu8nCu1ifjxSzhc6crICsx+8mf/eQT7rK38zQIbMAs+XZmijAmQZ8OUN0h9Q/LKVEhDxQgzccKa&#10;3jR2gi1nt/As0k07AIAuUK4nFqCYKmRUDuxqm3tl/1Cx68yWwRMV8OeSxOFgdh8KitKlBtAmpvOE&#10;hcCauudftbnZSqaThGhAC+tEwXMVgC7I9BAb0a38E2wCgEb5F09JE/kzzBZeCKZiABpbGRubBOjT&#10;ROWUtSemkSaRZCepgaaSVYlZt9EmwsTAh+DZZ039OTNbaeJjoZa8Vlm62ueOE5+YyFt5s8CZmsG5&#10;iQEdRmm5wddNFmOXsFlpnd7sDYVZ5xdWMt7tDfoYjAZ49cwbWDtzRoAkl/NiTt4G8Is4eZRRIcgl&#10;Ki2KxVgEW6NNfPiDH8SVrA2zsYru7CI21lcZJKC1qNWQYA6KFS/V+DPTxY2n0P2h3Ni+0qD3MBpb&#10;9NfP4YmnHmPvu5EvHDKl+gZw2Mb0ScOTDqOeXLOcyrvABSqlrRZhsl2qd5VT0C6YzzrxCpSfFQyI&#10;luwP5d+T/6xk5lr6XScw/liKQkU+pVWxV4NRA9oEiJ9iuwnjpnAuXhtOZRuZGqUjTPhdqfYCAuyR&#10;T1TOCYaGZWBsVK8TtjI2yS7Stbls9Z9nacY3bAtL1HdWTKgwjCAPGwide7HbwpzfRGdnu/68zTFT&#10;MtavwWV+AtEPoIBNmEPTnn2mnqawFdAfwdtrBX+46antFt6cU/PslHGtUl/jEiNzVEMAlgSYMQNr&#10;LZII+OtpptPCLCVS+w16pt3GcncG8zMzWJ7vYHl2Bku+Gdox18T2Jf/f2Ta2zzawZ7GF3fMz/msW&#10;28kX0DfLKwv+90sL2Lk467+fw5I/xsv+MUu+cSYvwW6n4wvkNjdl5IUU/Du4ETNCtY/jBedqnrCT&#10;tDfn6sl7W8KmpVwHSTayb656wPrXOV3YqoSnSd5kuVMpWdWOiAdaJb2qKP1mChRBytC7CtgXgaep&#10;obeZkgFPutdOsz1TWXEyyIoZRib4TtdCIjjdL8PU0IglUE5S3AYjixfPDPHqWyO+54eFtn9beSYl&#10;6ekhiCN684apZZXHq2+xsmXIVIZlEpdfY2w8v5EZa5OBpoP6ydkI/VgzzTyoFAMmgotRQh9CWzQd&#10;N3rcchHnFFwBun4dumFnCzsXApAo3oMi7WwJ4BKleWVlF1lLQja1/1qtwSquSzAJb8hxDiFLKBig&#10;Yy/a0jEgDdeUIIxSGvZmTszdtrAlyypdjtmOVgYkdA6rQLiwnsj6zIVzpsVsUouFcxmaG5MJ6zPa&#10;Yho3NZjlPTCTotloCAnJjzmmye9zvZFBf+jA+Q/o4cIbb2LRN82NpW2clEudt+XEwRIxzUBXtYzB&#10;LZuODWtDj7AK2EnWkHNbAH+Oh3+W2BI5NVU55hYkBfPLX/4Srly6iOuvv4EBnUyROWKJsZm4Msdc&#10;8Hq1GvLSsNicpZAvf02cO4usWEfXNP2+yqlAaFy56C8bXxPMLnMdMKBUZGpY/fkZ+L81s9t82TFA&#10;cYkkaescwlTSILMU2aXqVuUzZiopzmdg5veg2HcUuOt+jK87gnznLqDT9W+HDNp9A9toM7OFU939&#10;ddWg/Zv2+gtrsK++Cnv8a2i9+DWYc2+g6F9kb8KRf8+2YSs3Tqor6G8poMS/f3fkGOyx92J05BaM&#10;t+9gM/Yxj06oCW3ptSkgETWKIvMvJ+T3ZjqEwZgpNrSJpug2KpiIhUOWLF/54hfwK7/6K7h44QIO&#10;HjzEzWymA+NXX3kFv/R//hL+6nOfJzQHR244ijb7MRaxdqVrv1S/re279/j9bQkvvPQiXj91Gm+e&#10;fQsH9u/Hj/zwD+E7/+534bojN/B609FUyDDQpGFakIuHdYvWAap1uHby3zdoj6G6iI4jB5XRJTFC&#10;du4c3InjME9+Efb0szD9y/64DTkghZjLnNZJabwK9BpdB8bMRu/Aze9Fcd3taDz4LRgeuA6NuQ6z&#10;W4Z+HRlDakAWmrH8VggewuCzNc91p8osOcZlbcAU/bYj49JOgEpuC4Qm8YCL92HYi820Fx+/h+Ka&#10;YFM9dDG9/22d6xtYoiEIwh+P3mCIUydfxf/4T38Ox596CivblvHSCy/i//r3v4SnH38M9z/4Piz6&#10;euW9738fbrrlFl+fZFxL9wcj/B//+/+G//LHn8TRm27E/fffh5dfeRmf/sxnuUe46+57fb3exy23&#10;34FhbxPPv/ginqbQjeVlHPT3Ig3ar7/+On9tHmSPUxdsteIQUoFWJ7tzloTyocbxM1N+hlcH/MzV&#10;SSJJnztdebqpGvbaISkO7zQBN0kvWX9P00zBiDcAlU1I8nbitUqey2Ys4RF0P1CfRn2LP1dgWwhb&#10;qztkKKv3qBKSiM0p/uEl/60LpuFKqjDGVe6xTj3C6R4p5L9WfROlpyqEuZWJnU6wJzKuAiqDFz1/&#10;lEwIC0wW8r2W8+vY0K+RG74OPmlLsmzFHFkIqDddrsw9y953Oct4aW0hxh/ZBjQ04KJkKbp6IZNc&#10;3f9do9PEpv+sJzd7eP3yFQx8Hzfr6+9cwSpiL2exn1YLriIwo3Kui3qQsMSRrwnXigxX/J502a/3&#10;mzN+ze9QEIcEbrSaZB0kDD3y0mu2m7KeU23REEIOM//5cxn15ldWcZ5FfID3WPrcGrphlCxjMvEG&#10;Nla8yQMDj3+n31OP57TSpeMWJuFGQcKqYC6VNCMAolO/vtzYmP6bqQ9fxFOUNMA/d1JXBesx9tQP&#10;YJ6rlLEusSkQO5FKhWmCd35RRnazSQJIjQCh2VXYdyZKWrKAJBIbB6J35icO2vMg89tiYQ0Sjphe&#10;FTKyjBS6srZqh1xWlN3wvlxNc2+riz4scJmtNW4mAdyAKiF40uS1+pSl1j0qRdHflKUayZqKAq5E&#10;6GSjEJkLotwYSevhagVinTljk+YStedKGdBcaJQukaKaaxeeLuVu2NBtxHTZ+kSgiI2QTBJdTY4k&#10;Xg82afhMjZlkE887EzfwcmrhD+/RIpvyCozLtnMTuEgmEgb1g4qMADVpZAFOFRcp6Dk3D3LeS97o&#10;q0jzlLkSgk5cGTwOS21kKm8qRtoLAahyK/5CLNn1Bf1wLPR9kuayUSZTuGmaMsDC/CLOtnxjtTHw&#10;q0OfWRU07TeaRESSKVrw8iB39//e8K/x9rnXYPcvc7IvFQWWJ7UUehAWAmm8aPJENPIRUaxpIk7F&#10;XynNJE8I+HSPsHex6wuQHGfWM14QS1ckoQBpeIkmaPrPNvJF4VtvnUF3vYe1Sxd84zBUR0SJVg/S&#10;Xf6eU0vLGOCRcZPXkITdolBGjkxHSlNhX2GjpHuWGJJWU4mgjWZIz3PB5F49UcJtySxAC02FDACk&#10;TmmMUwA5JIjrJIY9eSz77rH0txxHthZLinWiFZhWtGkQUEXmrbnKTYjVxyWV/2wdf3wlMdPyxMqp&#10;Sfd4NI43AxfATr0W3EQBpI2xu0o4R90k2dakRxWQXSb3lrum/GJy+lmFCyTDyglj5vrfqo+ETaJ+&#10;wkADMo2i5EW69Zr+XDTtwP9tCyOy2Zid5WOUkU8jNar+RA7LgciN6P9mrOlhpbB89D4UxrVI+chc&#10;mCnpTLdvsCF1mGKNA+hP91cm62PB3mxinswbn7U102aHrTzaJk+FSdw89VzGxWbCW5GnaMKWksJM&#10;p4JOq7SsPpXjbbTAVfwWA3jkgoBzC8blhDTXVXLbWA7UpG1b+/eFv7VwW8zvK7dVU21ssRw3Cb2d&#10;iBeFq6uuQrJcyrDOM6PBFybh/5kt2AMmsvrEiyus5zoIc1WwNp13ukdLq3sVT+ZLlTbL58oNItOB&#10;PUCzCsJ26ocSknuC549LPJzKKKgNlwSxneUDk3wv7qtWAUBdL4361AlpRRLGyaB5od3GtrlMpt1G&#10;CjvHRtdSBNdSgl1gwoUjnyUMOFexI6ESx6TEidcQr9u0aM5gxFYINMTZ5HuvKBtaK9F0mYVLfGzz&#10;fAZ5QYDfJTYHosFUWWqiuXpolSVZVIym+HBWfW3YzNyJJFvsUDSlnXAeNSMnf9mxf2/k8dlqhFTl&#10;IvpCMnM2M5rw6tcTvToGo4xB80UrcuC1zKHTGOHKhRfwZ//3L+M93/53cdt73o+9e/ci880bajWO&#10;FNrOXH1IYq4RJVlfUwNoXarvUcaNH+2T83NzeOihj+GGG27GJ//w9/G7v/Nb+Ni3fyd27dqFhblZ&#10;3m/CINKoN6UYlZOMlnzzLFrb5jG+6x5udvITj2BtsIG23YDxjSjZgGRPfRHm7TeAu+6D3bkXrXYD&#10;I5fJGjnfwfCeBzG3aw82H/8SGudPsj8qDympwWDPoYz9hsn4vJzZhvL621DuPQI3t4iRb7xmiYlH&#10;9YYj6VSTZWJNsuQY62BvbRXlpYtov34a5atPId847+skAhYLHj42nHC8bEM+KzMJyyZcdw5Y2YHN&#10;nTegsXc/4N+76TQZ/KKmMLPilSYsNMevG1akoEiQ9McAFm+1mpdTio86G8mpX2uJtd4Af/PZT+E3&#10;f+d3sba2jhdefBnjXg//8Md+1L8U+eYV2LtvP37qx38CTzzxNezbswdtslUh8NM0YsgBV6Z5k98j&#10;DXs+9p3fhW63g7Nvvol3P/gAp1ySeiLjei3TcKGxDkbk3qf3Y9mHrZAaxhTs2xeGnQU9xpGVzJi9&#10;xLL1K8Dpt2BffRHZa0/AEsBHNRaFYmlCL71CpyT1iT/+fJ1pKi55I7b8+di2D71b7obx5yKnIWer&#10;hS7t6UbAXGLx5bxHN5j1SMw1AnorEKeyFuG7XRnNwRsakdmuQTlq4yD+mUUVphj6tjj4ymKtIXWh&#10;9BglqkFqSFIvAwkjpEi9k6vc1dJdI1nD6kBpXClgdFDR8JvK/usO46EPfhB/+v/9OZ586hm+vu9/&#10;4D585Nu+TZi2/pHblnagkVFAlT9X/rP863/zr/Gpz34GP/B934ef+tmfYx/H7/iO78Av//tfxq//&#10;x//E190//JEf4dTd/+Gf/Bw+9tFvxW//7m9jcWGW791Gp8M18OZwxKw+q8NtsWhSv3Heb9MgCFdz&#10;orWoH1tj0773ndh3uCZoutV6Ggg1oYSq2V24MgkMsVueiylm5zuEq0ydV1NZXWQqby5DeVaqDyZZ&#10;CGSScMqJxd0293CknGoQv5oIDZq6Xak0tGegmsIIK1ZoeyNe/+keJPmuhD+aaK2RcfBCztcxXfsE&#10;2NP9pF2DAn3yGpxsXVq+dsZ+HaAeg/tyBdeYKFEIk3A4pOdy6GVNvOlfY9M/x0prnvdcYgE3HWIf&#10;J+1bocEP/nMp26LJaxkN0MRaIWuK1x59Px7IcGpUtNiSasP/8TN+7Xll0Me+mXns6Mxgxve+8+2c&#10;fSNp0ESMbLascA2W/w+JCT4qsEqM+07OvVbekFTg3L82SYddU2TKeSn4E613DWU6u9yqZatj3z4q&#10;WjIG2jL1RK5sBBhEVSA0C8qk1EaJ9mvIOpVFUB9q/wEe3NEeFDz/R0TOoSIJlaQzksqcyILJnob2&#10;pcxWRLZcBxNF4sEsb0MUhcTmJDUh9ZCZynctWzKULFmm1xyPxzoIyqWG1fTf4CUYMA9WrxEbvdAe&#10;3SpOYoRQk1cyivrNlGlcrzAlbcVY001UwD9XBSYkHU2CSVV5vsbWmiVjTI3ZIgtVffm1mii1dTE2&#10;mUpY/bxEJTUKpqzOXasp1kJTJRXBJDG1AyhduhFUcp+gva48lKQgD55EqIF+1fssy3JiOS1r7ANg&#10;OjkqpA0ZBeG0LfqGLFMnp19pKtNWi2Z478ZOSmDLGquj8g1yW7KE0nNvzBZxIc7VAloC+BeATpjo&#10;tMTMsjL1QYyee+IX6dRDIQCDfHM6p8faxOZnMhokZdjEqa9ed0VIcuWJ+5gnP+TNQ5sXsQys9UUf&#10;NUfYwOLSEvvO9MwGs+ysL2zztvgsBONeMkc340KBsJJTh86fexPzh+5lAIxNTJ16x/hFd9wey4Ie&#10;0lI1EKMoywgOyNRCpkLWDTHjV+ftSx28+WqPF4gBSTxS7aGpWDrEsmPjVzvCxbfP49LFszwFJlCs&#10;JE1CbiPYFK5ZG9m1pXgcUJMYDGrV/6VMeGG0QeXBd8nmmmI0Ei8rZe6YoAU0lTQxBPLwZCm0Vq5a&#10;N4gtQM/HibLqbSCloLz6qJS0X/GmUaCBilSWiI1l0y6K6prLZCrcUplv9JdxRn1AZM3zexpLWniq&#10;yuxGWYyJNZOpIX0Z1sTQZJYTLLKJhNfJoJ2at5ubll84fGP/S4urLdPH0/UlDVkoJ4THTpKVQ4PL&#10;niUkQws/42uBJIOzDD43TZ+bGjJc3/RNRcs3QXSdtalxtETfp8/oG/EyV4BkzN4fo5HchR1m6TlG&#10;9KwtBAQ35JkkDT6D5kGqbVVmX2oz4DQ8qkyHyyayxeDeyZC6nFp3J/n7TkNoJCzGVOa6dG1hgiHo&#10;6t4ygYls7PT5sqiHqwR/oy2thbYCKc3WwGB6qZmrCHUqllqd8S4FxRZ/ZerPR3vGWPBN9nlJX18Y&#10;3GVkbxfOTEz0K19DAQUrwDHMkDJlmBXhM2ljZ2xl7SFrf3X8ywCuG/FVovveKpOOQSUFEmRNA19n&#10;9ZlVGFxIKATXKaUMLciOoKKB6arD56tIAGWtLfzjm36NnWsZLHXGUl9w/VTGgZNDYJ1ndS+iqEZL&#10;m7fAVpMWAS4MIUtle0ijGuTK5BOUtVZkMFKc8/++yOmeuR1Hc3t6H+Q9W9oNHnK1u/5+3Gz44r3Q&#10;pkLsEpym0zZyUxswFipNcmOXXL9VipqcFxsVEcT6HPo9ppGL7F3mvTayL8s48BMmGbGHuVny72dA&#10;3m95CcpGoN/ljQzDtRKr517FX/7O7/GgbuajH8Py0iKH6RSZvD+jaaFUyNNkPzNIeLp1v+ctG1s1&#10;5E6veWZW0Wo22ORQJxqw0WsRs/n6I0fwPR//+/iVX/llDP7wP+N7vvfvod0+KH5NydrOYKERQ+41&#10;/97mGy2RIM/m6F93BJvtFpZOfBmDy5t+ncvEY89sov/qCQbgBvf/HbSWt6GfF5ihBtbvja2ZLi4d&#10;vAHzfg3uP/w2mmOpGfJCGMZDWpO37UN5/R2w+6+HmWujbAnbo5HNoNfv+waMzo0wBuitrvrmpO3r&#10;knztMvLnjqN4+SSGvdfQaRTIyXrE10dD33DQOp2RHJYkonS/+P92Z+Yw7C5ifOBmjG++F5jpYDQ7&#10;g5YVm5gBAYR5oZKpFoPLAecfh8uI410KuWdKRC/mSRA2uXunLDRMYq9D99+lyxfxXz/9KVZpvOvY&#10;MTz59FP4zF9/Dt/y0EO44aajLHPNOhnuOHYXbrvrTl6/Op02BsMeg6VsycL2L8JuIaYjdwG+gXvw&#10;/e/Xa6xkz7URqzukfiefzCH56zXbKOhYU0iLk+s7qE54X7NaC/j9luodluETi+fKZRSPfQ0zrz+O&#10;QX/VN8h9X1X5e9bIwK0cD1i2T2znEb9TrW3pPss7aHR3Y3T0VphbbkXbXzujxix6peZ9U33j/54U&#10;KkEmyuCD35MpfZdzNnn9lETSUmWTgfE8pVqY3G+TfmrqF1fdd0IokdO2fHKzK7+hyqiqhSZAxsgC&#10;L/W9WQ51grK+xGtzxGqFV187hePPPY9+r8f+0jP+Or7p6M3+GrnHn4cBOm1/rff6/nqgdXQGZ944&#10;ja989asskfzu7/4edPxbb5dD3HLHrfhn/+IX8dM//dN4+CuP4MTzz+FffeITuPX2O3DD0Rvwr/7t&#10;v0Ovt4lO119vg5F/D02+Tqjmp7rT6dAn1m3OTZhlKUDl3BTgx3tTWb7zQOMaqcVuwg9vkvUX9tIJ&#10;kd0EoGf/FtXt9IC7ItTU/RbTJOXIDVHv/tAjkvWOG5MKa8C1LMPgJBvtdNAfu4iDcO4s24K4ioCB&#10;4Amv6jYGYLIIZDJ0Rz0JA4Fg8JAsFYI6i66tki2NxNag2todM7GdM1ExwOC5LoZGbT6odxtTuCHT&#10;rAVQW/XvY90/btbX0uS3TsERPKbhzzmWBFzylvRrHclhR8R+p5pMe2Oq6WkrznNRTY1Ziusw6695&#10;Wh8b7aZfw9ry2ZwMCU8Pr+CNwaqvbxqYyZtMlqAwP1bilWIhQnYPG8S/b8vgt2kylhJTii6bBzQz&#10;X/P7ta0UTzvTVEZtSJ4lmxxro40Dg2saCsvnRVny9NnYK5u8+owwGQmQLXVtkUALiPcqgYrOaJp5&#10;8FXMkoGpFXUbDal8Xy9hl5WdhGz8Ug9qRIasr0rOKYMfX1nW8gScEqk4yEPtHwi8L/RYB4C6ZIK/&#10;TZQqUncWrrI3gWJWRDgIfsnBzoYGQsHnn8ljP/VP/+dP8IUXpHGZjXI5aeaTIIjQ4Aak3AbTWKOe&#10;Nkrtrvn/ZSrxQEzIsrYKxJBJtqRnccMezEWRSnqtDvbr7LDw3FVzVAU6hOcO/nIVC64eBBGokJVf&#10;YGWkZKIoO8iIK0mrQyU9jWZHLqUc1/1DBJgK1OI0zdbVJMJTASRbRI1vRVmuQlLSSHJEKc2kbC8N&#10;waj/u/5lTeXHkEqyg4zPquTW2rpubDJoIwSAVN54VumyVbhC9bi6J4JNPaKsSYDDFGR18YaKNH9A&#10;wb+JTcmlMg+TeD8GgLFKYA6pxGNmNzj27aNilKYstFCO+n2+Bvq+0B9ujvDm6Tf9z9bEjN0X6Jzm&#10;BQHUiBFGUx/LEtxCNl3/33tuOILtR+/E6pnTWFxehvXF9GbvMrJmzrIgAtRokgyNVw8beak+eOOh&#10;gH9DX5zR5GS4OcTm2iN49qU1iHlRdW3bFOS1Ji4sVMRQWAeRomhpDGBikXDAJE5cJXzOBKILF6S8&#10;KajXRLXBBptmOX+FMipIXhw20ep+FLZGdOBU6U6pjSgt9E3fKDcbHS52JFXSNyv0RVKnELgSsBxi&#10;dWnTH4xVIyNODcWNDddxFpkyLV9M75xfRLfT0jRgodnnpmJCss+PNezD0m6TH0bO4SYNX7TztMUV&#10;tePtFIA2EzrNSQaJc27CwsDUWLUmoiduStLwDcB+Vx162BBcET3BlFmsaa9V/ZTrNQD1ypDkSwFx&#10;ZXMlQI4JRJTOWcq0vaE+r4GRSUci52K9ocmzIv+jY8zGu7o/hLo/Y0ZHSLOSxGSrgS0h0dyo/W+N&#10;KWeqBGb3DsV/WnCm8mgTWddZxa5SE2YGLPx9n228CDsY8L1Cf0uTUAoQE8WeqQXLEKuiDFQlWzGu&#10;TY37OW226rbwb60nk28dDhUlVKbu3Tgp4a2V0VoQV68tbPXJOpsn1pl8zpA6XUb2KBWK0rCRtcAr&#10;b43w4mmxGRg7U5mtp2EwFbqoSeqWJ8Qs1+CpagiHiIIGLtqMTaSkPBQStm94hSqoKhz2TPe2rAq1&#10;qsneq8GajU/hEssLLaq46MoqxrkCeDaJU7bBx8UR+AMc3WZwZGdTGw6XABIdf+xast+YKi2wqkEm&#10;5bs2JnBGE48kO8txJEfGDFkLG0OqFvbeiGHZ5nPTzkbSxI/BYSp5SCTlMCqwT49hlpGYhnNSecMy&#10;OJepD55IfaW+a+aVKqAsKlk6T8bHsgYS64RtFnIqoOU+sVaAcpeAw6EJrNiKVbIm33ulVUaG5RAS&#10;BhqdqGDhVnHu1bOY2bXT76fbfUPREgZAJol/BI5xwv0Ew9ps4WRlExp8SAs1tfW3VCkVlEleBQhQ&#10;8BU9ptPpsjUEGfKTHPTQwYPM6imZBWl4byvHpSpmlHFAvysFNja+jmBWD32Os2f9yer5Y+gLef83&#10;zXKIorfGEt5ybiezHUzD+HMstVe76ZspTg32B/rSJtcDI/++sLIb+dG7Ud7xAMzePTCzs3D+fRpK&#10;6ChVi9FoCajihNlgB2ton38L9pWTwDNPAK8/DTM4h0bRQ+nvU2LgFexjKkaexI5nNmCbJKK7MT56&#10;DMVd70Pv8I3oLM36z9XVpkkbcA3cKk2DDeo5NEZrYh6UmiBp0jpyQpXkahLFxFbHmC1sDFzC8rDY&#10;s3s37rr9dnzgoQ/z3v7siRO4cOFt3HDzrextRVYRIh2TweKFi5ewvrbBaz5dy2zUz+ev0LRHMYYn&#10;w3tmYfF9TYqAljLFGmLjQtcVNdgUyEH1lyYLjxgUsCzXpeCTUKthsIH89ClkJ56CefJhGH8ObLHq&#10;P+ZImkAdvrGHlvZlxtdIJSVClwMG9LC4C8XBOzB870dRHj6CbH4BfWKykIzfKt5W6JBeLZqYTW3E&#10;p89qxFVktib2RGEQGAIjCKDITMxvSnYZl4B3KeBm4hBt2tGt2tyNS4W9V/eUg0lZY9pzoPJ9hn6a&#10;4AsaArzocwj7qWQAd+SPZ5/SpTN5AIGbq5cu4kMf+hA++q1/B8ePP4u/+dKXMNzYwB33vFtm6hzA&#10;QGymIa+Tf/Ynf8wgy81Hj+LwTTcKqOSf7K2zb+EvP/MZXH/9YW74Z/31dse998ZBF6lmqGbgwbb2&#10;VKxa4LUZCSFjUjprasSbrb36zFWHxFupPd7p+6kaMz2XphpmV4M0O8Gq3EqiC6QBPFcPBjFTwXVm&#10;IpCgGmobBb7Vs90JKYDAM+Pvtz7VB2zD5Nc0lWQGr2W4QEAI7Kkx4mQ59PWl+HYbphGOlSggoVhW&#10;oSFWA5mqFyPmnNhkSHKvdZUHLocABWNna6K9lCyHxMJtYtVfJxdallPdTavF9ROtReR3R2AfMe7b&#10;TUlab5CntfqS0uAp19cOIR0M9hlJ6+343pOChwzJacmmot1gux7qwwhMJM/KnOW3lBxvWTrc93v6&#10;qt+bernDgAA3X/yQP+yMf+wM2e/456T+ll6/k0sYCg1ECfzjdUuDJRpWwyjI7zZTUE8lrmTdE+xC&#10;hLWpIF8mQCX7pWfqR2crey9+Ps0byJx4+glhpBHXbe4XMxku0rGBBmgE5VimnntW9MLynrSfLPXc&#10;2CyLtkdQ6zMCJl1iRcc6iSyLgWdIZPdBTZcpQ5Hff5ALB8luZiN5J2AwRha4aMsXwL+c9c4qt51a&#10;KPVNlXpT8sWtGvNac8Qyr1JfJZ9eWFw99bCibavk1eQ1CrVLmhgpWoN3d5GUX4GtlVXTAVNtGqUL&#10;xb/R1KQK6Q+Dp3RiEd20tOBI6dzpwMGhrINtqBzGXQRCVfaXJGKSjMVqMRjkyiInkZOVoYrkhjPT&#10;rz9hxr8VUXGr4Ys1qH/GhNptYoc/7W2STrrqm4OrMVCcS0FAt8WG4SrJLaqNCToFjGmOyCJKHYx/&#10;I0WVmgT9nav5njmWmYSim65lbqjHLvFTMqnWjYsyq5JdBmFMfdqHCXm0UUkRgxv+pi+Gw0jBpcaH&#10;TERpA2cvFb9ALu3cg0tvn/IFWIHBYFMKeCsG7GRJTROKIU1DCTDUAvasL6BvJCovNUW9Tb+IteAu&#10;UupTHhl1JKXizYei4SnkQyuBEflFkKm5TvlKBdJu3dHGZ+ZKXLrgN4bxIAKsgQXCHlJjadQLNR4u&#10;dHqJMjHMD0BJWozxsyT/DrJFuJrxslG2auiY2auzKLW8qgo4E2S7wXBWF29uVsg3IxcptXjoZcJE&#10;ZNmuLMIkGxLmXSayC6UtM4uDf2v07sp4CCZR5VKYkyTGKeODfj/vG545Mi0PPhlGmEQNliIQrVsm&#10;39ysZtoc69SbvHFytBPAaVJGW//+WlPRtCCyiQ9ldW2+8zQ2rvxhIOK2ZkBUzz0NkJmQguxctDyo&#10;ADLEKZWAH4We/lJBnFxz/0xcv6mhC/tJSJYywYQ82gdk4g+k8ulgGmC1Oa/WMBPfJ2Nq2li4muQn&#10;mWQrm4tlw1OLZYlJk0WT8EtFQukiA1tSpNWTjMB7ZfUFN9eYmpWwgCogQ453ntgL1Ir09JpAAmwF&#10;doutvPoKV11PJnETvOqg3E1P6t1VrSMTZrqy8i2qewJaG4T9NoTyppItqyEl1CQxS0LlnE6tLBQH&#10;Tj6t+Hmyoo+L4AZUgKADg0pG4RSAy3TwYGyeLFOuMiqPjZDaBRSBMSkSMJMeQ61tgo9OlUgssrTU&#10;PkLYeUWtGal1V2qQLEFWFkudArfsaXJI0GBYl/c7dSBk25NgbeKSfUzTdGVPtNGnJaRFllHFkOk5&#10;0TrFOmaX8Ornn7O5uA8z8zdg49wJDC6/hE7rsu9GN7moHJcZJxMGf8nhWMI5Ou2O33tGTHZnj1bk&#10;Ko8XE26nJtKcvszm5NVgNYRkia9jyWxf2n8IrGvklFqtLESyf0jsRpx6tVpFaHmth6Swm5bl64le&#10;l/qljY0cnVHpG5kCm5sWG/3C76Nn8Jnf+HVcOnMWd7//wzi0fxc3TzSsI3P9wPCdtEOpm61UzDAz&#10;wQxLLRH4oowMlcp/k1JdKWxjzu/Z73rgvbju+qP4o0/+Z/zmf/xNfNt3fCeOHLkBywsLGPH7yrmh&#10;y3Q4zcqqTNYwetrG0grW8zZmsyYGxx9D9tYrKO2aryf8HtfrA899CcX5s2geew8G+64HYTpl1obf&#10;+mHmZ1Dc8yDy7bvg/PEod+9Aubgd+dyCr19yTjxkti0pFUbglOQRhYEM+/68+7rlyhV0L56Dec2/&#10;5qnnUGxcRjbeUImp2IjQECPLS2miqEEmBn1rDsXuoxgcvA521x64+UX/QWYkPRYjXZ9zYdTr7h0s&#10;cBqmvl+m14bsCFJTh/WxTNYsV5aJXxFiUIFzhXpo2poF5tL8LO48doxfjwDr7/7e7+W//+3f+32s&#10;r6/jH//0T+PQgb3MVhn464wYj3/xp3+Cv/j0p3Hsjjvw8b//A9i1Z19MW2YLCb4/CvHjZOBSGOyZ&#10;qWyMSvX0pE2LmO3sl0Wfa1ywrJCBBH8CaQhrL6/DnjyF7PWXMX7tOf/zNbQJiPL35dgNmVGZ0TBZ&#10;pXPUqDK/mJpyYoKaBtyu20TyvecgMNPGiANGGuhRom8uoGNY34wK2mjcSYEeQYoo8umM3y/3ZmZr&#10;uFwGwcJKDHV/GMaTSib2bAnA4wJb2U0M3LguDDVMmdhF0VUwvqqUO5ApUtieQxPSfd5o76sp4Zy4&#10;rAE6VNfQ8PyNUy8zmPfqK69idnYOO7Zvxx133I5/9OP/mNdUoiNdd+Qofvv//Q383h/8AdaurOGH&#10;/9EPYvfuPXIfD8dY8H/3D37wB/Fbv/Wf8Ev/4T/g0UcfwXve8z689PLL+PRf/5W/90b4xV/8F1he&#10;WUHX16BUi3NSqsoHS2VNs8UP21Fk1bFxIRTO1tQgbO2Acqq+NEmOceniSOpvMTjeglUHbGk5UtE4&#10;6763W/e2doLpp868JosDWefcNZODr6aACfW4Df6owVuSr21aYDvcXzWoZu1dRp/sCygDfej45wS2&#10;ZrpGFrp30L071v1/XKrSINDQTZ1h6eJFLfcSp8M2G4lXn7AgheFXKkFE93Tal3JJeY29P4FATsCf&#10;NdPEebK38M9HfrEtUyoglcVUVqg3KdUCM1mT18MAKpYuEB+CLFSGZ4UGLkq569eksoxrZxlUMkrQ&#10;KbT+s+qV1yLJr5EBfp41GUA0KpMWazUJ4Mr+f97eA9rS6yoT/M75b3yxXqVXQRVVUimVpFLJkmzZ&#10;YGOb0D2L0IDBi4Em2s0w49XQGNMwzXjNmoFhhqa7Fw1tA6bBQJswRIND2zKWjSxLtiwrWFYqVZWq&#10;VDm+eNN/zpy9zz7hv/e+KpmhW17PVfXeu+kP5+z97S8IWBaCrhh0HA4fZHBOe2sDVlQkBl0hOzQH&#10;CNF7ZOa/sDAF4IuWcCEbIii5lNwfojjz9XUptQ3t34m4VtSKirImUW5qrBYJNkHaeusZjTQ5D6oM&#10;Ot4mYiJJyagC1iPHloZsJfs+GiZRGLGQCvugH6CoZGGnVexVtYSC8PVZ+PNfeq8kYvb93Hs928xE&#10;0MSbVstBDCEPKjWLRTig4loewL/cRDxPIYTQ5X1sXzVMIyTZeRmLTIz494oYBsI3vB1G/AVMEyYh&#10;IltHC+NPV8CxaLGUs7my6cJwJHtoKPP037EhFoEOHkmA2U2eJQVXGv/QBOlCtqwc2FOZVFKPfz2d&#10;EnNVYLeMeW86mDwOpW4GFmPl+YY/X0CbMwluTZiZfhriAayQGJSz8RJDLxybKstvzfc6bAar0mav&#10;KpK6wMoMgKDvlkuTgjbClKi0NslfrRVpkI6hHWnDzJo4LY2XxJlbWdxJ3lqymqLvWT0k3XE3ZW91&#10;Fd3uKoOMV7p9XDz1MkpXKHOKYVFEgFkDAqj5i7EmZp/bN0zh9nu/AedPHsf0DAU9NLF04Qxq7ZaX&#10;/5L5dr3JC6gpRLdPAJORnpB8H8h/oktG0x0O15hafQIvnr6IixfJswGxUVexQJNACiOpkib4QInX&#10;lB1ihMVAyKECQpz2bAZ6B3oJmYmbeN9JsafNUBCN4oK44A3BSxSajQl3DNpMnaZpi7+GCm4iol+f&#10;hvj5eP+gxOEzySsrmyzmPmERMFK6arDv/pifmeUACBMldoHdI0b7yjM4aBpGprGUckXmttOucSqI&#10;2VcLoQzeSJw3qNwTTw8XSyksJXhIRt2eGgPkZQmqMTHqKj4qKXrsWsKIJG2K2JgWJ7rsvsMIe2Ic&#10;Ey0zJwhsmGzIk6SqozkkUXKitHjxBAm3GQNyVhsDlR1gpcYYtMu/dVYgR3ZBbHJMBVS1oSHLwFnv&#10;fQIvdS9XoTpHXEFPAirfrBMITOFhRQCPtIkyRlpDYmOqVWUog2w6F0lcGLI+qCTd2yGv1mDcmw5u&#10;SrtNbGcVfQnt2EFR/roW2WMzqwOBPZjJr1UeOBPWYmF5uT+7rk55+UyJr57oMLOvW4Y7UWesx4Cu&#10;yz0ZmaIZ81uK1zLbIwqBk21kf+b3uo3+v9HFVtmhWiWETWVS42jrbaN/b2IdpGsu5cLbyCIvJPQh&#10;golytCgJ98ZNBQ7uaPCQqF+a6KXrdxsCAxo8fcmb0Xxw4IdPqabQgeGU/Z6VVTCCVJF5Dx5Wtbfe&#10;jMn1m9y6NYnVLhmRE2BDvnaeac7G0oVv9ZlBR/HucTCtI1jOzF1icVEwgS4i09xG36GCX7OQ9Zdl&#10;25zmrWNoDacAE5ui9BJriNeijoMpaUICA1ubaOtQWs8+rBUS9iVu5gMyznGNRcMOsNxfxvEnngPa&#10;TWzeuZNDIUhaump1vF7oz2AxEZRmqb5N9Utl2KV18mTOQgMCqzHUVcSWL4TtSl46xBbftv06PPLo&#10;5/H4l7/MYMD6DXOxZilE3q/l4uK9gxogtzcudDqYaLkGqj0FTG8AljtoLFx0zcMqh0Y13Tk0qwsw&#10;VxbRIBCvNYMefzbNTD+SU6mZOZgtm6HXbwQmGyiabs9tNr10nQA6HpT1GbQdrHa4rtAnXkbr6cew&#10;+tjnUZw54n58npmFhtin7vfaE5PMsLTucY2CvK3qGDRnYDfvhb3tDRjcdgfU1u3A1BSzQejcUwLj&#10;QDVS2N8w006u5+CjrYNRvUnBOcZU74vgT2qlQeOBYBj6CzBN102X7lH46yWpawyzqeh6II81Ypdv&#10;v24XHvvCF3D4CK3tXdx+x8F4rvuu8VpeWsIXHnsMFy5cxOtf/3qs40CWmnhD+dq3CJ6Myg8Wla7J&#10;sFkYH7z3e1CNFQy67isp471AB2UHeqWL+tFXoB59GOorDwOXj8L2ltzTkS+0l32pQSEgWV9Ywe5c&#10;uuttkgIs3XFe2rTbnYuvR+fQ/Whct51taOgc0SiU/Z1KqYVUkc6ASpVdhe2uEnCh1Oh+H8+J0Iyt&#10;UcEA1QN+KnmlalF6BIuaEJAXbH+M9J+B4awqme+IgGkMaAvUZvH+ZUdUIwo0+bERsITYwB5U93uY&#10;t3FRXHv7oU2N16Azp0/iZ//1e/D7/+VDeObZZ/HFLz2Gj378Y3jwwQdx/Y7rsHPPbp77USDPvffd&#10;i8HKCj70p3+G55/5Ku46dC+a7Qm0mgXLHW+79XYcuOkWHD78PB783Ofx8U9+Ck88+WX38wb+xY/8&#10;EO44dAgzU9NesSPXP6mHwsaug3VWZscSJHrJ2iENUhP4lvVPubonJ4+MLRDtVYE0dQ17rPE+w/aq&#10;XoCpBxccQhXZ96tAX870u5aiJamIss+svFpFCzhCo2UfGKgZFGM/P3o8hwzKQNEOYkBn9N6mXljq&#10;/OiPRGGEthTv2VKOlZE9Tfbj0CdZI9kGJoJt3uTQy4OJ8SbTR+4XydeTbaRqdVxx73OBrJrc2mrc&#10;Wk6qEgpd9OEUdWYi68A8r9WZoacLHyZEjGMCHJnpR+w/9tDz6bwMsNU0/70uIRfEEKSgSA76EBUm&#10;/awh4R406ODn4t6IgvMa/u9Nz26m54N4z1Ffx4QOYvXR+xQGNLOiVZDECiNNmHp00PwQREUGXrjn&#10;+T0SsEiBlkUhEuPCq6wkeyEomBgkLIoKE5Nrv0JJwJ9iYB1R+SVeIgGv0FpqV8EhpCgvMkJZCIDK&#10;LedsAOdMxlCVc2vFqoGOEYGWrBYgoI+VgB4ENzAR8A530UD6VqbD6MQSNYx9mIiT8XGsF9XcsdA/&#10;htSlYVsF9sGGzfzqiqxJG20cdAwF0IKiF6PLCbMGhZEXnVcHmXQsNO+Zf1/UQOux05wwGGSaPDdp&#10;JYYtjfwiocdEsuuhaUMZC7mqp91a3njJL0SrqxiXxj+LEc+7EYaeThTklMirRjwVRtpvXogshhOX&#10;wkUbQEwYMzpZkcazsHrEV8qWmSwx+hOiwuCzmcdblNjmnn+F6NmHGE7jjF9Hf25icxHt7Ie8HK1K&#10;FvAplcZLLoxMfxPIkgzRlXhZGKsFZBbwUpdRmk7XhJ9i+ylgyy0SXVcsU+ropNvgLy5cQdcVXy1J&#10;N/JAmkmDH3iwiwDDK0vLPNGx9SZf40xBNkaaouhyJIbnZWTb+sbHL2ZFCByRxMW6buK6jW08e3iZ&#10;6vfEmGD2lY7G80ky5a/1UIyyP5UARZkwvjKpyllf8Te0iuxJWsiDZN9fU0HunWjJ/DsM6NUk0a4Q&#10;ZquNi76VZiucs1AA9kuTqE7ZvCX47CHKYtM7D75tuV9SwEaabrOZbjW9dCXibjZ0HhE0C4OQQukk&#10;ETcmWywLhJRPjGNNWRvTJ60d51eT+3XlAEsAs01wT40Fl3q1486reNWF+0znC7oaJ3lVX8Pz41UX&#10;gzn4F9Nzr/ogk0nMvwbXl6EwFB2AHaHVq1zOGi0aJCjG+hQ1CtdB2YcedNz62EcZVh0rCazs3xQC&#10;UPKkwNQ0jSuoq4EdGALVh4tndXVpco72DXtW2cDKtmuw+qo+jmNH5taOYQVm/qtyegpm9kV6fgrI&#10;UToDksOhMFFaG9blnK9oR4VdsblJQwqB9mxKzI08TZvJm1XmZ5T5MiqZZsexhsq8iY3NYEAbmQZk&#10;jm3DkEmGpoVNEEbb/WP3fM01f8GvK50DL7eiV6LUTK+JZu8uZcS/Dzx4YC9V8TdNFqxZ5EyUjNvE&#10;Jgip0fR5SQpGrl7WvY+5Te463o+lUwq9K6747r/s9rMe12E8qUZdPn+N19l6fZr1mbrss2SQWAI1&#10;Xij9fWHKYEHtTbSDLJ8DIQbec1PC6vjzEyOC9qlweRU68wYV7xkdbZ5D4a+88xgxILSNy3K77dbu&#10;mmLmISU/u//DoOF+abmPzuAKvvThv8Tsujnc8ZZvcfsxMEXsGKsisGsyz1ItLMOQuMjS4zGqhFfz&#10;HzU1dFSaFOJFBtwTU9i+aw/+2bd/J/72b/4Kf/6nf8wA2A37b+ImpYxTfs31QCGJf1TQT4hMqtvq&#10;Qe24Do3B3bCdJdQuvczno1sydAN97gTsFz7t9vxlzFx/KzqTE8wUazU866vrzn3belC6S2CtgKal&#10;7XgmKvlUdVbQPvkK1Klj6L58GObyK2iYjpefSW1AEikKAhmsLKNLTWHRRqc+ie76HajtuQ1qfhvs&#10;3BSK5jSDzHx1l76maQntgSXoWtYRYY2E/6Jns1YSQkYQXT8NdPSoB5sPtZAGUIBhLeFlPUqpHPSZ&#10;XdHVvjkk5lRdwkD63RUeNPbcpV9rtrF+Y4Hv+q7vwgd+53fw4N8/hHtf+zrccfAu9lwj8Obga+7B&#10;e+bmeD2Y37yZpb6DnvdIotejaxvi/cvEB1JpEGOx8KCcUYXwlnwdWKPPb7v8CfkavHwO9bMXoJ9+&#10;DPbMCdTLBfTMCrPsmmrAnpWmp5h1RP6GLJuvNT3wWqeGvI3FmU3QO/dD33wbBuvnMUlyYwKOKTCi&#10;9AFBdTH7R/SqS56VhRXv4VflCD6+C1JjdKQxUT0bDo+GwGoPwgBX9YsLa04c+gtLSRkTpXN9IwC+&#10;BO5ZlaVtq1J8rsAsxtWVFQZdl65cRHt6Bh/52Mew4Orzn333u3HgtttYVfOVrz6DTz7wAH7hF38R&#10;b334c/j+H/xRbNs671bMPn74x97hfn8FH/vEJ/GzP/cz+IWf/19x4803sN/Z4uIK9h84gF/6v38F&#10;x48dxcLCEnsq7ty9C5vmN3Nt3+usCtHF1+KcApr3i2vrckf87CzMmH537bOX92y5HdXYngwp+GL4&#10;Z+MUKpEBqIOPX1bXWjNWUXYtpuG161A1xsYmPZZtw9hWpsEhEUpTuE6dQ+EUefgR293dZ2RtoHol&#10;GmWokX2oQvgEvMZoFREMDyp7TMNjRGG/Ltk/M7CUy5i6Lb0lLYa0vXXl89dqoj7w9QU9jsDfkOx6&#10;2a34C+R712x6QkjN+1iX2vdLpDSr1RLe4i3SkicuA4KUzksy9X4/9uqBnc/BECrxBTz720TVYVTJ&#10;Zb5yOpNRez/3nGAEZjvXarUYmBXq1CKsQ7IPB0sMLWqv6JWnNYp8bfGKVt5jtDGxng33jR/q6EpD&#10;EizEOI1cAFS/bkN8fcESYw6blJovkKpsDjuZ1LRYldQtVmWS+siG9MfVY5NafJJVZJynxGcPLBoE&#10;0aWKGFm49wNIzIEcVobckCC7UMcUovZTiUFYU0M3XAKh7JoGt/6FDV9wTBeMk5W82cUaN7AH/FLK&#10;aiLmI6M0IvPRSW+hSE2PTlLQvFkeBoVCARCbixwoHLNg2Mhg1BUwbqQpGzGG0AmYGZLKJXBNxfds&#10;hgpILclIa/on5O91jLS38llU+jD+7as13Rl0TOfVwvArxgCNeqTRj3HRAg6O7Ql1YFohBmjkEopo&#10;Lo6qWW9sxo0db7osjXcwZIcsYKY0yRxVGgZrku9BWKBMMHYvapknkIkpkjDZhkBFlfHMhFK8pPzk&#10;wFObm+4Y9DgNyLDB9uR0G+2ZGVd0n0bZl6ZRkHi6+bTWMXGT04rcaywuLrOXDhUipSs2+s0JvqFr&#10;SnyCaKF3hSr7rgwGkhIdDoAPhrDig0UMQIMVXvzXTzbRKBbQlYUmZ1DWgzeE3F8ByAg+SZEZkqVx&#10;hkj1oJgP4T4htdvGTdS/71qtUQWn40RSXFGoqKHNSOnkA2hUluPjQTEPcCIlq4bJhlZRghDzN61K&#10;Uirr5ZeczmpNVc1oE2uYjjX5FFKM/PRkGzGPSAlbQJl0LxFDorB5fAhLeElqYyj50TbT1G+tKFRl&#10;xxRIdjR0yCaAAiNyz8A2UyOFkRpirl2N+WeyZG0lKXpVD5XEIP6HgIp+jmCzx+sRUMvajPauMOLD&#10;gxAyEKSNa6GJWfE5DPiJYUCCP+JnCddPwHuScDZ4b1jyIbSSoEZMJ0IV+qsoOyR/XHaFWN/7sciL&#10;l3LOeDiobXbe8yT56nDMCCMLWTpuCrewFQ8jm024hzNeApil8oF/RMBVFfizCegeAWazpi8sAd6z&#10;Jif9Zh6oqnrUA9FPi0dSvVAC6NgQJpvGNKJ+Ce9ViwSDB0o8mLBR3hUV3AL2sMxFV/fcSnK1SjUZ&#10;gtRViW9nkN3Euy7VHrbCbC7TZ1S2ktcS5KBsKm28eiF6h8a1ymD3hjqu31hnQ3BiYKschzWBtdL1&#10;xv6WGtRC7B9IVlaLwFYlaVlYQHEwG4+nGlIaqLgv0udo1Miwv465rXvdXrUdF48/ge4Zsod4xTX4&#10;F33wDltM1L0ESHmmQ0FJo5Q46xoOCoAoO4ZT5AKgqKMywTCQQynJPGE2YsUBvxbYLCU6NEL+c9jE&#10;0GJyhGUwqPDODX7PJ8YEMfgGBNJo/lm7YVFriT9PMcDqssVyt8REqTmdfnn1FD71wd/BiSNH8Kbv&#10;+G5s3bwRrZl17vF93/CJvKbjPguxC4JfdV2pPFcpDSyvAvrlQ89C1A1lr+/ZFDRdd+/pjjvvYobf&#10;Jz/+UfzhH3wQ3/at384JnPPzm8SrzrMlScpTF6CMWCLloECzMemOkOsGb7gR/YZ7r48/AnX+sHuf&#10;PQ8oUvbixWOwD13CSt/t87t3wk7PYYnZpU20KdXRNZZ01Fsg5pDiNU11V9G4cBH27Hno04fRP/48&#10;mr1FtNzPyHaE5fP1mtQR7rNxI+waIgLNZrZhsOdW2Ot2o7Z+PdT0NLPYQkPMXrw6yI6ELcuNlPhr&#10;ip2MFQsIXyP5+oxrJhkKUEPITFP4a8ObsnvvImJkmczvkdcCYsH0ety8Hz9yGH/x53+C02fPYf3c&#10;HL7zbd+LvTfsZ8tfBttaLWaFksJg4PZxYlu94c1vxYYNm/C+33wffusDH8BP/eQ67N27m2XtLXed&#10;HLj9Nm60Op2ugEwpMTh4XXo7gZoHA7heJL+3GjOf6yyDNmK+774GHdQWl1A89QT00ecwuHzefdDL&#10;fgUimxgBsAi88iyZHvdg3RoZx1OaZhuDqfWwG7bD3Ho3ii3bYCamXePaYPsYujroRBLznID4rgmA&#10;NyTczbOOAvhdKvVq8lhfdS2Q7nFU/BbXLh50svDLyR2V+iXZehRSB3VWu+zpTIxdVXprGho4eCDD&#10;D2NK6Q0pAZpCE8j/uSQZtruOnnriCfyf/9cvYt/efTh+4jhuvmk/fuBH3oHByhKf27vuPIi3f8/b&#10;8cu/9H/gr//2o3jyqWfwv7/3F7B3315MTGr8q/e8B//0274D//m33493/k8/jgO33oLNmzfj8Sef&#10;xIZ16/Ce9/wM7rrrTn8PEIvWXdPsCVdoOZw68fGulRoeR75mBBQM9dta3nxfq2i3GvY2noSBtdh+&#10;ob419qpegaODZV2pRb9Wj+rxfX7qh5nRxesaMdXcGtJou1LP7XPkz0g+qO7P0n31Fpbcvu3W1p5b&#10;n8jwlvblmihfBlQ3Fx44ZGugvk9EJkXHwKe9lhFzkD0uhIJq/3/EOC+lECbJK++ZHPZDw54+/5vW&#10;VKoVVt1CuezeY8etQ4oGLWx864cLdQkOYUuCRp3XzOFwN1YEaJ1mtjSMnJgQywxZAwgIY1m/J1mE&#10;rIayLDN3hACCCfNQGGsBLwh/5rkIPEgrikqdqbSu4BzISDj5v3OP8yJmO9Dhk/5CJ8CM73nyQiUp&#10;vOwnJshZxUvPijefETIYKwoK7+IZ6kYO+6vp+BlUIYNkwTKMPB93msJE9/6PNtalwWaAJbk2MdkJ&#10;DOX10Kg4APGDRiFQUT1Xq0V7q/B5y6GwD9pDahJSYmQ/YSBa15M9E72/d/00yXirN5HNTS1tDoCZ&#10;uEhbkW7WKjRvO0SVDYBAWngqfksVH7qwdBcJIAgpryNk8cTiyYMcomk1MCpLVbri3xOkrykpESLn&#10;KSprSlVCOwbAGwLYdMbYs6rqJVLRqqmMjSbH3IjXlI3G4hp6CL+LwGWU8mYod6XTVcnQ3w4n8aab&#10;Rhd6LOgZRbVBV1753OFmDpOJXAhY/UqSpKEpUdBh2GqsemBZxGSZ4c0pCzbNL+RSgD4jr2wEGKDr&#10;lTZ6jlkvTWWvMJVJlYo3kYlsQ1nc4I3I++SR1+9zE0qrLz1f2V+B7RrXUCyg21lFZ9DFmQuXsHru&#10;jPfWkEU1+ZsVzLDgyR3I1NliuqHxujd+IxavXMYETcwn57B88QxLAMj7paE9vZr9qyIg5BsqAh76&#10;gz5vGH1XNKwsXWHj16nuCzhx9iIOnyqxuNyNCW+cEKRsxqgUHkyQTgnLL4BS0e0xkwoG/J0bGEp7&#10;o6kK/MZCxTKx9Gq1pvi8iEQ698uMoEQRJXhJJufPu4mgv98sgzQ/AB0qgsR2SM5oM0aijUnimRhf&#10;Bi6e0cBSJZGMbZqZwfzsrN/UBmUGAFlpfmXiLem/TFVn+nqB6am2O19T7hg0kSgpdg2K25iwmKGp&#10;rMpk9gF8Cs27qtwvGLEguNrkc8TXzw77uWDIL258ofQPZxDmqbQZ4DW2AE0gZgqjsFcp7GylHMw9&#10;bcax2yqwYHYsol+qDAE82GzYmMWSEb1rBm1vwfVargAcrKDWP8EG+6I0YGlhq26Z+ZLNgWQ9UZnM&#10;1lYs3nR+jQbGk1pDLm1VAqCvyqYcLfZV3NTT9TcyJ7KjfmUROjK20oyQ/CEPC1HiV0hywJKmxj2F&#10;Vy6WePrlLla6lr/vh0oqpf/KGlAaP0TSOqVSqmy6Z6OiQF5fkEglTDnkgHSUcuvM6kOlND1rRYJq&#10;E8vPG5pw4V3GtcpUwNHImsyB6iSu53WwZvx0vecK9c0tg4N7Gti3uc4G+OR2RYN0ToQ1clyNSErr&#10;JTcKLCcitjOZ81vx3VSSjBl0ECoTVMkAKdYUaiioQACVma373bo17YpWD9xp9FBvb+JkPk5tH1Dj&#10;6VPnmQWOQiSyhtdk2tOgvb8V2zRwcSoqBl0LEKS/1k2QyoVQobS+x3ULCZhMALMSppaVZGN/rZvS&#10;y2uJadgfhDRlw+AFCUxqwg6kZD+WR/GkW7Nss9NbweUjx1B2eli/aw/ajRrLY1e7q5wGSwArsbOs&#10;xZD1ydDwWIZew7XgWqqNvBkIzEFiNtDevnnLVrz43PN4+POfw7b5TZiameWQJ3o0rSF9MvaH96b1&#10;12dirlEjaNvTMHMzKFY60FfO+/AAYvcNeq5RXYa5suSuJ7cfTcxBtWruWhy4z+rrBCaeUWPSX0Bx&#10;ZQH1k2cw+NLD6D7zBdQvHkcxWHT1jqubGp5ZR56NhKd2FRmy+3qgnJpHc8et6By4B4MbboHduAlo&#10;TnAghJVBig7MSXEUI1DJhKA6Hc6TiU7QoYljL6kwHPXUUU5c5tPDCYZe+UPgLKXfEmBJ7Cl6ajZU&#10;pwCFhSvuaxGnT53Gf/mDD+KzDz+MpcUlvPDSEZw+eQJ33nkng6m0ThNoHcIByY+O7mF67klXE0y3&#10;W1h0z7Vv3/XYuGETWu1JHuxqMUonCVxvIL58JhtIKc/oqHHIgxI/RsugG0tLLQGphlk7+tIlFMde&#10;RvnYI8AL7qtzGjWS17OvtHtM8LaSwDD2yFJ19otolQUGxTQGu/ajdvs9wMH7YDfNcwAKGduX8liv&#10;QAD79JFMrQ6b+VpnfV/mwXG14Z5dY/+pMMOGmOmVCiewgbJEWR2YyiojoYReBaNMMhq0FlrY0m49&#10;63U90EfHqEeDcQq443W1gUGny0wm8lycaLd5cE7vgcBgktzT/d/vrWJu0yacO3UKf/6Xf4nl5WXM&#10;rZvFm7/xm7lXarrHsSLHrUH33H8/D/s//JGP4KXDL+LgoUNou2tjdnISG+fnmQ164fQpPPXMMzhy&#10;9Ah279yJ7/7u78KuPftY8liSzL+g9O46gmtlxVJKhQGlrRAuRuWu+RBZoeprP6ZuG+org3JtVIVi&#10;hwbH6pqA29VVbMgC59SYnn70cXYkYVmN5ZCOC+3IbaHGa++C41BuX0Ne6tILKS/rpYnAgEIYB2ST&#10;NPC+bKw89CmvxKQjZ/Be39s70c1JA6TC2DjcMjYREiITOeIEdO6aUHXyubP81XOnhK4tXQsAW8GW&#10;UmQWs+ju+SuTEygbIpklUI+GVjVvG1XnnqQmQJeKBAz2wyu8l5+W4Anu2eTzIoC3cjx8aIdmdqAP&#10;T9X8J1dvhVdhca0jgyxm3YlsuBAbsMDQy+26wpfK/NnJwon26+DVzn7rRQrzLESKTJ/JP6e3GrMC&#10;FhaFjgrIlGGWwi9Idkz3e3y/stbToWd/TlE5arEuUyFUUBcywNFpyGchgGWqtZRI7INM24ivZiBw&#10;8esVCQvwnpvBMxDxWggDCZ9IX6v0MmaIJcuhUDTIAapBjvKeSultvXrVHaN3vfvfvLcCQIVGNXqV&#10;lJ53p1PgggoRWiG0A0PeeEMeeCmFVUUgIXi6VT3zdGqq1VChmr+nimeErfjCVbX5azfBakxhFplD&#10;YZykqqwZLXRPNdYjr8rAC75k0R9oDQPZ4B0yDCDSBVdUPPR0TKEJIMZwWpLONuuU+Gur4KDK6KJj&#10;nie9fv4ZVPTvSwxFJeBRbg0/viDIu9AYF488WTZr5C3G+OkFY3AVPUOsqW4AfgoxlMArxQLTcQPQ&#10;pzI6d043F7Av+nJZeR6m3ZQiO/LP1e91MXCFeNcVDz1K4Q1eeVR4uEWaZLlnjh9l4C+kVQdgp5Cm&#10;kxZxNul3x7Tpvnf/G9+CldWuW8oHmHWF2pXz5xhMIgSBCMkUea5rYiIqEJmnISv2kuNptit4CXCk&#10;SVRj5UWcunAez50u0VkZcGPH0mGOAlfJUwChCM2VbGGSoIXJqHm6QcVUEdLliprcw4UsUg1ZMCVw&#10;xQ4zhqSwC+lt4Xs6Z/wlT9BCKOc6AJEhDMBmatcxzKZgbhu8BaMJdGDlGGGeRMNfE8MS9m6Zx5wr&#10;1IjhUVhh31oTQZki9MycxOTOm4B95GsxNeWaoPYMMys9fjDsMYpES1JDrF1lh7xQ1Mi/0vq61mR0&#10;DYPqV+GpUpFdIANMVLpOKuzCVyWhWKvg05XPnAeN2oobjHz2TEpc2RMq7LwxfL5sKmiGir5cEmsD&#10;EByHUWaI1Sj0e7oe3D0+cPeWGXRgukvQvUuwfdekqcvsn8mNvCZJoUWjECmaSMnCWmiMQhYIlyWR&#10;JyS8Qla8lhxarW37kAOdmUKi4smntK3s3ZV7CWrotbNAlMh0y1LApL3QEm/IbCxiorie9eTFEk8e&#10;W8Zy14du+QAckyU5Zlbq2heWgeUQ2gKr8tU62X5Yq6reaWo4/S9vbGws8G0mAI91gvE+TxZhwpsG&#10;VxVGfQ4qVkJY/O92XOFfrxeYabqmcFcdd+6awOxEIWCv4nRaFS1EdCSv1uvE5hr4NGN+3iIlZEcj&#10;dV25MKqeZyl9ONQvRYgUdmvqzJZ9rkBc574Krt0ajTZ7w/b1lNtjJrHqTlA5WHX7ErEaVnwhXfeS&#10;3pL3wRQEEo51vRbOUSF7pxFvZJtJxbNgLZ3XFwmoVLneIJ4PD4iWvN/XvJRpIEBPjdJ8FYPNwReU&#10;GaGsgPLCSV9LeoDElCs4d+YcFi4uY3rrFkxOT2FiYtIDmVS88/OGM7+mhmN0KDIG7AtAnxbZoPco&#10;8yxPNianFMRmE9u378DFs6fxyBcexY4duzjBd3Jq2nv42DD1Dyx2G21GtDDdzcQUdGsC9QtnYRYv&#10;SWLrwAPunUWUFy5zWFi5cSuDoszpMxqtsofy0mWoI0fR/MoXYL/6CNTFl9HGonsZdw0Q6974tbEh&#10;55M8Guu1FgYTm1BuvwXFna9Hb//taM0TsNTi+5Y9k5D7wCLKNG0YYGdJufF4BhIBDVR7Pc/aK3xs&#10;HcnK2auqzEKUjGczBPNx+nmz6X2nqA5bXlrEk489iv/0vvfhC198FC++dBjf9/bvwbf9D9+KXqeD&#10;x594koGYfftuxMzsDDdW/tou/fDS2Mis3H7dDtx58CC2bN2ONoM9yidgDkpuIq1IsAwHeAXAsJTP&#10;VMYwOLqnNFNGXH1haA9xj1xcRv34YaiHHkT5/BfRcOdAo+PtWOh5vIYPdXcNN8W/dEBp1s26D7qo&#10;z2Bpw3WoHbgL9s77gW370J+YYKajT5/215DNvCBp8S2KQhLW1wb0rrrHq6pf7ppMV2srIYFKCA0V&#10;OFBlgJ9N1jU2q3f0GhsdHW+SqQcCQ/AnC4N7AjtJjmiiT5Y3Z110NTodg5VuH6vdjiSLi8TQPe62&#10;Awcw5Wq7E6+cxOmzZ7F+agI7d+/x4YuUrE4ej27duenAHZhx6+enP/tZPPzIIyzz3rP3eg5MmZho&#10;4a57XoO3fsM34Ju/8S34xm/5J9h/8y0+2ZTqfmKR5T2MKcUX1VSGr+N86UaHp2ro78hYf0Mju+w4&#10;p2ANO1Rz6tj75l7yuIZdyriU3HHkmFSPpD5z/DD3VdSva163ao1r2mIktRuJhWC0yKgzdRwHVhBr&#10;X/kgpe7KKhM3CLovOTnX92mchs02GIW3H1B+XGWFKaDYlqBMcn/rR3fco9IghMLJbJ3tKkofBcJ+&#10;vh3U0SmaWHb9Sc99EVuXhh811xc2mi0/tKDv1TzY54kX3n+Pv1+vC0BX83+yp58fItUkLZyANPLf&#10;C0BcBO8iOJf+zc8nYRqFJORqARSroF6RAXgpayAAguE1gu1F5XX550pY8eLVFyxeaKgjqbhhwBok&#10;sjUBIcPjIninPFiYt2O1wgOFVuqkIpNccEKvlFoxDM1mPn5yPpUukp2LSknCQSUEqAQuZtkFIdgs&#10;viFRMoZjRo8lABm593+4evlz6izINWNuai1DVlPJT6hFaalQuRNKKOb6RS0eGZ0lzKiQSJgBeDGs&#10;ogJAVaO1g19YVdqbS8/yDxDkXya+pwr7C8Vook/8UwpjaSjSCRZAR+AAbj6LUYJzvijlXgl5czmc&#10;HJSAT10VM6sieablvoNWpVTIMb6BCiaBd2qNTXg4Hh1pwKOiznuMJ6EOkyQ1VoZrM3ZfLi9muYER&#10;XwwqSAcmStcqfJz8IowNdK6gNlFepzOWkqel2jhlUEGym7G9CLjLAUEv30Vk5dHELOA0/X43BUYw&#10;0KhGAAtejK3/WZjohMbPL8KGJ7ecVtb3ks0ONf3E8mMGQ/AxJNkAsGlm1hXgTcy4hbdDSXnGiuxW&#10;QDrtC1ILPyFcWOmjv3SJgbPl1SssP5icmhVauBUvAf/afhEoBTjw4QKcpEt+NCStcf9eWu2hu7AO&#10;Sx0ybO2nlChlh6j+Mp3QCeCt1VoxIdnY4OGQWCuhUPCmssYnbPI5SU5WXhwqzaatTniRMUZ9po5M&#10;+EO7KIAhQtpTkF/H9cXfS0Yi7W0WQBGlvBn3l72iVGrIg/QtNNl0/Khcn3HNyrqJNjoDL7nicysN&#10;aCx1IvhMnhYDlhSxvLpssvTNcCLvwPtKITFebcbeszAVf7BreYwMe6oFgYcZYoDlCdu5zOJaE9go&#10;rLJ27LvI2X/D7Nyv7b8kJ7w6UFh1PUWFDVxNcgts8GjunbGDqp89sx7AEGoZTJMxnIDs2SQkr6fA&#10;GzYy73g2n3X3PzqnUHYvuKW9S5o2SfRT3u/NenCCGGxeMTDEnA+gmwmbhAytrM3Cc0a3hXEWeukt&#10;q6tO2EcPeZITKzX03TGvYStyIhVUG77x5UYNGatv9LqeaBZo1/NAFlPx1gwsEa1QmX5jZK6fB+2o&#10;WCMgqxt0hpjabD/3a2bJRWKw1gtJuNQQGxuM0QOLoowpxJFJbpBJTVNwGBs6Kw8TcXq3+7wN1cHX&#10;3djGa3ZNYmbSD2UonIPkgkY8jMOwzF8MPimYzOMbuuOeU/Mkn/co6838Gbq2oTnSEUgKoJ+KALmw&#10;B6z/bDxE9XHXaLiLkqVrrYbfj1UDE7OTqM3eyMb0l15uwnZPucv6Fbd2egk7gxiU0Nr3xuFNSo81&#10;HddMGy8J7Kwwo5xYMpaTWf09NJB7ziff6XiOmT1t/fDHyATHH8IQouX3vkHppVHkdaRqAw8kcoFu&#10;+TyyibUdRNC8VndruWtEuuwv6IESDwb2+P10Bufx5IN/hUvHX8KbfuRHseeWA5ijdb/bxcTUNDMb&#10;WSpMz7VWuiTyqCdcVdLrmbAyOBIAvN2ewOLiFfdnC7v37Mbbvu+f4/MP/T1+//c/iDd+/dfhnvtf&#10;j/n5eX6NeqMW5k1ybRb++NB+XWdzRBS792G10YZ65nHUjjzrztFJ/gy6dOvWwsswT65wcuvgptvR&#10;d8emdXkR5vgJ1F85DHvpCFZXV9jYnWt+VUTmT6NooUvDTZKVtabQmNqAwb7bMdiyHcWGze77Xjq0&#10;rF1DyQx8v/uWqKp3kh+3sB1NHtgU/D3LWINo17yWYr/T6Xa8lQrdF6omrPsBN3S0j/d5yGu5Feks&#10;LfHP224vb7ba2Ln7en4XR48cYSbVoXvuxb49e7Bj7y4s/9t/h89+/lF03TX7rp/8KWzYuMGn59Kn&#10;IOYoMysKlkevm57iL2oKaRDIYG3hmS9WVCW+cTVRpsV+jSHQUCx6BpaAVlc/rq6iuHwJeO5J1F5+&#10;AeWFM2jqLq8PhYxMunSfGq+L8SVW4aX9MgzpNGbR2LYb/ZvuRmPLNqh2m61b6J7oGQ800L1SBGap&#10;9d6E1CCWykqYXe6JOh5iuRbz6pq+auIDNw6sirZX1kRvwKgEkgCPteSYyZbHh2nQYKTT6WFxYYH3&#10;3KnpGZZbd5YWGVSndZ+CALqubl/u9fHcV7+Kv/nwX+Lo0WMMjtD9v3FuPfbu2YvXv+ENuPX2A/iB&#10;H/khvOmt34L/7Rd+Hr/yq7+KJ594Av/LT7/HreVtt+D3eJ2daBT44R99B/bs2Yff+t0P4Ff/w7/D&#10;4qULeNv3vo3XqWl3Xtrzm/09pT1rtEnqD0trZofDUkI9w+wj4706PRNMXV0am1WEiB2nySS9ek0b&#10;JHUVOE2Nq0OzQajKoL4RG6wh5uHVFNo+GGa0drmacmMYZnx10Ryo8EorYKDJ3U380KAwHnhmK4VC&#10;AK2W5aReYvgZSnR331tYdmvTYokGXD3Y6LPUnns9SjUXWfxAVj9jvU0U33fKg2MDSbw1JAGmVOmB&#10;95hjRrzbb5e6Naz03DXjruN+q46CpLY1jUlZq3sc+qD8YIRZzg0f/FgTC4EACokfXgCXKrZcWo2c&#10;dyJzRHKOSdZYo8yKqhXNWIvnTH1opTYOXn/5Y4paXfr2hCFZhORe/0I5UFezGWNQGwH5vQdpkC7T&#10;MMbKAIA+B7MHZb8I/a8WskkhDpc83Kz53x+Uvr8kgosVAlEIGQkhQ3GsZfNhvQ+OY1kxZCClkQVz&#10;+GPf4PNVRpsOZsvbJI9muy36HSCzyNIRDwnWVjAm10vFXogUAYGwwQnj7/qZn39v1g5laH4qq72c&#10;yI54I4UUk2EmHyo/UxVpVKJvZ5730RhWAgeyRcSEdK2haUYCGPMpUZlu2oq8WI0AeVXmoaq8z/zz&#10;eJ85NQICDk8tCjVmqlFh08kkDCH+uYjHCMMSXaUyb5icAaMzybJKgJ6qJjYGSnJgMIzbMBPzUY/d&#10;oON7G4q1994ZNtJcK8Gtkf1vkihRiYG38f49VuTN4ctHQwuTLgKxSN574q9nhM3Hz2MS+4bAMpt9&#10;r2QKbBmNNGlK7JF3f/PDDoUzCD02hHYUyoOJ/Fi3+FCTTwXlgJv+AfsV0WvSv5WAcIO+K556K8z4&#10;I4kMef0cPXkC/UuXYlJPMox312hNiluaCw0sg033HLwDpjHlftzBpq3bsbyw7FM8abGmUySUXivn&#10;llmGYmx9+cplBqZWO12suK/O6gIWLl7AxfNLOH1hmaVKNOVlyS01B1QU0hSm1ebFpNZoMYuw2Wxz&#10;QV0Ia6/gOPKUXm1tAvzCtVPKOVG6JotPCuOIyWBxkh/WjULYciqiTT6xN5e1+2apyGn29LgYDGAi&#10;cBZ4PcHDJKzBxtisNbOZ7NtEEJPOSdM1LVvWzWLrhjluVErZELR0WBpVpl5Y0CnJkBOo3Fd7cpKT&#10;CYt6Qyjl6ipglq1KlEdKFzUWIIseFqHZVKPlzDgm8zUod2OLpBR68GoEF2v7+VWVzKrCFktA/hgB&#10;cZbCPfJEIzKP0QiZKnhpY6JyVapqs7z17DHsj0X3e5fljIOOux5c01muLrsv1yh33Vf/qCv4lxiA&#10;KJQPB9BCVKMJYbPw3k0scdUJkGNmX2DzDRXFYS81Nh2rYRvXqkpl1Idv+HeHWXv5oMlaZDHbo0Ed&#10;Ngd3s5epCslz2UQ6TQTkDLiQJcaLK4xXgK+8vIyFVUowd1+5f6tS0SuEE69RS2lnQ2wFK0OGcF1G&#10;h0NhkKlK/ZH8O/2AK3iFqiwNUw1dFypKflXws8wSg21KcoqeEhamEgBF7OyZWg+3bm3g62+awGRD&#10;czozF3+yZ9LA1mAo6Et5bxz+Hxt21xggsFbF9OJ4b0awX1xvY0p9EWUlCskvkxlm7juz8/vcWj8L&#10;VRfk1dTQIumw0ai3XDNBrJN6m/e9snfF/cqSfK4a71VQAebSXgWiGrzWkwyySyEIPR9O0Kj7Kr4U&#10;aUtg8gW5D6Aqnz0U3QPZT4hk55n2pU+o1X7yTg+p8z6GCOByaLr2YVoMZlDIgracqhoZdszc63vG&#10;XG8VFwlsWR5getMGScqdwLLbO1t18ZlTOvIo4xWYecZiyNpkLUZUsAzQYulCeysx75UwE8ifiRhs&#10;m7dsw4Uzp/HxBx7ARJNSe3e489FiiWkYFtlsXeC6gIZ80q3qltur57ZxzdC7cAktSuWi+sXVGQ3t&#10;/n7BnUu6CS9eQu2Jx2FOfBVq+WWuX0jO2WwodOi403PXWwzwlkWPfayKuV2o3XgX+rfdi8HOHdAb&#10;5qHbLd+40WVUGlYoULzLQNWjDJOZsdb7WEKloZkNahczZK8gA1k6HmXpfQIvnDmDhaVFbmg5lRF+&#10;0EvnZZWHrRorq6s4/MLzOHPqFFZXO1zvUT0zPbcOk80WHnnkEXQ6Hdx550Fs27IZ7akpzM2ux3PP&#10;PYcTrk7bvmUL5rdtZe8rAlyU1KJUL024BnvgXodru54HJIkpU/Y7svx65oQPVEn7vpF6oxTws0/s&#10;RGL0nXwZzZcPY/mLD2H68FNQvXMo9QoaXGMSwO9qTHdQyXlZ1Umea9jfz7rzoNxXr5hC/ZZD6N5+&#10;P+xtd0Nv3Qz3JhmcpiHjwFtoooiDa8+O5JRbkijy3VpGg/cCSUI7PB7Tau29JUndrw14Vzz2Mj+u&#10;kHRvhq6BPIDwWoD6at8wAEsWBH/xp3+E3/zt9+NP/vhPcPMNN2DD/DzL9cN+6r3SFf7zb78Pv/Yb&#10;v8EM4Xf+2Dvw1m/6Juy67jo89/zz+LvPfhaf/vSnMe3Wgx17b8D6dTM4dOgQnn7qaXz+0Uc5tOHG&#10;A3fwteg10QUPUQi0v/eee3D2leOYnJzArbfdzhs6+1YbE0MvaZ0pJRiA2MSFSpZCQdF1VbBsLWWF&#10;zWqC+I9iqM9LZBStqoBtrpKzlQzfVL/bIRlvjv9ciw06Vt6rs/CsIWuEUfkuRgkrV/m5XoMENFTl&#10;JtVPBgdq4+sqbrsypVu7Uee9p0dBSW7d7rXcXdqcZtDWuC+mPvc9iNmlsBXjyQbU6zEhxXjrJyt2&#10;F753hdzfvh9xywwWFgZYdEv1Ig0RZ2exOkVgn+vLplrslUsAn1uwMdHwwBatWwQOkvKqHuS6EkKh&#10;M+VeITJcLV51vsfTAqIpScytifxUR7ZdTcKM8r8Hlh+zAjOmngfQimgLFV+HATj/PQLfeTiCwCpM&#10;acGFpPzG+l/Ye1rOQWApgsGyemTzF5KE7j+7ikGcSdars1raxvRfZIoQDlzUyV9b6eA/nzwHlU0A&#10;H7PyJPjHJ//6oXdNziUzBmOJHdiS1cEslN/DA64TiFT1oiY1jUlp3CrdiVos54IXf1B9RqKMCntT&#10;Wk+K//nd/+a9FpnnXYbYh6hoHeRz0qEwmycYJVbomSY283pYQ5w9b6QcZoaMebOaS77WogbHZkij&#10;0jjlTLXoCZPFkw978KmiqEaZZ4DbWJnu0JeX9yZZSgi8CFdWKOhVkC6KBECFm1GFxiRJaquf12by&#10;3XGTiyodWWdgbbxAIyCYLtrK8RbgLv6pMradeAhmYia/GegimhhVfbLMmG7fH38TpVBps1dRnhnp&#10;iBU2YJD6MqAnTL5Smi7BasSfT1iBBMqVvhks5Rdiyo8AA6UsvEbeX8WXTJIFeUOm4AX63dIn/wo5&#10;j9kKVESTfMBTb+GanS57x6y4AqLpHnvk3Fn0Ll/wJqAxtlvisAOQYvy/aYJ54Kb9qK/bxF4Qc/PX&#10;4cL5s2491/xz9uxxi0kpBQMxCxm3JL+Rbodlw9QkkRfJ6vISeq44PnniFC6eOY9+cxJXLi+5ZnOC&#10;zy+Be1r5BRuB4izNtg2ed9Zm/Lzky6jkuyH8Ism7pelWVdaUUlUQQSk1xJrPwfAcnK56qYWGQYuf&#10;Z3h3KgOuPcMrsHEQEUSNzN9Lmk6e1ogBOq1flIi2a/NmTJAPRuk9ojj+XNa/0E1HMFPbuGmR3wol&#10;N01OzqA92XSbUVu8f4JHWHaPqirQl89lq+6kWfFh155xjgNyruWvN279qnhqROZWNen71cp217Ir&#10;SOcpYypbk0IzrgJYVQ9Car9DYpVB5l06ElSCEellVfhrBYQOaapg/z1idrIvVM9VXT1XdvUvw/bO&#10;ur+fcT8/Sxo5lucWDc1NFg8KxO6iQWBfLSTQ2mil4AFoHaeZOiB8MkwL8lelbGbHMB7oS2oUNRZc&#10;VRnAbtfYN4Z7uZG/Z5YZw6ymOPkNk1ldne565lZadkm++/zJPs4vuEK49PLbeB50AGSD7LkmexG8&#10;g3VgqolOOAY+ZWCmlyNLQZdpGiJ7JdhQeEFqYhUJY0GpanMZ0qArgTiB1WxMfK9W0kVo0Mhgjnuf&#10;89N93Lqribt3t7BpXZ2BLzLzLiTFviw1OgMrwUrCLTR+ja3pMH2XhEhbk+tSZUqGZDMS5/G8eBbx&#10;oCgEyYmK75sGPtNb9qE1td4zwjhJj9Y7t4ZZ8n713lbFxJxbxybQX1n1ISnW74VWZJSl9Rk1xODj&#10;RsV4L9vBoBun0o2mqsj/a4WO8lxrVWV/0ApZaBF8SJPUTFasNCj5nmTR7HnLe6qREKQg6NbsWTfg&#10;UBfD728g9yOxKXlA5t4DeSnVWrRulzh5/AwWz57H1OZNWDe3Ho3JKZZgBUY7A7OB/Z5rz0Yk9uPX&#10;4FIkjGy0HiS9JNVjpoVnGtHvUNgDMdHWb9rMTeHTTz+NlmvgNqxf5/b9FteGPtmwxkxL2l8Grt7w&#10;TWODk4np+JIcm1ggsO7cLVxGTfUl6ZGagg6KhdNQZ49h0Dnjao4VDsqrifqFE0tdI1Vo13z13TFy&#10;zWR33U6ovbcAd92P3o4dMOvnoN2eR00lsVL4StRNt955b6I+S2sV+9kFhj+bykeWkqrUsRaoNiNi&#10;sE6yS6qbFq5cxsN//1n8/gd/j4/jdTuvE19Udxzd8VheXsELz30Vf/qhP8THP/EJPPHkU3jgU5/C&#10;M08+wYzs2Q0bsHnjJky36jh87BhW3O/fcvN+TE7NYG79Bky7/f7lY0fRXV3BgdtvR919ZsUhbO46&#10;a7S85FoGxOSl2GBpbGiwLHv19gNrVquK/12Q3NfIrJ+Sfi8vQz33FegvPgT9lcfRWDnhVgx3Dolh&#10;S0xCag5RF5+pkv0S6fxQc1m6c2LcPdndvhflTXdAH7gHatM2FJPTfK0Sm6UvrJFCpxTLkj2nEIfZ&#10;nnESxpfimDxMFLjKdf0PAfvsMNViJBBxiHgxLhAyIyFgiDm2tLqMT/zth/Hrv/5r+OKXHsdtt9yC&#10;1913H27cv9/dP+v58QzOUgpzt4+z587g3/77f+/OXRP/8l3/Enffdy/m3TVyww03slT71ptucvXy&#10;JXz4I3+LMydPuX/fgE3bd+CuQ3fj8oUL+NRnPoMzr7yM3bt2Y2bdBgbzwpozPTON19xzL24/dAiT&#10;JK/Xwigi30QLac4tqz98yrdPVmc++Jg91o7EY6aaZtjCiYGzMPTWoV8vKiBWxd9uBOgbJtMUCT8c&#10;Wd+ufn1Uzyeq4VrDZJs1LqFRiy9VAStHJbmq0ucKvQJrG9+oCDJWyC20ylrf94Z/FxKkEIkohVcD&#10;EhDYb7r7y627g/YUOu4+XXWv2iWAnZYNd28PXC3Z6/Zg+562RfUfDfpocNbv+Vqo16NAKY3lgcKK&#10;23+Xp6bQn5lC3a1f5UTD7Vduf66LjVLhffws7SHBf44ALvKBZXsl8YljG7Agra17XzoB8Yj5x0ON&#10;kEhcKyo+ekFGy55+IXxCJxsxBsmi7ZmOst5h6W+RYSuFAIV0yHOpcFBzBfl98BIM4GF8HwIyGknk&#10;bdRrEfzzrNgiBbvZzKZFmIxFnnWQ2ZgxSGiR7IIk1E0N2b154LLIFEBS9wkQqcQuSIsvqwdba1EB&#10;E3rR0MOoaIElRCbrPfqU1Kje808Lyzdd5WxrJZJktp+S8xizKuT17Jh6pPiJn/q598YpSlbYmqQ2&#10;jnI3hLTGwIqKjX6QKAzp/nVmji4Xh5dR2sqkftzdHuS8OkPww+/mhp82xeJloFxKlrQKlakoSwZj&#10;soqO5toh1TV1QIHmXggVsqgsGSk6WUUvNBWS+gKVMwNTYnopktF+QHm1IL+xJJKp8nAk/bBPjB3D&#10;TgwgYmrSqpOb0W3dJElStgD6UyRR7NZmTD0V2RDWZpuINSlUIZf8yk4TpXLhWAcgTrTqRh5vJPjC&#10;SAoQMUMYmJNpLj+MisGyFBNnw8AcNRql+AEGCIUQd75pNKLUt8IgZc8ESOdi02c1ZXz9UmRT3DzR&#10;61CDM/BswpKNwjnXCwO3oBOLkKS22hXWlAZ46txJ0ulG0JzBSCq6rAhdxBiXiuTu5QssxRisXsHW&#10;+a0oex10tfeJM6bvCtEJTgJiqa0ibwZGM11R6P7dbqCztILzLx/DyReexcnDL2LpykVOjjLrNuPU&#10;mVMegBevJOgisi2qLKDUSMZ0IGsiG9UGWanNQF9kTbGwc8LtXQQmnsrWAJV7tdi4uEHlwQGpMfcF&#10;S6TWxESlAKLYyH4bWkdUShZSkWod7OM1y3ToeDZcMT6/bhq75jfxhukZmz6AhSPoLcT7TyRG8CAO&#10;AfwEnBJLkpqAttvsp6YnuQHTbIyLCN4lvyVbYTQnJmySH2c8sxGJbT4kQbZuqTUS28ZJKsb5+FXZ&#10;ZfrV+/aMrN9qvGREDbcRNg5ozAgzUVe8FOO2TPeMqg4dktLXRDA6T7sNEkwV8g2MFNAB0LcpTIJp&#10;+bymdGB7i+4+XoXtuD9XrqB0f/ZWX4FZOeX+vuCBPncN1BvKAwxGpJXUeLH8jQI6FMsxkXktEguF&#10;voxNDHctYEf4bIlZmcObVZ+btO4m5t9YIqetWNelfXAsSzOFfow0HWMCP8zQc4dZYZw+hnWi9ODO&#10;al/h0rLF0TNdrHYNDyeKIDOySUYTE5lVkTFKxWfPSrJZZNslI0Idrpms+LfZHp08+6qFU5pHhOfx&#10;TCkr4CL/kwc9EilCTDMyztf+4mlzQN4ATdXHuvYAt26r4Y03z+CunS3MTde8ZFj5NGJtPSOOQD6S&#10;p/bLIB/3n5HWlVrhQQ9fQFL902MgkUC/VIjq+NnyXEof5FGTQjeTzAdfQPfj2a370Jzc4BoWb4dA&#10;IRWcuCdTbKpjaPjRaLbRr0+j7CrXrPRh+svMOiLrBAoh0uWqV/R6K0DvGVT0+TNQL9Co+TRMriC1&#10;Z1UGlp0xiV3vU3Y9k7qIvk3kxQeR+HoWdp0bFC+LV4L4+q3AxnR7knuqAKhHT0p/TOtc8HvQsUn+&#10;s+53lztLOHn8BI49+SLmdl6Hqam2+/0GJskDj5iFhfdXg4S5UPFO1x8BssZDr3mO93gZrzQSFZYU&#10;Nyx1Zr/S83NSqPtgs7OzuHH/jZhuT+KjH/sITp48gc1bNmOKPJoI8KHftUFdIY0Ge4gRQGQ55RXN&#10;JprzG6CmNwDnL0EP3HpW+Ol/2TcMkta6A89c0QPX2CoZIrrH1tqwrVlg983o3/0W4PZDsHtvgp3b&#10;gGLCNZ9F3XubBcYLg9whcdn6hhBVH+bcil9JmrIWaxmqyUJAnBGPXA6padY4GVW7/XXSfXYKSCCm&#10;IwGyDMSxDN3g2EuH8R9/7T/gqy+8gHe84534zu/8Dtx043783YMP4hMPPIBL587gzkOvwc0HbkPL&#10;XT//9ZMP4OSJk7h+7z5s3DiHrVu34LbbbsWddx3i5265xpEaUbLoSPWHDNCVZ52GIUlNJysU9utS&#10;dGxKX29Yul96qHVc63/qDNQjn8PgS59B+8hTUIvHXc22zLUGYzLuterhCqr7ETszQshOxd1navMe&#10;4Jb7YO99ExoHDqKxYzeMqzV03fcjLH8zwf4IWR2BrGbDEFiCyPz4h//36h9bUfKM26IqTL6k8gie&#10;c9G3W3oPqsto4H5x4Qre9xv/EX/70Y/jLW/+erzzx/8F/sm3fhsO3XUnNlNASWjeKfmYhuUDiyMv&#10;Po+//PDfYIc7jt/7fd+LmcmWhL0ozExNYhfJeN/4DTjzygn8zUc/gieffApveP39WLduI97wxq9D&#10;Z3EBH/3EJ/DQQw9h/w3Xu+tovfezFiY1+UYS6IIIMGhJUtdReaKDp5lS2Zjy1R/dNUG2EV2u8Wuo&#10;TSLfrGKPg5I8XlEJaOYtlPLQj9Brlsh30CobLwfjAsA37BWYHs67l0n3GUbspOxY9UqFzCJ1AIOT&#10;mc2Iyljzue4jM+VBSMWt/JYdDuP0TEcO0KTzVfPhOgRAMfOawiXcOdftJoqZSZiZCXQnJ9CZcl+T&#10;U+hOzWG1NYUVd88uuR5uyfUKV9w9u+j215XJGfc1jY5b90t3HcGtScb1IsXcDOrueWrtOqeEN1pt&#10;tCfaDGyRpJT9XiVAKIRnBMY8va8Gq4sK8e0rJADDsxJzT1GSrwewatRrz4N1fl/3j/dMdM/kK8Qb&#10;rxaem319vb8evb4Whh+x7+ripRpAPa4JlASECAbCjEEBK+Prh9cOrG4BtuoCTipbHRYpnfnhGZ/C&#10;zX2osAVVFjziGXtZQvjQ5Jv1JUVgHSoB5gwzAq3yn83jGDJqFKlwTfwLi4AzKQFKgco5od/pm74H&#10;B2UQEAgqzBKU2pbswxiglG6pEC9rLeFPVgpYi6Scpc9rxAbDl15yHH7iX/3r90bZVBU/hIJeo4Gw&#10;QXchgJhs8qasyvxCIWsr/WkC0q46FRpOaTVjpHAVZ7mRJtNGZls1jTdnxKQkMJUAtMqCokbYKZUA&#10;i1AQ6JxlJFMVuZDUyHNixGcPsXnLYquVjqzAYWYhMmlJZfJV3UWFzWbXkBLayvH1i7RJ4GdgVYl8&#10;l86vNUYuTJUkVUPS2NxfywZvkIA2m5AEmxh38Tnk73xOgjegNTGFhl6/NCKzBGLjwICUybz9jABs&#10;xst5jRRpiIyM4EFhI4AUAUWR84ZGxApMXgoIScUq+R2RjxfHshOjwX31uh10XHGnej10BisU0YSn&#10;j74ARVMdoe379+SlueG6CyDzbGsaN95yO77y+BfRO38aLVeY2IVVtMnfj4rpRoGLSwtYOHfevdai&#10;e91VdFc7OH/6CI4+8xQOP/sUzp495TYChW3zW9y5HOD8hXM4dvYiVhcX/aaqCwE/igiGBBA7T37N&#10;JyPBhCb3vKw4PERPPlUh5CWipIlUfQWVyezVUKiOSrKsoFRS1aRam8ndoomqCuwzkTspU13LsmSJ&#10;cBkod/6oIKPFdqZZx43XbcXkdJtBG2IV0LVEYSd0vsNqWMTBxkBmAmRu7zcRAvtINtSebLsivhkT&#10;q6ogRu4Lp6L8OBwbDVSYfUp0Ejomsg2HKNixnilqLUnMkMuLGmMCpysM1/F+LFeXB6ux0t7R940I&#10;GI2mB9sIyuf+hFH6as1I4ne10LXZkYz5Z5mno2/RmUHExa7fPE2/45qBrk/b7S2zVBfdKyhXL8L2&#10;rrjvn3Z/LnNyIoEKtaaXZtJgUIlNjhImTwjpYLaZzmcuKaAjANJqyJdOqWSpkUu1VWRuq4zR9WrZ&#10;lnnpOk5evYbEBT5MwrN+VdzLw21VGr/vFboaNg/Z90upheg5en2gV9bw0qlVdPqFFDr1bBCSo5Na&#10;ihkBtuAl+yUDs2aIXKIrnjDZJeAlYtmgKezRPFwSOWCQh6ho61DGdGAlpulGghXoZ33b88/p9oEG&#10;Az8DtIsODmyZxL3XT+D2XS1smqlxcESrUJhoUHHqQV3vSeflzT1OspVmJfh8FR48DowCHdielH5r&#10;NINDNPzSWTNlxNsuBGQELkwkylf03MDstv1oTKz3zagYaPtSo45SeYkPgQ8EtNQn1rn9pI2eO3md&#10;hQX3FF0UvH903fmTolOMoguR1uqix/5vXt5cxDCmWO6JNQNfP6XsvTZ4zARfWS+/CXsLhyPRa6g0&#10;WKL7aFDGMOYYElPaIR8h5c8+B+iobNjHMipi5Lv9vLOE5bOXsGXvfhQT1FjV0OlRGmKTATYtQXUl&#10;Zc5LOiw1KYOxledV1uIhR9kA74fkQjLjpr9v3LyFb5xPfOoB9F1NceMNN0I3Cj7GPnW0Fv0qwxo7&#10;sH64bAnEpGt6aj2TNgfnz7lD2kWTrmv3eXzDPUBJDUXR5MAOXh4bEzC7b0H/tjdA3XQn9Px6FO0J&#10;93wFy6Hpv56sH4XyacDq1QyFJGTHMxyEAWfE0zcE/QlL0LI3ch+XL17i0BcC3zbMrcPWXbvZI+/S&#10;hQtY7fTRcg0ygQ5PPP4l/MVf/zXWzczgbd/7dmzbvhUbNxFjbwqPP/kEXjp6DAdvvQXbd+50P9uO&#10;L33xMXzh8cexbnoat952KybbDUzNzjHISnJdrhHc/k/7Od9TQvEYzizUwg7u65r0P6KAsq5m6C2i&#10;OXC/ePwk1NOPQX/5YdROPOFOxBV0VYc/a5P2ADK6tH0eHnf4vq2xD2bdHZNu2YSd2oL63ttg73sT&#10;Btfvh51dD0WBDu48MbGCAn5EHv3qWP0W/7j/qX+UZylCHRdpvZ6E4QfxyitfAuObZI0CFvfcn595&#10;4BP4gz/+E7z+3vvww+/8UXffbGDGHq/v1CMoFrKyMoYG5rSm0br/sY99FOfOnsUbXvtabN9xHT+m&#10;79Y43hUsMY9auOnmW3H8pRcZSCbm5WvufS0HrNxz7/3Ys2M7vvilLzHT+NBr7hkamus0/bL2VZyH&#10;f4TjOPIyyT8/1RAWw9EUWiU5rJL6NF1DJjfYRTX0Iwxli8q4dsQWahRDqdQzSg1NvaFGppbjwb7R&#10;EI5h/0iVAcm2onIOhASbBQfabBAafG99XxYJLrqQfUZHO4oUlFDEhFf6s9F09T8xoFsN2IkGiil3&#10;3062ANdjFDNTaKyfRWtuFvXpSUzNtNF0Py9cH0IbJ3nCNZgdrTJ2naTs1j2RgACnELhRlyTZCM41&#10;RoG+yOSU9x6Yc5HNJ8CaZ8ClpN08PKMS2JfV9VqCNAK7LByHENCls/DHyDCLQRUhWCPsCV42zL57&#10;IalX3p8Rv5+YuovkRWdydqaAgNHGJXufKk8cll4kHAfk2Io8vhaS4RMlNtZWnjyjU5ZD4X02w2OM&#10;TYN+nwLs12q2qRAmLn12GnjR+eS9XCUSDdv5mKQKSl6LKtZG/s8kQ+djycPOgZw3W/FMLH7ip8iz&#10;zyPcxvoCMzD4VNYJMPCS0yTkbXnxEiJLSw8l4Hpz5IQrVaLCh7zq1tqQUtjD6O+xMbqqSpLy37cj&#10;Jq/Jky8APHGBCihx1mxptYYpffDugkr+Y8IAShRkJMBO+5utUEgNhvgS6cwXIEiIEEHU0QbMZmlN&#10;0XNp2DzfVixJKxO0AIRWkmlNYv9ZY8cs8kqYb4nOwSmV486XyW4oE058ZvSZNf4mNwCV167IgsWT&#10;j99iZOcl4MEGPqT4YpQS0MEyTGMlxS+YqYs02CT/Nv5eaDiD9ETeF/sWGQ9iDwTkG/R6LFniwAxi&#10;Fg56zDTsdbss5bWuOO92V/gWOXf5InpLy95sGiFpR8t9lK59mpXv3bYFB+57K2Y278JydxUXLpxF&#10;f/E8Tp84gYsnX8Hpl17GK8+9gKPPPoyFV57FyaOH0b2yyJPdGVesbti0yX3NY3JihqPiaXGhNL7L&#10;l5dxZXmRp5dKmA1hcqcz1s5osa4iE1PZJHeO8tvIqgpyAxVTI1XmAxap+7qIC3+cnomGryJ5tUHf&#10;aHxqcAQPBQBQNlKxo9GwDfwnSfjTOk6Frfhu6SxwK/oduPO3a9Mc9mzZ6IpveX8hyKO08R4uVJAE&#10;e7ChCEnFNEWr0VSr5ZqFumsSpxn0IylckPao/F60w+ELuZxBZRYHKsoac/BPZxLUPIxkLWnuOB89&#10;PVxICeBxtTZh3IAiX2bUGpKeqxMHxAZCJTcYZIbS4X2WmeQ1CPYqUp5cOW5tRQJTkbBEBlGQD/s1&#10;iZharKvor7ivRRgK4Fi94r7OA91zrgk4C9tbYI+mUP8WdYtGu8ZAH9ceA3mj8plpz6XarcjBPqgY&#10;SBHx5yxpOQ9iqpgmq+Fzkot77MjYJpfSVtJ3bTU1PQdEKqqskdpbjTQUJgOrvRQkm9QHCaPx17IP&#10;gNDoD/z9e/piH6cud7m5Yolu5ZrODI91kXnUBjKvlmtFZ0m72Z4brwsb83pDYRkAX5uibRIgZIJ8&#10;I1MJhJCWIKug/bnGiWZouKZvXRvYPqewcyNw++5J9ufbupEYvppBPgauaNpbCz5VYKAMEt5CYF9p&#10;U8gJrRWULlvj6Xfay4NPDJl4G1PHwHifp7j3BXBLqwisxfOgqieYjsm6bTegObney5REEhlKzJry&#10;jJqB9sBm0zWzzfa0u5gn0OuVnERNgU903gbBM0eksiS9Lm1fuG41Of5e3haHBEHyLexiExN0dUrZ&#10;ExNvRLmvf/6iQEzBK7RK95NMuwutonyFU/UKJcCSysLfJAAqawALtt2yuHjmHM4cPYHpuTk05tbz&#10;4KZRuP1deysNAkNrLI0sI3pOLNBX06qrIQZ9ldVdxvqTmzhp6jZu2ojZqVk8/uXH0Vldxfz8BmZt&#10;6uDzFY+Z8mtYZKaQ92KbDeQbMzNQk5uBJVePrCy6x/QlXKIuaZOumZxy18J1+1DeeCfULXcC7nVq&#10;U03Y+iQGkt5IwF7O56lY8FzFt9VmAELwAkvrlG9G6P1olmf5gfKFhUUcfvY5HybRbHkw233/xLFj&#10;+MAHfhufe+jvceDAAWa3UBP16COPYHl5GQfvuAMbNq5Hy+29FM5w6cJ5TlKdnprEwUOH0GrUsHV+&#10;CzZt3IC777kHmzdvZDCx2Wh6uRuyVEd47yQ/BwpDJx0DN3jgQI/h/Je+gH1ub1nuwFy4guKFp6G/&#10;/FngxPNQi2fRc81Xm67dXt9bubjrlVR9Da4lBiDBMA0EerU2OhPz0PsPQd/1WnT338ZSPveL7lyQ&#10;TK7BYCQHwlGTT0cn7JkKFU/ff0xA7v8P2Gev8Yi8xyyi+kuA8EJIJLKJ0sCckmyJEb2wtITf/q3f&#10;xMnTZ/D93//92L13N5q6SNntJGMkqxoaNLnal/z5aJBbbzVx/KXDeOnIUawsLODue+/lNaHhamZ6&#10;vU6ny+vNxETTrefr8ZmHP48l91pvestb3Wu7c+Bq+R27d+KuOw/i7vvuQ4tAnRHlQnW/HiZW4L/5&#10;OVIZ2Ff16dORQZd7gGUJ4kOS3+E+MAZiRZacWdv7XSX/s/wZc8ukEWuQMcSUqsw4D6IzY382IgNX&#10;eb2NbD/EiCdw5UyqEBqW+RLH4Es/oKkFH1oCeYQZr4sGX3t1d03RoIQY0bRXMuuTPOcKv8dTPUFs&#10;NQhgx+myNEF2+y3cOtZ2axP7iNa9L18hwF9dJLE5qNcI3xsCH/k9av+YAMIVMugLzD36e12CWFWU&#10;4WZgoARXaAHNOOU3yIKVjlZuHuwMab/+OfKE3Jr0WNEPTxfx9SDHsCH+gVb6EhNBxkL29Vq0SvOA&#10;qxWvvnqUbWj5vMFmLu9vYnBJxYatGEm9DioEZCm7YaDoLVLSGuWHxlqk9Gm4GqlzAQzN/h7AzdiX&#10;Sr3GvIEyAXzsTyiyYC3puwF4RhaGF+wlIMeIh5zRnkZ8CssQGgEfAU0SCEgRyQcnu4e1Dc1oASWp&#10;skYo1yE2PYfWrJgzW2OGFoHRZMIqOJcVQ8bEBrAoxi9tJrogIr6vKlut2pwGU8PKRpT7QQQJ7ZiC&#10;LTJRVPAsBIYFaZUGHHmzl4DFcQQZgxQ5r6ytLGY2Ow7QQtnnqTPWlO+N+OeFFtqGtLvs+FdSc21w&#10;Ko3AX96A+qlZWWXl2OQ/FeVVMVkvSUATgy8dzyBrS2zC9IXAssuAwdL4Ip/Po0yGy36Zft8kySRC&#10;EpgJQF8ZAzyiLDCiASYmBQVWHwGH1DBQgUEy3QGHdAxcszaA7a66JmjVM/3cn8QIWu4vc4pnoXvY&#10;vW0nnjl/wb8mp7QmMDWwSNmA3H17crKJ3VtmsbJrl6s0XgO12nMLuU96UqaPlc4ijh19DrPnXYFy&#10;/SKePTuBbbtvwbqtu93POgwQLlxZQDE54MAQV75g/bonMd3s8v06oPflXos2ndI9n/eIKoS5l4dA&#10;VMdySgDBxMS10Ug0RwHscCOjrDQUJlkDmGRYrnKJakq99/eAMKSCsX5aeBGZsnROUv1g4+ghSMp1&#10;NpEpEkTgGQbUbLvzNeUagN1b5zCxruXTpIsm+osrWCavKgIErZb3bbiwJ7k1STaIJVKn7wkzpRSm&#10;qjJB8p3Jdodks/lxriat5uC8Te50Nnc3sxXXunFy3WHm3bXTb7PHjwXz7FWGL2rk33YNRmC1CTSS&#10;PDu+/M2TvwqVVscozQ1Hw5ixe0ZM8oYHVEIKNjEp/JDCeiaw8WnKLLXvLLh7fcH9e4nlu6a7xNLF&#10;ftnlNMUIDtSoDiNjYg/m0cDO6OzsBP8/uZYLlV3cw/JapTL6PSpS3VC8Glu9y+zIhHsNO6UM+Mul&#10;wCOlcCZ98Zt39X2GZd+oxNhTUVJVNQexI2Ra5dlYxIBzx2n9JHDPvgm3drk1005gpZe8U9XQe+I1&#10;X5z9bBIyyx6SgHwlMiWdQZkpXIfWLhOZegSEWJV59PG9rfjeDvuUBy79CWUWiVu3G5xwN8BEfYCN&#10;0xrzMw1smq1hy2wDEzSYbtbQonRYTtlza3/d11SNmkXDZqa2WqxOAmgVvl14WWChxzAhrE8zrase&#10;+hSexEBqLfpuKRmARHeV4BHJS1chdgIiydJWJMk2To/ZskL7Ypt3zFKy6dxrdQgCcfvFuk273NLY&#10;xrnj29A59xU0u0cxQWn0tsspmMFLUOlJ97gmc8B0servG2bPoQJO554ynFsn8jDvuVuwxNmXTANh&#10;G3vvxrD2++bCM6rKUkkNZqMCIBzDMtvbatxYeUZV4c4RMyhB7EuDhWXizndx/MgX8MnfO42v6/04&#10;9t91F8zsJOr1JjdstD/QZ62xl1WZ0tyHfMVejeSuUrMR0EVyVgWxDwFLjDds3oDXveH1uG7HTvzh&#10;h/4Azz/3LL7tn30X9lx/g2+IjPcT9KBv4dlQtMFSQ+Dqk6bb23qzs+jd0MTU+mmYR/8O5YWjUHV3&#10;Dbp9zq7bDDO/B2bXfti5KZaLmXrLXWMeFCDgtz/goFOqQPj4NpSvro2kF1b0N9lAK6pmQj2be7Mi&#10;SPRlqKOKKLem2/rRz30e73//f8KunTvx2tfeh4WFBbzu/tdj0/w2HLzjIP7sr/8KH/zdD+AHfvjH&#10;sHF+K77v7W/Hh/74j90x+hAa7Tau372Xn2zDho38Wq1mi0GeyVYdBw/diTvvOshNJw8gSrGA0EUW&#10;8EblW589ocL6aRC8ym30KSV2JJ99GqIurAKnj6Px7FeBs8dQrlxxv7DsftTxLD7OhnHXGMmgdY3B&#10;1gb7AVoMihbQnoLatB3lnhthd+xGbcNWdJSXB1IoSN+6Btcwz5jfe7CD6XnxdRz6q0ofMs7h2+K/&#10;93/XgrICQ9RGhp+NA1sjA+l87+yz/YbhQWsp/SH5XbIssGjIAEkshcSehwD1pru+6Uor3Nryznf9&#10;JGqNJh78+8/hl3/5l/B9P/DPsfO6nZhs1hkUJn80CvzYt/8mzM2s4+t5ZWkRU+2NPESn0Jwb9t3g&#10;/bep9gvspzWhTvXf9hiPqfsqRJpspRrG09aC2IqRJF9bAfgwRv12rfUv9xoM++215cpr8qaz8D87&#10;Bj8YqpQC2ILgJprYZhVVQUQGNVTOZLTyyTmYwiesQ65BskbQ1BsQKURa7CZZLpTkD9/kvcOYhIPQ&#10;K7GKiJjc8rqleNMWcqBKI8wwAd384NtWPAaD+iUHqUyWfO093YoqHlEIky4jRCVrCS3BfDax5IJ8&#10;Wc6/FlVaHMpmAGotvC+oqKrUJruOxBJB13VFyccOBsHfT3AY9rsWwtNwHgBbfmRy49BLh2MTnrsQ&#10;wC/vrcL3EGtMm/qFECKWAU2BrFFGsovYnRivKmXyR7z/VTz+SsLJdJaGqwKRC56dTwMICJuyDJ6q&#10;7M/vMYiy7PNnJhA3HPOYpCzDVKtstLPTkuJNn4oA4n4GVHINTgEyZFqsJazCXzEDf2oJIbRZWAJ9&#10;T1Kn0k00YDmK9+fzvjEmk86pwA6wJrFKMgBOKztq4hqlo7Yi9bNinJn7AJT088AwE/ZPVU5aViRq&#10;XuIZTmxtjcbXVhro4QjzcIHrCnV7TFNsTMWEmI7rIM4Jg5wyFd7xGAf/QCSWTwD5cjmyAapAqr16&#10;M88SJWOHAMbMzyg3yjY+ZS102yo2cjZ7Dlu5kdgzCHm6MiKzLlxwgQ1ooUdBySGgLwRuBJAuNpuZ&#10;9yEVyuy/NRhEUDD44wUjdfq5v1lkMs+fu/TXl/GFQRlkwe7vdSsy24FhwIcNdclXxy3FJNu1gxVo&#10;mujKorzSWWIgoex0MOisoO7ea7NbYuv0NF6anERvZZkBwbYUnkbYZvW6sE/cZ+q6YvBKuYhpPYeb&#10;brsZqtVAy9axsngRS8sLmGgWOK3r2LJ5Cufc78/vnceNB+9Ha2oCl69cwsmXj6G70ncNCbEMl91C&#10;ctltPh2meTfc4mpWlSscB1h1TVjDvQ/214ISmZOteI9HECb4GUQ5ZZhqZNcLAjU6sVlN8MlTQyxB&#10;m5hOETvUxsvZZBPxPkReBluIxycnGKsk/SUJC0kAyS/Re1DoWDzwNMkOhOHhDcSZfckLZ4mJmWls&#10;3eqO8Q07cNONt+Dmmw9hdsMmn5rmFtUrly5jaeECPvXAf8XCV5/xpvNys/FklMBf2uSplrSuDVIT&#10;XuJF12DZy8AJNSJ7TX+3FZ5EvA9U9nvZGmcqPLBxz1F9fi0sQDs0gtBDYBgQUvpyr7u1vf9yC4S4&#10;JmeA/tWjQewYSfDQICVKvnNmiMiyE8VTfLn8tcaR9RWQRzwMTWCklsx80eLlaWk9oSagXHWXyZL7&#10;6mHg7ouySz59S+6+JtnuJXevuOty4I8xmbBT8dEgSWZL8+C13ShZbsEv4raRPqMwWoYPEvBgwmdQ&#10;1TVwyNaitCozRccYIDi7i1RVfxuOAzIm5ChDN7FAy8jS9oypOD9SyV9VZ4DTIBvWQKtMcptNyGNR&#10;ARG4CdPeEITimUiNusFSV2P7pjpu3NbGF5+7hAnVQM/VHD2SpEntwes8g+Z1gRTkmtDB71VFP6EQ&#10;iGWCl18IuoIWFqZmKTUljHsZ8IBRS3+NeINkLTYRVNBaGm65eqbd8OEVdO83dQ9bphW2zmrMz05i&#10;/RRN3MmTsWD2JgSuZSFeMfABBbzGld6nr1CMwWgeHAWAw6c309CAGGjE6mGpr1YxeV6JqqAUewqK&#10;+aupHocxdJnIVY9eYhJxJecVXj5uUyIoxDeK9hk/6Eq1mGXLAUgNNfBsGM+Rd8fN62SpkJ5at929&#10;fhtX3I1w8dgiGrVT7i3VKGIANb6vjGfO0hlXDWb6wf0+SUjrtRX34n7A1O8rDi30frgcN+XOQYPZ&#10;gEbAXALR6fiQZw4D+tIssV9eIX6u2kjR75NQCSC0cjxDCrEvXyx7aA5Kf5xKZdlrky5+Yi6uNAeS&#10;/D5Ao+/2x8XjeOiPfg8Ddz5uO3AzZtdvYzC4aPKbh9Et9zqar5PoKYhrp4ZeExARf+pC/AHpc2zc&#10;sJ6Boe/+9u/B+3/3/fiLP/8z/OAP/pA7D5vQbLaJ6Mc118BdEDUCNFyN0ClD8qhlb8XWbN19FvcO&#10;73ot7NPkwdgD9t8AtXkz9Ox6dBpNZsMxg4/CQtiygq423zzQ+qqlqSsjAJ1GeNcGGkItV/rhok3J&#10;1d4epc9MeFJGDHpevk3P/eKRI3jh8GHsvG4H7n7Na7Bu3Qze+o3fjGMnjuOzn3vY7du34HVvfCNe&#10;9+Y3odfr4I/+3z/Dr/zK/4O3vOnNbr0u8dDnPuceux2vfd1rJZym7oNElM6OehHfR2RlWN8QGrEr&#10;42PAtaO7n1XJFo5Wtwn6RW/5MpqvvAL9wguwx18EOmfdPbbMM6WS0ybr6NUt2zz0hZlBB5HAolXy&#10;4azPoj6zGeb6m7Fy8+2wk1PuXDTRJ2UAPaYUxkzGKOR6X3lPp5qwI3NCQwq/0WMG/uoa3LuvVTt6&#10;7f+0tdd+HhtWnES88H2eB0g7q8totVq+92R2kUbHPeKeAwfw+JefxJEXD+Pgode4Nanka7cs/ZoX&#10;glSY2UPBfdZ7d27bsBHv/ul3Y/uWP8Sv/97v4clnnsMP/4/fj7d805vRcvdDjzxV3T7x2COfx8mT&#10;J/G27/wOzM9vZskxM7Gkvqxpz3jVAfgfGjpGc/6rw53jCRn/CICflcGSRe6Znq6DCNpnU0H9KkHE&#10;oLW49jA5BxjtmkCoGgLnhsk1w8d2HJFnLfbkcD2VQtr0SC0emIrhtUvtOb82gDFKR7IG+zbTjmcY&#10;/WPWf419XY1bP4m96wOLaM0rRFnmvd4HfA03imbyUzQmrpWEaZBFCO0FpUlYSpETk/LeP0u4Lgo9&#10;cuzGn58E8hUCJjFWkklbbRbCiozxVvH1FoAtpkpnDKIgEbbRGsvEQA+FzHs2MEozT3afgaDE1itj&#10;p+qEL+nMSk4HKW2lnxBrHarlxKpLZdPU/LMEKW8O/EWyC+2BIe3WmNTnipqQ9k4f7CgMPLHGqssa&#10;FAhEyAFmnvPVE9uQ5b6lZ2zTZxwMhLGn3f7W878rqkcfYtWPwGwpCb46DkPdc7nH0FAwEHUY+KVU&#10;GGqI2EhaJK5GGHyqtBXarIiTuVgLN5rO7eQztpwRrqAubdyEyqDW07lvk784dGVxKKLxd3w+YX2F&#10;LcGfYMsTaGNVbFi8x5Ad2fzKuJIU0oxrmXJ7BJ2z8kaYcMi0/eNulvz3i2y7Gl0wfUJvbWiSor3M&#10;ZUypmL8Xky1slAJbyokulKow7kbXZS0MrJyBo8TUNNzs/oYzwecsM14P4C6DnXr8+8vhhigPzpZc&#10;rYNvU7pOQgM/DPLlIIApbQzb8OChihIfY0LAhxVzfZEw2TJi3vSTAbHmhH3Fk0IJ/rA2m7IIiMjN&#10;IwPfAv5RwiD79PkmjW6+bm+ZJ9G9zjJWVpf4uKyuUpG6jKVOFx0KCXHFtKIblcw63XmabbZwUdiG&#10;lN47MLJw6DQFoHSny+cvYvXwUZyuXcGDn/kYds3O4q57X4eZzRvdPdSBbszhnr370DvnF8bmxDza&#10;0+tx/sIJLC4s8rVPspQrK0sMRg5WFl2jWsOkWyNoOkwLIW04BIr2XUNGaXvsQqRSjukYy4zKXq1y&#10;n02VE/DTY61FVSpoE6fDJrFtBB8KhHTFJOX1cEER/ReVoM3cKxAwSI2xK7ZbzZo3GS5p/QrJRjTN&#10;b2NyooVNG+cwOz2DzZvnsHvHDuy4bi9mNm7G/JatmCAJmius6ZpqtlxR3l1lwG923Qb3vT24Yf9N&#10;OHP5Ah799Cfw4oOfwaBDYOEAhmjb1EAqb7RPku6mJPf6RE5qvOwaA8lRmZOW1j4jC1eO57UKbD0O&#10;lMuKNJWvheM2fmu/hnLfjoBxI6lP0YvQjGcPXsVjUGfQcgRKVWDoygQuMHisjWZKxqbNQqABd7/1&#10;41pCIRE8hDJdBvhoXzMD8uhbJMqFa846QHfJ/f2Su+/d/dP360vIlTFiL9VsuCKsRSC9JIjKqxUs&#10;zRJ7ACNLKgB7lSw4a3PJ9tVlzzbzlAuhM1UQVlUeP3qO1MjPbM7GtVcv1S3GPW8mg7U5b8cm9pI7&#10;PXXxXqK1cqpVYHV5gLu2trG82MeRMwNc7PX9RJhA1b4HXsgnzMvlbQwIUUMbi43sScMsXMU+Te4O&#10;VJ4ZFQfW4s3HhZ72QRKWgba+L7CkyKbGmSDBKXduKWhjZsJgsgmsn57E9nUFJhuaARhiiFlJrSaA&#10;qVFAQlZ80UvlTh2ZZ0yUqCeJtipDUI9NcqrMXy9zbpGhR7j3+ry+DUwdASqDLWOUDwUuiHsYQ3Ax&#10;NV3UFTaiu8HHkkDwkldblveItYjbObmOqnMoCCUP/n+8vXe0ZVd5J/jtfc5NL796r3KuklTKAYEB&#10;CUkYIZIAk71sr2lsY4wxdttr0h89a9bqmWlP6B6719jjGfcy3W1sgg3GRCFElg0GJDIWCiWpVFKp&#10;SpVfvXTTOXvP/sIO59z7qgju0aKoV++9m07Y+/t+3y8U7tkKmJ6Zcwd8D/TXz8L6KfQqPQbtXtcV&#10;tSYplD1bVTGzkMC3XKwxSgq8Io8/TI/1gTCUZo+NCqeHIu6baRmaiO1f5q8zHQFo7wVHcJSEXuE5&#10;SVyk6N41BAiX4YLO/fPTver28Jam95oNFKz3LCwtHYb7/+Ofwfpr3wgvfsUrYGFhHvo9bvooLRkG&#10;7PWpTJDS/LSAn/IMDpSJihcgAnx4bvDanpmdhv1XXAa/+Y7fhHvv+Rh85p5PwR13vgL279vnjjuz&#10;5VuUHDuE3qAQtoEPBynZ5mZiAsy2nW5j7HCwiKstGm6PNO0ZQG5KYWxlvS3JzsfV1dmQ5PiZJA1a&#10;qZ55GZIAvYssHrrGbtfCdgjDJTEXR0nmYFAEIHpxfhbOnr9AwMrtL3kJ7Ni9k87Z/KY5uPu1r4N/&#10;+tHD8JGP/h1s2rQJrr7pRrj95XfC9OwcPPrIo3DkycMklbvzjtvh+htugAMH91PPUhLYy76S2Jg1&#10;RTqspA7DOjBLmkUbCMFSf7g1qV8M3D3hfm/J1VZnT0Hz6FEwRx6GcvUEtGGNjj+CwA33Ok3yhDQE&#10;FuA90CoZlCsbGSwjo3R2F5QHr4PB7kNgF2ahMzkJpPnX7FNH1zaFUnFwDTM/2LaIwAOqdS4NDPE+&#10;8/8/oy8y99SPBVKp2kZE50P2hXZn0u3JQ2KrIBsKLQQmpybhhbfdDp//+6/CNx/8Jtz5mtdClk+7&#10;umxAQ20caGsZFuOwmwAaDXL9Yc3Xgl/85V+GiekpuP/+L8NfvO8v4NOf+TTs27sXZlzNeOyZY/Dw&#10;4cfgRS+4Gd7w5jcR2xMlivj6IJ5qeH82Mh8yJfYvKbvM/jSMPjMC+G3keXxJwE9BsHwYVz2m9dY4&#10;YE+rGEBUrTV0Us/qMdVoZNdVy8AY0qesGlvSbpzwqy8B9MFFGIBJfahsVeJbYfcltZE1SaAMr11Y&#10;l7CqwfJeytMyWhOphiArC2aB0YBNsfqsYXVQfbCNbQS3An/QCBiIyd/JudDiX2nSBGa/BgdPuSqC&#10;4L2wR8I7a+uxldApWk8oFCwLjL5UQRj8+cK6LfiOAIMqsUpTia8h7SOIiWRs7JwO+L301PcfwXip&#10;ZkmEIY/GA7DyvrJagrhOyGe5AIepXBdEIh198m2orlJlZzyW1b4JEuk7c1ui/Yj//XJDcoTI4z2o&#10;K8EdGATpH88svpKDOfBn6PFHygO+ntBDlpnOhQCOZQBD6booTWWs70kxoUYWAFV97bELlk+0FEAq&#10;UsEpHQ1kIidSzhismTYYduzNd7GbkqKGlRpZaMQmJ/zMBhNqDzDpcEUrKDd87roXgH8vSlXZEb54&#10;oQmxZwGqKnU5JvHy5u8PNP+uSaLA9UU/P4IFcUHLRhYdm0w5lE3yVfzz0HvkQAgt2uzgQ1f7nKMs&#10;yRqpUtC7INPyoFcSx17NJIpsPT9Q8Abn1cYUAsjgb4qyNFV5qL/hJJHXGDPC+IkhGTwVNslzhEAN&#10;I874hIQz5bUsWTJrBbAryvi5ioJTOykwQ75fimG7hSgTBgpqKDmUwzWgQzTxRhAPmV/LF6DXXaEb&#10;ro/nwT0W0+JOLi3BsaPHANbWQfXWSerrngSeOnMGvnXkSSjX1iixqMRizj1OyQLkF9a9M9Pwy3fd&#10;DafdvXbjLS+AuYlN0DWrVPDOTE1DZ34Odm7bBqdXlkD116EzsxnOr/fhDKb4uoZrfXmViuZubxWG&#10;q8sAp5+CLeoReOCJU/DxB9Zdg7bKr1+ypLHhFhBKVhLfBBX8IG2UuPP4RRYNbm6Cl6cwPkL4iu/I&#10;Y/6EXHMWvBe3tZ7zFpMytQeItDcqZ+P3XDcYZEZWn2VGK4Lc6K+EzzI1OeEKvibMz8xT8tqWLQuw&#10;fedWV9xf7prSGZhzDU27PU+mzFoNqQijhD9Ki2yTKXNv/QJ0JqboWhn2+hQjmZHHRUaS3aY2sLy+&#10;Tky/L//th+HId79FwBCyS/BwdDD50BWNk1PzsHnbAswvLsL0wk5oT81E/y9QG85slRiG2Y3LvArk&#10;YsZ5klh7UemMB+RUDe2xSUE3DjhKmbvppLBeeHpGoC8S4r1cS0ZOFgidSn8To/mxA4tUlhGY4tH/&#10;ktm8EiAhk0lOuR7SOkCeSsjOxOOMXp79LrF0TbEGZnjBfb3mfu7u2WKVWBvGQAArtABVCCZh4MLs&#10;bAYTUwg6I9grhY27J4YD9xQD5RpWRWzApvv5dAcZIgbaDTGllwKsKDSxjOizZEnSrAA6mUqlnPJ5&#10;lcfBLYwstmrjyXoK/tZBPVL8Zf6w+vcoRYyqwstGwkw88BiYvDK4U5SS6qeOENLripIZbAjGrPc5&#10;YKLX03D2rIET5wbw9afW4aGjfTi3MiDmiytxuOH3emnVEOapTgBOiOnf4lFG5Q1OLrUKrGTvAZuF&#10;ybEhGauShPnM7cUtd34QxJueaMDcpIbNMwa2zuQw23bnucW+b9Fn1xc7JqTlYvJyIfsY/g6GCmiR&#10;AiMoSOm6yjM5LQz7TCrtDy1cWCvD/kkSUx39RFPpdhRJWBgg28doWBtOQGFa7rWbUcorBs40zCJm&#10;XUvY1ZSawVNx98Z233gXbNp+FVi3BpLhd9ZIfEOzYP3Hi3YjJMa3JIimWw5g2e015549Av3nHoJ8&#10;9XGS7VqDosJ19/vsMdPwoglkOiFoUbJnFjbiHOrBoPzQHQvcKk2JrDZDCdb4t/F+fCJv1oKGMpOT&#10;GfXE8tG8bw8LQ428ZMSF65hkQwLGEtvPF93yc3zt9XUc5BkCHNd6BayuagL9bDED173ubXDzS18C&#10;O7dvgYmZ7eTnmU1Mk7y7TBi7+hJy3o3kbRXmN6jYZGNKa6vhjg/XJL2VFThx6hT85QfeB/1uF17z&#10;qtfAjTc/z+0/E7QP4aQfj0ODmJmGbESJKShSdWrocmQPcAOKF2emmGWJgB/ut0VYk/keK2kUx75w&#10;aa280bDnUp8VPxfKWUmCiZI3tx9jUMK9n70Xnn7mGXj+TTfB1ddeS/v0D7//A3jf+z8AC4sL8Pu/&#10;97tw1XXXU43e663B/V/8EvzlX32ArqN3v+e34Qb3OBx0IkMbQxNQgonAUFPM34NHYckMi7A328jA&#10;8rKrIPcSpnEf9w4c3LrnVktnoHX6JAweeQgap58G3b/g7sc+hfTYknlS6AqhW5pAZoV1XjMPa5lt&#10;TIDacQWUOw9AsWsv2PlNNHTNVCNYJRCjQ3GAGjXDIu2OPml+WD/KWErr/fHMvp+eoffP9Z/dCOyr&#10;MdK0T1hNEoXRIxt7niGy9Nzxxvr18/fdB//u3/8Rgd/vfOc74bobriemKg5hib0tkt/IaSM5EKx2&#10;12Gi0yZrHryKTzx3Gh55+Edw5uxZulc2b94Ce10tuWvXDqqVc0Vmq8yGw+vJlmFfT2uj0la96K3d&#10;iMF3UT7k2HrrUmBf+pjAyhJgxgM1BqrD1YupOEJ3WmOHqlSBEl3DkseOgn1ahisgFgzIYgr4QULQ&#10;sZd8P9UedyNLmfE19MWv99TOxvi6ORgVm4qi0H/JfWkSaIkgv+87TfSrLYMSjwMm0zC6wgc3JgMS&#10;+lOTGF+MQVmxTzAx/DLIl31QqU0tgmxMXk6uGZ80zu9BB2LVuNevKCADyJT2GqPXvX9/o+zNOkgZ&#10;v1enaVKdVMYhoxIPWy+XpvRkwzJ75UMzJKOhwt5L1iA9dm+OuokwNPf9h2cjpmpEYemlz2FVpZBL&#10;cBQjqcDxvZTCGvUAnfGsf6/AMhwUGnsfwX9KG4Jcg/Rcnhsis6+gYtAIZZRYBDJN4qmSCpNUXRQE&#10;PujkCWkTtWzEPA6B94EYY1lhAUTzQJ9IBqyOlwih2ozOGjHz98EKBBpgQyfdUprqCqKv18EAWYmU&#10;INLcWZrAflw0cy7LBMm1gUa60eKCm0lpmTbJk4ByZKrpfYaqNwZx9DYujuzojUSCkcLQhZNT4pSh&#10;E8wAS00+qyJrTnsUP+i8/HEd8qaiq69VksTH00JV8DiKQFtZWfSMMjVdfPVCx3Pqmb3WRFleZIeY&#10;ii+jB/jodSpBH0USrGF9ZjB5puA/hsUwSIw5UbcU/zefiCNSPiP+Rcg0LUu5bliGyaEMhkA69mNz&#10;f9CLrzT0/GurF6DnXs+47t4O+nRNDPs9WD7vnqbXhwwn62LAXvbWyTtnynUqaOLbd79nxa/P1iTL&#10;eKQvdN3zLJ+lkIcp24OJxVk48+hxV5B0YAXlcO4zrZxbgswVKFisLJ0/Cl18PkoQLRnAw+sQm6hm&#10;m2jkeQvZb7jh88JRGJbJIHtx6AriTPtpvXfqlWXNZoHJF+43SLwqbSLnM7yYhTRfFWUZKcAQpjXe&#10;fN0XQyVEk1ftbfp1mEgjQI7f6aAfz8FDsHvnVti3dxdcf9PNsGkRC7EJmJraBGvrK+yR0+64gntA&#10;ErsWmie7F+gNNTeyrjufmZqA7nrfNXOu2W9Pw/lzZ2G43oPZTZuI7TdALypsMt091e255n9uHlQ+&#10;CW/9r/8VfObjfwkPfvAj0MkZqkdAeAqPGV6bVIAWBEhyulkamGPHSCshJPSCNLAp4zFOVz1t3SZp&#10;kjAiAa6XM5VJ7RjPQL+hlDXAfiN284ZFpvUBG8qjQjGBOLEzSCq7UMDUfSLLtAgQv1Ljrz0Bb1Tw&#10;jCwF5BM2EV6HxAwZMCsGZdvuvs3Kgbtf3Tlx30cmH3rxAf0M5VZLJL22hhm9tkzHhTY4xhGjq+nW&#10;+SZ6iUiCpo4sabKAaki6aOmZRJamjPHzVqfHxKYStkFMRk6YtDay5ny9p0bpeYHZXWVO2g3BX6jW&#10;Hd4bI3mPtvIerB1l+NWZI8GiVdVZvTZcvyhdQyisj4BOK4OF+RxuspOuQR/Ck64oObXmmjPDLGcC&#10;K+wwKfQy2StUYHraIOMVYMIaAt5CdpgwPNepGbcEzLVQWNfQMDnVgy0zbdg23YDFqQzmJzPoNHK3&#10;Xqgw8PTqA2/hlynvaMGAdiZ+olrOQZqHkStmaKWBJbRGIthY8hrokxCF5B2APlXrSUwY/kkSKvn3&#10;DYF3ac17P1mk5N5FhxgFXv6sxLPQSpPrrVEsSeCFmRX8MY18P6dXbqCYU5JumQ3VgUZuYWJuzh3H&#10;g7DiDuq5J5dBFeeYheT2jULu9VyS0TFQhPdcTvvLG3zverY+S7CZQc/Xb7R1YX531eza31tGdJae&#10;MUHSXhwEaQneAgZrPfOXDcYty42lqMb3QvL8huw95L2UQzFtyCNtya0PP/zkx2F+ZhrsrS+Dy9td&#10;GOZtyEkemMfh708I9FXqrcT/znMireLhFg4wEexGQXtn0wL56b3tl34FPvV3H4V7Pv0p2LptK+w9&#10;cBC6br9DSwG0CRmQH6miRGQCWRGURjYbsNTIkmy8EVjlMmMgcBFkqF/K9/MQiGQqLbxJwAwN9pIA&#10;BN0vIr+yYg2Ke+fS0hJ8+YtfgI9/8pPwczc/H3bs2gk7tm+j8I3ZhUV4/PHD8JnPfR7uvece2Ll7&#10;H0xOTpE0+YUvvhXWl1fgP3/oQ/Ch978fti5ugisOHYJm1qQhKybrNtAix9fw7vgNCpaA0vlS3F+w&#10;9ZDiukjqFnYcQrC0oGMy5V7PuNcqnjoK6slHoTjxJDR6Z92ju9Bz5wddNMm31T03ArNNnZMEFGVX&#10;pJbSDeg1JqG/sAtau68EfeW1sOQesG3avddskhiNA7dGZa2mu4+8JFyRgiAuvCpe/V69VOl9q2mw&#10;xpgKk3tDxri9VIjWz/Yf1Rk1v/YRpp8R5ZBI0fzfaLg/7A/JI5mZUhntyaUMlrEPxWC82172Mjj8&#10;xGH4yN99DN773j+H/+l//l9g3t0rLPUn5yRC9FEFVxgJ/HLfmnF13draKvlcb9qyBXbu2QV7dm+m&#10;AR9em1RHInGglJ4H71JUcUx0GDyn3s9WALOych/o2uBS/4SA308n3a0DMh7cK+1oJaBqKpCLW7iY&#10;H1ti7FN6R55P2bCjVQCdmt/uRgypn1XqnA5UIPjhp8MWO8LPDrUXSBq8tSMqZE2jZRxWuqtEVJJG&#10;FBU00BMLM2Ke63jNGAELiR2qo4TUs88y8hK1QZ3g+/kA9CRElkrabc61QEqi0QmDzUptSnJQZMxm&#10;jWphWGMQBr+XMcHS5IPrQS6tKjZqZcgoiEMkJcnGAaPxOIX32jOxV/RYRkWuq7NQC/temll5MiTA&#10;nkFkwvQ74b2rAHzVgzh8L6RrpIY0eDDFKPzjgkcwhailAK2NXoI+a0Dq9CDPFezLSo8XlG6SvIwK&#10;PNzLmIgjCoaC2Z+sjGB7CRxmU7iuNsFyzw+KbAI20/X0K7/53/xrKwtTIeanHizhSakJAQaC74L3&#10;WWCpgQVbk/Bwg2MC/dSQWeWQm2EEZyzT5n2DzIwMEyRHpTA0lCmDBAd/L4Q01BBaLw/lG6BgFpI3&#10;pRY6m6qwyhjAKyS5NTSTCW05eG6RJAwqJ5yomIlBZbhBRZce0V4VAiisSGUZb/JStJKLc1MLpVC6&#10;lpxoxDdEpKtlko2WhG1E6qYdkQunXoQ2Xfht9DBkNmhMLjTyWiRBpWl6GeUXngUWlxFhJCQy2cqk&#10;OBMJnmFmYDDbNBGBlwXHCFuCb8CSdmx+7VKuiYL9d/CacNcVTbWtCVJvKnbwmBZ87RYD0beXSZhH&#10;ye+jgdcjTptxxI/ML/e1QjkGegCSeb/7Pff4YX+VEgk10jNQFuu+j5PkfncAa8tr0F9dA9PtQ38w&#10;IA8ZBPtQAl26xz57YQnWu12iMmtB4z1z0seDt90mcOWuHaCbE7B13wGY2bwH+qdPw7SfyOSKSvB+&#10;v0tNI96fLU03LbET0VsQCytMBB4O12G4coFAySMnluDJ4wMusowRZq6WptlKgpQO0+KwGPrtSY0m&#10;yMZEXlXZJkWYHsAspb0sTTNLWLEhO10NlCikZTG3xNhrtHKYn5+Dva7wuuLy/XDzC66FV73ylfDG&#10;N/8CvPmtb4JXvvq18MJb7oCDh66FhYXt1MyR11DZI88rSsJ1r4EAaeYaU2rM3WtMkEehdsdlAOdP&#10;HIOp2Rk48ewRePro4zDlirfWhCu6+wOaFE+0c2EZ5tBuT8BKsUapjMpdHnv2XAXd/hIcPfIkdDT7&#10;cZVum2+450emYQsTHCemXaE4yaxjBVIQemNguT9VcAwKNHZV+1NNAZf1qV782DjtVwkrMxaBHlgQ&#10;mb7ytJ1aKppP5Q0SBhuEhKn5ccp29lNBXZvZK5XylQWk0IHgGb6Ok8ck/dt7hMmR0hV2n42TQsP3&#10;rqI9ylARTgykoufu66779XUKz0EPPhjifXCa/+71YDg4SYw+DNOxFL4T/SY9WKK0TwDDAMwMmi0g&#10;+e5Eh/2ssHmmZlqYRiCseFPGwCoCmxvVQFRI1vpATvN2KJLcrGUab5Mpun+OmJWXeJLoxOMxBd3t&#10;JbTBUE/LSx+rYoOpoPJ6ocJNat5MR/agL8SUeOlZP3CifV1Bt8uFL8sDLWyaasHCjLvvmtrdg8I6&#10;kmAf3kO8aXMEi0Mj4BNp3c2ZKbd22yH5zLWyAiabhv5sm9WwbSaDvQs5XLmzCdfsyuG63RNw5Y4O&#10;7NnsXhtDNjoN8mPMqMnUgUmGX/O/lXiN2pDO51PtPPhIYKA8TgkbLdcMqqEHHZl8UJmDjEfsP5lN&#10;ybJVgct1si+r2AhpL8cLYVbMgixsg61S8GgRDpqHRipASArCHo2F6My2gzAxs5noh95fJkh3ZG3A&#10;9TjT8Xm0l+SQx5qmz9TBRqQ9Q2Ji49ZOSgklFhSnvmdkmFpSg02JuLpBQRd0TDMr/oQx4pDCjTTf&#10;3zi5LkoW9+RZll6CkuQO4mWoAtMzF4l1gz4X0H7gLagVMfiM7DUqJFP6HDI/PDTiDUpyKl0yAOTW&#10;kmcfPQwN9+WmXXvoWlEYcKGkiSP2kab13kqd6QNILgWkeAl3vQGPCd18XaEioefqio7b33BwuGvH&#10;Djh75jR873vfg7npKZhyf3CwhbWvDp7OVvZ8ZI4oAn3RmxvZbqWVQQYtKjmzICAJzgtrhx4D3Nlw&#10;/fvWWKUMmLByxZo7msazxA2vuV6/D08dOQJ/8+G/cfvqXnj7b7wT9u3b7fbfJjQwsbLRhNn5BTh1&#10;8iQ8/Mij9FwIoPWWl93+PQ0L27fDtm3b4cabbiY2/wwCgSizRHYjpRFKkyRJjXhd4rptVRasS0oJ&#10;JPLNVmo2r12tkC31QD/1FMBDD4J99NugTx8BXZx318tAvMvZEB1TDgt8LCJKZN6paPqDnnyDbftA&#10;XXcLwLU3w2DPPsjduWqihYpu0QC3oXNinrHaIZO1z4ZJS/QDt4G0kMrcdCX8T1VYJaOAXh0Y+udj&#10;6/F8zIaka/9v44Po5I+WRlh7OZ5lxRKxEGysOAZ9t8K5E9ZzdfkTjz0KF5aXYGZ2ToaevCaDDFR2&#10;u+un6fbp73z3e/DYj34Ee939MYVJ1PgrrlfIGxmBXdp7yrrXWVnrwt9/5SvwR//Xv6f6f++BA+46&#10;cfe1brrX7RD7Om90uHbVDZJTqkyY5lKLVWs0SOr5bESOyJLE6KU8IlHVCaV/I2mrqga1pV23So77&#10;CHvY2DgUlOM3bgioatdOvEa8vKAKjlXBMlX1cvbSzrQOEW9DpeqgHlRqUq9y8BYV6qKstrQ+rb8/&#10;XWUoJl/FGnkcay5d0VTwIvZhJ1FOy4MZP4zPNFSSpSlF3p9X8aH0Fj0g3noqCZrQlGSbB0APAR3P&#10;2M8kXTcTIEtLUAR7D/t9XMvgUQUg1yflBmZfYPGrpM+D8Dr+8VFq699nci0Lk45nr9FHTilV8Sr3&#10;6bsqiTKO6sq4Y2jJWgjXpUoZnPHaj753zOzn95YG0iUyXPk/Jb6BAVgLoR5QOS6NPAvHG8LaqgJ4&#10;56X6kOA9/lxWjq9/De97GOUosl7o5PoRabJXyySqxYCziAVZuA9lDSEMyPsIliYErNjEgxbAg6PC&#10;2PQgX+ZN2Yz/TJbY50bFG95TBL2HDBvuxoksPWGWLBCUxFJUTDY9pTU1Zde1RB16FYkX9o9RkgDs&#10;ZZmeG5cuGt4oVQP7nXACHTMGK4bwlld+bxqM0gJab3WUJpaWvbSwOCXgs7TBWHJInnlczmD6Hjdw&#10;o5tnXGD9TLo6M2Dk246wIbUpR1gYibAn+VlZ2cNTlocSz5aA0XuPOqVTcXM4r4gis8zYkrm2AVU9&#10;b5WkRlOhM9dpucpWPWB4w0nSd6X4MwLoKRtnxh6w9dTvAWrk0A4ZGwAE9cqyMvnB8Aw6Ewj2cUyv&#10;AKJFYK1kWH27RoQYed4MnyR+aMAKBOzhhAPZWAUm7hYDvr7caw3c9wc991j3/QzN/PssScJzXgxd&#10;c9PtU0FTWGZKYHJuJmyeXr8L5dA1nJOTcH6d0wmNjYxPkpYaThVcd/fKhXMXYPvsThh2lyFvo78L&#10;byDGFcYDnPzm7JFADE/t3tegRabrVB5mBvpU7OeQu58vuab67OkeLC1pmJmbgueeOxMk4eRVRRJF&#10;TCfrQZGhxwkXMmDZG4CMXgOzx0BceyKNh+qtDEJyMci/gdgavBlYYf4VmqcZ0xMdWFycgfnZWVjY&#10;tAi7d++EHTu2w+69e8gvrzM5C9PTs1VvB5EFYpQ9sS4lRr7EZhdf0F27utlwDVlBTfBjx47BtBlA&#10;PjMPDzzwNTiwZQvMb9oEpVucuoMhrH//O3Dw+hvhSKMNSydPw/bdbWi0NCyvLLnisg2T0zOyiQ1h&#10;Om/TGohNxKRbD1/+trfD9quuhvvf/5+gMVgTGfo6S+zc/zXd6w79tM4YaSQkzVQKRH9fFbY2IZLN&#10;wA9JLsa0UwmjQifS+5SJV2X2+c2krDD5dOLxYcBWGHg0ldcMIHiDXZ1YPCthXXs/LGbhaPFjsVIU&#10;4+/kIR7CFgllCdeeks3PaRigUnkvS2gLAn8YvKdGVu5zBPlpMIVr1rDLgEIpgEO57rqFNfc9d28W&#10;S3Q/K2T8YepuIesCPae3DLPVJluadQQcpqYAWh0M52B5pia2u43m20HiCRS44z0CrfcxG4mrhQoz&#10;upqMVy3kAapgIRW+Y9KWUzp4ffpoK3KIehG/cXKzkbWTJrd1Jl8VkwrenGEPFACGgAojDHEKWzIU&#10;boFrQhv9hjsZHbPZ6Qwu29mBG/cP4bnzfXjyTOH+XoPlXuHuJUxCH1KQRCH2HXidUXptruh52u7c&#10;TDQtTLdymHT38aapBkx10CPQ/XHfowTlLMplg20JxJRhvwMjMBeC5bUv8r0duYBNychf++YkrUO0&#10;sIYSABB9Xz3YTSEemQAsoXgXVmJyf5FKBXzQDq+B9Hg1hAlMvHU/X7FtGJpMQGfctZtSF3AKuxYW&#10;CoWP0HvH2qUtxWcergsj+zuzcaKEnKVqmudkmDSMMlHcU5ElPZtD+8CNsDq3BU4/+V0YnEKW20nM&#10;OXKnibjl0M56MJApP/qXNZqT7nUn3TfcntZddb/X40EQpvaWnrXJ+31DM7Pb8NREGk4ubIcFXkfI&#10;quIkW2R1agNhncP3R0MkzWnAbAmrkrqDzw2ydPxgtUENPb73jK6Rjtt/l7soj30Ovv2Zv4bhWh+u&#10;fc1dbv/aCVvmp8j/CYE4bNAQJEDjfiUBD1gjlKaUwfCPJ3Mdua/xvGg+J81Gg4biaE+BYNgbfvGX&#10;4N5PfBz+8/v/Cm6/9TZ4+SteATPT0zygJQ9KIF/ZoatzCOyy4m1Y+r3bp9ubGksolWux5CwTGZTI&#10;M9zxwMFZn83EcaV29yexKFF2bzlpsO8Oejt3NcmgcHVQCWtra+73BjDhaqFWg0Hqs2fPwRn35+D+&#10;/XSfTnb4Wi7WhjA7OwUHDx2C9/zu78BHP/xh+MQnPwmfvufTcPnBA/Db7/kd2L55Ed5w96vpssBj&#10;U8oQE9OTqckFZq0baYwoqRA7CGWSUCIViAq5+z5KdltuzSmXzkN+7FmAw98Gc+YEhXHkWOfjZ3bH&#10;ok8eV0No2ZzUNX0l/pRoA5K1YNiegWL35aD3XA528xawM5u4ngL27Tbkx8eRNMZvNkkPMM6Gpy5f&#10;VLABo2uDQIMNBaNyjH4mhllwBtJhYE/Deq0SuRomSEcbI1LVEIAh9Y9u0PcQ3McwNbe7w3pvAN/4&#10;6lfhj/74T2DH9u3wB//m38Di5k0MYIg0HXuyrYsL8I53vAPuuO0l8N73vhf+u//hX8HlB/bDXXe+&#10;HA5edgVscfUlhyK52m+tC9958AH47Oe/AKfOnIU777gVfu5FL3L7UpOGER4ca+LCURQjCgYrnpOe&#10;MOT7yhiauLHsttyA/WtSr3Srxq4Lfi3RNZmkSjb3iwF9caAKY9mAF2P3eQsLC2oDtYce83l1bV6Q&#10;8oJVDPRUOkbjAiRhX4oSxgOjf4P3p4Kir64srMuPbV37MvK5lapaGcX6xoPYMThP1UFPrQNbMBwb&#10;4wE3XmdLGfQamTSVgjOM9PkeUBaMIZp5jx6HapBbBPzp5yIXjp591eNHrMNMjx9C1dhqAUiTf0MN&#10;5DPJ6/s9r96PjFxrENPYg62apOXyms1yXVvDDTgxVyUM2uRzerUP2CDrjaGCWZJVXr2WjYGEUBAZ&#10;kFpFiyLvGVgI3sHD3Nrx07rSf/ljlIZ/lGUMQsGbi7AHT7gQKyT+21JopAao7s0pgJn4BwZZcOY9&#10;cnXlmOXIaCGKoJeVCKWTUqiKUqatJbMKBEE2IVdhGIM6hHmAJtkhrQW908h8sIgLl3wQ32wEw0dJ&#10;LWGPjZx93pDirTMxpC2Fol6CSf1NPCuJmHoqAcBMODjk8+UvfvlseFFwfVtIsa4ITBpd/CLSXZaS&#10;AmvMCN3To/SVDq5U8eYIskgdmY9hcSoT2XBcAFieoioXJqjRgtCHWKiKBCvVlScFg5ja2HSjgaof&#10;Ik1vQzLmmMlHsuBQ4AQh4hl1JyE9CMSPLEiATXhulvrxdRF892RDM8GI2CfzMPBBiXsF/z7SWLHh&#10;p6QdYoAOhQkqr4WfEU0ugQu9tABBoBafh4EImfoPBiSZIa++fp98+pThlF8EEDI0Be6h8W+f2Rno&#10;8TbE6PQegRWdiUmS0mAxW7gmBt9zUTLTAqfA026R2dRqut8ZMsMg+FmUDNDajJqOf3zoe/Bz7nev&#10;vPEqyAZLMD09B30MGuj1YRI4DXCpQA8/VxBDi4C5XHPh3e+vU7LoytIKnD1+BlaeegrOnDlJBei+&#10;g7vh+MmzkEsrZCQhtBQwhvZbahiBZBMEnKgYJU73H00qZE3IuNihU+kOCDLiuOlRJIPNyBDbEoA2&#10;Nz8LO3fugJtvug72HzgAu/deCVu3L0JrYopgebLuIMPRnBbjTBI/c+WTjSSB173JVrMFBlmT7j2d&#10;PncGVleXYPeOffDgd78FWzstuPp5z4dBrwv7dyzCN7/+bXjxDdPw0pffDY984x/g+hv3wbo7RydP&#10;nYI1956fO/kcHDhwENYWN0G7mXM6cqvNDUFhaNKDjOTCT7IMNwcL7Sm48eYXwdLSKvzgr/8TNFty&#10;TNz1k5kBgZwNkUgZpRMrgDhV1MBpoGWNhQuVJHA/O7IjBsJKCo9g6g+jm6m1dmSyWSleEm/GIBJS&#10;UbupvThXCjI2yY3zBlZEmcBSBC+tC+b81es8VHQqtTbga4/N0Ath9DK4gIbzVo4lrtFGGgVin1Oc&#10;Z8kJyxi6YZZcI8YpzejBZ4tlUMMVTty1zM7F5+VwA/+ZWHKuTDwOEgcUzgexg3JLrC9K4hUPNrLv&#10;AWb3lTIY80C3Pze0ZqXsxKibCQWaSRiZHOIr70Uz+83UznsqQwkNq9mAoaFsJVjDsxehBv6psd4v&#10;usJYD6+nRs2XrBhW0yGwNvGEVRJowIxx7X3NNHt/sfxZ0boDTUPM5cnJJuzYksNN+ywcOduBk+cH&#10;cGatgPOrQ9eIi+WA+72WO/CzuLa0FUx1cpidbMDcVIOBtUyFaToxvCQxOUjHIcpmqQBS8c7wvnmQ&#10;+Bb6yXFg16kqqV6Brahfslz8SbGw1+NYkXy8/C2iwQeL1Qt3Jd+PXlOBP60YnEDAQZsGMbfYu5Dl&#10;uxz/y/IZw7ugnH8tElp+DxQmolXwXvIsgbQ542Ftg4AwWgPMMDLDMdxochp0cz/de8+t9MD28X1d&#10;4KArhQBeLvsM3rsZxVYjAUrbBtWaZJeB6wgUUZqthImmIbCtSPIr3lMgXnxKQ6hvJNgveM8qP3iW&#10;i3RoVQROyTeJU+ysYSDSA/c+JAMZvQjwGN2kgKtifQke/od7yE/u6rvugpnpQ+79N6HEtHsog+8l&#10;bZfoT4hQp1Y/gyda0qxjTZxzjYADJNwHMZziZXe9EiYmp+CrX/0H2LlrN+w/eBlsmp+nn+M+XCC4&#10;muUhRdAzI+g4BuqhkYZ5vP+19xTyjQ/W5t3uOrTdeV9eWaFGBX0YJ6cxYKLv7sc2rcsYgLHqapLj&#10;x5+FJx99HL714IMk2922fRvc8fMvhe27d8OWrVtgdmYWjj5zDJYvrLi6ZpJYb5iG3V05BxPu9bZv&#10;2Qy/+uvvgOc/72YCa3bt3QebFhbdNdSkY9IQpiCy4kojPmpYVyoWvaO1A3ESJGUYze/x3PRd/YZe&#10;hQ30h3R7SL/nvkaG+OGHoH3sKSiffgLy4Rn0Z4GBq8+GJNfV5JnNTogdGCCzPyvd8lWS0f2wswlW&#10;tx6AbO/lUO6/EnrtCZggC8ucEx0zDvAhZjqBjxp0InHbSGpbZ+Kpinz3Z/fc+1kAvwAmeZmdUgnY&#10;ooL0jvoLPEauBkMJoUaAdlhSQjrW2uh9zP1mDiefOwX3f+krsGnLVnjkscOuzluBF7/wF2Budhp8&#10;mGAgbaB8Gi0Gmk3Yc/By+O//x38N3//ud+GLn/88/NGf/Km7Tidgj7vWcLiMdf6JkyfhpKv9rrv6&#10;Kvj9f/nbcO11N8DMzDTbMUASJigSdRW6JC3MrhScsSOefT+Or14dHFAXsfTz224uadleEl9K7+D9&#10;35hJb+RY2/HnSAamdYBr9P3aBEirBlrYi36+i12POtlTElWciRJLNcIWTEITNMDG+PXGQWjV3zJj&#10;PmONLVkrdFIrDt4jbOQt++OYeJJ6RpYPVSOAiZSKHHREFhulDO4Uh2LwDCWxspLrLVYsKkhiRj9l&#10;MvQX1nrQWmUqMJahFpDHYFVMVE6Z2yk4GOpAY5IgOTVy3UQvdzmvSgV2Z/qaTO5J0np9n58schWG&#10;aB2AHHOP1d9PYBgCpxP765zunVodTR6c6WO13tCTEDyjTnAnk/RT9d/dOKHefQ7ay7l3wuJYS6qu&#10;nyBgH0oJvBmnCIf+r+YFmAL+VoBbrqVEqVkUleTkHMEPRGLZgyZJLkXPHEqo0klABWbAFYkcDIJX&#10;nwHfoHDCrKc6UxMn6SEEKlKAQk37rLy0UImMQ5zSFU90tfYXTikosgcsNHmn2TwLG0qqeaeGDRNx&#10;hCmmfIKJD6MIkxwxdxvjT2XE1408RwSRRU8Rm8hwAzWzNJXwkhTBjgtZNYwiS1d6XY9TlCYgbRk9&#10;ym9SBkg5kqrpJx5lbYbk5bYKIjvIetmXjaEjJVRDTSrofGpYiX1qUYZiMXjqmapk2htpe9Yo+08K&#10;KxJMiNgmU30PeqKU1iQ3jpElEBkABfs7WgHlyNuArht+HH5viM8jqDk9n/uaPNVMGaaLKMdFTy9M&#10;xyHGHh4z9N5z57Lb79HvD/F9oFTD3YAgG2CGg8mS2XFry8uc/GtZVIWgMUnWLV/LaKM+2chhCX38&#10;IG4WvCDKFNodj9OuYHnoqadh4r5PgRmc45CK9hxMdCZZKlwgG2IA63rdFaot6LjCfq3dce/PFU39&#10;IQyWLsDqyWOwdOwJOHf+NCj3miv9AQwurFe9MTzt3APtJZtl05RHgG8zjPHnkPhVMnDOTM1Spi8o&#10;YZ2ZmYHZ2RnY6Yr5xYUF2LlzL/kJbdq81TWEU5So5idV1ESx3tEV9i25ZljO30LTeN2oygQs37tn&#10;0V/PFYsoyz7x9FNw2wtuhK77/vU3PR8e+/634HvfeRD2X3E52MYkbNm2AMvnV2DzzCIcuOoqMvae&#10;m52n8I7h3r3k0YXx5K3JSWYKSQMJnkkmxR1fsIYlu8hwKfvQUjklwT397a/CypGH3Plt0TqESQ1D&#10;d46aaDxvRcYncHr02xOrAGF5erAnS6jdqYuIqRX6qYmwl037QsnU1q80BCn4XNY8UawUM3ReAEJj&#10;bqUI4vdoKpKHaLwcp5ee9c1sYh+aoAhssEHUVYrhuE9dtsGeIHpz5uSAYoC998gHxzVYFMAjDToB&#10;82WP2EEWPffKFfLmKQdd93Vf/qyzxFNM+2mbEp89E0BXCN6kKgW2pHBz/aTbePFvZpCh95tPafRL&#10;dQg4JemGDeAQD4VU2FdS8HYkmTf9jmh7vcQsqOkVbMD2rspgPCNrnCdT9AGsreEwLunXgwKREaBS&#10;BiGoi/SZPq2YfW6M1DF+QEAeYsjY08iYtO5+UtSQIxDbQlZQG+CyTg67t7ZpGIDhCRyuYIld2RBm&#10;HA8GlIQ6yBQ4pplw8W1sOCY+/MT7IKrgAajCz33d7+Xm6fGEiMGDroCo6dDMBhm1tWNOsk8jVF65&#10;ZQUATVoSY4N3XZwNRfYGsoIMFb/o1ZYRww0oqS2pBawNEihNbKZM7FKA1zOoS2XUCGufZUo51XNs&#10;Q8IehUwWxHPrmnfcw10jOr3tMljvDWH52QwGK0egYU/RfUcJwZ6JDBzEMZDEYmNySdyVJF7kboYa&#10;RLO3D4HnsmbYTJgSbr8U6aXRvAYhExBZjJS8Gc4vH0dkdKIPF11D7ncHBcuEVWCwenmPDT6huBUO&#10;C/e9ghvoqTkNF1bPww++eS/0h2swPfdrsLh5ASY77rndxUuBJEaJSb/YeqcypJ8YgUlD4YxM/1kJ&#10;gNdNx+3727bvhNvv+HkCVj/1yU/AnXfdBddcd4Pb46Zp7cWgAqxrslTiFJEirqkVjDRlaTNcSlPo&#10;g714GJHD6TNn4bjbg3/w/e/Bs88ehze+5W1uz9/p9uceNHPt9tshrKwsw4f/5sPw2GOPwjVXXwON&#10;QRv+8YEH4MkjT8G73v3bMDU1BS96wQvg0/d+Bj7y4Q/D3a9/PYGW+HmPPvE4+fQeOHQlbNk8Abfc&#10;+mICODBYq40qByIEJI0p7jvE8GgIGx0CU4z8GbVlpUaZAZJTKWQLQ10KC0NXV0ydOgmDxx+D7NxT&#10;UKycdW9hDQzu+QUnSnakFimIusmDfSx5s8YEDBrueC/uBH3oelA790HWmQI1MU01qlLuusNwDmSL&#10;4nCcbIA8W9iCsT8e6zMd3lm4tFn/SL/wX8qXT6sK3BLWVR0BSSIPIBDu9u22a2S7rg5GH0oE/AgI&#10;deel2xu4f+fu/JTQd+f12Inj8JFPfMKd74wA4L0HL6N61koAV66b7FvqrgkMWRv0Xd3lzvXCzBS8&#10;5CW3wHXXXUuS3ocffRhOn3wOut2ue+0GvPiFPwdXHroCrr3+OpiZnnS19VQSpAB0XZEcuSwiCKVU&#10;DSjamJWrRbFT36DNhmjepYMjPDsyTQz1rB0P5LPndTYadiLniMgRYwCRDSGzBKy5+GeuAkaXDAur&#10;D5/9deJtHay37qjXsqNsvOr7Gfc+9SUZrhHQHA9U2nofnEqnpY4Pgl8lcnQJdwPyTbN0buJnydiS&#10;SWyyfGFlkiqwNAnYaE3iBRk1q0bZkOYbFH0iAU2vE5w+KqWqvtkbeDP6+zQw4aQOLo0Ze26rXqFV&#10;plysp+2IxBskQCOClLqCUFgvE654fcfMW+4vSmbx1cC10dAPuyE4CKIDBUjY3pWQwdqgNnm/qYox&#10;VaqGEBRvjZH4BZowQMslFb4IMuDARnQ/wKEEXzMJMCqyEC2gfrx5TCXNnHr40ogEWVfARwroQACP&#10;AD/Nh5tOOLJ4JB5YZ0nTEGiBeuTAKZGtBKaYNHKGwBVTSbDlwAVfQLCOGiWzniqNxulsTKhZOkKF&#10;IstMlXRY3giRjFzVMKSuQAhiKKkQUzK9ZF8VHzKBo2ZVmZplNc8CL7GjNNjwM1uhdzNwVYQFKi6k&#10;3oBShU1RjZN01b1OlBpzY5lak58gyMYEAKpCtE705lUpn0oQfEhYmRG49QUmLR7EOhxP846IeSkM&#10;OpvgkD4lRlh7SpiboCtgnzfmtqYIG67l8VowtNSCbGdy3tgfiI2xi16Xps8k7Sv4PZAfH10rCOQx&#10;8IfyPUzmxNAMmvS756IkLpRoD4fi86cl2W9AjMUhPc7QRBn9+rj4Va5ZKVzD2aRiEr348MYsBn3Q&#10;+Dy9PgzX12Hovo+FL6Zz4mvMuML7TLNJkuBCjo6WBVHCOcnk/PIbroXnhgO47577YPv0NCxOz8OM&#10;ey2bl/DQmRNwZrgCk60ezDWnYWZqL2zdfzn03OKxvLIGK0unSQI+PTkFkwcPueM8hOa5J+Dbjzwt&#10;W7I06HheUdZGfhM8+fOpUvhbODX30m/cv5BaPT01CYuLi7C4aR4WFmZh7/49sHfvZe7rba7p2AIN&#10;935wMNAguZGJ/gxi2qqgEMBRk6yT2No4ZR8YYsOgL4qxDdlUrXgzKVq8vI/c4twcebOg1w2m2D3w&#10;9a/BoRe8EKZaM3DjrbdBf23ZHf+uWxNKuGb/Xsjbk3RMd27bypsIgcGuMXOvMXDFJcqhMnesO50W&#10;9Hs9agg5fVMm0Si9kaAW9h10x8g1IL3uKky7n/3CO34H/u7P/lfonj8HU8Ouu1N6HDiC03/04kEA&#10;U5r3wKQNnh7ekF2FpkrL3zGhRwU6f6UgS0D3MvFEUYnfZtxXTWWWpWteKcQyMn4brTOOPTvXs6Oq&#10;9z4XAkXVocnasCl7r1fy7pICQAtA6ans7BlqoichMfVkCOCO45AMsxmoJ1YRAnnFKgVu8H2NwPoq&#10;sWoZMPZJsTZ6BZJpr00yMMQzDBL5ovfv0rE5aSGbr6XCIIygCbF6UJKibGwsmsO8CmKim7HCRoKY&#10;ZsszLBUAT773fWqyDQCSsirI4+GSzA9b8y1hppqtoU3RX1pV2IK6Yg9hQvJYygi0KpHy2lS+m0yO&#10;vdwfIGG0aiGbybWPgJ2751sWSKZrBdScaqLsUMGse3TP1QK4/uL9MSx1BCq9v5bs2bxNsIzV74da&#10;WBnEumzEAjkThK5SOyf3E0/aLVTQUjviWz3SE9h682ahwrollqMOt0VU5SR/UkZ+zQnJa8ikuLVh&#10;TWihNDdzexoMYFBwcq61sl+TSVUpvqDAo1gqi0qRommylYDKrNsQm7Yu+WFQSJNKw0romaEBhaEw&#10;NRLpt5uwsP8Q5NMdWDoyD+unvwsddY4LT92nYUqJFgcInqGsFN+RakOjnTF4hzVmjxMbCwL1NTHZ&#10;2I6GwTr8r9nAsBdNfkBWQjpQ/osAHoIoGCCCoE7Takm2kwwvAfpoLTHsnxgA8AxBZvbtUT5gyiLI&#10;XPKamhewOlAw0dLQ66/AE9/6ChTry/C8N/0y7Ni7B3Zs2uzqBU3ATpbeX0oH0PEnYkvVinRstvI8&#10;k6Gz7MvuORH02rRpDu66+3WQTXTgEx//OBx+5BH4+ZffReEdE60GpdGbVFkD3ldSB8/Li/2XCSPC&#10;P3zd7ZPnzp6DL9x3L3zhS1+CPXv2wPXXX0fvBeW7WMNbqq/6xOr7zre/A3fefjvcfOut8PTRI/DE&#10;40/A6TNnoNlswI6dW+DNv/gWmJzswNe+8Q340z/+Y9i5ew+fP3ez3nHHS2F7twdN3aHf6aE0uNWh&#10;a8FVC1S/UEMEmdi55BXWeibgaC4qcDx+nXYB6+s9aLjrpX3+DPSefAKaRw5D7+xxd2xXSR3RwOsE&#10;DIFOEPwJ/ewFj797XVdzZJsWoThwFcCOfaDnt0AxOQmQGwpDaSBZwn2GATSJQWhkqKC9vUGNmZeC&#10;Eh6kqPg7KTV2zVEXATE8m+knYpr9rP9ZWzGkUElaPPZn6GndbndYxui+Lt1a0rcsjWtJrY/X7jve&#10;9Vtw9XXXwX/4f/8fus+/++C34fZbX8ykEjKob/DAD+tB9LFG5UfOwRD4yTsLc7D44hfCrS+5JahX&#10;SBmAYR3NNicsNxoUVEcJ1lp6tdJIzQljGXA/FXivxIRqI7bPRaC+MNTVerT3ktoBe/VCWK3E7gt7&#10;JFtJkPVFnlUAvzooOA44GwkEu/TJ/wkOiYp1jhrziSVkyXiJJuggQa4DS9XLryrnHQ0HLS8KCtaB&#10;wwpunthoWW91g4SIYJHlrVa4NrQqDk99MjSDQWxJBqWpWvHI+8h0CmBloljjXkEltiN1ux6WwKpo&#10;fZZlMotXgX0YbX+kN9Bxr8nUGBBVgLegjktDKVLWXy3Uw4CS9dmKPY8nuYCErSZ7kU/Kra1n9P6J&#10;UCJSYcESaO8qxa5DhSIuIVeNB/7GXYNK9gXvo+/vHVuzXPIXau6OsQfZtfevL02Neq0q58jLcnFo&#10;VhgTejKWO0tyMOInIvPGvZGJUYp6VFuUkmLtGfpZZG9azkJAghMNoPxeTe81CUJxL5mXgUbI9FKl&#10;rZg+S5NqyzChYUqraLnNYBScwuZdxbQb3oj9gZcGsIz6elyAqPAz7MXnU+7ChF5S9gbrazLBFyNL&#10;nzqLC5zb/H2AhTLJBWpNOOkUvU6fj6n0lJJFjUaZ4Mk6mUCrygIbNeBZSHZVQaMfpbtcZ4tfU30Z&#10;RIZi7WYy0uR5U2iocGdGC0Alk9iKFh6il4odQaHrCUq1+HDpI4lBB1H2HJMfVdVbT3wAUxQdqfj1&#10;yO+YCMzXD23sZVGJ+mafIEOblJUURSXHiX2Z+CbMvBG7AHb0GEzXtOzTg5t1wTpwMarkv1FKYkha&#10;6R47HFBhQai9ZWCy6PXoc/PjSgY83O9iOhpfeoZZSPR6pSvy113j34Juf8B+jxkXDk009XXPubay&#10;Ag308BmsE3CE1zSSDuhGde+z4157yhUXXff51pGNmpA96Fi4a2bXzAy84PYXwTPH12B2fgKFutA4&#10;dx5Udw0umB5s23cAOv3DcPWmAi64z7Q8zGFyZg4m3OKwsHkR1roz0F3tQRdTgF1Bleez0HnsLDx8&#10;9DyUF4ASKbGxNj44AX1UxANNyQU56K8Ry2JxcQGuvGIfPP/mm+DgZZfDvsuuhU2b90LT3W8IriKQ&#10;iWApsg+x2Wy74rfA5NOSWTjYeDFrmJvEPjbs7meT7QaqfeicIJ25hVP6AB6xByg15dqH2TBIl7tj&#10;jAEcqzj1cK+/ffMm2LLzLmh0h0QVGrpjjoEaeWfC/ROvlwm3dvSh545iE5OQm+h52CBwaAIN2Nwx&#10;6/b67K0XNssssPlIsgw+HUpQI5ycuktmst1y5zCHrXMNeOmv/Uv46p/8Afn09dx12Rv0YBIBZc0R&#10;HJ4tbb0Zr42AODFkjFgL+EImZUxZTnEKm5eFyrTVJtVIZQiQABUBb0h8+yoyTLkWfFBOkHrJxNKE&#10;qV5tw7bM82ZfDyPNi07Uu2VYUwDDE8Cn1fLzFuVQGhEOaqKBDA0MeiQHs6UmPySDvpj4Xsque8FV&#10;ZlwU6/QzqtsKbPB64g+rJQ2azK7onuYNnAGQ0pvWCosRP3thq9JYKz6vQKExnNbJPqJJWxx8KWtr&#10;tYWYdyGp9tVVuNr6pwG80dA/pu+OpNtepBmAkQmnHzSN8Qkc05/F16+mBiop1i5W3ivryXQxGKZC&#10;VbRV70HPLsrRfw6ZfO6eZFkvhw2FJGPF3nxFKZ9F+cGIgJYkFVUi+Zf9UPMa5yW5mYncRQ4YsyFp&#10;d/T4c3OvAts9DujqkmeTpPLx+4ngqmfyap+wFyT3Kngu+lTycO+PgIaBVuAD0Gv3LUcdIeCW6wKG&#10;yCcO9h8ik7daEgFliCt0GyUemAgFNmSQWjFIT2U/VFdk7MtJ7EwrxbBxa55b57K22xPaREFEwElv&#10;3g3t5hycMn0Ynj7sHnmCin4cxpYydC3QP9e9Xhtl8jonP8zCDGkAUNJwzVtIiNyFEu4lsROlmDmn&#10;YiOyhmxDHOBR3yIBYPjJyGNZJplFaSHkIWqRY+tEIqs4JAVl+z5N2Ae0TDcsdN0b7GCVMXT7DLL9&#10;9RI8/oNvwYXVLtz6S78KnatymJ5dkPoGC/Vh4rOpxmQ8XqIRxs/g6yQQZohhn1IegHEThOdgbm7W&#10;7YE9ePFtt8PmzZvh3ns+Bea+z8ArXn03NULTnY6wO0Bkfo3AAgnr/3gfAKgmpkfg49SJ4/C5L3yR&#10;Xu+tv/x22LN9HmZmZgmIQflRq9kms/lh312XrnY6fPhx9z5n4IHvfIfAnl9885tgfmHa1fVLMDs3&#10;B69645vhpltug7PPPgMXzp+DxW1bYOfu3bBj+04a8LaQoehqtY7b36mJbOR0PFHR0JCanHsWSWvX&#10;HCjjLSbwfHjGgllZg866hf6Pfgi9J/8JOmefgUG+TPUF7u1kX0MTHUzoNjRkKtDHuJnTMWs02mCn&#10;t0Kx6yD0910BrV173S3QJpmvdedlQpKu+yWfuyn3slgXUA6F4vrTq4E20m5uxEayNaqwUjrZu+wG&#10;wKAPRDD/LJLfi5JRxX+LPHJFdudrCpaSarZ6cTV0KR7A333g63D0madpwHzFoStg1+49MDk5DVOd&#10;JrzkxS+Ewdoa/Nl73wvfeOCb8LrDr4L9h64issigtwYNVLW4+xEf60Mb8V7HoA2sTRnUY0Z439V6&#10;E642REkOLWXu+lxf77uascUEkDLx1itNosLKQ++kLhl2le7r5iJCVggVgQoD1o3lg6lCLChslDCt&#10;lQkDHvaR13FfUtFzhQGKjaW71l4MOU6BRnuJ69KM+cR6zBHQledStc+YXtMbqdXHfRal9EXqHDMC&#10;rTKonl303lBJmETKwrI1Sy0PEvl92/q+PUS/McZQek96XAeQPWzshoQfm8g7s0CksXEQU5PIpnu4&#10;8dJbwkbMSHiPqrH80s+jEmvtepAfjGFbhsANz0STGip6Ssrw1382H5SRkLaq5ISEtJQErVYsi7Rn&#10;0emKOsaTHlLQb5x/YJqsbERdNeJ3ngbUeWZ8MtHPJAXMpqGDY4Ftt1/hPiDBKhV1J/bHIaU3rpmI&#10;jY2zloME1DShZ8m4xiRm4JBtpPyaSybKGCRlIoBU8qcmOYTWZbhYbGYriSc6iReGhFoeUxYjDbII&#10;F3acKiAzy9/EJYUu2KBlZiNSZouhf0PYzoTpQfJSf4BRPlquh2LZQBVh5hu5CDcXMzp0YBkGJpmn&#10;aXvjTN/0kt+JDcW9B7rYhDkLlNkwNpIN1R8Xa4oKC9KCHblprMgBAvMAxhtbRg9XG2iyKcW1NN4H&#10;ywaD7dC4hsWUgR4GVvyUo2r4y6/nATkT0yMBoiZcWH/MfBzKTWCDdKLqAeDTef33StG9M2iaJWwG&#10;5Z9X3hUWWlY8KUgTJGm6mJzrpd66YHYPgkdGvPiIOo3NI4Vk9Eimi0EfSkAM7CZQkkuJuwgyl4ZZ&#10;fAhbDYvq4o34oWtAMMlmgFNm9Agh8HNAhQsCe+jj0kCfGVeY9PrDYEaPXjY0mTLcaky71XTZsq8h&#10;JYRJWECj6W7qIYJFJUz0hnDTrbe5y6dDIEaz6LrXX4fN2Ij0u3D+tCusOwNYXT8LVy7eAvNbD7j7&#10;oQ9d997a61PuMS1Yc5+5d2EFTh0/AqvLA/feFcmmCPBwTUsDdXTuHU1Pt2DBFeyLm+Zg547trnjf&#10;AldccSVcfuXVrnmZo8AMnH5SYp/h5qLorYLJeWFpo19dKQl/ZY8TKDM2QqUJRSsPQEIjN9K4WvK5&#10;wyJKqRY1gX7yQOb4fupoNAfY4GJFwEuDEizbbgEc0n2dQwNDZTCsA5+t1SI/HrAs/SaPT2B5G4Z3&#10;sN+Uoft2lUBKBobw3sRFmEzWCeAy4t1UBB8mnNRrYHAKBweu5HfvA3N4Nexf3AmnbrkTjnzj8+4c&#10;zpE8haQgvsFTKrAxtNzzRmSXJDECI0uMCsERcbOVcJmKfDJOipj1UdsUtQrrcLzPIaRWsq9U9J3R&#10;SgVWXSYsJL9pGdowZOtUEJI2S2GW8H3t1xE2yqeBEd07ci8SO61ksMCUyfktuTEnVnBfWIdnSd4J&#10;FIikqEmzOL3Hc+HuA2R70wDKeBRYBZa2n6ZCCBy2IRXTL+0q2edCSqxl1g8GRXh2X7OpYWLCHfsm&#10;QMsnq6oo/62HZGglITUJEEMDEjkdWnk5dGQ6+ICPMEiT1NZ6Aa4rr2Orw5qEKepD/PznTMQlFbDQ&#10;g07VCShUfSNDURWZkGk6vIk41PiGwSYsxxCCEhx7aCCIvTfiNagroMTbnH+vnUEAZnLN8hZkAfpC&#10;y5cWfAnItS4Tb3+8g0cJvqFc1YZf8Var9s4qOQ7RqBtsAr7KMbEJg48lywLnGB8IFl9T63j8SWER&#10;AJSYChhS3RIwmX1qhZ3KC1LFxJyqHcv3ZE5yfbcGG1zluyLnasixz4Sxz2sQAR+UZt8gYLXaxGWj&#10;jabS4Vzj05RidE01lHirD0rJ/nX/m+5Mkyx7uPcGOIv39jI2OCfYR83wBWqGOdWX3X4f8qLBFiwY&#10;V6B4v0QwD4E3HPQ2JfQGm9uyEEAPj0tuw7VG3kMNCPtPI+MfDL18PzBvLbQkXRBZe6WsB7m2wqaw&#10;7JMzNATO4JqQT6PPINasbgdol9DBvQWXJLUOJ574IXzzg38BE+/4Lbhsj6sRpuZhYNeggyENir2h&#10;NZifCjhRCXBber88kj3asLYgi77X60Or2YTFuVloXX0NgRpf+fIX4Z5PfgJe/8Y3QXPnLpJH4/XB&#10;ifQ8gPOAITdjakO5p/dWTqVWWvY0Cska9GhPHbq/QZL/0GoDX2P79m2wbesiPHT4UTh89CnYvWsn&#10;vOfd73I1xkEalD59YglajWXYs28/zBzYD/v37IAMB3s41G+0CIjOszbVZwhS0piJ6k6+hyjcge6N&#10;YUitRqZwI+NBCzJJWyDS2UEfzOkzYJ89Aeq5w9A5/jgMVs/DAFebIQO/JYbxFZZsAYiAgKAfpvci&#10;E0e3wEzPQH/7QYBDNwK4WilDsKnZIQZhrrgmWkXpsDBEcH+jQYZ77z4wBMFtvA+HxkhiZxUkssma&#10;sbGk14wFPXwPMjbwZSN56D9TJC/dnwK4cbI4+9uVwmRpu2sU630E0zGJ+ciTT8AXvvgFujPRr2/Y&#10;H8A3HniAhu03XH8DvPI1r4T5hQW47c47odOZgA999G/h//jDP4R3/9a74bprrqLnQ+A4F1UY0sWx&#10;Fsg9qxNDcsQfOaP9pc12UjkDEXhuOu1WODiZqoIO6EGNg6jSjBhUjAXy6t5240hxSkVbjBBX4S2l&#10;lEmEwNynZDoLCaLdXpf6BNwbS9fM43vD12xlzNpa6/XoM2fijYsbqido4Pf77vHNZovAg2DPs1HY&#10;1wYDxIsrC2AD8FqP/Nv7NVcYdMHbWqywQlq4DdZPntyiNpBQ//Rk1HLcCHP857f1sY2Ed1ioyqOV&#10;kt7WjEzwskQGahQP7CAhAYx4wEEMDtVJmEtg6QnAhn1H1cNPR1hVq5oll4C/So9dRzhgLQ6/KuuP&#10;78+Niazncb8jNVnKitU+QTaR61rx8Uvrag+I+ZCNlHXpH+eBsRgMoiPoqWMavBIlo038j9nmhUFe&#10;HoKpoCmvsGhlaFtKFoAJ82sV8I7U57Au+VU6huqle6iVgA48hhSCledBEed9cn3Whc6jLUVKg9Vy&#10;7AAilkVD80bOXvq4XoivPr2XD37uIUvmscB0YG/wSW/MltQEqzQVV7HE1y94nn6aJUaXxvsyBf22&#10;pJfQc1kBhIxEHutKI4JFoUoOtvI6cuuppqrCJCN5Q2WxSmXFXqagguG11x5pHc3zVXJTeK05J0vZ&#10;UcNGucD9hhyAvORiDtifp4J6iRCk5pV2TIJQuiSaKqPPc0NsGdsR6U74Xs+CDK/K3ivGEsWjzM+O&#10;JCJDYBnyNRCOrRKGnm+wyRw3hqyAvyHKWLAgW4dNZLNwHREz0prAnAiUcvHtU8IyIiamgLoFpvLS&#10;jYEaiyGl44Ik+Vph8w0xWAMvbDTIRg81BOjwcQnAF6S95OFXiJzHkt/HynqXrpkBPr/4+vUNSyUx&#10;eKaUpaNPoIcrLlQJy/0eycHXu2tuQ16DPjINXcGIwF9mmJmKwRx4x3Tdvx9fvQDrw2EAlUk2iyC3&#10;e61J18DcdugGuOWOl0KxuJnCJ6658WZoWNcUNd0xbU/Ac0e+4QqcWfeSONXfQ+e3WwxgbXUFTp04&#10;AWfPnoX+hQtw/uHvw4mjT8DmuRLWOjNwqpyDmekpOHhgD+xzxfXuvfthfvN2mJicpgQ7i40iBSH0&#10;yZsOi4ksb4ZEZ75fNN/vWlU8JBj45WS1CPzqUBiVUtgaWtSyICGnCaWtbdwqSQ4DG+TvpRepW5ED&#10;W2bpkIm9YQo6Xi25eHqqAGTLYi/hPpTwRMWeBP6A+P2k27Fn4FmemlJ4iLenQ8aiawK0u8YGKGF1&#10;ReFqdxU+/+f/DqZgHWZ27oMt2/YBELMyd81qkwEyQbB7ONXuI0ukoLREIzQ5K4u+rVPoVTX91E9o&#10;FSQx60qFzcwDR34DQk+7dHDQyMSLxcoABXjAwio/NpgPIURyXJRIc8lP08vs5RhiAA2EjcaKnL8g&#10;dh4C4hRmQUtQGYIoCOjDBg0TOy1O+df5nJRrMtQREE6AUWLVlYlsBRKwxka/NCUyVa2hErymIsEs&#10;hC34QgLXIDLlz2Jk/dS0hukZDISxMJUTPSx4lWUqDfFQIsUWiZBbB3qETWKIBEAzZ6/SRp6+riIX&#10;iKJUAb9JAwmCByCy08aZs6uq1NeH1SmAWtGVcnSUhBEoun7TLS319dOJBCO8lmdpiyTI2IRZJ4w+&#10;Au4yZn0RIBltPtlXqWBH396QH9vrawKIiqEw0/GFchOM8rwhsfHgXgKMhoJYRZGrkesvC7LeyHFN&#10;GRthb83i90NQibVV0DORPBtrIwvbVIFOkvnb2LAokIAHFX0KfdFLuVEDlqn2B+w7jEBnKreO6bhW&#10;JKwCrmL6O2ujiY1qPBBk+Bru2SasDiYJoNBU9GthFudk2QAiUd59w0th+2UvYwmbO3HNvBlAcEpd&#10;9THEyZrM9TmHIPDnTNP0NK0BnjFGwxbFvrW982fg7NOPwsrx70E+OOEa8fOw2hefITWQtGZNITja&#10;MoiD8nzcp71UpiVm1oOhoQEAgeKZIUCQjrfh4RnKgxEcxvVNZyZ4NRphXfL95aX9inwgfRorPS4X&#10;T0m8LzkGmfYSPOYlDeLcOr9u3Z+C6gw8f31XlwzXGzC/9Qa4/hfeBldcfQg2b9sBnSn0cNUko9YV&#10;CdjF/b42ZnN5eR7XioQpZzIAJV9DUea493N+ZRXOnj4JX/r8fXBh+QK87M474bJDV8LExCStsQig&#10;aW97InYSXm6vVB30857RDErg9YEA7fKFZfjq/ffDJz71SZiexgCu7ZQSzNLIJly2/wDsO3gQOjNT&#10;8MgPfgCf/NSn4chTT8FN110Ht95xB0y4vfG7334QjjzzNNxx223uPd4FczPT0EeQENUGNCwsQ3BE&#10;JkmgpeEkbetVLH6oAKweaLjH4CAwk8AWizHM7njk587B8OlHoPX0w1B2lwEGPfe4AYHLTVeL9bMO&#10;7eNtVBqV6BaLoR4NGhYaBBvdOTUHr4ds617IFxeg25BodncsSTkidbJn7vD1xte0QbAQuF4EksgX&#10;4oedB2DPWtjAi2w8o7viu5awtVQtqKvO0LT/BZh9MeBLEfuyJMawIcVEJv0FgtED6QEG7sR8++tf&#10;g3/7h/8n3Pmyl8GvvuPXYaLTpDr87NIF+M43vgF/+f4P0K762le/Gt7w1rfRmothc//hT/9v+MGP&#10;HoHXverV8Ctv/1WYnemQjQCpzfCawVA+GpyL/7Qd3dMggGueIKGD4mqcTDfYMEHSEwFs6OFX33t9&#10;HVb/r7SjHqkm9IsMsCMwjEA23q+ogEJyAAbvNF0fgP1E5o5rd32NvMX/7f/+B9R7vOvd74Ft23fA&#10;iWPH4JFHHoG7734dPXer1QrJ2iHUo5L0vJFA3G6YDj3qhVb/ud4AQEzVBrXnM5G1xY8vUmepOIQD&#10;NYakcql19GLauTqrWYXeIQaVJQyvBAyywdtaBRa+DQPxGODh/dXSUIVyjLWXsaMJtlQ/mPLi4OwY&#10;37qKlDUBWkIidh38rw2bzBg/RmUjfuLlt9WwDlNRL45lktbfY8JKLCtgZ/V6tBv4DXqvvPQz+14p&#10;3UcrJCoFYSgTgOhQENsKG9YmQav+GMRjO37N3ojpFxiWqBpEfCSRgQcrphQUrJ3v1P/PB7v4JF5e&#10;4lj6TIrNxBIkR4+KEA1sOPGU5Y4+W7yQwA7+4GQ8iYBclofCT0lqnA4LWZKkGojQIh/kRAAGvzJF&#10;U1RIGA/E9koXX0qX02ygL0BBTHs01DBAoidXaWSkZXNmI1MC9lcq4yKMN5uylFhGHoKepkmIqd8m&#10;GJjxaCulNDU4Lbjip+WNGHl8z1JALBaxCcFpsWyLfprHSbb42tkIA5DA0tTfMGzYZXXxkaaIgxK8&#10;t51Jotmj14pNjJlTfTunQHJyHspeya9CpDMcj14m0iC+ucuiCKg1FtmZFBql+OpQw16KRJhSM0tx&#10;J/MAIKcGstRVUfMfLmR/8VPzX0ijz4mapVBaMZGVH2uYnWfY18sgew8f6/4maY9yz9Xtio+Zpd9F&#10;I1/rPdQMS5iRfYq+Ieg7g9IcvEYGGL6RSBFMfxCA2owkTAYFh9B0H2l9wH6B+DwD995wytvCY4OA&#10;BkkU+Xi33fmdbbagi593WAQgmK7VYQn9RgseeuowbHcFyx1veC107Bo89v3vwOzshNusM2jPL8Dc&#10;/G7onT1NBulFuQpPPvMcrK+eh2JtHUxvFVq9Pky3crjq1S+Dqbm3wI5918LkzAxJkNddYWAMM/Cy&#10;rEXX+FBYiHj9UOPTnOCgBizcMDktz0KcejDtNT6xUxrZTIcEKS0TlXDvgjAvgM1DPdtMVShFHjCU&#10;e05LE59kUHpurEkWL/CKS1mqxKEigfiiL4ki9gsEubv3pGPiTCbflwmMTTYHlUNqm4aACc2M3Ys2&#10;VcOtdUOaHN/wyreALs5Dc3IaJmd3kRk0T4i4CdDueE9MTbtGsQsXzh6HE4d/xKzYMhe2q8j90H/F&#10;SvMrnX6Qw0Ik+GR+TYDoN+c9KJRlFmEJLGeixHExPu4PvXS3JA88BluGnPRovVQYfz5kWTy7pjHg&#10;LfsBBdwYKyzDuNZTS+bWMk0JewNp2IBYn2HDF+atMWdY2mMkYt5K+Ibx4Q985rUAH95To1ooVmMv&#10;fLKbkU5Qpylq3kvOhEyRZHpnSSqaC4uv1dLQbrCsz+oShBjF10UAdWISa6bFE8rWPVWZWJaJh52R&#10;/Bvww6tgzxg9GpHNlWsf0CB3kMhx89Qzzw+zlKrNokfTeW3CSPOJg+GeUbEZMvXgEN/okzw6VCOy&#10;jdgKk89fPGkPY1UcnvltG1lvOJ8ryii9hdSnMMgrISRge9a7kcJZVyRHViScEAC/tHEptR2ROxPI&#10;kUElONqOKfV9bn0WbYBjMm8yvubrQMDBkEwZK2ebph9rIqrS37lSgQHpz0vYa8Pgkf0wfbKzETzG&#10;msTtid4TspU7Inc1bMpO4w+cNOQib5YhK32yPElqSxsCHcFf7RmrmmUiVibbsnkqTKOlY84yEZxA&#10;9/uufnN7nNLG7VeLsNBwv+PWvJXjyADsu+O+5vYW8Z5zdRcOezWxA3vEzEawx2QlgQKZzWi9wnld&#10;b8BDZAx/aDYNsb+onxc7lYwG1Zb+BOka1Tk8TMZBlFZsZM8DNuZeawHZMw2V8JlcfJMa2jfgGQwb&#10;bo/GNQFZcgZBP01eukeP/BBO/8czUP7Sv4CJ292xKKYgn5pF7jqtwRkBPC1aU/3epGCczQqMNlYB&#10;cM1DA6klCT0wBbBOAk4Qnp+Zos+CSb0f+sBfwd9+7OPw+le/Bm563s2QT05waYoWGpkOCdOsAsrE&#10;4B0C+Oy5N7QuaKLXUiDMti1b4LaXvhR27doJDz38MDz99DPwyKOPkpfe2XPn4Z7P3AuHLrsMXv/G&#10;N8CBQ4fgv73yarjnU5+Ab//g+/DXH/5rAm6vu+YaePOb3gT7Dx6kgC8KEsk4eIN8mrM8mPXT/hiY&#10;EQKuIfiofJ1gSO6Lr491XAuZ4OtdaKysQfHQ96F86nHIl5+jlGjsV5rErHP7rPtMA1xr8KA03et2&#10;WmQvUbqf5UUL+jv2Qr7/alC79sNwYSsUyBDDIQ4pltxrljxgTCWsOpV+4QBUdmtxLxcDCagE+fFf&#10;44fx4/HgNDDP73MpMGCDZY73nxUmxXjGn6S1KrJFEKm/TgCK4P8nyb0SQqHSFFOqHVtw+oSrbZ49&#10;Bvvc+Z/sTLjrRcPS8go0Xf3ZG/YoafKIu15WXb2KIHGzmbHXtrtPMbyDfYDZJmltZZVZk24/3r1n&#10;F7znd38P/vqDH4RPffY+WFhcgFfefTclOONjmnj+FPtjZ7KeFsZE0oE1Iwc0AMf2IvJNb+kAOgk1&#10;ZBIGS2g3sMVI5ZGyHlftEqA6WBPrCmLuWQ4RmprIuC/D77pj+8lPfgw++7kvwGtf9Wr4+Ze/AuZa&#10;8V554uhReOihh+HJo8fg5huug8996ct0XK6/+iq47KprCSREwA8HKUo8v4wkVEPwC64Cz6G2uoiE&#10;l8ONkrivSiiGqZBhYCy0VLWZGuW9RG9RHu7rZPPdyMJkfIhHfF9J2E3NK3MUZIp9dsra9B2JQF3B&#10;hsfWZNc2GQyDTz1X0f3Pp/pGF24brk1fQ3nAjPdgk/hNGwlsUpWpbTUQtGo9Ym30fBvnaacT6fY4&#10;/xiVAE5lgvlEINBUpLdKbA2CN6CFql+k/zpZ8LS1lZiwNG234jlZf524sAYwzo4xWq7IssFKIrKp&#10;AMFKQgtTNaZKrd0SZmWZsHWzBPDTSoWhbIoTecsB7aXM8hyUsl2WleCc0nq/Znm3iPXkOecVIGlI&#10;7gkebthoyyF/+DXY8zi3Nh5wG95oGU+qD1WQZso3SiTJCheFqaTBGhvlohSAIIsK0/EF6EL/kUKH&#10;f6tQCVtKNvUHlSVk/AfZNNqzT5QworASrAZR81Qt5yl1gSyaLJp7BnKnKYT6ypuC8uAE0XDKkOjl&#10;J29gEumXAQGwhIGXeguYMjICAsumTFJ0RBoj0rkiiSH3AinBleXZTWUBU7bq48eJtoaATGO9TC+y&#10;8SIlNTa2pjTJ0M8nhFpiz2W2IXKfckPedhnip1GHVVLBTR4yZWR/GvEnUmUhQNswXIDIzFNBoiJe&#10;ex7gE3BQNEpu0+sTsMAAA3frDcPpsZTQiWAdXvQFJ+nSgtYfELNAkfS3FFkgswJpoi3f4/RdXqDW&#10;3WPQl4+OOQVuFHBqaQXO9vuw0u/B8e46aeFz8XzsuI1z8+QkzDbadI0WA1fIIENwYgIG7pozuuTA&#10;ADF1LsUkeNptzOdRi28FIJDrv9HM2WwTi9BTZ+Dk974Oe6+9DMoLGZx0G/XM1kWYueJyMNPzsGnL&#10;Tui689RyDd5lrmACs0DFDtJ2m+1J8ixB+RMyGLuYdDZYhV7ZJT8hnc+6670gllbmGpeO+10GWUpZ&#10;MLlYQmQBN4WGzlLjt9B8exN+VdlYbABBwnQlXdSVSqjatU0kmIvqZMrhN0RbKS4qyYJjWRK2UrBc&#10;bH4HPnDXsyNC0awDs7AemZdOj7A57TTbsLhjj3uq7TCBlGvd5pRIYhG1Q2rnyuoqfa8zvQX2HGrB&#10;8SceBYuyaAGuG5gAOSipcUW5XUja1RDANL9RWM/889NqkTMGxrCkePGyUgTGr/FSeXqMB6ILYQby&#10;ICZ6jJTCqCtYRU/7TkHsG7RU4HTdVOqPa1GPwEHlpb0mWjkEGYasVTxoKH2OU8WyQE6KSHFjanFQ&#10;t9Ubo8R7T8nXpa1xmmsuCj6VPMg6RbqH9w6yh4yJ9gT1AtcqG1+3EviQ3Aepv5wMxfByQmKIRil/&#10;yam00TfPs1AZ7NRBR2tFElJP11WJN9hG0poqIzACOEljchGGkUkMs32QSTV/MZ3KK0pWrfq+xDI2&#10;FUDpBASFWJuE80DldOZlMvJ8hvcpqIXv1S1lUo+f0GR5QDGR+vrnNd7HLWUWeCamjbKWVF2nFVQ8&#10;+0zN8yhlIWqoHm/67Jl8DK3i+9YxXMcm4DAHBPn3xMBf/Kz8vhFYaqghuJLKre+ZJMNKap3KQm0R&#10;Pl8irK6dRD5TytdZnqJp5HWZsugrKQ7p4DUKh3Lo38cBNCwVHbZnYWbvVZRsuv5cA6D/ODRwvSH2&#10;ryFAhBiLqiF9HX6PB1INsQyg619VQQ62bNbEGNZifEiAnuaQEZCABpuYmqeNDQ1iS/blBO9NKkCJ&#10;b5e09kFa6N9nSd7fwlC3XgmrCDrmPMzooa3G6tPwjx9+n1v6W3DjzTfCLCpWWrP8mmRHwzU1J1Mb&#10;YAMTFRzB6k3XuHRL7xMNqc9e4qOKjT8O66c6Hci2b4c3vfHNcO+998B9990LM/NzxPiZnp6mY9nQ&#10;XnakgqdahWGmvKuUEbBbmn9pSOY3bYLO9TfAFVdfBRfOLdH9gR6959zXX/jcffDFL32Zzufv/N7v&#10;w+T0BLz+LW+BF91yCwWU4ZqysG0rbFlcgFajwYEcrp7Cub8mmSEPmfnaLqkZMyljCK85BCdpvxHb&#10;H2yWcM/sFdA6fRLKZ56A/OQxgGePgO6fB+XW3D6mP2NdqDmoBm00tGqRDQvJPzHkPZ8GmOyA3Xs1&#10;mEM3QXd6DnJXV6E0qkRvJUrVZRuGoXgTx35unHxWBda00irpkS7OCLukzDtpYlNPyDTeZ6M01REO&#10;k/ctpohII2uSStQ9iS+Y5vvFW2Bwkj2fm/W1Ffj6/V+C933wg/DGN7wR7nzV3XD+9Cn4+tf+Hm66&#10;6Xlww/NfQHX5wtwseeqdePYElefr7sQ/8ciP4NOf+BgcO34cbn3Ri+ClL7sT9u7fD2137BuaVRyb&#10;t26D/+pfvB0mWk34yEc/CseeeRZ+/dffDvOLW2iIr21UYlFCrbo00+unkYJ6u6Qf7/zEPSgNRQz7&#10;iIk+ZgSgyiC11cgIoMNQGrwXJlyv8dyJk/DY44/DRz72d3DtjTdAZ2Kv6zc6rs438LY3vRX+4NH/&#10;DZ55+hk4evQobHf3/++8+z2uLt0FfVQWkf9XGVQvXiZb+vWj5ucXbU4u8Tm1rqSuxuOifxzx98bn&#10;RlLj43WqwU9deZ8cz/Qa8burWRJcTNg+zitzdFSYFDdWjQUZK75uJk3LHWV5Wi/BTUA27RV/OmUX&#10;+jCKLCjv8FGZVuMDXjaQZCuVXfS4bfT9OMhQY89e/XhHUCwJ65EfZyrhxeoaqGhHffY2YsJf7N+h&#10;R6tdD6mfYap88dZTaZPgg0msSLVVBTi0EfiVD5aNYz0n76E+lI9YSSS/EOveRAuPTKtq/yzyfe4t&#10;s9C3+8/kJc5EkJAikfNOxQcbvGmsyFZ94x4CFXwhJDHSLI9h+WRpY6Feygc2nv3gI4hL3pSpecUN&#10;NqC84vkkDSM3tHJiyIdDkH8sMAwvVPjhUX5J6DZ6qVCCp6r4GhEzbhhNwZm1IiwRAdWCqaTIUBEZ&#10;Rep0LobV6CmDYEchHm6QSdIXHuBCi2dIRkmt3rsvTB4rN78kfGZZRUsfiiczrCaIZVkShKE46VfO&#10;ibK2cot5mA4Ln3LYp8KVVKwC5pkEePQLVMUY2HsWCmumFMltMNOEmODq0Xgj8d7ao+bolecXKxMR&#10;e+N/Z+hTeE2QFyJAm8l1ZUIKJwN+eG6tDy3APyWDuZbAPUmNdY/HjZDYBGTs7ZqHfpfOlZGET7Di&#10;CdUfEHjYIACPJ+sIgqHHjE/sLYT6gyAzGv5/79nn4IkLF+CHJ07wjYgSYEpdKoMZKEjYxbaJGVh0&#10;G+6euRloNzLaNBE0HeD7LRltzxWL/fCzd9x1Nu9u2BUsjpDFA9g7DCiVcLrTgv3798KeQwdh9w3X&#10;w75rLwc9s4No+5hGZ7AYy1p0/Caypmua1ih0Av1FuAbLaNJMRtkFey40mhNsGA7se4cLE5nWq6b4&#10;8bCcFeU9PBVmOnA+4gGjwuaWbL9V4Cw0iyo0JGqsb8WYTYa87rKkaLWjgEONkaXHFlzpdGZMaevZ&#10;RjadrZlEupZVqOPKjpoGp5Mzi35PrmGZm+7Ayjl3Dbrzgo1dA4cFYsqtJMEVU4gREMGCN5ucg+kd&#10;++DcM4fBrpxnybi7h0FPut+5wGzgoeHGkOluDL5ZExp2AquMNO2eoWVYxs73kPfJG0ajfzsI/mJ+&#10;qGNgXRAPBg55mjRgzzwBBY2X11LTWkZ/FZtKLC3plZWGql+gvD3voae0DVNMH7xdGWIIguaDUbVI&#10;sz2gx5JUSc/SaSps9VSnoQo2pftXPIu8zaECtJJErz6U73qA7dKFfyx8MpGv5sL20iqy8sLvZ+y7&#10;otEHtwnEcqJ1vkz84EAFUDMbJ8tVNnotVe1kRspSO66ZVDUwz27ccNoxta5N/OtUcqz1SPZvdXWo&#10;J8krn1Br4/1Kkiopco2teQNqYbfZFLBV8uvVYBC/fpjkQydLWhhWYW2gE4TNqqo7E6goEbY1ma9K&#10;5Vc2MnpMJUFZVZkISrICDE+8tYCXBvwkOcrSEywnYeRvIE/CgZHuuz1MMbtPAHNKAUXWv/XsQyPm&#10;zZg6WVaGNeMaEf+tMlEJpM0R49LeiLtkWYzhv5HP1JloQaO1E1qTW2BlajOcfaoDsHaYBgZDHORZ&#10;TfsR41gsSS3Rny3HDCWuEZqNHIoWcHiWMZLOa1iSjhJ7yAKjj8sbHf1Is8j+NB5BlWtoSJ65Wjze&#10;uJn0g2QTgDlF7FD0AnQfxT2/229bDcjX3f7e1rC2hmtyAet6CBdWj8GX//xP4fgTd8ILX/MLsHdf&#10;h5NBlfs8rp5cN03o6IJrEx6rCRj74wEO1oyeA5Mw4rGubDab9N4nJybh4MHL4dfe8S74wuc/Cx/6&#10;wPvhzjtfDlddfTUBAfjZMfUPgjJE1xi9vL97oDgQAZTsX26v7rTaYHIFs3t3UVhG4a6Hrdt3wPFn&#10;n4VvPPggHDt+AvqrK9Ccn4a5hTnYMr+Jg2EsB+Xh+0Y5OQ5rKXmbmptsZB9naS7LNYfEsSzctV5C&#10;r8hIZWH77lycOwf56dMw9fQTYJ89DGXvDCW7m2GXPHuJvOcehyyxHga/4P1C1757bGMCho1pkumq&#10;y6+BcvN2sPPz1Ew1mx3vT8OhThYE9GZmqYKqqftGDWjKJLGgxvTj5iLABIxlgaYDHzNmiBrY75Ug&#10;wXpFxOe5lPsdbVYK8r4WogBosUvKxWKloGF3Kb7rqBzAWgXPf+auh2ufdzPsuP9+eN/7PwCf/fwX&#10;YW19DV5yywth09bNtO6gZ+YLXvRz8KbXvw6+8g9fpVd/8uhRWF5dhpfdcTv8xrt/G2bnNtF6gKqn&#10;nPoyQwoiBP62btkM73rPe+D6G29y57UDrVYnHltihQ5lb9EhhGZDIODH+c97fyXy341k1xvVB6kv&#10;78jTu7obAXD2guZKAocW690ufO3+L8NHP/4xeOdvvBOuuf5q+M3feg+85a2/SBLz6ZkJyRDkYcfD&#10;//RD2LZ9Gxzctw++94N/guWlJTh3/pzrHf4/3t4EyK7rPA/8zrlv6x2NBhpANzZuAAESJEhxJ0VS&#10;1GJZa0TRqyzZiiNZjj3xVKUq5Yxjj5JxVWrGmUkqTjyJFY3GI9vyLsuiJJKSKFIUJZLiBhIgxQVc&#10;BBAgQRIktu5+y71n7v+f/2z33W6AmtRI1cVG9+u3nHvuOf/5/m9pW89rkrj3c57TSujsDqz1+5YJ&#10;4R+ZrgZf1OwN1brKs+p1DaRsakA+s+z8rx3EirLA/lt5coxyVj/xn6Gy6Q+fWCpsxHqxuloRLk8Z&#10;YckY6QroW+jonhweU2/tZZAwyvweDRPwjChA1IFChYlUhlF3WCUNI5M+ZgXQO4uKwrr5nkcAmpO9&#10;66jG0y7cxZ/ZgnelY2u7Rlsgl0mD1JOlisr7NJ4NXbfeDrH9lmmmDaU6V2TOiBqMzofRXaNYPh6/&#10;Zhw04hi+Q+8xugau1rM1pKn5HEIqaQQQUPl93+JFhTerViy8Ulp5ibKT9VKzijQHCV3Ssas81Tfq&#10;dCMyfXdpq3AecTpk7RQC5BV+IAr/wTi9VT4gMerIx68Q5gd7FAjI1O912bSQU3z7sgARYJYr8XUq&#10;OMGUER0on07Gsg4UnmVGEjszsI/XDDTKBfByVSfdswsgdYjodcl/qcEBHXaACdSzF6ppUdO84Mco&#10;kQYqYw9tjMzrEH/NhRQxtoxOTDxjcNIgTOg8t3/vGI+5p9Qo2+EUsM2GF2R8sCwk/LO72E2SXliE&#10;nIcujh333B94C9GMO+ASTn5dxN59wRTTTbaG0EP8Y0WD5DymcmOlvrT59l0wxkAAX+4e5pzcquT1&#10;ITcTH/QKCziy95fcENwJIM8eoqDTHCznhuKChMI5evb5JGxDO7+/8nfdvk1opiKNmHeDpZ4FCvix&#10;PQ5haJZFhKEboW8ljbc+/TSefO11HF9c4iKTwifIB8SmFhfMinNe5p3yRPL64ikcPnEMr5XFyiWr&#10;1jBDj4JFWOop6X58Y2b2/iJp0kR53fqqfL1GgU2b5nHpRTtw043vxo6LLsC6sijq9jOMjk2VB4kl&#10;NBs2oZKuT5MkTuUHaqqWZcwSYGeUdLlFJs6SJvG4EW6oDZORhRaFjzvnO1Jn3riVpa5CxS5EzhVc&#10;NVTEXJJDqhRUXrpbtyWaopIYamo9PRKfkyFRHaJutUlBhaENyKy8accboPgNViUH8acekmREEnpI&#10;gvDACi3QGR3nwpSM020hZYNQ3AaciclZo2Xl78RuGO2M4uCTe9A9/hKa5RrTG5wq51W5DpWHR5Ij&#10;9XIdoVXKp5y75C8yIad3YAE9AfcYoCv4PuSjiRGvPe9z15Ngna6V5tGcLkQ2Kodp8Jplx4XvqSh3&#10;ybEt3ecK5wwLFjvVsZZEWCWMsCg43IMo4avqL6J82nDwqFMBAHJMc2cuX5x+BrgiUakasCYjVl95&#10;WG4LO815vNY42fjPU9Px10IJCxa2lpU+xPqSeytrWLEok7Fy8XMtxPeugJfxGhMkJI4tqFQd67UC&#10;jkdAoKkbnEodnvjnqiCBHqq9i3CgNB5ICgxEb/qvtC/BnR1c342h1By5gGn+gGrCNdJq+HDs0qC1&#10;ClJqgyDTTkC2qh9hpNYoTNXDJwW8fLpuJQrXJJ1oX2dFuqaAdsZ+tv6a0fqsUuBOcoLD2hettZ5b&#10;uIxkzDZeCmbZZRwRZCLptsCHDJ5nAtTTHtbyjRj2060pgIPaQHtWmZ2fuayXDQtSunlCa6Hs5zbN&#10;3M5hYj83OgVWbTyvXN8WcPL5JRTdTvlef2xTtznLFPx8jlFW8GrZZFCcQ590wUw8rmAKy8qjdU8J&#10;68cBk5ahbC9cXhgfFpPnckGiRgSxeJ2VhmPxKm0lVM5SIFPGe/5RY4DqrbwJjLc1FsthHC2sB2c7&#10;s4eAhd4R7Ln1G2iYBkZv+QhmZjdh0F/EcTOCzaMF3uhZ5lSLjbvzZH+pY1cEn57gAeXhbG+t4vxn&#10;hQFKB/qCgrCazNZ653veizfLg/8X/+xP8XO33FI+4DKsnpmxNaQE5mXtVu3B3pqww/sbOr9rZw5O&#10;vmEnT5xiJQzZhLz26ut45kc/4sTVXVfswKo1a22CLe2GDTvPyqqVATNq+BLQx0EI5CfGz2uDy5z/&#10;ryEmXTn2Xapby8d2qL6iurFX/ru3WM6jLvTrRzD6xKPoHjmI5omjUPmpslbqi01PUwApxZLdXjfn&#10;5DZNNHrTxqKaBDacjcnzd2EwtxWLI+X907aBHCxCEfCD6nuWl2bOL9eGV1VDlZZjkDlfXseEMt7b&#10;r6pScNe7TlmTR5J7FQG+pgaIr6TDLicHhpWMNhq2FusuLDBgTOBTj9Mjy7nNhu+2VmdJmDsLIfjH&#10;EquXPJ5PvnkcR18/ymeo18s5R4Dd5VdchY2bN9mzSnn+GxsZwwdu/hm8+NJL+NJf/xXGx8fxm7/x&#10;G7jxpusxUX5Pdz6xJ5foNct78NhCFy8++wxm163BBkpoLl/z+nfcZMklEtilXIqlyNGHjPaXYTGt&#10;BNo5Zdlw0+ytswGrryGO01gqx5vmfKfTwcLigpyLgZPlz//my3+H+x98CB/+8M/gwswSbWZWr+Ja&#10;kwI7nnz8Iex/6im89x/djN/8H/85fuHNV7B23Ub8xRe+gP/zc5/Df/4vf8QJxxddfDGvNa1Wh21g&#10;iJHaaZdzf+Ek169Ur9LcbujgVWeq8soaoG94rVoJrzsdoKa9cUAAWnRFZltl7ZlE+hpi66tFTbEs&#10;e88x3cL7U8tUkTVnEmUQ+/ud/vyBGulwOr7aoNa7U0VjrpWowiJZsREpvvtdHJRR+66UMA4LrMiO&#10;0xXALFZwuvGq8xfMkIZ/1F1DLRhRlXmXtP1NYN67TASHrSw33kNsuhp5t1JqZSakgHViCuvRVwsg&#10;h5yH2JMz9U232NCgiArmwlQ66gEfSz6/Cy5xOBqcf3MhJbWOUnuDbyv/TOXDTEZh4zdU5SL6IA7/&#10;wkLrlklGnR3aPLVE/RYeiVbJQuDAK61D9LTrcDTKTYEGs98/xSCNoyQiko42Mtt1tJJLa3Iz8Mkr&#10;1siZTgim6NoJoKyvU+41YdbwHpIOyTIP2ORba1zoJHKWSUe+fTz36W/IU4ZSP3O6eULnlRl6JvPA&#10;Fz1tMwHX7CmvkWURMCAJeBUulJsQbNcrE4fAJBr/RqYDmyqazJT/6TcoXsNydPMgt242bAJTfzDw&#10;Nyodhjnl1EmOnAQXEV1bOleOsedScR0bMl7keIwHJo3MZhlu7otuY6MEbTquyHsde4/BBfKDI1mv&#10;C+AwhRciMKhqbEAAv5/CFpw5FXY98eQb2IRbAvpcFzJzRua59W8hQI86WSxtoVQ0SouTv+UbPmen&#10;dCwUtst+vKzcHzr6Bh6gbjT7D2l0ygKW5goV9SwVEXZRJo2+pdyme9Fleu3UKewtx//s8UmMNDSD&#10;mfS8ZKw7NjmO8elVmJ5ZjfmNc5idn8PU3Dy2UEjGTFkMk5eOsqy2bnlIIAnhsePHMT4yyte3XZ6B&#10;iHFK0nRr0l6w115D6dhG1y72yHwhmTn2jNtFGOjIPC1ceR+SYFqlxYuTrg1Rhr3vAFImEYdYeD1b&#10;cE4zlTmrEteKGNjTleK28PLv5TZZHUku30rhZeK1rOKFtJx4Md541JDvg5PI2fuV1o4erR/tEZil&#10;BQu6ZtEizgfihoAHdi1sNPkEimz1NDbuugyvvdDBqRfJyP5EWXwvcgecDifso6kCS5cPAbz+DARI&#10;7XLCclmyh7TbwgFvxoLTHkYI6QK2HrZs4UEewAQvm40KkkwFZa0bhTzuQBUVG13j8j9CkmliTecA&#10;HTHQhzC0VHwIcrPGAzhGHoeo0yaeFhUf3xDiUeGXxfaqiHxq6EDTUhgbJSaHlQwqFQDJqMlX33SO&#10;gDatjU8i476GS/5ldlDQMzgbJZfAzvhEFpKajQAVvHSKxNr5jFrzdyVARhpw5SzEi6HPW9fTXqbx&#10;Hv9TmAyJKTwM6rUjVXYmhpKL/X0c1wsyvg5QUJHsuHCMvLraLoRPy9MZSM/KI5wBlFWRIX5q1hwO&#10;x8ZTGVUIZxuWK5sAclYHjK91ES+XyvuoFOL/VxQBRFQm3HfwoKiSZp59LjefjDB4FEIYiTfHlkU9&#10;ozRbVe59BE5Ie8dbAUCAOglbUjriEhpdL0M01gev7qDmfCWZAxn7F/sDgp2JnIA70kHRbGHtxh1o&#10;YRRHXtpTnuJPolkcR4+avMr5QtJRVnOwgSWJjJSfvV/u6c7E2oSUP1vR+Z2F14JB8Ip1Y4Vc833k&#10;5pGVs1OSZcZNLQICC5EL25AFxY3cgVwjVotIMd/PRXHQ0pgo1/Bug+12y0O7xuyqHg6+2ivrgtfw&#10;6Le+iolyX9/5rndjdu16rJoyOHKsi5GxNlu39OWQkCmcGUOoFqV3cz7zEjDykmPwjhrBlGbb4E4r&#10;3vOe97KE93v3fo9Z/Lsu2Y2R0VFMjq/yXromkgv5/Y8CQIrc19QqSgukeUrS22ZnFA/d9wM89OAP&#10;8dLhw/y7n7v5I7j6urdjvHxN8nLzHnWe4WG/J1CI6lVXM1N92ZD0QZfyTrL0Vpvm8yLXVX1KFl1c&#10;QvbKEbReeBb5Ky8iP/Zy+dCFct6XtS9NpwEx+coxIMsSmn+5YZsM02gygGiyKWD9JqhN5wFbz8Gp&#10;0UlgbIx9KG390xeuUCZnI+tbTPPF+YZnOvXKWxHokXMV2//obBkQ6CcL0KizmnD2Q1W7k7pV3gF9&#10;VC9mIyN2TdEUptHl8w2fqcpxJKk119vCcnHewgy8Z7ZWnpmZwft/6r1c1z777DO48zt34vav34rN&#10;WzZh4/xGjJRzgRqT8xvn8enPfAZLi/8ej+3dh5cPvcTMXQr865KaitQJ5XMefOkwvnnHHXj00Ufw&#10;G7/+GaxdtwFj7Q66Cz20203kOmqHFLZrVAeWnykI9//H/zwQW/5npFwXl/pdnDhBydQtNFstZklO&#10;TE5iy8aN+OFDD2Fxoct1OZ2NGmIvdWpxEX/0x/8VDz74IJ585mn81j//bWzdtAlkKvmxT/wyZtas&#10;xZ/86Rfx+7//+/iVT3wCP/W+9yLLe/z3NrymZxsOmfW/bMj1dMzFTJo76rSxLmcyfuYMAb8VJL4e&#10;BFH+vDiE0Ri1nNY4SF+XDRupeIMsC/rVKReWX7VXkhNX/QLjIFQT+W4aU0RBPpC1J+Leic2ZwzVj&#10;FmnMLI3ZmE5OO1BpYZMA4TUgWsr21FGdjcRbLxZzr5T4nTQXa1iEjpzhvO1U5KMfn+2GgH2feaCG&#10;WNdp2rEK1iQx+O9rxCLu3Ib3wlhPFMCqbcp0UaS2ayEI1lpHKDgmNjxT0DIg1dDfuT1WC+krE3Wp&#10;HyfHgsxsyKJPIXdrvglznRWjf/61h401jRzu6sZdJx29EWfoazGiQfSGU3mBcdREkWS5gdBCzaSH&#10;23CMQrzaBhZ0o5S4Tod9HXrdBTaYZ0kZrCSNABZH56R0S8fOUSKjZTYdF0GWhu600DoKtDBwIQP2&#10;JiOgLBO/O8v8y8SkMRPJQczGU8EbwoSjr6OtupuZgEQaH2eoaSLmgEsYLhCjwdqPdxbRxR0lPfcs&#10;PB1dG5vby59N5BgD7oxaurbJY3Om4KmW3hOW4aSdxJhYkeK1l55khPkjzqHhcB5kuIhQapKbkiEs&#10;B0BktkgkkK+QLi7750las4vytqwkwx583O0dWJYeA4RUgJEhLf+6/G9h5y0x6QgI5DSwXp87wByq&#10;wcV5t/xd384h6U6yd6TccVR0n1gY4K4jR/DIyy8zmEZsRAphocI5ZxlRxkBsxoWiBcFobmacQm3H&#10;dVA+3+b1s9hZFjG7tmzE3NazsPHsszE5ux5r128oi6hRYaFbFhgaHXQk6GFA7AXV4fAGqnM7jbGy&#10;ACAzcjBAYBOnrQlnETEXOdXUxKnQYgCr1dDGqpBFya6mRojr/KOyocU7keIpXemO5jXFrg5zS0WF&#10;WIWuv9zGy/Ji70VUDG+6Ju62qqGiYpgpUXhPklBEFGdQRFc3ChMxglK8I+8uMYv4+InjDMKSnyiB&#10;syxtZwRC7vtMBzp4ef367HPW4DTY46+/ih//4M/QP/gEBmUB2FYnysKvZe83AdOLIooDVa4/YuV6&#10;DihShYBZBbxpa5JIXjj5pktZjSUZLj3cHZhD+pwLtimST68Dg8144b9/TcesqZChZD4oDzLWgYKo&#10;QMcx096ds/IE2Es4WlEARxxeESXNypynyzMz3cCa1RrtjjXtd2+qoS37WkXP4xh1CSAkKcAWOLCH&#10;+E4zMIbYylEHf1YlbD/HNHSSEwu0hkLWBadAvlfCeiyMGmJG1sLWsRmxqmliqhSoUpVau0AKbIXU&#10;R28f5oFNalI0GolKxCc8F8LIos9AIZm9gf2+L3a21GDnQBQV0fdqfPBM5dBUxAByTfe9SFgIQa5U&#10;h3w6/2IDJ4MIPjum0rRwn70YxvuEDakSZYTbdY2k97oxYqPlIoxnIXPa/tv4QJ68EHaaxbMsQ93Y&#10;n+UOXKfHmHJvKr8WBwQqNRg0Q7m3kGSXDgbzO6/E1ot+uvz3COlkOVxDReCfq1tiIIH3EqlPgul1&#10;4QOBPA3ShYyZgb/pm+TKaTISS3JYWn/JYPHkm1g6+QYO7LkTauEgmuooGuhZtiPt8abPn7ehiG1C&#10;6oWcf76w2LP2BGyOH8maJLHbJusW0mx2jQ4VWT/YJkwjs15rzBiEBftcTaglIbhLvrsU9tDSGGna&#10;Maa1ttu3YDoDsVJDnFjIcerkAMf7BRaP9vDmYoGeaZa17Di27boSV3zgw9iycyempqctw41Y93Rw&#10;r0inq+yG2uTByJ8tFqxn7rASeZbZzn/GXnr0OGog/ujJJ/C1W7+Kc846C+98z09hdsMGNu7X/rir&#10;fSqoVWmIPYFYy5Blik4a3AqLZS300osvYP8zz2J0fAxbzjkXk2OjDCa2mk0PRsZSp9gzKRcmKPs7&#10;+9pZPLM5tb3H60RjqY/2sTew+OzTaB56Hub1A2jl5R5J86NXiODCNn8Husk1J4XBsfE51fGUTD21&#10;BvmGLSjOvxT51GoUnRbao5NslzEoZO2le4KY7yS/dumaSvuAPBW4tlBncORPJbZqCPQJYN2ZACdq&#10;mb9FLaCQ+s4aX4s5eaEW3/CmpLTSJzpx6hSeePwx7H/heXzwQx/BxPgos0Lo2tN9Saw/OncdP3YM&#10;r75yCK8cPoxVq1dj7ewspmem2Tu62WyX93j5PE88ic9//vM8Bp/61Kexbds2TE2O232hnFOvHHkV&#10;d33rW7jv/gf4/LVly1asK+dkr6ynXj50EK+8cgTr1q7FddffgN2XXYpWWSt1iCkq90nu2WDSuHBy&#10;24qM9/8bOGeWZT7VNf+WIwwFIET7OfHGG6/h4EsHmEBz4a7dUAMbIKjaI/jObd/A7/2bf41f+vlP&#10;4Nd+69No8Nxs8vmEbthXDh3Gn3/x/8Zt374T27dtx2/9D7+JrWdv5TWTGK2UyPvb//Jf4LHH9+Jd&#10;N91Ufv8vsbq8PorzAK06hNKzG9y411LTKCYoNKSJWNfTS5h9bxlAVRX2ql5GyjsMiEGaVk754RtL&#10;hUlID3WNkqE02GVSXYchvWHpp0nqf7Usa3A5ubcpzLLnHiAF/BK1U9rVlcCmyLqkSPHNvDAR6Ugl&#10;0lO3fw6KythEIZ51lOB43Y4DSUxFzrvcHNCV3xXLjL2pvA9TYzPisgPqLEjgm4MqIZ7Fn6EqvU3S&#10;bvMiPUNG17/wgarWzs4xUePzoiWE2fdtAb/AFrTs6Cg81USHJMZx7B7LxDO5uIM8TwBNL3cWEJgf&#10;qwMDMrlGwijPPvILv/pZJZTO2kGLdNYBnQ8vqFVkmCSAkZKDpHYv5DYYSY6iZDHqkrUcc4hkmJyk&#10;ajxoReBer7uIfLDA3xd5l1l2ZKZLxQt9qF5ZZPT7fVusClWRFkIjqGkuE7k/6InsdsCD7JJe+fNI&#10;0EjO0tLcevSRN0i350EwBhA5Ytp+hlwAwV7fAlI2XdJJz6xnD4dBsEx1EOKnBYBCNCHotTj51Lee&#10;RTKb5xJrbbvx8U1mDbslldBYNhtJXDMWSNgChzqZBHxlwrLThWXDZc5Ut5CTCk0SGsOByGYLy7rj&#10;zyU+KjR2lLRrffOsJFAxc88mdnLYCfsk9iVBd8A/H/S6NgSjsLLcQqS3xcCykrjLKY+n57JMQPtl&#10;ejZ0gwDDgmW30u3jz1YwwEfPRa9BwIhmoK/LHVkyYSZ5CEl3TTlvwM+ds4Sc0377BCpry4Asx+SZ&#10;Nxdw52uvYqkscqgAyUVTb0NK7DibsmgFyzrsuFLHe7TdxLUX7MCH3v9e/MonP4l/9plfx0d+4edx&#10;wQ3vxFk7L8Ds3EY0Jlej1RkRtqaVj3R0bmnz5bVf7HYxWj43ba5kyksAYkEduJbtmqiGRfAJsSfP&#10;vUxH9GlJRCu8n4h8UTENSQ727JzCU761HO5igN9F3bvCyflP6iGjrwisQOqjkG7mJgHb0o1TR/82&#10;iQeDT1+CgcKwhlCpM6uJg1dO1edIVd6nXvYJw3pYQ6v3vg7aL/bkuddslsfWxVN2jLMmXzMOueCG&#10;g44iDgf2EJW1rGQ6Kxf4xjhWnbUTR370A3SPH2Sgm2S6NNc56Zrm7oCYGzZoxgbOGHvQZQK04lq3&#10;EAla4dYSBuk1f2kBmVyLwiCwxgoPDLoUSwtN2+St4LnnHCtUtB6FtNIQUVEUIVXLAhHCRjIBuIk9&#10;2VxH0ETAjglbS6hDCtmQC3gae4raIKLSu67ZMKNTi/c4eYJNTZb35YhhMEA5Vpo0sFQFMAtAYTqj&#10;CNvlBF4GE8r/Nu37bArQ537nZAGh+xqMfrk9pY1nFtL3Fkhz3xv2M9MckGpYXqg0QqqrTju78XF0&#10;5YTHyh1SYQUmFoEmvRfdmPD71tXXUNG1tIBzXjigLiTXZhqSGim4UTze7ppi+HuuW0wIS1EREKzl&#10;+rkvZsTJWGnt8CnLfBesyr+2v+5RWq57Hqj0vTnlkFLpWFXrqViWGwDeVHIHE3kDSkhGzJSMQW/j&#10;ZZ3h8GPXZQuwOWktHRAdC29izRxWzZ7LNRixOjzQpyoMWJ7zhfevMX5vkEGSdEEtQAiUDj46rAbJ&#10;PGhjpPYhOSazaEVealodLC52OVhEmwVOC6ZaYJBbwNGG5FhLiYz3pIKlt9zshI6YD8FQ3t6/liE2&#10;yI2X1sBLjqwNSZYFW4BcbFl80S1FOzOdGjpiCChJspd1R9uUXw4rLh833qSEVxsSYsHtRRw7chCL&#10;R97E+vIwnlF4Fs3BZublTnGY1XL1dypvCnBTYKzH96NJTM7pMXSgt+OvMDm9mveo2++4gxlyG+Y3&#10;Ymxs3KoAojnswGmdGJuj1vuN/nZkbAybztqKdevXsRfg5Pg42q2mnzN5LoCeCvKjQs4FDfF8o581&#10;XIogzW1qFnPduAR15FU0nnsW5kcPIXvuUbSOHSgPqmXd17f1aqvhwqUKrs16NH+aDU57z9UIivF1&#10;yM67CP0rbkCxtbwWa2eRjXbQGJko/+wk+/gZ3WLfSE5Ez1RIuaWwGQG2dezFCV2xKKkP6Kj6L2kd&#10;lDvLgXWnA/uqqa7LM2ZSDz8lRrrugKtFoVE4gKz8u6WlJdx157fwl3/7t7h01y6smplhtiXNiGZ7&#10;BMeOn8SeRx7CX//ln+PL/3ArHt+3D9+5+27cfdfd2DS/CaumZxhgbbdaWDO3Adu37cA3vv513FU+&#10;ZuvmzVg3N4cWNa7L+nuk3cKuSy7GFVdejU75Gi++8BwOvXQQr73+Onv0ffSjP4MPfOj92LxlIxNB&#10;Ws2WZcdkWlLOTQJ7G1mf+DwlirRCGhTu662KcFcC5E8H9qU1o/YQsXvXDz3wAH7n934P991/Py6/&#10;/CrMzq7ntY/PReVG/81v3o4tm89mn0NNhjHCwC7KM+3kxCSuvPoaPiN99bbbcOd37sIluy7Cxi1b&#10;0F1awPjEON72tsvwzDPPMEPwwIsv4OLdb0OnvFfphHD0lcPlPdLmFORcmii5BOMUkg5qUs1GTY/M&#10;rKQZqBlDVWHNmSFQLQXGzTLjqyrSCuXVRVG1lwB9p/NqjGtGT3aK4Dx7/aK5UDFJrj71sq9llvuH&#10;QdXzv4o7+nrW1I+t0sGKyLptpZQIZ8kQ7zVqueKwIuFVGK5rQrDrsMejihqE/gtRSEZ1rJwdlFKn&#10;vbGqqiszbGacNFq0/KxIZLaqxrZkuAmehKdGQTYkgVdqmBSSsPNspRKdoxFCOUQinNaIJuQdVBQ1&#10;juzlpL+EoXkA0J1xHDbkbKbIJs8x8m/+xV/9LNTKEzRzE6gwEYJZ+Ch3Lqrl937MnR+eyeWmKzwC&#10;yWw3GYCCk0ELb7juihjyzrOTkA66S5bVYmzil5EQAPI4os2SQL9cAKQ8L7zM1R6I89CddyCa84mj&#10;Bw0Gnk1HxsMQZhvPjYHtZEJolOwjFyHKBDRCEoJdiIUDN/n5ORpbhRRTkRUpB5RaKCJKx7USWuXZ&#10;W8YnAfNFdNLLwsprM/68TlqqLYNNAFf3+pl07+gzaSkSaZMtRP6qxGTYnaYHXDzlofsgibbuM7nr&#10;5xN/adwL65HoFloHxPHYKCubjsHJjCkJFuCjNCrN0uncJvYKKOg8+1RhAT7yBIEAHlbGm3MxaMp5&#10;wuAbFY2qEOC4z2AnjU+fzG+tLsF6MUraKM+BjDPycO+rR/Hi60cxyNzhTwu7QzM7a7zdxtkbN2L3&#10;ju248qILcPP73oVf//jP4dOf+hQ++LM/j0uvugqb5+fZbHqxRwEYA8viKZ+LPGbowNBoCMLPMpEm&#10;WmQsTDKbTkcOHkZ80DKRp+cMSLLvm9XLMsuIbnAjzNhMDnxcsKlgIaFkI9Iu0U5YG9qnrKXU6fBz&#10;EyRsanhjZQmwLHxGkg61S61VWYWSXuf9pKJOnjNa1ZHpas3mXi0yIrWdkgOpjpoViAAnNSQDrnbj&#10;gudGAuANSXOGafgqQj8cS9gt1tSVbjAwmzEYw753cgjl9GVmw2Usgcp0wdI7uo+z/FQ5pxvIywLs&#10;1P777HP1MltUFBFLyB/2K5u+jkBSI/ebUhGgFFI8C7cfRtepCCpGeYywh0zMylMRM0l5tp+TK9MB&#10;e1CIsj9iwxsTIyPLsLbUcAmpao46vi6RYl6p+HcREKlUcDqOGNUmCv6gx4+NZFg9Xd5frRTosSEd&#10;KgG1AhgiMlwPjDgQwEjSajgsa8FH6ForD0AF9piff8Iscu9dOZBKReCUFlAws69DTLoABArDjtca&#10;ez81NATQiUAmHYCrhHkQj69Kge0AwldqbWZ4K4f9CBCDIXmKu6iFgH0M9CkbKMXXQwAUI+PoJbHR&#10;+zZVwDXyXtQqAvEkuEWrCABNAD75/NoyXR2A59ZQVR1zeQ7ERa4K4xHLvAPwrJL1M8hDwhod+wy6&#10;uRKzE0yd9KvCICwiLm0RCPgcBlRwRIa27FxRHIzPrMPUurPLvaojvj2ZP4jaeZIlIW0WtIsS9dhr&#10;zvg1L6whsgeYQopcxzbIRabZtAzrrMF7IIOu2RharTEsLpU/7x/jhG8O92ADaMP7H1vGKAs02Pne&#10;tOoFru0Q7Gfg5LnWX881MIxPmrT7oAfOMxuwQEAfNVAUkMhp6GO3GnbPtZYNxs9Rbty5TcgD1IoD&#10;xAbs85vZ4JDC+rW+9uoRHH+zi6nZGYyNtlFkbTTpvRgxzK+xlqjaSPi9ycmZEsmmjhgnxtthuM9O&#10;TW6SB5JCoNPqYGxqFdasnsETP3qCGZPkmdYZGWFAR+uGNDqdzFiUJb4RVD0cW4uTZrPFYN5oWc90&#10;2k2utRpiHq5ZOmgk0MJ6OLrrQ3+biUxNRcmSFKZGlhjZyRNoPHcQ6tH70XzuMeDNA2WdeJIdiQk4&#10;7Tq2hAu/LOdHk8E58gUs39P0euiztqN//sXonX8J9MxaqPEJ5Kz0yaz3tBpFhwLKmAVoeP0EdGqZ&#10;4/bFBErAaYEDU0mBrF5rK6WPD8YhNXMYWB2WGaZn89C4VI5pa2rqqSg4gEgW7Jnozhvko17WH2vX&#10;r8PB55/HU+Uc2bXrIoyNj3H9tLi0hO/e+W186a/+EhvnN+GWW27B+z7wPlx6yW6uu//sS3+BQwcO&#10;Ym5uI6ZXT/MsHB+fxMYNG/DCiy/g3h98H/Nzc5haNY2Rsq5mokTeLedNExu3no2rrroM15T19JXX&#10;3MAA4Pz8Br5HSCnR4HC6AYcl0kLd6+dJ7RqzbbToHOuAg7fuuFdh50lopLMbqeIRrvnpmegRGOCa&#10;D4UQSGbWz2PT3Hrs3bcPDz/4Qx6nycnx8vO2uMb/5h23o90exQ3vvL5cDw3TOchvXJe/p7VUl2vp&#10;edt2YOHN1/Hgo3vwyJ7HsG37dqxZO8tg++rpaVx99TWsQLrtW3eyrPqpJ/bhr/7yr/CF/+eLWDM1&#10;iXN3XsBswCDNNNwQSb0g68G+dF5HzXqlEr+3+nTVup+nVjnx89WBfcpt/CYGrkz096Z2fV0WiFOV&#10;5r+bW6gBmwwi3756Zm3da/nPY2JrIz00j4fWijqAKhoUp8yqXqU4fMmNud8z6ka+5v3GrLKEwSdK&#10;gCqrb5gooaLQTwwBfck6G38m936Smi/My/izJe/dmKSmdWxy5RWg7mdmCHAN81cnoKbzyvP1rgpS&#10;5mpIhxvfOOU6+bzJOTS9h5TUZbFEOW7OxGOtlUpATR/koiNpjBB8spt/6dOfhdyYVYRSI6CEKpBJ&#10;wxtyN7eJD83iQ+NMUl0x41gSAhpwohNLgG0gQCYXkWUabGDdRT8nkG8JvUGPwbZe3vfJYQTMDYix&#10;54IixMTRA4fObL4wwR3MWOuyBvuZlQOY02E6F9lbwR4fzQKSJCeb9CAY9TPgRuAUMQT7uQXSBGwz&#10;wrQxjsJCUlp5X1RQcEiEAIsMZBGDbWDfH7HkWLTAzDZ7UiZPJg6XIBBNXtcw2FUIQ8/6fxQ9+RsC&#10;h2jc+L1ZNhx7ulGnXMAzAulyYcn5kI2+NTJ2zDuIybryHntyAKXHChhHl4oCKLQEkNDzUaAKdZsY&#10;wKOfd7v8Xrhr3u0xqEcpuBa4y/nxuTAF+XECPhKj0j5HwZ+D2HjMTixsCi91cYmpafpdyywc2HEc&#10;LC2iWOoz4ElAIjEdUQiox4cMFjsyaGh9JweshzpWvoe7XngReVnVrx4bwYXnn4/LL7kQV1y8Ex//&#10;4E/jN37lY/inv/5p/OonP4H3/NS72Rh450W7MTu/GZ3OCEtUvKxbC6iXablBG3IAyWxXm5O2GmEh&#10;0I45JDezAHIZsxoyARFCEVgYCXhgyXnDm5N76U5VppgYgWJoQUt8AoDogBp326obrfEdbbcmDIN0&#10;MWjhDFXj1w6J0GbZlCwpikwRLZDKS/EQLWoGVZ+JQg6/lc8dbRran+SdR5iudMFR4+ehEumUEgQo&#10;E+8rL0+SeefkS7wJ6yw6lMoYaevTWMjBr6+sX9T42DRefvFhqPKgw6mTLu1UBZmtZ+9HVHvHkspN&#10;8LCKiwHPYjEBYPCE4ahL7lh5iWQ2llHGrDsVJMLe36WaAmbS/IIhIEMNKwZUxKLSqGs6Ku+/Ve0z&#10;q6HWXNw3Uz6tin7bbipMTejyQKK8px4n62rj33v8plksr4KMXDMDyATgTnz4HKydORYfjGeShVRg&#10;93cmAdoS8DJ6++wRpQVQJHYfAQoNYh8Re4dSoR2QQT83/HNiAdLv6It/LmAHpwKrAGY1s3idUGlT&#10;vTKUDih165dXl2RK/N2cxNkkVMFBoQKLVIJrxLLX2jw0rLeadkCntqwa53NC10dnKStPCyMwE3Av&#10;86CeBWcyb4Ug18UDfTLu0d9kKiqGY6YegqegijwF3dxVMXvSy7yrB8SQ6FZv+BPAKR/GUQmS8QzJ&#10;IoD1IY1TeWDesnTs2JGsl4A/JQ3XyTXrMDG3rRyTFssVtQPz5JBgw0MEMIwYvHEDhRo9Qe1h/fpC&#10;YnuOAHVbyVqWyaFLN324EDH+OqOjGJucRHt0NU4sKvS6A74faUWnlE1m9NHfaEmMp/nW0Gx7MHC1&#10;k3YBZ07CYgOq7N7Z4P02k32Yfk7+ZA4Iltw4v3/rSKJlfxY8eRxQqzPlJVOOUUigJCX6urMfpQhT&#10;qAF14zQ3ZAc48uPncHjvC1hAE+vLw70ayTiQJDdit0EMSOep6PYzHcbZCOMwBBQJM4JAocSLVicM&#10;F8vwsEoFo214wWi7jZk1s9i0aRPuvPNOPLlvH2Zm1mBknPz1mlxXkfzWMSHDve/WXA2PiJoQp5Vp&#10;FwEmlgSR/QUx7wpJg3ZBIi2yuSF1Qy41ENX0pM44cRzNlw9BPXw/mo8+APXcfdCvPY+sf4znV1m9&#10;ct3NSeqtcuxJLULzkKjUxBJsT8Os3wa1/RJku6/AYNtF6G/YBF3Wd5pASR4z60tnVMPaYBjjvbNh&#10;0v0ilYflCWNlWelnAgOFMI7Q5DSROsIgeGtmcdcgaUim9ZsEV3lJrgmSbmOTxAvx3nbMdgKpM6mL&#10;aB69+uqrOPrqEV4c2xJCR/c8nQ1Gy9r2nLPPwVduvRUvPP88zj7nPExPTeBkWZM8vX8/du++CO/7&#10;wAexpZxDs+vWYtX0aqxbN4fv3vNdPLZvL554Yi82b9qCtevXMxuXAL6rr7mO7+0vfPGLeOapp9iD&#10;fX/53F/58t/j2LE3cc628zhFut1sY2K0ze/J3r/WxibUusb7r56OiecBcWOGXdnOwO8594C+S+xW&#10;FSJa3HC08jzXjCjE0/LEwim02i3L1gNZvGgOTiTmY7PceDdv2YLLLrsM95Zj9yd/+qfoLi7i/J0X&#10;ojMxjrvv/DbePHYMV1x+GTpj41zbcShbuX6Tyo1qD3qeS8u/v/qKK7Bv3+P4i7/4EgetbC2vX6cc&#10;z9HREVx55dX8e/ooC6dOYUN5XT7x8Y/jqmuuZhm/krLZz1HxJ1GR2mxojKP1stqaj33blh/rqhlv&#10;PNfrwh1ia5hKmFZi7DN8BgqAUrSj+y6uAOO6JiXYrAAVq3q27XDxtMznTxplKjobmWVZpUOgmtZV&#10;pDkBz1zImKsfLSM+EMCJaFJ4ppq25A1nKQbxAjR2z3SKxOARa5n0cKpFVhgN7N5ZPoZJM4Tb9G16&#10;O98bDS3nx4F/rcRux6sDEFh+QbISjUk9C96PkWt21IClSNh3EW6lkT5ex4Cyis6g2oeKAiHg0gbA&#10;ZpE9Ubi2VbamUikLNRNWY2EQAXXGB9E4Sbgj9sQNvjiQxH1u5+OsIm/A7OaPfeqzvpuZkFaj8lPF&#10;WGyQx2l/Ko6K3cgN3MTxxM6LzQStug3fyC2I5tgOlFDGoRaL5WawZJl/ErZRiDTWSnaNBc8Ke6g2&#10;DthTVs4LMRmln7Wo2DOW6UcAmGO6scSh3EzIqFn3emUBAb5YHGIhYSQmt51JyzKzjukNZZMqqSMM&#10;jnrXwpyTYEhmsgkThwyMmd6WM0DIhC/x0qO/aTjGG8kY6D31B1bqQZ9FPhOBV/Ta1GVtGOMMfGTc&#10;5CDJmRM9v7mzybcAac5Pz0hYhj1/yr+LQZDVOs888rsh6SClcQkgSF/0MxtiMvAhJQXLh+0iw/Lf&#10;QSFjTYCesPGsuRAXvZ5VWFiAz8p+c3mfThpsgdRBt4feUs92mpQAmb2+DfcQ8JOei9mePWIQlIWi&#10;6vFCMyCz6oUuzx8jMd/0xggkXuwukkMQzMQI2munsevGd+AzH/8Y/tmvfQof/+Q/xkd++j24+vob&#10;sWH7BZhcPcugXpe8/MR3kq4JFyFVPxp/SNUpG0aKYNeFWqljwwCQRk13xzL/bDqe5ihtH6rBMnZV&#10;v8noKlV5uEjV3m8JNZ3jOvp0Sr2vl69UvRjMMt1otSzP3Znpx+lGOI1/SsyJWV5Sob2hvwc6Tb3f&#10;35mIabTWSAz/yy9KWWMgmL8awStDx90imTOyqdJGTIedRvn9wkIPb+5/FO2G+LvQfaeiw73LIYp9&#10;77wnmfHggJfeegltkNwWJp4tWv6tlk1VM8sVP6pav4T9QK+gYoilBaoG/9DJ5lzD8tPD7MZ6gDY4&#10;lbrkXWfyPzqaMdjXadt7LIuZWoLmuO1P1wBxsURURQwx7QAfLWnEQ/O+WuBEjeVl5SWORYrAWIwL&#10;Q23BD50J84+Dfei/hXzZ7y0QCPszYQhmTQEQBRx0AKILM9ACtHmWXGYLMeVTJUNwWbX4dVLVwgSw&#10;z7H7lCTPc6ql+B82G5YF5DwNrdehMC3FY5EBG5lgWQzgaTcOjlFpIosSH/KXyIVdbRWDe7UXIjlE&#10;xEuRqj0XxBJ1Je/f9TZU5THVrA9TuVksOF/xaYxAcFcWhPXWMlBYzqua3OWkXXBizTpMrjuvPNB3&#10;ROKrPJPPuDVXGnnucOuqw3B4CmxZz9j1DAjj7Q2coiPQYo2vM9nXj5qWzY5llI2sxtKi9dxtckL1&#10;km2K8n3k0t5z2T+b0oQ0woqnmk9zI8N5DNoYLZLYWjUFS+tpLY6a13mOSGYUPIlcRetA33gNRWX8&#10;rQegimTqViZsRN5Kh/GeJkZUD28cO4hjzx3C6rPOQXtUodmeKP+2YKabNoWAqMETW0tab+L/lNhi&#10;SANgmT0xZt8xyMq1svVOJgCWpLdrZtbioYcexLPPPINzt2/n2oJlfVRzamfNYBJevKsrnLcfg40x&#10;e9r9XPn4F3taEC9eU1gZplI99i6kILUOvb9Tx6EPHETj6R9B7XsIxUtPoWXeLOtOAuMGfDbgq1qO&#10;mWpYD2NSzihqIrTayFUbZmw9mhdchf6FV6C76RzomXXQox27ZrD/oI5AUR2CmiIiuKo9yMsOErH9&#10;zkRuW723q4o5W99k/sCstF7RV6y6ynjGiqqk7zqmrxzaHeOZ3laPQue6XfzJf/tjfPFLf8HKmg1z&#10;c8zupGvfEG/o1ug4g3C3fv02TE+M48KLd2Ok3Cg3bt6MredsxdT4BCuKFk91ceilQ/jbv/4rTE2t&#10;wk+96z04eODH2Lv3MVx40W6WjXdGR3jubb9gJ8bL1/jBAw+wrJfkq5Q8e8mll2J+02Z0WHJuCRem&#10;dg3+CRl5ZwgK1rVgdFRBDF1LGM8utPJ0O8cJJCRfw2efeQoTq1azpwex9SwhJEe705Hza1F+P4rR&#10;iSlsP+9cPLFvL2775jexZtUqbD77XDz+yEN48OEHGZCns9D0mjWYmJyy57fyOi0S8zWzDOTVs7O4&#10;/Iorcdtt38DXb7u9vC4nceXVV/OcJxbl9PQqXHnNtbjxpndyeM7mzZswWq4B7tycMsCUB39VjcT1&#10;dGNYx+JLzxQGcV9YVeTxK+lfh/3BT+PZlwB9Z6K7NivKj8N+sVJMxzAgVTt2BjW+6MP2QSs9j1FV&#10;uFVFxA+TqHXsS0qOgTYJ4JUloJqE9wjzP2efOquOM7Kfs+oRDXveoL2lkTGITTYVxMC1zO6C7doI&#10;iyGVHWcJOC9nhXRuxe/bXa/hCVKbrpucZeO1sxq0qHVNqnMIYqtytj3g54E+1+jJosaNCqSV5Bxp&#10;ahma9VZR4cxT9czx8y2RQSPFEpCOpZd6KyftLfe+W4jZ519Ih0S8RNttKp1DCx556YMWyiMC7dAN&#10;si1aiiSEIlNOzlrwQhS03MaDfYZNmqOESGMT4ZgBJmbBWjra3LktbEIhvzYnrCoG5Rr0fV5IGIRs&#10;+OX3LQIBjZNO0iavfRfTGdvT5WyUPyfhJT2PLiyQxUwzaJ+Y2Mps8UlAnBaJbcNGIthliwC2QW4D&#10;Heg9FhY4JAkUSRiYLVdY8C+z5C3LICms9552zLZCwLpcpLXuv4X47UkwiU9OlueFSIYhQCABnlRU&#10;FxEQpx1TkKTLAyvT1Y76Y+R6e0DQAoUkn+ZbX+hBmQMuCLzr554dyGMsybwMWtI1LixLk6XT3p1c&#10;Pp8z6SJ2JF/38rWWlhgY5K4lsRFF9sqfnb15enbhItCifGz/5IL1zmllMCMddMpNctWmLVh9/k5s&#10;fse7cMGHP4rd7/0gdr3zvbjssmuxuvxdsyxeekt9LA6sJ2CzvD4UV9+DlS6RiTEnScu8z5y8R1kf&#10;IRecoiIATrluiXaSF+1vUs8o0DqEwKgAhvt7zrEKVJC5uPuLFtjYF8Ef3txXzaYxTL1PNz3PYlF6&#10;Bd8NrEifNrHmdhl6e9yxGN5kxci2UsTWSZETr4ghk1/xcfENS7VM5YfI4fbMhB71ASP2OrOUXdKR&#10;vPF9xUfO/rdh5UTCAiOG1VKvi7GpWbx55GEMFhftpyiERaQQhRIE77oYBFBIfe/i8SuKNCu5iNgL&#10;Jmpax0CgGSa4JT45y0k8dI38Noakq+INHXGCqkVnUpvVyTpUxQXGhL3OREyTwPake1thckxjckKD&#10;iCwFFzfKr2VuQFK27PCXrtidONaY1mkAR8Lai963OmPflyIqMGJ01QRZgY5fS4AyJ+Gm4k4Ydw64&#10;azSE7dewAGGjIT8TZiBLJ5k1aNiD0P2M/0bbDmyQRcefVSV+Oq7Ag3FeZYoP6sS0ynTK2KNrISQd&#10;D0a632fik+bGNlPGy5j9lwR+xFLpWCCrVQgdGL42AYiPQ8fS6yVzREeMHc/CTpm3Q/JeVX8KVSrl&#10;pgZGrEmk83HASPX+LmK5vXKeNVSMN70X5xQx+9ZtK8e4Y4MIsmid97WcDCCPVVYBOVXSzK0yp10R&#10;rKq2DCo96BE7TzvWGVseaHTGJjkco3/y9bLG6mOAgShE6C97fDiwHsKGDxIcBNDK+ADdHxjP7C5E&#10;LhcztLNI3m181115eXS8bjiWpGOQVNnGvgMv9jWW3eBYf/Z69frSOM8JcLRKDV3+7FT/FN48cLRc&#10;39dhhIIPmuN8D6iyrjCDLtey9Dxs/F2VbRoTpYjLIbeSmqhWMrXlRocLmzEY63TKNbCNc87djhde&#10;eB4Hyq8NbEfSwmhZM4XGRuhiKASWqmVcGev9GikFYla3ZCszcGPBwbKe5gDQPlo5KTWATrnHZYdf&#10;Qvb8fqgnH4B58UdoLB4pH7vEfmRZbhUixGqixaAgKfiAwLGu/STtKeg1m5Bt2QFcfA0GZ20DpieR&#10;jbaZtWbXHqpU29aaJdq7VCShUhVLg6q9kTlNDVTTFlhmHZemsGN0SrqoEiZMODyeaR1SOTCSZCsy&#10;PnUNaOudXdbEBEiV99WP9u7F/Q8/jKeefhrH3ziK8YlJaGL4EXBVHtbJe5FSdV878jIe2/s4Lrnk&#10;Upbfjra1nAEsQ3fv43vwn/7TH/L4/ONf/6e44KKLcO7Z5+Lee7+H79z5LcyWz7F2di2HtlDbc8vm&#10;Lbju6muw+4JduPbt1+N97/sAA4nk0acKx4DOZLlM/x8z9Jb196ph9Z0puHdaQDCmSkWEGCD4h9Ic&#10;W1rqYs+DD+Bf//7/gh8/9wzm1m/AmjUznMhp/eQLXis5mLA8cxFgN7lqCtdedy1OHT+Gr3ztazj4&#10;3HN4+eVDOPrmm1g1PY19T+zFHbd9Az+87z68XN4vo6OTGJ2Y4OBADrtstZilt3V+Iw4dPoQflI8j&#10;r/adu3axXyqxdZlIQWBueV+1Wi0b4sAMr4avY7XWacP+NDE0ZwSaquA1ngQTREDg6e+teG3TSctM&#10;q6rNiE5Y6SuBgMtLiVc+M1W9ok1V4Xgm882c/pfLAayBEacrHoOVz+JsjiILm9CsjFhryqkEihTw&#10;lQAlR6ryxAWR5hbSSGKArpzTFM6jGtb71CbEl+d6VQgTMBPblowZg/E5NzRFK+BXpQValfImzDmt&#10;Uz/buuK7FhyEP8tXfQYT2Xbiae+esgiEGxXcI+346VrQb+grAnq1kFp0jXVH/Jn8rK55vmTuCpkn&#10;u/kXP/XZlAYr0rTkjwJFXMVyXM9MqfM1sG+YDk8miiPO/LJtn5dNBnmjtZ07Pl9xyuhADqO5ZXJJ&#10;19V1T1xanaXkW0TQJRmyUTO0JAFbsE0zPT3z4BcvtCQNoQf0Btazgw4O5WPbVBqUCzBLegm4o9cU&#10;oE+Lzx89HwFztMw2lf1eSXhEBhuMYDcuHYA7Gg+R7SphrxVSpWcq9vYzCULMoCjsa7vkWhY3GScB&#10;E6mwmN46Rp4DAPlmFIaf9ywUsNYFcSgH9nE3WdKMlfMKtJBAztLpgXSTA4hnAUDL1HOee4YDPyzz&#10;j1NzB/Z1WOJIUoxc0nYFxOTAlMJKXow8nq5ft7vILMAmq45zkRILs1FYgjk/lvz5TqFPqajjUxif&#10;m8O6y67ChR/6IC74wIdxznvei7krrsCa7dsxu5EkuJPlojSBnhSQlOLHnTbpsJK/jU1P7KPTbFiv&#10;IJESOToSy3WzxlDak2PKJXr8ODo8ohKnC8kwY84h+BBGltXy2/TqeJHQmV5hAzYJo2/IjN0tkhUf&#10;gOWL1WUAvxWKgOFk35XZd9VfGpfEJdJHJVqqZBMXj8KkFEsO9apy9qnzB4yp9GrFHnEwYy0qRqrW&#10;g4juQ2uObrwR/jCAZaQBYjfVQa+8B0iKlo2gOXUOXnn6fjRM3w+Z8/EcGCQmt3E+sfXbC4y3aiBG&#10;zAZCZB6uagoQZWrIcpEXRBhbMwSeoMp088wqlchCTST1HUqzQ4XJpOrnnpsXVUapD0CIARJpKU6M&#10;ZpgY1xjpKPZpYnDMMb/j94Q0fGFZsC/Kh3b+esFHK8h4gTqft/p6xB4C5XrFwR6qyspV/nd1wKLx&#10;vpYO1AmqNQgQOPSlLNNPC5imJBSEPQFt0hPvEczUMYEtl/l/CJNNO5BK+QTdonDp0IX4D1pAkb5v&#10;NQvxIiTwu2BAKvT8PZc1mmfhQjFYpcVoQMlBz3/ulHRo2ZfKd71RZcvJHpsEzhrjvRUDfKhqOaVe&#10;vhcJjGKbTA/MDweNV5h9KgTgeNg3hJvADDMEnRckeyQS0CGBO5MzGzC14bxyfDu2aOUC3gSGsorh&#10;eJN0r6tgH0zKREJljTcIRWmylheSwigHYw6aov2dPOXG12Cw1MdCWZNpVgIsWI8qYgToDrO8qClI&#10;oBVJTpvlRCFPwD5ZhBQO8LP7bbMhnGXxrkTkqeWkS6wQ4brSUSS0yBxN9FllbSBWnHY+tQEMLKLr&#10;5QQsTjbZ7pTlZVdhpHxUs02gpMKpo4fx3DM/xtjqtZhaPckm+RwSI0wIJ8HUStfuO8ET8UykieER&#10;2tlJKGlMFgV77WXl11lnn4277/o2Dh88gLUzMxiZmLDp2IgCvSIZV6jpQ01qag5QTTk8Wt9Zq9Cg&#10;xNG820e+VNaSR49CP/EIsqcehn5uH4pTr6CZn0Kvv8Qayk5O84OaymVdTp7LNDbk+dhuodUaAabm&#10;0D9rFwZvewfys88H1q4lbwaoZhOthmVMZgZyXYNSwKgMGIZTa9kydeO5nNl/NUylTimgdTCBDQQM&#10;lcgjFdQywO0ZAoBi42HE67dH5xmuY62/GTWq5zbO48jLh3DgpcN4+dXXcd8P7+e023Vz8yw7JXn6&#10;ZDkPtm7ajMf2PMphOhfu3o3u4hI3vYmRe+zUIr7w+c/hkb2P49c/82vYuWMbg7kzs7OYGh3F3ffc&#10;gwcffAjbzj0PazfM83loanKqvHYNbD5rK+Y3zmF+bh1b9BAJgepslqYLM7uo7vKVsI23wur7ScC+&#10;OqafkVA8e09IHVbE11nz2Eysmsb+Z36Ef7j16zhy+BAuv/JKTEyMYbHb4/tOiX84q7D6A54XBHi+&#10;7Yqr8NSTT+Le7/8Ab7xxFKtnZvG7//O/wS03vx/jzQ6eP3gQX7v9dtz61a/ixf378cbRN7B2biOW&#10;lnqYmJzAhg1zeMdN78Dz+5/B8y++iEsuvpjfCySApVfeeyOdESwsLnLTxClTfKhAXcrwindDPWZV&#10;PWek3t1IJJlxuxdnuJ7FTXYVNawR3UPDUuMzASpPx9s1ydmu+lxVMsJpwWRzZkjgkCIsLuS9OjOw&#10;1Rlgq6hv4hVPy1g5ZrDbbxL2uMhbTaH5jJ81spDbIEfTAjY8guZSo9XBSweex61f+TL+7Et/jsf3&#10;PIzXX3u1vPfn0B4dD8F2EtJUd0aM+tcRnjQ8FnHoUXoeC955yzHrqo91yrv42tWt8YmaRxUJA9Bb&#10;4EWkBIPi9MEwUDWfK/L+Q1BwBTsZBBmvq72iO8jdUVmENWS3/OI/+WxsTuwMB30xF0+6mEZYnXSu&#10;BE2KPdF5RzTzcDA20tEqPJ3OJj8SyEeeal1OBuIUVnqcFKXwvhbC9AGimGph01ERW1jgTfmbwV74&#10;zFiBBzmSZMI2s4tEhpayoQ6ZhGEQC48Mly39P3yWFmxXTjMTTySynJBkE2NbKpywtVwcLYw4z0aT&#10;kAojwCADfhAg0juyGA66UGKWnIsZsbsZuWMqrzOQlFz2xJPwEd6QHHhjTHQAcSy9XDrn9v0QVdcH&#10;jOQ2YIOq11y8/Og9NCXSnuTGYFltTxh9NqzDSnIFvKPXIVBPAkeYyScJvfz5cvk8MoaUUEpy4YZI&#10;ppk9WBb6TeXSiW2iMMmhyetlUBYMjakpTJTFwvTOnZi/+u3Y/O73YvtPvx/rr7kBszt2YqQs/kx5&#10;sCm6BNgqZnDS35ryguaZNcjOJWyGrwTdYI12SI1raAFhhegjhXKL/i4yh48NNKtUHZeAliReJwbv&#10;WjrmxVBnYWhTUCmrLPhjZeKPqRNTfLd4ZbGuvw6Eq6Xmq9My+1SloxY8E36SSsrUgjkhFVMNnYq1&#10;p9SnvkVKjLNOB/A5dq5GXQdJpx5rCYCra+VSLjWJ5kguSeFMXU82E8eYMV6aaZ8kQ7c8CFEhTfdm&#10;Y2QGx19+Fvnxw/x6vVzeV2HBm1wOtsFHT6WQU8WnsTCuGIgABpXklg1trKqGcaaghph6AZiuyCEj&#10;fC4G6wpTX9yYKG0yviJVex4XMuK9LIdqJOcjKMWeMiE2FdbDbWo8Y68+ZpLpmJEYMUGjEc2iE22Q&#10;gMb+bpJgLQWNrrIaa5J9YcJz1QeihfmNZIxN2lmOu50J4me8BY8H+CK/qJgNqOPrJwxAzlyAGlJF&#10;OzN9bSdjkPKKPETp+HoH4MlJP8V+1AOHdD1aLccsFMBQmShpOMihfaBJxJzUWqXzUGaR1rGsWon8&#10;Uw0zQk1FKm7iRL943a0C1akRMoZC4UJBVphhebipPU7G3CAVwnQChyRh8yWAfhEmnAVWqaoisK/B&#10;fzuxeh1mNp1fjvsI11RK2FlVc28X3FE9GPg0XnnzvvEb+R254KSE3ef8/diOQLN9irtJCkFAmx0C&#10;GMrqqjmKxaK8KXsLZUlwjES65evY0AeqD20q3YD9/Kias82vgQBljoUQrf/SFI37YSb2FVVImBG5&#10;WLzoyDPRBncp7x8ZnzN8sAr3II0AjbaBYMT7j/33ynW9TbJeqnC7r+HU4Zexes16dCan0Wh3eI/m&#10;VrEcnEzEsBjec4Mvlh7ao+uCHGQlc4FK2jIiiQE2NjqCZruNifFx7H38Mbz00gHMb9mCkZHRIXN2&#10;a29TcK0R0D25r703t7CoxR+KDkXcri7K/bCs//oLC2i8cRTY/yz08/ugnnsM5thhdLNFZBTERnUj&#10;hZuQs9NAmGiklSG5czlOqj0BjK9D96wLkW+/FNl5O1DMTHO6bo8SW+lx5eO7ln9omwrabpyWfSUJ&#10;iZV+ntYq8ZhIk8xVLTvDDFlFGC9hD/dD+K+O7pPMLSzahuKw+oXH1SSefY6F6g3hoy/7XkKYhxHf&#10;NdoTe/0eXjt6FMeOH2cmLcH+TEQQJQmFz61ePcMS7ulV07h410XYv/9p7C//PTG5CuMEyjUzjI2N&#10;oF2O+2233YbZNWswv2kry0IXlhbYd/IfvvL3OH7qFN79rpuwccM6TtilZjndr488/AiOnzyJI68c&#10;xro1MwwCEpuMwuwKZf0BrU+75pqoPxjApYoWb4HduCI08xMk8Pr1tTbB13gfRA75y0NQCPOd5H4g&#10;v7zt521jgsL9Dz6Iwy8dxM4LLyprjjHrU9/U3naJmhZ8jcrPTQy8HedfgN6pkzhw6DDPsfe8+z3Y&#10;tHkeOy/Yhbff8E5cc9XVmJ4cx8FDh3DP9+/Ft26/DU/ufbx8jZcwNTGBielpXHPttbj+uhuwYfMm&#10;Zmly2m451q1mm9dKkhWrJNm8vrmvsQz4Z0ytlHLl3r06Y/JAHaut/vcmseFLmFlQK7L0VOSXmb5R&#10;xxQb3tO9PNYsJ1de+TMMsbBUhbEVBw3WMgoDTpPY5phK2IfsH9rt8VXQ0BGRMu27hjmHiuZ8tuC1&#10;vNxnX339GB595Iflv5sYGR/hfYyARNbWkRUHrbm6gcXeEv7dH/xb/Lt//7/ju/fciwPlPrL38X34&#10;7vfuxd3f/S72PvZIOfdXYdOmjbwnMDErkq4a79Gd2sr566gr5+rK2PpztQfcKhzHmrTgJARjuSCV&#10;yjQ1MQugKi0GEuZdKs0O/tP+Gqnh92MiD0X/HmEia7DIHqYi443HJrbS4PPLRz2zTwUJbnQoiQ+x&#10;VXnW8NE/MJOMcVREF/Zhk+9MUaAake22ycL0LRKqcgZgXJGhRJrrEGiXpstdRjcocGxEzUlnWujb&#10;DQnbyMq/aVIRJaAYb3j033JhZRJ03ybZupY/g3gCTGbGyiVyYbG1skzkuXm40E6yKtIO543HXnXE&#10;BDQCwvnOtoSRQKQzkmhLG4OLXqb/9/s9f7wmZp173bzflaThIkQ1R4laDqg1AwuYOj8+G4YiRtDs&#10;hWglscqBepLmS355zufP/dexAJm+T4tCf8BFNYeTkLFykXspsEv7df4tFli0HoKqLPq4a98bMIOv&#10;KbJsI+PZI4kxLTx0KSixqyziWrMzmN66GRt278b6667FlhtvxNYbbsT8Vddh7eVXY+2552Ji/Xq0&#10;JiZhyEuP5hp7K4q0OWO9jb1RJTDDAh/GS4/Yy8YdhL1EVrGRs0+0dICOY4qquEtr5QdpqlowK0eU&#10;rBMj9IgXX5Wy7NzdocUQyyVLD4NYQWLGkuCIgeBl9RGDb1g6q5Kj5nK7l5uXKWARfHy8VHbZHuBK&#10;IF8cbhX/oMafbGjNqXaA6zt3UV0ga4sLGDKVsVB+k1yOPj/cMQpojWM+EBje6nQ8HsCeoCbYJqiE&#10;rwSWcRVY4vQ5AtM75Xx+6en7yptCmLhGCfPDJMnECc5lwkHFg0PLFj3wJvBaqaRzpXXsJakCYy36&#10;2zzCZ1UdPc1UUDsTGIrD7znyGUykiiZJnYqDRVyfAH4JNgmLCghsSCNjTr/rtBVWr2qwV1+LpaS2&#10;O68iKbRyMi8Ig1oH5mKmU2lfLDfQUYquigs01KrmgydhzPDzhDgVOog1GHxIWbZsPKgYEjLJ85m3&#10;yA7x93SEWMaAGKULGxPsOwyCfYc305YPlTu/PgKgJKGe04KbYAYWyYObLQswNnQYR3hpSZxwjOCF&#10;OCSNTo3t48a3U4QmgKH3Wo2K/ki9kLCfUU3zhi9GgxTdVLq0NXyA5NBTf/96eY3zmoys7xxggziR&#10;O/Lg9Cu5pGKzxzGBZ+UvxlatwepNO5g5bD9QloBBAUAQwM+DdjoErSHsW5kKcrowPfOoqWES9FQ7&#10;ZrqDRsQvisEBeuZyD6b1cmSMfK5GkC/a2iVTuRS9mpt+zFQkEInfl60zyWaD2UtZsFxkUEdObE4E&#10;a/0NC7+uZY75KY2BgdRuWiMJ7HA4TcHBZIaTx9lGRpLWOVlUxrLRDA0qp8Rgm92OBOpkfZw4dhT7&#10;9z6NpcWyBhttYmJ8NTqdBt8rBJTk0pkPCeMmHOqiRo+uYTyE/6aMawcMK2nquutGEsBVMzM4f/sO&#10;vP7aa7jn7rswVe495Cc2TsEA1LwVGZaShm8FFfce3oWMEc8lqvXI0LzbRePoK+gcfBnFvkegH7sH&#10;eH4f8iMHMJK/iYEaBF9sPkDSeJf1ektzsItuj8JMrkZv/TnIL7gC2HkxcO4OYP26cuwmoZsdsXZR&#10;fPgkO+1MmESOAR+HhDnLAZjKjW5cmnVQMy3L8a/17jM1Cg2dSD3duq1darL4lyuppX3gmimSFO4k&#10;2bzmesfvlK7XqZMnsXfPI/jc5/4YLz73LHu9jU9Ncd3aLev7TqeJ0fFJzG/YgAcffgg3vfNduOEd&#10;7+AQjju//U3seehBzM3PY3x6GrNzc3jh2afxd3//9zh761mYXTdTjq8keZfX6/EnnuDU6fPOv4DZ&#10;PacWevjhD3+IB8rn+OQv/zI++OEPYXZ2LQdwNC3lViycMr9G8T6fZR4cNf9doL7ld7wzk1maKCBM&#10;JQnNuZAl2gRcGrk7tQXUaWFc6i2V904bV111NbZu2oQ//+u/wR133AFVnpvOK+8z3Wj668ZkDQI7&#10;y3PoSHkvUnDRpVdejc2b5vG9e7+HH97/A8zPbmCZPc2ajZs24vIrrsC15Rnowx/+Rzhny5Zy/F/D&#10;gYMHsaq8zlvOIk/FcQ5OaWiVnOd9yqjSQghRaapppXmPyM6iCpqcDuZbeYyXS7E1EXnodKyBImna&#10;p57iUWjcW2Umxo1VqJ/gs50xFF2/jpjTvV4avjc8hq5hFazZqv512jWDHdvd1RWSBsv++eV//9Xv&#10;/g7+y+c/j69942vYvvXScg7O8LyhddaC1eC99w/+jz/A337lH8q5uxa/9qlfwf/0L34bP3PLLdi9&#10;6yIcOXIEd991F775rdvwxmvHccXV15ev1RWMSHsVgJNZ6Ag4UxEhATWBi/GPVY3KQK2AxNazTyMs&#10;7AzILsnvhuVtiU97tdY/HagdiGxYRnJ+Gll69Njslo99+rMByAtAh98Ukz8wHnWt4/5Uo5b9gckd&#10;QGKpI5QwJaQYMdaEl16f0nc5rTXPIzlreA0L+lF3uBnkQ1BeWquZJRfSrZyMlkCllrL+a46Npt1r&#10;cF0gIJjIXS3QZ0E4Z0RMnaiGKwKMEV8+G6bRcOky8hlpkbUNZluI8oUuhOmow4SywRo5Pzf5Lxh5&#10;fZafwKa9FZLwaTwjL0/H1t6xPnQDwu6jVFwtUkPLKIQHS1kOIycC9umT4At+TL/vfQsdgEefld6r&#10;Esmt85Kjx3J3S55LSQJuJoxDAlL7iwvoEauPWHoqaAqNXM9e+T7psXk5Tp2yKBgtN6uz3v527Lzx&#10;Bmy97HJsuPAirD57GyY3zKNZFgyUqsbre2ElvUZoPg2WqWQszWm5w6/QQ4xIuthPyx90HBOn4dkz&#10;xiXzCVCWOTmBsZ1wK+8qhC1a9VVQyaaVmm9qLzEKYqxADVaOMmSKoSTIYXNa443AnZ8l3H8RPAO1&#10;hESoSP6Tdqej+PBYdux+px0gpGqCPVQCagIVLZnIvJSqsMESqaeJMD2X46dqCH5mGHSMk6l8NyWl&#10;kylTo2GNF8chwHP5DTwb8u2p24TtmAwGljXKsnL2DQrGt867xIK+7jPrpJs4ICCcLAxGVuP1H++B&#10;OnkMTV2gW9i1oE7umvgl+jE0yebnD6+xpBMpu8tT+iPJedJ9jJgP8Z5bIAboMESzL0wo4mN8tTDB&#10;R6uIgDmYsIvYYmQ4yMB5isBUlPARWKwitMuNEAVzrJ3OrDedlmNzgdjJwgOGbkxUWg/7g7YHpdz9&#10;rGNpbx1bL8yTsBYtI+VV4VpzswyqiisjrpOW76gPz29VIyGub7jXexYKd47luhYYUcIsiWTejnWG&#10;COxzHn/OD1BCQaxPvRsPuSdUav0ZB0moinfjsO+eex4JxzBBbqyMGsrOM56CGtYkXSnEC3cPRf6p&#10;3t+txoy/QMpojb1fhqS7pgL2ubIpmrvOT1PJdPXAeLS++UCewrEpic2e8eNHV63BDIN9Y8Iiii0m&#10;NNL09Xjt0ENFqY9qc0EtTkGghotfe0hueCmeO65wUy4Xf2ZqOJJ1Srm3kx9fZ3RV+e8uTp6iPZ5q&#10;jJM28U/1rPxIDgmFyIJbzRFOt+TfCyCnBGDsD4qQFSYXhVhLGe/vIYgkj/ZQA8fWVRHQb3hce/0C&#10;/dyypRuZCqxBZQNkMh3YflrWDgpbyiQkotG2kt2FEydw6On95eu2sWnblvL5Rsv7wioy6LNaQ/RY&#10;mZHemm7nSMDnocN0SPZzDEWum/weag/9nU6nHPc21q3fgAPPP4+7vns31s2uw/jUKnTaxAbqW/kv&#10;bF1hjPHNJ3ff2Qa79bWm/XKw1EXj1Ak0Dr+CYu+DKJ58GOaV56GXjpaDfax8nh578HG4SnlhSDmy&#10;QINKIF/WoixnDNrj6JVztnHB1dDbLsRgbiOyyUmoFgVvtG14ldw/xBhl4EwHWZNrYGu/njgQLxuu&#10;M1RabQSPK3WGgIVZ5kBZJNcieHsGhofmlOmB7B2uCR2zQ8xpD3pO6UGm+ASaz8yuZzYe+ed97957&#10;sWnTFoyMj5NdFpMiKJBjsry+T+x9DHse34Orr7kGu3btwq6Ld+OF/c/i9ttvw2w5B1ZNz2B+bj2+&#10;e889eOXwy7j2+msxRs9Tvt66uTnMr5/FI4/uwZ7y69CBA3j4wR/irru/i3fedCOuvPZabN16FsaY&#10;KWoZpcRcVUXMPBKAOGqcF6eRv7mazDF5zIpSubB+vxVZr6rxDLPz3nDQCVn8xCobCwIOBHClxF0L&#10;Xq5dP48nn9iHJ3/0FB7eswdj5fWZp7TcVoNr/qy87/rlGWi0HCOrgOqX92O5JmzejA1r1+Bbd30H&#10;3//+93Ht1VdjZt368rGnOMyEWHq0vmwux/e6m96J695+A7Zt28ZrzNhImwMTfCBRkSp5LCNRD53h&#10;62SPJuEpvbWWoVoWZDGnAS3O5FUqvhcR285bDSwH9GB50FIhxR1Qk5L73wfsS+uV2CnHK4Himleh&#10;1jpt+AyaysqDobdKSBqF7HnUxOG6opxTX/qzL/Iav35+CxYWlsrjexd333U34wqX7roc519wLtur&#10;UROHgHvFaesG//G/fg5Hj76B977/5/GZ3/gkRsv1eWJiAvPzm3DzR2/BzrPPxvfvuw+PPvYQHnng&#10;edzwzhs4mRruvOHPgKk0VfnmUSCa1IKzWJ6Zp5ZRtqWAnqmZ2SY5x9cBakkoSAyEGxNqqwR2DkX7&#10;EPsw8vfz/otxqrQbAUc6MqH41ZX63BHu3OfObvmYMPt0nPgnZar4xWmlE7WQMVjhw4fEtTRwwOmN&#10;ddQpgfdJ4lRWovkzLdqmdPnUFmGv8SE3TvgNwDQ/J/mBsLRWQiMKaYlzGK4cIvmmZW868d7Jc3ec&#10;9JLaLPqsmSuSjLBCBOiyIJBjg0jwhRZQzcgBUl7fiG8I/bPBBbYkAQuFXUvYQyFAI1G6PSOOzadz&#10;fn9k3s/+erCecirmc4o02AN5wqpj1p+x75EXdyVan1xkxZIwzO8N4sVnQmeb043ZJy9nU2XlAjuU&#10;Yy1af8DMqcpNeH3y0usPejKB7Xvh6UwgaKeFxtgYxsuNa82552B21wWYe9ul2Hbdddiy+1LMnbcd&#10;nYkpHru+sUmhg8KaQedsNN2wQIkKgLKRg4Q1zW5IwSdgk3TfG1pL0pcDs6wPXyEslkwWdZ0Jm0nW&#10;IGaCMiAYulxap+ab2h+WdCK1UZLe7BlSKhyktMqCBl+HxU2ZcNh0LED3lenMA2eFGV60HPDnNgxn&#10;2KwEqAzmpbHRqAOfG6G41VECo/jy+M3I0R4qwRzu9YflwZUFJNrnVCV6Mj5MmuXaXC6dMGYcxWxk&#10;qKH3pFWQ/ZqaTUHXdPrc77I6jeWyxYxd5GmcB90lDxTRnHXsZPd+7VhlDOzRe+vn3fLfk2TxTnbi&#10;oCzqfOkEjh/ay82IgsH/SNIdL+6J2a5jtwTpWaYjSWy8Xld89pRnTtU2ulNgorI1FqaSUipzxAFy&#10;eTVEJEkSjtNLa6jqlRRUhVROl7niSIcUMqUr7DltQyFWTTYwMa5gfamND0VKWXXR86IKiilru+Bk&#10;vDqWFjiA0FTAvnAtYimwWhHsC6B4wiqrBJTEz2EQJGZaQC6o5Q+oaqWQOudLGHe7o6ZALCnW/rXT&#10;g6nfoqwPAt+zlI7aJPZTZr9X4gEYPBCVB6Id0Kkd+04YZXDAIGKvwiA51ComySnPBk1BW2c7ULnG&#10;jqEbhZqpRI8O7weUsDZrfRcxxLxxTMMhdq6psFJRec2qd6UJ8yoJpzEhlZPA2MLYtX901Wqsnj8f&#10;WXOUPeWMsMkhYWqh2YNKN7rq5WT8Xg4PnJhKhxxe0hjYR9oXvc4aRWctWOvcBu+PLWa12dArlU2V&#10;92sbg8Uee/fR+gjYIAv6uWNK0xpKPoRUFxViR9LnoDFb1eVS47hxIfZ7U2wvgpemJJv6elULG1FL&#10;OrT1+HPsYwc2+L/3oVuh8GaPP/H6a5AvaGFriSXys2sqDirrlp/r5OGD5UuNY2R2NZojHYy02tyM&#10;dPXkcsdePcz1QMxFKUKbzStLPKtH6nEjDU06dxXC3ltX1mXHjx/Hnj17sGHdbHloG+ckVsf6iBt6&#10;8ZvLlbVJ6dHeR+N88jjUC8/BPPYwGoeeQNY9Cj1Y4ndG7LMiz6waIrfjUpBvGQ9oE8XoWqjZs1Ds&#10;eBvUzkvRWzePctEG2m3kWdve0wQeyX6vGdA2wlbUvtHAZ12+l7Xfezj3WC3XWKzWBzJmjj0EvUJ3&#10;xSwLbGgTgG7FwRwB3e/2B9wMp8OzkXovDTRQy4KOMRPQ/b6wUdMMfs7MrsX555/PRINvf/ubePXw&#10;IU5mbY+MYmx0lN8HJTMTGGjK93DRxbsYKDzv/AvRKG/Mb3/rDhx84QXMrF3LbM89+55glh7NEev5&#10;2GDG2QU7duLUieM4/PIrfN744Ps/gMuvuR6za1ezRVKz0WSvbg6DEPKEEcKH9VYNZAm7v1Y8mWvG&#10;25vYnwbwiz3+TMWG6vTkvnBNiRHcLce2L6ndHfIAkTuNqTCUGK3F36x8+n1PPIW/+5u/wT985ct4&#10;5cgRBvR6/T4eemwPFsux2nXRRWi2OrwmNuUM0S/HiEBYWsdIkr5u0wacd+552L9/P+6557uY27AO&#10;6+c32vNIbhVYJP21NYxhwJzYybkJAUtGlCq0HmZaB3/4t8B69I02hWE7osiP3AzdDyqyJ6rzS1ue&#10;sXemYJ+K5K+B2BdaH0NBBjC1rC9VYTEu+zo1zK4znU9nkmqsquoYVHxEV5Cmm0rARiI5lm60joA0&#10;rW1TsFue1//oD/8D/vPn/hv2PL6Xpfs7d+zAeeedg5+9+WP46ZvejiuuvZzP36dOnirXjknGaQys&#10;Rcbf3foNvPH6qzh328W48spL2M4sY09ISxLacs55mN+wHg89/Cheeu0ZvPTj43j3e65PAE3nD+sY&#10;htox46Jr6H15q/+vnuMqzLwqY9UrR5XyxKXqZhAz/Xy4WHQGMKhpSETEEyV4g2efAomdE6rvU2HF&#10;uaUr8l+D9N6LH1/EpBgH9mnERXucvpsmbGUOrKPBpyhmrRN0PBgGRkl27k1Iupj2jPbCM/zswayQ&#10;ArgP54ptu5uF9zXgJCPptjLQNrAdPM0ptMof2Di1ixh9BJyxxx7JdAcCqokXCncRMxukwWCP/SwE&#10;tDk5KpnFKm+6aNh0tc/hF7l0CiEML5ueVkhIRlbkiXxXO5879oPJPVhmpasu7dZwcUvPSWbThaTa&#10;UkHUFD9A5RJrWQprGYc2ldcGY7AXHoN1uU8udn415IdnffFyP6YM3LFsWIBBkjIbmwrMLEJYHz4C&#10;9Lwk13WYRRpMIC3dmjZww76votcvN8PydUiSMz6G9uppTJab07oLL8T6iy/GxsuuwKbLr8Lc7t1Y&#10;u/18TJS/66yeQWd8wnrxFTbhh94XLSW5gKOuAygzkwsmvxi4ol/YayyDNCo5Tae+CNENm2xeQc4T&#10;miHaFxYp0yF4J2TQCXqf3D9ycNB+sYjCbthrL9CXg6Y/YgKK144HChJPCe3ZroUJ3gDOYNUSH4vQ&#10;RRb2qJMTB3mIliIeCWCiEXwF3cHaxKdl7XxqQnBGTL33klNZge2CVyB2nzKmSruTg6QygfFnUo8M&#10;fzhX4XVUjdQ23vySwoPvS3hQUMUlRmR2i0iiVxhTE5WOWqNY3uA4+CbH0uIC2izlVbFOWczegxSL&#10;PYrKNzCqy/uH6jG+7xoYmViHowceQbF4ktmy1FQYmHDEdy53uo55pVKOu0La1ClSIncK6snp2DVq&#10;ggyuUqjJgcVKWSrIoISFhPvJ+E2okLT1oSJoiFYvcuEKZpU70M/EG10FKHSUfFf2lYM0NqLKww5J&#10;eCW51cRy3BSAy2JZuPLkXwGSIiA+yhH2TFZTBQhTlp4D/I1jyFVlqQk5R6VeiDoO1zFITZij1GJf&#10;ICmghp2rTl+Zpr4yMcCqTJg/bKoue40JHniBUWoLShojTvhtGGH2FQz0uXTgkNprJbaFcuxJ4wtT&#10;FbPOhkJULBUu9pTUck53QH9IMFVpEwJBaeDfQ5XlEwFwVYC6iGX8cRq0ShlDMeznZOpVpp9B8KxJ&#10;5b0O5FMSdiXs2CigxoPnToqo7HpLddHYxBqsmtsB1VpVrj/lHq8bERCeVeaIkeZUVgHeTSSNdPLn&#10;PAATcqjL48AxlUWNYKl/ooAjHRXThfM6pr2x00ZjbA3ak9NYONkta7oBMwHL4qKsi6wtR4Pr0IZt&#10;2DU02tzMyxCI48YyB03Yy6gxzGw/9igC1xg515lZch1IVUFz1faIrQS9EIloq6ltki4si1IZ5w0Z&#10;GBgkR21m8jkJfGllkO6z9Vqm5zIDnOwtYf9jj+P15w+gPTFZXqcptEfbrOzQUbKka9blwraP8rn9&#10;9zFXXFUW9rip781DVKjdqeYcLeuw0bJuO3vrVrRbLdzxzdv52chgfXxkhAeVAIPcKC+Dp/GmcWn4&#10;FGjD/oSGb+yyTls6ieL1Q+Xn7XJ+L3lB5bpp/Y+VBXVU+Vqm/Fkxvg7mrItQXHYjBhfsRrHhLBRT&#10;k2i1G+wXlasW/02bGJvGqQ4a/ja2dVMRpXFqD4vG3rL+4GSWB/uUGj7E+VU7GkN/aBTLCVvl6MRb&#10;uHB7kTThDdsTFTh54iQnIR94YX/5GdvlV6c8aDdYHWB3oOigGR1QXeOwmnRtA2hszUwEgUY5ruOT&#10;q3DBrguxZeMmvHDgAL72ta/hzddew9T0NDojHczNzeGszVtw+x3fxNo1azE/P4epyVFsOfvs8uB+&#10;Fd44dgxfu+02vHH8ON44ehTPPvssB3esWrUa46NjrIBaPTPNrMArrroS115/HTZt2oTRVoNlriTF&#10;JvA9yyJ/wZhHVU3krNglLLs9Vdk0VXsbNycqYKBxB/wIDDEOBIvGmG2l5BrQHrTQ7eLrX/0qvvCF&#10;/4vVSJvPOofrMd5ftOGEebrOC90evvH12/Fv/9f/DZ3REXzgQx/BLbd8BB+9+WYGRWld+cF9P8Cj&#10;Dz+I7eUZaGpykucjAYGamh0m51TTbncJo+V82Dg/j2uvuRYPPvhD/MkXvwjT62Hn7ku4HqQ5w+e9&#10;fs/uG42GzJPCeqMilq+/xf2/ohzJ1GkAwaF/V5nGZ8wHTO8rHzBYY9lTmMT6YqhRWsecU26/1DG3&#10;PwpiU5Wwqsrnjdbktyphjs8oK/oROjKFsPuHJaNqCPRznuGe0Sfe847Zbbxth2U+kl4vE+yFwLkr&#10;rrgSUxNjuONbd+Kuu76Dp57chxtvvB7jEw2sn9uMY8dO4Hd+91/hP/zHP8S+x/finPN2YHxqnEfx&#10;tUOv4gcP3ocf738Wm2c34OzzzuF9l62xCPQr98qtW7ZwCvx37roHB17aj9nZbdh27kbb7APk/Yly&#10;U2GIjRefwTwAhiBXVtF11CpdQ5Rx/tXaW1vVylyiCaS1qgV7q83bWJJdC+RW1CnLMURV1JxGTFyJ&#10;vo8xhjSgMmUfZ1FiMDsL/Owv/ZPPBl8s4w/eNtUueE+F4tQEXzg4KaQzQRbvvIhmaDEHAevyXBYc&#10;LTJEZ0KcW8ka05/ZrY39EKjTPBBKtOtWEVCVRYfWZrnxZ2LEzr4otME1tEhdy6Ho9TlNt6WtKTQB&#10;WY3yd5yqSgCJpLjBJdcOrAG0MyLOB9boh9hU7NdHnTcCGVVgW+VLXfas0wLmEfBFC647fxFbjF+3&#10;fA7q2NJCDfa9s6BDU7rcZOjPgFsuIKGY+FJMOlxqrkx4lmfCSnGdRDM3IcjC6d4pcp02EJoUFGxB&#10;cCIDklyN9/l92A6/YaCVAAZKz2U/jdzKkwnYG5TvQUXjUIjkolH0MChfq08MPLphJ8Yxse1czF2y&#10;G+eWm/6Gyy7H2vN3YGzjPEbXrkW7LCSp+GAK8aDHhbY9KJghWqxfipX12HMgikP/EzN6J4sWmQki&#10;EKaahpswwHRNDLYOX3WFQ+qNEBB+U/l5VcbnQRZV8VaIqdxRbORwglvEUqkUQyrqgPiF3UuSjHg2&#10;2hRfUwRPJQKwdaYlQGUQxlXuWROdpJ1MIXZmVyZIRSuCACs596CeSnw4YuZjHUPYRGdwd73jFGNl&#10;0pNx+LwrdNaT65UeoN1hLJUuDHdYhhN8U6qQe/+8BvChzoLl3OHKGsIUaXjplBbmqWOlNuQQTKtz&#10;LjTwRnmQOVleo6XnH4MpFwvTs4BJOKQF4FNHHhaSS8SHUs39DlMTcjIcVuA+fG5SICP21HOSWhMl&#10;BMe/KyQtnZfVSGZbJZjFXWIN490eTMJaU7W2ET4RVQXDfROhKQ5oMCKJ4xCAsqLhYI4xzd5emQos&#10;sCGZd8S+c+Cvivz4vIxXx0C3Cp5DzMI1FYZXKrcrHIinzRBTT6Ge8WdUSOiNW74KaoWCuto5tuzz&#10;KlB9uurdVGMqjTvgFhaAs5G1TCMNXjHKeZlz+AYdQDmUg5J2tQsPcb55OmK8ILDXRQpcmOChqKM1&#10;1ZfsKl1rK315KXxUUv4blX6+OP0sDpOJAZekuRmRmwuTsu+qczlm7pm4kxyB725hMkpFoKmTGivv&#10;rePCP2LPS1uWBYjHgiEZ1xlKF2hPbMTkpm3QrUlbl4itBCesSqBCDIq4g4I/kMsFK4D6hHdjVwtm&#10;caKI2CMB+TYxk8Izgu2x2lQkU03e+6nROopB+TcnTnSB7kL5Tk+gBytDK6tEZj2zFzB9Vs7+aJa1&#10;S8ZrT260NNhsbWmM9dztc32nJBlaPKB1IQ1te09SvdNwARSFY7aYhG3cIslp1S1CmWCQXf6gNxCO&#10;nQD6GQeuUYhCbtl+5Z8slfXQG6++ijcPvsyNUVr3m+0x9r3jwBFmbpX7dbPJ9RhcszqyHIGEZ6hE&#10;9lu17QissSHHKmVThIk5OTI6iunVq7Bw8iS+fvvtDNqsWbceY6Mdttnhw1SjLVLK3M4hqgUpBIDM&#10;OAnoK8ew1yhr9Jk1KN48hebJY+UrLpVvs1XW6vS5cnAkA3k2ZuXPmiPIdl6MxR2Xor1+rvx5A9no&#10;CIexMEczazIQUnBsi5EDnE5YK57t4NLmk5EYDnOqTd71Niw6YTClBFx5TJFHdahGt9vltFPNLK9y&#10;dpb/pvEZKffhpfKxS/JOlhaW8Oqbb+D+B+7Hl7/8ZdxeHrApKfW87edjrN1kxnN/YBkMfDbN7cbK&#10;a2XhooFMCKGK6sBgE6KZjUqSz/+XuPcAlutKzwO/c253v5zxHnIiCIAIBAkCDENyODlII2m02tGM&#10;pRmV5bIku7yyy1vasrxbLhdrg3fltddb9tqSxtJKWlmrslQTNFkc5kwwgGnI4ZAgCRAcgiCRgZe6&#10;+549/3/C/c+9t9974FDrUUEEXujum875/+//Qr+9JpOTk9h+1W6sX7MGX/3aV/DMs89ifHQC0zPT&#10;mJqaZC/te+69D3uuOWCvs63V7fUbHR/B+o2bsGnDJrx59Chee/11nDp3DufOnMGuXbswMjKKS7Oz&#10;GKSft+9B0tIGPX/ahXRA6Zom2dTI5i4HDELiV5n3SOcNQF8ZDNSmCD3kvlC580Sft8PJuO4+umiP&#10;i8BQ42to8ul8/bVX8ezzz2LYPgf7Dx5kNrFWbg0lhibdT5fm5/GHv/97fB/89m//99i5awdGR0dY&#10;Kr99x1U4eMNNmBwfw5//5V/i8NOHsWP7ToxNTWFwaJj7v0X7+w2uE93CQr/X3z+IA7af2r5pI67Z&#10;t4/ZmQPDo873NHPgU5YV/tyZzirqiJ9EaFoO6uAUdZilwT6VeieXJZErfn/V6ziUCKsRthMhYCru&#10;N1IJU7UEknS+sr1HInuRvrao91LrdXzBu60Xo7F2EFtae8psr5jVKoKzlAey3ACo60lZDgQ2UulE&#10;PYnKoyUPDyfsPb7/ugM49e5bOPzMszh6/DhOnDiBT/7UZ3nNJ1A6nz+P7999D46fPInnnn0eP/VT&#10;P4dmdxE7927HX/zlN2HsuvXk00/iZ3/hc+5ebDScotG+AxGZZqZn8NWvfBXzC/MYW7UWH//oR9CZ&#10;n3O2R4QzaEfyyrUYmgqZvOy/lSj4Y3BKKI5LaoTACBQPRQkPKDP5kKT1hgGv/Jny9eUBpV5JqEwP&#10;T0BjIgMwhDiaAFJKaa8A+5gIBU8W0zoBklmZGYD6X/zi37tdLrKRxRSn63lEj+NkSmysSSNm8kRm&#10;G4yv00AC42mfmTdn7vpXzp10sqFcGoxHp01eLBBOYuFZe55RpLrKyXcZ+AsSRtf4kG9In918Gh4R&#10;5cKPGHuedegmmQ4Q4cacQTLHClMoou1i05g7BmG3247+aLk3gMmC7wYVclS40Ofzvn8uXSxnL0Ka&#10;BgUAhJk78SbO/fuHyZIDUznSPUdsgALFX/luu+sBHNqgMuFVEBhHmemyx2B3YdH5FxIoaD8DMfIW&#10;7XFkbJRkOAzAsfWMP8+Gj61jvGyZPk/HXhdaPshImBLcpu3mtHUrpq68Emuuvhprr7kW6+2ftZs2&#10;Y3B0DMT567R9AIho4NzxmsgAkItYAPUiQ63k4VBOXDRKmHELSWr0DtKqXqe2lIYtkckU0sCEGQgp&#10;o6tLa1WJhMuImNJIOw5+eFonwGEV/U93AFNL+Va1VPBe9HDj7x/jIyJdqIdPEjN1hqMqSXuKXmjG&#10;9IYXalKFHYBrUgakrkn7FGlaqjStS0FUlWz0ddOyCPom00ZVjTx/D74jZclvYKB2vTyfGLVsbk7A&#10;qi2CYTwjWjVceEwIXvGIEwt6VeZEcdoxfekZavbP4PzRh6HspkiLukk8SiSIJFl8juXR9d5SWqdg&#10;WGQNmeqfPIB4KDaUFFgwxZTJVEE8GYIQ7s0skQ/LwIWUjZlpVfJtkVLlHnhUGjFcosMXfx/o1xgb&#10;yTAw4Hy2dEkOV7pVoym/Qo3U2ds8FKG3qmIqmB5DFYAqe+VV1OJlyYCQ05qlsnSUAETF55Y+myti&#10;T5g60FGsfboUPhll4TJNN3ineWCvkbuvaUdc0SjCB0wpi0erukaiJCc2pWLOo34ltwDBsFNIBD4C&#10;rKvcY8K70UCVAjrCexRM2XCfGDFNLk9uo7ihJsBXMlIhbAxMWUJvRCJ1ZHxBeLgi+vHItbJvZDXG&#10;N++Bbo6z15xRYd1veAaf8QVrunYzc77kfWN8eIwbiuUoUYjd/u6leIE5aPyASwJ/pkZKxTWhcbYd&#10;9FqUUJ6rPjQGBpG3bb0z60AjGnnmzOpaRFsRuy9nMK7Tzf2wKfgcd6JdC4R3W54XgyoCFanA5sAN&#10;37xnPr06pMvGoYUphhVaI/oDBgyIbT9U4fqX5yZ55gIbKMzM2TswA9dXF86cxuLpSxhYtYoTcZuD&#10;Tb42Hc9AJCZgq9XPdWgCpsbQprqnWpUalmprbkLt6YPe2FKmvw/jExMY6uvHs889w+AF+TDR53LN&#10;WZdZSgFsM37BDBoMwqpaVNPT9RybZIVNPj+PPjOLhaxp36Jh6/YGMzraJD0cGoFZuwP5qnXAUD8W&#10;B4d8UAW3ra4mtD+flQKACpuEYq83NeubWmKYUfGjjGBG6jtbyLDyaAEB4TFG9w+raoLbiT0/pAjK&#10;uXfIGeQ7efJtPPzg/Xjovntw8dwZ3PahD+HqPXtx/I1juHDuHMamVvHz0keTEVbiBGWL77F00dAm&#10;XsgJy0THmjoElbDXon2tqdWrsXP7lXjnxNt4/IlD9jNdwsTqtRidXIUnHz+EM2+/jc2bt9jr3Odk&#10;ov39GLbXfd++a7BuehrvvHMSbVuLbN+xA6vsaw0PDTrQ04eaGa+frirp6sCOgnmeru0rkNf2APnq&#10;bBSU8PeT19t42yLqXzus6MoYPCTyyWCr5XrRoG6zB7Tenpfrr78B+w9c7wYDNDWkB5ksgZotHu4u&#10;2l7pu9/+Fn+2j33q02j1kW1AH/r4/Ltwgw2bN6Pffv/RQ4fw9NOHseuqqzBlrzu9hxvCZ9zftexn&#10;oL6R7rshew02255r2p7z/j4HgHMPalJFQNhTzfsQcWIEo0/W+mbFQvb6fmT5FN88GSjVpalW1Tso&#10;kSZMKfQDSNE/4Q8tPPLMMsCzwvIJxLWBCbmpWAT18kmU/v+BvBgC6kwCdhfgVdcPAyD92E2hoOI+&#10;TxXBUV3hpc7DL/KitM/1zR+4FaNDA/jxiRN44smn8PzTT2HbFVdidHwCO3dejc0b1uHpZ57BsTde&#10;w5EXf4R9192MyVWTWDU+jCefeAyXLlzEU/a/a6amsGHDJiZXufAk+/kXgb++47s4d+kCdu3ehw99&#10;8Ba+10m5qXy4ZOYt1WQ5qIVM3PgAqLQmVMX4Q7D+spC0GxQEASfo0f/Xpa4XUl8TCQQeoCkFakpW&#10;YJYAeuVrHPbb0sMWvx5Y3EVgrrTTE4OTnoGRUTPr9uRf/OKv3Q6oSrOgBFoJyUgiUE3QHArquk+X&#10;LT2QDOZ5vyylBWDA0sSOl/wGIxXDwBWhu4GhlfjlBINhLiYUE1BJMhvNkFlm6mSL3GvYRbqfFkwv&#10;T81Ciq7vZhseaGG6aPDi48276+WwIammzTdrI0xORVqf8pNvZhyyDNcwmAYvheXvd90mQtPYFgGJ&#10;xBz0ybrGg2wx4MJPkOhnAquO9O5aOSNoZvn5BCVOg+IAkQ7T6Bkg4GP1vnteokuvTSw88gCD/30O&#10;AOH0Mxd1z7LdTrcAFMk4lkyypyYxsXkThrddgYndu7DxwH6sv3Yf1u66yn59sy1IZ9BvF4CmLQaV&#10;n/pfpLCN3MlxMulnFD1FTBqPHr3jqgtfpOfW0mPLGJEqGD1ezpHIvFCSfCnn3ZKAPwb1/Jgad2xV&#10;olQbIPG1UjEcpCRPjGmvUuqmY9OcMAN9Ackwt0YCgKI0HciEqXE94FUGMj3ol7vgkSyEgxgpHpOw&#10;WJruGQh+puZ9kgVHQch1wRKTyC7QevmRYgISy8wJVZEALzVRMWJSF2W5JeluhblX83q6pugJRbXx&#10;3jOhaWLzcF7T2sxKcICHW8GouYz2In4KFYS5btrYdKxbW/g1sxwL8+fRfusVLLS73neyWOtzlAIq&#10;TOGJF4zHukayjQrvqdxEpXQK9qHw4DMiCCD67JXkjagJpdCiA9FRDooYmiB9A4OsKo9opEqYrpEB&#10;Zaq1mwR5ZTOePEf2/02MNxjs6+sTkg1TArIEZih9/CQwlyWMWlQ8/WIvpgSDEXVBHfUSF1ORAHuG&#10;merdDKl6xLXS0Kb3uFrZRL0E/MfjC2uEDtJdrwrIPOk/SHQJ1Gt4so/3MMu8blprVTR8iV1BUscW&#10;AIUEHE2ViVtIW1Tl+lfZiSnY17O0N+WkNw8oypNsVE2TieiZqJF25VLKm16OlG4kh0jOwzi8d3Hg&#10;kVFoiu+ZXFbL7ncHRldjYuM+NFrDzrsHBes9+v+VvWK89CcwNbUqGOSavcdce6m0lLLn3hM2izUi&#10;qy3ikC8rPAV58OFAOOVlPEVBTQ9bn10DMzT7M7QGRtE/uhbzsx2050g6TiPFWQbB+Fx2bO3Rbfs0&#10;VXdfUi/e8DVdjo4YmobdTfPayO4rxBrLjfcrVikLhHwPjRKpuBC1rBH7gAN83Bqpk4FTf1/Gsl6W&#10;9vp7P2tmzA50QWCUetvB228ew4kXXsS8/fAzq1azcToNi0jKaryti07qBF2AdaaQWfcKIyiDfYU8&#10;VEdmgvGqiqGhIWzccgWmJidx55134PQ772DM1nyjI6MsHSTPNu3Z6XleuDdyKrFP4jF9fTRpgV6z&#10;EaZ/HHjnLXtN5pB1nLycGKj9VIYvttE5f5bvTz0ywcN/BvdIvmsyZm+y045gnFb4u0GetwKZ4XKl&#10;RyoCTP3KI+PV109cU9PuxVOkzKU2Uz9ALEj7tTPnL+BHL/0I99x9Nx575GGWX9724Q/h1ltuxuZt&#10;W7F1+3Zs2rQJzzz9NJ5+6jCmp9dgeGSYX6dlr7+rhR3NzwVK5VUgQzB+JSs5SCLbHBrRZEBrbGIS&#10;Bz9wI3bt2I7HHnsMd37/+ww0Drb6cM/9zpB/99X7mDBBjzPJ7yhNd93GTbjltg/hg7d9EBttb8CM&#10;7UxDphdLBlWUGy8j2UTtMKd3LWZWyA5TPYfo7pxkHmggST9Z3Czac7RgrxmzEj2gSMwk6rMowIb8&#10;8UaHhzDY38cSyIcfeIDTjNdu2sIBKwMkq7VfP/HGMTz0yKOYsD+7c88evkfod+l1CMyjfvKqq6/B&#10;vl27ce9993FS7+LsRQYByfaFZNzE6FuYn0ODpbpFyIIbvhhmNMvBTLBEEJDvewP4yjiAqouiKXuD&#10;9iYZvHc+4dIy2CWBteQ1auNta34nHRJqhZ7riIpMd1WR1ErPWqVKJJea+7nXsUAOuUthiMabjyUS&#10;f8erT7qUSIIhBRcNDoTyRHkWvvGmEARGkw/qiy+8gNNnztq1fwAv/uhHOPbGG3jw4YewYd1abNu+&#10;Bdu3bcfnfu4XsHBpFt/47jftn++gaQbwS7/0efz8z/4cTp0+jUceP4Tv2K/ffe/dzAY+feYMnjn8&#10;NP7gj/4AL75yBDOr1+Ef/uY/wszksHsm7OdcpGcs8/ZpnuygKyEWqWekVpWIi0LeG6y/RMhY5geX&#10;ZikZb8nXU5Xkw5EAZkKCuFqWGCLDPtJAJVUhnEhAMjJXhZxdJVJ1lch9UX4mw3F/7pd/7faCfeHD&#10;CaBq/JNUDDVoeEBCa1WYQUrKq2S9eECKN2cjEPFospg77x8O6Ojwotv1abXkyRf8onLvcxEND40D&#10;/LSfulJcA6fwKgdaNGiDVIwfCuahiYplVhzR4s7TbVfpZVpFRly4oFQ4UgESkGF+WLoOFGPPwBj8&#10;4Y+VfCk8O4WPp5t7eZpL8s04xdaBn3nHTaEzn7rrneiccW0AC4PnH8tevbzWM+9co9plnxQ6TpIL&#10;BBZe5o/XeNktnRsKC6AiMfdR2Rkn8HYo+pMDLJpTE+i3G83wVTsws38/1u7diwn7UA+uXcugHgVq&#10;sLcNm7/mnlUYIjI5do6vU4Okyj6tNxoNh8VQBzPl1My1Tufe848WvljLUKh7vw6S9NyeVOqSZ1Wt&#10;HEGwlypyVOGpFtJhDUqeWkFyoRXK2IZk8wUQSNVITHtvXr034Ex6k5girS/IYgV5WXjDSXYQRDGZ&#10;KPsqQo2SK1W6QKklJrcCxDKqimP0lu0uz9K7HDZfsiiLn+n65OTks4Rrn7ttN/dBNuTBonWQPtJN&#10;nAvjVff0h8S0gjVN7Ig2ez1dXFQ4/dL9nFpo/DXzy6pbH00Kako2Ui7ATXjAIJzXXACpQSoYj6Xm&#10;NesADYfzp8ivDDctAhzqCksPYrDkDoU8IcpzJbu0VLqZ1PEsyiClDFYFdpDG+Ji2PaeK10F7WWdS&#10;FppiOl6AWkVNkEl/vDKgJ9g+xgOByWBCqR7ylCpgl6bfqpjG28sbvpziK/flork3SxbUpqrqq7Jq&#10;lQDMcnfdjUmTwoy3yQoS5YLhJ2Wpnv3nvTlDWm4FqlOpv5OqTOhFkAUKQC+H8L2BZLJWwT4pxy3f&#10;m3kC7ECkRBdT00TiIdhGAegrknr965VLsySkQyWAPEqgYKw34LziJOgngXBjZOPvnvP+0SmMbThg&#10;m8cBex+3HGM9NiU6+sOl56e8XgpTfKXi/lCcJA9CJIMrFVlJOoRDEevPo5JxUq8KYDW+H9dai1zT&#10;EHOGKHB5Y8iui5ewOEe10hmeZDDLloaXHkjkQlzlHnzTzGJgQMo0fDCX8QCVZw1QCno3L44m1C/x&#10;4oRwkbwEyKviXo8WONqvRT6p2r8m+/x5f8rAwCQZIcleu94Hm77f7izg3YuncP7oSUxv3Y6Mkmd1&#10;mPg3nO2LST24Cma5Tp4JlrTVPvcmYQfINSLUA2TSTqECVB+OjI6xzPD7d92JufMXsGnTFpZ4Bi9M&#10;YjdqSP9Hdw/THqntKWOg0nTQHplEXzvD4um3QNQ/Td6R9gEhe53c/mD/+XfRPn8Rrcn16A72Oya7&#10;bnFvoIOKoWRaoHwAR+7F2u4+kzuXWhLsk/KsXjYIJhkyBjuhgg2pMpesyn58xBAjyx/7OxcvXsKx&#10;o0dx//3349777sWwraM//NGP48DBA5hevQYj9pxyQnPWsue7Dxs2b7E//zqee/YZXLlzFwYGB1gR&#10;QKQDYlJyuAc0BNGjshGk60bORIHwfNHwseFZakQ+GBmfxvZdu7F6agqPPfowjrz2Os5duICT757C&#10;/v3XYN2aNVhcXGTPPVI9EZOT7otV06uQLyxyUjMxz9hPMUe0dFppPVZ3zt9vsK+3asalYsf+xF7D&#10;N48fx4vPPcd/b5Icm0KD7LXkkEDqSWntIoup9gIuzM7jW9/8Jv7kz/5f9Nv788qrdrJvaMve/3R+&#10;vvWdb+OFH76InVfuwIZNm5nxmTHjJ9hcdbBqzVocffUVPPuDF/DgI48wcWPbzt32uow5MJ0CNxYX&#10;+N6g3yfAlW2Vkv3O+TSGtVVoZ94XuE1X8yISsM8kbPn393+91EmSXVtK5liab6iWUXuVa9gKO3ip&#10;YamphP+la20q+1z+2HV1rzGy9QyDHSOC2UyhQNE6hkjknrGtMu3DWnKmTOXKm0kZNzz94//7y7j9&#10;f/0XuJs8+468io59xqmA6dg14IGHHmL/yI1btmEoa+PWD38aR4++gueefxbP/eBZrJ1Zg70H9uAj&#10;H/sE3zPPv/Ai3j5xEs//4Ae4x65/FAJ0/K0f83r3j3/zn+CDt17Pg8Gs1WK7tbzp/hsxIgm6JQCq&#10;EsqIALQWuI1OALU87uW5+Lsp3QuBuafUEoY4JSmOkkzBUvBMCJYN1zrxste659poBLBoSr6sSz0P&#10;8t/dsJ8LiXL2i1/69dtjmAAKHxw3kdWRKaVQmEaHF8w9oBOkp1KHrATbJUzfo2eWBBK42M8d4KZy&#10;Hwedx2Ijj2wUE4sINmQ33gsv3PzErDPOSrXJkyjnKdcNIRaewp45N+UY0sGFZrcL4UbGZpIFGc2H&#10;dlDREqSy4vMbnyZMCz+BbBT6QZJaNzFy2vmGv3Gp6eeFuyO9Bz2wZ9w54KKDbhJi2SlTyHR8sIfz&#10;y+vGQI6MQcCO+z6xIjxTi02c7dcb/LMdjonvknErPUz9fRiankb/urUY330Vpvftw9TePZgiSv6m&#10;jRgcHrCFSsaUYJYg2utCD7rxfjB8r7D/WMYTL772LHlxybLaS56piNUBvfZ6chXT6ry3ROlBqUw2&#10;ahb4oqk00nF1WcPTag+jegx86lmEyfJvCtAqdc4v0Zx0mpio/AQGcSgk9ft5CYA0wsxYFeyoHqDJ&#10;Up4RdccUo+kTuZZa0lPD+GawEqlhTI1gKPimeUBAtObFVCOdwBsJyMdTmhelhUjvLXyHcBmFpTw/&#10;elkpQT01WpQVqmZzFqBg1/uU5pxC10TIYqG/G1+ouI3HMVhzv5E1PIDiWCZNXLhAIR9jePvZB23d&#10;Pysa0gDWlT+TH6XYL7S7LryFrQXykiS3LHMRALQqydFNHcNR+F7qMr1PheARAQIbmUgqpqjSW6V0&#10;gxuzxJxWDKQCQCLTUZWoVAcHM4yNUKPigLOGTtkaksMqQzpCM1vYZhphHWCSwBNdbiwFCJiCesY3&#10;/PUy3sj6LTEetEqTSiRIlXrRpCC6qfgiqcrPICmc0s+Ti+AgyXKJwQsx+VWsVaaE2IWFM/xJuUVI&#10;AsGShq5cn6ulwUrP7Il+f6oUx2FKWXwmlUfDpGlnpg5UNYIRitTQX4JvSYKhZL6UwOVUXi/vZwnw&#10;uYlHXqDyTlbon3OTgH1+GBAKT/9E949OYGLTQbu/D9q1qMlGiqHOU5lODc29TluVvE5lEe3YbiFU&#10;JY9IeRiQ5cEKBsHTpuFZqib6IobpvVFJ/AnXeswApWeFahtiRntbmGZr0DbiEzzMpGGsMrPu3PPy&#10;2y6SZ1k2zguuA4P8OXJDYfp75j+Xqz+pgtT+2Wz5pihlbOYxpCiAvgRi60yJgDsByDr7ymIQER5N&#10;U9xfrUaw0fBNgX8/asIunDuPM8feQkZS2pFRTk0lqbEyKIbTQsqW+ChKYFYJyXnCoCrL3AqfY6rx&#10;FuZmMTA8zN+hWo8YfVs3bsIPXvgBzp07i9GJcfQTUyxzskNeAkhN42WsHJTCi2cDHb83NghAHBiy&#10;xz2MzvwCmnMX7HXrskeTbrdBmhfdWUD74iXovhHk9vWzZpNDSbhmNm7Y5WTVeaqckB57SeNdPMl6&#10;GRCkvgHrMUwOdZQ/Nq7JtUtUnZ+fw7snTuDeB+7Ho489yr3IZz7zGdx4w/WcqDo+Pob+RosBZpbg&#10;2WMnVhixvzbYc/zuO2/juWeeYUCwb3AQA8SMVMG/uSxjK6/zJl7f8FNdT5bImYnY8GxEFzxI7zs+&#10;NYmr9+7Fj48fx6nTZ3D27BnuobZtvYLl3Ea7no+uAfVEytvA5NEnUUeVTrdbKK6WB/hUabC1cvrZ&#10;Suq9pdJ3JXN90fZtZ8+cxZ/+0R/ij//Tn+GpJ57Am0dfYyajavXz88BSQ3fnscekXYiwzfZNJ988&#10;jm9973s48eM3sPea/Rgdsdd2qJ/XrR+98gqeOnwY267YjKnpVVC2P3X+9d5KxJ6vI68cwbHjb+K2&#10;W2/G6VOncOC6/cz4pV6WruTgwCCzBrmmzH0ggffI5MF9o0jIlqnM5eC4FSfGlkBSVQOulhmEegXS&#10;1vcC9C2ttqnTbWEJZtUK3tOUhwNLeH6iFwBtEnAnkj56gDa9SCmBTCWZfRDEKpkynEsiiQAKM193&#10;axQWVMbInjnn+o7uwzu+fwf+3e/9Pj8zP2vXqr/zK1/Cz9v/kly/zz4DL7/0Eu68+260F+aw57ob&#10;7Xu2cfP1N2FufhZHjx3FY08/hVMnL2Lvnt244YYb8LM//TO44cB1WLt2DXZu38HhND9tX++f/vZv&#10;46YDV2OQJPPGqb24khSDKa2r/Xn0Wxc+3TH4snS/yntWJhRDgIdFTWh69sklhDYyAAKjbymPxkyw&#10;/kyJHbiUzVblHleqQpSRqEKV9VmQRrQ/N9nnv/R3b+eNPEgKhMm/S4kV6VWy6Shsqitmg2G66TZW&#10;x3CjzSVIOYKRb5Y5A/MOG9x6Xw6a7gmE1aXcdosL4cGwpv16Pwd4dKNvRUZGxxQy0HX0VpaQ+uRc&#10;eBCMk7DYK8/LiLoupZdlGD7EIAB6xr8Wg1xevpF3cx+6Aa/76PJ/A3sv73b8NNXfgHYDZz88n3Sa&#10;ew87nqB3u8VyRX55tvDJui48hIMUOl02+Q3gGb9fZ5GvlfLpxORf43byDnu4cHne10Le5yS4/Vs2&#10;YnjLZqy+eg+DehO7r8LM3j0Y3bwBQ2tmbPE/ynLdwO4hGm3oj3IvQ6TjJ1ZMpgrvxYo9j28sMu8z&#10;kfnJbpBoJenSpgDqYhhG2OiFZ1xKszU1iENqmJo8LFrwyVTNtEcsiEuyCD2TML6bkYBAyRsMhba+&#10;7NmnBCiphHdfYA04ILTwLAwNZ5Ayh4mFVGbpJRaN8sIlWXIhhENKWgsPCBWnPi69SZXAPROTiNM/&#10;pgK2KlFwJ0CK94soWBPejzI3aaeMmpRec3minF6La68wj8ufNFY9kIwkfPoJDydnstSfmskGd4Cd&#10;vBuvbSzcoz9ozkMBYkuQn84CfW1xFvOn3sTsmTfc8CD3AJ4pkm3DXdf1wRisKs60LxILazs5A62f&#10;U6bfLQfZ6Pg1YZwbUnpVCsrlwkcpjY1P0VJVwxiMQTC99CWlMWwAHaPcNlMx3XNktIGJUVtANz0j&#10;Kkfcx4rn1Aggs2DqQaVy3oKtF6SNqkg+l79b11howeytYG7lBLjwHtr74FUltQUApeIfpQp6Y8E+&#10;rFsjKpzbOlphaXKZyozjudclybMRLC2g/METwJJA6IItkKYSS8mqKXnxRcaNknCMbHZTUDSw7QSn&#10;vOTT5c9f8hMQBVUAcophTvBqDGErRkzg4zMZQTdVI0EvUMLcg3pKeMMWw3yVLoGqaJTD9xPfPqjU&#10;1Nr+XP/wNMY2XWeb10EnwRWDjxRcFjerP8F5DBJhK/j0+RWAEfmRul8L/nhZkZRnTOU+i8+CKaRF&#10;0duTE2td2iv7ndI5JtDPNsKNwSE0hsdhF0fMzlKw2EX7423++YZ2NZGrJYhKN4hGNshyQ7KW0RGb&#10;tK/T6DpLBdPgK+QAxpDYqSsBTcGJL8iyqDYK+3jm7we31rqL3/WWyPG+zb2TIYEmLR2Z0Q0vHabS&#10;KWs4WS+98tsnTuC1x59DbuvDsQ0b0LCfKRsYsJ+/zaDLQu4l0BCMQjm2KCWWopKQWR1YBclgs+mA&#10;Cc1MMMfqGh4fx9YrtuGJxx/D04efxtjoOEbGRtl6hqSPXNvTfwlEJUaaoeC8jvt8VLPTOH+gH52J&#10;1cjGp6BOnYaZm6Wzxutcy7NNs/nT0CeOQbc15sfG0Gdfs23v2aaXYTEr2y86XE/4OjkGXqHWfSUm&#10;FYfv5omETidPvRFy8jRMzH1tcdF58VGn2l6cx0J7EafOnMUPX3gRd995F57/wXOYsOfrlg99GLfc&#10;ejM2bliH/oE+DA0M+ZqgyzJol9zciDJ5AneuuHIHjh9/A9/51jcZ4CXQlQbxDEx7QoARybZG/E0J&#10;SwztjCc9+GaiNRMzzxm06zJjj5r5kYlJ7D+4H9ddcw1WT63C5q1XYOumTWg0Wyz/ZZ9h+zkpcIbP&#10;rw9CcOojxKG11sr7VF4Of8ysuK5b6WA3ue41ZADlDXeN9/Yij0nyG3vokYc5ibphj/mOO/6afQyb&#10;9rinV884SydiF+eGgVmS81574ADWrl6DR+3PPfrQg1g9vRoza6ax2/ZdNxy8Hq+98gq+/rW/wrEj&#10;r/I6Rwm9BLJcnFvAkZdfxn/+i7/Exz/6UfyDf/iP8MlPfoxB9aG+wcI3MiiouDbvukAO4QMamMJS&#10;sqjfJ88+jTqvPJUAaGqZ+nu52nwlNf1S4MjK7xdTWeu0HBKUnHkLkoUM/kpltqmNUG9WasEWrwH9&#10;eqiMlPSkLAE50uee6//gHx+CQDzwy+EzpELkZGYVQ0SJoENsXXqeO+15u3638W/+3e/iyKsv4+Yb&#10;P4J/9i/+GXZu3YpNGzfhwLXX4pOf+jT7yh5+/mm79h/GoccOYWbVWmy9aituPHA99u/fj4ftc3Pf&#10;/ffi8cefwE033YTxqTH7+5txy4034aMfuhG3feij2L1rF8ZGhtFVLhgngnM0JCCsAY5UxJYQFH6T&#10;6RLQLJjdMkCvDHZJwkmt6i59Zhoe+1Koia6S3jyl3jGw9+TekAacoQcoKMg8ptw/qxiwqHVh+aHE&#10;/aYEoyGGkJaUWYHByPspMftkjp+RnnrGPwzKFAmDXlqSCRNc5f3HAotFh2hjr/NTXuoWwD4VyRaO&#10;epxTUARrGwITphhndzqL8aHMaUPxvnBUSOSKpLouGY7COIjF1vRJZ8ymYwlxkPK4hizzoATLOrou&#10;FIP89EIzS8fVJA8S45hyrhHJeZMLhbcDH4v0Yr4QZKjqj9vtxV1mw+WmE/2dKM0mCwm9cH59nU67&#10;uLiZ846hB5OAPiqsCBTgNF2Ti2TfbkxP5bNji4eW3YRG7cY8ZR+kddftx/SePRjbugWja9ahOTrG&#10;jD46/01iIdpz2mYQE24Ca/LIsIt+LTlEdLOqMj789XFbUe794/x+pNJkWck0imyhwPaqZeOliTOB&#10;AbcUOBdRc11qxhPZrpT+1sh4lYEpmZ5VJLzlTU6LBSjSSoxsJavk7kAz1sVncFMCX2zKKNqSTMqI&#10;h1cvI2XISjJpU8dTrxl1Sil7rfBP1dPkK5ONpCfVS5Z3FcZYCG8Q941Bvaw2/b3SjG+JYqAsK9U1&#10;v1MHYNbJf6SXj0vDcs+BA/rcmkfrAUl72NsPbprW8Kw+Of8L/+rCSdPaZhF9xBagh92uladfeZwB&#10;i0wV4RsJw02pUkunUkZSRRpZPQdGFSCb8Wsqaqa9JQ5JT3mUZDyZHoKP5PVKDFYjmHoFDFkgTpJF&#10;oIpd3nlGMdvbNqnDGiND2rMddGnTTEE5rYqBVRr6XYBRYZ2Kxt/Rly3BghLATZUKwsKYXEhek99P&#10;mZVKrKcGqqfsSUlU0AOAuak71pQZiSXYD+W/81ovig1H5SqeIQOZXKxKjF2VKG4KsLJ0c5oqDCxJ&#10;1HLiZBKUGJ41W8iDC+xDyGwTWC9N24Ws5ZVk0qpYtMtJudIFaFcoIWRQgBJydhU/h5EJveJ5ShPD&#10;VQxzCNJiI+wWYjp2+Iz+ehvx+vSvvuEpjG06aOuBAfbKK1LqC9ltYOcolSWDJu0ZPAS8ReZc3Jfz&#10;FCwKIK1kw6oyGBtdRQtJVoVpmtlnuOtZC5lns+Su3mJlQZNZ0vNzs1i8tMjzUBr4UpIt+c24c5T7&#10;dTV3gBLXciTrdcn0TlGivRdi+FxZAqFo0UDRoMANV1x92fAeajJ9Nzey4Sik4s2sqCdoEMHySs04&#10;pg9wMD4d2QV2wCcyLy7M463Xj2BsYgYDG8ZYgj3Q1+K9JCSANjzroGuKpnIJj4zo65fnXTGwL3vg&#10;Gg/+uT2hZd+zRb5lxAQbm8Rbb7yBp55/Bls2b8YQhbYNDHCdq8KwnYfcefRw67CdjQtAGGkpLAyN&#10;2nPQB3XhErKFWfs+9LttDlshUI8ANHP2HZiBSWB00l7SRXTtZyC9TMNev44pGEXllGcNaRVjSvWY&#10;qs4OK2FgCvU58OGZMgzQUn1OrKtzFy7i2I/fso3w4zh8+ElstfX4Tbfdhr379mHNzDT/Xn+rj4+/&#10;Y1x9rXyj3ojriGONcshLU2P9+g0YGhjE979/B2ampxkEYm+rxTZag8P8vnGfSgB397VGAN08Ky8+&#10;g3kq9+76ABC6ZiTLnZ5Zje27d2Pthk0Y6e+3n6UFN/vXzqqnkdUyx4yRQ3hVGwRzOQwz7QcAPzFD&#10;rFSnRlBAaX+n+EGhXVdWrVuPw4cew/z8PH75S38H1+y7GoefPMSSXLonp9dtYO8+2lTouRwaGGBV&#10;19YdtveamcG3vv1tPGx/f8vGjVi/YTMmJqdww4032tKti0eeeBx3fP9OHDp0CC+/cgQP3HMf/uQ/&#10;/SeMjY3gi1/8IlavXm2fL8e6dJwIZ00FT6DhVVwX+gFe2bQLflHe5z6E4BV9x1Ly1ss5dyGBV5V8&#10;K3v//IqZhEoBPZ61JVmblzmwLwN+SrDjpCWZtKzo9YnMit6r7t8q8f9d7jhMD6Zj+DvtNXQfxvqC&#10;Ng4JKPm1ilna9l6l9YpDBDtt3uU6Xpk53D+MZ547zKztVmsQX/jlv4UmMfdpuEZDMvvf666/AXuu&#10;3I6HHnkM7757Eo888hA+/rFPYWSqgZmZTfjAtQdw13134rWjR/H6y2/hlltvxcDQIK898wvaJVd7&#10;b3PtysXCBsIz7qGD/6yKAVry/guDK611MsTSdWBwj+uSlwHTXsxfn3wjFULFQCVVQcSaPe4tprIG&#10;SjyiLo1Xqp3Cvaq1rhybKicX+r/n4l4q8/Wzz3/p126HB5HkBMREiaIRtbdsu41AlqsIfR6QSpHG&#10;FlLNEJIhOYG24yYVDTeBIklqx8tqXUKLkw9wGlXXePkCuHDjIoI8P1i+ChdKQQAeSVY7XV+Q+VBp&#10;Bqac31yIUSfmHlHn+5jq4STAXc/+63pvPd4UVeF+zZIU041pvTzZ1Y3Y1GsBCuk+W/yQv4Jt8rm4&#10;My6VlkI0aAKYeTTZTSVzB1Z6Jgt7lXupbvDdUK0WmmNjGFizGgMbN2Bq51VYZzei6Z07MXXFNgys&#10;nkHf+Cg69pwa8rixn3PR+wrqcHNJdlnmvGy44BdybVnEhxstfk/6kWolDJ1TBlvxNSPYbqEhMpG9&#10;FvwXkfhgqWjYH6RLENLdIsW2ygqsi7RO9F21RHUUsrJEzlhjEodS8m0wCYVOzoF8cJXfIKPsJwEy&#10;wnnRpVj4hmv8UWIgSlAKS8t5Y1qTByMk+Ba+rv2zGn4nCybsmQPUIaRg6QZvUE7WNaoGEE6auwJQ&#10;SrzjjaldoFUNRb5uI9Xini3bdpulVSCVf5sVb9hlWWYJBTFhGOB8qUgCs2gbF2JH0ASfGcK6xKaR&#10;FgHCd4JBv7zN97V9snHu9QfRWejys9TueKaCSKcOzGt4JnQ5qi9KTv3zqJPJpQSlTOGRVArD0Sj5&#10;wQkPDFPCapRIHQ0MGFPesFA0yEKlmHilqVKybFgnmlolUuQ4gHLe8PzzfbaAHh1R7JmlVRhU1IRm&#10;xD1deTmfSn4mfk8bAY6b+HtGMB7d+mlKvwvPvNOlm7BYj8LyZcoJe6o4n6ZkYl6WAhsUa4nzr1OF&#10;oXRpGp8Lv514/KZqTq2EMaIqkSuNaKKNkGUZo1LYWRVAcjWKVsiqE1lsuqaoRPKtKknU8V4TLGw5&#10;6g0AdC5m+GXCcDn9Npfy9Fw4NigfauT3KwksoDRlLsKalUhx91JXpMxgk+qCfLqlCKOBkIaa9NxJ&#10;ib8XZ8Tv9Y2MY3zTAVt0D/lJv7PlMEoO57RIgC72q9wfuIpcXZOk0UfAQYbyhHFNTOc1Yr/J4o1r&#10;Imge/LMaXm7rpKA+W9i/aINBOmYm0jiEnr/WMLPwSDqpu7Mgkp4Lh6Naz/0MB8VpFzjC18uEpF46&#10;j9oDHim+7HEqcT97Np8OqgRqYAJo5wBWV4Ial+7r9/eQvBvWvZBMHhj9bl3U8Zln1UsMpsvRyjoc&#10;3vHWy68in9UYWDWJjMAeAgOIgUeDYm6iOg5M80CrrjT5zojdXdusYD4knnTyeIv71LEhTWSQjo6O&#10;YM3adTh76jRee/VVTu2l6z80OuaAPqr3WdHjmIfG1/3K37im2cACAcoDo9D2WAgkNHPn7V63wN5N&#10;fC4aTTQWLwEXztv370c+OG5/T3tGSBMt+x7dLKs4lOXQJVmhqjRcEiBLgfey92YJtNJZZHcs2IaZ&#10;eog33/ox7rvrTjz15JPsh/2xT34Ce/buxqqpKf43/Xw/hWzAJfNSEEQAiLVvdEMgSqiZuVagIdXI&#10;GEaGRphh1rZN/ZoNGzE8PMLEiL6Gz101QhtOnU5gOIbjylOmc0yuDGuYl/xKPwDqa/ppOOnZmoW9&#10;01KQkKphjveEgpaUXiY896WC1zzDTTLd5N/jva29ANev2WEwq4OnmXH+ks1Gi4eq9z/4AMbtvfyp&#10;T38SN3/gRqxbs85+7WHcd+89OH/qFNZt2ICh4SE+38R6pJp5zbq1aNnXfPr5H+DJw4ex2/Zm06um&#10;MDw4gO1XXYVbbvkgttrera/Vh9m5BQYKb/vQh/H5X/plbNm6xQdBZq4+NCoCuTJ9PfjdG8EQ07E3&#10;KELnjC8mTGl8VEeYWAqocgMejTS9No8YQC+GXkLC6PU+qNYwl4PtLqdqWg7wk55rabEZ2Pl5DTnB&#10;QC3jT1ifOl30Q9EFPainwj5vEH10QyVLhCEDXfM6hdcckQhoOkQM3Y7v2VQAZ30+AAF9nXYXp0+9&#10;i1d+9BKOvv4qtF2TJsbGGf+Zt2vZzMwkHnjgUbz549cxd24B1994gEFqsrRYWFxky4ENW7Zj2+b1&#10;nCB97uwZPHroMcxdHMTu3VdizcwUfupTn2YLgN1X7cF1B6/hPbV/gNiD1Fc6y4tQDGXSt94P/DLd&#10;23Nei2sTLNSWApnLrL5g/RQwDZSY0QZFvaQDllAADKWaWyVBHjI0xClhZZicicNZeV+kwB48G1ql&#10;Nlfl2tAUhJgwYEc5Lbt03Nzbf/5Xfv32TJjyyw8eQgOkWT8kNbLSsBXpJ3F6GCUtxbg7MAHJnJT+&#10;0MWnzYmYatTYLtKmHwpaD5C5FNziAWjQQshU9pzDOAjwC+hsQLbp9UjymwE+Ldh4I2XFrDpiyJGR&#10;qum496bSp91ecGh3uxMbdiolOJnXdOMi1+WJmvaJts73TwVZb8cVkLRJ0oSmOzcHXawgzjvQp3cx&#10;oEdJULQpkvyWpjrDAxhcuxr9mzdgcPsVWLV3L1Zfey2m9uzBuP338MZ16J+eQcMWWzz+tQ84e+sZ&#10;B+wx7shyiYxl0oi20vZ7GjGrRxs5Ca0PtKhSrpGkPyWL5lK/V2LUSTAt+Rmk3lkw1fdf6cSnnLKU&#10;BHzUIO118dlBAixj2RMmTgFD+ml2ylxxkkdTJJOWZGySdQhVyJ7Lfjphoaqw2SQQW8P0MzWlWEyg&#10;RY/AhTBNQOGLoHql1UpaOerdtOreI69J7S0LSPPS31c0eVwBc/AnmhAvcwOmqVq+wPTMErfmdOL6&#10;FDY9GdKBKGFUMQ0X7PNJTY1Bq98WibPnMHfiVc9cgGBel86hSgEiLcxa5cVS5fOm5KSsBmlTVfKV&#10;Y7OYWjC0m5uE/Sep5bLKKyfeqpKUVgKgbIIfGH2iieRG2Re4LHGmvcIWKqPDTdswKbaYC4zRYIMm&#10;MWwJzCVsYJRkvEoCg6kFvLweWoQ1LBfGIVmJQjGQetWpojAyS4TbKC14RRVwUCXMwmR6WfksqiSB&#10;rcLw5c+hknRbVZH8GnHzFP7VddmXSCSf7rMWLLjyz5dbe8lsMnWfK9QFqEvR9cdtRNBNzdTYQDJP&#10;VLL+Cuy+Eu0eBySCGRxZghFAFR6X4t4z4gE0IRHYhBCeND07Ak3+tVrDExjfeJ2tTQZsod/nazSX&#10;IF5l4qSsU5MU0boH49lElmBcD7lu8h5+HvQpnNPyyMCU4G70vzS5T28vvHciV4sAjQwspWsNjWJg&#10;ZArzbUot71AJZq/dAvq4+Ovjz0BAmEtB7/PsuZZj9cV0vq4D3AhWjN6IuQ+YM9ETlC1i7JpCIA4n&#10;S/Mfb4xtX27BNjUdCgzRxb64aL82v5ij3THx+DJdhCvB1w50PTv+veJaRwxAONPtU+cu4tXnX8DZ&#10;Yz/Gms2b0BoZRX9fvz2qrvddzJh52FB5HKoV1iCCSRlrpKy26U4Zxx4A9t7MzhMazPIjEIM8zSiA&#10;4sEHHmSp4+TkBDM9Gw0aorfd2hw/m/MqI4+/2cU2Ayva1rztqQno8Rm07LVrX7D1MgUZZBTsQT62&#10;9prPX4B++wT0hTNQw2P2vZvIG4qZfYR3dTvOx6/hgWjXxOU9gaRkR6okHhmgln2exybVpY7bGntx&#10;Dm+eOIG/+Iv/jBPvnMR//bnP4eD1B7F+7RoMUFAdlfX9AyyX48bbExgcE92x5FAJqtNRSt2y52l0&#10;sA8zq6c5GZc8/N584xjGJ6eYScmhJVmTyQaBMRMN+aOthFlCXihrZV3YRvghfpZJixxpzVMF1FYK&#10;9tUlCC9V2+WXEbhWx6IKzMboaSmCIh1b0URySjDSX71+A6bGR/Gt73wHO7Zvx9Yrt2HHzp246YYb&#10;sG71Gjzw0IP4yte+htdfeYX9JMcmpjAw0Mfn68rt23DbBz+It4+/gT/+0z/FxdOnsWnLNn4uxmxv&#10;t3v3Lhy4/np88NYP4uZbbubrOjzUz2EpzWzA1UuqnCJc18wnPIUEPUiURdHLzwiA+/L8raGqIRV1&#10;xOHcr5DFMOjy2YSXw9Zbyut9qdepBwNNBUQ23oe+AE8ca16hpjarvIeu9JXlsAUtQqjKwYGx2tFa&#10;1FCBae3sxRochpVxSGfsRY0puC1G+5o4w2tHXsX/9e//Lf7H3/kd/Plf/AW++73v4c///M9xz333&#10;4dTpU9ixay/GR8exYe1a3HXPnXjxxadx9Ohx3HTLBziQJ+M0X7tm2093xbZt2L93P/7yr76CCxcu&#10;4cGHvo8jLx7HBz98Mw8iPvHxT+G6667me1ozGarLAzHeixD8ZssMYFPT5y81CAghHSoNGETJ03AJ&#10;XCCv8YM0og9OVTVpz5Qk5akqW0KZUpCmx9TCGhOIIBVw3UgMrvf+ldTAPUIi5XFlX/iV37g9TArk&#10;D0n2REFvVYUpe91lEKhlZFiZrhinS3DCsJcfLw/26/MLc2iTTi2g1IGW6I2maCPv2pul4/2LtN97&#10;m0rFJN4ADuaqmB6ykap/3y7fcO7h5VALAgvbbTaopc/LBqgBXGGOKZnMNj1w6HQydMN32HzYodKc&#10;zkQsQGYEOhkynwNb5HTac1CL82jmjqGXa+fbxTJdhlptiTY0hNbMDIav3I7xa67F1L5rsPrqvRjZ&#10;shXZ1BQGh4fQGOhnc2JiG7btw2a8lx7Ie1Cl0x9XH3d5KsceFKFIN85lxyUFO6psrh3LRaYvp3d+&#10;aqYv2W8rn6yUPYCWI9kut+mkt3zdel6RXkKX5BkpQwiScVOWG0vztTpGoFiU62QzdYbzEkBLJMZR&#10;l++kvFrLDUuc+2BKLYH0GvCtzHArexFUgDtO8/KFgBbefTWbcJHca5JUZcm266UxXMlWbi6HLl/z&#10;s3V+dMtKRlbwOystkIqCo0jBog2vvbCIZqvpmyeVgtCQ5r6uLaONlYH8bMA1nrPzGBhbg1Mv3OXZ&#10;I54lbYrpd5CSaiU3vpSBV02oS/cuKIh0L4h5ZnriC9DY1CaaBklbIaGXDCdE70oFLOudqVXBRowA&#10;YM1AIBCYA9Ozr6VtMZ3Zpst/vtwkADnElEwpCFmUEqEcVRNxyagMoGFDm+S66vJaU/9IiKYrMAfr&#10;GzMI75gkpKQS2FEajKiq110YRJQLowSYDIVobPDKz5yugGlFsaxq12cYMZxQ4nVMTbOIwotOjFES&#10;easp3VPGoEfjmYJ9SgQt1K4qJq2lKl6FRrAU46S93isw7+E16lQp8vjEPg5Uvy4WujzIeFNCTsGS&#10;FX8P798aGnNgX2sIutEXnz/oIq0TcgDlIaNKIp7M+xYDtGDZ4EDU4u4IYR9GcHwLJqFMOg+pgpn3&#10;Uu4WwySdiZvTh581Ws6DOXONtmqN2tJL8wC40TnHYF6uaBCr2OOMjrGh+7wUsWV7odz53HlZbu7B&#10;PhOAsTyPjOO8ZBucm8L2I6RrUqPe8X5mmffgYxlum4C+3P7XHTM7tPi1yjnXeNmS968Mygjyiibg&#10;kIIUOt52pq0WbHP2LrDQxao1a3DRnpchZnq10ddwwGZeGpgqz2hwKg4TQeRY7/bYVcvBW8ZLQemc&#10;tVot9qimdNmZmdW2bu/Ho48+jOmpVcz6a7HUUdvjJi+/lmcrwVv3dDAx2MLsokFfk4BMexKIedJn&#10;6+HFNuZmLyIzszzMp3spt+dv0ZxG37lTaGdD6AwNM/uPRvmNJh1TI3pUUmMbUgzr9+uy4b4c9pp6&#10;tn5SgyH60VFdTuDsxMQqvPHmcRy8dh9Gxuyxk6ciXedgn0B+h80mq25oP+fghRxFMrcqJXZ68I2B&#10;X1LpUM1g+xQCjR64926cOvk21q6eweDQUFTgUJ3RyHRsSos9a3lwLe6zYRCpvedvNxcJz8qRE3z/&#10;kSpoVG3PWzZWUZ7dW2aZ96wDlxuu9mTzebDG5KXkSxV949kvseHulRAkSL0gPWMDg8MYHBnFsSMv&#10;45WXX8Z113+A+6dJe21HxydY6nzXvfdy2uijjz6CVZPjmJic5P2evjc1MYEdV+7Aiy+9hK99+zuY&#10;vXgB1x08iMHBPg5voZNDbS75U1LwYx+ldJNVS9v5OlP6tV6irtSqOnTTNUY9vXzqLquGlXVS6F3E&#10;+h3+1zVp9R3d73p5JS4ZpvFf4n+mdmKuymw6kwYN9iKiLEWQCFclN6bnI6Ag6oZQg+Ui7dX+OXXm&#10;DL7+ja/jK1//Oh58+EFcsOvmFVduhwzoodc4c/ocfvXv/m08eugQpteuxW/91m/hpz/7WZw6dQqH&#10;nzqMJx9/EvPnL+Djn/4Mtl25ASeOv4Vnnn0Br79xBOfeeQfXHTjIadA8vMjccb194h18+zvfwpZt&#10;W/n5mZqawK0f/gjGRsbQUHN23XLJ6JrJUQRyLTrFmhKxfUtYJCUjVWMSVlxUHSxz/+hlPCFTv9aq&#10;31+sKYGqrZVSCUu2whwVfZ38/MXeq5YN7IjZFzWJvxVMo4Q7lIHM7AtexqsTam8p4auUUhhZe+JN&#10;dSnFU/lkNi0bH7E8GQ/0aXRjwRQPgDbQTscx3ziYwt0Y5JcQTG0JWGvRwsyD45xlsE6qa7xclqaC&#10;Xc9O6jqfu657LWMXVwL7mtpJTLr+9bSDhZjhp5WXNpu2LTQWnUcFSTZsgZN5WSqfzG6XxSVssBy8&#10;FozTazASTtM/SiobHkY2PobhtasxsesqjO/dhcmrd2P66j2Y2n4lxuzXaVpJ54XQ8y5J/oj56FPu&#10;QuCI+2x+OiU6SecZ5M2KQwADJdwIGW7BoNExZET1uOm015CE5NyU/VYWTMkNvqbAMr1uyhpwMTVc&#10;S19PmdoGuPpHJX+vMPNUfQNav/FI5mGRJqz85+GFSyshTZSLhpAwiYW7mporNoEQ0e2nM6oHBV1S&#10;kssQpBZ+WQX44xtsk3vVlzumhvh6EmPuJ/mu2TGV6xrYnehhfhrlzTVGqEZIKN8P5p16jyBhr9f5&#10;ST5T3cbiJk85GzN12wu2OWl6s3tdAWcC4JMbl9Wb+8RxYqXkXWIx5Ji3G/65o8+jM3/eFbjez0ux&#10;R13BENVQlSmw8wkqbZYivRYoS6xT4C6RuJkqaFgG+oIkLfhW6Tjw8dMmYthox47RumDshb/DFFNA&#10;vqezMjtRRdZixG2MSZ6tgX6FoQGSRAn5hakyuRITZkhAsfRvEcOqBRMwUyZ9/oMZM1KPUFUG77QS&#10;BbRk+JYZgaZys0egJDKACxApFKchKU+rkiddgF1kg6lTSmX4+dzdjEV4UPAhy6uSYrmeViWBqpwV&#10;EHmWkjWoKyy8JZp2Vb1Xgd5rvTHV5hTQpZQznQDTSvgCxntBm7imB4Zd8AAsnqEawNEUnqRpknaR&#10;lB3saAK4mkiKfUp3CL81RoJ7xZABPqQjF2yP5sAoxjcdRNYaYoAsMAcUCjlT4dkn13Od/jd62WX+&#10;j45m/Q6wy2NoDSDqwNIKG+VOMmQkYY+oIhDMmFiPxmecGnVbX7HAodEP02jZYxzjJoMkvWgT2Eds&#10;6hb/McYxpnhQmy9ANYZ5MOoUGx1vE6Mjsz0CoOE8+6FypothTR6vieI/bgEXAwM29AdbCBAVses9&#10;XHldNE7CqUWKb26K4Qn7pdrfnzfunNqiltleJO06/fZJXDgzi/FJW1eOrcJAwxlHztH72n2GIL8+&#10;YtdJZY4wAndWOnV50/WsqWIY4Z9nzyZrNlsMnE5MjDPQ+NgTj2FweBSDA/0YGexn4II8onnQHgPb&#10;GugYl4jM+yA4NhmqfxAL9lgo7KPv/BkOj+CkRvI7JLiFGJOXzkIttmH6RoDBIQeqEWhLQRP2PRZp&#10;tVMN4nAWljEJiCFAj+AVCSHZU7rEETHxZ+TxcwNmzwEN5CdGBtGdX8ATzz6HkaExzNh6n+ScbIWi&#10;tGegGz7uUJ/HxSACJ6Zogk1x7yv2qSRr7n4M9vdzOu9TTx/GsTffxJbNW9FsNYr9hdYh6mc8uz0F&#10;ukwN86hqHM8Au7hHpF9DvQJmqYqsBkSqDKY13iu+k2VZBPY4iEw5QFJFBg0YKKdndX5ujgELDj8k&#10;MDgrrCc6BJQ2mxGAIXLG6Ng4e1MSu496xY2br8DJk2/jru/fwQnLq2em8XM/8zPYtGED7rjzLjz6&#10;yENYmJvHqnUbbS+oMDg6hKt2XAWzuMD72TXXXI2R0TH7uZoM9jJBhVhZjczLt31jTw8F9X5Goewx&#10;KK9TRUlhqmCfFm7hqRor9fLr9R5S1ae8skgJBioSHpQUn6YBhfVMvKUVYTmqIYS97r167/efDOxL&#10;/IxzE1WGSp4z7eTjXQ62NJflUahFf6S8SkWJ51Wy/gLy26Vhgf33m2+8ji//3u/jP/zu7+GvvvEN&#10;BqR/+MMf4rt/fQe++91v4Oirxxyzrq/BE4m77/gOvvm972HL1ivxr/63f4mP3Xojh2989MMfxdlT&#10;p/DDIy/ipSOv4aUXX8B2+/VPfvpTzFj98Ztv4dFDT9g1/XG8/KMfot9+be78LB586GH87n/8Mk6+&#10;cxq/8ev/Lf673/x7+Bn7LIyOjtpnp20/b4vv40AsyhqNaAFgZBG1LOuyNAQpnb+0fq/+yZGqUEOP&#10;LVl8sVxVKrGDUKU+Vwm/GJUMnesS64rCzohnOL5er2GLSr1Oy4On8j2WyUTgko1W+Vyor3zvMROm&#10;YRJwM/HvhUl+CKMw/qZ3LIssTkETs0QUMeCxYg1VEcslulywkAsVTTraDP7Bpe+ybMLRVNlUNjQi&#10;9O+u+3wN79FHeo2MCgDa4PhPXjwk3a5/f++156PLw3SKCj4C8jRPe5VL0jXOOp8uPk1Um96INoAT&#10;bBrs/TACUBhTZfv70BgZRWt4BM2RYQyumkI//d1u/LrVwiJNkkIDwV58tCm3WGPP7jbeU6YLZ5rc&#10;SOj96RzHXQvZVFWoHRXJlgTLYvGGHlMeVfhYqJ6LoqoVRvQY0aWfwVT98no9+L3p2GZF0yGTo4ax&#10;uDzYF6j/1c8bOkAvActNZcpmTNU5rmeEvDJxESCAOHik1NGQZaHGny2kuNZQkWuJzwR8I0kI8I22&#10;ifIX5ZOHODSEgmCWMo8Vi0/P46v5XmAId81PDvdpIbL5L/E6dZt8+Fpg9VGD112cw8KlC7Y470fD&#10;Fu4kB8iiz2QmzlnuQwDyyC6h/y0udrC4cAkLtol969DX8O6T3+WCtZubKMfMxbF08uoEK/PrSwQP&#10;8oKZx6wLFVhDJtkgDVCRc5YZn8bUrFMiqTYveZ2EjVWLcJ/yI9o1Jm7WuWCRKlP4LMkcwhiOECR3&#10;DY3JkQwjw8QAyaPfoA6ASu7+mwUmjTIx4ct9PTprOjDPp3xrj3llKMC/hgeAGJD0/rSFj7kRkzoj&#10;JBmykfahQLpO/pR+XSxB4E5YGNEXzEMH5OmyPMU4maL2rxcDJJIlzq9pHnzK88KfVwZDFGmuJmH0&#10;LQWwmTSryCUjm2CTnt5PwYMuN6r29eSRiVC0grFXw/gzQf5qTALUVdjLUAmQlotU4Aj++N/r5gLI&#10;VBD+LAWAl7D2jPLMMAHgGbeXBACRjqfbLVjYwfONGUFsd2xcoFfunhOqV9w8M/zdvRb/ndYg+7uD&#10;k+ux5bZ/gL6RNbaYH3ZggHbNpqOT6lLydhZvPlmEd0MqrUwT9wAQD4mQF3uU0cVr+OcpN3V7mkkn&#10;5r4m5HA2pcXr5cke3e24k9Jq0DHan23PY372PE6//hIuvf0K2rPH0I8z9kcW0SSmn2m70DP70wQQ&#10;ajTturqAtl2fjZlHjEzi85qLGsCtxxSy0WzoSHt1iXuejc3XLPf3Q+5/VvmwDRpUZ8x0o19xAwL3&#10;XGdBtp8Hv2v3HJHn8sIihbt1cfFSBxcu2lqZr7n9+gIwN9+P0ckt+Niv/Co27L4GM1NjyFp9tk5t&#10;8OC4pVUcGpUZ95JJ3KvxLVhsS3im0b1sX//8xXPoLC7gyUOPMdtp2/bt+NBHPoZVk5PoJ08z5UIH&#10;CBgkc3gCaZ0HYNcPz8kGxx6UPUfq3Hn0PXsIC688g+zCCbuOd7n2J8hP22vXHBpGe2I91L6bcWnD&#10;FvSNj8BkLZazLdqamo49M6ZgJIv9LIcI9TB1/BCdmPUHSbARBIcw8HQqHWN7GJJqL+CVI0fw7BOP&#10;Ye81++3x78D46Ijbs8j2h2XNPp0+qJ5UJmSWXfH6BQuOwxe0t+qx92/bXviLFy7h4QcfwNE3f4yP&#10;f+rjWL92Hacisw1Rs+UHM0awc1Hcx4LdFaStEOQO6bGgUC+HNLkR4XS9QT9j6pr0Onglv+ywhboe&#10;QXvmKnyfp+wGPDe/wLZLwwMDjkFKKcptl/SZdxYZIFZ+HXT1lmGGJK1lFy7O4d/+n/8K9zz0EHbt&#10;2GmfuXmsW7ceN99yC/btv5a9+igo59Tp83j4/ntx6PEn8O7pszi4/xrc9pGPYMsV2/g8kS3U0GCf&#10;6/O8/ZMLcHMbgqsFwc9CsDkIQ2IlBgFy7+9Vd0LUsSuvaXXPmr4IBBSJ8vD+3qX3y4UKsMABTG9m&#10;FdL6pPx6dZ9wpffJ5d5PxuQ1Z8Xv32FvK42rAtgnU1eX6117fS0waLsyYIH6NRoQES5in/1Zuwf8&#10;yR/+Pv70z/8Mi3aNu/HATfjc5/4r7N67x+5zs7j7rjvxnTvvwQsv/AD7rr4Wt//z/wObrxhn//6X&#10;X3vd7hsZduzYZjeUi5idV/id3/mf8I1v/DVWr53mEKFnDh/G+k2b8T/803+G2267hZl/f/xHf4An&#10;nn6aA2UuXbzEydxEPli1ahqf+eRn8Bu/+fcxxqxlu9816VlqsT85PUPdXHn7DMHi92Fb5StsStZO&#10;kQkXa7M82rslTDtTvX8ig06X9r1gmyB+rhtDgMySEIHs58JrmZ5rYOGnaEw6pDdC1lR+hsvsxfCe&#10;3Cv78Nra+0qlx57gQKH3+8KXfv12ye4Kng86THcl60FKhozx0xNV+XCZpHELLYnyhVpsYomtwuBD&#10;zgeSZVksjOPDEyVwRaNHM9cmHQulrmVNNJjFF7z5xCTLh23EdjV3VTLLJ7zXnpsyahfQYQukBi/8&#10;DVesceJlxn/YZLfrZL/MLLQbB4ZH0bd+PWb278e0XfjXHTiA6Z1XYXTDegytXYPWiC1AqANUHsTj&#10;GOzcG9+Hot4UzA+xgJCJP5QvAn1iRwg5KaQ3uihUBCODFyD/OgpVVl1ZKqgUamJMUxpslbGkVjTN&#10;W06at2LPv2Uor+WvVaZUJgXxKq9jlpj0JEBlqnFTRiVTBl1K7QzeYdL6LFxvLRKflGTGal1zDIG5&#10;kybmLRlrn3TG6XRCBsxH+YNRifxX++CQ3JgVbqC6xPbs7Z3xfnrqvV+vZfD+evzJePdgdE5hPdyY&#10;sp9Pnl53YSIb7h1lgnGrigwjGkp0F3Kce/kQkSGEwX+JkaeqYFwuPc7ygkGS/G7CZa82S6qM0xsx&#10;SdJCulpHaZd7Q/Dp1Kj4dUaGm9IiOEJ4pcRnKKW/hY8T9mAyz6cE3lar8NFQQopRyi7xtgZeHq2q&#10;ARllpqSWEzgVGLPFdFALhp0q5bCoHjLTdI0VASnxvXQiBknB/XRtLrkeiMGPSo7diLxrVXoYjLA1&#10;qBYZKTt5KaCvl2cU3dvKmEpTA6TJuFUmuE7YiyHbIZUgqmXZJ6ZnCmA5uEN4o8hlFYhgZLC7UAJU&#10;rHocprMjGQaiRepvGaBMvHwkcKmKdVyChwGQzwVw2hwcxsTm69HsH7Wv1yeku96TTcv4J13hKBfD&#10;A4gEX5WYmTOAEaKbAoitijASk4jATfQrTHygvRKEXsskN2Murr07QK7ZMhpuZB6Ms7+T9WNRjXL9&#10;RDK57twFP2x1HsmLVBuiYc9dy75Vgy1SuAXRXQb4FSUAKz8oVikwDz8cYE+zZOqvYliNHPZr5dYh&#10;qosJ/GdGnwqS3cKKIa6jPqwu3G7aFL5NBODSuQzMQvK3vnD2DN798QWMrhpny5es1Q/VWbSfv8FM&#10;sNyPWYwYnBT7s0inletNSdlQBwIUdj/asTgaDT73k1NTmFm9Bo8feowH1utsjcwKkWaDQZcQGuWa&#10;GJeO7pQ+jonX6lfoEAtwaBx5nz2WU2eh5s64yGLdtNdWoZ3PAsTwO3MKfYNDmB+ewKLdDNsUdAfn&#10;l9hbH6cSRno1Hd4I5luMTUpeL9j1EEmC9nIOYrL/Hh0Zw5g9fgpxGBsfZyYZNcC5nw7oLIv2KC6p&#10;GKUaT5V8mj2DAy5gkBpqAq2INTltz+uRI6/g3nvvxpYtV2CQUpKbmvsMCrjRqizZTHUPCSOkxHwM&#10;TKYiqMZUfMWWAoCLtVzVfh2BU2ryhJH+k/6Pay3PbKRwl4WFBbx78h28dfwYhsdGea+4NDeHRUJn&#10;KV26v8lWTK1mnydgFKnadF837T09uWoSjz72GF546Ye49eZb8Wu/+Q+xddtW+2z1oa85DDKdatl7&#10;e8fuPdh3zbXot9f7jTeOMuNv45bNtjftgMoP8hZ1En3Xbxrv7xtAELanKgqJ1N6gNoxraYaQVuUw&#10;wOWr37KHmKmpKkyNc24e15Fq6nX5T9mPV62AZ6d7sI17enK+B+C4ri81leBIVRpWqhpfebViALIc&#10;KpGXvkfemQ7sV7xHPXTv9/DP/+f/he0mrrv2ZvzOv/k32LF9q113mxifmMSuq3fjM7/4C3jhmefx&#10;5BOH8Pprx/GJn/4o++WRvHZyYsTlJDRa+OpXv4Lf/4M/xNT0KvyTf/xP8Rt//1dx9NjreOqpZ/HU&#10;009i7/Yd9j6/AjfefAs++7M/jxv3X4urd+3C3r178eEPfgC/8NnP4Qtf+BKGGototAa4T2y3ncUZ&#10;z8J8sJZbx4r1U/bKifA79ELlEIyEfapFenLqd1p73ZVahmsc3ltH5akM0VQqxVcMTClFxvRgKKas&#10;Q1U3TBZy3p7sT8lCLOFsdaSapTCB7Atf/PXbixsZVbN4nX5oycaIpF0tmrIQoqGKJYE3OZOnAAtT&#10;Vk0ix3LS3ZzTeCHcXXSgsxMxPxTP9ADwdDQrJLwe4HPj8OI9YyGV+0AMllG4E2k8AEj/7ngfv7YP&#10;2+DprV2g9WA/9PgoRrZtxsDWzZi8di/WHrwOU7uuwvDGjRhYNcGpNvP2Rqd0rsyfM5bgaVcI0Xv2&#10;U6XX9Ww6fm8H3kiJLfOuTO5ZHr4M8aaW8MEmKlC9jUi9RRrWENg0quINp9LUSqWWANX0im6i5cC6&#10;pcFAXHaa0nI/Vxe00WshLlPK48KtpVmySh06ZYEfFX2lpjfIIOoo7BF7K+S2xiQISS3YV1wPU7vx&#10;1Z7/KJvP4zMukzdNUlgUlOM4W9RaTLfNMqw21fPzVT7v+wDQSa+79ws4fF//55ksRVqcW5s4fTxr&#10;RH85VK6dKtglER3SjpVJDEFiRefzeOel+zmgMrKOTOH9JpvyBMhTKbCpkBYYppIGLIG5NJlQJmNp&#10;79uViUANnchcVQTQwj2fKEYLJK4U2JHKLQNBTIvSUstgASPCGewXyQtnaMAlZkaAEGnaa+HxV5Lu&#10;Knm/huCNQo4slQhKhGpIQL2QBtdIoCre19Uk61goKBOlpNW1Icj/TQreRZmaKpmPIAYmFLKKmtAN&#10;//kDeNFzyCLaASVagciww3KhNirWG2X2XyIy1KLFSMI3ZJiTiuzD1ByyABwj6B2ljPUDK2N0ChAI&#10;j0pVskoo/IlScM4xPGsSg1WVmC7X48gQzGuCiwt1rDML9+t27tmMeQzuKDEZiRc1MIKxTQdtkzvC&#10;UhslQneUD6pI03X9OU6YfToWvVI1EO8jYuLxL3VLQ5TSDR+UIsL7UqsMiRdgMocrUUI9AKKUg0KM&#10;WfTfajJQ12gqlvQq3UR39gKz+TQW7TldQJCdEbDHA+LMPaOUfurYt7nbF42KtUAqByquSmARhwXW&#10;SMlvqMd0IXGjujKAUcHCQPmbqyslSzzkdszt3KesKH9fkQKAqsImfVL77L/19nGcfflNexwNjG7c&#10;wHYzrSywlQoGm7QUSQJzerQqhfTelPZdkc5pXECds1nIGASh0JDJqUk88vBDmJudw/DwEEYGB51P&#10;ou8VCjY7MTczvgcINJlbmKeThNwegxkc5dq6c/q0N6S354OUOJTWbH+haevt/PQ5ZKMT6BsYtC/Q&#10;z1/PSkBaMpKs89ZSKVARWHXltSMFU1zW9AL3Lc7vbaCvyXY8FPz39OGn2E9yctVqDJLHIIUAks9f&#10;ux0H9WX1Vxy4+PuGQzY87Z1Yatoe9+zcHAOIBK6uWbMaly7O4vHHH8fmzVs4cZO9Eg28asck4TnV&#10;4y6vkQXjcyXe3LUe1glTpd6DqlIBqmW1Qb33D5HGq71sOgxZCQx/4tFH8Hv/8ct8jcj78PATT+Ab&#10;X/saSFW/eu1aDA8Nej9P5eW0fgjqWWd99trRvfvDH76EK7ddgetvuolTc4dazieSN35bl/UNDDHr&#10;acu2bdi3fz82br2C+1J6FkjqzmzezCm4gnpMi3srTeUq7r+aS7RMXZxey3zZn9elUa+p9n61YF8x&#10;aANkgJNJAhCr4IrC0l1h8Ul0j5/pdU+/1z6y/vWLOzIq3AIpQusS3qNqBiGqloRS93nyaOWRgkdh&#10;gOd+N8fM2o24cPYcnv/B87h46TymRkax95p9HuMwdv0ZgOpqzEyO49vf/jZOvnMK1117I9atm3b7&#10;RdZk5QkFwXz5y/8Bx0+8jf/m7/8WfvZzH8dgcxAf/8SncOrkCTz5xFP4/n334PS77+LgwZvQsu+9&#10;ccMm7L12H647cD2u3rsPV2zeYNsZu5eazJG1CCuhvTh3bERi71HN3M19bUo9jw/bKobYVYCv9jqX&#10;+qNyjaJKaHgYXNZqEMtpRcopEeQwI7CE2ctYq/q+1w9DVK00twQyah2LtjpS0tIhQ+n3gwpQSoKr&#10;+3P19Ryzr3TCoxl68G1BMSUwJXSWffc8YFVQqQvzfiUmilqySLyMl5POjIly3cRHImyo2vmlBY8a&#10;AvpIttug2Sy9HlHkjaNMBgp31wN7BODpYAqbu1Rd8uLj77udFJpSlAbtJjk9ib61M1h11Q5M79tj&#10;/+zF9HXXYGrXTkzt3ImBmRkMrlqFFpni0o1EXhzESiTwMCd/lMzXVhQSYphtyPsAJ/Y5cM+wdl1z&#10;oRMMmmOJoTy923+RTI118OzTKurKWQ4hfHDCDazlAlQ7/SkDuqpk5Ipl2Xq9FrBeD+lyYB+WSQF+&#10;ryBQbyBqZaBg5RyUwb6kYVNpgmMNgFks5mnzo1Xpven/ssKUM4KN8GBRMnVW6Vbbg6IpQbHcF1UZ&#10;ZMMv/AhVYU6uA9PD9PbXy0pSc/lTukpXSsC+iuHpZf4viw33SqeXf4O4Xl2qM695eWzyckomJMkP&#10;ScjIboDo8KrwSTRyci5lVGGN5Fezaxo7BzTx7suPwrQvuWCgAPYZU0xRjSqxhkTKb14wUHMjmWsy&#10;oCll4wGF117wl/OWS9FrL0lvU8KrVVWB3oQslTD0HF3JCJaZKQFr8f7R0ohWJa9FjfRgf4a+lt+w&#10;fWR9YIAJa9AkSEOLdVKJgI4A9iktkjKV8NlTjtQkG+VMV8M50mNPk1srw4dYj5jU0iEy7L2kvwc7&#10;QpbVoYkzMVCoWDPqUhMj2GawZAEivy9ZEfXAXhXoK4JjlBh6KAFkSSZclXVmYkHu1xPpR5lIw2VR&#10;qRLWZm0z5c9NXnWaW5othJqBjSp8XYH0c+RiD8nFvR4sWeU1MyGJ2aAA9vxaHrYHY1QSJpGLWHMC&#10;+0Y3HUTf4Jj9Ql/BGBR+jYHdF/aYHNVhRAL2qbzkMxMMuH2mrnH+xxEMBxKRV7JX+8aTByJ163ps&#10;TLuxRnSm6W0ntdck21tkYIT2uGarBbQG7XqrOABO83BkgQPUGFpjwDFz7EBlmxHdx/seg3F5MW7W&#10;cqjkJXeZB2yojuzmJmH1MRO78hSSFEdFKT/7DGbFQI2z6PzKz1kcJjR7FArnbQMayqV2Uqic9qFI&#10;XXqdHGfPn8QbL7+Ci28cx8D4KkzZhm+BDNH9MJ7BQ+MsIsJwXrJ00gAvhbJHXVQpqLCeOGZe1mzw&#10;7ze092C1PzA4MICJyVWYnJzE888/hx+9/CNMrZrG8OAQ2yFwCJ/3o1W+OeN6nZiatumkYyJgBv0D&#10;6IxPoWXvWz2/gLxDgXfzDjix79peuGj/PYfO2yeRz84hGxqHIgSU2JExEKbcFKbM6HKjFNYutUQl&#10;rLz8lhiiBPkQSEkkBTr+fttwT03PMKPxtSNHcPrUKYyOjLDckxQ7ho6fgfVU0VGsRUXdmsEpguLQ&#10;1ThANYRo9PU1sW7DFrxrm/Kvfv0rGB8bx5g9X4MDfZXkyTo1Dbw8LIZtRJJAQaStMqgCKKYr3C/H&#10;5inupDRFtH74m3ym91J36UDcQMXCiAMzRsZw7/334a+/fxcefPBBvPLqK/jUp38a+w4ewMTIkAtZ&#10;JC9FXRBYnIyemJSK7++19lpeOHMGd95zLzauWWvP+Tr7zHkxotH2+reYGdiy92zL3ntD9r4dIOk6&#10;3aP+WWa1ljOl4DRqF1YTvEQ8EOIusK8b6xj/KwP6lEq408sAfagExJR7RwnhSbCvblCghcJPfr8c&#10;nLAcaUS/R7LHSthPl1PTyyGuMqLiUDWMPtObCV33vzxISD17u9PpJsEOtI92mHFKSd4t9vy87aMf&#10;Y6D54UcexX3334P23Ky9l2/kACCyiGgyu3URX//GNzDfvohPfPynmGHKUvGGU0aS3P+vvvl1HD/2&#10;Fm46eD32XXOVPbYM3blLWLdmNb7yzW9i1K7djz/+BDJ7X37gQx/D/PwsS177WJXU4b2s1aftGpgx&#10;iM1BWTSAIeYy33k5v6fWxfPkfAkzXg+6Jg2CTa59CRtADSO9zMSsxSPkuayxt1Jx3UMF7AtrS+39&#10;aZbCOor+XJceSBmEC8Hs62WBVfXMVUkwksRyJPhXZgLyXvL5LwawDyU5Ygpy5CaEassNyYjCrqBk&#10;ax8OEckawYBVFxEdxhvvkqzVpdfmvKkFDwNKrQwTGw7qoOaY9nD73z6QZ58L4qDtULM8QzPFveOZ&#10;e5mXC9NtRzJf2EKv022jTa9HQRijIxjesgmr9u7G9N6rsebaq7F65w5MbNqEwVWTtmiwBUd/qzDa&#10;FlrtCOqUGsxomBqZLgHw9BMtFUo5/yfIQIUpebIxy9CS0GgHlocSDAfRxJtyUyObrh5puitl7y2J&#10;vC/7vaVjzstMkfoFXFcAwvf62ZYCHotUL9WjKDEiCVJXZpvVRNLCR0uapRfNninkX1Lyq6WcIy9m&#10;jcI4KiY5riBhKxyhrnxQE59XLg586AN8uEsE8YxJp21RVl+FGIPt9dKigepdYErBP8tVNjJyHSXa&#10;f3juXOPr4lKC60Yyy/SG7eFYRP4kyrIm7RGLFbqGJP533a4bMNBgg+RMtDkTOtQgmb8wvA8+ag7w&#10;Mj6Vz3mZskmXcfYGp954Au1zZ1zD6UNP8hCmYPKCFeXXcK2LZjIwhzJhmKu1kNWqtDGXLLaUMZQW&#10;eSGlUAK54T2jdM0UAE6dm0s5dbSEjVSK2+BlJmexrjHVHM5Bnll9DUTNYzHXKtiJUGUs30S2IoAi&#10;uEKw3iVIKFcm9/reOzaCqamlgsQ1A9sxMADjfCGu6abye+EeUSr8RCk+tzxLlyx634QFE3cX7qJL&#10;1sSCCmpQzwgR10qZkm+fgHPE6UJhbw1Uwjpksm4ZhEujex0gJLzwqGnSWvAKE226lCsWCZi5SW9q&#10;lfAbPFiuqvd5fLQTT8yC0SXXljx6+CmYOkanSZaK+D7dXPhkaqTG1gFQ4gGQ8h6MxfEym8OE0+U8&#10;gMJHbQ70Y3j9DegbHLW/TWm0ppBiBl83JU3zA4ifNo2quOixIHZ4lxbyaR82EowoxU6R+x2C1yyu&#10;Aw2zAaKPlXEPFzfD/mcz/zzxuq90xXPO3ctd22xrN8yiz9ak8I6WXWYH2J+P2H2L8znXguQX7Qlz&#10;vFYsdhb8FthwPrrswEIuWh1WlZDlTLeri0GHZ5B22KMvj+cpeEdKS4/AIFUq7N8+8CFc7zhEL9aX&#10;AMQGgl7T/oWOjVjKZEuQ+3A65aVSOYVU5G0ce/V1qHNzmNmxDcMkNRwcQ7M7j7b9YLO2oRtuunNH&#10;Mt84aPJXN482O6pgfUaWr6rUY06BUgRbOCaR4vNMTI+hkWFMTkzizTfewLGjRzG9Zg17pQWLIPK8&#10;6xDjko6z0Yie3v7T8G3TtNdwsTUMZe9ZzF6C7TrZd5GG6QP2WBYWO7ZJtu83e46D9xqrNzumKXkf&#10;kwWPX59ZDqecZ62Odhk9q0APVBdexkX9L9d/Gs46q5OGVwpR/0EXbXhsHFPjE3j0ycdx/sxZBj6b&#10;/U1uxHlP7Do/Xk6RRh57iMBZz/1zEwauuUM4437UXlzEQruD8xcu4vlnn8HRY0exZnoaGzZvRv/A&#10;sDundA6N+4OSMqQYTheBflUmdL19T29mVTrSdj2iib5Tufc7j17E/gHgwCGlknCtOugv93ZNXT9V&#10;J3DEnb9imEXMWboPcv/zp945gTvvvIsDFBftORsfHcNnPvsznBpN0udOu8vgud8VEMKaWJVFILZf&#10;Y1ZNz+COO+/Ej15+GXv27MGqqUkGpl04Q9fXT65uCMEhbijt9/i8K/wZTQGyV7wrllPQrPx/eU2l&#10;Kuv1XISapX2TTsM5lKqwgE3JcyzC52HwYepBi0z1TqgtJ9/WuY/nSa248hH/eyeRhGR2QQ1eiolm&#10;qqQT1KhnZL9LX3v3nXfx73/33+Hdt09iy46d3MfTW7b6B3l/4bWNPP3s+rH/+hs5+fv+Bx/Effc/&#10;gHfeehMHDlzHqewkU//f//W/xvM/fJEHA68fPQKzMMcs1r7BYbtuzGNgoIljx47j0ccexaFDj7C9&#10;0I03fxCtvkH86f/zxzjy6kncfvs/x9/6hc/i45/6FLoL8wzyOZKxt1/QYqAtgLOuCT2SSRUfcs0w&#10;BQZSt3SYSr2f2sxUR9MmKhBkSF9CQDAlswrZv/qQLESg2g9fc1GYmTA0C2WxKfyFTfH6cTCoxJTM&#10;FJW8UuVEudTDb6n7tnxPyWdMB7Z4nteC3tnnv/Trt6N24pICRDyZLSOwHM7R9SfGMEWfmSW5SZqb&#10;kGyGsOnEFcd59rlvdf1G5zZhTu5ir5MG004bnLiWuYXE++9RilGXfobe2z4IGYF8YYNqNKHszdlv&#10;F/bmqikMbFyP8e1XYtWe3Vi1ezfW2EJoZuM6DIwOo9Hf4OKP/hBLL5xFk+cCkS0gBTZgD0CeVsv6&#10;xS357x4XtCrP9De8Ri3aXfVpUgkLDaVJxHI3098Q/2lZ6rVaQmN/ucDk5TMFVwAimrRb08FfJWzs&#10;Wi1J1V6SCSklgDX+EWHJK7z9CnNnpbACYvxSx7z8+TNGyj9Lfgs1G/KKt9KS8XXd+etV7GSV5yD9&#10;TLkpwDwZPJSXpyYBINBupqr9xE0I2xJgcaVpwuWfYYp77pLGKf0tAHyRTaDKBYGTDeToxhRK4mZ0&#10;OjnmTr6GWfuHGv48plUiMjmkd5wSCa9aJvaWlgmli+TuclI3JPilUOvrVFlPegB0/P4mJc4Wyacp&#10;GFZ3QosCtSSFEgAlgXz9TWqOwSyaPC/A69CIG1UCNlXapKOU0JuV2IjRRkEXIJWusZnTKmX4ldPD&#10;awcFcWJZSzsTSabF5xRVRsq4SB4OVUiLPcyse9iWmh5GxTX+wOJaFqyOMmuu7Pajar3zysttvW+f&#10;SUo9U7uvyvXaJGC1SkFkU2VEFPefiYnDFSltzWevTQSPfqiq4qMo11RVLQyKOtikrZEJTXJpvUuD&#10;SkTgA3n29Q9hdMNB9A2PMoDV9UgiF6xZHDmUx0IFA0R+yjgByJM1VEXwWTSINXsblEhE9ZLOCByF&#10;oYcpjs4kgrEimdcZdztWUWQYE0vC1nPEgGZpLtWTthHK+kex2M7RbtMQmJgIs/Yt2w48hq0hQewJ&#10;qmkbTlKsXChCt2N47eb9Xnd9Qa+Z0dfN89hcRNuYcNdoxzAOS7xU63HAW14Er2gUwGDBJi4ChFj+&#10;S6nlPrk87hWeUawzp14h26R33n3TfmcYgzNT5BTLIXGUZjs4MIQFDpXTnF4bwfiQdOuMehkkqIB7&#10;Peu5dM8Kg+2WXXhpSDVk33tm1TReeulFvPSjlzA2NobxyUkXANZwaaQcTdDtJmEvLAmj72hb+/f3&#10;oT08bvfMAZgLZ6EXLjIIu2CPt5/Yi5n93YXzULNn7F5om2P7syZz6cchFG/R3y9cs5vc75Gqlvmk&#10;pKG8EjymyGYrQOi4PxIQ5fd0ZipSP9LXh6mJKRw98grefPsEpmfWsKSXnjsa9hHbi2S9DBhyAIe/&#10;9v6mUP5mWbQXNSTUkzLgwqVLOHvuLA49+hgeevA+/vrP//zPY/fe3ZicGOPXjgx8rmlUBaCLJA9P&#10;aVA9mV9LNaBLV0BhcF5N/DUx3CAL4LnJY5NtlErqSvk63aB+gr9H/CC06ynMlFg6Nz+Ls2fOsMcj&#10;fXXjmjX4xCd/Clds3ozDzzyDN157HWvWrscYhcc0XfgJ3Y/GG5uEZzc3DsRnebR9ds6+cxJPPPUk&#10;JkeGsO+6AzyVyeJQvA6yWp6F9jcKVNVcvySHV+uez/ZK+6favswsAVgs0QcbAfQBVcl9r37jb/Y8&#10;Sm81tez9vtx1l8ws45mXVNO//eYb+I9/9Ce48557cP70aezbswt9/f2k+2f7AnoiWiG52T4Dq9et&#10;x/YrtuGZZ5/Goccfx7PPPoOn7L355T/4Azz86CPYtGkjrrxyGxbm2/jmt76BO++8Ay8+/yx27tyJ&#10;MbsmXbXzKrz88ks4/uPjLAt+7LFH8Fd/9VXcdc99uP7gjfiVX/3b2LBhHa+TLsQmAwTAFT1gw9BA&#10;C6+dSCDTlYJXl/uuwFYr1fu9cBLJ1EuYqF7BmdTgaumevvy6sqfNe0hjQ0hIgv2Ia1vxQg2AnB/a&#10;GJHRULVZ0z2xi7pjiLVCwiYtBrMJyP6FXxGefRHfK2LMtcoT4/TCsFj7aXDReLVIL658+eATZkPQ&#10;Bryvh2tcco8Kd9xiGgoFLx8OUdZBRqhylxTJDxIx/Dg4g0UbLINoDA1Aj42gb/UMJq7YiDU7rsCa&#10;XTuwasc2TGzbgLGN6zE0PY3B8VGerJFPCwGHZHYc/GyKREy3wLMMjNKaIkIsLkC4oFpVmjZZrFSo&#10;qeJGKG6SGmBPp81gYDwUxDZVohD7+OWa5NzihlyZqe7/P6BfPaAkAZ8gzzSX8ft1gN1KJz/LLQq1&#10;nZw453GdWyq5Fr0Njut8C2qDOqBqO/Hl5dJLgW3dhEGIkil+4XPVm5dplmDrvV8bcu1ip1SyKJc/&#10;k4wzcWmuUspokp/JUTT3TnqaO88cIHromdLx9gIvq2Cf8YlKHQc2dtu+EdRC+uLQkdyzrQIjKDcm&#10;moi7pt/5ipq5izj56lOcQGj8xDTTIbm0MNTO/j/e3gPYkuO6EjyZ9ez37T2ABtBwbACEJQmQIEiI&#10;Ep2ooTzlJna1K+3OKkSRs9KsYkaxmNFMaEYbUsRKo5mVQrGzo5E0okTRSCAIgA4gAIKwDdPwHt1o&#10;b35//0xVbvq8mVX1/m8AUpMP3z1TlZWVee+5557DY1YGZ05Y3rYF8sDciNpaq2CjVECXU0ArCdAr&#10;gSL4dhnqlipAjEHgtARZJWAKtxGL+DX0s50ofqeVBadLxMY19NycGzBngUHNebK2uxSPleQ7SRtA&#10;SOo94MWo2UddTy8NsqtQNGLU4ffiMrJYNvmoq52T+4Cg96HgOjppEck19m656TpceV/WFamY90Cq&#10;pUmT4xWlum5wNY6uckpWjBiczOs/uusV68sJ7whMNfsKwhKm55TWHgQ110pYminYV0pmGGUYx9c3&#10;aPaFNl5vCOKYfd7V17aZqo6IdgcTO69GQzH7WNMAZNYhEpHOYywe7c1wqsA+LyRfBNFppwbq97nC&#10;cpWolDuJH1laQCPsNy9lweMykuBWuiA8z0yMoVwImzYghzZcazQKbVzRlefdHd8gh6uB4aLS8VtW&#10;kJ0W0VeyMhnvaA28AgYs0fU0029nPkvGjVkmvC4z1RXktBXagkicgH16PSEu2Kr4MLSOycyasbn5&#10;6t3EOdOuhjwL5h6crDfCLzaGOalaplSbrGrnOvzS83jz6VfQ6HTRmdmAxoQClnId02deLD/zoJWR&#10;nEmLrlVF5PoCqfuqmHbqby053zry88fGx7FNJqdzC/N46KHvY2J8AuPjYzLGblrjkswK0Tdido9i&#10;7Cr2pPxPoyXPfXIa/bF14L0hGv0VbdI3VEy53Iwn7/fBD7+BfGEBWWccYnIcOTcSGA3bRhlAvlHl&#10;uiBVkereiUh7iWh0WQMObUKSqVZr1dLZRKfbwbZzd2NBnvuLzzyLcdXSK5P4XLPBsojd5rTnWGb0&#10;IIyzc64Ba7Xvz87N4cXnn8P93/0uHn3oIXTkOL73/e/H9de/BxfsPg8z01MW6ON+YxOoNuoIchy0&#10;oMcrYuq3DvYxFoN1pdcTti4skKcLrooJ6CQGCpOP6r9raSROYowiOJlmLRw6ehR3f/tufPWrf4eX&#10;X34VM+vXYcOmLbjksndpcG/3BRfigl278Oij+/Ctb38DG9etw3b5c8MWPjW/I+MhVtBu3zn6K8t6&#10;XM89/3xcdMEFuPq667BuwwZdFNYdGkJ4d/WzISGsRb7o7cgbCdSbIoIAJmVBHfb2Y/VUkzYicrBa&#10;HcICZWCwVO+t0cVL2xzfOZKKITGhBtAVhVg18akkedhVSL18ZsN63HLLR/CgXB9v+/odeHzf43jf&#10;+27ExOSMcbZV+qSueKc6FuW9ukve8ze85704efI4HnjwQbz40ks4feo0/tVv/Av81m/9Fn78Rz+N&#10;H//0j+O6a67C0uIC7nvgAXzxy1/Gs0/vl2vwOH75f/1n+OTHflCzr9XkHxufxA9/4hP4tc/9Esba&#10;ynCppZnVwamYWbOowgJ0ca4RF07L7bYZZ9Hvq/LbEtmphoTDE91kkJzO69IzVr0gVUXGhNknWNwU&#10;whJWLA/9x9ExhtqujUXpWJD1wccqrGLfIevbamsAZfVFbbsiyH25eEpr9qWOq+7EM2dgkQR9dKMw&#10;qsGFPXkZVA77OqHWk8EL/lvTCQTgSlVTCxlgCRbTH13/elNuzIWtmCqav6MmNlptjK+bxvqdO7Dl&#10;gt2YOmcXtpx3LjZt34opubB3JsZ1tUzf71oQX0UefRn/9a1LVUYEeeVGodiJetJYZ0ylOZJZkda8&#10;8FeXW10Ixlm00dchs5ViuJULgCDBLCo9n0XKyAu4gE2ai1HGY29p0X4ndPPWarBR+zNjI5mBqWV1&#10;lVDw2lzDqnUqqmpIsclGaL8WI6j3AcgcNRCiVGFwVOlasM8BghQtOUu6v2GvuhacIgEOiFbnmltX&#10;3xkAeK1BhUCZFh+zi4qItcSiVl7z3Nwy/zip5hSu/ZIljmGlObfqAEfgRqGZfYVnMbgCgxaZZzT9&#10;cOAC80L9sPo9qhihExwZhB578T4osYFBjrDF2euX8cB4Cg54ZsJSfZpQzADRkSjfftSsQ4hY565O&#10;8rMQVJQ73qRR5UYr6qu3Qe9VlF/D4jZedVtoZl+bMO+KuFbiFbnIhs6J83wV2GfYpE7kNwagPGPR&#10;7+MBpKHOvtRNmIlqxl+o3IlAP3RMkwT0YcRCl3YEraELPgH2qwL2iiJESaczoGeCuKgIsQrYZ9tU&#10;otCepfseK2+EKQtApNqBAXQukrlUVE1SljAAk5ZrQdp9RdCT9+uIqOHFeDdKgmCKigVMpIUgRMt5&#10;xI50z/Ht8AmLzznxat8xe6/kRWgB1vHT9qvRnpiR79Wy1XDmRa1pRZ7VOiCTtl5GtN0EMfZyxWC4&#10;9lYRGW1wzU4IbYPMouKZ24dE1KxlL73tAhFh/zXmLjwUqoTR8/PXizVssNTUguENjYmNg7c7mlHV&#10;6w114UXFrEoPSTOtRNPOCyuir+NXG6zb1m5GGJO+UOJa4S0A4YF/VzRnwrYMM8/CLshaIOw6XxTE&#10;FdMaeIR1hWFYGFfewdDMVJ6F+HNlUJi2X5ajJyfB8snDOH7gCLbsPhfdxhRa7QGy1joNbDqmtvCS&#10;D4zomTpJB05aDynwlZaBBGH2mZ01y4wOn0pUBzJRVQy/7Vu36na0++6/D1NTkxrwU86ysGwtZ8iX&#10;W61CdcrtNseKfL1yttV7p5y7fGYjxFIPmJtHQ+YRA2Y0vNUIt/or6B0/gcbKMrKZdRDtjo7zPfCs&#10;gF19jHx1Zlpl/CFKrDe/JuZmjmq3Xo3Gm31+vNvVjMY33ngDzz77DKYnp3S+oueFnvqNiPFSWKbZ&#10;sjwH9V4DOWYH3zyE5599Dt/65je0JuINN30Q77riCs3km5Bj2NKtqE2t6esScVZpcUDBvtFszbcL&#10;9lXFb85IgwKAzI4Zt+2vuq0u40lMR+4VG5wVmqVqYqjFpQX85X/9L/jrL30J1117LT72yU/IMZ/C&#10;xNiYbm/XenrNDJu2bMaVV16FI28ewLfvvhubN27G5Lp1WlNRgX4qRnNrV+F1ebnWWRwfn8Dmbduw&#10;Ts4r3eKv2sezjBQZ1+ZWvFqR+J3KxdJ9iVvGriCbRgymiDWBfZXGG0LUEifSHKZWwy5iyAeTunpj&#10;Rbbm3HW141oN8Av3O4vTNiHOmmLhu4u8DFimW8zVvfze69+LF154Dg89+igOvP4abv6BH5Jzsq/3&#10;JrUfKBOYfn9g5ikUc3oKH//kJ3Hk4EE8tX+//v0N770BV11/veLuazOZzdt24oMf/gHsvfgS3HPv&#10;vXjs8X244847sUGuye++6lpc+5734sO3fAwf/vAtuOraa9BSBTI5r5UcgzJ7cvmhsH4HzgSHOwdh&#10;Fhc+vXSZWAWPYCh3H5KCo9Parr/GIp67zp/B+SREPZkxwA1WDrpFcqAc4fOzlJ3s52jF/cNiRUuf&#10;19tuUc45KtpJomSgTAYa4aFAwL4S8Ofylp+2Bh3uD9wBfU6/BaFa6dwSmTXbUMwX/QwbsBTWjr6U&#10;2DCnoZPZypFKVnsGWOOGvi6sSYcW+OVKk6SlH0rYdsOmTVrsdtu27di2czs2bt6I7nhHMzd0RUYF&#10;LsUQzhtIV8R04VcGRlp7IdNi+Jr5wlybSUgHdNXVpgg6yLDnoCa7sC6onNW35PrxE/ATjbOgeTLa&#10;8RZxe1LS48N8mw1bhYKKysdqVaV3ku5c69Z4lpWsqsW8ylU4MBd5whRmtULAMftyLa2iaVATV/QZ&#10;WAUdt3ozKYvTJxLeXpcqtIxkScBD5wrjidMm3cBZ4sKbhADCZosBTEwqr7zajUuQCsc7Bf6lwqxi&#10;JFjN1jbv7MOoLRngLrP3sv6d129gQbjVsYzV8+Xm2/ZaiTZxZsHYoFpNBJWVO9r2XFjl9Vxr+ygp&#10;gqZPliORbASgxUEiBWEWaM3TwRCzB74PsdzTz01bRf1m6bXlOGlZZURTlUW8L2cGxAjDr+zzw+pN&#10;J1jceRnR2itMHZA8vwL3SZxvWem5KctOJciqhVdpW3ln4IT5B3KOzkVYJ9d2r/Mtuk4wmAWXX9oy&#10;LBC36TqTj9COnJprVJCj3DXgorLSQ7cJk4QbNidzbb4sEbtDVQs1J2tLwhpPmJycgqcVZhOVDEJO&#10;qqNR8M4CmECAvjKom7ABROCApUBfKJ6U3XRT0MwnPSUxVUbqJCRYZeXWZ4EyoFiexMn5lJZmVroo&#10;TFQbf6StvY7Jx4ihjycaEGOI3AJ+OfmdsFIGep42m5jedR3aUzJZZR2tSyWsLpiIjNqoQQNhSzDH&#10;RI6dA7kX7DeJi77SIsSLYIKsPTTQDSYKzLdJOomUjKztxCuVkQIG3etgXpPZc3KsH22TpNhRvGeY&#10;Y8r4TLXu8Y4GUYphTyY3KghvaAMMA3oty0NescVhrrWSjKGN+mtu23eFdWnkhL3LojlC4wRl2sGs&#10;dmFhDVWEINpvVl8xXkxtoB7JxZg9YJA7AyAix6CAQPn3btM4DS+JAXqLc1g6uYzulq3oKmmb8bbR&#10;PyRMFdeKyEn86pKn0jwvOXeWddyYF2LXm54GmdUc6jQamJ5Zh/m5M7rtTI3r+o2b0Ol0rI6ok1ng&#10;uqilxnogx6opr80gV43WHO1WAyvqSZPrwfMBxOI8WsMV9IZ9ow1RZGg1+hAr83Kfl6/rTmt2Cmta&#10;gFq1dCutb58HrCVO5iWXeFYhi6OLW822jS+NS6tq7c1sgrduw3oszs/j5Vdfxsb1G+W5NM3YcyNR&#10;VFjGjIoT1Nzs9/o4ffoUHn7wQTz4/Qf09zfe+AG8533vw7bt2zE9OYExOXZaL1Aj0w3SMcRHQphn&#10;B/aJyjW2RvyhskguLLtYi/mrDq0sC8cib4ZWZjurVDt5ZnIuXRTVLfmFBo11e7MV+lfMSMXuVXN1&#10;KJ87d2YWf/bf/gy7zz0XP/WTP4lzd23FxHgX7YYhjuS6yDrU79PptjXL74XnnsVtd3xd3zfnnn+B&#10;1u5Tuu99pfE+HOhr0eDmGpmWcKHnakPnh0ZaquH0/t6mweBqOdLZ6NNFuYDV0Wc1d3F1Tw5bE3A2&#10;iuBhOobi9+EVJBj3SIE+F7FU57tlRnFRwwQc9Y+vUhVdNZ+l48Fjo47SexFnV+H1cQWG1jRJj4Cc&#10;z1OTHXz4Qx+R8/kMbvv67Xj04QflXL4QW7ZuMXubXNOVnMGgUOtppt2/VW7z7quvxksvvohXX3sd&#10;L8r1Zcumjbh07+W6MOQMYM7ZdQ7ef8P7NOjdl+vLoUOHcdlFl2Cj3BuamcFRCmsUxRVpSs5vpeen&#10;2dqqZV238zK93njpCu8gzklsySI5Hhr3Cq/VF8AuqotcK+FDCo6M1eR+LJEPQULPS4ARUUHvQaid&#10;B707cr1DPkgKfYyyvUmbccUc4lQ6gtVU+ZGQLqL1lsRSjNcYkpbJRsGNV4iI0Rf4JcK0MVjhXh9Y&#10;6ImpRH5NxdJgUlzTz00iaDY7pSfFWdAWM0Kt6jFEU250qlrX6XYxNTWN6XXrsHHTJmzduVNuihux&#10;YfNmzMjAYHx8XD6vpTWuPEVRzV9dZRW+Qqwroyzzeg+cts9aRgaDuym5Pv5ML+Dc00e9jpULVAlt&#10;uG6xYwJlfasEdIh1ESvei1W5JrHahejtNtmuVt14J4063i6zK2i6VQyHwNn50iejRyvXa6tUJsl3&#10;mhSOmCcpM4kzp+MnSpRnl2ClzL74w8WoXlLfPhUERkUF10Ws6qbMksWRVwYM79C1rwT7qqnzTIQq&#10;ZWDyhSBBPyxwb55faIaGEzXVTlEqcVLGGTDJCbcueQ1rAGCV8uDDUu8aKtYEeJo24yIEu1qk2gJ+&#10;uROGFoFhg4TJA8M6dixF9VoVDKtjHa7IZHRpDvPHXoHKVd3mk7HQUsYdQ1BQEwi72QjiOGVjPacL&#10;RFlZotYgg9kq7egLGhtD0DZ9ArzZX3JiegECrJUKGMQxmEctHObnlmb1ZVb6ILRZ0Y3YAYCUwZeR&#10;43XJL69gtVOAniegqK+NeRONmv2coUJatWwMY5J75olV3AeWIOZNIq7isxFAOQtUyCJal8oAe9rq&#10;VhDQrUCc+PolqUCJBVfFDhOJ+YogLYwULWMOmPNBPSOmF2UHtDDHagyibEElL+K5nYJ9zgCpriRt&#10;fCRY1N6YYoGiau9we5kg+s0VYF+JASjcnGKRFiDI+OROw68I8143z1qnSt5saLCvqZh9vOUZRTy5&#10;wRzwzaI22sQCh4WmmXRVgBBe/4pFQHOsAVBYUzf4ynloyXVGFoIBVJad0c9xWqqUDUvEsxWAx5Db&#10;U2t4l2IFJjTGJzA2KRMo0ZRr6ZKOJfPhijzSntb9yoXqUlGJflO3CGrJGE1YLOzcE9rBsMQUsOCZ&#10;AyxM4hIMSooitFy7xCe0hAZg1oDR5tpxHgqAzo3ZGSqptmLXvq2SuJYCKJQWnvz8dtN8xrGDb+LV&#10;fU/KM2tiZuMGoNuWa6QCWRq66MQZpYnS5IlXxFfxnK9lzFj9IMateY5Wc29gYnxMJq5b0ZXjrzSm&#10;VpaW0Op00O60LfDFjfOwBdnU+pxb1mhTm2HkMsFtYdCdQmPjVrTGZzA4chLNvK9HeKhaK+XnDFWb&#10;7OxpZKdPIG90IManAQ2uyb1TAWssBhNGxnte4iQWM4kEA7x+VRHzPizbRBmQTEyMY5NMrBWRYd/D&#10;D+vxHZ+a0eOjYgHFgFxa6eH0mXm88tKL+M7d38FzTz+NqckJ3HDj+3D1tddi94UXajZkQ07GlmKi&#10;5mo+cmvmgchYZ61gnyDGIKnBRpVwbhiPtTEAVayjZJGG2lbajIUC3qAdbwt9vRYXFzEnHydPnTQx&#10;jgLlOl3dRqtZovJ5vX5fAw6Lyys4dvQIvviFv8Z4p4F1WzZrAPHQwYN4Uo7X9u3bMbV+I5aXezh1&#10;eg4nTp7Gmbk5rPQHaMi5owDj8clpXH7FXuzeuQt3fOMufO/++7GwuIJXX3kFX/7Sl7DUG2LXju0y&#10;T20HkxaYeNHEbTa2s+PnxrB4C0yvt8r6e1vvucYc6a3ncdUFuKpYKLXKiWXD1sjce4v5xkhcaS0m&#10;gRCr+k96kE/tz1a7TXdC2oSKWfNF5Rj/xONP45vfvEPvVS+/9iqOHj+G+++/D1s3bMfO3edqBu9g&#10;sCzXdngX+OFgqHESZaZxwe7dmj38lS9/Ra4d+3HxxZdg/YYZOWflZ8h7ZINc/69/3w344R/5ND72&#10;0Y9ix64dWk5B3YtN5bvATMEOlujg5Mc0qC1ExF4t54jirK6HQJ1XQXyRPAZQo/vvCqA8Md/jyb6M&#10;qvw8YiXGf+NInKNpl5sjaNQxchFi9BLTjo1gSIygQqYA3mps64jZ9xkF9hEwKkvpkaTuSuv0OukU&#10;gX3knJZMK8XAtEAojzG5nqsASbmIqSrW2HgHUzMTmJ6Zxsw6YxOv6P1j8tFqNk1yLBd0Faww69Jb&#10;KGt0kUdaLhkRfXLBquvY1v4cmVEjUdeCW8af4KEanrk0mlvHIh5T8sOk46UghoNhtBRrRWUwNVoo&#10;VSeqKx4+GSKJKntbC/DaaM9nowH3j2HqQdlnbMQNdtaAX40IZ/2rSo20JRCSGvhwgrqLKhaUA2F4&#10;eaxdYh9aJ0U18FdqtUorJxEtiARsLlmMRd7L3JKkvfgsoNG1LPY04BS184tHAQ8nUJhbpwobcDGP&#10;ayp2VksGk8xfk6GioNu2LQUIKU2gQWHatBTbbzA0rleqorVi9Q70OuKALcLUc5thPQs0ZkY5lqCw&#10;rD7d4tQwLJnCbToiVLqCVbx1slOJjzCMM+2w2e9B9ICTrz1iRK7loDRci6n9mWqjiIppIRjRxWAx&#10;myTWLkuvu4ht5Osx56D5WJRZe6lBBecsrgpyah5CjWwS9lzyVbXwtprc7hMEnzAvDEwcOB3B+Gen&#10;2Qdf3Cofb1xMZDFr0M7RgiFqu418F1jQCgzBSNmswzG0aCJHxQpNsmHvBcZSBI28lyDCvSkrjq61&#10;1fenbtOkMRMzbrAskRENball9mVapGAVQV+6uDjHcT+fCUNAoKqYQudeXARw41uIcjxFwT4/5oSN&#10;yEpAZAz2CTEC7EYAJ1PD5JJOIJmvcZs2AVzJHuMcZU37J/O/C3qK4TO4XG+md16PbGJG3htNXYjl&#10;9l7iCeOds5jRKCKH48B0jsyELKNDEADWFDKKCEhwLcZOXjSj63mqL8aiqxDNFGMGkREme26bv7iF&#10;B4fKvk2voZq3rTUKDTjOsw5EJpOcznoNCiwuL4Ir5k+xYAAKoZT7aDtkuH9MGxa388kAUir0VRp8&#10;wpoiZDwGjD070Xchi2CEZFcMDnj9RBCtaOea7TqVNW5m210d+JdbqrbW+WuYOa9ArbGWMmJh6PVO&#10;4/RLB9DatA1TXQWuTcjhGOpjNCwrw4Dkrv2pIIqzqXkWKaiHuEREsYX7vSnwc31tFMtNWLBnbGIS&#10;69atxz333I1Ou6ONK7qq5VIxSpjR/VPfF7ZQn9kWMsW6z9R1kznGYrMDPjaDcfn7/twShNLsa+g+&#10;Z+N2K5bA+/PIZhch1m1DrzVuyAnZwJgJakfienCGu5Z0wDNKR8WRWo7DG0iEMVNJfSETecXoUeDR&#10;pEzMlwYD3HvvPboNT2nLLfeWtBHHwQMHcJ8ck4cfeVhrzb3v/TfhsnddgumpCfnaltYBNEm3uVdz&#10;xxiN2CW8Yi8uKhJBdtZsqLMr81rmqLqOmhnUkHOgpcEJ9X0zC+uzYtN96xt34ctf/bK8tDk27diu&#10;i5oqHjNaxPI5vZ7u1JqdncV3v/VNfPn2r+Hdl1+O9Rs3YJ2cT7vOOU/OgRV86zvfwUsvPI9HHnkM&#10;X7/jDjnO9+Kb3/wm9j32qIwLWli/Yb3WTVR6e+edfwEuvvBCvPLKK3jw4Yfw9DNP46I9F+GKa67H&#10;hplJ3TaJwtzT3Bp25HpOJ66ebt3MsncgP/mHA/n+scA+oEwoqXvXok6GyrZjRtkoeyeASFYZsReU&#10;4+jWXSFqZGWK+lF0eyTnPlYynjuU9ReMrFiu9qs+bvvKHfjn//J/l2vi9+Q8fBKdrlwnFpflfD+J&#10;hx57GBunZ7DjvN1yLRjTJlLMMvwVBqOBRPm4ZO9luPrKq3D77bfjuedfxAsvv4iPfOSHMDbWsWZS&#10;hc6JFON1XGmHqj1TrrVNOc8NMUHYPTVkWG4dNyw3Xk1sqQH7PA+cXGRBg0SUgS9WU15Cle4kApGA&#10;MUSGpuXVqlrjJpVSGXUXULCvmh0dXl1HCKHpeOoQHAGAiXt3Ld5Cxq2qhVdje5/5+V+6NXYVCU+k&#10;jiaqGsYiiqZi8bU1A4a5xBrGNVdNGuVepKoyE5NyY5tUG3lXbu7y92NNvcAa2nquJ5BmrKiKjw10&#10;dPtskftktGE1EbhzbHMtaPLnJiMUXm5aLjJuW/EcXZYxXwXlFERTLR82kfdOlWCRBTMTgWPhbJdr&#10;QNcyiMdRKYGwGtjGkh72iL68RjBvNcHX8s/OgoAlN20VvEgF4/+hjTxq9CI9XboGVbfViFVpR2cV&#10;sjDf+gWvJxG07ShrA4hbPao2V0a0F8HLYJ5u3bH6kRhlIMJqyW8jTpehCs9lVZsWQxTgv5NgH0bo&#10;d5QzX0Yq1q7CYtkDdmHlCOipvvcVQ0OuBB0VHKvNqi83taVFsJOnwY8eAz92FGJuFlhaQGPYx5hM&#10;DlVpYChf21LXQ7uEG528ID1f1Oh0sVUG3bD7ctuKUigmgmU+uF5KzliJsGkc4TJdGVfrcGYZzmLY&#10;w8rCHE698qDW7YuINywAnMImxToggIjZdCxhyrCAPgigbL1MUiOeFixYNdAX3CVRSfGHA+5oO5oX&#10;yg3FHO+0SeajB9a4KfAwq0WovleAn3udlotwEhNgMbDHYnafb9nliCQpwCrAvoS56FpgHUvRaX7R&#10;80cVkJlqnjDi2sVil1iq60pBTlFytmW1XhfUbKJ6IUm7Cipc3dPrKYRlmPlmYC+rQd/eG0mUyorh&#10;c9L214gd6qZkQZxda+6/quQ8L2r2bpA2WQLup+4e7tByJILjydwvB4nVm4EH+0rW3R5LirushBOA&#10;dteQMMWEMyMKz9MgoL3Yqn11Zsc1yCbWodHoKNsCc5UY94ZotD23vAeTTcaxtZz4QaRXzKJiFwV/&#10;crLPOTFq33jDgqFRECsVoTU4urYBhHFaOE6Wwb2O25iWe99ZYVmwmVl/VcFHxqyKaZUXHHlvgHy4&#10;pJ18VWtvppx4hSlcQxeLClsw5sHaxcq3KEBnaBMiJ/I9zJk2jnBM5kKEddPpPwvKwmKONWrsTGB1&#10;zZyWrAL3hnkAXY02Y3DXbth1ntsFrqErhvJcixU9Jkvy3E69dBi5fE5zelrG5NOWEWZFvIk7p9YY&#10;9NpSoZDBKLsruc/iGIaRuWBGX72/gmNb7bYGrRS7T7V1PvzQgxisLGPjpi3IWi09Ts2siX4+RNMm&#10;zKbl2Wg9qkLZuGrLlfHRIJPHqNx3WzIB7i2isbyIgpvWOK6MWBTjsbeAQoG545PgrYbWbOQsNoGq&#10;jPiIVmrh+DcJzT1u1Qr6Sczr8TrncwMEqbiuK/fw7sQEJqdm8Nz+J7CyvIQTx0/giX2P45mn98vE&#10;vIv33vB+XHH5XvmcCXTUeHXHdG7Fbas6d/qWLDiHO8O+WF+xOlqLr9NqvXPVMY0QbCT24swDjaB/&#10;cF124MSivOZz82c04ODWhhPHjmvtMsX+VN1ehYzLlBtoT96bc/Pz+MoX/waPP/6YNiTYsHEjfuwn&#10;fkK7O6si7tj0DM674EJcuuciOVYdTMk5vmfPhbj6qqvw7r170Rkbx9333I1Xn38Bu3Zux7qNW3WB&#10;dOP6GVxxxV68973X4ZYPfxjXXHs1tm9eh25nzLRVq1Z0zkAFXJhzEXcyHxitJTcKzPvHMkQEAbXW&#10;eo3fCpHErQO8Qg4IFbFJ7SSqAgnXOFZrMj5JAam62MHF0iwmRIxyq/ZMtApybGDFmq+DwQqefPxx&#10;/Nv/8DuYnN6IX/6lX8L/8Ru/jp//2Z/Cpz/1I9ixdSf2P/s0vnbH7dp/4PIrrlEe5PJ4iqgjUK9T&#10;wxzbtm/Fedt34ODhN7Hv8ScwXFjB3suv1uxptS7plnh1HyrgXe6DCvQbDIaaTetZu6QLho5HQdgt&#10;JSkzgp2Afu/WIsaqZclYrP1WkuMicmZehguhKzK6nixejylI6LS2+Rq72UQKBFLXXlJYZzW5H4+c&#10;gzniVl9Wmm9VkjlRO7DTYo0kn8qyW86VN3rP277xiA9fhTWtYNbxyBdWffsuswKRRu9CJVTtpml9&#10;U5U6Tq3cXVuAu0gQwenT67GYarRBiymjI1Ci9fM8YSkEUs5KnhN2jWCxW1uoUAdmDYueExznKNUy&#10;rSwEjDaptjDhRanLYFO8MRimQF67yMR8paJmUxClQHfkQucNVurbS0NwxlZHjytBtWq78dVfx0po&#10;/+jnV5+vKIpVn1/7nDS3EkAV34VuUxxxJTs2BrEBuQiinRHbrwKlHyVqq+5BJb6dWfq0/nvGozlQ&#10;bqVI54HVLlJzy+n3MZI06cAw9wuHHisvKi+MJoozdMgyfb86Voa6Z4eE1q3PnRmG3FBYlpnWzHPt&#10;sHbclHYKrdIRRh+zlSNhkx1GXIC5Zz4JT+1WKbcK6Lk9ByE3uuHCPFoqsJfB83D2DPip48hPnwR6&#10;KzIZWEK+tOhbGDtKPFydd0Np+nTkQyYaMgEZrt+ExubNEDMbILZvh+iMm/WHm2RjoEc0s20cBmhT&#10;kgC53ajU0TQVsJcY7qjxVaK3hRKHl4GuCiCVAC6sDhZzAtXEaESZNDjNPVG41q4cC3OnMXf0Zbx+&#10;558Ci0ehyiXcsmU4Yd5oE3MRK1gUBGTgCUjo21EK+LY3CgwWtkVPrf8uqQjGGkFc3r1nUzkJEpMA&#10;9U1ORcgQQLZUNSY4VRIXViH8sTMRu7M5YlC3k8kk0bJn1LXIDOihHS01+BdaeOlDs8J5aM3VjJIM&#10;/p4RnsVn2OWKLd5gQUfDJMzhRNS1C/u2iIBCZvVjWaWcnDmXjBd+b2JMVBSORKyryIK+bln2gIIp&#10;8AYwYpSIMqvWEAxJg2uPJkwyD6yE9Z1nwWhGkJ5ykcxJ2sJeFM4JgUWGBbkDCwsr3WFbYguwSqAt&#10;VmlgnunGiTcs7b+1b21a/ikzjgUmHSPMudwaGyTEt9CmCaejx2LDDTePRWA2iCJm4nnXcMUas2GV&#10;0uAR3oDDzOvhUGhvAAUGKS03Y+BgYiP1vXZ9VZIq3QZ2Xfe/oLNNJsNt5chr9MXU5GeZo5pyf82E&#10;yHwbT2B1Zb4IQYWtWYnpl3ZFBK0i/1znAKoYZTaeKBIdB+FlDvLK/c0IlbtgvCn3gKF3FQ1CDPDM&#10;P6eDrL/nTfnZK+j1euivDDB3+AWcfmMfsuU35fp9BEOWa8Av0y3ATd21og0G2MDcj8MBBn352r5l&#10;lVvZGw1cDMO+32ioB7SOnmkNCtIkDsji3GiRqQur9cUKc8+rNUR1xrj1cDgsfEFjUARtHzUPlGmH&#10;YrQpttdKL5fHVuh5sSK/KgH42bkCCysteQxdXHrF9bjuxz+DHeftwvT0ev1+sEzPoZbJUQYFRu4m&#10;tzEwtwxN10qeJdedMyRxpUjrhhrw0sV9606/OL+A1988iPvu/S7Gux28/wM3Yf2mzZieHNeyPOrG&#10;y5xjrTo+t8cWNlZT12e4hMHCMpqHDyN/5DtonTggnzdAXybGas0oeEPP7ebYOcgvvQzDvVdrdmvR&#10;zHwrlmOr5xoK5h7opzmDSPQLXXzFkhg+ii+1kURhBeutYZhuX1XacDmOHz+Ou+66S8/B8y+4UINO&#10;3W4L3fExuRc1TLGKmT1UEyGolAI3jEn4o03uL0Fz6KpYkcOvnJXxZDm+dZqd1e8pSgUOPYeF42Mr&#10;w8U+ziwt4eSJk7jr61/DG4cO4+abbsIHPvABrdtnyJSGeKBbfdX+3Wrq158+M4fnX3gRf/Qf/1Cb&#10;nVwkx+t3fvd3tQbf1Pi4nO99ZM22uQeUu7NYkTGYuvRNtFptLC0vYf9TT+P3f//3cPFFe/DPf+M3&#10;5Zxro63uJeVU3eqg31vW7fAup3SGEpmLj2tyDd2x4Vmd9cy8SOORaGqPAv7eKsNv1dexzBYSiop5&#10;ERvU0HN3BQhWcV7GWJPmweFYshq8rqgp+jNrCqGPSASHNRN3FCO4DKwy30qvA22/Ts8j9/JRohIf&#10;EHaTdjFcboFvPcuVU7yXPyP0Gb1WcIuH5HqdVe+tihp//Id/iD/60z/BLT/wKfz73/83GJPv0dQA&#10;+EC+aRfPPfci/p8//gPc9Y1v4OM/+Gl89nOfx7adG/W4GC2/XJtMqXxIs4jlKC3LteE7cm151+VX&#10;YfO2LTImzuXc7qIn9wNNWFV7idLEVEYczaZn77GKcaSsMVGVS9f8rX6tiBl/jCfkHGeIRVpX02vK&#10;3F6U3jv2s/Q+5nJTQXAu4pQrRgSMgVlKfmfnTO7NG12eKkjIXK1RGWLUArzirhMsPiaxiuFmuh+B&#10;3CMQQV5AE/Z+4uf+51v9rW5dXd3mopyiWjLQaLc4xsflYjqptPXGMDnewYRcIMfaLZ2cmkoitBaf&#10;QYRFBfqNCJUNCQ/3piAO6AoOI8TlCMIzIQqEtiTDXjcVFhpcZDZAdYFq+vmMYU3AFkfQ0qLADjXF&#10;AAvtw7RVSUSgBOCbVfzzRALalflCbFWDj/rKRd1GU+uSlIrrr6FdlqLH9Ww7htDuGugda3kt43zE&#10;9UnQ6zqwUoygWrOyr5zb6gLYQD3N6KIjKi3tWan6KWoPgY1g7Gmwz4I8znFP1F3fQoCxEWy7ggDo&#10;9loYxkfhGWfCtgS5ihQjAvnOqIYl4azTNNAbY2baHIQFAJX/oQ5wdduqTKyUZouwbFoNnJnigbBg&#10;VCNroqHCbOXSjcK4DiqqunqqOj+r8aKZGUqTR649TfkrpcsjXnsDwyeeRHbPPRg+/BDyxx4Ee3Yf&#10;WodexPDwMTQW59EeLAAK7BssI18+AzY/j978HIreApgM8NjyPPrzsxBzZ8BPHEdTJiCDg28gPzUL&#10;JhNB0ZlQByIDbCaDw5YMJnvgTXmOQ5UoNz0LUIGHDRQRsFL45N5eB8UQUUG6MC1U/t4oGcww/XdV&#10;Dc+HJvnSjoxyLFTr2XDxBBYOvAj0T5vCSWTMbFk9NPHQIuDOJRS+UudYVQUB9YTfbEBaN2PB2Kgd&#10;l8eC9KKiaOdexL2uYLj/MkaZe0Rz1Sb8VMTXb6quYGS1yUwyafajzOqvOjDIsfW8OQnRrssIk49b&#10;gI9xeGYaYwnW5ZiFQoRzICzDzIKH6drqBOhTYC3V5YevQFInTGIM4gwPkDLE4pbhQqQsWkZMgBBp&#10;IqbHxJyDi2DRGp6swMkxMK+fErc3s1hflZrdWBDI7XwFURCggVPMWgztzc5XW7jzq6M5CxZ/PKti&#10;NxOGoUXCRdJ64cbZ3eBmnMuafaHFq4zmMkbBb4q1M685XB5rxD3SAhF7l1mAngLuRmyb2xbQQrfA&#10;TW+/Fs3pKTQbU0ST0LIkrU6siZ8aoRAYsbqZZ65V7WWcZ8FogzRGGYfQZD9nJmkTFpVwOn2OXeDb&#10;gC3gEreTcg3LuJjRzQntNOv01VwMSZMBetMpvValyddsoDPW0UB1LveW5ZUlHfvxYkmfZ5MrgSSl&#10;4yd3KK11KMdYt1NyzTwa9NW6qhtr0WANzZzoD5zUjSnYCFsI4O58hOkUUWBsYYvnLhHQ55Ezvacq&#10;kLCRhWKBXqcyTnSpw/xU7+F1bG2gnLkYvLDARdGX+0gfJ44eBlYKdHbskucnn9WZRDvva/mD3sC4&#10;ACvApMEtaKNak1mIETKy6AmqhwpExVBWJUEiDGuw2W5rDbbu2Dg2btyIRx56EIeOHMaGzVtkftFB&#10;sxjq/EKLw8vsVIE5wiY1GlBlMsFVibXqKOp00Gt1UYzPgK/Ia6LaerUb9MAABkNlanVUxguLaE1v&#10;wtJYV4OvGWuhp0wY0NZ7bU9ecwWyFZYPKkay3UJMlYJjzBWDozkbdKRcq/fY+Bgu3HMh9u69FBee&#10;f57MsaYwNjahzWQyfy9xT5zwXB6eBXkfF59xHsmGxOw+URG7Bw1fIWg874pQGWKpGiqmX/1+NH5V&#10;8z0f9A0jVcY7y70VHDp6HPufegp/8Rd/rjX4/smnPo6LLrkIk5MzaI2r1vKGBjmW5fXat+9xvPDS&#10;KxibWodut6GLs9u3bseOrdvw6muv4vCxY7jy0ouxa8cWbULQ6nTRW5CxXqel24TVzdKQ93ZXPnrL&#10;K9qo5fTcPJ54/Akdr91w4w067m1rxqTRBVQdFLowIoQH8rgvJjrQmXkJh5IKts0NRiXqVQBfVS73&#10;dtt4q97XHW9hSQmikucnAshdQfhkkb5rNdml1EEmgnxB6TxrmIS6uwmiZHTAanKn1FTsbMFQQVp3&#10;o3UtYS2quZLbopLeK+VQqaKP6mx04+aBM64c3lfQ76k1XqA37GkQqi/M+SmCQlPlRoMB/v5rX8fU&#10;xAw+/rFPYbLd0l1JCsBT98nmrZtx08034/TxY/jbr3wJ373/blxz9bVaB3Ss25b3mdI0tVVHbeAm&#10;11W5SCvNPmV02lKas3YK64KLY8N7RnLMzkMCcLKE3cYSiarVhL9YHXNYVGERoRjIKniXId+IiVA0&#10;BxZW6sCB77EDdT2jz3U4cNIxUzYLJJrTzOtyEHOk0Knk1mRGwMlUDVu4MS9E1E0XOktTJRyByt5y&#10;0v4bdxjK/fpnfu4Xb1WsBwXoKfCu225ivNPGuAx8lCjs5NQkxicm0el2dHUlsxVRuBYN51DmHzRZ&#10;MRU5wTjtgYomCietQFpHxYF2kXi7SMTRUxElCjzw0DbGYsH+uN+flfSiqtlfqYBkQn/PWAW8U9Wy&#10;mRGg02cxvn0NwFnp8dW5NNWBf2/JJWoNGw2vYtxFx5Otye21anMafbyJTlBacbMRSX0rb9yWJCxH&#10;m0eC666tUtQuWkV63RP9okKMpsTTzZ4nRgScLBjcadYRHSceORKWz92Y1jDLPqXVaJZexODC6jUt&#10;QzJskgarzWmzCB0EOvH3zFQHMzcaVtR7oJJLy1TTG6LItIW81mHRx6wq/OaeV863ilY+kMH9QGks&#10;FVwXHLqKU6AtBuXzFxbQmjuNXAZ5/MnH0X3sITQevBfFQ/cBzz8OfvhlsOWTaA7n0RIDDPtD/f5i&#10;sIjhwkn0Z09icOYYxJmTELNnUCjW38IihAwOxalTyI+fRC7fv1g4JT9L/m15EWxpDk35vTjyBppH&#10;38BQAUjtrtb6NABqW88C5RKoHbz1w4KfNhgXVmcPRMBZV/YV5UJV5WQ2ZwTXecm927FR9N9UAqJA&#10;P+UW1+trRoT8BvNHnkEuzw/EpEOUpjojlaUUJWKRll3a2uvDLUbb9yvccNOigWOEJs+LjCnI73ni&#10;qhuo8iJeH0UMIBa2QOW2fM3cU4xY0j7MA9vf3zcZD/p/Kulz2nqctPVSxqNLdigoa0CM5NzJbRgV&#10;T4gGmnfy5sRchrTt8lKgY1iC8fVk1Zs9yq3HVctfVftvid2XMMh9TBKpqIXSmFjF+ClaswXRBKPA&#10;WMGIMVZZo7QQZSMPCrjVr7Vs1S0uMB2tSzGoyQor6+t5XTxW+5mUMe6OoXDrqwcXq4Hf9GBdW5AQ&#10;MSDo23bt18IDgcHkQX9ek2HDjvegMa3ceLt6snPf0x4WAIZQwBJ0DkSafsyDdBSAY9YYwwEyLoAu&#10;KvYeVhnTBFYYA20LioE9195LwR/mPlfHkcHxF5b9FDtKmyIarGuk+otqlRRMGUXItbY3kHvSgjzH&#10;vmaR6eVc7k9M7i0KkDAi5mpf61vtykzvVWYMzMKRZabl0oD/hlFsjJOEBVgKDWQVvtBmATrrAqx1&#10;WFUimRsH3xJ7hS4FLMgIcAKma/0+y/A07aWK6Wbamc8cOCr3wTmImRlsXDeFgXKv5U05JAOdELpj&#10;LSyLjVNdvorULo2pRxUzhS10KVdV5XCqTA/WrduI555/Dm+8+iq279ih23y1Zp8q7g36aDe4XeMz&#10;3fqpjB0K29Ovz1uBncqdUuYyXGm9zR1FY2hdmoWS9Mh0YS+X+35DleTGJjCQec1ko6/nyECeY0dd&#10;e8JSPEt4haSHjOwRnK58pJXdrKLNZqbNCrvy0VQgshtdwcmey40GWDE6hnYmIaHFtuy2GsW9oImh&#10;MPkdq9A7jSQeqhL3onR984HS2JNzSj711MnjeP655/GFL/wVXnj+BVx8yaX4sR/7NM457wLMTM/I&#10;/LJh0kl5jymWa2+Q4+mnnsDf/u0XMSfjs/PPv1Dno0rHcWJ6GnsvvRTHjx3Dk/v3Y9fuPRo0VfHX&#10;xOQkVtS964oD8rCWllYwt7yCV+W8Ulp/s7OncfPNN+PSd71Lzr0xv/e7rIzbgMFp9IGAPkXKwF8T&#10;yFHPLDubTqqzB/vKuRVl6xFf0FJLKp2fILFP2WxjFVmqtBjEQiw6SrNXeGEpAtJUvHYtBpM+j6N5&#10;M2mPFEnF0+9bNDYRghBWzB94gxtXdvmD0byz95KVHlDMVO2cPsz1Wnfs2BE8+djjeGLfYzh08E09&#10;5qqdXzGxd5y3Bfse3YfnX3gezbyJy6++TL5NWzOyFfaiDEnV+7373VfjoYcexEsvv4hHHnkI5+7a&#10;I+f/Dt3qrigWhWb4ZT6ncJIQTi5IhJ7/RD5i9Dwsd8KVdVxTn4IYFCwqiULUvDTEzKSgW3Nvhe7J&#10;MnZAOxZZ4qQ7CnfwILOTHmBkvOwNxcleW1AMRwTSAmMkC0v3w0ixg5rtEUmIisZgTmDC9F6uRK6o&#10;U7UqYvzmb/7LW6enxjGlNPW6LUyMtdDtNLWTodI8anC7ibpIUuSWoWBBPs4Jy46Hdl/H2OM8VLKs&#10;7l24KDbwcXox/ithAzp0P7FXdq7BwoEelHFH2Q2uSoWQCNdDciPAPm96QPT4GGK7bx3soTTp6aJp&#10;pb+DKtAaFnlWCqZX31TWDpqtcdPgfM2MwviGR8RWeqeOp7SV1LL3xOjXkYSalwLTKq8mVpFAVgs3&#10;OyboqBbqiDQvENl9p9ecU3aFCCL56SNYv1eA0IIu0o5rKgKThYXkWxA2oEkgMg9WEc8jcOEAFR7a&#10;0dTcbsqkSVjAVwOphWZFIO9rrU1TYSl0cq/aWXS7Rq+H5omjaB05APbSsxCPPQw88jCaD98H8fD9&#10;yB9/BMULTyE7+DIaJw6jP38SbFkmK8sLYPPy6+wJDE6fwPDEcUD+PT98BPnsSRSKwTe7CC6DPsPQ&#10;KBR2Jj9Q6BYbxnLNTFYBP+vLYHNxSb5uFv1TJyHk8bDT8r1mj6Fx6jTEgZf1Z3EZoPZaTJ+/SiT0&#10;JquST5W8CeMamJEqIRUuN4/ci1YXhYiNMlxTkXXxVW/R7/ewsrKC5eVFrCwu6vcbk4Hq3LGn0Tt5&#10;yDO5HFObMvJS8M8DDA6EYmUjAM9Co/p2nIJ5xOAiccQ163MwfGJevy4JQKNqWU1ATKrClf8KIo0g&#10;DAumYVl9hQhgnxChuMTJBusZfTyAfa7ApN/D6X4l4BhDeC1la3EkLdIE6IvNBUR9ipCAp3T+gDAv&#10;ykke1pCMx74+bERlndUsqZGLmgO1Sr3IqGQCCqIHGbHeGBH2B2GfJgEpde2loJBY614+YmsQiddr&#10;er6xrjQj7essYvJGIFx08MwXYVgFQ9Jz+0lLsLclEyHJEBRsJFugZ+1qtnS4Bq59WLXqTm27Cmxy&#10;A5q8a6vjrsiQef04H9MxYdv7aticjFcUwUIKZyQgslJgWpugka6PsCHSeC1uqTFtp4Hxxy0jkTMR&#10;odosZfXZfVU1+aokqlBGDXI9VolbozMhH0rbbVqutwrok38bFlZ+ILPMKtPBYgjqXDM6eEb0NJkw&#10;hW77PJa6PtsYWrdeO8MN695rNPsYBnnhE8yVvnPxFaX5HEktkLXXOLxyZYArE1EDHGqmqvw60TKd&#10;Owv9BRx85XUce+k1dNdvRGeqJedFAzPjY7oN3MkBICrYssSHtgzqxTGPqNVo4iTxVEYI3fFx7Lno&#10;Ypw+cUImsg+Dyf2t0+3qRDprtLSWojL6UwCpOjcjA8SN6y03DEq0O+iPbUCxbjOwLK/w4px8/4Fm&#10;4qikR7Fr2r0F9FWc0ZPxgLwXBs1xLc2RyfdU593gmZe+OPt4NU3VRAKQ2PGzxmNGpkV1SLU0iKHv&#10;YaURx4IydARaOKVOzkcWw53RS9R1wmL3cne8WheYGwabzrd0m5sIHUulfaSmPZUF+QYV+6hrOpRz&#10;eWFxAc8+9ST+0x//MWbnFvDTP/0zuOnmm7BlyyZMj0/oOEHrRRZmnzVthS1s37kLe/ZcjIcf/j72&#10;738GW7dv1+y9ibEONm3YhKuuuhIvvPgKvvTVr6Ahr+35F1yAvsIqG03D0Oem3fuZZ57B126/TYN9&#10;F1+4Bz/6Y5/GZVdcibaKUW1Fu3Bjmt6rIi4SiBKH07FwRKmbbFUAhbF/dL0+7qQTiPFRyE1dvOR+&#10;KhB8z9eiiVuTj0bxHIvY+YUYARgmpn2Gk8HJPrSGHJ5qnjnGWqLJRll8ETnITOaw39o1X8d5KtAs&#10;tHiO8R7Qa3qDMJcLrQWrtCTV3fD//ukf43f+r9/DGwffxOEjR7UZzH/6z/8Z9333uzKOz7D7/Etw&#10;7bXX4+57vo077vw6zsi85cprrpH3QUevdepI1RrR7LSxMHsKDzzwfd3hc9ddd2Lh9CKuePc1ep1T&#10;zFRd/FDsQyHIeMETEArClsQIwLlsMrqmbLwydqzHAERYjyK2eCCi+PuOG1mJkMjUy2BV3VucaIAL&#10;l9h6pjUBDsmaTTl4glu2nZeRrwDlEqyqjqbEGdGfdxCTNcl1+pAgTEFUAKqUjVl9/eDJJtmv/Mqv&#10;3KoX2ozZFgDYSqej/ptTbTRMABW1DbDAUGOk5UqbZCRmCiCLYGgBIK0cSXXIBXshWeJRwOiTS88m&#10;coFemi0VyUQtV7kC4MJK/9M3N6P0VaR63WC12LdbNsTbdtCNGVmh4sYSDZy341SbAnr+RlolqBjN&#10;RxRnsTycLchXw+pbazjm71gHysUMuDINv+J7HrsrVcEYKWvPAQnBNJdK1IuI1RLucR7YFOnwVj1c&#10;JUUYvRQmaJItTMUSsOYTzGaG9p9KMpSbndXb80KjnNu3d22T4f18S4PV5dABg2pVHQyM8yy34uWi&#10;h57SlGAttAZyM1xYBo4eAZ5+Em0Z0PHvP4DBQw+geOZxiFdfQHHqKNjcCYj5M1qLjw0WkeXLyJfm&#10;sHLmNIZy0xPHj0PI91iem8Xg8KJ8Tt841crPUwmTOvZMRc5deUZtHVebfSIL4DssqAOrMaPTtIHc&#10;LDtyrJpDmTDIpODEaRSn30RD6cIsL2Bw+iR4exqt6Un0YNyt+jI5VC1FKo3klKLu3L9tEGDczAvd&#10;4qJZInQuibAmat2mLDMsQEcmlpu5CniV7tHK4iz686ewfPhFw+ZxQCFxHQ1U8Wp2lyD7kgPqRBFm&#10;ZEokC4BRzCzjrCwLEP/AiNMZYtYddRstyqCJATgEkVSgzD5mWs3s7uH2scwCpWH/oJg48+w97p15&#10;g2YsNZ6I2qBFzC7n1CGX4B/U8IMy/qgpB6dMS8Ruwqj5Gpv1UICKVVT041bqcqUfoe2VVYN6dWyz&#10;1AxEhGpaSSswBncDmzIYcrDA8hNEJtBq8why8oKwSqmM7RrD/lXrP5GypaB4Xjk54ORcRUnjKA5D&#10;WMqi9axrWjRyiX68tbq5V0T3AhLNN3fzsKDHWZj1mNmx1cCIXAdntl0FTKyXCURHs25MDhNotZ6N&#10;a2MqCjgwch+XwU8kQIJIeBquNZcloEHKFip8e7cVBSZFVE6AwBDfBR3lhm+D9VRl+3oW3UR25grD&#10;HymEYQJpt/MmB2+pm3hMu7X2+gOgvwxWLGiQyejfKla2YalzuZepCoOOPzHQc7HBYU2dCrveM6uF&#10;mEWtRtpVvTDH1G5yD9B4ncVEn9Sxew0uYp7nXB45cRgXhPnK7XoorEt5u8WwMlRgou3GyQQWzhzH&#10;8rFFTK/fjs7UGCD3l5a9Ng2ZYJKVO2JhUMOO+P5gUcGBGrSEYodtO7VdOdp0QrVcttvYsGEDjh07&#10;hn379mF6YhIz69ahO9bWzEpOGOZOb0+vDcpwhZs2cjWvi7FxtLvjwDLHUO7XHHPyGrZRtLsYyOvd&#10;EEsQs3Py/LoQM1sg5DXsyGswVO2zSkqEN0auKvXF7izq+UhjyKCPZ+a42sdVeymsKaE28WDcu0yH&#10;zhjETMFVO19E1G7LKkx3HOGCanRwx17jrILRFzQiy/d7DCqaVkdjaKNosYpxNy6v7WOPP47d5+zC&#10;+Xv2yLxToGUBtsJ2jPVkrNOTc3NJxlLtdgfTM+tw8Z4LcMftX8fLL72AXTt2YfOmjfJ+GMq/d7Fz&#10;9/k61vzqbX+Pc3fsxKbtW/U86ChQeGjuk7HJcey9/F1497XX44I9F8tjmUBbxl2NRlPPqcw5YIu4&#10;e0skrem+EOVig0KUmG6exbkGLT7UMKXeWo549tlTlaxT2mnme9DOwvSxtiqb5IsiAWoce4mzoJcW&#10;9n4rhcDOrguOgjBiRFYaAX2+4GjXKZvbBDAXxhla3euKnWwNSplyoheBHaZMoFS8/twzL+Jf/7t/&#10;g49+7FP4/L/4DXzshz+FT3z0o/jwzR/Cw488gr/6wt+g6C3jxptuxuWXvQvfufduDQYW/RVcdfXV&#10;6HYm9P3RW1nR99JTTzwuX/cYbrjxg7ju2stxyZ53Yffu7Zgcn9L7U+68ELjTCzV6nJpBbg1PI+Yi&#10;Af6oBjtfI5g7igG42uvKxhQiAml92y3VB64IauvITnWfmzbdMRKPMbKuueeJ4OAWm3SIMnN2FNtU&#10;pGObdAMKQnIYhZCIsih3Oej2mqNyLvzKZz93q0vwaEVXm26oFjxLXdC4X1F4vRAwR6O0DT2c9irD&#10;u6A5+jlPqwjeeZEuLCJJHAnVk9Z26eQgDotRLwxLBYJFssmxqEbMRE2rAat3QC38puZ6q0WyksbL&#10;Cn9L7Lby86n4cVlviXm35LUCfHXIPiP09TJ4x+p78GkNM9JJZO84w++tAH0efBEiElCnjNDqjZfV&#10;Vqzodka3fl4xRhHrMfiS+3vFBU4Gkc+8C6mzd3aVN1ZygCxK1ypjWbyI2E2IZJn2MIwlO7POsz7t&#10;9UEgN25q1H1TjyE3G15hBIxdlc4IfOvtBh21bsydAZs9jdbBw2jsfxzNxx4Ef+JB9B+8F9j/GBpv&#10;vITixBGIlTNaVFlVw5D30OjNI5+fBxZmIeZPQZw8LR8nwU7K78/I5EsmYSqi45Yp0ZiQD8XWU+tU&#10;02i38aYBPTNh79OhYuLJBE85V8mgsqE2QBHWFtdmr0TVZeQP3mfIBkJ9K/O7AoOjJ5AfO66F2zW7&#10;UB4H27wJuRyjJnLkKjkSrqe2IAt3APucycagPzCVfadxwjhJY+1mUxQRG1oH48NcMwiVeO/yiRNY&#10;fPOpCJiI2B7JRKVJmmBxW7jLIYRA1C7LotZbVrGmIUoCRKTP5v4miEYQolYhykqkOmYxTQyVwiBO&#10;GNn9TjtS2ofVr/emGYwFUJL7Fl7SEu/2HATzC0GAUZpQU7CQsvDM71lSxApjjBJvmGod1gNz0Vrv&#10;2xWqwZZSEJTsE6IU6dTHDFXgmDtuw15ycgKs8rjjgIhHTE7hxpqKTdq3KsArmXhCxAlo0OxbpbSc&#10;+MyXrcXL7cEp2OfYdUzEgKhIx9JruSQsd+K0XAo07Fdv4oFUr1p4Vp8DagtBGduBGWjYwMwzub3Q&#10;dYNhetvVYNOb0cw6RmvU8QdtYAhG4h6WRczPjOw7sW6TsW7gxHWuACnGkjlbVSwsxRheFJtFC5Fj&#10;Q4WisDMVIFwM4VTNXCGHVzqN6uRHp5dDC3pwqzOmCttKP7aJVlvpsXZlYldgODiNhjVkUkxw01nS&#10;1Gyw0KacGxMObkBExZ4ze24Gl8oKODYatJC7u4aKvdGgTAbHLFO6Y5mwD+aTT3VtFfiYWyxUMwMz&#10;liQVwrQgcwNGqqK+quUr3FEx2BS+osN8eZynTh7BydcPI2uNYWLTOnQ6k9awyLSCOVKAsFpCnNXF&#10;qYmrd4l5YWOjzOhU0fhQAS+tVhPtVgczM+sw6A3w8kvPY3p6Wp9fuyWvSqvtWb3e9VO/bwYh5/NA&#10;hPxlpSn/NiMT4IH8qmRAeK47C1QZUxdAWQ/szJyMI3podrsQ7TZy69bE7byqilXZyGSWEwuT+CHs&#10;3OTEzEAn34z7RNzv0Twj2mFlzby1yNykBk2IYlMbKxRFIjVRXbSmRaQy4CeS93cyA4VmvraaDX39&#10;duzYgeWFeXzjW9/CcGUZe/ZcJK9pSxuP9Arz/JMnT+jW3Feffw7n7Nyl9cjGJyawY/s2PL3/GTzx&#10;xJM459xzMDk5rh132+0Wtu/ahba8b792++3oNltyvkyh3elqBRg1n7qNDGNNOa/kdVU/q4Nrq/lX&#10;GAaubr93DORCREQKVGjvCTKfRVGlV1lvirhW4G6ten1rf9/yI4XhwHiiPejiC25B4fr249WPox6i&#10;o4yqmLxirHKcdjmz+wJbA6hUC4AQxmYVNScCbjMeOnMSfdKmYu3JZx46cBCvvfgc1m/cqOe51skW&#10;phVe8Cb6Mla//bbbceddd+J//Ke/hL2XnSvXIabNaMbHJrAo15977r1HyxdMtTbgI5+4BTd/4AYc&#10;PnQMd9xxBx5+5CEceONVTE3PYKXfx/4n9+HP//K/48yZJfwPP/+L+IVf/AVc8q5L0JXzXZH6VMuw&#10;aukVVi6AE415dS8qGSCjlS4illuWuu+u4ZpW5vQjcvzV/AfoOuVbtaM0ggBqGFEZL112gbTWF7M6&#10;C7/fcs48k1A4fSG7ANP41ecFVRiNjTk4o4zWJGYiY8IJHkZZgRysnmlJSRMVnYVpYT771V/97K3c&#10;ttq6RCyzPztNPsfI42aLtEmLIJVWHhBx13IrwiJBhzbctPQkaSulYziY4KjMBeWh3dL3ZdF1hPRE&#10;M1E7oVjEuAmUyHjS8pHFM6cPxUT1xSjp8TEeM0DWAHjF45fO6xo6hghVvdXW30jTjurcVS7gdZtX&#10;pYTkO/LPuMOKyg1XJ1IucHIaN16omAVqfcXR8VBztu3lrMKshBHxTzZyMy4E8wmSL6YWRcSW9M/N&#10;DbCmBdMdSIfQYhueb0VeRUHa5UkrXBJLMmrz7toJbbVUB3Rqc8vN56oNTAc6tl1DbVBKA4ervyuw&#10;TgUww4EWMGeu2iNyD4YokEw91NkqsERte8PlFbRPn0DzyCGIl15E48kntJ6eeOC74I98D+KJR1A8&#10;uw/i4Ctgpw6hOHUEcqdDvjyP4cJp5PMnUMyexPDoMRT2IY6cRHFG6ejNa3aFEhfXSVpm9KcUY099&#10;VeU+kZnkKXfATW7NJYUVqc+NS64xmzTsEfWDsAYP+u6U58QLk8kMh1bHTiVV1sEh7wsZLMq/LfZR&#10;HDuMhjqXxRPA3BKYDD5X2pO6HZiLhp0LRQn98GxIpWvY6wVLdVDmp0kMecT0FKZdQKspWMBQXcf5&#10;Uzjz+mNmzltQy5MEWcwu8owdy+LjVh/OtbdCpFVfEB0ousG6pF8k1dl4jSoq+K6CthcSUKPEEfZO&#10;zIkwL2Vei6Azqe/hzNDgM0LJYwTcc+YZmR0rRkA8+LEJHuyBSceillyWsLdK5DjSKo1IVsIwF1HB&#10;L6dsQkJ/IS2JgQHGIgdkVrE3pFgeq6B21h18bdyUHAMx5AAvZRD6uthJ43X2CFNPIBigiAgUDqAV&#10;T0Av7UZd0Y7r56BIghxBMWeGsvl7smeRYwmttWRNr6AFUHDO/T0vwnFFjDzBItaqLwMIqkPH6Jdg&#10;DOLSHBGY51RBLRd2bglBdZ4tq8yOtpz0E1v2orFui0wIJuy+adhIgjsTABPzqZYkYa2B4zYuEtB7&#10;YzR4EINx4ZOyABLYeZwadNg1jkeaOq7owYM5gU/x3F3DPehngMxQoGKuz4YFhD+sW8I/15YKNOij&#10;gAihHXe5ZY+pocnRaE2hObkOvDWOYU++dqhAs57RCNWJPjd7kDaqa2qhda4AJbufKN9557rtdA80&#10;SKuYe0PtGaGdd9Uer0w9NJgGeFkHDdCpa8QLUmgRxJSFaRZHYPYxX1RyjE11CTO9T5uivEpgFQii&#10;HJwNWFiYdkd5tKdOHcXBF15GuzkFNt3SjvOtRlO7vkLLVFiNVNL5QN0QKdhbbv1jkZg6ovhJWNfi&#10;TB7XEJ1OG52xcezavlkbczzwwP369+Pj03KMW3IPzixIa8ZyIIyunzLxUoeq29cUu6vdQk++F9+0&#10;DU3RRn9hFrw/QIvluoVaXSrkS+icOgY2O49CXWvFsnPdAOD17qgjjOMQFXJ4iV0XzGwMg08z+LkD&#10;fkVglES5Ao87Qxgjc1mQsRWrMJx41CapbW4yxcIb6PdQUiFq9mZZ0P0K5AwOqqEeg6EVrb22jR9a&#10;06yhr+ueiy/Bjq1b8I1vfgtvHjqErds2aibf668ewNdvvw1fve02HHztDezcuRNbdm7XmmbNVhcz&#10;62Zw+RV7MS/jwb/54pfA2lOYmRnHuqlJTHa7OO/CPfJ6t/H1O+/U8/O8Cy5CUw+vJa0w0zKt2oq1&#10;JieLu6Z050ph7kPHqM0qWJFFHYBBuqBGOcHW6a2vFRBZTSNvDVhXFesjyMYgbpGN/utNXzgp8haI&#10;dR/jgkN1eacaOHfGck6SxOkuCqdXmzAOqwws6wCpukGpbDd2lVybo2mWqjYatOYcSvqHG6D3d//D&#10;7+DWf/vbOHr4KDZvXY9H9z2N3/29f483XlnAJZfuQVvO+bm5WXznnnuwYcMmfOCm92B2dgFf+MIX&#10;8Ad/9B9x251fx0c+8kP4/Od/HR/80I1otZuYmJrAxz/+Cew+93z52jN4fP9T+P/+7L/Jef83uPf+&#10;+3DZxe/C5z/367jxA+/FxFhbtwtzbdxn9EmZCPuFKSAIe99brWqlFa4LdAmTLCFWlcblLMk6JV2/&#10;s3iuZ9tGMmCBoMJIV52gba4V71ugrB0pyP2KQlTIeAU8iYG0MNjPL3iQp0M6B0XoZ4iK887YjLbv&#10;kuM0XTLx3snWYIRTYjWqc85zXfwbKAMx+WgYUf4i3tQI8slJPwAnYJpSo3JVG+HFhsnmbYOzLNpk&#10;XEBekOqsDQqpGLlI227j96jbXEEkE00Q6DajBKQS5cngKzQ8JBOFabog2gXlREEUYjSIRmixtI7A&#10;3MLJ+BocmETJhGPkjWI3rdVbbM+eD3f2tHFR+x5rZh5WsviIVpN18BMVHxu7pCXjVRjVbaphV3b2&#10;ESWAUQfijr3j5rBN4kVillEkzMNQNXQ3d4GovZHME0EABv06ViH4CVE5b/R7F+GdTNVCBJBJLyqZ&#10;ZuB5d1x5Uivy5+bSClrKQKLVRN5QFSjTli+GQ30vNXW1TcX+Q820WzrwOhqHD4GdPI7iyFEZlA+g&#10;zAu5/LtiQuRcOdTm6MsgcqzIIfp9FCs9FDLoLhbm5PfyaBTLQB3C0ILUbfnoyPGbYAa8U8wCBeYN&#10;mWan2DzNLEeFYZHkwmiM6gTSSAHC4nXmvLktUijAoDBJgtNVdMwvkVkgVX3O0Lb95lb7ZaDYF/I9&#10;F831h0z+FuZzdI4/D7Esz2d+HuvfdyNmd+zGMFNujS1kRUi8tNC5CIs6t3VExfDjaJSCRHW9cvBI&#10;2NYlRYUwjDahDT6ahtHhAi5XtSOEITd1igpALWK9WHBEr31cVDuCOtAqmm9W3DsBWxhijcjIabVM&#10;qgokVwe8UVZBcn+koE5gBBJDApvze+e5guBBhdXYL+H55LyU8H5W1ijy8paO0RZ+0HOROxYWI4UJ&#10;JgLQJ8phrvqbnuMUOlLzhxmGUBXoFtiHAZZyOjicsCyFlw0wYExk5B2x8kSUh8dswCrNO8piSVyF&#10;HfhMWxxKrn5kzohwrP5YCuv27VhvlEVdVKQKEYswPs98RA4sKsn75f0z1q6jUYEoOVCHY4zBXb/P&#10;MFZNM6T7kb1hRdrTIQQ1XiOMb+HNP2BlVxQDuaCVcK0zxDT7QBcllBZdFsyVXPGH+b2J6zgP0b1v&#10;b54iT1irhU3WcrN3FzyePzrwLkKFXBShju9bG4NsPPfSE+FYmJOasW68QrnvsibsLCEDbvSUdGFN&#10;n1dZIFyvxbwlv8o9i1n5GsWo0gWgpty35Ce2upjYdJ42G5gVTRRzQzTzN+Wx5ZqRJETT3vVKz0/u&#10;maypzZR4JgNseUxDtQcqRTjBzP6RM/StgYIC+0w8YYptg6GwYCCsjhrTSZlqdzQyEMwC3gagA6cC&#10;6MzvL64dsXDrkq1+qH1RHUM2buIe1Qbc1E9UQEihHSVXFo/g/q99EePq6K/bi06zg9ZEQ8cIg756&#10;g7ZmQxWWFi4ouKWvX5F0gGSJOLtjphYW8AoAZq61sJr62ihgiLMZXLz3ciyvLOO799ytAb8rrnw3&#10;tvANgNxfu6rtNu/pdk+1j+porDAGYoWMP1RC1mh3IZpdDC6+WM5z+VkvPIls4QiGzb4F++Q1ys8g&#10;O/AU8m4Lwz3Xob15E3oTHO2GqNxz1pTopsUfonVMgVKnbSm0xq8BUnLf6VH/OabTysUHrKbAn+QN&#10;WuOS6bFSx9CT46kB1t4AK0vLGMjfHzt6BJMTE9i0ZZt1Ys40AOa0bPOIZV3d1uvuL70iqvXGApkq&#10;VlFafO/5wAe0ycb//Qd/gONHDmPv3qu0Lp8CBD940wfxnuuvR1cx9+T9pQrJg/4yxuR8aGzeho9+&#10;8kewsLCMP/qD38Pcz/0sPi5/XjcxhvFuBzd96EO48t1XGIa/0mbsyOtZBDdpvTeDWe15M3bK8EN9&#10;VWCOXj/zPOQdjslG1qs60MrlKO61udcIZrUsvVr/wH+gf1WfVRBzMBHKeLXH7cZNlA7ejU226j3h&#10;xo6nnyFovhO6R1IIm4g4jMAF4nP0oIu9hkyIUmtlUQFuwRbZnYmdKWIaHdtC5jo/9VOfwR3f+ja+&#10;/PdfxTfuvktJgmP3ubtx8QXn6vmuikfX3XgDrr3mKvzdbV/FpRfsxIOPPoK//pu/xY4d5+Hz/+zX&#10;8SOf+VF0mGKbKkempik69ZfwyR++BZ/+0R/G3OwCXn35aSwt9TAxM4Nzdl+kz0U5p+uyUkFl1ZxO&#10;n4g6vphwa0tudQt5cAwn5+tceusmZvr8UQxUnjj2rp2EyaJ8xcUL+lwsyFp7fPZc/c+OLW+Dscg5&#10;PtCka3EV1yeZVx2nKLfnVt5sCcnDE41I0YUl3Xo6sq5wsheUmVgUZbkAGzMNlISWUDIkQ/zFf/0v&#10;yD77q5+71bH6giA7C5pGcAwI4VkPLGqpYBFqzAV8lTazwQaPLImTNkBf9aXoMuFdcdoLnegFWmex&#10;iE1HKs2uJx0VDEd/roJShmMRXVbBv6Csksjhlzi+MDB/UVM2X2xFyVelapccZVg1cy4INvI1BSOO&#10;cVYG0OiZVTE+RO3PAmVLiDL7LwUx2Wj2JGH2VXMxUj+ncrsFJ3OtIDea0QNiYKuYcAQwI22Hi9/d&#10;bV5Bd4qycERkh+2174j4LbdUasd44SywHngkHmaBHGHEzTRT0IWNKnEQuaGWgNm2XCO87NuCbKWj&#10;OTRtu1zp01gGoG5nkBEe67blwbTQ0MCZTAiUe92hQ+CvvAQ8tx/DRx8AHr4f2b6HwJ9/FvzIAfD5&#10;k/JjV+Ti2peJ0ZLcrBYhFs+AnZGPE6eQKbOL46dQnJpFcWYeOLmEvD8wo91UHyc/qyMPYcyw9RSA&#10;VVjWpWDBWdKML+HcuECaui+L2Bk16LwzwgZm3qWVEyaWSois2a75bFKbkDmhAYgMyVHrH6mjyE+e&#10;QWv2TazkfbS2noeBMiKRL2xrbLGhK4Hc6Y5YMWiV0SnNPqXHp9usMtMKB2Yry9TNDwiJHIxQLJeZ&#10;Yl8lOMuzmHvtIWRpAw51eapwu01bO8rgR9gPBKoDLibKrKz0fSiDD7HPUbivCDuqIKBI9Ihvd3/X&#10;Z9wqggmz53ByLzr2nt7LBCOGGsFIhBLC03EK9zutGibO2Twx0SBwnXcBZsFYwmNSpLbm2PKi5BLu&#10;XkDaB4jxkXEBJWYuSFtpWYSDubHQwACrc22mGrG8Api0wXOFG1jUyOUNN+qLPKFVihEw0a6zgsft&#10;jEyUAINSb3eSgQmqiSeqA0MQrLaoSYbqOJEgoGoBFsXInghTp5OYgOVBgzbZjxmLXH0joLYgov8U&#10;WCyCJuygIICq/DK19TI01m2WifyUX2+Yvo8yzyAKczDsq1R4XifORbhbg8lHmC967eYZFRTUbCwP&#10;BPibwI4bqX6X9mIXwAtiPENamgPCaxmBnu7eQElJTjONdIkrFKAZJ1RcZ86jGHAD3ZKrkrZms63d&#10;DnuDnnaGVaZMKpGDcO59xjBOgecK8OO2TV3/3jErYaVvrKGNNqfLjNO9AuGMOy/Tj8BqGOi/A0Hq&#10;QAgnu2A6UvQ8cIV795zCjEKDUxkGFgHZal4oPW6VNKp2s267qVuR5xfm8eozL8r9rsD6Xds1qMla&#10;HbSb8u9a51FX/4zerN13i0R3iVGqeASCFz6/oDqarsOCOzacZjs2NWNvcnISGzZtwv6nnpC5cBOd&#10;sUn5NUPWbOoYUTEqBYQHph2VoKkYawXXsy5vdzRLU5lvDE+d0Lq7XIG8ar8vVGFSJkeLS2grfeDu&#10;BPj0tHztUMchQ1f2J2skZ2tvIwzJqutECYUrRuJARG6pfDRz0NB2fVxkmHiCMM9NKzKjBjm2jTg3&#10;VqEa6FM6YCdOn8YLzz+vzQJU6+BrL7+IdetmMLV+Rj9Hgx3q/lU6hkWQT3BApWe8EJDBFaFyYj6m&#10;Prbb7WpjAaXDONXp4oGHHsS999+LTfL6/uwv/FNcceUlGJ+a0fp+nWbLn5t2lJRzVd2L5553HjZN&#10;T+He730P6+TXmQ3rDRtUzomJsTFMT02SHJWAOgVIoV6UzUuSNjuRrEd17rs81lug7JaSNl5qkuIJ&#10;GmlSrwsRfKTr7NumbxA5FzA3H8N50Oww8+GLqMySqvJTNppHXzm1fbuwG3+7bvIKdWL3ezp2lW7g&#10;iPXRHUPTZV+KSMEtsFP4uexiXLNmcyvzoNdvZeSUmWt0SOZF9z/wPczNzanVVjvm/vL/9L/hoz9y&#10;C8bGGrZQlmPD+g2468478Hd3fg1vvHEAP/kTn8G//Ff/J65/39Xo6i6lhokh1BIu86KD8jnjk5sw&#10;GKyg3cmwceMO7Np9Iaan18v1mum1q6VYFX4O81iLHnEXoKhgQ1bNK0aY8J6pWoNNBOCqfF2jrDrC&#10;R7CmOe06P+P7QpQYhr6oz+LPE+R+5Yg1KgvvpsdtQbQCBUjYvLTjyQX+rIKN6/ZXxlDR3ouoEyIw&#10;WBNA2vlQwGjZeuzCS8bBx8aFq9OKwPvnWq6greOBA6+9jr/8wl8j++xnf+3WFDALrUsiETTnVryV&#10;RULhnLEoAPcu13bB4z5xExX23iHgCsAW0c+qE/oWogaXSVJSNhqNRU2yW0WHZ7VvyCr+nrq01i1x&#10;awH7zh4R92ixC9CJ2QZjrKbUEwL9MKNGM/yi5LAG0Ktn9LFV6eUl2rDwTWN+y3FGCKLqtYl5hoiO&#10;FbG+UhWAKaqPP0XTKaruWZsgwsdOnJwAAm78hdUP1K8oXLu7WvQL7f6n2Q8iD0dR2PZe9VVuLPpc&#10;FEvNtgPpJKwwws/MVqWKfGDbhQyzoqkAAmW6o0WKZaIhd/ImG2J6fh780OvovPQCuvsfReuR+8G/&#10;fz/Eo9+HeP5JFK+9gOLgaxAnjmB4ZhbDlVnwpVPI545huHAC+exR4NARcMXwO3Icw+OnUZyZg1ha&#10;krnBAIVikLQUW0J+HS8UeQJZW/7csGXQhsM17CKQMz0m3La8qUCT26xH5GWlmNLVKgiNjOLXIuiu&#10;eTaRzV2FXTSLPLBruEWgmBliQxpR4s8DOZ5DeUwr8lrN9+UYvQGWn0Brwybkkxs1w3EoE0aVUEFf&#10;T2imzSA3YdRAJo3KJdAE5NxXclJUq/AOvsJrcKnrq0SCWX8BZ155wBY2GFmH2UgR3bBhRN0cUYU3&#10;JDcibrtNc3GEJLQgbYyFSLUxgqmLnsLk74UgwALI7VPRmRRJAnIWtbB7d3YmiOsu89fba/fxGODj&#10;FaCoc8xl1pG+SveG0fIQNTFJV0qWbjgsAvsCuMuovi6ZBnQ/ZISQWdbkoyBlSZ9HMB/cVy7rayCE&#10;F2KVeZWsyfGcjttyHSLMPEzLUOeyrp/vxlYk5hmppqMn17NaNl9gFYr4XmBVrABA1EjEFpHZBkgc&#10;FAAtz6Cg7D1B5zKrYA8ych6kDR7xZ4XWeAIMCq8m4Rm1qkgwveVSsJmtaPBJC3wxrz8cQOaQeDn4&#10;OmKO+znKSXsh3bO5s3aKWV5I5r6PB0VweRehdTgg40XQS0QsKMoI0EdZmUHfTyRTXARjJj2GuQFB&#10;HOODtuTwlmb8KcOlhtIWG5vBuEy2VpYGWFphxnFdrue94Yo3NVKMP5GbVkEVqDf02j40a3YRWNDq&#10;ofT+FIO6qRzElbuskqEoMi0vYTQQjb7SMM80aKXp6SLELI0G8+3pvgUULAIRdOtWZoBFNRxa0zQz&#10;mqawDG71bafFtU7tUDH+iiEGw0W8+fLzKNS+Nj2uDQ+UCZUJ67lJgKyRReHYI3Y+QTNIrJyC5xuT&#10;2VPa58qMCi90r7WtxjA1PY2Nm7fg4Qe/jzdefxXTk5NoNptaw89LnThATY+50cXVkh3yPTry+vXk&#10;c4cTk2iNjwMrA81oGyqzDk2lhNYAzs8cBTt9EkVrDHlnQsYqme5wUqDsUFjDr5pen9FgnyjLNJA5&#10;6WSPBMQIoC+OT3VB0rbKKlM1WsVz7GHFGNVFXT1PTJCjirtLS8s4cvwEHn34Ydxx+204fOQQtu7Y&#10;hptu/hAmxsax7+GHtBPo5OQEWt0OGrrKaZnzlrbOI/M+2hXDbVeTJWSoDgQrG1Lodu0Gmo0mdu7a&#10;hauvuhq93rIMG4/goovOx5atW+T1bum4T8W/Q828HJpiqKJNyc9QWme7L7gQ5513HlZWlrB9xw45&#10;N5tGb7PR1vdZu93WDNu0cBJANl7u+CnEWedcPNmjKDCgx0CBsJaBQ78XKYHBt+Cb49JAX1FUdn65&#10;1syzZ/aJGvJRcIj2UG4CZvM6BlNtXvc2jEZobOeBojLIKBCDqWWNdTEyBqbFRaeLXjgAWxgmqJDx&#10;u7DFIM221usAQ18V6eVrev0+jh89ih+85Rb8wIdvwcFDb2L/M09i64bzsGX7Fi0loOb8znPOwe6d&#10;5+CNA4dx4M0DWpfvuhveg05XdeY0TfQjE4RH9j2G3/rtW/FHf/IneP97fgBbd03K+dw1HZUyh2o3&#10;u5pZnVnpqqC7x0pg2NnOh7rrUWviUqHTl2r2iUpA+GxcqlNgMmWSBwfwkpgYYxF4SYFA53ybcea1&#10;+oQHmBG3BFdp+LOy/FeMorPqOZe03jJUjF9SxKSGSd4g06J8nDOP9eh4zPpruMLpzIZ1+OSn/gmy&#10;X/vc526tBNP8h4tyDz7R3Iutx4uKRUSAkhNTbYfUwVFEFYdgLZwONCeiiWteSEQ1ojxSyiCCsOqd&#10;iBjqGXcjtolaXcG07WnNCydFwQXWrGcQiYiz1Rfy0eMsyoJWIypLo9h8ZZ0+4/YqxCqVBMQtgNQd&#10;rvAMNxDR1WLV5LZKCF8HWJElItUUqk6FGVGdEHbBaqjv5Xvp1gzbcsSsu5P54MyzOARVYy/M6yx7&#10;21ZRTVBkXAZVxVp16WQ6uGqqSnmjpW3jJ2WA1Tx9DI2XXoS4/z6w7z2I3iMPIN//BPD6SyiOHkBv&#10;/jhyxdBTboSLi+DLC8DiLMTsMfCTR5EfPoaVo6eRn1pAcVIFyn0dXIqWPK6mfIwr4RzjbqjjroZt&#10;A7PsNMV6MywRrgE0MXRJqV0U1ftkNsehtK+CDDNZV3mll0xy7QpEQGtBckdv1KITM9uGmBsQVuTB&#10;gdW0V1k2igb9FGgpz1G5GD9/EP3eCbTP2YledwxDPqHbmR3LORfhOiqDDkW3zrTbORW/5zEF3Nq8&#10;w7ZnK22O4WCI4bAPPlzG6Ze+p1P2InR/gpAcI2AguouJvXxwn3XVToAaCgi6cYvqFESQti5nClDF&#10;+Kty3I0L4mEDL2F9rCIAEIJMh1QpiuhzEqwty6gxFQsgHa92vmWRAXeo2vOIqhg7envWQ2pekgSa&#10;zLtLxsCPuVcYeV9qRsJA/S/C+6caIgTMJqxJQbCU1ZZ517LrQKuUzl3JDh0VXjswLGfeICKtzgpy&#10;0IENl34Gj8eUxcAgBfoYGxnul00zUrBvZPrNovFN792RZa8idTcug31UE0kQt+6CgugirJGC/CGP&#10;wD6OyS0Xga/bKYPcCWu+xmwAyiMR6qjVhPS6F5H5VrxO0dgQ1g0+sOXsKHPH0ssDw97KcJQYBwTt&#10;9mPEAnPPsForLjC18bZJvRB1iV8ooqRC4b3crFVDbejEtYmA0q9rtJoY5CuQ/5f7wwLyfFHr2wkX&#10;/9jFlmuzj0y3Tmnh9iKmmrv2QdgKvgbt7JqnzT2Ycftd6TuZGTN+jcyIPDQyA65pV15htUhtAuML&#10;HTxmk1E2dqthmHDNZmYYK/J+bFlTsOVBX//u4GsHMHtkGZ3NmzExManbMJWLKTQL0WrtcU7W6cC4&#10;574wQZviBao1nkNy7lg07jqqpGx6akqDexPTM9j/5BM4dljpve1AS45Fp9PxYIV63UBrrzUMiJtZ&#10;5TU5zKqxOut2UIxPygR7DI3FZWSDkxDyqT25XowpoEgGIS0Z7/BBU+ttDVWLsHyN0NqGjbAXMr5q&#10;+yBlaSMBK3iJCR0zV9YC9lGGM7dsW20ekHGSQJqWUgWwKdbRQI7DyVMnsX//fm1o8dyzz+D9N9yI&#10;93/g/di7dy82b92qQdV1Gzbjm3fdhe1bN2vjAS7jRnXtmQVQUzAlNUTUcagwhWknLSSsRvSg3/eM&#10;1vXT67Bt1248+8yzuPOub2Lntl3YvHG9MdiQ818xOY3MRa6vc8POTxV/TW/YgHPOPVd/lmrz1e3b&#10;qjgs5+fK8rI+Z1EBmDEmqoEg8RYIFmnRB8Gt13VPpaYWoUODR1Intu3MG93xFJTJsurN7m3+E4nG&#10;Jo+U+hCtu+IsRuStAH5VbaI8uXeijp0aDft0Pa9uSabEmEy3z+suHG5iB9trY6UBVHF+iNPHj+Gw&#10;XHsWlHGgXA+m16/HB2/+IK657mo5F7fjyiuvxZ//1Z/j2/fchU1TM9hzyaWa7a1A4d17LsP7brxS&#10;rl0n8Rd/8d+x74nHUCyvoMlb2pjmu/fdg1t/+1/j6af24zM/+TP42Cc/rokObbnfKOPCRrOhDTYK&#10;0ddFFrXGeY04IUjusLrswFoMYM7GgKWuP67KWTZ1sF7LZ9F9mdW9RlRk3ClORI6Hsxhsd/eiBwOB&#10;6riEvKZSn5NWfFeb4w5sd/GJadGLmI2+w8UyEfK8SGLvzHoECG/u1O/3bJ4j97b+igL7Pn+rF2KP&#10;RDdRWVlPNxuO0LZbQmWZDQ2J21YZnQ0OcJTu6QA9UcQgiQcZ6cCMqKZ5IMsz21ipx5qN4toV8WJS&#10;VT1YDaFe26ZdRXRmI0GxkZ8piKWlQDVw9g/0j6Lqawdiib12etNEmQxG+gxXjBzKuo+EFcNGLYCU&#10;DhaS74jFVyNMHHRUkDAAqaCyvBFtINCXN6/SJ1FBmtJNUY5wLRW06lahQuuINLXpRF8HvqoiDWfo&#10;UVizD0tkUElA1so0gKRcyBRQ1VzqoXn8TbReelq74eLRe5F//37098nNRv6uOPUm2PIJTWdr9M+Y&#10;VXCoNPmOQ5yahTh+EsWxExgcOYX82BkUcysYLqsWJ9X2Kx9t+fwxecbj8o5umURD6d9l3t3RaOb5&#10;NkZh2XrC0btE6IrO3K8UkGaQQQ/U2zXUkRxK1D5UIEOMArsk6eAsSsb/f+beA0qz4zoP/KrenztM&#10;d08OwAzyDDKRQZEAQYKkRK2stWXJsmVTsiRLa2uPTYrc45W0tiDtOau1j/bYlo4pi1SyJIqkKGnF&#10;BBAkkQbAJGAQBhgMgAmYnGc6hz+8V1v3VtV7Ve+9v6cHJOUFT7N7Ovzhhap7v/sFX7bpgBA+XXEI&#10;4ihrQ5N0MsCRqeG0CVlDG3XmrG6EzqO++T70KoRxJujC6H+58GVjdH2eezEX4CaRz65zSnkMP9v8&#10;ueRoe6y4eewZ8/e4PYXx/dtYsuMzfUQuekqVEJdDr8jsICYWJYw9FX3i34quvkjc6wu2YIRp3Pn+&#10;W3m2ES7MSaQbGVSYLuqzGPLAoB+AENmm0LdviIQICHFOEu/M7FNgz4KbIvPRz0mdVcjWc0Wo8D02&#10;XROtAs9Z11gn8MIlUgagKt0K0lOnwqRf+BPHkOiHYHEUJd6MHnvTlw+UsqyFCbsRIucDWqzkUkZ4&#10;dg1kVheJClfkjMkn0oAl/4JMfUm9vZ4ZUZ7ZgrN+iMuN9rLnQeiZ56dEljLURRgrkORBQJUDkN19&#10;IUQAYvhS4ESFBWrIMhTp9VvY8tJrSZScQ+W31Om7MAw+wxBPPEZj4oWF0D02uOpaVEavRCQHuOFW&#10;HgPMB559Fkymhw9tUoJCOM8MhPLAfudnmVI6vf04Y+aVJ/OFj8M8xPTG9Qptjw1owLsklTPmWXvo&#10;E5qQr5GqkWXg0fHRezGlxJJjbb0+pNevFtO7O3Pz+j20zbAFPfNaZGS8U2Pj5qdSZhMNkXo2eMsA&#10;ItKB6CnbXOjmzxiUM2YTxQyqdXrCMAYrxheP6gXH9KQhHwF+JszVDA1IZkagYLVijgnPJfXvdWPL&#10;WrfHzeQX2MZCmmsk6SlmDdLDtfX+NH32BBbOT2Bs00bUm3U+ZySh7dEQ0SXEK+PzWJHOesK3KUGf&#10;zTp/7FXAgk77BgZNYvYvbLSaWL/+Shw5cgT79u3FwOAQhkZGUlk0sxftwFTZKDbpAgj0pk2NM7s5&#10;DunzNzCI3sVZRAuzDBp2OnpfjUxQiJqnoea4kdcN6scnCTNdb+S7mJDLrgmz4UZricw+FKDN7Od+&#10;Su/i9Oow2CRyTFoCKSzz0gSXGMaqUCYEZmZuDhPj49i7dy+efvIJ7HuT0m7X4+EPfxjX33gDRsdG&#10;MEiMR32cB1gKO6hrizZ2vviiPi49rFuzlhUismoYRZEL9Anq2pCt686hkZlLloDHNkzF2AJEHLrW&#10;HGjpc7oO4+fPYOeuF9i7j8BGAvcSG2ZHwHYvTqzNCRhwJhCSAGA6p4HMAIklhIR7p2Hu4V31a/36&#10;RT+1tEzm60uGMz/1ECigNaKnTHBeVLHXUxynv+dSmrmPjSyL8930ZmVhlV6YkbDWQaWwshCXDfZd&#10;DsDXL5gkD8pciixSdh77nVclzJAlHfbwuk2kA3M9U4hRpNdfYlvvee11fPZzn8Uf/+mf4m++8lV8&#10;7Rtfx9PPPIWFuVlsWL8ereYA2xysXbsOo/o+ennPq9j96qtYvXI1Nm7YgKHWgF6XFJYNjeDee+9B&#10;pVbBxOSUfoxn8JWv6cd77FGWtN96y2342Z/+GfzkP/lHGB0Z5rWLQHFBMiHGUyp8DUSikipiEj+s&#10;q0S+vlSm3+WAf5c86yWeiIV1r+wa66s89BmmatGbNFPa5of1Xp/h7qdAnWiT7V0PIeWigTn97q1F&#10;mU3OyoET31E8VwiPmxsGOtsvInmwdUjFEIBI3cU2G9IoxchuhEgkjUYrQ9lIZfCJT3zykbI0pUyf&#10;rELQzLL9ojTuPjeHztM9AzqkyFF8VcC6EWWIqxf3nWkybdKMUJdgjRXTVcvYdeVpsu4jyYGUeerQ&#10;pcC+Sy2Ai6fYLgIOL/q+i6i9KAJn3wUA2Pei9j3wlvLYrhPxF4hF+IACWDJ7vRyI8+fLqg/QV3x2&#10;kQP6nHFnWaceJkeVQ8kuXxAWxKnShkPAT6/LlzkHWxBURs2C/n5kCwGXrFfhJLoeB1AoMsyu1dBq&#10;UNGjix8CDs+dRe3gfsjdLwBbn4HY+TSSPTuQHHgTvfOnocYnEc1MQXbn2YguoinA9BwiXeDGxNg7&#10;fgHxyYtIjs8imWrrFaXLxSQX9A39+luSQT0GSCoik0JGwosMt9OIxGOJJD5YkvMilCELVzoTUD+o&#10;UmWfZYjDXlJBHvi+5WyzhL+3pBQ1b9VKsu4/7VNjpNI49x6YnVgD5ru6Kdl/EvFVwxBX3oB6b4Eb&#10;J/L+6ZHHUMRca3R7PQb8MoaZTOnhGUFLptershQdZm7GxnOxOz/NYF+EmME5ejlx4gEVqqRQ9ZWS&#10;yHxbVO5yvhyhiOozXQ1MyXN7uJvGJQEDb5GiLQfCpeETwdqg0n0qP4kLUohtgIS394epwyXrrxSZ&#10;F1++0PebVJStJCJLUM02dAdACS+R20qMRRiU4ctYhFChW6kIVIwI52fhHqNyBb7ffmbH1vhGhrOX&#10;kjPUR9rjT0oFgm07ABbTJDiRO1rCscgy4MoZOCiIchZeUCSKUhalX+GUbpHeK3TAoupzsSsvCc4/&#10;F6E0Kg9OF/3o8q8j8USmwr6XDPjO5PRZumy2biXKf23KAkGeXF7/zcCK61AZ3aRPf9OmDspAQuIX&#10;xEmSSbsSIUrqHRX4FrsmX3rXJwrKkCDKJOfJnIFxMt2hjV+S8K91t9jKKPDFysCGyNY3UVgPBXHV&#10;bpqj+rJKyGeCAkBYJskvpYtKVb+yWh1xtaUL7oaxU5iP9R7eZglvpBtDYk8Zf1Drt2NhzorMjAoC&#10;ib7HJHaynshKtJTefDrdhBkd9De1SsQgHj1+zzL6urEJniK2chx7jykNs88MZazFAoN9yoKLdr+O&#10;zM0oU4aS4rCuiAl8MTq9Dk6ePws5o9/f+o0YqFUxNDism4s2s02MF5ywKb3e++i7lofAuyptCQ2I&#10;ROekZ4eizPLSF3RrcAgjY2M4ffI4Dh88gNVr1qI10GJJb68Xp8FViV3PVWyMeBlwiqrM0kS9hV6z&#10;gbochJjSdc7cAg8uE8nxJ4i6C6jMTmFhfALVsZWIay3UdFPV1I9LbHwRZYn0SwH7Qg/MMn8oFYDQ&#10;/QE/FTa+NsmXwFcC+LpJYodzisH8drvDTJATx4/jiW9/E49/+1sYHhrGRz/6g7j9zruwdv16NOsN&#10;NDhMwLGsI64p167bgOHhEezY8TwGBwcwPDqGZqPODMc47rJnY6aKkZ7fvcwpk2TABHTDSANKdjEw&#10;MIDB4WHcdPNtOHv6DP7iy3+FAf08V1xxJQN55D/lWJvM3PMolVL5gVyht1Z+/343El1VUoP0+7fq&#10;k+zKIwrb6/A1LATXflBIGZAE4A3o80JBdvQ3zEq0yX+JFy4QeT5+3yvwJvMbzyT2SY5/6gcnfa/B&#10;vksxz5Tnkel3dYE1xqXeY8lzEFOP1ghSPbHcnX1a9XreJbazfQ699p04eRi//hv/J775xOO4784H&#10;8K9/6RfwwP334dz58/j9z34W+/buxS0334yhsTUc03Tb7bfhrjvuxLO693rq6aew+fotGF29Sq/X&#10;utfS/RaFybznrrvxIx/7QXzkoQ/grvfcgYc/+DD+8U/8BH7iJ38K12+5CaOjo3pd7zLwHSex3aui&#10;dOU0THBVGACG+6F6V9f95ZB6Ss27VLjOLUWyu9RIUeExh8uCkwqgmyquAX4CcTqWKAtBXQQsVUvA&#10;T/KPE0iDE5V73cVKOrH3u0plumZNr+q1ucfhShVe9/n8szWUHXqIHnuxKqsUpLUl+uQnf/kRH6gr&#10;3hjKK6+LZXYo9/WpBdLSJ7OwguLBsYaD8CVSIifJ82VLOVrKIgtL3vOi3Ew0nCYvDtYhN3G8NFou&#10;hHiXC+B3Gc/kNdgieH+Zh9/3CukPwLOURqGyJK4+YGoatODkaxCetX3oA5gP5JDf1esWJaCe8KRz&#10;ngEmMnlgGRMxZB0U2h+PweB+L0mTYdO/cx6EFjSKrMyTEXz9s7puMiKZMJNN1qpsSk1peKJSR01F&#10;aMzMonb+DKrvvAnx0i7IHc9B7tyGnv66/dbrLMWVc5PMCEz0R5du+vkFYOYiFBlRT08hOT+O7qkL&#10;6F2cQu/sPBRNtwlIIiucQf1K9Aeaeptp6I8mvQ5woSsrgl9XojL/M3ccjeed8hJSvdRIdw+pYkps&#10;KouUhrlTCOWmxiUyhrpu7SgAHcimuJAZoJgupt7jCvealGERO1CPJbvWlw/ue/Z3PKqWSf21T0By&#10;XlHTX+vDW6+atMLO+SOoX7ERk8Mr2Cm9oswGHTPW1+XGhD37/E3KghxF2zLTzXOKYmJS41RXN2Kd&#10;eUwe3KEPTc+8Zwf2iSKjLw9i+RYpymfQvYtVSACB7ULINA6Bviyww5ovpw1AH9xWhUMgfy1WuQow&#10;SwbNfPqcIbwU2ddIp9jmeoi8AAv/c8AOcD6gaZCVz2IWgc9fcJ31239UOYjpFGzFRkWk4wIlQiS7&#10;uN2IHBjpxyCLUtDLFEDmZs5C2cold2oJhU7Bt6XkuiuhhPP7S5BJMJTy1+5LMPqUH25SVgWEoKDy&#10;JNK+u1zh70V52bEUsC94vyocLKhLDrWEN5iwMlqVPX44vxPpa3DefbENnocNjxhYfi1qYxtR4cXc&#10;AUrupMiAZZdKML3QjkBOYwcUaaPowi1Yhlktlu9W5qvSUSo8H+h8kkmcAYXCpMdn63jsDW5EEJKm&#10;VM49uYTF5/ZfWfCQrnh+XpLXWWkQr+x12KpY6A2y0Wzqnzc4EZasHOLupFlHZDcwdDf2HILZSBSE&#10;ItNMEJV5BttjaSS4ju1nA53sAavp4r5ejdLwPDqvlsCV2hEkTr4u7BqhBOIkt25KN2dV6R44307Q&#10;6SlOBKbHrEoYXyj94DVpZMOnT56COjOBim5E6wMDaOpGVLH8zdirOJ8gsXh1XtqgF4c8LnRPZA2P&#10;AEtJ6b02dcM8umIlpqZnWIq6bHgZavUmaroRIn/BXq+bVpdJar5b4X1XKpMQ26ZzXa9DDg0D7S4q&#10;0xNo0NCMwFBdDNT07ya6aeotdNjzL9Hne6HSgKhW0oAqIcSiNj/FAXlSeNf5wIisVxIpay68dj1v&#10;XhlZOXhsjqwCN4JUH8wttHHg4AG8/NJuvLT7Bb6OPvrhh/He9/0ANlyxAcMtE7pSjWpGMsvMwITB&#10;tXZ7gVN4K/rrkWUj2LlzBz/f4LJh/Xs1wzaztiLlSevZup31h7neyEpuCTyla51k4hs3Xqmv8xq2&#10;bX8eI0OUCrzams0jvR6kTao27hKVdAirLPCpkksBHJf0Kwp+SwnR33Xdu+bTQAAfqPL8+uiDAVl9&#10;foiF2WYrlhj1eo1BdbLtIdZjwlYtcRZC5PXn6vus0vL3bOn1ZGLJTAux5Oe5nN8ph72z4ZALPVRe&#10;iQ7H6O2L5ppgKpKVK2ULHjpfes2nAQcFCNbqVXzn20/iW088hX/585/Ax//5P8XmG67F2g0bcOe9&#10;9+GN11/Dju278NZb+7F8dIwZqrR2rlq9Fjduvh4v7n4Jf/u1r+LksaO44847WA5/6vQ5/e+TWLFq&#10;HQ8trrzqKqzV9+PI2CgG6hHvIXQ3V+29TfcJM7lUZp+RsI97CessrZk99nyOkb8YW00IccmzLC7x&#10;fX+vLHuu/O/7qhGVG5CH/nY5Ylnw8/5sv4Ilvxc0Jvz71T2WlIHsvh+Y2A9I9u/VfqCS8ZaVQTBQ&#10;v8AP5dWfNPQz63sPv/eZ/4ovfvELvPdt2Hi17Rt6vOfVqrVU4VnT+1b0yV/+1CNCZB4GDqgxKaBZ&#10;AZGBWwX5c7B5pabNyqPw20Ix8k5+tpkrI1VI/S+8CwN5E9KkD4egbIIWsjH6J9D47zvfBGcpw/7z&#10;vTsQbym/p76rjSn/N4Yl5JnbvQs2n0rlJotvnBnQJ1L+BUQgmvQWoIyhInOm7CIPvEH1nSAk/TaA&#10;S5mOKlXKDBGe63/mw6gC8/9wJ+nHDCwCgdJDLJxviQvLUBxAQSwv4/9XtfdeXS/msttGbW4GA+MX&#10;MHT6JKA3lvpLO4DnngJ2bIV6YSvEa7sQv/UakjPH0Z24gN7sOOTsRQb55MwUEv1vdfos/wynxpEc&#10;n0I8PYvubBvRXBsV0qPWSY6rn5fBPX3nVWmyRWEa0kz9LfCRKOe3Zho7B+XGKqMSJY4iEKsAZBO5&#10;VdfEvttHkN6UxQ4IIu86SBMFROh8iGKWBQIeksoYQinjJzEgHrPw9FvXfZku9Olrwf9WbfNv0bXF&#10;RM+m8Krsg338CJCkYqFtgkOSyDbZpGtqS/SInTE+j+k3d2PkuiswO7wCTd2MkAaY5E/UHRIgSgu3&#10;X8DFKpuMBQBpYnxriNZNk/qkp4+0/ttel8C+7Zwc6ej8yjJLkkVWmryEV/VZgi6PXZwLrkkZayJk&#10;9Xl+gsKlTRcGSeWvIRgOyWyFEcIbNXnyDyl9LyiXYpkx/IQ/ZBKZbFeK0H8vDQPwA6kQBr746drK&#10;YynnQb289QVUONgKwjxULrRDeM8uRCmIFTLKixphVRqtjCA9N058UFyEKcolQJYPzLp01X7DksKO&#10;p2RhlU8BISUKTLg8/5ulvsoMSpJ04p9nqYpA5u7PfESB2eeahpDpB19enTJLRTETPgAPc7KoEjak&#10;WkLdoHIgob+7Ko9t6I6P8oYssR2s0bEZXHENqis26bqrlQUqWEldfliaiMxTz4+oDvyT/aYYvtdw&#10;aKTtmEsOfEuZfKWTGhVyoFyarfJ2fm/a7Vf0mUcTMnky+vv1MVfe29MNYGafUpo0JscwIwBTWfuJ&#10;yCabRg29pldH+Vj1aM9QC5xoy6mw1GQpk35qZJpVbtqq7JVnBk8mdEZkYT8y88akpt+s6dZbr0JF&#10;PFJPKQfqulTe1Kjd96lySdcWcDFepfb9xRngv9AhwC/m+56PPjHEiABHzL2KAZ16uvk9c/ZtjL95&#10;CM2xEUStQWbQNRpNY5lg2YssoV7EIiXIeQ7AMoUyyq2TZDtPWFqfa5TKW69j9dr1GL9wATt3bCcH&#10;e4zohltEkkE/Ak6JNUWgJYHFhh0vUBMVttYQpIpoSbQHl6E2ug6dhVmo+XkIavQ5sdyY9kYzE5Dn&#10;T0J2FoDhMWbo1zhQRZT4LPSrx8sVJf4CLH2bmHyIQ4nEV9qmlIPabOPanp/DxPQ0Dh3Yj6ee+BZe&#10;eeVlvubuvvd+vP+hh3DlFRvY/5Aemjy/In1NxnEMJyWXllFS08eG5GGtwQGMLR/F6MgoXtr1Ao4d&#10;OYb1V1xhZekmEZnAv8STloYedarv6i9sUUkgGDH4qiJhCfH1m2/Epo0bUdXfG1uxXP+sxuwrFaSk&#10;Kpt2rdJaQNpE4sT2m+U9DZbszecnJV9quMUycm+omVgQMLIhJrH15FZ2knfs8Dv4kz/5Y72OKAwu&#10;W4Zmo2GWNRq0s2xTpvXcQrdr2K3VWhpkJL9PeF/Awi7s898bsO9SIQ15Jrbw2H0pkOJJyEWYZFbG&#10;Ayt9VRV7jE2wS5UBtLZe48YnL+I3f+MRvLL7VX0t3oTNN92KDz70IO689w6sWj7Gzzk3N4ev/vVf&#10;45lnn8NVV2/CzMw0vvTlL2J2egq33nmfvo4bWL1mHR760AfR1T3cM88+i89/4YvY+uxW/Mmffx5v&#10;vvkW7r7nfqwYHeHVntb3Bg2CyFqDGNxuaK+fyzC5kjRJmkKlzACk5NjKokSn//FZHIUQSzy7eaAw&#10;Qah6ybP2yoKKlFdP9HsemUt8zgObRRWq8Abz3kAQ2bBf5NZvTrX3gUrlKVkXkfK+q++JxXMeMks7&#10;w/411kTSgH16Pfj8F/4CL+v1/TtPPIlWrY4bttxoatfEbJbn9b7455//Mzz26NdJxvuJRwqhGSVk&#10;yoLpuSii/b6+PiuqVWg06jcrEjatq+DgkcpwAg1QbpMooqmy/CJcdGLQX8Yr0mjlspN7ORMW8V0s&#10;vNGlkevFiosy/8XLAfz8DqOvDDhr6kImno/WZ8EVypNjygI1NgnOgg+MIYfu56/SpRiOFgpNVYxk&#10;L2MCBqk/ShUamnzqn/96JHLyX7+AY/PZhAlkTX1DD+gis378CJL9+zH80kvobX0aYvtz6L22C/N7&#10;d6Ny/BCSibNYmB1HhcIyego9chHv6mJP/7sycRHRhYvonJtAb3IG8cQ8cLStv475zVaqeuFqJUh0&#10;XVHTH72mQNdKeKpKmuKJprlsvB3RwxuwSwlOoKKbuxqJVPbJU+S2kfsYNNBLKEoyE2QCw4Ry3jvm&#10;djaSmiTHsczwDRXZcW3Q1ysPYA6TKFNCiMcY9OV47jST3x6x7xjUI9+9NjnvkuGBYIAPHRO6QY0Q&#10;Mfy4qaJNlpqgOGM1uTpf+d4DsQEGyZujq49tbU5v4jM9THUvYujeBzA7O8fsg07cNk0gSXm7HfPn&#10;UWSaco9ebppw47vDjR8/AaUzmpRiYmx22nMp2OeAtNjJnH00QFwCXFDevapEnn0ekppcaEC/uHQf&#10;gPC+oQIQJ/PCC6dadqWQORZUAYDMfNwCTw7lsfdsgaCQyXad92sllwDvhllSZJJvlQPZhJdSH9z1&#10;AjmgrgQo9X5HKW+fzLMhvITf/FRS5h9XFPfpgLynylh/og8321zDjulmiLGeQSP8wAhRNqwM2Ihc&#10;9MXFa0z5sdiJt9fnGXOejsD3qAuf3zBolfJVESIL2vH9FFX/9Pc82JevSJTwrEYcWJ0ShYtgn1Ih&#10;sy9IzfUA10CjUBqKIgI2rA/2JY7lJwq2tpm/JrJ0bAZw9f+3xq5CbWwTomjADjOFd7O5e8V831wD&#10;2c/ytYiUWWUoDYJurQPyRoSJN+mXKdPdFec0xCgMy4TxOHXhMGmFYa1lzDFIQgq0Bcb40ko8iXHp&#10;iid5Aq6CYDmvgbKoAIN2/A3jmUTMMFqTFaXoknG6qKOnG0VZbUHpDbMzG+tGraPXmg6DfYljYfOm&#10;V7ESXMVMnriXpMFbfK+JON1TmLWXGM8eehz26aGwDRlbH58oXZ8YxJOpOS1ceIlrc6UwYKO7DhMr&#10;62V/QJIFSTOk6+iNg7G9it67GjU2ga9VTJ1OoEQnFgyCzXYmMH10Amrtagy1mvyRrbOS5dVpejRc&#10;GrUKvCh9WZ5/P2dG6c6SImZAiQPMmMhV1eVOl183yU8r9TqGl1N4yCBee+UlDA8Po6VfT4vAEzpG&#10;JIkkL0UCZvVjUcAKDTBj+5rihOxPBKZlHXJgGHJqClG3jWpvRp+uiH3mVG8WanYGyXn9vcEhiOFR&#10;43zOISBL8cTyWSB9f2NR5pMo9fNTLKWl49TRDeD05DguXLyIRx//Jh5/4jsYXTaCDz/8Edx1z71Y&#10;tWolBvQ5JbZqvdZi1lBPmGCWKDLEAAINSWZKvlB8HhNie7YxUNPnuNnEqnXrsf/AASxMjGON/rpa&#10;raXKBNUXQAuHVSGUpuvXTo8Zq/we2m1+3lZdYvWaNRhZsVKfz0FmH0o7LHDWAizhDwAN0ye6+yFx&#10;KWCqzNJpqV2UCs5OGeBX0An5IR2OKeaAcJJaW58OAou+8dhj+JuvfgVXb9yI1evX89/Q7wjLNpuc&#10;nMTxo0dw4tgRTE5Po6qv6cgGlMjvI7Mv69VlqRfc9wrsu+TPRTFES3m+uCqXYu1HjORfhwqgSwv2&#10;EZPV9nezCwuY1v3TwvwCLk5fwO/819/H0OAo7r/vfVg+VsXy5Wv0ei8YAJ+a6eDJbz6GR37rt/DD&#10;P/RR/Oqv/yY++OD78c7BQ/jaNx/H8NAybL7+Wh6UDAwN4v3334uHPvgBzM939P15Hnfffjt+8V/9&#10;a6xaOab7AUr3rdgE84SZ1XSOK8wMV8aznVm7Mq093L7igD1VPkFNMREhyhkR/Rh9ZQEaiwGD+ZBV&#10;f4VKFmVvh+2JKh1d93lN/r8XXX+LidtImYciAJHTginnQyyUWpyOtZjXp1K50FX/35m9QYAxhJN3&#10;E3KU9mZgVjD9+8EPPIyDhw7i2LFj2PXCbowNDuOW99zKvsCH9r+Nf/8bv45vP/EE3t6/H9GnfvmT&#10;j5hCIzJFjZ28hmlF5aKuNLlQCq8QlDkymum8lUfOCdMzpbegZD55GYXGvg6Vs1HMBsUe4KgCFpFw&#10;S0GJU3nmv6YyPyQ7jXR/K+Xi69r3Buiz02kfAJLSY48lpcc/L3A1U3mZfoQehyF7BAFTLReQsghi&#10;L3OALAORbsJu/xchJ8JVWcMtPSDZ+E6o3PtT5ce4ZHdO/NdC07LgcWxYgkswTDxDdde5pZ5sRqae&#10;eA02GztLkRb7yqbjROm1SM8muXHi5DrbdMSwRTE/d4UXZCrWK2SmTVN/CyRUKbK908XA1Dhap06i&#10;euAtNF/Zicru56F2PAO8uhs48CaSCycQtacgkzZUl+MdkJA0RW9GcmoGmJpG78IFCF144YIuvM/O&#10;Ir7YRjxjGgaq3yKS3A7r511GPntEFxSsz+HphbRSVAcyRMr6dBmprPHJyW4892WSZEGLrKatOnaC&#10;stIku2BWXHHkzIBEyMxyDbHX+wdrS2zkwgETLXHG/jmml0de5V8klJLBO8GfJTH15vT35/XX88IA&#10;evT9BIG/l3kfSAsKdxuJJLcjudRLOImZZQxKs2byudaNU1zhLgni1HmIm65Gd2wdP9icvu9qFNrR&#10;jS01O7HFIQIE02z0BqhgmQ6xDWJr1EpAX2cBNf156vBzDPypwobojPmLW1/ifCfzABUy7xaIUqww&#10;AMLL1kQpRF4tmk7NUomI59PKDamUWQMoEPiWCV9iK0URFFEqw4VtIxmYFqffN75W6b4lfFaNSuVx&#10;zstPega/kfOqzYGgEt5e5HYf+4/ACzF3nJOSxoNLVmGBXGcwnKegedPKtPrzwcZyC3F7n/nHVGUT&#10;b5Etiz44JXKedblcjgyQ9Jm2ygBwXt5Kti6gzKvK3Df+nUxgdpyE+5VhMIWvUTopf+IS1kWatB7y&#10;6rJmM05BNjOAcNLPHL8oDQVJymZfHrvRKRKSkuRfXwKVAXYiDF5BYHfXn4nrQnL8lGjH3LIWBMyy&#10;TpDaZGTvE2wLQT8fGrkCYuxq1GpDae0l3H6eBgXZfRoyM5R290lgBeJ5KLr7UCnPg9lKjqzXQlZz&#10;GU5/OjSUUVr4GqBRhmFYztPU53Sy4X019INmgDBJ6zrnPOWH6wgL5Ak/4dixfaRLvDMH1NWzym4E&#10;yvoA8vOkRp+R3lb1js/MnCoXAXOdBHW0uSGLmBwuTHgG2TgkBlwRJJ2ESRWlqb3x5auYGkKawZvx&#10;63Kuf4kBrJWyyaYyZSgry4BV1guQ34cdmFTZV03px1fm9djjSwwBYhD5ayoxB+tVAtEozS9h/ykC&#10;MB2jn1iF1arg6mdudgYzbx1m/8L68uXs+darDujD1jY+QfQ6qQYixpddaxOH+3LgiS/3ygL7shpW&#10;Glm1n8obmbrRGJKbcBlKZyXm19DAILNiXtuzh5kwBIw0m3XrJ2gcOUjyKVTmeRa5gChiXOrGvKbf&#10;+8LYKkS6Ke9NT/MY1vi26fdB4K0+p/HELAOOoj4AqY9TjwHBuq5Xuvx6TFsWWWVU6MHnX9OLtgz5&#10;rCuP+e7AcnOf6NfWmWPQ4vT5cbz26h789V//NYPLH37oQdz/3nuwev06DAwO8vmhgSIFWhigILLr&#10;pLSDEMnHL7GMWCeNNDqvhI9Pc7CFFWOjeHH3izh+4iRGx8ZQa9V5YF2RtgOwITTVCPaeRzYMcIqX&#10;JAu8ImuahAeUxPCrWIaikbM39QUXCWETqv1BmygosgqH8F3ZFeXshkT4UWQJmjopsmtrrHzJr7LB&#10;gyIoGKQFAMkC4LprrsO0rt+fePppjI2MYdXqdfoYxFhY6OkWYB++9MUv4W+//nXdyL+AHTt24PWX&#10;X9Y/W0BLn896s8FBPiQ5j2HCT3hYz318kg1F+oAPZeqNgLFt11vp6gZVoqyT0ovOQomyKcGlfO1D&#10;IDFXG/ieMh5wG0o73R5uhyIQQT3FjCiVBaq5Hiexhcm87qcIMJ9dmMd/+S//GV/4yy/j3Okz2PfG&#10;G/jx//mf4J4Hb0HF+o0TM5tAuANvv4lf+fX/AytXrsH//iv/HqtWNrB65Qbcd//dOHH0OB57/DG8&#10;vf9NXHnllVixerV+ri5GRpbj7jvvwEcf/ggeeOABrF2zGi1en6S1SoMB+SoyJBWlbHgRDNcCT7oS&#10;5ZvPClO5E52mHHvyXl9R56vdsuUn6/Md8JINQFXp8hVGtuVAQfKvFCJk5OcsIPrew0u4p5VKQoBa&#10;KW8tsoxiyzowqdmelDd/pTv8Qso0lFZ591KU9juh3Qlbc1UqFndQuaGPyJSw9nddTZ4OR4Xbx2WK&#10;l1H/UnEBYPp/H3n4Q+joa/jVvXuwbedOnD5+BrffdCv+7//023hj7z7ce98P4+/98IcI7PvUI/2m&#10;MWEKbT/Ndak9Y2HRRYlOWxYw4DwO3AcRlv2pkZcC5UKdtQxYisWAEfld2+ddcmtx9JN8HN9SmHuL&#10;Ao9JXx15kCoo+sQ3Oh2LQ7VVPtE28qrkkHXi9PeqhK6tVCbvfTe2E2nxn0P4EyWtFLxikXh3fBII&#10;5zqp3KbswL3E60Yr9ret32ASp++dTXFJmWk3f9reSPpKoRrkqxFbOatkGYPkSXJNdVDrzqE2O4X6&#10;qeOQh/ah+fqrqJOnnv6IdmyFeGEr4j07Ee/fB5w6guTMaVRmJnTxNouuLuAwM4V4ZhK9iSmIiUmI&#10;C5NITk+jd3YGanoByULbSG3ofegiPBnSr29Yf+jPaOh3R17WNQPuKY+tZHBtlWP9qMxDyh7YSIqC&#10;3M2/IYUIQYJ80aUQWuLzL8oi4J9njDlFn1v43IRfUrOvQrYXgXOkQlYLBOTByHHpY0Hy91Ri5bqJ&#10;aYjjrklIDBJmE6dmEqmMWKUyvMU/wmOSOvab9yBdI6Gvl47AwvnDGHrgQSzo56OU5I41XnayXHgN&#10;cqI8UAaZ7DKx4B/LQfQ12mM7D4nJA8/qZqMTblIix8TzZapekbTo+nKJe1SW+Vf4TNbcIi4XeUhh&#10;C7GACSVECciUm/a6RkB5TF1vKZXwjLs9nCzyTb4tsCZSeYwIEYIccJn42FsaViqCeyPlpeX2UeSB&#10;2ECNmzmdqhxQVbSPUIWTLXL7dxZAIwpLvEIJwy9vkOt5r/i/o1Ida9l2VfR8ET77Nseky6b1jqWm&#10;7HouAhZWWdiG8IBAkQu8yO8Uygv99pmCPhhbtv2qsgGx8liTJQBe+i1VwnaFCEI1guvdYz6Jwnsp&#10;UV4reECb9edTYSnFQE2chY20RjdALr9GN/1WxkssLHvepZSBzYofpKO8UAUJl3CK4n2fC/uAlbtS&#10;IpwpGeL0eMsSOYuCLLzjoElIz5dP/U1ywR+5E0V1gQN/rdG5+Z733tIBqb8GCY+Vn3gAg/AYaLGR&#10;gdUEM9CaA6P6kA5gbq5jjhNtSPY9S71ZJczAlqYRIANc2eBGnbhmlIKrAua0Stl6JtveOVNJO/Tx&#10;hg4yY9VL79/Kgl2uuSVmYSTNYM4komeJ5ByCIe1AxA68iO1Hew79XaWiMFCvsH9fnPRwfnIc5/Yd&#10;ZC/C6uAghqr6Wmq07MUQMwhFPmQM5vRsQqonoxLIy3uLvUTK3sluqoCtxa+ZZKD1OpavWsW/8tqr&#10;r+DsmTPs6SdZohcx2GXW/ciCnsLaXeg6DgaQjBp1VFotdMbWohLrPfriOKK4w2EUxA+kBF7Zm4Wg&#10;mm5mHEo38Kg19fvrIYkMI6tih8N0jJTq35hePllABEojO11EtVbBAoVw6OdcmJtjJti112/GrXfc&#10;iWWjY/p81TjwzXlCmiG9k9GrYmHn+VjzsYl7qNUb7ONMKcXNwWEO7jh7+hRe3fMq1qxdh0F9zKgl&#10;SMgvypOjO18qmWMWlUnVwntcpF7vDvD4u/nv8poS4TF/DPhsAUALxiprgeDCkWiAbhJ3GT7CwPAg&#10;7rz7XrT0tfsXX/wiDh84gHUb1uPUsRP4j7/9H/Wl1cDP/9zP4+/9yI/g7jvvYqDvG48+ysEPV111&#10;DYZGRxmwr1dkVnco5SkSxJKvu9K8RadiQh9Gn8jLW8qOj7ysHr2c4efXryJYHeIkCbwrTYCLLPj3&#10;0fnpkqxHJjxMJHZwO+HmgH1QW80Wrrl6kz62W/HYNx9Hr9vFNddehTvueS/F9TBQTh6W9N/hd97B&#10;f//8n2P16tX4xz/1cYwMNXVv2dOPMYjVq1biS1/+Es5dGMeunS/htlvfh6FlI7zG0z7R1PdKzXo0&#10;hp6dOTWN3XMUFmcEvyuMwgPCMgksSgIvwuMupFjUbOxS91W5lVp5AoNYAqinLoH1+ICfcAP4ILgj&#10;BN9S7/CAwCY8UoKtqXLXsh+YFqRI0/CE/DnTk5qEwXx+TeFGy8oYiKfnxXH6LOBresYe13PMrNb/&#10;vvOe+7BiZBh79+3Dnj2v4Pmdz2Pf229j1dqr8Vu//Qge/gF9Df/yL7uAjjIwzU07hedlVg6uhQ2f&#10;WJTmXLw4fLvmReYtcvFElH6LiSiTOqHfZiNC9tv3e2sRvt/d5dxCZWBfEh7HkgmOSpI+ZyHxiZTI&#10;x5X6CL8UnqORCiftapFF33/Got+e35SpdJKhvHQoFSDjThaa2AbOeu1Yb50MtJI8MTTplQbko+9F&#10;XnNGyk0CSkwzLC14pwIpSY/kN/p3GsqwTqmwIg+FOVvUEHgzqIv46tQ4agffRv2F7VDbt0Poz/HO&#10;Hei9+QZw5iii8VPoLoyj25lFb6GHalcXxB29GMzOIZmeg9Kfu1ML6J1rozquG4NJ/X4m9WtZMCl7&#10;oqXfxYB+YfpDNvXm1lSc/kp9VEUavz8CNCVJf6yrt0QRsHMSLV9+56aUbl+X1rsouJM9gFAh7TZL&#10;y3QEAdpeuqy/gUiP2SJQYI+yNx577JG0VrHslo3QO8a/PSHmHp068t7rWTZgz/jsMSspNtJi/t3Y&#10;axadL0PiWCmu6c887yzx1fwuffYYyumHxcTN4zmzZhUUrcY0Wn+cnMX04AJw1U3cICrd6FE6F03h&#10;OyTDFpEXZOKBETZdT3kMQKeRlLUGajWJ83u/rd97L4A4lEsi9BlYQhRuOdWnVrtUL9K/+FDpQDYv&#10;OvJl1woIE5FzUpvSRGsRgmZODqxUfhqYRdU79peQIv37NI0XLphDZUOtFIjIA9JW0i0QSLL8+Umi&#10;kDKGXKpuFnChArK1yvnTKQ8AjBD6zKjSyWjGBM0DW9nx8/4uJ7UtBIDYxwwR7wzA9p3Z/PTgMvK4&#10;7yPnv94Q6S+XBCeJDK9/JUK/Ovt3hm0k/HmTKcJU9nc+yFc+TgyPf5LeJ961ldsp/fCLFPCESPfC&#10;QHqsilKi7LrNWMRKFEE8/3im/pb+oM5b1MM03uyPXQIrA+L2MVqjayFGCewbJFp2CIyKjIEllGNB&#10;ZgnrwvPVzdIZQx+cYIhJv2vZFsyYp+KbZWjWeNzt114zX6xr7N5uhaCu1jFAhfSaFVHKLMhxyv2x&#10;ZLGpSYE+md4DysWupw8p0wvGvR6FSnpNojIA2RjQzaQuyrsdvQ/PGW/iaIb3Ik7O5Y0vMuddb94k&#10;nZVYYECF9ilpU+iN7x8CgRqUt3Fa9JrAORmJLLjBm/K4oVbPAluVyPfKzq5LSvZVnillJD3GnV0j&#10;K8KElbCqWB+HuKswMTeBicOnIWot1JePolFt6KaXYi4itrNwDF0pRXAvRWIxm3fVpxJWOUKCSP3b&#10;iPVHQN7A4BAGhpfh7bf2sUUGSUGJCdGoVlKPSCc1p2tTWEY8z7ejGrr6BDTo9Q8Mo6bfr5ieRbU9&#10;ya+/m0RcbykKTZu4wDXJfH0ZRL3Ccjz21VXGP49YQDGStNErM3y/XLAvG3O4OkVx6mK9Uef1ZOWa&#10;VVi7ejXeOXQQQ/oYLBsewUCzxmzNXmJsgZhZagfXZcEaATNFZVJ48v1jJhBdG5Uq1q7fgNmZKby6&#10;+yWsXn8lBxnUahG/HrpAopSN6zfv5XKpfs2+skF/6vsYSFF6laklE4iCnsYxqRyIrbw91CSjJ4ZR&#10;q8z9VaVBvD6H6zZu0vdSF48+/jgOv3MQRw4fxWtvvIGf+/mfx+3vuQOteg2r1qzBNdffiOuvuw5v&#10;66Z+1wu7sGXLjWgONNGsV2y/l/nlvxskKC+kykst+xWBPnh/qR72csNFxCI+aYbtG1n7JzesdR6f&#10;hqUaeYxSCrNb6FC93cHk1BRm9QfV4vVmCzPTkxgZGcU999yF06dO4cixI7gwMY577roPy8dG2Eux&#10;0Wphbm4Wo8uX4/SJ49i5fReuumIdrt+yme2BaJd6+cVX8ObbR/Bv/tdfws033oBr9PlavqKle5U2&#10;g7xVtw5B5vALFMC+glXOUo4PxCIZBWX4TcD+CX+WD+tYBJQtC/5QEh5o33+lLwu7kDnMIGMVlj8X&#10;Sh8nnxew+HWYl+FLUTLj9f4uyt0bwvMBElaZJf2wj3RobeViyldvypChobzEYa+n4cejdYTW4qhi&#10;wW6BLZs34/3vvRe7Xn4ZR48dQ0J7VFzDj/+jH8cAAc0O7AvZcklhAiMQSpryTL/iTahKCjBpfUdk&#10;ppEunVmHzLMCIyIPKPS5sIsTI7kERtzf8X9KXQLc6xfOIQpFkJNchQ2cDFh70kl8lSfXy/+Nle34&#10;N1gwyfZQ93d79IqcTpEmDZWfm9w1lmQBAL5M1yTrJLaoMEywyHs2aVmHCTX3BLgEMmXzGmKj4rcU&#10;dvd3vSxIptOF3iXQHJ/G4Dt70dr3KsTubUiefwbY+TziN15B78RhxFPnIPTGEMXznPYQU8rtzCww&#10;N41ochYV/ffiwhS603NoT7eRtPXP27oImNfPS/3FoC6uhvTzD+mvR/TrrhMJwHqRWZlfagisRCY9&#10;U57EXiEF+0Se7ICcX5QwktNsWueB/h4LRxToWSJsmFQR5FF95vZphUSfY+unF1s2Hn3dyT6StgH6&#10;GMjrGRmuattj5flTJbFJMUxsU54kGfiS9nCuZPZAvEVvu/5GO4v+Hp8PanJILqWfcP70cdTuugWi&#10;uZzT/vh10qSGQjqE9R5Jp6lZg5AkHojACz15KtV5sov5KZx+5VEQP0GJTFInc0EASoQAAtDfLyxg&#10;aOZTcr1Q15CQrEqXMdknfVXkGKKZhwZC/88C0cxvIAR7EAkLbAjk/e5E6tXHEl6J4Jp2IVQ+wyXb&#10;9IuehaIwwfOKChc0YiWIbr/MPNw9U20HxEKEfogCOSAt816V3h/7TboqcWFQAgWtrVqyV1HRQy/x&#10;zovK+S8pJUqvH9HvcYXz8ArXFuHZlPii2sCsW/ksMiu7d6xQ54PnMQ7zJhGqMLsojpyUH8DhHw23&#10;v/qZV4V1LSyOVR+wL7VkQeZz3L8gznnb5HIMfCmq75FmQvzs5/RaEWiNrIRcfgOq9SEGmtweKC0Y&#10;ngSFf5Sx/XxZm/9aEMpTXEMvXIKuK8JzCXouDTdk9vnsubC2y0ImUoMW+NbfpUyBQB9d/EiZDelz&#10;JOFi6a05LKVRUVi3WvS1140ZoItExawnJHWt1NhqgaGVXsewKZRhGVaFCRLoEmOMJvRkeiuMTy75&#10;XyiOdhdw5ikRr112rRCG+xhZeRcz+KQLAsj8dJX15VOBVArMTsmIlzJNnlbueSJpw8OMzImAxJqV&#10;lhE40SP2DIODulLqGY+1ue48zr19kO0xhjatQ63WMJZq9vETW69VhFtLZKqcSErqwfC8qyxdPfCL&#10;lMH5pucgiSpJeFsDA5xQ+NqeVzA1fpEDROqtAW60CQAU9vhzEGFk2Ix0XFm2rhuonm6UquShOzTG&#10;Mt1o/AJoblghCFP/bifuoUnX4tQUKr0uKvUG0Bg0Hn72mu5ZVkni6unLlpSGlCbXC3l8JQOaW78n&#10;Yt1RYrBrno8cOsjnr6GPBdUK9B8NCxkcydlqCm8NCIZpwnoJx6bIckwZeoyKPpZrVqzA0eMn8Ppr&#10;e9BstJhJCPYQlOwJCJGXjYqyKiBPv4CznWD2sIhSWb8opih+X8C+y/L1y3mdMcgnPKsiBj1MMrf0&#10;Fm06F3PdHjN06TxuuuYarF+7Dtt3bMOe1/ZiYGCQk5PXbdjA1ymxZEkuvXrVKlx11VXYuXM7tm/b&#10;huHBQSxfvcakbyaGPZtYiWY/a6TFrsPQo3hxAllm37EYJCUu+zUsrXVW1sdRWGluyOSCTYUnSbkJ&#10;DVJo63Wa2JN/9Aefw5NPPIEd259npuSOnTv0NV3FsrHlGBoexnvf94Bu06bw3HPP48iRQ7jxpi0Y&#10;W7FKrx0LqNH1rdfI2267HcePH8U3Hn8ce155BcePHMH27S/gy1/5G9x754P4yZ/+h7j5tlv0eWzp&#10;9ZNk/XUe8BBjUHh1W79k17wqcqkAdBnhRkg3nMzMcfh7SRnS763EwtlsCK+/s6QZmQeWi82DEXOJ&#10;JUD7lyBo9UkN6ZeIWx4AowJM6VJAuPL6j1LH3yDMswgEwt6DyjtG7L9biSyQZ/cgVjy4+lem17FS&#10;fiBa5pFMA8GuXo9pr+txQ6zXmlqdB9/Dw0O45ZZb9PrxGsbPTuj1YBZrV1yNm267yoB9qUdJmWlM&#10;H0afn8wrvARDZ5AKLzXJP0uR7Icwq1KQr/9yoUpNPIsn220Uss9jZR4z8JqL/zEgoJciJ8p4kEVl&#10;vmBvJM83QYUyPW8E7VEtVJHZKMLE2KyhlMF0XFjNmhCyb1JulpZUHicdNC52cUqgPImdyC3oIvAN&#10;cJeK87dyni9kLkyFamzfZo1CEqwpufPdY0mlfVcxNTIMFiTsDUPgC8lb6ipicE9OTyI6fx71UyfQ&#10;eOMlJC/vRrRrGypbn0a0fSfw6naot15D9M5+VE4fhbh4mpNw484MxOy0/piFGJ9BcmEK8YkZqPPT&#10;iGYW0JvWr2iuZ25a8jMiX52Wvjf0hxjQd1BTvz6S47ZU2nhSjoX0q7NI5Aoob5JPxTVZ1UGkJARf&#10;QpdibFEfSpdHzYk8Dz4+1F6ijj+k9en21v4lu/9leA0olVFmqNFxQRjM0ONkXAPksafevP79nuDQ&#10;C2okEsvUIwaf6ijz+zZtkJuIpFipOPq5k2mKEpeR7wuOn4gAMCD/vupcjE5jBvLGezBLUiJlRB5k&#10;xpwitDbBJPXpSjK5Of0KpdY1dSHYbDUxMzOPieNvYfadbSX+eX2KNBXg5ShbRkUfSWP+MkmQMYay&#10;7l+U8etzUr3+oJB/raQpvSL8/VAl6K2bfvvgg312o2QGjPQ8AOnnUea9l7dKknnpiCgpiPtxlJWf&#10;6u17nYYPkAI0bowojfdpcNiE7+uaMQVUCUCpgrRgb131JPpC4JJ7S9B4LVq/+750IjhIWYhNloTr&#10;mGMZ0zMH4HlotLD+fwHi6hizfhCPBRGyey/HJhS5VO/ce3VeeAVz6BzgGw7BRcp0T3KIsC87lMJH&#10;EYvhnZlnnwjAPF+inQ/nUCn4mAF7/uWReOzaJPGqO2r+hwns24xqbVDvD9WSdDjhGV5L60kj7R4t&#10;vKCNEmDGZ5b6b0Q4KZ9ihh9vP+wXhBQQ8VM7A//ntHFIcgBezhvI+euFoxZPhpOFZMGpEGxzqPK1&#10;r5Chn2cwMA7HVy4Aw51DDp7TjXetRp5uy3Uh3kI819bP19HrfZen8fRee2wrYYNJCBTV54LSfiWH&#10;FcSp0bzx+CNc1p5nGBab9AAQfwBiBplhSIvPHnHyXrNJG0BYWOYdNcdUo7M/qZRpenkKWuiPRs3U&#10;1N2uMmsqea7FCuPteRw78BY6F2fRGGrp997k8AwKHIjs9dAjdkwUseE8J+UWrh/kQjxEYU/IfJFk&#10;kKJMYJcxMldo6ucd1Y374NAQTh4/jv1vvYnh0RE0Gg1ukmjQ6xoxlfSMp6IdBFfs61J0/hoVRMuG&#10;0WmNQejaTXbn+LXXYN6L6s5DnT2JRNeKSXMFRKthl5iK/UhSBq4QcvEGd5HRfspiVHGuPUv0dVZP&#10;1TBUAxPQOTI2huGRURx4+y3MzM0h1u91sNnicDV6/+TzRomOBhDKW0wkyPu1M6OPgJNezAw/Bn71&#10;51qjibUbrmCgZNfO7ZzKOzI8jGatwnutSwF37BbDhI2861aWEEfcsCAKZG5loNP3ukuTStn7AwVW&#10;T/738oEdrnl3QDSnE4uMxECAqfGKI0/PNk6dPoPHHv0GXtn9AsbGRrFq9WpcceVG3HnHe3Dw7bdx&#10;6PBhTmq9YfON+tw1+fHIm5JYaSMrV+Geu+/C9MQE/varX+X75MpN5MNa5aEXyUX7WbHnFRT9wD6U&#10;7VPo47m7aDWdj2sQ3xXLz3/YxGOX8x4SyZTZxwos8keXxsu1rRfcP/zc5/DIb/4m7rjjPvziL/0S&#10;fugjH8Lt77kbx48dw+9+5nex4/nt2HTFWlx17TW4Qx/fpl7HH//OtxlU3XLd9Vizbh1L+geaDZbs&#10;PvTwh7B65UpcOH8Ox0+exOTUBB5434P4qZ/+KawYG4KMq6gz0BexbJj2AJJeQmVqkrL/InsvJKVk&#10;F38AUGJR5g+n/OOmQlVjpsTLbM1UHhugtVCIYD9UvkxVlOdfCek6mMXv0RDnEX2JXUIsftMvDl7n&#10;wzD8/sLzXBci3XOE99n3CQ3yC/J+gzIbXMrA0sevSxOz/xjPA1M3SOOpKyuSsQi2BYki13gjkSa8&#10;iJi/HLKm95+d27bjT/77H+FP//TP8JWvfgW7dmxHs9LEOr0WL1++TF+D72d//4MHDmL3K7tw4tgJ&#10;RJ/69CcfyWltFkX7l8LZ8tFi/9Fk7ow5FL5ssShKb4uPGFA3gT4gnQhj4P1NQ6kCXfl/HNvPuw3F&#10;0gDHUD6b6e6lZzWVlJxPmVu4pci3c6KEg1f0dFLeNKdMO++MsFWJn45SSTphUEoFHmKpZNd2K5mE&#10;N5QXkJcIGdnT5K9mX9e8Msg3XWszuthqqJ6Zxlp0PFImkSKBAS2pdGpIhWViDsMzs4gO65ti76uI&#10;Xn4RlaeeQG37Vsi9LyE+cAg4fhRi/Dzi9iySzixEbwbJ/CRUexrdBf0xPQtcmNe/04a8oIv6s3px&#10;p4hsnoTo99iAAfRqiv190BSoELBHlXDFehk61/7YMNzMFEX/u2Y2Ng5Ucb4cUgXskcBy0Z2bJNtf&#10;VYqVOrP+nNZS5jpRlYUfBH2Ox5xKAoaXb9KPzEPNSe0cEye2QBgx8LpGjstMvo79iN33hP3sUXTc&#10;9QHLAGTQ1gsXSH0Hs99TwXsvjjTykLXwwLqibjf8UGXaZDh5sJFxsBTOmrMPgVK/ZlC59/2cCuio&#10;TF1ayH3vUIl0I+YGJk2hM7IFKtQnxydwceICMHMcs8d2p/dy4iWBKhHS8/uShXNsobKtwAcT02Oa&#10;OMAqM7AWKnT+SErW9bxPYxnIIku86rL1Lftf4gz0lEolAymTNQD7kLJjOJlaZv5WwuvhzXNYNkZU&#10;Xvz6wyGRm1TKPLakQsaAEn5irgjTwe3XUuXBPlHqc6ryy7b092uRSy4rjmeUWtpe5zc+xccoo3Pm&#10;Kj8Hvsq8GC9bZ5QKB26pD58oHekWkoyVKLLoVO68qT7FZz6t13mD51kOed/AYA1RHgiZp9CW/Y3y&#10;pDoKvpFhdjw8H8dQ3o/AsjFOHGjjJfA6UD/J5Mj0uTa0ApWxzYjYs6/mNQX+5NYN9MKhgXBFf2B+&#10;7V5nzpw68EBWXgqvK7Rluq4kKvTCC9YKF7jhUYtL/aVKugIBlBvLp38UWY9ALzFUSR+J9qjqMmT/&#10;5bobYX1/2QokZu4bA14EhJB8rNvVRX1M4RUdmxTasYCtSYolv2GqBQg8IwsuUiiw+T77/ak0qVs5&#10;aZq9gNz7TtxF4WoIyIDFDG/MlT1W1vA5kEOkwUAOrM+Y5pTSm1g7iV6PXen0v2PeByjQo62/f+HE&#10;ab0vLWB09QhaQ8vRqEor5xUsbab9y3jBJWl9l5YUiQq8lFyysigdOnh7dVpjwspNSbYa81Bs2cgI&#10;pibGGTwZWbaM/QWJneNYqtUqSU4j41/J/rk9a8QumE1F4QdxfRDV1jB6c/NQsxNsuM+qCWXYbnJ6&#10;GkLv4V0CCAf0fVWr6OarYhhxJdZGfRPB84LzwKKhuHrR64w7HX3dmKRoN7EgMHNweJTlzK+//BKv&#10;DcP6vVMohOr22IYmYtC5GMyQXd8qXDhZgg+urzmEjtJ89bFq6OZ12bJh9iX7zuOPodlo6K+HUa3X&#10;U+ahuRbhbbRhH1FM1UUA/peMliAgvg9dGIJo8zL5sPQWYunYTdaPNE3vJo/vhQXU6BiIjPlGdcX4&#10;5DSOHnkHn/vcZ3H+wnls3nIj1q5fz0zUgWYdI2PLcd0112D8/Fm88NLLuP22WzGgz13EAGKCemuQ&#10;H4+A601XX41Wo4k//rM/x4i+7lauWYNKrY6FuVkGY+USWXz9vp8REVWBqGE5B0scnKuUWOMPZt5t&#10;v52FKTjQP2EwNLK2WHTsq1bWTxY5bJOj//37n/09vRbM4Rf+5adwzXXr0KzW9fowiOtv2ILTx4/j&#10;6WeexYEDR3DHrfdjbMUK3HDjDbjh6qvwxFPP4KWXd+Nmfa5Gl69gvz1ea/Q9dO111+GBDzyEDz78&#10;YXzgoQ/g1tveg7GRYX2dSB5AEHgTJ+4+i5gRzQFM6tLaikvmHotFMBNv0Jw/SX5wSr8Q1pQEJFAq&#10;JZZQBQKBeyzlMUHK2X15n0KxKPNT5LyjXV8hc38nhVj0mIVgcVIYMpVZdAfGyrZWEiUnQeWfW6kA&#10;lOXwIf2ZfDcpQKdeJwnurP07yYSPKKqjVmty8jyxQcnvj8Ol9M8YutCP8bn/9hn81m//J7x98C2c&#10;PXtWryeTOLT/EJ565gns23Ma99x9D5avWIa77rsHywaG9TX9FPZTGu+nP/3pR4I3U0L/XPRWLGiI&#10;VEEzXeK85N30lwv2iSUZfWZgWeZzIQKQTxQZgrln/Lth+IUAA3wfJhfRXMK9yCfWhIlfXgEnih/B&#10;ZLyUzir6U10DdHyJQSJuApsax4qUbSlEcUKRp+36AJ8/OWM5Ak2JKa7cJvvU9MJK00vCaaLYLMix&#10;LeSkbaKl3gjlyaOovHMAg4f2ofLic1jYth2dXc8hfnkH1P69qJw9it78rC6K2lxwJ8kMe7skbf23&#10;0xScoYu70zNQE/rnUz2AvPXmDPOMj3Fd/w176+l/DyhETf0+ahSaIZjNRbukjA0QJEXoTUg/43yQ&#10;imkwpPHr5GCJ4LiqjEHnM0f6jeGUz8TIL98eGy9lpVkwT9kxZ+JkvJ6RPAehOLlvkoGLxLwDA3iC&#10;gTxJTD0C79qwKbkeuNe2n7vmfavE+3DSMfdafCmuUVWZ15fTYCoLuCUiTK3ufyeVsJmWSP3rZ2zs&#10;uCWVBCb1FyZtsT3bgdioL44NN/DGT/91u23jFGkbNidTMxKPjOGXcAMY62KmrZurLhZmZtG5cAYL&#10;Z19LmZapq5oUi75ItdgUVyxh2Sph5PvgXZCi6wfEiNCnMWSbeAm3AcM4e01RTnIbx164jCdbz4Nl&#10;nE4dZXtT6lklRGqB5ZJ2jXm9VzAJePtI5j8ZSp5ETv6rUvaMAxv953IgWgDy5f2oRUi27cfYDIZW&#10;IgQXhQeOBiQ5tfg17X8oj7UpsHjISshM9wKoVOab2C8MIy+fVH1cfvO+r768OAXe+jTYIl+LFXHE&#10;APgtIcUGe1Na5AkvNkSE+JkKjrko+I+l14wSBVBceGExwg4Q8mAfVEjcd7+jPDmz+5364HJUVm5B&#10;tTFkQioC0C5Kk3JNKrX9KmduLXLDVngJvm5KLv1CWCFIEkXpcRUp6wfeEDOow2wioAMeRWEd9y1I&#10;ygbEMldfhgJs5a08BjNLinBMamadZMC9SNJEbncOCLgjKW+l0tCfm/pQD5oNS9cRUi3o+qSin6Nj&#10;GYuC2R8VXcxTgxjZ+8Q0iUkB7iFAgVMmjb4hqKlgQVppv1epuDVTpiB2eqykYTrza00DPtzAUFhg&#10;0fxcuIGpbVS7PfNGyQ+PwFqqu8j3j9hlk6dPYObcNJatWYVGrQ40WgycDVQr6FE9GPfSxizYp1R+&#10;kC/TmlX18fR2MvPEddT2Zos4fVYy823FylU4cugADh08iEEKEhkdM0mwFcOaSGyCLElQWeYMI0Fn&#10;+WWFIoj1uWoOI6oNoHrxNMTCrNnPCfRjM+AuIl0vVmbmIas1dFtDnEabOK9LKUvX63LoUgTDdYU+&#10;3lXpcMmGEXjDFBMkIFFvNlHTr/30yRO4eHEcw8tG0Go1zV9XIi/UvdTowA4a3bWYZKwXew1U9bGh&#10;cBS6ZlutFtrtDp7b9jwzywh4qtdraQovAZKqLxD0/5P/fNq/WIIDHScIR9Yj1qZ30/DCAjrs0Ucy&#10;6F6Pvz/XnsdT33kSv/fZ/4ZrNl2Nf/YzH8eWm27Ccn09Rjbpk84becNdd921mNW9xtNbn8HKFSuZ&#10;qdkaGESvbYEs+tDXNnknxvpxn932HNavW49Vq9egSUm9dN16PdO7JfFk6eo2+Vtl/oviXZ5B8V0G&#10;rvi+bgacNy+w2+kxAEdSSaoLK5ZFR/J9qrWfevJbOH7kOO677724+uq1aOse7Ny5c/iTP/gjPLV1&#10;KzZt3IS//6P/ADfedAuGh1psX7Duyo1Yt24dnnt2K7752GMYag3gui03sScBpdcT25JtFSjpukZg&#10;Tc2us3FqV2DSpM375ntTGM/TPKDtM+yXAqJeTsaPH9CZrq9ShEEVeaVlMR8l6B2Fb62SPmbRn1NA&#10;FFSh5cSiSzFRRUAgKFg/5IkNfR5PimKFIHIzar8uSAktwrPrCWx8ZSFoDM4SzwYPxmT3QNeGZS33&#10;OM+zZgJ7eADGaAV6XeN5yox+KS3xgaj9CnteeQn/z+/+jl5rx/CRD/x9/Oqvfgof++gPY/3qlThy&#10;7CgOHn4Vr766F++5424MDTZw6223615xCm8fOkgyXmL2lQB8wk8wFH39+dLE2hzNMS0Mle/Pkp/a&#10;5jcYibK0psuhaxcR4hCJFbmLIg/2FUDCvxOWn3TS+NwNrArIdV6GJEoAu/7+GJfcutJjoFS5l2Jm&#10;GqoWI4IWn0X5k9l+N7s9/io0M85vVopvHposxywJqtpCJWF5gQH9KvPzaMzOoHHmGBoH96H28nZg&#10;57MQ259GtO0ZiF3PIdr7EpJjbyM+dQq4eB5iagJCb649Yu7pvxUT44gnphBPjUMe1sXduTmoCV2c&#10;T+nCrhMz8U5GikE58jmPWsTY0x918tczPm00aaoyC88y0eg+oCqQGF82TCO2IzKWplqgL7VNryjW&#10;4pvu1jtWFTtWUxlDJ++zFi7imWzR3WrKa939Blel6ZbhlSaS0K9KOB2hBfe492A/PbAkl9JwRduE&#10;Z2TAnjCJKAvCfM1MP/psEDx+1orPMjFfJo4R5BgHScaq84UeCUTqL5bIzHTfffirjVPHJj7zEfAt&#10;S7MvJQKj/NQKs8QKKkxBtQW//sW2FLzR0+Rx9sRhRO/9AXSVKZi6nbZJ0kwMy4UaG8fIoWLGeWO0&#10;220sLMxhcmISkxcuoNKbh5q7gM7FfdarUaXnLr+ZqRKvPdGHxZcGXKjiPRgYAeR6Zj+WPv1ejhaf&#10;/wgSIZ3kOjUazlPx/WbUvO6ejSBViffCPFMx6QVyGHmEZUgK4QU/ZeCa8/ELPEmDWDcPcPAYJ8Jb&#10;cgVC+wt34+TDRULwLvtZmeAr8/LLSq7AJs2flubXV5Fj5KklbQXBtVzqyiPKPBUXYR+6461cwEa2&#10;qCuE11mSehD4YSUq8M6LXYaZB25ls8tLsGlyoKkUxcASiJL3Ifzpsui7S6KP35FAmbzbB3c99pUK&#10;m39YAEZ5LBTzeyG/1HNKSL3buJTUv18bXInqSpLxtngjYUBPGHBA2fAHDtgQMgsosf5qDmwzzFeZ&#10;/SwtwlVQcxn8Msr4oMImVObYgaovH6Tc0J+E7kqFgdkCRRsQAnDCGi5OB5A+BVU4O5f0onZhIK6O&#10;lRnDkL8ZW7BR8pSeNm0XfuCYhwltZLrho7dP6Yu1wWGIehPzc13EXTrGHf5bAqQs78cOBHQjoAzY&#10;RCmRZPETOQ0+scjswJW8Sk0TWfS09H1ICYzI1vzEC5exQJ5EypD27584ZjtxY+VhAeDI+fDZY8rA&#10;JElDKRG0JjloJNI1UbWpcP70YZw7ehaV1qD+dwuDFHphGdP+9ZruMZ6vRFgDZ59dCFa2dmaeSAY4&#10;jMzjOIsGu34NDA5izeq1mF2Yxysvv8SsM/LxY1YfJSInLrDJT2NMeMBKIRsJyQP1+6sMD6HTHEOv&#10;04XQNWa91+YajbUjSp/XmYuIL15EVG+hqx9fVeo2pbXct0rl/GfRr+pWuTrNMkgF/CY9Y9RHzHA0&#10;wCUxkehjfGICJ44c1u+9pt97zYBB6Mc+zhZH6aXqpuUn+/iZhUV56oTzZ89hz+uv49iRI7hpy2YG&#10;AKNKZM+x7GM8pi6rP/l+/qdKGcL9X5ELWHSecXQ8hDIAH12RZKXT7ZrAFmKXnb9wBr/32T9gKd/H&#10;P/4vcM3V69GoRKwyICYeXb+J/j0CqImVefOtt+LCmTP40l99Wdd757Fx01XM6DNYLgFH+lzqa/nm&#10;W2/B+z/wIaxYtYY9/CrWZ7G/4u1ywTUU5JZhgFj/3jbfm5aFeL5bwE9YgJWAFFq/pmemcejAfry1&#10;7w2cu3gBM7qfi2p67SXgnwZd+rh+8/FHcebcaSwbHMLffPlL+NwffE6vEzX8zD/7F/jnP/tx3HP/&#10;e9BqRqhF+vjJJpr6vqfjftft78GRo0fw5LPP4qbNW7Bi5XIjyY3JE5DWPnodsWV+ctoPr41KiXQ9&#10;dnuKs3tQZQPFy0iHybNyy1hx+Qs8tO3IJL4BQzrFRiK7zsggQc4EweSGZbnCNo0rs3tH+RqjgmsK&#10;i+IZSO1SAgyqD7OvH25VSNj1goRkKSlCFVQ4bjCvcgVwHpiUzleX7kf2Zu9yDfa1v/0rzM9OY/mq&#10;K5jZX63WmdlHzD22Iuspm8TMQl62F6Ma98z5czhx4gx+5GM/iV/8pR/D8rEV2LBuFMNDy7BtxzZM&#10;TU7h5Onj2PXiblQ7LVy7eSPuvv9+fOgDH0H0qU8V03jzF0TZhROAQYv6/yRIJbtBMV/iD1h6ghOE&#10;uYSlpXMBVRXWXNp4XIgCiKgWob4GC5oqv+j899HvxsovsmVpXMJGs/tTktR3z2NJ5L3r0iA2UXY8&#10;VOFsBIw+5QpZWdgMfA0/bIR8Sg9wUjDfxzExDYS0DE9KgU3o4k7jTJOskRMZlVvYJDsuFpIshjrz&#10;LjKTwwjZJJoNlDnSqsc3GqHkVQoq0BVmY07fEGdPoX74IJJtW5Fs3wa5/XHEr7wIdWAfxNnjSPRG&#10;G01d1EXaDEsZSEPam55HPK2/Rx+T0+iemgcuttGd7qI9q1/7hH6VFKLX0udpUL8mZuzpwripb+SG&#10;fj2tyCQOVciUWzdHkUiz+ySUlVMJBuz4d/Tr7XWUBVTNz5iN5LpXlZH0CNjidFklCrdYZrKqAhaM&#10;EAqB3MUtYknmn5cVwvZc2kswCwAXqSJEWaktS27p4TqKAT1w4q1gAC+ipOCuCdcgcI+CNFTPJOUq&#10;K7HksI3YbnaJuRZYlqxPcC+y3m+JAejg+cAlTqYpna+WsAw/40dIL4rxQpmlTtL76nkgXWKDj+gb&#10;sWUgxhaoi73k4Tisq5HkJK2q5N/uOQJ1b9ocW5BSUhKiYGkWGuZJZijw5ebrkAyN8Xlud3rEE0jT&#10;maQ1z6WGjhd6/bnT7XLz2mm3jbeDqKApK5g/fxqdi2+l/mdJlpEZNP0ogCEedV2UrFkqsMgsLXhT&#10;8NdDLAIgUWSNjChhjAlRZvBbDh65dceB0Wxyrazk2x546RoUx+ZLWYNmHa3KrECKBNIpnfRToWUG&#10;oEnpgg9UsLlnjCuU+glKkQvTED5ToyizTclC/u4pyw6LCNPbPE9BxzLyQUh3Eijh1iQJO19I/7G8&#10;AIQc+K9yaYqJJ3VVlwAMhc+4c88nZbofMMDgefwlKiskVc6zLrtmPQAw8RhIcEEhMmXlJv14u94a&#10;KRE6GajU91MU1Ajp9eUDfUIVgqsCSXbAYhSeasBrFnMeosIz7lP+2q5COwJ45yM7HiIAUZVNYXUS&#10;f/q6OqSblNHrddO/zNDHWV4ioXxY1XoBS3sNJPZ4MimBTS5lcOEmXnMi8znSLgE1vfZtDZIuPlGu&#10;jkqytEKRhMW8Y6jC83/1Zbj+1Cb9WWwbBFlSQwoPVPSYiCTeFF79ijgnNxQ2Wc+AZ4kKrwvH9CHA&#10;uiJrVjJLKaYNdCmlVW+qSVef396cGYQK45Xnv24TvqGbzkrMsklSDXSTJFN9KGOZY74VenrSEJKl&#10;wLph5cCqxJwlhdCTUXjTnkS5QZNTY9h6QnrsB2nqPcM4p+AOCz7HNnmQGYL03KS2AMb13nTx4HGI&#10;RhVjq1fp91/n4AvrRWJei014ZR8jawZP0mWnGFC5qlZ6Az6Zq92TNGzFJVQnDIbQxV+rN7FibDn7&#10;T77yyktoDS/jFNtmvWHqYymt93NirGEikcqKKeyU2ELkcamag8DAEKJ2jN7kJOqC+JkSNX0v1Suk&#10;8JiGXJjXr1/Xg80BJJS+SVcLSW2Z7WNC4FJfVh74yvR+7+UY325RUN61V2CveqiBsIbKfI0wWzEy&#10;gSVDwzh1/CgHagwsG2PfMfgBjJYVqhAHtjo92ORkpYLOjYaQtP8yyHfhIo4cPYpdu3bqBnQMH/3o&#10;R7F63VqW9FZ4fYmM9LGE+SLE9yaw4d2Be9laRSBNZBnJQrnEL+MFl/pw2XRN38OT+5bIDi8sO5gH&#10;uvq4HNbHhAa0dd3ME8A3oXuMrz/6ddT1NffBhx7CGKW82n0rVhHm5xZQI1C8p/+m1kCjUsF119+A&#10;NctX4C/+8i8ZnL7ymquZkVqjoJiFBZaq8uPrfw8RuGoRbpaXfw+Oa9FWwck0w0HVYqxNEaQwh4UN&#10;Wx7YfTBlkrrBjGdKLHzyh8jGrCRJX9DH+uTxY/jDz/0+/vNnPoNvPPYonn76STz2+OOYvHiRf3/Z&#10;6Aqsu2Idh9h85WvfwBNPfBt79uzFP/3Jn8Uv/Kv/BTfctA5DQ4P6vh+wa6/E3EIX9D9aB9asW497&#10;77sX773rLmy55WY+nwZUr9o089j0H5FjGscesajPMFaFNbNfM+bta5bmrygKg9a8eNK3UskP06WN&#10;fg9IUZ6NRvZ9FdSs+Smp27UjlHv2p7WB9Gu70D/Qf9jYr4lUqB6ViwScLIX0WGAGIvO4ToQDEFXI&#10;NOfd1O7DUoap1GYXsS/X1B49DrIytdOXv/gF/F//4T/giSefxbUbbsA1N16HmalpBos5fEuZ64c8&#10;/OZ1X0j7FwV50QBg1cqV+OgP/RCu33w13/e9zgxmZyv4lV/733Ds6HFs2HgV1q5bgwMH9uHlPS9g&#10;frqH9z10LwezsozXNzD0LzLfC+9SDLq+iLKd4BZTcEN/F2GNUQNGIfyAjfIE4PLXJRH6JwmPulk8&#10;yYv56mARUNA/Vpm3CALvvUsdnxRBVy51zDWLMkOdvaOXpRML9J+HlwR55OOo/cW6AEp6i0JabMnM&#10;gw2ZJ1HistV4szKbgLSdhXJFqGPUWINQdvHgZCrBMhUuMGiRp6ms9QMxzIHEgifSTL7oGLX1Zjg5&#10;gfqZ46jtex3VV3Yi2b0DatuTSF58HtW9r6Ny8giS8bMQ3Q6S3gJEp81eKz29MQpdBFMEujo/AVzU&#10;RdmE/t6ELlomyWQDxqy/Sew83RQNCFSGdQEwrBetAU784L4kqrjOyRys1OLEsqFYW594srUoBFiY&#10;qMcTcG/bk3aBtKwXeObzxPYTUdpt8785Flw6lqMI0ix9Hx9n/pX61EdZMpPKUNTUH0t4cjsKxYh6&#10;9pwr8zWBlpKAy45l8XVhgL7YHA8CBZVlIrJ8lx43tt51VjaUVGHltYp9+fjxKe2v5tgrklN26TV0&#10;WSYk+ZiZh424BljQr31a/3tK//FF/e9J3VnM6K87ROUn6SwHC+vPzAKU6FbMxpNIw7IU1v+04gID&#10;EpUmYtqeIwggeVdU+hRoNfcXvee2fp31ji7S9HuVa0cRX7mFgTvH4DNNnmXn2WuBlL5d8m1SBhyh&#10;79M5IOmv6EzrhmM/ejMn3OWRIpZ+e1AowFTRED31zsxt3KKEBQUP1AqmhChn8TmWiWMrK68Q8b3S&#10;+rHBVJqunGc6Gamzn5LK3oaeJI18phzLw8njnIw3Bb5lBrA50E76oLqHXvopwlJkTHDXoEnpG8xn&#10;Byvy0gRFcGCL7z8IAsklh3gD1pSNUpbnVCwyPYanysujiwEkqRS0xPuvEFPsQG8lSoIb7GzUQ4VT&#10;4Dbve4cwTCAzRvZFFR47NR1yiKL3U58iOXhclJlY5O7tMrafyjP/yvXvPvAtRegzFbA+IYLGQHhf&#10;ZLLkPACvbCi7SCnMKhhECBvWYe8T/XNSXlZbo6ituglRfUjvdzUrLffqCpbbWVablGmx69iuUcn1&#10;ooKQBemFlsjgeskksJm6QtqGQthNT3gBDMgNW9NE+NI0oaRIsU7PdxiskVdw2A3RyJjTGbYsNGnp&#10;e7T1mQwsUaT1KPObh4QL/lhV+GdsvC3Ix6uBHnlJzc/qt2wZfqZwYvkXv3WbwAsOzbCB9bFK/Zay&#10;IamwQJ5hX0WcnOtCnkRmDWFr7EiKNMHVP07KDiVN3awySZYbIiXZICHyjeCFke+6YxNZ2xEO14kl&#10;ZqYnMHv+HOpDq9AabjKIIaK6GQhzWmaMNoUPRJalC0pylYHM3h+U+JY0xaG5CBJb+bu9HgNO3JzT&#10;YLjRYJDk7Tf2cs05OjbK1zmBkI55KiyrgqEvaeCvni5cYmK7RnpDptTboVEkU5OIZ2esBEuhV6no&#10;96Z/e34OmJ7U99cAesNDqDRqRhasH3FBF0xVYvzBSqL5XklS/1hlj69IC0eRAnz+GmhOVGTvmywB&#10;21/rSdLoBqDE9hoYGsL4hQs4c/Iky0KpkZQWzIuVudYkF0CJ9dGkWsrIyahGd35j9LP5TgczM9PY&#10;u2cPXnxhJ86cOoUbtmzBDzz4INZtIA+6Qf0+a6FnuhB9CR6XZCW9W0AvKSdk0PeZdSUjT0liLngD&#10;XEcpoCytFCSyQDVL7PS5plRmoT8nHWOeT3cd1WoL3RhHDx/GZ373dzBz8QI2bNqE1uAAD5RfeWk3&#10;3np7P266YQuu2LQRdX1NVqp1BjTq1Nh326n0mQPZmk2MrVrFgB+BWO2ZGd3Qr8cApSxTCrT9PXof&#10;FIbD+4IDJZegfrsc0E+pcM1dMj9ThCwuFQRBxqb/158rNqyA1sRIUsJol681sgoQVnGm9NekhCGw&#10;s901Y31iTf7Gv/t3eHP/Qfz4j/0DfPzjP4333n8/BvUxf+Lpp/Hkk0/i3OkTuOWWm7Bly62cavz6&#10;668z4/XH/uGP4rrNV7FvZzVq6sea1cdOn8OFHr7wF3+Or3/lK7jhuhswskLfL80GVq9erV+PruOj&#10;mg3AStLjLaMMyJT+nroI0w4ip6a8jHtASrHofSNEH2SrDyswPVeq/Nxl+IO1hPCjyGQxKE0IVZRI&#10;+ECf93wFsM4bRuUZezJnJ5NfX9wekJSw/QMyVtl1WxLWUbQas1x8KTMvY6/WEClLMkobnYivF8VW&#10;Cnv13nPsxAns278Xa1etxrXXXmPeq15PJqbn8I2v/b/s6UmA9HNbt6Lb7mFkdFSvIYO8R5BUnFan&#10;2ZlZ/Mqv/Vvs0+vJj/7YT+PX/u0n8EMf+xgOHzqEw0cP4+1DB9CejHHrLbcQs88FdITeduKSt2+/&#10;BSQT1AWyEoWSZFYvNEP1W4TyUl91aWpvHzBvsYWpKGPrT1AuoOceCV/k2QJq8UQa31Uwkh5VNsvZ&#10;C9+D8INNlmCLmkv0U/mfiTzHUqRNcxbkq+CF/RpmlStulZPjWFkILLXaot2Si12pN8AOAzc0eY14&#10;qpnwpkgFbk0XEyQ3oCK3So05odi6WJKnT6O+fx8qB/ZCvrgNjR1bUX1+KxJKwX31RaiD+9A7fUwX&#10;XOOI5iahZsfRmbmI7uwUYv334sw41MUpJGengQuziM7No3dBf1zUm+l8z3jj6b1RUBLukH5e/aEG&#10;9L8b+us6MfUse0yaIjjxmi0pUfR0Shwb0hUTfdxrZcaKVJ43gpsmFC+QzPdIyRy7zAuugGvQ42wj&#10;cLLXTL5nfi4sC0R0DIuPgLrevAHrIvLOWzBAHv1u0s289ZK2Scelv4s7TrorTFCKbSi50aOmv2KY&#10;jl16zVXDfuz2jK8h++lVLKMnMs8R9yyLjx6rpq8ZfZAn9Gs8pRfAo12F7b0YW/ULeVJ18aguiL6j&#10;P57szOHZ7gK26wd4Tn9+ttvFMwvzeEkXpXv1NXeY2V891InmEJn3zv48XVNQd2Ij7CJFS+ya1p4F&#10;APNyx8Afsc8SpYoqPjon1B/EDeNZSHP+DrH9xupQN92tXx/RJdpscM4MEpueSYW1AQJNOAcVFGQ6&#10;TvL1TrvDBQ/o8/iruuG4YKZfSQaKqZwvWuIllCgRclQceiGl508nszRbB5xJjxXqgi9Ezr9O5BZg&#10;4RUlDqAKCN5uep4Lagjp+8I7Bxk71SWRxrFK40YTy9R0jM0oCqXCLrQjikQK8PnvJfIU5Il9TCkQ&#10;AOpCqEACH3rC5rAf368uXUNUCsKYOiFk1EmJch85fr3+aq3SMASVA/BUivIX138R/CzHdfKKsyQd&#10;BLjHlEG5kwcK+0+a3eMF/udBAZeoYsCGk63GZWCXX1gKUSpFz4q07KR4g9j8HeANCHN2xCIH/Kn8&#10;4Qufo28Sdqr9R2FfD5hlfuqubY4Sj9nns/mU8n4n8SoHuz+w56y1COD7rzGE2sqbUa0PQzHbKKxj&#10;wI2/mVhHIkqHBrKvLw0yLrHIM8c8hYaQ9r5R2e849r9tIFTg+Vx2LeWSBGXkbYK535fexKxUSWJB&#10;b3cTqqTE3sWl9magkvIky5n01wNaVJypL6QMjgd5mVFCbbUxwFJSY91Ae6luMOOEGV7M8I4rFsCj&#10;jyo3uIaJb1E/bnx7hlMpEma3uOFJZF8fqyxZ7puk95svbXVM+CiyjRvXOH5ho+xgMLs3/YAPVldY&#10;a4rEA1CFNV2l5+rG5kjNzE7gzFtvYW5Wv5bhQQw0qmyOT75x9E5HahXMLrRNUrFlYkofFA6IviLo&#10;UfyAutJa3V13Vl7ZGBjAipUrMTw8jDd103XhwnksXz5mWcdkyWJ86EzQG10iVRgxm+IBLQc7VWsQ&#10;Q8MQYysYHMf8gq6F9etnyWak33eC6oKuPc+f0udVP1Z1EF39GgZaEUsv46RHsR9BgrSwbE13mSeZ&#10;ziJkn4iQEqQKK43y7lMLGun3TixGkvCuXLOe1QGH9u9nkLY50NI/azATSdmhp7RedM4XM7aPTzUI&#10;AaXcqO55FTu2b8fUzDRuvvV23HL7bbju+usxNDjEahsOQbEdkYAq9C+LBud8D/8TFpzL95h8P0aZ&#10;yaa0HntwIGxiwGifzUfXeJxkllR8nVDoTKXKstnJmRns3LUTJ44dw97XX8cbb76Jj+nme+MVV3Aq&#10;K52H5StWsmH+/gP7sXnLDRjS11FCALC+7hba86izB6LEzHybvebmFjoMLG685hpcrz8qlTrWrFuL&#10;QX0dV6xE2gF7Zs+0IAMWI4Rc9lEs9Ngqx9oqC0eQHlDvW3e5oCe6D+ixCWifnl3Qx28KZ06f0Pfl&#10;23j9tZdx6J3jHETX1c0Gkx4IlLcBKLPzs/jyl7+Axx77Js6eOoXnt+/Epz796/jB/+kD2LRhE669&#10;9jrcc+/9eOD970erUcPW57dj2/PP48brr8YDH/gg1q9dhRMnT+C5557TfY/pU2nwcP7cRTy39Tn8&#10;4R/+AXa+sBsPvv9hbL5xM5qtJgOQDNIT40P5sm+Zel9eFpiqwnlTiZ3tEvv7ogLmcgFxqP7bZLm9&#10;mlM25Ab1wXWicqpdFdY8HEBpPUdFHicKcwX8UL6SbTwlG2R6UG823Y/AtYhqNekj6/XBVTpsvB8Q&#10;Y1tl7ESjHqkY1aNd43u9Lns8Dg8vww/qNaEqE+x5fS+eevJpnDwyhetvvB7zk7P4xKc/ia9945t6&#10;nU0wNTeJt97aj2996zF85zvfxvTFadx6x236+SKuM3bt3IbPf/4LaNaH8HP/5hO4YcN6NJpVPPDA&#10;gzh75hTe3PcmXn5tt743XvVlvKrP4rCUSOMyE23Py0+Z+YgsHNTEKxMXQZn7vaYcE7EMJFSLwoZL&#10;zxFCwK/r/1t5SrNQIiepQs53T3nEZlcsqZKAjDKvw/KLtHAMS3zF0kXFdQt5zx+lbLMjg9fPCUS2&#10;JGQGTWTlOYlNJtP/a5NBKl3q0siGuokpaob0TVHnyRdhSzQFpymOLr50wRFNjKN+QhdGu15E/fln&#10;geeeQfzCDuDYASRHD0NeOKVX9wtQ8+Oo6E0B8/P/H3HvAWzZcZ4Hft3nxpfj5JwxMwiDRAQSJsEg&#10;cUVRlkTKK5VK2pXl9aaqtbW2dtdlSbRpybK8tSXtllfltLaClzRpUiQtggRIEDkDMwAGcQDMYDIm&#10;vnn5pnN6///v7nP6nHvvmwFAe6fq1Zv33g3nntOn++/v/wI6cwv0dRlm5hzU2RnEp+aAcw1EM01E&#10;Z1uI6Y3EM44PusbSW/o+RMfJoRlDdBPS7/j3ct9wGm7ZyVTS9ELLbktDQXIbZeSDxVUPFpUDCYKH&#10;2MmxOKmrbuhX2Ht+aguYfjnfrdCwKAWmMrM58bVL3BV0pnXGekkLkJcsO9ltx0hYiG7RNePQkGXe&#10;fFhgikM1tAvZkNdr27ESl1xAhtG5zagwFJWVH/NkZZkiViLLYFZp0KbrSo87smBki+UGdG0qdB2W&#10;6D2OtmK8QMXoY/ESvrm8hEfpuY+1WzhGB3+q08IMPa7JibT0ZsPjY6iMjmFkagoRFU1j48OIK2V0&#10;aPNwmgrvI40FHGprvNlaQpU+86gYpjMI6RiSPBarmQdYCIDrJLUSzNJngSzhV/XYu4fX00mM4cAt&#10;DxhzHdaknxujtPG77WPWn4mKvWarnUkPHQDG9ab3AREWZ6eDNn0tMtBH50K3GmhefJOu5ZVMlmus&#10;TChNXnZAbCiFyH9lst/Qn1oHXo8eOMn763V3DFfytlYIJaahp3/G2Ch68/lzrAOQTpgIDoBMHMDJ&#10;mxbtWE4mlPFqlZo3R8iSJiPtJL4+PETnu4jK5AEt44FMHbSOlMmSgVU3yKsc61YFybu9FMupIjI3&#10;z4fvr3pIeYO/w+SQqFyoRuBdWGTKpJt3k0/pNbk0WJ17X4M8QzDH+FPFMl+l2r/Q9y+Ujyeh9LZn&#10;xZFvOxrP7lIq74OlegfqeMaND33Rhe52xiY02VjwY13lBNH5qdZk9343/q+CBqbu7eeH/PphCsh8&#10;KNlVKYsrABrhk1QzEDUEQq3/mrOKSDLGL88vpfoQqtPXo1wbFSDDd+r5MVEU5UAVXyNpeEWV7lko&#10;5737TFfzVxV82LJzHDnALJugQm8wAEFzs3892pM5dJXNlwruc0Ahb/rZ2y/Y+xWrgqxRpZ/Z5KRG&#10;Kk2EtxdH0vVocWRppykNiCcUN8pajQ7N88wQa8miI+w+EzkAlx6vy5L2G/kGahyj7e4dPl+VsgUe&#10;mNEnz/Gj0PhGShYcY2AVFZ4BLcEAMk618ybUKQvQ+/v5ez0MedPpmFFpABu/Fjf1WG6YOP0VX78S&#10;PXa5PYtzb51Aa6mN4S20KakN0xpOjytVZbGU5FtpAFekKSyqHidF9OwsFUh5+40DVaSImywJWoC4&#10;dlvOATMlBgcG8cKh5wXA4jRZZl+VorIEKqTydXcMSFnckWza2KBwgV6nPjpFb1FCcuki2IyDvfs6&#10;dAPW2XuxM49otmHBs8FRtKtVYdcyyCm1WSBJ1LliXaXHrVao8U3PXYlKvdR9uIKwDukzMXOMfzcy&#10;NoGlpUW8+fqrGKBzwPJFDnXgdZHHi2bmYmJDBtrtltyns3NzAmKeOnGCNqgP4t1Tp7B371585O6P&#10;YtPmjRgZGkCdai/+CJVy1XpqB4zDdC1RK6IKP36pbmIK0tvsHydC6yAgJpH0a0tWYCC+pMKAQHtX&#10;lcQb3LGu6T5kQI6DScpljUXal3z7W9/Et771bZw8fQarJyfw2Z/6HEbHRsR/k0HBsYlpbN2yGU8+&#10;+QQuXLiIrTt2SYKurW0MnTvLnOTzvrC0hFcOvYT68BiN1TJWr57Cnj17xHvOHocDJR3bmMNxMpDl&#10;w4N9K+FWvf5UBPxUyMo1SbqG2znSzgt8z8c0v12Zn8XX/98/w//zp3+GBx9+BM8dOoRnnnsG3/nO&#10;t/Ds88+h1WzTWB3C6PCALa6jCt547Q3883/9r3HopRflfX7ysz+DDevHUWOPPnptPodjNNZ37d6H&#10;jes24Ctf/yoeffwJ3HLgFtx17934K3d9AiUa43/+1X+Pb//ld/DDBx/EN//iW/jud79P88MEfvM3&#10;/i4++ol7MDkx6ubT2IKCUGndloZFFX3T8f6AuxUyYX4s12tFoO8aAHPVx8+ue1xkHndadQPsKmgK&#10;JipMZw6cmZXpUoL2xJuMs4NKmXomTb7OyZTRO+QjbxbXw/8vqCtyrGlXK8ga6BLXU6VNIP8QSxNh&#10;qcfyq+WlZZr7y9I+ufuj92D1+Ci++73v4vDrh2hevYJKpYWvff1r2LXzLvzel7+EX/nVX8HtNFZf&#10;f/N1nDx5HAcPvoiB0ip85J79tI425Tj+w9e/g1Yyj6HaOvzkZz6KBu2dK6iiuTSLhx99guaeaczM&#10;n0T0G3/7b38pl0zb5wS/X5p1lr6SFcdqJY8+9E5d6f9WXg618i2lleqdllk0x+5LoVXOkLqHjj4A&#10;8yztXhdVTTm2S4pL5zbEOo9VJ+HtY/rczKYvIxEoSG1VDwKtCaSdJvN6SmVwrqNbciw+FECN2G3S&#10;tB8fjk0UCRNAo8TgHk/g0jBP6Hcd1Gn4RbT4G46Ev3QBlXePovLGaxh4+TnoZx5F8sxj6Lz6AszJ&#10;d9C58h50vIjILCNpUAHcnIWhQqPD4Rlzy2idu4T25Xkks/SYmRjRZTqmZXsmkyodaJ0BnEgkuIa+&#10;FANMLBGtU1E7oAXcY6CIQSjVcgZuzGhT1pgoafkwCtNloppLP4x89xswXdTR4rgzXUqvsEEri6HO&#10;mHwqDozoA82YUdnxeHmtCZAo9sOznntKPPS8gaDMNdamkD6fDdTQbeeFwJ4+7LPXtt5ySdOw5zRt&#10;RlyqsfOvS1NItZW9MlstcV5mnQC0YF6DeOhpy6bTVN2WYvax1gJ4Nej/XCS/1zZ4lQ7yII2Vp+lA&#10;vrvcwv2tBp6hV3iJXvltKmIaVNDUKnXamEaYXDuGofFpTKxfg/W7dmB6yzZMrl+HiU0bMLhmFYZX&#10;r8bgWtpErF6Hyc2bsW7LJkxMTwn1eb6jcZjG0hEOtKBjGNY2/ajUoYKDWYqu2japVyEy6XSPL+Vs&#10;q1wfwwKfOkgKdmnByhU37N3HgGmn5NVGCq26Qflj98r54Gj1Vjt2/AF7fmPXjU4sBUN+btNE3qGC&#10;jgt31W4gas1LEm/EVEw3LmKYzL4AGVOsuODlGHmueAkBj57zFpDzFFUFBaMuMKD87/w/KyHrVTKq&#10;Lj8/BDK/lHWn82lhcopi221XmSIyXU8iYZ5kUuJUZqad2bwJjzt4L+Q9+MLv4eurrq53fq7Q6efv&#10;lnD2kplm3XmkHcIUHCv6A6YyYR1IsbO1MUmygCeDHj4thS2X6mo6hCFQmXecCaTiOTlPCurlfeQS&#10;x3L285TxLSTHFOzHgvNeaCqYPpMCGKquokHIeyCqnNVcmvq8gheOKoDdCEDH3moBVVhzu8d70Z+n&#10;yOxTpsBFC9J1A/wi19vpYj06oC9lRboH8P8r9Tqq0zegVB8XPwlmjSgH+LBBdCKAi5fi2kAIo7oD&#10;y3QhIjq9EoEXVwbsmbxnXgoi64ARpoPWrx1eOpUM9TZ296Bb6hDt0nvT66CcF1wg3819DhNcJRV1&#10;sRh4DesyIu+xydG5TQDy6cFRKQVeJaCJPTx4DipVaH2tQDPIhQgNLt5pcS6phlDtE9+048RX5Xzf&#10;VOI2UQwE1sV4vlSO5Pd2TklcyqMDpXIukkHTwYRqFA0Pt9r71Dc/dMqsDX1IjQl5dVquEzMLmSTF&#10;gEe5bKVL2nnolVy9wIEfjdYC5qj+q0W0po+NC7thvFZBm336Yssmi4TZpx2AnU+ZTUHYAoOkOJFm&#10;97xOQxQ8y7pSrqDCPn70i4FaDeVKDa8eflkkqRPT01Y6WSmhXCpldbxj/RkfiOLus6FqRTas8fAk&#10;SlTPlBcXheHH44ABQ/bt0+0lxHOXENNCb8anoOrs31sW4Mc2iZOgsZKKRq3S52r7lIC1HPqihcmY&#10;IjVzQS3GAbLs4SepoVQHnTpx3EqcK2VhumkXciKeb3TelhstAQaPHTsqANU7x49hzbp1uPtj92D7&#10;rp0YGhhAhVOPuQEbGyfzzUD7vB940gdE/0/L7Ov1L0oBu0627nOoXqnkvDiTdBMP18zWjvEn0k3a&#10;5PO4Xm62pIHMLB4+h2vp3DAY/+rrr0utdvPNN2NoeFiAVg/GMdi6bvUaPPrIozj88otyr7DklH24&#10;uJk7P7+AhflFPPD979PfD2Pfvn2oDdYkCIcb7uzfhRSMt6mwnpXuLVki/eMIwfhgHECV1j+qm3ma&#10;W0MSOZ9H33kLf/SHf4gTJ07jY/fcgy/8whfwV3/mZ/GZT34cN92wH61WG48/8SQefuRhLCwuSNJz&#10;pVbHtm1bsY/G4LvHT+D0e+9hzcQQdu3aK6xpBptLNMdKraeNsCFbTB547EnMXZnHJz/5KYyPT2DH&#10;nutw5x13YOeOndi0aTNuvOF6/OJ/+UX8zM/9DLbt3GHDlVwaOa+N1hZGO7K6zti1qrtRqa/Bduxq&#10;XzncJUjU7Q8Yvj9JcD8Kk+qSrakuopbSukvmC+T3Hj0ZgWFPGIECwwSM0FzjRvXBgJBLdI+U7rMe&#10;FMC64HyGzFNVwLhy6b9p8GAWvCHHGlnrCQjTXjs2n3IWP3AS75KzpItEml6h+bbTTrBlx3ZpKBx5&#10;+zjePnoYh197A81OA/fc9Ul8/gt30zo0jtXrpnHvxz8hjYUTp47jxVeew6lj52leuRWTq8ZkXn/j&#10;yNt49+gbeOvNt9BsN/HS80/j333j2zQNVfHbf+/L+OLP/RzU6VMnTG4h7XOBikVS38naFCZyZbuc&#10;Qon3bBPr6GsXlID1VFzQw+Kpf0/B9BkMphfPrj+H9lo+W/FVfPJZyuywxXFiAvJ6H6+KomeRVr1B&#10;0L4dy9zrqIw51u+Y3XlMTSXTBTdxP0c9mBT5QtEEgR7e78UWn5bJJ+ZiLMltLiFaWkLlygxw5jTa&#10;s3MwcxdhZmdhFhbEQ09RUauTjgUT2216KiNNHYD+ZlotoMmIUIIGe/XR4qYXE/EUUSy35C62TqQ2&#10;Zxkue+lF/PFYkcTpuIaKXxPLy3GXWRbF2G0yGdzh4owrU7rZTOTZEUb8/IShGFzbxDGjUhlbIMsL&#10;rA+zDVzIwAiQh8Rvyb1RXCA7hO42vE8Kw1OYXcaCUjZTwwjQHOcCDFKLviybvGWDMpy20frntd1j&#10;IwkRzDaYbctw9OBl7AChxLvdax+QQYVE4th8ynowCmtN5+Vlc/R9iRbc8zQm3qQLNEMvvNSmn9st&#10;LCptQcHEFtDsP8JTZaleweDYMBWjA/T/KiojQ6gP1mkCpLevD6G12JKQBV0bgi6XRGbGcmHr39FG&#10;md5rodG2HRd+/XbLFp/MIVhsYJnG45l3jkLNzeAW2vR+sjyAGj2fwc3ISdaNZwEFDuDqajzncMqL&#10;snPAr8EyZfEaZg/CloFTCWNpjMbxl/8x5qNBJK0G5hcW6dzbeykltwgWbc3PWSZiZFwz6Nege+kK&#10;Ks3jmDn6MAZY/GXyGmLjgK2MRVXI2smBOHmJRp62BSePNV3AlJeQoiC9DdO6My9BF4SSJBlIE3hZ&#10;huuzDsjQOWspF1ziAwhaTJOg+aHVsfQlz+4Tppb4MNE5LjvQz91nDP4xE4aTI5WXvpUCVqNjJetU&#10;MmwCsM+kxyHbaf833X3sIcDp2ZM6MDz1imm2MjAqfz4yolwWwBOy1DKQKMnhJ1lQhUnlyMF0lgP7&#10;3l+R748x7+2a7i9dpyi3dBaCC4rJcwnyHn8mAKU8Cy31c3QvHLv1K5WCm2zN7tWgLgWSZ9PHTy/1&#10;tSt8/lyTx+TTfT2IFq65sSmEf4nkKzPeL0qXMxDPuLT6jI1nCmnFvLTGPpAkyZh7iQlY1dIgcM+V&#10;x9uf2x0jQIqY6dPkUxsfw9D+/xq1ie3CSOLNLRwgxZ5Pcp9ry16RxHmtna8VMr8eqFRZEY6v4gDK&#10;s/SCjYEvlpMk3SQkFtkKlOe2eZivdXQBVNO9lVHaOPA5Tt83rOv852GPYOMHcsjWc68fF1j92bGa&#10;rppM96xXrSQ6Va9QzRNLodJybxcLu6gxO4PFM29hefYo4vmzKHUucva69YwzFuTjuZNZRBKAIUTE&#10;trWnYM8qtnOgIp+ZSR35TB0n7bOAG68fxs01kbt3RN6buHRl7ZUwdiPD903sw9WE2WZkLvXPMQFI&#10;Kkx1WtdZIeDHa5tqq+Umfa5GjKWlBFzSLTY6WGp55sUwtm65Hrs++1kcuPU2DIxPiZ9eleoy3qSX&#10;hWEa25rvKobrvknT6+ZOxUWercX+fTTGmfFTkg1XGwu07l64dAEvPPu0AG833/YRrJ1ehUFm+ZUq&#10;soFLvKJFw8VX2J/5c/J5breXUJ65Ahw/CbzxLErnj9OjlqWpmvAmMKrQeaLX2nEAyd47EU+Pojwy&#10;YetQ2GC73LzIdZUxhTlLXU1gGawXjjGrlQPvI3Ro7PF55cYi3/PMcGzRxHLm9Fm8/uphTE5NYceO&#10;HZianBQgq91p48qli3jz3RM49s47srZet2c31qxfh1VTkzIWI5ZiJy5koVSW+4I9liN3fwQi9yyA&#10;7wNKDT8suy/cX2oXRoPUgkNL/dik/cfi/Dxq9QGMjY+5mjpjH/FnYJ+4pUYTV2Yu0xhvCCN1aKAu&#10;QS/Mjuwwo6zZxrPPPot/+S//JVZPT+HX/vpfx649ewQY5S4818us5Dh99iyef+E5HHrxEBpLyxgb&#10;GRXQr0Gvz2N18+at+MQnPylBHoNDA3J5o3QeTTJ5vfb7lKSQRp6sCPZ8UOD1avtaFGEilc3bHmjh&#10;z8fg5+kTp/Db//B3MLfQxO/97u9j05bVkkxc4TAcJo7QGFtqLKOxvIxnn3kW//ZP/xSXL13Cz3/u&#10;p/Bzv/SLGB4exim6737/93+PzuWL+KVf+Gv4b/7H/x51lpLXBgRrYL80tr05f/ES/uAP/gkefvQx&#10;/O6X/xifvpeBQbpmnRa9VySee236f61alp/5nmGZflk8PCOr/IrpvkbVrRumC02wbEsLlit99fOz&#10;oliweL/4OjExPXABsyK4Hb5EF0O4D7svs55Jck1Yk9vjpoMtDYrrhdukxxoUC0lX+F7i7k8Ugjh0&#10;4XGmAMTZ2l8Hj0scw90D+6E8N3sNnbJMnUtv19gWYB95P0Ad1COx2H8kaZCPgHupPYNresWJrMvs&#10;p8snb5bmjnPvncLqDdtFTTF35TL+6R/8Hh58+FGUKxXceuPH8X/+8e/TfjaWVOeYN+1UN7zw3HP4&#10;/X/6T3CU5uP9e2/Eb/6df4D9N2/C88+/iH/zL/45Dr78Mpp0r9TKdUyvWYfPffpn8F/9jS/SfnoI&#10;0d/9O7/xpWJia78giatODKb7Oca15rXKWtHKn24T+Dn18b3qTa25FlJxZqrYD+1WVwHYirHhGRtL&#10;BYxBt/lKTLA5NVKk5s5VUQeoupmHRQ+LrjRgE5hx9ZLm9uxe2ZvQuOdqZN1y7uJJge/BANlRlrzL&#10;BzqOFlsS6WlsJ6+ES1XubtCNFCUYjQagl5dQu3AKA28fQe3QCyg9/jiazz2J9kvPQh19Gzh1BurK&#10;OWB5DqrTlJCNDi2ozQWWOMwiPjcHnJ6HObuM5EILyQy917JxDCgrry2N0QI3SscxwgUvlYEDVJDW&#10;2evaejiYik2ELUVGYqt5syPoemKZazoxgQgHqTRJAie83CdxxtNGOYmL3WTZFB2TSqtciGy2uTV9&#10;xqCXB5ZcKq3rxFmWZGbS77BvKdQ9WmBc8qw3apK/JxY1FFZeYtmHJdpMcliGatPPTeYJ02OX6PmL&#10;9NAl67MHF6YhYJ4LzUhlX2WboitMRBsdjKRCBXfFxqV37G5PDLPTVGAGsWJr5swBGC0GScsRmI9w&#10;nAr8Z5cbeJSu83docb2PCsvH2gZvUIF0iZ5ygZ67RGOswTIlmtTGV6/Bmq0bMbZhHdZTIbmeCqLh&#10;teswvmETysMTqNQZ7BuzgS5UsA6OjNDzahgcrNH1bmKAiiy+kAwMigyCjqNKC3y1PiiTZkwnidkP&#10;jLi16IJWV63CwNppJFSMHbm0gBZNortLNYtl0nWab8UYqFesB5JnMpoAKCvebqp7mjKBL15Yg1tJ&#10;kBLwr6Pthqj88XvQ4O4jbbYXFmZ9llH6hoLBxoLC0t86aDaX0Wowc7aNMp3j5mW6x5rs9+T8lXKs&#10;ujyLSBfCKMKwh64ao5dlaZGNljI+8/JQg7z3XpE5ppwc2HhZe8AyTJNxndQ25M6l3oNBHcH3OoOf&#10;ibtPIid/1nBSXR4TUebf50Ez702Yxwrynnzexy+8vinXLQzCCc67QQ/GY6HdFEocPNhlTOZPF3iy&#10;p4nBHoeInX+WceEMJR0YCHsAJqACelN9L3/tFYKSu1YFTz2lgkRdlWcH+uucBJLS3FfParNX2kU/&#10;tr9yxaZJm2Gm+JwQ+PQyUDfWI52xkDwrcaXSoZs5mT9PubW6wHDNsScTf7+rFUNn7LFmIzxMm/bv&#10;ESf5BF6D/OQTPtZ79Jkk/3MSfJd0b9rIVFbdjKg2Jh5yEGDArYFiQB/lmGnG9FB05IywC03TnMGh&#10;TmXaxXRBD34bFTDlokjmeaV1gTGYZ95GPhHYf5emY0pqLXDZonSiM57q7lhsmaKkqKEy7nCUdOW1&#10;MGd0dnF9PeyZhW7e8QEiacKy2wBpd78aVcnmOw7skLqC65cRplxSXV+ln0s0r80hipsuvZWvc0u8&#10;W7laE/C1XMZArYqhgYowhrTi9aFhPRq5GQILQhkXOhJCXz4Ij088r+8dJ3OEssxD9k1OJKDBNWWC&#10;ABnfEIn98yIDb3uWhGwpdx/wY8TWg2sEEzsQWomP7tnzJ9G6tIyRzZtpM0JrLqyBeX1wgv7eQJmV&#10;B8ptnAJPqZ4MmV6sFFVcO5S7jiYFrCXtmM4lj30Gu9587TW88/ZbGJ+YFPYbh4hY5qTJ1vDYXhMd&#10;Wbal9JlLVaqDaOM3OIDywCTUuUt0/RpINAM7tL6zPUpE13BpDmMLVOcOjaI9wO9bscEtQopoW1WN&#10;qAJK0vhDwBTtv4/J72eMq11TKZmOLODn2d6OjcMQ5vDQkLD6OCn4yBuvY4mb9FQ7LVENd+7COfGT&#10;On/mDDatX4c7774TGzZtwOTEuAClDF4qL7eWYzUWDJWgMRfQkrU6usG3H0sQh1rhy61PHG4mY7fs&#10;yA12/mi3G66xqrFM9eDZc+fx9pEj+P737sPU1CrUBodRq1ak4ChVa1igfc7cchNnzp/HI5L0+n0c&#10;Pvwqnn/hBbxC42Z+YUH8OFkKXqfTsXbdKkxPr8GPHvqReMrt27tPGs+1ShnLdH4ZUBwaqmLr9q24&#10;+cABbN+2FWvXrMbk+Ch2Uy38kTtux82334JVq6YxUC2nzFRpDiLJ5ulwfu5DCunH9Hq/gSjFBsc1&#10;EWRckZW4NGYrazQC9vF88crrr+Nf/cmfYM/u6/DFv/Z5DFdpLuvwHFelC2U9Zdn/kSXi27Ztx437&#10;90vy7te+9S1sXLMWG7bSvmHNCG64bh9OnjmL7z3wQ2xeT/uKjVtFJsx713aD9qgla3UwP9PA/Q/e&#10;h9tv/jhuvGmHmxt8eJKWVGMYlVdvJIlLYIWwrO16ExWyB4J9/IcAUGECxUKYLB4GKIZqhUJ4aT+Q&#10;r/g7dU3pKpmBi0lZmkUpinLAvsmx3otWZCqUlARKtXAc6hCH0vnwv3ATkGt4+/c1pqCksDJbrfp5&#10;Uyvkw2IcIajHfRKGQoWEJ2FwJ2W0Ow0sLizh0sXzkvrcbtt1kb1RYxrLVVYbdniMtfDC0y/ht7/0&#10;O/i//tn/jcZ8hHvuvR2DtH+9997PCOh/4fwFXLryHlaN7cL+G9fJ+4knOc1Zq2m/vHv3NmGnnjx1&#10;HEeOvImb996JXfu34b/47E/ixuv3Y9++vbjrzrvwN3/91/Cxe+9EvTYoza3o76SefaEsQqEQ1HUV&#10;gK8Qh6GzbZ9PivOeJmGPzneesjrEdMtaroGiffXHmr7Id3+aqE49XVJTSHdO8vRok8oKipRRAY3Q&#10;LQEqbjC6WXimyxBL9TjPK02wJryhZNMU+V20yPzE+lnQb1r0WDjBG0cBKX2yZceCel4OQ4O63G6j&#10;tLiI6BwHZ7yJ2qFDwLOPAM89DfPMk2i/9QoaZ95BPHcOhhbGUquNTmOBBvkMYloIk9krUJdmEF28&#10;DHNxEfpKC/EsFUPs7cZ1NIN3Q/TFYRlsy0Bf5RpT410BKTIEJeg4F19Sijr2gmVOce8lShNwlTfP&#10;jjJqu6U6qSDF0biJ3VK9/QUzCChPXs+skfNhNyhcEqO6NorWaM0WiVEgvQ03hcoDHCWVek/5DZZ0&#10;OGInK3aJn4IFsWqzwUm4RsA6lh6blrGefKYwtgKEhj9G7N4rkde3nnoJg7dVhZawDukjN+2KwhsH&#10;CZQQZbCRIn+Jfj5BH+pdWrwP04d4uBXjvtYSfths4aFWC4fpMWfoTRaZgkfXqkpF7eDYCMYmpzCy&#10;agKbdm7BRipmprZuxvS2zRhZux7loWFoKpSiOm94tIAUXJBFXFQ6U3PusrMERzaDdDGq1Yo1KObu&#10;igC8BuVKZFOPDLO9rEdNhLKMf+3S8AS8nJ6ijVIVxy4v4pXGHFbT7+u0mSpXSkJ/0YmTSAdsLdXr&#10;Fg59n4oBq0ZlRbcDPxxeK79i8qr66J1osj8O/XFpcSGlfXtJGn91HK1HiuikLcwHpmrHi1egZ4/S&#10;tV/Mhwc4ICnJyUj9nKACOno+BaybmZPR1nMzaCGBI90wq/7Fhcor/nKgVwj0IZAfd6kVVLc/WtxB&#10;usFVxmei2zVIwMLIpRhq22GL0hAS///w+qr0XoTOvNx84acDmUQG7AVrWpimikwmGlpZ5OXVxXTF&#10;APgM/uyPMSnIgFPWm1tv00ZCce1QvbmpRTZxUf3QrZosjAOYLgAtKcpPVR6o9S9cXBeV6eVM7QOG&#10;UDDp73EjmuBa6vw6qlT+XIRf2jd9jOobiJKpU9UKBbMPcOpzfr3xdDioUy9FVdg4ZQ9JCmAeisAf&#10;TBewnoKwiQ9qMCkAyOt8RHNcbc1tQH2UNkNlN/51lsrLjAqTMevseI+cDCVkt4X5URmDJwPEdZcc&#10;Jo0Nhsqn/KaLVm+mXnjOQskN+99lvfpwMxoyYHVmXK9V/v7owerL14pWzueZGtbLWKc+nuGEl1fC&#10;JM7rQVmpulNBhNwC4a5JDVxCIkm9Ssz5RezQaNOXGOrSPGbtHeycxmFmvGlu0b1RFemkXDNeA+NF&#10;2lxY/1I4WbJxst5ODBf2lDWLTWYQmwYW2X2tEc85f2oECHQAvnAcUpaytULhTU3smhWRm2d1Saee&#10;qhZcsa/FrGppMse2STPPjMZLc6hMjGN8oE6bngEsNxdEORBzk5RrTmnO6C45rweNdA+5lV+9stAd&#10;ndvghbcyq0oYoOHxPTw2Lhu2s++dFYkfKw4SqR0saK1LUWrIIImt8nkZoLbXtFo2aHOjkQGkuTmU&#10;Oi06/pYwxe1tXkKzsQiz2IQZn6b6tmTPO6sP6F4UibdjwVn1RpgqbdUKSWCJpAoBJrkwBOXnI5O7&#10;D/0cyiB2s7EkzKZqjc798JD48R09egynTp3CiaNHRa578y23YOO2HQKAcTKsbHjpuZZ5GLl50Ibu&#10;eY/KMMjm/UhrPxjYt4JAkQFsqhlFRt5pZwC4mwvml9u4fGUWr776Cv7jf/w23njzDezcuRN7rtuD&#10;CapZ09qOE3apnnzqsUfwH772VWn2f+pTP4H911+PXTt2oEn7opdeeglPPf4E6pUapqenEdE5HZ+c&#10;EHnoQdorHaPzuXX7DlTqNQwNDUk9x1JqBrIYdJ2YWk3nez02bd2KVWvWYHxiCgPso6hcYrDRbhw7&#10;AMORMXRkgyVUAMRl4UUrs70+yHXovX9eafdtR2bJJZfChb9EdC91mm0cP3kK33/gfmzesAmf/Imf&#10;kPo9cutp5MauhEspu4+t015h93V7aW+5jL/4zn9EhV537frNWLV6CjfecCsWF2bwjW99G82lJaxe&#10;u0YCEZi5zuF2ly5ewbfoOjOj8q9+/mexddt6Zw+jg7Vb+22bJA0Yp85IYNKwB+0kyLlGbpiIDZ02&#10;UK5ZUuvDhHow5EMwtx/ucXUsRKHbckb1BoNNWKIUMge86gI5lz2He2SWGRmr3/Q9nFTZGLbnesho&#10;lbnane5rKROs/d1jNkE/KxKTr3EDH/FeqlYTFGOa9s5nTr6L/+lv/S0Jy2jOd3DjzTeJtF/WQh57&#10;bZo/aF37d//2K/ijP/4juvdLuPvOe7B7+z7svX6nWxsj3HbrTXjvzDm8c/RtHDv2OhUCY9i+e5c0&#10;ZGyAmMGaDVvwsY9+FGdPn8ShQwfx+JOPY6g2jP03Xk/3wRbs378P+66/DpM0X/Pcx1YCDGR3g33I&#10;FkWt0NW1vabGSlAMRwEy7g1jU6POHhRU5BL0CjRT0y+6Xa3Ig1WFHBeTZMbkCMG8wHhZdWmS0ENu&#10;i6uem+yGCiV2mY+NCW9g48uTJDUMM970yG/3pEtnrOGzZ30gcRJRg8Qnz/AgFB2hnfCZpdfmAoK7&#10;ubwOxLFMZCXXJao56WFEvy/RJBldvAB15gTKb72K0rNPoPbckzDPPAbz1CMwLz2DzjuH0Tl1DPHl&#10;M0iunEVn4RLU4gwUFTjmyjzM5SvoXLoCnF0AzjeAmSaS2Y6EZnDpmjCAx77M43Qso/T/YTpqYerR&#10;V4VvINvUUa5gSVzdEvnVl8G+2CEEXHRF3mjfsn3crwvO6Xn0QNg/XuFaspJSFJgaRmXyvZDJIVOK&#10;Aw1UEkyGOovVZc875ceYY+fJ0G/DGR86qWhsQ0vk7zFSpqh2/nrCyFum68bPo+/JIr3ustskxip9&#10;HZWgO6dD23GV+ndFfhHl32kZC3FiwV6X7CAMgiY99jK9yDumg9dpp/A8jZ8fmBa+1+7g/lYbD9Pv&#10;nmp18Aa99jEqdOdoA9mu1TAwNoaJdasxtXEd1u/ejk37d2Pj/r3YSAXRhm07MbJmNYYmplEZGBQm&#10;Q4kKoyoXPPTc6uCQFD5lloNw0hl7p1jkBWWRmdmCv6x95L2RtD9mp/C8VZYUvVK6yRCz8EhZKSd7&#10;sXCnkCVK5RoavJkYHIYaqVPBVcdLVPCtp8fVGPSk53VcV00uqbN1FDmuz7Mpub93RYAW2gtJthk2&#10;jmDJl76jHIX9wC7EkxtsMbm8JN/5CvEGJKGNnulYM/EOg3u0cWDZUbPRoK8WJgYizJ5/DeWENkQq&#10;nzZrHMvCs09Sf4ogMTHzksvmah0wydI0RIOcZ58KNktKZ/CbTrvMSEM1ct5+4XJiAqAw8NnLwiAz&#10;r5xijzGbW5XId618zKRhBuln08oVyipliSmdHX8UMB/9sXo2nzFFwNYVJCp/LCqNyDC53MSeTVMV&#10;BmqYdO1JPHsKeVArcZtbz/rT7sDCpVaHQIsK5htVAG1DZqpRXaCsUr2/I2D15T6HBwtQ9GZBEP5k&#10;culo2RjMp8yu1Fj2y5zvbIeJvdqYHICcFrDBOMjMorOCsle5osNQGtOrrMmK2l7nL03G9GtFUMQm&#10;RgWFaL4Rl6F3qmvuDsG+pAj0BYBgdm0zJqdlkZlU8gvHFBdQnNbe2qqboGpTEtCRUn15o8EsNq2C&#10;gJ4sOTFU5JZcowip4bbJQB0HjITAvAko8OIJpkKWvZUdeoa9cbJTWaGdNUXqyQfvo2Wy5wsw5Tdj&#10;QZq4BDwoy8oPdwtipmqsREv70Zk4OF3nJEjK5bB6g3njvQUDincmB+rq/iELiiukTRvjtop2VEai&#10;tKhSHUJrVGWQ6gGa8zslWgdaqKgG1TcDwo4TX2JTEfafrItapzLhTruB5Sb7udpiQFgN3ACNKhK0&#10;ICxiVwvEbqyKz3IUuXCNSOaiZiu27Dtai/h3vHbyOeTGE8vrIpeGmabFOiDON+8ZvJJ5N8puEl7P&#10;OXigVtVWgsyfn04Z+xTOnD2P44ffxBLbeUyMY2hgHJ0oxgCneVUcU9mdc+O231ZdoR2bMutURMon&#10;1JqsqdATmMi2qNxcYyCUG4NsH7Jp0xZhuL388mGqKdhTsSweYLYpYJwtg2veaNtcTlQkv29RzVIq&#10;Uy00Mg61aj3KzbYAQZGi+ldATr6vOigvXUJycY5+qKBF9YeSWsdtLrVlEkYu3EcF6c9+3UqgeoYa&#10;5jbJRZlhar0TJABHFsDnpurQyAim16zlgYTVU1PYs3efBb0mJzEyNmzve2aeIvJeMjng1KjAC+v9&#10;SmyVSufzJPVY1H13d++LkcaefCkr2N7Hy+0WLtIe57FHHsbXvvZVfPsvv4tdu3fgZ7/4Rdx04HqM&#10;jY5TXdGWmpEleI1WE1eoRvzDP/pDbNqwGT9Pj9u7dyc2r1+PaTo/23ftwF13fVQkpV/591/FCwdf&#10;FPnuxo1rsH7jJnrt/XjiiUfxl9/9S7pnI0yvXi3jhL0O/ZrDfnx1GmdVuhYcMMFAfsmlcKcsL4VM&#10;GRfMJT0Ze2FQ0AqWXB8E6Ov1fr2uTxJo5NKlzTcPYsuU46b9W0fewLHjx/Gxuz+KcZZPy4IdBSBS&#10;FpLC89EknfObrr8BJ04ex5/++Z+judTA7R+5C+M0Tm+5/TYsLSzgL779LXyPPQ9fPISXXzyIFw8d&#10;wp995atYXJzDz//0z+Pez3xMwFQVMG/C9FZbOxvXlMpY5bqYrKh0t7xO9a9qVK/o2qIiROHa0j0+&#10;kCVLpvoxpvdjujxylckxjHXKgDOBglKlGJIKAlqLnn5+XJjULTb/vknKjkd3mm8BkFQrzAu9fA+9&#10;NapKa2mTKhHyidH5PYj2bFTfQHbANTeuGrQnGxwZRY3u2wsXaV5vR7jttpvobx3x5eVzxyGlZ06e&#10;wG/99m/Juv6b/+vv4Nf/xi9j3w2brd+uM34fHBjBZ3/qJ7Fh7UY89PiP8MAPvosjr7+FW2+/g96D&#10;CS8cHpVganICn/nMZ2iebOLdUydRr4zgplv20l627DzJaV5PbKOSLRuE6NDN7CuwANT7zZQJJ5Ng&#10;KxAWUGkajykYJavcbrlrMukJ9gXpvyim3IY0/m69eF6uWzwO+7tIZwKdD92Myt3AmcG8diiNCXyR&#10;lANvVMAO5AuXBBtsbeytIgEZwoLQNr2Mk7d8sEinSQPNnuuy9BVj1OmFfcpohYpDNhWunzkJ9eLz&#10;0M8+CUVf5qknUT10EK2TbwHn30Ny6TxVZnOIm5yE20RlcQl67hKi+RmYKwtUuCwhPt+irzbMDPvt&#10;0Q3SpOPhwIxBev9hOtKxLCQjqikL6vF1iZFOIMrpwgT4arkkwYwvaQs49p1LXDEpeGbAyIHzofM3&#10;bITUuNzq4gIejclYVvlJz5neOq9klSCV5iRpx8dJhIMWiPf+M8F2Lw3EkGrcZNL2JDOrF9Jgx8pz&#10;+fHGgXssw+Xn8nkQGS93ztvOs8lkAIRJLFDJ4yJ2oHES2c2FBQvs+7YcDb0sE5dCmdNx+YPT/mKZ&#10;XvdKR+NtOojHFxt4gK7z/Z0OHqVC6RUqOt6JY5ynxy5S8dtM7Fhjf7362CjWb9uKzbu3YeueHViz&#10;cyc2bd+G0VVTGKWCl2W4jNyW2X9voETXvSrMEpZr1QZqAuxFVOB41ogAHJHfgCphpzDdv0rP401K&#10;rVZDK7YbGesXZBPJuCCLxQxcW287/pzszdNqoVTVkvDHL8mbFfZzHBgqw9BmYmF5GTOlDgbGJnDx&#10;/GlsMxUJHlHej4zPeykDurTfK7oAjxSMKKj1e7UkEuUwXjeGOLQj3rsV8arNwuBYmJ+Tsa1SSb+S&#10;zZ7Uq+wvGbeFjm04nZcetHnrFN578zEMVSLLBowyCAo6LFx6zHh+k+4WO2G1upRTndLiA485rdKE&#10;al1g2Om0A+aunwpy4Ex4TwXy3yTPHDMmwxwyRMQUI5xSj0B/PZqtRO5P2eC6giwpgH6SFhnM4Vpb&#10;+asJCrxUPhwGQxWAm4wxonIhHun9r7LmEVROjZvn8XmwMzD8zRhMmQTWMwNNjuWoeshYM5m5LoJ1&#10;6eZXpa8RdnRNehwqBxzFJvvkppAgq52PpwUPemi987z3zCMlKOKuTSnQA1TrAYrmGfDFQrz7HugV&#10;nm16sB6V6l1Vmz5m0an1QgFMQNp1zoOYYc1hcsVlt5zaFOS9/heJUd0goHudVMKdZMxQ9o1RFY3q&#10;9E0oDUwKM0en7D23egXsuixkTWdyaOdVU5TY2/VXB/OLBSjCRF4UmKHF35lQfZGEiZIm5/2UUwQ5&#10;OZXJpf7qoLYzOQ9oHwoC1ZvB2U8OWtwVhbYrxZQ+AAUAsHc5yPVPJEWmAxujsqxpmtbZqFyjub4p&#10;3mqRFAgtkcLaXHGXWOgauSzzSeJmVhsomxpqE6V1dl7TFEkjQEIUuWAH5cBT42S2MW+qkbNS0E7m&#10;G26CYmPB0KSg3sl8XJV4RmrPjnYsvVaHxmLDSpznlpbQoNryysmzmFy7GrWJUQzxJqk2gA7VISzn&#10;a3disbrgWtnbGMRAJknuYrllm8U8j7owc5iMWcry3BrVIgzsjY6N4cqlC3jumafl/yOjI9JwZEaS&#10;Twf2DDaxU2APRjqfVVWR+qBC91hcriNh9iw3wJcW6KpRVZ7QY9g7M6IN4MIFVOYXUC1V0aH3YPkg&#10;A4vsCVfV7j5zTQIdzA8aRQ/Jbla+6jEdZ36bAUlCQYJI+PUqDFTStVm9apUw08ZHh6neqrt1yAH4&#10;xoJNvn4wV9cBXh3o8wnADujz80evFYVrOy9D5v/38uwscPtsmJzYeWgsLC2L3JbZi489/DCefPpp&#10;eb2Z2Vns27sfu+hrdHhIAFUG360XXiwstJkrs/jWt7+Nm66/HjceuEnuHT5fpVIN9YEB1Op1jIyP&#10;Y+PatXjghw+KHPzmmw+gTr9nVuTWrVtx6cIF3PfAAxgfHMLkqinx8Ivonudj8KEfnvkWLhgmF270&#10;/lN2+0l3f9zeiUVGlgnAyI4JU8ytl6kEjdDnnqTxf/+DP8C66dXYd9MNctfWIuV499lYiVwQCTMZ&#10;h4aGsW79BrxI+9SXDr+Cu++4E2vXTtFrjmL3dTuxftVqPPv88zj40kt07eawb9/1+NznP4fP/uRP&#10;4Obb7sTAYE3YVHk4snv8FHUNqfIkbciZD3SeVBrqqVY23P+QYN+1HU8fewRVkNUEbE2l+hyEyrx9&#10;lO4DDvc3VXG2FaZQM3Z/dbPxr+EE5ZqBCrpHwFt6bdz8GzmgzzcyQhmwqCM7dr5iT87Pfe6ncMfd&#10;t2FsYkw8Hpmxwy5MvL9qLLbw1a/9e/HWvW7PLbjjzjtp37JMfxxAqUwvQmteuVKWem3T1g1YNTaN&#10;B3/0I7x74ihOHDuLO++8w1l2KLG9aLfauOvu2/FX7vk4PvmZz9I8w82uYTpW2g/GS7TPrtl5JY4l&#10;0LG3jDeH5q7ApDOqi1bf62YJNwQhky/sOqSSXrPCIhZ0U1dm+CW9L3cB6NOqe+OmCr8LY3Y+SEck&#10;qxVN4fnK9Y39RswVyVKMSs/SyYIcm88E7AJnGstggbIjzcVO65RtZKxyTS42F0lVNuddnEU0cxml&#10;o0dRev1VVDgJ9+lHgeefhHrxBSTvvoXk/GmAWXrJEr1+k3bTy4iWZhE35iQRV128AkMTZ3J5EZ3L&#10;MVpXqNhcdihGxcpwoxH6/5j9MoMQcI9TrkpOohL5fjaDlDyhR87U03UGjdO+GcfEYVknL9Qm8aRH&#10;1+0JzqcAgM47y0dgowDkpd2x0Kg0scwf6ZRG2WZRgLXIgRIR0jAZ3xXIbo2830/i/fAco0qbjK3H&#10;TETl2BeWIUa/bBkrwaVzqJi5R6ecTzv77wkDL3YsNTrOkuuG+/EXV9yE6QpybvaLP46l7tk5N7a7&#10;MA554G4EM9ouMHDXSvBsJcYzpoMH4xa+H3fwg/YSnqNjfZOee4a+lllGwxV/pYT6yDBGpicxRcX4&#10;1JZ12HT9ddiy7zqs2bIRQ6vHYaigKdUHrZcYFS9tvojVmkxenHYHKpwazBqlsRgbyyYwLgJXrnFi&#10;O9mddsd1ny3tv+SN3A2HMTTlcVx0M+tAjLxLJWG7ie+MvwaceOZksDz2E1Wy0qS2i0EXE+MyONOh&#10;XB6AjtkzSYuX1eu04dhUr2KYpREe3YuVJDgj85ZHps5V6bVWphtnSCLk0jVjeO8+B/7t2ohk/S4Z&#10;JEvz80L9s5Yfdqfe5ldpNQXMNJLC25Kxum7zJixeOg11/iX5mRmvicnLaXVxiIZkdYfYpbLwYCOh&#10;Qj8q51ORhDLEgJynVCgzKgAmXlKpAgaAgourN6n/aTgBh4BgyP6zMk2VdXrdX9j3MIldM8cz4dzn&#10;K8OmpaWMpEDGK+wTnUFZntGnClJcrfPS/Ex63Nu/LGU9msz3pcg8MyYvbVXBCVUoWDiYkFlm8h5j&#10;PYq0UFapFLqolRrhdKWQU1AG61IADRQCXJALxlBFer8J0bN82JMxyEkrtSksyeZaJEFFwKywXrv/&#10;a2X6FsMqYJSG/nKqwOjLWW2YooRX9QT7+gGHOT6o6UMDRhbMEbI7/fXoAvsCADEx+S2JDxRJUg8/&#10;5cAZekSZmX03IxqclnAta3FQcrJ+HchbA1Zmlzkp8hIl5AZWOr+kUl6deeGkbBRdSOcNwjvCpGdT&#10;3BoEBbcP2sjuBV1AOHyNEAzMlM0bpUCmbWKUrCG8ysPJ/DsTem70HI2mJzOg6MHcU+KmSwLC2nOe&#10;CPte5JzlITqmKtUFTWgq7O0N03FG8nHOrDxSFVldypGT+emO8+ZtyzrI62XijXrddZaUctdUEz8q&#10;YxmS2m3EBW8ImyFpMrJXUTCyWAqYm4GHFHwwkfX6dekkNpnXn4bYNp0lQCnigK0FzJy8jJgbgSMj&#10;GOL00hSIsqEo/JkiFUvzzipaFEyPLUIeyFc9A7ZMwIDTXqpL54ABLmZGjAyPyHr97tG3pclYpS8G&#10;J9Iml6wt9tx1XFoPy76bvOjT8XVYmUK1D2+6zHJTpNll9pSmtZ5PXcS1fWseLQ6uGxyzyc/lChcl&#10;tnmv7HVIx1UhbCFGYBPRG0kr/FEVWI7GSsx4bMF6Efqwnkh8/CKRmoq/d6nimrFJmrxu1SJ2z2I+&#10;KBMi3cvpfEink5znUz2dnDtxLNMouirkJU0IZsPQ6y0sLWF+cQHf+Ytv4Kknn6CNcw0//fmfxcc+&#10;+jGsmZrAoRcOYoRqv8mJCQwMDFLdX0s9gJnxzGEcTz3xGBaXl3DgwA0YopqYQfYSy/A54IP2SsP0&#10;O5borpqawhPPPI3h+gC279iFio4xOjqMLdt3Sqrm2ffOYdeu6zA2PCznuVcaqLCbddSPmvW+QL8f&#10;n2z62gHFNNzIn0P3veSATb6XuHnNTMaxqWlcuXwBDz3yKLZs3IDJVavonud5ruJqIp3uwRPx/rSJ&#10;yPWBOqZGx/Dw449iaGAEu6/bjyrti8rlKtas2yAeiG+88SZd/w7uuvMefPSe2zE+OoHBgZJr/JYR&#10;WoetdJ7yFiz4kDC3X/b0h3sF9eGvWb/k37DxnTWoe7HoTObPp8w1HlvYEDPdTNW0BtMrSqB16FUY&#10;KiIcr0sXmgHFUs4o5Oq+rra12/8YY3J7J08g4/WnJOzc2Elt6buuYWlxFv/ij/8Zfvj9J7F3DzOF&#10;66gPjmBqbBCvvfk6Xnn1EF59+Sm8dPAV/OiH38MP7n8QP7z/fjz2yGOYu3wRa1dvxr4b9uL2W27C&#10;seOn8MILT+LFQ4exbs16AbibrRbdPzXx5Bqh8c/rvGUf0h5ZMYBQtk15N6dLjRCCffkkRdMHUCsw&#10;//oM1JRnZzL6bb4jim5mXw9ZkQnBPXO1yStwsklM12v6Dh4fk68z80mS/piCc4B8umT3+/fnCXTx&#10;BgKj9XTBNg45MFY6QeWQLWrEL8dKCtuSZJylwfIN0nKhGxXnXcdSxhpfUJYMzF5B9dwZVN94FdEr&#10;hxAdfAZ45IfQTzwCQ4PGHHkZ5sQRmDMnEM+8B7Mwg2TpCpL5K8DcLJIr88DMPOIL80jOLqJ9norN&#10;K216XCymP8w84w12fYJluPTeQ3S8LMOt0Xll2UXZV4cpQcsCXsZkXfrEppoJGOXZbqYAhCqXaFqv&#10;SBEkXUAxhYZLIcykd0YXNowqs9nzxsoeGNMBU0aKzyToNHDinEM9jKP+JwFozUWaMA47DuBJURtb&#10;iLJvHtoW5GPgTnFqBTP7lq3Hnlm2P8N6b9uDaGdUImF7uTGSlIJOni+8OaNP20BfZvm1IssQE6kp&#10;X3+W4NKbz9GJf48+2DvtDp6lN/lO0sIPWk18t9nED+l3D8dt8dZ7h77OGipkuKNQr6PC3nrrVmHt&#10;1k1Yt2MLdh24Dut278CGXTuxest6jK2awOj0FCrVQVRq7LMXocRGwyyJpQtTrtYllY0/WLUS2eQ6&#10;Zf0BFW1IGIiLOL1ZWc8b7nhEtKFps2TVGeMy+65hIiwvLEkhyvUvszdifrWojLlG00mLIidFETMj&#10;J5N1SYFciDMQyCy/xHaA2Uzcnkctr1flTnyZCq1qSfwIZ+lcTKxej+MX3sP2kmTviUE4l/ecCi1l&#10;R2KLbAsA50NrTZSxanK0LmPZgMZfV2aiSVKnQmfXKnS27pGNy8KVGWHy8TmSzRl9N+2GfGd2R5uK&#10;ycGhKtZt34vR4XGcfuHPUWnPBxLb7L217t10yEl4Veat08uLLu3AcQqkVv6WTiVSHmLxjD8Pu6Rs&#10;NG27YrIJirLHp6yaYHpMgUDdHb7gPfRMuoH0CYsGrbahTaILHoBNifZeKtAZq0cHaJsPAFHF8xKA&#10;KNkGt5sppwJ7iKwnrArZSyaVAvcMKlUpWSoA1rLwEh8yEh5f+jgPsvZYfkxB1mmMSYFCg7yv4oqe&#10;2oErQcZYyzy4/LKp+zROw2aZ9xfMmmtZYFJcCPQwyKdG51hrvZiNRWCtq0a5tmpZdXWcVVcadZFl&#10;qIpsPBRZvfn1XgFdP+cA0sL1K6YEF8M4UDg/yqUk+POngiTsdirntWtJfdWtUPUp4fpbdlIWxOHB&#10;LwEBA/BcBYV3ns0WJCErlcsPs9T7MM0mBAj9fem79Ikbry7YIqzpVCHpODDKzt4t80jSzt9JWmY5&#10;EDCboaxkKG/ObWw8fepT2FNrVQBMinVtsV72dW7o85NuSmyWvQ3icfUmg47M9otoXYoG64hLI2AL&#10;XTb4LidNAfrasdtQUyGRmKqsU0a7dU5uNJvczlYdsSS5a/H04HlDNkJGO09Gz5kMAHyWkGqd1mKJ&#10;CT+Dcu/hx6c9X0nimtXapGuRgGF0Culj0MYkC2USMLGTWKCWAcASW3dYH+bZucs4+8oRzJy/hLEN&#10;a+g4ypKMyYFWquPOU8WGJmgVpc0aU6z5Td4bVa2gQlJO6cDfGeTjhGYOrKjU6li9dq00F1kGyIyw&#10;IQ7goE0de6151kQpsuNIXFD42rkry59HU00V14cRTbJscxCdyxfoGnboUlA93TYi5dDNBVTOvyed&#10;wWZpCGVa4zvilVyyMkKtU7AkcvIxZczVfdiK0kr0Nu8XKbKbnKLI3vPe25LrLN+xywK1stfTPkAE&#10;6JEcrK4BbJBi3r1flK11SZL5NJqsyRUGjKiutOJeYIIYT6ehPlxHcc13x5134daPfAQbNqzDmtWr&#10;sGnLZgwMDOP+Bx7A6RMnsXnrZvHGtJbQWtQk7H/VWFzAw489JkzHnbv3YrBqPRYTAaQjWdfYd3Ni&#10;1SpcPH8eTx88hAMHbsMI1dXVyiDVbSO4fv/1uPXWmzE9OYaobC1pGADM74dNYEPRbZ6vnH/XtYI5&#10;/7n/hQwo/7n4iFvtlly3cqXqkoItkFcfqGHnrr04cuQNfPXrX0ed5oMNW7aiVqm6ecOl26bMYTt2&#10;+V4cHx/Hk08/iUu0Z733059ErUb3KG2IBgdH6Dpuw/bNm3Di3eN45NGHMTU2iQ30M78/39f5ptwK&#10;QB9MXwzLM3yhVjYV66eAvFZ2pUIPHESrD3WN+kGWvY4pa3qqHv7l+ebzignQcj9bRjhUHjTMBZIG&#10;DMqwDV0MlDXOVsI3GH0N0wuYTdUWqgcRsYDeaKV65J9aj0zf4OL5p9FpoxZVsbzUwuuvvYIr8w1M&#10;0r198MVD+Po3vokfPvBDWgMHsGffLuy94SbcceutuHT5Ik6fPodT752hNW9e/OX5fjh6/Bi+9o2/&#10;wGOPPYF1G/bgtjtuwec+91mcPnUGjz3xCM6dXcA993wMQ8P1tF4STEPbedzaSpTdWDGp3BhFGW+v&#10;CxTlbtpsqOvAw8n0APrygyDJTWSpwWHI0DPdg6yftj3fEUI3uGd6bEAKVXov/w6lenQogs1prxul&#10;/41qek+8RuVMd0SCyiw+KmTKhj3DqkL95DDaJlh6SxNhOZLFn7tsVfGBi2lBYekAyz9jDF08j+rB&#10;52CefBzJc88gfu5JJIefQfL2KyjRIEmokCgvzFJdtUjragtmkb7PLdDXLDpXrkCfX0B0fgnqIhWO&#10;l0XPCSzH0l0TA/NJGigjdEPV6EoO0oAaiCREI6nbKHIBMpyXkQk8o+Tc+TauNikOFzuZrtbdHh9+&#10;s+8HsZhVMwuopK0fCxW0pmML1gwoyFJ90q2aDjLAktCQPdggJYG0ivGiEvvkOKDQFTepEalC+oOY&#10;UpcC9oRxabv0PW4qAfU40SJZtEm3Ikluu6yOGGmKqRTLHbeh1k4i2bZBHgyORZ0oRSUtEEwFf9l5&#10;6zSUnBMhAHBoBp2TE/T8pzoNPLS0iG8tLuOBVozHmk28rDtYiGq4TI9rOBYXj7vq6CAmV6/Fms0b&#10;sf2GXdi4bxO2792JselpDE+MYGC0joHhATqeyG4+ykp8RtikuV4ZkMm1Q8V6nU4Gd+nk+DqxTa91&#10;7AxJmots15zTZBM6wfzeDOIplinRdmW50RFZ8NLCHDS97pHDh7F9+xYcOXMerfNnMLZuLWJdpUJr&#10;ljYGVTnvFd4AtDvC3OPjKDnTRr7q0mHxkogSG0nbhYBDPuA2ko3GsqTw8SaFX4PThBcWG7jUnEOd&#10;ivOhC+exmj5rs8MJvw7qZxS2pNLukNYZgck4uXc4pYRpk+nmztiXia09Isy2VYh33iQ3xcLMDH1j&#10;b77YJjPHdgFot5Zo/CwKQ2B6ww4szi7i/GtPo3P+OSkwy/ROTeOWT5Vnj4UgQ+pdpvLzcxqz4HTG&#10;zCs2JevvFbkNG0ux2JuSNx1tOF8N5TpbCs6YnR5nRK1uNxHGJ4DqzNLY3S8a2rF3kRrD8wCq8DXk&#10;5EI5OdpKqAMESDnfsZax80jbpTtGiU3P5Y/QgGM1qyx5MnIsYa1VKtfVAaClvR9OGBKS6rbDdSP0&#10;3csT5/w8pFWPc6/QJSJT6HGtlAfpchSwYG3qUfir/oqFMKAjbyZ9DRBYIWDC9MA9ckDcCiHxyrPh&#10;AqAw6VsIdktlzYrNbFUA+rJzZa5aehekJbl0aZV1mYPCL3+8hXc1KMhD8/Ld7nIhX7yboM7qFcqR&#10;PiYpPj5giwbXyjcXYuPkRuLjoFBffQuioVXC7POm78YVsmnYjNapJFM7dMcY9Ajd8JIdnfoseWaR&#10;Crv1hZCEtBYMNre2yPbGnRGKaVMq17jN6k0DhNHRbm2OkRei52s2VZD0ZH5mpsA4yH42uc3Q1T2Z&#10;uurDws9i4cIMdG2tGPzGUWZllvRS4c7rK0tLm9zwaTTo8jVl8tMMBskxM/uKgb1SuiEWoI2Te+E8&#10;nsWzj9+/7D5LAhs+GXJRXVqx96lK8ufHhJR1F/AmQRJpU9ek8k6EjRlpVurUZ5ffk2s6ng9KzjZC&#10;R5adHpU7mKfPeIU2QlVOOVxTx1C5Shv3YZEWj9TLAtgoH7QQMpFN5gLQxYDut4nXOpXL+jmKP2ec&#10;2E5svTZA7z0gr/DSiwflGCZWrZbliJll1joj8Jv0n549E6Gl+aiZ2VevIGafYqo74pl5en4Titb3&#10;FmzXsDY3g/bly3L+4vH18rxaJbLSWhfUEQcNJdOLYdTDn20lsC9rgql03KSvYTyzXQdNEBMkjrqN&#10;bxdrRvUghKwE/Km0oZAktnvKQFbacNQW+DPIQEkL+EVyjcIkYtXDJ433hZWyZZ9y45cTcCeovl3D&#10;3tF0XbXz/WAm2PjUJLZu24bHH39U0oin1663HtL0N/FPpONYu3atKCyeePopbNq4iWrKAakrlTPl&#10;Fo9HDWHecMjJO2+9jTvv+AjGx4dRpdcRdZO2IBUHowg7qEcAgGXBBd7IRRHj/08g3jUTNoN5lP/H&#10;n5d9EpdoX8L3buyYfRwEmSRWFl6le23vvj1o0f7lK1/7OrZt3oKp1aslWCNyDMeSsnL7er0m84BV&#10;BBl87/4f0HWuC4g7PFqmmt+yOXk8rd6wHrfeciveOfImvvbNv8CWLduwas1aqjUjy2Q1Vwf7TNGb&#10;OE/P+0BEu2u5fj3vnvB4VR8F5Ac4oJ7H0/e1sok2rwa9FtBS93lN06e26M8eTQpWbSkWpPrP+6bw&#10;Bx149hUpbabwvhKGEyeONGD3MGW2lmgvY+bEWfyt/+1/wSvPn8aB2+7Epz/9EcxcvIyHH/8Rnj34&#10;Avbv3o8160YwuWodPvGpT+Hee+/F53/6p0X6+5Of/Sn89Od/Gj/z2c/DNJfw8BMP4fTxWXzqcx/H&#10;YK2KT376J3DD3t34zKc/jbWbVtOYt8FbfsMnuQOuaSuNJq2zcsg3iooy3l6gXcYMQGpy2ovf570l&#10;wqI97G52FUA9wL4uY8irMEF1agQZRJAH6bn+PlRd0powZUX3lESlnz3XwS1i933SSfol5xp/nuz5&#10;aXNaV6lCk441ADYs02CMwlhGUUSFHBvmlpqLqC/MoHb6JPTrb6D0ysuInn4E0SMPI3n+WXSOvg5c&#10;OAkzdx56eQ5RmyW4TXrqZSSciDs3K9567Utz0JeXEM836WcqEhcg8tFOlcE7GiYj9J6jkMCMeJB+&#10;N0TnqULFGTdByo6xomxxxgBAJHpU1TUm4D2wjGXxKZ/W5h+pu/tSqphuJ5t2NvNOWElKr2FTp/zl&#10;Zskjp8oahMyibMMcaJCCMZHSIwOJoSvy3MbIy8nlPkrCBN0snUPYjczOa1rGHjP14P7Pl0yOLVEp&#10;TTj1yvLj0VtyeKlkx95h/NQ2TSixFMexFBGSlKxtomIrjnCOzT7pby9Tgf8gjY0f0Bh6IGnhoWYb&#10;L/PfogqatLiyN16FJoqBoRGRF4xSMbNh+xas3bUV63dtwaa9ezC9aS0GJodFNqM0Pa/NXj3WL8gW&#10;VyXxAGDKsKLCh/9epr9JUcbsNwbRjBafIV5cxYOvVJLjZslu2gxyYA2b8SaaJ6oajp65iNbcJfHL&#10;e/XNt/HsQw9h/fp1OHL0XezdugFzy20sXDgDMzCCw4dfxdE3X8OW7TtQpU1Qq91OJVyJ2/xxUSBd&#10;F2NZlsJ0LJXSe5wNl+PYdpVqFZvqy/dbRP8XM1PaWM3PLyBmw5y5BWzhcV7mYlMLA1U5QCsFfpKM&#10;yaeQ+r7bY9Lo8oQS4Mvtt2O3MUnWjqJ0w120WHSwOHOZjm/ZysY4oIMRLxpkfF1YKkJlEZYuXkDj&#10;vdfQuXgQQ2ZRxn+HxllFOwNvnc2Bea+pPMMvlPWm1tVuzBsnsZdrKJtQx2JUmfk6M/1KyhvPc9BL&#10;JBMEyyJYIt1mZiYVXCxpatLEspxUsdCO0EoqaNC1bxnavCYV+VqO+fH8VaPPWJKNoSQ2cra2scbn&#10;RqvUz8enXPFxLDZok9toC3AqUnWWZjuj80j7EBLjzHQzmVmkFaLgWvqE9ZRtpCx4qFWWXpneu6pn&#10;tq09byZjBapiA6K//VcXkJZ1NvMpsmmBBceWXQHwMzm5T7Dh6wMOhumy/Lnltk1UT5yib4h9sMm2&#10;oQl5kW2+G573HlXF7iu6u6+qp6BApYz88HPk1oGea7XKdYqLy7Yx3ccL02sLbVLD67ABqgJTRxWE&#10;ueviG5rstcPwDROCdgXGX57ll0/CzZ5jOVtSmwZBKAknpK86gPLQlGPTROla5O8PHaR0yz3h5lUf&#10;yNDdFEWWJKgyRnCeCafTBrL3DkvjKxwTz0sqsxdSPRhK+XohMd1CThUya3MXLs8wtE3KLMYhlP0k&#10;SYyiJDe7lz3zLblmGVh+/Jv8/eg294kVF8gj+LqV5POXZPNcro6j3WqgSV9s36JNx3UM2RqDA51o&#10;gxtHIs2MHO4qllRUJzBI1Ym9dYNxwFzkGOAyOwZuwx5M1kED1p6rNAk2o0HbeVZn4FHGELUrS6QD&#10;Y3flLSxsUyeyni5UN9ggLbn+9Ps2/W7mvTPQV6gGGh2hzf2AeKnNtSxDy4ep5O9PFUhze4zPFQA/&#10;f00iH1gR2QYn+wWzWoGDFxhwfPfdY2i1WnQswyIPLZUjJ22NbINT+WaF/b+kePK1opplQXOjdEB8&#10;MpPFZdSaC7JR5LREBuC586uXFlFlH7Ma1SQVWi+lRrFNN+NYGiUXZqGRZ7attFHuzdQJHA51lDL2&#10;jfMx9PLatLI2GRsv9X/10h3Vi2emrkFzmFcVRJHzamY/ProGbWa8+DnDj0/XeOA04as2rZSS12DP&#10;Pf6MzCJl2WziPmMk9gVezm5QHxgUQO+Jxx8XNs26NasxQNe9LJ3dWGxp1q1bj06riR9Rvcr3EKe9&#10;MqBYYo9oOu6l5UX6WsYTjz2K4cFRfII29YODNacSso32VLXgiC/SNlV5tdvKwa0/HqDvPxloqFQw&#10;F/O+JcaFc+fxwH1/KV6GO/dcZ618xILA3vd8bqv0tX3HDqnj/vK+7+K906cwOjaOweER+1i25REV&#10;nGUENxtNHHvrDXznvvtxz1334JbbrkedZfjKWl8xyBjRfcqy7N30um/Te9/3/QewdcNGYXOWArCv&#10;BzV/RcAP7nr2xwr+01yDXNr21ThG6tpfc6X3UkqhB8G0Wxer+j8/laenyhh0yYJ7K0r7ny/To5mT&#10;sT97hxhBZ9dJB/Yn6ZIX+AWG7iJ2nnTzI49Dqg+ayw0cOfIOThw/jqeffwHf+/792LB5H+6863YM&#10;Dddw24HrMTUxjreOHcOTTz4N1RnA9l2baXqvy5rHgRocEsPhWjy2yzRo7/nYZ/Dkc8/g1Ol3sW3H&#10;3dixlQHvNrZs24tVa4al9ii5689MeuMsjngdEra7V2z5edydn1JxjIRxF9YHyX1SrdJYdbgOuAkK&#10;MRV0cVWfhSUXWRwy8lZcjMxVO6cmaHsrmO75Bh/ShFQVaQ1538L0Mf6hJohx5o5qqr91JYXvXPF5&#10;LNHiz/IE0Ka+sUCb/ibqC00k751C6dJ5qEuX0bl8CYYWkA4tIO3OknRypRrrxDaJjovSRgtqqWXT&#10;9rhKbHYkpVI3FMu6aXAm4uMmoRLasvTY5oW/83zX9JulkpVkaFu+2K4X/61BxScPKO3S0eiYK8ZN&#10;dioPIhiXLuhZbN782ZOjGATzBWOSFDaPhXGgolio8e3ljgAzKspuSJELh9fZbcyNCdr9rrrMsVC9&#10;rNI1ZZhd59lFVF/RDexCQhIhElqgw38JqmBfnxN8VcuE2TP240Zug6UdOcEn7HrWYmJSWouoDDpG&#10;CrlIwCVgCfxlcJEe9B6teifool2gn+eoaJmL6ffcqdc2YUdCKVRJCtLSaA1jw1VUBwcxMj6K4bEh&#10;WkDrqJcHkVRtl427WS3ZyLQd9bmEwUpFfO0azQaGBupSjPJOIRG/ojYtwCUqYjoCwtRHx/Daq2/g&#10;wvnLGKIC5/q9u9AZGkZrqUHHIGgwjdG2DQtxPkTehNYv7i0at+yXcvrieXROv4NPrl+HC3OLEr/c&#10;biwKW+vZgwdxfp4eF7exe2gILVqoL8a00aFx12xToUzHGYuEJhJJrGto0KlOBLiLpGsXWW84ZZlk&#10;WnlRtrbega1lKfwY7GvThZ0oVSRZafn0ccxs3IiH33wLdw5VaJzza9FmqwRnNp6xPG2AS8aOM7p/&#10;Fylxj+cQFicWQ2t2DkNckLKvEo1vZm4I+0FAcu7l8z0+j8ZyE6Y1i1rjOIb0jHjANDmNkf1rfJKd&#10;RhpswTVzJwDh0/mpq2VlvYPERtJJnGXTk1gxLINwrbiMJdp9LdNGcrk1gOXGIOaXS5IY2WIJNv29&#10;0algqWWN11ky1hb5GD9fiX+EcnK1VP6Z3vgmZbGVyk2IW1HSor2PogWRLQGYzRzT522ioniejFEr&#10;JTSmW6hXmOEyg3JzXgrGQXpswp1it9ETM3XPQjd5Zhk/KHZMSONYgmnCpGMl+tAdm1Rsr7m3Bkh8&#10;A0wDYZSIb3pJUS8Jls5VynjfmgAQMnmGnAoBHd8kUD7ISWXMBW9rZjzDw2RAnckvS8bdGykHRrlg&#10;jXDORI6wk8puuwhJqsfvnJTBFAAXrb1PnJevZym2yllPwIR+lt2ATnjvqB6gaLHz2lVbGJUDMAvw&#10;YM8iuchGTNAD7DRFm38Vwr3I1Yxuw289X7OkZ6W6r38/BUP43h70S0z+ovkxFTug2oSvH3yoOLFh&#10;DszAtiBEJQO7jAP0UvArcl1yx7op1Fw8v9rxotODTDvJ2qe0dstcfREeG8/8UBlnjhsdjkVjVLTi&#10;nqW3qqLgvenAKePuJQuA+q53kgJ3wlBzn9P/bJVZ9v+Z9UySfl5/3kxBUtnP27lb5gvxtpWmCnyJ&#10;qNKQlJL/5GyNQedyoDJIl+h6NC6Mon3lHWD5pPXnkRowks4jfyYOK+JGnNZ167dW4Sakn3/awgqw&#10;zQjv+mb913i+NrGV1io3aLTOkqQTKZoSYW8b5wdtGUiJC7JL3Bjy/npJJvv0QDg9kAn2olyQNY9G&#10;GX8E+g97ENMiINep0myh0biMF5+5D2dPvoPWX/sldPbupbpmDHFpWN5HGxcUkc7JK5MW+u1JZGw7&#10;FmtC9QavGwzocaOQ/fsEeBoZxb7rb8T4xCQOPf8sLp8/hz3792PHju3SCBWbPqmX7NjXbmwbadRy&#10;uiqvLzXE5Y1o1kYwMDaNpYOPorZ4kc5dS5rpZbbtWLyE5os/gr64B/GuG6A3bULCvn+wXtdxkD68&#10;Emv5/QYveK9K7V5bPrPIxB2DhWdCXco2wiYv1VR91U3qKoooI7JpCVrTkSRk873PsrZ2o4nLM5cx&#10;WK9LUnCd5dvufrXhHCYFar16rJcyjRFlzx5T9DnLPC7d7xg0siEciuqMGoYn6hjYvxejdL2/9737&#10;8W/+5E/w8z//BezYvl2kpoNUT29cvwFfoPG4lcbB8889h1cPv4gtmzdh7dr1UntforFx7Nhxmb9+&#10;8Zd/AeWa9URVAix6X6NWntL/PkG8DxOsYcy1ASrX8j5K9Was95rr+Jq9ePhlHHzpZWzbvgO3fORO&#10;uw4kHQHnDO0b6rQvWD29Br/6638Dt95+O+773nfxR3/0h9hM9fiNN9yIXbt3Y3J6WsIJFhcW8PCD&#10;P8BDjzyCPbt24vM/+zlMTYygTbVqLIQCeu1WEyUeNzROtu3chX/45d/FzKWLGKV9TMUTAbS65vOZ&#10;XJM0Xff8/Fd7bE9G+Adk6V3Te7u65BqFDwHzN6xXih1jlUvu7TvvOo9YVZid82vrtY9n0wPjEXd2&#10;HzjoVYUmgGyDpHgTEIyi1G/S7e2D8C/xTneMdp4jeb34V//qn+OHDz1E46wm+MhnPnsv1m4bEFb9&#10;0MgYfumXfw0HbrsFv/OlL+P3/48v4dHHf4Df/q1/gNXrxyWcp92OZW88NzOLE0ffwn3fvQ9vHXmT&#10;xvRHsGnzmOwDq5zw3mlZtRzPXW7DYq+H3RDYz+k+n9Qv9nd+zJa6gDetcqBdKoJIgnTbnsS7DPRb&#10;qeDpuxgokx8wfRbq4hDQAVUxLfa6XkqtuNjnquFCle03qP0AQ/98YYAVNhxWRoLA78ey4iK3MeDF&#10;Z/z8GbTPXYChBaJ06jjaMzNUmM2hSZNUTBv6iDavLRsvC00XuNKiRY4HWauBzvIiPbYFNe8Ktba9&#10;NqUWA2EGy+NUwAzaRa5UdoUZPbdds9dWw3aTmxKuQUOT2VCJZd8xPU36aCyL4xctW+xbOTmIJ7yk&#10;8h5/LZ2Owm/wUm8RkwHISFwPWRc9b0zmCZZ4yxz6bC3e9EPklBYtsd+TkLrvZLk5tozJthapB1KS&#10;Meukw+bYh+0lC+K0XfKtsDDa4oedyaaMyphdDmv1IJ5ynXTZ1PGxRC5YI5RfxUg797Lx1Q56Kitc&#10;KGmcb8R4h67ni81lXKTrdEXbVFoG9KqSilZFJ0rki69dbXQYk2unMDZiqcHDE0PoaAuqNahYXqbF&#10;s8ypdrTwVRUzrOhz6pJ0EcvsgUePK5etMTt3sEvlqgC6JV54qfhenL0iC8Lw6KSl4kd1fP/+BzF3&#10;6TJuuOV2vPDyy5ijBfdTn7gb5cEBkUl0OC3WbbQr2gJGPm2tw94GpSqGBsdE6jkwWMexuVm8++5x&#10;DPDCPD6C2cV5VDjMg07u1u3bcOr1lzFKi/WzF49j18b1MvHV64N0T7RQ1ZbhJ0bWktan6eeOSFtj&#10;xxCRopWBK97ARCUX9hELkMTSYAYeOel2gM7FDJ2fNavW4p2FZSzE81R4DNDvWlhP14bvgfZSIt5D&#10;ifLUbwvkGg/6FGwNEs9uTULEz84pxo3vuLFMf2/K52Hjbk5qEpCZ5wrRgHfoXm+js0TnpTGLgfJF&#10;ATIZyGO2axJriXhnGEw7A37tE6NDYCc8siBIwLITfSZVmZ5fFSbJqcUpHL/YwdkrnJY4huV4ConP&#10;ASzxprMqc30kzQw29a7T+SwLozGuRClzx24WjcQNiT+PvyeZnWdserQU4bx40nVo8uvRMTXo+1yL&#10;isAOg/ws12i4jSPPYS2xNDA0R7ExbkwbMxXPYrJ+ERO1RYyVW9gzcdka0od0PCdl9PNe1KsRGpyr&#10;EICRpdFt6BCk5ZrQ4TcAmfzrJCnYmKSb+RQaLKazBqCfszDLPFnStUqlfoWmT4pbCkQqFTTess9k&#10;wu5prglVAE2MtUNAD9lY1l9TWQBEeAwOR1DuRAnzNtDa+QCNq8pse8leA2D1mggGfYvEIGwp4DWF&#10;50155DXwvzO9mI593tvgGgLj+n1UXN0DyK83HlzskjIHbEDlBph9TmI7wVdl4/jmnWffZT/ngC/3&#10;gcOmLs/VXiITCBxpQ2/BpBQk9LHn3reK7n1eS3QpyuW9qN4nIOwM9oV7ZA7xx8KJtu6xKgCj4Zl6&#10;afMySrs3xiS5GnOlDXpv4DnpuWlkGW/m/Zk4UE1lACODUBy2QWt/VG6iOrhKPH9j06L5coGeeUFq&#10;NZbD8VeHmyzuY0Q6sfOvGaXPPo+OWoSYPkhzp51KoX31xk3edoebYhx41XbgfJa6mgXzGDd/Zu6l&#10;9uNqd+xOpWAse1qljDHtGNNGmqoY0FJv8TEuNxhWKmGI/lamRWzWJDIGlmhNOHf6TTz77W/I+rJv&#10;1zZhdJWrFcvGMoFLatINnuhr2SgKy9BeH5+8yHJMrleMGLBzTVSVa7Zp3QbE1zdw6KWDeO3wyxge&#10;GsL4xDgGB4dE6qmlXlPOisUatxtTwTJd57gs3HeUpspo0tiuLS0iefsQSkvnaQ3jFm8FTToxA415&#10;JEdftSoT9mycYmZHRJvJqlsrTRDE9/4RAA9IegVEui6ZYH8VWRmkrSFM1sxw93xBkHU1UtQ1AB72&#10;FTq0ljeaTVyhfdDJEyfw2GOPYPeuXThw863YsGWznONEEnkjJxVNgiuddM2kHHzD3s1cL7CFTFnb&#10;a8RSXGbVdBLLMub6sS2KKgZqNbZs3oIv/sIv4P4f/ADf/OY38IUvfgHbt25FrVoTVs/E5CRuv/Oj&#10;OHDgAM6eu4iXXn4Rb759VObUgWoVN918O3bu24Op0bo0ltnQmQFVbkaWbMy1NMNVwIKFMQVmn2PG&#10;9wE+jAuUeb9A33/Of96SgGGHielV+JVf/29x8h/+Dh566EFs3LQJU2tWi6rN+lQnsgcplRRGqD68&#10;/uYD2LJ7D86fPoX/8LWv4s++8hXZ20yMj8n1X1hYlPP2S7/8q7jhxpuwevUAGgtU2w9VaP/QwSDN&#10;Ecu0l5KQGQ4GoXO+ftU0Vk0O2aRzVB17o/ec7RsZQLcE3vTksaqer7Py9Uh6Al3v93U+7L9eALDM&#10;E5HqywbuUj8UrNrs+F2p2aI/NGCqXWFmCrV0zjqpy5cxScFOlSRpV1kF84nsWZPAJdrnLcSu9mFC&#10;Cc0r1YFh/P2//1sC7h8/dlQaoG+9cRg/W74Dps3++xHqAwmuu+4WfPlLv4u/+/d+E0898xT+4H//&#10;Xfyjf/x7GB6pixydu0W/+T//Bp564SBNFTH2bz+Av/k//HfYtnla9uOa2y5lrqkiuy+0YIOrVyNL&#10;ClHejsFK3iPECK1LSrEVwlogx3uvuU2K8ow0uA6dCUyLjRUdKqMDxogrG0w3Qu0LQM8+MbHJd919&#10;198t4P7xRhVQ5RCRdZ53Oi3SMwQwdklRPBnaokPD95VLLrnSPkaQGcQFBkCkXIymk44KIszyiKRt&#10;kV+aQFiyxudPzFWV7Y4JGd5tkETewEa77QbixSWU5xdRYjnteyeB2UtozS/AXLlCtVoLnQYt/FS0&#10;ybHRqlNq242+oYUvatFFbXbkiwvlpMkbXBNIQpVl6Q3KPl0AH13WIovg88wMNDknfGUjZgMhNVt2&#10;zVcqIOl1nR69VI0EyOKbXQcVQJiW7PegHGzAgBiDiZJ2GiWSOouChC2BlzkqmygbW3OvzFdKpddb&#10;QLuKLSCbfC+WnSynbUEQi+0lVgbmqDlRbFJwkkFEZuRZDTvE48/7N1lWEZ2L2cQydUQ361g7bqJI&#10;3CY+0YG8zLF+EkHIbVYyj72EGWTMzGPdPn+GpkXzjJPQyH2p7cKc0DWbod/N0nMv0ePfovEyQ+d8&#10;ptXB+flllIdGMc/nrjYoAK/IEXnxo6JkYs0qui4VVGhyGBoeRJ2KwMHhIfHyke4xFaftjj2P3BUd&#10;HKhAt0pp0cn+eBW5nnZcs+xyuFIRdluHfjc7t0wFzKhIXc/Od3DosYfQlO6FxqY14zhwy804P7uE&#10;Y0ffw099ZA8279yOBo3/cy8+b82/2za1jSWnEc8L7FeTOGmMSHqrEv/d6DRlkhL/FBqwk+OTVCS9&#10;jQoN4PG1a9FcbsEMV7BjehKdsUE02hpn6H64dOoMLqydRL1FG571mwTETByrxMqILFDNcgrrrxLb&#10;+5InUk7143vTbdTLbNRMx7bMLD26YdqmJRulQZqom3ELkxODWJ5tonnLdThx6GVMsrcQjW1dVcKc&#10;iRI3rznZkWcuJMgnV8rGLVbpvGhSRahyMi1GlxtyzjVN4vy6ceP/I+49gOzKzvPA79z7cr/OAUAj&#10;YwAMMBEYTODMcBJnmClRZXFpUfJqvV5bWru8a4mSvLUOa9a65Cq7Sq4tlWztyqIlixJFU5RlMQ85&#10;DJPzcIAZpEHGIDU6h5fvvWf//z/n3PD6NYAhzd1hNQF0v37v3nNP+MMXWsLoYT0aRlUy+oZd3qre&#10;CgWaFwVlyGvaz9s4hTUsLdU16JjCvhSUtTGxcdUjp+/AhhaMrGgHZZpjHpYbw5iuVTCzHKEW9GOF&#10;/j1TL6LlsdZhCSG78BU8+QzY5ytr2FbEuYNqXBFD4ypH+w+7oZUZqSBajkpQxYYiHJhCpy08hIL+&#10;9c2+QftOkz6nxs2MwBYw8p4kSh30mZKZpdayK3UhbMn4NmmcKrR/ctF2IWxisUl7bTPCscUZFP1l&#10;GrcGxvrqGKq2MVmqY7S/LcG2K1rkfIOa47UsFKmcQT6ZA501KZVoIiZ0fINuEaFCqCRZjJAYO3nG&#10;5Mc037SdG5ayo3RvgpOX6PRZM+2uAmJSoY2pCTaSWoV0j92Ak2pXjCbLNM00ujXjutFkXqzdn4S3&#10;3VpC6YAoo+EXJRR+nTKsiamnaVqyTpDxtpkaIxGjuJiQVfNLCo7ZMVVp6usa5bR0YhqlKXAW9amt&#10;c2BGc0/3Qg2mnq9FkUcpAWtB6Mb7QlZD0LPmUJF2hlPpZ6wShKROUZ4dScBLmXCkNGBdUy3D1nCu&#10;4RygamOMFUVtgdkLFdyaKnji9sp7SN6gIoIw1qVxH2w01xIzMySPMJOsOsqvQ6kpG0xrldY2da9L&#10;Cl7c6ZaCPO8/Kb5ylCoqxg6qvIcqz1XF7RxKqIh+TPM1RTPnGprzVZzkcetVWdMIiTu8ov2d0A5g&#10;EBcks09Pp4znVI/SUmS1xhLar3uQgiKEzjSw3ZcxxjAxpyCBtEEb+uy+qwboapfp3ByXebFMAVF7&#10;zqP9cE7OvNCrieSEOIiGxjzMz5urLjKNkN4jaPOntKWwxg6yJRsXuwSTH06HY1Y6jwVIJUVbK/ag&#10;Uo2ClNumcrF15HSoPQmiZM/gs57vxbPxamj0uox0AsTQTc6tki/XE/pmEY7Q9xc9iofpelk3d+rc&#10;Ebz6F19A40Mfx75776GEfwT58oApUlJMoYsFY7YmSDEuFBfkM8NOmEk+vbjHYeeQSmRlIot8FWQe&#10;dOxiyJfLqAiOv9p0zZu3b5Oz/8SxIzj45o9w1779sq5Klaqd6+a5K8ueCDnA7JhcgxkUPusNs4Pi&#10;jpvEVbhz+iAKc2ckMSwKAorjpwZw/gjF9EV4O+9EMELxELv4FvrEjIVf69G/cxzLcoPXMoiU1lhb&#10;RdwW7P0ErRF1mRCljbl8Lyl2JJ1KY/ziBPATVLBl2/heCrHsSVwQhEYoXsUI78jsI5bOz5/BVNuV&#10;Rh0ri0s4c/IU3jpyWPaeifUbceHiZTrfX0WF4t2+aj/6KYDhXIap64IMEkqnRCAxMlfifZl3JhbM&#10;mc0licvoNa1OmDmHCzmz5xdKFfn35Pr1+PAHn8B/nr2KP/lPf4KPf+zjuOvAAaF0MwOrWikB1RLF&#10;4hVs2rhO0GYcr3FBipknXDAusWNmgne3iGa3/3uJtZAzn+gq8lyrmHejhb7uAqLu3qfTtMhYDiPJ&#10;2xMddQgDSVmXYC6Qh1YbOZJCJr0fPceFeg3NRgMDQ0NCc89z0bhQFEftTZTHfOLjn8BffOUruO99&#10;D2NwaFBEx3kvYDkrNqjTbDRA/2M37iLFkGMDe/Frv/5ZXL50EdPTM5hnQAzdOz+HHbt3Ubw+KjRd&#10;LuTmCp7s3SVm/HBx18/HW7Mbaz9XtWdseB16e9p4ouu5rIVl7ZIG09DX7fYlzyK6dvevu1Hb65pV&#10;b6CVUtdD7nUbkKkkJu1uYGrd831jRdFUEc9bXaG2v++uN+xZwnMSAtGqUzXNPI0yhW/PGXx4Kl5n&#10;vNXx/sO5dNvKLci+JHm+KYx5oqNuCiHu2JeamDiVNyVeYlRdUO/g0NsHcfXqDMZGx2jubcf4xITM&#10;8//zc/8c/+73/wAvvvgCXnn1WRx6+aO4bd92OpNCNFqBjMnO3TvxR3/wh/id3/k3+PZ3voP/5R/8&#10;ffxPv/wP8eDjd9EeXsAHnngUm7duxcb1k7j7wL249c6dQvXle2J5I0fnUE7LOKboRikj2WSeBmlD&#10;RH7FxYvvandApau1vgvwIh0X+0zknhZXDFMP79pQ+e6in2wOYYRuXTsvtag8lXWjS6P5XGAe2qKa&#10;tpUazxZ8jLi8LRzZxM5QMmxwbEs/kUUZSDzINDGBrvuCphJ6hGccY8VXlBE1rFkVGacFo6sWoSD2&#10;mh0UmI5Lh5Wem6c/ZxFMX4VemIVqrCCir3yzRptZhw7tSJxAORCRjh4XiloUgDXa8Jq0AfFXyxyI&#10;kaODKutC6xKhvBLKJyxVlOGj8LPULT7JPUej7V6kNnliBIbRPrU0Wx6HnJfAeyOdEalXrpnuTqy8&#10;SsGBlSTKiRNogpDIBBVRbNZrKaxZTSsdJAUUeCl3SVd79lSKPW2CM7kJDha5WCmIJdoo6pZ+JM63&#10;Wcgy68KE2olK2+uzCTsXH/xcojgZ+lbs3yJWItZuC00A2KRnUDD1KzETCCjqa9F7ssfJFXrxDF3f&#10;ZfrFK/TcF9ohZnnmFfKCpCtwR0sEhAvwKwUMDY+iSXNocJSCmv4+VEbpEKONpFyqSheSi7ccUDAF&#10;oEXzzYjWeubA5bkpBWhfrO0DS9GSRKwdoEH/zks3C1LsCChYMUYRCrX5Op5/+gV8+pNPUIANPPmt&#10;Z7BlqIzb7t6HC0sRnvrGt/ChA3swePNt+KtvfgcbSwrV4XEcP30W+7Ztwq33HODKDDp0j7wR5ZRZ&#10;10x5NRMwkDFl6m6r1ZICZaO5givzLcxeegfTcw16VkvYfe/7sHTiOOrVYWzKR1h30y04/PZR3LL/&#10;Zlw4e4mCPC2dlCIF1WJVrCxdlxGJNJ785XlmDRv9lABF7tBHli7Gay4wBScW15YOfC4vgYmsrXxO&#10;ipvNlVksLM5A1VsYPXoMjy0syNKqUELCCShTt3ne562ZS1x0j3ogilT2oOIieovGpWULobUJCmZ+&#10;459jPt+PK6dfw8ql8+Z6eZ4x1YMShuECzRV9CX6wYt0llbyPbwtnnLyGDm6uuJBnk1f5eV4QGC2d&#10;w1xrANO1dZheymG6MYirSzQfVEkS3JCSO0NzUQaZF7VpnwtlXMp9HsZHc6gUc+gr5TA8WMBgP/29&#10;7KMymKOfa6OpyYkMzb183hbkeS/wQ5uwhraQYF2yckYL0KP7E1wizfsO62Aw0lLnBKnYpnHuBGym&#10;EmFhQcvXUp2SAtofGw0f80sdLDX5dU06sAtykHc8ToBoAFj7sEaBt0fzvFMX1KQX1lD15zFQmMG6&#10;cgdb161g41CI0SLtx74VxKZrL3ChIReaJNtLtAx9P9kKVc7QfX23F3ExILQOjJ4r8CZFHxGhV4kg&#10;vtOvglodFHW73HqJeG5cBIrpwP5aSkm6d5DnDEZUwriIrhEMqlTDzfxeFpGnoDPUzF6FtFWUn16M&#10;AOgMwF9ntAfVKgrutVguaYq0vhEjkh6Iv6hXAOxc3VVS7Mvwfx06A2nkp45F/xPXWpXR5Qttc9mh&#10;zo2uuGlYxrRd66YbOXS6ey+NlEOyhiUByGvEgZfWYKdjCtj8fvz3gBKi/ls+g771++js7TM6ZYIg&#10;86RQ41tNK+0Zxzyhw9uiX9rl2yTwuQQhZotuMWBUDHi8BN3vfjnKJiiZ5MUW7+IE1RXzuguYrgCn&#10;407kKn0eZZEvQgtWUW/0pPYy9FyHKIjWRMR0U3PDHsW+KBuHxQXKKIMIUSn6cmSLgSpGdbguvTEk&#10;kMJafNDQc6ZYsrE4j+WrZ6CXL8Kr0Z/tWTr72ozbNzQpZob4BVswjqSp5Fsd6E67TXtr07oPI6bf&#10;mnkSUkyipFEjcgeRQTJEFtFg9iQt0ieGJek4Uq65l2C9dGxwY37GDblQGv2B3H9gY7awYz+HGzjt&#10;SOZprR7Ka9sUJ9dov2+2fYqFhnHnR38Od9x3P0Y3bsQIxUmaNa95rNjczqJVpZHvGzRVrBmMlDar&#10;bYqlXW2jNRCBrlCt5NztSPGS45j5+Tkc+tEbmJq6jD179uLW2+8QhJ/nOVR7TooXOd+gKd04GAOr&#10;DrxOkyHswLlTyB96Ae2Zi8jrhtEP1mavjXJ9aA9vROmuB9Ca2IDSUBW6WBagAd9r292D4VXbAqwX&#10;z6O1ZZB66Rl6qxCzGvqGqJ6JRrspqmk7X8XyJYxsM8Gj59qWIpiYkHEzv9kQyvTM7AzeOnQIU0yx&#10;HBjAnbfeilFKpPOVClq1Oo69dQgXL13C/Q++H2NjYxioVijuy0v+AOtS7JBwgcSB2ZXqdeWo0XWq&#10;Hy5XCAKKUSmfO378OL775Ldx4MDdeODhR9BX7cNAXwUdmgdG2zrZ32TNhrb5aVGL10NpeV2oqJ82&#10;igtAz+Ji+u9O1zC+p8gU/hXFzOZ5a9MUoZi/Vq9JrMaMtOefe1b09rZsnMQj738EO2++GSPDAyiI&#10;QZ7CHOXEn/sXn8OVK3P4Z//7P8Ed+2+T9ev7jJ4NbaszkmZBGMDqxUaxWaZj8Zheu21IwcvskUbn&#10;0r/uWF6v2Jctxukfc7yjH+/3Ir0a6dYFfuq1PPU1zUivfe83covJ/OkqAkZRbLi55lh114uUvua+&#10;cq1iX3psDSFYr0LPOxqrzwUzy5YRPWI+D1kLlxlC2lH5HcpWW1mLFgp+hfb3q/ijz//feP7ll9Gi&#10;c2lkeBDLS0uUjyxiz949+MgHn8CHP/Yz8Oj8+eu/+BJ+7/f/vcRhv/yZ/x5/91f+B9nvOrSPSJOF&#10;wSWdAH/8h/8Bf/qlL9G6z+O3/tE/xQc/8TCKpZKsJ2Y0hLRPetYEhPcSnZRDesa9SZ0tizxNF6X9&#10;3/iNz37OS9FKdcyidnTYqOtI0BnQ9nuDrHZtKk40zXGWUpui76WDY1scSmkcONmznNXFyGjN6ISW&#10;pGK9Jlc8DKxeCKxtvJbDVbTbrIicFvFjiDh9kTcSLuxZISfhaau8JMLllRX0X5lC4cgJ5N48iM5L&#10;z0G/+hxyR95A5/RxRFcvol2/ClWfR7G+IgWagBF+M4sIFxfo7yvQVxaAqyvABZoMs3RtdZqETRNs&#10;8jXlyho5SqZVVYkDrqaEW1W4wmSFpX1TcOPKEyOpTGCWomJ7KRSErZap1CM0NvfaBnUKGc9B93o/&#10;JZzkkhxbvVO28szQa+kq+yqG5CuH3lBd1Cc+RFzikjOv0WGCqkg2BSW6YNIxMpaZUojM5w2aS7T/&#10;IiP0zM3TaInetMaoPRoHZkW06XnVlSAPPWvuJ7/jYLu+KfoFFiXFxWGu4rMrcuCSKhb8D2mOlYwA&#10;s5fTtnBoDAK4n9CkQ/1detMTFNT8sF7H1+ng+06ziWcoSP0RHUwX6CHN0tjUBVaWp0OvRHOrhOH1&#10;4ximA3HbrXuw8fY9WHfrTmy7Yw+23LQdGzZvwcTEqGjx1VpNKUQv0QbDNB0uwLCQrRHPN4l/QRzB&#10;DJqO5zF3w+dok+qnoEipgqBNGcYeWeMFFgNtah8nj03hh88+xWUS7Nq5DXVVxNs/ehuP38MC7v00&#10;NgoXFzvoLM1h294dqGzZghNvvoWV2jKKdOgvUMC7aetmbpdJR93EPL4gNAKL9hNtBr4Gq2nTaBhH&#10;Lj9XwczFC9i0+2YsTE9jw9atgjTYvu0mjFSH6Ppa2Lh5s8yXPtoIK5VB9A9O0GbZsEW9kgTzUkCn&#10;zy7Q9eTzSeIqhT3Ps0Vch5gIJAgLheaUs2hQ08XviNZcS8TAeT57RQpQ6HfGL1yAKvu2iGw3XS81&#10;t3UXkijVRTT0cpNTiitm6Jx4tSBHubBXvmcfauV+NOfOoTY/Q+PYQNSiPSNaQFnVUPEu0VyuC3KB&#10;EXZskmLsK8wC52fOaF6maXNyz8uVTVbY8OJsbRJvXd2MV85txuvvbsE7jU2YWx6hILVCz5aerz9o&#10;xiPgLucCdD7E+lEfd99WxAeeGMVjj03giUe34p47qrjj5j7s3VHEps0lrFtXxNhEBdVKzqD6GJCa&#10;N53dkOar/NnpCOqi02J6d0fotkzT4efSrLeFQsRzWDriminYLXFZLpU4Je3Q2HcwUGhjuL+N9cMd&#10;bFlfwLYNwN5tEe69M4/79uXxvjtK2LCjgJGhDh2+y2gutU0BBX3IDRZQLA/Tc+s3xSiao7XCBjQ6&#10;o7ja3IgjUwN44Z0pXKnnsbHiY2IwNEg2Fcq+I8gTW5gRZAqcy5yLUWKeqm1UIRaoR5cDr0pxvDOp&#10;lk4ovKsKVUg53jrkuUrrwSZnoXuNh24q52otPIePs0fuag6WRorCiowBljsTdOyCqeLiYRpQqLs+&#10;T3UHKUpdM37QPVrHOmUykQj6dRtupLrRzq0tZRii05bLGdmJlN9kHLCiB1UlcctNPZTVhJ54T1hl&#10;DYaUn3PPDr7W6eebFByjXtezRrAepnJ2VyTUsv/QHkxnaGHsNtrf1zO0KkZqmX0zcZmDRZk5bba0&#10;YYwT1o+dczOuuQliKtZ11ilnV6x2qUmQCSl32OuKnWcdY+L4L0U10kAGfZRQmlPuXCrqou9Ha/ns&#10;phKMXsTFLJbUaBN1UR6dY2uM9EPceTdmRzZpipvjnkWN+nExlZPwkJMAenZgBBtPNo51aK9lLV5G&#10;7fu0hxlTAg5ucrF9fKFYofOtKIhm/sR2OzQxgZNTcM/PN8YbsUSOk6RRCXLLIerdugujhFWroWN3&#10;WmtLE88f9/ucxKflBNzoMUMhcOh5GqYSxxYw8jFzFD9fPXUJQamAgaFhFP0yCiVGbvRJSFpgNF9o&#10;EF3GdCu1zyrVy7NqlQujl9pvfCtTYzQrDUItJ7EL6/lRTMJ6wu0AZ86cQaFQQF+1mhKiN7RQvi4j&#10;3WzGy5DWc+DSRotf2zdkCh0rFNfUFuj5Nk0jiZ9zPkCV9bpn5xBSjBBW6Mymz29GVieRYh5e4JGV&#10;SlAWJSZJYlzwey/NDn2jAglxIcuZgSmrkeVWHgMm/CjlWgSLxg1Nk9IUTBfw0qsv47U3Xpdm8P4D&#10;92D/vn0YHx/FgOj05USrjxF909NzeOWlFzA2Pi7U6RrlT32Vklk3kZPGiGJ33/Q+o23irHsaiXQV&#10;dpGYvFA4ierAIProa2hoBP/1a38tz3+EqduVCkqFojRHjPu1dQmPEgbajWbHPY0EUky3nw7FNlnv&#10;yVmnU3t9is5qwRyifyfMttCsZdo7W806Thw7jmNHj6FM47R96yYMD/TjyLFj+NZTT+HChXMYrJQx&#10;PrFe1jWb9FWrffjaN78hRgN30PMeGa2g3YpsHcKLG3qeY+7ERVMzJuzkG8I0kSM48wcf6QrGexmD&#10;jBHFf2PKc2I8kTgUd59tWff3XsdbKni8gfpKGun305s32TFTPcy0ek30xMjEGebZ/TJl9NMdQ/Zs&#10;9qXHtmd04OLURCvYGFpY33mbC8exjGW2MluVHwfTawuUx/7Vf/1L/O7v/h6277gH//q3/yU+8+lP&#10;4WMf+RBWFubxta9/Hc888yxG+sdw4L47sGUn5bC0Jz/9g6dpT3sZm9Ztxd479tJ5awy3CnRucSHw&#10;3vvfhwP778Q7J07iwJ13Y8/ezeg0lyWr4/NfjFt53vuJTmq34ZQ7s5NYQ6UM+WyhPvU7/m9+9rOf&#10;89TqPnuSU2TRd46SptT1Z5JSqzsJ6ahUOzG0VFDrIXsge6nkIT2pnB6UUKMQpQShVUKDUb50DHS6&#10;W8WbhyvqqaQCLGRg27X0xUXUTrwODTo99CIdLJV3L6Nw7jzKB1+B/8rzyL32EjpMYzx7hA7jM8Di&#10;NFSjTolum7LvGlR9EbnFJfiLy2hP0yE+z/+uQS9TULYQIKpxocIG2WX6uCH6GqALqNIj76e/V5QU&#10;mVTeFC9ydhvzvEQ40hXKzASGuGQq6FXC3kmRTydunOkk025AnpeiVKvVgGUdJXVAt1Cl8MXdl9A5&#10;t6UWn5cq9kWItX8ilVDFjdutMvRXTyI2Kerlip6gELyiMUgQagizjxoU3NS1+Vqi91mhj1nm6EEZ&#10;ugSj7mwxkot5hpdrMqAwlaOr0JiXqNDOM7sRtXNMfzGFROlew6CU6hRQzwbAqU6AQxSovEgL+K87&#10;DXyn1cT3Gg28GoQ4TW8+x86pyjcwfjrkBkYH4FeL2LB1I7bcvBtb996Cm/bfhpsOHMCmW3ZgdNMk&#10;xkeGkC9W6WArgIFRy80mWh3uvocSRPIsL1DgU2HqgBfK+ITaqD8WaQNpNlsU9+VMQJMv4sVXf4SD&#10;r76KW3ftEqQWrFMPbx5chAlFHFtjcWYWW7dtwsVL09i2eQKKgtVjh45j15bNKA9XRZR5vhWgPn0V&#10;m2kj++H3X8JkuYAnPvQBbNx7Gy5dnUNfFGBwdNTuG4aiy6g6SUysi63p6Ec2aVEiAeAXuFOfx+DQ&#10;ODZyF5eCpsGREeTp/diFjt25Wlwg4m6wlzNJa4eLSE0sL9Zx+dK7mJubxsryPIq0Rlhwl7u9gehR&#10;WSFnR0NQxsXVoKFyohPCE5DHjIuFuWIpLpMw2o8DutpSA21ay4NXLmDcUtz9KKEr+jqFdPVTdZiu&#10;ZFynCja84QduKdguv3/HbtTKg/TQr6Jx6W2U9RwG8tOoeCsooyZ7RDEXSVeJ92O+D0cd7FjhecVz&#10;QZew2BrFsaub8MaVHTh4aQfevrgBl+qTWAoHEfk0Dzt0kDCiUwUo0TzatqGNvds83HdnCY8+tAGf&#10;eGI9HrxvHDu2FzE+VEWl0KH10UDQ6gjtgZ9rixJE1tVp1VfEPdiYV7DmXlOQhxIPesZRt1A0DniM&#10;Js3T8+YiNf/JqJEwbAqNnJGgecVk8pzo6mhGr9Ln8NxvdTpGhyo0STDPb0YRorUiqEcugm/sD7Br&#10;Q57uYQD3HxjC7bt8CjY9ur+GCOgutGgPpw22kx8UV0RFoxpxFO+V4RW2YabWh9cvLOI12sIvNRjB&#10;6GOI7qFQMC55hnanbOPE2ao6911DwfRVOhBJXLjdWeUSzTSqojseUylma4ohiUwdRGUTE99Pihh+&#10;yrFXqe6DOO2MmyrA6SzkLk7Eu8Is3WVUoeICS1Lw0mr1PaWLVasM5NZwWV0VWDraL1RXf7NHBNht&#10;GZyKHPVa9SIva5YBrOE83EVzSStVp0uO3RqGKnUp2bjJogB1ugibLfalC4464VFft9jnZAXSxb4Y&#10;AUgTJT92C3L9G4SWH6P0PBNw+7bYp5BC48VBsUqhOFVKIL938c5oPXoxIlOtwp4iLq72xH12Jw+2&#10;Oeyox5bHnqBD046sWFs7OosmTJxMtO7WklTXSDmyGkPp5DmmMWZcKfUql2FXevCcvIM2wuUcu5px&#10;jpL0VWub9EqUKmPAjRHfr9D+SPtxwJSkjjRfcn5opGi0b2h2tgqX9/LCEvDyeYm5WsIUMNfk3MqR&#10;alqkWTaiSxyjl0zhy5MEW8VmPJGjuEe2CR8lNG9H24xpRe6zbNFdlF0C07SGc/5lyRFB8Huyl0d0&#10;P8uNJhbPXBTke9+GCfgBxVn9OdH9YsOuSGL8RBpBZZLU1dTGJFla/cQNpdxLURl1XJDl6+azjYtA&#10;rXod7547K4UJLkSUWcPPJmteomhtzGFYc5Dfi5FfzCbg0Sv1QRcryHcCcepVnmkI8oCEFDEU6Jzs&#10;LK1IkbEwPAxVKMve6zt6erdzOGPj1fU0UdXaP1XqmqigTKKfcp2K05JYg84hVZ0jtEaj2cbC0iKO&#10;HT2CF154TmK8HTt24L777sG6sVFpUPOIsSg9J7/8TFmzenB4RFCnx48ckfEdHl8v7AZB0HlGWomf&#10;R+Qo/F0ajjdSuvFS2lLKFrU8MQsrYYDGvVws4sL5c5jcMCn0PY5X+Blra/YhdELfGMMlVp7q2p/n&#10;eRlGW2QLH+pGoVY/drFmNbrPNXYy5G8nP2BNXCSOp3tsUAxYpzyFEeR/9oU/wetvvIG77roXGzeM&#10;YvPmLbhr3wGsWzeBixcv4oUXX8LpM2dQYRp2/xCGB4cojenglddex333PopiOS/PTiR4LFXRlz3e&#10;l5yCY3S+BnbXVdb4kvfC0O4pfmweY84k5Xk/0RjdaKGvF4JqNSk1JReQoriq6zS2VFp3JU2tu8FC&#10;3w2ZvXT1hd+rBKhK0YCTGE1d533UqrPSNZCt4Eci49KjKJ5us0Uufui1utNWuvJ+xiRQO0Q/59EW&#10;vJSLm2/WlV5kuQoihfFnf/4FXDo7i0c+/N/hIx+9V3LNweoA7r7/AYwNDeClV17H2VNXgaVR3Hrn&#10;Vtx+5524ZfdunDp7lvLwV7AyW8eO3XtE5oGN0WRfphx3fMNmPPbIg9h1y07KQyuSlxpUeCB1AD6P&#10;OY0WaQJhWaSdmL04nuxuVqkM1TvZn3OZQl/cTYx6OO9lM1mt9TUneFyF7/XUdWRRBTpGgXlpGlAK&#10;9ZqzBZhAR4kAtaU5BEZxxcgn8WZrVfINvS2SYCa0lulmZIw7Y1sKEbSBK/FAM3oXjRWoVgOFWg3+&#10;1BTU3DTatRUUpucQNZYRNus08A0JKDjL5z9F0442vIiF5NkogIsczRa9TyC6U1HbCNAL5ZYimKii&#10;xHWL/60HBKqIom9cMFlvwo/1nHzrEmso1KEtlIUWjcFREddgfYH5J264ghzqKv3qwJWAo9TqkFDR&#10;/JVzXq1icwv+M9FvsblFaFzUlHNvjGkRyoqvU0zSNuiXMDRBeKRUStvHLWbb6XV0Np10/7m45lln&#10;AXEr7RjUk8+UZpP7G/RflFDbZF7wO3Zs4STH+ogQDZMgMt17PjAY1ea5SMTOL+kK+Wb+GKdLLcW/&#10;Ffp7iyKxuUaIi/SqKfqEOfqs80EHs3SwtXl2+QW0+Zo7ptvLuhDFgUEMVCnAKxVRoj/XjY9ieGIY&#10;hTIFcNVRcfKqUmC+Qu/RZIcor4R2u4Zcm91xQ1sA6hgRX3qPQrmMNrvO0pV3pOgcoZA33Z+6zuHF&#10;77+IK5enhKq7e9sm3Lf/dtRoA6nQHF9qBDh3/iK9fweNWp2up0L7mjH68GnOB5Hp3DNL5/bbdmKZ&#10;5sabR85QMNlC35jp/rdWFtBujgmScV3fAM6EbdSXPDSuzmByz1a6Z0/GkYOwFgU8rH/CBzFb/4Wd&#10;lmwsvB5ZbFS6gkwtltfk0KH1wei5Bv17YB0lnLSGFN0vd/qZCsA0mSY7+tL6mbp8CbXaIlZqFFjU&#10;G2jUV8Ttl81CeHwkrI0CQS2W6T3uuedubNi4ia4pFAQld92FPhIENqk0GoIsvp1jVAsHzyjHRgts&#10;DsKoNKEd03NsNJfRGBtBZ3oe+ZIncxOWrSbuhq4YHGXN1dJHt9uUY3F/uyakEEr7QWPqPNSmm2lb&#10;yWEsP2s18AyNT5y0aX40WXowZ+Z1h5KbHJo0D0tYaVVxfqEPZ6+OYqZWRj0YQOAPGK05oQMbwXvl&#10;NzE5nsfkkKK5WcG2m4ZR7ediTVF0TnhqlSoD6LCOF83PVrtJ82hGnKLCoIWKQMytlpEfUdBbRq5U&#10;kGRFErOOFhSK1sYkRdkOJt9jpDuxlo4J5gz9WrFLb96gK9mNmPU+S/mC6PCVi33w6TqEimHPEKbU&#10;tGmuBDQvoqBo9CGLfE1len+ac7QRVPwllIZCTI56gpZQtDbnahpzCzmcP72Co+8GuHCRkR+cUAzS&#10;57eRzw3RWE9imhLmqfOzeOnUBfr8OexdV8QTOyNsGKF9hfYQRvvx8+I7DjoeHdCRpdxqoUt7Xid2&#10;yDX0Ss+4DnuupmQ1Q2PXUhU3zmKXVqRda7sAd3ETK0W1CVMu8Jlkz4vNNdL1IWcu021oFXWbqulE&#10;z0fHyJhsgKd0F7JJd6vSqfi9eqVbq0wM1igSpv+i053c7gJexiVXrWKIrLo6uzCdBMiaPlx67SBe&#10;r0F/SZcOuk0XY/1Y15i8lhtv13t7KdRelgiK2Dwh3RmPnenDrLuxowiJWYXnJzmIdSc1+noG3m4S&#10;J+dcasX9nVpMN/pA62yzViNF/f7Jk6ykIOol88XRh1OJVBQXqWIFzGzDOh1kxu7WaRO6hKHQa3au&#10;ff3hNV9nil2h2Ru6UCRcuAmVMZZK04zdGnTfl+KOxL0FMVIoV7l0dDPCQhW5BYX28kXjyBtxS60h&#10;KG9BxnFzxeMmStlQlZRpxDQFRhfIRDE6bYnpndGFjEy85YwZRDLIj5EDkaOQO5QsI8y1K1Faxo5j&#10;AkUOnaMEnS/SL1aKhd+PG0S5KO14DEH78zneCSku4rOB9vpa5zIOffebmD17CTd/8IO4K3dA9H/b&#10;rMPLjRzrti7TQodxQTmMzSlMPqDdwe3kYFZR1bx4LqUL+2K6QB/Tn6uKc/yBu+/G24cP49CbhzBD&#10;MdK+u+9Bta+MSpnOOK8Ub5y+UMtDtKJAChkFVn9mt90hut7SLrRGx4HXnwUuvINcsETrLSd61EGu&#10;hcLcOYSvL9JZ24bevgfecD8r1IhkiYp0pnDDXx3hnUTXyfSzaKYoZcaRKYSuMi/wMnuqFPMi01jl&#10;wkuHY1weI25KU6wl5zb9fG5uEW8dehNTU1eQLxRw4P4HsXVyAyrVPmm85q3/XlFoODkj1WSfzbp1&#10;Y8jfcy8ubZjEKy+/jAuXLuOufXdgeHhE5q1xrDR6gp6x1YSzIIrNEq/znyAkHYWZn729Bj7jh/qr&#10;ePTxxxE8/JBQtMulio3rTPELVouSE3oupmcPhd5uwbK3RhH+v7XNuA4aDGafd/OI43pt9GJM45Pp&#10;45TvvvXm63j6ueewe+cenDx1Cu9/4BGs37IZ+SKt2WKe8pUiPv7Rj+GJxz8oFOzvPfUk/vRP/lia&#10;8vfScxwZ2SAz6C+/8kX87V/5VYyP5egjyob+wuIuLOfC7tjc4GXqtyS4gXkeFlSSd/M9yjraqp8Q&#10;mafWrH+sppreaNHvx6H6ujy558914iTcq85yPZPUtcbnvRb83H6e7Tiku9/d15dF3LrvxVR7lcgC&#10;9DIg8h1YAgl4SNmmvNuXou5ITYe2WObbgoaSwktHDHM8AaNwTtxqhjR3c+YlYVu6XCNDw3RGNnD5&#10;yiWh2HJd5/zZ8/jd3/99PP/SC9i141Z87MM/h4c/djvl+ZRL0vp/9AMP4+5778Jv/W//BP/hP/0+&#10;XnztefzTf/bb2LFru7ivi64sXeXg4LDsm8xqUsoU+ZjaK2We0DItVG51KKrRAx3ayxo7oaDnkmgt&#10;6tEl7tEST1kr9+Z86yTuBBIhmq7I1ekVOccTvcbEt5YXkqBIMJCCiYuLKncbfKtJEplASwpNNEA5&#10;EWdlNE5OxHIj1RSR0HKOErMmBTeXzqA4fxVYmEVw/l1ghg7XsEEH1aINEo2LJ7tEiqlAWxwioFkE&#10;vkEPhxJiRrkwokyxeEZgEHdSkWWUWhmmO8ExGRdHrA6c586ByErfCUooioW0JTQKzYNkGoAIxlun&#10;1xh2LeL42gjxR9aowiUSMZtFZWRkTOHaFL3kVnhc82k3RhVPDqRcjnWsFOW0EK2gvV3QsjAic02e&#10;NbEQ1xqhqHtyyEMMO3NGC8+aZjDMSXORoBmh00oSEtEsahs3XM/Oc0bfxUYZGpbCaoqABV7wOWOc&#10;EORdAMpjF0nAF4Sm09dxtFzRN9RSJObgcIbu5yp961S7gVO1GhbybAoRYUWEYtldqyQLzy/1ixFA&#10;pVrB+PAQmnTtYxOjGFs/gfLIKKrDw/T9UUGXMaWxTZsFU1bnltrorGgsLTZEUJzFtj3aUHSuKNfG&#10;QTK7y3lsyELz1hWouWCm6Pv1oIDvffUpfOZv3I+2P4RXn38Fx48ewy/+zU/g/HyAp772JLatW4eR&#10;bRsRdJo4duIsbt+9Bc++WkNteQE5ukZPm7UTaGMryuuFtd7q7TYKFQo6+woUpE6jf8dmRNUyTp89&#10;jft3b8VyVMRyrQlN91Ss+ihvGMWrx04grFRxZWoal86fw8Of/iTN8T4xkiiy25x05TzpSndkU8uJ&#10;SQPrpvFckQSDgr8SG5E0arS+OJhv0FitYHZ6FhevXMbSck30P2QMUlQnOfDZ/CNoxt1QX5IZoFZv&#10;4OkfPo3HHn2InsmkoB37WN/PBrVsbsNaRCxOz/qFjOA1XRMTLJQKBYuUojFvcJ5VQ9hXQatvCI2F&#10;OdBHyphF1qyI17irp3g6BSxK9N8TTSarCRFZZEBok3YpYs8tQ9G8yuXKmKP9pL9izUM40BLxc3bX&#10;LmC52RHdQtbTm9Eb8Nqpfpy8NEbPdEjceQJe7F5bfo/xBO1gAX39GvfuH8WtN4+jj9di0BZnW5+S&#10;h1bNowC5hKHRSdHFm6Ykpd1YpPGIZL/i7hZvUH0l1oBaQaUyJOkDz7FIG82dTqMjCFjRbuGytThO&#10;R/Fx63tmozPo45zQo7mAV+8YyjEH0VxsZIMZadh0zPyor9TkEI4swogTCNYW9EpKjD98Ly/7z8rK&#10;Cj33GUFlM8WkWqHBK+es2yfvLwHGqh6qdL87N+XxkdI6TM028PqRFXznBzPI0dwLGVUZ0PsFi3Tf&#10;E4y1R3PhCl5pX8QzJ2fx6KZBfOzuPNYNtBEFnpjn9Bc9ekY52Zg83xj0JKh0ZRJMT2XQcolGnqU8&#10;Ra5xldCEs/A3FeuWuOKUSun+6VjyO3v+OjMI0T5WOhNUOZ05r4vOtFobelX1KoM2zJg/dMFK9JoB&#10;ZraAl4kHrwe/0BkliYQ2r7PISJ02B0v/fzc6L0Vb6pbey1yt6uG+64qyWNuRt/s2otSN3jC1y5lZ&#10;6MSMo/sDuu8lc52uMZZyYvYcYse6vWrbAIobuJ6X5nekij4x+dsCW63OWRStQhIYGeyuIm2KnaFT&#10;MMoEuamvmZB0U1icBlqiUxLF3W6dgpJqR4/SKaFnreN4J5O0abWKSt0Vma5JKkpi1nQSmErwtY4d&#10;iUVDMHJ6RE4s3xbyUsYX2lZqnUmEOPJJE9WX/UU7toafR648gDLtr7LkKd6NlisUx04bzdRIWtyi&#10;E9fu8HmSF90+fj9mTPCeLDKnUYIQ81Qi/SIWTJFB/eQ8HVM4pbjn3OitzqSnXIIRl9xjYXm3NxkU&#10;MsdBZswjK08gTB0rtcJXnM/bghKfL3SNlZKWuE9TkubR+dgIV/DOwZfkbO4bGsD2TS2MTW5EVTaC&#10;On1IX6pRktJEi3Q2z1DZRDVKrYBYksYVXJUXF71h2UXlvj54dPbs2rUX5eowDr/5CvqPvY3N27ej&#10;QHEZg2fF7IO1ZelsaTWaIrsiGmgwwvIhfd9gFUZR2LPP6Pu+e4KO83nKSW1My2jNYAmdoz+Sc9nb&#10;fjPUuCm883h2nEmgpQp76vpaYe659CpkpPWyVhf87E8jo5kmRTJ7rjDCro/GpEZnOBumrdRbmFlY&#10;wKVLl3Ds8Ntyvu+7626s3ziJ/mofirmcNHqdnq8nWsE5aWz67rT0jA7hMMXYOcrfajSGB19/RRrL&#10;77v/QQwPVI2pDUyuFVndz1iTMguqum7Bz40Ox4NGy9hQpSuFIsVieXPPksBFQuMNoyi1hyL+XN9q&#10;ma2lEaijqDfab40i609a2FuLptoL6SpzNjImFtzAZdfPYiEn8U6DnufAyAjePvI2vv+9pymer+Ph&#10;h9lEgPWTqvIsS6UyxfR1eTaF0lb8rV/+HzF18RJefvl5/PmXvyzPt15bxqv0HJ848yEMDd5C8W4k&#10;SI+AcyE/L7Eer9NOGCaNR2UKwCKdYtdvlC0gyPf91F76/+d/vfTkbrzo6P3Yc+C6FH6loN/jda2+&#10;FnO+6kivgjn0ohInNaVuQxG9qsiotX5PlUena6jTC902rAxY3pxT3HxgYygd+BTL03wN+ym3m0We&#10;1nabcqxysSK0Wy5KN1oRPvyhj+ILf/ZlHD70fRx76zHUphfwb//d7+L8pWk8+sDH8alf+jnceccO&#10;DFcHMTu3QPl0iY7bKvqHividf/t/4d/8q9/GN7/9Tfzln38J//j/+LXY/NRo3WpTG5Jmn9ETi6y3&#10;hOer1cGeyrKCkrg1pZ+6xhzwf/Ozv/45d/D1FKaEWot4DZ0idGToLRaK6blJrhO3tkQoKNU5xNqQ&#10;5dB2m7QLhCJTeGMnKkbkiZuK3QhEXNpCHPmQKFBim2834Nfm4VNAULxwEbm33oZ6/UXg1WcRvPYi&#10;Om+/DX35PMKFGYStOZoAK4LsYYH3cGUB0dI8dI1NN5aA+UVghn6+TMnufFtccvORTWgpCWc3XH9A&#10;yZ+FPsUsMfo+dyV8CVZEntl1xa2GjQvinYShoMxSWVDUjX5ICT7HYuZeNvQ0hhsphrR9GhycMRVU&#10;bKUpWBK5jzRW1pmwKEdt0nEVw3pBJGgTO1EjK6Sqfee4q7iaRv/2pOrph6YwwiGNxIkNpt7SAcL6&#10;egv0s2X6nZot7kWWUtsyH+v7SZIkSXJavoKRY55BqPFntZVB6Hm2wCCIKL6ggjJuuXQTCwWNWVrE&#10;p+ggeZGi2xco4P1GUMe3WjW8TPPkaDvAFF37Mh/kFAT3FVknrozSQD8q4+swtGE9Nu68Cbv33YGd&#10;++/ETXv3YtvtezG+eRMGBgclKGWTjFbQwCwdhktNFqwFcqWcFHPz5QoFCty1ZC2ZHHJckC7SNzwL&#10;v/RMJ1oKk6Hp9M/MNvDmwWO4cO4M9t+2CzU6AF988Ud4/96d2HrzTSiMjuLs1UW052cwuW0LokIF&#10;Lzz3Mvbv24NjZ2eweaiCkfWT4tDLm4vTntEqCcwL9HDPTtH6aK5gYst6zLSLOPvOadG/W15u4eCb&#10;r+O2mzdhcHwDxiYmKTgrYnp2FuMjw9h/1z7kq32S3glF1yJqwsiYxnCQ5uf5+6awVltZxsLSAhZn&#10;l3Hu9FkcP34Sp06exOnTJ3Hu7BlMTU1TAFAXJK+b40EYxc7RoUsuONmJjNaeUC1sVZjn2qVL72L9&#10;ugkMja6jzbsptFwpUjOtlAIQpkUXuPNKg83FO+4wM82Ug+RSuRwXFbU4xAUo0zMdePccSmw+oS0C&#10;PEKGEqlThQ5XBNAesuL8NkQObcHHmb+0h/vQd8s+QRKHs4dl1ysy5RgFKSIJHRlGgPzwlUkcvLQV&#10;r5/agPOL62iyDEsBWQqWjIaMOphcr7FzWxuPPjiOjzy8Hts3AxXWb+o0xUTFs26DjIbki19aqtNz&#10;nkPEuoC5yOBleb7Qj8ulgm1MRKLr16TxVIIOjQzsXA5p2n8ZfsvokIgSmqgthWulW/JeRgc1sgL0&#10;Wqi/XPwVoVzWl+yE6FCwyN2toLNCe2qTnltDUMaRVA+jWAjeU05vI5T5Vcix811REi6eIE16fdgK&#10;xOiDE6B8viyBOtNw+P06rWXRAdq5uUjrqYjJdZHoVU5f5W5DgV7fR8+tiqDQT78/IA7CZxdreOUc&#10;BaDBACYGOvL7Ddbf8JyrJM/zSN4fKX29NHXVi40xVMY7NkFIqFU0ivR5HJtSeSkqqE4CtrRrnEoV&#10;qpI92zaaXIEjbRwTqTWcKhLqcbfelY41+tQ1A02dOdfTnUerpdtF++gu+ukYZaLiUotOUZDVdYPT&#10;NOqti+6Qijl7xZWqR/EtXVxMCosq7umvDmFUz+AfQE8kYaK5rTKuxd2UXveAs5+XQEGNxp+Of48b&#10;bkFkGkuimDGyB8X+Sfp7IYnWPM+KyqcgnGk9HfutdKHYU1nYp7LaYY6+prqC/ozWT3fa0EUhyySg&#10;aaqu8zPXRp9UZAw8E/ColGyI56ksnSXNqe6q8ZhL9pF2dtbXTHb0NZ9zgrCKVgXfMRFaR1n3xtTr&#10;04R1o1ennOWSK7fKvUtPlWVneC+mc05zZUmVBBkTdmp0jrTl9z0xTzLGR0FoTTIsQ4KbKnkx7Qql&#10;qOd7iWal2588SzX0PLcHq0SWIjD6R6HTtYuZQzpFYNbWCMbMHz57PC/VvNbWHIWZLKFZr2xIxpIN&#10;pvEEad4L5ZG+X/QcOyiSWGvh6iy8qof+Mu3ftOf7rKXmeYl2m9X6SkxOVG+kjOqlsdmLTq4SxKuM&#10;Sx7FYtmcRxTnHT922BTCi1VUOaYQA1PfOICmqGzaSTFwfO4ZZ11VHYIuV6VRHlL+4XFjU+RGzO94&#10;7Rqi5QW6f3qmw8MIcnmZCxzneGa2mLX0HpPl3kV1nZGiWF0osHs305oteIPP+iYFvjWKFZYWl3H2&#10;3Fm88dqrmJmexvj4GO6+9x5soFia51J/X0XozDkrnaStM7aL11xh3uita2nUs5B9kWK2iYkJihvP&#10;CIOFdfW4iKhtEGau25iyqW63jvc4Hmy8FdmCL8eZJm6y68AK6Ge0ZdnN2rPxdQoN2uus9LrGdC26&#10;7Y9TzHkvv5P+LFfIFkQl5RvcRG+ziQ5M0Y8BDx6NdYVirs0b1uH0mbO4ePmS7CHvu/duiqfLMhe5&#10;+FoqFW0hw+w/wyNDmNy8Bbt37hTJKTY5uHLliqChdjLVsZyXZ2ucWLmpEWSvLWWW4cdSUH6mceTM&#10;dwKN66r3XW+Mb2ydJP9bu6iu1laW66XXly7HZxx+dQ+K70/vv+7xyTo399pesuTbxEQkawqjkMSU&#10;nltL3dp/acSxa0Bb9J7uukYvJRvSXbiWRoKldZuGgNm7CrRp8nz+wZNfw+f/+Av4wpe/iCef/C59&#10;fQdHj5ygvbyAvsEhrJ/cgMG+El5+8Tl89+kf4qvf+CqK5SH8vb/zWfzCL38MN+/YIrOVJZXKtDe1&#10;KI+enZ2RRlo/7UuPPv4Q9uzchfc/+giq/f3I5b0EfczIYUSxyQyUShD0qeai17V/qExHOJsn6B7o&#10;YUGj65QJx7WQequ7DDru7HbDV70exAsJfMIw68wb6UxXNxE+NllNFNnOM5w7sCcVfj7wmUbI32GR&#10;W9Whr0YL3hIdgHSgUOZKf6dDcuYqosVFQeIh4GSuIwgU3lg4MeaKUocrqTMN4Y4ydU+tUDJcD2y1&#10;mj6D/8q0Xd/gR6X7VoQYZkQF44SawP+N5hwXoRj9o9vGxbjDrkJc8IqM3p6YUyCx5Y4P/9DpuuhM&#10;MqUzz1XHFGhxpbX6fTGiU6WoRVZfSlwxc9LcNTIWnnGUdYXUuJUZWXFZRwt2VAxGwLVN144nsBwG&#10;lvYbqmIs1O06suws7AlqL5IqNlP80AqNWFlcoFSZZruMs6fjgl6M5MvbomKqoCnFSiSGHm16PhUK&#10;hJr0jSZd3wyj8uhn79IzPU+Le5mu5Qq9bpaeLUdFEkty4Ycr6RwAV/oQcueYgrL+oT7kKv0YGOzD&#10;+g1b0N9foH+XoMojEoQEoqfXkfFf6TRRW1iW71XyOUObEz6xsmYRUgpBi0MwlacN5DDm5uewZ/sW&#10;bNi0RQI0diDl7igXtMRdV2gtRo8iQgFvHz2OYl+Zgr0CarMN6I0jaK+0cNPYBFoBbSa0WezZfw9m&#10;Xnha6Drf+f4hDFeUFCuGqhWcu3IZfUNjGN48afUv6PD0Akn88rmCDGKj1aEgeRznLp3ErfSs7t6z&#10;CWcpcD5x9gz6CjU88cFHMMKdU5poEzTnx2/ZK5TiDj1nodKHFIjmOqLBx8YLHPy36GfLi0tYmF/E&#10;8soiHep1oYa268YZNS7UMS9WmYRGkBCRGQOZODaY0nEzgrUUPUv/zsla9m2ixyguJZBak5S8+eYh&#10;PDa6HpVSFW37WZLUUCBSYeoxF5MEluCj3WjDaU6wKGtH3A99mrIFBH4fWqOT4C2hn54vu3F7vE7Y&#10;qCUwyAxY+jnP30wzPUpRNWELoHbdC7rPAm9bV65igLVBKUHh4l4pb/QBQ9WR6z49O4pz80O4NDuE&#10;q40RuoYSClGAjscOhQ0pbu/a7GPLxgHs2FHA5HgJKwtLdL8raNVo76P77bRqMk4cqIpWO80F1l7h&#10;z1F62SBMZP7mjO4RPRfeJ5thTZKOvjIjRULRXIFNOEN6T07wVC4xWFJxp9q8xhSXIotDC80eI93b&#10;lgRz/Hl5drZlo3g+lJfpfopFBPlB1Bnd2VqRxEHccCmYZPTe2MgwHaplu0mwQ3JR5lSO1q9il2sa&#10;P3Z35GRDL9VkDIt5H4VySQJMpnQHgY+Jqo/N+wZxz+0hFh7XOHikhR8dWcSlCwF8RjF2+mi+jaLQ&#10;WKB5cQF//tYpfPlgAw9sHsNn9nHBhMaTnRkDBhN6xnRFmhSRoCx9W2lxmo0x6tn+HRnNEm1NorJI&#10;tXTnTqkUDzwugGVpJK6o5V6rI5Xp/EWp5ptSaenia1A0VLbQZA3L4vvqmTf3cC9NQAwqVffLotEU&#10;dA8L3SxaT6VohmsmMjobaLt71ipBhUcWRRFr90ZGNqSbxJAu4nnpYv41HBTTT0gcOCOVKdK+pzhd&#10;49p0m6z0TdYrA0iXF2JksXFXNSQ3E8OFRhfN0naTYm0UdxOz+k7WbTNVjMu4cwJd+n5IMQeMmL3r&#10;wutU8zf9GX46gE+58savE4R6uHZV1jWUoxTlJcNMMbom8f3qLLtEp4rxSXx6LUpUj058am06tF9S&#10;9FMSF2bQrmmUHwzVlgthHkxDUBjZdPD4yos7oY7Rwsm2R2e9LpRozy+JmVNj+Ty96SKKqi6yCR43&#10;nduRMcCgnZP3SkZR+YVImi7cJAmse6oYfEiDJid7Nsd9ninFxOsldBp7kYl1ncC+Wy0hQwZtkCde&#10;cp4Xo/hCYRv4QuflaxclX1esZoprHqI9KA1Q+mpzfCg7a4SGvDpPPzeNqQvvvIqF85dw4aELePRn&#10;Pol1k+vF1KtQqti5b4T8taVAO5kJnTIGjM3qgIy+qstZ3JwWd1nP6g8y8ikyBed8PsK68SFxavUp&#10;XnvjtVdwhZK+uw/cg40bN9J4lkwz3zMurdwQi2Bowp5IPniCZArLdKZsWIfi4CDdH/3O8YMUQ8+h&#10;RPlLh3MdehbFxUvQby8CjRXom/cgXL9R5krRyosYTW1/NWT7Oqivaxkmqa7Xu10lTBVVOLFu0zeW&#10;ajW8Sfd/8O3DGOyv4sDd92D9+glKdvukmJMTSijEoMGh05XTZbRFsMgmNuZ1WrQOPXt/68bHJHGu&#10;DI3g6e8+ibNnTuOhhx/GhslJwxYQYXtDsb02ZPw6225otA8jldCBo9gGy6ow0rPmJr8rNhl2yGoa&#10;NJ810Y2grVLnyn9rdN/aRassslVMgCjXXlhawdSlizjy9lsSG3P8tWXbdmzctAlDQ4PYf/d92Lpj&#10;N775ja/jy1/5Cv7g9/49fvFv/x1MbtpMcXZR3oNjNHYXZVQgG/WtnxjH0PAgbrnlVnz6Fz6DL/zx&#10;f8Q3nvwutu/Yhk//0i+g3mpKblLwLHp4jeJolB4fpbIoXrt/vnek2o0XSH/y5xKtQqWlz6duKm+W&#10;qqli59if5LputNDZ7fZ6bV2+GzMKScx9dKqg11sld83rzWiGeImpnP0vZ1HHbo6w5AEzAJdbLMg1&#10;jy/80Rfx5S9/HbfesQ/7999Pcy7EpYvn8cNnnsF//OM/xIE778Wv/uo/wKd/8W9iI+3J/+p3fldy&#10;25037cQTP3sAA6UhhLTnhe08OitN2Z/+6P/5PL74l1/C3/ulf4xf+Lsfp7lcxAc+/DitH2UbGJHV&#10;wGXd+LaNY6z3hIvLoyhlEqeMaZcFBGWa6XFMkjAoMnFYKhbyf/PX/tfPJS9KAm6VismNG49zK4ks&#10;fNZp0aTEl+0FCUXEBpMyf8WCMrL0y8A4xmpYdI7J/YwynXGSlfthKLcS/yrk3LbqscCwjz5OWuem&#10;gSsXUXnnLPTzLyD3wrPAm68gOvoW/FPvwL9CQU5tGro1j1x7EbqzQg+kjrBOh+MS/ZsdcaeWEU0v&#10;A3OUFM7RwbtA19CkQ7vIDlmUFFbpPofomiheUP0UlPR5QkUVw4ycJ/QXjssEMSVWZIaH7Vsl7NDG&#10;oaaxZKgYOt5MnQ10F2Ay1dY1zrZJkc9YNycvVGscyWl2gnHTTScDkbh5SjAXavtQ7XslxWU4uRVx&#10;YJIF40s3RwoBoekGc3jmcXGQoj1Vp+dKX51FOvTmKWDkahuj9hoC9jF7VVFJNsWFNcWF1cA+e6ZW&#10;8rxnB7i2KQIy5Zk7uKJ9aN14I3udIlrJ406vWabvzNOceY2ChOebNXyzuYwn6bB4vtPCG2jjIl3G&#10;DAe99PscIDLdghdXqa+CysggRig4mLx5Nzbfthc7br8Ne/cfwK5bd2Ni20bk+idZ8QYrtTrmV2pY&#10;WV5Gs902Jg5caMpXpHhQ4k1EgtOiUAwaDdYByxn6C43dSsfDX/7113Ds8JsUzHp46aXXsI4Ou4HR&#10;YaGph6xx5lkKhDW44DVWKoXYODmO6pZtOHX8NCZo/CobNuD40ZPYv30jwuqgPL45+ryF06exfuce&#10;/OB7T6PTbuKtwydRp7GoLa9g8+YNGKTPYlMKnwa8E3XougsyPwMeU6E259DKhdi0fp1MgJGRMezc&#10;sR0b6PO0XzDF947R4glgNNiK+TI9yxI9jzbmryzg8oUpvE1BASMB3zl6BKdPn8XU5auo1xbQadZp&#10;s1uR+2o2G3KNoXBYIwse5TXEc8pqAQnCwJdA0ukVOQFYbR0TDSVSxy6FglfjfaNQRatRw+7dN2G+&#10;o2PPUJfoNpsBjbFRs2HnP0bMdcQ4wwiWS/KXK0qBtkBzq1zOIzpxBEP0opxdJ0xb91LZttCynOtl&#10;2t3T0uCdVrQz5xAKrzLFnxpaKO/fjybtIe3pN1CQZCiPoLANL5yo4HvvbMTV2k0Igop0WzuMSmTk&#10;XWMR29YV8fM/M4l7DpQx2BdSsrCCZm2J5lSESpVGM59DrbYshVC/VBbDISUdrbY1nzHo2DbNa2OU&#10;w2NjflatVjE0NogqBdTNpkdrpmwSQCugqdj9UbQwQku1zdtak7KFAM8U6HzTeQ210a+TYhh/vjI6&#10;HazT2Gl2MESfFy3OojVzFOObtiNfncDI2CgmKEngQnat1hRk6IWLlzB1dUpg9n0U8DvjDC0IR9+i&#10;XGiNF2m+Fynppeudu3oJXquG/OCwNG8KaMrvs5aQdL28ADu2DuDB+wZpzYc49c55umS+3wG0i3R/&#10;UR+95xg6NOZnF+fw1gUfe8pVDA62ZR9sMyIyUBm38l4Cuh7ShhM6FiN2Rg1puqpKncsq3cRL0Vi9&#10;tNtpKnDKKC+pNC0tKf4J7Q6JP2z8Om0Fwq1zWRQXtlIGFqq7k6t60DBS60OvRg2mi14JuFxlHYL1&#10;WigqvaqQpHsg/XSXZp4rmibNYxXT8D2kzmO12hk5Rt6lxe88FevGrN3jziLu9Co2RCr0zyDz0ki/&#10;LHsiKd5mW63u/aV8HlmTg8j0TpzDKa/Wwuge5AYnpXPpEHWCgA6j2I035ccYmxzFjqqpglVvBICX&#10;zCere+YIC16quJKgAKOYapx2M9XJdpIMjttfOH7kBpbKFhORLlxotSoniNIIu9Skdro/2TTsOojR&#10;a/3nWe1Mm5TFLBgk1GOW7VDiCm+ejecVrONtaNeDaZNo5ZyNvbgIKeZTYImFjh0TX04Y3vNFqsMa&#10;QHmi+bIi2qk6Ex9a0yFBd0ZmL5dmSGRNWiy10jMmRDJ3AsRF4E7ExWEvnhemIaNiVIL7HTdWjKJX&#10;ziHbnsVGiiOyr3Vr1ZwZhbzRCpQGlUPCu7ham8ZljmNHFoym+6015jB74iKikSqGGRU4MGTMo0S8&#10;PzDu71JgdE7BOpMrpwsrvuetKkCrHqgRiQXZ9EmZeCBPMSG7k/YPDGB8fBzTl6/QmbUo55IYTTBq&#10;SZvXOswn8x5YukWcShnEwPkE2yVzA7lvUGKRVjugs7slCHqOk7nNytqGQW0F5TbFJUUfHUYDFsrm&#10;OfD7aZVooWvPzsEkpe65Z61Cl3lrFP1ULO7jK5OMMhWHf84uu4y2e/aH38erb/4I99y1H3tu2YtK&#10;X0nQYDwOokMl+uCeYWVoWyjWVptSG/aJbyV5tN1POjZ35POdJ3JfqYCR0QmcO3sO586cFbSfJPSM&#10;co201Xfz3jNdMZFxSJllrCpl6CwC1p4Lkf00QTm6fSyFjvZ08n2vi0LejcgJ9bUacTozJ1c795o1&#10;JgXl1Hll3IoNcs6L16nRHXTMnEarjbnZWRx89WW8/PLLGBxbh+GhAUxT3PWtJ7+N06dO0tiXaexH&#10;KE6sYOv2m9Ck2Oxb3/8B5dlt3HLrHuQLOWMoI/KLJTQbK3QOdeTzyqxtXiyjj9bJxMQ4Dr31Fqam&#10;p/HQw4/R3I0kNosBJ9ecp14W2YUeiPL3itR7DwUwk5Lrtbue15lhJhbxutB6qrczRZfsnfJ6Ofh2&#10;6a38FArDPYB31yiYRxl2SHetQ2Vizh4lQ/siL+FOJM/XnhdSjHfxdGrf0K5hwDm2yJX4kucsLi/h&#10;1JGjWG6F+PJ/+QtsGL8F/+Jf/gYeef/deOD++/DIYx/A+++/X7Tlf/DcD/H6669hx+YDOPDwHdgw&#10;NoYfvXYQh48fwfLcMnZsWSeSUHnK/a9OXcTnP/8H+PwX/hS7tr4fn/z5j2DD5DqRf2OJpijiInaF&#10;zteW5Piica+S+1Q9918ksikpdoNSaTsOZOR/tJXZ8LqQf/5nP/vrn4usXlzyQJ2OkG8Dg8Rq2dfO&#10;08QImbKrCB+68icFKi1GcFl7OyXIkbZsylwMYzi0HEQ2AIgkCAwE8RFZ8wxbIpHXsJNqubmM/OIC&#10;NCVr1WNH4R18A3j9JZToAeQOHUZ46hCC2cuI2iuUbNVMUY/S54j+zqi+YJ42mHlK3+brwDz9fL5J&#10;r6cgsaXFfIAPfu7m+32Kgl86rAe1sCC0bzQLkmmmUlAGq6/HVLLQuIrF7rjaFEYdvcsh95zekqdU&#10;JnlzYysbcEybQkrbp5sCk/5d2123tAvPt0g9ZWi2kbUuV5bqom1iIpRamO+5JpTOWTc5voa8deYr&#10;GBpmLu/L4uECXVijZ9mkLxq/9hIFh/M0Fxa1SDVopt92dFzNiBz9l+mSTBsJDaqCi0ZCt7UGG15g&#10;yA2+OLaaANVMFLOZdzyWRVSYofe4QG/yFg3w8xTgfj9s4VutBn7QquNlWkDn6PULdEOVkRGMbdmE&#10;5ZUmitWS6Llwl3RyyxZs2rkd22+7Fbfcew920p879tyC8U1bkOvvk6So1mB9kRrm5ufpcGpIUSRi&#10;yDo7pdFhyFV67hzmvRB1js7o9ZpOM6aNHDt5Ft956ikcPfIOTp25iB10HSX63IOnz+EEBT2f/Ohj&#10;uPf9D6Nej3Dh7FncfNseWROijaZc1d/QMYw+YkGC3UK5H8dPnMKAbmLTTTtx8OgJVCjwG9o8KUHi&#10;Io393LkTdC83C7/0pp1bcNcdt6HIrm2NGu5/4P3iWsVaBfzeDjnQ7FDAaPnZRYpBN06uF8SXwPTl&#10;9YEE6EzW5GfGWnHtZgvzM4t49/xFnHznHRw7dkS6fidOvIN3330XzXpD0AHi3KU5gO3QENWwtLyM&#10;paUl0VjjrzY9txUKDtr07IKwKcYdoqGnoxixoJ2LkudMMLQJrGHoFEyfYGoAB37aNQryBSnCh50G&#10;9tJ4qFxVEGOskVMoGiMOMY3gRCU0dBFObiSYFIqGcaP0Ba3XsSYLHVSunMNIrcFG0VYjR8WHsjMs&#10;76bUSVjtG8pvZB2gOxZAy7/dscX4Gs2lvrvulAZHuPgmlqMRPHd2CD98qw/nFrfQ/Y9JgM9Li2m4&#10;PiVuu7aW8TM/fxMefWyM5mYHLbo2rduCkGBnp0K5iDYXNMOcUFnFwJdFByXIFoN3EZLmryYlEtyE&#10;4SCLEXzVyhD6h8dQqLAbcx7TU4tCESuVC+i0TaGWjYiEVaWSgJUDd0b+GnpuZA0MIjGRiSyVQ2vP&#10;oqxK0jSI2PJGOvFKEAEVPYVo+TC9f4Ti6DaDhGALjr4q+geHpPA3PDwkz3RuYQnT07NiQsOd/GK+&#10;GFPQBLUoNBS6/2IOQ4P9ou8aXD2JAp1JujSIOhdEKzkR5xURdTZ8oTmxZTKHAwdG0Vhu4t3L7Io8&#10;iA67CHdC5HSFxrsfy9xcuDCD+eVB3L4xknOR0dK5nI4peVxU9FWqFJOhECZIkfSPEdPrswGV6ipE&#10;QWWdensFdyp1bum1uqWeyjqo6hSNrSv6csWabP6X3E/vQl8vOogtVPWIadONbY20k607FFMBZyq4&#10;79XojZGIqbFM9ZxjiqyTC1hlwdDr+nT3YKtrEHaTwl6o06bHKRqvcr5ZiRGKKyY6H6ysS68r6OlU&#10;EVWtogA76RNYNHFodWKk4MdUuJFd8Ps30zUV7dh48aD61ghCxYWlbhSfLY2pLEVcmrc6iWmcEUl8&#10;VZ7K+EE7jeLsc1uDNqRSmj72/Io1LhNVS+vwmk2eXHkjKbAkaGuVqV7rLipyMtF9t8+l3/u6mc9q&#10;G+espmS6ZJu4E0Y2vhbHSdkzrT5VTO3RNgmwJhdSMDRlnTDwpUklNFmwgVGFYoyauIYqPn2iwBYf&#10;nLmUIQczmi+ME+tIfl9iPs+MnlXPkVg9jlthmCqCs/e1Ya0o39IbdSxNYBD6SpgOLsZJy4F7SsWF&#10;Wi1afoxSNIZ15j6tPI+9jk5gx4MLWoGWJC6iWIY/O1ABmldmEZQp5uuns0wKYKzm4p6dRTZz8yvF&#10;FOmd0HajaboshDLoqyjWL+UGF8dZbBA2ODCAUydPSzzZ118VDWElCJOcbej71jTEjBsXzdigLJcr&#10;yJnGusCqMiiNtIiS1Bw369ptMb5gaZQ8nekdOgc1f29gVND+fqEkqElTLApNbqECm8+puLgQ6qRh&#10;eSN0xtXumEpiSckf+bM4HuOCkc05JsbHJflmqu6mrVtRovEoiA6cpXTH6NwIWV3EpDDm5o67PlOo&#10;SgpAJUqYc/S+wxRrz89MS8GIx5nlR0QKxXOf4+7TX9s48obueTXSPOMPqpLinL8GdVen87hrdQ0c&#10;mjRGHvd+rRTpUojsbrMKWFq3OEjbP3nNs/5mZOnXPF+Z8SDz2Dc6609+8xv4q69+DY899jgefOR+&#10;bNq4Ebv23CrIvDd+9Aa+94OnMDw0iqGhYRn/bdtuQn+ljBdefAE1ivXHJyZo/ldt00oJxVEMeKSp&#10;FMb3yGYms5cv4sixd/CBxz6EwcGyNSW4Efq1TlFhVz+hdKF+LTpq9+veG/zT7NVu7N/7e6xhF61u&#10;tPjWuxH63t7jRm9Vr80uuMbjUan6UcJMUZm6UlzYyhT3bLFdp8/qbMHQLGuHmkrtZ3ZtGfAI566h&#10;IPwYmPLSs0/jH/3mb0kR79Sp09ix80588BP3oFTpF58AptlyEfrAffdhjPKGZ597Hj945inkoiF8&#10;6jM/i8cffYyrEvjhs8/iy1/5L3j6mWfwzW9+HV/6z1+mvf4cPvrYx/E///1fofx+g9DSlW2Wcl7Z&#10;bodi1umli51KZSQk0g2mdBysu9CtGirl845VDIsu/RD4v/Fr//BzRutExRlrXBtPt9h18sXJsjEB&#10;9K2WSE4oAqy7lPciQewIDY0GNmDHLyuYyYuCCwl5hr6LVkVONCpY36BEh1KVfqdUX0F0+QoGj7+D&#10;3KE3Eb7wPPzXXkPhzUNov3sM4YWzyM3PwGvModlahM96Fo0lqPoCHYaLwNwKME1fM3VEM3QAMtKM&#10;3XF5c3G6c0XR7qUvCiLYDrdKk4AbqkVj7mF0xrwYzRBTeFw8bAtmTn7QcyKTKqHtOFFiYcHE4kJq&#10;9ZNTKhZgdjbS2ku6+vDSzjPIBvX24qLQovUlkfYyUGapnQhd2pfii0M/cTGTD4mAklxFyXjBzwut&#10;lbFVCJXtntJrWpSOL1CSvBgiXKE3o39r1t2jL1U3gZdvk0Zt6bahDaD8vCl06LxGPVAiBB1wp5Y+&#10;peUbfZJcQQmdkX+RxzVHz8AveGjQopul6z5J1/pMrYav0uHx7VYDTwcdvN6q4Rz9bEoHWOSBYHML&#10;TnDoPQP6+8SObbj9/vuEcrl7/23Yue8O3Pbgfdh++53YuHs3Bscm6DMKaDQ7mFpawaWFRbRC0wUU&#10;UVq6nv7qgARMRa6C2W4co/qYBsrv26TrvXBxDlfOnMTk5h1otFv4zre/i1tu2oIHnvgADp+/hKlj&#10;h7F793Y8d/QcyrNTeOjRR0VfrTS+DkcPHcbdt96EOndl6bDjTmixVJEAj59dq9mkfxcl8G906jj9&#10;7iz6aI5P7tqFC0stHH7zbdx1280IdBkHDx1CMWhg1603Y+O6SQwOVWiz6oNX6cPilUvYvWcPBfO0&#10;PjtNureOFEIKhT4xgfG8UA72HKPYivSsaa3kCxWaCwURLL1w/iKu0no8cfwsXnv1dRw5ehRnzp3H&#10;1NVpLDLSkR2KW22aYz5a7QYWV2ZQqy9jebmG2bkZofDW63UJJPhzuaMRigCzmacdGtPIumXnC6UM&#10;kkSmf87vXjC2G2YOWE9ZLSGheJbE6CQvQaHG5s1bMDy8WZIaLgJKK0F7QtH1chV4RRoDpnvwHsXa&#10;bqy5IAWjnKw73pcCcSFewNjcVVTm5qUoJbpFVp/aIe+1SmkYpBPgUJjF5nW+obyI1xgjJLkBUqbP&#10;yFNwf/OtaAyN0eFzGc+/ncOxd7ei5k8aajHr2dC4Bcuz2DgZ4hf/1p148IFJjA+VsbLQQoP2PV6/&#10;xWIR1f4BKdJyYZWvgemrPBZsBMPjj7Ape1yHx4HWkw5bqNJrRocGUR0YRt/wBI1VRa6+3qhjcXYO&#10;BQrg2KRGHK00O1a1TAFYEn4dUwqKTEO2gtqcZPA5wPQWNgWROef7Vi1AizBnvd5GsxFhaGxIUItM&#10;x+0PTkF3ZnD+4jLWb91LR2rZoMijQBJWoUuVyhgancC68QkJ8jiRmrpyVfbCweGhWLfVAJRDe1bR&#10;/CpWaY5rzJw9hHyzjsrQOik8e/kScn6CaKvQ4y/5Jdx+5wjN5Q5ee+UFVKob6XNHZf23giJyQUGE&#10;Rg8vzNF79WP75oDOubygnDmdLjMylKk93ho0BtUjWlIqdkHsGfd5yDrO6q4C1HWay6qretULM6B1&#10;FlSn0oL7KQOMaJUxSPIV6URlL1qlfqa66EIO0ZN8IaU7qFeNUYqpuQa2vVdxLgMUdEU1JDzkKNWc&#10;VypdiEl+ltHNS9Ioe0Db609/lkr+ktb1TNMmHAo4bTiCNFrPxRUaMaUpfkY61dXN/L6y8si20Bia&#10;GED01ewcL47cBDWwicsFBsHlGfddp58jAh7KUP6VSnRfslIxKm44IlVCc9pCMdUvo7vnCn46NtJK&#10;o2QyuoqWQ51O7pMf6pQYtcpQaNMyJumige5KDk0sp1K608kDjp2Fu9yFs47OXfDPnglSlNFdSgqz&#10;KbkD7Sj1djx0gr6SZ2Bw7z3Xc+TQDLCGK5K8R3K+cgM9ytHeRvsqS26EHbr6oC17thRbYvpGFOtE&#10;c1EzzyZKOWWQeF5HCmrcDDK365tmtnbyGTZJ8xyDxUvOZ1s89uz8kvf1nXOiimVqnAagqeU7fT4d&#10;032d2yPfbWh1ew1C3Ep8ROb6BdFB328sL+DS6XdRpHNzeOMk/YwNAihmC6yWmpeTs0lkP2IUlZ9J&#10;llRXUa+nkp9SXc/WosgckpERZsxEqg7ixDtHBSnF2s7FcsE2Ld04+hIX+SlUvCDcuODK9GWOSVhr&#10;mOPnRhN+vSEUYDEIkwEOhbHkMzhicBTL/Aw51yl64tjMrwotg8JQw62jsHd9oqNKafbduLaXmaul&#10;cgnr1k1gYWHBMEGKJYkR2MCO0S7C1pDkxRaj9GoqmjODSeSkEEsN8diy+y6jagY4fumv4uSJE0Lp&#10;HRmmWKZ/MJaZiozYM/0ZyOdD6xhc8RPinZA9YRDnC+gq9qURfSr1mhsuyFzDEdbtVzplmKQdIhJe&#10;jN5mcAHrYS8tLwmTpVIsUx7dNNImoZESabebkht98YtfRF9fBR/+xCewbmIUFcpPioVICoNL83U8&#10;+/zzkrfctf+ArG3W49u+czfF0D7+9ItfkubrhsmNUDmHaLW0Z2vzJEhiiYMDXL1yGc+99AoeevAx&#10;bNw0Lmsi0grqhhGZOgmO4jxcpcihvQv1N1r00pHuEUQkOsw/BYL1DRY6r1GQ+zEuK+POjKRIvrZz&#10;r0rRTa+FBlQpE481ioW9QuUMwKnHWGtH2I5MfcMZi1ofB3OWhkZPVvYbD+PrN1OedRzPPvOsnLkT&#10;I+N45PHHRa+7nKNcTIXoUNJG6RT23rofc9NX8MJLz+PU6dN49KGPYPO2MTz48Afw0P13Y2Rsveyj&#10;Zco9H7z3fnzqUz+PT37qZ7F1+0aR8hJZNYuaVSmmLNylad0lH6J7PmEvDQpQqxvPKhUFear3vp4T&#10;kqzhw8UDxULsrrsplX++0MjqFUSRtfHVcVWbEzlGneQjQ8bln7Utcq+kY4KuoSoyUoiF09u06c7N&#10;oLS4hPz0FDpT9LU4DyzMo1CrocH28pRoK9WSxDhiqigXmihY6dA7Mv0qDAxaMGoY+q34HNhFIgYN&#10;fXzqQfS1YB2t4q4jU1OZJuiQbUEophUugJHEOINcQKwXEaXdFdMzNXLBLhLNJMu3V0j0mLTrUqsU&#10;Hwsp+n2kEtO4SEN1LQbXYBSZFN9qoAhDLjABNKzRh7gCGz2QSCjGJiDKlSv2mjh48ozuVosnONv0&#10;RmKWwa6YsC67/Ow9PitDo0foglMe46jAiByg4IQ7GloQgXwN7UgZrQ3+eUXJMyoyQkzEW+ifPF4t&#10;Hwv0AbN0fVd0B1P02VfoOVwJWlii79c7tjtZMkLiHACVuetJwc8gHfA6X0C1zI6iwygPDQmabWy4&#10;jxL5fjyyeRNadH/tZhsLS00ErRWsNJty8LXC0Ljg5nOo0AMocRBCAW2D0Tt0cLVCc2C0WxSU8Jyv&#10;VFDty6PZrtGcyaO+3MDRg69j82BJUKRTdS20iofuvgeLNOY7du/Ej756GFcvnkOe7qW/ko+LD6Xh&#10;AgVwZaws16D6R+Qw9DUFQNJZMwpLbCLBdHgOtPnvw4MDuHzhuBSud+/ajpPHj+GvvvUUCuU+zM9M&#10;4fGH3icGB30oUZA3KFoAQxRcPUyb2FKzThtPSQpaYdiW4kuDIcU8/wNarfSwl+oLaExpTE9NY2Z+&#10;Fk0KKlcatA6ZbssOrtrovBkBbVPIkWJOpyPQaH5PWBoUf3G3OlfIm80r0pkUzOi1WDfRfF6S0qUl&#10;ClbpuVbEPVelpMm0RcUqRCmamrNRFwSXoIUh988200rMJQJ0OoFQB3TOyFaL2QcbKxT7hNLM894L&#10;7WYZmWtu1JtSbM6XPHGP5QDy8snjQtt3gC3ZA+QzVRJkqWxMEdn1H6X4eayd6dBRLRax5gYDrzu6&#10;7NnZFXzj+9/Fuxe4STJJ19AvRas2U32b8zT3Grj3g5P44BN7jaQh/ZJINUXLKPexzp+h2HKBrtFo&#10;0TiWBB3AyGmEOk7CfLonflZsYNRXzUkAXhkYN/RsGpzW0oJoQDFFyxe3RVojNMcYfdqhsQ07TaFl&#10;wOl+OSEH7poJPtd0iyOLrOMDPl9QUsxnsxp2hOQBCQKmR7NcQgnzc4tCRSsHK5hZmcL07ATena9i&#10;09w8rZV+A8fnNVG0GjC873XMWTQ2Nk5B5jBqy8uUTC3gDB3II6NjQkE2VB+IrAI3cBhFWiiOYHLn&#10;3Vh59we4enqRAss70aL50uZitz3n+Kvi1+WzPvr4ELZseBDf/M47WGxtoiSqwma9aPE+qIYwHFzA&#10;t86dx3I0gL+xz0OlGiBPG+Mi05LLntCOXJMnQeYkBgJZ3bfV6LNMAUMnmnVx4UGrjBlIBo2ndJee&#10;h87AydQNh50ZW4w1TTnSBURli1SJno5ejY5TKWSD15UUpUdAr6awaH0NLZjrK+SkxmS1JbDuYaAR&#10;6+2lArIoRiMhduVe1alPBW++pe9fJ7NbndR1l0s967ScItNFKsl1dKYgmGiEumAw/rvXpRtp/3Oa&#10;ZKLhaR0vlE6KbrGOYcpBzySxfg9B9FRCGrnHrOJCa9pALMOEUroHbVKt+XT1qkQusmvDM3txF4pG&#10;W/cynaqQu2ar3+UY3HsOXZ/Pa/ThvLhQt9bVK7tOeU8OdKJZbYoUnVgSQeuoa/6lmeTWHZbPKUYx&#10;MMqa9kuV42YWxUHtOsXoSmQ8EE4J+t1XHdr7rM4o01zFVKBAcUGJN1hh5gjtLtLW7MWzW5mR5BGN&#10;aUbiMaLZd6gp40xlXIe16Dhr5RDgnhQajc50qlmU6mCoKCV5wBRtz8RpMm9ybDBH8R+9P8ebrLEt&#10;+yoYkR8hR/9usKs9F47CObz1/e9T3FjGvgfuo2vchqHBqswJYZFwU1cHcGpzplCaIFC7E2DdtRPG&#10;yKvUHNUWMcixBL8/r/eB4SGJkx544CEcPPgmjhx+m35vj1BPh4dGKB4JJKbN2+YnG1/lbOFLzncu&#10;0lCc0B4bpej+ZoqpKgiagdHs81uC3owoRs2HTXROHqZ4OUBpL8UIG7ZLITigi2A0XRT4on8ouYIV&#10;lIhuuI4SrbKyVV1ZOp+V5pmbIhy7XbKUTc423ZgFYvX1BQXGFDZjuuXFzqr/L3PvASVXdp4Hfve9&#10;epWrOicAjQwMgMFgciSHM+QwDSkOk2iFtbnmaiWtwtqWJR2t5bPHsqzgteVdrdZe+9hrSlqRokQt&#10;SXHEIIpDDmdITs4YhMEgpwbQuSuH9+7+/3/vC1XdDWBI6ewOTxNAd3XVe/fd8IcvJKnUvYjloBep&#10;7TgRksu1bq2O62Fq4zTuve9efP+7T+KZp5+luZ/D+NgwcswakQaya/VTOjKu+m/F4eD63sNJ7GPG&#10;rVxftx5fEqm3Nrqq91yK9gJH/LZlfnHMZxo6QLXWwMFXXkOJ5ibr76U9heWlmoB4BgYKKJcLqDVW&#10;RKppcXFFGvIMPlhps8FeE3/ztcfw7IvP4R1vfwce/sDDKJVKGCgPyF5ZyPp44F3vxfJyBV/9xjdw&#10;6fIV/MQ/+G+R3ehRTJo3xXpmkbA5YYJ1Ojc/LyPDzJQm5f+FfFnmhatw9f13jeL0D/Lkrqa/u14R&#10;61oO8m9pFgX676ho+INRdXWg+4RS8EPdqw7WG6tE4hT065olnkvo66r6PCRY6s1S6I0/trJMK9dK&#10;9JpmGdedOJ9JUfKSShXwP//6P8dgKY+vf/M7OHr0JXzh//4r/OSnHkGmQPlRmzbcVEsYSfw7P/2z&#10;v4hzF87h8SeewGf+5HP41d/4J8ipLnbu2odtuw+I6R9/VkqKe5TXUH7JVF3HNcxQ3utEm15Q30nN&#10;xYQnRnjmBKvHNdQultZcIl4Lm7K9+qBO9LN+c1f3n/7Cz/2GQqyrp63wlI7E27WIazIFkIVfJJHj&#10;Ils3EPpTYOG4YveesgEi/T3vClELLiWejMTLXDiDLCXN6YOvIv3sM1AvPQP/ue8jOPISgqOHoC6f&#10;hbdyCcHyFTq8FqHr89At2oCqDWC5St+vQF2kQV1qIFhswa3ToVbrxjQ/Bu4U6dgvU/DBXwV6uHkl&#10;iBe2nWXHJ2mThR1PDly4uMeoRmuTKe/j2CIEzy/fdPUDm6QzXD0IVneZVR+gG2uwOsLObVj20ElL&#10;wEg7JXk69DOFrAaYZSM4ThgQmYnjKyNESTOObislh59Dyb5DkzuQ+0pFGjIddr+s0tcyHQWzbeiV&#10;LjoVdsmlr6pm8I9JenlYOkoCsEA+QwsLUAqfVj+QqdaOBCl2wXE30a7dtI2l2PmtSn9eoJt+k+bP&#10;izTxH6ex/AYl39+gIPRrrQa+S3Ps5U6A4zSdZrjzxG+epWC1nMXA+BhGN27G1M7t2HXbfuy9607c&#10;fP89OHD3Pdh558248c7bUdwwSQu1BJ0totbqYm6pgitXlqSAMTc7hxYXj62GSY6DkCAU8Q0kSXn1&#10;5Rfw+qHDOH/yDEaKOZTpsx2mwNBcyRYL8LgwmPakSMPFiSMnTiBdKGBp9gr27NmFN1dWULl4AQdu&#10;vEk0kVw6rF4/dhaT5Txq9BzmTp/Gvv37KfiiwKuQwZuvH8fezePIDY7KRmDoEKYIzXpt0qGXQrwS&#10;VFej1sL5s6dx4Ja9SOczuOWWAxgaGMemTeO4++47kSsPoulrCYZbrY7M1QyPIXdRpVjeFhTT4uIC&#10;5ucWcPrMRRx/4xReeu1FvPbaIRyi6zl24g1cmjmHlcoSBQQVtNs1tOpVcbRt1mtYWVpGpbKMRnUF&#10;9VpVtPeYjstFNdEZDLRFCCjTZXFV1AEPnZeEwiI0ZUvPcEzQmc1mUW9UhPbCukUSmCkzXwPLizdO&#10;hY4pcitDxxXMKgUlabZN7xhdHrNpdrD7hj1IlwYN6jTwBVXAGycHPu1OnV5SE3dqdq7hYhPTXHla&#10;857NNtsOt8fpWs6fOIqd3RWkZ5dZRkfu0VWxZkRIPUxurXEjMCIjCoW3a00aDK06YENqPEV70+df&#10;OIhqZTttTxvosykp4QOisYSyV8VHH9mJT/zoAey7YdqYWjhdysXaSGWK0qXmxKLe7KBCe6XP5jAZ&#10;gyjgA4MdlT0vLY2TVp320GBBRNlHRsZQKE3Qe5UouKpKISzoNDnckn2DQi6szK3AXVrC0PgkVhhx&#10;zWta6EVelCgri4ryQwRLEPovmudr7OONc2+nY5oATA0Tw7WA1lOD9p7aLJzORaRVFct6C/zBW6Dz&#10;RWS7XYyMjVudQyVJJM9r12r6KM+sE/6sbJ7RrEUpXjYaTVnXciYx/UkFlh5P49B1UKdk1hu8AZn5&#10;V1E5/wydVQ2kisOmccWJhpMRNGCL5lOefmdizMO+A8M4ePA1LNL5k80OUkJGc9Sne0IJGTWF0ys1&#10;PH2iTtOGXj/MxVcIss8gVXQiqEki7FbrdGiohDOvWtXd7Gl4JpAJ/d2+KFkKIWY9X33FqzXqFkn9&#10;3hDrH+i+AhxidE6sGdgbcEcIvV5tiqhZlgQ+JvwLoK5WjEzo2vV32tdDKl6tldzjjxx1X3XMW0ZS&#10;oSpuyOk+x+We7nSIGNMJZ5Aex7heV+FAY1WBcTWaP2HykdADjeMQHbENjD6yWY82tDONXN+YhTGy&#10;zylN0hrJmnPcCTU3nIjmGDrYxRp6uodW2492E7RcX0krieWL6MJWeD9IKimuohOquHi9RrE3Sfft&#10;KfQ58TkTmqiYAyNBpw+TYYTIF211/By7n1lUYoTwip0grz+9j8i56PPf7k01JaCy16Djzr/Ir9ji&#10;vGOvS4X6Wj3VaW1Ri1ZrThndNBNLpIwBCFedMjkE7oDQ47j4pIO2IJM7um2KecK2SUmrHiougEkT&#10;yLe6uGFQal2ogkhzrVdbKNTei+QKrC6VcmKJgkDkbgzCLwAi0zmTU4QmOoGE7A4iSo3d002BUdnn&#10;xu8pV89xAOuwdllVuCNMhvkTZzFzfk50twus4cdNXdbWc62jfCK5DemiYRFaX5Wm1jt3owKsLcy4&#10;FgnL+RE7kuZyBUE5zZw/J5In3MBNZ3MUU6blXkIbxR53VmbbuEY2yEnlhJ4bDAxBF4fQpVjZY6M4&#10;v06v64ixWVZzLH8Z7uIyglIZKYqFu3JPBs1mPGUNu8dR6rqKXcYgTa2Ho4qL5SIjlIplCWjDSVnd&#10;NTb1ytF5Pnv5MsXkl0S3T56hl4oQUxHyR62FmDMJr6OSPSHz6Uw3V9oUn/k92QBkknWmaR28+MJz&#10;RlObYgOOgQJBc6aMOYwf/J0WV5IafUlkUhgdOW8B2Xe9hSdDc3Zi2q6laStrYqTtmcD5wZe//EV8&#10;5nOfQ3VxESeOn8Djj30HlaUVbNu5S4rs6Uya4sI6nnjyCYplKF+iOOqb3/w6vvJXj6JUHsaP/MjH&#10;8a73vgt7dm+XxirHsqbhG8hY37B3L265aT/lHHWa+3lsmBqXODWwRRFhlRnbbcol6lhaXsbY8CBu&#10;u/1ODI+ULYXXEfmZ5JngJOj4oZZiaOa0upmymuL6Az/z0IhT4/pp72+F0quvzvBd/zOcvvM24djr&#10;/KDU5LVpzlffJ9QqyvR6jsFa9xt4qIgZ6TjOmsMSYasd1VcINAzLUAdbJUy0TKjRNdI+FhyiRbbN&#10;QZ7yvnc9+CB27tiGZ196CY99+6uYOXcW9973LtpnU8acVfhLvkgb3Xvv2/D008/hwsw89t50LzaM&#10;jVAeRe/Nkgus3Z9OC5ijkDUIcd82SERqypoR8dlr5B6sAI3TR7tFHLdEe2oPqlqtEVkldKehEojz&#10;ODIKv1K86TGqzbVVRq0R0Z4ceygb8VlEmm58aHT4AHJ8ObCEBkzv49Fh49bryNKm0T5xBo3Ls8iv&#10;LKJdWRKYeUBJnnbZmKEDn+mDdBh77NS4zDpfHXHa8muUxNLmVOf9qUZfbZEZkSQ7GKBFnWGIB20q&#10;rkhcSVfCuDgpQ1Xlogmsfgz9su91TD3Nh+0yJvRflLYt8UAOXBaxDu+TEVXKjS3fow6fDT4D2+zS&#10;VmQ/NLhQNkIPEpwdZduvjh+67IYwDxXxrhOebz06Q2Yixw9ZQkDfIAaVDQTF2IL/lzaUxICSXUbU&#10;OTTROizqy8FTg35PvrTE9IyCFJczMzOjYqNOK4NwtE5r/Oy7KUNbdC0iWmzN7eISGD0X0bKMQqLv&#10;0zimO0Cd3niB/n2cDpbLdA3HKx3MpDQa3AlmcWXW/1MGwSbRom+0vSRpL3oYGB3G5JZtGJmYwkY6&#10;vPODFKilArTpnmrVBqq1qiB5Vui9u/SeiwvzXJ+Bly9Jgp72HUEkcUc7X8wiRWNz6cI85i7PCCVx&#10;evMmzv7p/rJ4/qmXUF+8hAff/QCOnp6RCv5DDz2E0lRWgoN6rSFFhlTbUDinRsewcWwSJytVvHbm&#10;ND0PF0P0nmcZBcgitEx7pLlToIBrZamC3MRGLLYDNOtLyJWmsVTjSkIVXrGAdqMuCCTGv3JwJNR2&#10;Rhp1ughSBh3babewbcdm3Lj9J9Hm5gF9ToEDoLGSONFxV71a66KUo2CQ1mDacwX5xYnd7MxFnKN1&#10;ePH8Saws11GtN4QiI2VPLgbzPHFZy6ltkFv0HOrNOrptg5wNrFsLi+12um2h60uw7JniJGsQ8OHN&#10;On0pLiqJiHdHoKDaN959Upy2HRYpuCrXdlxMkii6Q9pojXTEuCFtnJltQBaEzowJeLLWpgsuAs40&#10;Xx3WA2F34a5pTPBmnivkJZdi50JBHnKyQK/hPaJF98ddRClGsyA572e0UHIUIPO9ORklc7kbpDE6&#10;No76/EkMOga1oA1QzV6E3aAtZCaJpQqvldG1tt4kzsC8BzXouVXp/j5Pn/n0uYvYOXY3BaZ5BJm8&#10;oIRqK1cwMl7BJ//+A9g6OSJJSp2pOvS/bJbmRN64I2cpkF6Y7dB8qdG6YU0cFqFtSUFMurncgKH9&#10;oFOrIUvPJFcYw+DoOH2+g7n5OQmmnHwWGa9I+wTrAXLjuyVaT5XFOWRnrsCfqqLj+VhampN9YGR4&#10;iMbXmKlwMd2hzVkoyRx0sw6kZyiByixr2HaubMIubeB8hlRpb78yt4RabQU37ixhtDRFn5FHs8qd&#10;NUqOWgFq9VmrBWuKi0GnbZscJvBvM2rTds94vqczKaTpmRcomWC9TXZud9yuPROMSwEbpPORFbTp&#10;2Y/uRTY4hcunXsegpj1iaJsc3DxX6yxJweuo3aRgtgzd8fGpnziAf/ZbX0UmXZavVJbWK619v8WF&#10;kZtQoWv9z99/WorV9++kMUwN0JhUjH6SssLiISJKJ6ioffRbHRrWaES/h2Sik9C8CgEXazr46rjG&#10;pPo1pPVqtoheF9enY9pdIgmOdWqTyMK4KNWnFR6zLpKIEB1DGhV0lJSoCBCp1w4ar1HgW7fYhz7a&#10;btSMiCU7ou+h13k32Y3WCO8fvYU7W+XR/cjBZIEy0efrK9sYt9U1EGs6yRjtE7fud0xOZuN+EsUY&#10;Itks4pbXY9hACSmsKkCPU7IvKCVDF+1hzkTaMRbRZHW7ktRGfrYpZzVFNwr4JZ7Uq1BDIZJKctSo&#10;GBMmy7EliV5DvF3rJK04iAvUaxi9SEEMQeSQaQLxXhmUINIMSqJm9Nod3X40j3J7UEm9dH2nD7Fk&#10;YU9Wj9Agzfwex9j4192IjRMmANomSb5l3sgVhvoubHYhbI6UaPx2dJViazrPG4EgrQWprQz6nQeK&#10;naP5/FBoifxF1kkJEptpwBwXmwap0cjjyDNM2rnRL026iNqa0CEUoxAlMYko/7H2nm9otbBoeZGc&#10;YfmfKB4NLK3fogWVEcDl+WhoWUoSOV9oVIZ50qJJM5DhO8mi0mzTOXcFJ178Lhp0HpTKRUxP7xJT&#10;J9rUKc9wJPxPok6S64gTy2AdRIqTFEhP3CsXTUMqrzCg+Pq4gea2MUzn5p59B0Qn6vXXD8HLZLBx&#10;4yZxq3XsfAlsaiCSRy2KbV1rksIaa1kPLXZUnt4sqM3WkSyci4cptl+iONpD02+bgtbceaiDz8Ch&#10;389MTVPexA3PjpzXPJa+nU8REvO6kDtqzRTcIIG79p6tTi6MFmHXavjxHGYjh3Quh+PH3sCJN45i&#10;974bBeE1UBqIi+9uTNc1ovtx4io6c5FuqLZJvaF0C5Ch05HmWobiwKmNmyUWXbgyg6//9V/jofe9&#10;HzfffIvR2rZa6zLfbYH37/o/p2+fcpJw8R+y4Ndv0BGm/Vx09iWZbxsjCdeNGrK8RPffeACPfedJ&#10;fOkrX5H4/UMPfxj3PPggBobKaFbqSFEsdfudd+Es5Td/+dW/wveYskvr8u//+D/E7XcfwOhwzqAq&#10;uZiSMjl3vdlAg77S6RyKhRx27NiJrTt2yVrnuW7Q7QZwEVhWII/F4MgIPvDIR1FZWaT3TBvWWLdr&#10;9sJE8ce4lCaUyqzOlVJBD0ZmLQSg2Ud/yAJuoK8b4ddv6LPea9Zdf+pvqxDsRAWmNT8rsdehl0cS&#10;u+WuUfDT101BvxYqMiGboa5CXVe6p5ApOqGh2ZQysmrMOuTEjE1Iw8YnI9tlT5TiMOXUbdYoD8Sk&#10;o5AfwN33vgO//msOfvXX/gW+8rWvoVwu4+d/8Z9gdDwnua0nnaQu0hTr8x7Lkhhu1kVKNemcLNJ+&#10;06U5z8YbOSlqMxK+LSw3X0BPnrDbAmNeq1TCjMWx+9DaiqD6GlwbJ4qE4n8n0a3BGmOe4s4c0wd9&#10;i86DpdcJO1REP92400f/S7OpBb++3qTzw0f6+Cl0Zy9BV1eQujKHNiWV3SYlYZ26UAkbNMCiIcwH&#10;ATtKMRKo0ZJdmjsObL6gl+g1IrArIBv6nkKWo8RBSHGQi3si+E7BSiDuXClbCGCZRFNEc0STgTZ8&#10;Rr1oS6nlZJMh8irUDzIlYCfUsnFtsGmjdeUk3PtcZaG1jhQjwqRLRUg8s2lKDcFSXpSKE4Fkdzls&#10;CDBdMXASDor22qUZ6OioKBgiA6K41Y2dnuS8tpmfIzZpAZ/jlHDSRGazCEaLtrUpxtHf20zn4GIJ&#10;/37H6Ovx932EemK2Ct8xDreiAcNBV8ogp9J2gxXKUugOxVQDzp35d+lZzLsBrrTauEzveoU+5wxN&#10;4mV61jQLUKMAjOnBKS4OMLqSDgfWk+NCHx/MxWIJpZEh5IcHUR4dxvAY27IPibhxm4JLptgt0mLi&#10;Q6dDi48po/ysW5Tc83NkIwKmEORzlFh3uKOrUaW5V8oXDeU7MCLX1WoXjz/9DKbGh7Fy6RKuLC7h&#10;njtuw6Kg5mp47/1vx/DgMLA7i61jJeQoMJNicqrNipT03OgQ4tXrG9c6vo5iPifPKM+BHP29RXO8&#10;QtfQYEfhdBrLrTry+WFs3LwVz2RKeOXQcex0Cjh68gL9Djs754UmqRhKprvSBZBnwa5tuQKty5ZQ&#10;ij03i2ZgKD7teiDiw9LV5O4Du9HRtdRo/c2cZy29S1ip1jG/OE/fq8k64ITFswLerPvCBzRvtpUV&#10;Rj4aZ1023hCEaGCgxtzNT3tpG7jzZwTIpIy+ExfTuJPOr5EAUhtqrswqbQSDmUIqujhI6FiFHVxL&#10;/7J+iLY4b7Q8eF2zcQ4H/EaPxpFitdH4sMGKMn+X32FtD6YViwA5LPrMwdSGSaTzZvPlWc00bR5P&#10;biiIiUXGdPh9+jlr+0ii46XQ7HbkijJppj1rtOgNpzdtRv1735JkJSxIMPLAsesxQpfznuHH5b7o&#10;OPNNcVDGiwahSq9bomt/lBbi4ZUato/dCCe/WapQ/J7d+izedlcOH/nIg/IsuMDcpGCWAzAusaV4&#10;9On6O7UWLp07K5X7wcGCIPoMlUsJqoGpErWlCjQlA57rY2JyI4LcBOptRmtWkOP387LijsuaTryW&#10;GXno5Tx69p4UmUs0/rXlZXjjA7TGSlLMu3JpjsbH7MEsNstoOtY45XlkCr6+oUtJssnBhis6UlIy&#10;CFpSZPdyCnv2TyJfnEK32sL5c0s4ceYcAq+MgeESavUW6ivLaNK8ZoFyzSgBuiY2heJnHQhCNGUb&#10;U4bq7sJo8nBXP017i6CamEbsBEbsnL6f95iW7hlH4BIlQtUxlBuzWDx/CBtoPHR+B+1rLXoUOQlM&#10;ldNGpbKIDK2zrZPD+Ec/9yP4zJ+9gkz+NnOmiVM5BQUsCas9jIy/E19+/VXctoX2HfosJxnQ9NBh&#10;deRqf7UOru7p4ekezT70mGrptcXEw6KW0w9qW02N7An39NpBXlKrqk9u8HrZjb1U4GQRLQmNT5bN&#10;9Vptbr2uAV5/4dSxnTOtk4VStbqkGUoGOFcPuByVoFAmR9Ai0XRiPGNUZz9iEhEqKQjiKppehVW7&#10;egAYfpoUL1XsaKeVTtCSY/1AU7R1xEHbSJIouDE32vKRw/kZVzP7Re376T39hB+d1J+Uvdo6qvdQ&#10;rWLjDx25shgEmXKcqyZKScqa7hVREnqmQRAmNLlUvzGG0Y3SSf58IjmPqb26p4CulILG9Yr7Bwlp&#10;5jUMXZTTC2WNRDlNkTCI9MqCRDAf4iidnupyENKgA3OeiwMtxwjyvnQWU3DHKPZgkA2pdoqJB8f9&#10;bPbg0znEkh7i9Op0BOXuqAztazmhBXtp2kO7FI8plu6oyp4uKAXHNp6tnqTSvWLrcVE0ZeLvIEaB&#10;RQ2NoNc9HJEHSpAoEGtJ6LVFd4cxOCP101Zbm4/5ruIYxRVofqfu055tCjr1DJ0vJ17B018tQH8w&#10;hYlN28CogRydc26fbluIqogF/9cm3ofr33VUz1wU6mSgo8aMY3OVYrkk7KmJySl4dF4Gh7o4/Prr&#10;ZiVt2oQ8NybpDjPswGuL4K7VDebx49hB0hY6r508zY/xMXjYL8aE3hzXdBpSvJM1FzSQnTktsTNr&#10;47m7b6Q8oGsKLnwWSxIRWMdn5y2QHvt3oThRN4hGbvxmLH3doHQEMUzXUaI4n8d1x44deOPQQRx6&#10;9WVs3rFT9PZymUyPoUJY3DOOwlb91dKBY30683pp6LE0S9qTgjQ3HzsUK5VLRWzbug0vvfIqvvzF&#10;L2CEkviNWzZLfCAxJpsQanVtOuMPUSFaa+9ytInHk1IVf3vUS9Nw4WfB48I6fC0aizzFlT6Mw06H&#10;ftaiOTE3O4vxkRF6LgWcv3RZ5kK30xBtziLlX9zwHR0dxQc/8hFUqlX89WPfwn1330e5zDgGhjJS&#10;0GMQDu8B9VZH9Jef/u6TuHxpBu9+3/tR3rQB5WI+amwEQq33I2S3NP0llzdyRazlX+YCvOvR82nS&#10;us7Yc7Fv/KyGp2vZHlqvgzzr1z6LkMm4bvp0P3LtWuP/VimuelXnL4leu/YZE0omXes11wlFjYtq&#10;au1G2tXWx7ULVOv9/tXHTPWwWrTVtLXNSsfaIFL83WwA9W4d2UzR1FdocrIhI1eIWoLuy0quy2Z+&#10;3/zrr+H/efTLOLDnnfiZ/+GTuO/ed+C/fvrT+Pe//3v4wpe+iBPHj+Puu+6mr1swODyOpfl5fPHR&#10;L4kB5SMP/UNs2VCWPdlJsbYla5EWjTyWNk2vLOv8KN94W/jm7Dao9sA2/nvlcFQCSR89/0CvGoPA&#10;DljIphLpj4RUTpL27K5R9E45nQod9Ck5dMX1ipEvfGGcUHHiS4liqlaFmpuHWlxAQAmYv7QIUAKY&#10;YnfOVtNojTiBCG06vnF2VG1KdFjjr9kSjQmnQl9dbQT6HcMYcdO2UEY5apD1jJaBZ1yiODzoCg3M&#10;Xq6TNsL+oYYBH1ZuIGtE5OKUjogTknSH1XXfDLRvu59Gd89QlR1x5lQ9WnjKDXome2AxoiGbJIyH&#10;JcDpmoJigFjzULmIDqVAh91x2C4kTHHAD+kjkGJNJNad0PyDbNrKPBPPNbRp1i1krbm2L+6oPJkU&#10;w+nasPqJtlgZGpoGof6RoafJPboWZQijc9bxIN1afgYpG2tzUJHqQgoNHYsgZILfLI35JRr7Bfrc&#10;y0zL7bax0mqjRhdctSBSpu0Fritirly0KjAVgRLvoZFBjE1OoDAwgNLEGAoM7ae/c1eowQYOdCi1&#10;mh2hGJ+7sIB2m/XzmDaskKEglDuZEK2HjCDQxKXOMQg4TiLyWZeC0QAeo7jo+lZqNfpeBl6Kkv5c&#10;ES+8+D28/8F7ME0H/iUKCp762mNYvHgJ6Y2b6WBsYKZSxfdePyLaFIV0GvfdOQJVVKjVmxjIDwki&#10;i2uVLSkOeUJfKTkGar4wt4zc9Da08wN48rlncOsdt+Hkm7RulpcowLgXTi6NH/vEj+PgC0/i+88+&#10;g7HBEj748LslCO/CXDOCjC00mw4APx+PAlJ+Hi0KyDvNChpMIV5cwuWLc1hcqaJWW0StWhckl7Y1&#10;4a4IvSjj7CqFER+NVh2tesMUYHyDyxRdTkbC6TDxDKyupkkaDNpQxygSR9lOHAVhXATkYm3KiboI&#10;EuyFot0hxSw0r0iiIUTzzyAYjMaLkQZoMQpNpmYmFsSXAMGKDocIJkGLdWSjZ3c/OfLFhMY2C2iy&#10;ZjMObrn1ZtlYC7mccYYWq/Os2ZB5DXIgbKknjErzHNc69ZqAhP+dGyyiemUF+YwSpJh2wg3XBCpG&#10;7EjJBqRDsXcrMhIImE1b+3ctiDIupHFz41k6IP5ieYHm9BgmB+5G1xugNTIg+ofonsA73zuN9z54&#10;q0HFMF2U7jdNyRncLNK0+bRobdSWqli+fBn5PDvVDiGVcen5Z2QMOo2u7LnNRgXFYBEqn0N54w60&#10;dE6aLKzLlC26khCyyx8/c8/OFx73QrZAe28KHUqaTjaamKZvDhZHMVCeQjHPztT0mTn6ebOGLjcZ&#10;JLnh9WGMgHhwROc1pNrQdHG9jNDG2MhFsVYUHbqXZy7g6LHzeP31N3Hy9Jyg/qY3baHnPQlN67Zd&#10;q+Dcka9RQLoBw1soQS1upqCQC9eeLfa2rWubpSgmADeyj3LiFwQRNZYP207gCeqUtUidTBqpoXdD&#10;dx5F/ewKzh9/ntYrnWvDd6DFyFXflcI4d+3g1+U8u31/BqfvK+Mbj38DxexuZHMM52fUMW3Dfov2&#10;ryo99+34wktH8KkHWxIQO2qdbq22xQRtvZUisydLq0xSVmEbNkhorqm1ii69KLy4K92b10VBmk7A&#10;AXt0yuK/6756W9K4aq14sF/uLPx3gDVQhE5chItKmlYDUyehiesknteK2ZXqhfglHcySJcUgkaBH&#10;16sTRdoEMjHQsQ5j1PzT2hpi6B5n4iCk+mujfxske+cBIi1hhCZmtuCo1wn3+w1C+guCKmQVhPcb&#10;dnkttde35zsnvU5YXNQxTReWQmoQSq51yxQtExucunIGxFSGhMNuqM0asj0tlU1bowuDMHAj1GRc&#10;iNQ9znPJYmewylkyYgEnCpB6FQo1orVZvc8I4WCpu71Fx3hwhfJ2HVXr2K7EUlrXcN6NAvCEbh/s&#10;OPQYDiQKZEK7ta7GocC42c8cyywJ+sZPx4hNZQJrNn8wY2cMgrgPznGZZoS0U0J2hOJwlafnm0d7&#10;keKm5hy9ukFxFu2LtOd17fmmnbRNypXRAqQtvNUyOs+h27O2jWonkumw6MjAttdD8xpL7xdpD+1E&#10;zQJTJJTg3FB0Xat3y6ZZrjlXDNzUauCag1eaTdywyXgsVeGDwjS4HTN+in6mdBedlpJ7KYlGbAVv&#10;Pv9dVC9cxg0Pvg333v8O6OENKBSMZIibQBD5dpyDhFvt1RL2ZOJqKMV2r2MKNMvF8HBwLkXPpVQu&#10;SNxSKr0NL7/0PJ55+ils3bIFt952h1AnXX4uyjg36sh0wbgcc1GE5XqQoTiGGUWbpqW4GZwaR/f0&#10;YRQaCxJHcfG22aSI/MJJKIpBdbuOwq4DaBZozReG6Rwx+oSazjVpvl0lie9N+vVVE3d+7tw8Ta5V&#10;g7xzZC7m0x7NvWE4B27BBUqcT75xjK6tg8lNm1DI52V/lAJqyu29hhCBZ+U7YONUjtU4PkxnHWF5&#10;+MJ66qBNsdoVylcPvn5I8ojRsTF0uEHtS7SNHOUFLW7aS4ncue7izVtGgq0qOOm4mZCkSQfBuhRq&#10;rPMeq89C02TnRrwAVFIpaQR/7nOfwwMPPIDpzZtRWV7B4YOHURwYxIHbbsd9D75Dissvv/gyvvr1&#10;r6GyeAWf/KmfQnloAFnK37iAupnyo5/+2V/A6PgEnn/uWfzNN75C1/t+jFMux47ZrabG/OyM/Gx2&#10;dgHvee8HkS8UDRvD5iLS9PDNHDZRsGHheY51DmZqpRsKQfv090wko7CmtEiE/jf0urW26KTGaa+w&#10;Qj861fmhn3N/8fAHKSa+9bkVXNf8U3Cu6/XXXRS8xlzXGm/J9KYnRtRqTURjOJ6C9gybCK5xL2fd&#10;+1MnTuPPPvuHeOXYCSkw79y2Ffffcx8O3HEHzeVh2n+zlKPP4M8/+3n89bcfo72xiw+//6N4+EPv&#10;Q74EkTrbu2c3/u3/+nv4d//Lv8EXH30U33/heZQ+ncXGTdswOTGGHO1Pv/Rz/wzv+eCDGBmm/beT&#10;gt9sCyiJO00G6uLYJqsvsSAXwl3dG6e4iVqM47iJcQtWFZe1ZYolQ/er7U2hFY27Dhc8lWb9JNVG&#10;O2U0NNzFGtSVeaiLZ+DRV2dhSUSCnU4DKbTo4jtS7PJT/C8H6cEMGnMLUJUVuPQ6TZsrKJkNaECD&#10;js+AJQkSuB6FLIu9W10U8fvmjN2IwDuBcQwS9B13GfzwjDcOK0wTVDroZSGrIFGls7BNDosCZSgC&#10;nrKi/Bph3zQckcBSkqM+fEiJsQ8p6ijaAQx0HNAyvVeJSL5B0Rg342ivsvoTJgGQT3BC8lYQoy/4&#10;/bp0v9m0FbWl9/LsA+YiRpvRjmyY0ZbiVbdq3qvD70mDycg61yZFXPSTwpzviK6eQE9tIdIT2zIz&#10;NuyE26bfSVsqMD0mZNhEg5PxpkUG0DPSlLjWW7SJ09w4Rzd5cKmKc7SxV+i9Kr4vOhkcDbYZJZXP&#10;mN9jlBmLQedz2Dg2gqmpcQxNjGKYvkrlAXjFMpxcETVK8tnRw683UJtfxEplGbRm4Ga4M9cUWnCO&#10;XsvoOableUEbNdaIrLVx/sIZEea/adce0VOrc7+q05VDhTuYBq5OgVSOAiYvg1TWoLkqyHBVlZLz&#10;HDrNDs3BPHwvjeXFeQxs2ET32sZLz7yIO+65Cy1a/U/8zXcwnDuC3XfcLok+d65MRYkOKNab48Ar&#10;pSng9BDQvxdWljDZbmDnzbfi5W9/G4dO/iVSNM8/8PDDKE1O0mZSoOtcxkMf+AA8oTVQIBaYQmSn&#10;umKTPkfMFFxlMjKfAsPq/DxOnj6Ps3Rozy9cwfLKgqGqwxUkE9t6s2kB6zNysZTHlnX5+O/NVls6&#10;GcLiSblRt8hoItBaE10CRNoX0Ku1HQIdo1CVDbq0dakwtIrAIoEtFT0UV7ZLU1kxb9P5NQswFlw1&#10;OiI+zXGmntaaLSkEg55bp2NEqnvpsIE1zjE0mSAIP9eXYLrRqAtVKeV0KZB/F7IDw4I4o0xG3MOE&#10;eCQU07S4dDgwXWdOfFmTgZsWvJQ7XNzxsigNlsU9N2jUMDQygCs0rjpjkI3KUhCESu+bdaYCQ2GX&#10;gN94SAh6NRDajOblCI/+fKLaxZeDCvzMOEad3QiYEpqlBIDmiN84gk99ch+2b9mDLM0NmtXidswI&#10;hRT9m0PVBtNVvBIuvXEQI0M5pDKQxAc2MeNkQIwsmiZRKtBaGpg8gBXuCdTryKXzUpQL8S2sAcjG&#10;Ml0OvjxDtQ4o4VhanIHDATI9p0uXrmBo+x5Mbtwqa9KnBKFQoISKxjpD48lIShYYZ8H3bscEeO2O&#10;L07GsMYfHPy16Bk1Gz5Wli+jOXcGcxdncPjwCRw+cYa2uRQ9B5futy6/wxpHVyhZ61QvQrdm0FRH&#10;MDD9CPzsqEGc2O5WSM9TESReRVpCrtVk4jnrW0qcQljkMDRkl5IfZEq0X9Rw5KzC+BCdewM30naR&#10;kvfkIr/fWaHnYRy/3VYaH3jbbpx+cwYXLrYQZDQ6lfP0ugYFDhuQpefJqJHTs8N0Zp0zCO0oE0RE&#10;VzXukbEIXqiRqkOnrsjdPaaW+kHCzSsUMXeSXIzQwDSWVo7QY0BMHda9xRXVF2gEfZ3XqHgaIlos&#10;lFU5V6+JKBuwh58TNixDhDwn/jGqrbeQmZSyWDvJvFbXvC8xUL1IuKTfbqBjZJvTTyMOYqdbleiC&#10;++GvhEW/5D0kEAehb1WygW/Zl7bxaA1/EvTusNwVagfrkHmgY7ZAiLD0+0X+dKwXGq6PkFJoqLUm&#10;SGEKXUqS3SBaMY5Npv1wD09owugEsgJJOnHS/CUsuFltqLAI6iZ+P0zWQ/3hsLIpVHurzZpMlkSP&#10;yU0m/6pnDgdR7BWjqSVQ1nFs6NjzRoeIw7WS61BzLVF4XT8VtAIUvK/oXsReeI2hongsre3E45+Q&#10;ZXFXJUxqjcTUiWLf0BnVNNcCJP2IWafW7BuhxowpFLFERQgUYE07zxlEZ9hDneIX05z3KNycpV9r&#10;ipQFnLzQPnmvFC1mP4U0N4VUS8AAbT4XhOFhChUpO48lRJJCVahXYBJ53zprea6K1k44h6P5ndCo&#10;Ft1i0edzpaAXzl9f6wSNnYt8poAu9Fd6U272ityMoBTNMyyzIQEnIcz0bFRw+o2XRL95cHwSO3Y4&#10;aI4NY6hQtBRHJSZNQmjWbOrQsc1zHSVfPQgfrVdR8/0g2dxxouI75w/clmL0fJbiUG7k79u7j85P&#10;D2+8cQjFUglbtmwTaiQ3x5mmnJGGk04YznDh0KA+NR38AcWA3fEJONkh0UPrvv480hwLu23R8HN8&#10;immql9A5+ALcbgqpXbvQcbM0boEYNzDwwrMbiw8juRKi/VS4CSrnugseayejKkrQg8BowI8MDok7&#10;K8cMx44dE6pbMDpBsUqOxt+RRkRMTtO2uRA66Jo8SgpmDCRwUhQ7NmWPYNBAtVrD6ZMn8NQzT1Ne&#10;k8YjH34Ek1MbMTw6hDzlJrz2Gd3GuVPgOOsXLvruw0nuD9dJ3e1/fbivhci+5Hl3tf9kTjHFmZ2E&#10;3VBv0Ow9yh7u0op3rJkSjzXljSy9c45irP/zP/0n3HvHHbh46TIGBobwrgffgxv27BIEHTNw3vHA&#10;A9i0cRM+/cd/iC99+Uv46Mc+IRXrQrEIjpwnJ8fx8R/9GO57+934m6//DT796T/E2OgYRsdHcOH8&#10;Bco7ath3w2785D/4byjXG8TQ0JCsz8AiXxlQ44ZGPLCasAjsurFrWvtIGrJIo+ZaZMYQjAMjK9VD&#10;odVWg1UQ0lenP1+9MBdEIltqnQJf/+8HQfCWKa9KOT+Qe+616L9vpYgnBVK8taJfooKyLm336nFa&#10;3HIVFoRlk0p/0TaOePwY8JLL5oRR12q1BBHMxpnL8zP47X/9Wzh+/CTGN0xiZWUFf/b5z+NPPvun&#10;eO9734ff/p3fxQDlSZ2ug6899k3cuPs2vPudD+Oed+5FhvPnlEFcc1GFjWZ++df+uSCC/+0f/D7q&#10;lNNPTmzBv/ydX6Ncq4xuuysoPi70cQkknWNmUZOuMWX9AHQs66CCBGsnsciZcqzjlmb//HNCZbm+&#10;Ul2wThziJzUkoaJmZa9Dsm2i/E9Tw78RHDwM7/hxqMOHoF97ATj6MnD+BJzlBUpYKlCdKoMhKaFh&#10;Tb06JZKUrFaNc65aWYaaoT8X6ghabQkihZLIp664LdIgUGKYKtIAcXDBB7iFGTo2MjUOXCqCZ6iu&#10;0RrRUfJmUGxr60YkKVIqEtkO0QeCRnJtR966iikXcXHOUUkRmphiIIeJqYxrFWuPOBY1qG2yyTRL&#10;FXZ6dajBp0yXyRY0U/SB4gzJHde8J/Q6RQe6Shu0WipMAppMc6bxW2qhu9wVl2HNphk14yTDaL5U&#10;x2g6CwWXPycwxigd3wRARiOEOyX287l2xDosrgmwsx675yoxKeYJywYBl2isZ2jhvKy6eI6e3Xdq&#10;TXyjUcO3KDl/gd73DL22wjb3GTpEmLdeLCBXLmOQDuihqWFM7diJvXfehf1334Xb77sVu+hg2bRr&#10;J8oUiDBCp9HWqFSbuHRlHpWVGpaWlrHcaqJGhw27CXMxZqlSEfRPu15FrVI3ARvPkzTTY9N48vFv&#10;CtV0jn73TQoQ9m6ZpiCOAr4sBQ10YJVpobLwb4ZFjxm+y3RCxxWXtmyhRJ9ZR6vRQCZfxLkTJ3Di&#10;5CnRzRvZMomDh09i+0hRTC803dscF0LnZrBpywbpxnL3y9AxQ6531wRd9NTfOH0WIwNl6XyNURCz&#10;Zc9uurbNuOv2OzEyvkk2JbanT2WUXGeHkbCKC7wpcezJ0LNZXFrBhQsnceHsBRw9ehzPPPMsXnz+&#10;Obz66su4cuWiofMySjJXMAYJKbPFcldjfn5enKzm52hsaQzbnY4UTMOlwUVgMSKRRNKxyLsQ/aOi&#10;TUJQHNEaMogNxz6DGHkQ6xnpSMTVsctHIUpjQvRCLM9vEi6tk7LWUSLMBh9cmC0PjQhi0g1Fni1F&#10;S1mThxh5aF2bpNgWIC0CwrTO6M/77rodkxu20HWlJQTwshlB2HFuVKBgT5wDKYhmU48QqWjo0kZv&#10;MJPLCiI1X8iKSYbTbmKgsgD11NPIueb3+ALdIM6pJHRRhvET2AJ/1yJ7OUFp2vt4Unv444XLKGbH&#10;UdbT0KUppNN5gTjXGxfwkfdvwY037hBRWE6qO3TY8L7hZAvwPda5bNCBE+CNZ5/nbQRDwwUR7TbF&#10;TNdoH9JFdeuLtBdXpfCZHt+FJjvIoi2JBdPRYQtg4RbqCiovK+uFkbJzc0tYWb6EysUrYA/paofe&#10;k3WfaM2XykMoD7CGYBrF4jCXCLkfwSbIdM9csHZNcqd4rLLiepzieZtOCYqSJRyW5s5TkH8Wx06d&#10;x4mzNHcrTdpIs0I5GxkoojQ8hGy+gHk6a2bOXcB42cFEls6W6nm45U0szCk0NKGFQMe0B5FccIGo&#10;2KJlXsRBmBlXHWrDcXIKWo/1I+LW/cZZFyOFLkZHhmnfKpkEkH6HC/ScHmlBaQTIpRV275ikYKCF&#10;2VkaIQrCW+0KjTudi81FSiaXUSznsG+oiUK2ZXUrdaI7h8hRViWKKsloKS62qehoVCp5sPd1+lSy&#10;SNT7PcfGUw7Qa/zRhwlT67jt6gTFNhTFvp6gTvcZgKiEfEVs1qFjDTxEPq1I1IESe1DvV38MvQYz&#10;eJWBSW+ZUK3TA01QW1RvLS0eY9tFjeg3anVkotdBOSbuZ22PER19RoRG1L3PRSdQnEBc3At0vD/z&#10;ntcNv3zT8OMmKL8mN7wZ6ZEtgiRiBGyoqSqIDMRURmWbQ7LX8vpyHeuGqWLNQWWIweLMmmwO9c3V&#10;nsJAJA2jooC+P4m6HhpRKFwYmWEoxzoDqx6tY775SOw6hAbGxNm1dXNsDJp8RvFX0nZDrTP3VXQe&#10;xpRWREYlKiHCHeoaKvSaWjkh5ViuHxH6X/Wsp7gJYGRnnATiMRZAl2IZO/XyPsjnHVNO2ZXXZX1f&#10;2k+7NWnYcEGBZXQimhjL50RmGtblT6i8MDqsjtO7bymrnw3zO6G2p8gEJVk0tsInPs7WHM+Mjy9S&#10;Hmzk5FiDI3OGmy/f76XwBzpEb2rZ311bBOcwiJt3cuQ5Fm2fpji2voyV+TpS5SKGOWak+FAQGjBj&#10;3AnM+AahBlqEsuybk0pdMz9PitVr2yQ1+mquNOU4ZuVYkmNaLvSx0Ds3clOOg6QuZEgRNmYEZuz5&#10;9Sxr0aU165aKAgzwl+kZdozhGDespHBGyYG/PG+YFkPjaDArQxyyjHZdEAOBZS6GLo9BSAv+4aoP&#10;9t4DS712Zf2xBEcmR7E9xcNnTp+RIkOeYnO5p5TJDs1Ucg0YAkY/NEK624IvF55brYaABmYuzuCJ&#10;x7+NN948jk3Tm3D/O9+FzZs2ynmezaQtutgWHqF6af5r4eWsM3ePi/d1VjNCgw5njX0t/FmU3dpn&#10;22NskKDsGfmTGM5sYhzjZIzAGJYFJvg0yGkGy9D6ZI29I4eO4NDh13H46FFkc0V84JGP4YZ9O+QO&#10;ixRjcU4gckoU201vmsa3vvUYzp48iY309zzlVK41yePGeYHm2PZdN2D71m2ii+xlUhQH7cQDDzyI&#10;u+69D4PDIxgolyQ/8lw3sW40kiZM16LCrve6NSU7ErucYw2i1BoyF+t/poqMTdamrtr8XqmIm6BX&#10;8RT+bpCh16bVX3vPWdM0Y51jSzn4gQw93vLv6GRjR0USar64aocaKmFeaZDRLmvFM1ip1UI6m8fp&#10;U6cwf2UeT33vO3js8afwP/7jX8d//zM/iQ8/8iHcsv+AmMg+RTnbzPmL2LbtRkxsGMcDb38H7nvb&#10;vdh/2x5zxmXKwnjjqSoIbHF/B/bdtB+bJqZw+vQ5nDl3ArlUETfdup/2TJrz4qbriVt9oDPCMjIx&#10;mNXYTZiaRfFj4mzuWQdqdT1LJRjVUY5t9eFD87F+AxWlVrMKYlO1eKa4v7Jt7DdQmYc/exHO3EVo&#10;SmyDZgWKksUOJY2gTVQtMG13BXphAanlCnStIQeL1+jK4Os0LSiWZMhZB84MDRqjYDzP6H5J0QAG&#10;CcRJkzLmDBxsuIG9IG3oL0L9tYUCx7XBoxXldKJEwzp8yUZpBWxdN0I7xHNJid5X2H7jIlkQxlxa&#10;xd18J1z0Qbw1RM5xCdHwJPWIO4pOXFDUbCHPqC12GuKiJrvhclGBHbRYv4x1wWpdCZT8ekfolkGt&#10;SePuo7NC31+mQ3mexqYSIKjwdZtrNyLBtnDDXR1OqH2jqSeUXEsjlDWTspSIiMar0E1poSsu0N8v&#10;0OtOtnw8R2/8uGrj0XYNj3XbeJY+4NuUuB6hP49R1n6JfrfO102HQX54AIObN2Dbvl3Yumc3dtxz&#10;O25++03Yf9cB3HzvPdi1/yZM7tyB4mBZgr4G6+zVW1hermJ2fglNFklud+RP3abF3PVljKXP3hE8&#10;EVqsG5cr4JnnXsLR4ydFT+/w0ePYMDgIlU/jhVePYP+mIdx8y53YeeMNuDK3iKFiHuObNmGwZAME&#10;17OOw648ny6L+dMgtFu+8PTLw0UcO31aDjL+eeDloCkA2rh7O20aNXSqSxib3kLXlcapV1/G1vEx&#10;jG/calyj2r7VrzMOaXKIW/Ho/TfsRHl0jO7bx5DrSeGFHcGcdM5oqzHI0m+htrJCAeYsbVIncOR1&#10;OoAPvYYXX3gBTz7xFF5+7TUcf/M0Lpw/jyuXLtM4BnRYBshm00KT5G7l0vISFhcXsURjMzs3iyV6&#10;PzbSaNBm5dtAgAOCwFI0WHSXxyUIEU2J+RyJ+yu1roBqVNgLi2whNTcMQBKAht5EzYiER6iIyIky&#10;SLj8WcSf7egx5aA4MCTGBiZB6FjzG+OuJAK8jgmIoMMOlJYudC6XwfDQAG64YRvuobk5Pr6ZsX4S&#10;5LLuXNd3xYCEC4LsMO46caVfkgtjUWm0dSyKhMed0XyNKj3TEq2d7z6BibPnhNLuhUKyjkUqhcU+&#10;i5L0rcpPYJOGtu2VvU6v+/OFOQwWtiLj3UDB+UYphDE1l0U079kPPPSOvbJvcqGe1zXPZ76/FK/j&#10;DusvZnHq6efgVRcxuXlEaMaBYtmFjHURV0aDsbZEe0cT2XwZmYFNFPh1eanRveVNjdReOH9OOqQm&#10;8zzn17WbqNVa6M4voHpxVhojufEJNHi8WdqhY2QUuHiX8TLSXebEilUcfetMpeKyluAFmq0ArUYN&#10;lcVlnHzzJE6fO4lLM+dlHjcbbTS7hvLMOpalUg6Z0jDGJjYjXR6nw3QYCwtV7Jho0ppo0LWWoXNT&#10;QjOWYrE2ovLaBsGRu6s21DmZT64RPudn74RpuqXLgfbAXO04LtEecOoK7WFdjS0bm7S/TghSk/Uy&#10;fVpnrEXU1ix2TdfndME4yxtvKuH5w7S/0v3pTsOsLZYXoPddWKG9HRXctrEjKHZJ0oAec4XYpxR9&#10;+nt9JSmVaGRFIYETB57raOephHlGslDRVx/sk41RiYhDRcXG/uR2zdhOXV9IqtDnGqwS53Vf4QzX&#10;J1/Tg+K7VqIQU0b6NH+C5IOI308jLMwmJDcSCP3k+2rVe2/JlmTQVzAK+vVMVxWSks9udTExKs6G&#10;SL7Qidf64YRSAsaB19S4Ol3T8MwNTSM1vIX2vazR/k1090OUgSRAiPWHkzqJTtTBdqIilY4Qi+a8&#10;EbrNGkmcCgUkwwJjWAyIjB10VJCLC4EqcR1JdofucTIOEXdhoKvWSSbDop9SCfRionim180uVXTP&#10;qxF962Mf4tQTsRZihE7RieuMVT7Doh6SZiTKic5haW6odRwXGdHi+7G5jE1mBQlD+6Bv51Q2n4OX&#10;HQbSRdM8CULkvRZZCNHo1Yzw69r7duSs4WTeZQkOdKWwF1KJQ+MKQV+FhczeXnqk1YuE+Yy8NpQA&#10;CRuOYTnErik/0FHjDqHbu3WW46YmI9ZDdQ1zPa4g6h3r4pkWf4+O7J2LFIvNHX0TlXodBaaWuqYh&#10;z81Z1iuTOD5R5V8voe3fW/u/wvkfFhMi1152i6fzLuNlMTQ6Lvd44sQxzF2+LDpqjHZjB92oJGrn&#10;sxTifKtJKU18Fx1Pi/lFozwJv1BGinIyReea225KE9Cle3a7S6CbhkNnVTpPsT0nQ9xoVNacURlC&#10;qxieBMbJXgXBNbo617ExB4ZeGsqZOLaAysU+RuoUysPw6NovXzyHZq2KTDYt84Qb46IfbZGeIrKf&#10;ciJkJSN8OFZZXFrEwVdfw/e+910cP3ECu/btx71vexv237gPE5S7cEFKxpJloFjBhTXhgtBw8tqa&#10;hU7foaLfQlHD6WtaJLW6nIRu6SqToZCaaim+jkU2h8W/rjZa6ZwICnVX5oNp5DiudVpmD8BmE3Wa&#10;33fddhtu3LcX5y9cQCaTxsapMQyPTIiES4if5KbVBMV527fvoHl4At/69rdQLpUxNDwqcZRv9c6G&#10;BgewecsGcTHds3c/ttOfY2OT8iyzrL1IsQ/Te0N3ZRVC5aESDS+LqIPT6y96jaLRej8Ki3H97UBt&#10;D/HVxS695hzuMTtZJ8DxI9RekIhz/7/473oNMpy38NofoEj5A9Y1Q/deHcQlW85Zoz3SYWaN0cDh&#10;/bzdMQg6No9iXch/9Zu/gT/6zB/iu8+9iKnxrfjpX/wktk5tEN3HHXv24qH3vFuMPR/9yl/hS3/5&#10;FyIXcM/992FgqCB1FMkVbGzreaYGxP/0ON/JFrBj1w14+OF3Y3F2Hp/90z/Bi8+9go2Uk2zeukHA&#10;IUrAFex3sWy0UhnAJSisEK2bjCPVKlp5qP0b5SOJ5l+/ZqJS6HGN729I9Owt4VoIzx2r4ywGHT4l&#10;YY5mRFmLNk9KTVttBGzpLl1NCPxdWQ0hBsv4eUPX5J8zyN3RXiSGLN2HlB9p4nBLmV0cJfO1lU7j&#10;UGbdlQy0IqpWin4eEro2fsfwoKMz1+/hP1u1MBpcJ6ZxqCDqxMhGndIWYmkTQBW33LVvXiNmE4ww&#10;srU9Pual2MZ1NMcPNZPlPlIZB426tmL4KWPywROTNs4UPyCmPPN4cjGvxcyKqhhmqIZ1+OUNkPNT&#10;1t5zDBLIV9aIwLM4zpSOdWFYQJvGvcV0x7ZjxGWzJuASeDQ/n5bpPgl8OGtQOwtt4Azd4Bw9yzfp&#10;UHyTsv2m64kgapOeXCZHf9I1e7msoQOx0ORAQYw0RkdGMb1rEwYmRmgjH6MEvEhJQoAcBSZXKIkN&#10;dBM1uviVixcE6prKloUQlEsXKKmvyns32pQge0Ua2KZF0lBQ4reQos9jlxtBmrAhQofmWyaHEwvL&#10;WDp9Dh/8ez8Ct+Di2VfPYn7mMu7euwPTG0cwSdcxPjWMxaaP4WwWIxvGaT66YtphEn1mbDaEwsoH&#10;fLtrXGF9Fs8PjHbMvp2bMTI0iMv0XC584zvYNr0NWUp29t5xI771jcuoP/4k2g3W6Gpj8w33maKu&#10;z0W3lKGCO8Z0IMW0A6ad01xnIVw+NNmogF3hUFlBtliWwtwc/f3s2XOYuXwBs3MzclgKkovmIbsD&#10;e4xIS6eF7t6lecIuw0wzDYImzbGa0IWFrppoY3NhVIIn0TBAtBkiCv5DlIc5jES/x26gfKCLqppj&#10;6ZqBH8cxKkb69cC/tUFE8QC7FgFiUFI6RvhpZSlFgSBIjFZLV7qp/D5cRBLNGZeNjTjx9I2xh1Av&#10;XeSLJUo4coKAzHpG78fUJQPhqwdiwJOiNVCX4kupnMWGqY0YmyhhdGwChYJBhSn6GWs+Ms2etfr4&#10;9eLGirwNnnwDZ+Wkt9OQZ8ai3h3WMKT/dztaCo9caOXD5gLN73fetQWzly+hXaT7r2ujPeKbYhwX&#10;g2BduwXxoIypDe+LLv3Z8BQytPaX6affbtD+6lBi1Z2AVyhFLueMnGvUX8Yj9zwiQVJg3D/EWZAp&#10;s3yQNLTZ02oz82hQQjB6wzgylBC0VE72EM4JXHoe3OHm4rBsVYyqK00YzTlGOEjibfjFvlCkTNLU&#10;hUEKiOCs35Zub22xisWZOehmBc3smFBryqVxjG7YCa9UQIeSB9aprK3UUG1UpKgtTuxs7MIU82wG&#10;mg5nzaq59N6NVk0OxkZlkfaRpQjhYAqt9Azo5wG7ZtFczdEcG6cAM1UYxD5a9+cGcqi8fBGd1AKt&#10;VQ9soiuFDJ5tXauXGh2MXVOU0SlBYIszuZXhZ6MWRjqnEVhKHztq0dysVtCm+7lSc1BPZ3CpUqE9&#10;vSYaQ7lUmdabD5+CWD6L8oJarMP3lEgipN0WJgYDzM/yWUZ7gmpBUyDgCHUwg2+/3sHH9zjIDxro&#10;PjekRLzdidGuOnSqVIkah9MrAI8EZTR2ZNUxai8ZdyUqHOsVIJJFKMcWTBR6i2799Ta9Dk22l966&#10;GnyflNzrQdwlwHPof68IxaZxLbPEqzvv9mC77GsT+ns9Drs6MbYqovIqFVcjdcxpjumygWEoaJXU&#10;HkwUn8LgT/UVN1Ufok8lCq6JMU+iAyMJQ70GelDHnyUILIuCCqli/PeuZTb42rieyr6ueM2kDCLK&#10;c6OL43NOkCMJp1EdIsOUad6EwvzKxi89mouJdRlRbkMknW3mCuorgfqJi43mbDLnTKzTI/SewO97&#10;bgbhoqNmlFGfNZRBg6AydFm9hr7N2kLWWFdwvY93dz0i+0mqV48g9xouwgmcYejKHI6Z6hHgdqKm&#10;dJC4htDRt1/XMSw0SfHKmqxBWCmejJFb9GQMO34N/gIlMLXL9L7nDX2Sd0zfkQZGAN9qCRdpL2WR&#10;CaMlG/ieSP0Yk1cVFfyECCEGTcZ5MNAxSj9GfcUFMW01nxmSJzI83Ox3wqTd/l0naE/axPuOdeXV&#10;tojpi9QMm3fwfMxIzMFxmqb9mWnMTTZQazYxXz2F5pMtcbTfe/87McrGZV06L4uDpqnHGqz+1RFJ&#10;a25u0Y90ROvVqwo/BiXrsZs8XeuOXbswPDyIV55/Hq+/+ipuvvN2QRaWcwVB+7Xpeh1G5nPokTKm&#10;H6wZzg2sDJ1LAWtaD1A8sXO75Cat5ykhrZ02uQTLpOg6BnUNzVMvGzbRvptQo9xhgO6dQRcs6ZOl&#10;uBbtlnWKDGItg6tm+deQ5nfMWg6SbtZ2/rNMRrnItOIpMel49aUXwcpF27Ztk8/nIl2L5o7Hph/c&#10;SGfGGP06N84ZPFBvNPDUc8/izOlT2LlzJ/bt24epDRtE/8+4AKvIu5tlgVzXFPgkn1UGsRxove7d&#10;aUupu1qBb60R6kfz9SPGeouAJkZhMw3eoxnVyUU6zg3Y0NIY3fkWYQvJCVgb3+ggsjSMLyjQWr2O&#10;Ns2JJv1dTPjod4oUf7/zve+k/Idi0VoLg0Mj+MPPflbYUx/52CcwPs7NVG0LHmlBcvLY/70f/wl8&#10;78nv4I/++I/wgfc/jD37D2BlaZnm5Yu48+67cNOBm6V4muP5yMVIx7H6libPYz1wY2ppixMWnbiq&#10;6fMWKaPrG3KtYbKzlg5aoqkV6SfaRmzo7gphGnWMPJIK3cHNvheoWFaE2VNGkulq1/sWTUCuQim+&#10;2r2sek1C+24tGu8qivHfIRDxqi7A4doKQsStgZZ4tH9xbpFlaa8W7XG5lDGX6rbFOI9rEj//Mz+D&#10;f/TLv4Jut47llSXUlij2niyIgVS3tSLNhB/9+E/I6vrN3/03+N//43/ACP3eRz/xY/RZTZETKhQh&#10;5wOjgx0nbo77FMPz2TEyOo1f/tVfo7x8GX/56FexvLyE/2P6P2N62xCtubTkBMotGPSxJZLLvq51&#10;dMYpa7a15taYMDiKaP1YbdrR83cn/rmJvZJzTa+p4x3+5/7S5MBv+Cvs2NigL9pEaLdVGQqs2D01&#10;7QrvX/7uKTH40tK1da1GSCrWDFLaOso69ksLvVT7OnGxtucXtqBV+H4JcKxpG0f5htX3jQwyok6f&#10;UpHlsk7C6kNXMwvp1XSNOtRt4kBAmaScD0BG40mC7hqkmag4KYMMYxdgqT1ytZZh8ky5ZeQRu2HR&#10;3w2SUJniHReTJLltUqDUFqRetxagwzTcOte7jFuYY7V5lEXTcBwq/pqWrpFm7Tr68rrScBOnXqH3&#10;dmGCj0zEIhXND0aTLtF7z9JfX/HaeI5e8/12B4/Xm/h2p4Vn6bA4VUhhNpfFnLS1lCTiuWIB+aEB&#10;5EaHMLlzCzbs2CoFr5vuvgW33nkA22/ch8kN0/TsS3SodlCptrBYaWKFvqoV1sVYZrVGoU12gwId&#10;1K5o4XERx+9onDh9BvVFWqyCPvQkSOTAMgqyRZaxK+YkTDF1szm8euQNTOUzuGH3btFK87JlLF+6&#10;gs3TmzA6OSIFrnqnjZNHj8Oncd64YYwOt66MER8wLQpSWINEEhumQIrLbEd+hzvclxeW8eyTT2Eg&#10;l8fslTksLy7gtttvFdRjuZDH1NQkBss5bNmyGfv370OJxocXXlrcRY3grccuOxSgsEZZEHBnkYLD&#10;Drt1LmPm/DkcO/YGDh06jJdfeREvvfQs3nzzCC5cOI86PQ+zUF0RGW12G5Z6sEQbyCIWl+ZRr9Up&#10;CO0IVZl1z5ja6tsOqOOaw5QPUR2EyE0d65ap+MAzeZOKrcyVETLuLeQltQJ0klfYg2ZB1CWwKKLA&#10;HHzaCrFrezFKiiltQeyK6KgyHUY/CCJUKr9U1gDPQQreskwLKJRRpB3Xs6hJxxa6eHcRuiTTs8t5&#10;jI4M0QY/hNtuvh37brwBmzdPY9P0JAYGh+S9WBNONj5B9HXkPVigm58/r0+PXVuDEOVghM+4u8Om&#10;N7xjMUU6za60Qvv2Ra+PKaiV6gImRqdw5TOfQZYCgEx4QLlx4CHIW6u/Jkgai6RoejRn6P25UPci&#10;RdJPt6vIpCfpfnaYbrt8Fq2Nziw++p5N2LRxkvbdguy5HKhKsOqlJZBK8T3QOjn1+PdFO3VkcgiZ&#10;kUHah9KyXxkqqxHT5893aW5K5yo3JBp+nP6mHNfql9jmR9hpstQ7RUmbUIZFa4VW98nTyNP91Tdu&#10;wWKrg02b9yCdL4pTW7mcxdDYsLgdm4BaG2Fwpg/RPGg3V6SYygE2X3c60zXCBqJe7gvqd25hEfPz&#10;VVoDDSxy8E5rKS0GTBqDo+MYnd4Gzj2atSbyldewZWgFPu03rQztD9lR41hJiZ6rjNaLAHqt2UOo&#10;PcJrjRMkl9F2cqw4RkiX5gZrMmWDJoKlV+G0z2GmNolL/ggKnSr276Q1724QB2Ap4nJAazVbTfHA&#10;FPjT2Q5eONile+Hgr2bF7FO2SNOhNTGHPZPAxhFttIhUXJxznV6DiR5KXpKhmEDGqDWaqUqt1qVb&#10;L3jrYdDqmBKg0Rcso88pLUEj1uukeyrpo7Ga2bo+XSqhc9df7LoaUm+d/HoNOGCyiaF6kHa6Hwm5&#10;Rrc6MufoFRGMiymJ4uDaFCMVFTV0ooi6JlVarxYoCfoGWvf9UrIYGNJ4IyMOi/IzhT6j7ds1bC8U&#10;hqbhjm4xBj3c0Y00UuOOsFB3LX03mpuCjg3H1I0MItCnOeQ4sb5cckLrBJ5VJz18+9Btuq9yui4K&#10;3aIEIoouElRdS+sNqVwh8i9JOQ0lWdbiWyf1wnXoSoz+61ARkm79zM/poS33lbuRFMGIPyvooY07&#10;Kk6Ng34H6/6Z1Ofyl6SBhuMR2nPzjmjQ8ymLYuLzw5cJxI1Ox20ZV3IYZ/UYiRTq9fqRznayyLUW&#10;OjFi5CgdlTRVJKNj7j90znbsXqksbdgXKnrQWyxVCXogvQf/XLSj5TzQ0tRUlrFjzp8g3lO1QWC3&#10;KbFbvDgvhZXCwBAGirmoYarQ6+B5TVjxmt9Sq/cZi2KEfSasg8jNSj4rBwZHcObsGTob50SShr9E&#10;AtEzuszcIDeamEFU0GIqL2tU81nPiMQum3ZQ/MKGdymKkT2RVsrTzzsSv6m6yfdyg+NoahELlxjI&#10;ZUMXRo4h1CRVUNcs9l0b3qN1kpWVQKjYInSe8ilmxDAQ4PyZU2jWG8hSbJHyWJM4LfErD2K70USd&#10;4uMrcwt44fnn8dwLzyPrpvG2d7wDe/ftxfDQIAZKRWvGZQvE4RrQMWUTSiVQwC7WNx65tlyFWofC&#10;G2lthZTddVxGpfhOz1X0KTknDSwLhZ4px62hu66RHzH3xLTbVrMhBYoOzfkqPcuLM5dw6OhRnDh1&#10;EufPnUeTzd5Y15vGr5wvCKKPpYampzfjRRo7n+K1wZFRQfbC0g+FScfoVvpz6/Ydor//2quv4Mjh&#10;13Hq1HHkcjns2LETY6OjhpEjLBnXNIYcE+9LfJTQ1ew9df82ikfXLvatltPoZ0n0RjGCsrVmCfx3&#10;j9Yaa2Xza1kWKSVxoHFWDew9sVvw9SDmrklx7TO3DhFvCTD4mjt98jVxAWit37v+6/th6cfrUYav&#10;hdZUlrUlWpSSK5qYnn0aWFdyaXlFGHpdyvG5ccDF7ampDZgcH8Xp0+dxfuYsUp0c9t60W5B9rls0&#10;DvC6gc1bd+HmG/fJnvrEk0+iXati67btKFFeyfupm9JSS0k5KtZgdkxO5dFaSNHXrbfdhhztUR7l&#10;a3v37sfY5IgU05k5Jyg/Ya46ifM2FBVJRd3r1fNu7QKso1RfPLmeQZJeP66OZI16jfpSyqOEKJMy&#10;Dq1hsmRZBvwQugmnW6nRuaajEIZ8mlFssXiGDWoNas71w454ECUjcl7b14Wq4WFYY87wmHcU2a1H&#10;ytcJmKMEGI4tnqkE2iG2DvTtzUQ8Zz4UU1Z023Z+OaDhIhgXIQwNNy087GR7XRBRYhDCxhJduX6/&#10;w5Q2er+OuVdGWUljo20pEMoAiUKkr+gcd4zOrDAiXKPr5bg2bqIXtj0thQTmqLPeQqrrSqDSoIdQ&#10;o5fNUsQ+QxvwZS/AEo3NmZU26vTGXf5d7nB69oI9U5hijYVUwcPg4CB2FEsYHxmCy/pydCimilmx&#10;pBbVqhqT9HJyQDRXWoZqbSe/aBR2DUWPD4+Ann/byWH5whXU2jVMDE/Q91LwMyW8cfwMjr36NHbs&#10;3Y6ZahfPvXoQH/vQQxR8KKGBcFeVDUIy+Yx0hgLdMYuCrnXPli04/uLLuDwzA5/G//ixU2gvzaOy&#10;NAtvqIRGK8DBQ8dQpIDtpjtuRsM3lRU2luFCGQd3jORjZJmn0rQ5dCwM2KyIgZFB7L7pJhy+MIdy&#10;Lo13vv0uuZ+MFAJcbByl+xifouCoI7RdRgexwQt32fj5tOlZLC6cx/LiLJaW5rCyXEeVPrfRMDp5&#10;glxTBtrb8dv0jLsiBM0allyM8hm9x8UnW5gJKbeCLKX77fLfw4PRUdaNzrEJXSDvx9SFcPlKZV+C&#10;qITekRR8ElQo66SMyCEXseti0pNSIxK6VboXIswbcPz+ZkPzg8CiN8LKLUQDSDqO3Gmk+ccoEUbc&#10;sqMwBy1GqNfQZMU8gQ9QWn9eJiNIzHw+i3wuj3J5ELl8EaViVlxj2TSCN00unnC3vktBChfJWPtQ&#10;B2l0aA56rGfHwTCjTKUQy8YSaeukzeu8aRHITBNuS5DvOBlDJ+8aofNU0JJrymc80XisLszjrv27&#10;cPHZZ5CtVRjGxSo4RsPEN3tiNwT6BEabL7CJGM9x3h869CzO0B74aHORFnUBpcxudLl5wAFmyuyg&#10;AwPLuP+Ge9DOcCFeGXo/z4mU0TYV93K6n+oczTVaXxv3jiHIFIwBCAV5DiUDqVSZ5kdLoCApPuTo&#10;3tKM0uFuLa9dW7ANzJYp+1kQBDYINQEnr8U0r2NaMqUyjf/dt6Bz4SLyAwNY0oOY2jSOqa1bkM6X&#10;pLFRLI3QGDRNAiqIA1PNZZQfB+dsRc//NcQPoCT7XTtVQdPjPYuCVNonGw1funJByySV9ZUmUhOj&#10;xljErVNSMouhxpvYsr1O++cIlp2tcMs7DVw+aIuroFJxoaFHHF+oXa7RLAp0rA7FRWCx1a6js3wc&#10;WbyBxWaZbnoPhnQLu4dGrE6rJ4VJMWERrb+UJAyBGHywCVQDjaoWNzoej1BkzhHFRS3NBh7nuboA&#10;/m0SENO4xGxDJTTXkgV2C+HSlkQPa5STRIGpRCAbAc50r5HuWgahMczfKuSpECFkEDlBpF+LyIhD&#10;ryYWh9j7nqJXn4nvKtTdWyWpKKgeZ9trk1nU+q8JxzdRwQz7lEE/PXYN0b/YiCMeI6V7i3S4KgIy&#10;brTovmekE+6+gb52crmeXYnWsTNrkh4cWPpjN6T1BkZqIQi7xlECDnFdNclPSvZGRp5ryxEWWm6S&#10;hqoRocy1NTdJ6pol9fp0hC7vo03ZMQ4keDZdlFB6QkemO9ZVOAh6EFK9KHTHSquoiBrsIGk0HSTM&#10;FUyRMVhDRD18z3DdISxkIq52a42EYl9s9BLBcqM/e2mCxlHXXyNYDyJSmN9jDRLE995zrwmaT+TQ&#10;6/QYdsR0KdvsS6AlYQ0szPv6hpVCz9spj0ks1s2W4c+m4VQu0JyZpzi2ahx0ndjdmeOOFIuks3RM&#10;pyVnjJZYwTcxvjXUMiY92lJ6dWR2F+0hthitbIzCMT6HPRz7iLEVvRlTz438hDHmCuzmFLIMVFSg&#10;pv2e7yPVNZADi1riuIGT+a7vSPGLUUeM9vPofxzzNlbO4sWv/yXmz1HM+bEPY3LTXoyMUsKYzkjh&#10;JZ6/QR9Tus+wY9XaV+sWv3pQX3RHuUweGS+HTK4oshMnjx/DS889j86BFqa3bEXGT5uGedeXWJFj&#10;Km4Ky/qTqk+H4t5AUOjtsUkagyxyIxPoHn0JrZnDQL0tZ5pH53KqPoPWyQqduw1k91AsPb4J7fKQ&#10;MHJYp0O0Nw2pC/4PWZzx7Zo31PBY88ySQawBSoAsxVfTmzZhiHKV028ew8FXDmIj5QTT09NGV7nV&#10;wokz5/D6ocPCHtqwcRoPvf+DQtUdGBiUOc4ISBWKvVoKuQrjnNWCrNdV3FjlqHuNOkr4ar/f7C5M&#10;5vtMHbhByvFyqMklGoTMiBOknx9R8pjx4wlLh37WpOdG99po1rFCudtTTz6JQ0cOY2JiQsZivlLB&#10;k995nCGg+NCHPoTdu28QE7zx0RHcfcet2E7j/F//6NN4hX7nIz/yYRzYf6ORsNJtcTXmPb9Ic/8j&#10;H/9RPPS+9xoNcLo2LjKybJLHDR+mXIoOeCCFYkP9dqxZpWmQhk2K/jn/t40cWyu+WF3g60W/9dIe&#10;nQh57VrkJFPoDULRoTyuhXazLeuOzyg2pXOVi16f1KvTYqN71z/ofSYLSbZRr9WaTsDoY3/8/+G/&#10;NZ+9XUym7qSiJlCH1sT5s+fxnce+hedefA6XrszJPpKl+bdr+za8/W1vx6133YH3vP89uP2ut+OP&#10;Pv1f8Gef/zSOnnoZ/90nfxb3P3S3ldThOevigXfdjz379uK3fuu38e9+/3/DU08/g9/5nd/DhulR&#10;iTEY3Soxn3YlTzF7ckoAOQyAGKWc5Bf/6S+hXm2iNDAs7B6O6n1hVqZMvhAYF16BFLCeOMxZCN37&#10;DK9mmNKL3u9FqIbFRPO9YF1qdPyPGPkfno+UU2ZNsUxZegcMnFKFWl22yiogRdf4yjvWQU65gYXV&#10;B/I9c6OmH6YdSwMOwgtJBDe2CMEINR6QqNuSWAzR5FhFf7H2xhY94GA1TDKkAXOhKkjwXQzd0DHi&#10;9IwmEkqfGwlUu0HMKZaCABdYgpa47qo6/X6Txe/poM0p+HVzErKjrhbrcB2J3osrprZeoUwx6Gpj&#10;PBIiGJw4KG51lZg0sN6I6CzQZ3Fxb8lzxDjjVKuNNympn6eJtMLolXQetPdIF6btpMUwgAOjbN5D&#10;ulgQq+nC8AiGp0awcbKMkYkhVCmx9ijQadXqqLS7WG5TEMWGKoEvE5bHIJ9qISPURL52MYgWsf4U&#10;k5oZGi6F3xaWmx6+/+QTWJ6dhcrmBGX38Yffg2o+wFOvvIY7Nk5h/827MOQO4qXPf00okeWBMVo4&#10;XfMoo8AT1k3QFVedjWNDWNg4jieePyhgyumtW2gsmshmimjQ7DtybAbLi5dxz9vuR8fJSD+5w2Ye&#10;3RUaTqngSkdG5odvHF6Z5tCijXugXEC9xuikzShPDGOwkBPn6IA13TopSvgZmdQU6l2WKQ2eKxp5&#10;51lX7PIVLC8t48rcsqDuOIHnsXbpt7hLGhoxdNot0dDj4h4nSd12U4qI3B3QVp9FaB30O51Wy2rq&#10;uTYg8mXTMcWfMtxMWsw3+MBssSkDFw99JQWUDNM1tEkaDCVe9yY9iQ5mJLocCrwn9MpCekO4dkLq&#10;lZOgGOlQFNQ6CQaC1Ov2BEtS5BRzDE+ChLRr7ou/58MNFTWkiCV7AFNHyoMolAYwMjQuGiD5tGco&#10;17TJs7mKGD1IctqgP+lwpe8xvbzV6EjCIJ1EbbQUjduibxG+NPY81yl4qlUrQolg3TxPxr4jDoOe&#10;E1OKAmUc6DihCCjQYQOP3MAAMpTw1DCPwelJvPgfvodh1upraVkbBrUYOm4aNB8X9bs2CeqwTqTh&#10;9smtv8G6RiqLktpC38sZijIHVtwsyHrYNFxCvsyEqIwEiKyvxamfa6kRylgQo7BI643mX1BvIkXz&#10;i9cmH0xpVo9rV6XA5wdt2YMYKclSC37X0q+lsREH2qHbamDRIw4jOOgm2u1AimM8x53xCUr8clBL&#10;C2hWLqPb3ITh8gCNT1nGLKUYNTck+309S/PVMVTjbCEj78NdeH5WjCRmPSEe83plGR3/HD3LS1hZ&#10;bsi+NT05JmPlZuooZEq4+/ZbsJe+MkxFuniZ9rIjaDZcev/tyAzfJlIEjEAw1IpAULyOoJOsLqQ2&#10;Qt6i4yld87acRQY14krhlHsiunUZqcYRmicKC90dKE3uxIbMZUxhlpK8YUFGGHSJK4XmMHiQlJzG&#10;mVGLlY6Hy5frpqDom6XH7y/ZrkUzMLqZzwJ+rly4ThY+nB7QmEKvwF4vzEtCZyfhxqqQQOnGLpU9&#10;AKU+GF4/9VNF3lS6pyqmQ8eDRJFMQoaEzlAcoJmEPtlV1tdR3ev/sZM06rANRq1jVFzSQHVVjqb1&#10;+jo2lkccJGGKfaLdjlonfNKxfl5ISQqszkugV9OG1y5u6ohiGpGZ+mi9ukc3KPnAYpuJoJ/yG+3n&#10;dsyCxDUF1jndxnMRws+6s/oWXq9F/DplkOsiahkjsJKGAP1Fu0jfDrExhNMnOh0V95z47JCk23Ei&#10;3RkFJNB9Vo8uZH04QUxX1WHZ2+lJtEN0u45oMwlEgZ3LESLOVhiCBGI9KqclE1GL3ut9sAmNvR8+&#10;7Ykwm73Iu8CYuvXQs9aDw64Wh9eBv85LRajMjr/VjQs13+TnVuOLXsdSDz7FW84Afc83jrtop+TM&#10;90L3aBg3Z4PgSQsNkQ2vuOUccPOny2IK3Z5iY1wnVZHMhwGOmtiJ6eWOoKIRac8GiUUUFfm0tp6x&#10;q0veojFHe3VbYm8V7aksut51mYwMOf87FAfnMo4wjih/p9emRcKDomucOvgcMgODuOt9bHyxCWNT&#10;U7LPX7c21xpcQrMG1hHyt6hxbR2Feay4STcxMSbr5tSxN3Ho4EEZC2a4ZLMFCp8M04OLQRxD8jPi&#10;mEvGhs9feq5dbkQODaBF75X1bke7VUfWP4U2xbiM/mtwXM8UonOn4FNC6+2/AypXFFkS/nxZg6xH&#10;pd+6u+bVknxD90wW+m3xl2MUlsKhNZ8epJhi125cvDCDN984ii7TqimGPn/mDF4+dAhbtmzFrbfe&#10;jLHRESkMemnr3hvuY1IV9gWpw98PlLtm0USAABa9+5ZgZdc419RVCoLOGr/rWF0+NiphGnq11kCT&#10;8gjWblxeWaFYNIXJjZvlWZcpNs2y0Rnvp3RvbMj38gsv4plnnsKHP/qjmN62GTkGZFCONzNzG/7g&#10;P/57fPr/+i/4qZ/6aey6YbcwJ9gQZtPWPD7xYz+Br3/1r/CFP/8citlPYZLmFyz7qEtxZr5QRD6X&#10;ofEdFgQU5x2cwzD4IUVxKz8XiMaab7UenZ5CQ79GZbIB9FYKfms1Ddebk0HCzdfpaZdcPRAJYOjw&#10;xgnWkdiRHYZzuSyalH+vLC7gyOtHcfTYEdx9z93YvWevrBPVN7d+kIJX6PKdbCC8NWqzjsAfPzwq&#10;z3lL7r3XVf2+xv2bPp1BVDLAgY1GKytV/O7v/ms88f3v4V0Pvhef+tQjMp+eff5ZfOnLj+JP/+zP&#10;8ZGPPIJf+dV/gfGJEn7hH/88lpbm8Rdf+CLlFTVs3f4HGBoOMDSylX6vIXvLxMQU/uVv/iZ27dyB&#10;7z31LM6fuoipjaMC/OJ8m4tRpvFgm8yO0fcUw8OO2aMZkJL2WtI06nYov0mXKNcxpn2mAZ+yeoPa&#10;6gE7q6jUa31vLXpvELJB9NqF39W07nVi7Ijxp/nsMIYPUjiji3YDHXWfzYWbFSPBt68jzrqyLhDi&#10;usWQeGUg/TJp+HX85TpREc84fFpEkXXTkiTv/6XtPaDsuM4zwe9W1cuvX0c00MgZIEASDCIVSWVp&#10;ZOVwNJItacb2jO1dr1br3fEc+4xnx1qPw9oazdg+67HHthw09niUnGQqUVkUk5gEAgwAEYgMdH75&#10;vaq6+///vbeq3utuALRk6kBAd79+r6pu+sMXfH+AXucCdG0dWVLuc6ZiqdMOrc7urtpCt31boOAi&#10;hA0yYmviocURyhYl+RY8S/mjDTLqGNqfZnBbaJBjnChzrseoPHZBRdeiEyOT9IclUae3hUTTxdS+&#10;GujsRYGl+9LXARcN8vQ1a5dRBNWgiXGBPmu2G+N5egbLtPgv0/XMtiLQtoqO0FKL8ClRLNWKgtor&#10;i/lHDiMToyK2OzE5hikKTErjFUn0mbLHwQCbVJw5XZdOKCebZUrKFU3UiJGDNOglmuTFyEysPn3N&#10;YsFK9xAwWjD2DNVQKsqx6DlyUfT+Rw+jN7uAd73p9Vjw8/j85/6BDqYzqO65GWMUKLVZ+7EeY+nC&#10;cUyW89BBQai/7MTsMlI2EcjRQcHX4Fu6BncRDx7chwM7Nws9sUmffeTcRbYNw1IvwvFjR7F1YgRP&#10;HT+Oi3NLWFpaxl133Crvywc+F9YYjSDYm17HdMGQQ4HFYntMJ1Ry2NXyBVqLvizkXpe7ZEu4PD8v&#10;OoIX6b6W5s7Q9XlYWF4QhJ6ggtghVqiegRSF6g16pnFDCg7dTjfddONIAiRBZbHbsjaICl6cfWsy&#10;w6gk1gAUqrtLQunArNIhPM4QZI8LwKEc8g069HVkdYkYUpwrwfFiPSu8qjPq/qJR5JtOqbZ8cSOJ&#10;oFI0Q6yRarbGSWKurTh6PCQHb3Q0TVDCzyBwhXGeg0I3DYzyUaIhZkXZ6fXlYlm6gfl8DdXqOPIl&#10;RtYVKXAoS3DL87TR0hTUUEDnlWXPCJcjel3BaPCEkXROlucjFMuxaMow1blYNGjaXF6LfiIjHtl9&#10;iTXu+J6YAs3XwNT3UBmdS0WBvoyHGHaYoo88C78gVHIuxJTE9qmE+vwiZjauw8WTlxB8/1lpcsTs&#10;ZNE32X1kEcnM8/ety3eUSXD5v25s9Egv0Z+8x0LYFWNIFHgyn2LRN+xiquZjOWRKaCDvwXsTJ+A+&#10;DDq4H5uEvL1wBcFIUejkYBQfvQcXSDUjyPKBFDqNAoEvSFIeJ97vZJ8OfEPfUSvpYz4nW6w/55ng&#10;hdd5vdMQEVPev73RArbUyijGdZx9+nuYmJrB+NQ6VMeryNG+r2jesuZRtTICrmUVcvQ5QVEKsSx0&#10;zkVamUc0Jm269AptpoWog+0bK6iWOVnpY2FhGc1WE+vWTWPzxt0SoOvFs/C6V2iNFlD396Nf2yqH&#10;qQpDI7ngkCDaW9ERE9JZpGVt5nJO3NrIDEgXt7UIvXSG/qb13qf3nroRpfI4ppoLGMu30dVVQRdL&#10;casfp502S5ni5khPlXD/Q03U2y1BC5rHatHuLBTP+yrNuXF+9jCuiaYmqKSTyGmrNISG9OMGSgpW&#10;M06vigrJFIyGSKNrBcVJiSCrk6fXRs9pq0WnhooPXobemCa1aYUxQQzjWgW/LE8ypTfqhC7p3Ewz&#10;SZS6GopODdAIk1jU6fFd5Vq84ffRKerOiY1nXYldFOTmxurPTw2st4GCnV4J1RsuxmYRZMOoPjWA&#10;8lSpptMqhgFZh15tr8SZQghi3xX6OEBl5BOjrrlgbv/2LF0wobbC0tWtfp6juPpe6gDn9OyU1ldF&#10;KzhKKZtSeSJDoJMiJ++FjGxOguQBNFQGGejWBVRCAY2ToDAySZmy6802luPhqqxK9TBNA9qz39ND&#10;lHa1opjjjEVWIoU825X3V6D1XNDvWVMnZc1KMlmg6K1mEYzuteasN8lEfDUUktPDi+NBR2x4idCj&#10;NuGryDg4eQc/N4KoOm1+0OQORpveY1GKEUobvVfniOo0u30u8SlTQPFi31IkU9kC2ceE7eulEjw+&#10;BpuNtrgfWedoWJkMpa15h0MBWrSlQppHCLJeu0I2rJmX0dbNM+KNpWG4sa+t264f0tkUSRGQf6XN&#10;5nH5Hk48cp8gp2599WukgTkxOSlmCIHvv9Dsec3+Q7o/K2suaAwnOCbmaVFmXarp9fL1E4+3cfTw&#10;ExLT7tjCyHaK+SnuFj1NGC1KNjnsuXwp6kvhhc3EFOUG7clpqIMvQvtoAbm5U3Sjc/IsGQXox0vo&#10;XeoaGhvFQWrzZiiKQXWQs4jMH0JpO4P0jbUeOOFkbnNT19Ioc7wH0P3U6B55voRhB49Qgt9uM6Jm&#10;DK+7+1UUl82gUquiOkJndI9NsXIyjzgOtaKRMucjoQnnjOmMl+6cBllriurKoXBfQJl+uGAxXOvw&#10;VnESX8td3DUXmMXVocThzJkTlOccw+zsFSmwcdOSi2vL9a9g08aNuP1FLxKZI2a28D36QUka7Hfd&#10;dTd27d+PEdbepPvrd4zQ/nithsNHn8Z//YPfx7vf8Q68/BUvRYVitVLexx56n5HK+/G1r9+LT/73&#10;T+KG/TfQnJvGiePHsGHDDF7xqlchKPgUE+dQKeSkuczxaKlYkDnKa4P1FQPLqostssdLO4gS4zj9&#10;TmWLmj9sZF+20HetQpWjU68wS7DnuDSHY4PG4jXIBc3DjzyMz3z2M+A077YX3UG5SVnAHEa+x4O3&#10;Sjlx+CzIxqcrmzEpOni40Ke86yyMavVPqrt3TcRhhrHyQgt+gr4W7UyT6HbaTTxw37fx2BNP4X3v&#10;/Wm8/4PvxpZNUyjni3j1K1+F19Ie8PdfuAf33X8/fvWjv4QPf/gj2L1nO37u5/4Npil/+OvPfx6/&#10;8tFfxL/+iZ/FTbeNoVwt0drqyz40NlrDB//lh/BmWgvTGzba8bamVbHVtXUHVmyMrHKUr2uK44u0&#10;l3ZpD+bCH7yiAZL1+7YBBote1q56aU7rzHxb69mtQIu7xgif9ddqLKi1EaBmq40GDOTU+XfcoVUS&#10;QGl7mMaD4epAhTFO3dGG3OeGBTe1XkW/VqVm2HLmRxlvOddhFxfa2EFQTCfdwoJ9W0iI7eFeYEdL&#10;izLgYDGmg1ArK5yZc4K+rO0Wmffo9oXa5vUokulpSeAdsyLqadi5J4EFC/HzvTKih5E7jB9hEf+o&#10;qATN07McoIA+o8voPP48Nu/gYlseUtDjHieXgyh9xgJtHufp+/O0STTp/c5HPVxsU1LMOgm0aYd2&#10;w2HoaESbaXGkQu9ZRJELQRM1bNw6hWJtAvmRgkw03qS6dF/NZXYai6Rwoa1Tk0EKRtZ91BojUPAo&#10;1tZOH4UhqJyEaqNHwMUXLhJwkiyLzyUSVhSYETKf/9ZhlGcv4WUvuw1nltv47n0P4L1veCXGtm7C&#10;qRYdzvd+S4rGjKrqNLs4tH8Xdu3ZJW6egaXbRXEarPmss8ZdRPr7O9++D9OVAJMUdLAb74ZiDuv3&#10;7UGr28XjDz6MgA6akWIR0xwIsRbFyIihYLLxCCX1LdooyuVR46oqQrF942pKQejSYgeXL59Bm66x&#10;24lw5uxJCrCYYgvj3Ct6GZ6gvHgz5znT63VNchR2hfLMVXymG/S6PdGyFBFpS09NEq9EkFwPdaR0&#10;qh+CVOjV/Y+fvQSojt7A+njOkAZIUHdyGDnVJJugxEmib1AT2lL0PE8l+npS4BKNAt+8PjICzHFs&#10;KC6CCoutELq8hgJhRv3awMLzgwRZy4hJQYRw8UUHdDCOQtPc8xUX8ioUY5VpDLgrMmoSOtG2TAsB&#10;2gr5Op0j6ajpVTYwLo7BdIO1owRBZzTMlNDO8gVGt1IgUtAYK5sOf6noUaDu0TzpIkdroVopSME8&#10;igw6sFAKKMBnmnBRipiMLhzftgFFv4TW0hy2bNmM7/zb/4DJC6dQ4qSTLqJK8yP204RfsDEOMcOF&#10;OWlkGAfekL5u0nP6E77//iR0cRttFDVT8KdnJ0LbNNzvvEvj1XffiR4jPfn6lOny8/yOlHGkYhqT&#10;fvY4Tj7wKMobxqDzCpP7d6LtmT2vXBsTbUxlBYN53nORNs+UpkIRDqetrFlFHKcBj5uv0omVANsk&#10;8Jcvn8fyUl1EnseqBYyPj2Ni3XpMrZsSPUN2DcrzOFu6vzRQ+PMTF1ctz9ogTrg71qf76EkBUPT0&#10;mC4fmr2Y0RxMJWsuNdBdvoTGpfNYmLtE34uQG6G1PraBxrdkUveomyDdxF3XZ9c+Sl7EiImeVcyB&#10;fk6Qu2xcwmg8g/yln7GuavMC/KUT8HsXMR/cAD1+M8qjO9BdfB6TS9+gvZXeu7QfPW9UUN0+3Ucg&#10;yIsuQn6WXUb39nH0tI9PfGqBgsAFWUudfoNeG9AzZ+RECx6LpwfP4OfuCnBgm5+Md04oPdYNcJBV&#10;mkG8OL0bZbuE1kTDFeaGNf1sYo0MZd+ZW+hsAdAVAPxM8jOEKnMqGp6XGkJkS00qqc/pwQqUrcTF&#10;SeEk+SZSZrDKoLIyKMJM6hRnKLZpUWdwc1BWpiNO9lm1soC2Sgc6HjDHGCx6xzot+CXPNaFapzG1&#10;NiB9O8ft8GS0FwcMNdQg0i127nMqjXfcPWfrrXGmcOnkEnTs0HnpZ/D9h6a+InsEA3n7osunxXmS&#10;DcF432p3YjHY4i2/0e7L3rRp5x0oHXwdSrlRcenm6Ib1QuVv3ts9JZII5mEEdj5oOQdM4UaZdcvS&#10;CMr82zheq6TopvWwJlCKTDUMkmEnuYxuZVZ7zukp2efhueaT54w5Yks3d+ZRJqDzExkYNx4ZZ8JE&#10;y0uvUaRF6nySLLiMZEaWr26RcdlisbuWtFiYEd7UsTW8SAvtKmt8haxuIc+3eKB4spIaHg8UD7JJ&#10;g6P9ps9OZ5Jjnbj1ikSHPQ849mNaZGt5AUGvic6Vw9CNWTobFyimrUuzw/NCuW+JA2JttflCOv+M&#10;0Z8gquPQaEvLf6Gg2tkOS4pSKh1/z6IPzJi6tcFzsW8TwdB+hk0qtUqQqsIfsKwJAwo19HRkxslT&#10;hpoe9hXFiD1K2mi/7hmdXzZy44JQv++jKUZpgei5Tq3biUNvfw8OHboVlWoVY3T+MZqKGSM8E/us&#10;3x2FjuyUFLUcUsf9bWogGcOGjBGPnyBog+S+jNSDybH4rLx0ZR6nT57A5YvnMTIxge07d2Jmwwwq&#10;hYIg4/ma+Zp8Jw/DxW2LkBbzOB755SX06nUUjx2F98wjdIYtC/WaL178UJiSNrUd/p5DiLfuQLhu&#10;nRSRCvT+9chD0TOsL2XPID578woW+ffCqwzDtMPVaIgchzPajc3ReC5WKdZniirHakxhXi2mjte4&#10;Fs/tvfbrwP5u5HQEbWLvCi6+bZjHyb7lp0L5WS1NPaive62Cx6Bxh1mzzXYbs3OLgs578vARccO9&#10;48V3yHwbKZfQpFzsxLFj+NJXvoxLly/hf//wR7B5yxbUqhXTQKVnxDE6bzelQgmLSws4cvj7+Oq9&#10;38SmmY248aZ9uELv/53vfAc3H2SX0jeiPFJGmXIpnv91ytGeevIwTp0+RblRC9t37BCzk+kNG1Au&#10;FE1hH6kW+HAxa5ieu2pB8xoFrx+84GT2S9ZQ9/Km+cBxs3YHJz2fKIoGSoMyd+gsYykmpofGAtzo&#10;oELzjONSvt5Ou4Of//n/E0fp+f+7X/j3uOMlhyi+K0i+aawFLCpQdMOZRm7i39SURdu5o697TbjG&#10;ItTVC2UDZhzXqrZfpVC3uoGHl8g6rdAV8QadYsVskXPtfiwGg9KIp3iBNby5WcF7ty97hgWChayB&#10;WERXmzwjTzlPqxMmoCzOC3/7P30Mf/25L+Bnf+7/wRvfdgjjlF9CziRGkzK9tocnHn4IH/3V/4jl&#10;xQY++KM/jg/+5PvoLCrgsUcfwn/8jV/D86fP4D1vfzf+t4/8HMYmarYJEFtDr5zkH07rNZX6uIoW&#10;rtJX82JapdG2cq1crfG51jgYwzE1INfjioHDaNZrFZKD1XjkTiDYUb2MhpG7WE+E0dPOoc5q866s&#10;PHppgG7lSaxjor0B6dzRIHgmPJKJwQc3sw/yRtg4CpVBmYQ9KVZE3E2kQc+zThvrhhjzcHkvvsRQ&#10;JPBjBO0uLWBKvHpGM40LeyIl1TcHtI05YOI0So5bJgbsl5V4j7QLFMwwXZd+LyiZe2qzvkKd9fG0&#10;6PAFooWlRGdPUFwlLYW/efpzmT7rOF3zaUpar9AVdmgjatHkZ3FPn7uf5TG00aTNt4LKRJU27h4m&#10;pyYxMTmC9Vu3UnK9TjQSucgUFivoLsxhmQuUc114cU9EJh8/chZPHz2MN9x5J0Y2bqT3ztF95QSt&#10;GAkdMhQkZaxTqjTrEfQoaVXWgSgpANJf7U7baEjENihXxkTDdBl6OHTnfjz2xTl88h++LFV5/rzQ&#10;ukQ9d2IBPt3D69/6eixFCpcXenj6kW+KKCzrIbIzGI8Dd4V4zPpcDKDRYnoBUzfXb96Cx++7D+Hj&#10;j2Nm8zZsv+MWGGa1h9e8+i7McfGhnKfnwci9MoSfwbRO1RbnTIZd87NlSC+bACwszOPs2bOoN5ax&#10;vNwyFDu6r3yeNnfdNfcXmkInu7D1eyx8y9FAz/bgI5ovPVkoOaY0Bh05O5g2wRoOip4T6/Vxt0u0&#10;+XqmE+8x1VDlzfxWRjduuEgFWygyG7gJsI1Qrm/plbE4/jrKmIydSGcYsVjW1uBN1hUFuUDkZRJz&#10;bd0YI4d40KGswZDGR3ReIlM4Y/QixcCoVEYlQWSYvxY6KWuOWXMbKQbSv0NGSk7QMx6lAHg9jeOI&#10;MXbgRIFpQDELSOcN1ZcXFz9vGHp7pFVCteTEyAmxSqAuxXuTSUeZHFzEoj1zYPN88WwwHFm6F09b&#10;TnL7babr5NCk11/y8/ACk9lzQprP1VCg358cV1i/3se6dRVaNxTUh20p2kAXRFdQ014zmh/BkWee&#10;x4H92zD7jW+icOEEciU6XChZHuEib2gou9qijWInJwCd0Az7otdiUJZN2jf86hgFzvvQY3cd5+op&#10;gbkRX+6GTVmnrHUYaoOI4CQollIqp0aemFDEFPwVpyegR6uIOg10aX4X1k3RoWmMKPKGW0xzl4ua&#10;7FzckECwHJi9UoemMmHe34jhWpvARM9Jfp33D/p7HSUUjBA8d+4SLp7XmBhtYvTCHLZt3YitO/cK&#10;cpXnSCGfMyp1fHiLPF5gaYOxmKUwSsOzDRvepT121aJDm418JFGkQeQAtdVoojFbx8L8s6gvXaH1&#10;xU6BbAaSs0lZR5zEtTUSCDxDy43FRbBojFk8yXAMaoEC5YBPgsisYUrz4FPCqi8fofFZQK+8C6p8&#10;A0qj2yRIUd1jtIcsoF08RNdakkTT031BPtZpjdSKlPwwWc3nBksZ335wFp2IEZB9o++pjAapCSa4&#10;gcGHsy/7Hetd+Tb5i5QrpqmBItGw2UVCwY8zNg9KryALraCFJCj5lCalVer2mwYrV9HDswW0eBhu&#10;NuAEq1KOb2ZXyyIsBzU4huJGpVfoi2ENBRyJFzLetYNNFJVx9BikHqvhy8xcToxBeqo3TH9wwdUa&#10;NF0vg9Qblk3W2QRwBWkYAxqL7rLiFZ+jE1ReyqXQCR07tmgKbWUkBlCHOqOn6IqFOtUGdAWFzIxL&#10;A9bEDtlQz8WQw08nZdYdLjv/EgUUG4a6jrY3hL5z9+wpNYAq1cP0Rzs7pMk0hNBMkEIZxJoUTQcC&#10;UW9FMG40CnU6W9Va9Ep9VbaeGqZrDok2OrEEU1pTA1p6SqcufeZcUwNrI0ECZop2CmrlHBoK8PUq&#10;BgDGrc8gGnXG7c/LrOA4gxSG6FX1DfqZz59Sjb6VR3F8D3pxnpJfOs/o3MzZghKjQRmdnvPzIrdh&#10;jARYW84V/ljgnmOJ0Ml/Whd6S513WkTWTVepdIOJE9OZeGAdu+KxZx2jxUskigeaHnkbzxpfh75F&#10;EBs0jiDrQ7Oa+Os8xQoc/+RYJ5YyzjqfGXQ2Xbp0FA9/4W+hczFu3nkj+h7FEKMTtPcbgAG7unNj&#10;TqRAkuaIbf7FUWJiqK4h05XQSq3RlWvOGhmiHCbpjC/RWVuk2Pbpp47SudgWt9mwVBDkFpvFibg8&#10;vMTR2VHfXU1bVUdRZNmi/bdAtbronXoSeToDO3Q2VdiUIaZ84srziCg2zHfb0MHt0LUqvEoOZYqr&#10;mJbtmQGT6+TtgHWJA89L3bhfIGXwWt9jFo3ySti0bXuyX/hDgv86U8CJX8A1rL5WrGSN1fyMh3Te&#10;0uao0+LM6gBqw9x6Adfi3q8XRhRfncE9X7gHExNTOHDjjTTmo5icnJSYt1Cpokj5xdTUFP74v/0B&#10;Dj/2qNC8Y10QFk+5XJH1zU3f5cXL6DSBL95zD8Vpd+KVr3sZNmygvJHm+/jEOH7v935Xcqe7X//P&#10;sH56CuVCAaMjORy67TYcvPmQvZVIijRMB/aUFXl2O7IrXHi+bUDp6zLfUOqfDnbm3MmlsE33E4mb&#10;tNMWNU0AloniGK/fo3iO1gE3wXTS9GYEu5Lfz1PuI7ks53uFIvr9ujCuFhdorbSWxX03H7jDjp43&#10;xawjpbKAQYpShOrQOqXn3WsJ0ojNHePoH6F6qa6nSH59lNurvW6YXpo2jeIBA7/sa6MoThyMAQOq&#10;YeYUM5M4F2bpIEbpy1qVnNZMIc5bWbc/ZCAS/W633hHHW9anzPkl9GXv7Mm5sGPnDiw2ruCxh4/g&#10;FXfvp7wsFBmoXGD1XOh9brnjTnzgAz+GX/2138Cn/vrTeOndr8UNB9bj1hfdiX//Cx/Fr/7mR/Gl&#10;r3wVr33VW3Hri/cLwk8uR3SAA8tMiAdM7dQqtBETE+nBsxl6zTm+VmHXc0C3tdy/s/uL20dsA1Ff&#10;Bcm32vgl7zWEGA3SDr+23TZHr7Ew8dgkapHTrtGWsurUra1IZJxtgGapJ3Ea/GrblvYM/twI9XPn&#10;ztIcwkQfxmguaW1l1QueJLBhVBGEmR8Z4w2OAxlVaSzmOhKocLHJ70RSzWMXXK/HtTqDkAh47vat&#10;Votvmo32R/Jfp2BFDu3vyX1MUADUpgnchhhgsDZf7MciTMwokjrdU12FWMhRgEAH5yV6w2VwPTAW&#10;ww2mo/a4GzVSEWpXic0ixmooFGuCyFG0qdYmqiiPUABRGxHUDKPymp0Qy/S5LVpAZ5+/gN7SEg7s&#10;2yWTlt16u/kSWnS/T5+6hMuXrtDiaWM0cJ3ryFaWzcbsqbSbzcUn3pSgXLIcS5GKC3wcPPGfYq5k&#10;EW4WgWKRlAxf5Q5h2O3jxv27sWXHThy/2MC99z+M145WceHUcexgPTz6HHbJyhV6stgFTdY3m3Jo&#10;xS+ZZswIul7cESQi0xXXTY3iTW9+BVrtELlcAf12mw66ksw9Lg7I5sLunrmi0HI7YZM2cI1Go4Xj&#10;S6cwO7ckkP/5hXmh6MpBIF07bYwK+HClYIYRe0yb6Euirgxkng+5Io1Dfhdd54i4a8LvI8izAQ27&#10;jNL8oqAIDnnDTqk03jmG0vvM+W8bUxO7KWi/b9CQVn8u61gZZ7LeSDTwfEFg+Fbk2iRRXiJoLlg+&#10;bZCQ/ShKHK8NQs64qWpnSGO4t7a4kFLxY+s8xq7S4vDLDtOCmIjEzEWSRy4bsl6jrgqtIx/w3yP0&#10;2opoFObzVdGM5OuNpbITiWGBMajpymHItFLe2MWUgB2ruJtvjT2EBunlDXXFuZQpUxzzbZGC7yVw&#10;1CPpyOpkH5GSH2szGn90E9BrRrG1JfDWcmURzc+muEULvYcC2gY9m/oVD6cvxVLYYwcmWo4YHS1j&#10;ZkpjZnMbO/dNiE7i/q1VrCvn8I2vfRljEQUINI/yMv9ouwjYkCdNKqzetLB7JfDXprjalXVEv5NX&#10;GKntxdKSL7Auz0kNeE5RxMd8g66pWBGoeFc5OLlJvGIr/dfjwi+tq8rUOIJNG9Gen0PU6aLAdALa&#10;h3qdljwPpr8L+ssz5i6axqG+vEjDUEaBUWmxMW1x7m4OLe0COUEthaF1UqKtj93ainlcuXAZZy+c&#10;x8WLGrMXL+LC6XOYntmIUQpIK7RnVcpV2Z+lgOOZwYqdcyJLBPRjOy3Zwdpo3BmEbRvdVhtLy3W0&#10;GnV6xg1BmLJJUuTTOPqeobuGsdXecoY2njR/xD89DmT9sikLF8BZk5F1AuOQ3p+eZYHfpzNHn3MW&#10;Xv0CzckKGjlKIGp7KJBej55qIL90GWV/Ed3yfoRMtxa6e1+Ky6z2VC4znTGHFidDhRyefLpF++4y&#10;dN/o83GzQRosNmng2R/TNXRnF2k+lCVp05bqzUOQ9y2wdjV9Gpf4O2SXj8FizABxN1v8yDjfqbTo&#10;JMYbQyg+pVbRXHHsBZWR0chGGt4aiRKGqbOODqlX6O4OoAmzEJeholPWvEBlK3U6+x5D16dT2kvW&#10;cMPLGnAkNNCMDIgrPGX2ZeXCm2HNlMxzi3W2cDj4fg68Z5plSIv8MVZQsrNFTz38OXqQfJwUCJ0u&#10;X2IKhIHCY4IEVGmRz+1Njo4b2cL0AMUkKb458yWVuTK1grozOG6D1KVEFlql8yE74RInXFeIUt7Q&#10;e9ikO05HMzk3bIHNFYv0KoHwau53OknSVYIavboY0RDqMKvdN4Sy0KsktcoW/ITFkE24XGydWScJ&#10;kjWrA7WKNl+cSUK0bQ7qLKw0Az9I6b+QopRL0OJMhC6xXTKRxXvcUIU5ZmWH0JxP++g0xZyRUEOZ&#10;0uvFc3RGx9bkxMR0sht7ximW4z2WKxG9aq0tNU5ndi0vpXmr1LlZsL/KColEDtFoDDtgm4UJywop&#10;IjLJXazLrVLu/nWi2elym0LON7q42rf7LCXwERtj0e9SLBnlKT62sgv1c8fx8Kf+Hr3XL+NFL3k1&#10;6n5RimY5iu0YRcQsjzDjhJ0oCbG8iW36uQLZakCbSCvbb8ugP6So5iXThIuQTFndunWHFHTOnD6J&#10;o08exr4b9sttVcsVYfSYszyxoZIPEiMuRXEQJz5e1dAOb7iRYsA84lNPUUR3OSmGaj4nm7NQp4+i&#10;MDKO9sxWtNQ45ScdMYdwMU/fnMjS5A1FhketSl18YcWalWgwkRHIzN8UWGRQd/JvBhDE+rqKa55F&#10;8l3zerJnV7KPazFtMEWOyB3QEv8nRXSR+Lh64WvYpEPGit5z05atuOulL8cDjzyCuYVZ+nqK4heW&#10;OspLgaRUCGicy1g/vQHPP38WTcpxSuxWbAvfvkjrxCiVRnDs2YexsFjHj7xtL8anAgFHFCik271n&#10;N3bv2o1PfuozOEPx3Ac+8H5smdkgOUqlyBF13nwmxfccuwV+dn9bZYyyOnNXGft/ykKfW/89MWcp&#10;CKLYNZa11aDjHEcavszm4/ESl0zPFJ8o1i1SztxlLel+iG4vklpElWJtSV+KRbz5be/A+SuX8anP&#10;fpby0hZGx8ckt5mfX0KH8ujRWhV79+/FzMat9Pzz9B4MeCiKoaI0oK9T7zNr2PPCKLTX97q1CnvX&#10;QppF1iQmJVupTOErDZBa3bas2UAFVmPV/L7koZwjckOcQSO0bzZaszj//DkszC+gPDKCmU307Cgh&#10;47Fg0MNtLzog+vr3P/hZ3HbvFrzzfa9C2PcoFy9bI69AirdvestbceSJI/jc5/8O3/zqg9i+500C&#10;yrj19kP4Lx/7TTz91Ens3LOD8oG8cZb3jK+8UGTjQS3WtR67WePxQBCsrlq0y0oWXJvGvELWZKho&#10;6HK2pCE3hOi7rnligQZBNhZPtWK0deS1GhguN9WeDQZNV1KrlNriBHezDy5LA9JWd8MF3XyeiQi/&#10;0E5zAp2WAhRv4ELrLFDSR4mbNnB71tRj3SXd6YvTZdTui1C67htKrdFXUlL3i6zOmUi1qBTmGxrO&#10;rVjLC2LKiQUz1TMysHTpIwuN1ha6lmL0C8BiBZinN1+k37kyrjBPH1Knib1MNxLRprwUGotuEWkM&#10;cpRTlsSqfJI2oUptFKMTE/BKBUoWKXms1aTLIOESPdNOcxkLjQYunHwWzWYLl+YWoWjjestL74K/&#10;ZRLfevxJtOYu0L12cNNLb5cNiYuwV1ohLl88K5DsheV5bIRxTfJswacn2mU6odTIgHMnUNBXsSB+&#10;gkSoOZICExe9GGnEwqTmfmBcZ3wTmJx6bpYCkBZecdtd6BWrCGZmcP/pYxQMxli/aQvOHHkElWee&#10;k4Dq9OkzuPGGnZhvh/K5DMFnMwDelGPrpMmFPkFtMXop6okORbVMP2MkWY4FYftotpaxtLiIBh1y&#10;JxptXLkyKxsti6gyfNrs35HtaBrzik6nK9BtLqbFQuE2/zZUVdYz07YgERh9t4AdXhto4RRtShPG&#10;TIESdQ4QurqFsl+hpL9MczdM3HZyXBgIe+JYlw9GKJAUg3ZBGLCphnJ+ZklAqDP6eK5WbjoFsaM2&#10;e+m85I3GoWtC1+21wb1J6JxVuVmfsTv8+ZkGQULLhlBzWbvOdwvZ6J+JoHGZvqzS9TNFgrvyNKZ8&#10;74GyhAe3fmnNeYZSIzqLNE6M+CvwNefKCJlKwAGz9m1S2peOeSBcOONk7cMV1mOrc+ZJR8ez3WGj&#10;rWQTZN8hdnzZlOOcTeK11QiE4en7Dm7EkHGmbgoiETK2Ou5aqh3tG0zVpg/vxW2aWx5ai7R25hs4&#10;dZyNXcoo52gdUXC0cbKMxeZXUT8+hxkvh030qdM0fybo8wUIaP8X2aqMVmZsetZhnBPqfmyKlK04&#10;hwJr2rUCMe1Q1tFVJamsh+fPt00B3KJolS3UM4WH90V5FRfsaS+Z2L4Ns7QeJnbfgMUzJ7C8sARV&#10;LkhXLTRcPgSlWByOGaEn5kpeToxleD1XKmVbFPEySXQ2kDaGFi7q9ej3GblbHsnToU3zPxegVqXr&#10;mKCEp9hDp78ALLfRpsObafCilWrNALK0BOmkMgKR9ms2meEgq9Nui4MwO2lfuTyPRr1O67ltArSg&#10;QMHsKCojkzRvy4L+LPBexHQJSUZ5zjhkkdHoZARQsZA3+1WvTeNAe0xvAfXlulB3c/R1b2Sakpf9&#10;tKZpXedqKNG8KM49g6B/BXGJNvh8hcaA5nVoCc8+fZZoieVEy7RH0+5bD8zja1+fp72iL/djNzHX&#10;BRMH5iIlVlrXMZKjPaBQQZ/XIMs1MBKc50okM9okpnol5EurtHgWx86lLGOCkJg+GM0mp5KX5QWn&#10;qEFtDSoy0rbaAe5V2rjHoB4dUoDXGs1mtUa3Ma0eOhpnIsqOVWxrFa7aETV7iRoqgKV010FAol5F&#10;yydT7IsHC06ulhI5xFumCBhnCn7D75fV2IszNhOJu3G2wLgS+DVoYJIprK7WHY6HmNKusGANchNq&#10;b6xNoXmQ6mtN1zKeL0K9jY1Gjps3sbMB0akZhnhIe35aNLPMSGn0xkgdZzP36ZAS2QJZGMcrabnK&#10;Nab0QGFQZai/cILhrFtndf2UGozKjUmEXrW7rodhmZYW74TIsz/UA1Xdq4is2QKcK6ok6FgnSZGW&#10;j21n3U+KfBFS7SphzSTz309RetqMxlppWMLcynL/B9AA2WeqM0UvU1yLkoK/Kf7qFTzESOIRU2wz&#10;dxJx46ZcM667rNfFw9+h8763xK0qeo+c2duFeupZVBuzbpgGHgrVWsymIhY2V5ambJwsuUAR+Obc&#10;4EVginCxjY1cIWxQAsihdpz8W0bpR5JMLlLI+0SmkaWEImvE0/n854Z9ma6vkLNuv5xLRKxxnRNG&#10;QpnmKxvV1elZtPsNLJ4/jIc+R+fTYh0vvutuTKyfobN10qAlmb2BMCNBopKYQCfXq9YsbhnXUp0U&#10;/JJid4YKnFMFmT1jlD/kWWpkfBxPfv8xPPTd74pRAFM6qxXPGlK5/T2W+Mmz81TiCpYjpnM89Geg&#10;KiPQ43QPRx6AXrqMIsXCHTZCy9Mn1S+h/ehXEWzdg8Lum9Gd2YS+NZPhZm4giEpPxu7aqqzX1u1y&#10;SM2U+qgSd22JSWxsKGwUMYhLi2Tm3n5w0FRCY1cpYinWptgceCaJNNpiVh7HT80nXLMoex4lsZV1&#10;Lx8+7rJFP6aIBxRfvP3d78bo2Cj+5q8/i5PHb8I73vEujI2MSMGpS7klawNfnLuCuYVFPPq9R7B+&#10;/TRGR8YwMTVGeWZZzOU4nWEcx1J9Cc36Iq2BKcssoM+htbt54xbceQewbt0kFubmsGHdOppTJYkd&#10;fdGlzNnLjk3xOzGPyGqX6sRl3OlprqAwrkHp/WGg+Ibfl9d4ng2I2NyP0XWUWzKQg5lrvhhXluj7&#10;BbtHmzEVSSPKE5j1d+zEGTzy8Hcpp7xsGFP0PlO0Nm644QD2HziIW269Bb/x67+FJx9/Ag9+7yE0&#10;aRw4NWJ2GEs5PXusjb/69Kewc9tWvOtd78GBmw7JnM0HwUBx5oWuC/wj19Xa6NW1C37u30nkpsw+&#10;LnmHZzWTHVoMhrnCkjzu2GDG3Le+9nXMXr6Ed733xyhFi+FbpJwwiGC0Xnl/ZcPL3/x/fw1PfP8p&#10;FGhsGAXJl3Fg/z588Mc+hJsO3YaZjXvwkY98GL/98f+E//y7vwIvX8fr3vhGWgsFI4XjGSbnKM37&#10;n/6JH8dDjz6CY88dp5xfo1ryJcbet+8mbNm6W5CcAZuLhj0j57BiP74K5VkP60Cq6x6rAWOia+x/&#10;w+M1QOn2vUG5n6G4+1pIwWzBL3BBOSwCSFnNFTM4KnGVdJ8jSAHLfRaQikX+uQ61oxA50UjPat54&#10;Fh5t2GO+uAsxzY6ySVmUXDjw7UHNXbMcOohbxmSCC31xu4+gQ8FjjzXSPNGP48fg9zyBBQmlBUZo&#10;WtvYi8sCTNsVLX1TZuaGpaWx2I6nDWJZx6YMg6JaoCSvTt+kaYhjoyHm6Oslus66YrFHG3TmldHZ&#10;i5hGnhctORaqH6WNojoxidJISTomTGXs0eHYUTmDRtJMlTVi1sxXP3ZxAfd++StoNxrSyWKkzLb1&#10;k7SJb0FhchQNeh3boDdp0z158hwO3f1ySZg5S5uvt4TSt5EOfN6E+Dny4hJdK2XMSUJJngMDJWFE&#10;jxRFwsR1SLpkytiL+0FOIK6RpZcy+s4kAZHpHrEzb6mApaVFnLsyj8r6PJ4/swBFJ0yunKfNcSOe&#10;0yGeO3FKirmHDu7Chk2bafGX0Kfr5M6RUIjpWoUmymYj9IzqSy26riIFG3n23cZyo4O5uXnZPC5e&#10;uoA6F/X6PSnsGcSnSWq4EMFBHW88LJ7ZbjctLbePXMEgfnhTdkmdjvyUNkTj2KPrDvLmh6zXyGL+&#10;UWcR/WhBHKc8mhF+fpKCwzGMVKYFJcmbICP52t0FhO0rYMgnF8y0WpINha9HuiFcqIv7Num2OpeM&#10;9tK2iKdTdSp+T36+bvGyDh0XKnUmQReVPueml6HPMcKJUZmsWSg24GJK41CxBg3RZ0Rj3wS+7DRb&#10;yFHwHk8h0DV6hlUJUkLVN+uXXXEZ8sqdMFUQGk8QVOiaq6Llp4TSXZDNlg9OniFBrwGvtwCdE2Iw&#10;vS7GyEgB0+MdVGidVMqKnh/TPkzixl1KDj6Z3sOurQyjLxXz6LCjcatj6WmeaE/ZEieNHc3LfkDz&#10;HKjT2HWiAvpdD3OLdN30b93xkWPHYrqfSPj1FGgVxmgespOgQcmJNABrXUb0mbotP+uqlhw4LRqb&#10;4vM+zl7gw6eGoPZmnO018e3uPILuU9g8dwEvosPlQNkUYDlQ6zkqnzZ0o8gGqqJ9R9ffpv+BnqEO&#10;GzR2RUnjTG6YM9pX9L+FpT7OnjuHPbu30Ri1TDDI645f40XiJMXFajb9URPjiE+dQ4vWfVAeQXOh&#10;CY8Nf+jZ8FrK0Xuy6Q3TlkvFEUH2MfQ9V6H9o9VCo76M0dHxAeqNtlo/PN5OF5L3Jm5GMH2fx4i7&#10;yCUxFQpl/cZWjyGfoz8lLUGPGaPIUNP4/qXAbosJsXk9J3yMuJMiZNyiw7lO67yOK7TOmRIR0H5Y&#10;yI8JspjRu9yUyBeL4swrDspiFuAJ+tAkBvysc4J8MIe5MsYrtD/Wabzi5nPShChNVFCobkOz6WOu&#10;1RUH9xKt8UJ0HsXwEYSFnVC5UdpSi9Ip0p5xLw41yy3QPOyy0UcJDz56AV+4ZwFt3RPUhKxKdpKm&#10;+2LUNgvTK3omhfIYOq1jmKB5zzporGvIj8Y1npIEVq1iOJEpPDlwttZDdhdWw0/bZGfAo1RlzDJs&#10;lLCaBEzqgjpIfc0Y0q9KYTVFR71G8W8lNXew0KUGmb9XiYXdc4m1Ggp2rpYMrNRMUQOaQmoQMZgk&#10;aCpTJEWCJIydMYtOx251NEhaxoxdPIXUUGTQeXf1W3eJweoBe0rjjPVKFEqi4ecQTzrdl7KF38Tt&#10;2CWkci6Zua48NXAtnkWCZ+95OMBMNZstQtEWFh26SpJzOD1QZbXZVKI7FyfzZahg5xJppTOUU53q&#10;4tkipEPTJQVszz0fz5GJB4wpfKc5u2JO6hXzeDAoV4O866TgZ5+JUqvPY61XLUoPSOcoV+jLQmjj&#10;jElNSikfWGeZSZnu5d5gVfAqJQ/PFl8jp9sKo80Ia6YXWedmRlBAWDUFivHWQdf6pmjX81HUDUON&#10;UmbmmQJyT2QNGFEmxTepH+QpDDY6hWIsFWvr2KmSApUz2Eg2RtsMUyqdv14iGGqd5GMHMkgdpGOt&#10;horkXoo8to1vDoeZGSKFaGlwmxczJTaOO8Z5seijw4W7fJ9ikot4/OtfpZghxk0vfhlDF1GslJGP&#10;wgTgwEmkjZZFisjkUcA1Ny9rJuF7g0lfomepPVtAB51zhtm0d99BPPvMUXz/8cdRKJXkbMpT7MU6&#10;2Y7+JSwOTtathAvnNy0UUGWJk9EC2t5mVMMXo3nkfjonz0oTtxCZYkeFztD2U0voNboUT5WgKR8R&#10;dB/Fgqy5xTlf5OukyPWD6rDFSbPX6Qf7A26uSqVu3c6YhH+H4wDvBRinqFW+zu63cbYBkXyuPdEy&#10;Rj5Z1I0aclqWwqS3EgG04vy1dG1+nlWaS9yUf8Ur70a5WsU9X/giNkw/gBtvPIix8VHMzs7hy1/6&#10;Ip49eQIH9+3Dueefx3PHjuHK3BXMTK/HHXe+GLvo+6VyETNbt2F63STuuedzGJ/4IPztntBJz1OM&#10;2Vhq4G1veQ82b1snZgW8ODuUW7t5I5T/vpHi8XScnDoKg4hmt8cora6rqLcW8u8fiwYdRk8Lm4Ke&#10;HwM8uNF+7twZPPrA/di0eSsOHroV4+OBAXnQ2mGEnzQcaIiOP/M0Pv47/x92bN+Bt779nZiamsTi&#10;wiy+9rWv4j//7u/gFXfegfd/4IOUw27C5N134OV334U65ZiB0qI7x9febbfx+PcexK//1sckZv6Z&#10;sTFs2r7doNtEF+765udq2pUr1pW++oS+nnW4mlmEo49yzilIvETLO05kSLzEWEolwACJIXyWaohw&#10;+tTz+PK9X8Wb3vYeafb4gpnKWY3nWN6b3+HeL34eR585hg994Kdx+0tejE73Eh6+/yF86tOfwq/9&#10;2q/jI//r/0Hfv4XWwl2YmZjAL/3Kr+I3/8vHcOnCWbznfe+n/GVUPjvHOTTli816V86QTet3SG7Q&#10;61OsrsoIOw1USnk0KN73i3mpG/DYQzm92MDKTV1lDiv9gsZstZ971yjMDv++o+66cfITM7HrNUDx&#10;1iz4Be4wHQjkEuZMxt4tVvZ1zs0zNrobA81VnQk+PNMpz+eN/g93ZoNcQsWQYCIylDyG1sa9Dnqt&#10;UJItRX96jb4k1FIQZOMMOWAcLdFQzUKLPvQ9S5/h59Q3XSwOFFlfw7NFxx4dTkJ/pffIxaZ33WMq&#10;KL22QQfgFfr+QkFhjpK1RfqsDl1/Pc6LRpM5ZPJCd+Tk28tRsjhSRrU2Qrk8JcLVUeQLRQkCDDTf&#10;QM0bomGVk+fEQZNPr4Vzt/NLQgNjvb5G3cMtOzfjtpfcgRq9J3cnvXxVqG0+JbOqUsP4WI2up4+z&#10;R57BzO6tlPz7tADm5V7KG6ZRv3RFkuhu7MsiY6pYmwKuwIrv93li0zWwmymPU46S1DAy+mmc0HMn&#10;n7u53D1k5I2YXDDdk7vzPH4srk/P/YatG9G8dAAPPfY0auMXpIB3+8tegm7fBx1ZOLRvB9T+HVJk&#10;6FBQKKk1I28YkcWuotwZYV0wWpS8US7NzmJ2cQGNxSU0lhtYXGpSUt5Fj4tO4kZnrsUU0WKxvO6y&#10;4y+bTTh9DXoGTMk1B6h5vsZ4ImcXuBW+cxRGGMFdRkApa3bBRT9BR/DMYBQZFw1VE71mE9VqH512&#10;XYBuvKFLwYF1TnRXnNtcMtLrd+xc8Y0OoFV9d50+R5HKZOQSLHixoaJwsOxbakJIz6dIgRybiPDG&#10;xLXAuEuHTJHHtyJFPQ6KRKPNM1x5YxJNd0D3XSkXUCrQXKI5q1gjMajRe+bRrjMCLCfFId6U++xQ&#10;ys9MG6c6vzQhouua5qfHNFyh6/JypyCYu4Q0VwoBG150UKJAuETPsFRqY6RgCnrVMtfUe8ZQgVEB&#10;LnG0GBimt6p+y0oEQBB/USeSz/QYfUfP0IGti1rJfJSnR2Pil2ncap4cMOVSUfQimj3WiaBx6kGo&#10;7wvLPhod1oH0Mb8Yo74cotlllCXdMz0PlWe3uTIdAKNiDhPwfeU6Upjt6ZYUo1j3rcMoANYu8WcQ&#10;1zZjrtbE34fn8L3uKWz1l3GAxqycN+uG55gUyANDKeiFJnnrKzbJoPcVnQrxYZX3NB1pX55tJ9qK&#10;T3zui/iFD39AirYidchah4oNYXIo5rRFO2rRNZ1aP4XucpvWcYQKjb0I8gsSqYtGs2P2FjDVqiVF&#10;Wog2YB7lAs1Z2ouXluZkCnLHk9c3r0UxqPFNYsBTlYNocUmPjSZnFFFQ2G9LAbbf12hx44XdDGlP&#10;7TLSrt9NEdSeQ42YQoI5vEyHj6neIXddOx0al2V06bDmgCig+VQqliX5iq34OlNYGPXBe1rYt1b0&#10;udigdCOrtyR8WLo2hvbydXeW0V48h157EQXVweTkNtqf81ikJXrmbBdzsy2o6hTWT/kYDS9QUNBA&#10;WLwVcb5EH1g1FAGP5QUCKbQGDllH7/HAExQEfnMBXet62HfIdqH7mvNGFXMoV9hMhHbCxQb2TFex&#10;3I1scmsSQdaY5HxFW2RZPMDEsEYca8RzpgCY0qMVsq63KkEapJWY9HXDRYikQLWKAUdS6FMDOU7G&#10;YDLrbph9H7UWG3KYcbsmyiLGShfLYV0gNVxgHDK3SGmMyOh/pdRNNXR9TqNNDwzDavqAq1TobKFH&#10;ZQoMyPhApABabZG7meeZKQCu6NRqNfCkdea9BrX8HLIPSbEtitN/x5nCWgxTWBAUVhxbNJQRGeez&#10;losDBuGik4RasCme0ftUDkWtMkhI+1rfIlK9zHyEFNi85EFITStB1kEQX+FARztGqoWVoYNbdA0y&#10;6IPk+rLF0TiDmh4Opp0GDSxyDN6a1CXlnO4zNN0kbB9KllYWC+0sdqhDG/DHahCmltJ94hXVVJW4&#10;9qoVBcgVyUYcXVXMx9F33Z6c0KXh3H1Vpr4WWifjWPZ2ZryIFra41+ZEAiOsTUrSoPMBOss95MNZ&#10;Y5Thdy3lPp/oNGpulrKciVWg5TPQOFhqgxxNCruWnpuJ57I0R5VZu5GLpTzDgjDbXGTnsnkUQc4w&#10;UaLYvrejB7MrL6PS2HDCamlx88pnDVnfyIIUldGg5nNrJE/nOZvtsfZs+yKOfPObqLdauLtcxvRk&#10;Df74DMoBa3f7wpTlc1hLgW1IYXGIWm3l76wQv1q10JwUsrXRJubmGceBpaLC9IYZ+bXjx57Bk088&#10;QTFLLJpu42OjyOXypiFrJSWMfEsgmuIFipFDOss0xQEB8uhspe/xAzz2OILZk4Lqz9smLAMCcpee&#10;QfnpCfRxA+KJMYqPKE7OFcUgzAs5TjONrGSsBpJffU2E1tWonrGVcREXV2EXRdY9M3V0Zbq0vgZq&#10;L0ufXY3aG2dkHEyRNbDMNlP4EGSSNvsM50XaukUzMMC3eYVDHSbFwwzSz1eDZh9GkiYl4YmEjhi/&#10;5DA5Ooo7X/wSiXs+f889ePrZpyhWmca5i+dQKBbx4x/6l0LFZRAJ526nTp/GY99/Ap/6zP/EW3/k&#10;rbj51lswNlbFu97+dnz9G9/C3/7NX2PX7r0SK89eOo9NWzdh27aNmFxXofwwkPhZIZVP4FhMULZx&#10;35xnIvfirY7rfwFFurWcaX8YWo/S+KHr7PcjI6PEwIZOD/c98Aj27+tiZstu1Ch35rntM3PMamUv&#10;N+u450tfwoVzF/GBD/4Udu3bigr9bGZqjNZRleLlPP7qM5+h8LmA933gX2DDRE0aBLn8OO1/kYAr&#10;ODcbLXm4+bZb8aq7X4H7H3wc87N9+syeWSuUZ2jdvSrFWQ8ZKl3tmagEaZm5fc9b8R4vpNDnvs80&#10;dWbysZEe7yH8tWt0BQKwia0sjDba8tI0MUCEfL6Al7781fi7f/g8nnz8KF58121y3otEGMXuc1cu&#10;4g//5BMYGZvE448+jP17b8Or33w3Nm4Yo7Fbj107t+PgjQfxO7/9O/job34UH3zfj+L9H/oA9t54&#10;I37ll/9v/P5/+338+V99Gt958GG8/tWvxQ3796JAeeeTh5/EF778BdTKG/HqN96CkWoJednreI0G&#10;IkMWSIG3J3UU8B/RF7eIeLtTpwVstaLAt5p50A+Curza3qczzr2uhpaGk/qqHYwUpT+4rmJrEMPj&#10;FzgorhQklM7mHJnWo7IxgpIDU2Sr2JGL3yjwDH2Pk0WmqfHEgBH1Nw81MlQjpomythLTcNncgDnU&#10;9BnsjCUf1bOCmQY/LUmvFPqc+AzX8XjiKfkH/NBQbRQd7H0b1Ob4UgJtEUGmSBexYUaOjTU0GvTL&#10;lwoBGnRzS/TjBXqDBh/mUu7wpdMhXH0KanhzHS/WUKiURD+OhTc9dn8NChIIcHInphyiP+ILdVd6&#10;mBYKLbRX64SruZvADzuXsweZ6ZqyXl+e8vHi+AimayNYv249utwt1L50T4uVMYFw5ys1KHpOMzT5&#10;H33yGbxz91a06P3b9WUc2jKDyroN0rnh58a8dykA0PjkC6aa3Y9M8MnXzQUuLrKy4xBTIsWcg13F&#10;hNrbN4s6jpPuGrv+SsFAqJt5TNZivPn1r0Kj3aYn1hXtA+4MReL8FxpRVLqGdmgPZxrvufnL6FLS&#10;e/nyPNrtLuqLs2g2l9GiwEmEVaXKbosC/B50bVzsY209pllI1yE2naZYG2F/0Wf0jBBLSheLrGOg&#10;QfBJEGoqvxZoqoSSx69TiTNf6l6r7es9k+bLRsG/1+lcNsU1mEI1G5nxBhiyS5yyCRGrxBUqhpbj&#10;XPTEgc6InSapgQPC8qZjkQ9aZpFvaTBK9NXyBZp39Hv5Us5oTDBNkt1Z+w7dQM+9WKL5WRY3qUp5&#10;BJWRMfk9NnRh6Hqn5WFxsYNmgyPRUII+ozfoS7DtC4qLUWYVKcRy4Mt6d1F/EX68QIFgCyO1EJWK&#10;j6nRHMYrMapFzxR5epEprkaLtFaZkumhFFNC0Gf6M2+uHbqroqxxKe7HpgMnLtFJIEFzn66jQ3Os&#10;awtGFUvlYvSwzB/6WWADPi3OrZ7M8zYXBRkdTC8uSvEvQK2gsKnWM0VehuQzPYc2/cVmT6jxS8tX&#10;sLis0WxpdKIyvWYCQWUakVdBySuiz9QeLsaUaDwingWeSQLCLnpsBFTYg9nazbjUncMz3jnsic9g&#10;6/IyxnIhOnwQsrusIPxg6Gf0sJuLz9M6vgO9+kUT/lnhbtNqZIp1jMX5/fiTv/wifuZfvIOeZVf0&#10;EvtxKvSuHCKa1h/lT4JA0DS2rWXeR3sS7LMTbLHsC4JscbFOz66JUqEjBWPuQnLnk4uJE5QQmP0n&#10;QqvZFIMP2RP4WnwzJ7iz2+kYDUpG07KMXxTbNJrHhJF/2pi7qNA360uaGCrTBzY0VaONEiXxPzsF&#10;c9DM32PX7263JePUC1tyf4zwrFRYD1OLuzabFnFRj7U9fKGoM3rOEwMiFffQqtdpH5yn610Gt2iq&#10;dODPzEzRnl6kMV/C80+eoaB4XvRdd2ybwQ3rWgj0gmjsRaUNlKzkJclkMxJuDMVMa2c0aJCXtXnq&#10;dB3fun8OTx1tUOKnRKMy8A06hR2mI6uHmWM9p+pm2tNrQk/O09qpBnSP7FbqWS8UF7CJiYc9vuPM&#10;YavUirQ+jjNmF9YNUWeoeo7q5rmA3bkmxioxZMEwgi/R3LWauhkCYmrwsBKUktTzVIrSu2qWtVYj&#10;WmUlQzIswsR4IeuEYRFhA0WhtKA5cH1qsKKokdKykgRMDxUcsxRXIEHEqSH+VZZCm5SKdMZ8Ilu8&#10;yyDtsgrQMnJqBVNkJfpLp0WQyH64FOF1Ro8v1kkxD3rwcx3TNkH1uevw0nsNIyOrwE0FacRYdJQ0&#10;dyxFy7k5X0/CYIdqRXFXYRDCmg1E+5LAqwwaVK2KmhwYgWSORFihIzj0GvO9ePC6RcsMCQJsEPHp&#10;rRGIqzULz4b6HSfJa9Z5OM4UAj3boRfDkziyunUZCm4G4efceA3y0sUlqcZhWtD0pNC0IjHRes1n&#10;qYYKUCJdbWUkkOA3BlGNfK2GxsiNj1E6j8sI81WRIwg1JcHRRZQwS2dRX2KiSHSybHFWDFZ8SZpz&#10;ypz5kTRmHRoxMuwaDM5jOUeFxinHki3axxktJJXo/elsdd3F11a3zqADPdPIEgFPi5TzHNKTfjNn&#10;qLNcxGHjvAI7/NJ5KhRkilt9irnacQetzkkcv28RUX0Jt73+jdi6neKR9RvpnPVp/zfghRjI0KVX&#10;zhdPXQvZlJb3hYYvwr2eQdnzGUtnOCP8gvxmVGo1cVJ98P77sHvPXtxw4EY67wtSOJLYiJ88S8pw&#10;fB0xGck3mnucq5Wr6NPf7SLlNqP078eLwOWTFPM0EHWN7E7cqKP/9HcRX74A7+At6G/dgmKN4iam&#10;fgq7wyB+HHNr9fu41uGgr5oUp0WQ1V18s0ZQqx9Hq6yDYSqf1a7m3w9ji3S2b8gsM268L9OzYKMG&#10;nkuT0+sxNjomsalvD2CDXvaQNS3SmYaBt+KgSpHr8q0gEKOCcVond770JeI+/KUvfRF/9bnP4jV3&#10;vxJveNNbsG3HZpRYVqVQRq/bF6OOAzfdhMcefhh//pd/gbcsLQo68OYX3Y6bbrlFcsK5uQW5hkOH&#10;bsTI2DgmJiclTxYKufakcB9bmQZGoXkJOEFbt/MfrLCRjpP6oVJW0wZPP7EcYoYdyyzt2LcH/+6j&#10;/0G+z4CcDmtaq5wAH7iQzfsv5+INin8LlDNMTI6KIQkHuj3KY86evYjZK1dwx6GX4NDNd1H8GQlb&#10;sJAviHyWpj0ilPzHw1KjifPPX8Tz9OcQrZEi5WFsrKgCvufoqvP/2sW5VfTbMCyzcn2Fvqs1tgxb&#10;zbD8uIDHhT6R3+Hc30oniNmjBQF4osmaGkrwrN+xaz3e9bZ34M///BPYvmsr1m2g3EqYbH3k2USG&#10;fvcTf/yHUjN62csmjC4is/MKVYxSbnnnS1+Kj23Zij/+wz/En/7FJ3Hx/AX82I//OPYdvAG/9bGP&#10;49TJE3jke4/gsccew3cffEDWXW1kHK999dvw8rtfT585JuwaPm60FOCNkSUDwVhf1DyfaEAG5noK&#10;zlIMV1enqa9qOLQqT/iFFQSzY3QtncW11lk2PgoGVH8GWtdWe0biJXNYSovJM90W/rcI/fPkiA1F&#10;VvuG8qk4KWexTKaG9Tqi2RR1WVCAvk9ZrIrsQebZ2DJWSRCrs71NHxYSzzRDLdfHtQ7++LBs0IJB&#10;3yQ2vK4YpdflQ7ek0Ch6OEd/z1K0sEAPoM3OlzqPti4a/RS5j7wUTZjayPp6lZEyJf+UcI5OmXvN&#10;06YaMfonNq6SgQlcfIGw0/WzQYMtgsWeKZyxoxXr4AlaJtCpE6LtQjAiTahFgj7j4pyPWq2K5YWG&#10;gd/TBnzqwgUsLcxj3669yFeKqE1WcJoOnY0zNZw+FuGZx57C+pfeiTptNHdsnUF9bAIn2j006OvC&#10;GG1I+ZxsRLB03ECspkN5rp1Wx4YiBkUW9o0+BhtXBIGhJve6kSwWScwZXcV92WJFnJxEIM+L+LFJ&#10;F7dEiXhH9KtAh8kEGkvzWLiyiPPnz2Jxvo5LF6+g1TL3xqgnduUVFy8OhZmizQXfZh2Nblc2F9Hg&#10;YrSP5wta0lCJrT6PpWyIrqBQZa0RgU4d2YzLkqH7KuXcKB2az3TBfQdQ566vr9KEw9JnPXbWpAnV&#10;FTdCOiQokRfNGgnE84LQYqqf8XvqJzp8Rm8tMiYbHNDHoeg3pAmhWYxcfHULM+/nkacALaRNkLtt&#10;OUbhabF2RpHury/daFP4ZquI6sQENsxsxOTEBhTptaVKRRBdTF3O+wXU6200Fig4rcfo02HmF+j9&#10;44JoIXI3kCk5YNQd15lQFQqO7nXRb12kddRBubSMg7fmsHm6QtdRkPVlOtEhWvS6bp+LNXnj7ooQ&#10;ZSm85Gl+eEajhJ5xr+fJ2s6zwlocW/MeG7HrFLUgWj9gJ1mntRNLwCSj4ZkNqh/DooENEiCXU1IQ&#10;DWkjKCjHTreC30zfLvliCGEKKz3G0mF9NY/1FTO2Yc9Ho97BfLOBucYCzs8+h/k6PYfitFEsoPdo&#10;1E+JGYnaeCeiXp3m2zL93oLsM1q8j2nO6hEseAdxf+EJvD7OYV04LwFwznahu5Exi1icO0Nr8gar&#10;xm5Qe1zM8zyjIepp2j9pGzry9BieOv4c9u0+iE5/HhUZ1zn4uWlTOBPqktFw0AUPhVwJHTYm6USy&#10;H7a7TdqnCihXK5S8lNDudDG/2EDQWBbUHOvZleiA9VjHkzXo6D25MSB7rjh2x7LendMxD1cxX5bX&#10;hSEXPQ2S2tA8A0neBPnJBVHrsI7EiVDJeuFx58M2yJsOcqhYKDknBkHSkNFstlMR0yGRF+Ajosd0&#10;/Toq7CA3XqOgoCAO0R4FWjzmCNs0FjHtYw0063Oiz5cvVTA5VcHY+LjQxy6cb+LZI0dw6vRFtFtt&#10;7Nq9Gbfftgsl3RFkcEjBcjBSRTscE91X39aC5Dzj6+Q9JzeO506ewyf+x3F6lkXZx0Xgm5tMXmqk&#10;w6gVNv0oVjZCF8dMwbB3hca+J8lweawkDpDcBWZEREFZbcbYzHHZN1xH0XXnEskflRRM3L+ihOxn&#10;EZ9O08+5QyszT3hOpBIbaUdYO8MbR3fLSK9FiS5bAgBKzi5tenAZDVxrgKFW0lPVNVi6SZFPD5pZ&#10;aJthxRkGhY6zyV7CxBsoSmZ/PhBf6QwGcYjuOgDMG4A42kZNPGQWMgjQsVgiV1RQgzrFFkV3VXzL&#10;QPExpR9CZxFlTufVovRih/AzWnxuvLL3l5izIC0IpsYdOnEOZ81UI30SWf291KzH3ae4qPJ5aQ57&#10;OJf3BG3lkn2kpitOFy8eTqx14tObMDsMotIVAtPiQKyxktabYFiVRdEMJpKpk51O6X9exh0Og053&#10;buAHDTiuohsJtZIv7hYBy2bEvRWBv2cbrEKrtkgJMcXKGFANc+Xd/qkdM2bNhODaXHZtn7GMlXLF&#10;7FRHKLJnsEoaB8pqNbnmqkExmyDd0Nq5KeyJQdIkxfddxBRXoEmxRofR1Q2Ku7oicSBIbkZECXI0&#10;ZyjhgfBHkoKfFOW0l+j0GVqvLzIWPMaRXRtFL9V004ksQVqMMKaCSM13rNOz2b+s7qQtZmqrWct0&#10;UM/lGqxnFHlyvvS4YBdz45MivQiJRhyPcb3NmcMSzj7xPVouBUSvNfewgWKyTrEsz3PEM3PfCMl7&#10;q6z5TGMnq92XwZo6CrfLGWRW2/fj9cayGUrRmUlxxH4u8FWqOHH8WYzQOTmzaSPAOsH8Wk54KTYK&#10;tJGVMXFlaOcAPV86wwsj9FV+M0Bnap7H4vJJmivzYr7BrArdoTG9dIyOvT78chnL9Oxy3IwrxkZ7&#10;neO7yBkregmCNi3EXZ8W23CBKNHxsyY0iZ6nThFOnsrKAKihJsPgHr/quk5kCMwT8SwYI2KjBmZo&#10;UE7SpHk9P3sZp0+ewKNPPCbv/PK7X4W9e/divDZC4bTRj9bWKEgPSQJcS1NQKMz8p9+V9+DxLRer&#10;2L9vL0ZHagKkWFpckKIt64MH5aJZhzQOY7UayuUY+284SH/fg2986xu47bbbMTFWEWfa7Tu3Yefe&#10;faKRzv+VWbNZEIsFyVsiu994vo9hp3sx/rkOp+VhrbHVNCp/mAiplf8FktcFtvYgAAZaq/zsONdm&#10;4AHrVV+5dAFjE2OoVcsoUC7L7JC9+/bhG1//Gk48cxg7tk3ADwv43iMPCR314N5DePs778CWbZso&#10;blbSMA8FtGOuf7HRwJPf/z7OnDmJ+777IG45dCte9/o3YOvOSYppfcnj2YyOC5DXg+z7x9JFtX7h&#10;moCDLu7xwAIRVl9s8n+uBXQpXzByWPnE1DGRCrDYcAY2sZr2P3vzW/B3X/h73PM3X8E7f/RHaH2M&#10;isEm5+j/6qd+Crt27cbv/cHv4/SZ0zj+zGnctH8nxckt8THgPW79ps34N7/4S9j0F3+GP/yjP8Kz&#10;J0/i3/78L9Ietx133HobDtxwA9773veLRrfoXtMeXcwzOInyLopRajS/u+ztYGOXlOKvTFRpTS+V&#10;lxrLDiMnXV56rTHQtvnmXZfz9guXO9BDjAdRUR5yRl7RNdarU7vdtfs/t2/TL2uXJFgYs+fnjbsg&#10;JViUqYnLI1tRo0CHIH/NdNxSSYptArfmg7nXRdRoQ1NyFS835d9xnYKBJbrQJiVPXOzjAkEYm0Ca&#10;RaL7ekBXXAcqocDEyurwRWKaK4l2zKK/PMj0/ZApqbQ3L1SByzUPJydzODbu49nxPJ6kw+4oJYCn&#10;KOmdpT89SsbCHCViBZp8o2yWMYaRyfVYt3ETNmzciNGNMyitm0ZQmYFfGkFf073FBaEWSvczYEHf&#10;nGygqsD/DsRhVBAHLKJvA9k+09JgkkbRYPOyAb2ZSGEcWVFhU4zrUJD9zJk5zF14HmfOncf3Hn8M&#10;p06dEaOOrRu30sZUwqVWB+dPncYN22aw4JVx9vgz2L59K44cfga3H9iFeHQCJ55+Gru3bUFldASa&#10;xo+FWfuibWWKD6JVoC1nXUdW0Ncg2DjAElFjpu0V8ta4wjPdOqs3xyg7Y0sfmGFknbNGB5cv00F4&#10;+jyOHaPD8NHHceTIUTz95GGcO3sGs3Oz3CcU+nGn4KFLSf0SJe/doo8mPaOlE2fEaINdjkQovR8Z&#10;+h4n/k6rKTYdbIWMSHvsdD4gKC63AFYeKAbdKb/tZTv33iBCxSa/Gql2gdGUY8QOd0nLgrYUS3J6&#10;tjEHPmLwwQ6gHbEC5+/1pRDRSZyYBF1oXeAYOeflDI2zUCojT3+4C1QoUNCWL1JAW6D5bZypK/Sz&#10;ybFRjE1vwPqNO+gAOYB9+2/C9m37sXfPLtRovLkI2YzYGMIEt62mxvkLHcxd7KDb9sRgRPllo4WZ&#10;K1KwQPOUPj+g4NyPcuJ8qqNZVPNXsH58Cbcd9HDz/hB7dhQwQTFB0aPNUkS1O9Lt5OCfhU55HVRy&#10;HktWikYZa+lJ0sY6eLFJITzRi2Rx3CIFIUVMjI9hcnJUOmijND8nmXIyNYHRMVqH1Soq1SLN84I8&#10;G04mcvRMuDDFc5H/5PKe0Jjdhi20a/qaDWg46CnQa6SgpCJBAuQFrRwJqpALqHxwiVMfu7XSdTNY&#10;cpwFi8dr2DEVYPe6Lt3zMhaWjuHK0uNY6p9Gq1dH2Z9BsTBDc5KCOnqW7E7IJhg5azLi+xXkctvx&#10;XHcOpSDCBAeIKoRTGuzS/z9H87fRilGkfcXMaV8CKcF2BAa16Wtf6DHHjp9DebSJjZu3o9ep0/tX&#10;ae6EQt8Vu3jeW5jW41utNl6PnhaaER9yomFDLxqhPY6FvIsFQ6XmNWY0LVs0P/uydhnZy4cwP0cu&#10;8gcy97QRpJaEORTkX7NeR5+LcxadJwhBEXM2+4MIoIsWoU6KNQah4oJ1U1BwBQneR/rdruiO9i3l&#10;uU/XFhkAA2ojo5haN05zZAIjbJnMbuYUrLLeYGP5ChpLC6Jvyod5pRpg3fQkKlNVmgNlXDozj6NH&#10;z+DZZ57FhXOXsXG6ikO37cT+nRvp2TXRpQSpOD5JZ0dVGhVCL9M28fMNEj2k/e3SYgdf+sZzuPcb&#10;l2hvojCG903fs+7x/Jq+dULVYlSTq22BXxxDxGcmJ8CNM5QIPyeaIVv21TCZZzf3OAmoHa0vSUKt&#10;mLGk5dmCWgZOl8EfpdpBtuTiknnXhUXyE1siyQYB1gXb0T91hjUbx8N5k1oBRki19DL4DT1o6psY&#10;TmR+pgcoB+lnesgWD22wlYk/vUxiNkCBdU20bHFrLW0mPQhLTJzNvCE4iMoUnlbwfZ2O4vAPUh08&#10;V0yMBkZKrbwBR9FzXhdQmSKoWvm+WEnTdSY4iUFHrBJUoqNChlZ6JcoYdwgCn16Ur9ZQm7lJULxK&#10;KC55k1QLqs+4h8ey1xqEdUovcdem7fNPzTSkUGNf5LmOtC0iDdLbXOHZsz0QO1+taZdn+Zg6Uyx0&#10;xhqJkYelMDnaSpZFnsjJu6K1RfVr5crm6WRO6LYZbT6lMgmpynzP/WamQGjqN9EAqs/N7iiruWvf&#10;R8qjOsXbaofytoVpT6X3ni1AKy9d2xIUD7jwxqne50BSkjFEsXRfNTSnoJz/nrQqTQKXIETtOMve&#10;bmOp0OhOs2lDn2IVLnZojo0sqs1nAzMdZnQsPWs54hljL6GK2+u0bvBxbJzqRf/OU0nxOHZIRJ1F&#10;GHmJRp8Yf9jrclx630tSu4xDsjUoitMCKCND+BwNfCNCL7GuMgWkfAAxM+OGufsdBizkbIGwS7HO&#10;0sJlLJ6fQ3nDBopxqtLQKTMThJvMOjWDMXDadF9RFs3tzLygs47Pg0jTZO/S1kTQFZDs+AS+ObtY&#10;k40N5k6ceM4Ys9E9lYtFGbPAc0mpL417GWE71wqecbQNOfejfE5RrhHRWavofC0xg0v0yD1BzOtm&#10;A4piB5Yi4rxQsUawZ5sagpb1UwkjK1kRD6rJXjUZHl4/qXahP4CWRfZZQa2BjBz8UiHLrDHUaM9B&#10;7b0M5jWMbIzSlyLH3Owsnj1+DM8ePSpxzs5duyguWYczJ08ILZRNF3MiU+UQ+8OmVekhLs1qbbQt&#10;vUSCAyJt5YqZvmd1uWHYFjWK46anp/EcXcOTR57E+Og4xUdjJre0vYl2pyNr+7v33Uc/q+G2W2/F&#10;JMV+XEwv5KsU7yoU8wWJXY0Cg2ddhVW6bw7lTf9Y1N1q43e1QtcwMmp4HqTNHC+RCzFxgpOgSAuS&#10;/di0nvqs2SZNW4q5CkWhcD7ywEP4vT/4r2jTHN69d79h4NHPuFh76QLl3I89huZyC1/76hdw/soi&#10;XvfaN+Pld78EG2YqqFYnBOjA56sAlCxjjc/X2csX0Wi28bKXvQIvu/surFtfo73D6PlxETLwI9NY&#10;/yEUN7PPZrX18sJgfRmKhhV6UVYHlWN73l86FKMvLS7h5LNP01zkHLhoqa9KGI2e6KALdk4ISrxX&#10;cg7HGux/8en/jpFKVRzDOfbgsk6xMiKu02PVCr77wP0Uoz+FHVt3YXrGgCwYPMC3wyjpPZTjsgnr&#10;1775dYrnj+DA/ptRqo7IHueJ10EBpWJOnMgL+Yrdl+mzWRvdK8jZ4FlDL6dzrzA8x1bqMCvXFFcr&#10;NpCVY5HQ/1eTycnIAmQpwtnnrlaf7yvXU7bZPNSAHmAzrN7U8Jx5Ff994d2vkKhN0HoC9wkEPSAP&#10;Qrp7JkjgTp0XGaFF6Q61KOEJjYaSwG/o34HVhoHVi9Ds4qqMg5KodghqREmg4NtI1wWNTCcSGD0n&#10;XNJIMxp9bZ823wJ9j/69mOMikY86/WyOEvwm62Vx8Ykh+AzVtOg6Pni5YFCtjomDiyrm6b0Yll9E&#10;HJjOJCfeTN0yYL2C0bPp9GjCGvReEFhoN79vTIm0ss6qXMigA7LHlVIxusgnYbnpmsdGfN9y3JXd&#10;oYwmsU7MQcQwi661lVP41vfPYeGhb+ONr3kxSuM1FIsVofiy6ys//2fm6vjS//ws3vySQ8CuPfiH&#10;v70Xu8YUmo0+/vk73ogLFKh//n98Gj9yx61Yv3cP+p5vJ1couhrCv7e0Dy4ICHVUG0ir6abm6ICL&#10;hTpnoMdmE+XXsj5eo1HHMiXby8vLmJ1bEPptu9NEh55XlymEMK1V9znittltA9s2YYkOK83VFVrE&#10;TI3u0ueVGMHToqDwK9+mJLhpC4++bNSSWIguRmgbm77diFInW7PRGLKEOAZbumFsVfDNZhwlrnsp&#10;BcAGI9aIQBznHJrEIvAEji8Oa0bDTIldu3MhYrphz+hE8HnL4v1hz9AlhA7rkg+611wxoXGz4YbQ&#10;H7Wh33LQyyYfJQoSq9VREeUdm5zG+MQ4jX1N1sjoeJmeUR9tLszogAKzEsLOMmKmZfe0jE+zGWNu&#10;PsbyQp2PL9noPG1RAaDrjHwxbRApSw7lozqqfhPTUxozG/LYvjFAtUJjzUVhLhyydmbXIBBiEZ/u&#10;SyDvW8Fzz1ThTdEz0BJk8rr1C8ZBlU0VeA6VSyN0T2UUaDPWcT/RXuG5JsYN1nhDno9nis8ybtYx&#10;q9Xu0Z822vR3p9dEpRAIdZidAfn3GUbPFu6C+ovilCrDnxOZ5DK0neXY6pbJ3OF9iNHG3Cnpx+KX&#10;U6b11+u0xVm1T8/0DK21JVoLrR6nKDUa1xouL+dwadlHvjgp5iaMPOu056R4KAgNpsz0L6DTOop9&#10;RYX9tD58RsnRvL+nG2E52EC3uR4TY7ukAJ8vjVotrMC6Nprun2JzCRrvAzc38b63vZqeIwfoxuGZ&#10;0bDSiWaKb78pexnPq55oXzZoLTal2SDOazSvRkZKtN7KkFo43y/N06WlZfqzIDoa3VbXULk9lgug&#10;1zKFVxx1Aym2c29GHH01F1Xp+bA2oqVei05juUTPI2fnvUnpnP6l8o2JA+8/yrqpw9rds15fq9Wm&#10;IKmbFCmkPCJoQ18KjwK4D02XURI4NnAp8Wfm6DPzKLD2IgWt3S7tS4vzFKg1cfnyHOYXluSZrZse&#10;w9TUGI2Jj1a3Q4HdiJmbwSj6uiWobgYoF5iazcGBuM8B52dbeOzxOh585DLafUNZVn3ng20Nc6Ku&#10;0JtlZ/Fpjo9sgVealDOL9SaDziUszT+NYu9B7Ns6gh/94F5UZ08jnjX3wgmStsmqstA45dBULgjR&#10;Q7puBuCRrfMliDtfpVmhK5g5xF1ar0hdT73VaKNeRl9OD9LNlDeIaltNiirVmBpGQ6V1lGGjitWQ&#10;f1oPFRJVWgBLin9JHU5nNOtUloicpHbxWpRQR39RqRUArqaLguHATa94T62yxb5hDUI9gHLLohFj&#10;GwPpWKVmGymxIjEQy7rsSr3FovbC2OxrrqAnoZjIdPB+ro3hWagFTc6I5zYtbKbuT2zcio2H/jlK&#10;FIQrj5sKRYlbeE8ywbcvTt6pLIZx9cz5flL485TtZFnzKIfoU8o5R6vMHEwTyJQq6g/MA211oMWE&#10;C6mjaWLSkcx1bwVt1p0x2YRfr+J6t2Zi6hqBOtXXXE1zLUEAZu5vWFQ71g5pGa9wDDYI2XSeaj2k&#10;6ZaljGc78xhE0MQag8W+VSCu2ecdZxgG8dCCc/tNmEV8ZAvYHAvCxVWxLdIZVFDAjc7GIrzlU9CN&#10;K7QHXqA/s6YByq/zLIpZGfSNaO2Jq0eIsNe2hmoOrRAbkzmdMWnRrmkQmUai56VzyhWKVVrC1QMO&#10;QE4zUWWQk2aOBVYG0vNMrCmGYKHR/uL7knXSjc26Eff4SDR06arBstccL3fp66nNB7H/rleKXtq6&#10;rdtRkbO0QPfBjAYhSUuD3CCqfCM1k+hYRpk56/YtPYBszc7/Fagwh2akB7i4tIQzp0/gyJHDQtU8&#10;eNPNWLdumpLiYkJrg2Vvmaa1oafFlGPw3pGjmCJuNhAv1qGOPAqcOkLfWxKNZm4Q8iXncxSTjq6H&#10;3ncIwd6bEI9WoQpVYwrnwaJ1vYS+Gg8gvdZyF9DXhfhbWxRCX00wIkUVe6Y4Ia7EPCrMsLLSS1JA&#10;pYCgR99rtbtYphjp6OHDWFhYwMTUFHbu2YexsTFURiqSDy0uzOPJRx+jmKQo7qts7GBkUqzppEWL&#10;pivNND0QRyvuLXYNDJ1qUTozA75elri5eOEivvvtb+HJJw/jNa95LW65/XaaZ1XKlUMxIHjskUfx&#10;1a99Fe96z7ux/8B+gwhkxh3LZlnHLZXZgz1rcujQkW4O6jjGD/u/4TFcaz9ea6wj28gQDWltdRa1&#10;ypgfmcKt5FZhKMWqxeU6Dn//cWkAb929Q+Lix773MD71mc/iwN79eO/73o/J6SkpCF6aXcAn/+zP&#10;8Xef/1scOngIP/lTH8ah23aJGU+xMCZNb9Fa7vfw/OnTOHL4KO54yV2YWjdhDaRCWUsB09ptHGJY&#10;cWFi0vPDoCtfDwpsGEG2VtHWNeOzZ2Fkqc18n8IApGd26tiz+PjHPy5gp5/4yX+Nmw/dTLF/YJDs&#10;dq/Ne8aoUfZx+pvz1W/cey/+8q8+hQ+9/8dw9xvegFI+Zxh5NFaddgcP338//uhP/0yMZ372f/kp&#10;3PXKuzFSHZO9koEd7Cjd7rbw3DNP4U/+9E8xVtmEf/UzH8T6jRulwZNnoA03LyinEbBBpO367kkt&#10;IynkK5050leLBVKhEcdY0LFOfm+t57dynmaM1DKvz6K1r1cDcC1attY/+Nr0/6/b9v2y6Owx1ZOr&#10;up6lK9KgR50uwlaHDnFKzJodxMsdRM0edJM2ysWu6fJxns5CiG0thhdgt1zWvWLdMHofFjT3nSgt&#10;B5+suRaZJIVpUZzIRZGFvjNtvqqwXADOlhTOj/o4NlXEU1X6UyniTHUE5wolzLNeCAvsl2qIKPGs&#10;jo9gbN0UpjZMY2rLDGrrZ1Cd3gC/NgXQ6xCUpBDIVFslyWxBJgWbY0iHkNF5vGnkA+NIy2aeXCRk&#10;yDr9adJzYOg8FynL+aJMBg5QAtoIWAfL81TqrpoJtiTxZRi+7///vL13sCXZeR/2O919873vvpwn&#10;59nd2RwA7C4IYEmApC2QIJhECgZNuiyzpLJKLpVdtCTSpbLp0l8yLIsURRWLSYBIkAQBUUgkMrDY&#10;HGZmd3ZmJ8eX0823u4+/7zunw73vvplZACTIVzP75obu0yd84RdixIsk1I5r52KIHH3fjQYlrVcu&#10;4d1PPIyAEsesCM/ywNHio8O2SRPw0vnLmC652H30AJqUZF568w2MDhVx5NgR1EMHb791Fnsn6L3l&#10;MlqBQdrwgm4L9bIjwYxju+/MWxN3XaYzKKsHRr9jN8xu2xe03qnTb+D1U6/h5VdfwZtvvokrV6/g&#10;1q0FSdQZnSPdL0nc26LvVadAgYuCtdqmwN+5LRgc3ofs7l3oDNPBVB1CplhGjo0VSnRoOllkz1+D&#10;06xJkTmMIPuRZpvjxB380Ir992i3K5MsiB6WDULNYW67pkGiQxQV/rTWPVATU5k3luCCerSdL3ZJ&#10;9pyMoDB53DgnCZSWIE/owZL0O9I1daVoVxKdvTz9sBhuie3emfrrZEWzzAR3GYwMTWLvvntx7OgJ&#10;PPLIUzh23yOYO3AUc7v2S2DGr8ln81KA4GTNb9RtR90UMhs0xr4kb8D1ax3cvLQGv82ItaJQOqwq&#10;oSDwoHOC+mKX3VZrAfnGEu45XscHnizi2L4SxoYa4pTLhxkHc7TgJQDn7glDabmI59GN5/lmfW03&#10;VEr2cvS7CgW5kxXM755FfrSISnUUmUwe5XIJozQHi5WyFMSDwBiUBNZgRZ5z6KeCMQMDF/qvICrN&#10;uinwWBaKNCZTWF5YwSodyJ2WT4d2KLRz6S6JnmFOrsfjYmAuQ2s0ZwrZjgkOGHVQyHhS0OJunySk&#10;dq3y9+XZ7ZWXmWj0AEUvi/FyEaN5WmdDORyn/edgxcWxXbT21QIu3rxC95KjdTKDXD4jY9Thoioj&#10;BkH3P3QvrnSb2NQbmMzRZx2cwcWlOlb9WzRn6Np0noLvMaHBm2ox3X/GdMzkullLiObN+q0crt14&#10;EceOH5N9iHUsGYTLz127XWRzGaGl8/EpyATXkcCm6yuZH0UujOU9mo88n0riSF2ujNHzKWN29zwm&#10;JicE2VykNUnbNeoU3LbbtJ65yFpvSyHO7TYQtGviVMwOzQwhN8aMhq7OmYbQrdhhlxMCek2XIf+C&#10;3GvQTx3tRgN1Oj84cWKqf6vN+qF8jSwbYKiSkYg4r1G+djabyeWzGBkZpsN9SrQ/JqbGUCqPoFCq&#10;igah0QgM6Jo72NrYpDVAa7BcwNF757Bn35QEKs0m04yHkSkMixlLp+ug5ddZWVNoyPmcWWNduq9a&#10;28NzL6zg03++iPOXN0XzlJ+NsjERJ6UGjRdajRglaN9cbhKqPGbocYwi7W7Bb23R3rhJSfAtPPzw&#10;KA6fmISztoROLUhcSpV1C+2jXcYOozrS+1EpAwm1jSpr6O5OKiFUPXtkChcUo5B6kvhUSWOQ8Vsa&#10;EKfTzckYraTjAFcPohaqXtRfWqMvLn6FadRahI5IEHS6n9Kp+ow+0pDCVBI8yNIgTL8H6Cko6fQ4&#10;aYO81Oj/6dM2RFKgTV9TGjEZFfx0GqkXCfQjMtFQyZ9WB060v4LttOeErhgVCWHp3BEV23xwYtJh&#10;zXECZuqFrKQijcpssYrhuRO0b7OgdcFWdZ2kAx4VISK0iRO5uythBEQusT3oRfQ55KYmVk8CkmBA&#10;+8Tbkxa1FIVimrjuKfQlbsp6m85emKIrA4mz4J2C6xhB1KetpXqKumqAiCVi9kO/eYfRZ9U7qpSp&#10;AVVzlQrue52bdcxeSExdUleXRgOnVn+QcmROCpYxoCl+ZRjFWf1VfKQ0Aq22n8Gnm31KjPZU1hgR&#10;2KIWbYKmIMgNcW4zyh4fyr6rrO6x6GlrY4IQhsl+JKSLHhfDyPFUWxdFN95H+5EPiYmNuSvXSYrS&#10;ImtgEXwi3eKquBnsWJpwmHLLEUxD5E4JIx0C25zie+bmEJs01dY3Ubt8Cz7FtiOjZWkgsbQu6+o2&#10;W75pwKrQGOApC1nWxpxLCbOm9x4SMKmlw4dhal317v4qcmrnwkQhJ7lIic54jt+5WTpEcRg3NwvF&#10;opnfSJyyw8ikyRpRhIJzV4a9RffgsktxpyX00rxn9AxZnsmhBNunONTJl9DK0/nKpzed15mgK9rn&#10;SYfGHJ5BhAC2hUaVOlPCgfp66h3RPQcn4ylUqw4tuEPKQgZ40emIu3CHpZZoDrRorFoUu6xvblIe&#10;9aYUhjIUv5145DHMz+/CzNy8xPUFZpBQrFWg2HSY4pNzlBetrKygOj4h4y7fhV6dCTfdjEi5fMc/&#10;EdU+jdTiHNk1BiA8R1m/b5i19ig2/8rXvoLR6rCAHNYp9nnlpRdx5q238L4PPEO5xR4MV4Zss8Qy&#10;mpSOUUhxwc9qdzj9e3BKQuJOGmDvlJJ7x2bLbVQJRLObqaWWLp3s01YDW5xvtfx7s1nHwvIKfu2f&#10;/3PZn44dPYLK0DB2792DuZk5/Mmf/xkuXngbu3ftpvXKMXEex4/dh5vXr+LtCxexZ34OB/bvkfyP&#10;8whmw3ABd+HmTfzxH38KFy5dxvHj92ByYkQaEwzaiPe0KG7RQa/sw9/R/243xtuKXBFC305VQYsy&#10;65DBCDlZ1aiMjGFmehqf/NNP4/Nf+hIO7jtAMfmMNPp5DrGXQaNlDBX5WeRpjXDzcc+BA5Ti+KIj&#10;eYT+XqVxjoxfyrR2JmdmxYjm5MnX8fkvfgHTlItMUoxfKFYkZxbzTZrr7IL80EP34+Ch+1EdKaNE&#10;+5kLY+zFDQ7lenEMYHqObix9kzTsdpLC0H2xVf8Z+k7GvX8eq20x+E4IzXf2LL/3orGcxf/0vv2/&#10;wQPHDzloU+LWbCHcqkOzDhglfbpJv6cf1fFpk+TslhK8FiXdlB13PavzRxfSySiBKXe52p1T6FIW&#10;3WGUBnesBbxjAlrRPRIKrsJmCVjJOlgpubgwksHZ0QxOlrN4q1rGDUpEbxZL2MiU0CnQBkYTIUsb&#10;GSeo5bERDE1MozI+jsrUBPKj43BLIwgLVQQZpuHm6UA2VvFMvc3SJGRxTnagZQ0zceDKGlomcgVB&#10;K2VdRiFmJennQ7PTDUWdjUsTfmBmRJaueWOrjVM0SS9cvIg12lRGR0dNUGWB657V9YOGNeRwbZdG&#10;2+KUa4PLZDIs0nUsnjmHE0cPIPRCMYjga2BtKxGPpzE7eeYKSsrHgQO7MUWLZWlhBQd3zUlh03ND&#10;7Jqdx9D4iFBFOTji/rwWbRxb3GSkIr0/YP0VLiRRQsw026tXr+LChUt4880zePWVl/Ha66/h3Lmz&#10;uLVwUwIG8UOxovrc+aptbtEhsy4ooSbNFS7sdYXnrxO6AM0nXrBDh/difd9u5IYK9Pxy6HJQILxB&#10;l+YG/XlpAWp10RxMbiRYnWrborcar/rt3y3tJIqXIoMNpOzDEXX84w6xDZotms9oymlBwHFNVgk9&#10;tGuKSpH2SGi6NVzgEUMSCp4yeXa8LYrWIyOhxGacTTNYG61cwRg9l8ld+6WY9+gTT+IwHSj3P/gE&#10;Dh84guEybWylIaFxGtevjKHK0Hd0WfjVb6LbbMOjz+oKko2lxehZ0LxevNXB5QvrqG80aA6XaSmZ&#10;4rMv6Cgl48hFyk57jZ7ZNYxXVvHgkRAnjmdxcI7Gn4vbgqz1pGCrLSdMgnfuBIobttXE0YaSzkW1&#10;8jAFHJO07sbKdHgOCQ2yVmP6MI1lkMHo2DByOaNHZBCNrtUjM3QbKeb5Wq5PRxw6MVzI2KDbsXoQ&#10;Ki7scpFrdnZWumaM3mL9T1mTjLoLzI/fjWizjqwZL+uJoUOkg9PV5np4/vO/sYsWC+1y8Y8Pt4CR&#10;qbxneYZexEERO3FxgMFGPYHbRc4JcYQOdy6Srm0t4ObmIo1XhfaTitHUcYxuU5eSnHx2Cm2694vB&#10;BgUEE1i+tYKrbXp2nu3ys5kR7Wk8j8JIi1Ab6pyy3XeWCNhcG8Lrb7xJgWgNu3ZPmXnIqBreq7t5&#10;WfOiCRQYugyPAJuUsP4oi0qzozUX7/JChS4LCjBXyKKcK1EiksdQuYQqPdNdc9PYs2cOk9NTGKN7&#10;5HnN6Dk2cRFaq3Sqjb4oU28FsRGYvaBFyUyz1ZRgmZsAzUaHfteV7++wo3HHOOnyNTJiQlATjBCn&#10;sc/T95dpn68OFyno4mC2iqnpOdrbZkQAuzhUofVWFt0g1rHkojoj8EzCkjO6dFzQzTEt3qALt2od&#10;NOu8jifonKCAmIKRLJv5+G3695CC9ZLMDdb180MHy+sBXn51FV//+k28dLKBDhfJXVMMNEmxdeFk&#10;TUPRG+wIpYNRvwV23S1OiLC2YJCDJlymvOu20N9HRjbw83//uCAJ87U1dDZCcSh3VBpx1kf3VL2y&#10;5vGOl6LnxmipiPaapuf2dEL60HaqN4gI+wpoO+RbSIGvElRhP1JObUf63Sli0j3It3RRT/Xe5w7e&#10;xGmKaxoBmSqD9rwnHPQpFq22TU8whUjTuuc4Ss4hlaZT69gMJO1OrPUAAw6dNodIGxJYfcKIyttn&#10;YBLGmoPKMiVsEdH+PkRi4OFH7sOMcBZ0SCgFbEZM1do+2vTfGUrUh+aOCvKHFXeEHmkR9lExRllK&#10;qQTTFlmhUgg2g7pPF4ySANZJ0RZ16nq2Q0R7tfTiIDhumOpU8Rcxcl+HOqbpxJ80oOPe6243qLAw&#10;4DVRsVGpHkZ3OupIz6EI1Zi+zsiAIypO9hTUe6iIqcJdz/joFL070VPsqfxa/cJeGUKLqkoXs/uT&#10;hb56ZaQRFzFII4fHuGXt9JqZOFazMXI0hMj+UNzBCTKfRWzAZCzv6D2dGPUolHCWoxD0RUaabJy8&#10;RzZl6CsExeqXEfpJHKG9FFLZsQhmlcSKOjJiM9TKiBLuOvFTgfV1M6+x6OVQR+wOW+DQKYS0jd8d&#10;W6gTAyFpnnuCCmy11tBeWgLKLDw/LjkHb5xjxbycB9wwNghui2pUEao1RL8Db6IxNwCl01fIQiT7&#10;YLULOfbMZbNSjLp5/RrF6OuoVIxUjGYTPi+iPdqbt8VzzzExsLBkKIYK6P1ukXIulYOms8uv0zPM&#10;8Nh3xbrObddBh73kKSxBE2a0mLKwCUIQl9tN3uf2w71Tc/xORhrvpMC3PUlWsXuzttqHkp85JtcI&#10;xHzAwRbLgzQaIjv02ksvUNxUx+zcPI6fOIHh4SHK70aEbWDkNRxpeooOOsUWXOC7QeN888Z1DI+M&#10;S7GPZWs4b+MYR6X2QaTQ6KEteqaRj9tcOR0TE3p2rXHeND45iQZd71e//nW8fe4c5QKLog934sEH&#10;cfTYUaHvsrZaJH2kbeydpuaqnrHXfd2kd17Mu5uixW2pvCk32f44Q1kKttxHDJhRsRkjrLkEN7Pq&#10;tRpee/UV3FhYEHDK229fwN/7iZ/D9OwoRqqjUiwcGZ+i+NzD1771Tfr3t3Hs2D30jEcpznSx/8BB&#10;OgtzlP++ijdOnqJ50cDCwi1cv3odLz7/PL7znecwOj6DD3zwg9h3YJcUfWXvk3XkxXoICZtM3dX4&#10;/G0U/O6ukJTqiNqDXRCfacEEmnsTFIuPjw7j7fPnhH575PBRitmHRIuwTbG/my+Kzrm2JowC8qA/&#10;Z+d34cqVy/iTP/9zKfwdPHrUGHkGBjDDefPRw4dw8vWT+C9f/BLWV1dx7z1HReNbDAORkXyRtctH&#10;RgsocxHbmlYZzVgv1rdVtqmmBjqb30b3Nk1b39Z4VO+gkD0YeRxp5Cqou1pbO6EIe/cI3avTp/ro&#10;vLebFxff/4iIi0jlPDC6eqGFxhtjNi0uVuK8qYzeg6DwXWPt4bSNM6PoWGVMMOpbN10R4qWkqs5o&#10;vYKDjZyLNfplix5Ohw77Ji2YDhtVsEOqCPjSBkmTiGmsbp4LdBnkK3mBkTIdwM0WYMypHPlcX4oH&#10;GTHI4KKBm/GESoowjOlknlbiQNUODDeMdakyrhN3vx1OakNDTWm2QjoENuk2TMGgQ0nmC8++gFZt&#10;Q2ii73734zi/FeLaS9/FMz/8NF1jSYomBlHmSrFI9N4YzWUDfTdKvGyBIzI7iCio3FF6mxLxlz/1&#10;WfzoYycwsXuf6A9w4J4tuHRNhjZ68ux5zFKyPk6Lj69ZzBbalGDTAirRZ7f4GthgQ9uejnJF52qz&#10;UUOLUXeU/G9sbmKJgpIG3Q/TbLmgKZbMFKzxGc3ummwswsU7LtZ1KDHg3zm2Ys4Qdl6oln8Wm1wk&#10;c9mkboHD4qRdzL7/cVx/z6MGN+9Fzsp2k+EiwFdOo/jstwRVKuFpENoOdrJU3R6StF1CoucYymWY&#10;6zEblm/dgozeXhAvOCn8BNazTRt0qbbq8+KmZbVjBIUJo3EhHWCaf3yoC4TcZ/FmQ8PN03eWC2V4&#10;FTYFqNKBMYIhOjTGJ6ZQpN8rjwIguqeWH0oRkQZD4OX8v26rZQtTGRNs0vhxh3Gt1ZDCBDu68oHu&#10;i0YlhEa4tR7g5pUNrG80BZnEVudM2zWOtipWqA7DFoLaKm3GNdx7pID5UYUCjXuHx4U+u5jLSDdd&#10;6IRuXvRZBG5us02eC0Xu7Obo+rKOoBXZmEXcR+n+67Um6lzgbfkS6I4Mj2OonEd1tGKKHtroQsq9&#10;skAtuz+z8QZ3VYMIEWKkAAT0p0yCCeuyl9D1bJDvGT0+l+61uVbHlTdPStcszBrqvMcdcus4aorZ&#10;joEMMzI3lxU9CUYbsLCx0GhE08cWIzWbJShpXjRpbbCJTDbsIM97Cc917my7GllBxbKxTBZFhurT&#10;NS10XTx3oYmXL1NQnJ2mPbMB1anT/Gsa12tG27E7eHgNm+uvo7a+hDrTZfMTtNflaX5NolI6BK9Y&#10;FYSeUEk5YFAGMxE4vjhlK0oUMrT+xsdadBAWceL+fZiZqKBFgTZ338VtmoNB11CxTeLDblptKZQy&#10;ws5vd0QftVKsYGpyHPkqGxENCaVeND1F+8i4mvEBK6Y9nbYxtGEzEm2oIExzlj8Ds15CSuK4MMwm&#10;EEoHNlY0CYQrahCegdhrHXNKjWOdIbVwECvarbwXMoWK9uYMO4Jr07nzQ7O3y+dx6kixeZv2LKYr&#10;b242aW/bkmaDT2PPn8hmIqx7yGVvU3BWsg+2/DaK+QqNRSjzc23Nx5lzdbx9ZRMXL7VM8mYTE4O7&#10;12Z/puth0xsjd8D0Y9pH2zV5Xd7jYv5DCAvDIjWhu4EU+ly/TuNVR6F7BR/5eQfzu2ocsmDoxjW0&#10;Lrfl3IkQe44tLCdaREhpj+keLbukyYHEocK+x1E9/9lTlVCDCnB9eiRJEXFw3tUjXTYIndRbb+yh&#10;9CZIGyQagil6L1L3pnWfKHGKepdGySmobWipdDElCa10TJGMqH1hSnAwuu6eApFOjDLUDswwpXqh&#10;kJErcayXp9J6ZybGSI9Y2KPHpU2TMNRxwS9ddIxdSu01x468sXZfRIHUhs7LZ0mgLfpbS4GPNTGb&#10;HaYnatE4vb7SxepWgOm5vXjiQz+Noeo4zaGKKcCIfpQja0LJIrbUKd7PMl6MRBHTA0fZAmBCm9SO&#10;F49RnORLIULdRdLoJPOmB+3i9I5/hPgPQ2sekhT7gh0+d6fA2rG6gbeL3lUPRsOJxbLTyXuEZgqt&#10;TIgUjaxhiOBNrPmOafiquBjXj8F1bGVdh0H8PXpAISDsMXFJJ+qpQl+EAN1G77JFsVD3Iv6UExdG&#10;IkRZjKJh1LUtTniRFZml9/LnBFZYjhklXnMV7to1qMaC/GT867R/t23MpoUa7kqDLE8PrG3PkaYx&#10;NGMkmNBozfiFxj1KxkW8AcVwJWscfHWkBRnGuonSANQRvRxWAy1CoOoeSrmyzsDaxj3KjkubG1Ri&#10;0kF5gx8aeRNaN2yw1OZchwai3WVUOYcORprCFwkiB8XiDI4+9hQOvPsJHDpwFPmRYVSzOePOq42+&#10;sGgjWgql6t+gBzi29hZz1TZB+Kj4F8nz8E01ajXRInvzzTfgU1x54sGHpIHGyP68xI6Q+N7EXoHM&#10;s4xjqad8P922SBo59Q7c06/Cvfg6OpuLcPwN2i89EcMXunGujHDvvVAPvhutkTHkKGfy8mWJ+2Jp&#10;fG2NPLarRlhZo0FO3PodFfh2WvPxHFem2MdIRZ57/HxrzaZoB5898yYWbtwQkMT+Q4cxNjEpTqFc&#10;ZMi4dk1aGSb+O8dZrJHMcR4zCFZXlnD+3Hn6cxkP0DgzI2FkdNTE5tbV/HaUY2cQzTJuHiRlf46Z&#10;OV7b2qrh+vXruHDhbRw+ehyzc3PSrC4xY8rmL4FGbADj3CX9bxC99m6Qfd9rgbb/e3oKkaq/+Zas&#10;jdCiHsPIrMCCNuo0Ln/6nz+Jz37xC5RjdTAxOoF/+s9+nZ7pJENnaG2y2YSm8dvAxQvn8alPfgqL&#10;Cwv42C/+Au596AHRQa9traG2WcPpU2/g0qWLMk9z2QIqw1XsO3gP9u3fi0rFE/BHlp1/Yzafm3Jg&#10;dmJ3+0HI9r8rKu92Wmi4DQWPiL5qTS/FMDKbMXuJRWYzS6zR6mJxcQm/+x9+B8+98CJ+/EMfxId/&#10;8qMYm56WOL6U9cTYSEJTG+NybLK6vok3T72O//i7v4PDBw/i537hY5ifnZGcnc06ufC6srSMv/jL&#10;P8Of/tln8N4nPohf+R9/GRPTlTjPl9zdR1LMS0lshKky+s67R4r2EJMDVF87DfHZfKfew85I4v41&#10;09tkdu6wj22n7d6Zii34eqXvmurr/uOZMUH28Ymlo8BaJZB2w/m3iNnIPY8nO/+lY2o2Pt1Jp2C6&#10;b5uUDK+UM7hRzeHWSB6nKzmcKWRxjpLL67kSligp2/ByaOXyUJR05oeGkB0axtjcLKbmpjFMCWmZ&#10;fnKVMgrsLJktieNX6BXpmjJ0fZ45cOhz3EKJEjnuDroC+5QCmDJBq3RvbNEgFBi37ehxd8bxpNDG&#10;dOMSIxQpg7u8tIVv/M3X8OaZ13Hz/HXcu2c3rtRoM798HR/60PuwstUW19w1lUWDDtIjhw6iRpsK&#10;u9GyAYIp6BldDm3NJYQqyzQwDmSYSphx46DWcMTp4KGFRMcqrrx9GTPjRWQKGdEJdARd6Jv8k94z&#10;P1FFoVKFp5hX3xK2BBdDPRpThG0JijqtNjZW13DpykWcfusMXnzhuzh98jTeOnsOV65cwgKj9eo1&#10;q7mCWMKdOyPcBVxdXRVjkBZ9TqfVsWKkrqCnlKXvGCFj070Q10ontGG2MU4xjspKjBwqs2PYOLrX&#10;DDz99zC7F7tG85DT8k7Dh3f2ginUMaTecdBvUNdby7bBToSCsNSWCG1hiq6GiiQIInudRjvHJg5R&#10;l4iTemUOjmKpIvobrLdSpJ8CBUXZfEEoTln+EQTREKbm57CHAoIHHn4M737vY3jggcdw7Pg92LVn&#10;L0bHxmku5EUbjMVwC/SsXXpIxWwWrXodedZPo+9kdBF7YWWZmtusw2f0JK29Du1ow2ygAV/Eget+&#10;W+bH5fNNXDl7DX6HNuJcFcrLGeRoYIJVrqEGTG9tbdKYXscj97fw7nurGMmHounhCTI0RM7tiu5M&#10;0SuJk64K6tJx4eIczwPuHDJFsjxURHm4JK6u/LzrtRa21utYX96kP7fQrRs35/HJCVSHxzBEazVw&#10;zKbMBSYJm12joyjalqyN4hgdOC7Oa4tIMrQSU6wKrciu6PoZVxY5LPh9fiw65EPXl+lQ35BuctYz&#10;VDLHjd6nhHacYf0726WPgBD8uLUBwUnjQLpyjhFK5wYC01yq5YI8pzbN+yI9+6zLNO4uPfeSmOiw&#10;QZEUxuh7Shkf985PIVcIcO7cAr2Wgl753kAKRJwQGUOhUQp+96Ktr6HZrEnhnItb3XAFzfoSMiHt&#10;YfmC6fJLhz7L2gD0/0YLL5Q5mkOzW6YAxcHp1xeRr25hcmpWNGJkDBll16iJ/oho0QWhRee4QuP2&#10;aN/NZOgeWi2srq1j6fINrC5uyD5VpHvK0fexmHc2nxMKOa9lRj6zS7QIO0sjJS9GQQyzz+WrFBAU&#10;aK6UUC4OCfqOKdes/VUqM822jBy9jjVTuejNzm+MoszTe7ig4PHencnJs8145k+moCv6yYkGYE4K&#10;tKInyA0YEQqm676+iutXF7G8uoJNCsg4EeNCcLFYkmtRjOLmfZ/GhQsdGSmk5wTpyAZAK2s+vv3C&#10;Ej7z2Rs4e6WGtQ16Sl5evJUFbc1NGnQMfYmLfPSsWKkq8FtCSW5QEuurGv2uLXqJxep+OgSzkhQy&#10;tcmxRTiHktfDe+t4+gM0ToJzoM+sbSFY8xNjiKj+mS5b9enaqbT5hIpKZWm0mOp1Guyj6PaD4vop&#10;uEjp1KURcv2BToheR94+1mbP/qzV9tdENNPIKMRQdXuDMa17UU5ab2+XiqFJivastsGtUtS2HoCj&#10;6kV92WKIShXekhrgnRObUKco0Bb9E0RuuUjcfnuoyRb5H0b3mvqM0GqJ6vS/ISnoxfREi+iLjNRi&#10;d16daHwxci8w8slGkzg0xT4u0NfbPlbqXVxZ6eLmGu1xwyM4cOQekV8QZJ8TFducOMGNaKnK0uCk&#10;WBFp9Fld3EhAPUZXpevKcXCezDSd1pfbRkWNnFRDWyf0kChPp5InQYP1Fj90T+EAsnc4aQOuQRTe&#10;1DWa70y40moAijQyU0nT3qL3hzqhW+qUpIuh2ruxW3IaWZMgC6ICm5+4UKdNTazRSexIa4uBTtqk&#10;o2+Oog/Vl8Y7xYmoMtqqabdhjQSdoq3OdBgXJ5XBsETaX0gQphlBImUE4SX7sGNM1sBnnmj0+iLi&#10;LiG6xMeeNW4KpYinRCLCMyg4rRKzikgHy1G2OOdKbGD+ScfU8jimhkqhNVSMlg3tT+TBG20UOmUi&#10;kSgpRrRdYxMS4SodawDi2AIjU3WZOQOvixxdC8tK3Dh3AWxMPDk3hTLFeG1apMwkUAbXKIW+CI2o&#10;1W0MLAag3waZwMSSCo4xIeuKMYMx7ChXR7G+sUZxP8UoxbK8l90xhW3hRkV4J24Yda0OKKN2OP9o&#10;sJwNneUc2zDjy6M4gx3QuLgkMk/0o7Y2RRecjaoUvT7kZwjTwOW54kfsmtR2rZTaARKj3lGRL03R&#10;HzyGiIEWokFt98qllRUak0W8+vKLWF5exsGjx3CU4vhZykGrnANQPGS8CY1OdWivIRCX6IBi/Iw0&#10;6IuFguSZ3Oy/deMGTp8+jUp1RAqFbOKoo+cc3saoYgfqanzOcV7XNbrXHDdx3DZUHcau3bsxNkrf&#10;lc/J8/ZcsxcGodFYjajE6g4aev37cBSH4wdY6Ov/7kHacoORfUbnXKUKfUb72Zfck6VjtBhAGA31&#10;uV17MD40hJdeeQWrGxu47/gRzExPUW7HOs+exOQcF09MzeDgwYN44fln8bnPfwETo2PYs2ceYyPj&#10;lAcUsefAIdx77z247/77cc+JB3DwyGFMTU6inNdSIHY5P3ciB2NnW3MIfaWo7wcZ+f1SeZNekt4m&#10;mzGI2cG5vkFvG9mjbpuNJwOpS3Dd5Gvf+Aa+9d1nUdtap/z3QRr7UPYanqfcIOS825M42KyTqelp&#10;PHDiBD716U/jb77yFRzcvw+jlDNG5nSlYg6HDx+hZ3UYGXcMw2OjlIPmBCQSoc7Z8MRhmSkBeRmm&#10;W2wS5rg2lnZ6xpyLd25k0z5gjLTuEYOJ2Qdx83ug1ujdIfTSxT7dh6B/p8/xdqjYAc4gfQ2P3u9z&#10;/9HsxG+4tpgXUUG4CCYC0E5CjdcqEfD26Q0+Pfx63sFCxcOtagY3hjK4OJbHhaEsLlLyfJmSvSuU&#10;JNYo+QvKTMMto1AZQnVsHCP0U52cErfREj1cpuFmyxVBQ4WU7LFhhnbZpbQgSRw/bHFFzWeFfpsR&#10;yl1GigmsAaW1Z+pJWaMLmHEyklgzoohFWPn4yeUyaLRos2424eSKaHYCfOkLX8EoJ6LDQ7i2VsfZ&#10;k6fwkQ+/H9dXGqi4HSzR51e7bVTnqxgdH6PPd8VJ9vKpc1ivbWJjcwNTo6PiUKwtYkgpAy8VMWKh&#10;80bZjlVY1xYdYzU8eIN2dRvzM7OYnKTvKIzEQsNGDNl0ehjSyp1KPmDrvnHUvH7jCi5duICzZ8/i&#10;NF37y6++KgfOpcuXsby0LO8XAf68pTA7jr1Gq0ti3YX4Puq1hg2qrPi1FfCVcEgorukOu5lEXAhD&#10;RJMUlJYWcxSmDoXs3DVaRuPeAzTeeWh6Leu/8YbQpDFqcVDHVNlXTos4rlBJmdLZU+GLEgkncZlU&#10;iMWvIxQg0kiOiHZiOfjGtcwcfkzzFJotHZDDTAen+VguFuSw5ICM0XZsmFGlA2NyagKHjhzA/Q88&#10;hHvvfxAPPP4wjj3wKA4dPoxRmq8ezdEszUMePy6eMdKNqYaNRsskOK4nRRF2y2K0mOJCGBdHaV4y&#10;0o4RnW3eRGlebNE4nD35PN586QWcPfOyFAZbQQVnziyicWuL5jMXTQpSkJBihDI6dxw0t5tryLnX&#10;sX9+E08/VsAUu9g69Bwy4nJjHNJEJDonhSpGULHZAqdLGcc47LLWQqnMBb4CvJJHGzzQ2OyKQ1V9&#10;q4luq2sTFS3ziB2oR4cZHj+MwnDROgyGVnNOWUFkR561BJU2gfU804lg5J+ZX5FItmsDMy3aDkw5&#10;5eifCzWbDR/rK8vo1m7C7a5gneYqQx69TEGK+LC0YccmGdpSuAVcT5+VidBQoq9oRZrjxMDOcama&#10;lkVTkl9XY1MH1t3hzjV9fo6L6owizGQliRSFvozG/FQVx44O0X7RwmbLsegYR5oOjtW/4kOzkD9E&#10;b9VY27giTlKuABwC2oPWaW8yGo3cWRZNUXrWSmBmrvwbb+o+02zoc7t+AWfe6uDts0u4dXOVAkvW&#10;1wlpvni2W5WJUbAZz9BPXW26y1l2NM7RZkLzg91kmQJy/eo1LN1YEkmA2mpNjF/MvGBYMWucBrJ/&#10;sn4NdzIZpcpF/BxTpTNZkUZwWeeU/y5O0+a5OhmDXOVnyQ0Pfk6M/BS0k3VHjmh97GrNxTXW+mvU&#10;2qhtNgXSv7a8ioUbt7CyuIzaek3GVHOiQZ/DMH9eX1zY48A2FIdRLtv5UiTlOVjrZGh/bOO5V5fw&#10;zW/X8c1vbeDCdV8QmorOFklRQ2MKE1ENQ6bqBi3Zj4LAag+2Gqi11ukeWNKgKd18NlrJVPeICYwb&#10;Fct4TXY3MT2+jJ/+qSIF5mvodNYMvYqSpM5SYETh44KUwk45T7rQl6A/Uu5pVgM3JXG27XNUX0Gu&#10;VxCqtyOqVF+Q0s+8ShUJUkCgnmKl2jFzSRXdHBVT8FRaDLBfIUwlVOUwon9GBZAU3Ven6HbQGED7&#10;7fvcGPlnHTrTKDqdvE4PEj7cpmCGuHEBW8QN7TWGOvrddsW2tPtxLG2l0zqKA0K3FFU3KSj1OqoK&#10;o4LNdILEuIML4ozeX290cXOzg+urPhZpX+9QYMcC44cP34M8xWpc7NOpfTRCAMhtONZxzk44J3bF&#10;tTROFdF+XTsvIye8XqpMQgtNF5/6Eh2V0mpM61ipqPjVR39XlhppG6gJ+tLppdwOQDT0JFm2WdhD&#10;gYrnYC/tUPXBXVVM5XZiV02kEIkRRSiIjD+U01Mk7AV12cKt41rNxLSrTZhKkLV177Rj7iQ6eLG3&#10;sS2Eqp6lr3ppjtF7ogZ0lL6q5LlFph0mre1zTA3DmOXhhsZ0z7G62GyY10HOPMnAJuzs0isV6kir&#10;rpMqDJvxi2h62hbBI5SMFNmsd3PkmmuGzDhj6hg1mWyKpujqxJpMEcU33SAQuRLXJIdh4PTQZ+N7&#10;leJ5YBvdhjHkWkND1g5mwABrB3NhvUWfU7+5QDFuBsXRCp2RZRSZ6iYuVgZRGPiOMePSDhwHO9Jc&#10;02siLkojLSuf0P/5rA1tAVjon3wme6zhN4TFhVsCAnAcU+xjkAAn5SJlYsfKD43jr3HVtfOW1z7/&#10;rlSBpvtQm6sImiuScLtCx6bvQBuKEn9hsZSHERSzwmqgYEMM1SLJA4VEsy9Gj95FOWQnF9Ie1O+2&#10;1213le10WI+4gYXFRTHfuHThPIYpzn/wkUcwNc2ox4LkBZ7jGhMibRBbjnXsNk1j62RLcQPrQ4tu&#10;GTdE6fejlMcyHfjKpYv0WUNiugeY3CNiYMTYr9R1OwNol0qlzJy0iXlc17CrmP3Aa6FEzzGXMQZr&#10;hkkDa4Lnxk1A146xkyp63I1O2Dbt0u+zuDdoz9WpAp7ekULsCLuD5zfvQ1zg42LmIsWEy8tL4hbb&#10;CXwrkxWINNLI2BjGKLc7efoNXL5yEYf3HxADFceykwz1vkuvLWHX7CyWV5bw7HMvYHpiWkAfxUJW&#10;9tWCjWm5aMuFQpfWv4l9C7LXCz3agokGU0Wdvubt7d10v9+C345FQz3433dyQzbISU+MOliDe2Vl&#10;FZ/73Gfwhc//Fa5cvSqmNczwu0K5w+Xz57Br125Uacx5nxVWo2ObQKx9T/OW0eJDQ8N48MR94obM&#10;FHR2uZ6enJRGPc9nnseTM3PYtX8GE9NF2rcKUkcRFhY8kQ8yCPkY8mNyyJRXlk4FazF9Pn3vznbn&#10;24gWG5/VsfvbYNpsuKMKoN6GwItiUQGUqO3GHOm96nvR4hv0vAe5+6bv05Og0LYS3EhYmQa/wyYU&#10;LsRlsEtjsUm/a+YdbNIrNukhbvFDYPldpumx5SMnhfmMVHkZ5THOCRkngqyTlDP0kNA1gUUQaXpx&#10;wYkPJmtPryx3Sei3oQlEMvZ3jJHwZDIarQvHBikebbasD6XoAOsETWw1KaC9cQXlgsLM7DSeO7eA&#10;4UYdhx/cj0trbQTnz+Dedz+EJTpw6z7wjVOn8MzYOIYqRVRoUa/VttiLVbSktkqjWLp4iZJNHy+f&#10;vISCv4HDP/Q+5IcqeM+7HpcknZNZduplEXcDgTUW4HxQtpodCQZyhZwUeNjBlnWbsnRwcsAT6Cbd&#10;fxb5kE0PCoIAzFGw1FFtcQjttumA6nSxTIf11tYWVlfXpchY31iV4ljHdj45r9e2M8+dnigICJmK&#10;y8VFOuj4oOIkuVarxYECC3ZvbW5hc2PT0F8jpIEQIOn5uE5c29M2yEJE37CFIy44CWJKMDJmgvPh&#10;JyKajTZop0TIiCHWNmHdtNBAfDnK2T1cxjJdr1/rSPDg06LmQkcY8fIjOglShT5lNhVGdPFck+1W&#10;6L9Gw4x/2ALcSigYGq5NWCLaD9vRs+4cu+FWhqqYmZkWd6vh0RGUh4ZFo0NQRxSsdoUCC4tIykiX&#10;gy3dN7c2pCht5rGWYl7X7yDLB29I86DZpX/uiGOrl3exWnNx6/oVXH3ju2g3WpjZPYmjhx6h9eTj&#10;O6+/gdzWFRx79GlcW1nD88+ep/nboHVYMNehiwgZQckUdbOTQncb9NyXcN/RNo7vp9cJ7cU4awQw&#10;rrzc8eKiH1M7g3ZdTEU4GPByTIln/cqMQW/lTLLHbnTNpRq6LaNlJ0RIZU02fKtzKI7d9J58hTHu&#10;YBlPcepjVKKgssLYsS+0RUDYLpjIvzEx29qsywbIDsDW7ViJs1NgRIXpBUyt3aR5r4IG8m4Hbe6o&#10;ZkvYoqDNY7q0zljNDF+egyADuGCYsZ2mqPvLZiNS2AtFM5QdK6XQw8FIxlDFuVvI4zFCe0aX1kh9&#10;aZmet08HUZbeQ/Mqr8Shi1avlNQCOWy6mB3O4Jd/ag5/+IV1XLjcpc9k3byoA2WpSPT+4eoTQv/Y&#10;2LhA/10QSmrG9bG88TxytSlUywdpD5iH4/miKRd4lCgEbYElcsFOmi2clND+d3lJ4+qKg+deXsbY&#10;iIPpKYWjB3OYm8mhOsr7cBFtFrkVzRfaT/w2fC6GOkPIg91k6fmy1o5PgaiXx3q7hbX6FpyFm6JL&#10;x2OTowM3I0VwV8yJOEHgRI51DzP0Xk4kvEx/8OBYQXETfIWBdXYW1HhXqEOs5yk0Q6ZL8XUxQiC0&#10;9LjQCPNGhQahCdP+yFs+oywl6ZNAK2BbW0FV8FnR6XhCrzp/oYGbC1sUDHZw7UYDddbl0UaXTdui&#10;pwojKa0sXRedB4ygVQbBHnKhT66pZRwaeQazoZLPCRQjYrnIqyggnDU5EtONuS5K9+PR+nrqqS4+&#10;8Eye1tqyIABAgaFUzlWC9oKl8IompbYmF2Ek+aK2xWlhPz03QvmlRM/DWB/E6lWpMEE0RZrzTq+j&#10;ZxycqFShTEd6QarXFCGN1EtpCZq6RVTo0jGczhzZugd5qNWADqstbkSBkd6GtOttjcYFL90L+XZ0&#10;ui7XG47FlNpUTJ52SZOx0zqlb6bTciipr+917NUp44Ok8KZi0wMd6p5CaBptFckV9P6u957iEotO&#10;eCAqTKiZ0acHNqj1Yc0SHIPu4GZmjWKhpfUuzt1qYHGDzyfPnL3ieGqdvrmIEbtAp0Tcea0pbc/N&#10;xMAiSgQF2eV5idZ3TFu9CwrXjpo1pnhoGo5R8GyeVuJWreJkKlSJuHb/9yVIPGNWdkcExSCr6Bgl&#10;q/u4OmGMMETPmIS9tGSRAAhThTU3VeiL6L2IExmljWFRTNeNXX6TIqgUDZSVvgjDuAiY7pG6Ko1a&#10;VfGe3FtC7icYDXpmFjWnDdYaFs0ZxvR6JWenmcvm25k2yHlBSOe0qmbofNFG1qRVBOrX4QSMQu/Q&#10;GdCyGDotTUnHxrCKzkTR1WNpiMCxCFZO9h0xloOVGJIxDUxRW+IHRrE7ibadoxLka4I/FHluiY3S&#10;6A1tjYGM0H8kRWKGhmU7PC7m+XlxRpWE0Dc7oEPXmmXzitCzuF2fYqsA9XoHp7/8WaxceBsPvO/9&#10;CB+6H+OTs5L8Ok6RzrgafXgemRiNst05fOAzsXPDmIwhJZEB0XaW81EZCRteQ5VSUfIjzpVuXLuC&#10;t8+cEe2+mbk5ikeGTbws0hqONIjDtA06R7/MrCgUjUxIka6Xm4pnxhHevEi5xbpgHhkJVORs8Pzr&#10;CGobyDz8HmBqSmKOQnlIzntBDfPYRpYQvOdIoww9aNwfZGEprSTKuuJXL1/Fc88+K7Hj0Xvuw+PH&#10;j2NsbAxDhZxtSrtW89vIULm2gBYitFMlYgsZ+QLRtuZzluVg8nl6vtN4/Ik8bl6/hddeeRnLS4vY&#10;u3+v0Em5AcoxuFLp89eN5+Q2UwxbnDPOoJ7E/ZLDCAvHEaZRGMs1KdNcFi2WIG7MpbsfaSq406eR&#10;N5Be+w4KfXdCKw2mIGqZD1KE7PqxNAEX1+JCf2DG1u905BmwAeQm5aovPPccrl67LqADnvuNel2A&#10;Kvffcw8efuLdgtp75kMfEvTjZz77l/itf/9b+NVf/VXs3nuA5nxFmuDcjMirPB548GHM79mFr/71&#10;V/FfPvs5FItDqFYeQKngCUCCAUXR+HFz2zTvAmFLaWv6yLNankssbhzGLuq9cUg0P52/E+2+nuKS&#10;s7M2XCSHJbGEZUNxXs957q3r1/Av/49/SXnKKH7iJ34Gh45N4GMf+wfYXN/Aiy+9gi9/5W/wv//6&#10;r+Mf0/i++8n3olzKy1iwzIExy9CSX3Kd4cg9x7H34EHcurWIz3z6T/BvP/EJ0ed+6un3Yt++A+J2&#10;Xankpd4jUlvChjRnrYA0bA3CicxedZAy4UIs63A76GxSbO/ViA6tE29o0fPugI8J00W9HZ7iIJde&#10;d8ftTfe59fb+193pkt4ZGZj+HDllc0z/6mZQo2fUKNCDpgNsPZ/BWsbFFg1Ckx5cgzd+udGMdG1U&#10;TsmmUylzMS8vGlmFck4odooO+sAaNXByDKGyWlRGNmPdrbQgfSQt0V7PECihrxnNJR1vto4pGohY&#10;uhtJpwsihLXFGHER5Et4/ltfwuhoEa+fWsUzTxXgDRewcfUSXcVuFMZHsH6JtWZ9bK0F2LtnDMt0&#10;00s3byC/7yCaTg4vvPAGHWQeahvjcMdcKXzMjFRx4qkTePNL30KZgwIWsW3VKYBeRYc+a2Z+nyC9&#10;xPBABPeNiQAXOT2hwPiSdeXEzalokt1wA4VsmRLDltW4AlYWlnHzWh1Lt27gOv2sra8JBY07Ehnr&#10;6puhA7xSLqNKB8wmuyWH4nci99/tMh13C74AqFxUM2ycMIJdu2YxRQePp/P4/F/+V7Sb6/JZfEh0&#10;2l2h4fE4Jo1kJRS2GDURixIhhrRHAb90l2F1bGw0FTD9mJMOuha2Qy95vlxTiz5jgl1taUw6LNyc&#10;ozlQpLlS3zJdS/nKMCkEhVqotKFQjY1mmDhe8cEs+nmhULbZrKAylBeEJV9jgTaYLh8W9JoajV/o&#10;ZmnzH6HnNIHJqWHMjE9jbmpWtMu4oFGjMWBEhNDTCyWE7Y6wT3ivlw4ZH5A00G2/I27CLYHwFymg&#10;6ciBzB0QpoMGaCE/MoJ2vSmU1W999Ts4vH8G43MH6Hk38J2vfQnveuR+bHk0T7/+V5icnkWhNAd/&#10;5ToOH94Pv1zF8qlFFMuzkrRJcscrINuB4uvh+eK34DcXkXev4Ud/aBdKNBZelx2UPNS7NJe00ZJg&#10;xCtTidkafau2aVx1mSpDv3ME+p+BW85LQZA7NVyA7DY7IqHGiDhGQTKVRQ44ZbQBQ7tliBkF/X51&#10;q4awWROKToXWHu8HvDZEx1J1ZW4mBhw6doDzLW1X0ICCPvVi8eh2pyNdJUbysgbl8DDtJ+zeWvOw&#10;oQuoYwP19jKm+dDWEbHKNg4Yvek6VsLQpUOmaygrdhPlZJgPexEFVxYdykVzh8bPMW6B7dBFkeYK&#10;Fz7rmxvQmcDofXA3m9az7jLSTtlgxWQU2e4mPvaTM/hXv3MVaNIYhI5QshxbwBRtSfrO0dK92Npc&#10;oQA8oP0jI11k5YZipLK4topJLp4PHzCyADRfAtpHwQmG1a7jRCpMCXt3c0O4tUGJ/JbCyTdbdP0r&#10;OLS3gHc9NoK9e0sUnBfoTQW6ng2jteR3RIOPncZc2sPDDKREzxqp3bZByORQNpINqInbIB/cumVR&#10;FXEX1hyWgraIjHEYOcnSCGklDDmgAwmalPKl0Bvo0NKuOGhuSeIqSR59UJautdvpGLAlr2XPjTU3&#10;OOGSJgo7lKuirDlOqi6+GeLNC23cuNmUxkhH6ASemMZINsHFepkbbWP3rgwlXPRBuZgqurK0Xhtt&#10;SUAFFUHjnuNCnm/0GsWpjHVmWzXzPGnsupzQchJIY1UI1vDhj4S47/4urf2rkmS1fYEK0plgxMsT&#10;f9IQ1qRaghZG3roRSiNED9IjKgipSInOomslYY1zdXMO6lRTJoBK1wYjtbH4RTEFLg2sS1nMassf&#10;jQ0ZHJWqGqYQSMH2JrKrkvema1VRUyjdxdQWWRNdT4TMCfUAlSOdvCcdw2mrxeekddCsFl6ag9lf&#10;EwriApveAU3XK5ive0qBqc/pd/btpyOnElrdFzyGaVmZFPW6JxBNFRej7+qGiJGJyrQ6aK/jc8jQ&#10;D5u0DjZqPi6vNHFjMcStTaAdeJL0M6ZbhdYhXUfC8wbxENFRw9DIkcC67jpCYesaiQxmUVhnXqZl&#10;xqivyLXUzj0nSm6stl66oBa9JnHAcy0yS8e6cwnSyYkfhuop0IQyp3SqUu1EqEv7Pi8qiKZ0kwZS&#10;xlL6jqbg45vvc92kAK4cmyiHfTp4OwTmlmIY/ZMTFWMjirI1tzB6kmE8cRybgPXr8jkp45PQfnZo&#10;i6IqVeCMPivStozuOe0UaOaz03f9vbQ/U/QIYjRn1FiIy4N9nQBlmSjyfJ1IBzUrRF0GAgSbHjyf&#10;JmK3aSQTnI5poinXomRdeZ7S3FG+yFLINq1Nk5PlYthUSTDvbsq9Vzt2LzJN2egsiqRdEuMPJ16U&#10;SZlTx/cURHPZmrw5TuSe6sQuvmzZx5IlgbUP5t/5qUodnwUZP0PxrsamauDa2RfRqLdQGqtKgzk/&#10;PINiroZipiJahTzfA9vtMJmOaxCEnEPwOcG0Q6cvaU9pNEauxWEflZ2LeKEt/LM8DdM9Od5jRtRb&#10;b52V+IdfOz4yCp/R+HwJmYxFQyZjIvfEDXU2C+TUa3Y/Je9V2hbyCK68TvfaMhq/3TYKNCbd6+fo&#10;MKzQXZwAfSk6bAzIgv1W4kh2M20lVBDcIWndWeduJ5GfMKUFmEblMEhkq1bH2WtXUKJccW52DlOT&#10;IyhSjlug+++K0VtX2AdmT9J9xRoj3yINyAgx6hh2lhMLFCgBD8zu2iXx6ysvvihyIrn7ChiulKWp&#10;yAYFoU5MAoV80acnlqatOo4tJsXNN6dnP4jWtWHmhT0k0jjRtyZUzgDtuNtp8g0qFtzpdYPeE+0z&#10;5tnrBHnJcaA20laiT65MYTYUgTbb3Ja53pVC58b6Jr7y5S+Lad0vfvx/wPhUVRgmy0vreO3Fl/An&#10;f/EX2NjcwjMf/BHKBSt48PHHKd/bhT/4vd/FH/zhH+C/+/gv0+fPYXJ8RMxGudHF7sojo+P40I//&#10;N3j40XfJvsTa/FJ85ByGYz+lkNQ/dbxnq2hOx42Y0Grf9TIPVA+i0tlRg+0HX+1LMQnsuIdWN9Z1&#10;IqS9FvkFP7o31uSm+2f2W5vG4vQbp/DKydP4X/7R/4nHnz5A83ic5myX1sseHDx+D558+ml84hP/&#10;Bp/4rd8WBtVj73laZLB4bRco9wi7bSlCizUOm4LRXjA3N4df+Yf/ExZu3cR3v/0t/P4f/D520Xp8&#10;+qn3CmWaY2cjAaXilqbWvXT0sK8BG51XO20PiflGUqzrb9rCyisgZaCX1tOM9pQQO1Nnd2qf9a+z&#10;9OuSueDsWNDbcb7onR16t6NqKR66WiigkaXNkA6CDfq+Gj2cLqNf+LD3sgIH52STkTvlnCd6BoUK&#10;PchshRaqI107JfocoSRngdXMkyIJa5CorEkEhXudWLPLYWoPKxPghjE9KIp4Q5N12qRDyUSMMhtB&#10;Ygg1MytQXn7Yi+s1usYM3vOuExi73hbDEC6oXW62cPXqCtbWtsSxUdEm3+3UAErwmL555dJVHD++&#10;X5B573roKBbdCr753e/iAwd24zU6nE6fuYg6HxiNOt1UgNGRSbz4yilKpkuYnpmU5c/XkFUZoYAx&#10;GkQCaTYgsYEBF1U6HT7oKCllHTRK+lutq9IJWllbFotvRtjV6DuY684FQoaIl4oVKbyUC2Ycm+yG&#10;TDvKEt2raHRQYN6lTW+r2RbDjv275umgreLCqbdx3749mH70Plw/dw1vvPg6Nul7/W7duu5xQYIL&#10;hG0pTGUzbtxhUZb6kqbexJMuxXVXKa0aZaEYkrSxIywfQpSMF9icgg0VuJBDP+v0U6SNhAtlNb6O&#10;cgHOiitoGuUZOrCOuElKS4fBESpl1lBX6XdMjxV3TjfKxkKrE2McXZkmzs91hIKZudlJgXZ7FPQU&#10;8i7ypSEoSnxUEAp6hw0aKKpFlQue/FntuiSKHMQwxVUJfJ7GmAtfbHpSp3lDAYMYW3AJhItOfigU&#10;XU6YdMAaX02cPncJz734NUyNPIGR+f147hvfwFjFx8yePZjNFnHu6nEsXDmP/LFJQZM2mi7OfeMC&#10;/PUmfXdO0HmiOyQIpI5omgWdVajWJo7s3cC7TsyIvp/fDaTAwZStrFOlP9s0XxxUeYxoCFuNBspZ&#10;0zETNFbOIPrYlZa7vGydHrS7zP8SgxDetRnBKGLVXASlsQkj5AIXbH02bgkww68VjTcevoZ0llmP&#10;x6DfIjcxk4i6CBO3ZNdktiF9LlNZhEpOB3pGdDc9oRO7mREpjPNnrG2uY31xERuUIzSDjIjNs6Yk&#10;u7+ykDKjzaTzA1s8tHR5Mf2O6VUmKXIttY6vQYSMrVZWRqi5tIa5o8/Xw47LI1Up5tQoSHRtwsqC&#10;3Cwqa4pTjkVLORQQlyjAd/Ev/uEh/D//6Ro2bjZov8zTPG7bQ8Q4VDmZKibGHqZ95HXaI+qC5A2k&#10;sMlJdR3r9VfRpv8bHTlOa39UClKhG4mQhaYjIKguIw8g4sts7kGJkM4VJBk5cwN4+zM1jJQ3MT6s&#10;6PuymJspYmxM03rwpJDoesZZV/vWIdFtIUsPl/X+QseXgIubF9KLlwKujhN50UZ0TOBi9NN9uRZx&#10;AbUFvyhQNnpPDgyQzXQ+XR31tDyRX2DqchC4UoCQ1Inme1dZNCijSLq0h3ZdbG0pLC8Ci8tt2i/r&#10;WN0I6CcUOrxv4UUeCqbbzolfaFwQpbwW+OJa7YctQ/mSBJKdgzdp/+O526QlPYQ8BzOuCTZ8SmQy&#10;TNngM4yTAXpNR5LnQLq6Ls1dr+NiyNvChz/q4vChywg7W7THGMpQ13cFaS5Bn2soXFGgb/AcMY5N&#10;itRuBMOzAtsOeos/URIbJ+9REitu90kQswOLtrfw1lvbG/z6QYFFJNrrDKC32iJc0Ke5GplhBAOD&#10;Fp0qqNnx6RcojmiSd4iPrbdK/Pe0i25/ES7NBk1rDPZrGuq+9KlH5UUlOns994I0HTh5f/pTdMqM&#10;JULTb6NyR1IeFrkXSBHXscViLY+Cx7ptb5bPp7bPRb4uljc1Li02cGPNx8aWz3oE9O6ukXCQGIvO&#10;i9CXYoIp+BlJiESmxrff4RhNTUHTInaWTRBngRTrPUtvjNGQWscJpk4lqIPRfPaJqZ0zliRxT7v0&#10;IlXoS36iBFfpcEeUYZrmonVvYh+5lQrSOAh67Ki3CWCn3qd02KeQlSD/kqqvQXk7MTowTLTpIhRu&#10;7OCboryFgS0KJHp76dhM94xJSn8vute7SNiDftMPK4fSq12ooQYUraPvjFCWrtWj4wIEa96KRnSR&#10;aXRNOvfpE9tMf6VYmvdjPhN4/9IGCe/DxIDcJGTgfsaaPLHBRRjpPfYUGPj96QJsumiM2LAjmita&#10;JYXjCFUcWq2/eLxU1HSJqNym6OuxIy0jCH3jeC0xhctFG2M4FtA1T5Q0xbiUQzUo3s20sbl8Cd/9&#10;3H/F0lNP4pHjdJ3Te+mzG8hyAVSKkka7UIx8VFeKl3yN3IgXSRQM0HhIPc8g3D6fVWyGpaSIxVR9&#10;ft/uffvRpnjv/Jk3aYl3pfg0NFS1lPGo4eSbsY8KM3QOMyI/nyuiUwrQckr07E5AdRoIb16gZ12X&#10;Yo0vDa062hdP0r/R2XnoXoR7KF6huJrjFo9TfmmcmfOYz0Q2BRNeRR/ltleP726Kfrf/Hzf0d1Hc&#10;/aM/8iFcu3wZ7U5T5ppIVtk9VWLeaE5ZKqzsBY5N+lNadrG6o93fOLfJRWwSCgB2790n+ciZ06dx&#10;hubL0WPHUBkeiXXao9SeQR9K6R5EfxqFtdMedreoOgwoWvS/92+j8JQu+jnKFMcd28WMipscyzDQ&#10;hPOnJucfLBWltKXKm9cbZgfrfrNu8xo+98Uv4Ieefga75idRFaBCF5XcJLrNIzh5+mX81Re/hP17&#10;juPwfbsxMjSK8sECfumXfhn/5hOfwL/9//5f/OxPfxSPP/EuyhvKoqXepjyC83I2VWE2V7VaMUal&#10;zBxhkyrt9OivDhqv/qKK01d03h6luLcdN/0Dok/3x1jREWumcBg3PzjWliYLyy05nB9nRBaHx4VR&#10;kyyJ5mQ60gDnmoTSBWm8c9ywe+8e/JP/+Z/g//rN38Rv/Ob/jV/42Yv4mZ//+6jSXPdpD2CkJo9n&#10;RvY63zaQQpH12r17L6amZ/DoE++h/egNrC0totOso0u5Kddh7qbo/M7HS20z0IgYg9G+nyZlh1on&#10;ZkI9Gn6qD4fXi8xO/9ug63O+x/W0/R90jDq+m7XtfX1iRJxthP5IDydTKAkyqsL6BWzBTkk3TwSH&#10;4eCi6cCmEB5abS5E0ANkbT3HaHElMNVkQYuDkQ185ODwDfyVD5QuJ2U971OJO5YTBUdurJUhB6Ak&#10;PY6lBHKX2zVCubRAa8zb5+DCLWH3XAE5es0W7SMNOpybtS1MT81g/eoN2Uw2ajWpRs9MT+BaswW1&#10;ugWMzkPTxjO9dwJXS2PobDXx2LsfxdKNBbDS1ZMfeJquN4/HHj4hMG9xYKT7qHM1PGOcmlTWFquU&#10;K2K57Cq8vriOc2+cwurSOjbrG9Jl6nY3DH3BQlKVDTQLQoXOYnh0yhgcdEz3oCNixywGH2Jy9yxW&#10;GxTYX7mKZz7wBPTEPL74p59HK1zCWGUY7UP3QL91S2gDNztZvPDqGeTCGn2Ga4T9lSnEoKUFCSWa&#10;JPZgU5ZOzdcUwfp7sBSxTo0N/GOHXdvxYOytpXx2t+oI6zUU6X46PNgMD6YDboM28Sw9y1XaxCdL&#10;eVPAZNSVa0SGnZwryC5HtCq8uIsaaSAU8kXasCsUxORRpEBmYnKUfsZFG6VE/12sVKRj0Q05Scma&#10;pITFXFUWGW30HLkY2G45BmWQFb9PoWBz4Vq6feJSG8j8vnb1KhYpsGGb9n37j6DJgvxuRgSIGU3J&#10;9+/S4VFv1NEMujj12hlcWboqXcSw1sQCjcGVy7fw0AF26aJrooCrWihgdfU6ptpNStKKeONkgzbb&#10;rriZuVLoM2PPWmR8EOr6Go3LdTz1SAXz41WGcgjykKkFeS9j+8KMTCxLsbDdqguCiZ9vnq4tWywK&#10;StLJGfQVP7Iuu60xBZHdmIsGudClAIzP3pARXUJn8aXL5WaY/pun9/io0T2xm9LY6Kwc5vmiS+Nu&#10;6OQ8v1RoOmTtZttoWDEkOzCdf26ecgHJY+QeHRpsECGuqxYyz4Ufn8aw0WyixYLyFxZw9vxlcb9j&#10;XZrNxWVk2nWsbdA90nwq8zOn583oEEFEcMFKTHhMByuE0aAK40QtRcmy87cddmWv4DFp83zr1Ol+&#10;8nCmaQ9Y9rC50ZCOYKvT5RuksXAkUGPNRiWCRB2hGlcLQ/joj8/gd3/vgkEb8hOx6E8pOLLWSmWe&#10;xm6V5s15eq8vKGkec06YO/4WWluv0oWsYKh0P5x8le65DE1/CnXLyhcYGpIrhUCPC6ZBzjp/F0zC&#10;RPvscltj+VaAN67T/H6tIQVLmuaoDgFDZYeCoQxGRzI0p0M6nBWtpxztYfQsc644ovvaQFtVxILi&#10;NIx5UzBFQdcGREm30jQ1RLTbivyLXqYQIsxewfSimLKmuFDtCqKi3abzpOFhY8vF6lqbnq2mfbKF&#10;xpZPf4LWlZZnFAhqxBFqPMTtTguCmMfDlcJFJy6IQfQ/zffxG5kezt31ZmORgstl+u91eg5tFJxh&#10;VMr7aM+YNwYptEdIJ5/OEJMS0p7VWhPHZe5R1jub9N42imjj/nszePrJFkaHLtK/b8n7lTss5h40&#10;k+R86cK6Jateaq4gfSIXTh1ZHKk4ndYxrTaF8gt1KtdTPbTaiOKqUiC8NEU3pXUfaxQO6oT2IPlu&#10;V/hD6lpUX2Cb+q5EEy/ljKiTEoJjFDxipJ3altSqpDubLjyE24tCga02pYuGrup1uUWKGq1TGnrx&#10;OKmE7mHVKnq09uL7i41GdA/CL/2Me/VwkqJIoluVktiPKJ2Wdhy5u0bBepiut1onFFPgC0Rrc432&#10;yhvLHVxf6WBxI8B6rStGX2HGyJxEgxCaTdagq7QfJx+ckHnKJKOOY+aacWq3tHOZF1YQ20mZHEhL&#10;1o0LcekiVTzOfWgSJ6YyJxMyQvPrPlTOtoBX9RtJDAqmdQ8SJqHVhj0JWvIneim8SlnTJJsoRY1P&#10;jQFO0CpVbNMpowurKRYGt0nKAmNkgQjlZ2jM/bL6ym7CSrm9OkF9Rb9evv2ggF9tJ/LqvmI2zwGd&#10;onVHzzIMYzOfQeiEuGAPx6JWQ1O04pMwXxI0NGvAsia3Vy9S7LkAVy8bmJ403oxJWahCacwo1rL1&#10;+BzvCkqfda5DKxpu6p7mTHVEvkVb0y/HSLpog5gLrcV6WoxdhxFiWifokNAiUy1a0Ish0dq4teuu&#10;sBtEapa1jzJR0mxcePkMU3SWOBT7cyybL2i0eA61MhSTr+PWuZfQunkLjSdu4LH3PQU1O48yxelO&#10;bDCjjU6jIMV8g4a1BmID87xUwW+QblMYIWEs5Y3XLKOdcrmcGFGMjo7iDCXY65ubOLBvPyamKNco&#10;Fm1yHiYHDxeBKRbLSnqWEd111u/rZEomJn1rCt2rbyDTuiFNykyXnhrdb3DxJQphFuhMfBrhzDTc&#10;kUmEhXxssmRiQm2IZdC3dahUPa5RekdUTdqERvdpp/G8GaLA58S992KC7v3S+bclFpidm6drc0X2&#10;JYwRyBGF1lJew8BKrYeJE3jqeqVdyvfDDAKOa23OspfGdYji0hdeeA7LS0s4fN8JHNi9yxqrOVLs&#10;jWjZ4Q7JfBqRp5SKX/dOigXOIImDH7DL7k4SCdHvXDuXzWtdu59oARA1ui1cunwJ58+dxdEjRzA7&#10;Pyu74db6muSvxcqIIEk59mbmHK871qlmcw5m35x7+228/PIrKGSH8Su/8t9i9+G9YtjGJYkhylfY&#10;iON//Wf/Gz772c/g9//wj1GvtfH0+59Bpci1App/vrmu6tCIyeNEmMAxObnarincs9/vMIbObWn5&#10;f/uovp45qlP6x9o4RGu7R/BV+q22zG025+H8juNsBpkwwOhdTz6FE1/4PL777b/B+37ocQzPjcSI&#10;aQZqFGkuHzp4CP/i134N/+63fwv/7t//Npr1Jj7y0Y9iZm6a4vQotmBQQ1fQw6YRYZhOSmdlnew/&#10;cABiEsvK8pSXR83EdMRnjG40dg5K77ZYplKQP51S7xj82eHA9aZ7/i3cqfm84/t71807Qc/ePX0+&#10;jPe/uNhXpYMnk88iU2BHRjqEMzlJUkVnwDUPyxMtjZw8JDGUoN9nGWrv5mOtkkA0jyzM1RYPOXEK&#10;5cDw7YSLKAtGz0QJXcGIdhvnNXsIWxg9rCCvfCprcjE8PRLsFeehQPSzTFE2j0IxxI1WU+qudDRh&#10;aeEWxnZNo1gexn0H9mOpSO95kSYTbRSt2haefOAw1PgUAqeEWzdW8dAcHXi06GdpLKZ+7IcEYcfh&#10;8MTIiFwFO+cyh8aj8eLJy2gqLirxxG2Jsy8LGitJ8Mp07006Jc+cfQvPff15+r4lut6WMXIQeown&#10;188hVDZTpL935L9Nssl1GgcdCgiarRXsn5/CUmYUjStXaDEEeOCeXXjlQgdrFy9DNynBbSnsv+cw&#10;zr68AdUOsKs6jDN5D/V2B+NZx1DwnAKmRofRalPC21ynpJUT6o45rKz4cEzfCkKrY6FiWleYgmDL&#10;gWHtuTnxZ00vrmRwd5KpAk1G+/CzofucXtjAjYKLYZ1HtRNiiYMERocttTDb6IhZRKlaEfoeG2bw&#10;M+bAij+LUWWOFWAZHR3BxMQk5uZ3Yc++vRgeo7FptA1lmsY1x86fQVOQphmvgKC5xeEH/a6B4UpR&#10;EGs1ptt6ZXlPu12TZ5ALc2iUtGjslYpDNCYrxomNqcD03W+duYkv/MXvoTpSxcLNZfz0Dz+Ngw8/&#10;gRbr09Ez046yekpdeBIhZHA/zatDmfvwF7/fwPL6BuZzGSwxVbDrSgGSKYVurihuzvu7FVQzu+gm&#10;C2IRz1qOXMTRUkAuCKLIoTHK4ix+9n2H6N46MlbWNo3uRwmyDtxxYRdU1zilOYwMVdaVUBy9OhKs&#10;dBtNeUY+BaWqa4JMSSzZ4aprNxB2ugoMjdtxi4ICE21MLmGEDTS7TSxv1FGka5iZ3Ytchot4oVBk&#10;i1yo9Vg3z6PvNwYwShtKisxvRiOGpogvS90PpfjKYxmKnhu/tktJrINNer5vXV7A4q1lGRcuLHq6&#10;a+jT6yv0uQ0az1H4LCOQz4kTqgWdGbqlIMkiBy8dO0q6NuI3AbGhAHfZPcr1ZJ53acyY2l3K070U&#10;PCxerWNoZAheISPFSHGcEgMK0+HnZgM/d03z+8h8FsMTHtYXTMdWS2eTCz/0737LOFFnp7GJy/RM&#10;fRGx5q4Zaxcql9GVHTSal7HVWKKkYwrl0hwqY/vpuiehaB1x9YKdjWW/ZXQO03BYVoDGxY/EDQIt&#10;NCgxzOBGCDJSnOS9rFkLcXOTkpdb0iqBy2hpro3pLVRyGrOTeQyVXVTHgFLZQSHP1HUaixK78hbk&#10;njnpEQqUY4oFKjImY30cLtyHAkoUrT6mxwcd2h9p72zUNDpNWtdtYGWzjJX1EMubgZjY+OxOHVFO&#10;Q1PE0+ZB0trqmOaKoAQ7NsG1ujVcxOMfLvZ6RdGtceh1vsedRF9o5s36TTQaK+h2l2gdLEpww7IT&#10;pdwxeq57aDwnRICccSWa1xJLRfgdQQ8z8jDL9G5ufrAbGI2zaiziJ36qjMefXECnRgPZNWZRXGxi&#10;1ICh4/FZx3tI29DGLY091L0BgqMSHboeP9MQccNMqXTRxCZKNjnNCOXIUkZUgiKLnGuVSoGfBgQw&#10;qXpLjzaUclLU1L7AwkGvHp8aIHumdAo9qJLClkrRVnvpubbv7SQuoDqtgQeV0ilMkm2TOKSE6w17&#10;OrmONGLP6fGXSsK+qKbYZ/ARv1fp2FAlzboKgR7DEKSeqUqxLPS2gDCFL1QRRTtCH0Xux+Z3Xkuj&#10;TXtrh+MdNukKzJ7D65mOetQ3faytt3FupYtLN+vYaLLWTQF8YhitTFMyDES70uiTMu0uKnL4TGVn&#10;HVLXyAPowAaJ2jijhhbd61rhf8SusJBGh5giaR1TbPu1ihKx/FTQjqRxFw2STrntJp13wxRI5rOT&#10;oLKUSqiyll7l6O2ac0kwbRB76HHSTZLfiNbk2jg0mjwqJVnSk6qlHHIj/by06YYE22E0P4MELad0&#10;bP7BqMm4ttKj36UTJ2SEcaNKNACxHcGb3GOqhdDjEBlpEyVmG1GRUEWGbPbvKtpPUsVCHT1zi3LT&#10;9vyUhm5gaW9WVifSBIvMQ0QDj99DcUonNwRVsT0inlcNPs9ZQ7ot3xmwzIJjqOgCMKAzNedWKc5h&#10;aY+66MOJiUacM2jRyzOUxiDRIE1pLwXRHFZG71DaClJ0snIY2klQk/b52AzFFClkb/HiQq9yujB+&#10;b46lsXdljnLBmxHWhSCHFv02x7JC2RB51hukeGp18wLaX2+hODGME7Q+XbrXwnCZzn4jXZHPBFKD&#10;l/2DmTFB0GsmslPBr9+1PEVpY51l10mKK8yOqY6M2f1Ii7ZcaJNsd3oaOYrRo+a6xP7KNOP4XIRI&#10;Xriy57iVEnxn2shs0Ou6Z7sodFcoPgxk83V0C5mNy/Bf+zbd57vQUHnkONahvaKboxiVpUSsaZrJ&#10;BXsRpbdDKQ12vryDZhm9ppjLiXzQrvl5kcK5cPGqOI0OHS8iy/prgr53LZvBMzJGkZ5iv/t2D3A9&#10;sAZGiPXMs67Rp5+fm6VY9SGcOnkSr9JYM4BmaJji/UpFqL6c84ZK3VXtIl0QTBcBv+/CkBQ0w7ui&#10;9r4jnbjYVMuwK7jRy+tMcg9muvE5z6APuvvVxQX8p09+Ck8+8Tieev8Po9lu4aXnn8e999yPQ/dk&#10;MTI8jGman4898hDOvHWa8voPYITywQvn38bffP6rmJ3Zh49+5BnKDUdQqmTE0JMp1M1GHZVyFdMz&#10;E/i5X/wHmPryJD33s7h/8yFkMuPS1Mwzq8ZxYg04KfSxBE9KsuGdUJyjf4tp06km00B0eG80mGru&#10;JGyJ7+25JhAdPj84D2PpqXa7LkZCTF1fX1/FG6dOYeHWFcqfhjA/P4dZyq/L4l6cpzGfwEc//BP4&#10;V//6X+NTf/JH+PBP/hz27hmn+Z2THKRrtep3757Hxz7+3+PsubfxyU9/Giur6/jFj/8SDh7aJ7Uj&#10;oQbni6LPrVP7E4NPkmHwLM3YoDmNnIgBbGxr2MUgf31nWooaPE912NtISWjaiXRKBEIz8UewI6Pk&#10;dmwTlTJVSn+/2y+DoW4/n+5UaE7/fidtSK86t4fyVGWCHE5Y7SHtSsHOUjO0pWLYQJwDTdEG8k2R&#10;KLTOlvJ6bR6QmbDGvCDuBMMgPiJytOt61rXGdJSNyGIY90h1jFsw3ULlJHSTaFiYOlbg76PFPUoT&#10;6i2dQX2jjk1KoF9/+Rx+ZM8cVFbh1uoaKsVZlEaH0WyGmKXNwisNw2+F2LtvDoXOEArlCaGTsplG&#10;Ll8QYVdO+FzrpBRmtNW660rBkwtoRr/BoQMDQlnmQJoX6YZq4NUXTuHlV16hgKYpASHDWSmrlMg1&#10;EI0RQ8tjmDzDiE+cOI7R4Qna3Mpwq0VB4r327OvYPz2OfHkKb148g82tJjauN5EdqlIgRIdxI8Ta&#10;4k15zVuVKrYo2TySocM3X0abrmW2WMDTP/y0UN24I/LsV1+E3+Z+q4cCBRoN2hCZRsDdU+lwuoaC&#10;wYuBN2h+RpEwpkzgIIw7NJzgcoGHD0YW19dCf+uglMmKAQGPTWdhExiqYL3ZxOTiOgrrm/BqNTgb&#10;LTQ3GxQc+YJkDGm8XdEYKaBSrWCUgpKhoRGMjY6iUhkSg4A8F3QYrUBJfJc+j7FgXMQqiilJKKYJ&#10;TN1stRtSaCwzQo/Go8uFVLckHdkOPzueS1wUpA2tQQfLjWsbOEfPaX31Gv23jwf2zuPBp96HC5tN&#10;fOkv/wDve/QE7nn6GXzj3BW89J2v4Mij7xF0GbtFZ+TuHXmeLNRbb7WQzbAgdQsuBxhhGxtbmxih&#10;69/aWqELWEejScEQXf9W18GrL56Dw044DLviQrCIdJvNj8fS77AVzlv4sSe5K2jpPGGyq3HhslCo&#10;UKDliiMcWANSkLFCnBCtR15bvHkb9IlDz7wjRTDXop5C04c3P75xcGY9DOOay/sCBYGFEraaDfo+&#10;V2jP3VYTrc0ttMZbqI5OybNhSD5r37EWGge+XIRhMwhxQuZR4iKwBLq2++6zORAXVQI6mDVaDUgB&#10;l+H1K2ttnD1/DtevX6PvqomeG9PO+d5yFEg16LkWulywpPuiNctaoREVQ1kajmOTw8hJkK89OgQd&#10;SzvzZf550nSI3DRzbP6S8QSJxyYUymvSfF5DoTQrpjXaogX4PY5Fffhd1r0JUKAxOLB3DC8tLsq1&#10;dlRg2Y9aEJeMAMhlynS9Q7QOm4bS7LSNVlzoSRHW8XhfbdE7bmCzuYD2wgKGS/vhtChZylC2lKcE&#10;Jz9K6zdrZNN4fMOM7DsGlRAaVIOyeqeMr3BNFUGHrtmDQ+Mkpqy+T5u+u0OvXV+gfXmBkqq3IsF9&#10;LaYjGXqOOXdLnjEXmLmXw3/P0LWHUjSw6GAeR23cwztdJU7VdaYFiracaw8/R5Kz0FLDA7lomq/c&#10;XZQOto5pB66YqmSMW2BoCtAsK2EJcJKMMTJVnjEnJJpNN+rorl1Hq7uMNq23ZneNPrPFK4TW5giG&#10;6DkWCrSeyrvoGedskN5CSK/lpMa1Knq8P0vjgZJRRghncus4cXgEf+/Hyjh29ALqm2zAlKVjk+Y7&#10;yjTvmylBfM/WMVrm3Exp3ul0MSiFoFMxTU/3iNLpvqQv6ng6ameB84RS2ddL7i+EpZGDAG4X5+sB&#10;vekeQJ/exm6MmLw9kMO0i3pCOdz+GRFaKG0tkjgVp8YkojOkCn0xBQ99AoBp1FgkT6D6yb4qVahK&#10;acxh+5jFzm26jy6sejvFjk5Qm6rHVVOlCogJFZpjLG5Q+Iy0pW3T9Y0ZwVaHKX4uWk0fa5s+zt5q&#10;4xbTdWttNDusp5w31HyROTH3Htpmq9AppdFo9Xsi9Rod9CQZaXoLbDJoxPU1jAG6E5M3BfkCxzJW&#10;U9rLfQnRtiRSpUxgLINjuxaX2k6b7Zugprx1Z+pLXPCDTeIGOUVisElHukgJ9K9DHVNI42aoEfyz&#10;Y5MKwJUXe0BHSUuozX7ooNccIUpsomKbY8cnXXyPhfzvkPgLakn3TuAQGJhgpBNMbZ12dV/hvn9c&#10;outQaf1CW7T0bCGMNyuPzi5HCJ2+YVrw/A64KL0GaZFL49S1bsqm/BvaJE/iUNsoQWS6wWZcDqzW&#10;V2iRz06MunVVCm0a7ylJodmcVTrZEhwVz+24GMoz3wmt/IPRCGTWgDRpIsNkRvfxe1nugc5ubkqx&#10;nERGGe2pkOKTkILPRnsRp7/4ZYlx7nvoYcy5e1ApdKS4F6JI39cyZ6dMEdfmU+HtIB+2MZM05WU0&#10;okTfUfG9RPE7gzDKQ0PyzBr1Gi5evCDgB6b6lmgM2ajOiyQVQrFakeKMgDG00WTlAiozSIIxen5H&#10;HeTDBroXzkC1l2Wv6XCMzs9gawHdU88j02jAv/d+dAsOCpSbyP2KjEBol7STUI/TmmcD7v2dFqNE&#10;SkQK8SYOZfO+2bldlAuVKe6/hAuXLorOXrlUklyG79OsWy05cNCXM4e6D/Hu9KKLRVKG8seiNUqc&#10;np6Rwshbb5zGa6+/hqPHjkqcmmE5Fcr7nKzX5yOqb1vo6y/46btw2b1rWuD3MMZ3el1klMelNKZT&#10;c64rjsF2jDn3nN+7B+9979P4q89/Hq+cPiUN46OHj2B8YhzFHI0VvXa4WsWHPvij+A//8Xfw6U/+&#10;ZwwPU65br+Nd73kKBw4dRWU0Jzl7SHEcs624ZtGleG+zsSW00CrNZNbmYzrwcHVIPjefMYCDeH9U&#10;XsyI4KJTdMzdSdfwdug6R+7wTgIkyd9/QIDL3jOSGZUcgwfGeJGliU6+9gr++qt/LeyparVMcfJl&#10;PPftb1KuWsPRQ4fwkx/5KIZHx/Dok0/jgy89jz/64z+ivKyDj//yxzExNmW030VLH2IiOT8/i/nZ&#10;Wfp9AZevX8F3vv5NzM1O0GePUIyvBYmJCMls5cLSOntBaIAY2jbHQj0gFlV6ZyTcXdS+VX8xVCdS&#10;IOnvclLPNowkBb5HOYEe5c/UuhqE+EuzDb5XNOftYgH3wz/1M78BFkMXClLe0B5tgUBHVDSa9X5o&#10;dCRExsSxduQwCBqxrYeTClSM3odjHY2Str6yRg4OLL7cCDHKJm9OTg5qYuqLYzZfZSeBYyLNROeH&#10;C4ae6Qa6YSCUxdVWiLNvnUdto45D+yah8g4qQ5PwclycKmFqZpIWeQZTU1NSrMk5BbkULvwIlDVj&#10;DAW4kCkOtpSgCxKJA2Z203JNJ9BVlh5oKas5+rd2YA5cN5vH629dwsvPfgN59f/z9qbBklzXmdh3&#10;M7P2evX21/u+Ad0NgAAIgCAWgiBBAqYocoKW6JE0HJlWWBEKSXaEw/7lcMT88Z/xFp6Qw7OERtTI&#10;0kiiTA1JUdzAFRSxEWs3uhu9ovfut9eelcv1Oefem5X13usGQFJmqNUL3ntVlZn33nO+8y2RYYzY&#10;0tBEf8fWBFiZ5tkGtc1NTmJ5cRm79x/EP7x8Ehdp42s3l7Gl3kBv0zSuH3tLJpy762PQWyZx8+0z&#10;mKbXSuY2oXP5PKaOHMHNS9dx1537ceLcZQxaq9h16CBe+dlpvPPGa3Tg0PeHfSP1Y6AlZU+3TuYt&#10;5OSOSucKTgds2M3ZpW6qrJHQlhkIAYeY0VXkBNxSkZrqCaRLbZRfP4/68QvQ71xDZbmFameAmUoV&#10;26ZnsHP3Dhw6fAcO3HkYH3roIRy44xAO3XEnduzei5npWdRos2DZeLVaEVNVAxkkgmMM5LPE8vz4&#10;qfVRYSo9H6T0vrshNeGBL+ETx159HvNXrmKizD6IFTM5pa/vUnP/1S9/FffuHsfDH38Cy/4YXv3W&#10;t/HBowfxwvkbaB5/FZ/+7D8RmYNPB/dbL/8MhzZPoVKfxkDkep74oPDGxeAwMyN67baYUl+4cRVY&#10;uUbFxB5hqV2/8DbGaxW0Ox4unjmNbnMOaahE4iKNgEub5KNRMSuqjbnqRfzO03uFQSr/Lk2CAVsY&#10;QmMZOdPWS/T+ylyQ0Xso0nupWKksA7Jgv0O/KJNxZgwKqy9LkDSFrCug7YxfnnMO06lUyxibrGPA&#10;fpH0swe9Lj0z9HkZYKFfzB5jRqYnvp4BHbhV+p32EPoVcZqepKkWTFqY7BslASKLpZIkJXM5GdL7&#10;aTbbuH7lJq5euoxz587g/LnTuHHjGgZ9M9HnABkWTtOPlbTbTRMepst8UE3DL9cRM/uk4GfpTZ5n&#10;wjq0541SkJQdHzBQLoC2mX7z13FDYSTGJgwn4iAZet2V+Wu0DpuYoH3E7EEQf0llWScRF/fs2cm4&#10;UcxMnAreeGvBXtdU2GbceKeW/eazz+iAZQhLIo1l83ueeXGYyoBtEXhNJ0F28ERJF71eBx6DrL1l&#10;dFevImzSr/YCuKThdVej4rtSLaBUof2L1gubavNaEMBTePO+MNPSwJgfK8GXzWuwz54MaDgkhX1X&#10;mT3ICc0M6nEKGYP39A19uv5tKuR7Kf0eK7RDDyuDAMsDKqpiH62YQ558NBOFjuZQJ1ob4vnnGV9X&#10;l0TE8lbrnySX07Mm4amykk4DBhZ863vGJr/0LKb8ufh3z8hrwUzOqImoO4+wd5nW3WUq5s5iafkY&#10;Ov3z6A8WaE/oyR7v6xIV4HswPn03qpN3QFW20LWoGJoig6FRG5qaMt7nGZwL2ANRij9OM29j54EQ&#10;f/j7M/jUJwrYMtNEqbCCkkpkjfEtZt8/T5VEtWekQ6YxkGI3DRHPd02YpBoWE0OGfU6iqIZMuOHz&#10;Ouwr0uw5zg291PB71RrvOaVGJah5VdSIQkqNFldr6w2NW/8316MM/btGf+VlsOLomY7+sHQNSOjA&#10;MJcg7FQBIwVZDjQdAqfD65YjWeWFG8MiXanMWD2P7GmlrJ9wDszb4Lpkv7vtxbN/llTRIWjjeUNj&#10;7hF2m2PfpObzu8AOrrMSF8bBnquhFtUAWyu0u8D8ah8nL/dw7FIXJ66EuLTQQ6cX0S7AZ0hJQnXi&#10;1ITZSF3mClrHFLXJp5OT4zh44LCED7EvrMeDCMe0sTWasF1yycgqs9LIAVs6D656Q5DVXsB8em7m&#10;OWeRXHULAG/4dUMQ3FNDqSxUPoDGG0rZc02zyvveOZacS8/dICXRff3QK2zIfFnLkMu0oBlT1cvS&#10;5JH5/3gjYJhnB7sjIJkaBYDl/WkjJzTBHcnI+4ZSI0DxRv5Ra/+X6OGwXY+8rl6fPLwWtbcJ4WoN&#10;/JpPis7fj40N0P2hx2VqQkVSOuNSrywhTKkqy6DFSweWfefbQIyhl5mQD6RX8ET5wSBYYBOKDK41&#10;ZLCau+vL8y/ep56TyioLoukci8OyLHzYFGhlh4QuldScQw7SNSxMY3ciR6pn36+onYzaSAVpxrqW&#10;S5MaY3oeVjFAM+gs4vKJs2itUD0xPQav3BABEzfPwob0DRuSB2pav7tibS1gvRac0NZnN0vutecp&#10;q5bGGuOYohr85sI8rl69Ih7hcp2LxWxf5B7OMWl9GxAitS6zhJmlxf7PE7NIqpPigV6kOiWwh5Zm&#10;4LPTFBUG3y6WALPqKaIzc6A4PK5gB7Pehi25+/cs1GFDuah61wY/80+1Xo7c47FXIQeYXbpyGTdv&#10;3jQBJqVSlsrprKNuiyfkLRos6zYLMGRGE7P8uA+i+niq0cCrx4/jZy+8IIP3CoOLbJVlZexq5KTC&#10;uqHJxgO9tQEQPxcd730DeO8HKHRhJ/xMr66u0FnVo3YksAqyWBQ0HCp549pVXL9+Hc1WCzfnb+LR&#10;hx/Cvfffi7GSIRHwMzdB/eDmTXP4xre+gZ+99io+9KGH8PAj92PT1rooHKrUTwRWIjC/PI/nn/8p&#10;rl+6ga3bd1LPVxQAlsGnGv9MTw0DkqAyJl82glMbP1sbBSdsBNKMMK1+bvHuehbre703w6ELTECo&#10;eGz35Rz65jf+Dv/jv/gXOHrnU/id3/sinnjiQ3j0scfoej6OAwf24crlK/jSn/0plhfnsXvvPjz+&#10;kY/i0P6D+N73v4fnnvuJDGrq1ZoMJAM6m1ZWVnD6xDk8/+Lz+Ge/8Qf4rS/8Exw+fI9cc18ITi70&#10;yLPqRc/Ubzk7DUd8yluBqHXs9Pd9yd79a9cEZ3hrXtdFsjiWZubv93PcxXXf5+oYdfsh5XsNy3m3&#10;/wn9QJIvuQkVIMpI6ZzvhhJjWt8kANqCTcw0ZVOM5eFJbD3s0kxcgWS8k4IsZlCYeRa9dovLmb7H&#10;2iSgeZZ2LiBibqKvHYvBTbNgJlrGVwFCKeVXvffuvVjdNoVa2UOpXkdKp9LeWQ99LxXWVq0IlGlT&#10;aEW+0IhTvyeTl7g7QNjtoNk30kyOTOeNI4x6mWkrp2f2GQS0RZQYJ9uDKBLTLF8iKtv0OifeeBkV&#10;Tk0fGAYNM4jYp2FychIDair57+xrVioFwnQqVctYbXVQpaK7okIUxgpYudaTAqK92kSZNihmRQV+&#10;nzbMPsr0ciuDAW6sLGHSL+LCxZt4+OhdWG7MoNtLRSbaWriCVrePhTBBt9kTEIHp49zp82dgQg03&#10;82G7JaEOntIjRbM5xDybpORAVuNd4YpaBgzK5TEDDrjUOjMPpPdeRNCPUKPrPbFlFlNb5rBl0wzG&#10;6NqOTY1h0O0J+4lfIWIZLTXfWhSRRbpXXQFt+GuqlbJJ/KIipN8LhUXIoFKZDlKmfBsDZiq6aPPp&#10;rK5icZGKqWvXse/INiz3yvjqX30Zc5tn6RBp4vUXX8IXfuvzwNQMkn4bYRCgu7JKxch2uvYTiJZe&#10;x/TcNLrj41DhimxCHEzTpvu1lzYv9rFUcSg+H/RmBCxjjIm9TQSMi2KUiz41/3SP6XARdiR9/R17&#10;9+AnF4/j2e9/n4qgEurlOVSL2+n5Sez0y/odujRklrZ2LuDjj8yiGSX03HroRpEABmZ5+XIfuHDw&#10;2WuBGkIvHqBRq9DbGsg0WoIkLMgWclI0+4oIqOTJo5ra5luYtdpOkwOV+VZpuyH16DljGnaFfvaN&#10;mwldg6IdACRClV9cWBIvwnCQ0PNu2L4JT24jBkASkbly8qts5MyyTGLTiNC16bQ7aNPz11peQXN1&#10;kQ7+eXQ680jjFhPY0IJZJyI3KVQwOdXAZKOGOhYwVu3Qe0oQFk1CsDAVGRBRxkUqxdCGIOLpXapH&#10;JuIMVGtrsmz8Vuxkya4Cgejps8eRh+ZKC9vjvtD+PTuk4LXBoDn4HvoJ2rQu6/UqZqfLNpHSl8mw&#10;JOgKeY0Ouz5dA7q3hbhEH6eBZnuRrk9ZrpcWBW4onkW66ItkidnCMnyg56vdXRA/PQbXq3EVca9J&#10;z+41aaLGpraiPLadCu8ZSf8bH/OFacApWLyqI+vBmCZKEg5TyxyKYHw8eO8OPGVlzJDPzt6Hhult&#10;/LpkG7c8a5Y2KfEaNYBWaocFMuxQ/jCpDAa8k8cwNem/LHGR3BGWCGnDfmCQMbLegLKvBBX592Hi&#10;nJKJbUrFYdi6gqS3iLDfREz7BFVxIjHmpMB+d1GMwrUAhWXDLmZhFaeTT+yBX9+DpFgXNnsyiGVq&#10;zIMDMYMOrITeshfYdmF2doBP/1YNR+6iPS46g4LXp+tSouvKX0MNgh+KeTzvz1E49LVK1dBHznmk&#10;8n0SSajVJWapxGs6Cb2Ggac37jGGIJuVDWs1Oi3M2DhW4ac2qonWgXoq1xBvDPolw75xJOhDq436&#10;iFHWiR6Rvo6CfJ4aIS2bQVMWPLKGAegAhNsMeIfXw6Ra5r/XAVVrcMd1EkhHDNRq9L1mEuI86LOW&#10;gYhc4m86ZDGmllmVpEMmHyzAJ3JbtgJhmW5s7Sz6ZSw1m7gyH+LqYoJLC11J3001A3U1GYDwuS5R&#10;NbRPRJE24TQ2LRsCuBhPXsfyEW9kJBbcs37J2gJKdoULIxjGZ0flpNVDk3Xffk7PUcgsiOrAVDOc&#10;c4W7pzw7sU83nHpvBCY7wEM7mEl5OYBQZbJXbeWZTmLsZfJFW3uqNTHXGusCAfJ/Vp6LfLXy2sz4&#10;MhkCfq5gt2zlEeqnjofvNWPy6Q2KfZ2hxnk5nXm/aa5pdJLaoQeTtt5i7plSt2pO7YOtLaMe3hA0&#10;VFAjbDyNXAjBGsNyTw1Ny7VlTckJkJp+wbf3Xj5HalmrnmFWeXbKIXl13BNUJ+H5ljGWdkyTRWe+&#10;Z5nwzrPbgamSB6/YLM/s15r9q3n9sJUKBzx5w30lTZ0eCBbky/kjWbm0ylh/o2vfGwGynROytj2L&#10;+e4MFLAKKCVC+EQAMB0rOVtLPODiNUi/9zgjh73OqVYNhVXfwZVXXsJz9TE88RSdG7O7UaAamRUx&#10;0lv5JvThvaj4dDqa1psPeHACwdRuWmLPw2droSgre6zRkEHf3VQ/vvT8T3Dq+HHEBw4K6FUuGxKE&#10;7BPSL6RyXSW8TnniV8z1OA/eInnOuT8KMHi9D7V61QSx8VieC9beEtSpl6XuCfYdQVqqICoUjeH/&#10;RkwdrUb2zvfWTm/8dQbs9mXP8VSQPb9cs8zNzQmJ4cKZ0zj39tsolri+LFgQl/Yql9D7Lq/i/Pyk&#10;3bUydvGnph6B6y5hNNE9ZT+/V988Rq9TxqbNm4XAIMEeI/YZvxxq122lpq4/T9NfKtC3IVhh/61P&#10;dfTrr70uf9938ACmpqapT+kJsMR2Wzt37MLv/te/K0GVz37vWbz8yit44OGHUdq9F+WE+2QeGvs4&#10;fPQofue3/yt8+f/9Ct566wQeeuhBqQtnJiew2l2RVc8his8//yJef+NVPPTAI3R+9sTPXdY0nY1B&#10;tS71dIrh4Mddp1SAJ52TjKt3Haj8gry7dxGD3l7O+W5yanNOB7KvFgp1rFB/fOLUSfHkO3L0ADbv&#10;KKGqxjHgwB6/iPse/DD27D+ICdob/q8//nfU793E7//hf4dHHv8odu/ZgT/+4z/Bv/zf/nfcecdB&#10;PPHYY5idmcPNm9fwzWe/jX27PoTD92zHtp3bEHH4ablmLNxy74uJCc7WIhsEurNT38a2ALeW+v9C&#10;z2t+4LtmCGjYd+kv+PNvf+cdx+/WOVqjoS5r1/VGadi3eg4C3pTYr8o8c4ZKyRucoo2nIKef8bRi&#10;byQzjU3FXJ0nzZJs6Zmv8ZTZ6AxKPhxScCMZWQ8P3vCSnOu175pgKQ5jma4p580jtHGbP2fZOs5b&#10;w7Mblu8Zyjt/KGbXaJGBRdg0N4ZBSLepT5tEUGBHECl+qwFvpnWRtzHAwefRuWurOH/6POYvnsJK&#10;c0HAHT60ZqYnsWvHVhw4cp8Y23JhPohS+e+GcqpsaqsS2jtr4Nm6q08H4PHjp9BrNYXSXiprVNIi&#10;9s7twMymGZHgFAIjkb149YqkirKMkFOzmE3Yi5tYvblEjaNnTWxjtKhI2FGi5p69eMJrmF9ZwJ7a&#10;ONjx4MriMrYEihqAPjb/7CXMbNmNq1evIfLr6LcHwsQKKoGAekGlIn6DK8urqNgNrUYFB9+liD3s&#10;MnmH9VnUJo2WDylnzM1/NpNqz9wv9oYLCpIEGhR9ocOXxmqYbFQxPj6DyYkGxrmooGKmwEmwCbNh&#10;KpJYWytA/LyY1l6i/xaFsRRKzGLTsZGiMguTPU9KRZMeyyEe7ahNl8UC1PS5VlZaeOmlF9FfbSGm&#10;4qLZaiNodbD/A/vxw2dfwO7JOj712WdwaiXGd/78z3Du7GnsaVRlSlujn7Hn3nvx1R/8CM+fOIdr&#10;16/jgf1UfHX7VJBQsdKn39M2OtxYDege8332C2h1lmTSzNcqjPvCjlASMpKIDJybr2q9ik4YIuxF&#10;KOkIDz7wYVy6fANl2lSvLNDnaUPknHz9Yj2MGGfghyWe+zYlmB2vY6AHwn4LJMQiEak7P3Oc4lmi&#10;gmGV3mstKCPQsRTEfsl4jri1xFJIZpJxgQbxbjGbB68Zn6W2ejjFTCTUoyj3nT1efGYdMvCe8L1t&#10;oNqYpvezinKtItNJBj05tbfbbtm0vQqne5gGTGSVqZF8il44lSJQWKLa+EYM+swWbAtoE9GvJOkJ&#10;sJuK101q0luZEUAFc4Nebzs935WxMqoDZtKFSLxJ6KBKBxXL3VTWEAmzxYEqDC6l3rBzZPBMmzUo&#10;AUD5Mk4bI3RPTJcjei9Nuk49SQTTtEf5FhSXJlnYy4mEuQgHQxJx+8KQFg8uDmaIuHEomJ8fi6ml&#10;vLsiHb6PPTGDk5dqePvMPAr9VBjEVbrWnI5cCBIBMBMvor23jCSgO+oNJFWz4Bl5eIEa/TL7cAxW&#10;cGPxVQQrb2FscSvC69sQ1KZQHJuCP1Y3+yQ/MxIuAjE+5nXGIGqZU2oZqNbG31ClLMsx0h0GHyIr&#10;9gu0lzWl7Hdk+u1gqIjU1pOFwUltgFbnR+MJU5Xfg/FLLHim8RcJVqDEV5B3nmKqxMsotUxyNjuX&#10;fZUBRL5XXVrf/RX0Otfps9B+MjaDymSN7j9bLZQFnBezbFqLge7SY9gRibhIcv3t8Cq0/xYrPDOR&#10;wUBRmmkbjUE/QxIfWV5G623TbIKDh3x8/ClgbpzWcHgBBc0ya2p8ikaSreOeTEtLBdqLByUE6Akb&#10;NLYJ4cqzASHKDMuGKay2kXbAy7pizjXpTjqm1+IU8Jyvu2dkoALOGAuqTJbmQKq1/ZK6hcWJfrcZ&#10;dK4i0VCj2tVbtF9DGWfeRH0IjXkj8XWWCJszlx6GN2wAdG4gS84DHmap5wt3I70X4G8dXTGn8t1A&#10;Er1G+ZvzQdSjX7OmXk1zP8MZ5yd6CN6kNrwktduDY/r1BhqtboJ2iwM3NM7caGFhNUK/r2Vt8HkK&#10;G0HT6Q9kXXL4mYBpLLFJXTq5NuyP1Pkje8JahtbDkBGthtRIOL8XbZvYIVIs51MecHIqDpuAPowb&#10;sZxJC/7rLKE1lxpt14HxDM6lS+euqblG6pbSGJ0BVLn7ljUDyiYKp0P5Zx6YtiBAPrRjyJ7wRivv&#10;tUbtloGHfECI+DvZkyRPXXVScWeYbUFIp1PXKpcErLxMUr1RQT8aBjK8ZnqkcVlzjfKehDl2qR6i&#10;qOsZPvbzKfugawcMWKVH/rP5TjpvAQ6Dj1qPZ8/5KFoWvfascsdnt1hE5WkJNSrx4Ft6DD7vac/m&#10;RPgssMY1Y56kSHu27pcQLra9YLWCTY3VidvPzRhTZJhWuiv+T765P74NIPLWBLyoHKuXv0bsipLM&#10;NdwyABOpS5Qde/EKTD3z2ZT1xOTzLQ3MhY4iHihRzcVjrgKj7zH6VP90qEa69tJP8RzVFfd8+MN0&#10;htwNXatSCVHL3ueGpNd1wI1aB/5lfl12jaU2YdoFTig9BOtZFcIVydHDd+HUmbdF1st2NJvm5ui/&#10;VSR4kIeOiTKSxMAzfYlH17qLopyDUZF6BeqXuPb2w3uhztHZ2LwubE0/MX7IPp3N0anjKNLPkuCV&#10;iVk6h0sib97oMzpwXiO9LZhx+wAPDKXB2qSY+7b2YQYlhwRumZ6WHvHy5Uvy2RkEGm+MoV5vmOfq&#10;dgJMy1jSGVtYGz9nq/7iRFL2Km62m3jnnXcw6LTx1Meewp133GkCITZ4v84v9xeR5Kp/DC3o+wAV&#10;8/tUqo13NnvZX7t5E9/9/vfwyEMPU2+9HefOnZPz7sOPPI5Zet6YZT6IQ8xu3YzvfvNb+PJf/TU+&#10;+Su/gj27d1E/2ZA4l0a9hiP33IXpuVn85Ec/oq/5G2zaPIe5TVsx0aih1WqJZ1y5VMenP/N5bNux&#10;GeUxExAURwkK5UDUYLGAsf6IB4Ssf8f2DZj4pDPbhXe7tht5Sf5jJB2/H0mnWz88dGAFU0L1MNsy&#10;VahnZJJF2KZeq8s+mrSnpZyJwF18H+N16pc/81nUx8fwH/78L/DjZ7+HZ371U9izfy/+4L/5b/HU&#10;J97CyVNv49TZszh59oz07888+Rnc88HHMD07Rte5R/183RI6UsE3ZKTo+XLdlXLgVjoME3IhbBsV&#10;rBuOdH85oLRnyR3pmnuVrtlPTAmQvu/7O3IvbpGKPaL4uE1Y0fv5941+Hvd/wsoRrwJLuRUSim+9&#10;I5h+zQeXKliT8VSavELRMfUS6/FvxnHibWG3Pm6mOX2I6d6ZkkR5I1W7dvptTkLkos8mHpkG0rM6&#10;b6PxVzA0d072TKznicdU8kijUqqKHE6SPRPjqcHG9fyZ+DDjhjbVBUlsZLCOE2F//J3ncOXsBeHw&#10;8M9jmWCPNwQ6jK5cvYkLV67j/IVLePT++zC2+5C8bpWuRZ9DFpw5tBIrfAHw+FRZ6fZx+vWT1ERT&#10;wcIHyyDClqlxbN62VZiS5UKRGmIGXuj3bbvw5ukT6MV24qoH4mmw2lqh61+l5naANr0GA3oP0nvq&#10;MnuuH+CtazewfbUjBvBLdIjSNyGkzezll9/EQx+ZRHnTIRQWr6BNzfI775zHQwcPYbB7Ewa9EBev&#10;LaBFPy+UOHQDREyNT2MQVanBCDO5mANU2VCVC/WYE8fozxwiUaMNM6iVMdXYjDr9PjnNvnpjVBgE&#10;9HtVWAn9fohKuUiftyyMr2rZR79L96BSRDfpQjGoR89exH5EagAOOvWL9FxxOES/JxOYm4uX6OdP&#10;ol710e1plAMlLKkCPX+9zooUkcVKWfz8Hrj7KJJyCaWxEr75V3+HT37qfirCKuheu4rf/sxTSEsN&#10;bJ8eQO85givnLuPAvXfLhFmm3d0l7N+zHQ8/8kG0qw189evfx+Dvv4mphx7Fa/SzTx47gd0PPYGV&#10;VpOKmCUU6LMOuHFhSWwaC2jc6Rqgqts1wF9Cz9H94xUkjz5FrxGaSQc935umN+PiFXqWux0pWPk6&#10;i6SYp460TCosk4yoSAiP4aOH99HP7MuWVKHPxoxCBgULXlkS4ir02bviwUbFpJhD03UP6Rr5sdCr&#10;JU6dWSJhJKCTaa5TYQEWinTdUgNSSVNm91g2t+V1azztjJxVMotZdkoH974tm9Ghw3W1VxSwrzGz&#10;i4rCMjjONmVgloE8uocs+Y1iKtyTtoleH0SSxGvWcWwMb8S3L0SH7iX72PT6bQH/+u1I2KnL1Ogu&#10;LoUShlOtlujgnsHmrQ263hHKKRVL3ib0B4aNwH5sqRpYX0/HTPCNUa7dRyR0yMrUYk73og2uVDQF&#10;PgebsAwuZhlOYDr2uNdCP+K0ywKqE2NSFGoJ8YjENkBMfXlaxftbwOARbT20vlcXC9YXLzLDkjiy&#10;fmzGq4b3zC6n3LWX8cXPVXBD78cPvh/hzVdu0Lpp2/umTfMjHnZWpuQlwhaMJBiGbQdiAc35vwWF&#10;inzuMFyVg1Z3tIRTqHlf1q3xweChSZXWmS8sQ5P+55uAD0mOpf2an11udJQpwosSRGJZJtaGQeY7&#10;yngylmCS7ATI4+ZHQD9PAgUK9HplaYR8YUBy49XXZk4lic1UDAvTc8ChM30U6VqHdA9oUZtkW76r&#10;4oWUGNNkliDWmRm8TYoWLtqjqClJ1VHnBq2947S334BiM3e6RwVmXqYGQapUZiVkyshrtPx7iZ93&#10;CVSifSldpWeggz2HYzz9TBV7d1bov92ghmCRySP0OXgsMKD3Y7xoU7D3DH0GXZQm0wu69F6USd80&#10;dAqbZGrYRSkzNRmw93NJpQzYa5MYmwFDCtZYXttiRBtWPYYyyrw8REA+f8i8cQyVRA3Zck7JnrHR&#10;7PLw1BA1dEFZQ+8+9+/rJT8OoIQNfUCOQejlQ0IyY8EhyDUK1HkSguRKAgMQYIShqFVegjWKR4wA&#10;lzkfRD2SBjxMINUWVLLRCkaqtaahTu3H9FQ+QTeXLJu6n22VCdpITCVtOg+jWpaekXYZ/zORv8U2&#10;ZT12IC1kkMOMW07XXW4laDZj3GwO8M58n86chM6WZQG9vaBOe3tq1qpYEBjJWcq0aR3L+2DZpPEi&#10;s4xxh1t51g9W2L3m+WcfHf4Z4rtrayZmKQvzKzU2LOKrmcaWHaCyBjo1KTQW1rO+fcqIPg1IaGFD&#10;5/lnAywkmVoPZ+mJcqCvnwvSUDm22jDUxslcM4+vnF9i1ihnfjxGgZF6awG4fMJssk4e5dvnPrEq&#10;BSf9dAw8BxCZf07kjETGVDBBCHBep7AAoMp59aTxSKoug7Lme9MhKMzfx9OtNUwDbVO3HXAueGOW&#10;cJmKRMoAuUM/QJGi8tA8s15RWcBGkmf0ZQOCdMhSdKEVch19ywr15Pq6YI5Rj7UhM5KHelk9bro+&#10;AYpYTCQsal47QUUGuiErDrwCirTHDrrX6Jos0Ov0TBCPjfbWnme9PjmFnm1BUnl4PI65onOfxQJx&#10;Ri41TK7ESVqVYRYyY8cAdkbUJInTdEazDzSfyeIxnBiJYVEN07ZNT6MzFuwQ/EyExFCQMzA0zG1h&#10;wg6kLyn6A+k5AgmykdhDSa7i87FAPySMqb94/ntYuXIZ7c9EOLD/oNTSpVIFTNflmk78eJUB9SU4&#10;SgVWFpfzQr0F+Je4h8VK+oXgYME6YaDR7xWquSN/DNt270GVmvzLF9/BW2++ieUd27B92w5smp2V&#10;a8MsNbMOnZevb4ZjbGHEQXIBe4SOI7njMKLGNILzx6CuvA0v7hpwlwf1yQ3ot5vglC7/wH2IZ8eh&#10;GxzKV5SgscB6pXlpYv1GlWXMpWsYPWs9PfW7eJYZOXlmGeGZGoZZiTwsnwl8kfG+c+E8Thw7JiGA&#10;O3buQK1UNvsND/CoUWEFWCrhhfk0+kj6P75VRd+AGU0mCrBEdWUFp06cws0b11GiWvnRx56Q5GP2&#10;kKuy77KX5586qk8u6Tcf8pBjOvK+7il3/r6b/97oOM9Xo4w+7ewGtF0vsvenIwEbnh2WOUb3qG+h&#10;8bFXMOC4SDVF5eQLc1NkyvSeOZxk3779+Ief/hR/+qd/ijJd26OHj+DTn/t17Ngzi0atLr1omhQx&#10;Rs/h1D+dxt9//Wv40y/9CR576GE8+fGPY3JiXIbtM1OT4ue+fftu3Jy/isX5eayuNNFqdQS8/uAD&#10;B+gebqF1RD0Ke3lLn6elloT1QGVCCdeg+hYgUJok7xlO2sg3MQN4JCH81q59iTZDCakfeM+XAMsY&#10;lvZkBuYy0KXehns9ZsSKB6/1hY0HcraHyYDWIdXx/VQCAZvtLvVQLcserQopqULXuEQ962MfeQI/&#10;eO45fPO7f4lHPnIEpS2zYgHF73VABRnfm6mZGTzzK79Kz32Kv/irv6R94CA++MgBbN+xhdbGTrof&#10;Twm2IeQtZ0fGnvk8eHd2YIKLBBl4ZoJa89J8P5OhOxsGQK9jxEmdnAvAMvWZCzVz/74x+HUrhqv7&#10;e+LWlD31MhW+fRdpzirEfF/yvmXtaxOr1QgLzxtJi88PL4ahW6OefGtTfNeCeuvDOiyr0hjPug3A&#10;Gxlh8wbvuahFlq+lSe4iJsNiJ5esxmCCbNDKUuIxTOgSeYjSGfV8rcdEgtuFTykrB7CFlBQdPh3y&#10;sWw2xufChBpIehz7T7G8N47lzXFCUjc2t69FBcLPnn8R75w9h5IycjZ2mPdLvhzyaWLCNPgBuHRt&#10;Hl/+1nfw67/aQHlumg7oksj92GjYzVH7RpUoCyrudITpNVn2xczfo4Ob2XMDkewWpOjhQp2ZkgEf&#10;tAOIxFKuEXt30fudX2oiGpvCfAeo0M8JOz1qAugvpQl6b6GRwlFh0efFxEFZcccO5ks4e/YkLcj9&#10;QKcnEpyTx07i7RNX0FxZFpneIOXU0QIt6sR4icCYdzOFt1AtCtvHPeYhp57SzyiP1TExswmTm6Yk&#10;FXe6NoFSvSax5VGrh2qjLIbh7BnWDyMp4EQywAuDCh/ebHv9Afr9JrwkEKCJF9BKq4upyRpW++w+&#10;10arS5uzr9GlTevNF17HyRMvo1Eq4cP33YPN+w6h55uijDc7ZjcwEBmFA0Gsyw1qxsMQN28uoVEp&#10;orF5L65GsdlA+bmJqeGn97Rz1yza585JlDsnu3apwmC/gd//tacR0wFSnxrD+IH9aJ54FfftnsN3&#10;N+/Cd5/7Ge7rJPjpa69i15bNiOj9NcaqaC6sSHESyBTIhLBwA8Xy4m6/Zw4WLigZBqFiloEjTnMN&#10;e31jFC2F8DDKPKDncoCQNtF53LOjRM9NVUALLjSKWmWpm7xIOKKc1+dqNxRgzy8qOQh5Ii0RJC4I&#10;wTOdKx+8g0FKBV1JNhuTejlsmLKgAJlq2yALpQWI5OtcoGsa0YNepMK5XPSwa+9+eLNb0JjdSQeq&#10;j16nbz1EUirYIRKdtL8iuymn0DKoxxPiOLYyHQb9xPMyFsC3zwBnv0vPaRftNr1XHWAHFQf7jvoo&#10;pz1MT/jYtWsbiqUAnXYLcbsibFKeqiuYIAUj5TFSIh5WOCZfkppn3LMMDE7q4qkdr2Px6GRQngtA&#10;KliLnhlV9HptBFSoNtsJWn1gz7ZpSSxnC4oo8mQNOrPZwC+hN+igMl6lJehj8dpA0rQh/jtR5j9k&#10;vCmM5DtiewC+EHRP5opN/OE/reI7H/wQvvrlN6j4X6WC0MMy70O0QRT5fnslhJxozMBfamj5vJcy&#10;45D3KlPQGFyzH63Ci9r0TFTlufN1UeTA0i5ykE5UFHsDacq4iWv2JQGXi/cVlsHy3sQM0aCMkBm9&#10;1JT5RSrGmPEJk5LorjPbIzCoabwzucnia0BNnM8pvHRPByHi3lUbrKSlAYzp53Nid8qSLHswSRhG&#10;cQqF8RnochFGkV3grENTSNP7McA47ZedFv2/BQzaN9FaOkP7wgI9Vy3x2ysU2fsolZRGyToX9ltB&#10;vBQ58ZnXkSeyxojuEcshm/QeL+PpZwI8/hHa2+q0n0SX6YUYBGW2c5FRX1s0F0zB4qXWq9azIOwQ&#10;hOPiTZq+7GCmM4U6u4FnJZAamUcPF/PCRMx5y3k5YEnlZKLpCOdqWPgHuUFndoJnvoDIJPnDkF/L&#10;lsMoI0ptMD3dONVTZ+ETac7PZENGnAMStBoGVqyRGOdBvLWg29CjzYYhqDVsq0yCoTNJ7TqrHTUE&#10;Io0UT42AE84uyiX+KrcXZsGeOmN6OV89Z2cxVJkpk92YZ5BZ9ltsX1gCa/jZTQwLSKcGzNe0z/VC&#10;D6vNEKt0xpy7FuLKQo/WYYLOwDAjmD2tqEEUWwFOa6d1KjLdVFkGqbb2bmokXViK4dTeaz2qi9U5&#10;XtiIsbMaGkXmZbhwDCFby2UBGxjSSD3H2POCnP1KjpXmJJIbEMp0LoXXMMQMk2y0gcq5QjrJcI4G&#10;k3kn5f+eSVC93HA5BXJOWXnfvlwurn097/YiHfez1OgK8iyzETm2n1rzeRJ9G6nPiARY37LBTHNs&#10;RpWTFBuJb5oL4tFZYo+RU5vmJtmwCUpHGH63kk6NMHhyITfS/AubPLFsOSVNo7JrTgBk3rkSiNdk&#10;UJqUYWefpaDUtBbDnjCsA1b7ILUs0FQAm1ibUYsww7mXCDw7RDOpxY5NvDbh2q1xGWrAmcQnQ5m9&#10;vQxxOhyyuL1L5bwD05w02vn2mXtrayqfodqCMNg5DIsH2swE9CSjJBFQU6UFqq1DOZMS3cGNCydw&#10;7LsN+nuIXVTnbt6xB2OejOGkrwnFkzwS8N0lhpv1EWwoARyR9uaHQ7dorrhWqlTp3J6dhUd1ZavX&#10;wYk335CUYLYeqtUb1BtVkFAtIkCXhBd4meGPqEj4DKyW6M8NsdgJ6M+r3TYKq1dQGLRkcCfnJdW+&#10;/pkTqHG4Y3In2vyZ6pw+bDwBB3y1qc4oWsDdy68vjdE/b8gCeu+ecm49FsXDr4FtO3fLuX750iXx&#10;CN6xa4+EaLCHId/sKDG+8NqCylKjWFYzPzerC/Mif+602rh64wbePnlSBg6HDh/G9KY5zNH1ZR9s&#10;XpeBpJinQ2Lwe+As5QnGrhN2NcR7+OS3kBIO933f+XjmfcksI9IMv0y949tD06w5T25BEjtsIDH+&#10;+9oA4RLYwsnDVozIwX/3f/BenDv/Dtoc+EdnV1EALC09A1//MvUbDOh9+lc/i21bt+Ib3/wmJqYm&#10;cPfd92CsXkG9VqGv8cQTcs+undi7Z4cwaE1tYgb6pYJvFEoOMHYp87+gLPN2DKqNQJY0vf3z6dv0&#10;75QTaznAZBCL7730Crxmoi46HZP4HVKvO9aoi52YMikixg6EgxzDSIZ580s3cPbs23jhxVdx+fI1&#10;Cf7cvnUb7n/oIezbsxeVShV3HDmCP/zd38X//C//Vzz33A/x8U88gzr1+JVKUWbV/agn97pOe8L9&#10;99yFP/7Sv8err7+Eow/egSrVHEz0YvzDqxVywzNXBxvcBfqWutT3LYd+vwTJd2O7bhxYt7F3pT/k&#10;R/7S2bA/N2NT5w409d49NwMvWxBDXxX3Q3lSGNspYFGkSDorGrSV6Go9DOVwXjauBFQ2QtkRbdw0&#10;XXtWhKCGCYRSVuYWjJsE6zXpR4ZA6OcO39R4xFlgRQ5z2w0pSQAzk0TNVFJmoNBh9drZazj39knj&#10;t8S0cvag4GI6tQwcZpxZgKBIh19Cn/3MW2/ggU0fQ8Ta5tQcnCzn5E2qWjKBCdzEMpDA4AgfzP1B&#10;LKykQVpDhT5vq90xLB9mygUl9Oh99UL6voH0ybTgDdNmudlGsLWGblKCTw3zIi3yBTogH9i3Cedb&#10;u7F39zRuroZIey0BFd55+zxK1JByMzF/o4lv/O1X0OybA7jT4xahJYc0b7gMCvC/eIHxZ+RFHSdm&#10;isyHdL1SkoNvanxcNoDpmU0ypWXGV6lepL6Xig76TIzqc1JxaaxKm3kkhQ+n/PJGVGAZKb13PiT6&#10;PWbZcHpHYuBcOtRbrRX52Wxn8fxzP8Ny2MT+2Rns2k+HP72n5559DmHzJh77yOM4fXEBr75xEp/Z&#10;vQfd1bb4DjK7jwGudNAVYM1n6jy9P/bhunTsLPZvmxLpdo1ekxNGr7da2IweyrWGTEPYh5EThECl&#10;xSCh90oH0FtU3HzgoYdx9thpzL/wHI7csQeNQQ+f/9wzOPb8c7i+PI+H7zuKOw8epOc3Rb+zJBLO&#10;MDKAaBj2jTW0gGUmuEQrw1qNWKoq8kCPDjj2AjET7kCKNVtKSpJqKsWO1sv42N7tSP1EDtk6PZuS&#10;lCzeH0qusWfXTo8eoCmWfwS8fkpGJiuhGyoryEyDGwvwzSE1WcNjTZe1ldwYKZL1feFGlY1YywUB&#10;MxkMK9LmHlIBF/UGCCoLwtILVAnj27ajPDEmXi8c8NPtstSyg6AcYNBp0TWJBWiRvSGyKdQs+aS1&#10;yVT6MrPT5m8Io6VKt2jb1h3Yums3JrdtouvbpWe7T0VCKmyYHj3zInv2qnQo6ewgN3uBkYRn7aQM&#10;MWKZ2PvOq0akw12ZYvE0l82CeW0Iy80ay4X0c3t9eqbDEH0mu6oiZmdm6fNUBVxhHx5tzdRSkSbF&#10;wjBl4hj7uV18Z8GAXZz8zHI6PxdKoIULTbc/kqRfiaWn/aPd7OPJO0/hrv9pF159rYrvP3sBuLgk&#10;YDyz7CLxK6InTYrVRAIueL9kNqwptiKZ+iU6Rj9uS1PB758ZObJOCxVJW0dAjVVpgj73uEylGb0U&#10;yTxPOam4rwVV2bt4RygGJkyIJ7Yyz0hDYZdq9pPURoqdiuemZQ5xyvBYGYVawfQhDCj22CNyVvxR&#10;Y3m/iRQgmj8Prw8mwjEgyR6YpYb4Owoga5MSCwN6PXoGuuGyJFNH4So9A5dp7+C/N+XZYgSwLO+Z&#10;CnLelyTvMZLAk1QSBZk1tSo04rTQoc/EAGkPu/cv49AhH0fvHMe22UXaos4Ls5hekD5OSZ6jQdqj&#10;54SZx8wEMcFVDOh5qaWIWCqaCSkKTIGbmcEZf8SIWQWeAYhl1VqfyMQNxByjzTla5FhqAv4Nh4BZ&#10;eljmqZXznPLWBHrkm9xhTpYeAi85NqHKzVVdIIZL/Nuw6Mhkgipvs7RhX6Gs3+6IBDbXQGMD5l4m&#10;y9XrGQ9ZOIkeSqAzM3uV93gbTm0zsNCZves1NYVaA3javie1ybU5ApNhTLkvsqEpqb1v4ruXmvWe&#10;2Mab9+Io9Wz6qGkAen06Q+iMXmppXF7s48ZyF81uitVOil7EQAI1NCXfpHzSmcXDOUkZ9OwMWg91&#10;xzL+tMyn7PNrld1HnY5e67yqYsjOUnZAi+x+KOe9pzNe47CxgfHzhS30fejMP08Zips9S9xbzYVL&#10;5JuijO2ZWoaaZfLAWyezzImzbdu2XuKOXGpuHqNKc4l6KhcUMiqzSa2qS+dkhMPX8DaAw0efmTxT&#10;zhv5jrxnYIIhLXWUhWqbZXgj1/z9/C+1jDtYubY8BzrJQthSd/1znylFTpE/kopsbRuQT/PN8wEs&#10;CGzVN5H1adWOGWMH52YQPhyOawEbE3tEm/NN097P0F5JGJnaDNNpz04lCd14xKZ2QhAnRnriW88/&#10;4yRkhvzi85k6ZuaQoeHkyA7scyxdo2qyjKVEZf52ssqcZUKOXeE5VolnAvbMmkkslMFhWy5wx/RS&#10;DGBoYcgrE+AkQ056AmiNdzjcjhm/dL5cPvEzdMIOwidiY7cytwVVbqpLVTnzmdGnrc2ROJ0z24zq&#10;i8DzbyvtHfGBs3YByvZGps7zpUYyYEsB9XoN+w4ckprv2pWrqFXrwnTjXpD/G4M3EEaOBcukVzOC&#10;Zq3K4s3cpjqhNDuH8uH7oE5THXLjItUNK2ZDFBbxKjrvHKO6rkufb0yYwSnV9bpUNrY9xnTReAin&#10;KrNLULlAjHV+Ce/aKHu3BBj4WnItNjExIf0igy3Xrl6l3kFj26Y5eia1XAfu5fj8537HN3MWo3aI&#10;TG3L+/6ly5dx6tQpkZNOTs/i4IF9aExMoVItCQAljNZsoOJnITzvxftrLRDozud3B/xyAPaai5bm&#10;WHyJViOeFhmX1f53HvwLMzR/dgv7OTIqGmV8np0iwBCJUulLy1Rrb966FV/4wm/LEPzKxcv4zre/&#10;jWe//S1snp0Q/8RatSZAMvd3rKJhKfX9DzxENWMJ3//B93CZru0jH/4wJqanJCSw1+vJz6xU2GOy&#10;JvuGIV8UbPq8+RyGWaesj2s6Yi3y/4+s1hsyyx3xKTuDDctZ1I+wKiF5zzHVAT0JfVxYWMJLLz6P&#10;VrOHp57+NDZtnaavT0XNZGqBFqrUey3cvIkv/ckf49KVeZFJP/LIw/KsXrl8CX/ypS9hqjGGRx95&#10;BA99+EO478GH8M//+W/ha1//Bv3cLp586mPYtHmantOG9GcqtiQDJnxJiEyV6g9a14WasdbxDYnF&#10;t2ertmnsSumh0fRIKtroGbjhNTKb03vyLMyGf+r9AWk6X8thdEj28wB171XK+14Az9Gvu911GFp5&#10;QOGWrNK13xdwIpZLufUsj3EwGGQaXwMC2CLOsw67MEmgqR4WjZ59kJX1QXGHDGu2vdzm7Ox9U22l&#10;Tjk5xsiEOW9YkfmNeNnPdV8rkhI+rJhho2z6pLIT19Qc2kyD7/EkiR6kFTpkX3jhZRR6TdOM+wZF&#10;HxurYGZ2pxjrLi23ZQGYQiWSH3eWNqcnaIF1mT1Fh7YByaw5tLKeIOJxpdDssd9dX9hDPPFZbLah&#10;yobN5tnGpB/20Aw9Kvr7cu9KdqLNB93iyip2V2rosBF/alDl73//h3j0ox/Do08+hqX5FYm2rrDs&#10;l5bbW6+9JWw59lhjyWYn7Mo5ws01s+/YJ0S8SFJTXCdSVikJd5icmpRDfPfu3WhMbUKpUjaGxuxD&#10;FvfEk0PKQW7UBbTzaOMum1StTgxdNBN4YRfSM8FGqoPeQL4lKBVEwsvPTNyPjEQw7gvA8s7VBTz3&#10;nW9i1/at1AgV8Oyzz+GjdC+6lXGcfutFfOYTn6R6Zxabd+7GN/7mBprLi1CNTQhTDn0oy2fj1N+V&#10;ZgdjtIl5EW3+dD+XFlfw4H17qRnvIabXK443cPNGEzv2UWOll7B4+h0cFRZgBxE9q/Ugwu479uE/&#10;PfccvvvKMQGiP/nIAzhy/xH4dO321nvY8clHRd1Up+u1urRMhyJd9SS2nm6xPGoSMsLR5vRZW+22&#10;TDt5SuPYK57IvFKRK6vUMA20GDGbpSHMEPH+K6NWoCJjagbXdVMYVywJ8C3QVxT/A8uIFeDB+CJo&#10;SVstGZ+whJltbmpvvo+l+NwsdvsDYZimFjQQQ1rfCtuUnzOjN+uQp7smEbUozxD7EPZ6RvY6XqN7&#10;3V7A0uUe5qgoKmAM1Ylxuk5UuNcqWG1Q8TdooECfp8DpvJLAkAjgHEhqciDyGz7QZrdswcymaXrB&#10;jgDOBb9CayTEdKVO31egPamHhH/FprgcxLaJ1akEjsihaYcGvgvgSFO7XZnCO0mNrxV/oELBsvps&#10;Eh9X8dwSRVSA0svKpLDfL4hMe252EuPj4wYM5P1MEsJNCjkXgGDmW4ma97CBRFVw7sKy3Adm7TEC&#10;yA5FBqhJRb4+6LXo+aHnthYIED5T4vUfCYtnR+86Dj86wEcffwj/cCLCD75xBedfOy+pvVFK9ztg&#10;437aF6j4573C16bRilm2FA+kWOBGiRnPOhArVElaD1k6w1YD3iLKvPH7Jm02CrXYE4jkjJ5nLqxS&#10;SRWdQlwtSkpgkfctSeb1TYEq7GRj08B7cUHkPCntQUVhGckggfc0/v7xMWkCPSvlS9mcXeQCsTFr&#10;52AZHrIwENnpoB/5wriTyB1aZ1F/CWFnidbUZbq+83Rf2eiyKfeOm52E7oMvTL0YZt7IKcQxCl7R&#10;yGFZ6iXJ0X26t/OoBAu47wMlPPEkNTGbaC0Mlk2jwoWsyHDo60t8hvFDAJFHGgafJ9IwrczZZqAM&#10;39hdJGYwZr7OgCMMYvpWwim/lJbhhiS/W1qPWFLY4sO3ct5saKfM4CDVwypf55LtnW9fmiNjGStf&#10;5422vkNI13xvPp4hH7ihclLcNMfEUmt97HKAohrx/HKBBhgByZykKu8vtmG2Yj4I0VOjzAc1/Jp8&#10;v+cCpYaD9KEXirZdv8YG/k5q40myA0E9bRs697MSZJYkqRtUai1+e56TiSmjYODngtcXLMOvT4um&#10;16PzoRXj6gIV8fT7UjPFzZWQ/ltg3h/vxTygFFYrPYJhaMLQnA+k0plBYJrzl8mAUZ0TYDrwS6XZ&#10;96gRJ2ir6sjyU1OR58FalJjPluZSC13AhwUCWXLn2TRJ3wYzaGWbK9skpnkWn87doDwLz8JmWeiF&#10;n8nBkfuKHGfSAn3DNNh8zejSbHUutEJb+ZaXpfSaM+PWXjhphrA7QC/j+a0L2vCAtQEfGPrbrVfC&#10;p+tkdsKwdvzdzA/QIlKOfbkRM0fOujj3D74FYPQwkMMy0ZI1hvx50E8PUfLcdU5HWHsjDBad098L&#10;6zUZehIyaBpH2TrjgRF7rHK9nSUtel5mB8BqFe2VbGhNHwNtQtfUIDUsMt6DbW/i2KOpZUUZVj+E&#10;bV0s0nqj7+nFkfUzzW0McHut0wZp6/ethHkHPeoRGYk/nf3cvso5D3jiZ579WaV24uJl7BZIrc01&#10;gmHbVAolA1qJj3BfhoM87B2U2b6CN2J6v4UmFs+8ileodmb7G7Y60bO7ZGCdsJyA72dsVDKJZdjK&#10;MOvdGs13CXzg4DJeamLXEwRyhvPA7OCBO3ExOIvTZ07Jddm8eTO9tiEEaHvoiPedZwIAhNkolsT0&#10;/RJUSO93+24J2uI6I7l8nC5lV65LjAGKfF5ePAVdGkN66AiCTVuRyjAWRqWRrd1c7DpGQRplvZe9&#10;nxuEUcZDzK5dtjOoVSvYtm27PL+Xzp4RZt+OPXulFuU5JFuPiKyaPyvXIKweoudnfv4mLl26iHPn&#10;z2FqZhYffOBBkUWz97uAiZ6XzazcHsy1I8sfgVunjo6wkzOg8H1xGXNMY3ULT8NhL222HGtPk6Uk&#10;a8sAtR6naZKDSkwdJ5+DCTIy0IpFUtvptA1zstZAt9dFgXrgPfv20z4wwI7t27Ft63Z85Stfxte/&#10;+lV85nO/TntAEZNUZ2tmkNqjv1at4sEHHxQJ7te/9jWcOHEChw7dgSb11Cz3febTn6afWxXliyd9&#10;Vmpaf9uzOv9jM7RJ1rE7fxn/u5WMVyk1GvyUpa/mGOUI7LWG9I9SR3BNSX/oNwd46fjL+Bpdn5WF&#10;Jv7zT39eBhL89VyTcw3Og4FBUpB1/MJLz9OvN/F7v/c/4NAduzA1W5EAzWa7hzOnz+Hvv/4V/NG/&#10;/r8FdL73/gfxsWeepjWr8Wd/+Vc4+fZb+OIXv4gdO3fJ9/CAiK2Vzp47LzL7Q4fupj08levKmIl5&#10;HoeDYm0jkVTG7ldr8BxkjNFbgu6OsbsRWy03VlO3BLS8Ub/cDerW4T3SsDSFdcJhD++PkXi70Iyf&#10;x8NR5yZreXBv9GfjtsDoRq8VeDY4I7UGzgzwlfyCZX2ZaTiDXs4PRNm0XeNNYpOIbIHl51J4HfPF&#10;HATrJ8ob6ZqHRYR6TxdDJLx8SLHXWZUPKTtNdNMSl76ljSE7M41Ov3URarmFEidj8kFEn2tmZhp7&#10;du8Wk2AGcIplNvRcxI3rN4WOzyydtFRAc6mJ8uYqHTCB9aFJxHhULiQ3wOz6VyrxUYZOz7OsCIWV&#10;Zhdj49yAsjrMMOnYGuzajVCCBxhECZn5xaANPbAdTs/ttjHuWW8her1WD/jed3+KCm2IK1FPaL+S&#10;MkrFABv1Ryyli7WkgsaxL2b7YvlBr8cR86zdr1XGUK7VMDEzjsbYOErFMqYmGhjQAVat1EWKyyAW&#10;l4tsZlqU9KpAAiKK9LqDfixBC8zg6osnWyjg4jg19KpYEvbYamcVZSoY2EfRV6boL5cq1KyHaHWb&#10;qJY5WdfHG69dxJa5Kdx/32NYaNO1Ku7E4ip99iU6cOsHqBGi1zgdSPGaVPbizdMJqg0q6IKa8VeU&#10;zpij2wcoU6FUKlYRVyaxtODjRqeCibEx9FbbmGjsxrMvvowuPdch3fPFCydx4FMfl9TTGgcq0HP8&#10;nz1yD+6nzRGdphgTT07VEPYgvlwqGEMQJlJv9Do9kX5yYEi/Z5yKpL+RVGol6aclCaxIBNzidcNs&#10;Mi5Ew7CMUiXA1cWBgDJwSYbWk4QBEpZo8ZqZpK8blCJUEk8krgxMSXHnexmbgQuzIj2TDP51+312&#10;VZHDtMQAT38gslljsG0CKqrlAgZ0rVrdLvzCmGHrpTnhvJMNSRCL3QqlEOJ7XhS5LbPeUmbi0YE8&#10;iLpIWtfpWnGqmAe/3xJfiV7SEWaY+CnSz+eDhRmUHrMKXeNEn5/DNNhfgv39JKUt7WHr3CTCfk0K&#10;KvHapA/DzNCQ/s5TpShsImx3qZAI5VDn87zAKWeesiwT4xnBjETDYNJCk+d7wRIg9lMMqcBiFm+p&#10;XDRSf+WCNhT6zPobcIJtLI16J2aWWw87NjdQrFQZ4zITdkvHEDFSYKSmfCAG9Rgvv96kNWCCNEyn&#10;G5nGxDf7QRr3qLGn57URUVEo0Ax6If2cCq1Z+vml+oCePYXtlVfw6/eO4em7t+JHb+zBsdfowD5+&#10;AxevzKOkBlIwszeksDhhEpDFFyO1aZf8HrmnKBmfUk/keIms677f4exAqFKV9g/riaXKdMfKdF8n&#10;xDOkGPdpn7yKTn9FpoyFoEyVRZ2uQw0+7Y8M2hlvF3qOVNkk6YaR8QakZob3I25iipxKLRNsBgtp&#10;vTGTvKAEoOVJcpHZ1tRchP1VFJjhyZ+LBwx0D8N4hfacJu3rK1QELdMHa9FGO5AUXwYLvaBgpWip&#10;SUGE8cRj+S/LeNkmYaxRw85dc9i0vYGjd5Vx9z0pZiZ69PzROqBftFjEE5Al8DzkKBdr8vxw01Gk&#10;95H4wZChJOmB1jvWspBSu8aMF5T1ck0s88z6dRkWnxLGqAivPJ35Hgqn1DOFYGyZKM4vLnFeOcrw&#10;RpwyQuZZnmOYuSzVHBiWZ9INKxgbTpGbtOqcVFcN2Up5IE9t2ITojD2XZu93NC3X5uDksZ11YKHa&#10;CGvL3vcQmFJOfowhe3Hk5+QqOk+NlnepzgWejCpZhzCTBYfc1zpmDt+72P5d2xdK89fUWqAYNh8k&#10;iIz/PuChD6fp0jbP2Rm8dzY7Ea4shlhsGfbe0gqzyo3PUcgFPrM+VNG8lpNICTuuKJ6SzrhaErrF&#10;JiUVdDhTtrpmQqUZKKxcjIMrvq2X3tBzKYfGuqmTymmeM0aass1gXp5uwUIH1KVGsu5AOc8yn8SD&#10;S+Uz7VT2/Xk2aSb/AKyXsBoBo0am2vYZT9102zVvmddfOirrzeTDaoQVoDIQKF1TqKs1gNdoPPCo&#10;xNxbJ7vNMxhGg0SMi58eYfzlQXYvE0Y68FCvVxxlALORryYj6LjKmkhj35FnvA5ptmvSGnMWOvp2&#10;2sFMvm4G6nmJmgF601yj61mT+9QEOimdNWN2yzQesspa4sQGSvWCBhJmtKY1qtnZp4oH5y2prQJl&#10;gDST+GtYX6IakYGlL2c9N/Q8YE4E6DQqIi8LHxsCpNCuV1Cypoyvnxt06Ewa7AKQfM9BT8qGMgyl&#10;whmY4JnPzJNhTwI9Uhm6FrxY3i+/p4jtIfhMoLOqmBoPtThmr3D2+I7QvPY2XvnOd6kW0TiquOme&#10;Q41qdV7XAaxlkjW6924D5GVWSRt8jfaUC2g3fr92nRqP9liSOEOq59Xe/ehS7XX27ZNUk9B5eeCg&#10;WM9wTYvUpRfrTMZaEEsgMxTmsLK44SMUcPRueFxQz1+g99NHhep/j675IO3Du3jKDEV5OLljB1iA&#10;wIFbLt3WDW/dMOLdxa63l+4O/56TN+fWY4n73/EG0m07RD3EgX0+9TNbtmylPbogw1SpN+i+s51M&#10;e7VFX3MN5955RwCXPfsPYO+unRhvjAtDkHu0gqTyxsK+lrA4K71kj/NE56Z5bv9b47+loEfsCvIJ&#10;Hu8G/ikvN07ZCGyw0nQp/YV1avdAz671bP4SGFZnbmDnhhVmPcVSW3Z6PdxcWMZrr7yI5sqK9QQH&#10;pqemcNe9H6DrkaJeq0rdPtiyCZ/7tf8Cf/PX/xF/+R//HE8//TSKh+6gkrUkr82DZq7JitSnHr37&#10;LszMbcbZs2cFRNyxfQd279mN6UbVeLknoWEvsbrFWQUZ7bwBc3X6rs/FP/b/HEkjf5aw6iiwxAGx&#10;JgB7PTZx48Z1/PDHP6TreBw7tuzAZz/1YRy65yCmJ8fl/of0vVWuWWl9Mkmg2e3h+PE3qKfehW17&#10;5zC+eQyNok/9jKJeuIEPHL0T27ZMYvO27fj3/+H/wY35BTz15ON46lOfwvbde/HcT36Mf/Nv/h22&#10;b91M13mL4AULN+Zx/sJ5fO5XfwOH7pzDWH1c1rnnLAuslQY/Y774pI6GUWRn6ntNmFZYA2ytB+9G&#10;agF1qwHd7cG/4fBMb8g2zNvT3J6lN5qk/F5DWm5nDvLLCnXZ6LUN2OcZwEyYZbGl3dvExFhAvsCa&#10;fPtGiuVZCYeVg7qLZyKVMZzcec5aRWXTY6END3Uzw5uUL+x0mis2R9MKDVXfFISxlcSyV14kbERP&#10;Dn0I08kVu74xy6XNgGGLhesLtAhYbuvRBtyXzzk1OYde3xYRiQEIx8en0G710Ws2BfRY6TZx7tJF&#10;bC9PARXfdgxl6mdjlOj69eizFuj6zFTL2HT0Hiy+9BoK6YL4SPG08cKFC5ienpJ0q1a7j1ZrgDb7&#10;nDGoYv2vUlskN7sx3vz234uhML9MZP3I+MBgeRovLE4MlseGNtgB+6jxdKNeQqVSQaVcodeaRWNy&#10;mgqFMZnWccBDgRrZXthBMVAyOWD/NPZS8VQFUd+AE9HA3FNVMCyoAm3OfsQLORQWC/uqdduLkl7p&#10;i49FAcfePIuL595Gc3UZ9YkaHnzgcfq5Zdzgn6VqaDe5ca/StSqjHfKhQK/U342efwee/Qm9PjdH&#10;ehqrK6azmpt5Apeuaku5bmHM24vrnMex4iZJaY61UjeFLRUOqUfvsXgUP3qBu6dlum/MONqO6sQ0&#10;Xn8zEhndztnH8drVKiZabbrvxtS0WElRZSZkUBU23vx8G9VKTTwPOWiDWjZJwhWZN7PSUoZaevIW&#10;imzi6xmPiiJd41jYUYkASp5qCJMDukeHUBfpIJWQCwhgxOEAgcjk+WOU2O9P2EhmHVTo+rI/m7ym&#10;cdI3BSanRTPLj8E6BnwrRdy81sJcjwFdJnEV6LMoYUj5Tl4gE/UE9aSIxZU20PIEoGUDW9dkZQwj&#10;K+11zyIkdZoBDpMq7EWeLeQVFahUFC0viixyrEHFTFSBrycsUMdee1y4FKSQTpOufAZmKYrEx651&#10;3l/YZxNxaEJ36PDyOS2L5e/s+dYO0eu0sLK6hE6zhYQnrJwoVauhXCzllFNmg+agB8+aGJuihQrp&#10;Hq3jvpFHsZyiXC7ZwYWZ2of0emG/L5JsYUvSum4zK5c+19RkHZPTdfEfkrXIvpqJkQpwMIzIOTn9&#10;tTiO85cSfOfZ87Km01gPAQ0eeLBkJ6U1HzahwmV84K4yJqZ9Hs3J88TKbj81cs+A2ZkcMDFYxGZ6&#10;bj77gRp+7ZEZdOJdOH3xThw/1sepk20cO30D84sdAfn92CAhXEyKkDmwCYh8bZmVaT1Mpblio2/6&#10;+T2+F+KHx0A4rX36TFUZ2hUxoKYrnJhAg+7vyrWXsLByWu4fA7acBOqlnqwJlrTzucA+YolIs5UQ&#10;FWJ0JFyGhyz8Wn6hLKzBQjCGoj+BHl1jeU/8jLJUgNZFyIQAPgaTJj1fdQTlcQMUiE9pldYnbxxN&#10;CUPi6ysuM8yI80r09UV6/huYpSJnbraGw4cmcOhwFbt3+JgcZ7lBl15j2fgOhbFhD8iyKlgpuGGc&#10;MvOC368w33RomCBWmitTVTFgHzZsYMP4BLlJZl62x+DfQPbXDp0315foeaoHwpJkAJ8TonmQxIyI&#10;Yo7Zx5h/asGLwB6SiRqSVOQszsIl9Ih/nePLOfmryoF4UE7WOmQECgvKQ+57dU4eoHOeX/kkXDWc&#10;4Ko1k1Y1ihP4I6BanjnoghBUNk11kkZTf+UGhEpvCBQ6yDFdA4TonAx3CG7qUX8kNVoAirzWWh4k&#10;LgghHYKqkhibGjDdBJUxY8mkffL3Rhyyxb/TedHuaCy3Y/qlcYPu+UpnIABfGCkJr+KwM+WVjWSs&#10;SM9C7EsRnWidyR6FlWUHFkqbJt+XBHCdMUWzVFxLBhOmp2cT7bTzEkutZ5+zafHFM9jJ2nwPQwaE&#10;BWHMnx2AoTKrCZWZRqsRKTZG5uNDdNcAUd5Q1aNUzv9N5UDgUWZemvOG9vOdZfZ0a5sRDgswYj1j&#10;c6SH8EaAXvesemskVRv55q31sryld49O1z386xgIFlTUObZNJonTUeZvOOqh6Ge+daYDT0cZA74x&#10;OdfugbVSzcyawwGNaToKFOY+f7Y89DCIJHufmaVPmnmFCnnNsqpGpJDinZ0O0yxjk5RrAqcSWUtS&#10;Tyk/8zPWBdihSSJ7aeLXEFd84w/LjL6A6rBwEZXoGjvESt/hw8hm2VYhFY8wXwZfKrCM1kIqZznP&#10;m4qBFsmZyvnyuWd8yC02yfCep3P2As6DU2XJ5wzMqxx9Vq5JKtohmxLMTnPWhywwBrrch8TM8uda&#10;T6iEJXMP0w6dtTxMoPdfSGQfaHOJRHXW+VMvY2XlOpoXH8WjH3sKK60WZmY3oVK0QIb1QTQCpqHn&#10;Wh7gey8NttR4zG5NVZZSzEovvofs4ce+dYfVEZFPXr1yia5pIsys8XoDNaq/lPN99gzLJ7anFSuI&#10;ONAFzFD0x6Hp5yRMBjg9ieKlM+hr6h9ErVKC6t1A4fwSeq1rVMc8Cb15C9J6jb63TtcwFn9i7aTK&#10;6SjQJxYian1Ix0bMmlsZ9Ks1YIESixxF9XFDasyx+QWcP3cGK0tL2LFrN+rUX/HPX1haxIXzF+j3&#10;ZVRoH9+3Zw+2bt9O31MVL/RSqWQBHMOAZNBPW4a2gGhqHed3HdA3shXpX77XnEn/toE2gWGYxtKL&#10;aen1wjCUs5DDFjudjryHMhMKioHURFW6FjLItJ6Ui8sLePWVN/HWyWM4fPg+3HHnXdRbldCn3vmF&#10;f3gBf/Sv/ggf/9iTOHrPvSKPnmyMUW1Wx29+4Qv4wfe+j7/9ylfw1CeexoGDB024Y9GXYEgmjUxN&#10;TmByYhJ79+019ylNpccqimRXy9BZ6u5kYM4Tz4bYrAnhyO/1+f3vlwWsrP15ntvrXNBGkmbsZMZV&#10;lDTDJhyI+592N8Tf/M1f4ytf/ZpMYP7g9/57HPrAIcxMjcuoqMD2PDIgSUXhwz+tSDV4mfa4emMK&#10;88tnJGU3YEWY9ASx1Btce2/euhO//vnfwORYHf/qX/9bzF9dwH/5u1/Ewx9+BB984F5cu3Id169e&#10;xfJqR/buOw4fwUc//gls27EFjca48fJm1UFk9m7Z11ObweCpdYM5tx/lPURHMB+sl/Zu9Pfsa38O&#10;YD+T/mffnWYYlW/fR7rmdb3cGbi+zlnL0NcjgWIZ4zt/hm+0/6ypDzauQdbUSr+g9FyORyksbWHA&#10;D6ds3r5JwA2kSbQMPznchLNr4+uHU1F3kd1UViRucc7QOU+WzJnF5o2h1btQI104gUmHhDB2xN8p&#10;ioxxqF+0SUsmFU4Wl7ZTPDaNpuZtlR7kdqcljRxPsRqTk0JhT0WSG0kCMN94M5FpYD5qoRJURN4y&#10;v9rCTpnc0WbHXl1+CSH7fDDjiv7e5YRZep079x/Ej48dR9IKJbGVF3O346G1ctUYs8KwQniiFnLB&#10;4lmvFjbhZINikRymNk3Pl5SqbmIfSJa90UHJUtiZmTlUaBHWxycxO7sV4xPUIBeq0rhyEVmgr6mW&#10;SxhwIAT7bA2YYcb8Qx/tZlMmdFyUdWgzrnHSL6cFc0NO39debdN7N2mgYdhDSJ/vnevncertt7C0&#10;soQ779yLOw/di7fPrODYy2/j8B2H6XpVsDh/Az/9hy6CSoSEDfNQNs8Jp/XI9LsqngCFEr1Pev1A&#10;/Fd8YenEvk2CslRmhhZikUaUrHDHMAV9O83lYpCbHz5wiolvZWr0zPKUiTdPK0v1q4nc2+KgT9d7&#10;AKpbcImfCZ/eY9iVZ0EJ0BkKAFGiX9ObUmzfFWNuZpoOnjIdSgz2UfESd1AusO6ySP83boAOeqdh&#10;cYA+Mx15ksuSlShEd3WVnrU2VtqrPPjCLB1Y7KsH6/3CGzyXrizBZbagzPyp2GqHdB/o87XEMyEQ&#10;KSksh0fAD880PLwmxxtl3LgZYLUH1CM2gOR1QHe4VoGf0Humz0S3Xoyix+igYHB2eaUp29SWmUkz&#10;IfatTBN23SbaJHDb6DqZ4DPwwSys1Kz1HjUn4aBLRU2HCrUKPdsr9ExWMdag9cTPUMXI1uEbeYjs&#10;G5b8YHyFUvtzB0Lr51TZ1P3sbktAPn5Gm61FNOn3btjCoB+hRAfX2Ng4/cySYSJ7JnFQ/EJSyywT&#10;WnwRgwGnQhuWnRj/MhBeLdlEPftE0T0L465YARSLFTRXtcjreagxORZggoqRQqFmm5OBAHaFoEHr&#10;zIPBJhMUx30stHz8xZ9dwQIVRRw9rz0DhslhwM80Pcn9lMMpBlRIauzaXpY/y2W2wI3n/LXEksjI&#10;knkfYM6dF/bR8Odx154A9+zdDPW5zbjeOozjZyM8/+ISXnjxPHrzTbrnyghaBRFKhNmbBThYj6NE&#10;ZEbMLk5lUs+AJ3vNBRy0wkE2dF3H6DpWQiqcIva6GwirgD0L2XORZb8MKgziLuzMx0pqI7T77IdZ&#10;EeNxxH2R/fN6YuCWGU7Mai5QQ+cHM9QwzKKgi8LKLZfGMZBBbAEGnihIYRFJiIiHmsfJ0/ScsF9m&#10;0qPihXfRCsbHJrB9Rw133T2LBx/chL37a1SErqDCrD2G4+gz6KhNPyM0sjEbPMPR18rKUOQZd3YV&#10;ThoGlRno80Tbs8BDlJrn1/d92+gZMMizEl7nc5bqoZdbQtd4IS7hlQtt7KRnql4O6LMHVEAV6Gzh&#10;kBNOcabPGJhgKw5w4D2Qw6NiT2eMNi+XTeBbcMwxThyYZ94DMuuMPEjnjRjVWXkqtMXB9Aik4o/4&#10;BGY2PkNIxcv5J+VCtnTu32B9ebNUyxHPNORAI2RJoxlfLB/k4CTBarRYSnOspZFUUPdaati059OA&#10;05yaVGnztQw6igzaBiEZiZ8Jvkgty1LScyPjGcZf20+MYqDdTqhIj7FMv+ZbA1xfGtDfE9Cxi15k&#10;RIP82rwvetSwpzCsIRG/ayV+rsbuRBnDc2vnpCwiq3S+FnIGyAprBdGGxWXZppaNaIa0puEcMbHL&#10;JEWjpaXOJMLG601loKFJRDVsJ5NQ6nlDgbfLspDr7YLZssm3d4siFiO+eY4h5Umwlzcig8oYdxYo&#10;9jNZph6Gflgam5+BA6n1XExGHp6N2AJeTpXijUCLG7CI8jLbDOzyb/F1w4fThTtInexWgh6GZGwI&#10;PFq/PfMu8hF2OgPunKxu+J70kCmZJXqqEY8ulWtOHAA70khYr77UJk6vq8uVbZRSo0pg2aMwIjwv&#10;C9NzDD/XJxgGrDaBMg6U4rfIKbnMYuO6ldcend1S+1WnZb3JKZq0BVBXEhCQiJws1W5I4GXsPNhk&#10;Z2bLMK5o1pUWn1gDhKohSGR9LTmYS3oep/sdadIy56Isid5JhKVtVzbIhdl8/Dl0IJYM8nktU8r3&#10;jD2EWdhJNmiSEAE+G9liKEptPcvPP+0f187ixA/pjJ6awQNHj6DNfmZRAVUe3osXtCFi+J5a1wSO&#10;+PTdvjM2g6wkzb7e9EGGAR7QfjUxOS2qBq4RL5w7K3XcXg5nowtQ5umy3NNEZIhaJImJDZ9S5p4W&#10;tdTvg+07xQYkKtbhn3mBPn9Xeh6+tj2qWyvUN8THX6R/v5eu605zHhQ58AR2//PWyO0ME0pD3xLo&#10;vxWzZvjvZm9SFoxx/+Oai21CWPkxOTWBfm8LLr5zkXq4LrZs205/7+Lc2TMid961e6/4xk3NzkhP&#10;xntioNRQFmv9Ebn3kcG+PZA8C4yP0ORu0//eisWn14mAb40G5D14dS4VlVV8/EAWPFM3xqLaStBp&#10;t3Hh4mWcp896c2Fe7L0a9PwdPXoXNm3Zit4gwdxUA0XqHXkwvrCwiNNnTuOD9z2BQ3fuol7SpDiH&#10;cR1Hu3fhhz/5Cf6X/+P/xD/7zd/EM08/jWnqrbhmn6U+9lOf+hW8/srP8PX/9BU88thjuOPIXbI2&#10;rl2+IsEmW3dsER8/VnSJyiTzqjSYg+wr2neOlqL8iSTl29vAs835kOr3BB7dznftVmEQ2UBJ6WwM&#10;a6T8aWa3orTLOtCCJzCQz73SgQMH0ajXsbS8gjIt+8lJzlVgD+qysd1BX4IKPVpfXbaKSlYFVH34&#10;Qx/C33796zj51huY2TyOLXMz1N9qlCoFUdvwCzMZ6KNPfRLHT53Csz/+IZ757OexZ19DPA/37t+H&#10;Hbu2CUFCSggJoytKzyT7NGMVkQ09THJ2HrfyxtsgP+d2vny/rP+l2Tmq14wJN5b+ejq1A8T3Aida&#10;uwabUp38Auhb6kDfd1n371cGfEuwTwn13GWOBBlwl2dPyYFujZhlk9KGWWeMn60vmOdnF9NFdMNe&#10;kBRq3UaktUNT00y6kbcUyQoG608hU156bfb/4IOHmT8FCS7w6MEvmk06GU4kDUvJF2ksb2YBLRQ6&#10;JdGJU0ls1JEnm0bRxqkbM3SBhpzyXCQ42p+kw9hHIeHDrYxCZYyKiIEctDy8E0YkH94c0MDx1vRa&#10;+zcFuHT3fpz74SXUmDmkrJSYjYidLxodijzpk/Tf1MZQp5Ivag58qXcL8meW3lb9Euq0sc7NzGDT&#10;xKT4FRTosGWj+0Eay8Ea0GJk2j0XHQLQMsuAGuOCLiBmzwQ6eBmoYqYUEzgrvvmszKqJB2YRMqgS&#10;SfACA45NpP0aur0U3/3Oj1CtJ6iUdmHT3F104E3jpy9qtFY1bdZHsLhYZpNH1KZ22w6iDL/siw8H&#10;e2r5AkAE4LwDzZJHXihW3iPiVMUuRYGYvaYZAh/KxFWloRyKEk7A/khc9nqWBcTf7bnACSoEGVil&#10;jU08XxjQEMkFH7oVUKVEr6kFECt4iUyxiiX67AwG8PeWWX7VksS3m0sRrlxq07u8Bibvzc2NYW5z&#10;Gbt21HFg72aUWGKrTQIzv41mc8lIG6I+Bu1YwIOJmTq275xDoVQDl69xP8TxS9foszatFs+wZ6UO&#10;ZOo6AyZ831k6HTNTSQmAqGNf5KkG17KAggXVZ2pFrM5O0HMdG+COwRhOUuJrXC6ip9irr+NcNwxQ&#10;5hcE8L56cwUzU8zwC4wMnKnznplSazfZFomhlqKZgTW+ZjEd8r24L157UXGAhO5zL6xJM8tyzLKk&#10;sQa0XuqyRoVzJ2N3bXuf2BTeAs4pAcz6/Rb9vC563Tb93kG3HUnoSW+wTM9fX4r8ggrkvfMa4qK0&#10;XArk38UYXBtJLzPaQjoA+Xvi2BSEXIywxFlSrpRjZySSiMeMR2b6DdIy5uf5dZW893pNYXayJn6Q&#10;IvSgg5jVJsXimBiD857JEiL2KolUEd/+1lUs9BZkf+ICnL3klG02pbzgpiMRxA37D9ap0L9J77lC&#10;7zkxjKLUAPnKfhZJbmVfTY9lrV0pnssB3Tt6Pitl9topYvd4B3seLuDJ+xpY/a1HcOVmhDPn6Rl7&#10;a4k+Sx9LC0206TnWoRKA3GcQ17OlBu2Hmq5ln5ogBuM4dCSk9zgVBCLNZwZmvHoDg5ULwoYL/LK8&#10;fw3fMrhjUzJZkIIbpjjpWANnvhd1+u9lkcKH0kyUpT4r0Gs2attRH9tBz8a0yIH52Qw5gS/iQqiX&#10;pcKldH+EJsjPTb2MzRNFKjZnsXNLHbt3TmLbziIVRkVqSOgs8BkS7VEvtSzs0EC3aS+p0H7lSS8c&#10;i9diKqwDHmgxcMHnggF+I8NA56RTZdhmygIq4g9mg2ucCbu2zK6h4b/dhyz450kitlkzKTMTVB9N&#10;VcfxGynOL3RQLxUkrX3LJP1Oa7xaDqi4C9Avc2gMM2RM08phUl7g/DnpPvmWlZNYSa4a2tp5auis&#10;5n7l02HVmsTUJCdlglIj8tysmRJG4QbRtirnv5Kl5Y4y74yP6dB3T48AS8Mk4NuZNmcg1shwM8e1&#10;UjpjjbmiSQBWPcoGS3Oe0Y7BmIEfFmASxp79xftGYr3mOEVX2w/FDQUH9oTifZpguRVhlQG+5QQ3&#10;lgZ09moTysXAr23w2auMZUjcPEkwAf/8xKTEC2grsltPmAkCzKXagjDaNqLIpKYuPECvCcrIWzZn&#10;sqssXdY+CEjt9TYPhef8lZUDilUeG5JzNpHVPvT+c5I3lWsU80Wz1H2eGqZ0Wgmw2tBLf40HXV7C&#10;ejsWhXZD5lGwOM9acwNo3yYWGqkRsmRhSTIeKe1zkiM9ZMp6mbfPWsqqt6GMZ52MaM1/N2vHt3LR&#10;NUnALjTCgmxrmxdtJddKjYatZBEmNizByTPTkXRlB+wYCxLPgRGZHFhl3pTr2AjW1N49ZZ4LOtA5&#10;BpxNZ/XFUzvNrnleXmztrQ3jz4LHiWXopO7aCQCuZE3y4D4tN8TXuM71UBIKuFb2WuZ9SyhEaIB5&#10;bQLPlJXosuilWDItNjN9HDCYMTsc08Mz16wQpNnz5LlQCCtvRW4wkKWku2ufsV6NL6YWPytzvTg4&#10;z4X3eDIMSs1AgWpT3zdJpczyNcx3SGJ7nc6rKB3IudqnfWepdRnHv/NNrPY6ePDeFJu2bJP1Va3V&#10;Zbhm/BpzTNL3APBloHqqM2tzJWw+k2Ya+AawS61sv8R1E92DPbt2CxjLARRn6D0fOHQHxuh9V2vU&#10;E7EyjH8Gqwgyxrb1qWObD7ayqXYRTc8JMBywf/DFk3S0d2T/U9VAFDXJzXcwOBahRH/2tu5EyGyi&#10;SmT2c5tmvQ7quk0ib+o8Ld+DXNOElvhrElV9qlVqSDdvERYWg14vvvBTIWyMj0/grnvuQK3Blkh1&#10;Afp8ay0QizzbWh5AZyoWk1RqpOsyUPc2TuHNv9f34tH3/kTNGJEEa7tP8wBzEEZyz1dbbdxkafKp&#10;k1hdbaJGn3X/oSNU44dYuH4VX/+7v8Om2Vk8/uRTqFUqVD8mUndPzUzjYx//OMbperAihm9bFLL3&#10;dYSVpWVs2TyHrVu24tXXX0OdeumHH38CtWpJmKLcB997/wfFHurVV1/BG28ex/jEBMZFYUW10s6d&#10;MpguOFVAagYhjEc4tmv2fHtmEO97/gijd73723tj7d0WsEmH1gVu0LEWtNF66N4qNZlvyDwCBDMz&#10;O9H2fP//iHvzNzuu8zzwPVV199t7YwcBAiAoLiJFmdqs3bIUibI91iReJ8k4cfLDZJLJ36Bf5g+Y&#10;55nxxJ5kkidO4sTx2LIVy4v0yJZtyZIoyRQXkAAXLCSIrdH73avqzLedqrq3uwF5yWPFnQaB7nvr&#10;1nLO973fu8RoN+p4/Ikn8S//t3+B//rrv47f+eLv0Hlo4dSps2jP1yRjj3t+XsfZ4ub2ndv0ek2s&#10;HprDg+cewsc//GH86n/692Ih8KOf/jTm2y2xQBIlU6bWX41mCx/9yMfwrW9+C5dfvoaHzh+R3pw/&#10;S6PRLhPbqSfimjmTKU0qAT6xeJs7DdkzIFvWkn3O2+wwsYJwHQC8VwG1e8txiwAtn8/8XT7FjC8H&#10;Av6+stl7e/XlU4qdH1RyexBINwXi7zMOLX+vClz6g7TPPyizT2Ozi0k9XFmImYGMN/ltKBCdsPay&#10;ipm22+O750QaHCk6jFK6gKlEpbz42UCtLF8nLymRznxYci0W+FhkSsTeUlzACMChhoshHVgjwydG&#10;p+QFmJp/5rTRQj3s5VKIT9j5arSObreLpN5WCR/ToMBm+zk21u7QQzkWP5E0SnHkyFPipcfJTezx&#10;pClcEBki047H9D3PYtSo2fz0+9+F36fvrz3/bXR63PLSwsQgozp50+/Twz12atrOdORaA4vtDuZo&#10;I28vL2G1u4CVQ6tIWg354n/nTzYapSLT4xJG/OEmHg0GyViSzNTxEW8udVx88SWM+6/i/R/6FH2W&#10;TDT+GLA8tSGfs92IZQK52xug3xvR+zYUXI3qAhr1hsx6WxZJ6+YmM6XOUNHSxWDCKD+dw5QDDubQ&#10;aHuRMbIJPjegDMYwc3CSDaiKosWiM8HSfI67VzfRrWdYpq92nQuMlI6fgyMYI/TCcOLirVVT6aEz&#10;zwhOYc2teOTPyxeTwRxtAs27hUNlzP9oMEzpGqknXo86s82NXTqWCMNJJlLDiJru8ZDHqomYQicZ&#10;M1npiF1d2IaZY/bWLuJxhw5/UQqfES2Wb72Z4frVPv7i2wO6LrextBzR9xwffvIR+KSNhx44SRtY&#10;HXV6j8lmH5tv38L4yjVsXr+NrRtvYnR3W47t0JPP4CabQksKk5eUWyf8vkjOI0v4RuMT+JVvfhP/&#10;6OM/LCm77AbJWr9JnjBerc8VA7X0GrV0iIdOLGJjNMbuJEFzEmGuXscoY+NWTVLlqc94HAsIHI1z&#10;LC4vUJFWx87WLq7fWhNa/pGleU2ydbqAa9HLJsLqDZOgLmBqIraCfO9QcUDXeNjntK0YHUZUMrof&#10;3YB+py6SnMFuXWTr3ikLSoJcstS8QCbyZ2YEsDydmV8pJ0pzAtWE04sTeb7TCRcidWHexRJEwY8n&#10;PddZH+m4aUOHSJryMXvu0b3DzTaDjJ2lhoCxsaRmpyJHzqSZTsV7sdvlYqBNG+YOrt/YpAY+FU+M&#10;pfkEh5dbaDZrysDMVaLK69CE5UHMxmFJMt3zt9di/Mmzd6mAuSWyTg6/YVahlPyWcCwUfWFVZTh7&#10;dh6HjtM5b0Qq0TJGgDCMcpgXEQSUCwmXo2xd/Od4M4qjrsgG+d9rVPDnwy20800qOls40nV4+twC&#10;ks+epOOj80+PwdZuE2sbGW7czHDlMt2XBkps0dqzQc/H+rguXp0spefnqzfRJiKu0zMzt4J49yYV&#10;g3c10TH0eLH6tPCAh307c2kOJpIEnPgmFW41um/nRObMwG2bgcJGQ5blWtJBo3OI1r9FYfL6WmzB&#10;UPTsL46xssDp5jlarRiLSykVMU0cP3IODxytYWmR33eCDp07LyzBEd1ruzKsiHBHWLPc2KVSXHF6&#10;8UDsGnjwINNrDKXQFgapG5kETrwhjMEhLowyeOACh69nTcBI8y3LVSLJX+pZG0sCH0xOHJksJvMo&#10;B05cFI0TahpaMtzYpRt4a5zhre0cF9d4DfS05jmstBn4i7HUiqj4jeX5bLccug2HemzS+pp60CSa&#10;JyMNhRZiIZkyyC19YX8iLBCDKXmqEEUowrS8yQNdkOsGhmkUrLdLQMX5iuzIlcyl0qLDmHFWh4sa&#10;25L5fBEOMV2gBN81lZh6Yyu7AlzTdNsQxOAKpmDBGgxy0QDmudCcF7pRA8318+WhlglnKdfUcglg&#10;FmBA/53BvPEk0vRvWhM40X67P8HOiMO2vHhy9qg+2O0piDCRWOW6pgDW4lLWKGbl9OyP1XqCGTDK&#10;gPPCuBVATdKsXXGevaUCB7wvd6U/oq+c/+o5zStxqq6QVluzaSFlAsRYuIyrNL9cr8SRK8NfEFhr&#10;mTanPkx88tJfyvBebXTMUdFk55H3hQ+idVxFAq+b8lKseuaVPmneSu5onzK4BMbK6X1gjYbBmUjh&#10;CxlwCHZzcFVI1E1Le4v70aS4eTgW56Z9DfefzRtiEhegWunll1cc8WDeY3mFfJfL4CHwIPOqXG+m&#10;SYiKoeW0L16QHhY1cxFA4ozN6pGVnakmrNt1qzrn5FXfxnAc9ixGrmTFlmB+CEOJ7X7V9TAPah+g&#10;EgaTl+xNrlssmI9luF4fOh2qcF3sjQ7N93VCjaqnNZM9jKmGSzgpfnKH9r0tqt2GdLixJLmK3Y0b&#10;21NCtXRd7Xy4dmTgnoeKqXgH8sBZQ2Wi4E3MjBdvUnNfWhkoY87u/1yHRQh+q5YwHYiAzo4/Ktix&#10;+qzpEN9Y0Gax0WikIukVNdVYn3+uRVo8yKQXGKVOPk/CPt5UB7GH32u/eRObb7yO937sYzhz9lEc&#10;PubEJN/xnirrWKbSYEnJDYmpJdBcMP3svqhKf7WPVIagDFHDGRBmTyZsUv7ducUVnD2XoNNdxOWr&#10;l3HhpRfw4NlzWFlmq6AuYgYS4tgAqkSOKRN/C2XqO7rvmovzGLaa1EvRuV8+hvTKi4juXoWnvkTq&#10;GVqIa7euINvdhb97HskD5+FOnaY6gtYe7n+c1kbyREW57PsBTFXlmdlU2NoSzQAve5y7fGllgRkg&#10;Nzx7XMOxpLfRbAj4tLW5JUqfTpfqmFZLfLRZgVDYE+R5sT6JtNuGBQp2Z2X6dSXVtrqlhjTbqKp4&#10;CwxeAy+dSer5BpQUZQMNc7vqzsAwF/zqiqGWDu+qKfRePIVVNcWD69t31vD1P/tT/MGX/xBPP/VD&#10;+OgnP4mjhw9THa+vzDZFL7/0Cn7zt34Tb/7qv8P/+s//JY6fPCLkjeXFVcwvLFJ/V5NnmOvka29e&#10;xe9/5fdlyP0L/+ifoN1uYuPuXfzWF34Lr732Oj71yR/F+UfeQee0jdXWCj72iR/B+z/wAfHl43uc&#10;wyDbnY6cZx0iRAULm4HkcJ2rNgVT67/Hvtf+b0K6u9+fZ+W8eqxqo8DptexHzpZjjXZLPpuC7r6Q&#10;fHO/sjA3jyefehpHDh/Bv/rlX8HnP/+/48efeQY//rmfpHuxI8qn1y6+hj/9kz/BjRu38JGPPIP3&#10;fqCN5YU6fuEX/ymtEacEkN3eWsff+cwzdE1WqNdpW8Cq9tpcAzDox3sHy7Tnu0yMiqXHEvsfn1kg&#10;i/58UL7kAcT2lT35gCGDO8BDcn95a7SHAeiiipVb7qZAMG/Gr1Wgu6oC2EfcD9zHhy8Erim7v/T6&#10;lcGhhT96Gzo4k19Elc8Ruaqlx97B3J57ZG8lsS/LrxzWuykm/l8WaEwCjbg65Sx0yl61Q7HpzrVh&#10;UmlnVEnEKhZGkwiISa38dwo/9YyVhuCB2eeL1JwZBNRW4qgiAy5R9Ny8nXIxRRVafmwls5/21OCC&#10;lQE1RqLjqElNVx09aNw8+3wMB2yGeQcnTh4TPzlueN3E4e23blBvPhR6bZ396ZIJjh49jtRpQjEv&#10;ZEzjlvKAzUaZPUKL05iPd5ShS83rj3zwaZx+6Bi+/40XkL1+kd5rRIVILIb57HCxunwCKydO4gHa&#10;NHlDmevMoUULAPuDjXs9KlZa6OfK/GGAh5l7/G/cW8RU/LBMdMgytUhdTHYHuXi49Xo7uPjai1T2&#10;rOHRzTvI4nmAXnd3aw11HSuLzGGnPxCvPmbtpHmNFocxNjczrK3tYmtjy1hkNZHgNhdPSlJsnDRl&#10;M6m5jjT3rl4TDyDkPeSTPpsXsWARrHRdqm/igWU2Vs7x1BMOh1faCnLQOW03WlZ8QkBZPp6MzvuQ&#10;rsE41cmMQEy00fNkiIt4NncVpidqOu02D6IodsXDEEdtAbhYbjemizKZzEtUeG8wFvNYZnddvk7F&#10;U2+Czd0Btka7UhDyF8uLd8c9ue0Pz30Qc8vn6TXn6G4ZYtR7G8PJjiwCt24lWLvbwbWLm5jrXsU7&#10;H3sUzbe38OY3/hy3rr6GrZt3ZJoSU2HXpPPKfhieCwIGjRxLG5tiSixFCRehnOrFzMKoJgBYvb6C&#10;V1+t4+rDazj1wDLmqdjdHOwIqMVFk7AobJkbp0NZlA/Pd+lnIOExA2YTZbp4SQHGadPzc+jt9NBs&#10;RpiMxuLX56j4mqNNYH1jG2/dXBfJ8OphKmxaKkGVUnqcwQwGrXGOJWlWGDR5JD5mWQIJx6kJU1R1&#10;L3xdYozoWsQV83In4L9wRjiBT2SxamYvLChm4YqXpheQXR/jWGQ/sYRtcER9pl5pApJBJlyjkYcq&#10;nb0Y3TdpI41rdfqzTrsn5nkm4CgdY63FEzJ6lUkdr716h4rXWxgPB3jisZNYWGXgnT3Vmnp+aSPk&#10;aby2oTXZsNlDjqUtb7zp8NtfvI5b2xpKwYBiEnckZAKFLCbVVi6pUcHsceLEBt2vY22IUzWfdr5s&#10;eiPzTOOlVlwKvEqQ+FzyOWM5urCykg6dmj4dEbPu5iRBmJPvXELndHwDnTpdc3q4WCrx4FKE7Cz9&#10;6kfm4et1+o0ORhmtB70U6zs13LrRx3rf4daWw5u3c6xtj7Cx7jDiCTbOYC6aYLSxpht94RUXZPl0&#10;T2YM6FLxS+sM+w4yuMpswJyZzsuriOieq7cjzC/OoTs3J6D44UM1KkCGOELfjxxvYHmphk6jiW4L&#10;Aj4nEU+Z2Y+QwZJtet2+FKTCxuOH2ySGLOfO0r5sksNxX1r1ep3Ob9amazhEOkq1sYszawZyCcyR&#10;hkfCU6Cy5LymEnVjGfM9px59BnxbE6oBVcYO4iYjLyMyqmEN8roCbrN3Ef1bM5Pmr15rU0Obisx/&#10;7Nk71mGHfubugO7nu5mwSTiN+hCtnd12A0eXE8w3Esw16HzNJ+B5Bzdm7LvK2zIzAQUIzBSI5OdE&#10;PZSYTQK1RuC92xq7ICWMTcwiLAyj/AWwKbPGNS5YQiVLoujfja2VTVUPbkrWEIVizM0gBSjlxHk+&#10;PbHMK8wq7+24chv2WbNXMC4LTzEF6TKToGWFetKbzAyFCbkvro8XMI+fs5TXHJH8M6g3xsbuBFv0&#10;583eCDs9ZrtH6I1Ztk7N+FAZerWGhsAwU4UHGq4UhWPIAB9L4HnZNPYcM11YrqgnVNGTwOLzFX9E&#10;WWOthgksI/nO1zV3U+FnLkgIw6S54oUoYJivLr2+OsYt3yt4l2cWIuRC46heZRquqjJkCVPi8+eU&#10;SRFXPPgU/IjNamJv8+MqcnLnSoA2pPYG1mFxfMaWdffy8p5i4lU9JJOyEQlqE18BnCrAaQjtCMV7&#10;bs26Juo6+B9kcl4wHaOKd2durKJ8D0OgyjQqXt+XahgB0SuAX+T24aKIJDXbk6A5i2sEcCEcR75P&#10;y1sk/boKAlLU91klU1hTx03LU0jtQ+eXCQs7nmr+fADcs7QA2OVLantl402y3FjHsQzWCjdOCfCg&#10;f6p34DpOLCqiIdUJg4mwVFyUmnRvyLoJs+CpSw3EJAAOc2I/TA7s4Bud69R6ov587Enmnfl6mfem&#10;1pwao8KhDKwaElWDRXD7YqwRFWuacyXA680GJQxaIlcGBEWxyo0FtGBvQgnmU5KFE9+rVJ6ntigF&#10;Mlm3G0kXa70+7ddUiz//HJ5ne69PpbT2PImFpVW9BrGCxLEEgaivYGryfZ/5ff37Zv87x3STOvWz&#10;nGSfK5DKDK/DvCDQsV18+SW8/OILeMejj4lyIqF6KDyVsfQrTgFSx/1JTYYKE/pd9g/H0hB9Otg2&#10;93/ba3RuUgn3YrbiiPbG5u5dZC/tipoia1PNsrREf++oprG1g4kTleFS4ZXrKpJ1C56Y7W7dFNMv&#10;uq85fjrmAMCafLl59irsiqqD1x32jAtBlsGzXu0NFGz25p857dN1v/XEzzD6XMlez/MimED89Ol8&#10;ySDbWJrqL+nELkUAXzXenlkzpyLbtbQ3G5Mh9Ues1tneWBcG54d++EPC0qvXnQwkhW3rmzj/0Fn8&#10;2GeewX/8L/8ZG/SzK0eW5DOzDHiu2cJgNBTv+82dXfzZ1/8czz77HP7xL/4zHDtxDEsLHWEA/p1P&#10;fQb/5//9f+HGzev4X/7ZP8Px48fpvRaw0O1icY4DACcY9HsiO2U5r9haBPacL2sHUQlV7BHuBcr9&#10;TYUfzDL6DgL+wr8LQE1r3ebmJi7Sc9yl52jlyFGqgVd1vUliYdw56r/YG5F9EdkLvvbASfziP/3H&#10;+KOv/AH+8//361QvL+Cxxx/DtauXqO/4EtXMJ/HxT3wO73rfU1heoeeJauFDtS5+5BOfwOHDp/BL&#10;//qXcOHiq/iJz/4YHn3kEQlp5JC861ev4mt//FXMzy3hzPkTdI675gOdyjMbm9UNEzCSJJkCrSKz&#10;8qiy+v46QOmB18RNW33oMNNNgYvTabcW/oQyXd7tUzPkB7DsXKGMmXnfqb30XhzBg0C2WXY/psD7&#10;oFp1FQZotI//4HQd8oOx+fYEdPCipBcvL2OqzahCWp8sm7UxLQ80oKzBB8SVfh1V0HD2Qayi39Xo&#10;72py2qy8onhwjGIafFLkGIRR54ubMVB5+XjY50Oor/R3tdEuTj98Ei+98DpW3YaAVbV6E9u7tDjd&#10;uINOqw7quXBnbUuMtrk4j6SbGdMCd4YWvXnxB4xFQqoeV6nIGyP5eUkG5TK52ZVgBW6r33n0BB78&#10;zCrWNp5A3hvK5tCqNzDf7aBNXwlvpnGDFrdMCqLBeCKsmk5njv5Mx5dxkt8u2iursgCKAX8jxp88&#10;dwlvfusrOH5kDj/0/k9g0ujSQp3LpPLlG29j2NsUsIkjy8fsdTLeBRvv96gJ56JpZziRZmd3l78G&#10;2N7cooVGgQQud+LGEn2eBt15DWH7yUnkYpxlpRwokG/RwjHBHCdqNfq0yNOfqVFfnI+wukjXRRoD&#10;LdZ4U+SpU9NNRFLMgAsmQ5WTcWgFAzYMinBYQ6Zmq+lYjUvzidPFXgpxCOA1MRNWaS64iMoiU42E&#10;tLdMCqdukzZESQmm4+pwCdKhDW2CleYDAi6xGeqQNvOt/gDrOxvYHXNi4oSaO4+d/gsY5dfRbj2A&#10;evM0GvNn0G4M6PgGdKw7wiwaYA5f/uJd/MHv/TdMBq/jETfCmZTDPuiLAW/2PjBDVgaAuWZMtm/R&#10;zfMAXKJFGrNBwqLApsX8OVLawDsnPojff/E5/ItTh7HNktVaR4JaRIbK4AWf0ZgxOJaks9cg3VPN&#10;NkbiE5cgEfmFplSldK6HXBjQ3/Fx1yyQoMHPKm3kR5uL6NE5GA3GWN+g+2N7SBtAXWS57OvoURp8&#10;S4iGS0W64Thdta5FNn9WbgP4ffhqC807r8s6opTvXFitYeGW4Bx2gnN0P9Qm1nCMBACTQIvg+eDU&#10;D4Y3dg5i4Pca0/UZ0H3d8yobZbZuo61J2J5+N05yofCrPI3en36n1upIulermaBPRc3dWwO88cZ1&#10;etbXsbjUxvHzh7DQVpkAh6PEju+/hibXZQokSONLReqQ7rcLF4f44ld3sblOzzRviCLpbUkgg6xh&#10;MtkcCyOSp9AZnaf2IQbb76LF8CN9nhZVrxmzI9NcwBtlKeqmEuksAzwktfw2MGwZxep7JHLSfCQS&#10;Yj73Sa0pGEIkIJl6bvCv1VxffMJSYfiMkU226RncRjfuYKkd4WSbrt/RugYe8QAjZYCqRvd4QueZ&#10;vo/ZJ2RZvMf6QzrvPbrvR5k8swzOcqsVxZoAzFYJrZYyFOqNidgGMGjcace0BtA9U+sLMMJDFxkg&#10;OVr/BAWYyECAJVcsZefJtaILuQC7Maw5Y4/GuKmMAXP24xNWtyRdvc8g8t3Y8X1P64iAHRNpAkVG&#10;ycVhJUk+DKi8JR0yq1gk/QJ81K3R059lrzZlw8XiKSieTNxscgGUOpFnCvuG7mmW34oFMHtoMiOX&#10;1mz2IGIfW/GNippa6DnzlHKxuXJltB4BGz3aXzbHuHR7TOtOQs9/jKVuJEy/habDoYWGMKM54Xuu&#10;BjkHvqYSNtmfIpUJJbk1RFZEMAOQF5mReGVBwMWoKDq0qxA2gtOGNs1z8znURjY2j0lZp/KKqteV&#10;zVYoWHyFcefNcSwOsmiL8VWgO7dJqq6EzMTmARtfN7HmEJsNlYZ5g/lKeasv3iPNA5ioXpfC+E4j&#10;eb9Jlgigy88kA+ODYSJsvV6Pz/cudmjt42AsHpgNJmxu7UVmx2E0PITilD9mQMgMwNjEzkLNRl5B&#10;kNzSeSORVOr1TAW4yfXYGbj3eo/mIqdlawJtykLyJIR9l5qpd61samCsPBcVAENhrh6FbIawtgYJ&#10;WWbAaGSkk8zsViIJ5+IbIGGTfAYdeE2iRi6suSqrdWqbIoEisUlBXcHU4z8kcW3K2DGoQGJJ6Xal&#10;ws77CpuvZJqhAmT5CnAnUG6U2HCvrCOLcnC/8Iw8K7ydi6K/jM6t+AJOtwK+kqLrKinELkicp9ga&#10;fl+gL7eADD8jv61U+LrH2+A8fMZqGImriIZnGwdvNbWveAw683Td00T5MuTFRWEIHhUhHmFljSpM&#10;BmfJPz74ihWNh9XoNgmQlGiU5qHefN/Eq83UOiIXtrArX7lPAx83+Hj7PDM1Tq4AvSBk7HmnPsy8&#10;F3D9yb6tGXv0xouShsNlRW1Sl6Cr2PVEHcJBYMrMU4BS16tEE1CTWFIuWSHBq5AA/bn2CsKWT/jz&#10;pzrc8ZEFPzlhq4dnWjyMK+uNsAG1CjNveh0cyD3ubagkz2Ikg6PS40lfmxmOSZwJ0OktcC0ymTqn&#10;ufNilvoR5hqxsYc38MbL36Z6uU/9QQsPncoxt3oE7SgRIEqIGJH6ZIpfWRauR3Kgl5+A+KgEuewD&#10;CObiNVq3dSCSoTG/D7OTrl27hrfoi2vE5dVDEtrB+7SoMGKzg5FToTZKDOQ62pDc3JKEGU7OUt0y&#10;eBr+jZdpPbqNmHqLJp/XrI82Vdf9N15Akwogf/YRZMtHkXNoXdJEg/3N+Lqx9YyLi2cwjpICiBEf&#10;XZfvAcD9jD+m91lFlpdPrQH8v3qtVvysqFTqNWXo2qIdQL2wZqjNddns57M43gwTqsrxcVOJUhXy&#10;DVvrCMiuEndh9nHdwENVYxSpL2s2zU4yyxo3ay7g84qvarlfcCDJEt2PH/zIR+X5ufDyS3iU+t7o&#10;HPW+hw7LNechOANRC3QfcHIxA0eHjhyCb7fkPsmpgeZRNgOIg9EYr195TcIAu/MdtBqs+vJCqDl2&#10;8gG84+HzeO75F/B7v/uH+LEf/6zsscya5GEsW+s0a0kZhlYAPpX10vkKMxz3lUv+Tf7PHcgaRUXi&#10;D7UEoP9jUg5fq298+5t49rvP4XM/+Tn86Gc+Ix6I3BfxNWFiBhMuNOBvIs/Q8eOn8cyP/12R+P7a&#10;f/01dH+vRTXLAD/xzM/jqfc+jdOnlkWhVMvV475F2/HRQ0fQed8Cmo1/jm89+yy+9Ae/hz//1jfF&#10;+iuhno3DZprNLv7+z/3POPbAEp1WVlU16JgbtjPoUKZWS0rp82yGQmDdRe6eQNN9wcCDsrH2s3dx&#10;e9Nz3dTP+gNB1xAuNsvvmw7g8IVSwVsw1pSfcKEs8BUf3mkv4BB8VsCDhf1APuUL6gIbNc/3DN+y&#10;GdJbdWAxo3W454mcPQdJKou4efCZV58UTXbDahiGK9JHCjlNKBCq4NxUeomf9o3Z5yACMBfQ4uoC&#10;F8VBkBQZrlm+ThxHBaDovUZza9NmCXOJUoiFgSbNjMPWaEKLTR2PnTqOt973Llz77ndRG20LK25I&#10;m9BwfQebeflZYptU80Z98uQR/DAtgCzFZW8CARmZQRLVJH1SCUhe/KUkRptbGlo0F5O2sDdWux0s&#10;dlqSFMrgIjPTeBed0MYtlHdqMBkwFC08beTZhIqcJMObvU08/6WvoDd6E5/99OdQmz+OMevqcw5I&#10;yDDoD2kxvYulQy/i1EPvknRXlu5duvQWDs03MdwZANsbcO0OtgaeMRoJfbh9s4/NzR4mLGdODaTl&#10;xM7agni2CUjlrJnNB/DDDfr7bSzMjbC05LCyHGN1MaGFKRfj/kimQ3VBJ9g8OaGmdsJshIkW4Pko&#10;k5j5hDYjZpuIWahdfwG8IvWMYdCGQQ+mxYPBG6c+SRrWEZeePE4bFfbRUMZnJo2TM69qbsR5kWXv&#10;QfEZY9aYNKgZmvN8TCpZXs2a8mAxSOqwKtd2bWuE7Z2eFJhv3d3C9uB17PauoL9zlBp2/lpBu3kM&#10;EZ23sd9BPu4hmXQRtY7h1byH1xrrqPfexuNxD0u0KC9wPkkSSepxUvdYu/U6FauM2KzS+eaJ54BO&#10;d0dlUmbcrpT6Bu6MH8evfe0Sfu7Dj8E3IjRjTcrSIqOh8s9YCxYuSgUUoz835rp0jlqSwNTgYolf&#10;e7ir4NBoS0JjxKNntEM/V5cnizfXVKTOEW3SE2Ghjvsj9HxfE1z5Xqfnh1NE+TgzM1plKr2ki9JG&#10;z74lXAwIACfeL1xEpOaHFtIxY2mUvQAiLToHVACm6pMWczRfwqCnJnA5SaI20J1ZNJyEHHOiax2N&#10;ZkxFR0d84Zg5KWwtBnQiLQK4EOJADpYmNJo1YfeylPs6XdM3L7+F3u6OTLre89QJuudiCfthMJCL&#10;NwaX+XxO6Pww+NNs0fpCz+2INoBX3wSe/VYfV66Brn8urFdZMWIN40hYtjIZKAOaTcbjMaJ2jMXW&#10;AJ3aAONsLJuyGwFLyy3sDIbGSnQhD6WQ4glYkPOzxXLSVBKRVY7Iz0VP7xv+zJISvcMQL51Lbi7a&#10;Yqwrien5SBoS7xkUpGJNTMDTIoWKr3fiNbyiyc9QywnTyWdD8dJhyVFkPhic/sWyVvWZ5K+6Mo8Y&#10;GGVwQ5DoYcF6KE3lg+/ZRAoLcFKvNP+x/rvJoMSgXHpIBdy48dHy1dLrfFoZIilQJs2lSNwymU7r&#10;hMwpSMVM6ND8WSoogxCckMjBLLDUeFmLvN6kIgkrNlFl5zDIhwoAq355yhAJ+556vAW/MAVYtB/I&#10;dR0yYG2STYw1ZBu7BRrAEnal0aS9pBkr0DP2XtLct2ldv9kbaxHGU/RkJEMTTmGbpxqt23RSTPP3&#10;Jj0PnGQ336nR88/PZiRsVfFMFI/GXBghKpuNZc2OI/MvNLaLNzl/nLvifhQPKyfkbZVxl0kgmhFg&#10;ASB5AVIY6OcqZZTLS+J+LjaV5ndo0jdu0ugZ5yChlNZnlr0wC97xfkTfmekZaaKVeKZ6Y/Cz9Daj&#10;kzmiczUY5qC+RIzvd4UpntEeGmOrx1L/CXr9Ma0FtH5PvMjmlF0YaaMlQ61Er6Uk+rHXL+2TPDgU&#10;n92JpF8XEkcf5sEuhKEqOOqVaeljFFYoVUaZllMR0vI/jCYZ5Kx+KnQElboryFYZwMkLRLXQ1dj5&#10;DpBMXjZErnwNbsgZZBdsWkAZk5v6uKK8KOtfgbkrybkh4TcVj9K44i847f1WtY4rB7v2spHJOCve&#10;VZHVfBrUEQZ4du4q0iF5bKNpwC6vMK32NGRur2OgqzTG+pVVQMW8VJ9MgXbRviyoyJhEXgDHQJPN&#10;UCVNMQvFVcCJgu1j0mcFV0JTlc1yGA9kJCgDq1aqX3htSmzobs1G7gKLtpQrOQOSiz/bYN8ZoOcM&#10;DGMPstwsfXJUbCBtSBA8JGV4myrbUL7Ycsf8tALTtgAgXW4gdqZ1XORFIugKiZi9n7N1ghUbnNgu&#10;rO8InbiJdl5DnK3T7/VQcwO9x9gbOFfAK/XaN3BKLis6pJ4fj2WAJOxCYammUt/UuHiK9RmWdO1g&#10;2unL+0NkdnbPCYMun+igJkYleigq5dAuKgBVke47tVzweWTKBGb6QQJIMmMasgx3yAFhaSSJvrwm&#10;Sl/BbrbjFG+88m2kvzbCxkc/gnNPvJua/ZOWIKvEBpUEOlEtMfoY1nEcJKnLK0nN+4B+snxlyuh1&#10;sQbECUBx4qSw3Di989LFl3FsZweHDx/B8uqyAGRsXyCBVpJEa1J/CVIwv8wG9Tlsm0OfIVk9ifzS&#10;dxC9eYHOaV96ihGfs8EdZBeeA+5uIn7HO4Ezp+l3aD+kmpb3CAmciKpLX17YOEWFO9vB0r3S0+8e&#10;AEPVPsBFpQcgMJWevZ9s7gcDmvzUWrAvJ6nCLHWaUCnvlaZas+QGOjrxIc4VcM0ysw04mInkKx53&#10;fL24nuAU5lMPnsXcwiJqX/5D/Idf/w089eST+OxnfwKHV7rY3drC7TvrePbZZ3H91i089/2/oPtu&#10;LCD3wvIKjh87gUW6Bzi1mBOJz545g9/+nS/i9Ve+j9PHV9CpL2HU74vt1BK9x8/+3Z/Fk/T6rUZT&#10;6uWQ9B14VJHze/aSWXzDOYe/jf/t58e2h1kt1j+pAMWL9Hl/+uf/IU4cP4Uv/f6XqAffwKc+/QyO&#10;HDuGDtuAyYBEQSC2W2B1RrtJ13hpAT/9sz+Lxfkl/Mdf/zWqcSY4/+gJPHSezjMzTb0yA4VRyaox&#10;eqZZsfXBD38UT/7Q06LourN2G/3tbcEYVldWsXzoENoc4sg9VcLDAl2zsyyzYW5kIOv+9/QPEhhx&#10;P6CvYAa6g89reW2jfdi50Yxn38HHlFenfgeG+ihWFFjBom64B5Bc9fnTPTXa4ztY/Tvnf/AAoYPW&#10;kNi5PSS4/e67/eS+CVPINbHRvPZk84r3XSJmjyvP8zIc2KFSIOmCK0yA+N5ml7MUUQEusuDzg4r5&#10;qsqIpbhISzFCgxPu2L/C0nk0IUw3J5m+icHkCIvNFjv0Ybldw2c+8W783mgTt1++hLS3I40ehxRw&#10;sy9Fk6RcqZH2gydO4NM/9klEjWV5UOLUKNOWrqTGlpl6Wkmcdk0kjCzjTI0GzweTiD9bi/pdFvlN&#10;UBdjrpbKrmoqIWMT/5R+b67VxeZwA6/f7eHu9k30xg7fffZP8J4PfAaeNkmVUjJjjr0rDuHV117H&#10;2dOP0++M0Ge/vVtv0r7ICakTDAY9DN0Ym1sZ7l6j5mY4oOaxJ+wTV2tTQRZJeAGzsARIi1Lk9Dvp&#10;6BZ92j6OHx3j4Xd1cGxpHiu02LB/1Hg8EGYYsxp3eiMBZvVZ8uK3xib8zFRhSSXTH2pSjIyMEqyF&#10;PBv6JqHBrXgG8UPJDakzs5iENg0+v5JWy6wxeS19XZGqUsEVw0Bpr/I1ReUjYbmwPIsXW5bLMZsh&#10;nWghz4bAvKg12UtE4tNiYd/Ua00stxIJMnns1FFpYoeDDJfu7uCNt1/G27dpU+qcos3sOOL6Mr3G&#10;PCbtERxdr2QUSXCCnzuFb+y+grn2NTxC7/sgLc6emulup4mV5TZeuvw9LM99gu4HDnnheyYXmZ00&#10;YOarwM8DyzNfeHMR+Te+iZ/7+Ic1sCChTZnu1dFIjZxr5pcofSqzSfl1BrtoLrTk3Dl6Ppgk1Wq3&#10;RF6aT7pIhz1JHh5BG1dJdQs9SDam426jPddQv5uJnisv8lr1xOMmOJXJorFYTC/mHTNBW3o9NZKN&#10;7oukMPEXvxveQGJjDThlOnhh6EYi9whgl07jDfiNtLFttWpoNtt0jPTMO02uY7YOvw/7DdapIUia&#10;Y7rPmmjQMwSzE9im08Z+fBvrO9jd6VMh08Gp44tgUuVwZ1uK0Vaby+lEZX+pHt+YzjfLzrNkHqD1&#10;4+ULm/jd3+1JMnYG9d/K6b6mIzMNkBcPQpbbsgyZPYYyZrrVeqg3+iJZFylEOkBzvobDxyLsXPYG&#10;KHlpMnywRch1s5QCMNGwGk6NlpQ7ZlFKiI42xhGDdzLltkKaGY9W8I65sfATkS9JMiCDF149S7kQ&#10;qcm1GotnjpSwqUCG8LW2/B449EKYlTXx4uNrOTY7h3rEIGNeIgIMxjm7lixVzSbqqSRp55GwGjT3&#10;KRMAL3HK9apJWjPU89TroEea/szrsaAuLGFuhL3JvJRBotushIRYCptKrDjntCHPVcyNqniPpYVE&#10;1Fkjrb57YVMey7nlJizzyvDg6YjIdXP18YOlYVaVg2LLbubKTjxqlekSQJfMvOc4YEfS4SWoocBr&#10;tFCn4xv5saxHIgES2XAsXk4MrvP9ybtbrTEne6BMidm/le7pLbput3thF86EKcmDqnY9wkKbpU+5&#10;7GtNugbNGnsAxrS/JJK4zt6zrTrk3uClWoJBvA4Q4kQbqTjcN5E2tRIwYQwRYRCaJ2DJYjIPnZD8&#10;W2F8qceKrfW2v/Oe58M01UJpcglMycUfk/eZLG0K6M1rDodRMdiY0zM6GmW0N2a0H+XCjN8d0H5H&#10;6/12nxtjh+EEAiBAGJ2RMFelqeHQqJqygH3dwJwsr/ie6b0k1rDsScmABG8mxtLm65WbbGscvJGc&#10;QVWuwClgYZ3TzWVFkhEFGyLnjdGnomqtN83H2JcsPp1klIDbVClXSS8uwJcpxpy35MVgcZLpuYmM&#10;ueqrrKVY2SIyECg92aIi4diXzLGiwDPfulmpmtuHFVABfvxUve2mALvAuj2wAZcaIakAYyiCB4rz&#10;Ex3s1eMRpEH7p+AVUvBZoG+6owl6RwX8iuAtFOdDwfB8j5wHFQadO6Auvlc/VWVC3utnCm9OuwdR&#10;AVwLcLkCOIaQu6mE3ooHVTW8r4rm8vXUlNGskpYZwOvMZM5R4atZxM24Es4OpANlLerQnU8pD0n4&#10;cRzVujLkFAl9nes7rslFa07r96QIzShUQMEvz8WyfhWJvGluTFcva4umrQOZPaFVOe6UV6F5twZG&#10;ZWQhAEms0nTxPw/3k0dF9qvPU2S1kazvst7S78WsPrDhT85BWvTUSfOgw+CY1uwhLTQNrptqE7x1&#10;9QJGX0plkLXAwNphT/Vo22qlWJv2SbbPrRHZ7Zrvc5/5qTDEgmWSq2KJJfwZLbzOgCYGLpqNJupU&#10;Y778/Pdx+bVLOohqKjurbXV7IuzwyBjkTvaT1NdlMJmyXdH8HIYxB6+8F9jZRXz3sjAexxK+QHv4&#10;eA3pVZb0Uj9Vb6J2/LjuP51Ijq0Z1RWUsL3cz7CH7w8ERXvWhz0NeBSZpN1XLBPcwWymAx5a5/dn&#10;QvlZGytL7C0TktWmKkj2Q3puBpXgMljD9TwMYJdzEKuf4SzY6aoSYfM6DCmwfC/zPl9vc5jaCn7k&#10;k5/CsZOn8Du//QUsL63inY+eo56uie98+3u4/vYd/NTnfgYPPHhS+uTJqI/vfvdZfG37j/ARBpme&#10;elL2sA998EO0T4/wp3/2Z1hdPYTTZ87KffHKhYs4tHwCP/T0+3DywWVRwugzEytWHqEinfeV5ymq&#10;IjilX+zfwv/2ZxLuc92TmjIxGYSbm8enPvtZsRr6f/7t/yvX8jOf/XFJdObsgXazoaoJJgDF1JNM&#10;JlikZ2QwaOJjP/oxHD12HP/qV34Z3/nmN3D8yBHExxO02BLLqyJKlHStpijY+HaZ4xwA8f9fUSIU&#10;+/xz4CH1WuwXrcsY1YPxWNnAnAhwj71nyjPvfufm3uHQB4KBU+Bi7vd4/ZXf8/vBsQdcp6r/37RI&#10;tqhRfjADj3usKdU/+SkP1b/MMKD0vf3ryaX1KhfeNvmMTDef0aNHMycIpXG3hW5JMmnxs2VBO2Xm&#10;6Nw9JiclEhqS55xtEvLdqOGxyYoic8otEm+yTHds+nfeoHTj5Ru8KQmGzPiKqVlYpvf41I8+jW/W&#10;M9y48ibSfo/+JZWmZywyWmWznDx5Bh/+yMdRoweGmU1OmG6+KCi4AAlVPTNemPnCMkeRbjLQYD4K&#10;mhCXCGuOWR4xh35wA0ILdCy0cCvyJe6+SQ9jHz16vbcuX8ahlQ5t9qt44/IFPPbIDTQOnaaVoIfF&#10;bhu36LXOPfoALjz3fdxaex3t1Udw7drb6Ga30Ow8TpvpCi6+QU2Qo9fbHYuPAnuHoNYR2SdPUngq&#10;kAmjawvj4dtYXfBYPQacOl7H6tIiLTQJGsz+kvtthMkwU0kIAx1UgMwXqY2Zgnn1NpqhQmNZs7jJ&#10;q7SuXq9LMSjSH/rZWhLLf/MEMDNJATNuatCCTPg4DOSKTNNZ8rG1BNph0u81FSSTAAGlleQWAiEh&#10;MTX10WlSV+stxZJPODeH/V6fzvUAoTZlYWmzTj9bW5TX403M0X932gnev1jHEw+u4uZ2iotX1nBz&#10;7SZ6O3NU2JxE3GzTBnmMerEtxKNNAV5arTPUCB7DC/HbuO1v4rG0QY03LczzC/Q+17GTXkSSn0XU&#10;WKL3GgtDiz+rshQTBZJ9ioWF07jwVgP/9qsv4e+85yGcONTGYDSQQkvqWFq8+bwrAGS+ccxW3LqB&#10;bDxAnQHauQU6oy16/Xk0mAzGKbj0nvlwA+N+X0IU2B+DG+s4q8mTm9RCUlyKhm8Ig0Vkir4pp56l&#10;1NpGxHJPiWemXEcTB3hv6WMTvcbBGN9S48xxS9g4GTMtZa1oyPPQiHJjUtGzETclHVfA2xiWYkYF&#10;TqMm4CIXOq1OQwJv6vWOMezakv6bxdrMteh1ev01kc7PN5jyM6bPu41hP5NUNabO1+O6TMbHqRa3&#10;zDyL63PI6H6+9OYI33t+HW++McHOJLMmRxmHMZo22MhE4i1AOgfBzLUwbnLsfZ/u9wkVwcwgSCXd&#10;qk6f6ZFH6lLkh6TH2JWWScrAcNZMqzuNrqETFV+xZDhSSaL6YyXqpSkNZ140Os48vhjEkgk7FFQQ&#10;iScDzMwsyhXoUdlLbEmV3EClVmw2RFKbGXOL/eYYPMoy8++DMujkuPg5z0ZSdEjxwSC0C1KyTIx+&#10;J2bkHtiTfK+MU29M7CArsb2GOx6RfDoBO718fmeMvhKYAGKTDpq/XKb3GB9jLFL6VGV/kaX8Sh0S&#10;K4BXyMsmwsTie9nl6uHEgwSf10owRApLHlKoyb34THq1HZDVy6Ni1K+gF4e18LmvN9g4voEhe3aa&#10;31oefJ5MguTEd0rNiCV8JKXrJkW+GgFzpjcfF58vBkRzYSLGRQiB7kuZgPdbE4ftrWDqzZ6T6geo&#10;wN5YDOAZeGfPP2G2xk4k4+z7xHJolg1zA1tPtJGtxwpgCNvHAkNiYyuq35/u33EFyMhtHa9ONXPz&#10;sAlE/kwktgp0c8AON/j9kd7vDOJxABWDy2mugDh/dgb7lH2TieRXVN+5NtvKNIrNBJ3uAQa3LZ1e&#10;goLo+ZPgeQ7+keZhrKFBMo1wymaPoqlCUJ4LHjZ5ZbfFlRCMAEyV3mhuukhzVYaJgfempFA2q7K4&#10;nC/ZewVAWoRPFOqSmQATN5WZove1n6ppy9RaX7JiRXKYqZTX5QEVq+JPpSljbvLbyGSoRoCUuqsA&#10;MYP/YxEFU/golql5vvCDC9LSvEhtrQKBccGBnPW4KQ30S/mWMOkC03Emoc+hwujz7mDAb6ZALmrU&#10;CouvfN+QXhxNMW94COEq5vHyO1FUkT3FJg/NK3JQfc3YPAzv7QdYgov7s4f83mZMhrc2eNjzBn5K&#10;nlWkJ0otFyvT2QBAvdyRqAZcVYETFDoiRdf1LyrAjNwGUa4I95ABgMlibZyj94tJIkNYyawzUqpk&#10;ppBEI7Y3k/oitmXYGaMximUIn2BXh79OFRA8vHNeLU9ESsvPDJflwihPIcp1HgLRGpMmke29rhIY&#10;FPzRQiK7HYJHkX6sTD5VVmR5CISpiMcC8zfX9lGf0dxC0GK1nlCXXq0FJgqM1WIFu2vicU01SaLr&#10;Mh/AbtbD5RsvoPd7IzSaHTycPwIcPYG5pCsWPQzi82uLrUdFYlqJajmg4Zz24JIG22T7whaFKwge&#10;QjCjPYLDDR96+GFcf+st3L51UxiUh48clfW+2enIul2LvDFrGA3VWr8m+2wunmxDqmXSYzkaT7wP&#10;2asdDNcvI0p3pRbhOMJakiLbuILkYhs1VnysrFJdVqe6zcDLCAVhwLsQ8DPrEwtLby/vLTdDidkP&#10;8K/K8wrrgehgtVoViJiVBBfA/8xAYV+wys57YOoFKXzKA38JdvKS8J5yumrdF2zisE4GMo6L3D20&#10;kr44PUzwEc/NXBn+rUYDKyvLePSRd9Db/QS+9Lv/DX/xvW/L0PL8w4/jc3/vp3HkyApa7YYE6fE9&#10;fvLkA/j+957DV7/6ZakR3vn4O7Fy6BA++dlncPTYMbzyyst46/p1sbHqUE/y1HsexeGjS2hTf822&#10;HZNRpmm1ahRrNgpKm7URldV+1f3tbwfom5nXHPzvfF6pz3ci061hodOS3vN9738fbt24gS/87u9i&#10;be0O/sEv/CIOHT2iAUY+E3Ys+4U3O/Min+bzubJ0BE+/t4t/MvqH+He/+h+wsbWF/+En/x7e8egj&#10;WGhF0sfwvp5RPc7AP1+XWJjOudSsPNgfUfHUaTZMORALm5PJBxwAyIFHSRzvw6q7P5C933ryg7D/&#10;XOT2gN1FiJC7P5Ny72NTwnSy3SC/LxBWSHz3CfI5aE3464KA9wcq/+YA6fAZkpCaFqaorpI4EgV3&#10;7qgsDnxekQ4Y6FZ4rPAmOpu3PBWrHCj60T2eHG2YhLPCIEESW6qQFnN5YPeJsX8qCLVaWKUFaBnX&#10;omIRE0oq/Tx7wgm7gu6AGlUPD9AmufKZT2Ht7jZuXbmM3uYGhsO++Mutrq7i5OnTEqnOjfRoouBE&#10;JICcM9p0Iv5fDBCwz17iNGqeiw1JNR3nIkuVJC9mGNjxJuLPqx4bDJRkWUi/i9So16kkeHNjgLsX&#10;L+Od5xZw9B1P4GuXruLll57Hez9+GkNa5OfFRyPD8eVV3D7+MC5dvIgH2w/g6tU1NPPD6K8fQ7tz&#10;FLe2udlh9l2LrzYVA9A0LCpyRr3b9DObWGqP8eCxNh55cJ7+3KbPluqEVjwb6eHnqRF0msmpnTmb&#10;1jIjjieanYZsyhNm+lBhwuePU8J4YXOx3jsC4lDTW2/W0KR/Y/BGvAFZ1iLTpFiCVqQJYSqz18KZ&#10;mUAxe2XluVybsaWXSaPk2Gy5JhIr7uFrzKAsFoRME0LZ/4/N91Od5LLHIv8dn/e5RoJOhwHAOYyG&#10;bM4+0AkVfTZeIHkCyQuueCkk6kc3R3/mtMzzR1YFHby1Ocb3Ll3DtVsst1tFrUlf9SW6B3aQDtap&#10;oWRp9DzW8wfxx7U3cSjfxpFRKgbi65uvoN7m8IET6EbH4cQTSspjLTSNjTGmY5nrHMb13aP4N//t&#10;Mh4708czH30KTaHVTDSBme4tDothmS7//jjfRSNqIR947I56SAY7aCweQbM9L6nTfC8kDWaqHJJp&#10;OPulTUZszjuUkJXeLgOAEwFJeKLqvHp3yT2bq3dUS9gvucnqnUyiRI6XqQcjX3cxD5YQWl9I8dWz&#10;yFnhlWmTkKv/jUvaaMSRFSzOwL66mMqy0oc9BNlHotWk4+cU14ZN8fn6Zuo7OuQk4KSlE26eItN5&#10;yfu3UR/dos+1iWzUF0lMt1VHMleX0BkGhfq5gv3sgZjR/bo1yPDalT5efW1LpLupVy8aAR4Z8Jdm&#10;jj6f+IWO6fxv0H3UEwCwMT+PtOVkCt9uMNtyTL8/1qJ02MCZ83N4+NE59NI1nawygCngtTOGjQJ9&#10;wq4qjPUzAbycsX9iAYYnAvpFRdOfqJyV5bBOgahEGszE5L+prpVy/tUcXUJjJGGdHY0mFrqRKazG&#10;z5/8OMub9XUlzdbYaspwUoksM6dyYT3XjNljnjZOfTdlXebFJzYnqHSi4KP4bhrzLufnbSwrLe89&#10;Y05ZZyYj/z/xcazJuXZFM5goq44ZGvJqqUqFpSCsC8glgYBuokw9808TcNLleyf6Jl81GFrlTQJq&#10;WLJgSLEIviYV3w6XBNmWsipkGh8lVrCwnLauw5CoDKsJhr/8fAmbL4+KUAofaeq8pO2J1QbtCf3d&#10;klAzTg2Iqilc6NVTMpFE7bgAJ6SxpOeQm36WBI/lefMC3svzOHByvtTcOKpMEcfW+adm/h1kxgp6&#10;xrYGR670N6t6/vogSawmpBmRMjTOXNRzgAnfQ5aBqQyGOJFnnf0SOVl9PHHF5+GBhMxJJb2ybox+&#10;NRjPDGDJRfo8KSRavlBUWp0TKfu/QNB80OF5uY8ZJI+Lf1WZoffhZ50xKzTCJHaVgr+Cy4U6yRvI&#10;oSzdSIJ6AiXPGQvNByaRUZy8eazJdXVVP6cCwtLXDKb0FrahHzIvIKkg45ArZr8eVTwThcFsw0th&#10;x6hWzwYIylZFhQUSXjOGJT9GyT5NqwJ+mXkrOwtjENDEWIDK6POyPudTIJRH4HmKSqKYsIfjKQM1&#10;Cil4SNy1Bj+fMbJWyXw01ZBF1XKz4g895QlYSJXzWc0Y3D6sh5IlhzK0zrywRWlQPBvRnpRdE7Ir&#10;q8wb/F/4bvnieSoA09DMmG1BXoB7eUXh4ovPmuMgkoUvz1EFlHUG7hWp10USaFxI0wppa8H008Eu&#10;AwbB31GGIaik8xb+T7Bhikl4vYKY6v2Xm3+l2UyIzJSHEDVNirRgtpzW0gH93ZjtZ+IG0iE9W2xh&#10;kW6J1171+gpQCU2GZdsN8b81Q3o/icVuhlUMWWR9jPlsBUBOLCWE0ZwLM1j94SIjYOl6KvVRXnrL&#10;elvTFRdyYjOjg9DcgN1MgdGQGivXO5Hnk59LHhjyMJw9R/k9600vDCkeyrSZjZhkWH/7Ev74P/0q&#10;rn3gh/GuH/4QHnvoPFyrS41/U2vIXMEGkXQm2NdQfz/pbj7T2IuiKdZr48yKJZdjagk5gdll7Nd3&#10;/frbuPz661Rn9XD8+DEcot+pM9ghBI24uOOYRTYyL1C2k2A8M0tWMKxRfbeyhOS1Q8ivXIAfrAm7&#10;vk/nJZmMkFx5AcOtO4jOPInoHXQ8C12qAfV1M1PEBHVYSGKvSvhLIuwsS8hNgflTwIPIXKcBEL9H&#10;TlhhR9p9XCSZ7zNamMYUpt+3inDk1ntnucq7+Rkdi0oplXN84623UKP6/8ixo1heXJJ7Umr2moV2&#10;7HNtZ3M8na0taaoBMc4k2FyftaiXO370CLrUB3c7LXzhC1/ApcuX8b4PfQgrh7s4fKiFRq0jABK/&#10;5ny3i2XqR5ks88Xf+W0sLa7gzLnTOHZoCUc/9Sn0ez2tddmbjoef9NWmuohdqzLxXo7Nj1rtEEKe&#10;wH4s8fLa+QMZnAcyLP+KoR37AT/7JaNW9yAOeOH/5LThwYBVAimG45GsFadOn8bJE8fx+1/+CnZ2&#10;dvBTP/XTOPfwO7BC11KuB18L+s5DuXqDCQleAgA/+qOfwPKhw/it3/wN/NIv/R/4xX/8i3j8nY/R&#10;NVoQ/86AuDDgp1hJrpYhzBhO1BNQrNAyw3hkn+f+eRRM1GQY4i08cD/p7g8CvN3L0+9eDLSp33MH&#10;MwAPkt274FDt1MN0FlgLNikVHcQeD8aDwM3ZY818OSgrsiyq60M5dpwZakalIuI+92KohULHEv0l&#10;pOvVn4t/6qd/5vOyKAT/PZtqh6lxkKi4gj0Q22KmzDr9d1fop4v1yhZZh6D/Ln82UPtL7z5nni4q&#10;AYN5friQbW/FEzP1ckvf5RuWi4nMBuHc/AY6srP/tpZMTXgjnYppYpwWhQwkteoxjh5ZxQNnH8RD&#10;j5zH6TNncOjoMQEUAkspioKWO9HpiU0ypcGV4IBIqdQTZrc1dE4nCWTa8GhqYGQyTUhRJN5DcVOD&#10;Kmzax43MeDjEgP7tzt1NXHr2z/Hed53B8XOP4vqtXdy4+jLOv+MMdrI2bW4TvP7iCzh1dBFZ9xAu&#10;v/AKmo3T6N9lCeRh2iM7tBG21VDdt80fKpeGsrf+KuL0FTzy0BDPvPdBvPv8Ik4e6mCuE2lTL8CO&#10;RksyoyGfMMtkKIBARIVIXcAwasiaDQEmo2YN3aUuOrT5tuab9H1JPOe4yBXJFBVjzfk5MWBlT6TM&#10;6TRbZV25MLSKttlFRVKgPa1KMWdWJ7MCqcFYX9vC9uaOhICkVAAxMMX4kgJeXPwmMoDjjbDZqQtA&#10;xNeHmwuJmacCQi1ZnGzKDWau0MbD0w1+j95wIEb6vNk1mUGW64Yf0evwfaWbao5DS3N0/us4/UAb&#10;Qyoy2QtRGsCYNkG+3hwUwc0hL6S1QxiMV3H15iX0RzepcON7dwgvSY5NOsaGgJYRA9I6Ii9TJiXi&#10;OxbZ8N3NLi689i08fOY8VhYWpRmfpHR9sh4VXXx8EymiRIKbjoVRN6F7qre1KR59nHTaaM+J3FyM&#10;f+sM/LVQo79rdudpYz8i3htLtJksLB9Ca2EBDdrEG126n1gyz0xC+h0vxu4my+bnwNITs0zFjnmm&#10;snaRLeb6JGbiU0nXiaW9Yqgdy2twwcisPAYiGZBcWDqKhZWjmKfjWFldpuPoYGllGXN0LJ35NhWZ&#10;TXmuegOHIdtSbvWFcTpm4MASJWt0bntrN6kgvorN9cvY3VhHNnZodfk9OgboegyGQwnJYV+z8aSN&#10;7R2Ha3dH+OIfMpuvj43NBkb0WtxsyPqWh+U5EtZilg0xHK3TZn1HpeTMnKL3yJm5Rj/cro3RbvG9&#10;lKPLcmHaUD/yMfqxBrPydrFxN0Pay8XnklPPBMNNvBTnEJ+0zPypvBjpRwKwZMJ4hGvLWsSgaBIp&#10;GMvFvZeGXdm4eaQmx+J6GcGSnJ01brF5yZXsbn3u+ByO1VuU12Kn6cjalCQFw0cBMWdTwgA+1CxE&#10;KTSKbkrq64qkxdS8NXWay6wtZR5wwzNRoF5AGSfMMpV1xZq8bsehTe6E7idXmHML4Me1PjMHBLKE&#10;ATsKRHKxJeBcVKfXm6hJfkjNM/aDgJYGiDDgwUOa3Bqj3GgNygrTpFW9j3WIgOAX6AMwYKmvdI2+&#10;840rGOz2yybC9sjYJDkCjkTVKaU3SFCb7zgk0fmQvKrvkdl7qRpVPbZ4b9QmVBlwMvE1qWouf1dw&#10;zXSv8vp85j5EnygAL+fZWQo1s2V9LOdbJLE8BOD/zhhIrEkK5piu0ZAa1OGEvlL6byoox56b1oT+&#10;jv+b1ib6uQnYc6lFf27Qa9c5vok+e1PYoLn4xjYECBTWn1cGsM/DccbyXRh+1ASN2WpA2OmaSqx/&#10;riTwuuApaCBDpeWJjEsaSrJiVhmZWZhQxV2Z5mrmzIV6M0j7QuqoeXsVsobAOmMZNO+ZHMhVEVKE&#10;wY6vRhyHZ0Xw6YD+WeiZ2FSUMkqVsBUQYOH55ApZry8UBsWkmv6v0arj/LlzWFw8Igb7Ctx5Zdwa&#10;M1sBOqeJ2xXvOh5iBoCHwcG4wmTKK4y/wG4smXLY66Hn3RTDpMqsy4OHDvwUMybUnmGS76rF+Yyb&#10;TuCrlU19GewRDsO7yjkr1CXVsDg/NeWfQQ6mZdO+InWRa1h69AW5u2K0efG6pZdiGS6BPQ3DDCBT&#10;fc/Z9/alMNg+WXkufJWRp+nZbqYxKSmhQf6N4jWCRDDIrKOCCeIqcn3zwfQ6nA0s0MBa1XUqK9Ys&#10;wFeYkLn5F3vZx3KzBWDQeGwMXP77iUn6JHk8Mm/nSBUEkrJuTG8ZGpoXqzOgWzyIUb5vnga2aV5A&#10;zs72GRf5whpS9onCYij0LCXwnOXT+dH8Z5GvVjxsczsBriKNEi9Aqc3VJU9tREa6hzkdCwljH+qx&#10;m9vRM+O51xvi+uUr2KWF/vgDR+nZnKMle6zrjHnMSV0wK0neE4Y4zSYN/xbbvp4XwTYVBmxokp16&#10;NtfEgzrD9etvyZlkn26pqxtN8T62TdT6sagAt40SKvYRGQ93JdmX1v3BCAnVrEKm82oDU6f9Mx/S&#10;V6uDCVu1iD2MrtdcSUuogDMmoXd7gQm3l814kIde4UlZldrfp8meYgz5/R0Dp8EmTMndw7UJg3Ve&#10;T5kFyXXNzvY2Xe8Rrl+7jme/+ef4yh99hc71dSzMz6NBvVi73dZwnDQ1Fc3+aebVeJDCJbCSrO1N&#10;ri9KCVbR0Ou02k08ePY8ejvb2NzYwKnTZwTA5bDAuVZTei8+V106huFkgq/98dfw5BPvFm+4xfmW&#10;DO1bfIxNtthpiEd4EmldqgNKJ/WJBnXl5iHr72nj4FFdy/82GX6VMxpFU7cQX0dmy6VjHjxPsL61&#10;g1cv/gW+883v4/rbl6mGmUh/+8KFC7hy5QrOnX4Q89TnsJ9ebiapWvfp+pDEmhnQnpvD+bPnsLF2&#10;B1/+6lfpepyT12k3Y005t30usoFRSHC2SY30iGp9k2qtZ+tnCZZVFZx/GVk8/ko/u4fBZx6x93+N&#10;yj56wDUJa1l1vSv6kOpzeI/QlYMYi+HZOejd9/cfrLoG3psx6fcZ1JUxItjjT3wvD8D4c3/vZz7v&#10;KvbIcWzy0ygqJ09mAFvKFJR1F0WuAOWKBNwospvGZBXSwMTmxxEbQBCrJ1cUmTQ3lu+M5MfmUh8Z&#10;HduZf00cx4Xxr8gWmWET6/uEY62LcWtkrBdj0gXX+8rGFKZusRV2iXXWIiKwYA/xrTFjx0hM3WNh&#10;oSgzIxIwLNCsI0vU43ACbqLH47G8r5wHF5o4nY6Z+6AUQSxZ5WkGpw6lIYyCmXFphuevXcXOG89h&#10;5cgqsv4A22ub2Ni6iSPL8+jQJpfSA/zaq5fRjek1Ft6J9ZtUAPWber6TOlXzVMCPOfBjkd5tRIvN&#10;DtLemzjSvYMPP9HAJz/wIB46uUqLs0O74TTC3KvsmQMSsuEIMRsmswE3fdA6L/pcTFGhz2yyWqeJ&#10;ereG2nwTrbkmElq8mQ3HoFQ6UeAnoQKgu7iMZmfOJrSpTN0iS9JlcMTbPSRMAGiRoVNTSzaMEmNS&#10;8qYQielrs92Ugmg8lKgI9dzLYgGa0nEuvlkcNiGsSl5kffCk0XtIARFvFkhevQEZpKknkv7VaTXk&#10;+vWHQ5mkddlMuGYMHLppZCpFP8ceJu2aw2qng5OHO+h0Jxj3WBJLV7i1IEmskQDCI5nU8tSsnhyj&#10;11gRRqKf7Mr1Z0ksBLDpqrdDrSXMpJCsGNvGzeehFjdpM13G85dexbVbN3F4dVGi0+eadTm3E2ZH&#10;xSrBE+ksvXa9zvf4GKMeg6Qb4lOX0Z8b7QYVCZwU2kTMxRoVUEmzJb4rHO6RUNFVa3fp+i6gu7CE&#10;+aUFLK0cFhBuYWUOS6tL9H2Rvs/Tv9HfLy3Lz/DPdui6t9r0fW4R7fkVdOaXxfR3YWkFiyur9HvL&#10;9H0Jy4cPSUGwQH/Hr71Ef57j15hv0+tQEdNeoNdhRmJHQNMcKkkdDIbwo9RSo+geqmUi5Z0MNrGz&#10;foOelxvYXbuFjGW1dCU40GNxbl68IgcSgKMFYa2+IGDGFv3YcxdG+Pr3N/GtvxjLfzMjyyeZGWrH&#10;Zq6u7Ftm1U3o+o2GW+j314Wqz+Eb7GET0/0wYpyMrmWnPkaD01Lp2i01J/jMj3Rw9ESPjnksEllO&#10;P54MqAFhsK+hUswkMdNvXXLoHvESgiKDgshAH7cg90wsDL2Jpsw6ZbXFEjJQC0p6bY5NWi9rrCub&#10;Fd2o8soAJjbQXU3wnSus7MtGIApSWjOz9aFBdnbPlpJBzXSIrZgMLjJmYl8wVoIPmP597iOTwwZm&#10;RMijyophki+aRmfy5kybMm/PikjVc2FIcUKx83X5LuAJVHYsSWkI8rFYmjWWzvJ15waLn0sZikL3&#10;NFmHLIwgL3IzM036hQGBkhqeGMATFz5OKZr43rNvore7K+uI+JyGT2ZFiA9+bIUENEAVrvCJzWeS&#10;E4owlyDFDH5YxvjJDZiShi3z5nuoCbcaxuVl4psJqOYL4DODDtKYuZ6KjFYBRDHrt0JDnRcV+OPr&#10;MPHqsyUAY67/zo0542xppsm08pq5Jt0ym3tEewy//yRX2wS2xhiPMwyGYwxGI/EnzAOrOBybeYqZ&#10;taUBrwyyphWmmN2zeW7Kq5DUWTIRy1KrGoJQAUaKILKoAgZFBjYFc3dXTJFD0RlZsRqbf5KCIsxW&#10;bCEoKexQCrZHeA7C3NWH5MbK/S4sr7yUGAd+qD4nwZsNpXTYB9VAGToTfq9B9cHZM2exvHhEayuz&#10;YeAJfwDP9L8DY6asnYLHcyHZdKXUD3Y/RpUU27IY9tNWMDMeTL7aYHhtcjQ91lXueZRg6kzz7Z2r&#10;6l2LkrgcLPtCeRJVasIIrgLcVUtxo6K6qBLaUXXY8+XnLqTQToE8Vwn/CPLtKYs7V/iLFT5jcuKS&#10;vf59BXSEaelRFRsuhuqYAvrK84IpuW6QlMb22fIC+g+fp/zsVQcjxbmiwmtQAukK2XQZLFMYu4ck&#10;QkvR9j6sZTb4cSEF3MSXxlYNLOIsfBpv+4odU64It7KSRN3Dg+S6NbOZrvDynKUBZlU/RegALbaa&#10;PdRVCl76Ihk4SN+9D7LtivTK+b13ilf/tHCeIwPaZAnypXzTFX2RghqFOIrDseSvkwI0DcGJZTiS&#10;OvFmLrdbTv1K3WiC7Ztr8LUGDh9Zos9WExUTv0YS6+AmrEXBo06k4xV/6D3cGAOjCzJHIXdDpQk3&#10;wNcYkMz047WB33Pjzu2CZcrrCw/9oziqgNtlSnywMRlyH0n1vRcfcfocVHePNzZQz4cFZzdm5c9w&#10;h2q/AV3fWGpqx3Wr09p8UPi1O+QzTLZgYeCdK+41Vy6Y9/TFcn811OJgeZ2tic6X5zbLgx2WKmQk&#10;/I7VKrQXblNBurW1i+9997u4xP6I9DuPv/NJLMwvSPhCnc5Bu1EXKWfoo6NK5Vb9KoI53Axbrli/&#10;1SqrsIBgWTldWwZvjx07gQsvvoiLr1zE4upRLFGNTsWr9LDZmPZyqoOvXb2CG2/dxruffg+WljrU&#10;iraN3OH0PuDe0EUGPsW6Xtrx+KByc+6eGlk3JZf/7w/2+YPuAbmVTCUjwYXmWy0DAy9M34lZA61t&#10;buELv/Ub+NrXvonjR8/jfR/6MJ7+oafxnve+F6dPncbtmzfxF88/J758LmFgNBI/9nrD1Avh4YsU&#10;i+nStT/5wEm8duk1XLp4ScJQmPEnUtw8L4Y0BdMweKOGvalQW7mZVNqS4f1XAercPqm5fxX8VDyu&#10;EdmwJbdhfF70F7NJ29ODjOjga2YWdXvWBiju5OAqWRF7AUMdQGFqjz1oKDdTTcxUmqhYu+y93w8c&#10;xlT2xNn7f/Z3qmBj/FM/83Of5wNOTDKLMF21qjOk/Eyx/0L8cGWiGCj9UxMfY9gpmKdAUQDsZEFK&#10;zINP2F81+Qrpa4z281fwzNCCtorQ2vEliTxQvEA6X+KgkbC5zK+pOg12zhK6FIzj5j+yTTS2KZq0&#10;fuaDFhsDKtDCPUJ6XyzHF1iOfDwsAeVNst6oFxTjII8OhU9RAFCzw9Mw/v1UWCS5mmbTdwYyvvfi&#10;9zG6fQVrWwPsbG6iPT8vC8DbV1/HqZPHsZm3cOf1IXa2D2HjLlP+uwpOMovMGmUOdBj3r2ChcR1P&#10;nOnjY++ex3sfO4xjh7sS7pGIjMrLgpKOM2HxZWP6hNRkNWVin8hnZEBKJJSdNhoLLTQXG0i66rsX&#10;cSM7yrC7PsC4l4lf1tzSPBZWl9BmhpOdgxFLRL0CeSpt0dKS7wsOxtDqRZlgmfnw5GY6rw+DbQx0&#10;P9XnFrF0eFXYQHfX1+VzcxJs7JSlxA9inb4ze24y0UlsLkbvI5uYRSIz5ikgfzHjT8BX7agEDGy3&#10;mmi3W/IeveHQvKo0TIBZfwJ4CE1a78dWLcfp1TqeOD+HlSMj3LgxxIC9wxrtYuzLARoiS2wsoe4W&#10;6b536I+26H23MejfoGPbEImvJKnFCn5KMqRzRVEg8uSkRYUaXfetOXzvpbfw8tXryOhYFpeW0Gp3&#10;ZVrDzwOHpUwmVBRFmQSVNNkjhl6yt7WOrL+O3Vt3sXvnDgZ3N8TzJs7Yz4sDUthfsSXnWp/LtoRN&#10;1Dj9lv6ewbdGexHtDl3juWW6Nw+hs7CI+aUVzK8cEkbg4vJhLB9e0sneyookdC0sM8inoGB3cYnu&#10;k8MCCra79N/zq+guraLTXUSnM49ud0G8PDp0DeqNpgBgLO9m2bHLxuJHyI4ufkLnbusmRtt3sLv2&#10;Fnbv3sFkd0cSXfPYCUBcq2VosJSRweBc15vhqIHbGw189+Uc3/hOii//6V1cvAp63qDSQjP/ZdCM&#10;czs4EU8LspHIhNibLk0H9NwMNEwlUflq0lawdELFey3O0KFbm30tj3YyfPpTNZx/R09lzW4okr67&#10;d0eSip3UIwEtxeqTrn2jof5xsVN/PQ2yUWmcSB1dS9agIm/OGgcNr6kVA44oKsELnuYBcYWtkktC&#10;tRb2BmYibNbe5LCQKWtRDBSMnaxofnRdjA1kywBL4A19UdHQVadwvoycLzwGK55fpc9YAP7531ID&#10;H1Wm700KVpWsllvh2JrM2JgVsTD51DpAWdQoJHS6pucGLETCGowL6XkA2CwWRH6P0xqV+RgLs08D&#10;OXQQJB6CJsNnzyLegib0mhdeuIWt9S314zEwYxqacjNsHVfsx1FBOSs93UrGVpVNX7LitXCpFM6z&#10;IEkBnFnQiLAsc2t+gwQ2eAtayquwdcwbMVcGe5orq0WYu7kOwLI8K3wOZe0NTELZ75yw9QqQLku1&#10;SDbprwQqWXCHhX7rpD8w/QP4EiDoCurhqrNpG6C5ssq1pqIi6/SuKFBLoSEKeS18WRAHHyRNOQ2l&#10;RsnGLAxN8uDl6ArfJG7GfAgZC8EQzs/4xrlCCxxUu6W0qwp85xZkUfm9KphV0uT26TkVAGOw79yZ&#10;s1hcWBAvMGbdO9eEROK40mcuMqaCJooGkC+auk9L70A7higU6LOTbDfNjvFVX57g1layzqoNR/U8&#10;+IPYA8aUqv5dACRdxdcyDCGwDzvO7cdyqpTrs1K70lPP72ETBI89FIzQUi7rCoAvqpAcoymp8EwH&#10;s8fjy1UAS7+vLLBkdqIiS8qMrVVlXhZSpkqwc/U4phsWV1jyhJChAqwNMu0phmPFWNJVTLxdOL9O&#10;/QCL59Jr+Jb517qCCa31e5aFc6qSWDaEYLawMIIFnDYfTR+GMXnZXPnUTIe0nowMqNdTmauM0AZG&#10;uvCYTyCmm0BngLG6FBnwaj6tmtpb+pWHddJVfKU01KMcqAUyhT4fqvaAr8v+HEUofk6G3pGFN7Fv&#10;ax68EIfYuHYN63e2MG7WsLDA3tBaB/DPMrNO2buZ7fW5yKJ9QP+nQDx3oDxytpmMRPmfGMMzp7q5&#10;TXVbVwbIV6++ge2dLZFkNnmIzNYMYrkRTT1vXFnV48QC55gkUEPapT21vYw61Z2T3gg1TlvK+0ip&#10;H5mwnLG/C792AxHtFePOAtV6TXUk5J6kwtLW5atklIZ7Ppo14P/viBXt5wdW3I+uBLdlnzVVAH8f&#10;Uz/WHwxw+fXXcOHCS3jlwstYohr5XU++G48+/jhOnz2DM2dpDada+o2Lr2CdeiFex+sc1hLHZieB&#10;gm1bXM9q+MxBrC2HIrBTMAD6c7vZxQK916nTp7BNPek3vvF18fbjVGaWFo9GE1y7eg0vvnAB73nf&#10;B0Qtt8A9YO7Nv1iJN7Elzqo916wfgg0ECgDwLy9X3B+Acn8tQFCl3AXkPbW/KNvXG+PZ6kQ+fvOu&#10;Zp4lg50scf/lf/Ov8fEP/Y/4+DPvw8lTR7BKPdLRI4fw4NlzePqH3it2Sl/47S8IaMqkCGb4cXBH&#10;jfsLqc1SUWXFpjZktdPjT7wLTzz5FLpzHSzMzxluk1SYmwedL39fWewsK+4HO4f+r/RA7R/gqs9E&#10;XOxFrqhPXXRwDoQ7gNUadFmugmVNgd9TddX+654vFCBlnblH7jsD7O23zPiq5BgOs/4g97yn73Nf&#10;7/f38c/9/X/weZESRaW5cPki01PUapHhK8VKQQMOkgUXF3JfYQBaWm4padDCUQGUyPz4KidMsJHc&#10;qPgazBECOXTykShVFeUknFl8TCNXr6ukkPvW4rhsoswYWkxcnZp4j0eqTRd/sVSnevxgeWnSUjVV&#10;dsFQOkhZovKG9qW/QsKb2WQsBX2Ti3tjIojnD/vODYZThtQMsg2HQ4xYy8+yR3rzEf836rjwna9j&#10;uRHjx3/y7+LM+Sdx+uFT2EUHF158Xo5z6+4cJtv0Qu0FZex4TZRl43X5fKMe3ORFPP3wEB986gE8&#10;cmIZh+dXMOD0PWqsojy2ukWN6x2nh2aaGMRSHvYLqDfrqLXp+rV4etZAwoyvxMzp6bxl/RF2tvj4&#10;x3CZQ6PWwOLSClrLSwKoDMapJLmOx0MpUpQ16ospqaZhavCGF7mcpnh6YeWEjW9sbPxIFjmRajn1&#10;e6jT9dza3KCvHTTrid2HxhZNtEIShqULTZoTnwIdWubKNLTCI9yjY/b248QipqXT37FXBW9KW5s9&#10;uec4/VmCRhJlk0qaLrw1ujG6DeBop44zZ+bx+uvbkg7JzwADtfx+KgeLRUYY+znxuhuN7oilfJ71&#10;MZzcQeIX6B5sqxSTX93YraEIluJPkuSaVCh10R8ewksX1vDK1ctoz02oIDiGRmtemnL2SGSGpbhQ&#10;mX8D+z9oC79L124bw90NbK7dxvrNNzHY3BJ2Ykr3YezVh1InsNpg+lzZlJFT42tNQVbBlRaTFkwg&#10;6XctYT3xfc5gIYdIsGSWJd71ZoeKv5pIyPja1euxfK8lOiUWdiZdA763hrs99Hf66G+sY/PmDWzc&#10;uYW7d26LIfTm3TX0qfBjAJZBGik8E/XxYXlrKjUDS4UXsEX34q7v4vWrfXzru2v4s6+PcOlahLvb&#10;E0xcR6QSUVYteGJp5oX9IOymsXiZSMAEfy5JlKbPQudY5+x073S78OwjSc8KA87L7P2YbuJj76/h&#10;6acTjCdvy/ms1XO5lnfvZhjvKNjHUl4+hQwCy5zD+cKzT55Rq9CErceyR4eCURbYR5EkIteMBp8V&#10;jYxcL/77oqU2f69iGJGY11uo+tW8PwhvA4OplLhlCJQxH6RvToNKvE2+QniBs3VbmR25DUGyirxu&#10;SiBkqbr2J2PTCCPYhYAN81XyAZCMS1mWvIR63Hl1G5LzoCEaqUh6OZRBPncBKOZ23MFTNi7kiMy+&#10;VIlmqvLGXGWNuafzzFJ0+bdYhjS6P6mHKd+PgSXCacIsL3/5eXrG7qzDzXiAVafrhbSwAGiBaFY9&#10;OCXMc9NglsNMQeqN7ecKT8g8JJ8XRsFuqjqJQmpmYc5eghoqhTWGXV6R1BgjJ1zPsOcGOahzcWHu&#10;LqB5lpmiJCpVAFaLBYEOryeB4aLMRxdm0ZXTF5VhFSapDeBfYKQIq9XeQ7GE0h4kKhp4vQMVVM3s&#10;slgRH8UlLhUFLy8FU7N8WjFQWpOE1HkdlHF9IaFGNnEvZSB+r3zMl/59BYvVQqkEwLTkb7hSTowK&#10;0BJYolVGrve+YI3yNWcp1UPnzlEztir7HR8f769RCK2xAWhh8B7Ycb70w6kWuyUTzkDC6j0cRVPA&#10;4x75adXPzbzhpl8zuqecKNwblZF3AWAVgJ/DFCAcFY2Nm5bVuJnmx/uKjDcqat5wXK4S3uFQBbim&#10;Jb3BW68yzy/PnSuvi8NBPlTTgRr6wZIKU6ccpFQTBX2FLRDkiNU2JHJuD0PN78earPi5FR5+UclY&#10;yys1vDcwPBCtQ+hfIZF2pUNjHIYoPhxrIYw21nFqASFav6sdSFZ+TltbRNbL/x7p2h2bpJZ9+WKk&#10;JmXjYbTaPQQWldQaLqTQZghBwzowCTLauGjfnIEVym63AbUvwXVnTPoyrNAJG7rK4fUG+MXmj+nM&#10;/zOw7fX/M4UTs9IjBfl01uGkRkrE1kPPWyr7Lg9QqL65eZvqpC3Mrx5BZ74jP8/1icyx+fNJ7eIl&#10;wCyAS1XvuVLOWQ1b2RfBKpwKcmvAJTiNWWBM6qA6jJnWt268jZ2dbWEh8WdlZU5gqQfWK4N9miLP&#10;0oWavPmA6556C6kM95eRDfvit8wG6HKbUN3sJn3E9NoMstQ6ixbiqINHAc+cWlZEYehpAR6RK0eP&#10;bmoB+u+D+JWs4PL5jMoodvV24wA18+Dk49sd9HHr1m1cevkVvPzSy1LPnn/kMTzy+MOYX2xjeXVJ&#10;2Ktzc125N3gg/ua1q9je3UG7Oy+S3lAOuGjGhyzXdF/cR7pYKOxyq+8ZS2XLI6rVj508IffAV//o&#10;q9J7Mrh7+Y0reP3KGzh18jQeeecjVMd6LM4toi6EnLgIZprmG/p9GXt/WXBu9mf9Dwia3B+2isp1&#10;N9htVfb5aUvBvLAP4A/BPv0CWlLdPaDrcod6lj/4wy/jfe/5ME6dPYrF+Y5YL9EShXl+PuianDx9&#10;Btvrd/Hvf/2/oE39xbmHztEjodeBfZ/Vz1u9qZmMxEB+pzuHJu3ny6ur0ovWoqgEoXAv30I/A/Tt&#10;j/X8dWTNf91nxtmQU4TsXDNKjR2GZvk9gK7ogGP3M/z4+8uU99xb5Zi5qPvuByrvF5MTzQ4O4SqA&#10;433A6z0egPc/5/FP//z/9HkUNPZ8Dwu5GGBX2A2hoAtFrwtgicnAgma81IAXYqRiWh9VNn1nEpvA&#10;klKT06hcrApZQemGURbUeflnayxzS7GMwnTOUEH9GVcYJss2XquXCU4GUnrT08Tm7+ddxe8mTNZz&#10;K2pgKHpYyHzFc0bkUWmx0McWzJExYECvM2SQT8C1UMAkAuJsjEa4+OzX8fjDD2L5yFF4eug5OTb3&#10;bdy42kO6tUCbHx1Hra1Gpl419xOe9I2H8OOrOLx4G598ahWPnT6GuRZLrOj9sokk/dTYsL/OTUgs&#10;YQXRcIAaNchMreZU4bhBm3WT9YO0cNF3DtxApD54+XCCcX9M7z9BSl8ix5Z0zYQ29DlhZ7l2QwFO&#10;8edwxTQxEaZYVHgzel+yenyx7/lKErOCSRJFnodJirINJqMUve0N+qzbuHN7Hd1mXSa1nAYmXnES&#10;aus00t1EKsLmrBTiDN6mVoTq69ZUHm5Nrt5fHo0m09Sbcu3G41Q+c56mct1E1hfBUoVjARPYc61L&#10;5+DcuS52+zk21r158zFzka6P0+RPNs6vR8ygm6A/3JCkVgYVxtmWGJEktMFzaIUkshbNV2yySE5Z&#10;smRjvoatVQyGi7hwoY+Lb9zBnfV1TPIBbfpz6LTmFICn4+VpoWOZYcSJxFZsSmjMGJN0B/lkBzvr&#10;myKB3bpzE6PNNWzfeRuT7U1kA2alceLsQFJ/2W8im/QM9MmKpECVSHIBM7YpTJj2q88mF2rpZIAx&#10;h6KMJhj2B+htbWPr7g4219Zx9+ZNbFDRevv6W7j71hXcevsK1m9dx/qdG9jdvotBbxsTKv5YOsDn&#10;jJN5HV8f8wB0if7Zy1cNm/0YFy6N8cKFDM+9AHz3hRQ37tQwjtpy3HzdmX7Fhv8IzXhkIGvO0oRN&#10;OsZNYfLVGgu0+bYE5IOBmhlds2wyovel56fdhKdnZocai+Ukx/HOLj7y/iY+/H4GfdfVW0aaxI74&#10;mKxtDNDf4nvMCcjHvn1MsGawj334ZIInvXcphQuedVKwB+8intKzD6HT58AV3jsqPXUS5FEr5IFS&#10;zPuQpBoVDLrQhkYhvbaQxsZ279nPVZvLctZl619csD9Kxktmz6Eamgd2LwqQyBXpjMXEi0E6YwlW&#10;rSamW+AcpYtibK1DalYMpQmumJ7DGoX/n7g3b7bruu7E1t7nnDu+d9+AGSBBkABnkZYoURJtqa3B&#10;Q+y2HLtty21LXd1VqaRSyZfQJ0jSSexKqpI/Ou64K0l3kmqX3U53W9Zga6AkDiIpkuAIEAABPLx5&#10;uPeeYe/sNezh3HcBgrI6kesZ4MN7994z7b3Wb/0GKdika+D0bi/FFHael3QR0wlTgYHvLZ6PSCiU&#10;+Bca8AEVHI7RNMzgYoAFYfwOHetPfrwG626tUkGi2/Z3ipibCqmOPok+Av6R4GYlBAES/74ocbbC&#10;rPMADN9DzCKAxGs3MuW1jgVfep+oIMmM6ZuZl5P72Ac94wEVfHx9Kod/nyyRS3jWhWeCNUF6kljQ&#10;hde23m1XQVAWRDnrLKvLs8w4B5wYQsKst9YGyaGO5ndh/wnFk9XQCnS1JgLCAnqoloRXwC25Zh4Q&#10;w0YIAboa0w59DqmxMUEyCTALsFfK4ErgX++DGZlXeobRZYM3m4omVckxcmOOVhTnH3gQlpaOuuvY&#10;pbWIWElkr9KJctwsC7JblSg3PIMPEhlL+u8hUTu5l1uWdwG40i0xtb/HAwAhdSAcYhfwWQtDBTUr&#10;kElYbzbhDfpzpqQOxNeRQZpncBwu8lPAUycg5Dw/v9sX3Tqcmyg5tu0rG+RF8wDNQ0CkSrJrA6Cn&#10;4kCmxfpMgGTv2SpApWcre/tv1QI/BTi2h8MJvE+3TSXDs2b14doBxIA+7wfuB0QmaXZ8mjCn06pD&#10;zA0VBvleJUNkpZB2nRG7WMn1wnAsVAKgz62S5rwVpiJsz9Cz0Llp4jOn4vk0NgF8hcUnHNuEOSrr&#10;o5eKSrAdiC+qVioML/iZ8fdBIhOzbGlBtU3GQR5k1yGpwMqLrMSmANPjvdQNPWzLXVfDTWroLvWg&#10;7+o/rCe6ZN7dhR72R9iH1E3S5NtDzX3LX2qO1DeCKXxtbRP7MFoz3AdCwgMyiPd3ULkypnUQP3Ov&#10;1+OEUNczVDL0IQ8/CkDh1ylwTcJU5W7f1c4FVO539NYWFK4GLQBDxZhNSIX+/i7osfterwtmYciy&#10;Z1S2ULCXDygybW86P9RSqf/gPH8v+zMB/AgEyrL4umLt4G2g8L6pKtcHYC28uwevvvIKvPraq653&#10;2ITzFy7AI48+DKfOnITh4oh7bFGzoXcR+t+xP/kQNjc3CFwlr3R33rp5EXqZuWzsDwAJrI3rlCYS&#10;DDNw0cbo+LGjsOOu7YvPvwi3bt2CI0eOwrkL5+HChQdgeXWBgN2u2HN5fIHYy8Yk6+bPBky9o3fi&#10;bQhLdwOQyKi7NRJqBbIoX2NoDumpJrSecrhaGfaYgTsXU9c7fv/Z75HC7MknnoTBorunoRNk291e&#10;n9baE6dPu3VLwdf/+ptUyx4/eZoCCdGHnYJyFNeeWeaVMyxhT4E+uA2YOh/0grn+iLeVkP4HlEy3&#10;rwsP40nt0RgihjQ0rGdmcgCsISHDBFbfnOFY67j1IW+9dK2/M9gXIzfmhXuou2Sb3vZ+uwtfUAvQ&#10;Aipv9zsmIRTkPBlmRlU6JfXNkNfa+wQQE+irWpoxHTZoY+xt0XUq5WdNYYOXhQlgHb12xtM38tuT&#10;1zQi/4whH1J4JBNFLcwl78NiRBYUNmuhL2vhByBFBs1MlSxo5OOheIbBiXtcCDBT0HLoAUlPC8B8&#10;VjQC5wKiCcfvpW1oxhk9nHlRQ6Ygp5dh+hEbmhITkBiFFf0Ootdba7egLg/cQ38KqqmFyX4FN241&#10;8PalDRgUZyBHcAIf7qomHxJlSyjLHVgs3ge3H8DjZ0ew1D0BvZEiHy80TleGk4vRz6vb05xqiPJU&#10;bGe7efQudIsKpQN0cgoYQM+I6mAKzZSZcVaSH+leQWBNwJ1uf0B+g+i55LZ4Mgalhw4XJ0xJg0xS&#10;DRnw4Q2Lzx0XHlF6QsmbSkzi0cPEcIoxAqLGTKDc24XaLarleBvKegvG5a7bdLpw6vQCHReeV/RJ&#10;IMhB23CfeTaqZ5QQpkumy4ZYW3jYeK3p+mXez4SXkMFo4M5TBjdvbMJkcweOro4YxMpZdttMp24z&#10;tJQKiiEi1r3e0YUO/MrPd+HytQ04qHpkOq+KLpTVAQGrGFSiikUY6oehsnuwt33DbaJdd2/cdPfB&#10;LhxML8HS4kdhYeFed26XuWDxIDn5MkhCMt4P6CuXD9zn6cL1PQ3XX6ngOy8eQN/dE6dOTOHsPQM4&#10;fWoER5eHsICSbPSXk7S6DCYk4canpHLHgWPxEj2nqgwO9jOaJKGUOwQ9YNCJUNQpHKLw069MgNJM&#10;mumSja41p6YSyE3yS+952TBQhqy5ekryPWJ1mlom+wwMEdjppx647pDE322eFZ7zERn04yVu3H23&#10;5459fbOC9d0C3rtWw852CZs7isA/BHxsXovvHCecYUI1k7k6bv8sIgBU7sFksgH7+9cJ3Bz1T0F/&#10;5bQ79gVijiEwWrl7EWXsZb3vPv8+ydENMjh1Aw+4179wpISv/MdLcM/ZLfceO8SGy3xzQ3GYnJJH&#10;02eVELOIXGSixCNVqXmAAyMEoZJfyAI3jhq3xoPPuWyMwKbl1idR+fUzi35jyKi1OspylUqkdTYm&#10;QVJCiUnAFr+uGgmsyCLvzDZBvsv+YU2QhljRmBBo7ddjDyLIxJ//VMGc3IqnqA/T4DYVi9lpZHoI&#10;84iKLQEZ2RS/CVNZTONlebOXYEBIdVW+KdCG/DbxHq5NRp+dGmndkUAFn86b8/Qbl4vKkHwcbCZs&#10;MGGV432Mt13eBjZaDBob2XBgE9aelx1pZjZbMZynZ8RjYiGvQc0kfdqUbyTm92qOSXmiIEgMwz1I&#10;4wFfLf6MEWSN/l8g+61KCinaGTw7MMgpbZTqhbLJCMAssnQBEbxHjU5ljIFQz6CNSZp2a1QYKVqR&#10;IaPOzNq2LwuzUjm1Q+WeBRuvTMQ1ZS8PXpMKEoRaahWx6/CMbc92lIEjWZFYNur219iGAWfiEnfI&#10;NN6ElFKVMOl845jWTwHQUomUWKbi/pmIxaAO1jBYOHs2AjLMEfArZAjnZeNKWDs2YQEZ+Wz4yGTK&#10;ewKpFnMEgWX6XWUhdc+xIRACQgBVK9XSe/TNAbjSKbaZaboCgJY0qRHoC21A8EMDWU8a/x0fFCG2&#10;APxeJhxX+Gy2LTk7XKyblg/hfMaCDEuUPiQBupPR9qHvix+kTSS9rUl/wsKbB0Sm9bz/WWsTlrUk&#10;dDPpw7buNwBopRxqVgeKBzI39C1XO38vGXuIHebFZjw815KeLKnhlNbL+2VtvI1FxsHT+Aw1Yjkh&#10;jOwpGdsu0mecYh3p1mRUgHTtFmR2HHxfKQRA+f1Fs30K1tQdxUBjxWoNGnBbvqJagDhO9rbUK6TH&#10;pz0LltKojex73ptWtffxGXaNDt64aKMCZN/Be39GQFpVZ8T+oqGeBCfa3EAX/bkHFeRTHOS6XsH1&#10;EwflNrz5vW/CjUtX4MnPfxZ+4Zmfh73jx1092uX7zdVNRFBwNZ8VD9o0FfL2/0t/LpFyQ+LpKb5a&#10;PdcP4HtgovDyaBneeuMiXHzlJTh5+h5Q99/vatoh2NK6erdHABKeU+4pFQEcSCCYojqjj/Jfd1Zc&#10;P4L9hnn9IlQ3LkLWbAG2DXje8sk6TN/9MRR7m+7x/SQ0q0cBMFQO2W0eYJJhkU5SylssWKVaYUEw&#10;Rxb/d/kfgjSNBGV1ez1WEaG3u7tHsRfEUIub19+HW673u/T2O3Qv3HPuPNxz72lYXlmi+rubizWV&#10;lXAyxSxAVPAsDhcgO3MPLC2twOvuPL/w3A/g/vMX4P6zZ2FhNGL7CMV2XUaANx422bDOpgBuPHxh&#10;t1oevmJ9h6qqLG/cZ+rCr/3Gb8BnfuFztJahz/biaAE6GSdzk/8NBWtW0SfONEFBaEKY0M8W6Jtd&#10;a2fZTx8GrPLnZ3Y9JmUDpdtqdx0rmJYTGE+m8P61q7C2tkbfW1wcwcqRo3Dy1DEY9tC/fgF++Zd+&#10;Cf7F//YvYdX1j1/+yu/B0SNdCvlDn/ZycgCjYR+yU6fhd377t2D91k34H/+n/xm+//0fwR98+Q/g&#10;E8885dakgi0A0JPTNOKJzQpG7GONDatpGJzd/bGa2zzzcEdc58PI12/3cyn+k36PyDMUvrrj/j4k&#10;VaMuDtzRjYIVDzMAZf9JvPT8XuxXVn98fkgVhixgP/S9FesOrlfnAX06VhqHQTh79/ffbQcILYbg&#10;7f89rEG/+/t/+LWwwSvxiwjpuVkAF1IA0E9FvN0rmZebxAS6dXAmPnB+Cq9UO9UJgQ8BgIIcTfOk&#10;mGIVxNsPWhNwOLxYJxtoiEP2G6okqrbkRZYlm1oWYs+IoJ/JYiiIpbRI9ppANJl8ipomyBWsFPvI&#10;EEHZDi7IRCO3tTSohm5afN1yus9JwiJRwA23kWkJstfQ2y5zDcT9Z07CYPEEHBwAXLo6hVdfeh+m&#10;uyVteJmwuqYa3dkOoHYbxZHBT+BXPnoGHjy7DKrToBYQhijZRYANRNJadGC4uOAKmQlYtzB1lCEp&#10;5RRlhe7fEKxQXUyR1ZR4iEEhKNe1lTv2xgf5qJC6jGezRnlWo6G/MKKGdzotYXowpmuH8iUEVeja&#10;ip9KTZMsbqxTbxdL01qRAGYc4IKfuTZTWtRqYt80RGnuEBNy1y0AY9gfT+DWhlss3Wc4tjIKmxXK&#10;q7ARI9masTEWOxplJF5gQqWvxVhbJyRzXwAjIxHPkTuO9Y1Nuu60aedRrqVUJob0hhOa3fcXXC12&#10;c6eC6+tEgmeQwLJZNBoMozcfeuRV1QFfF2CT+aY+YICmnkABbiMvBpCjVMEW0gRyUYkLIQJvVkkY&#10;jJFmV2SbDQxha+8EvHNFwwsvb8FLr16B99fXYXO8B9mgT4C3tT02hsYFlo6jI4mT7tyrhorMyjWD&#10;lZ3AxG1ik9LddQe7BFpOy304GO/A2H0d7G+7ry33b5vuT/d14L63577Gm7DvCrE9/HI/s7u/7v5c&#10;d99HQO0AxtMxvT5OwrBbLopMQkZylsOIZA4TgMmfR/Wg1guwNe3A9h7A2+/twptvKfjxi1342+82&#10;8MpbDbx9xcL6TgZ7Y0VpxgRqajbNDX4LKLnEcAUlUn28H7EArvbd+d+Gvd3rlAC4evQ8DEZnIO+c&#10;cL9Xumd4w33WMbELd/auQVONYbfcxOkEqF4GxzsaPnLPFvz2lzpw7r4NyMwOM2c0BxMQi4A66gY2&#10;92rYvmVh0GdmHxX66EmjWcJLuUCFWFYKbZ196yz9A20pdFPnzMixIlPHtC1k8wUPvIaaex0KPM9E&#10;zhJPKYh0KvBSwcjG8g0aMh/8HgBBipkFXzUtCYMEJ3oJvgRwgI3yAkuJjIU8/0WQUnkWoBYWDjOj&#10;EawswfsBRlkxPbkCjkxkR0LZ0lQAOT9sYUZEXctUFM8VCGhK1WwREltVsm+xxCaLckKT07quBChV&#10;YvDOoKf31VTCFuI0SVxHEY68eHED1q7cjKdSzpFOZTN+f0r1vN4zKs/Ft0IH71s6ds84S+j4OtUn&#10;WWgxnGL7cqdizCdx6tDU+XsHElb+IUVyItDxzK4AskWxaZLK3C7QuP73QS9a3io2y9qHCSTSXvo/&#10;mxTm/p09c9UbzfvTYWQIpMSmo4VyxprCBw94OfzsVFec9ISZGsXnvnClxHrXzFZUK3AdkBE4nLUA&#10;VxsMpYL4MvGZ8sEF3kdRzR1Uq+R1tEpeI6VIJvURetWev/88HF05QgxzvF9ysj/IRYWQBT/iQ1Ig&#10;XwNmGpIcjhZPVXumqLp9Ed0yBW/VcSqGRqTst9QrTKkW61Il1MFkbBDARO/3DMq2gb8ZMOyw6ftd&#10;yMNS3z2IybvznIuopjVc83GNy+db2ejzmKZyatUS5CdXVAVVhPeVo8ZPkH+/Lt1eWqVazExew0zC&#10;6o1x0yHqJNTw7QbY329tvzc1w6OwrTAcz5JtWozVCP1H0F2F55BTYX0Sp1cKNODjrQ2BbBx0gKPe&#10;ivZZoJAmoH+dQk4S/SZJ3s0SVgc3mFkez01YAhIpX0hbBwnsssyMp5AN71dL+0HOrEOTenyBNykQ&#10;UJ5Tz0MIBn0OQ7VCpm2L0cr+fxCS1slqqGFJWy4MTJDk8RL9YtfXYG99H7rHV+Do0gpZ1OAHwLq1&#10;dDVXH0Pm7Iwr4yH/PjjElm5L1oRRkw7QhXSBtkro047rCko5d7Z34ObaDSIGoF85sv5w0J9Jr0fE&#10;DAmGslSzaxq6UU3YyWDccTVwf4llPrubOF2DruzreV2B3j9wJQD6m7l6drjoasSSEuQp/BHfw9gg&#10;34UgA9SHmKOH4yzUbYR4dw+ipGCGV7fhGrDn6uPt7W24cf0m/PCHP4LLV67C8VP3wM994lNw4uQx&#10;WFkeQL/fEQURMR5ij4rXXPOx4X2Ilj24riP7b393F65cuQKLi4tEskGZLyb2Us3lk9RThuucY6RR&#10;KcroQ3CHCon2uWZAr9thhuVotAhHVt17uV601+M6FKxqMawCEBX2VwvzlOI2YS3///0/NWPPQet7&#10;CPnSMEWyjjun0+kUvv3X34Lnnn8FxuXU9TcH8NYbb8ArL79IASvo4z1cQKmt6+t7OXz9m9+Gs6fP&#10;uuuzREsHXhvy50ZvRNf/dNxrv/f+Omxt77o9+rir7gt44MELxMgnINVyL2MTiXgeAkDl81nzMziD&#10;6kODYB8WMLstQC4pheg3qkxGFffY9Vxra7do3ep1u22mJqhWTev7nOiy166BDmFR8l0D6o5PeovZ&#10;Z32vc3jlgDsQZ9UcFnw0Y7l7UFV/ABDYOp//4Pf/8Gt+k9E+bVYKAZ0m8vj0E/A+Ucy8aKw30bat&#10;k2GVasm7UiPhsLHpaAqpdZQ18QTABG8FvJlr8WqAZArrU3VV+pozko8graFwAh2kT5xYFCmvnBIs&#10;zR6Cf1JoUDEhpzSXq4SgEG5S3psD0X2Q5CwyOZcEMGo2lRVGWh0kSOgRQvJeZGjUDVF0x/sT0vhb&#10;lPro2jX/y7A/nsLNGyW8+eott8Iq8iND1ogh1g9Ov6Zw8piCE/kl+MWnzkJ/EYEwt+gjOZjSZjuU&#10;3IUNRqdwi717eDC0Ab35MHUWgUCMTu8howkBNM2TPtwPrFugVO0BAB+OoTmJT6j9xMqjwiuHpeNn&#10;0IgMdnHKMa3dQ4nA0ISKHjL/9snOQmUnCr4WQ/mMp7XI1ur2BlQgIJMGQxDwfOFCuLAyIp+K3sIC&#10;MQinblPZ3pnC7k4Fm1tjsG7R7eboa1AABmp26DViKo+xkZQdJt4qNsJEj/YbkNYzXjrc/CBAi0Eg&#10;OMFZd4twv8ipcEJ2HX6fKh6RlnsqMRZ6p09mcGO3cMUOsz2tZvAXBMD2RXSjNt3fJ5wiLZMbCxOY&#10;1utQTrZBk9QUJVdDAq4bZPqQrVwePCmN+z1DcuWCS2yUe4psWneX3fuegFubi66o6MA7b+/Bm9cm&#10;8NZ7B/Du9R24vrMPWxPtzh/D+AiI1LZHoBGZZTeaXhcnr0QgM55BoxMfr9ig4TNrNBfr9LP4eQjA&#10;5eAC69OvyU+tYMCN7tkupQpPmg5sj7X7yuDmdgaXrwFcvGTg4lsNvPJaBS++XMJPXu/BSxe78N5a&#10;Dut7moIQKJUPm1f32kXG/lEsk8xDAhrLUt3GifdxtQdNuQV7u+9CPdlx773rfqYLg8ERGK3c7zbq&#10;U+4lh9T0V+NbsOt+rppuw9T97EH9Pmi7596sC53BApxe7cEXnsngS7/eh1On3H1ZT6A7KJlJ0xhm&#10;z9JxFiTn3tmvYXvNbfAD5V4CwT4G+PKc2THYePg6L9OmFbRAHomKQSctiKASRpIvYo2NTZYNjSOf&#10;b0p8ZieWGf+qRphHipiqRoAtWmupWbLB6D76vDGbzQSel6ekNwmt3jeQuQDwQKxYYljYTDwKm8Dk&#10;AG+srmpZS82MmTwHhcRGJXXhYX8+Hlo1sl7lIf3d8yDZtxOf+1wCECCZdIN4sjUEqme0vk8YV9Ty&#10;fFkeYJBnET1v5GhJqamN+AoSQ8Q1bm+9tQU3L9+EtkNZLNxTCa8vjAOw5s3wBZFUXioKOmK0ECVz&#10;yiqwSRXTTlxTYbKuW/WcDYCIT3RN17HIRNFB3mtnZZMRX4wDRIgDIs+U1mkNAJGRlxrgR+mk2OPL&#10;0NGnKqrEXD8kds4M/ULISYoMpZ4wXopoVZKJEqMiVOvw2jUKARENm3I31g8TI0CCza5Gj9umpEaT&#10;/ZiyhHkHrWiOAKx5A2qyNrHhs0Z2evQcjHiZER9aE5KCjW1f29h0NSTDOn///a5BO07rPK4l9EWB&#10;ZLwf8n2gWx44PviFPc2EXWlVSNT20lzviWfBHiaLtDS9KZs1BfuiVx/tv2EvbvvW+CLfJndiZJJZ&#10;GSCn8vIUhPZsdB2at7aPUQTe5hqVp00w2Jk1NJHLhQAY/jw2SAohWQtsEl7SbgNsm5o6pwlTMTAi&#10;Zd6lSOxMOEoI3QmA6CyWKyC/VrNEvPgaNq4ZHvADqbesCZzJRE7c/uwB0PWBIThIp5q7jl5I5BnW&#10;JEygFJtSwbLHZ717vjEOW2pqkRlcZ80F7qFTkdKawIrPfFCA+FUSK1VlSQqvbEdWJXSGCBb7Pofk&#10;wMqb9CeetmCS8CWbgLUmDqEhZdMCgX0qSIH5HmwoEZ33E/4YTBDAusBqBmvx79w3NVCiQmN/D/Z2&#10;DmDs7vEjw4GrZXrsx41qpUDnVnNlf7eXwM20pz6MyPvxIjFCknf98Krj3he9rieudl5bu0HkAhxe&#10;FToTVqAJyh8vtS8onI+vZ6kyAggbLHN6i6APXG2FTAh3b5Tod4chWK5/yQ92oTnYA+P6Hdc0cOQv&#10;1sXK+8DqkI6s5wwRDh+dSgZWP50fWcuayq2r4/GU/hv/vHrtGrz7xhvw6k9ehsXlFXjyo5+As/fd&#10;D0ePLsOgownQQPUB2vV4wF1nXjkhrCKwUYKMNa/rS9ADDgMjr19/n1iWSOrIU0uGlk+jnrOiRAWf&#10;lTo/svMqJrHIPrbgerIO2TlZJh/IM5CJAgn3kpLuCcEXLD0d/NpeSRgGd5CEt3x4BllK/rFzkk1v&#10;93W3oJVPBKesAfHP3dnegK//26/D229fgac/9Rn4xCeegI889qjbX89RyOPffPvb8JOXX4KV0TE4&#10;duw4HD91koJtvvXNb9A5WFhaZJso9Pkr2a9+Y3MTXn75ZXj0oc/B53/p5+HRJx6B5aUFUn6xvYsP&#10;TY1hFEowCC/Pvr1j398N7Jt3Pn9aue+dAiaIowXR93k8LeGHz34f/vmf/CkcW70Xjp8+wjkNqd/o&#10;zJ5qZ3wJ58m4PaFgNoBj1lplHtjnWarz7sPZ90qP08DtZbwf5n+zrD5zBx5y7hkGJLzLdMszxCZ/&#10;8d/1EhIyJkamgWV5KuQyoQQ2u/VgSvphrDqcvpNKOrzBN02wcHG07G3Dw/VGAj6S6GhJ3DLyufyJ&#10;z7JIE86l8NDCiFBNOrFspGFrGOwTs/v0AlOMNclzuAHOFU+0OTNEBclNUegwZcPXnpZTPgfGBAop&#10;TvqVTN5QOoteZbnbpcq6cpthBhP05cMNbmrh/Z09uPZWCVeurnPEfC5sLvEUQ4bgYu8i/OKFh2CQ&#10;H6XJQUeKuKmqyEgVzXK7eZ8TdXF6746zlxliDmH/3mDIhBB/ECirrNteK/fvlYoymDBrFUqs+BXR&#10;ouLOac+diL0p0CRtMBqiOxWY8QS6hdsE+h3O10RQkfyKLEmW+feRDVqEgA4t3nw0nciYro7yUJxu&#10;4s9W2DwLkLh16xZcu7oH62tjmO4xw29rfwfezy3s7U9gdPQI5EuaEjWxVKK05lzLvRSbHm/CTM04&#10;BnN02G8LKdjog2GkyCRwGxN48aN3FCyuLsH2uCQ/jeWlIbH0UKdHKVPIXNSZFHL8dosdC1/5jR78&#10;8z/L4d23t6GumN3FvW2X/dD7J8CgF55+DaBzAJTgTr56B2S8XNYbMJ68Db2F07DYfRQGCyfdPbQC&#10;teK06LyXUUOEPnoIvlJgS+2uRu3up8I9U1XBWGTuGk8YumMewPp0Cdav87OdWRAmVA1FVkO/KN05&#10;qKDfd/eMu1f7Peu+h8WHdRt7CaPFIaX8drrG/VzODDkqpkQqnfGwAANavLcXJjXj+a1KTknG0zut&#10;8BitOzZLHoKTUgMqiUv3s2P3HOzudWFnLBJRExdnBIMrLK6xqMi4gDBamnYtk36cQuquF/vRM0ys&#10;WEDG5D5MJ1dhMr4Ok+oG1PWO++GOu1cWSGq9euQj7v5bBt1ZcufPHZu776C5BVtbz7n7/TJdn153&#10;0Z23Xfc5erA8zOCjj/fgS7+Rw8ce2XP3wRaB68j8PBh33d/H5HuJx8HSN2wGpvxZU+mgABq0yZF9&#10;nCWmQm5tm91BYAGDYBxSgfena2SKKWbb0VQcfSVJnqy6rihhYBmflSyryb8RFxWVhGSEQQoZ/+M5&#10;7spm6701G5LmUmiIsLC9/51qGd9n7O2SJO9SirR4nHLyXC6sDbletFI0CTrFISIMisj3lU9EswHQ&#10;Q48+SnsjQBITig9w/hd8CJEdC5Lyq8ln0YeSiGxMiWUDtIOnogcT8nR79F4NScZyAmDx/NAnFM9P&#10;Lwvw/Hyroi9diWwRwDUxTgJNiFydidvwDbuXqyqxnRAfosZyWrmVxhfBYwxV4tRcEOA04gKqJaGM&#10;1Yrf0a2CVgqjbbfn3Bh5YCsUMXLMivffwBuzWl7PhkbPD+YyOVwPQHlLjZYqMk1KSyw6aCBgQSSX&#10;iZwdotdrsGdQfC9SXeDPBbCcNwZqsV8ryeezwyEZ1ntNqghgBsagvKbfH3Vu2HPQ5NGDS2TB+IzQ&#10;wAOZoDYLAKd/3AKGY0FWKJ3Im/1zaAJDLvjzIeht4zUNTF8fFmbbx+ODOYw8p1o8D/nZykLyMt7f&#10;tdsvcN3y7BEre3VUZxhPTyIAkx4xa1pgYLDNSAMA5shuUzDPWtsCPT3jxLOirEj+tZqR9CZgFXv8&#10;ebzYBvab8muaSrwQw/k3gakxV3oUGtD4796bluoipROvuRlvPAVhSB59smqxKuEaGdUgIdzO2pAu&#10;Hj34DMwm7vprfTiVV5IEdcJIO3Q8bH/gVRW+BibP7USdzJY07QfU8679/Trb1JElyhzVYwBDLdcF&#10;7GJhIsNc835mBIhoxO8bB+pFlgeGtjLxniJgSWxDvF8nh4cxS5L44e7fdnQfKlej9HG/K93z6GqM&#10;rtsf+nqb/Ie1ZgC+EYsIfgS5hkcVCe7VUwQ3TC33oqRNy3lomuiLyt5oRtLILflFc0siLHkvg5X1&#10;s/E+dyKdr4XgwMSHnBmKjX9WalKqdLqsekFLEpSxdmn/6lAfkenK/R3By4ZCvIoa99wxXHvjeVh/&#10;/xpsXr4En/7VX4MTbr8bLQyhNxgkIVd6jlR3DrBivLdlfMbx3s28TBb7JVnsFV0PLCM65Pd23P1c&#10;fziEty6+RlLTWxun4aELD8ORlRFqdqBDwVoeQC1dbcs2Gdj79d3vT1CBtHwEph0Md8uhevs4wNsv&#10;QTG5CVM8gVUJttwAPdkFtb/t6mn33/fdC2a4AE1/iMmLkMfxmOwV+gMADpvsRXcvYTzUlGsOqMLU&#10;2nI6ga3NDXjhR8/BlWvX4f77L8BTT38WTt9zkmpTDG6gKiob0LOAQRdknoBsyZzDHq0PubTCbHV/&#10;n6ItjDv3Q9fz4ZC788QT8PrFiwQkbt46Bg8+/CgsuPOPQCsCspB6rqbjR1nX4/NrA8kFiSk5eQ02&#10;ZBODz2xdsT1N1QiTCj0kNe8v+NnQb82TKWxjwvMzj/lMa4CJC0+mfjqZ4918f56X3939nmHrp6py&#10;famBW2sb8Jf/7q/g55/5Ipx/5BwcO+qeUdOBYb9DpJMXfvAsfPsHz8HR5Xvg7Ln74J5774Hf+t0v&#10;w73n7oXnfvgCPPv8j+DR8+fhLMnbR7CzvQUX3TOCPdunP/8YnLkH+4ycPNy1V8rk7FdJ9bc5HLiB&#10;NWLeOj7dGhZGya6eJezfQdL7wQzIeUDrh2PBxv0Kayfs3dbc+b3m1i+0XPuLf/MX8N6VLZhMshB8&#10;JPofwXx03C/mvObtrvMhXz5hRs7n9R3+HV/Xp689N4Vb6Z/63HzQ/z7oiuXUBCkp/I0Nk7ZghC5S&#10;AdKDCwOKWzwtxq1AQIqWhCVm+fHP4cXBZijXOix4JMekmGolnkxNi9LrU5pCrD0waJKjt45tEyzp&#10;7zou19rTWMWnBhc8SsQB7S1SqKih5Fv06vMAoOYI+6rhzRaMnwJlIdWSmF14PO6r1+1zqiu221is&#10;4dmQYgE3bCWyjIZ8+7TQ7xvouEWwMtwwTyclZIZpuDVuUpjs6DbsahdTPzVcfnMKa9f3WOLsfr+D&#10;vh1yA9bN1G3kz8GXnnwQVjru/Yk5p+nBYHmoIoAQF4fOYERmn4CJuNQNIW2og0GS7sI1xLRSklIF&#10;yORrBFAFvuZKJ8bRNhaBlHDoiqTS/UnXuXSFRWcEo6UR+f6gR2CnA7DYw9ALZDTxhlU1NbMaJeHJ&#10;el9EZPZpTkAmVgEoSsTFY5piKEhVEpC1sXMTrlzfgptX1mBzbxum0y2w03UoSwsbW5uk8+gs4CaZ&#10;w2iYQ7fL6cF4HEgL1pJIZ71sxSeoafY6w3t1PHbXDpmTHc3edWJGP1V83ywtDmBvlMOVdzfgPIKX&#10;/UHCRKq4cZMmk2UE1hVlGTxyLoO3Lyl5Dko+/kykMO5z94ZHKS3W7o5doYNskMKdw767/WpqEiqz&#10;DeXOAVT5PjTV49Dr79B1y7tHwXQX3efI3L3ZI2Wk24eYgo/zUZJvcsGCaXR46UxhmM1fVTyh0/zE&#10;Y7IbPpETLAb23fd2he5spEi1vMEEOaw0NQUZgLKnnxZZLHPqelzAi2ta6X6/JsYAS0utl4ja6Gfm&#10;vTgzYfWgd2RDSXveK83Q+cVnokH5JU3yKwJ0yHPKcFgC5pBkrlBvfAdCTNQGqukt2Nh8w91rN93v&#10;7dEAgNNHS3eNb0HRHIMOAkfdJfe+7lq5Aqdwz8/e/jswnrxDEphBv+tebwoTd6+e6nThP/vqSfjM&#10;Zztus8Y1YkusAXhD6BWWwDZmD9cMNNAUnp8jlEqX7rkbWFICMddOi58Jyn5zLuwzknKyF56SJkJj&#10;2AsVkluis19kMEiN3esvBUk2pXQTqY5ZPNzjlgyIZxV7YwJ/Fl6PKzr/CGqR3yYmGYrkNRjaWwEd&#10;COSxdGwel9MyuGl8U4ZPsvssZFRNNWAtnl0lTh0I8ONGl9lMuJ7iZwCVyFNNzk0UNNI8NQTwWbsP&#10;JhMDaGToEau1oYEHemfSc5lz48T7NwOl+F6YGG1AbBqIrYfPi0iACQ/t4zJJTZRbAfg4SFKAhR7b&#10;KYSgKMv3US6hCyRHcr+Bd2jlzl2nGDJTRYGAUZB49Xm4M3qsWb//CuuD2LEKgvSX5a7sr0DFSc1e&#10;jx748w2NkVAIAmklPdlwzndkvQVgNhZJ/vNpyx6GIgYQZmxM+dUqejvGwWBGBxnYcTY1Mo7BWswa&#10;NNIMKZKoWO+NpriQ9dJlBU3wTQtJr6kAQzyMTK0oeIkHUuy7ZWuTyDew9qgCcx+PzUACstLwkL2x&#10;8PMwwO0B7yTIg9ZTfhYzrZMADyqK6LzQ2lt73z32S2KwzniOJJL2xW6iSfwIWX7IHsXMlMNmyz/3&#10;QSaqGVxXqqIkb/zcqXeNZ1VaxWm+6FJHz6XxzFZEBZhpj8n3CIbgwRYd9vBV+J45mvpLcIYRrzOs&#10;B5GVY1JrgZyGYnQScx1kqwQmSvIkDT15UiprhgCKGQjoyM916kMYWKgBHE9lNE0EI6mZtMSeiah2&#10;Tc+hmgnnklgjstzw7ztrys+2fSYA3BCYtlq838T8v6lCyAXD+EayVTnRWlmdeF3awMTl1FAZWwT6&#10;WCavU8v9wIzqUNcqDg9KZeXeS66WsCbwCaRgRCbMda0RT0HTku9nwWexBbhrEK9dG+5pus8DDq1C&#10;w94YYQramMbLvo1czzeeNYG17rSU683hUhSpROAdo2XoI1zg4BlrxDyjRNc4SqrZYzrnxN2qKkWd&#10;YymUQxcFreO1ABH4+Q6QQWX7MMTPVhTMitPb0K0bTp+2u/QeuuBpgpWHh4ZH2Bcgs576oobAO+un&#10;FbQ/eTCY98csDV0ybBPQkLrA3xsKWHWs2Btcy5ocmMlZIFTUye3G/oXkuEKhFej3XMn6nXWthP7x&#10;cKkkgC+T65mJgqKEcv86vPfd71Bwgv3EJ8GcuBeOFF1SQnRxvo5hamj7gX2Z4bVM+yAiHb2t2NvW&#10;JKCfaAHsYZDAahWGOh1UKfT79Pdz91+AnquZbt1ag0vd91w9dQxWjxyB7hCtcrpkBZSTwgiHRIa9&#10;+jBYkGxpDBTu58rjJ6Dpdty94o7h5e9BbjZBYySzqzEIzN69Avrl73Kvcd8FGtBNFAbt9Un+a12N&#10;wJ7eEIIWITTiNrC2ssDstTMhQClgYG8DEhoJ7PL3BpBHH67nW5tb8MKPX4DTp+6Fcw/cA2dOr0Jv&#10;gLVah8E4YeZbYwI/mgBwT7ZR8VwTicZ9vyv9qpd0Lg+H8PBDD8Oo1yVJadFfhKMnT8Jxdw8giN51&#10;9/+4RD9uTmFH0omWgEIGJRpILjIPOeWYcwL1agaU8sybN0RGlbGJSjA5OwlInLKoeIbEz1cmtaNn&#10;XlupWbB+NzIs1h5Qwb53DngyCz7d7t+N+DRHFSNfOew9sa/OLQOo5I+O/Us1dffugGpJ8qR0/45y&#10;dDxGDOeAagzNdAC7+2P3ehN49c2LMHYb/D/+w/8cHvvI465V7NHWeGx1BJ/9zOfg4x97Ct568034&#10;7vd+AG+8/Q0YDgbu9fpw/vzD8OhjF+DMyRXo6Q6vZ7jWNeKd2Nhk2BfvSz8cy5VqQ3ni9x6Z6h7w&#10;M4eZ2x8KQoJoM3IHoJX7HQa8VZIAjzUNJo53XFNQT93nc+sCjbLJ59rVI67/vfL+NfjjP/4j6r3X&#10;12/BQ+d+DborXRh2JVmad2FaW4uc66FG6o1AJkuHqCFIMhkaJwF0CkywnDPBhTraVOgWOCl3Myl6&#10;ZmxOYF6Ghb2j/NaDgfS+Wur1O4CDzR3+bfb3cjLN9w9gMLQ0Mu2JRonUxAhbATwtXbclAE2SWkON&#10;l45eOkHbnCSs0cIE3m+EG+CQZS0SLpIWyzqrkYmCa0xjW1MWei8TTyGBVGTYH01IU6QVi0Fl/TTO&#10;CnChOPpcClcfBNKYePH8dKISw1H8D/LoyzowPthj7zbyhWImYcc1kiThRaoSsrRqngRMKaiAixxs&#10;zrCN3J2i9x4XAe9c2ncb4TZv8OJfhI1y7hbXslp3C9DL8PmPXYAVDI3osDk8S8w4XKSf92iTyvsD&#10;GLh1uC6n7AGSeZmyFNlCt6YSteZphZLzqJSkPem2CXSmWcLNqbfIlMQk2RJ2dveg777f7/WhOxgS&#10;WIFposgk1IqbazxheRI6gO9VmyawRemS5JYKPQrvcM11XRqYlI1bfBWFLbx3eQsuvXcJdjfW6biq&#10;xh1bBcQAxIV47M4jhop00Pcs44bCT/QZfJCHVvtcRL9p2kRuHu+tTApgIx5heB4xhbfIWba7ezCB&#10;wQJ7VbDXYB5T7iwDTCRudIXImdOL7pxsQZmVIipRsbHHIBW3iWi94K7pNjHyMjJdRZC2515Xkz0X&#10;XpfSrMH6/o+gOzkJg85R0JM1Ns4dHoV6eNL9OYL+4hAq26HjzEzBwACm5+J1xsIQn1ZMd/LJi3gd&#10;yJ+j4IbXcEHLYLClERtvkHlgommvhHbX+kAWVwIeBLjDAtiLDvF7mV85LIRGiXKaLRfs1vtzhY0Y&#10;YtqnEXIOpjoDy32mGHigGPjB88bPVEVFiG32wWAAjWZ5KSbR5e65cDsK7Nfb7l5Zc7+7736u5GKV&#10;QH13XRCQh10KftHNsjs/Ayh296E6eBPGWy/RhB9BTQz8OHZkGT7/2L3wi59fgU98rISFXgHTyZY7&#10;VX137PsE85AHI3nJqRn/LBOTRVUM9KRW0YgvCqiwDkeJYeJxJoAB/0jDzbbJhFPVo//2ZvvcKGb8&#10;c9b7n3ETww8D86Bjum1OrDkEv3yDq905PDSLVTwpNFKUKqHWBDaUzYIXFbQKk4Kvi/H+eFU8TuuH&#10;Tqo1WW95c9AB8N5gzKwfh5E2vqHzz5IqElbKHsBrHDeyY/o7MolBsbw+sHI904rWh4qAUfJ4Izl4&#10;J/gA8nBJvJeA2ZsxIMADo8wubqVkzvDJ0iRWk/QPQeRqbSKBlebRh3cAS7lMAES876J3h4qeuakt&#10;vprrGwJB7q4SY/74A0EEPeNNopO11CaHZCFV8oVC3yuGZxhKh6eiNjJIsQnS0e/Ps02sVgnoB8JY&#10;Z0jTKNM6OH5PTnSzTZQJ20RGQUMGSaVO5Y7RYk4MTXiKQkOEADyKzJXTJTkoyiZUPjXD1PIDE3/a&#10;dCrmsLmAO01ksoWXEqmLJJMam6SdQpQ2s6ICBHjipsXfk/558+wQr7LwXoTkpeXDchTXJzQEyOKi&#10;xMxD8UPWzLZiSTEvPlTvQVvu4sEC0CocEyQhIh44DbKclFnn05ghNi/z5HjshRaDMNpsPW9TkM2R&#10;d9+FsXia4CthYkqlcnYVmVAqSywMVOveDUEdaXNlI+vNzjAFrLWtpkxB6oOtWl6jASZVMZVvltnS&#10;tvWzib+nDfuLR9ebea7itPZXYSWg+xCvt0n5FvJJSJ7LTbJvUprUY1KsQHAvIbWFTx4KRv78cwiw&#10;U/OYZVFOa0pmj1t5/bpOrAfctu8+08Sgj+0i1aMdKKGL9zLu+VDzfqHYEoXY9I0MYcQXmVPbZTgp&#10;lGgKjrLiySZJvOE21pL0Lex1CsPVioZ2RF7IDkvkfK+ilYpLaAJC+2RU8H1KxkdfaHkmbSbvA5zO&#10;iYM1BJ4zQ9LLncl1ePWvvwublYaPP1VSrbe83Kcap4vECIv1YR4UPYjb55qDj6xKaOBzhGLW3D71&#10;U9GQg2viwXCB7oG8g8qdHK7fuAmFZssDBJA6lu+hAhODzYQa+PCEe4N9VI30elDYJajuvw9gfwPM&#10;pdddL7DlruuEBhm2dFXixnXI33iRBtrZQw+CdXV6sdgBk3VkMNdOkPZyWB8coQ8d4+1UjbdjDbFq&#10;QHvpKobg5QWl1B4/eQp+8e99Dja2tpkhXnQIAOUBkYmhVAok2dnelTRSCWDmwZxetwMnT5+h9emN&#10;i6/Dwf6+u+fPwvGjx6mPRWm1lYDJADQQWDi/JkgZePoOQIPS6g7S73nMRxV/b54s9zb+czYdfNyB&#10;rWW8oiJhYPlUZB+eojUn6hJRiMyzMcSmcedsisJFCejUcFDv8RCwg0ErJfSHA/j000/D62+8Cteu&#10;XnCf8yy8984lkuHWVQ9+6Ve+RKzNxcUchq43xgUA+8der4SiuwqPPfkk3Hf+HOzvjbmWcc/L8soq&#10;LPR7MOj3wXvaQ2NbMufb3Q9mxtPNtG5gqWqV/v/M85AZmlmoX72VGmMqTEyqq4LO57Tco/4an3uS&#10;hLt79Ozp0/DVP/gy/LN/9ifwzruXYWH0iuvBfhnKsoai16egVPa/FVs5IWuBpEoEUo/3n072YRXO&#10;g5nL7FWHqvX5x2fnwqRxB/wwoSZ3Aq5/WralMPtsMFWNk009412jWg+ltTrxPrEC2oEUfG3WVEyp&#10;9YUxF5zeDJ0msdqDLFp83GKhQZ8rAfA4PRFllzbIfsnPoGCmoU8dIpafT8jS7aJJJwEdLdmITIhV&#10;knxHAQFWJiy4qbpiAKWuWFigvh7fB1lnSG9G2UEtUeo4UVJSNFvNkzby3BDkuBY5MDYDyDoZ9nLY&#10;drXQG2/twntvbkAzJZ4S1HlFoQw0PXYPwpnVS/B7H/8kVEUFXXwopIHC6cz+pIQeTo7Qn9At8h1k&#10;nB1s0yQh7wgzkgz/uWjH6sY3AdSsS/JY5q+99vW8jsnH4uWocm5m9qclHLjj39rZBH3jGiVg6e4C&#10;GZNTym8uXj7on4WTIu9faJnChCCdn0Kglx1Kd6tyQmy+rd0JbF+/SR55GCm/sb4B12/dhK2NGxgb&#10;CwjL5Ib9XVTedZtYA323OGYYQ9/tuePUAl3IPWzn6fdV9J8iD8VaGIzYCDIAXNK18+mKbLpPrBME&#10;+/b2YREjkI1PXQu1sXgUGmKBFu7P48czOr6yyltgOp7fHiYYu4J1nPWILVYUA+rvcui74qR2i6Gh&#10;4ynEpF3Ziftc16He3yWPOgSWst3rbn96wxUTI+j2Vt1CuAB5bxF6y8dBHe2D7Q5g0b32PgavTBoY&#10;uI2/tgz4TikRl0o89zk4cId8powJUiJm/s5MNQTAz5VPRGoI0G2E+VuoLKYheSaHl5RJg9nIDuQL&#10;W83/IQngsraILJjkweiD6Qo49OSjCRd+xskmwHTXHdemK2L26ZnLe8vQcecBE3SpiHf/Xo6vkjef&#10;aXbd9cQGYUoTI2pC2OyKJnLbO6/DkltXiu5RKCdrsHbrJ66A3CV21gP3LcCTT5yGf/A7R+HEKSyq&#10;3Qblrl09Rgn0mCagdZNLXcysTA6i8J4f4rdiOWnKN9jGB3DK33UySLHBC94ktn1RTsYNo7BvVIeB&#10;OfqhMqRa+2EL+eOoJkFLNDFSCaRIPKesGIxHhlAT2NaxCZE03STFjjklRj6/l/9lEtLBzEuNsm9s&#10;gnRNMkc//YuFpTyf4snnG3+VsFG0DCKwMMMkZy0WEsyIEWmzf6bJE0gFaZ9nxGAKOiEXyMIwXsLK&#10;xsBW4GlkcMryKAwuXt+NAN/IniH2m2VQncBupcPFpMAO9yT3+kUE2BSEFPhoBgEtE/vUYc8GX1wr&#10;gSw+MKRhZEuJmXmkvTEwZmXCaKNnmVVtfxCTJLl6fM6zdnywFqTMJAGQVerxB21Qz8swbTL9BB+8&#10;oXyoRRKWpWb8xVQ0Kkxl5v5FPQhhBTE0Ij1kF43oWyN643gfW53cr94rMQuMyZDM6sMCBFwhLqI9&#10;3Mj6z6FVDJXAv6NlByVCk6+wSB9tex3UCoJkSclnMiGMQ0AvYiyLRFPLM2KTwISZAtWa6PuW+huH&#10;bDhvrSIG8TYJ4wkAsqs16hrv6z4NeTJixTEj1fvaGhlGkB+WMP6MNIyZpACyP6akqvt/y3KZ7kdH&#10;rBjNa9uNjE8UVnEYDf573l7EQiv91oC3OuE2x7a8+KJc0abPBLTDu+Z596UMlxToSplA87yvOOiq&#10;iT5U6R5qzeHXnNvE2cPys8TLLkqabTiPpJm5UzPeknK19/SQRGzTZvlw8+C9+UIYnk3kTMLepLU4&#10;BBjZABSQ+b9X6lA51Qi4pYJftlLxOZcRNLMXbfQkxf2/sbUEn7DygIB2YIsWVEzg+0yh42put09k&#10;aKhQUD2xYLG6wvHMnnvNMbOvFAOQdFxUn+YSlKWJPWeQbdKMA8Mv1xxM4WcN3PZotguR5zCTz8Z+&#10;xlrq68R3MmFaRgxcid2BAMkC6EUDeiQKqBCGQc8ZNs0I0BWGpbUZ+8kqDD/LkKRgYHP7TRj/+QYc&#10;vPMO/L3ftlCfegCWjrg6vujBoNsDDvICYiNWxrRw4DuxfJSAgnEna/vVeYIG/lu/36Pvd5HpV1yB&#10;G9cukXTxwoMPw8rKstsne6xKETauTdYJ6qPwme4MKFiocTXxoHgGmuOnIXvjx1CvXXJ1YU1e0Y0Z&#10;A6y/6+o+tFWZQn7fIzB2dbRdHEC/22NLRbDJCNZAzPH01dTMM2RVS/bI6+3thwPeWopA7TwnNirW&#10;sKtHj8DPfewpePfyZbh+9Sp/htNnYLSwQKo3Lam52t6dYb8fkLdmc+48DdHCabREfVnmesB3334L&#10;XvnxLpiPKHeuR+48GJKacimeiV94Ph90mCO5hdsJHY1NAL9ZlpeFGQtVYQKquXJOpdoDDusHAXD7&#10;oINZAEUrNdfjjABAbzVBChgetpMFjvtzx/V30/EBvPnmG643f4fuv5XVJXj08cdgNFqG5aVFWHRf&#10;X/iVL8LG5jr8V//NH8Hq6iocO3IKPv3pz8CFhx+A02dWoFcs0EABayAkbuzsbMOkaiitesFdm6XF&#10;PoHB7IlbUL/ZzToCQmbBj3uWQTfrAzfrUWduI8f92YR33NmfLx1Stdl9dWLZ4dYgV7ujWmjr1jXX&#10;9x/A7vYO2cINhwuU2j1aXYFPfuppOHv/efjv/ts/gr/5zrfg3/+bfwnnzv2nsOJ6O1Lx6C7du5kM&#10;WkCY5yYoSeYPKcwdWHZ3KTwOLD4D6gPPz+w1u5P0Wf0M5L7pe2W/9w+/+jVEthVEk2ITzLKTyb+f&#10;qPr/NCY61/oHRzT6kBTOrYYmQdRjQcsor/KswZAE7P0gNKSRbyndktDKPGsZBxPLIeMADp2pEDwC&#10;SYKYldhx7ZP8giGkkcm6nGjTxAbJm5oLg8mn96IxqREwCGUPKOtFBh9TsVF+hxLUmoxK8TV5sc/Z&#10;2w3d04ZDApE6vS5cvTqBn7x0nRhXigfvbuPCJaImucO4fBG+8vQDkK1kMPTUafc+aLZdETCDzDhE&#10;yN33Bj3QyEBsSsgwKh3BSDzXufZOwCQnVBCnSFZYBRyi4TcNEY1ZPo9YQOD7USqxe8+t3X13fAo6&#10;6InRxe933B/9AKZRo+A+E+rrjXiZaNaIRMmKFv8klMuiXKl0xcfOPmzeWIf93TXYuLUGN96/Avv7&#10;KNfdJnrv5ODAFS9TmswvDvtuUejDkVEBJ04chd5o0W1i7rPSNTDSBOrQK3q/Pq/ND4mXAmwR6KU4&#10;HZVp8zqyOHRDXit7u9uwsb4DK+59h0dW6HpCkDmLjEx8rrDwKjIL+7qAH7xUQTUec6FtI7WdHM7Q&#10;XHm6DxceHcFm6QrS0t0v6BnWZJRQq0w3mEhTMWRJP+t+z90hxAYoKNG2Mph0+w7sbF1yG9Um6LE7&#10;B1uu6Nx052vi7umJ29BrlBbyte50cxiMetBbKNy1KwjgzrsMTCK4ieAweqRgCAkCK/gnJUK5f68L&#10;Pj6SbCDNHKU0OMF2P1d2FElp0SulQWDavS76RFpk5KEfYxdfD8gbB98Lg1fynis8eu7n+65wdX92&#10;Bu7z9LsEHON7IpMWxZTNuATY23GF3LY7nzegmd5yz9oeTYfy4RkoFs5Bvngcmt6AWVfu3pnsXIb9&#10;6UUYT6+4+3GXvTeQlVAbmiSTPKh27+MKwapy93EHzaz7MK3ce7jf7w8y+PLv3Q//8A/vgV/9FXfP&#10;9V0LUW2BzRqoSryC6+5OOequ+X4L9OA/C5/5LAyziibXE3dt169Z8vzsddw90+E0QPTVxHuGgPXM&#10;CoPGir9dZOZmkpipdV/YSpa8XhCEI9YjAU8+YR1EEpjJtFnYLapJUtM0Accg0jULaaPMQlOU15JX&#10;IP1MR8KJxHBdIgF9iipIQ8hjjjr6rdE+MWH2qC/+FDPyIgXeJknAkY9mbWyU2MOpDCnuYMsAnrBU&#10;OPEtE58s/gw8sCEPLWKi1+Jjg7zRLmcSiUsVb3ONNGvMfKCCkM5fIUEpHhwy8n0fqIHyApwYu+u8&#10;UcLrP343hGKE+b9K9jQLSfIsxLRZkECWxGvPhvMUU8i036lSD7TEkcdCyoyKdDtmV6nkWzawNj0T&#10;1Cqb0EtBhGTRXNDO+MOEMkrp1BwwYaoKSCDrMxGIsyxJd1WB/ufTgBXEsKUUXKR9vWHzcjDCPte+&#10;lTYBjFbQPnabvP6h6a54uXn2gPechKReCPxjKSiJZYcDN2ELkM+lAOABDJLBamA4hqGj+KUJOEnX&#10;PG8i2GkVpPCUSv0WFSQFrQ5yXyVoq9Ix7ZRACrfWnbsP/YWOcQqvzoW9KybqAnxoGcDmugjXntiS&#10;En4TEYr0k7HthU4SdT0DUkOcqPvXbmmI9OGQANVKzY0D21YYh1IpxJAAdPFzebVGGFRYfz+INNnz&#10;xHR2KIQDlPrAgl+BaTFbY4KqeELjAEECgXywQebN1a3xEy9p2tqBFn7t5s+UBxDFDy7MzDPf4gpb&#10;GwDThG8FkPpzKpWAw6YFoIafT865VZ5BpBJ2YWQPeisd7/kahgVWtX8mkeMzQVozw06UQ0rALO/j&#10;nXqg4fvXTeXhMlHisC8ayPNYW/YMtmQhklGdXNMMRxMHG206JJqNA/wQ7MKm1LCXnxIZNe2z0JF7&#10;byKhXzKA1N7k3UYWu+xzXsLrA8yomtaZkCviz4Ksg0YYrTEZOknhUX4Q5W2ReO9AixAcfLHq3D2r&#10;WcPMrMAKZ/Y+EgPwuPbzAyhvbMJB42qdoyNX1yzCAv7boMtSZTzmwDC0t22UmVnbBsJmvcN8n+d7&#10;Me/njOe14+pClOEW3S6srV13NesBnRfsnXKSlvKz15A0OTL8vawTvzPodDmMpOeafncc2fo26GoK&#10;WXNAVi7ka1zugz2YkLdNPhph4l/cOrRKOO42gs8zbL3ZQUQbqlJ3wWCLww5KPnfH2ccE1pzPxeaN&#10;myRDHywu0BqJwyJpKOJ+/oGBB+oQIkeSWNlbR+7Ye6433NragbUb12G0eoQ2HAT3uHbhfYGINSHJ&#10;9M6rnprjtxY8We3MVwJI+rPOCqE4eCMfOvm8OoTNJbhBcs24PtKHALwPAqHmgSspg7Zy98lk6u4V&#10;d65urq3BX/7Fn8PffO8HQZ333I9fgJdf+rG7fguUptsfdimkZHVlFdZv3YK/+uY34KNPPAUf/fjH&#10;4OzZFdcv9aCparrfa9e77rv+772rN+Diq2/AmbP3u2dt4tq4Ht0bSFJB9VWJCb4FSCBiuj7buV6D&#10;8+7C2Wcx/TkDP8v/3f78e0avBRtVoYKfaMF4sI/f2t6BF370Avzbv/wLePZHz8IPn38Onn/hBdjZ&#10;3obh0gqMBkMYLAzhyac+DjDdg69/81tw/uw5WDm6TJgE9q1kEZTJqJpmy7qlJJkNzLAJK+92wRgf&#10;JoNbzQGf1Qfcj62gkOTvfn82c0Jm5jkI3s1nzH73D776NQ26hTyGgw8SoJRe4Nl6JlnE/Gbdlt7E&#10;pN1YMMX3ESN/pMNKoUkTIAERaaqWFaGgYSWHCilwDOZlQUYSTIK1ABSKPctiShSIF1ycuOhkQadJ&#10;ingQKh1TXZSNho3GmDCARqkuLoiZMNxSiQ9t2MjYC4mBvAjjxjRwNy0WD+j713OLLE5bcJI5KS38&#10;4Ac3YH9nQtHyJKrDpEpiMbrFZ+8l+OzDI7hwZhUWio7I0BqYIntKGEkkKS7c5ukWHpTZdt3mqTqu&#10;pMl4oycQVPyPgs5eJrNZkrqXiWzbgg9akPQ9lAZn/ounbigvxgWpP1qCYujeN8Mwgi5PDtDXhxhj&#10;FVHGy3LiFr2p+0JvoCn9HRfW6XRCprXVdAp7O3uwu73lvjZgd2sNxrvua28XJpNdYvMp436+LN3P&#10;M2jb7SzAvfechpPHlmF5QcPi0jKYTp9SkMgPsWlCAaaVLyATpoc07uT9YhjoYxA556kD+eXJFDfj&#10;NC30FCGwb2MXjq+OoLuwyBNIYyNometwX+Ld13OL0WZVwHef22WmkfcU0AzGoCQEi8wF/T78F/+o&#10;gcc+cQZgeAZ2Nrp0/VVmaOKqEPDKCi74s4JCLxSGMGDpqgWSkXRTrXvEWiqIfeHOb7kD0/0dKHe2&#10;oHTnt3bHMHXn2uyhTLWGZlyDQRDN3YvGbXaqknAFYLkMAQ+ZpMMW7CGh3bPWRePjbo5u0aCJUYqM&#10;OPf9AYPOXfpvV9j1ML04I+C5U3BKF8n0cy2JetLg4oQNTX/dBmmRfbi/B9XONlTus5YHY/p8Cie0&#10;mj2JsnwAWX8VisWTkA/dV3/EG0rl7pmd67C39RPY3H0edg/ecPfNdXeCJsQCa6omFNxUjGoGwmjY&#10;Qf4uR8i348SxGj7zqRH8468chS98bsE1yH1X9qMv0MQ1E0P3zE0hdz/fKRT5/iHjS1FadsENAwJ9&#10;BFqxTxz/vSSZ7KTOKSSlyF0r0VHkE0ky8UKCdNgaU7wtbew7w3qYE2swz3rS5LNfYuCP2CRlXIzA&#10;jbDXWBoZgxl4ve7wemytsPYksZKYbrnc0/zfmc4PSQoi+8lS48HLaEnHnak4ZcMGxNKEb1/uLS0W&#10;DzbIIVVL2qlF3tq02lVFwRmGDaGNBJbMgE8+9tUzycjWSgYxuDBq8VKL0jn2niTmHiVJR2kuSX2J&#10;pV6wB5uEhpDdg/izWuCwJgKImkYkaRpuIdj34tuQ6aTEsHYmJVe1MQqIKWNh/1LRO0prCPI336gc&#10;kgV7voKNm7kOMlJ1iLigE/l8gMcE9/C1QTq0D+yskHAJM41qUkSotly3nQYZ/Qtb0mF5RjPZn2IB&#10;ZCCNhCYgXKXJgRGE8A0IX8PELciKi5lIBvlnoryVGwvTYn8FOYi1rWMVd0WuWwgcrGlf0V5NkMpH&#10;JLTIezK1JDiJZJ09mLwMNjm5CVNBKS/BtCGlUamEOZYAK1xgc61wH4J9x467tadD93OmGKSkoCnx&#10;EPPSwkxngRHnwcywp8rwQAnA5xM4/XlOAyo8k8IkmjiVNooAc8y0I6AXE/RkuKt0W57rwy7AtgCr&#10;mG6aSF5tMvg79Nr6AwQ8s1CYhTRp1de/gSnnP2dIsZ4p3lUykA7svSj/NaYtzbWJzx60TEgSMK4V&#10;9tISCkfWRQqMQpSBq9QzIgSAHAY+bBIclTacHsA3IrttNzIJOClpouz3Z8RPVP60MTDAJpIJBdHP&#10;zNt04JrA/ptcp/rQJdxzaPVGEJ7MBVENk5HUs5Ox7UIuHtv8zGi3pytSnECS5KwETNP+frGFHI+k&#10;wQc1kjBkhbmrtW4l7vpkZtWSkkNIbQ+m8yqy+0Kis+zbDPoaaaBlbdTcM2kiVXLohhIvZBo+kc8s&#10;m+kM3GfarQ6gWt+HTWLRFLCyvEzNcS8v6H1r72ke7l3VTqycUUD5+2IWW/HBFN4HTpFHec1pvJjS&#10;6+piTIrFnmP91hrsuXoP/80TEjiUUXF9KGsneWhLmF+Jgx1XS1r0IUeiA4KEGIo0nbBfJxfE0HHH&#10;C1tbmPwGdrAE1aBH62ynk5FPNQ2aiBGapHq3wqsgnIcW897fHy2oJQWRTDgPDHB4WSP7vWLabq83&#10;oHO0dvOG65MaljS7c5DBjJxVqbuCHFTM1GIPefTT1uxnPRz2KRn5+vWrcP39GyQT7bm+DfvfLGW7&#10;+/0yeU89Z2igDqF/81dNq6C1vioZ/mQqCYJMABiVyCxbjCed7A0JaKMShtRs+um877U9Wr2ykd9i&#10;UjJBZ3t7G1584QX49ve/D1/87Bfgc7/8BTj/4Hl47KFHyLbqb7/zN7C5tg73nj3r+psOjJaXKHxj&#10;0Om5e/kmnDm1CsvLq+yRbtALfuz62224+Nor8J3vPOv6olU4cfwkDBcKuuetB8eynBKzsQ/wA96U&#10;qHInL0KdKEW0mpex3f67vmuh9U8H9sVrLpYwstf6+tGUDeEnf/vNb8GzP3wZHn38KfiFZz4OD114&#10;0PX2BaUY/8id/0Vk+C2NYMX19w88eIHA8v/7X/9rUK4/P3rsGIVrDnpDGcxb2u95Ppo+kwmD+tAR&#10;/N0DRdqg691XD4dZujp+Zja+bSdlK/VTgZHZ7/z+V752CBlP4uJs42n4JibxelNlCS5IGxPSWYuE&#10;hyRqEFPawomWCbnOGWAjOYmg/VkoGqU4zYoAiniAz4rO3hc1Sh7WWHhY+ncEvFJwz08TOWREBf8H&#10;tn/SwSNEBQQ9SeETs2aQAs6LR0jWa41MrmyYAiI1uosx970Mhr0uDPF9EExCH4rxBjF7agzNMCU1&#10;vS++sAnvXVxjWXPI5eNCYjq9DB+/x8Dnn7iXZaTIvCJZTQF9AfOIj4Ox3O4LN4oC5W14rMMeG1bL&#10;RI3OLzWnkvTnXqfIi2DaTOCLMCxBCieb+IwVmSLJHE0K3R/9pSF0F5ags3wMBqsnYbB0DHR3SCBQ&#10;QwmcDclyy8k+TPZ3YDLedX/uwXTs/tt9jd3mjj4S1eQAJgd77nvu62DL/fsW7OxswMHeGuy43xuj&#10;tZY7T5PKwNYeAogaRsMVeOC+e+HsvadhabQAKncPe7dHJqfYvKCEwU8UyH8wyLqjnE/MbEQSo6As&#10;UQrcYSaEb+wUg395lwNW9nbdZ9uawP5e5Rqm4ySjw00aPEhKAQlJIiaCcq7our7Xgedf2CZvFJAg&#10;C3HbIoYT+a+YNfiFJ2s4d+oAnnlyDI88cw7K4UNuc56CdueRZNC5GLXiJcr7JPHOvGEM3X8FHT8e&#10;dxc3C2QOogFzve/O24H72nW/s0+MKAsTdx/uEbiFss26mlAAhUGgzX1V4wMwB+7n9zah3LwK5cYV&#10;KHduwXT7FoGGdm8LKnf9cBJFj2zlrs3BBIy7to37nWpvz33tQr23477c+++N3ffdZ9h1/+2ub7V9&#10;HczOOlTuq97dhNpd68b9LiapKSOSODwzWBx2B+55QvAQn6uCGKtF391r7vvUELvz0Oxch+nWm7C3&#10;8Qpsb/wQNrZ+5O4/NIHecPcAgmslbabsp4jTto404ppYqTm4+6e/CA8+dAo++fFV+NKXcvjqV0v4&#10;+NMG3J4OhTtfHWSkqSmBqfiaJEHCoAwB0cnQ129y+LkyBuq8lyl7HE1p3yvdfXzjGssHMNAG13Yi&#10;TRboDekDkBjUIP+cxBeIbQ4KnmATI7snEtda0idzYZQws5Ab3gO6t5VCMLzHwBY1xxmDlNpPYHGT&#10;qUUirAL2wps0B2nw5L1O5AUMeHCYA7OpGOysmbpveQCD4B+9BqXydmVvkN8JLdDE/f89ea9MgDcv&#10;GWUPPXzdms5lRufThwdhyIgltyL2KgpApEi0SILLSVJ0DMxmIncj9tlQLOv1MjX2FRVGBT2z+Jk5&#10;4bgRNkVGFhCaPEMQfDXeQNkoYpfg+V/brOG1F94KhvtCu5LzraKgKAX/JIWV1rCQRi+ptxBlhL6x&#10;BGFCRpuKlJGjkmYzIcZ5XEbZhH2lEmYe0DACPAgXWKIJaAYpiOEBK90qSXzyJ0sbZXKJiY1iWs7p&#10;pE0AZrWEG6gQzBP9An2oD/ggB7mHiK0uwT6BuQdNMIpn7zuhzdMCalvAJ/9fDt5T0zO11Kzlpj8v&#10;WDc0RgyhWWmAtiIGUl9BSR0FHWoKuv+IBSgVi+H7KDQgko6uE4P4FgAM0YIiyM8kuVjryIbzMmsP&#10;YDVsCecavg7c5xa0ldVVt670XT2Rs/SYgmUYzFdZBCg9Uuh57t7OQ8vwkOoqOU7tG3TF3peByShs&#10;IT/k8TLnwIy0sbluN2sQGHYR+EjYDnOm3FbuM2K2+DVFtbFlsm/w4LKao2eFGXrKnKm8TRrP1hde&#10;FSUD05ZMWQegV+voR2cSIMVzPmMwiGrV3u3Plzxh8t7+mqUJzTDTIECQhGphqEILiFcJ8xhsImH3&#10;ZvnB9zHKin36pmdz07rqYVepQVXLOzAyer00zyRScT7uaDcRBvcqTaLWSRCUBEIoHcBXChxrJCAH&#10;0JKlgam7L6cE6qHapceedrStoVqijHJ+Vbd6CgLaqPnm58OvJewJK8xLsaxQOnpBsacsn7LYL9lW&#10;urIVT0Qvlya7bK1Dcq9nzBOZAb8yJSxmDjTCPoQAnVzTn3ztM17TPWCfNcT2x3OLP3dQ7cLGteuw&#10;9/46GFfHL/a71Giipxz2J0aCSjx4HszpVZqwPLMm2jZARpYdmYrpzz6chWS6oizpoJfZgvtzQLU1&#10;KnmmyIRyn7Hr+hlSB+k57Bfra+6MLG4w9ReGI/e16p5td1/srkOOYVuK1Th2ioDfGriGCurc1ZHd&#10;DMbuvHWkLyJbEctsOLxkk8ZQzaVAHXqG2vpmdYjqFtcwnYB+CejkiSnu+PuuhkWfczw362s3Xb+z&#10;B11SbHVkEO3tQvRcFtAdpXt+gCDHhwozrJ8xlXf9xk147oXnYXlpGTpdZBkWsucyKHOIDTzn/bIE&#10;AJxl4NE1Sx1EUrDP79sylLFzzq+aKwmdXZJVKjy8rUQygiiR/OMZ54GR6/5vXFVw9dpV+MY3vgE/&#10;/NEP4LnnnoennngKnnrmGThzYgSroxEcPXkKHnzwQXjowYfhpVdegheffxFOuu8hcHt0dQSPP/4x&#10;OHJkFV597XV47bVX4fJ71+DS5ffgnXcuw0s/fgVu3ZjCww8/Dp/81OOwMCpo782xpzNce6IVQaZt&#10;y1Zh7q13G2moSlLnw3o+B9SzLTKXbjEHaR9viYLvHuxLAdS4vrGyz9vPKEmMN+58v7++BX/6v/4L&#10;ePrpvw/PfPEhqkvOnDwJF87fB+fPXYB/9/W/gj//i38Pw85JeODh07C6tAKPPPo49Sb/+//5f8Hr&#10;P3kdHnnsMej2+rTWFD7MVbWHhK1742cE9s0Pf9GhpvywYJ85pGJom7WrD+H/N/vZcix4Gp1QG/0U&#10;2KcAWRtQ+HSR0YH9xfJdm5hvKy8HowlbxVr8WcNNmQxb38xoH5egAt3f0z/nURdDqEPCIFRBxsuL&#10;m0qnL/h94xmCAvxRilUV5Lw0hWs4MAI3GAR4kP0TDD2xQK2NSHO4asZD6+LNJcbDuEnnGVOh93f3&#10;wEx3YXey74qMGvoZG3QuHlmEwbCgTage9+AHV8dw6b0dOlcGGx9sLLFhRvaSW+dH+n34zY992l2n&#10;XXcj96FSQ/e+G+7i5ews0VhinaFPCrK8CAhlihkHK1hOFPM3PxVVtZj7596PRwRJKmsJ2pXo3xkt&#10;1+IP5f2A3LmpGzgyWga1dAR6R1dhYWXVbZR9VwfhuZ2S1JOAqRpTUMcI5UstzMwe2gTFCJiLA0wz&#10;LZm+joue6bhziB5zU0rYXT5yGoZHCsB9/eSxPhw90qO023LHFTr9khv+xpI/SS2TXKUS2YqPXBTf&#10;l8DJwCh1mqp12CQ6TFcN3asor0Qxde2OCUHKyYGBwaCAjts4MfV52iQyDYgeVDzt7boNdgRXXtsN&#10;03gVNh+mzNf4J5pKl5Xb/HOoD2pY7JTwydXX4L7fWYEnHzoLf/ZnXbjx2gbUZgcGPU7SogRoy8lv&#10;lRUjeYvJz25TVx0OV8YQE2RAYRCB+EdVDW/UOQIXGF7hjqG30IcmH9Jn8QyThYbPI55PXR8j30iF&#10;HigCohBvRbl7uXANY9Gj+3DSHEBz4O798ZYUKDlJuQHZI5m7Xp0hF+71xB3LsqtXC34+cZKFMuGM&#10;Jz8IipRY+Jo6NMiUtofJVyXKkfHcjaGerLmvLRi7P3cOrkFZbblCsaLXt1ntCkcExwtiSHZFUojv&#10;g88kAvC42XYKnHj24ZHHV+CLX7gPnvqE29gHCvqdCcuCXBOQ2ymU6KPp2TMIRtFIWCoa62ML2JSf&#10;DLzJ6JqlNFqMaSnZDzxTwLbSPTn9uy3XI+AjCQ7gW4ulOwh6oR8f+csRQFWIKT2DZyZM+Sz5xik7&#10;oKAjLsZKTrdFoFdCkhhAwTW/5sRJWuPryCiR1OnZEAuAdrhCXEIaej+S6Go26iYWH/1ynsgTVJLy&#10;WtE5tDYCHVpx2AbJlSiQSYnlAr7mHge06ClJoxX6XNJ5sdScMSO7oc8c2B/kA6uFAaND42Ithynh&#10;/Y3vwc1Xl02c7YSSf1Eur+wyeSQxm5KDe6ykujGjHGXy+OfA/XtDzJFOVycyFxU81KgAVTasR62u&#10;IUwn06FLm1mgxZ/PSFpvTHFJjN0lrdYDtjaVK4XIUxNYYtY3U9FVSpKDWa4YrTikidC25esH1ie0&#10;JubneC81kdUT2F/WDztEOoz3m2VvR74vkhog0aCklh5M+vFSTGGOEbs5euJRsrTW0WndB6DmEkjW&#10;xOOMOKcKzXhUSVmYDRLRPpwoLR/FANyK959SnhEZmTpKil+635M0ZI9vmSYNTPC3qU3qLQhNEx+z&#10;hpBCAnGv8xJtLcxWAt4rHe8NSTlWMhDD4ZiRz441AIaKdWjgkHMYieClyD72ESatZEAv/7MqgEXE&#10;NEFgwor8Sqvg89au8RKpvmebCAAkWVHh/m4Fc6iZQlmkrnypNd/fOgutjwpSSp3mwAemLcPe0Z90&#10;1mPvkI9ekC1KymM0UZzBEDklGBK2ppeskckx6zYOvX47ZERzDTWnwG+8ZzbcDsBMfftis2Nsm/3o&#10;/7HxgJ863CbFVEsBK8WfehZc9PeXCeoh8XFqBJTXNuwl1vhQOH6O0QMSQXUOPssJWKfwGwrF0fGc&#10;h1Rld7+K9xirKDjBt3L1NYZCYPgZynf3K007W6ZGsGDZAzbHwSkahSi2SfEBU2CERSeeuUDssp77&#10;DGz10DTecFdHD7IWozmyof0sxNhEem1Ezqx9Sm/8XXxG8yxes5z8+7AWcucq96oiWR8MZTy7eoaf&#10;bUOgjZG6uAhWPZSi7v5jqg7g1qVX4MWvu77C1YEfv4ADrA4cW3Y1kTt/OFxXKdtLqzl+oXdguWgb&#10;rAtCTSCKKw9kkC2Qe9Ujx46Snct7774DVy9f5j3T1YYLoyXo6K4M8qz0Iuyri2AW1oQ9VEgpvHKW&#10;at6O+3s9dfXAldeh6+oChUnjbj/u1gdQXfkJ5G49s9XTkN9bQOE+S1nguDCnmrgjAGknUYLFoMcP&#10;luymnp9eBeeZY/7vNgFEEOAZLgzhxMkT5Dl+2R3/+9eu0r3ad43OIF8gUso8H7TbsY38/xqKiW3Y&#10;d1LqVmS5dntDGCwuwZtvfdP1EgP43Be+CL1eX/wlWQZuW8FBH4bP1WZDBt9mSPzyE3Cj5U06x7tv&#10;vhniTNiQeO3xdhprgkzNBhwZSu7OvG9AE8OQcI3JkSTjepWl0Qj+6q//Ci5dugIPPfCQu0fdceQd&#10;6LmfwdZjtLRMr/Gbv/lb8D/88X8P/+pf/R/w67/xm3Du3H3Qc33hzz31JDz40HnY2t6msI7x2K09&#10;rne/8Kmn3e/msLq6AD2yxNXQzYYErvMlljVdVCLpkG+WjfhBz96sN9386wTRk1jFOI+7B/pm/RUT&#10;MBpr4YprX2Tz9ty9jYNz/HtdVZRinHcLUseU2PO72rvjzhEOGafjKRygMMudPyRhfOZT/xGcPHEG&#10;qtKt5cMCBsMMfu3v4/k+B//1P/2n8Kf/y5/AP/lP/ks4fmwF8gHu8z13aXElLFvHrw8ZEcwMCkVh&#10;ejtP2//Q/7OJelZBfP6MMXcF7N2J9Zn97pf/8Gv+4dCJ/41OKcshBEpBy7gvpSrLhIWa26YKlHf2&#10;vBF/JPFq0AK+4e/lKsodmUQlG0seC1EtfkyBRp5OdhX7WuUyReSpsQ6hHx6wJI88j+Ib0zI19ubB&#10;PpwkC80g68r9Ock1e9khY6/b6dBijJuMEsAGZan1ZAzTvW0w0z3y3MrcJrK00IUzJ5bh6PIiZO7m&#10;7b97BbJXL0L5oxfh8jefg++/fZN8u3DzJpaQTCcbNYFqfwM+ehbggdOu4aT3dB+oZ6UxEZCUDME7&#10;7t+7YNxC1SuYbYCgCYF5YBPZC086kaaMGz56sLGU2idIcsIwyPVoeadrnTBh+B6oSvYoGiwuQ29h&#10;BMPlJVg5ggERBXQGffdAL9JnI/YbMiBENmvZ9IrhIpIDsiwVPQdthr5vGDhSw/qmgZ0dAytLR+DB&#10;xx6Bc4/eC/edOwInTy25B3sJ+m6jcqedp5CyUU2nU0rxAeaECVsRRIpkY1aenyg3LMvGYyyKnjTM&#10;IjfEaWmRU0M4no6Jwba/PYHJwRSOHV+BxaUFqufrRG5nxWuLPYnYO3DsXvzbz+7BxmbJhtJ+wuGf&#10;n4aZnqP+VfiFT7vzWQAMutgwdmBZ78P50zvw9M9ncPKhe9yHXHbn9jgsHXkAVP8MFHqBQFE267c0&#10;5WW5NmPGjAZwQ0NTS5HBFBhakcl1hZwkzAyQumPGR9rd/6UrlkvDxSJeJ5SJuwsNargMamEV1GgF&#10;Mndfd4auOOx3QHfdue66e2pxEfKFo+7PFfflPu/SUeiMFkEvDSFf7Lnf70E2dPeHezYKZOn13Wce&#10;uN/ruM/m7q9Ks+QEN4uJu5TluITK/aWaGpZoHNyCeu99dz3c1/6a+/d1GE9uuvN/y52GHQLB6LnA&#10;RqFgGa0R3zaaBMMAFnruPnIF1mNPnIZf//Un4CtfPQdf+tVj8NiDXVcA7cMw57TWXGOKGrLBGAhW&#10;powJ5gAhLbwxuHY07J0oskkE/CgTVJkQsOCZceQ14871jatAoSYIBjGrD9czTs/mW8iyP4/m4tn7&#10;lbAkWMJeiKXnpb45BWAE2Unq2SesBKXTiZaXHFnxucFtZioAoxFvTQ8e2YQSr8N2yZ/FN+8+WIWZ&#10;M5mwL7QkchHb0EswRapG50d5I2U/wRLPs7DOB/cNYX5X1PB6byUEO/nvPDSAMF3TLFGxDYF9zArX&#10;iWdsEqpjjSgipzJlQ9NzTjrkhL5cfApzAugaAfyoJbZc4DCjmC0EMJnZCjNn1922Lz/7pld9hXMY&#10;XZpm/MYSFoW/fh78tQHoa0/7AqtlJrIzJaV5eU6QQB5iLCUst0Osp+jLFIHCGfmwCjaoM/5rDB7q&#10;zIZ76TCIkYBpyXQ0nCFlgkRbzWQJcwBNFs+klfANC0H2nB6DlS7beukuCEiuzKGGzgO0LWc65b3V&#10;bGBVaqlnYpqyqBgSaYaXLYVWR9K3ISV8JrVYG0jSSTMTG1AFSX2WskYD+y8+5xRW4z7OffedhSNH&#10;T7oCu8PBayB7OwVr0CpF6yc1gKrt/Yh7gdZJnah1sibqmMxuJA04MBaFCeL9AA9J2RN2mdZtZqWN&#10;z4jW2eGitnUviWQ4sFljgq8HAHOdh2fLtjh1/kpl0etx1gMwYZhpdTjUwwYALw298/WHScSss76A&#10;NlgwpMfCl1mHejUF/Vo++DJQiU1eFiHrpFn060Rg/qZx7y0QD6JUbgaQ9TJzJe+pJNjP+oAUecZS&#10;CWIUtOqEvehBSgEEBRkO1h4C2lbVhO4JHKZYD6qITYoNQKyVhF8BD1wTiZK4mtQWnLZp2VCDnp9S&#10;0rox3gmD4grF0Qya9qI6gG1WbCn8s87sah8GM2WWau3JCVnCsFGtYB9jvcUlM1tC4q4cTyZgHymZ&#10;wnOSEcCnZb3Pib0iknzv/Sy3n1YxPNFwVHdIMvd7a8hecceXU51lYLq5C836LlSun0FbGoNhcCoX&#10;AjTvlQleN9cCIvXXjcw+ExOevcej9vcg1yEkuSaP7JwsBdArDXuUzZu36O/U32ENR2uTTqSKMRDE&#10;CGsawVdSOqH/czGADEMT9w7AlgdEnGhwRUDAbXcfmon73uiIqzWB/KY7rrZVSPCwUl+hVYc1cR+c&#10;A25E9uzt/PtUIkW1ge0U7gdUDci9gt6p3V7X9W8dWFu7CVs7uzBAMgGmvqrZRv4uoRg/VBJWNoZA&#10;lON9uHblKrzz1pu0Pj7+kSfh2LFT7r0G4t/X7rM/iNNlbxfO4Acy1qsDZu0AYGZweVii6P1LtWon&#10;J89603mLphnskNnloMWvWZKcpb9HiybC+5DQQASYin4Ow0yQ8b68sACvv/46rG9vwUPnH3D95lEB&#10;4zP6VEgQ6A56cPrUaXjj4kWSnC6NlmBhcQCjxT4M3fkcLCzDidOn4N5z98F9D5yGpZUujJYK17d2&#10;iFGPFljk6Qo+SDIqJQ9L4hMfT1B3AHwOw7HWqyC1bo3mdWu4Fe8rrWbY3R8Ibrevva+XULWZyb1U&#10;l1M617hX9NAPHWX47vmcunty7epluH7tKtx/7l5anN59+234+l//P/Dij1+HT/3cZ+AXP/8pOP+R&#10;M+68LkIPbcLQ3z7ru2uyDGfP3APf+pu/hYOdMZw5cxYWlrpkoUT+yVkkIKc8/UhRmE2NtrdxpPxQ&#10;kF1Ce/vQVMH5gLpWibRdRes8ORadsOZvB/rmbPqug8mysixNBSmIsuQmarz/iOHUQy1+ejz1MBRX&#10;TzTKTpd+HzfYDKdSBXs7NdYGuQ2xH7QkVIbkXh2ZHsb7Y2ThMTASHoIJNggoIihF+zFJFTntjydI&#10;huQ/jZxukv5m/FDTpimKXG7+c0a1m5JCEKxlQ+5ckqBq8uXLSfIxqdB3roJmv4am3CdpJHrDZaqh&#10;NNL+sICFjns9lDG6DWb63nWYXLsC+uYWHLx/C6q1W1BPazpvdWVpI33PLQ7XqiWY1FNi3nSQ2Zbh&#10;9HLqzh0uSjfgqQfugWw4YmYTerZBB2wno4WbGnltCSBAR88pFQbu/GSGAiZouke0dGEN4UOCHmml&#10;pkRjfA2k9HMohxTDqXGlNMJZplvgKqWXFuzjUDcbMNnia4kMPtxge70eLA7dRuU2L0Tmd/bRfHbg&#10;Npo9Yu4Rnqgz2Uw1GfOzb1lXvCYqWD52Eo6duOI+5wP8Wp2hez8s9vbpWNDrz1RjV5SUsLe/y9cG&#10;fbgM+6QxBi0Fto0sDSP3eiPAKoJcyBAi5o2ectMmcl/0P8F7i8zWK3dNx9zgr55wi/jxFTLfR1km&#10;sn+U8hNrkXNQD9SDA3etv/t8CW9dcvcMnj/DDZEfLgEVijVsH1yGx8+6DX/AYAYKSkbZhIDGTm3g&#10;QtfCg598A37/Mydgau5x98BxuLp5Bi7f7MFzr1Tw7PdehfLaTWjcOZ6WY1ZxGJa41NOxO+cdCs/I&#10;hUVkND6fGclXyukW2CmmQB/Q71gPwGMQzf9L25t+W5JV94H7nIi4831zvpyHmmegQAUFQoDQhLFl&#10;y5IFtpBsr2X7e/8J+truXl7d7q/tXmrbbUnt1bIEAiSqBBRDgSigqKLmuTKzKqeX+eY7RcQ5ffZw&#10;hrjvZVWBbNYqcnrvvnsjTpyz92//BkOCSAJtNKXHunvtCqOss+SKk0XQ7lArUZKP7WE1gVnGIGVH&#10;a/GMMSw/RtnMuBTJpaHIdXJvcxekRjlDzqD+zMzoccahTO3uLxksmxEz9RCMrFEWvgmTepvMbN3D&#10;6J7Tbfea7jPgcyPbGTVr2h2qVYtYau2ugmNHl+G+u++AW29fhbO35XDvHQUUegu6bU3rb4ZFoXFr&#10;qqXJFxKLAwKdSgZsqAHIOIUWwT8OMWCvOEqHpU9QEczMTXnGky3Dv6cIehDTfpSNZCaEGBGAZXj6&#10;qhOpAj3DLJyPsjNaNuh7OGG5DjFm8V4VNNWiPGQlvnt6FtIp+QAvmR0HXeCtP6MD2ZKEr+L3T0VB&#10;KwxcFIFuEIAWkvcoFZik3NSUIfAgMLDInLzk949BIFqkT8jQIwCtlICQWiSwwZqW068tp+uy3Cxj&#10;ibwtJdjDg1GYxLUnu32H9k6gNq5NoBw2eG6HJrYf7eXep1Chj02c+FrLQJ6lNbvt7kFOjdbECpAn&#10;YRwok5+ZWpoA0iIwWIPXBvcS3SbGCnq3YWI4KpdxmEDhSAakAUvkL3TumgRMVY10Ws+KspIAnkpl&#10;iTlpdQSvfLPJm4yEa9jgKpYChkbAJgahhXEaGikGrKg54hhY+TdfxBzGNFSJd1MaqiJJs4YtJFLm&#10;KjEz56eWvjAH22DWsapNEm+FDRlZZN62zkTARLEE2IMr4X3UYu/hJb34bmpmF9ngl6ehkW+n1JxU&#10;NLLPTNLE4PNW2egXozywq3i9G2GqZrKfEsMO/SyFqRDZSUYS3mPwRlwDsZC0nrkHYn2ivSQS5jwg&#10;bfg+/KzsaVYGkNPbtBDLH88z3WaPWs+QwMEQeYrVGJRHyfFKWGiQ1AbERPQgkWdZ2LmU5kTarVLu&#10;p40+d0pAI5sEq0UQgZn4ygd9HWp8bQOoEuW7GdVelHiMA76cUQ9F7DEePBCwH9ir86CbMFAJ6PFM&#10;M88sqxJ/PM2OqMKYsFLjREsrnawjHULu+H0a0AnrxVidJLeaCKAlrEM7N3jXKtqU0CiBADIbmi4P&#10;MkT/z7rBuvGBad6nywR/uegpSEwx0AF0ReAUaza/T+A+WZs6JF1yQrrmVGrwwXCSOIvBdcafnUZY&#10;/RmddjMtWxmuwbzDA/iMGXtEHEiARGziS0kSNsKSVzmnNBLorCUJGH8s1nMERmvYsq5GszjIQ3ZY&#10;DYNsDB1M6jW4XiYs561tsAwg8MxL/WlQ2iY7D1z8VA9CDM8hiS8N2PEe5DATD+huIbW49YEwUdqr&#10;pQ8zom7A+qn2PA/xNmRAl/eNWovfuBbWG8kCMdGzAuPq1wL3nQwTaidsPYHsJZRZu/MM02lRdGFn&#10;1+H8q0/A9vWLrrzaAfP+jwKslTBcXIZOW0s6vab6IBfGYC6sz4zen6azHGtDInpT3ZkwturDmEfs&#10;X5xTb1aSyX4xRMAvh2FvAa5dvgIXzr8Jm9vX4cSpc7C6ugTd7pC9om1F5x7KtHNCDA1dB7QwQnZc&#10;6dbIzL1wMRxAfuQEmOe+DzC6TncOz+I27IK69Kz7thm07vkQVEdPQrXsytpuj2p/NAlpSY1RESlF&#10;nhsv0QtS0EQp1GD9mmRqA3PDgLifUOihu5bEdMJ6p9MCfXSdyC5vvfkGPP/iC3DulttgbW2NeqNc&#10;yBtp6I7hypLqL39uGekvVM0KDHwWMTxiZ2cHzp+/AOPRCE67a/qhhz9GjEq0PsokNp786efsBHh/&#10;0FKPHM4esnPqZqWaX2tTD8MDayHWEZ5hXCoG4MFUUcFn2Tfcqwx8AKMPRFRzQyQj7GmffzRDwMmt&#10;f/TPu3rlirsm12lvQvbo4sIQBsur0G8VsL66AA//4kdhuLACX/7KF+FP/98/gX7/38CZsycFFG3T&#10;sGvQbcMD738/HFlfh+9957vwx3/6J/DAfffBP/nc52FlceD+HVkbHbYSIHk+K02AbA6MkMWzRiq0&#10;itPghnfxYSBeOiRrMrsaJWSwo0rvxeGC1psSwQ+jV8pbtMSINcm5ZkUpUs5mcGN3l4Dl8+fPw3Qy&#10;hvX1Y673uhWWV49QQOnaUhf+3mf/Hvyv/8u/g3/7b/9nWFtddnvLItx7zwPwsX/8IBw73SVrpVa7&#10;QyUbhpzMEH/JepTY+8GHPgwnT5+FiTssephXkPepbmXedn4oo8//nY+iOiyM5jBmn5Jno+F5OPd1&#10;KVvV/14fFpSSsAcNNDMz5pnzXvWTJZkXNCBJvra29p1lvGQa6n0udPQW8VT7OjFQDjrsuUmgFfZU&#10;5lNcw7BDkXzPT1I9w0qJATa+FiYt1YYPLZAiJSMZbB0mntR8GZP4kWgqLojFUUQ/PdqECUSUhkAz&#10;QKkE4PFTM2zEfGOJJQX6AurWgBtP9/siaxE7DA+g0e4IpiWmv+5TqAbOBDt9dygMUbLYp3ACu+8a&#10;7q19GD/3PGw+8xzYVy9AdX3TvZcZ9ERRi/rJfpgyKJhqoA3q5ZmFcdXmMILCFSu6R5LBAhMx3YE1&#10;rbfh+MK99BkH7tCtXLM8Qyqb+Owh8EDXLue0UlPyxoesPpzq4oaiDINp1HwIcxEZSDNkk2FSJMqA&#10;NRdv5O+XRJtDklLnWzfyWFQ1UaS73QUo2nh/Rm4dbUJeaZjecD/TbZK2nMBwgLJLpCrPyJOsdM04&#10;PiBdTO7VDFj6IjeXzRpBVGwq8PN2l49y6lm+A/UMAz/GMKtQWgkwnrqHHkMmRmPY39t3G8CMgD4s&#10;GpjlaWMMvExhmWkkBtJ4kFcSV5DLw6GZLYXfSVR28hUxZCSqkNlVjSg5dXVllVhosyn7AVIzb5l5&#10;pagxEoasK+qunjfwxI+23edS5CtndDrZYk+aeuY+kx7DuTPcoOI21a0sbLl7t+re66A1hS33MwZ4&#10;D801WHbXowNrcPTIFtx3dAU+dt8JePYX74WnXroTnntyDG8//TKMdq7DpBwRS4kk5rmm6VVVcPFe&#10;lO7gaeG9nkLLcCO9tf82lOMJAfa0N+ScvIhFcIkgLQp/dZc2cQROhsOjUAxWyTuubbFB7FHCWqla&#10;MGpl7Fuk2S8N/XByDEAZb+EsWWSPGMfbI2Pluttn9mWFeB6CJHtQ7p6H/d2LMJm6+2+nJNvVuqYE&#10;J5SdtPHGoS8LMrHIb4dZOnnRdT/PPZ+tZThzLIcHH+zABz9wFG67pQ0nzvYJ+GlhiIZbT+jZQtO9&#10;ehNarjiezvoM9Gm3ZtsVlNM2yVoxhY8KfaMjS0JKXiueiwRgSaKsT2flxsaEe56J5IYBDUOgExVk&#10;yCzQ7GfWIG8obtpCw2dTgrVNfr6JFHDl0bY6pp/R302pYQ3sCtuOEkGoEtZJDhFuUQKOqwjQAM9X&#10;0rQ0kn0SY6Sm7/eDVqu4ca5NpMgzw5tNyZUfGlnvdOYbw0KekVJkuCCs7JjaixO+crbt9r6Bu39u&#10;b6h33BrqxqRTYedwAVnTJLWq/ZmVS8pjGa4z2Jacem06gGmQQx5D/tpxQ0WYc0geLqjYoaRHw/ux&#10;JokRs9ndhkX/5r23MpUmdtmEfWfnmPMqmJ7b+QRaGSYkQa0NZoEHNJkJl1hs2cTnzCY0MrwvOn1H&#10;LGVSHphLAzcC6AfBqiAtQFQi44xAjhL2GINsDBRQ9x1eJ3j92cjaS3M62Og9SoXZqcIHPxi6Ryy1&#10;kybFJJJSKyEAWolnZfTDCQxLr8QDIwmbByesh7nfpNJeJeE41jdkJvF789cf17CW5Gqb5EzreDt4&#10;IGUiCKZjAISZu9YeDKzFEiMw+KxNSlob7iE/u5pk7Mp6aLQWmZmAWfhrpkXyDQSuWfFUxoAt3G1a&#10;mHSO19Oo4AiuEhYkfX6dsD+NbdBM/dOutW541FlJFtZWhc9pwZuVN+VbYCNbRiUNsA/FyMCEmpGv&#10;kQq+c4zliY+Yr00F+PSswnk2W2yo0vdg4n7jWdRe+irv26aSTc+2oTVnb9Jc8cAwUzGRz6TG3eKz&#10;F9iSTe0kJLSxQ61wvCwT99UsgAayVkKabh2cvw7I6mh/jgzYGBCkgiqiSS5WIeBOScgR7zk5WekQ&#10;sKvYe1qJzBHXIg20ZWDoVRrexgd/VCnMKz5DDdsyyHON9QnWhAhe4+AFmdbIxpnN+ExGMCwDloNO&#10;3bOw6+q7lhrKkBANMcbQRn9ZK4bvCYObJOXid6soxbQkGVpVTznwjc64WjzCeNCBdfZkxsBDkdXi&#10;Dafp6hobG31/LWnvRSsCyxL/OrBlJAU8AYn54VXh9ucI7uF7J89cBhPQ5xolrjbHulfRUGx1sQfb&#10;WzPYQ5mz63luXLsETz/yLVePuZ9770Oufm2zLzjtGgUrQCit2NVL7v3nSsL/TIgEc9s7S2kzpRus&#10;xkPlhQhGufvc6/VgMpnSx8DQDr24RHvlzmQPrl+9TEFjbZL7oudcj/cHJHvUJjCPa81A5t54xCEf&#10;wyGBgVXhepSRqwvefAnq/S3oYRoxrm33vcW1N2E2cm/2Xren5Wdd/eV+3+nIoDTj4WcCjqjkWUuT&#10;lK09hA1k1SG61+beQX6TJt1nOI142fUX+LkuX7kGb1+4QF+HQQTEckSyC/YteU4rMhcZvfVeeeDD&#10;Jy0FGEwmM7hx4wa8/trLcPnyNRgsrcEtdz8Aa6sr0O8W5F2I/tCavG1ZIERy93kQ4xCpqLmZdFTH&#10;tXg4APHeEnSxB6e6QewpGLOyPKCgZ4+9LuqyhFJIKVh/YR9LZ73lmo9sWdyiRLAPP9aF19+Av/rK&#10;l2BqhF3p9obBcAAPfughePCB+93P7FFozZ333QfD1UX40l98Ef7ii1+E3/6d3ybQeWFxmfrMdq6I&#10;RLF25Ch84ld+FY6dPENJvW9f2YSiO4RFHOTlSrw6NRFraNBqWIk2c/1kJlZH0a4jS8pC8y6yz/f+&#10;98oe/AKWPx/0pD0on9ZhqM94jQ4nRknWOAXv+8JSxNcb7e3RMOTHT/wA/j93/RADQSB249pVWFlc&#10;hM/+xq/Dwx//NCwtAoWc/OY//E34d//H/w4/+OGT8K//5f8EH/r0g+66DmC5tUTrsyTmpYHx/hR2&#10;r2/B1uQtOH32NHTd3nHi9AkawLTbTMwhJWZqSXboNeKBsEndpbUPv3tniPNnEfiGMKa55yn9M1eN&#10;qmGfcdh9MIcEf5h38A9syHh/67c//4coswy1vNbBw4UYcVIMxTQ2qdXwhmOabJaJKXPqYC2efgQc&#10;1UEKADI9DsbVkrqLoRN4BTGa2gdFFEjlLiuJvDecaqdZduobV8/Qwk2Pp8DuQEXmkfuetlbB1LyS&#10;FFmSlbhFmeu2e/0uJaQW2KgRS2wKe7slTPcnsLu7A/t7u1DS4TOBfi93i7MHA/fgLqKPxNUN0C8+&#10;C/DjH4F57Nuw/7WvQ/n1b4L+wY+h89YlKPbcYYNUVfQew4PfM71qLoyJio8W9O7vHp92YV8fdwdV&#10;TYw9akSIbsxJvCuta/CL952GMjfMbER6KgI3ig87PN/xwEX6NTL5xobTOfHAxCCIrNUl0I9kAQX7&#10;ppUI7uV8QE6nJV3Dgq49hOZEJamBXrYAAdVWcrBwMAWCmujv0e9q8i9s5Tj9c3+HLAScymAqqjuc&#10;MpQWu/dE6Wd1xb5reNiXNU1qCah0xRkWHciAxA2cp79T9z7d5jHdIzbf7tYOjHevwv6NDdi6eh22&#10;r99w92tEMgoEmpD6bzOWg5KQS8UkMAQ7seibugOQ/bsyWn8od/aTX5wcY7pP3vIgZw6bO2MY4/e4&#10;+7q40IdOFwsNKY4Np4HiFSlEQo3yQ90uYHdawCPf2odLN9ALjKUkmZfeKE5ErcsJTRhPHZnCh+8z&#10;sLSaEfuuXVhY6BlijCGLEgNvdRvvnWEWKr53tQFdtQvdYgeOL1dw360KPvjQIrRXlsF2Mij6OUzc&#10;ustbQ+h1V6DXXnJ3rSAQHg8pSsIlkLcgxqUpMcCCASfyHzNj93NQFr3lvm5EIBnKXjAkpHIF62i6&#10;A5PdKzDavwRbO2/AzugiTMaXYDq+ANXeW2DGV8HsX4VstAUt9/p2tuU+7xYl5drZHoFYFDqLRX+t&#10;aMKpx9tg996G6e4F2Nl6CSaYoOs+I/tETdlzIx+StyWVf7YLhSvS0XT49Kk1uPu2c/CBB07Bb/2j&#10;2+Gffe40fPYfnYSP/9IRuOP2Fqys5NDVFXRg5r4PQzLGDFTrMpj2F2SCbYnVicCeqSdcWNOjUclB&#10;J4w/IyARzELwUBZCLoBTZxOzf6KfqzpIUFFycuVSRj1E0WF5Dm6brTbLeLHoREmvD87IdUzg836a&#10;LEUtCEQhaWTWEzlPEaRAWEzkmuXEQZrbAIe8HLZNzIAMNy7l/fakiU3M8rXyYQnCk/dee1aLT4uX&#10;jtXSlBQkNQafHBikpnhdKgEGfWKXt0PXCeHeH4aG/Hc4GITPEwqFIjCwTcMakpEhiEls0irIIW3I&#10;2tO+rSKAk1h9JgseerxfdoVdlRMTVTF3gUFPK0AfTWkLakSoIUS2pxWvWio2LMyEGWuznBqsp77/&#10;MjfRAo7YA3IBYeUkyXhRyGoSQMnKdFvNmTP7AZxqSsVCI26jcjDxjgOVmvdHgE6lpCylAkOJGK3i&#10;2ahkIGch+k75EIJ5k2gfvmFtJiBf3UiYZpKRDQmvNjCkY3BFKg3yPoPay8iwkK7F6yZrmqiLpVXw&#10;B/RTVCVFXkiJ0+KlZ9WBKWs6SY8eXCpeM4iMNDrnhd0MnukrTaSakzgTUGH8G5zzXPSeg5CkukIq&#10;29YJeyQJ7/CAm6zrGI7AnnynT52GY+un2TMLh4Z5hy0OxBBfeXN6FYO62PNPS3Iqf94sz0WCGIPP&#10;/Nc14Z6mT1D0rozSNBqHSu0WgV0lXsG6IWNJvexC+JpItLT3svSsqeDrHP2EdKJ/1V7+rmwim09S&#10;OA8L4ZA9zq/1VGJnE+qFTfz7bHggkyRp5RUpiSxbgtKsT96VxlpJCIaCFKyOjAAP6nrGoferBu8D&#10;l/hC+uYm2mCqBoDBgRJ54i+Z2Aqk71fOBgLARCZrjA/biZI+vk469BTk72chGSzHOrO2PHAOe4BN&#10;90FLDD7ykMs4IA/PAazrQHt2ow8M8YnRSrwAmeVkZQ+pBTRFb7MZprgiYOTOKWKskbw3J9lnIQnB&#10;xMbDxlz2Eex/sJZmJYgPHMnJ4xjfR5ExsaF2Z1ZZMcPPup6iXWRUw7VyHcHqkDrgvXytEGfjaAg8&#10;QxfrEqsDw5J/H2XRzNiVcEPFNQtnAnE9jINsfN8IePI+ycNv62qj2WgfNi9tg6tKXS16xL33Arpd&#10;tuAoiDNjWFqsWDUV1QYqDBroXh9gnc4FJojEX5MFSmxjOeRIrk+7RWGHu1vbsL+/C1m7Te+1wFA2&#10;UUNQ8H3G4DN1Ja4GQOscAoGwHmi5vqMzJG/tEpUbWIdaNm5DxmE2uw52vA9FbxlMt+Pq5ZqktN6b&#10;ORfmcmodoCTsS6vmntZgAfv9Wam5bUMl/ss6eliKBQSnDWsK6MDaZt/dj63r1+natNsd6bs55Vl7&#10;ViFw34FEFax58FmYuF5p48Y2nD//Brz2+uvkG3fi1C3kc3bm9FEY9jPyJeTASra64YAnCH6nhw07&#10;UtsMa2JIiz0UcLiJ5DR4fcyzH1V41imwkO6REYWNYiUPMsYQG8C+H8F1139ubGzB888/yx6c7u8R&#10;oKbqkfqaipVZaEuEgPb2Dnzj61+H1bV1ePjhh+F9D34Qjh474fq7MTz9kyepz1tcWnav0abndNjv&#10;wvH1o/DMM8/As8/8FI6sHYGVpSVokU0+K8jQzqtwP3NtdRXuvP12WFkcwuKgRSzVkFAvtQFjIMLP&#10;zjgcL4aaqUAAUT+HivRALdio8iPLTM3JWENojIr7pWeeK2gOjJA17GsWrucLAlVpGOH2xrF7lsgm&#10;zPXzly5fgi/+xZfh/rs/Dp/9h5+Bj3/sIbj77nvpnjz2+Hdh7J7pY8fOuX66A8tH1uHuO+6EG9ev&#10;udeZwR133A2Ddhfa6Mk/cvW36w13d3bhwtuX4St//Vfu+i/C2tGj0HF7BMqCWznveVSTZIkNjb35&#10;tZrn2oL14hsbfMwPC/gA2Wua/xYT7nWS6q3mAP53ksT7FGV9iIQ6JVXYMEw8HOg7zOsyJ580741j&#10;YyCHl+Zqamhq2YhiwgpP3GySdiLIf/rDbBM0Apkm+k2KCkx5fSV+TtSQ5gzo5a0iTEU9wm1lCuLN&#10;mwNQmXXpSqHZKh5iHL5q5YBis2+cCyOyvz8e0/dMpzM2udd8KA9bKPNClp2BrtsYzY0t2H/zVbAb&#10;G6CuboC9cg3GO/tu0VUkHyZfM7cQ2zXfKoTNcGqG0oJCMVMHEr8C38TVYsKP7eM470sR18Fun30p&#10;qEGsZUCrmJFlPcDqyg7ykqipIc/QnN+y7BI/JMa207TF3VdMjs2MNGSYEIhJXNSAtF0BU0HLsrxs&#10;G1NS3aE3HPTcNWe2pRG5Cr138WJhj2te1JXhQq8smfE1Gs/cdd2HXnef4sZbnTHUvX33q2vA0RMI&#10;/QSzWMDT1B7yYMJsxD/BkhRiRrLpEj0QS5za7MPUHXjj0XW3kYzogcfUXryP00lN7ynXHVhw77+F&#10;wDE12kqYHUYadENy3RkWYaYmUKVViPzbN3gIKCPLE4uF1p77ux5UUwNblLzLa7PvNqVer02HceUn&#10;1eCToQv3fqc8kXWN09s3CvjBk1N46fzI3bOK1mAmltd1zc4xmIiLctqTxy3cc5db94MJqFJBZyFn&#10;lqr3O7HMeM3c4YbUIIvhJwonlK74MVs0hV5tX4e1rAPHWstw7jcyGP9qDybVGdjensB4tgJVfgJe&#10;eKOGCxencOXiBF5/+RpU2/vu/o0gt3xwTWn9IQjOclqS5tTuWrgCFRmieMCV9aZ7bhbdGu+ztEOA&#10;IQQzZwYZlnvua0va8CgspxZXftxTSHrVo+ICAap+awCdzjJk1ditkz5dm7Lcc9d91/3sGbS6q9C2&#10;a6AxYbrVdT9fwZHlDiwuZrC03ILFBQVnbmnB0RNoegvusC0JFG0VI5q6keciEYv3iM2Kn6HEpDZK&#10;9Z6RbwdKaalhCNOtKT+fNFX3IIdnMWTSWFZecRiLWO1lrrIuRGrj2Qz+994TTDGxye1XCioMG6m9&#10;hxKvSWSg5Zy8ziyg5ERKfT2UFPTcbLB0FDyrwLffIrHlFMFcpMOc1mtE/ohFIu+3isxteU1Xsr7r&#10;kNMK0ViB1jDJiC2D/wFssFomwZmk5nn9qHgYoVTQFx3KhHLE+PMBn1dilZXBJzDI3lUmjTP3zMhQ&#10;QIaowXAOMUI3akxgKDIRkFHIMidDLFWf2MggjBHrAmkCLTNK2IcKyEOVZdeWBiV1yUwNEI/TyHDk&#10;4x0BePCpwAIA0smAkmv3ObFQwgmlBzlA2Nbeg61RfaiUCWWTYpjvhE2GgLYRUBBDiUITZufkth7o&#10;8qwsafbSkMWIOUX6oA3JFbrxesG/zgMOJgmjAAm8QIBQLAzIs7LBOJWCJU/L0iSB00MZNoZ30ZLS&#10;ft1wCA7bTEjadh3ZktamYFNkRUXv3viBvXFISLG10YUl+AgHsEWcdrKYFO2lmZ6NA8Ii9WwqXINe&#10;uhO9/FTw7goszHhrBDCxArDGa80/R4drE2TTCftTeYacsIVClAmduwwy4gCnENZEFoxnxedHmG7e&#10;f0wxbZ5qQB84hU0pBjRRwrzmz0hSTJuKyA9h9sx7EgpQBVqACFBSHwnYbZvqEuNB2wbrxDaY8yEg&#10;hT0SAgDIaygLnnAmxmo0Xy8Bo27u0qMSBx2RxyMzCPcSZA4LiMVOtH7/ibJx8Kxob3cjrAMV2Jsx&#10;OdGqCJQfEGNZEzzmIAxUbAJ2JiF8h9i4m+B1JXs4WiDYSB0Ogdz+vAQQawUZBOjI7MWmm5Ug/PPw&#10;rE39/oyX58tBGtl/McCDwMiawVny/QbP8pPRjakDK1BJsJCRAAef/sg9TCrRV8Ios0QEyFwdgMxr&#10;qtdVC/bcuptarkX67lp3NZ+iuZ2wxYkSCbOqI/MGlU15m4A+P1XAe40gFvYI6CFV5CLZwrTezK/j&#10;+HwH6X147hIgNNg3WGlGVTj//L9TirxWoe8h3UHGbBsI4F5N9whBRyVMaHIzxvrS/YoezdPZBDYv&#10;vwjPfHXD1SUzuPvDH3Y9zxnoryxC3RkSOQKIYFGynNoDiRJQxmW3CqBuA3TQap7aJ+ET3HOi8gQ/&#10;IVo0YZja6uoyLCwuEhjw2qsvu1p2G86eOwfFqcLVjW0aVpNCyDBTMifmEQe4oX0QHie2jVY6rnbt&#10;uXu6vA72J991Je1l6Lj7WbqvI4bijYtgnngMis17Qd1+L0zce2j13f3EHkAGMJlKmNaKFUINdjyk&#10;qbvNkI5Ys8UzOmUDct1lg+wdP3+Wd2G93SaWHUpOb1y94sqmKawdPQa9fp9ADvw5lSg/WqQ02nW1&#10;voW9vTFcungRrlx+m1776NFTcPTYOnRd7zIcDml2wqZYvM7JudGy5731TFp1eMiD/rk8zNQBmSnX&#10;wBH4PYyRNsNwwcxbMrGtAIdJWtja3mFFDhJ19nfhueefg2vXN+ADDz4IQ/SLbynxiKthZ38Eb772&#10;Crz2+pvw9pXLMNqdwKd//TNw4sQyJRGfPnMa7r//Prh04Tz81z//c3jllZfg07/8Sbjr3vuh7V7r&#10;1rtugz/4gy/Atx/7Nvy3P/sz2Pv1X4c777nH9SFLMOz3iJ2MZAMMOUFfuZwKd8vMQ5sCwrYB+BKL&#10;TyUqH/DPQh19hH/O/9XWBtb2YVJS/Z4YYSaAX1q8Z8uyJLULDYKIWKnIOgzl/KPpGCZlBU9851vw&#10;4svPw7WNbZi6fuvDn3gAbr/zNPnE337HXfDg+z8AF8+fh//z//oP8OKLr8BnPvMb8IEPfQB+6RMf&#10;g1tvuxUe/au/gj/9z38Eq+vrcOvpcySvHu1tunv4Ouxsj+AD9z8M9z94r3sO2qTgI+IO7uWZD19j&#10;cTtY9Y5y5Sav7yBLziuR3jmcpOnXq3+GZN93CgLxr2PmfCpj8Nt7Y/QFsI+AJD+xVaph8m3khbMs&#10;T2i1ornPePprRJvtXchUIiMzfvKpkkk4SW15AohTOWpHtQ5+HrG2UoECz1NePLzLgJIb0dzgBlxQ&#10;ZLgO5q0ZNbQF7O+OYLK/D9P9HbdAZzBwG11/2IZeiw/p5X5OwEmxP4Pixg7snL8G1j3s9U+fh8m1&#10;G1CNZ24RGzrcEAxBT68JgoaI5KEtVoUTRm94695nR1HIGn4tacs1FxD4vGsPGct0jbhA7n2WReYj&#10;9yjVk4A+zUUTepFNKibL4oY9ww1d8aSPY7r5kDUiC0QAqdtFCaX7fYHsvwH5b+AGjhsaNrtYQOMB&#10;hxtBq1NQITYt8SF1B7fdh3Y7d4dGHgo1HTxa2AeRzMe93wuZlOY0EUXgbXt32/152z2UO+599GA4&#10;GLqNckiHVoaGpEjPV2yyi0UISYdESuKLPGTz4euX0xGBsZV7bQL23GvOxtuuGJjCeDKFyWxMUlK+&#10;Nh1uRjIVwAYr/jp0nV2RWaExbckmy61WBgXG+WpmJ7CEhyVemet4Or0SimIRdvf2YePGCLZvIBCq&#10;aP20W+7eVNi+ZyKOMsGHRxGgl1EjdGmnhm9+v4RXL5QsC8m4GaW1TxPCGX1O6zZGBCiPrU9heWGL&#10;vO4QoUWwEGPJUfVaiMwyyN2pQsYid0IMRgRtUJKt3DXRyhUoahf6rY4rUkso9Z4rDvru7zao2Lvv&#10;hLsX7t5c2W67Q68LG5sTeO2tfTh/RcHrb25BdrkDsw3076vJF2FrPCUJcw5dAtAthkVUEyhI/u/+&#10;Hj0roSXFpyF5NwK3ZHiLCcElfv6ZuzY4zXbXbTal8Af0iyurFkwzBhYxiRcKLHB6bq12oUZvFvec&#10;rh/P4PjxFqysDeDYSQWrCxbOnWjB6sA9e7Md6C0yC5JWaY2+hPvujO0Qk6yqEHR0ZZtedF/Tovvg&#10;3hHR/XPymWG/FB42KEmLlcm49oB8TQm3RthkPv1PSWoW+/XlwnAykiKbeC+I1BVs9A7zabw8bTFU&#10;pE7FuTsNMiTQyk86VdRiBu/9MHHD3034cCPLgJKZdNBMjvRJcMyyyNnsP0ADmr6/FmavliAXWuXW&#10;e1TFhtcXsCaZQDKIk8Xml5huSlyI2O/QJ5lba4KHmvKyMwkxseLLxqms3hdLCUuwpvVEho7UOBsK&#10;RPEELk6CBGL2+caYjn3F/qbkr+ktBSVRmD9lSe8NGzGSWMgQgtv3nGUyoRLNQnqlhSinNMb7a+iQ&#10;lmkMs/5IjoUQt9tXS4jG9emE1R7mypx+jQ8SsLaxz9m5+aRKwgZUAhwlatKb1OKh6owpuRBDmpT8&#10;nU3HpclEWqsESAIT/o0lOOKXF4AfASUshPRfP92OyYfJ+rbW6y4DeJe80YZigMUJLOkiKwfvW5iY&#10;fKs5T9rwnu28LAvmWJcRiDQyCTfGJjLNCDT5iS6BGCg3E6+hTGv5vtRIPFpm+PeTSnwhuQZhRQgo&#10;EAEdlbAGDr79ABhKMcw+lRUNOpSJjSgO/nTObYdRnPCrAkssnV2D+JHx8Ao/D5rMo9E+UAq5bTC7&#10;wnIxqXxdNYpmLVJiHHQxCz76xmVBLs4MgggOxjCAWkW5uBWmGTffWQASdQAIM2HyRTlvDB0yB5Pt&#10;DinK+W5kEXT10kqBwlTyPd4TOQUG/LphWwFWb6iQzOz/bGJtfEgr0WBPQdMb7GYm66HFsd7rRyVr&#10;CYK1gxX/WNMw3E+8MiUEJbCAbNKoCKhWCSCkZH3WUuNqpYOKBO8xrUNh0GsJOTNepi1gmCcRgJf0&#10;hj06shwyYfFpSSC3ITVeQJg6glCZJICSByvV2EA1Z4YJ7HXf1Q7ufYlXKJ4oLVyTeAZpExezYcCJ&#10;gm3slOoRHPLUlZajn682guBcVuvAGIGUnZmY5oczlLzQ5YlT8TMaf09s9NHm2kSRHLP2DEHxBkUS&#10;QZ2zeqHW8vz6FGMcQrmasy2DNOtqtrG7FnvjK/D8Y9+gRN7ph8fwQPY+t6e2YbHl6qC6G59FY0A3&#10;DP51Erpzcw8pHzpAPoMZywNBC+BL8k1N6iW0yFg7dsT1KRW8df5NOP/aa9Dr9GGwuAiDwcDVi4Wc&#10;5YbD6XIG/yrj47kAuouuLu64123dCvloF6rXCih336JwFVyf6APc2r8Ms5fQd9r9+d4PuIrK9QJ9&#10;Q+STWkIctVZzzBkLDcL14fb6zVANqxr/nA6dPJPVSl+EyCX6mp06fRquvv0WXLt6larH9aNHBTzN&#10;ZEBQ030au3r92rUrcOFNTICdwMr6STh6dJ2kp33XG3Zc7Y9pqCAWPeCDyBK/PBvk4dmBoYAKXqXq&#10;cJmouvk1aIAo4vUWfFpVWs9GDAEH8wUN5kvah7AP3trehd3RCK5eueT6wj1YP3YUhksL8Buf/fss&#10;1W93iFnGBTanveIWsr8/hkcffRTeunoZ7rvrfihaBSvkXE/cQ6/Ebgf67dvh7//mb8GX/9t/ha9+&#10;5asUPInXr9fvwLFja/CZz34GFr+3Cl/56lfdeizhFx76CLH6yDar4nRwZJWSfyj6x6ubh2gEb940&#10;nk2xTQCT5n4+oE8lXtDvxiibT5yfU5GyJslySJD/G/y8lKhLHtWMBUzG+9Dt9Yk0VbUwLbcHj333&#10;B/DGhdfgnjvvd/teB9qdHEEPuu7t1TXotNvwz7/w+/Cf/+S/wP/9n/4jrK0sw5lbb4VjJ47DP/jt&#10;fww3rlyDZ3/6U3jhpRehRGl+qw233XEH/NKnHnT3fA2W1rrUPykJEqpqhiZzUkXenOH2M8HU75JI&#10;/V7DS/57JPvaxPv4nQC+m33mPN1g/AFqZLMpsjwW3fMT2MYFYWp4SFuUqWsmqCSi3FQMyMFtNXts&#10;sPyKD3ekbVfEsa+D+oOn4Zqkc7no2ukAoCkaN7OawCsEiGZ0WOAiLH26U46x7hYWex13CPShxhj5&#10;3R3obl6H6voGlJcugbp6Dcy1Ldi9tgnZZJ+it7WwULIFd7jPGCBCD4qpZ/hUREyhUxnP/Fooxu4H&#10;89RLvLVJOmHixL1OLFXwOa6JhdgDVQpLBBODRUqoLPtezVyzOJoaSipVAqyazBIbCDc/8sawWUjZ&#10;wf07a3dB4YbTUsTuwzc5rfnrECwiiqsYM7fdA7e0mMN4MnEP7JjMLxX0pCERL5YkJZnAP3ffyFtM&#10;KOToL5gpBKbcgeOu4baauM22DZNpF7rjRUq5wnANSv7Fa+XuayuD0EB7ajN6Z6EfEN7PqhyR3wpR&#10;r2dT97ru3xC4cfeCUn0piMCSgT/SiHOREnlvHlNxE14SfZsPEYz5xmKgVWgQa0KW86DfYavlDkL3&#10;udrY+E9gf2fiDsxNmI4MLC203UbGnndAxtOGqONYoBDgKh4GeGRO3H3c3AX49g9m8NJre+5r2sTq&#10;yyqhoWsjoLjmVMSigP5SDf3FMV3flvvpCLjuj2cwcO+vRSwrTQUVForWSzrZhYUOQjSWxmJNZ7hm&#10;dt1ztwj1zL0GyhEw3t1O3PXModveBF1tuXXagVODAk64fyvPKfjU+91m7e7XaLTq1skC7O2dhum4&#10;BTc2R3Dlyi7sbdewu1u7g9Vdl4krjGeW7hH6m7XbfQrBwFVTokQFQ18QOHEHXT7BZORdCs3A94Zr&#10;ttfJSMLa7VgY9BdhaeUYrBw5AmsnlmH1CNKx9921nLr1gWE6Y/f+eTLea7vPkjPTUWdTt/4m0HXr&#10;ezTdJ0YKFmz8MLJc1aqR2Bb3aYpJU3z09gN++GhWQM0Ee/aAhBIpAZyUlSAdYhKU0rhlxI7VYiIP&#10;kjbLDUuLADeWkxZBLmuDQbuRZs8EBgKV3CgRQmafYS2iEaskbYU5YK34jgpm6P0Pk+EJA421yAEK&#10;eU+F/Ben/NzAToWpp4U5rJP9PHUmywNoEM3hs0MOM+/T6gHMLAEPQa69DoxHzTqrkJZuRYJCUjBb&#10;i8teZMqYlBSvBFwndmUun02eJcssYfadLYm54AcTCBx4vY3OOizvFe+81NjWeyO6jZP2KZYmiDyx&#10;ds+QlXhkYiTzJ8xVLmBSFvYeK1R7zidBK4iS/RDFN9Oz9JJM20TGlbTwNkngApgrxDz6ZhqgV1p1&#10;+4YbBDCZI/ZFiYHyfoX2psW6ss33FYSxwuaIdoM6Jtcmfq8eB9Aq+udpsMHGTc+nG4r0ODYeIhtU&#10;aQBIIpcCkdEJc46Gb5mwDrUP/WoyM9Ki29chkVpnmvqs5MlIxdd0Jmb+c+vw9UF94Ptxv2cIIGzz&#10;KNkLv9gE6FOQyJxsAnKlspCYLutZgL55jhkvNsombRNMZg/EUliWOiSrHuo5o6I3mBKbFuMZlRJE&#10;gKxpDFSiesAV3IG1klI2bpLcyMMWHZhiJCFNitoM5pKbiQmXJSExNmmS52RhwEnjIZxCmGvU5nj2&#10;VJDG+j1aN/xID14UfVNPpaBCsSoxopf3JQBWkEipCFPVMhAKcjgPJBsyFmjUkO/U6Pk9xX+GpgcQ&#10;xITdBoNRN5KIlTxrLI23oOzNvKCYYWu0Try+IwhEgWkih6qFJaKF4c/7hI1gJ/5dpkQKrAT8gwSw&#10;TZi4Omuwcq14Bcb9F4Ixv/evJeYYDkVVanwOBAb4IAwC490+vYs4i6vGts0A1pH1Zmc0pMNjp0UB&#10;YkbC7yoiBICEkuDlwvrDCPhHeRxlSYP2jKSvWENO2Qokoe76fslL7r2UrvJMeL9Pgw6JneT9q5n1&#10;6hnC1tgkOTyjoTC2SoaC5DJhxjLAQOcZeTZ6n10gj9q61YG85JpnOroKr33rG2DGrm9yL3T8xCko&#10;hkNYWGjL3ldQ7VHOsF/kNWPkvr6XRptJ8hkNiOlXw2sOAdcWEgTc2dkdcD+CUku8LhtXLsPrb7wO&#10;x86eo8/bX9as6DEyRBEwilRiwJQwoxDMcXUusjNvuZ1kf9NX3T3aOA9tVQrQ6D7zdBOqV5+GTq8L&#10;9clbCTzKFxZpQB8lj5rWZgq7H97Lv0uyZxjizoOh8ZlEaSiSJMqqDWvHjsO0quH6tWskYz15+gy0&#10;yV/Q1cH7O7C1tQs33L/tbt6ATgd9zG6BI0fXod9D30WWN2IvhT0Q2viQOk8CZEDHIa320mJ70Kss&#10;De14N0ZR+rwedl0az/NhnqII0moG3/1AYsf17hcvXIQXX3gBNjauwz133+d6iQXoddsUzuJ57ag4&#10;29254dbOgK4hkl3uuOsu+JVPfwr+6pFH4NKli+7ft2B9ZQBZt0OAOoYEYT9269kz8Pl/+gV49Gtf&#10;ha9++cvwq7/2G3D27GkYDt21LjrwoY98mII+h60uq+C4umdSlGGfbKw5M68oEN9VDaoh9049+kJd&#10;ZMT33St87M8PNen3JB01B0DIA/U91eXss4o+eLXPPKCgLCQ8uT2k3YE9JAwZtpi674EH4A9+7/fh&#10;y1/+Erx58SK8df51WF0tYHG4TDUwKgoL15zefvfd8K/+9b+Bv/zSF+H/+S9/DJ/7/Ofh1jvugLW1&#10;ZVheWIBjJ07Aw5MpzPa2odUduD58EbquJ2y7fr1d9KlbYK/2igJsLNruWCaFWW9j864OfE1W38/G&#10;XhVQ/iYg37uBfu8EAs4/P6rhBWp/5ucuzwTQY8ludvAHaAGhfKElwKAR6j7+3BjMESPRtUznbTAD&#10;lFhpAvA4qZdTwkQkVnMDqAv2zML/Fe0OAR0ZsNQYJ4I7u7sE/tGGjpJP9/p99DdwDzsCV+Q/gPvX&#10;1ibApbcBNq5CfW0DzMYm6BtboK5vgZmOiRHYqW1oAvtaWncEw2rZnMcspcAavsAHDw9uHPO1LUkt&#10;eeLMVNDgn57zxN546nYtbFJJ56M5sLEBuGvlmF6bQUnBC4qi5yl9S/Frg12Gn168DO+/7wz9HEzx&#10;1TnLFmqZdtOEU3EBgH4UudvckBlmWwuQ9xZgNtmB/dEuAZkIHuHGWCIzDs3PXPXS6aInRwv2WxmM&#10;xlMYj2cwm1akgccDFyf1PrylToNa8O0haxA9bbuYuNmCqSv2SywqZliIlJBP9wjsQUnmdCbmqWhM&#10;KoU0iVpq34hUVIzhhASBGbzPMwT/3GaPAF9ZWZrWoW8hWcnYQmjSCB62eIpMwRHMQsIkYGYZSFOd&#10;FdIQ8Ybadgc++uohCxHBPmTmbbk1cvltlgljcMPKMZbsWmHpGElO5PYDyDwZ2QwztxBnbk28fGEf&#10;fviUW3o3avJOQwmPNi1igBkJkKHId81Ja+6SwcraxL3XiieRBr363DVvuWu2i6xEnKQkhrXgDZ1r&#10;muBWZpvujbtbxAAsaNLurkFxAxYwFRv67hBE019k2Y1o6oyBFnU9IDPiDIH0vAvDbAK6r8n4Vx9z&#10;B1+1R+xOY48GnwC8eJOSwQ6kmdc00XY/N2MfDUo11lZMhzmABkG4XE3dRsPNHIIwuVvzRdYGT/7J&#10;MvTf2OQCGqVbOG2tJ+572myJXenAaMlRTmy5kS+n++7Zz2XiaoQR1HE/c+oe65J+DkW+YzozJTEq&#10;2meKXAJ/bItBLS0+CEokScQqcc8kgqxq2jDhV8J+swSwe+lKTaAZSBAF7Y3gTb0j0MYfuBYJsGdd&#10;uevR9TIeXremTg+D2JTouQytKNnEz1KQ3x6x1+hzKWG/8Wf0oQExV6kKQBkzIRioqAPI5IEs8QGE&#10;JCnM2zKIzMDIgCKwnmg6qYXpIvLKyLsQ0LCKr9gwt7Yidc8k07gK78cGSXVOADOuFfKuoSGAFJ/C&#10;+MJBD8klYRLCd8q6FpaZhPfUfM291IOvS0b7AJuq+yRvdx1Uh6fLmit7lHj7o00nCBpD/sLOsWya&#10;Xhreg/BcU3mRSPNsaKpDgw2xsfYKXm9Mj0X6tJoJUChejIGdCc3GQ3nZRdNEXCVuhU3TcAi+kM3k&#10;02bWrm+iVaMItSLFluun+ESsjfeqEaDW+gAHk3iT1QLAaDExji4nqtEsCTPHQgARU5YdqJjtGn3H&#10;QsxHIp2yjaS6NMzOKttg0TbYGA05TDRL5uLcD8K0yO1DjEZwbvHsHi9DJW8k5aXevGaMNF5xgitM&#10;39Drpz5KNrLD4oYQQeNEepyWiimea0S6byXrk1mxlljWVnm5ZJZ41Ig8WQZcPmAiMCQ1s28x0AwV&#10;izlaYghDy0s7dcKuDE/9XEIs1nCQgL9aZ4cahotXgkhlvdoklcV4PzkTbGlo3xY2rmk8L01fwbT0&#10;j0EnEHzU5MYnieA6+PI1m3cd29uQaqmC5DH+EPHhCeoYuV7iHWQSkFHZQ2ToQQ6UgtE24ZY2BwIH&#10;BvbWg4I6Yep4eaxKgNCEaetlpcYHx/gIzthAon+aVxOTrBafP7HewX3Xm76TLEmeYSOefaFJEm9W&#10;29TDyTAHaACn6Nyrgr0DCGDBKcG1SNFqYanoZI9gFnsmgW0+YGrqXmcXa62645pZ7AFqWBI7IHwu&#10;WthgytpHV51MHlSWhWfiy6yppsWPbQhYyYTJHgFZBss9G9OHV/lBJNtpsBewCaxlskAK/oY1g/TC&#10;lPZqACvBXb5W1+KxjQORuuYhWWH5tMXBOPUMOEQvM+h3ZwRcoO/gyPUBo9lFePXxXShHI7j3U78I&#10;t91yLzF1Wq5Zx6EsvZ4y0buSPr+rTa1uhgIcAozbhEkGPqgLOz5Xm6M/G/pnT6Yz6gUXF3JSLg2G&#10;i/Dmm6/Dy88+C+MTx+G0PuvK3B75lBOTn1iaWhKhS3qGKho+uM/YcVdq3dXrRQeyhQHAM22wb7/u&#10;avR911sh2WIMbddvjJ96HFpXrwDc/QDUuHfg1Ny9J3rCTMWnkQfIDm3Y7U0ZjY0/q4NA38HrY0nN&#10;1esP4NTZs+RjuLVxA1558XkYDBYIqESQbzK2MFwawm333A2LSwsE+LXa7C9JMmGE29H/Dm0WkG1L&#10;iyMPe2Ytgw4IQJQ5MPRL943gGZjKC+GwcAF1YLDzTteGfnYtXqUV7xmoGrvherOfPPkk/OhHP4Iz&#10;Z87Axz/5STh5/BgFaeTeE9S9n/GkgktXLsJ3v/NtWBgM4aOf+DgsLy6Q1/onf/mTcNsdd8Ojj3wV&#10;vvylv4Df/Ae/CcdOnoTlhSGz89wztL6yAL1BFz7b+234ztf/Bv7Tf/wjePgjH4Zf+bVfh0G/C8eO&#10;rMDyr/4qfSpcc4Vi7QqYRPIpwLyR/U0n4PaBzywhfVwTZ/I1dTyr/gf9T4SuhwJFcZAS66BctqnR&#10;/j7t1Zs3bsDly5fh0lsX6BnNu0O4+45bYGHZXWv3jP7SL38C7rv3Lvjrr30F/vhP/shdnt+FB973&#10;oOt3j7ieFhOoAZbcfdHZOfhnX/gX8Jd//ufwv/37fw+f+PjH4Hc+9znoD3qwurIGi+4attQp6psV&#10;eZp3CE/wCgWu+4kJA0zP8IOeusmk9wP/VDY+JyP/WRl7N3v+byb/fSfZ7s2AuyxVZ4FqQLkBJBar&#10;k8Z9FIa7/1/2+d/753+o4WCcNrVqsgkQQOMLGjEv1kLLBwFvyMRUpDzBpJt+oDBZxKuHJr7E7iOD&#10;AGjlbHCLS6/o9imVqdvuEBVzWlrYvbEN16/fgM2dHZLkmvE+DFstWBoOQLfb0EfPvLKEYuMqFM89&#10;D/DYd6H+m29C+eg3Ab79ONifPgfZ+QtQ3LgO2d4OFG6RtBHoUeyHhT86F/Ni5W+4FmPyPKl/LMtx&#10;lc8Ul89E1wwBqILlvMj4s/LcsocTRCNrYH07vi4CeTvucPlbRLnhJMnLsozBHPqNUHxb0IOt8Zvw&#10;S7eeAXQazFulqx9cw5iLvwymDykvIxR6P06jXJHVGSwR6NfqireDu57stcgbPi8QNpzH4gDptQju&#10;aTowkcGFrLqSUHg8QLW/7+yCxwWI98MC9vkjPqIEtxQo0XSHKur5iY6vudHPMt6UK2saEEIINpDp&#10;Ja49ouYKm8+KfA4/GxDLs6CJFD+vWfCWynSLmJ+tToeCNwiYLJhtgB4fnW4XBm7j7w+70HYHaLvT&#10;J6Bqa2sEG1e3iSWKKVW9Ljf7CDK3210KjyCggRZzTRtMZacwcTd87IrCHzx9FX7wwwFs7O2THFeX&#10;kkaIWxBu+vh91SR6WHYAFte0W8u7sNjagYW++7nuM916RxtGaBY9xWAwkX5kDIaj7xwCdj5pWGWG&#10;DZwpzYkLpSzrcmADtKSJ1MLyqklObERGAuGZtaFRyYmgNCNPQyCfS06SzaTAbOuKvPBQzoIkvW7h&#10;/qzG7vcl9IoZdPOp+33tNnM0rc1IMo8MPPTR6+K1z5Ghh8BHSc9dQWmnDAhqWv1uszYTVPT6VSFg&#10;SCXGpV4aVhLAh/IFChQRBxKwRvYePoA17V8F3wPj4+GNSGnEO89yUY4gXKY4MGBW+g22FDNyHQtT&#10;ZPdpJaw4xQ87PXsTOZwLAXvqMPkhGWsm0ldTi3wMn4ECdvcyt88Zd68zCehgGR0CpDlJuhUBh5gK&#10;DVmUZ4F44HMDmjHgQjVHLgwhBE67As6KZ5qwSZTy3ndZlN/SoVkLL8/PcbMGo7sZCptFB7/gC5Y3&#10;5GPMHKubYIwHBH3z7KXO5ElWB7YaemAGPwwt2fAycQ7JtdRIzgTEG8t70QR0cqquOLAZbvbw6zHJ&#10;Ocs8Qw9fqWQYnc6BnMMjEAQk1aQWNmQVfImsJO+SYbeEc1jyBhSmiBVfR2C/pIn3tnWN249+dB5m&#10;7hzLrArM6MPYTkpB8D6kGRLuX2iZgAE2yZSwGX4RLokcYzYM4SD4kR1iSpwEMjVZg1JAaJuQ+lSQ&#10;AOrAqGkYiiSsDh0oqfYAiwGCrC6kk3o2UfOLBEjLQ3POz2/iZei5oCoKmyP+KiB3AF28j50HYJKg&#10;hMZVSVl3KnpkQvxeG2QvNgBUNvVG9I1NcnNUIunyMm5aizIkMGHw6te2gRi9kHgnCuO+AXgeaKzM&#10;QbW2Z1i6t3vyBEq8jhLznvxgcRiGw1jNTjbKgiRHa/EYNHMBDhpS3wGVRS89BNKVyOS9XC8ED4jv&#10;mpce07WD5hARAkBXh1ozsrrysD6UShqSdL1o3VjbOqxfHe6lsdBgnUbGMSSSugjWxrAclQSsqCRY&#10;IQXwUlnj4ZwKlmnWcU0kzEUrhpyZf6YVJ9RqMM2G2vv/BQg1wrtRHhqerjgoSvaMkFRto4VPDIfx&#10;RuA2RgSp9N9MlEzb+DkgAQhNIgk2AiCSmsM3lXJvTQAMvO2dCUhs/Jk2fC3uvxV6sJIaqGAVB0iS&#10;sq/NLQM/uDeTfBgY+ELGFj1i3pOwrkRmzIFS+P2Y2JoBM+tZ/J0T8SCTq6dBRYBPM7OnFq9rDs3w&#10;BIiaz1mjgkSbmLRh2SSAl1JB2USS+kqJPQREL2B5BnPxKQw+h3KtTdxpwt7lg3asjIwJZFRyfb3V&#10;Rsj00fReMRiMvK7pPK1gdmMPNjc2obu6Bj3XW4CasY0PekxjP6LYJxFryMrYYMFxYC9KbEga6lYj&#10;gw+fDB9837Nof0AuOSyTrKYz2LixId7vilJ6uf7n4S3aEYhtI9WaePxTmjh+ratNa/f1hW6DRVuj&#10;yRhaeoIui3Iuu+Lb9ZqVKynsoE+DBEp3prBHtn+pRNF2cBARz4vmvzWlvz4MKJUEHyp1FhYwKpCw&#10;h0IrkML1NpcvXoCL59+AG9e3CQg8duIcnDh1AlbWFqDrehxkL3rQgYBuYFsEJV6xNVka1JCoA5MR&#10;zCGfaW44ln6lfVeWkQ3fPx/k4T+/SV4an2k8WlDth0nCLz3/PDz6tb+Gr37ta2Sv9JEPfwTO3nIL&#10;HF1fpOE89mf4QFeG920M3MT7/8SPfgj9Xh+Grt/T1PsNoNPvwYmTp+FJ928vv/oqnDp5EhaGqEBr&#10;ibqQ1VU9930r60eg75qZ559/AdaPnXA94xC66KPofgamQxdahTPT17E2+SQK3j08wfqgFxvi2aTX&#10;Ne8BDLr53ydH4js6KR54f8EdVslwgv2rM/LDdNe604bXX3sVnvj+9+C5Fy8SszJvA1zaeAu+89jj&#10;sLM1hqHrrQeDnvt1AU6fux2uvH0R/uyLX4Sjq+tunR51NXhFYZq4X6BtGF7r0+dOwIn1dfjb7z8B&#10;Z0/fDksra7TvDDqsfCJsXQZDOhAXYigQvT8wgS5wgLVnIcmnmLuA9mYuk+8OmKoDITP2wNOhVHR9&#10;1+rd5dU3u2PqQMWnGlEg8/+pxBM6+93f/b0/ZJSF6ef+w2dS8OWidbJKh5Q2urgZpzGBT16SYgcl&#10;mqFtQJQCEzNzBn6IeplhK1zCEKcOSINFHCZvsY/GrILp7h5c39h1D+s+zKZ77t8sdIcFLPULWMU0&#10;dSyEr1yF4tmnAP72e6C/8wToRx8D+zffBvvUT0C98gZk166Dnk2g4w6rLqZcSroJMvZyZBLWKpiR&#10;J8RDocYLSKD5V2LdA/c72jMaDJt/E6uPJLuKjceT4alN11BSVNb++lpuTZ/AIIr2LUzZRp8PTO+p&#10;fOAGyn1asDtyB1qngrvWl90BU1AaaYvecE6S3IzfNAMcdCiy/CN3RTz6F3Q77toPFkD3BqDcn21p&#10;QmqgtvwZaSovh1ThNjpMQ+bEXmRDVXxwup2UaMvo0UNG9xXJDYn1pngugU8kmXVSmlaLdPbMrmNW&#10;p03S6mx6oSQkg9KXMeHI8rZZGU5pZRaS+LRATISj5FA8/NzhjUBlG0Mc2i1O5FXcgODnwGYZ2Z99&#10;t+kPFxfdmnLXwx0QNuvB7v4MNjf3YDYau/s7hU6PgUY0C6ZE55yn04XuEuCiaELsfi00GTkji++H&#10;z2zDM0+3Yb/aRyGuNIEMlFUgiaT4fbwrgW1rWFpS7pDehUF3AsPC/dxiAstuIz33QAG74wrQJq5H&#10;YB8nswKB6jWbwYs0CX+vJKGVgFSRX5OcU7FvGqVqS08WPOlE5qFVBLD91FlJ0iIVGCK3w+WYSRPF&#10;/ms1Bw6gPEXXSTPqAVuGWXJdka9CHtLljCSpZgRSk20AeXCWgqzj56uCET4IC4bjbOqkgEBwZRSX&#10;T0hftCI79zLJQqje4p9EgRN+Es5TNRPEUTV9XvBNhbbEhszIAyKXn1sJmOQBN3z3rdD7kvxWlzJV&#10;9/53WiRnQGAmfhYllQ8W3Zvb7n67NeRuPUmdMTS701YE+vF/XPzi3pvL74Ns0bMTCPRu033XCPbS&#10;n7Fo77DHJ4WOdAQoEjjPhypoJd56KtjA07Plm27PYJG1E1jeCkS+nkuAU05pWJRMrdiXkpma4h8o&#10;zwMDq4mHV+LFZSRdVck9i5BhLfctk4ZADj0K1NgJwKMigLBZU9uwt+fS8FlOKqRbMAtG92RM7RlD&#10;IB5I0nTaJKgC9yNOOmR2sfeEwmk076y5NFTSsBlKwiKG35M/fhNme3vCIJkD6+IVAaMiyGSZgk+G&#10;4+iBGZlQc15ASb6algLIBs9HE1l5Ir+EpBhUzf9rlP06Af9sAlixD3vaUEY6olJp4+O9e1ODOoge&#10;XxIEBQ3AMX1fOvH00yKZNgkbskFgDAx6X1RlkrTrPetSs/Qm0AcH5Oypb204phJ/xczXRwKKk/dU&#10;XcvzpUGs4mTAJfWETlokxQFcXloemF/GJoxE3/jCfFc2x5w5pKGY84fynlN43Y4fP+aapeNUhzGg&#10;1haVAKcYEtPXmOCtFjxsVOJ/Jh55BpL0XvmZxIA2dUgmhzm5JUgYHJ0BUc8t71XHhEKlmkxTKWBN&#10;EuOc3s7DEiQNZXv7M0pDFtK9ZTCk/VrJ5hgnfB5qpRIuaQokzndYMYfvHVVuInVkr+AYGOKvjRam&#10;oPHeat4bOGVc0DUvgv9i8PtKwE+WjyXDkXBKp9LwLIn/s2GF+6fdggetIj8Q1ME9Q4FqsEt9gA2I&#10;hJ2H/9TJi49qBj5l3Qi5ICbzQggNDDdWS3gScL1NTBoZsNSeLSys0xAKk54VIQSKmdxarG/IQib4&#10;fSpSU1TUC0loh9uMZ6gysczqz/RY1Dxoo1ILWd0krRc36xSGYfya4PPYgGeNR2l38EK1Nnq/ybqm&#10;sAmT7FuyH/k6mNmRJoCBIXldfCp9UIwfDPrTlNVY8xuKtx5gUIkYYO5rO4Wm0DwEQmbbO1DtjmBw&#10;ZBV67R6pbDpt93X5Cn7i6IMrtYENQLn3Z9RzDFNoBjSl5wLoxvCFfK8pCCgnRlWn0yE5642rV5lB&#10;CqhE6rFMNctCKrCWeslIDYv/jfAvMSzL9Si564uoDNjb5qBAOW9y4+qXvV1XZrn+ojsgr11oF/S8&#10;soxXauhE9wAJ61tr20ikjwm06oDfrWeHHyp7lb2Hht30+dn/HMEmDIRYXT0Cp87cAkfWV2G40CMA&#10;FgFBH/aRymLTfFB1iKfewXNQhT1w/vz2ezwBqEgw0Trs6fNMPX9WNEIFTGDScE1pOUXVSM20ubUJ&#10;r772Gvz4xz+By1c3YGVlGe688y4irOArnT5zCvq9HvS7PbZWCkA49r4ZDBYXYNDrwxNP/ABK178u&#10;LS0T27HfH5Dk8+jqGrzyxuvwyksvwfqx49Q34n1o43msmZXedT3icGERzt16K4FXGMiBZJbcDzTk&#10;vNA2euUqeHd582FsxvlR0N/Z4y2MhqKKwPsMI5PQD43xOS8Ne995z1/jay7Zn0Fx2A+e09c29uBb&#10;3/gaXHhjF37hYx+G933wHrjj3Bk4ce5Wwnge+87X4Sc/+iGcOXkHLK0dgf5gAMdcrYF2Bt/63ndh&#10;6P685K59v9elNGjEf3Av6rj9ZNX9/V133g6rR9Yga+UwdM8m2i+S6tRbH/jALa2DL2kE3g6/+t7i&#10;RDXFLA2wj5Slch+1bJZmDtC2c0960CmEGsne/J5LHXHAwxNiavdh398EEFXDIFTd9In1R3Niq/dP&#10;Pv+FPyR2lM6C7Mdv1PG7dWBjKSv0wYwvtDLsK6X8lF4zwGJl8tZxGw9uyq1OTtgfMrwMdGA2qWH7&#10;+gaMr1+HiTtAZrOxe2D3Qbc0DBZyOmCW3Ma2tO0OlvMXQP30WVBf+Sbsf+0RMI98A/KnnoX2y29D&#10;/623QCEoaEoYYGBEbolF1HGLslWRxpcnP8D+Z8gYyr29kg8RlQk2BfN6YE/+w6LCB7aqQ2x9Uiuc&#10;MIiU4iKtzy335kwJtyzlnbm/eGo2gu0ZshSHNDnEIqSDiDfd94xAv6JehSde/B7cdvYcLPbb9NBN&#10;MX0qzwTw8tIdI40Dsw5RQtlzhwFOhBDsK7pdyDsD9xB1ybOBJQQclEKcJ8VlF02bKeMko1AK9NpT&#10;svLJ+wz9TGpFXlw0WUWFsxRw1Kbrgg5f/A+l1bg5sum+joWmhiR5SAJaaEKaycPMkz6U7tae3ZCJ&#10;ZIpMeDvufbnXbrUp0AFTppCZiJ+LUl/d67Tbizzhcpv7wG3Sg6Ul6A0XIHPrsXavgeEns/EMJuMp&#10;iQYLXAB2F0bIzCOD4DZJdNnUW3MDj7IA/Dzumk3tAvz4uYvw+OMK3ryoKRgFkLmas/QCD9y6nDKV&#10;FlOA8fkhuTBA2athoYctyAiGXWTCTdybMXD/7TkcOV3AeFRDPTbE9MIJq8olQgE9/7SYt9KDXEjh&#10;15FkrTY/x1oFxhZ+DgJLhNkVfN703BTCGzfzjRbgR0MqiFOhH2OJEdLNmUEnTYWNYTw6BWlCaqw0&#10;uGQonQkQVwv7zTOQxNMri5s7C75TQ31FEg2WhIpk1IdIhBQq25iHGGsarInImmHmYKbis2vk4TX1&#10;hNPAbCYAnkm8vqJMkL3+/OZQsyTdiOTUb/DaRkmrlyy5z7+5lcHOdWT2IdCnyMMPk8Qy8Wdk0p1M&#10;tjIbwwkkedYS2IbrCkN4OtwA0vPUIXYnfy0yGVrCeNF02EdbsDxM83wCt5JraYPUSYXG3hdvKjS+&#10;OkybmBlTy4UoAxCi1Vw6ZOpjBVx8pJNN5d2rrA/ciMesVj7gwRLzsqYU3kwMjQtm1FkfoGJCccD+&#10;bfi8dAWk9Sb9ubD8MmH1qQZ7EidSbISdsyyagke8ub6wA8X7UAuwUFP6MU+ZUQ6ViSz86R+fh8nu&#10;XmyobTIkSng5cfotsmTNYVKzack2BQF0SSZVSoGOGWsinbVzzD4IYRUx5xOCLDh8Vbj3aq6iaO4H&#10;VqUsDT7zAm4Q1pRNWHUH/SEjOKjANnuJ+A6t9xQyEgxgQrozBN+ZOWaFbxglRTjKEHVk+B1anEU0&#10;za/z9BopAUq9eJFqp4zXL7GVDGkYmKGjbEil9mvfF55YcJCMPuewHA9Ee389A+bA5D9NZ4ZECv6O&#10;/VpDLhbvybFjCPYdc41Ph5pIZMRrAZyUgAkmkSlDMmTzvmKQhK/5cJ/gr5gELRAvF0EYYwVY1PQz&#10;55kt3jsvXm+dPAdpY1SHrPEgE1Y3A209myWdrKuE4ZwW3XloQK0kK2uVWicE55e45kEd3jTfBO2z&#10;NuGwJN6d3t8wlfTZxD/Szpkqzf+O9/YIfkev1gDZh1e084DmnOyO3qMAr1bWYrh23pcvlQ4rFQE9&#10;iF6RPkjCpgC15vPHF80hOVp6jjpIO/1wkUFnK6FRVupQZuFZGqBa770oQJFJgjyMgOfGD25AhV+p&#10;spCwP48318aEwUAutg8zi5YqHIBFDSH6KFI/UVPdWACrPirjQ3PEF9hCqG29fy+/NfZ+Vl75FIDo&#10;JrszfAzLw9JMM0jq7yEzJE2AGWxjX0gB8Fg8KfFH9HY0tMa1vBeIISwUGANsd5GhhJVIASNXq1x3&#10;Z5q79itHYIj7qqvBsXahO8W0OgHbokVHbGSbbJdYGyWgmJoDxZLJHQU7IikAARfcs1wPsLezAxtX&#10;LxO7C73ZQGchzCoOE0VSLHtbS34erh3dczVBfxHU3hjc4ex6R3dv2xkNbnP03EUQcA893JdhhqQC&#10;IkEUVDFoWUeljXOK2rsiq/kEWnXoIKLBCjmUoeNl8HIOKJaP9gdDGC4swdLyIjGput2MhsWZ8mCu&#10;+jsGFKjEEzc5/5O3nYkXLgF+c0DfuwFe0Qs2BVz4nJ5OJ3D96hX41re/SQDdgw99hNJvz91yC5w4&#10;fhRefvkl2N3ZhePHT9KwSvm9ita1JsIJWhIh0IT7xOPffZye2ZOnTtMd6roesI+S3FPn4PJbF+GV&#10;l1+E5ZUV9/UL0MeUZ2RQ0nA9I7Cv0+vBYNCHgesltazFLKjc4KYy5Z9Frvl3+Z9Sh6fIZ1rOZklo&#10;z4I1i4lepzaGE7KfahxQGjl/8HUQdENlydb2NXjkkW/AmRP3wf0P3epqiAVYwnATd43Qr3dzcxO+&#10;9a1vwcrCGTh18jgsL7n+eziEW26/l+TjX/nqV+DokTV3PbvQ6+T0M0v3ABVuTaN8GgHsxcVVt54L&#10;Gm7TtS6yhtTWekAO4pDY/izX+DBmX1AMabhJxtlNQDZ7U6DunQDdw6X+9h0tAeb/NL/+1PzXpc/q&#10;537vX/4hNpcI+mQC4mV+Wq/5oMx8gUfpSEqaNz4wqGDLmNqMTC4ERzBlpecepnbRJhbY3tYuTHZG&#10;MN6fwWg0htH+LpT11D1UOfTdBrXgFsoQ5YHjCbTPX4P2U0+D/uEPwboHtHzk61A/9n2wzzwD6tpl&#10;6I9HsNQmVabb2N2BM9DQayGQhwEMmPSi3N+799x173lgSXKIxrG5+/vCHUhoFYZDIMSEEPRrFdxg&#10;5xKlnun4n9+8/a+B+ScG+X4Qa1W0aqECJ8gSVAD6/KFdyp89dHDJNTHPTi/CsHcPMUPwDc6wMacI&#10;X2ELuB/Y7ZyB1zeeh/ffdhayjnaHVR7BOVHTIKsSQS6JqOAY+2rGPmUtlK6iwWUPVJvlq0VvgcI8&#10;cjR5paAH10xWNhTzeO8qNjlxG2oLer0OFO7ekiQ3Z1YW8fl0BDa1ygToc/9OE7gWg4lKgMksk/PC&#10;m5cmBT3RzTVJnfHn1qnhthggo4RXZSjTbTFzsegRuFG0+NeW26gXl5ZgcWUZFlfd5rw8hN6w5zbr&#10;vnvvPInE0gwPTkyZRT/BerYH1XTHrc8tmE1mVES0iy4FX5gqk8m7otTjSi3A9rQF569M4Sc/HcFP&#10;n2vB1r478LN2YmiNvm8zYj76STLJ2Qt3TLi1icq/qjWDTj6GhQ5O4UawmNdwbCmDex4sKMp9bzqC&#10;2T4Qq0/CDen+YDAKrU1Jg/PAHx+SBTGItGY2ixLBiSHvh1L8Izw93FBidWAneKYMNju2DuasoLMA&#10;pBFjRkX5E4EJij1aeM6dQY1AiLDYWLlnGv5FNvHmoty4xMeIWFlWQbQhF0muNPjpMMIHx5Ank/Ip&#10;sDr6qHn0PYB8NgA+EBJBLa1f70unVfRHIlaKSHGbgRyHyTUQ8CwT8KoKJRJ5GAKDdiQbpmsrMl7x&#10;6dvezWF7A5l9mvYvvN8YFp3lwhb0Pj2SJO8ndR5MiMBtxgBBSPgqKDgEpKFQFKTjwzmyJElXwHyV&#10;gLuN3ycHWuJHFlgTQZaYOkvayFyQv7O+wQopbNBMoBXZs0qCGyBh/UGYUJLrOf3KKbqG9gYx4ZDm&#10;tU78R0zis8XTHGIlq0QC50MKZK37BpSeHaWalr3EJBH/MsjFu0zWqQAZtAdIumFVk4DGNYwann3q&#10;Ioy2tgNnRmZpc9EcquFDx+B4RhYEWPzQ4E0nXofKikzRF8/2wGv5UBhIPNuCUXQi3W0UD2pOkpSC&#10;YDb6gsQvVWGyrrx0WaRmtgEz8KGpG8ys1IzaJo1GTLCIyXUNPZBM48R6Q81pmX3za1TYs1JPnbTB&#10;bDYgiZQaYkjFPOvRe/BRMxaYeZ4dK9N+KzJU05RdePk9BpjRroHWDcYb3M/LvuxBYC+wlm5ehs7/&#10;lfZqDPfrsWNHYX39GDXJlGKpZbAlrL5MBkYM8IuFh4AvKvE98756DF5HnXCQXcr1oKFOyuyE1B/I&#10;RpZrOv1W6kCx3ACpVBIclsjGGp46Kj5rfo+LQ425nts2E235WbYRxJqXzap5me8hWqqEH3DQx8oG&#10;xos+tMiPAGq8BiklN5GYK7ZkOXid4jq2c8ycyCaEpnRXpV6fMck65VrzuSZAljC//ffOMyJYxuSf&#10;XZFHW0hCVfh8LxvDoCSKxrIpA8pvjX8/2CQiE0uY0CH8RGTbVtKMTR0lwwioZ8Ik5TAtS/uzZwMa&#10;YQjSmZLYG6F/dCG1fSX7LMl3oeZ+wfrmOY+hLwLGWbJY8Xutr1UkXV7Y3WlMUwpuW+tZXWzrQXJ7&#10;LTJ1CaMA5X0I4/drHZtgf34biJYZIQBA1hZbNdnIBif2Hw/MsG9qQRk8YtHWZ/PqdRhvjQH6GfQX&#10;V2CA14VeR+xkvJ9nwx7KHip1PRTssIe2rsLC1dRfIMMPr0fH7V8IPl7fuEp1TZtUSRkpivCaecZn&#10;IWsbazvyYCcGIFebFfWuHZihnLusoC73CSCp8cyppmBHO2DHYygGPaqb0R4I5TboMR9CLcJoM/ot&#10;zzfqam4/azJ65gZrVoWha+bJNT68Rdj+aHmFPoa5KLxirSos2L8jiASpV2jiLwxgA2uXQGshDtBZ&#10;qNJgopvdRxkVy7McPNS8lYJ7TQwBPHH6LJw9dw5WVxZhcXEYALeV1TW4dOktuHFjk6S1LdfXknor&#10;Z4AI30e334duK4elpRXXUw3g5ZdfgdFoBGtra9xTd7uUIIt/fvGF5+CVl14m1t/i4gKRSHxAJa01&#10;1+8iroEqN0+M8tt7GnAa7+87S2j/e/0vlYvPA0oNqTSohlWLSpQOvl7NCBSUc9vvj7KOjM1pT0FP&#10;/f3RDH74ox/D8sJpOHPbERh0+zDaG7lrO4UXXvgpvPTKy3D/nQ/DQx/7KKwdWXC9dEU9dbfjrvX6&#10;Gly7cgm+9rVHoeP6+JOnbiEVId5zBPvwnSJBiPMjDLH+EOhrMn7j728WLPJewT4d7CYS7+13YMqp&#10;yPNKGH6Hg30pI+/w5/C9gn2HPIvz9/qmLL9YtecowUMvIS1JcrUgV4TjYHorLobM+4VkJMcrOmxu&#10;jwEGmXgojPZHMJ2UxIQZu4OxrpD2XbobWhAToZW7hwspv2juuLMNcOM6mLfeAnN1B9TuBPR4Czrj&#10;HSgmUyinM9Azd4ijVxUCcR1LuETbnS2qw74NtethKf2phahfRkUmabYxlRQXQYWpsXzQK3fAK/SQ&#10;wWTdUlJkwXsRMWPNZhCkGg0eg43ibA/YGcsyWZzs1Rx4RU4ctQAy6dQ93L6Q0MuLaoa+Z+79PeQ2&#10;p2/u7cG0fMltWPdTfrROTNepMEHQxhXie3v3wn/40uPwqV84C3edO0s+afhwellARoELIgfSBbtR&#10;jbZgPBm7/0awu7UMS0eOQWd53X3WLpjBMtQrK5AhO88daGY6o+COejaCyt1PhPIxnRfvpalmXC6g&#10;LLMQCSBKr42Ep1ifPApiNA6ShksiVilOMiqKmFVTi+wnY3YhFT+cxoXgZIWhDLZFCxtBPezlCShU&#10;/LPxMEfz2Va7T8BfgUm7JIHMA9sIAUmeRrj3VksBSkVfBZO9bfqMe7s7MBltup+7RxBNnvc5YQwh&#10;QV3Qta9oSptTEtbLb2zD86+AO2gK17wbAgKBAh9mzKrBxFfLNxtZR6bG6zmmIBM97IPFoIyMjUYx&#10;2AJN//HrF9xHffB9PXd/FtzX7LrDhg1asUlFo3s68H1CpbKJ31At19MkQRCCCkGHAKbajCVNLJeJ&#10;LXsuRr5AFa1a53zEDOi5U0WYUsJhYm9FGp/LdC8LrB5MsdU+Y86CTLeZ7ad9eqJ3AENJL9OBiTGq&#10;JQglhlCo0NiYMC0uwLcV3vC+lnG6qUVCqyV0AiD4qxjvS6SYhYPX0CfJGqsiKwHll8iKTFISmdkF&#10;HLiCElWi65bsD6eEiSZMN07IrqTBtlHGZiGYqeL7wMTwwIxIMQrrXfP486GRdibU43DIAUvZWSrb&#10;FfC3K/9W0PvMJDjE3+PAtgnG4HXCZkncKBSvf9KTyxQbJJlXCahofBgFRH+rhkxfUr/TUAQO9PA/&#10;s5Y00Fqo03M+JYp9QSO645sxAfmoYizcK7FfEhDDwrNy0mbDiCwKDdOnzDQmA/SpeCFZYpwHuTZw&#10;GJOXg3nAkJvCnPaICv/deBlKDL0gBmfNbLzSsFwKQ4eIZZvFAAva84w9NJUvxQR8UabJ89aHeJjE&#10;jys2Gp4ZZxU05M4qbdMTCa+adyfxabAJ3yiddCbdY/Q5C3JHGz3AwIrsuw5y6uBnZtWcMtUmfY49&#10;cAY3gzYgpEzYhlY7XCxIrHcFUJsLQ0jcy9Qc0NO8HLYhLbbJ/wUWeyaNuzGSuq0ESK/ZSkN7WKQK&#10;7CYd5J41XYuqyliaxNZ9FNSlRHbN5vv28LluI/DCHuR72UOM4cX8nH1OBUT0TCbxG/IsDQSwG4D4&#10;XEmpQmqOlyjnNCCMXlyWBmQ+EMavF2yYiJGkWErpfYBtwk7Tap5bMg+G64bBuPHr1R5cPZKkFRie&#10;SvzBrI7C9+DFbOvA7ubnsIaUN9AAIBOmLBxixu3ZWHAYw8Z/vTVRujr3vQwkZ2F0Eo3otFhSqEba&#10;Mgc52XAtAovV2uSZhuTf/Q4c93xj1SHARCIz9XVBcu9p3VvbDA3xoCveW584ZXgfZRBIvOE80AcJ&#10;8KeYTenZe/bg0pZ60/2Xiz+qeACGL5ZhVgBqReqcNslM6LMJwOleq/byXsWBTAYktAqVngpG7nzY&#10;sQMYz9xz6+pOCiGzI0qw7aC3awAJDXnJann+uXbJmVBAjDFUgrj6uhQWpbLzt17YQ5HhnWnvfekH&#10;JCYBuuXvjI1sVdkrfYiOl9d6ABE3G/ysea7FEqJFQYH4SdH6o3JnW4vKm5L6rIHbwyZZ7d5/G7Zn&#10;2/Dyk4/B9bffhhJD9O5+CNZXXa2ztOT6GmQDYu0xISY9KYjEM883wSGwyFehpumX2XTFgqgaCOnM&#10;rKQY9Dvumq5C3m4Ruw/DAkZ7u5Tiuby6DN1uh5UvwgwNoIeSdaPakHVdXezq/unZAoqFJYA3X4b6&#10;lSehNdlz5/iMq5vpdVBvjWA2m4C69W6wp2+D9uoi6oEAdUGkZlIctkKJwGAaTMv3rr1MBx3ROsS/&#10;jDFccWH/g5ZKvI0oApSJ9UhgMN96BKmMMX9HMCk5q9VBeSHdxTyHkJnun0HZ131wWjrQCQNYy52A&#10;90qNgxpFDM2jx909nM0o3dUD3AQ5Dvpw5513wPqxo/DY178OX/7LL8IvfORhuOeuu2F5OIC2uwYz&#10;7PkphNG9zvo6DIeLbk2chEcf+Wu4eOFN+OhHPwq33H47DHs59O+8BX6n8zvw9FNPwxuvvQ5nz5wG&#10;jX6HrUJE2pZYfghyk0ot7K1Z2FPezZfvfzjoh4QaX/jYGMzj6Qmk3TNx0MOempbl7xh06s8qtOjC&#10;57wEUpFgb5ij/33b0hGKarXesAvve/998DeP/AUsrE0ge989cGnjOjz55NPQbq/Bp375d+HEmVU4&#10;tj6ALjL3LCsXkPhw5tRJ+MIf/D48/JFX4NUX34DtrTG0e13o9doc2lobAv2MyEawptc2C4GvuE7q&#10;mgkY6X4xv3f4a9Hw07PQGFod1Kv8vM/IweTdYE2kdGKH8+7f/14CPDSkQR3v9r/42nnuGkNkkJSu&#10;YUVfBraizZnCnLH9EKbUFJqlngqZZ5WlhNfRuIbZ/gzyAW6WNTG+kIm0gFtgG2DqblJ75DbIV9+G&#10;6uIlmL35JhQXr8JsdwymrGBxIYPewD3waEK36xZWWTI4V7hDZs1tHRUbSReVooVWneDABfZny6Fw&#10;D/UUC2p2X+fknllJNxqp+VlZM0iHhUBpCfDzFH8tyachxK62qZVMnKKbqJoJyK7IashnxDARvtLR&#10;YaK0Spo5gDrpRajARN8J97lK97kGxwtY1Mfh3E4Nz++9BKvDD7rXm/HDlxcENpHvh/u9dgcqFH13&#10;iT4Ef/7X34Ff+3QFH7n3LvcwucU/24cppvfghpgjfbnn7uWYQDlFvnwVlKNdmM6mMNrZhYWjI1g9&#10;sg6FxJVnSHd0B7geqpCIWk+nlDZSue/B/+rphAIqcDJS0TXGa2qoWaZGtzYhmU2bWuRdioIvkLpL&#10;kyktQl5iSGqajPIKr/jaqFoYK5o+Cx6gDPTlZOaJrEJ8v7gZ4H8tAvhECioFrzsWaLKD0evT/ZKM&#10;QK086RoPPvwMu1uwubkBk/E+S4/cz+oUHVfYYLM/Yb9EaJN8b+r+vD/VcOn6NrzwQuUOikXYr3eF&#10;cpWFhYFFDUp/DVGiW+73UwJIp+UelNMRyajxOdvPFYzdzzuZcXwGJsa23DI9e87C6duQxTeDmd0J&#10;4DKziFQAfajwsASRCh9Gs8SVvGxGLPWFYVLQedaSmL56eY9mqSnXUjogBAyGKUlw1dzAWy86TLMd&#10;kwQ1iEUJeKDX6sRHwfuOKPFF8IwwG75OeSaUrYJUzM51e8bGVMdI1LIS7BIlnkZkR/omUx3VcIKT&#10;7TAwDzMBo7zhv0+k5cRbUN4/0id4lMnWaxjckIAZZrAx2075pDNbHWhfi1aUObN0zicaW8gSqaK3&#10;PNQ63Y8S7zLTItNslOtiWIg1u+7yDiJTjSYONQ0OCOjza0EJQGltIgAqKeSFZW3CFLaZJFPLugsB&#10;Ox6k8+tLXkv8NMzcBD8YMnulGH1vJUAa+6IKD4EPa61DwmNazIRwFQNSrChJAvbXB/f/WfC78d4N&#10;PrEQJI3YyxwYkajCUMDbDhAOqUXKK2uA1kUth7k0HwEfwntMw7GCziFu2KcCQBUi8qnk7tlUldn0&#10;v2owgUD8VGTd41BL/G2SHx0kdrGpV4FDGApTOJi42/CWbbjPSPCUh2x882yi1V5gkNgUwPPeg5VI&#10;nSPw5lmdDLbr4O8VcJRgeJtINOeCCTyj0acrq0QClTLrPIOoaZgukjOVABkJmBB9pJSwK2KYRmRc&#10;eBaThN4Q6C4G+aYOMlErDCNvTk5LRQIpjEnSu2nt1wGgS0H3RuCCarK01Hss+kzDG8w05GG++fLv&#10;k3x5vQg7F3mP92ATGZ0WECEEOkjyXbBhFFuPWIRHxIbCEigMScLcMi7mPdDnm0hIwCXb8IESsCm9&#10;OjZ6tGWqaW0eACrP1k2Vu8lsS4uRfWSuNA30A+ONNoTsPdEu0ufazgcW+M+ZMNd0A+ZgT2UQ/0nj&#10;GYkADfCvyW6w3ohDjPmbZuFGHcCLm3+hYldvEraNvwZa/LnI75mGojzoNcne471XrfertWzF0oiT&#10;IT/Ieu7JTT67sYl/nxKQEBpMc+8hEMh3tDYzen/BCsI/t4nVEA6f/JirstFLlOxVgJN5SQvhhzCU&#10;7KBgv+QHGAfWE92Bt1wdXHcHYFxtmnexT9l0Xzah3R3rbvSbzpIQIQLOZR1bAtvbFP5kBATVyVDV&#10;iqdf7cETZZJhWkwO9x7qSSpT8II0NrLkPRhoksTm6NP8/xP3pr+WXded2Nr7DHd+Y72qVxNZnEVJ&#10;lGRRIilStGR5iORYttFIkA9BI0ACBEH+Cv8H+ZAg/aGdBO3uIEDSiJ14kN1ueGjLkkhZAyVSlDiz&#10;WKz51RvvdO45e2evYQ/nvlesklpAKBVqeO/de+4Z9l7rt35DTWtlJn6TLOvlLYpqELdn4QBedUrq&#10;sWp0lHDHXbh+cf/m6/Da3w7AFdDuTT7h+pkc1oerMCj23blc4bo0YW61pMbLTa1ZDi5oWgBQAATl&#10;2wg4RQuEviYVEfYCU9ef7Ny6TcM1ZHppsvNh4InOjQQN1klKulbsTb8YlK72HkFHPQbldAKL9950&#10;n/OOO6w5De7q+QLyW+9TXY/9cZU9ArA6grJkaXUmIXHUk6owxj4RBLpvuad85hbQzjRyUYyZ4PmH&#10;9Uw6OFge9vxCvm/J1FGp44m8dF1J4lkHoA8Zl5F5dDyMwg+6bcJytMk6o+Vzo9c/hg0qGcr7cDCU&#10;4JJc253z5154Hr77rW/DS9/8Jgy7PagQ2FsZwcpoBNPZjMBEfO6G/S488MAF+NUvfQm++Q9/D3//&#10;938Ho9V12DqFEt0enD1/FgajNdffzqA36IlEN1o9UO2Hzz7tPdwXEegUUt6hda/+IvLdk4I77ue1&#10;OFjIhr1NqyykJAf/XyXBnUVBaxD28uj3iT0prtXox4/EHlzTp7M5vP/e23DzJsv1V1aGcOrMtjuH&#10;PVhdX4fBoA9PferTcO3Dq/DH/88fw6s//B58uLMLzz/7RXj2+Rdg6/TI9TQAg26frIWMmcN0ekS1&#10;HoYQbm1tkfrukUcfcud6lQBUAuSxry24XyJFFTIqwQcV1UmQW1oP649kxLX2b9kL0mUmMkpPTs/9&#10;jwcA0yHbSYCfuufztyzHt35dT8b8x0ckx183t4obJQSJum7VIpkXmdzzBK5Z5DDD4AzX3NbuQcjU&#10;EczqKbEb+m4R7axzomZ5NIHO/gFo98vu7oC5fh3y23uwmB1CfmMP8srdSH2eTPWHKEMFYsSYO66p&#10;bFgeiB5VBTG4KD4JMvdNWa8D2aADCmnW7iPgDKGiqCyAmUJfvgrmmDDbWA75qI0nhISpBvWyDRfp&#10;Ria3RkX/kbudc8t6wMDMA5MMZUOjKqEY8ha5SH2xeVwAo+HMN+FiDmqemFOU+gNdd7OtwoOv3oCf&#10;VbcgH38ApnMWbCHNgOXAACVG7EilNZmG4dpX4O9f/okrPl6HTz78MJxZ5U3NNHOaNFm1T2zLzE9L&#10;EJ0XRk7jFsC9D6Yw27kOw40NGG2fg6LPaVPIijMiUeitrLsFYOHee0GmtbjB4QJXVzOa9NU4zUPQ&#10;r+YmfVEvOLQDC0H0pxOjfZqmWf8wmZCEiHJxLSwI9sNi2m6JLE2UAKNkFxcmkS4gxd6b06bGot6T&#10;qq5nxI5A4Hg+n7pjm9HXcpSKuuOfT8bk8VDNJlC7+25Wz6FBuStR3zt4WSj11N2dlFq8WCjYPVzA&#10;jd0JfHClD5evdeBwgt2t2/iLPp8bBMBNHRlvGV8rZB1Z97wYxWxIKN1d2+1Ag5M2vaDPg0UefnNW&#10;GTi/3YVPfqoPK2sLqNCLscqh06ukWBNJRSLPM1IAqEAZ5Q1XK8/QyATMkeABBCao6fYFMXC0vXuW&#10;0ZTdYnADMBjLtX8G0fSqCcW2Z7ephJXALBUjnowqNL8ibiCD6yx4rNWgAmfVhClF9GMSXyB9gtTJ&#10;QyN2aYriQQCbLqVeBso0QGYURkmDCn443KYzeGcphMbf/2C9hMskbCiR4+H0q0lkon4aY/OQPspp&#10;vDay1ghEmglSY8XcmV8fp2Yh1RPaYJ4VL6EsKC25QA9JhiQjxfeYCmCHTNEBgUosH4rSTipsM4HR&#10;qAjwJt3NEtDkG2fDrD7VBDCPkpwDTKrCuWxLdcKdwh4hrQI0brzRTBwgJBlY/76NJOAWQZJERuoE&#10;BtsQEtEgu44A1CbIV/zr1Ti8okAWZj42DaYlT+VuylmCS4EinD7ISY4NNYPsGYmDCt9Yq2S0nVHz&#10;Q/C7UiFxGBmp+Jyxh2VODS6BOQLK4xCtzEWbbTyQ2bYNUbDE8FBRMo+fxyRsGvEnDmxREMmobbXV&#10;Pq029T2LNUjLIB3ieuPVmLYVIpJYfGtow4KpnNferZjRUark2Yc6BTo9CKWTQYX3sAtmnYFtqQXM&#10;sMlxxOAKxanyKjb6AUD0bvzCLDlu3xLzSr1/qA85oa/q1Oo8S27vSA1UKcNRxSZXiSog1BES3ERL&#10;1cK2no97TXjvbQQewZzA+BRvKa0jk5dZiHUocmxgaelEShjBA2W9DUNkRnmgnwOXmMlqtU5YceqY&#10;D1Tjk3yRsZxzyj0BLTmHvGkdZW069eWhNUDHhjGkK7eDBkAYVsqnNyclt9XJPePTaAEieKwTxurP&#10;IbFps8ey4/+e1JzNCTI7k3r8QNxnPShL+2tII9ZJGFFznFVg77KPSpI8JJLVdO1mfM4mAE0CUsoQ&#10;K6zrKkqsjEpSqJd8kYIVizDqQAz/bUsiLWBiIuW14tt3LLAm2efDEEPrBJCIoSUcmAMtBmwDzDrl&#10;cyBMUgKCGMz18Qv4fbkwAoYoBXU1HDbFB/gz/S3YLWpXf3dgz+zBI+71Rq72ztUM3ftoAEymOqTe&#10;UOKTx/s1eH9wDAGpeSjuWckqPKziE+29bL2XuE6SiaXaAhUlx9oPZoTF5xPvYwKzCj+JPRfWjbiv&#10;o4sQBiKSTBHZC2pB9jOosqHQP3ceO4X0EzharhXJXm+88xpU//YI9l88hGefexZM5epv11uUqib/&#10;4XTI4lmWd2PFpE/BSXJ0f0/6n/KXFgMXEEC4cPES9Hoj2Lt9E25evU733crKKvT6PWwZ6aWxvfIJ&#10;y1ziKbqNMZkXSRYzd906jz8JtS7BXPkZZOOrImV033x0AB33mReodOqiTdU25KsrYHvuXqFwo0ws&#10;nrJWY36CSQck6Sx3Bdm8RUQYYAr9e/nZbu8V5pfEWVqmR6tjAEp0ksnJhoIizxY1AQvkrehj4+/q&#10;jWuXZKiQrFE29I8e1GZ5eE17x2A4gG11Fn71y1+G7/3Td+E7L38Hnn72C3De9ZYIBhY0RNJSN7pn&#10;s9+Fhx686Gqwr8C3v/Vt+M4/fguee/55OHO2A13XV5461XfH3pBHupb+mR4jfA13o/nQE29XEoD2&#10;+5VffgSYc0/Z6T1eww86WGnAe7o1TIMBCXbJZA8hkI/CMi3MyVNe5OGFhps39+EH7lxevnyZVUz5&#10;FPZ2dwk4PXf+PDz/wouwfWYbtk6dgi//+q+5778O//4fvwlPf+aLcOmhx+DChRXo99w66Z6dau5e&#10;vz4gFuHl966Siu7SpUdgHaW9nR4RjlD1ibUyh6414H1aafaO9jcSHkufa1mpcB9OfVa1/Witvd+c&#10;3f94ht9Jz85HA3722B6eroER+Euf7JPPgQ7apgTs63XZpwiBm7m7oO6JhVlNGeUUdlFkltI0abKo&#10;JtBzBenarV2A29fA7O8DIKh3OAbYPQRzOCFwCMqapCidhXvtbAG6U0A+KkB1JOp76pq4aU2bDHrt&#10;ZaW7wO4GURhlPSjdQZXQdAb0wdBbwU4XLCdFLwVs3mthGLhjqUSWor0HlPH9oo9SkUm+EePsRKtj&#10;E8NsuNt6VMfBmVpSYXgPY48/EOBnIPA22CmNj5EYWriINEQY46Kjl1MseDHTbhPVcO3m38JG73NQ&#10;rj4EFmnERry+MMwj77mfrSj6Hf9uyqfguz86gJ+8+SpcPKfgi596Es5tnoLZ7Jb7jMh4M5Qev0C/&#10;QiWSAlOLt9AUxtWB27duwf7t225zXIHuYAArm+vQHQ0o1bZw79NHZB4ptVQHVeILJewg9zuyQSWE&#10;jNF4SlQVsM8yyGFEVkm3np/yGxWMWCkUS2eJJLEjZmSGtfoiNeC0rShbwqAMBNrwHM3wfkLKr7sf&#10;6ukMmtkY5pMDmEwWMBvvu/t6Sl4vVh5+rTj5uJNp6eHdwlS5hWlcuNv4EG7sWLh2YwZXr2dwOOmz&#10;ByPCAsXAfV5DQCeCjxS0huENhoEdMDqYr+OGlFm3WJoDYibqTg5zBBLchjhy16LpZdBxd8gT5xv4&#10;rV8r4My2gvH4gBKhGjVyPz+TsJI6bvQBcJCCFQtIbNI4OI6NgRVTn417D0uhDBnJOT0IJSkrAkRm&#10;Us7WwTcDJaEMpnIj0phEAptwhXzTbiUF1QhyEIIxFDOjMpUa/NolmaYWoAoZJZl/VFk+phP6NXEa&#10;vbeeFLXCJPQpuynPw4r8mDFQE4tb3xB5uZNZmpgE1pEJMlMDYoAt3n0gUug4URPJXZAc68C2I/AV&#10;GXIC99PxqeMeLjq3CQsknUQFv3FmkKkmTj91aHeCTNBvBMZOmUmgs1BoWeWhGfbsI28w4Ak02KyV&#10;I+eJ/ycWjSqKR7nB1IFhGkVhPr0oYju2JWkRU/LAVPDmux5oZaCP5L947xobQgoY72kgjZZHtjme&#10;Z1tbMT1XYYJHTZbWwT+HZWVJaqHcT1buIU1hJ5IeTqy/WiSPWhhb3CoisEt7omlCJc6gstujEOgD&#10;Bv1JyrtgeWdOku0sMLJ4eqkZkE5E+KqVmumDn0Q6Gp4Rn1YpjNwAskZYL5xvYYFwOI9ZKhSOp++m&#10;ol8riwvjbjp9UgIjyr+XTYEy8eoLARziZqTlXkzFwh4AMSlw6AcZtv36EStUJ8CJ3gdPWH9JSms4&#10;szbhASqbtl7QcmVWqSTdxlmpUkn6opEpcTstLcjxfYEmzZgxflBoiTGrAhPW+0WqAFrbE+q4k/yl&#10;4/Di5CLTszrZj4v3B29dCcLAanDo6u5DHGDpolx6L2H/ZBLa5r2mxJtSiWdoS/pMWLskhiq15BnE&#10;z72vBXyjUhthDypeb/H1M2TmeA8yiF6GIb5H6RPTiCNYGTIfEq8fL99us8wYaEm4dYm0PjZkia3E&#10;UngGLIEY9zISMh/BQEjZttamHpP+eWsgeNFatdTItF+z9ezcozmy6l7wsZV0de/rxCAxDw7VMZQZ&#10;7zWUvllfGy85UTKbQ3Ztk0ifrXjsySHjms4WDe0AijAQCyi2Zq9d8ps24X1NSBKFkLRomuMNN67l&#10;KNdbGBsSjvF1F+Kti8/PGH+w34Pbgz5c6XTh4qAD33M15hPu2Zm6HuXBXhdO6zGsVHuuXnd7gRJV&#10;QABKM2LTWPKNY3VLjQ2vKw9q7G/qhuq6zHsTGx2k5HhYjfH3dctw48REWC0JtCC1o09Vp5BFmSJp&#10;sYWhjHPbEBCA5Au2hyl4gIm7cVPx/ddYClpUAxzIu55gnsGkcjXzlddg/Bd3wLo/f/zp58jiZ+P0&#10;KfeaBfl12aaWmshb/dwfe2n565mOYSseFNKiSkDG18apTfIXH/S78MHly3A0nsDpM9vE3CrdtaFe&#10;w1sQkd8ie3Hjno+sfYUy5ZUM5q4fQ/82s7EFzavfAdi74q7JjECt2WIM2e77oH7gepRHPwnmwoNQ&#10;nT4HqtuDbq7CfR1NQNpqGHtsjTiZWevBTQvLAQwaUjOJlHlnbSoYNL8EACPKbhHw0hL8EewB3K/Z&#10;bEbBDQcHB/Ssrm2sQw/3GhBm69L6lrL5Tl67bZBpKhMdD7SoiJBFiEQQXHuGrm/Ffuvp574AP/7h&#10;D+Bv/uob8MTHnoTn3N+RzYf+b+j7hoD7vKphZXUN+oMRrG6cgitXrtBrLaoGhq7vwj6NLCzcc5zr&#10;JHDOtocMVD9qfSJo1PbMO3kLWGZI/qKhHsuDPWJQC8PSBrsDURqgnU+eS5hKnoTXAMyqGSnhJuMx&#10;/PT1H8C7b1+D57/8a3Du4ga/rqsPrl+/BS+/9DL8q//1D+HTT30Wnnn+Wdg6tQb/9X/zX1GS8Wuv&#10;/QTefvtVuHBhFTY2193zNaZn5WB3DO+/9ya8+qPX4aGHP+O+jsB6j1mGEgjGwC4rVchv0TA5Q4uq&#10;aBkAP1nuf3eY297tQtwXUHd/APj9XJ9jTh7hGTL3Be4uA38fSQg+IWs737l6ixBrLOa6haIw0bLb&#10;EGiH+Rdm7wC6e0dg37sMow9vwOLGDkwPdqHnLlZvjA9dDXWfF06N/n89SXyqeISihl0o1nPy4Mt2&#10;54Bc+Fxb2Ufc94400X5zZJeNRpCXXZ4w4caHstOjCWQLZk3hRoG0Ui2dHCG/WAg2Xo8uSVnemwaP&#10;oxbKvA/0M2KGbNr12In2iY1q+YTbJX8fkxTbLZIg0sKVUCwtBzJonN41EG7smfs8cwxgHRVwZU3B&#10;xx95Gl7+4Xdgr34ZhuMGSv2Ye5EuFQg1mmfjA6s7LBtEea57sU6+AbP5Orz+xg5cv/kDeOaTZ+Dx&#10;S09Als2gqKcwKBcUMNGgf1+WSaOnRDLproPb0BfjW+567pA3V/cqB3isbW65xXALesMSOsMh+eGp&#10;EIQgiWkGrz1qq2f0UBGg2OTiIcKNmxF5NcDxtCAsYPLAzOuKCrPm9NuMUVZOmvUgn7SHGBriFrRq&#10;uqBFuZqiNHkM48NDmE3cr+kBjDEApqoI4DTBpJg9A60vkLHIomlmAXuzAm7d2YebNxbw/ls9uDlB&#10;H5aM2KQmN1DgMRKbi18PGVPMGJwL6MEgmc09E6KCxRHKnt2zUl1z37kCTbbOBaRrqvraFQWuKHr4&#10;AQ2/+9UObJ7CqC/jNqaKPm+HPrchc2CcQKKcJDcq4HzW6ijfs1o2Iw8MWWIVMpCBHojInOzF5liY&#10;XAS6q1IalrmwYDHgRYAuG5P4GOTVIb49BmoK0y319fOJRsQG06GYIR9HBDd0lPQSk82HbSjvqcP+&#10;eeTbJ01dxCNsSwLCx+yhPSuSUy9hSvz5hBUGNgaGQJDZ+rTICEKRmxZJMb2ct2bmFh4/DKWB1FQY&#10;I8uC5IKmCU2k8t4lBFZoafhL+Ri1MNcYLGtM4sUDMWmY5TWRXRxCF5J8AqXEJiCk8eHsusugO05A&#10;ySMOgkE+Xl+WrEpyGk3ugST8KoEp2T8pFwkRhNALTrSrkxRTBv0VbtoecRZwpElAEJsY68a1QIVg&#10;H7U0XdEBSCokfdHLVppwjgi8t1rA5YzWM/IEzcTnSZ55PDbiITZTltfbXAJtxFDeNjE4AD0OaeDA&#10;rVNNDWMh6a+KGiAuvpkdi5cci1vy9qybwI6xYQDi1jDbETCuoucM/WdYquLZsnmUkSoOygpMQohM&#10;NuuT6qCR51BRkJEH1y2YEKqljjvxBd6ehrS50CFVNsHoQwiM93UKjT7trzqy/AJT26TC/jAds/57&#10;5PNoFdmAxrM0JMDAsjaTj1ubKNMzEO634GMUADUb2U+Skuu9OJnBHzfrFhihQTzGojmzUkv5IEEq&#10;1wZAocWaFIaU/wyJ1yG7Q8jaZ6I3IEt3NZnfk+eSN2cwCYQkjIJwKm382vJgWt2DWXBSfEcAwyWY&#10;gJh9yDy2TeLJaIMHIUASBuT9waww/Txz2N9ZKgFyVPtgo8efDaxVGwIbxEZFi98VBjEQg0w8NJHt&#10;75tAzwReYsiENT+BtbRKPTCTG1xZkaLrpOfm5zoyGnUETG2EfT1A64t1SGuMwCqzJzbbNqBM7b3T&#10;+68dB+zEdsarGXygmQfCU7zeJH8RxmhbbmwjO0oYbd6DNfK+om+1D+AJLM4QplGLRNiIf9qxjl0k&#10;qZrGZXQ+hGVvZC03QjGl8ZBJPckaGWYxA7YRiw+//wemDjYJbCxOXtVYE6YJxMS71hxohABFJTIw&#10;8tam4A4lA5k2AOqHPv45QGUNcsMx6G+xmNB6/YGrW2+72hhcrbxw/dHmnQP42dzVoNtbMO5huNwd&#10;jMKCfH4EHTikPYQUL4b3N+OZqjhYResj8bTA60JkhsYEFn8Abb2vZWAGR0kn1QF+rwh7lQ7Pcat2&#10;gBj6wF5/qB5quPaTdYyCF40EbWh3Xucl7X3oqZV5exV3jHXGPtl9hS5MDRwdXIdX/+6bsOvqcUxP&#10;RaJIf7hGPUXwFjX2HjLG1F5C1hcB+PQJP491AN5XlBzq6vOO61X02pBujclsBteuXKF1tsCghvV1&#10;6A8G9OzR55AhLg9A+fnLcSDVyWCMQztkqZ3NoHDXsfqpgfzolnukDtw92IG5Oxed/Rswe931we59&#10;MJyyWV2HRYmklgHkqMLS92YCHQP47QlwwlLogkoGru2E0kR+JoY+vyjj7BjAwqyT8G/4/JFialbB&#10;4fgIrl+7Bm/87KfkD/+Jpz4Fjz32GMk+bZZFeSm02TJe/YX3PstNI2sufI+quUZG/3e6/yzJtSv3&#10;PsgOQ+IFEmYwV+AzTz0Fp0ar8O2XX4IV17c+8eQTsFae4n7XvXZelrQvFe5tTm+dIrZnnndoAEu3&#10;dLUIirIm1HnM5iO9UnKtvHTXRFfjE8Cde4NB92L23QvU8eAv9zhcX+BaiD6albsv58IORWutTq9L&#10;ASYkP5RhDV4/lL2/f/k92N29BT/4/mvw+EPPwMUHRrB5+rRbi2p6vrrdIZw+fQZWhz34P//kT2Bn&#10;bwd+9+u/55bAVfidr/8OPPnk4/Ddl/8J/uLPvgEPP/QgjNa34HB/zz1/78Nk0sDTn38RLj68DZub&#10;7tlAhhDaINE63xWVHPfmEubNCgG83pC1CFa+bjsZzNbHgD+9NPb8+e59cw+2Htzl/dp7ys/D0Lw3&#10;4HeSp5+6r+c8P7XGKUWZuznsoVvIbt0Ae2cX6tsHkN+8BdptZtnRBMxi7t6ocq1kDR3sf4qGCBC4&#10;aeqaqe4oi9SGQbJytQ+Ne+B6aEK7P3WvUdEmpgbsP5K5B6wYuYV3pQtQ9rkRc4tyPanQGdJtzuxd&#10;V7gP1mRcSpo5b/a5nwaSRVMjky5FDAycWnn9OiLFfqrFDYBhibKQMzJfnNYMBFoDLdNmJJZVtTQH&#10;SQVZS5El4sDYpBuut7DRzUlRpWjTKdFDkBAxTcEBjb82VeHO0xqceexBuPTcJ92itQn/4eW/dYvO&#10;VVhMViFzf9dZn6VgFGBgSJ7XkHeiJsNgKqjcgrY/XoFvfnsHXnnjFTizqeDxS2fg3EaHo60VGsUb&#10;ovEW7jiQqo5FGMpZy3JBDx9Sac1iDJP9DKaHN+DOjXW3OPTdZj2AgdskC7eBlWVBXokYiEGhrQTY&#10;Rd8UP/BoAmNHy1SGmwadhAQ0rpjAVLNcmxDiANLce584TBKmK20qAu/QMLSqXFF1ULljPHIL1QHU&#10;lduIZ8Zt7If0fXgRGvo9MmTIMwuBPjQbce83qTTsjS0cjGu4s5fD7g7AtdsrsDtRBA5B1vAUFBOK&#10;RLJEwLTpyrIx54ltcNziFDb0J4BmBtXRDTicvAYLe+iO+QB63Sfcz7NfI4LAq+7nz65V8Nu/kcGp&#10;7QzKokvHnukBLEiGPYWyx1502DBlNgIjxrvpBVmvTcIcuFjDsBFQI57CZyVwucqeJZTWB5wYl1kf&#10;8JGJr4shzzevLbTA8o3wd2VjByWMO9/okEWvTZNgjZgzg6SCyZTeNuJfo5i9ZbnwCviG9/kBBjMa&#10;Mb8ng16bi8lyw/JpApZrL+oTkEkWTPIRYg8qY2MVZVpsGNnQCfwuuNnjVxE4w0TJq4BXJBklMFVT&#10;od7Uc2E8LYLvHoGaoTHM+TioQctIguZZRT7pO0Ng12hOf7OcLE7BO0YkocIEJj9IZSU0SEkTKO0Z&#10;skoz/4xNpaiv5D0LYXgeuZ/pUfBNFlJTO8IO1AKSsneGFdCSmUzGcyL49ZVMDy0Hq9CiGQpBlsXQ&#10;BF/5xrvhNG5iRXrJrVw1rVoySJLUEMDP36uFNSyIs9zrWZia4/EiCM/AUi2AshZ/pzT8wibyNhZo&#10;Ic0aQXxqJtFcndZESx5MGaauYaOMad0Nh1A1dGxi4G9y8Hw9ujPyTEKbMvpzVWl6fhdNI81vybKK&#10;3PAwxLC3SvCh8qwW3wAEmT5I0p8RtqYOLo02QtvHAl50AvjFBE5OGubwGmFaeZmRT8dMBLtZOuGS&#10;PSuseB50EzDXF7Y2SODlfW3C+vIgd4ASVRjSMdgh8ULoqRQksDZpXBPfPw8gihyPvqflMRYOkV9D&#10;wEcDS7LeOKMIQz0dbAqESSVUOL+M6GRUy9YCENN2VfsFo22BYmdZIoAbkoFDSO1sgoxUax3WWDan&#10;ttxwCIjsPQ2tin55MYFUmKbCXqewDGkEvDrDN89GiXzXGjkO9iLCxh8T97DpUSHYKAthRBhYZBp/&#10;T9lAneOvU4SMDE+ErSqMKyUNnSKj85qTMAW4oaGPFksFEwEt+iiZESaSf31DzxfWQpkk/WYq5qvj&#10;e2XC5GqC9C016YmAvEqCDvzNgkxbn5rcMooQSehyUEUqG/X3KQ1G79GkZeDvdSWyVZaKZD4dV0B/&#10;9hTjoLnQz9imBUCHkKyEcavlm40vyqxJgjjaicMtgF7Z6PMnSyfvlY0EZ8hrGlnHVJJun3pWyTrW&#10;KGZFk+WHd2JVvDaSHA+0+FVq8fVjJjY/yg3dN7gv1taHvPB6g+ED1u/QLS9L/mR8z0o6qDGhQffr&#10;EodWaGLyzXDQWDdix8Fpm3ifoBR3gYM8JYb/WQeOXA18+4GLQE3Qzh3Yu3MEs8kchtvbcGVtDQ7d&#10;HtR1e6rraGAT9w9Xt3ZdTeiDrGh/Mgw25pQ6hz5VfF5w78gNBkIs2N/Psu8oiARYCUOZAErj7Rxk&#10;CNqyO4HgFxqi/iTMxwIsJWJDwsi3BIxaUVzQ7YxrVc1n1WRs44HrM96BnRITPGuYVhmMVhr3UQs4&#10;3PsQLn/L9XuucRqtDGGzKagHQu/tAlPkFQdpkWaF9lFOR/bzSGtUqG1CAIJJ3YllUCd3baEYSPUD&#10;Eq05uG3k+qpz7jUQ3Lh16ybcuH4jsNTRc4wDT3K2cPEsSgEXcX3q4Jrbc+vMJtqBPASldp3v2z+E&#10;4k4T1CJYv3Zmrld+53XQ/RGoC+7crOFg3/VoHQ7vorg67N2gIs9jvxY11qf2LstY24xiLc9Xy7LY&#10;W28oG2rx+FLZzw3oqaVhmEpBBwH1VZqwXRsOZZlXcOXmLbhx5TLs7+1RDz9a6cPVKx/C6mgI6swZ&#10;6PYH0OvkXFt7Bi2d7EaIIVGCrmSdkrQYIWZgmI3vC7KwV2S9Hv1M2e3QsfQxgRl96Msu6KKAf/r+&#10;92C2WMDHP/5JWF9fI2CP1lokCGHyq6sxV1ZWJBycKeCZknoUISaxJvLrjWpnqNGaQN7z1pzovUY+&#10;6x4YD9Lz6A8aJdpxmHofBLTj/6FyxO3XBa13Bo6OJnBwtAtXL38IH1695vriKZFiOt0ubG6cgu1z&#10;27C9fZqAUmTc4rnE8/fDH/wQvvXSSzA+PIBHLn6ck43lmcBgypVRH/q9El740legNxzBN77xDfjT&#10;P/lT+M3f/h248OAmbGw8Bw89/Ci8+qOfwM7+Htza2YFBZwjbZx+CCxcvwvmLZ90zOXDXpyM2BWil&#10;IbVzlod+wj/bfmjTBA9HEwIeW8PqZSZ7Y4LNSsqOVdr7TKtjUKFKwoE8eG48mSVhEPt/58FDfBUl&#10;ykSd2rMIEJ8FC4q7EMqUOhGqbHn7nmATchwTbLNFQ2RfAlbm5b/9U9C3d8Ag0LeY0eaUu+YJA3ez&#10;YgFVyZKKsogsjRwNSNEryW1STWWJDUjSTGz8Bm5RH3bca82he7QHDbL/FBtBqm4Gpbvg2j2oOT6s&#10;eckyODS6rY7ALhac8Fg31GhgX1gbJSeRi2WURC08nRsvfaYC+8GIVxiFbfgNQyLL8SsMRHIDT8dO&#10;T6Ui3/0gEZWC3RAPw7KiS+S6oUnK+HZbyGQSe0WjARIvfah0lF0RMaigFYAAlh62fuh/tzuG1e0C&#10;nnrqMwD9DfjsM1+AU+f/E3j1O38F712+Dma852qKPnQ2LkGeo2mo23DINN8XYiL5wYN0F+EIBjA9&#10;fAhu7k7gjbcP4fTZCk6PDt0D14MzGx1Y7Q1goSoCF7BBogCQBd8oC2CDzqLUXOTMJzCd1G7zdk3q&#10;5YKSuvKyT9MBCswoc4ouzzA4o8hDyiSmRJEfn1YCwpowTeQ4b39TNqGbwutN9GODGy0Gf1RQL5Ba&#10;PMc8DffnCcynE6jmc2JZVfWYTnJD/mRTSjPMsi6bo9M92uNWwxVn42kNE3d/VYsCdncV3L6jYe8A&#10;4PYtV5i44oRSxyyDTjRpJvYKJ8o24gOHCz/FYOD7kfH41N0cHB5iywEtWjmSEapdGO++CXvjn0A1&#10;u0I+LAiYdrOeu1csHGYL+Ey3hhc+VsEXny/g0jmAsjMhKA59LxvPhnSFAQKwxMaEyGayyYIT8vbE&#10;kyWWcRWHrZAcsRbZ7IzOETZrWAzZkG4b/ei4cVSJrMDG0jlY8aik/dFtxotKfd/Ed0tM56PBvX+t&#10;LEo4vfcMNTVNlOj46X9CN7eSwBcYJfQ6/trZli+SNTEVDLx/ZDDR9Qb6WTCeh5bPkaXN3EIdGncE&#10;2UEYHSjPJL9G2rMagTo7Inup6BookcuwBFJFCbMyIXRFiywNpbS14TUNwaZGfMVC7oNIktBDTghQ&#10;MVlKNk4lvk1W/hxdkBbiDagkEKeSNrxzbPfJhMnhr4uPyfDpjVrNpXjBs1bKJheLFCrU/VTEssSO&#10;0ooZ7qRGQbXaTJ9yHM8LTfioYF2At99VwXIegken1iKntgvxzTQQY1/9v9nAAkOAE8GNDBOwAVPG&#10;OUWOhkwhaX0RJL14Pyvr1pT6iPw1Vb4hkjmgJHOw4tWWSDW1Zqkmsc+RTa0wsZfBTQxNWaBXSsle&#10;fpmWgFAj8muITFrq5ZKQB7Ix8J83KRgzFVlJ1kKUKidXP2BY2qNfOjzfofm1bc87BsB18CO0EKVF&#10;OniIqcC4SxlnzK5TrURvSOXIYV3xXoIg60LDHlIQw2pUKm2S1wxrgkoGfkF+n8iLW7NWm5oPRFmz&#10;bXF6RBbdnrBaCy2vwiQMOLLTBFwMub8CFJtgCC2y+/CcGgI6cref4zJNwBqCeyTBYYCemAW4FhgB&#10;WiRploLSlAk8LPQja6zUQyp6urActqFGCcOs2LaOC/sgvxW/XR6MeAsAQ2CfZycTGA5KJMiWmL1Y&#10;nBOY1nhns4Qhh2t+YMtZAbSbluyLUiJBxaRICewKHsvivRaThmWfElDI0gfOZD034FPXQ2iFyI0J&#10;5JFjD2t78MISOVor7ROHN3IfaRVWH5vcc2my5LJsGCA1DD+JHWBaZT2/TpNI7lXQrJkg+/QFvo3M&#10;SCWgvVlENnHw9Fvy+NHRwlvLfd3IHm4CKyT1+UvomSmTnp5NFVnzCWuUrr0RH1kTpYpRdi1nRyWT&#10;AP+ZqcFvwvmme90nyBKDqCFpOXlDQ+I1GRc9vs+yjO9HSTq3KiC9DKamgHCyLs7As/d4rETG+0rz&#10;LilAe97MocoVTIYrcH1tRBtz8f4NWBwcwGx1CHBhE/LhGmy7l7juvvZPbm/E+vpiPYAz2NDOdtzx&#10;T937zAWQ0gImNFJf4eCwoIadEjRrTpy0jaxvgfnIgz9KqTQ2VILW+KG2lvReOXeJx2nwOlUm2CwE&#10;0NfbotjUuEAL4FiQXBd7rxwDWdy+ULvXyC2zcdx2Rr58qM4Z6zk9h4fTG/DWP/4DYRyffuZpqB9+&#10;DNa3zkLT7cAw42GyUcLKzASONPYEc4LIfouMFw/Gm7BmxgAQFfZADCccra2Tx/dgOIIr778Hl99+&#10;HWbjc7B9/iIMV/oMsAq4V5QlA5wSRke1DZ5PJAKePQ11bwS67/qvn3bA7FwD3RxhFeHqg4WrpHZh&#10;8eNvQrZzA+yjn4T69BZ0R0NoXH+Qufefoz0CHpOrDxaubkC6BtZ8NDxUx1l0YSPy4MNdZIstHED9&#10;Ygw+9oI3EgTi9bKagyGVPJui+sHedV7N4HA8g1u3bxGIOp9MYDTahAtPPQora31SOx0eHME7b7wB&#10;B/sHcO7CeVjb2IBepwzrlkqKerMUPAAhOCVlRdljzGQPvqCyAtNi8d8Q0Fp19+gToxXQ7nq+8sPv&#10;wcHObXjuhRfdd25C3/Wu7LXHn7PIspZSyUrohvU+iaBiQIqwjJdPvn8tSPxXw+BTrl3iCNFS/93L&#10;8eF+En3RKx8HG7PqCA4ODuG7L38Prlz5wN3fm+ShV3Tdk+t66du3d+Da1Q/gR698n47n409+HB57&#10;8hOwtbUB2xfOwle/9jWoqjn89b//G/j+j78Dz//6F9xasgOr/SF0yw6RhfD+OHd2Gwa/+jli+v2P&#10;/+J/oDrjv/zn/xw2NoawMnyQfP0w/MPQgI5DXlFKTd74ngdpZShGHtdmSS6eMOJ0IoG/D3Zc2KeN&#10;PRHwW753WtWwOX6uA/BoeB+yJ7L8fjmemEHR80tg4S6/bgT7Xv8uN6yFSChKd1O7hiivmBqeG/9w&#10;CjtHkgkXwDqmIhe5g3vIeut98qFr9iYAt8agumi4rNyG4H6w6xbTUytQrK+SnHXeMBVMTeeUoGso&#10;7MHQJJdGurlIQqWsqBF1p6+r4O1kK3dM3UI85BjIwAvdaE6V1T7NyrCPAj28ZUbyU6LK12x+SwtO&#10;5T57ESeZTcPTFGIho6FrDXTDSogvJzg17PdgMmGl+kVBvCbxF7L4EAjEIXtjOcKbGHbutSf7FZQb&#10;OfTPrUO3fwZuL/qwvjDwyOO/CTu733AP7xjGk2tEl+8NNqDbO+2aTtcgoKZdW6Kn+wchdzfiwvL0&#10;yJY9mNsBXL7RwJUbBro/NXD2zGUYnvopXHSL79ZgAJsrq8QQzFDC6YoLAmNJ8pZBZSpa4Eua7jf0&#10;NWoI6glUYwW1oJhH7n20kZANxSb3OGnAYh4BPw7WCLaJ9HvT1DJvXLCnWaMJ4FvUPHluSCLSBDlF&#10;vpjSZ63d3xGU8yErOmOm4qLpEdCJd0rVzNyXB3A0zWB3fOjOfQ03PwTY3+3CtdsF7I05WRV/sCED&#10;VmFmup/JdCOSk5oKEdoAsakhXzcMJDmCppqQ4SgWtN1yHUxn1f1sxz06CI9OYXLwHtyZ/tAtvLfp&#10;2PB+rBDIxuNuKrgw0PC1pzP49RcXrjjsugVz4u630+799lDnLfHkGUlYeTjesK9cYhxPfi7i8aSg&#10;STZB3piZCl+Q7CnTNYFtBiYyvSwpkINBnIzYTAja8E1UtMAupVT0BBE2FYfVGAEH9FJTbcTrzEvb&#10;dABwQsMgSa4MUrAkkR8eIyCaThoXE1gZHqAjL0I/EQyM0lym3TZ4X3lJnkqSPwO4DN6LRz5TSsP2&#10;aYxWyVRZmG7obxgkgjWBklbCMAhQpU9dUGOAUzQEhwiAhyzImhnUalqgqRVQTcuiEyZAnrlsWWaE&#10;h0QMWKmSKGHMWgFGLKhkzqQkHAS84yA1hDmF3nBRPKeUWJaYWgrASI3kNQmuRXKltJwLCM6ALUmc&#10;DFPYd0uRPFgTuNtE0MFk0XSl5fgmTCwf/qG8L5KJ3n0kR/bH50E7G2j+ZF5Oz2cWwWk6hlqSY7lI&#10;9UmduGYQEIcpb+jFhOlj+DwolryTrIompVO3xh3Soo7enBUCJHQ5ag7WgVwar0xYoyrx7ctpCIPP&#10;/qLmY83oOZ7xecAQJHalaEnnYjyHFQ8ika21PNmMsE8ZDMnClfaef4lVAiyNomWNMCah7Ij4VEt6&#10;dpSyyzMbdAkq4RKqVoEaAEEFrURde8x0zgYgwWovv2X2Bvi0u8DCNYkUWSWBIBDYLMZCAlqmnoMq&#10;MPfomcX9MExobfQRtDHNU6kkdRdUK7k3MhyiCtTL54InJXmbmmgX4AEqG1NwyeBdmmzyjC0L+joO&#10;x/Ky4EMpu3SvEAMBpTjzCqaLitYAkjSidM6YwOg2SZKsZyz59EBKt8XANfBKak4QxDoB0cG8kxHw&#10;nXmvR5T/NHMymccEXvbbZYYP+q75UAir/RpqE29HFVhvIZXV2JCaS09hzqALhxCxPIrkUh5wDBI1&#10;eS25iVqcJT/YMlwrcIIuCLuX0ykp0CsJctInSOXCvUzWKN6fL8pfw8BEUg7ZK1YngJ8+UaYbmH02&#10;GVQpfVfBTWDLpCmUuGarVNorZv8i/7U+Ydc2rXWfJwewtJ5460sT83usjXVxAkay8X0jzMSoVDmW&#10;RpwQJG0igTUC9BoBI9lnz7CxOgHSAkDFpIGQGJumFith7yhhorqbJBxrBjG8Ym7qwE7W8vz591cq&#10;svma1p4jzNogR+Y1sbFxhatkb83dvjVzz8fINdNjt3deGRSws9J3O0CGMhA4P5vBe50CHjl3Bt6u&#10;j2DP1eib6OnmXuNaUcKfFKfga82K23M61AMV9Q6l1zITmb3ItM7DvlXgXiLJxVaYY4aID97GoRFm&#10;VDvsxiYUZmsjw5rAGm8j5Fn4BIr6wR5Icm8c/hghPBix5wAJ8slIApJxqaY8iT8LtSD6jWPd1FQF&#10;jN0ZXMkbmNkDuPztb5KPYYPnoFyDNTWDWbHu/uzBPSO2rKmrnUnAHvuREjdi2IiBPzJfaXibafFr&#10;RMAvg57rD7Nsza1hF+DalXfcrw/cvyMrbA36KP/sdsT7m9UmLFGP1hMGWaZuHbVrbt/OH3IlwYL8&#10;1M31d9xhHtKQXrmerWhugXl3ip477vN9zt2fridb1VRiZkgKMAX1AdrrRlLq+UdIBFPA42SZZ6Jg&#10;OBH0M3cBJMRURsDSLMvCc96IWo7fP6eera7nrgdqYG/3Nnkh7uzsQXcwgkce/QSsrA7cuSxoz8mL&#10;NRj0R1C7vuetn/0MZrM5XHo8h/XRiutxu679dmv1Ys7+4ppdNU9K+Q1AhVYnAjG0v3irDUkjploL&#10;W3xXYz386KMk27781s/ccc/JK72ucxp8sRWLjSx68eFLvVLTde6jYKZ4bAJaW7uUhGqT50sH1pW1&#10;cM8Arvv5D/GEpjmA6TyD9955H1566Qfw/AtfhkuPXYLts2swrwwNYB9/QsHR4T7s7u3Dt775D/Cn&#10;f/4X8Pgbb8BvffWrcPr0Fpw5cxZ+7/d/H85tX4D/+0//GF75wY/g2ec/7c5XHwYlDw0xuBL3mWF/&#10;Ex577BH4yotfhZ/89DU43G9gayMj4J6GLSgVxjWY6gvu9bRcayIK+OFCK2jmLsTFZTDrPiWx+iMc&#10;K1OmnV1i7qV+oMEvUwuxxETlmEruy+X7syWtN/a+jjXtkX4Z98WJaoL/dnv9D1Bzij1X0biFHX2A&#10;jJFEQaI5ibFzUEOxlAw3Y8N0ej3oQ2dzCCVOhO8cQD5HbyINHXdhc/e18uIm5GdOuVp26BYBt5VM&#10;KwL59HRGD6FyiwjUPEHGzQh9ILD5aHyilNBraUpp+OuGgj0KlmIhsJezhQfeXLpQVPThZ9J1ZNw1&#10;xgYWRj13F24ujYJRYtgvUlRpdLxcR5noj6U8Oan2HoBcZzXKS2HkayKV8etwkyzQjU/W6ilY+92n&#10;YVefgfkMAYJtMHP3UCIQuFcSC880E9d8ztlHIyvdQzeUyPnSPTc5ecBZYRFgE0/NBEkFpeh3P1O5&#10;79kfr8Kdm6tw41oGt3csXL1xALcPdmFGiHXh3gODAnqS/JVRBDfP83D/asSkGIJ5KkqDKU0OgWLF&#10;KZkNNufIu0Sww2I67gSq2RHM5gcwXxxAVR26BvjIXeoxLBauLFjgZ5tRc42hAiylq4gdRb+7zz+j&#10;VOOMmpyGcGBNBe90kcHBtAOTeQ8mswzev2bgyk0F717R8ObbObz3wQDefqOAdz5chZuHHajcZkuP&#10;HbkLFywVy+S6a7GVbxgcaEQuhj4HjTvu2fS6W9DehvH0PTicXHWbxiGUegTd3oq7zu51sUma3oDp&#10;5EN3z/GiB2ZKU9HcFRtltg2Pn1mF3/jsDH7zSzWcWs+g25m4RRo3yAmDPQisBgbEjMDD/Z2MAl0w&#10;m4QmI5oTq8l+kRKzLSdXewmS5kWUfORUPzSivJ4W9Av9RhAcIfPTkNaWibdPBNKDDEQZiOb2XITz&#10;MeaRVq2SpDURAFLxrwx4gp2f6tkk8xPAJIu3jYxAFQwawsjLBhGBimwEI8EeVHQuhHGixSNLC6MN&#10;EhmnFLHiS8MLay3gYBYYC0rASJVIH5X45nnPNgiyvUaAT580zPd/THE05I0H1gOi0Swci32K7nCf&#10;8foV9oYblAAdDCzKgTwtcZiS55YKI7rmGesIM1qXrSfhiSxFgJtwrXsMfGjvKVUwMxJZfXKtG1sG&#10;H65WXmaQcAnzQIA/vzGSnC5j4IkZtV5mVLcBngDKxiaUPYO8c3jDe4wUA4Y4Fh7GqrhAUDFdEUIT&#10;bYPHU/AADNJ670dko9cYz/El1VeCAIwJSbUIsnACKK6F3Hjn+Qol9pLXJ3pyItvQik8nAue6CMAb&#10;mUeLh6YS9gGlmIs3X93wM/T2lTlce/MqFU80d9CeWeuBIykIhR0NsTykgnwhfoxKL1eiNpj4p2Ce&#10;r4+0T8+1yT9C+v0q2rUF9o4KWEiQnvjvSQMLVFw3oiRFBTkytBJt/XEym4+SH33T6QFQm/isqAgU&#10;Bu6HUUlQjJbT4EHiRqT+vIRoWYcsRL/AFLqMCWhRBOc9FWOxb5OyPQK04Wdk+ECSZO+txaVTTNAG&#10;TmrM3X7c7fSg6KB5eEnMD2xKUe5RuqaYwD+3jnXQasOtTd3S/dl9HX2V0ZbEJNxIshLRWWhags8V&#10;WZC4PaaQBtY0MghiWUmh0cxew5ar2U5vXWRpDSNj7n0KsVXQsiZaqSV4DST/H9E0+X8PfG4Niadd&#10;DLXwJ1hp/8xnIeHQN1gs8YUgiUnzjtOFSSloC1g9Q0TJvhFaLQHfddFinPPnyFq9mApoKZuE8/Fk&#10;URovx5bKr9rJy6rlNaWW/HXi1/0QLPqtcQq5Z2NHmWnLiFxlAXxMefcEkPugFA/4t4IyrAyljtNJ&#10;0h4kMHoSj7CUMRj2f59+nfgFeNDMhMYoi16MScqvabEXUzBHRyZM0uh4IJuHgBDkfnzfGApaaGRv&#10;I0aOHwIpPpaaSngOiLPg0+shMN6MAKNY65Pvm7eaQTYs1YILOoixe27fHPbhzqlNMK5Gh4NDpDfB&#10;Xs/dV9unXO2OA5wO+fZMyy6gjfVpt2kfuuevzHq0vnfRjgP3clTO4JBbrrsWAoUNubqylghz1nsz&#10;28DKC4kkQX5KLLYssqV8jS6fTlinKgwYuf7w8lAVpP0Q/DAV7VWNDFx82rkmCwkedqo0dM19BrQ6&#10;wnNI/U+TUyWE1hqV+9yTm3swnhzCqe11d55WqXfpkHeaJMqn8lDvJ5h49h0HwZa+ZgX4SVij7VRX&#10;9oTH+6TTGVKftX/nNku9XQ+FFjr49cyte3UdZeR+gFGQOzcPrhsMUkE1k/uZEocUhzPI6znVlRUO&#10;GfE+Gh+6c+Fq/mEHGvc5SVehZKhFDmQqDHzzAOSp1i8PYKslzEila0zq56iWQDx1HNS7K9CQPPve&#10;A9unqivyf7MUvrFzeweuXn0Xrly55noiDdtnTsPDD1+EjbUhDEcsz0T/O66bMlKAddwet7N7B+5Q&#10;CGQP+hh4IuEaMShJJ0zpxG9UPDfb65RKwrvi0IaBP80sUQKneRCLoN8GevOhktDtn51uGc+jVx9o&#10;tTyhFGsTL4RYVsqIrFertGhg1loSRiWbiFhSLSUnw1K9He7Z+w/piIesyWLg8GgBf/83f+Nqi9Pw&#10;9DOfhjPbW+7zKxgNetArewQK9gZdkrefP38Rzm5vw9tv/gzee/c9WF/fJLuuldVV2Dxzyj2fGbzy&#10;yo+h1ylgZW2VwGpcc/AaE5mk5j4HAz1+8vpP4ZnPPwPrpwZig5HROoLn2/vQxjpAJXUXJIOG4yB2&#10;6/5OmPX3ysNQJ+7D6tivuywtx8BelfqkSx/lrYfULyHVV92nH+C9fPyWfT1P9OzTJZPzWbcvJqVG&#10;en+5UTVtOpLliN+DLA68oCs9KPFBxw356MhthFMyZUV2Q7Y+gNwtBKq/Sh9oMZkRMwoXxJyan4of&#10;74VlCWwpngt4HLUK2ufYpGACbU6R8Oh/lpGsEsG8jBYfBO6Q5dFUAjCgvwROEXKWDCqKV9fCsrM0&#10;NYOSNFcyqXYb8qwSNoVbMPA9hPAIArTgJldLEe8LW+wVGxMn+EJmEkkD/3ud3DCN2BjhBqmnBlZN&#10;BRcvGHh/3gXj/nGx2gXYHYM+sw6j8in3oPXgaPcy36TkJzPF4ZE7zBl9DeWrVlJllV1Qo6pMj4tU&#10;xFDdv5VYYrgConKL8d5CuYXbXcObC5rN5fYQ+p0aBsMK1lZm0O/VboEw7pd2i2QJaLfQwZTknJsK&#10;nNCD5rAGLDJyKwui+BsgQEwTG2MkeVBaRJPHwpAa40JSV/nhR+Yekz0ZQMJFBZmL6Bcwm1k4mlj+&#10;/Wjmfu/C4biAaZXDeJbBbOL22KofCkjyU0BZMXnt8YOzwOKoxPFEJTJSZGaGeERuELWY6ruGGv0L&#10;Z5NrbkG77c7pHbfhXXefqyLJcdVo2G3c1xe33Xm66O4j9jAcnH4Aes05qA6uwWEzcydOUQT5117o&#10;we9/zcADjwzdgjlx160iNiWXJzWZ+dI9hHJQYQwg84ic9jy+YSOwQ96UOm44Vgr7IBIiLya8vkUo&#10;mP2EME2A8qmGIGwwvodlUmprKcQ968KDWh4w9yw6T+lJ0nS9Pxe0k26lwqbNubYMYPnpcPQaEVaY&#10;FOpK/PO46coZAPHppI1PpY2bStxbVUgVZgDG0HrBLI0s+i34DYDOSUaFQjAh9mi9UbLQ59xUNkZA&#10;VWT8+vPnrqmuEqlXAnyZJi4M4YTo0ABhMYjyeTs3gc2Xysvw7wvDjIMSJSCtibdKANjjCWGUTIjg&#10;OYJbTYeBaFqD8sgH87uojSAduSP4JDLv7JMpiNHkcm8gsBm8aDJm2Vktsm5cS2eUTgsiHVSeOSpe&#10;Spw86BvgLJH4+3UZopF2MMM3koCtltg2mTCqdGTpSBgR+pMiAB4ncg1JDOgYTM2sQtpnalrrwHRI&#10;TmXVhCZGppkS8KfRC9N2JM3Y7WGusKdLGxgq+BzlZD9Ba1Cj6b5piEWECaPM/KHHRgsYGujikIBb&#10;IdeWB2sZIbyoWpb0am8uL4CH8gb9aeJ1e1Ltk2iZBaQSGWqUt0YWoUi+bJLzmKR6+nXAo4HBB0pF&#10;BpH3igIfwuBZhD6cRKkomaSBVc2bqdw5qWzZAy42eIb6kA9IgHXx8VORuZSWlmChZaEcdGs+Qzj1&#10;5PENuPXsARtkna01TSVMA5GO5pl4oAa7U+UK7w4BfAjkkXxI/PVoWKrZjkDZkt81F6afex6m00Nq&#10;CpERUboaqYOWFPWCGKr4841pktLZA1V8iQtVErsdax0rz02vg9uSK/w7GroEIiWMINz3LHuOkAwe&#10;g3uEJeiDVjh9PLL5PdjO94eAiz6wxAPNGScn0hnLWK6rGm70mkZYyNrLzxsBAiKw91FFPQMGWbB2&#10;YNP+hcj88dGtkhAKD85mQfa47LikEl8+Lz/2zXeweLBmiVkDIXFZL7EHAwiRypPk3smUJIF6kMdm&#10;rWOxkbIZvX1S2Ztp5LaObDlrbIspTGw9a08we0+fCxtCeVIDAJ+07FmS3uPW+zw2IRjMg5fMXVGe&#10;mSkm66l82jP4/SAtZV1qz0rzMn3DAxm8f1AaxsM2Fby98NmpiEmfsAstKwVwH8d7i2SxxgRgDF8j&#10;gyhzJZ8r95WOxefCkKoDnwp02dvVDbzt6vFy/TTA7RuwMplD3x3d9c0RaNcEb7vXvo77+KhHD93I&#10;3dOHOK1DkMgd10+yHrzVVfCia3wvTVfgYtaHYnzNFaNHkKu5N7cIYKlv3PDj5choxzCCDMFILWwC&#10;UZ7YKLaNwTE2Whl4QFBA6ya5J5RPolZagDYJORR2sxGfLPKu1ZzAjtY5ViyLcubu0/6Ma0FG1juS&#10;foj/7zRurbJkkTEb1xRS9+4r33FLSwMf+8Iz8MQTT7nXPw3D4QhKTAddwvTs0jDvfjzMUmaYbdim&#10;wD8v/nkerYyI1dXt9eHKe+/B1Q+uwdj1rObBSzBw16/b7ZKlRwgDwTXaoCbGQifr0MRdZzMaR1b5&#10;Q9CM1iFD8srlNwBmu5DNxmAx4HK+B913X4Jm7ybkTz4J5uIjoFZHsOgYKFVJ3usgVhcLc7JC1/dJ&#10;qjUEh4QRBYG1GYMgluhoJ6IJJ4QKGCPrrVcRKEpGRzXDfDYjKe6tGzdh985t915d2Nw6C2fPbsGg&#10;34eOaw4x9MIEpm/Dii4MezQDuPDQQ+7crsK1D6/AW2/8DObzOZw9d57WBOwpbbC2WQqZEuud5q7X&#10;3iQsfwZSyYe2EYYOyuyxhnPXtIu2U7T/sqUKMRiNjZ6yH8ma5LrMhvuoCYzD0ENozwZTrf0gslH1&#10;XW/ikJiqYvjH/YB86X+1O6badQWT2R1478r78KmPfxHWNzru8zZuj18llQn1KWSFsCCV5dmzZ933&#10;rMKlS5fgG9/4S/g3//v/AS++8CJ8+ctfhK31Vfja7/wzWFv9O/izP/sreOX734Ovff334NSZMzDs&#10;D6B05wEJPDu3duGtN38Kjz34KzBcG1CCOdpO5RmrR3htzYPtQLCEsLEGZGtaP54/DlT5elOdxOrU&#10;95uCq+5LDt1iwGkVA+QgKjazZUkwtBl+/3/9Z1sWVCeviwz24QZtfFErppRK5DliLljlFnp4Q9eK&#10;6O1oPqpOj2DFPfDV7hEs9sbudqsBh6iLAtN316FzeoPp6rsTovTiIowFH3rueUyXHiTyLnKLZGPF&#10;mUkTmJXlOrH3cEusLoSCXhFjYnzTFdV1F8g5odsD4zbSHGO4L4xIIqlG7tj6rsAe9EF3GRBTGaP+&#10;DI5pmFdz0G5Bs24Rqt1GrncOodrbh+mN6zDfQ7/BKZh8TmzH3D3n626d7nWZ6YebYeUW91Lkv1lN&#10;nDaoM7m3ZQ0zmsV7tKGz4g8qVC+6E951n7+wPTi11YdxpclPbuqax26/hDWcRriHZbG4CL35PnnY&#10;YRhJlnch62VQjw+Zrl7UbsHtkRSoQnkanissiBo01qxdEaPIh4a8B1QWmjtM9sXpXaO23HtauLNn&#10;4cM7loAuPPCu+1rfLRS97gwGG1MYrrhGo+uOt+Oa4QLTedz3dJkBiDc8MgxowijTQS1eU56G7YsR&#10;KvbcGanRe3EhjFEoiG5czRuKQUe69XxuYG9/CrvTVTg61HB4VLOcEq2P0TxXmgolcBDJ+gJow0l0&#10;RnUExJYpNxZ/qpDGRKa5eE5BUlvpQs0pLGM+uwm3br/hvv/I3TfIOkRvwIUEwCAkOIHZ/CaUw03o&#10;rKwSO5W4cAiKlivuGXkQRmYH/ouvPwlf/92OW2DRowk3wynLozIftICLScM+gZS2PCOghBYckqcA&#10;FassVzQhCMX7sljxgyJgPJNEXZJJzSjkwbV0bAQu6bMykhCfuYSdYoStq3QgDBkByjwrLviqqcRi&#10;3LI8NbCTPBRg2VfKNnU0NyV/DS2gIksnrfHNhI5MPwEaeaHOQ/HHGwdeKwaDND50kAmxMBNwJzZh&#10;CJcy48YkoFCeMBhMYPMGaEWZsIAGU3bNvk8sV9USulGznxUCkHQtitDgYvw2y6mBQjJC4IfHyazY&#10;AaD3qffwU8Qhk+Rl93xhM5jpIJ1VKpUNSoGh0imuCV6ISnvWVRO8NH0gSiarLG7GtfXMHe9/dHyj&#10;oGvOTvlRtqdiOq/xEjjLjKpcc+gEheUgo5HuM92ejJp4HzMz22+gGRduEnxhMUzEuwhJcIhnmnKq&#10;aU6enZyiWUQmDvr4AXtAGvF0RM882kfMRD4/LsI9YTkIcOGePfRMA/e+NTU+RwSu+QAFupfQq4je&#10;H6UKXVpXSDLlFvey03FrvAkALdeKeI+WlCCHUpiygwDNlEBD7uIrYk2EdlQ27pruPX6WG+/94s4p&#10;u5bJ9dXCUDUqyKJUiw1ll1L+bCu9lQMydQiLsQG0ip54qhVyklabS35DAC2Wk/Z7nq2T9zXCImJQ&#10;jFhieSZDsQWEQKfGrzM6BBExU9JbzisJ0iCzN7Ah96OWRgpEPuJDGiKTmJ8/3eLqQfCkFDdSm05J&#10;bTKVhjCssPK8KFc8o7wJgXCeZqM6oqHlCAei3e6I1i2csutcgFMDzDZRhSjZ8Pi6tATmGQNdFaWI&#10;9l2z0kHnEWLJ46EU3QFsuCZrNlvAnf070MymHEAmQAC/rqW1b1od8pRdpLO9bg5l2UC30MQOL3JL&#10;LJ7cPQsFWTy42que0c9k7nkqMhv2GvI+Bg9KNHyO8Hkv4jXn4Yym4jhiU4Z8rZgVmBGbj0GYzFvr&#10;RWYl3fNZCO5QCoIvqE3u3dTknBNjNQXIgWfxyN6B37eQ6CGVhkdIs4i7SCE+I0H2WVsBNyN46+0c&#10;opzYLkl3dfS2lDCKhI6SDB6W5MTCJjzWHAZ/wUSMe0xK27baiB5sbTBS6xSoS4JFxFOK01ujrDKw&#10;atUy+u0T1m2QH2u55iShlVUbJX+4duP70p9VTG2GIJ3lPqOWcBYr16sR3za6R4z3i9UUnuH/o9fU&#10;HBDB54h9/hra60v33PC5anDYSqFpkAzvGmr4A1MEOBBrBByCNsHsykZDOR27D9eFt89t0l1yabIH&#10;b8wXcNB3+9EIU3iHMCw1XKUyqEB9G6wUBYwLKsLgQ5JeWNhyz09Xr8CVLvY0aKtSQset/T3cc+ZT&#10;qteMriXQBSQIIeNZWVbQvUksKOxPYEygG5DHKw6PMtpj0CMNgz0IxNMQ/ZuFfc1hhEbM6W145ghc&#10;l3uMmdV8/o34VHN9qYAfe+nFEChpMvIzZCWRcT0GKlcUzHE/7bg+EQM9KAlXU7+A53th5nDttR/A&#10;zPVTB64n+WL+Bajd514rXM/WKUNNFmwdTubXHGvelR/UJ/ept3fxTAwl6hS0gepiSEPRgdOLbRq6&#10;7d46cP92yPY5rgfp9NjmAPuiRc3DamLf0eAct5oC6o7rP0oMXHTr1KMf43358tvoskre4rTvzw+g&#10;3P0Z2B+7vrjswwwBw9HA9ako01hQX0ehhGpGtUEb5EzZ/GZZb7FsyCVDNmgNu1q8t+BjfTIgkYkE&#10;XstaOJnOqW/cPzyCO7duwG3XC08nEzhz5kk4exHZeSskf85o7S/peeRAHUUkGbbdboiNnrv7Ymtz&#10;Ffq9At69/AG89eYbJBs+deoUnNrYpD3GD3dSkDMAfhbuLo/0jHDsBWW90IJXeOY2edV6W5yGXUf9&#10;MCR8b2IhEdw9/BDILr/3yf5sHvBpHZ81x+xrPvJn78Lmssc8YNusRqwrVTXnmsf9eXa0D82ipnWw&#10;Vy7IPkxnfD5yDNYUb+/cXcPO+Q781m98xdUoBfzFX/45PPzw43D+whqMRqvw7BeehXNntuFf/m9/&#10;BH/4h/8LfPGLL8Ajjz1O/ojVfAJvvP62O2cr8MUvPUdp2+iXSC7nNe/tzLTkYQrtrRLA5c8xDc/E&#10;PyFVUbSeBUhYmMkQ9qOAvmUg0Fp7PAFcR4VScHVekt56YgzWMtSH6WhDoVqDu+wegJ8MWbS6b1mv&#10;+jkkvScBmSeBfvhvOX8gLoi1FPq0cTfS+CKhwLDnHGW4lm7DOrdOyUqL3UNQN/cpzVcPCsg2RjBE&#10;Tz6cYExraI5m1MRqnEI3zMQpyLAyY1mrqUVP0PC0CAGQgos3QoFIelnCYlpReISZKVi4TdiujMB8&#10;bORuWHeDbZyGzsYaNIO+691c87ayAvlw4BZk9zWUvpTuuAqRcJJ5L7N8iNbt3r+WlNoFmmNXU+i4&#10;39cOx1AfHsL4jiumr1+F+Y0bUN+4BVev34ap+5p2D9MqTgPdawzdetLFvjHnZoFYfzNLC8ZUkcU/&#10;s7MU3zBBTE6FpfvkR3uw4jaPS2d70B0g86OGqzcxtl1RCnHmPktxuAGT8btuB91x/eVp9wB13L9v&#10;cmQ1bqbVjJPNXLOJ5LUCJ5vUXBSQuwtXSziIFQmbB0cQ6KIHT9L9MCWQWQYNTNzxTvDb6h7Ym+6c&#10;3WyIxYcLTOk+R8c1OchgwCQxrdkLBB9u8goKMoG4YhqZfrDnniK6v6k1mdTW7gacuXsEDeyrRc2s&#10;jwyN7PvkLoaAD3rQWdWBJgGhMjmZaFCKSbdsz6jEz0wR0Eo+bFLwaEmaQ/YObiZkEowIdTNnRhkm&#10;rzUVLGY7MB1fdbXijjuGQ9dILPjnMWXLNdyYTIyga6fYhGKw5q5vQV6TNTL0XLO07p6BF55s4Gu/&#10;9QQ8+piFlbV993bsP1a7SgjlmRklvFVUTDTYaFGC60KuEZ+3Mo9Ji6HJsZHtpaXh1p7pFxLFLBeG&#10;xFg0tKmyHJK4nOKxZRKnCZaX2gQ0CiELoaBqIjNIcQ41iEE6h9LUEA3GFwKy5lKARn4NTfqNZ+60&#10;ZYNwYji6BxpV8PMBzwRU8WsQQkDQYLeUBq4Rr9GQWcogjwf6fBOidXjNdHGlmVMDgf0JNgIhBPpq&#10;SaOl98k5HAViUhrLblSLHs5goaV7jZZX73kWmMAqsIJBAEFvIqxlYm8C4hpNqaMvoUhkCUSsCJTK&#10;Jd1Wy7UKrEGSQdURJExAjZA+rLxXHNCkjr00557/J16PHhTCa+6T8XzRnsfj8SJKGSRRYU7ywkY2&#10;6VoABX5WW8CjZ29YSDZb8UnzYI718uAsTM9ZHm+8Ox3J2E1Th8/K/U5FAR7INubVQqR/GgcbGQN7&#10;kmAdPFIzTOlTYTCtM+8nqAng4uemoGfaN6b4rHUpwIhfCxmFxCQVMDd4YHmZqzRiZJcADEgyOJGJ&#10;eX1NDIooU/dyLhPc7qLnd5Ki6z+HjYm/0aBdRVAMdIsVGPp/ddwfSNlEChyaLZsknqoWaOZfgkMe&#10;+N4lw3KvrAnXRn5ae/mE5GQLy8f6BE8BhlgubAIoYz3QbOMzYwNr5PhkX0OUyqXFWijGrZjk03fy&#10;ukA+QOSDxrP6LsrUuhjgxGyRHBsLBJ4bZiNhI698mrowIaw02T7sI6d7RLFsHwG7YiQgc00NE67p&#10;6yun4Cjfh8P9A7kv3F5a1VScFsRsb+g56naAJvq9AoPWXN2SeaP/OnyKTAlLyBhJibXMxlMdPk8S&#10;iqESoNjXE8T4DUCVbflEefCBk3lNCPHyz3mueSjYlqzZQBIFYSt5Vp3387Oyp1A+r1lQ4+mDnWhN&#10;4AhtOq8ciJMyyZj5mSmQVGSRbussYZyq5V2o5YsZ96wk9oGuXd1i4nDSrz5ZYmNtaOk90yODGEiU&#10;ehTZxLfMy8ljoJxuMT9S9r6WgIrAxF2SAAY5McT1Xnm7BKVi4wNLEjW/oigtXtaWfSvzQrzAFsz/&#10;SqTaHnw0ArKx7CsPMlysDfzXSWUhz7cWv0gEiVH2jnUvvjumUNYN3x/4OtRo4j6M7D1MabVwTA5K&#10;17hhNjc+R/h3HN3NUFbr1nMEu2+5+/NOLyfFBqbKvrG7D6v9DmytrcCe5gCYqXv9jqv55p0CNkjy&#10;aGm4SgUDtzRwy92XiO+suia76gOsdzNYqx9w9TjbQwzrXVc7TtnLmhh7vDbRYDYw9jJaM5BpbkRC&#10;iGgaD5KktjExKTqEGCU2lMYD1kYFHAWCb7AFn43hfydrCaODX1VmlYQ2gfhwAYFUeA67eI0XDXQR&#10;gLUSuiRJwnP0rF7kFLxYVQdw7a3XoDJzWO+N4GPTh8Bsn4V1ZDojI86zy7xaxdiPcN06DgD6xir6&#10;FnJdTGwvGT7RfdLJSHaq9BnqL29cv+LuJ9fv1euwvrkOqjekwYZXgmnLPEbyTJW6D3ssPeiC2doC&#10;XHUatxabn44hd58N1WLK1T5oE2XhJqg3XnH94BxmFx+EnsbQxy7ZL+HnrLHesO2kztQz+xjkGQAp&#10;c28944lMPnUMRDWcGAOT6YyCMsfjCbH5bty4CUf7u9DpjODhRx+BrbNbgNhZrzegoRaqrpQ/r+If&#10;HcGUjMKfOijtJfupHC5euOjarAo+eO8dAghxzxwOBuRdm/qiLrPjlpl8KdDHXo02pE5HL9G2v2MA&#10;dyiNV8KcTLs2PxEwSWec98HgauOsGpS992X6qNdMvf/Ukq9ckAMLW284HMLFixfhnXcxGOVT0OkP&#10;aWg3r+euV8+CiIEZkLzHoMz59Llz8IUXfxVu3bwNf/vv/hy+/vu/Az3X325snCKc5j/7Z78P//rf&#10;/BH8qz/613D2zGn4/GefgfPuWj5w8RH45CfX4PzFbVhb05SBYPzwykriNtlkqQDY8Tk0EtQRB4Lm&#10;rux9LSFPH3USzV0c/u4Nsn7U1zIZylrCaRrZmzIafpAn/c/hyXe/LMRfSAbcGn58NIsx95KPNOJT&#10;eRlXw951tNgPe1CMRu4m6kJ9NAZ1tA8ZJpetlaC6Xeisu4Wy26eHr9o/chun27xmC/JIa2Rah5tM&#10;400QkWpbSjx5xo0YrqLogYa4yGR/SrI2W2awWDsN+dYm2AvnYXDqDKj1TWg21qHcGEGNQQQ5+yoR&#10;BT/TsoQZZvA10ijr6L9Csdi0KctEjfojZFONqGCw6xQ/AgP3IGEZP60XBPhs3NkHdbAPu++9BXs/&#10;+jFce/8azNzfs8rAqtsE1l0xPaBQCvHSoEBUBRy1KWWwEX8qZALiydgdQ989kFmnhN72DPorfZia&#10;Ibz9jnscFwaG7vWOXNNgYQ+Ojj4gZmN/9XFQg1XoDnoh2nk8cYu1+4WRC7jAEsvPbSo1ThspESfj&#10;ZwEBubpDBV1F8lGm2GChY8QohQuXhhoqZMIxcwCnWTxpnbsTeYSNRMU4mdVeZqWD2Slt+9YLM2MD&#10;4P3YPGOiDk2jJPiWXDhR8aGRMl8ygGPE7B8TL6XxbRQE1lKjbEuthXwZvKYkopMJMkrqvEl8QwUJ&#10;J66SO+RiH+auIJlOrkM12XFFyTV3L+y4TbuhZFyQQABswoiZYU7D2sqD7g9dkkmhce/5/hSeeiqH&#10;Zz4L8LFPDKHX3YdhT8mkGe/BOXh/fKQ9YxHHRVQt/lKu4VV45BVJTtG7baYS/6El+1FrIQBFfvEM&#10;aZPA7DeS3+L0y0tZlLDPFLPnGukQmKQczaqxwNYqTkkJnAJmrRmT5vXGAB9urGtuGL09l4q+Xjrj&#10;UBFkuFiISaJeyqI8QJaki8agBQVBsSagMb9GE+V9SktztRDZLTbH8+CJRExQMdVk0Eok39LoYbiN&#10;qSspVpk1oIipVgvjqZFzu6C1g5leOJmdi6RCEpCBE3qMSLXi+uv9BpvoAUFvw5tIY4JaLgynPehl&#10;k8lemlSm1HFgNDTHau7W9pIaC8o31xw+4jElrW1obrlPyIKPkgny4Cx4+3A6UxPCThA8NB4u8OeY&#10;GH2ZDFY44Menh7JMTZJz6XPVcdon0nGxiGbgJISreOCZgUG8HkoAaL7/+P72YSm0PnjvL8vTFgLG&#10;UA7WsOQ8Cw0l+5m1gxsaBtwVDwSspD4bAZoN+tpiga85/11JI4RsZXw+OGCiYm9M+kRzsidAFmch&#10;YF/j5epYrMqzlRaLPm2eGbcZFxpZSQErgYRJSac2yniTQIM2sGeTQtmGdWPZ3keFBAqfcK/aMqM0&#10;US7x0wygRxJaYU4yIE9AWwZWbADfSF4nVgCaebNyOWyUelnvjpOwOawSCSiIHElSXT0b0S61OEol&#10;jbRKkrKPF+YqEfSmTL9EWEXyWu54cgJey24P+kVJPpxapuhahg15lknFbWVt4yREJSBrvP4SwKL5&#10;ewiPavh+yLOOa6DndM+V3Ry2+lvQK/swPrxD6fWdIqd7rswMpWQii2/QVdDJuKbD2iQTSTVJdREo&#10;Uxw5UxNbGCR5sKZBmSZ/W3y3QhpouYyqCd5hgTySJdI7ZQILM1glyLW1IrElCbP4T3qQjhleTWAL&#10;4jnJIAUDEyAtAZEYmFTBs5U8EymkQEnqo2oFAXigH+XQmdQkTcPptihLzEimHO9ZLvxNq4nk4F/V&#10;GhDRfQ2qxeS7lxQNWvYazGiku3xJhpMOzZR8LgbHNA+20gYgfHYTZPf+tYJ3tWqH7QSg0Ap726Zy&#10;v1hfmUSqT6s1gW8qBNQwCCApn+L1SMNe0whjXoWhwaKacnmMHpUC+PAQivcKAriM7LsoycXBKzAD&#10;jb2hOJGTQFtZp+k9EPRza2XlEzbx+AxbgyAAhFJv/DAz9/64Pu+7LXzNHeee+843V9bpa+dmNdxw&#10;vQwC0rXre96y7G80cL+PmxlsdUdUa1/D+84dx8idl0NXD5bIzMXBlXuPmdsTVjo5vIt+q279LnUJ&#10;q4f7sJH14cLeW66Gvh1DtYIxKS/MeKzYz2RlSZYT84oVMUbWaZ144pIc3tsLpSRsCR0yxi41iDqu&#10;bA2InN6GZzATJq/3jeWAD14tc0lrJw+6wtB6QQE8tQeMlfiJGuhmDYERhwrIo3vnzZ/AS//XAq5+&#10;4fPw2V95GvT5SzBaXSF5LaeU28BwVcEHyAb/y2Ps12PPUxwm4Z5PQ32xm1Dik7GyvuH6oT6BGuW1&#10;DK5/+AEc7O+673sYVtcx1bVPwR51PaP6EPUQOZFe3Hu7fgT3q45bU6fuPea4L/dHoDH0451XAY5u&#10;uDpn4j7KjCwEzIevgt29DcXBAdQfewKa9VPQdCz1pjwo1Uti3WXrfuNHUNES44SfsIkFSxt1Wmb1&#10;qSUZLyrNajiaTuFobx/effstd50aWF1dh4cf/Risra+Q11vhPjfW7/gsNK5fzcV32crzbZMBLNXk&#10;maZeGgcuWGttbWyQlPbmzVvw4eX3Kbjw3Llt9/obpIhAb3mq52w7gMZ4qx3vzxlKHStDKRVqae/9&#10;yuuLOfkcecKHrNuN7EvZMmtOXjOUGSeAOtqyusbKftNmj993lsSJrKyY/JpoEIyNA0l/DFKfD4Y9&#10;ePYLz8GPfvwv4aXvvAwvfPkrpLIpio5Y2GiW9Aszmgd7yt3nHTh39hx89T/9bfgX/9P/DKe+9X34&#10;8lfW4dyFvutvh/C551+A9Y11+Lu/+Wv47vd/TJ7WDz96Cc6d33b3Rd/VFx1ae3Evr4HXbVYQZYRv&#10;FCoO/jyr0kDcW3jIaIIRiW2xVD9asn8iPKo/yqdS3XUn1gmQGsBUHBKqXJSZKsmsiEFS5i7MuxY4&#10;bNUvlJZNr9HcDwvQ3JdsOfvvzm/+AXmw2TjhxAuAFSA2NYRx9row3FqH0t1Qi90xLVyZa+r0qANq&#10;6zR0Tm+6c1BQqu70aOw28DkUbtPtiG09GeJD4w1saCJV4OKd8+be4M2n+cRWB27D3HMXbWULzNkH&#10;oPnM56Hzuadh8PlfgfzTn4Pi0oOgzm6AWduEqkD6KGa/l6BwQyy4QCZzczHrJGaHLBJ55g2mhWGH&#10;QKGY25b4OxYQlqVGNRYoaDbptrYOUrbxoRqsgN7YhNEDD8DWr3waNp75LGSbq+549+Dy/iH84+4u&#10;7LlCcaPIoCTqhism8yh7ELUN1EmS4uazF6B46GEOenDfNUD/t2EG77xTuX1jTqzGxeEu3Nn9Huwe&#10;vUaeGWj4p7BYQY8J9O1z5xHBvEY08414gGCNRClZFGCiiFpdunNVuuKjHHRg6H7hpAsNwoN0JePr&#10;QobCcq6CebwWrxXti74owdCeVi4+7AjENZqTiQlQ1nn4WZ72q8BqAgliIXBOPoNCeVDOFNkMmRB0&#10;XDkxFnG6i/IvTca67ntzLvoyzUECdFSGi3ijM/GAYbd2ZCHQ92FRjk1FM4bq6Crs7bwFB5P3YVK9&#10;7X5mxxVVUyosib2IGxr6MKHnQ8c1+W5j6pXnIF9dIyC0517j848q+M+/fggvvFjD2QcOYGOwgEG+&#10;7xa8hqbM2FSg9KJTKJ5AZwgYMY0dQceMgCQMYpm5azahje9wksP0kBOhObQB2X4Nh88oSZ/WDLFR&#10;eIMPJRBDeDJjpt97IpXIA8PJp256rzSdeH95I1Lv+8KzF6Yw+6AFJSlLQqlhyb6XvUlTzqbaWQQD&#10;UP5q6tCogE2uPYEqDFIqSLy6tF1a1Ax9bl5km8Bq8N59zBjMyVuUfAuVZytrYcD5z24jYw+8RBrv&#10;t0UASpGVEw3KOW3YJwSTQEwYEBZBpgBiZ4ELRLJoWIh8Km4sRl4DG3i/EVy56orLmSGbACyO8Xrj&#10;QJ8bdA+WWgHo+M/R7zyRImoGHTVd605gIlLRa3Qw4cbPaiCZoociKwsTZC1yXc82Uj5NjApozQCA&#10;ADQEmpKEPMpKOPG5CT6J0SjckF1AKOB0I35LedhQ+V7IWQAdfOWshPeIRx8Ci4kXEwOBTduHMDAb&#10;FEl00UQ68zJBOxXZbkVhOpRATN6VHWF9NgyMmC41MJlieQIFqxDDsuR7Ao9DWF3IAsQ1l5+WnID8&#10;2rA/omkquLPXwE9eeZ+XUJJ7FgJYC1PJJubNKt43ONDKyUR8IYmsspeJe12aSOvXV6tieAZI4I5s&#10;x8Kmi652HsRKwZAWMdVC+DdK0w1G1zbEolphpPi0WJ/UG4IKvOG2fxaERaKCKXkux1sngwBIhgsQ&#10;ahSVgJI+jCU0dHI7G+8KYFXb1y9hPrZQUaVALRWFUVoiVhF4tmtmwKMBORa8KGEpMXQDzd4RyMJh&#10;g+XwDJTuZSIxZ/kdh8AUhYQkhUcvp/uSAiWEMcc2jrz38JrvSp2sDMnJeN15zqlJ7ocycUyHxJJo&#10;2NcwdGvJqKdhVOKawnt6rmPms8q70F9xRbtrbgvFTqBGSWKwZnWCprU0EwKZXGfllzvZAzzIoMNK&#10;KQzNrCX3tqIo8HBpni0ZdLdSWZO6ItwfEHwMbOIxSfXaouaiPePmXouZexDYtiRVKviyQ3L/qgQl&#10;MdYD5DzEYqBK2BQ+FRyWng2V2EGkILiKaHV6Lvi5aLg+8lJgH2Qk+4hZluQkLHiP1qskZCb6vHoZ&#10;pwQ0GNtiSSfc6BN8ktKEXCNSeAjeVT40wjPG6NHLOPUaf64WUA0bS0999kE24GX8wtSjcAsscMiq&#10;pMH4CmGIRaYpJZwL+xfvyYXxLPyG6itL6b8g/nO+rGBvQfTU5YCkhtZNBMo1yXktzBczbviNItuM&#10;nbnbBzZWYMfVKBfdHnx7OqVwOFhbJSujc8M+LNyxTvFcll2YuPrziNYgVzOUHQrVwvW5gWRi5zbx&#10;dfeRB65e3XAP38B9T0VgWgndxQRyBNvxOaYhGUT/YC+N1koGgR6k1dQA1sLsCwyfxCu4BTj4wagk&#10;8XLnoQJ4YKy3XJGqTiup1yFh3OpWOm58H/HUFeZ/0yhZc/m9ibVeWlfLsEc37huNncHkYAy7V3dg&#10;6tbAM2dO0RAOByUd7ON8oIv387Ymke2rJNAhjEVa/2vL3HWLG2WMH5pbTg7FMCQMOnTn9OBwD6bj&#10;CsqyoP0E/z0j714/yPKyPxuGkHiiSgQ3XE/QuL254/YAPZlBNnf1e1bT0ADXYzOdgD6agsH0X1y/&#10;6Xs1ewbbGAiXeeBBLUt3bVimWOWRSPxtukH7gJGo+vD1M4S9EwLLyqfQV65f33c97Evf/g5cfv8K&#10;PHTpUbhw8SJsnz1DQCyyxGnf8KQCnYUgHnUie1BFGMV7g7vz3StZmo7g3pX334OZW7N7gyH72WZe&#10;U9AOZ1LLa37LNAROCC5KrTkiaNQGkJKAjsSu2nPQPV5qW/6psv9Z1RrGB7GTf97igchzkiSj2whc&#10;t89TJE5I8loI5LHi6+r3MmLch0+pvSkP1RMY8DV29/H/+42/hK2tLZLdknwTCTPydtp7BSMj292A&#10;c7de9TKuaV97/TV448234FNPfgrW1gfkt4hhOv1+Bx56+BFoXD/81rtvwwMPIkA/hOHKkNb3ouiB&#10;j9ezPuxPGd9VCqvftrQdNuxFMZjHquP49DKrz971flPHz6mJ1kSpNFa1vJZlf7J8NoEG+Fyj4J5G&#10;nsiLRmwQNJ2vujbBa91jIsRYDH7oWs4HrxF+PTbem/cjGKVpCE1kubKqTZ0oC7d3BUSX1QnZf39h&#10;6w/AK+E0SzKIxmyZjlsOBtA9tUpF5eLOvlvMJjTjVRsj8ubLh0No5u4FJnOwh3NQFQJ5QEBhnWN6&#10;y0KmNYpPIbKisGDIMDGOKbyLuYLZUeY2wT5Mkbn3mU+AffpTMHj2acg+9QkoH74E2eY62N4A9Si0&#10;MWiZdmEDhH9X4nFmRQZg5O/BsTrT4MVcRsVJZ8ZdLfnr1OSXkXOaqWV5jcrF5CJjj6SG0iPdQwIM&#10;/g0euAhb7hg3HnsABqtr8O9u7sBf79+Gd92avum+b2XhJ/h8ISsr8iO8L1zDvvn0g6AuXQT7/5H2&#10;Zk2WXdeZ2Nr7nHPHvDlnVlXWCBQAYgYBUOIgiqJak92hjuhB3R3t9vTWbjscfvQrf4Qf7F9gO8Jv&#10;drRttURJVFgtSiBBYiYAYigUUHNm5XDne/b2mvZwbiYGssFIVlXmzTucYe+1vvUNbTISnUGHUiGL&#10;GRzjMd2/N4eDI6JW7+P7pjJowYX3fEwX4QSvS5ECzglE6bShR8cBj08XF1NJcC1kE6UJuvcaSS/T&#10;kprYNlZTXrlQk86KgAaS2dBCYBlcs5woWxLjrhSPIokDpn+XDLACPsa0W+xXR8Ah0bwZJFN2mNVw&#10;EZb70HGUE8fngWTdJScEAv+urwi0tAziEQDLstxCqg+Si9O0YhENrdW3jM4mycTn+JkWTpiBOhks&#10;+PlB2DNWwmhIOuanD2A6ugEnJ+/B4fEbMJp/jBfHQ3zOGUwmYyhaRqWeTieDWJCRpInSdlu7MOhc&#10;gs2ddfjtZyv4R39g4Hd+ZwaPPl7BYFDgeaCFbh8XwQHMmPpIEt9JbIrEm6WMTBwGEIywpoid5L0U&#10;oQ9HLQa/aSMkSS+pU1nhXgSMLaSYhpA/l611Jkp3AQTsi4bfCuZwEa1AG4esKCCbJwKCTpF9NHdW&#10;wMyq5x9L1EJxWWQLjdr92rzRSVKsuHAZs7Rw1yxBpvPEai8GrWwE5DgBlo1B5rH4C7t1aD7lZWxm&#10;vl8qa81EplpgPJi4dc4hcEIZOI3yq8CGM0uSoAUX+SLdLRum6AK2zCPwGeuVWJyE6asKJfF5b3yG&#10;698QC+O2YX+vNgUElQrolnIPWLqGS6uSRg9LYZcZ2CdTY27ouTBzCs2WIrdgz8EqsjkhpuuVCmhI&#10;+h4Ty3Jpr3q6OhavtJg9IdP+UuRTciUrICmspuTZVop3Hb9ROm5jBmSFNUeBAGW6hrIghJAoaA1k&#10;QK3OfL2w55iByODrPF6nQdrsVM4trExtAFmaQ837lN+H3OdZY87Ai8oTnUh/BSAK4GDBx4CZoGLm&#10;yMCubOgtfQc1s/lEUmoVuPFwb38Ob7x6g6+Bylr1UXWZRD7IekFBHV2XSUNjoOHHlcsLw7UezY8z&#10;GWQEGWIAhxSJJhZTKczCQA54+UZIgs/AsYbIyJhU1KmEPfhAMfM8RY3oMNFmWR7KmopKWxfBIK90&#10;x+QDq4C6pqHaIF83ifXsQhMKCegIa1oaIuj1ZTz4nBFioOkNp2ufycAOmmBXxMLHWqRLhtVVj/dP&#10;3utsSE1W4FKqa/UTEoaeMPZsarK9V0awhhxpQ1qUZWR7BnmjsNudsmZKls8RmEFNNiVL9tr43vB3&#10;V3sVfpG9GCXy4nVWiFcqW3BUyjamuxDXiJU1bOiwjpHrUOsSCpKxNFgqODSEz2dRRAltTK61ZWIY&#10;KwgYhi98jn1gJ0IEFKzaMRhI8kMGBXPpbCZftTZdy81kP9/w82FfImvjzwpNdyPA1TUKYJs+Byj7&#10;J7sLPDSprAbMKd8ckzWyyWvKKfjll6TuEfo7FerhgrVMbBxtw/4khvRkJvY+Ny3nYJJ6yaNL17vA&#10;eDSpUW4w+SAPFdJ1z+l7t1bXTAVt82YZXJT+Op+eg2XTyswiEM/o4NWxd5/L3rvR3/Vib+BcXDfk&#10;tYsssEIzitkPFjjUq+ZQGhdl4N7I8DQEdbAX7XwG8/mcmZrCxK6ZPTij6438lqlmxp9V+gHbtVyX&#10;N6neHPThGO/pIwr4aLXh/OYqHFN4IHl/Y68x5FqwgnW8N/awzrNYa5Pag/oHrLphFffqETaEu9SX&#10;4Pd28XE38XfG1F/gzXUfa8i38fP0CPBnRpHnP1te9sNgdSN1hwxoaR+RNQIiyOpqAX14oGB8GrxE&#10;do3egwFwtgonhUFBqGsdxCRlqyhfCLwqgpdaFkDoo89fYsMYHSbVXpjVVmWqAuwzzxgKkvVVwGGP&#10;M6ydJicPYbo/ZDns6uo6r0kU+CD+oAVXKgzexuRsk5K/82TNnAWTs4hjqm8DsklhT6EnoZTS3gp/&#10;uMOHJzA8IZ+9ttTZpRANfAYq8bFywvwvsL+dWZDQRmpgcE+YtbpQnxxjqTBikNZ5GYiXC6wzhhP+&#10;/B5/r7ascYGKyB3aB3B1owClwA0u1r4mgij5OmizlPBmXQB+iV3ml1N8E2ud7o/xcIT95j2uj87t&#10;XYSd3U2WOwdvXAY1dH+LnqpfIi8M7Exv0r9JvltgrzufL+Bo/wEcHR7CyuqqDnNsvKacE2LGMgP5&#10;NFfLZIvy2QxGa80pKXT++LNIV3YpbTdKMdV6weQOyGbJhzUDH+NTmPSzz/s0NvYP6XfDPikFsAw2&#10;XAhxJP2IkzWeE8rxulpdHcCErAfeeRsubG1Bmzx/O2VcH0KAWK3XcFkJtFVWbfj44w/gtdffhm+8&#10;+DJeAzuazO1ZQUgA7e6FC/DRB+/DKz/5e/b16/fWNNimYJWAVTa87PNBggspHFJ7LZ+lavssi7vR&#10;CzbnWV8AbX2Zil2vIasgp1U1hZEgmsJIM81+/oUEw4jKSEgnZG03p7TtyRDu3rkLN258hNduzfet&#10;bZVKBpAho7DrBecKe6/JwOYGFOk//77J7aSbA8P83s9JMP6Lnysy+65t/yBNYo1YLc1FrtfdWYdq&#10;a4ALFV4Y9w+gHM/wRsWL49wGdHb2cDMtYX44gnqITdNsysgvuDoaoLPpdi2buWfgyfA0hQ4nGUOT&#10;p/Kxx8Vxew+ql16C6tvfgvZ3vwvdb34DOk88AcXOOWitrkBBxriUUEcFBANTAk6xMT7Ld8UC34cJ&#10;bVHE6QMbWBLYVQk4ZRjAoi+iuJb8vphqTPKX0uqfhh9PX2xeGnyVQNgdVDhbJbix3IOkO+fOw+bT&#10;T8F3v/k8PHJuB+5OPfwfn3wKr+AmPqSpIL7/Sr0syCyWaqMaf3fr+U3oPvMIfoaKmWyFO6GtEbYv&#10;AFy6XsKg24KNahvWV6/gq13G32uzDIxlrPMhzCf3wcyGeM4sTHCTLSXKSwBbvCAJma3oc9HESs2/&#10;LVY7bubxAiZfxTnMh3NYnGCBNBzDbDxVjbqR4ipr1QKbxIcCkePN8bk7FbTXetBeqZjyTew7Tlgu&#10;jTS0dD8xiGiYXUlNRMm+Qrgg0LFuFXxuay+NEen/+T2SMTElZVLAC34t6N+zGRgClqczNiJlQ/yF&#10;hMwQ0EfyOGIA8mcNgCBdg5Mx1KN9mA0/g+HBG/Dg/o/h+OR1mM5u4vMcgjjNLZh5xs0awav4WgSY&#10;EpvC2A7e4D3YHFyG7337Wfhn//wa/Kt/PIDvf+8Ann5iCtvrc+i0ySx9yp5IJRYJs4UkBdJxskWf&#10;n4sCOEROMMXjqebEbLQ/EfaA5HSxHOVo1oL5QwX6CNypjDZuGWZnffR/Sg20NlS20gZ1ncGdMKVl&#10;YIMLwq4kI1MZSCxRlV/GxiGCguncGxs28VJYTdErr9Cm3KZEOJIfqjdeYtTYOMDilKggywNhKQqb&#10;ycXFn7nBxJQBSZSN02SfCll5j8FXULWw8TmsFpxpWhYkpPw7PN2uM/87BQELWcRrl5o5Y1xk+YU7&#10;gwAmYupAw/Q/37GcFlV1lnKaW4hJ0u7dexbmJ+QpI8y+DmPnnu8XwslK7mVlLQoFXrgGQpJl8CK0&#10;RjzmBOhdaENtOKyFfub4ZxrowcDqXEMsLPvmEbsx1DoWfy4enE49vqycay/3SEoApkJtkWQ38Uq0&#10;fO6sXhsOphKpYxRsjMBnkJ7XyoyTYlcCfNTEvBFIYiUBUBmb6bUK9ewr9FqxsUkNScsOUhK1JGj2&#10;9PX7UqS4KbOh2ZMPAjA4T9wBL+wTzxPShTI0W2KETpJuLo5bzNitI8tGkkdP8By/9rObwp7n31cw&#10;QqVRLjDzFGD2IYgCBAAitkwInMklkyGoj9mfpsiOafAzUkaCNxFUDZJSYQnbZNhuEjsQIgs7Mz/X&#10;Rp4LeQX0jJqrS/CQDjP0fqX3ImtfKJp14h+B8CS5kaRlvT+8MohtYgz7wO7Nzl+A7UFT4MRf0jYL&#10;rFMG6LnkyWQyDhOLUALsnK43VC90SN7V60MXC+iqVfJQrFYpeZCk0u8UusCVPOwq1KdWJE0VNpJU&#10;LMp6EVY+KeZZrWhl7Qm/E5lUKm8LLEYGAIk97/nuYECFWBMbgw5sdkfMIKJUTErPo3WE1gV6v1a9&#10;ImkvPhhjjdfqw/r6piRvliLJ8UYGZLbucL0UAAQITG2WqCx0fbcN8C2pyRIrz6qEKAw+wv1gNdFX&#10;TcT0pFsN87CNli0xlVITFIdXKvt1yk4uQqL8kvQtT8f1DeA3AwBsASZjDZ3NKFAQSpNmXQS/FBxU&#10;0G8RJLPONXz0GBxjP9sipo5GS4YIOIc99IyEdcjuU0jJnInR4OLnXKg/ac6GiuEykBpYky0oORgU&#10;jiuHaRjI2jV7WjpkbGJiWquxVC4yb5zKpr0GbUhqtY+J0gwUejF0p7+Tpx5baNBajH9fqBE/HfEZ&#10;g3ZGQL2Y+EvhL1jH1gsFDkv+nSmrbCSIbaHrJx33Mb+RBTvQ3m+34GR7Be71KtjDuvK4I+nZRyRN&#10;x79v9vG+x8b2hPYTrKsn7QoO8ATQc8xo3ccagKxhJjyjqYShiMfjAN/bmpWh3hT/f4xvbISP/xSr&#10;fGKRuWIgwyVqlnF/bamPZWBla1g1b3WW+54W+z/THi0BVSaysp1alcTwG103eeBdiOyWm3yfAdW1&#10;jf6XxtqGDNYa31BCBLDWMogug1du9I3XOrTm/bau5XXJm7pk+wAXPaU5fG4he8hw+BAOP7sH90ZD&#10;6LULaPe32E+xirY5KXF72UczsKRi5ePP0k2aU8iBMAMD6GMF7MD3QsAW3e8Pjw/h7t1bbLdRqmzV&#10;ssTcCMBaSOI4DxG87EMcMkXrOrFU+z0oOwMo8LpajCdMHhDbKOyFZ4dQ79+BYiQJ4bbswKwiFRmd&#10;S/K3E89jqsXZ4941BxymKVROM6oICNhTn9ksHQKfAZ7hOBA428Uedo2suKywjdvk/95p8/6Rp+Xm&#10;oIP3/itJVcVqxERVCO2Vq/haHbzn9vf34d7t20wQqaoWfxE7lnpzOQD2i/0ao/3F50iVnYv2UvFR&#10;zif2lE1/mpxx5Zugcs6qtqcsFc7W7CaW5nKwSj75D56vJg6FfLbjeAVJ6X+8N6vlBTFTKUSGjmVZ&#10;CCuU0PQ+XsdXrjzCJJo/++Gfs/S/2+rCoNeVjkXvQwKxibhEFqTk8zvFfvqX770L+wcn8OJL34Ht&#10;8yvcw5KvH52zCu+BweoqPPrY45zK+7Of/hTm2IeTDLvXa2kYio2WPIGZDhnYGdYYowSrHABdPn6N&#10;/So7ZuZX0EYHxh3vJeoX7BWkNpr4zOSbWoam4pOc6gKqIR3uV5/dug1/icfyzbd+Ce2yx16T/ZU+&#10;tLEGnE0X8ns0NOTG3DJmEa51s8ws/RKfP2NOe0Oe/ZmbFjpfBvTxkPnf7m3/gBuqWtkTpA7FnaWz&#10;uQaAX+XxGKrjI97s634X2jtbYPursCBa8mTMgAyb8zOjyqmpooJjDvgioRdqFeI7RA8fHni8UDoA&#10;l6/C4rkXoPObvwErv/kidL/2ONidc+Bx0fTkEUDm6DQ9tjIVYzPayCwSc19Qua7V1BRmo6npM29w&#10;1kSUPsh7Q/PLRaVOrGURKvhLphgC0rR6PWbTsC8gfZ/eExM+ZApGf9JkkUJASO47x0Jg/do1ePqp&#10;R+Hy2hZ8+NZ78JfDEXw8H8IG3TBepah0X+Cm13tiDfrPP4E3dQfm7Dno2cOLiu3VgYfr11fhxW9e&#10;hae+cQ12HrkM794QxhnJoOe0MFPjUGMZMZ/xJiq4RSHpQ4WS9q2aXVqjYRqFbGL40CH+DhVgVExR&#10;Ep1MVQ1vupQC5idzcOMpONyg3BgLq9Ec/HjOkm26EShdOSSnEbuuxsVlhpvcDH9vMaNUK1pM8GbC&#10;31mM8fGUuDvBAgx/nxYrtWSXImSCm+DwEGC0j6+LG+PsmAMzgHzU6PPUls1vCVGnL1pgLIOzhU49&#10;ZJppeRHDAzEe42vugzu5A5OTj+Ho4duw//B1GE5/icfnkGV1UNqI5DOrEY/PdDhXZwHD07sKN+W1&#10;dh9eeOYS/Ff/+ir8i3+yA899zcLu1gz6nUP2hgmWOQ4EcOImnj3GbKKBcyMbkmtrnXopM4mTQ0H+&#10;hAkD5aNpG/DtU20ZGV4B7GO2hRGfpMDykw1LJZ8ENpAM1Yj8NDb/7FkpjCIbJismyHMCuGaiY0aQ&#10;PYgnW2KCeXVvAaVq5w5XIRAjuDUm/DAwvIy2M4G2rsAdgUnqu5Y2W5CwER+SqXwMZpDjWkW5hrzP&#10;xEXjBozBTccMY0rGjWEjoEUvJA+xGFYCKfE2gqgZYyqAdyI3lLVHwLyFssx8kupyymgAKHwstnKL&#10;FcKrD/ZxbTzxULVIwmuh25bAG6OYHV/izOR02XvKknobxV+hYF8pjCMQSqiw4FoityWQir9vYhgH&#10;A9NQKPvGszzVuDoyrYzXYYp67pkof7ApcIB992wmv6j0XDtmQQoYK8mfScJYZ1LW3OuthphUAk6B&#10;6ZrBSWaS8BEVYC/4h3HOkzYILOMuJIWXUgu9pgiKT5rNQiR6fH1414KQ9MsAIvtd4m/NZzGZVkCs&#10;jrIDFaYLLFKjwJUROXNdW00bFlYXrXcnJw5eJ7DPKTAtkKmew2CKnmDjvBYqOBREw0yMiTL7nClq&#10;8tRck/wQjbJIG9JV46NMysRzZIMlpt5vEbJRgNXEAIsgIg5yeGEmhftD/TQD8KMyhoTXmshEXGYd&#10;uaUixkAT3M6lk5A+SvSjjF47pl5iZpkYEgRxnUxp0nGt0/WAzw4utv3BKnSo8Wl3WUlAxV2QiRaF&#10;7LUhOKfUQRw3gxJLzYx12eYK9R4VoFNqkUJBr0J9MlUiGYyplTXpfWIb1JpwJ2xPKvrn7KPEHl/4&#10;fldxr+qaY/x7zfdCoRIpIxkbURJyMFzAGK/7zY1d6GABK2CXY4mgZJBUWmelxPTAbgxsSwjemLng&#10;xkjzYdP0qeHd56E5rQ4MOx99CSRF2YWkUGX+JWsH2zCp98Zk0qA8xS/wXXxsyJqG1qclLwZCTLiP&#10;voE5gySChcGTj9UFPnrx2mxgJEB3akqDHxkNuukapM/MKgNNoQxedt67bG9MwJtfMvNvBFuFtNw8&#10;/Tb6Fapc0zmos0iR0ExGJorPvPz0tQkiqwObUJ87SEVVZxutEiLoSTLZxTy993rOjDUCxWqvIx0C&#10;/WoXQ3+cHhNe37ywWRZ6fOhzTLk+reNxYK9plaeKX6u+B/boc/p5RCpMQWis+MHfH85mWKd7/Oqx&#10;JxtVW/tYS36MzduEVCv4mDE2cK7bAkeAA63F2Pfsdkq4ifcYe2u0CtgqBeij+y345tGx7JEfs3qB&#10;dQy7MMO5dgkH+LgZBYqAHDOqtec0EOa7qoLevGBFFIvpqWZwEjZXxNGU0+EY9SKaek02F85qWBNk&#10;kkENMYos6sCElLol1FWhByoVwPJOroVC8xFlz4V4beZemdaG5ttqDWl13yyjTJ492nlwJ8x6Iwsb&#10;MxWnIDXwbHQEJ5/cgwfYI1y8sI1P04dxu8Ve5WJxka7JOIjNQJjAes1b3iYo6DOWnzkV+sXDfLIF&#10;Io4EFtq0phKp4PDhIf4Ma/9Keko+XkQ4CX6iugk59TAsGcAvWOFE6qSyvcngTL1/D1pmAhM8B20a&#10;erkTmB+PsL+Z4mNWodVv4XVQci/bwlqFwwAzNo+H015w0ISZGqzhwMRsBGP5jMnm6wb7z9sUJNHp&#10;r/D1MBmPYDQcst9bS1VaNCgK72GhNM8QqvIlSJ96cQqYEsAvkga3u12oOl349JMb8BCPd4e8+6in&#10;48dJvRNZ/o0E9AwYOVPW2Qx7Sh7ESToKqrTwS2y7HPBrXC8ZUGPyuiTIOM8IPzJfgYtmcosDk0G6&#10;imfMpzO24AhDz+DhXM+n3HuTAq6ycg+ywgB/p9/twToBt/icf/HDP4PJ6AS2di4weEdIPCdMU7AH&#10;/vvo8CHDNyf4509/8nO4dumb8ORzj8L6epdVdIVN6T0kt6Zh5+r6Bpw7d56xhY2tLeji2smkBLAK&#10;nkovG2u+5fsyC1Fp/PwMm+cvBry+AuAHYZhk8JoewfHJsXhEErO2FlBbqoQJP4ZTznWgRH3YZDSF&#10;n736Gvxf/+efwnPPfg9e/NZTsLm7KsA0AdTtFVjMJiyjJsCQhlOllbqQffpNEzj+skCP/PoLQ45E&#10;UMjYpA3vzq/2X/HfXtn5gQ3W7LQYVR2oNjegvbYC/uEQzNEJNyXVJn7AjXXs0zrgh2P+MrQpko8Z&#10;+x/JRN5JAKIAD1wwix/fDBum8RHA1GOjdPECwAtPQu97vwP9F1+A1vXHwG3tgMdNdUHsNnoNyQlS&#10;R2hgOUChQRBUcLOHjQJz7LFQSCqYybqjhmwxV/X7xDaSBlJ5JFq4eJc8N8iE3evkn16TwaVKEn5p&#10;AXT8/RJvvBkzGgiooyu93a1g5dIWvPwbz8FetwM/vbUPPz4Zwt1yAXu+YMktTTE719dh+2X8/OWK&#10;+nNwXARQkHWvcNBrkV8bwMbqDM7v9WFwbhtu7ndhjoV6FzdGiw0IJaA5S1rykUyQ8LwQy9Jp1LiT&#10;uGUNojdMIWeZM0tnS07r6ZL8t4t/77Whw9TfFoeGENApkmMp+qn48XyOKj41lExMXzCagBtOYHEy&#10;4j8tLlIlMePwfZBRraS1LhgMEGaPNOWGvQQlPZCe0BEbjTwAWj3sqVfwPaxC0elDa2UF2gO8wfr4&#10;unhs6T0QEzIYWbNvM5nw0zGYDHEzPYLp5DbMjj+D48MPYDj+GCaLm3g85HoOgS124RUgFJ878hZp&#10;kWwZ38/KShcevXIOvvnyNfgv/9Wj8Mf/cAeeemoD1lZrfL9H+HtH/JEIfKBrnmj/5NHFgTZmntLZ&#10;GKSuNWVUWXEk1waRixsthmRxItBywuDjdFbBcB/fFbG8rMjDiOVn1LstJPEmsE97cWWYGNNl8IEk&#10;3+BtlHgakhoS6FzMlbmlcgMQFo4tskIqGj0XGpIQQBATDVWVbB5Zc77BVEgZv3L3JbmnsMkECGAp&#10;irLnjBrv2ix1MQZqQJGJMooIFibQw0cyhwQMhAJnHn2Akgm+puZAYoiZjOIfp3oGssmpD2YATTZS&#10;aKNM9jMvYSFeQQ8fwEg9TqEQI+nG3Qe4sTzE+75bsF9fp+WFEcssUfHbUYUVJDWdwjE2BLTINcJy&#10;bNtW0K+tAF8wlHfqn2fVZUMAJ6vMSqNpvkbZ2VzkW/XfMqUe9zrDWsqUgqWMyZSdEOTahQK/M2UD&#10;lZkXj1GA1mZybb/EqPGcuEkrI71/H9NWBQgICeAupO66uUohjabj1iLPNiame0bpnnpzKUGIQ0xY&#10;NgW1fk7Ha6pliTOBlSWHsiw0fZpTw50A1cHPUbwpgzxVPvOC2dIWl0kDr/3sBhQLbXStAoTeJpAZ&#10;ElAHLjB4pTAXcGBpup+ZzzRlSxkIkgOSmewlz8qNAJ8J/mni5auE+QyMMRrLorLBAqIA2Po0xRdX&#10;2mScnaTHpulPFf3zQtOchWlkbK4oN082Ro0MNreUA5ICizJpdPy3jUCg1WEYs1Wp8aWiGffUlcEG&#10;T3Bb7Q773jAzjvbocI4UXLGKWLLkzNsIvHge5kiqrnM+MmesvlbJTWYBIQ3bBiF1YJsFc3nflEw7&#10;DRQyPEX27EtL1zod7vFsyh58K+0TqHhIIIuFOG8oM1/DKg6GDkb1HNbxc26QlIqucqpl2MRbmS9F&#10;0NK0IKbZqo+tVw+jPJ+VxzkKXpolXzijAEGSdTV97GwYshqbpvg62G1QBALAZZKsLV4LkWUKDQ2Q&#10;ideAyJhzNoZZAgFtlAj6BLiFqzQU3wpayh5lT+UB8sArn8F4OCWh9ep551X66vQrsDhlLazlcc43&#10;5MBBsi7Abx0BxCBvjcEi3mWMLaOJqwpWOgUWXS4Xllo77G61ehWG8A1QGWlIu2cvOQXwFux/Jx7R&#10;tdbQHJ7BAy0B7+YgYPWMWHvKjqR/s/ceDUR8HSXzC6dWEFqLBJZzFKxqAnCtrPnapTTWIAOmfYPB&#10;SiNsbAmCtjDD1zvGd3CM9e1H2zsyFB2PhX2+tgobvQ5MyMKm32PLoUNjld2q/oKGJPItGOD9daXX&#10;4+HNcC7DV3qdLkhI2Rx/75AGyd6nugd/t2tb0MHvvVvKmrNZkwqmwMoM68f5mN1qqTZj5omy2Jlp&#10;V4CSG1qyr/A8rM7uo9ASqjWLWrvE3OiwnisJglRKYjug9XBgcKs1Aq9dHjLvKKt1p80sQ0DClZRv&#10;HXyp5JqBqIKic0DW/a7G40pNcaia6Lo4PIQRrjHrWyusiy1KYdEFqxhm3Ncu2UgYsxSj9CUNdG5X&#10;EWwHQq2obEUJwcLqGHuPo8NjBvzoMV0ifNgQMJcNn5QwEbx15jTUw2K9KGqW89p2D9ozIjCM2MNe&#10;2Kh4jumanp3g1wT7nA2oen38WS2qN/Xu5BGgqhnMqc9hMtONfNSSDVfC2mab4GADNNFzbI0QXRiE&#10;o36QZLb4vkejcWRjldaqJUdedtTwZXGzgUWVJ4sHaw8CRaj/pOM7PMbjffgQev0BD5NISs0sLGua&#10;s0vz5fDOMtgXvNTinuIzR8QsQHBZYnkmwJR5+3kwp1KTbaNmOQuMhM/1OAx7BAdUZb85m+F6iedj&#10;Mj6BGTGZ5xIW18HrJuxMtTLYRGZdQNUWSe/1Rx6DW7dvwxtvvA4H+wf8eek6HU8mMBmNWGXwye07&#10;8Npbb+FzlPDC15+H3QtrMFhdiYFXwYvV45pdcO/fhrW1Ndje3cUaaYD1RkvUHZmHszUGvjAqQ4dF&#10;PgNFDfglY5n/eLBv7oSIdfTwIbz5s1f5GusOVrn2IjbpdCaqI7aeMCXLlgkQDHYyZBXz5ltvwM9f&#10;fR2efvLr8PgTmzDot3l95e5p7pm8NcWFuOJBsI0GcVY9jI3/4tCRzwP7klrCNS78s4/QVwD7/psL&#10;2z+QHh8Xlv4K9LY3od3vgJ+OoTrERaqH39/Ag9Mb0JGD2cExwMmEWXy1+qMZBQq5MSzEUBqUQTHH&#10;Rml6TCrTVVg8eh2q734HBr/zPVjBP4vHLgPsbEN7tc+/B8zGqyRQQjXPRc5G4ymahkmAU0+QIvpM&#10;xMlt41532SQrTbVNNJFXP4J8MqLmo/xnLY3jglHMSinA0qAVJOXptLghXxmssJx1jC9CFPD5jOjY&#10;WHSvDGD3yiV4+YVnYWNQwpv3T+AvHuzDPjaBO7hhDy50Yfs7z8Os6rM0pvZtBiZ4oImNZ2nEG6ww&#10;YyxAZnDxUgmPPL0F07qCz05wQTQb2Iys4s/b/P4MmxxP8eIdAUzxa4bvfTLG97NgE2ti3jHi7EFj&#10;3+vI7GKZdKBFk2cJFfoEbHaw2eniDY0FkO1S+nIlQGCL0n4rZl8u6LzQ3wmZ7HT5i+TXpo9f3TZe&#10;Px0ouj1ehGyX/o7P1a74WC0Yj5G0Zj6mZHbcqrjJ8vhaJHcgadPEq0ExnZIFyZAnUBMbEIu0osZr&#10;cn6En/UAptMH2FxjKeen+Jj7MJrewvN3Hz/3UGSlTvzJ2GS26uGms42L2DZ0+hIp/tgj6/D7338M&#10;/ot/fRn+6//sGnz/t8/D9ccdbG8W0G+PoVNKo1GZKSfx1jyRJTbDTCnrUqTVOtn3tlBJlkxxWaKh&#10;bmgEopAUUHzDgH0ZCSika2E+K+DgvmXfRAL5aNBclgoCaYRUWbo4RTVxNOKZ1UcabvI147AG045e&#10;bjwd1qJXmgoqqiqWVgpIWCbPvQjyqHw0ggllDNwJAFe2n+t9WCYwzRaZTx3EUA2R+dQKDNgsVViT&#10;cpemmMa40wlMoWkU0WRkKsmbCSK/UOil+1/+60TJq/a3WSPWtJSVtLCQDhvSEEFZcwFAtMocXGgx&#10;NlPQNEXtNiSD+g4f7BdwcojnuG35PLMFJvn2UcNhXfQkpbWwCH6NkOUvmMR8lFCWks8/yX5EUqrS&#10;GyOAq/hQthQMNTGERZh9AoQWUMQ0VmabRWBUADthD5hMarbQohEiS4Ung8GYGHwWJOGztOEqSk3j&#10;ND4UtOpnZoPU2gWJpgSMyGxwJExNZ2K6bljXBOwTKXjukRlSf716CorEyUXvRh8SB2n/4dS5qSZO&#10;z8W30CdZNrE0rBbmwdNP/NXI76PkRjaANkMs9l959UMoZhIus2DujMiNAwDB5zFM3GMYjqzLwf+K&#10;m1KXPFHyIN2wD7oQnJApJhqyCGVsRB/J4JEXoNfwMx4kOAU4AshsY6qtVekjew8ZHToouFxYMTn3&#10;icYZU/FMDCkzaQjvIE64QxFoNY1Pfs3HUifc2dbLkFGaWPXB82FSrn6IPkkdgxIgsuVAzl8Lb7pO&#10;tw8d3LvauD91qr6ERUEIPEpsl9JWwspTKat3wXy51HMofk/M3CRbChruZT5kIXl0zobPC2X6mSjZ&#10;ZVaMk/fuQip1JuFc0ABNzx8BflaZsDW0YIINwUpvHdrlCFrWxXTNQr3YCMCjO+RwWsLxSBiquxvb&#10;bDDPq4C10RycQe9a09kLNahnvytggMl4yJgz6ZoNXnwe7JLCSoFW05RJ2SDrDUyJzBsKYmrz6eaB&#10;B1vqr+NNApbDOuJ8M4W0WGJe+DMS/rixz73uNC81ND+QNXFW/x2vVUheVU43xAKarNXY1pjcV8o2&#10;pYqhGWr4AvoI5gkzUL+cy0A8/T1luS00Sb4ObEJlJEpzKL8XpEvBRgU0PMPFx8nzEgisuXPxZwtl&#10;8lGip1PJXkgCFgBSfQmdj3YYoL/L9RcBfCEogpgs9SJURmLhoiy+2iXAiY9/7RRoDEw/zjcXs3oF&#10;E8RvmXoQ2uVlTxm5GZS0JmMR+Trurb1HroEjgPvgBNZxr+yur8GEGB2ElGOtygoektlwWEMtfQrd&#10;y3jfzvHnI3y/E7wwD2pl8ZYtHhHR7r9gY8w59CnUg/YQ7JcqYihig0ng5y5+/iH++xbeWySXnLM3&#10;LNa7BOw5CTU0qjgAtRsxcdxZSgBUIfYmwt4Va6Pgl2osZO6jNtYswVO1UFuWCIpYE/2ZbWAiO613&#10;dAOhbxU2hdxIAJv6P3OYkFj1WLWK4O1Yfbn5HqezS9JDUt/g+kh9VU39zmwMxzdvw/7dfewraNjZ&#10;5zWTwKBC6MjRCywnbVm7LP9zDWKHaRA94BTLT+pysSUg4LNDwG3ZZtYZrc2HBwfcNxGDk9ViRDRZ&#10;YojROSKQmvaKNj19hVcbnkpPrKHBJst1F6MZExGqmlRqczzHeH4PD8GNj7kPIwUCEV2k5LA6RLIN&#10;v8CzQwmWB38mlWNLZnQ+brDJcsHqWsSfj7oADtAgT9ou1qMHcPfBfV5jZOAlDEceIHmX5NBfjF6k&#10;UZAqcEKAEm1yHbxf6JgTY2w6m8IH770jXvP4895gAL86xGNOefrlg558uGMbA8IQjOPPBJjysIfT&#10;4N+SujL/+pIPYLVYMo0AD+m7aDjy8PAYbn36Kfz8tdfh7195Bd5+80349OaNGHrCvp1t8YkuqU9W&#10;qwLCTdZW12Frax2uPHod+oMVOHh4AB998CG8/9678NFHH8LHn3wMH978FO7dvQdr/XV4+eXfgCvX&#10;+zBYWVXX6VrqfA2v4pBNDjqVWmBAg9CqUnKJUdVUNF/O6rXmxm0aEunlM+fhzNiXXxPsY3yB1lw8&#10;f+++9x78u//738E+XtPETKT/evgZuE7GnoKAvk/xuPz073/CQ/0+g4J0XEt4eHAHPvr4F3icVuHk&#10;+AgOD4fw2Wc34caNT+CTm59ILa65EOSfLAN2qfFt/t5/BbAvZ/KGYEUD5tdxLxSw799e2v5Bi9NG&#10;W9DaEFqxP34IcDwB08bFdqMPVX8FpkdT/p6dLUQGFbBnH/IzDZuUku+d4bAE0UmPhriI7V0CS0Eb&#10;L78Im9/+TWhdvgSLARajK2t4fcxgQv59JOMgSSixwahpxAu3sAE8tBzmYSIrwMaCMXeHatBr41Qj&#10;yFiNMndMY7ModAMN4KQD34gxZz8uAkdYlux4M6VNgSUGvHbWWKw4lgeU7ZZKdnDR7LWYZkuUfpIk&#10;Vx0Ll66eh6eeeQp++e7H8Fd3DuB2PYHvXNmB7W89DnWrz2yyhaPmXow4F5TS6snI3XF8NgFcq9UC&#10;NldruHRtDpcvbsLqbh+uPXcRTvwqTMcSMELJenKhkZx1xhsZgYA0KuUQi1rOGxvwksyWgLNaJ69O&#10;CjSOTcdzTZr+IjApSJdOkzrCH+k64C8sNMiwcu54GslBG8yMkB1nxnJJI1Nfzw5iyqgAnQw7DniZ&#10;jecsEyaJcD2hzX/OfnxEj6eikRZbsvKgBMvZZIavS9LlMb4fCiqZs5SZJL9uIRJYki+Sr99wdhcm&#10;izv4nmgiMmNT/XZ7Dc/jBr7fHei3L8Pu5mPw9Rceg3/0R1fhP/+XK/Cf/oN1+NZvtOCxa6vQ77ax&#10;8HgILXzzK10JlBnOxnwcao/FSj3Ev5fM5qNwjZqDrGWiSj+XYneWgSmleAEQG9D6xGwy6tFhqTqa&#10;MsA7nldwcFeShtsV21ayjNdqMIckEKtESWs5a0MhU4rBM0sZu8zyY98RLz579LuurrSQKzUtOfj2&#10;aYiFkbAaiKCXU2leYtSZwIsNUz5jGmmD4XEBCAvHIZhGM9jiFXCGYMTvk9eT2MRmEecmJlY59VFL&#10;vkwp6CAYmUvSYRFlVcsm7yFhF5TZ1ty4k2NlzioRv0oH0bk/WipDJntUgM/X6TOb5TS7IDXCZuGw&#10;YHuDsiVJvN2O5cI6yHe9Ccw9nyb8Jgs4BJn88+yDnbAFjPUE8kKlSdULBSNLbTjbWTEcDJfLKLUW&#10;4k6ZpIQB9AABhJ23CgjYOFUuONxIpWS+zgIegtOTtM4EcFsNi2Cwj4/JIsnjALIkr3RNCXvP6rVu&#10;OGTDLcaxEQ4BMNRu8ZrJ94D4xwZwjBtct1C55EiTqq3KsBcC5rlQEBZ6D0+FdWrFb41Y0/I8Rph9&#10;CuA7pxJEvE9o/SawlWUEeq6PZjX89NVPAKj4N+r7Y1TCF+t3NbVWHzrImH7COjcxpAIy6LLBZFIA&#10;K42wbZPRqL6AMQfOJNGsDal73iQGVhbCERJAQ5CPgHEgwUhW6SHs6+jjve9z1q8Cu9ZkwHkA0kxW&#10;HPrEfg1Fovcpcbixn2eFo/jy2Mwg22cSUq8JbBB9B3v9LvSxwCWgr0WDLW7oNMhBvQghsGi1k+KE&#10;eCjUn8qKpYhK5Sx7vJaJ3csNXJnCnvi5BbjlJF0KKlMTaTpPcwL/Qhpp7aJLaJChs08W9+IlywXp&#10;uFOD7SkMqqASvWTblH5ryowSo2np7F/rIKbgHo5wzZlSwz2D85vbMOhtiEpAWSviWyip2JYS/Qrl&#10;cxYSdOWjFUSeFJvWAvFXllRon/s+2UxmFphaPkuOhiz5NfO7iyTDyLbL2Zs2AmjN4lqZpio3tsu+&#10;PwEgjE2oje/pVH8NKdCC5XwKWiWWqonBYFl2eSzQHQT2mY8hFzmjMAccxRvZZiEIiREYAMzaJV8n&#10;qwb6Nfva1Zn8zUlQgtVhfNyyUgMcht5Rlqyy6gjeKaDmNLCJAb/AnqNjYCD6wFmu12qWMBr11iaP&#10;SPGh9JklBNaCrD6xGrohDMZaU2gDIOh8Wg8jY9yrMYbT+ppAR95TeIQbAdta34dXGZqE0pe8X4zx&#10;3t3aOwcfbq3B+Vt34QjX4wnWepMuwOP4PPucJNvllN1OC3sYlfmf73ZhuyrJIptDPmiDns2ljqBa&#10;tFaGdpfSXKFg/+0RftgdGklNp9BZePZrJLXTwUyG73TP36TijmpTygLB91qxqTddr6S+GGv9HQA9&#10;kxQFfir7aQgz0AGkjd6Pas/ioRF0IcxgWXudhv4Yk9VRxkYgggHg6OFrYyKuMZAGUbGODXWPDDMX&#10;7Esr+w3tyRXZFJGdCNXJ5HGHn6+DdfIIX2M8GWK9ex/uHhzB9rkdOZ94/Ev2AwvAiItsl+RN2RgV&#10;foG3FUQLmDRIEn9vAfgtb19UK5Gklz1yFwYOH9zTdR3PD7OYdAjpVXGGaywZ9mODwf3SXNN8O9gL&#10;jgnYXN3kPm5ybx/P/QmrccZkR1TguRsdMruIiRbMIq3EV74IvYP5QhP+hj/fkpdfGCg3mOHgM9sc&#10;wzJrHlbVcv8JCFzw55E+13NSL8uMOUTSKBhXZKysL//PKkud1wxlojLzHfc6kocS+4pk+m+/9Sbc&#10;+OgDWFtd4+CWVqv8jwD7fFL5LXnAmaD881lWxxmXzrL00jdCI9ypBAmznKr6ZQcoDpSa/oxEFBmN&#10;J3D705vwo7/8S/j0zi3Yu/oI1/Z3796BX7zzDl5uE6xbVthbtFtpnYvnscLvUd3AMXx0HXZK2Nre&#10;gst7F+DKZex3z12E3Z0LsLl6Ds7vXYQLly7B9a89Als7qzActaG/ijXrnEICy6hKonPD1wkbmS9Y&#10;3m28YAYQA/SChVDYd23D7/AMC82GNUAs+5b95rxPteDS1v1lICArHAlDITbi1hacP3cO/uZv/oax&#10;jL29S1zXkUULAfaL2Qjefvtt+F//t/8dLl98CvYubwuA31uFx69fhfGwhh/i7775zrvw+huvw09f&#10;fx3ewMfT39968zWocX0fDAZMaCJZbxi6nLEcLQ3/mlJns5TW+0WeffnQ88sAwOK/v7DzA2JudS7s&#10;QruPF8n+IcDxlBfYzu4mPmIFFidTke7yZK+WhZWZB7iQe/HqK5XaTRcpgTQnMwsnVQ9aX3sMWt/5&#10;LnRe/i3o49/rzU2occMklglNoMN0kSd1izlMGHDSArYSOaV4AcmmzQCgUAZEXrxkwtz4M9ALMkZB&#10;NNvX36vZXynJFljSaSE2QOLvFADAmhkE3LxloAYVkiTxEZaSJPgakrm2LBt7s0RswbQMqDo9eP6J&#10;PVjBm/Pd+4fQxmP0W3/8NZhXGzCjz6ymuBWA+r4FSWPJ5q20m1S4QW4OWnDhXAVPP9GDpx9fga8/&#10;vwuPPLkDg61VrBbWYDinxbNQo0yRINjcfwaLi4WRCT+HqNSM8MkUmO9nMUCmaeRiNpdAEQJj5zUD&#10;hpR4xl3t9AhrnLswn3wGM/LHm4zw7yewGOPX6AQrnDGU+PuWQjbwd+m8MqCoE1xL3i0UujEf4s8P&#10;8HXp61gTqvAGpI1PgQcGIWe4QeLzWGLysQcYXkNmoT2xssQY2MTPgjv3eHwLj9kxA4i0QbVba9Bv&#10;78HTTz4DL7/0CPze9y/Dn/zJCvzh79fw/LMAe7s1bKzXuABUDBCSEXJhK/Y/IlCU5B4lXyMC5BSh&#10;ESwEaCuVjTZ1bZXQGDFSZtt2kUI5MxMZrbK8nEqbpaF24tmCn2mGv/fwLk19gdleNPhtE9uzBE36&#10;8Zmfl0is0+ZKzRluosVAU2xXADgptJSfeWlCcg8naeyCP1Kd9V4uNszBt45ZAgF48aHJ0UIyLPiQ&#10;PJgi+MdJrKk0KTS4QWLlga9/kX2E1CspyNgnKgRuZIVmYTNRL7OAM3NXEzxeKmHqRT/CSgueMvOI&#10;U2acV7ly3ExsAuyiufs8/jukFjLry+fea9RkjRh0SIBcSFlMpUFpRCL3gOYr93DjwZNNwC5LUMlV&#10;r+UY2KNivigCmOu5YDQ6oQ9lfRhwcJPlSj3mM5XPZ5/VGE30dSxJlWVBQLxo7m3Ey5SbNg0giOxG&#10;DVGh91L7rhZPc/WknCkrx0vCNG/Si8jANBEYtcmA3vgIuAp7Lvgvkmn5RKWW4r0IGnfv9X2JtIee&#10;tc3vzbm5MlOV2cgyWhf9s7yRRtgqadSS1B3Er0iARpmq1iQbDg2qP4wBznVdRK8oDyGQRhuncC14&#10;kVdRsTOtZwrGVTw9pCL/ndfv4n46VYNvYUWE5C6j64dTiZ9MwJVbVkoDCyqpq1pVSs/2Nkq5ITN6&#10;NirNj6EEei2GOBMJ7khFVgoJUNY77zl0+mSdKyLTM4GOkXGmVggyzc081bxvJHyHyBDx8ks+ljbY&#10;ZYQ1zGvSNyR5SAjxgVAT+HD9CLAWWHDBbiA0rNF0nhVXLZYqtbHIGwz6nGJXcIiSsk9MxUWyV8ay&#10;Zkyn4IlSLAjYN1LTgV0GyvL9p4wnV8je67yyHK020LVXb2Cnz8HlgaYj+ui5FUA94DooSHjLGHTi&#10;2R+w4nucLTDwNWl4S/BHt70Gay1RBrAdgB6EWsEWLOvI8YOlZRSgFSTLoe4Rj1/xbHNeGb0goBEH&#10;k2Xn12ahXXxNiOGefPbAzjOZnDfsAT7Jw0NNy0C8q9W2wGbsP8gkgmrrkjF6fGBWKyDiA5MvvK5X&#10;b+GMtZezOnLgMq6ofkn2DUE2CdF/kBk/NgvuUNAlgLP5PhgQxzjwzNIfQ8Jp8EPzLoupXmpUXYT0&#10;fQw3yX33OKFRP2sqg31DDhj/Z4PdSApGgUwK20g+5ePoIugcEsJtkUKAAqBEjFPyhl14YekTJsae&#10;fLzeylAqfDSqn8GLfzQz5NTnK4DOwfbBazovPWYWzoNN55PqCQklsczomKlH5wJEKk1y2mGrgI93&#10;duDTXgt6+w/gwRE+amMNijXcQ7AH2qebcWWAb8pxTbWg4Rk++cVWC27hvfmQalhqEol5RnJ8qizm&#10;U9jCx425Jp5D15YMck7mI+jjZxgPZ9wnTHFf6eNjeljDThaeh9dkAUELawv3oGNKRsV1p1t2ccco&#10;oU31bS02D4b3/EUczdEaRHWfUWC9Ko36Bxe61hXqQ2VVceLVn0+GVHSoXe77GoxW9FqUYA0XB79e&#10;1Qn0vcKGVO06mANFsF8Yuk6USVpOVkbkykY9dkkNRPs19VJT7iPl/p/VU1gcjWD/9h2Y4Tq9trHO&#10;oYn01iS8QdQDRr1LrY0rc2Yf00zlDWtIE44JagynN4eyl6jOVOkrJZkWxMqbTOHkSCSUJHMlhhv5&#10;yfOxMkEerZYGtBbgX6c6qKbjtcC9ZF5iL4w/b+GiW5HtEZ7HSmuyiuSZwxFbaNVFD68tPO92Bk4B&#10;4LyRFysWq8z9OjLXbFTBNIwx+Po12aAu/hkDEtSLD1xMKQ+eszS4bXd73OsdHx9yqE7BoYwVD3xq&#10;vk+LZsDRGSEpJgsAYsutstRazjILdo73DklKT4ZDeO3nP4P9BwdweY9AqUtY/5olluavAPSd+nvy&#10;Pvwi/zS204o1qAzJ/HIgSjTeznx/g2+rNY3h4ue977iOR2cKw9f3mI7FyQlLT3/xzi/gzu0hfPu3&#10;fhe+9vhVuH7tClzDL3rrb739DrPKzu+cEwkpDSnp2ljM47VM9wiDt4TndLucrLu2tgLrG6uwubMG&#10;O9vrsLk5gH6nw1ZaeLpZ0VGWwYYkDeOCp7ZlAojna6dQP8cAIqf9wn6pwvpMMMs0rSrMEjMfTs3p&#10;vuSaKKT+oPfZ7XYYRF5fW4e//fHfwoMH+7C1vQuDXk+GpospfHb3AF7527+DJ772Lbh6fQNr7A6s&#10;dLvM9N3d24VHrl2Dxx59DB5/9El46fmvw4vPvwBPPPEETKcT+PMf/QgODw7x349Bp1dpXfZ5zL3T&#10;zns+A3+9MlXsEvAX9ztIoTynvTzhTCCw+O+uX/pBde48h0vU+/tgKOhh0AEg0Ag3oxrfPKW0csqu&#10;d5qoiP+kx9FNayuW0pKH2gKL68lxARO7Av6pJ2Htt74L9lu/DZ0Xn4PO5W2Wc7I0djFjz46afDui&#10;FKHWBsoLqKgTUDbEptepZergdHpa6MTdZdr2QFPOTYujFBHM6eQSowAduBgOAxkvx+vFVmscc2Q/&#10;xEmZj4+Jpoogsgeax/Oi0W5D2a049anbLmQyhcfqqa/twVNPPsJed0+9fAVq9njAQtuF9EEr/naB&#10;0RF85vTdUc7jSmsO670a1roncH7TwSPnPTz73Bo8941tePqlPRhOCnhwTAwz8QYqXCUeIFVLbmQr&#10;mxEFVfBmwSNbw9MpQ+lgNGkVbQfeCHKeqCPxeFOQD5+Z0yb1KRwcvAuHJzfg+PA2Ltgfw8nD92B4&#10;8jGMRh/jz2/AZPgJzEb3eMM3LFGwAjbJeJYZeabGpn4xhHp+pIa+uAmaDsyUEkuMD9LfM3jipsLc&#10;MTJRZa8h9l9TJhpNA9vYuODNvbVSwfntCp55fBv+8PuPwx//J9fhn/6Ti/DP/+QS/N4/aMNvfH0O&#10;l84N8TiOYbVPk8cJM0tZPk3Gu+zXtYieVsFdgIolSiMzUZSzUO82rwWUXpcmhEbUCgqKNEpAHqds&#10;KJmwCRjimNlXc0qrh7t3SklVrAScKVvSIFpmecn3hC3hlCkXQCp6vknmTQYsD5ZpSxXZMVIskJS1&#10;y8CP18TLIGH1kYliM7lT7qOhjC+VpQVzU2MDgKQ+U+qiz+wyNR830S8rTNc05db7tPB5k7U1ygIK&#10;LDqbmyKlVMgYTRoBsCI+d/JqchoAMRcPQlPrJK/O5i1WoyNBJcnqyUdsMGkjkuIqNqbA4K0AbAG4&#10;WigjLLqjqUeXjwXXw2MDB7exyO9aPtdVS9RD1Ge0KmHDEIuTJb2J3Cyyxbzc9Ul6Jl43K/gYAn2x&#10;UDMD/HdLJacEnlViK0hJgsw2xQ2KWcFNP5MAKMYWPTA/s9LSZ7ErEGXSPoZzhORhSQKmzz4XSNQ4&#10;PTcS7hHTFrwmGEfhUghRWMRTzMxYPvhjGcQw4qKJwKbUplSDUbwAVBSYIx+HHj+Le5pCrwJWku+m&#10;FUN4WwhQaiLAVPJUf6GMTGEElArUFCKZ91M+J7N6FhNaCWingI4a165333wAo4ejBhst+eapZDUL&#10;ODAxcVr9Lq00x+GeiwE1Nhf1+CyQI7AfbCYLSH8aXafsUshCCuZJhv2BJeg1XKQpLcitBJITSyjK&#10;BJC00Ssou6sb/oOm0ZKlAjsy9WPMm7KATEhhVS85ZUlalZ+I9yUWvFTQYvHWI7sSLPA6rZ40birV&#10;5SAKPV60HjNLVYFjb3waovBQoGLgQpKv9V5js2JtoLWZCYUvSV+8yi/l3vQq1/LsTVaolDX42LjQ&#10;3LEEMsgv65hgSusssXxns1pA7oVT9hTwsIvwwemMAIkBDIoTkaQXCngpw29aWzgaOZjh+z06ucc+&#10;hec2NrGR7Ur4WOZdXPJwq8VrKacQE0AIAXgGtsegfaUIjCEjzNC8SSqjpCUAU0bZtbIHshxzISm/&#10;ZM5vQdPsM2ms0fT2yLwz8SqP3PMQJGFzia6CzYWCA0bN45tpf7oSaHNqsoCRmPio5zXKlHT4bEM4&#10;jYLOAfQI6cmB0cepzZA8JG0cJpksNAca+6uL58xFiW6UzUOu+vXRt88vSYYhtz0MrxO9ZXWvC4Ch&#10;q5NPk/rveQVKIYSPxNRho/ebVeltqAGEAbSIASzzCAIGRmOdKQLYkiczIY8yTSMWL6AhRwsv9wIr&#10;KLJ9n9mNTpLcp3WdPAjpnBNTjrI39Bj+BJu9lZUWdA5PsGY9gd2tFdhe7cMRbry9Fq7lWKu3uy22&#10;ptnD+v0Y+xEC9g40HbRDYQb4J0l4FwsdfON1SkBfocOLGdbHK+TJWVPQmoNVvP86BaXx1tDD4/IQ&#10;D8cOPs8WrgN9fN3jCdZ8c/w5rjUftns82aX9vqN7mmXViFPPP90PPOd+MzO4CB56VixaiIBB6hz2&#10;ouIhp3o6hMEriDx6UdcxeVdYXSIPDGC5iaz+3FKlUFZ2SL1WeabLgI4AwqnBbPCWlvrXanCIMnZL&#10;z7U0K40MqYwmMHxwAMc3P4WZIblghwSFbOdDQ5pQWfL9ZFPytg0WKc6fae6WDO/NmT529LnFu0vC&#10;H0uWtLbxNVsMdJ0cHsFwNBYlDIVOUqFmQJ0Hjdr1LHi/KClsjvYP8jjD5/BtrLVWV/FPAs8c+5zX&#10;ZPtDeyGBltMx9t8PoEWkBCJi4D5F7L5CLVzYfigzC6DXKWKtZZfYPabh43sWIJLb5UQLLNsERInd&#10;1yZPPdwvJ9Mp3L//gIN3mIRjrQ5SbKyzeO6qA9KsWIg1IBMSwOp9jzUU+caNR/Dg/j1479334caH&#10;N2B76wJ8+9u/CxcuXYF2r4R2HGh+FQ7hlz8m1iKQSZ2jxRdkdSvEvjtmuatnaEjzDYOlsN8XwQbF&#10;CFtZGKg13x8EoHGvRgbsOuQNazM/i8hEOF389q3b8Dd//Vfw1//fX8H779+AZ578Djz59C6c293i&#10;vXcD9+idnXNw9dFH4eaNj+GVn7wCg8Gqyt4rBmPpWils6jcCS5G86ugeIjYgDfbarRYDhQygA0QL&#10;H647ICXSW2uTZ2dDnr0UlvYrnR7fqPtql7wTjXdL1kuRqtqQZC+/ldPegDIQalFDhfdwt9WGja1N&#10;uHhuD95+6y149ZUfw8bOeehTWEwpbPOPfvkBrK2dg0ce3YHVwQoPoOjTkwfi9s42nN/bgctXL8HO&#10;9gbs7G7j1yY8/ugTcH3vCvzwL38I53cfh62tAatECk7xTiFlsqfZaI1k1fok3KV2afBoNEOi4dcZ&#10;7DCWwNJGqF2D6afr7P/w4jM/aNPFceeA49/LQRfsoMeFWn3vhJNGfKEe4uDVfokmGhUDHiQ5odSS&#10;xXQO06MCputb0Hr2Kej99nfBvvQyrFw9DxYvTodFMq5xuAlSIutEmhS3iNRrY2wEs5geXc+jP1GI&#10;6/aa8AIezgbvlkwNc38GnyVvLh8YOJMkqSlQjU0luX5H2VhMSXLZb7rEznDKAipoQojP0+nhpk6M&#10;szGs9Tqwce0S7O6tY/WwBjUe5FbbqVzNs/9F8jrK/ZiCb4YWyqaNj5/iBnUC/XIEW5WD3c0pXLlu&#10;4LnnBnDlkU0wvT7cJ2nT2iqsnO/BYH2FGQpTJwzCcjblJ3V4Ac6MFJLsG+KFQeGMFrC1ACTGjWA+&#10;uwejo8/gaHyLN2yZdsy40XCLGYMikyk2trN9vI5mnGpLLIrg7cN+j7QochLmCNx8Iswcmj7i44gJ&#10;Z+hPAqLJZ0jNQplRijduG4urNrPrWjBrFbDSXYUnn7gM3/v2Jnz/exvwO7+7Dr/13Rb84R/14Pd/&#10;bxX/vooL5zpcudCFjZVj6FVzaOHG3KKkLDqg+B4s9NSQ33GRZGPoQnQWFzN9b6IcLZkiuywDKBXW&#10;PqMqh8UHTB6YqbQhZUyxzxvIRPz+HVy8jedEXnpZAn7UFo03jxDUEVhfSboGUeYmhVpbV8WiET4h&#10;6WmlesBkBqBxYmBOGePGhUebLw+5J0Y2yfK2KZsHKVpM9Pqro2QXvE8pqFkKaC6p9xCxt+RjBKaZ&#10;0BWKF2+y+AEtD+Pjw5PUcbJrTEh/1UAPYiA6yAJAAohB9/NUGGNcRFeZnNCl8A4Grmr1QxQPOata&#10;6+Aa55X1R0Db4cjCwS28/zuGp5n0RZdkVYHeW3KOC5ulA8eMAB/T9UL/I9P1DjPeqPgsAujkk+eU&#10;cyFco9JgBvHs483VhrVGQaMo2bAZsJqGIt4nVllcW72wKSEm34ZrESIQGsBlntKrN6RXsDRZM0jI&#10;hgS4eC50PR9Pr8EHkmyZb2wsyWXmEw0I5pmxdxkZObKJ+hicAj4wZVr89wD21OSPpkxSr/c+O+15&#10;mX4Lyyu0G8GxiZrTuXiM8qGw7O1XuzG8+84JHN0/5OFHDL1YTn8z+v6szeTJhQKh6qcEeWHtMj9E&#10;yOAPn6bREeD3qeD3uZ9fJpGFLB3O5HrJxMKKIEmms21KH00mD0vXaQQvwWcDuQQCpYIFslGei2wp&#10;UGZQAmJMDC1JMIeLBt/kwUcNCwVXUANDEotA/K8qBYa4QHfqUVPGqYllAKuM0IlVr76qkARHY208&#10;FiR7supPJux/2cdpKEpFZByYRJ80zefWfYWZoxrixK8WgKSy0OuxUN9Q8d5jz09aFyAEDTl5rzw4&#10;cgwOtIoOrLdn+Npz2Z28BCnQKSElwRi3/QnZrpAcHWuuc5tY+OJxImBuriC5VUDbu47UYqWN/XTt&#10;pRin77FkLJ5BH2WFkAPaKjeVwKfMk875JmuCWaQqv82K2bDXpL3VNGBim3n3FdbmOjIoliNtomQX&#10;IhuPi28FLKKM1vvonZibsidZUf4usn2QWWgueQvaoukNmNcFuVIkA7ib7L9cvmwjsyQFViSbihB0&#10;YpWJl2TSeWWSYx42gqQ5Uzxeq5kPk1dWPzO1iiLWwxIGJ42/UZNsOhd1rb6o6nHJISQggVxhSOYB&#10;Iogdr6AlRmNoBAtlmzDz3EsNSa9BrzmhtEndn0hMM6N7QK8perWbuE4fbfaZZfXw4QRWSCa4NoAp&#10;Xr+r7QIOiOFNPs5YTy5obcdNuFUIsCdrroNNXEMOCODD11gjFQc2y1tFybK3MaUQ0z2I68SUPBNp&#10;jaYeCR9PjfUQ389kNocOPtVRLeEhD7AXgHaXmY+TxQRmFaU89mCBtW+fyYU1tKhOJpmo+qKC+j17&#10;k3onHnQYF8OmvE8en1FmnrOcdYuwMQRLm8IiZz7YWPOGAIDADEv7s7KMY7hNc0BkIDFWTRiGSPyL&#10;EDroWmVprzJQCgmpOyZ10MEQRiSl63ehR70Te+xZlveCXteBPeV0+NNMrs29/CCrT83SagCnGERy&#10;jJxI+fC16VEP7t+H0WiE57LNax57yRdZ7+qkDq9rAVZpkOOiVAyPS2+dexs3HUExmUBJSdX0OwRI&#10;z8YwOz6Gik7cYBXG9H2+DsOxgWyoapJVROMrQ1bCYOILutzlz73sGUbgJ0kgad+kZzo6eMjhHQRk&#10;8JrKwVWV9so+DiGM8VHpIqoM2bvI/3CG1/9sNuGQiPsPbsObr/0CTo6msL2zB1cfuw4751bx47eZ&#10;HMMDtF/Tr+9XeVzjCC6zyWIQYcbMCp6Pqubwug/SXk1rkQRFGbXF8UIioFqSZe1WvTCdhP1w/kHN&#10;ewz9fIzrBbEcX/nJq/DOu+/C1198CXbPS2hGnxKTaeDQIZl4CRu75+GX7/0Cfvzj/wB7F/ZgdW2N&#10;AT+uiWqfwqaMXKvBi9ZmAU7RD1b7uXj5ZMci7nm/olWczwDVLz0XJvm5m2zfNjkoaE/jPt67xvN4&#10;l3ty0qCnYEKTJk5Bp9vD49iBS5cvw/3bt+H1N1+HixfOy0AYn+etd9/B9s3AY1+7wtc3gaitiuV0&#10;LM8nBmTLijKMx/gU2krX9qyG9977AK5cfhbOXdiCTjsM5MOakuNFmf+9Py0dB7XQsBnTsSn59Z93&#10;9X4uy6/4H1945gf+4TF78dlBGzqbq7AY4xs/OGE6KG/Y0aNPyDS+kAW7LBx7T4xwRRtRw3jtUei8&#10;/DyUL30D2s8+BbP1FUaRmYWOCxlF3ZNHn9VN3pskW2qk2qgkg52XFrKR84Wqixu3jFz4uuYidQrl&#10;hIyRdBqMMHm1ExoVn8k4slg/kwEOqVJzmQwl+a/kxadRWTAdA5qg89SMErDZYL8FXSrW29iQbK6p&#10;FGQRZT1ctPswdgjXugdrljYxpozX0LYthhY6BBjgvzfxyXe2PDx+FeC5JwB+9+UV+P1v9eH73zwP&#10;335pDb750jY8/fg5uHC+C7A+gCGIB1Chpii1F5aEC544JiRnOgboKP13geeVJlRzpvlWPN1aePHp&#10;cZqwKomilNqzgZv0CvtD0jtkirn6e5CnFhUqVhzGeALiKwH8COAg0JE2Hmre6ebrrRSwtlPA3l4L&#10;rl7p4Gdah3/4Rx343vfm8PzzNVy7MoGrewu4uA1wabsP61081mWPpbkFPQfJAuBEjfvnAj6ozyEz&#10;gEKjE5vQkBSqk7wIJrsI9BWmjleIayRfBTN69fzSQicPjmDwwqp8FoRdROyhg7stnuARoz+wvKwm&#10;7wbvPqs9kQ1Ntc0WF25Wu8ze4wCO0AQoqONV4u1tMuoPBrGQm9uCy5p3m4IETBELChvYKVnqVc7w&#10;kk0vyfLovPrYXLiM0ZAbk/rMH8xlu43LTN59vB+NNs7c7GTMn+CnF4AH7fbU90bvWa2QrZ4jA+E1&#10;jQJ76hnDLLKpHp9uxjbSJMGGrDmxh00OpigwI55I5J1VwL1PHYN8BEC02oYTmFsa1CEhRT6BfZHZ&#10;J58ppDGHdFCZOhaamuzUf44+K0nTFzqprDScBKKHizW2YZ5bmGR4LceyyKjjuYTYNlg0EWiDOga+&#10;SOBKkTWaPkrPrYnOWTE8A2IBUjCYVnth2LIHlHHRBDwc+yjZ9gIARvGqDxhZHSdrjvY2M1NmTWCJ&#10;ZeU0r1tSDNE0myWiqvjhhEIoYmMjU0n1EOSU3jkDHw5w/aLgJFOrfxQxAmfwy3eH8ODuofAVdQ+z&#10;eh37MEHOgg8CrdiqD6NTIImbaJ9Tj0yDNZeGCZksPVyFHjIgPKvMDDST6TIwo8hJEbZZmOQDjGYh&#10;55tlnVl+XdPwc5HaMM931aLZJ7DZR1+X0MyoRJyuVa37WsRK6GCD2F/l4o4a7ZAcEhgwPsogSt67&#10;yrLD3sAEmIkZdanFcGAmSoNFxz0E8gQ2UkgdrQMTukigi9eizUAaQoZ/C5vCxmK31mCFaJqubAjR&#10;MohJv3iZQgSiiA1n9Dq2Kv0oy5qBZmKfEvu/W83436XuDxJ8AOzhejL3LPufYn22OuhJQ0EyrVio&#10;unjCafBA7F9i5ztro1yQP6/PpJ4xrVCAMpsldC7X+nVMAU0BHSxhAdOQ2EozYOLzB8TWxsAPaHj5&#10;5ddxBP68ieBIHsxhjTnDH8dknrCZp6XN8p9zRuAZgH1aT5b9iTKzqCxBMzHzTUOhcvp5w1obmhrX&#10;bNy8i6BccxBuNXk0Xf9xHVcFi5iKg1oG2LjeR8ZB5pMY/dNA2LDpA3hlNOb3v3gdEmuq0PTTWhs1&#10;p68dUnzDpy0V0Av2HfF4WGEIWe8SQGhSeUAWQeTnRzZDlHI7rudwh3ymul047LZhejzjgdzqeheO&#10;sfEb4v1/wn4ZWD9TEi97jwIrS2b4Z5+kmPg6HQrgw68WPnaCfc86q0oMHJH8Dl+DEnopfGNAMmPc&#10;Nwi4IdZtH98hhfdRnUz6WTKeaeNnIsADyraeghq28HOd5wqwgPtOfMKNbQOZvnCQg1ddQwRvRRFi&#10;I9ve6ADRSbKrVdksZN5tJvUrUTYe/TRtBOsCWzQMuyNP15jMj6uI6o8gY03sqeQpGSxWIqFWgTS5&#10;950yhIlRX/M55/0G+5nReAwnn91nS6Hu2oDTWglcm3sZhhplEtulMIjTss/TzfGytLfRRwYnZr1X&#10;qA5ttSu2WDg5OoaTk2OWBdrCqN91sPNItgzcs9KZo8FFKWuao2uwNwBLabMzvA6G2HVhL8VBMFTX&#10;LKZQDsf8uNZKjz1UQ1IugchWrQnqIKGOrKczTOeMPcMkLQNFIpAC0SM5jw83IYDFewY0mNFHQPfB&#10;PhwTKImfgfbZuJ56tVuKjEMT7+3CBEDfMFh69/ZnWAe9C5/dvIPndA0uXb0Kl69egO2dAaytdcWv&#10;sej+iujSrwP2mdNfWfRvHDLkXrA+Scbp+qDhhewvNdeKzmd7oU0gs9OKwWho1YzDuRwnuQZ2JjNX&#10;KVxjYx0uXdiDzz79BD699RFcu3YNtrY3RSGg543qik6nBzs7uzAdj+DnP/85bG5uwUq/z9cMSXdD&#10;gJsNAWU58K8hSfkgKq/7zPI94c8G88zngnxfJUjCnH32MtuIWE+Y05JYn3u5Nwblen87YaQTO+94&#10;PIXxdMr5BJ02DYA7sH1+D37xi/fhp6++Aq3OChT4sw9v34S3334DNijDgtQg7RYD1LJfGWZXsjVE&#10;TSnJC3hwcASf3boFb7/1Lt4jXXjq2WfwnLT5/oihd7YJ5pnlguUM5DkPAvK5NNxDVkt99fujNMMR&#10;T4xa59ahRZvewSGHJNj5jI13eVJBFzVtxrjTsCEpm9obmGLROxpVMFvbgc4zj0D/W9+C7hOPQb22&#10;DgV5XuAbHM/HHDFuqUCmAqCWC4wLJvZtW2RGwlo+28AXEs8oTl2lDROfk41QtSg22qyfThz6Kgku&#10;X+0gBcAvCGuCdCLo+dVlXj0b6uaURE2UpQinYIiKTRwNbhKD9hYeFyw4Do6h7FQsTSWJ0HhOyavA&#10;UtKFD8CeyYz/Id7ADLhGyZCk53A65mLEm3+nhV8Fnseqhr1VMiY+4kV5oQXEbNGC6RM9mExa+LMu&#10;HI22YThewKd3Cnj1p7fh3v4Uzy9e1NMZNkwdvnineB7G4xrGJycwPN6AwfnL0L33MRzvfwIL8uSj&#10;xD5TMzOTYrrp/FI0dbvcgKI9wGuoBFVBMUJl6oKpxesrbVykKInUYsFUQb9XYbOG7x/fd4WF16Bb&#10;w9rKAjbWKxisTaDbMtBrkwRihhuOh9X+IdPEKcBCfLtoKoXXXVHz911BC7EUJCXLw3Fj9X1cBCxL&#10;CLynx3aYjeh8R6QTNhmqh3RLLqYD00/9sCTBVD1voFZPJKeLk1NTffWc4YK8YAZkSLoVb5rQUluV&#10;BUCUV5jYIJQRUMrXCjrnVq25JGQiAQfRiw7E1yOGryrQJ2xAlbTyD20yfw4eDCEJNfiUBQP+U8m4&#10;EAExr4zIuMr5Rmt/KgEx3034+DrI0lv1MVa+3wTqrZLI6lMbiJHKQ4+5S6m46rNG4C6z67I1xMbp&#10;izZSyhBLPZ+wJMULDyKVH9THTz5PqZ+jpXftTBl1dYN6LtuQSIytqugDiYJ5W4VJ4GQmkzQabCBv&#10;1UXPuXRMxMvL83owlCROv6E/o6a/LTJXDoUpRLLKSFabATph0YkkMl9XQ0pcnUZokWgGvjm98/Hf&#10;NvPUSgmwIr+vxZ8sNIdePIGsSoOCN1uQzUnTorbjLH+seS8SX0HIJMfKjHaZtFTDcQqG2GYaVuLl&#10;dZRNKpKyBU9hCWwPkvSiLJRZJmEJLMF2ZH885WuB/P3Koq1A/YQBFtlcK16L5m4sCcK+5DlvpyWS&#10;TPFjDdEoSTLtTU5hTX578Vyr9pEuebFLycIq/BdP90zzAoxSPZMVu8KOCoYRvjHoihwOv1TMheIs&#10;S73NbvrkK6jgGRfE1iy5Y6vMz3H8q8oVjQaCCbAmRMfQkEkdwWm0RtYyAvjazDoo2PQ7Dg2IhVTn&#10;fj2SnMmMtWj7i804SfGIRV47Za8VMdmSE2nDmsIeYJIGKgy/Uq+XOnoSuTqEtogyQMATPapBkqeA&#10;0lyZqSZKHcn7eCH3m3r48aCL7pp6JgBi8D6rZIrPPmn4O+y5xWzdGobzERxOB7BSLXAPxtqjNtGD&#10;kBJU13BfPZy34XgiwPH7H70H670V2Dp3EffSPu9mwInSJCU8wbqQVqw+bh+13Ae6J5G9RqxRvIZz&#10;OK/SPqfrmhiyh+RVowxGo4NE5/McviTx9uq5k1Qg6oNc10u+NLKmFiz0TfK+cL4hFsu6BhEYliX4&#10;Wg19COCazWTjYe0KbFSxILDZ8zldlyyETcoGIFf3MKd7VKGsRh7t+ox5FT2l1YM3CxnxS+EdTRCv&#10;2eDbrEmr9TXFfykNpoOHbmJ1ZD5UWrsEKSbb9LCli0oc2ZzfRXubCA6oxMrqmiJS6sC4ktdjtxg6&#10;7rrE0XPRQN9lbOMAohoFJNjqRcPzgofTXAe/zKM3khDp1Gpo7ARMI2AMq2o4moyg7nfBDwaAKzFc&#10;GM3gFjbHe5e24LNKhpWbJb4e3kcGm+f79RTrzT708InvECME38sQX2MFz+dGUcHBfA4n0ymftzs1&#10;nyzokrXDYgqb8yl8hnvHMX6uLXK9wffzEH9vPxgnOhsthCr20qqZaevwOQjge4D1NX1JOhfW270N&#10;eODX4MR24aJpw85sH3rTO1B5saAouAFdMBMlDMqYnY9rUEW2BBS8x4nac7ZPipSKnO0dhro+DbRj&#10;cLi3GqLmUu2Rg9Zc12h+cmQEmrhXFTbJf/nc2Zr9r9kiiNJYBePkx5Uc1kLWTgX2QA5r8wJOZrh+&#10;HX4Ib/7oCIYnx/DUb38HHrvyKKzvnoO+6eExW3CC7DITi9aGmE9lzpKynvXvvN6po2UNNfekeKOm&#10;n5ga7f4AHty9BR+89z5eQxdgc3cHe5cBh0nQnjafa89BbFMiFRSWgxfJXqiN1+mYwJrqMahWV6F+&#10;HZ/zsw/B+mO8DqZQ4fU0nd4F+8ZPAe4fQPnk0zC+dAns6lq0bCHwsFRFiIXEHPax/zTxey7vSaOP&#10;bsbMzxAUYYUuW115ZjAWeC+sUfhAJbZK9+7chpuf3OAedn1nh6WjBAjSdbNwcswCWYfWzPEY+0Xs&#10;4x8cHDCAdfTgEHq9Nbh67Tpc2DsHK6s9luxywjRBpOUiU8t9ZR5ZMpYJA5pTXo2//n8MIFmj6bRK&#10;WKIgDGUrE+OR/Ohn8xnvfz2ShpJ3PxOmCrbAolplNjqG6WwMd+7cgfv39zmgZdBf4fTX7d1tWFtf&#10;wWO5Cv3nnoZ/s/Zv4Ec/+hH8+Z//GYPLV65egX6/L3LcFTzm8wU8ch3vh81NeO1nP4N////+PzAd&#10;fhcee/Ip9qPraMCJz1E5J9M1q5YgeR/mP89X73OAvkYIizocf379ab4y5uK9bwR1+DPegDzGRlAv&#10;nh/aO3TYOpnO4ej4ED67eRM+/ew+9FotuPzINTi3u8kehnsXL8K/+Gf/FH72+s/h3//pn4LD9fvG&#10;nU9hfDKBv/rrv4f33v8I+r02g6gXLlyAy1cu8fGv2hUrE0+OjuAX77wLDw9nsLF7GZ556Rtw8dIm&#10;dDuFyLddM4zD2s/z4IMzPSTjZwq0Iife9M3UaNtgLy//O4J9MJxCsdsDjx9odDgS12ZiFUX/J/GG&#10;CRNRLjrtgkG/GTY89fY2dJ57HnovPg/l01+DenOb0wQW2OSMpzP20SC5bgj24Hhiorfjhllac2ax&#10;IsVamjRJEV6zvp+kJlTMc/GXTTKDX1be6wjF9qwP/kUHSpvGTBRUBHT1DBQ5X0hz+YHPPAQZYCOp&#10;zGKROcsQ6aqCaqUjjQSblYIg8LQgcIELWYMVcEUfr5xg2C2LWxkvjIUP7C1pLirOblioLw69nwMG&#10;LciHBLcuWO1VWPjXsNYn1mEJ1y56eOnxAiYTLPLnHZiOunx8+7ggz2oL00UJR0frMBrO4e5oAfc+&#10;6ML9z/owGhlmSNDiRQVai7zzjAStEMDb6q4wel6yUWgB7Z6HVVyLNrotZiB2VvHttg0DflXp2Cuv&#10;KEi6QCEZU2hZAkQXLDsszYwb3ZadM4jFhvpemTU0PWZ2jMrgnNcwDK89tNMGcSKJW76IAI2ENwjA&#10;k2RjEJtfH6RzCphJYV8nU2sIDCKVCvo6slFjSEWQqipAmBJbC3VJKBhMssFEWEFCKqyIjVHEXiHT&#10;9UfmgI1sSSoOjLIOCXRwzIaq1PPORe87H0EqH8GlYF4cPLd8Ju+RhcbpvRxCOhQczAAEkbIWmUeB&#10;ETlCJhEJqZoBPHLRdi94LmUP95lRsfeJFdyYauq9GpsHkT6KP9s0ejyy1JKZnC42cCaw9zSAxAf5&#10;Vng2L15w3PTZngBCUKvsNEuR1WRW/rkXsDQJXpv+IeH5efILCbhxfgm3cRBTV72ymfh6ItmR9VkA&#10;SC69xua+mOv5Id+bPv+dMgKZa+gW2oj7TAKa5MgibbVpAw74EF1PPtgZFCGORK9hHTgw+7fpnSNw&#10;zTwLxPAKeoX0y0J8vrxaH8T2xWdyV8tWAOGpqcES5oH42AAD/QS0yL1qfCax13RgGhyBMh8dezZW&#10;UZQsfosK6mgStFWTc69SpxBEYEmaQnBIfSwyyUUZg1pofxKwZh6vJUtrFv68g2tYxyZZnag1FxEo&#10;cwpe5fmCXtk7YSocrLa9r3Vf9pl/ootrglmq1DykVDOjMtPlxDDfYLdn4G0Dx/NRDm7BJG+byB5J&#10;zKv8yvKZDDh/jhw0joRPUyRjfucjizX45zJ4VgujtdvrcqqapJJKIijhHORH44PkrfTs/8XGycpY&#10;shwgkcAa+t4MC+iC0+bUlLp2CibqOQWSbrU4xZYl3eoVJvYEgE2qGLmnEKPE32bgqmwlIJDXaw29&#10;oauNfSI1Bmg6E8lsDeIbpebstXqShQCFOb7finw3SeanrJ7xzMEKsYSxuTyZeQalLYy5webVP7MG&#10;aOE6QQAnMfIPRxN4/8YvoN1dhY2qwybxnMIHLlqhkPer3AsEeqsnXbxWskI95lKo57Jxul/o1ats&#10;41C40eey2kwReFnYlOBa+ySBsUFRQee/KDSYJe0VYdDgM6mszwdMMbzNR5ZYAM/C5FwAL1m1bWTP&#10;qKw6gFrRR9aBb0TqWWUC10sAQs4KtA2LFhu5NV6Tbl3TAkPByvD7wdPHas0RBkDW+AajMK+Jjc+A&#10;Gsgk04HVlzFW2NAhdCq+GbJj4gAtsRe9GhPJsdR7GJJ/bBEkwQay7/qUsB4tKKx6PcpxYJ9L3Q3Y&#10;qkH91HigS4YaRjz5KPqMwtvY5J6YSCSrxd99iL/z5u4avDiu4W1i7GN/06KhL64V8zBUKWuY2Q7v&#10;7Sd0f2NDeIzX68SoVcJCvGJPyLeN6ientR+9NqWI4v1HTPH5dAxTCjIicATviP0x1hw0eGAPTXrc&#10;lNeONaybDqkuxsf18OX2nfhe6oRTJjiq7Llf9vge6ZZjWLQ2GBA856awOqWAh6ncSTowdnp/0v1a&#10;ll1Z9guq9ydgF4Wkw9fKwo+KlMRaDinJ4E2DseO9zR4L0ROZwfs8EsIE1YLWDtEuBqLcFpTl53St&#10;oI9a+0qtmmqp0en2seJPOif7C9xW5/Nj+OjHr8Ac1zX47giuk+BudwG9zkCvH2jI2a32h4V6ROb9&#10;XljHlqkiy81y6gfDILHARr+nkmkHtz69CXdv3eLhnr1gmfHdbhMQY3i947Ry/DzTWt4Hr/T0+btW&#10;/d+xd37sGU5nLm+9iz0unt02YJ+L62uNPdqnuH9grUDWT/M5Xi8rXWgNVmEyn0G36sbP8nmkFp95&#10;XZhslYlgvz8bQMl/P9oIePFUpH1ofX2DDwql9D548IDrtzX8XlWs8D1KzMuaVYECeFLgxHA8hhsf&#10;fwCffHoL16wKrlx5HPYuEsjXZzVLl1LpVBHG9fSvyFr6dQGmM0kHp46JDL8h9OdG+zxSa5CqcTTk&#10;/fHo6Aju37sPRw+P4Mqjj0JrD2uIuWeCkrCxSuyph3A8PoT33/0Ibnx0g33lqRf55Ye/hOFwCM8+&#10;/RQ8//wLzK5vtbpw8fJl+IM/+CP4ux//LfzVD/8CfvcP/gAuXDgPW5ubMJuMeMcgoHV9dQ1eePll&#10;XNbaMJ5M8bnGsL6pAZEgfXFMYVfLhebh8V94rJaBPZ8NqSIoa5Z8KDK41sJXJ1590blYvldt8BBU&#10;ywgmcHirg8Yaj8UYbt78BF79u9fg0tUn4Pz5LVhdX+WAHcJkaJB/AY9xies0BXX8T//L/wy3bt2B&#10;l5/7NnzjN78Le1d24ej+Lfjle+/DG2++xYFuly5egouXLsPu7i7vw3uXr8D1x1c5PRpLO+h1C+5v&#10;CpPbRi1/fnfqe9EzMxvk+Zyx6MLws7meGXt22Exa6wLY12/h4tOB+fERLA4nIuHUAoiSWIPkg4pS&#10;X5PRdM3GzydjLIDOn4f2N16C7jd+E8prl8CsrYFvVTwxtrMx2HnNE1yiO3KR5lLrUtj8ZisaJzCh&#10;0MmTiJbxyXTC1FealpHJthQU4fi4M6KY7Rd++NN+DmfxIHyjOPoqF2IuFw4y0IUCUHRc53OITIU5&#10;3pxzK2xHCqCwCi56a7+Qei7KBvU+8xp/bZNVrYVgqlzzxI0aaB8uKC/+NbRhFeQ/5iYwoMhXvEDJ&#10;HLeLfx+t4bFaJcBrzNMWjwt0VU158cZtGDcc8vsZwaO4QVXPrrP6eDYveDpK3lS0uBSFjfJUKQs6&#10;fHMWhdEpFfmrTPF557hgUSiG+GOY4CPCfisjps56ZtFMY+PuXFu8W7iImPH1tGCfQDFJDn6PcRLP&#10;5rlSEBEAyRPROhQHWmTgcZBCN/iJ5YW6Vdq2pu0FOUSMdk+FdPA6g5D6HMw2jYBPXOgQaGSmDAaI&#10;LUoQShSN004s18VCAIAiNv1GRF2NRjqbnpoUVy7XhFXpZpOpJcy8QluMJNdJr28jI60heQim2Ar6&#10;Ba/BpKNJwQC+AfQUjTFRnDOaJM2J8KUNjMZQOEI0h033IDUGswgCGT0faeGz8XeT51Oh+536wnn1&#10;0+AhhngGMjDI60lL5cBzvjccAVWcoDaHRPXLtrMAwvH36H1hEUDFP0vzXVNoEdh5EJgcidUX5KI+&#10;Y/qlmHoTo+4L8FES7J1V/6M6AY58LFa0kKbjOGFKLYdkRCbbnNOAiZlUQKFguInHhlmjDaZNHggS&#10;zPDTI/JP6bWxk/TEAPXUiVkZPLx8aEDqzIsRVPocLOospGXaRh9A/rxKiyRGVb2YijwcQOWZIMwR&#10;PKeUrJ3WZPFoM+q9KN5j4Zqro/cPryM+23SDBIKZnVTgjzn0pFYpBxV0czarphRFLNjNQG/84OVY&#10;w2rXwIX1FgynuKex760TywOV/xiXr/e2CfpGU32X5IDgG9YfCfDIgDzT9KKBzNw/agaW0nPzkJtm&#10;wecbUtw8ZRca30ueYnLoXNzbjXrVyaxAG0JlzFlrMrdTrftLq2nLOvbCx6xvrgtLjawxKNDBagAV&#10;+QwV4vNbqxQrgJyFJlSKU8WC/RhJLibys4KtEyQBRam29FeT2C8kb6UJvgwPwjkrFIgqeF2pOd2+&#10;joANsft9Lax3YqfyISgERCTZT2AOymLo5PdZxiRWCyQnJ2CewAEG2Hjv0lAHKm6ZhSjrIF1LIjMJ&#10;0nKA/ckMTub/P23v9WTZkd6JfZnnXH9v+bZAoxt+gJnBULRLE1yjpWIfVnpQ6N+QRPFBz/hj9KDd&#10;CMWGFAwFg6Q4DM3ukuM4fjBoYOCB9tXl65pzMvXZzDy3qjHDZWgmKgpddeuac9J8+ft+ZgY7w3Nl&#10;lAM3WumakBULJYD3Vl72Avybzx4+gJ3N99iQmuxGGqhTQAqP6yBWIySRDMTm54Apkb0bJ5xqR7OM&#10;MD/NNhT+Qc7Sn6suo6+U02pQSnffslo4dAI1LnPrTjuW7i2QGlsGDmaT+sQ6hlI+q6u7W1uEXR7T&#10;McnlYpZHGZMuZtuJGM1TL9vPgFpipH1NP3fNn/si4GdAn8j4M1vJmi0i4a4Kz8TcwJZGmssqAQNl&#10;bQ0PokCwewIJPMqNv7wCyXplycPc5EyedmqHoXuy1bwh6GCMwjoXpV/Fih9jxzf6eQ3I5nAlp2nQ&#10;1DDxek9w/FHYDrFjWvK/6415HkdtsEy9VBunxO8b9OD63MFn7/4M4Ld+G8gYb0kpuzi2H8Wam+CB&#10;gDGcMyu1UaFwDE4GDsJ2rRi607WWgL+mVVAO79OKjTZhQiOxP4QniwXsMIE+wL569dKlG+J8PcWf&#10;X6XzUyuSzoPVAhpPLtGeWYiPnNRanj0xl/i5BjDH9eEhEBgygyPc387qAVbRDQyollod4/t/ylwo&#10;Y1ZKRVJBT/c+tv0gNh0/dWAbiWjBTE7vaowdCxU57+TGnyuai7GDEUgwnahNKglJ0dAcTlIn9l5o&#10;imai/CER8dgjVMx88JaIHxb3UWndcg2MezWcn0dW6pB1zVm7wK+H8OFPvgOLcM4yvNi+BnEH1y88&#10;Cw54PMzxsYNn6rZKEM9fCiDE4oxoZz+Tyva41pB0WNxndnfZZ+3xoyfw5OFjlkxu7+zi409ZBu68&#10;KBec1mtRgdCWAnqc7TF9DvZyPdx/cA3uf3IXz1+PcRjpGhFPoHn4IQzem4G/8yo0bg+ChmMEvnot&#10;GH1x3bfsy6EuB90gj2eDL5WtPypnpup3Y2MKQ7zeBCx9/vlncP+LzxnsJnk7gYGRw2EaOFss4fj0&#10;HA6fPoaH95/A+dkJ3LjyHFy5ehN2r+7AaDzg60a2NS41r7R5qcxtZ2vKPxbyc78mi2wN9AuXnO99&#10;oRSShHTgtWq5WHBT+fDwKdy7/xA+eP+XvO7Mphu8h1PDcUBMyKh1D34+Yqf+4p2fwb0vjuHFV74K&#10;e1dHMBwN4OGjh/DLdz+Ab/3H/wQHB0fw+3/4RzCbTWFE7LObN+B3fvd34W+++Tfw//z1X8Pv/M7v&#10;wutvvAbjYR9GeB/Io7TqU900g6++9Ras8H2RdQkxTbm+UHVCttF0XfPzTpDDs5h57nIwToF2gLWn&#10;LCzG/jFKyl/nfwFyyEVuOlXFOUwUlzT3Fufn8JOf/APcv38Gv/UH1+HWi1vkj6IBdxwuAEusYaY4&#10;pt946zfgv//v/gf4i7/8v/n9Tmd9uL67CV95+Sa8+cZXYP/gFD799DOWoM/f+yWO3xlcvf4c7E7H&#10;MB55aepgHdo2VLu5QgvzLLaku5SxCMpm/8cwTn+d/1X/6z974+3l01Nw+FWxvKKI/nUGWAkQRMVc&#10;M49wUu2Be+UVGP3RP4fpn/wrGNy6DjAeqDT3HOvJJcyXDTMCSc7pizQJprR6l3yeoPCuiXoglKLG&#10;fEKCJt1lo/LlYs7ddE5MYi+/KoNyz0Tqc5ep/A4FG6+z6MeuNM0VYFuXb1GavsYuGyMqO4xZjYFv&#10;SlTz7CRtwO8D6sCT8oiMeX2t7IxWZZaZ8ePK9EZXJWNpX/w8F3cNb/Qr7qi34hSQZHWSphUYGJN8&#10;JGIFEEOozzJbDwPqKOHPKQl2ULcsB+7BGYx6LdRxDsN6AeP+Cg8QDWxPAGZjgL2dIUwGHrY3xrC7&#10;NcCfVXBlq4ZN/E6swZ1phK1Jg4XLEv/2HDbGJJdwMO0vYVKtYNSnxNCGJcw9fD1HqadRPPbE3w3k&#10;sGRMPCdgJoE0BiRT8WZdZtvgWSwVGwVSAxc+vJfaCRNC9rszGafPzCXzxbCDCveaXZsCCZIHn/rU&#10;XBh5F8wG9EBLQB+zySCBbhLksBBWGD7u0WMsCBaAmwZJ1GLyaquSZ58WepX4ukXz/rKULiqkyFeO&#10;/7DOIEsKS1BJpeultFg7gCTvyDIxk5lxVQI4BWSoCqA5gxTm7ecK7y/xXCp94LwyElxOheukhIU1&#10;1p6x5loozlkdP4OkHI4mPS7SdY0tlDwCo6YkVyq58zp+PDO+Ihj408ghF5bFa7W6Ntcd6YowNYn1&#10;o0FEDHivDwr12FJ2wVlTwWfvY3FAzNYeHgDGvCdxYdyvixCWSsM4qFY0Rp8TM9Vs5K731jZEBg7n&#10;wqajo4Ef49gSGTPbAVB4C7HZnAYw6fjmNSpA4Xnoim6TU1aiuJCk5GnIMrGovnrm+xkMCrTnS96R&#10;xgw9F1afsoHSgVWT+zJjMuq6GpJEUKwS5NAZlU3F+0LUQKEo4QV0f+lvGLQgpidIiEgMKt81zk1s&#10;M2u3wzpzKe1VbBpWfGSJzD6uORCFDgMh1tl8F+c5dRGxUudNfHEwh8EZrqFUoBGIhb8jVlUTS2Bc&#10;vTiLhErzVQlQsGwS9c5d3OcirDnjuUIimf/tijUrz/OogLu71MvcdSIJoOOvInYcpa2yL3wttXh2&#10;+bk77F2XJe6p2+nMM9XzoW48nsJ4OsPvEzEJJ3ktHaJU9s62I1WPD34WkCIBQNLo4oOYr1MYkK3x&#10;PFMDJKN58SATFiEBh/SOKJBMGlae/ztos4iYOwS6iZ+kFza7qxNg4n0GuIP6epaBQ7FIWBNbh5y8&#10;Jn5AClI1AiBVul5xYnSvpx0C4PFkoanNMjLAhuUsg4PTXoX7eStebuz1FxkA8H7IydzE2pcGYYUH&#10;hmPYHvdx396WNTOt49I4ozpFOIKl12tIjDNwOQyG517pf2TAV1lvea/+YVr3VbwyFKwav+atJVJh&#10;V/grucJfKYUEaOCS+c8ygJ9kul6ZAW5t/AmYbLt54ACI0GHpJ0WIK5wkizTHTqSuAXRp5nR9Y5Nn&#10;Z+Hva82GEoCx57I0XigkWF6Z0d6V81nuVVwPpioA1RDtcZpGnbSP0FnreUbGbKsRNWihUU8ks9Ux&#10;fjcoOBxdPoxY2IvMawGsY7TPKoEy9mqNHnbaZFvQpiAbaqYsifWKPx5Q8xznwJz2Z5VrN7yTtLDE&#10;w+6j4yO4/8ufwdlXXwdeYPEx13Y24XQokffXcK89wYPxEufGFfLLwhp87MTzj0E9UIsQQmWUgUjy&#10;/wnOOUrlXWija4Dv83TVCJtpuRSG8HQijQx8XfKCmuL1XWJdd0rnAFwbNujfuE6dkI8ZvZ7en6v9&#10;IZxSK8LJoW9Cvl64R5zhenYyGMOIPf7kAN+nBnXhdW5Fkfk2c6PPzk5eVSdOEupDLKNaXKpTXbTa&#10;2CW2c6ErSOcsXtuCWBVZ2JjTgJA0PF1e6yTt13PD3HYQ0XEBnxXp9yTHFq+8mvdMGhO1eoLy+QnX&#10;sqP7D+Dh/iksekuYDfEak69drWdBa4KbDLwTyLHmxVmMbmFIurW2lUt2BLLeyHtnsgK+Jvml0Vgg&#10;m6On+w/Z14sSemu8T1VlLiTy+DZIErezuaB7+QrrvUDMvY1d9k11pwsmHVSq0qppzTk8hHC8z2zw&#10;ZrrFbFZL8s4gB3TWiy9nuq1LW90zkEF34Xld0a0maydiqRPD7OjggBN7aW09m8/h5PgEPv3wI3jv&#10;vXfhyZN9GA624KVXXoHbL96Cvd0tGE0GUPdlzSebClbAQMge36qe+P/9f+v5Ju4yQMalUs6CLOja&#10;U3Lu48cP4W+/+U24f/8x3HzhFXjz62/BK6+/CDu7mwzWV0TVVE9oGgvE3js6OoFbt1+FOy/fhCt7&#10;U5gOpzDyPSapfPTpx/DDn74DTx4/YdnuBGuc0WgAWzvbcP3GNVz3VvC9732H8Y+N2SaPW5KxE3hF&#10;MujRZAwTCqAYjyTxWj0tTZmYfE/dmkHfl8rb3QUykzP/3LQXFrLpjue6+ycIqN3lQN8agO+Sn+s6&#10;ABZZZfjw8SO4+4v34eXXrsP25gTHWyXN2OUCFvOFulfReO6zTPcb3/gqHB48hvfuvgsbkwlLfa/g&#10;mN27sgu3b78Ab3zldXjt1Zdha2MDtmYjrDMdp3Z7P9AxrCQJlWY6HzsqPFdoNUsf1Ivqmos5FMkL&#10;/xI5cMY8Lp//1Z+9fOttOD7jJ+cjrvplGdDl1BCUGOjnuJedVkNo3vo6bP3RH0Mfv4frG9Di5kML&#10;3Dk+qF3itkuHSGay5SLFKxMt6OFW2Gs5RCNAThfzKkvKbCjtWjmfmEBEk6YOuxg7+y6A5+JFXXSH&#10;FhyfofXPFkKx28LqSAXXwT5XgA/l3wWVRqjmKBmXmsyQj8m4+Y/I8HcsG2qPmZTlIIiFn1h54yXR&#10;p6pyKmyTDubCvmk4hEKQd/Z3KFiUfPAhOC8If6ZV5kfb9qWwoVRdxzw0+VJ7QtPy0Tsc0JttRcbI&#10;h5iGQLxaCjNi9lFRwWm5kYkSxCCUIAnHh3liYohIo1GtvRbXUQJNaPMDku4yU49AgCaxhCpmYy3k&#10;4GMeUHzeqeXg4LKoDVQ+IwF2rQIhi2xfoB50xA6J6kHCcjr1tHPJBB5SMWz3xrrewmdoUyDA+qRN&#10;Rsc81Brt8K9EWkqpwxZjz8+54ntIQKaAfdTZjTAYSJEtybv0loXFmAMaIphw19YKlmC5iYLUNn9U&#10;xus06ZBBrUqpWDnunEGsQhIEzmTGPuFusvbU+h5CSjgFZYNAByeIhWeMhX70EssoH5RE9sprEfet&#10;LTDEpE+thlQUCYad7nRx8WNIXnl2+FaRkvoOxqIzFJj5JocUYiQra8e7xETCY0BKjWVIJipYG1v9&#10;78C+NBREREB13px8kuemhV/vDymH5jjWP7kryeYUzjEeyFTt1VQAy1rsC7APEjDqeBx09+son81T&#10;YugWFqhDZvYJSEtybvKm7OcDsDI7oJUuPXWwvR7uQurcGSKjAR1RDuIsZA4G5sTE7bP54ZSJKswg&#10;SXeS9WoloL0zTzZQ+a6u/bHKHosKjIbQJPaMNYI4ZUv9B9vVnGW3LLVzJqcPKs9uBLDVQSIpvgpT&#10;xswgs3Ve7dW0yVbJ2OaEMwFSLT2SmVwxS3Dp/jPxw0uiL0m4ibHNWB+FdeBjz57iGDo4x2LQcQBL&#10;T4sm9okLajXgLMUtJPsABjyceGFlY3wPhfdyPuSUQVHOdbr4rujud5K9XDfBN3YCq9bNlO0+XNxn&#10;uxbnDroJHDoOY5Ywd7XDsdNYI7CixiKWiqk+HoqomCVTcAbfmIkkCXdi1VD4LnGRK1JazfBUMEP/&#10;m7z+WDJbwRInYJTtVMM3hDnFnnB6oOU9UrvIk9E04att6HIZgzYrCYSrmGlo3r1tDhKwBo1eYwbx&#10;2labDbkgZyDPyZpKLAFO4OVxJ/ugsPeMsxhUTq2MbhdZFtYuz+Hs9BgPo0/h6cEK7j1dwIMDYhTN&#10;cOndZA8ztmqpVxw4sFhJidIsKUDgFHb7FVSDKV6nvuzLPvJBvMbxzdMySHfaG3MltGZ2IY1Ik8zV&#10;dWZl2hZQhGTQ6ttaENxaA1MYHr6bu+uU3b4+iotx3zmmGECREoZ9Zq2kZMKYwkFSoq33qbkgIXG+&#10;MMe2g41QsUupUpLLGzs3pdpAJ2DNPPW8t78KHXDC+8JXr+NptN7EdoUlUzKeUBDSAm6yVN0VzD4o&#10;gERWP6hHXintDUVIiT0/N3qChWB5ZfoBA9FOm3St1tLBgMcgoF7g4KNWQSNN7HUxzyOy+lHbk6pQ&#10;TjCfqV1luw6aG8wOlTnR4KA8xt83dPga9ODx338L5l9/DW73x/ACjpjT6RCeUtoZFqSvT2fwMa4t&#10;cjgBOMHvS03LrRQktWYw/X5IVjvKkFziuF9QEAfWjEs8NM4psb3VupEaOlQb43sgEuGE/o0lwxk+&#10;3xIvyBTn1PLsFDbwIUepvqqYKUtz6VSTiwnoG/qKfQfn+JnO8KH03k89CfIpOdLDRrNiPz5uaIeV&#10;zAmu75a8hwYNUAtKqGi5VyDS1jazOhKontdwVwQaQQKFo0rTLCAxqxHURsmFgk1ugLs0fasqW7rI&#10;YVx+L7aHbWpiyh4aU2KvJGRHZiM7TgXHGubJPjx+OIf+pA9bV65CRWERRJagfaEM2XhGGu1FbMd1&#10;OG/mHyv7VJssoXhLiGK70h/22Gah1x/C+ekh+3dRLTcY1Kkxx3NBS7KgDFdWAOha0++RGqqChmq7&#10;2ZbYMZ3hPZ3PWRtCzCNSPMH8FKqTU/KrYOl4j6xMjJ4JrhOkcPG8exk7C7peu7AO/lwEeMwjlZUo&#10;2igh9hil3dMe+hj3mAePHsEBfv/s08/h3hf3YDrZgBdffxOuXL8O12/ucTO7Yj8/ZUIx+1dWctkr&#10;M9EnFjZc/yXsr/jruMTFokHt4CJYsqYWtEdTMMP56SncvXsX7r77S/jt3/tjePnV23B1bxvrgx6M&#10;R30Z4xToU2ntr6zX2eYWbG7NYIqPI1Zqu4rw4MFjuPveh7C1dQXeeP0NWC7O4YOPP8Tn2+P9YoDX&#10;eTTsw/b2Hj73AL79d9+Ga1duwng2xdqoz9ZXgVn0gc/lsej/mq2FS7XHRSDp2TxQ9ys8/GKy+Fkv&#10;BkMKuPzHg3wxlgEcsWDOFxJz3Z9o75ifncM5fpE9nNRwmgJNYRzjDTjZfwQ/f+fn0MyXbHFy7/P7&#10;8NHHH8OHH30A9+/fh1OyRcAan8JNxvh1+/YrcHJ6BN/97vfhhRu3YTKb8dpHcmla2sezDbaNoSYD&#10;1aMhWlK8T+tONFAOLgP7NMjNahj9vOnTrttil2F4Ebqp2b4IX7L1+xJpb/Wnz994O65aBookba+R&#10;ww37DsmhgzxoGjwEz0k6+dLLsPXH/xzg62/A6OouVKMRS04XeJFpgDZBDizSkc4FkX0QW2DiGtXF&#10;u/zGS0mDLbodMEB9tdpGUg6pq07dn8oJ2GEpdXwAV3mfSy5HcvBiRojJCQrZbYLwTHqpIE/QzS91&#10;TKHIm3KlKw8UxVlM4EUa/SlMILtcjcnDiTaIXuRNzqe0Uymbo8owEnBo6YTW7U4+GRfTiDmJB7wW&#10;osrCiVAkDamzmX6GHlP+22wiXgvTjw/+TootMpuNzuTdMrCItqrDXBdz9YzzpUG2iviUlSipuEE2&#10;s8DRgKljzcm1erAF9dBxKqmgxEROHKy4RGIfOnl+68gX0ltNAZNLFQuQzgMUkp2U5sjjoKcmxW06&#10;dFjimADRrRrH2wGtTffAOpuyUJlpecj3TUMBnMlfeXzVCiYKMBFZarHiAvnR0z5WidSE9iy5otqN&#10;mV4K+tQ+y+J9lceuyeCp8COwJ3KoRCYbCRtvKLKfWGuhFTld1lJ6ofDskhTWOoclJJPfKjFJQQHh&#10;ij9PlTaYWHAELHXUzIJdlO6kpMxa9mZMPmwsvzZwxUJEbKdRT6fSFY5BnWhml+aF6LXgjV1pt0pd&#10;ZFKqV1ulXm7B584RS+SiBlo0vCaKT44eOgi4MuAjdT+jyjjCxeLLglcSCE/FvIeP322hh8UQAX69&#10;oc6pSlidXu+vEfZEMqcJvMnoXwNGkixSgmeY2eaJzUOhSX2VMxLA2+ex3kYzqS9NuCPnYqfEXwaV&#10;7EAXinEk3fnE5ImLDDaq/yRdU5FXKvvESzANs7HUL68DACegsOVDBa/ZBPTxBi/BGuapZ3NODOQL&#10;YJJ9N3UdJRCWmI9hJYcgHkfEHOzxc0dnDA6vr2sMRzsAK/jDB7lKD+CNgJQ8H/ocbtKvBIiJ7NtW&#10;sdF4w9dfV/u25sPQ4ukZzB+dwYAS03CqTLzTJogXQMXlkkDmshgpk/9c6dTpoJQiGiQYk2+T7SHr&#10;FhTGsrAkRVcc8CIU48qV+7dP/i+uONwbEz9CBpx9En7bXHbJr9O7zEAJKsM0SWdOhY7M0qBDTR8L&#10;3PF4jIXuhBuK1MFu1GdQmF0yXqkYJiDZ3kul3al21fJ4q3is2f2tC3aTMflqNk+XAr0ysmyyymhW&#10;jRqeA4dVNDgOqdkIFkahPjgMTlTiUSchHisFQ5xKcXtsyA/cBLMAhVgUbC4BTNIkjexBxgxcHuMN&#10;s1wSeKjpnMKyFakkhWBQONX8/BhWq1Po4eMozIr2DArLWmDNdDQPOBM24Nht4X69yUxIGj1z8lmu&#10;ndh/4HwZu0OWmVXDbVgS8Er7ADPL+7xv+CTLjekw6LhxHNORS0AzBQdox9bAG36vLjMvDXgwzzgn&#10;aQ4KOFQphQ4KJRLDSE6AwuhKhqvWa6lQLkz9pOsnVVFqvkoqsKv8hYNzTGMNUo2TEwKjJE1qbeYK&#10;Hi2oJUdqgChr0LsSCPdSeyWwLSfyVt5l+a9B1lWVKtDEfnUusatzUnXMDT5tVsqB1ncsNqKyuExL&#10;EoOB1irRNZuImBvlwRqGaf0r7p95+EXzlrXPL3C0uCG3Eiij97Nptc5zkNJ7TUrqdH1pVAbsDQhm&#10;4LBlELzhkI6We7RL/N0CD1+PDp7A3ZNDiLdfha3eDO7hWH2Ih7OreJA7pgte9+FJewY7dGAbErMP&#10;D9L4d3Ni5+GiTKm7zSrAjIE9rf00DbdVT1pCdshWiJl9+Pc0fm7hokFOWoF6adUAwvk5LCk4jvYw&#10;tY8gueOMXj+bL8OImMZtm5jAUI9gAz8QAX/RijuuxSs4xGt/iH82wum2gS86CucMFFa8zysVGX++&#10;IkVMNMZeT5tEWg+BhVDUSabula0TcmSU7p+x8FuNmQUXcnOemdPWqIk+zzkdnz4lTlvTKhaMbVvH&#10;xfs0KIPem72Nl7OEmA8tOOCDmyxnB/D0+AQGkw0OKWKmI947StAMCtBTDdUmDrIdsZ2Wjq78pB3y&#10;ui/Z6qmJ5FKKt1MFB4efkY0Erofk33ZCDLxQc3Ivz1U7+0bx+TP5OjeRHccAavK61KeLyRR6pMQ5&#10;P8T9CMSegddAHGfzOYSzBa7HQ2iJtU4FB+2T7IEoNUtN44h82mleOb/WeFvziy7GAhQrlytArsRm&#10;LhjUDGBqjUn7NIGd5FG7wPd3dHAMTx7u433ow3Mv3IKXXn4JNjensL01Y0CKfk7sTUjp67quuhIE&#10;uSi7frYUsmA8x9C1z3K59rnsGkBHjeCSfZRL2qd8fom6b3CaODOZG3h6cAD/6T9+C7Z2XoCXXr8D&#10;e9tDmIxqXgv4OMss1grKQBwCh4Y4NgYM0NWwWqzg8ZPH8P3v/wOcnQO8/uZX4YU7N+H553fg/HwF&#10;P//Zz1hiSizKUX8Akwl+TTdgY0b+cAPY2trA303SWs7kp7rH9UfyQHXFnhpdooN4Vzq4fDnQZ6zO&#10;REBKl9RdAhLn0KuLgGK+b6EA79qY7TFaXFcp5KZZLflzDUiRE2WdqZTQwg0LAvbCEo6PTuDeF1/A&#10;J598DF988Tk8efJImsD4PLPpkJ/jeRyL9PgHjx7D/fsP4SF+f7L/FL/24bMv7sEv3vkp7D/eh5s3&#10;7/A9HI5r2LlyDfpkbbYIsLN3Fa/7SM8YPa3HIhOE+Pwfswopn5G7rOLuZerGGKezo602NoYVMIwF&#10;NuULq6ouqBfXPPwy65Lql+pPn7/+tnkrOR0MrVePExf4GNuuKjiZXYXRN74Om//1vwH3m29CvbOL&#10;n7nmwb+gtCtK3I0hFe+d+GOX6eBlM9V1uN5rv4gXTQytg+iKos3CPrh7yMa0lUpGAne1aPOUZDN1&#10;lPJqYkxhB6lzp4wUfb9pLJeUYoh5I4bSYyblTaaiJxYsBQvpcOoraGmZVoXS4ZWo2v1hLZIu6675&#10;qCBjUCA0KtjokxBE5KVdHxfnXJZAQoRuiuJ658Kna2yJlT5Jp0PuWmuirGyXdbpNvD0VnP2omifx&#10;6mjVsy525NJdWZcy0zo2lCXJw0zhQ0r8cukQYe+nSp/DhpDXVClLi83GvaXsdo0NleSHraZxqnyP&#10;mUiVAicxFd9Rk3hjkgm1ReJrZvQ5TcHLElav3c1QyB7FM5CTX51IVsAdcTGyf4gF4ykrFXBTjQwO&#10;VIWs00Ayp0y/VGwn1k3FDErz+GIfOu0niL9PlWV7DHr0CplfIcNzWXpxYZFSZokU+5XKviAZ9McO&#10;vbgsLio5ePN7bXSeaGCBjtpCkK1XsFJQxoAhf0FSL7I8GQfrLmJmKGuFjiTNtYW5vKwDkJglaqCn&#10;3jTZmy/LtQT0KyRpIEV30OdO0qfYtWUwQJrlUPj9g7stHsrxMIBfeAbh2p6+enUG+LzJc1zpM5XX&#10;TQZsjTGjTE1JLaX7siEAHlTajfM8HoIFUvD7BS5cmXlb6dhSzxorhexALvVEleTRMgfFINf7Sou5&#10;XmKKGCNF5pjJ8lu+fq5YE70loDo7qFiSdVuMIwnTEJBhmQJbnPPFeiY+bsLMqXMiCjMb6bnPU/p1&#10;1ORd7gY2JA3DudaTQ0cTCvmypd66boIKQ9MuM3tF1tZw86xtSQI64sMo8bubo3M4f3QOA96rACa9&#10;CqZY2c9GHsZ9YcG3uj7EWCdj6OhiIQdUpa33hTdmbo51CmWXwzbKdGdLWUyFWSzWcZPxa9gP/VkV&#10;JfAkBT1p88Qpq85kkz6lZxfAs7LzTcInIFUr0m416WdAh+RBkxmMsaAdYRE76I8k2c9XmnorAQDJ&#10;1oP2fDo8sNxGAFi+5+zyXiXgka8R+X818niTHXplvhiQQtfXrik9pqeMNE/3yntmGDYaJuG0AI06&#10;HpomZJaMaWnZJMMSqG0fzYV2w4EfkRNas/RS42KYBSUNjqAyIAL6xONODsyVWhBUVq9hgRwoDbA9&#10;gdmghZ0JWWgEXlc4BIwTaPEzedxXqiHP62XAedLbhGoww7FewSLIengyjzBfLqAXjvBejGEwnMi9&#10;p3qq1V2Vt7QWLMao1brNa4BF0KJVZLA5dVbAHWGRWcOGxkWlzToOZHHC+LIGsNOk2RwlKeoQl/Wz&#10;ydJl/TDntM6zikCAm6iWHC4V6DmwLUuru/VLwXHVPU7GnE/swbbY95mJ74TR5BW0j7r/eD1wB5cb&#10;xL44eLWJ5arJ1DbXU1iWxmsVXoEhHXh9sYYW+6PzOeXY7GvUUwyiHrqgTFztSs2TP7ETlpLXJpol&#10;9Zq1DGhIS34Oq5cge7glRrKweBiwiLELK9HPW7GhibqPNMTAa2hckixW1pcR/u4I//tHwyGsnj6E&#10;x9s7MLpyna/nYZD5Od3dgCc4fx1trkSpHg/w0D2AoyAS3WEku5oK5uTXRMD36RKWqzOY9Huw0jnP&#10;YCQpHlpZOwd8OF3BENd+khfXWCeckiSPQBech5tEhAgCctcMAPDOCieQfDl4D2TAs2lhiuvNspbu&#10;9ILAlABZ9RRz7YxTEz7E55yS1zeB5pxsu5AGOod51XpPzS84r5+RrSYGuTKOPp1JbGTYuuwLZYcA&#10;xVUBIhu7Uj3W1CZBgjsc11/euzW7GwWTVYXEJA1i7VUZKEyBIBaixA2USsKynMh1ebUhMPTpA9h/&#10;cABz8nHs4f0Yb7A1AY3zfiWpvBovlMdWwWB3kNlDsfCuveBHq2tDSsROZ0rHlg29/oABGVrnD58c&#10;wunxAT+eE3rNdoE/izRp7BAu+2DF6aqBgi0o1HBrivvOBFoK6phTQu88+bJWp/i8+4fgF1gzTSaw&#10;wuce0P2oBrgke649vQbcWHhS18pqHZRZl/XGDszlnL8AkpVMYxfF3oskkLRfb23twvUbz8Ptl+6w&#10;/HEym8B4PGIv9rryaxLFL5Mb/7oksAz0Jc/xDqZyiQeJ+bheAnK5NbWfnWNcgWswc3fVwPHxMXzn&#10;O9+GO7dfhtdffxE28LMSAEfWWSzZtqZXhI7KifbqnpexSQzBTz78CL79ne/D7/3Bv4BbL+7Bzat7&#10;MJ1MYXf3Cnz7u9+Bv/rrb+K87uF1vQEj/PkI7/uVq1dgb2ebH8f+cwUukr1Yi+sR4hqLde36f0kK&#10;r1u7PZdLTy/ap7l0vdqu9ywUad4Q1CNWGLzL+RJOT8/g4OAp7D894BqMwfRa6nhu/qsf6PH5GXz6&#10;6Ufwi5/ehf39A1xD8bWWK/je938A3/n238Hx0SFs7+3B5vY2zDZm8PwLL8Crr38F3njzq/Dya6/C&#10;m2+8Al/92pvw+iuvwM0r1+DHP/wR3Me15OatV2E6GuH134Fbd17khORev4LReCzvJYGnkIPmijWi&#10;zIFwv4rZ2LGP60rKk2S38L4v1af5CBrWzr/xEhUrrtx/dufm24l4VulBcqBdDBzpp/MA8xUOqN/+&#10;DRj90R9A/Mqr4HAj7Q2kYF9hMdisFrjANslouDO1Ogy+uEYzzrKfDAQWdGpfppdJ17WMFzNmUWAz&#10;zIYX2l4l3RozI66cSwbRJn2puXsELDEVA1mVH0IB/sVQmKBD9lVxsZNi5IrFLxVWnYsdEihgISLm&#10;RcUHJuIt4fsbTWpWNCaNtx6IPZgkDVLMdChSDBONviPp8AXrxa95NLmONxBfUsiyIv7MvpREml9H&#10;JX55UCDWlpgYpFj0zoC4NjM6Ch+WDNtYIZqvd5LZXBaA4oIms+rm5ZXBE4WBJqTAkAIxaEN1HYP4&#10;9S5FnhDWwY7pew5sYDiTFhZmcakcEXLgQpIFF2ARs3hCIQtXbyXX8a6zN2KLYPH3LEMkceSCX+/J&#10;0RDCYeDOJdYDWBwFZjS6EuhzwmSR++ZSQIhTVhB5CQhLkX41UUmp+MsI2GbjphXGmjFz1GNKikC/&#10;ttJkXldUujV3FAgsdCYJLu5Z6g75zDqMPnmfMTDLoE/MQmSTofC9qTTIAfLf2HXTUAVXJMB5TbNL&#10;MyPGNfl9zFIy5hsYs0wABHmf5sW40sCKgi2Sjo5kWL/Q7rRLkh/pvtDXMo25RMRNyXXKEcbXWuHL&#10;fHAXiya8x2SYT/ZBDPb1sGCkZGrzajTAT9ECY866lKTsst8XSHABy8T9CH8yEXchXkdEzs6sySiS&#10;6TwvRXYgz+2V+angjzZZDHAMJruwzGId0z6tQUSzXyZvQztAZ8aKFLHKyZbDhKXN6hmHfV9dWwCm&#10;PnmfMiZva6k3wLaR4BEf9aTqxBA8nCozkz77iRwEXAZlKEzFPPlS55tYJa1JlF2heHNJsEzXUNKS&#10;JUWURw3tK058mEJLNP8+Bz0sGvz34TmcPjqDnstSQvJLJes1km0P6YPgfK697Bns6WeHfW3I8eZt&#10;DLAQ9ZpFBeBCksLbvuZTCZ+73V4TAkGT+WSV199HSzAPiakaNQWVCi6vAIYk5ypzOwXGNOmwT+QD&#10;T/tDE/n+M/sLv/epM0rMfAqAwP2PktupYz2bbbBktIeHcPFAFH9LHrPqn5QkhVES32nMkIyorsfK&#10;6jWf1SrJJ9Pcd5V2ZCthFSlgAQogCrgGHbPulmVbPWb3kT9YG536A+qo1yahNHgLcJPYQZoMySoE&#10;ktxpA0BCeAoPtMI3WKTcMo8aC5fw0tDjDremOxJTglZrYohusNl5xel+JDHZ2RwzeEweuKDdfPoc&#10;LTFQqjHUg228FEOcCg7OlgGOzhZwvmhhc3MPRoMtOJufM1i9aPEgio8ZVWcw9hO8LzNY0D7Dpr+n&#10;zMoPPBZqXVKbAhiAIoVYxkNlMiLXlblyY0DXLgOMJPhEmi+VsloNsDe1R0cTq0wGM7e2UA45cGQv&#10;r6gN2hCzr29w3YCCzEgqUnjLxlHMYo16za5CFq5W905NjVZ5LNcGTn3UmAXs0prTkQWDzBc1TdXr&#10;4Qv4IRbuP2uNy+g6YSEhhoLVGwu/vqJZEa2ZqX5MvghPIUZdVZUO1bnhrOughYmksI8YkxcfpHpX&#10;ajUJK1apqoLYIu3NFiTGJmvNu4+sEPQdUDgFrYlLfF9LL8DtMT7p4XQEqwf34NEQ66eNCaxOF7yv&#10;wmoOr1zdhvuUjOslKOcKzpMznD9zCMzio/dzTom6+B6ewwLr4HyOc6WCMc6pHTy4H63aZBBM/loE&#10;vkSyLTI7AgLm8Sx0Tot8NYA4P1VgNKgORFm8uC80uj4DrnNA1jcEhJCdB/54NOjj/t+HRRSblbG4&#10;/4pEmNJecezverJTojWhB7/s92ASRyzpnYEw+RwFKdK6jbWHT/qjWmpWYqFDPzdPqlYtJBoF4bQO&#10;jqFo7MXUPGQSALQakieAW6plwRonha2HK3hSFlbYSFgPExhr6MjcQjSP3xJ19upR3qi1TM0NOnov&#10;dC3Pnh7AwUf7sMS94OruFRgRkEuekFREseduy4B7sLrEkte19r3U1qlg2biCpV6SLJzVcmq3Qp99&#10;OJxyKMD+48fc4OgP8d7gPZXau6dHJp8SqH0w5UDFITGkpFrgc7k+1mujDaiWWEMcPSGKugTQUMAS&#10;Ad5HTzn51412GPyG/hgaD1q/h4Ic0zl1rwEQl0k4y/AOlwkSz8AseE8PjVRu9ZADJSaTEYwnQ/Uv&#10;VOaj6wJvZQPln2S5p2d0738VCzBeAPVCjBfBmMT08wk4Swx1a6DqXD05OYVf/OIduH71BlzZxdpl&#10;MhavWWb2N0wNqJVZZ6o+r5ZAvH3i+KBw6U8+/gjuvncXXn75Duxu92Hcxz18MIbFYg5PnzyFDz76&#10;DAb1AG7dvgP1cMRMPmoUD2i/p+aFNQ/tOsRMynDOXUzOuEzw/Cyw79JflA2vYtyE0PHNzWNkPdAv&#10;qEd6lruyekibnwcH+/Dn/9f/CX/zt9/Ec9AAdveuKlYg59PAVgtz2D84gJ/+8GdwftrCV976Grz0&#10;2htw48YMbt66Dffufw5/8Vd/jfdkG3Z3t7G2nMIAi9HxqIfj0jM4vYl10hTH6nQ2gFEPvwY1fO8f&#10;fg53Xngdrl4Z4vI84np6NO5hXTqT5nrlE1Bc+ua6wtojFjZy6+Mrhi74eznwveaP/WVgH5TKVH8J&#10;Mzbv2tX/fPvm20nKSQsx1UorORycLTychjH03nwNtv/Fv4Tqq6+D25xx1DNJadrVElbkkxRjh0mQ&#10;CoqqyjRbozZ2QiZcMq5O4F86ZMpjTZGbPFtsEib5b5VklkG9QcSzyfMixFsZGWkTHZo2Et7UPMtw&#10;Ysk6WnfqjOuW9EX0QsxdEue6XL8YQ/I0iZCBP/5/G4oEmWw0T+DjeFyxfCaZS/uii5xQZFdMpJit&#10;1XWilP4tmQuVfWycJVNADkLQWDqhxiog4TqOFp7ZfJGZkJDAvMrCPlws0lKL61UwDF0hmUpgpHPZ&#10;m4kLW/N689lv3qQxJneFzKqJIYOawsRQDpjTQip51qwbXmafPUsbjTY2o/l8gXYna8PEVZ7rVCYc&#10;OoxH+fzKKDHZtTMpXfG5S7quCwpOtZLAxgO9Jz6EcKqAooP94wEsDx2DPwwAaRBHpWb0BvKZTFnA&#10;nljIuAXsi9H8UPoCTnCxUmvKsC/4jy55+bnE+ssCv5LNlw9YGgySgKIsx8srUyGZ9msFCLMchDlX&#10;JWjaOrA+sQOy/DewF5rr3lw+zEaTMKb31moCbJG62AkRaXUTiYlJVjLmKMWYpalJJlwXBdFSPSCj&#10;Mtxikg7LIWfFnyvLWUrGsB04BdEic/xPPgBuVlBgz3DkuPFPSWUC9jnpgPuQl9PKJMGQEqhSZzp5&#10;QHI7AcfNhCW8oCEwUoj3pKkPtbIsq7Te1HQoIOkMAX3g1aMlrPmgxIJloywAl7025HDb6P3tqTze&#10;TO7lc7RRU3jXwm2iC4lBK4neuqbGQuIaTVbdV0A9KkDYaoLyiu8BJaGzCXiNY789UwDTF+y8PG5E&#10;sRtYbkFp3Sy1aRU8DrLu+ATSxtLMAT+mYyZedOKlxonrzAipWLJMSZF0qF0d4aHw8VxChTQ1jIpC&#10;YjkMcY0e4z0fYWEy7csYqHs1s9EY6OeAITuMC0XC6xjwWvSZJQODd07HEXnHeJB0Q/o3BS/hckOB&#10;SlMKSSJWIX6fDD1/kWfkqB9hSJ4k1GggYKl2fKghwJmsHrwGJ9HcoaRYNlGvtKB1ImGRICEpOGnv&#10;7VEXGg+h3ICrewxMTSYz/NpgKSl9EWjlLaRDZUOgHp2Nyrgt2dyrLJxVfiwJF1CaC+4oIRvmPCvh&#10;GyKlYUDN9ioFZFxVJfkXPY6ARD6sU5ozNTNZzlmzdE/ACPUbigLE8X2s6iTLNZ8n8a5zqenDB6PC&#10;VqAjeUlBCDrTKkmz7VUCjND3IdZfYyz6qeCn+0GJhqANABrDtRcmbktBPPUWXoNawRTyCNqG3ngH&#10;WjfENQdfrZH9Uyx8HZycYz2H82SE94SYSTSX6JrPPK5l4UDG03CHg9yI0ekq8Vxl717dGcWrFzoe&#10;O0k5YE1TDuSos23HWno7KAAo4JDsAZS2bc/JRXeSicYEclWFr3MONevyNcyTr0odejOtKALZnANf&#10;gpXJR9CtNapzurT5nzq1OajVd1PCkxSI9zndXOwp9PDgSsDX5MVrzmJunZ3ji+CpzKyIIV48pDmf&#10;2XKmtokxARghyXClZgkWnqFjMWoMcoJoI0BZFYQY0r4Tih0ypFkmlkAx6vUI0ihugqkiYvI9Mkna&#10;KiprEuS6NkFkyHMcX3MQ1HC2XFGcGXx3Aw90Tz6H+uEjGODYP310DFdnUzileYdr2f7GVD5bLV+T&#10;eghnQQwqiVV/pepzMjDJeIf4OkeLFYNus0pagWerJjXyCGhkORc+jpl4IHYBLL+gxXfeMpB7nSS3&#10;aqh6hQB/Wr9oXPXHMCGgEl9vGgIzCcf4t3O8Hgs6xOPYXjSi1FmWyUn4fDP8Ombg3sEWLrZzfP+f&#10;4IK+ja8zIaYhAYfU6LIGtPqNsgcus5e1UUegp2903ZGGkjAvvQLjMYUT5fCOLP22xpz8btAlbFgz&#10;sGqypY2eObIkXOeClonSxIjpfQZLso4u1U/c5Abxg/Z+ietB5NRhAg9XzRzOHh+Cm4whjjdggJsb&#10;SacdWTzVNTO8KVCpcqWXXyj87qAI4cte8xczK3wBQpqCohVrArKjqQXgos8xPz9jaSsHe9TSrOr1&#10;B7mBybYImhtT+DizxQlJlQfkaY410yn5QeLX8kwaUotz6OMeOj9bCuiM43RFsmG9/pwIypYR/Q4w&#10;Y03CzO53a852BSGkUHB43/X87eAR5kdqrCuqU2sNlnSa5mvrcGomZ+bTP/V/62DKsxh7lzECv5x1&#10;5Tr7AHQkxYFDRcjGY//pU9h/8hhu377NfsKuUEC5ZCHkOiytoN679E6XuMdSYu4PfvBDBkmvXrkq&#10;97glT8AF3Lv3EK5eew5+63d+B67sbcJkOsPzQA9GPceKRm5aKms0g5cxBdO4X4GlXua11xkL7lkZ&#10;z+sG6QUJ6xnAa0k+CkW7yph/3FjHdfbk5Bj+3b//9/Ctv/s7ePzoMezt7MAWEcz6Q24yVvqXx0fH&#10;HBj7/K2X4PnbezAatjCipiwunRTi+tlnn8B7799l/Gc2xnppNFGGKXl7DhTDCrCc4xlh5eDBgwd4&#10;Tyt4+ZU3YWMTayXyAa01fDJqvZJcK7o4Vg4n6abjXhhj8eLf+GJ8PGuMX+BixsvngSvwIdfBisiz&#10;79bNt0U0JDIhKkorWqhwbTkdTMG99Q3Y/pP/Bqrf/Dq00yEW/mMcoHNcd87xIp4LJbmSGx3WkWDn&#10;VF5STp5y0cx+fJcZYjpFQs2IvwN62QJD75sPvuIfQ6a/ZFgrbBBJZ01IehBvGToAcApQLIA8LpIK&#10;KaYWP+Lf1GYj4zUDaDnYu9Tj9B2MI3YkF0kyEYtADzIppZAOPGz5fuwCmjGDHYkh6eBSk1UoJBNQ&#10;eDmVg8HbwpUAk5g8V7InYpsWZ2mBV0WwQARxmVBJo1OvM8ciAd1MqiTTk8ON+kZo6Iov33wn3S5m&#10;g+hcYusGFlOSsLFrDIQKWkRDkvrG/Bn0sBhiFuDE1As32bGAHCaLspRa10mqjJnFyGwk++yh6Pxo&#10;WqbFxtOzVmWKaGawgjPhX6tFmR3cewwWtZbiig/dPxrA/JC8SCKQlzQVOL6OfMgGTeV1+t+W+pMB&#10;VvEDlC8rZDRRlDskfWFkOJPTQgL5pNapM6hgTC3tSKYDh1PTe5mEqdj3l2ymLoFBIQFFlh5sISeW&#10;JgjODkCVsMdcBppZHqkbhwWCSAJSq3MvS+Xp95nB4DLYF8UnDZKMPMu0E9eGi92V+LrFVlODbb0K&#10;wtKh3xcFES/0QceIZtXmjTNeMLilEBDQ8fnRLwH6nrr7Hvrk2cdJvHLPzefa2JyJHeNigv2T4sKA&#10;WvYIWQnbkrr5Osa9Sln5+tOY08ACfNX0Ptnnk+9XWyReqaTZVTkBOQGdMm98wfyQgj9IUAGDpD4F&#10;Zoivq0pbfFCJo/kptonx681Pqm1TZ5QPhiHPQS4ynbBVDcgP6vll/lIM+MSF+HvGiY6DJls1pLuE&#10;h7IowC0Ddk4YJx1KqcqbzK+IGwPBaViOHF7lb8SkmVc0MhVX9ptfYCH3YA51EEmsZ+aSNFOYeY4v&#10;P8ZTwAi/ZjgWtgYRtscRNum/R3jgw7FBXxtD/PcYD31jwN872Jw42Jl6/tqdedjbqOHqhoOrmzVc&#10;26jg2lYFN/Dr5nYNz+/W8NxODS/s9uA5/lmF/+7BTfzZ9c0KrujfX9mp8O/pOTxcx+eg3/Fz43f6&#10;/d4GvRYeNqf4HmcAuxP8N70H/L45wveM74sYZtszh48h1krF3enRZAOG0w3oD0jiM5BDkJNE0DR2&#10;2Je1x/ePOr480hwZsY8YzOP9nyW5xKygjvdIPb9c8vukcdfqwVcOQbYehCx3MTmX+c8xyCShGVVv&#10;kDynVjrmLKijsHLnVGbyNnYKdJKc1tj8YsruGLiiPYEPaGYrosw1AZNkLWhWre7lGkmgDPzxsA/T&#10;AdZg5H1UV4mt5zVN3Rk7LgqYTSAGMfd8fwMcfvn+JgQ3guUyJjeR0FNylTYdVvheTlbnvG5uTnYJ&#10;FYbF8pQPNwM8YDbLe+CbJa5TO9KbUh+roDJ7pyndcgiUyULMN2E4KNtP03lZspcaI7HjtWf8NpbF&#10;Nqv0OwaJvYVLKHNXa7LKK9DnfWITlKoLSH55BeOiOLpYfWTMVkjA72VKJwO2lLUCPjWdo9eGlzY0&#10;mHHZl7Wc1rpga4ETtl5Q2Z0a/0GKUzZJZYgdj5+YfIzjxQY7+II1kIG6mJgs0AFVjUUXYg5TYqms&#10;Mr3Mb1kOqDHVtq2yWXm+ac0Wy1546QkdrYrSPYSfU/hhzPSiet3saMxKQA/FoI64vM/j7+Y0RsmE&#10;noAVHG9f4PV8sLkBgw/egY/+/q+YCXu6cwNGN5+Dp5wavYKX9vZgf7gh9SbOm93BAJ7i813BSXVK&#10;+8pixQm6S5x3AQ+bU6qNCLPD/YLAwjM6DCkj0zE5LzBDj8C9Ce45cw2e2SNWFtWISznkU3jHCaU8&#10;EvDbLuE48kLFdd+MUoTpkEsAXq8PT5XhKFjhSi4iFQDNkmuIGct08bPhnrCqZK7OG91PqjF87PsQ&#10;cA1sSEIMuJ7ic1Tqm0euhtQcZbktvzM5K3GQGI0XYk0qa7hhFnlcY33GxNQMEJK/dQSzShGWvxA3&#10;YrKpMSsi8wRP7CNqFlXm6a5McV8nKycJXXTSQPISQsg2n/ycrbLaxQePy1YideB9PJsfwNEnD+Do&#10;+CkDq3sbm7DCdbFfiRSYDvqtppsTuBnssAbxQlDBericzuZLIj6EJc7zgcA7fK/DQQXD8Yz3ssPD&#10;Qzh8+pQBiF6/1iaFUwsZ9e+r9HOT9BPvHzd26L4MaqgmM1y78bnw3lVnSwkhq8Ump54fQXXwBH9+&#10;zoxC0kewh3evL03JaOfWov502UfssoCSi3yuAjC4LK0W5P4YwUYSkTNIVPk6eTV21i4XL9h0/ZNA&#10;PzuX+4wndBhYF8JLvkS7Wvxcmogmjw15PQZpPg3GQ/j+978L49EQpnivSLZNfnziySiNSiP/WNOK&#10;GabGVKeqGx+/ubEBd999Bx58/oBrnXsPH8DnH38Cg8kOvPHWW3D79g3Y3ZpyA4ICP6gBGbmuzmEW&#10;HSuhXxfoexbIdyGIozTxyakFsEZ2csW+m2NSzHZFgTp9v7QSLjlzoU7rPq8h3NCs4cMPP4Z79+7B&#10;vfv3cQ49wX0U6x8CO8kDtSdN4b1re3DlyhaMJxXX4YuTM3jv7vvw6P4BfPUrvwmvv/Y63H3/Lvzw&#10;Bz+EmzduQd0fY/044PdJ6z35Jb7/3vvwHh6+Dk6W8NY33oLnb29CPRBLETZdcFIPVlWV9i/n130+&#10;fadRWIK7F4C7SwJfcoOy7Ctc/hxdsO/yObQe1sPNzT+9df1t58XcekgHT9wYjvCJjo6HUP/2fwWz&#10;P/pD6H/ta1ARo68/ZH+ks+WCTesTIptRuiRT88kc1Ca3B7fupbKOwF8KEJjBZJW9PKwrQIyYxUoO&#10;gHSEVKZexRT7HktWpu0hnPkB+16dNwueJJv9gDdapDCJodfps6/fnCJ2O00CPfiG2DVljtAx98wF&#10;mvn1APv0JR8rL15GJN2rB7K5WV6oh4tm0dAZXH6tM2OR7HkDC4UBO2i3zJgRGWaO6gMUC/DNAEdl&#10;9KVk5pgBG/aYq8U4P0kmYzLoz56AZVhMyB4wfAhuEzCakg2ddVR8woW9hZCAsXKMUaaJpOrulj57&#10;6pKtCm88X/Ad68T7C0E8Y+zQ4JUxAskzLCb2HstFvSSEtmbo77L5tnlDOcgJRSkexuUFUoqnpvCV&#10;CJoE7FnOSgEd1OE7WWDBuO8Z7BPvNgnOoWKprkCBElHEZMm5yynWzthoGlji6gJkHyqjzXwhjRVJ&#10;i+9KAJhY6ePrjidDSlHUv8sSVl3kEwvMr7FNq8QENRah6yxoKpfS5w0u8zMTEyHagbC2DEr14APx&#10;ZgPfYYjkYs4rg8HKNi2CY5bVW7KrSEFzipWF6mQ2cEgHS6yy2S/MK+gVwpyDILz6nXU6qK5gDAfQ&#10;0Adh3eKeBEMKYKFikTz7+o4PiFUv8oX2HMwCyQcnk6XL5G7XCSwRqc0Ax8qMCzEIdlCuk2SMwMC6&#10;qlNTg8A58Sg8FTmspuzKga+FMlc5yXaIteEqBedcusYiDfJp85d7aGzKnjZhVprobU2SoMwwPfQH&#10;BWd1LQ7qKWrJzMy68pCSEwlgpLkpCrChjOl4jN+GeC1rlRWv1LNyoY2evj4vvVcChRbK4nVJhmie&#10;dFY8ClPM8zVl0MWuTZQgB4mYqdTLTQ4axADp41g9+OgMKg0BkWTjVkEI4GKOfk4HBwJ1JjgetkY1&#10;M/22saghgG97jIfLMcAeAW9T+boyreQ7PubaRg+u49eVzR5cxe87sxqu8FcPdvH77qQHW5MaNkYV&#10;bOLXFAfeuE9Flsf/xtca17CJXxv02vhvev3NMfm/1bAz7cE2fu1MawUc6Xf0Hmq4NqPnxZ/hf9O/&#10;t0YAV7dqZqseLbZhQXOlmuB96LMsL4ScHBqdmDOTBw0ZrXPwQqtNrGR2Lb56luzqxMyS2Wd0UGU/&#10;QAvkaS212zMgJrJjafQFoVPAYrnIRtZeesa1BnUQS6Mln79WjKBbWhO9yXQim0jTGFpSUIdaQ8iB&#10;UgOcmsiBHNS9Fzk/HewaYaUrw9BpAi/9HfvtWaNR58UQ13vyjyGJiVh6VJz+RteGUkMHRPemz282&#10;Hwry81ijv/ByqG4b9TIleRtElWiumH0m4zym5GIG50nWuDplvyUyhD89Pea9dIzvf4mH6rg4xXs6&#10;hlBN8S/n8jkceZu1fP14i8R5Jky2mBoQkqAtvohe5ZtOwQQeC0HBeQ/JMJ19/IKAnlTwN23QtVzS&#10;74LJdjsM9ZIMp/u6Mh+tgZC8A1VqVJqYl8yGWKTdupJ1afCaBfLyY2l/7vN7GgwCHkJ6eAjswWSk&#10;gB+lG1dar1AdiOOdGtUMSrdy72sva5yFlwSV8Kd1HnIAk6gaKvElCwoc63sStUBIPn6xI1PWlU3/&#10;bcy+VsFT8FmBkX6vr25BHsHJdQvQlT4z2zqGQnsitVBq0PhaG+2tME6bRgEl2y9aZrYwK1raxwwM&#10;Hq8W0MOf0ZygHfYJvr+f4LzYcX344q/+HNrtTbj9+38MjyYbfIikLS5sbsA+/s14NIbYH0CgpHs8&#10;x5ziOD3F63a1cXCK86iZn8ILPQcH5NmJ9+NUm7u8d6xWWbO90roA5+YUn4cYgDQWp4ydNTDCNYHe&#10;W8Q17AQk7KNZ4VyidQbv+xQ/+xLfzzl52dLcxEPrMfm24muuaA+kJgFvcvg+6z6s+j32wd0g1m0g&#10;MJ7Tn2CMa84UL+q8L83123iLf4aP+RlerTv4OXf0uaJaVVAdQY6CrTXL6f5pHctM6FoOl+w6SJ5k&#10;HD5i6cyVGvOYAkItEtgv1yU/bQmuMmC3yaBWMOBEWc66JiXJYZK9Wf0iLHKqb2kPtBktw9mzBJgD&#10;W7Sh2upr0mWbL47g7LMDfk+zq9dhyEyfJfQmQ67z+36C59dzZsl7V56hoGN/BEUYSVTp4cXkUpfA&#10;K6eAJ4MYJF2tK14HA9ajJ4fncHZ+jj8b8dwntYavNiWQRGsis8doia1Fl5TO2rSO0z0hhl9vjHMC&#10;14DTQ+hzOJjnYJra42g72scLtQFhTCBGjXVjDYthnz9vbkQ4VbEEvUce1jOJLwCepad+aR3gfGFF&#10;41Or1EEsejauOI/ka2lnAQN/Lgea3K8NArI1BIA20zjWma1rXMfPTMPq1F7AFQnGl9OpOlBnOse3&#10;mkJsH4sC0+jryeNH8IMf/wiuXr/JycQ0jAisqsDUIGKh5GNeuysOUfE8Huiez3Cdev7W8zDAv3v0&#10;6DGcni9hNtmDF+/cgavXdmFzOmZZtOx7bZL2eEsRLlhcPlFb3CUsvi/JKonu0jvg1zz1O5CgL5lk&#10;66Qu2Se4XtKQRwpUItuPFUjoUgWtSpQIo+5LOEezgq2tLYhzSnh+DDu7L8AK/+7Tjz+G61dvctgL&#10;AaLkI0xAKa1d1MBcLZbw6eefw/e/+0O49cLX4eXXnsevG3D75dfgAzxc/fRnP4abz12TFF1t6Bwe&#10;H8Oj+/fxWu/CS3duwe3b1/ke9LE2Y2a+N5mx+TkrVuBiB5wrcmI6jOEvHbtqLeILQWnQa+rXk3cv&#10;AfvMzzeHu3VBwjKwhs/q/8uLN94mY1DfxwUeF4M5XoHzOIH25vNw80/+FQy++jrA5oy7LKtATTAs&#10;4Fry6Mux2K6r4Uy+K1ZEJ0PURPPORuIXmT9F+t8l3Za4BiwyswM3N0lCq7hobrx49lHn6pw6IssF&#10;G1wOcGIu8DOctxWMcDFtNEAiB6yt0SlTJzj7pDg1nnbRrW1QkLraPh3qjU4bk6zNFZ4sKcUUfz7C&#10;IqQ37mnRWHpelCoOmcgxmgl/1YmXdy57AgBkFkymo2cDWpEQO6gMfzJJrBZwzpcytbUtwIyW13Th&#10;zlLSYunfpM5u3oBHVwCruum70lgeOrRnoYdbYRi7pPME9LkEvpR97hDtzlQKWpWNiCYz7joyS6cs&#10;i5gYIJZKlfOkQyFpLaU/mkymjDXviu6fE7k6dACa4j2Yzxbrn85ZIkob+nzZg/0HHscuAcKOQwMq&#10;ldLx59dUXg74cOV1KYLE6JDlleHHCbyFxDP5OwxUrtzjgAZQfxNmjDj9e18XzMEisj42mbpuqVXO&#10;Ajhy4ZDuVZI1+wQy50QuSDIn8cercxcJoBv4oh1k/uypi1QX0umuhDxxeBSMTY0JO0hpAE7QEIlo&#10;hvAgcl9mZcTyfdhCT/Lts6IAUqCv08tY80xKfRCfkufuvofFKBUBuBYQs6/H8kmQQrzSgA5l5kla&#10;Y8wNBec6jQnujHMy24hZfJWm8BIdh7rjJO0W7Kqna0VQ0E3k0XRgy2E6Vce7k1lVheDarklU4LXg&#10;zXZA3BSaE+0goIR83+qaoWOObQk0XTeluXrtqgqAE1VqZsxrAhADN1FMFl9rYAjdC9yvgoIL9Bgt&#10;kmpniZa1mpSvmDXaBmMJ99QDp1WMVlMIFYyJMZuPU+feJ+kER6Lx75q2TgmTnLRLTCs8FJ58Oocq&#10;hBRAIzJtKf6iyhTpoDMg+SweHsifhRJnx0NJc6PvBMptjPr8NRv18N/08/w7ToYb2N9VkobnxSew&#10;8i7JgSt9bQMXay/et/TFXVQ6eLGEt+J/03+TzJj9BXuewx/oNSnMgn4+JrAaX3M6IruPGu4d1fDg&#10;eIYzhEzEewxsR5WzCtBhBrwyF1uVC7I8RT0aOeEb1/C6HjJDzxpioL6iDCEbY67NLN2VssJaDo1q&#10;VCIjgRuUDCjeVSLxEpAs8H8Hvd9tNCanjP/QRvWQ0v1LfR2drvvJeyxKA4UOcyyp0gCN5Wol406b&#10;CW1SE7QKfMqeQNd+czbGe93npEPvox44sVBersS3j0A1lk6JNKVWBrfX5F6SbhMw2K4aqoy4M93y&#10;72uVmWcfqlYPhIFZV8qQxeu9PFviGNrGInwOi8WC9ydK5F3OD/l9jKY7eNv6DIIOWCLuJLgrMd1j&#10;Cl4B8woNJnmNuRcC2W82JDZeCU5paIkeVkFlf6BAsD3OF0nxmakuBw0b9znQ1xUpuQ4saxcKCVvJ&#10;gitZImbWz/VW4V1sa0wf5+t47CVAxTu1cHEM/tIBZUCG/sMBr/GkQhFAr+Y5aI25shYuD+Zl01ma&#10;xur7pXuKWHxAxynZdT1ncqhTVKaKeU6DeggzIBcTg9JAnByQ55M3X9CGWcnOLIFClsJrQ8N2P2Lz&#10;GaAXIFlaJQnpypj7IKmWVCMTuOYZrO7BMT7mPjcixvD+3Xdg9rW3YP7K12B/OIWNc7JIaGFvcwrz&#10;6QYEnD9T2kfxei/DAs83WjvgJTs9PeLSYYprClVAR/j6SzLPJmkmJ7VrSlbd58RbrkXwHm7iwfuE&#10;9gkC8fA9ERhHrEC2T/Mir8WbDNdwnTmdE9CH6zK+j9MmSEdHb0WrPuS0PjQaYrJJDEFO0xXFBslz&#10;aVs7o7/1kuD7Au1W+Lgzem/EOMGfL4i1jnviHgNgZPkgnH5P7BnyFrZVM0qwT+VzQ9jrmONGV2Pe&#10;UrXad2TLGB7vXiMNAxTBIeYZbTL62PEnNnsUfh6f2UheCQWgzJhYEhFcnu/p5BCDrg+yBvNeESWM&#10;iX7fw+uwrFawODhkAKAd9mETx4THNaruBdawjWppTobkJ+Y6TL0kVTc2ZwlYdRhU4ZJQINnXOL27&#10;0oaOE6ng+dmhSps91xmk2JBP1pNQPmKBUX3Evonig8ehFrQPjkbQn4whnFNYxwJqqs9CUFtqfPzh&#10;AfgV3hNKVcdxTr+n/b41eaF9RiPPqEriy2WxrlO/lmfyDnMpgkLytp5r6MKlWRounV+fxSb7lakR&#10;pWdg4bEX9AhEgNJiuWRiz4rtJUxW7pmN9+t5BRbWCXo+LNNlK/X7pRlFfm40GT7+8AOs3Yf476nU&#10;9HQvnFPGJnfpZX9lf1/821ULS7yflPZN616/P4Kda9fhGn7tXdmFazevwu7eFkzG/dxNUnCN9wka&#10;A1XVYXLnPa+bshwv1X/mhpWL7kvcDi/K2XP95b5UYh21Yc/1EzVgcHEh+fHZ6QknRhvgT79vKAys&#10;11MGHa7Jk204OtyH3d3X4I2vvYL1bA/uffw5z/8aa97xZMS+pa02w1ZYn/zoRz+C+/cO4Gu/8RY8&#10;d2sDrx35G/Zhb+8q/MVf/iW8+867MO6P4dpz1/B1WpgMh7CxexX2dnfwMTvQo3nG9ih1qtmFfa/K&#10;KcigvwRUZaO37lkv/urxG6GkhXX2atdxSnoW2AeFDYHrSITXvYd5hv5Pt2++zfHk8yWufw5O5n04&#10;rXdg+w//GQz+8HdhtbMFfjziZ18uzvCCztl7Rzz4M8gVveuw8fgwpjKs0itknR68DhbBGm3au7V0&#10;nLSR6CsTUElGt1G8Yig58SzgBOgTkl/DT+6fwY/+5j/D1168gu9pgY/Fm4svuSSj0wTKFFbSIXa9&#10;GSw10nUDJrohIbGjQU+Hepcpy8bsy5tETDJeOthO8IBfj3qaKlglxpQ60CtgVCyaCS1wnY5LMndW&#10;dDmAK2RqsbSZzV5sMS8Q4gVuXatWC8nCBLIEXjWVKyUzqgegySot7CClfKmsIGE+Tjcf9XWyiOnE&#10;6LSuvDKtLA05Fh17E4/HmKUvrtyYLQ47ec3oQSJmE+lOkg4Xr6vUDU9BFVGBBfU8S0EBLiSbbGGz&#10;SaCHdDrFU8yKGjCpk3XZqL/hzQOuZcaHgJBzLbArOF9W8PSBhyEWBoOhgX0ythjsUfmu90UARJm6&#10;qdLaylPy4lAB7BEXdQRKJWYi9JMUiUFBsE2yp53ZKvmzuZRQZb5qq8S6ik4N8pmXWamZczfxK3UC&#10;E9AYEtDqnSUsVyAifbe21eihMPoM6CXGmLFC4ppBaVtSRnNnUl/PvNUAfGIFckqaHQxjBq5EWuSS&#10;XJzuUe0p+OJYDmw8vhYqIW86cr8Sqrbpa7bvDX6mjz7ANYAOC30P/ZFjrzT2W6sl/KRm6UtQz6vS&#10;rN51AM6oIKJ0IYfM4uOVgFk0NTdBqmqgAQZBQ2Rkg21Tdy+qtLvu+JPmbnh2xYwdQ9i2EzYACmoH&#10;ZROBs5Ruz9en46Opcg8D1OjgAiZ/KA6ConIL6d4EC4RgoEQOBxWF0gQKuTmVoigK6AI4t5aLIIEf&#10;mjAs422pfotinAzGLKZ5o3uFefQwGzNxltWzrYUiNd1WYMeBDkG7mG3UoAAs8k4/OxdzbhBQTfxa&#10;Qe+zAGz9WqRMBrYxgFuJb16Pfy5+InUlcv5Kf2f+eZXkfPDPKz1f2jyted/07Bnk1TuJ/fU0XIaB&#10;QNAgCnDq/WfyKfL783xmrdjf0cGADzb4SJaYOpgvce/91MHdBwBPln1m2a9ozWH/OvFACRamrYmL&#10;tdoghKBM4iDge10JKEdSUmukgILkq8Q6ilxUV7rWi39QlUzyhUkmcithZTaJ5UwhY9w8qypmjTmV&#10;8XK6LLHTYq5jqFBlUIcPzMCed9SNTsWVV/8zsufw4htMvmR2HFw28t8ErGskJb+/VRDwYzQewMYU&#10;C9ReX++xkzKAQcPArDEOKjGfUg7qGLCMTd6zsP9ILlyxB85Kk3AtBVaBTZYhDQTQaWMKgBDZsYSz&#10;gaoMFqsFG68vcIocn855jXJtDc38AFr83Xg0Y0AkyaM1RiGm/bdKDTNpzFg+JiT7C0nlhcwkC6Fo&#10;BrvEzpAglFbeqwavmcWJNVO5bgkxsTmCduajedeZF12SvJYJdrFodGX3YuhIwnyHDVEpACM2DsA+&#10;rQSye1xTnNnN1D28pwOpc9oV7/8k3e/3HVu48B6AtTUBf8LekIRlS+Hl8cJKkswistTiUOzJpl5I&#10;djJpvuTaKqlUzOM6KKPPQWJaRX1tW8udpkPzmIaYmA6ZdaiMMV+pb5F6VwfxQWaTDgVPxPOqEYsO&#10;XvPqtIcQi9a8t6V53iZFB8nbV/j3uNPC4WQCd4cjeHr0lP0+jzfw2q4CXJ3PYR8f3uCB+wSv7wgP&#10;hSR7nVdBUkFxHSKvvKs4dE7pzENrPbFv8TMcMfuuwns3xvG/YNCAAVpKSuV53/BhlOb0An+2yWB/&#10;Ddt00MT3fHB6Dme4FxGra4WvcR2f90ETGMgTNksD270hX8OV7jEzYiKR4Txk0OImvsYRjdd2wT97&#10;gdedCGcthYPUvJsO8TKe1+LxdxXrhH1i2C3Fg/BDXAenuO8POSAJ9/4lPjsHR7W8z7mUKu9TABJf&#10;7SRtl6aXeUpzQ4jrEFnvna693FQxdYvaoiS2VPLnC5n9ogSASvdz70z6XnXYQSm4DHJN5zWZnoOL&#10;zNZJ1yuzD/HcoGrxc9dw3hzD6RcnsvZOaugNB3Den8A2fpDz1Rx8b5T2vY4lg1GKYd3vs3tG7XrO&#10;ZQ6UL0IJuAmD14xSPOnv9p884oTQfj3k/Zw8hElSGBX8TM1rCCm8iGSwDQG5hJXg4309gl6DFffZ&#10;AqrVCd7NJa9/Ps6hOjjhNdFPtthLdcEeAnW2v+LrVOlaEX6l/92Xh3kU1yMxjrvnUfO1jdosS2ns&#10;do7w3cbFf6l8N2nKKCypkrC08/NzOD0/g+ODAw66WK0aSAckVdj96lCPLJJ00TyYQ2o+n80XbB1C&#10;wO7u7h6n87579y6vZ9PZJu6XKxjhGmXrJC/fBBCRhJcaHfNzODo5ZZlqi/N7a2cT16shrmdYA2zO&#10;OESiPxBP3JprvbIhGlNTHKLrNPtLkKCjOrxoQJlG2mXefNF1NIPdry8zkLvEOmzVylnx9OgE7t9/&#10;AE+e7ktwC51NkpzfJwVcrSE7tAaRqODFl5+HW3euwwn+/be/912oh30YDkZYe4y4eUb+iS2ucz/8&#10;8U/gyYMjeOnVW3Dl6gw26PcUSob34JNPPoVPPr4H09E2XLt5Bza2NnFPGOK/B/h9ABUxcr0omDzO&#10;tWhJXtAWLOUsSXaqVo3OJ/KIKBdd9sb9Egnvumw3QDeQwynAa9ZYHQixIJqtZwyJ9Ua8sGZV/+Od&#10;G2+T0pG6+YujCo6He7Dxe78BO3/4+xBfuAn1ZMYvuFqcYzFypj4kZRd0jYBbgn7W0U2H6rWuKZRF&#10;iuvIKYJ1EhJbpkpyCii7C1VP5C2MDld8gOtXCxxC0pXax2Lq3/1vfwt/8+f/O1wb34QXXtiGZVjC&#10;qh6rHb3PHmOqGQ9FqkyCIl3BWIwhMd+idUlcIRmxVNAC4LBuv7BTGgb5rMClG9OvsUCc9LkwpwWL&#10;ZWE+s99AiykjFCZBqqZE+iQxaxO7MrrM3XWFQXPUA7ow/0wSacCGS74sFrZgzL+UrOpK2DMkw/8s&#10;8o8K5PjM/jMJMVgakbp9WaKhAaPRg1l4iqedSyEWLCQIQWXbJZquzBnnwSUKrXh5SMe7lY5hCiCI&#10;2S/JmIYqJ4IkF4YkHzeJcpK86v1oQY3kLaCkMMLWYaJjoQi/MPDJtWoG75RxV0karWsVEJHZv2i8&#10;MvtoqBOzppGDu6WyKturrspJ6LrAH7GMosnoewzgOGNf8GfEhQ366oEYRB4bWvXaqbPBt3qYJSZk&#10;Wvo9hz8ElUY76KYNGZvVF11T22C874ZX5I3Lq3egS+ENBto59Yzz6t/izIzaVWsyZvWXo4IoWtGY&#10;VhoFhiRUI5Js0y1Vttpj+adzq4KevVJQSJdlSypO0qhW5YL0Kc9VqloVkRNrgV/GBnPynQq+jz70&#10;7NY8IM++kZfiumILFu7EU6e+9nqe8jkcJQUWuDyvvLK2otvQ8Vwn3yyWUeP94uZg7OPPBgquEpNt&#10;oKBclvKz9M28OEIlPizmhWmAu3prhtJP1KlMSEFRaVjYNRQ5Y4SyW9bLid5aabDnSYjJQ0pPuBJG&#10;ocCizMdKw5qYe6ibXcNFUWgWchxwZyzF7NGhm+mLS4N8WYooSdiVptQamLhUtlOWMoi0LhvrCjgY&#10;03xieTa9Z+q4t1G9/WR9ZnIG3uP5PZKkyZCSxDoB0mpj2hX7nBVdXs8hDMRVMsctACMBdlX+b0tl&#10;1uBmZTaJNMorUOcS2NdlwLocnpj2dadJILX3yc6Bx1stjOW2cfD5QQU/v+/h7sMa9lc1tP2xdLaZ&#10;+RQYYOTHUmOuEskssZ0MnAvRJRCOABIeu95UdMaYk0kQDaTodLOF4WeLjDeQgT1amtRgajh0o1Vp&#10;sGRB02Qj5p3TBlTUABcXmsRWbRVIAg1CCAb6u1ZL55o9sHheOGGiJvAaLMFa1hIXxPOMDn7DUQ82&#10;phswwQK2x4byOjLZl0dAEMeeSGLwzj43Tq4XMxX1JnOgAUuPA39e+nxBrUOkCSuSX9p7er5Oezmz&#10;WWl8NiI5ir44IDhJ/d2YbXDq8bJdcguHAHPfPsZi/DGDnr3xNt+XoDTtumgMWkO1ZYaQT/t1Xdl+&#10;USdJGwOz6m3oNBygLYLepPyUmsoXioqoSg2rVULsmu5DyE2IlMyrDUljgl5ws3LChAJlhIPWe8ZW&#10;iNp4psaEHMhaBpgoVZ3Y+BR2IgE1bQKyqEFNjFaWKDpRo4wGcpije0ZrhteAtibEtYArq3F8boyV&#10;9bKDgmGjoHhRrUUb6yDXx1KKGcCrsrdXDmKAwusYmDFmi1JUZgZ7vRnLDxSMNR8/Xs0lvIAA6Vb3&#10;CrmnQbaIIA0glp23QT2iRSa8onHErBCcNfjvA3zNYyyGftyc0wkSbuBBb3/cgyk+eEK+aHiAHuOB&#10;bTUcwN7GDJ7iWL2BB+YT/DvKzVjiPBgScEb+fMtzTsTd6As4v4XjmUzZl/j35FtOUjH6AH3ce2YU&#10;pBEsiEQ+A6ucorAB8XAEDaXn4gZ9pht0Hx97Tgwe7orUvE4M8LxyvDpn5jddE+KdN4TJ4DXaAlIi&#10;BfyMII0u/L6Jj3+Me+gJMZQJCMaxst3vwUMK7aEAD3zQaH6Ce0qAXXwbI2I948staE8n7zZ8jRn+&#10;bsoH10YckKl25QZfUL9FYZMxQ42XVqnna5eTeCtndjqlF2aqIlmLxs0lL3uLMK0zYzNx5nQfCdH+&#10;XUGyhNY9NwVCOKce4XmuRGevWyWygjSnxC+PrE/qXsO+iot2DsckiTxZwfT6LgzJo7oXYDjZTGyt&#10;mHeNVM1mBY+/oMzoMNuKtcPAwZgSN0NikdW9itnoNFfnp0t8PyeydtVDvEUV739mUeO0+ZEiHjj0&#10;qQ99aubjPtGSxHAww3uM9/nkEOqw4rqQWbLhFPz5OdvKwHAK7UDY9hw2ps3r2mmPqTinV65I7Y1r&#10;jOgL8lq4JKzDrdGNYqEyiUk1ltmFRjDwCaxwltrnngW3Xf6zqM0ZsUrB+bBYsuXE06f78Pknn8Hd&#10;d96BR48eMtg7HAxYNu9Y6uvZqqJsBuZaPmg6bKkicp08AWt8EPhfVyL33Nre4rXvi08/wfexgOnG&#10;BjcLe5WoZypcY3rUgDsT0tTR0TG8c/d9eOfdd2Fra5vZZdTQH40mvK6QRQe3nK1+ivk+2fv13ncA&#10;6Vj4k7tLyYrde5ky1WOW6yYwDy4yzy6wBENMwSvxgitbnse0npFzyoNHj+A//If/A775zW/CwcEB&#10;bGxupQZcj/1MY/Irpmb9aDyEX7zzY9jZvQ5bOyN4/tZNJsi8++5dXKNxjRoMRLHS6/PfHB0+he/+&#10;4Hvw/PMvwmRCTdMhnJye8P60/+QQXnv1TfjGN74B16/vwWDYYwZ+Xfvkn8t2L6Y2kbS+pBy0DII8&#10;BjMVJRbhKHxPICYy3K/IicnKggIM9B1//8JX2HIsChTIFSSskmzt1sG+P7tz/W3yN6KN6ombwuyf&#10;/z5s/cm/hvalO9DbnPDKsFicw2I5z74FKq1cj65OSGUxQS6klxURxWUU90VEuMoSj2KiXUhOUo8P&#10;lk0pMiyeZjgJcbJs4cH583oTvvXX34Gf3f17uHr1Djx39ZqkyXnpqjlLcPTq0aFFnb18iLGLmsdS&#10;qH3BNi8lq4F6CZTgWZLZxqDEvxV/7+PPR5O+0tiNzSYBEsbHywBKm4pwK+MqlY+JtM86skUHulgI&#10;UhctZlp1NKYFZD+9FEDScQpU/xsXEqNKpJSuExwSuxiuAGWQmX0xsTad+sVoMRrV0N706HY9WQIS&#10;uCjzhRSWpK6x4/lhiHgQVgY7W8RUxJv0JE+iNi2S1nnM46wqmHgKZKb/hnRvrKTtJllloNZBWxQE&#10;IQWEZOnrIF0T7jqxxEvYDyfzCg4fefZcYVlnFSSRV/366kLGK53V2Dmsi7eZSeVC4VEirCVivzqV&#10;TyTpokoQebzWdQHetcrUs/desfyXwLHgamVKaMpwYsoFZdqYX2RQP8JW04ALCTf4VPxlfzaSky5T&#10;UnOSB2ix6CEXiZbyFdVAPwfixDKzUcd7q56JC+lk25OyFGXFHlviMdWqBL9SIL/tNC0Cz7kTBTM2&#10;FKA+vWgK7GOngwzR+KDCgiZg6NOP8L9XgdkelMZb9wScITan+cGwsXXlVe4NOY03dYdzA6VlMO1c&#10;wDE/5xADM1ePFFGoY4EPcAaY8vuvGQD2foXrSpOZlsnouUq+mzncxyUg19YRB6Go8Tw/pxONcMGC&#10;tvW2yqCu3p/ExIVLChg7tPMPeokBTIeRVlklDCwRayD2xAs1CGMXj4UKKK1EUuwbZgeaN2Aph+CD&#10;RRvT53JKvW81jUt8tooEeQUnbA2sICS/fW6LkG8Q/tfywTIllorsLsUqd1KJgRlaCgBWcsAX6a3Z&#10;JsiBm+VWlXRFK91jKpfT9Iw57a3b6r1aKBRenzF7pIbU7Iq8V3q1JeDE3SRpruBkgfvrPsAH93vw&#10;k/sD+PAQD79zkqRVGvzjpBmiB8YYxX+LJC6+VUmWDiLNepKQEl8rYNrq2FbLAWVohRDyuI0WBCa/&#10;I2A4GOvUmHY61ulzEJuCJD6tvr53VadhREXaynzhGLgQUJH3Due1oAoqQ9VwJIn0ZQZQcOSt1bCP&#10;IF2sHq+NEnrQREklZgY9FpXUxR+PKV2PDnQ9AZDodZi1jcUoew32E1AnIVGaXKqgFqUG23ht2L+y&#10;YjYSNQ2j6P/xz/rytxZi5UzSnkMrGl4nIMmemb2l9iNEojvDtWkTi/Oz5T6czYG9x8aEw+DB5uTo&#10;IcDigCN+KMTN9XEectrnSppJetik+RiceG32vKSRR216JrN/83a1+sSZVYBLxa4ZejvvcwK8MuyM&#10;KWgFNDEvQtumpmZQ6bQBF972RFuX0gHemlyha2bSUTqIGQGtVxXuzdNZjxn4dE0pPbBiXybx6XNs&#10;5B84fVH8o8QAnIEKqkXx0DEYD3jdX8zPtOnsVXHhlOmQQZNWm9LRQUc5kg4HxoIu4jjCesIuhzIE&#10;DbCpkqIjJFlYhj+l4V1pwJc+j8tJvHSNQ+FpGrSRHdJrt9zYYtCvbXV+itTLJMPEpqNDOM3tVpvt&#10;HtdM8ng6x/f3GPfGn2It8Vw94FTeQ7xW14j2tFzB05MzGOBzPN7bgRYP3qfLJQz6fRyjDjZwLh3P&#10;cRDP59Ccn0NYWggGXmti/OJ/n2u6LQG0BPrTPkhJ77KeuASIP48HyCMCVVoBKAWSkjFNY490UMvA&#10;sRiwRSwjZjz3+JosmElYMwuam7r6ncYLh4XgG6FAD34+HD/kncdgnDZayL/zvCK5pmf5X42PP8HP&#10;hjMOHuNfnfXHsIHX6SF+jqfE4qWmXkveb7iWMGN3yWcElvg6YcU7lv3KmaeuZSySbxV7d3JjJ6it&#10;jYYuGBtWLUV4LUv7jNUCPoU7pz2nkMUzyKyYk/SKXMdtM8kQtdkoQPpS2VWe/eu4da17Z+Wj+lgL&#10;cNGvySeR5tocDj+/D8ujM7xuLQyHY/YWHfZ76vkpEsrKfCRVCeR5nc8yPehG2nT+7S4BN5ityuBM&#10;XxiH1LCtSbo/YW+xx0/uQ4PnagLynO774scsNhNiNSOM0JabvJ73TBpLfjqBaoxfHEgwB79cSGAH&#10;tTQXp9AcPwX/4BF7Aq+GI7k/dJGZVVanwB7vSmus7lH22X5j68m93XUxN9tdCkvrPJeLlwahPEu5&#10;G5Jfo+uwDGOR/k3zkBr+p8cnsL//GD779DP44ovPYbGKkpCL4/n0+Ih/P5lOxS7FGjdqWwUaPAjJ&#10;ezI+M1W2DMGICsxvzmY4N4dw4+ZzuEduwr379+CDX74HDx4+gqPTE5jjHnl4cgKHh0fw4Mk+vP/R&#10;J3D3lx/gOn8Od158GV64cwemxEAd1Lwn9OuBsAAtbOqSgBFrYGWrxFIx9eupojNo3T27Zu/sLwH6&#10;Et1H2fBrsvDMfs2qPxoTJ0dH8NN3fg5/+/9+C979xS/g4YP7olDpDbjxTftj3RtBjXUNhZ2cnZzC&#10;977zn+Hm9etw/cY1uHXrOuzuXIHvf//78P7duzAaDmBjNsbzTR82trbZn/iHP/weHB88YUb048f7&#10;8ADvx2y2B2/95m/B7Re3YTol8HecbdQLb31IcH8sgL7Lxr+qzHyZQp8f738Fs++y2xO/RMBesvrc&#10;mmw7xcUWTFnf8asnsO/mtbdXuBI9foIb43OvQvXf/hsY3LkJPRywyyD+LSssPCi+mNekAjmuK6Mv&#10;rn2ImEDfDlV2nRKcTI/XUE1bNL0eZr7sQvlk9umt0aJ/J/RQOvDdvjqD3/2Dr8O//rf/FifjDdjH&#10;CedxYA2ZKRUkiQoq3dBcMvE3DyahncdO+p53+SDqcnWVAIe0RWiBoDbFSRoYkyn1iq9jH197MpUN&#10;h7tfBYpvUpBCfVsAUEUanLJoGODi1+lBGb2+fg9CKu5z+qml2kIM6dCZ/DWKAZZ9+Sw2u1Z2UEa+&#10;nS8D40KHfhqLoW3yXPFdCBJgol5zqyjGwoGPyMIeIwZSy51hrwmuRdJehAyO5gD5BFRE68x2UO9Q&#10;AMuQGDre1Qn8CymAREEl9VY0UKlS8++Q0PagAGujsuFYyBNAJRWtBi9X+ZqSn5oTALJt51jk9uHp&#10;w0pAA7aBiQz6EYjHoLYmtWZ8OiaWR2bB0r1YKTg3TRIrx6wR8psb6Tyj8YALIP7bsw9TX6FMYw9A&#10;x5eP/cwSJc8nc2X5Qd3x7WBwOPlHNvr5e8mhz9scLxOyDfjR+2O+i9ZlScnI7NcG6R5T4UYFKR8o&#10;lOUTLRAmRjWaXqmctNW/qzVcAzSxFng+sXeKp8PakOW5TbPk7wICe2lKRAUF/FznQ6UywyYnBBcS&#10;W/P1FNksMVhEFvDL9/Fd4OsPhpTGK6bZxGYXbxdhdhHwJ+MoiG9jJkMW66oyKJmFSgDCJoOtdK+J&#10;yUeHOs9pzFW6jpY45qKl+EIa08T6jOrRJ0CfSio1zTYJ/LXA8ypFTUFGRRo5m7fzGtVL6beclKtH&#10;JpKhxBASIB1j1Sl0jN2V0kqjgCLyOZb680qBkAHLlpuWwjmO+b3ToYH8eipmcRpQ3qhkK1MmE3ga&#10;c5db5j1Jc/OaXzJYQ9DQjiD2JCSPJPyB9xRdmzhMlJh99xdAixtdJ1sjK5f3NJbZFuwqBgugaDbo&#10;bOODUtn9K9h6LIvwnX5ZemwsicbqobYCZxNRWWfAcsRmFdg7sGEJKI6GagIH52P4+LGDn38R4aPj&#10;HhwsPadS0lwZE6PEC3uJ/VfM55WDNEJmWTlJ1w1xzvdrNJzy+tdEAcUWjazkJOkg7z12N+r1BNBL&#10;7DkFdOj1AoBxIghkIBkNr9u+UimrADwUqEF7PBleM6utDUV6vEvNLroh5E0cG5OOyXjz6j3FLKQK&#10;hO3XrDJAUlVyOGMfPvI6DryOrFYr9g3u4etu4aFjhJ+rzybftXrQ0fiQfbfylYIuntdLOswO+1Nh&#10;SDFA2ZfmR/X/UfZmv5YkaZ7QZ2Z+9rvGnpGZlVlVXepRCw2IB4QYhOaNeeSdeQUh6BHTAzTbS/5H&#10;MC+MGKZB4mE0TU1XV9de1VmVW2Ssd4u7nM3dzfhWM/Nzb2RmVys6Iu9yznF3Wz77fb9FQngM8KID&#10;IbNT+bpk7WIPLgVliEUCGvqQLA5JE7h6HwfgUK/PitYBYli1TEttYD5e4G8t4YYIigxkNnxoXt28&#10;wML8FfsDTuZ76n8a8UA+xXFEjQYBWKZkPp8kIMT8EHm+xKQNtsSsKl8rKTIWLvWUV6sYYdpF9Qcs&#10;QVtgJuYWQgFVY9FJU41rsShp3ty4S2bjUh17qc5Q6wZIdViAOh1SGAc+ewLiJxNiYwgAwuC7AeZO&#10;zPdJds+1pFmI8FrV8d5I10LhHfRvYvEv9mY4XpawXa/xmYlxOaV7x2g+j0kOrNbGSkM5Ysp+y3GY&#10;zJuBag1pMJ/n7N/XD9J7wedYPA1vkfvBzK3Uqd+b1H8x2yoklYdHCavxXlmu6nXNcvpeH4MmwdKZ&#10;vet4/jZ0X4jtSxVfu4UVjp/PcW0/OZrA7/A1n+LceX51A478liKuN9sOmvU1S8xXM7zPxwt8PVxf&#10;R1rX4Bhd4xzethsIOOYOcHwSUDbG8d572Q9kUd2yBxQrbnCf/xDPBwv8+nW7ZVAPVlfwYLYPr/Hw&#10;ucCf2eJe/yE+G5IJ8nXTOB7hazuZJxReQQBlgwdWGut7+J73cD24Jj9TIlFwydzwWGR2OI2zLubn&#10;QEDgPgGPzBxsKbmL1+MVqNc3ro+k7ibUnK6PPAIpgtdtN9Die29wjr0kVRapSEYLDhGZU/Orf6ty&#10;NBqnouDgJpgYdosFBLFbaG+i2orTgVMV1AI5MGvEzceY5flOvaAlTVcUY8wYrVI7DRjkPc68n1Oq&#10;WKUlYI9YUzZvZO42/KN5H9E02LHZYCg83vWxhGfh/r48O4e352tI+1N4OD/m0DOyMdjiZ13gMyeP&#10;t/FIahLaFYht2eQm0TdIFZOyE+/yl1c1U9LQl4YTRMfKWHdwfnrGMmj63gjregI4uNGfvN6SwOoF&#10;BmOpZiG/T/IkxHdY0z2ZkBfhFNrrFczaN7xA0vc8rhuj9oYZZKP5Iaync1auULLvNY5VCkYbxU7Z&#10;0XBHVAeUtOBvQY2GMlw3DEpytae9q3q0KYO5t2W8bqApZQsPAzJ0zHo3VrsNnHvrDazbt/D2aglf&#10;P38Gz774Clr82ntPPoD3338fnnzwFB4+uM+f4uLiHKfRFhbslTrifZqNbPq+Ig7Fd8h7h9EVZtvB&#10;ihttMtGcoddd7O/D/fv3YA//ptrh66+fwXP88zUly754Di++fs6f+8nj9+Cj738f3v/wPTg6mCvJ&#10;ohF9lDZLoGrKpG8Iz3UJbhkefTcLxApeqm69z+o7Nwz3uIOadpdHXLFos3Hi8j5zdO8+fPD0KXz1&#10;7Cv48stncIpz8/LqEve7NRmrMlGLVE2x3bK37WTs4cXJSzg9fQs//OHfg8PjGSxmh/Dw4T349Pd/&#10;C7/81a/gMT7vMa7N89kInrz3CD7+6CPYrLbw6s0lka5hNj+A7//gI7h3f49tGghEBCisxCHYpwSv&#10;XX0swG1mV3IqD/cDm7M8F94xiVJMd/rx7YJ9EYqhrcjhy14NlYem5RnUicm7mFn4b7//4Scnlzhx&#10;7r8Pe//xfwiH/8G/B+P79yHiwhJx0SCgL/ImrO5MrqI2p8qg0VemUUpjv1Oj/C1gX5YqVP4icIeJ&#10;4R29iFz4RJPseTFspU3l6GCfPVP4EIeTfEPdPfXHo0KFEhBpU+NNzpkJ7YAsXDlUlRQmC50oqbsi&#10;A70VNpxKR70SWohcAQuiKRnH7jVayPvB5MsowWCCKUSivhsGhHhOqO1tujKY4XbSlrKU0hlrcdeO&#10;E26bLef+bqUer3z5XEkrUPbabnawHi1czQJKQwNpUAmtgg9+0NVJkkTrokqWvZrMppw8myqmZem7&#10;hZLaCK5ivSkibwe7KvSjdDqk2LFwjlT5HErEe/HvcNXCaIEs3sUB6FaYrE7TYzuV5Xhmk1lwCEkH&#10;5ffWsO5HcPoqcAEy4YAOqQ8pcdQFDVQJCgLo/Qm+gqX56z2zmbybC5uPD4qO2V3FcNwOuyGnzoIC&#10;jHyizYctl9MMS9eghF3UKczOldAVl2XUasSsvCfz1RM5RswyYacR50UGMATcfX5WBRhymrhp48g7&#10;HfuZaavm4y5WARuxGMFXHghCw24z21GKjbWmvcpYZMmemu2XOS8FJrHGmCEIabAOpFSHc4jHYRLP&#10;f/j8c8cA0Ag3t9FMGMrjRsA+YStDDmRx6tGYaiPlaglmrI1lG42A/nz4HauxtVfptq5X0WdpNM9d&#10;ZoyIJNZDsQ7IPWDnK/l77X/lywqS57Mk+DqVbsnzNc/BsoZac8GcbyQ5rhTbLPlNyv6EmN/bgjhE&#10;gmsegMZQ8QyYc0CH9zmZ2kD8ZDJPTpZXAAGqAz+fv5KCBTZ+hAHtQ1lLo3r2xagbbyxEX9pj+Pym&#10;DCXuGeAhbftqQ6oq8L40QJyrG1iuGJZXDTCTMJpR+q6lTh1KM0wkvbtksQAlp2lxzNRQ6Tz9u1fA&#10;jcK5iGlzjgXUp68m8KuXPTx/i4eOyJQF3jcbk5sww6zXdM9eACy1FqDCmqVFQdhnQloZyc8wOU4D&#10;nijIw5NkacoHMTa31jlDqbXMMFLAioMn2BtRbB5A2bI010nCZH5tdEspVMJbs4bDXexmRGGb9MKI&#10;JNCZDuBeWUbMDxdEStnX1tX1mnipFZKT8dHLIIHUip8fCRgP9vaZmbM/mbAfZ/KRwT5rEDKoS2Ec&#10;zL4IwnzW9Y8BJz/SeyQBNEltFzgAIVoIWK9zV+4Ty2F5TAo7iedRFFN8bpOozJg/Y2a3hsxGNh+6&#10;4pHbw3w6FYALr69tN5wQygxJ8nXGyvr66oTi8WBMhft4JhLqfsv1FR3eSGplSoU61yFUXsQmzy97&#10;rtmU+GHABNRAfF81jH05pNAz7PvKfw6y3w5UTrwGBHrvM3t1YJq9E94G6t1MgcizWcMeS4Sl+qxK&#10;SNm4ghl+Cvox0897lTOqzDzK7xC7wdIkF4s5g0Z0MEzKMLSwL9BQF7t/CUrggbGQubkVxYPS2/pX&#10;K0Syb23SpVgkSMl8X1OqFAi+MJc14VrI+/K5aBxIwwSyl3Px8rbWncvyXVDfP6cNHA4Lo7WiaSRg&#10;L5I/H3mVUVptB2+mY/gDvR/OnavlBqbkaRm3cL1ew2WUpN4wIr/LOczwIDfGMbohP0v8HDf4WlsC&#10;y1zgM8ANSXm5vxf0rCbX8rBxsGTvuzU/iwN8mM+3Sw7nIHYgkSKWOK4b/KU5XiN55jlcd25aYchO&#10;KRyQaiu8D/dxUKzopobIjQ/y35jitZz30uikJE66vmPRUMMM32OkaZUMDpPXF5nvp573EzrD3GuE&#10;GbqhkF8n7fM9fD2cWdw6i9rJeYDXcI3ryCMCUClwqsXXCGJ8v0eegn2nTYtW/XyV/csWGI366Upx&#10;wetG8qrCSDnN1c6BdUBgLTd36sMMFsSkny0fE7XZ6SsAJWotYM1d7yxARDdUm5NJfSlDqUn7ZD65&#10;4tUZaR+h5N4kHqRrXHM2l+ewvNjA7NEM5uND3IY9p8uvsK6jZq530rgB9cv2bnCAqwIq0kDFVDPA&#10;CgnCZ89w8/tiaTQxJsmahc+iADeXV5LU7iai4KDPoUnBcn3CnRJQrsuNd/L7JLogAZS0XpA8OG0k&#10;FZ2fJaGVHa6z247BxDHuO1v83YNp4POv5/Rnaa6oLaxFleUG8m4gyd0oU/VnYDdgwQ+prN9QkVRq&#10;mwTvBuGRef1O5p9M1hnlbM4Nd6zptjhPl9dXcHH+Fl6+eA0XpyuYThbw6L0P4fH778M+nvn352Nc&#10;l6e4Rk94BXp7cQbXN0ueCxOcY8wYDSHvJ8wC130kDZht7/IzLNcfNXiEAN0xrlMkI7334CE8wD8P&#10;Hz6C4/sP4P69e/D06fsMRD5+8gSO7x3ikjbiQDNZA6X+kGbK8Gxu9lF3eit+C7qXvlO4sbuFtqRa&#10;R3rH80/ZOitVMughAMylkFcrAPz+dD7nGufB4RG8efOKA06ePv2QvU5PX34NJy9f8v2j2iERNkN2&#10;BkdHDOTuHz5gdubegp7rPjx++BjH/hJ+99tf430PsNjfgzn+2T/Yg0ePH+HrPoUnTx/jv+/hvcfv&#10;Tccsq89S8+r6Sk0cyzn/W9itaZA6XYFsKQ04gPAdWX63wL44fJ382hUjN1av53fUtPX/wn/x5INP&#10;uv3H8PA//Ucw+0/+AXSPH3CBnLA4I125105pzGBG0sP+DtBnBdAdF/VNYF99Eo75NSCHR8NAmawX&#10;FTSxUb2acvFmPnVOzKLZOycq5BVlgyXNfiBqPy5+JD3cbhKnaDUNnbwmvDH7QQqNJazuTocKALQu&#10;Tk2L1eI0Gz+bjNOXMAin9FzyyaGlaHHQcBoTF0BeDl2pYnMUmXRVzFbhJyXVTuVhO6EAtyd1yodM&#10;k+O+e4CnPKlLHEnMjErpqscdoK8yclW/tSE/MlU+O6lICZ35ZkSVAg6RcmkC9gqWCbAhoIXJR834&#10;HApwrKaqfEgOVR5wZdCbfQeN4aEHRv7sHjKLxA0oz8ZY8zswdFKzdHveaajTTybn1dRe1+v1blh6&#10;KeOphw0WLZcngU3Rm7GAPaNRkYZ63SzNI9xXyVHKMJbCLB0w2OPUK0bktLOqF9SUhEHX54AZkxN4&#10;Y5AOkp8KOO+1wEs1aOr6Sn4ZcndHZNoC3ASX1Ay6uEOUMBTxwJJ030JJ9hWA4VVenQ863Ent1HdD&#10;w+sGoLIlSg/HtEmRZDibh8O6Kn86+cw+6nI3FqCJknjTWhsM9P82yhRMCuAWiTEMwBXrhunah//+&#10;8hkW86ueqezTueNG/YiCWUbaIfcKeIeUQ4psarC8MgoAFEIVVp67qSQzW+g9bIRV6aBKm1TjZvIp&#10;7AMnMlMwhch4kzYTdBy7ynmxOvxKRx8yWzMqqACpDo1pBLSzUA0GGLYKwoacjEyAgxTebR5j8nrW&#10;3bUeSFtA39Rn95Coib9suEtG5ypFpsASs0hICspTl5jA86Q+bL5KkxcGsT7PWA780aSnSe+fSXeV&#10;/RNrT1Jl/bHHXCestu4N3ueNyhd9sTQIuifk8VKxaXMQS713ptrFppjwD4wYNPFS8UsFcFIOQ7C1&#10;dUuHJE2ylxAqcUX8/DzAb1838MsXAT59PYaTG2KNiKyY8E1uTfQCPLAMTw/8VKwSCECFHTG7xqOp&#10;sDiJzeAmzDgTYovP+xwn71KKnfYojXWa1CeXWalB/BnZUysK+yMy01WL5KhsPbwWCqiICmIwqGDy&#10;fif+YNmUPlYergw2tBLdIolVxcMoDcNnNl3LYR1RgZgN1hKc5osXR2vbBItLStM73pvjAXPChzPq&#10;Wnf9Vte/ER9UR6OpMowa9RhsmE0kYM2EZf70tRYP7nRQBAXqhEgYsgJB6rKGJbnM+mN7gZ6DUxL7&#10;jLX63JKkf/ZdaT1yGFjVLdYxTr5xtP/QTrDZbphdf//+E6ydbpjpRaEjXS/NHAaiWgcXJ6/h7Zvn&#10;0F6/htmIvJKmDG7SZxiTN08kqXPPhvEMXKYuf4aUSphMbqKa1UYyn2UnPrS6hvVdWxxhrYFipVfs&#10;c93iFVj1sVfbl3JqrwE+ZrjFqLJEXxZvkkkn9UhmFlSLh5URiJ+4yxY0DLgGlRiDyNFbTZ8Frf3o&#10;cMONB5WuG2Arz1OeAxm2TyYNrG6uNdTLbBK0+RjToFlpzMZY4vo0vVT92QwUVpAp2bXmRnlSow7p&#10;GInZd62MkNqArRKUZSj2KClL5xVmZKCFgRfTMnACr12/zN+OwXQl4POCmWDtQMNtcIw0E3g2CbDE&#10;wzClmG84XdtxoFW7jXCM6w0n35Jh+1hArhX+7CZ5mUPkj5dK63esDPkNgWj4OsdNI+teT8AZ1uHE&#10;2KMrxN+9VFnnHp0ZcHxu1mtRrxBL0YlkdILvvXLssQIf4Od8gBPlnMA8SnTEQ6VrhB0YuWEQOdho&#10;TN6gTgJm1lu5B1teK1s+B9BI3h+PeJxtjOmHf5a0vjgBu8Y8pjzMcEBPcK26H6Wtve4S3LTECkwc&#10;3rH1U1jiS7zG/fRX4ynco30f93byQZzivkhSzxG7XQTdP9X7GGS9ZPaon0gyOo2KaA26CDGD5QoY&#10;VnPU5mFtvZQPotnnyvZMVciUJI+cfs6VujbNOeGWa53ArMExsfOsIZAgkw5MFyIgoLAHqZHcEzh8&#10;/hKeP7uA590SjiZTdgScjBa8DzVBz2wKzAXyodbU9AL41YfpVNVxBeSraSK7QCit/QQ2kF/YZDbn&#10;NNbLywsGrYhpziqSkb6mNmgi+7aJuocZwE3DbN9NkICW0dEhvuYB9Bu8GpwffVwxK5SSf8PlW+jP&#10;znBg4PXMD/A8AepN7RjE9amYHPHddtVZ/Tt4jg2JNuXMl0EfN0Sakt+xjhv4nUEG/lz28DdPZXk9&#10;CmKgoKj1cgnnJ+fwh8+fw9mbU7zcPfjgww/gwx+8D/ceHMGU/ArZKzGxhJkYd/v7h9xMe3N+Duf4&#10;Zz6dZMm110CrWiYsKcvfDKcZS5trhdDkM1GgZgS+JzXGjo/v4Z8juHd4CI8fPWLW3zE+s/2DOa/t&#10;0vDzStxotAHUSfiodwMF+bfBT+/8qvu2oBN3C+RLt5J873qHuJMA2w8zGark5aT1FNWFBIQ+fPQY&#10;Ht1/jIu/hwf49w9/9BHLoMlW7te/+hU8++prVmtM51M4JBNcnIq/+u2ncP/B+7A/83j/juFofw/e&#10;/95HrGL465/8FdxcLuF7H33MHn7EIDzYG8PBwQE++zn7sQatnSAnCvhbYF8OyEjxHdTW2+m55dRT&#10;q1/rrINvDoC5i75Wq95d3UgpcrkhkSgVln5pTJZ3CP/46KNPxv/+vwsH//AfwOx7T2A9nXFnigoT&#10;SjehbmxSoATUAH5w2cEPQIzdUTWU5t6t1Te9812AoK+/bmzBKjWtUDALwmlR6JF8eTq5FpYD0aGD&#10;kqqwgKKCMzB6ggXwdoWLSGIfjWRpsmzE3SnIUC/X6Tb1ONUpHtUjc5biY5KNAjQk7dBGPUCPyLx3&#10;7hmIsraWU5DVObjNSoPb4KP4X1WBGwNHibKo5mdiYJWr3RHSN0zs234V+SCvbK6U3M73U8WYK8Vg&#10;YfZFPZb2ysxJmmlFFUWbD9I1e48loFFAB59BwNq3IA1ZLq5OuZFrjnVYzE7WkEmQQcMborK27HdT&#10;9vMy/z+XXztm09jyvUEoSj0+FKwUM9KYGUoiR2Qbdfa+unwT+Bw2UtNvMnSnonjkJZnXgB+vbJwM&#10;ntYxS2msX5uwDFoSUmciqXWFteSdz2EuIqkaD4ItBmPKNRnwzR1YA9/4K6NKkls8ONkeQ4EzS21z&#10;dXBPkicknn1eU2N1rFQdk+Cr0R9h99MVEMhVfNbM6IhZjpznDQSVriXtZIP49nAh2zHrx1X3SgpU&#10;Avw2hbugYCOFe4jHYXdn0hmDP0mlnl7Avs+/wo1wFTmgYz6XwnDcePFo5LOLAn3eCNTultTCvpeS&#10;kboblm27sGWwT7qVgcFKecaRu6R4ZBBWMJ8tZjyumBnJicIqcyDvOyeJp7KJlUCUVLE8U1WsyTzq&#10;ldVn879Rb0OGaIo5NR8Ogs5gXwJ4UpFhe4kXENYhE1zWdqIXmWAGvXpOnO67FX5muvZ9kQknr40H&#10;eT6C8frMgrFGlu2V/JzMOltBuRhBAzeUlaI+L746wERXmOsMPungJ4ArtnjwOMO1bRkH621d12Uj&#10;6CouIILLm3+qjc/TsLOYquIipWqLMtlAqhI8s8m64w891kTei6WD02WAv/lyCl9cBDhbB2aU8P0h&#10;gA4L1M5VzR4DGrURZa0dBqbUD5akuOSFF9X/jhmDnYYzZBmKMc4EMGgYQG7URgFKmEIv8qnRWLxt&#10;KG0vKLPQaIpUMFNaJrEJPRbeVBB2KtkltgsdoNmVs92KP1NwOSEwWcodgYDmRaagHgGJDLSRvBcP&#10;FIkPWF2WJo7wvixmM5gvprCPB4oGPwvVHd6YTV484xazqaS3Utri1oJjAu8iVBRziid72gk4NCLA&#10;g4CCjaQH19fbUcMyiNE733Mn7EJhBQlTioAWZq+2EgJmvo3ESqLn0jgBvsmwOooFoex2XuQq4mAq&#10;LEIik09muI/goZmHjgbpUPp0j2smgRpdewWX1y/g7PQrGGFBP58e4bITZT3l1NmOWcde02bNqgCq&#10;9TlbieSd1VKrIaN5SVnBDFGEoGhYUjaM7AfM8NTDp9miZJsLZX6nKpk310oq1RFFnvrsVcnC5M83&#10;nmh6tRMWKftmUoKr+j55722DytYI9DUJpwmSKprkedHe4VWayGt5kjRUOrDQpW23Gz4sSSK4+do6&#10;3VNBPY/NX89XBzGfge2cDKmp5nKoliCXqGasTlN1bW6bfDPaQ9LkXQO5hW00Ui9IkeaSZ3JMLjO5&#10;haPkuSFA96+ja1M5tgA5Upk0OE9JrniJr3uJm+Bf4zghN9yb9QqOJzO4oRfb9kRdhWY8gkfTBq5w&#10;7La0RuzNYEHpjDgv7pMvm8re7+HrrdY3LKnv6cwyFg/LFb7XHF/7COfOa7z38zBmGfVK69jHswWc&#10;4/mAAJbttoNHDLI4eIDnpOVqCWsKxAgSbLHAvy/XDlZbadluAwUqjIHMUDiog6wS8Ofu0c85Rvxl&#10;c1DGHDPp6IXoPZxYHhyqVyc3voIa3FFzCtecEf7KDUn/cEyc0bpC85YYgPh89vD1rr36XnZbDYrA&#10;9QbXhiWOuzk+yL2OWIotA5ltMqfMKGE4ctrVs580Gqk+ZxsLZfJC1OBB9cjOUvfKXqhK1cr1Ud4v&#10;FHDqY2NGH9mLPPu0+0pT5VQOyN6CvaZ5phziVrPfyfbAG8s/CQjKQDWuQ8urc7h8cYHPBuDx40e4&#10;Hyfe04gE4hsDbBpuEqZ0m7CSUtm3UzRvt6EfeqiaQ3YfJFiqkbAsZamFRqx0llensF7Ruhy5KT+Z&#10;SGgaW7f4EkzCNirK9qE9jT534p4zgd0LcJsVuPUa11thhOJ/QMCxsmUwEes6fF1H7PHZXAMEYp7P&#10;5u+b3kHWuYt7VKSbMAQ4bqNJOdCrWA2UwIP6fYp/uvyasNrFQmS9WcPF+Rt49tWXcHpyg2f8Bu4/&#10;+gCefPAIju7PYDrz7MkrIWKQVQeem0wj3i8XOKevLi/h/OKC9+kRsciChFWRitHntPvvCHVqgzaT&#10;kYSSyKC+WR/QekrNHapX6PUnowLrCOvN65rsxK+XMQh/6zi++3yg8jO8xT7/djQwe/wNvpIDKOGW&#10;D98tdpoBYpqw7WLK3px9EpVO/XHIC5XGtkjXR3CwP+M58vLlS7j/8H18lvfh4aNjBgJvri/h93/7&#10;Gw4FoyT286tL+M2nf4s11QzuP7gHU2bpjbkuIq++Dz/8HtY2jlmAxBakzybWJ66y+VC/Yyj1pPl0&#10;xljwLbFGueuq/a3ZECoAzu1gQ+br+E7vx3dSsar8iooR63Yk1HFHGuwqCMTUZlbLhP/yR3//k+P/&#10;7B9B/OH3IR3uCYeFOtPtmgtsNslVkM0XG5OSxLcD6Lla//0OumKt5XY7Hxh2TUMrH7VhCoZX3wif&#10;J0D2iFMqvJk/08SfEMrvR0J/VrYXdbvJDJmNk+kQtl2rTx8w6GZdhlSxiFxObkvvmEduCIilXYDM&#10;lQ61+msSRZ822dFUFoZkFHdfe0bA4PedM1aJv5MevWufOjRJdQNUPt225syLXaiSd61gNX8AqJlz&#10;CtoNDVhBPfVihaJXngd6lJUSsM/QW2YyZs9AVyXOFc89807yruRB5MXQm3l6n2WjMRX5j4HCclAw&#10;7oAf+PmVjlXUcVo8SYpBZ9phqeoBw9KH3dDkM+X0z6gS4ZQZU+QdRoce2XgllKLFa784w0PcNsF0&#10;guN4LGbN3IlsYknd9VIYEZPJG9BcJTAFXXTEx1EBV6cAj1MGHWiiqYFmfqJAVxq4QRRQIirgp7KN&#10;JMm/JXyhycCYzaQiyVXJroVuOEvy1Xknq2hmnKba8DVVvUiTXYNJPFNO0QST8dZyY6hZnF3+t8iS&#10;zJ9JJEYiKZzooTDlRGljXYoJtWcPP9Cglww8sQy1hbvSxOjwnsxgHwS0I+bO1889bC+xSBh7mM3E&#10;84b2qBEHsmgoS5M0gbWwSQtrrrYT0KKXX0TYap6DKaKAvW6qzzFxQIWDaekKwVwKkNAy8AwasMCp&#10;0a5Rtm0adu6rhbBIl70w22JfyU1l/MsZ0+fUX5Hj+krqLHJ0TjQmtgkeHIXRF+XQwdLbVpg3+aW7&#10;qpmQOHzGY7HL15imxHvQg2uroLrLLNuoe4bLPpyQJXZUFDcKgomfkiWzWyJx8dOQz1oAOPHy09cy&#10;tiN5LZ3ifV0KGCN+fMMtJO+tKRNO9XA+XNNjJTXKvmYVyBfrJohzAwDQKaNU1Xj8u+frEfzhdAp/&#10;+3oEX557OGcijQSgUFoaq9QZ4KbEStl/WUDLnWhXnD30Xk7Hc/ZnE/zN5+43Mxj0IGsFVlADws5Y&#10;eV2rsrGkTUXPoJ7IWEWKxPtl7HONkhLkTjIxM0webub6oOxT+hxU2NvtYyCQmBRR2Ugmv1L/LAHy&#10;UmYqZaBINcG0JozHVHiO4ehwDtMRNRYlbZbW5J592YIcuGwfJXMG87kk79So7OkgcudeWVrMjqWO&#10;OPks4fuP2MS9U5lPk1ma9DttK0xYukfMeOxiltSx75sGbhBoRI1cMcpXVn7qc5NHkth7bTpq5Fcv&#10;+xoDnvg+h/MZdNu3MJvss0yZXr5j/74xN6u4mUNjDMf72dkrOD97Dg0xaykdEkDkPMqecHZo52W/&#10;SE5TdmGskjO9eZUaICc1HuQESBk/ZkPAAG4vzzrnGjEbsM/gt6XJ5u5JqkCvZNLcVDzGOFUYV8p5&#10;I4FJylDylSSfmxMqmePggyBeinQQlPAZSUJ1vsw/GYu9vmfkA1Fgr9WW9wVuTXXk/5gkqXzgnVWC&#10;eDI7I5VDStIDQJHmCoPUAMMcTuIqJqsW/FFZz9KIg1zDxhgzEMigJYPhXSV9DqVeUisHYjl2SebT&#10;iGXAouoguJcYb5QCe4Y/83OcS78hyR6OuyuSrO7N4XS95XswXa9hupjCHtZE1/iBNusWDg724EEz&#10;hlM92K3iRgAPPMus8PXmxIwliSNR5QPr3GGBz+4QP8PLXjzMVpSWSQ1e/NyH+N8XfZ/vyyN85wu8&#10;1tloBGfthkGiyLQ4oSjf4Odc4ec9wLm/CT3cm47wegJ7mXIUJa9vHo7xdS7x8z2hMYDXfUjMQbp2&#10;H4o8vBWAY6NWCFMCovB1Rzi/6OB7hL9xRetIIyxHHi2EUlIoDP7OBe2n+HtPk7Au29EE9vH1nuE5&#10;6CvczB5TcMQ2yr2ntZvWc/KP5JpUvDZ5rQyV8gaEmdpr/ZJiYTibJ7WrZLrFDa5OdneVskcBv2iK&#10;MZX7BdVyeVAf8KB1qIQy+crGIievawtf6so+B74JixXr5qANgCBMVrfawOYcR9VsDqP5HswpEKFx&#10;koSunrJuh7kzVG4NT+uF0VeFe4F5mmqwjTbGkwKrVJoR4YRTjJs5vL04ge2m5zA4aeyAnE0Z5ezE&#10;Bzm5PJ94nySwsBH5eD+bQT9eQL9a4oS45mRw8WftcUxgvXFzw56QWxwLkQKcGm2omiTfpaEc+zsF&#10;dRSnqfxUtQ5yFfOx3Cc3OJ3ugn3EtpegoCK7orG4Xi/h6uotnJycwIuvX8Jq2cJscR/e/+AJ3H8w&#10;hQPcc4kFHRJZcmlNYcxvtXDgegSvfU7MSkrxPj+Hy4sL2XOUdV+UXf676F4F0HIlGMPKLCkLNCk6&#10;BA2daPK9sRRzAcyDNJIMdwDxg/d3gXB3IUQVIJ3n5HcJ50jvDoIoARPvJgAVsoQee7QJaux1bwFO&#10;3EQPzGSm+mi7WTPzWcbNCPaP57DebuHzTz+HA6wJDg9ncHB0BPcfPYC9gyN4/vVzeIZ/vnj2JXz2&#10;+e/xmZ3i957C0fGBWGMQgLuYM4Hr6P59HAcTPifNyPd2u60Ct/psTcIAbVLVRjZVr06I38GvspbW&#10;mi9/kU27AQBceHxDqft3gZTvfEY7qlgPxngRv1xOumebjJQtMsL/+J//409m//A/ggZvLBnbU1JQ&#10;7FfaxYHsm1ZLIYM5p1SFdfZtq1Fm9ef6JlZfciVVbsA60y6k85Alfzm105I7XR2/DWpuap4rPRe6&#10;dIgkKQ0desmXb+TFVJ+W3hEX/oFptOSMv8GtlIrlfr3CnzOQU8yyc/CGBUHoAKqR9OTqha9Kht2Z&#10;MCkVYSFfi55DplMqlFtNgYqZ0VTxHquFsYSSeFenwKRSMNTSUlconxmgMqDAa7fbwSCEwrkdW9J8&#10;vnG7uGExq6wdQ1OvtF6okneHnR0/uEdV8lvlb5g708rI8ZzO2inA0OomVV6TDymaRGv+Rc67kvBl&#10;DhV8431+rs77AUlTpARBfduChm8U8DeBpUyGwvJxEkbhNeSEU76i+eu0hV1oDKKsfMfv+SsFJIQR&#10;1lOKGv7AcjmFuJbFhEIVm5GkiLlgkk5Qs+UiVfWl7ZQjxYnpZP580iHtFOCcsayOwLHAgKMX70D1&#10;s7TnGpMerhnEa7InGTDAqI4fZhxPCwzJhhNkpmDxMomVl8E4g4G+6ggmZR0xGJlq5hiofFulujpm&#10;k401vgYD7yRpU2TJ2oVWGZIsjNsMtCYtDC2YReTVU76mGG/UgNexn4qETDQ6lzre7ItEWO4dhQ4I&#10;6Bd3OqHy1l6fEctEe9nkn30dYHWBh7oJyXg9d/+o/hizl7Ay+rz8215LvOVdnn8m47XCjcczP38y&#10;c55pOEvIEjaRSdPBYCm+am6uh3Q6CIz1sD1Vlqatg2uWt2QD7NhXPlpQQDCQYsbpmNGjt3g18c1q&#10;NWVYIXUG8PpchMihYysHYa/sOad6dV4DthzAYeM5qbwuRQthSVxgyAe7Jq4FMxrzWojPNfLBW59h&#10;0TxncI6bX70bJLAbGG1eZtHGVpSQBahMdLe9pYkmfp2oMt/uBK/1uqRXlhqtjBOW9ekBu+u1qaGv&#10;ZebaYImXKqOLKjFOzqS02sYIXiXS6gXjXWYUXa3n8PuTMfz18wi/ftXA87ckJcMDayszk9goMTSV&#10;T11gIIk7v/a6WmBHNuX3zKhjuTgHuoinXTL0kcGoKCFSZIjP3WxpMhLzhoC9oM0Yr82tqNJrei8C&#10;C9i6nJ4tBXZEEzH3ImPsK1a1Algeii8lKEOPDozEmKGxHCzsxSSgvaVCi/k8F0+9rA8BfGY00ddm&#10;eFA42j+E/UUDe5MR3xtJYVUWRzOWYgv/u4trlYAHDVhpOCWbWYx4CKGil+cJGZOT8qCXgplXMF/A&#10;UF6fVFon4Q2g3n09z/2u28g9Jllgt2YSEbPoQvEDipQCqim2xFLk7+H7RV9kIxC36oFF8uQtdGSi&#10;TY7XxHjFgn02wte/eQNT7dbTGrHB99viXtOlRly0elnjlssrOHn9NZy8esbg8CqSHOuMvZfMXpr2&#10;S98ICzOHMBkbKDN+tDGlnnk5lEs9ngInOfcVsJWqLnflqwwupzpHlbYWXzL1u1PAt/JDEMbqBK99&#10;QZJsadCyj6ay6oMyQ3id0+ADvsdO2HhmVcMNwU7CpcjniQz8QxDGX8fqGm0GjCSYhmpZOiztURrn&#10;qGMDctAwF7Bkakg5UE4+w4jnBM/LVgJrSNYm96HX9UIZganX8R+zjC0DoNZcUKuVwmbSmrKPeviN&#10;2cuZ63b2n5TwiaQ1U/H08znMY0NScW3wvsK//yVe5yWOs0d4X25wfBNLZqwBOzMcG9fzBWyxrj+8&#10;wDF1dg5w7wAOFzO4wPF63FBytAQdvEfpj3ogPcbXuFEgkMG05Bn8owG/jaIWaTjYaEzKMljg/FjT&#10;+kHMui7BNZEfCMjjPaplHzACJg+INdhKENsRzoO3tFePKD1YgB6mL+NnXuDnIO+/TaBwjgZ3pAgd&#10;gZJkheCazKY7xLlxhP+8oVtKwCTZATiqDHFcbATwX2lRHfB93iOQ0iLwKFSpwevBf1IS8BWxumg9&#10;nUz5XNGHCRyQzJ9kyiDBYzP8nNPY8pyj/ZQVRzQPndR1Ug+KJQaLvNU7N0Ir62C0QEVgQFuY2pGZ&#10;xAY4m8WF/R3NP0cbEd4amCBydl9ogephF3nNbFwo1iXcuBQbAPmZRi1nNL1eU9JHoWeAkmrPkY5N&#10;CiNql+dw+fw1bHCj6/EG7+8dsscjPV+WVtL6O/Dzvh3WMSC6DMIKYsVQ9sXOqVaVgPi7kUczyXpp&#10;3F1d3MBq9VbqTZL5k/R8OgVX9SG0xJB6VBsigYrEsWPwspnfE9/V1YYB7d48rFfXsDm/hDG+fpof&#10;4djGe4TvncJIAlNyfQFZ0vqtYF9yO6bAbhAeOSQCDUMutMgfAGBUy1CIFDViCCBbrq/hnDz5nj/H&#10;P6/h+rKHBV7f0w/J8+4Aju/t4b67z+f1kBlp1dk7WQNSQZEgQWEjnLuL2QRW6y2cnZ5IUrECzSQB&#10;LU3ReCdYk33QTFvmSkBdpif4oMFYKctXQWvU3gIavM+g9yAHweoLf3f2wS0m3zeL8u4G+3aAxF25&#10;6Tclx9r3e5G/cHX/9uICzs7P2MaEVwgCabc30FEgGu5nM1VhjBRUpRpvPBnDbDqH+/eO4Ob6An7x&#10;61/i7zv22tvH9f3Rk8fw+PFTONyf8z788uVr+MVvf4V11xj++I/+GPaPVW2E92k2n+CfKYN9I5q/&#10;URqntP+xNV0+f4KqufzAcssaXLL3ebXn+m4UyVQxAVNlS+cGgt3bfD5jE95SfmXFWhqwhl2FszHl&#10;BNdsanQSbkXAJt37ju0yFDTXxjLV1uF/+LN/9kn3/R+Ax8FPaWsON9jEkhRQu1ObRMWkuaYG1kkU&#10;DoZMNCsIbg3ObG4Ydlg3t8EsV8XANK541GV4Kye5qqG1gkuWEkYFFBXRTQhKqTZzePvckpTnFfWn&#10;QvN6uYZLSvsCKq5E/ssTNdKmORdps2rTLfGsgOB9Ydyl/g5DVwWLXKo836Q7PRq12klzFXNqKDUd&#10;mB04mTDZwcWo7FWXLd/PVDya8oaU0+xqh6dh8pDL/ne9gmN2MK0ZV1X3TtN8ky6e2YjbGF6VT1jS&#10;LnKE2m+jbBypDikBk1emwjDMyHnIC3HJi3CZPWlAQN6seQHuxNepNgqvwjUMoGKvj9RUd94NGJBe&#10;JYBgwRKF3iQswwGwq7QN83PMm7741jGI5CzJtsu+W5fXY9hcAcvByNhdklLlELob2MCdC2dSTwkS&#10;cbwUL9Tct1M/n178IRkAbHRjadSXrmcvOkozTblzH6TjGsVzz+kzYx85C0RwXlkvMrZ98pnBCdkV&#10;pKL+WGy7Avd+KDrPBZHJOmMqALV4q+kz8hJG47mYG0kSHgWVELhKwCDLpF01qpyCvzH7s5hXi8iZ&#10;zNvI2tEW9NFLSEcqQDR39ZMmjhLAxAeoXqTYsdcCFrKHZLLun8mMaWyxMbaHr146uDnrcPPDg+TU&#10;89pD1gLjkbGNJahDnrGASF5ZJswqUUDQgL4M4LP0ttEETxPDqU+TszW7U+B1XrYbBcAYJAaf6epm&#10;sO4UAPQQdHWSdMZoM0V9sSxNUwZHSVR26hHlclE/ysnZxa/Eot37LHlk6CN12TPPKUukXJOmRCoI&#10;yFJkPMxEZhk2Gp4S1dPSF/PjW/zmYjwt1m3qa8NAnDAq6CDEIJ6y/QZgHxRPP5FtJwbtulaYfd11&#10;n+dKrAIJM0U/VVR+LwEZxbhcWH2WsGvgnkiYFeLA9xqlpAcwYG8UCvCh5EIKHiGw5a+/GMFPv2jh&#10;2SUBOmMG+YiFlLA4GEmcIgMVDIrFmIMFQJM0WbJLVhldzxIv7yf4MxPx3dOuPB36GvLDTZriKVV3&#10;RaJKvMd2CswKiOoq+ZekjY2IqRaLeTt9JvJhIb82OnS3Kre1NHWRKAvQERhAaoXNEM3Xs1OARBic&#10;9Hoj/NzEnAE1ek+6l8kB1wmjrt8oW2sER0dTPCQuYEKsvsblAwIFUVgq+Xy+4NqKZvlksiefj9YZ&#10;J36QNCYsSZc8hUfjKRZnArbQs6PPQ1NnPJsKcy9z3MR3cM01W1SWgchBvTfJl2NFg1OZpvhSCsOP&#10;fi4EkUl1HHrimVUSOC01MRuODlwMiG1b2K4vYbO6gBYPYMwwHIvvVLu+4Ncj5ifJxOh5bykUAEA9&#10;swKH1LjxHiwefA/G+x/D1XYCL1+cY/F+Cp9/8QK+ePYcXr96AcvlkvGNw338fx2t+SNuJvVqe2Lz&#10;NNupKKuBw1OgYhhbCjjJiqP4d3J6MgM1fd6vLNm2eOnCgD0enIXw6EFP1d2UOzLGD5p4r+mYVcDz&#10;jBsgLY8rk6I7k5KBALfitSNcJU5X5qTYLYzHE11DrOkk440JneQBGZymsHuWQo3wvmyWN7DdChBM&#10;84fmHkuiuQAQXzy2CWFwuNH1WBNEzdAimSRRGM5Q+Xm67PlnALn6ufVSq9ABgzznaN54th1JfJjO&#10;XP4o88j2/ai+mMwvd0Fdir2Cwj28xM+3wsP7M/Jxxev8ENeiK1xfO5Lc4phq8fc344kc1roGrl68&#10;ghk+h25vDje82xNY47Lk8Tr16uea4Ab3zSfNDK5XV3wNDyczWHZbbf1GSeKledFuVD1BPLoAx1H3&#10;PK+MN7z2e6MxPMA/JxuRFm+pniS5qF43ycuOR2NuTUcx42LjiA3WbxtNbzzEe7bRe7+gpop2ATc4&#10;lm4aaaZSyMYN3ouW0MfWrHqMURNhgfv6KbNtbc/2sGUj1BbW+NnoWRDgekSNDZYRi+8ffQbKA+MA&#10;Q/wzwbXREdM3SdNYBMVJAqo4+E0sVbK4gsCzVJq2vDdqsARU6dApK5lSDs0yCwlXee+W80pR/dTq&#10;p1R5xCdXzkJWmyabx8mUW702LB2YCzs1t0MgT2RZqzpqqG/W8PqrV/w703sH0IwltKELOKe1Nioe&#10;zNpwSW5QGwzkdtXppajR4g5A6Iu3G/vPg/rLCeC/ulnCzdVVYQQ3jRAXjAXuzXNXgaYkCgliJvaE&#10;GeM1jOcHvP/3l2c4hm9UMo+fsbsBwNduKJF3coTjFu/OxCu5RZ5xAw7eHU+QMmMXBmxAd4tu5pzb&#10;ATne4X+WhmdO2utp7K5XS3h9csXptW/enOPlLuDew8fw5OlDODrGvWQx40TlhhnOxX/NDczRbwNU&#10;LAOnxgre18ODQ/biPD15w8+X2PnCwnS83gZlNTlrNt16waGG2ecgKTegh6UdvzVX2bzcCrq1JNtU&#10;gLwBc68KZYJ3yHadHxKv0l3xD64uN2+zBs3LuIC2Ue+Dy2GHAnJ5aDcdLPE+/uW/+dccmEI1zGqz&#10;gbcXN3B5tcLxuMBjmeOaKVWyTcYJ6PnhOHz05D1WW/zqV7/A/f8A9hYLGE9nvLc+fHAMDx4/gY8+&#10;+hg+/vADWC838NHHfwTT2Yj9jl0w7n/ITTp7Xo5VEbHUhUODuHKfdsauWHv4vDj5O8DPmNe/wuYb&#10;QHppx9ptx/vN7zBIa6WUKwlIFdkN+Cyz2khTmMNPyNsf78cK7z+xVb/47DNuCJKv54h8SclXmho+&#10;/91//+efuPuHXMyxe9P2RtIYnSzKfseo05t/HxQGXvbBypTOYt5uKYiFlWeAXrjN3HK7hv8FUHHV&#10;juAqA3NvJsjajYx6uAnKHsm+KDmgofb9U/DGN3xcbYj5QYe68YgXnC1tli2o8TWlZOKGvbkRii2D&#10;D73S2z0XuIPNigBE7wbARU0NLcmTxijpgWoYYlYlVwNddRLuMAkGKu+ZsLsO7dxfuEPSm1NIkwKF&#10;xYBv2ICp5YHZhiNltpWZ9pdwkAEGXIGzqfJOc1BScquI0vy3pmXywT1mvzYAC1DY6Xi4WjLucgor&#10;aLpxBjwH8y3d3Z1LKbNHhS3VDDY0p4BdkS7u+BiaH0Xe6PwAADCgx+cQDFCmSJ9lSc5vGUSi4nW9&#10;bGB9JT4kk5H69EmAWmb2GdiXVx4LucmeOD0XY+LVNmVGDYM1LOdc4N8zll8JY9IpC0yATGFiNQrO&#10;SDKxy9JOTUn1JXU3ZWKm3wEwYJBcXWTekMXN4Cq28GAsp8qTrwCrtSejpQPyeKQDV9QQF2UTmgG/&#10;pbUKy6wrNyyDwT6zBSmdLku32EtxI16R/KMqu+bn3LLUir2cCPSqvOUM9Cmdz6pLm0QWS2DD1ycj&#10;uDlpGegjz74wEfkoWQ2wB00QpqO3EA7VpMnBvoD9wRKqbSImkeAGfKaOZa0iy0xWtEn7C/89k+CO&#10;zC4NEszhjIknEpfIDLko4CEBA8R6NaareTNm2ZbX5q+yWsyNz6W87iTlj3v1bpOEVpl7zLqDLhvf&#10;y/X0VQhSZH8+px6Y0dYgClDh61rrXOzYvyZp6IccpjsBE1IduOSqFDI32KLlvO8Y6EuVb16Myuj1&#10;BoYq0UbZvvYzUWWEHLZw0cH6fJtNrGvJvYFbeaxUniiw0z3M39dihCXeDL/KXh0bKcoZiMI3X+IB&#10;+YvTAL9+2cDPvnTwZkUHmwBj8pcKFtwT+WC4sYsIUiwZjyDf4+yhG3gtEf+hRo42yjbk59+LFBZS&#10;sWVwDERZ8ELUe2TMSFAwQkFPAuKIodE0nDBrDFzzqkuik1YZrrwep68mkakFNZ8nYEJk1p1dhXyf&#10;ur4q87UUWGskinedpNxydzQQo2uM83PCf0aNrC0URMKQFPlasmwncm1CF7PeLLX2kOAwGy+gCZIs&#10;bex7ZWea51nUJEKrWwJ7D4OC1ASmsq+MgnUeShqtGygPxCfOki9j1KZS9tyRxGm6tznRtlqz1+tr&#10;iFgH9Ztr9iZtfO2lF2C6d4wD+gYcyy23zHIfjxcMcNC6ECYH0I728M8DiOEeXF53cHG9hsuLS6yl&#10;Npy03EYKXujh+nINL1+dwKuXz+H07ITBV2Lb0B7WBBvV2mgGr4b1vhT33FxwIsnNliAKOEGZTyWU&#10;yCn7XotrDUKAbB+i0pyCcEjqMJYD01ngKAXXOvY922wTA5rE+OsJwAtS0wYF8l0l3XJqjTNqlEGu&#10;QRiUFM0166jJ1hIEGhNzM6mP5ZjTeoVFSCDAdDrlT0vBMLSne11LSTrd2/xVMFQUI9JSi701pYRZ&#10;J/kdiRm6VhcllWyXQBph5EYF7Tk5lpMshWVbbAUU6ouVN3IQALmvfHlJkNsr+73Fm/qW5LsjD//W&#10;CeOR2fPLNR7mHK5ba3kvnG8H+DNzXG+2J+dYn+N935vCwZzSdxMscA0aE1OOxjjWSnNc/1ovRVGD&#10;+9WC7CCSMFKuY6fM407Sz5J4fPED9kJGcPiDb5c3uEZKqI3V9zTXT7oNH16p0bACsbXgoAsvybgr&#10;GqHEuvXaBCefQKq+RhMeKxw2oj62Ha+PvWzsTaMLu4cb/Lz32f8xclo2sb3mQZjVHQF7bWcnTUmq&#10;072cPsNjHEfXUXxF14FAwJFKAxz+O7BqhG1d/BgmSZmVZEdAyafUbPYdqHJUd8IgZ58QWSrMNShL&#10;40w2H9T/Weo+CWkpBIcBqJ4D1SKf1Wxf8FpHxtqUtiIKZFdsV4KxpJEb83lC6tdeAEqVHEc9HxK4&#10;xgovJ170BMK33RUszy7xdk9hcjyDGTW8JnN+DiQJdQoCe0ro9cLa61PKbmSuOqPFHZv9uyGzlM9l&#10;Nm+YVdb47OO3JMDv+kob+o140DVe2W+u2Copcy14tVUJU9I8QJyMIYxmHETUXS656SdhZ0Ik8Pj6&#10;abWFZj7DtRnHKe0vtKc4n9fDWAUDpIEyrz6rfYMXnIOqgTokSdRgid85f1HzjhhKr1++gJ/+9Mfw&#10;4tlrePrBD+H97z2G/WOc6wdzvhfkXe7NksvdLbscegHKFdHaJ2on2Z/neA/WOMfPz065+Tabzbgm&#10;kDBDAep3STDZn21HtZjPOJWibnBPvlNaRgX2pDvAOLiF2b1DY3sbYrpLgl0TZ24x+wbsNmUvMolB&#10;WPhOg4Y6bYj95N/+GP7i//m/4QrvJUmuT04uuIn5kJSjQZi/9uSFUCahbtPZgj2d9w8O+Gu/+MXP&#10;GDBc4Lq+v7+He+KcQ95Imvvw8QP46OOPYW/viGuxECZS3ysgK1yupvLbtCa52yGWObh9UwvYF9Pt&#10;8A24wy/RgxsQqnxFyyr3Ln4j5dJA3GQ2ZK585uSKPQ6X443KwbVOXK5atXKN8PXzr+Cf/+//HI73&#10;j+Dg+KHUEUGeUfif/9f/5ROa6CMqWFY3kJ1+o8Z/uyGfzNUX40u0TtHe+wzeDUISboV1pCzLyIX9&#10;YKHwg45Jymj18HWS+TYkSzMMXEQRcs9Ajze5C2QwIcuEjT2kh84YN8x8oJtJqD4xAm9wUTw/PeeD&#10;LW0gZIvBqYMqA8lpp/l1lJKsmsra6LOAVQWMsVQq2uhHY5L6xJIM491OOEZJkclcOTfsLMVcmPlB&#10;cqyrFwbndhanlBdv74Y04Wya66GkK0HN5ow7HZ9iEJ8qX478vUHOT8zG2xbu4F3N7FMXtyqgJLlG&#10;WVwuj7+UmULKnjLpqklo3DBeJNOWvVc5ZswyY18n/2oqWUpFDuayp1216b1Tpl3E3D5715i0uYBc&#10;klIUtSM/Za+NGFeSPoUFxnaNm/+FeLcRW59kvAb0BWV5iadbZDRh0CnNgO9YgzlGLOXkP26mfigT&#10;leEaQ2paSdCDdDPB5D3KjMg+baMh+E/966iJiNlTDwYShuH9kmfkU8q+LWm44hT5d4olOVnBBu+G&#10;4446k4EAt9ipZ1KRCwg7o8mRYGXh1xAO88Cz4x6HpIQsFbbQDfZaJOYBPS/2tOsl4SwamLTltNki&#10;jfeVd5Krsm3E56NhmYmD5+djuHy9hflUZLwE8tF7k1ez+AcnOYso4Oe9BXRISm8pemLVxYx62FSP&#10;NBKquKBgUZPXWgL1SNLDHAdmwoxV2j7STVLnAn/mjT6/MYOVvX7d57AVBeu0I1XOnPIzHLbAbGon&#10;MuJUJ3vb+BBWpssm/KnI8NWuwTljUEeR3SbrwmuasBNTbvL7k0COoB6LnQCVJtcjx7G+YgtnRoIz&#10;NYX1H/LXTRrC9yPIc2KrrSgpjbZ0t70zwncOoSBpL1x2sD7bio0TSz5dZp3Tn1hZZKTKj49/Jrhq&#10;ra6aHM4kxrLKEjOUPv669/C7l2P42ddz+MXzHp5dBThd4+GvlwYWsyhJPpgkSYRCUyhgQNIAU752&#10;Wxt7Arid8SWUBabeUPT1XplqOdzBuZyuzGuCeo3RMkGyLDqAJZUOjcdNsUlI6urqzDOs19TcpBaa&#10;+GpRZa66VzEApl5i8t8iAROGGkleTaIu3otRu9XbrXikEmuf7UzoIE4KB/WdnOJ92sdCk1L1ppMx&#10;MzEsIVsKfxlbHo+KsU+5IUSvQz8vZYDYchBQxwEcYaqmytLd5qYjHtB7Y3Ypy4ue6XbbKiAo179a&#10;rTjpc71dyTWo9x4X4U2T10lm8KnenNmM0fT/+rcmIUv4jKQT99sNs3QJBFldX+Ayd433oIdtRxys&#10;UQ6TYs/D8QwPX4fQrt9y8vFyg/cZr2+x9xBic8BsjEgNJj9jYJbuk9DlIicDU3DBdr2FbZt0Ze3g&#10;7fUKnr+5hJdfv4aXb17j76xgj4HVWU5qF//E2kuY7mIHpe+oILLlBqjMxms6rrA1dbVXyS4BxAI0&#10;xOKFpGA0p97qmGSAFd/r7OICXp29heevTuDi+gbWraRZTylFl+qL0ST72BGI0uV0SrWZsGCKHLbi&#10;+R4Sy5IVKcQO1d8hhhaNATqosgUNATfk44UFAfu74s+3mzWzToXs04hXlY4Xku56CpOhOWDdCBDg&#10;judrNKZ+aSJDKt6h1rVLBqRWUmGrY1l+nURaxCtFaJQwILAIGa33+TWj5Qnzvy5wPH6Jc/8Ev3a9&#10;uszrT4cHvOu2lblDQROEmVFb/vUbmOA9dwcz6O/twTEl2BNgiD+zBWHAH+FrXtHhnRjVrTB8CdFa&#10;Knh8jONwmRz74TGDrN1kbziqHWnNJrbd/ckUpkFipSikI4e6qFT7Bt+TQnE6TucZ8/embDcg+xRs&#10;N7pYS0ADydryXqdqjgmfW8YibaPP24n0l15vpZ6lkVKsCRQmmT4B65oQP2FfN69NsEbmF/7cDdkE&#10;OrGCofEzobOSdNJYptrjYZoCUL5oFhJMQnt9GrFM2oOF5Q0bX7Rfc1p0o6m4QZQPXg/7UQFzGRs+&#10;+21D1RgvdYoxAI3tV8JxZP3zw3RJIwFUNRSv4THk+V1qIQtCC1yfSMhD0KaGMOCmYcJ7mVip4Dnv&#10;2Qs4fXGF9znC3mIfps0e9D4xG5z3HaeBNhqwMwzlgAzkF5ukb/tfYlalWVw07CFPtlMzvrfE4iZP&#10;udiJHpEtDsj2YTQqdaqL4iVO6z6urWNKWh5T4w7vIXmizvfwv/eBloURne/xdZjLul1CfHsC8fIt&#10;TKcLBpFbauYy0JyyQi1o8947f8uj7Nsxqxow2VFMVKCUgRqg52Z6aQL7bm6u4cXLlzDCM9EH33sM&#10;jx7Pca854rE7pgC5FLI1wF2gjYF7JdxCwVI9hXLNQz6YeM2LvX3+nGenp3CzXPFaTN8L2mB2d8l4&#10;3d3RCm6Acfzdwb6BpPNbwD6X3g0YwsDP9R1SVDdkJ96S7jpT9pVwKrGnELBbtsqGVWfrzZbXrd//&#10;/lP46S9/CZ9/8RU8efI+fP9Hf8T+erORNuBVzZGchKgEPcfTHrbAGuvo+BDX4h5+9vNfwMXZBRzc&#10;u8+s99m0gTHW7Q/uHeHPHcJ8f8JzhhixEmZlHrFJbd52W/jfLk2ucyS+DejLTM6MLfnqCbvKWx4G&#10;IT7vyq5wtzz+CnXQ9l1aY2gf5XWI58gVfPnZH+DTTz+D+QJrsb09fpt/8X/+S7h/+BAW+7i24z0l&#10;a9nwX//ZP/uEzGhX12/5gTkuTKoP7oZcMpfdJ6HSwrvBYDQpl3e3L+hOBPuOPJICGKZKE7+T+EuF&#10;KfvVuJx0RhsR+ZpwzRJ7ZYxoKm4tOa50z5ZiBlR8U8He9TDBgceR55PE0ohzLOjGuNgupmPe1PkK&#10;vVemR5+BRVcFaJQOaWGyVLET+RAHakg/nkhIA5R8gjxYw25EyaBL5gfSk0KzTTvpxnd0G1zcgaWG&#10;yxpUPn+ZGlw9y5Qlsykn4A1k27fWxB2ppibQ0jsGt+OHYZ/IwnnB58AI856DVAIX5KOGnKhpEi2n&#10;8gGXAwFq+jhkmaGZuhYTTV+BdnEg9zXJbw32ObO5rhfQVGSqzEIwWUkOG+mVYRYriXXHwDMtsB0W&#10;K5tNAzdnBPYB+7hJiHTMgJ9XiadXplfd5RKwlgCbfZFokjTXiRzFK9jp/AZ/fqkAC4GZlGC0UTA2&#10;sI9LrIaOGCmb14Sl99Yeleax19xBUo8716/gtStG0BZ+kKNjks+MC1BptXXQXD3AFCDxSUJf2Gcm&#10;yOwRgKmv/Aa1i+y7LPmBZNHxKjbkTaNR3XrLHnF8CO7Fj1FYgZEZYpT4CuzJmHTcxYEMH3Q+Qz7v&#10;aZoigX1UvONzfnEa4O2LFubs2UcMGfn8eNbInjahKRIYV8GidYSKgVC+YjwSq4jkfJS0m7IvobD2&#10;csOA/OwU1JW1bKzPqHimypiQ4AQ+uLuRBteApveq9IZ/J2jqbkmKTinmHYzl5Tp/S1BNVLlAV631&#10;yhZQ1pYdBiB7AN2VCNfos2jZd0yaCVMsDhYCBBIIwUDfdhg+pNLfPmqYRlU7BV/7joJECqUh5dmS&#10;eel3TRHHr6eflc6tJLtL1zjuzlqYjIdd46hJvmYKHytPWmGKpexlazfb7BJM4mjNjNOVg9++8PCz&#10;LxN8ce7gEg+IWwolSA37eniTOPAHE98o3suwgLrBwm1kCZt6TdZqisraI/aadL9HIt9tVK7IQIam&#10;Oyp6KcbuMbN8OJyA9usoY4oKyG7b5spKgLrMfdc02U4KQ21EBuc1IMTBmhO2+hzw0Ksf7KZdsoTW&#10;zLrFLk2eRcdFE4UdkI+Z1RqJQbVuKyzBgIvu4cEcFoupBKnQeR4P9gQOssyH/S49g8c2VshcPWrT&#10;1KnNA3uH0uEkOt1vAgcv0Gu127WMRWLqbNbqOSyMlyUe0EyyZX6RJPslllGvDQUqeC1pnO9zHzXc&#10;RMAICR1Rf61U2hliXUbhFuKx1XVbbjrMcIPZMsDiuPkJvYSiRL7TDf9t+vEx7id7C9wvuhUW6wto&#10;9h+An97DXxnjM2nFe5G8kHt2+CKnVVgzGwn3NW2duCjADzVQN52wrMi7kcCdm+slfP3VS7i+Oof3&#10;P/geA2CUGsy3N8r+JAwDYbZ0zNpQHMV8+5QNKQbwnQaiCCDckWde31c2JC4rGZzKjEpMV8r7O8k/&#10;31xewfPrK/jVyTl8ulzC87MzLsDnkwkf4mnNIQaWgV6gIDSYZQWux/zsnMixGWyUZDlRitBONfK8&#10;1kduIoxEMsUeSIn9jvigNZpwcvv+4YJ/j1h+PZs0ylpOwBlPX5YXuwx4ipeqphO6kIFNIRKLJ6cF&#10;1VgQnFeWaa/XQfW3CxIGwZJj9cnNDl0xZRnwVoNvqEan5zth4MrDOe4bz/BevcDre7Pp4O9NF3CO&#10;y+If48b3CucvAfoPcE88GI/gMd7bl28voTu7gvt40fsP9xmw2qrHaauFK/nUrrc9768SWgOcoHvB&#10;HpSJvfeOGsfBH0kDb+iH9sZzCASokkelPvcVzjNK2F7ymUdUHgtliJFkeIIH0U27hRy7imeHTleD&#10;j/B7C3z9K/LkppRs/Lm9pFJevGejRr30aCzS52rXnOUhBwBC61Ke1zLolYmPv3MP/97QXGfwhxYm&#10;9f3DNW2Cz7x3mpY8W/A+2ON77rMXId5L/KzX+CtzUgfj31/iM5mTNBfn6j5LpDds5eAopExlvU73&#10;IG7Y+XFm8fOyEhtlDafMaC81WjlHZoKCK+qevq9Y7UkIAGEApvkMnhTrXLW+YM/goCnSKTf4hFkq&#10;jSib3FQzM2hK9Rp+XnqUbSue07F3uOatYHN2CpfXPew92ufmUoPPhxNUmTzQM0uJnwdZR4SQz3Lf&#10;bJh2F6CgZwIm54lygj1Pk6xfwuAds/XEW2Id8l7kpZHIdhZJPkssBBA6M5CUn2SPJNsllt56NGfp&#10;+KjB2v/mBNp0DVOahwTUUtN2s4EtY+kT6JvA/qAUXsG1FQNjTREluxxTBMXN/1uuc6CaqAISax+/&#10;VFKOzZ7H1omjew9gNp/xGj+dHnBzUMIdqEE54f25nHPTnZLI7OVe2RVYiEyvjRCSdU9nc76mN69e&#10;aYhEwxYdXlNnfT7nfEusgnN3qphgB0/5LmCfsfvuAvve9Tq1R2FK6R3sNfdugHE3EDTGTK5hn9de&#10;QoOcYR89NQWv+bmtcP2+f3QM3//oY25q0Lr60UdP4d7xHu/d1Og1uxm2RKnCRel9gpOa8ejeQ3zu&#10;+/CH338Kx8eUvLvH39tfHDIA3bP3rAb6mI9nSlVQjlmPfdt1pnfy7dK3AH12uAoOqkCsePd64Pyd&#10;4/OW7595SqeUQ25AZfs+KdjXblgFQHXABuv0X/785/B//Ku/gB/+8E9ggfP38dPH8PkXn8Pf/M3P&#10;4IP3nrKvJdWS4c///H/6ZLu+4YLHNMomq7JovwLylDjxPGnNbL0+aFbSpIFv3O5EzGu8vwPxrNJ6&#10;bkkgpVjv9UBrqTe0wYUmFA8oTkLzhW3o/a3P4blgFtBFKNVyKGV2C0hnoyccYBLg8vQEVquOD+Dj&#10;MJYiPKhRZa8HZD7LyGaQXHrHZMtB89n8mTa4CQOLnRaa1e+lWBZH5zOl3ecuksuApaskYe9MlMkP&#10;Jam5uXXKU0VsTbcCOHiTjjsGpXzY8+oJ5AYUZu8KCDeQwUJ1DUav3ZEpZ0q3SqkSDBmKQ+AwFVBX&#10;D0VibNkLwu+9smIgB4KId1GV7FvdE3vvzJKEmNN9U+WHyMBPVMAHiv9UScFLFatLPA6g8jtkkJMC&#10;CCyhy/WaeLbMCYrUmWyxoLk+k84sS3i9sIf478ZpCq98b7fpZBJUFzqVsk4V7PLK8Os0zXiu4A7d&#10;v4neg4nMneCrlEKTUbsCuDqfachOQ21kWDZ3LKH27AV04xTWnMRrEqAgoKslQkKRqQYHBbBNaUhS&#10;VVDfV0Br4u6fq9LGGr0/Ih/qk3p3MejTideLazMbqaA4LQesWMCHU8Nqp2mcEMUXTu5NmwFJSa4r&#10;CXVFEeX1+yKjowPS61MHly8poAMLsanD4sOxv1rTCFOB2JtjZfjlBEcvAJkPBejNKJ/KxQqLcSFg&#10;A12jn+jaLa9DjD+RcokkU8DEVtdxr4m5kMel03lPh4gSIRTk2bmoflc9j6lg/lCabGqAccwgoiZJ&#10;B/Pz8FWKdcHM+fCuqd3mBURAdb0OiQzZaargVg8gxJK9FH8LN+bwFJJjx6hAr65FMZrkzzz2il+e&#10;jV5m6mW5uPp69FBBrur9Xls2JAliiapOI/cuWHawfo2Fdh+zxDtqelnwRc5k8h5LIMweHt6zhFRq&#10;Zc+HalmpApxejeF3rwL88lnPYRvXJC1txA+RN30aM8QaCkHnhcjOOAXUiwWGV/BIJEzUaJgwYMPy&#10;294zwGDp3bIJyv3r9HosBIGLMmK5dBJQwZKtXmSnIUEORzC2HR/OfNJAkwLW5P1OAVZaN6jDGfVg&#10;4PRgQd14AuIE3E/a6XXqNdvnlajrN8oqDtwcoPtHn61TRiKZPXMq3N6cAdlx0OAlMkPGg7CkRY/z&#10;/et6beowuNbz34GNoxsO6GDJXRK4LAeM0AE8dirJjeItR5+hS5rYje9HBTPVIBYWpkdsPobxnJxA&#10;10riIPseEtuYPgMDsRoQRdJFqkmizbdOinZ8vTEncMq+JeGXwuxlP0H83ijMYLO+kUZW8tqUC2yA&#10;Tc86EiOI2CNYjPvpA7x/M2HJBmlPkmQ9UWOqkVReVovEqHWWsKxbZd2wirGR8THCX6B0xA2OtXUr&#10;gUAnb17D0d4xrotTBlMSNbiSXEvqhSkvkKQwh4M28oIar4uc30twTTQliMtyVVBwy1cNTsZXLJnZ&#10;1iIcnzdYcL+5uYbVegWXeC2XOOmXODbOVy2cnpyzZ+F01rDcUWRPKsVjGV7HUlN6XZv/zBQdiR+m&#10;JRQTMClefXgvGpEQdgpWsh9gjBoOovI/33M68GTcaPhGVJmsL0CjeedpEq/5njldg62Ln2WSipA7&#10;8MWMxUmwCSjwx+NdF7pe10/2F+T1jMZuo6CgSK9pESQgqsU5Q7FJv8Zr+w2+JrFU6SHO2xbO8cdO&#10;CIC7wbkYtwy2v8B5dH5+Cf7NW94HpveO4CV1wpwkltK8pEJoD+fBjHyM8P2fKDuMQLEFhWuAGPTT&#10;eLuiGzkm38UeHuPr3FCYBd63A6yVrpIwevYIYMXPvIxihZG0iNzi7x7P9uAmakCOSn/JMoj1A0Ek&#10;+29pvaDmBrAFJezjfbtcr0WC3qiEGOogvcDpwA3una0GyAmNzmSbEcyzZ0XXor6qsqHKwfuIpPRB&#10;vNe2rJ3rGUCneUsGHWuSMONnO2TgS54Dvcc5np86nNeHNA8pEZauR31NuWrznYCYSdQOI5XtOmXN&#10;i3ezyHp5v+IgsGQt4SELnTcM8WyOFfYXgsyR4K0eTNnvWJjjtaxXgn+kkSOaQA7MoXOf+SsyWKFJ&#10;1KrgYTZdoz6pVEM7qVkSr/9LWF6cw/UKK5ejfVhM57Im4f8RiG9Oz3R/uyp07i5g8q6v74YtWMib&#10;JGYK0MWfnwCo8YRZS2QRQf51xHYjn1S+v0EUa7QWeZ2/iQBYbRzQ99hWIxDwO8dSH/cqXH8DRVdz&#10;42crfTeqqdZLSMsbHLP4friWr/CebglwDFKzBA27s0/NnrCu6mV/hyhRt6MOHPjC5/OC0wa9NAjp&#10;vhPrkM7SG1wbaK3lr02EMU3X7pI1kO+Q2ZqX605mQP0MiPlKTaPGSzASeebSe7+9vISb1YpJP15l&#10;9bRPt9teQo/qs8c3Xru7I8E1VVmWbifEwWyQYlavgKVDv8Of7zvFt34HluldIJVTi7aojcM+B95J&#10;7tDm5gbOL17h6anhvYZ89h4/fgTvv/cUHjx6DK/evII3r9/Ag4eP+D7S/jYmZYOTUA+uB7XR2asq&#10;b4JjnADrvcUcjo8e4LMZw9HxFOuMBa837DXP+6kbGA+6naBOMG/2HQLMN984dxf/NIN4tRUdVPiV&#10;+W6/E8ytCFjZNmqXJejLWc08e+maqC4PakVHShFSFLx8/jXWZRtm+e4fH8PJ6xfw2aefwsc/+BHM&#10;ZiN4+PAxfP7ZZ/DZl5/B9z/+Puzv70P4p//0zz7Z4kLitBsiLO8hBXVg8liz+nzIibsl3dUPHFfd&#10;XeaDlW+fM3+Pwc/4IUhucintCEmkemJ2ANHt2TeDWQVDUM/V0tIY82c0UE58enpleKQsX2C/H03f&#10;paJsjB+HZDxhbwGvL8/hN3/ze5jjBjPan2iKqugqZb/th/5wvvp3KlT2lL3H9GCIn2PCQZHtwL+p&#10;3MdUGWWmSirqbkVkZ3/CKpCjupkF6EupCkJIGvaxY+XpoAQn7DRP5PAV8vMw2YfLkr60Ywo6NMA3&#10;r6aU774vKW36b7mFIcuiMsBkvaWi0ymHOgMwTYJmRaqy6jKDDDTkYofyXDhTMW8kmnWpKL7KWV1U&#10;j7YhbTtVXasSCtLnz2jhEGyC7FsN5HASjMEJZ60+N5GtEgfn4g1RmPHnyb9NgxrYu83HCrxyVQet&#10;MGF9PiiPOWGWj4xq+FsHCUhy8YgBGgluoHJmKqCXLmhOD7Tm9SZ/S1KyU/Df/Fck8KEym3W17+Ed&#10;EeZ8+E75+ToDxV3FtFDZrbhmlkCWkLNeLYnTtKP2M4llnrk7afNeU5MLEClS5MTMylaXBAGORAoa&#10;y+d3AhTS4c0lnzcDBihjqiSYxcvUACQTs3tNs6Pi7OzCwekzPAhOA0ymVOg4BhmYXOWSpoXp+mXm&#10;1gOp/xCw5rtBB3z+nV4O136hYJY+Gz/Vw3+lC3C2TiYG7IzLzqCohoqwqMlo/TxuxHPM6e/HLOFX&#10;O/ZosR0G9I74j6vCdwQkUiAezF+ly2maJrk1gK500XxmlWZXT68hKfQZY1MlR4YiSVNJuleGAR8O&#10;SqTWzvrB/KzM9qvtTMTuzQA7V5kngybpAoNILMHqiM2Ge9dNB/1pm9liCbLaXOaZdwPrCtD34fk8&#10;ksMdyXAbkvrj9V1vJ/DbN1P413/o4Xdn5MUnPN0+p4hHlSo7/d1YhSPVHWdd26iZ1cuVE6jT9gLU&#10;RO0BFhZVEFmurrtOPfYsHVgVmwISajBCb8mcUYIz5Lp0ffGegRIJrTDzZpHkO2XO9GyGH7MPkwTq&#10;tFoQCxAizZ+g4QyWEKpMQQbm+8y4p9dK3CzxsL+YwtH+ggGTkcl4tJAkEM5peAUV/LQuBjXzJpZF&#10;0rWRGI6NJnGKpDlxoRtj6RSL3HYkTpOdiBpljRvpSG7l98diJO5sP1KQhVlUDNIGvp8WXkLzhaTK&#10;NK5YCmh+WVHT55yssW0rB8yWZJzMJo3sCch7eReVTWReMuRXuJJ0VmKfkOyxGcODxx/C8eF9PHxN&#10;RWZK45GAqSAJjyRJZQdJAnvbjg+ujAM2TRUWEnn8EKuPpZbEpmH2Wqt2KJFV+xRg8QYP4c+efQ5p&#10;08LBHt7f7Q0HTPEBmK6SmIRJ0kIZMFT5Yi2NSQoMy97RlwAgq0S09stS4FxH+hw2Qd9f49/X2y2s&#10;8F7d8OLYcIJriwv2W/zvT0/fwumbK7h5u2JmKR1ephzoAQxQ9wz09awakQTSXj2KVe2pawHdL7ov&#10;tCfRXGAj/2bMy9h2o4nL5C1LmA/eXwpcoDTC/f0ZK3UI1CYwipjj5EnWJZGAphzqoOw9TX6EnGZu&#10;3pwCKlrwTQ7zUGZgNOZjEn+2YJY8KuUEBpnNh5srHZhwMAXAJY7R5zjcf67sUR5weG1v25VILnU+&#10;E7g7xTGzfP0WxmdXuN5t4f6D+xDxULPGeX9IIR80vgOl3Qa4wXG3oRoH78c1fn9LQBzeXG5n0tgC&#10;eR8Cyeb4GYgNeEOLdJS5vo8P/yaK9/eapNF82B/z8xl5nHcjAQtvegmHsISk2SiwXxoBf/u4Pmyk&#10;q8Dtxc77HGhHLKr5ZCpyyl6Y5SOCqRthPW+CpMa29IaEEC5v2F6BWYDmH52iDhTrn2r9gs9jjeNq&#10;7YlJmdQDUIxkk6QAARsGEhDIrD6po8jCgZRLX+IhxI8n0I3m+KszmKZLLF034G2D8gLkmu2JNHvG&#10;ogrwqjDh4MCm+PIBZDmu30nkyP/UesOrl5oPrvhAmwonFb/vDBwmyIqAoJ/NgTXLUt5THCcFC7hP&#10;t41DHfR03gSV1FJ4Fc6lFQGyz1/B1VcncInj5+DwgKuVjkUeXpoz2Td4N1CwqAR2CR53sadiqnMq&#10;UgEUQKwbp7MxK9WoaXx5voLVTSdnLgJLRj6TWjIDTOvNoEE8npsIOPen+FwptGN+nz0r4eYqJ3E7&#10;cs+8Pgd3fsbkApjOBVQhpZuPHDYj6fRQBQpqKObfkdFYan89B9g4rp6pWHpIY3JKNgWLBTf2lusl&#10;rJZX2cOWzv2Q4oBBNwRTU7EheBfEpSx6z7LdES4LlA47hflsDtdXV3B6csIAC7GouTlGh3SuWzy4&#10;nbzVb0be3B0SW7Wucakwo3YCT+3skHY8/P7uYJ960d+y8vpW+8CiUASr7wIuSTdwcvISvvz6BZyf&#10;34gXKd63vcNDTsS9f/8Yjo6P4KMPvwdvz8/hZ3/zc2amTyYU6jWDMJqwXy+NbWat0iqCA57GJqfn&#10;crDqGO7fO8b5t4ARJVLTMxoH7XckPZcOlYuu9vd0/lsfTw3iScPT5Xp/eI9qyX71/CrpboK7ANzd&#10;Z+7uZHK6d8ioRdQR8v65add471fwk7/8K3j96gruPdiH+cEefPzhj+Anf/WX8NNf/AIePHoKH37w&#10;AP6dP/n78Jvf/Bp+/4fP4Ol770H40//mv/pky8lvlcTDWEHgMyV0AAxUqapuV/49SFWFO8E+AF9J&#10;dQt6PQxK2I3truyuknYjU1Tvm4Y9OG7pzs0DyUwa1ZDYKaiXgRwFYRi1jgIzRTXP7fXgNUrimzU/&#10;2IcX2wT/7//2L+AHOAD3nzxUgKnPn5kMRr35nBm1YzBRU0UHtnozcupm47sy+aEg126HmusqWW9e&#10;gDMo57McRbIPU95QTd5aNqU0+P1dcmu2nk2qia86vCUkJO5Is1NOzi0Mt1Qkyy4VmSNUiU6pAgTd&#10;0OjV2H+uYjqWzKuKNp0qNqUBjhq1HWNfdQBilprrql8Zz+8aanr1GPPZ0ydlGeqwW5WGovcilU69&#10;stRS1fnTZ8i+d70y/aICS514TZFMATfVi1eBD85NI4DPKESRRpo/CRcxcWe8QGEDqfcgAS3em7xi&#10;lH1YsteAG+kiaXLjcWaTAvgcuFMYpgbkpRzkIBK+kFOS7+6q7exaqYJ3U45h4eI0Zlq2AkgxZEAZ&#10;qsWZZcxRUqMT06ttlsV8/XxYcZ0mKPfZn614LQjgKlJcS/IVVp95xhiLlp6T+NexmE4PTYH9/Fga&#10;VfndwGDOCBjGcyUaiOLg/CrA8y+3WGs1sFh4TqWkZ8XBPY2ZspcmkXelQ7ib8pUTxLx150YKqNxT&#10;38iGATGh5s85WICefYwT7oRDxWjLMziZpLfR5+tzzJAwIsPAa9N8WZMmFFOxHbNkozKZhl4Bx5jn&#10;Zr5zPN4MZDTD/Ro0riyxmfmn3pMMzKqHIoclWVJfzyCW/N8qhz1EW4/0GiGnCJb5TIV+jAODASmY&#10;dZePsawBqZLvdsmYCU5M6ls8yC172LzZZGBQDvjV2ldJdcXcX4E/LDKZiYGHyD28n2+WDn78hYff&#10;nTbw6rrDwy81BEgG6UWeqCxB9tLjlFj1a2zEtyopu47BH1sNyBC+F0DCQizGJG8jttV4ynInKowp&#10;uS7LYbXZ0zQ6zizEgcCA0YgZfpDDSlLmNlOTTthUgaWnxFzKIAQBGUGZlIxMqvx2K5+Vuppi8Bz1&#10;fkMGh4MmocckIDSzxrwAI72ysY39Tcmmh7ivL+YzXFeFIeM5IREym0bW+8B7ILG0JHm4gdVaUmyp&#10;09yptIpAUJIHtdlixOvBSFhGdH1jklZS4AgBMV3P1y6ehkE81UDCQCg8hVbAHgtjAfmDMIEDsEyL&#10;mVS8PXW5l8iS4SBd8ulkpg1I0PeOIsNV30O6F/R1koYE9T8mxjpJejmVl/3jHPuP8fVhkf4Qi8n7&#10;xw858W2kXmE03yfK9pRratkPq1Fpt7OwHgImxzORI3cJ1nhdjSYzgwIC9DPRSc53TAIabDnII8HV&#10;1TUeLs7wNbZw+uoPMA2tNHn5Paai5CYwmCTKqb+dlkhrobI8bZ9PPOZ6riejrZvVyp3U/7E0IoTZ&#10;tWpbTqFekiqjEZYMSZdJ7jfCQ+Fp3MDz6ws4u7qEpiMefYAZheGQFccEPyuut4kSUCkJVWWLntmv&#10;KmOj2raRgI7NZsVrHx+8WU7oGUAkmV+73fC+w95FrldA0zHLj+oEep22jQyiZ89kZR2lnMwr3YSY&#10;UrblyEFsNRs9WeiGAPrUGPdZ6eMrRr2kuCaV/Tudz6AhHie4d37ZJDjD+3G+aeGH+PVzehUchw9n&#10;U3iE9+dyveGU62tc47fXa3hy2cPpzQXA3gQWBwv8XWAgg2S+h7hJLuleJPVfAAtW0wYPjnkC7685&#10;PXzLzc49J8227WoLH04n0OAYJ5sD9gj0JOklZmkn3TZuEnX4/Cj0g8Bq/LPdWqeRxx/J1PdJAo/P&#10;Y0P+f/i1Cf7Z0DjsZf2j4XnQBLgkGTNT83ENI5/G6LLCgdZ2shYggG6Kz/wHuD6R7PaU9rBGm1Xa&#10;yIQYM9t2j7xHlXUuSU0NzPFMcYT/vdy2eI8aOAjEUtSauCGvQJyH+Bn2ogRarD0lGON+QA2G0QwO&#10;qLHaSmjPOK2lqUrAJ7HRfK9kj6DYX6dBcTF7vCU7L6gfpLvFJhJQTphqoOEzoTQszarDDr5QCAX5&#10;/KFNT2HwGvYZ8hmz8RJcxXssebEHn/1ng35O+ho1CQh0JxYoATzbyxPYXKwB7u/BZHYAI7xuAh2a&#10;RmTuqY87h/OKyBDTUH65E8wxlPcVMDCZZz6I0S/t5VTzT9j31cPlxRmsl28ZbCKghKX9vim2Lep7&#10;xyx8luFKY4Aw4xbH8XZCQMsU/OUV9DfXDDInaqx4SmRfgafQDmr0BQH9uiB7Tq92HLnBrq1V/22e&#10;c98YmKGnN1egGq/nUoaT8Ub3W1HSEUhE69hqucLrX2XgkfbQYE2KVKSzzg2D1t6F+liSdG8NfyfK&#10;Bxp30/kc3py8gRP8Q+9BQREjbk6SR6cq+74rtRHuSi3+Fu8+7wcWZ3eBfb6YctgG982vV1lTfRcQ&#10;zD4jS8z1s2+WLVy8PYVf/vJn8PLVOTx6+hE8fnDIrD6aX1Nmn7qcGk+g37Ovvoaf/PSvscaaMyC4&#10;wTV/f28PtuuN1tkg85Tmoe550tjCr0+EzEXsdir3eWb7canZi0FABZqCEnK+TYg7DNnJsTqGMTh3&#10;B9hX4wNlnicjqaR0d+jKd/QLHEqyXQ5OSxqGR7XB/QcP8G/xfl3M9/C+d/Dw4T34/378Y7i6uIYf&#10;/uhPuPH59MMP4P/6i3+FtdkUwp/+kz/9JPYbLqyMoWQpM2knuroAdTAA62qmV46SyEm6d7H53C0G&#10;H+zQnIfpvCXgIVqiF14wx4WTYWkTqpRtNzBJzaEZlRudyLd6Ne9X8CipmbF2z6Uo7HnRZ28ixXyn&#10;ONoeHO9Bi3/+zS9/D+svX8B7Tx/BfDE1y6BBCm/ty1eiSVPuKMshyTFDccJebH0G+2LaBUCVl5aN&#10;o1P2UgreVcCdrwIy4s7zS8WnLnfc0g4TsvgK2l3zg2eSbnXKoQIduYBWQK94dCUFfmoWqKuot+qx&#10;5lX+q+EdklobM6iYdpaqqNKHUDEea12nz8ytkgKaPa8ywydqUqiaM/s++/+VhaAKCnCxulaoJNZ3&#10;dZHqYIo4fFaaICp+T1HlpD2DFJyKy35o4r1x9nrMn47qzkkjhs10eBXwJ5XQKFdq7ux3yIuGyWFH&#10;+twjA0BJr9GzrLNTpstI2Vepivz2OcjGK5gm3kddtWGb+ar4DDH4aIxLTTbOyFQqsuey6faVKaoO&#10;FEoJTZ34Z+alJijw12YfOenE9NljKBjYrPdYDh0me1QgU8GAApTL/fc2VnlMmrTXfOaivDb//Erl&#10;v3SAabTx7fn5gQGTle0Af03XVklpFYCIGBgtHnyvbgI8+6zFtQSL9JkXAo2CDvTcGw7qS1WBW561&#10;AYDOlQQ1mbNRAljcoSQsJ6fX5DKTUuTctk70fB8F0IsMrNIYkeaFHfyUke0MtAwamuEzWMUAmhOp&#10;DijIzYdY8kzSdUVW8sTgAgeJRAelNyJejRJCslZQLujn1/VZmaU5GVrfRyQ8Ph9UY2zyeIpsRh9E&#10;usyfRed9qhwQBxJcAT0ziy/VxWopJkUCbEurywwZNgdndqH8Lqet0i3e4KHi9VpZCHLYEDAnd9qq&#10;NR9ys4heZ70N8IezBn7+OsAvX/Xwth1xomnPAIH4+HjxoheWjgVweDF4F1AsZmCSwJaRyi4DhwL4&#10;nJQmzAgJj6BQAvaJI+loFxnUEXaeev0pQNpr2h0xxUge05tXnMols0WCk/2OwSiyhCffsk4lCxoI&#10;FTWUwzsocl0wibyCcGx/1Spzu8/7Us8yR9lrY0xZ9kVjkIBnOvwf7GPxOZ+yrER8eCEzmYSp3pTg&#10;F/U0dBoAJYy+IoX05PObNGFUk9D5+tWUqiMAQJndiT0PW5Vlirk9s6J5EUnZs5ADRTRAIvD6EkBy&#10;VQU8iAwCkiRaJJ5eC3qRaUlaISexdq363uL4aZU5TuylRiW/erhMvTwjZipGn+Xlk8kcDo7uwz38&#10;Q2mFJLGNXa9ybwtmUbBWwVZLOSYwuCQ0E/Noyw2UTuVrENQWgRP0kjZcAydJrrfXLK2kQAqqxwg4&#10;XOHXt5sIx+MEzz/7CZy8/Bza1Tl02ytOCx75oFJcz2uQt4ROX5rTiYMRei3MY07S9N6MtdNQiaWK&#10;kKDrJL0u7So07yjffIPrMkm1aQxPuDtDDMkeP88ELvHrV9sNnF5eMpi6r95Q5PnG62+C7GfpvbBB&#10;6TDJFjQ8vwIzIWgcMWvTSzUqckdi1o7499lH0guQ7JoJT+DxOPCBi9fCvuV1mpkCrqmShwt1OFXN&#10;55TtY3xu9jA7XsOunMr7vPdQ3zH2ckrKpiX8TsHmVjH7K3x+n+LG9hzH0CmBuG0UUA+/fw/HzCmp&#10;XPBzXvXS2KQpcHhxBS+vLgBvHoxm+LPa+CDQdI0XuuxFljijoAzcLEnKu+22sE8eR5zq4eFoNoFl&#10;FNnYE7ynZyRXbMVcdS9EOG23HHTBzY5AvnoBstkiAXtknYCfecXydBDaJe+L4o9JxRh7XbK0VlLQ&#10;e2X0fQ//e4Pv1eENWTP2KIA0M0/bNUy1+uDTbS/m6yQx3OK6REEbV2SzUAPXfVcOuQT80NiNkUEe&#10;/h+Bl/haxFw8Vd9oSldfULOAmLZBDtYzPZN1+Oea3psYwvj1FdkP4HPfA7F/aIjF3K60RoUcBFcO&#10;2SpBZQ8taX6yOlgtGOpUTFcpESxQIyfJ614jgYkph28w99mYScoYzGEyOseDWl0krVedNtp5/PoS&#10;YmZ+07YnhZyAGRn4nHnyYsRbPMIKc3kF6WINV+MR7C/22U+Za09PUukwkIhC3cjeyaW75cNm4m1V&#10;FqTKsoTuAddbCjzx23B4lbCl1+slrn9bDlQjsM/zWcDsXQI3vBplOE7JhoM1FEkYfhTyQpYA+LvU&#10;0CGbCD5rcQ2FfxOQtrqGgPXoiMz+Q5PtgJJX9U/6/9l71xhbkvs+7FfVfd7zvHNn7vvug8vlipQo&#10;WpTMUJYJy4JhOzAQSZac2LCTwHIUxw/JTgwksQ2b+RQkH4IgX50EgYHAToAYsh3bkESRksglxSUl&#10;Lne53N27r7v37t73Y95zHt1Vqf+jqvucmXt3aflDINZ/MTt3Zs453V3dXV31q9/DJL9sc4we8mhQ&#10;4/FgR1uBpn7F1B/xokaX+2mW2YZ7a//gAJPQn9IiGbHJWB7aJgU9Qks5L6tWIFgtCWJaNCsXiGHG&#10;lgMeD3Z38M4bb+Nw/xBbWxf59wRmSVCM/RCwmVkA+nAC6LeQxjAnocVjwT6z6IT/IYDWE8kWjwDB&#10;oDPAOtmUeF4suX3nJp7/6gtYXt7AD3z8Ik6tr2LQK4VMUki/SeNdastB6KNPb26yHP3qO29zAM3y&#10;0rKEKFLXWolyxKgHJo0rWTqti0Y0VmWbHvjkBy4rcnUiIME0ygefrIc+DHtRCVettjbtvINHgn2+&#10;8dlbmPubBbDuOJHNnMjqO+Yz6RogMrKQfcyGCL/rhmv/+tV3cPfW7XAe1jAMbXrh/Blcee1VXpg4&#10;ffZ06LOWeOz3pd/+bRR/86/91c8XpgXgwakHSEwRUWaAtY1vnylSh5kks8mMut1IXlkTUGNZ20r2&#10;aQN5ZdPZWTsHKNomlUNlMbUyHWyTTNSmBS/6B8bPsS1WXWL0ebjE/TEpoU06a1khLYwMqPgZyoCg&#10;0E0vnlnBJ37oB3BjMsOLX/sGJvd3sXlqBdNCHr5W/aBoRZzSsmZ1XO3SAZZx6eIonAyGxZB/Sq5t&#10;vFLnTSvxJVGc6+RVJgPkBnzzusoWk2SK6GPX6gS8muRH41xrmvTRtiCwrRm3idnVXpHQFUUbJW4K&#10;gHl5aDSBKEmwqPIv1wpyaK0ixPe15LORbdo4GVTqq9Y2PC2bBY3k4+Z00O7SoNUmT79CwRanHbZL&#10;wIcAzl0evEUQShgAJoFfjVFFI7Ntru2GsQd18mNWkkp+41dDAfZq+t/RY5vpUR0xRZnAC2KIVGHb&#10;D+51UEwEEDacIiUTWaPBDTb6Nifdf/OYib56MmHpqCeegn3su0UUsujpFzprCvGI1weiDLhOTLro&#10;1dkGLKPMOrF7+b84+XRJqok06FMpuyYkFsbPycbjGkvt4zVqVWbstGWreNfqOa9TJ+3SanCl32cK&#10;BhaICdCyhVr6MtQJJBdAeaYss4549VHAA9QEFj1971QBawUoXYcl0jUx/VydVnoE0DQNQzYGPEiU&#10;GhtDRyB6+6CLa29PMOwX6AwLBvnIo4+YNczss0gepRw2bpq+oQkw8q0EaqivGnllDDll2RRHKU2T&#10;J5OtrBpJG54oMCL+JRHwFuNtCfZo/CwjQ0TXeFOSY+Ro6sCbriloWAa3x4zvC+/jAxopJdcokzK6&#10;RAkbW2WXSWpdqAm4TCbkoS+eiRLsQWEpNAEO03CSIBkKoBlLsqmyORHZgsyqBbOQJLlSxcb6LCOG&#10;W2SVusRuafkvxueFE8aW89HTCq3jdzyJnMljRUBBUp3enfAAvEgPW11cUauMKFWn9nxw6PDyTY9v&#10;vY/w5XBte4YHBzOenDgjidkFT9Yss45qvXHLfk9Di5A8jFxavBEPvQjYyiSrEwbSM+n/WYoqzyLC&#10;Lwnoq3hy4hpWLwNoM77PKdyBQS8G6JU1S/JMYotZCY5A8qjVgRJ0QkcTY20DYkbBWvVwlLAbF6MX&#10;rTyXvA7uCk6mrNKiEk2OCJDjJExtf2KtMZDhhC2ztiaBGzR5kjRk0xjJq1VBaTviyYcyDdhZZcgT&#10;CwmWId9CYnjE55OPgDFJBQlQU4CIwC5qE048nI2VpVKzfJDvfxsXpuR6dwqmsJyJpSW1BJFoYmxN&#10;DC3tY7hXJ2aYEWa6BOEYZuzxfVWL/zD7CDvxT3TK4hTcX/phktmy93EL9qfXEuNxdW0tDCZX0QuD&#10;djaO5/5awkYmTsI2OOiH2qJSSbzKPOle5RAMJ0xFln7W0u/S2M0xSCVMSxrkG7VP8VHzXHiWsLGs&#10;j0Ip6IyE/nhnZw/bVZh4jTbw/vXX8d617+LGtZdx491XsH3ndUx2b7A0uQzb6tOkgVL7vPrnUgIn&#10;jY98reEpbCgg7B4rTwcBfFU2LkfBMGut9yqd19LIs2TKw6Ew+Fb/ob3ZlJMxLTES1BPactCDx52D&#10;MTPJSies9R7JwQhgZ5/F8EzhIBQJuLGawhrvF7q/+T6ZaXgMe3uVmjCq1k4EYHG4jOPwF2JA9HoF&#10;hoMes2Oozx0TG9UkfT3fazHMJI5PeVFdAXweg3D/G7t4TQZsjcstA/ktfzXq86wsx0WbDAK6dsLv&#10;bocjfD4c3/6kwihMRMbhGPeFVoojI+z8npPEaWI2Vrv7qHa24SgSd2UIR/1cv5/uG2Jm0jH0KXRA&#10;AcWxeo7Tk2eTGLRhLLlD53sqC8lTDfbhm7prsceLIj0G0ci/lMJAWC4fPuEMm3R3Wf47c/JsO90p&#10;QZFmBNj2wrN5nZiFTgFYTvUWVjWDJeF3O2T4b3ik1Kx08gOjxlLYl0MdH1BY13LYz0lolw0aCdLx&#10;E5jb6aNHfTD7EhZIA+NwD/UpYTX0cbSvDGLTmIvm2wWlQoe2CP38On0PfzqUURk/J1bDt0lNknQv&#10;17Um9dLC5ST8fJNYTCRZDeMa9kQnr1Lq//2sSaDUZTR+VpGPFiNTXQ7NiDYfLln2mGQXYqxvTY59&#10;S+Gj44u0eARdoPLNQr9pFsUYnFFWvI02TjAtF6SYUt+k19sWc8d7m+YPYjvhODSIFgwKWgwMP29v&#10;38HB1ZuoJoforK4y8EDeuAyaGQHko3ez5KoIcNGWp54Euvg5AKZhCwnAUaNJAxTwj/xoaYJPgPsk&#10;9CF723tpYbToeFmw13tYfu9kzMFnqmDLBwpxMTSJoAWH1TOhHwrnfn+HWcmWniPE8HRhDHj/dugT&#10;S174Z5lwt+SFywRUEpMatS4oRR+6IuU3xxmlPcmn8ATwaV4e2XjRWyX40H1FIFE/jGdozELP16PD&#10;QwkiKiSBvjQyHq2jLlE9xJuk5tb2FDiulf1tdRzEY8CKFr2m3E/fe7CNnYd3w9DV4sy5ixgOu+j2&#10;emrfZD4ks2/eR/DDSH6NN3M2epFAlNrKt7l9eAyrT7lqfjEn4aTgirjdGLIEfnbv7h8I9hLuf3rG&#10;UfvuH05w585tHBzu4vzWWV5Ypuc3+cgd7R/i6OCQx5F0PRFDrxeu2wuXn8CpUxv4vd/9Jt69+nZ4&#10;zRHu3r2PO7fu8fXeG3RZGdJjae+Uxwh0n7KXpBI2aiVHUCdfWq9j15YWiNmn5li7L56PCFhDVWqR&#10;4akmcY0dWWSg2ga/gvrgRrs0tHzRjZm3KWiuEY92dIdXi5AIMDd4iWvZPonFiecUe2EcTI4Osb99&#10;H7uHB9jZ28H2w13861/7Ag63gaeeuYSNU+dxemMd/+bX/3W4e7vYOL2Gj3z0I7h06QKKv/nX/4vP&#10;N5RazElh2xJeu3AztgHOmCoE04Qo+BO0ymaO+WeTttnPgY3Ho6r9AkjHiHw0IDWYc0M3j0pfWQjK&#10;aFZgXPIlQUrNjavpnqUjMUGqVP4XU9PZo8Rj88IWJqHv/NqXv4HJu/fw0ecuSfpa3eWB8Eo3TDZo&#10;IsrGzAp2OZf86thfSEEtMkQtu2OdcPrk/WfmzB1963wg+Uq1dc7zqnKTQCjEhCvvNanNKuDVeAB6&#10;nfk77UTmfQnabRzZcmIkyoCW9wrM+DnpdJO86pNEK90gaTjdXFftU2UiOJwuKt9i/wj7sjQR44qh&#10;G3UzQXNtMrdvEveMm08GjXTZyBRThlrBrCOTHkBFAmlNCpKJoHJ8QMkgmlhmE2UlEuAwVsKmUV9G&#10;TTP1RTJololtzYCRrFYIUXkaBpgPH3RhDsMDpmuE6VU49SFxDcOrlAd8cjHTSUl82INBn44MVNTl&#10;Th5x3TTJNQw8FonJKVYdcn/VGk4hq68mqUmiVDeCTf6ElCMZVBUt2UKbgh05Vc1qsVyVkSnWCAaS&#10;zyRaYTQp+ES5XV5M2KVTniVPOgIVZChXp4e9VxA49gNyJuu0b5zWypssU4CKsDFp4DvjCa/0GaVK&#10;eSsFmZNYV705ZWKRfIjZr0r20XkZNG4fFHjnjSlGgwL9oSSvUfqyVQ9uTmLT8AL6HZugtxicTr/b&#10;tuzfRFPZjgLZ2trMWOsIuMaT4E4abMprSw3GUVA2BrPYIkm6eeVOF2eqONFDke6NKLyPgCBLKpVd&#10;iuRz0UGirMEpiGE12XoiAGF8uAp/Qb324rliUR2DfJYBa329ynkdh6pUHA5QmKUE5hlmtvaUIV2L&#10;j1vqb6CAZvMwjr1IZIhFDz1o8qBfGJzVgqiJ+tRHTzth/TFTPNxY0xtjPq/GyXmqIpOYz6/FOHwn&#10;kO8rb+zht945wpsPatzYPmDPLVq9p8HV/v6edO1efXqsGCUbTeiV55rylrx0lATuVwwQdZLknuOC&#10;KIWWgx4EMCPAi55xdXRbLEXmRAxMowNuY5BkwjQw5NRWJ99ZThr5waVljzF+bmsIiCy4gOWIUM8y&#10;U0jb1JFlr95+PBGLK3acDjtjFlqtUhpena+dSgurtFBTzdhFK8xxuhiFgfr6+jJP0EXmWzODynkZ&#10;kHJYB4F8ZZcnODSRSAxnK0BRvzfi31W1tCfJ/NjA3TSBIsLyE3YAqwo9krS3Zm+6imVYzDwsxOqD&#10;wMnprNKFCF24YNLRLAWkCXA2VW+hDu8febgg+RR7ZXALm06YtI6ZfXU94Qk2bYfUCl4ZlgzSkL8X&#10;7RMzmcAMjkGfpM0rGJK/Doey1LKwyPJfo0mVnSaRzsaUZp34GpkwRNl+xGpl+FFJwrpzKZ2WUmnl&#10;OpZ+gu819paTvsqoByH95WA6xsGYJnthrGSHWFtdws6De6FdXbjGZrj74BZ2776L/Zuv4d6tN8Pr&#10;9zHs6jiI+k/tQ8WipWbaNDGrScJJ0R/dUm1hOElX2dVGRkS1jxMDWQieqhStorYhUAky6TE6QeM2&#10;qlum7KGdCKS/93AP1XSCjbUl9Arxi6SkV1oYMZrGa23s123jmWsFAGTQr5Z2l+tWggmYARoZdxDf&#10;OcsSVsvehsRam4V7Yjwdq09owdeyXAs+LQik1PEo/fZNoEkccnJfrqBMmxWYAs6Y8e7Ze4+ex0du&#10;huvhvngl7B+dw3DxYsLyLMtyUmIAssFpeA+lOq6Ha3A/TLjDjAZLJEse9Vlqb8UpG6tGQipkoANs&#10;EUDnhdE8CeeLpLkPQnvuTacMsi13hpiG+3VEXnze6XjY8fvGRpPhw3W2zhJr4JBpsFMchHuGlkVn&#10;bKlXsKT2iPoW6sOI4Rl+poTbQ2XMUkucI5P58PojpudKJyDLt+JjSH6CUQo0JSBNLYPoHppoCAed&#10;uVkEuayTIBBasuO0X6hfoAKItTJBCn1GW4mPXw7fD+twndLimil1wKaLKQQmTipmIa6Fr7GCYo2P&#10;k8Xt8DzZDtfIMJyjPndmlset1h+i0HRgAkf5maVEEadpksl6I3plex2X6pygbfEji9tGFgq9ptSm&#10;51bj7M0T8dYYx7eUNbbNqkvzCNOyT2/UFtLtkOVSEyaV1Gba5xR6Dri9pjNsP9iFGYzCvVphdUR+&#10;dmRl4TT4z0pQiDK62wok89gwhOgXhoXQCjs3vzB67dFXySu94R4JE/79/QNeCiNLDWKqM9ihicE1&#10;s/ttmlAZZenzs48Woahn6YfjCdc4AWeG+lu6nsLrO5SMHj6fQj3IR+aI5MQENnbifLrDY11ZZNK5&#10;om+MjE3bQ/rDuvmZJsAufkLbSibOhUtmPRtevN0P+zgN54b6vH5/wK9hwLmtomvZ25gIsse5BLOm&#10;Kh2Ly/4fjQ+wvbOPO3feZ9++leWLuPzkZWydO61gYy3n2n4YZp9bONd+7nfJri+GHsIkV6s5ie4C&#10;QzQ+U4U34Jp5fSug0Bs0OIFtpfOatvoxWsyIxUsib3Gomvj/3rl9C/fvP+CFpVqf9bSR1fVTeHj3&#10;Hm7fuolxGD/cvvsQ7928hWvvvY/3b94MXzd4G2Wvx+Gpw+Ew9OEjnD1/gUG7W+G1FUVBh22Pwu9X&#10;11YZtLXRs9qLksHZuDBsmbkvIK2BN4+CVB8nkW7aN3mfej/n3TsXVWJsCxtooCS7KN/3UToc+zy0&#10;wlL9MWs0o/2f2GgYDe5SkF5DPXnspgQEX425/cnC5o0rV/D8l1/A8tJpbJ49ja0whnjhd7+JM5ub&#10;OHWqwGh1FbPw3PzSb/0mLpx9Bqe3TmFz62wD9qEl4UwpvO0La077bCLRL11EkQnW6MnsMelu04mZ&#10;OU19ZAWeBNS1mykaadLkolMok2HBSHFxtcCr31E02p+nqGoUg/OJMmp0ZdHr5JUlMk5W2330MCwa&#10;6SgBgCtLKzj97GVcv38Hb3/rTZxa3UBnRJR/gz1WFhWcruUlaJCpyewr46HxFjKZkVXeaeMRJevj&#10;LZlsY06bgNJFX7Bjy0it4I6Wlx70oiqMQzsc3aYHZ3syvdB1G5fAV5OulbZct1mdMWrVHxlxPnmR&#10;Fk0HntJdkQR+kV1p0YQZ+OjXZ5rUZ6OrSWnlEJFtZ9U8swnkkL65ZqCP/aj4YVUmSFMCAmqVbVZ6&#10;vVTq06eofpKGNoh9ajlvGsEyd7q1pqnFFclSQVaTPDa8UX8xZgDOVEZ52KQv1QKF7u70YI8cOhTa&#10;0NUBDxsSq29fknSa1iqDbTHqIhNH/dt40FQxq9BBDKhpRde0PKY4GdS0ri+vqxVFlDTrvcseLWUz&#10;MIk8thaI71sJzBGMaYAVAXPsHCPRiRzYGGV8Wm1TOR7jm6uiiIzRKP/mSWmdBplRasLJvJDVdMSU&#10;JpWSNi4kdbPCKplTrcWEao4BLddfDJCY8j0t0tNCpbAaguDFr8ohygEVgNVVUadjgoeHJd55a4pR&#10;LwxcBgUz+vpdn4ynJZhFABIez6vkrIjJvBo400jMJY24kUd0hUWtK+7EnBLQzibvHHltRx44zjds&#10;Ok3cjhLVFMSkCwW18w3p37Rk5EYSYiMWJtdfqTLhTpKysOBVZXzsr0fiqzqCdgJGcihCCkeJvlHi&#10;E+TVjw++0D5kIqA1Xd/OqqdVR069lyRl+uLk0VrAd6t9qtOJNFtMWWUK2Gg2HhPplZiRfDVsYgLx&#10;BNk3vomSwittMQmD51mYfNmZw/i9sUKjXmQEXq7lqZfWuXJvhi+8uo+bBzJZHoWJxenlLtbCmHZl&#10;ZDAI39dH5Mvlw2DrCEezCV9Xw36HgQifGNmFSIi9nnP1nWPQLvrM1l7vMVnhlGRAAXnoM3mgMat4&#10;8iBya7kP6RnMIGHl0qAy3v+1UB3F28g1IEVpbfJlU30ng1GO/fRkUjgjpqWBGoMLUGKdCFit+M0n&#10;U2X+rLpKA6fG+9GHthhgaTTAaEmYTd2Ossu8JOsSGBOZZmxOHpO7lalEEyc2hi7L5DcYvQzdXIiZ&#10;TUBylFrQe2bjqSaOywQ2yc+VhM1pxYUyM3miLPYizOKqJamRtsWKBhS6wk9BL1MFxqGG9pB+jUM6&#10;VL4bUWoXpeZVM+7RNiApsWLAvIg0Wl7m9hoMhuzdxL6JmtRbmCiPjePZZsxHrE26BrxBy5O5kLAz&#10;ncGJP2DT5iRJYwC5rhIDkkdZBLRSOxJjlNnVjl9DXlpluOj3D8fKuK4wDa85tXEmtF249qsJeuRn&#10;q8nTR1WNozBZ27l3FQ9uvo2HN17H3sNrmB1sh8fthCe9FExgmS1AI7kxpgRw25K9+DqRs1lX2ncV&#10;aihv0vFZ9mo0GBdiI2AoRZM8h5z4tPW6Q3TU/3QyHfN1a1l6OsN2OA47mXF/R7Joo8ZiMtCv1CNQ&#10;F6TY08ywlM1Gb2I+17VKKKH+iEVibEcGd8dalab5MOmS1F/29ZqE+2Ymz1aLIgHkzMqTvNi5SVSh&#10;6ZYNeCv3sFeSmVNLnLR8Sf0Z9X2hNyMv0e+EN70Xvm6Ha3eTzo8RoJvSpqO/5RPha2d8FAbDA2a+&#10;+pvvC6MhTBRPnd7g/odgypkC9hTkwqw+SkKm803MxXCddMoeHk4mDNIslQbLoe22x8LmnmlCZ4y0&#10;H3sBV1kaG9pm2O1gJ5yXgZW+jX1SqS17QwYlD52MV1YYIHP8XCU215TTfSWoYkYhHwps0WLOUrhB&#10;j+JYnOYt1HB0zGG7PQVWizjm4PNWCCtLg0eiEoD7tHAOJ+pnTGOOlfD3CfUx6hMYgTr2G+ZFGBmz&#10;jkplWqpdDR9bJfO9sfYMfQJ7mOou7XMxjEFuhI2fCtfV0I44ubYIz9OyOkzWGN5Mk5IFyaPP8NOd&#10;FSBWk57jQrky3xsrDF0s9V6fUz5ZI/hWiEVhrQZ4NM8taxv2WGTGJ+Mc30h1287M0U+X+9HaJZZ4&#10;CjnRAUyhFkfsz+hIPruLvTs72CfOzPIaVsOzZWpKnotCE4AlIETa0M75iZnk5XfyPNcfS2yVsZWd&#10;m7OyR104j+TXR+dncriHo4N9aZdSxoTWSv9BoFi0YaCvIrKEyc6DXhOu62pACae9cE4Ng351uLLK&#10;Uhdw6Bm8v48ONc1oVfNrZJRMGTWF7QvgFy28IvgUJZHefE/JsCeFFKT5r2mUIl0N0qC+d3w0xpjC&#10;RmqRfnY66hlM/ZDal0RWaLQN8i2vI1mgLxjEIpCPwNNbt27jTvg6OKC5/QbOXtjA1jmyr+jy59MC&#10;YZQaf7Ac1jz+q8UC876FdrR9UGNTtjwv07M9qdmsLqxaNAnrrfbUcCmj7EUX7RecsLB5oUjtTmRM&#10;JW1F+QPvvf8+vv3Si9jd3cOpU6fYNo0WXSis5PTGKQYJ98N1QtLq6A9Mm97f28XVq++GdjzASnhf&#10;v0vMzA6n7a6trODJp57E2toqLjzxJDZOb2I06vGin2mlk/O95Cu2p/HRCzb0XwLo1s34yy/6J5pH&#10;hqS0/yJzR3vcU741GTWYc59qycUX2ILJmsA09m3GH7sSmtBPXaR1PtkNiEJGrQl4EbnENDwPd0P7&#10;Hh4eMnPywe4Bvv27L2J5cBaXnjyN9bV1VjG98MILuHzhaQxHQ2xtbfAiuqtGuPz0pTCmW2rAvvZB&#10;JpN9E6WXttXfWKUsL9ygCzern9PJH/fhi40WqdfzqxotILDlwxb9DGhlQy7ODzYANW3/hGSyXCfp&#10;pk+yIjU2jsZ7vvHTEzZTqWwpm5BgNgjnlcQCa90C5559AvfCCfrG8y/gwatv4uy5rXCBGzaWHFdW&#10;JurWK8ujhvS9hh/Y9PArWQ0zE0CDI9Wj52STKtrIQFsrWo9ZYRBJX9G0r/etpFhFkeHmLCbmPPiM&#10;S7HrZiH11/uWP2BEqc2CWW2cGcdVvjbjOMmp0ZJwx+AFAeikjaxAhhG8M+2VIJcAyMavrB25EP2A&#10;5DHu4mqiyvFsejBFGXOlnzPlARmt/MdEvhTQECXqqd0UGDGxk67mUpEbuatvrdjEtFv1JmTgbaLg&#10;4VGTTmwrvhd3H3ZBIXVEFKAFPHqwk/k244dWGF8ctmqaiW5qq9ShyUSTV1FNpa/rarBG2VqtKBXw&#10;aWTYLGvk9/kUZGCTj57SCufYp23wvi1xFjDNRsmiiawukfumvtHX6rsQJc9ILCwbpcnKXojAmlxT&#10;dUvVKmCDHFeZAH8xlvZJMi7HWLN8N3p+yX2m6bte0hatmSorcyoOO5ouanj1ZcwDQgafGAydibdd&#10;azBgWyE6zjfeUF69xA6mPbzx+hjDkpg1Fp2e5TNBoJ/4unn+ov86HZ8Mq01MyGsxgJNvYuvaY9m3&#10;SlKZdUXMLmKSWGF6shSW+yY5F4WaH88F96RgoyYsJw5ObGTr+iY9z0epFE8F6vQedeQXYIkln3Ua&#10;MBLoF30TZZ8LmQw47bvRBPxY0zw84zXjvaQpy/PLavIqAUn7KfWajlfkn5VOiq0OfmzL/6RZbWuT&#10;1GlVsY5eHa3VPg50dDIp53S/ApyoGNVxU6eTOuqzK4fx9aNm/deIl+dhmGRduQN87ZbDG/fDddZf&#10;w7A3wspohT3T+oMhim6fp2sdZlF1+fmyPupiud/hQe9+GPyTB4qwGUphABV6npkNJBMwNhmHT+yy&#10;2umEQH2TKAGVBl+y6C0AO0kITSm+nwJONaCOc9GqQllyygAvjAQOCLvNKQsutnsMT6rS84AAJn6d&#10;Mykwi9u4mjIzrdAJYV35JHnycaWULMnDPhNgRewLYqhxIALJOEmeFgakLFdlyXLBE2E2JKfzX4gc&#10;VTz+Fdz2IhFi9pYyrowuhFDf7mpZroMVmW4E+nicQftljbImRcori6TCgLPJOsQmab+PAJw+qzgV&#10;0UHZbpYZbhxCovYaPBUtxF+zYnnnLD33ojQd0Sy+sPzZFMbCQZ/E4gwTl6XhCGur6+xJ1ekM2XZE&#10;FgJl3GCLQttL2dO1JDsLiAluF/Z0VJZe5JZzwiy83t/qt+OaECn2mFSLD0kKlZC0GV8r4clkBNQk&#10;kJD9/ai9ibEYtj3ev49qshtusEMcjh0unHsmXJth0luNRVbHDBvyue3wvVJNJtjbvY+7N9/FzXev&#10;4OY7L+Pu1Rfx8OYrOHh4HX52gGq8F7Y/ZTloj46HaXUC+k8rL0Iizg6oVWHslPnjWN4+Iq8+Jyyb&#10;kk3qwtSZ2azyHCt4vFixPJCSgomJc2v/CDfv74RJ+wRrwz737zTIl5TqShjC0PGLkUAHo+8lQ3MC&#10;i4nhaQsFQgoBkgsFH5id4eLitNgC0D1BkzX6Tt5fxBYVhqXl6zUGqRAQy2OgaOehzzpZ2JAFnkIZ&#10;fLVrnIljMu9Unxf7YYfeCp/3lXDtDchXL+zLHeoXC5GhygNMwDN6rh4QYyp8VTfv4amwf51wHx+G&#10;+3kv9Ol0Tg57XQY2JYFXbHx4rSEc69ZghANi+BJgGD7vfOgvR+Q2Wk0wIT82Iww9es8yeeLVtXqV&#10;GpwlIDkcAfn9Hc4cJ51XvA3W62IYxvhHtSTsEmORwJIeSfZDO0xprFpKf7pCgRgsLRZZcLiIMWW2&#10;Xkc8BTlgaYb4lKucALKbEHZppeNkYtJVrDHXEIxwrpfDtbUXWWBeBObEDJ3EQXUM59Cgji75+FUm&#10;rtcxkA3bTXYbskqgklHyI7NQoN0p65Am2xbvk/Ig7H/R6zFYP9C5kiX/0zBGLaOvKSLgpB605I3K&#10;AHSR8NU4V5AFo0LZ58r+d814rxmHxURfnySI7bF9ez4652Pmm4X3ZArVYv/JPFS8UHldvW5YO4nN&#10;w/dUzQnjszCumE7GeHD1Gg7uPUSxtszA8Iwx3r4k/KLxli3S9L+xSCpaAQn0HCrn0sJ9UjJFi6Zo&#10;M8RMY11cL9Tjl/zqhktDjMdj7G7vYTYR8L/b74n6hsd0tT6rm7hQeibQHLpH9x4xBUP/X6yeCl3L&#10;AGb/ECWHRVV8Gkof7rnt++geHMp1Q3MFYr6GuYejuYhvKB68b0ZmlP4DwiJwQl4xTHuWhEQUarR9&#10;wtizGlxGgCcBGnS+dnd2cRTu+VoxBavsvrggaEwTABl9kKmfm4bnx3R6iIcPt/Hg3j1cv3Ydh/sU&#10;kreOrbNncfbCKWxsbnBfWTJbv2x50f+7KROBuXZablpAdM04c45y1uQD+LQA1yBTMYgqBkxJgKNN&#10;YTZWn22y6F/IgqmDjuGEQRrD8Eg6XoRxAklvH9y/xx6w9PwhBvzW1ibWTp3CpSeexMULF3D58qXw&#10;dRnnz5/DxXPnw3NmhFde+nZ4nnawuXEmvMeHcUYfK0sDDMMzaCncQ8srq+hTn94x6rfdkl176DJU&#10;5ByYFKSFGNAY2Yx6EUZ6kWmDGZinAS56Hfo0T25AQ7fIGDSPcF/0J3FY3VxYzLxU3SeyhISQOZ17&#10;1EmlQs9kzouoZ5x8/JXf/E382q/+Ko/d2d+7dLjx3k38wMc/hrWNIS5dejL8fB2/88KLOHfmKVy4&#10;fA4f+djTOHv+LFZX+1hbGbaZfU0aWgrb0I4pxXobm5h8xppjIB1a7D0P05L7mlYCacunf85PbjFJ&#10;16rEzKeABRpM0wCzU7bj5+eb2domLjqmZs6bKjYyQJZktWSB0EG0bwdoQE08vVOWrwyeyeSWOhYa&#10;YPPgjwwTw3u31pdx4Zkn8d7hGK9+8QU8c/YCxuSZ0m1WGBhJV/N6rzc77UuHbrLulIEQB5dEwwbz&#10;nRRa1qC1+rs4NBTohoKqDMuTUqAj49rUycEsBVC0U6MSCGZwzHU2tVwxtwqzmFAlXh1FYoa1Mp1b&#10;zM5WqEncB6Oq55YXxKINZhOTrbKXxoBMwweAJoJd2X9GxKvCvhFWkfOm9dC1KlvsqI9dG0wt51ih&#10;DnbhoVUntptJ2n41wI3U8uRt6RSgmGmQyFQYaZTr5gSco8kBrTxtb/dQH3leOO5QIq+mshbReNh6&#10;Zn7FnqttHdB4uTk1Ka6UuUjeE12W9grTI6aY2bkU7MYnwqfEIbmJS155sCaGm/gEunrf+PO5dq6z&#10;iSnJZoEwbRMzR57LrmECaqqy921fSZeA+MgqjQm7skJSqgSw4kE40nnS16XRoEsS02g+nfoqW+vk&#10;NIaRROCvw9czn3tXCjOTHpbeqweU1de1U2TbT5SGBOuUjk7tcTSzeP3VKQZhEkFS3m4YeXcLAfYK&#10;lfLKQMcyKMOLA0aA0zSy9Y1nNksNGCywKQ3P877H0JRCFz4KkfF6nwB3uj6smscz48pHzwmXwHhh&#10;2RbN/ZZYXzIAib6PcBNOLTa6oOJjKJKLPnI+JXT7Vr+bjAp8qddKrV6qcQWyMVZuGMy+kfHz8jUN&#10;gAnkO5LVbjtQVgqds6n4Zmr7+brdq6kUNy4c6DmKMS1NW8sxV7VB29E/JsN59f6aOU3rVd8+M60x&#10;uTUNgx+RANLEfXdc4atv13jx/XF4wM+wMzY4nOxjHAby9PFFGBCNp+QbNggP+54EZHgBUcdkWM2B&#10;Cz32oqOU2En4O4UpWFO0+marTMyKJ+vWRjZyEZ5lNQNict0UmEynHIxAfiW1zoQI4KsYkKpT4qGQ&#10;TAoU0fGEkmhnMx0Q1zxhqnnCXUsKK8Tcnxl9JoZixVAKLxN52hcaACk1koCjIjI1EtNe2R88QA3P&#10;1E6N0RINJJd5IkP70aPnLl82IlOx3E92GLxfXlqR9FmvdhrsYajHD6thIqVYcDAzL0zuuwN+Dx0f&#10;Df4pNZPkkSSNlEW81op0GKzR/gkLQ0I5JJW6FKmxF+Yi9XU0cB6HiWQEYTlUhJJaaWJWdrQfKoT5&#10;pxYF0b9YmHGNzUmhjMx4XxH7goE/VTbQeaBjXl1ZC4PATQy6YfBelDLxZOChlLGRNcqAl/NLjChv&#10;hInHcnBbcuqoUQl3wx6XoBVqE9ua8DGISwPZeiqeVhCWFQFb9HoCXhjMtALCFmFyPeMxGQ1uO2w0&#10;TdLXUo/vYP8BgzTT8PvDoxnObJ0Lr3nA7M0pJ0yyyx6zaXlEWmiwCvW59Thc3zV2tu/i/u3reP+d&#10;V3Dr7W/hwZ3r8IcPeaV8FvoNYvUR6EjsvA4lp+pYgJmXlfrxFdBAjhmz1JjVRIvD5Ek4k0E7nZnB&#10;oC8S07A/B5OaPdyKYR+TcB9t7+6z1xEzJojBZyTZOgLAtVN2jpUJXkybNoVN/U4Ez2UCZyVYSC0W&#10;vEp5PVQKGM7RoB/uWGJ7TccMrvKiE02kTPT5UmOGmHLplAGrY2GrUvxkA9N65hMTjlsnXHvXwmte&#10;hgDfD0ObEOPtTPj9Qb+DdZUP0+snoZUOCFAI91a9d4jBw4eohiXuD3oM3K2DgirCQYWfnTLe1js9&#10;Btvo/ibJ+XY9U082YC1M0O+G65NYeoe8IOsw6pBkV0AupxI+hcYxtcLzP6xkbEETLajs9lzYzjaF&#10;b0SwiNinxAB1stgInqwZrJZ97NZ1CjyBekQrrZeDOKbjMQ8A1ijNO3kLGuxMJRAQan8wYsadVwaf&#10;PDMp3XfKKUPh/mWQz2Aimm4OBlkJg4TV8HUQfncqvL8X3nOoyc4FB6coB4+Y4pTyylL0mrXPq3SP&#10;y/IvJ1mPKFSEn4sGZ8jDT/tO8pjsh/NEoHvpoq8s5jyZI3FEQL8OLyzGERg/E51XjzxlIZk4Fpc5&#10;CS8G6xiwaHu++YZokKyHWqyexA7U5o/+zbZNcEhkghSZJ/2UaQgHJgaOQEOkaBEXBdsdOGLl3r1P&#10;poiYjgYswSYfN/HF9RpQ4HjegjkvdH0+tAAbb3AMwWl7+qVrJ0p3EG0zJHWXseBOH+ODMQ52K35O&#10;drricUqv56COCBrx/epToAX7wJbiUzChuzU8DwvyOqbQJ2Z81+x5TPPf+mAPdnzA4ETdH3F7zXjY&#10;3mliV+aklX5uFPfhHO1O4r6ZJuDS+VagpCxadjn5VRbZDg4PMBmP+Xok2ahNgkTTMPvoieDE+388&#10;PsL+XnjP0RjvX38Pt2/eC3OrPs6euYRLl06F8UGHvWoLI2FYZSlC/JNUiN8re/FYUitOZpU18/gW&#10;zIJ21qF6lrfyqaPih4Oxos8vW6xIoFokKxnt52k8c3h0hHH4ojGfnNZCWbkmdLfdMEboMtv/le++&#10;wgy/4fIKemWXr8P+cMRjq36vzyByvzdAP4wpbC0LTffub4fPdTi9dQHdQam2HOG8dTQYzcaATaeK&#10;Q1VfxLRjo5Jz9iJ2LOvlEZopU9aAabWVaTP4zIckXJ7A0GyHvSSYrjXMNwsYE8/3Gw1iS4E0T0BL&#10;5lNOx7hJrSjjGjpvtEh4eHDIFhvTyRHeunIF//ev/Apu376NjY3TODg6wNXrb+HSuWeweW4Vy2Hc&#10;cPr0RVpDCp+5jstPb2F1aSmM8QZYWl7jsU7xS3/9rzXMPmuO02lNNHe0KYUsengtkiJ5NcGYFBBh&#10;FOWPnZRRM+A5yiSaieLxGHMxajX62ZyyZue18ov0yzbra5596JIvWvIw8C4xVZKEN3bOvklD9NH7&#10;jFYyyw53oDWn2bVBS8OmzD6M4JYGYRCzuYZbYXDw5S+/gM6NB7hwcQt1uGnIj8hHE3dNH3UKgvEg&#10;zx6GQeA+MzYErBLwxba8zFq5kWlC3YCkDcojnSAWwDTX7hb0Idc2kW0eTl5Tr477TDSMzdhYJjEv&#10;jQZsLDzA1F8kwYPqJeYXlfYGmoroGqAxMkFjIEMbdNTrkUEyYxuPgpgurAmdvjE9aOBeH5P6iqYd&#10;lcnUpMTKSocEqvgUJuPT6mMMPPGJOSeSVN9Ef3uzEL+t/kpMgZ8yE4klojyInqjvkgQmFJTaGF71&#10;cIeMqhEmm54sNHRy64XdF4M6Ct+cSx3os8dBeoj4dA14ZvQth/PVVXaf0wdZV+XGwqhiBptpA/dF&#10;E1ivwQCNR6ObB8uinD/JeNVSxjRfDdiLuXsvsv3isMH4xRAZ9Z2LbEv4lLzMLDf2iJG0XprcON/I&#10;mmLSbvTOS+81aNkOQGXkzbIS+8GZWgHdOME5aMJmjG99ucbHxKCVRtw8MWqhB/HVV5GvThjyv/Ld&#10;KVZ6yuzrFzxo6yqbs1TLQ2/lXDILBI28p2WFqf1xtCJQEwIemA2SzNHqteGUFccgHoM9ha6UmQR2&#10;mggY6fksOGm0mAe4WhT2KHkVT89KgW0vARoM/MUBi9HwnoKl0DFZOgK9FLohXIOaQWprXJL4myif&#10;Zi+/iZ7LgvsWy4syGsjip3yvCROpYHYYh7DApUTA2pm0WMSyF6f9Y9H4+yyylsVgV/rvqpYJRYTK&#10;WQrsBURj26bY7+v3mpzRiblH7Itwnl686fDF1/bx7oOxrOZVs5RSSNQDYpjUYXS9s7/HK33jMIEl&#10;E3Ty+aMFgZLlDgb70wqHkymOxhXG7LlSc6gCYjgBTeQ4udIyG4v9FmlbKr9m+aDKRgtNNoxAFdQ2&#10;gZM2vTC8olcffGOf4HxzP7CsFiIni34wVnsDpwBBEeWvdCfYQr1tRU7I94YT0J1BLJUuOp1w0zU+&#10;HHZYHrK6vMwSEZZ4wCXmoY8gfCHyD5l3E+jRS96vBN6wx1wti3FRTuttDBqTdGFhoohXYR3Zal5S&#10;4cTTVY7fKQOqVr9BSq6VkI+K02+dJt+KRE/YfEbTa5mpqH4twqoTCWwM6GKZZVWloCnBAaLfi1dA&#10;pkI1qUVmWivjmBYkw8ODfHNWVlbC4H3EpuYcUmJlH9PzSQPQJJ1ewLh4X9dqcULgHcmcax9BPElh&#10;5pVqI2nbVj3favWD4581ZdkoC1gk2BqTFu99AlxrSZf1mrjNiYyaSkq+inU9xpTCT8Izivz71la3&#10;mIXDfoVhIlGHHpWsUUr2K9NQE+0k6dx2kq+gAM8ET433dnH71nW8985ruP3OW9i+cxUPb72Fo72b&#10;4XwdsXeOfJbjfaH26ZYDMfafHaEKk0XwJAYMHA+6AwZn6H7qGvFJdeK5wFJhAgrIQzLM0HH34AgH&#10;YfJJk+t+T9JUrVJyBNT2+jyZN/8nUDCCbXyf0PsUaBGmbsnejzzZg/gIFmzqL5NlAq1p0ZrA5trH&#10;iZSyqnxyNdbevJnQx+s+kgNM0mbKCIN65lvhuv7NsA8Pwt/XQvsfKjhJ0tmnh0PcCBOZ2XTCAN8S&#10;BWdQONA0HMvuDkahTbZHYTxCacKmYAB02OtgXAo9bCX0azQfIUBs0KGFMWDJygLocjg2Ar52iNUW&#10;JjoUYkHjqPFMFliZ0WQU/NKHZh2eE132PLVYKmTBt2b5qmdmJ6VGng/36J5Tv7/CJBsCqAx5wpjV&#10;jOW0BTHlSRlMADZNjCmMhgDDWvqNMZtZ1OiQ92cl16cY9JasDqHbb0bWFaaI/joiFS7lmqj0vHNg&#10;h/poTcLXgTK4CLwc0s903mmBoZXC6fmzwv7oQh1dJ0cmxsQJwDQLY4FlejaGXphA1lUKAglfuyRj&#10;DW02cOT2bJlN69ijFdyf1HoPp+eHjoGcb+YeYtdq+FnNjxETg9xMy3JH2O5o2Xa0iQxxATqGG6W5&#10;gphRJqa3uNg08wI5dSYpnKym3vJSvp0Pa5JRccHbZwCdTUmIfTnGzvYu6qMZyv4oTKiHvLZIhBQO&#10;cUoAoz9GZUtEGd+22/EnAkKmRYBoWGBeF3wLvl5KSZniBUICBqi/Z1VG0eW+oChkrE79tsgfRUET&#10;1QkMuoZ+wNPzLlxTHRoDTsLdMt7no6+cEBH8wR7qML4oBqtwlA5On98tUlAPf5aeixSw9vtkvfkE&#10;1JkUMhjn2zKnkeCSTugjphzaccAsbvrZEuAHUTUksM85DZIYY29nG/fv38HdOw8xHRusntrC6TPn&#10;sLExwiA8I6VvjEEzRUsZCH2++2P+i8e/zAeCfcb7Y25zZgGsatsWJdKLiSFJcv8aDbaiZw31o+Pp&#10;NIF4ByQDDd9rPv6ZLBSr4o2exQTyvXf9Gu7du8/jNlItMh6h9i3LoT0Gob8mi4yr777DoNNgeQVL&#10;4XfUNpRQzItMyiYn9jJJgHfCWPX+g12snz6L02c3w33SC2O0Po+DjQLQEuJokzIkAuCyEB3nkSap&#10;Sfjce1lANnO5DvPEMZjjycKP4ZUm8G6+/VtUp7aUd45h3AqnTXYGjd1aBPnbOFUMsYrWBFXtE6GO&#10;zsf29jZe+853wljkHvv5DvtD3HlwF29ceYvZ/Ldu3cK1d69iY/kULl16Bt3RAMvLXVx+YgubZzbY&#10;soYWv2ghgJ797Nd/5dXvtPIyFv3ebMPoi94cCyyswhStmGF7zC+vaIF/bbdNuxAVbRZirJPdTC0+&#10;L7TyLavBC3LhBS2vaWmkZQBcz6W+evZoqhOIJQOkSkMz6rlIZR8NnHiiEAZQ+ztM3+eJnbIKZaVG&#10;Jz1+poMFovlXYeK1i73QAX/l61fw4KXX8FN/6Ifw7Gd/MDzARXJJUisyQq2cDNx6JSX3boeTuxdG&#10;CCvpoWlbpFMXZYdiyiIMpphWpQhz9AFrvCC80ufdMezawjTMPn/cd88kg1w8wp+gFslgu515yKBA&#10;jataFGoBcRKRXSdh809Cpwwr6Uy9mw8YnzvdNGEyEQiqUaiEDAnQrXX/kih2Hi7UTjYx0ajzsFAZ&#10;YJQY62q2JrQySKZyX506t6TERQugqjVRyCGKpfk9PIAu5VqjkAdK/GJmn6bhmcMmjRAyuB/XBW7c&#10;HGD3pgs3PTAahYFWJ7Rrx7NBMMlGiaxSUiJX4VJIRwR8jIw8YhyFrsbR5HYptN8ygyVe26CwQ/FJ&#10;4oMoEqAhjI1OyysxMnjjPVkuPNB0VRtI6awJFDRNWlgK7/CLjM2qSYKFmJS2E5wNYsqtV6aZBjLw&#10;OY+ArVM2gprB8z2i0lzdttP7vAlraUJAnBPGDPu6OR+HwSlMgoEwd48Nq70mO7I/n2u8NxofL01o&#10;1baTn726JRH7pMDDcRf//F/sY6tPKZhhoL0eJhrh38OBJzKDAH7hfJddw+e5NK5JmCMPutKI2se0&#10;FjNYmagPEkvmwitqzi+STRN+rtXXhlqt8mECVZcCJGoaqliYGZWzy8PZJu+8Dv9NWLItJnhkiPvo&#10;bqYAnZ8Iq45Bow6HwzBgF68JDRmJ+0PvkT62kX9LUIZsv6LgAQzD3w/0/FD7H4af90V2zn6BYwX8&#10;wiumpkl79y4xStMDx4qkmsNHlM1X1Sp/Tg/pCAaCJVJ85UUJkN555OMl7AKSIvLYOfT3YqROLJZp&#10;mJHNXjlgIPQr71Z48eohT47pnBKbbkbgpI/eQQ3Vv52USn8bhItimTqF8PrxjNq25MlELwwO6Hzv&#10;7u8x8DPoLzPrj4FGV6sPWxjQ0eQ5TPJZpsmrvNPkqUqDQgIG2E+trtIA2+mzLy6nROBGJKzCQpOg&#10;iilvk/3liFFK1gF0H6v3Hk1UyJet0CRZAUgF4HRe0uwLlnF49emTgAmw75tl7x6S1/S6IkNhebKR&#10;8Aijhsd1yyPJqFRbFs9KTCZyfAzAQUJOJLnYpqdgryum1JMwkRDDdvJom6rNh+wTjYFKOmccfOF5&#10;shXvA+6RWDotwSkMsHubQnJEwqyLO1YMsj2vyNcp8ZomKxxRxEEak7CfZVp89fpeq/IPkuhaZmIe&#10;MXDJks9Bl/edBozdMPjz6qdIk9xRV5zpOsreJMBuSqzKQgMhSmrPIg1Co1frJEwqaaWf2lDsWOR6&#10;oHuV9gHGp6ArkVyLHQZYdtxlpmEE5yksolBPRDq/dM1MxzNOsmVGKHmwEZKjfomAMA9dfYDZeFf6&#10;mNBG3cEyPvbMM3AH9zlYq8PXQOgHptMkX5P2qhmoHvSKZPhP97hVllntZ6p87iggXjPYSqmAxBih&#10;e6vsLYV7p4/h6grW1zfDpHcFK6sbYRI8RLW0hoNwjLOuxZhAorDdo8MpDvb2wnOaFoMH7ONGx0VA&#10;JLEGaxrjjpaZLdWfTXFmeYQnzp3G2toKX4MdK9YB01qTCAsBCQU4sGpxICB9lNTRhI2DP8JxECOS&#10;E3d1fFioGTsVeX2OJzXu3NnD3YdH4VqXPpsZFE7BXecUMBB7B8/MkVkC042yL2q1bqDjGYd9+Wr4&#10;XXii4IjAIauBE17CiATkJSkoeYGWzBIb7+7icG+MPnkLDsLxjTq8bVrI6JJXFvnTkRS4N8BBOJ6u&#10;l1EeS0V50cyndGyR/oPPGTtgKyDnQqdiwu8G4d7fPzySgJhw/Q7DfUJjcmIVl/F6VsXIZEJg7owB&#10;UvbsCt8pKGPvcMaKIJoPkOyZUicp04DkuB0KsQn9wpRTXQVkKbwEY8SwKk5PrsRSpdOxCu5bCUkI&#10;Px9N5H4jZZDj5zPdq56fdH32tnSiPAr7UBmb7k+WyId26oXPmioL23bkmAi8KmJ4U7SlMU1KLh83&#10;SZXV7mXKvZ70q8zyD69cqcY4M97B2cMdbB3exih871Xb4Vzv6bylx37myRHcR6JFzcE7LB2n/pL2&#10;27kEbLANhnUqfRf2lo/prBp+FGfb/FyshekcBQntqYpv4si4L4yKIZvCCiD9klepPqVYqzy9riMz&#10;0HF4D/XhY5LlU7vUBTO6ZzPqO4c4d/ESfuhzP4mLl5/GyuYWTq0uq+TT8oJIO2DiJDBrcR47Z5ui&#10;/optLxHbksvHozziFNQpth/cx87D+3zvr21sYmNrlVNsuT0L9QfzLi2bR8BzVku4jDk4QLG7A3/v&#10;DqZXvoPu9q1wDx2xTL6rMnBz6hJw4WkUFy7AbK5jFq75kvzYlBE+awdmfhDc5z+AIWeRAlOix0+0&#10;rUrp4RqiRuDW7s5D7O/s8AIksc/W1k6hP+zx7pCn7JTa6WgPO9s7oa12eI6ztLKGUxunMaB51TD0&#10;mcRajT64XqwlbGFP3m/zvcGZJ2EWj20D0wC9tkXCieIgXiSvnSoBnNp0UDvs4eBgH9vhmUNjN7rO&#10;OUAM9NzrYXl1Davr61gbjXg8Renf7127ju++8kr4ex9/6Ed/BFubm5JLoCoJ6sv29vdx8/YdvPXm&#10;Fbz9zlV87CMfwQ//yKfYJ47GYrQPxH6l9n1w956oFcLz50K4R5ZWhmEMUupzx8K0Dcth51VjppHe&#10;0zOlo2MpVkHS/IPmc9RXDlcfE8jhH5F2fDLQJ1iLRxOtGPfrcZ/ZSk9ezCswx0+tc7H/kefU5PAQ&#10;ndDe1PeIEkUke/fv3sXL334Z1959j1mWNA6+8s4beHj3CJeeOo9Tp4Z46cWXsDG6jJ/+c38e559a&#10;DXPGnoxPabEznCtmZyp+5SPYZ2wr/fXYndaAfYk+bRuWg22BdB8E9vkWA01WW2wKhHB+nuroWrI9&#10;DuPodE68aU706JujTLpGYqBpj+KT45P8iwdBta6stdqBzfUrob6SVOfgf/ufMPu/Xkg3Wjx0KyFV&#10;8dqQAVK0wdWfFVZionph5q+Z+Jp2fk/8nMW/xdfH7UaUOW6/nXXa7iAW84HQ2i/femG0BGx/5qM+&#10;54MyiI5fSSe8bmG/v5fPtvr+ZAf4iH1dfH3aJzf/c9ODPrrN42s+VA5T65p41Hvbx+8f0WXFa0AD&#10;PgWIUODSRrh04bgefw1oZ2Mf/Vr/iHUQc8LPHmq5cqyxT2ZOP+5l9kO2o3XH9+Gka9adsB9YuHdP&#10;up/by0WL97ZfSFZq72dc7DML9yk+4D50EYwNg90OS6la0KbV/JHv8ZpLx9ZuP9essXj/+HsFj7km&#10;4zk/to2F9y+2gbPz90H7GI9di0azBXByOzaHZFp+mCfvq1m4hPxjGP7ePGL85VoBMn7+/e6EY0i8&#10;bJKpkfS+nt+G89Eqfb5vMvEa0zGPU8YhFJBwC8+G5vnqH/useOT1ccL951o3Z2QqWqPbVNbi4vBp&#10;sQ9zJ3yeda32bT8vafKmjKBF44ko83LmmGtHOv7F6z2mxj7qvvMLK7jpHESwUUnMRj2gY5iIbS1G&#10;mjnvF3m9q9EMYpskEWkbOkfE1qz1mlWm9bHz4P1c2lv7nonnpL1di/nneFS1L/4+9iGL44u5e7F1&#10;DZqF9jeP6pNb70+TGc3L0TwREdZ7PWZnmkE1M5PMXBsc6658c90nH32v+6DbqNRgo9L7LbZ5WpJs&#10;XTvRjeFR99OjxiZu0SWh1f5YuI8ZD4/HtuCz5E6614icU2tKe3ufdA3R+9Z4L4Iauq55Un970lhm&#10;8TltF/paYeSZZBPjFu/r9Jr5fjb1Uyc8Uw2OPwvb/XZa+DXNegtvJjJqXTJlmLvWFvUmx553C2Ot&#10;k67zR/V/7XYyrmlv82HG1ic8853a4h0bjzzi2XhsTNK65hfnC842+wi/eP7lflu8po3a/dkPMcZK&#10;bVUfN8BnvUy81k/q/+2jBuGt4zGNJFcWeeat3h41hnKtPs3b488EnHCtnvTMP9a3an+iuoy566c9&#10;tlu836PKy7U8xh43/jtx/HvScZwwZ1kcz7hjncn8B1s8Yux10vitfa3G54lLJj1o68OiN59vPVtq&#10;5QjZf3eWdo8dO8dGiGOmxQmFafVbi2OTk56Bi/3JSWNnLGz7A3f0A15z7Jlzwvz0w8xH23Og6Oxj&#10;j9v8zc3F5nZvYbzdHge4hWcwFtuofX3G8Vrr2mmP5VS+d+L1/ai2SX2ya3Z2+Jc+h9Ev/v1kFWUb&#10;fLQBDh8hzj2pRR71lg8C+7z/HoDdqKwLHcV4KgxLwpgoaIoWnokhTOuLR+MZL8Ddfv99fPMbL+Bb&#10;L30b2w8fYGPpIj7zx38Cl5/YhJtWuP/+GE8++1GcP0+S3T4rGqxa31S+Sf5lXOvKa6/4mMJoTGMl&#10;mrq5FkIfJVp+zgNPDBKFuVeeQFlVM0JNXI1ZH028dCPrjauCMb6eDUxJJtHrq9dKy+w+/WwaGaU1&#10;mqjqk5l/lO7FFBRmHKinhvj21crq88kgPPnGqY8ErezQKps53MPO3/gbqG9M5wYt85PdxpDV/dug&#10;ZLly5cqVK1euXLly5cqVK1euXN9v1VqwaoOyhtRP//T/QLFx/thbHg2yneDLN/e6Jvn4+OuaHfLH&#10;SHERN9LsArXvctHPGhJixtYa+spqNuXPIbDvxnvv4+obb2D59Fn8wEefRnfYR7db4mD/CJODQzzY&#10;fYjf+PVfx9df+AYOd4G/+J/9DTz37CZ6HdaqYDAccUDQILxPwgFbac1x/8kX1msIR4GG2nucwiPL&#10;LVEs11aX26inbqUMNcy4Flpq5yW20Nhhl6zPfMtwtfFrE5PieRZfimD2fj48wLfiq1t/b9KfmkYw&#10;SmP33ifDyvY1kdJlCwtO2ibZQX8Fo1/8i9j/B//73GowX4DNsvzcSq3Lt2uuXLly5cqVK1euXLly&#10;5cqVK9dji8ExZW3aFrN5+PM/gfLU2RNFtd5/eGm1/56CVo4DfRxqVUWlq9iXkaUV+5MasePyGrjE&#10;Xsxh38hvezYlC5IZbK/P/sPvvncD773wApZ/5udx5uI5lMsDLA/6WOkP0Fka4c/8+/8BPvkjn8Z7&#10;b1/F6dESlleWsTYownuH7KuYMDjn1OpNw4Z8A/6Z119/Vf1OW0EbaBJ3WVbTMjiN4FX00yqiCWnL&#10;58a2wD6beNvRXFNMbSUIwc77f6mxdV2LmTTJd0kvjpYR6zxqa1ry4sYHLgZxiPebvDembsUGZ7CP&#10;E/Ga981LgAX8tDYGUohJObXDwf/49zD7wlvzl0FbWhvp3CfQYnPlypUrV65cuXLlypUrV65cuXIt&#10;lGNbxWSBw0rzgcHGP/3H8OvnE2bj28GsaAN+Hw74O44PuuSLzJ/rm2Cj42XYwo68SI36uUjAmwTi&#10;kP8wva+kMMxqisPJGFfefB22LLCxvsX+yAeHDv/q//1/MOyv4I/9iT+O9Y1lrC4ts589eZhSoB+9&#10;rx6PWZ47WupzAA2nHmM+8ztiddFeg8LcyMf5kSJTY5swbGNP9vKLjfuoGGrjY5JSkX7mL9tOKG3M&#10;NiPwR4bU7NPXMhFGTH9Fk2Bk7eM0sm2GnyKdRKWMKaDefaAHVswQlfQdD0U90f9P/3NgudBIgBa7&#10;z4v3lvGPTHPOlStXrly5cuXKlStXrly5cuXKtVClF99kDjOyAiX1f+5zqNbOzYe/cJpOo6Nscho+&#10;qMS90EY7Ou9TkrT5UO9XipsGxFHAEqXBU6o3+aJWM8MBbrQv0+khhzHt7E9w9Z1r+Jf/4tfwxhvX&#10;YcIBri4b/Pi/94dx5a3v4tWXfhf7Dx9gVllUbo8TkDu9DkbDEVbW1vmr1x3wF9R6j4O6bJN07pNf&#10;rYSkUfBS8Uu/9Dc/H8G6IkaYq6slp6yltF2TUhYJaGte27Io1sRdbioF5yJGF9MbmdEXvfxa8Unx&#10;xBDQR5HXVoG+k8BE2Y0YBuKOyXCF1VdLIqpESTLQ5zVBM6WdPiIBST9Ffu9FlltCLzhKsVs5BQwO&#10;UX3zCpuKG98y7PeNiTl/Smb25cqVK1euXLly5cqVK1euXLlyfWBJYJNapQ0tlv/+fxe+r8BoOlXE&#10;iMTODcfs5D740zWzW/EtjbOYDyQyJ6TD0esUYGSszBaCNyp+RoDb4XiMvYNdHOzvYX//kFOPSVG6&#10;vDTC9sNtfOell3H+3EX0OjP0yh5u3rqLX/vCF7A2OI0LFzcxHKyi9pLq7ilFvihRUjov42yOCW8m&#10;Jgf5CO9BgnUgCRKcd+EEwzq5CeaOs5DY9FaeplH5bj2Xx6tb0NfJZ7j0ijZDUE6EaF4j0FeGnSJK&#10;YwzfWERmI0jIjax/nyf3+YYhCPXn8xL0wdeBU68/BfrmPl/Zf01AiZTTk0bpLvS+gjXaFYZ/6j/E&#10;9MtfQ/3yfUlRoxe30tH4vTmcI1euXLly5cqVK1euXLly5cqV6wMrxkfEtOvBz/4E7MZ5JpS5SMha&#10;eI9gX0Im+7BkK7+QCyGf+3hmHytGk2yY7OckTYQyX2ezGeNFOw9v49r163hw6wH29g+wfGod5y9c&#10;QL/XxXMf/ygOdnfwG7/xJXzmsz+KtaVlLC8v4fzZJ8JnjHB4MMZgqUIvvLYKn1/agkHJqnaaYi+h&#10;EVH9mvAs5+TYaZ9M8zdz5cprHok914RXWKXk0ccWxmNR9FrGDZgmjTfuQvTsgwKCcw3YQucEsCPU&#10;sWaAr9PpMDrKoJ1zwByrr9lHeZ80sE2efXXrM+mPlSbvukRn5JTfupoDEue9/uLF1fj31eq953W7&#10;MCVTIgnVc2++jL1f/h8klh4p8zcmuIMOxWcpb65cuXLlypUrV65cuXLlypUr14crgoMGFqf+6T9G&#10;sX5WwC/KeTCYA+nMAt7izQcBMKa9ieZ9BJi10nMXK1rDSSCHYYBNiGaS1zAeTxjw++bXv4rr1x5g&#10;OFpDYSa4efc2pvUYn/7UpzAaDHEwPcI3fuf3MJ4c4PzWOXT7Szh96iIuXt7EmXNnMBoVGAyHKGyH&#10;caeqqpjdZ+XgmPVHZDyT7OoEcExehq0g2jLqfPmwWbLrWgcu7DwyH0RMttVXayJyYtE1Z0TQ1Oin&#10;Z3yhtnz6Tj4pVll3EsZBlMSijECfSHSjN2JDyWx8/ZrNeUF3jW81PrV7rQEctb5GkoB92JaLuu4W&#10;2GcXKJoGJjVWBzWcERpkUYQGdzNUNTEKS5infhC9P/eHMfknXxcvQO9Rty4h0pr7zO7LlStXrly5&#10;cuXKlStXrly5cuV6bFlN4iUcZfBzPwF76iwsavbBq1U12iaTxVCKphoS20lloqLTLAB79tGUwDbW&#10;VLM9HFn2ebjZBOPJEerw71lVYzKe4Nsvv4q15Sdw/rlLeHJzhKPdGb70/BfxO19+AX/0T/xpnD+/&#10;jp/56cu4ef19jGcFNs6cxblzqxgulxj0lxkbK23YBiX71iQVNuHzZ+wPyKw9BfJi4C0d/GQ6QVl2&#10;+dhd5Rh0nBwdNTLeQoG+2sf02XnNc6OJbhrO6e9VMazSXqhE1qnHn3LlNMlWknG1gVmGa1XvLN+j&#10;p97cCWx768U0Xj5AUd/OA4DiTshbJZSV+HZeAMAk7/U+nX5h7T360uB/K4OQfQB5o3XS6w5+/hdQ&#10;feVl1O8fsk8ft2LUl+fKlStXrly5cuXKlStXrly5cuVKdDrOOFU8xyzgJwT0Eatv9Gf/Cv9cM8AH&#10;RvacKinbabkC+BnWmdYfsHnfkuG203d5O86r311k+TkJmEXBjMHa676G91azCct479y9h53tQ4z6&#10;Barw0Yf7eyiKexh1P4FTa0PUgyk+/SM/il/5Z/8c2/cPcf7yGayOLE5vPhu2V8KUJYbDknEkCvlg&#10;0ljYTgUJ2aB/26JEVdfhc8OxWlHUVnWFbqeDyhFxrseAaBmOf+foAHsHE9y7d59IbRK4EYE7At1s&#10;KxjjeDhG87tFMLD5twR0RADwmPceGiaeVWNDm17nT9hmoztOnxVPEhrgkCS6zguoB5Xriuy3fmQy&#10;iz8hk9dgQeKbXuzmUF3+VXeA0S/+Bb446WLlvzoDh3laaK5cuXLlypUrV65cuXLlypUr1/drMVCn&#10;EAxhKIV+j/iJEKcMBj/7R1GcOsfkLQLoCOsp5wMbEnAn/8Yx67mTKhLLGoypQW0KK4Ch+N8R+Gdk&#10;2/RfXcOHr3o8xuHhEWZhfyazGvfvPsDzv/3V8H0S/u7x1JNP4O23r+DdN9/C3u4Yk/EUve4QGxsX&#10;w4H30Sl6GA5H7NW3NBpgeWmAju2GYxuiLEkVW/OxUFaErx2TzQiVKopCwEYC/8ILyrKPaUUyXwIe&#10;p5hMptjZG8OZIvx7H6+98hIx++QgG18+EelGxp41j6MzeknfVcZfk5DbWBtGwMxo6EYM5DD6Okrf&#10;JWriSaDgScVAocpsfeuERS8+YtxFeTEBf0iMPt9sF5HBZ4599txFcAL985iJI/370z8J+yd/E/jV&#10;NzWJ1yfUOVeuXLly5cqVK1euXLly5cqVK5d43LGDW7Q9cw3Tj4hTnll9v5DyIwj0smWJysXQWCn2&#10;rTPme9o2k9LmlKPzACKhOIRR1dVMFKy+YHLaeDrj3+0+2Ma9nW30uwPGoHr9PqbTMW7eeID+0iY+&#10;/dnPYOP0Wbx65VUc7u9gc3Md9azGcx/5KM5d3sKwZ8N7R/CuQqdrYIqO0AXrGSpfo6otSgIjrWfA&#10;r3KQUFqnCRlWAmN9eP14MmUF62wywa2bN8N+OHQHPd6vjzz7MZSFiYBcm603n0j7YcpHCe9cQ5mU&#10;gut805iMjTqJDab0XYbZkny4Af4WJbUJfEspKAvcOWXwOe8S/dElNuDjgbd5oO9k8mcbLJx7rSkx&#10;+kt/FfvP/9fAuGbOpeeQk8zuy5UrV65cuXLlypUrV65cuXLlojKaaMrkMt8w+qQ8hj/348D6eZbR&#10;VowpFXCOhK0Wj4tE8OZ735e2nFdwqLAvVc0AG/H8alczyEgfXc1qHB7s41vf+D0MBj2cP3eeQbth&#10;3+Htq9/FU8/+FPqjPv7QZ34YmxdP4+r1G7j5cAcXts7j3MYZbJ1fxmgoalqyz7Ml4VWSYTFzs7Az&#10;RfhdHzb8m7ZLTD9bVQR5yusJ6HMFCEJz9RQd43BwNMbVq2/jm7/7Tbz73ntYX93AZ3/8p7C6OhDP&#10;vshUK4w5Bk65FggXWW3tRF3WSkeALp0e4d6JZ56XXA5IMAd75ynQV1L6rlFNtHl00HGkVspeOtmC&#10;mOkhJQhH773w+eIJOA/yLZ53/0go0z1iH07eO6JJFgQorm2h+5f/DI7+l38un6AINUy+mXPlypUr&#10;V65cuXLlypUrV65c39/FAJ/Kdik2gsl6Lc8+MzAY/tlfgDU1B1IYCl21RUuFGgM5/Amf/L2XWNAp&#10;0uRqDmX1TlJCJtMK49mUMauiU/Brl9bX8NwPfgLfeenbePHll5i8duPufdy5dx9PX30Wl5/6MayM&#10;uug88RTObJ7nz6T9Xl1ZwWjYVTkuhT2UkmHhxaCvNBJW6+spk9sOKGCjU4bfh1+yhNjDlN3w84zf&#10;T2DgZDrj7f7et76Na+/dYCj02tVreOrCPWx86qkmoEN8+45BfSq3jSm5sXEbABBzkt0m2MMkJp9J&#10;XnvEgiMgjhNGyo6Icd1xcK0NrC2CbHO+fRHQI0afE/lu3fo9g4ROWIDuBP/BD3Uxen/i+3xK85Vr&#10;ji6A/p/4WVRf+SpmL95NF3CuXLly5cqVK1euXLly5cqVK9f3e0VNKYN+tcJ3CpwQu2/w858DNi6G&#10;3wu+U9kCJSfTOkmgTfCQxb8N4rJoHxfZfLxvjmSzU/Hrqxx29rZx8/1rKIohLl6+gJWlEbqFw8ef&#10;+xjObG3hxq1beOPK63j48CGuXr2Kb/3u1/HJT/0wlpYGWF3p4NTqqoTQsvtdBxUqTtWFIm+U6EvY&#10;mNdtM1XOV9g9GuP+/QeYTCbodDq4cO4s+mWJqZvhaDpBDfEcrL3B/uEh3nn3anhdiScvP4m6tlhe&#10;HjEzsZS2NTAnNNSifjmdoEcAYO1fJQql0iIdSXmd8OmI1Uc7HVNxbdrOQjDGwjYa0DACfg56Jhjw&#10;cy3pLwF9XpN5xWZx/gSnC20uq/nDsfraPxPSypRKgBt98At/BbNf+u9TIm8G/HLlypUrV65cuXLl&#10;ypUrV65cuQQjYchLPfoQE3Z7BQY/+5dBVLc6/NFYh8IXjCN5W6BDOROELSU85t+OzBXLcq6EZkBA&#10;VK0E8tUubL+q2QPv61/7Fi6e/xhWVzcxGhboD9bD6yYwW6fRG/ZxemMDa8sr+NKXvohr77+F7Qc7&#10;2DozQK9cYrCIsKcuMRNZlktgZcU2cLRhkuOyHZ5lOCv8yqjGGbh14308//xX8EOf/BR6nS5WR31M&#10;ZlPsHx0xGY8xrvDyXq+DpeEA715/HytLa1gO+2I6BBT2UbYTS9rS1sjXs0kqa+elvAqY1aZNpWya&#10;3Bskqa0EaJDuuWTaYqcsm9caPSD/eIYflKnXgH0C9FHEsFeEz9B2vEh4RW5s5GONwn1s4Gj/nV2k&#10;EUsWcFHb4fJz6P9HfwTjf/J8votz5cqVK1euXLly5cqVK1euXLlwnI9HOA2BfsTTGv7cT6DYOK9W&#10;cRbO+PDvWfh7BwVhPaZYEOsupjx8b8UgIgN8NaazCpPJGLUj7GrG+zObHrJP3muvvYazF85hfWMJ&#10;5WDG7+l0e1gZhX3u91F0fgTDYR+/9uu/ivu37mP65Bb8kPCoAhVJcAv6KhjgBDPyGF3j7Zcdw16A&#10;wnB0hG6hV3SweXoTKyureOF3vgaC9jY2NlCFv3/35Zewvb2DCxcv4WMf/3j4fIdPfvKH8errV/Da&#10;lSt49pknYc1lHB4eovjlX/7lz8fmtpqs2wbznDa0j23Jsl0rAB2BaBy4Ec+UyHoJZDO+aXoyOCT5&#10;bqcoQ6N0k+cfb4dhRTd3wmTb80BfBA3Tr2LKrqbu+rpqGHsRkAz/UXyySZeVMBhNBAMRgdMoS9bX&#10;GKTPaaJLMPcpAmia9D5qJwo7IRlx56OfwOzrXwK2Z43M1wkAapyYUMZ/Z0+/XLly5cqVK1euXLly&#10;5cqVK9cf9EoiTv13JIrZXoHlf/B5mOGyesOB/ewMk87Qso/zH7gBw3hVE7zB4bAguEpUnTUztjrw&#10;s0PMZg57Bzs4OjzE7vYBrr51BS+++Ar2dg5xeLiHyeQIr7/xCvq9PrbObqEzHDKI1ykMM/XKokRp&#10;DTZOr4XXT7HzEHjiI2dYVtvrlZzkS18x14IhIGYSGg10dajqsE+zKY4mY37VdDaDDZ+7snYK+3s7&#10;+Jf/6l/iypuvh9dYbGydCV9nceXKq7h35054zQpOnT6NTzz3AxiNVjAYLKMXtl3POirjdQKmEQDG&#10;O+IbyeycNNe3lbVOT1Q7rIO8E62goV5COLyipZK8q6aD8Qyzn55N4RonhmAowOd9E7rh2eRQmHqE&#10;fXIgh28kwG0GIjP+TIMfs+rXK9CX9NkCOaYE4JYvYAQFvUp15/wCgSQQdhoawiEn3R56v/AXcPQP&#10;/xEDevTldBdol1xswwz05cqVK1euXLly5cqVK1euXLm+D8qqAjSl7zohRnV/+sdgTl9S/EexHXM8&#10;ZvUDqx386kTHShiNZ6YgAYgFbOHgKofZdIaj8QT37t/FZAwc7O+j2yvRH45w9d1rYT+nuHP3Jh7s&#10;7uDKW6/hx37806jCC/ujoWBmzqMoSwwHQ0ymRxzCUR16zCZTwaAI/ymEyGacBI0wLOQMB5A4b8Pf&#10;CSejDA6Hne0d7O3vhZ9LjEY9dMPvz5+/yKy+b33rJTz39Kdx+fJ5DJdLnD69il/5Z7+CC5cuYdBb&#10;4u+Xn/4ojg4O2P+PSHYlse1mgKaExPZpGHIMZ/l5+7w55h3FENPPtpj7O4F7BMIxSFaSdLebmIPy&#10;vpMImIu/8wwa+sTsa4A++i6sPqJZqjdfaycFuCMw0IokOfn0mYSxtSXJgir7ueOPl1P0Amz+Jl8m&#10;4rNh2x0GSTU12HqUP/xH0PmTX8Hs37wKrxdyvJ5ti8joM+CXK1euXLly5cqVK1euXLly5foDXk7h&#10;lDlMpGcw+vlfZFxF6vcnz5WyWAQNGTcykmxbV1McjIHXX7+CO3f3cGbzMk5vnsHSchcbZya4c/MO&#10;3n7jNXz3/j3cun2bZbEPbt/FKgF9gwGKsmgCbtlDz+DC+fMYdcmbr0SnKMRbz6uSlTEneX3Z6fD2&#10;Swv1CJxhOpvi4cNt/NoXfhUmNNKP/sgP4vTWJZw5dwk/9VM/BV9Z3LxzE93Oj2FpVKDfX8Ynf+gT&#10;+NY3voGf+PE/jQsXlzEadYBTg3DABcpuB8V/89/+3c/HWAufUNSTwjdM+t4G/qz+QFpmIdI1EuCq&#10;ImPDikE+St8tywKIYBurg6OcV36RTqf3rZPrUqNEoM9RIAf923hGUyWN16X3cgiIAnw+7ruJGzJC&#10;64Q/xiRsQ3yLl1aE+NqMv4iCev234+061lJTuxTPPIvJb/0WisOaWY/p0iW5b6E+hxnsy5UrV65c&#10;uXLlypUrV65cuXL9Aa9oa8bIkxVMpP/nPoveH/sZPAqL+l6LSGdM6Eq4jmemnWUFp2HGFfny3bt/&#10;D1/84m+h1zmDp549h4sXtjAYdjAc9XFq/VT4+QK2NjdRWotr713D2dNb2Dp3FsNhD7bosBQXnLYr&#10;+NXq6irWT29itNQLrxlw0i4fj/HJMs6yxLiWrGHaTyKvuRqz2QTbu/t4482reP4rX8PRfoW1jYs4&#10;f+kcLl3cxDPPfBzv33gb06MaZ7fOoj/o4MLFizizRcnFPaxvLmNleRnD/nLYN4N+f4CSZLRF2FHa&#10;ubomtLFOjcHNsiCPnTtR1GB2/mev36tqxo1ck5ceNXjZgXc2gW+GJb4RCdUPaUtkk3xXt++iXLdO&#10;TD/R/gojkdXPPkpzRTNr1GFPNhEZhWiE4a2LAbpfkVbaxpJPutza+8dbMUJW5M8yBV9IbvU0hv/x&#10;n8L4f/4XKvmVD6vCV1kz4Pr7B6xz5cqVK1euXLly5cqVK1euXLn+f14JzrOaa9AzGPzsL6CAhFNI&#10;Tu/vAyRhxWfEa8RWzrkK1WwWvqagKIwOSWfrsL1qhp3tB7i4NQuvrOCqHfR6y+hiBOOmsEsGH33u&#10;Y9jcPI2lpSW8f+sGdvYrrI6n6PYGvDlSm5adEsNyCfVkiv5QyG3W+NYRq1UcWdyRrNcV4fNnmM1q&#10;1DUwmY5xdHTEQORnPvNH4KcT7Oztoyh9aI0apzfWMJ04fOazn8Vvf+m3sbF2Fs998mmMlgZ45rlV&#10;TMZV+PdIPAHp+Isu52wUf/tv/VefpxALW5YMiEkiiWsYfBSEAZ/Yd1LtEA+R7HJcMkt3PXvzGSM4&#10;qjD7CpSkTy5KlfIqkEgMuOjjhyijbTdKk7zb9spLf3Mq520FfFhj5uS4Rv4hjD9jkoi3ke82qcMR&#10;DzTxGNP/MfeveQ5g3G9p2MIWjM5Ow1cZ2sA+8VFUb74Af+sgHZpRBDtLeHPlypUrV65cuXLlypUr&#10;V65c3w9FrL5avxMcMvz5H0fvj/8MrCkY7LOtwNiTvtp10u8q/r0k35IPHmFJ4+kM9+8/wPb2Q+yG&#10;r1nY9mQ8wdFsjCuvvQ7nxljf3MD68grgS064JeimLByGgwGW+n1428GN23dw4dxTWF8fYtDrMRZF&#10;WJo3Empb0ldHVK1MNlN5aLKCK4QgVs8qDuSow/vvP9jGvXs3cO/2w/Czx9JghPOXL3I4yOHeNvv1&#10;9XsFBoMOOsWA8avZ2GJt/RSW15ZR0D72e+iE/el0urJdK9S14r/823/n86YohNEGQUBtK7UW2uB+&#10;rkHF5JA/xzYefVJO0ngFKWR/xbLsMghmGQQURp9XaiXaCbr6CQLuOUZJhf2n6Kwm8IJ9+ioxb1Rm&#10;X/Tii0hxgwXrX2gf9Vji79F6hzD62sw+ryDnQkJJ+meTBVNYZRmGNqjUBJL0187L55cfeQqzL3yF&#10;2JpyvnXTGfDLlStXrly5cuXKlStXrly5cn0/FIe6Kg7mehYrf/8folheYSkssdGsl/DVD+L2NYSw&#10;eTIXVTWdYToVpem9Bw9xcHCA6+9ew9e/9jW89ebbDOtMa4cZ28MB33rp27xfS6NlzKoK0/EYhweH&#10;jF11Oh30ig7GkyO8e/U9nN+6gLVTSxgOR2CXukQR08QIKz/7VqYEgXgEPNb1NByf/L2uj7C7O8aV&#10;K2/gq89/Gd956XVsbG7i9KlVLK0W2DyziXfeehu3b97Cyupp9PoDVuGurq9g4/Q6llb66Pe7GAwG&#10;6JQdwbGIWBdbhEh4f/tv/Z3PR9kswXXkqxdpj6J1FgmsUTyLdrgwItWNDcqpu96nf9OHV/WMDRAp&#10;SaTT7YlemWSutYBz/LqWBtigzd5zktQLduhLlEfHUl7xv0PLx8+YRQ4e76jsYwznkAORz/ZNDLOJ&#10;x9Jw/pKO1+tv41+i5tu0Lyajx6X6YFJu1wSOOn0H/Xt5HaZ4gPrla5LaYpG+58qVK1euXLly5cqV&#10;K1euXLlyfT+UcqIw/LnPoP+TP6uqUIMOfW9YZo/9jDa4F4E/Im8VjEdZBtZ29w5w/95dvPXmm3jv&#10;+nUUHUqo7YafX2ULOxKZri4v48KFS9jZ3sX+7h62dw4wHc8Yjur0+ugN+jDhh8lsigf3H2Jz/TTW&#10;t9YYZGN9q4J79AYXmWME5jkFLBWXoh8ohMOSMLeqsH+4hzdefxPXr91Gp0t40RTv37iFs1unsLw8&#10;wtLyEEura7j27ru4eeM2xtNp2OYQ66fWsLxyCsNeyT+bokwKVqvegN4pxvXu1fc9gXkktWXGnhVp&#10;q/Okax4D0UAw7CyDcz4Gclhm99GBFIL+Jc+7o7AjdABF2ABpmckTkDZG4J8AiCLlNSzhbbH1NICD&#10;it5PHDnjKkYw2bhQgUJoyq/nV7gTTzzmrhG7+IJWqq4GdSSmnhy/JcZgC1FuJxDHLdLr6NBrH737&#10;ouy4pcvmliae6AHGf+/von7rQNpPP8RlwC9Xrly5cuXKlStXrly5cuXK9QekjGsM2CRAtSnGQLoW&#10;G//nP0KxdZEEpxBFqVd1ZMpC5arrmtNtI85SaygG5SSQurLwTB3DrJqhqmpm0RH4dffubbz44u/h&#10;+ee/iU9/6nN48unTGK32cOPd9/D1r38Tly9ewid+6BPoDQbo90fYP9hmqeygv4aVtSFGA5LPdsPn&#10;Ghwe7WPn4Q6DhatrK1hZGsrRWdkvr0pS3ndK4SX8jLwCw6+q8N0pu6+AkNhu3L6F3/zib2Nr7Vmc&#10;eaKDUX8Jv/GlL+L+zTv43Oc+h4/98A/A1ROMjxxuXL+PbrfE2QsXcObMGpPpjPUoU+Kv558ZJzPi&#10;U0gYXwkV7XpFHhnAIvAvvKnT7TP6mNJ6lW3H3D1i2lEQhfr88ckpDKahcT359IUNF7Rh9cWLktjI&#10;AvSaoCupti4Fg0SAzCXPvpp9A10C0RSYMyrPPYHfOR8mYhukl70GvQZ3xMutAfoYBOR/R1YhFBWN&#10;f1+4gDU+2SvYdxLZlMmo1G7dATr/yZ9H/Q/+V0TVb2b25cqVK1euXLly5cqVK1euXLn+IFQiNYGs&#10;3zyDflUxT9Gi13R/+jP/H3vvAWbZUZ2L/rXDyadP5zhZM6MJinDJSGBAGCEywpgsnIgPg0g2NuH6&#10;PQcQxuB3jYTTuwbb4Of7DBcwEkZgo4QyEkJpcp5uTefu033S3vWqVlXtXft0z8zRnbY/uN4LWtN9&#10;wt61K6xa9a9/rQV3aKMimhlSFXfAJNGLOVFBVEYFZV00g0DXhhB/SzDLpHNrBQgdD/VGE/VqFUuN&#10;GhHHJMtvfn4evX0DGB1aT+GzPRQi66Nc2kUg2f33PYjt5zOMjvVRwObg4BYiwUnMys94hGdxTdaT&#10;YbS9Aw6BOLlMRj8JI1Ia4UwRUUxGqTLKxyd/5J/NRh3V6rJo2zKKhSJ9RwKBtWod9UId/T2DyDjL&#10;uHD3pfinx7+Mu++5Fz2DI1i3vl+0NYOB/kEEwRJ8vyS+X6CCsCEUfuaYBHTymho0ZRrw86iDuGLt&#10;yTx4jngjCBVzzyFwrqVKCctQXo0Qql7VcdYm1NfzRKfKksENirNmXkZ0UMYqsCu/68bhubIzJFPP&#10;QRRSG00LrlHdKEcfj6qqwCDE+sI2/sas/H9mYkRVc6G/rOOndaZEHZJrFf/QTMBQTjIkGX3qsirv&#10;Xxjd0yE2I/VDdG1rIkumZKhbuetpcF76I+DbDyv4VBWISSWVVFJJJZVUUkkllVRSSSWVVFL5uRcJ&#10;Q1HRWc6iGgUS4AtNBV7fQfF1v0I4CaE0sqKtLiohgSxJ+HKoHkJcRBU6jVxIAJcC2CSrzglbWF5e&#10;xOLyMqYmTuHAoYOoLdXQ09eLrnIPsn4WF128DQf3H8bCwiCKpV6UCj62bNuKjJ8X93UI4Ovpq4jf&#10;fXgup8hWhR/JArOcMB0JDtYbnD5LOfIcBagFBE5yxbAjbh9DK2hRFGyj0cJibRmz05PYt/cQpmcn&#10;sXnTNgwO9dFTDAz24vDRhzA0VsJAXw6FPMe28y5Eo+aD8TyaDQflrix8V9bAKIh7+NS7VOiWqSK6&#10;XNYXdjR5j2nSm+nKQwdPcAV26Rx2jqoa4chyxBRa3CAQj5twW9PXBJR5NBCyKIWMf2416pTMsFIo&#10;IMyIRjmOZtNJhNHkzNOi2XwGLOSaUWcARB7q93hItE3KvRfyKHyX2mDhw1wX2aDfTeVdGTocKsQ3&#10;5DGop95z1XcQ5wm0K/SaH8atYhwRuhzfWWcBXBHGGwGKxIhs6jyGLThL86hd+0lgsqHumoJ9qaSS&#10;SiqppJJKKqmkkkoqqaSSys+5EKhHv6hQXqaCQulvA/gVXv8sFN7z+0Qmk4ALFVGVoa5WCjYC+py4&#10;oKoEz5rNFqWQC6mQhyJaha06FpdqOHToEG677TYcPXGMMJx8pgtXXPGLGBwuE6508MBRHD5yCLt3&#10;7MK28zfD9bPEQwtbLjJZB/lijshqri6sERJfzhPXalJ7JKAm78sJX1LEOALYNNBGpDgZTized3Td&#10;iYnxEzhxfBzjE9Oo1QIsVk9hYXoJuy7Zhd5KCS3xmfvvvhcTpyaxccMG9PX2wfPyKJUGsWHzMLp7&#10;i8hkXOSyOR2Jy+OaExq3orYZDEvXjTDgn0fJEHV4LNNlYhWjTpbRdQk1VGG6hgFosedYSyGY4qVW&#10;s456vY75mWmUshnRa75CcZkH3QL9vTCq6Cuvq/L4tVSIr0spDvVrmpYZqoIailSn23qaXI1c10CJ&#10;/1bERpoyzLD5kt+h+aXguqij7Jx/IQ/j8Fxm8vnpwGbxbwtYUe45ji1WwGRIaRh1/HSxG95bXoLW&#10;n3wzBfpSSSWVVFJJJZVUUkkllVRSSSWV/y3EsPcM9UnWN2BOHN7rZBhyr/01YuQFTCVYk/gPd11K&#10;fxZoaIXy0GncRXHGVNHYVkPiLy3U6lVxbUbRl8v1JqZPTePUE6fguz66usro6xkh5l++UESzsYzN&#10;521Eo17HlPjc+o3b0FNyxXUlmKcIbBlPhRDzqAhroDAkxhAFm0LWuHBVKjdJTJORqxI/cllEXpPp&#10;7CSjT2JdUzOz2PPYXhQyPdiybRO87CAeuvcxPP74Y7hg126Uuop4+rOfj8nxKVTnl1Eo9KGru4KR&#10;sQpV2/UzLnzfU2noCEsMIzhLAXuMwFIVDcui1HgIFdmOkLhksYqYLacYdlDhtoYVp0NZYXLvoUWD&#10;QJ+FCtWV9/Jdh1h5K/Lc0ddNfjtO/E4ZTy2pm2GzBcPuUx0aELCmWHMxjJfMyWdfe/UCzeqzbrKY&#10;B9f30TkLzXVt9iJNxijHYBJEpIlHk2CVAiGJzzGKVZfJGGWfEEL9nBeD33k3nB+Np4BfKqmkkkoq&#10;qaSSSiqppJJKKqmk8nMvBugz4J6rs6mZDGbZVz8T3vAmcN6iyEhZskLiJZIxF8joS1mgVZKlCIcB&#10;1YUgIpiO/GzUa2g0mlisVlX1Wxk22wrheB5qy0tUPbdS7kG5KyOutYBGrYJcIS8+1sS2HbvQbAUU&#10;mpvJ5KltnpuBLKrgSD4eheWG1B5Hp6BTbDpXP1ugi4mAQD1ESJIENTmR14KAw/N8uk99uYHxE+NY&#10;t64PPT1ZZH2Oiy7Yjq/8f99APlPAhRdciN4hD739G8BbrriGi2Ihi1I5h0zWF9dhUHTHFuF0ruNr&#10;QM9RNSyo/IVJJRdoxp8bYXdeDGIZdl80TIRWSvofwWKGaccVK8/RufUk6EfVfCXeKB4qVyigEYTI&#10;yDhiSR9kFgQXAWO6QAfFZjs0MIGsnBK0oqId0fVDHUprV7o1aKCF91FaQr6SmecwU5iDEb+O60SO&#10;8fd0mwxbL1TQs0RxI8opEOcqjJP1KRBShyZzburMWP8SGh0icBQ4HAZU65fomv4b34zW/Z8DmmGq&#10;EVJJJZVUUkkllVRSSSWVVFJJJZWfayEyU6gKVwQuS+TqC3Mu8lf/mqyqASr7qtOmSbBNgmiGLSdh&#10;tFAW5HA8uhYPVMGLhYU5TE1O4cSJkzhw6DCWqkvYev5O9FRyyJcy2L5jF+740V3i9Rq2b92C9aOj&#10;WJibRdjqQq5YQnkoS1BNwc9Qo7yMR+BYq9UEJ+yOq6IclHLO0TUgOGFGkn3ITBEJ0fa6JKpxnkj1&#10;Jh4YHlPPEopr9vdXMDQ0gEPH92HjVD/6u3IUGlwuFPDdm2+iZ3zRi68gJmI2K8FJB7mcCi92XYeK&#10;j0jyWch1GjqJZXEFNpoMeTEOpV6QUbMU3ixT7b3/Nz/wKXtwmA6GVV/U4a0sjMJWqRIvDylGmZ6H&#10;h3GlCXHHlqx8IhrlyZx/krUHV1c0YREjz1THpcYEqpMkWku4LFf5+hSlkFMHRJ0H6Gq6gEHdbGCv&#10;PaegeeyoSgrXMc463SJMdd8IjtRt1MChupzhkcbXVRWE43tGICS3mZE6blqiwlH+PkeHSovOL3QB&#10;2QXwnxxJNUIqqaSSSiqppJJKKqmkkkoqqaTycy1UgMNRiBJXBDT6kYhI7upnovQLr0KLewoXkWAa&#10;C1XtgwBwfVeRvcRr1WoVWd/DwuIykcoazSYmTh7FIw8/glOTiyiXutGsLYrfn0CxWEbGd9DV24+u&#10;Qk78XkAuV0KhUISM8JRhreVuyfYroJjLiPcKhPmEOr+dTD1HGBDBNkxBURKfcl0EMq7YcagaMHM9&#10;hXdxRpGb9XoN9doSMQ3NTzmXR1O01c9kxXdC5ItFnDhxBCfHT4rLZDBbXcDS4iKWasuYE7+vH96E&#10;/oEeZMTnHZaB50hCnCKbOVSDIlTRprJjZQo9gp1a1J+UFo+rIiYK4GuI61ZFO0Tbag0J9l37qRjq&#10;skN6kaipYUA3U/VDva1CcBXVjxHi6ckOaLQo/lmCX/Jvw+KjnHXQYBtTQF9g5b9Tefq4oksSfRNE&#10;3zRiwDpY4bg22GeAOAX0OaaF0b8swVxE/JyIn7kdPKTr2R2kSytz654OTAhxe3gxp1hvcy3OTYy1&#10;ekZ23nbwn/wIbLJB1zCgLI2jCrtOJZVUUkkllVRSSSWVVFJJJZVUUvmZF67xDJP9zVCrWJah63c/&#10;CRR7LRKYqodAIJZCrBR4JdO8wUcg8aKWzM9XpxoRhw8fxSOP78dg3yaMburHpvUDmJmeQ3V5Cfli&#10;CaVSCWOjIxgeHkRvdy+6eiooV7rR1d2NSrdkz7k6PNiF57gK4JO4lQb+qOgGU6ncgpCpgrUSt2o0&#10;6T0ZpivrVLjMQa1WI6bh7MwCTp48gZnZRTTqy8j6LvyMQ4Gxru/A9zPo6enF/Ow86o2WaEMBXV0V&#10;9PX0EVvQ4QX0Dw6hWMwjk5H4l0KWKIwYqkhJSGQ7R6NWoWIcyvY4qoGBzH8YhlSoZHF+CafGj4t+&#10;mYXHWVsuOut3SvYXKuQpKufLuWa8hVHFWyqDTDHEQEtWPikXMDs1g0w2i4q4op8val6brJbSkpxE&#10;GjhTPqPVaqgKLBJCDS0gT9woCMMYQOMmZtrUwD3LRDOFRxCz+lSoLzS3j0d/n+Ei8edOkxPQ8Pbs&#10;iiiRUKy3FTocRfrKwfHgvOk1wCf+u4ywVskpTTw7U9VreJrTL5VUUkkllVRSSSWVVFJJJZVUUvkZ&#10;FwP0cav6rvw3++pngA1v1Ew1yYwL4LquQoQ4QytoEsDVbNZQazEsLlVRq86iviyLZmSQ8RkWFhYw&#10;O1fFrm0F9PdmUPbzOH/bdnzzO/9MTLuLLroIA/39yOaz4lo+tcfzxXezOQLSiEHIFaONiGa62AY0&#10;0Cf/52hwSGJXzUaAejMkpp2sHMIDGbfqYmmpjiNHD+LEkZPiqz78go/Z2ZM4cfwoLty5Czt270S5&#10;XEEhV0C+P4tSvoChoSFxPY6l2hKqi/PoH+hFVzkvrpZHGHio15vIZQvUbskqpPIXOpWc45jUcfK/&#10;LlqSREa4XEuxDZtAdX4WJyemMTF+HIcPHsX4yQkZUqzBO8nMk0gq03nroFh9jK0EuAygRQCaK74X&#10;tAjllE3xXRVPXZSA3/QcdVOX6MRs1qeGSXZfK1AhupK9J9FMKRL845xHYKPr+WoAWgGS5TlMRd/T&#10;A358lXK9CjDkViepXH6Iwn35yufTIcsW/Ej35OBt10XETgTsWrwsylNo7k8MRv2a/Fyw9SKwV+yG&#10;861HFGjI9DhwBfjxVF+kkkoqqaSSSiqppJJKKqmkkkoqP+MSGphGg36SwASfIXf1r6msco6qC0GM&#10;NVkQI2jB9zLIeFk0Gg3xGsPychWTp07h0P69aDV9DI9sRHdvHn1Dw+jtPoQjh/dgYN0O1CTYJS7a&#10;qDdw2213oKdSwbqxYeTyWQoBFjeGJ66t4ogD1R5HFsJoEVFNojhBo0X58QIuw3TliypuM6DKvy0s&#10;Li+jWVtCNiuZdz6lrKuLn+NHjuHE0Qls23UxBsa6MbJ+BGFjGXfecy/KvQMYZT66XQ8Z30e+mEGp&#10;awgLCzX4C7Jv6gQY9vT0oKs0Bt93FUfMEW1stkSbPRVNaoFBihqm08bJnIfMo34MKHy3icWFeTz2&#10;yCOi0R6Gh7djbGSdZE2GBF9JhNX8y8ETgJYRk2vPQRwuK8sTE4wVKEpa2FKUTD/rodBdpjjqqrhx&#10;bUlWTalHxT1iDJGryri6tDKNv6Py+kkEk4kHBVEXEZVBZia2GEnaWwy8qfBZojjqHHyrgXmJZ4sz&#10;+VkvakagKdJhchPCDnnWM9m6krmHKYEc9RUMWuxEbZVh0Xjl68CHMmpambY5cXGQVFJJJZVUUkkl&#10;lVRSSSWVVFJJJZWfZZEsPgXqKXaf/Mle/Qy4A5tAtQskIkKMOhVh6bkqXLdWXwYPmmjWA8zPzeLA&#10;3gO4594HMD4+DdfPIldwMTTUh0ufej44a+DAniOYmqxhbmEe68bWoatcwt6DBzE3M4dWI4DMBCgr&#10;5spqvoQNOR6F7BLmJaNMZb67lgL9FPGMUSEMVd2WU/47+fqh/ftw6w9vwf333o252RlMz81hoTqL&#10;xcUFzM7PyQhkFEsZdOUd7NpxPl3nyKGTaDYUSiRT/nnZIgGZhVIWXV0F5PNF8GYGla4x9A9V0NPL&#10;iHnoIUsBxWEbuYywI6aAPsmIlO2uN+pYWJRY2xyqi1XMTE/j2JFD4tmzGFtfxPado/ACXaJXCtEt&#10;mRoZAj8lxRKGPsjoTQL8FNJF32lZYbeuHrCwGcLPeOgu5rDgMUyPz6C53ERvT0l0bB3cUxVGCNEl&#10;gLGl6oDIi8hQYaYeKgzDOAefDpFVVVD06zqO2XRCu3ArH2CUf8+q1psAAKNsekyH+4b6ER3rs0yX&#10;h9bx5Sa2G+0MvDh3H6OKKbDCn1mUv8+RqLZ4WLdQQfiGlwCf/6ZCwhGXqk5r9aaSSiqppJJKKqmk&#10;kkoqqaSSSio/6xLTowA34GjlHeRe+6sACwhHkTiQ57lEFgsItGqgVq+h2Wyon0Yd8/NLKJRKyBdy&#10;WFycFa9VkctWUCx2IZu7GAP963Fq4gk0Ww24fh67d+3EpnVjOD5+HCePLaLU1YNcvgQ34xB4x1hG&#10;3DvQ+FMI3/Mp7169toiGBBprNTiuL+6Rg+SaeZkcgYON1jLm5mZx+4/uQKvpYHEO2LF7B8o9PjZt&#10;2YInnpjHof170NuVRaHgIRTXHBkYhhMUKYqV8vwRgzGgFHcyAjYj2lXpDlEoluBnM+KZchS6m5E3&#10;ljiXm1OFQ0zEZ6DIeEFLEdFaQYDqwiIWq4uYnJhCsdxDIFyzxQkAnF8cRzYzCtcJ4b7vN9/3KZex&#10;KJVcxHqjqh7cSuSn8vc5DmAT4LjF8pMNocF11eDJm2YkcJbJ4omZGaoIkhcPibBFAGKzWRefa4nO&#10;zNC1uUqMRyCflPbiG/qXGKSLmICOqiBMDxBG5Tba4T8b6APsgh/JT0dFNMATr0SsPetV1kavTIou&#10;RMIRVd8gENXKJSjjpqmWyvAGYOJhOEcWFNipK9YgLdKRSiqppJJKKqmkkkoqqaSSSiqp/IyLo3EM&#10;R9cpKLzu2fCf9yrKxxeGKgJT4jetZouq11aXlvDEqVM4eOAAjhw5hmYzRDbXA9fl6OntwsT4E+jr&#10;6UWpVEaluwu5QgHFfAHlclG834Oc66CUzaIg3g/Ed3O5Cnr6K8hkZK4+pkGblqohwRSpTSIxy0vL&#10;FLo7M7eAQ/sPYXp6Gp7LxHeK4t4ZYtD5nkPgG+MtLFUDdHX1Y93GQRRyHnr6ukU7Szg1cRLLtTnU&#10;apwq7LpuEUPDW9Hb76NUzMOVhUCYrqgLhwqEeL6PrGxzsURgoCdT4jFNEAtV/0S5A8XvMrchFbcN&#10;mphfkhWIJ/H4ow9j3+OHxXcHUOjKIJ+TYGNIRUxK+ZJ4Dl9W4/3NT5mBUeCVE+F7pjCvydvHTWGJ&#10;tqIe0W865JUxw9JTuK6f8ylJ4tJiFcvVGj2QI0ZfNpqSMIpBNg9H7bAq8NrgHIF6BrDTYb9clwxm&#10;FhAXVXyxJl3EtFsNQFRQYfTDefxtdb/kBDYsQPPfECYMmOvaGwq0ZLoKsc0QVLif5uspiqSiY8oc&#10;fZs2ALfdTVVOZBMcpBV5U0kllVRSSSWVVFJJJZVUUkkllZ99iQqgupL05aD0u59EpqtCmA3FRvKA&#10;wmUlejI3v4iZmRk8+OCDuPfee3H0+HHMTc9hcGg9ukoZlLsKaDYamHxiQvzdjUpXHnnP0xVvfcKS&#10;spkCGq0Wlup1YkwNDY2g0lOivH0S8AuDgPL6yQq8powD4U0yLFa8UFtu4MTxEzhy5BAx/wqlIjJZ&#10;j77fatQpl15FtKO70oV6fV68X0BR/FDYreuJNnYjbMlwYY6MX0Rf/yBGRntQFG11RVsdXd23GXBV&#10;hJWe36FIWMoQ6OgCtJxFpC/5+TBQxWqbkv1YW0a9WaPaD/MLSzi4fx/uuON2LC5UsWH9TgyNFdHT&#10;U0GukKNrnRqfxMx0Fe773vfeT+lhUeGyBspiMYwlJYQBvSi+Vw+iowA3CQCafHSuof7p6r3iiWTk&#10;cd5jyImOkwkOpydn0FhaQi7r0kO4phIFhd1qKhzXEFwbOKfojExXs9XcOq7CYTXGFoN2mrGoJp15&#10;PtbGz0Pi+m2vIA6kjZl+JpeevH0QkQxNTV6uWZEhYgKizRLkUVixIfzJYGQqOZ3PA7llOA8cVfHt&#10;KdCXSiqppJJKKqmkkkoqqaSSSiqp/ByIww0WA+SvfgYyl7+CQL56swXeqKPWaBEI0miGqFYXceTw&#10;Idx1952o1erorVTQP9CHocFh9PWW4XkM5e5uIAjhMA+VSje8XJFSn+WyeSq+0QzrWKwtodVqYXB4&#10;k/jpQ1d3lkJywRWb0PMcYsyRENzkyNKxmnXnIJ/PY7FaxeFDR9BqBujuqcB3Hfh+Fhlxn2KxFz09&#10;ZYpA3btvP+pLVbi+DPn10dNdweDQEHoHRzAwOICBgW6Uyz5cL0QmUyAYKIBKC+fL2hTizhnfVU1h&#10;pnCt/IwiicliIRIQDWROwVCG7C5gZmqGchHOzs6jVq2Jz8jCI1lMTIxTHsOBQXHPrhK6RVsG+gfR&#10;19eLQq4CjxIXQjHyHMkwkwCZzJUnC0QQmKfz41lVZUMdP2yAKyq4wlRuPyrsS9dT4B/FGMskjZIS&#10;6XLRCd3IFfKYOTqO6eNT6OnNIfQz8PNFXasjIPQ04I4KEeZxhVoCImXD6P8K7ZSgmiyzTDn2RGdL&#10;uqOqJqwLa0TRv0nkjCfCds9WCcMO3FVx3py5iUIfCqY0+QPVa6HOM8gS9zS5/xDl8Av0ZygX4PNe&#10;Au/unwJ75uK8fY6qYsPaf6fVlCqUc1JGVjlwUznI0cNk8g3YeQdMGXHzXXQwc6IQefu+kaJRf7Rf&#10;q+OxDePvh9a1Q7Mo9Xo0z8ClXgkQeTXCf+/5c4b2mT438xnW68Aq42L3zSrdE+q1p0LgGe005lry&#10;uVlgPa89uG1tUlWa9DVgXYPFAHzUrtPMqfZnOW33nOV5V3t2R+sKxzgfrP6N8ofqfljtffvepF/5&#10;KnO1feKfYXxdob8Cod/ttWTme/sztDOuE5/Xc9P+ztnuv+q6QXJN2f3C2voRcZH2VfsnnrfxfFqR&#10;V9VqN13KrDGswfrS/RaI/7jh6jopagPXYRPc6sO2NQisMr/WQIfafRbtgYG6tbuaXluj+zPLx8ba&#10;+mVFH1lrBmul/8L2e+hLixc9maOGsRX6zugSN1i5Xmyd1PHentBhLJoAsS4xdov6qNGFTlubKeUI&#10;2X88uXb1h8xzGZ3RiX5L6KxV9BQ7zWdW6OtzmSNMXQur6NP2OSlb5Go72N63mF7TCdvRxCjpZ3HR&#10;plDa7TXxAUc/k2nTuT7fir2jrR8TazLUbW/TY2tiQ3Wgc8+0953WfjLz4Ax6fbVnxmn6wFyIWXYc&#10;wthuwFlsjNMsvTa7q80OsdYeVtm3OdNngTY7aS3M+xX3hLJvJZvGMWUYJesmUH8Heh6vuj86yfF2&#10;cPpxb98POto7rDkjSSKOPOCuZhs7Zi53Zh8k9jt7rEzbuUXgwJntL9uu50/CRMcqc9M8w2pzOHp/&#10;FdstNG1mq6833v7ZsN2WiT+wmj1jac5o8E9nX5xO50jySstliesm7EqsooNNTnwnqVOe1PltFZ1o&#10;39dZZUxWjre1ZqX+CVlUmNTk6A/Tc/cqtkfSVjB6XxalkCSwwtVvJ0Zd2AooF19dVrZtNijtWyto&#10;EWut2WyhWl1CIVdApauIUqmAIGxSjj2Z564MH9vOPx+Okwfzs3B9n/LhBVQL1UHGyaK/px+9Xb3I&#10;uD7KZfE5lxNYJnGbUFbsZVkxH0xaNUJdkPHy4r7z8ITSLhQL2LZtCxYWlnDk6GEMDvXCF9/r6ukl&#10;QDFXDJDLDGKx0cRSaxGPPXoQtSbHli0bUSgUUS7K0OIM2VISy3Q8n0JzZbo8CeJ5xNRjErMk/ErV&#10;rwhFP3h60XOdn0+taBkpKlPgLVYXMDM5iYMHD2ByapqqFm/etBWul8X27dsQir47dHAf1m8YQ1el&#10;jt6+EjK+6AffQ3cPh/ve977nU/LCLSgrjkh2FBZrQlrNotc/VLRDM+9M4QyTmE4X1ohy3jF1ag6M&#10;/Sk3GHHBTMFDtqtAlUyemJhHKDo1K2mMGdEp4vutkFHxCmqL+I4sPSzpl9BVdmWj6HYOojx/lLIv&#10;VKw6ruOIJfjIWAz0ReCcZgg6DFjJ8OMJYDDQDDy7Vq+qssth9wz9zlVeQ6ZRY/u9KDSYsajacUiD&#10;GtAkkG2XqiSUlNKxPrBbH4R5NBPSa2LfqbtToG9NxPRtNGVd62CjNwmHx4d4OcVcfdgx7xsQaLUf&#10;6zwQG78sNoLleuCueoFYp078PX4mS9nynPDk+UJt9tZ3uTbwzPOy/8CckOY5mNWXUTug+9GJn8Hh&#10;MQhljGDbOxStNW182ACVYxnsOtI/7k/LKGDW9aKxtVWWLrVu+ilaw9b3TXs9MkjVgnSsQzDDmedF&#10;BByGpkoVi3539OnbqCf1FksCcdbz2fPYgGY8jNMpGDq46QvTRmOlMWuORkYjs+bWWcY31EAf01R4&#10;8HbdF9+HW4BBEuhg0dww8yIEwM5yfzNH7H6x55wZNxi9GbVDr7XodRYBpGTg8bgNhquu5pFkq+ui&#10;TeYQJOeBvpAZM7rnWuhnQ+XnqxwsrWdz2tob7RVmfnM1L0L9vNE6PMf1zzSaF80xcwDRfcCY9Z7u&#10;V9Of4Rr1D7HjxYUDx4nWa6hvEh2M9HhEYSV87e5v+t0csswzBxTpkJxLTJ/GXLv/ebwmzLp3YOmZ&#10;Dg/LjCXXLedqTTk6qsH0BeksE+XgWA23dW2bvrPXJaz1Gjpn13HRuubWeLhJhwSLsTb13JZuO1eg&#10;LwbpYqMskRdZP4vRWaEN9DnWOnLiSBGnbU93Ld0SIl4T3DpgcmvfMYDQua4/rlFGG/xQ84bFeh4q&#10;OXpkBFh9fK77vxOq7vWcuMBftAbdeD6H9po3cw1nnz9m4BwLDLfBMc6TNg+39oxorrq6KiQV/3Ni&#10;fc7ja5tpYoKMHHRu33Fbx4RJ/eZYa5tbNgu39gnHsvO5s/KandgRZ2tfuz1qgAzbfmSWwyC6t/m+&#10;GVwe219m7kXglOVw6fR8wsnrYZ1xHERECG4B/7bdYoNkZ1s/8Rk26WRnbU5RbtkKLIwpII71/KwN&#10;bGMdzF/G2/QmU447BmsPduL+h+XY42jrb6YgKMecPXnSyW2D2AZoTuhe+wzCLdvXso+59VyR/jiD&#10;fcFtUoM11+S9XR3ZF+3/+nns9cHbovFMWzseXx6vI+lcC227zj4btI1xZCOypF1qzn4Os84L1v5k&#10;8I1O9ub/FGQZnnQASh3L9MHDXl+ZX3oW+HNeDt5awuJCDbXaPI4fP459ew9idmaeSFzLS0v0nWZ9&#10;GQcOHqQvZ7M+enp7kct5Yryy4u8ccoUM8oUCCsWMuranK+1qJpwsdJHN5VDIFyh0FlRPQoXDylDf&#10;QBvBnDtRUdjF6gzqzSaaQQutlgyXbaKvt4LF+QVMzy2gKIt8ZFwKGYbjift48D0XJXGPrlKZdEap&#10;2INSuUJhvRThSow7hyJX1bFIsfOYDliV1wgVpKb2a/l34FAuQfk5adM2AlXXodGqYWFOAouP4ycP&#10;/hSTU5MYn5hAT2kTBoaHRX/44t4ZLMxPY2mxhcHBIfi+uL/viT7Li/ezYI/veZwzurgE11zRME7U&#10;QolBUuVbJy5qQQdIWrKtaKXIzVOFsPJo8JnDop2U2IESVXVUbjqPincENEHq4h6Tc3OYOD6FxrGT&#10;2DAygPLoMKG5THRW6PjqftpwkYMkkyj6GhxRB+Aw2jSoUrBmGlJbnDY2H+eJ3H2c81X8NcnP86iq&#10;rs7Kp8E/ezOh+HNdYRfUhiC6VhSya92LyiWH5pTbUsh0qL0hsv0SAPz63yP49sMrvCK2Ryf1LqzB&#10;YYCzmJ3qqDlOhjuLPWvyD5mnUgF98ZzoiPjkrGSBRJszT7KfFANWsxA6PZCGtkcvyWZbzVtIz2J5&#10;lv/dNwOLWSeXhTxIeW0oXXg672W4ukfZ9sLbhisLLIOpzUPNbQM8PD0LoN0LyM01bLZWO+KCmA3a&#10;6bxIeLMtJimx5JiVE9Q2cjUbhLeBJe2e23YWKmsDERNebLvPNfMEGtQyntkzPwBTyAVPHjjtvmz3&#10;/hIbkErHs6gvI+aMBKQC5cjptCPV8ysmwGr9a4BfmxnS956XkmNGSs9r3o7sxt1iv5D7mqfZGGoW&#10;EYNc/H3icx/WaRs45q6/MfYAa2vaZgBF97LeP2fvqcU8StzT9ma3MYUjFgc7DQttLdZ/mFyzqzEE&#10;ONqY6GGSWbEW92eWXubW4d01jsY2h0joPMmFehb9FiBmMLYzSRKsobbxwCpreAXj7EyH5TB+RqzC&#10;3mA8fv5QO7OcoM0BpdecMdtWsIit6xrW82pM4TMxs7DKHDFrNsGysNsenjvgFzG1Lb0H5wzzV++P&#10;tl6S+5ZhL7PQitxo0ynG0eIEp2eVMQuEDPnazL/IWaJPrfb8i/ZBo3dpf3HW1AZweBKciZ9dLTq1&#10;rxl1GK/Tjpd4O6Uf7WO2OkvINO7JsOUIuOQaDO+EmZ80A2KnpgZB2WmiRtBup9hsNazO3v5fAoNZ&#10;0pnXzg5r14ntLE1ugLhw9TFRn4+ZUOqeSZu60zkMy/GxkoVudVzMLelIP6zKfrMQ3hVsL4u9tuo+&#10;ps+fq9kbq80n97RzJ8kGcHnshHGi87RyJttgYzvbMrHX8zMw5qzPYJVoi8BRAF07U+5M9sVqa2qF&#10;fcqt7/GVbYcGmEmLGaKFZpt2Yj8lWJ72vou2udRmnyXYg2G8/6HtfAHjtAzazlfp+XvlONjzyjih&#10;PAf5v/6/0Sj1Y2FpEdMzU5idnMPJ8SmhH33CcGQIa6W7jGw+R2M5OX4KczOz6OoqYWi0H0UZPlsa&#10;QN/gMEplXxWc0DUcVIXbFg2U/DvQKdUcHVnaajURtBTmQiw736dCszIKtCEBvlodcwvyfjUcOnRA&#10;3LOCru5u2gfkWeynDz8C12O4YPfFWL9+DPlcgb4fUg69AEu1Kpr1Jjwvh4zMS1jMUR7AIDTOXhWR&#10;StGnEV6m2xqGKmud1JdOQHZYELSo8+SKVbkFG5hfqGJmehbfu/EmnJqeooIkg/2DGB7YgnWb1yNf&#10;kLhYDpOnTqC2mEXfwACG18lqxRkKL+a8Bc8hEE11tlRLLQKdWnqjcigJoAnONaG7jqNQSjrg8UAT&#10;+OLwWZW2LlR5/HQYsLwOgXOBNJgcMkwKYhL0iMHM5XwcEO/e98gBbDs1g80X74CTr4hGtpSCoISG&#10;LZpQGdcTbVSAm2cV66BCzkxdVx7iJBOQPNt6QpjKuEmvrw34rQT62gFCWMh+aN7X1AJTdIPDeFV5&#10;xACMWEbWa+aHJiZTZllIQJ9SLM0XvwLePfuBk7W4YIplNDCeKpe1AfsUYzNwVViVlOHPfQS9L3sb&#10;Tv3F7yFcmJfQNjzxUxs/iYWvP5g4DHRqaDjbhQJ54bPECpNM15CM30DsPBLYdcoV9L72N7D/qpeg&#10;OamK1bSYNDo7uQEs2jRHaIEsmW1d2P7tH6nTCnM1KBXQm3It7n/jC7F83/i/ex8TkCluO/KR14EV&#10;e1CfOIalPXuwfPM+arfsd85sA5eh/MqLkBleJ15XxlDlmZeh/NyrxBpxdf+HmqjgQvOhsfiTWzH7&#10;vW8Rw2z+H78v+rIRJ2HFytCwsA30NRR9Exp4wd6HaV2e+toXUT9xSAE/0nPlKCNMar6F79+C5r4q&#10;HfCaqlaQiuIMOzPUJejVkikPxJf8ngx6XvcLYuxdrWu1HrGKF1WueAXKFz8P87f8E478ysejZ5B9&#10;WHrLZeh/1S9j7uZ/FkYjx/SXboyMcUdbx/IyXa++FN7wMPVj/zUfwr6rXopQ9JV9KCGPrFFNZ5p+&#10;EgS3Q1jFTdZ97lrq7KW9D9Grs9ffFNlsJmxJhhGVX/1UeCNDyIyso3Uw/om/UkBfm4F+VqAPWBU0&#10;iEgkMh3qM4aQf+pTMXrNtXB6R8QHmuSIkqPFW3U1lwJHrXVXfylULZAb9roPXkffgTBO1n/w02jN&#10;nMLEX/8xlu67D8t3T8QGb2AxBFx+hkrtneuPaPzMDiNe63n3S5DddhGaex5CozqPuS/fQXPS0XPP&#10;hKzKr1VeebHo53UoP+05OPlHf4T6vnkxtrFhf07tQ3zY63rlJeh5+S9h6d5b8cQXb4wcF3IulcR6&#10;Lj/l6Zj6yj9gee+82r/WgrkVAf1qX3a3lXH+d+7UVd7UeISiIY6cWK6LvW98AZbvnUiwt9cCi2Vt&#10;L5i/13/hI6gfO4SwuojF+x5A464TEWuG+k6DR/mnDyP7lEvgCkMzXFjA1PXfSYAIZ2OuUOLnQLFC&#10;iHHcl8Hmr/0tZv7pr0R/70f1B/uU513rv+ILzkNu2/noevpzMXfXrZi54caY4aAPRGNiH+wT++CJ&#10;P/89YGGOdLGcN62JJ8Q+eD86amCg56I2WHLnlVG84jmiD4QuZYGqSKftLKdcRv/r3ok9V75E6KNm&#10;x3vsWQGPdnZPuBL0jcBfxJ6QvndcRfZrfuduVK58K82npphsvmMf44Wxf+ARzH3jb0inyeeY/vMb&#10;EzookXYF0dfWTBTAyCP2rr9FrYHY161uJg8+knHw+Bt+EfX7TyrHzhpM/tCKfuBWaGHx1Rdj42f+&#10;DgsP/BuWfvDPQrfKSBYZzhSitncPFn6wvwMwTUXCuGLeVd78TLByLx0OVcipShWkDlEuul5wFYoX&#10;PRvVh36EI2IehZxFTjToNDujX/gwel56DSb+/FMIF6vqHCOjiU6ewOLXH1BmUouRzvJEf4VnASbl&#10;+HrCtiu9SLSNe6otjrLDJEPDFXO652ph2738SrFuGtSenUJnSxtl6qt/hsbJo3Q2ojNVyNRhkLWw&#10;ePOdaO2ZO/e5IX1xveLw9/pfINcVM2QIyYTWSkjuLV3CrsheeLmY2wEWHrwNc9/7Nj3H8p59aHxv&#10;D/WDYZxJ8fqywlZ5AfXxgNhTD7/3zVi+Z9wYU7CyyHTgqIvZ4PL37jdfLnTTTlTvvxvVr/9YzwO1&#10;LkvCdsmMjJDinL3hprPq7xW2QBt4ecG+h8XfDUz+/RfRmDhK0WdkAzCZfkp5S2a//yOEYiwMAOUE&#10;ndv/LjkI1dyjfh/OofvVlwkV4FFIH6UNYBoY1lSxyhUvR/6C52Lh9m/h2Ns/pp0K6hoGQ9/0V3+A&#10;hftuJxRNriVpS9sxwUY7db3qEvgjo/BHR+kUM/HxGxQQou2lyN4jPcUj0Gbd//OHqB8Vp/KTx85o&#10;X0jJCtuq8JT/onLny/UvzjPDv/5RMZczSvfQYUaGLjZJ28votSVhq8/d/E0Ei/OY/8ptcci2dqoo&#10;EJZ3ZP+ZPdi1nQEGuAvjXV46eOX1s9suRLfY1+RZKNTpy6RdJ28q9Xtw+KeY+qe/Id0g2zAt5lmo&#10;9wabvOAEKeBnh5xHDFEzrzQxIfuqp6Oa68Hc1DTGxRn60cceIwO5XOnD6PpBKk4xfmwc83PL6PYy&#10;qFTKGLhgGM1aU+FIYmDzmRKK5S4UijLHnbyzL+ZbU+/tbmRMSkYcNIM7JHxFnK/Ea4vCpmrU68gW&#10;CsgXisjlcrSegpY4K4p94MjxCRw/PIkjh/fTPS+48FKMDnfTRNqyZRP27T2AvXsOokvM7eyADNF1&#10;CWT0MxkU5FwouZoZ3YrOk06UxIavsmuYqFSmHRnKsyLXUKsZot5sYGF+RrwdkF3mZ3Lqm2KezszO&#10;ESFuaWkZ9XARjcY88vku2tv7B4bBBrNUQVjVuHAVYU/sTV5TzGJfbnZU4KKl2HqyLLAswqGZfQTi&#10;McWjU6G7bsQ6IfafAd2YfbjR+eocRzPuhFITi1iilkxT/iHOTgXXQz4r/toyRkkFxx/fj+Wf7MPG&#10;bRtQKRfhF3MKSGMqNo0SK9K5lXblyMx2CVDU3hAJ+nkWuGa8JE7cyUkQj59BWbOEN8Vm9vEIyIuz&#10;8ZmwYs6U1U0sv0QRDw2YQgGEchNjAY+UOTdeq1wZubf+IpY+/T8jL3doM6VSCvHaGcvWRkHJPjds&#10;pt+Hfv3j2hCzrPPrxGbFAz3P3CdnF/PkZkR/h2IDdH1M/P3nEUw21V7NOwT6sIpXj8WKtvKC59Df&#10;TaFEfDMJA2kqt+ie/rrR/xCwT61WscnuuASVy18eoSHqEKgUNPWxZLw6bnRIoecJtcstDOM15GjD&#10;ST4LJZ9S9IvSxc9C6aLLaLGMXOti+cFbMPlNcdj48m1aV8WqdwX7iPPE2TUjDHjTzoHXv1cdOsS9&#10;XXKAWP1/LU/Emip/R0A6CB0wGKJnN8/LlJlmFwHSDdQAp7JWp//1u4kwZAl4eF1F5C9+PoqXPJ++&#10;su6Dn23zMZs2ulG/z9z4t2hNN9qMc6VL3Q7O8txiTRldmFm/DQUxDt1QBtu6a/843og1VSbuH/W8&#10;hz78pggsdE5bQqkD5AlJ9mbvO1+Kwde8HZmNO2leqGkk5hnztTEZwPWzqn/FOHiEBss5lSFwiHQx&#10;GRUubbTSMeaKtns9fRiTAKCQpQMPY/Ir/w2zf3dL7NUMO2cedESdsda53C4yoxvR//I301jKtm/8&#10;BFtlLsVzSn5u+cFbCegzzMqAr00UP4Gaoss8caioXP5KVC57hVh/n9Xs/zCac7WHbsXJPX8hu1Wx&#10;cNeAnU5OjiA2OMtXPFevU62bmcrn4pgUDGMjcO6eiJkka/L8lhPBGnd5D3/dZgKKCDQWjWjKvkeb&#10;88UwwZiab/vf/AK1Yt2zO/UiVgrTn9fzb+OXPo/85h3If/Bz1tpXCaodfRKSURLVB+/A4g9uj5hm&#10;jtaT8iIZ0Xb52uhvfGLFHuZ8xsqX0MG+Z+6b2KesyFK5p0pnyhNf+wJaYh8kdpV77gPUzgprzyPX&#10;nrNJggm9r7gapWdfRXtkBJTphKK+YyN26t/ClguR+80/VKE7YuDXfejT9PrkV/8EtePHMPulmxLR&#10;GDywQibXYv7p4SUwRvze/aLn0r4pD9VKx+m2Omp+5dcNoXnPyTXN2WcztMx1/eFRGt/KJc9D5dLL&#10;on40DAenw+FVdoAC6xNzkCW5U2Y+jV//xwSwGNXJrN3EG91Cnxl5x8fJ3oA4FEV79nVmT0akR89u&#10;PPKICS7bmLBftD4+9XfCtpNAnww13NqlzhTi+fve8B7FELN1tr4GPqD2TrBzWwOmDYrQ4STsTykt&#10;oRw9N451P/qp92DsfZ9C+UPPjTcvvU+rNRDbKLFdEcJbL/TqPeOKSbhKHrUzdqG1CDJ9GQy+5b3I&#10;bNqNwTeIa3/G0WF4TVpf8rx58gu/gxkJwHS4/lkYs5eZBfS553dT++WBeOBN718xz0z02ugHsdKO&#10;4s6THpsEEdA4o3QMc2Tb0S0a5Kyd+9ebYvYfeJSahQCU9ZvRdfnLorY05fla7yuJdaXnpyTwHPrI&#10;2/Q5Nc7NiFXybcrPZMc2olvs46H2lJzWvgiUA1SdY+R8cyLWUiSeqiQqWVzQTv3SxZfRD8knOI5/&#10;7sOYuf5GYh2bjuIdjq+j2e3gdnocdX/p2O55+WuFXfIqdb6gaqiIY9D1s6vncek67obzhf1yXbRO&#10;Rj/4x9T+mX/4U6HPj2P2hu8k2Or/maU9z7hJd+WYCCSfYfa5L8fxAwcwPzOHJyanUF2sYm5hERcK&#10;G7pSzqNUKaJYKGLfY/vQXK4j2z+AUjGDwkAPORMCoaMKuQwyuQKyuZD0p9RbXOc9saMmpY5zfRVp&#10;KW0OlZ/eEZ9vYm52Flmq0qsAdsnwQ9jA1NQkjh48Ln7P4oKLLsD01CmcOHoI2cx56OouolwuYP26&#10;dZifrmJ5sY5qaZmq9MqCIbJuRCGbI5afXGe+2E8kxkVAsV4rXJ9buVIwmt2nIlVliK9sG01ZcY1a&#10;XYY4L1NbD+w9iKVaHYMDA+iqlNBoNbFl6yY89NiD2LfvoGjTBvQP9mF5eUHocJ9y+GVzeWSzGQpn&#10;zuh/qV/EpPcUCMdRD2V4bR0eHWhaUf4hHsa5iEINSTFdidcGzNpDVRUgRdxXVbVXeoZaARXqkB4E&#10;OkxKeqF4jbMM+vI+iqN5DPX3Y//+w7j93gcwnM/joqdciGyXKiHMHA9MBxmHOodeGDG7NeBmAEaT&#10;CEJunqZghwElzfbPY8Aufg79lHYoXdvzmU1Teudslh95bxiLvFAsAQyGMchogFL6TKhClltcG8WB&#10;NgbEZLzk6ci/8F7Uvn88ZlG05ZIJU9DvnFkZZkWaEc+s2x4ZNMTm4vp3hsTvT2qD16CeOQAbzy/o&#10;QAEsPXBvNLZ2ot0nY0gwY9DIFg5kUXn7tXQ/3wljA5ZCEBRgldt2HuZx/38InCp7rbj7mfEGS4ef&#10;pjBShJLShxBpLURVrZkGfUhZNVXhIO5RegEjTdF/fkRPUCwt5cVV9yhecjmKwqBYeMWtOPnp3yM2&#10;QxhYYVhIhrzKv329pnK7NivDTh7AtaFJhlGojTRt7IU6D6n8XeZXyLhOdJC3jaPTHpScpCEZcgsM&#10;g06krVFKHsao2tK/3J0wbKRnVHos1WUCdWFmm8MKaPAdbegHCiRdfvShOOIp8oJzqw772YHyKJeL&#10;tp/8sS0aAIwPKzS+xhBlCjAndg+tpSaWbntUhZg5dgj92blXEdDtKPDXhBN1v+tKjPzKh+F2DxKo&#10;ocbKJc9byL3oEONomk2ospQrYNwOX9FsWUeyNeReaehigaMBGjFXNu/Ahk9ej4G3PozxP/tDLP7P&#10;H6/IsbcW3lMn1H0jrl3YcbHWQ0F8+DWGuDTAmcpVYoA++WwLd/2Akk2rdBToCMztFGyQPe8Xy/oA&#10;bdZ4aM1njtkffZ+mQxCs3b0jg1PaUf0Z9L/1g3qMmuT9lV4/Xxv2si8KW7djCQ/Eod1sDfYPK30A&#10;a3MmZNZto/DwZijB5UDpYu4n9o9Qj5s0YDE/gfpdE2qvD3BW9qMJhY0MbvEz8rmPCt33vEgXyHzM&#10;5kAfH9ZCzN/4FRx//2ej0C+n7YSVX789AlRCnUdA6Y5Q6+UO568+YAXSmUzrzDSeslfrdaj2pKX7&#10;76WGtNYKibVoPVFIb2LvV6hj8UVbMfjOD6Jw0XNVPkXXifS3AipjJl8C7NMHdXngVZ9nkTOl95c/&#10;oJwuH/pjzNzyDSzfezumv/idGIQM12juh3FkgjPko/dtHyAmlmNyKyTAqwAZsQYg1sBaxInaqTHs&#10;+U9zf3RM59dWDAcC+aRzhTlRSKDTEfurofIlygMV81eAaWZPlq9LlmXt3/atAFJNG7Prt8X7IZNO&#10;UAUywwYxHAuAPotDV4Iscr+gvV+Dq4pNGOq9I0D1x/co8F/cP7f7vCivhHLctSKg29EGQStUdkRT&#10;6Gr/XPUTd0jvsHYQiNY0KK2SmsMqYmLhu3fi1PavYuiN71Ofkuc0HfVldEFL5pUS+tWhtevSe5mh&#10;ESyyB3REghXG3MkcclR+U8k0L139QgL6jP3d1PuUsZ3nbvoyJsUacs2+38H6j1LKW3NdbkvZXZsS&#10;oCU9n4wi03YSjW17yH6kA0K9dNyzg8GauanOD64G4l3ao5RtEdusyg7OkM1XlQx1bUhEeeO0vZnd&#10;dCFMqAaBDCwewyhvgd6LHT2+y7c9HLOwnCR5xGnL45zdfLE6s1jO7dXsC6n3lP3l6/1FtTFsyZBJ&#10;rgENj5yLq00G1dchxj74WQxc8yEc/Z13YPn7+6IUR52SNXhbVbryC89D/zuvRfnSZ9N+G+2zMqKD&#10;+8ohyEK96tyEnaTmdWA570E6q//176HnHbr2OmGvfgOL99yOqS99JyXLtDkeeRD7CMKXPQVHqk3c&#10;d++DKJdHMDYyim3b1mFmZhGLcwtiijo08SpdOZx//hZU5+rIZ0uoVHqRybmUF4+JueY6LYXpSNqK&#10;GEPPl3opE0dUar0j55sMWZUDF1AkVoPey+YK8DJLaDRamJ+dIf3aqi3RfjI99QRmp2exbsN5GB0t&#10;Yd36Xjz6wF7cfdfd2Ln7Emzc2Ivevm4M9PcTgEbnMK4WDDnfWy3KjcebDdLZruvqIIGQbAdX28OK&#10;pxFG4buU7k6s0Ua9STpiaXlZ9MsUZqemMfnEnGinmKNZhr2PH0JP9wC6evMolwp4/S/9Mo4dOY5m&#10;o4lcNiutOypswlgeuUIO+VyWin042h/RanE6v3jO0jJquQwdZmWCQI+p5PShXWlWW8VKWSntSYw/&#10;+zNhzOpLIK3E6dFsNl34gxBZimlWyQo9OShCOeTF4suJh9m6dQx9fRXseWwffnzn/aLDt6F7dEBs&#10;zoHo2BDcy9DmlQnERukmlW0cmqvipOUzSTagBBpVqC9L/IRhuKJSr30dHhXoiJ+NWVsMT/RRDO6x&#10;VfqPsbi6iqLsI6pAbLJSOJQRkZMB3xSDVHrTK1G77wZgNkwmRU1z9q3NQRpxhUK5h/vbu5DpG7CM&#10;pVCzkDTl20Bx0UCfJcxDMzfoUANDf3ctg1IBCvVbH05UZYzzd3RMaIrzdYj7db3uhSj0jESvS+Zu&#10;JjI81JrxRzf/h20E/lAGnt2vZKA76iBu2s1UgE7AQw14G4+zb50tnciY8TXoFmjGnfFSGzYThVyJ&#10;1VS+5HLk/+zLOPzb71KGRBDn02nPA0QJU0X3ZIaHo0ObNDTltYmZQgZ8qEKLjLGg50DGOgB3AvSp&#10;zznRXFBhwk2LUeJGBwBlNKkDaOvQYwgnGlblXeUoyK7brKuZxcZLlJtJXNcnurOeg6669tL9D8QV&#10;Iu28JU4ycfWZJl9ooeaZ87qQ7R3SY8AIGCCGSaJahzaSNeC78JO7EJyqizXoqAS/UdL1s89+zxQ+&#10;oHBRGUp6KYbf9THkNu9U3m7pqWWeiemgB5QHFQJfmPKiH//8x0g/z1z/nQg8iRJXD3jofu2LkR0d&#10;Rf8bPhCxUxw3iHPD6gNhfvN2bP7s32DmFd/CxKc/jcbj82vrPbWO0ubQakB8NT8RzdeY8WIOaQ6W&#10;9+0hR5Rit7KO+rcjsEuDspl16xQb0rDHNFhqThDLP/5xHFKfSKR47swteanK665Arm84CreON/Mw&#10;qpjij21KpD7ka7F/WAcnDivP20AOmd5hen7XpByAOuzFCs2NwHepLqZvvyl2hnQEGPMEeDT6f/4a&#10;+q56C+mJQFxb5pP2TOUfzRyU9zvx+Y9i5os3qrXj6CTRBjCS62prt9LXgTqYKi2s7BjFGOsMDInA&#10;MYoG8eKiUAQAeubIJ3S4S3bR0m0PUQgM0ylNWu7a7O82OBW1ylWFKwY+8noM/ervqjHRkRmh5XCR&#10;xeJU+G4QHc7N+lL7uQrYUa839ffc2Fkgnqfn8pcjmJsVr3xnVWb5uTgCDOAupfKaK5DtH4scRxSu&#10;zzQrhznKmbFu45rFsDPNzAphJdnXgEFp1yUJkKA9J0RHDlMxHk1xqPOZcezofg8VcyKMFpxyLM3f&#10;/PVkqo4wVgGSyZXpGyE2B+kCMf8itprZs5kTzZJOIjd8zRLKmOgD17DyXcUiIkfWI4pNLdfV8FBC&#10;74XMSzitpB7IOI520p474E32EM3ZwHJQqmeLGE66YvjywYfRmmqidv+9CN+gT2+OAZTivc5z1XnF&#10;hEnLOS73R6ogaRf+Cp/MHOYUDj30gc/GFdOpfxU4I9uw+MAPcfIP/pROlLGnsYP1bxVFCkzhBfEI&#10;+eHR2G7WUWryC75m3PlWZR2n/aodsvpCxPY22aewADjuR+2niAGHR6lplg4/qlKr6L2SUihAhVzL&#10;fpKNbunxhS64ZO8r9EyR041h8cFbKUWQXfSC2XlXeVysxRM2nKOLa57NvnAQYwMSBPZcDXK7Kvmi&#10;67AoDNlpIydI4MNXyc8oLFKeu877s69j/7tfg+q/7u3MGaKdl4qMpJxe/R95A4Z//XciZ2PEIpcg&#10;kHbiuI5x8rIItDV2kuyveuAi62r9TdcJKbKDogMkW/nyV6E1P0f6/D87W4YjrpxtwqZVehUH85dd&#10;CV4N4EnWZFhCvquIPnEW7BscwIHHD2Nq4iTKXduQ8bPoHyyhu6LqMEgnRMbPkXOeeXKMsoAV+xNq&#10;fW2wmlW2DTRaDbSaNfE5Tf4olaiqrcwZ2Go20VWpoNmqUk67parQMy2Z307tLQNCTz/0yE9w5MBJ&#10;bNy0DqViCeVKns40Gd9VaI1OL+fJiI1mSxUAMSH3EtTjiGpVmFx9EicLdI0GiX85Qt/XG3XMzk5i&#10;emoGe/c8jsOHj2JocBPWjW1GVy9Ds9aH/XuPwMsOoL+/hN7uEQwPbUajXhVrMYN8No9sJivaV6CC&#10;Jro0nGiLcrB5VABW/OstL2A5O4iC2CFroXyEJgFpsS7lqg5k+8mY6wSIunhGHG9iqJWxoS3Zg+QE&#10;MKdHk6xQgyaB41LjpBfJFwPUm88jn8vAze3Evkf24v4HHsWmiSmM7twCJ18gcFCiuzXXI5YfY8nq&#10;uEkATt5ObFC+AvZidp7e0B0Tbnu6nH2IKsu0f0Z+s6WZeu0FP6I8ezD5AuMwY1M1mFQMc2nQleYN&#10;dGVjpUq5ULCstx+Ftz0dy1+4MwYg9VB4wbkbw6nEmJIckfyOzdYhGrHnOK7hpjz5hql0Vs+qq4s7&#10;6BAPc2CyQlHqBx9C61QjkSyW8laEHenaROEDusSAj8G3fSAySCS4mNEGmmNVQig/68Xi38/8+4J9&#10;xqN+0XptbGrGjTGkDSin1zAnT7LFBkMMWEXJjwxYpL2arsMir6L5vOx3uiYU0OP0jGL9H3wJB97y&#10;ajT2zKvDd5gEU7gOkZRfy59/ER0sAn1Y8txQHzJUSgGXmTFlUcVc6BwRKkSpMyRegSJN5YGX80kf&#10;OFuhQ0a1MlZC0hMa98P8I/dGUI7Nbs5v3BrHeSA29BQI7FrzQUlj6iRq955MHoTtapydGNMWo0h2&#10;TXb3lhjtkP+6Om4tUI03oduOeQJx2Kne+X09T3gEOjJ0FgZk9J/MITT8O+9B91W/qu8tvd1xfsrY&#10;WeVSP8u8LBNf/gKmv3JHIu+lAfqYmQtPtCh/mpTxj/8let/1EgzrsOR4jQfU1ibzCRDoEYZgcdfT&#10;cPR334XqD/avoWdCGbNOnw+nd1SzUFSIlufEparpUOE48QFSz4NlceiMlj/42oQROnG+RG9sazLU&#10;x7DBRFsaU+Oo3rzfStLNk3nMzgHsoJUpDMiBa96v57iXPMSZSo/CyKoInXeCfSaRDP+ciWPWPOX6&#10;ICn38ewlY2iIm2dcNxGeL0OV/DbWK2UxEL/UH/+pru7N0QkiY4NGfe+6Ev1veF+0Nylwzo3TA8i1&#10;MH0SB8U6Wbx5j8ovqktnMtJdijctHyW3WzuCXG6tVcNIUuBhR2ksEgADEmxf6hs6DEpnToDGwYcR&#10;nmrpecHUgXGNADFbj5hqubluDyPX/Vd0yVywukpraAE9NJfFh2du+jKqjz1s5UCNlWjfO69EdmQd&#10;Kq9/P+JIAKVMougAzSydvP7PI1YR74C1+WQcaqSCh3z0ve1arQP0/mE0u44198W/pWe9RHzpujVZ&#10;/4lIk0AV33D0wnbGzrf2Hx3uyoMIpOsEy5Jr1rWB+0DrQeNMYNZOKPq5Pn4ioRds3Z7buZnAt5Z0&#10;9GinjwNVkMnoUmIaPSmMLYhBdJsFZRj4Bx5HS4M2so+kXWHYgGotxeys6Bp6rzpzeYcOxydQDDwT&#10;Mmb6LHIERgflJqoP30f9NveNBzD02xPIydy2ZO0q9j3ZbbZdGzEsQ+R2PVWM/V+qgkGI01iEHcwf&#10;I2O//RHdL7F9B51uoyb2jyO/+9tkJzurfPeMzijLkWvnPs+cvyvSZ7RXOUZPr2Sdyl5QjEvfcubi&#10;rONj9EgMepuyOU4ihQGxXXVOaLlOlx+5P65hpx0f5nnJxnKJz0NjohiOyTD39pDyxbt/ENloUSVa&#10;WIU0rEozmU3DmpHYiX1hdHtT6BsndpBbrpWIYYxkGL5rHH6SHajPRzJf5eYbvoE9Vz2L7PRObCJD&#10;fJE24NinP0GpglREjCZq6BDpUCIH4n4zN/4NGo/9FKeuvzFRKExequedV1F+w8E3vD+2n6UuNWQP&#10;a06c+uINKVmmrdy1Ihuo9V9/8QVY9Ifh+rPYsHEI0zOz4qN9Ys8vUnqzdRvGcPL4FJarQCHvo1wR&#10;rxdCAs9kah2PUsA5iiTFLUcbZ1YeelMA1VSB5hS9Iqvpyjx9C3MzWFqqobu7C41GHbVGg147fPAA&#10;1m/ehGKxjEIpj6HRHoxPHES5ZwRZL0tr/fztu8TvG1HIFZEvdMH3PORkVVupoSUALgF6seZkpCpB&#10;lATYg56N5t8qOViIJKdD8CRxbb66SGHDx44dxqlTM5ibrWKp2sKp8Wmcv+N80e4CAZ+Liws4cewY&#10;SsXdGBx2kS9mkfVLYi3KNohzh59BNp+B64k+CxxNxmslWBve7J2PouuKolAVeTTdllocxIhQCXBN&#10;knZH0w9Bh3F5zm1Sox2tMXjI23ynMWjGrOqlNruDm88aj5pMjiobLz6YF0psQ6Ub/c+4CMemqji6&#10;9xBm7rhfTJpRlMeG4RVzcMXgeRlfbJ6e9k6EVGCEuYxAwIjFohct0SsloKY7mhHIqA0HDaSxqLIu&#10;t4hbKuxYfcY0X+XXU3n2uJp8UlnpRMkMcdEO8m7QRFDVYcLodUkBVYweyU4KdMZu6pdQMfmk6Vt4&#10;yfPRuPURtO6fT5QRT4G+NTKWDctDjE9WJv8l44ZHyt3k7HNMno72PCssiMJyAwusig0pFbeW2ACt&#10;ZbL48I8jgx1cm3gdMjcd28PlqmIJvVe/ELx7tI1dZk8W9bv0cueeNoqaTBoPfeAzeZJMVcI1OpAU&#10;tm3T/eFHz288zJJ9RxsxCyJQSxpAjz3rv6h8crov3L4Muq9+EbxSEUPv+DixFFydN8TRRhiivJ06&#10;5CHajAJ4vcMY+a3fwtFf+ViiaqFRQybSwBvIoPLsFyugz3ESfZZg6xE7Toe1uCr21I0OwDagqw/6&#10;JhyY63miDwcOPTuzLDBzyDdhGY4KZ+HKcG8dP6go4FZRisy2ini+sRUbcZzHUW2YThiDbtU7/yUx&#10;idrHmndoTNuAQ2Z4ROlcp22+uUEEipqwJWim+Pwtt8QsAAPenOawbleBM8NXvOI8rP+/vqRYVDpM&#10;ONAbrzo4aVaD9t5OfvXzOPHJv0iGsTnJ0PmogieSeVInr78J89+/A2O//4coX/r8mAHiNsX4uNEh&#10;Ss618274Jg7/3jtUzkjYuTWfXEXs9oIC+Us3Rzm51D7irGBzJHSDmFcLD/4Q4alG4p7hGrGL4hC5&#10;7XHlPQ1kU9oD0fcLd343ComOUlA8SUBvtSqAZg33vOaFQp8NxXrXHKTN/CNGgph1pPOGsXzveFwF&#10;8hzBTp1GNNEuCh05b5vF9nWjNemwpJ1kQGjZ3KV7fxx7yePqAgmHjrOKk6f/HS/BKOXobOqDpDnQ&#10;a/adGIOqmANHP/YxSvxvh1ErNqtVUVrOoaHhRF4qGzQ2/bnyUGyD6/r1FVXRwqhoSsZVu56ur4SF&#10;R34crUEzV9YCEFsRMqvt33Vf+m8oXnKZajflnlJ2ZF3ofcnqqB16BCc+/j4s3XVKrVeTwswC66Zu&#10;uJGuPfPNb2HkIx9HQV6PxeCuATdlGG9D9LshBTpG13VcbTypCxIpKPQc7HnNi4nZGmpGgQJkWazQ&#10;dHuyvQOUVH/5rifWht6H2EFpQgT987qQ6x+x5o6xw93EfIry5a0AAANdUMRPHizddqM3/p4EBhuP&#10;7U2Mud1fOWHbSWBZMdNc7XS0zx8K6Av5Shvt9OImATQTDqh1UO3Ru6P16vWJA+0zX6RZvhbay2zW&#10;k/27nRfPTYCmSfDNvK9DUXWaFslINf3nJtahG+sgk9NN2q4nD0Xro/qj7yJ31TWx/aJTSJh8qDZw&#10;L+/jjW1XxUB4W/V1JKushqtUH5fdVXnj5Shf9vKIgRVKECsCFkOMf/pDaD0+n9B9nTgDTf5UiqBA&#10;HGsuCxhVnnNlcn+IjqOhzgOtwVD5jOIiGde17Esn3sd135q8iA5vxrHgcg06yZB/x6SbMaGHct5o&#10;1rAslCmvIQvCmf4ythHXJJDc8DCiNBXR/HFXrBO7a5Z/fF/UX6G1ZsNVKthmt23VOQQ7tS8CPPLc&#10;p1O0iRmP/H8ZFj9PwcCr3wJ/00U6ZQuihKVqT7Kc0a762yW2d4CRj34Mh3/1t6z1y6JYBBugg2U3&#10;brjh8yhd/BxrfnvawaD6pHXoYRz+2G9i+b6TUbqkRAVq8bmpv/gOWItj9lvfxpjQ5/mLn6tC3Yli&#10;FLNj56U+37c2kRs/18Q+FoeAkw9Qn11kvt1bSxuxbq6GSncvyuUulE5NYnH6FKrdeXT1FDAwWBKv&#10;Dylbyc8hl82Lbwo7Wv7P8xT5KarDbSKgQlUAVcc10dohpw1DUxySJB4kw2plfrtadRH/+oNbMCXu&#10;u3PnRdi89TyqpdArbJsJ8dpjjzyOsbEx9PSUsWP3Lpw8dhQTJ+ZRLnooFnqw9bynotydQU9fF/IF&#10;H/lcjg4B3BRzdBQQKROluK5xMqvIT1fnNuKRTuGETUkgkAv9IM+WMjffwuIC7r7rPhw/dhKbN+7C&#10;rgu24KJLQxzZfwxTk/PEJvTLPnbu3o7h4THUlkRfZQvIycIgok2u66kiHCYJdrRAQtUexiOQ0bv9&#10;//06fulpO1DtyVJIVehlNaW5RR1DzDmTwZJBH651HSGTaZidntXMT1tJIi6OIQeKYq3ptO3p7Uwo&#10;s9ATm28GF4zl0FXO4NFH9uH+B3+KbVMzGN19PvxSFi0C31QCdbXxqFw3oRtX4OWU3FQNDileDdoF&#10;FtNPdprN3ouZepqGaTU7LvrR9myaUQKLtUXAYaiSa6lrBtEGaBLTMus7nMXMP6r8yWVooofSb7wC&#10;c+/5WxWiwOMqb2ko79oYqqHm+zsjY/Emzy1wmrn2lNW/BzqpuqtzVSh6uKHkB7q6WoLdEBlriPL3&#10;1U8cTmzsrgFpOhjfiAnFdJL8AR/913xYM/nOLpmRQTRwgkJXZYyDOQA7ugrsWvQtJUcuViLDMiCj&#10;msdeQR1eqsA15TVdfPA2hFONeC3JvphuYPp6FQZ16rP/iNE/+TB6X3aNCpGm/CI+VMEhp82DrY0L&#10;yey5/GWYfNFfYflmXQnQFEIyeV1k/pNNfTj515+lMZ+5/p87Zvhs+5e/R37LxdGh1zGHW3Mg0J5P&#10;cpjIHHBC+x/+7bdGFecCxFXbbG+rMUZ6330lhbjV9u5LHNLk+7ldW2BCt+xDSpTDxcw5bbDKMVh6&#10;7KFz9+zZHnSZ62V03YpDkvGWx8zCuDhHODtOOcq4lUvGC3QIux0KZIHPJlepfKv7TZdhwydviNgJ&#10;MjxXsgNcnsyzY4y5Ix9+Exa+8UDHrBbD+ASPi5G09szj8Oveg9G//n10P/eVEYgd5TejMXBID2z8&#10;xJdwhL8Ls1+5JVIlRgd0EqQfWuCCMXyz2zapcORO84ZKYPeuW2Jd0WGl406BOOrhHV1iMAbjdnGu&#10;D0NqrGVuSK73xCB88tdfwXGzDvOODAu55loNNKn5ppixwoag/IzMYirIXGLDqIfjHeeU6oS8xsPY&#10;xjI62+vq6YwZpEH9+swElmSSeySBN7jxfhARtSy9WH7zZcQ2VaCHT44Bnyq9ayeKuOLMbd/EiQ//&#10;VwST9RjfDvV1Qms+GnbH2LqOQtUUi6tJuW/MISs6FEWIeUvreMV8lrYWWb6uo9lmqkXNY4ej5N5r&#10;ldPOPGfQBgCNfOFDKF7yzJilRCkSWnTGz4p21Q78FIfeeA0VC6EqmFa6Ph5Yh2MNYizfM4FDQicM&#10;iz2p/2Vvi3R+S7MR5r/5j1HahSfDTLL3KKdt/ocW0d0Ta2DIMFt1eDWxuYwTiVvwoLQTRkfEXxNr&#10;xqxN+M0CzT7qlBmiH2L62/8d4x+4LuHMOZv0vOtKmsSKvOCgfmgm4We1r8WEbecYb6rDLSA7aZ/F&#10;ejXJZjvTGo73XbWWW4ECXBvHjiu9Jfe1zf049Td/oio233BTR88o27/j5q/B23CBAnADtQkl8366&#10;eo2xKHXJkY++DfNff+Ds15dFrN5xJdliS3sej/pr4YffR89Vb9f5baCjWFSs58oUJQ5y/cME8DTu&#10;OilUriKJQOsW40huURonq9iUYdid14Wh/+OTdKWGeL6c5+vwW3WkP/WXv0+Vks356MlQwnkUKRAm&#10;QODsll6M/9V1dPaa+tKNCoAKtKNR6ik5N9z4NcP6Pe97X0Vx84UWUxkR08/VbE3ShZaj9+CH3yrG&#10;4kEVfswsH44T+z/MI0l2tvxree+eaAKY90yP+8LGkvOyM3ZsgNrkKdT+ZX/iQhEuYNkCTOc3dIpl&#10;nZqAnX0NSkD7p7cT49LlccaM+t3jWL73O5j94nfQ/e6XYt21f6TIEhEbMrAqmMVrzyiD8uUvRf5p&#10;n6cKz47F4HNs3WCBl7JyvAH6pFOd2POOG+1FtYM/xf43vlmcIZoxuOciIgQx42BrKcygcfdJ7L/6&#10;3Vj3+Q+j+6pr4igfnf98+pv/o+MCNP9bM/tCK7hWrnGJxIgXHtg5gHlWolRkfgYoFnLIZPtx8tgp&#10;LC1yFItijWQzqHTno5ROoFDTjPaT6HgcWVyj1SKiliFPST3XkuHs0tbkyrmp7GQx2o16VB9CYkKS&#10;2PXwo48hCLLo7h3B2IYe5HMO3N27cf/9D2BmchbdlQpFbm3dvpXaFjSbyGe7KUdeJuuiUMrB9xRZ&#10;ghGhS6VlIT4fnfljYEDuubJmBOPx5ixDaAnSEcZArVETbQnpmRbn5wjwI3C/0RTPnkVvXx6e3xL9&#10;tR17Hn4ck+NMdNMGlHq7xPtF6qtMNkv5DB2hJ2XYsYKsPIVLcW0cspVZ173q4cPY9707MHTVZch2&#10;9akqJy6nPEdcVgnxXOpYejhJiyUDTdGNXYplV4d2BWrYjLjVmX5oA9S0+o8q1Qa6IIjsXOmNyYiv&#10;L9dqGMln4e48D0e7e3D4wCHUf/Io+tdvQO9IL6G5FIDCPDpI+KpwL+WAClpNqkii8vMpkE4Ojiri&#10;wQlxVQyHFm1gJo9f5HEPgyjXHte0PkeDhZFTh8UsRWYSRBigMWRWSDBfFfSM+oPbeYwYPYtEbVtB&#10;A/6Wjci8cScaX3l0RXLVVM4Ji4ryi8h9p7DrqQnDT21EulIWUc21caizzFcf+CEOiE3BTvrtrMIq&#10;0MWqaWPpfuuz4RYrZIBIg6axZ486TPDoXNpxqb6Eh1T8W7n6CmS6B1aAPqdl3G3fgXmZrNsKeZP3&#10;DtbqoKWN/8LOixLJr6GTFKs1xsk7TEUSdOGI6r23Rrn8oufjMfglfz/+wevQPHEUQ7/xW+QJJs+8&#10;A8t4cCKDTEXFKVCx8rwXoHrzAQsIi0ksklVTEwZrXWz2vIOcXtFZRSc1NgBTwJkOTXZ0QiVXeZeZ&#10;ArKofV6gkiZrXeOaSt7cilgOY6Rj9vobrTbJ3Fk8Ogz6lH8mrtZr5jDXDEJHJ2um/I0UWhiiet8D&#10;5w50WEYTgQQ7L40PQKHNgF19Ps7ecXOUOy7G9RQFXhpXPAIhuKoLYOq3iH973/VSjH3gD+LDFjxV&#10;kY6YhFwZl2aMZZXT97wate/tjU3KTsOAWFzV0Xgypaqe+MinkP/qVuRlfsDQjSpfmjnn6txL6373&#10;TxEuvl0cWDRzyRzA3Q6INTrqhzATU0il3JsAkTsBk5b3PRbNlSi355qxpmRRo0EVkmkx6aXx19Bz&#10;bfm+B6PQcIbOT/MR04tpvILFBWEMO02x+katS+o8SVwnEQ8VOuNoxmdO6LxZ9wHFnl6LDcSxqrua&#10;Q4g8jo1t6OwSms2yeMd36Wxt7DSj+5gGl4wdZ+aglK63XI4Nn/zTBOjg62ISMh8YMVm/9WWc/MBn&#10;ItIw5WtkSne0JMvFqsxsQjFzO5+qnVbOWQ978nBb+8m/Yd9r3xOd3xJs1DavgNlnKm9+Dtyurgi4&#10;bO7bS0Aatw4RfA3mJwvjypMyeqLypstQeck18T6hmTiGBSVfO/6ZT8ZVyt24CI15FFN1FFZYvLyX&#10;BKukF737yrdQaLIMbatNTVABIhOezSySI3c6WV+WI5i1Mfz081Ve8yI4PUNxXmFyrClghsBUHfKk&#10;wFZxgNm6Awt4YE3sJ8qF5sYsLbncMsNjHV4hDpus3nqzzlcMAlvCDui/UzoUzzg1CKhx4/XDLB1e&#10;3PUUBeg6ScZPtAZZDDBJO6T60B04KGy7TqUl2tzzluciUyiKflC58qRjzoSO1u5WdgVrd5KdRf9n&#10;Nl0Yg4+u3sudGCSR4Vquzn+pCjV4WLr1kQgQPtsASrvCqmNDry0Ju8QO0ZOhx7LvPE8xbOoS0HVZ&#10;Auh0x0bF/BxHVN3LZk3JM6J2Wnlc6ZhQ5/oaePdvENtUXifjWg4Qsegmv/UVTHzmHxSkyVW0GWsD&#10;y872fKsxCmt3jWPprpvUWLRlzOEq5xTpwsCJo2xkWwubztdEDDMETPeFngOSJOP4OoWMsnuWxdpn&#10;Jtw0WsAx29GsGXm5STEWbrtPq60oY2bHpTFQ3sHyajx6t1oT5vmDmAgT8iRST3r5Gc+LSxh34Eic&#10;u/OHEcvLBhBNLk8J+Emwd+Taz1oMRKtQnwZLDRBoipiUf+Ey1O/5R/AV9KB4Xct7yT2w56VvjRm5&#10;rq9BPpN8muH4pz+OYKqZyCMZOZUcnSc6jFPZmPVw7P3X0X7Zc+Ub9RoTNs30E1i6/eGUaBOtKzVx&#10;DBDfEK/tO283hsb6xRmnIcY2K2NdkMvmMDTcL/qxBM8Xe1C+RKCVp/EYh/l6fJuajebpXIkKkyGy&#10;FtP5y+V9Gg1d/DWk12TVXqqEKz67vLxMC3TXBRdQjrxqVaa0aCAjbpHL+ujr68YFO3dg7/5DqImP&#10;9g0MEpDb050R98gq8NFpIS/a6Hoq9zfT+BCxDgEdcm8Tw0Jlp8qTAHOpHQoyctBo1rE4v4il6gIW&#10;FpfQqNWoam4zaGLjxnXklKvVpxA0R1Aq5qmvxkaH0KxnxBr2hB2RRV7xZShkV/afZMNKUp4qoOvp&#10;dHum3vZKNMJ7ajnEHV/9H3iB+GPwqueBd/dhqbaATLaIWbGpFHSZeAVy6aqygaL4csRhZ0xXkCWW&#10;jAGsqBH2EtWub1PplvOIzE4dRkxCvbm0VEUceQ+PZei6fdk8ujePYE5MoqN7juDBRx9D/+ECNpy/&#10;AaXubnhip5BKtWXiP2RuAc9TB2yajI4Or1WeTkPDVGWaxYTRSRZNueK40ksYg30J8FKdxMznrBjf&#10;+D7MMPp5xAgMrc8G3DL+mDIDqL16MglTDXnKyBCi+5dfilO37AeONtICHWvmmojZO8SSuOQ5elwY&#10;KRk68Jj8azpsUwEtLoEP83f/MDqIM4sabjZWs0lz4zWTFcW+fHu8Wa3GkEqumI4PA35/FgPXfCD2&#10;WHVQJCL7tOeJe38tOqBGB7K1I1bQc5QveHq0RkzRCa5zBJjc1tARYrKP6nseSYQwJEq8m81eGC0T&#10;n/0auq54DfKbdyvLJlAnYcdUytWsEzusqvTiX4Lz8b+wcDRNFLfyoiimztnZV4bxkX/qSMRyaYo1&#10;y7jxwJuxVTkmhKmg87iIg8o/f5VCKyPyhTXo9gFGWiImqo+S4ZpjsO4baZD6o2M6kXUQ5VmhxOya&#10;YSYPeCbMRIIyzamT5L1ck2qMWonLSxVk4Qit9+K8hcmwnxCmgrGL5p6HIrCdDo56jIMwNoqpaqCk&#10;wZt0EEzmynopxj74R2QYhlSYxYRtOwk2n9Sh0mt35CNvw/L391pFTf7XQE0WxIC8THh9QhiR513/&#10;T5FxL5+zKb38cKIQH+kgG/rop1F7+GqVh8bkeQ3Oftg3jDHw+KBf2nGRCnFzOkgULkPAZ8axfOtj&#10;EbsRTwJs6AwN5Shv36pzlekcRUzl0coIK0k6RJbvORkBQa5mbnZSJMAA4YZcLZlSnpknUExmWX00&#10;md/Kjw7uUcUMDSpIRm3uGc8XbfjamuyfzD58WCCXvLQEF84u5hTmoP74gxHhIUQbqJNg9CkgpPCC&#10;rVQFWgE7uqInCxKsqZN//nuYuu4fYNfHYXHpeYVV6bHgVtqTrkueTXlEz94B6lA4e9ctib3P1o2O&#10;tbHFYWMMC397u74ft2DptnFfM+aBkozYIwf/f/beA8yuszoXXnvv0+acaSpT1a1u2ZaNLdnGlk2w&#10;KfkJCYSWhHr//xLqDQRIgEt+UgiEmnCpuSQ3oZiQXBJKAgESB4wLtmVsSbYlq1mWrS6NpOlz2t7f&#10;/Vb5yj4ja7bw4PhiHZ7DyFPObl9Z613vet+3/AG1ohkGPjnCU3EipqLT+La7YOKHe1znhHkm3vUY&#10;ofakxWQSz/v4Bz4J7es2QrR4BReu7vp3nWjWLEBLq3eY3SEj9IG+lvYzYmf2FKDvv7zdtg8bKYF8&#10;aIpczPZLxFUSr7NNzwHc92dDszP22cIy/IoDgxmB7siy6cbu2EH3Mo64aJ7N4CGwMTXKmMSx7C3K&#10;gSOmMN9xyVXsmuwXNgHsGDRtmfRV75djd98y8/l7ewKCWGNfvi0FcDtQloEtMEUbYarPNMOKlw/Y&#10;tasZ51hr0GMl8v5mXB64oDfy3S9ZncBMe5vHpjXni0yt8W23QvmSa6gQkQ+LznFaYjZjhGSKpuUV&#10;K2AS7ksVZVOgnOx7yhjP6evoeuW1zCCkn8u+IQXSiUceghMf/FQKhCMwGLtYVJCNme8B4nZdRYaW&#10;YjfMRArBuUTiC9vmqtJUFWQDbuxHGyq9BqM+nZhUkC5cXlqnExL759+vU7Hl9Hdv0vey5s1ZlSJq&#10;JAI6mXMLfMNvj3Fnc2tcmy+71lvMgxnzg8kdW1qKH45hGEqM4bPTi0tWSwv9zGAfjoOp3Tvt2ubv&#10;h4E3BpA9OffX/18dp1/odTiJlp6Y7fgXjmF8eeMN+jtfZ0VOn4HoEQOR1d/71v+fHO+J7WqPHtk9&#10;BMfxxM277QkmUj0kwSxZHxKPxWnGrtmPTnzgz6Gy7nIoLbuICvbjej03kijwNM/ByTcAeC7FYoKz&#10;eUk3PHxqDHInh6CtXNJjqQz5XIGMMrrnVaBYaIN8PoJiMae/5ry9IJbhLPgLxZFKPCRiWh+c+Sqv&#10;E4GYT0xNVsn7YGzkJAwPjzGRDE2iOstw9bVXwbGjw3DyxAEolxX09vZDQR937vxOuAAWk4FFMZ+H&#10;tkoB2tvLbBAWyloTCqdXjJuUl1ezUYj+mTUKYSai8UOL5J7Ua3Wo6vN75OG9sHXrVhg6Nay/NwkX&#10;rb4Wlq9eAr09bTBn3nzYv+8ROH4Y79lKKLcnsHLtOmL+5aIK3S9kGaI+H7XtkgGIN/8DThCUzCEj&#10;v5eaq4P5AJY1RuHbn/sajP5kmz6JYQLFSFlAPyAWlou5io491HEirpAMkNE6HydsJiHJVmiF/NKM&#10;NqPfhydpLdqBAz/rfGuZbaJrp5jhRq1vGMxGRegqlvWNWAoLLl8BJ3IJ7L5nO1RPjMH42DAhpUgj&#10;jyJOhhr1uj79OAXAKXkyZuDwBiqtvfpgjWaTEWI5n8QitApazTwSSw1Ku++av/Odf1WiUhtUbHQA&#10;vR5h4+NmXMHw3sYB09BVIQ/tb7zB3bfzzL4n/KLEU7aHwpWDBCywgLJLDlMbauyqwHk9o2p7drsW&#10;q0g6RJLpz8Z0YCRhOsRPQu8dpQ+VBY8IJQvEgK3DMlxEMyiDgHrXZdcA9BZS1TNTMZyNfYwCnP4S&#10;GWQYbUzzNswnq/FmiwRNmLx9p620RbHb7E0CRp8rgNfJf/ob0f6R/k1CX+sc0IsZEKMaMc25kr5H&#10;4fwCBzoROAMQ5Z4dB2cq/XzO8DaATX5hv2SCeWKXWV0T0eOiyhOdWkEuJIL67m107ZTIiaaj/8hM&#10;1TH0sb3QJcY2+EXm5Jr1BjOQcRtaPUlzn43QLb5G7/yPWQE7fMC6eGW/GEckKe0uejZnoIri98d+&#10;upUT1iDdGhd6QZd5jlYU/w2/DAve+THLKGDzFKfbxOOowT/Tf3P4Cx8iVp0dj7JcZ1k/zTobSC6i&#10;Qk+nDLWNfrQbRm//jjApE3FRFL06bwa36TE3+J53TwOJsqSyqZut3+WLN7LIb4Y2SzyHsTt+AEon&#10;HAaQtQnQbBVLCIHstoUFkwxy4gycNHu4JGuuOAfRmaAwwwZkVoi9DXSM7pfcCMV5C0hYnxK3uOFO&#10;TTU8BoQY+uhx2HXxVRD2FGZtDwk8dnUsAEDYU9TJwepsrD5ZI8bvfcDqRNrxHDpmo5Wc0n9UefZK&#10;WPGX37asG9MubUByYqd94l1w4uP/wGPdYymrlLuz1yotv1PU+yAtZRk1ywjg3r3L3gsLsHnsRBpv&#10;SnkFG0MldDXoyC+UgWOyPtH9R8lXZAV1vPTZUEQtOTR+EP1Bw8BmHa48VB+61zPs8fZBb7xK/Tu1&#10;hmAsQbvMUB2OfOl/SDufgurOB+3WZmKNMKMTta8XSo6uynlox/J5c1+KrD5pUXVUQwHSRPTf6Ayj&#10;aLdeOzqxhbmvNFv1UvA6zOkMiusuy3h9CZ0TaorCsZo4tLsixEz7bxK6PMJoaaekP4SrgGM68XXv&#10;EGCQBchpS8aif8YSG5N7d814fGPsZp9vKIVjedg2VpE2QedMqjJdH8cV7OKdC/1ByOCtcdul/xbd&#10;wwlPnmPG85d1OLV+ySYxcvN3eF1Bhg2uq8p3yQXplBBzEf3uvOp6+7fQUsQO/LgKYx79p4UVnTDw&#10;O38kMQkn0KHo+OLYPfS+34XGKbdv2eLEOejLWJf00F0XrjlN050lDrNN31gmcaC8bVPHWGKgX/b9&#10;vJ1feA/yfhxFe4zR/wxhatcDNGcTSLsTJyGk22QDw6z2fh65G2gYeG0bB6iLIMlYBUEwrbp3D19T&#10;EthYxv97sx+ElAP1Q25OP7OcM6xRdX2ttZ/sTAUzCtJaeGYujN78dX7OMt9CK4UEtH8zoE28KFqb&#10;29dv4jhBOe1w8Rni+BdZ2i+5AUrd/eCMT8DTVeQ5MrnjPgKIA9njIoqFlZWxsPK4vi6qPA/8xOap&#10;Jhz98mesFmpj9/1eXPH0fpFvQCBAH/53MYCJK66HeR1zaF3H8VerNmB0uKnnRREqlXYoVxC8yjtw&#10;DALL0PMpJiZOJEBdyoCxmJhid1IQ5aj9dXJqCkaGT8Ghg4/BgQNH4KEdu+CB+7fD8RPDtKcXChEs&#10;XbaIELAdO7bDvn37YHh0HBDVwhbe/gULIU8tsTonRNPXHK5DOTLkwMJKYFEzRQVCJqpwUqoSJ8yB&#10;pAPr02C/l9BeX52YgEcf2Q97Ht4HJ0+dJvCzrgd9vRbre1KCOXM7YcnSpfr363D6+ATORCi2laB7&#10;bplcdgsIjOK5kTlkyExhM7sMLgXu/jHmlM7/wzAOYGF7Di7omoJbv/aPkD82BsViG9Qak5DHVjvU&#10;wAoFZQWn/0EAWcDulAiQIaCGX23fsCWvKctsA4/BZkw7CBQLzA3iSYgtuZFM1IaKWTOFqpL65tfq&#10;UNbn0l3IwerBAVj3jIug1t8B92y7D07sfATU+CSoqZq0wuhzLxYte8+sSMROFDtkQ8FEYDBfyJGb&#10;CV5TM+YWZd9gZNpGkrDu3tl0CYnKHAvqGngCJVbskIHPUG6YksjBCOjifTcAJX6vsvFiKD6vfxoL&#10;7PzrZ2SdiTgyBoXFlRd4EzexmwZvjDweqfU04X8rvTNP3P6gZSCYVh9fBNdW8WQxDFva2MLEBRj+&#10;5nMu4vE4PyIdOC18l7Q0xg3ntpahst62fpHVEjIErNlkjZbWLUydix9oGAMFru6xgc3Y1juhedJV&#10;Q+MAfNY/V048Bk3z2FFO7AMX+EJYkBYXARUTTidJK0+vKcVLl9hnltIukWeXeM/mbG8DtqGgfWLa&#10;HujkYufCps8NF+m8zUg4qB27Z5sFLC3e6Mt++oRhSFvMRxIEGXCgvGSN6KEprvArZUXaDbuDzWY4&#10;6pzadf+sFgtwXIcYDIOyuqi+QQiEnrArMgJQAuLUYWptMi1VFvBsSXRjj/JYevYqagcxQSKO9QZF&#10;xQ0Gc4O8XyuCsftvhaGP/720DDkEQYXZ18/ES4BC2V8TSUoxOD/5z39vkxUeg0x3CZPYVgfw+O2b&#10;XgTzXrPJBvBZ5rfPliIgZlUn5Dp7ae/KGvBXdXAaRwxG+PvGbM1x/JzKmotdIA+sh2sYM7WHd9sx&#10;7ouEZ2ZtRWno04Di4couGHznx0isPi+GWEYbjsC/IJ92i8OgFMeHTtZKlyycnfEfee32AgIF4j5O&#10;TNsZkzEHOMT7hqw0SOgPEI/ZiK/yjatg2ee/JalITIUp63AoIP+jv/9KOI0tjqIk0Iyc1IgB+pAJ&#10;RS1kXlKLxyisXMYLRRZASnGr6MSd2x1TOvDctFOAVeDMYbziirnIpHXfmwW0L/S0qTC+nPei18kP&#10;co4dJWAFPjgzfo1+vLk/rjCdZkCBBzwncn24HE18/y67503cu4U+J/b+PlHnXqzlOIXvE8YJyCQr&#10;6PWgD/WwjNstiAs2iCMnBFLMFrDbsLJUDtouWjgr95fMswJnyID/3XHxNRnXjpDm48Rdt/B98dqU&#10;E5h5/7WgtdcqkXhAaCDmOflVFzCYREBf08YaZo+2MbcxnYiaUL19pyv+Pc7btuSGzujGpEBha5Au&#10;YK0x1qLznuH6cn3cmk1giAQGzcSXxYgtm532d51gT963xTNum+ENrs3WrF8gTM3Je38qYypiVp+R&#10;RyCr+tjOGXPs8vpNZHwBKboGWOBcRc58J2gC9Lz5jZCbMyBuxszwMlIvhz/xTqjde9jGYP66EbbE&#10;BzNNGrsG+UV4u24HxgvNY3qCZeeYc8ZfKwwO2DUXwHOYjgUkRrCVDpIXZlmg7+E2m2MocAAfFzFd&#10;ep4oSKlymNjCrN8WZNXjOK8SaT3OUOxD8PfW7bbA4l0+g65RGoQsDDIj1463GV6NB+6ExvFqKnYG&#10;ryPHdlJg6/SRI7bo3ki8jT1gyRscA7mQC7amUF1a2cGmgYmLj4nRL4WjeS9+HRf4jRO6tNIliTPM&#10;IRMF5TKQ2AC9fhwkQKhHQrXEG9K3/v7dYvSmYGzzVt4X1Hm0z0xIw88Ln38ZXPSsG+CZVz8LLlh6&#10;CXR3LYBSqUO/81BpL5CRRU4nQvl8SO2wxgBVqZSQgMetCWmPUGK8RzJrgjU1alUaaGNjo7Dv4Udg&#10;/76DcOzIKBSLFcgXinD86HEYHa3qY/Jxl+n8vq+nD04dH4ax01N6rLVBd3cPA5DtRWqrDYzZauC0&#10;CFrl1wIjWwdsfOGAtVBk24wYMv+MsCRc83J5/e+YjD4GFuj70lHX1zVBwDr+emdXJyy+YBF0dpf0&#10;uCtASV9DodhNDsCoc4xLbyimsoFKx7WMGwWp+9d63mHSlUCbXlEujyJYNnQAbv/Y5yDYsxdycV1P&#10;qJpsXorQyRzq19HKm7AocxI7QIR6pvkh8PclgfP0+UzApwKnU2eoKIFoTAVJYttbQ7mohNh2MdQa&#10;dR2j5aCmZ1+trn+/EUJfexts2HgFLLvmMjjWFsLmex6A47sfhXh0DFSzDrF+G9zTEIzDQKjwKkmx&#10;Dg3oVygUqP239WcGgT5jzJukFOFlAPDySoAmgpbK6f7Z4M2YhCjzGYkcj+8jthYTc1I/fjQfiPXK&#10;1Pm6FwHMPd/DO1uJqqH5FwYXUvWfXE+jPDEmfIaDZatI0Hj6u18lHQjDijesoVysUswcZhWApZD7&#10;la84dBtiEnhBTUbmTSJ0495XvUKPDa4A47mznkC2bKJt+SoJVl2lb7bAAEp8V6+0AICtiMVpK3v7&#10;NQqh9tAW10IlG3AQwzThbgPCTG5/RATiQVpYuUWLdGRCxayyyGOi4AYiAHorw8qyyhL3PM/2Bqnk&#10;t6292F6XdRAMpAIbeiw3ydwbJw9B9Z6jdpSYpMmsg5FEGyZxpsBTApzYKyni77Zd2Qfh3H5pS8tx&#10;hd9z2kOWMq2pidN5m7pv6+wUC8y40edRWbVW2EVJyhXZ3Fjn0pqjde7UXTcbwn6KYdA67sxn5FZ0&#10;waIPf94ytni85KWyzkY4+O+mAD0464585AOiE6ZsgK7855yVvZak9TH96v/UT3Y4tgU6LkuLHjMt&#10;9LqNJglUnVQw91VvYoA2PDfmrHlyhQuX2/UnTGamxmGAis+a3RSlXRPOzD7+WZN9vJdt6zbYsYXM&#10;jChwToX1Q4e5bUaSgUCdMa573PXZtpj57uD6e72vfrmMqTyBN5E3zxAAa5px6CUt1HiBukerVs/K&#10;+qZU2qDAsHBLq1dkKrYYUa2xrbcSI0yFNk50gJdy0oOFjQOw4EOfdywuJZsL/UID6iePwCNveimM&#10;iaC9DyqZtkGTcFNM6zFJDHEI90Ha+zIke/g7I9/7MiTHGp57pux1raAQeAl3mN7r/JZGB4w9cafY&#10;2Fs/8lf0QW7pRWCcTRPltTzTmhLRPYw6u5lsFDkzDgkF0u6NgcfOUY4hQznhUAOGvvtFaJ46QgWN&#10;MBaDz3Nce/zCUyJeX6YDGEXo5+h9PxSWbygafcT2woQjilL7rtUeln2huGrV7BR6hFUbSUG9fMUA&#10;s8GSOPMkmtq7exqwA5Bh/zWrsErfU5P2GNnWYv9CW4Cg/TjhfdroL1vgRMb80Hf+jtovszDjTNxg&#10;NjhflqMV8MPcJzKkVpHnONu7bc0lriVb2sxzUVNo5rwGND3gpDl80sYVKsP9s22LsTt3Q0mobT4G&#10;9VOH0sYl0iVFkjaGMS2FcLzZ5WvXUmufP36t+ZwnW4HGKnNe8NqWGIHH8MnvfBmG//IHNuYzeq0J&#10;B+Ci93cO+5MHyJuTsj6JssYYRp0ZN4FhmMYApku6vOZiMhzwXbZTDtFxnGK0472rbz7M48Qawysr&#10;hZekhxzXBb19L/bWbwMQlgYXM0CuVCZm2cQ2va+crts1x19jqfzTIhvRtmIlzRO/gHS219jdP0rL&#10;N4RB6p4r7/oahw7ZLc90TvH+laTjY2wN5xtLpi4p0NDML2y9RAb64otSz8Ps+ba4oS80au+0+4sp&#10;2gZJq1SGA15jGdYmXiGs8UQdTv3LTXo9PwqNe45Yo7XzL3cv41wA5Zf/V1i0ZCGsWrccVq5bC4OD&#10;PdDb3wNze7uhvbMElbYK5NAlXAIl449gpdAAhJwlpCzpIEU8CFmftUYMtXoTqlOT+msVhk+dgJGR&#10;Ediz52HYsX0HdU4tvmAhXHzZWli4qB+OHDgIx48O04Cf39MLl6y/HC697AqYN28eFIoFKFfKUKkA&#10;te/mmI1BdcAwNPJuKoX5RFb/wUjRJYxP1Rv0npic1O9x/Z7Q59qgXyuUStDW0QkDCwahv7cHRkaH&#10;YejEcX09Nf07UzA2MkpMcjRi7RsYgP6FPdDRWSQwVJ8i7ef5XETxH8pAkaNvMK2k4lzbWv9txjnO&#10;uQJK4rWjJp6eqLt3wL0f/xqo4TppOzUbddBbHgmPktsKim7H3D9tKnkso67YdURfoHGTjUjQ0Kaz&#10;lrTsg2jkGJewICq1O6OuVcClz0AGQhChcCvrVcSNBMQoifuymwG06a/LBgdhnR5gpYXdsP2RR2Dn&#10;5i3QmJrSgySxLbXUVisii0ESC4008DoLvaSAtPsYrW02Y3JPoeNFjNwmpPmgXJtu6Ikj+ixGti2m&#10;e8JsQtlgKBAyrc+BPQ/zAKnzTTFrMsrlSYgxQvwc+8nnzoPKa6+E83Df7ASqpvJYWXMRbUKhaDZS&#10;gNWqeWf7SQOY3PWgdRD1510zCmwgZSnykYu+/AAwch9nq9Ctc/js568gt6oL5v/mf2NgS17c2phF&#10;cyOGtrXrbDXXMKDCBGaFOorXXxpYaFknPiPGrpsSAdaFkVg9dMC287Q6EJpAKPJBGFDCDuSqK5G+&#10;6V5wdInBEbG/lHwPK4md7akkN0kFQS64mrGNV/6wtGCpZX5yQCzOlIHTJbLBk/6j0bv+g78XgVQm&#10;zXrB4rNNiTCj2NNtkZa0KFGpc89RNda165qAk2jmyG7OcfJn7n/z1BDU7j4yK+uHrz1TWXsRnYfb&#10;HOMWdqwXrQU5aPjtRuDYQD7jwACJeJ963/TbUEQRetHI4cDRtawRXYBaqBnoPf61T5MuoTVpCRko&#10;DSAt2j0T2GQZZUpNm5r4E9Q3Gttyu2NA4DnJOYTkNiqt18goXbYeOl95XWagrdWIqaQTdBrrkExf&#10;m87wap4+DlN3H7VzjmLi8JyWmBnvT9SXh/y8BZYRYITLMQlF8Gnq7hO0ThmQx2+XzwQk+Mwz+Zvc&#10;6m6Y/xtvY2e2WNm57VrydFwT8QR1Y4TXoFDVoLT6olkDO8FvEZMkP2rvythmzQ9jYvMPU/PJsqtD&#10;ZXPSsk5uFn/6y1Dq7HXguYpljujY7PQJ2P/fXg1TN++exgj155PXAOIKGl4lBZNadPTM+prYtWMa&#10;KK08E5g4tX47dqF//5U/H2Meo7MBxkaCbuNntW+4nOciMrsCk/xLe6JouSHzreOq57u2UK+YEQXO&#10;xTIwVaJQpc8dXAvz4Xd8HHZc+RzLLrImH4Y1mCFZ92OFUBjtOJdwVBRWlqHvN99GoCWKkLN2dpJm&#10;e4E4v4vWGhG/Za6UV6994vu7l0AroaTmVi/PpBfsAz21Hft4nLQAfVnBtla94Vb2F+5NeB84Vohs&#10;nEWgdhh6wJWcz+4HXRv3Wd4KUn4UoLw8S3m9pz7Y1Ayc4dJM11dctIyZpwpsmzkxhm2LloC7ssYN&#10;/+R7bg0JZ/78Vj1NFbsCKH57AuMUT2/BtAr7QK2dS3rsFVeutbGLmf+BD2hh8XdDPwyiWUPQkDVM&#10;2b1yav92OPZnn2JzGW9NDSTWteQTKXRn2T+NCSy2/5prDgyL1F8jQ3fPAt8bxuxXgxewkzh9bpJi&#10;PtvYz4ur8d7ZeSt6ZkGclq8IwXXzKG9fDrz6dBK577dtuEYkerKxysY335KK0Uz7MMQtutxyL0tr&#10;LyZjoawGf7VjR1MxSoqZLcxI0wWR6+wUd3Kp5oCA7FFon7+T1KkLyJykw0Zwz6btskugFDWcLint&#10;+VIZi033IUDH1c9h7CJMM3INIGnZlnLOEbhnZFyh8RAH3/lR2HnVjdbs5PzLmSvjvSy95EqoLFoN&#10;pbYKzJ2r47N5Fejt64LO7jK0VUq8N0mlNwyZRcfdlXz3EeNIjHwa7nExWTZCjhLTmLTvxsbG4ejx&#10;ITg+dBJOnR4ifb7xidMwuKAfyuUyja1KRwe0txdh0aJ+mNPVAWMnJqExlYdKuZPOZZ4+JzQP6ZrT&#10;DvlSXi+lRSJEMEIVMgMH5S5ACFsYY5HxR2zl2AwhC11/ERurTk3BqVPDcOrECRgdGYaJcTTjmNTn&#10;XdOfH0CxVIaly5bDxg1XwtpVa9kEBAsCVX1NoxMwOjwJhUI7dZdWKqE+/xK3EAt2RvhPVJAOj5Cw&#10;trRM11mo26n0OWAtHHRCWlpUEB/bCof+5qsQ65MluAv1+ApFvTEm0CYVHmoHwGlCjDXTGmti7ga3&#10;9OoTDFSaraaSdFssLsAEFOLv20CXte6s2YVKLAE5CMHWfFkEP0d6gXEjhkqxHdauWA5LrroUTnR2&#10;wY7NO/XmoZM9/SDyAR+HKaABC7yKyCudW8g946Hp1VfsA4nAD9obI/iHzMVGnQdBZNAb/NvYtPPK&#10;RhSYwSCwnWfMYb7v+XgS10T5wZMSjT9xWXHockwtzngd5effANGGrhQwY3QxgvP9vecUrJpgvHjh&#10;lWD0UVqDUZuxKDGU0OMe2yVSLLgWtoIPTvmtsf7v2ncggUYw/bPO9GwNOIj/ufC9v89gh/J1K7x/&#10;z5AOtV31PBts/CzVKj9p88ej+Xdh7eW2Eu3YFJG02SZW76wQsZHG5H3beENvZX8k6UqSZVp1Vfi5&#10;IKtLL9SRAGx+tRjZmrZ6j2uA3jRSgI6X1J0pmXjcqpapiK6/3oF7ns6KaUdIxKmJ2RcA1Z332+NB&#10;y9jwu9dsIhVOD+DN+C319zuEgEAA0wtsNtJIAix+BlMHds5aTTLx9F7ya6+UcRg7q8rAS+69lkq8&#10;HxP33efackLPadIDI0zw2PnCy2D+C18njMVYgD0OHE2iU4+d8y9e68mv/oO9n87YRWV+tv4qkYQO&#10;gE3NXTnHyZ/eYtcLTnLzlnnB1SmsFHJbSeeznmeZQZmCKe9VWntpel3ymDs+nwnvCQJvw7f/wFXG&#10;VUt75awMAL1uXrzMrSYe2wOT0PE7f+BVMDz9pHOMKK3Wopx0/7t/zyvMGdOvxDPJimyrkBH/dgyS&#10;AnRe/bxp6xW0rLFZwMCkBRAwTLLKxuuyXZowEKq793itas4WyJxDgYC+r0BpTg8JUeI6R0mfJDTV&#10;/Q/A7le/jMBtqweVpNeOlBtUmG6N8+dy27qruM3V3/hSLSEe6wPXk5/emy6chGnwLgXcnUEH1QdG&#10;khBmVfQc4y8lTrFtq9cxcBLkvKmds1QsA/iE3X3Q/eprwEoIJUFKfKXVVdpvs5u2d4cwbc1QwgI8&#10;ly4w80wjMNIjCvre+99lfwutGyvFiyqyYIRpw/SlFRjwVlC66gU8btX0fTvr+I+U074ydKXSwACv&#10;y1llBk4dgeauUeuYDOcgYZKELeP5DGMLR3DxoqtpzrgTj1xBV4J3fx0l9/AMYBm0HD+lDecVq8Db&#10;hwJ/j08Cd9+VM2MwY699/XUemBbYf7uiRmTBXWSVV3c9AOdSpz3TeDXXgf+u77zfo5/x3m411gwj&#10;S4Wi6aeT1A3XQerpmZgtdt0qCz74SZlrYWofw3F74A/eRsWzVCGx5bm681WZN1C+78or4KXvgQof&#10;f1yZ/+669Fob14WeZq7pULHOzrIymBjPfH4cTY/fpsWaYRp09PXkyABt6RqJsZQtbvM5uHXan3e1&#10;3bt4P/H06AJQafd4uQgCly+8mmIXzgNiK2E0bdxIPN/YtbMlkFEW3KbPj90cDDo6RXfSzL+01FAi&#10;KCeBwFDgWHqkanXJbY4kn4GsV2PGlWIRMLPA3o/8nF5of811kPPGU+yt28Ry9zoe/LzLFNzs/tQa&#10;mz8dXrj/mXU5gWnFOtoL8wHkf/W1RNQqoPZdPoJcrqjDiAIU8kW9zkb6ax7SUmpgnacoREZzGwL/&#10;gED1II9/j8zlAKamqjA1OQmjo6Nw9MBjsGPrFti+7UFq00UDi57eHlizZpU+xymY1L+DDsCh/rzF&#10;y5dD34JBdq9F4kmpHSqViv5a0uejz42cdhnfCaXEoRC/EZdLkoYBJnkFVFhusnlHwFJvSASbGNfn&#10;NX4KRsaGYP/+/XDvT7fBnt37YGJ0HKq1JsT1Oh2no70Cay5cC9dcez1s2HA5zOuZD11d86Ct0guV&#10;jh59PiGUCtjKnmN3XTwOtgVDk0hqSogUJC2HeJVKsi1+hgCEwBLOu3zERhm4Hq7Wa+3xu2+DA5Uc&#10;zP2NX4FSZ49+cAHU9ElM4YaTNCXpRg0QfVv0fyMLLVJMv2wQ6NikGZXL58QF18tQvE018BcKcUji&#10;1S6ZsXrB4CG7okQNdu5tz1dgVX8bLOyZC/seOwwPPHoMygePwZLFOoDrnwM5/ZAT8lQNqcLL9ySi&#10;jQstkmNJyI3TCbO0c5RQcJtyTNXiJGfOoaUvWqwDXTs1B+7Kp35CYNuCLa06mf7giLouK7ei1sPA&#10;Jcz6QXW84UUwfP+X9Irubpm/qD+tFqSfvfRPG1JuVTcU5w14ybKYpAQsFhyj5poEPQTiDJ+A5l1H&#10;s5DnnjBzhDZKwVDAc6LCV/nGFdC56UV8TsAVLSCh4yBzda40rw/yG/uhtvkoJyAmkQmznR94LoGp&#10;BF3GIDo7ErgXc3t0M2aHVCMqj61ToXXJi2zrQ5gSuE638Srz+Qg2LOqXz0n0Qsn9IpTwyPWT4UrE&#10;rAbUM8KFG9v8ZyOpxHMrX9ZvXVjzdO8jW93lrA6D2kTATUUCq1N79s7K+MBbn191kQ0y2fEv5wGd&#10;YF3zcKHHH4/fdSuf1iyBPaTZdnk/lFD4XhwBcQ/IUw8MnHX+GHA0VGdwtoxcsDjwlt/3mFuRBYsN&#10;uEatmRH1ttFyfuLrn4Z45+jP3y1NxmEDx9O0hxNQUGzGeSgK4HOuexEc6/ljqGNSE8wMJrGLt9zn&#10;C68QRMmA+VGaMWvE3dBASI9HZKiE3uf8PCq7pZXL5b8aLkuUY03ufMC2LQdJGmzMOr8Cj6RMrUw3&#10;roSuTS/0mCUG5A1l3WMWZl5ck2z7eADWKbgwp4fEyKnlLUnJe5/7vDDMUXOaqBG2cM05TKEAJu/c&#10;rq+TXXZJNyZ2gXXuykFY8emvUKt+Ks4QqubkIzvg0be8ARQ6PUvLW+S3PJ/t1CXMMqoPyBIvzOud&#10;njylEtvIuh5ODh2Gqc3H0+C/akmW/pOZByb0yi9YOi0xTMBpb1FUSNtnBL1v/SMY2/xyaO46bQsE&#10;nOkpkGXmSbk2C5jSc3KJfOXG5TBn068JOyaiAntodAjpGSXgZMIhxUBiwCaC8tx5emwNQP3uI7bC&#10;EsI0nOasr3pBz7mGck7RGJdu/CViGkbiyD1DEA8Td958xvRktu5vUY/pYvc8m3+Yc3OtuxHnL2LS&#10;USPm+2FPkO/nOT7dPMUO0Zy4AiCe0/aMgQx1KL73NT02i/r51/bssx0PKsgmu3m21+i9W6FPeS7P&#10;UpzIk5NtyJ1ZqKUecfzWcdm1kJtXhERaoH1XUxxQvb/3CihfcKG3tvD4xVtw7C/epcfiUbtfPRU4&#10;CyYGLWFrOiX4ATPGW56hpft6VdnqLMV4tuCzcQByc3p5DwuNVrzr5kiM3reqUb6IgMHU7Q/J+ian&#10;5e1VfkcSufBuGNAxXA89k3qC1yn5A+k+877JGtMJxVjVk0dg8u4TvD56ZrrKYw2SNmzCTMyoXJEi&#10;bd4Z84n+I4EQxnU1jvjzh46QPIQxuEHNYeUFMYWFyzJscAG5rfe+9f36XF8Gjd3DIusSWFfiRAru&#10;lulotNOD87r4fotzJG7aTdNyHbriaPLCy6HauUjHnFhAUVR8srqlEiP5a5EhfDVwLQ5ZToEkKHJ5&#10;ypGazTphH0gwS6i1VueFjRrs2LYF7t2yDaZqVejunAMXxkVYsuwC6OqKoKu7C44fOQqnT56Cjs5e&#10;/b0KtLcXoLML6HyKxdB2UCKJi4EzJE8xDsQGivw7sciqYWstk8/y3Bmq17sm4UYKqlMNaiU+oo95&#10;+NBBqE42Kb9s6Bz8kYf3w6mhEVh30SqYO3+OPoc2KHSWodKWg3JbGeoL+qDRYPZpqYR6gXko6Tea&#10;g8huIPJNj79/Kmtw4vCwGQvLeK3EQMNeZZ0IR5UE+gsxTH7/dqj99fehMD4Mo1M1CPUDgHqNDTWQ&#10;bUa2wwlrRSkGsGJGqMShtwlxs0EUTGMVbFx4HY0vsYL21O4q5hlsStHq0AvTXHtNRUPFgbQuxFDQ&#10;D7ZND6CVKxbAgnVLIDe/E/buP6AfyAkYHxvlDQZ1rMCAlsyEMPy6hPS+AkrejXYeMfb0g0fHFhJE&#10;bMb0exExHA0nXzESi0i4YuYhgnj0br1+cILZoIyzcct1JkoMHXhRNL+fiCJ4fukiKP3WOtfy6Ikv&#10;JHBuleOn7StmUKG4bqkTW7GVcKcKS+38RmdOP4mpx3axE9HP+aWEIm1xI9EQNCOl703vtAEHvYUd&#10;x207WQ7A19t5xWXsdOlpCmZhiDqHOR5vPjhHmjMb+0lDj/Qnsf0yTqxTLYEhotFhPmN8261Wq88k&#10;OWGSTgSosJk4oDzf1wvGCdcgA9QSIALWeR8Fl4C+vvnYLPUx6qBj3Wo+ju+c5iXy4AGv2EqE7ZzV&#10;Bw7MyvHxXnU+87lucKAMgr/oE9BngE5uk6jt3TVrbdqmDShcOGB2FJZwUA1nDZxl/gj7wbQPgafV&#10;Nu9Nv6zXukusyYoV8vb7YRSv1Y2AA9NT//zPT8ryERg2/fhoiu3ESWXiRLrseTIQ2/6SZ2fKI/3K&#10;fkknf4W5A/oaI8/Nbnpwazf+CBmHW1y05RfoZ9FKLuzoFlZMnh55rJyu0eSW+7lIkbSk/RmTaMME&#10;VF5b1cAbf1d/P7CtwhaEIuS1MY2NzWtjaFsLjWFM2zPSjqGtcrxZpgetJi2Mk+KVvVRAyZJpk1vg&#10;/bdCrJMaamtJPNMgYEbfKgT6uro9loVb21CTad+rXwPJ7hFohC6FTsJsF2BahI0zeWndBd4ca9Vt&#10;iu2cS8SrUB3aK6VIlhww1/RUUjMymnLFRSvd/PQcG4lNYkX3JIbs7oPFH/wgRH0Fr8jE19nMpZPw&#10;ny/aJxrAEScjphWn7w3vcKy9JPYcQg17PJdypk4/9IjZbDpO7rh8vTEotR0ONuHNUittKBd3Shwa&#10;LVrLQF/G6sLUzq0pXTM/hpiF28dj2iuIBBJ3GB060+ps9un6gZ1PaquejW+8ghfJK61dMfP1UeIZ&#10;QTFitnx166MuuY6f+Lk1Nh8hfWHHwoq9OFkAIKNVjPFfM4DytRd6BVpmo+L5dLz4Upj7+vdL14VZ&#10;W/S/dV6JmqUnP/c9B/JGALPkF/+E4yu8juKalaTNVWjdN22nQiCGkrwv1/VzqT2wf1aOb5jSlQ2X&#10;Sm5ixnFojTRY2y/h/RCBFr0Xj239McRDtVQ8rgJXj7OMUpknucE+W9zxAc1YNPBiiWUS0cVuPHg3&#10;s+LEIdcnJyrDTvVYccTEUzlP7zBmHU2JDY0GcSLxanxwd2p+oFGHa0XWz2Th8kz5DcaeuB8v+OCH&#10;IOgrWTNMS9MOA19hgruAz+fOfopsDaiaZ1rTUf7tBa8hEwwC98njAmXfBPtI0HcgTuE2huyUw3xF&#10;8BV8GE3U5KvWod5sQrVeIw3G6lQdpqZq5Lw7NHQSxibGoVRqg4HBATJgRcZbsRDodwHmzpsLlUqn&#10;DgNRtqgAhUIIXV1t1L6bzxdozpAJa8wYUBQEtuOUzTg4TwqoIIbn2yTn37jRgIYAkPWGntu1BkxV&#10;p4hxeOTwUdi+bSc0annontsHF164GvoHemF4+AQcOngEJidrMD42Sc67+OroqEBHpQjze+fCvPld&#10;0NFZgnIZzWGDlgB5ditNIcgDQHAdL0oVlCwYAQzkqjC2+RY49cWvQlttEsb1gyhJhRMZbs2m8lpv&#10;2bwiL22rONEb+Hv6psSNun6IDb0RNK0gI0bW7LCS1vFL5y2BdWB5vFdOnH6TiMFBfYowpY+D1dl2&#10;KMKygR5YumYx9OqNs9aMYfzkKEwMjUDUjKW1SVBrcvHj3nCLMgeBc+wVZxX8XKSHBiTyq2hQ4oA0&#10;52j0Cxn8MDp+/J7m6gJn0LMCdz/pHhEzIbCi2gacNMfpeNkLIFxeNN0mTmek1Xng/OvMe4EEVth6&#10;YrJDZJ41jNiHbK6swxVJtSeBqbt//KSUfXw8w6lO8392vnoTtK+/xgZgDRXYsXTsrz8Imdp4A9a8&#10;Kq26mMCXwNNwUlkTclPUNAw/j9GBQvUk1o9rQ8BMYB7zwvQL4hRYObnjPqeDBX57V8CaG7L7BKGr&#10;iJc3Xi9MPpBE1dOYwe+HoQ0u8M36arP3ymMbrbIRqnWJNbp9hoFmzmvq/jv1A6rOylKen1uA3NxB&#10;5wZnGQpyPAJSI+uSi2v75I6HzwVvyQQYFFeuZhdo04Mk7n2Z5k9i5a/AGPfiYmbcCgf/yzsYfAiE&#10;/YnBmWq4Vm2pWtH+o481dtt3oXHPsSeFeWMwVjU+IVquYO89Me6MroYBAAVoKK2+ONPyYUX59S+X&#10;9R6WECtFJsG0CRrbVjQ8dmPoCExtOWZJBymn8FlcuyobN7E5hmhuGoYM6QruPXHGcRacw97kg/0d&#10;r9oEbZdcSwJIeK+5cMDz6sj//IAdI5R8hR4rTeZHLMVJjObb9JrnG62cEWjNMPYDcU00SEl+cIFd&#10;j2ceQDFU9ZpnQDclrrR4yoUNA7BEGH1JWHImEsJWHN36E3j0LW8HpdcSTITC0BlHZDWBMIkk/Q0C&#10;DHofdIWiFma4US43IJm+j2N6Hvuu6SapDJ4irIjEf05zF7g5GBids0j0Po1AvPAzI5ZmWPq5v4Cw&#10;rygMJaejCk9SeMVLIbvtGRC3G/f9y54le2dsW1LrelCc+MIfy6MKnH4ouDXJtbLz35RWrbdSB8at&#10;G8K0IP6M5+e1qRav7IPC3N7sNGL9e1Nb7mcWqGoBaGclwWFHWxtne3q6NEcTFyew96OCcRzTyX/O&#10;GA29eVnoH5z5+qLQPuPJ++8ANVSzJkGzdW7jd/2bsGNd5YVZWcyObIjrEjvKhlB+xkZPKkJylhVd&#10;sOA9H6MY0JgL2RbOsVNw6L+/J627GD81DBDMOlboHxD2ote7KHE3Gd8IcBxJ51X9gbuogDMbQLAy&#10;QHq5S8gtkR3DZHShuJiFeyJ3lnFL4uQ9t3mM5CANoLdIeeBvtK1a6YIaH9AXcNeqmEhsM777QQHq&#10;ZB3w2ncT5UxOaCxErJ1nC/zSbsxdCZG0uIuEkhTsxu6+JT0/EmfWgidemL8g2xiWvKDjsuth2Wf/&#10;HML5ed5n7fUoK68gjXlp05Gn+SsAzyVdYnJTTMSvuRdeCaUlK4i1FuoxmEdADWMtcM61AZGiQloz&#10;Ak+zxziBc0kgpPgWHWvHRkbg9KnT9G422XkXgbdCqcwGaPprvoD5TBWq1VHqCEXiVbnSDoMLFkCl&#10;vUyRFJKz8gWdF+SATC5CWZNyKM+G+yYRu0LBmdy2paRSgp4KqBlIjD59HmPjkzA1Pg4jp0/D+Mgo&#10;TIyPQlupCNihnKgadLSXoNwGsHLlQli+YhmcOnkajh45DvUGiKtwpH+3CIVyO8WuCFDmwoI+YJ6O&#10;ZUgL5v14hrBO6/Bc1hKZiDi/cywYB0W9W+AFqhJAZzAFtds2w9hf/DV0PrYPao0aBM0GFBD9VgLe&#10;xcwkaKKIomI0NNaBfxTXrc5ds14nsw+FSTBWo4jp5g+o0F6EP0vP5LtkTTEIhGM2YUgIMS+2OFmb&#10;egeq6+Oqeghz8m2wZEEP9K9aAPVKBEPjY3D06HGYHB6DoDGpk5Qa5FDgnuibEggGgQw+19zTJFcY&#10;pl6iSGIUCRBICURTcD3u/2etvkCuKzhjlUqlea1pBiOJSAdQx5ZHStQ4k0Byp3GKoYCuWIC2N/yy&#10;BWgCf7E9v05lXs3yKy+yxishLRyuYmbABMfUiGByz0NnBaFnNRC0wuXOtRVnRu9r3iqtsqI/I8zY&#10;g594N9T27IYsPcYmYS5ddQNT1xNPi0xlC0YAHNAXKac/SVo5Awucs2OQ8CZrRJkjAciwCiq7Sf3Q&#10;gZQLr9XBEm0gE4sY+niupwDdz3yhS2KoCgkp4A0MQyXh/qvRH35n1sJIAiDWXjItuQmlbdiOGeMQ&#10;ps9r9K4fuQr2E3yVNq1JZeNcgY3PKJBOa9noUUh2cbvfrLiRysrWsfF6umbT9mGE0GeaP05Lj38c&#10;y4dSMUMHDnNeda1O0gfFdMMZfoBobMQixcAO8HzPq/fcYkW1n4wXXsLU6KRrpxVgCZRLbEzFH38H&#10;95i2RcvObYHC4wwMslNdizaQvX4JzE1SO3L3DyFsKiHZKbeghLObSJUWrmAQNgqtEQ0mz1Pbbofm&#10;yYa9RypyYva+hulMYJS/Fva+9q2iaRBaSQs81uFPvAtqD++2gL41qbHaRmLQgW6YNO5CaH/mc1Lj&#10;L1TZQT7/nIxZQyTC8aWVK+iY+SwyCDreqR4+7D0a+YwN/XDBZ7/M7YcGXDMMaNTJ2/ZjOPjG34Hm&#10;sboztlGOCRqc4+gS018orFpnFfUNk6eRTBegp/MN8jC1d2dqHqjAytw9JQzEbNKG53XyiAXC7ZoE&#10;XvsLXrNlRXPSWV7/LFj62f8BYV+B29W8PVk9ScWE2LM2xj2659VvZjBdcbLCC2cCJz75+/p57JLr&#10;btoCj18QMYCfWUM6rr7RFuhiMdgI1Tm02XvzBW9dXq9Rlv2ZYYmZ0s+kevcRma/p4s+sxE/I6ll9&#10;iQP4ItOSygW5SIwlzM3G+I9jpycnfvZNMsgxPnCxV/va9Rk+IbLPGIF3i0PN0snjPZva+aCVJElA&#10;WJGmSBvwWDMdBfj9Oc/59ZR+J/5j0Z99BArzBjk2sRQqLrw89qF3QnP3CC/rcueT8KkBtmDOn9M3&#10;FJ9F0pJUWeWlgLuAEp3fmnmFJJnZWh8imfftV13HoJ43txLfolZO2HSTxGPDVqbB9u7Kr+VU2r4a&#10;PyY/sMzKRhm3cls4EyYsshupuKC/Tu3elTbR87gFQQsbv/SMfv38B2R8Nu2V+VIs1klXxxFIgprY&#10;eq9dxO1YkEeAhYm6rOczorVycngsLOAs+stPQX5+zur0Ga0+FbpW6FZjtKfry65PMnRiCTKsQ3Re&#10;j8tXvB7KxYhbcLHgrMdNU/AdJXiIuddBkDZoDdCIpVmHWnUK6vUq1JsNqNYm4cDBQ3DvT++HbVu3&#10;U1uuimt0MgsWD8IFS1fC5Pg4HDt+BKaqo/pdhYmxccKCEOzrnNMJ3XPaoL1SIV2+SKjnQWDGpZKO&#10;zSbhNLWGgrHJCZjSx200sdyX01M6T3JYGL02Gg0YrzVgdGwUHjt0ELbeuwXuvPMOePTwUahWx4mp&#10;t2bdOn3uE/q8TulcpQTFtk5YtGQpLF22DApRARq1hLwdcrkSzSvUrsxFXFILSKuoSeQwJaAnt69F&#10;XvqYzPieORYSzSFDITdV2WbEmw9eczlsQnX7fXDiIzdB/j698Mf6xsRcVWQzyRjG0LNXB0eROJUY&#10;Fx0CRJCmiXp3zaa+6Bo06w2ibpIZhmKHExJIFBON8PEAsGnsP+6tRnBGxXUw1Ee6XcoD6ZDZovLQ&#10;VSzDYF8/dMxth1pQgxOnh2Ho5DgE1SbUJsYgXypCAat9uGjj7W9WGcxTzj6DQE1xjAnEsZeFFJER&#10;xppg3MoL1gHYmpOYhyJ9TYFn5OGuMfCuFRdXWTF1YIITJweJZUeyHo3eiJ6xDoq/tti5V55rxvI0&#10;fpnkqPOZz+NmryB0iSJACkSilkhJyKZu23VGNurPC/FrFSSe96bnQ2HpRRxoiPECAgrq9FEY/cf/&#10;gMlbt2cO5mgTnD9AuoXK3+TUud/LJBBmiuKAIr/mEgIhEZSJUXcj9DVGInFADKgNhViGx47ZjcSC&#10;joFLZG1FSRKhzpfeyMw9qQYmKkkxvgzopaRtCSvPI/9xx6wFYlSBv3BjCtgz1VdfVNtq1WEh4uFd&#10;s8Z6yfcvIt0cOm6ciAt6YN0Y3TNO6D6cvuPfXUIwG8EwXun8PHRcep29dj8QnXH+JGnQITDsJCTX&#10;NBV03PD/0DM0BjSsVcYMsgaxyXPSQhTaJOLk13/kGGxPChqvx0BHORXt2iKRMIgY+GnI84nZ0CVj&#10;Zd8co/OqZzlXZ5UWNzdAsl2z9Jyo79zG8yR2YJsP0M/G/cE208L8XqE3htLyw60Ro4ZZ4CVOFqw/&#10;14BTn+z8Nz0PiotXi9N0YNkmzVNHYPSfbobJn2znBCLxAn3pDmjqINL8XSyDvzR3AAorOh2LWJ17&#10;gmk04XDbNm1GpbWXWVOQmYstCUzeuyUFTCGjb9GnboLcnAHbnumOp2B02+3w6BvfBvHpunN9B6ef&#10;mpwjWplI8oR/1nn1c2n8EPtRNKiiFqdE236nHyhqQplbLbrxT73QQ/TL4sN77V7JawrIfAxdkhuY&#10;+836sngf2i99Jiz9ypehsKrTst6eLFEx26UhN3XOG38Z2i64mPcXfW4N0r/S6//oMRj++g/189hO&#10;cyLwTUi89ai1AIQADF6XGTOhp1+lsk4AMDqRqI+3mlr8UoY4Z8vFD+62xmQ+uB/MEl6F19NxzfNY&#10;y9jOx4SABdQ4TBU9pANh8rYdTxrYF3qGa2QaKM+aNGjXXZlteHN1B+p7d9q4yHT5POH9XaFZyVbK&#10;a8z+ap4rM6Rjdnsm00JGwKN5C6Ht8n4B2QOY+86XQ+f6azlflLZfPucIhv76T2H0n7faYwUm9k6e&#10;OmALGnMV1l5h3V0TMSCzBT2JZcN8AYzDbG3PzrSbwxNZvhBL7M1B5ZLrneGZsPsNu7IeJxIfCWNS&#10;//eEfm5sBKSkyMHmj7aTwhAHZKx0IvAfGHkM1tS2re6mQyXMSZeGjukPH7UFPADXeOgzCM1/d/zS&#10;9cKqBQFfPFMTYUnmpAMHx1rw2HaY+Pd9Vk6IwLjItZRiYaJ6YG+GuRGT4YcthiM/5uJrYdnXvgrF&#10;5V2sNRi5+xF6xZzzzD7PBFGeZxR4nVv636UXPRPCnsU6bmdNu4TVgvW6G7A5VpKWXiPjVproLFPG&#10;7bpN0u7DVl10ph1HIO/QQdi1/UHYt3cPnDx5DGo1JHA1IZ/LwerVq+DyS6+GnrlLoKMyD8ptFX0y&#10;bdCsF6FQKJABR1ulDQqlPOFK7P4bCVsP8aZI2naBTDampiahXkWGYE2/kZSmpIZGFSGaV/V6nUDH&#10;R/c9Rky9oWMjcPixx2BijBQFYW5PD/T0zYPR01UYG5ugtbxSLsKCRQtgzrwe1jmmbhQl85GDNQbS&#10;Q8G6nFMcmQlZNtzsDMRQGbDMkyxJSCeEfStI172ooFzTJzC8F4b//u9BbdsJgb4xkZ68deSaoQtT&#10;UqCNFdl+knKwCYY4XWEVTTXwrZN+/eTwndSqiKhBEDMYyK62yeOCKEEQTAP9uOoh7iSBclXtICSn&#10;X2b1sEUyHhtpnZU5c2HugkFQ7W3w8L4D8NDWB6E+Ng7V06chxF5zwieb1DpogDpmIvI7DFy1BL8i&#10;oh3lmRocN0VPSt+8KGKjBARNzd9QQ26Q1h303ZH8f/N/BwSS5ERFOzYpNp6LsBHxvyuv+lWddEep&#10;APR8YSLjJOgpQtjdb4XeyZnNuE2ZVh9kEAmzYnTrj6FxqjabslePHwybKlziAP/c3CL0ve4dbrMM&#10;eUdESv+JL/05xCfqkJyqw8iWWzNFcxwc6IX7wmW21S+r8Ujibe625VDAuVjPwcq6jZSM4AYfSaAQ&#10;SjXdOctF9l5P3r4j5UQZekl4a1BRWNFFLZ5hUiV3cJPMmOCX56EweuRDh772SWjuHUmxYJ/Iq3J5&#10;HyVMfC9YbBhDpGbsGH1m/aNr1fdi9I4dLmF8gq+2NRdZd0nLJoS0XlLiSRPU0F3Pcx6bDbQ8uqBH&#10;mBLyTMNAnm888/wJ061LnkwmBGvmQPemX7EMLQ4EcX1lXcrIuBt7TpPDt30bkqH6k1v9x8vo7LLX&#10;b5Nqo6WDFUJyx5WqfMJAXQ7Bgxnnl0ymviK0X3JdmkGq0jIQbD7hWBNTOlDy76+v4TRbgWxp1XJ+&#10;HgRCctsBzTcdFzQOH0yZNBjX5XNq0TNOt/ML0Pu63+NkQ2IK02p64kuf0Gteg1wcUfvJFkA8gAyF&#10;lm3MEIaWAZFft9y2vKpwOgiWCewGx2yme7J2o3Ninmn6hM6QiAxYnr0cVn3tZmZBiMSClSfQX1Gj&#10;7+Ab/5se442UxIMSt1aMeXx2dhashhl5Ae2DtJYRwBewFIEpVrQYiNG5PIDMTZ5r1NXr6zYlT41k&#10;KQmZcYk3Y+rALmKlYLurAb0S03ofJHasYOKMY9oAgXjvy8suglU3fQPKz17einP9/GMA43jbU9D7&#10;3buksNOgzTMiZC4PR774CWrhbJxsUnu3dbl/HJDPvvQ8Kek5YCl6stcG58AOpXssw7+ydn3aMGiG&#10;1/Bdt7hWv9C5r88W2BbN49gOUkz7kLTXaB3Rz70WO7bf+P230d4EwZM3fk1x1GqrJajP1gf5Of3Z&#10;4je5UeO37YDAWzPVLO1tNTQxGsYibD3F3KbnTKZfzvnUrBeVDc+gJ9j1wvUw+IY/kHg6JIMGs09N&#10;7nsATn7pm+kbodKu3v/puQHGWBv6dcw9YFnkoXWcBwe+eXcbY7yJ2x6C2XgCNC317cov7bFaxeZe&#10;m6I2HhvHc9Nbopv6eU3dezTlmmpyR2pVDVxbL35mfnUn5OcOit5nzGZnsubbeSNAIFJ8mqf05999&#10;1BUSRRI4ZaYXuOJ8z0v+qzDDWYrCaL7agqjETjGB8Akc/+bfMtDoy23HovqlGHVqHNyVaX9FnUD+&#10;fJYOQj3C/JK1cMFX/hHa9Xpu5PsSI6wVik7q+VfKsMQ4i1vWYyGEtle8nnI7JfJB1Gsp0mVhq1YL&#10;ahKLG7kKuDCM3ZfI6hsdHoZarQ7NZpOO0T23HxYuWA59vYvo+8eHjsHo+BgkjQja29thcPEiuPji&#10;9TAwsAQ62+fp73VDe1cX6fIxN86x9tOELeNmGxDgh8ebmhiHoWPHYejoKe4GRcZfYohqAPUm6gbW&#10;4MTxo1CfzEP3vIWwYtVS8qs4evQIjOu/z4UN6O2ZCx2deahP6fyvEZDha6kcQGd3CSrtJcp/Cd8R&#10;Y53ErrABtfe2Fll8zGt21jIkG8SkSEf/sxcZmGp3AHX9cNo69U879D+OHIbRz/4twP/6G4h37oJC&#10;owF1NakfbF2EfhW5SmFrXqA3B0RTSaAxSawZBwJpdbRSHp+A6uSU/vcUJHW9waKtsTIXqKxhxpnA&#10;P4sWe5eCqGkSyPcUo9BcycAHji24OjSq6eBGP4SOUgcMDvTC6o2roLigG7Zv2wYP3XUXDB18DAI9&#10;+IoInhiqqiWXmw4X40wXC3uPjLwhl0PxRw6gkL2YxGwvrZDtJzxW/m+j4WcbtKyqtQUBA0aBY2Hr&#10;NMQJJzLgTKBSwke5ud1Qfv11qcrK+cJEtkC1fO0aahNMEmU1OIxgc94wpKTqhLvb5D238ob2JLTx&#10;4hNueGL8uLl2vezZEKJOmxE5Fi2V6tBxOP31f5cqgU5u7vlhhsVckgK9KbatFEFoZKbGWRcQl+Qa&#10;fRHUwMDRWlhZZj250NOzk6SUWkIM+0k0YNTp4+TiZrXFPJAg8Np6TSK74EMf1vdhgPWsvMUyJyeV&#10;0p2SYH/opn+w5zsb7L5owYAn9s4XaNhNDBpLACyCx83TJyDRCXICs+OR0L7uUse4SYxLpwkGY1qH&#10;YwP+oeug3pxMi91shDP4PDquWM8Oj0gD9zZZZHjMNH9SoEDidIuoPfqXrmIGH+Ts/TQVbRtg27kR&#10;07o7dc9tXpT85CQDxEaolK05iQ+ImHanPOkJcpAbm7b7RX1ZynF0jMoz11jgONXG6zvxhZE1QcHX&#10;1P2HeGkALy+Z5XtCWkYEOOTE/MIE8Hmo7nrYN/ybduOygM1mP+t8+Q2QEwDMAKnUYnryEIz87x/a&#10;JHfy7h9x4m6YdTZJSdJAacDnWtFrXjAtunVGCDOuzy2GRKWN6Gg4P9VifbYXAt9mHlWevRKW/+U/&#10;EyvDiN5z+zqP7/Ftt8Gjb3w7xKcbKcA2tIURxdVjyL7/m8/Av2m/do0dV9S25btOhnlKJsldWlql&#10;J++6xYK5PrRp6tNPBWYOtadGLKYy8dN76T4a8XlmrYSkQeWvxZjosraok5yg5zlnAFZ8/ttQefFl&#10;s7Z+Znk+idzY7pfeqM+hH1JmVPqN7Wwj//tmm5hVN//I6maa1l2/8OOvT/jQiitXcXJm/ITEbTgz&#10;89ibq6ULN4DxX83UxvvwHmvKZECCaDaLEZvWUmcBa5MHLvaARDRuI5ItMsHVuF4/IqMf+CSMX3+b&#10;MtdPVkcLBrPFBwFLz1SHTkCs4wrDmk5mCY02n3XqJ/9mnSF9lq/Ri6M11wNwKldco8dVByx478co&#10;DnBM07w1STr4B7/LMgRJCmt269JTYP2g8Tg4wPlAklhZDgOf+Qx+nlMRNEeGCHifrb0Wj4gxFu4F&#10;Bug3siB2DKDZQeRoomN3/RubD4IzawyMzI6att1Bee1yq6dnCwMRazz7LdscUeu1/7GHGcwJHQgU&#10;yTFMu6aRUul6zXV67+6Te5eXsS4dOKLdZ/YaXLemHnkIhj/3PevmG3p7jGUMxgom7r03w92TglWY&#10;k/UwZ7UCsbC1/HPfho5fu8zeaSMR1AzOi2D5BVrlxY5mWBdefBWE85dgAyrLqgmFXpH0UiygltzZ&#10;hJl85LQbJ9Tlie66aJh6YP9+eHDrQ3DkwDDU67z39vf1wRVXbYTly5dCtVaDPXt2wuY774GkXoKO&#10;7rkwsLAPlizrhaX6vWBRL/QOdMDceXkol0qEw4ShEpwm8fY8piOSC2/C8wB1+E4Pj8DW+7bBfT/d&#10;AseOYmvwOOFVZOARBsQ6bDRjqE3VIR8VoKd/DvQNzoNlKwbg6JGDsH/fAajXctBWbIPFyxZB59y5&#10;kM+XoFgsQ6FU0e+ADDhySACjdY39IgKRfSFsDHmQ4hQcSDA72zJhuYQOwMAS5U6oRycbYyDaD8hO&#10;G9M/LMV6oS42YGJqDE7fcTdUHnoEim96FSQrlxOoRi1YGEQrbi816K5pSSWAq8ktZ4T+6ofeQOAP&#10;J59eWKKCThhy+qbkc2SEAQYFPQOjjx6aiUzE/CIQZFmmrQQb5nqEPowMQKKf16E9X4BSoQIwoBei&#10;fA3iPUOwe9sDsOLC1dDZOx+CQjudV1Ohzg9/bp0ceBWzEYEHlWIET9h2+nfzEbm9IO2UVQXl/AM2&#10;QVfC1iDb54QdelutO0jvD7UPFTMUc8REyPGgoGvNM2qNkyoK6fCVG66F6i1bIbn79HlW3zkkA8WB&#10;gdRmRiwo5dowaVsXlzvcCHtf/37o/+33SaUymLHySoGlsZXXW+X4vvvhsVe+BponGjMHBFg8tUJX&#10;eoFd3QkL3vlxy/awVUa9IR//7J9A82ST55/+u+ruPZKsGP22BlW5mgIKGWYd6mNgwFvZ8GwYgq+z&#10;w1ZGg5ekhalDVyls1rZ1K9NVUPDPObD3pKHvNQbk1e2bucigprN/lJCEKbHtycPiD/8JtY7GiWMT&#10;Mfhj7FHzFpA3z/XIX7wbGqhXR5owKhP7JPTEaGkhVukAvbh6rW2RJVdyXIMUlyC5tSVwz0rP55E7&#10;/81dWwZtHRSDNzpY9OuhEzzOzSlCEV1q/SomOGSHq1sqdfeXfPzLAB/PbjVoAHADrPng7NmSEVyf&#10;jFg1s1DYiRnX9SY5ooswsgC5fquAYbO1rVmf0pdyVfQIpmMxCKQ1oHrPVleYUbPWSXP2ZE0CXXJ8&#10;xfti7o8FYRVVq3lNiR0wHWRbn6g1tN8xvXKhckYC9vcY4MJ9Fdk+Y9tuJxMYS7o4A8CTJRkJU0zx&#10;gMFHCegxVm+/6pe86n9sQbT6yWNQ/emRlEVf0gowhek5Zr6yULGybcfI4F34jo+Qdlzkt/7oYx35&#10;9J9CE1mickMn9+72BGsj7x6nx7xZl9qv5DUv8c5DWdavyryHmN9GQyJKaAM4o25m66v6ELfwVn79&#10;Mljy4S/ZZJnBW1l49LWObr0dDr757cRaNcuGOtP6pdL3OtP4ipg9EokhgNHnolQpERF40gZLRDOK&#10;Y7e+N/whvc/+EkH51D4o1/7Ig/Dob7wSqsPNlJtjai14gglzogdMELMA+9gP7oLkd05AOKfP2ydA&#10;Nlgx/5E2sjCMvT3brDl8X5Z97EtwsP+9MPz576ba4VrBTTNfsuwvFmhzd8wlzQmzgAfe8TFhVkVO&#10;G1Vfx9HP/BE0h1wsQbp9XlzSqtvXOgc6rnwWnIR/sPusOZck4/pnpQywpX9uv70KP+Zx4zpKSTss&#10;++hNAB89y+crSLftq/ScQrD8sZe+2bIRqSMqduPGmlwYrU4Fbhwq5eA2ieV6X/+HOrb7Az3udUyi&#10;2PzEMuMh3ULpztEZcdX2PwiP/JbOiXRsl2S1W/dkFUzImV+xKmu5kWKt6l3fmxaTwSywa81nNXbd&#10;D8GvvJKZPcr1btk5FBuAOKSL6LruBXpzmA+5eYOptclIexz+xDuhvpn3B3WWgtCT8QoCZ4Tn60Xz&#10;fwdQQTA8ZvCLYuXI6VGEZ6hojNzx3XTs+ATBFrw/GAvZ+47auASSiXYianlHYOML0st96IEUO9KY&#10;MMVn2NnwU3NizhHKzEeANgqNAVYkcY6S9uUEJtA8QxYsKsQrznOD1LzlWH3BW//Iqx7w+XFRmsky&#10;LFURWfLB8c9+2DrlphiT3jjBWzH1rz+B6luOQAllRGIuKPt6kvyZeS925Hig9ZHgen548N0w9Nnv&#10;WY3wSA5k5qRqWaP9eOVpkys3XREBMYfyi/8/xiBC41Eg62BgYJmQOiEZzOKNLG4mRIDA596sIdg3&#10;Ao8+9hg8tv8YTE1FsKzQD5X2HN3ctnJRj78CjNfzUKp1QS5ohyhXgkoF3WtLEOZCKOW5tZwM+ihG&#10;CSkPU0LACqNcS4pu8Cie6LHgNCOj49DQwc746CRMdo6Su28UlKk7DaUHsH04Xyjq+a9/VurVnzmp&#10;v3bD4OI+OLR/VB+7RMBeqa1dv4v6MA1h8WHHaVGfN3e10f2KIqv1TF+NG3QLxqWUV6x+wqUkfH41&#10;BXGNmWYRAkyxIRA49phCww7SpakTIlrS/92GyOfpEzD211+G5j/9E4SPPQJJbYK0uQqqpp87UnPr&#10;1D7LsTcz22KjsyfCn8gWRqNwfcchmapCc3wc6qNj0MD3xLj+dpX1+FTiOd1KW2yYgsdS+neBbO5R&#10;YIANBtfQIITt6vVD1p+L6G27Xq0GOudD3/oBWLB2CZw8chwO734Epk4ehfrEiP79OrETm/pdThqM&#10;66F7S2j0kaUNGhz4EyCKm9dpFy1ADPH5AJABJ2PFQJKpIvPb/IVi4AA1DCDPoKBx/g1yNLiRJRJj&#10;yzHqWOnvd7zhRXhDWTP2PJaXKZgprbpENrTEBulOSwKcE1XgUc8hcj2HZ51unPz7CefYt75MbWfZ&#10;qBeBJw8UwNxXvYJAu3TA2YDJfQ/B8FdvpXllEpDJOx5i0eRQWIvAbmI5muSxdURAvTxss+i47Bpq&#10;FTL6VSojGGHmX6oYi/N69epMwSrpmakmTO3aQnOBtNGlHdgw/HJyqV2v3gQr/+X70HntCwGkjd1q&#10;LJoNHXxxcBblOP61z8Dpz33PasJk3agNCBApT3DYYx3O2fhMy6iKjOtn5HQfrW4d6tXpSVnTQXNs&#10;3HmzVHUDF+jkvY0A8+/ydWuzRbJp9O6cBPuYUecSG6PldU4GD2QolDC7Um94Uz/dwi0fXjDrWA1O&#10;t7WCGjKZJ3ID6iMnYfynRznxC3hd/bkHQPIc8wMLnIi1FSBnCQbDtjSJenrXyhbwF3SwT7pzjCJZ&#10;PR2bBIehdcnDOT6++bZZKfgk3hsXFwM8B2YMSmsxBdhBZCv2E3f9AM6J++QzhMghjdcmBKLmv/rl&#10;VIHNq8S26OML28BGb7rVG+KKNMuQCcqTtTnjYcuXXEPufCYxYmZC9p3TjlsDLgwsdGyFcGZQHVud&#10;u9/4fFjy4a9Y4xFjIuAAjdvg4JvfRm3KicfciWbp+RpwpIwO0RKDmLWUgL7EdFg4sXOhHmZa37lY&#10;5gx7zPvkN75IQB/E07fC2UqikAFCSSg+V33/jv3jF86g65oThmxsW5f9PaQZhxa0Isd7/VkL3/lB&#10;GPzk76XaJa0inNGAyjj+A0+D1m9hVKEzW5jz6ldIi52MaWQb6HOZon3/dmfQpt8Td+ywINTMrxja&#10;17t9v5XRkWVtMnenvHqZXY/qcZBqP2cph9DGLY0EMiUxvK64tgZi45HTPccvw9/+ezsPsXhkmczS&#10;vphfczFrGvp7p1c8ItDP0ClEUxZvPMUkUeTmsWq2FLfExVlcZRkQjOHUN75EpkRZma1h4sTrLWNb&#10;f22/+vpzQqvGd2737kN6TXqixXD8rLF7t8o1s/YhOTtClDLMyhuaO0kohND1jCuFVdNw7Fh9jye2&#10;3gJDn/9+Zvbzzxvoo6Hkb0FefIdEmMqG68R1NmZtaZlbfP4egzVhSYPazodm7f6bIm9+cElKSxwN&#10;7VirOWIxPlPwkzlfxw6OjPMXj1FcsMw+I+eSC17XSiyxY8gSBzovNuMjkAI/ahva+ygFp4Uf/RPI&#10;zenlADqQgqdoTLOOmcQxMkaOf+GDMPKtLSm959brEMyQ9o6Rb/yV/E46H+P70Mg4ACIYfPvHYMEn&#10;3yXgixsPoRelGS3pp5N5h8/897eE4kuugqD/AsIlcMPLBWJWSvkuAm85AvRQXk0RqNaAWrUBY2NT&#10;+j0OI2NjcHJkBCZr+qeNEIphG8RN/bPxMRgem4B6M6Q1FwG2nvkLYbCnBxYvWgFz5rcTCNhWKkNX&#10;ewcUCxXI5/Ik00Ja5SE7BmPLbBiww22gmJXrm1iEyPbX63suH0GprQCdXWU4dvwgHHh0H0xOxjA+&#10;0SA5Dzz7vF7Y0N23t28uFHIKDu8/AGMj2H48BuVSByxbshzaiiXo7OyAciWvzy2nf78CxRIz+Uyb&#10;85lMNELvnpqfB37j5rQ9MjzHt3vl9J48THAetilH0nHHqHpoCHncAcMBrI57EryPRTLPiXNw+HgS&#10;fPNmGLlvz9HO177kg7C8d/94OOdoGDdzWA0rFnL1pNEoNHXEZPVtlArjRIkLnGumi+MkxJ9BnYcY&#10;Dp58oVDXD6UZ5XLNKIoIuYiiXFN/LwlDXN4QOg0T8/vQgpAqiAsBsUuauQChN1qw4lzSbObq+pxq&#10;1amyaky0Q5hrlpKwkO/sSEqFoHNseKJ86tH94ZzB5bs7u8PhWrlcjfPFepxTYTFp5PSDySlBh+ic&#10;uRncHDuU44ec6AVhHOtj6rc+R33egd4zFX1P7/S0guolNudCPHpKSOPTxwn0qcbdhZJq17dKpzzE&#10;R8bbUMc9NQqauNDq3Ajl7PWnTkxeENbhA7b6fx7Pm2m1h7arnisVOxG5NVpb5qsphVEyYFRcMUMp&#10;ZAIDkJ0ZmWBHB6wTP93KCWUys5p5INRynPjFy/tg/m+8XTZl8KrTORj6yqdtYIbfxtNLTtZg8v7b&#10;oePiq9hpTwlrUSrbDBJEZP6CiyP+vLLpQhj9xlZrQZ8lHou9DdIE2ziSi/1LMiUbXOnLQ0Mv8pGX&#10;Q5qNZp5OhjHR7H3dO4h6n5g+fXGHCw2omtT0elKUNpNQrrcJR3UAMfTRr9tAOjwHIf7WtnjDZDDH&#10;hEUXcqAf8dOyQYpp3zXXF3GFcWLPI1ykSLIHe4F9FoHHfgIo9M2s6aMUBqAFV7UNQzISykWQrWqE&#10;GoSRSxoj+X1mh2ZoRTYMQ5w7yOQbPspaMpGrprs+VGH74djZ0A8lnxXw+BdoWVDxYw+RsK1hw0Tw&#10;8+8EMkXCwsILrFlUaEHR0DE76WeJczFABmgSZwu2sFX6qudQQGOdTmVQuKCYL5iYf6hLtmsHzEYn&#10;lP8ZvrEHFUk2DKZ0A1kLmQfEhE4+swLqyq6TJtcO7DwtPqMf5v/m2xkYS9hx3DANhr7yWctK4zka&#10;EKOm+sCPoXTx9a6l/awHD6G86SIY1wlGkJj6szq3fdMzFahcuckN6QzMvvYN10LXdS+y62Adi6V6&#10;rUCAiaQl9PeGvvDndF0Qpuu1yWzs8KHtBoXK1c91YEjMTFHaY0KwrGUGcxyzLMv+gBXzfMRnbcAe&#10;0vy7d2uK0de63SSzs70zC0YYm6f/9lvQ87LXQ9g9QOeBAX0h8mQmZJ0mjSeRn8gJMY3sMCK+aQgQ&#10;zv2V10Fu4TI48Ka3gTrRYCD8Z6gy8FOU/w9c3GYMVwpXDECfngO8z4geLAbh+oKO3/QZ555r2CbH&#10;6jC+5cdQRBOgGZ8PX3fl2nUw+u0tKUZl5oKYDIN830K7z7CGGC9OPrhmmPbWsAjyM5+fbcWPeD8L&#10;IwtqjP/rnTYJNy1kOcW6UbE+0NyrbmTGD2pxR/nUuLVrZ8wMPte2nqTAUp7HeQGEA8s2DAPTiujM&#10;Gsbvve+cWamJmJmxiyofvrBojT2vs84tYd7W9u5Lz5tZZB7hWESWNraLF7r7hMoe2mI2eOuciSlD&#10;Ovc8F22UqaJwHPTY+94nbKn//OwkiH2XUEiRYRJhiaK+GwFduDZ4z8SFLabCXqCvE/pZmJxhNjoL&#10;cj1FKK9/Ji9CAQPMzC7MeVrGHKeFpvh/x0OZpExMfInxBbH2kDySCNVRnhuv95EtwIcE/m5LjXF6&#10;lLEyxHK9Zg3Cwve8H8qXbHJah6ohLJTIfi6xEnO0esCpW78FQx/7Bzd2z7C9mT0ikhTs5N9+E7pf&#10;+gbId/daN3u7h6ncjPsTrwENkh2Z9yuvgeKCpXDgze+Cxolq+taJURI+fiy6N6OnB5XGGC+ZOFQJ&#10;AaDjRa9dqZ/qwZAXPwT2QpZOCvXWqSM4JlolSn+/2YwLtXq9MDE+2T4xOdYeJ41C3FTh5ESj3Gyq&#10;Qm//8lxne7Ucw3Du1KmjpdqRRqm7vfdU/8DgY8U2qLaVyvW2/kUEKRXLUbXQVh7Xx64rlUwagBHE&#10;Q0F5OY3LXzlhUsZ/KnE4TRQVcqVye+/A4OCFDz7w4Mu2btmWdHX1fXvh0oX7coXC0UKlMpzLFcNS&#10;Wy43r6e/e9FEc/HRI8cXj5ycTNo7eobb2zqTjr724e55bUPFUnE4l881c4WwGahAh085mylSzKyC&#10;kLQCvXMIQh+zIlJa4pNs8G8el7iRLbyzYVTuyp0755wHfH5xXg/97qa7bcxwnto346vtij4ozeun&#10;hYKF/wH81qMw4AqmD45RrYLa1TMEK7johUKTS7idsbr5iAXTZvqEwKv89735d2yramhp7wG1Q43c&#10;dDtvhAhpN5XVsJrY/EOorL+ORUuD2AIPzI4VwCAIbbRTWL5Kf/ZWi0NmCccC2ezNOouO3IkefN3X&#10;PjfDX0cWHBv83Y/Bwnd8zFWLKcCKhBWXs5owCOQ1SBDWtJDUabNGowqyVJdqe+30MTjyZ++iJAYP&#10;Qi3zAaRa9s61yhWKWC0+ThRuLlFLWJBqY+TynyTLpN/nxlR9637eNA1IkQVsUVyt8tnBBP6uviTD&#10;8CswyYmCGgazDYgQ6KAwUPkZcy1O0CIri4AAZi5KJ4uP98LElNr/Am43OnXnD9OtEsBOoHHgklu8&#10;n8WVKyH9W2cBE8UNb+zuWx0YCk+e5A8BwQuWSwKbBkWdQ27oJZG8pjTHJzN9dnFjPxs22GiX0Qca&#10;59K2E4opRU7Q8gkd7MdRStb1Z6/seskrPisziTouv8S2Q+LxkdVv3Babx45QC1SWFcTkgqnWGQHk&#10;+/WaR0BTqCCy4XcMjf3bYfQrtzmXYQL8mLE7cdctUL54E7cOzTB8MHAtrVgJo2pLit0XeMnFTMmS&#10;1RHqKejjXm3X0izMPgb6eJzgfESgD0HxXORYdPN+83Uw/u/va8UWZ6l0L5V6HGPYgimtncwwY9MV&#10;pQI7no0OJY+5YEaWMJmg5EMW8UeToii0BTVs42sF+hIfzZwNZoxKa73GJ2pw7G8+AQPv+Dgltbkg&#10;Zw9OrZvGEQrNhOwpNKCmk9GisGa5pZnXpvZLroXlf3cT7H/L66G+ezRbTNCSvIoQDe8Lgjvy3sD3&#10;d+DNbwWrv6dcoWbq0Ydg5Mu3ORdM0xKMRhP3/AjaL8vADlP8jGkOwBZ3689hf5RtBdo2XmefORkQ&#10;hSoF4Rp2UIJt7qpBzsczsR9jcS/n1ngEIPJU1Cf24P4HITnZoN5+bNVWxigEE0D9j/LlfaxtTM/T&#10;ma8BFZT4HE1xBGMMPB+SXAhaW595HKGcTkTsQtf6y7X8yAIxtc3HLHyb5R6avSoWIV1c90pXDECx&#10;a/6MQB++zJ5T27I/rZ84S0BfYmRk9Lt2YBcEcwYgT4CXxDSmgCzAqZGToHO3hTjXcXHkE++CeNew&#10;61N/KgAakF7G/PtY2MjPIhHjt9Ay3pxkBY1pHMuSLzQwxpul/AuPVt60lphS9BC8IoxZ2xIbEzAw&#10;PXn/3dA8WctU7KO5vqqT1n5qqQ2MgZU41ydGwiqwxV88fu3uw7a11eZSGwb0+1LouOIa6Nj0q55c&#10;ScI69WGeW78x9qFiFiIQzIo9/a83wZG3fzQVb7TqOfudILaT6EQdTv7tR2HwnZ9Ig5OGpTRDAMAM&#10;eiPhoNfzy66DpX/3RXj0Lb9N63kgRWkD7OKnNQOnb6p+wdt4TfeiX0TAodHd0TbZtqC/mvFjzO8N&#10;PRWv8YKli4c3XnHF7t/8rd/61ll/ccmi4UvXr9//f+uzPO/h8Av0Ov7597+1/sDpNaDOrCFz/nWG&#10;YAkNFox4u9duawWHfacx8JxkTbteMMPbc2XEanPtkW02CckSC5gWusqNK6BLb6Cu9SG2zrZHPvo+&#10;yzAKBOgzBezqnr3c/hLEFljz9Wd4RRf3Sn1+qGFlQaasba4YNAvqh9eFhiKoMZTr7s/+IPyWaDLT&#10;MSL7IIlXYJNMoncHIgpNO7BQ+IV90jx1FA79+e/Bno03wOg3t3DrrgH6YqePkAUNSsLpiXEs7cVt&#10;V6y3bQ/mvlpANQxFvyInrSwRjG75McSnWLhZxdndPkPj/G0fDBCQ03H1czPd2lBkD7him1BSCyQj&#10;UMgwfsVcKHbuyTSw4mxtYghaOEOJBJqHHrEQmGnRjn3jCKkQFzo7+HyzJvSobzoxBsGTJKzuYY2g&#10;+grQfsFafs4kQKycy6fcfx4nEbfVB9y60hyZyPT821YvB6sdFoBtqzYuqa7dJSJgdnzrneSSGsWz&#10;cIFS0bbC/ZG1lIL8yks46ZDrJhajrCuT6DidQaH/8fYoHGLlX1qlk4Zfsy1FJEcgkNDBj/yhdf9T&#10;Mv9oCdDnN7VnDxdYoizhTQyVjc+S9hx3bUnGQN4viOSWztOHLDhjnixHT7gtjqUx89a1244dfX+7&#10;9D1of/bKVIseZ2VPPFs2LZi4DybWuUh5+1zoGH3Sph4nzhRmpvUjpblE4uh4o2swtu+B1DSdBs4n&#10;s+cWbsFE2eZPf/57MPKdvyGtVwJuBMjMG00pD5zi55B3Ol2GaaZCm2SXlq2FxZ/5AunpGjF8yLh/&#10;puRHzU2I3bpRuXGlngMvkvXW04vT53z4I+9Nle5N0Q0vtq7nQJY2a8MmQ+1N61AfsFZZlvtv6jOI&#10;bLQvWc1umuaZW1Mcp3GG+yK18IZ5J71xljfOYyzC4rzAsWPmFbkmH9jLRxKgzw5fSdBxTJ+R2RiF&#10;9vs5AfIQrMHnyoY4ITPag9jtdzI+WJs3mhazIBN06pEH6QEQ1yTKjmX59xkvr7JxPZsjZGCI4rmj&#10;PmvzdC3dhgqzF/+bGHRi860ix9GiAekZyLEEAf+TTCS8BzB22zfghJ57CiCbAsCT8EpaigqtBe7y&#10;FZfRHDWsfRBDRstkpEQrb+fS6JbbIBmqzZ7BCILmfQPkIE6tw6HPXvMc5w2TXI/d6sG9mdcf0gO+&#10;8ALR4otcm73ieRsEoXMqF+MrBHQv3rsdLtm9HS7aK+89D8LKr91M7bBder2yMYl1blbS3s3xgrKd&#10;CREc/MBb4NDbP2rXP799N0zS9zGB6XnTqc9/H05+94u8lsVgc7csBkFkAJc4tBdj47alF8HSz/wV&#10;5PR6brdxKXT7Ia8Kf/HZNGELO9QwOI//r7/44/PowXmw7/zrP+HV2Let9/hnvvGHevnppNaV+Okl&#10;HvqzvrCibRz3MPCPkyS9gcqm0VBGXFys41W2ndxsmqi1g45kjYP7z2nmGebK4Lv/1On1iF4Mbuwj&#10;t34Tpm7mzR3t4n3tH9ycqtsfdiLKEnA3PJ4wa380JIBrQOelmyDsK0zD384KSEhebVhE+EmldRdk&#10;0mRJb8guKYjCINXypZo1G+QDsTHqwC1WATRPHoPDn3gPHP3ke2DvK58Lu6+8AU5+/nv2BqrYO09j&#10;mhD+DG6DgXso+P221Ze4gMvQGg34YlorTOVfJwOTm2+xjmiQ8fimpysRxofJn4rLO0UMPQOYQAlX&#10;g41MEpO0ZHu4iWIDFAuciP5FI4gyugnHFEBxFTqE2u5dVocGPL3HSFrTjYJyvr+fj5th8FFwp8dE&#10;dfc+6zT8pL30hZQvWiyt6Pzcc5Fol6S0oXj8cPKaELCS7BrN9PijgYXS8pJIEho6oDUM0+NTP5v6&#10;wd0wWx1Sph3JGJ6Y4A+/dD/zOVbTip1auaI+tu3H5LKYNdkKVFobxjh8L3rvH7l1NIksk2b0tn/V&#10;a95uy142RiysI6igtuNhOBdFu9L66yE3J58y0zqXYoC51R0bLqXEwcyZJEObtmHMsd4St5GS4U9g&#10;wHQEdprQ9asvThmrJCyAPCuJfCD7YGj7kWXPUpF1MjaMPizCkORDFj0kAybpfSulZRkWIUbQP3SA&#10;vx+rhMEs6g1LwYBwJgJheT899OFPQfX+WyT5dDqQFmgLeHPiJFrZYoUBnY1OpTG5KC9dC4s//QUo&#10;rOrk9TqjhoCKPY0+JewuAdexoDPw+3/CJ2WKR8LSHr7tX2Di5odZHN/T0UxEF3t8x75Mc4DXpYS0&#10;N6OeHEtw0CNX2Q0mgF2ow7m9BMxjfOHHUWaPbzQZJC1C4pjwM28fYFw0Y2Ua+Hlc1Q/tTwEzFqiJ&#10;+V4UV6ywwKgDIA0I4LmoJg1h8zXp/JpJel1NOb7TsUNejzzNOpy3tYP7mPEjMUdwjprH5hraVl0s&#10;8WgGTUN9Xchk9iUWIJm9PdAAwPh51d27yana161uBVTsf+vzzytnNlQdOgpHPvxx65mk4ClCRvDE&#10;yHzWmPlRedU6jkfpmqXdO3RrBreBJ8I6VTB5z+1nLWKd8+kpNOe4hNriDeuUGXfCWhPddz4HLuLX&#10;dj9oC0NZpm/bytUtz46v1zLkjFlTQ7R5USYkFkd4/YxtjCmEAbNfmPHJDFqWDzLxAtYMh772Sdj9&#10;gquJoR8ERp7Ek4H09cCD9J5r3madPPKhT8HUtluFUSqa2UGW9Y9U7+1cM9rspaWr4YLP/BUUVnY5&#10;d3mMD0zTF0CmYuYvFOgn4T+OhpFvbXlp9f7bV5xHEP7veeXO34JfjNcjH3n//0xqaj4+0SRxidl5&#10;wO/sL3Sisy2KesOMdNDG2lAs2OFc70KqLj/8qufD1D3HKCwgnZUZIrrKDSsgv2qF+NHpDXt8AjJq&#10;U9vXnN/aBG3LLrZBltNPSmDoq1+yv0f0chBjaGFhNHf/H/a+BECOour/VffM7JXdzZ0NIAbISQJJ&#10;BBKOJCAEBS/AExQQ/CsC3uD9qajf5wno54n4ISjBExXwAFRATTjkDpCQmyQk2SPJ7ia72ezuzHTX&#10;v1/Ve1XVs5tMrxlCwC5cs+dMd3XVq/d+773frwuKHc2K645bTbKmODAPVX4O+oNs5IDrcnYctScc&#10;CV23Lx1SG28YWKcQRxU6EDKIA417cFaDsKAqYlRASMqtnmnB89XriEwVZVQF8dRURUH/HbDh4s8a&#10;pwW5OU3lEXmU3GIkZUnbdJhQbdBVhpQW6MPMZN202TogJGC1EF1flrK8WiXYNw4hZkQLu3aQqrCg&#10;6omEcwtc0aOJzLCVsmr64YnaFJRgQzSnO+5eBM0fudYGmdjqJGRZh9BVWzbJap+5bgQcvXZZ2XvI&#10;EucXXnv3QytdDNO07jKnJLdi+o2jE4GJzNmIXKz9m1pMMS3GYn7wwhf5aYGfSVavwI+DOK6apK74&#10;EuqZ7H56ScLMu1AE4eo1fM8BlbmN14/xRGKbZO/q5WatVs7bA6OmiJjEsOPGqxY5rhjmtlN8zD0P&#10;/z1xZTCEjnKyM6eN58+Hqgkzjc3Ler7pt9r28xtjwb0hM2ZgcF0X9G9rgezo8eXXkCLjD6Bm/gzo&#10;ue1JBTobrbaEasVcxVE16ajIghYVn5q20ckegBIu8KniGAMmjxRAPU6d+DDy9e+EbT+8DvKruw2p&#10;vztn+/po8RzkdaTasT0SUgtDB2jyCfMvwOrzzoD8o62J4+ma0ydB7cSJmg0R/9ezayC3mRUf1o+m&#10;Iq1+0oB+AYu64ZJqK8DGz/4XHPb966H6sBnE/0r8pLTOitEFZICreCxPl2pB8ySR4xY0MBR9nnvl&#10;DHjFV78O695xubKPSagE2Kbq1nFJ3D46+THivAVR0HmUNpACTDs7Xkv7LTfY84Gpf1kF0ZcqkZBv&#10;53O/TKaO2mmrTpoBhejcF9KqPZe1IaE+d2uPPdrMUVbxe0sDBnGS1M9EZyPyY0X7o9i+BVae+JpE&#10;gIQYk4WRbzuNBLJ0xqtq4gwIuneYLgZw2+roNWuxYncPAb6LJuqKU4B173ot9D7W5lTPQoz7Lk4/&#10;IaD61MOhespkowwuouspTZKURa3pIJROheaw6ccowJRVsPf+9yEUUSxBWNFDJaQUQkUQc/My2Obe&#10;3KJEDhUpP/PVhQGtf0eEKiQOQ99S4XT87Goortmpk1AHEJl4aQGecDFmbAWffqz2MYiTUTm6vm9b&#10;kwn8Cin3Ind1xMQMKsGZa/j0PBJwQoDK4UjU1AO28lpzgierTFeVfeNfqWMciaI/mej1nEQlSUGh&#10;7Qk9z5xLmueUuLERJAePzgnuvgn03AgtqJPBBFFkZ9r/eAPk16yC7T+80ywBZk5w94IgX4M75KWM&#10;Jxf47FVWBi+xrR+e/8yn4NAf3gB1h03WsUwiJVOiZAiZE5dobSI/Hs+Fg7/yddj41ss0uBhacRCA&#10;/ww+/LAEEJd0LkRzP3zLjd/7/BH/O+/dKYqQgn3p2E9j++9+dHbf39eeqg6Xoisbn85NuVE362Ty&#10;eUNdsRAZfQRslKw9cLCl27L86IDrjwIcDgTxd8p1GvbcuxaCf6w1wAOr3MlAJCIoRtdqzIUfMAeT&#10;UqAl7p6uJX+Cnr+vsQAUCXOw08UHUteDf4PRbzzfcRxZNCKnPq8iInLFzYb8PZOnQBc8FVeQ3osz&#10;4gIfGtMQUDf1KOIpK+fsoqZ0FjZ96VLYuWgJHPa3X0HdhBnKsWB+D5NkJ+BQO8GRUzzvLKiZ813o&#10;fUQHnQj0MXikgT3t/Ehhebhi3FAJg/kY6EevjwqeucOPBjCKu4FyuhjcMWpmPOfRuup9YlmcdTgJ&#10;gTIhD7qQVKsNohx8tQJTkxDkB6rqYPeKFQaU8EyQJxS4VhbM4M8R3MY5Jj6pmjljyjsLlB3G+ejF&#10;1r1tfXr+S0BUDgJ4iv36xoTOsFTtvqj6hQGuUVDbX21C0RvWTp1Ga8RhlVMK3swnSBybwnKf7X5+&#10;XaJkTGZ0BobNOoWes3aebTICDGm89kB1xUnPo8/Egah9HEEMVIjsFoLNx8w0AJDLj4N7trhrV3JH&#10;mNZkWBJUj73gQyRERMTenlY/xFawnnvW2q5v6jKywbhQYPjuR+6GEa+/OCFY7EPNxEnQDU8SB9XQ&#10;PXl8/4aTFmL9rOIs5dbXRO/vBVZsKAocJXEfKsEfas1CDbDRF5wHrZ//MYH1QxLVLjtqZp7sJAj0&#10;OaiuwSN0zBGuwoAIgb6kASU+l96/rYH+v62BktghbmOcamfpV+j+DLG4NJyQkl6/uGoHrLv8Epjw&#10;ta8pXlvmiPUI3WCw1Qoy6OeZYRIz5HrCVmCpDz78/ZqjToSxV54HW7/5yyHxOSGfaUBcmB4lY0a9&#10;+0MEKgRU7a4npHPxHdAb+RWuHXVtuyD7vOuhvyoRkfKjEAX5WaiNzpRd/tKh2U5KXmXqGp3Wc93+&#10;zeei3qRZsiRZtbm6Hr4nkY+q9nR7Abb98O6YXyvEXabKJIzrauiK0ejzRlQKJ5IpJUpmxD7AisyA&#10;7r5AgFLz7TmiA6E+d0Nn3fjGNkQ25h/roO++dTEbAKXAY7n9LywvM66fDPoVhx0Vo38pB1b0PvaU&#10;SiIJlSizGYAwocBa2e1D/kdftOeDHR3gNY6jyini7gtC4pEjPlphRVXUOlz8R9h+3V/0/pbWBTpQ&#10;wJLSc5ITmtXDMzoRQH6ots8D55/XOa757seeNqhVJc5epMPJjRpr14IRD7S0POwXBNRenN/YYfj0&#10;yl4D2qwTXkPnkCCoKzD7g/9F/82nRJQ9eIURLjGChiRgiGu5c/GfI1/kn+qE7Xn8SeiL/HThS7Nv&#10;JVjflqv5TaU/g9cE+MWSJ07lqrKOxKUXrOmCDR+4BA79qrbnnkjaWeQbMNeAnCSYg68z5hNvg7ar&#10;bzUdDSL8DxK+ZP9skHio90/Lzu664B9TG445ZWWKJLw0HmU6XsrIe/umXNu3/w9LdhqMo+Np9eR0&#10;gEEPPPdfMlrVxx7kBDh0eFFlFrfncBsp/rx76RJ7woSQjBPCbVNz25VckIWuy71G/hh7+RmQe+V0&#10;cFsn9PUF0Pa1r8fK9VnZ0N3UeKn9q5/R7T8hSdxjps4tcTNBnA7uhs15tbq+JMaBlXdNUBXo7+aO&#10;PCFx+SIeqr2rdCty120/tZyIEuKAGbhfayek8Y1vsg5/aC9Ka1qTwyWdsn9vIE9LueUzwJmXWr2Q&#10;WyrsWvHN9wYAJju2Qv7hZn1NjGoNwUAzXx+rNg6bdnSiNml2RoutzWbJ2YNbJlq/Rp2O1YCj98Uq&#10;lNzUqUOCjHpXPGqysYPNLxDfnp5CD5J2SWAQjNWrbnBSqZOtlPTc7LXQKjTXHf86W+VApOS2BTkw&#10;7STcgoff61+1zPJihSXv5bxP9rAxai8UQisahGC3XkMF3TLDPxO6GqS4YVtFD3a/ZMfj86mZNpO+&#10;tK1aqs04utfdkWOfuE0rtJZNklkcftnroOaw6doOqPYezyA/qhXMXZuhiAFG3Kbfs+pZSNLnys59&#10;3dxXm0RMTA4taVA2KgfeiIM1lyhxC/Kzdrm3sMoBwVqsutr28/+lZ+sriga06fi7CLapv0f+PgYe&#10;on9HvuPDikcISgKeffUAc3MOssE7rdnAEU7itcWtlz1P/cMISyQFQt2WXSj5OmZjPMvDWDEXwCOi&#10;cecMINo9kGt2wrq3Xw5d9//BnP0c7PHaMPy9BvoGw9vGVB/m96PXaLrkc1C7cGKyNnB3V3GLfPRC&#10;Yy47Mzr3p2k+KeAzRVf2tHz9G6biygXI45iXhN2rddV1rJ18kIlFTjwEu2qjPQByIBhb7gbwFRuO&#10;P9Vpy/WNSAeDAlw1GhJ5YmHL88k4Ad3Wdcd/kiWHiHv/aJtr5h5sqSfUGe3H5tFWLvmqja/nqcU2&#10;UeS0xEpnvSrfQcSvY0AbuvO7SQcCu3w5qAzutkBbQCJwlM/t58XIjmCyE+1ejA6hQgeAdAwlvn7v&#10;xtXKvimbRmoyGugLHFEiu97w15qj9eraaEff5IAID8ABmrg9BfMvuQUzSnxuGBSA5XVeiHwQJb4H&#10;MnFZ32A+P38P12EOOzhoohjY84StNFadMA6nJFJoYJWb61O4PgbTwPDeqz5uHFRjBTz526Y9WAYO&#10;RyiYQ2jXk3+HZyZNjz5mwLKJ0+HpaUfB05Onw7Ip0/W/02ZFnx8dfX40bHrvZ6Dj+ruh/fo7lZqz&#10;qjiVA/1KWbq3SzhPpRy4x8y+Q1/UWUfB2h2w4a2Xwa7InjM9E++f0DiUgbKrSjxOQIxuxQZOlnpl&#10;3Pu/aOw5t+n7le6cONBRohJ7R583bP/Jd/47BRlSsC8d+2Fs+vaXrg7b+g6PHR5CK4dBKtARW+CK&#10;gkj3giiDVX/s0QlewTcteDsfud94QJXkRDGHFxC9GwcoY7Iw6t1XUjWQTwe7Pry2/vJ7UFjdZSqh&#10;9vwhYPdjSx0QSmfhspAnhzGrOZWErm7Ek2zYrOOj4DWbuM3UAKj0UX0Mqoc2QVJSqbCjVTlJeK0d&#10;t96nrgEro7wEszz6tW9XVXalgYMXJuccLHd/LhATEvdT9RGTIDlpVgC7lz/uZCVlYm790MmsCfpb&#10;/FbVtONgKPzAKJggnXU7JEebeKHMugSdSq1qGpcITNFiFb6qLjTrxMk6u0GqNNWhCR8eBZKFrp16&#10;fgWUCBlUJiLwSnp9mNsN1fpyw0eRqWBbEcSCSSOuoVBoXemi9uQgaKYX16mJnPEZuvJEMlgYGk4a&#10;RSoPPlXQasGenqf+FQWAhQE8aP92sOcQGLnxS+3xp9Hz9Yg3yFcPu9jRAvmHWwcCuXuxzz443FCj&#10;ctD0nit0QGsU0XXr3rZffhuKq3fGKsJUAOFbDk6e0d2PL4VklTF63upnnaC4Sj2qoE1KcM9AS828&#10;abayRXoxcn9VCYYl9yoY1orhPf/6C7T//DeKj09VKmM1eQhWhVfq9kLLD+srTrER5587IC7Z11Hn&#10;nIOhoTbzTHUDB4EeVY50P7wkRtnwUh78/JAOYtsNX9IAumq3Lzhz4lTQEODmk/y8rWwVMfB73Dsv&#10;TpSKYYAZHNXgzKgMjLjoCpVgzDrVhXhtW3/9PQiiPeD6DAwY8dd8DqONGaAKTVyyhteCbDSetw14&#10;7o/MJm/Bp2v3mqqgesZca+PUaxZi9tkT7nHpQ//qlZV7fiX2E+1B3atmJPfBovnpjHw75kpU/4b7&#10;Z3171LeN14ycy9UTJ+tEvSMYZ0B40yrrGV7NnuWPWlBuD4qylfF/tE3s37RerXllp4Qoe335p/+p&#10;qQewAh8sv2Sp8MKLNWSJHxtKexbVTpyc8EX089q9/DFzRnpJBficbG4poKWSatjBEQN//VjSAbs2&#10;XCHA7of+ae7L2AcRf57KBfGp4OGg8bF2VyuG5ROlg31v9EN2PfqAyf8cCBoruFcsOC8MhdHzF38G&#10;tv74SzqJBjJWyauE/CL7riu0y3gHJKA17ryLYsI3gUgFMJWf9dc1r9n5r7tmpTORgn3peAHHjvv/&#10;cGzXrx+6ECTECXqD9OGWHqbKTQ+0U8zOUPWUo5O/EP5dd/sAQugK4AgqXcxE20CdEfi90RedEznf&#10;423lgHOwd97y65hjv+cPCb1PtEK+vc3yegkdxFvCdC14IShwL4RZqJs/PbEaHzsUrOxXd+xsqnJK&#10;MENBADujwFe9hB85hO152P6nm5XTkUTR0hvRBCPeflrsehR3H1SG5F26wgEE+hQjR7f2+FOTPV9S&#10;ouhd9TTdYwmIkiAYMK3f5Azm5h6kuJiSqY1FB/LTi6G4La+7LnwHbBvCIREKuy7VYw50NVTZ96c2&#10;RMV1tbXZOIixSgjnjXxS7yh0dZZwK+1lfhV4XeSOrYpuUAWzCGkqdKUJWnWAVn/KguhnOQXgcOWe&#10;W91gnOWASP2jn3UtXQy9j7cMfp0iDirnmg5VVTeqtEtyT4sw1ToKiJGkkIrq25vWEipYGWdUSGcN&#10;kFFBgLOqcby+LUo+IBk7BgM7HviL044pktkPzwYOo95zDkBDkwH6OAjBaez4xa1Qqp+hArMgTuaN&#10;r4dVtMX2lkTrR4OlWag98UgLRicFK7lCYtJUA6wEBAKxOAC+SagAUU0HkcGW9pXLIL92J2z7xXXA&#10;ldaeqWZ11B5ZAAVVA2QmCjo+olq7KtZHhG3ok2ZQ5ffAM08D1FKDW56+PtnTmRjMPfAdBEH8XAK2&#10;feM3sOFTF6lzTKkqx6qpbKCtz01fq42KeFCIz7A/+rP6BWdDdnJDIrCBueAYsBvxnrdorj0pdYsk&#10;g2VeFtp/9ksTqLvVO5zEdAHv/KMtsKt9mwH2QhKBYRvCbZaKGkRo+LZ2wZHm75Ou/+oZhypg2qNW&#10;e115lnHMmyTOL1sBtnvJs5Xhm3SSRgr0B12VVTVlFgwJjujuMOZG7UV//y1BDaqQX6HOVHedWcB5&#10;sNG78ikDDMkSo1UR/5Q5hun1qg89zHAru/7Hnq6v++F/mC4WH+z5HMKBEZ/4BD5KBzhmQezqOa9O&#10;dH7oTwqwG5+FsBWsSRIyXGknKYbzStqbG5RSfLxakt8zlE63AL2Z2L0jBgl6YFW8hePzsWuVwXPL&#10;gLb+AFEpyz2saWr6164wf+8fCPabBJdYpdgne4Nfb7/6N7Dx0xfZqmL8Tx+oOpYKy1sgJThUlFC3&#10;4BzITWyMifSlQ3FsN2y74ftpdd9LYKScfS/h0fbNb14X2bXhzFEmnFM+zTpYZ5ArrpnumO107shj&#10;EztjeEj0Pv604WKpmPiJ57RTSsv1kptYD2MuucpUFCAvGR68WHqOGalJf3yQFFXLHbmW5FlzfYGq&#10;MhEIUIQYoPsKTCjInAYVIq8zGzkX2YlTovtbmggIAkFcgZohGjL1jUqt1U9yJkbv1bviae2wEi/H&#10;zj/frjgG/YScf/VnXwztP7zbeGqB4gF8AQbz9UTvgarFiQ9EmYW+VSv05SUkbo+B1WEczK971Szb&#10;JlUeTYW+5U8w5zx4wcDbSQJmWAfdeqO5V0xJsHc8AqsB+v65QrfTDeLtKzanQPNWYWY237I5ESeh&#10;J+KelygBgvZ1jyJHXUCcgoGw3fdMkzfyNWcbji8D1KnfjxxL3AOqsgWdy8C0lXTf98cBAY9pcZL2&#10;uSgRmOnHmKDPUxUfgRbn9H0i7GcZbH2U9698RoGTgSLsrogvbewdX2P9MbPAy3g2GMA2Rw/tSGRP&#10;1i5T2XX9WGRC+0efTh4O4y75ggGJdfu9bxStp90RBY5+zor4CPo9ocEylzNTB1vFBOvTWoqqI6ZA&#10;t780JjaUdA6HHXcyJUrQxrpM46CUotVcyYB4HWVkD9YpoKlr8T0w5p0fJrVHT6vFRmtEtVopsE3z&#10;J2UyFskeccG50HbVjyuGtuVmzKFKQt8Aqx6xpiu+SSUYAorTSVWMRecgnyovdTeDK9FCarXuum0p&#10;rN18Ghz2te+AeMV0ddZ6JaeJRyT9qiIz0GsUBU30uvT1OsRq0YUnQfvau8ruL+WIK4J/CbnJjTD+&#10;/33aGhnkSFVAXlGp0E+76yEFJlZ50lbNuVacuDO1DSpo5XpjsDjTZIWzuPqUuSurJk6FXeKpZOIc&#10;wED3RAViC6kVQfH1C+DbwFtqsSoE+rBlvbDhaSh25iui0xA6ht+tXK858lWKP0wJrpQF+wF6n3ha&#10;2yxJLd/7CcygQmLIKFsmoGHmPHOOuNXhpqWeAFqPEj/51Suo0jzup4SiQp0Nwvp1KtF4yGRNr+Bn&#10;HVWFPV/f7rVr9NlZ6ql6B4jxcDtuY8rIAhpnn5R8kkQW+tes1FxzTFuYIOPMXLiiBMhjETj/0KmD&#10;+zwsgkLeE4ti7Hr0aZXQ5QSY2cbSxkEGxEWhrTkLdEzhgUlG6pcMnE4FaeKQniUrDij7LQl4lJ5W&#10;J+I4WN17ZDu70Z43vwYO/Z9vE/+ips3w1flaHv5AO+77GTW39QtPgM7Vd1e8Vf6lHl/3/WPDgp2L&#10;b5/TuODsR9IZOZB9nXS8JEfzdz/z8b5nOyfr1lRbgWSITtMpMgaZq0f4aFSCDaOroGZCMs4xnQwK&#10;ofhch+GVCisEqPJrBF5cKXbkBe8wByw6rT4RpQth+bmSuqOF0FHtQo4vodUi0TH3VUAgdIZThpRF&#10;BGiYe0oiZzF0HCZWh6yZO1+9VyI1VeSTa2uxfHLR3/Xcsxry65dT+1q5015CbXSI1zCnBsDQ2pAS&#10;PB+P+AtDeu7Vc5vMeycJJnEedj24MmZxZVLrGw4ofoPaqUdSgFdIBFT3NW9WAUxpxcZQ2kxKlTOr&#10;5h4E2RFNCV5A8y/ufu4ZKHb0xyqwuDolJExPA316doKuHYk4CTkTHciB11jJaMB18CSBStULj4As&#10;8mlKabnzUM1VMlriJAuMKm8IXfc9FDPQpfvMsoMJyBw8yQTzXEXH6n++8x6c4e9va1ECOZU63aXr&#10;2Ar9ksMWvhFM1ZOqMrSAw457/6XA2qT2kQMSPMfGnv82Q1PAao46sCnof31SNBZZsi0FqhoNVKIi&#10;IDoC1bqDHFMim8j+qMAG7+v4UzQOMoSpU/c5Jgd1s+aprw2foqma0nNj1oTiQgqhb/lGdZDsvmcd&#10;7FhyR0zMSAlkyGAAIKXLjgIYc+4HITexoSK9vH50DtYdNlX1LarqK5r7MNSVmgz6uYFlYW27Pi9e&#10;Bt4j8uOFzpmB//Y93gprPvA+6Fu2xFZoggXruUQJf8bgLQshmc+j51nVdEgiDxz3WEB7a+T5b9fc&#10;gVyNx1U70ZmNzwO/1kCfU/HnVOmZYhX8W5E1P7PAngvqBlQELBSAiZ8Pm3OKUfdN2sZeNXmGskV4&#10;zwVMckCWhCwCo2TKfGe4T3uffVyT3Fdg/RjwwmmrQ9/Of+UMDUglAnsDCNZsi12Pv59YcHxpfYua&#10;48aZLg63wsrwoQ5iu3Y9uFoXEJNfaiq5KjS/MgCj/u1PHE70LFokig+uvV1f/tnn9FlFPg8DTgdK&#10;MUI4yFpS7bNzxiX2r3mf7r5/pXlNTlwn9a/cBDD7zdk546F65FhTVazXBLdtZZ331vsLbXXh+e1A&#10;ek8DqC08AoVDqgzODq+ChqNP0CJAZDhMJwL5FmwfMAbJb1gJ4bZ+u+cOgNI+myyVMfHdQAGemmyl&#10;/7Fm2BDZc8VnSHtbVRvLJJy+nrHn2fGHmkpsL0wLapzR0HbDdWl1Xwr2paPSo2flo4d0XP+nT0U2&#10;usGt1CklVk5tkTbIvoCYMAAeCrXzpyXihOOs1q6nHoBCR4FAMQewqZDDIZwKxLqFR8DYcz9iWiUU&#10;dxMd6j71+nI7TJJoXVUaYNWBUdkKdFuWyuRlYgcb39uwmSeBP7kx8fV7Uh+2mdE5aJh5CgylhWb3&#10;/StAyrjS1rbf32x7XsseyAGMeP2bY8S9laq8RIcGqyq5hVHxc71qtgEIEvmCHVsAtvbFRET8hA4v&#10;O4EGbEIM5KAjSKBBJHr+u598yrQDh3twdMuB0TGADgHHY45KGM340B9dZ/+KJwzRMgci7Iwawm7n&#10;ffoffSpesbKn6/N0O52vKghdbsPKAr4ijFfh4ef1J59ugHdVReKR4i6pW3sss0j8k/jMtv/qByBX&#10;7jCtrky0X8o9hT/Ijs5CNQZXzKfDYjBBnHOLOfwQ8Aw3t9mAoVLJCEf4xp/aCPUz5xlQocBEo9G1&#10;9Sy9HwqrdpqKvoT6HOrGa0+ZCKPP+4jisFO2IwgMEb0CLeheWTlTBz5ZBYAWQs3pp9Rjg0C14Blg&#10;JgEYjlXIWDlVP2sBZCc1ONeWDEyrnXekrvYC5ncrOEGbBjx84r9DG7v76QchbMubfdD585+Y92Ol&#10;cQv+2XZeDsLwdTEZJCugYlG3YJpeP75n1xftK98lLo/eCytA8BljVZZLHfLSRvukCYLNesTW3lVd&#10;sOEtl0H3ktvNT6QsmiRbSErvgWmhc1ovQy3Qkjn4leXtOweOApMHk2DseR+i1wmtQA2BZrju8awL&#10;ZGD2fOk5a4JTLxyQbAtDC/SpoF74lqDe06A57gGsLkxqO/Hah590ugOS+boClMAHc40EiCige9Wz&#10;RoG2kvaZec9q50/VgGiS/RE9O/Tt8h0F69OFsN/kNplWRqmiYsW0sM/RgO+CjAn/LgszdTRDGPkV&#10;/Dfmdr0Knn08TegzT5+ggdGwGOOS3Nv1FVftNC/iFuGH3oGRLPBg4Jzh4689dlbiZK76m84tGggL&#10;hxZ/ub6PSTKRnzTsVTPJ13fpQeKxCQtJ4M+7lz4QnSsFTWEjrA/M/kXIAs8B7RO0/UhXQBXn+hnZ&#10;BAMDznovZ2DnM4/G48wDgLSPza/xo4RdryrfQFWO+dVdsP5tlyt77lE5pZ8kvlDV9ZreKHvwhLgv&#10;nobXZh/nH9x8fPvffr0gnZEU7EtHBUfLNV+8TvaHo7mSKhzEcfIgMVby8jZG7gHgBJc1E6ck+nvN&#10;GxdA/6Z16mjhrDeEFVQTYyCJjOfId74nevGi5sEhkACd/8DwBvlgq/v2PgqKnK8fMhkkgHcCSGkJ&#10;2FWFDLXbBKxgFd1f42knJj5wA08ryiHnT1i0rUTlRt/65RB05E3HJq/Z7nsfSAT2MH/SyDeerzg1&#10;IDRdJ5XhLAsoyekIftRMPsoogSVxFrY+eM/ASqeERTnsIAupuaWyo6pUC7F2sDOJ5qe4cateQ97Q&#10;QWpX6MU4jTjjdcMTC4RgYJBf/UxczIWr+iBeJetTlXL/hu1Q7GxJ9vqRIcwdNtWKj2RsIF0JZ8bM&#10;mbDXnJnSCGPefqlVjaZM+0DlS8uPhcH09lt+aexRLNhxFSDpW5nhVXGCewWuUcUbViQRTyD/Ds5z&#10;YWePympXSkSotJuv/tUnaiCT+Lk0AKED+q6H/55oz8Ig22Ds+e9RoDA+PM1O4CvRD90SVqCKlwxV&#10;JwtjKJBnVIF/kkBX0Nx2qpJOJKsM9p1W2/rI5hnwJ0EbMr5FFfIeYXuxURzNElhpAUXbjiyg59nH&#10;6dnrKKX7vnXQ+cAfbODocDDZgEOSaIkuwhjxjo9C9aSGfX6+1UdMMWdCPpRxYFEGDtgYKgApv+W5&#10;l1mgI0wbneVHlWZdbnrPf8H2P96i1hRWXFpuPmvbHG9BVTipCj9ZGBicD/ruurIQr2HMOy+2lYTS&#10;M3OvqqMdlXfVMmyu0I8B17w+HCwzxiXK1cdu4oAVctmhqT/tpMTdIVVzmiAz8uASpymwdjCw4g0a&#10;NPChv22zCc4rFXCa0jHkoJw4LVZZWwbrhf7Nz+kzNnRV7/eP/xz61lepmzpTA7syNEkjqxQaWnuC&#10;5370kDv+FfkVmVjOx56tFd6kqoJz3HhVgup7wlZgl7k+vh43CZtYqX0/gRXALc9UwYi3VDX56MTJ&#10;HnxWOx66J3aeh14yP8ut7BMiPk91kZ9pHqqjdG0AfkfEBUf/iscJcLe/7pVsNBHYA72q6aBY1bbL&#10;r6ySZlS1HFDyIr92uQlXkt7fCw72eYZGumRitb9raJ/Jh1//ns9Bx503RT/ztK+QwD8wrcyO8m8K&#10;9Nn1Rd0ZDdtu+HFa3ZeCfemo1Gj79fffij3ybmVMKXZgCjECkU7YHiLY+rkLEh3mXKXTu3K5Ux0l&#10;KtqK4FbP1J89G0bMPyvWgqOVHXULjG3d1PLxSYAW8Kp0gOKJWDCJh53hPCO+Dq4sQU+3espRiQwI&#10;ugqcSctGDqGXkerakggs9K94RLfO0d9zjFBc3QVdT92f8MTXoMqwhScBU8dUyrDhPivSc2ewa/hJ&#10;C4fk6RRXLYtz33lGQyGRM8gE7Jnoo+qkaVa0IME1oDhH2KoVybhq0h+K9Te0efE3q5t7iuaRSvIS&#10;0Troa2kxwB7/y5lsJqhXNSkMqG0vwI4H/5bY2ca7ykyp118W48FPJQAv7UHbORl5/ttUUM97yK2I&#10;MoGuiJdcbP/ld1XFkAE33cpMLw6A4ZdF3+XLiYMLxDNt35fAINw3PnEFVaJywlQdEufP6DdfRFXC&#10;DrhAoFD34gfMhImEapb4EvVnzYb6yOZViYJOTlCbcla16QakOgwmIMH34/tVNoaFJIBAVyG02BAk&#10;zNwLy8uqbJ6MV7GWu/5h0VmigiMROJUuHtk/VhS2trDQsllTb5CyNr5P9713EaDpWf4r555N9ZjQ&#10;1YG4DoZf+PZ9fr71c0/Wcx6NnM8BPM2xZ7lemY6gZ+Wzen29TDxHF5x2KQuMrYqmoPWKb0L7n29W&#10;lY1YER8TX4lVrfnEZam58oIENBQh9V7WnzMLGhecZRJtCKyGoV3TGgQiIA/XCLWfskovC7sY3i0y&#10;flq9XcbtE4FJ2sHxDYjAYh1Vk6cbOoxyo+aY2THwwSP+Tt0loBMTYUg2ItD31LdkVcWAPknnhQ3q&#10;BdTOmU/PJUmbHkB+5TIDQnH1PXOBveBQc8ACUALqT1hIz0hXXhrV5NKzntu6Vz4DXtFJYocWhPEq&#10;hMSYCrzotXNTZqBD7NghKHt9rg/D8yq9Awzwk/bMZc63YSecnrgyFCsdkSvXpRFhRd+hXocBTxBc&#10;nT7bivN5cWEOruxXtludLwXob25hnMt0DZiKPieZyNeZmzo91uLPnQmaFNgzIK5ggbUtW2Lx5YEQ&#10;XZrYybdrSnfhSPMM3HvGvbb5w9dCZ2TPk3R2cTGE/jw0z+floka/776x0IJROEtPtB7dfufNC9NZ&#10;OTBHKtDxEhr9bRurt333xqujTxvcbJlrgOP/ynTSHLAkQLJrNvqHTCWHOdmRFezqsjOKDr9zgBBH&#10;vQ0YnEDXfQeukkEuLp8UowxLtacd+YMv+yQFr6Aq5NDpL0TbtLjhKVj3mnfGAvgkvDceZ/Wjzw/+&#10;zsdhxJkXqCoWbunRwZ0bFPuamytyYGqOPyP695uxyiuujFT0fs56wza1YnTdtVOPAsZGmEtEvxcF&#10;FA6hOB4UfSueiSUrXSez5747VBWbFiWhtgLm5qEgRZGQU1XVQRddAR0/ulOrG2MoXQlvxLlPvAXk&#10;ysqMbIoBCdr5CrSDzcGTQyDSt3ZVDNMJQ7suy/m7wtnCyGlXM2kKMN21aROUOgOrHcMgVlGCFamu&#10;88nrcTCRjD3dvxDEx0hrOzOmCmqOmp/QW9dVKrvvfzY2B1LExR98s3csbfvuxx8CeMO7B7wWO6RS&#10;4k7Kqo2AFW/V046A/JqlijNORA8lES+Uo2A5oPPVXfeBnl9UjM5Ga2DsuR81QBwDJEx0r9m5pRFR&#10;QQ654o526Lj5N67Gi1GNG6yqLw5kkrgO9Ee/Ux1dE8v2sQyjVAinRyWNZr/KZM+3tL3bg3i1Jav4&#10;NZ4/D6onTI+BzZ7QAgY965cpBVwXBJMQJwkPvYFf48dBl39Sr2ORVSIfOvjwoXf9Slhzxrn7tH0P&#10;+daVMPIN74mBrljBlvNdySYgsRMZBXmvjb66GiQTrLt7lbRQhHTbPoVua1Z7kG0bMbSzjXDBeVQi&#10;fXypARR57PjFEhh74TKoPmwava5v28Y9Pwau8uuNPe9j0LHoNwrgdbez+6/7PN0AidediM5BpWSt&#10;XEHLreY5dBVKPERVEQcQ9HRpfrmENAnq/BEDbZ3nnCX7HOxBfE2539c2RihOJy5yYZvjAuJhCeBn&#10;Xj/QP2v56Dch94oJ0bM+mYBm36xTULy3WQJJEdzK6Mrb7h12vZeKqAHEqtuaLv+MOud0C2yoXgOt&#10;W//65bDu9LfHzl5fagGeRFQF0R+9As/91100QNCDfQBrw/SZ3XDia6EVrjbnj+JcUz/ToLp07FR2&#10;/CFxUF3SvsJ2Xj6bPP26YTQ/+Y3PqnZHgMpUxwinNZEVNhQXs0yuAFHY1R0DpFwfx7WRQmpVbfDj&#10;QKB7jLp2U11SmeejTYKA3KTIr0AFZvanYlXfRYduJdBgcPTCfWtWDfr8GUyrBBrjHvHKNmKCj2hl&#10;dCmkrxMDVEkVFPrBz2aU/Sq0bhkgZiBLr/HFRyvM+c/HpT9lOFQ7z2Lvf4/UPhnoXbOG7J00XRQi&#10;TCaAxglQ13Z7Y6qh9vCjndPUd1q87X5TgnvomyA9RHQNrjCZW0QQukaXKhlHqrNusOE7YmNWfKXn&#10;gRX6vggP3B9t2LFzJhy4z8y6oocnS2IIL4z7HoHQmcvmj34Dqg85FOpmnWL8AJOokzY+0f5bRidf&#10;unfYPXuAgJ0v/pC6WEPHCMO3/9//fWXU6y68J52XAxIKScdLZbT+7+e/DW39EyTE1aPSkQByEMIc&#10;Dpm5TVA9egy16JazZTqD1r96vQnGTSDhJMKk+zi8eHl+QIeNoJaNrJPxtxwTAkZeegbkDjtaZ/CD&#10;gqqQQ8cKqzjaFv0gRg4LCTOHXOWmwLNVzxqZMK5AGsDrI63CZe3IUZBDMQrHIfHpRrHKLHREYUIS&#10;+ag7/nQ6pAMTVDD/VEBiDRyw4nv3t22NrtGzGTiaL7zH9t/eh664UkTEigAdmPgq68iVDMznpapP&#10;RjQpQELpuQoZA8r21ULyHFbPOFxx+A0A+khQIJbh5hbwJzbHghvSSUl6lsYuRal+ljpm/HMxkNcl&#10;Hz1zryTjHw7F+DtViB4995p5UxX4mnTkO1og2FbQ1G7kbHLRhaDWGQsS2bLMXXc/qlp5Xf41m932&#10;CejTf4x7pHrSFNob0sadSR6vcAE4C167QZtus5cqyBt72fs1WT474aEG+orcoiwKyrZo5WKp+NC2&#10;/vSaKDjrsm/KwgCUiDBVly6JtsPLp6p6WYEWq8aovZ/3UiHkSmAwgVfSyk3pg6EREANjIePYjn33&#10;B7XNxI+gYMAN/LrrdzcOAJxMtr3EcXdJw0de8jqomnCUKunkyjj1h0EA7Yu+t8/bd/eqlWbdBATA&#10;ZzxStqUFgvaOKwGrR4/VNi8YZPpCW+zBoFH1nKbIHljQl58Jix+4EbjenyEU1rcbniGgZ40TsvXm&#10;H4ClaUg2RpwfB4JMjG/KZp1AySEVx+VUfVyTsvEqYC+9XrYnwrVlPvSvfM6cb4kEHKQFiz2v8s6n&#10;TXiKeIAItnoYL4I/54pNmVAK1oKIAlq//t+m5VXPDc2ZQrMK9IwDZRuV8uzm5+1akbZKVpbQb4y4&#10;/EyoeeVkbVMVH19Gc0RFD6n9Z9/TIJOTfAiHmMXqWbmcKg+5ty+jRW8o2aerUhlIkpAbNVrtARbf&#10;8tmkRodHQNvTo+upnTZrQHLCgBFcgRhY0HrX8sfMsVYpmgHpVDzhms6MaDL8mEkcJPTthAsqOMkx&#10;BguQpgR9SO4+COnBuvYuBLupg4S7mP2KqukTBlbqByTIQEA7n/eapzaE/qc27Q8sTONDY3JQPXK0&#10;upZiYPuGDUisMiCBAvrUNaIo15KVL5kImMFH9SymvTLOibu3+RFZlczLL92kbEpgeAuTg0HCARyZ&#10;QqLhxCmJOjc0D5+n18RTG2NJFvf58feY164q2t9yxNjy00OcofmOVgi35bVPHew/oMv4SCHTYSTn&#10;0mXALnD8Xh9pFihnvOWbX7E+dFiw1fem2jHQMQuR66I9D4muKB2OK0sGHdWPC890TN36++vflM5M&#10;Cval498cXf/4/fHdtz7+ThPEehUR43vZDwZVJEUtaLcbFPGtH1Oz3Nthofyu57ZbcmHjjNkMr3DL&#10;99xAhJw+ddhQAFkUwhCBs+Prj87AQe/9pAa1VFRiM7moZLpr0QOxbC0HDmXv3zk1i83Nts1H/XAP&#10;7qigVp/IsUOSYFdEgVsEOGBhRxfXZO7YJsiNHK/uWBH+Cqf0EefbVLhwurEYOYTLweevPYNX6Hvb&#10;2g+df76FqgPccnphqhB0wBUqsAfBlhGvfr2eNa8ym8NzwCj8PDdxirmPPCrQlagbutU3eJ3dTz4A&#10;xc5+A3LwmpBeMqye50I5LKOqoH72PAOwxJxRJRJRsAqOFBz0tjbrMnt6fgEDO/+G2iD+PraWYqs2&#10;A27lUfbIdj10jwHKJC144VtwSTjiLIL2hZqnbX3QduO19KxRLVS3ojNvll5fNis7/DVvthVXHiQS&#10;MJEOgOgKZSB4zUCCYK6h6HvDzp4FI1//bkOWr98L63SLFOTrfa5sC7Xhd/xpEXRcf5c9bItaPY73&#10;TqDl4fTnhEGhQ5pfuyvGhWSCK+LXdCc5K3VgKEbnIqdLJlaL84N4lYpZl7HKKICRl50JNYdOV1Uo&#10;yib6ntl/xc5m6Pzt32NVHB5YyrfQs0aLgRhVIDOyCsZefIV+jr4VNcF77H1+JXQuemCf92+hdbOp&#10;wPRdVdLo82LIFU0ON1Z0DbXHzI6drTGRGt8x80gHEdlHIazqrk5m+IbvqHQz7IzsAQZNbMyZVwjf&#10;o2vRYsi3N6trUmIQCcaY8z4GmckNpXiLaQkTTvmYNGrXes/VHzdL2Xjd1unvZY9Y3qLixu1x0ZYE&#10;DiYHsbhtfWmTXmGF0B5t2yi5QyjMiPPnwdGrlsGIy88A6uoyKtEMECUJGg2OGE1o/pFm2Lnkdkeh&#10;FwzIp1pt8b/Qsb1U0c3AsEvJwK1P/rgcjL7wSk2UD/oaTZJkw7PQ/sslyhaZlnlMh3gDq3H3dn4U&#10;W1uj+w+diqDAqnmqJW+ffcbTnJN87nMSjoEvtXXo1jN4Hs2cR4m8YiwZY1qLhTAq1DjpfdEzcf2j&#10;ioECNCf1s2dZACoBzQQmAIrrtlphjhLfjRNBPtlrTq9xy6cr8MDt0vi3/hDOVI94PzVXWmh8iQJV&#10;BxdCm9Rj0Y5eFPlBO7I/AkRsM583zfikyhdT6GjoiEeQccTriwxr34blUOzoP/AD4HBg22315Gkx&#10;Fetyo2/5v9S9htIWlIqhrG/hnL1CJ9+yvB4SgXHEfb2tnyqspHodNxlPRa+mYKAOReYSrVJNIdT9&#10;0N+0HXBV1PZTsQneR+MF82DGmuUw+pIzVSLfS8gpioafkxVKxIyT1NEEoT3vXHyHLm5Q9tCPH6JY&#10;hODQgfSuWR3rVw9T9ASk4w8J1f0CDR033nJVOjMp2JeOf3M0f/Pa6yLj0mB2VklFTDr2YIwM9YSt&#10;RKuePDMZHwfH5jtaodCRN9U3KvvmOAcuYMAOhPng35Hxo1WAbafBz0dc/OboRBvntL2GhqR7520/&#10;M5U6KkPvO61ICZxJSTu998GVlpCbWxAdQYE4WKWvtmrKLAs28SWJgS1ZOGqPnW3UR9XrBaGtFARb&#10;WcNKc307tkVOUl7/DnPlOAIo+B5djz9iAweZcUihC9b1Fjozl4nudNi8N0Htwsm6/aoSnGWkMszV&#10;FY1zTtbCCNE95bDlSrpz5w1wxPLN681a4Dn0IL42kjikeJt186fR1yGJtsQNgOcPfMX+ZzfEwZzQ&#10;4XX2kr03r3n+mlu1E+GpUSBZbN5gQQZh+ZDc58OXIwkZZye88/f3Qd/2FvWMfS9HLWXMnxcFQkVp&#10;1nJuwozo2U+0IECC0h3h7kchTRUSBt2W6Fwj0KjUOv6z15p1bFrWlH3xTOUMcvkpQBKrRtY/Da1f&#10;+06ME6qkECk+XU6CAm0WgsUB9UnYSj5S/qV9ocAHSlzUKGXYeEZ/r648gZpuy65Rd6Trwdb1gz/2&#10;dQXIcfURiwDge7fe+C0It5N9FPFWXYUrUAulCTaoqmrUxedAbtR44n5ku6Sr7jp+f1NFOBf7Fq8k&#10;ECYw/EZcccuqoQxSMEdWzWRdXc2AjOvYC6rqYbA6N3WmCoZYaZQfnhXZcGwfrtcVTxAASpWiZFPZ&#10;vmz76bc0MBn9Xz4oJHDgpKruE75T0abeSlglRk7QSGnVvfHap8yM2frBzgO1Jglgx3OwSABDUrXr&#10;0OGzUMEWFa9VivPWvQ4pOJkW/dvYoJ57/avfZLawAmMceyYSCUBZHwL3St9j92vxFzqbsb0yIA5J&#10;3dIb6v0Y3Wjvg8+ahIGivQgcvqtAr4wR7z5HK27TfGOSgKuCt/7uJg3Gk/+gKRVsoJtITDL62L1k&#10;hXE+GHR1zyh8cQ3W+YYKoiZaGwbw8lxzJcxzrZk3TVGMqKrQUkYgz8lGs6AOJi5aW2yrYoWev9uy&#10;rfcjncd+tvz87GiDQmfBVnhBnO8ukI5wgi9iySQjWOXQE+DvcxVROITK8sY5p+hEHVUdKzVssomK&#10;RzngvShVJXlx85r96kdnJk0zQi+mLN/npCPY9nCsPo/mqXvZIy8dtW7hPAtMGEc+nk2alre/vc+v&#10;BaLetGsxqX/uDeSVw8ddN3V2shiFfJ9dyx9helibiHcoOoRDOYz/Vk85OrHAmqqKb37Otjv7tM73&#10;1+NB2zmsQfkJ9QvfpADHpHSasWdANtSlbuh7bEmsG4b9Nj6/TcVz9JR6H1pmxbt8SDvryBSU8oQW&#10;V3ZM3Pqb7781nZ0U7EvHUIG+az7+ueLqHYcbkCV9av/WYc4VRHUnvTb5Bon+tvuZR2KbJZSWJqa0&#10;Xc5tUYsFiRBv83V50zKTG2H8JV8gJVzm0vNVsIJAR+dv79V/Jm3JdFLOJNfxKGztg+LONjAkCxBv&#10;+3Rbe9kRqDthoeFU44MXHMfG8I2ECKLOiJ3CSpVQ2NflyhoMuvHzXQ/8NQ56edS66Ex2z50P66wb&#10;XXMg7S8zSTm2TarfoeC9ccHJFesz4Eyg4nscWwV1s05UDZS6lcaKCTC5ccCRFLd/r3zaOEjCcyoG&#10;huArqEqB6PZzk6fYtg2xB7DNOCg+9LU3Q7Bqh3UqBYFJwdAIst1WKbyPhhNeO6Q57ENBAgf0ll58&#10;Arj6FQDs+mFuxrZ+aP3+l0uEKEKzbn2fKpOkbiMa8673Dg2M4D3r6fY4duSYT4+rhvAHr/jq16Bq&#10;xDgVcGmHMLSCCqiQy03oUhP5yx0tsPG/roCgLW+fDWekJZiWkNIqPFf1eNdj/4SscMj2nYnUat3S&#10;Uer0YfSb3mE4OpN18VrwgCuH8e+xXVvZjTE5mPCDGzTPpwrydPuf+sCgs6MVun97H7i4qEEtoYQn&#10;klqGFfAS2byxl3xWJx9ElapekVStGO5sha5b76lIsFho74ews43Eh4B4y+weLZjW68CgJ8rmOa3m&#10;oduvp15CaM6ijIDa6HetgIUX94I1gqPa3gS1dPc1byIA1M6PCDlAE7Djt/dAvr1FvWsuAViBfzzu&#10;nR+G3OH1hhtO2dHAAtemekVQHazUH/XHLzRnnE0yxc8DJaqALfPRvfUue3ToDqYTcGKFmqCyqBeC&#10;r8ujXlkE7WWgK9kaZp8MtaceoefYt+BMmLxwR1degm7tL3R362oPAnIDpWyrbb+UeX3mRfOI6srF&#10;bQXznNV+EraqEe+/Cs/9933eVKCpbuCgENmOQFEfdP3uXgvw+9a5kKW2stwe2N4H/R1tjt3wbUBL&#10;HGNK4VdaKohqXBsxblnqRqCIDuezZuJktafwun1ePyIYFCTxqLxx9/L1NmCu0DAce5iMO+n0mMJo&#10;ubEzWtNeYNepWiPSqWL0LEiAzodJ2Dh7i4Un3AoqcJNF5a59HPoVC7QQGAkOmYpjpYYqbA88GuXo&#10;rOld9SzsB/0Qs4frj1tAvJMh2TnfAiJMr0LXnUeO2jUrXhKhQUCmWtK+zETnXc2sk0z3SPnnJ6Bv&#10;1XJdkQ9OgigcwuJ1VY2pjLZ2+rHJDBT9Tn90DZxEKaVY8MB2DPCZo8RgEoCJxUD7Nz1r1hrQUAT7&#10;Eegzt6hLwuujZ5M7bRIMRShb+74ilmTwqIa60L1LCyFRAtCnpKoV1NL/di+5HQptBe0jUudFGofb&#10;4ZPvR+dbQ8cNi9LqvhTsS8dQRvfyf01ov+muK3EDcUGJCKGiarAv68HVYlTUUT23CapGNpkWrvJI&#10;WeQMU3UWB+AcuAr3UPfiRP8GSOCKHicjLkr+5uDPfEodKlkVhGRs8Bj91/mza1W7hqoMk3GQJMnz&#10;L93gOx/6GwW1caecqzhKnWQkKs7NPciCliLOVwNOJdDIea/Rwb7iNApKnH3POIM+qQaGLRvcmFXd&#10;T5EOW8PRsb0fdvz5RsMv5DuvqwIQJhyji8O5G/3OD0FmUn3F1g/vtbqTpqkWJ347VkZ1nUKf+cCi&#10;ID8fffSsXatayLlVTzp8h0mNr0/gXMOck50qIovAue/vPtPC86tVFSivORHsmbR/r8GIA95UvaoJ&#10;MqPGJ58+zMKufC7OE+hWfgldRacqKK3vaipYFeB1y2Lo+NONDjDj2VZe4p7iareGE18HIy9/XWJO&#10;sdJ96pKvew7B9qE3fjUKyE42f9EfEieUCOPqu8wDF63LNR94N/Q90qIruRDucZxrRd4uZIzrU/hx&#10;gQGc8p233WUrxASJ1OAOMoeBiDntWNnacM6sGKhc1sQ5SQEG8ovRvWXGZOEV130HqiccaQChYqAr&#10;eNT8R0Hntp9eo6qevRJj41bWcsEe3zje2yvQ5kndAo1RCgKa7Gi33nRt9JqFyuzf6H13PPA3a8sp&#10;iMaqY6zsU1yITnsvvr+yeceOt/vKszaAtx3+qGb2OKgZOd6AiNq++XE76mUV5yi3uBXb2uIiDQ5X&#10;lGqY3VaAjt/9BK1L8kxONEZdeO6A/c+BkgEnSGgBW/mzxzdBbnhTfKocOgLHoOlnH11b/+Z1sfap&#10;ofgfmqdUt/JzNWMl3JfQEwYsLzqK2XXTjiZlWwmjzn+PJqXnbSqTq5m77bIIVmbrh9n1r14roHMI&#10;3zqn+cyifdH9j7+oilY2MCppxNdAz3z8pz9B68baDCXEIDPRvvpffe5T0oEwIOIWE4Pya+4tYO7m&#10;PUDqoSYp5LQIu5WdNaMPhpo5TWb/IoDKXLMIcuN11M491SKOUsYqROMiLzoB0t+5FfKrd2rAsmLP&#10;n6o0i+jbHQTe8PGW+iAJ59qW5+wksX0qSZIakADilcvW3glXZ83s5aT7YtiJumouo1R49VxJLsEX&#10;ofIp2F/l6mQUhPBhP42xmj4Er2cA9Y2TMGFFckxS9LU0v2RACs/pyq+dP00DXImfn1RCKT4DzoGI&#10;xQiJ7IvLi4x779hxEA4fl9i/Ur5eS4tZx8JRBXbwQwNgV0X7JBedcUk4y7GSH+lqguYW42rweb5f&#10;2lgJfK+echTdawhj3nXRkMFqU9Xu2TMX7wHtuUflzkEoY8lytsn4seMfd2s2XRkOPVv/MkeQjHgZ&#10;2Kr94nO7Dm275Zrz0wlKwb50JByt3/jS9dAPw5kmI6YEmD698gucCe8pWFVcFVJaMuyynrKA3i2b&#10;dVbeKdGHPcivOz6jyRYKahmyAaPQLdjR58gBVj/vTWDVoALVtoGfF3e0Qftt91rFW4AhORLmPHIU&#10;Afu3bNSCAuDHnPu9ZcLr55+kr5uqcpi7z7wHtlBGwXHQeJBV3nN45Qqmj0DG3kuphxluHGH5DUEa&#10;/hL8+S5s5TUk4r4DcgWWGJ+VI+l3hp06r2KHMTsH1ROnDjSbpdx5BPTh3+SiBZNf+rytYCMuH1cs&#10;Jsl7Y6Doj8Hs/zxzn1wBUOoZucBf78qltorI5XpkgEsm20CmHRMzzsceoypYzL2W/fMC9G7sMFxG&#10;7uyFBC4JrIJj8nNJLW9YneEExq1f/75SpOYACKVesOJBBcdhXqnxcq/8IVdcDbWnHp7cnySgUVVj&#10;BG5lnVCcWq+84SuQO+ksmsCiAmKqfDDgjq50IP6+KJDu72yD9ZeeBX2PNZu5U6IxvnXoucKSo8jQ&#10;g9izYjbCwrqd0PqL/zXzzVU5HHRxdQW3oeK6OOTT10D1qyclq0zwHC0Hw6cnFdH9YbfcAvUz55Pa&#10;sV5fGb9oKhe7li6BzuvuMq0xzBEnnKRE6ABlnCVAm1c37yxlK/Qe9nR1E95H5xZT1RdWqDw337zB&#10;grGg221Vy3tAeygITPswVyY1vHq+Xd4uKuTbQF7RFjCISEF6bM6d/aGD9ygwXP6cIyoxeFt/+213&#10;0tMvfz4FVCo7+ryPQtXkBpoxYQFk6YByjt2unT1rj334Luhnqr+i6+9r2aLFRIbof8TEMsBWM1Zm&#10;yFjcxedd1SsOp6qjEBoXvBFGXHpmTBAncSLAVOHrqt/slJlqjeikjkfV64E5ixDY7V2/HDpvWRzz&#10;QTwnuagqpc6ZBY3zzwbdTq4r+niN5jvaYOdv/xZbJ3HsSiaujGMAKt+yUfO9KTGaDLXOu4k+n85Y&#10;z4DiDScv0PMl7LpRIXMx8p9G5aBh1nzTeu+5jk+J/4UDwari8ytjyZWKuK+hFb6vnT0zBlwmqYza&#10;3bzZVlpDTM8mZr/MOpYilrTS61ma9RFTAE24N6oivyIMeR1TUpOThg7oonxDMq59kV8h5AuvZ4vX&#10;V3/iNLDcgWAq6T3i8lTXhDbUsxkd1Tr+EhkhHQMKaDtiquYFTjq30R/2P7PJiueBjAlSDSkSpz+s&#10;OvZVWi0+SFi7GV1rvqVVrzk5sC3YbcPHY67mVTPJVxaJXjvnS9j9aKtVkEeRw0Dul2KTMNDgW/bg&#10;V+q5DrIwYv5ZMOryMxPZD+PrCgveC4ujQ27KDDrXfWUXOTnB3JgqZtqwHHbeskRPhzNnafhdUuHM&#10;S0ZPUUP7T379+XSGUrAvHQnGtluuOb//weePpzjE+C4me5hmFsobe7fMDjNEyDdGkUbSVo9wV7cG&#10;+yAeoIk9HOrMp1w9PAOjLnsdjPvi++L8U56l4R7zgc9QUKt5fxRoAVqQYsddvwJozcfl5unAFkMg&#10;SOfWLrz/YhSwqdZTEnPgFtu44+/GuAHUn3Ca9msCG7SbIJWDl+Nm6cpE6ZtKEA7WXeFWT1oRicKW&#10;FnuRUsZBIEd1eNdfH9Zk1Y6DqcUKOEDxTSUh/9v0/66EzOhsZQwkAbt1c+ZTG6lDdC4GVonk1X1G&#10;wfHz60AqjisZAz+YKD6ps4QVIrUnaYfbtnL69n1LlGq5kiK/ZXMcg3TW7IB+8728twmpVYb1SKWC&#10;WwiDRGBM7/rVSmglFPZ+SyuDSr+vAVEvRpxdbO2HjR+6FIrtzeo3cK351IKG5PZZKjth8vzDr/sj&#10;DI8C/CQPWAkXeLZ1lw1H7cLD4fBbFkHjgrOh2ucKFuKmIiJ1s85JPKPw/ArY+IHzoffetQaw4qoP&#10;t83GVMqGjgPK4K4XBwR33HIr5Nu3xjj7eG+aCgRHKAYrLydff7tS907krDnCGggYjfnyJTD5F3+D&#10;qgkzzF7LMmoZPXvVqhVdT/NnP2lVTh2F8qJv59Z9fY8C43Ef+KxV7wCSNPe0qnb7X26FcFvBcNpV&#10;YgRtLaCVRpmiwFO8ZSGVdITUgs/zq0Dt404e9N2NujkGZZNn2L/xbBsbvxdXZOKaxLXa27kNiqt3&#10;2n0vBrb1q4+1O2H7n26GJATqqqWcbFDjBe+gCg4Zq9x1qRYYvKmZerRzvYPYfmrpNeAJnhO7emLt&#10;S0nbYL1x1TDy/WdA05ffZ5MnXmWcT2tDbdtkdnQOqmecaJWdo3HIlddA44UL9Pv7yZ1fw1MbzXMu&#10;2hujX3+hc84L8x4muRV9vulzH1Vt0gxyMiet+0zGXPZftsRRgYae4mLF9dL1119Gdi4fsw8xVUqA&#10;xHyW/HthdO4jgKSfaaA6COxzBg02eV6MC7bu+FcbIMzYZ+ISqT3pSAqGee+QWAP7VAYsCYzAVh/y&#10;VToTXwn31YiIUPUPv19iTubIt3OBfIclJNY9Y0A/n1rFx1Qp+zr2K+8z/MteiQ+Y5BEpv+K4+br6&#10;V/lKvsMTpr9XYNEXqbsjdq9fBrIzb5VfX+AAMTdpkuYOZJCPbB0/50B1Kvh0rT4UIzsnt/fDS4my&#10;j+1gzZwFBOYnU+PtjZ5Fsa1gE/BDFNADiHN846iefJQBoJKO/MOtsWpTDxxqDojTCNVhlRz6/wnW&#10;D9qCXUsfjN8Td+DsB/QApc9QdKxh9nwVO1RRl8T4K74Bwy6cnxzgKKl4x6+zkxth1OsvcqqPA+oA&#10;CxRVg4olojXwfGTPbWeXFVNLh61wDnxHYZ34jsNNu5vabvrqe9NZOjBGJp2CA3P0Nz83bNt3F32N&#10;RTmkF0PNU6h2CNbIcwKpxuM13xgedp7vJQqo8s1bVSarSBwqoRvE0uuPvORMTidDtrYGxl36JRMw&#10;rf/E+TGnUdDfjrnsTKibMF1zYQndP+ibCj+A7bf8ZsCBGjrULUlDYbcKr2/1c/r1feuZDOBp4s9J&#10;8XbYzBOjgC0K8tsKA3Aifunc1BmqhSkjokA91MG7rpJhVcpQZa09T4MFhc4t0P9IqyXGLr0fJ0BF&#10;Uvjep5dAduY8h/Te023NGLwoJDyMqcN6jWOh/sy5sGPR/XHeMBhIul/uMFMAwagqaKA2TqxWK4RZ&#10;yHoWcDNJ7ej6cr4GMXqWPRRrpXDB3qTvb0GYKYZfSf9ZQQFPnrCMd0YZj9ZSoa11gGMSDrKWyt6/&#10;8/nwE87QrUWoxOfBnvcPOco9yx6NrXkIS6onvD04EGDniPdOfm0XbPzgBfCK798CuVFjNU+eAo5F&#10;rHWMQdFDPn6NAmi3/eJGyN+zVoMrtAi0ap0NyJlU3SMOzdEXvF1VS5nKJrxf43xHc898akQGppSX&#10;l9wOWz7xRQjbC878yrLzL0v8USHjz6a4egds+fon4LCrb1Jt5J4JCENSzmagTwtnKEjOC+CgK6+F&#10;g664BjZ/+5PqNTuvu9O8DwKKGXomIy99nWpPGXbqm6B+1gJC7rg3AyvusrE2PZy8LZ+9TD2P2NlE&#10;/zcg0HHa3ka9/3VQM+HIWLYidNRbOhf9Cgbxz/cJDOpdtU7bIcnZ+lDzK7pVQKodXLf3ok1pmH2K&#10;4m9yFS9dri78k4YTX0PPQcRspk7W8L2R/UOhms2rB6zpmLohx8/Rz3b+8XYY+fqLDaDsJhVUZTYL&#10;IESTj3QBWAnSdO5HInv3m+i57BzQylU66ol30y3uG/QcINuqKnuaW+IcgFQFi44+3wc+X0mLIFs3&#10;DMa9//MKAED6hc2feHccZK7A87W0GdIEG5kjRmtA1wkZcd5e+YXvw+Zhn4YdP7zT2rZw8PPV5fhT&#10;vLpjsnDw16429hXBMa0QH5AqaUbvi2s/AX2PNmsTT3aPq364enjU5WdA7WFHajtiVDZ8AyhtXXSr&#10;5dH04meXuy+GEmz3rl7jXLNP4J4wz9nzBrqUw2YuMHvACA/QfVRPmhxfO7EWXgcJNlV/AfS3NJtg&#10;sJLc0/pMlDA82o8awJRKJIKV2vfqZ6v2R/IQHNvl+nejsSrU01QTfv0wGPu+L9KeDGHDxy8kAECa&#10;BGVM+6qkgtFQatDn/uhqGDbrFJU880Hz4RWCALKZjJo3/L6bREU71fvsY7qtu1KAqVOZzbxz2sUS&#10;0ecShs15tQY+KEns+Z71M5QNC80zz0a+UccDdxu/4UAHRcyzRq690VkFKqG90vQOYdn107PsMZ0w&#10;DO1Z5g0B8eWzRDhO6rATT4/Z3b0+O+QUX7rEAnyhQxXkUSdYSRdJzQmn6+QaVvd6mTKvH/m6W9bG&#10;7WT0phnkcg33D+CXPWwUvW/WCMHgfpjwhR/BlrqPq+6C2PoFa3vdMxscsDIzLqc4mHXC1IudeZjM&#10;FsSV2fatT0Lh4WYzp9KzHMdpZ51d30KWxHD664b2n/z2M+Mu/uwN6USlYF869jCav/2FbwcdxUNS&#10;QK8CxigUynjXzDkIMqOaoD/yW1SGSPplW90QsJt4/W/V72IrFmb8OJvPLV9eTBaP1BejU1dE30d+&#10;nL4HVsQdC2zxRGXPKBA3jj46UUS4j6/ZteQ2VQWyr88/LKnCKD7XHlOgLHf/OrvlQc2JM6D7tie1&#10;N+KRwqbj5NQf/1qVnQ7DrK5QpHnR8ZDm98IgNVTE/iHkn1+X7Abo+rruuYPahnQlXwhATjAT63vx&#10;e4m+N+qCD0Dnz+83SlFSOohYQmeM52nEO06DQBaiecxFf5LVvIPcUoxAYxAOcILzzZsr5JEKqD3u&#10;FM1Lp/qWMgqA0ZfvK5BVKYtidYEkcAYDmeXr9uv+YXA7lPbBFVo2aSespCrZGwqBNV9K9L7YTrL+&#10;wjfD+P/5mgJkMNAKJFd0+hYQJVB4xII3QOP8s6Cw4WnY/vtboNDaDF13PDnAEaw5dqxqUc5G8zxy&#10;/pk2eJXkEHu6z1YB1sSnFjprfNOX3g+di+6PZdaHIqJT7v57or23qf7DcPDnvk9T6xPwF6jgpMrT&#10;YJznFUxpMStEH/SRryrbcvCVV5vvaYA6BJc+AJ8n7tts9DqoBJvz9XtwlM9zsv6ys6Hn3jWJeB/d&#10;Oc5NbISDrviqERNxbQy+d9fi2yG/tltVvvpSVsyZLj63XfMNRq+bEbbyh5MZOqOf0S16ZJ/wd2vn&#10;Hwm7fr/U2iFnzVTNPRgyI8rzKuH6wSoqL1o7+c0bDZDkBh6qHkzG2+qxMjS/YRlUHzZNJ0qkFn5Q&#10;Isyeb9c7Jhc8XosCmj71CXj+fZ+LCfBY4RVtI6peNR5yo8ZQ4L736mclpkSfH/Gj37GSjeLyM+cH&#10;V8AYaWERqzJmsKLn/uVxcYMKgAHMvaTBOaGIbWtnH0220jeAD4Ow2OLfeOobYfvPf6z2lA3ibHWN&#10;TvBIxb+Fo+60iTDm8iuh9qgTNMgT2XrhaTtcjF7Ajz5HPsL2W78D7dfdGbdxwkHnosvJHVEP4z92&#10;NX0zGwOkPNkPO+7/C0gUVeK+QqiM/Sis61RnBAfLGS8Ole5poLp39x1LY3kq3CZ1pB5brjpIEy7o&#10;h5RvtkEzc6Puq+K2pIuqOg7PprGgqQa0/+Un6NyYeN0dMX4WViM2iawBoItur1cAdvRf7/0rqLqb&#10;XkIMAmaWgGke7UV8GA1vW6DeI8vvh0Cf75PP5CkuU66+VLY6OtuLW56vGIhmgJAwrhQt6IDzxlRD&#10;/awT1HurZC6qT4fSthkLEWv7x4RJf/MmeOFrDiscJkT3POItp6vHm/XpLAx8TdexN/u4j/6N/n2h&#10;7Af+XfWx4xVnbBi6dmvvY/ezS40AG96HDEuoEnxBXJTRPpnTBNUjx0d2CwHxJOF/FnpWPBtfb6Hm&#10;L90fQC7eVy21HdtkQmRTpC5WOPjKb0D9aW+E9p/fALtue8LY8YASuu5Zwxdcs3AyjLn0CqibNZ/O&#10;OO3z8HkWRS8qdmv/1feh40d3moPKIxVgWQKSp2MvvtfW/pGt13/p8qb3X/XDdDZSsC8dJaPr3l8v&#10;2HXbk2+XqSGpjDNDWdeaY2Zpxwo071aSg9SjnhkGqmxwGpiWwTBG7Kp/36fTvuepB5QKLpQouB30&#10;6U85rXgeFARVwqnKkix0/GJR5bK24GSBt/VDsb0V5IgmPQ+ijAmI7gUDvuqJE6Hbe1KTrHOVAp2i&#10;6KBkho/WzqGn1S6z3Iqiqgg130tWOYjYQuRBL7b0JOEUoyC49/GnaK6x5ckJkDjY5AonU7ETQO3h&#10;R8Pwdy2AnYsWm3hdkmPuJQw2eQvWTJqugocCKeYxd5q+Bt+o8tqAIHKOWzZX5PmhImrjzBPBtj06&#10;QCwacZ8CBfWDjHr/oiJD797ngLHc/tFCZppE3DOBifWQeQ5kqXJNwoFT6xU1px8HUH2rumDDuR+A&#10;g774Phh93ofUMw+pnxQBD4/eTK2V6AZw72YnHB05ht/Uz+brEG+RoaDFcmoFNrbziN8q2idIVJ1j&#10;tcYoMPe8Ktj+x5/B1h/9CMLomjywlS9DvM29LkB23nfevBiCrgthwtW30BrW76QDkiLogq8MgXh6&#10;8kK0LwzoqBYscpZxYgNSFBVEHSAK0Yf+XaUEy631CvDMKi6yzZ/9MPQ/2pp8WTm8QWjzlJJpFNBi&#10;W76pnpDaLmz9xU81XyNLjkqoCOARbMur9u9MFESxLVcti9Kx8aZiVhuVTLQeqiZOgS5vKZWDSmYb&#10;ULt72DEznaqsvT2/aP0EuhK0b+UzMZDLVHvrGF8tOcIe1S9t/91NcMjHrzXnjMGuTEUtJZakVlNF&#10;2zT85HNg+yk3Q999q830M12qAiWiy6k/5mgN1Ce4/GwU+IS812k/GVsX6vti5Ur986KTePHpewHs&#10;fvoBCLbndcsPQMXEBYTmViduTM31Wo0tyiXv4NolrF7Fj/ynW2HbT78Fwa4u6Fq0xAZx+LpjczD8&#10;zafDsOPmQe28swxXmgY6fcONmFHAQBa23nAVtF39W3umMGVDqPU3VHIhuvFx0R4wPJFogxRSSQB9&#10;ZE/af/4Trfyu5YsTEqvu3X6o62nPQ297C9QocaUw8ROomTQJusOldM6SYunorFMBXK7yyKfEp1CV&#10;oabSMXDAun0E+3CuapCDkqktEIwSySr7DCKCwgqe7XTQYCGQKJK2Ebi/uM0WK6d7lt4fren+GLgT&#10;OhW6DPYG9DZqtpi6gu68evIsq74L0gD56l+6Pl1JGlCeVUJ/S6vtX97HCeQzlYFIthVstoedNDX6&#10;Zo78DP28fcWdFp07YG0BJyI0qLtZ37cUxGR44A+VgJ8ynZLRBXX9VQnaaPfVv9FzLs06ZmCLE3Fl&#10;/15GZ1vrxvhac2h+Qro4vrTaY2arh5xhWpIE71Fo2VJyZsm4c/yCPphob6PYEt1HSL6LOUejc6xh&#10;5gLVdVP8bAu0/uQakD27oPvm+6HIRgvX98gsNL51obLnmPw1SQoG10EXEai5itZ78/VfhI6rb43R&#10;ZQVEmq4EsaOzZn+00b8M4u/h23/y+8+Mfvv7f5QZ0ZR2P6dgXzrcsfnqb/1AoPpuUuKPdOzVmTFc&#10;GFOnKyL4WDVDGV6OUOoAJ/TcLBu1ZjF3GlWLuC2UXPXUu+LJAT5Z4/nzYNi8sykjrFUas76udkFg&#10;rG/9Mui6Z3VFnr1bzOYpPh4JfZvWwLBRo3S1SLn7B03APGzuqdAe3goO3ZRRI64/dpZuCzD8YY7D&#10;SzehqzuEARvykQMhyxcWGPECbI3q79imlJRNuy63IdD9BZLa51guMwpUR5z6Wtjx88XmkPbKtLcN&#10;6oyh03uCbhHyZYEqqsBx0gtx8Fhii3GoSJMrMbC6QnEshUFc8dBU0QROC68WjejduGbfA8UE+0fP&#10;g2dI/Et5MPMtLQNaKayTWz5WkQEJ2hDwpx4ttqAWJTRf9X+w859/h7GXXQF1R59sFaAFGJ4o/dB8&#10;h+EegXVs1CBVWwzqWI0V+SRxATlOPlbmCqErbrFVkkGD7gf+ClsX/QR237uGQmdh2hfV+4ciVvGx&#10;r3uYWyR23b4UVqyYBwd/6uPQsOAcbX/CvOItxKnXVZ4QWyMcSHJwrgPHQFexAYK3+tkpWycs8Onx&#10;v9Hrtf/pJmj9yncg7CgMuWoDn3/j+ZFDvuAsvU6ixZBFAmxFi4DKwlHAsnEl9N2zZgDQXpH5i16o&#10;9/k1UD9qnOKXEtS65LbHxs4DVS2cgWFzToHt4a9V6w447VEIAtS9+g367yWUtZ+8X4rdO9UzCWgN&#10;M4hrlItJlUW3Ywno+t19EF4hDXgbFoVRxzVgEejrUUGLp19kzPkXw8Z/fMa0coV0zUAAUnbqTGs/&#10;yt0AgvgK4ZRE/RAqtUoV+PueXWfAtikbXWdkBzIsxqTt0a7lj1sABEr4Q/cF7JMO+bx6fQG1xy80&#10;a74QvXcW7SMFdKpFz9NAZW5UExx85df0H1/lW+4m0NWdBeGpsy+ke2NeO7T3SOOAR3axow2av/YJ&#10;6PqDrX4rKebT7W7Rd0ZeOB9GLHi9izAr4QpP8VUWoH/9ctiNdAM+Vwftu/3g6hN8hMVNqwBGjKEk&#10;QElV5h5G3ZxTo/u9FUgHRm2XqpOIy1MBz2X8h8h++rROeh9pUz6IKBFV2afnT/albuoMnbjAZKSq&#10;0g2sn1bufMNkkSdMmyxuTqWPgGeDSojmqPoODTty0VWp39317JO0b6nFnlv8aK+FtD49rmKE+NrX&#10;VACnO34DxM5Vt0vA8zh56kOhVfsVruL5v70+hNP6KW2xJleq5ZA+BGwXCFZ8Z6L5YSDMnC1OpX+x&#10;dStpZckDn9uMEznRhdbNfS2dCRnyWsuXnu6rf4O2tRgI49uoRIUCtbKJ9icqgKOfyWvOh4Ftu8YG&#10;RPeqOMuD0HTYlPURo5tQzxPsWeICfy90ZRu+fN3xp2u/BbtnFFegBeY8ThYimDG8CQ75+DeNPQco&#10;7fbgAg3pJIC82O/lO1ph09c/Cbv/8ISpjlQVfQT0mWO6UpXX/wmjo3jI1p9/96MHffCr30on40UE&#10;XtMpOLBG8zc+9JVw7a5DU5yvMkOT+GP1hID6uZqrAp04o6KqyLvKfFD2S/1dWDSHhyFil54FGoik&#10;W5dnBNDf3KwCO/YEMCs+7kNf0sCCUiDNQ2CiHv0arTd/V79tBTwl5tHSl6Bb1wpbntPgFJS/fwa1&#10;6mYugKq54yjbbIN4xYO48CxdLSMcDkCl9uebFKPhmqLqtL7VqxIRvKvgsKjfsvuBu80ca9GRTMwZ&#10;0tUXgQmMEZSrn3821J062bR6haRUqTLZCee3em4TZEYepIMHL2OcMNsGnQWuYkSwBZ89Vrr1b9pa&#10;EbCtZuIknTlX/IT9FAgE1D5c0IAqCUYoviJsk96yviKKl2X3jwHFmT/OBU2iYPv5bfGbAVanTsih&#10;TuS/qpCBBGJ8xZ+pJWsxOF7/lstVG23X0gdBc9xHDmoYWoJ+5GMTJCiCQJ+aLhaPEapyVfv9WQ3U&#10;8t8q1dmM2Se41zt/8z1Yfd5psP49n4bee9fYgAkhSWHVT2NiH/sSzBrOJ6GrQnD/rtoBG9/3OcUF&#10;2rX4NihEDr8SAcBAjKq+XO6sMLRVSSGhph5XX7EsnaCKFqn3kOaLykPnnT+F1e88E7ZccS3IbQXV&#10;2ugKPyRxMDKjsnDoBz8PLGijK2GlsZm+l4OWm3+gL9e8tqiIGi9vgUKz5u1TlTkgSQzBTAupGZNd&#10;pwAbbV71ceNt+53UwLMX3U/NzJOdxVzGfiKAEGAFRhupJQoj/BA6Fyqp0EvxR0XvhCINnXcuMucP&#10;Vs3h9/NBaNvK0Q4w8If2IPpR4/w3QuP587VyKgWAYMRwJAxXiYtAP+sEZ59SSva5EjKrAbzAiuEY&#10;RJX3PXPh8gZHtevWLbHnISoE9oWGsU8vNm9MBjpu/hbsuv8Paj4UsOdZteysEaNwW2htxT4npwzQ&#10;J0NHpISqxQINGG79v6tgdWQTu+94KuZMSyobF04VF3Lfjbn8Kk3BYCqJAwWa6qqoLGy7+XsG/M0E&#10;leM05LVW2LxBJ42iC5OymGj9qnN/TpMxE3jptVOm6HXn++XXP1Z+Rmul96nFYMoDK1gQI+j+6jgZ&#10;h/ZaqUh7VrF+b9cHnrUzoU72hESDgGd4KHKqct38Drax0rlSaN1slD1N2SP9WoaUfFiYSXXt+mA4&#10;d/HXcnMOgtzI8dZnFCImvqWByoBUsan6Onpu/ZtaNaADFVog7GdJW9nH32uYe0rMr80p/8cSLWM1&#10;uPH7yJ7vfmZDIoqHAyIAxqq6aGpxjfvRs2BVeAPVl1k/++rfBEKYPZ8dmYOGE07Xaw3XIiRZvxJ6&#10;l6/Xz8+Lm2JF6StFTCm48cTXogNFAK1X3v5HN9H3cIt+L04eAey35+uPzUHHT6+FzsW30/UGmlrF&#10;2FBHLIa4hlm4z5w9UKS9RH6R0Fk1RTkDtqOj9cf/DavmLoTdtz2hfE2lsO3FgT5Dj+GJ/aJG/HIY&#10;OGedP/nTJ/Lbt6TFZS/iSCf/ABq7nlo8cfvP/n5pZFUaKkVg/Z8+OANT++rDo6DzYDL2usJHt32W&#10;L2PnyiktCuHpSiCqsvJMBtgzwQfGYlnB2pOhTh7i4RD9YPRHLoLMyDEmoMQaI2z55QMn394CvX95&#10;3AHoKuEOS9seFr1uH3K+EFF92TJ+p4KkZvbs6OC/W7VUCur1yI6tVsqH4HGrroUt1RkpWUFWOEGX&#10;D0HkJKk2D1E+884T0fv4gxC+4QLj1cSqj4goP2Q+JT9rKm/Gvf9jsOHey0idTGreK6lbasrOL6oq&#10;z55FGXD9zKVqS6KsItaIqeov4szz8XoyqhUkXN21z4EN3mnD6W+21WZeFTmpDAB4VD0Uquvyqbqn&#10;d+UzUAkagKT7x+Xt0QhdALt3dCgONia7J50WFfhIkYyk36N2zpg4gqdfQNXS0fd33nI/dP38Aag+&#10;tgnqjpkFw998IeQOO4q8NM8SxZOT6Jt1Eyq+Fu2V6LIqqx6tfwcBl/yqp2H79XdRst86egwie7Qe&#10;JQFWWjlT6KqwffJ2GSinbDShJOiMdt/xpOLRrDv2B1A7ZxaMuehT4I0cqVvkTGt3QYviROuxqII1&#10;3lia21HbtlC37wahagfdufiP0P1YNJ+33gPFbYVYdYwCMUNdxZgks49/OfZDF4FQYLmCUfT6IH4s&#10;DBBR2bf3rkdVMKziRQUsyIoR0OOk5bdsMlUsuhUV51US94/lLqVwQX0ff1Jz7Ezoe6JFO/+E+NXM&#10;m052rrz9xP0QKBsf3XLXbkMlwG/mOTaOq39c3qeuf/4VRr3hXVRNh8kEbLHWraMe2wHPUeMWeqON&#10;Ov+D0HPXw0pcwW1Fql44Uak1a9q9IJkN8jKG1xFIREBVZQoNmvvCKq/r6l7+vjDckKEsoZNA8v9Q&#10;VuB0kzGAothegM4f3g3tHiaGPgPD3zUPsvWNMPzCD0NNZL+AKRioGnvAZqNnk1V0EzSfWM0l9AFa&#10;2LENtt14LXT9Ntob2/P6eQqn8lPqKr6MY9twiY398LuhelRTTMWUbTj+XX57C3T99RFTEVQEW8m8&#10;z/aDkiT9zc+bik6RsAUNwZyaY2ZD7yN3K2AEbd3o09+iU2aBMNWdexrKJ4h+p+f59QMVRioEFtSc&#10;NhFyqj2Z7LuqvhTELVceLDb2jYA+5p01fosIdC5NaDVyBIELKMpiioqkOhJ9TiJJ25bJwIgkf0Ny&#10;EggrULEjIprQfKB5N/FzU3lKqJHaR55nOPwUOLGqy6zUfV0ern+Fib0i8bvh9VXPHQPDZp5kgBFV&#10;hpqxE4pJsqzI2oWGwFB7K4i2/EsKicDHiu2tet6zRE2CreDl7fu++jfA4mDRR+MZc1RSWVUkU9V7&#10;uVHc0aq5vSEuMsY8rYK4b/HrhrNeBd7wMdr/lpE3IMqH/30bnjVrXErNLQjCUlm+0FRTha35yO+K&#10;bPl1f4FN3n9Bw/nzIVdXB6Mu/gRkG0eps4kBPp0EzyqgNPSypjAB/bBQCOOjaburizHCzlZou+nb&#10;sPPWe6HYUVB7AGkUlE9Hdp07K0JnT+O8ikStSf/Zg8Xvgp6gaevPvv3JQ6685qvprLw4Q0gp01k4&#10;QMbq8xb+Pf9oyykx8uq0vG/fwJIwLoxhyrKHWIVdms1yD3JP2Ao6EI7CouPbSud3B+l2dRT3NIgh&#10;HGO5r/cPpe8xBALhWIUpqZm6hOalCqsAMEAZyxO2s5aJhGWQMDsYDiQ9NsErHSQYGOVCzaEhwbZR&#10;UUe1ARFYOJOvhQ/xcvOnnDdpgwIGO0NHrKR0frH6DB0MWQnOvBIzEHJcyouYgBFRYjMq0WZRbv+4&#10;8+0ue1Plhr+biTuHpa+Z5PnzcwOee5/IqBlwMwIscYSo8cIFkBlWC96wRhh/yRcseK+CwowD6LPK&#10;mwYzdJuaioCU2t3Oe/4EHT+6Kza3XNjEYIP09qzuuS/zb+aYWrt8J0gtVb1VireXnqFadjL19dD0&#10;/qvs/bHYiALqdStP95I7YNej96vgvXfNOui5b61az9IBUMARG2B8xqgZJ7g/o9sQDq6IrVox5UC5&#10;gEpUDsQCbtAOfEBVCgPer+S6XPsGzteZUTkDopWzowbII4AWIEZjGD9bnG+aiiFpefzYDmreM/38&#10;7b6z6yEzMgeNb1sYBTD3QLg9b2j+pPMsXa6uJNdfGriyTQfn2ga7t0HnltdzhZ4vA2RcXOUNct0q&#10;EMRKtVMnQvWkidH6jkLp+gYY997PWeEoFlNxVOR3r18GO26/WZ3JO+95wChQm7PVOU+c3Fr8vGLg&#10;zpmnoqOGzQkNvg9OXqlkWAWoGEqfd/hvYG1xwQnLJVh2/dDDcM9ezwHa9plqwvEP3P5ptjUJgyBt&#10;E9x1I013rq7o9ej5sQ3ck60PrY83QH2exQPAPlfGk2RQsifC+HvEbaG+CK9C5wvahwyd6VByLrt2&#10;snQPwyD20n2uzFd5YKMR2jigP8BneMzvSJCM3Df/Ri8Wd39kaD0OFksMtr+M4E0YX5uuPyoccRhz&#10;pshk9p9tvatyK/ZXfBoOPCfdvVa3cDLUTj5cg+INjTDufZ93aIscJflQJ3FRqG3b725WQoud9zwM&#10;xbWdsT0LpbaJ5sfnZ0Kq3LLCCYuXbfztBAZymLd18l1/PKxq/ITd6cykYN9/7Gi96evv2f6VRd+O&#10;jFhDqYOQjsoAXi5ZuXCI0Mt7uc5hQIBX6SEEEAc/9hT4hKV/5AQnbmuTqxJYkXsvASkTB1vhHhxb&#10;iDvtpcCD+/sDAChI3gbglaimls7nYACmy+0vnQCjFDBMCobZ37P8Lub+jSOknYNSR7kiaqxe/BpM&#10;lVfJ+xgOMKhsq0WS/TPY+gBv8KDFrdZL5OwZ5y1+X+7aKAWaBwMz8NMRF8yDURd8CKoPm+Hsaxmr&#10;uAEidzeq22Db7tp/+QPY/cTD0H27VsDD9eUHcSfRcPVVynaHg9uWAWuaA8GSQLxUGZL3vhuceY5w&#10;jWSQ3AlWJSlI+o5HHPpQnvJtkMBROmtjoG3kaFpUpBV6T3uwNHEwKEDENsbfC1CXIFnAr2WqnUvB&#10;vTB+BsjSfW7AqoGBZGlQx/vFBaDM/Jcg8kmSHTK0tS2l1ysZ8C0BswYDB0rnupJgeOgNfs7ZeRGm&#10;UhRgcJtRui5iACvEbbD7Xu4ZPSio5u35DOOAMnbOhwMBl321HVzIIh3gOanb7w3C/+UCmoltF1+D&#10;Mw9cRVOp/R3zLbA6hwRbkiGZJX5eyT719gJ8gwM2I2gUUmvmYH7AnpIMrHrPCUXFIehwNiIAVFTV&#10;XjKWvKhUZRUDOK7Ag9yDrStNoMiSZGClEzYvdGwQOnMfwhBjr331b8w1WN8S20bZp0h0vpDvlyGl&#10;bG1r9OuZznJKkgaeFYlJ5KOE8RjFG8TH2q/PqiTO2nPMYcE6D+JxAZSs08EKCURJXOHu/VhyII3P&#10;E9l/fm7D33valw/59HevSicmBfv+I0f/8yuGrz3r3BXB7mKT21lTycM8HelIRzr+E50N4YKU5AiO&#10;vPwMGPvuK037F3ItZpB/yMtZlVYRxNpNDdkzcjjt3AZtN14D3fc9CPlVO+OgzSCAETufXDGyP8it&#10;05GOdKQjHelIRzrSkY79PUppeKDK237EXb+bVHPo5B3p7OzfkYJ9B8DY8JG3L+r68/LzS6sK0mAw&#10;HelIRzr2wdkoaTXnFmsptNDEqPe/DkZd9DHIEVfOwAo/INVnFuqxasya26cI/c/8C3bcc5vilnEr&#10;Isw10L9ui5jKsAepjU9HOtKRjnSkIx3pSMfLbIS240mN6Mv6C+Z965VfuP7KdHL270jBvhd5bL/r&#10;5te0fOgbt0ZPoQG8/UN6mo50pCMd/ynDEFYzL7PDN8ecjKM//hYYd8mX9e+jUrbHCsu+IUdXvkso&#10;IWNaz0j52bw4QOefb4ZdTzwA3Tffr3/G7Vhuew9wa3IFOKvSkY50pCMd6UhHOtKRjgPJ95YOzzPT&#10;oWRFxxF/umV6zRGzWtMZ2n8jBftexFHc2eatOeeNywube6a6yLcrZpCOdKQjHen4N0cYr5LGarqC&#10;r8nxAeItt9nRORj1kXfD6HM/pBTbdOUeKS9rCTbyWEJD4K9bfIGIG1HhNqP5/aI/7vjVd6D7yceg&#10;9/dPQJGrBNPq7XSkIx3pSEc60pGOdLzM/W9wOKF94pVsOHfudw/9nxs/kk7Q/hsp2Pcijuf/5/Kv&#10;7bj5n5+GkAh4sWKklJA+DQbTkY50pGPfHI7BVLRhcKGP6mPHwajLPwIj5r/JkUt0gD2w2Uqs7lPA&#10;YFCAQGQhK1jMg96DuP5afvxl6F+zBnbd9oS9rNS2pyMd6UhHOtKRjnSk42U2SoVcVCcNNsEI0XHE&#10;7TfNrJ163OZ0lvbPSMG+F2n0LP371HVv/eDD0acNBtRzFIIkpGBfOtKRjnTsq7NROgZVbwTthLgq&#10;ePVnzYLxl38GchNmGJBPG2cZAwENtx/LTeLXQaA7e6Ovi5jM8ZSDA91LF8P6t182uLR0OtKRjnSk&#10;Ix3pSEc60vEy87/d5HrDOa/68YRvLHp/Okv76VmkU/DijE3/c9VNwocG9YUgKXBfg30pZ1860pGO&#10;dOz7UCq4QjsXiOOprGIYr/ALtQmGTFFC6FsnpfuOpbD6te+Atm99AjR/H/0+CnYQR19IvAum0k+1&#10;+OILePp3oq810FdU3++84xeDApDpSEc60pGOdKQjHelIx8vGB/f0hyRnG8XxlH99+xPn9ix7cEI6&#10;Q/tnpLDSizBaf/zlS/NPtx8puIoEedpFFDAGwkSfaVVfOtKRjnTs6wknlX1VVdMeEQQ7p59Hh6DS&#10;zkAnpEQhF52S9uvuhGdPOBba//xTUG27fhZCLNfDz5GLROrPdZbG11WADPpFXxekgN7nVsLady2E&#10;rkVLzOuL9OmkIx3pSEc60pGOdKTjZTiwkMnjBhgE/aibVAbQ0HrDd76UztB+eg5pG+/+Hf0bl49c&#10;fdZ5y+XuoMnlkkpHOtKRjnQcWEOriWmCYRw1CydD06UfhbqZCxSIl/WIX5W4+XgUA1LtDYvQ9fRD&#10;sOmyD4Pclo917yqAMbX/6UhHOtKRjnSkIx3p+E8aIXQd/pvvnTDsVac+m07GCxzLpFOwf8fmb37u&#10;eq+72CRSoC8d6UhHOg7oEUiquiZb3XPfalj/1sthy7c+qcU4lEBHoNR5TSuvJKAvGl0P/Bk2vPVS&#10;BfTxgctmPwX60pGOdKTj/7N3/6FR13Ecxz/f792WaB6p+2PkXDKXbUFaFCJRYEgmC38SBRJSEf5V&#10;FFkp5o+R9EMlR2rOpZTVJAkycUydGZmaZKAVSsvNZq612++5YXO7u+/n2/fz/XF3K9RtdzdG93zA&#10;d9/jNv3jzXF339f3/fm8AQDpRm3d17xr2zoqMSy1xnDpOPBR0bWqmjmGprGECwBGOHuLP2+vPhHb&#10;66+z9JD47fEHRdfximhqp0vV3We4e/oJ0f3Td6LhtWKhqem8IrZHIL30AAAASFfqJvrfRy/MvXr6&#10;8DSqkVos4x0mve2N/kuL51WHg735ahMpe68nolYAGLkfkOqujLtC11TnuEm+pjObQwQWTRc5qzYL&#10;/7hsEZaGyNB9ItLZJGqXLBbh2q5+d9ScwM95/2cZLwAAANKNN6xu1CN5B/J3ViygIimsNSUYHq1b&#10;izeooM95cZv9XugAgJHHdDcWVmfdfc/23rdNtz376le/iJqiuaKtYre9h59S/9ZyYdR2Rf8fu7NP&#10;d4ZyePv/0d0NAACAdNX7bd2sruP7Z1CJ1KGzbxh0/1A17Y+lr5zQpAjYnRzefn3s2wcAI5Yd7KlU&#10;zv2YtJv7fG745y7ptcfvStN+Kx+z8D7hGztGdJefdKasS3e6r3T+TL3/q6nrmj35g/d/AAAApK9R&#10;M3KOTi2vepRKpAZh3zCoXvTw6fC5zhne0i3hXjva14Bc7AHAyCT/m8fFT9T1wj5dxn2Oav0n+EoR&#10;e2xYj31q4If1N2pIE8t4AQAAkE68G+ZuFtI9uXTtvMDsp45TmRTUmhKkVvP21S8b5zoKhB5buqUu&#10;8FThiVkBYGR/QHrDNdSNGe8mTXxjtgr6TPf39mGK6J58TjAY25/V7ugznU8ClvECAAAgnb9jWz8C&#10;TR+WraciqaszUqSn9ufstu3711gXegHhLQcTsaVhXOwBwMglvWTP/aQ09VioJ+Ie9+vQi38u7t/K&#10;fmcGNAEAACBNv1+L2Pfk0JnmezsqP51DZZKPy40Uaty4tswImeOjLSDxrXy09QEAAAAAgHQhY2e/&#10;YYd/gdadu+juSwHCvhRp/7J0Yd+xi7PiN2GPdoQAAAAAAACkIXspr7vUse/X9oKWfWXzqUpyMaAj&#10;BXpbGzIvLZ5fHQ725enuJMd/h3y6m2gT/gEAAAAAgHSimZoQpik06+SbetvZwsrv76cqyUPUlAJN&#10;W4o3hYJ9eZpPsFwXAAAAAABAOI1P6lCNZ3ZcYv0I117Jb/ti65NUJ3no7EuyjpMVDzQ+s/Ib67Ub&#10;sF/Icb+L7+Kjsw8AAAAAAKQNd5szlYdI76ye1zWROXnM+YIjp++hSMlB1JRkLRveKbNOgegQxriR&#10;u16C7QV9AAAAAAAA6UIt243O6fC5g3mlKUJ1V3Nb97z3NBVKDsK+JApuWflqqLorX/VKSvdgGS8A&#10;AAAAAEh7uhCaIaLdfV5e4jb8Bdp27V1DkZJWaiRD74Ufc9rLKldYr9WASqq9wnoTeK93AAAAAAAA&#10;pAMvB+l3dvOR8J892c0fv/08VUoce/YlycVniyp7Tlwuiq7dlaYzTppADwAAAAAA4MakEP7sW+ru&#10;Pnl2CsVIDFFUErR9XrKk58Tlh2LPmPFb9QEAAAAAAOBGfELIpr6s4I51L1CMxNDZl6BQ06XRtYsW&#10;VZut4VzVxec3TBHRNDVMRjX3EacCAAAAAADchCmFyDCtc1ZmfeHhyin6uNsjVGVoiKISFCwpLjHa&#10;w7l2ZGq9MA0V9FkPDdMJ/AAAAAAAAHBjPuuQmhCR9lBusPwDuvsSQGdfAq4c2zezftmaKk2KgGlv&#10;0Nd/MIc3UgYAAAAAAADXp0lnQK+KUbSx/qY7vz44KTNrIt19Q0AUlYCmjZtKdelO35XOc9I+NIoL&#10;AAAAAAAwQF4rmp2r9ESyW3aXvE5VhoY8aoj+2rx8dbimO0918Kklu14x7YLqptClJiRlAgAAAAAA&#10;uKlYpmIdhhCd5UdeDAXrRlOZwWMZ7xB0nz81uf6JZWdExBxPNQAAAAAAAJLHsA5NF2LCc7PfnLhy&#10;yzoqMjiEfUNQs/SxqmunGubYm0fSGwkAAAAAAJAgTejSFGrxpOZGVXqm3pZ/6Iu7Mu8o7KA+A+en&#10;BIPT8tmmpaFTDTNV0BfxacJvEJYCAAAAAAAkxnQ6+jTrkems5o2EZFbzJ++vmLR2xwrqM3B09g1C&#10;X+Pvt15csLg60hnJ8VEOAAAAAACApFGzD+wFlGo0ghtXmX6to+DgnsKMvOktVGhg6OwbhOYd7643&#10;dU1mTMiod0JmjRkcAAAAAAAACTN1f1w/mlRpn65Ln3UO7t35Uu6qbW9Qo4Ghsw8AAAAAAAD4n/hH&#10;gAEAHSU4Jd46BZEAAAAASUVORK5CYIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhAi8SJwMAAM8G&#10;AAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAA&#10;ACEBAAAZAAAAAAAAAAAAAAAAAI0FAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAB4tYs/fAAAACgEAAA8AAAAAAAAAAAAAAAAAgAYAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;AAoAAAAAAAAAIQDEZ2cyKhYUACoWFAAUAAAAAAAAAAAAAAAAAIwHAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LnBuZ1BLBQYAAAAABgAGAHwBAADoHRQAAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="00B54179" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2.25pt;margin-top:-.75pt;width:615.6pt;height:5in;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDBeeCQpQIAAM8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy&#10;+0hTwWARKapATEgIEDDx7Do2seTY3tlt2v31O9tJWgHapGkvydn367vPd3d+se002Qjwypqalkcz&#10;SoThtlHmtaY/nq+/nFHiAzMN09aImu6EpxeLz5/Oe1eJuW2tbgQQDGJ81buatiG4qig8b0XH/JF1&#10;wqBSWuhYwCO8Fg2wHqN3upjPZl+L3kLjwHLhPd5eZSVdpPhSCh7upfQiEF1TxBbSF9J3Fb/F4pxV&#10;r8Bcq/gAg/0Dio4pg0mnUFcsMLIG9S5UpzhYb2U44rYrrJSKi1QDVlPO3lTz1DInUi1IjncTTf7/&#10;heV3myf3AEhD73zlUYxVbCV08Y/4yDaRtZvIEttAOF6enpVn5Rw55ag7PjnF10h0Fnt3Bz58F7Yj&#10;Uagp4Gskktjm1gdMiaajScy20spdK61HeagXX+vvXZGZvLJ83QkTcmuA0CxgX/pWOU8JVKJbiQZx&#10;3DRlfngfQATexoQSEz8iwAxrUiDEQ1jaRFtjI8xsGW+KPXdJCjstop02j0IS1SBb81R4amtxqYFs&#10;GDYk4xzBllnVskbk6xNkcqRy8khspYB7tEPsIUAcmfexM8pcnYyuIk3FBGz2J2DZefJIma0Jk3On&#10;jIWPAmisasic7UeSMjWRpZVtdg9AwOaZ9I5fK2yTW+bDAwMcQmwtXCzhHj9S276mdpAoaS38+ug+&#10;2mO3oJaSHoe6pv7nmoGgRN8YnJpv5fFx3ALpkHoW2+JQszrUmHV3afGZSlxhjicRnSHoUZRguxfc&#10;P8uYFVXMcMxdUx5gPFyGvGxwg3GxXCYznHzHwq15cjwGj6zGMXjevjBww6wEHLM7Oy4AVr0ZmWwb&#10;PY1droOVKjXunteBb9waqXGGDRfX0uE5We338OI3AAAA//8DAFBLAwQKAAAAAAAAACEAT7nS7ngO&#10;EgB4DhIAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAABPsAAALuCAYA&#10;AADYLxMlAAAAGXRFWHRTb2Z0d2FyZQBBZG9iZSBJbWFnZVJlYWR5ccllPAAAAydpVFh0WE1MOmNv&#10;bS5hZG9iZS54bXAAAAAAADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVT&#10;ek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9&#10;IkFkb2JlIFhNUCBDb3JlIDEwLjAtYzAwMCA3OS5kMjBlNDY2MzAsIDIwMjUvMTIvMDktMDI6MTE6&#10;MjMgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcvMTk5OS8w&#10;Mi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIiIHhtbG5z&#10;OnhtcD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyIgeG1sbnM6eG1wTU09Imh0dHA6Ly9u&#10;cy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0UmVmPSJodHRwOi8vbnMuYWRvYmUuY29t&#10;L3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VSZWYjIiB4bXA6Q3JlYXRvclRvb2w9IkFkb2JlIFBob3Rv&#10;c2hvcCAyNy40IChXaW5kb3dzKSIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDoyRDcwMjI1RDEz&#10;NEYxMUYxODc2RUE5M0FGRkNBMzBBQyIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDoyRDcwMjI1&#10;RTEzNEYxMUYxODc2RUE5M0FGRkNBMzBBQyI+IDx4bXBNTTpEZXJpdmVkRnJvbSBzdFJlZjppbnN0&#10;YW5jZUlEPSJ4bXAuaWlkOjJENzAyMjVCMTM0RjExRjE4NzZFQTkzQUZGQ0EzMEFDIiBzdFJlZjpk&#10;b2N1bWVudElEPSJ4bXAuZGlkOjJENzAyMjVDMTM0RjExRjE4NzZFQTkzQUZGQ0EzMEFDIi8+IDwv&#10;cmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiA8P3hwYWNrZXQgZW5kPSJy&#10;Ij8+tHdU9gASCudJREFUeNrsvVmTLclxJhYemedU1V16AcEGqOGYTCIfRpyR6UEv+hMy06/Vm0zL&#10;mNFsxowazpDiSDMgCW5oNHq5e1WdJcPl7uER4REZmeecqrqNBgYNK1TdqrPkyYyM8Pj8W+D/+j/+&#10;TxwH7xCd8wAO6Gfw4OQXjr/AhRDcuBnpVyH+HuiLfgTv6W8TPc/LY/ix/Hd+uh+C8z7QQ/nx3vF/&#10;gX6OLwH0ygP9QO8H8Xmgj5F3pdcKfpDv+93eHY9H+TsMA73uwO9Cj4vPGfSYEb3b7d7ScaCb6PHT&#10;NNExD/Lcw+6d88d7Nz77kbz/sLly43bjdrdv3eH+1u32B/qa3IZe+7PPv3Dbqw29wUEe+/64d998&#10;87ULh4N77jfuJ//8v3HDdnS7MLqvvv4n9+7Nd27avXHPNp+7m2cv5Rgnet6Huw/u1ZtfuHdf/qN7&#10;ebNxP/3nf+xevvyC/k7nEwf391/+rTu+feU+/+wLRy/lfvrZ5+7zn/4hnZLB3R2c+/rLv3ZX9DOM&#10;W/fd29fuGu7oNf7EjTcv3HfffekOtzs6PnDjyNdlknP97NMfuzAd6XPd0d/o89OxjOPGvbt77+iX&#10;jk6Ee/nZ77tPP/2czs2GjnOiY3zjDvTZntFn/vFnP3bDQOcv7N1Ex/j+EOhpt+6LT5677ca7/TE4&#10;HK7pb5Pb39M5dRt3Ta9zdTw4OlsO6b342ox8/Xb3brp57sIwOj/StQO+5kHOD1+vEPj6OblefB03&#10;W7omg5crGwJfv6OMLaC/ew/yfB5vMg7SdxlucfwgjzM6Lgz8PbgjXf84oFC+ZDjn/+K45tcZeLDq&#10;fwDpe3y/9DM/V8Yuf8Xf6v+D/N7TZ+Tf39/v6Fzfuvv379yGxoLnMb77lu6H0d3cfOaurq7i/RGP&#10;WF4FMB4jj3Un95BzEx0X8memc0IXRH7n0zFBPG9Ov0Z+nL7e/D/Ix8s/pTva6f2T/54+uDwmvgff&#10;o/G/IM92YF/Xd94LZ//G/GuYP1ovCACYZ8TP71Gmhnz5QD9weg7qHJMuKqZrZT81pqOf/zekeQax&#10;el56HWyOGPRA8imxf00DC8p7xj9D/uiQzwO2r1pfD8QyBh3qv3vnzq2ef6gGdBkDfK/IPTNhvuZQ&#10;PR9n46Z9UTDrwvyaQ7nyuoR4+7t8Dnx+brqj4piLj/H5uPleiY+Y9OT78ow8smcnBzrnmecGLONe&#10;7l0aHHs6J/sJ3P0+uPe7yX35/uC+ug3uH++c+/ldcH/+7kBzEc19h8FtaM66pud9Sq/yge7RW5qD&#10;bujrit7vLd2ngd7D8ZxNf9/K2kRTrs5Xg5wuWmPAyzF84DWVvh/p/a/pdxMd3F4WR3Bbmsvv+eG0&#10;Br6XCeHofoJHN16j+5Y+w//gJ/cvX0zu8y24L668+8Nng3u5pePb0PFdO3dF8zDPpbx2DLSO8Rjy&#10;1Zreu39DcyX1+srkF/KPcsVCHKcylmCYzZ+98QndQbv8u/xa6Vh0/pP39WO+F2VtkPnS65M8Fx9x&#10;PIFPt2KaSGbHJq9d3bdm8nHdKdWMaHPPeb/08Din8/xxpPFx2DtP68Thbue2337p3C9+TgPtL93h&#10;//tzF17RteIL/4YeT9eSCwngIUXXdPrEuc2PaC199mMHn3zmxuef0e9vnL+6liuHtN7BkWoCqmfk&#10;O70XUF3jpj2VMjtaRw9SGwCNI0fre+DH83WluUCmrqPeNjoM4BB/5+gL9/HLTXFurpYMXm+nuEpg&#10;GmIQX8ZjGWm+XmFW//O9XwS3en7Pfq0L/lt7bVj7I575YrjwGDMeYeEDYHM+4NwPevrW7z9+7fjN&#10;34K364/+7OOiC76+nkuriD3HNGzl8dOWXuI5/fuPqXb9n/4Xd/yj/94Nn1A9/+JzN1DtClzP0qvJ&#10;7AqxLnvQtet9THzg+IGHj72Hvuf8GGB1nGL3YmLzO3/xZ5wfP648F2Z14fwzgEuVbloHem+Ktq6C&#10;JzqJP/j/6rsI0VSxiIs1eLnxTeWMy9cpl7rnDmw4c3JEeMJzgfOadTZ+zdqND10BHnjP2TEOvXkU&#10;lirw6sFe62XeB/PeEWkPfzwQDsB7/e9+4eDnf+3wr/53N/3sL6ke4PtF1/nuooNmj5KGDsh8LXsF&#10;mchxtuZUHwCbIYXNlkJ/B2b9EpwpD1GcjQfovF0e2kHXQKyG7+yUztZM1Pduazqv64yfHzufP1fv&#10;VsrnDLEuwrSxtKcRygGlPfsU5ndsCCeGHsbXCdAMF58OE/QzpF0+5L1sOmn/6l//BaEQ3cFUb/LA&#10;3O2zYk1rY7Avbs5U3phnwAHLz9C/NJj/Xhf/5SaBtFuPRT6igo26JNDvfAJQ5Dtv7AbZOjK4yAXv&#10;RP8G2hTwTcMFwvX1VkBLBm4gfQQGF+lxWwJpAv3yatjKe/Pn2dD/PXv+wh2ocN6F9+7Fs+fuBQF2&#10;2yuudrbujgCwPRDw8/UvCSAjsIeKkR//9A8cj5uBjunV8a3b77/lu1Y2LH7UC+oYDOPPfhSg7tkn&#10;n9CGkT7fbdys8nm5vrl2n908I8COgDeqhm4JtNztZFtIG76tu/50q5tLglTpvQkupZr+IADmM3re&#10;Fe0IZQNIgN7N82eETN7Sew1ynEiwHW/MRqrUn93Q597fySaWz2+6HAOBnhHoDfT+QauyEMEEl4A4&#10;H6dYHxdpaDZaYCe22dixoxqqrwSQQZ4koK5MeXeUH98pJxWwg4iy6ZiCzmauHI9ncBHjjcqfGbVS&#10;5bEjYCWfCzkmunq81/RpAhniBsh8lUMp/wBzbEE3UJg/IM4qKmw2z2iWiDIDZUg8ftZmfQl6bwKU&#10;84R2X+zK5ljueYSVtQ9dZxfdq0NWC5V4JzqzE4BmpcD04atrBgmETfNC+7x5SVMtvMHOX3resV0A&#10;06qkRSQ0YN0ccNJJGhOIaOY9BfWwc6zpqdW8u3jKzOjHshgGvX4Ygr6j3jfymr6z4J9T64BZ7MD1&#10;lmOs65Xm/McxzcficfkzQV5QmlLEgKawch+0Bw8ZFBrlXnUKHgfgZtTkntF7XfNcR/PvJ9SU+YMX&#10;AwF7R3d7APf1HYF/t9fuDQGBP/+wd1/eH9yvds59Mw3ua2oiOQIJ3+LofkRTzns6jiM1J54NcRTv&#10;ZOtJsym/F82Bo56zHR3DqJuVe5pXR3r+B5qzJq1CRgL6vqbX/Yzm7H9GxcMXhPdv6Offuxndv3gB&#10;7oZ+9yk3ZqhZtaF14pr6UlcE+nEzbkuNn42cp4Hmf0ZvjvLe1f2jzbTcyHAn7unUKEGsAGsZ0x4M&#10;2IrV3F4uC87xMzxVRqPZdECZlFyaj4K5tt7FNtKUC1QqCswti9pwhNMFPK5NWF4PJZ1HrJcVvtcW&#10;AD9Mc4KAa5Os2ROvq7Ru49tvHLz+yvlbulaTy+9BZYeMGZlrruiK0jjwdM2Rf+A6hMYz8HrNQOd0&#10;EDAP6AUCjaGBm20hVsMC6PH54heXN5ji7xFzcwGw3hNCLnZ13g/leiI0e2g8D+u66D/fKah/CFtq&#10;aJZjf8HxmSUrgV44nVgS08bEu6fdC8OZQN8DNvM0LAvA1wOA0jn05nOFZcDIpw0NvS7SfeCev3TT&#10;89+jEvvGBZrzuEZOYFBZovERcO5vOUCEayBMCxppzSKEDH8hkv3QMYVloCy8bqwjMO8D4Adx5dLx&#10;hh8QAPgxwEQ8//XxMZ2QjzT805pn2s2PPYZUp1sywlkAIHYA1X411Byh2d9W74kR9zhw0/ADNf4+&#10;yHYYJwZ/CAtg4G7onPMEHFqQftL1Luh+Z20fZ4dGBfaBbtUwl0tob3MlHaBt2puyCrF/eeT3WsrI&#10;YQ3NfnOh8QyJqzYZMgzv36lml2Px0qvPnz8XREfDHNFCNoDZHwboNE90fUtbxiGu91Bftlx/tXdD&#10;gA5wD1iTSQbToDbAPoIW2Kn2D/F547krhGyK9eyD/RQnulOw2qLCbtccZsDI8tQDhr1lwUkGaCYq&#10;goWNxcU/MmATW4oMSvEg5g1g7OwHtxlj+zGBiqA36IZYgFfXz2i7RRutqxtiTAC97o42dke3JeaV&#10;p8Kbz8t2SyAbddnHLYM/WyrQN84LGxK5eS7vd2SmIh35MyEf8CK6V8QX5N+ZdUGjEXy8wa6ur9z1&#10;8cbd74aMhDPZawMbOa49MQWAtpZEGciDZ0uA383VVtApHp/b/Q0xHIlpRxvYYfDCjpTOPp0jLpYG&#10;BrOaYolvwc1G31NYMVDdSQk0EBDQDCpMK7CCruBMu39lM77c3rbgH55sl8IKusSfoYJo6KIEHWgW&#10;d0bdtIEBqZXHp+MpFBAis/70vAFWEw42LRNcLOyxAnGqMX3G514+H1h1SrACyMy1AexgSVgtOIDw&#10;sHWx3v2v39F4zooyfxxccEZAwbwCDCoA5319lRDN1a/r0ZPzH7ZsN+iDovnaooDDSn2O3ToBqXzn&#10;paFmcqJdaQoQV1iCeldAjbLgie1Ol6F1ismA/fkd9YiXry4a0BeVuW3uPzy9OWvh82pPO+k1VpYY&#10;zXz02JFAMZQqgE8zM+ycLqADMZm3tCb8/g0x7ui5f0LY2Sti9327Y6Y0AX+3B/ePNO3+8oCCoRx3&#10;B5pLHYFxxPojBtVbYTttTKeSW01ejmNP7/eCHnxP69ONv3U/ofdCRVg+I/Tuj7bBPadq4ydXg/tn&#10;z68IiNy4l5vJPafjOxKD7/rGu2f06rzmXI28YgTZZQ8yfvh96fWGOEeBAnsyb0EfpO2v91CmhArs&#10;M3w7MFDf0lSFl5b42BTmUH93ThtP6X5BBdDLgeTmBuIM2O/xyqB3O67e2AvrS69FC2AYhXEMUsXg&#10;AikGgFh44QMx5IkJHvYoRbmMx0FBk6DdYi1CgcYJM5g8DzRliMpl4YIVg4yD0N5tYDYDaEFKnH0M&#10;S1Iuxe1poAA7J/OhG288k9H3KCAxfL8srdNAy0cn+3xv//FcKNsDBa5T47O6v/R3CdwmzJruhx6h&#10;AeruAAPgzwjk2z6XJ006lxepA55Bm/wv+D9cG4Lnni88Y6DB0zCzzgaVfj0wX1RK+N+IS3+yBP8o&#10;0xg+4fH3WYeXAn2VesCs5vC9Ts5Pc96z6gkjpsFqRs+MFKo/8bAX0C+DUWZOdq5P3EDLaAuRbIXB&#10;TK+L5xW0eViDfYCGgdDbv2j/M4kyKnAPl8E+aT4eo3JAeUYzdjuGno7K1jSgKqeEk4F85mDByskp&#10;gJqOBzI7MIyQsTTn9XWmBrWYosiE/0HlXmxwjTqOp36zK/9uMg3yJJMI2sc2ACB6Pccqh4ugJRT5&#10;miHJjVmumAmBY0XXjUU1KEMPTGuuLsJjkahHw5RPZNbcUT4tphYlWkAtSeNAGHWQuTRxExEs6uxQ&#10;GGQMVEVKLn+PZ5f/zcClKHcmEAkoikRrEonrYb+TDXM4RGkLUfKku+6HYwTieNzT44ThN1DnPOxE&#10;L8BMAZaQXokUls7JJrLZDsdJinqWCG+pImfp79XNS2V0MbOLGCTMqDjS34l5d/3sSgffLm4G/XN3&#10;G+6pYN+6W3q/DR37M3rc3f7oXsq53EeAcUsMPPr9kW5UvyGwUcFW0M/MDETvIyDH73Eg6Y4wzVAl&#10;W8QCGOlcMCjNjI+7iQG7+Bw+5/y5Nxg3jLf02WRnQR9i4GvEEls6nyxvE2orPY8/xcQ3Az1/kHNM&#10;D6enjEQlORCrwLPeYkssRJpoBJMU2u8U5ai8MZmOSi+NkwhvaoLAZ3HKHXnCMuCT8AIFPffxblaa&#10;KqAyBdONbkavgHERgpSbJkypuimMMYulCfjtVUbuowRMCCuRn2hks8qO0yljmsoGLm4sp7ixpPPG&#10;EueJWaAIwqqcGAwm9icyo5TPL4O8QTfh6Aoj0uukrAUEA7CYNrbMVPVg2HlJRgcndTW4tOgCmE2y&#10;ThQtjA5QJmwDfp7HDCvSYQGLW8klYHdzX7P6VQ7qfAWeZeAqMxihyHMhnrN83bBtOqHcS7m9p4gs&#10;RtRWzvNAg9/rfBgwCYxj16zQs8HgOMqgtAxFcIYvDqUznpiDFaqQIIigD4csdYUKY0Gl8GMl/20x&#10;2CwJzsA8ZsgvAhLxvQeINgzQVIStlNgeIdrHzVdxQ/+JzC+575P80tXgecRafdV9AjACX0zrrbKE&#10;wZZoEfBxCQytWL7BzZTT+ZLJaqJzALqj/i03yehBz7hRQv+9vEJh+LHtwifH0X1xnGQO/HCg5svx&#10;mmS/6N6R9JfBwLf0uHv6fktWB0QIdDs5dpZOBh2lXubcA53vK2aF08TP/Z0bWrg+pR9e0tpwPSJ9&#10;p2YQzccbahhd0++ebyPLekPHxJJ9bjbxGN0MY5H2Z7H0JPeVt5z/BJjae6Fc4HwNUbucaf7xYlGg&#10;85NWQD6xL7OGd86brRj4HdIGdPaHMENfEvvaSM/NIAedE2N96eWaeJ0vGUFIYzQSUryhK/uaCduZ&#10;NcE10nmtOFPTBsHcW2fusoIqDIS5TYz/I1mTeFrvB7LI8B9eEcvvVj7xQNdeZIssWaTicKLrP0rz&#10;if5KjcMwvBTmvqxnIysQCODlIl/nCb5WwPYXxDrFY2QRwjFaYrC4nNd0bvKhWK+Uzn1mj4VGHmqk&#10;/l7BljTlWosGrGT6kHAZ0yRD24I4zUcJ+CDuh28aIV3GTzh/S1dtrrBM4+hmZNn6WIdaNjRjJoRz&#10;Oif9DUxu8vsL99l63BDcwi5ohZhkmLnVnmtwxYokndspSuudj/cMA3refA5hV/A0NRqXgKm8cLA9&#10;5SEC2ShqErqPqPHin/8BT5TC6vOeGa5BrRMmN8S2hy5ZsGAP4B8MRlg1yjnAQ1/KCk8PIlevhw37&#10;x3zOdo9vWXHoO6/l1zXb1Wcsd3YNDuAiHofYqQdxLrkEgLr+QzSsGDR1aSGXfB8cu/n5eVrQsUeU&#10;QVhueCK2NjbFjmcmvJG11Te198KE5qC6zq4jB7VrZmG6LRCAzhj02Nj8YK6ZW4bbykqBLduroDOY&#10;JmHAAvThaaC5ZfGdPxfgWXNFy0jDyl6q2OhEBR3ochz3xawAkcmUFX17sigj5UAk5hEWMjmtx+M1&#10;tq4umMg51ZvGG8hb15507kNTp/Uk2WjvPygsQQH3VBKsNZoAZQpiJbY7+PJeaNhxwmvy+jbMyOPH&#10;3Ssrz3JkRpeJVLKOMO65w/LcJEsOLrP6MGnLdL+CNa6W5zU+xuEY16Z29kvS2rwTOZp1nP+2x7w9&#10;6i1BWWo8VvyNWpkHZkwFqMXpqck9FdOUVI+MJztB4LqsJFhoGdSSQsiyO6x8GerFEyumTb1YQ1sg&#10;KrMKExtLzm7QLneS8/rs/yT12cjed96gPBALhOQFl2VuKgEGUKcyyJty3kywnHdD4JgnKc3A3nw7&#10;AvfGUd4zYNmgCGOOBuK4vY5VMiFujLqnaovBzZHAPq/wK1Y3joKoIqn1uk8hRiBBwwcq3J/zs3As&#10;89igfnghTobDEI81SpvjxB99jaKOW1gALBvGCLDyhp8/A0z7DEJEnAIjCu2gHmiImR4amX2FVSHA&#10;lLL+AJ2RyBbeNECn6FlhSiHW5Tsm1gJAkbrOFlqIgAgYKUI1fhv+f6PKSR6Bznj3FS+/KAXHFRUY&#10;+PTytFGncReO5TZJZI0IpAUjT4RydyMuLC5D4+iw5NV3ftctTmpF8mvlb+UexYb148/zbWmAP1c1&#10;6p+iyoWLH1l5FFbUbzDjba7ehYWtIJi5Kst10es1HMo9AKdp/ehqRnPN32s9AxtGG9afrfJCxASE&#10;Qx762OeZdvdBaBXSxpOvHBBWVT6kecTe/7bJZ33/cGHfCUv7ixp8rDYu+LByu70Webag3396PUTQ&#10;USwLRjmLk0gxnYDGB0JkgnZC2dN0z3N9ukvF/gDLeqb3Eq8v3BwaVFa9UZ9cfk/22rseokWAF3Av&#10;rkfO+wy6pCZcsJ6TsETZrC0R0AzmJCPP0vLG6gAV0IUWEIDlPvhZ3Xe8/NpABVyWuY/BVGls6jpu&#10;5bqVhBdccyPDaQbEDJ3Eh8EECsQx+CZs+x01xHY7F9596w5vvhFvPTAChbx+jLooXUcJL1BzEMRu&#10;Y6h2BSCvG5uQ/DVIQ0PfTxl/SdGQgUrskPagsLKshDKkgjx58HXZfbBMzn/sDO9/Teo4/wNS5bnT&#10;Pn5PQh3x5y+z0No2JIaG0WyBYVmsKsFCAVOzKhdUokVGSnhNteUnJNslv8qJvCqBGuI0OeYHXgC/&#10;P9JHD58coPt4ktIfPtvsPOVnC1zCMviVbVh+C/77iAPtUpbcGrOurZ9wwWv6Ir+/j86Raxa+XxcV&#10;+uLzXd8H3uAzkq3As+/9nZtILTDdUlNRfXa5TPIbkJIgkhtKMw6TkRw2ZJDZXrTxs4OEVxg1SOjY&#10;JnnIwBqk5xxdYRsmS4tgbPZBG1MF4qEmaezt5OaV1meQQLvCA3De7HEY6BNJsTeFL9b6n8qLr2no&#10;4bx3UQF9Vg2TP48v5WNm44UOy9A/ESvfNAEz4KllYjielPFCg/aZ1btjxr92T1mJTz7R1QKtGyKo&#10;zX2gnSQy39Nlk9bKcw0tIBgBxCRd4jAKAdzAGMAH7RgY9sLc2B2zJyB3xeNreGUWxI1b3OuFoq0X&#10;mRgHhGzjAFMPHVQpKD9nFGbGkIsaeb6+njTlCbFlltyVJSeE2ILPMmory9Iiq5yXchHEc043PCFM&#10;FRLNf2Pgkm+2oAw6zIMZqq5aPt8I6lMXzHvyRBIEVO0aa2bKcdM9OIM+XcN1KnlDnDGE0W7W1S8N&#10;zDXEhpEBZnAKYxAsW2EORyU2HYArbLCO7Ssos5GvNbNxjtBzN8NqZ9niGmk8FEozOGi85C9Zr7s+&#10;ElosZdlkmvwTwKqSOKzcUTvGx3jOpv4RnhgLhc85BQssERmqTX1Dj2+vbE8DgfY8QDcUJTH+qsVj&#10;pfWPjcgS3VKoByxLnxdDPSw8fAY7Aebdd1jCkRBa7l9urFhfOJw1ULHq/HWMzjoXqweEPnydXCxK&#10;9a44TIfCfPPx99fsm5Z85RRAYcY3ay/F11OtGyY3lrVNO/WpCAl6/1/z/MzesImzzkxynzwofbWz&#10;T8A7ZMbpAtA389JsA27q0YapXamVRwTRijwW0pgCWN1Mro0nqK7Y+ZKZit2AznaMalkuN2BSNxiS&#10;XYde31BAzWLiDlUFW25lWLcQwAcgBML6DjFwg5h9/DXuWcL7yiF13/2hNCvRAC7SvGSvsg0Dv4wA&#10;k/KArUfk54RuR18+DuhwR1nEScWjIJ9K1IOidbL2B8wMPmismBLLL404KXUm08Ba83gD93CbiVNA&#10;3wXgHBhKAT4R4AcXknZqduTT7SHTpuejWHvh3Pv1FN4wW/7Apl8Z21rf3PW+MEnXJIb8WYOWuhOJ&#10;T/xzBvrIs499tf0Ym9p0L4RqHv/4cjzE3z6gD+A35HNCs7k2+o6P0m34YUBSPxgAai1g7zFg4sf2&#10;6VsdUPjDlPrPzi3WEvJcDikdjNd3ZvV7UjMGshpjNdnEjGhfvMC9pd0lG3RsgjawZu8DLkh9bRM1&#10;+ZNPbS2vPoFTmftD8qLFGABm6w9npbrpUFV5MHhTpk5mzpoa/1zrgBUKzpCZjNhEJLaXfbABhnGe&#10;qSzrF9jv6TjQWcn0Sg4d2ONb2b+2TceFDLkWCks2MGkLMXbZJZVvDV4wJUHzdQqVBsN6QMOkgiqx&#10;JpOwhEE35U2wT8Ud+CpB1fqNgQFXAMwHE8Cu0GGdSejM/lEsiR0i8206DGoA7kvwCG/S/BA3tGAS&#10;PjFKjZi9F03MvQ60yI0VNgf9DdT020FRrsTAEJZtbgRc5H9vIEqGWRYq7LzR16AEM/U0pdhpwi1L&#10;DtnD6TihYaoVsM8aqHhNfEUsdwrakx+w+N1lkA1qdqHebV6lUmgYXHU0i7X6hzMKC1hICrMMUGze&#10;YW7IGhCrNECYOTWghUFmqD9oGEwC/LrFqWGIejBy2+r3Pm76wIDe2DHAbQwLIiMnmGAIfJIuGWQv&#10;r3Q+cjxOHcOAJl337PddKMEeSsHqdr9O7KgM4ASuE4oBK9x5g6iWjA2Y+0lDy26ZVBKOD0oaM1aC&#10;dQIatAsYZJbromk+lLRQDDhjVJ+L0WbQDm2TwRWmmL2kmvzFjY6gCIx9K++hATjrB8xkeAsaB3Bw&#10;tsFyr/t8GhiGnDYLYJNFjyVkxUWf0s12jGuDAjZT5Q9XWN/Zfkp1FIHajpw8P2hNxLYHeyySWDAJ&#10;1VU6reut0eAWxakdiUqWPUHNF04BPcXnrd4V5sTu3jV64q0MLNzTiDU7W1jlmV0/6TqNTTLCmW8N&#10;vR0vPg4dSHpFtgE53AnIh+9fU3rePeeoKPgGUpNU7O6NmK2IVx+Qd6MY9g5DYTzmJPcpS3g0Pj6v&#10;IaJTULlS7BOW5OuzspFxPi+d47QFj2DGwWOidJ+IkQfwJP7tT5tf8NSsvrAg57101BtAzw/FzBxM&#10;UxaMzCkN1eRDBL4vuY7dbvaioQb5i586vPlELHWE9goNU3+lCfQ9JFz8Zgcz/BqwmV6vFFc17T0v&#10;4CZY6Lc/YuWHC0b9xiYZux8UMAkA6xHtqYkStPE7TdEehL7Yr28gy7I9KfXChjCIoypIhlgTwKDz&#10;7jGCQakBvbj9TGWCtX8IrZW+sek5mmI1veQUQ1JFqaClSmLooQEdvXnv/PtkD4FqAdGx4kiqA6is&#10;M5JPtrGll2YZFCuLEIM26iQ/lcAO/bzFtckFvNk1tyFYfq4QwwtroeQKhWv+yWjtHJRRmcC+bmwC&#10;NBsLcMXfCxv2GEL1u7IRQ5WhhnozYNhV2TS80fHjzIPAeKd57zKcBOrP5kria4JCgjIuYlBHBGlG&#10;9g9MG80p5O6/sO583MRMnIiIQb1/4qbC5657kE0ae94EHakC5Q3b6KVHo2lirzaMCVaj+AAyAEag&#10;HU7KhIvVziggm1fJcQSBom/PRgbkSGEfntN02K+JfcRIwuPVvxD1GBI0zKAeqHx3UMbhADGjECXh&#10;cYieRuAzeyBt5CCxCVOi7hDvtElMvydhHx4NezFKWL2qk0PczPsxsxL5vEwiHYLIOEjXIoMFxnXL&#10;QNFy3tUHI6gn4PyWqDduNVEwhYaEejFKgBC4TppqC4Vj7XkBczyovG4w5qTFZi2HIQiDU4vfbA/n&#10;ZbQOEMFT38qPC1orIPKUrpHH7BsYv+DRSg0rDwY3BxIWQ1J66WewLIl7bPEAKyb5OAMvcJ7jAMse&#10;OdmDB+vNHXZ0buhcE/2WwFpfeyvkhwQjma2ZogCdg7GLvPHbcwZkLEm9FeRbM+rA+NZhSbZFbI26&#10;QyWFAasibxestGELrXgcl/HFpaRXrIz5FhOTK/AUXCXiX5Q7zC2KDAuswzWz3Tpo6Szqj4g4q7WC&#10;NfAw7cWgBh0S7FQl1Zp1X60OJJBJ5t+Y9J48c/jzbT02PrqxhqqsDLqFhw35gaq5Uce9YS1MxTBr&#10;C6YkexPjnHWe3np3XlCxVHYB2EmBNMcIq02gUDP/ZO06yPoGmQKF0VQWi8YQKuILZpuMObt3xTPO&#10;BOZUagAocvXsDalAHEggWJQcD2yeTTIbfP8qgn37vaQ6Y05eBbnY0dcsWml4Cmrx45UEcwCHZjET&#10;H2LjMAJ9Qb1fo3ScPXGiN1/y8Cn1lzA2QyOzxPLREI1kN5YnqVRybV2MSyCf9bHx2AXeTjL6HhDe&#10;e+5rYAc0w7AAptUuJP03Cg8H6TB8D/vYc3K1oJuXdxo8heLsErBmQcrcMzTv6wvoJ4yNMfeTq+Bt&#10;ecwQwW9PNSk837rh5U/IxPRTAvu2UVkCw8zmBz/6ph5+LQrOxxOlYBXdOxe4OUsN0A3iw4s+d/F2&#10;g1n83qxCANd4PT+M1PrbovpFnE9YpwI6CuHlvLOBs7sOPjqQ+DGxxZlNb+UjeeF9fy6iA1BRBHJ1&#10;1CSxetlzj0pEOoqNkpDbxI83svkP9+/dnsK+7t68c9u71zTP7tzhsxu3exHE93dQuw+uN1IiLWcc&#10;8PeBlQUq9w2HaP+1kUgENEEXySAfZ6UmhAbA13omg1zBECMUEATNIoSGzZdB+wTgDWWBF/vvudo4&#10;P7YCJXWvkh2nkngFsQ7pQMhAnHNFyTCbc9r1O4eSun7oZru0hnkDM3NBcD5menOTrSHAJvWC8csO&#10;yQYGop1fKDX6mPe1M6lOT2KGdVBHZoMZg0ewnK8kp8EckJALcfNcBAN7Kj2VB3QyHERlvGVJjBbc&#10;DCLFH3FeyaGNjvdS+ApAllyFFYwB8e7zWVaMWrEgRladZkfrOcNqQ8h/4vCOYXMTR3BQ83d5gyjT&#10;HSlkY3PlJfwjpDsHdRPJfm5qmC9AEPv5ZI6rF1dJMdD3g/rtTerbBPG1svRrVD16NN2XbQwHYKg5&#10;dzLhzDKh/HMM0fBpw58DV4LI0DYQj+soMmR6T96oECNxSsCePE7pxBDZBvxYn+LNVYo6xeyPijka&#10;UpoVb1xCDGCJ1xYyQwPVrBs8NHK0fFkqL77M2cMwRzecjRZqWhgNAgTGl7D2KsBu1z/eOxqkkVkx&#10;QRz2OMU5MSv5+4GZljmQJoGDGtKRwhZkg+jV+ywUlpjhHWafv5Ui6my2TZVP3nSQnElvvFCZ1Deo&#10;Pv07tOES1ni0C/ZBfmxAnIdgdN32LGsRZ4cCi8m02PhOWnk5mriBFCSDtXzV2c0MmiTBZLYajGxe&#10;7wNfA5JYaeotJtnaH0DeeRWaPjSuqgJJl2RpV5K0W1gtGMY0NAb9OdRAAb58rUIKNFjoPjnMMk0s&#10;AoOK+9t1L15JWHP1+ueg5ynWibAp7b/an62/geikujUdWVzi+/t4jqaQooWmDIBGFRy6Fl/smlrj&#10;ynFBmS/R1fMbdu8GFGZhHuKhSJRBozMx+VNCA4yfefPnhPua3t2kS0N1n6VmWt/DyVXtXDs7RtQh&#10;xrzFtQAWuq4LPnw9Y/SC1ub6ox6X0AyWdO/xehhBuelAq8GemHx3d87dkqfO3XsqvlOaLttgRBY+&#10;llwp/WKp4iB+vGjWJYl+4fVW6pqjjClP3wOl8MVm4BT9eILLzPKANXO2msuxeErGhLl4XTwYKYnt&#10;Loc6pBkezJVa4GOFCzlWYf5asKaiscv+xs1yvFNzA9dQxXBegGgP1FvNioDLZMPgH45LYeu91wJ9&#10;Z8qWcSq3QqhcynXTln5vQWZwJfXRN1MYg9bHeG3ghurOmxcEDm4FIWRAe1KGK6DNc8dVP2DEdc+9&#10;j6s+BPf9Z3Z+X8Q+rEMczvLnwxXPVMyBeZmeYmp17PquXfBB4bcJ7pvPcrUHr+t6WvakuOeOHN9d&#10;Q+GMUfWbxAYMK4E0D029dt1QF1h5j6MusoMP2fv8KGs8EULIyO54f+/uXn/tju9eucO3v3DvX/0t&#10;HfpbmTMHDviUcugoDdHxZpQGIHv0DxMDgSDr/MD5mtxRvucvmlu50XjPqbcGOJ6c0gSNGBPL3phJ&#10;SpXXnc1QTHJcDf1IfwPD5EPbSzXgnQSwjnEN8cneYWpA54DVNhXxRA3RSnv1qUOqa6eCAcSwUZX2&#10;wBlMZDwx3HHRgrTU+9aKxDf3ufUybPS7YGr40oyEMwI62s0TmIJWO8sO6nTFrojI+IJV8hvsy5Dg&#10;nO5ss9HNdoAp9oR5U6H4nAVh1k1FRuUsYyF+LA/N1NmwPawvnxiC++ixJH51YuA+RaBLPPqv6CYl&#10;8Ge8lo48UsKv16APz+w/YvCJzJdvWmGFRNArevvZLg2z/QYJGZGNA98Nk1ZHIWiyjo8+PklWlj0L&#10;nUiQnaTmbt1h2BXfp2hkGDcaUDz/UPmuzBDAfCxx045GVyiJjQxChpDpxBaUAetX1IQFYAuwJTpV&#10;T1oHOAfkmnsE2i0bLkjQnJtxae1LZ3bqmQtszq9NDI7Uts4pqCXxNbOEvTE+TYEpdgbBungqkjp4&#10;cGerlyB1di2KJ+aEpRUQns6jDxZCGmpSZBMglBMl4NH+IZi9DRuqPRoT2JW2cTYtb6SQNu22TfmD&#10;CmNFI1ot6ZZYpZ/CwoQJi/9GgJrRdUIO3eiZG5bhMkN80cwf14MSZmlqVdsLl8tJ6CXELZ0FAzA9&#10;YScaLr6hVuYZuHAzievgOjQgaZQoRDMVmc+T/DMnkWu4Uy7y4bSh9Exy3etLYCfxb95cWCrUqs07&#10;lhZqaiJK11YqxeCqCDTrF9ujSOIpcMMAfic32rEjLgnCXHATq8/vbqOMd3fILDp7PVALFElk4/qC&#10;agWR8fpNDGrRdHlpzoXoBxhUysvp1wIqipffVOxL0lrsSmpdlShr92wq9QXu7E91YQ7DcgGN7XWG&#10;y3374AL6Xs9DEGZN6svkrOjmMqSThtq/ZszmUdJev/A2/kIvQVxY8kOHRhXKRgXX/BAhjtdwTWPx&#10;5WfOv/iRm7ZXIuMVz2tRssDFiu3FY/3dfz9oqWVWYsBvlXLzBybD/d3JeQqWIJwBDkJnukeTLl32&#10;V5toXzZFfIHX+bvdnkA+qiPuviZc7xfu9pf/zh3f/L07vn1NXsB3JOlFsdcax2gjBoHVh4PgAfw6&#10;sD8S0IfC9tpSYNhA+AOXSsORlQYHSb2Fd1RLfSB84ahMQAX8hI/kI7nCY1PHH8vaAa0H7BQbQgnE&#10;80MtQsqJvabesHLa/KK+sPlSsYEffQbCKqz0Y8Z9L69NWHhgVt14KjoD8XywD0z2MPgC7UGV6okN&#10;qm1kf8o6w2neiyjYX13yxX0orGjZC7iUSX+J9aXtRel0Q+poRyAN3JBNx32S/oJvFpRG9aSf/Rgm&#10;LfRTyskU5TI5UIEltdFbb88FN5nx3B3u3f3tvdvevJT0Xa9JuAMBfdur50TuOwo7MHriQU73HanA&#10;D0lCrb56gW7CIAl7PsuKi7rIF2ksFjZlfFzZrE1sEI6TSWDUTgFtEg4EPLJcGEJk/DFNOJ1zef+j&#10;AdFkLPAx7Y1/HERAVX0MQ5IYJdZkZf5jcrIxW9a71krIEEEXYHEbSx4/d9DzgrOI9DnGaBGZU11h&#10;Nw+lNK/XJqRiAVUhgnxyjVD5xAgdakUBa6uQGVyv/mHB82EGQIA16ccFGr/xxQK34oNn5AJuQVL4&#10;BLNdx4XR1dIQnD0qe6Ml5rkBHvByTLPDgCjnMcH/BXTATocOnc850o0/WjBR74ndaRdPtOCWN7Ac&#10;muCbehhlziNaIagZbjCPIsmpwoteEKjzpGEmmuMDy/xzbjFYoxprxndMxbHNdXQdhm4fTDotB1+m&#10;zmQPQwezoIaHA8XwqOH/sLedexu1cwPOLOzAdGZDBvvSupkJxA3Ih107P8jzz2x+aePNTrBDoCfr&#10;SmxoqOcwtAlpMvcf5ZN7b3wuvTKlE3sacW6MeQlgEMLCOMRZ00m8d2l93dD6zcy+gTrwxzdfEcNv&#10;Jw1JtnWYgna1U3OIOutIPmWevSBJOYDctKOGHckI5IFe1rlJ1/JoEyLMf/oaBzBG1Vj5+IE2lzJr&#10;LbR+zcAEAEfGkeIl6M7w53uQEc0T3E3YSltCk5vsG5nQpZrgJpSkG1ASPtKHxGJa/lHSd5eYBamB&#10;NdWP8wsAKTojyerIfUHN2bMcTFOmRd6bEp+9iwy+ljOt90S4pn89/7Fzzz6jnSlFGtE9gGIn4Ge2&#10;I3CGPPQ3EfCbL3f4WwvMVJ8RG6BvLrK5qLcMUPYheD4F63f/zRZzi+LARz+JAOetCr+OYJBeIzmD&#10;Q2B8wk/4RM9URPrfFndux008uhcOO2Ly7e7c4cNX7varv3K7V3/u9t/+NTH73jjG6YqasSz7bOnF&#10;yjpmQ4+s5WHP/w1jDoPsTEayCYEj5QKQQfBVeEG9UXRX9GLj1Z0brncUJkb1xa0T1p8n1t+41zk7&#10;Kn3z2psTZ6dmzYIIFmKjDMjrd2vb0njygbEQCZNhfw9Qpc1exIC9xDY+pReHJsulFw57DgveLziI&#10;wQlCcoAZExR7e4fWHWe4gNmHrotLzBYdtCGjdgE2xuTB0OjRLcRhnnBDrACJDgcSfApACBHokip6&#10;UECtBEigMWPDVZZE8n4T4YxInmIoSPQEFObdNERJMGkOyLHJbemG2m4O7po6kXAdCNjbGmaXF0Bw&#10;2FyJbn7DxTw6I20ui9KRAEX2LBFEXkfLwB1+sJObYRkhKgChYJ5KlIch+vYJA5GR/dw5AJVlF2BQ&#10;Hi8ef0l6EVmLhSOK1YCSYxCAzxSJKY0UI8CaDhBbnyYF6GAW9bNW1KSNFFROVk4B0AKYrdCsS05L&#10;BhXifgjls5/L7UvR4pCRfsxA3zyCnCcMMLtn6B9bPvZ0rtdmAqhYLg+JdIdG2oxWst4aBdjNTyUt&#10;xqcDO7piyQ7oYwlt7GuBfS0TGvrAJUU+dvxnWg4zNvMRmPAaaB41c+iw7BqNu4RW3JY1fdDQ/Yxv&#10;X+V3FNbxVzASWZ3T8jhuwKAFiLUknWaGI2b241kjAEtgRWrSgAVfoGX+4SXiv/Mciyq/Rnx0cCYA&#10;PKE2KvpzPq5uxfUYsCaRK7HKo3S33PfF2gPOoh+tez/hssxB1/wE5EFuJGCdBL90Yk0AkzSYVDPI&#10;tQDmNixU9/+jCJ2LEwnOQAXkdFxqpDn2y7m7dUDeOuEdyWyomRaCLx6h/HqDMpq45b7hYA4q0fyW&#10;AA6vOhafO2CpKcedeknjFfBPG2wOXRU/l6QdWCuUKqK72cMBNmmpyXtnMlZGofV3/mFYrYPx6sEz&#10;AT/w1pMWkwvB0/nr/SYoBdEk5bY72QkXbwMB5CaXPYoXHUJMkwB9aewu9hQnte9hzz5qjvPGlP2p&#10;y5w1qe7qvwS0pmnn/ZayE1ugY4Er/ajbCS71m/0tZvY9HBzD3zEBT9h+SA032wucCuYrdmnsrysE&#10;HfLU2+0PQr4Jb//JHd596Y7f/kf35hf/m9u9vXPTvXq5c6PuWMJLufLhJuIk82bM9gpMOmHcYuDu&#10;yjF66jORif5+61ht+Kn4SD+jefWKfn+9HdyGWICbZwfnP0xu+EBz8gfMDDzP60KAhp3oZsQu1zTT&#10;EjiYHpc87ytvu9D3kc2BiKG227pkEcYHhFjVklose6ZL74EW8LuoeIJmn74Swo41A3FMG6yUHiqF&#10;ogJEBb1L8hLfHB2WDVtifujVBg3HmIdcGt81s8ksm3ZoEEpsJEeYPXqcYfAATgUmVu+3HDwrXXCV&#10;sHBbEQ8RhMJBmYc+Fs0uJqOickXFfSs9RsIV4mZIgK2UxsugHQNx4rd11AtAPndsxi1BGZGVB8pM&#10;mFSOKed7oC6l29N3KmTCQQze0zngcI978fqJVaYfUsjGIIEbx+MQabQS1hGU3YMCOEYpsQKUIi+G&#10;3IVldmAMME4eWelcemVDeDl3XjYhQboCR3kNEUaLN10C+Ph8eJN0A8qMCQqmDcnDTK+53cCCApHF&#10;KywK9lEL7zgJQAEX0o5jUSQHlUl6j/nXg88zkwqa1M/GJwwN3F0m5DI5c5fZiw+kuS9UQjVpyIa8&#10;mw8qMZ/ydRCWSEpXAqcp1SFeQ+tnpTMNtMZZJxOdzp8Lc+6Agw7EZjwMVuShvSoNFvvuJnW746u2&#10;mtIMtZtpBVpCy+iCzL4DN3fjBXANVzl1yCzDCxf8XrBhedZaVliKO2m61al5AbraCXCdjxcMFdoG&#10;HtV0+V4HEcCC0/ZKFLbePLimLgoBOww5mAdoFBTdYAcz2TzY3BH97s+DfwFOtQG63HbsyErnWCI+&#10;beKcvY/yGgcLw3/mIdGct2WAHpfoVjBvGYMN7TAVQ+1zWtLDc546lIDXnkx6trFPARIVJAvzSLKG&#10;TZ/rAuiDa7DY1DBW/cpKFgBM1vtkIYmGwQx1IsAJ6/YZM6iVr4PpAltvV609jjy3E9vfE9gXyEAb&#10;DrfR48brxtPH9TUBSiFdGg7XIqBjIDsQqdZtejWmYA5tCDG7z7A043rEJiHRxLuYq+G8OMQSnABo&#10;ElKDmzUuqitqGg3QLkneFLbBPS4nFWrHA1C1LQzFx0aywhprXsRzfecwH3N9F+A85devsPvwfGri&#10;KngIyxLdxTCRlp14zrGAkUbZBmizeAds7I5DbT7uDVjoXJFoYWjupqAS9ak0XYTl55uNSwJsxV3A&#10;S4OdfabS3kLuKwnUs6ncyp9HnEUIuFmC+VIfAhfnUXB1+FVdG/nqPWHxvcJ8zoKe7WxvDTcWGnA+&#10;0AIPTaY4EZiGizQJaJrAS4qZ+XMDlvoZdFDKnsPWYg/0sXt6xSr8IFD8ooKz65WvAgnPBfxay6W2&#10;7oJqvPfC1uoG3Wz/37m1zgkOOdfv+6GpwXVdW/tInxwsthYwtiJJjeA7wadYnYBISuLAoU2E32h/&#10;f1Qv+4mYfN+5+w8fSJ5LioBf/lt3/93/695/8zcu3IPs9bkWmQQbiK/MICHPmbJUQfTvF5cWxTHE&#10;3SSUGvAQokWZJywi4Gvm+rm3NIHfEONvT3ZkTFi6vjm47XPyGn67j+9HP44Hwil8DOGSWW1fmNwJ&#10;0JspSdDM7aEBAJOSbyp1RVofKqY4FqCQvfW4BhCPvVDIOzjz2oXyflhIaMnLWf6N0PURbTkk0DSK&#10;074HfU1AWbTu8/W+aLBww1Cn/1Zom1/fn+SWdnNLFhkvYB6gkJP53CzIQIAl57NuucarS6cJbOqe&#10;JXCZD1BvTnDGOrF2emiM9pPULfvsYQKgYvVRwEWm+I9RupsSgTnRFmJShKTQoCbcqBEN4lFlsL5I&#10;kRgTZ6YexComaEohDmNO0GUpL7PvAtFeJ+rcTxs2yJtkAI56PDvq6t+Tvn4ioO0wbSLKLvxaBvve&#10;0I2qSbioIR90UQcT1sAm26gnLrhkcBlZep6dK5NcNFW8CdhAyACCl00DHTfJeDFD1PwedPxKsT1C&#10;ZHd4TfZzkugnlvHSHRAGgQSXBEniPYa92wSIcCGUnlnQrM+h8u3zma9q5ZC2fS7nFiAn2mboOiVV&#10;GmYTNJutJFFLsmzUGQcRZ4b8Sa6Hzm5UTJpzS37Blt6Ki4bPiSGQ7aL5uKYUwKFi5qTXghixgqo3&#10;Laa6kWkDIRSpNRpZewUiYXfze0nHrnosOsP6jCnJLa83A7QI3Qzfyzonc2pIL9gD004CsQFCYDWI&#10;Y7W2s7JebAAq144FbGj2BrSepXi5RlSLztLvoJO6ZAwaS8iMJVyAARzNogTJfHmtapoFl2iMCFhh&#10;sGUNYh2EoPdUYs/O9xkKbCN02FtYRWcXyWwDQME8MAUfVLT1xz5cEsLwlI1ry8BG6DQb8InoQp0D&#10;tgE+1SSGBjBSeSeGWiKgC3A1JzZzHrTs/EqO682GNJiuLFQ2B3VVNk/ZrozGm7AwaHcSzfWNAV6o&#10;C2YwANWQ7xe0/rIzpAX6bMRFpp/P93oMBUMJzGCQgkMz/O7ejZTAu3/7Dclh7qJMMfHwC9E9z0N+&#10;wx0zagRy2r0EfpW5WRpEU/Tpm2SdmGJcXUh2FtHHj2W9HPLlQwFzgy2wDSM9jxljmF2xp/1C+pyb&#10;9V061wwfdyt54+1jJLaJrZg2BGg2EojLUpfzPOrmScIIy2yFejNxxtzxgFu/kl0biW/+2Ztb/xQh&#10;B5qNx2AZFU0AwlCDe5mFYW+RSYE8E6CW8oec/i2BgFIfbhQ3PJoNCtRuEtK43rGE7A2F2dy7iYJt&#10;4Dn5X2+4xnzBVBVNky/Fg9T8vt64DSfTYPtSJ2yY88lyo22GYrahKLXpsUtAbsMQcKYEB/t50tCa&#10;FvysZ7/zMyAuYCNxxl4E6bkBb+EMsKsSyqpFh78AmPFGImYoPngGaOtO2JE8Kc32h0QNNMqVpPTC&#10;daBquWnWDyKbnd+TigLonHE4EdGyjEgvVWzQGf8PaszmegAzjnBuwFRXyVX52IZiOWbi8ZxqDWMI&#10;BEl0J7bPIgoQ+fpO+9fE2vtAMl2W6/5nd/v1X7nbb79z3PMAaDpMAU1gFuTmcobeUbbz+bN5qLto&#10;XsfOgW2+4CDzlOAShBmM25c0037iro/B3Ww/0NcrN7ynSZtKmMNblO+g0MPQNNeSJ/F8kmvW3Ibl&#10;ncRvAhuAqVmsHcSQ0C1URcS8XlibphCM2zt2LMJC04Ry6BaxZ29Yfnha8TAD/44dS+meNLdXotqm&#10;ZlgmHIx5s4UrunhsSBywJDtKpt5JsmkWGGiE0hX8CAs3uTm5WUpkqxjIzKoiTwPt8EH+kiTUIWpM&#10;LXsAAHL3FvVmtF2QvOGHyKgTgI3ZeljixFKKZjiyPBaybsRjZOKx996Rns/S2RDKhouBQvbqO7qQ&#10;vYgknEM39eyHx/5/mFmJUJISB+wkzvoMegRJwI2IftrQRcac+vrRsQzZHROyvx8n905hk0GcoKzA&#10;xNxkZmcC1dC8rsUy0FT8OYXZDJ4UToGG3ZM2wkeaaPi4wDc+HdgCF00kB+Jid6pd2CzQV4fwlqTG&#10;No+2fKDQ9Q9EI08uhRpkk3jUDbXuB7MHwOIEgCWKSDbhOGRAu27bw0crHGp8qImgB5wxfE+1TvGc&#10;gglPddHCBZ8ZL+t6W7ZZe+R4YXIb1n3tlM6cpP/OesOd4RdhmWGnAgtOlrN58vezYg/PGBOAS81t&#10;uABcDjPA1dsoxkeJvt2vxbx7iU2LM89BPM2IfdT4xv7mEhuAz0j/q+thQjksKDAD1LEdb9g3HWs8&#10;NWc5z6vkCDQKAzdn02ADlOcKUd9r0OCkkPyGyxwKayAenDrXS86uJthEPYJFwktfcKD0Oyrg4e6t&#10;c+/pazcpBolFIZkOST3NuNDmOoAT66OhnzdJ4Cq5rvyTU2BwiAnv6sHo4Yw9HK9JwQCO2jnvSWDR&#10;gE5nKVvDE9163u4PamZrThtmr8GhToF9sFItuNN5Ny1DYbpgDnnAXGPBvUfNcdCAn76RKoWFWRbP&#10;CwbJa4VhQ7bpwwzyYfK/nqylSvG5ApKwDbS5De8IIH//hu4fSrM+UNOZJfHUbHbibR1MjKOrmkpp&#10;yjv2rFl4h9WcjBaUSoqQFGIU+9NQlQWxrrPOuAnnxE6K6WjY+04a2NhcTOxaQgyd6zh1huzUyAL9&#10;Ce81OK8J3I9U6m4a0ezusYpePo26+5ktTfidUPRMFSni03rXZdYfwAOnq98snTQ+0VG3p77YFaTa&#10;I57XIXbwJW2XsYGJ5LL3+7ckjSUQ7f2v3P7Vz8nb99+4t3/3Z+7+NXsOH2Q9O5DMdsT7bumY9+oC&#10;S4DMLwDJFiwrbjVKF9SKLKog+TlTSHZWNGeOXJsQoceRdnfzzO3HK7cjW5Hgr92zq1fk3UfqBGq6&#10;+G/ps9zHeQs1lTdbaWBnnVz0pCtTHdgpz7L1fMGgcCqsu5T2nl1cQtP0gmbeS1jFlJJZ0Wxp8aQ9&#10;S9eaKEDNBrwkS+jEY2GmCHPF9gXXz21qFI0ze9vO3glaUUO1RkBjmm8oxQZRyV196zuVwbYlwC8B&#10;er5IhK1/EFjfkBS0gXOCg16hI5tOSqc7RKsPZzc2bcvTsJlEejtkMrpN+pSE3XEj2dC8YR2YOcg+&#10;fhC/rq6u3ZHSw/yooKN423lR5HBCbvBBZaouyj2FQTOJbFfCMpIfHHgFwdAAMJjPjRwfRgajdFNV&#10;Jpv8tVwGQV32tQMD4MT1eIreTczhFH/ClNTrlfbrRRbFm4+BSZIsT55CSfCFAjxIZ7UxULc0fOis&#10;VFHO6uebKShedpAjs2ElfCL0N+Jom35YByG01DI9Dsv8CLbT2/WsDDoOy5gGa7SNyZcqtlbi5FDQ&#10;xeSPhWjyxWdFXl9q+bQm0NjUg8oUnWfentu7ONuT/DHKCVySby8CCfOjqLxTUbtvYM84NFKFGjTr&#10;dWVa6TlW2fTLCaw1KxWzrBtXShVYDXkwrMiOXxKeabdWHUEVArLA3ml0mgAdCUQFZsL5HXjbCnR4&#10;vqRjhf330HK1DcfpNiDwjPhNfICYCDpp3q3+MTV9sMhh01eF7YEBzaBxIJ2R3WovKVgNcNDr3zVi&#10;weXSeya1hoXKGptODUbGWwDzmQoNqjtzLdUCKqmfJ1OvXE9eSzEWW54aWdP9e+qCvyZznA/kJBI1&#10;B7MTmywxGKTiZh+njjIFitfaxAiXteEYq1r9QmX58ZdXJ+m0ziyx8WZUVm2hAy5m61RAE57y6wvn&#10;S92gx5BzPRYb1Ml0Q2KyxOTgNmDDXcAaXDxFeN7zs/TmgYAc+Ic/Fvx5y6TJoovHPXRYFr1zBx2P&#10;pRNE44oxCMZg3Uh9gwUG296h1xmFnGfgO/K5/PJnxOp74cKzT0S5MfFGc7vNjexcOyUlmZm/uiPU&#10;tyEDbYI7KO82ZGsBUG0ZNnuQ1MSzzW3flalONbnOu+77tic4hGkBrOutb1b5YBjN4Bebf6G7Hi4B&#10;dLAQoNWpvzyolBvOe33ZA+hcy9+/t/jr32i478lCKtqmZQKJ4CHN1cZ2AbtiBDx7ooaPDCWiuyw5&#10;/lQsUKnB4zn1slhpDSSNQFK+EiZxf9hHwhCFbxxuKV33zT+4N7/8U3f7+j+746u3FMahoWP8Wkfy&#10;+Cdk7Rjq1Htjp5/tVoKy04KyztJy7KGp45vnpalYphypYSgQZPySmH7PCBv7hObgjZuuPnc3x5eU&#10;80HgJLH9kBl+b6MnfXWd7Ro4LK8vNrTDj821AAP4aSMys9gn1cGaOrFlyOX1GOfsSyZO1XsgY+Lh&#10;l5u9XdaDb679ubdKmzwcdEwNtd0KLEzFCOtb7tTnGmFt42ETN7FIvqJ/x5KfjUmCqbwarCOWTZZs&#10;+IjdycQw+hozjDgZBVfEn5jdpVHb0qjedoF18IjmOH0B+ipgCswWm/tzGr7hh8rYnkfDQEDeSAEb&#10;QYC52AoPYRDQj19jQyEc/HMwrLBKcuqKJCqFl8SOPGQ6bgzMGAQotMwLUHmcFxbgQMy85JtYCpfk&#10;xZi8BCPyHSqmm1N/RTk/0mlkP8BD7HPqJmNSE3c+hEGTDsXfL8uqvbAnva+t82qD5qptq4BdoRwL&#10;cOrjlwSFWIlk2zXupXsqCzKEJVkrdOVeqDVGlgZBYwRqkkfRGgLNg9MV0C1yU6xaLi2LECoQCKCW&#10;DwGvBjjovBKF0bl0Bfh4Bs0NUgRYx6oEY6Sf7Y5b8NV3ZJPdjjVUoSsNx3zuHO+MjsvhycCAU8s6&#10;dEJjAYvnYvLdAO/7Ur8OAgJWvpvuxfT85LXV4QeFDjssygGDaUz0ijmsfdEaHxG01y93+WzO/Tnq&#10;MzD3rUlEbefnRW+5Ezo6xJkTJ15SmK5gCovH8BGS23qAX2G8rzCOsS9LuZiQWDFxselIQqZlWT/c&#10;DCobgK+kFhp9KcxRAawcOXHZ827mz2lBAeykp2MzVLBTE4R67FhPp9wwiWu4BFW5CL4VwLExV+nN&#10;6+jcuSkUYJh9TNcTFj4HbHExf0usPmL04XffEvC300OLRSN72nrjYSanmHM5UvourcGo/raRrD8J&#10;Ox/4KwF+aIA/jOCf18mIZUF+AZyxzajq917n9YU0WIQeb3MBpDtxL8O5bInglJ2pPnFez7PDfIzc&#10;VEXtZPPPJ5P6/JkMjXABeGjWwDXA71xw7+JE3pXiHy3TQpkdYKS1S7kFfqhN17MPkqtTndN6mqS5&#10;oM9j60yp8Yb4u8Qkcbq54+TnvMHM8i26N+gaMo49/mpPzfr/QInW34ic1/3oJ254/pnzz56LciaC&#10;fTVNAnVnK/8bhoWLD5Wx1OSx9gy16CjAfBNa7V+gqhunRXDNzIhQ1Ee5qQg9j9be+BlWm4WZVZQB&#10;QOjWYjah9tS6iQZMzEtKU29HUoIv5BF58GE5FMf8N8m11Evjm6jOHyCjDuCH5OH3NGqfGeD34IgU&#10;nPllrlrk/hpJgbVrwSNrQzDN1MqPO35nP77jgQM39m53d+eO92RN8OFv3O5Xf+Zef/u3BJr9yt29&#10;vXf3jNLt1YokzQ/8/IOR/qe0dF+oGAm4S1+gORbJqw9dyvmKPGYJAsHaF3kQrz9K/2U5L7P8OJEX&#10;3tBETA3Lzadud/Wpu8VP3M31jbv+5K27evfO+V/t3OabJrV+Yxo5J7US0bsYNH80GM+/PCd0sGFe&#10;W2IwiTb/xuIbWJnihRYEg7p5aWtwv+RrucByhbnVv/gkhjNvF1iOEnKtjNeu73n/s6b8yhYVhS2W&#10;dOsOjD9e7gipB4xPUjTM6CeGBKjFQtQujCjSk1AYeOpRhknWCIVFZdfYELAyFJeQCn4tu1nO6alB&#10;RnLkyAX6UPf0EK9M1UEMqr1/ScjmvbDvpjwagwzqW0q7G/yHaJI5DgLMMbtuII+9abiSsIygmoTB&#10;RX+ciZ+D4rgmLDiy3qbXHSKLgC8RVSjXkb4nJtxbH99zMr5sFO3h3tO5ueKUHQ7Fpptfzm+gvwxY&#10;aOz0/lsyyTySWH+AKO0JMGhQgpPjA07onSaZGCZN5KGXdSMdw0jXbUug4zTSJmPv3WG/o5v0GdGH&#10;6fUmT6F/4G6FEYACbPI53HFKsI8pwIFfkxbrA0knBvr56upK7qUDvd8mMf6whADK4KRNSiCq8QhR&#10;UsQAUZAwigRgl+rQp/GgySVxskqhHCHLJkBby4XNGH0VS8gCZvB0BojIe0xVt0qKiwB5I8Rji8NP&#10;DjyWjXTahlb4xI7M41KPB9mjcaTQxV3+ayCwTjb5NBOFYzQ24Os2gklVAB+DSYSBUlKFIytlUN9F&#10;FmdcycztPWQD5CztPAFc1Ka7eLZsw05yllOWQnniDYZZXoY5YALmnnRNTyy9rm9YXth0xOblhu8s&#10;0G1XfjAgCs66NtAs7FkBiKn8L517r3RvFOm7V9YAdpMEq2M29BjUDzS44j+abXsr2wBfwhJM7nwB&#10;TtNiDtWEH20Tag+hZFKOHbfYoIE+TpO4kr9qOXsR3A8qNeD7da9KKZ8hIKi6cTP/tSa8o9GYLNrs&#10;nGJlWmAKcqsPGoeHGmRrn3dRPdlJhZ2NPTSsiRx4UQZadQwd6bRv70/v8+peNYa8N00H7JwfKNIq&#10;XccLiR7VUyQC86i77VgIxs/oNem1yMh8AQmliiqmcjjrx5boBtA1K7M+RZc6FcCvkeOWfxs2PUDd&#10;aLCgG8yB7eTdhg2lCoZYoAjzbRjV5kJt/KBz/0Kx4oDs8+dLONHq/BmPidcUaRjI+nikdfNANr63&#10;JHUhk+27D+TXN9HaScdM7Xk+vJGq6QMDfinVTtu8UTVwLcc9jPHfkGs1rl0mkTICh26FGA4ltiAh&#10;BnNIN38KanqNxgc51WxmjjY2FrKO7zUsSg23GZBhiWyq+QRXVC8dCcYIBdyR11HiYSsxxo5nJTqT&#10;0OebEHhYaB551/j96mtNxb+Pgb4ZPt1SyYPxlPOlSJdXm7Dvy+cNKNv+3QJ8wWx8tokpYQIpWqls&#10;Iz9KElfnG5i70+cSUC2UeioELAAl1CbobYMlqK/SkDz2vG6Qgit+Rnl86BrEY2KLJcF3Mp9Pkx/z&#10;GNuUW1sU9SksezKpu0Pt7iN14hCv4aCm7eM3JHOb/sHdHP7UwRd/5KaXP3bH559Sib2JjWf53Mom&#10;8xJPQzXnIOzYFJCGVvgeUjDckOkPXgFCsazxKUxPA3+E6RcBdwh2XqDfba16Jv4uTeNJPsfnYkz1&#10;Xq4NnAL+Pq7Fqn/zVXgHr8GHMtepL1fQgV7tpUfINY3T+cLrTnTSlBUBCRGK/yCTSLyvGi5ofQ4z&#10;Y7Kw+IN+91ojFb90rXdMw0saDiGqlVL9we/Hx5+PSet5T35hk49kiQNNKjfjoN7kQ+aN98uHuX9t&#10;wNqpW0gNKWXe1YwZm2yJHdC0WzvPrOvwMZSxJ6CfWcJLuSal3oMFaDB69kaJ+jzdJzQ1VOkSlYd5&#10;ABuRFecJbITtskf3Bf3JAQU+e0nbOtdBGzTW1nI4655Ah6Lderf24RpoxtUFoCnjATqAZJzy1Hs4&#10;CqXu+TOe5zZuR/s/WU5oD7+jcK772zu3u31FLL6fO/fqZ+TF9/+4b776pYR4yfLJIRthyvJW78sn&#10;mNCeGgPsh46VUOyHKU4wj2MI2mw96pzM93zARBKiqXuIDdKDNgwlrHN8Q/gBg36f01T1Oc1MG7ln&#10;X4RX9F6EhLwmNOOAcW/txcWEGpy6HqS1cyoKhuiLh9l3bppqjhcDeVwGcZkDZk6VjcngNKSkeM7K&#10;z9dxfo9hH7pmGeac/GKDxS+Pj5HzB44GADSEHYgG53nMsWWbH8wcMBnATRtNyds2X5+pBhHRMB6h&#10;Wct5vZpCY4eh03aqW32WLStIynu1CAPpeccKDxwfFWBuEqKW06HwhEnwesrNLPVuFSg10EJKFE7K&#10;YWW0ednAeimCfSjMBt4sjLAgG0pyXVkojSRIvfeiNHeoK0gB5ZwEaHhNN0NFw1KIBHv2JeBqkMdN&#10;FfPLA2SmmOjpyatk4uNOj0sTHhpdvtkYeudzOzZjQtVmq7CORH6soO0kDMiQDUrRhGyk85okyYkd&#10;FItkZbVBPUf3eXCw8kc8v1uND9Sqdub0AuBA8YoynmQzJVnlYwUZGIdW/t6Y3IdQwCI38140hYV6&#10;LuWQk3Te4PvpIOIqgNiT9Hfkomdequ+jkZd7X23U0RLZsGIjleIc+qhP37x1lm4Gj7WqP8PYobVj&#10;OGUeAb2s4Fn3v7JIwBUeGnzM5DlYnRhwxegcAJ60A/z9qHLs+orVcHQnI2matGbLMm6NftOLeljq&#10;XXaZzD1jakxNuexTc/7Jg0s2PXimfSH2UtRW+WiPG8zCssNiTUFVaiCgb7olnQv53LipDrnBWC4o&#10;04U2wmz5ccWBWj7LjaWZitEyQyR9UwwGg6msDxngTpvuYFibydxaATI/zBnyGMzGQhlZgj0rEyul&#10;3mEnNf38KQoXGXattPHUC2NHBgxgpKYLxKdshu0LOGnTATGloK1Nl/58Zl8691nSuuRj6Pv5CXAG&#10;OIDQzALJwDz1lDKLYQ5PgDfJiaF24cxpzFNplHnrE+Q7jhQGoF2SErfLJ6yxEEPJnrv6ju14aIP8&#10;7T+64cUnzr/4ETXkR2XJgtrQgDDEcIihdGyzg5trreO9Ws6YhkhBeHX3CBmwEumdG8zjILMiFVHR&#10;XfJoKChg9i7xe74+PiqEygTgi9w4AWa+vAbkJihkRn5a1xDsrr+YLWHFzvYK8LE1j2r4oNXNeyUz&#10;tBJm8776uQY/5X1POgeox5ysctCCNGBAxKGk6DAIG5UrZV3mEMAjeYJNrJaiBhFsYHkS6DTz3am4&#10;h9bKx6qbFmKgLibL4SPWtAf7fFqrjlD7qhtV0xwcg8w2S0FNuDIxgWE3AcyttLBdcBH73ZWSLKeE&#10;i9BlSc32EDBXcl0SdvaxylKxswoh770lLHQbm/e3RybJsHXYTpRzE63/+/ffkDz3r93hu790H371&#10;793u7Xt3uEepC46hUQgBVMAoGscNsEZTWAcn270ITyeDj3jCNJN8O1UOYm4QDDbYQ187QAlqPRAy&#10;yKFJm/BaunxhfE6X89oNVLNcfzbFO+c9jSQSNAx0ixNfKl7TYwna8CZQK2DH09XVgVPSOBk6Vh8K&#10;1s3XeFQ8AmvWeQL9yu0S7bRy/RQBI1kvdf4NHckTQE3rrbwEG8Yytr6F/oxbXHlAYEt2KM20bL+d&#10;Di64bLtWliYFKPGRYB+0QQlnT4rQdCH6E3pajGFhowZtklTl/6fdzcHn45KADLrZRmEgDpkVJYtg&#10;8tjwqKy+CNoEhEo5XFK4UkcrAmDeb6JnXkgyHn6dyF8dxi0N7ElNKyNTBozPoBOGHssMxngc2p4F&#10;6/2mAR8coMGbB/ksXORvhjzw+KPy52PWHj06JvBJwEcwVodxtASO81EGScEGCngrgB+91ziAYVag&#10;gpI+go/0YO6oUguj6iT5Ifr75RvBTuRoi1JYdX/OwaO4lnB5AYS0aKCfWF2YN1UAtaF96FhZYnus&#10;DivPFMxVtMuMnMjYGvKAYmmJIWWViTzHeYfMZU7BN6CybJhNQN+fhAAMuwtNgit0Yr/PWW5xMVvr&#10;UuBnzv7CRrdtO5+Idi2Fwv5rUmkhL0olvgOUQeGwkxYGvbLDxpJ3pMsPLPiwlSJXzDWogougkXUi&#10;+FmBVADROu0Zeu5sjQYaepXtR0fHOh58M0AfProSqHiA4hNVlth4nRoLgobVZ31hCsnSm3AmTQFP&#10;yaXZfdQAw036LnZt9JrwLNcJM1LkRIyhi1HpWejIuRYn0DSrVlOW02NV4hrlfvZawRlzHZ6/4Uyy&#10;aF6r2aePWH2eCvzxA0lgKGQgsF9fAk7SlOCTc4NKKje0jm4JoGC6kI+tb8gpi5G5FwREnNSvb4pf&#10;ytb0PgF1mPfbeMB6aDZJqsb9pCqkwRXwTL5nVnf9WhXhMlywHPnFbuDZojEwstKcStcz206EkmFu&#10;G+W1SEdlB4pP3NA5Lt8B4ls5s9mQZAafArrpQaH3+t6mDK9LfbHn+9NYp8hHn2pZaO8zgZHe5mk9&#10;GAA1tD7Lrtj5TAuy5DUfxI6HJIxzWTWCacBOutfhv7+jO+ED1cPwikzkX1WAI+q13PAmVOc2eR3F&#10;4oJNBAdz30IHUBD7a8h+TOCTPNgriGa8AlNd4Ms8GrTxXfzGCxHBZRBtEI2P1PtDaqaPmfmfy2hO&#10;5YYUspcAv7GAgrrBZODTkhFiuE9t/yN1fwr8UcoIDt78Pe6lJvMZ0zFPevzS1PcxuNAlGbX3ykJJ&#10;RItBmeJRuRJ0LotlCr0ny+x5/6TA1IFA2Q1RoaYXn9GY29I1ZLUUa7ivTga0IeKJcnNeNC0F8dUe&#10;wsthaoi/dnu+6qaSxlIisFQsamNZAR2VDCTrIzA3vrH2xJXaxKx9oa3LAWYzuJ91K8FNZ4NyCz7L&#10;sH5y2iY8PvFOSZpvWFRZQlxjYI/34+TDF2j9P9x/7Y4UMHT/9X+kMuBP3f13X7npLjLvxXqOQznQ&#10;pJdnIA5Lgjm6DD4lPClhFDMrohbXb1rBlc2aVYephUfZL2OuE1K+KAN/+wM3GwPds2RLQnPw7fDM&#10;3ZF/6rMrUg1+5twzAuqHWxoT7zBBDeJBFy0VSsMtqQdw6f6a4mOmg/GzMwrCJDbJDTtXvGX9BnUu&#10;wzooJA0IDVXiIDeWewoYmX2OMdsWFFumxAjn19awVFVaxYAQ6AZphVD6Htg2Mv3ydgZg7hucxTXK&#10;OofB2ClYUBDU0oSPOMATMPuMZOpcsK/eEEMZbLgQaX2C/YetT5WCImgmHu9TSkzxKopLto+LXAJj&#10;qEAXBBu3uWOX0XP1a8PMygoZOACViDJVPbF3ouQ5qABdEePcdQ+ZtcWvwR36cYifl4E8NI7GqJob&#10;0ApsIqAuIMzM+/kz8vsfyB9oIwXmJJ6FkExy1WeQJ6YQdb4O0tTLE3Ualfzu7BEkn2XsADA+DygB&#10;TfW4UJ2X5VwaM2HEZmOJrlz3ytTdgG2GzA0VQAIX76LRnUcQCXnDjk0yTyMzw8JswAq7KaxKTFoo&#10;lQLnJKS0+VKgTzafyVMF58Bn2tSBAWwBcLbFhTYY53uoOCRluKqasPCK3UJCK5wi6MCjcJLVRObq&#10;0KDGl02XEtHKEdvdlK/lA9hrgNSGqWiTnB1c3GPs17AwW7htVYNNdYMVU28pCAJM57ZYOeRgnNm8&#10;DPMkZbjcD/KBCTIF9Dp1TlfWjtPpuVWW1Pr1wfBkfeSuX5PxRrKMeqySwtL6YuVORlYcsE6vdXUQ&#10;R/S1u8RixHK0sQYC2xSHKq93HvXT62ziybYBVmOhO7sktpvX+diw4LpAsE0tPpk2vjQ3RlY2N9+c&#10;pvCOBPIdmdl3nLKMxF6G5A2KQ9y4yyaY2UKsEHC6uca4zk7k9yMeHWwtoBpMTOtECDk9tOjTMFsu&#10;ysscS2Keld+n5Hg8QiVrTcmpeV0WOw6cm637p2evwGUd6HXz0dTYscyQBGQOUE9R/sxr3cMpwSTy&#10;hbkEOEt512oV309C7jJym/S/JGUG40OcwdB2LKfNUxvcYX0Cff0ZMnPSMPfK5rN5XliYM3GOv3RJ&#10;zXb+pfcduNkdfGTy8YaSbVSMbyDomjv52j9vUwV3Yz7WeaBE461nvOkS2CcN4FDLtkCpNrZMDR3W&#10;4mixl5REbBguuUfcgLKTL6BkaSiHOkNIArx9HRKiJlapLpXaYBhMAJ3q3qJHR+3JR/QkyKiBHizv&#10;clXmLLU+kRlYJp1eM4jPt74Hg4g+ft+M6jHIFkQYvcCP9BXEtijug/z1tYPf/0M3UKMjWjbxNIcc&#10;Sp4tOS4qHfIeCbohbjAjxmGR7GWCAK4YjcF57Wx8KGUPzyoIY4MiyP6Vmz6QrGBsgAP4WruR2azo&#10;2ui9AjKkejI0TeQCPJV9dwKJrH8l1DQsMACT9TbDJT9ErABLaLjcJWACzksVXj21+DgkJNkY0Xx0&#10;d09SXfIVletAqbrvv/oHt3/zF273+t+6229euft3mEHPI93Yoxj8HNnIi3z6wFiXKdPO9z9iZlNq&#10;6CMYGKbp4RqZMuY9K5r1yPIOUO0bvLGrSj6AkLzu2DtwUrutA98nH9yOfn1PXy+2cT68Hl20LnoL&#10;xSIBrF9nJNKw5UcmOHdiHMQd7RhBQbI7ru6U0JCxclnny0ANs/47ZvzJ7OZjCXOlTMYp1tERqMQM&#10;5qJa09hwE1AmIPqatJrVA70G2BnqBVzbLIci6cVm283naUJ7Ph4N9rmmdL/EaRN6TkNL3OtFw/gM&#10;RpsJowQXGG+nxiA0KNU5pAlR/alQKlqsqp+S/orZ/Fo2MljMVAREkyTbkKUA/Hqy9EH0OJS6koE8&#10;AW7iCBiGCOox+Mby3BiOEROoEKzBZ1B0P7g9dQkYAOLgD7t/995VDDwBOVnGwB215GejLWbEYviP&#10;6q8UZcYYpc6mU+LTolCJzeOgB3OHYQr9gIYWj514eOhl8HQ2D3h6SVzFGE6QTqGhx2De4wUNZFlK&#10;B8XZEbT+cRbcBJs46mK8eQF+XeWvUpR2QTZlvOkDlmuJ54l2Wl0bjoBPYhLcXRRXpyJvIIcCvGTZ&#10;wOP1CY+Wei7BCtgw5LEyoG7SXTPztZa1S/rykgdcC4ZBAoDhST4qdN+v/7uVybW6QefxCmZmhzIf&#10;Zwk6QLYmtIqi5ZBh+EicusaHCjrj+sla8fjxtcrdsVzlla0Ka2emQohuDVnDLPODwvLGcMoeKHs9&#10;Vghdku6CYRg2/XuA5fRkeKLLlEldSaqnAF/ynFwMDKokRg80PE/yXYzsO7i/dcd39PXhzoFhE6dO&#10;ubB6pFtMfxgj4MeMGZYf+nEwHl8u2zpUtSJiaU6IiiEY0DEyOpOUlJ+e9u4C2gQonfJQvHS4MlSV&#10;XSF7YAsyX3gn+BPTvp/tDS8871q8D67QuNbSKsGAKnb+a9h1q0trZw3pDqkUcBGMjHU6YRHql++9&#10;AkqZ2XooZRQMVT5PTt/AXgriFL+GrUnMneqpLpjjzufMm8+QjmlauKb9QFdnrU5z5o6vrSPAJN6G&#10;yesmKhrnxXsIaqk+lPMH1iml6Rd7v1JrYqdMnZpmHhbZ6pAb2UWqMQLOJNuMlQU0mzC1znHWhynU&#10;fpQFrMTa29jPgVLPqZ35XuDXJN9otyvnNm1b0PX3YGA9I4vnbwWQJ29tZQAOAvyBECd8sh0YVLPO&#10;6iL6mvyUwT5UU0dyC49zH4cYMQj4klh9LLl+8Sn9/kr2SdPZTLqF0K/FmmOlMY3o4IwJqOvfuqpH&#10;f7x9Rc8CBkMMbEJleadG0Mzf2NSymBn4NnU6adac8Vx06nEPFbiXyTqmiVCakFDZ1RTAFCN7XScL&#10;WIkZxdYPOdUjYKs+mAV+4cJ6DB/RLijum6Oq7nBgyw7ys7t/6/YffuFuv/zX7varv3G3774jkC/I&#10;/Hhw0VPVi3KXwEE8SvONmaxHJXZ4X8gdFXuvlU4nhl5SGrma8DBUPrT03oe2RsLcZEhhHjAkgAyz&#10;OC+gZZcZmtlRcQNSL0r5cOUj842PmyCKa5q4rnfKojvoWhNsYEnD5nYdR6EolDDhYWZ9m5oyzSi2&#10;2rLXZmxgVi5AtQblaXdwJSAUjL8vNr5/EO1NsrQ2149QN24SMcg3nCUwdQY0FiBYuzDV7jvFKiuT&#10;Acy+DHWRSfWerEcCPancLde4AVUyCMpmi5Mxqi5dOHHqFTdh8YCDinuodGL2ZghxAxDUZ0K60FA8&#10;HubafmONIn51x2zAm0I+hI2mRtTRi/goNrbiYeN87n7xcsHdrSMtOCO/jgBzkq8rQRQS5BEYYZ/c&#10;ddKGS7eQZLVDvNFGcpd8RuEeR7cnqu0Qw/IwUj6FCE+aDKSvzfFeFls2sdzS4N6TMSc/hg05b4gt&#10;OB3IoNv9WEDFgcGkian513IsnFZ1oBvn7v5e0nz5nHMgxngzqBEu+VgMN4IyA/K/6O/MCJTrEVNa&#10;OWhjHKKRZrzYk4uBdRQKsYk+GwJycmAEnYeBwU32O6ETMNKmglmBTs71NlKTQ4zr2AyDTtQjnScK&#10;P4GX0cOQt04SFkJmutQ93Gg/wKsEWdKLj1ORJUuE3hA3ks0CgBVPJRYRKbijbGqCFp0+ArN+UHai&#10;ylzzHRiLlATmet3spe5rHbCIOREtvhd9Sj4nOvuBJoKlpF+WTsi7hJADSTBH0fDXKOONGaITFaYD&#10;gHYITPozbwAF5I3nI893ercOoKlkxF32zOSA0rFOQTQOGk4Nmg34A4GIU0BfYZN6k6Zdrhwqvzx3&#10;kRPzNS1WbmqKD6hMf2GxNoIGnMIZyxNtgm6urrFWiUHdI0Trwafzl08dMmG7xuP3YhANOeW5Cirp&#10;VGwZNM07xsRgHvKmPVldI4AJLwo1gCXhLqkLhabxEDo2wyYcRe5zZfk0x1mOS+8ynBfLSQKanhVl&#10;7FO1oSpM0nIPYKcARgcPxvnqtF1YkE5inToMxlNG72FcSvRDPM3+a4CEVAmUchSX5SVL9b5N49Ym&#10;SZ3ga4MoEmslGKuKDpvNrqHpPk3VBc+b07HIOrXT7w1jY4RixIhq6u6hsK1l7vO+2iSFMObwLXA1&#10;EJQaVT4u/lEKhMaIuab5txwAtSrAOA9mgLDTi8UOto56L3PdmV2R45oRshG8So0VfYllTLyaY/oM&#10;PNcrk9u76eS8GtdWkGAOWXto7RvuKZjpwwfn3vwTsftei+lyMqDOzZ6jMqV5c80+MyMrC66dGP8I&#10;4wbEU5dTdaPJPD9+itK4EL87Seg9iA8WJFmWBb7L0ijHaG8JUIBCru4YAQjuoMu/h3jx+BgFLPQx&#10;HbWaC9AVz6dQ7nrfkZquynhDMaJ2jWF+DC/BmbcdbErYgxTnLcA3GHPsBIIdOq1o37Fg8Lh4/BDm&#10;XoOuzvLJGwqz9FWfN7hi+VbF02AxIE9eejAstBpS0NWVCc0eTNCsgHhJ2aKF/1AHTUMDeMntsjFO&#10;LJOGd6BhNlhvRCjSqRpHn7O/UzgHmo1bcjfJflNqOI4Bq5180EA81CCtMt5K0q+WcDGA0SBF6Oeg&#10;nu1fhxWJd7uZhLR+A8w1RkZHjR3fx3AwDMCgAUlp3fLlHEi9WN+kfT85bCoBmLvXBmy8W0N7XWq7&#10;nlyj+PnaBolCZDyrMrvEfOWwZvWNEiZxSvNQhsxRosCOEtQh9+RPvqCwIiI+sJ6RnOY5FPCGEsmn&#10;pJZBy+ANNaVxAcbJ7Mc8uIdZbVLCtLAWPCJ06s/5a1fMwYDz3xllEizATtijboFZ59GZzX0BXuO+&#10;htYA8oWD4wfaM9IDd29kzSEolYClyBCXPS843YPH5tF29E3CMtT2LOo7mQgf6Xk2oDNYZQA0gxVc&#10;jaobjwMwyrlCQYb8vsHYAkEiFiDkoJwMsDct38n6NXeCVsA1HpeI5hxgTRhCnwG31Nw/TBQeQ1gA&#10;/20KG9rr7yWE6wODe+/euuntz93umz9zt29+5j68+ZouBa3HxyCJt5M2zzYDCJmNSR/7Q/zisMvr&#10;DXvnQ26GpoCfQUIrNJyR+4FcC0xBmwaRkCP7ExcDVhgD2NIwv6I9/9Xv3Tj38g/dzbN/Qcfxzk3f&#10;/if3+tUvyTpYFQZiIzbFcEpa+w9TDIYYNCgTEzNOw1BFQYilCp0gNpD48wkLl//O6w0FZLBb2I7x&#10;gS8oXpKG5HDnBBzk8K9R7Uty48P3E25jfVQCn0DBQjTgX/LggzQA+Ouq9iTOgR52HEy1go9rCWwt&#10;P8ygQk0vziFmCvKl+U/kyEfdrx1jYyevXenfVviYpgUPhUDV8RhMuJyEVm1BzjXXZRxelf0BPeTX&#10;EbqYnhMJZdFiZYQZUw5PGOoo38P6YiHOGVTQSU1PmxowqZAuMtBa42CXTUVhweyzuZGhdKf4ddEk&#10;VYExLgRDHY50VC9A1zQYx+rEuuLjG+KLc5iGSFV1wwWtTFhlvE4T8HAo1FqZGNhTmz186Mb27EEh&#10;f9gLGMZGtJIaTB2ZW9L1RyQfpFMgxy50eqc+fFcyeQ9Qb5zkPSldN20cY8iYF8Aw0VEB5rbWcq70&#10;E4EHs//1udiSjpwaugQ0mwg9JvRYp2CGCOwOdkKtEhjLa1QZGCv53GtEjD4o1MucwiLDTQB1op4b&#10;Hxrs2H2U8YlVoVyku9bDB12czg/53JeZK1VzpmO6kDoKlvQYzoh1QPyeSEdzCmZm0GGz80YDRFkq&#10;0fcWy3EJ19jMZVgHXiC6RVbnU5iugNEcYbfLWWDch8O588CC7y0uBR85LjvrEqxqa+HMewHOlgiC&#10;O0VdXDub65IcxE6OSifuGTthK3NvvXLvJcY1Nto5gLroPSPfYpGNMLMVgGYNn7Vszw2acbW0fFXY&#10;21kzsmQQ67auK+bGMMxNRisl7xnG3xXYx+m3zKqgVD3gZPbdncMPJN+9pW7/jhppx74FuhSNXDMM&#10;0exfbB6gXc+UlT/FdGFmc3htytX1ECf3Fh+hZc/B9AXOhMA3jHj8/m937A0HLBsCqJNvLWCHS0wZ&#10;X/vD971y4EmnuUW2H66/ZRXecuZUhVMtFQqhpP+JB/PBhLJgn3noTFJzlTSKBriZ1iW6MBhWBdaJ&#10;wND2bDrm+9lrLKiXEpzOwknHE8wYtu5uS1NcCJWLweNWPXyEUKFhenSTRs9dvuCMjCFAm48w86nI&#10;DRVYOlZc/ZzQQtJY/K1cJaOdRHmEuoPmMBWRBacQQN8kDcwu0qmLtqTEOeck4iMtCHpBZxfOiufU&#10;GamhyeeRaFv+jsgi3/yTm777Lja8SBI9aDAK7+OEhak+juGgsZ0+kjb4+5jSnNWPUYADuIokHf0S&#10;VMRvM6Adm2bFNzL6WPqIKWv6dEKAhyPUOlPBf8aKFZWyqJ1e/5DkxhDyuGDyzw7tXKl7Xg52ScQI&#10;PZ7Q1Mterb6shQc4MBYPQX0ylfUWyiJy5KYfE354j7t/5/a79+7d3Z4CN37m9l//pbv76t+421ck&#10;1b2PcfWAsXEunnwT5o/NQB+DagyQceAF/7xj2g79nkHY640CeNpotb6sEc8YBIXixl2g49n6IBYH&#10;G7X/2Lyk1/jiC/ej//Z/duOnf0K/e0bewQRWfvt3bvqH/9W9/rv/Wz7lkYk+em/yZ2Wffj6mFCIZ&#10;9N71ZuKeAlbOWl4YhD565Cnzmwkqd5v4nc8Xn7dr7l1+EOs+ITaJD6sEpUbALllpYK90Dx3GeFho&#10;Jvql+8TUAYC9jDnX4tWxAQS2C12xxPn8MCNe2I+Tynn5fG20OTUUoM96EGJo6+Qy54Ovt8i2LAt2&#10;Hh3i6wv47fvTFpo1cixsFKyMadOGvcunMaJkSElM3Tiu/hTLVFf+93Z7PQf5emsLzBMHvaEZo0kp&#10;hdxJMQJ0GYxmMgJf5C2N5h9yNHtkNQ5q3Dwwx20YGrYK5HAMQcJ1PI0GVIvcM5AY6j2Bd7vdPk54&#10;4d7tuOvPIyFMGZDk1xl9DO0IxzGOW2oJ8ELIHU8G0DabjTASOETjniRCA93ck9AFjgouDeQZsI+T&#10;OirNWz0Co28fyuMHZQDERioDmpvCEVJWXWFMKZgTCjOydJdCBkl4Eg4eC3tqismBDM1XEgvDiKt8&#10;mhap9/OFsjzWVmuQw0ZmzKvO4g9YghyKhQEUSUWzficnwXyDmnRiRJ91+sLY4SkuuLrtmYBkMF4X&#10;i+JETHFB6ws/nsmOck+dhGoFIKbTW3m8gZs75ZV7esLLq+pLSiY8kebW83Bucb2cSFeBqXiyIEve&#10;dtAk9i4Hy8xTcG33BB0uuERhxxrBmSS/+Qb0VKBzbvzAeYJsgCVZZpkL4MJa99JxWzeGzugOAHRO&#10;Hyx6cK3v7HClTsczkBDsJhx3Bei4HkRUg13Gn64xcy+WF8u5vrXHLjageOhkIKMyf7HMDQjnAXUd&#10;DW9N6IS1O3omA8HEEEoguf67sFZLwnYFbwE+eM/uk58ps7ePtNbv78io+o073r0VANAdFxWosQqW&#10;tM5NbGVzEzQrGgqfERT089lsJ9R+pU3TqwWQbRPJmaZSWjelSz2m+7VpxS2w8/KmK3ykDo1vknCh&#10;NjOPibK63vs5SJRx09AH+iJYVo897y+w2+oRzm0j058hazbPz9IibzY6Q6eB3jRDbeI0aDZDei7v&#10;qdF49GVvQstomwwzsAeVQB0k205nJpdMCDvBHqz1KTya6+JXmJadvQD2kn3T51F/7Iq0fQaQtwT4&#10;pX1RFSwHc5CsslYBmKfAtkAu4MwbcNarhkvAQ5xtVtG1IYcLSxC4WR2+ONDsugpucZ83u07QLLnM&#10;JFLGmtANmGV29Zykf5TsSYBfrKu9Q+cXwLTa9AqgCSHorrFwQkJ70QlfcbLH1er1Ya1aWF6nGWQg&#10;IsmRVGH+7XcO//bfOffVL4hIQjfZ6CXUBlkLRuuKV89GAcxIKSZAH/87ey4OGt86yhfv5yaKU00h&#10;LWIlpMEzskior6woYSCGzKDKtWXzk8BFNYwN45hJFqgT1oCadp3AXY2DD3rDp7TsNo3a50nPF2Yh&#10;7HVv5bOdVLBmcMoMBLRIf9qpWyk7ndlDyJMxqh/9SPv1+8O9u6f9dbilgKDbb93u679wt7/4U7d7&#10;9bX78G6SPQ2mcE+IEl3xt1PyjBKwVJFo21l0T9C5ipcC8mmeQgGW0rTBolm2CdiIhF7ZqxTYefNi&#10;dC//qz921z/9H93N7/137ubz/5ruK7p+FPbFY8Q9u3Y//eSKPsete/3L/+T2d0Hk95EwFM8YO4cc&#10;Q2nYJL/5UcM3MbcB0bAro5Iirc1MYCbhh9vrh2U2IOMC1wQkcsNTAjGSd971wlbKrNXYs2BP3rL6&#10;OGyaSognAL+VxcD6+AmDLtmoJNBVaXKDAnf82acjNyyUeU5gbVIQ+DElBBsvwd7OAWrP2NZhIK3l&#10;YLEvKNYRJVx0hnIUZt+cct/Z8CBWhpohMchEKxNM8Bk0YQHqHZOYaIx6el+YgTwBhLCYyGulQ4jY&#10;LByQEzLTouzVe4jjvFm6JPOOTDhqcm03pnyCNARBjgGL7l2YdIw6q8cGs+5Y6ptTdwevC1ekRzMi&#10;zpKh3e6eJLPXIp3lop87KdxZ4YmLmXr3d+/p+STnne7ohiXjWpIIA3KC7rVMpBtKtNlub+J7TDt6&#10;30mYhyzjGYaSqHmkVi3/TZSgPrZwPbK8ehTwb3e/i5MHefsxA2DPEh+5RiR4ppt+RwvDIIl/kBmW&#10;V9sr+XlSuXaSSh/pszMCL7+XlCFmIyaJk5F6iUm4N+CgE/8IMY4Nm1xcFs9DqDzoak9ArCVf50hL&#10;wVR3oEblhhnis+ErmHrGMD1cpLlPKtvki5ZkaGWhdsaf0CScQQlr4XPAwB9K1yVlUOkGOZROGObP&#10;2bOtgGzyzl+bNTBvCRZYOXlL8fVn+fo5rKlvYMsczKalMcwlc5WzzB9myZ5PF7hynpdLmBX0KRW5&#10;kKJwxvpzgB3ApXfeoYMU4awwbRJeFhcAYyhofPTwZK5Y23+BxmsGsL83L40fG5qyTF2AE6EbFvBz&#10;+JGJp5cGgMyy7ZdHXL2hgKI/6I6DNVD6xLxmQeVmfJxUHmOZP5P0AnKat7LQoU2YP038sj4haXxH&#10;L9o56A0wJzjgRTexVrVoGSiFoQYOFk5Z7VwYknk1JkCs9YNRG2rzHjXOXjbA4VyvPq4heB1kZh+x&#10;+uDunQtvv43fJQSrD2SEtGfhTS+zJtT0PqZvGioSxuaZMGI0CCWkZlAGOQ9SlMelq/ZtrGBkZh4E&#10;KLsOrG8FsOtDWC+UqyTWjwD4YdmTZd+baSqkEVRblcKWx06YHM6IQWl2g+28+YNHM5pCvyEErU9c&#10;p7OyFMSxaOY/NPO+d1VSb+8cQ7O0QZIlpTAQEwqB1pbaGVbfZM6vWeJ9S8z1c0DH+i/lZW/ozI7g&#10;XBvIKfNIUB+xwZSGOO/LzPJFppI8GTfFkP+N1rsTlgG+HiHcdcYJgpsRIHJTo1WVtk0ysJ6C2Gf0&#10;gXmvWQDAGQbWnfVvhmOBtRFZfq1VVioYux2rNYM6uBEMGx2sSjPrX1LQG30RgcE//9zBzSfC7qvS&#10;fvvpjR1wro2awDkDENaaTD3EtdRZ55cV9WwD7T1yJmsTz7HdYeIFAykEQiHtPYfXX7vDz/6Dc3/3&#10;946pb8HMjRJ0YGsH3wDmfO+MBZjLAKCwzX20HFJgUOwwfGRiSoOKAEG2f8LIfJHnM5ssygsHfQx9&#10;p/2ogIEk0wb+klCwoMDhRr8PBjgc4/HIWqigorIQEwDojBdkks7Luu6jbQ7vmzNo6JKM2SRpG8II&#10;GkZpBiUFcIvWHMcP70kC+0t3ePu3xOL79yTX/SeS776mfT+7dkC0TfBKGFFwiUE0nqcmDXtAZdLz&#10;41jSKzJczbRhVl8c+pEl5huJdxoTW7br4r02sen89f9P3Zv1SpIs6WFuHpF5lqrq6qq+vdxtljsr&#10;oRnOcARhKEoUIRDUgyAI0PIi6F0P+jt60rP4JgECCQGiNkCgdgiSwIcZjmbBLJz1Tvft7lrOkhnh&#10;JjNzc3dzD4/IPKeq71C8PFNdp87JJdLD3eyzbyH04MUL9/zTv+6uvvOrbnj5A3d5/S26nE+kT9/t&#10;melPfphkJ8YUuv23f8F9PPxH7umf/F/u8z/8n92rv/zj2LsrnpKV78m/WftaqSkgwqKz9NM++s+7&#10;aH80aIMv10moLvFBjgSAHQhXPtB7PdLX7iK4a0oiHunL35ci1M9YAWqVhy/0zzwB+OZEsTNnJS7t&#10;09vgLayY/pBrRu/qKFwG9qC5dVHPrOh9jFkGLJ/7qCSpHcRgs+ybWANy+T4czNY8l5+3HCFQb+cw&#10;F7/CyFnDhrmxPEDS84yLCRTiZmJm78Stjf2x0sjXOdL6pLyx0404HadYHPMEG0/zebrFUcAcZpEP&#10;GQ2eEADPl+9ZjpFXU1mHtcwIWmaLVr/MhJMUW9qQIjg5qLyzMK8m+mTv6a6/uuZbYYxAn97ICDGg&#10;QwI2GEEnrb+/eCZAHVOn2fvIq4+HB/b6m1XeHP30BMxTkJQBNwbseLMSIDE1eOoXN9IGfKAJB7/4&#10;o1zjmNIkvoc+ApwTsyvHuJkKw1H8/kbyJJyU7Rcy2MdA55BCTZTZlwJO8oGuTMmAIYO3AxhpMNY0&#10;fuwVHK5JQHyI9OuceRw0Ny1Y5klZpyHJTzRlx4E38k7sNN7NYpfDZBCGJYrXU304156CfjPrelbj&#10;3Yeanp0L4j0klKPLtAJXp0dlMMxMbrpyGvyxhBycX6BhkzHqcsKWM756Wxkc627quNJJ4Ho4Ufd1&#10;LQVicCpcLAcU1IGV50Re4FmMvhPXIAMHuP1475LS+40Iu3vrdF3YumYMXTVE57yKnsQasSMHhlax&#10;mwdB2Hr6AZQUcPWqs8xW6PvTN0zW9gMFYwR3QqJuQZZHMHnhDElx7zVgHjrUYCk016ydGp+7M7X7&#10;Zky6D+LRw2c0kgfukdn7tzc0zT5WwGl3mxii9Qaz+DnhUpoSI+WNoU2RoQ/6VVy6C5t1TtJeNCbn&#10;7bi32qsN/qd4op9rfOt8b3x0713xD26xL7sm1RTnEy/PL73KoCODRd8wsPCxWr53uA5Qzg3E8xXG&#10;6EqzIPIhlfMOiQ1yjL05zibIozF8t0zafE2H2tQc17ZrqMFXk+WwMEtvc4dC4we7egk7eWReAUqv&#10;hV3y9k7bXFgZjkDHDgH8I+W4eEJWu/IWvGXJeTt7ssSGMyZk0HpdwSJtHGBDPw5LLcSMDz8/YSU2&#10;zu43aaDgwTC5qMcBJjkw4AODGaA/YGdeLErsAoKnxffv8XZG595LOoTZkKxaBxP5gPsEJmXQeRNe&#10;vXHwljh6LMecQe4L75rEVYzJo9l+cY6f3fHiWJRXmPrj6Ccr3q2M07HHrKa1BwHkUq0f/51RhcCg&#10;lfbfwoIao/esEFOo5xT2JgN/LBUeL6MWkuytYNjLGhBGO6vZ9juRH3NgixsuIyLGIS47Dn0ZFEzc&#10;Zemw310paOezRzbuhswOjGnUkY2YZMKJVSj5AgpOsnSTmZDRP3CSdN0j2XLMX/yf7s0P/w93+/mf&#10;u/u37LcX/XS5P76kx5/oGtyyf6ILOlglgAuKNzhkX+1IAWHl+hBAyEL8soJKZkfvcxoxeKxqF/7b&#10;/dE7ul3c1cude/7tX3NPvvu3CfD7rru4+pQu4zO3Z80sKxPZAkxgN6pBLi+oJ//A3d7+hXMvvu2u&#10;L/62++jJZ274J/+p++JHb4tzvpXomh1hSGAV47n8Xk0IBGZ5sSuDVl2htz7SyoKSrThbYHcZ8Q5g&#10;n79DBMkqKapvVA8nYXUF/PxJN56s9kjD2eLBq6SEoViMyeGxWyr8gr4oZv0xHi1SXeOnJ2et+uiG&#10;pEBQT/igZ3RQjLsKikRXn/lQW8qEBO6rf6JDqAZXIayfDWPb4uapqGHkeJdor8n+flCjXBSJaDrI&#10;vStSEFtIztpkeMDs1TcFzFO45cFbWFJOjbbnMJvJNWTTckgGognOpSsc6Kb0kOSVo2woO6K6Hmmz&#10;kGRbusLsm4fJkJ//D20IfPEOosfXWGzaeMhJj/7HZrFBADpS4dLFJvSaYuI9fcIz7XpM6+UPYCaT&#10;znt63tvLDxxcXgttlhl8/uI5TQOOsiCeMhWWNquJuKsDgZ73zBak595fPqXJzBuOwJCFwFLeAyXc&#10;XLORKq3Eib65GzWsY2A68aCsR5fp7l6kPyjhEMLaw51ATRN5M+xpc+UwlVv63uXA0mOS+tLCvJDY&#10;dnphtHkeNXaP9+sLDukg4I8l17zpzPT3+XAkA91YNSJeSdgJG4V69gtgySpeCKswkLs3X7ULH5mN&#10;Uz6UZtlkY1gHmpTfoEEw+nhDXC/MlJQ/w1yYnZCYKt4ceDp1SE0ur7M56DAgFcygwQb1VHCuYvc0&#10;AAbVK0Jv6iHEkXP2g8R6gpxcHEeeYNwdi2R6mOIUhN7HhHEyNCTqrzOVpUylZlmzzCScnBrU0trg&#10;9RA4AIZpDKiHmkle9tBT8uFqUwoA6z8HUCc8SrgLlCEgtgZIOokxRRZY5k3jxj3LTmKc56oAhsIq&#10;8b6Vuq7J6tD4VIFbumFBJS/FlhZlgVsrtTHPLQC5pmO7TuIydE6ilA7ulUmLzjVylByjVU0VvcIi&#10;QUdrkV2agmWooPBxsBDi7EmDlSAHtyT2NKTRHOgjWqNa+/knTzRYlz777K8KJWk1O6FYVpyrY6E6&#10;HxhsFL1pL98O41h2mNA2a3J9zujTVsywoGdI3lYd1WIIVWRHYupa/wk0oDouZKp+ybvPSbjQeOAa&#10;4MfEo6VBFqjxOWBJxPbWr1ZlbtFfx9cWHWbmgeZxM1hn1glAqJD+lm2EBnkBtx4Wjr0bJ1dY6Gzk&#10;pLfLwQLXaX2qNUcy03Yic4UKeYAwKYbi4wCF9/QB6vWLyzTn1WxxTaNMTEp5RpLuogQr3ZOnD/nv&#10;EJP/SFIf9sHZUQF45CN6VhDCeMxIYS/NwRjZCPK9IQcShMMkbD7ZR+dZfZoSS37W0Kd47/ucRhB/&#10;Tj6/0Jj0g/FQ1SozyYZktjTqz04K+ngorhJQZ00M2Nyr3rDMfLN+QxN+AU14w1zkOF1bgrkAcrIz&#10;63LxWMzxTThrfHofEZ9s6t0yFAFrBl+rlA9LV4B0RKRJe/ZUGhpJZEo/nc8AiQYNnZjVr843Pnez&#10;WwL0UIeB+EYGxA2kDd5Q6+VSd3unpuAgzARLchL5kQHqwHexm/I4g5qP+1qSFOx1SMEa3jqvQLIA&#10;qzFoDwupePITTAAev0YLTEKS4ae9y9fk7WW/URIXxaUn2dckK5hkQQBmvwFYAJbBeL6AoS4mb7Bk&#10;wJ6QV7DQFxSADpqU4kXEPZxAoJIs2yziRQRax9oacyAHVOkti5LJLwkkqecLabiiAQpOmVHxM6ml&#10;zCm5mUGhHdfGJN911y+E4TdShOdMC5d7oCN7iuVNxNeaeagDL5Ys8y3LE1hZzMno0tU1bkcyfApZ&#10;gCQbRdzQ/VemmB1vh2VEdNDaTwhr3H9T5zZyT03N6XR46/bE4JqGKCPksyZAX07tj7hg+Y23bd+A&#10;IgP2KZHb5ZZNt85QZJMhnlsi+YRYh/lRASSp71jeyYy9Y0xJgrex1h9KzRQ9a0GZ7vG/QdPpmaUm&#10;wCGTYFhZx2gKAzOjxEjSc1N/T8AhCnhM5+gYB2a0oGgfVFag9Mh7ARVlqMYbiDAWRwERGWCcSF13&#10;T8Ew9/z+KTRjOv7QHb7+bTd9/fvu7Y/+gqSvnLwbROoqVQQHIPOQbZ7ywCOB7QNGm6/oKQr5oFDl&#10;LPXiPv9OFCWOUUGXVRN6bwl5JvaMnsIvXjzbU+7GL7v9t37d7T/8eXfxwUf0tq5FGchfseYbdPSr&#10;BxTXDSOFhT6he43wgYmuxZX/JUIO/z2Sfv/37usv/pSUhyABZbyfjbS2JgVJPZR7IfKbsJozhpx4&#10;PueQrh33/7Sn7FXWy58zB2cw7os34J48pctL/7inNTe8ieAfzqAKS03u1WUvwysfgeTkeSeBFWOi&#10;rDVn/K6wu106m4IJ3FDVCJi+KUrKMdYYKQVqp8nCWTwBuXyRx0yhsTsLtEUAcJ7NOWpVX7qd5+/b&#10;eWtC5Ia0n7rCePep51PgNWiIS2L48Z+cCTGoekf9A6HIeJvND1yd4LjmXAv1tAHOpX7gWW5sVZhG&#10;TMKEPLHreUhYKaXT5EAPddPmVf8hoBKtimHYRbo4J0izJNYz6FWm5KyfF88CZLkseeBRAMaRUPs7&#10;/rGrJ3RzRc0Bg39In/aBWX+0At6QSaqbvqJNIFZWe5o2hGGKBqkEul1cPokGqTwFuHweJwPcyNOk&#10;w4/XsuEwkAbAgN1RLsTIYNwxdVZ0AO5j1IvnKYjTCca8U4bjoGasY/Q1GCKjb6BNkX9PHBHoUGUw&#10;b1IJtkNnglZigxA0iVl8/lIYhwJjXkHW2cfNaTBNe2ly1cwzKGtRQay+EVbLACzg8gK8qXyEoJG8&#10;1cDAcpZ/esyGjTVJsInTAK5RRsXm18TYpyATvtEmZnyyvgSPOTkpFxBorGN712NmBuZtNC1+ji3v&#10;7DH0tU0Pvzbhr/WWwzWdKa4bwGd2H4ZlwwxL/AZOSJ+2iyY4gerAib8v5coRvJlT9Pa5WQ6WBb6U&#10;z+n+hmAsCgJWab5FDgxNUMH60BcNC6pIaNbMs89jMVmGgT3scuPzEDbeeSk7G+sJT2J2eG6AxjuR&#10;b7DTQuCSVGDWZU7CbRbRpmcttv5fpgA0TOOQhxhYgzlgp35Qne1bzBDo6DFPfmyW5YyGwfEgbRKe&#10;CFtaWVK2/sCGxd2mbbwH9hlaEBMwT22FbYcat3v7lnqZL0nu8zn5+txwVpOmsHmXzS+gAXqEqTBq&#10;QMdOJuFJRiT3tmiBJqkqQYdjiVGP2qhGJnmoets1OV4Iye0Cq2sldkv3CpRgzR7FZGYbsGHNuU2f&#10;PVhL4F25N3EraiuYjVb35Tixhyy1rIIkEkUBsPTxrk6jfQjzFDshdGiYF5BAO1dSamEtIMJeE5Wk&#10;gsmKM5e6E4hj0oqZXXCM64gT+6YDFnmeCTPpD1rA4RoRyhW/oCSZzSbioQ5L6V4735FCKyiZrYjV&#10;fzFLlaPTfh7qO7ee4lw7iab7cdmzgC8AXmtvscYkTd562P4soPEQdX3/OmPk7gHr67TyXN1QjlXZ&#10;J54h6d16rp6ziSbmmoYUzMKo/KagZ3OLpaaDnKnenDdQG13w/2e66dVzQj6eCuNLFrMOozycsE1w&#10;vVBk6HhIwPlUzY7/PHSgub+K/2dVQqjMKvEKmzkQinqF1xTwSOqyNI8DXwZli+Vghh7g159rTFLE&#10;UPZfzNtqbpKE5SSWAXNcsyMTHW7BhCATuWTGPNCXfU6BsnRfSvI39T1Xvsjy+cjzBBAKa3CIQwAB&#10;fqaYQi7EiCHW0zgGTX02TKm9URcxmLiLTL6ZSDYz9cFM9AkXg7u7ZKDvyk1X1+5wcU28ISByz4/c&#10;q9d/SUEc97JhH4+aNO/lYWQPP4bYywWVWiaiUiISJYzFm9Y1YJ05w69zSv1vEg5qr7vn98vputc7&#10;9wH58V19+rNu/+JXiMn314j5eEEe/kT+IYxBcAPj8dvbkH0yo724FIVloD/x8t90n3zrF92zP/zH&#10;7oe/8z+4u7cHeV+TSKZH8QbmvIDQkb6L25gJ8xgHyO89TZgPQTooN/EevIsMxokQvzvCPMhC0D2l&#10;z/AJI4D8eZK0l2AW+lwgAntHrN1ZfLG6SLLcxJSrhl0WQJs72Tl2UKwHrAyOzOAul9VjJ1RLGI0g&#10;cutEDAJVAia5s4eaC+HMgEqiDI5qseE7ZOueawNiftBQhYzoQCUFzpkAkPR6ItiXGoSKO3/CdCQL&#10;0OCkFBC6DCPoyp16AVDpOXyVlgArUVtoLcSagr8Ykoum/HiIF4bRfEgXS6mlKpnxYJzIlHGArnj6&#10;pTAP/rzH/YWo1Nmv756ks9PhlTDb/Mg0332k9CqEz0EY4m1Au9gwXsnEnoFImQ7SSkiLRVB+BuTY&#10;I2+Y82fBDL54zUGSd0B+x+l/QwQTOR0cIxswNUOE00dWIyce0c3Fm+isTBivrJAcaZYYFkm6q1Vy&#10;ai4sIDwHpx5BMVkLzSErQdDSnNSMqGKSbunpxW2pTEgN4GfDOJr+AnqebJap1uOFbYZXmPfQPJ51&#10;HSleL4UNmxiAQRmIWQ7uVEaH4UTPawA2OmT8eKfpvIm5sxaG8W4S355YEZoQw/QPftVYrhPMgQbw&#10;s8wyG1iCnUcBd4bn4FLS2s1Crbo530x/8QznFdzmk2+xzSrNN65e74CF7Yy95+qwjvrp1mXosWmw&#10;vZpCgSdUMslvB9+brvrcMI4lMw6+OWHvGe8PsXbnaRPHF/SXbvRre84vrQI8NPc6lnRxZxiDKR3c&#10;Bla1Q7xVsLfpCGAV2ux5pja/iLV7Up3MfWbTtaIRx7V+uAG30SLtbfHbpq4vzLv6bF2sQBeowHoZ&#10;6jDDjmsHYrfj3Wvy6vuaGBQHcwbUSe4FMAM5m0W6xMyFFGuazjP26AuJwRfPVKfDNzCetJGFhCZg&#10;p07erD5ibC0iIbOkUnJrAs0QTzmEnt4M0TW+cw+RtcNaQHWUlCWWdZViF5KyBzNjrpdSeq5byNnv&#10;PRiZ0ImEQDQkeExNjE2AHDcyRrH1AlMpzxFbuKP4Fc2uDluB9SBzu3sxY8JrwEcG+prPM3TeJ7gT&#10;8lnogcXYvaY2hbGLYwFuDLGavTCT4QtzzzkL3ieW2lp2lllrUPsPLn7eMqQ3ALjNQuwsw0e3yqpf&#10;y/9qB68Lf0G3BIPsz1k/Y+Pa7MoIBirGon0fg0gl6d9ZZUVefczu89IbDRXI9nirltYE8dwJH1rN&#10;iLkg2AxQvlnbkfWgQswDROkxeIejs8Dz2XDzihRmjEDhMtuvNyWYjSNHu7cmBrcOhIT9mwYHYMI6&#10;jQokK1qcgnEqa5SwnkkzmHNQVvwes5gTizhhzXfHqOydCQEjO0AaPvm4zyuVnFnIwx1dgzsUa4Ij&#10;p42zf92F+ezn6FsbPtC5EF8TH4lAfF7PJCU9PCVgi5hyPNy6JWDyloDBe2KdHfcKShF97/4uZOCR&#10;sUFJ0p1BlHIY81E0NRckNMNr78o9fwK9MBOOzH5vfH4TWHYfZtnyL9OkhlV4T4kF961PSa77d9yz&#10;7/6aC1ffIs++K7e/Jrnu1T73C3ZvKeGUuCAiyLrRlGMG2okQ6OCjH7jp4iP3MS2EV3/437mvvpyF&#10;ZcdKuyN97X1Ee21m10DYhldQ0AbPpAwIuSasaFDbTXFnVADsNYF5B3reA2MQY/Qv3HNSL68ZHlRN&#10;KoGD5ewXzYAUXcucK6z/jCngynYIzpCPmiLPFSl7NZAHrD16dThXAqfQbfnjBA3zcKEJ5Dh7ql4P&#10;x6rPuGKel8FL+ucRFs8DjQRuHcjLqbhNCsij2ys07AMjB/aitQ/OdLMV0grQ804rHIoEriT/tfi7&#10;c4N+xx1vpGJ7yKOL1GB7YQFyyESKv3Y5fXaQr9lHsG43ql8I3SCXnJpLTLq7e0Ld96Ow6fYXV8qq&#10;iyk4AyUSDxzCQTtaSFFoMtFHoRqDhm9I4APLp9mfgMFD9tZLG4iPAJJX/WP8vVuRK/H7iWK+IP59&#10;MdV3jhMHTmqatMAvebtaM2lToeab0ddAI9DnWWU/Xu60mXbaA5nD7kWOMdTRcKnhTI8hHknQvfEQ&#10;cVms2FAH57NkzbLvoPKP2krKhMYgvz+jywnEaV2bcXDhE2LndxQA1t8V/4WhBIKIr4a4iuPqvbLw&#10;taG14dn/Sdew7/JgTxAlOtLdXiGR36b12cOO3XHyknCwUJm0ewliuV5gMVSoOwrovQ9cJxaf69fY&#10;DXnBtcqnT5nLqbZ4XgsIbjnRqUC5CsjQ6ygO41MeUeUBSj6E1F9l1awaK5nnmjVPTuCExgcQV3S2&#10;WId1QM+VB0746DyQffrus298Jz/As4G+hUcc9qMI88OFhey7KxtGWAc50fjzGaANoAnLWcbYrwKj&#10;RaKLrT6r89mhexciJD7kc0TYMJnEri8gGE8o0LPmlCPgowDj5A+mg4OgtARghgXv13fM7Hvt3NtX&#10;FBA4qxF9U2/YRM4dn8e7aHou9U6yT4kUPLZ0gMSyn4PUKDEQS9l8UIYmQWkDoMEbC1YHlgYeAlYE&#10;6TzXGrUhMY0gqhz1bJC/x+hLEk6sv9e9g3H7kDPKIldlBleAkJEOJ6f6Ad+N0NtlNVU20mUAtcEG&#10;z/LfVB4NJVl2GNZTZME3CcPm+iZ5EINzCZhz0JiRd8jWi+Af+7rnGuDLgF+zvWfiATRzVxMEsGDz&#10;+1qyiu1ntoFxQSWXbnzjTN1ZXSdITNYSc9VNkgdc5jVAh7EIjT+o+Xkx2W8C4t0psA8shXC9TnSY&#10;9q76ymQPUlie5wAnmIFtWhPWbunQrDl7zBXCRwyBsnpyVGSnPVdTuijbGvmrZwT4FWYfqjILH7Q3&#10;w0oxCEsEC06dRqGhIEMBa/+qrIUriQXmYR/HJcw0XCJfJhoukV/fUe+7cGKQgW6zVqz2OG+87ZOT&#10;kL23XZH4JsZyTFlONgHKXh9yHkH22xTpZSiPweuCQTU+a3a8zxyYMRYicJluTQKiJgL3hp2G/l6q&#10;fD+DM7oZDfGMQwUKwxjNy1hSOl0TuHdFwB4BhNPeu7f0Ou8gqrFQlMbaG3v1zaP/fzho/zpExhSD&#10;kfw8Ac2gNRHJNVG3qhTBnL02IE9v9avRR0soek17kupeffgt9+z7f4fkuj/jxuvPyOvuY8ISnsj7&#10;ltRbhgY5qEPiPk1vC9D1Ax8Gr4GcEVfh1Fi272I/v2f+pXv7s/8WqZ6/6+D3/isK7vjLmCQ8KhGh&#10;VWSl3C4s/XRygUvLVAJEc5Cq2lNgZEjd75wEdrBUlj/nPacLjyxtJqD1EI9paYmSnyk2rYoy2Jxl&#10;4+nPTPcREE5hzQnYRr9sAxMT3zVMdQh2eFeHWYFz2Usxh2aEYkNlz7Kc6I7FiiKHdsDCHWoZ6JjK&#10;MyiqqiTfRRs+YkKiBGDP9YDKeFfjqlr6OMTUHMxspVC2QT3h0SSXZs+HKo685XJtB5NjlfiLRTCc&#10;9NSKKHs1sRTPHEDNVog66zpW3VdRc/ybEkaR3hcj6kSHlafj2HKJjA6ifd/R3XUkmSzfVMfpoP5L&#10;MYRivNjJhT8SjXrccZoup9qSdl4pwjdk7rknvuqFRMqP8n7m40FeB9NvR3cr5qOEdQsQKBN+gsx3&#10;BARGBuJOJLjztNOgjiGac4dgjNfj14Fe94GNBVH9muQ5xsgMwL0wBmbSe4jXgjQWU54CBIQMurE0&#10;N1LAQVOEIiNxApWfahIlvxaewOz5dWu6UtCbe5aE4Fl86Kp7Cdcqepd9rTwYrw/9IC2bMgerWFkA&#10;tKJdaKSj5cDGnG66BooZ8Ls5CbFy0SzNdQhphfoYEIPRRD0GnswyJeFgFd5gvRt0qlM+w8zUMUDY&#10;wIAhrQExftedDRppArznKWM7AIAqnbHfMCCYGSh2JLZYzKYzWNEwNdGG5KxIP+ARQks4qXrGOqU7&#10;zaXT+oAOdxCxI/Co9T4FPK2bfOxF9FUFaJuGixnIwW56es9tr9NdYJ1Oh2dKmpcZhO9qQA/r5k8n&#10;4hdhcwIGS1AL4AEUHTwrFjT3CxUNxlyhJFk3yc4FmOi8n0XaLi4qEsRQ3Ve2cQJfd+ige6Ed3lVG&#10;77iiB6ziJEO1fEroV9NAWu4DdND7NbrAZivvN0K5cAUM7dCAQIcyko4OuWwow60kqi3yY1xhEkJv&#10;hqTnZiq42LZj5Kqfzvv5zZ2Dr3/k3KuvonnzVC5nMP7G0rJlb6Io4xU/Wkkvj7T5BPgxqw8zyy+I&#10;vEbCsEIWBqukBXMAVfvCATsCNVDGPhSvPkmixQLqYCIYprW1dq/YW089YyoysW/8YXuMLlzp2xtS&#10;8jK4Bes+3coAtRFzg6sm+Vn60u6FwfgKdoAeDCv++UmY0AR9JEzVXgfAJQiU2ZRQJyP7wfjuhaVE&#10;FrC81/mgTbRKe9CXRhw7KbR2ZpPtr0vZFRuZqTAo8sx9hZUGjT9fi5sUObj5+cHMrLA0aRVgObfW&#10;ZrAMNKkkvTVYV81RTKOFuYZGlUeZEix3r7XkF1xt61IPg1NyNJSuZ829pudYcDoPqk98hhUpWPI/&#10;w6VqqzDBtxF7rOYTYBiQZcziYCkLzgnGlmCXg6SUOcNsPpLxAlkjISuRhmhgFjIavvKmNl/1yg4F&#10;56RlYKcjbX2v8ezh78M01idGi9Z/G1VBRP2oSHfvbujrK7GMGHR/GPTcy4FNuIE3w3KNyvrYJaoF&#10;1vbBvnin5fICdducC3YcpuJnKs7ng7EUGMxAXRnayUZ3GErgkEtSXSy+a5zXwc3pTpl1sj9NKv8f&#10;Ykoq/86RfeBGTWt9wowy7470S/cE9L0iqe4doUpH+v07laqKF5wJz4n7aNzEE7jFzy9j+SECfV59&#10;KpPEd3FLqxKvZ/nCCtZZ1YuXz7y7evah++C7f9NdfPxL5Mf3fbe7/pTYjZdC3GF8YWIFIRN+5IM4&#10;6BPszWcWisqh2XAk8FE3WMHk2fuRHnPmN0O4xQf777uvr5+6T17+rHO/+Z+52z/7LfIopN/TFGE0&#10;nN2EFwBgZW2CjbCIswHk/KP/M2IEQDkXYdaz5e0YLxpZdZJUmV77BbrLG/odAuwkPwEjcSuBasIO&#10;HPQODzU2n20+hlK/LEIrABZ+rfEJMDL0vN7jvhjOgsM6HVilbQGLztVZz/mVtorXdPLyA1jmNkKv&#10;k8OaYCZMaW9mMwBLBro3gyi9AKOtUqqE1CTozyQtqPuwREPMjALb2ENFNoGuXdN61BYq6lxkbV4S&#10;ZXvbe5AM2iYFCsv0mSm3wzBospk3Hj4hM2jEs3OIDo7eRSkNzm8jY07DI9gsdtLYt+MU9fsiXU1A&#10;GDkMj5IKxCDfGA1B+ZWxPyjp/y/INHOvcDwmXb1IbwkYPLzWKT1TLSGnKgoiztRZNdrPgJCCXjE5&#10;3Ataz3+yp1+gkcT94V6QcnlfzOSja8c3uUwj+HHprhGDR9owZjooBoksHzIjID6vi42LpvDGz31Q&#10;8+yU7jhqqAZ9Nhf7HJYir5OaFH6fYtYqUmEWOfvYXGkhDW5pqJuMPwHqSg3RghQVMWqFpgsVGwYq&#10;L0jUsw8W4RW1LyRUG2h8uiE3hdA2zQ1bsMRsR0A5BS9g5vLGkwWahPGM4ov/E/3eccpsSsB0cHQ0&#10;OAAbJk3uQXIIWMhQDf8VoU5WcyW1NjX/iJ282J48DsuGFQFTzCakFhyrVbf9kQF2hBiVcDIX5MGt&#10;lbd1sjB2ZVMAa6LLponOnRyuF9EpqEOHFo2urmItoKYoJEAeN0NLtjUuuJAFn7tulqzWJS1k+/kB&#10;l+by0Dn08MELGbefH92m5Bt7rD7bxKGh1qQ9EZt0PMQl+I4nBEPo6uAPi8gkg/jQ1wNW+xUUgDhJ&#10;SYKVdGuzFhDN70G9iSKuWAbq2qvuC6zZ9Jtsabcy2rPgeflOlo32gnpw8YnpZcJKdo+AWd6bVy42&#10;504aKFq5fte9HjrS6ijlSUgYak2AdP5STB9pkd5Qp3GX73PIw6xakxp8OtsjKwb0K4OJvCdmP59Q&#10;YlbVvCXLtsWGBGOKpkkjhbUwz8YzIQN7hsEVG7AadkUjw8JcW6800Rg94UDZdK3805I3BfQMrk7V&#10;2+jNAzbst55EOLGTUoEtXrixSZP3Mas/XGYDQt1A9DwIVySmqdHwwwlioAE8oy1K8cSqQDE0zDqt&#10;3bKKZXCNftZsw2miP1hf4UKWXSgTZ8PY8rUaCEwmUWbtWLAPG3wflPEAxiux68hZ3+uZnTF3/PSs&#10;hAtWUsuhnEzQIYX6hsaEsGS2YeUFvQwuy+dwJZnCHKaFWO5zAboBF96QZ43JsNneQk34Kzg+Fj9H&#10;35ultMnt0PjvGbkXLn+lJaqXv+MiZz2fgcmCBNCO183QMpS6SFMJ/AWlsJKEN/hoXzCmwWZKVT7L&#10;f7kxX1mw0bHQk2GNkY/d4hS7lxOqDWJ5bda1N8uzsM8ux6qxMUYhqQaMCYLxTCDjOKCAyEAhjzlQ&#10;yLnKPgLMWrKMXjQ+oT1QOpgaBdQaIWAJs7X+m3Ydpf/2odzbAQq7G/O/YVepHmxeTFgqKmQAkT6F&#10;UeWg9zEhVXoJiPJQILnokYBByo/MAN+9j1Ldt/QiD6HIaNPNEARsxOJR6Iuvasz/CimdsR7imM+n&#10;sOxSsALGUI8g/mm6f0a+FWWLUEDuR2781r/krl78pLv89NeI7fqCbPxHYrvFbIFhjGt3FNhGgyKT&#10;zwOGviV2U5ujAYdCxfi7EO95Bj2fPHtJ7/fCfQb/rnt7+V+7H/7BP3E3t5O89pFeA9JaO2CUROMU&#10;36M4otHFnudQWLsawhwHWJhy06QmDaoY5N9j0O+Gwy2Z2chYCi+cHakXCOy74Mt8H3tOScnFIiN3&#10;DbBWPPZNKIdJvi1MeuxuJ7Imp5SQixFUbPsSXIZuAbgqTj5s0mdLiBFAM+zDegBlfV8tuzAYnE0Y&#10;t0nNM7i826Kp6TgEyaU03prFDTXwAbUswbIRYMMj4fShBob51+beQWX2XaSabtGUWH4X9AwodGFH&#10;hmBK6BpE/iJFNQNpQhmPwBSHUHgcFhRKls96kcdG3z4GzyQag2WszGhj89GrC7khLyipV56PbiD2&#10;8eGAjiPdPHzDcpE5MLOPX4P676FpbgONQaRY1JXJNyD49GFGcE3WmkhwS8PHNyF79vHmfiQmmPyd&#10;2HYzuUBe0oYR6D1x6i7qNGiejprqGeQa7EhufCTJ6ERNCgOBPF0Lh0OUJYnHwaSmsME0SCb6PQic&#10;lZMa+XfELVCm+3Ml9bb2kJAO9jYVwzhf288eu4ysRghqGHmwYnlSfryR6Jqk37g+ajZqljOmA9eA&#10;Wy3uBpZDjJGFEaQh8+VgRbcEG9s+R9IXpw0DYdwOyjjh1fcYYhbgmg9iM/qr9o25LiSx4vHWDCRs&#10;PBfBdUII8IwZLSxMS7pAH2JfSwYn8BrDckF0/QLzXKYbrkl0G9+Chme3tr9iR8MLpmHEvzKbaVcl&#10;/p0rnXsYt9O9M+K9ymHMwBs+2h+zb1gelvdxzyx8TZ6r3bk3jWVbreDCm2vJXOg15ODW/XTdIjHY&#10;nQXVgjUebk7zvg4AVmGDRwcWdYZE5/pJZoN5xFxs87kKd7fO33xNFewrAv3mxVZQ4aPKKJKaRL5i&#10;PZKSPJOHLergB0LIz5fBSo+FJe5d9Ls55ekPyyrW+oSK9GqGxT1qMQ6f/xtrWXKtZ81yF7cKyuEi&#10;7GJtsaxaVvhtz9bMWDPpp1XaLTTE0nAibNM3PnKnxthDx1JYQTHwNaEWBsNMcB1mgm9STX1dHlTh&#10;1q03HnZ8FKGW2abvi2fW0WVZdwLkctizZTAE8xxQWwEA9jm65wZe2ePCtxJxWLm3OjJZ7KyjxJAI&#10;rknihtqjqWK3WeROPySovErX7UcQHj+4wrXSARqPKN+y24s/FCKspyYZG6UW4YJ2UbUuHhZons1+&#10;gG4ZGAAWkKP9joM5rq8lQRWGsv89jCl3pqkN9CiT0NhI4Zkhd1AFSv7YjEoMoha9vNk47V6GS+H2&#10;tgjfQjOwCN0WurCheiKQDrsUFKSRSzYVnMOyqF1YYfaH5b3XWgx0tTK9vcIwfYMo0OiLyTFXjBoR&#10;oET710R71vTMuTdPB3egv98R3+aNj8CS5BjP0W4prXLhBWnaqfUizPuXMsCCElsKKGM8+hbah+h7&#10;L+CQHtvsczcSI2f/jPz4Pnrpnn72y+7qs79JfycmH/lXjvxFD7YnhGYe9rk3TOuzF+wG0KGZb4Qn&#10;tjWAkJZ2o7yPg9Ce/pp7untGjNufcH/+m//I3bw5yPuYlEFdvPtLMMmgbOa0KLzp4WbskQzivx7p&#10;Me/oczkSs9eTpDoQyrcnsG8/qZqBA84k1lcHc6kPHFx1MKCrw1kqy4sOSdheAa8My5IEX87nMEM+&#10;m70m++ZjIA3IwoqJWH4oSy7CnMy7PF86+7sva4e9Ei3TPCo6MIbb7JdBdYM+55hivDMgZn0s1prQ&#10;VKDCBm/crZhUVO9so4GAvpd8T9KTJvM2wTfLf6E+YIJEYXO89E6K6wh8EchFgAojyofjfQywyNJl&#10;KMi3nwXsG3ch6vEhLgoBCrNOK4ZtOEgS5LIpy6aiI2ZO2vX0eAL+0Ovc03QrTPHfY9G/F+BMlD0+&#10;0vR29Hj3dzGsIdOJRR46FZ8mAYcmvjfcfo76j+NxjmnDebOPv4Oc+BdiM8LzBT/4vDEl9pjIfaPh&#10;HF0jFJBzDlFGhMKKHDRlUDc7phozM3AKeXVO5MIJiJosF2XRwpSD5KwItQnPQtdimjo7vqhOqfoL&#10;OtygnJjT8+5tGRwnAwsgp7tV7BiThFnAuyCMywiKujgRCVhTuhX4AiPhjXH3QePdQwUcpI3sHK/M&#10;c0MNzgUDi3zRFodawAGuekhneQ7aJGUs00cFKhDrtLXeYMECbABwQpkJp4u3HssLzpCFVCAM1kwk&#10;Y+i8DDGq98bTvmHQYW7iqVDL0989k413FoBy5vrBB4Fk2HcNx/VHghXpbhOfcSa5ogDpCTj2jXAQ&#10;ETfvn837ynyWZe2EDgTlzeGPRTzbSJYBeqyBtviD1QHn6tppz3rE8z9f3BJbNfdzMetoumOo5Lmu&#10;SZBfXk5sUtW3wPdUeD3Q2zHRXVgaQ+ersPnub9xIX/7NF+74+gtxoIZgr7V6uKRka5+S5UYdKQ9G&#10;IpwCWGIYB5/B4ts3T8oknON5rQUxMxGCIkOZyd4QRdfubbln5uS7FtnVc3raZnwx+AYz6x1CKu8D&#10;6IBcbVGLTSrxvNHC20n+vM6yW4BKg5kyeSPRNXLSDAbOZwJRflFXr4JYYJLC0STctiAgtj52Dei4&#10;+Citf157XHj1bIT6uIbm88x1hJUAKcgoCYvUIE/HRAEpAGO1lIYWDW4lwiWEzzVnOuKJExpPBFks&#10;vIRxG+iDjrFk8ir2jdkGwBJkWTTVGN2tsb/uT26uZ4TttiEsUSLbasOLnYrrtW/QeFv2UjN6nnbY&#10;gH9YLA9kXU8qhWfrnmNkzVZIUkqQd8ZPMDGomEhwQeEcFCroybYoJvGOprDtoO6A64FweAIQrDYh&#10;bG5YbPXK9UkFa2e9PbPgUfYgZ9femZCOsv/LGUCe6SMptByFQR3fvI32TT1iYw+4QwOYzPrfoVkv&#10;U/NOEosvNDaP1uNsNuu19f9sMeY5edM24B4W+b6VJeYth8GfCQXo4P18ZL/8D+kpCPC4Jxbf4YoT&#10;YEkmSky+N/R1ZEkvs+uUaTbnl6xe8i4y6NNeWNuAnR5dgsFS4p5jGM7KkBjoCfaUqnv54Yfu2Uc/&#10;7V7+xL/q4MXPk3T1yl1efkB/XEZyjWiSvbBdwU0lhO3UtADqugq3iAUdm5yBbbk4g4A2wovn33Jv&#10;d9fu6skn7nsffMd9+bv/0L39sz91P7ohLIAzAjD2a4xRjBm4BaMEdNkKLJkxpqcdDA9kFmYgxM+P&#10;vBnvhI02ku0ZPS7VVhSU7HYk60UireJlXEPetv2h4Qh5w4ZDw1DH8wT3FqwEk5Ru/c1TBgQgGh/6&#10;DlCNjbDNJApjlp41ZyNfs8ZvurAii88y2u2KMa09KA5VU8nTljeimuiXNVAMrh1iB+czzYNpLhDP&#10;yA7e8FHHk35M/eYczAcMlYeaN9MWNHHlhXnm1YcwhlwwXHsQVhw/zJ689hi04kUoN7146YwRMAuY&#10;kXzxp6PVymDagSb6TEK/J/8EodxyxA97+U231A/QV2Bg7KgFuWEZSuHHHj2DyF9B5Dw7ARbl34dd&#10;ZAAqrV0AyjDnBF4PvvKS4H/z+n7HMSYBj8Kyi46VQSVACY0PdEMdicUX9LGjNG3Ostyk2Qb7PAmx&#10;91A1XQlotX6LIUxN4aAnhbMhBaZJNKwTPDm3w77LMSzTeAtYmDYd6IdyOCxr3y+r6OrGX4xVy9Gf&#10;aPRBNsaQi56YnAS6FrFvTqR3MmgKr9CddcPHMzIJHpbw9UiP4NYLEWsGmU1hy9LT5PNgYQEs0v01&#10;0UYX5HfNkoLzmETYYefEQhQ6zw79nbub8IbG1wwNwNSXBZ6Fn3VTBcMjXRq3Ag/cN0CS66ddQ3u4&#10;baApNiimAvkfyFKFjlfemndjBf6jazzyoKRzn1GsxzPHsIsQV6geuGS3rjQOaSiArhP2UYeJLa//&#10;goKA2Vh/NagEThhGIbZWUP0udY1g0bJQcW1z81VXUWYCsIJcQqfTOSMXJOB5+6QmtaMytoUFT8NC&#10;uKez/s1XlKR+E4u2gBUIAq1Mkdnv0SVIrkN6dz6b5CmbPijDT6VboGy+WAVyvFfIAF83xbNlcpjr&#10;54vve2m2ZuPT55po9gY4WqUveahYfo/+f74TsxVqsOwhY4+qZxrMNcFGPvOAvt1AGtthPt4k8w2m&#10;fvbGq67FZjtBJmhk2jn4pMWhvDttcQaNyXmITL4kaQpYQL4qlRlOUXZP3Ha+I909LYKsfEjxgRZp&#10;2HhKRqcaI6tqWO+w4oWHlRYyeShhHdK0GvrlTmrUMYXzbF1IqL0HI8sXFu666bWk+hY7J4e1Zljd&#10;O7BHPNdHC0XXjWHprwsVjQzy6x737Nf3jAISLiWJd4E8I57JAEW3bRa7Ylx6xmfxoILykWDfg55S&#10;+9+QfNvZ6of8+hwFQuHdIdmJLaTgtUbWsECNJ6v3lnncqJWh3tIF850KGLfGqkVzf3tjm4/mtVW+&#10;uGe2KPK4vD9R0MZ0FYGgmTzv7tgHjr5u6XtHTvalFzzpIGdOabQJOEnhG0HTdW2Seyi1WJaIBpcf&#10;I59JSU6qdUjaV5wJMOSNfrwittqHF+7px3+LJLv/orv66PsEcn9G8tjBXT0lAJA882KYhRMcgJFH&#10;URqm+1Ytw+IZM58coJ6Lv/R+44rAxzm8IVkt0SJJqfgGf9V96/qnCaj8++7wO7/h3txP7p7kvAzE&#10;+YQDQep3jUetkZ0WtVsEB0MUK0SbKyVs8cd0IGxgItDvyADgU7InoyHm1T4GeMAhArzuUM5ubMA+&#10;y3AO7F+5a+bnK1u0FexgpQbQ9a3/IOQmr5Y2fsM6C01Npb6ZiSBUQuQM29om0w+Qe+gsBR9VSa4s&#10;weihyyrTCJSLDduuc94PUNJ42zcNNoSgQol90/AHTYrtGNzL94uomV90WO0XoPGNqN1/u9I+qA+1&#10;YMzJXQYsQ7SFoBUx6SQ8gTiF3unjDUSPN7G/H4FxIp3lwIwdy2aPwkSDoKy2WUwBYnEvQF0E52YB&#10;zY402bqnwwvEhFEmt3IQxh0xJI82fk7x4hvEdPPILDt+DJYDH98S6k0hIRTH48mrbaCqS3wHWKLL&#10;L3q4I2DumBmCl2zcuYvWi8cQI8KBAUUNgOCtYdiRvJg2kplYgbE28RHUJM4nznG3Z6afRIpPR5Em&#10;p+qPTcNBfWVi8vBegzO8Wm4M8t7FNFyAz5D9l/jK8JTAS/Jx4523OByjYB4Nm6b2UupvTkt2qTI4&#10;pzlD+hwcA67n9Rbk9QfEFXCiZur1pcMu+xyiTWmufidKmUOSZeNQqMxBGZRG05sNgEVzP8T/os9/&#10;UHkxrsro3Y9BQgDrLr9YT8tb77KF/HABnNXMI3uJKyi1Zw4OdZEHvSA2V0v/rV9gm5hVSdoANmSL&#10;jU+f9bXTfa9KC8eSarsKmDTFay917zzaUT3eT0ERCO9BDHtGyi6s/F5oYyZxTaaL/RklOtf3isCH&#10;iXug1/ljV5YKbfVs6DzJ6xZNKiEs2InWIw8bk+/ieQsp4bWRhdlglgT0wcob8sZLE84AJKExns9N&#10;W9f7HRuJ/IlGSe+lHsukllD1Wlqo/ZHQdcNNagwVu8sD2nDhFfAD3ENujhAL/xClVJ4rSzr/HUmp&#10;3O0bOfezU4Qvt3g29EaVR/roGczsGJQB25AZpEGHPfl8mKPjjVSmuSsDpYEb5rrNkII6lMKamULP&#10;chOMgbqVXzXhElk6i9gHcUIzwDXDM2g80cBYaYA/Ea5pQDr0p4GlPJzzHXnaUKSy4Bqg0y9ZgyU4&#10;AipPLfCuHoAabVtUS/QTirOkToFLy4LJvtiDSa7s+amZIJXMupvrpsam9lXLod1WbbCIsmnQWAyv&#10;jVgtSaQlPWW2XU80EQpLszoSfD3ER6wZ2pj9qw1ZIdn+GJ6wc+tOA3mfSF5zFRCPFUsGG7kV2PCO&#10;RZ6Yhn3MkBN6F5562EmYsf7m2Pglr+5VmI/5gOZzQgNKVtJjqAgS9a5e/IAX0gY7ocFeH7e0XirI&#10;SXodNVNF+i7qX8LlNfVal6xPU5O1kub7sOE0VOF2C21oZiU2NSxgAwK0rHk4g68Cm7nR715xQeWT&#10;m3sVVXdRKqNDPnOmoLL0gkNkAA9r8RQ2ZP+UFJrBOw1FSD6kaUsLxhMQ1nxS01o0hL10DrZDJ0Bc&#10;soGPKp/1ZdAAKp+EFNTA36PAjfkle/HRFwWJ3BLwdxgj4HfLct25ePEm31th33qV3oJhpmMBYlJe&#10;QDAkEC/+cpBVWOKupCBKUo0xDjGoQklSalm198S76xcvSa77s+7Jp3/d7T/6ZfLo+xat/QsC1S7o&#10;972QeWbx2y34CXvxoyGQFI7NA3zZAc7ihbS9EQATlQiDGA6yBp48/8Td0b16PfwH7uXh7zv3J79J&#10;ViWRZcbXh73+/BEjime8CoUZno7+RXAe5p+ZQ6xxGMk4Mq7gZwGp3tBnekcL4EgL88UUvftYhQjJ&#10;xWTGHLwlUlvNcJhTyMvelToLlxJzaD3/odq2jBEVmPmD+uJZDCqUMxMaNl66r+w+Dm2NCvVwLoHH&#10;AWtCcombQKV94AK0T4Cx6DRD2ZNGD2WGhYhVcu7ihDT+aV7CF0KknBqqvqSGWiMJdBWLBcxEDFr9&#10;Qy8hrMkbBXPIpw09GlJrYEVmFfHCIP87jBHuzJw7UPFNkFdkqJGskhltkpiV4poJIBpo02TPvsB+&#10;d5PKTblgI5BvmllCe4hT9GlS00eMCSuTvm8GAYcxotTiP0HyW0q7YdDu/nCUFF4QE0ralOh7cH+M&#10;LL05bgwCeIlk9kDv6ygA5Ej/PRKdNibpMgtvEt+/ZMwtYSD82Y0X0StP0/k4yffSc1z4UdJg+c+0&#10;Ivn1+zn68sQp7iQ3kjAPWa9Pj4VkLj4QAIkCgGKpJvk1MuvRF1Ne0Mo0yYgGBaXYsHPAlBwcmX5z&#10;Y8zeprFW4QONnx+sRpc1gyv6bHkDdQ7XhYPJewJaiwlspsZQO9q2wE6i+baMQXtvMfsjjc9APy80&#10;81TdGRIkLilPup74fwMnlvG9pq+1gAX4oDTed/XtW5oGN34srg/a4AkKdR4eOAOGWU4m9r0BsQqC&#10;W5FbY93VJq8NkyOnfgrteLGVbKxxSm3VhFXXs7SA8SWjvDqzQzeVEg1rErZEsIhdxzX7fTBFAj7U&#10;3wxXdNkPlfRWlWXL1i4g9yIEGy2zrlhI2Fj7s0JJNr9v3d/7KabYyB8Saw/ByEEQl0Efia/VPL6F&#10;M0uT0aboQlUoyQgHeoo5TZjV+2LC06KFqjdCbG3X3dKhvB88grh+r/dTl8H4eS1fQ34dYBmeuN0G&#10;NUgONKAnuNorFKuu5+EOlrlH4AANZt3ReYvE7g83r4la8IrO9jlWnVWTnxI/tVgcol+fdFOSQjno&#10;OggRROThGZ/JHLHKQ0P1x4XsWt4Y7IcNIiMuiPPZLqLtURm3TICRsQcsk2dwp+0AoJlh+FUDQQVO&#10;kgn8mXvSsGTrVZKxoA2hT+wtXXbB1V55uOQAy88PHd+olI3iVLqYbCuSXYsp+vP7HNrQDsh7B3Yk&#10;wRWzJpXeBsR1uFTwpyYmpK3VL+cnuNUnGoICqHw7+xp6Y5IPdUAaQDrLatlRG7heDSeMx1E1a0OD&#10;RkJHWTk0Di9g+wLTYEEbLr404QA7p/ANGFR5OGIH89LkamjyjaD4+GFq2LJ9kJUndlLPOh5SGejy&#10;2Dy+2e2VVSi17KCpoSthYKUmBROuVKR10LL48MwkN2zkvm2/Z5Ms7cIgpRFePnNI6Z8DBXQA9UlO&#10;k3grNuLZYFg9fEIXNrN867P54eDcehrvQ5N2z7dvRGciRvmeoz6H03gHYvaF26+EaTdr0FDsSYyv&#10;tBnieCh4LoRmQJPOgKkDDoXGYqBdO8ajNPTCdvwZ1gsQ2UghmbwxUHPQffeCmXzU2z6nPpKAPZbs&#10;3hDQ9/aS+umL6LvPYBETwPg68HKa0xmXgOigIJWu15DlpktcOIImhSA0qIVWuq4MILLv35AAUe2J&#10;R2q8n70kgO/bv+aefforlLL7PbLqek7Jus+JfXUh7ymycCOfLaSAPrCgUujUyaFqR7fUMG4r9GXF&#10;diW7BKPXWnJkzI/uTcJCBiIhXTxzV1f/sXvyB/+7++qf/Y/uyz/7I8cXfE8X4J6AvmkOi/0gz71a&#10;9qfd9zGFhmBcvwx80jdeD/EaHZ5EnEISe2mWun/D4CJI2rSwNCcNOYQmqKoZ0ORwjSRbn5vKtp41&#10;KHsUCgs/AeiDM2nmptiZe7NvUA9k24PBMsMAlluPb3gRoKEzGTMJdfuJJok4n+lKxR3rEdNZRnmZ&#10;XSARDAw6zY2sDd2mXGxpZrqRgAc2giO0hjkd89AULAI5NSemDXnx5QtaKIuEcigMMmEoJr+6AKXY&#10;40WvkWWQHE9VumPNY5gBmL1q1EyFwzEGeT2D3Mp8o6boa5G3MtjIi5qe63j7NkLg9L376Y6AOqKy&#10;0iY+U5Hvj+SDd6npivSYzLDbEe1dvPe0KmM57zgc1S8wgrCz7lAMzDK4F8EkEGowp/ByIyGsgcCu&#10;ANFTMKinnOfgkVSosDwJouQ4jcEBl4ytWsKgEmH2JEyhHhV/ykZ8oYOViVgbeoAnmjIParkz+G0Z&#10;a9NoutajazENho6rbYnCthVhbvh1DaFbAgWJ8o0V17dJ2cxyc5VXb3hkwXtj7blFQjH20kcekewb&#10;Vvz/8vVtC8RKn4sdjdC5pj9rhxsWoM+t2RGcAkx8WTVwhr4J0a3nj63LTx/8+dqDtLkn32Gw/KgQ&#10;hO57aoIwEOt1DO5MiQzio8tpROwaGYP5rGxCvd3fEJv0V2xDRwxwCMGkpzXWVnk7GnQl+lyBwEK/&#10;BO/WKVg606JAL4Ul4kOeCvpmQKec/HDbDbVEkwW3jEPu5Ly49ys/P4tVomtDfG15WCZgH7Hnb1+J&#10;rEo85bbukwR6iOuzr01YUQMykv/RjFESrLXHUMrySqeFod0/XZ8xHCBZDJfmbk69u/r3zWub9tl2&#10;+A/aW1o+FvT87059JBb49A0GYbygpLkbobADhgLcrnn2Yehsp1vyNVsWz53JgV8a19vQD5ug236U&#10;kI3DtTfeQRkyqOQnTM3MHsz6gDXP7OZIDT0rk0Yr7ON6qj4v66EU+gFpGZAMyesXquAUZ4hLpdGC&#10;mokFp8+rBEguUnhX7MTdys9gDwuCFXwoeX4pspLl2q2yoA0ZW6Sh4hKDShjgWAsi2PPbezjBdC0m&#10;M9ip4Ws1bMPiPvdet4njjWe6M3J19uvjcA5HzD6/36sUChYhRl1KPp63scDikMAza1d8t83s/eyM&#10;6y8wei7FBHbeBO5e05nzJu7nWBI/vYAMuEjOXgQStQIZfQo00tuFc43ZS/PvJEHVUJjK4Ou90522&#10;4S/ASVC7KVLLAYN7F9QrE/j05gNifO0I9Lvy7vXl4O5Bk4l9ZMfNCnpDTg2Gxl8VojetN36qZsgk&#10;QF/ALEfNtaLxmUNlo+3GUZhoHJp5SSDks0++7z745FfcNX2NH/6c2GexXH24vBCpuqjimOgjCd6T&#10;kZEGY5X1PhTgj//lEOoaiPGT8YKIRhRt7D9+4Z7u/5a7+PAH7tr/J+7NDz93X96qZ+eMDho/3llV&#10;bBxq6b0Z6UPcH4WJ1gyRZcapmISo5Oh8+5weh0TF7ikBgLtJ07plaMQBNXGPZUBwnjuDria706W6&#10;Z2y0fmHZq3Xv8sSWVcmthzWnEsMzrxphzCAczmWohlgPImufzsKWlKGNr4OioCJNLev4sZ8uWSZi&#10;Xaqh8S7LXm7y83P9Q7ju9+VNshUuUs2hbuI0GVX8Ac5Z1NayLYEVOdnM+KehlSer5FTYU6DJuYNs&#10;CAJ+CbA5xp/VJF/5Wd31clgGS3wlnGKSXRLRxwAN2YAospqYgyyh3RFzkMG+icxVOQV3ILAvqncm&#10;2Z2OxKpjRheDcmQlSMwumtyAF/DvgtD1S5qG8bSfH+/29oYejxJ/j0d5Dp4+DCL7dQIGSsKO6uoZ&#10;xJuENXCMG6lzKhuaK8YMKv+fGwsvkdpHYehyuElI4B1GMGpkCZKHUryga7zlpBLRTdUYjRpPRexB&#10;21izT04xlQHLjE6CQ0JC3iPQWmVv2IoqSxuwDBkQN+nPraF8npSC1eovG210BdxchTihTiyTxkTX&#10;5UOb/rMb1xZobAG/FWAFN7xzOjmiC/bPMpGz81iok/SGbdyGSyKcV2DVEiRc/fdzfbSteFc2XYTO&#10;+kwMw/Zi4XmoKdQTxx/34f9NevlB22X0UCGAx1jBnvHWrXwb8lACmuYAFynwxaMEGt84dCZAo0lq&#10;XtoXgAnm8brfDZvJynCykYCeMV4nza+/ktE2SWf6d8KJ2BXstmD6TGjeF2zfGzWujw+NuHyvrGdM&#10;sloepJH9hWcp1R0ZpN9+6WZOsg8NWbSqeSLAFGVKXlj7kFh9mO6ROc78JV53MiZ6EdyDlNLrCvXO&#10;V16THc8ta6URyq4sIFAwupWwsbL8e9oI/MoeHIqUc+E9t8IIySy40Om30+8r04rZlGkIh2lQ403Y&#10;xQmfuXgeF1Zv1Swbw3uwQNlwwkZsWJ59lqnY5BLVDBmu86YlUFoN1fV1+Aa4w7nv32ebNW7g/bh0&#10;XankxMPGljR0aFXQrAMoTHdo7ZeHtjQ04zlc4eQCVr+DZrqSWE52H7SeUwuGBXSKGViZPVpWxpDS&#10;thuYD1r5KxYQMzGZw1Li234lqSEk8MJDR/uOjbtKWbMYOvar1pfaN9LpVeSzM8GxgURJy+nR6EtB&#10;QgiAmH0zqZaYrMAftPRdTIR48GBy+QFAQ2JB++LAv/NgHE8aRuL7YfYtnjfdmJGC67m/ZKCPvnwa&#10;ZEDycFSGXtrXhwLgQy/7BGICt2ZCSsgvXCiI542VQPt46bIOyxYOzx3W2Fw7DQthPz5HQc1IX5MA&#10;fCTXHSOT7zWTY0b24wtCmOH9eMbSXVk7NcvVCOoz6X3pQb1KQe3xGfQ8BQMWzgrQeN0nmE07EAD5&#10;5MOn7urFx+7pJ5Rg+9m/Qv58n7jxyXMCyJ4RMWcQOyyxGvNBflfsnJTJlz7PYoMGD1XnfiPlvm03&#10;OZyTcYArAlYPN8+dv6Z799ML9zL8h264+kfu1R/+vptu7t3OyL2zu0hL4jDVcQT6bFJt/LvX2TOD&#10;hwf+XHld0uW755AVWo+OvBn3rPonRuGlYkM+9UbDMten8iluAGq7zQo7WsNUjTtK9HWs9j8wjOVE&#10;lYVOgjkaew+lkaa9KBTGY7t9qUubs+Hp8nOMOzUMeAtnQEpJ9oa9jRXY12fPQOOHBbj0G0HrLdEc&#10;Bme2JN0VhgsAEoyZP9RsKUMSSyBLej1eQyL4TXPiLevg10KEMTVtIbvGqfQy+kyFMEogNfopVzkM&#10;qnlPLDsys+RAb1mcx6PIbPl/E4FqzNATlQ49NwdhvHn9Sl7XWwb96MQ9UsNwQbsqYAQY95xEs9vJ&#10;6377lpJ174giSz5AvDbYU298Eo1+RvLhe/v2awL8SOY7XtFzBQEQ92OcIBwPt+7V118SEHhJQOB9&#10;ZBLqtDFE3mtkHjLIyQxGuW5DBDklGCQuj8urK3d3OwnQh3IzxPQ/XpAjPc9Mr5XFueKLqDftrHJu&#10;kRvL656EAYFqMg5SPcKSuYX1zRTJiafHHL4SZSawb1o1cs6HdfJDgsIu2gJ9sEqJTd3nsBwBG7Ye&#10;GFlfXJsxyTjtgkt2X/Txk4RFnoQMPqYjLiaHRcaLnQPgXSW7SSqDTXru8AiIqQ102yqaSmEZSqBH&#10;5TXXuKVgEm3AWYciWl+9HiyZmMnnMBqNR9spiUkOKenwHOP7xFXyxIrhWb0RVxFqOuDwYOSm72na&#10;3CThPib0BZNnZQ4q8iWVytxbuADIlnrwWjJ2bpOAHcIYLkbMOYyjusZ+oZe0YF9hklivPt/4i0Ll&#10;dZR+Hgwwjg42YMwTn+Uii8U2tnNH9tH49J3NlsXan+lERQ9uK7wDl/E53bTi3r38zYDSdo9q1zmf&#10;ccLw52aLzmBHQB+8/co5SuFlAHDi81w993rWArzkg0/Oy5Hdl31qMcRhlYCJ9Dz05acI6skAUlj5&#10;QfdILJ4+fEbP2DgKYF01hsLcGFkuNWEuLnukppPHyAPuf7SAWPsPvgWAFCzwru8T20vFtRLRxBLj&#10;mmUqwQF+FwtitInNxiaGwUC20ZgPzbm0q20+YVjY1DrUj1Iw2cEA4vMG2Gm2FUjeiKH+yMDKigxQ&#10;wyXarFiw13yDgMkTrRbAgKuDoRBd3//WSoVVXd51X6heX7w/QtNAeVje7uhq5h5A3x4uGIZSGfpB&#10;zfqGdUXnqiLT6qfQJPhaP+IVEA975/KKvRs0AGV3toL22sLSADENsbEO5EhSxzbtEQY4oSyFzALJ&#10;jBtf+1hloMy7pZIqQJdc0ZZSbS2Ds5GYhSiBHy6IzXdNMl6S8HqS8OI4ZruK2qcRHpbC0nlxmJVh&#10;oVGyPV4Bcz7T/T2eTuDqhHbu+SgQEsg6Yr67d2MoCajhaECFsQbO0Zr62c9pqlllw9iUA01JAgp4&#10;oGE4OdMW5dmUf8Axwc9JhE/3hLa1l+DuWaJLe/KbS6R0WLLjogc90PqapMfGSAISlhbZXB1LXX1Q&#10;y4zLsfT0fKZK9oWo1xpVjuk84sPFRPpB63ZhpfHfXTwf9i+uid127T767Ffd0+/96/SaX7odJeqO&#10;V8+ld94zCYb5adFfzA0p7ljzDNCtqeMKM/akuAAffASfN4fzhuCB8Xrxa+c/LolNGa4+dJ6CdQ70&#10;Hj/66Becf/m/us//6X/hbl8fBHidplBY5kN5byHE+3DwkGsW384nDauUrcXYyoztAKcxXqcjfZ53&#10;tDae0Xn3nBJoB/IOHHkN3CO7s9X7VjNUQgOwoU2aTqFZ6gHoteYIuResVanyc958BqGxIeoCYCaD&#10;AJuBG9R1TGZtY5MVGExwaALfkyQ5hcPMUIaWJl17zNURGrNNA/mXgRhUbCPbBDHiGz3JplikMg+O&#10;I5w5/CABEpnCWIC4YCdJHbZQ8ZhIybflxsiJtjoRkwjyYcwcYt50pJDFWGkNPKYaaYXMN/L6iAgq&#10;Nx9K6MFRkHcv3yeqKttE8jST/8/oc7jIjt7nGxGwH6MnHn1vzz+rqbnz+ILAu6Ow5mbS3e7ose+o&#10;CfBkHOPp7+hZCkwgHoFQb2lj3nHhRWm5e5LkiuEn/fwV0dnH3ROK4Cbwbma6KjcLrwmovJK3en/H&#10;QOEuNgr074P4AxJbj5iAvKkIjXaHYlYz0HVhf78bAgQH9vyhFXTHUuaZgkEIsOTNiP30eIITJmb8&#10;TXItmam342Ux8udIvn/EGkT/Qg6Vcf+UGAxfxIkSeQ/IpkXX+56ed8emmjJdGSV4hCXLfIjz1Gmk&#10;axJ4BcOs45WgkutBsbG4ACPiHjJ9PH5+zZ3hNW1ZV7x8PsmoWJtPYVOqt0o8eAY1N8fsZxEPvZCn&#10;ZQiR5Qho0tCgFM8lidiY5IAtIlJ1z/fCnr7iiH+kUJMDMyT1vmL25egLvx2V0YIhThQSw5ABS86G&#10;Hnltqa+RJJi5mPAb96FQpOuaDgkrXg1gwm16YGDoNHDeAlmQ7ltNCTqZyGdH6lGGtuYbVnsPFvke&#10;VKMXMDjwssIG1zh5Zy+oUtzLoW1oyrgoiEEN6EMVdFBvTOX6DW0Xhx1iczZygsbQGWu2lUoWEhMV&#10;G2MO7IViQGtKXbN6MOBykIL90JTHgsO1p2HzmeDS4Asq9krRRYBlHmBt/bHwQ7Spxst85Y7Mt2an&#10;Vj4e6RTCIrXHBB/j0i0uS70Bm0CW1tCsLtgAOjEv1T2pk95tOpsJxmiUOfq7E65bHPTc1WP/4LOh&#10;GeSAK6jukmoPzMMGdxZz0KfizVgxQCVqgwWtDG2SFrrsZ7q0RMGiQm48FaGhw0BOlQd5z3CimUuW&#10;DPZzSsl4I1tdkIcvs+/ZqmK4ozOOUnjDzZdSDO4Ri3NU2rNCVBcMYwp2GWQwB2O0RLGfPyslxFNZ&#10;ayBUJgdK8EfQ+8XrPabnhlhHQLyfBk1LTIJwjMESbi7DaPEKDs2eNRe/vqAMu7SFwUYG5jJUA7o4&#10;S2SxQQbAZOINRuo6Nqxufu6deaxQP7v4C3KjqWAcg3T+IoJ1MlM7xjUx7GHhB5wZcKFmFM/HyGzy&#10;vk6NxVCCDdAETPFcMUlNw9QZdo112ZCkwkneGWZXy4d9bWovklB+Dx6L0B0jCwe0MQgN+IS+Gai4&#10;2u9a3v/YAXd9uRUxse61iw9WpjsZ8EDNxMfBqdcW9KnyTS5Vxe5UcNd6yFXhHr74OaK1YxnK0eyH&#10;LuXeXBfzPFNSDZWGrSKWd7J6wPVZdr0484A1iyVeW6ikXLH98ovzV8buvgy/Bus/ml6zKopiKQkq&#10;vbMD42hBJH5RWIYlsZH3kcVSTQAsQAmVdlM+hTneE2Clts38q7aqgFKOjPHx+D0FlekN1I/N1y8J&#10;9LvgPAbpGScOJOQHm5Uu6lWr3vob9jyiF3VI8UYsvvRDx2YGGvl28XFdY5dXCPwiIvYdJ6lmolCC&#10;Z4Ls+az8OtyHeH0mtqU6yibg394I4CFn8hwHDQnM8KOCEHpPJ4m/Padxxfog+Zv5sfHKtp7S4NST&#10;zMi3GZyZNAl1MrYDyjLM1gTIgQox5HOin0XSaQaS7IY9SsLuG2L03VPLfUN+fHdjBKgFAMK4F0hf&#10;zko4BkGOs5BXZu11siefvuhJ2X+lLov3whyK95oApSw3pfdyN6mnu2dfvki4GMfZXTwd3PVHH7sX&#10;P/333NXLf8HBB991F9dP3J5Sa5nEImDRkOS4OzM0S2tqXo4rsV8ztvU1bM2yH8n2K76YpXdIzDaX&#10;W6K4AGJLO0ovx2Sj4cOPKAzlyj39mb9L7+qNe/I7/9B9/irKqOkjE0bgpFZUfM+POtk5TiiA32Ct&#10;FULxmkbtMacE3qKIJ+R8uYUSPIS8Jmh9XNE9Md7TE76l13UfYnjKRfwhvi9Y7TgbQC24Apg5UzJm&#10;nV5iv/K+Opk6BUFqtwBN4BSYesZ4PMZWFrMdRWamQxOUY9QUoNcK/DKjTuAB76p0ddkndPATMOEg&#10;XoZ0QS1gqrLqochwFZxQFRPtCdskZMK7+T0tsIQVuRfkTRxyMu8sQNecAQwJsxiUyZZwQ/4eT9i9&#10;xv/kWLMIqOwInAN/TTf9Xi/qHE0TOciCol9YGsNS2R2Bdnv6GaQrHohqOt/v1PePJgIcsU0A3wUn&#10;8NABd4u0URP4GMbI7EvhGy4BNMyQU+NaZtzFJGCQje2CpmMjAYn8vjiN98iNB//+IDm87ope025g&#10;VgAIGHp094LG80JiQE7ACr5xSeq7pzvpSBsm/77IjIXJGIGy/RBBqnnSoi8U2S9k9mR954BtbUNh&#10;ocHaBA7K4VYeFw0jzsgh8d1XUPZDq9hl2EkwSsAWroyQu66jBQbwvm4cm5/vXw+sA23MRAAANwSL&#10;P46M3hOHThWaCo8aP63LJHrAWi9IIF0nbCTIZ1DkcdukGeC9bGGrH131vvGfD+ntN/Nm8ZEDdjhP&#10;q4B4Ip6iucOxYZycKUp1C51AX7zeBfrwDGYkwP+/PtoNST+ctVtBv1s3Nx7iaf029p4HsNkf/KPf&#10;3sTsPWb3SdgVy3hp4HZP9hv3xzrUIhV1qfk3DTUkDUca2BhmONRyhepcWYjgccVuGc+TTlUdXnh/&#10;iv/KLSPJXnC9V3brwce5OYQ26ddbtiX9dR/N3TmJL6iZdk7KW9m8i+l8qS2S+KBofBTcCiZltPHe&#10;3KyXgwmlkORlrPEJ77pB1ImhFyVoULPqhsbrpzMUsL5wi6Crx3giQLlmAPXRi12fj5Uy6WS5gn3z&#10;8rVNBB72PjIwaBs3bxJ739U3ayvYO2FR2vC6PHBRYH+OvYjpg+uhny+/HzkP0AywwLAisbIQ6F4Q&#10;gOVgqf28PCxSmetwEVgk2/bSmjPQTj2Sl7AC+lN8z4YyzvmGzjx4zCEGKx5e31RpZurawsyN+sSJ&#10;iSNE1PBsxkQbCoMpFwT04fE1AVLRo29EA9YkuwEsjOMwGdZvxwrp1HGegw9CunVwWQtBAd+xYUdj&#10;UmL5COjM1yghELxv39OLvyF/+sO1p4RdItfsmdXnBFzBFI6R+6BI+uHEXQG9rVkclKAFrJiJoD59&#10;kNN2U1gig4HzHKcrIxFXBnp+1GHYJQVuXH0wuKff+WV3RUy264/pz5c/oH18R2y+SwI199K7A3ir&#10;efnmq2joJMy/B3OfLUWUy6pJGjrS57W73ruLy0/dxfx33evrj9382//Yff7nv03KRSCJbZQth7kM&#10;e6eQEnrRhcaIFmywmg4yrBQbVMF1YGUkr6V9ZA4iDQMvr+he4L8T08/fgYDMqBZQAdwZxaHZenw5&#10;G8ZLKIBd6hMGO/nRBxuwxuuNtyWYcLP4WIlMFJUE2a8WNmqoUe8369VnU4Kr2ObyfDwoTfOWsxYm&#10;NAmOUYY5F6Py5oldnoi3MpszZVZoUVDIybOIaOLufXMMQtbXQ65EfE5IFWkqDgq6xAk5GxJwqEWU&#10;DBA6zEy5HTPTIniFKncVjz4G+zhZd47gHgiLceZIY2Hn8c8ChWvsCMzb06q74EOMHku05m9ZQhzl&#10;vRdk1HnFP8PMP+R/8wJnJ8AspvmmzSpO8RiUZKh2t99JYAYz1wYfTT4ZCBz5i37+SIJ2z5N/nVI8&#10;udyLnwtM0SPjHgkYHCMzkB9rwEE8BAWAlAnyQa6TMPOOMVKJX8OOKmckKTDiTosIjNcHglw/hEiL&#10;xuRwmYKF5BqCUs7nfDOnohuNdK/c8ypnkuQZr/TfUGlSivfdw7c1K0/3PjVakfEFi5RKyFr4pT59&#10;o3VVX6WACXCOwShBPRBLgq2x4TcSjVCBXkFMSFOiYCVlMTvEjwsT6Kb8dVzKoQL8tgGXnLJtPbwa&#10;ELZNscWK8VZyznNBqxXJedbSWDfLid1UMYTK6wPEBwNxiGEdXECsaPxne94hvhdQsAZW4R0MQLBr&#10;dl0BWtD4WphJ3skGKbEFcNlM4cJEsqMh63oONYEh5rOAVrrfog/gqlTgmmlgA6bKWYZbkiDEb/xG&#10;7qfl4maoVn0/nlr7uPndrZrDvn2A5WBnOSvERVZX8fDHKu24vG6jU2xYe9uJdTqAU5bMxGcasSsk&#10;6IpAvvnNlw7ffEHeSffaUKCcfbmoNeyhKLnwQn1AttEAE9CR7CXEeDo+h2g1MRTbCVcMatGZhq7x&#10;KN7MSsP1cIaABmCzfFVsSExwGk0vRBiTIOeMCfU5e5f6fSVLh5xjMyQ7DIzyFVMEB/PmpUk8YgT+&#10;/IqvnG7P2TA7yb/sbC3UIRRgLcCgFz5XzwJkuY3Jv6eW2Xa94ZLUCIzPkKsTB8E3IfINAIpYs+Cc&#10;6+fcreHtucryNZke2sYQl04T6DrgGXSrstXjJyc1p0RiWJ3QNYPGEzZCQy1Hzjw8KKwWPCUTbvYH&#10;6HiTWp9d6CEsTfJ6RHixxKq7aB6FRhuNydeqssKoKaslCMTEkEF9Hlr5etXQW4uJtE36jc0Em0F5&#10;a1KbwHmMzbrs7Szh5a8xAn6JNZhrYPwGhp3wcD/fVfuUb3JaZoaAouKZg/zJfvApCGq4uXUjKbem&#10;268dvPnLSIkicIx99lj3KECJAnx+KATJoRPes8386oCCjYejnEpgQpCc2swOJrcTNc2WP3vyuXNX&#10;kXV4vA4E6pFlFb32GwImbjhNl73ZCMyZfKSBjkJ4gWoAcjyWAI2U4LqD2Kejnjde1+Wc/N+N9DL5&#10;nGbrAfB6j8zKhApu93x0V5/+BIVt/DKl6v4SSVd/mlh8T0mq+4SwAJWdsz8+2iEivENZjsbWZ7lo&#10;e7yJdy8XcVmcYSc0xdVyVrYdg+EJfZbHuMg+/il39eQT9+2XP+OufvO/dD/6Z/+Pe/3qKEo0/n0m&#10;2N8dQjxCJeEWRD2V1rn3ZeNGLTTQDEojsxLyPI5xlTtm3hGF8J5wiaeE5eAzwnVuKZ36R1SDvaJe&#10;+z4CfcEaOHb8ZO35KYTi1INb311TNgZjH5VZwbASGGZPgwR8zuVMRzMINZSm/N9oAzuU2Yed3iGp&#10;ALIlip4fOIBh9p29WpYQcmyIoAR1JAmOawVV55t+n7aLwnIoODCMqZLGmzm5yeUZ1PsMQWEDTcYN&#10;dowdogQ4+foZOSFfPQaGvD7HkF0VNWGGJbSyWcS/e52+CaV3jCPhuMEkdh8x7uhHDpMadTKjbxxL&#10;sAOk4hjzhJOv5zD4LKHm1+knlRwqKCaTDJXEpQ0IPBQPLygMPHmfutP5FErC5rgqb3WupP+JVERO&#10;iJ3WG6hS2rlTBWEVKwfqT8cHlnx83BwN+jmEHJdULHSxSGLb5jj57CHawgkf7DoKzcHkO7ycCqLe&#10;ZHNBtQ6L9x/qJD5+9iF5PKVbOXstQU1SsybqTj+L9Dn4JM+ADRs5eGfz+YfwquA9DTmh9Q0z1yYz&#10;OjAY6M/XIT7q8WcSWKJPZNP94MZ+By0bDKEGNx+Y/FvLUDtrtZtsgpUf4ClwDt7BlxcRzxz1vVsA&#10;iPXoq+oKbDxucP3zWdQhBqiprjFCB3jHFbKTeqqhGSMYOXSRXtgNIJwwCO9z+XLSWuM3+7495k6T&#10;AvsBHXCS5ZYk9+HBDFfsSbjb9VH5Vy4l6XV4F/aJFtmHy3hLdjBfeAcidJ46Jyk/qwWI1efINylQ&#10;Ei/79aXQB8DaEhmtN1DSUSbExr4YZmbM0e4C5xTMEWr5dKVzb5Inz2DMVrdFwSAz0JdBsrCOu8MD&#10;wjhS8FUNtsHZ53Zh3xWLAhgal6wMjmCevmfPV+9WGenZ7qACxLBsTwoCpls2mWULYDdhDaJ1biNQ&#10;ZgMMnawh6FNf0Up7fO1zmB7PNtPLlGfXSVns7A/QDztdTYRsyGG13cIyTAldhzmx1QiDCSGCZgjh&#10;e3LH9eW0dRtgl4WHyyRDOHkSmb1mRTuALdMV8l7QI4Rz3ejT+cODaOfrgHdfbF0K84Wq8SmUylVl&#10;ig5gESy3WHCwbIYX6go4RdFOfcayYZX9DLQqVpAysDXRxbWbh50QDKLPpH9kFOm5EgF/xnmIC8UY&#10;/JgCz+wjTscpSq45+HGOdhFvaJB0oHNmev2Vm74gu4ibo/vo6z9zFwT67djXlXvMubBFnR4xEfCL&#10;n0+yHFjsBY/tAqCkTlfvQY+tkJhQ+hUI6AtPCOSjr0Dt5M0Qgb5X9PrY+f4257mQFYb02oV0bdex&#10;SHAJQTrqP+zGyJYGgIr4FLIXE2jSK9bYtJJqZvHPJ1CEPKyefjS4F59R2uy3ftXtv/2vueHZJ2K3&#10;sbu+JgWcj3L0QEQZOlT2OoWKgQ4+e3Ijvktmfe3bh7gFBr5PJQac3acQrCwA6cCgJ13Tw6UXMhSG&#10;n3QvfuHfd/sPP3G7//e/cT/884N+dpEQxLLroDZF8jl7xR8MOJaDMsGmJ0dG/KC1l9d1cCSjyjs5&#10;C4kINZB9Gv3v8imBjCQB3vMeOJXgPYR1iwcbNGXP/RDKfpBT4YNbWEAtfFs7Pq+JbZpYgJGVDx2C&#10;NaidThl+YN5eN9aTZfVlZm9YSePd0rZhK6lppFhVUhZ2TgZ4pxSi/incqWzTZCv/TvS24OTbgSbk&#10;zMSDHPXm5KBhv4igia2ZJmmZjDopiCy6QWSukiAVrVDjQSZMv5DNPxODTei9ZCizo80iBnfED2BO&#10;MWeG/c6sPSnu3c4Ami6DSCldJbLEIliJ7BmonwW/Pp5wi9m3JrKgS4k3xqGjjSjKSSvQ+NOVtEjU&#10;m9Up24yBSzfAepOpq1uYk/nQxML+sywLgExvrRh/UlCHqpCv85sfa7Sr09E2hGaD0VJL11c4wK5+&#10;nNSAoktNaJ3umR2roBc9oc/ZnsomSKRYtsE3qCs4xfhdf+4qyRsf+xzYmAGggQU7Ka1qrATODgFw&#10;6dO3Bteg8Xo01i9BTc+/OQWHCaV55GeK7p28p79xRhkAtjTxh9fQPTbQA0GnNqzWvpwk48bViX4T&#10;mWk99yoY0cg218Jjep3vj4Hd159XnIh6hndLvgXXZwVsQ5BoOcKruDi6DQBljdm9kg69lSyBBvT1&#10;fP7SGeiprgAC++a7W6Lp30qgRph9nVZsJUapOPRR54SJ0QfQZHurxxA2X85Kg11mpsMKgAfvWP+/&#10;k0rI9xBfE7hwLt49u4WvUC8QAdUL0O8hP3bIYUWxlPCnjM6Hks9kE0thaEvfcvL5BJD5lXUc6sCG&#10;tE+nmXEIZviIhW1iz/gsoknA32xmEH49KLWS9oalTPgUfNKyFaHxmQKoc2CgBQ0XMxDcfnLoIcq4&#10;DTZ1dca4uY1iKIyM7jZ8KoxhBdXDyrJoQxVRXStYSCXBl+Fi6g9yGRPK6wuZAEG9ya7UqGgvPuDS&#10;PqOqqVbYk2j3o+hvVrwuIcvabC6Yq5yJ6wilTNTmPeuC9JrsV8590TjG+NfHCw9/DH4U8F7Avm2L&#10;GjR7I0gIFPu037z5EXmvv3Jf/Plvuc9/+Lvu5qs/dh+QhvHDi5duvyN25KcfE3PktRu/DGwpL6zP&#10;7CE2qnfrbCSI9vP35i8BHucmAmBJ6Yk3Uy4ZC9NIYokv2GONAhbIl+8tSXWPtMbf0C++pnV1p4Ea&#10;DO7Jr85x7U8mNM8vZ8NlwIdmIGm8GBlXmaF40c2mnRr5ufhBqY+9pqRZ9uO7+Og77sX3/w0K3/hF&#10;Stl9KYnR4/5K1HyyNzMwKPJ7ko36GB6Rnkt8MwHN2Y/vQ8/dGazi+wX8GhU2njHJ5WDSY4jpUCDZ&#10;BUrQef6U1JE/cE+v6E//hKzF/oH78qs7YmJGn8XsR5doQeLfmYYatXWWN4Mlr8BbBMtihgN/rpfs&#10;XQoHYoO+oh9jizWSuxNTdHcZJdVXJJ+k6IGSLr7hKwPGMgNXmPMppbdvW7U2FMNybxh76nSet6FX&#10;XsNJktQ3JbtLDQqQgdDWliNLhq1HbrBWyEZXsWhym7M27erM8opsMpcBovjCo5RTJrgw6ATbZWvu&#10;+DRDqVwyiRFMqpxGv+v/Ci0da2kKFt1OkpDK80skSwyuAJwFfDuIlx770MXUWU6LGcZobs1svwta&#10;PDewF8ZatsNlRt48698j24yTDDkUY2bKMO2gfMBOovHnQIxRrh+HZHhxJb0i+jFNJ1huS/HbR3of&#10;lwNmI12W7+w4uYYfl+Szl8gGtfqZsRRXLtdOdk3+HWETkjlmoNcg7zN72MW0YFDT4SCJqQQGMhF5&#10;jgtlZmNJuj7sOXhDrMJATcnEyb6U4uvhNrL2eDfm98qrw0dmZPyM5+gEzdJlanAGytdmKfO8J/A0&#10;jPFzFk/ESYJSgrARdsK8mr0kTZCPBJvKkgwYdmI87oKRKaQ7Xj6XWczKh8QgNL6AyXtR6L8ieR5U&#10;0oPNFC56MQjQ6pQJKZP9oU6/TdIafXxhNSogB8qik5eo/Hc0d2QKxkAfg0JS4ei9NWeOa20WwDMC&#10;yuw3upO1GUM9gtHdDPqYZTbLyVPOXZiCLjYr6bX5ksgLlj20NNS3E5Iid4MNnqLt1urrOzcsJujC&#10;fbg2Oi8HoF6bpYdhm6sLTe2pn1fDlkMsRt+gXpuV+XU6hAM2r9+GPbgcBe+tYa0rxcJqqEnjGWqb&#10;QXTQRyfccupuBxuwBuYtGhFc8sdbiZOeNMKIyaEu2DfIck0hgUseWDeNF09JkJVFY9msK9nXiFvF&#10;9vJ6FsXQ3Amn8IUNnCWeHYZ6w2wIC6Adl/QggFrmbyS7rgkBWTcVb0ELPNukABoNH1SVeSimw5VM&#10;fildRaVdJNsCcNhkhJj1mdn0fd0PLJh8xX5hmaALi/WXWelW3haCerBAkdTqlQ+aTAuNgfoAap8g&#10;6W/jym7nT8rnBzXAB0je6JOk2A4UjHWkc/TyLSXxvvqc5FR3cfVRDTB79ZhJBdygwQ+S/EB/kl8V&#10;swWkiRiHyErwyoCf47mDGmgm7w8nIwfVPVCDneJ2h7k4Bl+aPTlqg8ky0TwpD4UsGJNkS2otaN+H&#10;xmvGW2s56ON33bRZ2/QHVTykdYLLTTRLWYI17sauDFO+PzRm1tknH7PJvL11oZcOOYGa0McfmqbI&#10;OIjpplg3tK4kz0qduytvIVk8W7mYlLtjhxg81uBsMvEGqD2pcTB5YPn+TgNS/f5ozdQNiw9cPekP&#10;SzxtoSztyRzGTkDQsLIGcEUCiPW+V+0vHhZrAExwUq3NrUF7BGiOnroeQWgkrAaMi3t8SjHEapgH&#10;lk4ELVLXiRU2575b7ZVrfXMJQ8Fq35ZzKgHETFYAnwf9cn6KF9OgQT0x+I6jDqiwz16gUkkFk5aO&#10;JcyoHrZp3xTKiRFxP6/ngapUWIXkW29hsHTnBfib7nnUYDdm2ex2KP7mjhI9Z7rp2LePDf336q0V&#10;sCTVxHNZNfYQmgGN7wKthbY1dcDWobMgTUwntCQVqMN4egNmKJ8dv9dFEJ5UzFCsBbJ3K+ZAPQnW&#10;4uaA+qwZ7ynwkKoYOlNuqU/74V/+U/f2R7/nfvRnf+S+/OIP3PH+rfvo6Wfu05/6Kffhi0/d7uo7&#10;bviJn3fzp7/h8Hf/b7f/PUqE52RSYqjBHANzxuRdN5fgjQT6RZullKhtwAkF/mA0l8ib0nJIexaU&#10;23JW1hXLiYOmilIu5pEku3fX9L3ne3d7Mbqv6Xe/pnArMqSSIMqg92dK/o5hweCiU0bIg8YE9jCL&#10;b6TXuxviskjMrwT4DcZqITFko7dffA/8+3yPDQQKXT7fkf/eJ+75937dXVLgxv6Dn3S7px8ScH4l&#10;PSED0WBqvsHsRVMothqP886D1SCY05Hjyz0GoKOWAsh9orf9H2InPBqXr2TFs3ImnEUFuHTfBrER&#10;Y2sx0jqTxz8Ffu6/TRDIv+2+e/Ft9+T3/oH76od/5L76alZMxss9D9oze1fO1mS7ZkNCoLByMn4y&#10;KFAbfKybJsIw7qZXAgAO+9m9fCIJqg7Jc+/iTUyuY9wiJd37zmAun5m+kwsBlbNBJQE/6UkLS2/k&#10;bA80QD1Ui/mqepbEfTmk+oDr2BEK4y+B+knyrEl404Q5PDchk2NvPVWGyh2z7Cpdtyfo66HCRn6z&#10;IY45i5XdUtEBllMq2UQTn0wXuQcwjSmagxwkUXZQ+W1Q4FGCMNyoxTBmgCaztNTcBrJhJSh40XkP&#10;TcKfbFpQCsi2QczGoSZptb2JAXw1LcVE75/RqIGChIYIOyxJi9m70MedPnrhWaZZM5kTum2Ed3jh&#10;yMRFwL0pNiKjsRlyUYcfEwEjFB9NS00xBPG1FF8hcHX2WgrjwOLR6IyZebX2cMVd87yAB2iSPFMj&#10;AB6qzRSqSc0G+xlDJaniNSjkjeQNyKzPRfhHabIr8ESnB+I/MWMBscwuwxus9+8mr3zQb8CK78Ea&#10;mQaWA/mzRoUndT6n7f2dYZL2LNuWMX0dPouVBC44gQ81JcBlUil+Q9zATQbEGSyms/R5lgGAD/Jj&#10;BVjncdk/Wg4mrLEFG1isJ6TCkB3+mx4Na09FhIZ525FiY8MEfhQT73T8RxuyfLbfi5WjdzzEak+Z&#10;Nc0nvtNe0vOK22YzPMAz+GFimLN+CuABPofacI8E+HlChQZi9Q13b6kJu6WgjlBSjGt9aSnQhqQe&#10;iFI8OS4repEOgpS5D6GJuTQNaUjyXl+8BEsqnK3VMbM2wDUssVDeky3DsMdM8u5MP8a+J1sSVJwi&#10;aFX3vl/zXAO1yogsN7CgVk7ZsIyFin5U+X6mtMkUZjzs9PpqLTWMce8OPW+8UJoEr5lu1k76bOux&#10;TmOwfnaWhgRGqIdQG0KaPIzUJdWtH8JSEvxjTkd4BPMfVi8WnHHxMRTLBsTTwSGb7PUe4GkASUhs&#10;KqUpMViC5nlt6EmqMtgCRga8XFOPvgmlxkxFjX7Q8b2kdReloFjXvKaWQ1d6hsqfskKhOxhZ854Q&#10;m/IQ2zoXSgYO3VA7kvAG8goHNdJEAOfOtJ04ybjE5uavThrcWPBbfSlsn1drC8eoqHy2nnLZ+ioQ&#10;SMH340zJuoFoecf7G/f153/i3nz9hXv79R+5P/79/42kkH9CXAl0n368d5995+fct7/7KwRQ/Ywb&#10;Lp+7a7qOHKw4jx+4iWSM+PV/6+CPSNZLDxoOXuhrmHphI1dHLP7HoKCsTcVO++4czJqFlOxuNk9N&#10;A581+V1QBQL3cBeTde+eEYuPQJcD7VO3TzlcgaS6HCapfqihCd0qMxHU6xKlt7Om6UqKNHNxLr3s&#10;XyMUksekQZAsWU74kHi97SLliWXuAv7TNbl85t0H3/kp9/J7/7IbXvyiG59/nxh8z2mv37vLXaR3&#10;g/dn1MvunzP1jKvVJmlIwGSaEHKuwdZWVpW0JwrQGn9RSfOOg0FpIXDQ5w/+hvvkw59zF7/zn7vj&#10;b/1P7uaGTfGmmEWgpI05I1oJlgllr7TuJok5GYz6RvtyHnweFdy+4Q+fAjsOF4N7TkEh+4FqNRJe&#10;uEOy44iEoG6mXge4azMb03lvwzx6jPrM2mutTKs6C2uSiDVGtnBaMMFuCRMZjNxZU87FClpqgpqr&#10;M2IDevQBSYsOQzfyDWArvQvakq8AOLhCcICmqTLsPgSfE3Ts5h8v7mAm9Wbh5sh45UzpSBmVgRg3&#10;3Qj7CtKc5Kcc6CGTmZC9AIocEw1zxEXPvRlcDZXGDd0vElmLxEvYcw3TIm2mPm82iRXpJXm3GI8r&#10;01KBpsjECwo++uIhJ6CdVylyYePl2ECt/sBQogVcY0BPEPwiE2LJ8EwusPNElFk/GblaTDX2HvNn&#10;INO8JKfEMvnMxuvpc7RvOxmUK3MUjOlqBkCb4ztdoyK9wCXghx0JCXij/Mb42mGDyN8As4hJLpLn&#10;OxGEVQ9FlINcDPtoMnroGLGqsbqNQQRbnHN4S+wmoN2JcWvqs93A9uRdOZgAzg/9gOaHAItVNVbU&#10;cHxA4148reCU5MoyQaDlhmAurABq8+it1PDTYAF2Xwx0Uqv6QOF7VYVs5FhANzCjuk7wuIjBLJGu&#10;pAS4UHnCmTKGSiK/wThtASM41VNiHRRigw0KEI3m57Ar74SF0RtWwRxwHmnvvK4XYHEGh/eepl2n&#10;i23K+bBl6+KDl+ricwPXHajUQShmH3uUOWhj/LIK9MHDXn8+L/WLgqscgX3ueEOFa8gWFJaplT2M&#10;vY5Ydzp0EzdoXzkwg3rlKr1NgsOKlBKLvYOcncH4mDa9qV2yof43ecuJQJPCLkLJOequ3TMGS8Yd&#10;ZXtZ2QAED+sS4LD+3CnJr5KL5R6/RGrbzxc6kc3YyHezlAZK/kdWZ1VEP8zMF4+d5sA/bN0CrKpR&#10;a/BN1SxlL8elX1B/ztM0g/UAEyyACZ1r1AEbH5Qyv3kW4nsD/M41DbLXAbOFDWxHkp5hAIgtCdBy&#10;mH3tx5h5Y2isFCwxAIpk1ls/8iS5bKT/9gAWdcIQpaCpJhbVkYdMdECoj1wYDHVlRiNLLoMA7LBC&#10;V1lNWHrXCU1GEUl4w/5amH3jEP3USzxyP8v+9PnZ7DxJt1fVZmFFUXCOkSueBPwAlsoEXPjNTsLE&#10;ZJUZky2Oh1vp6W5uv3Rv337lbl790H39F7/pvviLP3R/8Wd/TMfKa/fig2fu+z/4affik590Lz9i&#10;5tlTYi09k4jN/Xgjqiv38Ut38L/i9l/9qZsOv+GGz4/CfpoGzC5c2VvUBKODAr1CdDlCV9YpjHMT&#10;HgAKUiT+PT/+nlNFib0XrglTITbVDTP66PW95v+mz3gik/ojTjFvSkE+CPU+hAusw3rxY06tT8GV&#10;cRvyAgKmgYeAyXOc2iSfN1bo8UDNk4T46sUVAaXfcR9872+4q89+3e2vPnXDxVMJ3vCcHqu9LPoS&#10;o474V2eV9NgANun5DYEoYzcAJpcOO+FyD7bANziI7u7c/yrmsSNAOrwg0O3n/x1RRn7++/8L+U5S&#10;8vKRMwv47GT25JyHBcHsMx46ToKJnBxU5YFQMAbd0y7GCDqzpyKvwQM9wp77+6QGmbHoZVfubmxD&#10;mqCBDTp2IrAGEjoTspU+C1NHtNYJgy/qKVRSVBrirnnsFvZt1KX5xuN4bEt3sAWEudtbnkOVkglG&#10;Brdg9TVeZIAnul1YDpPymNRSXrHrqRCjr6OpafU7XICL9GZShWpM4EWt9AJ6BWaCFOzlKmuSrG4q&#10;8fEnBcpiZRyLdk6KIYnqNBRGJJYiwqsnIDPfhDEoTLVBr1+R5JYU4wjWAYTqBhYj0YknFFOWcaqG&#10;VJ6X/QQxAUMqXUtNN+TP1EuvMhH45DmFVxbSrA1tYt4lyvsssmhIUhqVAIb5TjZUlkPHn+dNcs4M&#10;giDMMzW/d/Ex2WQ2cccj49BrlYxlGioehFCDXanh9VF2bScVtR/WOrNvLdAgJ4BCpBK7wgfNB0sr&#10;FU2fmeW+5nYuROmobD+c+MwMSExpgQc9dNHINLF4I+aDJX7mXKSl9MdwOKj8Mo7jIaU5nqKGg9uI&#10;leuwKWzgwQZgARsGoZCarIqs1cihNtg+FixMhbiVHPeguiWgiPneyCUKrkwWoMNYwyWkkZ0vsX2V&#10;7YFU61jgQXyod5/odZnSqWhvitFzrMpaCwfXLZYf4fNiGcmGdYN5v1pXJj84gds0K5VVqdskq64Y&#10;dIPBPR/youC8FNNGZB7zjfBBz4CN32ztw44LiX/A00AfnvsBIJ6xOtrwox5EbponWKGaPcAnCTZz&#10;guEM9xxtzYVqwCm8JLm6p9S3NyQdYcN0aso8j5aV2eVT6qErcjY5/sbYiCDbe/D0W7x/TVAE/1KY&#10;tAifNdbQJkSbjFyZ7kKRjwJWctFE+kmeozkV0xnft5Vtg19vaMBsWPHyQd/38MdmbgsPtiwCHfBu&#10;0ajMdD15ikEfgMBV9iFmryLUznjWFEtvEkWDkn+zBG5Wv70E6M7G5w7fzSkMtsDWYD2r6vCOLaAt&#10;yj9dkYiukelb/Kj14zuTqVcNgqrYsdbDDt/5OEyAH5pmFjY291irRUAseYWtBVbh/0fdm75akmR5&#10;YnbM/d771ti3zIhcKqsyu2qqq7vUUkHTYmZASA1CzEchEAL9Cfpr9FXf9GEGSQwIBJKYAYEGQTca&#10;9VJdVd1VlZVLRGbsL97+7uJ29DvHzNzN3M3vuy8ySktCkBFvudevL2bn/M5vSeuZ4g1UsLJozxsP&#10;EnNDRRhqznR9pgEbm03OwHQc/awo8wLtrB+oGzobb4XnAhVFWVEuIj3d08quC1pwobauqGPBcxZ+&#10;lQ/m+2DgYBsICB8n5lcWKbxu+xrYaFtqb1NVVWdgOQD6OLkIY8NXW/CY79/kHf0wS2knNx4/R/1r&#10;XL4B1mPBoQ/D4qDBBM4zNaX/ml8cm1MkuF8cvzLPv/mFeQFPvuPD59hXFsqM+uDeHfPo4b9vdq99&#10;gNCB22a2u6+yZ6EpSa/ngJwt3BTrEfrObbz+7Vvm5If/2MzwHvO/+TszedMouGZb2VJX3Md03shE&#10;V6MtS72QHJMEJyS+13KPVl6CKGu/E4sKBfoA7IkfH2S8r2UNxdY2x/cW2n+jM2pCvVcFqW3ocW0A&#10;rVcNJyxlD+pNEvRPwGpR4E3qeEy5+kbVdc4zAlXmWfn1oIJ8eO/2I7P34Mdm//2fme1rjwBCATCt&#10;r4umV0keE302Gr1Pl+xl5ZzUSmrz5Brz//3/uCdN9febBJIKs0/IPtO69oApr/EeZVortBp6H3dq&#10;GVEjKKNSQkgBSu+B6XcBD7/l5L8wj977p+bNr/+lefbV3yFEQyZqK7UZowTebaEXTvxww/Atfj9m&#10;rkSZug21rCT2TiaCnzhNfj7FzemmtdmZrEA4XZgpZrMVWLJ426z8Ye4pF7i37/ZhBs490othV31A&#10;rkrqcs59cTNGtZKxwkDe9r5PnRRZlZwuqZWqprVIal87lfEOJx0mZxH1mpTcVDkUY5u6wnOaZ2wK&#10;C2tBR059o37ODNBNaYrWY3RxlKxG4M5S5+sSKJ3dlI31oV4JoJZUVaSGiQl4mPoKhddMQYxki/dn&#10;KSxCJvPmchldlmPB2nMN7hchAgRVlctAVxPTeLnMNqHkJnVKd21yWV0MoUjNiQM9IVJ/VWOv4GTj&#10;WQkB/JBz6wQEFa8i531EOIJYAZzyMiHXNfXEA8lDxuzLqiPXFuPU88/I+sE1AAOvhZdzL5IunKSX&#10;ikqDGMnW8y8yLChpYClOzKxpaeFpMEkq1U6Zn1p0tWnRpv17TFaO9HK+DC142+2C3rGe7qrjorT5&#10;T8wMeKOPy7l8N0nw7laNzTzRqJC4R8NXH/+dkpfhJlLBjcGyNPu8BD19xwu2QeJHbsJ9uUQmtyXg&#10;QoDFWHLxmo9CVA7eGLGTYM6ZaqWFIz7TY8wv4t+nNO0q178kXze9VZJ7Uoi4K42jjsxvF9HAPS9+&#10;vjQEY/PApX46+3cPaOTesLBs/9CyD5navayCVx/PLwwhmKM6O1NJrygGmlAkxXLD1vm62qoxAqOP&#10;gvSOXDcwiuNtqUNImDmhSexsLJIgH/YyPJWyRLYpJ/LEzGcoX2JjOdY+g4kFyNuA6zzOsxltjsed&#10;OS+RdlsKMlMOYRU+6Vcayej/k1qUrCtHxWPKNf6aaWJu5es5/dqqk+T0D1SAIop1ncp/fUJkViuX&#10;5NA0bmTACemg9Mjo1+ogy3a55dhlkmtVTIZ7nAOYmYGJTcFwnMsuD3zVxYx/D/LeMfB5g5flwI5U&#10;Rmerl+qb/79NVHd+7pgpy6Pr1HXh/RsPskQAmQpVhFq52BQotZnKpJML2xDg59cDBfqaLuTIxddx&#10;qbzcB/vF1xNAxpXCD3m8i/XsLh5N9+kb3BMAq2oL8lOAABJ06MMEN6FNDgE/Zl4D4HMvjYY3UnQM&#10;axhbvrvociZ4GyfHLvSVCBM4PwWL7wAefL81BwdfmhfPfmueP/7SNPj67f2p+eHHf2Cu3/uxuX4T&#10;4N7sGvaQXT0EYUBRvQRoUympQACNGc7dSYP9ByaxuzNrDm/cNdc+/JGhb77A8OnI2AvxA/egX1og&#10;UUBOItapRJIC7umCt5quq7YjtAvQZ2Z+DZxDtjsH0DeHXPcE7LkjDBQu2LM5l43ft6aynqqqrPFe&#10;e8Fz1KnHnmdodVtf8PCLij5Ny+VWScVpvRnWeMc+QLIx3cBH3mPv0Z65/cl/aia3/tDsXYfHIVh8&#10;DYg5JCAfklxrsPnk3IhlYm1CWKdziayf/38k5U0tvFh99FcYQC4WkIeDMCKXV8JFSVOFJ4Ew0mxY&#10;QI3v1HEdaQK+UQW5t+QMzCYLvRcsoLabN98zF/DrrLb+SwDd/7U5ff6Fubiog3oy91PlPuu5ZdRR&#10;2+3Il9WfrjIavKrhq8b7NNdaHziwXXHvTHc1EBV2mOrpDZdQL2rgntfiZR4jiYyXqMfWG7D8OAuZ&#10;ShU63LfroUJBlOwj3PfSjfd3YK92/oaUe6NbaleuOnqodSyhtGUkRbkjYDFkR/nHrVl5dlt7wfTd&#10;bVtJdb9mW3lempHQIfMBbnPBbNOkJt3+WDzQ4UEmmYqTLqCh2Wz8WFWmRArMYQNbkedpSXKejx6X&#10;Bc3GwM5Q4AvSXZmFnsxawS2hl2/J7zsfeaafT1haghY3kRovH7XW81XJlEOLwhneDzHpDSKgJ043&#10;slpCPawP3VjxTCdz6tEjzC+9gbHowKyU6n0NaVjJBEgvEab7VZjQKeC25dliwQl6CXPwSsI7dJGr&#10;1PjSGT8lk8fnAsTVSkKpcUx6LrRp8Kk5GiyBn6/wuRt1mJ4jbIMDUtzoMcgx1oowez+Jirxvn4Sd&#10;TGRxbc5xxWsv1JXzoqxIvC5+1ocnWD0e/MtMwIKoZJIFunmNSHl54HhCAbSkLm2MuAVKTfAoYU6S&#10;hziXhqs0OSb0RH9D8kEqnIBqeq2YBwzALo6he3Kr8PRyYeJMadqz8ZtRy5bBZ/USZudDPXRaPFE/&#10;Akc7elycOHVnjOoQQ67PYaNIrKlhZLvE788xgtghocA7vd/kGjgNluEQGjMMV4iFUb5R5fIQ5thQ&#10;UKjzq2GmQ5+5xnTJBtBLW9xQ/lsslNrGPpVNugCy5AEPzH34aShD7thDOs/PpJlcajR7TQQn3dNA&#10;nso8HDokSXbD+4gGYKS1hWI0SzykJIU4B3b6PngpIDDWiltLwxTYsVGe7afsjV37/qmg9ahmHJhQ&#10;99nSSVffPJ6SUJ2UPcn97GbqOt7WB3W1yob9jjuJFEX5ZG9Ew9G0KpWjE7+VxKGU4stFHkCXnd6w&#10;zYNaMi8nf8ZskH9FryaiIaMvDmWYU9VkAJb6jC0e80kaMjY48X7JAzzy17C2LzEpF479orqzoeCe&#10;G3IS5pEUgakfmzBxnVpXeKZ1W19wSoSiPFV0BBjypYPV6bgOYLCfyX5XLeHTd3GG7fMAexwm1DL9&#10;F/+8lW+iFESKhvri+RYHZih4rdATsP/ayGoRYC9YhGiOReO9hj0zKEh5td6JCgzPglAWbAgD0WCP&#10;xOuGbNewmcQSUAadte3ASC//YDW3tiEdVrayJikwqZfmkMzhBrLQNMm2lfdyv2/mLjyq73EWgZiI&#10;eLmOjdgV12Fft+HJdcE3GAKCahZwj1UAB7hL1FUbEhUZeL80/fxVWBOrznCel6GusNSFoMT7pMmr&#10;YN39J/5aq7E9cfD/Dee7DtfE5f557ZJbCM6IfkD9OQSnSGy4PmlwgkkGtq0nYSYDZlX9DaB28sfZ&#10;qnTDGuzSeoAuAdOK2uHeEIx6xzjGj6YygMk85itLndVMf+zXa7zSwL+YwSSBO+01o1KS7Zi/4YhS&#10;wOW+zFovhvuas4rDdlIu9v2F+l3b2A+FBSgGQZGN8WGhyWOtC71Pufc2U+JB6O1sm7TOiY1QOCVt&#10;RGSTPLPUhveQSfxdbRx0UOaG03qFtmAmZXQMfd+JsGk8A0x+ZzlDwiluQlv5DdkJyzmzVEgpxiXz&#10;mbTWsS3zj9oHoimCEcOv0ZC1r7Y8zgxow8TZfhErsvbzJqaFFIKTdL+QHmZxBreHxswh2T05fop0&#10;3ScA+n5jHn/xc3Pw8iXW+rm5u3/b3H30fXPr7l1z694nZrr3PrzmJto76tBHL5intE2sX1iUuQQQ&#10;R+Sn8pkvwJSabM/MqzuQ+v7Bz8xW/TeQAZ8i8AMAGwAfO5c9i1WBpmuWrPNz1rXerSQhmXVYEUOY&#10;5B6QhOcmsoXkawDzGMMGC2DvbBdA45YH+c5xaOKVNhdrNGeCCsyDMNHxvrZNSzYJbkeqmHPRI588&#10;G69xEbD2TL5a9nKV7uIKh4A30mDOaEVLbe812cYr7tTm5sNPzJ37n5rq3p+Yazd/AJTrhmfxzep2&#10;/4/hihV11aeQVWwv4NDvoS4hZYyHrhGtJ0lsntBL4z/festzC+yp5ZcXHagf4gp99vxiaY5OT8wR&#10;0pyPT58B5AT4uXvH3Lv90FyHbHl3NtW1o7IcPIJZ8QhOAMDhvDxRfLqi95oCs037vE30HqimOCb0&#10;s/XkjuHtLfP+T/9zc/jr/9G8fvJrAN9z76cYgDwJbYmBMT5gzK+Ptc1rNQ6JynIvyLEvwpBDAliU&#10;6SfqBAAzCz4xc7k3ITG/JudG7kEcTy21wjLUOuGPsT3bi6owvKhyGCHWN/IYrirK3evSVrDxr2+r&#10;zGgqYFjU1j0+uMlmZD8lR9VB76MDHXxfeprKYwCN+jbbluEaC33HCbOPijEiPV7AQJrL5YRESnj/&#10;Raeh8IGKwii61DfHBYqoNBnWcUZhz9KTeuEWzJF+TIrwEnPPzylS2JcBBuBww6eJTF1ycBNosVIw&#10;xk3ZF7semOvSDYOmXAAoTGRYJjIA1nRyYGzXVLLfHDSYo3FJCqT32esaKd+8yIJU26qd0JoqZ+Rx&#10;Kw/2d2QV/Pd8jDPAwDZhqKvkOHoRcoE9wR61V8shmQiIT5E8HE1I33XLcHdPPDgo5wcPWS1gaPQO&#10;FO+5CbeStL6To0l9GdrkHZfJ/YoUeu6KHnbcyjUplfSusQOjXiNLPUOXcsQ55SaokdnJNlEg5W6f&#10;lMJQNOQw5E0PtYErRhMSXZ5gl0p/0yK6kCi6zn+v9UDovw6vAed486k78bjr3Zif2xAI5HdEGKSB&#10;5+NaaR+tp96NSbWoAPDRJfJQvtTLKF0DeCNaIPVVKJnsmHuC6NQrjnvAHW8mV6VxdmM/caJtB2go&#10;6cyfLx4W67SZ8WEfOIoM43bj7KGJvBa147V+gnwJgH212WyUwtNwt82+zpkZOhGVM4t/n0zcdDni&#10;vrbhnZyOQvrMeiclHmgREwRqIHO+giChDeXyek7GxJzQSDF8lvj8OARp5CQSTjzwOPHFiqb02WAk&#10;MN/1/40Llg6cOzIkGRORjaR7SudakJnlt2IJm6jdQr0Q5pj+5RPfvoBNKmg5kJBGsNkmZZ5dk6dk&#10;e0+p7Q1lSstsaARbqWwEJWz377itugg8BPZHTKVtQ8r6eWkuPPuxWK+4jRcmGnrjueipUydS6Hwa&#10;1jPWRomzq1gwwFzqPInjsVfdr4qhPUW7xiTojEaktDR201cFH8SryAx7v2cpTxpMGYKXqSfemrV3&#10;Sd5ByU6t6CNYGraUlLxr7I7ZbGZMfylhn4cKUpEhZpKv8A0XnltlirahfZRsO9zrQH0taCnx8WxB&#10;xXzh4fjifUOsJLAqys8j/cQ5LjP0yGQQbQryZbQV4jbIUO+lhcg9/QPF2+g/9q4DABT56SSAl9+V&#10;Hvqug2Ns+YbhYdBY0oYGgMM/82LbswL7e4G94fjoqTk5eG7evHpsXj//tTl8/bU5QgDHDhiOn9x9&#10;z9y68wAA3/ch132AIf8W/uybCTwNPSiAIRL6rQaLigf1qPU+jHvdcll5FrKmqlfm/Pr75uJH18wz&#10;nF86PTR4RbD80DPCKG2yOgHh4sTMzuc+YOr8DIAHbIIWsp/5HlkDMOLDXvlhkgC1Dl9cbnlPvlOA&#10;fofixye+gLgRF8Lk017Q03o8W7O7ZNLxrpbd/KYynUwzY5u3PuYBGLGekuyZ8n7Y37AXwdd4M4GJ&#10;JwjgsABv9u99YPbf+57Zff8nwPb+GGvwbVPvgHgzteF4qhEXZL6yJ96weyBD9M4dekZY7SZIigOL&#10;HYv3EgirwwluQFM8Oz03h0dgjh5+A8DvUHv23a3bmptJGFC+ef0VbIavm+vXbpk9yGtncv4Cc1OB&#10;bn7LNc/QoIZvDWnU6myqxCQBVycf/sxU175vtu//hXn5y38Ohusbc4F1YrXye9EkVS8kqhROMxoo&#10;ysH98SxXftgh62zTUFhPjQLhDa7/KUDqc7BQr+Pzys/uT8JcYO4HpW1/wJ1aM5VyZ4NO6hgINUJy&#10;wBgzDt7NswtgIiB6cWD9q61ZxKAqTmw3csusjulNYc/lHvXOJqqosAdIHTmdYti86sgQfd8eip59&#10;yT+IqEjd7Hv1dMG6KT2dNl6Q2ZTYQXazNZk5L7yTkAM2Ud4YzD+JOgp1uEI+DCNEnkc6aDQqVCAQ&#10;J42nAZByYVLEGfuG2AdR+OCNkGzrqE3dcgXZrU/ADalxbhWASz+wa70qElaCR9g5SecNbLFs443G&#10;pAIOVklBRH5RlBSmJh63sO+a9sERwHO5XJotnVaEKSFHpkDn590ZlHqwjxRktJmUWRYXB7BPPqPF&#10;VECAPn1I1H/Ped+9EFJh2SUSB+7nC/c4S7xWtcE8kshbgHBoLJm0j++EpiJjz9CYX0H5uYj9oE92&#10;NkmYS+P9+NLiJhsc58CLSyad3AOooz8mbQBwbbRec+7Tx++6R7/K/jcwg+inUI+8XuGz0gCg68yY&#10;KSMa8KWK0f4eRv2pP+cm2XSFIAOintQlk8aOJK0WIuEvt5imxM+w5zNYTA8ug4lciHihYlo6rdWj&#10;kim4fRdBdR4AxZwG7PQ9AClnikUfVEN5IIe5ijbLjFlQ9L0avxvI1Zr3UpeO10mGh8Lblr2bBCCN&#10;NZzfrQeiogM7UcLMjnd9XwJMbxfosX4I3tUC7XUdsDQouxPzioCvdFgt0CcbIYC+GvseQ3bFZ0fo&#10;fs6DA30KlNPAvlgnwDb49KWAX0KHIxeGfdS9HjH1Yr94yHVxBeU7F+YWaZlnE6+dwPgzPXCy/6vO&#10;9uQrYQjYw1Pf7r6jAg7jPKvIUD9dl03v4nrGHuqmeurT6HjFnXch+YbVcgeQZaEUNr9lbU0te4B5&#10;fSiFJuJGSwIpB/tG9zTIuGnl3WkgNlMhR4zGLUfGgtTZ9vrZ+Pc6B6HJlhO7spDuq2h22awNOMvm&#10;qIl6gi9bgEpzRspZfrTRQrYZus+8/mNzb77aB8Y6j8/eWsyd9LwTXAyDNTJgiVIKjQsgO2fezBxA&#10;PAoPIjeBKZX6J6dM7p6PY5oEzC5NqeShNt91w4bEASiRMEePzaRmkcThaSAmTLchq0MYAsA+WQdt&#10;6NmY1pBIfo/ICXM+LiKiwv41dMV33GQDdfm/ZPARSA7iaX785gUYfEfmYn5snn71F+abr/4BgN9r&#10;XJtTs7s9MT949IF5+Ogzs3PzfXjx3TXbu7d8j1bJ+lWr/NIH4DZtL+aDFn1f0YRrPMHDvsDPXmBx&#10;W5GcU/ghgkFlIek93wJQCHBvufMApxpyYCEOYK+yYBlaDKpq9BXb2MO2oRKzZxdmxxwAsADwp+kJ&#10;2IeW4hiA95GADbz0BYCSY4B9x5WEbhhzmsgtlRkVA6lSoC9hzEt/2ZBn5MXwKmGVVSmbypnWroLC&#10;ui8gYuP87ykHVOWJopirNXV169a2uffBz8zkwZ+b6e33DG3dUVLL9hTgF15cwEFlein1nYaL/Ya7&#10;FHOp3+Qr/P678ULiyDSUvt6RqvbmAKxOzxvz6uCpeXP4GL6PRwhNmZkbNx6Zm7fumulkokrDxQXu&#10;zaNvzaJ5Zg5wb9UaNT+DR2GtPp2tgeeYac/4zHsE6EtBQO8bugLgP4Mk3dEdU2//EzMDKD35h//G&#10;fPv0TBWGQgwSYLnfSrgCp4VNZ8/pwkAlEEv1tWxQDjZBe7sEwHcWsBrpK7bxCrOJD+/ggPd0agXO&#10;9pbOvzHssYEC71ao/6Z3zOT6PkDvxz5vga3XndguXGnZrAIjM/TviSefft0lQW5JCKv2bYmCwsX1&#10;AAdSIXehWTaZ534rpREwVNZZ04L3qayRRhh+PdQ2svPSMWuJGcNXLf3W7NpE4eGnNnkr82dgyi5K&#10;aj6uJ0uo8Xpj2w4wTBtCkaQ6z9t0XtcRgDA38PXRaG/rU3wp0Ot9SpANEvh00/A/K9IdXtVdElb4&#10;DLrZBcBPQDJb2Y6a3iLaLvgIRLlJrXJdDyw2bZPLNgmnEEnRqvMc8BITFzaM8HrGA5gugH1t8kvq&#10;ORgngNLnoMGpyafMkul5CnJOrY8fn8JKThGAzc1JMnlVm8gTYtZtFZlyNikSuecnRYnvHQdZhGvv&#10;AW4rt5IEIAdaUqPXWP24Ua+YcnqrLCoudEuRit7KJzjweFsZCbVpvsVETrJdkcacNc8D5pKhteyj&#10;njHhwJuHe0YC3KYEfwf0In6OTRhUo7sjbWRBt3GjOQBJeWSwMAJPtkzPvksd5yEIpuAFVPKXpzUS&#10;qF4HRlckUHDigVGMKCiR5TY4kXQpusuFe7nvKsejbE4edJ40MAGjBLopXUfqhfWo12gbeLThXZgi&#10;wmtjPOg720/lH7cLujF9VnKUsLNLGo+4jo38zpXkI1cEBJlzfQD3CJHfMbm3PGjkIqhlRlSEVEDw&#10;mdeXG30P0/Z9A7MPVTP8+pCEKIAfJFLEval/u6+QR5hsAJlEtqsRrnaQpkmB2dBaTnAv8pLTtSVP&#10;MivYyRriHuiXnAM1Ma87Obuy5Fwet8l9/8jAuEtDQfVrTeGRt2ZknaUMgIoJvpT68iTJENGbz3e+&#10;HauQ4wTc5q/ZBkHED1ZRW3vE+0dlS8EoPgNJEwNwa9lkivQS2Bdlj3Vg6lXeQ8hOYtMbPAEnCRjS&#10;xBon9W8bLh6lIGkuh/FlISmZv5HrDQaS92zBxt4e5FzC6MvsC8J+ctkDw1dn9BFtamJqUie2UWCR&#10;1u1fa45vODSjy/dFHrOUMD0Qj9t7OFssg+Iq2grlYG/oeZphYeKY21ARtWLSujyw19WUuxvqJVbj&#10;uRVIOPY2SK9ZJzfkBIzprQ0Z2Dccc8p6Jib8Vlhi2zdMs70PZt/MWzFRCD4kym1osjjLq/nGXg04&#10;YVOIxRp5T8qY9JZicESjf5bwb5VwjYuzl5Dn/j0YVs/Ny+efmy9+/XNzfnJubuzfMB9//Jm5e/+R&#10;uX7jQzO9dg/Y5772gBXYVxYLhVwS8fWra7FKWgVvde7UX8YzQRcrb2F1DkTuooENFRYnkUnKHrMF&#10;kIuxP63w+8fLU7O1w/D/u4OjBxgB8NHNzzAYOQQQuQDwM1HGn9ldmtnqOoZYc7O9ujC7c8/4W8wA&#10;IqLvu6ClOYf/2iHu4RO8/1yDH/x2VodEVGODV5zYIbVDuNQqgBICCwero3AeyTP24vm2ARQ0wdlI&#10;1mxVmIWY1m1IdXdu3Db7H0GufPcPzfT698z+9btgVOE8TqcK9q1WOA7lNFVhj/EmhdyGYVKeZn5J&#10;GZz3nN1wdpP2qG819F3uZ7Gv0rBP3AMLXMMTeAafnJ2YQ4S9HB8/ByEH1/vaTXMbqcP7uOcqYA9T&#10;gD5iyyH/F1XkyfkRwOiXuJ4Ts9q5Zna2d83WpG59Ete6ovMmC/tYwAeZGa7HsgbgvwVFBO2a6Yd/&#10;ZO5s/1cYCPyv5pvP/xKy80pZm/31urI5LUPvtaUJ9hsdyatLZZbHoQtuku9IYIzM4i7wWkucDyjR&#10;zT7qgJmEtKzCMTvuvL0pD/Ns2fS2SzdWefniAEDfdbAV75kGao8QjKsLZhPDInGuKfXISHAgPe6q&#10;sx3jZBWKoGArL+CwlwiuBLCPz89VQsyUJC5HGW/QIdeepmjymXepykiQ2ayho4QpMjDRzic1A7YK&#10;9bn6/UAEysC4zlfI09dtykhM5AbeP3CusWOayBKLcAHnRMIqlONliN8KI23v81QH1h/pAsGcTCc4&#10;9QOhRMrgTExnFXNuTexpgvdGPE6mYMZd+wUxAIRxmlHjBrjA9yfiw2anWmRyGM96H4uqTdOJl6VS&#10;b4NtfB+bCxqNNqpax/OCKDv9mSaATC0SHOIBvacHJ0wnG5oIf02rUFWruxl1o/EVfn9CTh8gP5qp&#10;PJsyiYyJd5L62RnXBXU4b4rprG9UXQvNRUTdtSBT66fRa9g5uec6Om9vdE6prC0xEmqfVTK0Bjmi&#10;bOoauJ3UAaAdOGEz9qtXYbmkJmsUKObwdRc8FrwxNgV5NnnTiYS10/poKoLvgqzctdNdTjuSyBJc&#10;01kTjY3Ik/TdAhlo9CXp7UG/QcDZ2jfgobR0VE7MI8TAIbjZl2/myY1pEnPJpJ+GbMJ+7GNGwCx4&#10;s4XfubxAoCKIlk7POAtIKrNNryyJyaRTVAhlWl+iZDlJZj3w3LYFGfOFSgeSgamxWMsYf23hRvnQ&#10;IfWRa899QYKRyJqpd49dBuXRxmbyG/hS9Z69omyOeThX5quTH4hKjd3YwKDHWO+xY4v6ud7aUy6q&#10;yyBtTItOWSNl0Jlaz0KTepS6YRojFU/UBiKyUPiJRIQaYfWBwgHJhjs/MQ4yqWq+zOWX6e3mwnA0&#10;FHkE9oWy+7CyV2HIRwlLMSZRa5PHPts9pc35v7oQ5BXOU+vT52UjrWQ1BlD0lMyJl3836Akbsusr&#10;GG3HSmxr+CpPEG2BNR4Pl6HMG3Ek6c4EWypHrWKEWtlMYEVRL4AiCR6ztW84m5Vnf1Bg98VEOj1n&#10;lf+eaZJ2vomgYyezdC74QKWAXMRvXOLlw90aFhta8bPykmoeDNJaMtokgpN5EiAVluc2/S8Qi4nK&#10;VqvcT2a3uXdQf/v3n4s7EI8SyXAsnQLryteLnDS4XGQ2R5BwLNuJS8HkUSU0KOV64NiaXIR1zD6b&#10;oPrMl6SEjxHJ0uANyjc6yhWs+c+lNVUErrPAaW5VQYOk+xT5C6ybluXNNqwtLiQLy/20TPYOTlgq&#10;lNlnDJQIgS7CjjsgK+t/kn6vfy8bzhnp6TlIT6v0RWCb2Wu30V2DxVZ7QIatLfNFTD/dhjcYzLnB&#10;UKHsCEOjkl1K9pAY7KgSOmsSr2c2ZxcLtUNawo9vAZDvHCy+o8PfgL33lTl4/o15Bcmuc2DNgeDx&#10;vTuQ6n76obl5/2Nz/cEH8JUDyw56f7VrNR6oFfVWI97teowSrDD3wUuus5ES1tLKeeB0heu/xMDj&#10;HGm8c13LANZNjgHQObOFNe/iwpkzAEAHSPfdu3/L3NoDoLN102zbm+gZ8TkAAsoecwGZsYOst8G/&#10;L5Aov8A9tMRrnwEJEYaVDhWbYwCDz8zZ+SvIQs9hYQFv+QtPcq8q35BOVGnmdN1sEssDSpi7lpM1&#10;JQReOg2oSZLkOep3WffHlVwDq+7kZgeegtPdmbn26Mdm64M/MzvXPjKzm9/Duj8zM4AeS+mjNZ3e&#10;6Xspq0nN9EMqrQt9V8LYGgOuNgUAN+dBcMGyJrFIYy8Dt0SDDnUlvX9dqamcHPrF/Nwcn5zgHryA&#10;B+RrSHa/xb2xMNuQ5H7v4afm+u5NM9veNtOZZ/N5gMmpi7+rdxBSUpvZ2cxsHe+Y10evzTlSoff2&#10;75nbkNdvT7Ex1XL+Ku+1yC7YBtAln2UsYmtYa8uiNEENNJtdx/Es4fn4CGzMG+Z9AODbt+6bl7/5&#10;V2DGXsDj0mm6buyxlZjkvMqwCf58zj8uiqdEn2LnOrzABv/TynZYmdyfp9ard8+wkTdQQe5Bh35t&#10;IfckhhCrU2XB6kQMjEiJahVGohVfZvkDLKMKDMgG12W2knhSCQgB6Da7hzCY903z6gDXEkMAyVsQ&#10;MAYPabM81NwEtklSk+Yx+CmqXnkZHNAqeFkGN30bnF30q8vg4yzPBa4n6slJ8LN3qhbJONX+/o+e&#10;ff4mdm116oL/DuU0uXJxngUdcJsU6ta1RXzJ4h0TSclmPm268LIPgWjH6CHtVSOzAzgm0dJLCuBe&#10;yijiOE0Ii4qL0lEvU1WmW8WtX4UsGBwCItJNgura313tufBGzhQe1FUwE4/nqTP/FL/BRcuKrGNU&#10;gNxswXxbpZ8q89WMIqUdCyuwMZGpZpUmru9lfRgIUxcyoal9UgTIwyRHSX57chFkFPAoNMAxRCIu&#10;OsLAo4ZbU19uMfE2rqkNSvEw4EoDOBTIdLabuCow1mjQBQdUW+u/ZqUhKr4RcUkdE30v5N6z7XW1&#10;GmjhxpvCtiHkPMk22Vw6jXtO3+M1073WmbEXAhG7FJeZ0JvcWCeZSLXpwyHoJg2e6AJGYpncpSJ5&#10;5mLjp6ESeuNiQ+GBaxs8vSia1ofJQvf5uw0kkzH2WbrRfJkKsFufRVZ85jezdGjBSMdvIfzltYmF&#10;5RRcKgCXKe+b+wjeRt5GdMnuz4WXHOYQ0HrDvwKzLS3QFXRuQ2WG3qqmpaKXfPN42HFtIq9dL34f&#10;lwr3VUzMRc/X9Lrx2taNEpCrL92ky/0aI1hFveuXngveIDKyqGPgfJ34Lmy5gpyu9b9pNZZdE0gj&#10;hvijE1geAqhjfpq8DuzLmlwuuFZelqvKm5lomZQ53oseHQP8W1JTihR6pITa+2DzqToFvyspMGXi&#10;bMWzdj73gB8YEBIA5oJ8La7pbJJwjDY4hsJQ0foV2NqwnrnEa4ujTscPmlwALrVGyzPd2OQefVpb&#10;uF6DzbmHYGzEOQZ9VDHZlbMzlYZitPLZwE6kOgBkqlLpGHdtr90kTLOSMI+67w8fu+jPR5lk0B8z&#10;dR51ztfiIt2V/6uR/Dy8UR1kYHVgqNdhDw0+eWJCTyF4w09Fw35ddWBVtAogzmdGnKYXW27TKWOR&#10;LYAju/Eg6ywl1+ZrbXztuF2WcKd+iu6gDHE5iJrOPF3vMe2APm5tMNLZKVMP3KIR55SkBkpfqyjC&#10;pMLAKRnGuqQL55KTGuXMMhrla1F/d8xlt0XxUskgsXvW+iAnDyIcEy/LVs7aDahSHkWWtEilJbkD&#10;6xS4jp7NKbgb5bvtveqGLOfU99Jk6t/sumVDFccteNsOAgyZcq4SDU8h5zvjkj2o5QDIAIVQVp+k&#10;xKjiiHwgCJnUy52vSBMtUbu5xw5co+Lo9wBimxPS0q2mpVvty3SAL6y6uYQQwhsNjJozsPiO3/za&#10;nLz5nfnyd780r54+BavOmHu37sCL70NzGwmw+zfuQaoLFt8OmD9b2wpy2sofn0sGjBT83in4OPr1&#10;nBTgE+zhAmEcC3i+L2A11VTX1HyfsRcRHSBQ8sJsYcHfMhqNa5rD1+YxWIWfPzs2fPsrc/ujY7NT&#10;gd2H8y9hCaaZKHg028LriGQXf9+6cYhrsQT7q1YfPInbqHjbHL9+YtwrhEse4rodAcRcigQTwQdA&#10;S2q1b2q079VtRBLpm6TLYAoWUSEMSsgrxttVyPfO2dM9qtBpctiT1IbKe06pdHf/LsIl3vvY1Lf+&#10;A7P78N8xO3vw45vNAFzt6Asz/tSe3tX2bp580U21WtUNv6s48FKtxVfMq+9qX00nFmAqBPZIL7mU&#10;Tw9CkEPYxnJ+CnAZIS8XZF68fGxevflCMYubYJPdQKDL3j7A3K19gGgAgOo6DLlcyBKwQeFCmsjL&#10;YPLJ/bWAndfxxYE5dE+0j7++P8MwcxvhHZUnJGHT9Faj9lLZc5EUULC8skGSrjWTlXsNX9zdA+1w&#10;x9z57D8CELhjtp78a8jfXyrbTcE2cU9Zudb7dJUGg7Wp4F2oG6XraswcCDZrXu5Lyp49x836DEzC&#10;uR4Xcgb27uJ7O2YX+EoloZtYq24ypM+nx2aFAcUW/qzARhRmrD1/Dal0rYEiGiyyexvP/hwy/FPF&#10;RwSUle/M8DPN1hYeOciWIa92jbBwkVSM4kUDNkKoiRxnNRU8q/bDFjxbQrCqNTjUO8XYYEFnAfIt&#10;pGAR/8FaXmHqMRQBumurz7OmrAeVau3C9JvD06m06tYj6RLu+yVNDb3VDH1dE2R7zra5t08HcFi/&#10;mErkcmuIGyS2AdTzxo02KeJ6prYBgPL0euurK01ECgmxDeXgDY/IADl6BXpQzN+IrjN9DMy0qOnW&#10;VJ0YUhEn5ilGZLysWIBADsfqL0PTjuqVXRgqdf3MNqbS+ALXy4aTQ7Y2SIdJY8cFue5QQNsOFjX5&#10;11ZBAsyeRSjJsM0qgHK2XbRUItSjqlCbYkvjXnK9MZyXH7tByEKWlM25kaeXXjct68//m4fgCZX7&#10;9sKsNgOt7Ig5UTQMzSOwQ4JuS/d3AzklcwmYsPm97TjzlktsvdqEvdIzmTEiL/EcfLdb3wbS0I0K&#10;twKtLGU6XLIWcaKibX8nMoi5Y3xs6nG4/j9bkATQ2pTPTQMbhow4yhhwLf8xkyiTuVwPWebbFZIn&#10;NiCL9Z6Z4jNCmVR1mKCch+tw0SuwzEyLRsWD1L2+pDcBs5lGOHubGZO8jT73qpXjcFKX0PwHWmx+&#10;O+0sXeqpye90bfguUt7Lfo/GtLlcgBg3YtimMlis3+IyjgLZSRKvBHNguq7pgvHacBbM2ANdArNA&#10;64Fe8iRzYonRmeoz+5Q8S73rQInBaurwEGpy6xKWYc/fv293F++bdeTQGCRRTZPvr8JeTx0hI6bW&#10;ZhNfOx6o0G/rW4/oGKCh8hZqQQcKaXix5qu3/CBPincXkkTba+u8954yO0IgSbMKqXbBJDuy/eLj&#10;QyOgXKvIpnz9bL0Lac3SQBtkACSMS7IJyJgoLtt0X85nNTYCeRSk2Qngx7TeB0/bFLpEzx7ZfSYB&#10;8qigVqXhGs1kNqMz92pnTvx1B559NEwIpqLvac/yboxE1qPmMecewZ1id9jNMuWWAEQJIJj8MhXS&#10;VsjkFghkclZeZ9BlekF18qWmBfAy3+H0hLu0BA+1s0stFzovtT6DsZW38yXWq9TLEksPPe7jTQAs&#10;kRRrIeN10y0dgPveqrOmeJcpG2ToUuuX0u+2qjLX0W01/ELX5jNlDc/BhFqB0X0If7RnT39pnj79&#10;lXn58gvTnK/M3uyaee+9980HH30PzDMkwCIYYWfvjpluTfy6ryqwxNc59IQ+DbXRhcrbNvkQhkXT&#10;KIuvQR+xACvoQv6IRzvDPsIBwLMrM8XPTWRdW2xD3tuYN2e/Nc+/+rfmr/7usfn85QKkIoQR3PwL&#10;ww/B7toG8wi04ko83Ixf+6xgrySr500FIacAXbbAEtOhAhbbrdsfmTtgjJ28eGxePP6FOQK4WdvX&#10;ynBakQcj2t2j8idczllHvfJXo4mEiTBjkT5VWEmC9dDKKlChIlvniSfTmbz3xOwBNL3x0T81szt/&#10;DDAGoKmkOUuybhX95mVRXCYEobfw6KTN77V3ETzW2kgnno+V6vJXwZpLenGAQiLHBsi7RHLFwcmp&#10;efbyhTk9ewqA9tRc3xOp7j2zj6CNKa7XFsJd1CUksoV7q10MnBA8YiY/G3CJ6vXUnF48A6D1FcCv&#10;R+b2PqCjKfSNLqTpUjjHpi97LlhJDcIneW3ISetXV3nCi731PXPt020wNu+jhvkX5ujFU3MK9paw&#10;TBch4VnDPirTZgm0itTAf6kqk9XI3CpgOZvvr4KSyE2xlu7cNid232wBLN0CoLo6Waiqkc/xnENF&#10;ObmG40GYjYCttACgDwakRRDOHOe6ns0BWAIAROy45WOwfE9w30Ke/xLA3wIsXVzTFRjAkmlgbr4H&#10;1P7Q7IAduxTZ9Mop5mJDcJimQePnJDyHFD/Y8pNR+TuAwFUj4CDYh5PKTOT3sB5Nqj2cOfwdrFw7&#10;qZQ0Jee0UbB96cE+pr6kjROpY0jOTTc/6vkhcW6SPfTG4t7GOMaDpcKjOZT3UKJhiGmlzFwwwCQ9&#10;gQJEqRxW7iWchOY8+ZwJfT4SZ+Xmr3TqUutCp6Q114GIckjiX1CHCUxMSbG6gBs9uTY1OwlcAnm4&#10;hPK9YB/HnvsQ2nZT8ZJb7pJx21eICVwebFtJZA1uHocRkgCPDpV9VXuEWIBOD9jlC0kEFPWz2bAD&#10;h5G8CzlFwkJcKX3UqT4+hnfIc6hgHwXmoEy55GRK9FzaiguYyDaTMahXYmhuNMQjSAaoH6rQGtGH&#10;h9b5oI+E3pJ1XgOpQAYi9pOATGbN3k5Je4b+JiTeUM9EpyRTy03kPQxrg5+jpxLHuKlw7+gmbnwI&#10;jKUWvKZsBNJdLxfuORe8OihpBikFADgs4mHyasdSSEe0NOtkgu8ytJOuGvHJl3t75mm/dInhey/S&#10;8h17maUJekMLxqGcNwWuNy1m/XJte015ISxjk9ceBbNs1lT09Thl6edYEMhIMm7WMFIr1zMlSb6f&#10;V20mt6QU+OfyHkKeDq9SeS5Lyfn38AwMuKO0CdBHSddGayDX7zhKo3XHkbOBN2LBXWkazj02LH+3&#10;UxsKP0pkZpGBH/3w0gERcy79Lr2/svxlDcbeT5jcEia21emRIXjkkHj3We6aci4EY7SefbVPEQx+&#10;fS1zXVMMQwiXp/L5KbTs8+S8nNRxy/7z8i7u1H08Euwwht7FpHcdk5OXxLjsI2h9aU0PbKpzqahI&#10;UfW9V6bzFTNJ6m8fYKFh2MWAoeUSJmHlz13qPZqCWFWQ+LgA0thZx8YXkM+BUqRBG/L5qtxmjeLJ&#10;s2bAzCJKUm6LVkQ8YHBTRN14mIrTT7QdW14yGWsiweUUyLU9D+5SoIbtZNrdfT7ikUemszCgkc+b&#10;yHf7Ue88LODW7zElUp/thWpR6iU+wt+mgZXueN0w4ok4xD+ptfLJwrLS5pQ5v4+ZC0PJxLeOzCDN&#10;g1OtdIIYcjyH/SRgx0UL4Sysqg+4paw+yoG7OBOKklxy3b6dvhaZDUJaHA9DqhJde0zv1uBssInE&#10;08ruIERCuvXKx63yOxkkjUyEN/69PB3Hs4Bc8M1bmTkCLeZg8Z0cvTAvnv4GMt3PzSuwq07eHJn9&#10;rT3zyZ0PzI27980tSBFnOzfNBJLIKYCDqgIYBumkCf7oYsvUhLXeJ6qGkMUm+KgHsO8MYM4Si9aC&#10;ASJIww9E7nR+gD7sAp5nR2bbQUeLPt5hTzpE+urKvcbfAQrNJfV2CT82pK3aG6Y+eGwe/+LA/O7u&#10;zwFWzM3etYcANADqTbYBmLEyhAivL2tphX5ORIGI7cDfIfNEkIhIPw3klhWk19Obj8zk7gfm+quf&#10;mDff/q15+uX/ZU4Oz5Huyx7jCz2I9DlzSYgFkHGxcEGABHYe9okaFK1p5Qc4SkCpgre5WFU5VU2a&#10;rd0K0uOb5s7H/8TU9/7I0O7HZhfvL56Gcr/Uk0gxl/dbJf7m6RyGr1T2ZhgHbZI2++7YgG3din5+&#10;pTJRjxPMwSA9ODwxb05emzdHz2EP/BKAXmXeuwZZ+L0/BsC3g+tW42tgOFaRhZomNLnikN8F0Eyw&#10;gsnudXMHgTC7xxPzGgnRp6/ATp0/AMbwwOzhOd2eBL/EqBiideE59FbEEWu3zB7CZBYAspYVgOut&#10;9w3duGNuz3CvfvGvzMHjfwNQ/QTnxu97VRJqMQmejnLObPB/9Byn3Du0U3b6dWo6IbUf29nZQV0z&#10;M0/eHADcPDf7YOxdu6jMvuA5wnDdv6b+k0t4M9ciKpc3rPF8T2c6+J0g7Znoplm+AcvvAjJ3PCuz&#10;2a4yb81H7xvVZb56YazUi1tTVTo2128bN8PvQBUyA/C3OjoGAO83/ekW5Oj1Fr53ooBuDEy1uziO&#10;rR2vVsA6Kp6Z9jWe+evAYBDCU8kAOhDUWFK2a38vODUMloAO8vRka22PJNC5uTKnm/26VoNHSNIB&#10;oLhSzc4985JxmU9K9tMLHEM8gu9ZTDnxzDQPjGhwRVqmWJtMdJPUBvJUYLK++I6TGVWz2ypjdOlN&#10;psAZ9UIkPJuuqqqcVp55S/UeDvV4i8eUPmT+IXaQAzdN7XdpmgQPoKFkkTkPdIhMt+CmF5oEXwyL&#10;fwO1Ut0hs0/q6rkgx0q4lg3wvGXdxQVAzkGj8tsmyGSi/NpP2ZXVOND/J0UPUcus5BDjntITuqYt&#10;9cvxmvzUz2i4vlECYjdlICBNIB7dBUoiU86mwBHE6yzCuPXys0S9IbI/fu5b/CdMpDRFsq/EbCXM&#10;WT7j8IlyA/kd/X5ZOkkXdPXWnQupFXwpg3iMDVYKheDMW4qKvmFvCzpcpRi4/H1oDRuT1/rwrTsf&#10;V89Qprf4XdpsSmqGgC33koOvMnntgL7uODrWd2viZNi9o5C/q42F3xoZp9SzkNdo5vldHBYP2MdD&#10;tv+7kr28A9C9pF3rJ2tyjz2XaAH7gF/55VmlR+oIjcLKXqAYQ0HGwXNJ9zdHZtQrwprQ2HLbbLto&#10;oq/VamTqcMtE64JYwrrlXGjgOb9E6cfhQhIvDeZfeeKo64QNbUJvWr+ZRMJrurTeloXVJOz2KvGW&#10;W2OzSiOYNyXJxSkAFf14jCe/aOiFkCyF2adfXub+XfGYOHj7KPinx+on6I4TtmVsthK7BCrINWgE&#10;QOLk+NiN4yGZRxRdLmwvA3PD3BbT9WLJ5yoQ5Ed6swzoK/ZylIlWU2uddHWyJkk7bwcrV8BbCupN&#10;vgS04XWzE+o5pySp0dSvDSIzL0qRI3CRJe9yZifHPZQtBd9SEoQH1nMRUJeiTTkbngo2C+n/sgCk&#10;LsLZe4y7zFImBfzaHoy6xNPIhunjkWyGIRxt6M0YijowpkwtFYKEGRJSs3UdwHvtqV2R6EDvIHyD&#10;Sxa5mwB+ueeKC0oaRs8nDfccvqxnZ5BOHnyDP78zr178vXny9RMEW5xA8libT95/ZO7d/8RcuwVw&#10;b/c9SPh2lXgx25I+aaHMKAGknFgdqX/7KqQlC6i3DAotr0KTtE5h5i3QrJ9K4AfkfAt9opCWS6cA&#10;/r40OwzQAH56p6cz+PLNzdHqKY7pH8y0vo4AkM/MNQBjM0lhRUiHeXZipq+fKZu5BsPvqH5uLvYg&#10;092FnxiYSdOtBY5TgkH2FNir632zAlgxF/YiUn2nOK5bCMKocPwWf2p4DW6JtHEKIANgxTm8/xar&#10;vzJnx2caCiFeggu81xzg3xmAqnMAj29OJUzE6pBre+LM9e2VuXetNjd3/GYy1fRynCOcl9m+Ndfu&#10;gqn2AH58j35qdu9+AiY5WEsAOkmV37Loe7KJyIgrJY9Uem49q695R4XXiJ87vbOMjcwaJaq3GEAu&#10;iGC438Rv8dQcHb0xj199aRZgl+0AkPv0g8/MzRvv49xvIVBDfBK3NJG4rrzFGYsslCkEWtoiiSNl&#10;FFI8/wZefUC3buBcVocVrtsrsDd9QAzv3kBwhzVVlQ8shgF5hXqVitTuwX8LgNTKagTIbAk5BDC9&#10;nSKxt3rvQ4Bx/wzg3w3cY/8DwEgPaJkAVsqv1FVUTFLbT3VOWV1Iq6Eus4hCwvPeTKaVE3MOIE/q&#10;rwU8Nk/xO9v7t80BWLv7Z/Dyo0N8C5A3fBDdLlh/+N0FgEEGcE4PHiCE58jUZwDf7981qyd43q9d&#10;N2cIPKl3AczhZ95A6r+1twfm7RwsPGAouF4VwkkuFgDo8KwxwmSEwWmRiC3WZ+KXqWsQwmbI3VZA&#10;f2t/opLeOZ6zpbwvvE8NnsXqwU2YD56oB+jZ3i1T4Z7RwcFioatupc+kC2CfrLOOeimS5CfMJAaZ&#10;kwGDKjfQzo084muQSU3oKTdyXZPwSUWvLW7BnDxQoCsmbASxBFRjb+bpPebwwVfBy0Ixv7pNvo0s&#10;xvgZfCEYfOy48aAdd3oKef1aEnCDsXYExgK1Kni9WAUBZUIxbSe13o/A+8E0iuzKe+siFaW2mgDs&#10;9HU5hFfoMScG+UZBLdumV0n0uw3gpQ2fR1h1AkwyNhFBuj2n1ScMs/Wx45Wa4uJBauZ6frz5rG09&#10;f6LhkZpIRt8KdsFYNXgJ6GlZgp7qWgDUtOzDCHrJ6rDU//vCaeXNhDmCW9TGSFOUiQzi/4KMuvVf&#10;KDW8TruQjnVadf5cLSBcbvoju7OTa/BwNkG5If4QmPT3d8NJyEZ7X3Fy/4RktWhIzN0EOULPVRtY&#10;EBmXHpSt4iJto+8LdcAFdcb08TxmARKFVNd+Ic9juxbRZnV6AYHgDfzfMue59HptkICahvnQoEPh&#10;PAyjPxzg3HeHaeiClxvvkdKsuTf9HnxmKnVLvAYb4oSxVToX3JumcdKI9iW7YygR9UIckpCbhMEw&#10;sGIiusSYmNbLeCML4hKo7xIEt2OMFL0Q0/PDSQJ3Aert3YgUgBf1D2W+WohJFjRFeex9MWGYB/Jl&#10;Gkuupit4Ya57tqiTlo8H2PTl0SUvxS79mNZOxnnU2tOZNN2s0+BnxO4iOM3d0VEuIekGQSP+pJTX&#10;NcTpOk6t5KSfBF0C/XQkoz6qS/UQksJMEtBYiypfO9SchmzkgEynKItp9NSlJ8eAsIyaY3Rvbg32&#10;ufO0irJbS5xh2jTincNpCm/ys5xJAJNwzh5YZROpqMh4IxMr9aoLJIvWr0+9mZYjQR1VOcynPZba&#10;rOevVolfYO0TIf3rJotYGDRSDN0IbHvDIblPLRyibJaz6xQZf3SJj2tb+royGeuyQYK1ZvB8NYVh&#10;VJYaTbmUNQ06ycGnMOFPymamIWm4SwJMn6lOCs7Z3IRyf8Fkz8wSAwf2AxskOfXTz5PzE/fUNhhl&#10;xF0o99IjM9pmxBrVjEQdE2cS2y4nItSnlrttNNxn8Vl0bc3fmS5SRodIgkeSY8yY8CWKIo9FhHfL&#10;ewwRSp9tk4RsaEBOoIkQ967v2vCTrk5IE0jTS8ZJQi33dk/9ExO8Z/DlgsdaI32arcppNFe2mEjv&#10;HSr4cNNgkJiuei6ofLyCJuxWkmILb605GFXHB8/M0Svx4/trc/D6GwBTZwi52DefPQLwcnPP3H3v&#10;AzODtBToBACzLfWM9xYCvpejyoN8sig6eOrJa0vNIYEKPkjA++VdQKl1gaZ/DjbcEoDZEl55c/jn&#10;Lc1LrKWvdUG1eO8LyAjfHFfmOUCgl2++AduvMZ+894/M+3f+xNy4/RCvgXRehIecLhHMAabYn4G5&#10;tQPa0AnW1cOjVwAwj83yeAuA345ei8nOPQBqje5lEwBxboHv47NL/zd3H2i/dhOsou1qrgv9BOBE&#10;NQEIAbZisxKgbWIOf/2X5gWAqSXCSE6BVh2es3lxOgHoR/A1FKZa5X8XoOXta1CmgayyC+B3Nqv1&#10;2alustm59dDsPPix2Xv/z8z2jY/NFBLVCoyv6ZTV11E97NUbbalEGB9M49pn3anPosl86JlLa/bY&#10;QI42DFnjtfX9WE3CgfTDwU9Ctys8GCsN/kIvDQbkxZmApGfm2asn5s2bJ2CynZpdeCp++OgHSNe9&#10;C1u7a7rWb297Ca610pc3IcjBT9qsjUqz4AHIfjHVwFDn1IdOKwkNPal98CbuM0sAp65JoAdA35OJ&#10;OYJq4RDXSXAGRrLvFthmVvzjaq+6c+Hz6HAk1N5NCP2M6r1mKcA27mHcW81qFcIyrAanVLiP1JBM&#10;NbcC3oJFV8k1BEsR13gBgM2AHVtPtszN6Z/jXsIn+MW/BrgGht9irudVAEIBsmNwp9YEOLF1OwPx&#10;ALRXxuV2BFWU6ON6TPE8V9tO/e3qbQ94V5Cyryxk8SKRBsjcyDmut5FIPVOwebr0ITr19z81Fwd4&#10;ZvZ3jPvwMzxTM/j54dkRNSeeMTkHNY7p9OjQbANUFLCuQW032/8A6d1zc4HB8d61a+YcXp94cJWs&#10;5nDvOwCE3qIYz+7xG9O8fmW2EKIzhV9mY/29tQKjeO/hfXPyOV4bEu8V2LrVNbz/MZiCcnyiNQ2k&#10;tLrvrxR9ZBqRq4gWWRKTKBTrhTACTke2PY9zzlIP+VJ/rVLzQgMfHs7YG5xNy7rRdD/FtaLALhNT&#10;WKEBg7bZKDsOlOLaTweEAluHhF4nSUi10DPr5L1sCM8gfSBslOBaVsCUqJt9LgEa7rA37fZpS6HI&#10;1wmOU78NhQNjwqrKOxsN7fDH71OFibtrEtkIFd5b4zGw6MvXtvDQcF23EyJPXPGSUs/e875xiuk2&#10;nufJeunPVFKqD7dsRDGBVzcfHHXV6O9YHYOvPJgkno6r4Nod/CU0fCKCg4Hx6CdWYZELACipe3YM&#10;XlklkjqOHtmmFd239H+7ZqFNpsqh64gLjRQT2sRTv3sJTWd475gfnCbm8QAQS1mYvWTohJkV2XOR&#10;4Sm+gS4+KhRhPBc0+VVijhJMt023QPmuRONUgocMZ7KW+Dk57QRiOEfW+eXGPym4HdkZLcbL38GX&#10;bEjTGWVGXoVV1jIjNwnjKOqihjAmcYG/1BuGUz+YpRf4Eok1loYyouFh0GgQQi57LQCNRbIXb1r+&#10;FljQXdPBBbCHE80YEV3pdij7ePBaYSevpaiZQVpj/74oA5CUhUnQIFk5SVy2FJgbrlf8seFRKJJ7&#10;6b0j15fT1iJPluaUTUA9qPqSAI3xS11gk62NIirw6QdDjXXeeOEshcFEvF9WjhMgl1u6kU0mzdSa&#10;knX7WvF93Ib3OpeTsznYPbRJotQl3rYAIOXpizYJU4qesWouLoPAJSbnCwyw4NXXnB3qv9vU28Kt&#10;zNwNyDiwcKiqQjBXSNJsvJyLol9w0EFVwds3LjheCudDtlKsgHo5JGkKMBWCPVvRRpw5rcpMUWaT&#10;B1ZYv+CJpNgFOQ1FL7z4nqtOhstUfqJT9mGfkdUqkDq74+HaEwNDbEw37u7FbniWeOLZAMbEIIpE&#10;zps99tSJGfRbdoQ82rfKrELysc8pUyPxwTZoR5h71IuUsIMSO0n97TJqyCarduoBl9wHLvPUS1gW&#10;rldSFZawGIpCg4yDXuRv79q43jprTXkQwr0hYHkwyL2hZR/Jpk6FNOIFSWOrXp+lzHEtW+8D3I/j&#10;IE5CYEu+zxl9lsvz1OLCscmaz7mnXirLTSW8qTza9AMKOB9AUkFUVThGygwTWRt+TgLfyObHXAnh&#10;QHRqCKgAUmFIJHC2G3q4Nlhu03nzOoZhXAOaooaF0gdfgCa1RNDUHrQ5SDlFsMUSIN/rN1+br774&#10;W/O7J78xZ69eAuBrzP17t8z7H/7EvP/+jwDwwWxfga+p7ymnUz8EYdeqozwhxKumOCSsOwRsyIIh&#10;LL6lhH0sJV1VGvOJl+0Ksw+AW0WPzcHZ15DovoL8Fn34KSHt98A8hYfZm5MzSIen5uM7PzSffvoj&#10;8z789Bp4+R2dH5lDgEQNgIXzw0PzYHJgPrrvFW1y/Y/gQ+YABNIEFlDYw8TYf773DBLdfWCJO/AC&#10;vA5MEtJQgA7iTdYcfWHs7c9wfT42OwANb+A9t8G0OwfbcWdvy7zefgMo8pH5xevfmK+fIc33YqZg&#10;5fnS212J7FbYdhoNIDsXWHlvXmhWL4I15uaTD3fN/kc/Nrc++afm+t1/5ANMtm9q8qzaUlmv0LMp&#10;JUIDIlNvhMRSwFEhB4/Ldem6FoV5VG7bT7MuAoomH5RHdaFT+rlft89F4gwPOLHhmoMB+eL1t+bF&#10;4RNkfr3BvUbmHkJdblz/odm9fh2y5j0N1VBVoYDJmh/gNxbu+XdwYLOpH53mBbCOkSph6VFISnbx&#10;uGuVmcrriIxbFIIW4RNTsAhrSLrfIMn5NeTqi9X7YLEC8APwVtF2q6YL/CaAwwiNmcPOBM/NBcC4&#10;cwGnVgutaSokPXuVHre9K4OmKWnccaIjz9AysBvr8DnlVNd6/+BJBoV///5Pzfdv/xgWKkc4ea+1&#10;wFni5+V9xT+5gRx2fvwCjxawGwDJk4mkDuO8TeGdB5DOhYtbh3wCH1ZiFeOagCkp56ABUG1xLJpa&#10;gGsFFa9K8cU2TY7BhOBYIVLN8W85B3ORRd/dUXs0DqQp8TWWNW0h9yP8SRcC2t28a85v3Nag0hr4&#10;yCmYrwJmkrDyUBPOPvtjc3ICL1DBgQTIC9YxW3Lci/eQfn2myd9SLzbAryTsSHAbGMmYvU9/bE6R&#10;yoxvQNa7r35+F2ABMq5BPd3K03i74tqDJnLCNeghpqZayszVaRAokOMjndcIm01cUsscP7pc4kN9&#10;unr31EYJqd5kgc0X5coCtqya3NshJkJ1nhzcC1/wQRh6jijc7JaSAtoX6bq4MXUePAGsqwQ45EDl&#10;Zhf8Bzkw9TpqrIsFf9Duiw9DGiQi35KFWG5yea+a4H8hG04szgKuT2GC2RaISTqNTdlyVdrys06e&#10;nDY5dWt4r1IlReXxNVopcNmEhSuTRekCUAXKehcmoYzFVcf65IKy6G0wpXWteD8Kg3sSnQ6w663f&#10;4frmAEnZjyAnqiTME9s9E/GPU79GFBcul5FRJr2mgv7E6jHbLoZhbc9PPGbu0uP40LrfeTv1BL0j&#10;CcZmkSH8VmZkXK64h9YDIx1EuXTYhMbARYPadYEIY9LoTUrfMtOPTHKn5k1UxqC6/Lpu0o+U2JL0&#10;e/HC2yC4YSS8Jg1uSc8vkVtzk/C70nEMEnDHNXdvc/8PWXJXfUr7QBZzKRW7C53aEplSkJWtmjDc&#10;qKeJvDotNk3PI5XN1VLveM1jz60slhWJYe+dF9h0FNLpqND0p6nmMehBFUIo0An7Lsxz0CxBChUL&#10;wNhjOh4AXK3PGgXkrPXr6zYI8Svqhk8+ACv4XnTD0jZ9fXguXJfn0TXag8adOqag6zHs3PBUtp5v&#10;cahh26DO9rpHv8DWRcQlKbu2vARGb8B4OtwI4YuqjjXY2gvHw6w6SXFn7l+4H2hot9GXVnPfJ3Cd&#10;lWkPtyHbC/SwvTkX9YC7HjA2mI8kc0XinpVvPL/Rky8OHNL0XR57zClj5JlewAf3pbOtLrk8qONE&#10;VZOJB9axhqkAPvcGIVzaDzkPn2EXGBy2J4suMi/XrHc8rAdcEmozODfhoNsQqDSIJ2M5JMQHQ4nf&#10;HmWM0Vj8jZLKzfr6jHvAXkbddCbxVKfcTmXN/IT5kmU4mQq34FyC+3JTBrYlbIHRgBI8wMTY3iE6&#10;uwp17WWhaBvvrtzzKejoAwlbdBaIAazNfKOAFMA1NNInxwfm/AzeaK++NS+f/MJ89eXPzbNvnijo&#10;9MGdO+YzMHju3P/QTPeFxQfJ3DT0f9rzrQIQsB0CGF1QNgmG2ITAj6X2okLqWOIePptbhCGA2QPJ&#10;7Arpuj78EA06ZINvTr4whxc/NwdPwJY7AjsIvrDHL8/Mbx8/B1ixNJ9+9KH52U/+3Dx4+ANzBmLG&#10;0ekcDLpvzfHZNwgPOTD7k7vmGuSeW/TGvEBgwAWGUmc+thBy0Er7vxlOwwqswDnAmBVYQRP4nU5u&#10;wP8NfmDbk+uQHT5SGe/S/A1SSLfgMQbZb7MPjzQw8yCzvEAS/a8e/5/m3/z8r8zffwnJ6dlWWIt8&#10;KCRXMTCu1lpKwTt8zhUAv+dgsO0C3fnx935q9n/4n5m9B98HyEIaLlADpBEFnPrXNyGduCRJfVf+&#10;IVfhIfDl6bvOcaZ6VFaZEjyMkocWAJQWYLoJ8HcCue7LNy/My9efw2PxhZnh8z+4/cg8vP9DMwOY&#10;M9mRpNqZB/iCtZUQjtaZMFES/kNBjeRVfsB0Vmc+xbaeKLmpqjrFm19Ta4Sf1ArSKvbA75mTU4DL&#10;YJCeA9C7feMuwCOATBM/5VscH5mTV88x+DyG1x+Ov7nQWmFa+Q5cvCOFxbZUdptn9cnzUINJyMsQ&#10;SCpUQZyHmdYE+P6xv+ZyfCt9XpwnHeH+WeH9hDw1wXlCKgbKucrsahjrPn4Z8mb6QwXdFhz8/hXY&#10;myjZaaoKRIB0F+fBuq4ONiryPHo1pBXWaOMXMc1hAGp3AQWHsA9lOOEHsxxUXsHWRY5Va6QA+Isi&#10;D3Uh4fw0ovzAMzTBgEM+6y7O6/x0oUm7E8lOmNRqySYBOg3SsYWhOdFr40lTc4CMF6gNJyK5v34N&#10;983S+/2LsB/XQ5a4Bs+m+PcxPA535Pck+VdA4Ose02qmkzLYFxNje07OaxMSO8DPlauWnjTosr2t&#10;n0/FxQCG4mCx8+4KzCpdMLgbvce0HgrsApXjRvYQfk5uRGEBTnRhohaU8Sm8pHRMvUEjWy9Ei2ex&#10;WcqWm7aof6csEQbhwse3B+pr3KxtaIL9w4zUGVzIZuUbqJVovRV4bTyjb+Uj4GsbbrCqaisfofSK&#10;4baavS6jxMglZBZ/DhS0Yw/mRl9CDsxOsiZjNqTVg0SAK7VPosBp5W9ykTZzFZoUAQWnofrH1yof&#10;Va8/E0o59SLkQtdIl/uaEZX86zsGaZRY2kERkbuCxQZTzkEHobksCIRSV3HikfvUtMwcCouqP7/W&#10;ZK6QLUPNtawT5WgEn4F4P7bS7XiM1ntQctw4WsjvqgBDqRqnsnT+ksTWgaQ/KSSvDCUwDdzbWol1&#10;yuLld5c7MATfaDhkoGHKB1PKfOKS2WPnozjo0oZ+IOPRIlQEktb5pZb8lTLTpyT4Jj9uuhxcLEdG&#10;v7WRYSkMgUZYFJf5HQ6DmS4D/NKE5E7WwXH97TPI32EYxWXnhYtegJum4F4GPHKvo7tqtZvE3CRs&#10;WdeCpRRHRWhefGEqe0ETmlASP7ompMWH4VZdDVmQm91WlJvR9X1cox1Ewuhm7sItihghj088fKiH&#10;C359qA8waLMobgnsBgXpHHU+ZYOFlDzAqAYzYkg/8bKVhNXiHUesrykyw+54RkNhmQyIMvY2r7Vb&#10;7ECMkIzI6dLrKGcIDbpj7oIyEjWFlAEcAFAN6WgSVpwdT5steQcOrrlNgjgSwDEyDDnIhE0pXIdK&#10;KbK5fIep5z/nkjAO6rt99ghDhVAIF2WZ7JUUZDfw4RyGFg5BxTgkpHZWPWAFMkcGEeXMvlI+S1zv&#10;XJI6S4lBm01Jz5TVPv3Ub4pS7hb0XIP2UakK4YRNTmUr2oS1R70Y3i59/jIPv3FP3EvdhEeKmXRw&#10;lLJnI7ONelYwbEak9nnOScYw3WjInfl0Uv4110ObW2CeiuvcwOY2CwoZ94bNhuncScH7rF6pYRuA&#10;CBWSeFlle5UnkFibWK2wKTm7D/2Ur+q/1qnXHMAITTZXIt8CIB+8+M7gT/b6jXnz8mvz/PlfmW++&#10;+ntz+vpA1+kfffiBuXv/I4QhfGRuPPgA686uV0Ipi28RwNwuKjslt7R+rKLmEkABsl1RfK3Um68G&#10;swv+XVB3NQJOSL+2+tqcHX1jDl//g/nii2/N62/OAACdmYM3AOrOITVEmMb3kfL72Sc/NPfgZbcP&#10;2esRXuT09DUYe18BMDwHI2sXMtkPwfq7a6YACM8OAGI6AQz8893IMeLvE1yk07DfVgJsyPoN6eHy&#10;1RLS4SPzBr6AW9dfme3bu5AYPoDKC4w9yIjn98BWqt7DmjczXz3/S/Mv/+f/3bz4FtJisJSkt7F1&#10;sJli6QlDqmyITmcAqxIwwLDAkHTVNwCf5rf+MeSMD832LkIGqi31GKOQPh9X6NbC650Ofy8P69j8&#10;PiuXU55QY33AqTDQAHytQmDJyfGJeQWQ7xXk4YvzV5qi+9GDPzB37+Fc4BxtQ0JK4k+IImlSdQo4&#10;r5IbUzykhCC/Rkk2gWABBNCpwr3O8KAUvWF1/RZAd1wLieMMg9gutIw00X0bAJU8qnV13xiwRd3p&#10;c5UVn+IelbpndQaQ+PhQpb3i57irxzf3/v9c+zpPVJDAK3YngaEHsEqkxPK5rDL3KiXAxERlzQ3Q&#10;HLNKFZDyD8FcNDcB508ksspaBCGpUim0E0M71CMTlTULGCYAoTACZU9qr6FIiXHfWVV1kkJffnlr&#10;VGYrtZUE3cjUU54PAVcFbBNpdcw7EKzIhTAhxtohTEuRJmtICAA6gWDlOaZQx8nvTBVoY31/+fzi&#10;sSnHIICrPCv+M18oQ0+Oe7azbZq5DADkGPD7IXSkEdDUBcs064HUra0tvbYrDJ8FOFzh99xsqinK&#10;QsayWG9ZnssgUahHpTPh4rtsAkzZdL4cupH4NbXQXpqLtz7NkUtPWtsQ8sBsNwNlqKPMKkiySm5g&#10;LablzqkDuOIvnrIOpICvbJDI1iGiGYkwVdWGLcTJuvyOItHK3AtgXxV9dIL/jnj7KNpc5V6F4tHQ&#10;gN662MNNhEXfnmukurAfVrjhKtFiT1ZKf5YbsAmBGZp8i/cTyq/39PPF387+rnq8yV5zcSEL/UxG&#10;aCGExzP0ItvQp+h6MLGhMH3A+6wEEMRC0ziPWAuCqGnEGm5i1SchHHy4XoFlJoAezEQNd4yElWZg&#10;L8JxeF9Af/zx/HNL13chWZBD4q6CjpV9+yCEKKltCxFrBqZQbAbhF5wWGOGet22CsV274tPQDbi7&#10;NwMQbMRToXJ+4dGk5aYFnU3ivdYP6ewmwd5PkXsJz1fbkTgPjSMaTItzvx/aKJAg82XpM6dGgMJN&#10;4hqKaQNFqNW8A6CFe2gZjTQJlE3yqAjgUZccO4qTlaBa6lhBRD02HBec7cqSURpjUawBOiPIlZI4&#10;uM9UpGHCM2/Isk2ZN/xdA2Pf7pYqy5X6zBTykgcKvqB9aUTRW8m828CKYgXKm1BmNwHqeGjVuWkJ&#10;y0PA0SVwtbAjlivxZVnqnnWK4mMBTxXxIDq/ONHCTEyga+wZM3iK7MC8eG97D5PrCQqmqRZNb08D&#10;5jZcYZ1MvJXzBHYfBb8fXV9b+ToNAOhYOKOSgpfROYpmFMyQSvHpAcC+hd/bXBpENjxSVXaINY5Y&#10;f+AzUxjO2eA7RGmY0arRQjpEuXefLzaOjpNGmhKP3I6h2IZ3uETS6XoKhZAWb0O4RpTfFi2MbGDh&#10;UQCeqsRHru6xhqocCBqESydsuKg4KAF05E11WgsHStiCetyVaaVhKYoylPyGLzSdRyQnIHH62qYw&#10;E8k879Ljs4knb5OzAnkkQylbb1IgNd37UhPxQAJ1lDDfwkAiVbC1LEjuBWhTnnYtQE+V4R+Jr11Q&#10;qHCweUkBR611OQ5IeZAml6pqB3J6SkmFnZSYSwhg7+8U2ItZsmwboNeF5lyeu1BOMW996JJiyCbg&#10;cmrDwH2qJuVJt5yw/PTztUINznwgS4A6FVxjLnVjaG0BcsUzR3afy5luZDr7Ai6xJLLIbR4AhX2J&#10;YgRjWiseV5Dlp4A2mEC8C1ABXlQ0nXgbG+rkRnRZAEvvC1Q6fnLD1ByTG19Kc77AnrS4OIIX37fK&#10;5nv81d+ZL377b83BK8hlwe557/Yt88MfQVr66FNz8+6H8N26C/Cl1k6rCqQL8c+rhI3nBLxbtjJ5&#10;4rpVaqldk4Rs4P+igTqFlu8CPmQClEnPs6pONQjh5Py5OTz82nz71efm4OkrsAmPIR8+B8vQqR3S&#10;e3eumU+QTPuD7/0RJMQ/BEtoJhpZ8+XXPzdHF88Bgpyb2zcfmjvXHwE0m5n9XQAPC2FbfY4E18/B&#10;uFtq+rvsshMhrMh7q2egBxK4UgoCjs0vY7X4oIJ1dwgwR5J2j3dfm+tIHG4On5mX8xfm6Oa/h6CS&#10;5+a/++f/vfnmMfrVRthnVhlFK+fJMBNcX0ninQNwFOKMsqiUBDGB7ZT4+J2Z3708NX9/9sZ8H2zI&#10;ewAHbbPq/H3bMEnTJse+Y7ivWxtozH6FNlAWjJNTovxUenupj+aoj968OTSPv/ncnIJBWgNhvX0D&#10;6c2P/sDsQyIrsuiZsN9E9sleDaf2Yy6y9MJa4Toqd18d4d9zFdQIwBGQ0kyQZE+Onpr513+LkJan&#10;SHKF994f/LvG3f6eWUnIw66XBndKF++POEPRJqDZFiSxu/ja8TdfGz5B2AvPPREKn2dahfopWJG0&#10;z3NLbgEpCV6WClQJfiIy4GCRIb+v5KCqDp7/pENVfaZwviR4xGcUNLpmib+hUqjkvNS2C5WtPGmp&#10;aVaKMUzxfLhVYNsGdaUnUq20zhGpcgwq1VsOrL8KTMHJNvwyL1YKIKrYWdONJwqS6fMiJKvQ21fT&#10;WRga1J5YVNWtH6Hu2epV2KjPs3hhClin4J71YUUWQJ1sY0s8H7pmnHvcxCJ4g8HknM7PdbBcW0/W&#10;EvDO41Wrzg5GwHO5UsCjznEuxdwNVEAAhWfGkxqd2rW5gKvUNkoZXJTX2NZfrDXAjrLWYNSiCx53&#10;hWhrahuYYlXYjBsXFaw88rDQiASOhuzCKJOMyGoAZZjzqkIvoNx46jkoWv8ZGoylLkBCrZSbWj6Y&#10;mEE6xCwbeDTY2Q1cgLk/ZoBVNb6/Wl3AkHIWzFX9tNaSP9m6R+EECyvLtlPKSpFY/0D6kXdjItBG&#10;OrUXgIzxurJQX4g095x1AZQFUTzyajxETm4K8UrEcVbkwcIKx7GSSHUxqKwlaQVIMG6KCcxVHZ96&#10;I0yAh6eLpSLlXv6LB1E2GvEHmoOiXZNSuFcircLmoN4G4psHCqlMG6JPnvxdjnYmSLzeFzZkadXe&#10;HJUXrW5nMn9mFtt38TNbXhYkgP3MtnFfPtp7ojLkuSxeeK3K+eATPUtC0SaRU+OzTFg9iuR8yE+o&#10;Kah0SIn/Ip6a4GHnuiRDDqnIASRRjxj9svc0UN/C4LtEpissoqEo9VLEqCRrXKN84Mxvh5Se64kQ&#10;pLp76Y6oCkxKuSdl4mG9FbdOPmSCsfLdCwdDX6s3G6YGQl9Q+fwkBHRwG9TChgZeZGvlEBTuX5Ok&#10;FVOPPVuSbxZSdakHxFOBoUSldOMSODkyZc59+mgk5dsUQnuG03vqV6E8YpqUudnRiPyReowCzmWD&#10;KV8gMo4KtAXqxVOmwQ1shr4gsWHw4hTbyj5dDLqxPcYhJ/I4TtjSlL9+lI4yU3guk9dI2BErLknO&#10;+FLYiQsBGc7YjCWSHhFzwqyMgSjc95s0+TmmnKOqkk2ZWIbfd9FAvbVLsO0aoNN4Gxtsbt+fgkut&#10;c6XQjEI3T71BF+Xnhzk/fhobGCTyYR6ldFCvseYR7JGLBaoUAByKKkvBnFwkESs1jtUUQgrGwA3W&#10;0YUsGpi6q5GzSBxW3nvGwSz4dCHJgWfmcH5gTiF3ODw8MU9fH5uFNApnZ/gaZAfY8yQJdYY9c2dr&#10;29y6cd3cRwNz9xYK3f27SBBEiiGmzNJksHjFqieu1amzN+HmEE5VtYPIjo3WsblbP74UJqcug93f&#10;606ZA8ZMuvPhAjMqGHAJ00EwjyZ08Jb9/q4FEWqICQr1JfZUgtH5qiHPRpBaZEU5op3gTDIqt/VE&#10;C0313ROJihxH4/Q8y8CwmXOoJ5zu9zaAktqQNR1wGIEaTZUNAE0Varis6Y7JtVoPk5rA2xh4JgqF&#10;ZcIUJM++8SmRCRYl9btYvsDLXTzWRfWDkkEIin42EQIyaGqyRFzdZSfheJoOUMqlq36RqqJUN03v&#10;a/yJo3bP4DYMIzJCOaRqp/4U3BeVuGQPCiQc6wqhSuGyKZAZGVvVcLiRyhY7y45k/JPITS31pJG9&#10;Pa/PSmPiQXJxHLxYyh1Qo+1HZCu3+2Ua7Gq7YBdKgxuqlJFHnfRMapWawrC7h0ZVwavW+Wvjb2nO&#10;04aZc39Bk4B1CUjokrXKhvu0aQoLouv8NONQNsrSBu4E1KsDuCenbr0Dk32w8WRbL3yhACBzBk56&#10;G01K2HoBLFuGFxcQazkk1ushOW7v0TbRtylkbNAIy5gS+dIyVf5yS8RU3Mn1bXqoGwykNjQ8NEeM&#10;4K2uXZSw/alcH/GYAqDnPBHxxjgoaHD/VAAZmi2RaMJHS5r1sF67mEZKNhxrMPwkl/gCcDLcqRIi&#10;if+j66KrAnMRyigwciSUQtbes/nCfx8+7AcAPc7AhDs9emK+/e1fmS8+/6159uJbM8EN+PG9m+bj&#10;D39s7n/yxyrV3YVpvvpdhemG91VfhcsCppZ6cvswReN8r1HXjbJ7hJkjNhFC6njF0jNDiuuk9see&#10;BlbbvAHAt/zCvHzx1+bNt9+ap9+em5//wxtz8M052H1zBR0e7EzNw0e3zZ/89Kfm4ft/aGYIDrgA&#10;M+v5t1+B7fcV0lq/NXvwVbsBL7A7NyZghF2A/XcC03/0dyfwUBOg79xLiAV4o9rXP95yHcCJfIal&#10;ryGnAgDiGzOAdrJPKCKD/8+P0Y8ihOPYPDa7LD3unjl5yebpEwA/p8eelYXPJz5nwvBaIXyAG8gP&#10;a+/bvsKf+TmZ3d0t3XGVbII9cInrc/5qZX7zD39pnn/8Z0j8JaTz7sFXroLceAErEOu9bV1T8HDu&#10;1pSs6qW0ni3Xa2kS7Xr2bM5SbmtX9a63iXe3U2DKYgOsKt/bOenxnUi0gSpgHz87OTcHh6/M0+eQ&#10;Zr/+EgCZM+/d/wwJzh+bvZ0dcG22IZ2FVFfqg/A+s6TGceHgKgGZgjJP6y+Ra8bwCdkXyav+Gtzn&#10;M/EWhjTbvAG49/Q3CH/4HVJ2X6J+EbDV98w0x5V/8AnCOYBBTGoNlxEQb4VQlHp17PtqYASLU+AT&#10;8INzb74F22+mgRjy/rp0uGCYxRx6bOeVC+E/kfw6ubHkeCiEg8r5FDJTCOusJ0H2zUH92FQeQ2p7&#10;yyp4FOI+xXHOwY7TNXnma1IFzsVrT+7prR0PjgnbbkWKoawmIaUZQNii8apKkQRL3VEpEE1am0mI&#10;CD4sapmp3s9Na4EW4pysx5fkS/JcK4gtg2rdHz2zUNKLPUOQfXI04EnCGqLWXeItKICkYFDC7hMy&#10;luBGEs6K5G65nrp8wReTFGeyuqYs5NwB+1iIx1/ADOTZqHfAtkXNrUpCOZa61uPWoDgFTNmnpCH5&#10;1zP7iC6lD2zOX+Ah4+6taRxpY0dr6R6c+f6kKPeYp20ACqlL1I36enlwZeHXOJcCh10edg8m+0QF&#10;ZcFZL9/Umz0cjwOLr9HkmqnerI1OgFZBL8L6ACwUDfU3otzc4mEhN58CZUFeHPQ3Xm6sWm6jDZjo&#10;vL3pK7chDbKQCk3cmk7WIY+WoNLCFhSa6Mpx8JOQRcSzEBtt+ijx8KPWODManHv/hGULqLow8peC&#10;xllO2DtdlRWZFFpfVp7l17R+dRtK2zg33eakuaei30dqRhPN4ymT7q1jeRGbK6dypq8R38/GpGaO&#10;hXR3F8dE5XZ6pWEi/aEv93wGTebbmGluNpQ7tiEmI7Qv+n3w5N9a+nl17S6Zt2U+/Z7+S5KAeew8&#10;FOQ9eTNQmK4XzwyNMqx5TN+2TgpYyPq9LAKW1rgHvqMLufHUdkz6zdwzWe5fE8vdw8bDS7X+tnwH&#10;9xl9lydgE8lzGPIEAEj3FeFjwztIgT8UUw0m7YuVT6RXEFgL9iNNHruAFOIMRcubE8hQjo7MS6R+&#10;nZ6KJOUQLIlz+JGIUXOjoJhKt0RloVlOUgQiDAuG4a92XpgnX9cA+XbN/VsPUPg+MPcfPECxeQvF&#10;77YaRfvRr/cWUpZY0yQO9Hbjz8wb00/7RT5ne5AUaT6FF/vl3JucWx3MmM6SQtb9ynsFp56Erecd&#10;hSGNKgaSusV4qU3KtKrrEJS16sLN7CAIcGTxoCGQ1bjYOHQs72Jdl7D5PMknsHh6YFrqUkB+Huil&#10;KdbjqM3Sh25xKb02mMVHie7KRhCnS4Z1qdF5ajdAufm67QWTmr6MkgregbZgLRCGf1HJInM212PC&#10;tv58Y0bDlGFOQwux3ghxsA5RaQ3oQEqi5Bah/B5gGrmfx2xGe4uLlwYl9RaVt3NrszyQ8SUvxY54&#10;JMU4Za7b8TU5Zeduuu1SSRrN1IbGxeRY5xK/OTckuRUpZgWgkRLlUkn6OgjJKPQ1WZpwn1XHyTCS&#10;0+RkzhM/uVNtxGvqeszGNnAwCVuhPiuVaMTZgwqBTl3SNfdyrmI7IAnbdrarrBWqp61ahYiu7N/M&#10;idVNBPuWS25ZQI4XKrM9RvNey5qLBNtzDGYOEYBw+PJL8+2TX+HPrwGwfaNr26MbN8wPP/2BuQ3w&#10;Zff2B2Z7/7ayzqV5XqyWSlaw6ecO67DIgNWOImjs5WuHMgghb9VzAtBC5KoECax48jUgaghYd3T2&#10;WwzFfmVevfyd+fq3h5ANn5jXTy/M6+fnAOVW5hqAsT/65APz/UefmPcePTTX7zzU4IAXT78wL17i&#10;9w6fYr8+BSts19zZu29u7ElK7yt8RmAq8PMTJdEKAM3pwQmAEfR6K7+Gb2/5e6xR0hLr8KaO7Ong&#10;MiHXSUAL0p6T1WvxAqDQ4gDpqA4AH8DMya09c+faB+berQNTf/1LgCJTZXAJE2sy8QCo9JQTBH0s&#10;NWUYx3GO87lFSriRfrHGfdCcX5hf/R+/Mv/b/f8FANQ/M4AtwKC05g5kmRxYmlzakwsOOv9PVfje&#10;Oy9d+iow32rvK4c6abFs1KfuAuf9HIy6ly+fmRfPv0KgyQvck9a89+Chef/+p2Yb6oZtgDoC9NUC&#10;0thq9OavkkGJ9u+yi2MCR7gnZrWXCQsgpMy6CxB+UKs1uNfp2Zem+vZzA8oqvPTmmuAq7C8B9hdP&#10;kPQrg1gMbCcf/QRemtd12C8SUNvI9Vqaw9/9HAEtr729SCPBZBcABv0iKcCkKBC4JX0ZZZgtJaRD&#10;pLm4j0W1IcCXDIgnYLLpXr9ctQpJTeO2VeiBQ2KsWp0E1YXxz5h8rnri2XhLnF9h0dUqs/Uqx0Y9&#10;7aZ+PW9WrZWCpGvIe/N8ruCXMAInWxM9dhMwjDqoKxoAiA2ul4btKOjm1yYbATiyLcgrOM80TByj&#10;fQsLyGp86GilASNB1i/S42XjazmtZadtrUKqapkq0Ghj3oP8ETBTJMHzRbu+KxBckXr8kVqi+c8o&#10;wSIKWEJJo6Qt9lZqKnu2fkCu9bRRSCsAY3SJwXwSe8tjabr03aVaw0ZzhOIdNyk7lM/4i2RNFvIX&#10;ABiOlaT1RbcN3jkRgBGZpSzyNCH1HKgyWm+MaPcPtkZJ6w0QJz9NKBzEZw8L90Ial11dXJdCuZQb&#10;FKkwckFsK3VpPOVSJu1Abisdk/sp0WRSB6CoUc+HLZEAydQKq/QCkx+RTcl01b9GpQvOSuLTQzMh&#10;F12ahqXzyU/C0JACtiJvhKlMRvld13RGuQL86Q3l39v7E/pdXKLiOSDt0jxIEIcg0K1iSC2NmpB8&#10;Z4LRZZA/B7BvGaXFY6ByatYejXQHya487Ir7WWntmJOz5Mfop1ayaKK+JvwSo/yUrt02dIlfoJcu&#10;B9ouNsIam70NJqX+QfSpvR4k7jUE3FVOcfqrjSX1jJZpmETK7EbiGsIUNJ2wXzGEYRTkZB6th6/q&#10;MJZS080aO0feBEzk/3fxPkOlSMox/zseNyDqscii77hPwSuejJ7/aVk+nMY4Eq9hiNJmoDeNmbNv&#10;BO2SuWwbuopEgyjKNGgg5eUxXy/KHfXJ8FoQmwqStreSpFLa3H8nvfKa2zCUpwLCCYNLk9ms7k1T&#10;VPkn5zKgAli3gn/RySFAvTkMv0/NKwB6h/CYOYB/kIB85/j/mRiCnyxVmrtUP5SFMtZt8EGZaBqc&#10;U2a3MPRqZY/gPaFPaQAGnhxa1KAL8+TJgdn57a/Nnbs3zN3bd8xD+CLdv/sQoN+eFn5WfXyscrZl&#10;b9F9nL773WGLLBXKfOAoDNBUVttIQ4XmEUWVA8jJSDvkZdOqN9l1wRN9RpH+UOU1mRzS9Pyz61oJ&#10;jE8rjmER0faDwx7hwbPs9gxJGdzPZaBxb9Wo1nBNfpAhBLiVZWdLVRXMXqqOwebI70la9pBisiH0&#10;q2N5OVSWVWPa/Yt6Jl8ubs91jy8kP1KFFNckHCIGdKSE4k5Syl3mZiqbHN0nTFFLSYlXIPczCcbA&#10;uN7XOEnzZdfma+US4LH9iobcKUsdYNa+Fneppy1jbo2ha5orzn0bs/BuNtynHek/l2fbapj42p0X&#10;yiyA2tJrDDAy+Xt7mxcqhqcos5o7xSe7sddavxGxS+XB3S+4IMG2gV1IBbM94tQb1HRS2ISpx6UH&#10;j3NwbhgCygMPXe6HsKU4B2dE/055Rd3DH3rXDrClnuSX44VLPGrZJMqATR2hKcEEuXt96ixemLrQ&#10;Gif6OwBTBOaNEbZPqJOZEs8+5qIH49gAMZUuaoBgYGkKwCWsc54fmuPzQ/Pq9VfmxTe/Ms++/aV5&#10;+sXX2kTfvX7T/OlP/tTcRPDGnfsfmNnNB1Al7eoyTQEBVo81DLcEeOLWdicBoMNkQNRSksEhzfYp&#10;esbz1QyptmDYgK1ut9icYT89Pf5rJG3+Bh5tj83zr1+aZ09OsPed4ZjOzcXZSllbH93bNx8+vGM+&#10;efSH5u57H6hJ/xIDts9/+5fmJX7v9SsknZ5BiQYw5MZ1sK9AODmaP8d+NDWnFx6FtyTSPvRuQP4W&#10;h3MFEaT/mwQGdL3tWeXSFy7sLvbl2pwiofcMASXyujf3b5n9vfew90IqDMupBdRbx0dnOnQ6OkBI&#10;yPwrc/3iGoCjj7GGT8w+mGmvDlmDNYQAM5uRKuZkr2+wMcwmewALIUlG8i9uAOXQXDReNbeH3vgM&#10;kuX/6b/9F+aXv/61+U/+w//Y/On3/xQhBnOAGDO/R3O3r6zzTb48IO9qIY/rQkGd46zfEuao3P/i&#10;FydWWwdITP722RNc6y9Uqnv/9ofmk49+BpkupLpgxgnAJ9LYzE0hMONs4cNWoZ9lVRb6/s7r3whS&#10;b7EWgawWSgM+gc/ky8dm9fWvjEVohhXff/FNlNpemGxQISwF7AUGIfDs5OVXZgm/wAXAweqDHyLQ&#10;4SHcSmqAyo8NLjbAr1OwxFDTCcnHiUwU95awbFW6WnklgBCPGtcqQ5URxyZkDPiv1Vvbnm0nXw+g&#10;nEiMqwj4B6UUBcxA6qGYwCxMPlH4CQiurwbQK6b1alBGINVonaa4iu+l5TVWZxe+roKPXbW1NeiB&#10;5F9zDbnwbMQJfCO9h6ht264a7xc1gbayweqi0fdpmiaoQqzawHlQVjCemWcrx/DSlQ/VkHXPW5Z1&#10;fbi+nzMhsdrbmnmrGeA/W7NEVWcVeJRjUGA5hLeqbHu51O9Pt6e6tgl+NZ14H0b5WQEyPdhHV+JL&#10;BAot//7JGZel7saZYD85l7nVTje9TUH94gSnbvGgGBcfN8BK2QeCtIvHnVMjm0w/obpwBb0aAY6h&#10;uw6GkR5ca1rAT4EvYQE03qdNZDkq3pQbFwu4bBTi3yOvJ02Nw7SLl5626fzV1+OQF5MIa3mgakut&#10;XLSLFPfmOAKwTSqlGgaZdZsK4gGmyhti+oey1s2dkxn4Kkhgq1BRyjRQb6rEBEY08I3z3odyY2rT&#10;4prOnNh1XkOx/nSOsy6EErnKZatwbmFF7TUzlE6MU+SOBiLStiiztjUuGrGIKQLLvDb3qGCM2otd&#10;oCCfVU0/xUSmQnhIRj/IUxiHjVtszijxTUmlbCNyY6LfH+Z1CUBBVwgAGZDfRn5sYxc/ujJH03xn&#10;VuMgeKH7WokPN8riSjz1Cm5lmVdX+Xmit1iNC7Ljwt/e1r6YRu+fd+fHQoUsYeZhxnDHEgpG98zj&#10;rEnmvFunsqcR82amz75Rcck9QO/aqHBg2iz/CYhXUZiiyvqNfz/H/vLk1VNzgALv5eGRef7spTk8&#10;gFH3wSmalIWXi+ksaOVNlNmz7xjzeBcTdr0rtTdgjux5+dmKPbNMQSLxyOXgEWt0YHSK9LU5PJRe&#10;vzrWhub5ncfm9q275v0HH0I2clONiCeaNh/3K/ed0b7WEoG5sOYnzX3wfNFJqch10Lg4NC60PPY+&#10;JVJ8N901cq7vnRB84yobvPo8W9Fx7sMWC9a47qvkVn4uTIVjl984k4Fa1nQJuUNr2o71pft904EE&#10;DUWNQeGP7WoHXV9kJFxxBnpFr7v4SGgAY+WlwqzMOPaeyU3iG5eSS20CZjWmm8YbCmAF95q54WKy&#10;auWtlNUJA2COLjf412GaDoBD41VqMkdApXRQR5QyB7tBQprGyyMLIRXYf33GHkf5WGwCHBU/Dw2S&#10;VXntVsCZOmEkNCT4O7pEysxryN6DpGszkoxMnH3QFmwPjDTu65pL1gf9bxUCaigEmVBrXZSw3ByV&#10;6Xxc8sjrWKmaMmupiB9ziqz+3+S993NlSXYmdjLvfQa+gPKuq021m+4eznA0FFdDaUOh5Q+K0L+p&#10;0K/aUGgZipBZUhxyuUMOhxzfrnwVCkCh4PHMvZn6jslrnkGhqrsnyFVHoIGCeeaazHO+85lY9xyO&#10;4hzLETc943M0HQEdJ7yG4/ThD3H2nDomO4PQeL44AVa6+UkhTdC0dc2GNjodJ0hYHOJDi7BLyroq&#10;z6SU1HqGH9q8qXaj5lW1VZRrZQw2Egcbss3R8eEzYc6dnDyg3/36P8EPb5MYYrxx5RLdufUera7f&#10;prVrd2h5Y4PdyWjMKb14jiHAvYWOq5v1Sr4ZKgmfDDMY4EBAIdsNSWImE7/ZV93h8TAA62K9HYVt&#10;gHC7YPH9A714/lvaflLQztYJ2HwvafPRCXq/rpAzrqwv0N076/TZx5CzInhjEZ52u0cYuG0/pOdg&#10;Z319/6EwxZgo0QX40O8DqAOYtnM4oBIBHOto8pkRl2emEgOU08XiG44KUQyxj95iP6fVi4AB+2sA&#10;395Fgu99sJ4uoCcEgwtssOE4F0Awc2sApd6h/vIV+Mch1OHkCcCVX8HfcJsyvMctMPzubf+GTvLH&#10;9OLoIt4rQMfsEMeiq6EAxGmihfgYjsT3HvLi3jIdjHdAOjulJQCq7AM3ALjI/r1dt0gFAki++pu/&#10;o79a79C1tRt4Px8IO5EBFJ/SbH3Tl5paVkzJ+zy+se/v+akOIgE1yamQYRjwAcC3dzgEi3NEj+DH&#10;9/WTf8J7jPQBEobfvvk9yjC4XFxZxLnrmnVKbvt1rMJHXJK4zlgYSltHnVmKMJrGA1oHW68usIES&#10;QR/lk9+S2/yKcKHBXuu0Go51Mr2OmeEmctLly+SXL8A6DDXg3hZ1kG5b/u4XNIblSu99Pr/Hol7s&#10;4LplcArmdCAhoVbENZT3jOhTasou10Xe8hGyrGMhpl5Ui4w3jMDyEyzFPBoYpOMDx4CUZiQ4rREN&#10;+Od7igE0KZcyFZ0yY5FxCPbI6wIolBwAvs6lEIoa/Fno68hwXAu8rzHWgJzXAfx+trQox5WZsc5+&#10;n7MMWOnIr7PLQCDYcWMhVDlhDNYMalNriH1MaKmh5P63Ikg8APOsot6L9NwyCSSLwCsuUwW6JsY1&#10;4yt4HbmcU2NISvAPnm80rIBlkeny0Nyr/Y5gOMFUmClQhQF8tn7rO0k+5nVQPEqZ8OV8U8b7Ct1Q&#10;08z33Ak18Zu11ZMy3jkUoAT4tXydUrJpK53X2HuyS3sKlfa/TsxNZt2FxX138gm3ipiirKOAdGNc&#10;8D2L1GbmVjq5yeDSwvuE2cDAoZ6UjixgudcgDI7VdhJRDu+8Qa56bvObUxaGl/QqOZli1kiGJGdy&#10;g/CFGOymq8wi+SYZ2LGzQBFFqPHKx1rwxNLQYva/EBZfIX/Hnn/RkmRDSvXxrorBS95e6h+U1wmB&#10;TX7ORIJKYkgkJqZ7lQSj+bcNpl/0vpagVmEo84h3TXDRqyTtFYt5zX5xbxAFESt5SN1Y2/XgzZBY&#10;sNBy7vTIOdcqheOEDqQl45m4GeMZnn2VVCZNXLmBdfNgp28Qg9F0qnZumjE5HaP8zaSdkd5Aovfd&#10;w331EMLNzhifoCO4qWTcGdLRqcWx9jF1rxcmOCefpH7MmRYIrXA+9w2hvfgdBHDM0E3FCaQ3vor2&#10;2dAkppWrSSWZh0e6byq6jQ3mkztbAv4G8l2dGtdrEg+gTlBEHWLo9GRnGybe+/RoZ4sePIH59tFA&#10;WHtjnhgHc0GtpF61j68S6guxkkrSaPYl6YgFBBoHlpYE9SVVlZNNR0k7bJmEZhpyxQrZACY8+9Yy&#10;g+0l5EeLi5u0BTPpm1feotXVNVoH+Md7JYN+dXTq6yaRz2IExBmenBPXhU1SA8tBhmA5jA4BWJ4Y&#10;C88+XEPmacFmIdRhB4nNnewbYoNeGm1NZlNpIcLw35RkBaOydSSja+bUpLEWxJqRNXUEyvry4iTd&#10;zCvTskVECm1P/mhhva7y1EphETZ89o1GjJvKUocS3BTIazGmjQvttSa6GlCMTY+8RkJGSH7Pad+b&#10;FXZcNJh4oeH3P2k7MLHX+BnyyLRPpsfJ/Lya9NXpwkacqmTXder3q5fG6GYHV9QEqGlPSDNybe8t&#10;beO8qWTh5gGq6ufYlPO2QcO6bIlVAFl6wKas182wEZ3jT1H58SUT/rb2vAbBazbr9G43x1puqvX3&#10;mWszO+yWV58+u978tNfflFyhuoYTG41mewhOhhvF5raUAD93RuDERFhhrLXFlWefUxAzsZ9S+qbT&#10;2QLNyy9pAnvpVIZ4xsE8Y+uuvIY9tYKOUhBOYvZxnp+H5xyTGtjvnCV/0bnptMVXDsl02JPqZva7&#10;FoYN2GIn+9s0gKXEIfz4Hj78GT269xWdHL6ALRNSbLGPXL1xlS4jdGPjyvtoqhcgpczZbUIkgN3A&#10;JA74nHeSvVEwb0zzsIuxWpD4Wh3jOA+QJjtmJiH2rcIpMMK93jjsgin3CJLbn9MeJLf7O6f06MEx&#10;PX1yTHtgsx+8ABiDP9xYR9rvDz+hj975Hljt1/DnSwAqDujBzjN6+OgL2kdgyPZLsAIHQfy32FqA&#10;ySjCcse/mZE3gA/Z3t6QlhZyWkM4xwI8M5bxJvhyH+OY8F6fQ5q5ehGeuAvvIxSkBy/dA3r8DI97&#10;/FxAm9PTsUgBF5YzurzSpeXiOd4qwKnFG/gMIARsr+fP/pG2IQ3dOcjo3tY+7Y1eIK51j1Z7N3D8&#10;OhIoIRowznjEBtDhpOFyKP9mUK8HkG8AEHZUcghFLvvKCMd7YWkFclLUCIfH9Plf/SP97PIdeuvi&#10;DbqSrSrLrbr5w0z7Dudmx/l9V/8FI/PwdcesOgZWXhwcIajkN/Ri65EwJj++cRdKhTu0fgFMPgB9&#10;XZavO93b2cOOwSpmjbJXmztHwctDLbbLkvAKBrFwvXdPjwGSAuTbfgS57tcI3niKDIBTsPdKNbXN&#10;VDUmUleWgK5dIHfzbSoBcmfLq8L8zAAmjx78ClTLU/FpPkAAC4c+5DzU5KEk7wssQ2U2ZsHKwr76&#10;7+F1MLBcWq3izTNfbUIZFOxZSIiRrwyzYECLf20BjLWSVHlY2PeoEQjvDNmV8FT2oMsUoxDfYwtQ&#10;lcF8UJxGfg/vmS3YOJFWwtcgke7gWIv3suQ3eK3lGaSTYAvUq0zUkuwFfY2atpvbvq1+yVKrkheV&#10;SrKScRIqovWr4kp5lUPAf8PpuJlJfwXE5EVF1ubSmJuxZoeaNJvMD1D3imBro77maEnBTNrS2sRX&#10;x0AjGhRcLIfq88wFdcKGpH7M1Z86jyYhTGh1w9G4Tt9qGtOnSobSRV+YRtlr+km0oA7D3t1MseCE&#10;g27FTJqIj491Wl4CvozVr0EULpmsuwoUSoCHSlBNWyIsgkBJVMmLOstH+JUVQ/5aPRl4EZVJKccp&#10;9zkeGay7kHyLSokzYXPzTq4nktN1VQadVymzjGQXhRfvI75AR8NTY9Xl0Nd36Li/LDcaT8uFqSeU&#10;amx+uCqLnMTLQBiCTqvdwOaNnDaDIA6eIpXis8QLQDQkPZMo6WBx0+NqBezIdEHARYxsuljkhfjn&#10;xxKLPgxDTadBw9cVo0tlD2IpIYYFR3jPXYkYyXRqA9PRyto+spSYdebejOy90oqZucAZLkwdxvNK&#10;Ak8gTaBlgJJZjiz3kjF6VAajIwMVXUX9dQZglo0xom6+ZrRZLZChKi4kGMMqi9jU6CYJr08G/Eat&#10;tYlxMrv2bX2UUnljMx217SPYMtpPYKRJsJ15IfKNmjGpPvdCaed33HUJsLSCRf6t8mzu8FIAh1id&#10;8sLJmyIfOwaPozP/Fa8LD38/STLMVDvFQbgKLKjzbWXRoDop2E3Ec4Y5jCA3wQqMM0I5WoDlRIBH&#10;bAZ5nBk88ApQZTIkpFEEx1faAUw+5+T5i03P/2+EN7oJkyjXNI5ycTbHYWYCWOP9OWokcMUZWNV0&#10;g+ecOzPJN8bJ/OOUBhnOlBPPg0zj7MzDV6CwVkCfRctwbm4TV8FkDXNmBbia92todeUVKDLB9lPw&#10;opZHOlcb1TvnZnZ/FWnGTYLvrhKLpiS15vFxVJvrTxqL1WxqV+1vQawQvHq7mfOahvnouikMNJFB&#10;KIPOeU0DZPbdCbxITjABPkIxyMDegx00Q2goHm1D4vTskAYHDGRx0MaonmQ6A6hiIYWdevxllBlE&#10;Vhps0oV8ZyxMQa8+LnhNvVxBIGaJdzvKss9tHRUvIKeSiFymrFpAddAg8OsdDzgRbSQS4UMYld+/&#10;/1jAvus3LsOjaAM+QTexX61Lwcj7nrNjIOEPPL2urAxsFXV1QmW0JN6KLcCNEygnk+nXLoTqPAVj&#10;9XkU9dDpwKj6gNzxnoRUSFBB2luCJdomaV8KeHDqHROxNzPjIrI1B6nXH1eiXDyzFUYVZMY2F0Fr&#10;KMe7uasDM+IE8zDZZwhA0/DxqoCqFDZQqqxWvQ8VJBOm0wKukVGtkgiZazTWeN6eOoXnK/h5V8M1&#10;+LM3gK+w4jPy39lkO2oql+xfmdmlVDLmRsKiNCEGFMWEOKSEzuBqiYtrIpHBvG9V8swhZKGabmu9&#10;JyVjNIVB1JAErfjZdyhIA1OYZJBM9qOeO64l80+gYPIgc4Y4RlezszT5pAZ+qmGlhboFC3ZzZrdQ&#10;AZfeBoFSN+n5TZ7mIU4G+MQqcTk2UsQraWlG1drVtOrQtL7a1DAmmWwZJvKxGnxtVwXCtxOOG3Oo&#10;2AhD8c09LCkuopuSQLdTqGzH8Q3OZqz5BBUbNVI7WTrVLRNDNN/wla5ZbXUfEANVzdukoWBS4FR/&#10;G2Kb4VZJxRulYTo/44ZKpIwzWOBq/5oCntISHyZonS5Ot0NJauybbLpW/eka32/MvhNbecLX0YVY&#10;KWLCZNp0M3k4TpDVmyC6tlFt0Dqd2+AqD0CpqW09ZM+3ImbCCnYrNygsrkvS6DhwU7qg1yyDJ5V9&#10;hzGJnbJexOubwxykli5Mppxr8ie+Zgne6ckOwKIXdLz3nL748u/AnLsHctMu/OCO6NLKKt2FD9+d&#10;9z6jdXildcAs7MGPT5RfliQjAS3Wh+RyiDixk3tEb/X22DzINNBoAEDhdMyBjwCv4MM34ICBnNcr&#10;eNcOAfC9/CX2rcd0sLNPm1+BnQdg7/nzAT3dGsnfbcBU/0cf3qD379yl27ffp/7SFUk3PUZoyL2v&#10;/w5JrY9pf++YDvcGxFsO+4CVzJjjPhC90xCvt4febu+UvcAQZoFQJ+B8dPnqMt26uSGhV2tLbyOc&#10;A68l/oa2nyNEAz/fPAGxMoNf4MEX8CvcwWcnth3dDttFIcwk56UeO1RAyEd4hn9DbrqwBDZVH16H&#10;HfrPD57S5/chU0VC8DHAobGA41t0shFpee2qeLLJui3WRR77c0f94Bn8wFFdXb5E2dEWQK5jGvol&#10;CeQ6xeDs+PgAzD9cEyUAw6fH9Jf/4S/gU/ge/endP6Vb2PdjHiXB1xWQJOfBLjtPjtoJ81Ms6YYN&#10;U7QBY7NniXGWz3M7jHA45oRU9NEcuMJDSfbdxxvneod9ih89vU9PNx/g+yd0cW2D3v/gM7py+QYt&#10;gTnH3m9MyMlNeqm9a6yGh90sa9ss2I2XW7Ap7w1Rhl6oDRg4Q33Gck23/wwefABp8bz5oy/JH+/j&#10;+lBvfAH4vS4yzGorFiAjv3qLHBiGcf06+QsXcclAjdjl0E6AjVduUsD3TgD+ZiwZZVCs0ORmJchE&#10;HQriBbGHpbDZJP21a/7EHfN7TL17qQCgTP7UukUJQbomJ/dhlrWWUn9lGuZhU1JRMPHPOKGWfQxZ&#10;2Zirh56cvzxvqJ1sAWLcg1WYxyfslSbHnZgdl5nnXuoZC0mVU2VEp6NhaabGlKslV8agT0MvUr8+&#10;L/f+uMIMnHnu82sWDEaAt1LrjKDKF7FFk61Ci7GkF2Rmo9QrrNoogw09veBnsQpPdA2bJqHaVtY+&#10;IQXGeWb/BVGUBFaJCkNUWaFR2WVa/3KtyWrMocl4ZyfkxnPRXlX6FKbTAZ1rswHfUO411dHG8zN7&#10;arQ4VhtH8o5xBuSk6U0FIjhNwZOFH9OIWIxaMkly3tBSkwM3wiZSilcqZLuc5CtJs+bHw+eNPfe4&#10;YTMcmJNcvEVey+aepv+8uYn8Vm8EgbCEBuqt2FIJbWbU0FRASwPlOwZkgVkxUiBP/Cy8Fh+dTiav&#10;veBkqEwlRcKy6GRV8eftOeuiyxrKWLf73gpzZw1VMrDkjieY7jzJWsl860a8aGWu9nKx4sS5Zgvj&#10;zgBRmtS21iiyYY8cW0BGtThUcWVerll3HjLYa7LPYqvoitORfs5VkQlOW4n2/ebawSK1NNclm8mJ&#10;oxOr6yGx9lpT4hbo8WbmdW4ukcl9h1EbZ3sDxm/CPpxvbPSdcv2+kZWpm3Mm5k3i3Zv73P3r+u+s&#10;Kyu2mcYUz+3XMtm8z0zfPeNOabNv6cxM6WlA0jw/J9agwtLMKNa+WL7ipgXzTWJ5j8e0fyS4yeHR&#10;CzQnA3jtHdGXm8/pa3w83Nqi5w936ATNAiffdoOCW6XTwiZaWil7peiSb4O7ECwhV1lomU0teag4&#10;jo30Rd4RxMvOi3xAQkAyqTyMuWXdN+9dYnI8UBAz1rIyb50sSzIGJQ/M9ujg8CWtrS5A4vuU1i9e&#10;pzUU1BsXroo0ptcFc53yam1VGUUQWdH0FRHbedsz5G4SoBE1NEMaS+xbPWa+Q3rkWMLLx1c8iRrM&#10;kzgbGxeJn8h2vUlXzTu4CGYroj63VMYqOKwlHZO9u5YxVUcpgVBBE98FCLODx9dAwo7l3fJQfBir&#10;1xQWbWBqAGzJ+4sXH2ltHJCi61cB8q3hubiTXIC/UFeLb9/DlDhfkgaYi30So2wAvmClkBltO1MY&#10;CNPFGUjl1cqCG1eXwr9iY8MysE9rMwOvvG8szw0ak0mvMy6yo/nm8JRbzvu4NmPjBkgGmmC4jFV+&#10;XgozYawhaGLJogPqLoDwKPRJALrs08Vfs4N9oYnJ+vt4SWXjWspNahpVws41F9c3HUMIQwNNqS5F&#10;X68GahftBYAtjaaltgzNoY2r7y15HFcxLWkiuHbSs4Kl1NWxi3Okow3/1zMtNialnVO2Elpghzgj&#10;UMLN8MKqPAiTWVNs/SyeVWI0JfDzVuWpH7gZUn6aMrx0Lp69Pcbzs4gnraZbc+pXbGGTf+te5Qkb&#10;5zhLxLqBfO1tPvlBupqtN9ssum1vobee0zRxBvqwnmQIJIhYR6KQIDra21DNDKWJIRh/lVkP5Blo&#10;KblPQUBAwV6x7DOOJPj9p3SAVNqt7a/oyYPf0Be/uyeMqyvrffrkk49p7fq7dAmMvpWNW2DxLEqi&#10;fM4BHiWnxI60l0sJm8IyKuS+135RFWC8BoxHhYVvwGZiwODbBmSzF4COsWc5QL4x0k5PvwCgdw8p&#10;tfs02A704ukLevT1oQRTbB8cg20X6KMb6/TjP/qEPn7vx7SychXAyyk9e/YAjL/f0eMnDwSYOz0e&#10;AUiDPx5CMRjcEeWXw17txgKQhhFLhuFpB5BuCYSUq5c6dP3yMh7zYyT2voM98Q4O3SKdwEsPVEe6&#10;/+TXtI/gj+xwRKsXDpUhhvO1tFRC2gvJLeS/y9hXL64vQ+J8jW7feZfWNm6ABXgRkt9VWR+H6+uQ&#10;Ref08hjS3HJk/vA4DwALqfeSAgCWfmCvP3gVYn1d6ObCR1tE2NYpWE7RkoyZ3TdEkEhZDMW7nkE8&#10;Pp8F9okccuBjWGNsfrFDf/P3f0NvX8S5g78je/8uCnIexLutPTB3dW09U7Mez93HzQrzYhLOGBOv&#10;McJdRtgzxiN45O0f0g7kr/cf/jOuvy0oDyA7vg6PxavvYotkL74OLS71JwLC43wigmUOGFaEHGLI&#10;ZnGueQCYM1OevXphrZIBvI67Tyh+8XPKNp9I6IyXzACV9kqlIBJDZrWtkb9ymwhelPEKroe1KxjS&#10;gV0IyWoHgGnBezak1czi29/F+Rifiiw4jBWgYx7YMFq9F8wz3rrWrKMqQQ0tK6mKqeD9MZIMf5lh&#10;JjViBahFywfQAbD4/TPwZe+Z93oGRcNoKBgBS3ZDCk5NnsZeFSbBaqTMad3EwCEPYQWcBODMYF/K&#10;a1BPvbIip3DAqQaAqOpSmceZsfgMgJOf6fthwLVSObl6AMnfk5otGsvPuyqNWFVzzvAaErkwYzwc&#10;MFJaCJszdp+sO14t1kKypgsK3LoKX7Ggj2gez1IflCJF1n+jBud6m4ldqKf5PDJ+I8FEzPRkv06T&#10;JufNFiQ2yXbNkIJZZpgzEnDrTcW9fhLvLGaLO6OBdXN0FZX/rGvEY9d+ak1T1yaNJ83Jk0hVNeg5&#10;VXx5ciZJyo0WatKbUDZkwMqfZ8lAp6Ou1sLwcuo/EAGwua42US4mlLxjUk8NC9EJrVdafErvM9+3&#10;2jnaVxWKaNu90nwz2bhUrqtx1NCuh7HQXUUaJGCJIc02fU/vX7T1PGUTA04g7mYeHgwg0+eomUJy&#10;I491Mu0M/GODV5YGxUpiG6sVjxsbnpIMirRAOJMkzDZCbZ2nSXlVQ1LuGtTuKY+/CpT2Okc37X30&#10;WR0bNinpibPDHpvGyc65s8EHA/tEk++DLR7lxARKz4MEdLjZ8hSZlkyy5dxkEnWs7tUEwvmWTx81&#10;XznVM9g38Mp8XRC05bv07XkDuhlMvzfVBM8Kanmlr9E3z454I6BvZr3uzpKlxnOMbOK3qJn+QwF8&#10;rwsjT8cnzjZfdu2wSgND4hlmkPOaQ/dGx6uWfMVGonkUNlyU9VkmvpwQVhn5ImADyUvH8FwZYL0/&#10;HCDt9uAFPk7pweOXdO/lDu3t7tPWiwP4tJRSGCxjIpizWx4DUIIV5ZLKl3xj1O5C2VDe9lLGOLiQ&#10;GLCZsTDrdVvkVyQJa15BIxNZCQOQB1ucnqZAoTJSugwYsUWG1wZLGjphCaiXSpVixgwsQRHBnoe3&#10;UYlkQw4BOT55QU/BmriwskK3r+/RhdVLtLoCX79OXwo5fv0Z74HMnJ7iKsfWuj8z+MeYrcFMr4QV&#10;E5WR7gECufGJePa6M5I5m/5qfJAimzb7vE6xsL2Bml6clc62mbha+wrG2AwNSaZcyYM3NiSkxnZk&#10;eaJ3lbdeWLETxkO9jkroxh0bLnq9zrOUFAyJm19cQcMHAA9G4gU+uFAOnBrHKgBWckiRypKkrtRJ&#10;LvNVgkQysy9ibN0JylYyNl8qjBv7W2WOHWuQtBay23mz46ZqAG9sv7IyE4tJY2wsQM+gHabf4h0Z&#10;RTxkHl/6M/aXdKJUiPJzDmKJxVD8VzjVk9hrmZUg/LdshM7NBT9WoenM/PtUqMm3l7CzIGBCGpw6&#10;q2uNQGCEtrQPa/Ge5ca6cjQtZQ2NejoBXM0Y4hkpr62axU2ojcOESTkfTh/b/n5xnp9f7Vc3lS1h&#10;G2kVfuHqvSvOiON1rh72UoNpTTGez5GzhYBNY1Q0GWQxSybbSN91cT5oWOGeM4bMZ203zfUlvgrA&#10;nGcR+5qhAo5myIont0x3Jnm+sSbVKcmxadI4K3a5Bda5pMfTBhZMIre0AabwsvhOpWZXB+/TTP8U&#10;MCcDErn3pHMHyDcEeAb56cFTeonQjSePf0dPHv6WXu68EFD+xtoa9oSrdOXGDVq7gcTTVZZRbkhP&#10;FNEHCVca0tKQAGVr3MWHrCiERRVMjSQWFfgbKGix5wFPwDTkYLxEI6xPvT7z/7YEbDwCm+/Z1m9o&#10;b3OfDgCqPXlwggRWAJHHJfZl7nkcff+ja/RHH35Kt2+9TSsXruHxRnR/+wt6vvk5Pbz/FQDLQyTZ&#10;A0jCfncyYuxC17aI9XVsXu18X50OjqiP47eC9NdLG10EeWzQJSQJrwPgW18Ba7GzKlLfIYeTsJXG&#10;8kX64O41evR8D5LaQMsA7xZ5LV87kQt+Aev48nIfKcRXIPO9TRcgn+0hpKG/sCZgXGAwFMd/bdSj&#10;P3r/Q3q880vaPeSBTSlMfD67J5CyhmxXrs9OfqWS9LKSjZnpnlVNQ/X8zZHO2+2cQmlwxD8BEWVB&#10;lGYFAj06eO0rC8sC+P3ub39O//n2O/Au7NJHYGSWstZ1xfO82a27V1jnODcDmp7j+5TIPyq2ylUJ&#10;iPd+gvTkwWmEh+IJ7e4+oqfPv6TB0S6O9zL96If/LeqPK0hvxnW2tCBSUjL7LqKyZitXpqcTA5rK&#10;N6MeeHTDSBiEvM84ltciIC1u/g4fSI7eRsLuMYI3YHniRE2LI8x1ExN4GDwDW5KZep3bH1C8fAt5&#10;KGDSgs3qEJChhCKut3rCPssGCF17+pTGCGJjLbt4BLMk1mSxvE+KOjQoa4wDU9JyyQQm2UMZV2B1&#10;RtBgDQHDLFxDmHk83OMBG1ug4H1m7LnHKg5mHboazKOUoiuedT3JMnDqr2As3jTg1CBRTnTm9Fuu&#10;F6Mw6UiUlCxXDuZJYGiJhmuYl3RMgUANZrn4/gXTofLQ2/wGxdqMYTXGekzZMmkvlpt/CcuCU0iJ&#10;2LBlpkCNKqFvknbIGdPZe6sNNfDEhZRAXLZ8SxNRQWty9diWoSVqGpbgM/7DvoMytGWgHf/m4Fau&#10;yxlUZVxnJNY3LONtZz+dEWfVVPMaAmmAjcqR6sP7JubhbtLzjcK0wUgzhCHO59C4WZ5o6eUmeYWr&#10;ATrRnQcFtcR8EhdQx6YRfGIyVzveCiuu1MjyvNOtWQItiQoJ9VXZrnpxMerKnkSuk2m6E0+cm3IE&#10;k1kIGh0VnW2yLdNipMegVGSZlxZmYODrcSwMa1RAkD0xCiD2MdbAJgN0wiuUuBz8XNi2IwkAkZsl&#10;llUMth8HneAISu5kGB4a+Khc1HJAx1ZU8UVdtPL8KiIeX8S5MgCysjTmX41ZOjdDADgRYuEmANxE&#10;+40NWWhKQq4nw67lwycG4s5YFLEphGqav8baF7AFMLmpFE835fnnq20o/UwAP6azS1Nh0nLzdExS&#10;4hojd3VBmMw+ZSKRaROW3o9rphK3WZGuShyu/76VX0LUNmZ63eCJKSfx+OoZt3vjqNLvhIvmXjms&#10;ny9U/SavtJ2MG1/r1U4qdd20G/p8BuAru4M4X/r8L5L394rrKcnebG2p0ivPeV1UQJ8ZD9Ukl9iS&#10;ALuGV19sMh9sHYrxPMCpmxh2cT9uhYlMF7VpH41zKYg4HZCNjw9ODmkPMhhOyn3w/Dk939ujXXjH&#10;bD7bocP9E/Fm5Sp5XJjUF2tfD3tMF7KqMTPuyIzlRUalMuAxJqSFV0ZFEUISC9ueUbR41Gmg482s&#10;WJPKkhw604FQphN+9jbJWMbKE0fsTxwk1UET0M91vWR2Hm+yOfuugLkg6g35HQUipaoAk4An6xGv&#10;H3Y1dHqwh/e5D4bCAhqWFbp28SbYEqsA/i5gur4owR+ZnyXbnx7wxNiWuycCmTMgyEui2QkK5CM8&#10;8R6O7ahRSjYlfpODSAOtxFxZfXQEBEtpcwb6VTLvaAVfnHRAq8c30u4wcNqtB4EqG/DCspOpNZvm&#10;wbOGmBWCPZ9lNyVP9rkx4Kk8H2+xRMl0ku11fylZtoJC3EP+U0DZULK9CH8vN1kPPz6fHK8T6iAA&#10;pk6go9mqNBES9bypjywX4kXFMist6MWCRixULaUGB9cE+0x2XOG1yuZLLFP5t7Aj1U9IvXFDHWLF&#10;v8uNAQ8wQ6hkgz5N/JM3sbFlnQGoHafXuBMLmDqxg8eknkE/bjrQEHIgADEQyB8MCpdDlSeOTtg8&#10;GWDjWDwepVDnyXtRmOxe0/f0/MeG5U1s51bEOtG3CpVxZw/gNJGQGqm+scE2bFg3ePP7cxOlQZhI&#10;YJ9gAJK9Wtew50hYbBN1qpmKs9C4uj5vDuDdKwZubiKAKk7QDB2ZxL4COKkBWjW8cifDIGJi2syZ&#10;WcYzBBIz0ng91WEmFanTvToZ1FHbTuRVs+XW9tFwrGjJdd35KoOpgOjKv7cZEuZabL7YCNrW2wTX&#10;Na/dwSx0kEAaIOMsYWEkulleN3xjWaOJZOY0YOKUd+xJo5MjyHKf0/HLZ/T04e/p/r1/QtLpJvz5&#10;BrQCNs+ntwB2XbpGFyChXF2/Sn0AMeL1xamYJTPQmRXH8suRXgeuTvAM5mfLazKn6XKdzoEWIw5B&#10;wJ0+9iuwPPIC/IecmXEAGo++pq2t+7T78iUdA+B7fv+ItreQVLtfwA8Plhboqq9dukA//OBD+vDO&#10;R7SwfkvWvVMknH6NMISvH/4TpLpgKaIpPx2xf66DNJZZTUGYibIS8LBrxDLbngRzLAI0uHJ5lT5+&#10;f53u3rhI64tXAGSuAZBE+m+5C/8+AJ70FGDoDRzEIcDDA+z9Y1raeJc+wGE/xXvvLeX4G2bCIwl3&#10;fZGWlxikWqOl9ZsY4qxIimgmQzNx35MBCA90OmD6/dm//XOEdxH93T/+Br59J0JQyEHuKEdQEiDQ&#10;ywF8ALxIi6sb0gf1ASqp3xmztgqBvngV5edk8gun1naxL/Y5kXe0ByDzFNJfMM8iGH4PntO//5//&#10;FyGXXPjJ/0SX4DfXz7PKHz7dydkE3BcbPvxughvyqpsuXefi+oDjfoS6aojgkp39Pfgt/gPtQYLc&#10;7yzRuwjcuPzxf00rqxcoX1wStnuP+9pc9xyud0RqzqSaxnCnbc/SloCInkKYdWPZPyJf78/vkd+8&#10;Tx52K2FvR9ji4oMXVM4uXrpgETqEhDokS4db7xJdeZs85LpjgLpsPulNSRiNdc7ecOyJHJC+u//o&#10;Pj6jkCpPZVDVNeZaafdABkWIevB6YeGBDlipOUXe6hTA5P0ssfr43RVsUWb3eGkgZxf3P9cZpaXn&#10;MviXADQiqvz8vTF+ReJbmEd0w2aCmYfO/DQFhDNlZsQaUA0Kg4JcIXnm5Zn1zL7BBvfVsMml4W9U&#10;y5bMUn3FQoyJVC31ZE0e4xrIS8jHWGsHA/nSUDPzWb1eBg2oExWnN8/gNARsqg+9KipjUu24er/n&#10;tVCeS+ocZWFKyGuemMl69Q9HI5EoZ5L8q0Bix15XHs/NUG+zdEpJY7VbLMSG4b+j+dFZr2uhPd8l&#10;91WiROdmuyHHKmjDV6hpQm2Z78CGmzopjrLR8IVa3ajJ+8KolYxQix7fUcv8V+A4oWB3xK8tpcEm&#10;KLRMPkBCIQ0tgZFOmJBWg4Uzr/y/ElOslCmsmgLpFFWkVEny0wCTvF2kcmmZhY13CaFWw0pBu4M1&#10;HFFBqeRlUXkhmo9htJRd2YpiNGkSCQPQ3LUrE2VqTjSSbMlAqzBQk8riGwYyT44om5MdNzeMwFUG&#10;6U0fljkD4teWDqZJRZUY7FQKFmwBUaA5NKQtrvICmsaVmgCRb0kRZ0PbsZXqGWe83m9DTjtdbJ/9&#10;mPE7SOaenbUQXz/04zt7hTQnDMC1ztK3AqHNeRg3B6o8J4mR/suQ8b62BqvWXsRYMWomPdJfjzc6&#10;P914dlMZNYEMGzp/HsBvg79+gWJ+F7T8TRTxj1/u0qPNbaQN7iO9dh+Nw4ngHF0Gb7Ao97DvMIOu&#10;0+MCRIsRSYW3CWRX48+kwfEFQCxOSEtMGxSTYwOd1DKNvWCDhkaZB2hp0gjxVInmF5tnVfiQmJrL&#10;5qA2FsxEHHOtUASVUbCXaa6T067IOQDNoZnp42NRDJmdePKyJCYXv1l4CXlNemU5cy9nJyNPh5F9&#10;h4b0EjKpQxyX5aVlWkezcf0KA38XICdamACA50SjTOh6k3csexDz1JYloN2xTtqRXgJJLBeFvgon&#10;ObNicQqXiu1FY6fP7P0EHZ9T7huDz5gyh72ANCn4I2CCWzCzjmuOLoN2eJ1oxiJYGMSSWmbbZwyc&#10;4pizOTUzQ1jezE1cP5PXUbLXjNc0TB4wlvy62DOGjzszBHAOSEzEMzlXntP4nBauPLAU/1k8ZmxJ&#10;3hNLzVk6n94vZcgrFlesfGqTdUopQHOo4nydhZmYI5M9SBWyxiy7BNCUCuD5sdU3nO7MSX6FBaJl&#10;ZDVLkuMUhv5EbfZNDhYaoEpuWXXOu1qWZOz75I3cw/HM8aEeyoUwTeVaZok3WEAZvscfQzSszArp&#10;jNAEgxnCjTB7iAlLcMRfHwtQ2IE8q2SAUAy12el/IPKtWqFi515qs0YY+JzFaAqoyWsALdik1jcG&#10;mbGhzI1NwMpNxwa7VujRjH0zAVp+7pLXXuca78XNkO86C385144dZ7PqKpB0UrI7Q8vsWrY184ZL&#10;TWKfO980LDRKE98MOpmRDXXGG31leRPnzPxcO8WUzrmPTZH40tBrTk0xWZ5WoDIzZ9gIH2sxDxn4&#10;PsqMgV3OeF7vNZWzwP10jDX9FN5op4cPaOvhr8GaA8i3tQMgwCMYYp3efu8i3bwFmS7YTCvLawiU&#10;WITnOAcS9BXDBhFBmmTcU/2F3Az6XMUWqsJzvDKTCvRezKQ7BLBxVDLwgLRYlur6l9iHn0KO+3Pa&#10;P3xIB9sAge4N6DmScF8+O0EAB7wD4Yvbg7/dJ+9cos8+vAv/vM9obf0dIWEcnbyk333+l/T43gN4&#10;3nGKaRd+g3hdWIv2T8YSVMGBG8y05wPJIF0Q79sFWbuu3OjSp+9fhNffe3T32mfY11fB1HuBQIVt&#10;+AO+oCMMoUqEcQxOV+i0D/89Bnnwbz4LWZ+HOqfEpcACmH4XLmEdA7C3CplsBplsF4OdLvbKzPzQ&#10;xlFBIfZj9+zvhj1lGa+zd/MT+vFPPD1+fkC7x19W/py5LwS8GIOSeNzd0hAFB3Sxq3YO7O7bQ5/M&#10;x0evO6TzdpAGO0CYCmTRi/111CrrdIAhGk4rXeiyVBnnYvuI/vo//l/0/e/9KS3hcXprSzpwqrzN&#10;5oF350UxJm5Trrc4yRVKhAGA1xc7O/Tr+7+iTTAwL0Ke/OF7f0w3wH5cWugLY5QHd30cm5K9juX6&#10;6aqXGtcMsax8u4MNn2YF0UiuANdSXANw8AYGijBRJkJwRobn9oe7jDzSQlCWG3/iPZ/tKwMGmuEi&#10;gFNYmoTrSC++9I6w+wpI5fNeVxl3NkARr1oGwUbYf0f7dPLsHryH9/F4xiiTOi6Ijx/evNh9MXVQ&#10;mf5qM8bANO+IHblObPjbCM/k+k8wy2GQurAI2u9yLSqEIpb8osaQjAeTuEpKb5riMSZQ1tkKuR2r&#10;ovI819+X4bTIfn2l2BSPvlibwEQJ1VE1YxVcXhbm0ZnVXq0UKgA5GKM8APNhDz0mcgWnISKyDztv&#10;f+uttiFNJObhXm5rC9Xy3ajx71KX8GPw48mQIcSGssSIZw3Vhrdij8HMFJAazZpG3oOl63K2Qyl2&#10;b17WrSjvDTUpWJz95VVlVLKKktdZX4F9ruKxt5gNsazlgQYA1VPFlAJbS6IqDMzVgQE8FWbfu9mc&#10;GbtpQzPttb53vY0yJ4dpbpL1FePUvxnMChUbji/OcW1UHKlKRpXE3EyplD5JEFwpXo5sQDqGQUsv&#10;XUIydWYa7KJ6KLDJJjwIJIKkLETHLpTaOLSirFAZr7jaaqCCREtHjooeiG+Bngw1pI4SSOFk6suo&#10;rNI5FbzLMW0ZSuHNNjgLWJAGmDJhUWS/g6InNwQ3DyOZduO1kMqCy3GQRoWluV58H7raYDClls3T&#10;vYaqsGRZXYyDeFQwk6OUhmcsngliyMlQeaELkwDFkacZmAbFgQCeSlqWF4gbAQ0ZjhMHmPDkn/H4&#10;rmj8TWKKa4I3mhFuLDHXNJlvXjHxYnWjSFOZzCdlUTAD9XQjxDoNMiUIu+QT5Bope9SgU/u8SqX1&#10;hsA7G4Un43uWJjWDOGJsc2AbUc91oh027UweW2PABdRkRkHREXozm/1yqlaIKqEWLyZ77mANNKVp&#10;RsYyqFJea0TRzgzLDgfBhDo6Tb3hTZZdpTxS5bNAjUlYnKnhdHMBs7RZxSnWV+P3miElZ3a9cS7A&#10;FBugyqxp/1nQzfmkxXGaxdZ83ZWJ77cL7E2PRxy51/B9a4vHaYq5MFXQz/ubiUgLN4NVPY/td6YI&#10;+Nzol5vjYDjR4MRpmXqMzfGRa6W8p8bFN5uOJgG8JeNveva9iolqfqSWmFUmn5iUt+XJhirqvMr3&#10;LSfE8nBHgKyUwGmGEDyMGY3G4kkibhtlMFa2snpGWE95jRhAenOKYusEgN4WWHu7MOneOzoAcw8m&#10;30iq2z+KaDYgFToFs48bhoIEJOAE3B6KTA5h4o094rmyQuWEpYB5aCbYK4XBB6znY5EbjOQaZXfX&#10;jA3IzRha5zaxChGIZdpbzePWChVZd3h4ZQFYkkJv4RiZFENR/emwfjE4xI9Vsf9EYKB2D3zChsx8&#10;kokwCeB4xIWWrPO5yD447KOH/WkBkp8uA4LwbRrgfS4u42djfA9N2RB75mHJZu1o0k63aP+4gLTp&#10;GaROAP36S5jI96SZEalpNG+02NFUQx6sMVhmaQvO2HNcH7FkmYuzLhe23Jxh4u4A2vA5HfPaXbiK&#10;VyQFoI+SMufG5oTfVYBMgAsOtMB11XUmnY5l5aXLdQiHTUjIRZ5JaJczVmBY7IjHDoFp5yCr5eAr&#10;bp6JJTte5cFS8PH1hgcbSo2hNYew6Y3tx8+tvnlq0xHNB7aDZpYBVS5YMxwrKXS7mR4vlufya/Jt&#10;y5ZMNNmlvAfdqnWqnqbr6d7NKnsXsmOu91cwX5paLBIr31/++7KqR5sIh8qFdG/ma6mURpLvOxW/&#10;HKP+OZVQNU4kZYao+PkZcyeY5YquHQY4SOOixfWYATqXku5yDQxzpdq2SBGPeqibCRAtliVcH7B/&#10;Ia8DJkSRhiHLjDkgVv8qkWJJ1uhUmjmP6z0fsgwLDA5IqQjsXBoeA7jEz/BZWIKo2Txfc7xOJLkS&#10;exEmxUdVz9haj3qC2RK5yfvFR5vrON/YhyyNlvsF16S2Ner1Cv0MbS76dBaUa2wBrsWSaypp6niw&#10;aeZ0DTZGI9S1fb8VnHQtzz/X2MtinNDHzgLvXB2CFGObgevcLBwvJd2+AsiL5wugD2TB4clKKJDZ&#10;GZxNTE+/S5ZZE01ufaaYor5NqjTo6CacjuLsFOnU/FbbsGuwLRsWASHW4TSTgcOx4c+obG++V7Th&#10;LpHCOwbQJBONTM3opRfyKlcVGgT3AWBvj+CJV+CeGGEPfLH1JSSx8LR7CNDl0UOESI0QQLFKt959&#10;j5Zg37By4QqtXb4OP768Sr4WoWBUmWGX2XjMEMJzFiMnwQEjs7mRsEfsiSPeH/FaD4diaA7ZLhjN&#10;TlMtA8ESY+8+/PieYKD2FN56L5CQe0q7m0e08wSyzv0R24UBaMzpvdtv0ffuvkvv3Pk+Bk03ZFD3&#10;1aNf0DOkpe7Al4+HcnrdcXChg1Mt1mp2CXAKMGqP42QfYAZQHxO5Sxs5vX37Kv2bP34Pn7+H9N53&#10;sUcUAticvizwuvcEMM0FIM0UfOhjeNe9Kiy0Jes/HUJBuBdfAgiwiIASBqt6y9cwTOvJWu9NveXA&#10;vhdBIBv7ix1UR87PGN+/tIY65q1b9L3PPqP7TzcR9LUnJ5o9BUfCNivpCJLQwmnQQQ+SXRkpOQ6I&#10;hGTYLYD8DGCMWWN43qWwCjYjhnQAJbs5Emt57cIaOeZ9Dv1mAIC5+fsH9Pe/+Cu6+Cf/DgEgCwgN&#10;QT8O9h/7AvacAl91u5jWpFCtFNH2ojJ5wAq7yotPYJAChdV2pxpMCZDq6PgY5/sFPXnyFdKH74nP&#10;4qe37tK77/2QliDVZcBmEWCfS6xz9rvH/ty10LR0E0lvhy87XklRwafBVZTlQJmkJEm3nHw7RriE&#10;P9gkf//XADkfAOQ7wCDoSCol3p9G5gnH90kAoOw2lqm89BZlb31IDrJwBz9Mh346mPzUJ588nBOu&#10;x0ZDfR56Cen57mMArQO5Xzh8VKSkxoaTQRuCOpzVvb4C5L2EPfgU8siYjvVtQUhfiQxEMjRMdW8G&#10;0FF8jZkdan7PLlNJLXsDB7MsY1IUP25mPsLCrAsqj3XGlFNPYpbFdqTWTPeMhFuEafo1e+RJmF1U&#10;/7vMQj8TaaoiYFn9KiFp/KdLy3Jei6gEKqkRTFUZDDmMwgAsZN/3zCo0oE/9/9Kh0VAWxgOE6Vwp&#10;WFOQkRdsRHSffN+LfLoUtYF8eFPMyPlx9tyqokhqEImgQx2SwRtTsA/GU3DAR7ieKm9BXqBstc7n&#10;WMvOmaLFqRa21Rw2dtRIb0i0mevR5WqAp2Fofhazz1dxxq4CJqttPaUPN2PoRUsdhFknumdGR/NU&#10;iGaqt/bJ0yhUu7czbxw14Y2S3qJJXGNNTQnJzTnTE8uTq7ElyRklXo2ttaBluW1RGgPRk8ml9OJh&#10;UJEXrAEnA5aqr095uIrmZ4J+JzqAsPViqJFjb3wwMU4n1djT2Bx7SOirI4CJfCVLEhDfJOaNJ2Ee&#10;KfVNZD3s6eCqNNtg3j8+hY0ELxuXsNp8IQyPZGpZN+H156bUYN614yZEq5Hia11nrqkvdm5K0upm&#10;RTtN+phQnW6WFhpJy+Tz5zWoRJmPcZpz10yMjtpetoquKqXNSk9L2pzlEzjPea8lt7DXGs87zj0P&#10;U859e3yws/wP35is9/+D/2LTp+nbPkjnAT+/DUl2fDVo6si1TI4nAqSpsTtMhEy1JUiv+5IS47nj&#10;gg4djP6vIEBQU12r8WRoyM19oVM8NuUV43+s68OxpveNUaCeQLpyjELrCAye3aNj2ob09gH8ekYY&#10;/uzsHOHnAzpGcAabdLOkZyCMrwxA4BiAVy4+J7xcZVwk8OQfIF8uHDdlowcABpGTt5idzvwrH5Rx&#10;JD57wQYtBSXFrciDBbQ06aMBeeSSxCLUeceV0bsN93yyNoiVAZYmkzXa8gQkGNiaWQCDjCey1Fqr&#10;xFi2V2FCo9kTGQWDa2gGQtpTNERKwZaOFP0yZUfj0EHlvwEPv06nRNBCl/b2hjBtj/Swv0mXL1xG&#10;sMcaZDf60WGZUpelxKcAQnNhLiSvHm8TXPFf4e8J4DKWY+pYwjs4QEMyaMjlYiX9oZQ4lxJgq6LW&#10;aoaOBpJwmZmN1dS5RGEd2UOH91RmNPD+jUEfy1Jkr8Rrdb2eyGuJpbnMuHMK6pXRiyeefi6rZqPA&#10;gG1MypCrpHLO9hE+w5z47hX0EnC6y87paFj4mCxlEszC4WTehovqr+UnrFDMV6u0iXgKsE/3XLXf&#10;hEY4hJmQW4iDPEYaFFMtW1F/nkZtF1NCeGwxIkQUhvqkHDPgdywJiaeDfTQ2J6jdkPg4OFFJXAPo&#10;C1afyjG0xFapu/gzwFNuRCSEpNNT5QYK9Zz9C/l40AIaTCcy9Fyk0ajDXMek1BmlrGkenPY63ihu&#10;tncXGvLCMq0yFMLk4eu8gybMs98fpw+aJyQ3vBneQwbgz6EZZnCZkyjjiMNhcP2Nh5IEq4nIpUqD&#10;uYlhZm3mbXCtILx6QRtoGo1i5hta3WZASpxUjTc8W5ybse+4Oq22Ea5Tu+xMpsO7M9U4zWU6JfRO&#10;5kFMymkFq4xuTlLadCkz5c8bJ3WzM5NHXn/vinO88SbnY2fYk0c3n3Y/CVS2nrp8c3eWuUO51mQu&#10;TnHT3YReUiCKzFJ1uQ1Z3qAMDLJSwiZya1qxlgsYD+AL13nAtGeI8KP9vWe0u/0lPX/6Nd37/JdI&#10;Zz+kdXj9vXfjOhhuVyHXhe/d+tsIj+gJ61hSwfkectqQFwxqUCm9zTAipKKjuwz3cuKNHTvCRBvi&#10;9/YxlBnivi6GHRnsBGb3Ar8/GtxHWu197CP3aX9zl462sV/vIFH3yRG8ArHOnHLAgKObFzfondvX&#10;6LOPfkSX8LoYYH++/5i++Pov6OnTB7SzeyDnsYMH7S9cAEgF4AW/w3vukN83g046qTD/riGtXejT&#10;retr9JMfvkN33/sBbWxcQxr9hgR0YGKA/RtsYNQffdgyrK5ew/s8hgceqwHMLkpYzRgo5GxvsQHZ&#10;7g28Vu6/UMt0l7FvLov/WhfgEHSelZcZWRhKCVYe95CRKSNBbRTEYxehDxfWS/r4e5/SL371z5Af&#10;D8SqdMhhG5KQzAEHSCs+QNKvsJq68OADuMgqAzx3ibWVU4HdSMGOxSUcD6xlAx6AAKzt4bUNwfQ7&#10;xXq3AO++ESyo/P4p/Z//+/9GndUu/Xnn39G7F69gfdfwsYhjmmycmjP8KqnarkQJotIKQgZBAiIF&#10;Jd8MsKZyUNnB/i4YfI/o0eNf4/dO6Or6Nfof/uTPycMeZHFpVT4YsMnzJuIQKzxicu6dWeCmyj0z&#10;64/V2mvMAxwoBDw+Aoa5BTwn862HVB5sUzzeo8WQq5TYdwSM5h1mjPMUwFwt8P4DQF8CwzCH/Drg&#10;9cVMbcEEcBLwyElQlcNewsTzIUDz/AiJ1WCBHrEyQRJvi8oipsvgXJ6Y9eqxx3trLj2s7Wu+YQUm&#10;NiShEdOtG4YGkeK+W1iw/bXhAAGAjh9XQ0dzg6lKzUXwWm/p51KOUWWpkZlvn9QaCtgyLiMh9Flu&#10;fsOG75Shwq6Y6SbnyjzykjIzt+emii2nuEhhn7N+X2vTVL8k24289g8k8zQUZmOmgKjajfjWnhcb&#10;IHTLSo7q4VqMNWtRr5FMHVLYUoclu6Gx2nqtM6TOT0N5ryF5DPJxfSHbdvJgzupjU9r7y2ve02zR&#10;k5u7O9SMumbqaroBvK+BnFcCDTFOMDEmwR3XZrBEmtnE1UBNQ05JtZdemzlIE2xGQ2ZxMEe4Kdxw&#10;WPlSeEOG+aSXDQYhN3TV+zQgSJKVLaM+JY1FSkyITArF0ky6BYwkTdBxzNFlYI0Lw8oDKhODRXnu&#10;LDPWop5gfk9j9oLBBLsQcjRu3L5OZLx44g1J/avL+vhzw2TPl9kGWYgvBlN3O5UHY5lSCPnmzTSp&#10;j/8uc4kAaM52Yizp6zRgCZvw1RqQEnqZ5RYY7JMYbo3ljlOgWr1Ia2E2X16Zmsfo3sx/ToqQSkLr&#10;qoXbzai85r2KpsREb9Qk0vYto/Em7ObcBJvJ1c1z89pv1qDB/JCSnFsZjDN8YuaNet8QCIqp8f8m&#10;QR5vCAjVIA2dCda4b9FX7l9qJEU8z89i/FZfd6Q/XG5vPOdvuLl2fZOpgHGiU5rdYsY4m7dY+XNY&#10;UMVpGcxtxtjm5r8hzbul95WnBYyl4YuDTfcYrJ1jgHkDBhzQtO+eDOgxAjK2D8BUQPG/B8be0WmJ&#10;ohZsPkyTs8FIiusRCrZRVF7ZmvpjoEmQhVcmckw8YG/WhVKNkZnax6EdbNacYTrtRXaoQQW8L5RR&#10;/UB7DGCwRCmoP4hS/ktNEZVCnmovuOpQqQ9LSP5JE2tJcy0LZWL6e0M9SWUpVeCCtoLCeIMZt08e&#10;uZKqZkQ7837r5ip3zR0zr1jOSzJxFR8lHmwNC5lyMzPxgFmPnHqP6fFCv0NHK0cArJbQzCzS2soS&#10;LS/mdHjM5toF7bzcR+OzAAnTCl2Av83K6g1acj2wDyzdrPHWKyCzdDZlDSK/JDSd8ZjBvqE2GWE6&#10;hCyarUlwaaCmfr9SyPLejqIXLxagrfrBRABMAu6h6A1LS+Kv5zC5ZyYF93/MaOSiv5DEXC9gjhmw&#10;mexEKVgBAF8ZC2lmR6wIKgptdFhSZIV5Yr0z5SD5ly1J880JdX1pir0DyOg7ZNQX9aXhwDHugGM9&#10;nS4LrSl4MBgsRTjzea3WMHlvYs3HNO4uG/C8CxUDrjmAS6E4VRHc1BRaYm0yM6/v4VAx04qRsvqY&#10;TVeOk4Q1VCoBTREszCBbBGj6+CyhSr6EFnrGYELGIGAHqZAAHEbLbDKORohVHUi8lJqOB7BWn+Wc&#10;OM3y6Y7u2dHlyYldVA4MtHsx9B5JDTRaHAkwL2bsEvrBPn+FAIDZiDvpUwH8uFZj/z+PdE3PoB8a&#10;4dK+7wEO5hgW5IU2NaWl/OkZVw9l+VfyoG4mUUwWG631cSJ8KLYtU2brc6flu83h5cxQBzfDW3sq&#10;AbjBzHOu9mWO9ZI/n3WXrh3bF85yd4jnt+mN5xEUuDkJua9roRG/xQ120mXJvS4rv1Gru2k8sx3m&#10;4kQx7xbXsc5hjREZr/YTfLOOweo6OASbC9fy4Og5PO2e0hdf/DV9/pvf0BGGYFfXlunTd27Slavv&#10;0er1t6i/dgnL5xrmHsvKehbVDIYvDITJWpKLFUE653nuLH1b1Tw8hBvgBR0BCDnAHj0Ei499/WSN&#10;y5CiO3gBO4ivsV/8gg6ew4MPH5v39mgLUt2tXYR1jFT9c+PmCv03P/qMvvfOJwAIwOLDXnF0/JTu&#10;3fuCfvn7nyFAhK0muujH+qJ0ygGwFWUuklweTjCDf8yqLOzjQ4AXLBXOcSG///4F+v4nd+iTD39C&#10;ly++TatrfVF+MUuQ1/ii5Ht+JEzFJQCA0hu6FxhgLSC4ak/IJbwG8bEt8btluSaWC9z45z0OWVhR&#10;4EJY0SekMQZdWfed6woDC1Ql+74RMGRCM7Z+DeEgeF72yF3D573dIwCIYFlJPdJVnz+sR0fwJowI&#10;3ODfz/yCSDz5vLMHbyHewMpe5McZYy0bYG9dgacjy4ZHo2MJwFphMBDS3pcPntH/8xf/B11Zu04X&#10;AbpdXMaeyQoptoF31XY4VerFRo3I/TODUWOrS0r0uyynPkCIyu/v/Zy+fvwrAZs/uvMh3b72Pl1G&#10;uEUHYDJv3h2s59089aalKb7aQTJJ2pnITszcLKuBhXnXcvL7aCRhat39TaLnX1N89iWFx1/JcIdr&#10;Ho/B34krJWU+530K1+wIwCddfYv89TsUr79D2coltVJZwnCzqzYZfO3wDjjgxPkRy3Ux4OU94ugl&#10;9Z9+QYNHX9P4yiXKwerkoTMr9bhGG+MeCDzIxD7Z4yRbCdBwkrjcMbZa7fvubPu1FN5MlSQhYSsm&#10;VS7LUKXLpj072kkSDEN+B4OuzJJtLZVbHteY3r4aMMfa8zcmS6xoUlmv4FcVJ2/nO5hnWVBVXNri&#10;ouEfaokRzLKmrMhbMmL0jf3BK/hWMRbrpFcd4FmKrjDtomsp3ZrXXoyhjVvERIZrZA9M9swWFJLU&#10;dYk8JN5/NozPunkFkJKFe0goSm6ktDwFITGaacy+OM9ar23O1YqTnx0nHasmvQ5T8DP3TnfW99y0&#10;F5NLpopGDw2zGEFulgwsNjzx2mb0Lk04m4ZMrLnngs1kS1WyVFr4jMElk+VQCjtPvWxMUBF9Vcyq&#10;509aMJUJx8+X5L4JIsyssVMkFoV9wI0fFC1XbwtfFal8I3WSLlySbk6VfSgx9d6m8T2hw7IhdPIr&#10;Sc2YGKZHY/6pyEYvIF4kZJojpgC8DVdpsvqW7LELqth/QfXQFfConiROm8jWybQLlam+xuwjk4in&#10;5MUpUtmZnM0JvyUX3wBTarMKY6OQdS2Jyhwvk9h0xXNVgEfyLORFKC1IMY1anXlDGbgnC0wVad5M&#10;bmsUxxbNXXlFuvP6zdWN0jerE797P7t0r00D92cDfd8muDivYnffMoj2h8injedhUZ7Da/FNANXz&#10;AqYpL/o8j5Uu+0k58ySzrw7liFWa6xsHtyQGOTf1DJAFlg2Yjx6KoyOs+0fHh3SMovEAbL2Do0N6&#10;sn+IJuGYXqJ5OTxGKi685E5QdI3YAwZ+NifjIEm4OqFUiwpez/s8uzWmUldScXtgG4TKUsCjqmVG&#10;UY8LQklUGou80AHw8vwR+fNYi8xSp6Eu2OQVlcHQqT+cegDacCqxqgREsnAATujNdaDDpaqQzdj3&#10;r+MlwJVriC6HfOQassGeKfxYSmDTfTl5XgW7d0vbsxis46+HYy64xQ0CX0cxQufBGIMzgknhSYZs&#10;MszsSWFPOW5FLOVXHdSCMRDZ/4+fhxkAp0gEPIVZu/P7eA9dyJ3gSYTgjoUFJAMu4fj1TujwpItz&#10;tU8vXu6hiUKK78XLtI5Qj6UlsC6yIHJNnRDHStrizFcuMhgD4IWG6rtGBlZWV00KmipryWSEvIeW&#10;AOyhaXFrFwHmreDfmMQvLitoJyy+RQHzBGDrmBl0koTgeA04WCN62d+DsfTJzKM5KbI0KS0zQ/n6&#10;5GaSh3fi12T+izoZL8WcOeE7PleW/pitPLpemJV8PjPUP5yymIONwVN3b4Ww1gmhYuilayhLthNm&#10;JiF7eWoSGlYQFRXSBfPRq1nnyvBrkMqcSaFbdKiaIeaSv44FcBQANNn+hEeeWsRromY06KswLy41&#10;40+eiHkd9mGWH3mmkl4eulbeu0LbVTZk4SH35muAjdcjg7cdDUTxVMmRJGGQ2YCUVb7OyaVdJNod&#10;9WqOZU+8fkKJxrqjwSIMyjLoF7sY0hZ9Af4i3ywAJjJcgznOaz46FSCQfTbZxN3LUJo/H1Kfw0Cw&#10;FjALVdgBJTNuulr/8nUgIG+Y7ecRZ9PL2oBfW94a54BYaikSZzyFm2FvEStly9m5fq6dyWd1u4tN&#10;gC7StJlX0/nBrFYazL2Wv12c9sg7FyB33hLpNYuxKVLgt5Fx9poTzTgrcDe66TlzK3a09niUu4hZ&#10;rkh3jZ0FAS8YkBphwHUKMsIBApZG8LV8sf01Pfryn8Hmu0cn+y9FIvfxnRv0wfd+SGtXr9PCEsIo&#10;kHqqdgIp1CiTe5EBIsdhECLv9zYH0IEEW+aUhfaLbJdxDFbYScmemvCQ9ReE4d1FeMTJ4BHkmz+j&#10;fYAwe9tg3D89pZ3NYzrYKWgTct1j7N9dNNcff3iDPnrnbbpz80Na3YBXGsS4+3sP6Msv/wnBWE8A&#10;TnGqrKMrl5bldZU8AMHLPDktBABipZR4dFIKCinoAqS6b11bpw/fvkU//P4fIxn3XVpb28DPsKZH&#10;2BJgX+bkTd5nVwDWlT1lK4l1FPxbOwuQIHNABlh/Bae0Uq7KA/HkBZA2fCaqAJctiRUQRkjS57Is&#10;1rPUFgxAlxnLzySg0Xx4nQUYMOjBCcJ8PhcQ/nDt2m2Ek8BLEYPM8bH2w3LsxS6qiz0e7Gok1g7A&#10;IDzta08qIRbMjmPwEp/5fHTwvEsL60gu3kc9cAJ234JYbp0C8GPiS7cPD8L9LXr+20f005/+3/TB&#10;dSQsd28hUTgXHzgO/XK19qDODahACt0HOOBkOOZ05YBzDZuU7S16/OQevUCybg7rh/evXKEbAPku&#10;4dj3IYns4djwPtGFeqAidUjP12lRg92MhN06bFODnjIeCnOqLq/VGBZ2nj+g+OBX5F5uCsjX4wEp&#10;78UiY+V6EAAf/j1ahTQXYTPZtTtE1+DHBxl8AZCbh4W8z4sdh9MU+VNuMXmQhGPSZZLS7iaNwRbM&#10;t5+ILczoxm1yUDVIHSMguTL7M/HlxbHENTlEDeWgLGGZ7EInr/pS7VO9WXBEfe48q4ZlzWWAWfFl&#10;AtXETsJ6DiYNWWCXOVTVS7P8nlq9sJ2IsPvwXnjP9q7ppapYjueBQcobaCyIomosdUideV9JZtO1&#10;wLVMaUBgSEFe3CdkvsHkCwIQ6vpCNT4xsfgmtqP8fW3k0liondQxsbWZGBbVyF+r51sWxmEgHxVF&#10;hZ8lv39XgYPGuHK1ZyHnTLDMusSxcVkamqpfpLZDWVPGG+vGOt01rnbvrYDLRpadmxlxnfx9Qhu2&#10;cc3NM05bnk1BPHEGdmFOqs5XqWVx0kC46WtlJzBII5ROgDMk2rXQ+WgySV6o8u4KmoO+IbYmAeFO&#10;RHyOukqntuPFlHEG4/jHmbEEQ2ViHqs0G/FOciajiMp+C8lnTo5tLqgrg31jLOweU2Y+LsPTTJB4&#10;fk88EWBTaPYHYAkJN1xjIynLBN3r9DZnaqx4DuXyPD0XLeGm1KmPLOCZLpS8wLOXn9IrZLFOkuc2&#10;COUVyIyFTIE4mUrBvY6mDZrMV9KXDByMLkk3TILMiwN7/5EmQFYLwQRQ2wK1WjK82gEmNs55pYV3&#10;04FvbtZY003EnKUQEosBa9LC54JAbtLsJbaZcCKR1uhxSRASQ3Re83JdiOx5fTJeb/hQRqoTg9I1&#10;m27uGUkC9fXfNO9uyZJrP5bJDSo25N3kXGsKcSZZcMK1ZdrF5fXkvs652Ya7b5Iu+6pc3W8gef2u&#10;2X8zAW73alnt2f3GjEc9p9+em4HCu9dm5cXpV5DCclpXTZwW6s8B+uYlO9bxkk0pr81keW0kLapY&#10;kuErOWAmk2IGpRgoCmOW0BYC8J3ASP8lpHPsmbe5iwn/3kt45x3Rs71TKXb3jwb0EgXvLgqlFTDF&#10;CvHjs0AdUkuHIoUZMSCSjJoFleO02a54u7AUoxP6WkpxQIZ4iIzB4ivFx4uBvQzNUZfNsJkhRLX8&#10;QHxB2ftvNNaggTwX+SkPfS+uwHw7UxPiISREuwdDyH/6tNQrUWT3aBWA1BoS+hjAu4Y6cm0J6Xdo&#10;HlbxsYKmAoQ5SBIB8HWdAH0szcqYFZ4pKOPFp64Og02pqVmyOIhqZKzYoyYcMguC8TRWY/DHMSRI&#10;e8cowjGRPsDXmweEpOGAYwsfPiQb7p/yz9CQwe9HADJ5zq6CI3Ik1NmGDc/FVw1Pdni0J0bSbAy+&#10;vrYGll8PciYkEK4tSPrgQn8fgN82La09BIPiKt289ha8jGAUDtNr9iBiGw5KfmksseT9GJJiDlko&#10;xZlZpUFioJwZU5xZJDDy9os4j/DQKVauUkSB7vB8Hl5JBD+8KKy9bl2wccCGDclKm3CrlUtKiy0E&#10;IC7Fo2aM93gqrE222RihsRsXIymOuYmMVsAKp6DygonVx8ACJ4SBFvNKRsuMwZIZaFnHmr2uKgnU&#10;NFDlrlVqnNaFLEWVv8f+r4Qpb/uUt3TerJJ71qqPKD8SH28DIOuwtFoCXLP623J8FxOSqo1sgNxp&#10;LB52aaIO1ivnZ8LTqgvH9NGIzcBHMsgUk2weilZhZIn5FisFhigS2FTD1WAfNz6lGPmpL5Gjmu0p&#10;gLrT1OAhf48ZDXw1sm8W+/TwYNfVqgfxZfZ2/QI8LFmGxs1/UVQyY1FToPYMHOIB1gU3IrGr/tJs&#10;3t+NKn9i+WNXAECsBwC7HbOIGfzD1zlkW10O+sDXGRrugM+cBpyz/FcA4kJlXK5dv1BolPy+EepQ&#10;Jfc6CzfR9yJrd2hYmqTk2VmA1VkT/jgZKBangLpWbkgl4XWVx6Bv2H5U2GCgtsSvwTJshbLFxvtu&#10;AYpn7K1uek+aWS7GuXlyr5TyzhqAv2qrjdQoE9vlYUPDfIbs2Z1jnmoFqy0PSqBJbL1gLCuvA50S&#10;9w0WXAoAbUYMumOfjMzkGrE32kN6ev/v6eGDr+CRtin30/u3rtD3f/Rf0bXrN2hx7Srly1eEbdSF&#10;xJP7Fewe4nUuQ4xSwQAZNGTKUGN9k4TmsKoJF+MB+6xisT7GfnJUcNo4wK1MXc1zgtx092eY3zym&#10;J9svae/JKb2EXPcJwL1NZvVBQspeeDcBxP3JD75Hd9+6S9evfQDQsodQjIf0u1//e9rd3QIz8ZBY&#10;GLwMIGYVKcCgW2Gd60kwxwBr9/EJmHwYxnAtwYGP3EOtICzk6mqH3r1zh37w6Z8APHuLVpfXMZxi&#10;v3PsM+Md7KEA+XkNweP5pb4ELzmw7vpMjxNGD8IkBgMBLL1jTz6WMB/JGlIUauMkllGoH4ahp8MZ&#10;MJS7nQ0AhJcAZF2W0BROQHUutyCCVE6FGiiJ6t/Pw0dm0fewt330wac4BpCgYm1lz91CwgRG4qPG&#10;6wvrx0YAto7Y5p17boBWOffWCAtjBlsfX3PSLT9Ln/3mcF6PIOFmsKgPMHF8+ALKhxORKvfB5DyF&#10;b/Ev/uN/or+++yF1/uh/pPeuw3Owm4lkXYk26lMrHrylgljeaUr7cMj++B5Dvh169vwpPYI8/GT/&#10;Cbx8c/ro7Q/A0vw+LtEVvA4w+DjB1LzhYyLhGGU8+cbpRR9MtaDMMhkKMkWG6zHugXkgCGC5ZMkx&#10;knTD1mOKCN1wSJP2CFTp8bkjDU2TW0/SqQHWwLaD1q4gbOMyxXc+xtdXAe6t0KDD90DfchDUd7Xg&#10;8KuhDoI8B2sgzCMDgDh8/Dl1IEnOT05owMf2w0/ZmBcsvrHUZSUPjIwcJN69uF46wugjA8Ki7D+S&#10;ZRC9DP54OFj14nIddaphrmwXwi5TFC/vdo1OqWFxyuC3+UyoVSCldbhNi4WaKakqGsZWOJE6GD4j&#10;/nk+byk4E0OvUp3YcDL57MUGFhQbQZkprCN63+iDa4d7fe1mMxKcrTUppLXtq5qk2rGJKySbmyQV&#10;FhwnWhaFq3ALBQwNz+Lakm1jwlgG4eJ3nYJWDXAVUDMYOzEo0N4BAMzp41xDZsZODLE2qE39V17v&#10;9zVg0tS+V6EXvhnBbuyAygPF1+BMqNmOrvqeTYSdO9u4Yh4TZIL5k17H5OvW5wzmq5Q8hcrKcJ1c&#10;zTpUo2dXMdiEuSa+fT3xshlHNUiUC8mMxZ0hth1UrIVTvwM1tlFNNzeRpYVGkE2gJKSEao27iwo4&#10;CuNhrGlR7G/AxXoZnU2j1TR9XIjKGs1YLgtDiUUiwyLIhSV71HCBKA0qL9jlkQCFPBGSaXup1Y5s&#10;hDh3AywMbN7ofVl5GfJ0mhsD8ZuLZmCaW9ivFOyFAdW2s4tshacbJ+r9FztWIwQtkjMr+p23VL3c&#10;jnOmlFhvGnq7QOpgh6Y8zLWAY2rEXfsJkDi22JtpCh2rwI4WINyy52v6jujfVch5ApUpzolIm8cx&#10;rGW4vqnBN6294xSlUv0WE9LuJqLT4oS8V3urUB2jVqoctaW/VfLyJGcqfkPjllkxDQaMzvR2eU0f&#10;uVfEQLziJcdpxtq37F8X30B28+bv6M298eI5f+mNo0jiG/7qlFHSqwDGMC3tPytUY5J9OSdNsecV&#10;eGKpLU/fOyiQRR4qdgYoCtm7ZQhgD75fh2DK7EB2+3jzBT19vkU7Lw7g6QIZLrz0mHXGrDIGrrih&#10;l4Qu+OUMOC1U1nV9v5JaKrJW89Aox7V/RiiERZUSPwJAHC66R4OB/G4HDVEHwUc5mhbHyRU8aPJa&#10;iPGbKJIdG3v/jAqR0ThfTxX7KBov9B29d4nBA08rWHNuri9hkr5K18F2u34JBtlI7VteCAC+ogCD&#10;K/0gQF4u0/exeOqVtt9xI5GY8BIQ1AzK8nHKfiDEWsKSfL3U19YZAFiNOIS5MBrrceO9kVMAhwBq&#10;TgYOYN8KIfwPScQFff7slO7vjOnxNlh62PuGKHZPCw2zEL9EDhrhITmzENgsHOejB5YUsywXF1je&#10;G+nqYBUef/vUw7/5sRd3F2l36zlt7Tyny9dugGVxmS4C/FsC40H2Qg5TGupkngdwgQEYFwwcws8W&#10;ce7A1Msg0yrRpJQXNgD4AdjD98bwaAoL7I+0JEOuyN6ALNfN8go0ixJkomiDlBFOj3fyWJN0OnAd&#10;R7hGB0NNfOSaoZAPZZpy/aDscWPcsddPUAp+bj6/ZCCROuN526/V4iMU6h/Mw0B+LE7BZHZb5rTm&#10;8VHrh8SAd2YIb2PGxp6VpxhV8+XSLL1QJcHGBqksVgXrZDK9c43lorHgVvCc+Hx1NQVXkp7RyHZQ&#10;C5UAU8sNtUHhQSsn4PL9w8fGpODi2yesAR2TBvOr1H01tJj+KitSAX9Eo+3ReHo0y8wsyJJEJk3+&#10;Y8OqQ9gK3MhmJvU29EO8g9TkU2pKSoxXba35eZSpSSLbHpldAAeBZB3mCmqolxemDeo/XifYW0nk&#10;v3g/62NhdnQwnBibxDdHYxngZ+ixvgQ0zDREQy0N4qmxRLV5CdFATGMFyDoTFWVTq8egDEhqB2aI&#10;a4BzrTlkM9U3TuBbseXo6aogjZaLT9Pvb1aShUlxY6iBvxCnZ4RxYnbUrp0aicCz9qs3rkdmA5pn&#10;gnZxTvrtJJMvntfId2LC6duKqRjnWTNNuOW62dro6FLLo/dqkXsBdNg/oIONqegpm7y3ApshMLDc&#10;9bdpBLBnyCAY9rLNvS9pc/PX9PR3v4E8dkeIfx9euwzQ5Tbdeud9WkWq6BLkhh4BE5y5zr6Uum+M&#10;WioZkd0Zs0Vv3bFcwyXWxTHu+1MAbTuHWMv6HPSE1FI8UQ/7297gAYZHX9HJwW/hkwuPwK0BgL4h&#10;JLg7tPWU2e9jWSfWNzr0yQfX6ccf/ncIe7qJ9TsCLPoVPX76T3QMFn85ZNkcgicAZi4ssl8sAhKQ&#10;Alx4VnwJyiWSSumD2BoKYBZLhjcu9elHP7hF79/+jO7c/gAsvrfwt7y3A+QrkJAKVpwAEXj/3hjn&#10;HYBymajOcltfeQ2H12vOxwaA2LJ6uxdj+LqNcf8PCwNjmMPBSaCQCi9douX1Oxhq3cSxXcGe3ldm&#10;MlHFkq69MUMVnKdrVym7BpsCdDEAuXTpBr391tuwJIG6AXtzMdoW9hx5U7OVOnQbYTAaOi9QYyxS&#10;sbgh6rEcx6zDjw1G80hY9BktLV4Q0HA4OsLeAtATLNCT4T76WU4OZpYd/Fehmvir//cv6eZb72MQ&#10;+TF89dawR5WicJOwqajM9Mzr8OsYYRsyUER9tLnzFNLwn8Jz8QuwLi/RDz/9Ma3jmlxDgFcP+zbX&#10;VnkK0kpqtDhZgzZ6La9BIGKRxWAbrm0+52OAih0epsA+hNfiHADf6Lc/I7f1VBjYOZnaotAQJQbG&#10;ZD9jwAm1Q3z7EyKWECNderCygXurL0OoVUxdh3w8JUgjV5UjJ7lz8AZ8/nIO3bj/Wzp9/CVfFVjj&#10;MSDFkDG+/30A7Qs2dLM6IUQbynkZYpEpJYN4QSszn6+vjtSvOijmejemhHreb6yHlSG2GAwq+UdA&#10;ObYW4wCxVHNIwqgGgqU1ThWDDTKLHeBgQ7ncBqDicVsoWcYLiz4zcCwNqMpqIQ+mliPzXK7riFix&#10;M6t+MQFopppLa5wsI2VZpcOHRH4JxuQLVBHDXAoNjWaeYd6AaecLZpmhRC9NABeiT1lWfyuSZG+q&#10;pKgkqNKGt+y5WR1jO3CuYZUXLJmXsakqRE0k5O2MDdfYIPPZpv4t/rttEm7KrMJRbICCbk5H7CYd&#10;cCf0WG5itz+bAeSajxnP8vKqG/+ZgV2WeNK8CLwktGV1LWNIsMpZVNLCyTo8gegIM6OjgRnm3cIN&#10;G4N7hckfxPMuV+adMgVLU3dg4YSsi81GXWeoG5ld6N78X1xUHxyeLnNaTT4YSGM3POVijSQmXIwq&#10;O7oJFCP2exmo+SjPs9jsWRaSXHA69lI45TRBbtx44jGWbBsF+xgddrUiqSo8zG9Ijde9hEkwo9CH&#10;jlF8s6ZYV2O52YU1GZWn4t8kLcFpGlI0mU1TvlkxLRt02Jk06crcspHS1gSe4hmhDxXa52r9/Jto&#10;LGbIeuuZQO3hKF6PLIeS+PIoDV+KMnfOncnISn6CSsUN0wynSfW6a3ioxDfw53sdBt2/kNQMN+nA&#10;/V9omkf8V/zanTtHQPJMryj3RtzNadJivW8NsO712SMN6+32/gsUlAOw9XZo+xCePHu79HRrG4Xh&#10;Ab2Er97hEaRG0Eccj0qRnDBDSAY6IuuNMqHndbfEhJqTxspYWnKWhjmlQZGkrbPkhpnW/NmpD6ca&#10;/kZ7rCgeXF2O2AULoA+jagfkiuW54u8VuZHpCjtCkvckqawwuAz7ECcPctEMNt6dy126e7VP717N&#10;4T8DUK8XaAUF9qU1Jh1EWulwsTaUpERmOeR5EICJJ4mZT3xi9fsrja3uTD6lSXexxW4ug5uiu+RV&#10;MREqsE/IjCnNteGnxTZ2i33dQXgQJbYSQafKY+xl78I8fQRQ79+OL0AajWbtaIOePC/o6WGg328F&#10;evZyCC9ENGygEQwt4ZEBK/E6AoDLqbmDwVD2pvGQGY1LmOSDKYf9d7gIiTXLrTEF397elACP6/CG&#10;uoJQjz4arA2wRXLsuTypZ18hZsF59tZDAc0IqYO8rIDkKqxAqgv2SlxaF2luBnYWy5DZg4+TdIOw&#10;5jJhCwRjwWlDpf6J/HUOU/Vk5O0MvOMBX6gY75pWyQO/MhibL5oEu+rl9fyJLW9ie5uNibekuAo8&#10;s+I7M0pmavhksi/sCJX6+iyvAatKIVEDB2m/DhaEltQXqWZ0VQJdrNj2iiOFevLs2sxzN+lr22QJ&#10;xmDDU1zz3HAB7AsA4sgUGnxPVczBqKEcKaQjNbHeZP4CcHKqnkio0phMkSTx+eMmR8Jjckm9C2yU&#10;7nJrPDoGQWaaimxMhMz7xv7uKoWEWJlI2ibXlV6APPH/LJXhyM/HzBiWHg5wnR4jlZRD2Pjdc1BI&#10;Fw3wYkdTDRlLHWcsQWS2H147r0u8VvA1ASYIJ/5yUrdf2BBPzxxMqrC0SxHMVE55jGC+RjTWjgfA&#10;LBGUJi5a0BiZn2Y0VayTIfTMddxPYHBuVtr7LKlwrdCo7L99o/+I9V4wK4m+NQ+aB4bFeR6vZ2+o&#10;7tvcd93rZ6J9k/LKuTkkeTebmT/zXLqJ4dyEukIoAHxeBNuJYilRGDuWgb4Ca7kDOFG8e5dGt39A&#10;BLBvH8OnwdEmPd3+Pd3/+udUgA3Hnnaf3v2ILl27RatXrgKIugFAahnAz5oNyIOQGqIQMdQnrCw1&#10;iKoy2Y+1zRKvSUfYNw/xO6fM1Chxv/RWaYQ1d4h186T4CrarX9Dmywf0YucFHe8MkfJ7QnvPj8HQ&#10;Yzkue+AWdPXKOn189w69ews+gYtXINQ9oa+e/5x2th6BCbiN3+GgC0gd4TfXZUaNrPerAsQzY3cM&#10;2WQ0lZXUACxHhFT4/XcvSZjH+wA037r1EUC+Kxg6cQjDAdhnzMg7VVZYrrLXvLcmX6fUcJ/YQ5J6&#10;b9LDTteWWh4P9EW6PBqxTPcl7uOxKNR6K9cA8L0Fgth1sPIu4rUv6T3mjUk0o4+ZE1mm9QwGD4vL&#10;S3T9xl168eKQ9iAhPhniwU4yJhDL3s+DNz6HA947wTQ+RbrsYZfDOrysXx7rn7Cmxa+YB6Y98dsd&#10;nLzEfnyI8wbZb1gCWIc6pc9+qRv4/i49+fxL+unP/wNd+tNVBG8t65rDcuBcd5gStRP74o0Ash6h&#10;T3787Gv68otfgwAHFj+Gnj/58b+hG9c/ptULuNawh0vyPNtn+NQ3la8wG2NGnZfzo79fyHU/QJ3R&#10;wZvv8+AYKcUBab7l8/sUth9T//SlAEiy3Btm0ulzrBr2Fwb7UGs4AHzu6tsUrt7BZbss9UWe6bnn&#10;WnIo2AEkukweGrJ0mtPcAfY9+oLi1gMqXzyjbH+HVklBz9H1m0Tvfo9GzLIzO4/c6TA1BThQ8lnO&#10;lHWmYRxKSFLSYq57QEM55qyXlzRb7BkdU1pES4gXywvYSYhNiRCborDZ82RF1sBasiQBNkswVsC1&#10;6HKsZhirn25WhU1IBI3u66UmQEvNI9Zrk4ShWPnsVcxw8eStH6tFJrDX58xiJ60vZFJ2HXLHaqDu&#10;fGZWbUqs8knRSJOeuLHFRAxV/pXtt8GUCmVhhC+1RelkeRXypUoGVVc4G5C60Hi9LXyurLCTZGuU&#10;wM68fZO7GT4csZro1YaCcWoTUEbiLEjCtQA259xEAlZ4bc5M7SMyGwyqHcStGHbTISAxthcx1uNk&#10;lc+aUoEzWVhreaQzw2mhYtoFnabWTnxvMqVbZ10xEeebzMGgtNtRcOyE2QFOJZ6K/mJxRqPhcg2x&#10;yCS9z1vB5TXZjePRseh38bkYakHJX4/LjjUEwerwzIrdsYKK0pjqpsDRNGzwPMbzj+Dn4yWZqiNT&#10;I2Hbcci6MRDlvaFJGXIRahVYNPSfr6suXkvfL0oSHtPmRcqVjFDxd2zmGmIKNvE144A9BrmZZJlZ&#10;KBua+GZiY23MTY3U2nYzMCndju3r68yKhlqRcyqjDlOVYLvYcjMnuNOvyZk021WXIDNAOf1LmHxe&#10;WaZsrkvNYJAzZZixfUzi9BRX2aPJqyy+WibaePFNIWWcG4LhzsXGOxcj7U2r2HmP1UB2qrXlNfzo&#10;vgtW37yE4fN4yMXzHos/EKjZSvx9Qzm1c24qaCXOSh9spZy5cyu4mynZ86OleO3GRoom+gSN7+eP&#10;Pqe//sU/ohjcgn/LKT17MRKPPZHnGfMsmMxxgb3sogZiyCCQBUOs3RQhgrKlOhywEVRmmNuggzdY&#10;kQmw1QM3AuVQih6GKjrsMcbeWlzwCFvvFI+J4cyYfbcGFs9XCtjjhV2Ti5E/d1gCAGFtXoWh8oXl&#10;Dt1Eet+nNzr04fUM6YCQB617urACSWMfRTAGSVzl5S5IcSkJZQwsZQNl6cWa35yntd7WexIYY5rV&#10;obrV+kzmnbKSU6eAhlD4tv+V/C+npuWI+ukUFQs6VjKMWHmUyg63MNLcDxSxN6wGGX2C432KSTps&#10;Lo5OV8DCvEC/e1rQ7zdH9NVWQfc2YRKOxJRBzBTMkcQyBHW8KGivM0DDk8FnEWDe8jItQ8a8DPkV&#10;pwOevjylk+09+hLN6uriIr0FNsIGmtL14S71LgBEWf6ICoCABVh7XQCDBZgag9V1yiCX4QYg9pnd&#10;wanJmcYiMInTq+egMP0N1MntuIc0neZrycK8gtUsicquf1VaSAzXKJBeOXaoS0wXb0yxaMpgZ1Nm&#10;9V9ktiY3zjyU5DAOlsN10CRyTcESHU5l5IRiZlAwO4VlY5KSZ1G+MVqqrICUaRpv14pvsqvzqlao&#10;zntIdUOtdiBLPVYPNVfH+DaTtb2buQvFBDoaQuRzZfUEk+skz9x6KXG1sXaDBc8gHk3ETXjylXdm&#10;nUJNGs1jdUIp+2WmMjq7f7RGyvQzy3e9MhDSkDQ2JKbBmAwK6tbMJH6cwjwFx7i/2cB/7/gEqd0n&#10;6hvK5ywf4VpdBQgNKR2GtAtszs9MUT6PwjQdq2SoWNIUaa4LEEYT2Kwdg+HuOupMfH2Ka7lziAb0&#10;5EBYgA6SucAAIIbJGQbEDDSn81axcuckTAipMczZt+Ir5KZxtqS3uc35psceTafxJhnvJOAXEyA4&#10;i2PwKtDPT8h5z/QEOV+B8FrD10lJcKRvKcVrRkEzq8Bxcab/efpa2g3D9YPxhIWNjPCacOsOFTc+&#10;osGVt2mIQIWRh/cdknW/ePBz2nvxlNY6F+jW+jKt4Hc2kCy6fvktWkLabJQAB7a0GAg7rJTeQteI&#10;KPpgleNr2GAjoNGV4ok7xOAG2DhSYKG4ylblfuxCzn8QNpF6/xjDu18DzNuiPQRt7D48AsMLMt3d&#10;EzD7EFCAQdLGRpd+8sfv0Z0bb9PlS7dlX9rfe06/eviXtLu3Kcw8DhS4uLEOydwymHSL8BBcoaKj&#10;6gCJwgEwMTiEPBPA3WhQiFKArTBuXcrp7tt/Rnff/QHSbBng61lviPAoAGExMmmjL2tvv9+V8ATu&#10;H7POgtg6CVk7qy/kjBPA+bgw6Ah1Qo7+omR2c1ZIMGMHj7Xs3pIwju4C5LMYSLlcvUVFCt2gkAo7&#10;LaZBRKxIFDE2OhOn4E5lr446aAHM9QvrN+n27R16vv0UDHQM3MIuwJkjsYAImYK0HJbiASSdHmyh&#10;bIAMdX1DbBxYyssAHTMTmUnJQ70+wE3ezo4Ajo0yXu/ArgejbwxmchfseI+PYnuf/vZ//SkGlusY&#10;al7HtbQuzPThSL3OBhhmPHuJoe2jX8L/8XM8T0m3bt6iq5f/jK7d/EjCNjpInu9zcEpa4xmYpcz2&#10;MT+xqPipG6eLQWkhlhBOU9SZQQ1g0UOqO3r2FcC3e9TBteY5xZVBoGgedrzm81AY7/kEybpx4yr5&#10;SzhPN9+nsHoZ1xJwgsW+3lGMI4jPrBObEvZtLXjPwpqdA9wrtp+Re36Pst0dyrFHyO/gmJ5wsu6t&#10;t6m4/S4Ypl5Zccw8NHWYhGfkeSXzjBb4qYQhb/YO6snMg1Pf1KsauESJ4W9BF8FAQ1ayFNhfimNm&#10;MOJx2QqN1QzMqh8ba7+RnquPF6uBHIk3ciky1PFA7UkY5+BjkQJD+bVzQrHIYRUxrJJ/HaXgUP1Z&#10;OdEHOtfw1q8nS236dSMNvmIPCphXVrJe9UqkKvAr+QybVEDVGs3ntDVL9mZj5dZ081IH5nz9loUp&#10;NXOtJSl5a0ex+kmPJXJgVgblmbEyfTUgk9ddUftCy2OwxeybzYBqtPexbajbTMxsGeO6OfR4avqa&#10;uYaf03SU+6unYO6M3z+n7C1RNCu6Zl0x8AIuUxWOaTcvnRQ9LVJWXyerhBBaCSt6U3eteFPUlgto&#10;OXLjUhIJ1cMtakQ8qLq8APFCzH5So9S42rhBJtShZsl5m/QwYFg6pZyzFp+nFFKis6yXGSLin5dX&#10;SS1Ml+cNK4ZMzSM125q3UaFDM/OB5cP8erucAji26Vqm9GZn8jUGlrpsPstm5VHBT9H6czPZ6VR+&#10;dAl8cVYVOjPeJtPI+wrk8/WU4bw1lDxumCpcKrDvNUah7qzCzM22TJ7HyauoxKrlU2aE81XqYIq5&#10;d9UxcnOCNxpsU6++JOT9DD1Kmg64Slo/976J7psHWfxrYL6d04/uWx7Q/2E4fPEPEZnSBhTjt3QM&#10;Jk9LnCQNRPftcRhbwx1nE1n4wcG35bf3f0W//OU/06/+4R4dQeYzGLNZtPqajczbj1NwM5OUnkad&#10;LBaSQJbJ4/TNz4TT3bigLezvJXgo2hRTcIlcvs/eYQz0sUcXD4dkvQ7akHckvv0QL/BQ5HjMGGef&#10;EpYvhVKZhLzes49cD/vKMoy479zs03//0TrdvdGDf01GVzZKyFHAWgQgwIb/A7z+LgqtpRwec+NM&#10;tpI8qicPr99evAE7OuCJnKYHnzOnhs/RJeCO6vXJmBO6g4cWKCsTT9fwwwoNaUZiS0VL9UsGW15l&#10;vSxRFMZa1L1QZBqU1ZN2QYpKTeUVtoBOxznAqrOAIwNp7ur6COwQmKffBbPvqAOvvwX66ZdL9IsH&#10;R/Tzz+G/9JKBsY6wUbKumj8f4nww+2AIxt/qcJFO2B9xjJADNFzF6Br8ezqQbIOR4PZpEXvdJeyz&#10;tzn1F0V59/I1yNPQeLB8Fx5/Ec2fZ6mMSHV7srepJ2Eh3o/JX6wKNeOfSfNkSb9WjJWpobIiUPdI&#10;DeAQU2v2dUSd0JWv0WQi3IFM0qmBVxrEwudXb66OePRqcJf6/HKNwVPw3Bj5JLVET0O9xE83r0yf&#10;RWJie4ozVon62SXPWWsKLdmXQmhsSbEqcJW5mKQ2oRpf+eRvnE60a5h9h2lGUTMsqc7gjRXgpFtc&#10;XiE9Cv57BRpDURXfOswMdcq0S3t38teJpmRQ/+FoBbd6D1m94r0pYJO3sSXycV3nDfgzgLR2LAwK&#10;I3q9BxgoGYtaJChLk+8Abiq46GdptgStaJpuEUWjJ2oOOZ85s3l1JCCeycJs6WoAR5VfwYOLnhyT&#10;IdvS8JrVwatFymQOlg2twCoA7L5FmONn8BPL0EjS0RYFNMzEEnE3UmP1xPQt56yz7gwAKc6XtzYd&#10;TBy1fYVjUz0UmxY9jQTe0PjdMPG4DZ9iN09UNE+yW77iPX7j6dmMejO2n+u1ZnmvAB5b++6rhCwT&#10;QN+sgA5muuYyEMN1Cb+4CJ9XJCLR8MaPaPzOZ5AfwjkT1869R38rLL7dza3/j7o365Uryc7FVsTe&#10;mXnmc0geHk7FYrGGrqqe1dYISfaF773whWHDgJ7sF7/7P/nRDx4A4wIGbBjylSxfTQ21uktd3dVd&#10;M1lFsjgfkmfMzL0j/K0hYsfOzMOhhm6pBarIM+S0Y0es9a1voDWwp85vnqftyzt0+dVXaQUhC4Q9&#10;dG37jAxDmtYLk53Py2GcGhAeJHhIEmbjkjbyIdiZQyJzZ1njwZSBCfbIG4ncdYD763Byl249ehfg&#10;29/BW3cMgO8QISDHErpx/xYSdh+NBSDYPr1C3375NL1y6XsS0BAxkLp591f06fV3kcr7SIZkmyuQ&#10;kq7VtL1zmkYICfEYAIFEB1YWaoRxFIDtuGHp8LEEZDA45QC8Xbp0mn7wrT+iy5depcHqGYD0zHTi&#10;gd6ugGKRuzVWbiG1dgQbCPaLFTa4DFUq8Y5llpbLc34DF3g/axWISooh+TvAIt4DagBaLFvmxGIJ&#10;0OLe09XmkdoW0nj3lL479tOwrV8RMoxvZJ9ZXR/Rzs5rkMVeR7AJSCTr7Js7ETaW9DxefW35/J6C&#10;FV8dgE0J8GYZ75cVBGwNMhrofnc45R4U77liRhuSmcFaq5fO4LMB2w/WKoBzVT7OYVXwHf7w/ffo&#10;wZ8c0Lm10wD6wII+YobhPTA2v6B33/t7DAIf09tvXKXvvvkHABF3aHnrFFj7FduhSbI8B1IwcOTM&#10;P00+Q29ycOqHNcZkoWTsqMOmlsT3EYdeQR3SANib3v6Ulj77JxoCIA6B38fQPF3Vm24qCjvs9bjG&#10;LZh8/tXvKpsPnr715pYoKIQ4xEoAsZiwSFLe/9nnEe+tRhJ7AFORrv2a3IP78D1s9MgVMMxJGExz&#10;5S0KFy9ITcZqiCEd57NZzuO67vaDoEM1tRnrknQZrOL6oJJ1SAIYCjnHghtYnSA+fgbQNRYYRiKj&#10;VkuH9jHundNnAGwOhHXOAyxmhKZuuw3BllbIAarCWOPHmqoiRhigWfbbmmesFwac8+Yl0PO+M4lt&#10;VGlrtIMgnzHGhpXSIhSWHfkW0OcL2YfOvmzqhKC6XLOzM1Avdlq+bgCRdAzmC94qESwBga3hIkHO&#10;eQ3iYJBTAkrqbpAoIXCd9FR+RnyZzZ8w+gKXKZjOrlAyuMxUzGBf/wTIrIqFpHZXGOrPMCmSRx55&#10;88nzmTceiwTUmOOUY2+AFOMzDkVKPnvFBLdn8J8MNDuUs2OVmOY8hHzRfEKaHfVYi2wkSsY4SImD&#10;asQ5lYXMZWArhuvaNPmeijlqzLcYZHsz1BzkRF2W/TJ9XYq8YCi6mG8OpJCup0O5yHVl6bopPCIt&#10;zpxA053AQnm3wlJiuGszW41KAebtpo2K6bIcWIrWSRRD7sm0lkVTOQWp9P2ZYTwvyGlrYJz5Ejp9&#10;z9w0iKSJJSxmBp4YgsIqcArmeZvGpxXla0uSska3AwOLFec7uK6j/pYpuQayFqEW85PYmPmozhVw&#10;8hzi0NFyO9W3m6m8TkgBXoBmCOifWY22Jl1tAyL7jGmGgZdS5UqGnW06vKEKe7jy+bX0Q7KfDyBx&#10;PY/DxbLdE0M2TmD7xRdJyX3hgIqvyM5zbi5J96uw0p4GkqY1Fb8W6DC+MDj9tGCN+DWkE7sFXYMm&#10;YLvneGvuhcM8noYUdvt5fMYy03st2JCEi4U9HJbvXXuf/u5v/pbuXL8FSdtU08nYCFckN7pf+6j7&#10;6USuaWtNvZNBSsUhHsy+4WGKFYktivwqHaitgn5yOvC14kOciyg+l1gS6FWeMBbpHYdtsFnyWEyT&#10;K2Y1BA1wGnHYQ6wFqKhwlq5B9vHSzoh+eGWdfvhSTa9drOniGRTckKEOl1HBQpI7rE0ii/+MXCsS&#10;kymaIFdPc1K8FgFqRcGgA78Pme479aDrp4In0IS66akv/HrTPhaqYptMYQsDkRFRYofxmMckzlI0&#10;p8FMFW2f7FIBnEiSyEKmuCgaKPDpNJGW/9+AmQNegUf2/xnIlBnsgE0OvJ3Qf7U1oj95a40++sEG&#10;/eW7E/rpx7to/iDLnnqR7Qwl8CrQA07pC2oAPYUMacK+he0DgIaQEaHJmyLI5LAe0wEHgOCsXMdU&#10;fhsDwFNnz6GQRfGKhqpCoJdj0M+m1gwSh4a9eNH4MZ+y1UJZGYxWHGZ5iK0VZkg6sn/HQjJUS2Li&#10;UqWfyOqaWo9wgp6pLA0oabJclh+3HjZ6vSV11ht4GqWJTL7Bcgo4ZaAJ6CosSH0N4ivpVTJbCdho&#10;frAGIoU4y/KOOeEvFrVZ1Auei98urGNGlnlS+FWp5qB5en8aKKrtjZO1E32nVxRWolNmYfcYhT1I&#10;4TCjoKnWJ1kRocIZqw1qO5d9b0AXDcQMiTHgE/akbECV35gvXmLnWM3WJElVdMXpr2wLlkgxYC/X&#10;ImoTFe2iiychS35bTflkZoyoNIKJhIRl2QpDhuE6vkXZcwzaOPJHUdiAQKvRWCHdcwkSdOw/Awxv&#10;RwebYPwB/ENz7mH4TgD+WF7lNXVHw1halwkwiQeTrmVOIFzAtnOLwK1FR0Zc7Nnoiu+5WFjzxAXr&#10;x2Ul+fyJ4hY4CC2Y6Rr+PAM+Lx5cOTc/vHIn2Ac9y9LihYdazygBY3wKIFjMw3iN+KK49ObtNfW6&#10;g7OPd5O8tPg6I8Spuniejq58j9qz8OXD0OPWo8/p9uefQ/J6ne7cvon168Fs26JXX/8+ndlBCAW8&#10;yIYbSBgdKpgg+wgniPI+1Cp4IcnkZHJ3WAK1FhoofUyjPm9HzKJreRDHvnPLAnQxZDFtr9Hu44/h&#10;8fop3b71Ge3dOKTHYGvfxX8f7iJI68FYCAsXt9fp0oVz9K1X3qJT6zv0eLxLP37vr4T91+4fEt4a&#10;WN8rkNrizxmwuGHVMFpl9veqsLRZoTTFPYNXI9L7R08eg6UH+w28p9dffpkuQwJ8fodTdc/L3jPE&#10;sGgKP74Gkl2+TytmrfFADmxqkZPiPXA/VhtbNylwvG86SwCr230G86MOEyUUYQm/tyqpuvXALCQs&#10;FFAvb2uEFp/P9M6jtEwFpeIsDnlvlzCuNExiFlfFYRtPcNauILTkZQkp4b1ob++eMBy90xAu8SCz&#10;EIFjMIgZ8Bnjc+RwDS+J5pWx/DQpldOFR/BePQIweFzB9y4OxG7jGInNXgZNtTCVJwAX78JuZTk+&#10;ALnuMX107af04O4neI9jeu3lq/TKlX8D792LtA4m9MqyehMyRsJhJgKmtt783XTIFk36yL0sn3+1&#10;c8bYNNm6gDKV3BPVEYcgYb9kYO+Tf6Tw4AYNnzwUCy0sDjlnJ0HDY1jy3TATE6AebW3Dj+8S1edf&#10;RQDHZVhPYMiGvn/KbLyYzv9GwLOKwzih/Ihg7RFsZtxnH1Bz+2N4sN6XRPhahkO1MF7lxkUNEl99&#10;m+L2OR0M4bvQHAiD3WX1qRdGvwtqFyZHY1UVIRQxW1xI1nXUZDXpQdm+yzCKYLLa0GiNwb/HA3An&#10;XntsccOuM6h/MECKLAUW0aRZd4lNSyXPXxWpwK7wDeN7vJL0aK/svKDWEspMbLtAJ8YPKvUVTPY5&#10;KXBLKiohZVVWg6h9GFl4rN46loBrA+3eoNHWftLelcOnGGKeOOUhZuqJ5L5tcyZEMD/R1u4krQPU&#10;a5v7AHn/hkNJAJgoXLwEu1bGIBQwT65Fm2XmytStekCuM2sW/Xc0cDHJrkPH7FtMhpmVRcWcchAp&#10;znj72cfCybeRrNHSRknR2dCz5k2jWLfIISPOxmebv2CiR7qSarugoU1y0Kg+NSx5EWuCqEVXahrT&#10;9DYalTKlqA44SakxqmiVPJgr9U3y+tomJrSqTTbTTQCieDMde92YpKST3zW5F36BwzaOOFFprGCf&#10;1t0qFRHZlyDPURor1cZ3achemBjRJKJIX+GkNWfcegNZnYU6qO9SMv8eMPNTNl0O1pF3zIERLLvF&#10;ZD/LqPKItbavdeufS2BBk3kjq0Yqb5GvDcQ6Wk1S20K3nuQwPodgaFhILQd8sETKzK40L6ck90mN&#10;gcqIFhmxuAJAnplGJb1+kqVnlCyeMGjtaLzuBP1CfK70UpeWUTFJ0GZLNtLC4NpZ6IkzeXSYlqy9&#10;YhzNG49FzPd96br4tSyBdie/VteP9JgD606Cq+LX6BiX1u5JSM0sCOl6xt5fTjocv2z4xSIp7onh&#10;QS8q2XXfvBvfSc7e8avSFuMzM4DdgpcRnyGQdguDYOiZGTlP/6ztMMZhd/f+PfqH//jXdOODW3S4&#10;/0TtD6KymNNk7KhRsSTvVXw71k6bDAlVImUbhNgvvuV7IeTETZW66N7mJDxBYtvV+BiHuBjqAwSq&#10;AAY5sMkCp6+zzNKnwUqQgmIAaczlsxv0n721Sb97ZUAvX/B0YYeluQ1856bCYJDnlylnYty5vAfK&#10;qIHBvLTvueTHbZ4prgNMdRtucsHgZsD2BOwGk0pICZwNukLBdE473MCGP40mwPJZKB4nWuDIYwQz&#10;eZf/m5paoL/Fy95TTbuV1qsD0uv35iUVWCkM4A/NyGhM65sOn1mgH+Gzu793lt67VdP/9jeP6FfX&#10;4QtE6i3LTdvuXpDk1g2w5tZXeMC1CzYAmq5DTvMFqwRmtisry3SMZnaENfQA0qLLYDWsnP8uGCtg&#10;5eN7Uzxx5RRIZKZBa945PGHX4JFWGDF+Jik+ndMSvSA2HsrMqxIwKDKuqvvj9dOtnO/c4CwpUaUw&#10;ofO1i7FQI9hAMKcaBMoiPCGqMXKjUZrCvo8qIXLyuBwN0Sqrr02T+Th3/0WryWJvEBt6njhzYF1n&#10;qrJ45FP8jnft4v3GaT3T93jrzv1QKhLnhnk0I1l0nWSm2HsSwN2l1lMGTCkPvm0YTcpSSX5+nd9R&#10;2wWVGO1s4AKV2JizhGYsPPw2UqMlLMBCfGwwzAPbYc0efrUN1J15B00FZNZBaiv3WstgI9vqB1WA&#10;WNobGjCVQDNI4jnlsYVEvdkCcwlJnRzgAWnakJvzg4eQqCHYA6m+EWnUrJX02BgbY95OQjZEMX8n&#10;1zEc4vxJ58rk21kwyvdbjZLRRwV7z80CWOEElw9fhE30xMD9xN70+zbL7oZkhbRcmFRJQU6WtTLD&#10;UowzAFw8yQAwfkPmxbNlYzHHfhbIqLcnn1dB+o624hPKi38/f4yN5v6AgeboycYGxW/9kI7OvQW/&#10;sW3aD0/o1u1P6LN336G7t29g0DTE+bRGP3jrOwhTuIJAisuQ6l4Bu205e3yrLNTk+PzA4omlX2ef&#10;trS3VQzKsM8l1vVjBvpgY8TBG08YOIdX3tKIg5T2YNnwHj1+cg0pur+ErBRJv3eP6N7HCNmCncPB&#10;EZhjsHRYBoJ35dw2vfnKG7S1dV78Tz+7d51++st/BFAH4Ah+g6e3AO5dgbz49CaGaMvqFwdvPjcc&#10;ig3CgG0QcB8/QRjiQ8hNm2PIKsMQDDOEVly6SOfPvQRv3LdpFemuwsoOj+D1+hhyZiWYDGq2SlhV&#10;cI6BPfReLN9l2W4O9/Mu72XeFGDRdcGYynBSqR8PgkTqyz2cr81Xvu4sIsr63SWfTK1vJB2c4ozt&#10;TSwWrss+sDmUIijgNxiyH98IDHioCgD2HRyNxWf0CAy7GO4jgfhQfPkqnKncmzpRosJzHvYBu0tg&#10;qZ06L+uM7TTAlwewhUHcuNXhRcP+tcyeA6gFhuQIlhrJHmEJ13yIBzu+dUB//n/9LwBTT8N3dJd2&#10;zq7Q20ivvXzpNQzizgKURTAWFHOV04DKNiZhlKkvHGULDAGKeO0bS74NbdEuViIjb+HdTGPsgwAz&#10;65vXqEWi7wQejsSsaGZgVdrnDZgoZIAN+/FNwSj0eE2OAb7Nbfj9rgPkU2BXfGCDAuk1r48ppzcH&#10;Uj06QOfP3qP2/uc0gk+kA8t0xfPwlnRAxzYwfJlXztKEZfAXr9AuKyoYaG2UaCU2KGYflhJhXROy&#10;/66AkQZwqNRX1X7e2G7Sn5vdFq/VkEI3mYkrbD9TLXJvirMomqdmDSl6hP9083hXlSnLGyrVrVKe&#10;hDcArDEsRgfl4hWMz6A2n0E+SRk45rmUpB+z2oZfw2Ag7NGq9tnvLgNwPg3czG/YBv3lZqfMfNed&#10;266rQBIAHmJBFklqBK7f+Xuteei71iS9Cnhq4FjnK5zt6QQgdMY2NDJVq0FhUs8x4GrXIQYN7UqW&#10;NspmVpWH6AIEFEz5DzFjK/J4Rp5SWxjKrz2EbmpVG7z59M5vzn9nsS/aERZ/mlgIkowLxxv14oz3&#10;BSBdfFY/3s+T76YeoVvQBSPLmUxUwJRQQBwp/CCZUtsHxIujKXTqybPOFUaIkgwTW0WdE9hSFq7e&#10;wE5XUj27n4gm59RkuGnPc6z0Iovksql08oGjwlPBCTU7+SmEXvEdCy8mnVp7K9JbqSUVyQ/ZPyZ9&#10;dooMW0S2LwuBIvzBmBklGi8SFfshR530ixJg52PnuSOAYYdGl41cLOKiex4SM0Wjfs/NcMBiZ/Cf&#10;plju6cBK9/zxK2dS9OW/xWeQmadZ1JbNM0vwMc61ITONix3WHfMhzrBtn5fx9eVVrt1n/s2BVIse&#10;+2Tz4BMN3OirR6/8yw3PiPTUoL2vS4H0bCDxGbLqeAJY+lz2Q89lsu6yPO4a/E1u3PyCnjw5lKlf&#10;y+m5rR6XLNv1Ay0ODjk4SWSRPk/AK3KZJTTna5OZ5BZGFBqTCkQ1cHbqnRZabfaZwTDgqStS8wbM&#10;7KskOQSpuXhGNNkVGoIr8D/6o29t0L/6zgZ99xWEQW1DTlQdiT9eMFNybsY4ZMP5mKePLvnZuiSV&#10;7E8lu08nnJgnXlpC5q8Vja+DTxDrmJylr4b2ofmfDsTD1Qk0pN+PAdNdTkn0KHLjnrCDnDH9pJCJ&#10;5pXjvDUVsZfceZL/qisjLDPzyxdLTffG43FNUFDR6tkjOn12QG+cXaf/5+cj+vf/iORFMD5WwMzj&#10;QulwYp69KKh9DRkRvjZieasEKnAwAyS5LCfDe9qH19Kj99+hy2hSLl/6lqTAyjyPgTJOIRSCpysC&#10;pzqph3dJDu1keMZjstr8Er0EfSlzokoqW5E5V2LH4bOUNhogqzWPk7PXQNTY5pomJbYFO0/bDKhI&#10;5IIZWyvSGy1dUCffCh7pvxP4500imoawfu7si2VzWbDHc/0Tu/CFXJe5nkNOMcdyTxnwld9p84Cu&#10;DMVwMwntcZZ57UIxqU+Be+l0C5mBF+IMk7pgjHchYZ2UKMl4Umom3w/qn1hpsV4AWT5qKJowWV2r&#10;LBB8xhIAwDJdcDNarMHWjN2jhLWNxG6FvaGHQ1VkyLBZkn0nGjiCPYTBPWkAXGNNW5CUYjKlgJch&#10;gKYD1kMnTS0ofmggATJimMCvbYjEztHyNo1gL1Cj+XRH9ynAfH5wgEHJUVCWS2G5GJwyqesCwJwL&#10;0o1P8YVoF+z1oQ9ezQJaZShjDkYOfaDvaWBbKdlNqyv7mLrFwyRX2Iwnd5TQzgN7zr148ZH33tjL&#10;QZz7HF3hxZ5lv+4pT+fmZdXFnERtAhKzu1HAWzxGGbAZMHsavd2lU3R09dtUX/4RPT5/FdYHE9q9&#10;9S799Kf/Nzzwbsv6eu3SGbp65TU6vXOBts5hhwRrbsAp5WShNmyVMVEmtQQQ1MPckDYSvqHSNrI9&#10;hxNOuVE+BlKwywm3DkDJiG0IGNAGwHSEwI0n/0B373xCB5DpPvh8H4y+I/Hh3bvf0u4B9nE/oVcv&#10;n6WrSPtdXb0EcKmlG9ffh4/gR3LtTq1M6crONnzdTtEG0llbMPpGCH9wQb2w6tFA+hfeE8cA+RhM&#10;39tHUmzziDaGgS5tv0Gvnn8TQNQmrcMDNkQw/po7eD8Ax8OhBOc4D+n8YFPk8zUAytFoKOwlBrD4&#10;eynROxrzp9u32gR7CltXZbsjsYmStF6Affy9qif9ji/miDKz4FyRQ+CSZ5hLnmua2M3nHQNA9aii&#10;dfjwbR+8gs/kCe3jD1/fKQBbTo9tmYlHU2WPM0h0BB/Sx3cEEKrhe1vDXzBivxnxPJR/Z/pEGPEr&#10;y8sKLFUMLNbCZK+Z3ILXMASbk8Mnf/3OPyG5eZX+zR/+p/Snf/yvwHrfpI1NyISXVqXfTVZbYS78&#10;M/aCcHqjZqdgKNeLDJO1AHN5HdTY99pbHxHd+JAcgG0Pxl3FvouVpp8G7J31QJNdWbUHhJvoHBKc&#10;r7xNzfYVCUWpOVVYwj/VwoNVgwx4SfgbhswVwNAR9taj2+9DrnudBp/Cc5BtGzgV19v5bTYozIgk&#10;MBfDm78Hz7/XwV69T2vMquSsAL6fmqY4z9KwzJsMNpjNQSshock/VnySjaEvCg5ToSVPWR1sG1HL&#10;VAmyX3hvVl/KmhuzFzWHQ/GAm+0gYC3D7yFy3Rj1+ZP1mTcfYFGcMNuvrjIgJ4+jmfUZehZ8plVf&#10;O94veLiabNfILDrkHvEuA97OyGGJHSi2bN4t8MovgkLTsDSEbB/gk62aJOayXHgiCpZon12UQYkF&#10;fzVNDnxNGIjalgX5OWYvkvgcKjDfmAehrFcGAYeDLsQ0BYuRej4y/tS0oe+n6zqbua7u0QCekF57&#10;9uwrZVtxgWOum2nHT4jdWlnbUANBQ0CDbxeAEG7hae/KSNET20wLPyjSTXpS3l5R1/+Z5NGSjcDt&#10;65L0YtNubwy3aItZ9c65mjTw2M0L1Fx/cuzMhTwW4JuzSkQIokZrDSlZqgCwkoddTsgrJzNOgTWV&#10;0fkslVFUN2Z6dwY0jaqsUhZNx3GGPOsNZ+hxG3oJyy4Wk9CE24WYfXYS/KYS3cqo4dF0/SUoV9Bg&#10;U/PjFYxLsh5XXLP07xKwSV4JJ5lELzSEKdeGI+rpjlwxXZ4DmL8KNBTntB7eu7kEw+xpNCtRd7En&#10;S2p7QRQ+s1ELE48FTfyLAXcvDNotqjy/ETbaglfrTmDyvoCkN37D6cLutwQAuqcEisRn0vjiCyNt&#10;Mb6gc+BzfDDOPd9yiKWc+SnrJdqkkiw9dx+TRt6pRig8ptEmYzaokcYXd9wI/+aUS2cFnxrF+G7y&#10;Z//tcqhcV1jYfi1yk+xDQtlbNJpRirdGxaNYWEJxw1a8YVTLa9hYW6ZvX1qjP/vDNfjxeXjxweR7&#10;baxyXgtwqIzFJ8bSBVvZ5XuksCvoyc+KgVEPrJllOs026hpAkCUQlEyG1TPF+9PmwFbnr/sSQAya&#10;Wqd+sGQ+sFEf0iUvtbC4G39atLibXT9JWt4lp60ioISHd/wspzbweUP++9+dgs/h+Qv0P/6HJ/TR&#10;7UfiP8vTab7cR0xhAeN+RUfb9DiA5Qd2x6RFwl/N8lhmueDfdyDJav4OoMc+Xf32n8KsfYXUqlVT&#10;2eRTYAaE2GpUAtQNJKlVZdbMpON1UbHPDRf+Tu0/nO8kJRISJsoEn5slTamMmUUayvPEWAkhJfVS&#10;6E21o3wK3opOb6w+nxkh6hFjsl8yT5wUypGpTJ0/zOz/EmunDONxBfjXSxul5Ne7YHDsXN8WPQ/7&#10;qrmNQuTLJTEvJfWW/HBr/PqMwQLsI5q5f3y3HsMMThQTwNol/QWnnnttm/wVQ8GwrzPjNSb3u+Tn&#10;Z88aWjXfY/CMpYiMibTim6zhKAw4iiOjSJvUq1nBvqG83kqYDbje04ZCsseRTwG/xc0i15htUFlW&#10;ZMbyVNLByVjKTQop43UwqDSghd869snJCrwpG/h/LW+C8XeOBuu7CPq8CQ8pyNYgZXOsTrEUX7VL&#10;LBCuRf59cXHFJHV1mMd5e6VNnB9UJjKhLdU+Z2CBkqMgPMy9CPla5frr0Yizs9bN2RewX6I9Ver7&#10;vCXU7NEa4/OT9l/oOJ55rczW5XkNyyulXubPlH3YwIabvvQmHb/8IwQJXKR995Cu/er/oI+v/5Lu&#10;3UE6LdbA5TObdPHcOboIz7D1s5eRrLtNy6sbciao5zlkrACBZJhR6R7kKw0WEgZqqw00vwYesExZ&#10;9ol/H8F3jGWJhy1vqkvwe4O1QrhDe09+DWLJZwje+Jxu3tijh5Dp7j2AJx+SdXfh0ToF+xQ/Sm9e&#10;3ED4xik6BSYZg+Gf33mfHuzeFQnd2e0VWGFsYRB0kTaQpr5+Zh1MtHXG5yEzXrEQQT7tJuKxN0Z4&#10;1uODXRkSriwP6e2LYC5uXYXdwzn8GYofXzt9AIbavnj08p6zBIBnhOAJSewF0DfAf/1A799kqUBu&#10;JiQvDwxsfxdAkP38loXBJwFNAq5UOSBS9pbkOz9LnT2pnvaxw/jyenb266kXVdZuNDIU/5eBm0Gj&#10;KjV+ziHA0I3NDdrevkB37t4Ey3IDQ7Z9YXlxKq7U3jzAYtsLBgABlO09eoiQDXwmrVqocCDEMhh8&#10;ASxJZtJzOIdaUwUBdPhcYp70JCphpcLPjITVhR1zHSAfwkI24bM7gA8kswHJbFRkjcWOzFISanq2&#10;50H3btlCeGDHHnhgKYbHCBa5f5PaT38Oue5tWuIwDB4EC4urUqWgU2Zeg32TVhG8Abk6e/IBiQSb&#10;FeFdYPK1HF7B8u1Kh5vi58+sbUiSI8I92DO1Botv+vE/0RLkwRFS3QBbFxmwic9/JQnu+JBofP4S&#10;VefwHPjjEL7y5CGCUTh8k2vLRpUeIgv1XXJukpB6C5moCma9sN9sEMRLomnbXmK6l2Ggl75dU3DV&#10;PzhmuWyVswuiSbEbZoHj9fPwukUIlF9epXwytabiK2uKEC0YtSNfeblHOqwmmE9osI2fgcGQJKvJ&#10;DsPr60qWb0nC64pw3FBGe+a9PtrwOcj+k36fn5T3JmY8mzW1MBCz9VbselKpy2LMY+qEUaV7W0DU&#10;EM2nz8tZLvev+SSKJ7j1+BkATf6Bpi7VdZDAxyrfv8Lw9wnYjF2oiryfkLf6emaO3jPXKDeClCjW&#10;k+Nl8C9drKEYQfMbYpkAm02K6SC5BRFXbvGYb9GPGoNiEcinRbGxMMTA0Bh5rkyKoyKauZ8IKR53&#10;cdoZKqaLZ8y+YMCYgrSxW0R5CqILjqcQLrgZJXIxtTbAh2mbniO3K03WLT7UXuJddEk2ZmWi6zP3&#10;nFGb+fN18jq9SXpSIWphIV79E9INys+hevDUWPg8zZRmog15ESe5WrAkucpRRpzl5mqTv4M2FxLY&#10;4Ut2Rqe3T+i0DCPbtkcfd8W6opmI7hjDiQiAm5ED9XzvMkpZprZ26/bEtLPnBH4WFXOR+iyDzmfQ&#10;9xicKQ47hpiZqT2JrnPzha9Pnph978I5FsOLRZg+O+X1N5H+Opuc1AP5ZqXJXwKQ/QZCO/5ZPNes&#10;p135ySz62tfAuXwWC9adwNTsQctxXsrnZz6z+AwZ9fPCjcESq8d7j4WNzalhUsgD5JlIqpru4RpM&#10;FGnZKbOvVZM6sAqisZBcAShZseCKc9JkBtG8bWIBqPO0jt/OMhg8dYQBPthhIzzXQAr1htbB0vnj&#10;Nzbp335/jd686ujCNvbHwZEAROLZy6UcA1JBCzVvya5ePO8SlylSzooKydfK5Y7YlabTknPrE9/M&#10;LtxoRkBf0j9q/a9vbG3XOavUYdIe0r6rJkx4fZjoxicigRbGCP7ODU6aHvPrdi7mzNMYFxlYuSzX&#10;nd8ukuVC15iH0CEKKfDtqK2k6WN3kRr1yPLGlDBkp//8tKOrFzbpf/qrEf3NL3dpD6bqLB47HNcC&#10;ptYoflkm0y5D6iuMPpZPI5gFst0jyBuX1hDegbTUvV0kKsLf7OrbfwDAb0fkv3zYokVFWiqaPbFf&#10;qKWZUb8jZdDw9yWsgs9LG95VmcFfFKK+7dJ42Zy8TSeoFtfBgByuexhMbcQrcEoWDJ2BQX7MIfv1&#10;OAUexROHZaEsJ+IUTK/+kJTCoBL73Ff5WHIWKEVmpD0PoMR5YX6MfZm+66QCzgpZsTKZZV6w916R&#10;jKe/Op2X9BsjxhXVvKNqbgg8671ai2yuv5/4YiKelpykSrrYZy1SzKwb8RGSm60VGS17pTCwHdgH&#10;ksGL9jj75Sjz0mqpkJSpldmvWCftEqjulfuJ68IhOtzEBLHiU5m3eDxmdy1NX+bwnkqarqkykbiB&#10;CCNhj0QMF6RpYTASwLX4dJL6CYrEraLuXvMs00UNz/Je/pkGkvX1dbBfwTwBoHi09RLYffeF7Vfv&#10;fg62HxrVw0YaTWkm6xMC/2b9HNyCYIyZ8j6EGXeW0Jf7pn7LJSFHV+bRIj5CGeQh19m7gokqZWx+&#10;nIXlj5sPBUkz9TirgIpfEzX/aZO8njF8Fhqd+HgZ6ygCIdP7dSbXD9y3AbwjSHAPX/99moKZhNBz&#10;SHTfoVvv/ge6+9ktenj/AW1hwPHW+Zfo6ivforMX3qCVUxcBbizJAw8GTtjNWq02kkqqXpfewn9M&#10;CSRsVE0JZZ8qvpWegMHHcsUpeklCei+z1+j4Hu2Of073HgPgu/cJmIR3wWaaANw7osc3D2gffqws&#10;I10CC+wMJJwbAIDObGzJffF47z5du/ZLMPGOMTgb0nevnqHtsztggiEZdmsHSeqbwlBTKS2DhOxr&#10;fqihO2Cb7eP3pxMMChGsePXcBTq7yd6DlyD7BagRjoSpP92/LQBfg3NjAFYOg3w1J4lCSlovA9Sq&#10;1mTPZc92Zh5paF+6ENEGBD57iXqT67nqlCrJBpxKOpDXVJUXOCq7VgY5jhYs0mdrv928a1bB7nM9&#10;MNvb7srs4hX42U7w9QZ+wn4bUs32VagmUGM1Xva/6QSyVJbi8tCAfd3w20N+IIC+4/07dBd72051&#10;mbZZalbz3jVF2vgmfHIVDAkhBTox+GvWVFyj8d4UOSgNTM679+ijh7+mewd/Qis1gDaw6yoAhgJQ&#10;cfDYNHTDI9dP9Y7Z70xBKglHYsYegrnco1s0+fCfKD64iX+jVsPaaUVaWovf8YBBJT53uYwC2Nmc&#10;eYnqqz+g9tRL5CEtbjEk4fcUh4N8VvOQpcZaqRiQYz++fciCnzyg+vP3yUEWHPd3xY9PBsLsI421&#10;O+XKj4OWsU5p5wrRebBlz13B107h+bE2b36CzwbhbwiG4TXVuo4MJcPqNMRKqgLvM/EnSUlTsq3W&#10;ZXp/iicfIwOhYKwzGEV6WMjWVymQL2dIq0FkrECIDEpD+j6BxZhjWTftq+3LmgidUQtFtbQx+7EY&#10;+3RjvR5R7xMOxLPemEG2xvpo2X4bPcMU+K6NCEPKgOSBnFc1ZgtQNQG/olgIbS8FKVqQRWLQSe3U&#10;BvM4Jr3ffPc5yPM5vf6yZlx3rvHZK4Ec2SIueYaHHB4q9vteB9DM8GNmPt9PLHOfMqMUrFYmzPmi&#10;BncGuDY9oC8K8O2NkKaSZsoHJ0uiE87Cr0vqnhA7KqBGMoccnuHy/0Wb8Cot1hUjLZey6lNSX9Ti&#10;VbXClD+0EOIMwtKbqc4n+MbYi0yWKShooWRm160lxtV20saY0kesIE3G+SHYZNwpvdLQUzEeroI8&#10;jkxgg8aZy7tw2jGph5yXBcpHoXgjMTOBdEG2HKphzZ8mJyqSqg1eLQ2GJut5fexkyM3GyW4spuzp&#10;ABTph8DmarRcyQLWYFeWdWgK21BN5eV+afV9sL/TwImZKSe4JeBWDE/x89hbsDkN6GDiaRXP2Xou&#10;AL34DaqhsnkDkplMm1knRZYxHQnFtDawXxB3lpwY+t36ID4UxJTb1VoajRRMIhMQKVi9NDLB1/L5&#10;s1xJFiqmzjUWdmuABMfbu9pSivVOVSPqZBYqn5xuWunGC8HCMKgv2xT6uY99Gp8r0yVjTgHKcywJ&#10;HClTlX2H+mcUzxeAnZvxjexYoZXrblRvACmvj2GlcihhUg6S4b16eVWFlJk3EU0GMnmRJUc1Lnlt&#10;2f1S+X44b8EKmQVOQuinrkVyFGaZiBRPllomUHJW1luE4Lxw4MUM+OgW+LGVUik3U7nG2cddxOCL&#10;8WQgyrkX8/ubAT4Xhg/G+HT+XAwnpqB9WUy1Y2A9y8suvmBQyjyUHalIzYwFoJDpDq5YY2WITCEC&#10;nw0AKWPvHfX8YEvfPjcL9PcS4WmGvatGy40EHbQC7FVBC4OKC0k+NxoDyjzllK2RJOUC8POtTFOH&#10;XNzwNJb/uKDJWq1ZI9jez3vpOAZ5HjkteaBjXloyyZPzQhlsK5g8H6GrHDk9+KvDKf3x22fof/gv&#10;N2j11JTObnAyemOyVitaBKRpqE7wYdD3lmYIrQF76dw27p+anddrRcnnzCsMkhK3r8yhMJBmofYH&#10;MqzjQjo6sxSWsILacrz4vS2LnEjSTdkjTGSjTphqlefktyNhcfCbrWduK58oMpYEHwuf206mv2gA&#10;4OYkvFURNlSa8ofYZ/9zsjEXmEuslOJEP2Y4sYEQXtxrr0b67+F7tApm4r//2R3aAlvj4dhJqMmY&#10;LUi4aMO1Ea3lYCTyoiCSLBShCPMIKGaH7ZA++tUvJG3vzbf/hAab53C9D+UMZOkRFpJcs1FtE3dD&#10;LKLs98583xLwoIiHVA9RE2ynzMxyFiKWmi9LoRPlBHu0RTXcbsQHV5Pz+PI4qxeSXGwAcJsLVTZJ&#10;r8yYuxaD9yoHf8XkJeiV+dHyNWM5W1AZarpelQudlD2mutFSd73rhLkx5FAWKeItDKZncpbAv56v&#10;lD2GAGopIdcq0ZAqgVaSFZ35EbpiwKu+PFVWKiQql9QijJ6H5L9XmczWyaAySY2dDQn9oPz9aCxd&#10;m9THpGZQyb4A8txAccXCYGXF5v2czjnRtG5S5iWDx1MwHqSWamtpDsxhE9+rBIhnk3713+L7F80t&#10;X8OaryECAsKSpCV6Sa0eSk3F67KqpioP4xqRmyuv9UzbJLN8BfcGVWVJvVqfS9XaRAs3CRJMJENv&#10;r2uY1xALlpbAUEH/Di8qmMGvo6FFMnUAUFKt3IU/012qHsO/asKgTS2i5baS5U+8lbVUhF4UEt2y&#10;HbD+Rb/ZdF+bBepibfSMJnbAbEW9Osh13uW5bNN7wp7TvCeZwuhKfzuxnOk/ji+AD/6c7Lig5BQT&#10;F4gsZmW2vcFtXJy6WzKNAuWjJYN3VTsD2J3gvpQ+Y5dZnklZwmBAK358DMTxACNy+kathyszlx08&#10;+eq3v0/jq79Hk/MA+7Bn3rv7IX3xxT/QR0hAncL/7vTmWfre26/TOQB95y5epdMXvy8po5yuyqA3&#10;N+FiLWSeXGofgHU5VV8yli2yDI39rjgRPcImYYLv7YMheIy1PW45bAODCwkOxJl09Cnd2vuQbtz4&#10;W1iZjWkCBt+dz/fowYMjOt7HY02crO3zACi3z2zT2vIp7JuRHj75jG7cvQUv1jU6v7WEoI01SE7P&#10;09mXvg0F2jnxEIROXSwa+EVyf+IA7iHLl/Yne3R4BPYqQJ5V3BNnz5yinc1LdOHcK3hfHK6BgJBj&#10;JFdj0KMlj+6FDPQxk2vAXn+QqjLTzAPoY7YQM2a9+TNIK8x3iYUKeE4x4HPJDcXGwzGzDX84yMO5&#10;2Xr7WdlmTzNl7nvwpzM3xlgg4C4HAvngTcYbNPWVlCXGAF5oOH2+Ed++BsOE9Y1VJPO+RAfw5Tvk&#10;5N2DR/hzoDYm7FHM17vV/f+ABwRDgKhHWzTZ2pR9fgVTuMCMSCz0MWS66jvs7byJ4p0nwEVl1ln4&#10;ywibzAc//gX98oefgcWPZOCVlWx9xcMrtUBFrx2n+f21FgwzMOD0+HgMGTFwBfgO1ki7bT//FbV3&#10;PqdlDId5PbRS96UaYyIp9wF7bbOMx0WC8/Dcq+QvvEotPPkaMDdryIiHjqxeQl0ovwjPSK4DwVQd&#10;740JenOqbv6KAp7H3b+LOoIVCK0CQLxWeD3gX9NleD9evkrt1T8kf3qHxrjPliEVrwFK7n6O1wpG&#10;n2Mgx2mQC7Mkm2mrijvev80nuRU8AWcG99d8XjRq1cAfJQNLA/bcw/sa81DaJ0A5CsM8W3OlGsFp&#10;+IVcAwG+grCB+XvTqM/jJGxmBE/LqSQftwT7h3XUodhfxpy4XSs+wecx1zgp9VdadskRqK0OMv+8&#10;RHMxxp8kBHOdLoGj0hRL3SNy2mgZBpURpoKyAGNS4ciG33RGrUys5wRkxonS8MuGksFIORQ6O7as&#10;0GPchgFH8+cWXKKJAqK6geYXeANfBRhWm0yppwVsBatT7ofBQML6mPnMn2dlCk/BNrIcueivDaxs&#10;0+BerDvS8ASvH3ss4yUVA4l4vDHL6idHJbPvaYyZ2LPP78ca9IWAi0ktsSchOnnzcYt/vmwME9iS&#10;fQRmfASpP+V6mtAyh1LEvmsRM/1a88vzBbyQLcjTxNsQ57hINujcjOzU9SbRxkWVJm72I1EEvpSt&#10;2oIrZanUSZkVHGrMW6qvvHbu5ATRmMMdfFd7u74sSoNWkuSGZcC+m273GJKhjGSbM9fqJHXmBxiL&#10;MIrYAW65eI4dsX32un4tTseuUIg9Nbl1MfvUnQQyLDpi01/y9Ldvf3/y47iCmdCZR7uvyrJLwMkC&#10;DmB84exYA/6/aebfl8y2/UYYdF/Vr+9rSgqmf47ugPHruZhuoa/KzHT2BR+apXYMEg1qZVPxftnW&#10;OjBiw98msZkYqGOPfDYpbxVBamPyPrUTz/c5iyKNMMmvc8XwypnHDUM+XGD4qQRGbXJxgNfDANOf&#10;/ug0/Te/uwZZ0RhTPcrMrbmU0tjzitAiSEesOVkOo2Th/DgLX0j/7svhtU8mZx5wlbKh2rAiXnzq&#10;u+c6WqRci4n+gdeggtVNLpg4AVA3gUkBCC8AsmdTyF94acQTEijdIq7CjPbPSz4dv2ZtpFGI1YEu&#10;X6zo3/3hCv342ird25/SCkC9wJ8ZJFnM0hDfKpngcsHohD0nQSN4nGGrg8JlgKXXfvkL8gA6fvRH&#10;/1aK3BGDi+zpI6lYFtblYme+Tlo/SNHaTrKcreNlx77ncJn+aqCJgH18LVqVwSkepUV4PTAGHxeS&#10;VZ3ZId4Sg9MIuE2UJJuwh1BmwsYcrOaK6bV8vZ1kYCENFUQ6HIvfjRoir4CyPImaTRdKjU49EvtJ&#10;41mN0vY8D7tDNBirtG/pkusu161Bb6l8+e+VTuWlCRXWXG1/NwsNX9k03wtLRUE3r0M5N8jDjsp1&#10;HpmylzSt+XK2kljLbMyqORYfyIC11kweCdA8RWNH7APJzBM/BjOjkfpNmrLGPDnNo8tJYzQSRlCA&#10;jDEeHwlYy3RfToCu6iX5TMQ7j43Z2/6dx2wlCelhICfWJiEzVUE6vwWs7+RHXUBP7EBWfB4TbghZ&#10;5oVmNoK26iEpiwxsrMJ4HpI1Gn0sRvIRzawbR2GnOAtIST7Pc3dsCXDNsO56dp3FHJEBN29LwfdL&#10;xD4w6Lr8NwH9UgBHgbqFps90y4Ng6isqRHrGgO7AmSKjp2ynjMbPBksVP5N7lbB4sFf2MlXxsy4B&#10;kX4xy3BhAeRKZruzcNU2+/Ep8xl/hx9fQAMe11dp8hKkgZfeonuX3qRDrL1HX/yEPvj4J/To7hPx&#10;7Lu4cx6MNjCxTp8ByHcOstdz+DxWGeESYILvf2G2JD8ur71CnEYbVCtTi9d/y9Q9kCGmuBYTfP8I&#10;Q5MDnD8TDJMqDKFahCBNpzfp9r13wd76AuEbh3Trs0f05P4RsmLAGMJeu8JhhwCaVhGmsbl2VkgH&#10;j/Y4df0LOsK95gC2Xz2/CfuGU3T2/BYtgR21hNe/unVWADUPoMpVlkLO51rLf/bp8BABTuOHALdb&#10;OoOAhUsIFzmzdkk89wBJAhwCi2/6CK/vQAggHJRR+WUBUhinWFpZB8i3JvJWYeS5pc6eibq1Ilw3&#10;lxRaq6I0cLjH+Z71MpgZdmvqN1ZfO5rzO5olBPBrZyBpEIU0wuoE9g9dXh1BLr0FxvsV8e47PD4S&#10;OTV7+WmMs1NrCx4m4oOaIsTjEYJ/WpxRp7CXHOO8rKz2KfeLnByc07M7NZMwt55M6Wc/+3N6BYy6&#10;DU7fRUJwZcOqaINeBuhy6Islx7YWElmBuRkffkHh1sc0/vxDhG48krRbYZrWvhuae/XPZXsDf+Yy&#10;ubOQ0V7+DkUEZLQAd/nQl+oQ4PDUQjeZ9dkCyK6OWcaOmmL3No3uXqN44wNqHyHso9VApbZWttwA&#10;r2fIAM0KfC4vvUKDi69TexpMatxzEwx2RgCnJ4eQrd+8Du/CiQSKiKKQJcVtk73lWDKdfHTFx67W&#10;Wm+KIJTa1IQlGSBocoax1rROCeEE3KAMrbRk3xCSPRgJE08TZDVwg1htgLXgD/dVfYhrNJk2hVek&#10;nbs21ExBoa4I0EowjViU2CYoHqDG+PO2SWrgUuhIANmzr/Pm7RoKqz8iFRZpBRkjdnYkOeyTktJR&#10;Jc8C46J3YJA/S4epUydO2zaHfsigFX/4GgjpwKnag6wmGgggqSQ0WeNV3Uua8tQH/rJnuA3xoqa9&#10;YJiHDgKDE/6MpzIMJpFWC9iX0lkKOCvxAvoNzUxP1zP/XmCknJl1SXPs/DzjqGeAPBO9GN3cJieF&#10;aog91l8f6IsFAOn7jKBIfY+CbECp3iXRmFIVy128RkB7OywFZKVo0fReFlc7GznpKE8iNBTE5xsu&#10;ATSaEGOC4VjPpMclrxhnfm9emgUuBFthgA0KbCxm2ncrCS5TuWZLVezJ+JJEtJQx96TYXMgyk1AY&#10;gaGolZx5GHq7DMGaw8qS35J5JAkwWosPzNRM7ecE2HJzCBMzWuIuPwY3U60YAHSx8jnJpurkMj1J&#10;b1xwNsUXokBFR/1i9qQfdWVQRnxuAanLsqNY+F8qSCwSm2gFY4z9ya5znTdkbnxcIe81I9VyY1r4&#10;/tzJxUEpZ49xTpLZfgk/u7io2v4NSH97WPpTwLP4WwAI41dNe/kXERUSe5YPX/W1xH42dn+2EePJ&#10;j+wW3weunx4gKX98EDqWXdQWgmDMaS68U2K7TOY4ZYxZLVHDJGpRp3kBBPms4MnjtFUKRjYvZsCv&#10;gNGjSf28+Y0xI3oI9sMGM/ogN1mG5Oi//YMz9K9/NILnDSbkq7qgWd6bpQEuDQcSQ0M986I4/QEZ&#10;pKGx7oaWkMum/OOctCpprrHud9BypqErCQPb8xsrJYYKIomlxVTlV/xz8hr4fDgW9lLyM2OGsng9&#10;MZPPPEc7hu2iixKK9LOCukJd0uBil8k4bzJlwKGAZmm/C7Hzs7NzyJvHrZ4nSwLYYZYvXxM/oeEx&#10;vfWqpz/7fUh6/+IuzNwbOhhUIp1k1hw/1pTPXzzdEJ/FNExtSNioNBwMBF+tQ9pL9MHPf0znNob0&#10;Gjz8eJJfDwZy1le4zrEKxnKLZkjfCNWoARgkGuPQmlec64aJBlh58+vLIFwC1FxKjksAggFE1IGD&#10;MUm1mSUoz6OsJvn9MvUt240EZRcmn1yrV7LKwxtrP4SiCO4YvqkWS7IVTiAWb+GY0g/DfEpr7KSU&#10;uU6KhYSlZIxnFCXdZ62xOYuQluiyH3CGtHJdQdnIO6NBaZiG9a9eYpWyE5yGpbjEsBODfL0WlTVU&#10;6oPssnggXSu+3nzPs9/UsNXpf9ssS0MmgwVmOzB7GA3nBCwNXgdTSLFYmsYBGw2AhwkneWPPmAQN&#10;KeAGzA+GAiYPICcfAVAQFhBeG7+WISMN/JwCHqglS/5Ta8gLv84Jy+yYUegVJCYL8ChrLGZQaLOs&#10;9V+sKgNCuW9GDQjpHoFhcrC6BYnZefIHCD6ALHK0/4Dc7i1y9+4guRIS5qmCiaHAcBcnwRZS3Tjv&#10;MtIzmvfGKGiNIeVOZrv3jqWS+M7vre0CPbpG0ArUUkAQjM1XaWPpLJl2tsotA+3KXmM2LOFpR390&#10;JYs9hy1mfkCkfirxwvAiNxO6ZM/dGoGVa+yA9z/dQVrozlmaImRo/6UfiOTws/sf00d/9z/Tw9t3&#10;JUF+Z/ssvfbSZYQbnaLzSF3d2oBMcW1JPO0YaG6dsVjbiaZIWq9BSQ7HwRu8j5oJPUv2x1AgHUE1&#10;NMU63JtyDzRQOSBYfGFyg+48+BlkuTehcLxND+GNugtwb28fAxGwCoc4yy6sbNEZgHgMfByjh9jf&#10;P0ai+n3aPz6kyfGEVmGlcPnsEp05u03r2xcB/pyn0akLsE5CuvoSApnqkawbBh99jXsNrJjm6AEd&#10;H9xEM3xMG0gPfePCdyEF3pHQjUHN9+492ju4AQDrkQz1xEqDlVSVbiED3A9D3I/iGYfPhhN3q0Ft&#10;dj34+VpZveqRVtlAUYM26gHCQDhZl200/KAb6Dtne+Y3V+U5Nx98GV2cGw6yh51LDHPZI6P4zdYC&#10;9gVcC00qPQUPRGbgHU8O8Hkd6bmLOmF396EMPPnY4HUyBPOrQSjW4ZP7whyu203IgoGX4Wdr85Rr&#10;ooY2xKziSKFTbfZD5udiZtv7//Hv6a82AZD+7p/B1u4VsPwqDc4Qay1WLYyFNdkKuxSDKqwVeozn&#10;vn+NJh+9Q3H3DgA5sA2ZNsj2BdznMnvP/OkC9t12DYEiDHBf/jbAvvMEc0qI35YlPZ174CGeq7bk&#10;U2ZTBQDafow6APshffEhxdvXqH54hzyeO5gCjhfPgM9XZnaxITBSdcPOVXjyXYY0+DJFAGPMSjvE&#10;njdCTdI8QZrxh7+kZc9M/gMbBHjyRUBcsI3P+y4cQiWq5tUX1IsuIzvFALAyQK1tC8/V2AFpIRm2&#10;tPa1yuVWz2X2sGIkvO6Z+RbwWfC19k+W5SzgdGsZoAtJrREcgM8nxWQq2SN62FEeIBtrbTiSL4n6&#10;jVSVwFYAYlMmMtpg3ogKgimbVoM9XBF2qUoQY/xbmCeftynYxCX8wYBnnxQpBabVTI29PFEWZ0py&#10;Fh++XNdqDSYEQX6vzhsrPCleUUHj68PhSN63JB2rXlhfl9VvIlvmx2f2ZTpbgg0YWw7UGshnHcRO&#10;oJFBbzSQkfc4Y/bNTsIL/74MCCQT0PlEm1gwrxb3XfPuSmVhn8HAmfzMReG8KV1Hp9AzkrNiSuyK&#10;idtJ4rxuAyk95epesp8+Zsd8SwbE8SlM6Q487Tz+OvahmZ46NdwUc+NCNDcLyMliZHRWVCl18bwd&#10;NT+lTfLILvhC/pw+r17youuSdJwtRF/LApGQD+qm/sJEMbSa5TxRxo1VNv/OdHSZmmvRyDcD/6z3&#10;WXdk8j67AaIaeYeYTZaKSXzMqTsuG4R2kp8YU8pbLBhqLxYx0THRSl+qRR4X7kR3si7hacH3Fhk3&#10;u0TVr+R6l81NpNib6JawYo9p6fqgHz1F7vo04Ms9wxPtWXTFhWm8s8DeTHryNzqFdH3p7m+PX/jb&#10;Du6Iv6X3FRekZJYsoBd5B25Opht7dg4FXPUczdPsquADT2SwdWXJgHzIBmnomWXTjscWsJC0sUGK&#10;KJ4Ji19WPvOiTOwUt/DWfGoxIDLemAr1xKCJ2ch5BQXdGpDDKSZvP0IQx59+f0Sb5ycqN1nC14+b&#10;PAnMH6CL1LM7k65yKM2CFEfRZ58TsiT4cogR2raguxQm3iwZlD3+KIN8GhwBkM9PNDksumzFQHma&#10;6AtAjff/pueV6k9i1fdMtOI8i+A53OTz/uPCzJN4kbL012LaWJs8nnQo+JtW/ZB8zcW5MtJ+57Ul&#10;+st3PORimHz7Se9cqozCNZ6O1ZvL0LXJcSum4o8siR4e7fTrf/oJXThzhk5degMF4LE0C1ybNpNp&#10;Z7acPB3lQw/ClhevHJOiJvZZ8tOlLE/t1AdiuFF1oIyzolHPgSY3bA7XdDrN5MbORzcoK1Dkja0W&#10;kTFJ8n1SF9QCemkghKbOeVNX1GnqXABqUj+kwITEGNTUAyukHbkeoN8ZRcWZAJnK+/kRcoydz6TJ&#10;od2cGZvLaXpJZqvreKqgfvI7JpPVWN0Ti+K1DywNNLSkVoZkkkXz5yL+WzZwdQVQq8B5qxJ4Z8mA&#10;LAmuvaX01uIZyM+7guZkAvZPIwX6VIzWG6wbSbMcHwuT9IgBQQb/WCI/iZrGCeB5OHiC18LAHxgf&#10;YMYcmS8jM5x4fYtcl7z53lnomkjbK2FYtLES+WAQa/dWt4RQ7BFm6ZORMF4PtXkj2YY0hF4toNGf&#10;jljahmHI2hkwmzaEmuZHt2nwCDY1+0Vj0C4I6lDSJz+8/lxbhLkF0xL5wtd5GjPTLbu0hMUHbjTp&#10;rq+KFZLSyrt8BJqxjaIeATABgswgMblwyLL7Gd88mhfylKBcCdbFmQyi7KPnskK5+4gacfeZU2q6&#10;BdKMWa/CZMMyxNqZYs+YbmBNXDhFx9/713Rw4U0keFZ044tf0McfvkMffvxrag/GdOnsMl194zV6&#10;6dKrtAnAbPUUwJi1HTkzB0vLADNYPntocvXa7iHX8xVnZrQGBmkgAXx+AM55Opgug9EKWwSR2WON&#10;w78WNCdIPq/Twwfv052b1+gJ/Pge3ELq+d19OVcvgHm4vAPGdH0Ra30HOHJDDxGWcfc+UtURUFCD&#10;MX9mY5nOX1iildV1MPnAQjx7FQO0C5Am44MD265Ckj2HW4TjICzeBgDl3v7nCJTYp6XJQzq1vkxn&#10;Tr9MO6feoPWlizjj9/A+b9IBAOy2VesF/hwZ5KxsTxki0GMAsG60fBYgH1iuo6EG3OB5XCJJsHMt&#10;D8u8Mbxrlep6CdpYERafbhtFTEdmsi1QMnxDqpAu4HJBI28AuzOiS+opZZDAagk+v9ijFtLW1c1l&#10;2jl3EaDtbQwyOGF3A4Eqj4TFzgQakcQGsy/C9wNAt2PUYR4HaONlZCny00R4CTGatVgRXmX7Ast7&#10;ZZz6qKG//vO/ogvnX0U68jkw9DcyjjFg4g6Q7gaeaMsMzIBdN77+C/jkfUj+wS0aHj6WnIHGcxQL&#10;ah9mGOIjOMa1W2Um1vIatQie8ZffoojBRoP1Va8woDsQ0EtwL7ED87oX4axvD47xuPAp/uIDOvrg&#10;Z7A4eAiLgyM5d6ZTlesuMQ4KcOYYjMAAVuIQqbr0yu8QkkYwTFkH5rgm+y3vzssMPiIB+slnn9AA&#10;QTEyfE2JsQzwJX9uGVDpsKq1hFtllPnC352oLTEQA/vKQE0Ji6gKjwIjyYTCU1/br6ojphibLyfT&#10;2vUKwnrH4IoBVgbacc1r89hrE/4hdho2bgzJ7syezzy3U5XAac81Mg9qIwmlgIsU4hEtdLSNat+W&#10;X3MsLbuoJ2XMkV6W3JsCm2L+GSWEpXMxsUtZDi3JwNNpd36Y72Fn/WUEncqkxEbbFvDfBgCiJE2e&#10;ir4yQlvyho0dg7JVH75IlL2EmSk4whpqWAZs10sIa/UgJwqn91nPn5LuKVbo8Us1m65ozOMzu+Ku&#10;gXRzjVs5qS1bzthnNs36WPQOPso3RvrAYpyJpU8T9h7HsTvIQg5XoMVpwzad6QrJDiaRG9JZImQ2&#10;FSl1t2UBEY0mW3Xmi8ljJAVoCKuiL0GIpZFRnOFmlkbJvpDxzsjltBGkQtbjTXbcFONLZ/KWqAtX&#10;blo9+CV5ywormXYLYu3k5pjE8i27wrOtH2zhe+CS6xXlC+PdXigxN/bVF+4k2lDHq3kmnOQWFGGx&#10;k2SFuAgQi4uFyZmdYc/tyiTqLxFV4E4wqf0qARQLGH2/Ddgp/gZBu/hlGIwLwzLcPxvQ7itRK2cS&#10;3b7aNSx8I+OCMJ1FHtTxpGOk/4KMoCF7rzB0OFjCQg+Y7q7Sh0l+/igsrko8X3IERlCfNfHuY/af&#10;6axExpD9PFTo59QTQr/Gnilo0LnvGOEwP7c1pD94c51ObfEkG38YuJlyeiwXL16NkKkvKXPm36kN&#10;HZtUj2RSGgtWiCQptl34hgKB485PN8lk4MWKLl2SBh2YgKpAbrNDr3ii8fsyH09lGLSSyCaebLFT&#10;AqRXGxMv2MXFzL4Zxombs0OICy0K4qyPpOsPezr6i7eG2fWGjNyQBkvnY+85vt4K0A7kNxuAe+hl&#10;ka64QY+uQUIGEHA8nma/X0nZ5SZ3pEy9GuAMLyYZ3nBBiHNtfw8SlRVPXyCd8lf/9Jf0w2WwADZG&#10;wrg8PjrKqdCSRMngWc21gdCkZK0kLycF+6ocplWqqNpsWB6pmIFl9YAAeCYHFcagQnC5gZuEJg/L&#10;hIUjXr9mus6yrLoy2edAwLwhGA7i8+OVLUb2dx5UduPgjiEQ27aT0ubrb3pHAxKDAeYuvbd0rkXq&#10;yXhVdtsfInjxkbQkW2fs11gMqF1fehMsSE1ruJATGcW83IBRlmMHC9pgeWFZVPP3J2DbhZiCxoJ9&#10;BgPZQxjsqyTFWD0RkyxYZFTi9cbrZdid14lZWNLYGNQdLClDT3RcYIIsQRYEdt9wwumeaFAF/APY&#10;h0TQ48m+MajGYszO/JCJZ98plWkP8GfEzKJ6IJN+vm56r1Z5iDsg9ZqWFEavTUOoKpOqqkSfwcqQ&#10;WZ7mgeWm8jgiB+bvsb8fS8N5h8DnIPUsGE0BXgTLADAqMKrC6k0afAE2y9FU/IwWgn2hZNEpQzeY&#10;xDvZorpwUm31lLButnIa9MO9Uo3rvJsJeutUD4sqmDLkcDaxfLYzyoNqG9LkHtGdDNCV0lz+Ocmv&#10;ZR899n5axmeOg2H1zrF9DjH1o3SSsKoEBSWshQMz1ms6vvoaTV+GJ99pDt2Y0I3bv6APP/kF3fzo&#10;fYQTHdOFrXV6+fVX6eyli0ixPU9nLr5i4RAAkJcQaAWgjJk4zPyWfSCqzYH6kKagvyAglzDmwCBt&#10;IU0FNkcPwWbVAMcV6xeQbnv8Me3tfQKG1+e0d/8ePbz7iO7cPkTQwxGtY6988/w27Wxt0xD76WQ8&#10;hJwXoQwPvqDrt76gfd5XsVbPnRmCcYhQjq1VBSY3LtEKwJMaSaW+BjtLmINBzqkpByM0AJcAnIyP&#10;dnGf7NM2vOIuXfg+nucysAjIaQFATo4/RAO/jwb6SIIQSOTxtXina4r5kJZX4C2I+4yZfMMlfl9D&#10;Yd6KJyj5zHLUBPVlS9NVPz5v/ql6XnkbILkFwYPxGwX45sI6FhZahaVElvIqq6siHYaxNz0r0AZg&#10;T66uLcO/D2tn+xIdwvduMl2X4I3Hj/F5D73IeFuncKE4G7OUFR6JgMckYZxlrFVikXtvUn0lWHjz&#10;Rgsx+XVqdnyLfXd6b0J///d/Qd97+ffo7OqqAIYtAyAYlDDDzt+/hZ+5Tv72J7R0D155+/sC6rUS&#10;+GEDLgxP2KuUt6oa8vC9nVdpAB9Cf+nbCOsCyxNDFWZrN1j747az3IoM4MHDF/RQ8lhbHsEZEXLd&#10;Bs9Z4TPwhn+0YBXKlgRQeMx1AJiz9NIbYPIB6GO/340NYOIbeOwgVhwJZAp78Ki8/il8LwF0DbwG&#10;tTW1DCqdBQ1lKxfnzGdOGW6SWttqkJfKecvgFf158Zam1my99LPvJw45816Mps8I2cM9JHeWaKm+&#10;XIMA8HRGu26F3QsYFfuLG2Cgzp87ZKVcbbatekEGTEQlqIvPXzvbo/nAq5qz7Rivhc9kMIWm1Edt&#10;yExHfT/qi5y87FI9ZHEl2QtblXY67PRl2pIL+bN0yfM+15Re8gkY2JP9L5i01iUbDMqKxE5hov87&#10;BhuQVR/iWTpVb24/1HVH5ofINUlV4E0ybAjaV0QLZmstvJXDPYIFcQjIytYEEjpr52bTKTDqFFOd&#10;ZIUdkJZKOp/DGYg6E+SKCsZFnuqE4jEUvQ+JHRjKn489H58COsoNQCyKv27IpobrgbIvIwVHvaQ0&#10;bkwElDK5pL4mnx9P+HuyiTSGd1VAi1l3bfp2HGQSQ88GmTnhxIlBcsk04UktX+gpbyZhqAwA8/rj&#10;um4aNaWWvUtSVoS3BcSMjGPsNCOMMia4CYa1Tov1CSqh9epn6EWi27BMS8aUlUyUuBGNYZSn5YPB&#10;yJqZY1mEXLgz2uxxKIkBbVTzV34sPrxJsge90ImZ78KLKeBEZm03m/gqE8YJ3T8zGp0GlNSg27ft&#10;itxKLBmrbXrOBr1RywDZwJ2YZyejeqX0j7DIG/aKlOmXl7KSmQ2c0sSvJHoz0ZQbPGT59JR9IXjq&#10;411O980goeskQDEZbPuCmxc7ZCCZ8OcNSl9dIQ/2eR0T9SO7KZuGlwDOLADmO9Zr7EAGTTFuBVw4&#10;wClR18Z+VFFzN19IkwkLulGZt6b0BVKmUXkoZw8L5wpA8ik2LnMy+mcz91xOQIrzkt0FDtPuBLag&#10;61vvPJ3T4+bN+l2Mz3zOeMKgoWTxqnzty8Fsc6Jvt2ggsfgziM/zjM8IAHnhn+vpg6jPjH1aGIeb&#10;D/pwRRJWpHmTz+i6GIiSnxrcImTOnRhqEqhIgIuzvpaR/NNCVspkzSao1x4DHXiA8dEjYfKNqlYK&#10;DZYDrKEZbsYMhi3L/Th2mpClwEXI8inexwaStmtCBm5sGARyVrDkYYge9sEmzwHG1SFBd74S5t8p&#10;+PR9/xzRt19FIbaMfa3WM7MSE5BWU98XESWdJW+KV9muuN9Hz6lstUhBuUkRYE/AvamBQFzctfla&#10;KNOAJJWTYEROftYD1K5u9jQZ2lmrB1jlJhbWILmFIjsK/DU5qyoLZqL8nP1r3BZDvMSQTyu3zz4X&#10;P0IX7Hmrfs46M+FcnU2Sc0hQFXssfd1MG5VfUpWTiXkK2jKo69XMu6qOEeDh6JWdJXrnxoSeCDvd&#10;vFA4Zc4r6MAFLO8dnMrL13dliZsdFO2QYdYiKVmmI/zsT372a9pe/xu69MM/AriL5EGWOg1qBfFE&#10;Hs4nzkCuMxf0lQ0WpxQzo09sRVJSYKRssq2BHI2k73LjoH59Uw2BmE70+ywJaifqb9OM5Wf5GRv7&#10;/FnOySEODDqOmCEGRsqQjcUxdec/wgyoVRqqxb/ad3Tscl80fgXbsPDfTfdtAm1SPekLcLBTh/h8&#10;xmrYRmI6dVYwKpXvDO5bq1XVgLxLsi/nUBV1dhXeZvferDAmcr6molxTatVqjD9nyKvFboMT7dRr&#10;ie+5Bp/lBGmJmrDb0kEz0cAN9iEzOY9IZmSKPxRZDqdyihiHA1ISKGiITlVpCq+u4ErWJtdxAdeG&#10;PYAc2EjKhplKncZG5g1Avyleg8h8IeNiELBlDzQUVcdHjwW0ZQCurhiIwHXlVNDaC5OQgUcGxKde&#10;B67KhtD6t5Laq5L3EqMa8UtggKxJ3cFc8BI+IqEWksjo1PuTQW8OoQbLNaARrQF8tEgg9afOiU+a&#10;W0Hje+8GDe49kVTW1rxAhY061eujnoN2l3uzCNJbuhc80Ts62q6+srm1ll+h2D+Tb4zvfi3EGRmS&#10;W3AmuwUn9AwLcDYdt+do4WJneTrzNHKNmJErQVBOgjcmSyZL5soclB+/7Oj+hXP0BcJQHqI/uHbr&#10;Ho0BJPwu7Bt+n73hlJgtn48qvpzsH9zNVTynsL2QQcLxy9vkAFYcXsCfczt0f/caXf/4L+gff/oz&#10;OkTjvbFS07deOUsvX4RM99QObYMdtYwQDrZ6iOgdBjXLTVl22ci+LuAu/o2TFG/zWMzh29ab7+hE&#10;1k/AfnGIn+dIqWOcIUctM4PXxCfvYPo+PLzu0f27n9DtGx/TowePae/hMR3sTsSo/qWdM/TSxUu0&#10;un4Ov78BgHsJjL9P6ZcfvkcPHx3Ket+AV98lyJA3T51Csu5LkI/ugG21Ce/IHazBEcDBFTGp5zUv&#10;6dhjMMume5D67uJ4fIg+ZEiX8TsXt39EqytnhOU9BbtvfPgF3ueBNM/OFhODfCrZx7455HCjdWHw&#10;DZfxPMNVAYjq4arI5rTvqIQlz023l+9zb3dKggmdsYRdlug6TZk9UYoen69gjs8zCne9fl37iK64&#10;SJZSCTyJ5WAiqsdoTC2PVzmiDKB4WMCxrfzZTDHQxM+urU/p3DkES8C78+AAXrhLjwXwmUoABNYv&#10;g2qhtlAlJd1MWPbK7gAA6rz0atH2/s4qpWSCC+hUDcQHtQGYt4Th7e2fX6effv+vMej4d3R5CX0W&#10;WJt0H0EWdz6lwa1PkXa7pyGficUoYNNQaLO8Czfof8PmFlJvr1D16g9ptL5NEftwwOvlcMVWAhbx&#10;k81EIS9YgcSJyoLdrfcpcuAG/gx2vzAVGXuXhkLqj+cAU5BeepWqS69RgLy8xh+3vCr+ub5WJviI&#10;AR/e/5gBjkHio4/ew+McW23HRWotQ0wG8rydgdpnJkJMFAygtTo0e+0mRpox/ph9K2Cgs8A5SX1X&#10;sMw3jdViVj+mvsnqW8rSYdtT2QqMwUzoeI+Z2QvGGQ+weZAFE0zc33dpCXvFcOUUnpc/S7PtwjnJ&#10;SbS656uiJstnZWCjOAJjAAyye0u85Uml+HDHmP201fe2kcNCwkztMZq2yT2M1hTeSs6kRDEFY8+O&#10;xpu1mxMwV0C7KgGLjXrdshdpq8FoGog2kAAYmYWlwScrMg3I9Pi5WnxCdYjmrfbzA2PhpZ6SBwY8&#10;fOMkYUlFjsIiZNxniv2Jaz2ByjGQZRyKJSS8D8tzGQU8DemDSwnETwvomJMEuhcjTpXT+pM81xYJ&#10;LeMJHKq5+KnYRScnVNT1W1c3M+UnMwsOZmZY0uFjmixycctsjpDimGPR8Lqez00ao8WyAshEtapI&#10;Kg4dSssHvEx2uFE8wFdPFTQrk+SYMXViuVlac36fItutbMGYv4y3LjEhyhkHy8W261iRwkyIRQBE&#10;39uvQ6W7xr6UY6fPJIYuFVemBz4Whbfrgbf8+qZCD2YPhIG9Jz9jom/XMoaeNj5+FQJfTxb44g5u&#10;M4zfsnt9DpZfEaeW/CRjR9F17mQtYk/G7twJjswd28+VzL2vcxIYI8XfMuMsTRTjl2QP5sv1DU1I&#10;4/PDbl9PAMjXERTyfBG/L/wsceG95X6j7MVU+CR2NRcAuyiajnF48sCBX8JowL5VBgBJjdHI/sSB&#10;RFLMqOmQsnSos3PgAnnoFcRk/osAfqTpvjEleZPrMxMtjXcf3fHqkqfLV1ZoZZkLsmKYYAnZnSP7&#10;7OcaegVWbA41aIJjveWwOtJBUGI58cTQTTtj8DycUx+hOAf0LgKy65mArtCBdS4NVdZtv+9YnjEc&#10;FEsoPncjQj1uejcMmd3v5qXjCdAOTxHQx8xacnHZJuGQTbYqd1xluS2KrKNxMkBOvrT6/Fxg8bk7&#10;nQaRZLC/2pJpCIdocrnfWUXxNUGx+uFHH9G5t5BouYRh32ClOGeVSb80qG0AoSBayKxQPQN54isF&#10;PLUi72zNyFs9fE3+0U5totsKuMtyag4d8VKULunjsOW50+J36KrMPhtwkYj3vww5EjP4GJgS+RmD&#10;gFxPCGOt6hrBsraRlGfXecaEFO7RdMBeltC2udHoZP2uWxdJJRFDwej3Uhx7C7tJT82gct0a0Gg/&#10;39i9kD5bBtCSpDYZc0uxTrX5Smoy7bAaZdsAAcAZ2OO1FsxfTwZz+PqoVYmO0yZiAqNxvR4TAXm5&#10;gW1loAsGIPvugQnEQOs+G5IzuMdgg2OQF6Dq0rI0/gyeDAfLwhCsYyvsIGELcjBqpYwpEgBM5dwi&#10;+eWEWw7paDGMRUAGvxaW/E7A9JsC9GP/JlD88PoZDES4AV4PS9YH9ao0AwMwZthnjVnKDFgwqzVJ&#10;9HlInYajlR/KNaplR2uUiZktCcbGu67FKysY+zJYDdh4A+nxXGMHqixeZ8Da4ma6BiumGn4KE/zb&#10;FJ9oQm9lzV6I3fC+x0ybvb2rjijau8NDoXYJHeBX+vTFk1wD4nN4bpTuKa7zFYw94caignOBAEMY&#10;e+q/LfJEDmzBoMFNdGc9OANbgPPn6PDit+guuE7vf/wP9M4v7tDuXe1ZPhju07nLO/TawK5LCmfk&#10;HQxUwGpS0xGYocuruBfOL9GDl79LR9/9rwEmLNEu/NHe+/H/Tr/65T/QjetPaPvUiH7n9U26DGbR&#10;pSvforXTlwFiLcs6iQJIkbH4bJCc6meT8XO/Kf1SU4k/GRvzS8QCs5kB5DyeYJ3WG9KADmpIbRG6&#10;sYtk3Wu3/5oe3b5Hh2Bi3btzSAcP9mkVj31hY4lef/kHSNX9Ft4UktHB9vr0+of0q08+xc89kkN9&#10;E9T402dWaOvCCMm623T61Nu0cuYiDVchteT7bWVgjFSsXUjhJwyEY90ePLohvnwrAD+vXHmNtjYB&#10;bK5ckJCsKXz4Do/v4L4BiUEY0a1cH6DU6nPJwBbYiSKZHzGwtyH303CZ39cmpXm8DjtqAdJr3EcV&#10;5L3VYF3v80FtVUBp0+S+nO1MpG9Y/9JvuHifEK9jUgYiM+PH0yBAEddL06axvq2SBOV9LMhDQQUh&#10;9+a14VSjvzQ6g8/OAlz4FMY1Gjf7APkmQipZQchFDQYkJzbzYSgMZr5Xou3lsRvqpCRX/vDbRhlp&#10;vEdxOvMvfvzX9Bqu0Wms49UHH9H0Njzu4PfI++vUfNe4Ta2xdmtczyO54qC8YD25q98BEPdtajYv&#10;klvbFAY+M62YHaggaKUDi6l6UlZ7D+BF95CaT9+h6bX3qUYIhVRoFpSkDLWgoa/MXjt9juqrP6DJ&#10;pe/Auw7gNEDjiLXE4LnssfJcDHChDoER8Pr6Ot2+9rF4Ynqr/0QWK7VAK+sq+fmyn11KnG0sAEOG&#10;OqEjYPF1ZdUCg1ZSFxsxqGMgF3LXQvrlXJ9kkM9vl8bvXc3KSfP8kibC+lXmmoBQsK6ZHgAUPdqX&#10;YR0D6IK1ouZgFqAMK6MqZqrCuoT97FTmrmqHKKEXTrzrlECjFgtSg4c2E4GCSYmzF75P9jqu5/ce&#10;qR9WQjN2MzGHfKTBa9AhsRG7gg0jfUct6UvhgxIEQojZx7tin8dWAcSK10ChVE1tajbfadpsKyEM&#10;SQCjvP7dcCAMQfl8gq7ryoahSb4bTf4sw8gS7HOdhUq2RJxPvXseOa8rEtKUxpybC/cM2eFMRge5&#10;2Q3R9bbIlKQS89TCzzzWLDW6aMQym9Fnj5lo3iRsSCwLJ4S5ptfPNdr9oJIkE8hTC6O2p0TblOwm&#10;jaTvhww4ew+BusQhkcMK5dspsux0su2DBV0IK6SSm4eNVNPC9TY16if3ut7zqYFzJX4r0aaNyey8&#10;J5XI1ZTv3IONeh5dkoy1aj5rTNGOJmwpO41uZvzZRilcW2Xq9cyEY07kjbNsk6fCcv2bNUbXS/gr&#10;ceIOfHYnVGaxn6Qb+0lpz8QYXZqSub4/pQFyWYqVPbk6CXOcldqWnFfnFvXjeVrxvCm9L5pl/NzQ&#10;2pfUcD4X/OpmolJeBPBzi0zevj7AKS50svuXnba7cCgTnypofk4p8/Mvn+ddTX7B19qZMBppnnnv&#10;9FFSqlhuI+c/f83M7zmUQXDAOLHmXyJPVY5gfqFp6xt4BYLYp6UxoEahme6gF25AdFnqyIDGMegY&#10;eyhutphFLhPVMIOHpk2qKvxzCw/EvK+KOYx4sqk/qrKSvPcnXyNXZn74bEuQ/VfK6UM2G6376Vau&#10;td0xsRi1wOrAlXQWjubfUzKscqXdfGmMlV5Lm89LFh0STRcsxaoYAsS596qfz3xEZ5AgKT44V+Rq&#10;tWCmBDTIx2BbH/DAqloVIIdM5qqyRpNiBFU5iBm0d7KOwkHQRNdBkPN2wobUU083IDNz7FMTK1ER&#10;cHNcme+bMxaBNDwhWHBVlLM62AAtWCF4BFZZYCYZhzXwADB57dmak8LYG2srnVssP53odWFzeS2A&#10;VcDpEoBUK7N+BAlpjaKRPV7EJJv9t6yGCm3sdJYx9Irf4JJvcgf2pUSEUAzqok2Ui2lLkUIfi6ah&#10;ZOAzY6zp1xD8WQmTz6vsmNQ4vbGaxJkigFUCKrPrDOW5JkkAZqp3ams4neuyo9lPK5okXKb0Npxz&#10;vClw0ErF99eyFvgoukeDIwX72GB7mIyx4cGEP2uDB9IEHx6r/x4DwHtIX9RajmXSS/J87LXHQCs3&#10;PMz4HODrtVcmpYSEsK09m/f72ga6tUoH0ewNAdottavi1SPqkMHEWH6QH7Zjk1ZObH2NwYDAz7E8&#10;ux3qY7qBMEeY+Sr7o5R2ymCqxN201mEGaSPF3DGmMwsI6rwGvVgZyABAGxKRDoyuSr0mK7BYjk9d&#10;wjpcV3Zhe4h39BhTD/Xes/6LidILw0DjjNw2g3flVunnwzzibAJu+dCOnsuKhVx/63KzPrRl2Hcs&#10;AglLcDDOH59y5DDzxHojTvfcP1PTLpJM72ycoTsA7W6+/zN695PP6HivAWNTGZWcynwbTM7/d/+I&#10;zm4t06o005UywpmVhOERrQF0QzDFkzd/j8bnvw3m0Cn69MYv6ZNP3qFPP/mIbly7j5CLir79yhn6&#10;zpvfo5fhRba+jZCVdfZZVF9OPpN4rYi0HwCM+E66ysB8Bmmc7G2iDMK6ao3JN8Ya2MNr5wCOwGxq&#10;Br1qDp15CF+9d5Gie40ePPwMXnyQ7wLkaw7B0MPa/9bly3Tx7HlIP88CLNqk24/26Pr1z+mzu5/R&#10;7S/uYU8FEDTydOH0Gth+nk4BMNlBkMHq5g6NVuGhBmAkAvxcsrRo3r8jSBQc/jDFf5vJY9pcrWkb&#10;UskzWy8BQDkta3F8+ADfuweQ5DGAPmWj631nAD3fi4NVkQLXAM2HHNbBnnzDWpiOWNy4gEuq1qqU&#10;zct+frUA7ByksyRDF9lTXFusQf9chsbxm3ZgManxyYBfoU4yGSHf401r3akwgrEXAWxgP9spmO+P&#10;Hh7Q/ceHdPvudfr82kd058bndP/BXST0jsUHbtweyPVRH7coPpS8zpbxeS3hLOIXxnYTle3hFLuA&#10;nARYhVAQZ5gplfaQ2MhjfvazD+jnR8fwbTxNq7DoGCE1eSTecrg+fF2dnrVYptgPsYrBDB1cfI3i&#10;9stU7VwByHdK2ZhDVkBW+vi1XscJgLKKUW4wYunxXQrX3gFz8CYNH92n6lDZafpaSAbJ4rW/CjIP&#10;JM107iU8x0WabAFI3DqnSgSZsNSaEkzKcOZzhglBLHf+9Gf/SJGDRGonn5WwyYLum8IMF2ZlmKEb&#10;d2GgObGY5cy2P3nfnavs95r7/dCFfnXq8ZAxoZB8cDIAVvjKO8V4tKZRxYEoIVnJNx6r/QdrKSG9&#10;9wAx+bUNaEX9p6PafkhN49VeIinwJPyCwVwfhPXpLQMgpmCpNERsg3kRG6ZRqV0LBeqsXQp1U8Y3&#10;XDfMJcMMJAIv2vOYTUEMeYSvr9m7/PWQSFH20YfsP56sTUiGw0lq7MF+5wANkRlLD+B6M+pYpqin&#10;Iaq8vyB+vi0Y/s7qSKWbaw0p0mDXhQOmGtYVmFXdedvMjrVc12yk5sC5pzb2mn7ii5tzBmTJ8p24&#10;kLUX0xwpOefOMg3cvHlolabNCRDKmulYgFxxjqJfGoqnyYAq1aKyPFkfL87BfvH7TVLSkAxV1WNA&#10;Zd/R0umMHRBdZ+LsG5km82JkqWz28rIClGUXbeM682GeQlQK5vFG62yq7s1vryce9BrBTQlwDCZe&#10;Sf4HQSWyCXBkqrQXnxkn04IUu83hLWKOapTWxOSIdl28V78F9o6Sotr8J4TuH8aZCZg+00QRdsl0&#10;lVkHWLQVL2JrnGfPGp+e84VOPddLIZMG1neMkHItpmmsANGpsM8MTPu1GE8SZj7dzi5tgJbmV/bR&#10;oWSLun4owTwTKhZSVD9npttnxNJCk/ETGVtfBpz7Kr/7NbLN+oxdeqZfaJaYzUi9vj64z/2Ggjh+&#10;iwDgsx0MFyB3M36vT0HN3dd5UYpAAy4m2dfiNKQStxicQOFdW/CCqAE4oGhkkl2uzgDcTBhw4uEE&#10;Gtp22hSUDvPkMBafMPb4vuSiMbQ2vbeUU7ZcCMrY8HYGTHDIv7e7RJ9A2vIqnnw5hQ652B8oilt9&#10;UAYT2bSyKqF3Z/YSsR84Jc/jJeEwMdm8r2aE5kW6rYs9D73ZaxddKACfNAIc2pQzWhGiARht6woS&#10;8qC4N5M8aGDSpaYPIArQVxWO98Hkxvw8zIp7sgAArvru/osYfb3lad6xbOcNxkZgqWJAkzep6OCw&#10;og/u1PS3nx/RgwP8BBtJp8bejJ5DTovVQlHkFQmEYtknLg6vmccsGwImcg8m2u0hGoCVl2RKnRh9&#10;YqZtptJkwVpTAYnQDDbHKgstPOO4mUkm6N5kq3zGqul2nT30RI1A3WR+OFQQjoGmttXrE6YhX19h&#10;9TuOZphKgzTh69KoX2DMfjhtZuk5S5nrDc5it56k+gp9OzZZZ6kxS2s0loFuIQ8Sg/nQsORYJDGF&#10;FQwVrG7xvyJ9nbVIZr1Ja1xe09F1Ru7OpYF+8oCqLTF3pLVOHpZ5AeHSUK2ys7YyQJWMzUjsedTy&#10;90fKWDIfRam5rPg/nrDM+pw0tZPxvkj5W1zjw0Ow/nCNx2D/HaFZnCLkYDeoVyiDr+zFVHHSLksE&#10;mW2Jr42GS+IRyY0mJ1hWkryrXnwVA7U1ic/Y0qoGInANORWPv33xbWTgj2XfHBDQYs1G/GkRZiAM&#10;QpYWSxqoNtm+4q8HeY6QBuCkXtFO8ybNoymonNdC8rJ/dVQPr8bWgqQis9UN0hfbEe45vK8BCzvr&#10;96hGyqp7iH14aoNdro/rOFcCuSr2ZwWFnDeecOTEOAMK2hp4blHHzNEVF5wr7iQbELf4Mcr/8W3o&#10;cX8+gQ3Ak6012gUQcA9L78GTB/TZ9ffgbQbZ+BFM+dkyYOQlDGNpwPf5GAEVQ3oX6bP/yekV+r6w&#10;VtFHsDr77BqN3/g+0jzfoMOt1wCYfUqf3vxb+uwvP6A7n34mbgan4BP7X/zx6/TKK2/C2+5lWj1z&#10;Fh5ky7LmKq8sbklKHQ5sf8U9NvTmaRUV8jXZvfiCYktgL74neK1jTncGK6txAEXYlgJo7sNHv6bd&#10;g48A8n1Bj27ep0dg8o0BVI5w7l1AcurFy2/D1+1NAa93ARK9/8kX9NHnP6FrN2+JJG2I++H0uqMt&#10;AJtbZ07TpfOvQ168RYP1C5KCOloaSe8gfRde7hhMd2qfAFx4QPuPb+Mza+ksAMRzm9+l7e03dD1D&#10;Ajc5giQakt6Ggw6CercyYOoEhNfAQr7/JFkXzDwOA9B7jdnPK5ZSXYnnlgwQGORDIAQz+ZgBmPvf&#10;TASZKkCaiSthnrU6VzvG314RGTsQP6a/M1DDPRvbU+G8ODpGsBBkmo+wj31+5y68au/QPSRwfwp2&#10;2338fe/JE0jE9yTERXzcUPdI4jLXW/i8lplJvjKSax9bHchgl6I9AGb8Oa2Bcb40rDLbPdF0suKM&#10;OqBf5JESXon/4gU+OWjp57/+lH4IA42rZxAGU+l+7iMzwzGyYNYqQrQcknXjhdfJXXybaOMUrvNI&#10;PJYnlabr8jBGmLdcB4K5OsB+uvToDjXXPyZ3+yOkjkOqe7wnUl6xFuNemOst/rQ4sOjUGWov4vEv&#10;IdxjG4nlHOzBqb64h7nulGGO9zkJIsmnuTZoDgGQf/Ar7I+H+LymUjdIv23kI75fvcmb+fMVL2DX&#10;8YuVHKSPN8HAiZmoLAPlx+b9ejgyZnEiMyXAyvX305RWG0ICXRPjLthZW/XIDdGl3huf+WhF1voY&#10;4F5jsmcgVTSFh+EywNOGcwiGIwkvY0CvCoq7xMrbRxI1cZdTgnFPtmKpMeFTSD13XW2Hu543iUwQ&#10;02zedYEd3VCGlAAVO2uapE6UsNM0cDV8IIdiOOvji0R4BuGy2VcRrBpMWpRsZvn6cCgL/2PELE6n&#10;wzGe+nANUdqflAeIgI0sSeahsti0HMv9xKz+WsgKXtKOpdXA4/La1ZA018O9BG9oesy+2ANEXC9t&#10;cZbT/jSOVVwgyw29tNlFDXov5XnRIezcvO9A/oqnWZXebEZHCfY5mmFIOdfDMFN+Il9Mvu27tJk+&#10;uBDL1GJaEM9b6gvkLlA2HzcHCvRC237UzDHK0kS6dJz2KR47b3KuJ3OJIfak0rEXL9bJh5K5qqbv&#10;uD77pTBiTc1TZozNJEM50/irsbtOzQVcFD36OCcmJ/mOoti4YXFjV6Z556n8wCixJSsuxXhnllv8&#10;cpiQcy+Sz+rmj94XGgeffAe4HPNSIuBfJ+0+dkzG+HyvNn4FROq3kXobe2Dd8wN9s/xE941CYV/9&#10;0Z83AMR904DilwR1o5t/dW6O6fiNv/rCikDZQFz87GydMtbTRAr70VIlRYRM8tBYLDEbDcX/FPuX&#10;FFJB2d4NSyTNudbnCIs6DxPyECy2tk92P9UxeJUNV6GauYWEyv/172p6+4InDJ+VueYWOMKnPcy8&#10;5pybAeVMmhjM0F6Zdq0xFLx5oLEMdDTP53Vlgu6CAZ7ZOiiQR5md7mwS24UgREkVLKe9zrxT5v9X&#10;98y2crGV2M0pSED+19h7D/Ns/x5N8XnXUYZc8dpGAjpK+unxkJ4cevrJJ2P61c0VtAcHcpVl8JU/&#10;W5v2poGZJd8Ko49la/w4pPLZfU4VBBtyBMBlfIy01NYKSC7CLOlUGmWrqpkNNh0zOMO+ewd2FsZs&#10;zcCAFqf+iacvA3xO/d/kdRjbK2ZgJvkQceJhNA8dTQEOYZq9DAUebW1H5DAXr2BhJ9dU+UebvHq6&#10;DFxjf5GEzczaR2RQubA6qYqk3W6lpdRHbwNZZbgGY5EJqDBxxqxs87rynPzJg0K+LsxCYrCNm5zW&#10;5x2+LVe6U+i9saS7mJmxThIcZdBpdQw3drUZ6/NwoDLwtBYvZZ/XqTRVqSE2/Wmw5pOBAs/u62Bh&#10;NB7NP+RM1WRdQFwOBhhhuUwYZEAwwYTZfgAFjyaPRFY1wXU6HrPH2ZEAZCK3xXtkz7/VtVVN22M2&#10;JoN9AkoMZS3w35mRrMEg2jQzQDOYjgTEbSGFZH/KFrLeCQzk+fOckoa4CDOhbS0hsJY9Lw+dea3T&#10;QDyfq7SbuTSAmFrCte4H3iLsEvOhnTIwoOzPqUyFaw3woC1aOQvDe27smveBFO0ijJXlp0WTORuk&#10;vchdwM94mcbkfOBsT0rDUfu7gIZOA0Loy5WErmDruXhyMFQPdHRFIGBJMFiJdPP0aXq8c1FAvi8O&#10;btHBfZj4Y1+6gK/vrHthBO/tQ+oKlhu/lwcHvLZxJQAsHODa3QJ75k32drwAqeTl36EAJt/+6R0A&#10;XmN6973/k3769/8f7T86QrDnkC6e36JXXr5AFy+9AisyfP4YQKyuL8kV4/tlAsB1UCmTjZtx/EPC&#10;NaRZbYMBPjH7YWuCtaM9gCp7mOvvQ67pRmtIYQbQ1Tygx3sfImDjPbr12ftI0z2ko4cTSHUB+qBp&#10;fe3iaXr1/Fu0efoM1vl5eoLX+OHNd+ndD94DYLQnzwvLRzqLRNdNAH3nz0P+vYHXffYSLZ3ZBjgA&#10;D0rIQcfxwIyw+R4EwPf/U/dmMZZl15XYPufeN8QckRE5D5WZNZHFIotSURRpiaKaLUOyW7IbUHfD&#10;kAHbsGH/9q+//WPAsAEbRv8Y8IcBT41ut9HtNtEtNTWR4lgDWawqsuasnKfIyIzxDfee47WHc4cX&#10;LzIjq7JabRGhrMqKePHeveees/faa4CfIadXb25cpxm/S2eXV+mp45+jWQCffTBeByOEcuB7xkjw&#10;LUaZeAty2EZR6H7Xn+npAAXyek5B5aAIZVPxvy+bl2om/nyE12c2LIN7OUA+/jsO3tDNsTSGU6yU&#10;SnyuCWs6eck27D3aXs/uUKX/VBs/94nNcR7635OUcwRwYhdAHH9tQ4p5aX2dPrh1nW5e+ZA++uXb&#10;dPvWDQC5O5BqDlSuiXtdeE6fncN1zjCMUF9YnnEx2CdAEpOzhmP53j1YNHDdxT13B2fL/OxMK6Qw&#10;+QjHpvec1QyZTcJ2AYSwP17HcTpqpI1dvI8V1HXsf8qgCAdrgKk6XjtJvedepnIJXnnMuIPdQMS9&#10;Ljn5lod4nJIOMIU/SwZWPadJFhuQ6t7+CFLdt6l7mxNxCxsEkvzOEqB8Lv65kCYvHyF37nOQ0Z+n&#10;2ePnKJ8/QnsY2Ix5oMO2CXjPXHWWdtbKQNeArhE7RwB8vn35IzxLG5IkzOGcJKx+HQ5645+XpQaq&#10;sb+ryEEFOArCoHRVHqqBdWVZJeOKV36hA9dcPnNhIZ2xsd+ad36V5BirgDtHsYWptCpL5+qhrcut&#10;NsmFkcb1n9y7AfYY9sDj4DROQWYgmP/nfFX3knkAewO9xoOhAHwMyOrZhdfJCnmPfM54s3uR/wXz&#10;l85z67zTtWjYUTWHjjZ4jb6u93QwbHVQCBaokVk4huFZzteIkuEUwa5JwjScgJLGUrWHVP0SfSVV&#10;V8B3CjOT0vpQFmMJ0LZA3RASEUrO7kz3HWZvWq8jdrvNmPmyJlPl06RbsQoncA0pbQKvtOAPLprJ&#10;cL2onLHvqsQ1Q1fVisVb6olrp/xMSmQrk8mJiCrTwMvk1WQdKYk2eQN6M9QwL3nSukXTA9OCTtBS&#10;SvdRGZJOi3niP5ur70BJe+Ln02WcX76Pf6+yCLiuLYVCj78vNI48TZ91MszvkNMeB/Z+ojEaHM3i&#10;Z+5nXZHYdPihCxZkbovHSzrQuFLN5vh/XAzKQ86G2pn5z/D7Jv1emZAwiCi69kKNI4uRarplAxjL&#10;ewjYBGPHC2Xf84PPBWPOmYxmph8zMbTt2nSDNKNHpzJcTHOaLqbapXnv7Y2YojvWwhD/HPKiakBC&#10;any9NVllUIRezJjxXsuhvAehPTOwamYs8pz42Na/h2hUVFclAakReIrYqAVvMmXO2qb/0YpAH2vZ&#10;TmIX1MbgvqK9ysHSSAlusvtallGNTVBYlTFUEi3X4BmyFILZFCPedL35AUU1ulawtrDQEGt+Q6ib&#10;6pSYJz5k2YRc17VVd/XsYZpdjIK0++34mwnrhzS2OVwVEg8BXVbyl0caE7uKGdme91EFEJdpH2p8&#10;f9rLagr6Q0I8qO2/ebhQjbbywT02C7VxAE3ILWu206eUeDRAEVeBJ27CnqUBQjt/IBIZm0OTaSPq&#10;fSyrct818Yf4BAcNhiZtGaZdDR8SG12ngytomJ+7+Bz9dO11enCPAZ2h+GCNSf3XskI9OaTAB1Wi&#10;J6mTXICqnEm9akjlbMwCQLMgezo3APxcStJpSorTfUYS51wU2WcRXXU/OW337V1H/8NfRfqvj3s6&#10;dQwJmuKuhsMcTQOzm7hwdMzakPIQeyOHcDgDQkgTz13sVd1n5svGsCfXQJ9gjCcqKjuFmMIQOPBp&#10;4ikXu1o5CUqRQ3JJyp6AiNRUJp/bMuMsriZGVjoE8UtR8HAs760s+PcPlZkX7XsENDSGsx+b71pH&#10;g6LkuTG2n3x/CobgnxvVQ8i093OeKEutm0nnldl4NHmSeos5lxh4GijFIMUgcKAGJNWjHt3azOg7&#10;bzr63ntDus9yk+DM58RTg5cvoFUKgmCPFGbYDSBDyzu8HoKcXcPIsHApAQ5LCx3axn9fwOfbLaXE&#10;F2NpPlWZBFYwqx/NzQjTWpm6lnvCwGLAKRdmSUeklgxSMLNLQZ5c/mR2WmVdkvbz5DPHHlQ494fs&#10;L8i+bgB4mEGf5MiFSIsL+ZKp/5Z6+LEf2xCfn034me8nSdTysLOMKafZbiZSZJaluS57VXXlfXEI&#10;BK+pXIzCk+F6vXdk3lHb8dWlsk+ZvEkGSnbNo0pdFPYzKT2lVD9pcaTmFOadpMJ2hImTvkf5SEEB&#10;2ahSZJcaqmihO1GBTK7/iuR/JAV607NDmx1mF2UiuVWLEvbtSoNOn+TDSSos9zhXwI1ZdRy4gfs4&#10;Yvk2GELij1TOSGjKmIEH3Je5cl5ACPb/YybgoFSWJxuKF4ORABgR93CHrzcAiP6csot6eM0eg37Y&#10;A8qg6ooeM2dZTpirbJzXcq/n5bXK8azIfKPUgoWoL0qrOcZiNl4KsKx19Ei9fwpm1vSEqSW+gV4T&#10;qAFlC6DNPcYeB8BINT40/6Rcnlk2UndB1xEzXmUg3wUIunAUAWXqO9nbeYPcbax77LmubJxDnupA&#10;LR/3+fhFc4R3YYIsboCU8zU4UM3Mg80SJg7QPA2FGn8Z3CQzvfH7YzswqbmsZUdkmXasidAZ2Ioj&#10;3p8BaO6tZnRnaZ42F5foLgCr9eEdsIpv40fBXIM0lQODuEGVkBY8A4s7s7S9tEndecgFL28TrO30&#10;mcSzdg+9w86v/wp1nvt12oOcdf3eNXrnR/8I0skP4Vu2SStYIy987gQCLPoI3HiGjkL2ugDpYA4g&#10;ywHMG2DglVuS9AwDW7i/zBrk/aYQT3H0AMGeRX5WxLNUn5GdvZLugf08ikiu7YBpBwCOg5v2tt6g&#10;m3ffoI0779L6rU26dgXBAnf3iHeIL549TWdPPg2PvTXcf0/X7m3Q5as/pLfe/Zju3rkrZ+kMUofX&#10;FsHAB+tvYWEFgOAaLR89Dl/RJZpdg+wRnpeB+wfIHLOSVU6cTr0OOe4mjp9dXl70LNJ7V1dO0dL8&#10;GQGZol/HMAfPGr6H02D4+eyKLnNGbmOv44Sh18E+1un1heXK6bodfGWyvwEA9R09j5iJI2ElizLg&#10;YoCPGX/NkDFhGVLbv10tj4qDrXEn/nLSn/pxgL02m36CINOwQ6q9dK3n8TrKFFa5AMDYe5C8PMJ1&#10;3Xzg6M7uLfr4MmTg1y/T1RvX6Na1dVq/eQv/bQt71J70l9yzdBiY4toEa2ohZz9YPPadOVNEKLC0&#10;C+CmQP1UsP8sh0+KbBf3QqwuOFRoTs8BDiZiUDWzUVMIJl1VWaQAWNynO2UA9gEEDQbcJ41kGETM&#10;oGOpLDOewWAdHwewd/IC9U4/C1ntWbDv+B7n4p0fSF+3w0MJPBsDgCqdXXif7twjunmZOh/+nCJS&#10;oHMw+cQ3NyjLW5QP6L+5Zhwtw6f0GBKdTz9HDs8cg4gcVFRiXXH9kEc3UYBrPSYApzCqsVdDGbB9&#10;DazBnQfS66uNAT5nwaeh+gInprqv7DZMXm/3TvAHC4LiIXAiBSn7WjZ8PfM5YGUUlLTjveUTmLc+&#10;k3LsOEx2HskupkjeiZmSfPi/S1CqhYTEjJmLuzJglIAQPEMBEupiMBYW8XjAqodtYbtlYNizkpjP&#10;RklFLitqXHuztc/MNY0z1R2rK4i9j3kt+NpjMCngxlFlshSrLI663yrKKjW3TGCmDVpzp4DhuFT1&#10;igSEZIY3Zb6qXSQ3IdTBlxIaJv29vhcJXLNhqHgJ456wssfhfnGyuQCd4v3nq/YsZTJIvVbqoJ+H&#10;gXEPww0+a/GZM/Zb7vSt5jAtjACI9tntXiorsdSauRxPBnRMNFEm4ZBG3FdoQosx1Q7mnP53+2WK&#10;jcXzScMEHE33KHPN0I0GOl2BiV4lU7XYXOmYYmJZUGaNKssqyt1QIcJBfHqMpRj0wSyD+g85m/y6&#10;Sh5q+mhOWCl8FfLBVGNGWZNxdDKa1vTgCsaqAjmiJQFz4SXyldIMOk2q0hNpr1d/bn6NTA11vUmJ&#10;FdysfClNZjI2c8n6giU5cKR6Si1ac3OPV6Nwp1Jd5xtpTSktMJPpMbFPDB+owjqoZc4JuZbpmCQo&#10;4U82AofEJFqkdjSgNxqDxU1wUQI1wzpiI3l3uoTW1a6T1Xnb8qhqeCJSI/Hzk0g83cFZrRMsUt2g&#10;A/mHmNfHh/zdAUEZsZ5uV2xQNyWtdhqoRtQKxIkPfR80RXb8pAJAngS3Lk5PrP3Er39IBpprs/vi&#10;J+WAun+9+t+4jxjlHo5UxsfluH4GvoGf4B6mZ/pzkDn9zrfW6Xvf/w6t39kT6QCnoXLRNcbBOi70&#10;QOyJp6imozPTgAsUpcKbh2slaYrWWIbK786ZHUAqJFJCsc4nDLzAftjFof/9dz39/X+c0X/xW56+&#10;9nSfluext6IR7vPvF4bArABJwcN8HEBbVvmbBZO3uDZQWxVI07Rlja8DrqtrDAoEmNP5sX1Fbdid&#10;N0uKxPfizzNquONHalgLKwhoTBsuXgXEia4xPunJ+aHTGft9bmyAXSZpwAax1v58sQ49cvuSXQ3k&#10;laTRTOSIAgjJ70GhyZItd5l20MD87MYs/Y9/PkLTgsYZLIBdFLjMYOiqQY2x1bxMyjss/bFBUuZV&#10;jsRyykKAEhIWlXyuUn14y0UMDNEEjTjRHs1xxw9NJl6KpJIZdVy8M8NEvXsBfqA54tRebvaZWcLr&#10;zkt4g7L6xCPLKdxbyTOiSk04RIKDIRhA4mTeYPJdngRLoivXHQD4Cgn3KKopN0vUyzGzXffE960Y&#10;MqJdSPIsg2PKHPM0gLS9K0AEzOlnkE4IL7YSMrk4qwmC0oWMFQxSWa0V3CG2QJFgGpuqFQ1JAqyN&#10;H5t7s9Q1suzHpL3JxtFlhTLpWAwavAzPGLTLYl51wMourJkHSaWkPs3e6hVvEih7pktj3BTBPPhG&#10;Atjy3+2yN5mzusWp3x43rZmxhaV24uvCDV2m944HrzNoYtizqcfnPdZ9zsxJ+X4GSyHR7S1Is1Di&#10;887gqwToO8K9K1mmA3BvF8DrkBlUpPeCk6AD7lEc4ffnAAc55KPfFzlPT1hIkHtGfV8s/+14ZQE6&#10;Tlrme80pkxLyUkozm4UFWTcSLuILeXaT8bjzZpvpxgLcMfNBAcWeej2KT5le8xl85tJz0jP2UDfQ&#10;himYhD9qUALXhiMeiuPauTl4wPlTnL8ARGEb1+cdyOHwfAwqxXfNkHCWEWOPu5XZ0gRFPyUsI0zk&#10;/TSJUi5OPbNFTpXqYz99ODbVctLt/x09scnBNcyjeGCzDcQeAiXuLYI9vLxINyBbXMf13NqCvH+0&#10;ASnbPIZQAPnAJnPJtkEaQ94PAPzP4l4BVFjGzx9ZwnOYs6w3o69//cv0wovfoHUAIx8hAfTK6/+S&#10;Hty5AnCupAtrR2nhwhlaPXZOEnXnlxZpYWlVjPwZqGM5eTnYFgDLoWGUQB7Z2wAAcqgFqTyOz8ZC&#10;Gn0nz9gAz8EozIhUd9yBd11fXNBodw9puvfexh76ERJzr9H1j+/Dygw+edD3noMP31deeJqOHTmB&#10;PeOYDBN+/t6H9Nrbv6DbtzfR9CNIBGt4FRjJkSPwsV2aw2ddpsVVfu/HqLt4RBJe+WgYSXrrWAZw&#10;3CxzMM3eHpJ1x+u0OrdIJ489T0eWzwtb3zvey3ZoB3JBssAN7e/USohBbS+epV1h8mWWQp73OmKR&#10;wL57mch1lQjB9hM85MgAWkmyqNgf5RoYEIvP0DIlPmHjldiaRsfGsybMMt5t8KzvACy+BM/Zn77z&#10;c3rrF2Dt3b5Guwzq7Q5FsjrCfdvd3Ma935JhQAeLdo6vY68rZyPbEchAkgM4xruyfw3BSuJnikMY&#10;ClF/OfHCW2DLAvh5Br7GrpaKbm/uCGllAcErM72O5pUb0KJ2U74iBDEYXY6dhAappy3ObJyxxfws&#10;jeBf2T/6DPkLz1Pv6DmcVxwcNCtMS7XZUkYUyd4IoAdnZW/3AQVIdMcfvg2g7z1ykCoH9s41p2AZ&#10;hOJnh/y7Fhepj2dsDCA7P/8lKhZPUYH9vdfTZObYtCNzk8ox/u1jAZCGuI6De7do7yoCRXZ2sEa1&#10;hgzFWIdKpN51wjLn1HQGMKMBhJZeK6z/ZCkmZgo2MOfrUpbVv8v3u1BJoBXr0rNMtAdjJSCNQ1l5&#10;B+vrkAwkyfCFaN6NUc6RaAO1KMMsimVVSzIj3DGit7cr5y2Hu2ziM/ZgPRGHrKbRWrwEyJt11VJA&#10;wGPz3gstQoYG4RXGVuMzmM8wMrwjKRwSuCeyZQPz6jyCYFkGToe5oe6rZRiWGJfibZw3QqjsM5Xm&#10;s8wBIQymmXIztqZCVN03bz/DMlypG8GAJvPXyw04rD5jrENnvbE0KShjlGu7YAxOJ7uvApDBGH25&#10;BaC6sQaXkIGXISrhYCrYd+Am0UoYjYcGRSrwpsGUarbEn66pcy3TfWFGNfx1auCy4qDqQzQJzFgR&#10;WO+GXib4XDjncbY1QtQkW33g2ykusTF5iS2mUIq8jqlpislrsGwk/dZ2Do5qHX31xl09FY9m9phS&#10;8HhDFV40in6m5PMS85lKc6QIry5R7UvX1GuLrNeulTAhGymxITEPBfxr8tZqH66UIKyLNauSa2Ks&#10;vSvItPbCxOMD05DnyjB0AihpKl41xTjIYUINxs8+gaCLDcl2OyPNxXhgYmglsQ2fAqSKdb5lnJyo&#10;ucZUuslUjQfBQ3E64BZrsHMiEufR3oIx0qNCaWuw07Udr/eldE5c+U/xDMfpGuzHl21PI9tNA/qm&#10;vn58QuLb+BCJxBNg6D0Jua37ZL8/tvZM9+Rlt4dZQ2mff8zfzz+2MDdHL770VRziI/rud/+c7qAp&#10;ydD8dNH08CHf7akvSILteSraRzE6qsx4RxrwYMFeKezIGxMlhFjt3d78a4U9jmKrK82xTvHuo8Ab&#10;YP/r499f+4jov7oV6Y++QfQff32WFvtor5Go2etGVcpJkh0YF2zkS8XEbXb1HhGDHR61XDV524n/&#10;3QQbeLqVRqye7SQR5qm1svbStTdvPZMlK4hSJDf9+j0IA7Awmk7W6MyTZs+ZzM3CKlJCmkvPa16/&#10;h0aYSFOO2/QV1u0qq3d8oQo5mfLrqAhgW1wQNgtbOxWjLv3Zzwp64/0tWoGEqwfQ9+atm7jUS2jH&#10;S2FZrUA2xmdsUdbBGVx0SYEpk9SMdFal/naBgWHKzF93Br5GYA8yiMF+Uj7Y8VIKm4/bfmHYSZAg&#10;Gp7ZroA0koorYFBX5GEiZHGCQ0mxKb/HgJlSPHhKKcDHDBYBXByiKRkgCVZkMvZ+xVibV3TwVhsl&#10;HzYSRt6Iz3cwc1hCxCxATnkditfSWJn/aMRYgtoDS62LdNo+N0a4rpzcKV6VkPEx25/8joYyhLyi&#10;mrfgZ5eCXdLwraIOCPNFajJmRnU6AhjGhuyNv29cJjNdlW0xqwIwhCXL2usX3hr7UHnKpQMvNnSf&#10;xbAwOVhpISJ47gY7IikSAFSSjnmwq0y1aGB64XbqEiEtQZHvWgonrhH7I/XBoGLmw6ywAuD/xbJc&#10;MF2dhW8Iw9fp0LMjoAOA3l4hzEpeHx6pq7Nge0aAjsPxWGSxMQHl7OGDZ20koIwyiXOWszH7MNh1&#10;89wYjoWNJACsMEP7bPEmjCX+uULqr5HcS2438txqtNIYkMLqzeR3c2q11Kp8QXNlKeRObRD0ee6p&#10;LI2BQzBW2UsomgyfQZqRrd8eB+5gfY/hpTZagSE+QhLyvduIoQ0tEKICIsKEg09s2TM23MwbgRyx&#10;7cceH3L+BddwEPAHGqhNH8a5NrA4ZLUKD+E5YAavtb7o6OrJE2DxHaX7AKfu3Xlf1u3a7CLNAciK&#10;kkY5MgbzWJ4JTXzekgZ9NLwL4GUgrJ6nTkDOvdKli8/8Ls0fP0lXkDL6zluvUbkFtiiu+bnFBXrq&#10;7EU6eeYMJLVgnc2CETe/in3Nyx7OQwyunbtgG3E4EbNEJZAjKFtPfMALtalgn09O9eZ9Yxv7yfYe&#10;g45gky6fxnXqy3M72IW34OY7tL7+U7r6wWXavLFDm3d2aQt+g2uLPXr5xWfo6ad+i8b9FdrYuk+v&#10;v/Uq/eztH9O1207A2jkgPRwycmQ5o9XVFVpeOU7zeP1ZAJOdOazduaP4HMtYU3gGQAooCx524VlA&#10;kuceWGYZ7dLx5ZN08vTLAEIv4nP2JJF6OLgBa6R7mj4uEsGxMn6lue5YiAYpg6/DbL55Afs4fCOT&#10;hGMdWDhNZcA+BB++bEH2ZPH0bC4wKj9boC8+WYfldu0fG1J0VyWF8nny7ls/pv/zn/1jeuv9K6iP&#10;cC3QB/c4WZhZYtGLesZj8DI7x4OGeXlw5JphH+atg4cWozE8+wAOjnHPMgHyogxC+GuehxRgRmrS&#10;sT5sO+JJpt6mIwE1ggBmQXpv9bXzlezRGWMpDRxHygwreWilzPW5lRlaOXeell7+Glh8F8hBio0C&#10;kAo59LBHi8vWWJV//Co83GKp6PX3qLjyNpUAz/uQKhOr99gCI1N/NgZ+ebA1ZIno6gnqPvNl7GOn&#10;qLP6FNbsjJ5bDKz75J8WVU3mJoMBjUUsyb3Y9+HX+eDyB9RBgBF/bqmpZNBEFaAUY1utpEm8mZwH&#10;FVxU2Z7ECrxLSh1nJJ7K5kvYXybxZGQf16UKrijbzDoNwPJ6JppfdZBensxntxTAKaaaxFJxy2RB&#10;xoGcoo5U3GJ7Z0fsHXy3MGo/s0GdhE0FU2mUFnSZaoFE+JF9U5BHJ7/bzKuFfafWIXUwqrLjYv2Z&#10;qwDQGo8JrdogqO1E6qljY80V+nllnzZblgSgJlUffw7va/m7YBuZEsN4PXQxdCv5WlgidOoYXMtH&#10;TsFGSesNZRXuJ0NbfDZmnwqonXxViCpCGQOQmfw5ln9ONLRksZIftCu4CePvw/VXD2kioiHdsWzo&#10;nMtKU/2JlIKumdjrqvjo5vuuJEBWbEbXdqJMDEDva8NyRqO98y1QRRatTCwaqTShZv8lGXJI9NDS&#10;kuomSBbOkn+1ZjU5Z6yZZi7WTLQEcjlLPIylF3qzlwSzTrVAeaMUaRNPJ3AgS1FmTVZKnc58w6Mv&#10;1tfG+zp9T1LCXO1H6Owz1ou/XbyrFt3L5Eum+y6nOkq39ggiM8DUGHYn0hsfNe2yib84t38sG2OD&#10;cRgPB7pIA9ZU2ybDUWr4LzblvK7BjHtM4MpV8tLY0I3sZ6Gma63yusm83dSwH0Sfigez7eKjGWnN&#10;6xDifhe7tPTDlEvgJuWmNPFNT5Lp94lfKx4ImT7O68f4cFeT+EgELe5LAT8MrOYeM8V3smxwT8Bn&#10;0O0Lt/ikXi/0iZ6fw/79YX5/IyOnAq/5aV9dOUK/8uXfkD30T/7su5LCxwUis85YuMqG396+v8cF&#10;XU8nppysqX5XJmuKoWLE6lnpqz3PxRp+V3/5IFNqMvvmOZEPKibWwxu8tVnS//LnM/T+nZL+zq8T&#10;vXyOG24AUCyfsw40zwA8FfcVQIvGqIvxEYzgOunWVTBkYkBNu2ihDr9weYMIUFrB7Q08dFVqqf57&#10;bLABQ52e60IDnOOCbSiyWpZfquBSWXdkE1vaF76h3oLKKEy6ucw+T2yFfOi97phrWxqwqTG3mkyP&#10;9OyGL1bp0bzNFAB70Ujf26LBQpBEzJMnTtPdjQfij3YEbBQG9e7df6AMLJyBLHPjYlelbToB15Ar&#10;X3m78Pk/g4ZmAWwT7jOZqVX4gaRWkkjHNRCD2U5Zxmd1VxglLLtMTC0nAJw6akkysKuLVR7sieVD&#10;qQwtLujEM1CAvj1plMQMu2hYRaYBXiWtraW2hgOa56OGL3DDxpJUnu3x4JABrH5fwyI6ALF682Au&#10;zHQF1GJ/OJ+zXKYUybnUNsnjzjzvmnthsNCT5EWZUnOl8Oef6PTNYzBWaE8a3mVBmXkSLuJjFaon&#10;xtmhHrB5sw6QSbw0qJYKHLSWkkk/swT593BRHOzZZgmtBKYo6Ca1XTFW4C/oMJPZh3Fy8zVzdZYM&#10;MWMkk6+OMDZmcd1yyA85SbUnHl/YZzoqyRalh3hOKatC5MLM6up2JHzA8fvCe2GZ3LhkqdxIpE/B&#10;fHHED4j3lKHar/S5R/TiMi0sLZaNs7zMex6SBmEcJhUHlrJIGjmAaMy+kizdt8LTBwtiYM8l+Z5S&#10;fKN4oBzt/im7gNNbe/J4c7ZiB0nWOfsDkkrbxFYjqCm7hj3ivzl+HuYR1oHGmJtkMLAcfKuL7bvi&#10;3Zdq+epxb4ASMQ3C/ZQgjGbfEg+2Yd7nxZfXvyupz2OYyJGaDNtwjfdXe4hg3wA7Ds/QteUe5LqL&#10;tNNfohu7W2BBvSml+AqALE5vZWCdn7GMgywkxInX6UBYwsyaYhaUNmrYc7B+lk+cotOnkayLZ3EL&#10;qaZv/PkfwxPvhqTCPnXuBK0tgL20vEYnz17APrZEc3O5Suy4SRbGcSFy+26vJ2CX+F15RTiDpW1G&#10;YwSJ5BtraXN7SFt72K+78LkFYNcB67gAY25r62Mag813/fJP6Pa1a7Rx8wGtw5ePzfWPLczQ15//&#10;Es7Yo1DcrtGVDTDErrxK73x0jT66clV8IWfQ3C+CDby4AA9dhCecOXGRFo/CVw8sxD5+PmLoIuud&#10;QTnPLBXsmcMtXJcHNNy5ivMU4CCA4tOnXqKlRfj4dRm8BBN2dA9AIL+PHXku+BkZ8/Obq/xWgBEG&#10;1gXkW5K9i0FvluGqpDEXebOmlfMzCpYRA1IABNWCx4YXsVGHxyfvAv2vJ5wjVgFLIiOtktPVaonP&#10;99HWNoFTBwYu1hI2lpIHSBJ2louPqPrDkVih7OG6jwsOH3oAUHmk8xgG0YCozTOIij6Vk8OFaRwy&#10;YcbxPjzgARWnhTNZBaD3iG2neO/M+AzV9VqBLU6tWZgB5nyjVRI5W0eGXaUw3AGowBPz4hdfoBO/&#10;+ptEZ78AQAn+e2DzsdQzYxAYPSgPMAacBsyJ9Vvw47tzlcKdy1R++CZlCOHIwkDIPwwSFxL8oWfV&#10;COcdwT/SY91mp54nB9luhjARlq6O+ZqwmzMPrKzXy+z8DU0JVqP/5Hph8+ZVGq7fpC5qhbyr8mQd&#10;gCmTL9qMM898JfPUsAgF3KQHTz2l11wASudwbFslJbWC2mpFUw9qPSdMtWj4RNChbbJGSNY0mg2g&#10;mE0IJgHm+gi1CDP8eVgeLKxJU+BVucjne+j2xcKGfRD3YFuxt4c1ATafAGUW/CF7cKhlzvK8FbHR&#10;JUfxVZRQUZ8CSzikqlfhDCId9q5WVJr/tHjcGSbjG/Zc0VE7N4HdDTK1JCkr5qMxAlMvXAbzNo5y&#10;5qZE9sQwFEsLw2BiI8GXDLikwixiDC+qBliWPsw1HYPshdixjGVoIT6L7CXJ9wrrnH0m1T9Q65gR&#10;27AkdYPZk3GlrGqOkMA+N90MvxXK0fZ2akp2E4Muxja3yDUuaO0PldgDsR0IUQEt+40JXCNZ0adI&#10;Yv0nYwXEAxvnKpUkNR1WTEiaSrQFL81GVhmrs8EqpzcyAssFEjXMedMY0aVFlBah7T6lVrOVDJfi&#10;qCE5teQx0nQ9TacN5i+i0lxlgyT1dNDkloIlZjvykIk9NP/JUw9slLoobcrkTCqbJRprNPpuppRf&#10;Lr6Mgpu8clxC0JwWc6Gwp1r4prGanVQSUpZHCRuhkGmN3jv2/usLfT74ZM5dNhoU80SUtZ6rdCfv&#10;qO9fWVYx2xW+HidYG/Javm6uW8dWo/qqGJ2ucQ472g9b1WtN5cONKi62Ks0JcOsAYGjK8m2vRz+R&#10;81FPHtImXEVm7zM7bb+oegzmLTZUSi70DQ5lm/VSv0Fdt7SPBRhbbMTJVLzp6E/F7nOPIcd/lLvw&#10;QQBPbO0k+zwH3WGhqYavZpOZGQ9Qsu4PDd8vC3a0n/gcp0qxDwegucekrLlDh84cAip00zi2U+5N&#10;nC47flgmcevHQ9znkTjJ7ptksD4KLHy4v596c3Q44W/lJH3t67+HgmNMP3n1VUg6RyIvGA0LlSBG&#10;8yBzanfAHloeDfhY5Aoq42VPE0nxFn9Ar8a4jTTU5Ccql8iTBQ2obQOJf0shMhZuhrk45Ennn/wk&#10;oz97w9PFUzP0H3yT6DefdXRqjvu2IQrTJRzUKLKRctiBZ9Fo5NUsnJh9FcVTrIy+ihEJUcMjmDEl&#10;CYPkW+m7ZAzFJgCod720JPLaALtNo2F/EQYDk7w2qxgOdRhJAhh9Q06SZBAm63D9Bsu5HeeiAGFi&#10;KRo7sZLiKSgVYypoTL4sB2tXrkN1TkBWyMm73hkzT2CIDWkA5+aH9Pf/bp9Or52ib796l+7sgPWC&#10;o355HumYSE29c3dd6w0G4Xo9ZdEbSqqGzs6AslImrCwD5887g2J9ZXEGzewSms8dGuzcEU809pcS&#10;qBfnbA8srpIlkZ6ZUV35O379IeSbsr7gecjhEwUzrlj6wUDUWAu+MN6TteqYxSDBHqGyW2EVgoDS&#10;+DmfZrhOfWFjpmx73fwbDHanKah9ZmlAnju7NFv5LbM3cCdXSXFf/KzmhKXGrBdhyrC8WOqmxJJS&#10;lqZLHkEmZZmUeLTqxDg5Kkm+aVlDcZGSfO28o5rVX0StLZSZ4qpQlzQRrw3GQxUyo9+rMmHxMAxq&#10;ts4NYwEAl1MmOdFWpDOcpjsMUlxLoAtf33HywyFrAHggECoZESfIduG/xl50BYOhmcqYMlzDjjD/&#10;UFfO9ARE7QGsyFxXg0YAVneEgYdQFjRGsszwe2YAsPZZWoz6jOXazGZg0JHlS+JV5EuTpHa1ifPq&#10;zCkgtxuoZ2hgt2kL96C++FRl4u/XNd8/C0rj65Qlz7yxhsuwYKQAexPyYV6nbHcga23MJuiz4t/o&#10;xfaga+xavEAu/FgB2Uth1WrK9K7jcKRSPCl7K8dInKghtXT34U13f6SPsU8+lFT7fRsIFywheXIo&#10;1SK4+0lJ7oT0dsIXN8b9LL3YDOVI3+dd5TTghXlijx4etQ0AfdeROry7sEgfA9i/Dymg27kraboe&#10;jHIGyvkzy89Jim4pTJEoNfcu9n8F+wbDUs6FlbUlOnf+y9RbOCss21+++1MAXnfEB3xxZglBF5+n&#10;BUgUV04/BX+6Y2AuLdIsQg1GLMFDErOA4vjKweTz8IvUfVx7Hh4myDYjaz/KOcZAcsTPPsB7GcQV&#10;+Orh/iycojmwEJEbTLfWX6EbN38AP75rdOf6Ot28hM8HT8kT8zP0rS+9REdWz2KPOE23IH985/Lb&#10;9P6lH9O7H96GPQK89CBpXwDAd2IR4Deuz9GTR2jl6FMA+cA+nAPDEe+bvQS5SWUj/3HOTESwbLEe&#10;PEC+CG/DWQBOT517iY5BkskSePYUHEOOPNy5gmfinvVLwj2VUJmOgOldxoFErtvrwX4AIF8XTDRm&#10;4TqTQ3IwlxeJVVf2txzrWQKnfDeV6dqAl+oj7lL9HuMn8l1xh6HJxIfX3YcnJMR9pXct1tF/GGFt&#10;sQ8pP+Rc5/B48eSpz9HvfPP36Z/8829jXaqfmGP5MlnIk1MZbgC4sA3W5i7YlpkwITFwAHjDgVI9&#10;lm06drsv5N7wniH+o7iQIwl4UUsBHnTwcGQWZ+Jcn/fCXO6dDIE6XvYbTujlPrwX1R9Z2FrWp3sA&#10;tOWIazdl+/H3n7h4mn71m/8+mH0vkoNksiNMLY4l6okfpcPvd3t7lG9vUHbjPRp+8FPQcMHqZ0Yr&#10;e9WxzJuULR52S2Gc+SNL5CADLpGs604/TW5+GQOLOfHtA/kPTMGenAFZSpg3BZxavbgWsyz5uPHZ&#10;sXH9KpWQ7/rRtlpsjZJfsRJcCvOoU3l/XvWNapUR5fMyVpGyDKjCHXSAV52qJuPV8ynXQRefnVYx&#10;lsbyc+aJyD6AAgJy3cP7Bp87lhUgUtFkri/E4ZGmxfKQjPeUcSmWY8zSi1L7jBXfyHoyzJRkWgwl&#10;t7cf4LnHECHvqbVXMdLAvFKDN6Ko+KJZv+hn5vcXzFewNOYdn6fBgrK4vhFrM/HG1oFemTZxxnqY&#10;cc7MeK/grfgcO/WAlEAPrzJnMU1p+ACy4oHtTWKDAZsbcNqSDqeEbrlmI+k5lGmoa1bY9Dal9PJZ&#10;XNu93RQbAqCKymAs75ev5XCoKiRVdOo1EVCQhzRBCXQ80BhmmYWMeakXgqyhUDP79je19WkaG7Kp&#10;uE8CF1tG8wl8k5tFzhDFg4zUY0PXPdG4N8GQRlsvcFzDd09YFNl+JlWM7fSVWIWL1NMTYY+W5USb&#10;6irpgDJdjdmWZFLWMIWE8kZXS25dLe30YpLJyY5FpZtOIRNKAAsaW20MEWEBcsNWBPEQYJkGTx1E&#10;QMX+NOLzM1S/NzYDx0LiQjozYLAjMeWJQaHvWwf4mRhulzIpdJqGFKOZOKoNORkCHWDa7J2zfsBX&#10;DEafEnxdYzgRi0bYCRe+/DDAQ4OO43f2JRUy2mRAmjJ+H+n3cKEtv08nK0leWytuuFCxib8Bqw3x&#10;8T7+U6S2QXMNkMXWhNbto6w1Y9NiezrcABCce3hQRZXqc8BR7qid9pyO2hDjPlPeKrw5NtiqE+ER&#10;U60qXfu1pvoBNpos11C/pLcRKlbS5I+FKdLl8OQlqY8CBSO1/QgpPvR3J+B4EjDadzcn9rT4uDJu&#10;N303fBy1RXR0ADPw4WtuHwB3qAozPiKhOX5SEvfD9/nmrZuyiOPUtRcfwfKLLVlqnHi+2zYLWrjw&#10;/GYBoM5Xv/rbGFp36Ic/fI02ENohUkEUIlyscmIvFzsdFJOdcS77FadI8l7HJtPoOAR0GZfBjHp1&#10;j6qYzBP7S0qK9FRbP4S0eIIxwvHnCAbT71zeo//yfwv0zIkh/Ye/eYT+4EV4Oy3fIlj6AfSbQXE0&#10;xq/PJCNjjBApn89pYjyHA0Sm+XuRkShuxkVupwLgxNuVQyuobAB9qVgpBJBKBUgunkTJkiGT0A1H&#10;ReXNFzmEgw35qw9cVGerOjN0Gs74IwUfY6fy/eMAD5dYWPzfmcUXE3g3tvfL177TRuPlX/bsftv7&#10;jynld2xBIFFCRELsNGwrUDihOOpBdjoCI+H08W36z/5gjs4ePUb/zT+8RAMw/rhomkdjPpCGRKWH&#10;EhTBIMcEuKDnTSlgCp/ZPSumIhp5TlDl6fVwb0snsuzBxZ5l9sXntQy+vPoLcXDWMGYiu+PX5GTC&#10;PTYJD0PxahmB7cN/lsLgV/aVnLFSr4zVn6/g5k3VEpKiyhLbPMo6zpkjykU11yUcAtJRkI4bYlUs&#10;pJhRlbtJ8m+W/kw+Vx1lr3lNgHNm/1F53xpAp7IWbx7ENcoybSYkn8W7OuzHTYQXJSkvqceei7XF&#10;iY0UqR0FHqrwqxhrb6SUiEzGhlDD/KhT71L9j2b5WSmj1ErMkhQQEOtpiMaQgUBmUkqwBthXo0Eh&#10;vmAFrncJ8G8ssl9VXjBTsN8diu1J0VGZrodEsMwG4snIDQ/79vgeg6g7klLJQ4gugD8eMDuAdh2n&#10;zDkGpiX5GIAce3iKaT1/yf0esCgcdWMhXo6aLmxgaFTWbLCAJ36ueG1zc8OsL/6fDJt9nbIsyguz&#10;JlA5o/lO5ZLjgGcH954bHjCphKEqaORAAHb2QRcdiQR45AIgqzcjroGfwfMxFLYPi+F6WNP8uQIY&#10;jyOEVbgjJ4kWP6QIcIy3AW7OvAWUST+ZtfLQ2sGFE+dObIZkNf3J4uTAfgIzac5Gm1hOmj00h5qy&#10;I+gO2l+NdBmy2vf9HN3DuXBn46qE4iwssQE7ZIt84aQBLKVZ472AhzdZvyfgLaNIvOdvbhbyvJ49&#10;C5Dv6d+mxaVzdP3mL+mHP/gXCPpZp6NYM2tgFC3BI+zo8VMAA0/TPJhtOaSJDMYLSSDYZIkBemGm&#10;de3cMZaO06aeG1dl74BJBUBmB+vp5gPU7m6ZtstlOnbiaWxXOFfcA/z963R//Rd05corAPg2aPM2&#10;vNse7NGp5Tl6+aWv0dGjzwIXO0Y7SOb94Np79Kc/+g598NEtgOTKcF5BoMzyXEYnVxG8cewE9RbX&#10;aO3MOZo/coay+UUEbHhhVw6wnrZ2bmGdgu0F8/7BLgA8JEkfBRvy+FOfx2s8h2uyLCSD8ZiDTe7K&#10;cyc2CLy3yRr0slDFuB49CPuLZv15aeJ7zJpmZquQIbraZ0r67pxKe8EkY2kv75vCtky9Y2WcHyeL&#10;pEdoTNx0W5mDvj8eXoo71Q4m0iO9v52rUz8L83xjv1HetwKebWxvkrB8+34OSfoRMM1XKexsCvOO&#10;w068WUa41JtJLZXRfL6g4VEscybdM3g9Dvg+Yh9lEyhm8Mm5JPt9LqBFF2s6z/p6tgiQpGEhHNbF&#10;+xT7PpbCXOMNoCMlgdYkrhoWD7kMQO+5i305Z9bejKff+MoX6XmEcMzP5nI2b4KVNwuLhHwPfSUH&#10;UO1gkHf5LXJX3qXhnetg1G1JH8o1TqgoRXhZPjtn5ygcPUnj51+meOw8knWXQM6dE4Y2y+B5f3VC&#10;7gl1jdWqP6keUOFPZnnzkC7HPnrvKliy2/cR3rMnLGw5u1z9vQLumaWC95n5ktrZ5tTPjoyJqb11&#10;m5HsqjVcb5rR/HJD3O+Hr/8t+dqSyUhDpUQUoDJXrYmcp4Xen4CFw8y+1HOKzx8DxwxaFWUNkEUO&#10;vNLBIw8Kx4OBsHHdrIJTTgDHQtcbzkn+2ZwHZuIfGCyhPtPPJeBhXlG9k/pPJLZj8yQeFTIQ09wG&#10;J5hCbiGOHEzC+3JIQxxK1EUneFJIZr92/yTIifcPtvgQ8xmtJ7JklWb1T2kqgozqZN7kr1xhjmMd&#10;PjNLOVRegibHLZXNrxyqYKxvtToRX2gGNXkNM6DJJUxQCbdz0dQCneQrpN7N2Nv5vYc8bzL7XEsS&#10;c9h+vNknuwnppWvkNlLlBxdq78ZJY/j4aA+wSePS6WwqVwVlJFPGigEYk566lAlkonhWoGDFsmo2&#10;07oRVMbkRteMjaCRJNOM5BvyZ68HB9XTZ9Vzh5YlupomD4W2yfWTxCunmxyVvssTD570m1W0FPcl&#10;eTM1Lk1ybIEZ4pUdpADTtJxCKa8+JeoGYQg6o87GahPQ5sX5RmSrsPEyi573Bsx2zIReJ/uqKS+k&#10;seRC1yVzc+ftoakBw2CBHVmuG2sw30HnNcmybKy/5HMgm1qLNfPkZKHxU0hIJ5lIzhiaB72HlE6d&#10;rqt3B8NCrnER6tRRN5XFpK/rq9ePk6B8fFxu2b+h/+c+cQDtw9fF4/jdTfyce4wSbXrK0Gd8fT4L&#10;OUh83IJ0kkbx2Qd5TAMHuVBIUzneD4+jefryS9+EnGBMP/rx67R1fyBzI27+ZRcPKhnoQYLC08w+&#10;jMvYa4ZlKOyjNSq5KEHDDlnjzvaWTEGrJ9U7syIJ1XOZ3BOUHOhsfVqxlkyE+ejGOQDLPkifOvTf&#10;/dMd+vaPPb10oUcvfS6nb57lqIkcYBKS7iAPZa+0neGMMLB6wvJ5QHvRGFZS/PTSKWOT+TLFQDXO&#10;5rS/4nvjooloCzVjrn42TDABnXy/tvijxnKOLa9Xb+qFYJ8tJiaeMNGHacSgTWrsWmqvns0q3+Xi&#10;ZVh5BKak3ZpCW7MWMz+ymiTI51QgcNCS+/J0LHNgRzIIgW+e6+/S7/16D2yDC/Q//cubYORwYZTs&#10;FphBWWoghhV2TaCPJIBC5SHMdGOQlT9Ld2YOHuCzwsIZInlSzbo7mqrLDQQrBsAWVJ8jPSOZTZYD&#10;gByOlFnJfsF8xm8yWAjQkL9KBvtYEinpqiNp0pI6wLvcmGXOvKe0kVNpcF/SVLszKhdWT7yO1WNd&#10;S9HV810TfzM1pxaGhYKS2ijr1FpZTo1E7mRb4vbXafnENKR5ZsbGkC9MhLi55mDHAKtMQN/Y8DSe&#10;mHVU6okaIHRVkEt7CBHM/0/lNjolz5ymBwqQNh6pR6LUY8pQYDlvMRoLmDMaMqtoR3z+hmBSDZEw&#10;OIa32XCX7yU8Occj8SRm1gkHV0gdhetfMhjGpvTwj8zYrJxZg2hER7hXwy4zsRik4AgSTmXWsBcF&#10;VjMND2DmH8s/OdCk6JnsEusCIElKBpZr7LV5lhXpM6uHtdbi748hI/0tVAW6aZpxLcGWoLhM64q8&#10;44Q5yNeBGzNmBAlrgBPEhRWm1jJq59LVMDvmZLA9TtFVNYjUmqUAqKCiAQjFe5yDpH7tBAUAZuWD&#10;dQ0GibEaQjBIRhPeezFM+PY17LDixADN0fQwjQPPzSbm7JvWJw1k0NsVQuL2gxe/Sp3PvUxX/uR/&#10;pY3NB9hPOrS0fEZAWA5N6WTMhOEh+lBB2aDeVhv3d6sX5+CBcxdO0InTXwJ6iIRwAABvvPsGXbv6&#10;EZh+BQIsevTUmfN05MRRpOuu0urx53DmnBS2aJ4pUzUF4QmfO+vKM893vOBBwNhk2aQeYJwKWuDv&#10;dgbMGId/FmOO3TM0u3yKupDY7e58SPfLGwix+ild+eCX8OND6uo6hg/sx7fQpedfepkunPsCmISr&#10;tAV23Qdvv05vv/s2vffRZXogZ2ikeQB8R5bGdPQIWM4cFHJsmVYA8HXmVmhuDX+CnciM57w71sEO&#10;nh83XIfk+TZ+HmAp1s3JM8/T6ZNfBGDHMngG4a/TEGwsHnw4CZZRHTaD0h7sQdnbOx2RLGf5nIUJ&#10;acJxLkwzlQUy+8WLdx9YfBLE0TVZoPmBh08bGOeeTFl3SKwvxgOYfGGSwWMBPJkBR+L3FujBNvwW&#10;ByXdAsPszTd/RG9/+CE9WL9PNzZuUo59opuZf64rZSAo3sNY1z2E/+TiX6s+7SOsne2d+8JGKqvU&#10;d00sn+Ghh4QvYGia9fVae1U2MNMpsUxL+RkN84oC2nYtJMHORJFnlnL+CWtL6oZtATs8Iq/PnD1J&#10;L7zwFSQ4r1r4I4Mq6K23sGlsQKZ76wNytz6i7OYVMFM38fkiaV6FnqXMxOXPOeQ67+RFGp99nvrY&#10;nzIwUQsEt+S9vjBD010W8HLKrZI+P0Rj6IUKV5A+H/++cQOM1A0wf71K5zVdXveVLHmwlQoaSf9r&#10;hKAqsbWRPKvcnUzDwlyzVPMtn/bGIVnXaVynNpQ8sQomU3AsVP5xWucorc5VfnwcHMUsPt5TojHR&#10;RhIk4ipbM5bwDgDq8WCNa2bxCeZcLLCYt7Fn8r3j87AISumRsI+gQ2JXKjbDHsa8bougg2S+Fk4C&#10;r3J5b2UiEjCbb6weynxPs0T4Mf8qHnixt3KijUfpw5MPNRljsu2Pr7HqinNIIIZTz+Ayaj1EVQq8&#10;1tyyjhPk72pINQVQJXC1THhGpeDT2l8YieavKOzIkQ6JggWmcB3I5ReDoE6CTEhtUBhTwev0nUqy&#10;eWFLvcfP13CUwD6/vzmb0pg514wecFNcwabRhmPjA0/3yG+TUw7yvJoS+uEe9n0pRsIbLdbVSXDG&#10;opApqHmK80VMCzQh2a6iaRqzrWEknmTAwqiqNNv186UAlhojywRWjBu9NYBaYEohWagpZQFKtFD7&#10;o3rDpACUZB7NVHOZapQ6mc7YS8EKdN5sBUVnZgUbBYn/Ddh/hR7yTIMVeZD5F42S5l2ShW3SLeab&#10;8CQA0MjFQpqyJD8aL0ChEwNiLjoj6efhB5ffk8d0x8EvJLCHS4VmR/UBCjWFuUrozbJq05Lk3yrR&#10;OLYNKxsLJDH3vD+sYrTh8zcllCE2U3gflUJ7SLTJTZnaxYq6nUBoasiN4365oqufQS3cfRWp7Ksk&#10;5NgGD4laJrCVR1eMnw3m8wRBm8MBuG5qYNBkWebdBLh0wD2LTwBXi08gMMM9MUzOfXZ43kO1JocI&#10;d2qwej7NGpkm+32c/1NWRVZdKTa0Xzu6Qr/9rd/HHjqk13/6MzQrIzkzvJkQd9DkjvjQ9KofY0KQ&#10;ePxwoiX7cuG7v/jFF8EO/JEmiCU2dExS/dACGyof2dhmwzubxMrUPOgEkvflYrtDb31wn157BybZ&#10;/4qQcDhPp8/06dkzu/Tbz0U6fwQ+hHNgDBGYZCU3PUNleAtgKTbO+OLGb0cCFHSg0xMwiKogDvPB&#10;Y8afC9YkjC1gwzVY7aloHRjg1q0Yza7BXXATcrnY8DhSrlfzd7s6XMRkwvq6Kv1ILKV6LRX28M3Y&#10;P2tqLFXyXW/vO/mrhMYjGXTKyTYdXU5xBahacKLomP7o9yI9d+Yk/bf/9ya9d2NPwLOuyL1KSccI&#10;zlUhHZWpRVSfW/arSkU/N7AsO9raeUCrR3tquZCz9xaHWfSFkdkBM6CEd2BQCgT+GfJMMCAebG4q&#10;84pZWCLX5LTcLRTEkMNtw5MKwBKzzqSIZZkt/JC63Aj38Xkgk+Pf0Yc8lIHG6ObFJ6k309PETQaJ&#10;JPVTGXtiNM6cmCyxNDJlxGRZpQhI/m5VGqrzDc+n9qAqGvOu2VRojdxMgLawrzjJjG6EsLjJFOmG&#10;/68BixVjz1Hr/qZzPtjfpWA473wNStrizPIm4GjMBmneLKlPCydlAZSabqcysaEkdIu8iWW1zB4A&#10;2DUawq8Ksm3+GkN6uLOLNMkxs1sKYXSxDGp3dyBrPR/kYBGCA8NeoQD3HJidDAzxWiriUKTZXWF+&#10;Fsos7lCVcsweirwP8R4l/mMpkINDWpiaY/uUfqE+46bZrANSvRDCoJK1i6+lOYOq1YqvhuTR9oVk&#10;u8MeZ068zrCWxn2pWweDB/L5yxEPewcioep2eWA8K/ujz4YyAOb3PwToF+x+sP8W+zyCykrDmSNg&#10;qCGVdhmNOLzBQFzWhspYnxTr2k+4Jy7WttDN+i7xarIpR6M/gKwwIdeNE31ObLLuE1GUnWjwvnZe&#10;fplmv/E79Iuf/RDsRQRGHD+Ca5GLzL0T2XtyTwI4SAA31N2cZIq1s7MbZFdeArv8OGS4Jy98idYh&#10;Y7597yb9/I3XALI9ABNukV54+gIdWVumtWMnaen4eQAY5+VZF2YM9hIenIzH2uAzkJI+KO8hYpTP&#10;jBgA0xK00+nIzsvp4LsApR/A+6+7iMTbhZM0u8hr+z5tbsHSYvsGXf34u7S+cZvuXkHgxvVNmsEe&#10;9rlzF+jir34R6cGnaYD96uqNq/T+Rz+ndz94n67duCMXaQ44rzD4FmYht50D+xDv/8QS2HzHkLx5&#10;FECNPsUM6Ozs3eEDGYxA5BPDb49DOHLsx0fhx3fh9NdoCeEHJfuQcZrS6BY9gFzUSaBRYfYHPVE/&#10;MVCnqeVOAM7ezCIAxBldex1NGRZARNYimJbMqu4c0X1OvPq8tSXeFF21zdSheoxD9QCfxdQ7tlQ3&#10;rqFkOcijL/XAzJhioGCI55cTi7//6l/Rd37wXboMb8UtMDdF6ijnPIxDZrivA5ONw3+Y2S22UqMK&#10;TOJryAnq2xh27g63TWUGowCcNT0ANCwxlczRqAyoIuq61KT4UkAaBrvlfwxSc//IXqHMnSrVR1Qs&#10;C3igwIw/Y4pJmq8NKRgY5NyZ40tr9I2vfQXn+IsAKDep2MPOhnMz27xP4fYvwOZ7R6S7sdBGXV7P&#10;GXaVRVkj4chxMPjOUu/0M0T4Kjos1wXQNNuTXdIH00TEptJwf+CZAD7CvlcQXgaY/IvQX29dvUSj&#10;uzdlCMiM8Q6ztEpNlhUlwVjtE8SvVq3iKi9Fn6sEPZhikvdVVqN0ea0Xap4SYqiHy7FxXlLqyWub&#10;qKr/tHWU0nkFN0vp7BbYIVZzo7GqAu2YYYlpCexCrE2ERKRe12WhaoMhh57IXqSMuz0G7hjHMGB9&#10;Z2tLwK05hCR3VtbUNs3X1aBLQXeFZRZ4R+l49pniN4KnlMHCM6LsfVW9EEtTLvgWeCe+wGJpkNd2&#10;ZmXa60NDOWW+ehJKRjrAM5BXMBOq/S99MtJqKErlXtj7a9XB/FmKMk3CK//FBPLK2pH6byTMSfFi&#10;ZisXXE+Zf5uPNA/92BKt05vV89lxeNKengnMwnQGEhtukLdNLeIjvAHcYzVmNXXUVf8cW+5kD4vX&#10;nPa7wkQQw+E307TotZHzDa80Q5LtlTLznPHmwcLFsU6/67FitAenNJ8TlwC+ltmpFlNjTOVH+QAb&#10;0KxsMrL4xeRd02JCMo30oe0vE8lMKAsD1L1QTfkhEulFrmBiDMYEJGX2OWs4JXKZm5HMJMbOFjnr&#10;vIOalXr7OyfyWieeH0LZJp7ijsT3My3dUpgrRXUP1eiSE+pSMlVRyVSlqGcANVO5rlwLaqThWNEX&#10;kn9X0GtG/iC5ZGzLyw8tk4yHAJjio9eNcw9JzG2+iid3AA+1AucaKHd8KHDmDvSxnATgW2lD+9JK&#10;HcWpGcT/P/4/9zBFRZzMi/5MiYZxIun4k1xbR5+xJ/OTgPtiO6jFHernn5yJ9b6CKu3fh6jK+XtU&#10;7hQqWj3vd7w/Lcwu0G98/W+IROiVV34BGRHvdQpycdgBg01dnAEsuxJem5jdo8gyX7Cf/fxNJK+q&#10;QXRKD9Vzw1eWDim0qX70bU8L6ierHBwrDtmmAd/TE5o3CnMAWnM8YEG3dB1m6B/f2KXvv070fyEI&#10;7xQUcF95bpG+9fw2PXss0nK/pAUGCvC7WamwCw+YhV6pkllMT53IZcdkxlyNSAN+B3MSosGJw+pf&#10;mytju+WLN2b7f5tqZerEHd2UZyJUvjJp6imVfbVn2nlR2Vmw31descY10VflvdEtmmhubF98Xu1a&#10;LVBoKEeaJRnwqKWLF3lXCA33VKdJvXtjr42IFGyFMNB+6wX4AiF98T//B/fB1iIxy+52vMk9NaQl&#10;TrDIGHTj81IKNg534SHb7ojeff8SnTu7KIm1s0jp684x0AbJGBdkzFRguSIXw5CCMkNsDAbfcHQX&#10;TVihMt69oRTYO/e3IeO7L9+nLKBcGlYG9FZW50GMYvYKWJ2zyyoHBTOoAzmoExkbs/i6xn7pCaCk&#10;YF+mukwp2Ouy2lliW7AkBCtB9ZpG1zpXQrIcbyQ7TpKnnDUqzb0gNn0jqeEL0ggyM77rPrsGn85L&#10;3whNM5ZnrEy5tZbQ+iIzkKsRgxUbSo+JyXG05Gpnygc12yRhjAgrhhvVEv55op4YWljaQBqBcQlv&#10;M/iNBfHI2QSgg+cEGrNtyOB4bwgA/La2BpJ0TNWEHj/Hg9RMfSwZgJSarNR0wpQUmGyU8yjtqV21&#10;TIaAgv1J8AzP7Dv1PRN2hFN/MmMipOGnBxBXyYMkWDsI6GFVbRVxIpyPBMJ6BbikcfIGDjOLj59I&#10;MBt1oF1oCA97DlrT7tgLLVejfTGSMYZvKZK1UpQhAe+7xB6MBwUfcihso2iNVhW8YoCdN1P72lt8&#10;Sj0TGsr+1MzTQzkBk4c5NbPWKkDQZhG87ZVHAaC/+G/R5Zu36Z13X6WlXk8AJk5uH/F15z0UvnND&#10;acgQzYMQEgb6GAxdXMjp4nkwAmdP0l7Yoh++8hf04QeXkAqe0xq+nvvSBYBlF+j0s8+CbXcaID6k&#10;ugvLwix1nTndB1ghxX7gkjKrgD37TSqjeiRrVYKFhKGqXlU7WG97sCoYYZ9wYCl14MfHwRWDwcf0&#10;8eW/oDubb9D6LYB+H2zRtUv3ANp16CsvfI6ePvmr2FcWcZ/6EmD0+i9eoe/+6Ee0sb6LzzJLCzMI&#10;zViK8Ct1dOL4MlJ1j9DyKmSUJxBesIi9KIf8NtvFe2CmDoKEdhCKtHcTLgvY8+7flfCPc2fP0TmE&#10;bsz2VuFt2cF7uibvnYGE0fA++9LLeR2jMVYZvGOftHxRhicZqPA5M6/gT+glfcapt6iww7D3dXH2&#10;ZSzZ7SmZQWyG0iDJSTAOtXa4J1ORxcepgSYK1gPbjn02PcHspGifwVE9CNGUbSdh3oXYFdy8fp1e&#10;+/6f0j/5F/8cfoyb2HtmNBQoU8JJFEBwS87J8VABOGZJep54BmXnu2QfgJ/pA3DucWgTh0zhuQ84&#10;04PUTOq9N8LPsamIEGhk/wDDWZh7yjQsTfHAZ2CJ54LBDa0RkpxU/c8ytkJggK/Tk7OSPdsWZx19&#10;4cIpevG5r8rPju7hLH+Afen9vyK6e4kIgB/39ZLBjueo49RrmJm37Gc6nl8hfwoy3c9/hcYIjBnh&#10;2XDwWw3MnuVKaKw1iXc6QE29WQo8nIZnpNqU9yseEI0hlX9w7TKkxArwqRK6Af6ExOiza5Rl1ZDJ&#10;mRIvhekoo4yMjV9jG6kPjKUGWYUmdyt9eSPycN0UjPBjAKF6ERs7rdBE+iz5yqvkQAEyrn35PbOf&#10;3FAtHXyufgvDvYGm5MaiXsdCVNL6mH1sIzNw+9h7UCtt72C42h/QAisDY272erU3npBcxLokCCtP&#10;mI6moihNTUMsbXVG2TeCUrQNPCS7t2jJxuZ1GFKAmDWTUq8Gs3ZzVaqoEK2cJSvz/eDfz9ekjAmE&#10;1N5IwVELufIKllZ5DHURaliPPhNV0nCM5jFovQn/c5kCykpTc+gX1yasOGK5Mw+vcyMdxBTsKkxc&#10;9YYN6X67Ko03TAEYTNI5sQvt9y+L1NJ8tkC4eryfmiBzMGt4jLkJe6raZMNNyBCboIWwFswX0D0k&#10;Gckl+SjVEofE2HP2UGiKr6+9A1OiilevvMzNVA+Sr0zCo6HfysZjn54c03qpl02epZprLzeIp66S&#10;GIMHojCaKjd1TPdPlbL4aRh4SOLhh98N/yAXNCGXp/FirMzzqkxlr0qI81UqT5K8RqO6Rucr4IMX&#10;Nk/BylI3B/abEjZjSu5xGuTBNNw5AIRje13yKaLamIfsvyDNn5msM+KPTT2HCXkEldshqp4XLNN2&#10;c2MHBgPydAlGieGOOJQzWz/RNVlArvJjrMJbGr543k2Y+rfYXu3UjBgPktxOl+O6yhOSpssQ98nF&#10;awOEmkHtJqjAKa3T1Ws81oBUbILqblrcWyM6vWI4JqAjVLTxCkyXlMPpkQltj8OJYuIwxr/TpKsx&#10;fkq6GB0mh2KS1Ff7HO4bEjz+r2v6OcZDvZH272wPNx7Nkp5WT7Y/j3v4hTssq+1T42xuegjJRERO&#10;S1Le+Nv9s6LHCHOZ0OgduDxd4z0e8LrJ1yQ9N3xAip8Hm+JjUnYUfixf/9q/Q7vbBf3sZ+8J0DTY&#10;HZLWFXURxXtoKcBhNFp9gF/Mnni4GGahAxVKZ4s+3yx3oSo4SDtHZ96tCT6p9hK8SF+rD/xsKQCA&#10;uLfyPjpWtgv7few9iPT+ZkYfvrdF/+93AxrEWTq11qdzawVdWIv0zLGMzq9hv+2gqMXn7Dme/HEI&#10;CTM/5iQEQRPWnDTyJQda0G49zRT/s46cEWprkqt3StaTdGEBJ6WYyVqyutiQWuo/FeYDVkw0KJmF&#10;b/D3DRVoYec7KfhKmbw7AUI3K2BPQcLQfiQayfLVynNaSLtKdWJXWeQT+C2dZHRdAMiFGBGN6Kiz&#10;S5+/mNF/+q2z9D//iyuoa9GMQJbHBT83CKOGPLmS8TTWfzAPWzYiB75DM2DxLa6BYYdUTgfWCQkA&#10;Av8ysFWisMHArIBkb+/BbRoBFBoiYXM4HBtoEsxjSRn9+dwsXq8P+fYSzcIPcAbAyOISWDMASTJI&#10;0TrdRTnbhdGS92Xt5LmZz9uAk8yKo2KUh1hHkCa5tjH8KpSk5p2aC4ojF5vyyVBZtoSw352gnPCQ&#10;cK49hKnqN+cmHnm3bw8NIT7cliIF46TP5PZvOdFNHhOukgMnRp8YkiegCGtDmPVSYnPCrqZERA6D&#10;kbTfnqyHbjlUJiY3EeVRmplnRtWA5sD0G45U/rsAT7qhybJFgk2ZMUw0eZmZcT70xew+l2bPWHBO&#10;LWRESmpUFEf6PfIAWx2Ye5N7hVj5FEqdmWvyr8iMAinQVvlQWypgWm/NYZl3le+xAoZ2/zJLc+b6&#10;jmYFKPHDKD5gnDLNnoPOj2QQrPLjnjRrkpUdlD4h11j6i0JYWQEAVOwu43s3KtesxKBNYJzWuq4R&#10;aOkag73YLKvqkNzE0nNTSgXa53RSSX+boSCafskWoHg3mQLKe09/kbYARr338z8W1tMQNW8m8xB4&#10;JImv07asfVGVDUu5dyePQ4K7ioAJSHH3th398q0/o0uXrgEILunEsTkkzB4Ha/siHQVI1kfoxsKx&#10;U+ILlnuVmGr4SBSJtIjKyp6wJvkAY5sJZpZ32azfQGpOSuVAgu0RK4EWaAs9SH/hGLzMwCzG8OD+&#10;1k9oc/cG3b7xJt258h7dubpDW5DqnoT09d/+2tfBrruIQdhJYZvehuTw7bfeBLB5ie6sb8hI+9Sx&#10;eZqHR9oawojmFhFMBO/T+eMX4cd3Ull2c3PiH8iEAwZu9rC+HRjMw80NLPUbNAcK51MXf4WOHXsW&#10;0ucVfB6W5D2gXaShRjHAZ3AH/pczHfNm58a4I/tclwE+DpcBoyVn8FI84wwQERYVfx+epc4xtSbo&#10;9ISwof2QUXii+Vn6dkJqfAwrKzd9rD9t9nwI/p87PPlg4rWC9dhNGw1Rfhlbi9cH7yXMIL+7sUu3&#10;7tykV77/Pfrx9/6S7l/bYBgPYNy2METDUId5TCZZWV5ASEsXQRxqK+FdV8gvnFwux0RwAvDxE1sW&#10;2mvzHhDEZqBISJiw2Hnw0Pc9e7p9VctLim4xEhlqsNAlZTlhz3BeQosEuGVZvIRm5gJydDvePGcD&#10;ap5V+sJTT9Ma3tvMtZs0vvY+uY1LlN+/Tj0mt2A9soQ29zVIx+dhgVCdePJZcudegGz3GQpgl/GA&#10;zHlNtO6I5xv64Nz81Yz9nSR8ieEv+1PlZq77BQ+iJOwB3zC6f48G67dQ17Efbylb/3hvtxos5F69&#10;ehngcY0DyyUpbMIxgiXbGrCTkQ6WGWNIgUZJESjrwRRzZdrPE8tbwjfKqmdUFqWvvj+kwIcYjZxk&#10;PswGRgo+wZ8d15TVhIkHNSqDheGpl3WwgXiUwBVYVUAyzvWi+BZjn3F7CJ7AawxQQyffQQHwvKXK&#10;WnXIexufz/yMy393oZFYrGcJy45LGag0PDeTx6F5Y2tYqPXJXgMzyBKIC6vXM5Neqy2GWf+Mtf4W&#10;UpJTCa5IoMUSSLMXQgpxc7oGNFdCwBHr0X1jOGqEsFga21nvQVQapwKFhV1DsRBRubdYjFhFxsOf&#10;YDhQ0PwRCaPhXkT9FiujuGpt5vty6VNmgyNDl+M+Q/6W+XGIte+OK6cAf2oMbhV/o9cz0Gyi6W0Z&#10;nMbYEA7Xm2qSaKgPXmyxv1I6bmwEDnjnGg1oqJh7oREgosxZ8xVK9NeSUeo58Vrx3tKDBAxKBXBp&#10;DD4u+LBx5KFO/40DzSTMFQFk7xfeHJl6n8nCZQ+XXQUQDSlWbykuKjuWdptL05NJdHxfiqfMgCBB&#10;nJ0+7JXHivmLiD9AoeaUPafpbrPzSL7CZr0LiREj0jxtcKAoS1Q402c5pYj13bwIuTGT1J4o6XJU&#10;Gct7a5h1YQYL8lAQ2ykFvBuoevobIK2LWljyBsI/V3Kan/gMNME+35IBuWoKb/dU/t5PSeKsRLMq&#10;kUvAbvPwa7k7T4J9E71FszGYZALsY/1RnUKY6MapXLWmM+/o4cDTrRLUbcI0k+x6CgOi1OfI0RTm&#10;X8twug7sSCBEJaiyLmya4W/r/TeAxcRQ+UwpcDF++lnpIfw8qY2jfvqU4Cnv1z0CmGruWe5R6Go8&#10;WATSZnzGg8HNJ4KwxoPIkQd6pe6/m25f+EvL8CFOWc+HfGfuEbc9pnPkkWTxph1AacnrenhyYMIZ&#10;+CL9rb/1d/Ad/5De+PmHoM5nAsjMzfWl0OWpNsfb85PNEs8UqsRyPd7Dcpl4evVT5QI22CFv50xK&#10;7XKJIWPv2zd0r1ViKFE9GaVUvBmAUpq8wny4xNvtnkMDGejjj7boB0EnVhzOsLiUI70xp+XFHoDA&#10;jI4teSTQLtHpFSTPzgQC4YxW5x3Ng73EicMsj8okZZVNiZGy57lRXUBxz383EGmhFBsA5LiIHZRg&#10;rWW7jTWbwB/XCMUyprorGpq6IGdIfQfTP4+rtWUtjCTaPzzAuznEaUQ2SCBLaKerM5vTziZfAVLq&#10;iZZzSTw3ov/o3+UE3rP0D759U26BhBVATimJdEGHeOlckkJUCk6F/fjs7Jp3Xj6LRnPhBBqUOSmz&#10;OMRhD0Xt1h6YelvXwNrbhGzqY/x5BT5Um2iy0EQV7LkH0/OleZHozi+AvYeGZG6e2XwLYpreAejH&#10;ze7MnErWBAhgQEDAPP3nlM7XtH2QVeVcO63e1QPYtpaxUWulPc2uY2x45sWmRLc5wJ3cW9xDbEWb&#10;g5aDXBAOmJWEGNtBqgaeUS3qrKRMIfn8+SYgXf+fb+xZMTYjw+o3IdezwsTM54eCgO/SCIlCgQPK&#10;lsSHahY1lXj9FZzsewo14EBCPvYgtWFJ2tgCV8TH2GsIioSocBPrRDim5uDJxNvXDRmDkMHVPkC5&#10;IdviuWiMTLE8McPuTOwJSAFdHxsBMyWV1GBW2ntphaoEZed6s2BR7FjTEuV9Y5hQ7m2r95b4de1h&#10;3fcFcJba0qv/Hzfc0lRxj8Hf5/U9lvi8ZT5PZoHUZtwl/oFrpzw5RwdMAOu5b7MZJzfdrjc2lBNy&#10;vcpYA3/cA7EKhhlAvLvgum2cRnjB83+D3vrFn4qnHg+MymIL9zeILI9ZH8NCZV+zM3268PSzdOri&#10;V0S6//pbr9HVn/wAfnyXaBZyx7OnAFL82nn48J1ESi2YfEgonpk9gmus15kleiKt9qX6HiqfWINl&#10;mLXHoIQkw5eyVoaDUkDoTQDNmwBg9+AZ2l1YodUjF6m7twF/19t049obtHH3l7Rx5R0a3NmjjZs7&#10;sn7PHFmjs5DqHll7RlhWDx7co7/4yffo0seX6DpYYG5cipTx1IqjZWb0rXCC9wqGTM/R0jHsdbPz&#10;2D8xeEBK6R6uw26B1y2Qfg6m4cb9m9jzbgMYKukUWIunjv0OzqTTwuoqC2Y2r+OzgtmMQYiSnTJN&#10;feUBFT8D3Z4AUcLMw9nLjGmWuJP5yYktEQ83eOCRsRffIv5uzgYcru5BKrZbnDo1cI9ZWU3LPnuY&#10;4188sObcL1U5uNTbb4nFz52wlKIyh8QCRAA+9VzbQ8jQrdu36LU3Xqf33gewe/N9WoDVw/HjawiH&#10;2aCb93fUEgpn3DIAviWwM1eOrCLIbEEkug8e3JSziU/LLjN1bTApCrFMn3F+bHYHQ/n9ue0J7HFX&#10;Nr3MRYI70qRRAYPGCs4KCJPJFteTMKgZAa57qGE6Emo1Iz0VA3zCBJRLgL007CG8pkcvzGOwCUuB&#10;zpvfob2tK9TDtC0PGhzEISIcIClYBr9JgJPu+Bnofs+Tf+oFGiOQpod1y9/HLnnKXE5AsPnzcb9O&#10;zaCeRtihKjGlPkye+ZWPJt7D+uUPqNi8B+CyFNWE5912WFTnlTOfaAnbSJ7Dzlf+yLFi3Ufr+3NR&#10;ivgyVCo/SkEaBhYWxhTLcvXglZrN7EbkGsRgoT710GdcjMz7P5P1lLHqkPdrVjRYiriCVF7wA14r&#10;DGSp7Fh97RjEk2ElqV1KMONTDhbjFHAGsUZIHu8D6BvzqAj+xvwetlEX7ezuyZCglGud0sODKTWc&#10;vWcNcNJhR1H57wb13MAZ6OX9StItM+dswB+dq7WrBtQJ7muMvVCYUgPXcJxwCxmOaVp0Zum+lXoz&#10;sfWYbV8W1bEUq97P1wF8VNftUvdmSmPVoZxatqlViEm3Cxvs8/ewNYelALNlyAB+pmxBw0QCBo07&#10;SDJnbId9gJkYxgMRvn48/NB1pc8ZS32rNN7JrSs9m4Wlvmp8dM3um5Q2ukZRFw8MUnDT/7lJxort&#10;19nPJHIP9dqdKrRs1AIpFcVVsioDkpilYeEZbJqdpF5KtexUBZaO+HzFxtC0PvXXqcGodK0KMxi2&#10;77YwjVo+XDPKVDqsBRY/zMWoo/YrjNpHNaIU7x1mA7KHQaGbo7fiLprXoE799D2yd0owSYukHnFC&#10;V2fc0I0bkySzkBLeOHIt4lgeoHI0llmEeo4qQCAbO2semdCujWyBWYu8l0Bu39zLNSsrK17FX4Cl&#10;vjFW3jA1YGUNY+MAjIf0C4v7DtP4CEnvZALgYfGn0GrCedfp+qxBUnUVOFcUZX0lLKylTriZrBaa&#10;PP4GMJes6KtAjpRW3DCNbwCT8aAS5jAMvsdNpP1r0vLGg27mY36++Im8Cl2jgdgf+BEngbpP/XHd&#10;X0MYSmx3UI+cUE9s6W4C7Pwkn+Mh9zI+TOtyGE/P5Asle7kHuLJM3/zG78FL5B/Bj+i2sLRKYazo&#10;h+fJMjObGTASKW+pxZ0EJHid3tXyjvrZFtZXURjY58VaIXNuChDSnDTEFvvEpUKikv8bCGh/Nx6U&#10;wpKRM4tTefG/W1c2aJ0Z5Xhzr/D5gvMhT189fJ45R8fWYCoPL6gzS8wcy2kJf3cExfPyzDIkWmA9&#10;LkGeNVfSKgq0hT4YcLu3ZAjFjds8rk/Bk3eXmJfJa7ZoBCyY16ozfZ2x83RtlI8AkduJO+4ha69l&#10;zm//LYkTm4BgbDCBUioy3w+2xGA2Vq+3R3/0O136y1+u0Kvv3hOz9yGailQTUMMDR84xF+vW0WmC&#10;r4RmcHOKM5fXxwBraBvylsHwHt279RZt3fmAdta3afPWTfHlY89vlqT1AeItoNlaPcHssEVaXHwK&#10;wB9AvR43tl1pYGf6MzK99cZycJkCfTUr3NmkvuZXxkqu3ZDzNERr0U25mrH5ACc9Y8PLKk5LQ2+f&#10;PS4e4EwRP+H+Fw8ZM+Vcy2AjNul8+0JDqHWdWioR5x66B+vl8cZ8q8GDMmjtxHUUV2cdZsWAOdoJ&#10;C2BjrlBvfkfUEFy08x4jciWKVmeqb6WXNFVjBJCvQhiUmZG1Ar5CDOaPSFX6tAyl1VWq8pZKDIPq&#10;8wpIWVrQR+2Lpz9fB+vJ41JamI6jykM4hzdXkOcf+wJ7cImH4J7IjHhPzOUzeEvqREXsuVEZmoG6&#10;l4EASy3LPE+RwFKH6/BUbQ4cTQzP3EPC0mI7eTeFeUj47LSZVmjf6qpXaIKNUdlRAWDACOTcvS/9&#10;FsJUurR+411hOpVRE7eHRaz8xHh4dHRtjT7/8t+FvPUY/O2+R9/+9rchl9xCGnikLz2/RC8+/ywd&#10;OX2SVs98Acm6R03uitreCU+q8oBK71PYKyF1QJxi25M0RmadCPMDt3IXTfr6/Qe0BdnlyjGw7OZm&#10;hWW5jnCCWzvv0N3r/4puArxzDwJdeR8A286IXrx4kr70xd+nOQAzQ0h1b97fow8vvUk///krdPXm&#10;XcxoAi1yqu4qhg/zCAxZWaIjq+doZgmBHkhT7s4ex1cu2Pf2cAv3dcimUhT24EG6jdCNLbxGZ4/O&#10;wg/t5ImLdOoUQjcA3ozH6wBmbqvXpNzgkYIRLrOgIPikgbXMPU8+05fkXE7ZZRUuhx3x+qqY8132&#10;6MN/h8da1kECL0BBfh4rvsFEKNBn46LnHpEK9+Q9+9JqYBb5cFjIc8Znw4D9XSX4kQDy3aVfvvtT&#10;evWVP8efv6Azx47T33z5JTr7zG9AyTCmfzb6PyDhflvII6dOHkUa81nUAYvyUW7cvImvGwD8tvGr&#10;5oQswqxkTkmNqgKVARfbngjJJNMkaO2hdZDGqoSRyPyHKqM0BrSwkXMFg3KW/3oOuepKqIB85aWx&#10;WnMDMWyIUYgLPW4v0uoxSFnFCy3vXaPs+l38th3Zc5mBy84GmivBnSneJwOSADHp9EXqQIKfr5yi&#10;3sKCXMWh2BR0BCxqHzXu0DVqAll53+fwBt7ddpH2O7x7HQPjHpQiOzZoVKBKsivYNzJqZgBvUL4a&#10;usXGMWX7tbGqZRgkFlhl25o8BErpp8mfUZJdOXGdpe0V6y/WLLJYe+byXlLKdHOsNhLjWKW/6/DQ&#10;i09mERWMYnk31w1D8eQzWiEHBlWMWVWOiGpkPBZgja10tqFe4K1+GzURvwbJkHws6bE8EJWhvEpO&#10;GsrQykgQgyHSYDMOwTK2nDcsQ36XBDIoAO7Tpu99yyM/mm9fJlYS3th4+n18kwQYdnW1yOC0yspJ&#10;/foM7POVf6KdQRb64RJjMgTzwnWWN6D1OVl6sHoz4k8OUeJavrQvGxwKW7BIuQdBvPv4OR1wcAf6&#10;j1m2bcHgw3P4mwXviJe4rUV+nwwGlvYe82lFszdaKVMscywU9iyKya9uX4MVJ+Kx6hM3gWlNBlaM&#10;NZzTNhs92LvPTUoIK54+TQlymNoG7JvSTqabThq+p5RaiTTmiauv006TibGy0jJ9yFItad8jnk0S&#10;fFEzdbxTn6gsqpdKsLqJb5A0krLQTXYhBp/qrxNTupL49HF8tbfGUk1SU3hDYkjwA9PF6xVW9LOf&#10;B0d+M8IuACEeOm//LbEcecoq8hGmLGdaHaXaU9gMieQu5t7q21A6letmlY9BYSCUq+5PMgtts8nM&#10;m1KkIPq0Ojc5/m/em8cBZdqhAK4VhR4f+f3KkXaNNNzpvyWz4jsBypJ0bLRfFSt7TbySxtY8H4Xu&#10;ju/shMYU4GDIJLEbm4EjFZNQPo9r0P7sLVeJz25qbez2NUN0aP/MGkiMjwH0NWT78ZN52B22SItV&#10;AEL85ODSIcBC59ro16HgiklW32FDPJz7a4w+jlP5jS22nWuz7FqefrEx1W0Bse5QMXOtZ7fxmk/C&#10;/69mxybbMEg6wZQ6dfZZ+t3f/UPy3/l/6O1fXkJBPKrClSR9Luc03pEcxKEM1fvUR9Eb60UZ1sEO&#10;fJkKlsoyU9NqqkxzW7hxa7jVDNsxT5EJe4zkxZXYWlyHcYHMheAQez1LJVDyy1Q640l6oVI0/tld&#10;sPUi2IA7t8ayh7+GdF9ONOSzgFlCnPTIKb9cJy7DZ+rY6iw9f8rTf/K1Hl1YhQR1wMFMOB9D0TC5&#10;j9Vk2jmqFAHeJZ/CspbdUpzSHNXhD5MPk5vC0mytSh/3K6HcRBKr2+8XrCbgaNZRcM0gjY+5m3wF&#10;v/WFLv34HXEkx9lZVt66lCQt6TPGNmuoKNSseR4sSI9p+R48eh4gpXB94xbt3EXS5dX36N5dGIXj&#10;Ndk2fwYytBlI3pZYBofkyoUjR+Sr118Ay+cYGH1zIoGS1EmpEzIDbKIU/zHWac6JkdD2EUq2D97M&#10;qZWtGKvU1Qb7fuowx9m9o7YOdt+lnryy8VFY2eO3uBN7iWvs923rGDowcqu1Pzfkw/EAqfHkILCq&#10;R5ppepYgnEAmYSwFL6wvBZ2ChCQIK4Kn8qO+BLNI8jakdZqurF6ZnFApPmPmE51ZfUfear6GvLqq&#10;Dbxv+BIGbWCk2fKNfAobslbMFbvn0hRktr7LqjEgkwhl6YoFe37lZ9Vw31vQGr9Otz+W/W/EzV+h&#10;jIeM7V3yaKnRNqS0PTHagKVjdjqxkmG3S8A4ubLcQTXKfsuPVIpOUYXXYN9EoFtK4a0Aw0wUVeIu&#10;EI+u0fwXv0nvv/2X2CMGYOTugsUWjJ2BpHQ0Xs+98DItrz2N/THQq6/+iN75xWuQQd4HyJfRr1xc&#10;o+fOn6bzz3yeZtfO4zlfQrgAkmPZTzaqRUAuvt6lWjjws87NMPuM4bXF45uHT8EUJ0Hv0zb2mHtI&#10;Eh+AidKbfxpMvnn5+d3hFbCyfkqbGzfoxp33aPPj23Tv+hYsdxx9/uxFOn+WU3VP0Bhn2qV7e3T1&#10;6qv0szffofW79yTA4fhSBw1lDpAPgMoyhg/LvDddANB3Avd7Eb9rVlhGJfwJC25EEfSxswOGJ0A/&#10;UM2RDImE1NUVpKR+BdfkBQBBPTT1kDQCnNkFw6djQ+uARNVQZJKkG50msHZ7M5Imzv2NJOcKowzg&#10;cW6MK2E0MyAIFnQPrNCO/iyvTQGeQu0/2SKSPOl56NTT+vGHydOq9Wnv2TVYgOmZl6AoXJ8he3nh&#10;Pmw+2ITc+g799M3X6c3XXqVtSEiPYq39vb/9t+m551+k5aWzUHXN0dbGJl28cBoAzB6tQMK6BCZ5&#10;b575myOcUesAa++Rx5Bqc3Mda5T7RgwvDNApLIWXe50yOgPT9f0WEmSEPa1Q3/dkFeCFeOLh75cC&#10;orx4y8o9ZpCXcrOoMoWbkGmC7CfQngtraQQwagRgOIfK4gx+71qG9OYhDw8A9PF7ZHabvA5+B5iA&#10;ox72UXja0vkvUQ8p0vEY0rIXkdaLYdy4q4ESvdgxLUFoqcoO+388aAkxVkm2I6TMbty9BURrA2sc&#10;rG5403mTtLoGA0mUB6GWmwqDr5lL1SRasTUHB+0IC1ABIW9nVUhBl1ZjivUKyzklGbmo/FwTQy7V&#10;MM5ksdFUnJzaGiVco7R9prakYeAvk4CbjtqhFDZoFt87yxWIWpPoNqqqB94Xx2LdkEmCeMS12B2O&#10;5DoxB4YDh3iAzkCWSFZD8tqMFcmFKk/CIOQjYfMJepZrTeBT+FRpHsuFMem0nk3+t1SFZWIAZQpI&#10;BhtTKE9pvn4h1gxOBeFUbVNJcUMKP7VAu2pwbP9ufn1BmK+1ukAw3cY5HS28VMI65FqVYhnD91YI&#10;QqhJi8HYyEJRnqfxWGnufbAiuzO87/Xl2vKe12WQU4Y/hayBTNKKY6XwyPfr4IKmgeC/92dmakkr&#10;TQvL8AcyJur0r5DqE4puOo7QtDJLIQYxTGH2udpF5hC6rYrGr5HSvvI2E+32xJy7CUg1dfMj0OQZ&#10;7MyzrOGFRko7diq3cJwKSKozVwCGHyJ+cLk4F/GqLECmJEuqmlcj00wSo0jTdPimMV2THxOvYwmf&#10;wESXPPUURNL3oSm5/FC4ZPRsEd389hlFz/hBxmsNR4gn3+FgsKEUE+xLUFqB1el4aXRlQsaUVZmy&#10;5tI5OgnroEo2Js0rg30srWIJCE9bmKUCyUaJRTlGqlYWjpBrHV1xKijjhfFWVMm0NbOv0ZBPrKkD&#10;gYJmsq6bKPPdw4/cVLyntOX9nh3TN/3Safw2JzBywvEIxdH27pYCTUGNtTnwRH2p9GBT9J1pud1G&#10;8vR+iUlssQsanyZNUHzTctW1G7onHMKRJNit2LoJQ/VHVzGPKeJ1rmIyPRzcmV4cuU8TfBEfJcRw&#10;+xrQ2JjutDrHabrVSZkv/RuZf1JDdvEgm+n9Tn5t+XJ8CDPn0SVxy2trYv//NIV7bDB+ef/kiV0m&#10;AJwTg3kebp0+9wz9wb/399C4/u/04fs38WwXeuBymiZLuiRa0IqOoPItCUsyaSN7AjL7oLSgIvHX&#10;kKJB/U/E8yR5fdq0NhkKR3MIq1qH5PkoptmulWAaG4Ov1KyKL5YNI7g4YEYOF71BmqpSgL8RNwfm&#10;kROylARMYo7P728vqp1F7sey19xdH4DtsU0/fs3Rn/ygR3/4G4v0h78W6PRRLuBGDTAvAe1lBaQl&#10;oD/GNLSbIv9uJr3ue7ZD64FuqgiS35v87mZQiAtT2b8tzm0FOhqo4nm4malJMzbvb7zg6b//p5BH&#10;S/Glnrqx1LAxdZKIEuzhrLD1MrnVlDaWHx2lq7R98xW6vrVLt69dAtAHzzYwXUrI63poTGfmOrQG&#10;T7+FpRV8naQ5yKbmkFzZ6c+jwZ4HCDhP446TOiHEBKzUHyQYgzNWgtOoRagKOM2rr07DdSbBjU0W&#10;Smz7nD1aqnZQSqVruai1mYFPLpjIHWSt0KQQT6R2pxQ+1xw07JMVu5aSpJ77uToUzE33e9vHJLQJ&#10;vq+10DZ8nVFGQR61aeNhKeqf2ZmxhCqwvQdLXEfigWTy/sjJox2zbHE6RfCuCs4INmQMaV1WPppe&#10;GTHMMImhBkoTMOlqeaP4AkYNERqNtckIltbdJU1A5P9x85A8oGNK901+TALO9NV7asANOT4LS7dM&#10;3cKSPn4/XF8WZa4hJdLg6BDEjUbCUGMwK7N9T/pfP+nPR1MsShp/1bAdTISV1lFUz6D1OPKu6j+C&#10;NeHVzzSGpz4a4HgG/l4IDLr+0Y9pY8iDjlJ8PY+dukjHj30ektmjdP3WDfrxH/8Z3bxyiZZmRxiU&#10;zNFLv/oSXXzqAi2ungSbeo2W8ayPeG/OuxKCxE1ucH1h70aX7HmSJFOtEViimxlowg3dED9zf4Bh&#10;QgEWW75K8wBrZrH/jMYPaH3zrxCg8S7d+ZjZfLfo/q1dpuDQU6vH6XNf/hXsO5AuAqxjEPIDyAxf&#10;e+uXdG/9OoC6XQ5IFnb3wtoC0nQXEMJxglaPnablo2fV6qHLQSS5pDFjWoTgj13sjfDiwkBj+9Zl&#10;uVZHFhfo3DO/Bi/c58BKziUlngDybW/fZbcgXOuBrLtScGD211vCVxC7Gw4Y4jOYgzc8g3xeh2N5&#10;13zoJGl3yZRKfQkjEkkS90CmOFLfMS/r2H0GsWWOJqQL8QnV2/GQIXounae6HzNbag8ecHfu3KJL&#10;H71DP/rhXwCsu0prizP0Wy99lS4884d05PhxMPaOiUXUiANcIJscITDl7OnT+Ps+zqAZgICQ7gLI&#10;5XNl/c5dvN4f085NMDA5SGH3jiTLh7goqbljDp3gcCIyOeW4lLRSYTGVymjqOgV/pD/lECKnrFch&#10;vDglrognaWW5qgmqLKVkKXwZeE/c02qIZcLMvGcCGVhn59F3fgE/fw7vaRlBZEw8QWoH/hxrPYL9&#10;1p08T/1z56k89QXKz36OxhkHZvXVe5MsVKFM7P/6Bnt77ikeDroVJpWBQQOA3ffx7HdKPBdIw5aQ&#10;sHFpLDA9cKWrFhmtyXmtd9NfaSEZyWpCzFtJ9t5Crm0UhqAzBj+VFoZJ5osvgJ+y/ZnZx7JQfi2u&#10;c5NtGveRuQ2PgylXvNUxQ4CozLZlTqbYl4kkFNL5qKEhwV4rUeqiM8ktg1VFbZvAtWbBexVb5Xhl&#10;dgf2XcResIMAsi7OAs4HkDAS/BCzR9mHWFjtlgZshssq/05+yTJ/LXT/IE2jDRxGZiEZ6vtXVD2r&#10;wjF+v6WSsTGjhY0IsCr4h90nq5QKCcVQY4xgth1pQKZx0no+JjBRg/pquwBeX8l3ka+1nHuyLxlj&#10;L7iKKRjK2rtvzOt/V5Pu+XMN2RIE72VQsI8prF3mAGBjPZcyFMxk/WlWQqz60GDD3QJgvoB9bVZb&#10;8hnzlR+KUDib3iguudJ5wx1iG6BruDdVrAnxylGPIUXrm5LgWk7r7ec4daU2e491rRWNPhx1Qpii&#10;0lPhX01WnKvQWldJiTQd11vyDctfJFUtWkMSlSnV4aLHq1PjeLxLMzGaZ5OXhygtNPX5C/JAd9nY&#10;NBbmu9bwDRcjTBRNOPCGDPywiS5LcHCoBxxoqmzqq4bcKwsGJRMNmYqJSYaARlgAvEGS6MkZlMPh&#10;XmJy1lmoNosS7zPH60Sb5CapB2X65I0H8f9j772aLMuu88C1zznXpHdVlZVV1eW6u9DeAA3DBkEK&#10;EC1GpEhKCoXGPYxi3vQ+MQ8TMz9gHvU2zzPBkKiRNCMFRQkQwCFBuAZQ7V1Vl7dZld5cc87e8621&#10;9j5nn3tvZmWZBjgR02CxTGbee+4xe6/1rc/IjWm9ZxH7qTSy3KfqaHJkX0BeTEzSmVIS4sqk3oJ0&#10;iKhUWWsVZEzxe098RXsAMiExAkK/U/Q07yOAvQJ3qc9hA3Tdnk9n7GCjbkg6Hfs2jOvk2PgkxyBZ&#10;8VFqUoyJsD6tmIM+EVgpw+TldK4a2QZJrRtgBxlTo/QmkVtPfYofo3BWJhmcXsa+LTy13cTitA3/&#10;ww7SxfrwHEg8qm7gdZUAzGOzzP5uH8RyRudzCXHh9xlDsdhfmEbBtUD3YZQ8h6JGfZ+8OXjfUiwx&#10;F0kQN5aJBqgENpJMIfjaxUm/PjmRvJeiIxrNnDXDrXUNhDJmZMHholH4gxq1GP4pp1S1FMfghzgA&#10;sg2CbYPN2x6cDbMXl9c92POuFrARSSZH+cMNS8q9BN+jUjZGnM2IIsGYPYu4mmTJRN6VA0OIg4Bd&#10;ZpRHzAGnlW6kH6H124P1wE5aMWv8HjGKWWNGHGvF1nUDvpuj696kpnKvs7BNXGybPWBeU8kC4p9V&#10;M+DUp2gZ75GKgAzQ4w9jAvw73/o2/enGv6R711dliljACyZp6yBE5Su5B74b8nO60SeSKMggjUiU&#10;2DcFDZKY42PTZYbdzu62HEdDCAqT+LkeBkqZNL/M8ObX5sQ2rsfYXJuZhK1GWqbuCaBXaCK7TNK5&#10;aPLpt1wY8HpOXqLMQRxqTauJdpJqaDTHltcKSRTz+3xIWhUjZA9whXlJ4c//5Ztr9M//jw26fus4&#10;/c9/hCk9WH8Wib/Ar6iFqeMu9oR21i0HKOF0F8U+1gtO/YV4T8lzZnIUIr3pMwNe2IAND24q48XY&#10;yg+1qtBdnTUod2pat+4Uuwq1LOZrbdV8SA2MC80qk8F3j+XLfZqH5+HVO2DEu5DypvVDEMSyr5Zk&#10;KyROvifNtYA+Ogdz8+Qz2riLwn8Z5+TeOgqubdlXp46ggWaAb2qB5g+fgmz3sDBY2hMLcs8wg4e9&#10;+IqErTiyckpeIbsukmO6ioUU1m/n5dHGlNP8JFIkJCWLSSflUsD74Y3YdtDwoMK4upjClHure4BE&#10;rv4c1mYgQVY6LMWQva18L/8Z7YiG2g7sAGYU6y9mBIYVe5At74eZ0gBEAHEyyhcu+nu5z9iIkeZB&#10;mniAJ4y9WO3A3s9C1uCCnL2kGpJum6GgT1OdzFu/1xvPcOB7LfUBbCVQ521j+HFn8Eju+UTZNvy1&#10;Mb6lrVdveDlvYJ9IfRQC3HgI2dfBgDyDHMJWhIRjI7UMy+NE1uU9lZTJrMNgqXNRAzu8ZosbGqx7&#10;uTRlWLvAcG16hqMweFi5YtTTlFl98hkwjM7BTmv1NGCsx15djvZQBJj6gHTUrmOoJq1XA31TC/0I&#10;Mq34e5SMzE2fpWDnzX1GjuvTblm6j7tj68PvQYZ/E0znWXjuvU6HT76CfmGMboI5d/4v/4zeP/8p&#10;TeK5febkEToOgO/E8TN0aPEotcHazVqzkh7aw1CJWT3Nhl5/7mca4tPXkGF/r9/gLgA+eexXp8m7&#10;OfceLPvuAIhBE3gXPmwLCMSYGTuEBpolcGt0b+UCmHwfQDb8Q9q4vUP53V3aub8NwHGWXn7j18Cw&#10;ew5gyDhS2gms9feQrPuf6fLVO0gIxfChkdPhaUPTAH4mZ+GnBVDyyPGXAPqdoATsQwM5GIdo8Drb&#10;4LgiMLx2wErtrX8GOfAyPAs7NDd1iJ47+xqApRdwGgEI2A1RE+3srKtRve/T5F5keS7Lb/n3hqY2&#10;c1+UIqiFQT/+Pkl2ZY9CvFYuBIkpgIDzOI8zKs0bWAlcXPOZ4okPVM1gXWRHERn8+hOYQ6N8/EbK&#10;ebwPrCei8JrR5T2nUHsgXpu7uaaeZugldhH2g04OPYele2t36cc/fYv+5gffgwfsLbBH5+hrv/11&#10;ev75N7HXAOQbn8H1AJAM4L0DMKezuUE3bwHgvXwetU5Or588iVCYk5SA7ccEDGaI9u9vCAOrmyuj&#10;Pc93JTk+sSzVdfp9nEDO1U8zU5kmk0OEkTom4UaytwoZpSgtCdR8sqn9C96H1wFeRXrM7JPtpAsA&#10;m++XvuzzPauBCPw8ttmnDL/P4YefQr1xCud4zPeJk9LuWlG0ufnD1EfoRvv5b8CU+DSlsxNCrOF1&#10;zCYVNlGuf35YFwY74boZ38cyuMW1nQxpxIWQyTIdPDMAvZG0zTJzTjJGM0hb1z6jBP6BbLflHWI0&#10;1APnK0sUFEtFdZcLIafwKdohMKOQdV97vbSpMl/21k/8RMJJMIQChsFrNYmCLBNvicB9Iyv4mHBi&#10;cFwtPEvcezPzkYEjx2uyFHlG+tcGpNnd3W0ZxExPTorSIQxi+7vqRRr8IRNhb+alXDt3Cobl+HkJ&#10;v2NLFACyOQYMXZfLXld4iW2OOtZsdeWZyPD3bTB8E94D4fe4y+oaDmDB5pGLmtczBkMNw2nSnb4w&#10;1Cx/Nt7jSIfwToDJpAzBE2yEgTAbJM6V33JJGjDK+DM+1DKxml/A9SgTeKwfnCfiJ8nfYzXRme8A&#10;4xmVfVsjlwUPRVsqJxVL02Gs+gQKECq4h/fQNSRp7VJn82dnDEBCObDeCyCYi6x6a2MXdWKLZhbh&#10;CZxwna1SaQbnhXRAuR90+IBAz0Lk6zuC2fcg8nE1602S5EDSt0HJ215pRDErZzSFtpLe1hXDbp8e&#10;1gylbZYm1d68kVzlBBjS6kq/G+eG4s5lassJZ3lk1umTbEzUngpDLtfxJDdlTc1jLglSFfOxqIxF&#10;CldqwH1V7VkbHsQpCxlbJuhZZ8vNrtYE+4mkoLuCuuf6c0bNknlixpRZBUAT/6sCFIKpfJKYEmCP&#10;U+9KCnOmk2HxW4nZeH4qmbghk5uKJbZHUqk7oFeP2wd6GnkHheSZiAlzkDmemGWjyV/DQ7O8skY7&#10;MLU1zPjoKwrf5AJWFjQGTJGUCUpygYkUey42RB7IjMtMHvCeW6UbV9fo2Kkv0OI4qPcmBhb3F/aa&#10;IZ+v0RwxR49gUufZdJ/bfw/x2uF5fZijcU/yGGNm4UN6Shkyj3ws7kHX5FEBuyfg+ec8cPMkbpFf&#10;vjL54JJp48FLBryOnTxDv/dbf5e+953v0KUrK6UnXgB2wzImLIzCls9wB4VLyt4yePYzDFbEaJ9l&#10;KWNNuS5tsP64iDeQuRXiPWI9eyfTCTEbDPOghYs6rKtjAIOMFCveu5MZNDKK1RS1rAQaTJXgFry3&#10;EltnIPlhSwkM1czBK+MqYasZVwPueT1jLzpMpOj/+tEtWgIL4L//DQNjefZr7cDLqoUvdet7+gD4&#10;sr+/blImT2qt4sFCSf9NS1agS/ayIw2An9+LXVEDglwZKqEAI1k/kAwgX+EHgQKMIE13gtNRc2VH&#10;jviPC8IWJz+GRGIpwAydPQqoMgG4R2v4HlxT1ALtxhzkcGN06OgMzU3D82piBkDfEvyuJsVguYVG&#10;S4I22DIkzWr57tWQYFjiXKmnEg/C22iwYQaQjMG5lqknyz8UO7Y2SnqoVblm5WnMMFvLHGxtN09q&#10;L4rDg7z1wN7DLDdEEqgPioY9JPfccsXSRYNVWJ7E9iyOw3KKTJuVSM+qtVhaehAFANf5BiLzw0/r&#10;9y0nIBVpYEeSVoF2VGc6Bnl2CBkSsEHkxsyb6EsSJntoFR79krXHJBRPpWTY4+tnBo/FWiZPfINV&#10;qN8cqfc0+/ixRUCe9LSxQePZ5KGISFwSqamGxmHmAH/e5+YYFBe4yI5w8L8MQF/f6rMma3KhoXMd&#10;nPoZfK7bSIt97cu/T3Mnv8jiNTCe36Xzb4FJdfM2vjejX3/hHFJ1p5BO+ywtHDsB380FYBtNb8/T&#10;lkaQmWsudfK7eCVKsjv2DPbDxpreytQ2IMH52GG2J8DGvLslct2NPkJ7pp+is/MAV9lH0C7T8uoN&#10;unnju2BjXaPOXfz9xhZxTt5ca4q++tWv0wyYfPADoI2tDl2/doHe/uhduvTZVTTkaPJx58zNwYtv&#10;BsFAE4s47lmamX8WlgIA+aZwPGMcsDKmadXJfTSlPLSCzHcHkt0NMPW6G1jPpmjp5Ot0+vRrIDaM&#10;w/aAwVv48UHOy8QNHiilwhCy/lcqoECrNS0AX4M9+LinSkhkguK5xedd7qUmZJ8ASQGUJtmEJO3S&#10;gILlV/PfwVclc4DvM7E9lQ/yanjWG3uaiWMmHqt+zmEGSFnesQhOuUDvQ6p7/dP3af3+bToxN0bP&#10;vfFNevH130DIxhEMkSZx3lo6iAQYu7G6Dg+/T9C/fEopUsFPnFoEs/io2EVwkipL0rd2La1Chnrl&#10;+lVaWUdaPH6On+dm4jz7CGw7sOc4kIZZTnwdRTaK+5sBIyGKiDKwrwxjP+gPQY6J76tZms4WIzJo&#10;MsoSNIUmlPYKTfINdUeTmWj4NYmvT+F7FwE2nkAiOmcSjHMvC9B8B+89MYHP+8zrNI7gjeTE85Qe&#10;Oook+5YPGEoixd7BdhDumYWFmPpEbEm+1cRWNvvos10By8v5XoWq6/7lC6j7ehJwZp2rEQe4v+bh&#10;LwN8fDwNgG86pM2UdMLMPd9zV9iAV2uV+5O34SDv9VbmBFCNvW08rUJUJUxWklBQEvBPgjSY5MOy&#10;XAYyJVQpR7hKTxjGnK68A0A47xUyrOHhhICUhS1VksG/2JR+eHpO+fgth7SwZ6fVoXRgbRa2nuXA&#10;QaXM5u7gfeV1YAMhGRHETF+m/2Zl2KZi6kXJjBQAsFBSkDIA0yjhVn9PQoCsK0oJsPNDuMSz00MR&#10;L7Ymvnzf6RSRPFsJDZJFUIJ5xnvvFdWA1b+W9aw+E7zAnapIw1DAeZaidT6gw6tQpN7gep+vN/ss&#10;8rlBb2B7em2CNyuzacdYHeql7zLMZwUmpR67SeUcisTb+eeVGYL9fDTY59yDEhrdEI8m9giLf3eR&#10;RMLViv7BiW/lASagUzI8KXbhJo8bh1IHPNwED7JhBgtmG9gBIeHMy3zD5FoSVbxPjyTI8p/xlGch&#10;adaoYbvLM2nkpMDxPkT6Os5HKPfl+xvi49JT4MgbujMSxqwOBQkSpfTL4udvLDG20wctxbQrlVQc&#10;pwalpppliYaeTY8lrKM6b3Iz5Grk3ut1BPHPTGWgmYrfhoukstYbS8Yx1VGXwDdjSpEYyKpBsBSZ&#10;OgXVQ9YJlcS1Z1lU+CooKFPlYGbvuy1TVmCDiWqRki0y2Bw5cN9PtufUR7FqbExp+jmCH1DJy/H/&#10;d/H57sLH5B7MVjtbGx6UzckEiwVG4fFgFtgAG9h4OLVT0o5QwHdK36iMVrav09VbMFC+cYeePrxI&#10;01/6qr/n0yrJ0iQDMoFY1mxqznl7gj+PisiYvYFD84hhCOH864I2kJi3n2xWJqcPkAs/RkDDQRrA&#10;QfDzgZm95snJp0ddE7cHU+6XAoSRGRooPP4lMY8kaa4PYYbPx/Ag6uCvbT0zjpepSRSPr736Dfga&#10;zdO/+tM/pfv310Cj70UMd/KSK6denJ4dzgwYLSz4fLG5byGTbimPMPVujC2IHNghiVBtW3oii2qI&#10;VyrWEgYbuZBupGqGLWlqwUPE+eKDJCDEeBCOQUi2mkhK0Md5E+EskmQbj+3VF05h7wf+pGev2dj3&#10;NAYweN/gYgb70f/2nTv0i4vT9D/8/Uk6exKF9wyAvmZX1rpSzmG9h0tqD+C5KVw8nRZ7FoAr03R9&#10;QICwioYhptQNc4pTSY1PPItAf1ZD0Dwrys/J+GvMgBIwtTDit8YMw8WZFr3dXysTOkc9m8qi1GKy&#10;2XR07nibXn6KC1WY9OP+OYKUS7eUADicwf20RONo/sfBgGHj5BTgaLPdlATeVOAaUyvsa7uSoQHf&#10;1LqvZrDjEZaxieSqJqrDAqsp7HGOhnxhD/qMPAjmK9UNbnBndQ9cK8yIvcE97j43MlBkD+Z4qEUH&#10;1pFRaZpuUCrsfYIGf2KowgjhHj5kTe5HH46maZW5DwCzHpxKyumC2reEVF7nvZJU1tUXRoLz7P8K&#10;SBUpXRKC5byvkAcTjAxtmwom+p/tgbXV5XRUXl9SNWOXhjdNK9VOUhm2cP3LHmwF39doVFKfQiw1&#10;YN5VuaZINsFYxfPUS3Np7h1YJ6CrCdBF04gJR3BDCOd2tFfAi6NIwDNSih5LrV3ElC9vsMRj6aae&#10;2cIODcarfaQORvhEF0ONrTPPEL34m3QcIUV34Mf1/b/613TzAthRGP6ePjFLr714lpaWjsF782mA&#10;+PA/m5/D0Bev02qVaiJm+0h6IvvwqbxI/VytgmAODe4uzkcPgEoDydsF+33u5LQFht+2a4E59wxN&#10;Akwr0m26t/0h3bjyFhK9P6Wdu2tI110GsaigqYkp+ubLb8IKYB7NN8tij9AGGFkfnH+bzr/zM4RP&#10;rct1moE/6cxCk8ZBiTp05CROPQYQkOw256eEmY4RE9iMsN7rcRO+BqACCpYerhXULLvbd+U1Thw6&#10;Ds+3PwT4OIfry437bTAL10S2aPs+iIl8QjT3SJnaBqWggTcbU5I4nnDiLqduyNpk5f5gUAL0CGyV&#10;C3hdJPzi+1NJqk69v25R7gG/soQ4dwDHY7dHbTNq3SrZZEkJ1vTAeHUSDNbEI9IV5dANBFF89P55&#10;+uTjd+kmWGRTAGPPPXuG/ugf/DF8EQEuz0yppRPv+8ziAgi1svwJgOCPYSNxlSYB+j41/zRNTJ0U&#10;qyG+QvcBAjOQvIzU5Nury7hHWBa8TQvT03Tn+i2wc1MBNxgAytOegP9t7F1ppsSRNAvhVeoX2rd6&#10;T9uyrkh8X1mUPbn0R5Jwqp58QiphEAd1VJtrGakisKfi1yS+H8pyOox/nMX3LQIQOoL7YXIM9xbu&#10;4/ZJAJbHv0DTT8OX78yr1MBx5wwaCyOMLbJM6aVPI/bUvf7ToavWXKH2ZvAkZ1++nioCbG8DKi+E&#10;3azcwaAzl5Av5xnB1axTATG+jmLrxH28MF2VkSXsegaPfOCDhGrw9WOQE6pAXcdDsERRhUIEFmKi&#10;Skvn9wTeU6zIRNWyS9fhvtQ2rI7jOrG3syMy30JAN+vTrROxcuClSWzGQFhhubck6YbQpEiqanmv&#10;kbAQVYH02cdvtyMgL1dyLtFFma3QWNJb9HxAKIP5YOipxY0V4I+tZna3oPQbz4SpDrmIMAdDoS1+&#10;08E/UBSefUngLhK1fEgzTzwS02z1NrUqA1XANbKXc4O8Gh8aKrWq39+USOW81Vkzkv4WXhFIkZLV&#10;t6tk/d7vZMgRigNrQyiHDX4RVVo8zmyPQVce/gtCyr58XcGN+mLtUch57kOq38JQpD01IyxrfkMG&#10;yAvcb1miNUFKWgsw65LrALELCkm/+zP7BoE/V08sdbEMd3Bma2omzQHVN6YehlAl/A6AegNJOLF0&#10;qybPKE3gQ0PihlhkJVPNuThzLUo5c+WkyEVIreq8bZXewheZDY5SBbJUUuqDMZKsZCSodCapvAWN&#10;9/KRw8l9mIeX/TF0Z/NyQYnPcwlGBokzn2vxfLPec0UNoNkwlWUXPGVgFgK/VmoqpFsdhzUBiKm7&#10;hdeFJ4nzrL94Sq2Anymvm/el8nHaSUjy9eeSSOO/C6HRBq8G/8ljMxRf2FDkN0Uxe1IAzmTAoM6V&#10;3hSxsijOXiAy+wzYzNA97Px0oioUk9LceySL1N8tW5DhXr5+k4ptLOo7q7Lg8+PDz3OfFzD2bmFN&#10;Xl89liRtis2CeaFGE9+Bwe0KqPMtpJd97dUz9G/e/gndfu9tOvKlb5CBvIs3T1erUCOmQQz2mJhB&#10;tg+fwrl9NjN3sBTTEUDXYwFNbkRxNgroMwf3ZHODIOReRdRDgEf7U0zcnlWfGWBP/QpqzF+Bp9+D&#10;APa9wEFTS8l2j4WFPshtzBz4zEngklOPPZHMMVCESdmzzzxHb37lOfr+935A/S1tmo1PeRV7CKvv&#10;w0VVEuQEWPd4g3YM1rFvVZhsy3LHiZRtWSNYwtkEm4STw9oN9bNa29mAdGJbWC5c2PAe02JfV2Nl&#10;eCOm1glbPnhfJx42gObPgJpaX6degptqkrCzXrZpygaMTGVcLs1+4mWf1s9hnKnWkBCGxjIa/Gqj&#10;0O5wIYrz9bMLm/S//gX87f7bFrW6nJpY+P3O1R4hs4d3ay0wnWstSMRy2VsP44fu49Db/hJ2qiLd&#10;DgOH1pULJHnFOerHRPwVbZGUYJ/uH0aZg9YfZgT48a9+P5E9bWGSRPZEyWgmCa/b5KfeDXzmWUiL&#10;XjqRihyuxRK9rE+H4ZPVnJ4F62AeoPEC0ljxeZpTYspv0tRvh4kM9chVa3xg/deWtgG/w0EjA5NU&#10;qaSD1hWhpnKxB6cxkb/y6MTS/XxY3QPWxpr3bOTr96B5g4mO0e0VBP7I6+eA7N+N8oauasaDrcOu&#10;8s2NpHyjSeOuYpdaP9Ct5Bie8RfZTriiniQxyADynyFjmWeQWhW597xWoFuGsKTWLqZk/rlSYSLe&#10;fuIJiJ8Xj0gSxp3IdsVvNNefjdN5a6nzyoTlQYDNVKYmXk+F+hLmuRVAAF1J6TfNKYMG3k0WLCLD&#10;6b2wcjHjh8mtr6rUyQ6s7WYQ0TNR+edqAHhIBx+8aVx8KyYDf/e/c5xRmwPt8EzuHJkn9/o34fn1&#10;CjUPzdDt25fop9//9/TZZx+IN+HhqSY9+9IzYIC/BNuHcQB8pygFwM/gQgELAgbLZEFlH6qsITY+&#10;oR8Sg3tp3FV6xf7P0otjGMRV/s27K7B5SQGkHaNjR09iyIQ0Z4MQjbU/B7vwGm0tX6X1y5/Ryq1d&#10;2l3dpZNg5L3x/Kt0+PjTVCCVdh1aXTbc/5sffp/ee/9DWl3ZgHVACj8+pK+PtZCoOy6yzUOLSzR/&#10;4iRl48dwTgAq5ZsiW+T1a0c8afE6SBJdvfMJEkVvA2xM6blnvgqvt+fACJsVKWGvdwvy0VXUuts4&#10;Rv58KteW9StV/3AD/z1mCbUQGsUe35zkbNiSyOmmKAAHXwMG+trwLs3m8PuYD3UCYMEpv8waZ2uH&#10;JBuw6KC/pf+5PUI7RuyGLt7LFCCYQABJB8/J2kaPVte36Oqlz+h7f/5v6dLFd+CXO0G//83forMv&#10;fI0O49pzGFeK9GI+99zk7272hH158eM/hVTyAh2ZPUHHjn+JpuZOC2N3B+Eyfdgo7aB9uX7nHt2F&#10;FHh7dxWAQIsOIWm5jxv108YV2uxvq6zUeqpBsAynXIcAzM/rF2WPnAGwzr36gX3Hqj5Ee0sh85Aq&#10;yUS5IHJlfB9rTFnaqqZOYMxDMYBfE/g1g2dxDt83j2d2AscyhfpgCn/JZls08YVTNPPl36Vk8SUy&#10;AKr749MCWjUS7ZG5R2ukpvKb3ctGx+yjaREAVnvqFJ9vbfW+eGYykzbvrdM8HuFpqLRy9m42bjTp&#10;KEmE1dwXJYeRAfAYfBZ6eEaN9zlMstTbsGRSQ/a9nRl5FplRk2jvGVe1i6rOK230VA6qmFoEUmrS&#10;K4PuDkOH3c1NLEe6VrcwkOB1SHz8C8UXpFcW4NaysELeKPfHwfuL/q4AJf9y3ldPWJmFd49NNFM8&#10;7+UChBX4rCEEhWtjATadqmJ66LG72A9SeEA3oXQwuQqmEx8+5TxrPQnkmNwHXID9zLJ/2d+8tY4N&#10;9hDWeoaoB/u8dU0Sed3bUIcmigUwYBmCY9IIcxKbHP6xnrfrMREgkVRe9rkHA02pJnERG9KVEfDO&#10;B7TwsfU9C1K9bHtqyZH3JPlY1IDAGNhmrYW9RUI55JyoTU0mjGnv3Wytx6xUVRQSfvO9mH0HCDqN&#10;2Hjk5UdJzVfFUSWN3duw3xc+rhrZBcDOuf0YJKbig4wCLcwok3dXSk9ceH1mQRjrfelMLUlY2YWJ&#10;T3KpA2FifmkqCVSIsFZE11ZFdog/tkrJ16F6XiL05f/KVJZKfquFty3ZeUJ9T3TSILe7SX1am09h&#10;wyLDklw1RjJlExceWFMemxsRpKIyj8R7wshUiNkqXgeui0BRmVyWV1hfryFSFKsoPIOIpYdcUj4E&#10;tQlXlJ4zJLUYuNGc21s+M8jaexA8MhzeYR5AdIrAbWx4x48fo9t3xuja7XUUNgDucI7GUbxm0ojj&#10;d2ZlohixKNDaSFjUB8zClLlJT518g+5juv3zH/xnuvnBd+kZJL4faiZi1M4GUTK5KUoHuH0+jnm4&#10;QsOZvfGqgWfHREmqv1RgaURqbizpL+VK+0i5zZNk+P0qtalD1+RxroE74OsdND8uYuaYfUD2X3Ll&#10;vTfY5x46qkXYcczW1jmmrLUTEyigMUw5ffowPXPC0YdXM0m9CzR9GdblkSEvb7Q8dTQaqJA7lRvw&#10;Rs8bunE98TMRqQsXU1wYswEIirAminVm6MxCftPvbOmGj7Xdeia58VQUBgl5yKMeJTpND15+IicO&#10;k3PnvFzAS4CdiZj4fg8IaJ71frmJ7oepq8I1AqGfwwKkiOBQJpYe8yQUQOZ7Fzfo//7REkI7+tLQ&#10;0Vi3kvaF9deOkNwOzGw4LCOw5JL0tOxNhS9gEpby8rCMlPVYNvclEOm792pwioIyk2mtU82zjquK&#10;INnwSbYyxFMj5QD28SlM4Yu0MEWesW9pJLmPwQwPvLSxBxxfaNFLMBNqt50EMY2jOJubP4aEw6OS&#10;mtYEq6KBBpsviYZzeXZWwSEHifqsjJKJjlLh7iFFksaB7FCK7Mjkm0G27p5UlNFLhjkwyc7U2MH1&#10;UK3hN0wGfVcfap16QCXgRgct0QhbGvuQr1sW924kaackl5UAeJJGrMpg8eKlQ6Zim5Z+o4nWckmQ&#10;5kYDUycDCv/8yBjZ+yynvhkTaXwuTXBMi1MvpKRkKXPzwCEiDNCw/X7hm0AhX5WDOFNJikvHmfJD&#10;aW3tJVBhyCAfIZrUFpBv5WvrlALsSyT4aEyDklgyDJkgmQH/2lrPYGrrSMwNMKW5ZN3k0bkBv7SI&#10;2Rer3tkrdQMeZj2AWebsF6kzuUg3b79DH/3wLbr88du0DRbUicPTdPLcCTq+9DSNwx9s7vCSSPGb&#10;CI6AiYPsD42WMqD7qPv42ZbznHjWpXig5fJ1bryTFM02xjTs672T8/B+hhrwzntq8ZAknm92L9O9&#10;rXdpB4zCWzf/GoEb29S9BWbOdp+W5mbp2GuvgFX4PPYuSGixN9y7e4c++uRT+uij92kZqarj2F+O&#10;YW2amoX3IF53ce44TR8+TmMLh8UrNMHAiZv6drMQJnoX13sb+05/HaFC8NQquuvwIUzp1JHX6alT&#10;z9D83Al2AgfbbBVsHAQ3AIjLvOen4nDsQdhWSwKWozKwh/WOU3ObkO4K+5hC+mguf2eftxT+tdSe&#10;FSmwsqESIRswe9VwgIl3j419et1jVkkPV9+5GvHA7PNtB7Ey2KsEVKP9gu5t7tLG2gq99eO/pk8+&#10;fI/u3blLi/MT9A//6O/Rs88/TyfPAHCdYMCVWT0dAaQ46GANqe93b78NBuZl7GEL9Myxb4PBieFZ&#10;yoDUFjzxciTEr9C11Wu0tnafNuE73jBTdGTiGPbvJdoEO+ve8iXc9zexDrRVht3SvUpYfE6HUOpb&#10;HHz4ja+h+r4GKnwJatV6xJM5rPfIFcWC08niNO79abxGE0z8MdQ/E1izxvFys1j7+PcxAf4A8MEa&#10;YAp2StkceKcvnKLpL3yZxs++ivCNU7i/xiSoYSwzUsp0ZCgpzgACitg48HOQcW4e3Dt2YeG0C9D7&#10;Ekgfn37yPt2+fg2JwOv0B996g6YQKuMYsGQVm8hjIy9RQ6WvN4M2GqwB4IYnATz/MGrDoCFfVphy&#10;wvwl9Z0TObv1TrIe6ON+RyS/pPJPkYb6EAnjA5fET5qJPRy24bTe5KC5JOsJAYUHy5wbwAGe/Fqa&#10;BGuF6cdybD7OvurqhezDrxXWWetDQJ0P0TB+n2G/xG6iHiwSRmdTnXV433nXz8WjsQyhYMsGp4Nl&#10;DvfoSxAes9U8Q55sydwurC2xEznPwoQjGaYLoptS6cunQ9K0YrB7zCcEkZBPRbah9vQWbFwLN5nR&#10;GMI0BTTTZ5FpsMZq6rGLJNRyEbl2lFwDWw6cTamcqGTP4eco1H0a+0FJ3+cn8LGzP2SfgXrkAAjz&#10;FWDdbk+uUYP9v3GOmVUtFmFg+qVJ00+unJ47PxwMQS8y+PN7YRY30aYme63AsSptqGpqhMqYqlwn&#10;pNySR+7DFUqC91Yp6fEmkirk1wUhNASubt7uPAPBRUmrZRxybM/sdeQiLyjH09Y3Bs3y60kAj7xf&#10;UYENKvESXjGmZikVbs6m1YjwFP4QRbohBuESCY1jbSNxTFIRXebTF3s+sQX0dkzsVYPfkLAF/j5J&#10;c8v9lNKxfWKDMl+K4bLRGPv08Mbn35MfPOvKUGS5FfoFey6sIChkQmj+Pd8QcOpKBrq9C8UOo8F8&#10;TP5eaqC5sKYrf+Ho60Z/E8eGYgRTkWZTQUyWnlFiveegK5kAuk6rVIwnu8HEmm9oh2kTnKjwY+xJ&#10;NCbJTgz02eQIfui6FKdFKJ6del/xteSblF+XmScsU2NvDkb8oTKXhyn1qTaBXRkuN2P2zLLI2cTY&#10;RYyGYLTkfQitMxFToZInGQ92ujJspg4BmNiTzAPWqWfmBGYlP1Rv/+KndOPTi/Tf/bP/iW7duIJJ&#10;0y4dnWbD4Daoz9uSVsQpT5Mz42TnZugWNof/8G/+Lf3iL/8Gm86H9O7774FGv0vfOFHQ3EybNjob&#10;sjFtYnzaxL3bN+rLKIWxLJh5aU8uXjvecFileZrKpB/Ay39DYpyxNfGQc7S3yfUeM0gXwX7mEcG7&#10;UamJdsAbLfa6c7WQEHOgJnIQ6Bkl9apZ9rvhsIyHSeiNm2I3AIHRKPuDEUCm2aMMNCOO3z2oyS2P&#10;6wEAZHimRp0fb+a/Z6qxMUMJxyZisASmlA2MjxHJucOAnN3jtjG+2Y/kpg+QF476Wv396qnV+9fz&#10;rjTl1VbZJ1kCMJrMtun5RcjPNuGd1GnS7fXCS+oy8dlyuT/HRV7K+FK/PyoYqMFFBbxyBISH7Mlx&#10;khiPgHa48elpWAa+aQw+bgT2g8G6MzG3AGnXDjWdGvUmXJjx3iagANsHbKOBS0WyxYXGNBL4ujtd&#10;3RMTX2hhfRkfH6P7kJwx85iDqaRI57U1TGuZTSf+JpknXnOR15PjZ6a4sBZTKhPkmXXYaKkHF9tL&#10;/Msfr9CXTy3Qi5OQG6HpNC1mboCNwvsB0hfTNLb6SKgackbyYq6b6BAKrtdxXAi14D0rURmCg3wo&#10;rI9921QAUIaNhRrH28rzoZ+nwuZr8t6Wk0+0ZLbJokxOC7uLt+yozKPwVhkuKXs5eY8+drdMzbJ5&#10;f8plH+RmAv5FAPa2IKuawv69i9cax2S8jYb+73xhjI4fNbKuc2HZc1NikJ6AsZQ1m14GmQnjMJaw&#10;C2BRFFGiN/kGyQyPOQfWsCQU4H6td1SFBMVMbDPCH9554L6IZJGDC7+J9+Ny2UkjtpUHf/zfXcQ4&#10;LH2GfVFsB3wH4+F4/LxaY4bCeSqPm+pfTRXdU71WWFtcLCWu28jYaFeo7sgkqm0rO4BqSEy1oLpa&#10;wEf4fL64Jw9ymchDKZZlu0hOGl4zrLXWG8drQnQqUvawJoUBjiYxG/WBS4LHV0ubcAbiwc4RXyHP&#10;ItCQFq3Tc2+VE0I7TJnAoqOE3NfIbE0Dwyvv8+xE8sUDDK5v1Y9JvavCOS6vuQyhG95brSOyJK6F&#10;czTjO5BucZgE18ud9Q3K1jfJrC2DwYXQMoBDzKZgp8CWjsUF5Knku9HQNnGlQCSwquPnhsTqQIjZ&#10;epew6IJDj7j+xGfrcq3GEjIfHod8CmVcgx21A1P/FDLYHtJelyF9/OR7/5ouX7win/+phSM0dQbg&#10;2nFOqIVkcu4YlulpSYTkEALLNRqaLw5U4J4hBbgizbDTNGMt6ZyGEmRGpNK8xk6OTwBg2aULqzkt&#10;HX+RZqbmAVYgAK5zHV5sH9KdGz+ge+s3afd+l5Y/3aB8o0MLkP+/8cqXaX7pGdrm9bC9hDq0R++/&#10;c57+/K+/C1ByjWYBmh1DwuX4GFjH0xM0twgLAUhvJxFakMGEvzE5o/sG+oT+7h1hV+VbK9hvNvHe&#10;aBx376KtwbB66SS98OybOJNz+Ky7wvCz/Q1VuDBrk/sOvl/ZXL/hIziSCZHryh6RAeRD6BBb+qTM&#10;Xje6JvcAhDYAADbac1gfZ3BvjVXSea8sUhDZRf6rj+8JvbdXjYnWERfFZgxbBpmBOrVOMR98+URY&#10;Nqn3QBdpHg+QWMaN/WgMe32XQWE87r1tnF/0fNdvX6dPPrlA7/7sB3Tt4nt0YnGKvv13v0Svf+Vb&#10;NLXwtDx8rQb3Dg2AUDu0CUZ8B/fQ8uX/SJt3vg+Q7ywGlF+jMbD0DM6rw+t3dsDeQ1jjPVzjjwFg&#10;b+/eQ4fcoKdnXic3+bw8M7du36LrH35EPzn/C7qNRF6WY3PAGAUFFgdR4R5PRIJuPZhhfD3h++xc&#10;h4GOn+cO97oJu/MJWDEGkKs5MSYyWKA7ktB9qov6Kl1HAAdAPlzmOdQrbTxDGR5KdgURph+HThxG&#10;3XB0jI6+8AqNv/6HZE8gIZpDrcbGJDwj0ZQFGZRkHlxk/03ux4PtQbCLCrVwYoat4UuEAdJ5B/91&#10;h/prGdflo/fepX//7/6MNiBtHsPnffOLANg9SUNkpan6l5KtBjscCsI1FgfYiAecx0XYjy1MgRgE&#10;EwlvwqnmnHSci7UH/1vha0r+OT5/HGYhA9dCwzVZWZZJPkDh92CjAA9XK6xSgUJEvfCcsCYNr64c&#10;1lHoGpoZBaI4nKLLz7xTwCp1DfGLM14x0GEpKQOZnjEp6z8H6OD69a0GWvAHbuM53wLbsch3RUK9&#10;60NYwv1hrWIXEjSCP3MITcJegvi3LQwWWlMIHsU553RdVjIyA5IiNrq8Du5l7n9lf4bNgWmxr2pT&#10;mYQMlnI9hzvO+VC1wm9YxgcoWs/WTMuAFg2p4oFN4TR8hte1RLW5Pmi1UCxELHoKqSFCWGa5Vhi1&#10;GBDGogkelWk1tHBa3+vQn7xVHIDpvicBkFr+WDwzDszHdahKmsyMByMSox0EwrBaBD/VGhMvTvXP&#10;dZpqLwA7Y1Fd9e/zTEgBj30/ku3HoBtkRbiRqYpmtKxhKBnR1QghQULg9kpxHHbfHi5cB02r3YiJ&#10;SxnIQCMNwwPyGie5hWCKosoEr3nG6c1X5bY5r2NPqD61dUYbFQWzVJ8hGJJPb7Peq6MEQLz/j3hY&#10;JEHGk2iMPNOo06ABLyLplfGpi55N5xW0nBxrGuGhRDHST72Zphou80LBx2ddBbyKWWfPp7qVGnWP&#10;Srsq8lvAs6K+SYaGTViBHnku7xEXF98elBOAMa0M5cO95EakmMYg9JDsL2J+GVObuj2K/McMbNhh&#10;IZiYGqNLlz6g//Gf/SN4tJyiV155ie4UKtGb4kWeF4qdLch8O8IY3WRvE9DvD01P0iam121e9HFO&#10;ur1cplq7aPolwdlTcg9CFIs5fwMWh0NG448lc/r//3sy4SVPKtHicY8r+j73eVr9DTH+HuzxN/J+&#10;d4/Pa3xS//Vkfe3j+d2ERxFP2ZCGuInJ9zoKIBS1m8yoccr8MtFaZCIWTMW4iklhVgD9xO7IPcJD&#10;HNfX1KweWH0M0LG3StEfU0AOBe3U5LRnfxWSyNYCY+PM8y9IMt/6Vo/u3V/GSybqC8P+slniDYUz&#10;OnJoCetNBknYIbp4+TJkMql4pUxOjsseyObtxr+uFDEyLUTuIvaDqalpSIF2Kh9YZuJgTxlrNUWi&#10;x8l0dzcL+uff2aD/5U/AHJkA02OMzfonJFW+BGqo8jExMRZtEk8q4/31Ho7rHeybXCxuKvueAUjZ&#10;jxry+RuG0/FQFAJEtEWm4GHBYzQ2dk6lgW+kDGim5YRVWY498c3ivZQLUU57C/IK55nQwauNG/M0&#10;Vd9dvhbcVAkbkAd/KKzHMPjjgeJ0c5Km8QZfOdOkc0+1pbFO+Od8wpuYz7M0Lcsilv3nLKZ/XJax&#10;Gf1O1dzIDrDkXQnW7hkE4kZLeIdT0g9i42DL7zMH2PdczSFD2RBuQHky6i2de3BSuSmBCSMSLueS&#10;g03J9pCTVR50VQWjoCN5Bk2lejBUsdxEEWK9GiXRMYU4eJrSHrkcwOhfgvLCVJHLVJnDC2iXasAc&#10;efPvMgU4MfWwtdLDVIHaJNjb+NdR94Cu2Aqwn/H2+grZ+7eouHOdko0VKhYm8Iw4CT3TXtnVJN9m&#10;LyqVG3FVnOrXbBI9Hwz0sSUDg/BsqcAAqoQmYZjOhfnsIm0/8wb1T2AtxQD9+mfv0a1rH9MGgtgS&#10;rL1zc/M0i2HJmZNP0SSYfJP4e3tiTthowhhKegpwGiqZkvxfh9kYDTby70lTzkfEDTN7gqaOG8sG&#10;reG0/OLGJQRhzNHJp14HquFoeecKGHnn4RH7E1q/e5XuXdmg7dUdhCogmGBslo6D1TUPaW97fAlv&#10;CKBoa5ve+un36CLq01Uw+cbQNC4ewn4x0aRDYIKNA9QbR+DG2OET1EASeAPyWGmCpWneFT++otgA&#10;iw/yxNW7uFQ9mmFm4bkv0bFjz2L9PwLSAWrb/nWyuzuyP/HgifsB8bfNNGSG+xf2meUgkmYL79Nq&#10;y7rHf0/TCWENMrvRyf7URuonwJqMPUvbZfBG8JcaQtZ+BcoMM9SFmkdWbKj0jkQmKHuKpBrz3od9&#10;mIEXPBvrKzt06+5tev/dH9L5H/+YtuB/uAR253/5D/6AznzhebAxTyNZ+bCwmHS/ApMPDKBVAMF3&#10;Lv8QfuKfYv8Zo9PP/DH29UU5p0JUQaAKM/lu4tquIVRle/smgAMGgr+Ia4trUADkBktt7cZN+uzn&#10;b9FPP/qEbtxfFXCP718ZLjABwjOKS3srqyoG9SqOkq+zxNsvQaUAQsQE6pa0PQFWXls9Sbdx/3SQ&#10;3oxeaXobXsUJmKM4P23cK7j9Afo5Sd1t4fNNtLCOoZZoHG7R9BsvU+PcV6ixdA7SqEOyBwvAzIzg&#10;ckCWRLXF8HCpDBWKLcEGAb+wbOTwqkSPd/3GLfrLH/wl/exHfwX5/Bp8Dxv0j//49+i5p08oKSNR&#10;D31mZan/aeqZzNXAgm07xKePA3rwZ14n2adZlUuuJEflMqRNZM1i1ZjxUlnj7VhYYi+sNpH9qgLR&#10;CM9WGX5MdEs4bbevwF0vV0sHrgd7HIZRyBRJaprgv8vAUMHHzhJiBqnEW8+W4RaMN/CQmck2hc8u&#10;4M8YcAPrIrsznbUgqbnva8VqqKV2fXpNPPHTW6F5chgjXzyEkUDRnlghpN4ejTwOkZlq3y88453x&#10;lYQ/p993yPvi8Z+t1KdWsZJSyUKl7FyJVcZzhqnEIKyxJf2F93SVxKpljgyfRbo8HPwphhYJ1cNK&#10;A+aUVHJbuSY82uIULadSeFHm9HJZW3cA3Pc6XTl5vI8cwjowv8B+z1Nghbb9c1gFoTpb2XIE9Wog&#10;POWm9OwbrNBMKa8YXOri6agJoBf/SgYM15VqVIE3paQwfk1zQLdTs29Nakq/vTraF1DdMMUs5bKx&#10;XCOAf8EfLiC0iU4wBZyzfqJRGjaGCOzCJyMqXVR8LprNShrDgJ1R1lpfzDgb8oDpjaPAXxEaN+tf&#10;q/yoqUYpYxpQmFxMy5mCC8hXNOGWE1fAdEAHWsqZE2+gHNJ5+fibmMhw9HaDExQ7mUwgyfvqpZJ6&#10;lcrXVZLhkya9cWgZBxEYOlbTsYxERStwyMSJNDzQaeoZmjzRbOqC50K0tY1WUfUvKFj+y4u0qxgL&#10;g9EtYXFOfdqxMkI80Ooin5YaCEv1AIsSaN6/ITDBuNzTX00Vm4xGT5mOzGpMwMi7c/VT+hDMRpcx&#10;s8/Q1CE8hJNN9WFg81VsgOPYELKJaZjj3qdiTBmXPP3YAeg6PZlhyraOB3tXmsL8IE2bi6TklA5J&#10;CUqbw+TRASb3ANEUPTHlbtSkOff5Gyl7vx/3OJ8tAu7cYxSRD5db+QTlww8BAJiR7MQHH6l5Mhcr&#10;6u7+FuC8XKCwTKm/TofnMKUGmGbQdEH4hCYNHkdgZnT6iTSQwW/NljYNA4tZud2ItsHLfb3hvuQ1&#10;aQPe297QTRrrIwcC8UR4C55IM7OzkObsiGEw/1sbOhV34x6dOnmClq9/igIF7BmWFHDjyexvl3jl&#10;k6WLt5chsyC6eOOGTMJzcedOxQ8oFGlhdxbZS/AdwZ7BDUUYuBRebsh7S5/BSjR3tmNlqPTWtS36&#10;i59N0H+9gG8fx6TSTHO8UeXZQ5W3buI5YNL4mlx+5wQ29TZc1mKTJ8h93i+bwuZx3CCzKbF4+nX0&#10;VXiwZE74RGQwibAuk8PanBtJRjcigdE9lz1r+co5tyyMGpurTDIwyWyInfLJeOPtVBrUNMl84FRf&#10;E+3YwBrXjD2FQGakN+HL8NWXp2D1ABZ4k5PmWMRrBCrmxE1h/phqClzzYR3iMh+MvGJi37wg89w7&#10;4P5BVvIDkiZXVwm72CO5YpPHr1C4OMXcDMvZRoU/Bb/Ah1gDa8zGANo5t/cS5+pyZjMQDeQGkkQG&#10;gzTcYLCHq59//b/Ea3Zs5I9YX9JqtXONLe1qyoJ4MBDYgayccF6uFRQHoWkwiSnPoYKCqDMT672o&#10;0+CaUp7vxMS+wFUgTFBEBGCPk8cbSepleEbZIwGojp4XM6CQqMJAPKOB61y2I7DrYPZtwF9uk3aW&#10;b2Mhep9aN67TNOqnAuxXXs+K3TUMpZ0wFARDs9FgM1IjDMT7lfdsTcYbvjOElSQ+LIIBRz6fsxO0&#10;duYNyk+fo8bCEl24+jHdPP8dug+pbL4JVhzLXQEoHJ6bo4lZgH1gSLUnESDS8mbuDE6RhghlXi1E&#10;pe2PZ06yww7X6szyyxIZpLCiZwfngxlWeToH5tUinZtBEIbdoLXdn9KdK+dp5f4FunfpPm3c3KY+&#10;BkvH52fp9ed/E35501h3ATRycML6Dn388Yf0/sfvgIG4LEDpBMJDlg61aGF2Dk0hfELnjtIcWHlZ&#10;mwG+cQkL4f6hbwG2cD8BSaft4X1W7ktICp+r40tn6OzTL+PnT4A51gdbDF9f/1BZfHwu0R8wWSBB&#10;CqncY8yQycaFxZdB8smME67/G7CySTypQOp2sAeZ6djA8SfZuEiXE2av+7o79GexvcPetZJ5Moy+&#10;PULQKoA5six5jMFtuCc1fFFlpswC63YRagLA9TbkuR9Ccv2zH/wV3b91jebBzv/Gr71Gz774DZpF&#10;gz81syBM21SCHNADYk/s7G7Q1Wt/hQHfhxg2degoEpRnn/o2UKVppOp2RKnWg8z6xr3bdHfjFm1s&#10;3kft0gXbcx73yFdxncAEhUdafneVVi+/RcuXLtKNT67QlfsIEARTkFVi1ijjXX3jvIyS9+y+qvQk&#10;dIb9QjMOgkmFvclAxPjYBM3PLwHcm8aAEkz9MQbFkey7vkytlRXKNndoHGuByXfF+28C+zSDfE28&#10;LkhaYIdhDeN/mAJL/uxhmjn3Go2f4fANSOthjcE9piQNN1NPzEkiJriphhImqa/mJf5gSuZ5PLMY&#10;0n+gV1u+t0z/4s/+d/rJW2/RJI7tldPH6b/6R3/Iris6GGSw2vjkXi9pZRZwWAOcR/343mbLK16A&#10;++wDHJJ3473QqQe+pKIXubCQCwHtPBuQnxFhWHtmID8vDPbgHCakyeeSctvtaoiaJLZmInsVjCDV&#10;ACcjdZHvmQsN2eS+nyW/XN8l4nXc9zJTHtEWIidOJJRUnd9YkizMMT7GYEnGn5cDdhpsScAdc19A&#10;7Z4HozSZ28ka1JMADfGGkSEBS3t7YPZ1IUNvN1TtKKm6DVPhTRL6QrKOcsWciwyc9DUKlYtLYIj/&#10;XNVe6glDiQcDfYpvIDGRX6ud9/qrB7v6/dxp1oELgRe813pmn1wXW6kyKK7zjInyKnRfKyJ5sUi1&#10;sfbanh5PDkZfH6pAg2uxBfY7B+E0EbozBcuFbHwK+1gz3OWadlyiyjqYlueTAdhc6wXBv3wBkO2f&#10;xGu8EbmpgJvY2DiW+pYySFdqoqsghrhfNgNeYgdrwYPEctiDzEU0/gESdriQxjPfKGL1OeuLksR7&#10;KlU+RiHxLI3TbR0Nja6DubZ6klS+gLr4pOr3k4TzmorfnxRAzpZBFdZ7+klEsgsXy2vMURTYJJfp&#10;qByfROsqEt1nqmsvkYaOAUWhanppl/isoMgohDLqH0JynraqxaJsHOyV4ap0t1J2EklPSj9F7xdT&#10;ft1UhaueMx924gLrMFXTSWPqPkFeI2/l/CbltMNFHjBD1X3wpwmhI6HZiKYwZohJ5SJ4xz2ULUds&#10;4sKfLcPxsb9e2mBvlZ48rEynnYJ0e22Li7QdEG+a4nsiACY3/pyow4bHtqfe6ywtwWtu7DCtHQ8q&#10;rh/G3FhcsocLoyi9tiJZe1wEu4c2MBrdkH3OrDRHQ2krnx/IGAF+j9oGPwz8NJJz84DkZLeX/9zI&#10;0JEDcnwe1ctwBLA5DJXvcT7Dzz40O28Aut7XF/CXCPZhDU7BBhtDs5ih2Zqb2aXTiy1pGrsoVu9v&#10;8Ncy2jHKWrb1+PiIpUOVX6w/R+KpwRYLWeLNkQth5xinaW0aFmJlcMIDqO7ulvjGFLIOFfDngSQH&#10;jd6FixdkcswyLpbp8l7H62+T099SLQ2aWJe6kKNMQkLTwnvssieIN1ZWFrtOQVscMMRMcn5vfG5u&#10;7JiNwgVoXxjqqfy9V+jkNsMaL0lumD3dB03lR5d26Z90Ggq8YRgi9gPM6MgbUWCTAkLWJ9+aRD0F&#10;uT5jtk3iwwX43HABbEvLhkKki05ElwsSdMIDFgdmgOzndswXhgzOjYmPDhfezJoQya65J962YoXA&#10;gCHf1WURZqoAKKMs9plxsA140mN1r2bvrRafUxRiGO3Q0mSD/t4L0/TyuTGwf5xM8dlNw8owHjsF&#10;ZMiZ7FlFCW/qFmoO1qfuAV4ZM2zAULbA7hGGCEMlWOzgGj+Lw+BgzPZzATAOycC09/rjRg1O9g3r&#10;ccNL2z6rtnOjBkyG3NB5rUtxSvZbSNszex2FGWHjkJQWBUNyX3/AwzJmU34tPl2OYquNpAr+MK4e&#10;JieenWk5UFdtqytDKoyvb11gIEQgZ5wkTJ4ZQKWEWQM3gi+msnVc1fhEQG2QM+nP25r7Ig8zmc3E&#10;YQCry5B3gXmW371FdPMqpatoWI+NKSCPAIoC4Wcpg31BBmeHc5bq/nxOpXNx7xKxdKypBqBzYCmu&#10;oNRcnwKz6KkXKX31t6lxZBEm+5/Aj+9f0Htvv0MY3WLA0qAXzp2kBQB9U3OHaRFsOAb7WCbNijJV&#10;DVsdrst5b+j945vAcg3helvCfnKVrEGauQsT+m18qJ3OFM0cekqsFdbhedcrrtGNWz+mG8vv0+6d&#10;Hdq4CqsI+PKdWpyk5199nQ4vvYT1HHJhmLOvgMH9zi9+Th9++DO6fHkFfnwYOiBwY3auRTPTbYCU&#10;R2j26FPAfI7AT3BeknU5BdSINBrrNgSftr8KnG8VDOku3cF1aKKWPXn8JTp96gtgjzwripPd7jKt&#10;IJ01ByDFbJqU9wle/1stD2Q0JFmYZZQszc0A7vEv8WwNLj5yRTLx7ssgi2ZQMGtOe7AaIKjpU2ll&#10;HxrsWC7r9hiFPOEk3lqV4gYohSUXxD1GbRpsr1IBPzNOV97cprsAbH/64++BMfY3tHz1Kh1dnKBv&#10;/xdfo5ee/zVaOPY0zhkYkiAKWGGBAo8FKLDbWUMC82WwT7+LrX2Dziy+SHOHnsfcDgAgWJqNfAMg&#10;1SbdBmB9A8DavZX3sV+twyN8nhZnvwaW3HFhxnfu3qDO5Uu0cek8rX5yjdZvcR1T0CyOcx73TKdr&#10;qcPhGehj2o2GKMUSjeHxVlFGwLZpABDTkJ2Pgck5jxCQebBkx2FDMoV/azMgnsEb8O6HNIFE6MVb&#10;zOa9IvVAq0cS5pX1UEMAQJ/i9OVCQxkIeF66lNLcC2AzvvLHZA8foxTWRyz3b0CSPD5m1Os4agDD&#10;OmeigUoZjlEurCYKjktGrOSOIjEf6g8Hf8xl+uzDTwBGOvrDb36dfv9bX6TtFfY4bIssXVnLynKV&#10;WkOCODQYKSlrYb3LtYe3PpjC1QLshBXNNi7elotrBn6tEEpRri+coBsGsbJu5t7aoa9AXqKJsjYE&#10;XortSVEy68LvwW+a9zhWKvTB5lXPf6ee1GInJWim2jkzwzPRtZyBQe/6pYnlpN8r2wjjBBIakYoH&#10;n9hzeZ9Clt7yexWSqGsFQGwy09Mpw5VtvXZgdTU+Pu7tAFKxdQiKRP48KhemMqW+hGaCp5/Ruppl&#10;zZp0nPhhpB6wgJVG2YBVGG91X+T+vBvvgagqD1teRw1n9QnNianbefjJVMmq80QoX84qGOnDmbyu&#10;Vz0u2cuwW0h9zSEmRVdDNbbBfs0ge5+C5QKzn7OsJdZA4dhchHOIjJfxIu8PaL1UWAxKihrYtx9n&#10;ekTbG0W3OTdQnEQGxcZU8tdBMC7EUeuJ2SshxzwQAKhPJKurbyLfKeMBv7wEqjTMIvEpLIX3ZjHh&#10;d+cqE+RonGhKLYQeuxQ5STokB1E0WcG3NJgV+0kne9dZBoLYSDPVaR9fGE26sT6ULykNkMMmw5NB&#10;vvBMw93dToUCnMPrIJfJaS7U4ApJBisQXw8sBaWekoBNDMDJ10I8to39bBJvXF5JrG1RfZ38AuL8&#10;pIEXNU7qcSWFlRTsM15WEiQgA9u1vHaiHoviBTPSdyuKow/pyMF8fEgSZGrXPxS35hEhpIrV59F+&#10;FDitMWXkrS43hRHDAGAGZk1vjcRPyzr2mTC0jalKFw/pBNO24fnAjTwXeG1Mt3hitgb57tY2zhEv&#10;hHiNJjMgjfo6jhKym1GFgxkdbvu5SBs+Z+bdKKj/QCG4DwshDaVZPoHPvheYVjJcDhYk4h5HbbdP&#10;EvFjhZfs+/kPhlK4EUnXe4YvmTpw/7dFTG4llILBHyuSqekpsCK2rRTsnW4TYP8Ynb+5603HB6SD&#10;McBQFpmBfauhPIkHliT5vK97EksuZGqHKShLpLhoasA/bmdrU4Ejm8pwiEFAtl6Q7+fJMl6rxwOE&#10;RkOK4YKT13z3lHhbiF1IaIIVQ+IljUYzDyW1bnt3R/xeeZ1l9hq/Hh9LkmshaNjXCX9mFjsz+wre&#10;w3AcO2Apc6bmpbtgrWy2ZTKZZR2RJBRFUyeMgZlkg5TZM+sy3YfErkJqZytM+CKB11PSKosk9txz&#10;sPPuFvdwPqZlwm/ovkrKwNbLITWzRSplDUuvDSeUctFjA8hT+GMIvEIX+WKaMp6z1+WAAhALwJRp&#10;o/Hp7WJ/bTCpB8Wi68IPCfLpuXF6/ekJevXFCaRw4mstDanKc+vVBMyC2RIWvgAp3uND5TPukZXy&#10;o0Yjsd+qGTXx2XMNMHuswg8C9pP61DtIe2tGefutP24EwFdtaO4B61XFKgyA2H41q6GK779HaByF&#10;UBMzvPY4E1nQmAhapSHm3+j9y9WRKrP/QGl4TTSVO6OxXklSDTuNq9aaIJ2rAQyxZY10HEXlixwx&#10;lsL3htcVxmyalk0xry1co4afFZP2tJLJ1/wIXQUoGq6HVtfo/uoKLd+4TY1792hsBSzjW11hdBRo&#10;JhssJ2VpbXebFXECEKYhvM+Vp0HX4yh7w0UDofI5TtR/T6SORuW8/H0Xpw9R4+mXyJ37OlkMPK6v&#10;XaUP/sN3aQXNfGfjBi1gYDExt0SnDy/QsXPn4Ml3HEyKaTnGnBIv9dIglKYko3vw07hSeqrnxZbN&#10;Xo+HGViD+lgXtjENAr4Drzww7o4sQZoFH7A75+nurR8ieOEjWrm9SmvXt2lnvYM01Gn67Te/DuDt&#10;LOTCYD02JsGE2UZIw3n66c/O061btxFkAGuGuUkAfABoprAGgZ04heCNsZlZYf4ZgGrNsTbWXqSu&#10;UkeYyizX7WzC+w/y5BTMZtYMnT76HJ199hxUkWel1+9B8tnZuY/fNzU4hdSbUYgBLQ1RUcVtKkEa&#10;zfYU/o2VPC0lM2RJmVCJ1RL30BRCJJAgCf9H8kxsvVZtjZ3W1d2zYuse026vtcsdaOz48IDfHoPn&#10;x89es9JH8YFuIwzjyrXL9M67P6eP3+HQjet0FEnPX/n9r9JX3vwtmj9yGuxx9BsATTMGUrDH8hCv&#10;C9br+r1LdPfaD7CnrEi67uLRb1EDwBrv4czmY2BuFdfuxp2LAJGvgb25QYcbT2F/ehVgHDzVwZB3&#10;azeof+cm5RffJXflCk3dRT+4hd4StP9NMN2PAgjkdFDX0P16An1XX/pg/h5Yd8BfcmJyCoDbDO69&#10;Q2C8HsEAcQEqgxmanJqhCRwPh1v1urfgAwlV062bdOrGZSrgBZhBbs6VRbOvqdyNfiqSRy4+uL7J&#10;sK9mC2M0/erzYPK9RO0zr5KDT2ZjckJAdRmKYoDXxefg3jPYCVS2AV7uamIGtRlwWIzsoIyJdrJI&#10;HeX/zL68a3du0HPHDtGvffV36KVzp7Cnd6TeYug8LRT0ygtl8JnIyiZNkloNrQzrxKftJmXgRWn5&#10;IiFhhXh5inKPe/UwpOF1Vxh9FdFKQjX6XuXHwBEDyVgTxCfa2nId4npDmHoAihM/jBMGmfVy1DDQ&#10;EmmELY9HWW/+3k8TilhLpNGTOpRlcLbw55mHsmxHYz021O2xx18hSpTCh7kwwNf3SeQa8qLpv0yM&#10;YteIvFeId6D4KLNKJS2UoZhp0FQhUl4NJhUyVuIEJKuGyCrHTb0HsgBrJZ6hoJ/gPNZ633+qeeuK&#10;G1+alOtKkAKbuIbnc8AenD7F3vrhWiDEuTJ4QetZ50M7BMpmJZ8PMFG1CMvs2QuwEEYeKzj7HU7L&#10;7sggaxJeq7yON1CA8lCP/8fXNpd62JRENbkHSEMAtZYuRcjYa/oB7DN7ZJ5FccURCCLFg/UnJDRz&#10;zocGeODIlKlCwTxYZakS60za2PDDUJosugEj9oC8x1JNE+7Hwk/IE+99F6aWuUwifWfjC1KP0opv&#10;CKeVNcpAERe03gG8En8koKwo7pkCy43OLqeC4XWzZEwjq+W4GnJLGL9xFR4FNmkgsSWyOaokC98D&#10;E2+HqWWCKVjKRqLysPXFyNdgspEUKuEy/iFjnX4fC22PCwrR5Te9TxPMbJNxual2sNmyEaPDtA/f&#10;CraxqZDuVENExMSzZ2RK12DUn4csjJ4byM5gNtrENzOVls08GThkZkMPGwYz2BiIE3YFm8laZR02&#10;OYo6wPnUKBknSaKfV0edqc6g+d94EkD9shYv/HVxvnBucUAHCoSG+Bxo1WqFbZmVgLEJxtFcoBYa&#10;9pFEfAI3ID4N949OQ1ysHPaA8oi0Wc8yLQtlDwqZMq04EZC0hQ3HJakPy3DlYtpmLwRubHEhGI3v&#10;YVHl6UEXG2crsSIl4w3Q+fQiLoDYV2Gzv0Od1VWyS2NqIl9OMQPF1wRc2cvekmoC5apE6hBuU9ro&#10;eCpzoNwPdxZuhKWSOXDQxsMaJLv9GGh7AD9ugPmijFFTrwKNGZKxjQa+Ymm3GQAA3QDr1Awdj9kn&#10;8IKMGWKJ0F5FozEjmm9vFOzqTXKNomOGX6fGinHuwUBg/PloRPalq79nHARgBvYGM/gnme5F7bSJ&#10;MvJMsGymOqt65I1iIo5QmJB5w+PB1NBHMiBzld9XabRlHsjL5ES3oseBQuoVl2DdnjqyK8qIl7lA&#10;MZN0FEl152916OqaU8DHyw108/eDlkQ9Wa2rWOTGD1B6ktwdwgOkktBkTX+47N0n/jhWv6/bVWls&#10;0cujvJO+TFVDgSMMcQBTaWi+Ii80vl68dste6v2EbG3asLvntQqhEdu7PV9Qu1LGyVvG9eVNMApm&#10;6exRLkRWde0qjL+efr31TLrST081oDi/KGLRMObmWS1SWWmW38TrTMteX9ANfNdVSaRz+R0ZurhC&#10;S08G2fz8nM1zFLoRqw3S/UOMvKrPUUS1RQkkiIE0knXZ9QKvPYlzN85eNdjbZ/BrcbpJJ2cyev30&#10;BJ0FIwkKJZqYBhtyXAvTTodNsdXvhRv9ZrtiYqknr8qjG6V80g1b2/nxXl1e6kp1uyETsbJt6RMT&#10;ID/NV6h3zG4vCwvnauy0MBgtnU0C02ZgjUnC+7n6a7jSP8+UANHeQTxBClqlQ0uzRm5g7wn7mxmC&#10;OE0kR3UDIr9K5uxKmxMq16a0zrgrwTxXV7f46XzJ+XBU7sIl4bH0mAvgYzIkM6USCK2YQmKbYmIV&#10;ivUsv/oWUMK4steonNwE6bKp6h1RdSQ6ZFLZr6n4exE7zvjn33pPycD2q4IRfPOcqpeS8X6BtkwU&#10;7+tgIu+L7D5LlZXBg2Ne9OReYyYtPDS5Gb23cpPuQ6Z4F0CfuXmLmpAJ2jUMATDvzmA/Nj0x5ety&#10;nCOw/yToIecCkUThMpgllshUwqhQhtcxtkfhc4j6K/NJ22x0b/GNO9OoU48BxHrxN2jz0AnUZmt0&#10;4aPz9OlHPwbgtUGHZsfp6Nw0jcMD7OypM3ToMJhws0/BC29Chidsf8M1nbJt9FnLeAgRsdGCBY/x&#10;/loJafPZwa/VHjNsZnBpWvDMW6Cjh9u0snuDLl/9CyTmfkBbtz+lq+/fgXwtF9/X1869QM+8ifCB&#10;+aeoOb4AiScIkLcv089//O/owpXPMETZpLkJeOkdnhH2y8KhaYRttGli4RjCQs4CdJmiXsraYebw&#10;YRUv2CoGYB8AvB0EdnQ37lAb99AcwLeTp76EBN9zIrfNwQbb3rxHrM/MWUptrJxiZzIfcMLM8Em5&#10;RxqQTzIwxF5ubNCfiL94VgJ50phzsjIz+Rrs1deWwY2Ok6g2rI8HE0Mij9hf8gGKhz0pITWc3dRi&#10;4szINPHBJ9ft7SFfhhbqc8v7lT5JYKtxgCN7bQFQLUxLgigu4f7/5OP36INf/IyuXvgUbB1HLzx3&#10;An58/5QWTz4PMsE4AL4x/54KwqzDqH97/SO6/umPIW+8iD4C4TBIXZ6eOaWDPlzk7a3b8Pfq0Y3t&#10;u7S+egEBK/ex7kKBMH4aYNwS+qxZCZhIELbhbn9G/RufUHJvjZLbPZpYwaHhY3HSrRFrCiO+bJy/&#10;1HLsRQ7FAmqWsXkAekioHps/SvOT8H6EV+TEOGTY8OFrwupiksMC2D8OAPbGNtjzYIROffYRmUsf&#10;4VkHu73TF1VZQ+IhUnlPSZ9lPAwsvWQBibxnIZM/8wXIdl+jxqkXyWATZgKLBIqFATofn9HwoSTy&#10;p098HSL+vsGzLyjFRCqKd8ZAweI55HUmK3QwCQs7sd9itUOTmYEZMxnB2sdzz553TbzeIhiF//S/&#10;+SPZu3OgoGNWgg7UEiDTPhgPWURIoVIqaj01ORX5rbclQb3SgmemkHsKTZa2nsqciMpPiUHyGRP1&#10;cxQvO5a+MlON6x1OyEWvzgNV7k1z7ksTBYLEf48ltoU0lVqXhXAmqUfR6/cKAZQZdDIs+xUf4lwD&#10;JXi4YVUCrKTFQkhoNlFAvvCpthIeGnbeMoTOs9YyDZnsdXNRUOStrmJBnuXdy/tSQwj4ybVuI/FY&#10;AxjFG2CSwueRUQGuvfjasZUZD1gSBqBdLsQa6fA5uKTQY+wGv4oSD4KBDMBaVrRIAr0PrOJYJhmY&#10;FfrsGq/ISbx3oARf8jA49FkM6nGybwD/Ui8TFqVHVrE1+fyRD9f04C0zIFXF6BWcfJx5TwLa2N+R&#10;2ZRG7Np6AvTxNeihtt/hXxiytzHEacNjlZmykJSIRJpVMJJo7VQeLFkKTkmZfK/YvrI4Rd7NASjW&#10;lvYb2UNzKMweRaPbJ8nSVYlZcnOXbDLziNQds2+kuRsZ0OHqdKjSiFjZadan2wRJhSb1ptX3+NCO&#10;knFmkjpDIkhbGb+1mr7F0FchX9eJbMN4tXWiGyM/oFlqvLFtJug8A1qZS9QXQ1IXTXnjBSA1LCrk&#10;WSKJZxoqSJTUvGFMxFQLNyzfoHxjiR+Ap5MGJp6w/5hq7m/SDE1PMMIsTZfDpCIhiWbnaacUWeEG&#10;H5FCGiKGQ4GudN/UF6d1ZqYxZqQZs3PDdOz9jcofhltGAzbkdY5dE+PMcVDW7xTK3GB5Al/nZntM&#10;QM4uyzV4+pIk5b3Bk3He+HMBDBuSQrTV9wb4AA56SMVK8qUhZqOjOkOWIkbBgT7JIND3t+Q/9xA+&#10;crE3k/scGIluHyDvCYxyH/y5h2Sq5rFA1cc5149qOm1i4/sBxbx7bHaee0KHPEKI7R7mY3pAJVGz&#10;YN7s2Z/TMFsC6+WZgsH7SYJVEn3no4Ku7/akYHCmqawSFGS8XnfZhFsK6qSWUFoHnIfvw1oy8oFu&#10;jTgh1AOLUZpZcOZTjyRb+/pwL2MHgL5EJ58R85mHdn2Rnxgp6OFSQCvrls70M5VtiBQ68YbEVA4m&#10;SlPvCOhl9mQqRWWHSXsilUYEhhRKXGB3u+vy81mw6iiMsPbYF4ZTJatZYeQVbE0Y+tZBqQFVWLwe&#10;9PsK37RRtJ6B7M+gaH1paZLOLo3TmeMNsC9wDLjeTbD5YE8E/yMGYH3KZ/RC4mbj7OhcgQEDPjc4&#10;unL7PdBuIJvA1eSrzo2qhsyB/VQf9ck1A35a8RpuzAGOYeTaViU1j5LxuRHa5pG5DdGP2TjN3FW8&#10;vlF+naXE1w25vNeT7qOZgh1p/lB5AMaPe70+Otje46LQuBiIcK7OKk4i3+EwmHeu8hWKZopDnmgm&#10;DNRNbQQjZ0/YCIV6SWvQm4wW9FkD9MZphp0u0mQ31+n+7Xt0/zqCHe7epUmADOlKT8kBACsac0jn&#10;RDOTAbiy26veV8ofQVYRSONTwm4ASUNBPh6SOp6cYh1IkGjeABN3G2tBkfVp+8U3KHnp6zR+/Bm6&#10;unyNbn74E3r73R/RGjzKUkRoLizM0ovPPE0LhwFgLCKhFmAgpvFoKnMB+Jw3ozeGar2KkAZ56M2e&#10;n9zIG7ZzIAHKuMbfBch5G/YKd8H+Pg524MLCUTRzG2hwVwHcXaTb175D1z/+mFYh1711DX6skEu+&#10;/vw8Pf/Cr9Ps8a9RkxNy8b/Llz9D+ucv6O3336c1hALMzhg6fmiSjiGVdRzegVOgE08jpGN8fpGa&#10;04ty7D0c0za8oJvYm/po6rcRuLELRqVF6mpvC7YDYC0+99yXaP7wc1i7GLzYAmPsjrDGBOTIGt56&#10;yUlTySwj8f5uqAyX74cmpJRZc0KADg74Y8sa/RmojsDE5nRdZvkFkoVYFfF5TEYl/rjPX50yMMgc&#10;Hfhihq7zQY5KCCK578mEccQfd1yktgkHRNEsbSBt+r0P3qbv/cfv0Cfw5ZubTOn3f/tL9NJrX6Nj&#10;T31RziWDGQyYp2BJbq+vC3tpA4nHVz/4VwhceQ/X/Wk699I3ce4X0IeM4X4Dy38Hcl6wfzq9FbDp&#10;b8HO4wOk1lo6OvUSQOxXRLqdw5PPAGhv3v4EzLpPKYflRxvppcku6dBx1omMljPC2Euyjw/AXr5L&#10;2DAn8efFM3M0c+Y16iycotahZ+nQGKZb8OQT9iwYV+O4zqxY2oW9yGZ/mXavXaBDABW3rvyU7IVb&#10;xFyZJvblVlt37Kyvu+9Em33QsW7M4YQdAnvpxTdp/vVvUrH4NMg2qQwomw0fQhDJcZMkKOqU+sDr&#10;jqGq96bgT+rDjEJgJZNrWlwjwFoEEB6tbABI3VyldfhV8g8cp1O0AAbVNgJDWmNt7YXxKDTA4psH&#10;4JIUHT+YdGJhEvpg69fUTJ4bUx4jeRmu80m2JSlAesJMgyGcq5KT/LMg9ZaoABNlJQeiTJmPYCW5&#10;VwE4KwQinjoLMcenxRZe6kuiqNDApNY4X6PdaDimibPqg6+MOw6IcJLOq4dU+LAR60OXXBpZeHli&#10;l8hko1698HYQ4uPIAaEMsPUKodoFMo0N/tAejwj+eoWEvRQSZNSBL/U4YoYsauh+4sNDcSRNkwk+&#10;EhLXC08IskWwXqtwDl5wMk1FleG7POOpT2jmkJNcU+bLVGaP75CtlKD62dIo96EcJwtY2GeLriCR&#10;Fta5JLKodZrYyvi8BxN+pvAybvUvLPy1JFFGF0Ia6oHExT6vbMk4AWY5e6Fq+FOjHJbrQNGzUgWk&#10;zdWDUMBMktdlEFfM5PDeHX982aOp++qmpYP+KY4iP7+B4rEEewq7f4LuyLLP1N+f9mYFUQwwRguG&#10;G2i4jQf15KQbG3UFiZ8OOGnw5FeS1NLHAhpsKBlgQVjxOGIUPilfI9WJgPcDFKCLb0ZeESlIX1PP&#10;hFQWgPEecIxGVztU4r0fQnJwJqBSmZDnmymheApS7W9yY0pwMLDFRGxs1GRTQEs/4eXXF+I2o9iS&#10;GSV88lKKHIbFiZclOWkByTMXiopKHW24iV80vJ21AGDyszb3RXg1n7OlP11U5ZuQPDeYtVsxJ5wb&#10;TrszBwb89nELwvtOt5Xd2ceEqAnz2A6Q90k2jTeFFER9+HeFptFKzglPkHwas/p5AhwoBGnfwsSu&#10;i69tQ84y/3Qm3lOjvZbMcGPxoJqmNIX9/8Z/oy6PdUT7drxmtByrVqYdFPAbKRNxTyTZ+OBS3GRf&#10;lt5jh3g8PI5XN6Hf591NjQ8Y/f2Ja3HNEwT9zMHBDxN8Xxuy1vLGbyEhHZvGtJKTb8HmQn8Ihu+U&#10;AF/vXt2kj1dzutsrZGLKMgNumhrWp3AFlpDZQ2bpIg9O83AX37lhj9IgMbMlaKhsZWUm+/XWJ77R&#10;KJ+xgXMhgw5m9vj1X5Lg8kJAzAYmr1t43bXNQs4NT6mzlL1T+Lz1SxMtWyRlcnuEu2h6rtNE3oIl&#10;upwWz15Brqly5RyoGmQ8FIpNV+YieDmyNjGxxM/EAJ8bXtcrPMlV388JfzgnUxjj/9YLMzSH5uPE&#10;MfbFQuOCf2u3C7ABcE1bKJAbmorniqRi3ZVmMrmUhiZYUQzcxi5OjzcD4RPD5gY12SINREo4Zx4o&#10;qT/IM2ZqQR0PfvZMlBobQCI3Ys3Y13ZiyCPUjIhwG/zg4TkxteHDg9cNU4HbkQVNLfCrTq2rOSPW&#10;a48BcNYM+Aka2lPCWzcnG2nGuMdQPVYyDIRtlM+8f3aTYYfAkjlqPLvPS8xjT+Aqubc6H8478gsD&#10;QRIhc5/om0QAeiGJj/3eNhg+d+jOnWsi3bVQMEyub9I4woBYpsXN4MQRMKQBPrUmD8sQJWMADeuk&#10;aRmvwxqw6wuXpdAkYZaYOiT4smJFiMFg1+5MzCJw41kqzrxM9sRJsOi26f3v/5909dOPqLNyT+qs&#10;M0dmwI6aoaWjL9DiMy/Q3OFD4jG1zVYJqXolkaRnttT7KK6l/Pnp89qGQQQzVxMhGiJJFXXg1i5A&#10;mGKCWgDfvrA0JWvYvZXPaG3tAkDP79OtKyt0/+Yd2r29KXYIZ8DI+9Ibb8CT71mch0UEIXXpyoe/&#10;oMtXLtL7H1wA0LOCYXpOZ05NIvCgTQtz8ONbOEHNqQWw+WZpfJZtDZoiqyt6qwCeMIAqkG68swyg&#10;bw3XAgz0PKNZBMWdfO45eurkK2jCmVWE5NVVpJ7vbnlbiILtpZXx4r0a0yb7W02IbxyHbmSNGe15&#10;mNLOihVeh6UJZmkvp+8CFGGP1lTluUHBUwYUDKxlNQ/GB25u7rFyN9xAGE541Mw+q+1B3rHrB3kB&#10;ZBAvMstAa5/u3Fint372F/Tuu7/Atb8LVniL/uR3v0zPvfIVOvXcV2ms3dSeBjc7s4+4D9peu0ub&#10;YF/euPIDWl/+Bc3jui2e/RrAWYB3DQ1XvL+9jPfdofWde3QZ3n3rOzdpGgj4F+a+BGn3rEofd3F/&#10;wTKodeszgH0fk4N3X7rZlTRnVgXluMT5BCfesvTTMolWzxGu+5E59DJHJ+nU6ZeJznyFtsDknAQY&#10;30wPwY5I5aItHtRlmgy7s3GRLKT5UzcvU+uTn1N+/Ta1tnPxzWXZLXs9trjFZeB4XIEaC5AvOTpN&#10;s6+8QZNnX6Lu4aeJ5hBCwgzBVEGaUHsmSWS9FfpnU8knS2KLrOFUPq9ln2p0jerlupptYgDxwYfv&#10;0Pn336WPP/iAJpYm6M3f/QN67dhLAFUPkTZrFtdihbaQkt0EgMb2Jj2wr1IJRfAWX+UApUpDj/da&#10;F2XNmSgMScg0uS3BwuC9bspsASrBNBdSbkPQUKFAHv9bAxPGvgQFpZoIbLVHd16JZwuf+oz7hoG+&#10;0hdWvPR7ksTNzFwGntjyhdm68hlRb7F3nspfdcRj07T0vrMezAsPWDC/sKSpt/wZeoWXSDO7T1Js&#10;NWeAZFjsBBTLfBowD2qstSUWw7tJf7cjAZ7QLlIL78sS1kR8ELXCSFxVJ1sPgiYU0nH12HqukOFz&#10;UASol53zZa5akDnvRhc0IcI2TKhk2Ac1qijyjKb/BgmvSMoDPuFtNWyicmj+7MKwtK627hRWQzMY&#10;I2EmIL+2DJZ6hYCv/OcObC92sG4zechANt9kz9WGEqOYAZ/Jucg0wK/I1f+RsTS+B3gAZ/V+KZgV&#10;imu4i2PbZj9GfgSrgIuDtlvRQh3ojKVEqA7ymVGxZP57rY3rPPcQvZw5cLJo7NcX0lxjIKpkTaSJ&#10;l2t43Js18aIvL0oj4qSccrphMCYsNgHEZ2SbZRA28edWz1N4MMLria6fcjVW5A23bLDSSLZiBM0u&#10;/Q29pJOBI9VpN70GPS8nHNbFXgHKMNMHUxsG/qxZpt4vors3pAuHpxVL8lqheYJiaOkKNUKPYp1V&#10;msKPifeFYtQdzXDP2QpAidKYKSqAZUHgiYPQWXOhKYco98BmkamN9ei6M16WpgVqaupFd5DZmMi8&#10;2hhTS7g7CNBnorCLOvhkaQIP9yT8UJqg0/a4qMLD2e2gqF1fw+dAYtuUPlx8j4n0g1Lx0CDx3AJA&#10;2FRqdhNmymvb7GNgaBUJmYcl5bky76eIwVn+P78xpPuHDZYyoc+DnfbETPQOXMa5YeawOdjzbx4W&#10;8NuDHfn5I2oPdpU0v2SgbzDt80ATbvJFStQuW0cPFbJRv2VNtNaacuIeS+yM2RvEqM17nBulx37I&#10;7SYR/zcuYHmBSEh/b4FBkjLog3V+ArX4JKROT0NWdX25Qz+BJ9UNFNi3tjq0YX0qJhVDbLk4sMNF&#10;gN9gMXmwR9DWPdzMAJvBVHujhFT4AoL/3MuLPYCc0YndSiQvKMCXYjxc9OS8dLr8Z1+w6ihM1nJN&#10;xvRFudX9qO404AQ0c2ClJLLe46Syv09jGwUosyl7flLvZRIeMLPWRICDGQC+qsS9ugDBjAyB1hRj&#10;9YUZgyb3W1+CdThiAqfnWNbHRXEhjD5h1KeapM6nToeB6rtcsQrZ6LrwHp6Rl90IZpelWGZqorAD&#10;UwOM3J4MvGo9sXFo2QHT12uyXpNWrNZ91uZqed3DXdaMotoNsPIN1cM+huwGTITR1eXJNoK5gn+f&#10;i8HAwbV9UAocpGA1MDxaWwKLdQQ25wZq27IGqQUOuJHBWXEy72AYwH4LkyMX+fO5WnqFcwGsL6rY&#10;PKt1lMoNw/sm5bm0Xu5TypwHAdrgZug0bVJkRmhEOPxNAA7nzcItM1u3UQ/tAnxYp5WbFxD8cB1B&#10;E7dp9/I1am9uEa31IE1CA4qB+gR08VOn52n8GOR6U0cxFF+ntJOKPE2KHDkm492X6uekLSGZGn7B&#10;Fik5mEZ9sPN2z75OyTOv0Y7bpY8vvEM3//wHkOt+AH8wMOyOnaQzL5yl4yeW6OjJc3T46BkxO7eZ&#10;9iEGz+hkuyFNKehTAmi6aCOpmsig9y+EfcSD27UdgJsAvManztD4RAt7APxLd2/TbTCtblwDk/DW&#10;FdpAnbd5awsqDifA25u/9i0AjmfA4luiAj54N8B8vPCzPwcD7D0k666J3HEGEuRTJ9u0tDhLh46f&#10;oQnQiccg7W0B6MuxZrMdz5bjgKJ1kYl2Af70u2BHghmWwxd6bHqGTiJp+PSJ12gCnmo99Bid7g2y&#10;m32f6NoVIKTZSKURzyW9NJNAjwzyzAznVdlVLd0nODk3saUqif89FTBwSqSW3IxyM9tniyJSVpWr&#10;DeKrBsCMfIY+hymnGyACRBafZrT84aHeUAAD/MxOLxdQZRmg11s/f4s+fvs88mcQRIHz/MKzp+m3&#10;/uG3wNz8TZpFSnIL8tTCqcWU1VsJbNObtH7/Il2//D30QvfpyMJz9PSLf4BnhZmmE+LXuNJZptXt&#10;Dbq3eoNWVuDHl2/SwsRZeEz+Hk2OzVIBll/v/h1KwPLL7l6jdOsOmbUNkZaTDwrgwaNYikhvaoQ1&#10;xSrjxhGA7YsIdDn1HLXOfZU6s0sAAyeETbWA54TvW+7zJvm+B/i1AiAx20C679XPiD75CXU/+Yzc&#10;vR2a8h5mCeS3DfarZOIHLE5ME30eC6DmoYp45nlq4zltnXqJEnhX7qBnnAE7MGd5JfvSsyy8CCE4&#10;xkt2K4ay8TYVgWwTyCPG4xDqA+ntTEIgBCSvnQI2WIA1HYLJbn/0Nn30Vz+kO5DF00VLdz65QZd+&#10;5zfpW2/+Dh1HinW2fp/692/Coxf1HfuqWQ/IcY+eelZVuKdcjGvEntSVZ2DwhrPW+oAFtTGz3Z7f&#10;I/0QptDwCr6XBGRSuZxcQ67RUr8eCQtOesuGrNsM+ijgpMMY54JE1Ynfo9hryfPp1B+PlSa9jqbY&#10;evkyHx/7RG5hrQ6vyaCmeP77+o68KrPwFhKh2jRe2itJvlb3UvbuS7zqoy/YROqJQWr5ZQPAGfbV&#10;RCiSqLEgv4XNGL/eOG4aCTnlELdmqmpDpQMKbsElZZEqllIu0ZF3H9sP8PvzWl2FyrLFWCqqS7UH&#10;K5TjZateXwC5MlREmcs62LZ+Xy3ERzv3q1lShmayjNfbqVk/EPfsFSdrY6EAHxeMwupjCzVYJ7CM&#10;1yqzr4thWQcMUwbWWY7dz/keGfPVhRWgMSQGC4vTswUZqxKAEPd8B+d5DQqjNTynG7zPswH1IzH7&#10;9pJXxs1aTb6R1NkCJkpZ+hzxiEHAr1rwTS3uPTSn6h1YJfIKMp4X5V0Qmk8FYio/Q6r9mUqUPyQO&#10;x9Aga+Yzb+SYkq9rEhpqyspi01NblVCYDAy27RDt3BiKwjBcdOyV74XzdOFAhy4jo30D6IIPYuHp&#10;aFF0c4W72Or1k/pFdCWtdaCwdpW/YiylCsi5c4OFrPPee2nNy3GvariO65jHIAMNvwdvOGPNRJg9&#10;RcELJZsdk/g6TsHfZQxU/LzLPl19ZtWKL59GqGOxw6bHngRjXJTi51pNbmiRoDaFAhlR4zmM7W2S&#10;jWTpuFrjcdCjfcxghkeovczDFF8DDZe1IxrKAZbRwYX85qAUqM9/8TnAZ3efd0jKo77nIzwpZgho&#10;PQgDbY9xknkAs3O/oI+RMIarN9T0MNc/tLyJH+Kxd2hXZBLjGbyRENzTQ6OKHo6O4jvn0CzNTCV0&#10;GPLP6/cb9O7tjN67u0N3sc51eQ23bghMiwE/Gvi3h5HxVutG5TKdmOCTaqr9ykswskbDp7JLdfdA&#10;oG/Qs1Kmi1jvW5zQyy0e+8OSpu7mhfNsPW4srMhyAySUSFqwH0rVbkpN55WQJ7EaxOuJdIXtIrrU&#10;2eWOAf/mzZVDJoq1wS/Jp58N5MVK0q41pWTT1UzMgrly9W+N3HuAtS0dmcK0NOsSgtdhSs4FHBgY&#10;XHxyWlyfvfng/bOLorKnoGM5PXYU4u7qhGQyI7cxN2AUb0YNBgZcT+rPgKu7lBzAAGGvx/BJLo01&#10;KW+42G7gWR9Bchsc7NQ+c5wk6/1c69cwel8z6mDM0D0+ylO0rBsDmOcGUn7dqLTequY1A3XIYGDR&#10;SLeTg+oQ3ABoMcCUCqnSUkP545ZhapJUibGhOeVnLKnAVn32XPX9vlEVOVVf/aC4eQvvzbXyDhqL&#10;XYARa3cAWCHdc/X6fYRf36O51Q3qw6OPQ28caqgWXnwK7KEGGn03OU/d1hQanA14SCv4yswxI1SQ&#10;dORz0ndsVt6V52576STZl79JE0+/SD2sC++++//QhfM/pEt4/3m8xywo16++9Az86V6h9tICHQez&#10;zbG/Nfz8WF3W5nWBJZQ+XbYLWWuwVNHBs69PXH1fMmDVLK9ugjEBKePcCUhqT6EpZVN1BjrfpuXr&#10;P6W12x/Q+pU1SHC3qb9jaenYBL32MkI35l+EXBJsuDSHDHOLfvQ3/wnHjaCGe5sIdUsglUwQ2ABb&#10;iKXDtLD4FB1CYINDIIJrspQLbB42pEfQhnUsLYS30/olyDV3qLcJ6RcYXwlY1K89/0U6+ewXqQmm&#10;4w4CmbY7n8KKAI0mZJ3s4S3KIzbOb5LINlP49jVxTGyk32w1JXWeveZa4zwIyvSelmGGFblu1oC8&#10;LOOEyFbl6Vhow88qF/VvL+o36pNK0nhSBcsTKa+0wV/DwP8ywL3vf++7dPH8exLA+OqLJ+nbf/hP&#10;aOH4szQ9fVjTRYEqdCVBVT1z+wChrnz6A7p26T/Bw/I6PX/ut2nuyJ/gXDsBlggN++buTbqHxOa1&#10;jU1aXbkMOfYdpMSfBDP11yHnXhTZe76+QfYSvGzvfkzNlYvU3NiWljLpW0m0J2ade6mjSA35n3IO&#10;ocJ7HEO4xuu/Sc2nAZZDEu4m4FsJGXgbx9r04UDb+Hn2B+7CZ5xZRwvw4/t/qXvvH8myK03s3Pte&#10;mPS+srw3Xd3Vjs2ma5JDckjumKUkrEZYSYAgCAIE/SBAwP4v+l36ZQVpR5CgmdmhWw5FDtkk2/vq&#10;ru4yXSbLZaXPyDDvXn3nnPtsRGRmFTlmOciprsrMiBfP3HvOdz6z+c7/R2ufXKFkuUujsLAwYO3V&#10;mVTSVut8qMqpgX3ZgnFLs6gBjs7T6FOvUPT0d6g5N4P9tSEy7xrA4R3ck2Mc/sLrERsRiul9Lajm&#10;cnWCMabvQppKjyTYTJB27gDYY7ba5Vs3aLW3Socgh57BevP0V/8EfoRT9MMf/4RuI8RkDfYC7/z1&#10;z+jFsVFaPHEGnzuhpmsJCYbRWPawI2FTWa1bgsdeGnZhM6CRBjpcu2xN8WpTEtiJMqiS2kT7X1lb&#10;OWAj7b+9qgJ4xe65JE8dDqBUAsBO7MDCMybkpFRaaxWskvrPmhAAmnvOCWDYYf+4ugw8ZIBD6ovP&#10;58zbdNzlM7WYCynMaitd9NZVENBlAUWBLWfy9xW5M3/myJRIWEkIM5RNx/oQJgLwC357Bs8IM5ut&#10;yFgTBUiND/YaheF4Gv1Nue9uvZC6K5SkSC3aJBAEaxqvg1FQdLiQJcHrlyQaRxqsKorMUOPqkMMF&#10;yE1SpADe6fmNje23e3AK+sljJyzLRN5biBGpX2PwAGasgH0M2UqBSVXsf9jFNxOYtjKomHiTAZHC&#10;3GRA0anzML9nh4lH+AwtYXrBJxfMyGWAtsyUXTh8FEOukwHsK0xR+2jNKbugaGTtKbDdolTLGmSh&#10;uinKQp8WFxSHdFZTYvFpuIfe4I5MSBhLwaleMJ5u9kkeXArKZeEbpsTeMN4XZqwpkBBYGcwK8Glm&#10;XCQ+cyKxDQ1R6lEiiTjC/GUUXk6QTAgaNZ32M0odiZwrpM2iE7GmIe/XTRiaUn++tlA+EwGIer1O&#10;YMrVMq8HBv1WkTHe8C09dQVPlTpWzC3LN3hLU67wM11wr2NMIhk4EoTfjoX5heTihIhnNjBVz720&#10;itbzEweSKoeYYKKZsGEmZAb4s3idneuolJlZFewxGB7uHQEAgxwp4kXCiXTBeE2AbPMx86lgTw+w&#10;MhJxVdLNjR9ODbWwOWuPxQe1SCaJspz4NAY7JJyljAZndcG1Jita+Xo6YzKkOwM5PZU8/1yYvuTy&#10;wlRGXKD0q8Se8njbMLEpgpEMyvJ9hGLIjMIsFjvS+Cgb6fKUewdpnCgQ4S9wZHpMHkpOa+LX43tI&#10;YsU5Jn6F09DgB8Fu1vjM2yi8ptgjY+2e+hhQvpikdGaRAKZNtU+nWXr+emGmIv4KzpdSBI2hXRkd&#10;viKnL3VapiBNGpbyWmwwh3muDAFiTEUaWwVsssXb2Py4dpH0mgqKNcR5qc/aKs/g8sNnGQWgZWDa&#10;7l42B7sdB/lK4qQvNZx+D2AsM84f6IGwR6DIIGOqQfhi5bQX8pIy5pENw5t86JGfMztEFDP8lJqB&#10;8vlBzHBTPGbj+4WIRU+g4muk3i4lJlKRkT4ovgRJYgbG8WwDj3UKzp1Yk2clnTvZvI1ZcReFMYcb&#10;OXm+WyhumzsWDI4GHV6o0dmDI3Tmzgh9uLxDN9ch74V30gZCfKQY4pAm7A097BEx1sNYdjUrIBb7&#10;bqResDKtrYTHDHvGXfBFTQc8SZIMoWNyMEhXvvaLBBXdO7J7WqbVYIGgctrGwGMG+9PMWJjg8sQR&#10;12fMoDlP9wRPBfDEZf56GRDog5F7YOu5kA7PpEFrOyENLnjh+BzwcUXts9N7xwZGPeUKFvk5ASCt&#10;fl+3lLBH4PdqLLuuGbVhsLzvd+X3DGRL7eA9xZbhjoc7nMreQbHXBuDbNhoKZbWoxy+rpxcaJCfm&#10;0yR7pDO5YXLxGbUD1gpXVUb0hWXY/gFX4bV8SfJpCvtkWYLrK350Reli7gfnSgBYJSpDJWkpQ7/A&#10;hjMZoGUzBnvpufOmxL7Ua+7KdV1xdSzYdahnWmG4SVUfUZ/9pXjWQryagtAyjY/I0qDgqqjk12cL&#10;jHET/FJSwMyH+0dew/rCGmqyj5kNO70p7Ie+dE6CRag+Idnw1mRNjEvlXXpHBxWHplf7wFTIY15M&#10;5r0pehD2i2LZJ7PiGEEH88i6jsrSUs8oqZP079IMcaPDxuLciPBaxSwNblrZm0iAbiS8wsLkEfzo&#10;Vu9+TsuQ7a7fhBcxZLPtB0h23UyUXYRjH8XX5BzkuydmEIRxmOpTizQK2Vi9jVoXfntmC80dMyAi&#10;vge7Ul8b9AF8HL0QQNSDj9PGkfPUPf4MRcfO0TaAvzff+Ql9jKTaO/C5Ozo1QacALFw4ewIJtTO0&#10;eOQEwEWAcaMzkiKrtwnYawDnnFd7BjlLriesKzGZ5/odzWasGhsAjF4ULiyH2gTTuIW1fseN0RzA&#10;xgjgWKv7GT0CM2v93lt08xMEbywh8GIVEtpWQoemD9Cp547QzOIFGp89hNdw9PmNT+mjy9foxudX&#10;aGXlgcjUji1M0gKkutMz0zjuRch0D9EIfrfXaAoziokHnDDuIL9L4F2adDaptXEffnsI4Ois0sLU&#10;PB088AwtHr5A03gfhxCC7Y2b1NsBMMhrENf20n8o+ylmsAX3Q6PeED++CIxGHv7U6yzHbUKtkoKt&#10;Tu2GGBTgdPTGrEicbQgsTE3uTfCHEilhZc/1FQJIKXSmQpvNa0RfGgINKtJMZZ/qG24Y2+cv7Ks1&#10;q6f+4D6vNTgz1Tn53lhWajGDuxaebewFYHTeXXtEn73/If3ul7+kJSTO8v708stn6eUvfpWOn4JE&#10;fH5RQAUTh+eZ1xk8Cxt4Zu7deRuS7tfgY3ebTs6fRBryd5BGO6vLBUCYR/Dz3kKwxv21W7S0jATd&#10;7RWaGzlIJ478ACqiORwjEpABMvaQFmsffErxzY9xv23CFQrv1FESSc+EUCph8evgrc5sVrDtIoCR&#10;I2deotqxi5DtniULxRGnuTIzaRL8WQbTE3yemBlKAA8am7Apgidf9+rvaPv9t4nubdIUA3vY621T&#10;+xD2z+S9OGaFMjIFcFtRcgwJ0c9+k8ZPXqIu0q49ADWf2ljxycZ9NM4AVlgfOZBSw14KvvOSBuzF&#10;H1OviwZuGdfLbLiYLaX+b2DWQnG1gx7rvQ8/oLcQiPLJlfcJvGP64tdfoW+++C0MYhfo+Jdeou8A&#10;QP/xD/+alpdX6ekD83R+HmsEBg/dtHfEmseAU01At25gSNt8bw0yTVbJKaMuxSSssulSH33GCsWy&#10;KrCteY1D782/EwXwR+tpDRr1Pa2rfJasmoT+Hq+M9UCSfPHc206iFSM+hwuBc3UA9m30pVEIzTFh&#10;n4yZ5Yb1iyW7jLBImBH+3qt5YXkar75xfL7reL0dlpTi9WtW2YVdti0I7+NCYNaOhBdZ8ZizlN5n&#10;6GbxbLBrS+IDF65HCnYHGzLDfveJhj7FOE72QeT7J+Y1hpl6sbLeOpC0+vGeKOP4t3pWgTU+Wb0A&#10;mEbca/P59wqQcm/AgGoX+E6caBAGD2GFye1T8LgX3FasBF1QCN7wIXg2kaCURKzQXEi2TUxupWZC&#10;jWldwLtMAD/D8WjKrrIx0zqYvRZ7qW0aMyC9kyAnZvMxI5JTeNv4nC3sD1iUwdidocMnD1MNnpE8&#10;eO569cQVBYlXnIrl0lvMBuTQLBzDKoY5D1e3BCicPHiIjp04QadPnqTZ+ekA9nnahWWXjw/7osmr&#10;E0pj+tJ8qw1DlvBGRXen6kTa7trAep87J/uyOQr5oeb0ueeQCTtPZqRZkOKmEywT0gl7SVfNNE0u&#10;oTB90VFmoBdLFAI4JHVYTDcL7Befy2t9COCoyudMX0NQ8FCyWoS6UBkKjTUksDFizxLTiCcjqZTE&#10;pIWhrzDFTIlx6QvyjpJLjcmZLZlJZ6AN6+UMHw4PK09mxNjY2nLj4pQOmydUany0DV+CdtdCUEiS&#10;A06DlIDpZ7ApKJSZeKfnJzeYVn+F4hDeFwMOye85AtQpCC+iUxPTIpveAP27EW/S4iL7qMzge5hY&#10;T41jkeuJPxWnd46M1EMjHYorNnHlwhEF81Y3kkXuAYoxj0LMA7gtAme+EtyQFv1EuTy5bNBd9J0y&#10;+wpVGOob9ATyiT5C7zDp4UDQzJfWj/7ib8Bh9omN9uIY7n906wcUkfTPMOnEP6Ym1zwRc9NXUpwL&#10;3lAhKbK6VveDUH7oJP3J0nV9AST2fbI/WbX8AAnnrsdlht4/LmXqyEBHIQHLMlMUlehWofqCH87U&#10;FjUA+IzCgNrxF4q1XieGVwro9FsxnTw+Qd/aGqcVeNm983mLrmAafgNMDJb5dtnjqOcyQE9Szq36&#10;5/TkeXUhZN4MsJYs78cZWzvsjd65PzA51Wf+OJFVxre1Nhj269rDlgwKpCWFusH0MSh8hbZTXJn8&#10;HuyzavZqX86NScE9HdQpUK2sQT5mZjSkxBMKjP4sYMso0BiF3+lwwm5NB3terouC2lxA8nCPPXGT&#10;XuGeLIRGGHGm7oUhhCnI2goXzAwPKbPWloOK/O8nyze+SnDze97/xXmQGXDtfMUKw1d/0VQuytBF&#10;rADiG1P5MWUYmEoKeaY4KNxbboA5owmgXn5ifWH6E2zI/RB+sPeV2JECA7dKHzS7s6erREBXsr4p&#10;ALqF652yIITJkeg6ocm9Wvvw/SiyK5Z1CSCbqIW4KXIpFXhmqa80a8yeYfQ8GJcnoQGVoTRbvHgX&#10;gMNeEHBoaiMFnyGmK7DsbmfjLr4eAOhaoqWrYM/cf0QxGG905yGtra9JKFGry55LnqbQLM7At2zh&#10;FICsE09Tc/40LBAm1Os41lF0DUb+bkeZdjEDrZD02VB/bRw4RcnR82SOPoWU3VG6CmDvw7/5tyJf&#10;Xb6NQAQ041++dBK+dOeoOXsUoNcxGhmfRoNaV3A0CfL07H6MM9BUaiqjT+c2BwN1WwKCskH8Do57&#10;eXsLtjNozpCsOwkAbg4spBaSfdc7N+BJ+Brdv/YGmIzwyXuwCemZoQWkpj7/1PM0uXASti0LAoLc&#10;hVTz1b//BV357ArduXUHwD/ki5MjdPb4Ak2Nj9H8wYM0jWOug1nVxHF31OAHxwbACRLpJNkACLSF&#10;MIU16qCpa8P3uYn17QgCQA4f+TodPn6ByUfUAsNya+0qQMBWGMYloXdhKW5dPMCZgFCrj4vPHv8b&#10;+8EZePmpX7ctSNhHRKIrgRyQ63oAo9xI6/qXFALzHpddNzxuzj9GgeMrRj2G9qg99lsJ+kSerhjg&#10;RrvtxOqihWvAUtZNDPdv37pKP/nJ39LN61dwLVp07thh+vM//Sakt8/SUdyfNQZoo+DN5WrSnLcB&#10;zm6u3qNbN1+jtfvv0DSSnc7AN3J89l+InJK9wMWva+MewECkRt8Daw7/HQF4OzZ1hmYPfVsYmAy8&#10;2aWHZO6C0Xn9LYrhLRdLSqsLAErAOBk8qTFwHYYjDKKALeqPXaDRU2B9wtcymuD7LJJ90oSMaX7i&#10;Ek5sZeBqk6XBmzTy2W8oef/vKL69JB7FDoAiUCDcP4pQ8S0gIAevq8xNmZui2gtfo/rZL1M0jzQr&#10;gGsybKhHOkBIgywyMNaVFHg54Jvr1Gz4WfX6tyrbxb3LaxdfI76nWf54d2mJ3nv/DXzBl+/tN8Sj&#10;T8k5Mb16/6/o3uef0L/6i/+OToDF+MVvfwMehU3auPMJPf3MM7LmcCIxD20i8e6NNMgirNPcr9sC&#10;q8+n7L7Qi9u4JsEUXWGK2ZCcToElloe9CZAURUFZp3YqXQB0DBry5+tC7cVrejcMfPmZZcYdr79d&#10;BsCckpYoBGkkwCkiKMeMpAlr6CbXPfweSZD9+tAPcxIsr+sdsV3phiGeDSpCl8lYuYbj77QBADKB&#10;SMBUYd+RMNQYjGMQjqW1MhABI03SfSVkAyyzdjd43amkV3p/TmQOHoxyvgqPXIeVcOGcCvsQtVob&#10;Kc7dFuMCiQRaNuAryMw7Pk9yTsMxMmBmA9Oc1SBsN8HnnwdTLuyhojQp+D+mKbw+JffI0C+oSkj9&#10;+XzwEzQly1wfskaV9Sf7sQuvxZZcToFavQbKBLQBqBVCFfZePvc+pO8mEsbR0VAOPmf4WEcPHqCJ&#10;I4s0MTsPdUlDsIcm9hw+h130CpsgC3SdDlUTDkLBmduBSvDOVptmTh6n40eP0vlz52l8YlyDsIIE&#10;Jt4NWfO7Lo+pn0xU8RupJAyWbdv77FCzuqlUqUf7kCq5EONuy93OIJ8mU6zCUk23KZTfYQLlivWc&#10;E3aVglRmIMnIFALdTSUNLhDStCBNKkzJEIUtvnkVo+cMrwr69OxUZuGNRiUUpQbb5mCeK0hhTcqy&#10;isLi4/J4aSkUbTBeTl/DZEnJuSeQyRbX3A4u/H4G9oXCFMUATxBF5hHXCqmOXhloHBsdJiKp36O8&#10;DSfKJKpFzxiA1XLAFJKQi4mm5PukUQLypYafhXtJ5CED78XdVZ4pe3kUD1yzOUobbDiNAo2nU2sb&#10;Lfw7jF+XMU2C3p7NNPmZYJReFmgJZwHrByllMl0DA2Q74SkGiReHwxTKIOHMU49yHNv3GaaXmA7G&#10;ZhL0QdwxP6xRp4He44OdSvyTpjHSULbfXoVhxiD2fp9Byn5fYULe7/GBKnqqf8YwX//xmX/odzB9&#10;IJ2v7A1miNR0d6ntk8h8yzLeLC6zxFL1A4C9Qkr1wNQLMzC1L5VeaKGZgn0sicEQCLNibnxMfUFY&#10;40nMDSKKs55S9C17WWMdHIO8c242QtEJRsgWJFrT4/QVgH6PwPL79acr9O5yjx7AZX4VRU2MvaaF&#10;dYAL5zY2dF6tmmjC6ihq28LMGMAI8r6Aq5iM/Zult/9BNZn9CwbvKzylVtY3CosoeEX3TLZu+mRY&#10;aMRgL8D9mRXkQJ+vgC0pq0vYgUYG4QKKRPUQVtKVLQfgQs54SC3yBNNINOAqA7hNGthF0sSJ2bRT&#10;qisXhD53+8j3yPR+4ymy1zrF7xIG9CSmVY9zfc3QMq88tfUDhgO+4g+rxHtfCaRwA55bQ33KXV+G&#10;bM1+dxbvKuueqQQyFSW+/fLc3P8wNXT3JdnPwHPsCsm5pXNtyj7TZm+JYi7hrZ7v4h1cTjHxaQpu&#10;qJe48UySXmnYouIUE1QPAWAOKZXaqNggJ1K010ldCwCp1xYIUL2kOY0R7Fv+t0iZb8anLCYdfG+1&#10;tRZmX6AeGlMHP6GN9Vu0BY+wNSTt7jxAyi1qIXfvEcC/TVrGsWxhHWR57jyOfxTAw9iJSRo9BjBk&#10;/hh5JA2KZK3HoRBNMExGJKBnFAwzNog3aHB6AB3uxfNUu/QimQtfoBEwmj69/Rb99H//PwAybtDS&#10;/Vt0ZnGMvvOVZ8F2WqDDJ6YA8p0DKDcmQQLMUuOGS5XeZR85fh6jKFeb9LAoSJOYRBK+4aJxrMk7&#10;tLLeojq88g4snsTxYB2GHHBl8xO6BZBveekyrd25RkufrdEsXvcYmrPzz/0JpLczOJc1WQOXIWG+&#10;fusj+tkvf47zBWAG5/UEGETTE6Ngh4/QAcisxmdnAFDCMw3hG+yNxw3/NgI2eskmRwqg4cXvMeCH&#10;PeERQjsYoDt56hRduPhN+PEdZltogJ4PxIjfuYc4p4lYxfAHt9iITNQQMCRm9h5YeUwEiGvjAuKx&#10;lJJ7XFsPZAEfqRIKAFdjZC4AhPUsgTLjt3rKB/r7mUJUifTDrDQGEUr8sImn2R3Ke0JLQF0TrAAE&#10;FvV8C/d7C/v41evv0O9+/TN67633qbO2CQbpDH3tu6/QC1//Hmx5DgTAAfBZ7EVy7QBkxxjmrUDB&#10;8/E7/54eLP2cDk8v0HOQ6zY5QZl7E78tPpgsg+fQjSUEutxe+ogmAMYennueJibOwjsWbDgwTbtg&#10;y9ZuXiZ792Nqrt2BsiCRvTYOexwzjSgE3XRkEEcije3NgqQApuHsl75L8eGnACjUqIMBVgv3okQw&#10;WlW7cU+yDaAmBujQeAS/v49/QVtX3qXo+mUywPANhmQxgluaeI6Y+Q4cU3pYCQfA63UWp2gUybqj&#10;T32Reot4zpvwH8OzyLL3RsQED1sWWhTICymYZ83uw2Pt6QK7q6UyVt6vVzfW6drVz+iHf/tX9OEH&#10;76LW2hYAhWsSxiYnEYgyClbhJIAjZurV4aM0gWFtfO4SmQWE6oR9Xuy7mKwSKzCZ2agUIYVgP2JD&#10;Tyx9t6RTUyD4RDIQkVtdBqFJJu1UgM/rdTI6aImD7xx7vTOYJSASBSlqYGbz+U56WkuoR52OEK0A&#10;kl0BkZLAyreBNSmttQs9tw9AaU9DIcSSgQF7ZgxLQIwvBbPJsx6yAgSs42AP8ZvT4QtJAIaR9FwG&#10;Fvne5wFGu8UedOqD1w14gwhAKJB6vM9qNPZ0lGwR/j8GCX1uOcbnUthu6Kn5fMpeZvU1xf+ZgTuv&#10;IB1/n1mfEn4SnmYXzjn7agqByyiByqQhpelgMNxwaYKuCzkNOlTzwbYnyux30prbC1tT90ZVq2po&#10;qgxCgpw6kfXSBTakEpqiXkjNdUnmg8ty6k6HgzkA2o43qTkzhb1uEs/PuNyH/Jm3N7fl+rLsmffN&#10;CKnRSa0uas0ente72J8vvvhFevqpczSGfWUKQN8G1gxmZ5owwImzSYsfksCWMoaMr4x4q0WLGex/&#10;EAIW+iSDPn1PXyqcfEjV2b0KrExEM3KXKTPw+iRtvsQ49EVDx4JqMG0kjdWUGQW3bGmibfqNC/Pz&#10;4lWHbnyQYBhfTm0LNGE26+xZm8mbisbRxtg+tpPPtO7KWCuCmTkQZ0Nqbs54sCGcxBdo8inL0gcg&#10;NEsbLm2cxc9rsqLapMWzdHEumwSSiJh9hYkwpFHzOrEQlJ/T3ZwPaeRKEzbOl8DiUmuQofO+MB0y&#10;5Q0hxKObIBEXyDJxhan5/isBbvx2cIwTY+NyfqchFeEHto2pdR3TBmZ28ALEQB9vMCN4SPlzsPRi&#10;bHSctjYhdem6sDDgtfDA12MrKZOu3S1fv0qwQJoTpE28Kch6Cqb+puyLuK+Isr2MAB+L2lc4994/&#10;JlhWYG9mCZr7awN9JZtkKH+tkvb4T2kbQ/8I0SaPI002u2aHmD6woJyqmcvH7e8BkZYGJQPN64ck&#10;zqZJ8D6XGQ9f+8tJniWzq2ryN1WB/kgYvam5fWQ4eRvNLafFugNSPNeibS32tI8EmwWNLg6s10QR&#10;jF+dHnc0Dcnn7HyM4p/lbw06uniQ/mgZDL/VLl1+0KNbge23uqPFQsz+RyyPhbeTiePQH5nCcMaX&#10;JE3FBN3cp/YPB11n75kysSmXG4p9K/67WYvzFSqs0UYmUHEhObaCr6bP58Bpg38CK6ZQYEqqp+7j&#10;rGrhrzb89VobzLTGFR3lwphNvE3BstBkt4aVfdoFX53AmkhCyeCC4S77TLgCeOlz4FVPlRpmm4LU&#10;vdzQmqFJsun+6Qeux/6xcoQKquc+Zn9ZpFoe1voSmc2U0mt9PvUcyEb3BV/EgU25GbwX9Df7vix9&#10;HsA8TqWDrvoaQ4OdfBlsNbtlE6fsYVv2kSsCtSXgz+/vbu1jXJdljaZAb3eFmjVtMPLBt8k8lJWh&#10;o3JyIw2QlUCAXqi32SQ8RmNoAwjdk3RZNBrbXKO0JIDMI6AhAutLajPc7OzhxMxBDuHYAjuptY6k&#10;160tWnmwRFuPAEiBAWThTddeAssPwMgyfmelp/f8qKR9RjR5aJKmwCaKF45SDamyFt6m4gPn6iJ5&#10;Z0P4EZaaMRsQTXkPrD9z/gvUPHmR1vCwfvDua/T2m+9AKnwVvmUb9NIzT9H5o88gxOI4HYRkqTmP&#10;r8lpNIyhegCg6WCpUgPAxWyLBJ/ZpyxjqVIjTRdmk/RE1Shc0zE7ZQvKjE18mcYMHTpzTKSGrZ1H&#10;yL74Dd1/8B5YfJ/Q8qc3wbzakc/2JXgBHjxxgSY5PKM5T5tosh6tr9O7b71OH338CZJxVyR049j0&#10;LPz9GjQ7NYawt3kah1x34tBpOMTAIqbOqZc89N5A87eFTncZYAZYfGDyeTSCzNRj6e2F88/De/Ac&#10;zc0fxzVu4JrcBhAL1hn837rw7BPZLYsDI00VjyJOywVDD4ARM9U4gTOOmwL8MdAndgdW7XRYQikg&#10;YDwqoCPLebkJ7imShL+H4cYTGXuavJDw+/3x3dBzk0tuye+9TxgausdX/5cE1kwbjfLa2n269umn&#10;cu99+N472LfXaBGSz2/82X9Cz7/8CnqCCQz7R/VwmPVNnGrKyc4AZpeuQa77FvwYP0YojaEvXfpT&#10;mpo+xcUBnseeXN+VjRVaa68jZfcurd29TCNgi5+dfRmekxdFVpugFugi5GV0ZYkisP3q8O0z28wI&#10;IkneZW6BRClGpIhfsKuIGcxemKLm+ZfJn0IgBu4zg/uvJd5zYNBi36slAIAth0P2JHTMA1AYXX2I&#10;0IoPINd9hzrX36CRzY5YUDB3o8dgZs3LEKA2YgTU7HKU7+IRqiFRevzCl+EBeJ7cKEyKRrDB9gDu&#10;RxqkIHJ5lhB7W7CEsBmJwxSSa3VYUd0XCjW8D2sS9mJety4j2Obtd96kd95/j27eQggNhxqEZFgG&#10;ag6AmPHSCxfpLJiXz156AevFcYpHAUwBPI1WcV4BhncQasO+bgyaNcGS2wEAy0ywmqTTAoThE+BT&#10;H/swAIziQnp56OODBYIyfAp7d1qbeQWbUq9yZgJywm46gBIlmjWhpo1kwMK+bfJ8MrjGQJ3PPWSF&#10;O2aNSmF5MJNoMAQryboAker4LMxSY2kvg41CXnIaMCaYpePppg/DSiPejC741BvxDyQBpoRXRbm3&#10;dBKSZGOW/QaJ8hZ84rwAWF1ll6d2arwrc8inpL/bDHRLMtKPD+/hBNzSIYJKZNvYmxrYI1gx0u50&#10;NeSDMctuQdUj9ZnKZEU1aJz46adWQrKGMYhqXaaOS6sQtmdwgdHI65wlV5LXWZOHz/qQ6Jte816S&#10;K2dkCBcwJgY/1Toj+AtK2BwPwBP5fQZZGfPgPY+DVnfw7yyJbgMjWJycwLM1Jns3MyR5I2dqAUvy&#10;DTz4eE33fG0ZOyKtR++trgpL98S5szQxPQ3cXRmATU7vLQwsY1/wYColGJqCoXRWVdp8sS52f8aW&#10;0xPDaVZ5TFTAjYqFXjExtuS2kstgChrOPGAjD3JwgW5aZnvkQ58ywVsvVppyy5t86u3ogoxBTSht&#10;oPeThkMkKVVXEXwunkQWIn4ivhyIoY9ZIXaeyok8aYBFWDCkfI1s0PEnhZ/3QicWXTrl51tCH1JA&#10;x2ppq4lFoRHkRz8AgT7QVE1g60mqjQjNccOYrp4mXlhcL6QLxQFA9FkseNqQRYVUHuttxmlUOr8P&#10;fgLaFJs0jTeg4i4UreztZ9NtWZiNXtOExOeumxW3PpUHGgUQqmb/mfm8TTf6AjhapIKHqW2alOx9&#10;KhH3+YQpnTKEYt6SKSkXCwN+oTKPAU1vjPHELhK6cANTu/nFeaRj7ch0pM73C+4NjuWWe4pp0Gw2&#10;2mEzXJ2cxkK17sjfjR+H98JOYEimDVIx3cmFvcWXPO3479bnWcQlU/YhxcxgD70CUD8k5MD8odzb&#10;9yklTX0r+0H6/oZ3f4dS5ieb3QTITyBL2Xd+W+UHf78AFb+PIzC7InpmF/lgDiD58jXxAwU3A4kt&#10;ecBE/8cc7D1XkXWWQL/B159M0WKi7BFWTg8psLhNHl6QPTlmOIM9BaOcHdEGUXy1kIDo2jI19fYe&#10;vpiNl0jRIeuZT42weSpYp/HJmppGY42vo4icOkjSNLXhUdVrwwtqqwYA0NDaJnxc8fXZnS7dedSl&#10;mxs9Wtrq0d1VFAOevT674nOi8tSusFd4zfXBFsEEI+WUcSES217BssKF72W2Bj7bp2UPMXkafUla&#10;HwrVFNDtBqNhLvTYWJhTz5g5xwOasXosxu82UoCNcb6Os/K7xhRY2OngwgTjZ1/EUAzlWGbV5zPd&#10;y02Ve5qDbWEPi+te+x+rn0d89fDfkzNdORZmO3U6UWAe+nyfMAW/PG+0qApypXRf1+G2J61RTYmo&#10;YtKdi0MGADrosMZpQR2b8lQnDaYyRcuG8jPgBwZTmYEkwf2EOlTzVk3BK2HQvDdN3E3969LnWhj7&#10;tuApV5XqZh/VlI22fJF/Z8r9exhgmQJjWF/Wlp91qoZthORnYwasTrmfc34/D9bXlixpTGa2N9A6&#10;og+qMzQkBdn3KT+yG8ZXrGAyeYnP7E8SadK8sDvkS9h9kRws1xpcW3UFge5J08M1MddstZC0Kq2n&#10;1GhWQCGxYOE0QNyb6/D5WttcQdO8JnYkU9NgcwG84HWDfezaaBg3IYXb3gS4hxTQ1fu3qQeQy0Ey&#10;t4M/ORxic3mFlu+u4eda9NCplxAfPzz7IVes05HTC3TkwiWaOHaJauNT8AwDQ86rELnB/nz4YpnS&#10;usF7HztPyfGnaAc/d/Pza/T+j/+Gbt14n9bvr2JgMk7nDi3SeSSGHsSgZHJuFk4Kh0RtQWInoJJ9&#10;ka8lViX6Vj0Zmamonve9YHfihE3BzRZbEjxc3xST82ZjAa95AOEeOAdgXT1Y/g3dA8jSevgRrV27&#10;CiYjQIAWAjcOHaKjL75As4unwerGEDhp0hZ81S6/+zsEbrwD0OEOGEQ4Bzi0I/MNmhxHmi6GxRPw&#10;EZyBZHd89gjOM8AcZh45ZsMA4Nt+BIbeCvzZtsXLdWtzGa9h6CQkzDNPnaDZAwgDgYy4i1CBpIvE&#10;0Bb+RDOcrkfsv4dfxNo7Iug+A3u1GgeajAiIF7Fcl4fgDPikPQjX/ahjo/qEsv9qTbm35J5xakNj&#10;guQyte0pssepGsVnho50d6mTTMUuJAfzhg9BKkqqQfWt9wO9qkPujPaBnLTH5yM892zovwkp+e2l&#10;z+md116l1179JZiqy7QwM05/9NXn6bmXXhJfxEk01bpR6Atx4mcL91MXfnxL19+jh3deR91/jxbg&#10;vfjiha+BqbOIvRIyRAcG3yOkVHcQ5rJ6i+7c/1yOc3rkAD118E+wZ87hvKPPQ+hG9OAO0cPrVL/z&#10;MQA+gFHMluf5ktPzxYQjCQSshZApyGodpPL2xHGaQDq1Of1VimYPkwHw1jXq9RVzWnKkCbM9y75m&#10;qFvW4Ol49wa1Idc1H/+G3OoKxMNOQz3qQbvHasrU7goAvpsCQH3sNI1c+AbFABPtFI67OUKpMyT3&#10;rxzII/uvV4AwZdMWw7D6CEIMovTU994GFp+ku3ZV+uoBkmyjp7qHhOu33nmH3nzzN/TJJ5fxrGwJ&#10;Qy7qhX4dINoBMKRefOkF+vLLL9ApDA6mpgB+IqCjgeeudec6ta5ewTPjBDiqGfUo7VmtoWocXFbw&#10;PzYmDwkXD0tJnKip8iMwvEzwInQBvEvtEWzBV5aHfzZS+YN49TH7jnvEXk91I9xrB6ZYN1g2mKAw&#10;YQafD//mgu8cM63BHFE2IL8v5wFIQoqGHQk46DQMQqximLnIa3/YZuQ1e93ATIOPc0/l+TUexlgT&#10;pL0K7tXEh1BTbBnoiowmCG9sM+vYCVNP5N/M6utqsAnvWzuscsO54mRjljjHOC5Nsi6Ejaa2FewB&#10;LTiEFZLUDtbBcWH+OUkvpqayjNnnnhWEkhRuopCc65S9zhJofL8W8ftE2bMv55txI2s0cdel6cVZ&#10;lCuGRS6zWbOU+boELCOvgcW2pkB3UBseKkjN8xBYSdqVFBSVjQjI11H/W2ZythDEsw4Jbhdr8Sj2&#10;XzOOtD8wT3d4vWaAr1GThz0JazcDykwUGwUwur6JfRFp8+MYoI1OgmTEzGy2BXD6ea2ta2pNMK4o&#10;FzPeV7wQBsaalQGBzM+pbMTuheoZlQ3yi8FMRVqOL/uUZMCXCUaYaSAIlSngWaJYPtct0FGDvj8F&#10;mbzPaJsp6Cb01XDBg0NTZqCvARwmaLiNmCqKl0hhjO9TXYtPIcHUgL9apLvsc9sMIgyLp9NFQEJ/&#10;bMgnKXwaHzof3gQS5zMfpLRwEZBNzkcvMyr3KXNSjq+n3oFyUnkp3tDiN00Eko08eCh4l7MY0vgP&#10;icpWhF7Qd5lg5LJeQdO5kOR4beM0mjs8HGlhn8nuyAemg56RmqQkJoWZf8Hg3ytbMJd3psnP+rpp&#10;wWEDTTdjMcqpDROS1FTTq3eNEhdc5sNoSanwNgNlK0nCga7N3ggTWGgiLKxsxL+FBY7NQjc325ie&#10;1JV+zVR4LGQdTMH5ueaHfLSupuwjSDZrNLCAs78Eb7qJEfN6XlxrhdRoX2D0+eJ5y2TPXhbEnFJc&#10;WHIGenqZfWBKaZCL2R9vbEBox5Pyh7LPWzRnLMhqH4+Z5PclCfVUZeiaMuD3e0ZSZuvRwNfwQ8+j&#10;34dsub+w9XuTSPwAxkkFhRuajxuGO85X0yupT2rvq4bZBTbKvph6Q76Xgd3V9/SF5t75Phlc6XOn&#10;QFgW4lBENvxQVDTjpIu7O5oCNsPFmhGJaS9zKHq6foefdEnusyaST26+JFSI10a2AZgWBMwRfHfG&#10;UQSh8BpDTzWNUI9um2URMT1/to7mukH31g1tPQTjb22cbj1s0Qf3tmkJAR+rnESJaXSCopjZOOzz&#10;EaPBY7tnxz4seE0uqnmoYLgIipVxzRNe3o9r3lbMNbzS4EyY8HotVHvZMMlmPisyiApmxlzwTaKB&#10;bYPF0pyZlGn7AXy2cZ761zQMQ0Zf7AnkfLbfmSxooCjnKZx9lwsJcosGtZ0gKbhsBjaRM9X0nYxR&#10;KB69Nk+XiUwu89TkXK1dBLDzpgSG+QASOj/gfqriYRnQ7MsqBn4PSJy1Bkqn6iabLJOlbNrvUoaf&#10;3NPDffp2T0L3pfAfX5hQu0GJmD6PczXFsI3+TJzs3YQTVZC2pnI+rR8q9V9Rv1ueJleIfqZQe5YD&#10;PHOblOLAKD0vtkCnrIBvhX/PwMp0uOfK/oKmCqam60Va1fr+gYOpoqHG9Be5pbW+GMzkS2Ecxe+b&#10;EmOvcN6dNjysFuC6QvzX5f7SNL4uZP4MKEdS89Sk/ul2jfgpibKEm0P2Hoa3Hac4si/U1tYGDL3v&#10;Y9BwX4YXRxFmMQppJ6PbrV5HPsUm5KSr928CzAPzaOU+tQDscSiNAXtpGwEFKxvb+P0tWkYdxIoF&#10;Ziw1eK3DpZnC/zt14jAdPX+RRg4cRwonmEVYmxpsmG7VSTAGpW0dH3QZSZmjx09Q78ARevDwJn3w&#10;y7+kW1c+gc0JewOu0ddfQrM+M0YLYFUdBpuviSRfx4bugfQpSZm1FHhJa3xtAPlYRqUuc2J03m63&#10;BMEYrU3BIw2ef9vIH60fpbPHDiIpt4nPAtBt4yq1Vt+gW5d/Spv3kby71MJxdOgQpIqnzj9DC8ef&#10;pXY0SdsMngLEuQtA5vW33kQowDsADhIAkyM0N4XAC4Cdk/DgWzh0iiYPLIJ9OANUDo0cXzeEtnkO&#10;PoH/X3sHYRv4nG0wuzuQrlkAMjMzc2AifZUOQ3rZGI1kwLMF6XSHAzoQwGHYH9arPE2CDbgJjJXV&#10;Y2FIz758Nfi88XPCfmKspEkt0Z3INhsi5Y0BbEp8qilaIhSnAi5fiwvKqN1Vtn7IkHhArbVLKecp&#10;r+HJV1PsqwqiAWxmX/YKFKIGs05ZdsosRU78xDe3cV/WcU/eWbpPP/3Z39Hrr/6aHt57CP+sSfrz&#10;73yJXv7yV+nouReJ0yia8JZsA3yrQ2qXgJ3X430b+/x9BGl8/Pa/pdbKFXoKCdBHLvyn8GBEyAr2&#10;AGbGcmjKfQB9d1aXwRAFS3D9Bh1bfJ6Ozj2He3hOQHiWB9fWENpy83V4890iAzAdN4qwcxmxj5oB&#10;COuKQxj1IKut80OA+6MGhitdfIVqz3wLgPUCwl34mnb1mjMoxQEaSVNey4A9OgZA34F92P3tj8jf&#10;+JBGAU4mIfyA652ISRg7OFdQJ3RH+T1xCAgnNGefptqJZwTki9hL0yjziOuERjocLRBGImNKFiNl&#10;/2Xqq0Nr8NlkqIXZdQwyjYD5yuDbxnobATlEVz7+mH747/8dfQBfvo4w0ZQ93+KwLCZdSI0Q09mL&#10;z9Ir3/4LOnf8MFKOObRmBb1bh1auX0d40B0QZzrBgiOw0JwCRJJiG5hADOJYE1J3Qx/MQTbiYcfX&#10;A/8toGBg+fkAcImWjpmZASxTmUEaVql7nibXJkE+CuAVP9/mz8wYa7Mp9UIcbBQkJKO9Iww5Ezzu&#10;JOgT/WgEj8guM5R5jWf/PjDYOBBSdsQokrpMgiFEBpxoanZcl2NEBqxA+8wES0LClICe/H4Y6AiI&#10;KZYINQG42giNEe0Gp9F29P2IWdBJSAj2ygLkRFkOgpIgJ3HwCnGaggkFdqRN6w8Nj/IhJEpL0JCQ&#10;y3Umn3sGAZl9DRDR1kL4nFcvXitD7+D3ZzVgQ3IX+Plwmsgraj8f9AsBHIyC3ZfP6hMNbJJ7IVEG&#10;vXz+MEz3oWeQVTBNtya9vnrc2q8nYfDOtRyzTCWIw+g1ZDuJDl8jBlV7nBjdFesI9udbOHmUDkGG&#10;6wDu1eGR6rjO5r2spsGezMRmewUO/mwyCxt+fhuovW13GkFy6unXw/7uOEDVMpO7LucilWjHfhf3&#10;lNxnZDdjM5+RNQdzd3yfV0v+d5P1YikTJGXq+dLks5CulCbcFP2JBjXpPmejeNOfHMppUqVUR2H6&#10;mQxUMoEtJoa1AqaF6VY6w/Y+MBhTo1HdeG06PQoR1BlIFeTCRd8XEwC4DOgJIycbPPiyibBJEcA0&#10;HUZ3sjRxOE3AE7Z9X+ppfiOnjAoFylz2maqMnex71Yacb2gbwEXWyYfprKm8zyBwRR8UH/xnQqgI&#10;J9+k0erOZSwAoRg7GiqvKZNEc5qtgHvWhISmcP1sXqC4tMC2Cia6jFList7HD3GZ5M1MNjSMat0q&#10;m07XZYqR+hwyYy+uWUHSeeH0Mt2qixSiDmPaNnvBkPpBdHwDXiuQk+GB7+BhZrpt4jq7Tj7947sg&#10;k/mPRbBaoFUPAtrMP7CPnh8gd93Nj3B/ChTzD3aefi+X/ieUdZoh56TP/P8P+nHNEE8dqvBZ9zCQ&#10;HAiO+CH9iBkiNU+nfMrsNoEeH7ywAa5xIx4peTrzEQ0MYkk550UHDXQNBRsnrMPsnRtOnsrH+H48&#10;0lGgjj1eZrmw7tBiCwUQGtGHLRjFt5v0p+vTGC54Wlrp0Y0VwIX47weQ2dwF4295uy0TQg5y4zIv&#10;ZikKjNx7sTYHnCgeCcPOBj9YBbKSkBgm66RzGbjK6yjLAUQKk6X7RiG5Phi4x+oVZkfRNGLzQfgw&#10;wWKexhrMYE4kWZfvi5gHKiKD9hlzSddlp/533PaHOZkYeAvoZaWY9lGB+R/ApcQVgD1bTuXOt38v&#10;LH2psYsqhHRW5PMwDeeKGNT+GbfGDMi3CEMkYbqTBiZoUWhzFvlAVW4VJDJ7Dlr6/fVMxVPYlIC/&#10;zFvYpJ41brd0ttKsoMRCKz6fA3W31Oc9R97vsR8NQjXNMH75LkYEgx98X0wGNbstF4O8pH0fsKGW&#10;I8V5gS8DmmY/KR05Q7X4q0XPTWkieol4I3VFBhQkVaJQACuAGcbwBuN1g5vQUTACpLZlIAy+YRxB&#10;K1Vtb1v8mbrwgVsBi22LJYQPbtHqI4QAoP6Zm5tDMzAKo3j2aurQ6vY9NIlg8z1comWw1FoPVyDf&#10;3aH26qYCVAAC2ltdeGVBtov0xRaOpQngZArPHAI64YdVowMLc7SIhnvmxHmKJqfgEYb1AkwF0dBz&#10;g8lJiVgzpp8FiDIW082b1+mN//P/os+vfQZQa5VOHl6kC0+dhbS4gXRTpMzOTwA8mRaWiCQGB4YD&#10;hedMhr7MK2IkNFKZMjdqbH6/g8aez0lXvKRiOZ+fLt9C2uMxOnbmDF4Lkk348620L4NJ+GPauvsB&#10;uYdr9PBGS9ahQ/DVO/Pcl2hs4TTqNpLPwoyYJZybN97+IV3+7DPUwz14skY0jvVwDNdhbKoJue4U&#10;0nWPQmZ8nJjm15LhBK4XmvEEKboJpG8dDI5bSAHdgTSaa8F5nLcLT3+Z5g6eB/CB1dNt0OYjeEKD&#10;hZkkW5JUnPqWSRgSm7CzRFeYeRy8UZc9hlPSI0hy1UkpEQN6bhiZbc4MPpHqAuSTeyXzs/4H/p/3&#10;uwRqlEMhq7L2QYPI3QQSvq+vIQ0ZSFOmxVrCgN3apatgbf7ut6/TJ0iaXQO4PTs9Si9/51n6+re+&#10;R4cQftKEx6TYDjF4AsChBtZkZ/OB1PW3br1Nt6/+PXz17tFBhMOcfOa/ByAIIBDXcrvzEM/RBp65&#10;bTwrDwCYg0G3sUSLDbA7j/1Lak6cAMiCa4e9O753jUbhx+cefQ5W3xpwukTIH4kolbyGfoCJzqCM&#10;7JMMro0D8Dlxhgjswfqx56gxf0TYTz4w1JiUkTA8I5yPjoBFtdYW9a5+RNufvo2gjw8RqPO5MIKS&#10;HnasmuSeagAL/jvGvdxhUGkcr4nXjk8C4Dv3FYSSzUPuPy7hk+IFFuyo8jBMo+c4A2vNvuPzGNTm&#10;0Bi+j1sIHuA65tHKGr33ztv0xhu/hTT+Y7qL4QPvX8wgrAvDDo88gE/gToxPwlcQQApeZwW1VQfH&#10;ttPdFFB04w7A8nv4vAxSWQWWmGjHbDj2Ck2EGKPBmWk4gwmeglE69AyeH+IRx0mxcU2ZcenazeSh&#10;4AsnLD4G80iZiirldFn96hL9bwb1WmAnMnjIDLourAB43W4HXIJrwyRcP2G0gc0cAQR1kZJa+H6w&#10;nGCL3+N1KWUcMkFIAlgCKYcHwHyM9UgpJvw89FzKLvIhcTgMOSVEJJJjYqCPZbsMMjDQyGBXZ6er&#10;wxTBQIJHnVPyjAtFlZCSEq8gYIAbHIORXA/VTOavHwVQsycAX09D6nD/tWWgrSqW2HFdzNJXJ8+i&#10;jxSPYTAtCj57PNxKnA+1l5X6sLgYyBpAgY2ZJioXJm4yCMisRxSzSK+Z+g0GGXDAbhIJ4wiqUHKZ&#10;tNenXokhrIVJYh3H0nMjRDsmztMo0tcXZjEEOoB9YppGsEf2ULfzOt3m8yAMzZp4rnICOq85cn+A&#10;tdrAF5+jBoDAewDBWWW4ASVQNAbfzGYkPtSsHhLfvzCdjQdoXjMAxe7S4ZZ8ZEzGbx1SRRWmr8ZU&#10;PLb6PReUeBG0mhqnFuK4TYEeWUhHoXIacJ/oy5cn0YobRsEw06vJgekVWAI6LZNCwqosixlxxXQ2&#10;n7EZ4wCa5R9X0tFCoS03hQkKdq9AGQWzSJFOUS4ZculDF2S1uZGkyaQzmvxnpdDRiYDL2AeMWPvU&#10;hDLl9ltfSECmkKprgvbcZzLf1FeoCtxmYGKYgCuaHuu1dhqZnfsdRgXZXSprtiU4RZlyIkAWTwqW&#10;cMi6kgJ2qXRczpkJiP0AkML3NxkmZY6Y1LOv4EOYPrtC8zXCtrN6IILA62THBrZj5T5naS6erFls&#10;ouMjo5DaIdocvjZ8zppg6+3AvJeNeKHyRVO+I9eohmKLZRC81TYBBHQbWpCN4gG8dPwktWo9evYr&#10;P6DpUxdRxOfTSd8XsWGykJTHCzzz5e73n0HshB8WoDGs8/JFVzjzZL51e5lA94HIZjh45x/fw3BY&#10;GrLfR9s6jMnjHwfcy4YTw+6RJ4LhCus59b32P8yN43cHaGm3cF1fhr69HwrqDbxVpKOIxAspHfbo&#10;ACeAEU6BvaAvKKWpy90tUg5lXYv5M7ZyY7ZpJEIDz4UAF17wUGLmn0isYO6e2B0a5wIWjIBZtyVG&#10;9h1h06EUBwuwtxMJE3Bnq0EcxLm+bSCn8JL4e3clge+foSVs/isdLwXTOqRJ2zBO3kFBu97SlDLe&#10;o9qJBkGxd51L1HKD5TLG5Cl5tuDTmqY18h/j7AmFX5gcqdG5sTpdhMxuYYp1P3zgaDFqHFSCoqzb&#10;0HWXCxAXFSLpdetVh5DAcBOQLkgj8OcOPufYWCLHx4orMZOPTL+cOyvmUmsJI9dHwb6Q1p5QVjek&#10;4Vfpfus9FXyLC2nnacHqwzNU3XdMPizNZmlZvSFZcbIvclHNBWgUBnbaq1dDvar/f5DcrSK/77Ob&#10;NEMB+arHclFVMYhfW5TC+rRG9LkliQm10VD2tTcDKLKDnm2XMzy8qeyA5jEwCDN47TRmEI99oMyw&#10;fGrLqQK+Ati5dDhZCZzJ1AdFb8JUuty3jxQ8ozOAT5sLn7L52N/HJWH/8GIh0t5exfMMc3+w9LhZ&#10;mxkbk1ALBnhExhkCZXq9tjwDzNJoQ/a5vL5MS0tXRErYgan9KFgEo1MAiFj6hNdr4Wd2dlbBrrsD&#10;Jts6Pbr/gB7cWaad1W0wmCAbg9yIm692N/g0s5TdWGF7TAIwmG9YOrIwTnMnj9Dc0bM0CwZQcxoe&#10;Xni+2TyGrWjYRqYGIMwCMGCJ8N/+3V/SXaRkPlrZpMWJo/SVp8/Ds2yWRmbH0QRN0tj0DNg9ACM5&#10;LKIWC7sxiqMMD0qTiVMlQNEgnVktcu3AYttGI7yBdXFty9EUknJPXJgCGxEeqQ8/pHv3f0479z+m&#10;taU7tHYT6bsbXQB2Y3TxNHt8nQLYcQCgATzysM6vA+R544036aOPPpPzNQH/r8Ozdfw5juOGlAq/&#10;NwOG4sgMvuA/2EAD1hEPwU0QKB8hTRHhG2BWOoSMtFaVyTMOv8GLL30d7Epm8cF3qQa54haAojV8&#10;H9JQZiwxS4SxgwhsSMsgLqwluEeJ4OVXB4tLmD74b/YB0+YtVpBPGC8AAhvsxzeuACB+P2XDeJ/q&#10;jfYurfwe3OLHD90aIvf1uz3ifqDt57Bjy2JwvAI0LOvmQfvnd+7QRx8itfXdV+nau5+itrfwgJyn&#10;/+pf/Td06MRFmjtwTPpEAWw4yIBZsdhsWaK4vHyTbt98kx7efpemwfR75viLkOB9Szy1+F1bYN49&#10;fPA5beP+uL2+JCAfx2EcGD9HZ0//Ea4/D6J2aAzsWLp9jZKlT5Gse5caHH6zo56b0kcGmbDt+uAj&#10;iz4V+vjowBzVn/kmNc5+kczcccwOpzR8h6WXZEOfpex1DgqrcSgPgK4uGHw7N96mxs0rFLF0nGX0&#10;sSrcmBHKHrR8bzGI1AXYFk2gJjnzHBHeK5o5gecAAB+DyZrZIB6ZXadgEw8NfIlZGXrRrM8P6rA9&#10;ityMxONUrvrpR5fp7376E/r1669D7ripiaxGbaNGAY6cBHPvqXNnaKQxSR+9+y7duHmbNvE2l997&#10;FwDrCq1/7zv09adfpgbsCmp4Bkf4OC2ny8bCTBOVQpq4GzotYbBz/+/z9Vm82Fjiy/LKwNazjNyI&#10;tNLmNl3B+yn1NRYfvpTMxP12R5PQHRc0Ij9NRNY5ggZS2HIM6OF7kai4VDLLnnz83rz+cfHFVgs9&#10;Ifg4YdXxmsi7A/eYO/A05T2Dhz9JAGFZzsvHxMxvBkRbHVWAKGaQyLXqiX+pBnywl50AcHwfMAM0&#10;6eqSwpsJg19dTd7l+4bfma0I+Gck8kWSofWZ6wYmn88MTqwKIUPdp1Jmtb8hH2TQjCn01F6BhxBs&#10;FRNx/YvXYUUrD72EQsppucLg68g+xEnDHCDCe4Pma2ihlwQ5NhePqaJQwNnUOi3dg4P0NVOUehdY&#10;lUmGkaS3asInPSTVq7JHvfg0vCQf1mk4llYSIxMTYqkAah5YwXiOxifEr5U9VHlhbzOwzwArnsMm&#10;AD7uBdhnlYG+emNUgpIM/x0gaCNmhSGCdrbv08fXH9CB2vO0gbWdwzlmj83RFCdV9zhQC8z7R93A&#10;7Cta7z1OElwxECBj1z2Oz5QvGbxrg1T0qLHZZNeH1BRXlDiEYkhAOxpE7zYVv5rKxDbEIaf67Czh&#10;0OeG1Sbo0/liRSnrj2Vb6QIQBLkk0l5XTuwxOTuwuOmk6UMq+w2TglCYsIFkJhsJUog0Q8SGuGd9&#10;OZOl4qWeefKaAnDFIuflgtC5VNaRSiJNRl/jgtIKaFf13ygw+yrFqwkyUh9eK/c/KfgODSpmC1Ic&#10;/dQknlYKhNrALLFlhqBxGVQ4sPmubA7GmgHyRl9uyozNAMVM3qvBSaG5suqunzYz4RVEb4/7bAoU&#10;9kk8sBGa855LDditAHubmy08hHhAecESGjGeaTysYlrPIR3w/bBYsL78/CV66uWX6LmXv0Dd2qx4&#10;cdVMh5ICLu6fgMvXlxdD/5EFURgzxNvc7x8Z++f2P+9/P5+/3xd03GMVf9J7pOSm8I+AIWdMamP6&#10;0tAHA6umL8DA0CDpkdlfk5Iy2yiknpMOIlwYSMiE1KfMc5NLGMPJMUHaKXNIsHp5jbF2W74dgYFi&#10;OcGcJSUhebODSqYGp5IG1pktMACtXZSi3MLIu+lgoj8LaUCbmw7sG2jiaizP67DVAJgEAO92WGbH&#10;NVkLRr5Yc1ptmCdvgUnc5mEEmhCk+G1BHrcKP8CHkKZxYtcmir9Ox0ux5FK6W6IetfVIk87i4CXL&#10;gN8o2MqHx5FuNx7TGCaJUzOWxiew1uFzzi4ksuaZGBxDNEg9L+63kICgoGlxepwV8K4xApZBw2fr&#10;sI0DuGgpY4zH4kMbCvHA8iuCTOp3SyHtNnj5ku2zP5MC09sSIOcrjoCmCPxRKi/1uzyP1SfIFEK+&#10;0nmXpnwmYM9okm+ioKI3TxC/U/DXK6ZP+/2Fq5RCHbzrs3jwhfu9xDyrUCd9JZjCZwEf1Zh3U5Lh&#10;D326ffFX8xRpX2j8rfF75kj1eYMWguP2HMa4KjnSF3zDfJk0GQYcfshCnoGhBWpjhmVW1TKF2kvZ&#10;AwHgS5TFx6wIucc5rbDXEaNxtglZB2jHgRn8HE1MsQ8VADtINjmQgWtA8VzrMEDeFl+yRwAeVlfu&#10;0MrKLXpw93Pclm00xyMIGJjE810XU/W796/Bvw8sMmbSwKi/hxTRB3c36cFtyE13uio9c148O7mx&#10;iZiBIcMKKxLICYD+hw/P0aGL52n+IFJmZw4iFGCayYXCNuGGuj5eo7HFA7SFJuRXP/l3dOOTD+nB&#10;rbuQvDbp2OFJOn/uGBhxdTp6/BSao4PapLDkDAwGJk3UpCbvZX5KUWBoMEAhzTgkk9kDyLInNEQ8&#10;4Lj5aFU8BS994Ts0i9do70B6DKnu/VUkd17/BT34lP0I0VhubNHizDSO4xxNLFxEmMhp2gArqIZz&#10;2kaN9+57b9GvXn8VC2kXw5oGHZiPaG5mgpoj4/Bxm4AfH1J70XRNLc7imOsCNhqR10E6vf4QAB5S&#10;c/HV3m7JeZ+B19IxhHscP/0cTc3Pi3ffzuZ9+MRtaIq4X8c+oBI9K4zImoB7zO6IIdNl+ZsAfKhB&#10;+b9lUGIVKWKAz0Z1ISpENch168r6VIkzSRNMqRom2ecq5P8wdZin4bWDr0zsfCVfO5vY7PFM+8Jc&#10;xIUGdRtg2gaYfO+//xb98K//hi5//BEtwGvumReP0/e+9X34QX4BYC1ko/i3pLsh4KgJASadDqdi&#10;siffm/Txh/8bzaJJf+HZb4HtiYRb7HzsJ8fssJ2dDeytNyDXfURXb1+hMduiI5MvgfX5DJ5RpE3j&#10;Oa5BnhvfvUIerxUj0brJgA/7+Dq1cYjYDoTlsU6DMBhjEaXekVkk636DGk9/jRonTsm+EuPZYE8+&#10;vkdVJeUlAFBIG/i8Mdi7nZufUuutH1Ht9qc4HigFsO922U9Ygh2aSOdl8BfPOfu/1fC+2NuT81+l&#10;kYtfps78BZqYbEpQAJsOJS5gyS6wCxmg4O951+ePmLHJ/S63SuXacWCGCym2/K1pWISchDf6e7jn&#10;t0QXXKMRHO/c7BRk7mfpW9/9Li0i5bsNa4Hnnn2G/sP//f/Qu9eXMPDEcOPTW/Qe/Yi+tsDhihOc&#10;O56bbeH1Y6dBGy4jfgRcISThlpneANMAJHHYBferGt7RkfVJ2fyqgvDBKkqScVPGWpJkQ1S1F+gJ&#10;UYaTWMUjD59nEwnCzVpD5Lbsh8xrhPhBWfWBi8BwjhHeILGYDHJ1OurfLINRrY95KMDx3LxXGBky&#10;R8KWE+k3E2s6LgxytS5hMJXPNYN80ubGyh7j06Kpvdr3x+Jn2ZMASk30dcKO5oPj/pn9+bj3FSyw&#10;q4xFDkdzIdRE9jZDuRTahjoutcryOnRmNh/jEkl6lYwOlmOb4yjC4OvZ3Bgt9eAL7EoXptGirgzh&#10;HyYcgwR8hIIwsrlNm9SNfM1M2J8Z4GN/PQb5DWXMvrQe7AWQMgMJKbe/S+8V3psSDL/GAOpNT0/C&#10;IoJxA9TSYxyANYKRv1XLBSy+LtYEuQYsFZrYx03k5L5ioI9Z2OwzycnXUb0mIG6d7z/895GTF+jo&#10;VaR4//Zdap8/T9NfnaKunCNDd2/tIDn8HTDlP6avfuHfBH5vlQVRtTAZIHOzBX+VsprDl9ldvmr8&#10;YspSKirISwqltzWFSaiw2MpWEgEyKgBJOdhjqvLfkNAapUaboSBTr7aCcXjqlMYPLQNRQnUNr+/V&#10;hDwt1mxo9BylUtYwJUslPCmaLfKtGnlT9dBSipsLDEMGq+ux+t3FYb/Wz93N0mvEsNSGVDjWnXPa&#10;o/PZy0VC0Y8DHVcjpKPMwNpm5u1O2GuJouzGZkbUyhbUGziKTCiytanN2JQp6s3Mw8AutIEFosxO&#10;U0DxKUvn1WsUhfsrUGL5F3HjMjBpTcFw35j8QQpFQW687fu83NJWOnPdzRy0coAkl2bnv6Fa+0Ds&#10;FM8qUqlDwU+Kf6FRr8viyZ59f/Hnf06fwWD5zr374XwyYo9CCgc5jYe4jc+S1LepwabRaPRuP3pE&#10;Szeuk19/RP/1n0EScOk5TAAXsLnOwXemKQt30nVyH+ayrLBRG1PxSfNVcVWf8MuYwWEb9GTZabsD&#10;WMbsAmyZgUEZw5u1PBWxD4QaSmcze8JoZl/MO/9kTL0qo3gXxuDQox12Do3pM5mmXViHg9+7/537&#10;ADK/mydrYUhS3iJo90gLXwElHlN+bkzZsy8z2a8gjUNeu3rveG/o8bJdy4MEkelm3q887a1rGEB6&#10;CBEFLzYSI2qVplY8+J0JPqJt9YJjsQyfWw77sT7zeOPdpM7MOA/JFrbtmvjxQXZmA5uDGR4EFk99&#10;FgXAhPhzYX4n/kOwVwZzeINGfVdBNm4QAQoK0OVM+GLZgw2edSg+wLrz6sWPKaAy4UxgIonJvTOa&#10;8scDKdIiTSS4bGgds+8ViVyWk4kt/ITq2Dfq006Omf9dJLex1hRxQ9NvVc+BPbbOgxKVbeTn2mQD&#10;Lv57s+mCP5/JvPR8z5eaQgXPUrZeLl1NXyurRkwxaM2UQKhQ6+fPSJ/gwZdBL8EXTYlwV/TvE6kl&#10;79FgDiXBm0etO3xm2G2KYWSBnVRc1W0labZoAUKV8Ii9hiPWpIoIn9llZMO5AihlrClNLLMhsC14&#10;JFO/pLfPhy8D+cxjjDfKXqemz2e0yJw05ZTxgQnvdkCqY16Slr5n+yWGxaXGV9GJMDc1u6yFJTDZ&#10;FPzHTEFKziEI3oXkxeD5w41uNwXXEpFvdcTIexNDxUeQfK4JgMdF/whAvqnRBbBfxwXoi0PN2gP7&#10;aAfg1Dbkuusb92jpzie0tnqHujD0nrAApybn8TzWxYuJXa/uIxDgEeSkK2DOrEOW+wiBGDsPd6j1&#10;CMMAlmtBsRCjvmRGhz5DzBypixn/GOgWB+em6BjSPxdOn6WFY2cAIsKbbqwpISAgINP4GEC+6TF6&#10;uHyHfv7jn9PVy5/R0s17YMM16YsvnKazZy+AFTcjSbMWbB3DbDVmKeGz25AcyU2oOHYy+MdsGqdh&#10;Bayg4NqeWTFGfEmVRbgBWezDtR0wZpCqe+h58sdjWgcTcmMNoObym9S6/VtauXGb1m5D1rwB6TG8&#10;r86dvkgHjr0odi0E5hxLGttbHXrrtbcRCPAahiZr+Gw1moF338LMCFh7BvLikzQ2e5JGUM9xbce+&#10;hIlh0A6Juni/na07SFVFCAJA1PXNG2yURTOTC3Ti5NN08uwLNIpEV77mq/c+U/Yfe626toYB8jnH&#10;uh8LqMOy7LqCnzHLHMe0r2E/PmaCsKy51gvrqybxxs0Jkesyk0/EbcIySfIQPqfWFP3xM3vUTt4P&#10;rcMG20KZPm2/L6m6TDlKzeTBioOYX5TaHpm84eZniP0rGdRg+8ZOz0lwhjBuEvZ8W6Nf/PIX9Npv&#10;fo2AhyUJh3nlhUv0xS8+Sy996esIfDmg4Cc/P2BeYnwlfuebGyyhXqUrH/2EHt59AyzYHr3w9A9o&#10;4eBZuRac5tztruB+26FVyHaXlq/SBoB1C0D5zORBJGx+E2DwMbA6Ad7AH9OCYVd7cBWy3avoCzYD&#10;zcmEEaIRf7MOesEYKAqz4w0Gan52jmrHnqb40h9TDYb8PQC9DIxEzKD3qujywcdMJI2QBRuAfO7y&#10;76h7/QPyDz+nGsAkA5CBWUkgjmJgB/k23zv4wE0mmuA1Hd4nOXKWouOXkJ79PDnIAEcEZFPbJgYR&#10;e8YXena+27p5MmpRzGeoQOBIFWvqly+KOQ7iCOtVJ1HJMve+LEXlQoM9x1hRVT91CizbUQC1Xfrl&#10;b34lEv1Ll87Rsy9+EevG0zQ9d0T6Lb4deAj5/f/yX9PID39Ev3nzbSHQ/NmXIL+XgJI1Vbbx2FIZ&#10;MuqxjjUmcVbCHDL8iGzm5VduVNQXkNdnBp3YPo4ZbQY1YVorppJYCbz0qczTC3AUpUxaBteSXmBw&#10;a/HCW2x3qyWgniS2kg5J5H0B+lj2MsSam/r+MfuuLSFDLmOtsXdfEvwGO3gPlFgCJHLQUg9gKO8L&#10;/IOSHpumkTO4iPug0ayJx12n0xEAURQIkZJyOuJDp7VLm+0ger2c1SZ2L4rRpAxEYcEleZimDmND&#10;f2eUDRjLIMeKhJpBxSTUmRSUkN2eshpF2ci+gSxPD2y6THEogRv6Fp3glUc99TMURmXqNc2SbV4r&#10;M/ml4iDqZOKCj7RKnU3qnatvBnZi6lsegOAwDOfaVo69F6g6VoFHg2s1ylYOk6M0dWBBhnHrCOJc&#10;gk1EHcFTjHlwil1sFclM4K/H+/BozCy+ERnm8PrO163WqKtsl4PvmG0Z658awsXA+Cy98MXn6NVf&#10;/Ipe+8kv6fqHT9GhA4fBOIU3JewAOE18/SEStunfyPkORYsvMaLS9DPyFYZFyVfZZNMT6wtJqQUQ&#10;znu/j8TFfkt0U1oofGG6azIAylrb38QVkxepDGCalH0nUloqgZJplLUNU2/eZNlbxAuCG7Tavhzc&#10;kMYqyxItm2gaVKGAjVBspeGICrLZcBZskHpx0dJ1mXQpH5r7wF7Aoh2PKrOBL3CUyo1s5umSxk9z&#10;oWPD9XSZ3LgInrpcIi3Nh5XkFoM0SSGleBMkZyS+AT1mdvDNLB1gzuqTul9kBGpmGRl9PQHTvKbC&#10;QeAqElbxZfKpxCkvFORn2TiepyJoSMWzL5xpE6S4FII00mjzXGppC8laSZAP5zxRkzUuVGIgZCmV&#10;6fs4nzV8xqYJy7YQJBKSndgolX318A8HYJq8+P0/0akIFvwuJBn/78/fojd/9bfYRLeFfjt76hk6&#10;i0Xy6//5f0sP332f/vJ/+V/pf/r+eTpxGKj7yKjKK3gxD35SRpL1eiUmg/GVRiYzPK8EEZhCejbt&#10;AvTtAUTtHfbQLy7eV3ptyavTD+hLfUFK5vuWCd+Xx5l7cA1kAWa1hX9yNl5V9vW4TLoq83SfAKJ/&#10;HKB1z38fJAX3+4CBS7ENA89LlbGyH3+/oYV/IQk0Z/oMOX+mDETkrCa/ZwiKr/w56Hz4IYCy2hhE&#10;2YCHjaa8D7nroeM3Jg8OGuzLJlybUhCO7F4FNndkwuQweLrISyc6URUfnXRTNHlSqByXbNU1Xcvj&#10;NNQIk0D45HXBUrCVdaPhXRbEpSwkLoF3Mh+71OuUWOLiO/KnLKUuClLc/Ay6uDAAsyYPnOh0ZLIp&#10;+6DVppIbFzYcNqan+yQ36j2TB8C4HAlxIcUvSfr932wWjDXEydHnuzqF4Vt2b7kqKGYyQFgvjS/Y&#10;Rfn8T0uV1PKy23FaI1hJsDOhyDcCkojfDafgUS2zpuAzE5nC/pPd92FvzCStVSXFkIykPQ3v/QAK&#10;nC+z9OwwDyxTYaJRH2Nv2LOT1zLl468G+BSHJqZKo8t+NsjxjR08dfB+gFdxcS8whcTbQUkrpuQF&#10;NiiOw1AxNdmUWH/pvWsG+BimiY6ZXYvXytF6ZVY4rz5yKuFNRKrGNcY2gKYdsIC2t5HgubOCn92W&#10;ZnNq8jBNTMwDKAIzrzElxt0JXoNltu0O5LiQ7a6sfEIbDPAByfIACmfB4KlNHsJzOBKGxAmtbG7S&#10;/VYL0lL4z8Ge5C58ozyYT8nyKnXg0We3uc5B8wSAvVG3YrfH4HwDANI0msO5+VlaPLSA0IwzANSO&#10;oJmZpFFIiSzWhXGkA8YI61lZW6aPrn1Ar/76DVpZuissoBPHD9Iff+MSHT56mE4+dREJ2fMohUeE&#10;/dJB6IUwMFwYpTNDL5XNGf07N4Fihh9SLx0zaLHibeG8rSI8IaktAmCEF9IEB2RE9GhrmZY//yVt&#10;3H4Nnl036f4NhG4sdzGsaNL8zHF6/tmTkFYdRAMG5kzMARo9+uSj6/T6m6/S8sP7+LwE9mFEx+bg&#10;rTQBX73Fs0jUPUARGFAxrgPvBRafewVssB6APQufvfbaEoALPP+obx0ADGbtnD7yIl28+BI+70Ec&#10;d1vAvc3Vz9Gfwkett6N1PAMrUV0YV+zHF0mT1xQJH6tHBMTDNRSpZ6S2BoofJCITi8AOieVrRFh9&#10;LpOfOSo+Efl96p5cR+L3oxswg0q0gjjeF/batFTUIrjPs9PnvyES29Dr6L0C0MJ2ZW/Z6VoBYtZW&#10;N+i9Dz6gt15/k66ARboK+fqhhQn646+cpe/96X9BE/PwUxzRhE8+me02D9iMSAE38cx89sGv6eqn&#10;r2L2doXOnzhH5174HkCHg7JGcOjGDqTv99dXAJbfhb0Pvlau04Idp+OTF2kGwSox72k8nIJU19z5&#10;lGoAdP2D++Lxa0MyaCSAvgZ+iccY/qyDeechYW/gubLPfZfio89QbWIK92YkDCbe5oWUAF/OHb5j&#10;OMEXg6UIzEN7HVLda++Su/0xNVYf4HxEokaqMzuWZZUcHFGLhfnZ4yAErCFm4TglkC7Xz32BaPYQ&#10;/j1WDJLvUQ71CvtGLws7y9WALpUNky/N7f0AhYbISzk8TNJcIYkHKNnGed4BuDoGIKSOfnAE14PJ&#10;E9wX95iVinM1BV+zb/9nP6CXv/UlXBt4jELuPgbgkgGRSEI1dD+fXzgoPoM/QKrpofk5Onp4hp5C&#10;8IF1Kj3V4+hpP4z3aCfdrD/OQp+CP32GIxQCQJkJJ7VQrFHILDfNst5i9cETmwFptBMJ/5Tr3Auk&#10;nZB6m4QgD0mC5rowAGcukGGYDVw3GpLm8DkZAJRBEA+BZOBLCggGmysG3zRpW/30Fb9Rzz+RAnc0&#10;rI3Xom5gqcm9bvRnd3rqr8z3lKz3URSYbHpO1NvZi3ybVyhmmUnabthL+fi7so+5bEWRhNoCnuMU&#10;DcjCT6RiEqZ4Il+MNTAYuo1jbEndpJgC74VtlvICUB0H4zb2tUzZyaBlzdgsKJTlysL05uFzSA82&#10;JoBwIhEO8uOgBKzZOHgExuITbX06EO9Jjy5+gKmdGrPtexpa1wsSZgY3KbAqHZ6vyQNTdOL8SWQw&#10;TYm1ArPK7yHE6jbsGiYXDwuJSoBIZlBicBNxkBI2lzoGTbyvK5MPQ7g4Cn/X+5vPt7IFjeyRkVX8&#10;i5+Fw8dP03f+bJLsT35In13/iO7cfA3BU5sY9GM/cCSszCDjzTUGvuSbVibmlZkdvgT/mZLcKp1g&#10;lpfpctJoyhAzpcI6b9x8UM8Xkm2rzCCzp9tSQcqV66/ls0VegUKXZBy01MhRqJ6BdaZBGUnWEPm0&#10;1Sjog9IkQe3R1D8vSpMfTbWfNTkbMpiUC61eosZtv0F8JhXx+QTMmExy6oNJlHhJZVJUF7yWQmCF&#10;8Rk4WJSYkEmn3GEaY9V4VBl2AWQLEmDxGihQsk2gv1Lqb5dKhNOCgtmIQZrbCzIrZdH58GtGDElF&#10;3x7ZoIl30qKaanFtNIbblBr8QoBIQPdNibtv8tH7YFOIAoswvDbLb32YN/j0PObsVF7kU6adeDHg&#10;MzSabDY9T234yVy+cg0PFqQx2LDuIMDjPuR23/j+v8aEeJa68G3ZwMPu2tdpqvllUPXzqUTmquYz&#10;N7D+z1RJeS3L1v9pvPj8XgDUHqw87wdDW3viauZxNSVP6PX3mOCe3y8zcA/Azuz7ROz3k5j+/3oC&#10;GXDatFt6chLkcDAu91bwFSajKaYbDwXR9gZbPT1hXEuIzMx8TwWUz1lSfZ/fV6WP5SCHvvve5eud&#10;67OeyEGI2CRh+BNGcd5nARA63OlqIIVR1l1QHGNNfZQxrNI/WUqQ44Y+3yudyfbuJOKERhji18Zk&#10;qMMsQUQDitegBI5QV9g9ViL6jO7WDEwCvHOtujYvTGI0LtQE+ef0QUamdWIwcg7x71EwNPCBeZ3a&#10;AHtfgIGczxiq3puS/cFuwwvjBz8bqey6eHzZQe8J6g/wvjMFCho3V6S+LZy8LuIPr0VbjWsFmdDm&#10;sjSpCZQWiI8ZAsHCZ+8LhX0M5qwrrlGpsb0N3r0ZQGUrwTV+YLr4IDAwt2AZ9hz6PqtBKiZ/7ucT&#10;ZTWjyZ8lX2BWm2GDFvOkjguF2jWoO7Jhoskok2UgdvBqwzVDcdgp9U5sgm+zSqG4FuFGcQNMom0A&#10;fD1IPzcg190GUNUGm4/BopmpGYB8UzQ+DjYL+9g1atI4tgEUMli0DS+/FsI1draX4QcHcBBgXi1h&#10;+c+CePn1kEj5YHsFcsQdMWvfZHCszd6ejpYBFLJJfIw02M46giB22GJAIi+EuWGNJttyEuDi1Aid&#10;PHUCctvTNAZG1OTsItgMYCLgs00emKFxpOaubt1HQu1b9M4br1GyjuTfpUd06OA0Pfv0ATpz4TzN&#10;HTpH9clFmkE4CJ+Tne0N+Qz1WqxMC25u2APN2ozNYXi9oTgkNTIDsidWO5v4hYerntZRZ5258DR8&#10;COdVdpms0uXP/wO1rr5Orft36NFna/TgXgfAwjidOHKIZufOALg7BfYhK2UQpjY3T2+/8XP68d/9&#10;klbBdpwCm+T4QozPNkqj42NgHwJEnIcJ+oEzaOjmJG2919kEptYR+Wav5Whr9RYadTSrsEjYWOsK&#10;EPn8pRfpuedewZI6LvVuB76Ira0V/M560AcZaThtZMKQhES2yw0jA7lRPKbSXTSCDErxzzrTC42p&#10;ERCwwR5r9TlhAAojMMgJn7QC8o/l3ku7A36PUXOYPRcDn+3NwjASFhD47qjH2wiraRtt3C/fvkm/&#10;+dlP6Bc//akk7jID7Xvf/gp993t/jtCUEwi3wHmtT0GejWdrJBJmETOcNhA8s778Ab33q7+im7d+&#10;Sa984Vk68cL/APndKEDEDUnwbYG1uQ5QeQvv98mN34AJe41m0LBfWvwGzY0/TVvsGwbQfWxlFV55&#10;lwHAvUsW/83We6zmYtYq4zZixSkAERvyc0OODzyD333uBTJPfZvGjl2k3tQiPtcOnruGgG1RYIj7&#10;sBY2weanbciMP79COx/9miZuvk31rXUF+eDvaCSN1EmgAeNdPDrk5OoOs8UOHCVz6evkjoI1CLYv&#10;h2KIxyOTKBhUck2K+jwVh/uomnR/GXLpmI3Me1wXA4ZVsBrvQ17/2ruQGt59j77wlVfo5IGLdAxh&#10;KPyseQwq6xg28vbIqbNHjx6nLQbYmf7nOPhQSUlKbEtZg2ARgwHXPHqUvvudb+HGWAPLqSdAVz2O&#10;dXDKfSnWDd6DnUhoNYGXQl8mBB2vdiXaS4caw+l+7ot0cKtMM8PDGZbsMwDD8t6uDkjlPLL/Xliv&#10;epH2zlLlMNAXwh3SfrrnocTA+osFXf69K8qImibcio8fqUw3UXsxl+IjRsPWnIBPCoRtg0ms4R1G&#10;BkdiG9OTmFkMdzB8qNcFOGI/11a7I+BSM1aZvxBhQhquCcSqEfz8dmtHevrWTkdqXQYLpa4JYJ9J&#10;rVR8nmugPpmh/rAKTvKzJkzktLbhPYzBc4CSG2CYi22MAF58ThIB1RjY2wSTMQ4qTfVujjQwNE1y&#10;DsNnZsJTIYRMCD7BIoMHKEk6oK4pYOekTo2UJUl5Ei/XR8x8FG/axGVYEK86EUvsE2X4WTDUZw8i&#10;Kf6pE2AIz8Bjs0Z3H61j+INALOwDMPmiST7fvOeH4CROna43aiLDrzHYx/LcekPAvZr18vc41uyG&#10;OFbQjzGrNACQGZgj8Ifl45qZO0ivfPNfYK+6RR988h6eJyROYxBRk/PdyAM60qQ7U3XHp91d/PxA&#10;X5eiLiIUijYPmChNjivSzOLEPZ32mgEeVaYU5T3YlN5QWVcjtNIwLUp5FRxLrr8eaWpe5u/jA3oa&#10;BeluiMh2RuMCC2lQxuSFcJFZlQFkNpVl9tPaebLBjDE83SrPTSf6A1NtfQbQEWU63xyUlNhCn5k4&#10;y7+LH0eQmIUwkGBwlKXKpKnAaoaZHntU5CAWPl9RlmOCL4iaayYBs9dGpat/igzBlZI60yKfKawS&#10;8S7xPIG+W0wY5GN3ZoDZ7hCwxfvK8Q3PqE0NBJWNEgUAl0LYShKitXsh6VHp2M65LBGai7OuGLvi&#10;d7AYNeZiTdYEDX61xQ/YbQjruvTWr/+GZr/0x+KHsdMz4km1yT4LNg6StJR+bSpQtu+Xov5T5mwU&#10;gCj/hHkOZoCPWp8F3S442BP7y+3iwzbw+4+ZojuQ9WfMcAHLwLAZX560e79rrVu9Dnsy6bzZnbW3&#10;z/O4t/WVoX5r//20FLsAK1UZX+WZKMwudmVI7sPiZwixM101UpgzyUYv2RTMlx/ZDPgo+YWZkpmm&#10;qcjxPZmhXuS5LJqyoQ4zgXJz9cBKt4mw35m5zWEbnhPAfVLO6SETJKaUD6rC2q6B6SE4A8MK3pfg&#10;7gfVMsy/wVhGiyLee0ovD6EVDGKIFwGnAeCryzocfK9rghQ3fD6bhnJkcX2lsPXI+ooSNPc/qTJI&#10;TMmoobJamt0JzaXHr09wUNAeVWS8fogxgTH586ehIBQ8xEywCEkEsPSBTa/SFjWQ5pPCAVUJexoW&#10;vQjT1TIAzTSA8TzsORkeZZTxLnLCXJauY4aH0wzywhuYkm2yAKwyoFccHPt9rLG+bOmSsS9dn99X&#10;PuA0hcm038M8Yp8xAaZ8Nm2qfBiwgu4nHVzZFvnQ2wQJEd8rLK1qQ0q2CWBuB43OFsC9bYB1mzCU&#10;Z18+bnhmkNY3O3kMQN8chozsqzQu7C9uKnfAJEt2AHL01uH7dBdeT+vUw+s4sGYalj1CmYH0EODb&#10;A8hIuclehySY/T6btI1neg3sgxZYHl38vEMT7uDhSexF5bWhGeFriqZoAg33PAIoZpEWexyN98Kx&#10;0zQF2arFv9fR7IxO4M/xaYQBrdHbv/hbuv7pp7T9CFLW7U2anhyjF5Ewe/rMIVo4skhT8Laroaln&#10;ZgwBQOn6piTPah2oA15mAHGjJUPokITJCZuy5ojE2YhUcx1ARw9g2BSCNA6dhcep36alh1fp0cZH&#10;tHX7d7TyyRXqPdymR4/aNA6f5Iun5yXJcnLmEDUmT9A2zM+3cF5u33mPLv/oGn1y5WMoNOp0mkHL&#10;8R6AwSaaqaM0efCYsPlq+KyE88+hG16keGAn4Vo5NM2d5bsIWELqJ5rhCYBDT58/DeaFSpvbLPuC&#10;72oLwRsJPAuNeF47BfesE2kys/Yi2xDGHjeEzPjgNEbL62+sqaxse6O23gBOAADVuXFsTIqBO4rQ&#10;oPjxfa7oj2++tz+zZFOthcx+kfTKxlkgmphiLzhIORCCbEykKadx7MVPDAp0+vTTj+lnP/oRXbvx&#10;CeSsLTo5P0MnTx+jZ156iZ5+5gWaBGOOBym9Lti0XU6jhrct9qwumDAry9fAmlshA+nb5srb9IN/&#10;+T/CM+6kDOIE+MC1XV2/R7cffEaP1q7T8oPbaOLH6KWjX6PpEQz+o4PAaSABRlpsfOcKQPPPKcZr&#10;uXYiTG9et+rsxceoH/bnmniXa78WzYO1BB++5rkvU3T2y9SdOETdOoMiCsxscSAgE1VMLAymGjOP&#10;kFrdRbiH/+C3VL93g+zGqsr1cH/ycyN9DMAEplJw419vgsXF9wvk8r1TT5M5fBaU1dMiDWTW/Qaz&#10;nZjpFGoL69KBm6nyroe42Ia7zleyrLKk3URAihaA0l/8+If097/9HZ47JOSCTXz99Su0cOIwPfvV&#10;V+jC6XN0auEoJMRNYV5GykLB8zgjSdZR5EN4iVpupQANg1qj8LXbWluR4YF1MnEUOTCn/IqE1SeZ&#10;6isKck/ldri83kpHoYWaiFV+Nkh1fbAGEyBe/N2U8Sd7vFeLLBn8MlCUSpwj9XvmzaTG7Gf2YQV4&#10;xmoJCmzBqI17g5nADDThuGpIaAUiLUw07pk5HMmDLewDoJoGN1mRnnfEA5D/5GeBQTFmCbIsms8f&#10;M/ks1vYOfn4cVgkMfnY6PVHyM5OVQU8T2aCGKAR0ChmHwelWyA2AwB1AbBsAYbcTkmplTU6JMSnY&#10;l7cfwkpUIwHBF0QZ5xU/4Pfb6TAjHfsQPhvLdxnI43PVaOg1VisUlS/LdWLloXjHupJVWCrPrkW1&#10;3CYuYDPpwNOHsI0kmHnyOtKT9DYrwyVVgLjMp4/C75jgzSdSXzXyE6afA+N96tAsGOpg9EG6e/PG&#10;fYTkbdEEvGkPY498+ME1rDlzNA8iUAJriBqk5nVm87FMnYOVrIbjRALu1WU9Y7m83JuRLSgdFYvg&#10;fdEy7oDhlNZckeyZU1Adbh3tEaJqaAxes1uw8GDAn/f5wOxzGRvK95kp+wHS29T4uPLv1Qav6GRc&#10;dlAb0HWlbp++XKSbSpNcsbwzRQOUvvp9QOHlXeYXlOqxNYo5KoBGriBLilSzbhTRF9+gFKjJLMaK&#10;U3lNf9WbMiTCkk5vo8wR0GQTfAHkxEC3LRt+CiYN7kCLmJ+RwkDBNvV06nEajkRUK/tEfDkoDgzA&#10;/Pz7ogYrxb2Y7mo1vtxbmwmlxHswPbfO5eBuIWc3lST1cmGX+NDY1Gnd5eBa3pCwXNpllPBUf1/o&#10;Qgr+euXTYDPvoPxaFpsPk5kEmIFQny/5HhWkv7wAhYfYpkEqXEwE/wFhfFqd9PDCw4sJp3oZTAVY&#10;yhI11OQ68lz4IvkNRvhXrt2kr31jDOa2C7SFwrC1Dq8XvMZ28IKQqWtRqrWrabv5p0nf+L1YUsMS&#10;1vz+WFVDpsTm94svKZ8+849wIgv+e8UV1ezjTAwNM9mLTbjLRfNP9BFMAfTNpRx7gqBmWAJzuTnP&#10;/HcqjL5hx+wr8H/ua/b7BJD4fsDPV20EXOYT5wO4YSrBm4OAkJTpXk5I9eVnPvMWLezDYenveVuJ&#10;SnUZmMby2hQATIs0YdSxXMUqCOXSQItguZEBZ1lBFqVzoHwIJDQAhAAARIgjZZolXl9bTDGclclu&#10;t6tyXCmGULjGaGTk76QsBh2t9TJP1SLXxIVzk4K3zuf3lbGVgVNh+cvYeAW2oy8tWWYQsayECnqq&#10;+A2HwoU/J5nBadV+WIhQtqH6TGItnjdY95tg4PD0tuP0Pk/ET5e/j2Lb6eSWm31l+ekkXIqzAHCl&#10;w1TTZ31idpXbl5l9BUuUgmzDhqGhq3wwXzl53heGfZX1rMysM/2MwGo1WRm25EvLEHDBFxIaC1/5&#10;4Ha30PmiUNA/ZqZAUX2i/Csf0oONKazkqTekK8qxK4yWSP2KtSFNhKXA8t0u5EqbaNBXNx7Sw0d3&#10;0ASvAAhqieBhDH58Bw6cxvR+GoE3COFozmhjinuFmQsJmtmktw1wD76Q2w+RsLgFVtIaZLvbwPc2&#10;pdndgNfYNoC/zTWAiEiY3cZzuYW0zy1mhCEkiO91ZmYw84XXhTo3PRwSIF5eWv/MwVNuZraJlN2D&#10;AOueAeh1HF6aAKLAhuJaJx5neV+Xbt29Qdd+9+/BoHtAd+48QNLvCF166jQdOLhIBw6fpLmFBYrh&#10;a9wEq46lYvxAcM3KaZBx3JVgOWapiVc2algWqzFrgYENvk+5QeS0YU46XWG5MhqZkQnIag8dpAgM&#10;hy0EW7CEaR2+ag8+egsy2k3ahu9gDJZyo7kI4G0OLMSjCF8ASw5+p0ltmu7Dy+z9N35B1z65Bjnh&#10;IwAFDbpweBzg6oj4Gs4eOoPGCVJpnAMXM4sEAKvnsI0lAEnb0uRv7zxEA76N843jxDEdhE/TqVPn&#10;6fCpS5AkTgDYgf/h9i008ZCjgQWYhHvAAlwZATDBci6u523czORdzGTixo/XTAb6hMMUias9jqGm&#10;sl4O6LANBQMFTHbqf71XSvYfFusLz6YL4QN+oIy334e5OuXtT8w2u5QzThhWCppvwWdy6f49+u3v&#10;XqWVe3eQuApPtzMn6Y++9JJ638LX7trSVVpFqv1HNy7rMIYDJQCwdzlDKsJ12dmUcI27AM6On5ig&#10;L1x4hb73/f+Z1pIHkICvA6zbQoDNx/RgeYlWVpdEfj8fLdDTiy8D8D6BvRJsorUNai79hjy8+EYA&#10;NkUA4Jm5lDCTO123QkCBzMxirAOQwrv/n7n3bLLsuq4E97nmmfRZmVneWwAFbwiAooMMSVHdUvco&#10;emI6WhPzcebj/Jf5MDPfOjqiO2R6NJJGokRSlOBIwnsCBaCA8t6lf+7ee2atfc41z2RWFgwlMiqq&#10;UJX58r17zz1n77WX2bVLmrD+GX/kOUm27Vfzfko1CebRq7FrHfhBB0lKgi28KAWBO70PXpTwInz/&#10;Fq+pR5fbivDJ2KNGmmqAVtCFMAZ19DfzkI7vPiJjhx8Su/c++Os2FfSm52UQOCCqQTUAfYADJ/8m&#10;iJppPzlYTI5eQMVJbTZIb/PBjwz1uH7xglw4cwbs4kTri4tXbsq5S9fl9Dsfw+8Me9+Jw/LUt74j&#10;D8BHcxaJ1nMMBGuAdUxPU7zHyIQFA8v12rAaqDt/utb5M7Ar6Sk7Mc3DIQCmJC5y1ZFbMtfndQCu&#10;RYVKrZqwbr1vnzvXCPZlrgl1HqteoeCsuByjjv+nbUekRCHsrdjf9WwCsGO1Zw8UhBXPfqPHJM98&#10;Eono6UdfuUR92sCS1sTsWJ9rSrUp36Ykl8GYmtTs5evco3sA9GzXYQAE+RgO1MHfMeSj13L4AueL&#10;HWuVAcz3sAQPOeVIkzHsVXi0RyDgl8OdadfJVV1XHHgSE94PflZPzzECyo5J6CxMXFBLWqjXRElN&#10;qXHFZebzDhg6kyjL0Gra7tLqsgt+CZyXM7+W95mMXfbaCX4ne52vEodh0T9lRVpMXtJ4pUgi5aBb&#10;gdfAoQKhVzP490GrMoJnuQ+iBpv4Mz/zrGiVXFN96cE+JgzXOGhi2An+bQb9//ajB0D0sRhwIfwK&#10;Hn37H31MHkJYzNLVy3IDIVAP3v8gfF2nVU5Pxl6dcl2mKoeBDrlUwhz5zAUFfmsFgSknY7lhkBuC&#10;uXrfqiSYIVAcABp48R6C3HthV1v23NmpSczEZZq+Bo+M1zvnU5XcXy3wU3jrEWpdKl42oZMjv1kX&#10;LZDSXkeEodt+5aTSAIwpHrbC38+USLLq6fm7B+GyajqbqUh2vFop/3f9LFUvnsq5oqk1ofPTC4pR&#10;baQPDjc7TckTR6F3qX9uEXByCgoaPj2o/7iQmYJ4mVJyCdTh0uPQYHEW68aiuurAmUuyaO8yvYaJ&#10;NyYtbYD8tXBhG8axCjF1oC4/tEzeipSqXQMdv0fvI40KryvzjO+VNz/trmiCjcqdjfdPxM/p0gQW&#10;17iO1Cd6HZDGbb2XEP07+LlqcVxQlnPptvWpNq4RcdeemzwnBUxC08WPa8GDRNlttnCex281fZhr&#10;Cl5C9sVJM+UfdXy6dR8Kwg2WyTPUzadZoT9v0XgTC1sT1oIKIJvfV03QCbwnh6h/RE8300A3yUxN&#10;hzPvcxDqw2zVgNjLfyvNYpZLaCrNkqnYskeq6fdSPa3cfehIFvhkZGfcSTy1Qz9DyGwI8m0D84UF&#10;pLQpy8B1wGbVXsVjhon9GA6fXSiO2+ufS4iCYAlrKSajNHVpl9qMZ87b0LEhjfp46OQ6sV6uHHjm&#10;aVg2Ud6rwXgpun69lQoDaQBsq7Joq/4og6nFMkDLGBUKYbfCDrN9sn2vG7trhJuxuZt8BVo2/c5L&#10;doOUSk7UNpZtmZFMuJFSzIHPbb6EdLYEH+xAoqaIvee4iNEA7GBYzbCxl+33Q628p9JbxW4QbpL1&#10;y9ZERvilbey3txGYNgiN6dmRTwOzrfkuWrsRUFcNNMhntOmGQSTlGVWmnRZep6Ejm/TMmO5jTZ/L&#10;HvMcU0+bUPeboErcK/xCbf85aGQoLV5lHNX7VTDgPQjmq5rQJ4taWwYyFUFDxR6WFXYURU5EavqD&#10;rCphAdW77WTBuS1Hpg1/5gFJTVBL3WTWT4e8v6vR16fUz7gjTF+HYSHWmgIgMiYbEIB7oKbw/JFS&#10;XWArfsBVaw9TrsHCkiLLw9iMH9qVfqc543EgwLlUF4Se4Vhd/f66B569mZmSuWkz+iHmbLu+pK1i&#10;0s+6gAxHQ8kHgzhYwGv6nxt6NVhwMzxAJdluR9e5NFP5bKxTarIz6a2kNhdBVADiep1MUKyBwBei&#10;gelvv6yppsEO7Nm5VNeUrIVRINvg3+drMfANjC3OnPKZzwNVTJB7MOY1WzUkxFTWd+7fYwasEPzk&#10;3Bh/hvsgMzI0pD/EzdigZNLaagCLlarNheljatghZYNbS6aQYGe+yHZhpeVeos9Bzh4Ig1JKzEOc&#10;aZqUhhmamXd9ncDhcKxj1zHrTOAT+GotIxW2C/bPGmQ2a0vnIdW9CrnnTU3InQDLbH5iQZoIVoib&#10;9Idb0HqipkFm/BkAmjImaK+iwWsB5AMLpAXQD8EASzCwv4UU3RZCwToAG1r4+7V1SK7QzK6sI7Cj&#10;CwYTPuc6nseuNq/0ZO7p21eXz9APBrhbUuYFI/wd8L2678BR2b5jv+zYvkvmpxegoAOrYBLexADZ&#10;MgQOfXbmc/n8nfdhS/Yu/PK6cmjfgjz9xP2yGyDfroNICNx1UGWw4oemPU2zdD7QNOEn+zUluMdG&#10;JnHASwhvJmaX8LkwOhhGg4lrsHRrGdK/jsyDAbUd7yeF1Hgd4NvatQ/kyns/lwTypfUbiwhgWATz&#10;IZD5+QmZBOOh052RmW3HJML7n5xfAHCzKH/3138uH/36LZmCv92+najlx+AJRanu9v0AN3dKE/Lk&#10;Oj3dwK6zAI3W1wGk2kUAO5ToLuLegfVMpkwLjEoENCws7EFowPcgI35M90KLGn0JYQ293rKykfjc&#10;sJnmc0QJF/2Z4npdbRLI4it9+ZouUEMZSGRWkR0UK8AQ1qaU1al+fFLx3PO+fM7zdfMqpWCYDj/w&#10;I4e0m9mvmEIVFhRtlx0Cg6yvs01F8ZX/KSj2fvH+3uwR2IekCnLRnw6MH6yLIJ5ykk6I4vhqbQyZ&#10;bl4/J2+9/oZcu3JWHjl0UBr79gDwvSznzvxY3noXaay3ANJduiOXrnfAjOvKEw9vl0nKOTXMoy47&#10;J6eULbW42oO/47hK+q5eDOHNPQZG4DOy+Nm7AGoy+ejUP8uZi6f1sX8ca3r/zifxtZFKLDs3luDJ&#10;97GEV85JA89f2HPyS1unlxoZNS5VV6kfgRvi8HP2FsAc/eb3Jb7/uyIAltn/8ZAhgMKvCXifoQYi&#10;YGThQUg8vI2fkZ16SeTcexJeu6qgQ6eWKAjds74/CV3QAvumLuS6PYAMY0cehCz4WZXtWnrAR00N&#10;9FLHefqy50Ybmde4ZV1f6RCsCcuzuELeMf4QzplvuTIt8/5p/UFvpV8p5Zk1sJLue+hRAO3vYr/E&#10;XpY57zOevYsAbxlGtHLjtpx999dy4MET8shT35THH3pM9uI6NVTWvoTwmTE8S00f5gC2YrCmPyi5&#10;chnA+qoQKw+z0Cv4jLNKEIcBZB6H4F9GJvSknMATT9xQN8jcuZn5hGM3kHZ+a+4apdqHch9NPHMw&#10;63T0Pmc+ZML2EvV3I0CVmqDwRaYPXZT23N/3UhdkxhoYAwP+XYi9odXt6Z5sfGKZ3gusty5Yw2Ej&#10;1H7cZC7oo912Hnf8hGP0ZETQRw/nTKLhI6nKaGkLQMCIPy9Zc17CQZN7DrwqwYDN7bw08AdrYg2s&#10;Q6MhI1brP1aAaeb8hzWN1jqAkpeR95TnDGXEWaWV5PlJ1R8BMvVaRU8bYyGnlPAC8OOz1+p1HABu&#10;Mr9TBJ5EJCrp5Xk8iX2ZwxLFJtBzuz3F9esFWJ2D6GqL0dNaVK3CjANnef2DLNKNh+Qo40f33cTV&#10;V8Sk6CUZBX5LTJziRO9v4oO0yP7DN5GJT1wnhUft5N6dSvI5dfaS7EAS/f2PP67MdwauXjv9Gfaa&#10;aQyMMKwbm0CADIOV6sqkzOs0evbRzi1SCbUHoW3msahIn2Nl+RVJcEEZuka2eM3JdGsN+rXWcDaD&#10;5b4wU2AmeQ0cjfLe29TxaZQMbXT8xtBxkSekbZ7D/VWZiVWCHIoiMegr3vrULJ7Sy8VEH5DQPxgF&#10;g9D0KXz6rWerHobWbeTqa5dWjbXtyKLaSHViXRarLs0m8XLlTCe4limQmZfZZl0XKGErPnqpTyXM&#10;clPywBkZ2/4mWLe8IN/cSvmwMUHf/TM+gKWYeHhfhBKsMMOSGZ16uAhztbC3Iyy2fBJYLsXOcm97&#10;a7+aZVEkDt59LGlHZIkVcupC3us9JiuSgpjMmdCh7+M4PI3BhCxZhO8AJx1E1AO5iWl9hE1gfvs+&#10;WTsNij38rlIU+1kceL+F6mubLWfNmiE/os05TEOgkr1rFMRXRGgbZi1tCdSyX+qx/3Lv+eu7GhtM&#10;REumnvxLei9uwso0vyHteJ8jpf0Kzgib+8eYr25d2FHo9Bf/X+aHaWUKeenT2gdOVUGygeTCL0JO&#10;NSO5E2bznTFPb8xDL7Tw8wOUNPdeGSCS2tFk9U1tHDe7X2aYXZcDoFJld5rSmWPYUuDLPSRmRPzN&#10;oDdjlYGZWuetq8VX3hTp+06LJDiTm22TncmhHoG+MPXpkD693gN8xstZgqDf5qAA1YJw6M3rBNz2&#10;M93MFq5EAZgbqVhllOhoFSh3CZkOVAwGhw5bXqSmYmUildCyAba+MXcFNaqWLxuvc1MQTvIhiMcr&#10;tSA3FSppUaP5NEVRWVqm3pXajCnOgoFrSi8j41n7XU2kvdnpalOyCsDo1g2EbXTgwwc2Q4dhDvi6&#10;Blh8k1P7ka47BYkUzL3ZyNbIAojUL3gJ0lz9GQT2IAVdAduInkw9sPlaCO/oLN0AGNVDKMc6wMMU&#10;zbIL+ej2KP1iD0lGQlevRY9DbnEefHHgmALOW9INR/FjZe/2nXJgO8LI5nbJTnjrjYNZ05iAF9Y0&#10;QKmZCW3gfvGrH8upD07L2p2bCo7cfz/YQnjtnXt2yhyAvhmAcdOQvXLFEQhlI5irZqreX5RiMvmb&#10;TagD1UNl83UB8GqPiEt9bXFJ7qRg9iAM48AjhxGYYSFzvibXr/xa1m78WlbPfyaLZy8AYEMD2Q4h&#10;G96pSd8NJADPzj8oARh9dQSZnDl3Xt7/p5fk9FlILCEv3rtjm0yP11RmPDsD8GV6JyRZB6Q5DesC&#10;SGR72TIYMFcVvMnAcAayp1YF6whlWFu6jca8IQtgLT5z+HdkO1mA03sQ0IFGu02fxWV8jnWt1fNh&#10;U1wbU7ktJdgRJIoR0xdVottwbMrQDazzfiUHw2IF+bAemMKKwb+eGxttcF+/VGFE+vfdzmuzpffm&#10;rAwcy9mZ5QOkTmMFzEKE0/BaLALgvrN8Wz5BI7128xJs2S5JvXVe3n31RZmZbuD52SsLNfr24ReA&#10;2iNYLw08V2fO3JJfnDoN1uY05PApvN3w2iRigI0ZkHYNxisjlOJeQz798AOZf+p+uXrhipw6/Q9o&#10;8OvyxMFHZdfeYwDk52DLg+emdQfgMv34PpIxAL5x4jy+gjyoK3GeXnzPJCvRtijF+woO7Bez/4TM&#10;nHhG0r0Paj9glXkVkDaBdcHEW4B0KfwcUyRxApgJl68jdOMjST58WQSAYgzw2ABMXMdajBAYxteN&#10;QxcyKEwt5dACQObY4ZMI3kAS9QLSgOH1mQEYMAqqdQrg1VRVeVvZp03FXiQIiu9JPcCXeVZUOOKl&#10;Au+3Rsb7/sNH5PiRI3L5vfcgv2bQQoRbYBCEA3ASz0MLz1ELAUVn3jwlt89cQsjKy3LswZNy8shj&#10;cgxhKRMJB1BreH4D/UwcrHUQprN89aISTzTsqEcG7YAlQ04csu79Wy8RFZ+Grn2xv29ORRe68Cr2&#10;8+rd5gIebC5zzRm3eWBo0lMQjH5rZP5qQCxky6ZWU1CHayTKnHee2jgQyOZ1437NBGl6d4oDerTO&#10;SnsKzJnAee+RFW4x5Oi2Wo7Zxx2W7Ej1WIStAfxRewDeCPSpdFjVg0ZBqhjvq93pOlAQaekG30Mf&#10;PH3b+Mz1yIXPtblfk6WXpn6I5p9H7z/L849+mSTIdDS91wGB+ZBPryFrHz5PVB6yDieoynWN/TBN&#10;HEuyl7hQD/Ug9UPpwHcdylDGa64CuORrT4EVXiN5CeeCsvt8CnA+uLBBmW3g1CxW++zCt9SkSpwK&#10;fAgn77teZy/RJ9CvVz5zRauCyErKcZZevK9ZOyuuuYEUenbXdsj8p+XcrSU58tSjcghem3t37wIx&#10;LFLgnCAsmXwMq5rCGVOPauUzZpi4WyvquLxWJgnKyXnddeQaDfoCa01RJxVVUp6MTZYpAf8oK+yq&#10;rB+KRtU6rF+amksSBrfobMjPxPYFSniDyzxYopBj5kER2T11J3ZAG2xtf5Nzt0aunO0GfZPcHL+z&#10;xtFMbeATbG1Vbx64SbWxBVW9P2FNKrKdVFHfLBuYGnsncuspwSaqmneXchcWjTRBV3YaF5rt6RSY&#10;Ulx6NCjDEN4r/N2qqaiXhWAjUE/OxFGtOTEUJjPiIdCob1Y8eWOg5kq2EtBRSb41oQ8tyQp/uiA3&#10;e9c/6yp03jOBW0Amc7JWlQLlbAHj/A/JUMxwQJYZGbZPgpQWcmQAl5q85n337MDvQ1LsCksjs6OC&#10;vvrAJWsr+LTZIKi0YLr5e01Zszi2oaRZn6dk7hPkpjf0n0hBL4dvCj0MVqzyOHSmgyiwGyuXpQYZ&#10;3MzeHXL7E5hntz6XyewGkP7d3mvAG7UWa2UUFleRK9kRabzVDniz1FVrR/vDfRnn8k2kvVs2hbaj&#10;7q299278ru9zi3y8r0HWawbcxkZis8b8BoBKO+TFZUd5M5pBVzTzNSjD+wEAW9ByTEUm/EUTlUuG&#10;gRlKNbhbguhAEqcd9pcdel+m+gyWHribXzZbppSLKZLmlUHlfffylNqyELc50ckHHpnCN7akDZq7&#10;PkNFgPcAENrPuLQDwxM3SAoUtHIGzpqmmwX9foVSMrfyUIkSnjQVALZP8VlIX8vZhR2Z4mhzRl/l&#10;+uV+ecOpqqMfRBPkgRVm+EyoKAc2voQeqjCl52H1NbI8Qks9e6wODy39VTyKFOd1A4tczxTUxDz9&#10;HO7MYaOapLH6dDmfGCffEW/mH/h0eZV35IOUPMBiRAgGAUBbjH3M5tL1UeBbMYRMR2bjmIIVYb1X&#10;cdD37BQhZX0sZNM3RDbFYDQYYA46dv/g+7TGDgwJzMbDFDF9A9lBUNlJIKWPTZpmSR+TvfAwsuVn&#10;Md4Mnd5y9Enqge3fazu2C1Nx1zuQ0gKcW18B0w5pnV348kUJ0/bQKIG9t31iJ8CJWdRt8PJBwECt&#10;GTmJGJ4vevd1u8sKfPUARnTB9LgDv7DVRfqJQUWg/npgdSxDxisMikA4BGRbay16AGbFmiBQ1WNL&#10;o8mPaKprgU+/FgUIQpOofHVhdla2IQBk58IOJOweRnM1A4ZJUyZnauo/l4Fd8cnH78u7P31TViB/&#10;Xb11W7bNjMnRvVNy/OgJsP8Oybbde2RilrYmDZW30XRdFOTLfA2bFQN0fX5YVtpI2RRMXEw1CRJr&#10;H5/1GpJUV1FDjiGgYGrXUdk/sR1BZxfB1HoZ7L33pAUp4+LnF+UOWFs2CQHoRADtxmT39gnIbneA&#10;SYEgk50H0MzG8v7bb8rpz8/KlcuXZRyAx+y4lR17tymTrzEJNuXOB6QJQNPGaKYheVy2tyXC9WyD&#10;cdnrLDmvsbUEsrg1ZXcxqOPkU9+QvWB5jU85FkUKM/bFm+8pqJmSWhU6P+0AzEExLhSJYF+tPu48&#10;+Ci/VeAvUNZNOfR37A0audfgB1eDFFhDSfzm79jL2d3MXjYcAttRxfQXqjGGzxqzYR5HMPI7Rw2m&#10;nQDMsXuVOZV1VH549fpVuXzpElibVyRbu4Y18BnCBU7r8/MAQKP7Tv4RwG3gsXjpFsBYSuQXAYpf&#10;x/ddvXETfno9+fZjD8j3vveHALQplwZAQeYgvn4MXpP0zkrpdYafR2/tm1dv4Vk4ibW/B6zN/QpQ&#10;9Nprkl46L+H5X4uBX18TwMl4h/sT2bKBpl+mSaC2TblLKr3wEjJt4N3YuP+bUj/xNEC3htoAqZrI&#10;WM+6UU2SC6ACqFxjoAeCPdJPXpXs9kWJAX41uN8wEIueZHi/cd2xkiMCOvg5Xchyk31HJQSYKPsf&#10;kC7St2OoiwhIEa+IveRVLTmqktuRQ10zQCbIPeFNobySzFbUEKkjzajfpnGeaAPrQs8JfF0De908&#10;mMHPff/78vH582DmrgPoamvgwBPffFZ+57e+A4DvU3n9jTfkAu73zZu3McRYk3NvfiS/nPmJ7L2P&#10;9/sJue/4cQD2+2QalgIN+AwzaXvMdFWRoeq6MCiUUOWIy4ctEHQj/a8CYhFMI4s6yAdXlaIgP9+s&#10;MugcrpGHTJpKeBTVcArcdaV8XQ6P6g312Ex9f+sCslwXmGLhErCrgf3Vxe+GlFBfn1ByS9sGBksQ&#10;GKTclouc61HDI3wKbZRaBZeSXlffIyWpIQk3rEEypxQjVbDWHCMvCHYO2JvJxvPWY/xZlBWz/uz5&#10;Qy7zLHauGXr+8XUZREKfWWXtZWmJm6SZV1eWybtWXBh1Pk2jwrKNIVVKpqrPRaBC0SlM/c/zNmeK&#10;CVAxCAyj3eHgagnnZqyvGzkTXQU4XZKtuwfs3KmK4GAkP1/01mfONiwKaFmhEyZcl8ypTqz1yb+i&#10;6jkdNni7G/28lEiTbcsnpuf2XrIhAcHDFmJKOMqZ2XdQjjz+BNjsO2UGWADl5AQ5ViCV5p7PwBmu&#10;eUqSSyKRKSzqWMdxsBdGgT8f40KRZ6p2J8WQbJMBZo6rmMB7/VWYfbYw0jb9PkUVIl+/0esIoC/P&#10;s7OmAPxkwPdPwcMCjTSbkQRHtivWDnoKDomGh1kJRXBG0Ofl1jfvNR7M8gaczv8i95LLijepiayh&#10;zfGXvkTeoGJ43tfLGkcWVTTcU54LFkKW09uto/j3egUKS9lKLi22NlbAL9ZJc6LvQ1F/PVg6+sDz&#10;a+PQalqXph0lmYKFNPc0Reyjex+BN7VU+egA9U4fuDT1EiFHRzaFV55H2ws5kVv4gb/GSo82TtbG&#10;yQ1ykdzkR0zRJBdyIl7j1BV2VqcJWQkIboLdVP2G+sGCEhuzA2lQI0SqJWZmTIXXmucZu83AsRkT&#10;NYSuFjZuosP/bmuKVlC30hiPlY1RJ3WfBte4v2349pHZ11yYUqPMdaTezdA0vxLtbnK5ky0TPnOj&#10;075gjjx8pXq/zGCDYzbud6rhJ1+S+XXX0AhrK96IdwEOTf913dQZfpOy9uvn/H1VgN/AFOPr8Azc&#10;ZFPtl7iNThTOJTdm0yASc2/AXn/ixMBDKEPeq18VZdEOmOlt9CM2blKsVKOXCmm67efX2T7jso2C&#10;YcwIA7kqUJT5UFzTz8CrJEWoXF8qoOhQAMtWHwlTJIhWk4XzYVpg+sNcbB6oYT0QWVhRlPLXqrdc&#10;db0rx7tqdGs3CiKRvubDDgEy/TWJ7bMpGEyeNX25DfmPzeXP1dAf23eSmz6csQr82aGDpCITNyMu&#10;MaVUYHN1weaiNwwlFpwk28hHvng/mcCzEBwVkb5fKNIzFoMNf844pkSam0oXYV1Gi2X6A+WHhT7X&#10;6vtiCn/bwu+uOhUuzMQHfPnMZvzw3GrFDjMZB2XTtvp6tvRRvNv+UWWAV/Yka+9mY7uRtYApaoJK&#10;lVoOC6XqqVfKkq1PTyxvvt8ZMwdEWLItEmdzQm8kSu26XSTcAhhabKMBgsy2DebZ2upNDPng+QVJ&#10;FJ+pJhh8MwDDJsZx3xo7wZjbpvIbA/+uZZjt376NmsL01P+XXnsrKyvwhIOvHxr9FYBfy5DoWjAx&#10;YtNQz0wCgC0AfHHQ0yRsMkPIAmHWRRA7wDVSJomTR3EkHHvQmcybGYRNLMxMyTz89HbuOSyzs7tl&#10;dmpWm6VaDU3MdiTtzsZy5vRleeHHfy7XPr+qTLcdc+Py1MnDcuDAHplGAMK+408haZYMtSllRHbA&#10;miNDUFmoaHDVkwrXKN/mCYap/UGYaPMakZdDeRkejjWAl5SNBfDUO3zwYdRgNcgxwdxrX5Arn7wk&#10;6dUL0r16DYCOlevXUs1G3DU/iesKHyTI0qJwSnYeelzGwWZ66Y0X5K//6m/x+dsyhmZr/44mJMVk&#10;8s3KDGSU8zsOQm6JphMA3MR0JCurRIsWIcdDkAYYZJ1leh62NVCB93cCsq0nH35aDj3wDTCoJnHf&#10;8Wwj/fjO8g1lJqr0j3JbNIOOsVdXP2xNXcZmSW8lMvr4d6Lpu6HP2vNMjCDSz1trTAD8HVNPPm4N&#10;Qeztk1x8q2ezBJvUZnfzdr470GfvovQa3M43J7mbEaEcwYjU6sQRRHxgIC17VnDt3/jVC3Ll7Ody&#10;AEzM1fNvYg1+IMcPHpDHn/7f4IGN5Fbssyt4DsfQ+LfhpbiEe/YhWHDn4OHXvgWm69pteeDYA/LM&#10;s/9eVvCa42A1xbDmINAxSZwMYTHrADEohw0g064BpA4wzO9BctgAENgBWyq6cVkC+PF1r34uM2Bq&#10;hUmoIB+Bs04rcHYfJFdgPTJII4HUsgcwrnnkUWk88/sS7LpPYrDWuuJ88ayljBY/EwSPekRWG33A&#10;kUC7gqHA2z8HyPe6JHj/Y0jbdUxcsEChDsr4cFMGzH2IoRv4c2ccslzI1c3RRyR46LeBXk7ivTNd&#10;NdJ9mESSuh4TkC/bUM/I0FR99uyIItWMrF8LmwjepzCoKORCH5BgK1Ya/Wej8d4oHFwR3NgJkPbB&#10;EwfkIgNRMt0YEADUlN0HjsuJ4/fJQ08/IWdPfSJvvvEreQdBB1C5SgvhB6defEtOv/GmvHBotzzz&#10;278vTx+5T+bxTM1gHaR41tOuI1KwJ05tbiPivZO9LNfY0l4oZ3MLmWaZY5bmKjuevQTc1GtPXEhO&#10;mSugiJ8Ctvr5eI4QYEx8AnvqevM0J7PEHtDNr7/+LIbLdBQkVRYXbcCw5zv6fqhEHheA4cMw2Ld7&#10;v8KuT/0lBpCkHR2WELDOB3ysO5QtCFQ4AghFTvcaAzzIYvMkEpurzOhfiPNEvVqdlxneb6TYiCoD&#10;8Itnne05YCz3HMxUzhwWQ5ysCOnw+5TJB4BhoeiL9bx1X6t+daEbcNkgK+syDYozGkJCmTDvA8Nd&#10;NH3bk68CAPgZnndVNrIGJZuW4GHN29sYzxS0Pgkaf2hQ9moZghEquMbXITuRK6DOIYBxahsCtgmC&#10;dcJ2pt9XrwWOT83r4INH6w2cV+j3d53cj4AesMMZ3qS2afB2pdWapjPX1K6C1mo6Ltd7mRUZD3Vl&#10;fDrPPsV8iNHEI7wuPSNeQ00rvsi2gs7lQWCFQlFl2FKm8W54ItjNHvmqF1d/UEcB+A0hjv1pZxvb&#10;s27ERrm75boZ6YRlRsykqjMnn8xKKnVSpq5yH1MTTHFabZtvEIMzK2O8rMb0y1l8wZ2HPZSzdjPs&#10;f2ZdxHNX0214w7oK6ikImbmHi9MoblZMWtTfraOeip/RuOTgnmsQdOJMGmlLC1mn786KYpaGlwE3&#10;ryBvJiteOj7hx8mNyobBpSpXJDvGVBIdKw2TdRRl8ZtXvvFbH+yi2y5TbxTsCznu7Mc/7gXLMJvM&#10;LU1Jb90c5PJgpKlSST0j1WSe6m37/Mp0A1OZMop8FN0RTHWzrKfoOacMQYdfVNPCO57BtI3FABiX&#10;SQsP9aS772EBP1vJhoxuZYBdNQo8ukv4zYBnnxnp2ff1BFDIRj5ydy0oBzrtDb7PFPJn+9Ux4r6u&#10;sI6BWsoOWgB8yZ9rvoY8EWMHUzrt154DYzbwDvwqJMpmC0DfxizB/uTYwZ9g+hqXu/sMmgqQZlzs&#10;Xek1N+gXafKzMhu4VlaZCDlAVy6juw/RqgnrDrTc2v94rrCxyb/HVOwHfN6VFJZ2tiQ7mg15Jaaa&#10;a5xHN23MTpZ+9l7hW1iw2WxhCdH/6sP5FXZwJzWbA6V2lLmoNX1BGVKVVPiLYMH2Wb51Ft608Gxp&#10;TmAYNOG9fcECoZSPDb+fUmf+bI59kEYgq+5659YbPjArqwB+9L5JPGtIvP1EYhLnveM99owPlipi&#10;ZT04GAywWUc/B/2+y/nwsnptTWVd5xP6fGA1xDK1gw/ciPvsGfsmbyh9YzGaP243ARBLENtUvQFt&#10;f/2qzQMYcrZCnuevxKcM6i9l1GSqlkjRmPUgv+3Bc68He5UWgjDaABfakNi21hfhtQSpJwatEWqx&#10;Gu7xWGNOJiAnjUImzgJEi8ecQTlu6BpScm+tgPWPJmoFwFILflVkI62sgtW23AXARwCxpZJcMjM0&#10;dw83LgYDTd8j2DChcQwbSqEmG5HWo+r1hNqlk9BDMEWTTHkxgAsUKONjBmylcZmHbHUvpLazM5Db&#10;4tcY0gLrAKnGwC6szyHttwbDcchdX/vvCLD46AJAy9uyf9ukfPOxh2XvoR1y9OhJmaGv3RTYDfSk&#10;rJFNguFzywGiqgQhpNdznkr87PwcrnwM9d7Q0zoG8LGOmvbWUgv+ewBHIMGd3rZDAxSWugBMr38o&#10;N0+/Kreu3pYQTXzr2hK88ODZhdfbvw/puAD4JgCaNiDBnUCISAvP5U9ff1s++fAv5Padi7IwVUei&#10;57TMAKibm6N3HwDMOaQIT2MYDUCtm66pd+HtWysQN6LxRuBBD/eyB5/DVCVk8F4Ge++pZ74t83M7&#10;AEbsxbWhMfoVsP1uYqib6rNcqznposL2hoyTHNiruYaPAGDU0Eba2lJdkzdrHNSH8bhKdRnWUVgN&#10;hYpBeGAw9nutVVnayMNsKzWR/WJBVqbi9WxGZlDbLYyD7YYbLZk6bLxpZ3Dz1i25gVTbK5dPwQ77&#10;qkwFt+T6+Q/kCBJb9x36X8Co3KvPaJhyfUHqDlD901+/KR+c+USu3bgC0HhVDu45Kj8Ae6yxbQ7X&#10;EBJCADV7doGlBzIC2dQENhIgSK3FSwhcuaNp1D3I6/NgAG6643g/MVikweXPJV5bAbgGcC9z3mde&#10;yFT04wzuCMfQR0LuHpx4VKZPPCkNSHVDgMs9SjiZdksvdPR2MVmd2O172vcB9LsNc/+zH0rr7AeS&#10;4vcIX1enPxrAOUrbyUrK4ImeqW8hQD6wcTMA19nMDjEnvy12J+TteG4szxj1BgzV25W9SqgMyUDl&#10;lBRdNhl8nYb9JZ4xGxCjzchhr9Wk164+w7Qv8lCYJvsSWBmrjQCjDa2luvqc8JloIBn5/pOPyytv&#10;f6QBN0ym//RTyHa/dxuA7F6Z3bEbz+puOXjiuBz/1Zvyyq9el3fPfKbpqcka2NMfXJKXL/2Z7P3D&#10;Z2XfA4/qsIAtpQIiDEch6cQZQvcx1fPhjiP0uD6df2fYY9vM98qmOMd0+Fn4zQe+V7QKUnHoU0SW&#10;AhwjW9RgsJCtryvLl6QW+viSSUbqJz933o31GELhffK1n6bHXs9lCGhgJANGKB9NXfKr+s1xMyDL&#10;hKARgzLIWsM94N+Tad5u9/S90A80wvsIG25TShDc1Eocs7oWWAWACaSp7UfogDeXl+B8lrsK5oYK&#10;cjIhmGxrfg5ev6769jnme5JlxV6QekN8xQqsI0xRluqwA8cOzPvRKIz6kmZtMeTN5dRGQdIisE4D&#10;bpilEHuPXeuzE1zARc4IpBS3S2sNQuQEcjWcw7o0ZqH0veWYitY/F9YBqA3cO9tJlN2n3oD4Vecw&#10;thbodRWu89WekrIiDLhSfK7GVBPDhqbMgNFXA+AewXM3VRZ7R7MIppCmnMlND4A6liY/c41Dnxr9&#10;aFMP+rmKikxv96e0BOxkwDqtArgo+aqKGfj6q7QwKbkA0ehu0Zv9m35mQ5nkaga5cZVJTxmnbEu9&#10;QyHrCTyTKssq2al+cTgt9LDfl5ON2gFwJiiKe1PISCtJIAXTy5miar1rHXU38KiyA9aJokbF5wlU&#10;mkNjzHFn0+2TsGoaa991DhpMO9KF4163l/hkXyx+brDq/R3Q4yNQQ2VlY/RcHDYPcedZxwls2wFv&#10;NOjGZknMaxWFYw8x5I0m9Nz42YxdD4MxbBR4qDHR5TTEKn2WaH9bQzw4NVT5sAJ3oUqANdUQ72W9&#10;1XJTXD4k+mB0lX3XZlGGyTELkBzkdGTyRCsLFji6kWUujYnUa9W7kx6cOS/R2OSJNUaDQAhOMkGo&#10;hskKthF9IHlYZkp9LaWBbGAynWQgGY4LnfHTiTdo9ZRim5v5WlOaCeeMt8BUdNi2TNBlsIbKnkOv&#10;0/d8Tt+Qpbl8OvMzUbevFS9VhkEbTTVz1IvQTad50JKmnuWy3kwn680oVgnNNLxaVoL3hTkdvFfc&#10;lGjU3UUxf3Bsm5zKAPxlvMGr8M+Y12uZiKO89/zGVDU25qPuGBuZDxwJCvZfUEEznaG8Cw2xA75n&#10;ZTMzCngbVXDZYZaXMcMsiw1Nm6Vvk6liflYGbQnNaFZiIYHsHxXYIbaf7UOGjQcKRluqeVmokSFZ&#10;lmyYZGmGCSIbhXncxSNxSPVpNvhua7cE4NkNpTRmeLo/VGzlqeC2wu4yZSiKLQhmfWukKuXbDCDr&#10;8/Aa/OzFP9oK48oUE9c+KaytyoqrsPfG17Zcqlkf8FUmfI++h7Jp4AyleijIDCR2mLobs+bZdmHl&#10;2YpcgFWVNWRHF87BQDq9OisMBA+MbNZs6K9RVtxgDRMagsOyYu8swjY2gtvsqITSClsxH+xkYcmz&#10;M7ZMXc1sxR+1ZO5nhSeOqM+L8SlsfbCxcftWYdxdQY1s39CjMmTJ103+z0HJhM7DxQq5Q1ZZ4z6N&#10;Nv9kuT1E385oy70hf69BJczE+KCafF3mbET1J/IhJtpEGFfbpOqNFui5f+XjH8utdZznSFOtTyLV&#10;EwyNCMwL+rKFSFCbgEwvoOeST2MLQw8Gslnjf3uJH6UmQeGH695haPyAzzjpDGuWkAmdPg1R90Qb&#10;qqxK7SlCH7KB765FgQ9C8UChzrZsn2dvsZ/5pDuTM/T61Bulb5MbMtoi4Tlnjw6ubzsgNe7fTzyT&#10;vkjtdvczCPKvcyqATNeQK+TFp3k7I3ZbfEYZsGaxeW/Ov2OTlqs2cJ/UWD4je8F5LrXJlABwR7/k&#10;XodF/prWbBnM39HJobF0LAfbSR2rC98/hfc4C/kon80aJvlNyOoCDv9QT6201hCigaCAxevKGltP&#10;V8FYW9GGOW0hdGOd4RQAHvCzyHLr9TKVbbH+0jpNGyLUHJDUjtUDNCdYU9iX1Mxf2ROpygfZcLW7&#10;qUs3jDL1IJqEPG4crIPZbbOQ6B4DeLUDLL4FeJzN6PfU8XpTswhXQ4ly++ZVeeFnz8vFc2fkzuXr&#10;ANLqCLCYlOOHD8nBI7tk/8GTkOouoKGd0M/G6xjgWvQoX2SyrNbPDlROU7JLYESv6ZUM5KAXFz2i&#10;8BnhR0a7qI9vrOGagW23/Qjksftlcek6pJcfIHD0dWnfOCMrlwCi3kHzhDq33cog9bNy9L4T8DiE&#10;RBEefg0AcTWwr955/2155+W/lkuXzmig0TY0Ykf2jcscQkamIbudnt0uY/M7ZAxMRpqyZ0xhBWDb&#10;WrsOSRuAVoA8BomKKe4DG/PJqW2y44GjcgBJqXshjWRt3AJLdx0S0uT2mnpiKXNDJfJsmGMnk8P7&#10;jPE5CXiEDEKgukaN1nMqdCjlGB3Petj0CcETzudapJKaXTk31NczG8kkloHzufBDHBITVApeWwps&#10;7UZhaUMes3boa8K7TDi138P6UHuiJNMBB/cbgg2h9klcG6n2aauLHTkLqfWZs6egM7wO9twtPIM3&#10;ZFvTyN5jJ1FnP4sE2RkdrFO5tA4W7SpYmHduXZJXn/87rNmbcmDPAfnBb/073P/dGmqkzzXAfMq3&#10;eZYtnz8N+SIk8AiBYCq0RS9S1/0hUQYsW6AGmLkhwL948YKEqwjg6DA5miGARvsf+l12GLTC980e&#10;jq0TvONqx05ApvuY1A8/CUBgD95rQ9lVrBqaod+r0EtSTktpvkVatjn/EUC+U5J+9qYE+Fk1Ek20&#10;R3EgH/uxICNQ6QgoARN8sTbTgw9JdOB+6c0fwpre5s4cTehUkyEJJfV7nZ4UjimF/2z4gYoxaaXe&#10;dvcy9Xu4gs9B4CWo2FMJoliXcNrG3kiG1/Wbd5CA/KJcQPLtnduL6iHKFOA5pFHvP3JIjkJie2jX&#10;CdkxM60BNePo89gXxnFdGZxNyI7r2MsOP4zhwcJPZfFSV8Gni6euyD+98o/yH577H8C2ncM+h65u&#10;9wE59FQkZ5aWxF46ixDIVNawwY3jPjyyf59888EnFKgJGVYS1p2CjXJLhmlkmR+UoVNjCEJWeHmU&#10;K1X9dANPzPH1jE9sVamtJ/OkFVaspmpnzoJDQ6SwZ0fWBUdoT0wCCBNx8fcE/lTejL/rYQDAHxJl&#10;LrWWe4YGZxC8w/CGmESP/SfPN10nPQWQ+Lv1/S7fK6W7ZLSm3Y5aOPD+EZDj+kn9LtNe7ThJMNV+&#10;CgqmatnAAZB+rvx7sFd1aBeROBadgsVY3+11Jkpjt2519ZomnpXWU9swl96r18IHBFE2nfm2IaXN&#10;lUn1hOYao2y4ra9fd6Bi7vfoi00FYK3vc61jOscAxToEP7nDhrm3eeAkzQw+4QCJJBtlRAdal3T1&#10;2Yn1DAgLKzbWZu591lTjnXnLHNH9u0FmHfamBvcjrM1QXIAoQzjsGodYGAKQjYq/nwgwtMUzeBvs&#10;+hb2kyV49u9E6NM++PeNAcRpdVLFeXgvZ8CA73TwfEDOe2ByUgdTSiRTAlaglmtBbtpXWN5pXGgx&#10;OM4Kfz5bqE/K/bwM7HBEuzwxOfQgZh/YZzdN3hykRRQUS39obMYnErNZzIAd0dWae3QGqx5ueatv&#10;+vx9TEF1tFWdj2uJ1BcjLFlt3lOgSBWuAEqlpMeW8k9bmnQW5s5B6i60gjOpp/K61c+pZhj11IdH&#10;kfheUhSv7mt7jhXHog2bFKdcygf24JL1Na3zPQkUdFT6JwsJld92Kx4KrnGh7JcyhCYRfvUvcMEj&#10;dHHhZsHNilRWTfLJE5EJRBJ8yxkD7kOqJ0RxzQtkLCsYg+JNMrVQYXqeTZXZpuBaHpbiC/LMA4ah&#10;pv+EG3qQ2EpjsAG9pg9gGRWcMkqa1x9YssXAFynDWlIJPAsDVF74+00gkZcP+dRsDRPHOZ0SdC+f&#10;x0Z7W/aMncQhg80WX9dK4CmR7XPFofXovR3tYGIHgHTpt/bbPIRjA9CgCIzZFOi6d98++VcWLPFV&#10;++H96/3c9guEYIwCGjdUgG+aXLzZ11YZbEPAjd0an8CYzRjbWxYTVyS0d1niZgvXzA6Cp1+GRmm3&#10;uITtlr7W9p2v5ksuNFMGYlRST+/1hYbsC3N5ren/UVs690cs0i093mZr+5jdlP1d8ZSyZuQiHPLA&#10;BFB08zJSBa+09JwD6qFfxYl7BMlZDOP4cfj0jE/tkwYSS5msVgNA1IDkpiGTTnoSOa9cgkfqNl7E&#10;PYeS51bwDOEEm8VygtAGsj4VXPCTYQIxzprXFb/qpdOJykFp4PxdcmkJJ96ZVNN7K9daQb8qemt1&#10;gCfF2WL65F62iNi2RchH6dsZFkFYJbAxDEJTquksTkwxxKVcKQ1KMb3JKjYp2sy4xECj0hk3wHSM&#10;ia7WbEkvK8zZ1xigwYEqhrMtSFAJ5HThARXRkQfBAIaMCAzv6D8X89zX5Dywr3B/sshJqqwquhzI&#10;lqABawEc7OF7eQcWwQhaXEbIxJ0VNMYMb2DTjJ+ZEtiNtBagJFcBvp7zjuL7ofUd05nrAIPH4QM0&#10;RrNveC5RPtSskX0UqOULG74efJAIfiTeZzhopGCzjQPQm5OZ+eNI9t2OwIrtUkNa3+QkGhZeTbAc&#10;prdhDc5tkwsXPpO3XnlNznz6CUJEboIlGMixvU05+fBDYMztlQOHDyvLBlQR1DItvQ4EQUNNl53w&#10;abviTOiTrgN56KtU59CboCnvGe8HkiYBmnxycVElTIfu+y1t0tayRbD3XpOVs/Dku/Kx3DizCFBk&#10;DJ6EPV14naiDBN4F+OvN4DV3A3DcCz/kvfLxp7+Wn/33/0c+/eQjAJgIX2gG8B+swX8Qf55CE3b4&#10;KJJ8Q2XnwRQL1wcyv9ZNWcb1jjmJXlqH/+BV9Xhroj5myurx44/KI09+BwDknK7R9voNWbpzAQ29&#10;A4WolA9j55dJ/zS0iTqIb6A5dbV7XStDZWrw2QqlkNWrz5WQ/UTAf0qlvny+rQJTtm9YOuqwG7mz&#10;b2bdMfQnu2Ho2xcyx92sOvHvy6nkwFRDc97pttRbnDJUBsSsww6njjX1+flz8osXfwyAoyV7Zqfk&#10;+tUXAQLNyrFHf1dBoR5k3QxgCTNK1w1kn4ksrnwiZz77pbz/+nk5Bn/G3/tP/zPwvGk8Wy3c1g4A&#10;XnwP1iiTmTu37ih4wtRbCwB2fBYpmkyHRauyfOVTPJNLYlauS33pstQBBgYAj6yCwkbBN0VQKM3F&#10;GgCREOAdvdQAFExhb9gORuZDfyCTT/yuhEhybqdGFT4EwmMMXwJLsICgMNYDWMH6c29ekc4v/kaT&#10;dSOcE3xNssIS9ohgu5IlyO+Jmy5UQykuE/OSHD4u0YknpHHgYekC2AIvRLtfBbiCQMzIQu4u1ZM/&#10;jwm4kGmmKaux2/sJtfQA1HCIso5n5iqsBD567x15+YWX5Dyk1UzpstjD1js9TUG9XDsjn77yljy/&#10;c1qe/s6T8h9+/z9iODGBe5LoXqYnC4EZflaC8rAKuO/YUTkDkPc22b4AZj994x259PhzsgDGLo4u&#10;uX7jlrzy4gvyq1/8wvmUYm+cAVMeNDb50e98Q1nWNQU5Y9czZgM1Qz6EytzARAGUyIc8ESAtetjS&#10;H51PYaJMZOdBq+y61Pm8VVnlge77zgtWyTG8V6kbtOleAIZ0t9XW/T1T2NU951z/PT1LUxfQxVTY&#10;LPfnTZ37e5KptNbmPoMEwRi2lLn0dz5TvFeJ9vKZJroaElCwdntY/5wCMiSGtYAGbjAZN3XgoQNB&#10;3Wfo9LrOK9CIslqdb6bV9xxr/ZA4QJRsTg0JST1xSwobKiUHWee1qdcKf8mBFK/HCtY8IQYGgCiW&#10;4fkFpuIbaXxadY5zKOM+dfhH7HEah6Ok+u+1euTYfV2Amnif9JU1HpSO6RnJ91joboyei8w6YMXB&#10;xGKj3ohMRaZ3skPCo8zLl4HBMFm5B+yEcl4+uU3DGqwO9jv2eguP/iaYqTM7ZWFilzTgd8v6jUBi&#10;poGquE7wXF68fQPp35Q7iwPuAwfyBYXcVvqYen1jdxP0KX0ya/rJKCavzyq+klxLEpQYnbhMir6A&#10;jq3YO9hBaX/V7N86ZpmppLWavg9gNwH87JDvTglABH7KvNl5Zvsmx6OSBk2fd40vOlnU+rlUsTkQ&#10;4Aqsl6BaNzfOwUJjC6CrYD/YHOzzrDVqzsM8kr4/flzBvrCrQE+aJP7hTXxR7K5dA4W+xWGkm6Km&#10;UQXFNc704fTTB+v5lnkKkLWezeCR3cBtOrq4Qxe+wd9pBM1JAs07KRm2PdKKHasyf3gzlYekovE9&#10;ffzNfAaYFiwzY7PCuLSUCBmXUEe/gtTJjYMi6bcqIbOFyXhhyG+HG0W7QfxDcQ9U6z+wfKytSMPM&#10;F0xgtENJ0rrRU5LCKZEmToVqCNqEVLc+6XwUOckRePIk2Hha8HSZnsLm23ApVNn6x7jA39CHKZdt&#10;6cSzmqxmSh+N/qay4sGUX79hDdSAv+YGbLx79H+zX2mG2yam0db2gY92UJ7S59DeLx/fKI3RVj1D&#10;7y0+5Deec7eZmdxGeJT9MnfCbOZXtzHQtxXgzxb3yvZ5BBlb7tjGj5St/aL47IjUWLNZD2QGoDG7&#10;AeY9qg0ypb+dtUOie8nDrcwWUmU3u3vmy2HYBYHySz+1vjAIsiG8zcfAF/6B9m5p57Y/PEPuCTj0&#10;XjvWfOGPYQZsIYvAiBF7pbmrILyU8Y76SjswDL1zBw3S5ZZOa7v4+7EaJ9KQX0aLuLY3dAg3Mf2R&#10;+ki55mBcGWFM6hwbg3E82EG12qQ0JyaVIRRpKif9vBqeNeTYeipD0l9O6pf0ykANMq3ITHGTYleI&#10;U1YaqKQ4LKJ91QeQRXsY+aTFyrmTF5g+kblv/dH4urCLyP37sr69K/d1LK6P9Y1TkPVd9zSL+ycQ&#10;xdHmQzQydyPV65DBgBwq5gNJNqk+hEPNzKlESLteCtVVJgTlfC4wrae/1AOp21ZlAhlDoDGonKqJ&#10;XzEUHpLV/AR9TKU7rK14jdhgtfH662g0O0xgpcwHzSebUUpvEwR0iG886SHVxfVfY8jDqtH30E5i&#10;bQ7JcmPCYq/b1UaXS4tikwkEf+2cR5gE6oc6a0I0SjUGCgQutC2E6sOgziJ4ogoKNJVNgCnTAJC4&#10;biZn9sv4xBzwLYBjYBXUwNBrAihsEARFwzcxDfUK1tG1G9fkw+d/Im+89ip8A5dkHime9x2Zl8NH&#10;9spumOgfPvEgQJMDzgOQtCd6TNEbKXJDZgKqoWdrpbgOtCZwVjFkqqT67CaoNRMwIbqwPVkiy6Wx&#10;Vw7efwJAdxOBIndk5c6ncufim7J+7mMEL1yHfBm1E0C+DtgRs3NosJpjypKbhhn/tgNHgLTMyaXL&#10;V+VP/6//Uy4DpCTCunv7NlmYn0DTFciO7TsA9O2RMTAZa/MAf9bW8HPACgIrj4Buu3Nb1lbA7AKw&#10;G4IVk3XWFDyY3/egnHjoWaQJ79H1ubZ2RaVnLXw/GZQxA3MYUKTye6psYn0+Y/4CGEvpbqD/Frug&#10;vCCXpWUaZsR6McZgWKW6eM5DPIMu3MYHx5iteU1s3K9tUvdZ6fN4NWK/8urGFpOdSt2iIFKmgCYB&#10;oxDNMgMDaqAMLYI59OGHH8rpjz7CmlyTuXAFz9U1SVfPyZNPPQcZ52FU3fTWw/NENi2+5izk3Gvt&#10;m3L54udy7eJZmYpn5fe+/YeQo9+vkleCuWSyTs1CQdNgvxNrjV1Ho+6AFtG1awDwUwaZffCqRBfe&#10;RsLpbYDA8NZkX5a4YAGrYInNZxVgfpK9ZXSNJzDBax7A/vzEDyU8/i1pAlgE7Zau6ko8SYKaMlvH&#10;geKl2DsIkcfr8PA887GkpxHkcvZjCeHPZwg2aKiFVd9vspLYtAeQBNbon4b32gPoFe2Fv+RD35YQ&#10;oGYPQ6IQgCn0VCAdakysS+/0hvwb1x5246kZcx8Y2GCdvyzBKK5lWgWsYl+6BjDu/ddfk1d/+Qu5&#10;fO2qesGpug7PeD0kE92ROgiqrGMfjS/ekpf/8ufwIV2UH/7w38v92w/rM6wed9xzuR68h99hyHSn&#10;X3lF7mAPJSh46bOL8vzz/ySdh9bl3OmP5IO3XkX68udqd8B3zoFHjNd47MFjsmf7rIJflK3yINCA&#10;yVwI4JVc4q1OXBvvE5Nzr3kPYtGi1Q2I3GeKfHgnQaOeBmZ4rpD2xkXyg/bylPgGKunt+kT3oMAv&#10;uFfwemqQE1lqaVYAOWmu1cp75W7iPYelSPwlm4wAmwJuPrdAPf3I9vdnIveQMbDG+Lprq21VB5Jl&#10;pirAlCx1H4zKIBkqz4xPkhcPVPqgKfbirW5XwUqSjSLFAno+c8Aq81LDiHgPA1crqHWIJtuKfr/a&#10;X/j6jqxW3rMkc2uJbNFU3Dpxv8yAuZmHqnIrIa4plekGPrDOuj1Y3D3jz2/WHXuWQGPMa20d25oM&#10;y8jJPPQzNggGE3xn2EbiPAiNDx8lGKqgGK06CGy31hVIJQY0AVCxDtk+GdsWe5fBdeZ7sGDFP/Kj&#10;P5RspQPA3YGafF8u18BJjA8ff0BOfXZJLp69Ko+d2KNgYB5gFlSlufmObMyIPd+jS0F1184Bj6DI&#10;HciKIJTAq0f9oCVJc7DPVtBZO5LtZE0pxTViK3BalTpuKk2AVBJ7BpIo+4zY7dCx1ScXM6YPpBu5&#10;dWUVxoOtMEAqdALjzSE1haiSO6TThUz8A1OyvRS8Uolu5Gm8tjjEMh9Ikf88Mtesn+rmnndFM2ty&#10;AC3wk22j3gxEaDWaGwuEBV4+pceuDrCvpubEXGgutjvwGvhIH7rIS3tskgx5tSkNWfLFZFVe2qBE&#10;lkU97wm9A0JX6HLDiOE70umkOuFWTb2XwKjhJx+k3HdPfAR0AUDlRXygEwlreuUagqzE2ro7fByu&#10;XDG1MGXzQLpumvrrnjn03O/G+bUupv+VMAqzkX+WLdeorTiqWzvMhivSIrdEfrF9PpPKgLAujTKL&#10;/NwAD/XEjglM+hit7RLx1tNlfem1O6Cr78bmiUKbDgBZ6xpNDtT3KLVu/Zkg29SIcNDPy9oB36pK&#10;uIo1FR+sjUAca4f+0VblHBVgzX7R1N5R3zdy4tj3ATZnG5r+FOt+ye8mnBzzFfkTbjV05DeG/5XH&#10;pL1noM9bHZh+3lq2FdBzSDJ0t+fHDuE81bCdjZmt5Sezd5tGjXbsqpK5h96/GUgntpUgjcKfzJbg&#10;hWuSStGTKQKj7N0I6PeEIJsRDV8QZEVCryahb8AStNVmzjdaX/h/BFVyM2ozGKQxMI00I0N8fcE9&#10;YoXarYKho8E4u8FQ726v9EVtPq0ZCGIZBSyb6lpyciBKZ25C9Xn+Vkd9pehT04poBC16VuThXovX&#10;YclBAJBAUuTAOQJLTchFiMXVwCiZnECDQ+Yfis9a0wF9YYiGEOBBjSmfkAPHABAYyhUEbgrNppbM&#10;/Z6JfJ3BgVysAF8CT0BNaGU9YSuDM36VZxMSVFKTZzGeBRiMXJ8Z5ZvepiXwAz/jk0NLlkWmTWzJ&#10;2Lej/WZNxQvT5uvY1VnayFUGQqln8GVOq6Z+UPrf3tRcpbo9F2rmahLUPbnsxTc5lLl2My9f43kM&#10;QkQKU+41Nnim5dgDbCa6LoijDTCwBXuUTov/DXsWsgLJGlAjc6vMNiYlWv9etdlKXHNG9v8SgCOW&#10;fd2k6xs4J1FiwzCO+81GYgKBX3PTTYBWE7jvk86niEU7argOEnpb+MXLQKbUxDSAODT/YxML0pze&#10;KzGYonWAHQ1IY5VNwEY0dd7JE1x7CLNYXb8tv3zlRXn95VdkBUydJoCLAztm5dBj90Gme0iOPHBM&#10;JuBP14AFCZvDHoMEDH3KnHl9rHY0tmDRkAnpAOAMrKu2M1IPYmWwdSGTXIIHYdCckuntR2Vi3qV1&#10;Xr7wgVw+9b6snX9XVi/dlqUlhJIsJ8rS4UB8O7zZJuGDNDM3J/PwPWtMH5Qbyzfl75//Rzn98VmA&#10;dTdlGoDoDpDvyOqYW9gOBiM8/OA9ODk3r/UVBIdyc/mCBN0lAHxg9EGC3VkEwEfGTupsFKa27ZZH&#10;vvNb8IG7D/6KY5AZLwFsvICvXVcJt80ixzblsqbvIhl99OHDNaAsj2zcQNMUQz94N551m/tNkdk3&#10;rgy+GKEeBOmNgqPO31p9nAr7E7u1lF1bTYi/92RdU60B7uXI6hvSmIF0+z4zzNKYxvdJxts38Xrc&#10;un5Nnv/5PwKYuABmzJTMAqDrIll3z4FdsufItzA436vDkRrYc5TA3V6+DhIFfBXha/fqO6+qFPWh&#10;w8/Ko0//jtxZoSLKJVJPgqVKOfgEPCij0IUVEbQiWJACyOKNDCDJlRsXpfPOT6V98WN48UGB02lr&#10;GnqI9U1g3nqKccFJDnyvTRLuHGT09z8mwbHvSnPfMelMzmK/NCrxVQGhUZzXqc3I9KUf6KXT0j77&#10;vnTPvK8hHwykISjB98fvVZCEe1ce2oDUEMt9ZMdRCU5+S2r4OSmku/SU6+LvI7WN6qoPoHqf5TZb&#10;1m7kzDUchNY3AfOi8tDZf1A6yet2+9YV+fjDU7hXP5OPP/sMKrGW85Anh844D/nxMSTrzs3KcQRt&#10;zMxNAkAVef+tT+XclRsYhLTl/Z+/LedOnZPf+6MfQV79+0jObSqjk9eVv1PqfPyJx+WJd9+R1bfe&#10;kVv0TcQ9fflv/k5e/fufoZ9a18vJ/ZL96QQA3DkkaD/+wAn54x9+S5nRDQA+SnaxiU+Ed15sBOJU&#10;JqmGaf5mejZ3zoLMQ0UUZEuzgr1OIkwewKE+bVHkMQTHwHN+9w7YbRMk5rWj/RWVcjgTMu8DT1As&#10;Y1gGpbccAAFgDhpMhcmlu662JLGox4R16/AKCVzabY8sdp+izMEgzxqeyOsE5QxDIZtaW6yutBQY&#10;5M9uEPTDa9FDkJAq/fU0piSI9Mwh9sDlkmjIR6rrj8OkNs44sgk5DKKs1yiDPtE9Kk/edXiSO98z&#10;z5pTqxH64TGEKRAv8cUgrN31QRqBgmkkvMQMF/UBIsbbK4XKanbyYN1LA+ebF6lc2b0/vpdEM4yM&#10;Dsfy3qfuWcKU82o/Q8wmdPeHXxfgV4xvZJBNgGsf0XqDkmuyZpUMxeuAQRtl6FlXATs+B2M4v8ZZ&#10;K4E9y5qKMn2DtRc2NAJb5c+WZ256E39O1MqD4WuZdYFrMX7+nbU2BmjX5crr78hT33lCjk0Y76Nc&#10;8buuqB7789+CisLGVDyrK+FMpsTZsorCQhUMaR7o4r40MlUAzmwWkzGqWK+Cg1b63YcGKML2Xhgb&#10;Wz9+bJ9wyQOQIzrD4jD1YFFW+Md5ANOWceIms8VmkE+UCx8pzzCoMvsKaa+Uxtn5byYP6FAzSPfQ&#10;KkoubrpEGUegMg7nT0f1LMMz1Jsh15sXHoXe74MmvX66HOQFuKdGKxDlC3IFKq2b9uiCxkSTxSoL&#10;QEKBMTYJMvD4gEkuOx7wZjN5eG7hYpQNrAWfbuQR5kzV7rG3lhodEW0GUvu4eWnk+VDBUE1/Mps2&#10;+1bssFGw3UhWYEcIf7dIuvHXiar+JKK3RkenIOMwgN42vQ8bMEx2ew1M1gNIDDqyeqOLTQMFNgrw&#10;xNa1iXLPWlr6Ekpyb8DRQBrlIPhUehyO/vfNxBd3ffI22CdGqQZGPuuDJsBm2Cy6765UP8+GEgT7&#10;L0S7+xf4X3E97EBIyxfUA1v7NbMX7carJN+nzRcOF96AMb7177NbwunMsFbT2nv2RP9qrqb5KkS6&#10;W/hBQf9eql42w83o5qzpe4XjfpO82kG276g9yg4FPWxgHTnMFc09in2SfWZoPM+/R/GHJq0G1l4c&#10;prkxoqYmkv3SqNGLjedjovKZ1mJPmQ4sCON4VW1C6gBmCP6RXUIFwNgYh4Q4cwCM0M+NPjch/CXr&#10;tTmAMgyGQDJcHCjAx3RPAoI6Za+LDg5Fky/LlN7E7/Fk/cVhKfU1uflx7ivWB/blfs2hS7PzA1bH&#10;5iv98mxloGfz8LMBoaEp7ENsMcBNvYRJfDAN/zltd53kyebeO5zcp5RQuEQDNids3j3wFnqT5S7k&#10;0M6/uafWKZzAr4LZlXgJ7eryuja1d1YW0fx11J85AQBAtgTZe5QWUboZgdVF8KsFEMEoABZqYBqt&#10;U5wMyTVrXfojg2XJQS17lG7beSPx3ocKpjrQrsnGA2AZU3DH4VE21qRnE763bTU4IqU3EdcMbtzU&#10;xH6Ae7sQZgGQDwAffcDqAIOZRsvrMI71QfICwwQsvJknJ2LZiTCLzyBZ/ce/+VN557XXpAsGCM3g&#10;jx7cIY/ef1AOHj4iu4/dJ5M7tuPazDiGI1N+AaTUwqbeesqHHbtF1GuYcuU4UvtzfK62NxS3ug7a&#10;uDYX4Em4jqZqdv6gHDj6lKzCj291+aysfv63cv3UZwi+RcLwTVxXXMP2Kr2OYtkGs/OF3ainIFkc&#10;Q/jA1O6TkqE5ffkXL8nP//FvlIU5DcnU/h0NMBen4eMWIE14j8zu2SON+Z1ILuYzQwbfunoxtlbv&#10;IFER72OVntOifmMpmr+9CG949Mlvyo4Dh/AcTKiS5urt0wgYWdHBuHObb+O+wauVLFo2yGSL1Bi+&#10;MabsWnrzJXpfYm3yHVbjnoMsc8CvMnMbYGbFE9JJQ23MjXrvBcUzEASlwsiauwzvRtRLm32DHeKn&#10;D1p3fNHTxN59b/bPOy0ICCSsA+h+5YV/lhdfflmeffSoPASA6NMP/xkG9+NyEkBQbWq/3oc2ZH9w&#10;O5MbiwymaYEB+Ilc+PxN+fCtq/KDbz4nR+7/nly4Am9HANXb0IRPIyhm59FnAfTWAOqyN0rVU1tS&#10;15GQuFDDXta5ckHav/6ldD56QxqQZU/RhxFs1KzniAvkWXCvtED/g57zNMtCgg94BqdRvx9/RMYf&#10;ek7qx54GCw/gEwgTIRnKSU3tmShj5X1N8B7qZP9Btt86/abEbyEReuWWrjs24fwa+lsaMFu5MXGP&#10;wE4OSSH2zHEAMPDisyd+S2r7D0sPMnz+r8G+jXsjwY8aPdIZbtNTny7Fsjis0J4w9IGQozjnpihY&#10;hs8+1/P28P5WwPB97+235B9+8lM5fe4CInBb+vfiAVtiKRGStHfsmpCnv32/PPbEt+TYoaf1fXCv&#10;Pn7iPfnxn/5n+fhyT9mb66cuyguNf5CnHnwWkl7sVfwsifNA54kyAUD/uz/8vnz46WeaqtzBe2wB&#10;KInClg64yFZnTzmFQdfuhWn5k//xj+S+Ew9IhlAj+gEKZJUpPFADr9QzRTZA5oEOp9RTNbYfNIbe&#10;Iy0NnKdfaP2z65VTDLzIPfviOC4DrnzYphtkZQ6wU5Z6WAzLlcCiwy33iw19WON5gX0Z6y3pOc9i&#10;2kuoxzHZaAxwVIafOCCREmoCWOj3aQvFN7uKPXaN+yx7ZizOaZz56wDj1ldgNUHZOb8Hz1k7Mur5&#10;G1LuyyGVZhM4/3m1WvB+urylzdiRgZbBZiPjMfGMNwXGxYWLKkbgS6PMs+rpMZx40QdBvA6vV+jC&#10;xtb1fXZVztoE45LbW+RZbS4PIPK+faavg+ceyq9LEudNqOAg6p1Wxz1XNZx99IDlG2GCNbESMvqI&#10;rXDtk3nYZNARz1beawKruC71nlWyFIFCKnXHydDTuG8nd9YMA0PWbgSJb12mo4aC2ZSnWwL5HOrM&#10;4Kyu13T42qNt7+KSXP78oiZ3H1+Yc4NVPJcqr+YjhrPnlVdfYmoLgpxW5Oylq3LsxKGR3vdGBtWw&#10;o6bU/UCfrShSc7Vqt+dqJq6rxCdLJz6dOaqihbkJfZ64WjYxPurAyzIyz/iqpn4ERUiGKVKmdL0o&#10;xTj0hoFJn8xJND7ao8Wm8IZXFN6YoA9cyIG63FybCyWxI4LdqmbQ1qG7hbGN/6UAWOQ2RGVJ6AJ2&#10;slqlQgexGrAmmrITanHpJpjOIJWfx4F3zjA7DPIf7D4Lpw+qGc+c4WQYZQULRBNcKQ/G30cmUdBI&#10;qbbWJeQETNLDL50iZAQBe+r7QXPRwHY9AIjvwaK3KGaMB/MSL5WNIuvCH3iTJTe65MaVXz/q9fF6&#10;OukWlQvF6kXAQtZdnyBznoFavHj2I2+jxmN7pgZtW7mZKNMRE5cME89MCyTq4REo0ltWULOO991h&#10;Ucz7Rg09D2HScomMq5cAzpGUnDerCHygm6SLL9d48CCXxgVFw0mvh8yUHlLWVhlE3rzbg5A297HI&#10;pRKZ7VcH2cqzZDyom9lh5mrVt9E4X8cmN0ZC+UjG2zk+KS/inm6fRkoPrl02gYS365gmp0vq9TMW&#10;AeyDF4ntbmeVTHMOXHf8lLrVYJfAW+lbk1vqu8Mk9SBvlJsdF+lQFYaVuAPM0ajdM7VZ/WdGeBHm&#10;QPdWdIKFfLgvRMP0Kf+qDXJJtDQbcLdMmRY5BBKaoXTf/i/cXKKdDVnV2KGP5aRl5ovBCVtg+5lR&#10;Xl7GfAH4Sjw9e5TMdFQeXjWspYSWbYWplHoYv2gvjBkZYFJlV2/O6LOjA9ht5VkNTMlSzddTYApy&#10;Qmb7IysGg1KNVH08g6Erl1mzJWZjfh37z5B+alr+nyEBE3qtaVERKT6fXznM9PDcZY4JVyRb2AGm&#10;XtX8rrSdUADNVD/nAIfD5j5Ppj9wZjNbHlOy8arUvpKRFfTJwketUmMyP8wTbSYCW0otM1NSJQNj&#10;ixALmwO3HqDJC1Yr5ddUr7EZ9O21bv8zVeuGPhpoRS5dIWa7y+rO5Px8KmLITOmxZ/N7bfKm2ufS&#10;ZNV4E3HJa9XxZZE6bD0T1vZJi7WA9WkdgWdXOokpi2kANzj/FwAQtHGud7WgD3QiT1lfquFMgRpX&#10;U6K53k2dMbRxbM6i8CU40Mn0/TY7sI1YR/OKIrSNN78aclLP8K4lDVrgQLFBfzee7Sh845jAHgWY&#10;qEXAgBgfn1Vmlk7UY6bDNhQEZH0TKLhX18m4epJxos0inabaBLg4dY9YH0FuXGddESprzmqQBBsQ&#10;XAZNlAtdiIeGF7jUQfU/EpcSHHgg0DErnNQ4CHNTadcQ81xUjhRZhnjOCQCQ2UCD9y4K+Lb6wHX1&#10;fjANNQycH1gH7Al6E6MDBzthXRkKBPLIUHBZwpHWJkz9VJ++bqbMtA6ZP5qaGKh/ElkJrc6yDvfI&#10;TOp1MnF9W6B1Gb3yyF5IK8NIRyLp6D1UCxZvPJ4FqWtmOKQNXFMSBaWePFbmYuLkYfhfB0wBNkxN&#10;gnf4bBPj8NprLmiic3N8Coy7GWkA6ArI3mTqK9ZUYyzUelIbKTQgFp+JQW+1Pdvk/MUz8uP/8hP5&#10;5IP35DZYVXW85q75bfKNx07ILMCEPQf2y8GTJ/Xe8fpHYUfXdBvXpk5DfdaeXBcqk+s5P+Yk0P0w&#10;wxC5QzAUN59MnTvtVTAPcY9Q4+w5+rBKlgNI1D957/+V3u1PZPniKVmFj+XaLYCN6NNbioKnMr0Q&#10;yK59ByUCaDm17QCAu4NoZGP56S9elvfegMR48Sr8+GoIGYHcdgqydiQdzu5CWidSdSNckzTuIcX4&#10;Kt4j7vnSbU2Q7OC9JGCGkT3Txfqr47nYASnwESSlHj7+uNrmdMHgW1+9BJbZHdRmDJLoun2D6zyY&#10;VQCSa47rP6ZfU1x3cnsvn4+1aa07sIWAgjJbGcgz45l/DZX7dlUal3gWkanUMKGToVeKH7tZLbYJ&#10;s94MxnNVSNcyYO9QsJXtRsYmg8Odit2SLc/tTuKCA8ZCFwzAc5KsSaa9ODJBisTpdcg/nwfI/M8A&#10;KEJ57qntCGW5iedqRZ7+7m9LY3KXDiE49F+npF3Ppyk8A+fk7AcvysXT7wLwmJPfe/aPZWrhiJy7&#10;cAMgQlP2IgRiAsnK9eltei6z5yJp0nozfgLyDBdIwVDLTr8vHQB9MRKax8jyJBBPuZ7k7CIf4sZ+&#10;KHRBNwbAu8wjAXfPPpl78gci+xCKMbFNj9AeghNFZYV09vS2BBn7UrwOfl7nvRckRRhIDFAxRjgP&#10;NLk69KH/ZmY8Q4pML9oyYD/O8KxapElnAPoIJsrCLr3WdeOClLq5giXiW+yWdYFxtEPjEz3VuiH3&#10;fbTifUvzGi4rBjcuXLES9of/agNIb+NZvnTuI/nxX/5XyKRXHUOKP7+X6P47DmbT3p3z8sgDx+WZ&#10;731P9h8+hiEVWa519XsjU/rwAw+Ayffv5Op//gu5imcrRg1xHVLG9z57S/bN/gGuF1mWNee0T6Yg&#10;NsP5/QfloWPH5OMrVx1jS++hURniBM66R+7fJQ8++qg8gV/7th+TDCn3ceiY6tYSGKxrmJrKxRNX&#10;2dL+oKfKu9CHGZL44s4XCdx1CRNP/MkTZVPHDqQHJ1+Hz3jqA6B4bihZxjjPWJs4fz3dtTW0woVn&#10;ppL6esQZ0CnzikAtrlNqYPXAxFyeKQrm8X5gf7BOrcdwz06v4261Akixhni2ySTHz2QvyD2Ib/cW&#10;wG4Noeg6hnDXugINODT6ZDDJ8fVGkzSdV78OnIz4xF6j7H+G1NCzVhnazhfDLSkF8rLSxixXjnkS&#10;lI8iUB8+lQanLnuA62QVgyQFqOk5TPmsV/DxPlNqy+cyk/xMjFSGHan01lXVYZgVWAqf4zplsviB&#10;TLkl8KqSWusYeNY9vPgavC7OzZBhpwA4UwzVIt6v1IG2TZKeyKJUJnVLv38dIB/7foaVzSNog16Z&#10;NVNTxp9iLHhmQwQ98U3VKP0nloIzMQLIH91clHee/2v59vd/Xzpr6PVx/vJsrzFtl/UeAOhnH35M&#10;fvxPz2P9LsvH712U7z20H4MnXJO6dXYrPuikGOLn/YwC9lnhN6hYWW7T5XGAPHQssy61mMBqAfBx&#10;LfR6+t9pDniPGur0Nb52gNdnpc/8r/p7ifUFIxrAit/WCFmhS7wxxWEy0J/3JzaaMvU3tf20Cjuo&#10;IerzjHEad4VPwmjA1McDlAO/uwlw/tYD/zltQcU0Pg2FBVbmwSWp5PzlfnpK0w1cikyWT/01YMP6&#10;gA631bA4j7SoiHTqyoWV5czCvP3QTSos3oO+LmU5XafFjxsNfR8sfFkA64QxcA+pQ3kT1bKHeQKf&#10;cQW1TmwCt+2FOaPQU0EDf70Dgm2BS33Rgsj42GgO0bzhdapegz0d/2ZKRU0rpvzWT4dcBLWmA/La&#10;2XIKMyhJGCxG7EBDbvrCPKzX+psCcMqlRNZPv2Skg11u6mpL2pyxA2ur6i7g2Q8KeNbBroA8I+5q&#10;YdtA8RlCUnUnvo7a8SJs1uvQ/SMBDkVk2r2FPmHVMxp6jtHJ6YFJiw3VDEoyKgmnVZl9v+ze3jM7&#10;cCi7dYvfa75o6MVXHZRR8fUz9/htA+kPYgY9xe6B1XjPrmxfeWCIuetPNgMxF4Wt/WAYsv0S4Ryj&#10;Qp778J1qSvuoZAM7Eozd2hWwW1z+g/6AdiQIXUh5K3uJCxOICmDLFhnBdmMkvZAF277/LmdsdoMJ&#10;fOXf7dZk2marHo7Wiv2a5OV9ykw7wjfQDJj/fmV7QVb4whUHRn6Oj8LgzWZ5JyP2VFN+Q2Y3Xmdm&#10;gAzKbxkDKWBmInQTV3xzPXJMfjKfkkxjqrTIDgJncN1JUg8eBlpQ91LHvEu8t9AqitiY0t448N51&#10;lENx0g1fqjjU9MSQbu+yrOAgGyJl95PEF5Jlc1EZgTq8E+f5w7qDfmOsAxpIBq1DHllHemtcm1E5&#10;JhuHLA8yYwo9zrcGgCdOvsfGJnQgyaa+111B3YFGOnXm9J2OKzaZvNkFKKReVHi9UKXGDkTlpF6H&#10;rSo9cQ2spkCmDtxkg8kkPALjEX4O70WXCYQE53Jpr/NYUWYe/ZUyVSm4ekylukzn0wLaqpl3XjBr&#10;iAlet9shQ2/NsVtMpABrC424q5dssW+QiZek1eAZ4wBQBqUp24F1VVPBq1oUFLYwZCaQsbKOpqir&#10;w1Sy+Fwtx/tCv8axMTLVmgiZmAKANS0zSJCdnF7Q1OYm6osmDcAbkQObQvo7xs4PMHMm8l1cd2QX&#10;Si1bkxgMzzUMb3/12gty/tRpOX3qY10r26cb8oNvnZR9kOou7NoHeSwYggD7WId1tGlNi4AIfp7M&#10;ehsX+kQxdTihv2BL16wmF/fI5uBnasgypHd31uF1uG2v7DtxBLLMZbly5TNZvv6R3Dn7gbTg+bVy&#10;a5nUKTAnwaTEPW9iSHrg+EGEJewBeLcNrMJ9AC8D+ez0OXnpJ38mVy6dg9dSBoCohqANAHuzE0js&#10;3SHjCBmJZ8CEmppV/2kCTkn7OoI0cM/AHuvcWVOWp5rX49+azXk5efx+efCp7yDYY5uGsPS6i2Aa&#10;nsM6bes6isnIYl2MJo+SXAIwARiN9JirEbRT8C/2oLQf1vhwGyo1eD4EGOrSXzMGi48eYhrQ5/cS&#10;Ds9liHF1bye83aJT73Diuumv96y9KynPbMLKz6188gG6MsL8HpX4MIlOZ0U+PvW5/O1f/zc5D5+6&#10;+wAo/+gZBBFhKLEdvnPbdx+VLvsjgqDYn1pk0NZ3Yo1PyvVPX5VX/vb/kJWrF+Tgvvvkmcf/CDU1&#10;/ffmpA4vvp1HFxAsMw8m64Sm4/JZD3k2M6FTHBAdrsKTEcBy8s7PJbwJKffyisQAdrmmyfjUEATj&#10;9kCKM3tk4rEHwl5n0X/ZA0jXfPx3JWayLjwgU7Ck6a9pVZJZQ5os3rdXQ1EiaMBgSz4CY/bTt6R+&#10;7TOJkNysbGP2RUxmzvw5RdAPwwjDvYxzw+ntEoFlWn8IbMGdR/H3dWUZxTnbMz9v8qHoiNVQAHum&#10;Mrj256z1Ayhjq2ByNqIfwGCqQf/JVI4ceVj+4Ps/kp/+5Hn5FOAb9zz2pHwPDzx8VP6n//gnsnc/&#10;QL4GAZA6rk3owG/KaLOugj63l1ZlFWDvRL2hICIZypc+Py03HlqWHcG4C2mMupo03OReBruCp777&#10;XXnhrbflWoehQ6nuO/OTdfntf/sj+Te/S+bnNtlWH5flT9/W/SnIpWep8fZVobMQ4NkRuffLM0PB&#10;prS0oKqU/pVhdFpKoUnk6PWKK+zCT0LHxuNgS9nNietxxWMRmQOmOFSitQPfH3ty/Tpx3vUazANf&#10;x/WVJemtgS1JT0YAQ7EHFp2PHM4UAHyauIv30VlbLTz6JXE9dxfqAKaa82elPasgM/fi0APCmZ+a&#10;Jz4wg9I+7kTcJ3kO1oNQhyxMf+fn7Ho/QOIYtZqT8wYiHijyWQxetqscqtCdC3x9PdsJkIpVgGm9&#10;01GwLFd/RoqNOOl3nenI3roky/KMB+vS2jOnRnTfFxT31lG1AgXIUzBZg3xIZiL9c8LBG1mNq/hs&#10;GNAl+HOA60T3y8CnhSuOQ5DXZHo/lByDazKBNdIMOMRkkFJNE6INwGwDGb34GiUKy0EK9zpKpYkZ&#10;HkKd9MYv35KTj38DfqHT2IcCx6Yn6EhVBC7Ud557TnYfOCp//mf/TT5455S89K0H5FsH9oJpCEYx&#10;/l9jrVAlpOWyXL02kasf/ADUbdmBJ2+5YBYdsKZOvdDz4F7mvSHd12QaZlNJ4zUjNfxVRWW1obYV&#10;3VIpjQ0KEG5UA3e35tuavAnJm9BcDW4G0krKhWeyfj6CHWQ+2EqTmgOQah4ZlJ4xOWmsuABBYdzZ&#10;xyb0nzH39QtM+fmV5ZhT8tW0MiqmXqq9zzwDgJr7ONIpN/0oOLk3YR4YkurHjIn2kvLKw0a9aFxi&#10;Timl6ZfAqo+N903RCYSPx87ZbKSWxuKuFxOHEky0KEsRzwJTmrIj4rqEMcaAewmzyo4TB8LpRm5s&#10;fzKhzQNlfdNrnJyDDYAWNSzg1cMvK43Q/Xu2RfiKS0RO+8C+KogsJQhmbAEaWmuGAMHMM0KDoNq0&#10;25KJmht8W1tRa7kEv7yx1+tobSEdLv5sR4WE+FRk3LAJFNc1FOxrt27DUwNm2Osu9UkI3NJIdwpp&#10;VHYVh+IK3s9lfOcBz7Fx04tClpt75eVY/xZMtwqg/SsK0vi6QLsv3ttvIPWsBHbcC+BnRbaWxDzq&#10;+zYB/OxvzL/PjIKq7+l6mwFM3WzkiVrZ5+8ZeBtS8Y4SkJsBef3Wmg9TYDp26/aJG1Im7aYJvsZn&#10;vTtQPnbnn/EgXn54GbupHHikb92IcJAyCKEKIG51dZv+PF77xZOsrQwdqlsH/IaU+gMhSebr26ju&#10;4hKwqTq7ygY21aHOkBjdbBr4G+QsRuMkqV1Uhi2AUOOQIDUxZW9GXWV4senMG+PUOl+8rpqERy7Q&#10;Cte9k7JAD5QV1E0DZa5okh/OMqpVrQcQ3VmUaaOaeFkLmWIsVjmRpp8cp81MiKTsMiI7QQteo4qN&#10;CA1eowa5CxrYZIzso5pKosIsUHApw8+m1Ix+Zi00MI06WWPIl68zNbKmbBU2U2zo1iAVbbVQzK7f&#10;gTfcuhajBDdVFek9fhUY0TzY0KXJ0jNH03CdelKTA71/kjLpGGQM5oaCfZ61Tzaf+jJpzdPTX2nq&#10;ZEp8PbLjyArRaxC7wrnlpUU6g1Tgxb03fr52p6NfS1BGQUkyWvHM83qRqRd4T758iBsGznuOjUyk&#10;wRmUGdU0qdba0PkuJpRFQX7F4p7efmhE2TPXa6wZxmUb5GtTUANsA3AxNTMHKfY0gL8ZTWOuUa49&#10;1nDecJSJekCRTScZNJ2OYzUaoAgBmBqID5GJXfCqw/p691cvyYt/+3dy8eINlWLvnYNMEk36noUF&#10;OXDyiGw/+DDqkill6bXxniJVo4gyDaK45ofUTtrIdZmSaaJ4alfZqD0EkOjSATPk+mImV64vwmtt&#10;vxw+eBRJu1357HN48V3+QG5++Au5ffE6Egkn4bvW0XqntbaMsJlY9u2AJx+CP+Z2HpJ4dh+81qbl&#10;7Xffkld++aJcPn8DUqtM9s/gM4HNt2f/AaSSLsj4diZXI+gD9w9wL67BHTA4AOrQc231Brz28Ldg&#10;clEvTYVMc2xOvvHss3LkvuckGuMaJsCHVF28f8o3UyQmkw3LNcD1RC89Nt401I9U3TKmrFaC4U6W&#10;7pMiTTkAoOeyMZMqVa2DNRuEdVWnKCjMhk3XmGO9GPkK6jS7BaDP2hGlmqnUimaLP2cwZKvfPz2x&#10;zk6IKL2lTLbn/MvPnT0vP/v//gpsvhdkHGvkf/1PfwIA45zsR4jKzkP/FrL5RSh+8AwxJBDXO0CC&#10;7TZ4Mp5972X5u//yv8uFDy7LiX2H5PHv/7GsmgWw6abhez2F52Wn7N+3CyzpSCG6bmaK4QsZ1IT6&#10;ulR1fvqarL/z92JuXJUxyLIZJpHg+scAwDtUUAWZemp1kJgZY//psefukjGFNb9zQcYe+D0JH31O&#10;DGTkKfcWMF0DrHuCMNyLg5jySOxZeLZr+D0AqLj+7mvSOPu2NCDhjZpUcGFNgZ3bhX9mjZJifE7u&#10;zeoTxl4MA5WMqbonnpV0Aet7AgxVPG8cOYwjwIXBGNUTp69EGlQB2H6bJFvxxc+JKlUPe2Xc+2e7&#10;+r91Pv88G7Dun/zeDxHysyB/9Wd/IR9dui63AJ7SL6/L4QVk7RnDNvDM1MFUI2NuZXVZfTLbuNY/&#10;+9k/yd/81V/K8uqaehhSQcahyodvnJKJA6/Ks0eOy14kmQZ+cFonaxys1/lDh+TAtjm5de2KyjJ5&#10;hk0jkfmBJ58Bo3deGlgDK5cvAahHgnPsA6QyH2xgS/DZqa8irz5wSbp8rWL9e8+9/Cwx1ttEeJ9V&#10;6yW7BOs4bAp8b+0UaUmhAKCaLUJ/12ZwiK8L3YAqIrgCcMkl/9o8NwBgUi+gB2rg7QMzZdY5T2ar&#10;9YBefybuknWm/x0oiMagILXHohewWm85kJxgDq+fylrJYtfwDFGsIbAOqHRHMHzoanX93lUCjUmi&#10;30MmIzEDevaFnsXIj0LwMAoCX9N4pabx6guPkYTeV5BnQQvvcRWAN6+XYgGmXIM1Zd26vp/gHwc0&#10;tK7QlODMe3pWlaHeaC1WZaHr4d3QEO8Tf5fLwOmV14PknAAv70eT4Zg4CyO1MslZgoELRNUMBKvM&#10;wnEMyxoc6tigGPCF+J5oCkA79v2EWB/WVWzdIDAvwfME4RrYyWOsI+5wzUc6gF1nKAqGQon6CZKl&#10;WMNZuChHjxyWH3zvd+Wd//u/ynuwIbgfNhlN1E2UFtta7EEUKXCkQiEXOC5epsPPpBhqchjKIC8O&#10;InO8h8BeT/MgXNBKr+uBvzRTBYMH+0bllZqSjWBGez/kMfIK1uSGzKNy7LZAhukLXMipr1U3CTtI&#10;G5C+lLiNGvFqRqADvygp6Tkp26DULg9+ME6ynC9mZ7ppvQ9eCWhaj5yrRw3BvUwKY9Aqf0a/z1+f&#10;QNNwYypAlLZLuW2QpLlrqGcchuIYw6aQSQX5w0Oaq/cAZCGZBEHfoVyEonhPwByg5MReP2+SeKai&#10;K3b5vlnI5rJkBQu7oSbWBPozIjcVT9MheMEWno2Bp5S6B1nZgvQp0duVOsPZggGTN4KlDNR5GVe8&#10;Ee2AR6QdJIHYSvs1ABx4Vke+nnNgNpf5ZpkdYBbpnKZYWzarAEhVT65R7haF3N21h+Mw1E4xAc70&#10;oUMSFWQ7NRTzd5Y45cIDjTReuwRp1c5Y5ddpJqNTZytE2L6Y7S0UZ/fEcPuqTL++INvt62D43Qsi&#10;MAz42SFJsL3LZTOjUoTlX5W93+iclIp/qvmq37ep1J7FHMlsuvZMMeW7N47a5qm7m1IdRrMKzSY5&#10;x7r3hyoZcXlDg+bkd5eBWzFbeu7cWWYGQL6tIWRmIHF2yxkq5m5J95vHwJiKfF+N6TPjz7H+bK6v&#10;y4KvrCHKZlYLfzEb2bfKRiMCK6X8Nz97qrkQLhjOjJTrazFoTTmj4aAsMsp861rXcES8Nj5cLfB1&#10;R2A8a0PdUlgck0EPOW7mAlkylXZaTZ2jJIlTZOWjZFaZLZQBJ+pHZFVWa6xL2bXaVMSaAkzmvaFn&#10;lE1cEJcm7xo/ICMoBvAOndnEWFcmEWjQbNfB3JgBGDKL99V0njCYmq/B/ywEm4uBIjX4yq2ioWug&#10;UWXDQiBtBZ53rTYTAaEu6Bja4qi/lBbsbJyzljKADM07vPRdgU9tOrqelWc9uyzUKTmbAb6/MK+B&#10;9NKuaaHrTKgTbTrS1O/jQR6e5uRZ3U7PW8Z09V7GUeR/rhSBaHHkFBW1Wqj3MRJniB75X0HeeBBM&#10;ZX1ENQSNwekFRE9kFtbw+GPYmHo+KdvLqnRpbnpK5rbNaPrsOAE+pOPWx+fB3gOw12iqMoC/WB+S&#10;WRGob2Hs5M6S+XXlGlmCovRrjPj6uF51DmnBRFgFc/LnP/4r+fS995GceVbZlUfh07dn+6Q8/NiD&#10;Mg8m1TakzDbRwKcZwypuK6OBDZ+y+NQ2JfI+CrZgGDhJNcGrljIe+boEYs8vgk2A+9cEM+nAg7uw&#10;dibAxHtdVs69LbcRvnH7EhqhZaTYor68AyaL+ls1JmQBIQy79qLh2bZPpuaOqRz8woWP5fkXPpFf&#10;f/C+XtPt8w3ZPodk4antCFtoyBSYYDHqKYMGv929rebzFp/X4Bc9+TI0291VsGVaoUps53cdlJ27&#10;d8tRgCmTkEaScdRiEioCPtJO6pvX1A/mjbL3QCnEtUADWCejtenscwIHEkthU+QC1XQ3ZIMYj2no&#10;Rh3gjIjzVEu0zuwWssFysrah79DX4pA7St5bWr/YLZy1A0DfQN9UKGn4jGL9LyGY5bNPP5HXXnpB&#10;fvXSS2ANLcqDJ+6T73zzqMxMnpeFPQeRWHtY1pje+v8z957Bdl3pldi3z7nh5YQMPOQMggBzbnaT&#10;FFvdrc7qaWlaKmk8HrmssceuGo+r7LJrfnjGLnvKM6ryuGypRpqZGlmt0K3O7MScQYIgQYIEEYic&#10;M15+995zzvZa394n3Pvue3gA2WM3BQF4uOGEffbe3/pWgGSXNS499kbGJuTY7t0Yt38sB/a8qLLo&#10;B+98ULrBcqshmXtwoFcWrcVnAKiugEU8NmWcNRIBFfXidPN8cnVM4tNHpHZ4l5SP7pYqvLjK1gUF&#10;qF9ZnWTphreWSnS+VOCGLE6y+lYiLXPzPVK57TNSWbwCAB+1NyiuyfohY5PNFPhXVilDBEgZk1kF&#10;uWv0wasSnTkCa4VRbZBECNlpQJ/OWqjRj0Rg+upx0qHFEiXbYO1Gy9aJXX+vdK7ZjKm1F6qfUMZi&#10;JwOt4FmcBstYQdTUWqWlBG6tx1KgxLRY0ri1LMnqn5S4EoRh27qCAAExsi6EblD6uWHH3fINAAv/&#10;/rvfk/icY4F9tO+Y/PVf/qk8/oUvyUM77wcTqgu+Z1OQlI7IoQ/3y549b8prb0B2PzKmc6T7lqo2&#10;i04ePi7n//hP5NDtG+WBx5+UhzffiTWkW6WVNKzvggfpNgRvkE14hWwwHPr1K9flzPljcvf6zTJ9&#10;9YrUIJFW79I8MrKg3hMNzFEumHrTGycv9YiwKdZ3ScqASxl9SW7dYlO//cITop6OHp8IcgsaKvC4&#10;qNQVTDIqM1VJrPf9dHN27GW5SsnXOYbvn8IYbWAc0YaBYBz/i+hF683wiCdM1x3rnY2XRC1pvXVE&#10;kN87TZ0n04u1v8cu+HfLtUsDJYyy56Ipprc3fCKx0ZR07iPI9C8ZF3yhnpJGsoyBUjoOPQko9RTV&#10;pqM/5wk0TqYbTlmoISbeVszZdCQqsw01tTfW7zHGjT+npk6vc5GEk6bJWg8PGGXUlQHS8TsnRmAT&#10;hqYO5dAxJpIK1v+OFJSElKKTjRuT+LCuhl6qDvyMP1fLD49bcW9h0FQLO8HmKxPoc3Jr6/1+ndVY&#10;mgScKJ6h/oBY93o7Q1l6bgxp0cdlHZLlxyeYyguws8MRi7gp6EPzDuprWbuZEvUlsvsXL8rxnWtk&#10;ybohl2BPdZ/3mSyG3arFEsE8v9/QddhLchsEgqle0HvlAGfuQQgIk3nPc9bQMI45bQo3Us++9GIX&#10;wLq21ADbwubLAwtmMPqKLANjvGTRNKVi5q8PskWliVJboCvbpso176xqZHLgNyMFqe4MxohxhpRB&#10;YApUyUJSY2Lz0IhCN4sbS24c4vq0T8gJJGgKBc2TyWjcbEyehOK8AP05i9tcGJ/wWyo51mKgy1RN&#10;0f9KmhNs3eScHgonF6LYNKKIktTVMHQMPDW59IEd4l7Lz0vEddmNbpp9fHjScB1zRe0b3mcgUcp4&#10;WenFHMyus50kuRTZBHlQiVE5bpKxVHhNtNMO5oKNnE6cSHgE/xJNBYrpF9CroB89TDJ5qkfHdQly&#10;fFoXRU6EOk2RtKYlhdm2REK2KdUUcAyaGF+SMvT8OEuamEpF8M96f0PJ/KmyMdWaLJp5xbkYc8qk&#10;QiYkous0ZRifTrPPGrpQkEOBpospBLIF+HucRtnVczue7y6lXzO2Sv2bAofup15lrWnV2X9F36o2&#10;2EQOqBppT61qAcjtrW02i1uJWVlu7WR6dr6kQdPy2faWmYZmPj54Nt0emQJIMtPUsB27zaRAsfe6&#10;s/OEZeZ6zWwsuvk40c3nFUUJg7lByu5cSejzA43aRJdmEpKgORHaNp+7bQcSSkvSk53f0EpB+XY8&#10;QWPsrOPMNjFBOV+rY4ozNDFF04tmWZRNil64No9rzdLqrbQRuTaT2KXZb88WWXa2kIpq248ma+f7&#10;0BUc6sxczLeCJ18mF0n3ArbQzTFtAd7Ue3WGhKhw8iZ7ltq0c8xciUU54GeLsme/ltgZwKDJPP6K&#10;+500EdM0RXjkLPG0v2aC1KNPso53GorVhAOWrWzdNCxDkEuSOTY5cQ2b+evYnMEbiVJGlRzFkoY6&#10;R+Jkn3VsXrs6mV6XR3NRtRvbghzPr228B/RHS9Tvhy+q+PnX3ROa1ZfIhEmc3Ijf0SBjMOb65WRe&#10;XH8iTdxzG/KxaRQJV/lvF/UXzefZ+e/E5pgyY0pMyhXI1MqRb9qFfi6saAiFgnaU7cYVBft4vjR4&#10;T7Qwaeh3pOnWoaZJBlknwvEmnPUIk/YoQaqTkWfdPor7MrVjwWsrKKw6KwRlOrOGY56c7f4Xem/h&#10;unr2detnkulnNR0XRcp03RmO4zg6O6oK+GnRxLU5dHtXtTAxgZcsWme+rmh2qIUSveBYXLKYK4PF&#10;wnTkzq5+AHldGoTW0duvRSh9FDspk8a1LJU7XGGoj4XGCDgrGBP5fUZZ97ZB2fkXB/66hPG07heD&#10;ng4hie3tvbvAmHlXLp4/o0VzB4rJrWuGZefOLbJs2WJZBB+8zqXrcE7sqsDnGb+C2PnMKdOBTMbE&#10;FYlR2nSxk7hflDPXlEHBAo3itVMovDsCAqLdsmLTbSqHHD1/Ws7u+g8ycfW4XDl1XWVUCSxkxq7V&#10;9BnpAotvcOES6QTo1jMwqOysnkVL5DJkfs+/8pocPfw+irZRBVzWLF8K6XIPUj2RwrtoCIAoAD6a&#10;nmOPNQnZbQyguTZ6DaBejZUyUju9lA1Xp3dgWDZs2ixr1oI1tG4TnolpNUm/fu4jJCdPqjzRlTGh&#10;JmSycAxZ5FIWDXBPfw+cEoMMvzTZUBU46tUaeJAP8uEy0nVxDXgP+Syo/5myWYJsH6AWPTYprDNB&#10;S3K8aRt+aLL0xdlsF8wN1vyWfZltz/wvznnt1hCnSoqzuTfUMWB1voq9KT8lhOcvn5HXX3tVnv/l&#10;M3Lx7Gn1Hn/wnrvkwfs3I914Ap5utyNdFynJqGumWeyTk4kG+OTYNXnq//n3cu7QYSQrj8gygLM7&#10;IGXtQ8iKBH2yHOyvwRVkvA1pqui0dZ6RlWqsnpwhEzBRdyRI6G0cekuSD/dI6doFACd4ziMPcPG/&#10;Gj3SYp2zWWGU/fLUwGeSQVtbuVnCe78s1eEteCQ6VDo5rWRiWPIY5/+d0Dvd15nJhZMy9d4LEp7Y&#10;C5P+65jiGwoqhvSm10Tmmk9g7lKlVwlz0zjmlRI8+MINOyXZdK9Uegc0iTcmwcKrrjr9QpLoTBC2&#10;jT9pvzU02Rpo/VylTQzWeH5cTuGajOK5IQjR1YVQHw3acXUkVxhlUeM1XVUnfaUfPdfpgf4B2fTI&#10;p+Ufwt/zqR/8SPbs+wDPYUOOvXNUvnP+P8j5z12UNYvWAuT7QN5681W5dOkSyA4EWOraUCl5llZH&#10;OVD/Ucoto5FpOf7GATm276i8tnWV3IvP/9Rdn5FBgH7dlVjufexx+fD9D+X108cVQJu4NCpvINTl&#10;0e33iAWrr5PgaeD2P+qznxI5WKuWSp7U4/E8svF80y0NcnJy3pRIFCsr1TM93HVMXNOK4CMB1zRU&#10;0+1NfLp2BqQ6H3uVC3uZK5tOZEhzblSQzgOLKSinn8HPVTIN1m7MYcgBQjMD12ey7qyvOAtomGPs&#10;3+cAv9RXj00Z+tDWyYzVJFqrjMtyGHrpp0Zgq9qsBGZ0hM+tIa2XeEGJATiUeKqXnWizaaJez3zu&#10;xWMJoScVWeeQoUw5ZTh66WjKSmFy8wQAS/WeLZX0czQh2qQNgVhBM+4fUqsOKhiNb4To50rifREd&#10;a1p3Bt5+zLoLgHOAN+xYTb0JSaohO7bE40+cJUkn6/DEMdimsf8I2MAzLuW+CyxUzOx6DKZKFl+o&#10;0nqhfLzkvUZjZ0PGPVfZYxWxYjGJZ1Ra7H8CBft7LUlU2C/0dckzz/xCPvetb8GzNNYmHJsJ4zjG&#10;bsj1p7GHqIYIlEKj4j/5+78r0//6T+TZ7zwv2/6br8DzH402zIOZ0tRvRnUtUfA4dgy+JPFBMA1l&#10;btYbzpvPsfocY1EbpXXaWTg2KIHKxAeTmbjA7Jtprm6y5LOiPqUo6ZrpAmFbK5VmbYvNN/oOuQ2a&#10;K7VCEIcix5nJti3IiNKOrve/KBaovCBEnVtTK33alWR0zYLcJkgNOV20czoBlFJMyYdCcCJw8e0l&#10;B3gF0pI8zId2KtPl24Lw2fqFwoVL+A6D8U9PZsooGsCR+smZII9ZTjxbMAEox055meEdoQP+3MQu&#10;CkgGvvBqIBjDJGXXUWQgip5s5Exb04ACAn9qoxurmWzgJWuxcxbPuiVucmmo+bk+3CZxdGCPsifa&#10;CfAwiXWGuIF26l0gS6wMgxSn8/Jdf3UCn+ubUp+1yEqc31+psDVpTZ01qSTYBs2QiW0G5VyIRJKD&#10;0Wmhb3PfQ/FeANlxpQmBTf5iLeBW4Ys4IQTwZaGx90CFneiVcsTuwYYeSXTYlDbqcNBBF3kS5rEd&#10;S5bKteighP23S/3aFB50bOhREARq8F1vkkY3M2psdjV0LBSAuqCFEWhuViFnTKs94ry8vuZi+NgC&#10;S2pmpkZyC9S0m9G9zI/eZZoaCHMltM6dNmc/hiJxto28mYdkp/3Wf5aMajs7eGhv6lbY+QGSswU/&#10;FDp3iW3uPaeLXGsovLUf86BnRrU0/b09E33meaa8aee+79JIUy+9tHFhC3Lb5mFuZUaqxDx4GK0M&#10;Z9MCgBaBPtu01JosHb4IlprUh1DsLSYee59CK20CRApeQIWnIrt2iWP7WSmEvxTW4fn5Tprm7ysY&#10;zLcy99zaZdqMQtskf7Kz2tK3qqPcGmkKt8ZIu+LYZvLuxL+WzcCFg8ukZ8WdCh7UJulpR38VyAjH&#10;r8B0GxIUsDjGxi/oBq6uoQLTrosrXmaV7qvFFDbQBfdNo71AldIEYeIT9xxrjx5zaWiXNhj9est1&#10;vIGN5lTDhZuIpuQ5BiP/2hAXzNVQ30DvB4wmJYM+yHAhs6IrVCcd3d9MTlkN7VCGoHWMs/E6Pn9q&#10;2ntdBurtY73PrzIKrcmUEWIdw5Am2wTY2I0mwFXWjjyAnP5eZyqf+DGueTgIvkJHvhdedkwctj6N&#10;ieyEet1pnNkQpbcdf0aw1XkIGfVf4+fRLoWS5Kq/rrQ94bGqW1Og0KS7IBzL1LmiQGA6YJUgXpkA&#10;EcA7FKkdnV34WaeGOXR39+jnd4DFRgkuCxGCi/xd01m9HLS4YqcYJZmE9NlxPsmO0VdJ3Gi7Tg/m&#10;2rgsXrwIIN+EnPloLwCWZ+X8iQsooifg91eRnTtWy8pVy2R45QZZueEOMC67cG+wNwWzkqwcNia5&#10;lwvVVyjU5jMBxykUUokPnInhKUyWQH3KKijZBZkr5bEfnjklQ2vuBni4GZ+HpNSD+8Dge1OunDwq&#10;Z04eAdjBcgpQDu75OHym+B0rVixF2Ea/VPuWw4B/A7DgirLonvrFz+TDDwHyQe492FWBjLlfevq7&#10;ZcEwWI9D8CzsGZARAsTwnqzD+yxiIuvoKAotgOTXII0cj9WOhgUQwbstm7bIfZ/+HECURQBcwDQZ&#10;v4jQDfgjs9BJIi3gNOSGrA5T1THB4+B9YqIuQzQUcA1cszT0QAUBcOMtbFhcV8B0rXT2q7TXaPnk&#10;50TjwZksyMhkBf4N53t7485de2aymX2ds3MFbdzow93ckoCtU8N4JcuYMu8pX/DGeI66kEZMoPx7&#10;Tz0jL/z0J/BivASWJRhKqIO++OQTcv9DGzH3TclGpOY26FOGIhRujriGExJ0LZTo/FH5v/7H/1Zq&#10;VwEKDYTy4GNflMXr74LP23mpLlqOtN3bZcGSYUh9EWiB/fEE7nEnmVHWAVi0ErCQ59ZefkbMsb1S&#10;rSHpFuwyx2yyGhhUBYIyHvQoq6xDEMKihTwAR0riASJHAN3KOx+VAaQ9xx19+ozEGm5RUeCGz94k&#10;xhdzWCssrK+PQhr8tFQOv4KHEQ0bBFn0gwU8HbtxEhAoiylj7AaQWNWtQglzyPhAt3Te+3mxeHaS&#10;zj5nE5D58SaqFNBAkXSub+lg2huBfbYYdWezhHfKhsfhU0j7gOPHTsmPf/63MpKMyoMPPioP3/1r&#10;sgLXYDyq62zXDzCyoQC3SwqOvOURp+YO0yHDW7bIV78Fmfp3fygvv/EWxkIiVy9clZ98+6/0OapP&#10;TSlzvNRwSrUa5rBuyCIrmGPWrh6Q++7dirlgi5w8cl7e3POenAMoOHV9Qk7vOyKHNYF3VD579xcx&#10;l0IeuWyp3PPQA/L+35yRqyZW5vq5Dz+S+vkj8D+nZ+q0Bk2IMsNzLy9XWodZQql4v1Stn5OkSZ/g&#10;mitWsbS0SUhcO9E0XMcAJIhilaXm7Z1SYpD3gE9JQolfO1yYh9F1xgCksWRaeQUY7RuUzR46wItr&#10;G31oFeYCY38C4VMdnP/53WWvSoicZwDvBwFErokq8SXgpzJN6wEz1P3eIsBZeKGRAWYmwUK+bxrX&#10;OWXyTYG4xKaF1VCrUOvJafoLitXjS9l3nAfVvzJwpCUniTWKldCfL/EMR37+dXiklkM3F5rQ7ZnD&#10;Jn95m4U6qmLQ40sunMUBg5FDZJWpq4Qd44BUSlOZyhyjq2UnGAQaKcZQiqzuDbrYXPMJvjy26cj5&#10;NZIg1Ys5vYdexMRHuK+gfJ4qR/yM6e4ZBEUZOK9lku7xkqw+5HVjP7OSMJATrUKAd2TesplgUNev&#10;6K9I95lzSOU9LtvWIDUbAH8CpneA5G1lCDIsFZJ3rj+DQ4Pye7/3W/K//O8/lH2nRuWuVfA8jrnO&#10;uPk2TTzWFGhywxtOjkuGJvcvjsEX6zquMl3P6EtUohzrGNPgGypHGn4zh/tT9s9DKVMstsj/ZyQU&#10;ZtTWgrCoEGZxK/4+UkxUTD/HJE0MwLlWxSYpr8lp6k3spuwrTMZgLFIo0nPQdB6HALrjsfmmWo0j&#10;reto0RWCi03gKb6JjzmOlSmXI/h5oeN99fj5JZ9sY5Os28YusWPJRS7UQhwtXpUDYeip3GQPVgEa&#10;uc2uAlWJZMBUSWPYKbcNFfBLPDDnkm6cX1+YskF8Km0u/ZUs0dfJfkK/VtiMNWC9CbbGXCdFeXLK&#10;OfAyXz8R6sOuibk2VdbqdybGJTW5xkXgvA0C59mXpLTyIsvUmIJoN4dWg9n6lKbJuqIloNnJ0mcm&#10;sc62z7IzPORtAbt2C0ms6UDUMFBu1V0aQLGGiZnyJlzHFcvB5qiP496FMlgekjPYsFb6BiBV2SNL&#10;0a1chm5nX1foTUntTFzLtrB7sqI9FzInqVH0vMW+bYI/fhUWWrdG7PvVyFnbJLGmQF+K992yGrmJ&#10;AWgyKwEz3xCEFkbgJyOJNjcGKu1s3o9mziTemwJTTXMUsp1lx9o8zO38OIyzvWzeZFVzU/6IRuVc&#10;ZU/lCrM04TRDXucWm0tAP9Zgnw9b0d5AcJ7K/uZ5nmmy7A09E00hv8ivE62nmwIZNgP9ChIka5tk&#10;SPOWGn9i6SS3NuFZMbMX5nNdNlo1gdkVwFic62U3GF4JmfWqWlqt60cdIE6jxo3bJBhsKGDhZ8V0&#10;2Ab87mpgpUzXmDALNkxjWhNqdd1hIaLhE+KBzUQbjZT4aJuLHe7YNcdKYBhVO7i55+4l9JJ5elYl&#10;OXBMH7iYa7woSy/URPuGApiROC8ZFxIcoaPtZD+daHQFxnn8lKpOTkMmDb31qmDQRZYJt1P6PHCd&#10;h0uN34M59LLkmXCU0rhUajBpyNJDQTSFgqmuxtKO3cfUQH5GpF5FqVSoG2BfxUvFjF4Hsga5aa7j&#10;u8keINOGxbXBd1RD5/sbWgc4ckumfoaaluuMtV1xA7Yg/TnBkKtCkkPJYQfOtQMSQso71YMXYEcZ&#10;0k2qOqoVBjqUlVXCR6ijXPLSxlKWipl6/TjpUuKL1CRbfFSqQzCCBRg9jw0lprSeAyhMn2UAEcMD&#10;nfDAsvL27udl7+435exp+FrhPUsGyyikV8qGdWtleP1WWQrfPJgPaRFKeTfZayofp7cfGRVkv6QS&#10;XRzHNCTblOASxIkbTN1kwcDU2YZcnbwup64hwRYeZDseeAL3uE9OHdwjF5FseunIHqmPXlfWVLkR&#10;qCRpZOq6Xr/BRT2yZDm8zyDVHUJ6ai882UYgtz184AN5B0zE65cvyBDAyW7Im5fSI20IgS8I6+ga&#10;6tRiF3AjCuBxTdYN8Gvy6jUkKYIxwcKvRlC0U9UUGzbdLavB4ls2vEHTEycBnkcjYP6BPZsoM8cF&#10;sOgzqHvhsgZwMF23QjCWSajlqt/7Ut7IJnjZ+8BFWrwS7A5DeAXCW5H3nQCyKmG87Yw25+2vdvdi&#10;bvndpiX1vP3iUuAv5ys2xnkvGXUoLMdRSPaSYYnbfPr6uOx64xnZ/erLcnr/AQAU8FWD1Hb7w3fL&#10;nTvWy4qFgSyCXLxjkKEWuJ8Yv1PTFblwca8s6l0pz3/7X8JTcrcmJC/bvEp2PviYdC0e1tLrnh2/&#10;Lj1Ll0EZA9DYFw+UuFYCl3rKENrpS2fEHtot0eG3JBi5pEAc6cNB5NhBKuFXoKIH0j7Mq6i7AOcr&#10;UFjHPQyX75TKpvukCxLSOli2ZISFkLVTrReJY4wx15qgDz3AEjBmayfel2j/S9J15RRATZfkamkv&#10;wAtVJbDvkjXreI74+FbwvNSWrJZ43VYpL9+OgI/luBYlBfCNAu6muXFq5mBf3uS+hZYGZMQxbObw&#10;kcPyNBiXH+zfL5PXxpTp+tQBpOK+9Y7cc+e9sn3rDlmyYBhefXgOGH5gwqxpa/Bs0BuWPHFKbRev&#10;Xief+/rX5RqAzvfAxhwDSBTUrLKAmUDNZaSmCjcrq1csgFfZKtm2ZZPcc++DshDALYH2bTumkKi7&#10;U55/+lnZ++77yqoOkSz/4l/CfmD/IXnggcdk+zAYnavhK7p0OUJ9TiqTeO3gIultOO+5kCxJrceT&#10;LNna+r2YTZLcZ78gv00boIlxcsymfXqqDEz8Z6bkIQIubFZxrfGp6ymuYAo+1w4gTFyqMNdO/3g5&#10;gM55rZEQ4kR7iccDIjeefeLs1JQjfNCmoBy4qFsFGZlubJxPb+IZfDrGE8fCVnKRr3tLvqFkS04p&#10;x4YN/QB50bhekslPgIhM9+wz+Xl0GDVOtRj7tGZnVeKJSH6flgJ9NgP6EhnFHiVQRnjs2XyhZ8F7&#10;nMK649fwrjhuUo92hKGy6RTrAEO4lAQ+6ATfAbCUY2MC3oIMCzF4L+KSpDSdaAOqEx7BoXEOYGSz&#10;MeyMt4PewRV87iA9h3k8ZPAThEfSNf5RkkrZpS5zDxQ7oJ0grwKbepKiacgcw5QFd+Hv3cBNqvw7&#10;90z+ejD1uKwWHiJ34rv3P/1T2fCP/hA2HWDvcz7B+jRlA/3MwJOyOrAGLRteK/fsXCgv/vh1Gfi9&#10;x2V15xTPSo9JQzVImkrluvQcpgcjf/FnBI85Dn1TWMc1sScNinFjSk0/eJ2jup5YQLDcTyulolQw&#10;9ZopJhuarGr3KbTp7UqlvCaX3rUmReVaetPGS6rl1VmCb5CnoFoz01qpzXRnjGnxnsoBPVP4FYRB&#10;RnE2hUQiY3IGVVr4J6n/gbUFvzcXLO+6vyZLgNOJxbPDXF61Lci5HFDm6pxIb0TiDXv1oQiMpyM7&#10;5NblfTgpaugNRikjDsACc2xSLFykpXupbqwAYeqb6JiDiZ4n5C80lA3dRtco0Bf71F18byz+QXTB&#10;IVbTfSt+0yOaYMbhoeCwX3Rj/1Ck7EP1ylDpQs115tMkWePkOVaZfW5jrVR4fy1StZcLOnHfH3Nn&#10;a21Tl7sIuuUMu0IMuG02fU+HgDK6pV0WgGmSQNisE2rbIyGF361nmGahLniQakxnS1yAyoGLl+X8&#10;1dPonNSkt1aS6yM1WbyqEwviiN7Htb198hrMza9dH5MPL16RK9P75Y7t29Eh61Zvn1JrsI0no5pC&#10;4WxaKCyJZ0zm18jOKdeYa9PQBDTdAKiyH9dA5pMwobmFt5tWX4Qis8/Yj8fQm6GRzeckO0/A74ZI&#10;9HyBKdOasixNKbdFeWerdNe2MLhv9ubkHWZpYqqaGQiwmTeLsMlTrymRybZ0D2cfM3ZWZHAe4TcK&#10;8JUcl9d4JpTnerkNUca3K2T0NiOZ9iZw3PmMxNleY1vYlDdB850JvDUlNdsZY7w51XqmlDk1Gsqv&#10;z82Zzt9Sgdt0zibbt6RKAVtoaNqbmF8S31gJC1c4Mc2yuXb3N/E3XjOrCJ6VmLKIjSfCB8Kq45wg&#10;X1TBZN38x0m2L6FEjjJKSmKdhKPu0lDJCmDibaPuQEGwBPmrBtbXJACSyakJvMYoOMgOMNkaceA2&#10;8pH3gtagBynpRl/3dH7bEnt2vUsZdb67qgwgY46JrDSkh7FNAz+rqZW8U0E1vO+eMy5vKGjCBmVH&#10;NVIpioJ73IsEbr3nPakAPOhg0ik674k3SFcQTyI1JadEUqPDQp/sl6RhW/4cSkZZhbWGAwUpwVQS&#10;XonsgbICOu5XWfdUXalkmObdITv+HQrQkZVQgpyPoJ7+vMziHWBQSECPn9vlCqnAgYpBKZUfhVmh&#10;nkqanJIjLMy1cZMPjxsqiV5bNSX3zV71ZiYxCGw247mF9alx1ieQdwXy/v6P5P3vvSVHDhzS8Ike&#10;+BJtHl4iK1cslE23rZGhlbeD/TioYxQlGcZYQ+me1pPNOqrdXjmS5HY3ymRAQUDzd+xNXOEFFt9E&#10;SY5duA6G3TJZgnTc/v5huXTtkky8976cfOdluXriMBJvJ/W6gdgEgBrBLTiXvoEqvPZWytIla+FL&#10;OCSdkO6G1V65duWyvI5i6NjxI+pF1d9twfjaDBZeDzzcBqRrQZeTZrHopfQbkjOyhKKxUb0GDUhw&#10;62BxccatAqBbtfE2WQWJ55q1twOECDWZeXT0Et4DHycggSyMKCcLyPakHxUAnZJKvSs+abes6bpk&#10;2WjT2bNWnOqm6gpx8vYA3FSqkF9Xe1SWrc1uPkuxY9wGzmzTA7fmxvP1PBtR7XyAzaw2De0aMjN9&#10;y2ekxM+y1SiGfXGVY6AN/20KoM4ru9+Qva/vkg/eQuIsAJ9uyLPv2rlK7ocMcw1A5vHz+2TRgg4E&#10;cGwV8uoo5aTs+ukf/Lm8+NzTsnH5gJw/OqosMErLVyEZeWjBANIqV0k/QloqCGwoMYmWdRCBadYq&#10;+IwE7JfyGCTcRw+IPbpX5Oj7mqpLlZWJjbMvYhXOwIbIqrxPVKmEPTpZOb2wzcFYDDbtlM4tj4A5&#10;uEr9zjnfsCFCRhtJuw1/G0ssquEjaE8dkgRMvvDsEYRwTJGrwdGkbLeYtZR15kslsIsTXCeG1YSL&#10;FouFN2Zj3R1I8YVkl2E3TBMPfOXiMf7A3Fr7cbamaxpoIL4mY+FGlnAZz+Whd96Bx9kI5LcORJjE&#10;ujHy0h7Z+/JbMrh4gey4/y6574FHZC08FYeQiNuNSafka9IqwxQIf6OWK9PLEjL53/3DP5RdkC4+&#10;+9KrcuziRb1oXZzPUDt24Brcft9W+V0EsixdhoTh7pJvzlS1Rja4Hpv6d8jqNVtlzytPyyuvvC6H&#10;EeZy9WpNrj+7W46+/p5suP0u4RQ7hkbDOjB9d27bJE8+fL/zyAz8vKUmqZGiPUkqkc8EhIEPH/H7&#10;Q++t3+zP7v8cORmsJtfGzvNOVWdxnIFVJvY6xBbJSaagoG8d53m8h161JHdMgu2mpBQCOJq+bhwo&#10;Q0YYv4NsY3FWFFUAUfSUrU/VVcBNBlqQeIIMpZzeg5+DJmp4WT2PSNcQZ6sVpkAbZ3T1p627mp2+&#10;dapHdYQjynf7MP/V1Dsv0NcnPqiS+7SyhkAF2mhzll5WUQ+VJfv9tkqrMeertYRx1Buu0UwwN34+&#10;TZmxifctLVdLCn5GaQhn7GTiDA1zc21JAawJ+P2Oj44rMGhxrhUab/DRxppaTRi0VfEMw0iP0aJ2&#10;roB52oXx1UW5rjK3cdzYW1XAtOezWaIHb5gqEd015TyhGAvn8cThNCReNXCMaCPJApxDP25XB1C9&#10;oCPWxGhlAHLCKNF3uaSsPIKya/pCufDzX8gbG7fKI098ShYu7pKuXkijwQRWmb73RmZwk4Wn35e/&#10;9hV595/9a/nOXwfytS8+IMuZ/utZ5Dw+AsSxT9TVhF2CfXXvx6csPrcPdPtFjxslLgBKxynDzRoN&#10;Dz7zvhcDOgpSy4yd4EsZ25T93TormeyXaY3Bk7nSFW2zfKGJjpBKNOOZTvO2LdInre7kGU+mCPYF&#10;BRZiVuwnmTTSTRaxd+JOQcDA1ysF+YzkUs/U7zD168kmAU5GYXNBrYly4qKSE08PTVJZkjWeAVj0&#10;AXPn46ip4+rrpww6dE3pD5hO/JrEghsblpxcWNN72V3gwCJCzi19WPFsuEg7+KS8Oh8+X6SorCTw&#10;DAwnMeFnMk0mkwGm0uI0STd3T1T2QD7TplI2t1gEHlBMinQOa1OBUrY5sankOsnDP2YmdObgsW03&#10;vgphHK3DZnbZQxvgRZqjr2wbz7BAuxKRdhmwHYIJ9mLZed/9MolUrn4zIaMohO5ZvQhx4GWZOH9R&#10;+lEc/Rd/8C3pXjIo/9m9/1z++H/4ZzJ17IiYrfej2JvA5Nv6nLWM5WJTtujAL7bAyEpBSXNTQJVp&#10;ZwwyB9A0D9WJmDk2lDcHoX1cE+u2zictElMzEwSTTyoa1M4Pc2kD9N3Kmbe/9e3lRDcaKrMx/XL4&#10;rCW0xpim5FnTFKdj2zA+vWlyO4BsHmm584za/Xj/Uy8rx2xiEe/2KmFTatasT0NqH3azd9LO8zSs&#10;tG2GFee6j0cwvIH8q0BubF3+rcyUZDuPezMHUPlJRIrnbMKiHUMryHzTX2Fza42mutnY2dPC/f6g&#10;ikI00sT5svfoTbzEtKp+X86/t+GLFjbdqm7TzLYyGHLGp9YnmsRmsyYiZUNcSWMvC9JGIptQKIwj&#10;9QxHCiWY5UxcnawRFHReL2S/aQOyMaK+sWSC2MR57vJ1ifPq0M+rJi4BuJG44AyeJwuFGuVBulbz&#10;mXB+gc7Ygpvauhroq/8NQL9qh5NQJbp/cXsxTeMliKcgZF27+c5fuKTd7cRbuWiiYNn7ItErTj31&#10;OrTIKDGttlpxhU5QUqCOTK1QpZkE7zr1z5qcG3q2HeW1oVUgseQltizGw3KnMwEn8Bc6mb7VBFxu&#10;sEPv/hU5/2n1MvPMC5MHogXpHlPiluaCySTGReYrz1+LdO+FXK9NKfMnqo2hAAwBhHTIu+/tlff3&#10;vCOnjhzTYojg2srhRXLn9hWyEkyb/qWbpHfxoHqYkZHXjfTe8VHyk+AZ2N2pe9ky/LmmIRNjwZHo&#10;fjHKjpWpuirdw7GMIZzt+PH98B3ulwcf/bp6JZ68cEYuP/e3Ujv/HgI3LoCRdwUMLwgkcZ1jsDqu&#10;M1WxuyJrVq+VhUshhexZKYuXrZX+xUvl8uXz8uMffk+OHtunss+BvgoCNxDQAYChb8ESSM3oZwj5&#10;IAE+AHb1GEAQjjMaxxhFsVwH45CAtrJvAOT2L1wg99wDNsSW+1B0NbSoHR09BQkygkMgayYOEFIy&#10;SvZe2f1iAzsAy6IDfmEBQNswdAmQIWWWfv1RM/lsMsM9CSnN7sex9eqfWfDWAK4ziZXwfKIyv8gz&#10;ZO2cc9oM62R782m7N7N62NQio7gBs3b2hnaBgmyl2DC26gfGZObDp87IX/zbP5V9e/bQghTFwZgs&#10;Xtklv/Hlr8oTv/Ytmbh2RT56/y/lzp0PKqOUUvza9IQGA737wlPy/PeekTsASh8+cEHlevc9+aR0&#10;r9wumzatl36w3irwaJzGfe4oOc9KPrMaKAQArUKZ9rlDcv3l70vnyWP6dxM6QgPnF9PBfTjmAZXB&#10;NZQzomorMnpJfoBn5cRdnwPI9yn4BvZqe+M6xeZ4bQ+AhjEiHWyeENwCbbEHnz99BL507zwn1WN7&#10;FDgiCBj6cB42EggwkVlVZxoqQ4lAvmggvbZjzXqJ7/mSlMBK4zxOKeEE2YSYi7sqkRIELGsqeqzb&#10;+FfEAnXNFCV14BoOwSvs4Tvvkp+98CIAFDd/aVAD5oppnMqFsxfktR8/LXtfek22PXq/PP7EF2Q9&#10;/GU7MLH1ANybRPhSF3zfIrW6MgqiDywfll//O78tCwf65U+//TdgBbp1QyBr7Bwaks0PfUqG19yu&#10;Vg8W4Ln1KbR1eNSWNSwCc/dCAMWPP4EAkJ3y6vPPyM+felbGGh1y7hpsLV59Fa9roImxUr70jd+T&#10;4aE1El6HF2MYKYjF5xCThQP9SoH30nVzsi3U/CmJKPGKOevn68wOyoNpJmXzxY5d7bg2BFt8PUaQ&#10;zgdTBJ7Fq7Jdzwik1DQNv+TSphJbTbI1ajWQ2ofEXiJMoEtreLUHi5R5XUEDamwUgHLdsYspU058&#10;3Zz4PSj3Eg3vY0egjr6+BAKrKlUtK3tumkAfPpceslrLxgS/rbLVsPOQAdhN8BBKPl3YpWl7/3w/&#10;FzKFNw0PE+OkwbEHJ/jncbAdKQ0njsDnoaPsFC8lJUFZH2gVZuzxJHYWYmTRKwjlg1BifEaFfsN4&#10;zqfgJzg2jrkf82oV92AwdHtshpmVafvBhgw8jGuY57X/iFtawff0dHRAXtvh/h3XsQyGbZXH01tW&#10;kC3OSDLu+kd1etn5esMzGLmFC5nyi+NagM9EdJAM4TUVvq1qHUvYuqYoWd4K+tEjUdx7aA6y49KY&#10;7Pq//w/nSfuZnbIA61oXPPxr065Z24gdA6mj0icDS0N55IGN8u1v/1heG+yRxx/Y6vAhZRu6wBcy&#10;QRXkSxu8DQfyJQryRWpNkcTOD9GBek52HiWx9/fD3U5qeqHoy5yBfTOt9myB9WKbWRkmZ8zNMPv3&#10;6StNQKCxLZ32ZomZMU1WgZkEN0+NasNC8u/RlBRP2zUFgMJ4WbCGeAS5mbiRZqZf7jfkbfSK556e&#10;bpqkq1uDME/3awGrxJuCJrYoO00nn8D7CdqM/eY2GGVxdtmBS/iyrtuk/WOmQ0VWu+Ux5Tu8VbyW&#10;JZ+ArBJZouXY6KCrz0EY60Ma+g01T7ykNM/0eqiBuPfkM7rgWO1OO8DSM3+CwKfdGR94kfoKBt4c&#10;2+bx5cZtYjPQT1K2XqALWiDeaDoouetnc+m1SUGQQtwRr4nT7IfFsk1SdbhtldI2dSTNDIA5NWLX&#10;/wKTS6Ct5J6Qrd6A6e9N6dJxoYL1Po8cd5p2BH8YPvjj0/KFX39cNsGbbydAvtCiyEIxx95yHR4g&#10;aJ/jT1vgmVGVfUcOyqY1ZRm9PCbdDRRkgTueoMmywy/c3rxTbHMGcR4wUnx4nQR9BgjTRtZ+q0W1&#10;mQVmMZ6uaebYT9q2fEI7d6ToXNtcY9pyFE1b3MTM+ErTEkSUBq+kgKmZz7VokWDP99LeEABsAp3n&#10;L+oo4sC5nNbMSC3NnuE5D8HMoZNsDwO1fqdJ7NyA2HxOKkWSmsJpzfxGq2k/GIvr1OyX2BbShVn8&#10;h1TX+fXCZr2NYtCHTb/TzDyE2VmYBTZzMSPLtMJ3zZYG0sIWMbPIc5vZkbMNPNPM/pRm9v3N6fZN&#10;y/G3f0ba36ocIi4yt3NrwCKD08yQIRvJE9hNtq4YaW7dFL6pzfWwczAprW3O+LKSGdB6Vr4HNZPU&#10;1YSbxIaCOGreTyDCJIUgk8hfJ8dayCw01P/PKwj8+s06s5TuJ3xxHnhLDTW39iMkQvgBQQuupw5E&#10;IyOvocEZyuyykab6iqa8NdzGMXHMBDb51EQ7cZKf2MtvGmRMxZ4RQTaB5GFdyuiLEyenNYFPQRb9&#10;7Nwb2c2rKhcKnHddBYCbGsSbJDt+MnvCLEit5OSxCgqGLpAtLKnHGu8xWSdhueIBPSdN1QJEffqq&#10;GWOr7BmFzl6kpF6IJghzyZrf9/B4Q7/3sZpyTLlUkFmRsNFqmhrK1jVWKd9Nw0E8W44FrSoMNHHP&#10;g6eSq0TUchqFK/eFZGUitUVTdSPsAyM0bg/v3yunDh+Ws/DaIuDVC1ngmo3LZWjhIFJmh2Xtpk3S&#10;NdCHSwSWBuhLlVKicuUGir2OTkqNCU6AZVJxzDerPs0uRZC3vkafJuPsCa5NQDY7Crla5xJZtx1J&#10;pB2L5fKZD+XI3nckuH5czn30kYzDg4h7vRAU0Wv058JndvR1y3Kw+DoHFqi/2jLIdmPc09MXL8nP&#10;Xvy5XDh9CmyVK2iE9sggZHiLwfbrgTdfCQmFCiBDnjtx9Sr2SgBYKGUH0BfDl2maUl0UdWQ5dMNL&#10;bQkkkJsgOVy8eqN6N9bgBzh57SrG3KhKvQhWMwzDyZ+Rtljq1HFDsI9jRRNzqyXnNB2U85ojyJv/&#10;qdy6BCZfFUAfvRa1wUPGh16osjPtR4nnPCYDLw+ckfd30yFi81JdyGzM50LxZIv76RkLZtZcS/xk&#10;FUjJK3YiZ6VDxlHJ7W2nwTLas/eAvPLis3Ls8EEAvWch2zeyauUiefLJr8ttO+9B+Mtqee+dXwI4&#10;G5WddzwoYc9yF3oDHGMKY+rEm7+UV372jKzs7ZY3DpwEOD0MgOez0r9qHcbwUlm0/g6d51i8ditg&#10;gOc6jJwUcnxMyofflvqH70h8/iPpmbym0lrVT00DIOkqqbG9ieif5cIBksDVPRHtAlYMSwRmXf/G&#10;HWIXrYYkuQMBH67k7VEqDwBJji8Ch/hzgvCK6WMfythHb0l4fB/ku3WtYcoILWQlw7k71Njrks58&#10;TDmllUGCEB5ZvVU61++QZNVWsAj7vV8rwBhc8w7Wj2GsgSQJ07WNyf3Db7QfjB3Y2vBgk/qRcmZX&#10;z3rjGdVkipNpDWqGjmUX9Ge1pgT2PrhA7nzgfnnng/1y9eRJtTaIIpfoTmZuOTDKZhqFNHv3T1+U&#10;Ix8ckduRhrtt++2y8/Y7pa/ap6AD51kNEsS96oPH5iTm7B2Pfka+fOmK/PSFF/RZmALLkqm8r7/6&#10;nGzeDDB3+VowrqZwHbownhJlvIlP9+az190HWTySiD/7G1+XQbAvd7/1tpy/0iHLVyyTbTs3yva7&#10;7pXhhWvl+snjWPdc88jiXKenyBstKPesr7u9j3niwSSuGSZxTFzj12IgQG4Nsw6EIngiXg7sQnU8&#10;hgEAjywylUd6X1yOAf1s1mneO801eqyCYanySokynrjCNYvTRwqWKRioUl5nA1Cjz6V1WAWfhama&#10;k3KWdc1zjPtYmYy4ftalw2vDzctmO3E/Swp0JrrXDhX8NBru0PD5CJFvpPUC6KPfHaXWBJeYwk4W&#10;WeTnn9Cv3d78sMkfmHPCFIM4pqb1vAgu8sK7udEBeQT5Iu8FmIa4aWPF7094jp1gytfrzmpjchwS&#10;XawBNfjFRrWGNhIqDODBOKmYknqvKhCJc60z9GmsofM8x22XymXLGpbRwWNB489gTgg6K/qsaOiN&#10;dZ6MPJaGArn+nvg9mjIQmVKMF1VxjP20WeE+JhEN3FGspUQin/oC6HMbYq6woOmS6YjeIoDuhq4N&#10;QTeeh4vX5NQP/kZOg7XeO1zRUBoClVG9CjuMKQ2D6AIz0ADUfviJz8jb7++X93/5tKwZ7pdlg30A&#10;PxP9Smfb4VimSb3h5bqO2acsUk1m9oEdScOFzBjr/g7bD9eoTRwYTRl+LuM1BZPZVmfXNP3VFAJR&#10;80AF2yKfymv0VsqBLYAUxYK0gNj44tNm+KBp8WgqFDomlXCF2cSZJdD4AwmDoEVWZDODcVPwCEwT&#10;Dm2WtldI0bW5dEyj0+nBYp1hpybxBbkMNAUFs3ncpqGEoXY2CMxZ4zxl3CbUasPASXfZEZ92KXyU&#10;5/BmqieN0Q40N+rOwDrUdCdubonMh1FFN4oKBiZVv9EMswQcnpN2u7AxS7xEJ+1iMoWXE0KZxrIq&#10;UTFKY1UzU5pme/afTYJclquBH7nRpqtsXOHi0pG9VwJ3suyg+qhq3fD6uPskJf+lbJDMO9GlJJnE&#10;NsEJ1hcJKTiRdlWySak4PgtgRjt2jE4+3uw0vUEZwFeIZLdtjJCtbS4+EzXTLmtXC81F+dGe3dL/&#10;ynNy3+d/W0oLFqMDMambbZp6E/A7C2nK//pP/ok8+uDd8s4bL8pvrhuXM7XTsuBoJ1LtdmYyKpOr&#10;w/0QzQtVm3Vui0bxBXDIFFihYuchB7QtJr/zlNe12r6YFggoLa5NcyiH+Rhoo52bQDMHI8rM8ZW2&#10;vVR0lsNrCksw5sZHP4cc+mZxVjsvMsCNgztsC0vb3orZkDGzaoEyjl6xCmq9jpnE2Tbrh8x8PNls&#10;i0Q5aZ/rYj4Jv0OPs1gnRXV07XQOSAqMdnfWyWzjqPUBKwJ0JmUym0IDLJ5lAJj2nrh29rTaVoh2&#10;9tudtMdXrZkZlGObiJkzctGL8Rc6Z2qUo+ThLKbJNrO58ZepCYo+glbmRZvR3brNrQ/SL8iA81aW&#10;dvsiyzQxVYvWErYJY82uT5MwwTS5kXjBqW+Aia6nGfMmCHK2oE+tyhuvPtk3lYmnC5sx2R4o488a&#10;H1jm9y1VyA557I4ZYDNDcmvyNcR14MOWVc4HoPkOf+pblKQplGmiYRAWCEO2mZeZPg/6+jxZtOjz&#10;65pvoQctvRl5GkDCDXjZ21bYVJ0RaFGaoawp6y/I52H9bNN+PpJCmInxSZczJZOxFiWS5EOqFBS9&#10;jW1uS+CTCgMvBUwURc3BlIYHFa3KbabUb0+937hBT1xaLjfsZGZY7N3YaK2jC79v3wE5efyQXDxx&#10;GobkkwCyGrJ+7TLIYodk7dpVCNzYAO+7xa7wDgP1cVRZWOTM36nmIKNRgd7YcS3r05ELDwicjIxs&#10;LbLfKKc9cWFSZXXdCwC+bFoCkO26nN2/R44d/LZMXzwvY5dOYe+CPSJTZ2uhhoLQbqVvCODeikH1&#10;4hsAyFdCmEYDTed3Dx0EMHRULpw/h3tTlyEU8Is2rEfwxgCCQnrcfh/7odr0NU3srYPBSFCvAcaP&#10;rVP6hr0sjdfB/lmyfI1svO1uGR5eB0lUH4q8WL3C6hPnUexPOnZD6vsIlh5BYIalEKTj7/RR5DUq&#10;lZ10V7xixRnsGwUDlalpnbyqA6AN35doyIxnuXnJWdr8D7JOSNxky5DYpG1C7sciKNtZKNRt0xm8&#10;mbqY2Zn4NrdrCry0jgCC+pdRis0aAn84jQCFt15/XXbvekXOHTumTC4Gzn31S5+STz32WVmxboOC&#10;YBdO7ZO9b35Htm8B0NW9TaZA2asRNASL5TKAwf2vPCMXPjoF+S1ko/iMz/3db8nQKoyX5SsR9nA7&#10;vrNDQX4yJZUsQ0gFtUx49phMHX5P5OQHElwAyIN9M2XzVCXVFXgN1dcswlhhwyAB+4xoipr6Dy4G&#10;7RUAE4C3eC2koGDWTOG8q1p3JS5EwCuqNJQR4MX1c2ekfOhl+P/tlfKVc+rH5wIMWNgbNfLnnESf&#10;z4i1V1hxoPHKZTK99g7pWbNJ4iUb1WOwylRPH5QgnkVGplLWuC8GVLWsmW3vLIEt+uIFjsVIcCdU&#10;lmsoI3hm+hgMRKk+/Vx9EquitbreuDFTwVyzCo2B7Vu3AIRHaA3T33GM/Xim7njwIVkPafW+N5Hk&#10;feq8XATIcOXIKXnt7CV57bnXZHjjSll521Z54I57ZcvydZpUTqkmgZ0KjqUKEP5Lv/M7svm2zfK3&#10;P/ixfHDouDZWjr91WP5k4l/JA1/+rHzhzk/L4p5A2bY1XxOqfN4/LSHk9eVly+XhL/0dufeJXwfw&#10;Mw4QsF8qPf0Ahrpl9PhhADouNZa4Whg4P/jA15Lp2NbxXC55T1vJgwwLAR62ECmqDLPYB1J4SW+6&#10;VkSeIc8UcpeZUqip/DqVuDQPxxBMyUKa5horuFfy823q7Zl4Yk1q6+BUbOlxWm0kaL3O/VEj9kCh&#10;wzFSuwj11LWO3FTGfXXrmHFhSviukq+7YnFqOk0VptdcR0V/TraYBpv43IA4sd7XP8jrWm+zxetC&#10;v7h64pQDU/jzKJo85SDIrMeIQXD+ZbPL+K1pRb0bHRuOcwevZSfYdzyyaUicpwEW8jpF4zVl7lY1&#10;Hdiqf5+2YzrYCHRhFXU+i7VEz7KM56sP60mVrwNgWwVmUgbozKThBOx+MgyTwIfB0Q+TTDjem8gp&#10;IsKKs2BJ8Y8KnpMuHHAf7kc306KJffAZ08TT3NpIMQlxDEaeUyOOvC0b/RSpFMB6y2YfbB660Hxa&#10;8spuefuv/0pqX/yiLFjYJysWDeL9YGxC8j8ESTHF3YNgrfb1bpH/+h/9ffmjP/oTefpvfiSf+uLD&#10;Moxgr6sTBPDwjBE7iP3ewrLpWnfNWFVm+JRnNooV7PO+v8QiUnVkluCbS6dLKXjSqtwz7XjnWRUX&#10;zAIMJAXvvRvV4zYrFGwTs9C01wAWQbvUW7ClaM0kt+0KfDMjHDLflGZ1Z5Kxo9xDbrNADSPNrEaT&#10;xnlnXl+BBxHTL0sK5+MmYZXwRg2XBBc4o2yn58eAhZxCS0YfoKHAmu9WK0gVhJlnYroZSZGtFKRM&#10;gjQm22bU4cR3GqK4kEbrdfXq98OuL7tBnEyj2F8T99CXTC67cgadaSpRhkS5TbaftALt3ERe9pZu&#10;4q1jYJowKyAcY7BVteoTegop0GaOlmnqL6SMRGsLbNBCwp0UggU8xdsWpNZpq8XalvSrAoMkZxEG&#10;2XE79qJjI9D/kJ4Ak5AtnAFjr/T2K9K1cLle2/rYBTn40SE5Bo+bAK9ZiF8/+sH3ZRs2PGZ4vXz3&#10;2R/JpkW3ye9tvpf8vyy4pe3J2uak2Bly3TRF2Nqbtnu7deCpORHUZMC/vUXPuZmIhJ3H62xbht9N&#10;iDxtG7nNjfxSslTn4ON6/8uvztq7xSbBfFJm4fMM/5jt/heKo0JyQ45Wmbn0S81Sz1bPwWYShW2P&#10;gM05NFtYsbYgRjZBE+7WBAB9kvfNmlnYfTf/JM/3EZwZzlHwnfWb3Vam382GaxQF7e1AvOL012yP&#10;8zGeqjZrfy7zNXN7XzYdd5IXDOmab2ZeQ1v0KDa5NUnW1CowX51NSMouSjKQsBgqlhYo6XVQgC9N&#10;gm7hKgYekiJTRwOkfKGSmmxnKfQFKYez80gbRe54gpn05ebxlQS+wWMKoGkONubhZtJs85Iy7V3k&#10;qWvQakhFXobZ1NOuZf4KtNFa+Jn3As7W6NYmtW8INoW4FX2ZZzS1w8xSIEsNTxs6trUBaXWznRTs&#10;YpRzox07GhvXtDErykSKACRV6FyvQV5MfW1MgpFGgAuF7jQK7NNHD8uH7++VsyfA4iPrARv0hQu7&#10;5N47t8g6eNMtWblKhqAYiJgIKy6ZT28uiz4WXJ1VZRppxpw4qZmL9wRTEUUhCyxjXAEVlHtl38Fj&#10;+I5QbtvxGEC1IfjxjYBBuE8+fPHHEl86Kdevwo8NYSQdKLankR49PnJZEuxZFywEk28NJH59K6Vv&#10;cFi6lw1LFbLhYx/tlxdefBpMjRGwpgJZMtSNIJpB6R3okZ4F8EE0bE6TQTgKBSjSpifgv8emOa7T&#10;FP48jV9MfiBYuXzpalm/eZus33GnhH19+MxrMlG/JJMIYiiHRoNsUhC43FHxac5M1yV7r9uxPDVp&#10;t+TGGffZDHgoVZTFok9E4MzrCe4xdIVMPgNWmQa5SnTDjYedhYlnfpUmxK3NHutjs5s80lu9y5st&#10;lXL7HexX605exvAbPs/1qCqvvf6KfPfP/0zGAQoFZLtBevrwo3fIl77227IIvnqjsKRJ8PJ9L/wV&#10;iu0LCFr4AuSrZJwgWAdjrg4fPTvdI2/85Acycea0nPzwlCSDg/LV3/8HMn59BNLfVbLqtvtU/sZ+&#10;VkAgGenKjQT3C0nL03tfk+S956UM/0UMUCTa0ljf6GuVtZS4JG0N4oEfF+9UJ+7tGNhhMYzvOx/4&#10;vMTLt6GmCpQUHUCma5h8TjkyWE0E3YUhFPDMia+DVLH7x1J+9xl4kI7BfJ8MOm8vQCKPZ4F2UFmF&#10;72mUXTRtDJme2XKXmB2PSwc8Bnk/yvjMSsgE2roL8SoqM1r8gmftaTY1/KzXE6FOw3wRAaRRlk/o&#10;7uEErvMkmMARE19RJ/b1LMQdnYZfGVi8pqzATDlwPmx8XyfA9tvvvkuehZQ3BWHIAty+czP88O6T&#10;ux54VK59sFd+9vQL8t5HJ7WJQLbf4Xc/lENvH5S3n35OHv7a5+TB7ffIhgUrkSiMtGHMW1V6oSFw&#10;cOXOh+V3kIL9Z//nH8lVsK+m4gm5fPiMPPXv/gJpKlPy9Qe/hPMgoOKl81mIpgcp8HeG81RxH7sH&#10;HYBGH8YG3lu/fgVjEfMp7mUQe7IGPWRtTvxIVQPp2DdpbKSCPQ7Qt02zv3PrypQ8KXkldrWn9T54&#10;nGcJZClAFIYF/37vPe8VdLG3xVBwL3asK/HAUhpk4UrNQBN42XzRz/DBGfp9evyBsrSixJ0/53GC&#10;u6HNG31k9pHJp3V9kmQsLmdl6EDLKE78mbLxV/JJxa5BldbXBA7LNKoMTRZKm7LTrf9+AluO1Q/m&#10;Jz0IA3ffCLhWS27tDcXkghSPNWjSO2TEbCYmCNSYoux3elpZatMA6QlYdcaUyxJEd99NkDD2IROU&#10;I9cASuORkgHIYXvQuKkY/01kN2LcdSJlPsS6GpUC77xmXQJt7MhH9MLNdiZKnIrVX48st158DAwa&#10;8LuVLjbJYse0T1JWqGkZozj2RsMqcYdruHrtasATzoDhqAR2MSZLC/rk+hUwkJ99Rg5X63IBqfWn&#10;1u2QAXjr9oMV3YET6iapiv6ECMTZBm/Kf/4v/oX8/rf+U9nzC8wrv7ZV+pin0qh5MDbS7ATas0V4&#10;3sVLdh1mkziyW+TmRlVKks3n5eIptqXvl4KMtwiWNSWbZlJLm2/o2ueT5ibkTfLf2dkvtiAr0vfo&#10;RQ6zd7TgGE0uQk2pwYVi2xY2tMbMJjNLO8EF9NbfVJsaakvL5s6DZ0EKcAWFtr3xxr7canNDSpJ3&#10;BkR6yY0pZRRov3PVzaueT1LSDpX1FPTUU09vkDcUTho179uTdhFtDlYV0m+5yOUm+/5sA2eAmRqS&#10;pqzGnCEXqwyEoCMXUU0ctq7zlSS57MT4VF/jQS8pdOx5XdjRibHQqIGoyprZ2W7kJqm+UFFZRBOh&#10;07YwM/3kHcy970k0fdA0+0r6z0+9/3T+Nqnnos1ZNCnTdEaxmgK7BaCv8HzohJE4YFXPAfewG+d9&#10;9No1uQZfvjVr18LcFzRabFZK6Mj1o7vdRRNtdLaqlJpA5nD5O6f18986hdcv2gY/m+syfQ4dzIXL&#10;PKtCmjq0dq76NQP8bJPYo0m0ZufAzefHBZtHMT0fVxkzS6DDxwvW/Lj1/zygzFlkrW2koTeSw1r7&#10;Hw0ItDehIpq/TNOImSEPmu0K2FuMUm35jBa5ffMwsvNIDLa3OBpyIDuT56r7f6s33a8O3rXyieOI&#10;83jqZp6bmS2Z92aPLk3A1o1vMjsdcd7Dxu8xZmH/qb9OoVdib3pmsS0OlXOPt9TKxDtgSLo1SYuN&#10;FFxLivYLxsy0RTEFbmQhBS2HC/PXmgJwlzKQKH1JuSSh/9ykYE2RviddKzNGeEElkfoViw08yNvi&#10;9WJNM8RhkuzYUkA04J6nCWlN8uTq1N8u8WVJ6lifpMlUzsIid9LIm4wps1F9rzJ1RqYDcMcQFD6z&#10;JXWmbTMitTFpYgO6oso14RLP6LL+eugORL18lGXi05C5Ryjj9zoYSc6PEFIfhExANAhWRqDMoE4Y&#10;sgdwtD/64UHZ9/ZbcvrkKS2E+iF3HISn7+pVw7IKTL6h4TWyYOkSyMmqatRNsCLxgWwdHZ1uLxVo&#10;41/3nspHsk4tovJtsEXGAK6RPTONxNyR61PK7Fmx8X6wdjbI1XOXZPeLTyHx8phcQKNy+tI5/R5K&#10;mOoIKGiQNYjCavHqFdKD/cnAgkHpQ2DHwOKV+PxADh3aJx99dBABHBcg8JiSZQPw80K6bvfgkAQo&#10;9qoo1KbAbKS/nUUhNj45otYn05AMTo2Ps4rS+9GLQn9gcJWsQaruegAKA/Dmq8Gc/zrkm/XGhMqi&#10;eU51yscC57PIgpLUzmoHffi6XDpvpUtlY/ylKhiTq3TIXNNxYZzqpKub4OBCP2687xfZGw3PDPYN&#10;9tTH6mbtVe0njvUVqql0n2xsk3KiKaVuBkGiOE/Fymxs4PzOXx2Vl37xtOzas0tGzp4TAfC6oL9T&#10;1m1aI1/++jfB5NuEywXAaZrplCNy+I3nZdWKIVkxfD/uB6X4SH3GPb569by8+9JPkdJ8CkEdl+Xc&#10;5RHZ+OiDsgny3kbQKbc9+rBUMS7qKEjrYLlAVwQAHIDC1QsyjWRdOfaelC+cVqVRZJxNUZm+U7hX&#10;DCEs+RPgmCRrVplT9ADbtEPKm++TZNkmMQC1SgqxA/Ag87fm2FRJmTJagBCUxJ05IVMHd4mcAHPw&#10;4imAfCTHVvQ9YSVwTBoNH3Rzz3SnA5RNT5+Et6MpD8ZguHCVNMCg5fPG4KNabDzjrOoDhJrpJu2b&#10;YmaWPVNe1yX0ddNE70AlmSeOHpfX33xVzhw/LtfHRgAygF0HWXsPpP1333mPbEQi9+IFC6Wb3mlk&#10;PVK5VXJpymQFr8JcUrtwCaAkJJQAYH759nOydftdsgLMuv7uIfmDrXfIrpdelPfee1cOI+n7Mp5R&#10;+vtNXRqV5/78e/L2yldkLSS+DyM9ec2iYVlSGVAjqoEeyEk3bZCv/NY35Oc//pHUzsGDjT52F5Gy&#10;+zc/lK6Ofnn87ocAqpQyaaeukx6QKPl5TCXdQaIsTTIWx8+dVOYSPe0YRBGkljme3GE9C83laCTq&#10;ncdx7ewpvPJCgZCkIIVy60OYJpLX605tkAYsecKL+JCPlN0rGRsv8WuUzeTAxhZ7vtalqfrAoXSd&#10;1lo6cOywJE3kVY+/IJPRauOCnq2eUR96UhWBqEacZHuEaV4Tgo8EwMWbVNq0CZVkAZolBdCssk0d&#10;Uz3MJM7pGhym5XxiMzyAn1uziU9qb+i91BpfsQnnn1cKHMiW5Q0oTh44wg/xCH4ffj7J8CZYRNA2&#10;gn50yCUDAw5AIMjW1YLtChmwBAH5mm40axZBndCt/rmht80ONNCrAn9Y+l1E+NXgPGFdem/ipdG8&#10;xglZh35fQWuUkMn2ZNTje3pxjAMI3ehio6FkvPLEaihZrEMwyVi5ZAkmyhJMsR0cD5oCVVhqxAj0&#10;UpJUA0nUDafKHMf47kAT7TTYqMEeBK+Vp4ENXJBru/pkzYP3yJLtS3EMIey7puQ6Gg6LBkNZAY/L&#10;Rx7cLr/86S55ozQln753E4BNJBE3Ys/oazg/5YZj5FKaXIp4fR2rU8OiqBblrpKehIlLjk4DzyIN&#10;9IiKabwFDzObp3saacLy/L8FRVrDTK+/rECa3WfCZvIrb25rCsBay4Z3BiUnC9doLRNtJh3Lu+X2&#10;hlZOqSQ3LQoS71VT8Rv3PJ3Sg1aho61qQl1ic8mvLlBBy0WTzM8PrVG9dCH963QQl1XDXUsaLkEt&#10;cSm9lDGUqs4k2sWzlzPvHgWCmBRFym6pnAGdNpssgibZay7/NFknwklPHCsuZQYmqTRFN8mhAoQq&#10;I9LCJHC5k5ygacbNSaIwdyZOOOySn9h59YoW51UTZWacQeFYjUk9FqQA7ubMPtMEkti2qIUi+ZIb&#10;JGfXAZuByEQ68aRJjIEHft0x5cEDxYKtVd7Y1MFVRN37M+jCEGjnj34LTPNjWXTnQ78mr77wnKyP&#10;rsObpFsW9i+EBAZeO/g12DMIvxNKmWty13/3X0mILhhrgQtTNXn7u/8OiyMSrQYWebZnI/OesGLb&#10;mC/fICd3RiLvzRTl5uaKYNuavW1m9SczLeEpczLpTLtEOnNTSZ5zvqYwrtLujU1u/DVBGwDWSpuA&#10;WTt3YMfH1JneBFCUe7CZj0G0bAZ47DwgOzuPqFM7y2Z4NjbeDEHqvC66tbOBnXZe0t/E5ZulDl1N&#10;49PI/ydo9MfOjEnaXN/5/CQNXmllLsgthF20df40aVCWbVrfMwlmJuuVeTEMbaHTbzyDO7HmhkzB&#10;4vyZeda2HL4xtol0mW6H3Dpi8i1SUPhzpgrIzfDdfJ1oMIXYgky3CKh64CuH10wTwdWKLQSRud27&#10;KTBwVeLUMqdaUwQKc4/mVBmRteeyuTGHtYtrecpGVyabcSBLuq4GppnBq6sX7UyKzVQv602fedfU&#10;TPweLcmAN3rTSVNol/VBboXGdAaM5iwPa5uywV3Tts29pr2Kj/zNvtfGtWxPknh5nh4djdGZdIz3&#10;kCE2gc4/bTvI7q9BoVGH5xyZLzTu7wEot3rlMJh5yyCH7IKP3Tl5+rVX5MrlyzBkH1MWSB/Yceu3&#10;QLaKX8sA9PUvRtMQQJlu9+o1lfVbmm1jX9qZBYkEmqoZqK9hRX2QeA0jZbJYlT7WUTidh49QFey1&#10;fviWbYbsMEJD9sCu1+SFZ78Hqe5puXz+uErnArD4DP2b4imV+vYMLZLlCB3rX7JEhiCpJbMwgffd&#10;pasj8jref+LYYUiNRwBclmTpIMIzBiDnBZ0oKTkPKTJqxpDEGuDYp8ZwPWDkVp+6rGEIE1MG+6Eh&#10;6etbLMtXrZJt9z6CBMOFut8euX5NTp94H6dK9p+TkAXqw9elUl4CKmTkMXijjNCPKtl82EuzGMv3&#10;fKLMwZT55mqNkoZyVLuGsH/vViBX2R9pOByLxSjRFOiUOWoLbLj2c4SZY2X7pCdx09zILbKBb9DV&#10;sy17KAJhb7z+przxyivyPnwZEwYngHWyasVS+fQXfkt23vuQLBpi6AsKzVK/MjvPH3oWqNZ52bzp&#10;HnhCLtDQCtb1I5dPyvhVSLiRrHp277ty+twVWQjQ6TN/95tS7l8sQ0sXQCK+zRWlypQDaDB2URon&#10;9knj/TckwhjsDBoKTKnVAQ2zfBCO8j/ITvWERgJrZPIIPt9s3CmljfdIOLRciRSxcamxfE9J2T6R&#10;Bv8AEZSukWv6fbX9b4k9/qFUG+MuuIFXM64pGy/wc3CAMWJ9OIKBbDXceLvYLfeLWbpBDDzmxM9P&#10;ZeMCEUOOTYzJIA2CmGVf19Qc8mvczO6lLVhNWAW3Tx05IC8++5ycOHFcTgGMnRxzxz6CBkI3WX/4&#10;TkAgsu+Xz8ngsgWy/b775Ktf+BqCcAa10cOU3AAMWFm8SO6780458fOnEZJSUq+/s3sOy3sP7pYV&#10;939eevqwxixcI08uQdDgI5+RH37ne/JL+DVOMzwJ1yecwus/PC0XDp2Rfc+8LivXrZbhzZvkiU8/&#10;LisB/Fk89/d9GjLvDdtl109/KM+/CPB4siYj58flJ3/8b+XgQ6/Lr3/+N+XOdbd54lTOr1bfVh/+&#10;QC9PSkMn0UConT+jrKl64vwL1RuV1gX6JudfZ7yCjArm1GRFbQsIkqikNFF5pi1gFolnf3GMpKs7&#10;508CtpEChiUdG4HKIRuqTIt9onzs11ZlXqmnbZJZOejcG0cZ2BIlDqBMgcBGFHsSTZJZpGVGVEyc&#10;9bLXyMt+Pf1QE3QDz35RhV7qR5cwp6SRyXIVTGQgU9mBZPVGktXKLiU+92XuQDOGfvNR4pp07nhj&#10;n+6bKJtvHEDdtIZ/ltQXkmBfhUFjfJYTB0am4aZcj9T7n8cCYG/k/FU0dvA5jVjZiVXPPuyibJup&#10;2QQv1VfOfVcVQHs/vqcTx9UNFja9ZXl1KvTw7cexdpCtW/FBn0YbXNoAwuczfIQ0XzIB1S6Q9gS4&#10;Fp0E93BsfTifblz7TjzfKmgOnXWBe2Yd8KqgcLpf8OuCIz/h3ADsWwaFVY0L36IvHpok/F6Sgckc&#10;r2GQjuJcpjBeqtj3XHj+TfUGXnLXbYL2lBx74bz8fPJJ2bF1lVSxV3jlzbNy272bZd0ikb/3h/8Q&#10;rOn/TXa9ulter4/K7VuWo4kSaFoz9wdh4lKjFbOJnR2a+jgSM2o0/HhygHIQOV/TFMdSm4bEpDLe&#10;2PnIpMW4lRneOZnZnk8WjBUYkqwTKsYUPHpS8CbMusduXYoVLXd+L0WfP6Pdl3SQcSKLvellKj4x&#10;ppBoljNam6uuzAjaFmCHdGlMfMqsD2kwebcuY+v5h4t+c3xYmYxWZfdUoaxYH0I88Tq8VXoiruPN&#10;445JeSe6Sq0+XRv5Dn+9iIJH8F7Jwc9Egbq0qI01LrvutfT+u/TGUCLMBaum3Q3hA2DTlFt+Z8M/&#10;yLHXbHOxcqxAJ6P1RQHRYB4X3s/30BOAk1g55DWqu+1QSV1cFLiaqpe8AWzgFlv14Qx14xWEFR3A&#10;NHzW5BsFMWOlHzOVaprDOrAaFKLgJ469zg1UGOvDR7+Bsu9ypEoTLUQ4Br00mRNw2XQqqJgYBy7q&#10;w+iLAjf+0gAR0Q6gM1FNN0QN9YMJPFOSwGriAcy4EFaSSYqVNRD5RGXPbEwt8G0uj1Jza1+MKSU6&#10;quu4ZbjUuWMT8sjd22Ulut+DHVZWrlism8+4No7JC9+H1Lqke4EcuHRW3t31hnzuC0/KU7ufl+f+&#10;zf8sf++2ADr9cVkeYpOddKjkpQaT4krDb83UU9GbfacFjU2LLtPMNzGB9xWLZ0h9Z8g7UmmZLTIe&#10;4iaPpXYShOYOcqt5n20KxDDFIiuxs+cCZOSKdomtzZ5npkD5zBnH/hutbbUUyz/TNEM4xTAW51GR&#10;sntN5u3ZKsKYCZLkspkm+6oWUNBae3M0uyIDsPUeNUWQNMsJW+/YDPmIaZV5t0/bbf+zFke2diCa&#10;cebL2jgIw2bGlZ1p/VZU2BnTJvgjk44W5Z92DknVXOdi26S/21nSiU2hSPSWCsY3U2jM7tPFQi/Z&#10;LHmPvViczyqf06BwD62XUs7s4fsNZSExrGidazIdgVFpo25EEuetagvKrtmxeFMYG7bFY+/GRaLJ&#10;3Rr8nJiDKXNh1m7udtdKvEzT+dMlPsQikdY+YiqQTP3blJVXtAu2OdBnfTOxGOCUylWz8CUvieWG&#10;LfWZjW2L5LYlV9pmkmVb8ODL41ASv5k0rvZwbIQiq9maDCDLHziMD4u5nZIgWsxzLfQgVWBSvURu&#10;/1FkTBoTtEDohUamyefZ9HPS5zvw/nzGRUU4qNqYpttcJOuZDFA0vsmUswGdj14OppXUbDsFQbxS&#10;IGiGz7Ixk9gma43U69IUWImZjUwKIOu998Ce8dIiZ4iUsw79vjAxhdlQkwcj71UVqr+X8wY13qfL&#10;+9jo5jxyzHy1UcGG2MRu7WAFEcTKJKINh0oJmZ/MtE409mhsPo1icHxqQsZGkBo5RRuUabBkEC6B&#10;kIIY8ZaT1yg765Z1a1fKho3bZPnKFdiD9AL4mpBnf/48/PgOyTgSMMEzkMWLK3IbzLwXLl4iw+vX&#10;y1Ik2pKloNfDumNiA5XegchXBKuhXwtKZWig4KDBuvPuQ0GO1OUpGH+XNI22DuZAIEeOXoTx9zDY&#10;VXfL5XqnvLb3TameOijnPnhdrlw6A7DxGsBDx4BrTFzV4rDaT7+85bJ07Q6pLliGvcxaKfd0Qq7Z&#10;Kcfe3S0vPP8z3df1dIfwDwQjb2G/Spk4J9brY7qfHIMXH/dxtenrCiA2aMCO7iaNx6tICF64cFjW&#10;AxTYfvc90geQj8/SxMhHSNWddkV3KdG9KcMENNWRYErZeREy1KUTMsJAk5JLTq4bepBbQifFVXk4&#10;2R6UL8PXqdwjXf3DeYhZ5lMeZYuS8c9bktgWu4nZOOy5Z3mTgV/T3mDm0pQW9sYWV2w7ax8qcwJI&#10;Yj/vGhcUqHVMpA1sV6warUHqGL8VsBwbWqu4D5pC+All2QzkeP/QCXnhl8/Kq7/8oXRQeYMPWrlu&#10;qXztN78iO+57BNK0XmXBTZGFg++ZQu1yaPd3ZQv828r9X5Q+yG7rJlKD/qkrV+TkgcNy4o09cu3C&#10;WbDBLsnDjz0my7bfiUTMDsg7d+C6L8FzWVcgzeCz6u++CrnuS1KZOAXQDb5b4bRj4TIIB09bicEt&#10;GJNdIEI08HoQYsWgUV5D/VInG3MbAL4Hv4owkD4FT6IyxgICbRLI5LUJT6luRJkqHt8awIPj78rY&#10;C98Xe/UU9uzjSpxg/VBRoAOVF5iJHTjfGOcUMTSIqdYEe2C1E+x8ROymBxT0S+filD/sAl5Kvo5k&#10;8W2aEp9sxqDOxaPGkdccY4wMtMTVkZFnqxHHCSMn9z924aI8/9zLsvfl5+X8iTM6TBsVq7VWI5rQ&#10;5GL1EsS8QBnp1CTu//Fr8urZnyBNe1K+9tC3ZMHyJQDhQEvAvFVB7bZq+23S9+LLuniNgcFpr5Xk&#10;vbd3y2N3fx61DOXNYHpeviRvv/eO7D74oaqiQmWFGZU4sx9F/GhkBIzL/SfkLDz6Ptr7tjzw5BOy&#10;dfNOGV6ApsbSNfL4b35TrsAa4O13D8goGgklzIsHMHes3LRItq/cKCE83LgqEWCh95/KdhnsQP83&#10;2lyhkXL1/Gn1ngtxbiUfsNRgqJAHm0JlvwUKbnG9IwNKmc4ExljnhaEP6zDOd55AGOcWvsbLcMkK&#10;o4+c1tAE4yZrWm8pu43nTvYr3mO87Jb3i6nNoSKTZCvHDjOwzqvPpuw7MrrpGUcghjWoT4iPAJ5p&#10;XgsPB3P3JMKImEjr2MTwtOM5YJzx2SLQls0VgZP0Osays+Dif3VNBI888T3R8A1l32FU0Ks11CTp&#10;RNNyp+jrqvxV519nS1bBIEdYNxqQ4XIEMJYadX02JrG+MdmWn9tJ71N83hTWQQbTSBrsyXfx+mC+&#10;IDAo8JzTObzhQNYOtbp2gSwE+nj803pNE/Vd7cCz1o8mWFfZsXUjzr+od7uRnk4Gn7J3vS1YpAEr&#10;Vu9nPZ7WvR0PBfp2fbAIc3HMcNOzDL/14zr34dnupNdj4nw/meStdXOiJrqK7qjnZ0MNNkHiSxTg&#10;0yA1nHMJSfYxJPwhcQHMRxwPJBSF8DGltJfHO83nCU2DMbD8pnEfu4AbcRwcf+0DHMgiWYlQqpU9&#10;iRx8/m/l6L4NmMeAoxy7Iq8ePSu/+ZX7ZefSRfKf/8E/RlPsn8qrb72jaoFN63vQBOn2akI0+dJ9&#10;LgHZRuybU5ECppk/H+dDL8WOPTPT+Q5GKdjXWojYWfv8eaqrmYXf0l7GlXddC1VM+jPtWOcU1bQ7&#10;bZN4HsrBNkkBWQpvUIiRz/SRWYUyI2ky6+QlmVw5k4ekTDmPnmZeXTbOioEonWwge7BhbnhpMpZd&#10;IuEs/lVxkidkpp52CjHZPC3SFsCVTPKTaVGTJmZa5luou/Qi28Z3PdNEPxvkycNZ58nqBGLRyQhK&#10;DnwyxYIryWXNtghKZGboQbYwug5KnsCbsUF8UREr08JmhY0t+P0UPRgy6a0tAtBmJuJQuE6KFyfO&#10;ZJeTpfoAeaDIpMCiTwdMvIlr4BHxYoKlI376B8rmic6clAkKXwPIP1m7Jj/46+/Jl7/1D7BZAV25&#10;q0M7MCzqaoier8EMtxf+Ai89fVD+7J//S9n/6gtyeeKy3L56uzS6zsuPn/+hfBkbitW3343OwKQD&#10;UIsgxAwWzfy6xk0yenOzKr9fPfvsVn3ozK+A9mSbJM/21iTNv6r/5UZf7YGaW8zYsNZ84tLQYqBM&#10;K4HKmPmTGs3/L2hyKZcncCwi673GghZA7WNxNVoSZudxDq1J4jcf9fxx87dnKHNn7hVmu/KpZ4ax&#10;7VyB/TwsWVhXuyMxN7ANSOdvm0VYtOb8mvZnZtrr8ux8RNAmTXizrpOaFBnPSX40JgcETTtQYI4R&#10;EJhi8ObsYyDzDfShTVJQTzSlmBfWZFPcExWAxCy5tOBvZIoPgAmaw8wK1zdN4TVeKikFP7ymYClr&#10;ZzKDW4D8LDTB5tFTzXtE4/2KA2eCzj2M5PJe9VVK9yyNWLn5BJRUAsRCj2nDUUMD0sYnRlAETuH3&#10;SfW/IsBXh29Wvea8j2lczhRYZXs0YvUq06ILRdOmdStl7bplylC5AL+pq3hdP4rgjomLMoRi4xoa&#10;patWrwGwt0hWLFkoG7YguQ+JmWQUSQqGZwEp3kM5diwWsk6o6iD40EhBafyMPknTkCKyYTwyMglp&#10;5qQMrtwgT/7GY3J9dFIOfnhEzu97UUbgHTwGueUEgi5qOK6OKn3K6iqt7IYccAVSMBeCgdgLkG/B&#10;so1S6h+UMRTrH7z5vLz/wQcyAU++XlCFensQDICCvaerVwusUfyc8ivsdvSahfDiq6Fw5rWM6laL&#10;FTJJVi1Zg/wEsBfXrJc1W+7QgmQUrLEaJIlRY0z3WK5fT5ZIhwtjUNYe/ZG61O+QMuhypeqSlI2T&#10;VzlSgWvqB6E3209ClfYSvOrsHpR4BoX7P/Jabmfv87WzpW1nC2hbHmESGJiUWkZBTrChUmXwSqDg&#10;Wk+JnltQDtEbCzLKAx8clKe+/305cegQZHWjYM8YWbxikdxx7x3y+G98E4nHi9CYB6Ci0jGAZKVI&#10;jh96R66d2iVbEfDQDZk1H/vJBEAimClXznwk5w6+J+f3H5Az8HmbwMP34GMIY9i4FX6NA7IGklfp&#10;HIJUD2AvwzSQrDt9ZJ+Uzh6UClKXAy3YR1DQc02tKKBAmKKmkjuAMLF17CoUyUhskCq8/jq2PCQW&#10;z1IDNUkdSqkq/CgTpHlG006xU8Z7yQSyYJTGH7wp4ZE3cfwnpXPqqsrkCd5oSALGDBlBFQCjHZCf&#10;NzCeCEYmKNIb8IwM7n5CSovXAClYpOPPkiE4732EbSPLLYQQaniDC94gk4teX0pIwN8J5J9DkvUb&#10;u16XF196SS5cuIBzqeuawfmLymcCLb0Ik2Ha9nLIcntxbS5dPi/nwKhskP2IoJu3f7YLDYlIvvHZ&#10;L8hGBGs0qCjDk7piw0bZsW2LPP/mbgUpAgRfnN13XI6ePSULIFd++83n5DX4+h0+fhQs5WmdD+l1&#10;SSCT/nxMFu3GGKtjrFHVZACMnjl8Tr534tvSt/QXsv2h++RuyLZXw8fv8S/9hvokHj7yPp71YXn0&#10;Uw/JirV3q2ItMM3NIeVyJi4sg2DexOWrygAm6KEprxp2ESvjTmtYlY3m1lo2MNmlTjz2ztpMwS4m&#10;CUuayppkQQZcm2hZoA6WBBAbjj3Hxo/WgOz+Y5yyOG94eoBab0U+rMon8Saa9BopWYCfGXmPO6tB&#10;WVVdtDm/arBCwzFYE3/MBDenxyMNn5j2jSqrwJ1rThHYIjue50gPxcCh/i7EiHNjWrf71F9Ka9Vr&#10;T33eHBFJxHm1hpL7ufL1nDccXOrIVVxvFDynhUNM+e2UXpcKQ08yeS/YcSX3rJVMkFmexVwXtalT&#10;1+ZaoPdSPLBpXNMmcB6IfB2PuRvrQQ/m8wrTimkVIg7Q7UadXEXSblIK1ZbWuvAEZbixmRfFVpum&#10;Fe4HyO4sOVZ2oKmziQyRgIPP78PPKROu6Dj3bH5NAnLBJUCFs1SFJJVtB0yo7tXEX/hu4R7yOgIM&#10;pu8nsd7YN0BBhJpCuvQkmoLYNSAEqAGwr6Gsvga+bwJp0QOQ+Y6OjoPtfFA679kinTi2ZQgTunLl&#10;Haleb6DpclmOjQTyt5Nn5ezDd8uqRT1yx6NfkBPn/1wOf/A+wNp1sgO0vzL2BQxsqXk/SY45l7Ib&#10;53JwYg2FvzsWp5eLp9YoeUBHobtU7GoXWTrew8XMAxywPuyiiYWTW2EWDJtTDzl3M22R8nyD+dQ2&#10;UZ7bsBoK6XEuqS3JvdpaXbv9zzUBlWhv2SXFxZlk2Jl2ZuCP9YM9dqwFl3TWUN05mX0lW86DKG3a&#10;IbQZcMjjCr2fTOCl0TqwOaH7h4pPii3IW/Tm2sTRZQP3YJjEAWsRqehYhK3kCa4KRmapLLFLCpLU&#10;XwDfE/QqIBbRTDroypks2sWZUC+DErpmZXRRExN7kC8pJAmlAGP6yES5T08QeIZm5HTmUsm6FOlO&#10;Ra9Z7D5TP4GTl3oKuIcvsM3m/Y6hYZo9uE1BwuTHRFI0afLXT9mkPjnZXZckl1HpZBn7QiHxTEhT&#10;8LC03gPCeRimSYSxRt4Hsv/KVXllz7uyDgvc66+/jO4FupI9VWySxzChVXXS3A0/lOrUdawbZfn9&#10;r3xWPrqEze1lKxuxGL+z91k5PXFIXnjqGfn6AOQlg2vREWGnsaESHX2OrL1JEMPMeIbbgwk38Jyb&#10;t+5zjqQ4mSWh+1Y1iL8CwM+2zDezlgL25lCpmy4prJ3dt7AJ8DPt+ACt3Msb3r9Pwscv9xJKZfmm&#10;ucHThtRovYylyARvT58wLRvmT9KjbnaVdQoWZYCoAgihZ1VYd/zpqSWOVRYE7UdQnpzamg7VDg3N&#10;pdetzLkmADVjNM3CDMm83O2sjnvtALK2IR0F1tqNMMYiEdW0AjstqKC1La5/3qc1KHLY2ijVTItt&#10;QKYAMGkKtOc6pw2SoN1U1rwLKBJQjRTT91oBtFkK+CJr1ppmMFfvVcNxw321V2QL3mi/Y2ctHE22&#10;9kkhub0YbGFNwXZFbFP4mS2qGlomg/zvhTCygl+g8bR825QYn/oeBTMK3CZAOwUNiyFshXmiKO8q&#10;srTjJM4+NgeJy1LIwVZfKzJ71Msv+z3yrCjX4Z4Ao2UUBTT3WRNIn70+jgAKFHW1SRT9DRY8BEms&#10;fh+xvEjZQnRtYVpfKqGJXVedBRgbvgQmYMmxYkk3OvCh/PX3XpJz5y/pZp/ecMtXLJfbtu+Uz3z+&#10;SXn8G99ESuleBfgGAPaxSJsCENEZOJDS2NzXUDyb2BEbY03CDABwRGAS1uoojMuRDq8rIwZsOqP+&#10;aSu33StLAYZcPHNKXvzLP5Xa1ZMyeu6CXIKqoIa9CFMHmUQ4zQA2gGgr1q1CGu8iMPRWS9eS1Tiu&#10;JWDeVGX/oQPy4TM/kSsAS0iV6OvvwvkhIbMLQAsYeg2k6F6Lx1CwdqindEQj9ulRBz5OERhN1KS9&#10;f2ChJuquXr9R1m7foqDmNOS/l87Bjw+MM9AlnM8k/apgwq8AHoz8y5AMU9FQ7exSFl9QqirIF6V7&#10;Y99Qpo+SG1KRf/bhpQZfvy6wICvVXn1tjD1unlDj9uM3rDE+8RbljNyj+TmIFhoXM4PpnXch9/CU&#10;2k1gz1lRaSf3+xW5BI/G73/nO/LO7tfl6oXz0ovXLgYbc9s9m+RzX/uGrN64RaGWEsbLdFRTy4oE&#10;4GA0flFOHNklSwZLsvKhLzqQwUv5I4TLHDv4lhza9bZcOnESsutxGV63RZauGJY1m6FuAYjbDwm4&#10;MFTi1AGZ/mCXWCTdBlBKVVBHRLUJZTY5RnKgqihl+aB2mkaNRrkg+TkxkjdLK7ZBrougltW3AXgb&#10;kEkqjBKXnEl1VSNx842mZuMZis8cleTAm2IRNmOvncPzaqUndHI/Snu5HjZQkJc1sAXnifc16PE4&#10;tFCS7Z+SYPVO9c5OOjv1dJUsmtQVWM49xW/GEac5+S0NaVIiABmZVP8AbB8bvS77331XfvazX8jx&#10;I0elPj6hUmICUPTj4jl2EOAGI2vz9rVyBxiTm7dsk5VIAqZiaxSA/gt/9RfyI0h5p/Cs1Edrcvxn&#10;r8q/OXJG/st//N/LajCLOFf2LxiSJ77yFTlx8qR8cO68zmsXz16Rf/U//VNVbV08d86xQKs+9ZRg&#10;CdhNg30dcvv2dbLzzp1oZGxFEvMF2f/ee3IMc8Pp0+fVR3Hi5CXZc+onsu9nP5ceeAA++sRn5KEv&#10;f1G+2vVNMJcX4fM6BaIxZSUrUM+ayrhaUnG4wKVlC5nSly4CuHGedyr1VB947zXPedA3PjT00Uv2&#10;1VLL21OlZWmYOUK4VNLA19sEMfmPKvHVNJZc5cX6MGrUlOXlkpR9iz32zRf+H6WSVK95uS3n7cgD&#10;Lpp+2nCSy7pvLikYE7lgJQJxouo893Mecw0sPq49ypIj6Oa9AmM/3rRaxeFVvIedjmMyz61jrhOL&#10;UPVZkmTnr45jPmmYp8hUXTaMGGJhyi7og2AiwbdxhvU0HJA2AtCZbMAupv2mMlcyzCljDdwzwO+K&#10;sIY2APIp6ImFklx8gms8r3IpcB7+Wi+L0kHJuCNAtwBEmCqeuQruWRVjKyLAS39XML6Vm8tjNA4g&#10;Nf5e8bicWohSfrfeBwq94HsxABbgOMl868H80Kcq3cQDpXlomWR2bSZ15nL7JILPOA4NANN11iXd&#10;JrVYVTQ826ThGKQ4Y5lI+P/d+Uyr9Nnq71Ne7RN4UPMKmmRDYDcff/cjOY2f929dKosHF8r6/iG5&#10;MDolXXZMFtavydU9l2V/vFc+lAFtoD3y2BNy9tQJzL9H5eV95+SO9f8vcW8aJNd1nQme+15m1r5j&#10;31cCIMF9FUWRFBctpiTLEmXJsmXZ7pZtTXeHY3qmYyZmIqb/zY+ZiejuCcdYbY/H7dHYWi3JEkWt&#10;pChu4gKSIEiCILGQ2HdUFWrL7b0733fufVtmVqFAUmqFYYBAVWXme/fde853vmWL+gsGkSN/xd7a&#10;IvLeivwV+bWXYEttPYFNwb4M0CqkTLY21/nEUtWzmA5Nt2kpT9sT0mzOANlIPgnYoZFBYC7dD5si&#10;yte6B7sFKamkzHnlhR6girO0Q1OM6WMBwa8pqfwzVLq3eOm8ptaw8CqVUi+/ZFfRTSMMMtNqm/MP&#10;NLkJuWThEdY47zc+vCUaMFet0vATEDC5L9wYIwXOYpf4FgY5o/ykEGw44DEwOXA2kxnE+UWgcc4N&#10;F8LBaRpf0zpPo9hvFBEkIlG96mOfkycjYzTqxDXI+xm6RegCU8r62QLP8EunArbkvYK83DI3oRf/&#10;Xo2fTASxe0gLvkCesVlkLjjgNRApvJc0nSkIvM9asaExOYpRwgIwvs2zqs/KHH5SxmdCibV+A0Sx&#10;MVWP1JxzzeCYvPj6K7ING9MVW69wIKb6FdZkCJvyb91ymwQ4nCYhU5mavACVwcty5W13yfDqIfno&#10;lk/IqR+9IOd+/o9SP3iF9Lx/G0w+4XeDiXiXTZpFm0OOZRFpcZ2AnEVbSF9+EWxMwaPNFhIv7a+7&#10;fH4P0k87fJR3A461gHaXGwdQYL10BPwWpliZRQVhvHvcNZWE2jhlGyXXT4uv0LQBVjmEI+epZi8N&#10;JM8nhbb2ErfBzitN7uwtmZco+n3WZIeme66dpFu9hIxLBI+tST+/afXBLfBs86KejnhHm71jGgSc&#10;C5kwnTxtW+/ve4GHF1TkZvHpwDaTuZtcCt5CAcv5OiTP4prf93eeoYW/mHEBpLLpWrTvNGCkA2+j&#10;EBBtva+uf50gZdTZrG5pm1CaS7CoMwAxg8DinC9xJwWhSVmEaXptLvTDtNgcJGfyvO/BSMqRLIIV&#10;tsOmlAMVW7wXi+qP+a99YrGSd6g1xrSZo7I+cd5ebqgYswFq1tyfVeLk/IxmIbudmHW/zoPVdPbC&#10;GW3W6lNzKhXUpL3AhWfQ1401FuuZCoIfvMGx+rnpYDdMfAnJRmpqDcXwAtqYXHXFCnnsqcNgwb0K&#10;QMtJ55qw8Dh34ojsffElOYmz/6Zrd8inPnavgh/TtHfBa1VU1uavsXXCbvVXJkBB32Q0imQl0R9Q&#10;E3VpddITgEHQJUf3vy5jG66Fl9qVkBYNyKu/elRBj9kTb8r44b1ydPyiyje7aQ0CQOwCXnNwsFc2&#10;bl8u/Us3AHDcDj+/YakMr5LR0UE5cXJcnvnlQ/Ls44/I6EAg/WDxLRtZKr2DSxzoyqALsKGakCVT&#10;7lmFEoHG+HGTkriaNn59YGb0gjW4Zv0aef89H8brrNLkwhmAGFWAjxa+RAYNoKX/NO5TF4A58rqM&#10;+mFXdMjc09Mv1Gjx2hiyrqxjeoUcJhvnfZ0AMGx8uG+XAHZ29SCZFEAh17L+Pd5jUA61CS2ibfad&#10;h129Y6CvwzNmRTrpNto8ZVuHeN7TMm9X1D88htTbcchRK/LkE7+S737tH+T8kcO49wBLERx37a3X&#10;yQO/+3lIxneg7neAdxD2K5uuAXZcf++cnDrytry+5+/lppvfDwnu9WDfgOk6i2fFdsmFg79EEMcF&#10;OfjUCwiLOIp05brc/cnP4V5BubISsvXrbgNoPinlC+dl/InvSOXEq9JNuTvARDuHd9jvaucKWVUY&#10;ildmCaazl8D/V7YtvPcgYawtXS7lG+4Bm+9O+M2B/QTguAkCRY+pOyYP7j2BjBpCZwYIAkyclanX&#10;nhf70k+lPH5CwbqQHw9JwQQTCG5Q8FqnXJKe6VRZwcduHMzDwU2bpb7zgzKwbrNe5AhekJYsQKPm&#10;f5BFlxxTqaNUe5GexJLVRM4z1Ko80tDfC++fAQhvPvsMAnv2yQRST7nX9Hb1KADRoMKqqyrL1wzJ&#10;3XfdJR+870EZRFBOMyYrsKxp333wNLv9k5+UA8dOyzN7XxXa9c/hmo2/ekie3vVjGfnA74ABWFLJ&#10;5PD69bJp00Z5A/5/DYYcEOw5MyFzNCwgAON7O55dvQD2r92xSm7+wG1y/a2fVOCdRJjVm+cgwb8R&#10;APJ5eeKXP5W9L70MWwCkZuMz9uDa37BxmdwIe4IVS7bie8gILDvmWuB97W0GSMVehktGHJluF8+c&#10;QoJyVQE3nSkFro8kmK32UJ41R0lsubc386SLEtOJWPd2BbPIBnQHhRvMsI9m6Il1UkiVc1pnPZOS&#10;j+jBTrIFk4CNU35pKAVfw/uhkRmu3nyx85wj287tgQ6kC9U2i57uDQUPKClX3z0OijRoSZQtxq9n&#10;unhgHdvMhSs5wCEB6hzD2y0gAnmlKEwHbCXPqldfNptVWU3rrL1i7+1apbcrAVJ64+H5otcs31sU&#10;O/agAbA5i3+bAJsTpxpYcWUF/HS14rPTLqJMdmG9qeBWjdJnnCME7BK2WDeTr/GiXfjdpepGKhcn&#10;rrAEafE93IOs81fko9WH9d8LQD/C1zdwzkXs/ZvuevLfNeCE527k64kwgVsirbcHcB3ovNqPfxjT&#10;8BFnLcdrTyCuK86TwqyzHvGhJKpH5/ktDs9RAo9aps2p/NlYMqUrCrpi5xPCfFVc0zp+cSTSVIvA&#10;2CsTc0G2foCqXob4j2n0/2NgmL/12iHZASuMSdQKcxM1GVgxKjdfuUGOnOxFHhJwlrdPSNfgOVyH&#10;XnwNfEG7lsltH7xCfv79b8kLrx+WbRuWAsQ0WUxc7MG9yBW5kV8ncaG2tGl/Zj2vvZQvsE1O5NKW&#10;ixj7eLmWCtfmXsAsAlBIZJat4GIm1YwvLY3qVHGn3kYuLSaVayYgV9tk3hRLfps1UJq+5MMupJDu&#10;F6r+3iitOi44/TAFSJX0YVhwzDI+1Ys+RalHXO5/nHQo2KcPbaSgZFIo6/RLvQeCFOVP5TYmkyNb&#10;PwUJctPxNIBCcglzHrmMdaNyHkaxdRtL/pNGWiQ3HOvO00OT5oLgpOgD0kqZcNeDHiJxEPuY8NA9&#10;EEl6US4qPVX9msTXSVKvQemwNlL3C9uuBbStaWOSga4JmCy23VLZeq+MVBduM0Nwt6zjtpSsBKxV&#10;2jM2u4vnJ+SzMCMefWKjThPrKG7GlqLoxLRiCQtWTiloNIqDcslKGHk2V8v18PcbRqrdyUkrb7yx&#10;W67oPya9t/TLwUaPrEWRbkeXwYljAUn8IvrUS8slF0SO5o+Zmw9CKgRwFEN03hNkSX4DUtk24Mz8&#10;BoSQl/rMrb6MnbbWy2OuyXt6W1qm10HgGWVZyFO6Fk1+rdjLEtraDtfmUtjnuwF/08sfOPNem8gx&#10;/V6bQlje123hVFlzGV2iKXif2YJFhW036jPt2J59R49TewDG5T52pi1Pa/57nGVDdKgaEt+jNh2v&#10;LSKQnTLCOu5NRYDN2HY5dXrWG5sDp00+lHn+dEwPDJPdGSrjXvwU2Xq2UZBxc1RPFOZALNsqbG0L&#10;/WgbdDpBTu66mgLQqYO7HLiaDmXbws9ywzdjsuAKYwopv6ktSGopIm0BS6m3WB78zPuH5sJHTIcU&#10;yoXA+ORaW89cSIa4jbjqBpcMz4qb2iDW0djMzkFmCFP+yakpmUPzfBFn8jSAvrma890Lo0CbKufl&#10;VNLES001VNaJ84JTJYhnHymZv2TVEiS5Xqy1SioJA9MIaZRLB0flHCb2L+8/CFlToFI9DgSr7AzQ&#10;WJBZ8eOvf0v2Pb9OegasfPh9H4UP0rTWblwzbB6NevBV3NDRT+rVhJ1NJH/xOuC9XYBE7/R4H2qx&#10;Hrnurt9Vn6ADr78sk0jHHX/rNaleBKvw/Fn1gioRTqHMCMy//uFANq1dJcs3XCndCAkbGIVkd9l6&#10;1CaBnIUfyc+/+Q9yeN8bUps7JZtWoYbp74Z30oAmENYQqjA5Petl9g78JGFuarqmEsNyyYFuQ0Nj&#10;suPKHbJ2M9heG9dL3/AyhAqclfFTh9GET6DRhOQZwBEZgeUSAVU0+wD3SiWXZlqq9Kt0iZ5WGlKS&#10;JuM6Jl+iqAmSuo1RaWBmdHWPILBjxDe/jpFDXJB7SKMhfohu/yvZb7Tv0YvCG21RLZXnJrjnLJKE&#10;8ErM4cKJU/LUM7vl0R//EEnLYG5VpwHU9sq6DWvk7vvulSuvv0UGhoaUNdaIStpANxGEwmvGpMsj&#10;b7yIJvm83Hff7+IcH9RwgjmsZT5DJw89Iq88g4ALpDQfPnBahlcABPr4B2UM66cEKemKjVslPrRf&#10;5NhemTn4slQQsEC6T5VKJzxAjZ4qgIpI2Tw07Q8AFjTBHlJlJr0xUR/HkHl3X3OblDffIFHXkNTY&#10;GzWcfLLEZ5yejBy2YxBOT/PKxAWZeRHBIQdfBOB3EoAiKu2wW5Of6UkG6p6T7kUu0jSokAGI1Eww&#10;WcOt8K+7+gNSApuV4PKsD92ICPBUjKpq6I9Hry/nTZZ1A5dnHZLVwrEHdC6AHXkC7LWVy1YgnGcA&#10;Ppmj8snPfUFOHj8tz78CsI6BFdjPVGaKjeaW979f/vALvyej8LrswfMYK6MYIHnJDRnV2w6ywf4V&#10;S8TuJZA043wdAdq8iiHD3Xd8QkZwDWr4HMNI/N5+3XUICIDPIgCtEmNRUeN0Yd8j6FgBKDMCltWK&#10;5f1y970flqtuvA5s0FUIZelPmdqx6ZMKmL6r8JqfXfn7cvT2u2Xv67sh5z8rO6+/WdZt3oZgIjyL&#10;5VifxSaBN9Xq1vT+tJly47oQ/JyB3+kcLAZKymqLdV8m5sBBRxV7euCDC5ku6phmmQ1V4rWr6awq&#10;q8XOh/3ePTsN7dkIcqkslxJqBlRQXttoeEad1WGKYpFM0200vc8vfq90OTYxWVsY3mhir2dXMQyE&#10;ZwXBwJIy0iJlnJrQ2XHxNXgfCfIpOaXpvAopfeUZxN6bIBffQ93Lafk/MuMa1gd4+P6bTFW+QbJf&#10;NdXXOCAnQTG4B5BVF/rCkT+LZ4d44lMia27wrBSfN4DzaRxn4gzY2hUv26UMmT+D/83PxAHOLN4v&#10;/54MRp57XQQBrfPR57NR8cybBr0v8ZpdeJ8D2FN6sAb7ycDUnIBAk2wJPJbhydfEBk1PQx3kgEmn&#10;gR6edd3MpRXz4zHFl/kYAw0E7gB5Rza2Bvt0a2q38+d1s+hAmZ5J6nAClLoAsZKyQZWwlfrdV51P&#10;rmrgcb7UeJ8hzTVIrse1rSnAF0mUkAM9mJgOdiUFMhRorPmg1Ya3BmtiHfTi2p0C4Ge6YI3RCysO&#10;2izAy2/Hju16rc4BKB9HWJfF3tRjLgI7sHLicF1uAbD/6rNPy2v73paNK0dliL6JJgmOib38OjGK&#10;sf56hRmG4XG2KJHx8v9U7mCywIrUXD9JbcuxK4w3gFZ/upRpJT65NU79W6LYJbSmDYQx6WsUkvJs&#10;kaau8h5vxp35PnsvPRMWRDyaj+gpD8osI22U0cNxVswGHqDM5CZGb1wpZXnFqayEh6ApBxpCQS05&#10;Y8UjFiNEpcUFMljjizHGaCiH2E0TVHagcd7Gl/beoN66qHinpol8CAdfs+I+A68bfn4NvhDdmEwb&#10;JcSWXMGN69eNzTGuY7MB6uwWbKjXFNsVDidu4DR6nXVCWVPyErSmTj7597EPvVDPl6bVqRiLsy7K&#10;brmJaAAHfFt43QxNOJuYKg3jGk259FotfhuqG6cPjQZv8EBNincWtTxcQ+d51+T1xENYY3w6/47m&#10;zaTI6j7FlDYXEx15v0Cut5ICZ+JkMrr5enmvbuYJPdoXOV5CxNK36U3yg8RQPJdkFfs1HJoWtoGX&#10;wek6FpuaJru8Nt+GWWlbZ3GSHG3dG+GymrqIqWXcJQ9986vye1/8NzikS4j2doV6nUb6wutc1/Qh&#10;/uQyJqBffeFn8tX//t/L793/KTmBfzv80qPy/rUBJnfd8pWf/0R+v3SvDK3aLBY0YAWV/VIu5YIz&#10;8mwRm4tlcMEAcfo9dhHwiS1MAeZnBdmCfsq2A/6FdFXTlgJn5ouDtQsz24r7hSkAEMa2MuBMmz+O&#10;NfNLY00hVdQWLAIKvvvWzgt+ZCzhIqjTKtsx8wRMXCoYI2Wm5QMfErlnS2i5aQNUiveh9bVNK+hm&#10;F2LBxTmOVF42mSh8rAvR8QztRI6XPjeJpYMpJpWbtvWVpWa2faqWe7VA2HraTSVMciNhywpo52u0&#10;fn43SfRCQdartFAQ78+C597QzyPHFE+fSVPIl8p7S+S81uLO3ky5QthK+xoMktQga9IhhcklwLcR&#10;IPNr1xQ/Z7u/p2nx0jGp/CEwNgXgbI4cYwtW9aYgjY9tfgSoFy2dF2rIhrUtzBejxVqyqBL2um0N&#10;rUnZjjatF4IkXCetN3Lv0X+vk6FkQRw2HxKR9R2dvSxjFtOBCkdFAZo49/1+ABQHqgaIfEK9TUKo&#10;AEqpfMglUjmPmcBJ2ZMi3MaeFZtPrQ9MBpCZFuF8ApIWwEBXazRTX2G36q1XGMSpJjooeMEm1zdO&#10;FknsPG6V+ZC/PulAtRXtM9m8LCV/Wl945od2Cbsy8EOApn/SSylzlq/LOoVDzmbkarpILUyc0qAZ&#10;0aOuqoEZ/PM4GsRZgBrjYDSdO3sO0tw5MMhmncSo6RITxdvKsP5kfcU6Tz87kzc1UZN/Lnu/OBd0&#10;FpacbK6kiY7O96lUcp5yZHvQF82Zg7PRKal06NiJKuS7pxyrRBUSsW/wrYJU/OvDbx+Tv/o//l7s&#10;nwdy5523wzMMACSAl0rggEMFsvDnLrAhZuF/x8aWj8Q0mDozk3hvlNgNrpQd61fKmbfPyMuP/kRm&#10;jr0pE0f3Q6p7XP2PmmDGMGCNTIy4GyAfGHtbNkAxgLCE3pEVSNZdpUy9Bj77y7AY2fvq63IcbMCx&#10;XngeAQzoWble5YX8eBfpn0UgEp93lrpmpuvONb0dTEmVHL1o+jdsWCXr162VtfBqW4H03hrCOmo1&#10;sCgB/ogCsnVXJ4e9Ct4YDdggiw+gH36FSDzk5lDSQXLJnSUEXgKb2f/Y0IMbTX3GShX48ZHJB5DQ&#10;JKnXKUvaelaI6M/o6MARFIPGvJamrcDIehQPLLT6fV9CwWDyctxFsIt5nZgwTGmfCyOKlM2p0k88&#10;KnUAH91ggUSBS+9844398v1/+g4Al9fVCqgL13rt8kG54aa75J5PPCjDYFbShF8Hz03sRYGreElW&#10;jcFiOfjKz2Xq5B657pb3ixm4FXJpsL0Aalw8fVDOnXxNTmNdn9n7mhw/dU5lox/8/S9JL1iE3MPW&#10;I+XZnn5Lmg/9tcQn9iN2xqrkvcH+gkAdARG8doXMoMhZ4ZAwwFRdQwny8AoJEO5gtt4o3SN4n/Bm&#10;JIAR24oz7Ievn0HgDZl5ev5Dhh/ve1GaB/eIPfw6GHwTbj/BvW54qW6IpplYJv3hYroKoWVroD+L&#10;V6+T8Ia7pHfdlfjvIZWNO0c2q70er7wy+BRU9EeW71mdEssWiSJeVhp4y6TAJ6FrYqthAIJo+jhX&#10;VA0gy9nz5+RJBGT84hc/lempcVm/Y4t86c//tSwDq3Zk5RL5s3/7F7L9Bw/Jz/A1pyYm3doF0HQB&#10;z+IJXI8l5R7tsbmn8bPV8HsVIMmJ48fln7/7HXn0sUfcXmbc80M2Vjw5rX6F9a5Y2U9l9GNbr7tB&#10;Nq96WF5567ACaTXKOLG+RmE5cPtdN8j7b30/wPptMgbSAfHSLgVJJLUXUH84XhOwD4Gyy4adQ7Ie&#10;XoDW14DJucHnNfRWHNoCYacsLnfrzyX8EXv4zLGjUmpWdU+mP6BeW64brEU9G3SQ5p/l0Mmg4Rfg&#10;9ldNSG/o+RsokwV7BP+NnXij4fhNZOaR5Yc9iyCY8YAQgyqIlNEfkFBNQ494FxIa+WAOYh41hjPg&#10;7En6Re7NDO+IyIYEGB0BLOUzS4ayDkNoaYBfVhN2m86XkKBi1QOJeC9kDTaVIe5kqzUCNuI87Ppw&#10;7+fIMsTfMSSKwBllzVWcfdwnmx5QSuqlMgYmtUagtRp9AAliRZL44lsNyeTzbp1fGbI0Guohi7cj&#10;A7gmDK1Jog1KBM2YdIvPwc9oFeQT9cPrCh3bT48/fF5KbuvKEoZcFU9SD333AucpyPvfz4Abfd7p&#10;l+nsyeZYRwBkjOsunMVdZh8aqcnKtBcg+AXWIP5+ENdpBGuov+TqzVCHWIFKzWPx6Wu6lhpe4mt8&#10;aJvxqWqhE0XqWVBzoSJ+L9fAUwVpkUBs3DC/hn+s++CYOIdNxzmikqJAOnSM9ffYD12akWP9kf1H&#10;P8cu7HN1pBOf3HdYlm1ZLefPTcgQUu0HVo9i+DIsa1csk42bN2joS30OrFZcu1MIO3rhtd2yGYFE&#10;JeAvux7/qX6M0f5e+BKWdDgYhqGXkFhVE/KPCmj7e24Tu7IolfEmS9fmPF/apVW2mGmYKwBzcszE&#10;R82aoum4zVhZpoNjdwbw+Thqu3iBYRZekQVcOFpu4NPXvGdbyjwyKfOv1a93Pgek2OvnSU01iUdc&#10;wdA6CdMIss/X4lFkOl5RBxU7NqKOuPQBDbkptjCMCJQlstjsutlcWEfSAYU5nbZJQ0sS3ZOm+fhI&#10;QcdCbPUYCpyGHUpxCUyGFs8n30rWQey5Lr6hVflxs6G0aUapJ0bh+TXWylwwSaPjQ0ryfk2paXcu&#10;CTDv8NQmiYpzjA7TQRZlL4NxZaXYrHuz1qdefA7R3tjc4DHzzIt7UESvlSXwt6h0l/Xhp1ylyak+&#10;Nsy3D74pK9f0yI9/8pIcPXRSnvzZ9+UFSCE+89Hfkl74b/zv/9d/QHLVrLy2903ZtPVaKY+MauGW&#10;MjRjuwizf/tryZGwi/SpW0gY/I7CINoiX227DK2NQ7KQLnbR1LGOroD2ktLpFtDD/trTE96lfNle&#10;NvXR5pJr4hbLBzOP5MkU6bk50CZu9339dfom2Uux6cx8Qs0OC8HmZIdmUWtssWEedgHhdZZLlXmS&#10;LmZtZcwQe3nPrs2BO5e9lE3LECAXrmFN29DB/AZYtNa+2+wWU5QzG2mTx0oLu83ZYPiwKgcD5pjt&#10;5hLmxKY9kMQvAgf45Rn+4ln0pk2ekWfjmZZ92Zii6iIBBJ2YwxRku5fzhLrgq+z7tXG2OVam9ztS&#10;cj87cpylsbIlamrGHQEkbUZVBfUozaoBxKoh4f48ZLiU5p67AIDvNAC+KSTRAhirzlWd9Cd2cj0X&#10;+iWOsRdkIDsbE5rj0+XYElxC089BblcXGWKQjZaMsgUHABB0Qe5Hlg9LJbLXaIyuXlC2W32OSqwF&#10;0DQRfHn45z8DAOVS/mIf9qVm2vycoUuEZPN65swZ+epXvyYjkN/ddstNQAKm0DCVFWiYQzPZB8nP&#10;+OR5bfhi2ysHDk3i+3vk9rvvkJ7+Idn93D459vMfiJx8Sy4cf0PGz58B4wS+bRjaNsnawvuZg0xs&#10;9eb1MrJslfSPLIN0aKM0ENSwCum3NbzOyTPH5NGHv4e6ZK+MDvbLiuEe/O4YLBEYMQ28pxrqFuBK&#10;AA3hEYiGsKIdfkMZfRxg9g4GMjw4Aibf9XLz3R+SymCfArEXJ5CsO4Pahy9ECS4lfKVQgT2CWApE&#10;gLXX1dXrZNOEcsrdvs7NhwA6ObVjTjuAmA2usvgQvFEq9SX0vZZa3ra5XS6G/m1aGwL7mzmnbYe3&#10;RV9EPjn0atPgGBIs4C1J4JeSN9bje/e/LQ9975/ljReeBxg8g0YvliWQXf/JH35abr37AU1vngLw&#10;rcEuBIiQ7tiLdcT7cRHPUamrX3Y9+l3pjd6U7Tfdq89NVzSB1wZ79PRx+elX/1dZ3rcFBvQj8sq+&#10;Awh4WC53f+xfSgRJbh/WwGAv7u3P/07mAHB3Ux5ZYjoumUCRKp24jhRPxb2N6pMYQiNUA9LLKuS3&#10;weCgxDd9WEavu0OmepepzBGUW6R3onEOuhXwacRMGl4C4GISIFBJpg8flPjVR6S871cAj7CTApWp&#10;8/4zgADXSEkF9LcyAHkAHjOEph/P8MUVm6V0y13SA+8/279MB4+m4XwcgZVpRsj8Js2mw4nsFWDa&#10;K4W+F/asYwCd3ZDHznL4g5/bg387Dl/vHz78Q3niF4/I5DjCccgswzcd2XNQvv3db8sXPvNnMrCk&#10;D0P+NfKJL/whgP4++ft//Bqkzgwiacr+51+Vrzb+N/kXX/rvZAcCRAhe8zk4dOgwZLSPybPwCj91&#10;/BSaeew9FaadIi0bwBBwHdlyxUb9s3usXE88MDwkW6/YKgeOn5QpJZgYBQnXbd0gn//j/0aGunvV&#10;C5KDDgJYSr8U2zkpJrkaQYun/yV7+PzAFmEHGCrY2rQOgAh3uXMhCVMIFNzUn6+pt44BV0n6QZ4Z&#10;yp5rOqZco6GBGOneK34wRwY3rkUJ+3x1rqbANcOWyrjOjWrND24jPxjCuuC+ZDwjk69B5mMS+ERg&#10;Bt+j57oyxWkHUdfPQ1CsRhCQ74mhFwQFfTCISlRrjo7LwCf12ovckKepMl/6S5Z18BZp4JBxGIHf&#10;+xRgil3KbeCHeBw+KVgYZeFmkrNDSabGTQ3mmFVMZIq+ctjXI/z8AVyH0LPUS7EDiclfU+YjyTkE&#10;+bBvE8Aj0FdmncFgKnFp9fz6fgzHhipcM5mvOAN0BnCta6XAD2MCrZWderip1yL2no1kOSZ2aFS1&#10;8UnuxdcpwIdlzRFAKTIZozvBGzTvwDPtoswSLMZzWSJJS+3mCPLW0oGlEjwjJ3+NKMFWgDdSwW7D&#10;9zX8XJEH8EyKkDlwL/YBKqwjIusCVSIbp8o26+8VA35jfPa6sjpDMHePwac2kCWbR+U4/DT7wehb&#10;tnGF1KYvatCOxV5W6iGxqy6rVg6rxdoz+56W/k3b5OOf/AP5wT9/U94EIL5jzWrpU8Yy1gp9/WO3&#10;JphCHRdAyeIwveTSZ60UtYG2AFJlz7ijDSeyj5RCm9MtZ4EXHarMeUCAvP3S4qRDtp0f71/HURaN&#10;91HyrIcgZy5tHMNsQXmTLbJKrA+N4AMfirTIaV04hHrU+Q1PC5S8BKWgYZMcxdL9Z6ibkEtdccyx&#10;jPqdeN+pT55u1sVCRV8zDJ2fiTE+pczzMrz8Ic4l8pIdGKjvYOTMPtO3Y9M0uGTK6k7qKJUFOXCx&#10;PZsw9l4JJifB1mQjFOmWh4ntzkDHDgiK9YdFIuNV1qia8cVtcak2kRIlwKL1bA4xhXM5b+1oPEM1&#10;odu0y04vv5nkob50dLX88qlnZCUm2RbF8xwm31M9BEYjF4UeoQBjYB/Ses+fPiGHnjkmO7FtXf0H&#10;D8rk2dNyfV83Jm7dcvDQPvmLP/1TeeLMpJx64mcy+eqzMnLH/X7jzszYW4vYNsN5+964zMxfiNp5&#10;22l7ScDGvjemelZyQQEe/LOdmIgtlEFj2sp/m5vat+GD5l3nc3T2bymk4Nr3VIP8bi3HF5TSWdPS&#10;8LckSLR+r8mlgUprFejGvRk8aC97RV5uH7bws9EphtUuAIzFbdc7aUjflXx8AUZIEaLplHtvFzzT&#10;WgM/Fr2mTOY/yKmoLCLMMg1fzz2FxiyExBe9RvLkYnuZ6cZWMpYvzySbJnBkt9pepsQ9CRBO6xzT&#10;YXWY3JjAeFZkeqd05psLKIuyXOAOHl4tpnoFQLcQPiK55Pok2MIukCQ+T9p4ESTJMXn9cNFI53M7&#10;k/wWyzGbZyHajFnoLCiKfnwaMNYg82FGmyyCezYma6+hcheGOBDYOzl+VqqQE07Bc2/8LOReQKFq&#10;aNimISuk75E2S83YB4E5BkhiD6IJyTrcDNSov6LWKQDXesoO4ENz3g12GlkuTHx09RGAFqRz8t/d&#10;/Qu0HqGRvPonNxw7wJqaJnueOTMubx857hJ6c4Nu9Xn2tVMfgBiViuFn79//pvzwR4/J2rXrZKjX&#10;rZEepoLS0qVGbyp4/ExUpWeoR3bcsA0AV58c2rNXzhzaK7Vzh2Xm1AGZOH0BTetFvYZkF/B9BPDm&#10;InNvFBLBkSWrpRvBG12QGI8sHVFZ32tgfz3/9JNy/tQxMDZmZNOapQrIkfEzB8BobnpaAwxYy3SX&#10;KuLMbADSBXD1QtJnH+RX/ZD3LlmyVnZcc6Ns2YH3v2QJGCjwCDt7VEGU2twUmrWyNn6cYQO9UKsa&#10;gn2svUMAf2VcVzbbaoyuDWDLmahrMkqVHIlyo3dgOa7FMH5ujwKylDuKCQrDWPOuvSnsAqe9vYyN&#10;/HLdelO/IAWjCSAQ+Fb5Mpvnvn74Pjfk6NFT8ugPH5KXdz0r58cvqGXMxtXL5fprrpa7INddsXEt&#10;rs8wkpGRuttX1ueEScYWSp85UN1mEPByYNdPABI+IqsxgL7q/i9hvc3q+VXlvUOwyfDwWomn++XN&#10;k2+DPXZIAxdW33Q/PPimpeft12UAa6dx/iSa/lkwkOhvBQ81Poe2x0kt6a9mS7oHUCLf1TOkIE1j&#10;cJlUrrtWZBvkuqvWyTnymMBEZEPPcn+OZwwCB/nnSomADVi6Rw9J84UfSQkelGSYkrkV1SNX+4dW&#10;10A9dFZJyggD4zMGu0hWr5Xa1iuld+fdEg4scRy+IFY/vlIlUL1MqB1dszBQvvToLbN9UuAO+4ZL&#10;9AxVPswAIP70o0dOyq6XdsvLzzwp+5GCTOSoXqurvJ8scQKcbz7+vHwLvogff+CLshISePZ5d3/8&#10;Y3Ly9En56dNPu6ECgN+zu0/J1/7uK/LFP/oLBbx2PfWUPPnUk/DYPO1kpVR88WrjugziGR1AH7Jl&#10;+yb58G99VoYAHpbpw0byRZOemj2y7dpr5dGnmNo7qwwhBg4bDCpquGeVrkFN6iUzrqerzwEzres7&#10;s2X1DEhTOMsXZc2S9L/oq2sXzmmacmRdGIcyKan6wj6hCaTsCRMYicMbyl5BjohxbVRCyfRe/sy6&#10;S7XlzwhDRxzh59bATey9IfqtWs156dHSgdYPTAwneGV82mmzVtf+s8qUWWWVR+5nMoWYRwoZcN47&#10;LtA/N/XrTJA4v5PtRvalaj7VZ1UBsrmmfug6UmsJbjXjJFzSpOrFbi9PDvwzTwaXyoJ1cOQY72WX&#10;HKPbnq4766Swqiqwzk+evn0EwWKTBYMSEAJmLhMA4afVIxPJtfgegniB+v5RfgumOgD7AWzcvQCe&#10;wi4AfCCvcN+nFQLBtgjXh+teVQn4SMiJwsArVtCdifBktgf4HAS65nwoGYE48uSUTewtOfJrKlAl&#10;gFWwfwzg6SBeq5fJurp/4Hml82wc+AGh8/JLqijuAXHsVJIu0Aqvh7OFz7quJ3r76qUPvCLQA6v4&#10;uZTpNqwLU6lJ5n0Y5U6BupdTN637Xk1g9oPMyP+d/neCDRgf+qvsPoc9NCDNJYA+jjomPtCQpZs3&#10;ar2yf99pWbeqJnMjfNbKkMsjibjCgKpQRoe65Z5rt8pR4ALn8H1/9OdflhfgkfnUrmdkGPdjFQZ/&#10;tOgo+bThGsNrPIaSDW6zvIZSglmmvm5pGlpSNMdFanuSeCpS8GGz1uSkRLYgvbM5/yFjOnsjmbQx&#10;NIsADGyR2RfH6RTZFcIu1i95fTWFTJllRXZcq7xE03Bbig713LNJuEdclJwlARKpWM/RfsWbZxrJ&#10;khPzGXPJa1DSyqlzWOpxkc95g3cNQgmdNMe6A0k3F48iJ/JpE5Ry7LiyTl/Fb5qJ2XMKbBn38zR1&#10;loVWw6ceiUkZCAGKsqY/zIxOOsJUumBbB54eSAtTgM6ktFc+WsanD9kc6Kv3KgxStqfNCR3j2C1O&#10;588Q6EOXhmS0MGScObO/fx50zeOJNi9F5z2KnfxQvHyjxcpp8WwoTmVQdAyBfXfX+1AErR6R8Rqm&#10;Iyh89HMFTspLsK834HpqyJJ1qyVeu0aLqqOg81cAqH7pX/2PsvSKq+Qbj/xEdj3xsCy1J+TO21HQ&#10;dUUyxkkpJhNJwk6CT9s2XN62kEhtRwP8dz2kLtB07SK+1rwDRl2HvzQdGLG2hdWXN5hvTRYvBDmY&#10;TjVbwcNrccmYrYxKMw8AZTuSCxeRLbG4hN62n7nwjZ5Ptru4AAtTSN+1rQiOfwY7siVaX6twL3P3&#10;cxHV4Ttfxp0oXabFoTYl61+CxRnnzkrj8kkCmzkF5IYS795u0sxPODA5zfAletDWwI9FvXIqAbY5&#10;78VFsHQ7oO82p5XNS98XmTm06NublRC2aJllcluAlbYEZGs7+CoW1AudrdezGie5TqaFBZuvi2j9&#10;ETowiMWucRNvm0+PN/mQNJv6F3a0Nch9eZKax0I7rclM7gxMU+mkIAuWljAZ08lCobBH2nmo3rbD&#10;v2eewQm7QCW02ng0lLHHmqMOxkStUVOeABNdx8HSm5malCkw1qYnJ+C5NwHga0pBCzbLUc2nFeYH&#10;sl6mzZTNwDeDgQJLbDyMMvfYlPfAM6i7QksN1Fu9/dIDFksfwb1Kr3rFEfDTNF5KvjS1M1Y7jkBl&#10;vPhZJauy3t5hmI5XRuQoUvNOnJqRr337hwAlq+p9Vq3XVT1CRQPvB5skKsBULuZ9iAioPfbIU3LD&#10;DVfLpz71GZk8cxgpfTU5fW4WP3utjK1cg7TNQZk5d0ZOv/K8TLz1qkzB9+7smdNoRhGMAb8to16F&#10;zudoYKRL1iwBiwepqIPDK6V/cCmYQstAyRgB6+ewPAxm0av7DkppGn5rw92QDlKONQQAD9e/BhAI&#10;RuE1AEtsM+cA1FCCPCdkVQLEwSC6vw/MDQSRbd95JRiD2/Brq3qb1cEAvDB5Eob5097XG9cMTQuB&#10;vAoZI1CJUFZI5p6CfWGQU3d4b8kg99Qk9hDGMWIt/P1ChEh0943i5wLgs254zTAWBXHV6iU/5Y2z&#10;WnXxBsYth7JtGaCYRfgHm/dswKkNtZrqh9oc0z6nBhD2oScek5//+Cdgc55AIi0wVAyL776FAN/9&#10;cvVNN2vTydRiDZEDw7K7i2EFsPsp92ji55EDr8ALCmm1jeOyeuVm+cwXv6ygYp1SdqzbU0felMbM&#10;JPwcR2T3Y89hrU3L+i1XyNV3PgAwDl/3wuMycOot6W3MgLkGCJhMV8obEXQTgunZ7ME9D2JlMiEB&#10;Q5tQtbTvH5bG0k3Stf16ibbcJOW+Ppduifc5QDliM1bbG95LBodo6zqOlNcXfya1t16XyoVTKpmk&#10;PJmy0ljthZz3uPpoivMWi/B81gCYWTD4yjfcKz0r1qpnYMN7k8dk8bI3IstJLUcamuzbXIRjcHbm&#10;ZV/b1CCIkoIwmtOA9zQxcVH2vfaKPI/AjT0v7dFQGr53snyaBKLog0aJJnw+VyxdIh++6ya58a77&#10;ZHhoEOsbTDMCbCPD8pk//ZJcA2+9b3zrG3L4WF1Zm2+/eFj+l1f/nT4Xs/i5Rj3YINsGkEvgpgQL&#10;oW5QCa+9Zofcefedsu2aO8CkxD5XIju2y4FneP4ICqy/+hq56fob5fFnnpJJMKa78fcH4Q32ypu7&#10;ZDlYniqHxv4VEygrLWAvY9oJOHYRk8z8uT976gRAo1mVUZbZ6yIAouyBm8j77qmXPWW91nnNiVpx&#10;icrYCazwe5LQSA5ydA1Fomw8/rvFz1FFn3GhTYahjPxsZJA3nJdf5L36+JmVONSseX9mH4lFaSvl&#10;78rWa6hdgpKlVDnoAybIGMXPKitYiPsGH0l60VXRZ9dqTX0PBMLd+8e90FR3HyCR1tZWJa9ln55b&#10;iY1KjNWXP3TXpbub+6s7sMtBWft+DaLR5HJxVhTS0PXB95+w/ybhlbmCwSA4SxlORRZiLwYCPZCH&#10;Do70y/LVS6R/rA/g/Kju46bkgpNEJc6+z6KlAGWw9LojeE1WJNLsYwDHBIhnJmdl6sxFiRBGEWE4&#10;kUiJbU4J5Eae7n5SGtyHz9SPc2AYfx5k+m/kZePeC4XYiAX4D5pxBsaRUKSWXEaDe1w95WY/AcIx&#10;4shfV1pbKKhXV2ltnaCntwFrJGy9NHDc+yQm7DgP8il7T9l+bs3yz/XI9QHK4vOSWeRU4S3Su9Dt&#10;K2qkBsymRsCP1nbYHy9AmTCHEKsdn/yw7MCZ+twT2GtfPCAr8XdjwxhS9GKoxnMTQ8guDBxH+pGk&#10;3TglM4ciuenGq2XdumHZ9cLLcuT0GbVnGIL8fpCEsZifJ2rpPLOkupIrCu08rBDbsQAWu4D/VA7U&#10;ae21O3te5WWxmf9QZ4mZnTftqtVOLE/OUzlvkDOBviRYEaeoivVJtSZK2KO2UMorEGNyDDJx/j1h&#10;2Opj1NpFJDLcREJNqUnZAY7F7TQNRtGC1oNkqTV3wjBsO4xsmsgnheCEwE9JacLpJlImQZBsnMpw&#10;WfBWyslnTJpX2x4mZm3OsSmbIhjryXpJAnFGAXXeiqFkCHSSjJsAxTZuN+1O1l0Swe5BXGWbBhnD&#10;IWiRWnWcMNl3CRdwg8KvKeyqrzz3pKy6baN89k/+B0hXrDLem+L8B3rsLCS8s5AD0ZcJBRd49f19&#10;A/K33/me/M//0x/J0RMX5PbPPCiN/d+QXb98VD66aZn0X9MtFzBdC5kYJeVUtmwKz5t9L3lzl4WT&#10;tKjTLwEKLgbwswvaG88HHJq2PaBl9tgq7VlUBIRZOBhzUYbMC+WxvfNL/xuIKFk0r7WVfGRz4Tdm&#10;ofbH2naWny0CDr/+LBY7771b9LW2dtGi3MJAq1Ouinlnb9+2GEPYDkYR72btLUbQbC7zfdtE8pwy&#10;3Ox7SgDOX0+XYVW8wG3gYkswVWbnkeMk2s5S7PzVtvOEn9j0KwP/E2P/HoOOTOlOZgRZeEjxqbOS&#10;T9C1l7R5aCvILnHXTWfu+CV5U7bTT/OyFz7f6k9EhgRM5OtICI3A5GNTRYBsHKEaR5FcO376sFQh&#10;S60h7bMBQyF619EvST38eDVLLom1HJYdS9I6L8gSZUSQDrExquBspuk7ZbWVLhqPd6tstBtsPgvJ&#10;cAU+QpT9ldRnOVCQjkV7hIEdb0+ZNXc3p+t90tdNOdKAJsz2IkjA0M8P8sAJsJwuHBuXvfueA9Ow&#10;oUmVDoRwHpJkzKhhOs3WlX0DWR9kjHUwf7po+o7/vfjiPrn3Q5DhNrrle99/VD7y4Odl69U75NRb&#10;J+Ttl3fL8T1PoGk6KZMnz+D7ALLAy5deRayvLoJm0guj/G1XbJZgpEcGuyHZXbZGhkfHpGewR06e&#10;b4AJ8Jg89djDMmhmZBjNW+8yMjS6fSNZVfUF2S3ajfBaYjjJAIQamuMSAJxRJCYuHe2H6f4Wufr6&#10;u2Rg/VI0XTUNb7h4/hRAJDJYIl1WXWAB0ZupXB5xjzduSm9vn1/DAA6M9/X2z0DgCsQ0xTAZnDt1&#10;DsFVBJV196PxHNCfpf6LYBy5oRWN7Y0P77jsaeKCp7ZtK3Tsb/QE5vWiX12dfo2Q3T7y8MPyjW9+&#10;TcanJ2UIzTc6dVl71Sb5oy99WXbsvBEMvmn4KYJx19+PUA6AP6WGpkTXm+gnwGA7feQN2f3kD2Dh&#10;jWTHLRtl3faPYr2PUHICY/461u55JI+CaXYqlP/yn/4Szf8gQmcqct/v/wtZdsUNMn3oDTHP/1hW&#10;4H5buOQT6BBa1TR7NEmXYLqGJqBupf+4MU6uXQUgG61YJ713fk7shp3O2B41bQ3gJeVzXWWGJWAN&#10;gujAfaEXvpwBQOf6i09I47VHEbpxBKsGklKA0QZN7xx9cul7VqvrUF3I3lGGExprXJfazjukcuP9&#10;0rVkJZh+FZmAhU4JAFJ3KQlJilRKLAq6YS3y+wj+kSAhdpGAbVYlkE1MCSjBH67lQ2++Id/85nfl&#10;5Zd24bmYVb8uAvsV7DcMJ+knoxX7TBea94/cf53c8IEHZNXqLSpRbTCxFvejD5+ThJPegUG5+a47&#10;IEesyN/+9d/oXlMD89bUXECNUDFVDpQ1ycCT/kokG9b3yoc/+lG55e7PY5/DPQBcX0b4SBPARwQv&#10;PILuJU0WQrgBvMLu+fBvyZv7XpeJMyfVRioCMPXiy8/IndffgS/p0iEM2cZmMZofm/Xy6fDYLs4+&#10;RiW8GCrQx5PnWHcpVN+zxtxcpk4jPBO5QYm6vqkFVaw+dCpxFReO1YysJ4HEygBlfx5WApdGS9a1&#10;OFklhwXcm5sY0HCvZmgHGZIE/Pi7qtkCB0AHPgGHrD96L8ZeAUdGLckw5BQa77RHFl/kASW+nyig&#10;j16ksvO68TwTcT5vCpapPZjzmOvrBUCOBOReAG9dIwhu6e3SRPaBsWFlnPN8CT3rvAz2Zankrrd6&#10;n2KNRfT2BPDLa9WoUYVYU9JJFMUpW1B5rLrnQ96Pc4iJuiFY4wYBLCGGAiFsLGKcmabWTHv1kgZm&#10;RH5L9/fXRtoDBz2xXhM74jwhGzjLB3ANViIc6yIY+Ofg8zl7YFzPPzIZQ48LxA4DA9iOMwb3dAma&#10;+P6IcmGHR/HalyntjZy3KAFR/vy5xLBKLSEdHhDGucFk7OXITUcUahpSbaq8Es5fj8xKz7iLPGgX&#10;e7yC17KRgrs2BfvUu88DfsnK5c/SxGT/9zVv9cZRxZxP7G3QUxVBVLRksNiDCGDbivP8nz16Wn78&#10;11+X6x78tHz6y/9S9j77kjz3yKMyd2RSRvFcX+zGmkGtEnosphfs+SUrsZ/i7F2C/eN3PnYzbC6b&#10;8oMfPyuvHjrkvP96h3A/44xs599t4LEh3QaN9b5xIqkU0yTJiokHX8J40AI5FJPAhcYd2Cpb9HKH&#10;QJl1gZ84J6y+OE20tbaY+ZvKOK0tbBiFAt0Wk39TlmFsc2BS1rSpGXcU+0Kw5BKV/MPGz6Ey3xxo&#10;lDI6uGFYhxpbTctx5o4kknKBl1IwMHXK18OGkgKuHj6MTs4b+OsqvhhxSUE2YY149kNkQ+f7gter&#10;G5sSLSUfFe6gao0wT4BIGtJaNakUpacTHLJRmOrYbUKHToBLm/j/8DqXlCLMRW9CF+qgNHD6gvjY&#10;GZpKqhxJLRPilGlovP9hrCzApj6UoYZ7iHsojTdhpzwHU1lUjl6a7K6tS63J2Awp0KsUexTo/Bxe&#10;PKKTSnGU2ASw4UbrGkYcZdi0p5pzGvpBmjp/lXSiXtZNvxzyc3C9MfWnogVoaNwqdcwKB09w2mVs&#10;7NkRsf4MSQ3kWwVn7s3UOEXAFIOR5Q//8kk5LKtl1dgmuermLepLMt7A+zv1tqxdvVIu4gadgvzI&#10;QKrUD6+aX+zZLWPwSzn02I+lOYEEvTN1+ewDfwApxojEp/4JG2Oo5raReg9pkLdr7xI2pG+5Yp9c&#10;lDzU0YK+ZMW5m/fbb3kK83IYm1q55+FcMZm039oigzJthY1pY/NcbtKuvRzIxnb8hIUOvhiSYeYL&#10;QHWfNbYFf8nkPQa2k6SyQ8vfmrxnMnAg3TYWGpRcqonOh3XYS6ewmnmKrFam36UlvrYAYdgcGJtI&#10;JwpsPZMvANPNN00lNyk67+AQyRv4t4a8+A9q5/t0uWfVFpTESRhA3EHOG6cJ7inEY22RkaVMkUBP&#10;PAvPI3qqVkxZz8aY6V2UJ4T0V3FT32QKnAxZMgeHttxU/99xLpwqSUW1hSvt7Bxa9yLnf1Y8L03L&#10;xL3oa2ByuemXfOBM3qLH5MIwMhZo7GcvGSvOuvsZO+aF5CR4UpA527Zsw3SNBq3OHEWoK2/jafx7&#10;KCRV59Zz/nMmPodl402Z49xZm7N8UA8da9u2p/wzFPrz3NjEq9LtyAmTv6QFpvHSJharTIBF84cC&#10;nZMpTYFN7CjiXPCMdf5D6f4ppQLgYGycO4PidFcTmw3+1OjaX1tnyu/ffxj63LzOFiqS89s1JpEH&#10;8RYm4W1GwZr83p/P1U3rO5VlWmX3lPS/u5S9QFluvT7rfJRYEKNxnZ4eh6fYOCSwp+XCuXMyyQTd&#10;8RllibF0Y5qsm8zHykDqBlinDRLHYGV3HnZxoo1zvlRxfnsVgn0Vhj4A0KMcBkAf64GyGoMHPmTH&#10;mb2HbJYAjHDIyiJ8BN8/yCn5wAAAQshVkZTJ4DUy2zRsjgpDcgHIFgJQ9uyvHoXZ9kV4p+1X1p8a&#10;ukfW15qxrFgyDGlOLyb5SJjsi1X6RHCD6bFzkCbzNQ4eeFvOnzgra9dvk6uvuVmC2XHZ8/2vI/3r&#10;vEwo8HlcarOULM8p0MHrPotrMLxkSFYvWypdA6tkcNlKGRkZkzJlPQPdCCuZlcef+qXsefl1OY/Q&#10;jiXwBhwD+EcPLnpU1ZHAOtuINZkx9OxgDcskwwU/m9djbGxIRkcH8L42yvYbb5MV+N0YMv0g54Uc&#10;rVq9gPdTU7lRyGRdKBVYZ5fA6KJcyalQHCMk9kFHvObaqnvrIDJbGBYXs4YrdbswNrJnAFB0Q/bZ&#10;3TuW2a3o3kgj/GzNuW07t5cY6WxDZBbPoLeZmeaCQ2LbEjJlk5RsW/Q7bSMG0ktSXGKliteMV5vw&#10;XNGwBBcYcwbr6rnnX5ann3hEDuzbp3JFMjh2XrVdPnjfPZBQ7wS4Nww26QT2I8i/UFcqiFVybEDe&#10;yhPHX5e9L/wQjfu4rF6yQrbf+WmgzQBOwfJiavVclQ1wgBTfhpw/+pa88vjj8HccletvulXWXnmd&#10;9ILpGj3/mAzh53RPg71ZYUCR09uWeZ/CpiqDEqJAUz3WmsoSbKzfJPGW66QfYGHQN4Jk3ZKT+ZXd&#10;Pe9m/1ETBZXKAB8qMwAE9u6S6OVfiEWSbwlrwslsseYpCWRoA+WyADOZ8uoCGrCeyRJcc4X0bb9V&#10;hvB6c3i26sbVExXTdKb1hQOCPy9wCaq6NiotVihZFemOLVPwFCcYRGCMfVIP2MHjUxfB4HtJnn70&#10;F/ImglJOXTivX0PQoMzAATLpwHjq60PAxiqkZ+/cKXeCiblu05W43xg4YG9p4p5zny0BPBoHa7fH&#10;xL7n65UdN90oD544IT986EdyDD+b8lACRxwWkLsV456sXjMq999/m9wKldEwknMrvT2ezYP90tZc&#10;N1VyVUXd6QvhZRjIis2rZOeVW5EiPikXsR57sXce2/uWHDi3X7aObIN0E35rDK5IlX1mXlVKQlKJ&#10;48hbUxEU1sZU+0QX3uZ895KYTabennvrIPrHWT2LQsotY5dmy4OsoqzPpj+7jMqJOaAho1JRBrLy&#10;rOt9szNSlDmnjiO4rhV/JlLiqv0d9t2yhsUwDKGuXnVkvxEMI8OUMnCCqAyTCeqRerkxXIifneEb&#10;3LMVUPSMLgUVNQG4rp59ZGaqvQNZhU0v5QVTiwzqnv4uZQd2IzCpAolmGc9z//Cwssmp4qpgkNSN&#10;gKQAQC3B7dC4QLBmTlXn5Mmh9gDG+wlq7leQyYEN+t2wQvZiD5E9t9+qB777PQBIXqoA4BtwSdMl&#10;2nYlqef8reG8AcnsTAlZfkkqRpCLtOEAhpJdQ7zCA4IEbcnmoVy8Z9VyqV0B0guYlw1YbsyeOC+1&#10;8wifnIGnLAA5elqWcY36QodpNOuUbgd61jW9e0ZS9zdYb/OZJHsZZ4QrdpjA3XA2a5Hzz1PPU/wd&#10;Abi6B+AiD+6poYrJMKNa5Gp2ArPqfedBvij15vO1kDGpXFfluYEogMk6pY6LM4M9cZbAoIb5dWXf&#10;x3Arhn8l6otaoCpNBqEuA6D66kPfxXqdkw8+8DF5cPMa+elPfiZnDh8Xg1TqHrB3CXCHvcQvzuDa&#10;zEn/5EUZHAVOMNMPT9YueeC+D8jOAxtlH76nyuRr+KHOzs7oug883pL0rSXpFMmRyCJbzrkg3+CZ&#10;wBd8thglbxLgLS4yzzqeuCbnC5jzhrEZ8y057G2r6a5tYZak4R5Bqn/PswZVKmADHwKR/bu1Rdmx&#10;yQGIurBjv1GFJk32M6bo82QTs3p9KBx4pnLhxMje+wgmLC2Ha7r8VwfGxTn5aRG4LKRKmoIFWaJ0&#10;z8NQGcPGe+AFHtxSdqKJs1RTUuYJYkaNws5tcwBuvqtKgknyKYetRkhOrs0ChtO9mr93kW4IJrZp&#10;U6CJSGHY2QEukUX7FMg2yaVPKqJFwDQ208npKUh+xjHwbWgxy7jwHhQbTCaqoFDvgX8HzaArvS5o&#10;hJN8t1m6aXKUMgJ9029y3WFSyNlWC3+rGxQBzyPnJmUDPHce/97/I3fcdoccnVwFP41HJYJ59fru&#10;XvUw0ZQfFOun33hJNoz1y7Il12CydweAwZvkr77yf8tGFCg33f1xuTB9XsJzOHDoPYRNL+gzzrMm&#10;T2y0nSfNiRR9oYm1aVFZ2flc3OfzvusAStlFGF8v2o9vPs6QudwABlOQ6C0qIMF2MtfPyRnN4t7q&#10;4sC6dzv6NwXAb1E+RJedAtzp+tpLMO9sPg4xxyQyHWmKtuANZ9JGy5pOybTzJDq3+EOYywoeyQG6&#10;lxJvp+avQVGyaNrfi5lXWdsBLE7DFqR1pNDB7+5yGSa2o5TfdHxn85zPtphkZPLeeDkfhEvxHNtv&#10;m0kDQ2wsHdNlL/3zOlAmTTvY3lG9a+bTxdtO9LxFyayTlOE4DZ/IrS8tifwg1BQBWWOks9eejdvk&#10;tHm2cxESbhl3pABiTsKct2mxrduCyQW4mKJ8zRRPgyBNhs88LJ1ncagJg2wq2JhXUeBPT52BnGlO&#10;WQe0vpgFcHXhLKSpJ4/L+fNnNVyjAUlqkywgnOE622Qgh0+37OsmyNetEreucr8D7ihxqliV7pTV&#10;Z6/s0nPpAReUHTBHfkUUKMuCEkOyOMqU1aIx6QFjgvJdAmR9vQMqOWU9pK8DdoMJu9QkPgZAy/pg&#10;lt5O6gtIC+8Qn+u8HH7zFYB3ZwGq7YakblaHvBEGvioVA+6yHGDZ7Z/6vKwCy2jm+B7UBM/h62oy&#10;iDCMA0ePKSuKze6br++Vb379u/KxD90vzcOH5I0Xj4LJOKONI5vI2kxNwQPyScjiW7V0uXrw9Qyt&#10;0Gn+AH6+GRrSAI1DBw/Ic08+IqeOHkF/aWTJcL8sXTmkdUoMxOMiZGdR1QGGfJ9k7rAZVSYEmmga&#10;qo+NjckSeP5dcfUNsu6KHQB/BnA/Z8C0nMJ7ZgrynA7sy7hm5fKg3nNevzKuHYHe2CZy8lJO5WGz&#10;Zz1yIDVBiCiec/Vg5Oru7t5h6YMnnwm6nCRPbAfLjP9K/7PzpN7nntuWbPmO7zaIKQ0M9d6SZIYb&#10;o0B2A8PhWbBDTxw9KT96+BF5GjXkHIzbe/Bvm5aPyg3vu03ed8cHZMPmTU7e22y40RLWNeWCfFbm&#10;CODOIqH5Vz+RqdOvgI0ays3X3S5DKzehqQ21h6mCHUg7gfMX52QaYRGn974ie577lSZYb0Szee9v&#10;P4hEa9jPnDgog2dPSAVrnam6JBKULZhlTLUFSFVBs9oEYK8BK7QmQLMeAVCM1+0Uu+0W6VmzFQwt&#10;7AF+ny43rQK6TZWKI3wVRICeqbMSHXpF6gdeEIugmAABDQaMwVB9GDmYxzNVY9+Dzwe2aRmy5Rpe&#10;L8bnsmCw2o1XSd/1H5Bm/1L16JrxAwf2AEoyaW0gCvWOWYDnmYX/KewRewslP8QjcEDPPzJ0A/SU&#10;R195RV574SWZJOMw9ono2PvIoOvCHnXd1VfIvQ/cD8n+B8CgGlBQvIugJPY9zn2IiU1fOCs/efin&#10;8tbh12QD5Luf+dDvSIzP24fgnzs++XG58sYb5Tt//1/kl7teVtZWUCabD75qqwbkD778r+TaK68B&#10;A7aM/bYGcC6fOGnaz2dPNOkfXiYfAPC4Z+8+Te0lDnzTlZulB2FBXSX2aaGHSIKWGtu0Dcw5xFEP&#10;M/qGMWCC6bDoAecoXQWreg7AWm+X8+Y0yqaOZfrYMQl0Pca5s9AFLrBnVvZejgVvJBuKEVzSfYvE&#10;DqK5IYMQAQTTgsDbUsX0UySrmlLepvPpi3xCLtuqCGAghz+KfzYJEOKMgryV4AjBvgZZ5551TDY5&#10;n7v6zKxjnolLXVavPoWIjJ4//WAy80wKcF4R9C4BwKNlhEEPSv9BvhjBvRAyXP7sCq+VT7vlvtrg&#10;v+NrA4B9uko1eKGe2pTpME3cUNABfDZLFvfqOpMMGhQ4pQeuk/eKT/ot7GPKDAyzAaO30VIfx1zR&#10;5uxBXL1HlqFT+vk0YOIjWCv0Xizj89KbMwIbN6iXHGiLMB7xZKtoO4ZFkPwGYP51w3vUwI+uPI5z&#10;qOY8E8mAi5s5nCXKm58Zp37k6d6s6RBVSVYaqOHYnTVl7TlPfaPPqrhUXJvZz0V59p5x/63hJTYb&#10;9ieS3dgnJCt4Z1zCbp2+jkgRnsNnm8MzPm0o1w3T9xnaWIdoZQXaAgcKuyAD937J7CRhCIBkH9b/&#10;YSj9/s/HHpdr77lP7v7Ep7Fe4al45JDsfmaXTB45Jv0Y4nQxKAvM59kYQxGw+wOsG7Vpw30axZDg&#10;xo3LsadifaGeYpI3WeEE2Sn1LrnptEq2M8DMm1nPV29bk0lcWpkXTjKamfSnG61/WFNvm45SxCx8&#10;wMlRrIu+Tth+nZKzCnJh/30mAZOy5NYsmtoDfLH1fn7z5If4AkWlpoFp9/brICEUL8/JnHFMy0ez&#10;WShukkaXNFKJkbMJsobXJqEX3iMpx/DIAoA9COrTd603o85600ClwRGZlFGca6hzRJkwSCURJtdA&#10;GWMWnRwptiUtNzlYAkedTgDOsMDOyCagWThILmTCp/GKNYXU51z8pQJ+mqyEQ7OMiTwPuakJGFbX&#10;ZvVa9OIh7EZxMdQ1jMS4MRTZIwD8erWwoi8EZRLctFyKlDMBNd73KDDFZsYUWCb+bpA1WOF0sQvS&#10;oxMygBTeF3bvkY1z05iajcjUidOy8bqdKMx7kR54QXrXDkjfjh2yZulmGVuzDoXchOw5B0bDxWnZ&#10;NjosE1N4baTLDaN4O4XGaA7NT7cttYAGtiP4lm6MHnQ2Leu5wCJrYSuKzQPMC/EBTaFkyKcp2zTp&#10;+b2SE7+DgBHbabJvip/XLGAx1qk4T743rZ06gS3mHaWrLlaxaN4F4LeYq9gK9LUyqy8Lv80zsUzR&#10;s3Xh0JfcPbDOqLdVMDgvyLgQG9JeKrjCXDLAw+ZDVXRfCNv8Yy9n3ef96op/15mzaG0HtupCeb+L&#10;8eZbhFrJ2nlyV5KRi2d9txNaTYdxwXySXTvvZ1+cvZbNjQoXciHJM9YucbNafpg1i/xa0yFUOmHT&#10;s3SMoxyGF/lnxNdQJg905td9nDEjc9epaNPox9/Gpt7KGcjnr4/3rEpH5IXaLR/EYtqfG5MSYItn&#10;SlLneK8aBfnULwmsNTS6DNKgR05DPbgwlLs4IceRJHf+7FmZgGdtBKYSfcSq9WaaWstyrwcSom4C&#10;bh586wUwR6PwPrDW1I+IhJewrGmwHN4ZsgqY1KidBNkakJdOTaAwB6uDfnxgF4zgDB4Z6pdhMKGG&#10;mcaJBrqMArkLzAo1U6dfYKOmKZbTavgeuIRYW9NmrqEMDquNYgzpaBWyxzNH3pY3Drwlbx06qo0R&#10;pVE6WI0dx3fz+pWyaUksmzcukf1TQ2j0N0MuB4YPgIqLUxeQfDuApNspqYJF+NSvnpGNY10yElXk&#10;LGqCUuxkZfRnHgeTaQisvDVI6uwbWy6V/hE0ggMA8TYCGIO3EprLF59/Tt6A3Pfg24fRUJdl/Yph&#10;ff9sGmpzZF/F3iuZNQs8hap1bTpLNCiHXLcLzeUwQMh169fI1TdcIxt27MSN6Fe/6OrsRalePCsk&#10;cFVwrRlaEur1pi+fu0/aLAYl3/CG3rsva8wzDb+TwpHxUuku6X2sKeNlFMm+q7F2evX5jAAoMvnY&#10;MWBbk9vfu/CxyytHbObVbTqNSvIs4gW8ymKnXGmqaoi+XjVNsoQiS/7uP/+/8tOfPaRpsj1g3/Wh&#10;fv7IPe+Xz/7Zl5UZxtqO3l9Mu+Uq68H/rzcCDVhpzJ6XV194Vt5G6MaalbHccueHkU+xVabop4d7&#10;1IOa8vS5CWmU+gFYRPLms7vk+V/+TGYgtbsOQNKtd8GnbWhEpp99WtYj9KULkt8mpKg1POu9sfMG&#10;n0LtXMLzOgQ6+zQayxjMM/qD18jq3HiLdN3zOcjJl+HegV3SjFVe2o31WAEDkIzSmKwnfE+Zz8iJ&#10;vTLzyNclOPQ6QBCjydslrKkmmFdxXFLw2RoCZmBf4b+joFv9IaeHx6T/A78N/7/3SZXPMqxydE/H&#10;s9frjxkqfhhGU7KLBPpywUVWEl/3zAfVqZ6MV9p4A3/WKRw8YM/5rT/4IkJrhuSH3/2enMA1Y7gN&#10;90F2cVs3bpQv/Nt/K1tXbocKaApDin6ZBahZBfjVD/lkHV6ke17dK1//9tfkLUhqB2D3s+/1Q9K3&#10;cqnce9X7cG26ZbgXTLBNPfLZP/1zOX7638vpU9hD8Uwz8bd2ZgoA4GOyecMmgH9LASKViGKlion2&#10;BN1sv49hMbRswxZZvxGBHXgvd97/Kdly1W3KDCwTzG0StKsqi/JSupvAS2jVwzB2QZ5zAOGaM7FM&#10;yXlZNbAMoByHQEbZcBZ9UuPiuBDyqoJwUvLyVF5r7YX9QEKHNnFm1qXnaBR5MNjo+UEATJNvyZCs&#10;N1wyrYjKJptMhLYudINhFwT1OIRib8p+zzTr6QyMrDd6zsX+3htVBDr2Gpl7HJqoHQOZoewjIZun&#10;R+wAUq+7AWiV4AFLINyoDjBS8C8ia9w4NnnoQaOI54QCZNaF2AQOiOe/9QII1CANrKOEqBQq6cgB&#10;okHZEZascUEe/EwJSUn5hrG3LdOeP3YyZOP8axNLLvWT9f6GCuwpg889F25ncV6oifIu8L28+umr&#10;wqyU+vzz7xVc9Z79tNog7kCJvTIemearX+Mls5p2D6BqYEiq8KyEIS+j4UVePQm2X90pIGMN9nZM&#10;1MQ/L/HoR03hUnzFM/Uc+45AH1l8NePAPgJ3JV+tNo1NlQoJyGc96Nf0PZRNEnb9OcP32/DyXb0f&#10;GuqB/Ve4t2HPw+ebxb2oc93HnjTkVS6JZsipGMWrXR3rv+SvhSYnG4fjdGOfG0NNtOu7X5Oz8K/8&#10;0H0fl1Ubr5ShNSvl9dfekP3PvSjjx47LQEigGN9cER1wlsqhrgkqGPhpOcikqnCkv6TPBFnYVVzT&#10;Kew33rMvQzPcJLpTolWCqucTTzM2kGlJ5skmAJ5Wa00WsuD92JKEkMAvugRgS1hd1i8g22Kc2+7V&#10;l8nL9FuD7PUL9viJ/NAX1irzjU2h6dPi0acAWVsMCND3ZhK5TpAyA/Myp4SWb/LyNeNDNEyQEimT&#10;wyQv8Qu8kXP6uZIaPmFBBN6AMmHPpXOObFpvTAbauARf3PTIpccZn1LjrkOQpfi5TPYCgSX1DWzp&#10;9FqlYbZj85YudXHGfKHvThJZUwu41GLylXr76WQn8PffTdTS5oabFY080RT00rcVtOdpHIpzA/2Y&#10;JM3JRaDlU9jcJ/D7xPhpOTc5LP2YGPd0D6i8p18T5Qbgn9erk6GSGuwYNRsOOiWxFUiW7jpjQK4p&#10;RqPQz0/DG+fCXAQp0llMduakZ+wKyGzWyvIVSMRbs0nWwGuHFPYe0G57oKuvYmLUCJi+txT3x8JL&#10;BxO62ZNSHVsDdD7GNI9TdxRcSOIyBRn2AhaZaVEd56ZhncEQ0+Kzkb/2Zh7GSpvnRgvD075HsN7i&#10;y/cOrmItKQ8F/q2Zn+U23xWyuXvejjbZBaI9OxCkcoCWuZzAlIWodK1A7nxxFDnp5cLgmJV3FyBr&#10;CxnuSTBTHkBIE0hbQOc07TQXkJKdJyb3We1lskQXzIxdlK+T5L3XMmO3NHk1YbmZFFBaGOhr+zvT&#10;HoxhjXnHjntt68u8cw+/Tl6ABXdY007oXJA00Ra2YlPw6HKbd9saqmM7S+kTBULrAKvwd/mNwlze&#10;csoHcTkZczI0S9Lrmy6NV82849RL0NiWcKGURWyKLpL550BaydjZYNW22CjkHTbz6eWdBiNFENp2&#10;8M/MM8fjLMDNn/kRaqc6mGNzaODm0MgR9JqBJO38OTD4zp4Ei+8czscL6vXBn8MkRAKQDNDoVckt&#10;pIhgQvTjPKW8jed0d0+PDuRY+/T2dis45GrIsr5/Ms1qKLxt5ALJDCbfZPitXDWKtNghDPhWygDO&#10;2z5I/WghwtqMPn/EpsgwmpmdVNkofYYIjNEEX83c6btEA3KmV3r2gPWqDY4FJybOCUNSX3r5MD5z&#10;U4/bLrxnynTZ7Fp8xn4ANluiE3L++FKZgvSmVB6GAToSdsfPyOa1q8DiAsOh0SPrNm6SW2+/BX5Z&#10;kO0ePao/fxZ+hawvh4eXyJaNIxoE1j0Aw3Qkig6NLkVYRa8yGQ4cOSB7d78qR+GpVoEUbulQqO+D&#10;MrJqddbtp/hMZPCxAWPDQ6BHlQ0MfkPDsGz5GKxGVsmGrdtk8/XXohnrUzlmE7LKGphHokb9YHL1&#10;hBqwwWZFTeLhy0Zgz/s3+CUVOy8XVaVGGUjmbW/4uoEySVTRiXpsBEDsKPrCIWUQueTZQNlirM2d&#10;x6Wdn0n963crnte3rX0XbbWTmEdfQQlo7BtS1ObHT0zKz3/6dXlpz4tyHgmsPWhmV+Ae33DDVfKB&#10;e++SjVfinqCxn665MBZVpgTOw6oGBc3UxZPy5u4XoBr5FUChSG65/XpZfcWNuM4lyOLnlH00OVlV&#10;gGF6rkuOvPSEvL7rcZkFGL9+2TLZcs+9smzdNinjXkcvPierz+5VIKaKn99TwfPZKGlKK/3tuhuB&#10;mv/PaPopfiZAjuaV75cBvF68ZrtYSK8jSrKRRkG2p5I78ezMgt7XhTo7AIhr9z0qtX3PSnTikFQA&#10;drOzJ3hJMILJmSW8b2BMOiSo4M8mcqmedtmYxNtvkoHtt0m4dC0eONTuBDrQ6AYMadAQDOvl+QAL&#10;CfCI6VBGLSaMI8pqJuNBbHVWAiilqb+U82KQwfWMNUqVz20PPKAgyz9++1vkESlQRPDrAqR4e96C&#10;+f7YKrC9AvXvImfrPJiUTz3xtDzy0A/l2FuHFZjiMzrJ0JDphvzs7/9Bws/W5J4bbpdZ+IWSlzC8&#10;epn8yZ/9mXzr//sH2fv2MUhvwfjBG332p0/LKPaKT3/k96QHEucYe2kwX4Jw7oIwaTxEUM/n/+Tf&#10;AGwHS3h4ue9NS9ifuU4n9RmF9rCjJXdrPUUrgxmytrDHnjt9WvZgb3ry6V+C+VSVB3/7U7Jt205Z&#10;MTyifoNzZ8HqghVCTYckpkgeMsb30d6vL/ZknSSEkwERaf0dKVOvLC4h3bH5HLOTTLwGAz7IAqRm&#10;XPehCOdL6IIUqwSgySZvKG4Q+pRdJ3fmQK6sHosKbplYgb2x5SvBXutWe4IKwD5aW2BjVOIJ13CS&#10;Kh7Y9B0qWKcJ1ezDjVUgW3vj2HoQLdbX13O06YaCJKUEQTqm1LAnNxRrqk8jWaPO997JkxM2n/Fy&#10;1CRvUz1pU7zBONsuDT9xFjVBHOQGxF4JSVApzIJMjd/jgzRt2JGTxKcBOxGcAyNLxhvyiSMi0btT&#10;rW88cYohORHWaIXhGXh2mxwqLVkqjeUA/s6cEzl8Tkon4U9ZcmCeJSPYs1+VaWdSvo9j3wXeuz8F&#10;/4yPSSVwl1i9OVZeQlBJfPqiHMsvUoluxiIkuEeJLwE/lXITWMZ1uRjz91D9+OqqJHXXJIwjXzO5&#10;dVtS0DoLXtPuIXA4tTKPkabR5e0tONyrYqixGozaI08+Lv957x5ZvvkKuemWe2TV+q0484fl2BsH&#10;JBgHMDoBZh8S0zXroeksW5ohrTcifa1peCFXyBDFkG9mtqZru5l49knCwAiyqW5gTHujmHgPmRSB&#10;Kpjg5zWCaf+S84RyjLVInE9xFvYQx3nWWZyi9imTLcNJfQpi4BeXz/KyYYpxKL02tlkjwT+HyfsP&#10;vKeISWnaLhwjB14E7gYlyb1xAo5Z8RpuL6vMXQ83fY/1UMiAsjh77x540c+qfhdFMNRRUwOlrDeC&#10;fBOZSWoDL8mNVS7jvp5FIZFiisFtwavJeB8Qk2P4SeopFOhDGXp2Xda42hZWjz/e3DXWzxZlDVTg&#10;UotTrz3P9GCkPX/F9PJT6m+XS4hJ8j98akeQK94yDMt4ObNLaNMJRC5hOf+11mFz8OuB+S2878T0&#10;wkh7WNkB9GugB0MVBQtp8nM0yo2ZhoSJDj0VapQWTUoFLMAuAISDMMItgQLeC/lAf5npe6Ei5mHo&#10;2BKlMMyAXb7zwIHK3TTbhsl3PxLv6ucPa5x7kz4GmO4cvnBRQjyYV1+xSVYg9p4Hg4aeYHshrb8H&#10;fglNpA6uXApKP6Q5tjIob4L1sHb5Rp2IzEy/DZPTjTolKXtQGp+0hRFpU+Ahz5jUQzHI/AjbrN1t&#10;i96tQNUzHYCB9t9NB9ZU5ukmGaAjWSrmIoN3O6fjzQu2XZ73XwIImMvGFUyasFq8CtlAwRSkbcUh&#10;QxujrwVUeGdg1aWBuFYZqL0EQHhpzNEUpY42J0c0phjA0cqC7rDcRNpByFY3RNNqnGYzYMi2SIyz&#10;PTDowJgz8970+RiAOklNByPW+bhKmA0zEuMoE3dmTbaEQXRcnabVG862f63tANjZPCOr+AymIVc5&#10;RtulnsPO4Vkt0jVjWwK5TUf/ciNxbr2Y1jvVURacX6TWZDYWKYhmFhvZLCkAm69NbOqRaL2XXza4&#10;NPMk9RrTMszIDwE7waYmkyebvB2EXvvIn+lxIWQj/5lMS6qLzRdTrUFDtsUftRB4k4GPxtcTke2A&#10;YOYpqaY4MDE5pr3N1Q82dpJdLbZjlzBbA1NiAhYUZOo10Midu3BOzkEiOAkZIM9asg+Mn2bz/Gca&#10;7hCCH7q7+tRIvn8ApuSY+DNVkL67ZPNoJ0OGgEqMRH3JGDpQo08uzs4Ickg2+T1gtg2Csbd0bKks&#10;GRuEufkoznX4IFXKKUOvimHbRXibNTAIJEWtrgblVe0cWAPRrJ2AXuztadiMhSrdKoOJx5ReegH2&#10;qB1IF97vzx7+kby496AcPX5aTbQJrvE6pI0paocpysbmDsvy5TdIeNVOJOIekWpvDYy8ZQDmwCAE&#10;KHph/CwK/4bseuJRDChncD1KsnL1kKxbvllGwHyYo79fF0K7+lfIIFgQbC7Pnzsv+15+UQ689qLM&#10;giFIiVZ/F5mF/ah7EHqCSX5EzyUFTsBsadTdOmLd0jQqPxxB2ufo2AqEbmyUK2+4UkZXrHQ+a1WA&#10;L/Up9QXjdehBLaP1I2Vp6uFUcQ2fru9SkomY2bOoablrdpr0HSY4FcbK+lSAi6mKAA67+5ZCMrgE&#10;76XXe9c5rz5VWrCxInhrSu2bqX2HGebzUq87/GVLQF5iX2NzqsgkcCf//DdoI0M2l3UJ2877MHB+&#10;XwQBmi6Ej89RFQ3YS7tfkx9+79vy+pt7wb6ckTE0vbdt3yrX33oDghk+BGB4BPejqn2B8Yb+HEYz&#10;uIDr98jrr8pru34k5foJ2bHjWtkBz6ee/uUaMKPAde2YVM0QJLlWDu95SfY//ZScfHu/DC0ZkNWb&#10;tsuOj/w23jPq24nzErz0iAxePIfE3/PaH1Uies3hfUaB+nVbBYoD9bikx1y0ZqMEAN76tt4sDYBM&#10;deWVlBxrUVlHACuimvrhMXi0CynSc6/8SqKTh6TnzFtSIrMqsCrJi70DfNALGWbN7ZExWSu4sFVK&#10;GdeA8bkDwRtXABAnLVVPl7IGfDTxMyqRV2spCFdSFk6c+P52OPudpxylbWXXewaJW4IP+/O+mMp4&#10;ws87ePCwvLH/TTkDcOoivAQD1PxDK1bJlu1Xyjq8t2V4TpmMzJe461Of1JTU7/zTd6DYmVVG3Fkk&#10;J3/jP35FGv9a5IPX3ClHjxyU7z30T3IIzfs0vDy7yD5j8AMHBHgGObwgONQFkOqtl5+SMxvXyJY1&#10;V+o64Dpafd0N8idrtsiT3/1H+faPH0G6KlJmcZEf/doP5G0wBD/6mS/KTdu2o8cQZRzRuspyYEHg&#10;JSienbGuWXj3bbpKgZTA11H0EzMhr3KfyszjQoimZB73KlcMXJopbvrE5AV568Bh2b3raYB8z8oE&#10;gzdwbfrQB37ljf8g13/wVvnjz35Bupjeir2PibjcK2PaCWiCrkkHwXwFrvlQWXGR25s94YYSdpI9&#10;qgA7u9GrzUxMq2w6Vo8zUckm9/9ppJunQIwGVUQaRsTerlmLtVdUUaxxYJDKIiGdpgR3GKzpCs6U&#10;bjClGOBCkIp7JN+jekdyb8PzrmFCHsMgqSb0/TH9FBUUjr1nXuC9o2MX5qJsPevThBWICVxwRcX7&#10;FCYnus47IgUi1Qs1cOShpnoJ+tAMVex6WzL/PBgf5qksbD2vvVIxVTq696Qptv77kvCwBOPRZ8Gz&#10;BLVq8oWNEo98ArEjJJmUDKV7HkH4yD1nBEvDoCvzOxb3S58vLSJwfQxS1nHOypr1YrdfFHvquMgR&#10;sP2OT0r1fN2B+LHzLgycmECxEv6Kve1a6pGXUwxGNnUv1hyGpnUM/WRvJ+hXi50iMvZf3/QAHMHe&#10;OfyqMmGb/0afRzL4eD0ZrkUGY+SgRWVaqhdrAvQwkNM6UDbyCfMM9VT4GOxN4s821GeT4RtN+grT&#10;KgGXdAzPncVzM37hWfn2ruele/kyGVu6FL6cq6Rn2Qhk+8ukBEDdQk4eA9uYBaGpRgCY5wJtATTI&#10;JNCAMmJF/VAOJGKkkmmbltmO6VCtBJdUIpsCDrawudqOTU0CxOUKe3GIverzbWaMb3N24hlVuKwm&#10;mmrKmUwUbcPjuLFOinWLpyeGkdQ/RPwGlbbnsU19C7LpuMm5NSQG5Mnncg9LnChlTcI0cwhx6KWf&#10;NtfzEogzYfpcOV+m1BPOZk1G4oKjXndRmgCTTth9TIJbvC4lSCnOoYvS5kPnQLechCcxS9WXCXIe&#10;PcYv8VATe0Kvu3eeO0mYivdjUECwmbV6vtA3CeiVgzt41Uu89mqUWk5DXvTPJNjayDM3PYxoi8my&#10;1lOUY/81ifQ3a2p8UlxOzmyTwzlwUwgaBnOKoYVCs4Jpfr8WuurTwAILACB9GKowy70IU13KV9gE&#10;VDXxKQQjD7RzHOSD3T06wR4YGtX3xOIhCJrOKFgLUILAZfcw03t1aKlUewblzNQJTETrKOTwngg2&#10;orG4gAJhayIh5zrGJlCHeWaAA4SFeAwj8VJ3t/Ndmb2gXhsBgEvg85q6QpCUaWKOblD0TJs/rNrR&#10;W20uxdYxQaUNIOlEyyviarYQwrBwvqxt8QO0bQ2sNWZRyaXW2vmTXDuV9WYRTLVOVKd8BT9/XHhO&#10;EZwDHgosxwxSLYQJSCaje8c8hE6fuzW8olMKrmnxmkyvv70MT7ucTUPBo6sIGLam85occGfno5jl&#10;9tZWEKU1REBSTxd/stj52GqmxbtR2pJ2L3XWFdJ5bQYPWZMkkgd+XzQpiJQlo9osFKLlgbMdAd9O&#10;UGTcOUCjox7cLsjItDlD7WwdxIuzaLDzg42xzelbF2KrphNjowVens1tTKt83oqZl3iYScONbywu&#10;xUgtAn6dk7LtooN/fBhJjmBtbMs+4K910OorbN156gpw65NGWzz9TJAOEYsMxc57m2lj0Ob/xbR5&#10;9rW4Ukgny4YUeMyzA/XoihxbTXuapjYdtRrCpoIB2MOAOT95UmhV1URzfxFWGqfPHoHM7C2V0zLk&#10;q5uyI5xzrI+GwLwng68L5yzZewzSYEMdQJpSBtBVKvu6g2ABkwGV2e64BGdhWF3H1NrAv2t4uAfS&#10;1jEZ7VuNn9WrQNwgzuEy5G4mdD7LVZhZU57L9z2DtNIpZRwCyAKbKJFSGgz5aOlRxnvo7e9TdkYF&#10;DVwPBnQVBfZ61ZA98T6OAH709w8iMGNGDh06BqBOtOmMvKwpFVWjNjg3AWUBivGe8yelPLJBrrnv&#10;czIIpuK+Xc8BxDkrwxu2ycbmJK7VSZkD86+3HxLFC5Py0vOH5fHZ12XpkuVIv90sO2/ciPcA38D6&#10;pOx+/Dl5bffLuP7TADi7NQyDLAwGeHAoOFON0maPzLqaiZQxFMVsPKvawI4BbLzm2p1I/L1ZBleu&#10;oogO9QoAVICzlCmT7cMGTUOJVK5b8oqXoGXgE+VKWQ9oW+dzxP2RZQvBuzh2flOsOfsGAfL1L8F7&#10;7nbD6th6b75cwyqJVYLNWWfY3F7XSe7+Xqh02zeyFmK5e5ZbnkLri/WevmH1ji6VKPNGE461ZQOK&#10;y8BSBWDSYNomQmD27D8qf/kf/0r2798NTycrfTCaXza2TB78nQfkw5/+bW0oKVHXawbKBxNtGYA3&#10;hJeZRP352u5fyWtPfR819Am5/Y77kJb7e2DMwfIFX3seUt4QLLqz0/DpAmhQPX5WfvzVv5SjYIH1&#10;Q8b+wMfuk7WbrpMpgC0Tb70tQwjdGEXd2QdLmSZAqp6QoQRoQKlAwnqBKAyBF3gOvKXRDBillds+&#10;IaPv+wj+fkh9Nl2AlVEVDvGCaozaGP1XHf5+FXgyzj3zjIRP/yN+bg0MXnzNXM3fTZz7WG9VXCOm&#10;XJtq5KT5arVUk/ryTdJ914NS2bwTctBIAwtMapbvauqS/zka/OItnFiTh4XDt53NzXp/DimsZA4z&#10;4ZZ7UbVZ0r0DwnL9/gvw13zk0Z/It77+NdT1F7GPVVTCz8/cYOAEQhbWXnWlfOzjn5Cbd9yIvgFg&#10;HQIR3vcJSGE3bpCv/PXfyllIpGfGcQ0u1uX7f/U38tyGxzEgOC5z588ra5ZkgSYkykzu7QH7mFBR&#10;ENZk584V8oXf/1NZu32nMiSr3EshhyZTbQDPS9fShnzsc38s4+MX5IlnXpAq9r9pXPz9uw/Iubm/&#10;kYH/9t/JNuwf6Dakj2EqkMePM7k7aOGiBmFar5UKoW0iyYmdPHdkrU1PTzsvTq+4GkDvMjE7p0DM&#10;DBhH//CNb8lzAJWrkGY2qg21ciyBhT0LZmBjui67H3tMDsETcAcSmvFF2k9pTnLo+nWCXFz3mhpr&#10;jTKtbejk/8annyYdrSRpqhwWxHGqGiRBp6F+Za5/JfuYIZcMvkn2E6qpGngGSproG6gctwsM58ro&#10;KNJsu6iLlJAkDbwHqr7I1NZzheeAD3YkQ1/3g8j1w6ECPpFXCBoXKuIDL9QvL400zXCTQAGvOCPY&#10;BGGq7tMNVPtyj40EnmEXJiytjEGnOGVCcrJ5T2QHKPKVVV0YmNR3L9nPC7F21j0bruTOSAwm55vt&#10;6grfj3rcJvDqwEic72Di1c9QLt4LStFdfRMooKZgGLGMshuoRfrfRs+sBtR30JVLAN/YaNs5sc8j&#10;CfwwvHMJDzEYBbd2KnTBGiWfvNN01n5+DSSpulmCrnhtRUMBHA8Mxg47qJG05L355ryKrgacYAqv&#10;V8U65y5YLwUpiUwxjqaXR4eBP/cVnHHYU8UNu0zTgUVdGJz0om7g/WKNoxJknBEzxLF4NuOZrFKB&#10;SXVuybGb61hbSxlwQrkw9vDxE2dk6sAh9Xzsx3BhBZJ5addBsJxMe3reMrgkAMJP9ilrGoLNBMp5&#10;H6uN2IN9ySRatd25hNmWoVgiL4l9IpzqsueNpzc5jzmzkJan6OPnWXEuQSTKClfv3daIamkxQKbW&#10;HACbWDXmXc5XwQb+QHYNgZUsrcvkGkxFP0sJ5TLQxsDp0r2M06PmmT+TpKmn1utrixmfJgfctQSd&#10;5D6zml7GCTvFvb7y9XinCdplOUVphZ5FmUsqTU5YXUoNNpJj45m0oe8kNXJJyEEa5mCMafFnMtnv&#10;RUvBFh+onMdekY7VAvGYDr6MWUqrlaJ3orN18exOL/FOmJ8pnyow3mS0xVcvcIwtnZqQjo0HoCuo&#10;6Gc29O+L3Rqm8fUIpqZzAP1mcHhNYxo0hSLtDBgIk5QqYFK0amwtUPuqehmE8PcJKyV9g6RSc7ii&#10;k4ko1lj6kcElcho70QCagKkZyH9QtEydvaBg3jS8g2gKTgAw8EUhzWIDHJJRk3JdNEMAJSOkhlUv&#10;jKsPTlAagpTjBIDKQDX21tqclKUIZKTBcbYV5Wm9BzkmlJXOFCspgt8L2nu1BPjkmVamQ8NsxS46&#10;jMORK4JcYqu5hO7Vvne+PfMBfovlECwC0PxN/q8TL9MWAgHefZdkWnzKTCsrs7Aicsw7TWebH3g0&#10;BZaFzd0aM4+PmmlZgSZjHEpWvFy2SLnAQgtyTCr73kjITM5Tbh52YZvnpF2cL6B0YCzaxRgM2vdO&#10;HGc6zvzs/CCb7WyUZzsEiXRi1nXq8y5HuJwfM9rLMGNM2ImOVJ8l89pUFtb0oIdZIBDHFkJt8utX&#10;jLnkJzG5xOvWtWMyj47csMBZYlib2aQUbFMSZivZBwpwU6qLpm8Wcq2ZE/8/b+8BpNd1nQme+94f&#10;OjdyziACwQCCAQxgkEiRCqRpJSpbsmWPd2zv7HrGu1W7s7uzVeMZz9TMjstle72aHduysq1I0haV&#10;KFE0JUZIJMEAgiACkdHoRqPzn967+33n3hf+0I1Ael0FCwTQf3jvvnvP+c4XIEWd0KHW2PgI/MCO&#10;Y8rsJHz0yS30oLnC0IyvySaNEi96wxUYpBE4ZQH7AteExAomFIsOBLTwK+Mgbrp6Fud1Vf/NwgV9&#10;APiWgL23GB5J85TRRuUAJUKUBE9TwnXujK8hAGGBFUcWP3346DsXV2b0HhC078K5TT+/YtcAAMlu&#10;l7rbVXbhHwz3Kpa1VqOvEtkUxk/m+fcHjhwFoNEvQ/DhLcFPMPJpfslwWFsrTNqPnByRV48j0Xby&#10;OSmD6X8G9cX8JWACbdoMFuLNMg6Z2zjkzfMDFO+r0QwDQIzxq/u112V0bEQTdX/59Mvy8u6XFAiY&#10;DwbV4qWLZe26Bfg+XWD4gc1CUCmKHUOh7thwDCOpVavK0GJzQ4bCkqWDsn7ddsh1F8lKsH4Wr1yj&#10;TfRMbRSg7IwzFKeqBeAmJWuB1j2uHhYJm+xv0qGeTdptaWK2G28FZMqBU1oAPilgGNoLz64y0nUb&#10;sWlLzZ6dkXdpHiGdB4XnYf6bdk9i08bxm9UbASzLUSQvFx0pIKTcNlbWRlhoaP332A9/Is88+TPZ&#10;//oBaUyeleUAupeBrXnPvffIjlt2ybzFUIhEog0aU6h5bUP41FFCWZk+J8+/skfO7H8OANpZufbq&#10;DbJ09T0ATgeQ3jyGZ6AIU3YOrxsyCfnlwWeekTcg7R06fhj+fYvkPffdI6svu0Jf/8i+VwDyDcvy&#10;c5AM43WL+Iw1NocAjNWXrsAmGFy9eqDhBl3suZaukmjHu2Tw8hslhvf1BJN4ATgH3jec6ZiViJJS&#10;JMmiF2uAcVr7xQ+k8cZLYA4OgX03gaYW0n00vkHJ9T4qNcO16dI03FBUKEr2Elhs0eU7pWvjNVKc&#10;h0E6n/Mul6apPZqGu9gL9LAN2u4XZYXqpYX1XaU3ZJmJswhJwWePESiw9+Bx+c6D35I3D7wmZ0+f&#10;wPXBvhRSGi8KDs3UuV8ByEXAyfHdz8uX3zwix+6/W+657T5ZBpyiG8/O6iu3yfs/9AH54he/LMV6&#10;rya/Do2A6Tz9kpr2V2kLYJyvOeXKbOCBDcuOay6T667fLtdceytsgFY5n1U8qOVywX/nyDF24XtY&#10;72/IfZ/6LQ0t+fkzL8r4dJ054TL5xnH5xhf+q3z0gU/IRoSkTBMsmqpgj+vxe/jF/x+xnCr2+W54&#10;+SVnBRm541MzMoSwoaefehJDimfl2LETWIPOD5Sbe8B0W/gskWS9avMKBBheJ5ctBXtrYloHLJRN&#10;EsyivyL30UhTdl0fFyrDO3Cdu0/2jus1DeYw6p9adZiAjbw/na+ecB4wnLFI1peGHMEjFXt/Udyz&#10;NUPbB9oSwDPVwGevGwBfAZZOlsQLALruAMFeHzn2KDEFBRTpKVsK9dxxJBujwGcq9ON/KyHGsZhT&#10;cZ2vBZLyU88V713Kz61ed0k/n1B/Qrc2jA+F034/NFm4aNIH+j6e53NilWC8354CcL5oDAJvoeVB&#10;rSBVH/ieOnZ7ubWJVDoDC40PE9Xz2tfeWVq1aar5VQ3n66BCqewUkfS5VawicD6ulLfaIKdOs8rq&#10;jIoutKiHVg41Sn1xFmHNlu7AcO0E/PwOnJCJo+MAyawyAsn8bfholMRLMM4RGxpJkq736GukuQlg&#10;RdIyIvDDAvwsMcMK1hF4cRooNIVrPR04cNeowlDUj9B6/z3NDaHlR+BVmbwgRT/2x/3vxp7RH5dU&#10;NqthYV1FhTSqOK8rZXcPangPW3ChZtyYa5x9kIIVu16ArOsy9pISrv0AfVM5JO1mAEzIEQzk6lOO&#10;FEV/UOuIblQgFGIXksPhC9mf/L4eHyYm4ZknTamrLRqW3OQ3dchLmvGgXfLSbGxt2mCAvIm4aQEC&#10;rEddrU+wVWPkyEkBqvhi9IVhAUh5ptJ5MRnqH1ilDzgnI0mKbhjaNM7ASZNtmmyasaRygEXgUmko&#10;Q43q7uFxrNcwx56zPsY6Q8ebCopUZuoF89Y0tdoqfzHNxgf6APFlcKCoNCKvk89JWCXHyol9/HNC&#10;W3WoM8XgvmE07c1iAuhyJhBpxLkv0Kx7mJ13Yo6u6+9XGvjg0XOj6HbmvWhyLnc2rQUz1ksCuuo0&#10;Panz4jgFXvP3o6FMtlgfGAVcW9IklT0ZBN7w0mQTXv/b2EY530DX+BD44z+gr4ZL8ivq5H4QB2x1&#10;oKJSmZnKSgRmjIJ2fhT/e1pe2/+MDCKaqh8S3yJkwiX8npITlSWrh1BZQTxGv/eEkRbIK2GgfQg+&#10;HBUk5RBQjWG0S3fRQO0VnIkpb7ReO8qacLpzVkma7dTUOakcG3fXDf41JfumNiplndBbZQoQXNQT&#10;KweMtpU6Kds2Z7ieBO+YDmk754tOmCPgoLN5h2mp0+2lgQYt9gCdFDymYzFvL0ifaFvSieegNl44&#10;NcC0ANotaZiXkJHwluzHjW0OeWjFLYwxszPCLhgI9ABHUwiRmRWIS3HmnATRetAhHR6lXhJhk49L&#10;BlDaWWSXuSTEtx1wzWcwBs3v3QkYM1YuNa3GtvkMJQOYuImhZu0FYtX559ycH/p6OzDgtuba5Nhw&#10;vhAW02kIMdf1sE2+cnYutqw/gzKCXGZZYecI8Zgt7/NCnSzzAT7NQHtDjexdIR12SJhPfUhyQV+S&#10;JkK21WI5u402F2ObKRNSIXzTHprTTHhf5HwzYnwjkbAQVHDBghjj8xmEX01ggDUxNa6skqGh4wrK&#10;NVAv9QLIG8C5WuzrAduO7DBn9Z04CweJqiFw3jVqLI2f6SKwxqYXl6gCAGEMUsIy/WxQ3K5dsVQW&#10;wPB/oB+si64+PUxZgE8DzFLPu+qoNqFVNBS1mjNhpySXdSGNwa03KO/C+/SBvdEDWWoPJL99vQO6&#10;v5BxwAZP2UDe20ibJD90LIdJPRU6V0Qk8A3ggkRkRA2W0ezWPeMxyvk3s34pkC8nP3z6rFy9GcBG&#10;+ZfSfeiABnDVC/3w3lotKzZslmVLV8qqK3cwjUNmRmFjf2S/bJ23Fuc+vhvktNMAZdZCtrMAnj0h&#10;GDLjkKsdQ+NzCCyZFcuRwoui/vhRDAarkWMeW1cvaFgBvA9XbbpCVq5bLVdcvR0G8r2MxwRYFKuv&#10;FqA+bUTopaZpfQRgaXPD6xGY1P0oGdoHOXaH7RREkVi6oAaLGCwW06N4PgCpxbi4RVXb1CPvX2kl&#10;VaK0u71e/BDFXKI3sLQ9rzlriqbnzbREEJlmFQMlWgCNIk3wjL1JOySgbxwAwPeUPP/8c3Li8CFN&#10;tV0A25ab7rldbn/33bJ+81aAXI6xpc9d5CRrBMMJmhx9Y68ceuVJqY0ekBUrB+S6nTtk3sI1WPtI&#10;wcXancLAujE1IidHxmX4yHEZeu2wHNi3V6/sZVs3yu23w8MNPmyNMci7Dx6QwtBBWY5ndz5t5unV&#10;FbjiJADYZcBIIVFPZdcRJSv9Ut12s5S23yFm5VbUwGS/VfU+MulZ5XCogylfN6xV0ZtFe3fLzCs/&#10;E4M6OgDTi6oUgyY+xpoK4oYnYUQOiMbzSQZKjWocsNCKG6+ScNNOiZdt0hAZ+m3NeJ8r1lL05MsI&#10;7XGTPdKsIx0btK0ABixEAL0KAHcItlRwTybOTsmjj/5YnnnmKTl97AiGF2MawKC+Wzzv63V9RmYo&#10;/8c+jrEAgDUM81Hvj49PyYN/+XeyG4nGn/7Ip+TaLdvVM2/HO+9UWe43IOl9BYAYhw4MKanjOnC/&#10;LIgLftiEBORrr9oi1+y8SbZcvVP7MzbumiIeOMZ00uAw8GQUvuAHkGS+Ye06WbRipXz6N39Hrr7y&#10;5/LFv/mqnMF9bgD0e/OZl+WPT/x7+cgnPy53X/MuKfR3pwSKS6lISEwgSKqSQ/y+Blbkay+/LE+B&#10;xffC7t0g6U046aNxwRUEyBhQ0b+kVzZtXSvvvvcDshVpwSGGHtXhw8rObrDfRIAikpp8MKJob1Qk&#10;G7ge6bUhSGQVBKzpHm0Z8kJbAl5Hph2zlsC1Iimi4cEz9kl8DplgHie/AHbWKRPHQMcsni99K9dK&#10;Ad6BhgniDPhgkGXkek63bDgoiRwolnlc6fvFDde7qgyc/rMNxxYzmtbrPPtdFobr2RJPPrWloref&#10;9+pLVCPuMEw8YxwjzvXbnqSUevVn01LjB6Kxr6Wt07C6IZppaph98KekVguBcX59JmhNcnOkJ+vl&#10;C3oeBq4mV4VvFGVKpYQlmK9bTOxJGkmiLdmNOFu6vOemxzRMvhuIcn6u4kkeOuwraECHaQAZWwSl&#10;G0J5ui7bIN1gwTcAZp87fk7OncbeF6g7pq5J61l8SWacsz1w70v2XiPOfI1rUezDPwCOYx+q45pM&#10;4XtPKA5TUKIQt8ZQUefY9fNJv2RSrSUY21YVhWWAOt3YF7sS8ljo3reGn2XACH19G/jzKvT+1TA1&#10;J3c9PT47h2uxZzzWuAbx80xhn4/Qz36A+d2oXYq93YqHKAGKe0HkatqGflZ8NobhgLgkmpSMl9cL&#10;6NSOCQO0kKfhZ42FSYMqcmY0TewAY+0szVZOimLO24mkNPjk0FQTSk3UdQ9JFeCeTmlR0I0jEn56&#10;YgSSjBEUQzM6aVm2AEVMNxLKGAFviqlvnwvMyECpFMz0hXOkD3OY+jQUJGwrIXhhmfJj49g/sLFL&#10;0jNhCojaDul+ViRHqW0BTBMIy4NSgRb/1gOKoQtkMJnPYDPSkVB1M9ZTMkEwdi6mS4bwc5mm+34i&#10;PbbZBMLGzX2q9aCizbknKiBsE/PxsInrl7H1HCgX54JZtD4wQS5MopkfE6W+Sk4yrIWEZ/GZpGlL&#10;JRymqaG1qeQvm8IGSZPkJzGkFNuE/Uc/nv6SSop6erHOIOMZxISnMjkP9Ps3ZXzohJw7i8keZBb9&#10;A4PK6gtRrJcwpS52DSoztI4JUZlTCSb0YDJag2/fBGLVSr3w14FCfwxJW5wgatMUOKk1Jx0ECRvY&#10;CGuQFw3ifafhmzKDgoMHkwVtn3Kmmo8Utz4RzMYt66A1ZavleUsDcpKb2cr+M7aFkdXsc9XqSdOC&#10;FGWOYDnkw7Ta/uWkMXa2sJB8aEsLTccYyYHCpkMy+D+RUfclAH75Zz3fiJuLQfv+qZh95q0wFy8M&#10;FLJ+Ips2fXNIpWIr6aAlmV62SajiKCdDNe3hE7PK2U1z6rg/5C8Z5GvyuMw+a+of6v3z4ib50MXc&#10;I9ux/+x0m7QYs2bW4IxOrXPmCWHnprm9jWw+2wJazmZi3z5QzKaE6f0z7W4Dponp3k7ubbIJuYBw&#10;Er2usZkriHP2JO8WRmVrlpJj8MepHUmzHD4B11y9lWcleg2Clwsbz4ZtB+hTzDmtC3KMQH4ek0Om&#10;PWqTf4XYh6AlAz7bMqRhc1xHczUJgOgsfG6Hz56WKTSVZ0dPaNNKll1Qhuk5hqvFLjD6KMcNOQ3v&#10;UtaGmqkrs7Gu34HT524wyEKVkMVgWiDZE/VcBFlVHybX6yAzXbNiDZonyGq78XqQ71E2N01mHkpn&#10;1objaLIn0GRH9XH8L+S9aPwaTGGkb17IercEFiCaOgB7PWAHdIM9r0w+Mgdx7jPlV/egokvZNH6v&#10;cdci86wmbkbQkCU7AcQaasEJ/ODSFfPJTRKGxTaQBprtA8m6pjzLyIkz5wCIjsgtu64Fzgaz+2hS&#10;piFzPnDkVTn0yyelH4ypRRu2yMKV62X+4oVy6333ox4ZhGH/Ptn37Euydg28iPsn5NyZ07Lzth2o&#10;TaqyDdLmHtQsjz/6qDz+9G659tab5PEf/yOubVkrqCL8f+YvXiq33HGb9CzeIIcOvwF556isX7oA&#10;4BDYj0xHZoNMCTPl1VATqCrCGG/nEvuBhmnyg2zaR1O5T5jbg/y+HVCePV8GEDJBpmEV8sGC1nxI&#10;R6YvF4I96qjnTdB5y7K5SdUln1TGtBEI5lQGGDPbj84qHmh9NaaCUgFCUKSIoIpHH3pI/uJzf4p1&#10;PQlPN9SNuHzX79wqH37gY7IOzC+4tYFZBmZbKdAUaa7AEu4rr/OpY2/K4w//lRw7+Jzcddstsum2&#10;j8ELDkm5YLpWG/SK6pJpMMVOnTgqQ8dG5PBLLyKoZY+CZ5fv2Ca33PuAhLUemTn9mlT37hFzdkgG&#10;ICefB2AlKqNB5lbScKQFEilKNM2HyTvZNZCdwJNvkxTf+VEZvOwaGMo43zSV12PYXTLuvvMTm9q0&#10;9DNsZwhSs58/JP0v/1i6qF5iTjCG4JUAzzzknCU8CzEkjlQ+FmO1gcNzDfBlwXyZuvI26bvydqzV&#10;lTJWZ51MT02wfxFUUu6KnO9c7PzHUvJGWjucb5W0OxgzlAYwv8o6p6HC2bvnJfn6N74qh994Xe13&#10;SE6gBHsGgGoP7mcJgTWWJGUAkFdvXCtbdlyLYUMsT/3oMTlSJSOnrq91evcB+ULji7L+f/k3eGYh&#10;cca12nzLrfIbSNT8wp/9N3kJIGyFvt6Bs3IgKLRi5UL5nT/4nwHcb8LHq2iNX62OgEG3AHsrv2sV&#10;79+tRvu8T/tefkm+9KWvyDEwDnfee5v87sf/e4kBBlx/x9347LF8+YtfgBRRZMW6Prntzltl29qr&#10;wajE/o3epFyg91x0UeFeSZ9JsIMJ3gXsn8ePHJO//frXwDp+WnoIeGLfLoLFVcdNbWDg0uW97xci&#10;9OdXf/0jcuMVO2QAQFsY9WCvPowDpeAALWWwYr/GmqQfqzGJ4ox+kYE/962CKvT0c2w4B945PzoX&#10;miGa+BprEitDK5RoEwYKAoUASPjf9ODrRmBTCUFHBXi7B0ikJhhYxP1gyOI4gFjeky4PrCnlhU1y&#10;4HxJQ0+USWTicTLU8AB00s4qEKjKssB7Q0pTHgH/vWIJjbpbv2GY9vgKaCszzP37qInk72X9se9p&#10;jTOaNLk+KdmjTeAHNx6/MN5DLg3uTFmD7oPHvrcM/HeMvSka2YyKoaQqA/8sBb53bApjjdNeP/By&#10;ZF4/9TAky7BYTBWJrjjKrpMomSvSNSbqSdpQJZ5jlpOVBok/E3soZ19elv41G6QET+Dy0y/I8F7s&#10;h97PsaG/nMVb7JN1OXhJpLwJDkFFKxN7GYTJvWUU12MqcH/ewzM94QNat+5jb0FjkvRhv/f0B2Tv&#10;YaBF5lzBBaYSJKzQU5K4MZ7fGfy+hv29EvrrGDngVANTjQ9WCZycW31ysRz6MVQZpJ3Y/B7pW9Tn&#10;2LSRk6vz3tUaTipN7Iuyd5d+7ZKC+Wf1SsMpCHnuci8OXCCXA/tysIn1rYzxRsVxnHjotcizmpgx&#10;Oa+ZXCeY/B3DApqTTB3dlWa9agrqC1iis9RhN+rO3JH+ABUcFJMoVKaRTHoO/z0OD7Qqpsuc3i7G&#10;QTE4uFB6exarJwEnaZEmQWCBlWzq9ZYZi7pGTc0tjbNZd/TURMcep9N0x4CLW4IIbDrBTR3+TDbh&#10;MxmpKpeeazxrxTNCcibhNsh8fxKWWqKVV4+UPDwYGF9YRen0kSxAxqNrgozS/Svu36v0tZFJMoPE&#10;rDb2EfKhmyZEXh6d+giaVCmUJupa4wtB75SQBqfETV5uCdZt/M8k3jXWb55J1GaaAmw9FbrV8Dzn&#10;vaA+T76Jzhvwm3TaYrK9JykAdB2GnjEZpymNJkhSn93DmsihNbEJG3oXKrEC1mlXOA+/R0oVmoxx&#10;0GXHR9+UkaExGTl4VqdVASZRRVBymepLmYYpL5Rlm2+CZKkbBRMexl4aTk/JyaPHMdUM5Mrrr1az&#10;74KnqXNzq2t8e0OLQsard3f1qEdKI2Aa3Yym6YUKRtd0LUd6L0ueTdli9mXtecGqjBXVwkBpTXxs&#10;lWK2NOBtTDrTAhBY0yx5NJmxe5JYZDsG1ZqW7DqbUqWbm+aWJteatwyY5YNEbEtAhL1AxlNzyFse&#10;mbA56V07EDhbqmdzUmlrFPQFgHr2rbMgLugVTM6j0IiXb3VIC84D8glJOYegmHwoQy6dPAEv0oR4&#10;LxFL03qttAVUdM5KNBf8ndrlzX5okIxoAg/KMJIwJs22mi6MIHNXVTPzzMYi8xlsa3A76HRN6g1o&#10;W47bDkmyCUg0C4nV5IEeM1fgSiu7Lv9UdgJTc0y7dGrc8vCbdgAuPxYwnXYAa1pzsHPMxKyobSF8&#10;t+WEtMpXW0Tk6XsGfiYVx7PrfdsZxAmonW2WYeD/KpKmRNv8BCy0tTRBzrQaH5hO3patARyxN0ts&#10;GbzmN+GU/Z9LjLZJaIv1cVuSmGCo6bRyrRqRFuWc5ov3dOTr8s/JoDszTMkubC7gLXd6aBTg3LAC&#10;N72aZu+KTwP2HP1mghoZHjy/4HZTdN+BKbtFNJs0OzfeJ2liDB56YPKV8PMr5oPtNrgKDLbleM3F&#10;qHfQHAJ4aOAMnMK/mQbQWCMjBk1fHaDfGJJ9p1EPNmqUsjS0qO3Be3AQR5+9vt5+ePiBDVDudpLc&#10;Ukm/O5uHcqnsyAiBC00hYkezbG1wVFFS18K6iuaWkq9JMP5r+AxVgDbTkOLW0BVw0PzAfTfJgz/4&#10;hZwAk9+oL1RWp7hERHUwQj0by8+f3iOrIKFdsQBegyjVeuFJ1huhAR+GT171hJw6/JKcgoLg9LM/&#10;BbF/say6bKtctWs7wM+FMnHulERT8+Tw0YqsXrNIk/zoG7br3XfK+quuksMHjsK77SZ56ZUDsCcZ&#10;RODGdQBaBuVHT/9SXn7xG+pPTFXLZ3/jA7Lrjtu1Huvq69W1xBq8xMaP8kkvETNJimQQ5AZu4ht0&#10;41kkrqZ0ttmRs1pBU1ZAfUSgogTAMvI+xRySJoNDeijTqkQ9IHNe3B1NTqWDCe1bOLFsh9AO22wy&#10;nDuccsQFVb24/S324VCURwW+YY6co7sqRsYgT/yHBx+Rf3z8UYC8p+ApFUlfoVuu2LRG7v7Ve2Xb&#10;jbsU0CNwXIZNTFAoaIIz1+kMgIc3nv+ZHAOTz8ycki1IXr3nrt9HYmWvejxV4O/IBvLUKaSwDp+S&#10;02CLHXr1NRmGdBLaW7nx5lsBLkEO3IPa9chBmT52QEoITFgAdmhBE0pFgaagoa5lUlcGquhZVTVc&#10;qahh126Qnts+IMGG67RPqOKrlY1LnI2AeAVMSEbjyrVeZgd69IBMPfU9iU/ul9LkGWWvOIf7aWUr&#10;ltnTA9SLTaTPHhtdg+8/AzC0tHGbFHa+T5YuXq6+WBMxPfuSdNAZPWNrNZdCSi9z00FEkT9k8sMS&#10;fvaGAjGBS8Q0ceaQgGs/gx5z93PP4V49JC+/+qr6pln8zDSuE+8JvRT7wVImELRk0QLZsGGZXH/z&#10;zfDPvAVKnHnK5roCcvwvf+FrsvfoYQWvJwFGNF49Ig8/+n35rY/+uhrmo32VzZs3y6d++7fkr//4&#10;P8ub8PA7zdAdyrxxQwYGEb6zaBnk3w311WRPEJj5ep7EBqm86BuGzk6AQfe0PP2zn8phSIYn4K3J&#10;PWzPoz+Xr0La/+H3fkDDI7bf/i54gRfB/Dsi191+t8ybv1SJA5QN0zuvQTZjwhTPJj3pkCdO9y2X&#10;3hm4qFftFelz/ureffLEY4/KG/v2ydFTQ46UE7ozg8MgJzUN1AudoPOKdevk2ivvwLAFwAR6m9H9&#10;r4GtNQ7Q0WpCbmBLyurGiMgx9kyQBnqqbYQy7bAe2CvFjq2nf6+fywEZFTLCeVMhnyejnKB5gP8l&#10;oEumnfWMunmF2B3NWFNFemk23FDIGmdzUC4GCqgYsgCtC5PiKcXei8wpo6EaCVuumLL9HEHHYwUe&#10;YFK2lsmGrAm5hH6UaW3vGW4JazVvsxGYnN+5kbSHTaaI6fki3uvXYwax9+VTApP1noH85SiTvv+O&#10;MzVj3kJHRWdBWpcrrK731NvtBKE/t/P1hs1swxLCGMM5I0dQ0c+ibHnPBExViZEHHUOfneDk0Amx&#10;pWCSHt26c5WhKkFB64FBhgPx+VkAtvsdN0r3FSNSOTMqo68fkckRqj0B4DciB/x6gE9lvsqEi9W3&#10;r4L3mESPD/dfDE6ssgg1jMv7WSoZKbAZWkNrA1qCcYfER+9Wey0w50tGQzCIUdTwmjPGsQz5+wqJ&#10;RcgAqFqvAordPSDDUYE9spuxwohDFfSeRagLihicduMMRy2ENWy7QxcIqLJxF+KijEtCN+ozCLWi&#10;CfW1+PljZZaGmpIQaWCYYzNWbdWlPzuwLwvcSHCZFGTyNzEwzaR749MJkwbfNoE+VvJ5VqnU1S8s&#10;hiQwBp7UQx4M1MUrYIXFNQF68CTMn0+NnpbK2DA2tjEZxSSUtN9+FHArl26SXlAae7Hh9g0u1STW&#10;cpcDJflQ8tby8E3iqwtBFuiQGsIbNzVQinScPWzJJqhSYNNwzJLIoaVVH10d+c0jYbAkTVmCOxib&#10;yQGC5IFMiaU5sM8DfcbHbScJZonMOLlmQdLs6G98CqR1kpJ6nZ/Ub4CGEuCKbwRCJxny17wROQDO&#10;1W5uOpZo//XaBMVmwpdPprHeCD1QhllRU48Dbx4aRXETohObREIdeyo1Sok49H4L/sFLkoO5aYeJ&#10;3NqZjGa+dETbcShFTndeiBwomgalaEKUyQWkJABykGsIbRrwkMiRfMixm1DmmBAJXVrZu/QZKNNf&#10;YlAGwOTr7xuUxcuukvkLXsGk9TU5cwqUfTAb6lX6SvQpCBqUjsnVK7ZgDfYiefAIfEww/ccj34Wm&#10;Y2zoJKZqDYVAu7F2Z8BKjRgzH7iHsVwq6WHSA6nwOTBSqwORJgh3h4vRAFGLf1a9AnSgTr8I72WZ&#10;dLYpNds/qG3WmdZ2YLrYFi+qVhFvPAtNxzZLwVrAwzRe3HZGy0yTgMw2+3flpvh5JxY3VGyWrzeB&#10;R536AjNHwEST1MjKeTMQrJ2l9bBtiZytHyFJL5Oct+F5nQVnYd3Z83jx2QsQLzWzFOxFSXVNp9fI&#10;Jb/aVnKEbXez6+irZpvBJAfGWy8DiBMn1M7JIx2ujMndlybms7lwfaq17Xc08tNcndz6dE8dKJBF&#10;ngNS2hmepvme22b2rEjrg5SNd9q8UU3rI21n9buUTirePAvQ2o7Lzc62oJpYlCZnjG9n98Iypp3R&#10;mUufT4K3mkQdtoURamxT8nJTsm4HSW7KejTZ+83GfWwKjjYd0ndb2c4m5+VnbfsWm/6921fZYAY6&#10;nfc+PAQHohkPGUeJoCKtm4xPvjMJgy8/SDE2NZBOfH6zQYXkWIGZ3UerN2vgEsrcmWkDSThaNZxD&#10;bKZ5JsUuVUyfQ0pix2HaP3oWCZQAuEbhJzsM+dgkzrBQh2OwsaD3VUQP2obzIWpM64s2UFj1gG3S&#10;Bz+7bjIqeqC6KDigcWSMHnzTKu9bCIbFlsu2ySCaUg7XIu+7M92A5ApDr/okPHQov6rOaDM9NnEG&#10;HrsT2nhq2hzOz+4yWfnzARDizEagVi9YhmSrOa/dMPV7pSeQ8SEoDRv7Ilqc7BKpvFOT43r2TsHb&#10;b2aaPoRVLZaLtWk1DVfjcFrIQG4beRkiZY3vecc1MnK2It9/7ElpoPiv1t3f8bpE7qbq55jBzx6E&#10;59Dr+yEN7umSpYMIZRgoSH95TJZXxgBOntJBIHA9SAB7ZebYajn0wkYZWLZF1m29TK6+806x8PA7&#10;eHifLFwE3x4kArOWWbrUamLuGkicuhY+L68fOC7feuRxOX7ihNYLmsbHoDI0sX/1+W/K8eMj8olP&#10;vt/VvfhOXV1dac2Zjl6CsHkE4EPptH4DABEmMiRxwR80ny/jM5R7FuHvurWmSXyWE/5/MnF1DXOc&#10;m1M2cUwvWj4/65l6kV4EJmcfYXOJ1u7PvOyOiWk6uC/omRAhbbhUcODDc8/ukcd/+D3ZC9nt2bEz&#10;YK/FsnrePHnnPe+U2+95NxJwl6qNDFVCyuJDjU71Bt/2xJFDcuTVJ+XkoZdkxbIlcsXl66Vv4TXw&#10;aevXQBguo4lTp2X4+JDe16EDB+XAa2/A+mUGPvYr5R3vea8sXrMZrKRQTh3cL4+/8ojMP3daLscz&#10;N68bQA08NAteMlbHe3LnoXk8rfLq+BylpTB7v/5u6d12u9TBfKqxDQ2SlE183IBACxNiS24ggBp4&#10;5pkfSXXfHukaO4wwvIbeV008DUouGIHNqa1pAxZCfh9gAB7jvc3KjWKve58MrL1GIgy5aXY1k3PX&#10;s3Hg5yUOpODazDOkZldT+D4k8p5nxslO2YcEPhGVPQuB/ynKQHE/T+/fLwf37gWYSdZh6AIPyVDD&#10;iw6CTbd560q5+eZdsuud7wJg1a9draYtk5UDxt+Wm26RT6BH+Hd/+G8lmphSUA3lvux57HE5+K5f&#10;kdVQCZXQwA9D6bN+21b55//6f5NHEPbxzC+fl8PYTxtgPh7Y+5r8+Z/+R/nsZ38PnqSLpQ99J31C&#10;J4GyvvHq6/I0ZLKv4t8cO4I0Y+xNhXKPhvixV47GrPzs7x6Uo8f2yD9/4PdkxeIVcstd71Y7BAJ7&#10;iQd/8lQVOkwa+b0DT0hRPILXrkGf0pJjcyMt+DlIm599ZrcceH0f5LuwS8A1bUDOXQa40MA+WQZT&#10;ex6k6QQUzo5MILilqBLtF555Vv5D9G/kgfd/WK6CDQMMSV3vTck4vcmNG1qQ+FBsRAq8KQOM7Er6&#10;8RFgK3hbK/ZMNRdmYcnCg1QxmofBDnz3ipBMEzhVlp+QOTqjrD+uCe7ZmvYNghCZrJQD0+rBGpcJ&#10;qyCUKgLdvmeLQVN1WUh2MH4+/GxEnXujlp7bLsCIKSSwbcDrM1meNlRkg7PHTRhVsQcqXQhm5PdA&#10;10enQFjCzpc4DaHRvzPOCsMqOBanY9M0LDTpazioM56oFOVsZGyzZEPr61Sjl6Ml+kG6SYaTtKvw&#10;Sku3gLzNhQ/UVEBWWZTuvIg9wKc1gHWDLoK/Jgw8qcbk5MSSUxjYFBDU2iVKSFhuuMn3LIU+DINr&#10;gko6WnRgjXbNXwR5byz9OyCdh/Q+HgHD+PXD6L2BIQ3NgLHZQGgVPH2xz4xhH5vCa1a0ViFQ5vuD&#10;0G8fiSQc/vuxDqPAtMafdWGe38cBGYcXBVf/6+dsWAX4ONvA7iYTZPGF7txgjUHPvaJPX3cWG7Fi&#10;MZGGinK5WbVD6CUTn96RWDtd2C8KWM81MvTFgZA8u3UFxE5Oz+tgcuR61kL8NyUPrNaZK8A1WW3o&#10;dedzStsTvYWppDIfkuAjEOY26Zes+2+lzecm7cYv9ORVImfKp7HEXEfT2FSmMSmdQZTwWRg+nzt7&#10;DMAKvGAwwaA0Y9nCAVmxYpksQGjC4Dykr5FFhSKFGxIXGqcIlFDS2yBpYCOvyWaXph5wKZIdq6TE&#10;5KipJgHaPI04QaATSbGuwbzs1LYyIUybdDfFR3IdlM37VMWJ51+efRVo8plNZW6ShZfktEE2AeIS&#10;3xBP1bX+wTAeCIt909zA5hkmacep30XYlD0sin/neRYZIKZmj6Tgh6FvQJycOTAZmy9JpHRfOvbN&#10;uqfUpchNc8pwJhF2AGrkZSKJ+a7+Hb0FTcHLazzFu2UNxrOp0uxc/l22Keww9muDhSwPghCT9+4u&#10;NjWLcZBch0k4DuKFh+TwwRflzYMwAa/p6A0FGWi7FUznSbVHsxAbSnhd5PVJSHhHcfjR5DgEGMjE&#10;LWVjchOlNFyvLdLY5g3KEJ6BKqZ7jQqMjIswXUYRGYC6H0SOxRhHWRNnTRagkoTGtMkpZY5UWSuz&#10;ulNZK3P+nEi7qjwj9dl2OU6nuE6TY/7ma/x8AnAcp3uKaQUNmgISZnXb7rxx5RlzVjqYbsvbH0uQ&#10;pNXNBtPkk/+sPY/gsP1GmfNBdW0egvZtkmq2QimdQTh7XhGlB9W4zySJpkEWItR675M9utPnsS2u&#10;ZHNguhclV04GC9ZbEyRnQ0KFT97Z2Lz7k20G8PK4uWkx/TsPE9FI58TbC1Fkmzn9+S493CbP5LMX&#10;kIw92/tnoVC2RbNrLsZ8qwnwS601gtmIQqn7TDP0atvxZNOWXz7XKrZNZ2jO3EwHkRoQIYH3uckP&#10;D2xnXmoLKJ5Im/Lgr8kzir0MyqMqOY/lnJ+l7+qSQtExKJxnHesm+iGPnD0DBtFxTao/B2++Y0iQ&#10;ZNNUZEFZIOuioENada03rjHoA/jVhV89fd06wCLoRhZFHQymsTH4z4EBV4CP39JFi2XlsnVg9KzT&#10;po/y3DEEU9TpB2bo2we7FrD2DM68KoDGKVpcoNGtwRuQdQIlYwuWrMAQbhHSXfsB9vXj/SlJ7cZ5&#10;7YA+ZV2F7nzk9zN+eGAbTjozNcPPAzBz/DSUIwjqmqrCPLuijShBi8A6H5wZ1KUuRChyHoNdlAD3&#10;6TCwb3CF1M+NyX4wg45tHpFfvviSgpyT0zWAkLThi7RBizwLpVFx0jUqV4YA3I1NhTIPEp8xmHZ3&#10;o4kY7A1k8zo00I0JOXvgBQwID0gvUntfPLVPvv/40/L++35FroTv1TNPvyKbV07K8qX9GDaCwQgW&#10;37HTh+TJ3Ydlz6sv6sCyq6us9QmbcpX6lJz88lvf+R6UMAX5wIc/IP3wrJqagMS0VGiukXJndJIg&#10;rT0dZZtsbmp1BYzRLkkJMuneftRIpT6VLrXlsUkzud22DY7sW87Ysm8htKOz4YRp8VutK9spADrW&#10;IBhlXJ1dRrPG9OkvfeVB+L09iKRTBnFAQgnVxz333ip3ve+9ALLXQa3U0KE5gRIartdUao51Dxbg&#10;M489LId2PyIbL1sKUOkG+FOulXEYrwdleDsCzKMs8vTpIdn3yj4ZOXFYTiGRcQx90cJVq+QOeP4t&#10;3QCQFyET42fOyPGDr4t57WW5BuDe0iUA7CuukWBTPuM4PVIAHh+XmX4N5moPmGs77pTeW94nhcWr&#10;gbtVZQrM2S7WqqTARHVlPBXQYNLTqgAPvsorr8sUknXL42ekr8iwOyZRw0+NEjKERlQV6KvocIzg&#10;D4MQqF6pbtgmPdfdLYV122SyPIDnCP1HRDv6QuZP3laaXKg816RwIRtlnWvYWH08Q/z3DCT+3WVK&#10;x6d1UFHAkL4fzJm7Iac+cfhNee6Jn8s5DgZwj/pQx9MSYMsN18v/+q//o4T1UWG6RG83k2hrrpkG&#10;2EDWr8F9PHhwnx8MxC6tl0A3QKluMhkxDGxgL+0qOtB/ycpV8pl/9T9J9+f+Qv7+x4/JKGTCJAa8&#10;/swe+ZOpP5RPfOZ35Hpcp4mzI/LoY4/JP3zn2/D/pnHBtK4hpjSH9M4DeNqNocIM9sOrbrxM7rvp&#10;bukBUOB6W6faCk0h9dSfbUitNgV43aIzZVWpJ/fXaXxu+uLxzkydG5Znn/ip7HltP84NozYJBkBb&#10;AFSjaDlsCWXXrk3yzrvux/7QL3/1Z38ih0+NqJS4gj31MPaql8Bw2nzHPZocTqlv0dd33pzfe/ia&#10;1NOeUtfEm51gB3EBsvsIVpJJGCycB0ku5Lj9PRhW1dTjr0Amea2hLG9lghEwJDsbwyLut4kSzIhn&#10;qfH6JCFxhdBLd7Nk7dRWKg685ROFHHidOn0mY7VicrYRBADxMtO452BL87qp7zxNJ5PhpY1T5WDU&#10;RCP2537swjcS65rYeKAvUST6a5Xez2TY6Jl4ceRkzfq8SeLF58EyTbaO/V6X+DbH2RaXKhWyqNEU&#10;wwhc0nBab/vePh1OGme1FYR++Kg4gS9QIxc6GiRZB4HJqUICb6Vpm3rWoMnf2ddwvk5WlqBXShaI&#10;FRQCDefQ7AFqOucPyAyAcItzefnq1bIMQ8kVRw7L0ScOykv1czKM83uMJP5CqF6y9Ntn7UIQN9CT&#10;LUoDSOglSbu7fv7C89RrQnfPrcOV1GIOn228QYagzvX0V4Ov43GYtLbyxClnURardJgYA5+tGvbb&#10;AdQtvT0Mxgo1byHGmUL7Ltp0sJYlMY62I/T8Ey/TtdaxAcna07RdBpt5KW/yvioD55AG35tgeK+/&#10;/IXEHSaTU5kmVYhpbbTm7DBsi6FtPhjC6LPNaHWOFscxrR2dHNNf52AaO4VNbhiGz1Ng9S3uXySr&#10;127BdLhbFi2arwEJZPIFuAhFGggzxrjgEPG6n4gr+zAIUg06i7yGmCzMQNm2pimJRh9/jY4OvXQw&#10;yGSi/ntHiWdann3RgQGSNZq2jUljc+CGS5i1TeEWivTrtCHbdIyY5iI9+S4KkLkodA4Jojjnp+c1&#10;8wlgmPd8U0ZiKDmWYca8tJ4ynXyLpI9VMquCcZT5JABfErjhN6VECi1B7rNG7h38fQ9ykj2bemrZ&#10;NI0zBVdNM8NLkqba3xPbKjj3zIbO8lA7i29UrjFMWUkZY8L4IBd6C1lMJ3shTQnCjfAYWQCqOOQp&#10;8oIc2T8MlgNAPkzBghk0CGg0CCrTL6cfDcE5TPr6wDSIUSAGvrkju4AZ4Uz7Y+x7hSbiOLQHkAxc&#10;qU5IuW8JjL9hnAwar14IbkaxTY233SqJJY2daZFN2lzz3PactrK5jJklfGM2M698gqtpYxkZ27xn&#10;tPtyNYOGHb32cqzYjHlnLqrSz5S9djZjv85GZf8ECbrnZR2YzgIm0xaicZ7XNmZONoM2vPmwk38C&#10;UNPOBSxZaRNRdpIuB/nUaDtb0EonINu8ZeDKmOYzq/31TYtnX1MH2znL1bZapjYbvhuT/72dNWCk&#10;1YC8GfCzs3oTzWFblH9I2xLjL63bNm3s3EsT2nWWLNuLRASMsWnR2J6Ym/256dAzmrb/sOel1Zoc&#10;zhk0Ab15WmRSgDdzmBOTa3PBm4pt92Fsi2q27aC8r5Ek8RwS57scBk5xwMJ5DM3dFJhtp4eZBova&#10;bBgSGfjjUHbIAjkB4GNXgGjARgHNFhliC8C0YLPdDWlvgLOzBsRgcmYEIAeSF9HhrUWzu2rVRkyw&#10;B7UsoP8yUzBrqKJ5Hkbq+VTFZwBzCAmjFYJwY2PKNuTUen7/UgUS+wAkzlu4BCn2/Rr80NXd7dIG&#10;yQJSXaL39ohd6mEFZ2wVrMMKaszx8bMyDnbhBBp6sjyCekPZ82xkw6iqzD0m+5LlQ2PrkgZ7DGig&#10;Vxd+dUOGPICgC4KUcYB04HUbpWewD0mk43LD9q3yvcd/LkdHIPuFtx7PezbpZAKxQeFn59CO3oYl&#10;DQ5zPkFHz9DLbBRA31Ikas7HtQpl3TqoCpaiyG+ckxhA6aqZ1+XZL+yVA1ffLXfdd59MnTgtZ6cc&#10;J+qJHz8u3/zGw3J22slCaTfSsM4rUWtiphzyFxrXAbApf/bUL2XNmvVyw43Xe0P3oMkmRdexD8jT&#10;X54h2KhPqQcfBU2FEutxgHxIMybDmdJmDd4wndi0tmng3XlZ27d4LtmLgvuSfx3mB0OdMCQ27pBC&#10;TiOIpdwVOqIAAKMTJ07Jg998SF54/hmVlfXhPlPSftvObfKhjz8gS1ZtwL2PdE0XXeSj+uRFWBMj&#10;kN3+4qcPyejxvfBrLss9H/gg1tACPDcD8D9DaijSoacgTRs7dVQOvnFIRk6fkRMH6Y9Zkd7B+bLr&#10;HXfKkuVIaoUnnEAGXh0/IV3HDsrgsSFZCbYoU2+R7aKfnzJc23D3t1xm8w45MECJ3iuvlcW3/orU&#10;5q8ASw3+lWDTVrEmuwEymmhaVU9oidVaySBluP7q01J9/icSnDwGUBNgHpImo7rzoS6Q4U5lFRJ8&#10;wyLXmwtnqRLxXrpcurbcIKWrbpOodxnk/Q0FwtR3jSzAlvsWmNlGU+dfHbzWDN5gP0fGMpla1QqZ&#10;XWBP4rmnyf00wJpBfL4x7GchhvkPfPY3laX8+JNPyjkCX5QRYg87fHi/PPbsw3LLjttUijyGZ42V&#10;/EzVPVMjYFh+9atfll8ggVbTrLEfEHagv+lx3Lu//tKXZecNuyBjvUqWlNnmQwQIqSldpu752Mdl&#10;eGREfv6LPWp3MIlGfv/ug/I30/9Vnt10OQJWXpeDSPwmyECPPYLE7Bl7yPrBZxjsKwDQWCrXbt8s&#10;73r3A9IHRqDxqaE13pNiTaV/Td6wnfzcqX4Vx/h0pBZ19JIuTyQhdj+4arX8xu/8rjyMVOGf735R&#10;7aRCrOtli/tk85aNsvPmG2X79TcjQGmxDhU+8hu/Jj/5ziPyizf267XG7iC3bdmCMBmcFWC2Ry66&#10;2fmPFRR6U6BCE3bToEV3vhHoi3BGBGTJ4R7U8fwVl4EhO4gU3aLzuSsGLnxAWYBkypE0Me299bkE&#10;DJiQZQIfNqeqc6ErQapAMRnolihxchuE9S5uvB0F3Gey9YXJ7TTh9B58DewBdmpaz1KGfuBhcyQN&#10;J5HzKj9JbbHyNatJgb3sTLbely8ByZS8FCdhGFkDxb488h6GIa9noZDiAGrMnyMviQfdst7QpMxr&#10;Jys2TaqK2LPvgtTWTBRATdjyzkPYe8n7Gkbvg5rmOa996wMygsDkJPaBvzZR0/PvAkcd6KYhJgQv&#10;Va5qE8V5et24VkslylsLacJwPxnseJZjgO8W51PvwGJZv2S5zD90WI4cOSOHToF8g318XGXqvoZK&#10;2JCxC4fpwdrsxnXDyFB6XcqKepMysIgSXcpzp1SGC1C/u6ABH8p1NCbFXHSsS/DZ27Pp74NI1xSf&#10;aQbX0NdvHN9tMDDu2ORaLiQhsuKY1MZZaxDHCryEj8+N1jkKUjoGr+uX3X8btcdzBC1mCfAHCQom&#10;1aUTWNh8mqppotmbloTFhGnWMd4+18jaXNiHAm+MeOfDiA24guJgGF4oR46/LiM41KZQUC4AbX3Z&#10;UjD4VqwAnX2zhAM9mFj0qJkyFzFvDNPROFUkBTdW6UnkNikX3O4SdRWpdak8ijDHNpXGUrLSwA01&#10;jZr/XoFLq1HgKMhoszkPnzRFzk94Y2UlNrevNosWbmXNtngZmtQPULyXnwIltp6aQUY+UTZZ2Crf&#10;sRkDIGGVzJCaiQKAMgJnIhno9L0QhBmAFidMx4YuvtCn/VqfwKubonUPXvLwaYy1bqAZCJYFcnhU&#10;37oJDJHxQuioqrE3a+bPkp7NeO3IS595CBsafagkghOOMF2AyYYoeljW1bw0VNPKSA9qF29dVN11&#10;wr4Mcs1cnPOlO78DTM6/KpHxivVJzIFLAFZ6MoPrGtowMDSlrw+Tu/ISMEsXy/ze1bJu5X45cOh5&#10;2f/CIamdPi29eLAqmBxSxDt0KsYBHCIivA7ZBRgRYAww2amM6ZtwI8J6jUM+BxXd1AbB7JuamJCF&#10;A+uRugbW4JLV0k2vozqT2eo6rQpMIcdMjVPJl40DyWGs6frLQKJsHZs8GBLbzuFlHfzPTE4S3e4n&#10;12xN1QREJCBsPqW1BQBMrAJaAY68r2IykcxbApoWgL0du2tzeGnzFJ21lDRmDpmwuXAuQWv6pWn3&#10;R+vEK8z7d1wSmHiJzIdLobzZi27ETI7Oaeb8ilmid7OE07SkkrZd17fH072FMZiAeD4JPMlN8n6v&#10;1icbxq1IkG1mhNkWSWoC8rUDfrNxITsBfnN//s7K3Hzwlr1IBmR7qIa5RGZgJ7/FNqAvPVfNnPc3&#10;A2uzgArHdpdM3pt7+LI06rwM9gKAyGa3ySztV5xMJ/DwmmlZ87HNgNXkLLUmO9sTQ8c8kGsT+xRj&#10;ciWWbUqpScPVciqFZO3Z3C7p7CysP6tZhLrXJgBVx1kzOjqicrEJMNRPnz0LGcyQgnD8QQ5WC0X3&#10;q4wJet/gIACwssqWyKwgwFdmAAYGWZTEzuAcY4DVkoElsmLLlfh38/DmAAjAMRqvjIMZUVezegJx&#10;LEVHzwzLDM7ACqTDtZlzqCsgxYIPcS+AwQEoO+YtGMB7LlOz6mLZecNx6ItW3jELjPMD04YBdcb0&#10;DEBKMAKnpiaQHDyG/55W6RsZSCWyOKxLXuSZrc0SLhC9c3sgse3pXQi/K3hpwWS/CGYS3zPggNlL&#10;toJCSef09BYic2nF5VfLPZAi70ZAwb/47z4hf/5X35Zj8UkHfgEiIJtz/ZoFYjEArLIZJysBjXAd&#10;QIpO/pVVEMmtN98ghw4eR9MYyamTZxQ4mb94QNasXSSLkEY4hhTk4We+Ln/51E9k54d+TV7/3iF5&#10;6rHv4s9PagKfjqspFQXbhAElDMoIYjceJJtMgU80pcPDkXzpy9+ESuFN+egnP6xsJLduEk8nH7rF&#10;OihuZEs4oOciPLIHV5O6onL0htYmDQeuWi9xSryu24B6Ozvz29i35iZrL/Kf5uqQtAYxLXuS33ca&#10;WE8FADVV3K8f/+DHYPH9CGDfcSZySDf2/LUrlst7PvB+2XnrzZrwyueqSpmZNmBgZDW6wBqdktef&#10;e0T27XkOstFpufyq7XLjjR9WFqqz+ihr6MwxSDdH4bV3+uRhOX74FHwpZ7AGFslNu24BM2ylgqwG&#10;72uHjkr57FGpwS+uPFFR/7FevFulxrrRfUmqRriG6mS4Mmhi7Srpuv1eGdy4E+qTfk27LSh7ijEQ&#10;aEIBjNiIfnLdEpKiePRliZ/+nswcfBlytjGKmJVBRX9Ta8Bmg7VPSSXr3CCKLp2UndhCeKgD7Oy6&#10;9r0SLbsMnxlNMs7HXshWpwlasJYPnKG+yQ9d7IXYknRSLuTCkfA9ZqbAuNt/QH76E/jLvXlQhrG3&#10;0ON9fj/AegBmizZtlWuvu16uuWKbLFi5XD7+B7+PVOQt8rWvf11OgXjCPSI6NSp/+cd/IS+/a698&#10;9pOfkX6wa8bRsz4GqfaTT/4MoTf06XOhPfRqJLOPzxZD/yaQiPmzh74vT3/vh0jY3SHvuv9jsgNS&#10;fLKiu7BXLYdU+zf/5e/LFQ8/Iv/w0x/K8dPwLsXzc+xVfFaAuuyB6IdKb2/enx4QCcpkTAPIvXH7&#10;1fKO994r61fh9TBgiQyvqZW+sK7hhupNGrFnaXQMjpN8irTaL2G/BqB2Cv6SJ0+dwp55DutwVJmZ&#10;/QsXyao162Q51t9HfvdfyLxvfFGef/VleBBukLvf96sAtNerZQF7Svqp8T5fccvtsvHy7XL59x+W&#10;n//4J/Kpj9wty1aukQLYjnWqlOjBFxq9XkHRqFWCMst9ja/EHR9gQSZLg6nhZCkvxL6zGGy+7lI2&#10;oCQIwrWIXzWwpsm2S5jIDiwKNA2WxVrBr5PYNylBYh+VGy6rPV0+Cxz/r5jftnzKbJDUX0btXl0t&#10;UKZ3bVn3zHqVbpgVhPR0OZAmyHncm6z3jHOZANZHUwZBBsJJTqGXFb9BStpP/lzTVj2pp1Fze7FR&#10;ZnrsU47jTOprCpmiIfUs9e+TAI7+dZ0M3OSUbzaVJCfMwkQCbr0EnAE3xk0DfQiIJ6t4n75cmG1T&#10;AGjz0NV4I/7A10uRI73gJTlYbBif89DwPTwtBDwoyudPLRwB7NdQW3A4V0by8hLQnLcjyGscIP3J&#10;N47AIxdn6WRdVaUhkD4CzqEC3QHnFHpNGgzL4S+sVSboVsnqZe1QCFLv5SipoawD9wgqq0pRQ0Hc&#10;V+kOuPeFmgxcw5fAaECtBBTQ9sxHVV5GLv2ZpQkTu/W7xA7rMB6zcfWak3lHSZ6Gl/U2vMRb05ap&#10;KIg8s5IDmSSgwzUssU9RCRyaSMpp5BdSIkE1NmVXOVPn2CemmHSzjfTQIKhE9BTIZwRatJ1RtHcc&#10;tPUJPAjjmLDOoKgbHh6TY/AgmUGR2QsJ47ZtV8nyVdvAnkJyGqa3vV2ucKX+3qa+XcWMgqr/6+iL&#10;rgfzSTbitN119aPxlFbSUYvWFSZqHWeciTqRZ5PJWsRTXzVNJvYlMjm8OIyjeMrl1KgsBK+PTbVg&#10;jU/OabjX9LHf+vga65Kr8Od1TdvCfKcYanQ9b0wh8UjgdAf+H5Z0XC7imkuX0Q0voRfX68qVI8Wz&#10;yKmNdRTxCgq73gZfF+lR+IdlyE9rkzMKd4a9jHAH0g0gsaBmt5hOoeBWk2HSzTm90WLNUUJJB+bU&#10;xajRp9tw6AuYGK9aL62LvFzY3Qe+SphjgLpry8j6ukpiXHx1hMkhC+Mo8X8hMh4UUiNPBQ4jJ7Wh&#10;gSY3jX7eClKsNbI89oh/0R3wxvsfKnU4yBKNTSTWtrCJ/CZvbIuZv8mB0bzWvtBVWZKXE3NNBR48&#10;K5acGeeCxWuk3AuD0KU87L6DAn5SBgAAlnAQnTs9Lj3c84VGopj0wMS/Oj2Cqeli+Kf0YHLb0Amg&#10;xcFUCplgNSqr+hfgz6fQLKEorBB07HLeIVNMH4S8qQ7vj5LbQEKObQs+nj1wz4WC2rrpo6ifbihj&#10;ocSobt1cGu6BJ2rqN4FkYu/8cE0TS6nJrcfOIivsgEeYxLTetkdvNEn2OvOA2ySXcSI0NhnbOA1x&#10;yIFMCYBo8sC4MSng6ejlOUabMR1kkxegZTamnblmWljMeUWSkTaGmu0oPZUmP0HbMa14dnCtLWXQ&#10;5qWUGcM4kHYiWnJ9OnGKjM1JQFo8V+eUiKbJus6wOPMHlXQA0VSA5grRIDBtwSnppDOVGTSvP5OX&#10;W5lmtmNGJLVJ5EtbMEwqsegge04ufMFEyl4p6A7u12TDpt6mumdHovKgRhrx5AusIBfI5Aezeesc&#10;25EF0xqwkQBYcdN6a1Ka5VaXza9VIy1M3OZr3spdzD+TTURJPS+TSxJnfxe4UAqbN4HgeZKA9h7c&#10;ivNeLTbzYjTeGNmF2nl/u7Z9JmiR+ebFstbvCXlBnk1DnUyO2WY9v9zmg0VM4knsi3dfeIa5uWUy&#10;uJYwaRgyP87E6yUfWqI1RRRkvoIcDgb0gnLspyA3hGt6HsOkpg9842qUX+HCQ4LErTuV3aT3zZuo&#10;p2s9silwnEh6In/Pg4Krn9RTSFldaM7BphuFbPfNUyc1bfcMwi/OIemTEl5lJYTOOD5Eod0LVlBf&#10;zwCYfMY1eGC7FWHAT0++c5DGCgI8CvBMWr0UUprlWyWE1xX9e8bZiIExJAS5cGZXUHeMUqKLWtCC&#10;wXcO7KUJsPhYg/QhubEf4RrzMVhbsGgVmkjIxXrL6j1nE2YGJcfW1WHSKGiTOA654DkEh4yPDskY&#10;0kerAE9KqDnKRXxGU9Q6rjrD0LdxqSOVtpvAHs7knoE+gJH9smBgnsqCuyHxK5YLLiUPZzTBRSeN&#10;Luvgj15rEVmAACxZoKssGj93/a3vl5/+8G/ls594QH7///xDmdcPb2llNPbIjVt7ZPcLdRltTGJt&#10;FVWqZRjAVSgpSFfCtSxiuD0D+bKtR65eRFcTwLew1LNKbrzjPXLg1WflEFJ6i9GEfP4//Vs5Vwm0&#10;UeE9reD6FgK/59GTSA3mac4NFgLkxIuWLwPocQp1zpScQTBKD+SKP0KCbx8S/94FOWhvIdQkyR54&#10;vI2DSdiPJolMA/ppVUAP60N4Ss+CNTm/33o2CM/tJ3GcC1IwmW9mJ6DcNoWIJcb00tmnYBZvXtM2&#10;vOhk1dIi1s0NQenvHRaxrljb63AbNTLArkrsQpbIQKMNywl4HX7u//kLeeXlF+GNB1URfm7JEsh1&#10;33eX3P2hj4IhSv87JirG+hq0X2eNFqKuf2H34/Lys9+RUmNEdt54s6zeeDmgANR4SlpoaFjAxPGX&#10;ZN+LL8hrGB4H8KgcwT3qA7hxx/3vlct23CEFAMWHjh2HPA0g8MvPSeXYMSZkAERBg4q+hnVjnVKz&#10;htsKSHwq4pqSrSfrFsuyux6Q8hW3yjQSrgM8ewSSurX3AftNWU44ubA2A7AKqwj9qDz+sJihp/D6&#10;qCVLBfVULwNgpwDNQBo+w9AOslaRrBqj7i0zSI4slhveIX03/6rEYHo5k3vRn+U6rcR+vcRxEjPo&#10;kp9NPjAlP+zJgFdiogy7KIcFPVunycqlIkv7FSqcKnpGv/j8XnkSstMnnvgxpKbOs6vbpycNQ/7c&#10;D2/JAwd+KL9AkvWiK7fI7/+r/12WYA97B8Dac2A0f/0rX5EJghRsvM/NyD8+9A9Iyl0hm1dfId/+&#10;+ldlz/O7NSCHFgPT2AMosSuVELShNbZBoEZZhmvnFMyqA0198ann5dCe1+Tuj94vH/vQZ9AToi9A&#10;vzB/YZ/s+uSvSzcYcv/v33wZf4Z7gbAhhltok48rVAWLcACXgqmcd9x5rdxx9/tkFT5HMpCPvKSS&#10;vl9xEl6lwH1zmq7zjYMcFmBkUQEE0RTSafTir+19RZ587Pvy4i9eUi9y9mwRPoPeM/QZXfh8Sy9b&#10;Kzfeci+Swj8kd37g4zIAG4aeQpTWGeKTaUnu7cW+3AOJ7a33f1g2rlgoq5bNd16BWAslWBY0CIQF&#10;jnSTKPASQIoDFYv3dgCRKLjeAOjZj3T2cOF8Z8AfO094MgFZl9W5/WONkl3JPo2AKnuvJsJR7IKo&#10;nD9bbiDmvUkTRnPoh3Xqyy+ZbNb9deyvu81879SbL1bwS3PlvX8dpZX8TBwolTAEc7Wo79m4X1t3&#10;n6xn8IWebaeW9oUwVfDFflDJ8y5KNCMmF2jnQ1TdUDNS3CEkBkKLBevqHa27tD6N/TDDrRn1gVNL&#10;jkLKqo49azAoeI1NHDcpENQ/07r/DTzLjySWJHBV37PuknQpY657ZqMhG9DRm9291kRl/lkp9dHN&#10;AElPhNLyLPZ7QugAP28f5liPbuimTvY+Q6GAfUrR2TBwybRkthXowwmAGM94CFVeD5h+S7dslcoI&#10;mPEnUO8cPgOv1HMyMV13akcCZ5HoXjWMPbHCgJCS8ybmZyGm0/AeopFiJLGrGyPNbNaAIlwVfIyG&#10;LMb366Ocm+EgxKN8Y1ijoi9dSrHz4xOXIZFGm9qCNq6FwD/DWAMV7nlOiK5elFaNUgMdOCgD3cdE&#10;87mqa7pxQuwxqZTYefYlXn2x02UnVM18s5DvslQ7HQbZFNAvUN5iFrr8Mg3aDPJgAYI6Mg6ZLorK&#10;8ZlxAHxvSAUoKymxA7iQK1avkFUrFsi6TdvhX7YIA2Djpz7NxvWzy4fzibuBo5YzgrieeI40N5Kt&#10;BUFg2pv1pv4vts2FQ+J7aXzzlhTWniFofAiG9Ym4+jCEjn2X1wApm87LenSzS30DYwXDOLGIxaXn&#10;BslDIJlfWVFNQR1lk5gs36OOTcbEkgZ/5OVaJjXAj5tYHUY6XVtzwdZeSX6IyTf7Jsyawjhjg5Jh&#10;yM+ZAACtTmYpIOQ7Y8fiC3ONjmkS8tmUSWmb/M7enuzRbNyY9v9YR11oPAj8dZXXyzU77pZJNCkn&#10;p8suybcwgs0t1CKyiGnc6Ykhnbb09Pa6Q4ENBzxWItXcV5VX22VRYNVEmZnj0SnIIbZJyTY0vdE2&#10;KDEnhNDlgk/aWHVeAgbgjxPBKcoxqphOwvtvsG8BJrqOTh6qJMCkadg2NB0iFMxFeW2d71qbSxnP&#10;dyjubUc6m+2suZlFPtTuJ/dPxneT8/Oq/v95nwt9fjuzq94GDXOHD5N8yiAILoKeYc+zPu0cCmk7&#10;B0vTnp/ml4JnRqwYaYuYndNefhY18Nxv9zasBNspRlbebgF3/m1sh4RcOycjtiUfNwnXuNQte05m&#10;XofPlWcS2bmk3W/9STYmkfB6qZG1F/jwJMFTvuYwpuP9zNjTZtYEUwecB35QJwpasUigPx49wUYA&#10;8J0Em2xo6ASYYgDDKvUmLy02iYEmy4JJQkZ6gTIml+kZUalBmwqUufPnL4Tv2FKwv5YAfECBCl+8&#10;amw94w5MDTCGKpAqToJtdw5skilIhWvwpqWMsAtyq35IYhctgC8zgLd++O9QesfaLSTgYLPGgl5N&#10;NJDnuXlqCImgeJ8GQBIm9PI5ZaL9AEzhCcRRYjWNRp5pvryhvQAnlixYhdfv0/fohUy3CB8+g6Zd&#10;LWJwlpIRwsGiY+ta9emxdSfzJdOLQ1AGmExOnVVQlPJLg+9R7hnEvTgjn77vXtn78i/lssVEcKuy&#10;7/URfD+EIUQc0lonQyKzRcNSYm08yXSconk8rvdqMGo2IO1zy9VXy+KVK1D7G9l03Q0I4VgiX/jS&#10;t2WGksOCW6Bkh3Uj8TWO647pHxmXpknmI/ScFXz3w2/MyMp1y3zlFMkxBD4sXrpUHvnBz2Qr5Hhr&#10;kZxJU+8ZfBe+rnp3AYAolsEqhEywWJ4n0UWfEWbWPda21faX9mzZC0xct9Iuc3c9IxsnANQ6Q2Yy&#10;rqahKdHBwE/p0OET8vWvfkV+sed5gKxI1sW5tWLpQrDyrpU73/8RNPOUkJc0mN3SigXgcQMspgj3&#10;ci9YfHuf+Xs8H8OyfdsG2Xjlr0AyOoB1SKk4/b9iOQu55ktPPS1DUDhVMKSvzzRk3qJBufn698jl&#10;O2/BfQBT8OQ5mT75hqw/cVCqI8elAPbZQJmeT0YHEBP1UJN2SdULS6EqYqbhAdW9bJkMXLNTem96&#10;HwC5BQAYjXpRxxgmc4AQ0eeJacFIwG2AwVs/fFBmXv2phPvAPpyu6HXQ1TlDvzRRKRoKX01RZXps&#10;HJNMALAAATm1DVulcOUuCVdfJQ0ysZiea4M5/PhyE442Vnf7SarpkrheHFprEy9OXljDMz+Dz/fC&#10;L16Qnz7+GMDYF7CfTGpa7RTuJfvPmnVSdSa/jlRm3DCGYSZ79smf/NH/IR/7rc/Izo3b5e5fuR+s&#10;5ZI89K1va6pyHdeSz9JDf/MlmSKJA9eEYE09LOsZSxZzwXsTLoA6ZwkYyMsWL5Sjx8/IvjePeoC0&#10;gIFGRR7+0rfkzNnT8t53v1/WrbgM+11RBksNueFd98nY6XPyyA9/KEPoA6ZBECAhoxchPYsHYrlq&#10;63q56dbbZPO1tyhz2ijoEZz3uUgYYg40ctezXCgqtFDFNXzlhRfkB9/9rryJsJfx8Ulcw4oLDiQh&#10;hQAwBxF4/mdOjMsbJ16UI88fkNd23STvvv/9cu2iJW5Y0aRiQO9PAC+yCj4sgtQ2XLlMgeGUBZ+w&#10;6oxzeY8iL0mMHFCkbD8N7YwUECKQ0QulX9eSxU5WmgY5utdjX1XDtVWJa+QCLGIfupEfaFuvFMqb&#10;h2Z+0DYtzGKPf8SpA1Ci+suUGwnQp4hd5IA7F8ltlbCSqAgTVQFlxUHJATeKBxibqqwCL6tN8II0&#10;8DTp0xJQL8kcSELiUs9q97N6DfUtnediYOKWktO9pvrYJom7OZWeDlqCxOc4AxSTtNw03NTT8pJB&#10;aZIVEHgwkQAiA1sM02qxB4RQZNo0eK/lXAgC7+vf6ijcOs1PgMZsLyEekASFkshCEqcCtH5QG6gs&#10;3KdvR26QK/ooA+jGHhDjVxeGWcsA/C3ePCNrkJA9dWJIxk/Bm/jIiIxMUapbUzsEhu5Y7Ds11iA+&#10;XIV4jFXA1Ae9GEcACEEkW4hr1oM9ssTBYOhxLJvYlsUKFMY2F+DqJbcu1NQRcIgtsPxy9nFuf+G/&#10;KRWd/J1AaRdwM742B8gFv7YbnmhG+W5gM2Wf8eQoBfsiTx8U/5DYnIF/XSdVTj8f5L010jXpHwCV&#10;jmKwiwOnhgSzOia4FRQ/M9gghydmZGj0OCaLx6UG0K8GcGQQ9Kc1azfKps3XYWoIgA+T1F6msimb&#10;r6GpRsajvbYTi6PF8ylHftWLTOCEaW2BBy5t7uHJGDFRmm4XJJTROJNCZlLYqIl1lIRCxBmSlYMU&#10;sg0lQaE5eVVz0ShOHxxevHqNkz+HUjupZlkXb6RsuVgNWWn+SqCmXC40mRxbHwVO8KyuB6A34lRv&#10;vYKL9LYJ6yFOjbz571Vi6yNoMgpt4FH/DAjMgjJcGlcSHpLVabFnw+VAsYRaqoUyr0bNb1iRC9sg&#10;KIW1QT8QU4gdC9P7ImrMhz68jn3Gz1qkFCVMNvBMFpqlMrpCPI4DRcZtU4fVvF5ms/RKNv40ECUF&#10;VlNHdA+Uek+CkFMDNA14qFdcdoOcHD4q3SeQIg35Eo/iVUtXKGAeyFGVNo8jeWvt5h40BVNucsJZ&#10;BR7gGs1cCyU3oegp68R1GpuM6V6Cq9OLDQOBH5jeSxdB8y71h+AmRv+fMAyaYAZll+K9TkK69Nr+&#10;X0gPiqDL190ACcgSlaB0d/c1Py8m73Nmc6Es9gJAvQtDeJo27nygRAuDzXYEEJolnJ1ZZfnNyrZL&#10;kltiYufyBbLnc/ppjVVNi5e5pEKtSI65NClShzAO2wkdsrMH/Nq5PP3eAtZnOwC81rZEGMwlmZ7j&#10;b2zqc9bsaGjt+ZmY9kIur5VmBmineNbMsrKlLJktTTkvmwmyNMp8QdNiR2mMvYhAjJabZs0FpFG/&#10;/aBzK+ae2YDYXJGRJdl2ev8kNZ17t0mZqOYiFqGdHcyznf36bC79dzY//o7ejReAQ5q8FYHJLFDc&#10;7yk5qupeXfVG0LMOUNrYx81MZNMib5bcDp4/G1vvlVp9BFm4zAykrceHjsmbbx6RM0OjkO6OyCSk&#10;ovVEDuWZfxycTthJZbBMFykrZB3Q7TzdAU4x4GFwXp8sWbpBC1kWtGMTZ3Xmx2RIsu4oqaFMdxLv&#10;MTM+ivdBGiWApTIAlR4w2vsXrMBrLEAQFgInEBxBxoH65tFrruCSdEkXrYFNMzEDYBLWGeN4PQuw&#10;jcEXPWDmFeE31h32q4qgAf+kGZjrs7ZgemUPCvxFTOuFNHceJGGUH3cBmCEDocA0RlyXLpUXumtJ&#10;GQ3rKqYAV2YoA56Eb9uUgonVakUHa2xIQ5+8XAb4qUbbeI1RyB93LBqS/o0hPKgrykBc1FeSkyNV&#10;nOusb8BsrDupkw57cZ2nweI/eRhATpnhDvfLzXfehc8/g7qxqt5+hFKZVvnTn0PiOQYmVRkeWQhy&#10;0FrZK3EYZFZXWZJoanINbAbKrSOw8GJ4AR89eExWrlmr3otnTh6Xw0ePyWr4KP75//0l+fSnP4rB&#10;5RYFN4pgfxUgn+7rWwTws9fJkoKM6mqbROz2PGeC6cxE9zJ7kwtb6nw8dSr4g1wS+Hl8NW0u0Maa&#10;9s2fLxVSTl3Ua1hGqvO5kUl56NsPyrPPPgk57QkliyzC4HYT+pUPPPAhWXfVVcpS0jCXACArAGB6&#10;qwXoNw689pq8+I/fgafba7IJjLo733WzdM9fpUEpBIcmwZ6aRtDFq0/+Ug4hCXYKDJNphNMUEbqw&#10;cesOuWLXLjwHC2Xm7JhEeC6Lp49KdOyQ9E8Ou0GzdaEBJFNYSsJjx+LVZ5FBcD14Zq7YLsvB5DPL&#10;NzuAnlJiXOsSG8mw5MTlVF8RQKO0DUnA0ZMPS/nckBR9Hc+00xJrccosSwWVsysbCUCh6a5r41xY&#10;sUbstpskuOZOMWieWZOw0XTWPc0MdhHpTNaw7WulU7hcHS/KEAoa1dMInwD+EIKDfviTn8pjj35f&#10;xnCfuG93QXJPr1BjC6oo4ndgYvIg0mIXDSCQZqomB2FPgAdbAauhNw7L5//Df5IX77pHfvtjv4bQ&#10;jvtl3dr18pU//5y8MXRawzgor+YeWCZDzrhGmv3ZPDCNNwFAv2LbFXLne++D7+JCNcNnYvibr+4F&#10;aPgdpDMfxLoINbjhie88Jruf2C0777hVPv7hTwDMW6SA/3s/81m5+vqd8rWvfEH2Hz2EMMolsn3H&#10;5Qhg+SDsBBYroEBlVcH4ntWYCxiAZiyuzM4hwADiFfnbv/uavPrKXmlAbtwgG5H+c6EPFMCPDIDZ&#10;3IuhBIGSKTCg+dxURifkxR89ikCTJ2XsM/9M7tlxl4Yi5W9pQHafDXRYMHP0gLJCbW54H3nrIQU1&#10;xLHPuD61fyXAXo+11yXDEBs2BhtIVoefeY2vrWEE/rvYSEE0BoAETJrmcAY9jg1Dz3KJ2iLS0hqv&#10;xUo8f16rc0G+1vSBDM0uBNax5LxBW2Kj5zzzCvo5nbLPgXSUelPqbhzv1WkLNE/AyVx5XtgmRUyQ&#10;K6hsSs5JeibrpcT5kA5NoI6d/39iDxb7UA7nDhKm4KX++3rDS2wDL/kMmp+65PU9SJZAhoG3kbKJ&#10;xLfgvodKdAkGhS5NObmvZCwrhkAGYdqSG/UHFO9j31xyN0v6XQips1ozYZBJVlNsJvYDm9AxMiMX&#10;fsHeOg6yrALrcZdAWZTEsLHGsI8FWOdBD/aVBcCdEHS0FL33Ggw6p0+eljMnzsrJI6MYJMLnD+v4&#10;jFpWOPIVGXZ0I+P7dHNPpoUCHqBePg/EdYhJ+BI98NeRZyjBuarmSHihiDgLBFp1RXU3eAlwjtAT&#10;ksm8qvTkz2GI59aZZ5+GRi0DbJJREcdeYcTU4oKuuexaerqgB/wLmkSji8OZmpqc5itueD09D5LQ&#10;IapJqqO3xHP0RqUtR/ArmEExhl/QSJ88cwRJbqekCpPnYaSP0WiUlOM+XJx1ywdl02WbZP6ytdIF&#10;w+Mi2HylAi9Wg0oPpYvTfCJpHoOkkLazgDWpXMt6JQ1er1xKC/C8bCYtWjybLs/6S0JAM9DTei+S&#10;hBJs0+RWm2PN2SbQIQO+SGXPkn4jyaeFKPAWOAmO0q+xAMU/mAoAMsqZiVKasAKkuFRqShUOTTKR&#10;cA9xaJ3EhUiw+OJMQbPYmVaT4htrbHpNk6K09Ym9HDROIsETkMX6NN8ENXdgnxd7u+lMsmZCT/dV&#10;Xb6f2qjZpg/m4EQjcmk9RN1nFOwzbnP0/oKRmhk72XgB5qZxrZZNX4Mg0+/7lMVEImg9/Zi/AmvO&#10;Z9TSxpxomlo0ARatxvh58MY9QGQ/kAnQ3T8fhfGo+jeQ9XcUhcfShV2Q9vYgWRom4wC4lTat9HUc&#10;hqagV5GFl8G0roDnpgTz7vGJEUh5lhCmBh0YDAEZVSaFLQUqVyrG7tBrZfel6Y74CR7Obx4/KWf2&#10;vyQzkGRdvul6NGfwzFiE6S+MzJVhqvTzyIOxiXzCNnmMvS3MvqagDptJM1t+1hrTxpwx54tHbWUr&#10;JTJPMxuLybankRnTlojbmblqsqlbPpJ4rh/Lddyzv0eT7nTW5qZV6jtHPvoFXDN5C2DuhSXXmvTJ&#10;nD0L9kLe16R7e1602XnY0+pN0xm3s53B4PPAjzYPABkzK+DX6snXlIEhzf50dlabKiOdSFrtBvLm&#10;0kD4t/F221lbM5m98W5ja0qzB2HLJjD7Mrmw1Grbpt8zbUC4yf07O9cWaDocIbPiGs1RwM7moKEe&#10;aNac5/bZOK14HRAap6C0CYIOwHL7PU6tLIK4KfDIyZBjHUwNA3g7iUC0k0MnZeg0pSxTKDgBlFUb&#10;qdchq+iYDTOTaNHwk73BRNooJmOjKEsWkyE3T+WoJ0dOgtmEqTbONHrdWoBw45DokslXQWM5OTqK&#10;8LVhMG+mVEbM8IsSitr+wQEkw4LFByksfzaiLyAVKgwEEcd4Y0Lm2fEhyI2HIPc9qwWtS8/Ezy5Y&#10;ol5VdQy4yBakPxrlkX0ADudBCtyP1NF+SGT7aQ+DoVcICasmBSvIZ5RBwlprilYplL0CLByGFJh+&#10;fzEa/WplUj0NWR+V6U/FdD5KKVBfEuwrwX93ABLI0SP7wNA6ImPDEwBvesijlEEAo+NnYU3iE4ED&#10;L5WNcX2AjEDaWUOtTM+zLg0quf2eeyAL/SDAnuOyCBF645OANihvQ1M7NnZOfgJwowYgYyGGeGWk&#10;vtZrk1qf0S9tAoymBQAcJieGtV47deyIrFi3HnYjK+RMHWAI/v7wvn2ybssmsBn7VZlz4ugRGezf&#10;Jv/ljz8nf/Av/5ns3HkDfAsXA0zs9X5XBQUULaTZBsPofC1lL4Chbzox+WYj5srF+OM2N+VtD5Q1&#10;s2yetmnvadTZSFrtX2qw5Xnix0/IV775TTl0YI+smL9IBIDyjh1XyIc+9SnZtmO7khm6cG9rAMUD&#10;rKOpyoh6PZ5+84Q89ejfy6n9T8rNt18Lee9nnYqlRPAZjD8CumgcX9v7ojz9g8cUZOvFAH94ZBxJ&#10;prfKle94v0wBOBw//obMq5yV0pv7pfLCEwizqOsjTJ8oPJpYC1bTPhMFX4Py1gbthKAeuelqGbz3&#10;1yVYulXqANMNGKX00gvVX5tBIZAn49kulOoAto1MPvYDqf7y+xIOAVTEs6jSMZrXF5hCCdYvW0s8&#10;J/S16uZrse7vBqDXt1IieP+Vrrxd/QlNGOtwn9JlSi91nQet1g4XA+Z2qCnIfEVfafDM0p7pO9/+&#10;tnz9wW/h2ZyGqT6eZbw35fU11OTdSIa2JtLgjQaCeXZsv1I+/ulPyWZ49R09PSz/5Y/+vYJwVewr&#10;dajsxkam5IcPf1e2wQ/vvVfuQBLvdvnor31SvoBQiuOoodnPVNG7djNlnGnfuJZdsAD4g9//50jD&#10;fSeeP3Xv0t6IowVeyw3bt8vvrN8on/vP/5fs27dfpcEx++wpK7v/Afcf+++9H/4YvOlX6x6w4sr1&#10;8pu/91l547WX5NZ77gf70+1JIfZCApzI11ZQh+8RhtIWeNNaL8S55FYd2mB9T0EK/qXPf15e2rsP&#10;+3xdwcuuAtln2MtBvFi7oVtuuu5WuRyee+XyoJwdOSM/euR78vKLryoYuOWKNfLej94nm1ZuB2BS&#10;UOAhX6twvReAglSHT8rU6eN4fVHLKhO7HjhSOwuHNQR5jRrlulw9JIJgAMVAg274PobABdgvRToQ&#10;KTgSCAkS9PJTWwjRoZBeEC9V1oDKpIdOlVmmORwwSECQpgItG17YOGc30hx+mCTV5l9PeXfW2Yap&#10;xDgXhKVrX0GpyHfqoiAOv7OeO+zHPMkqIbTE6ft6pp3NSWqTfjXx5FX2mrdlSoaLXmLsesJsMJJ4&#10;/3OvCxJ/4IR5F7fU5jmZsPGpxfqJyEIzzirCKRadrZnFM0EiCoE3vr8CngSHCqFn9sUZpcRfG8eY&#10;tLksg6Yop0zaG4Q5AqZTRBpfsMU2Sy1O2azJXVPfxsR/1urQrV53PpjdGCLWfdgICTdV4i0WIHcB&#10;Q0OQzvovq8kWWIw0cOa+/vph2ffsKTmEmmdU/f0g2y8Q6ItkHkJ+SlijNc+DDpQ9h89Vj1P2Zj2R&#10;1aaMT0mDU5JPG9O6g7hIwbGJG0g078E+0ogcJhP7gJaal7HTJq0ROzalrjXFbxrKJk7XnxKXohSv&#10;S5l9pF9y0wo90ptQr2kkrP+I4RjlspoxK21UH4iiShr4plUAFtMw0zw9dgKgBbxYUCQNw8SWxVlR&#10;D6NQPUR6MCW6css2WY8Us4WrL5Mu+JqUcbELgTMp5gViIVWr1735o70g4MHmqvREtuvkiw7pdVHf&#10;LV1UcsETplOcN7xurjnyhv9J+2ltcwavpKBjDoDMFSKK5hdM6ukVKaUzlGQ8kMh43XPqTTO5hHR1&#10;FNubZVKfcZ0aKHxJWyflXsG7QrG5HEqidb25phpSc+P0Ud8JwyJhebWa3if0aQKxLkrbs+x8rHfS&#10;kCfeBkzFquMAi1GV0NeDBYSa+nLCT1Nbfmbj05DS0Am3QXGCRoNg9erjEYpNhL5AJse2szn2Qmxt&#10;zjzUtGvmzPklf7PQRZscg/P+dUkqkJprYs0O0sjbTCogXh2r6ESDyVndQLWLpZUoUiq6IfLBpZkv&#10;wdEZPrBFUT+YEiZU3eVueBjBv69vORor/DtIi9A1qIeGjXuVsUnQudABmAwIGnrvFzZkyi44V5On&#10;dj8Puc5huXzzFbJly63Sr6bjA57OnQNsZ5m6ZoWEuUTtpmlx5ZvtNbMYi7xH2cWk65mcQ1cTkNsE&#10;AM7FzLsQ5pO9SPabvQBW36VKK81b1t2+3UDfRX36IOyAccSz+Dnaua+XMc3TQds81b6QS9wJhE4K&#10;E7WENbnVZcwFPwLtUlCTPzHaAL+5bon132cuJqCZgy37tv9fMnjxQRIpK85Kaqlg58DBTa5hMWki&#10;aBKW0dKfXwgwbC6QDZgbGs4GrF6aJN/MOfjgGuKZL+FFiBSTgj2lTtrcFNw2r4u2s81q6FfuJNe6&#10;rYKGahzsurMA3k5AwjuM9NgJqC+qdcdWq9OLTn22jKsFy86yZQB+fd39PQr2zRtYKEsg5yrA42sI&#10;yZIREIleDJMYEDCF1FZKrNicViEhneG0HEXzzDhM/tmwo1AdQPLo4Lx52kB39/Uq+KZBZWpUzaK1&#10;oKqGaYR1TMAwfgqy30l47TkPtVCWzF+uXnxM851mAAeAFDaAdAYaBLjXg0HbfMhPe3DeFbrce9DX&#10;mMM5y8m/hn/V1WOtBtZVBYDeOQCSlSkAewAQIgyrraokymoLUwqpRCj5AStvYQmpnvgzfL4pDLQP&#10;Hd4D8ABSYpTL/WDpT04yjMNJbPq6ijrMLc0HyFio4u9FvXurkWM8FLXZQsInwNctl6+XeBrAnAGj&#10;kIAgWEEzVICADfjd7/4Ew7wJXP9BpAmDDdazAMylXtyvKV+jFmTo7LgsBBuGTXU36uiRk0ex7tZh&#10;4LdUzp4GyAtwahisvsXLV8oYJNuUPp9GsuxqSIUf/PaPEARxP8DQAZUWU42i5vlszlmTnd+o4Dy2&#10;AbMDfUFSfrcM4uwFYO5m1o23U5CQae4TCmRBWvnFk8/Jgw99DcD3aZpYyqreebIZ1+T2T39Mrrv9&#10;HSAkDMJXm8EnFs8KPA8hUavi2p0AW/Ll3Y/J5KlXZNmK+XL9Rz8sC0FgoO9yI55USek4nq9D8MF7&#10;+WdPycSZk9gDUDsCFF+4fo3c+pFd+PcbZHp8Qgpn35CFb74u8enDEoBpO1AkO8ZojViDITcz2hiv&#10;W4id33hMRiJkxN1bt0rPVXdIzxW7ZBpkih4wQsv4c/qJuTCpSNOyWYP3QgJc3fOkjB54TuIjrwLE&#10;sxqAV0SSrsUvBnVQekoj+aIO+xFOh2eTSpX6sq1S3nq1RNt2ShEs3kmAgGT10l8yVO9tNJ+B8+cz&#10;SVObC+HqvM9GLfHmpsPY19VyZPqePHVC/uJP/0z27HlJ62ltgAFLlpRTUFCPK+bnkOG3a9e1cuOt&#10;75QtWy8XizU9iYdzwfLl8lv/4/8g3/xvX5Kn4ZGoATSoRbrxjH33G1+T7ZtBQMHzdfldu+R3Vy6R&#10;z3/ur2Uv5M1BV0PX6AT2BwYgfvATvwFZ/S4ArXVNz6aOO8KeV+7m9y9hT2kg4GKe/Pbv/a785LuP&#10;yFPPPiMHoWirgHHchcHES0+9Igf2/JGs2bIcoN8HZcuaHbJs3ZUIDNmIPamsPrYMbSRIQXZiRIJG&#10;YLxvXOGCziMO9hua2mkUfHnmZ0/ATmC/AjOBJAAE0n0XdsuvfvAOufW292HPXKlkEWXc4b03bL5M&#10;dv/jj+B9eE7ues/HZR72kSIGE0FsU1l/qh7BnlM/e05Gcb366Gsa5wTHORVFqKhOw6eMBnpfDfoW&#10;srFxEaUAlnhxsFc95TTEQtNbYx/IIBoKSbJCCcBvI3ADsKSeVP/UwLSDzN64W3EN4wgbJiXzZACX&#10;SVI8El/zpE6Okl439v/Of3EOcSif9Inl1svLTJJKHoTepsCpAK1PDlb7BS9hTxSAoV/7qTpOMm/j&#10;2IN9GUfA/TnPJu4nKfyR+O4pCB+mUt/MZ9+xwcIkPVYpuJHkixKbsMiChBXqr0cahik5HWXgHdaN&#10;l7N671UCaezlg8AHSeTqROOAPYag2hxukhV8uTAyydc82RoKUk/urB92VmlucKMMUq9KcB7KeM/I&#10;yZKLvu+13leWq2x+qaA/FwF3KCLnIEIojqWFyIJFmui7YtOQXHnylJxBcM/YaAVDOOyXMEyNxflT&#10;W39OkuDU8PJ0m7yPZ2M20umyzQU0Gr1Gbl3HDvSjlB57xAzOoWLo8hA4ZNX9zgQeLnLrrRj4Hp62&#10;E3zeIke0IgMyzoUcRpH3Pj0+OikTZ08iXnwUmz+vWtGFMRCMajhwpguFzdLFy3TySgPRKvXyKK6m&#10;IsgFAOowDec0aOBDABfiiaoi8DRrbCAwgL4rfb1FpBAtl00bN8nS1RukGxHyPfhzIpmRmhcSTIqd&#10;vFQfBJ+Y5jU26ncXZ8Cb9a4NsYY2ULtMgGvGXTQf7ewS5NzFImW7rkaaxgFWGgvtjAsDP/mOTaR0&#10;YmNcqhSNVKNClwvl8Gy7yFYU4KT5LT1OeJ6WALaUeBj6pFu96agiGDTBVyrZLhRssco2CZryBk7T&#10;3JJBFvDKiAvGy3IrePicOTdls4oFE1TXqHLceBTWChKiODU68ajpNI4BEZaAGj1HMP6bwmGPVGhM&#10;BVksdrvvon4uaoegkff63wQYC0HKPKnUnE+gLoqiOsDi39ScnJv6dOtTl9TMua5NAQNaCPSGPtmL&#10;n4OFMot+TsPL2LwDmrLWp/E9B3VTJJBbZgGNlLJaQdLEH009w/SxHKre4P9j7j3ANrvKcuFn7f22&#10;r7fpJZmZzGRSJiGFkISAQATpNYIgKKhYwSPi+fW/rNdR1KNHjx29fvFXESmCQGgmdIQklJAE0icz&#10;yfT2fTNf/7637b3++37W2u0tM5OA5/rx5GQyX3nfd++113qe+7kLrlnT+fvp9XTSBeMDJyhZ4d+3&#10;/WRj0OXIuaRk4xriuOAVFudsF01OEuhXkk5V/OMRuLWWpjam6cWpFlqvl+ro8WIVrIkByIgqaGBC&#10;+OU1jDPXHgTqP41p2jxkA2yaygTHcW1IdS7BXDnm9+LvysE8/EMnYAI9Ixu3tmQJnigtuw7Tg4fk&#10;eDwjA3XyFKqyCHmNQVVDqbvE3lA+dLR2TS+2rAWddJ4b6eKSle8+eApynTNyeuaYXLz96fAC2iMj&#10;2LxKaEDaPsBGE5SjxKsz7MGYsmdhUxVTvrKGOgFcztYaJz4acT7wKo2Ozxj2Hcm6edaAP4xi74ng&#10;6OaZF2ecl2T3gESslfRg7WTrmJzsyEqSQu0Pq8Jns/2rWWsLibz5KYs1QTGVJJ/eeg4TIzWmPyf5&#10;MSePNNLH07L3fe4F8J5tPTwJlM+vlThr6FIAOyiCex0BMQVvMmtzEhU3sIkTo+cg9GbvRV+2gqo6&#10;pW/7fyWyh4IXjfs6J84Kths/4CQrOqAtAZIR8exanwhmc3VmAnqJtYXEXZsPcvDbTGDyOFQ/QNn6&#10;gCGThVT0ki8bU4TXcym0CUhkjO+xenJHbW/5urGF5Bk3JIu9PDTIPQLuWVFgy6e+ukclTjNq2cik&#10;MV8ma/r02uoQMUhTam0usToNJkkEuabYDIrNQAKTY4Rq/ZCyfRIwskPW4wM+FJTzgUA2l9qbWoEY&#10;J8GNtRhOBsheRpdKZVxNEvrXVYY7DaPRljKNkstJOgN8NAgjyIVL2aJZvbU5nqy3nSiVJEk1sD6E&#10;I0hZBd7YJMd2ZaDaEphgc2ArHcGZtO9xsNDmZlC8rmBQi9oDdQXlcRywqXcMumb6XA1CmlZF/cYk&#10;xJGxtUgf3YoiuoIQjDMwsW4qoFYGK2kOPleBpgCiJoBh/sIi5aNn8H0AA8HMq6FWGEcKKN93VdNt&#10;Q33fKhvWIhmgAQrcuRgyu5AS2jLeHwI8cL4y6XAEbJPSYEkBu2XIaU/NwBYGHtAsAigfHAGgNzE5&#10;CeYcgD0wb2qsLzEELdN/j/IWYiWNFZWbLYBtT9+0RQA2rMsYaoU3IhxJs74pqf2Kk84FAPwiMKyG&#10;8buGyAJjUnALTe0TD8Az6ijSP2kQ3/Z+SUbr2RIKsEHUs/z7EkCZRdRDJQxLgUGgrqFEEkM+09DG&#10;XRsrHLv7Ht2PgI66HJ0+g1oB/oDtWMkRfO8Hnjgqt33281gObC1QX2Go2MQvq8F3UGVMYOdMjIaQ&#10;TzfwzyL8wzA0rCJkBZ/x2P79MrJhLYz1J/W54LWbg0/R1LrNen0WcX8eeGgfPP22ym//xm/J7/ze&#10;78o4PLfaGurl9lqCrKncy2Q+2bbnsLAzBMjk7G3ym27k/cNdfZ8907k5Te6cTc9im8nltTEOg/SZ&#10;sL655TdTwaJAgvpuhVqLL7YIFsfa8B08siifAjvs2/d+U6aR2FrBa20Ey/Ta66+VF7/2lbJmy8Wo&#10;b/HZUbNRaUIwKwD4tQQ27N333SPHwf7j7PZpT7tUNtz8Zq3T6x4kaMEz+RAkvfffcYecOHhAlhB4&#10;E8K3eQCBM5defZXsvuo6gYm5yhGj79wj1VMHxBw/IGXU1JFP2GgxBAp1JEE7fqRS5CX4JOGtWw+5&#10;7tWy/jmvhWfepLKhiIaMon62tuG8oso0jIe8DL9nee9esQ98SerfuRNKklldf+y3rEogXSpkEEJl&#10;MhiqXK1SqTl5GKVuF14i5StvkvJF1yizLvLnZJWedrjQpdCpc9ivlfV8D3NJ8znGuvY4YYFtxfsX&#10;+4A/As+U1dPPUmx2jvFrpcDtb2vWbZAX3vwCOfTwYzKD55D9GmtfEkboVbjxQoBnr3w1UnCvQdjO&#10;OmX4Bhrg59hjJE5ctPMi+aFbXir3Pv4Y2G7zLlwC4O2Jxw7Ih77wCXnrS34UKtIh2YnE5Hf8+q/K&#10;e//qr+S+Rx5TsFf3KVzPT976Cblg10Vy5cVPI+9PwbEK03FhM8DXq5QcIDe17QJ57dt+Tp7zqpfK&#10;x9/3r3L//Q+ov2cVeuzdu6bkGdddIRdvvEjJLm2qtTTIIPJXLEyfhVJQfLxWybYshRpdsIoLUw0d&#10;44lEmUbkrvMqXqcEf0GminLPvefb35IlsKq5R3F9jAC0q4KQ8Ga+v+ufqwEHBNGUzRtwTy0hcfcC&#10;+aHXvhV9Rgkg9xyGQ0hNRz/H/p8egJQbMvl0EvttGbYCS4cfgZUCw1PUsEB9xLi2CCoR3Ipa7pzT&#10;foMEI+u87sg+pY6vvAlg4sSQBiRxXVgNePQdnIaHYECz0tRePKZNl68HU3VQGBQZwTYL6cqn1ed7&#10;Cuti19L/y5hiznortQtSBltcUCoRKI95zyi5lNzvTsLp+LXAkdwogDMJE5DBGEGY7orOhy5QCSeD&#10;FpKQEE3yjR3MZm1HYFGp4p+PyHk5ag1gE62X9oAubDVRozmAM/Ay42zSaXQviHwPHXiyVGSNx6Yc&#10;puHkuZJZmyVAK0k5JIUR1GIQFvreBDSlLyj73UDfn828+JNaNa/qsrk4vSjxNQx8uIh/LePYc16K&#10;6G0g2gpYWG9FZzz4Fib9vXUSZ/WU1NsYKR4UcvMOslrakXecLVhI7SFAe0zUEJA1IUOT8D8FM3gX&#10;8I1V2AfMnT4jszgHjiLVt7ncUExjpRU5oC3yacv0r8Tf1Snt5b6HPzcpV7eO6AVSObwxnV2Z7qHM&#10;X8D+z9CfFvd8aXvhQVC0rUo0REnwWuTwWueR6hijoQcJeS25rzBtWHGdw0un5SSMYjk9jYGuu+sf&#10;aoNDQK+FQmIYF2Zx06yMTUzqpHQezL35hYOygtCNRp03vwxz0bpObiP8nYZkELUsUV5aB5vvcmzE&#10;F8nYesg+UJA5IK6cItGSK7jz8iDblcBoi5Oggm9NRsN1EdVOk65gnerYPahjc2af3oxX5a6a7Syp&#10;Tl7loXHkpTPZi3jg3zUk4hoASk6abaMmyZQ/8PfTPyUKJWWtaeJsjr3CRUfvl4iIjdKYI4/6Onac&#10;S6IM1AxbpTx5gyHPrONNLTHVxgd+8DUIvtEEuMTNoBSlpp7qvRL5ZsybgMY6vXB+evo1/zBoShmb&#10;uSDyz2fkC01vtE1DzgQQs3Fa+Bk/qSDlnocN/RPLsVueRKaThe6MUKMc+ymXnpl6MxTp6CqhFmdA&#10;qsCw+j64h8XGJU0BClIg2PZOf+2gvXd5i5lOcCF5tOJcY+aPCD8B4eZMsLcMEPU0Ug1NaRBAW6ym&#10;3wH8Tc5AdhQwbIMgJadfekq0Uqk3N6Iyio3l+eN47NAAAEBvVODbp5zrBnxevNffYCn1Q7G5qTiv&#10;Z9u3z2r2Sf9Hbh7038Hrwb5Hvn7Pfjk1vSLXteZlh1yvz2AVvjyB/yXKKLUlPTjOl/lV/Lo9P2Or&#10;zp/Ie2vlyJT9Mg1sHqQ1po9YtyidtX2Ym73ltaYvjy8DG+z5kxnkHHK9pDAw5vsdn/B/OIjkSeh8&#10;z/s9dfA1baEq6HPnpcPfL6/VPJ8khbOYGnZIaK09PxtGU/CGs+dPiDVP8X536ETT10z2sjgviM4l&#10;YRvbhx5nO3z2zFkSMDN3zM6v28xotYdUq4PVYeV7dRNMWYIJmGfPYrBpPaBffGnb+yaZfoErJu8B&#10;3r2jqI1HnH4+2zEQiKO44MHXvRuZwmDBJubBhTVpdZJu83Qa/0f65i0AkJtHvXcMbK5jYHiV1Pe3&#10;pd50rWZdv6+hBtAlZXgMo9YbAkuOabVTazeh2b4QDPQ5AHjTyvZbs34tfjaCdHRe5SwcItEfvAHP&#10;sTpYHm3IeCn9oUVLCNCwVBlUYE4N2RstV2exyK06JkAdteMqmIFDYOKUoOVtI+a0BuBhamyz+nDN&#10;AOA7efSIGvNrVYYmiaw9pgRPwpOPcuAQgEEFZ6+jQjmPsyUwDFcQoBDrMBKDajDjGE7SxGelKmIY&#10;jXqbRv56jxxzxHAQVoo96DcgY7IgJx/+gkwNAEA7vqhSoJpRZ3qkADcBZFbwGm2VMmqWAT3MvFff&#10;2EgZDLIGGI1lBUHXTjJcoKKF+eoMpM5AcCjj+dO//HP5mZ9/FRp5NOkYErOWHAHL//bbvog6u64M&#10;yIB1GD736ZMnZMvAdvVojkOygEJ4kw0hCABMSKhsaqgp1oAlY8AgnAWAODICxuM6AiCQFiOZtI33&#10;vQHszCbq/gHco6OQ9A4M1eQ3f/W35E/+7I9QH1TxHmMFdQLTyg1jTJclhj3rA2uLJPeeAzJb/LrN&#10;s1aLexVrGwUIvBeUNoPerD0d5BKxZ3JyiZ9hSfcC0BZwq1Cb4f5/9XNfQfDGPyLQDAAsQI8xgGsv&#10;/8HnyQ8ibXQ9AKPZMyccaEb/MAxZ22pF05Avf+zj8vA9n5ad64eQjvpDYEVtVHUOgdkQbKYqnr0T&#10;j+yVe8DiewTADqLXIK+OsS7H5frX/KhcCqno4gwAbDD8RgFUn7nnSzIA38kSB9ct1sioBttOxcES&#10;fWAYgDGewzbuQ3sFdd46GMA/78el9pxbUPu3tfblQ8zwGALGTQzXuUbiJdT/MJManjsppz/5fmnu&#10;/ZZMYf02GqFuQwODBInQn1nnrRUhLAK0BKGvUBXPaYD1NL91j2wE8NXcfKGuaQJ5bTwnQaN+1qFh&#10;P8Yz71uKwfi6nrIzbBmOAMAQu2bcabXtBhW4x/T3bGF/eBak7qf2PyYfu/1zqiYz2NfooUhwYmLH&#10;ZrnxRS8H8AQ5KG1zgpr2sNyU2EcFAF/u/cZ35S//8t3YA1ZVJsuhN/1D58GePAo5dkm9zEJNTp/a&#10;skXe8o5fkff8+Z/JQ/ufUM9OWi+tHD8j//D375af/bVfkyuQPE5rohEM4lvKcAy66o3JDZvkrf/t&#10;bXL66BPy5S9/Xq65/nrZefm1OjgkGFdFonm73T7PEsoBO9jonF857aDwYitIFKV9Fv3wa0g0L3NP&#10;g29+BaqhGfgIxqt1p8rikaBsNCRK79khT7vqmSonnQfje6jqQN5lkFCq2PNnZrDXzy7LfQ98W+65&#10;9145iRToiL6u+N4A31sC0HfDs2+S591wg6zH8MGSGFRlMBCIIDb02aGe0GGcRJWDFYLnBIgClUjX&#10;tU+JARyGarUwIN55KiNaxD7EQH3gnNKw+6A1BVavycsmgh4hlPnBe3LeJsm7NmEe2IINQGKl4Xz0&#10;rLIPncd8mHm+5wci3DKxbxg/TNbSR4EYF7wpGigaegWJwy10gBHbAtkgWVCuX89kqy6woe2AsYTd&#10;b3O+7Nb7IxIAUsm0691TmaeSLNvqdUdmWMmnFDtg0F/zglIj50Cd1Bax93TTPTjIahNfC8X5WtB0&#10;hyTZvP9qIdjJ+FLW5MJEnPVYrGuhlU7YE8KWS0N2rMZW5K95HHlrN1cv0LZBh0B+lqrXPc6pE02Q&#10;Yy36BF2+pWpVrSxG4fU7iETqsa0Xgil8FO36AuqfukyfZF00i7N1Fc9PpOrFJg1f2Z/jNVZwPpxe&#10;dfLzFZy3gxzWATOoxM7Trxwk+QgExiNNHje+32lrgIfDNEJJniUfPOPmK8oEJEg8iHO+3mwpVsJQ&#10;D116HtQszc8tY/p0GBvekvq+qW44cOANgR1ejAXIDg4cPi41+O8RwKuj2FrCPwSYAiCg/BGlITZ8&#10;A8tpA4xeRtdUZDuYfLsu2aNGiCVILNy0zf1+pZSSrpskznQ0WKZvgl++4k7YO95U0k8D3eHvQMsk&#10;ZKETNEiYgokfoMlJdN1nj9K03mS6z4XGaRtBJz5AfNjpqyKqocbG5fXp9BZo+SLeJR379F1Jko9j&#10;5/dArT8fZIZspE0rUevQo7Whf+BcA2N9uq1KnlHotU0pbdISUI+acb6WPrBqUukeKCLGQeB1+gQI&#10;ecCEkQdAI59kYz3t19NRJfCsFH9NEsPJyAWARFyY6kkRqT8fr10Ti20VB/EACsaK8T/v/eZirpNy&#10;lJmN5u6Dv3FeJu5NNqUjMMVmuv4odgm/BFYV9EyMTM/p9WT6SgStzUPNUgD48oNpBVjJqkMTUgX4&#10;OEj/PfiHONYPvPzwOVbw0M9BvqTgnqS+ri6xmnB4EClbcQAP6Ozjs1rk8fetVuCzF6szsSyB8WlR&#10;oA6Nt13UvM17Zfi0IeNou5QmtXXKFGYMJoa94DbvPTiN4vYOlVpst9ei+A/0dXViTXsDE553j90X&#10;CDT2SWfpmU4WSwG0KKRSpJLznhVhpwDU2t5BFk9FgdQZEGH6wIO2hx9fjsF21iTZ739e6n/J7/z+&#10;6HhNjvWYsLWL7LFuEzfbV8KcAlBWciyP3p/e2px1s5Fuvagxhf7SpLMef6ryn45k9UyT2wlg2fMK&#10;OTG9UG4pMlvt+Tydtjtl2UhH49wBtmWfteg5aPNpaHp+9kjO7aeuNknSe/JH4/kK9nzSRP4LAG77&#10;lOX06b0psCRt175njPdL8UshYwkmv6epe30/KDWVnheIsHnvy1hZlCZdtznzrhxz1/1VtoZ1yMeE&#10;TjDJFzD5mQH4dBRyuFKJE9+ak75x/0eTTx8ryvjInisDBKvCeJ/2LZPw5QtQKxx+/BGwGRDSAYYf&#10;jd0XF5dU6VFFQ8m30YSqYBUJiQszMwhog+y2ZRU8oNSNRXcLTXhMWxfUjEP43RzategTyPRH2jTr&#10;74JMFSmyQ/iFm8GEYkN+Gn5/SzMu2IMqhxGy96B0qIBtODg+oqyaocERVT/oZ26uKojZBDDRQLNV&#10;Z1JgrFozBHrUnZcQgJ+RilvbTTS39ZVllQIPovGm1I5sEzZpg/ECwLtZSHj2QW4JNj6GZ2xTl5YB&#10;GrYcK29ipKLDUg6xed0H8XnPQOpTB5DJmXZ9te088FCrDcD3bKRKu5JIpmfRcCN9tYqmvAVw77Jt&#10;a9BwDymjq0FfQoCdSzjPj5045YLXGMKBhp7m+Hygjh86AEnuFuB8ZV1IZVzPUfjxLcATbgXhXusB&#10;gIIuhnuE5Fd4+W7YcbGMrBnHtQAIhZATyh/J9G8C+G0DKDp+7LDWf3/8h38gv/GuPwQIEam0Lp+a&#10;ansR2e25phfSDfIbcx7Pfsc+64fkxrPJkt8TUo3k5XGsbRk8QN/CJgBeypsZglY/PS9fuvPL8qnb&#10;bpWDh/bpGp/Autm+db08/+Y3yNOf9xyoc7AWcINHhte6ATj+b/rIPnkcycqH996Je1ORl7zsubIG&#10;wSaVMhJuKc8mCw9S9f1ILH3sW9+Q/Q/dj5ktamKAF+ObLpQrL3uabN11JRJWS3Lm4X1SmTki5rHv&#10;YAg7LaNUveD9NgAWhEyOZO0euOE8sDypc52i9jNb1knl8qfL0JU3S23jTkLyooGlDMSg/Q0BXyXE&#10;oGEnSxVMweYDd0rzkW/ICF6PTK4206BBLwrRZHL9BpUIxIAWJO+4dlAwqc3McFUa266W4PIfkHGs&#10;lWX4UQsBOMi4WecPg7G4Yiodt86cFegreDezcWbyL+rUYYDYPBcopXfAbaDkANtDicHBA398APes&#10;gVr6uT+CAJKxcbntY58Ak3UJ8vZVHSLce9e98q6/+AN56xt+QrasndABhyFYimu1H9f+i5/7rHzl&#10;jq+AmXMaA4UBTVmtYe8K7CoCNobkBiRTh+hNaJ/TBoBKhtowAPKffPsvyofgd3cnWJhBg6q2hpx+&#10;7Lj8P+/6fXnFG94gL7juWXjWsQ6rYWoHlUgXk6UbIoRlautu+eG37FbGYaSBSSVlBjYAPFIea8+h&#10;2BAPnAU6lGk5U39cmO889Jj852dulUenT8pNz3++vPp5N2sQT602oIDQCNbtJbsvlW/ed7/MYW8c&#10;rDip8el9x+XB/Y/IDXuuwf4/QLQY7L2Tsv+xh+Uh/M5H9z6MMKQZWQHA14YfONVsfL7KACnL2Idh&#10;DC5zCCNZf+PlUsIeZ0tOUksvt1jtB8LM/y4IPPgk+mxRnt5arWsPTcVYOAX7gaFBZcfb/MDKAzax&#10;JjJHDrUJQ58yml9/ucRdYzOXZ+M9+np6QndM77RfNl7G6wG3OBc6lgBcxitzyJgqlwoM5CAN7/QK&#10;nMiBmslqUHZrWErDIBWjSFnSccaAy1sZJExmjyWon63N4sYkZfSZnOzWJwqXkhAOz5arOK98VQZ4&#10;coyGXcTOZ49qKKtEKWeDlvbhKaM6CRDxKcC+5lZZdiKd9q+fXC9rczVLEqdqYr8mbCbpSmrVBIjN&#10;z4A9gSf0f449UczEJs0ncNfEkwRSX8bAeyvqwvNKnIQp6J4nm1iZGZtbDZmKbECtDNxgIOL9A+Nv&#10;FOzcYYT0NBuwzsB124znowEvzgWcMycPnpKTSPc9OQcW/XKkWOgS9xTsnQ2c6XThJGbRKOEfDDVr&#10;qZdkQnBwStAy6iEy+0oqV3TPBcHAWBnVTtmqXp7EgkKH2y2hviGLseRB5LJnqCrYt4IHjz4udOUI&#10;6ctXClyEdMkx1PgBuRh4sNXhLcEXJyrfUKNJTkDxBlh74O9amIZFKPi2rBmUqy69RNZvukTGQL0e&#10;nZzCNGlIF3Pg01icYWScIqrugXTAnfEPjHtmfLqOcVrkFHEVkzNGzznYeN14old3IJ91F42y4chF&#10;CSeyKH0/ualAmKYSx84HplJMMeXGE0VNl5Kt6S+gEzNcI2zpz7UYN47D0cVLR8401P8sJ5I6jdOi&#10;xPm+BdVQEsUEi9HIuutvxNG0kweSUofI0wq58UWmqVRTerSpvDDwwAJDOlCoO7Cv7bDO2G1akU28&#10;llwoiEpnrQPoCBRRtlNhMUAJ9mrTv2dR6noaZGLc9VHjbBS0NRhNh0zjCqxS6X0shxYhbZWHltKf&#10;SRqjyKc8K+Myktz9t96rMNTChetLAUYxqUyDkzCi+vy5RVLBcb2pbC3TMDsIc5HeUpB89AarisBx&#10;tlnk8xvdgRH4z2WdKk0StS/9e8oVeHmMoGjQmruur7m6fFqGq+N4TpxRLV+S1HhO/1hlN+muzOuK&#10;g3N4fFQOLNCzogqQFP4tgxtdEiHP0yqevXk0HGsoDxJlVKoZsE8C1OeRNHgmLNIQHU2LTn9Cl+Rj&#10;3UxH3+zRQ6vy2YUv4Nk8KBfvvAkpwZdjCjjqPpBpuslMIo9JwnHC4DwBHNvFWrM9w/RMFyvQmG46&#10;Uz6lL70nBcCvd8OQl9/1g0hMDggsOsQUgURr+uF+thANfzaYzXQ0N7Z/TuH3Tpo7C/D6fZHhPkV3&#10;wbyqy/r90Oafz2QKaUxHAxF7SWyRVVsQdxc8mPMmxtlnNh3hGfkwD5MDk6UH41fDf0xOItbR+Nq0&#10;sO/NaBHTC4g2hftjC/EjHfx2Y5/UEulinlqTV9f3Db6wPRItUw8909tY0KZAdo93YLo/TeJl211o&#10;5xfI+WHFPY3fO+YA1poO1r/0pN6ZjufV2h5MvpRp2iF1NgU7nYRIkPs4fupuG1r8x/6/z+6Ranqm&#10;jOpQNJGpJxLKwIGpyUdT35zEDoFAFooLnguLaLLnwOJ64uhBNMdLytobHmaI1JwOeVuUe5RYD2FQ&#10;BXYF02qZakef5jNIDV2aR4M+CvNq+PWRLbOKonJycgKAUM0lxKFeWITsdmn2tLQgC67i/BodH9Sa&#10;JzGS1mk86xesqcZiU1l4TOAdGBpSwK/BRhQN36ZNF+uA6hRAriUkzNeZdI+agZPqGt4bv2cI7688&#10;yD9jYAUQoI06prHiwEC+HkEestgo52ygJmUdUkVDXQEjZhlnLBUolA5qy8JmvFxxBTKNsiGx3YAE&#10;z/oSXv/YE2jGwZZb5XjOAXqRSm/xk6ttlauVkILabDuf6QGwjBabTgpNIKg2ANN6AAEDkFvuuAyh&#10;D9VN8qW7HpZZGNk/fhSgJkz8Whimv+pVz0Oj/gpZwMA8BqjSAMOfBfzXvnqvHAZQV6sOOhsVGXHN&#10;inX10uwMfLEBxlK2yVq3Co/FtVOTUN4syDSA1wlIU8dYs7ZOyeP33yNbdlwoo1DohLheszMnYK8C&#10;TyJINWfg78f7/NjCfm00/vpP/0h+6dd+FQ02UyRLuXRV24Xd2fyza3rtR/YsoUT5POmOoKWukYdb&#10;37FnbfB5qGAdsM0l2EoQIfAPF3vAdlyRo08cl3/7wPvkuw/fIxHu1wjW6wVr18qzwUZ68S2vglpp&#10;jTI+yXWqaS0tCIM5IaeeOCL77v5PEBj2ykbIGV/40pux/jeqtU0L9RwD2hYg5Xr4rvvk/q/fIU14&#10;svFdDqHX2X39lbIB/c+6Dduh2ECYx4mDEh99WMpgT5Zo5cL+p+FrYGXUWB3ihj7DnQ94NIli8oKd&#10;MnDl86RyxY2oB0fgpdfUsI4SJLcBehCazAO3AfMEVShSfqNHHpDWw3dK+Mi38Ew0lS0YALwuqT8h&#10;wKRwWb3POGoOwHQr0+8HtjHx5gsk2HWdVK+4XsI1G1XqDnRKG2vLdQXglMDBCobZpgOMM6aHNUon&#10;0CeZ/VIV+04V3aZr1o1K/46enJY7AcRee+N1smPDlq6fZ3/T5GCdsl30PJNYvy98zatlO5KR3/Mn&#10;fyLL2Cdoi4QmVR78/Nfl9/c+Ku/4778tU+Mb5Ztf/Zzc+rGPQKp90rFk8CwMEuhj+jJBUgwbRsZr&#10;8voffaW88AUvwzVDPY8mnL0i7avqKLinkJD71l/5RRn/u3+Su771TbCbF1VWWkdq54f/+m9l4ccW&#10;5VUveCVCiVZwPyod9R9TitG3kIAROJsAEmTUFopBRQSLW9E5bW8ylmPkUo/x58cfelA+9v5/lccO&#10;HAFwBikh7s1tB/9FmmAYvfZHfkQVVkPoBbm+nv2iF8l9kJ/f99BDGhhE//C56WX5+//1v+RrV1yD&#10;IciqnDp1WmbB3luhKouppexzY6eOIxFEZbkx/fJcPzSC8+ONP/IqVRHBnEp7kxXIbIc44Ui8d5U5&#10;5cgdZPUFHryIyXIiYEgvdww4BhHIwZ9Ria84FijPFVUbqYS27fuRigPJUtAosawxudrGZIGOfR12&#10;rCe5ZCCUAnF+aKcyVCZt533SA8/+JhhGcAXnEdNmvU9IBrrpc433izPGxk3nX6g+6Z744lC/nEef&#10;D2pQBmPGYM7Eiv7cD3KhGtrnJozBKB3WOkl9LqOCYCRlw15LHHh7EcWPEhAwdv6+cex9CNvthHKU&#10;4W0+SdcRalxuQ8LadDYhkWM5Np09AWtlDgIlsUrz1zzZuyU0OazG+sDPrKiy3tsvZTRak5KUlM3H&#10;6+57Bg058bLgtmfqEeTMknzzAkFfwxXCzmwGmtruYRTPFQ5FldzFgZ5xwWnhwBr06IOMRne2cmTx&#10;Yo3vuAbDQ+wRs9PTcgz2APuOzMjjM0tydGFVFnB2xD6whsBqGHtJsnokO2m3WlCoSYEiuz7g1Vm0&#10;lKuODZyEdvAZSTxNeaXLaXCrV0Pm9pVSBQXQMCR94/RfwwcYqDpdtBaJ9JQTl/pBBzrxJtM8SCs4&#10;RFoo+FoKfrmUV4PkqQs2Dcl1l10hW3fegE+OtLTKkAIxkZcXKjDll5H6r3mZba/o8JRBkE+W6UzV&#10;60xMDawU0sn9huCCCRxko5HF7ThjgXkteTIZTHy/+FmDOO5wDvMXkGgTpR6ekmsCxy4kmOck8qFL&#10;qvH0kERCnCDQak7KKXrFM/eMS8WhpJ4TDA3VDZM0G5N6mUnsqJ6UGRBdoqeLURDMy2y9wSeLtLDa&#10;ThdwpvbO5Eqxlys7+qhT7ZcrJf1aY8kVwa2WO6hKJcdidPcQ6wNg38oqJaaYqjPNK3BATgqK+ils&#10;HORJM0Eh/MLFa8c5k/akSUm+5hiH1l8D/hB18U2CkbhGywD7Ym0SXOJUMSE57hSDdzSV9iytckcC&#10;r2RMlWQ4wb2CS6OlqVB4yJDEy0n+cHVAJTnjo6Og+DadrNsDbpXApTBTMht7jT19DquQAPHd0r+o&#10;1V7A8zipVjT0GKEvRKPBqZb3HLDFdt4xREUj7BnJ3cQ1IXArHmgNS0aLPrqWkM0xO1eRu+9/HBMA&#10;godVWY9J8dAI2REDOnE8HxmvTr0C86SSX7t+tpC6aYtsuK5blp/09ees5f/WdjHDzi3ZtFJs/BOC&#10;oTlP6lxmKGueHOvu+0LB6wPyGPv/E3ZfrhHoQGlMl2iyKDXtTvOz+faw6/dnIUNnv7C2AwTrh1YW&#10;8z7MU4JmTR7oS8FFe54xEOeZVGGLKR0m/3pnBYo7PtVZFM2x7Qi46BcbbJ9cEE3ne7BPFeS2/cK7&#10;zdkdRFN8LWGXfG9PTf4kcbcl6qNO6BEWYzq8ShUkDbqtDNwB4FgGqSeml6Z4sJaeywTm5gFGnJo5&#10;g0CNk+q5V0ETT8Yd/ZEZnKWerWg8ByGJZSAFJ8cRzpLlVTDA4bU3hDC1yuCwTM+flgkAbMOQXA1i&#10;ss100gX87lkwQto47ywksvRrJiASDCisoAOnAIU/gb8mmrwG6sSp9VOyfvNW9RU+BdCJ9kabt24F&#10;qDUpJ07DS3D6hJw5dkQHfmyGx8YGFOwbALhDT7FIQU2cmWDa0IdoGT6Blh5lNQR/wEPqNN7nAnyo&#10;BwFqrJvYpGfbaQBj0ydOoMBuaI3Hqbeywtg84OcJeq6dgN+fnZb6iRlYX8zAe88iLAET+Tqm5isN&#10;SXIFyMKamqJ/tVXrlLb3zuK9Wpj3AXOQ3I4hMGMR9fHYlsvk4196RKZnHkESMvy0Khz2lsFaXJRL&#10;tm+WsaENMjsPEBVDwHLLqBw6rjdl//6DWpPx3K8EvC81rfU4CqY3ZBN/XgF4G6MOo2zV4rUoxxtA&#10;TbaIa338+EnIhhGEh8Z8Alfh6BPH5NI9T9MmIUKA3smDkO/uGkJy8AQA0KacWTwF/+Cj8sWvfAky&#10;4HF501vfijK37etE6RrS2Schuy+er71Z7an0vnCG5YOYjPYjTHOmV9t9d38DLMtVhAnslo2bNoGF&#10;tIBrW5GTx+ty+8dvlU9/9qPoP/Cz8A9fi3rnFS++WW585StkCMnFlh6OaGtWV8mMqKhH47HDh+WL&#10;n3gfJIz75Pprr0IK749CUj6oio15WBaFbKwBHt//H3fKHbd/Ggw81FyqZrGy7Zor5MYXv1Sqay+Q&#10;+oEnpIl/2nvvlqnjjzvfKjZ1HOyDVWcG6NFkvD1NoLUa5Y8R6/6NEzL8hl+W8m70UHiPmvYKKXWp&#10;TGB4GcxBAOAYJFdqVdfgPfaALH/yn+DJBEBxOHD2Q3iblch5iZfxsxU+R2YEUkkackNKDEnaCoNm&#10;KON84ZtQxtcU2CrRsh7riInbsZoxReofVWLNFpkOKd75n1O8Z5RfRgkDU9NV2/KZz94uH/nwB+Xw&#10;4QPy6+t+PQf25dhseE6b1gXfLQPUoq/fEG7W1ZdeJD/+Uz8p//hnfwXwtK31dAXvbxrN9R+96w9w&#10;rRsAsE5pTUwvrAHWuFHk/d6dHdDoUEne8LqXy80vfzNq9RE8wwjBwT6yQnYwg3lwvwfQYFs7IK/5&#10;mTfLOMD5T/zHf0A2h72jGasU8vYPfgjPbV1e98LX4Ip2elVS2NPS4QP3UFoQUPrtSBjsF51SIB2s&#10;naOUZg/bQJ0fYu1fvOtiuf6yy+XYgYNyHMnDTE6GO6p85sMflTmEw7zpDT8GsA8sPt2rJuQ1r71F&#10;5v/qhHwXeyBTgysAKeanF+QbkEQ3SZggxBCWFKQheYB7bB19Pfu7Clcw1gRJTuPjVdk4OSbPefq1&#10;OAtqigNwXVRwnZoe80pTXpXQEev54jwBIw2VpL0DwUiCoyGuSwAEMfQS3Cin9grESY6dR5sDqLzi&#10;tUewixTsllI7gBwrLZFG2tw/CaAWe7lt4JNre9UwiZSXYJOGPbEnTgbNJkm+dfJaMmWUHaeAeXZ6&#10;x3E2aNZ1aJLrlXmS5m2GlHuV+Nb5r7P/ZF9OXMWkYI8DvELvb6elWhj6/tk6f1cvQ7bel9ABm5Hm&#10;DNgyxzoucIfqvJaXlvO51c8bZ4PfhH1pEx+9BIRk0BfXu/fbd+nc7rMpiSkJrfBBkS6JN/HGz5M4&#10;fEJvki7sPRcTlpoCj7EPDfEJwep7HLmEYDcYTdZRkKk302TjXPGaqCOUPWkLzyF/rKkxHn7PQq9P&#10;pjSzBVq4/iH2YGNpX1LS/j2mynNgVAO01k5tkLXbd8ouqBxXEf40g2TuAwhFmz61gsCeuozTe9I9&#10;Gi7YA7hA4FWWHLKKx2XUV1KzCkJvQefCR8jebaL24LnVjpKw0liHAYqRqC9/Kf2cpREWBdD5xziF&#10;nOQSHwKv3vCJO1xUyojTRBynf2YBSXIq5QAtpqZhU50aLcvVl2xB8ueVSP/aLuNI/KKPGkMMgsRc&#10;0YReb+xuWJRQMb0XgQJORtI3ndNQeYZe6JkUCVvPyUzhUKwTIpvozAMngbH+gGWQhE2bEy4yHGKh&#10;C0tmyloc1vXQ1odBLzIOXUyxmNJWi2MtnGIGW2ArLccuqcgAZKrwgFZdq9Ep8iq8V4YwkSXbcUBl&#10;N5iONNwkuxUT9V5VU9Mgp04I+b5DN4EPldpNjX+oh4t+BqJ/xjgGHr63jkUV4vVKKLxjpt7h7yP9&#10;7IEL4BAHCHEKUyErz9l3OvSXB1clUI+BKFrSh8+qb2BLD2GGdIjKUHGgcAq24tgIbAbo/WC9RJsJ&#10;QFHgTVObbsHGuuBjZfcpUKXegzreVraAeiGYQJmABJjbKK7KXn6aMCZ1qtMuuWhw3O86PUi84Xtb&#10;QWXjmwettvF5rBoZz4JCOzaM9xi6JoBvKGd/6qTI4hOYjBHTNTm2BdaGazwjp8PyNGDdEBP2haYg&#10;tbUUor8J5qwoRNbBGHudnEDK3bqJQVkpWfVxOTEzjYMM73PV+QvU8RkHULxTo28oacLzMYSGqR6W&#10;9HlogIUxPbhBtsC3qLm8KCOlDXJw9ZSM4TBvRYMOALWJl4KXP/AjY6OZWYDf3/yyl81ZBeFVjhRo&#10;CrlKwy2ebRB0Ycp9BA3G10R9ls1OBa4przKhC+uIk9AEm2cZFUG75Fp0/3dxotb5vcUEAOlwzpCi&#10;rNdnEtgOw+cC7dtL+AN/KGRk8Vwj3Mmry5MRTK8U2LyiOMyCXs5X0mzzQGZvepLtciewPSwQA+kv&#10;Su3vmWML0EA3y7WX5D3Ppnyy6aRdjKfE4zR/zf2PxFGcY9NKGtCRhiFh14qN6WKdmU4QJAFnkqQ3&#10;ZbxkbOhkUGRz4EhG4jbp+CgBqKwU067dXIrnVqR7JMMHdIpq3DRQvULps2l7OAiaXNCKyQDMQkFv&#10;uxmfKSMx8ZuMc0u2gw0ocVqnuP2gl4QuoZHFuZAL2ymotf0BM5vz+zM5eo613cEn1r1HBfQ9I7ft&#10;P4LJyZps4l9oOxPvTc6EOLt+CbPf5qTGNi16TZr4lkfou+TGJmP1dsuOE4se44ZPCVszj1n68BGy&#10;F5KJOKuiNJXY+NASExQfYG1QjLJyjM0N5DqeW+MNu/Nes5FNfp8DhkN/fThp1qTdZI1JBvzxLx3j&#10;J1QF5uzsNOQjooO5o0cOA4iCNxOGS+XBcbDABtUvi69TQt2jhSHO2LbupQCNUCsQYCOw18T7aMCf&#10;ZnJsTGoIo6K0l1dkGpJdl7SLsDbUC7RzIeuNjcIyWOb0+5NgRRn4bPjL8JPatGm71MbXyAJ+prF4&#10;UsYBiK2DJyC9hvc9vleWEBrBZFx66w1WATTin9pAWW1LyFSh/K2JJrQFn6oVBqvVyPAD+AGQawkN&#10;ZJ0egvDL2QTWlkUzfeL4AZlHSAIbzCBa1QGpFssKaiJMC5jJRWsQYDIP1iNkzjP4eQSaAlwTrQ+P&#10;zzX0+4YHA5U8l6HGoFd1fYVym1gbuloYqgcg/zfEACxc07F1a+W6F90i//qBT8mXP/1VAAgEBsl6&#10;dA0D71oNtdCe3bsAgs7LPOS0ZNBw7yujeGOqaKMe6bnNZk6jJkpkgpXVV5kNGgv9kgadgJ0GZUaI&#10;sK9VKHWGa0Nq27LEsK4GagzcN/pjDQ+W5cCRx2Xrju0ywveDz3AAsr0Ltm2DB90YPkMd19ANDT/+&#10;mc8C8KjIG37sdfr5EgkUvdPYEyRr02bbgdYZ2cLPGeTnAIzAZOd7ck61lS0Zen9t732mkty6rnXe&#10;Mw5KeX2Wl1bl85/6otz6yY/K/Q98B593WdYhafVVr/lheeHL3yTf+vJt8qnPfATsxnlIrEcA2Bp5&#10;2g0Xyw88/wVy+XVPB1jS0LqadSm9I1HBykPfuguhGg9JtPSI7N62UX7gOa9XoJbeZASFGvDBW5mZ&#10;l0e+cZccw/cde+wJJ6OEKmPXZbvlwkuuU9ZFGb544QPflYGjj0rlyMMySP882uEBDwmq7vo1FYhz&#10;Ko2gEigDR2W0u3FPrn2eVPfcJBHuYxvrn00l67k6fNFrDAcE4NdGb8C+pH7P16R59xeldOwhqLVR&#10;9w0Yx4BxZpJYGG3+/1hLIwqGkSwUcUg9sklKCN0YufzZEsNeKaIFDi3LfdgJXs2HQrSyZliJEP1s&#10;GOw5rW95bpYoBwaT7vDCkjx8xzfl1k9/Up4AyAf8SC4YmZSjR0/4XsBdpyBJm8T9qTFkh6KYKvuz&#10;UP0NqSa66unXyNt+5ZflX977LwhdOar7Av/+NPY6HWZQ0mbLOtRYBdBWpacn1tXYMMCq5z5Drnvm&#10;VbLzkmc73zJZVsadspyrNd3fSMjgszZQrelz/pI3vVF9sf79Ix8FwIf3ievKnvBz7/8A+uIz8lOv&#10;fqsHlWw2KA4r+m8CffqfQRJIFXqvM0/m0MBH1xM1olh7hG75fKBsagW9wZG88XWvkxb2kH/7yIfR&#10;s6+4RE/0Q5/791tlGgFJ73zLz8H2YFQa6EV2P+06ecc73yYf/tDH5NuP7JN5sqAJFoVO9sfnexn3&#10;p8Yek3JcPB9kfw5DOrVz2wa5YMsGueTyPbJl5xUySduieQCptCgiY5G+g+hBykp8caAuWWWNumfb&#10;4pwJ6aVIjKG+rLU0gdEmGZSDFQXGNGjBRZM6b87I7QW0gyCwpeEtUZQFczhU0QeD+UG7NamFUdJv&#10;ZLVAzqWP+4zWDy5FVVlzkfGG/C7kIWbghIJpnhik8s+ys5oKHMgVRomvYJzWMNaHgAWqxPNndRB2&#10;Gka5teD3UVcCG7UHS4gKJG1YLwuP2lFKiiEgxTAHyo6VPecxDUcesfp59P80eTfUnj32fv2xT6tV&#10;n3b/nMW0cNKEV/xusuRjJ8FmiAqBamIESrpJQjDwmvo7YgdUtll7k9Eau/usLEKsUfHXSHGCKEk4&#10;NvqZHeEz1qGTq9ezfkjvm4aESGr15pSJSvd0cmQyTkMXzmgckuM21ARc9IpNk+t19PoGHmhPQltC&#10;49+jlz4HklOEOnyqYqwPF3IsyJom1Tv7EwdKhtoqV31eg/j3SYWnBfBG9vkozt+xzZtlB56BVWRj&#10;zKNuWoBib2mBgVnzjoxDsDWkNcOAy27Q9+SuGfcgG9h0hKABs+Kk8bEnKmpEA1mDysY3WuMoa9h9&#10;YJzZ9GfhrhKXtaCgcalKlxIGGOmd3hOPBQoLiQUYftIMluk44/D12L1tRK5/2jWyZdezZGJqjaYq&#10;1ZDK0kBRQCPRzubX2v6HQmqEaYrVdoFzZbJ/K2Bls/jptDi2xUY4DFzMd+IPyAkGNdEErlhAWPVE&#10;cSwS+jxw02/TW40XTmnfkS5QHsp1GLUScBqAb0TK3vXy2iWwITEHdmi7hCp5CVCg8jrSQ4LAWey9&#10;DPiQifptNJWmbHyyoaLXAF9bmi4bu/flPfPIGtP0VU9rFm98GvtwBvfgGx+24diR/HWUWVtF7Jsq&#10;/aXsoY73Wq44piWZemR+NTGlYXLfKiZoqyi41buCUxswNCuDLhhDpxbWg63WMx2D0JuHimcsVrTP&#10;5NUO/YbMZijw9OJk40g8FtPQBWNyhqqJKWlZ/0zTTRZ8rEkGiKhjqsTCvsFGgp8Pr2lKYQdYk3AF&#10;gx7oju3hip91oMb2N4wPdXNFMUpkHetoCB4kAaal9LQk0o93BzNPNAVMKlp1iWD0SAlNocNVQ+Wp&#10;0S3KECRa24B0aGLdRXjHbKZm4B+0Rz0iV9A4lZuTMoxpYnsgTJke4lH9+To3kGlP3fUHSRCkU6J0&#10;suVp0MuQoXz16w/LSXhy3Hjdc2Tbpc+ED0qobAnxZq3G2yl0e9KdnbnXBew9FRZYwabe9EmTNR0S&#10;uqBLymd66mZtl4iot6l+TnNoTN9Z9lNyzLPFUBNztu8z3x9Ps3OGrjy5hJHcR7QdT4/pG3zSb/pv&#10;C0BjXgJtnhxDrPPzGtM7uTY/SUyDI8zZ/d58qllf77bvWfLcTTPMJyp35UmbPpZZ5uzG+fYpSMRN&#10;lwbPFFmw3zevPfsk1uLZXz9LQu7xvaZXXoBN9/z87mM7CnTT5973yOeQXPiyA/vi3qnXeZ+bBNS1&#10;CUrrQe64kPYSO0l5PszAv1nWdG2cibOQwK7Cg4zF+AFIQU8jRY7BEiNI0GVS3tET0zK/vKxnJgPT&#10;EpC5FgbK/CNzKMT5xDOMBvlD+LlJJNMNTMDTDA3lAphhi5gctTCUoj+eKhnozddsag2wCMYZwyIi&#10;qBDGp4Zl58VX6MR7CV+fBgg5idTXjet36TN1/NhRMOlOItgD/6y0tO5iSJWFR6CFxUS8ghoMg8PF&#10;CEMvChNRpFNet25yO85/sNsg4a0j3KOKppyeeXMnTsrB6X34Xas6eFQ1h157sAshZ1o3VpLtkzhL&#10;EeBQgU/XyScOa5PJmo9yZtcw4dzFOUm1iwaQsP9pxVrH8ZwfrJYUaF5add5tZcoNcT6vRXMcIcW3&#10;ObVZvvqtuzE0XUaAB4BFgC+rkFO2ms4Pmk3Vzou2QkYIC5AKQxDmcf6ilhgck5EJsu0H5fqr98jn&#10;v3yHsowC3AsGn1UI6rG+Ul+lwPlIo+mug83DxqIC/8IVSIGHcX2rqAuWAI61gxEZ23QBwlOOqQfi&#10;o/Afu3A3bHbWT0jptJXjhw/K5gt2wHpnqwQIYDlw9BiYCZH8x22fBhg7DK+6l+nAk0ukhkaOdWic&#10;1EfGdDWxZztT8r7LidrEBKYQQudyzCJn40N1A/54+MBx+dStH5XPf+5zKsVmicEAkSqATaYkf+Bf&#10;/0k+CFnjKFQVrMku3rFFbrz+RnnBi1+sLFSjw2GnvGE+80mEnDzynW/IHBhx40NWLrtkh6xd/xIJ&#10;UMs1l8BQBbC6gl5n/z33y4EH7peD998PUBavi/W14eKdcuEVV8u6rdsAwoWaRhqfOiHVuz8nFQDY&#10;JVVBBTo6aMduENVmOwTQJSAjJ3B1WUyvssuukZGrflCGduzC96JBi8mjwrori/ZcEQEegBKUla6e&#10;OC7xQ9+Q+n1fkdL0YSeXYxuBPkuJDaFLPS2zDCbTUz298VxiAB1vuVSCK54pw/AQbJeHkQiJPgDv&#10;s2Ijv7cYMf9FMgBKWOcg72ef9N53/7Xc97VvgMXIVJGWrmWyUcgOJuAQ+aR325G+LLmwo1qFtXWd&#10;0jTZc+MN8ssXbZe/+eM/xhD7YQWU2MQ7uVvbhQ+QZID+5srLdsn1N1wvNz33eUjsndQgQ5s6yubD&#10;AooUeQ0C5PvBe37+LT8MQstaufXfPiQnwf7dsGFcrgCY/IxrntVn6NqPjV4ESdmfquUBwbO+Z3Gc&#10;njQlBTMH5YU//CpIm8fkwwiQeQL7fBsgSA3gwIOf+qr8Ht7fW376F2TXph3Y98sygRTnX/jdp8mD&#10;d3xNvnXH1+WxQwchW19Qsgm9FEep8gEAvXn9uFy6G377V1wpW7ZfImsRzhSGPiwSa30RKdMtVY+B&#10;EUs1E3ABbQNNNrK1DBXyCi+1xSJwpuGOkUp4NVwELHGCgtpD8horucMl+GpvSbZrvalgVZA12yo1&#10;1a4uYeH5PSPosHYpqkLirJcwxqe5msz2J3Q+Z0Gy7pLQDO9/pmCfSpQdC8oGOa/AIFOtGZxvRn3a&#10;3XsLEqZR4BV+tJgwklPZ5QaTyd4XO5JPEJq0Pgg8cUHXYhRlQlvjv9/XEBoyYZzvHq9x7H0HXV6C&#10;7RyXp8Ny7dlUKea6yxIVe8xUaPvX8+nJCigETs4aVkIdElC+22bAq3UJzAqqefsuE3s/QePBqShR&#10;eVp/pjhpt9ox2DjjgdgOaxfjsI3AGd+neX+qxLAdNb1NJMIJkGe9T59J8xuc0jJPHjdpyKizhCCD&#10;M0xDT/I9T8IU1HsX22L+g8kFw5CQU3YWZ/QcjSzCMadimbzgIl1fBMibC7OqytPhGOXzeHbbwM5a&#10;Kol2gWEcShHobuEfhnFo4Ck+Vz0NOuPAr+3kwerTnMiZrbf8IBgI1NXJSkPd+FoorOh7kiCUihRG&#10;Rt8AGW1LKMTmoT2O20R9l+XGi7bJs254say94BI1++XkpVRyF62SGN6l9y63cdusXch8+/IEEOO9&#10;nTJvvm5Pp6yRcwmvCXMrY4y4Z9hRkwNPbVXQl5MLItQt/0BLUAiNUPQ+iWWmUSIXT1RR1lxDY8Ox&#10;OQ7HyqCTyKY0VU5EY3i+MFGlpgV01misYNOqlTHpg+9Mu+1kPeWWS8LlTdUCgb+LB5SJtDDh6+gU&#10;ldOSyH1G6tKDZtMxjmySkNtWwFCUC+c04QSXVMfeilTWq+uP4CX93BTQaygV1cl1UdBXHVjIKYr1&#10;IRwJFZSfk9RelXK3HT235P0NNXm47CTSSWIQC0ImizErVhOu8uBPYDLPglxEdgoUmez+Gu/xyAOi&#10;qQEUzm8CpbNSi42fOtq8Oje3zmyuuTddyE+xebU2i1pPQzyt7aME9ZuXN5vlFH54akqOnTkkyzAY&#10;n6qsh4zIF7L0BgJ9IIrYNFTd63j/ATZF46PDsgTmXhONCZkIFU4EzAS+ekyRfr4fpvEto5FYaTt/&#10;lzjnP8CiZhbF7wLkTybynmgpc8umqcbqp+jjyQlFk5Xw4N5DMBr9GpqxtTJVu0RNfY0kCUdxz2K9&#10;2KTa72NYq+2XrXn27++U6OUpc6b772wPrz/T00EoeRNxX4SkXwiIKcTbSx8wyXY4Ep0d07BPIl4g&#10;76WWplpJUdrQ9Y1PyZCvyISLbSczstsIz55Lj5ljK9lzyINS7N728bfrF5trbYfUu5+A1ua8YU0H&#10;U1TOAmj2lqpm+K63MugLa/UX9OYb654yXdvdbJscO9I+Bf+/ZHIeeIZbwlw4f+TQSo/0j96q/byM&#10;/pwgpPQO9jmLb+T5iKNNrztjM4+/vLto1y/qpAqnhWukDUYsWbpcJg3KapbYJwGmfjO+qDQpA9ZP&#10;nxPFQ0eQMgtF3p92VHdnO+qCuflFLV7Hx4cwkF0rx5DQegyNHs/9sj9HqdJQ8+9KyXnekc3H5rPS&#10;Uq+kYTRmk2smcQ4h4AEy2fnZGQ3iClAvckhESSmbDg5SNTQLgFgT9eXk+lHZfjmko4Nr5MTJY2gM&#10;F2Xnjt1gjQzjd63K6cPwiZo9A2/aM2APNhXkc2mA9IG2Ojxj07gCI/241JKt23bDDw3KEbAGCUo1&#10;UAutHZ+AaXZFzmBivveJ/XLm1CFl3ACCU0kMTzQGiExCprtj3aisH12W5dkHZX6urp+TdR3Uv2C7&#10;Q1qLdF0OWinLJUOlGro6a2EpVr+qYbBdVsG4W8RAdBiIjDUuMZT3kZ+ZrMqJi3bJQmWT7Ht0nwzA&#10;u3BNgNoKybsEBRsD+FwxjLRtVXZeAAsd+P2OTUBuPDWiXonVgXGpwcNqFUDjS1/yHHjpnZFvP3zA&#10;pfahfog1wM3Jmyhd4n0FHqnppvNgRQ6gYWfwQAwArIrGvQxm5gkw/oemxqUEJtcwG+gmQkcOHsWA&#10;Hom+K5E24QfBhtq1EyEeI2vUk+4MwLAy6tD3/8s/yyWQyW6/5DIwLsF6xDpwdW6YyaNyLP6sxu8/&#10;xYqtKbLPNZEys+lxdjSR1kyr9bK8///9Z4AZHwGoe1zGERBDRQsDZwh8AsfRGr1ccmzXOYCVv/aO&#10;n5eXvPLHXLCNkB0C+TibYZTdVTCW7v7anfLoXR9DCEwsz3rm06UKOxPTwkAbRskrTbJG4Gf5xCH5&#10;4gc/Lvv37pcBSGHrUPyMgEH47Of/oGwCu2kenkwB1sDa6QMy/Y0vyMQo/BQxHLd832SELRrNZuPy&#10;US8p9kYY4kdtBsXgOl1+iQz/yDulPL4WDBDgXgxnw8+Xaw29H2RuGkq2UQ+OogebvuMLIre9T2pQ&#10;HJky/SYRUAOFDtVIc42SrAepoEEAFOy/1dABE1xPqxPrpA0/vvGbbgGQVkK4Iob4HLzHUBpRsmnK&#10;jqV8vuFaT+F/VbKQsIfEAPbY/zDBtoz3oIFAlMahrl+YO1P4/VkP1wGgYY9aYHosVFIWhIUaFv+F&#10;G9fJT/+3X5T//Xu/D+n6CQCZRnuEFp6PFbB9qXR5/S0vk1ve/FN4vgZkmeFCatkUO8+vpAfJVISF&#10;Pb3sSQStyH3/tc99rlx24UXyn3ffLjf90CsAiK/HNzlCyPnNoooewuoFT2sBrGcu0jLh3rjdVU8E&#10;fi/KwgrR3wH0u/Lmm+G9uU3+/t1/Kw/vf5wRIDrkOXb3Xvndw78hv/DL75QfuPLZMgEP8CbW4NXP&#10;ebFc/dybsV/MyJH9e/G+IQHGIGEKQSXDSBiuIKRmYmIcn3dJiUBlsMBX8bzV0Ns38TOUsjPUqYJN&#10;swEQV4EUWkoloIsGRbacZy2vG1ORCbajj6F1URv3TY8z7E0hiCROcec+W+ivte4G9H/T59d4v+QM&#10;BzApq94Uoszyp7sSgXIBVknabha4mNl5KevN/5l+ikFc9OfWz1gKcgMJ/z7CIOs5rWOXibfVEk+a&#10;SPydne1XkPUYNt/HeL89k3ji2QIil+QPSLLHWu/jmwbIxZnlVEoQciQk8Z5uhTCT1Iah6FqewMnt&#10;pC9KWG0kgXmcRXvMJN+A/T+tQMgAVACwlAKn3hLP91g2fc54vitjUtNirU/AttpquQGnybJW8n7G&#10;fhhatH0wBU/wVEcT20IPkKlBgqJ8Oy/3zkm1JWUZh7m6Oe4IEiyaCiUsQvdeE1zJSy7pN9l2QGkk&#10;ntVI+4gQAKD6WRod1PLzENRT/0QvfVaWJ8M2Ww6Uj/zXaL2hGQ4M/ACeQ3CcOE0DwF+j1db734za&#10;GdiXgCqJj17gAYHVZl2p00sw+l2BvLDdauqLtoBCRgAwtq0bkRuufQbi6vdIBRr+AXi06BuBv5gp&#10;l5T9FNmox6bX4Y3WyRdI4pYl6PZWStl9GVVVkkUXO4aZLZTjjrIa+IXODZ40aGGKKv7doCK7Qgpy&#10;RdOXlBJKE1GmyKGKUOkHfid9U1rg4muabCLqix0YZio2Lbw5ISH9lclolIGUURhFblWpjppsOsql&#10;ufnxYeHftRID0th57CjVNYicubVORSru9TxKz59hegPBWe0LeLMjV2hrkW4deBdDFkMZisbLq7zG&#10;mUszqYwgX5MLgmbSOiF2gGlJ3ASb10Tp5dZHdXvvBRtYz+oLXRqYKWVJwx7Q08SmCn38GjoF4HWl&#10;XJkTk8jHgaeTkSgDgtMH1Tc/gZcVuNRd97ORB3ZXccC0oDfi/SkHQRq0og8zpxFRdNZ0t2IcuO0K&#10;VTg3ABPpe6kEzuOBkgHUfTKJSW17eQ7F8ByAvXV4FkpSn5tGiMkmLVBDngNkkWrqsAMABiD7sThM&#10;yYRdhcFtgCg2UxlU0TofT342PuTwCMeE2ziwz2+cbDIaAAFPoVBawMTexatHqR+DTXwoPVU8wTcU&#10;HOdKxkH+wN5jsmXTdzDJGZHS+k1oVgY8cN4B7P0fDnc4W8hK924SdDCZTH/mkO0HGhVNA83ZLQKf&#10;POHoeyJC2acUenu+bLJiYII9bzAoJb92Aky2j4dgv9+eH+T49FHbxQ40XTZ3SdFmTP417LnXUN4X&#10;RbIpU3/ZtWTMvn5sFVP8KGcFqkxW7PVLsc4KiA4ZtzFdzNZOJK83SP+UolW61m6QS6Z4cvnbJh2k&#10;SF+Mrv/FS4Y1eYCzkyVh+6ZBdodlp3P97P+Tfjavpp/k2SfTGSkijya/eVjPrrZRDmwvJnwkSXuF&#10;otPbKBR/t82m2bEUZHb598xisAnggHX+Cg6OhYUzytQbgRph+tSs7Nu7VweGTkZktLkZRM1TK5W0&#10;hgthHhatNnSYNYqQhw1rN4LdsdkNCZdmleGUGITzX01NSjROhtJmgRlpfXD5VZfK2i27ZAXhUzMz&#10;h9U2YtsO+sROAnA8BRASIN/cSTW0jjTpsq4JvKE6hrhBJsudpdK8jAEUuRBg1NiarZByLsr8KQA/&#10;CAcbhjfOIiSbjx54UBbPADCE8oJhC1pIw5piEJrJGt7XEGLvrrh4WOqz++X0yTkNIhgCQNjA+x2u&#10;eh9nDr9Rd9VqrPmcrke9eSi5rbiPuwwmH5lFFTSg/LM2X6xVeB3wO07MwSNtG5hHc3MyxrMUPmob&#10;xibkggn6CDqQ8Azk1FvWj8gzrr4MINFWTUUNBgf1s5sQQB+G6jXUjmQ+vPHHXyfywU/LfQ/ud6qM&#10;2PdDgVOGBEECHnsGDZp2Wx5FXellnWA0DYJtuAzZ0AjkRMNgZvL9LsFr8cypGdzXtSyHpQEW0OH9&#10;T8jm7ZvgezigNc7MzEk0/YPyu7/3P+Tnfv7tcv2NN+JaL7j0vxzr1zwJLrHt8tz2zXaceRawPlmG&#10;xHjfow+Csfcvcvd931YLkgEkMZ9BrUMpLwME1qwdlAH4EdK/KVJj+UBZXPc9ckie82o2p7SCQZME&#10;e5il2RWV684dfxRr5Lg863mXyfoLdqucl4Bym0Af1uDxB78jj333ITmM116C8mEMwOmarTvkaT/w&#10;LPx7F2p4KHgOHJahWfg/Tu+XFhJvxwCixABCKQqyuJhk1/Fjlkac7U8FEl62aw2G+d1wnQxd81yp&#10;XXgpdamOIQPpZADWn3OJKCkzj/2AAVAVfOM2mX7wbjEzTwDAnpc6GosaBbqQ7bbrwwqyjABoWkaf&#10;wKBmZZ4C0Io2bBO56kaZ2vNMmUXAR4NrG/0OwzeG6cgHUHIV67tkbHFoac9+Kjyl6oX9QNuo1crl&#10;AI3vvP1Luk8o47GFPkj7He/PlbTPvjHvfFUyWui1yR6aTF6CeVRpbd2yWX7j998l//Z3fy9fu/tu&#10;sM7Q3wEYVcYxlUyQ3xKMWFkC44xMSAA3Sw2GWAykHUCQMnNSlCLdT9Urslb1pBDsARdfIi/csVFD&#10;Q5iUwj6OJI8eRPVzn7ZBqHU7+2t+4mpg+tD1bWbB4v1adf0ASN58ySXy5p/8CQB+f43wnxNKZCnT&#10;FuDkonzkH98jU2+vyB6wq0uQD0dhXWWrE2vXy9TadWr9YAPnsbqEfeskAl9CAHEjAL3LZQY4tQHy&#10;o48DyDoHRjc/JwOSyMiag7pqENeaMluTC8pLyDIkr1iCGexPucAB+KndFNPXwbilX6UCad7nXllh&#10;9Pg3LrJGfGptum8kKa7epsnkk3iT7tzkePYJ4y4BffLTMX+bYx9+mTK+yJZuJ2EOXoXHn/Y+dpL6&#10;z3vprziZqPOMa2e+9IGT4SchlbG1uSFdzjNQUhzP2xw43rPiApI8BzZlPAaeVRiYDKA23mjI5Cxs&#10;Yp8bYApEDVOoVYIcMURMllSrz43x4Z9ai3gPPLWDD9NkZWIWDN9SuI7EKgaE+mFkQtiyqWWbAyKt&#10;hnmaFBh2ljle6mtC/546RERexagy3tyOlASgShKGWhjmS0d4i2T5CT5AtUhCc9dA8yRMl5bGp/bm&#10;wgJTa6Hu0bGmNJskKi3WZ0XDaeJkqYXKQDdg7Jfb7TR0QxmYZefNY/x9NMSF8NolXO9B3zhwiEsb&#10;lmSH1HvdjnUfIeCnmQmeSatg3yoMbRksMFRy77UFZtHqaqDJOYuYcC5AgkCgb3V10XnFRC5RdhRF&#10;yc2QGGy4/CYZReJuueRAoYqy2RyNVCeQxnQUyVkkdmK8mLH3Ta5h8QkrOaQv0+h7oM8nmMSJEWjs&#10;qPNlnYsYNcpMHn7rPW14IUsoGHggV9SkFIAcD+aByE1JKe8lIBjXULBiEtsEKIjvC2lai+O6sbSi&#10;qar0WyB4o8kp9FKLXeiGhihQ8+6puFWalkaeCYH3tITpSJngnMZgh0pPJs2ywRsDeUerwQMDxSLT&#10;fTVuvJluUnyoNOFWw07Ulc1v/C7Yw/qNT/etiNMUHIJV0UOVxbxO1pSxGel7JFDUQkPAOzCIQjPy&#10;ppb8vip+b5UPLQBOItAu3cYtdE2qopdJ2YFOLgXX3Q/6I4aUKXCi4n2IDBOhAnhetNrOm8/LLY3Y&#10;XDaK82mM1MfQJRexxCY6rVJm/XShTnhWAG6dhkSoic+3Hoy5URziRMQl2RATv6uODjeHv+eMoG0q&#10;Fzd5G2mbeVMVm+0cYKh+F1hPuOC8Vm2Cct7vog4W5yqYCKeXUFzMHZeRTZsdEzH2KdQeOCBjc6hq&#10;1W+Ifj70OaK019LTEF+jiS1DXOgHxFu3Sik5pfV6xji/pQU0SgeOgx2Bf5esYwuGQU7iZZMDIkwP&#10;l1LovB25sS9hynzXvffhng5rIrNBIlvo2RC2k6HSlfSaM73tSmUz56wQ7fkGWhTSKs8tQrW2mzVn&#10;8+av/RGFHkQk2wf+7UwQ7qml7JvEUTQrN73ZYaabeZZ5up0fOGg7bfMKARapQ1qH8fp5hK10sBtt&#10;x+/Sqa7Jmyd3Grz1BmNtD4/IglQx/zfW9gS9TIcE1ZjOtWk7UooLCv5cNkKc7htGkqaolEvlNepJ&#10;E+ffQhIMlVoTiIcvTUFeKnn/UNsBTplzd12mGG2bFr3WdngpWukhvz03/mz7cN9inwSeFDrW9mBM&#10;n1Xi3Pl121Oa3/389gLqc+/Sng2gN0USnuluyJyPo1Ef+qLEyqTjbjdUssUoXpPtPkEu3TdZw3q+&#10;6XpodfhCmnQ92ryUJK2Z4kJhbqTTx8RKpkPJAb306MPAqcVJEYCjkwDF+KvILlrCGXPgwCFpwUuM&#10;jCiGHIiCXgMazNGOHADI5o+MthqGnBdcsFm2IhmUoVInkUBah1yHdUOFPmr4GUpJEmZHqCFaLUhC&#10;t8IL6zIpg1U0CxZgY/mYbIIEeGJ8StUKR5ByOz09JysLcxiOLeGcW1ZgixLimHUCB6L0MQawsWbd&#10;OgQlPEPKYHQtQap68uQRNJ6DkOJuRFN6CvLOe2UepvMtfI2fYwCDs1Iwqv5gm5BqunEC8lb4BpKN&#10;uP/RhgsnQU2z0gq0ICYQRjZhC9dwEcDoEIvhwEm66VfVKrtCfXE5Vs/jtpfuEqggq1+9hvH/Vupt&#10;vfg7d2+VbRc9A0AZmGeVGbD6EPKB90vJ6QC8eOfRHM8BlLxo924pwfuQDblFwAYxAzKNDOsveDLr&#10;0JZJgAMV+dE3vk5W3vNe2X/ghIZJGC97Yg0Rc4jbbCngUaFPDz7TChr2gP5k1TFch1WwMnFvUMcv&#10;n56WIbAgByfczy+cQt2Amnbjxk1aH8/hfjy+/4Ds3LUb6coz2nA/uu+QbEF4yt/8zV8igXNUrrr6&#10;CtSpCBmhBY0yzwJ9TdZspaAjPqmHnQOvOetEVavQJ9pEurZ0u8Q6WkWwyF1f+Zq8/wP/LPuf2KdM&#10;wjLkzwvwJF4A0EyccRCMtcGhtVqzY36u7IdqraK1H3lqX/nKF+WRvfvk7b/8a2IgaT6wD2DZ8hm5&#10;bNta2fPsPRIMPRP3kmmreC+4n6cOHpH98OI7/fgBTUouR85V7JqXv0p2X/10vDfUovB9XHlkr9QA&#10;Wg8fflAqDFtQsgGbctTnuCesfZ2sNlDfRqsfD8/Ezp0Swtdv4NoXSXlyjZNe4zPX+KzhOW2AeRi0&#10;Aw3PqQH8WH3obsh17xK79z4prcxBIk5l0rLW5wPlAWFe4zDWTHtg2XmOTU5CWg8GG/w0KdUNL79W&#10;wnXbpIWk09N4niqsPdXwHesELFMO2tkmlozzoTVdFge99/7A+/Cq1C90wQNt72cWxA4UV7+tqJ02&#10;4VrrNtt+wBXI7j1XaBDQCi0AcB2Gqi6Q5iTM68lI42FKLzXj+4DOSocRgtVKxUnh6ak1OKSelUzl&#10;Xgt57U//X/+3DPzdu+WOL31FAaUYexxU8nLbBz4KcK8tr3/9G2WKdTL6Xk22TcI5284IPzaxt3PI&#10;11yu72GICnF9Mv0iC4889Znjzy4pu9kQREybCXcqcA5SDmMlJ5RDB364Ybvof8/jOtx773flri9/&#10;QUYv2iK3vOLVsgbPfx3XYYx2WBxCwBagzNCU1Mc1Oxq45xIKw/KRrVddIe/4rd+SW9/3Xrn7ngfk&#10;5OKSXpeTj56Qv/2DP5UbXvYieekLXi3rh9HPVtz9I6jVhEf94ccflU9/BH5+d38LxIKWPPOHniM3&#10;v/SVsmM9+3sAe+gFFw4/AUYl+mEwmkniaGNYUysHyjDi4EFS5paoXy8DU1o4cwjyRc1VZSGRCc41&#10;G9NyoVJxPsiSJNmSwNDy/m5WGWM8D7hf5MMhxKc5O9syk3nlBqbr7LYd5ZQpnKfepzLwu5b3Z1eQ&#10;LnT9bqyMvtB79eaLRE+o0NDFpDgiaNP07yXwQ5lccKUHl4KcS3xWE+TDRWJvDdb2wZbOhiIB9lLs&#10;xGSguPXFWRrwYePUSzDwzGljTE4t4K+b8SBWUgPRI88n3SbBJYXgkDhRU0cK8iWqPO4JTP4VVQq4&#10;+pfnWZQA1LGzGuN7iayTJQcJ2Bc5hWGQtzQJTMp8TNmbqfLSpFh84nloOxVHKSvTefrFSUCKDzpN&#10;PGiD5L6bwKeEux7d+EyBtL7218gFjOSwLZNTJ9qiFinwhAjj04ejOEwL96TWJ+7CADOuQUp2tZbi&#10;s1AOU9m2u/+xT+d1QD/9GDVnw4ce6aqipy9JWxj2BB4ji1xBy+FOrH51tBZbQtG1AP8V6oNbTaT7&#10;IOVqGSAffU/4wHKiQlo5f8GF68ZkO5JGBkbHtDj067pLlhWY/uyYuEs+l6OydqY4JosxkWwGrsl0&#10;256Tu7SU1hjp1CfUz+Xj7FPpldsgCBo5Xz73ECjvjwtcPKqKP1dwkFbaZQ1hoJ8NfffKiGVvoNCt&#10;VcrZM88HivJape0albyWlMIaeDw3SGmgnFY3qMGGhw1Zj21UAnG5rdcoVpGPAytJUyWCq2ajqQzT&#10;07aVuegAPPXAC8NM+09tduAOVK5ZTolKBG9MzpeAbDCiyN670E3JgnTjUEacf0P8HIPeqNY1OtZf&#10;aqPpXFw3oQfhkl3IKNCE4j9y8JwannNyysJApcuB8xiMXcCGm4SI9120ikoz4IQPWh33soxrVfJp&#10;RFUcpG38/mVMhpgU3YYpcTCMAwPeNpRqW79xW1+QuMc4A3+CtOnvFAd2Jn/6dKwCQ6O4UimhJjOA&#10;BxrZokMAkA2uNQFku1JWfws+U0wmWlpuQG6BdQm2XmAaqVmsHh4I6aiWCZIPyTym1dvRTLCoiPHz&#10;IWfBSOflPSY6T3n1SttJx1kokiW4jOswg0n7SZh7N1DsaVKPJvD4eHYTpmlIOk3STdknONEAmxsJ&#10;3sdJNCYP7X0AcoQNUh2ZUq8C4x9gm5r/2yLoV7Bv6zDJ7/Ftppf0twebqku2Ye15AIW2D4upI2xD&#10;zp6+2gkSJqlNXLMlY7r8IG1OLlwYZyRATydAUZC92tTXIykezqJRPEtMWw/kopf3me0IoLC92Y89&#10;r7e1Pe0Si4y+oECbT4op20HNNrlEcBHbU45p+2BdtoNqZfKAfR/+QZ7PG9ucpUQP+VinVFb9fGwp&#10;SRZxtHwbphYEMfbrEAd/oL5Hgd91spMwcQvNg315L8h06GC9PCHH9LP9oGVb9MkqTBo7fiDLvTA9&#10;JdX9AD/bGUXtZdJejJHKlfR8j00O3Lc9mJWd97f393V/aNN7+dle6vM+Um0xHWs0//tsTkhvz5tE&#10;m5ipK6MqvSKdzNIMhG5rTRM4nxmJ0/3f5tZJ4R34tRnlUuolSZWz+cAa40LLbCYtUfkNbVdWF1xo&#10;S0CQCjUcEl4JSKwcZfgF5FiU05XcgI1yOHrgLiwu6z2uBCU1WmcTtmn9etm6eTvO5CqYYGcwSa7r&#10;QNRZfzRVAlwBW4xezvX2stYP27ZfIBeCQVIZHscQ6rCqQCbgjzW1fqPWHguzC2AHMtADXn8a7LGs&#10;DSslfayPdBAVMJBjWXZftgOhCi+U02C6HT1xRL2sNiKxk/vxcXikPXbfvdKERNmiwaJl/TJ+voz6&#10;bM0UvdwaMhrg/eJ9TuOMTCSDlMc2cV1GhwhURp5RYVP/W/UorFABQt9B58enqofA3WkOI9XDD+fn&#10;8qrzVlpA2iuBwDOLTRnDNRjA+H1wuAJwc5sMjtbAQNuC3zeM9zaAQeCCzEECPY/rOTU2SRzENxqR&#10;MxjXgj50+4XhsDiA/96k/Nzb3ia//Zu/o9LW2IMoquZQP/CSq4fxH7SPWYHygde0jKK/zoEt/jzO&#10;1BEvpRvFGV+mnxAa69kz8zJ9OpSNa6YUJOYqOgEp5HZ4+EXKrFyVffv3wdPuMvnrv/jf8qd/8VfK&#10;9uHAuYbfPwemHeWiUexNy23iLZZ/nIJcymJJ999IQV1nxN+GrLmMoIHHHt4n7/2n98iXvvpFmRyf&#10;lLGRcdRPK0hsnvbsn7asW7MF6xfgHwJjGJ5Hi5rT+AzrN6zTQBmV/6L2OnP6hPyP3/7v8uLnXSmX&#10;7Nggl1+zBz5t6+mGB0ZcXa93e3FFDjz4gDzydXj3zZ5CPzMpEZ6FtRdskx+45noMwcdk9vBxGcW6&#10;qjz2bRgHPiqE2pwXFIN3UAs39CRArQ2LHypeOFwHU62CPy9B7TTw9BfIxAt/ApJSKH7MoDL82J/x&#10;vTcRqsD7NMzQPDI8Zg/L9O0fFbnnKzJpVl3YIOXuOHNqIBWUuZfgmg3Qky6i3BxAKNbdKlh9te27&#10;xNz8Kilt2YMgOBeUx3vJZ9TtPW6dJL2X20TiIiByjk0wUlDXB7HgmWCQRI2NKpt+XHsG5AySRFGu&#10;6holEE4gHQsR/w1lGAILN6xdg+CUYfU+h75J5aEjWD8lWg8BCKoGA+neaHo4MziGT5SCAwRYqmiM&#10;lSlYZb/Tktf/zFslhCT1sx/9pIzT6xKfd2mhLp/74L+DtYtU5pf9sGyGBHUVadg1yN7ZfZGoUqdV&#10;UeiUTvmeNAFCSv4LkU2AtmS3L+esGYo1IevsFnzuBkbWon+cV6B2AuA/98A77rpLvnj7F+TBBx5A&#10;+jaG93d/G+t6Sd75029DKjjqffzZKItxFsOA8ZSFlVkPeeZh8pTh5kxs3SI//kvvlMH3/IN8/LbP&#10;qmSaCrt98Lw89U8fllkknf/sT7wdAGhZGaf1eix3fulW+cB73yezpxdBpmgqAPHVj90u3wHwd8U1&#10;V8l1SP3duWEMIOSQpn23cb8s7uXK6Vl96EsMYYxcyKZjazo5IT3KI/rAR00NeuD9bMUuHDMuu/04&#10;UlDKZHuGVzxpcmvLeZWppjbIQrzSmjKVX8dZnZLcryALGHQATw4EtDkJa057bWPJgIzAqQwJXiU+&#10;8kUbF//ceFILIQAO9BzCn5zpJlVxGNNtJ2I9Wy0piFVNFzuJptabPvDS4SJGe3XrpcjJ7xebDNyN&#10;Xwnuz3ECeJnsv43Tzfqi1KSgX+I5aP1DR+A6jrOgOfb1QQImci/R8JDIJQ575l7sZbE2AaStY0eK&#10;jdO+O2GkSgKc+oRclxbswP3If49KniUDGq0OGDzIal3ybtLsxb4GMnnVhAm67N703IlibzmWPTO2&#10;I3suYSFZ/+/Ih8EFJgtMtHlTyCRUNs2NyAHNCQkpjj0T0ykBkh9PdKhB6GTeyu5LkpL594qpuMGk&#10;gv1e9u9yQGLtGzT0UAk9bt06y74ksMaDfZQoUFs/j6CgJWw+9aUz6m1CxlpjlfHLDaXHO8DJJY8M&#10;YSJw4eZJGV+/DUVRTdPAnLzT9K/dE314XwFv5zTfZA9kZ8h2TrMtGr+MIhZA0vIqvfJcQi1EFyju&#10;aumBlzQv+nDxANRDz3iKbKgXNIid9wflJxVMUlAm4WCGXJYUZQBKsFLEpt3UiTFP4bIP8tBFH7tp&#10;ZoWgIFNh47ZO0TRFJ3BHAr+WySldwqwmg5Ed5sG2KPBptF7qmvgUuAc8dp46/MyxM3kOfDJg7B+y&#10;0MeCKxrsss8d+IMppZr3UmriE365SRPUoadNpVJ2jYJOEhxUVsFkmNNmRZ49YFmqlJLQP0ctNoHH&#10;UN1GSBCTiXEmamcbmX94dbFyohW49B+i3GooKVH2pPnDLAwcTd8CHOO4mO+Ri7pB7z5GU+PPA/hc&#10;I2haBmgSS9lx6FBu68M1TB8RQorE9zNtyk8+cvR5yTXAunI8e44Tbl6/sDKMgh8Fn9AMGGa3ZSZ5&#10;DWCSX5eNTFOkiaZtqQdLGjcekFVZgun5JBoLJu6uqol4OxzH13HQB0tqwk0/JBp706dTDTz9hjWH&#10;3/34scOyCH+dFDxPjEYV0Eso5NY9K7HbiHnrQpUSuyh7NqSP7DsiWzY8KBu2XIzJQFUZLqENi8+s&#10;6ZR72vRwyXCePtff9PD4e3KpF11MwPNlBvbUDRrTwQzyXg+m2/+riwn4JCXNto9pwVm/5yyA31MS&#10;VHf4WBaJckWwoQuwNaYPMJpNwDPmm+kqRm0P4DBf+NgnKxCymY9KFzcs//t7eAWafhYSpjgQLDDL&#10;UvlDmCVJ2uwJkLwvYh8JeW9QLRnE2Bz72J57HaX7l+nas1L2YFdahE2HGP08IPsua9MfcLfFON6u&#10;gIzksxmxOQ/bHizds3j0FbwGc0CvPU+NvH0K8nfbA21NCrMuVXjuM5s8qJvfMuIom0x7kN8mvj69&#10;3n3sEtgSdmCShlkQdZs4h7y7yx+SGYQhbaVGdgiaOSTAtVj7gBG/CoDNpfgFak3CweUkLFhOz5xR&#10;cI8JtU2wXyr42ob1a+Tyyy8FQDIKRtWq2oHQh5l1Sw3DreVG5IaUrZbWGBUzIOu2DMvuK2/QAJA5&#10;SIcDfI2gDT32VtscfC2AyQImH8AoqkcCDYNjo15XYI1gEcOsqgDKnn7dy2QDjKwXVih7PS3DOE/H&#10;4Ce3gNTfQwf3ygw85pZnTjmGAD736OgggIQxuWTriJw+9h28H1RvUG2cmmmp7JR7U8nEykShtx7Z&#10;izwfeW628X0cLg6q4ThCTHAmrzCplWdvkyoMo+AoWYHzSy39N337Bmqh2qGsGXcD4CYGxMePzcil&#10;OJfXrtsC/zuEAAA0rOE8ZYiCJleiYR7mPQhC9eIdBFuOQwQFhfV20teponYaARg1ITzY2PNWB9vy&#10;9l98h3zwAx+SE6fOuCA9mturYsWxatjIRD7UogXgZRF/PzyIwImVBa1HR8CSm8MQf/YMJMZgVw0i&#10;lZShIkuQ+K4Oj8APcaecQi1xGiy2I0cfl4k1a9Wf2wB0PHLokKpe3vlLb5ff/J3flS2b1wCoaeqg&#10;k7VdRcHjsCNaPO91FKSyprqajMfKZKPH09JMXT757/8gn7n9MwgQOYM1OYWwuBhKhzlZphoG9d0I&#10;PPFqNSfZZXrhIGSEc5AiL4MpqSyzwL2E6PC+rNeHzKATJ+bkFa9+CYJbEHDRZNANalPIwL/7tXtl&#10;EcEkJyDJXUFCaAAQaAL3bMeVV8kY1jyDNFqP7ZVxpOqWTx3Af6O/qHi5I2owDqvLZP/w/bAJXWb9&#10;j3uISxBPjIq59gdl3dU3SwDZOdEjCxCrwdoWn3sAjNFVKIdYaZfwvEYzh6R55+el8eAdMg7pabvM&#10;OjdUr0yqkIbwOiWsh0bbJeTWDHwTa85L02y9WGo3vlza2y5Xpin0P7gXbe+fWCl2UB0Wo+ZJynP5&#10;OWndoyQB1o1Mfv36V2QCypVdOy4C43LIMf8iH4biZSQRyCJlMFQh8Icv5pCsAbB8HJ6HlCmGalwP&#10;IgRIJSt4HgawLo0fhMbn+c6USah9T1MBkWF4Xt7yltfLMJ6j2279hPrQWyZw41p+8X0fQ/L1EfmZ&#10;n/0lPOdlBS7ruK4M+qsAlHRswig3TDM9MtLO5tVS9IkmQYbrcRXPI20ODIDtdjNUu4RD931Hnrj/&#10;IWU+8vmnl+ODX7hLPgBvzde8/Bb02kOqbIqDMc9OOvf/2JfOY2952ZvfBDbzHHwF75MzdSrSoLDC&#10;Pnf/l78p/zz2QXnjK1+LvbyiScTX7dkjB665Wr761W86lRrXNgcOR5bk3lP/KVeOj8nU7i34XiiQ&#10;GGDEe4tnKPQViw4d/BnPnpcbWQ32RDGYhWR/MfSouRrpWcGBEC0TeEbEgfNti30AWhp0wLaSXnDt&#10;tvcPL/rnFV03coVAlGNXFZhsOU/GfI3nGYQOhHKm00727ZjKKWCTY+b11PGoylCUuagAHQc2gUml&#10;zFnflLAQM25fPrOxMKqPPLsvVYn4ps5LWVPGmU9q14GRiT3LPnCIdI/lqc+WDQrqSkdIcmQfB0qZ&#10;wtA+b0ui0uK2sw3j9wdeyqxehB2DA+uDQxLiQ5AAWMnB4Jl0NidvSHEesUk+WXbfAz/wNMaTchz4&#10;FeQvoHEpvZmvokm9JBWnCXKsT+uGr2GY5B/EKSkqsQ5MrlHsmef5/AGTSTJySjiTBvmZ3Js3YUJW&#10;y5KMRS3bsoIyAXajnK0F97MwCY9JiF+xU6HS4i25DzpkokmsrmGVmDoVjv89pRjMojoQelKJl6DT&#10;byyziGhoxLSGSHAyw8VkSo4yjY1h/cSA7Llkl1RgSkqJKyn93MyCfkI3U5RxpQWv6ZzCZxfKWJvz&#10;b7IpC8J0FMYEoVaw8E5hU6vDbJmR6pR6kvnkpAFxyppRBNQbA4dx7KWngdOYkyrdcvJKglgVFGYR&#10;pmaMDieQU4U8pDpU0YnVHKQjqJ7xO0KNlTaGG1Kk0D6LxxrAJ3UKqUc6qQ7LVmWz1GeXcbC10gcF&#10;RQ/jykOjxWNYDV06jbIJ3QSO6XCJJw8/f6iIW1VTcl08vfu6Fjux0QKebD6Vy0YtBcDKpYoiwCWV&#10;yFhFj7nBD9MjhpPgSkWDGbigFOxTVJky57Lee9JzW1GQgiEOUCy7mHBOZpEmrIJpHpK6KFup7j30&#10;3i4uPSfSjSsF+DT4paVFaKxJwdg4AJKlYSKGFH8AelOTumFwer4IJkAL3nZTmMpNDo3IOoBkTAnk&#10;PXca/EiK3VgxTMKkHgRn6wBtB+BnC4wXY72Bqg8P4cM4iIOthAbFLg6jCDsNexI0OSOhHJmP5Pih&#10;w7InYDAHafgVnZqUEqk7i3+A0kNIxatTUs90QBRoq/D7q3CySw8jfL3NgBw84EsopldjUvutshge&#10;h/Th/ge+KwsnT+s0u43Ds1zNZO7Js+fYt6EDl32qXqLl1/RnfBYMFuWhxx5BCtchfJYRBbmLksAi&#10;56lg62pNQcbYU2QanyeO4yPhzzvI45wS395eaGJtN+yWjJL9oWGSEATTUej5r9sckpSyAU3vgI58&#10;0ViUlyfKwGKAiEnS18y5khD6f83k5NW2g6FqvJtEJ2gR9ylo+qGy2fXvZnX2Jgl2M7+6rNDOFRzi&#10;vx73yD8NCtLY7tfMp972NgG3RTmuX7xuNYTKoE5Zken0tFfgaz4NtrekPWMY9nSE63mbbX79dNJU&#10;bW/wLs88s2eR7Noecq7kevV6vGznNmts104hXUp2K+Y8/Sttx55sc0MEWwxPz3nx9AJNz8JdMb0T&#10;cFLz555rtYP5aLLGIukvVDbnWeLu+5t+KGi7Q25SBLYT4M+xqW0sNhcZo+slsp2jUDR19LQ9jVpj&#10;GPUHBpTtppITaODMwm+YrAwm2uN83whA7yj8nXTarXJMr9y4cKvc9OxnytjURvWY4/+qrC0wRG0w&#10;PIxSvRGHNdIXq746jbTdi5Dwer3MLuEsWkGSKaw2tiLQYAwecWSgL8BXj956NIK3CpSE6ptFuWmT&#10;vmY0xQPIsXvnBbLlsutxBgzLcYRT8PdvnSCrZUiOwy/qif0PyhnIdkOcXxvXTOCMhJ3HBCVvi2AQ&#10;Iozk6F74s0Wobyz83ymVrCog50zPjdYVoQdOyQRT0Ckgs9C4Wge14JmFptZIDDNTJUVsleG3uOJY&#10;f8R2RiCNJbNvZMhZyTRazgDq0EEEDTSnkWz7DK31apRWEujzXUYNMuMK/HFZYx4/dlCTZafWbVXJ&#10;bQlfKyvIV1P5DWsiBQJZJ+E9bNmxTX7qp39G/uLP/hyvveqMutXKJtYmhNIeHZaGTnFCIIwVWAXs&#10;sAgNf4Bh49AgvbTLCrhVR6dkgpYhuK6njmEdbFwv42AhkuC0ACC1AX/uzVsvxDU7jh5hXg4i1KWM&#10;8JE/fNfvye//zz+SoWHHpHOpwHWXWNmR/ZQ1sI59EalMC/Y4AECPHToi7/nbv5Wvf/sOvYZskrkW&#10;ySxk6iDD2MaQNMr6tK1D6rLWqKcRwrG6uqze0JOoD6tc0wSMaPxPWxowDrEwUHuH8Pt7TGb/6N3y&#10;lje9QSL83LGHH5JTeN0lhMWwH9h80U654VmvlTWbtgMUnRdBeE3w+D1Sg7djMHPU1wFGwT2VPbaM&#10;yvqa6nBmNbwPS1BKlH/vuVKGrr5JBnc+A4PyAV0/BjVZg9c7ptceg/gYigEwhL7Z99wlrX33SvTE&#10;t0EugIce7F8C1OMqcyYKRZIQrGoqTEvFqw2A/RgDsGrBaqV85bX45yZpgjHGNc00EKqabJvNbtUx&#10;UknW8Myj78V7Lw1CbMX6WscPHpL/uP12uQOprk0wLxnKUwVIt2E9fTUvkv+PuTcBt+wqy4S/tfcZ&#10;7jzUrbmSykgGkpCBMQMJiICAAopog4J20DwgILbo37Y//g7YNtoO2L+tT+PQIIgTIIMMQkQUAgQC&#10;SSAhZCCV1JQabt1bdzzj3ut/32+ttffa555bVYk8/fzhKVKpe+vcc/Zee63ve793eOYN18uF550H&#10;WX1Ta33ex7znfMaVgIBQuhqe+yb7CxJO8Pc7GDLQkmbL+JwOAaxnN9fS078/9hnqL66v55hV41jX&#10;L/2JV8n2mSn50N9+SI6D7WwzFxbx9VvvkN9Ye4f8ws/8rEyP4XpjQ2yM1DQxnWx9ScxwIPSM6pKo&#10;Bvas/Q5q9iX4X97z5S/LvvWj8qr/8DoQA5ry/T95MywSLpKP/MOH5OGDWI9YsyA+y6ff/wG5D0nR&#10;P/Cqm+VZCMextICoMcgiO4P6uS8zDA6CFPgnAcxf+dnb5G8++CGEB55Qht3qgpV/es/fyQNICv/R&#10;17wWvqHPkMaeC+Q1b3qLXHrZP8tnPv0peQThNB21KsjB6N0rNz3vaTgXwM5M+2o50ATbd+n4Id1v&#10;CHClAQAUb/HhiRdUvPG+c9CUU5KLwZPRUAHsoXhGXX3r1EeFz7ivW2kbRsDC1OoF68wEb/ZwZBtT&#10;nsOhlhq0uIkCMEwcblKERvivUaHX9wmx2qv6ZGHrlHJ5lN5iq75GZcWR9SJblRhk9GqxJClYdI6h&#10;5QCosgZ1ZlzEBzT51ucQVIbkmdt3FHzCuk91OJQ6pqtN9RkwaVqCdQWzsLQjUYlyHvoSX7F5oEml&#10;u8YUIa3Gq4CUbWfFE4xS57fvk5a1X6f1k5Ju0gqTj7iI9SqDor8I6dZ5TP5KKtcuXJtijpw7Bmgc&#10;7Wo26ncL40MTcRGKO5X7IWvilXW5KUIsyxCVUlasikSv0rSezawWbGk6AKCaIrNAvI9m4b1YZBGk&#10;+tqJrZIibBZtGr4ZUBFlklZCaWkd0M+Cb2UJMlofRsJnjc++qkn6mfcAzDXXQME+Fi0rmKYsQ1JA&#10;uQUP4qzvUtmc557Ts/MG1wAA0sNlGyaoo5O74FfgHph0pCYloXl4WmLZcOabcitsgbrGaZjBl8lW&#10;2pLQWPLed/ABV7GJZCgik/FJfS9kLPYxEcxhyox3q5NJTmtyLx0lMsIDO4BSJknKyGoiqaamBxNv&#10;Kll39B5QqQKuchtFTWcFBSslICwcCaThtdKuVWS94eLBUPy1nCdfYovACAZ/GA+qMfmYhycxFxqs&#10;EqnNkfirvgap28DUL483mn/PuDAVTkN1Op+6h5zvva7eE6lO2Enbp1dFxpCUNNXPwMOM30frA9LV&#10;09TpilPrNOI1n8jHwkTDIxSpF8dAU+TeIdvBHFeZd7ZfGKcqjVdFNklhXmq8mb2JJLJJSFrze1ee&#10;OQakgrC4EOuQHNXSxHsfYXrbRCEHg2QGn9BHYg33mKg4k/fmMOmdAAWfMmu+b2VRVp3sh7voW3vK&#10;JMZgKWVPqTrzQAEffhxmTdw/iyn8ydUlJBaeBf+8h2TMe0wuHpl3XpcAekfo+dPtS8hjIqjeQGE/&#10;ioKkDcNyjLuwrpZR025xPkLdmjM9B8ERfFJZxTpaQzMy0s7Uw+b+Rx+WYwcPQRLQ0cPKjCW6nsUn&#10;JgU/WzehcJTw4JDR62X6PdwYuP76uF/H51fkxPH9SJ07H2tqTAt5GSJltpERhh3iVjcMrLF2GCA3&#10;nNo3CPidDgCUf08ASDTBlRh0q8hPBylidojVmI2wA7MxDHYQ8BtyFcwAM62YMpnNaVg29nrb7NLa&#10;qgl3OXnLN0oU7canJ98s7MEOAHteYiBDPZv84ZSfyX05XdSDh+D8eRLLuSv5Fba6LhOxQ/YGO0jp&#10;rYigq6BReJiSAlAPqWMhVT4p/OPOgE+mvjO2OtY9JdB3qgCL0qOvSChLhqQgW1MJvDhdMPLpOHM2&#10;eLCaUwSBVG0ii6Hu6RpQa4d8dSj1zjxBeq05sxxkayvzSVMMAwZvhysWXRFqyn1Tn4v+xqTw+HpE&#10;VhsmBMJIySTP42fVlEFmFYcYnqk91EIZZGMEgdpO+kG/5y7qh5Gxuv4dAkxPvvhyOYozh+DWOIzS&#10;6RfLJoMMucufcgVSXGdVAsazVZmAABqaVDyM4JwG0EIrlDY9ZnHun/+ka2TvuZfISZzPXfqXdRZk&#10;CoyyLXPbwZrJdahHUCCnjUnWVV8mp5gi487ZjbR7S/L0q6+Tpzz92XIAQBO9btfBott19jYcWnXZ&#10;D+/BE/DrG4Fc+Nw5vBfUXVfszeXQvse0oeh0eLjVlP1kGTRCj+XMAVFNyCnXMCxk5ggb5tFmqt57&#10;J3FuUo7LcojSXOVi4P6Rzcch+U54/rU6rjEiA47NBlPsZznYKybs8NLtOHuNMXo0Qw29/9HDcv41&#10;EIxOzKlXYiPJdF1oH6LWLgBb4dc3i/d74vgigJKdYFBuUWacDuUzN8hgYAcN8euNSQUseZbPwp/t&#10;hc9/nnzoox9zz5DJ3SjCOGsax/Tj5+urlLQDKWAdssEEA7w+2JYa7AZghYoEhk3MAfAbxc9pHT4o&#10;j37nfvgt7gXgN6PXaB6Mz2VIoHeddZZkBywYgQtyzz33IrX3SfLX7/sbedMv/qysLB4HcDFWmKOb&#10;wbIpZuRomAnALxQzn/noJ+RP3/0/wbZbQv0EsA7X4ihqpZXVZQ262LJ1K9KjMQRttXVtjwEcXFrp&#10;yLHH9tMpHz6EU8oYZbAZ6/0GaiuCfQSUR/eep8xJspMYMvjoviPyx3/0brlqC9b5kQMKap970UVy&#10;9Ut+APLfs6VzZEFOoJba1lqU/JuflgaeIS4FTeSkhBu+ja0+hv244E383dUWwGr8+cgEJNxt1O57&#10;5iR97g/K3I0vwXXvqccywb42nda7fBb76jUnyknEfXzwqCz/yz/I2GO3IVEWX0OB12pO6brV5xUD&#10;X0rnGIzAsL6TAO+mYTzXQmCCXH6t1J/xYslnELpBII1sW3zuJgI7VvF8TaAe7uPnrqOfY71p8jNL&#10;et9sq4y/8zhSnd/3nnfLbZ//PMJDOjKOa0z/vDUyNcGEfRTr4+C3vy23fvwTMrlnt1x303Pke5H6&#10;uvecc6RPVjHAlNlxx9LsANhk6EoTNgKUzzawbywgZG733G4w2hxLKM/PlI3tJO25el6l2g/1yWbD&#10;Qnrq979Ytpx1jrz7D98pR+HrOakWO5D2f/Ue+b/+26/L//PWt8p5c2dpE97Pfc9rZdNa7UwOmjJ0&#10;EHsD7u/n/uWz8uEP/B1kr0ty7ctu1D7QMv0W+/Fz8f4mIDn+0997pzwEpuwIiQ+w/nnwzkfkL47/&#10;gZz1G7+FUKJdMsUN6Qxq4L4HpZVggZ71upe+WHYjrfg33/EOpDbXte/L8XMOf2OfvAvehlt+ZZtc&#10;gGcgBTB7zfO/R2648fny1Ttvk1s/+o/y0L598iM//nKAfCNOHcZeGH3vOhJ8+0vwzwQD0SoALJoe&#10;rKC4BMZVrqQUZW8brxDj/g8FE3teAsTObbDqsWNDkIP6kvlAhSQK4vA+yFEyRXEmpkGuGtnFSGKL&#10;KV3lZ9nIRicATwHgstaPd6U8Z20e6YBMRaFiCpJA7m+RO6/zwBz0AR3aY0skLdWsgSykw7iBR7lx&#10;uj4xeP4Fir8nBHkdZ+HbJx4MDViGeIZkEbphQ4ipKVQFymxj6GhqnQrMOjAqDwEwuWPjJSYwL4lx&#10;1BQsswqWZT5hVlTunNbSgkCSeE/hMoU3WN/kFUaf4gQhi8H7BFrP6iuQusTvWllW5ufkNpJ0h9be&#10;KRyT3AzYoYd0X/eZ89z4BGhNAnNDs1ii7a0oghdi4qXONpGN/kVRYGwBQCdl3kRuowFw8JYsbHwS&#10;f02ykglc1H5SCVHJyfQOr1+Eg7i8BJv6z+/tt2oNZ7ngwk+s9+zzwDgDHBwg5bTMTLpOfWKoU5Ty&#10;RjbU22UGXixjE1t1k84904kPcpokQyv+alLhZs2u9aEFptIhV8CBIn66ZGNoYZM4NkeXSbUdAmWe&#10;HQagog/a/gSmmk34lXDywA/Ow5PS2r5eCAdeMSlK6ZLe74xT5xb+vJYmBfW2hr8zSsAGr9flBK7n&#10;ZbMaalFzRsUm1SkxqgP17zB+sTtGHA1hmdwkOnHPWSD2ukWKDEMwCNCxSOOm2uea4eTbejAOoKVl&#10;ulijrtMyLsTUTzooPVHNO/+M74U+g726T1dmnogppKc8CBMTYtwz//Pd+iIQyHvtKPh5Mc1IVX7s&#10;0WoCfNxkVKrr7hG9S5qkw2pIBxoKFJOZIs25NoMEMrm5E2BiMUNvnJpO0kXlNP5xwmtYx3qDnCYj&#10;mJqkKlvtZIl6MiZ4X2NoDCbHUexDxqFR6EnZkjtPi8RLkQd87o2pRi3YiJGhPoVJxdswxJtbp4At&#10;sQDdhxL16SIjoYvCkObm9J8YwTPSxNS+Kbsx7V2HHGWXFp3c/Pi/bt7RZGLnD+kCWsgoGJseU28d&#10;nuerMMbOAQBq4A0Q9QYlKUzqwnVbBbK/gnVjMR1bnJ9HEfuQrKFA6uO60n8zz1Lvd+Ap8UmQ7roA&#10;m2AQq1R9nfhaZzysyT0wGUcRfQwG1btg2t1A8Uk/GDcNKiPdbZ5s6JE35OvZTSItziRdd0hBM/hn&#10;5gnL8zYa+A71C4wYcaZCSzYVmpKJvLkKz4tTgJkbxhz2tCGkG6tvY6rx7xXI1UTvzFaZhJXPVkUi&#10;7aCxWeHfUXUUK7zOTpGIOgytM2cg1dz4ge1wJqFE3jiDPmlxipfZKA+2IlFWe+RlOggU+q+rT4px&#10;DbpNbDVfxCQySNIyA4m7MUDnzr58IDOicFjx9gObPFdmaDbO0JVlK3w4UwDvJkr2PbPnpAoIVmsn&#10;GzEfq2BlkPIHj3MzQFYz/g/NmeT3mqq/ZAA0q3JrMzwdd7C9NSVxd2NGTBSmsaEXtlEYYvTalfUV&#10;+UiG9LcitMOWYRrGyRkLRkKYUJtS9m68ZCSJfFLtkDa9vNfhOXBAO1kTNgfVCGfSSNP5v1BSZcVJ&#10;trpAWm64/MnqIXXg8GEwwRvK8iLjpQ656vnnnAUQ5WwAGTNowjuaBNdouhqEoWFdGqZDETIKhocF&#10;SDEG5t5Z510D1tsqpLvrKtsarc/Ap26Hnt9dnGv0fOZkumscc0EDvxhIUKvr+8nB6H/yJZfLhZc/&#10;TYG+VYBSTATeCbsYjLbk2InDAAIQDrJ6TK7cCSZ/H+y59oIc2b+gTB4OxFIyo9bWFZxhAu8EZINW&#10;FQFgs42mCqRpzcFgsszVIArwsdZiqBgOwHGAglRtNMccy6/ddU1Qq5ep1JdyNJUA01+s6yQ/OkxX&#10;Ca0blOzcNirfuOdhufHFi/hzeIgByFLWC2U3wmC31E35YfsxDZns9PaLta7N86y0k1AWRqbyxAn4&#10;YtPCg7YqrBdZ2VzzjGcCBOvKP332nzHs9o5V1jECrHGfURlPfpawAl+9KQRDjE5tVfZas8mhI5Ql&#10;ADsXyRiDHc/c3FZle86DVbfn4kukDvbVKOTbJ448prXtzNyc1qbrkObNAyT+x099FIy46+WyK57k&#10;zntKTgHk0rjfikuBtN6jmevApQgncvu/fUXe//73yiP79ykjqAYAaxXD83mwOLmK5+amATjPKNjZ&#10;abe03m1Bun306GMaVjAJAHByYlwDSWgzxHXZQ1189AjWB0JI+He13iGjijJA1pAAzw7Pn5AR1GTX&#10;IA36vCc/WXY++Sp45WF4et/90jz8sGw/8YikC4dgS+T9q/pevoV70+mQYYa+go1VkzU2SQPoEeBr&#10;OHnNDTJyxXPETM7KCp8NgOK25ny3xlIGJxDQrjsf7IcflO6XPyK9/d+QiX5Hvd4oY0ZZCFuawOpw&#10;zXoXz8fIJAJWAOSNAnjPn3ShNK8FyLflHO1j+ByRiCT0ZAQwu45acaTGJOy+Xv26Knz6GwKQgi91&#10;tZnEQBkWMq6nSryYKNdrq4AbZcgogk9isNzGnnEu3tdJu6KgGf3Z6KFIZQ2VTFwM41ir+eFj8rm/&#10;/ju5/eOflF17d8n5YKg96/ob5VywfbcCyKV3G5VDLaazUkkGMHsFXpYkIPSs600ISJ9J5jtZLI4J&#10;41mwqJMTkgBwLScAZF/9zKslfdMb5F1/8r9gV9XWZ4LESbPvEfn0h/9KXvfaN2P9juozmmwyrGKf&#10;p4BVMPIvAu8cKJApwy11oYf0a8Sz87Wv3C7/eus/y5333QfA10ntZ/GcJSp7T2VFAa2eXIrn+RU/&#10;/gr5EDwGjy+tYr/pSgP70/rBBfndP/l9ueXm18kluy9QSg3Zh+jiwBZliFJd/fjK++psm7pdx6Ic&#10;qdNPtC07n36NvPrVr5RPfOSf5BjBdNwfDkI6j87Ln//JO+VHbr5FLttzDhRskyAa9OTpSN2+4Iqn&#10;SOvocZmYSdSuiwEmBCg7Bx+V1pHDsPoZU+KM0nwy61nTwLZJuqE3H4gbhsEseC99DZvA84Pnk784&#10;bEg1kCDXHs5Zyfmz20aKliQRG/vihipLsYK8DPX0NWHurZEq53wACb2tlRlqs+JrkiQMIVPXc3BN&#10;eQ9+F8ubl3CuGfAD9uq1MLAvhnMB4CsO7sSHK5V+zQokZnnJWPQIEc8LkntsGPzlHgRLHSZTJOf6&#10;2iaJ0768ziWAaGU0obtOAehSAE285z9Zgx4wC551VkNr0oh8QLmwrzzSuobpuD0iLVOKQ9BF+LmJ&#10;KckFPrgjL65b7hlzfcUZQiCJXuKkJH9wUaW2CijlNlbqhBoqKTwAQ3CGpMngBMrLi9My1I4gauqu&#10;cZGTkNsiGNCBzh6MrGDMfuCfxDLtarhP0buE9VoggEbXl/oGRhPwxEuUA0mMKcf6fb4vK60YkwL4&#10;5ffkeXktaKnG96C+/AT76hqZXWq1dYpLSWniAKC+glROGhp03OMAWUYpTag1nSRWF0I+DNmLvM4G&#10;pLtD/KiMLw/irilIluwGc3kHPBCMG8V7G0dB1TbrMr+wIk1MAmdnJwEIjWHjB2sR08Cku6qTNUan&#10;cyJMclzu5aXqCWAcKJb4i0qwT+nDiTeMpNcCU3pVctt0pon1gAJ52qaGczQVPNHCjsloOAgZUMEw&#10;C+tTieqaHNvU16Upa9A68D4ogy9rq0cdpcik2zIGg2mzBNG4qdY9zV/TdULqqv68srl04Gyqh2hI&#10;41FPP9LcfZPGv1q3DTeF8UlIep+TujIKAxMr93JPBe343zTRNF6nrw1qopu59UmzGhpCWUuHVrS5&#10;KzxT9/0aw84DWYvnFhilSzr1p9Hz+AikuQCQa1hfnZTy7AWZx8E3Sm8/YcqyxdRvB3x76DUzqWCz&#10;yp2tQ/wLz7XAYgp07Q1+CIOhBZXVp/zE3LMr3HOZ+l4uK5JtVRKO4qrVXcahvk7xlExtO1vW779H&#10;wzkmJnbLyfyAmgEvgrHQgSfMKCTmqwDqxkcSF91CkDgjowCm49vH5QFoQbo45Ns4JOvw+qH02oAu&#10;34THD7fjeVzn45BHrTJ+rn1SOg/djWn0QQ2NMbmXjVH6g+vO65ImJkr5TNymnEkEYtoCEHLnUq5G&#10;7vsPPyYX4b6MTc0qqzK30bzSDAB6ZggKUUTcDyfRVAE/c0o572bgnz0DeW8VBDGVNNoNISCn8tOr&#10;oMZmIyXHn0qFh52ppjKVXDSzwc/lcYlq7EYEyG7+xYpvXQgSKBJm7WCogBlmQCbWDuKjkZ9fXg44&#10;o/zRAcVLLOs1Z5gebIt9ZeMtsYPizsLT1BTS3g0fpCrtGHCQiD0bBwHb3MYBGIH9mfuUXnpmtL2c&#10;onq0Fc9D5ejbmEAbwLQ8br6sGShgPMhkBhmItprMKsNCOmwVoDvN9TeDQS/R/XfFcwn0mjjkxcZK&#10;BOu9aswGlawZDLF5nP84oC+RoEexFeAxYjTG+7yJ/66plh52g/ZaSp9ws9HH1UaP/AB0HFgJzq7f&#10;SOn17Wopp2pwVhZB3lVqvvxrxSqIOEjHlIBgaOryCovYFoAuWU5tgCMJzgWys7VRY1GOWoKDqLPh&#10;q/ei5/+IfOSTH5fDaMjFp15S5nH2np1y5RVXgGkyA4DE1Ro1X2vw+2i6nkDJQalpBjUFU3G37twJ&#10;79gFWQKDjCzxcdQpWxDa0cDZwbCLDIChSzxEvYHakmx8+q2toelcA0NwbHZELrnoybJn90Vglh/W&#10;GmcS9U4DzCVaTWQrSN9dOyZn50fwvTj35r8DEKDlLE0YtwBQb63VUxYTbx7VJ5SArq5lKl+eBNt9&#10;ea0N4LOmnzHL3ACRJIRxICxd1CI9AHkEdNbAdNuzvalJxSurmfPla6b692iXxuFcC393pJloui4T&#10;eGs+NK3ZMPq6F+1uyG33H5d7v/pvcsW134fGtiVtePCyjmPNLEi+NLWGM/VPpZARBalS2Fx1Zsyh&#10;dFYOBPSsJpiDrz/1+usghWzKxz7+j1gHbnBIb18ObI33UOri2pNlNo8G/SRAmj3nXQAGHGxBUA8n&#10;8NibmqzDj3FNPa7HwO6cREonQYhD+x4Em+8Cmdu5Q45DMn0QwNy27Tt0n5qawdpArdJDTfPzP/9G&#10;+cmf/I/yqlf/qHdvcdcALYYyRlN6DuLanYTx/0c/9GH53L/dimHiEZAGxrRuXl6Gr6B67sFbEHYs&#10;kwhuSLyPNq/HGq7vyaNH9bpMgQ22ZWRcWVGhUV5HqMzJk6sK9o7ga7OzW9Ubu93qOfAU9fkYmGSs&#10;iShxm8f1v+6VPyY9SBprSB/NjjwkDfjxNXKExIzSRgcsQawDXhuu914nUYseLB1cWwe/Z1j76bXX&#10;S/PyG6Wx91Lp4f2Qt4eF7qSz4qxwKL0kOJwAXOrc9gnpf+ur0EYfhQRyXVqeJF73oUd1EAhyBoug&#10;fjMMmaAPNcD5PlQi8sxnS/38y6FSmlZZL8pHWfcHUi0M3/kakvm9LfEswr7fYsxpWfN8rwT5iveO&#10;6/3wIwvywLe+IUewbhbB3iRwwMCIHec/SfZc9hTZjpTWDEqWfWDyHTt0WA4CjO36AJt1AviWqblN&#10;WV9cknthN3PvXd+CnPYDshXWOyxYyYLVJGtxhI0UgPaBw/vBPp4EMLSu4Funs6Telac/GKxPdXWp&#10;uUXYnpeO81pffu0z5T9DQfPhD7xfDjx2WK566uXy3O97scxBvl2HRJZrsN9vDaWAm8R4VVPqCSbe&#10;4yv4efkAPOdrWlcg7fOf+5z8PtiEU6jfCdK30JONoy7fe9bZKq2jFUI9caAmQwmvffkPI/n5qfLh&#10;97xXbvv6NwDiG2XpnbjrYfmN//RWefGP/gd59ct+lEsA66ynqdz9rOMYvdGJwcFC3QcAEJQkgM/3&#10;/eyXvkwuQejMP/zV/5av3vVtHdpY7H1H7tgnv3P/L8kNL32h/PgP3SwzrPnxGaYncGwAuJxo5Dp0&#10;6MMqq7v/ATgUHAYTeQZB7zPYW3JHzuBQiCm6rNvwe4Zy5PBnTchYYQgTfEKpGOxj0JADcOfgZAJ7&#10;r2JEViJpbSihHXNdSUQ8+9KBgbxnmlXSdU1pa2GTauiVCxtMixTWokaPrFrsgEWKgjdpxJSz1rME&#10;y5bHREENiqEQsMq9V533lHYEpWDxYQrVmw5EbOgMODTqenKGD7Gg3VbdRWAWXuvGyTtZfap/v1ED&#10;sQLkU8DQOIss/X0h18kiJplnDaryv6tepNYPNXIAs4WyKAnhHB5sDN50xjGe+XwTUBf/9+q+5nFM&#10;vSDBdcBmqFkUEA3s2aRWWA2RAaqpxiQrEedI3NlIhaULWvEBhvi+PISipC4h2Xh8ovC9S31gb5L6&#10;Ol0qyR3u/ZesTg09ZQNNRUCWF5+RdRdT7tUbzwetJH54pcGiypg0BWNTrImSkP36i1iXgRhV9LTB&#10;GsF7gSdRoey2rHjdeXfMNKmoiUxJlXPAbgTDETznvxs+lKlWSxyNkPHvSrdNRGnZRWGZuHQQXria&#10;/9njYFVxeuCSYL2RYGLOXIsVJCuDoEvs5zfMCLx4OONGKNeU1in4EyzX5wHstXzKqVUqZ4IDg7KL&#10;DhLQuBnRT28HzGEZ+U1AiZPCrOcQXAcI1BwIw8+XNfz0JvKGwCLUr3HjSBxNlwzBWu4jnlPHDDSp&#10;exBpSl1PeurdU/dadhMkrorqukQ0F0rh0f6684EzeVLQfp2BJLHFujL3GKzR77vNImxwgWqsZqmJ&#10;i9BOksIa3bM8XJJuoeXn+1UPN89y8Q8bk4Jd/HytMMuN0zwLr6ssryQexSmHZIspGdoDITrd0ZRk&#10;dy05FaQciJsk36/KjkZHFKjMfdLXCoC0GqRCo5giTU7Pwb8Fst6Rhmclenm0HSZVGwQXNmGUxt1b&#10;6PI2sNZyD5aWial8f200IKutBQBkKP7Agpuam5EjeFv0JprGFByachSiWHdonGpJrteDkt3B9jrD&#10;Q7lr2za5Gw0arHuRnriIyedZWC+UjR/EZ90iqzDSXenAVw9P8ydwWMrhfXIlgL71k0uqtOU6ZFNm&#10;yWbN3PqRpFZsDCE+PWwmxp9WmmDmuMEoqlz4yzymq234imT93fg7o0FbusFb05iKMlo25zidIvV2&#10;WPBD/oTiJ04JYgzuNxUPN2NOm/xb+rIN9wGzm8CGNvq/Qia8wbDMbmDqnZnE1W4SAzEMr/QgVZ5H&#10;FibR5CmiocsQ9lhuN8Hm4pCK6PMWh/swtt4ARV1ihlLMvjNDvstWWaR2SGJrJdXU2EHMKgqPiRKm&#10;o/szTHtaujMmm9wTI48rJ8ZW2X/VgZc5RUBGJHcJ5azdBL00VTmxFXMawK/6eawMeOzaiMdmzeby&#10;XrOZd6App9lnwNawA/55m+V8x2uiHNya4W/ODCeMlsBl6b9YuRdDgmRsnAa92YMarqOXVVW/Nx/4&#10;RFXaay5SkQ4lUr5W7p+t1MtzYnBeGXhg9nXbx3AWbEFAxqywRE7R6HbxHm666bkyjzN1/4F9RXI7&#10;a4YmBlMXP+ki2XPOhTw6lNnEwZV6t3rwqFZzoW0Ww8q8jnCGie34OsIbkIzLn80h5RRAm2mEcvTF&#10;nc88q3XASRUF0Amy1PjmG3jdBtJfz9qzSy655BoABsfQKLbVk2xy6wzO/7bUAPZswbvv1g/IgaVv&#10;owllIwPvWig2aHGciLOQYTNKkIkBCvSumZ40ynppYTjWAjtvEv7EHbBMlte7SAKFfBXfT5ZfA8yX&#10;tVautVkfig8yYVbW8H14f5MjZEtl6mnNvYwgYo+yYGVGoKbssKcBSDUCcINsQKoisFGONnPZAVzm&#10;1k/dJ7v2PFtmd8KfD0AZB7Ycvma5GfCUtMODaKLKxUm5PHDM8hb3s4N7cslVV8vD8Nn9+t3f1vuU&#10;pbmyEWfUJxC1CGqLrRgyjgOc3P+dfbJ4dF52nLMXzDN8b6enYMPkONg/q5mCBhMArmZnwN4Ea/Cx&#10;R78juwEOjkFiSK/u4wBImqj9x0fJrAM7CTUiWWTvgazzuutvkt17tmnNYmWF0CcuDthdAJEeuf8Y&#10;Unz/EH7AX1fvvdHRSYBHSzJ/DN6OYOTNADycmdumzEr+Ynrx+gp84ZC+vN5aArlgUrZt261WKRwM&#10;swanGmTxxDyk2cvq1zcN9iNlvutkdkpNa2OyASlx7YCRRwC8h887D/be/q/fIee0V2Rs/524DmsK&#10;jDEHDosCYFWijXPWpW82mHljucrSNdgD6yu77ArZ+gOvE7PjPK2vc6QDZz3UXQBE6trYUyXUVUDO&#10;QFmz/sUvSf+2D0raelAm4Xm2gnC/FKAkAfEMPUmGWpYMV1VljE5rwnEd9f/a1B4xV98os9c8R04g&#10;wbeZnXRMQ/QzBIAm8bPWbRZJyDZ1Jh6Wm7jhnGvDFzNt0LYFoT54Bj/5oU+Bfflu55tGr3Y8FwyY&#10;IKnibqz9lfWWKnWuuu5a+ak3vUku2DIrX7v9drnnC1+Qu775TTkO/3cXEJcoYaQPcJ7DffoRnlxb&#10;VUCKqb0tDK5TrBMOFfg8nFg8qcm6a5Dtp2i0iRU1nmDl1yPjF9eZg2/tr1Afn335VfLTkBQvLx+X&#10;uV0A3fC1DgYBYtFnWBeOSLk8vc+HWQBpGnGaqJdlzbjGn/sbPcwzz8yl1xrPkhMnTiBtexbrp+dC&#10;LvH3RtALzkzPBKFMoZzoWR0dIsX8IvnxN71Zjv7qr8nBAwdkWRxQXcOe8bH3/w38M8+S5z/teyHX&#10;bmlaOZU+E/WqqSEJI1aDmTq676qSijYEuL97Lr5YXvuzPy8Lv/J2uQ/7QUv9PXF/jnblS3/7Cdm9&#10;e4e89HmvAQCHPRdpyU3PYrZH98vqgw9Jjf0s9pYOgPNRBhNy7bHP09TcniPGAPSmpZbBc5B3aae1&#10;AuAPwwF4uPZ7q/BzBejHPhq93qBSJk6lzXyf5ezRTHWcbEwl/KDYO80wwUMUIpckBWPNDCoLI+lu&#10;bJMRe2iHH2pstSZNQo/l+yzHLHNMrNIDOyl839i0he8tfAbVxy71ARuud9M9xssx9e+I89izsVTX&#10;xO/FyZ/ZB4q4NV/uD9Z7zSdOcci1DGCWJKTcsyjF+y6SXKOUTX5vYDMGubMGmOTq/0urARvsxHw9&#10;W1gBeaahjRSY+gzlWTH8C8P1AGAaJV05gK/MavA4lGduxoV24u9PANwSD0oGOCovfGxsxOArJd4B&#10;2tC0W/6WCrk08cOaMgzF+kBUTdEVN91XnMmWoaJxEvBgT1Wtlc3mRjK+BrUBzDaRXVBY3BVbvHhY&#10;bB2e42+WgsbiJMpOxkt/iFqtME+k1CL1UlmjEdpGacI1H5VMqnKn2y2an1CI2IEUImvOoIi3Aww+&#10;a4cnFg402JXvYTIcNqtZFDQrOPCX4SOwvLyozETKHDjVmJubwOQMLERs/h0ctu0eIZVZXQiaRNp3&#10;keFG2Ys1D9knhQeKstbCfq8y2bqb3Pcd7baWO6Q4YJGaIJRmxYPOQqOw+cqdSTSnT5Te9hIH6oWG&#10;hYdT31TlpJTD5uq3VnMmps6eU18717APq5KTynRCJb6OcRkbyidelhx885z5ZF4E/QSAV2xgQXiQ&#10;y5QbbUj7UfI4PTKcQVxBvVZILAnece5aZoFi7d9fC81G5tl4uiCJqrPeopwoW5Z1bHztdldBzhEw&#10;/mbAFJhCIlQTv6fsQbyBZeKnkCWwYDcKPU18QJhNiiIbUb0HvyPzMjtKrI2Cdh1skKurJ1F0oqiF&#10;v14jxRqDoXiKqViCJmW1DTkCktmO7ZuXLyHQ5dVoGNLRxDEQa2nkr29UqrBjEs0A3CU57ewszWsa&#10;Hzi0eM1jSuNeAovwBJqStTai7ucfkV0H75fesaM6DeIzQNo+12sfhWM9kQK85Rro9/OK7C3Lo4a2&#10;SBkN6xayKj4fnQXHZCzikfLSC8yUgGFS+JVVn89hQP9QYO8MwniHgX9PxL/viTCJquskr4I9EZNn&#10;MIzjVCZ6BVPnDDzF7GbBqOZxZo3GZ8LA5OlUe25J2DKbpz8YU2WVmTizwm4AgDcnYMY+KM7/dBCA&#10;Gg622Y3fZ2J3lWCQbAv/2FiabU6ZBewHKMXelZ6BXNxu/or2FHaBcmrf79OlS8cSXeMldEYG71FS&#10;cWC0p/DvM5uAgGey3IzIECjjzHX3dhPJfpDRlvLkx59MbYyUwV9mkze9qa3V5snKMfHZRiL/aCMr&#10;/WgqE6qqv4wJ+11qKgFA+eBTGIZvA54GLNQbOJ8nR+ralG0BmDIPs/U5MOLHEVixZfuFcs/tn0fI&#10;wYmi2iVTfQfCOs7ae47WQUy8r3kZHOsU8coG9ejV4hvnGRCNMcj5Dh86pJ+LLLQxsMbGxsZ1rycA&#10;p37CAKFM0lcgpAYGTaNBFlFbWUwT47tkz54nybFjGDBhak+zmTFKhlGh1QEUjdROyvFHviSLxw7i&#10;cqAmQIqlpr62+1q1UHxBy5FpeOixiWBIRqefKouRfsitnmNJkGVGNh73j64fkvK6k9XHgI1Wy6rM&#10;lIBeo2aUUUjQj3Uv5boEIDqoH8ny8/ZKKvlZxXX92v091J81mdvjPJY5bDsf7J3+OJKMd5wrNQRe&#10;1HFd2Li55y/zkqx+uQoi7wETjSacw4gLReNgPlevJOMYf4kDNG563gvAYuzLdx59xHk3K0DpGEq0&#10;s2GdSknfHviWUWuxChnuCGxt0gYD26AcQM0xQW8xAKEdDXZgzTyFz7Yuhw48gqATyHnBWty9B4F8&#10;42OucSCIAzCrSXALQSjv+K9vl1/+zbfJHrC9Om34uGHtPXL/d+T973233Hn3nQBU1zHA3K4MyseO&#10;YEgKkHdscgzEgW24piPq4Uhgoo97d/jAvEsuBWixa2YvwMWRIuW3hrroOKSFy2ANjWFwvw2v2QBL&#10;UPsuAq2QIfYgEaSihkCfMyvvq7SyDbYR66+7vvo5uXAHlDME6Po1bXDVZMXXNglxaYZc0J+xjftJ&#10;9sqTnySzN70C4SRPUQCKdTvXJ1+fLFCtgjGQpZXQCOrW7n1fl+SLnxG7fECa8GAGMo5BLd4fm3dq&#10;b9lagGWYIqFXOGTlj8a/e9vOkfz8y2TyqTdJF0EVa6z2AbxktSkFg9jXdHGtumq1lA7fdc1Ghv1p&#10;7HwhyZyBP2ZH/v69fylf+/qXlWHXoR8natUG6k+CTSNYG5I5G57Z8XEFNx/8ylfk1974ernyOTfK&#10;G2+5Ra551tPlZUh2fuiOO+SBe++VAwhCeRSsv07PBcQpsEXWH97/AmpWpoFTzdJPnJ3MscMIXgG7&#10;kv6XDIdoImRI8uwJVWwF8YIKtV7X+4AxMAd71OS52pP08Pyyv2CfxGRsBjFq6OGg37SYgvFIhl8D&#10;39dtOzCNr8v1xt4q8WASa+zjx46jju7q/VICBUgZ45DGb4GcPjVJxbu15pGCFcrQEXJy85t+Rj7y&#10;vvfL7ffeg8GGs/BpduvyV3/2HjkBsPQlz3yOdPicjjKhuSvVZOJM1zz37a4mpdd1v1vDEP84wPNt&#10;W3fI6/H6H/zr98iXvvZNDDTw/hGMlK0b+cifvU8WwLx95QtfKRPwlKcqDR4AcvKRBwDs4RiAr2iO&#10;86Ee5JLc48n6ox1V6rCCPu6v6dLTfl3BPrJl6SOL6GawshGSwuBKvG+ywtJENqbbB0uLfubxhTQK&#10;xNscNJFNzuRqWGNp5GTjyUpw1TDRWRyFaZRFbQQe5bbooVx4hZfh5s4XzrG3HBMrmHm5gK68BOYi&#10;uoBT3DgLMSZUWxuF99EP0ffK7vytueviAbTEg1McGliJpdCl1532nio3cGxSBRFJV/cWE2qtoWd+&#10;8G6zhb97EsseCJqoPYALZbEee8jDlU2cx38gGFkPyAUykL7XoMQrmG6ul1dFZPDvi0hFiS8703rN&#10;e9y5c92BfUnBjixYdCQWFeQdUw7087ySLhyY9MFPj+BlQW4geMjQkRCy4v0J+bo1nDmJONsAG8gL&#10;NqbwDKpKolPdDjATBgtZH2aS+HVjQq5ELFWPveaj1zJRtHOSOCVCzX+mGpNYx1GwTU1j6otNmtHx&#10;qU/idSERqUvS8YabfN01ovQsIoLZY1JGIFe1S0PYKnagYLZVeV+gmm7WrJd9tA3J2Tj0cSE4QUHx&#10;2MJGc2D/Y3J4qS+TLdD+8bVJDBCmIUlkim0bm98CpAP9HPIVSpiZpJuPOemALhwCST0Nh2BjwYut&#10;fmY+CpnUyiAx4OSkptOa1LOo/GGGzW+ExqQuFzskUTgNeV7KbRR99YvfeBaG+t2lDT8lR0HX5ZSx&#10;6xapGkjXlFmYZR39s34wYYy6jYLmnDjJhwM1rWMsJo4KzPtnvXZf09GMC8iwDeslvqlSrRUoUu8Y&#10;67z+eK+T1FNfHW048XTl3IZhg9ug66SD069HQ1/6KusNSTYsQvl9THPm2uJnamGSt4Y1yCnRKBqG&#10;SbDjxmAWPjWzVVPX1CS8kRQbsr7fOAjB2oEADTucz+eRTVe0J0UWu9mkMtLNhcbZ+P0aCrdVUNF5&#10;uI0iPGQc624J3kI0A961fUy+BcnBhO7OXZke34HisytbYajdRVHRmESSH/xcwu0J3lY8lEe4TDA9&#10;zQGuH0Mxu1PoszQFl8Z5NWd+jMl5S1izazisjz8oBvKT1spxN03Mcr2uvI+9Tq7pymG65JKfvdKb&#10;h3E/LwA+t/Haivm7SmPWElmA7GYX153x8iF/0KqxabxJ2ypQf9owjNPKZ6VyCJxa4jsgbXuCdsqb&#10;gYEb3quV4kgr+GzWDFf9DgB+1b0uYvyYAb/DweLEboJWbMJCLb8/j/y+TCVtJl7nJil9R/IgBbDl&#10;4KLcWZINDLQN182YSL5sBxqKKgw1+E8+KCfeBBBMTJS4qjKmCEAdOFesD0qwhemziZjHJbNmo7S7&#10;6jtpC4ZVckZg36kYerYy5rNPOB1xA7sv8n6zEXhkBpZR8HY5E7TOxJYaAZy2Z4JRmo3ptSZmxuVn&#10;DPQNozy5VLtoFcb0YnOaSePjx/griv1BT0d7CiS3VOqG997XGqpE7PMyAsZ/tsRW9zgrVbahtVI1&#10;KS9S5uMmFyyzdBLMrWMyPnOu9HG+LAE2aIG98lSkhJKVc+c37sUwFCyipKHST07TL4CX2VYw0Mi+&#10;qaGZzVUJMeaKTZ+Syhqn1gSYhwCQBIyjFQy8lpZWAATUAAiNqsKCDbyKldW/N9XGlgPSpnH+MQSJ&#10;yBin5HECoEEbNRtlPCNgDTJWY/3IfXIESY+1DHLHziLONHiWNZkU7MD2NTTETdRyPTJIePblRs2n&#10;TULACMy8FurAdq5nX5ONk1otOV9g4EOQGEJCOGI00IH/rK5nylwbA3OMwB5JKrWa8+rjLzbDfQA0&#10;ZFR1+s4uYATvfWnFGeZfsGdUzbNXenOy44JnygVXXS9b914C1hjCt3At2llaAL18H4k2Yb5JGAif&#10;i0NeinXhi/0U74nsIwIJddzjDkz2OahfB2vx+3/wFfJ5hADc/Y07HXDBuDSY6k+C9bYCltU6QT1I&#10;RUcZvIcGr7WMawOGDu1semB3NMFqTCBjXUND3uuktGNWVucWJMHyPYxCskcf6Ny4/UZVJalVD+Z6&#10;Y1wWEMzwllveLC94/otxSVLZ9/B+efCh+wA2QGJL6fbEBADdRVVy1HCdCTyyflOlHN8TLiWZfhwC&#10;j0NKvGXLpGOUak/tvM6OHXPpwGTy7YAf5DjWqI406LltmUDd0qRYAkV1DaczCvAtwZKEa5ml+Bjq&#10;yEkKIWl23mXCMWoyNrUto01mjc1y3ZFws23wMLzuRTJ52TNEtu3RkLvcq5kaWKd8Fqi0IcOReo3+&#10;8YdFPvdJyR68B59nEdcJ94e+37Q7yp0JPut3prCuoH4cYz2NurIL4NUg3Kb5jBdKY+cFanTf0mel&#10;p+Bgk5+fAln8bPpTNtkE4t7keb/iw1d6ij6OIAm/5O7++v3yrj9+pxw8uE9lqAT32olr3NX6J3fA&#10;N5+ztipq3HXm3rMGn847P/NZ+e/zB+QX/svbZHp6Up72gufLU55zk/Y2bdT0Bx9+RPZ96z654+67&#10;5dHHDqn8eg3rkJLxduaAkRyg1gPffFB+57/+lvzE62+WufHtkET2NmXTn3brThzjN43ifHu5OztS&#10;m3tyhfEsK/QitCYgSFZPNwyYQ2gE1Ui0J1jBmrr/O9+BbHyL7Nq9W9Of+9inWIM3veT34CFY7Ky3&#10;FMkjX0r9vKfGwWTdIomJk6qNAxmyvgaKEBwkA++Wt/1nueCDH5O//vsPAPBrYy+ExPzgvHzwD/9U&#10;7n7al+XNP/dWldGOjaRRvWoKUgp7N5JzvnXX3fKFz/+bfBVJwOvYU7/npS+VV7/iNXLzL/2KXH3r&#10;Z+TP/+o90sReMoZ1eN33XisvefZzscbQQ4BYkK8fli6euzGQDTIELtnRcVgPcXNoap+mPSiuCaW2&#10;BOfYB6GBgNR3HqSFBb2uBmBfF/e7D3ut1mEwW9HjtLd23QAjdd6ocbVpfIiD+sb78Mi+9yAV36vK&#10;EAWgtcMnycFrztiyTqwE34Ua2QdaGFum/pbNWlTfBupa6OVV2p158kOJY7ie2xZgDanWiUlL+TE/&#10;p3GmJ049RktTL9stsMSIxSbuZ2UByNYwhtL3jWnhWZp5ybLxGLmTqnL/4/0h4YlUyczLenXgRAUk&#10;hlwc8rGXzL23oStGjO47wUNPm0kFDXNl7rOUS8HO5j20sIHQ7AB+xhCKEsmWNV3YOim8koOKUFR/&#10;DdUTL/WMztxFt/i9xuciOyVhkRTsuxlO/KJU5YDWKWaSJsVg10bMyyL5OcucPD9xQah8rULK7b9H&#10;PLvZ+DqOpEkyAK1+zqrE2sn6PStyUIUV3neceBgHJ0YsPQ469NoU6hBbIcmZKP+C7yP4COZZ1w9l&#10;A2GshGprKq02jsHDoICESV2ZT3pVZNHdCE4xCFalqA7a9BvorTgQiD4kmQuhr9AXI2N3TodjRyBd&#10;8JFJeog9Lpo5r2WXiobeIbchfCCgt8ZLPjkV2oJJodl5royiCD2AhLM1+Ek0e6CNn4QccnxN2pQI&#10;4CEZG8XUBVTilF/n9Ghku06dew2YIfNB8BO7MRRXJ3VCzUPXgZo06M39g8xFQPCvbp2Hg9KZCQ5i&#10;k13jrC9z0YzqOeDRZwJvnUwfZ30edFqr4Q2JTpMTXXh4LzjkEhfDAdWKY8ZR7ptozDYOHSbI8MDK&#10;HeU5V/luUyUtSeqk2aTHZ2BpAX70izVxEwGlXuda5OV5OHFSiYHwFAVKt7OmXyeApAUnzQiMk/Xq&#10;LxRMNnVFNB/RDF/LMKlUVmPa9SEgiUqYyRJoAPjihN3iIBkZsc4zQpyPwohuAPjteJMwF0A0SE/g&#10;0TINMI1/V1OJORVVSbBLAQ5GuVHeb8QAySJLJp+EZDO/ZZYBE7rZ+ojqxAMkDiztex0+941Ek47b&#10;nVUUKUfVw2V6ZBtUumeh6IJ/EQ61NRxkbQB5uYKiKUJsdugEHlcZRT8KNTwvxmyF1wo8gGyiBx2l&#10;ER3dkcdlogaqO4ptSggW4Y1Rp3cLwE3OIw2LovaSGqV3sGa7Cwelv3oYn6enk7W+45G7zRT3TRPr&#10;646tkSTls6hMSuPvVu4SgSnZ7+sELSkAIpXuCuj2XQdSOyA4KZyoAsVZz4ogCVcWoKOHO2/HTO9t&#10;CW7kFZ+uEljJN/irWWOG+vzFExMzwNJ8opw9Y8ymsuL4z0ws4bTle05MJBS2AxidLSUBZoDVZiKk&#10;NLCUzKBM19iBtKeKAUnx3y7iPS/KJWul0kSaAWV7wUSUMhnXMRRzzyBKNgxqaApto7uVeI9Pd01C&#10;MZ55qaIzFuazqp48iWMuB0C6lox6xnFeeKf0Qw1lSokip6Jcq4kCcc7jUhscsrnxbIwmjo1TJLNL&#10;Xtgh2IiiLx7Uz3yjWvNXIwuJvuH62mpar2Mo913iJl/X9H3RkUvFpdAOkfRKVQpqhzEyrRkAGAd8&#10;8yqJ4GajQt4OxMTYUhuk+7NeD+8BYuxpYo5DSpiN3n85cYzraxPKp7wEI9zgqlzjNn7bpmSGFsWH&#10;Kf1CxW6us62EKQU/QJNs8PAtJ6VhmhzvHZH02Aafa1sB7ApmONdBbktmXvS8Jr4BoG0Hz/Sa3QhI&#10;2oqzp1Wj5cz/YqCTAma1LALXXUqvI5OU03CpkAxM5OWYFAx1GwUJ2cjMWr8dcr/ewhFpTK0os25i&#10;tK+m+ePwNFtAivsaBko887uoM3oYJE1gIrpj1w6V8hHUYYNVH2k4Lxn11nGNEId+hjKxVkPP9iOQ&#10;hWqNQR/nMXroojlrNPSZp9w3zUf0LGAxndGDCOdhg95uOIvG4NlE0G4VthU1MkHAglo5fAcGnMuy&#10;dHJNGQ4M2Vjtuh2JJUIt6WqT0CELEK/JQA1+H1l3W6bAfl/ikM1guAvP4C4lcI7ZxdS6tVamQCi9&#10;/eil1kVd02y4uof+hM26UTN/hnfgkuBriQJ/u7dPyNH5dYA0qYKJnbZVOfQ05cAt7FBjF8uWC66T&#10;S298gWyFJLnT6RcruJu5EUG4R+5xTCKLgZgNvWFE4nslt//V1AtJjZZ1Xx0dH3VsQ9Qbx1e68rQb&#10;bpB9+x4FCHlcPzNZNmtUrDTo54Z7iror8T+SQNI66pbZrbsRDOb2vRprWfx+nUErAN5GcO2noJYR&#10;ygQz72PswwjYRHXxMxq1WpHf1cDXP/vZW0EGWFWAiIAbPfhYG3NImM7UoNAY1/phVVOeR1V5c+Sx&#10;g7D1gocgpOGzGPBOIays03FhNuPNGayFkwgEAbMTEpopgCtT8DNmnUT2aQP9ShvkAwXRc8ohybpq&#10;KKOqBRAKC8sN1LFm66jHzkHy8BUAPTtI3WUyaIP1fMNJ1QyBXtoBQmbce9oNsvV5Pyy1SaaNdp0s&#10;suakZA1W5VjLwIixZnDdEGgiX/y0rNz7ZZlpQ21Bex/atRAwMU5SVwPm0wErsoOvNXBdxvG1LmrK&#10;BF58k9e9UMwFF8sShuusg3PPZGlo+II7V/W517O0psxCEyS8UrWPcME+jgXC1Gs+j2SvJgAYCRQa&#10;7Vl8WqThWjfy4Lful5976+vl7NEtKjVnWI0yg6GW6mItJNgjLti7W5580flYc3Ngan5THnx4H57d&#10;BiTiEwDXV2Vmdlpe9uIf0H5KtN9w95+LbXzLlFwyd7Vc9synysvlNbLw2GNyD5h///TRj8vDAJJy&#10;SlHwzLVxtiNKUe658275gz/6n/L2//LLeN5HZAX3ZZLhOwqOAGiv1aoShU2xzMyRE3w6tajX3fBh&#10;jts6nac5AQD1y9RgvNwlcWfOi22sCSYzpMZ/8vu/K9+6426ZvHCH/Prbf0/f/1hTtXEaYpOAjEG2&#10;Mq9nByzV6e1bkap9EutpVCax5/V90EfxnAdfLuvCMW3iGDkvfNUrZWnhuHzwwx+TBKA+Q5QMnpP7&#10;vnCn/NmWP5E3vO6tWOvw3gRpAru5hvUQfCZr9OTKivzFn/2F3PW5f0NYBu4jwByD5+Kf/+ZDMrFj&#10;h7zqBT8oz3jRS2S5dVC+/dCD8tJXvlrOvfgq9VPvwoM1g9S9Dh98go8dSM/pjW+7ToGVdVa1L3Ms&#10;skQZXr0WGKzYY3MAk52Tx5WlO46een1xAQMcgH0ncY/7znaqX5tQgDPzYTQqAw2hCxoSYVUmmniP&#10;xKpPRzg343rEdyHGFiEa4fVSE0l3I+WII1mX52jByvP+dXrgEKALXrrGC5xyl84ewKPUtwQMmDDB&#10;UssH3HRJCMJ5yDPURgPoMonWexOyV8KZXfdnghKLVJJrvbdfVrDkjFqo1QowTTGEkBrMvRZMTwUZ&#10;i2AN/K9mNOE8S1z9XPPXpk9GX5IpWJeotQXltKkWxbm3BNH+medICO7wLERlBPqwK0sv2lpDh3qa&#10;YhtmnImzAnOKhqwYcpm07j+nCxrNE+/faFw+szUxIcolECsz3tQq4ZnqXZi5Namf17pBVBKst7Tn&#10;dbkMxvvj5bbkbCSxfReefeI7qkpMQ++fa73BdWhyo+cYJfsa7uNZjbRU4+Arj8Iz+OdpUqYLlzZr&#10;PnjDq0VNABmtLa6Hft6+uy/G93YOhS4RxIINWqT6eil4SK0ufOrLgXSNm1vuf3jwhQmtkwtUsc68&#10;melKvpFchAxgYX5RZs+FHIPofuqTXcQOGXJvNOq3FTaFB8I8u8pGb3VQPFa4hXlDaePR1yBJ5QRn&#10;ApOTnek2LUiPw9iX3gGLoPyvHTUKVtYwzZxAUtwkCpkm0tBoJMyF3rOQNuSTypTTiojT6FqqDxXj&#10;3Ckz1aRak3hwMi9SgXJvjJn5kAqF7pKeA0qCQaR4NJmHD7X5khSfQRckgzlCFJB/vTzNJUAsmhCT&#10;5T6eu4ytDgETwY+t/H0ZoGACw83/t06JCWp6uno2jH1lvWTHdnUKkChwNOYouMZJhOkdqE2kUvqc&#10;iSuLNhYkTkLs0HROt5meNobDar1FQ2awDNoMo7Aq2+VmXK9PyiymtQFxJ+OP9HoeKGmaet2/kzGE&#10;pNkwMRhKxognN2ci6/K+daYw8wdwp0nFuZrttlonkVyHAjHF50AB2IBZcobNrdXuqbmx7a7IzNiM&#10;GhK3YCpcX0FROMuCriv3fvthWV1qy/heN8nS5oLFrnFTK6qSaygEqTphE9Ra7SnMKwm8frjRwMlP&#10;KfDLMBlHAmF/5QQ2uMzf60Tfp7I7fKiOTrUTnxjmo+h5P128uPucuo6NkyQ4dqgH0TXFjiBwrzQ3&#10;NmcQsWDMhoCGx0dbsgNmY/9n/jmTdOBN6T62BOFO++5t6f9WRJSeWsF7atO+aBMvn3cbscPtBqZr&#10;1RslZlpZsdWIpMirLfzjGogkcLMUoDMR+uTWlCSuQdFfeQCZ1UJV2GYQqOnroEIUAOnlAQ6r+VAH&#10;z3cy4WepTa1LetODv6ZydZYKNdLpE+e3wSKppjCl9X/PVhltQaY1GGxc4dNEU7bAmbMmztXy9zAt&#10;wbHHu2z+nd6Tm72g2RDVe3qruv/f/WNOBUae+WeKQ0SGJfJW/64dmo49+Eyf1of4NG/dSNWzLzQe&#10;dlMfTiPDYm/sKdIErZdx0NdslB7Ga/dLa/EBGd19haTAPcbxZxyi3QfvJZ7b9C+mPKyLB7SpwMyk&#10;nkcMOwjnrspHvJF2nrsnkUASi/I2GBwuwbehbKDUT5QDeKr+xvVU3w+9sRo4nBoIp+ihXtTnFQ3x&#10;6rF9snb4Plk9fFAHaXmCs5OBcByG1RyoS5BNvdwgDWUxTJZHEzVFR2syF7bB53FphZ7A7j0sLXPo&#10;xvRcEmvAAoTmdQWsE9gSKlBGjzrdh9AoTI7WcXajT22RTSIKBs5N4TUgjW2gge8A7NkOoGoJ6M6J&#10;ZbRlCDXLYd2xe/flsveCq2TvldfLCBKJOXztdzMxA9MVGw12wm7i/KDKtVekCg6syMroIXF1CtkT&#10;9JOre5P0PpQFk+M93A8jN0BOeeutn4IkbxWfpaX3kaAmQysIOnEP1IELLWTU125ZWXfdtlMIjAEo&#10;q6HOqyfbFRxLFLTNXCCBB8GDjEh9GPuuUdR7krq6YxJDWm3xNDwt172eAF+DwROG0mcAsjNzsgg2&#10;4KEDGFxCcjyGtTcJ03/9eV2X0rqGgfz80YdAFFqBBHhOB7+ZuDVBTzWqFNaQNKonhPccZqu6juCQ&#10;fnfNNb04Lwj+ka26Hev9fASSTAL4TunDSMm1n/ZQHpbOjknjkqtk5MaXSbr9XG3SO9rspZovB94X&#10;gDaeAU4WObIIGfxdt0n7rk9DcbGMr6Nmgq8002BTTZrl64/pUDabw+dHMvMogKA2WGD17Ug+vfQZ&#10;0rvsellHnctBrQ68WZfz+Tol41qGJ01pv+oHPF52WmAana5Lc8bP1+ea958MSHzG//0X75KpGu45&#10;fcLwjHBfokw8wbNx+WWXyk3PfY4863tuRDr3uBBpfAWu14Ng6H3iY/+I52xBXn7di+Xpz/kegHrb&#10;UbePaLq22WCF4QCMDtbLFKTe1wFkugZ/50uf/4L86V/+JQDbVZWGMlAmwfN64M4H5I///L3yhptv&#10;BrORDyWGBvwMtZqvVb/7NWLZQie6LrJ+XrCmeZ2OLyzLBz8AmfPX7oDc+JDubYsPz8sf/u6vyy0/&#10;+4uyJ9mq67YNQGwdUm4GExEAoCKqvQr2M+7H3NysEjWMObW4WpcZfmYLg4OXvea1KqX/+Gc+I48y&#10;6CKHlx6GMvf9y1fltxd/Q275sZtl5Ky9CiyzMvrmvd+SL9z2JbnvzjvlwCP7Xa/APZoDF2yANdyL&#10;f/nb98NH77i85Pt+RJ77wz8h15ItPTGn6c39LuS3vTWnnPLVl5NEm2IfU9zA+5hpOjll7+jn0jaT&#10;dtvu0/QWwPzuyfIR/NkKQRhR+XnLs+AyEk9IBEnLxNjSE2+ILU5F8FLunxUfPzERY7oMs6quRbfX&#10;edqweLVrAcIV9bXKtq1LoxATKQ+9v13uH644hCFiYudSDo+ND0ks0nDzvMARjL+eARvQr3kbrTTU&#10;LIV82ERM09LKo/iVBy9AD0p58C33KYwp7j+lu0rUIVConm5tx26NwCoJoSKBfeftxwplop/i5iHP&#10;gQPAxKkDC/DaSqEojCfVRUqy9UNm4z57Yqte9nn0cxynwOjwNLeuFwh33/pr6QayNcfYz32egWfy&#10;5RW8xE/dvCrVDCRuJwULtFT8FanCJonsikxE+izTfk2sugggsw9IDVJj93PL0EgJ+ANxFlMOoAs1&#10;Ul7W97FKSgZ6tVLKXGqLjLflY1WlB10dB2XedrT8gEQ62WdapKWIj19uoXB69JEDsueiyzARnlXW&#10;k/GSXjtQqw5ql8sCOmpQpSpdswO+R0WL5llDBXRukjK5hsUlvrOBSeEs/NNmUMDs2AIPPwQ8rGFS&#10;9dgCmX74/UhbL9wU2FTWjisLiwVGA9x9HjQtFBa0KeCF74gD4ri+WfA0vFVswWfxiHpPJ0E9T+d0&#10;HCnJsiLhliBM6j3seCMpZVG2SOLBQm+g6BijYQIhSrtVeYpPlwqbb2HYWSTKJNXIZ7/huIbZszOj&#10;a5l4anRO+ak4b5Jys8qjiaGTC1IynBt3/fVnG6/T9407NRj8XDSipTyYMmTSy1n0sOMnKNDK6zr1&#10;6uHg7nGzx98h9X1yakqbi20IqBhHoeSmwM5fwOn4Ux+vU2WhFA/NEEPrwHwqQjesAyNlWAlVHApJ&#10;aQCqm0dXi6EWJLvLq4+5FOomZMUTMPWlFxI2x3WkyHXWTyDl7qCsLRyT7XPnobCEx0h3QSfTnEw1&#10;wXbAN8MPZUWZm2m3RjxEH0ACbQRwlWE3lqqPTh8m0gsI/shtC9Nh+BuRk5AvQBYOnxa+xtKj+Pdx&#10;d2CRrcQpWeYYVUrlTkJ2fOIMUQu5aVZ83iQpD8h+v18cOtYfwkrD1sK+E9GLzHCvsSJe3VapPJUg&#10;ED91GBaQUXirmYHdwQxh/ciQFGX5d/v5DaZ8n5m8t3xewmFQMpXMgPG/jZhdZrhxm5XICNgOyD2r&#10;dG8zAOTl1lZoYHkleGYYnGgqQTqyQUhmNwYGJ+4AT/yfpQULz0lw1ZuUxTr+m78ovqFdC/nJrKva&#10;aMI7uQMB18V5X/L72pmbtFG2pBNT6ydkeXmt3fQN/mD44SN6RuO5wr/H8d9j4lhR9G1tsOjA64wb&#10;x17gcK7OMwzfP2r80x8xJO2A/6sNxUxh8+H3hoKqlXheYN2XcYE+mAyRpp7OXWZ4AEzVuP+7gJ8Z&#10;uzFZ9lRBNoPJjWH4ccb639P59JqNab/DjSg3fQYHQRE7PHND7IawGbuBYRtbEZgBz+CwZ8VpwpVt&#10;boCuaTZaZBZpvNYnXpq8X0o5oufUboAwnWwkBvdyH2yWBv9IGxuQ24IdxsLd1KYBBsHgHmDfKg6c&#10;2ekLECQxLeQlEWAny2MErIul1TUd0k2BgTUN43jaaaSeOaC/kqQ4S8OgkDUJ2Rstprhy+o9mloO8&#10;unowpQXLQJMm8fcn0EQCUfRNC977iQdl4VGkTS4ew9D4EBhC4OzgmSWbfgoDWIZn0CuMoFR7vaeB&#10;YgT+1jFYS0M6Ip9v/IxOByyUnihbqkVQSyVfbrq/smY0RXWk0dV6BLbN6s/Hz9Th+8kdk4DSXcwe&#10;9Tyewtfb+G8ChxwON1My+XB+41rUcP7v2XaubLvoBjnrmusxnJxz+xSVK1qr1dxg1Ncr1dAVU0zh&#10;xUTPlLWVOtkMaOVNkT4Zei/32ZsNKWTrOWqrZJTJgWsyu2unvOwVPyGfu5VJywDSmCaYeNuUWu6B&#10;W7emCPi1kYjcBTg2zoRdfIYmJHds3kfA1NQaQ43cbWRUXzYVlIZ1Wx1NPp5C+AslmayZGt4jjMNF&#10;ro2sl/nwOddVo8WXefi4La0swmsRw1N4lPkeXIE7MgNXEXJmAAqPQxq2HV6SzjbGDZTaGBj3NETB&#10;MUjVVkY9Fpd1KK92OfgpTTAvp1BjTkN2OcoqGLXV03fARiVbcddefe9QT+/ZK6PPeZmMPfkZUCdO&#10;aD2f6Xme6frg4Jk1e5fnCcAWi6Ti3hf/UZqPPQBAsaWME020YW0OYFijBRjGwpNijGoPXAMqLlDf&#10;ZudfKs2nPVfs1E69d3VlCznmGc/GVMMwavpMDkP5zMCQeoMdhgYauF2jC8omQ2M0xsb/HA1sIOjW&#10;dcmpxw4/Kvfdfz/4dEYW1le0meb7og/cL/ziW+T6F3yfY6GR9cMkasmU/XP+NU+RtzztKu1vtM6n&#10;/ZCm0+eut/B1kQMpHMuGzxclgQoKJPQJrMuzn3eTXHDpxfK+//Uuuf/+B2URa7GHNZXgff4rmH/f&#10;Aqj4+je9Ua6ArFW4lijNJ/vwCfr4beodHx9Fxg8YVeLkvcHw+edAJHnR9dfKYbynZdQzbXrZYy99&#10;5CsPyK+++c3y4te+Vl7+ghepjPd+JFgvEeCjRyjBU+9tvgdennznqS3lpYUlxwAoRT4yhzAZnpGX&#10;3fLTcvXTrpH//vu/I0fm12QZoBoDDB/47Ffk7Q89Kj99y89IDSDbRz99K4DYb+gz2VBZX65YlTqd&#10;1UnQgL3VtnG58Xuul2cjUXoGUngyozG/AAjYc8N/+PrlYFezZyB8SIBdn7U8+L4zZMlb+zDtGz/X&#10;0jew09fnIYNU3y6vugCaJTxF85kexku4dwu0EMC9m2D4EwYQedeREELvbLz/nInY69YOeK8HH7MC&#10;AEyiqxYnwbrrG4AgKRiAia5bx7bOfG/tJaoBYOH/EqeO0KUWwJw8gHlGJf16TbyVtPWMQ0fqcb0+&#10;X0P3qBjMzK3/vE7lGOwdlA3myT955q+HJ7oEn2EJxB+xReBF6eEWAZXWA46BhKGJsn1PRgoBr4ky&#10;/1LUARbrOdEUXAeU5klaBvbpEMEnHUfyWfWNpaaV+QC0juL3cP81VUlF8HlXENbbfOWe8KAuZ0lS&#10;6R1d/ZAUsmgJScp+fyvVJhG2lJiiD1WA0UhFph30L3E6rvcfqyhp0pCGG7wJvWrO+Sgbj4GmBXu0&#10;AJgL2LkErG2krqoqx0zB6tUSILcVwFpsCSIWfy8Aj4nxwSB2qJw9iV8mWCb5ZqrGRUNUtgmmW2/d&#10;pdMGs0cnwXIPn2t03ITQ4NcJPMzHQc+d3blHwZ26ycq0T9l4IlmPWhaSoiCnKaNdCwP1YcbcrkHN&#10;C6RUfHKOi24PgF/mHnKaSqNg2b5tO4oQmjQDiIMZ76FDkEAi1Wp+iU7Me+EdgGkGPOrGMTViYcrm&#10;tGPa+CypdqVtNquoAjs4yFc5rWjwGK+5zS1z1FCCLZRSMPk3yxwTLyno9E6+E5IIk6CjDgs1LynF&#10;Ni+nSEZCuEbiPTNMxbXCepagRkt7qaaapRbNjKlGlGcRMECZcM2xNZX9FTZXNq9ec673nlp+f601&#10;Lde4ZkUo57N99X3pc3LFxKWcBrSjih1nKj/u6/pigdkBxX+VPi34dx33pIGJ7NTsJGSrc/CMmcSh&#10;jnadRr2YOHAqqKbS9Ij0XnZu8uFBzLQ0SrX+wS7Q74rHv9nEGWy4t5b4B4730rFcIWJFqvPJxUfx&#10;WqsoOGchaYH/HqW5ZCbAh6aPaUhrHn56SHc7dugxWT9xTCbOPyE1FMlnT5+jvnt9FKSjuC5LYP3N&#10;g413Hs1F+zUnyaH/Td51knCA5RNYc2Pww9CE4hSekpBQ99NxTXJO4LNBG+Ac6YrttXmlaPdz8Sbo&#10;mQKsicpk6xriEiT4LMIcqOgK78RPvJz83cv0be6pxo4lyEOwUQszqdpw5lvEHA3+cXqEmCSEr0c+&#10;UxGoZ/ONwENosM0wwG+zDGU5rZ9fAPxOF+4Rf++mLB0jlWljfE3id1wAK3Yw/TkGJ0wFvDNDfdik&#10;kqC6aSCGLSUg1UCNGAg1myRQB0+xgbTRQYCxAD6yYFFS+oxx0IH/oy1Bjyw9Sz8fFsEA9DA5bBPk&#10;x9doCn8CA6IT+OYl7D9rfaNMv44OAVwSHeE5gtaZ5/KdoD8mVyCWLIG6NSydOdynWTKS8P2MV9pG&#10;6wacRXWs/Wk8E2OU6OH7Z+gXiv+mzHc8tQoAZjifWPzStyI1UpFb2gHQ1USJsZQNODlmgHJT91yE&#10;6Z2tsqqGGziejs9qN/jwnZmR3WDTd6a73unYtYMk/e8GADkQ4RMjcWaIbPm06dhV/xIb0/aGfn/Z&#10;LG8EHmPAb4BbZ4ckKNuBJ/9UISFFsSZ6borkFSZu9aGzlaYm99P0XKrJg3luCwudGHwsfStZEzgJ&#10;axPnR3/tMBJVd0vizbh59kxA4QAEzNtz4OwZG/XgnpexmMQz6L36wBpvCYHzpOe84lTCZJhoC1sO&#10;PIdM53ReR35wjrMI9kwA7FoyNYEQhmOH5di30Yie+DaYZ/s1LXVkpKG1Br2zpibAncIQtNNy/mBW&#10;fefczyV4N9J0bDQCfOlITYeUa62enl0EA/t+wOpC5qyCfYsnkX45JRqwQcYe60U2VrTQ4PtnMMf4&#10;iGPBEwRt96yLpeJnRTm5iveTpXtlZtflcvFNPyTbzjsfr4ExMIbD62u5MvAZVkJGT2qSAaaJrdpJ&#10;VtaprTytZiDKyA7yxL3vufWFICWFlBQDPcFQsIZBNoansEBZY8IuLFKufsaz5ehHP6TgCN8fP18j&#10;cZ5kfCHWsAR1CaRSZWFXENwytx0m/kedF523fklM8DvygF8eWOVOadICODMDT2Ke7F2fQkqwh3VM&#10;qomSidYmag1U858FuNgEdNYzGMZT2k6vbbIwOwBUDh0+ADBvVVl8W7dtUaBtdbWlKg++dzL5+Ayp&#10;zM04ZUkHwEcG8NlSjaCAGQLdZuFXOI6wF4RmjOHvrS6v4L9HZDuCCBo+1K41OSfjN7xcdjz7hdLF&#10;e11qIzSkNumk6/j8qXWMpj5YTvRaTu4DU/ZfPiD1R+9SEGQdC2SUkAyfBYavCfsgyDjBeDX0u54e&#10;1SZxHXXdyBXPktFn/5B0ISHO1J6iq9em28nU/4/PTsaf5ZvlDTWJOfXAqNgLYGHUAquzj2tBJl9m&#10;XI1PluE6QNQxAEdULPFe0R/8MTDUtAYki5EBFTXnV3fhJRfI0294tsMmKGHl+8udzFUZMPg+fj97&#10;kAY8PDsdpurCcxt/NgrJp2xIxu36QD3jiSPOC4v7yNzuXfKffv3t8nu/+Rvy5a9/Vb3gcrA/OTxY&#10;OvCY/L9/8E757Xf+EUJkOqJaROkWstx/12nk99/cVqXQCogoaOrCiUh0oI0VpdC7L7lUXv9zPye/&#10;Cm/CFdjtMMjFjOHagSn89+/6M9m5fbdcj0TdFYTQ9LyfuSZ9ok8CsVN2nb0XgHBWpKSe6mDn8D31&#10;6rAufu266kr5qZ96vfzh7/yepPA6XV3F/cIEND+2JO/4lV/Ds7GCYckIBqIcPgCcppS+5v28yGAB&#10;0Pes5z5FfuBlPyYXnn+JhtZwz+qhr2sAVF+G9+oo82o4IMjLSDoC2SHgLPdprI6FlrnPhXubra/r&#10;AMjiNXsYOrROLMvKIlRzKAbpyUi7omM4kHrhNbBP5Zq83nRDoXiQHvkZmjg0QyKvWjNALIgHpSGY&#10;ItToHjiSwdC5AVVcErGz8jjELffD7gBARmGT4j33xJNFQifqwn6c3YH1DDdeTV23MUnF2MrnDu87&#10;qbxXb4dmSiJEJXDSaYrdevESZBcTgJpde0MPAnm7NP0xPkFXmfupkyobL1sO8KnxkuoggQ6sPSlS&#10;ah0Imgd7NvHXIu4bfA3hbEZSV6MoK9J5zJmk6ktTxE4o22/Q1ztX5mnRXxWAr/u388zLijMu96zJ&#10;MujUJxEPMs88LqNnWxYNYj1IXGBOUQDIBqBqELwviACDmRN5dW+3oR6OlIrh3LW2HPYWKb+eAWo3&#10;S5Ir32dRZ/oeuGaDkTK91biR932MdGEmTr02vVUwGwMQNopkLINDgiyNEzBeXUXU/QgOR5zJOokY&#10;5DJYO3hhzMBEpWSMmaKRTsoH11QL8KDXzwJa7xF0paFat7kq+UI9D+D1gNeagD5y/NzzYPg6qVOj&#10;FjbFfvu4SjHWsRktAdjhBGwCRqc1JtXA2JgSR4J/9LlYxwRzsY4JqLgEmrV2S/3uAtqqkkwCKlpY&#10;uYfWoeTWTxA8Gy1xxZID6pzPQYn8uoIsMe5ApIeg9Q84y0830fXR4QrUsc7jvUldkIpPgAogjgvM&#10;KMG/Yr8M0wsjxftITEkxDgtSgT2Te+CgcFdUoInXlvacBPk6TFzK3fRYATNGszcSzwK1eljyfG40&#10;ci22x3EPJuD70fBpZDk+ZxfgVk3DR7JiYSgj0n9eW0RmWz14w8Nb0mOrdI6Kz9EGQczmUjAWkJzM&#10;L8J0fPXkIQ1qmZnai/QqmEljTazjWrfgVdFG2nMfQRnHD9wrBx89JCdx6K/BV+MifD+VTgf275fm&#10;DArLmXFpLQAQ3elkAdY5OzsGk9L73ZSVE3IyTUdH6AaDAxEUfXrOCGQBIyjoa+zJ8pOSrx5Bw9Yu&#10;I+Hpy8PkLU5dE3c/U+9hyaZGPYAyd53YNKksWw1YMzWbNqGpUy9KB3Jq8VZL1N+n4jJ6OtmEtWXK&#10;pA9FGBxDFwfNhuxeszGx05wa4xiW+Fvx29sExDtdym/x5wOgixn2xkzsvVThJRegfmW/kw1pBUUQ&#10;53DA78wAlGqQRrnnDvKNBq3gQ5JnYTo88KwUd8abpGfWsfDYUhPY66I5hl2MrPC5IBMaa4rN8XKf&#10;U1yD6bfI4X6uQ5NFsKuPo6k7gdcZo9G9ddNtzackw4+JebmppFJyyjaSuPfYxOuvMuFOE9Kd4f1W&#10;+kbhhWbx9Z3Y/6cIDOJL58LMfwwXfxo/YLZGw2xRCc1kQk8kq0BgI5EC9DODYFQkXQ8AivVFmDVJ&#10;IW0JjNVhJbs905AI/6w8YVHSaRhxlf3xcciEA6Ovilt+d1mH/17ccBC4O7O4k4G7NSTQw5yaUHxa&#10;nNTE6dcSNSoh1X2o12AVZDc+vqNipB/YpiH0K/j0SNw4sOiFPxkquyborytrCF8gdA5JVd4ZlRNH&#10;96n35PatMzqFHzmJWgjeXg3Q3tSWwxYllgJLMQsx1BHK3iPgJVTXjQGEG1WwIjWlJEeHTGjOR1EH&#10;NSEVnb/zNjn+nTvhHTUPnz0XPsCz3OosEsEZ+N86fG9tmmsibhi6+VBiZQ3QC7nnk+UpbzMqJSUj&#10;IUhT3bNJIIPn5nZsDL2Juhq9k9XHX2QB8ixk4MZ6y3mTrbXpH0i/n74C+fSlPrkKJs/cJXLWRU+T&#10;nRc/S6Zgwt8cm9b7lGnCXaZedqmpO49p1kQMfYjLXRuHZZuCNRJkvGUYtN2Qdh6ePROz4wvmi4vv&#10;dGFo1oXUTec6NJ2DJ94iGJfjcxNy1RVXIojlDg2MM7hOHQKBHqxR2ZgGAvMa1NSOh7V80pzEn63r&#10;YK5GFzBN9fUDpMwWKYFcgz16WTdHPeOhpgBBsAaRkFSIemoUQB2ZeBxycj3NTs3IMkA7DrFb+Hcd&#10;KdGLBw5BQQGwDUw4gnwK7pHZiffM4ITWatv7O6E+aYxrjUpPSNrGGO8ym6ovNO1f6jKO349nDQ18&#10;WaGHIL5jD76picYlg0R34uIrZOZaeMzBT24Bi7CJ1x0fm9Pa1oW+u9RhvAGx+x+R9t2fl+4Dd8Dn&#10;D9cGbCgyyXMAXBoCQZlvjwyZmja+KUJNcshiBUxaufAKmbj06WLPuUi67AnoL8XG06T+PZOZOKbs&#10;ub4GRjglVX5aB4ghtknsFABMUuKcYih94viS3H77P8tTr3uW7IQMmkSN3BvSO7YnWFYAafj3lldX&#10;FfxjYzGKmnwCipsUoF3G6++b6RaDB+EX18udrREta1yH3Vcwket7BMBmHpgqUWOs/ZD6kLmAGgJ5&#10;rKl7AHzIxiWodfPr3yALv70ojz7wHcjJR2Feg/6NQwj4d/6Pd/yWvO4Nb5Szts16xcp3284lAiY5&#10;iOzRe66nFkQEJHOsc9YRXRAX5s7ZKz9x83+U97z/r2URUm6y/lgXNMGw/fP/8U7p/fQb5MC+R/Bc&#10;pRoIQ7UOfVPXR2EHsPts3SfP5BRVboOGImYuYAH35tJrr5O3/eqMvPfdfyF3fvvbkF0D1MOaoX9i&#10;OjmjxI6OcV53E0ld/drH5kbkoisulB96+cvlXHhEjsC3tYN1zWRsWiPQiqGP4MHp0br6qIuK9Ooq&#10;V+eqVCurXvC78xJUn+SqabyezdbtktG3AuXRMoYAAAAh3V3FfV0mK1ZcWAJE7Rjeor/A6yV4fqVe&#10;hgmG6K5EXM8XmlZXdw2u/ZhFZYpz1kQYQ0kKSz3JwfcoSQDcnB8eHuAy/DPsxVXVcAGg8Pd8VtXn&#10;3e/HBZPMSMTCt4XsM3gE63DMsxZdv1ytBYyT3enzUfS9EZBZdE+2VOgZD1bnPjgjVS8/Ub/WVOW3&#10;0QAxywqlURhMZT54NHgEll7kDlMwuQMRAy4QGgzX6/fdWVKvFarFQIbIff/lWO5uWJh74o4D/Uob&#10;NHcNs8K3zgVMpO58i/ARqVwrGwWRGt/Xun1Hbb+ooFCg0uFZxkt2g5oy0ty6e+Yt60LRYQcCCAMR&#10;LYTf2ULWa0oYS8/tPBrdmUJFV/RncYJzQdxKPQvVGxAlnt+Y52VytH9/yhSNfd8TE6XuBRZftfNL&#10;gozX4oGexDev1BgNnyiFvI7pVuI/DP0TcjRzI5jeOANT7kKrGuRBz40jx4/IdhY/lIDUrWcb9TTg&#10;QadsSe6Mwwt2X1zk5MUG4hDv0l+peGDChdEKtK/TXMo0FBii8TNfm/HIpNL7MAFtE122gF7EGg6/&#10;aTwEk3v2aLPaboECjXSyLqYdRxZXZHlxUf0pOjicTzRRQBzqwOx5GgfNuII/ZLXoBCdzxWQtp9cA&#10;QZW2NsBM+M3B9qJpd8JpGhd/1vMx7Q6EVFquL8hrmobjmlt9bfpZMWqubv3mmnrzcw/OGRenruCZ&#10;elflOtHFBUeTTeaXC97g9cizlt58lXYYH1RBI3seSH5KwYArXqNeL1fZMEulDAbZHfVaGHWFGhh3&#10;eR9MSPw5wTwM1DUNqolEprp1fo5tS/nLmhrD0hiZqTBJPdUDcgSynokxLzmBtLWm0qDUpfXow5x5&#10;SQc+Ewq7MBPJw9QIr8pNtek9Wky0kUhsRu4fKBZPGlgizjyd8tSQPhyLqtzrJIWIT2nruNYtGMuu&#10;QlaS4TP38bTNzu6Chwx8a/De+970c339pCwePyzzRw7IGph8i5CirGECeQIpc8vzJ6UHQ1yaZh/G&#10;dHwKhebW5lmQ+uyWoyf2y9KJJRRJWIeQe3cSJ8XO/War04o60gkRMJOtd2WyvgMGuaDSo1CYICoK&#10;4M8AnehgYswKUZMBe+7BZhIWnyE2VeM4OFl0WVuVyasFaKA4iwOUrQfMrTf212c9E5VZ15MJNXjX&#10;AAaTlsa2LsFAn8GSQBo2n5rflmqF0L04aAowMC3BMVMNxLCBDlLRyFW6Zi+FigCzKNY8HKgmbq7t&#10;4wP5NjD/BgHDyFDZTbCyqq/IgNzZBoA8sH+KaYstQgSMjRp2OTNmWKJmvYW9p9iB4I8gbwjNso14&#10;giU13E/EoiIrJF6pp6O4iR4Zd2zGO7la3qrsdh3/vaJAXyonsQ4PQZp+DH++gP1khaxYrM+j+OsL&#10;+J6GhgAAeHPRQTKD/bSnvlEww0fxxyCiVdpA4DPNpGT7OU8XrlGCCqt9xzCZxL6xojIH+EqxwSJj&#10;gr/6dVnGXnLEf0JmoO9e6cs0iuRZgBp7QQucAoAwh8+6E/j1OGrYKSz0KUNzeaOG3dqAFJPJsvDU&#10;wYtnkbAIy1T+keo5iKcYAGTmWX79yvnmthg3nOh7tqzdAB4Pkc0Gr5DC38tWKPmyacJvRUQQTQyr&#10;QF/MDqssGDsEnAzv2Q5mgxixA+m0rjlNBihxpngEHV6aeFZb2B78PmA3BlJIxB4NZZLOqALgEQPb&#10;JqxXHxhkooCOQa2uFGT6MqzGJhEgZ4ONT8H4sDZOiw4ydqPyHR3mJZmXILo1nfm9tJYE9r5xBbP1&#10;rOrg4eIHf+UENt8AOjprmcyfW24Yp42it2kwYQBo4rvDugJSTNQyHGBypS4CxGmefBDfOSpHDx6E&#10;HBVn85bdCnwtAWDhWTzaqBVhaWrRbcQ14mhyE584xxqETbozyhT1A3LS6ESBoV7uAzCYTorPd/SR&#10;B+TAd+4CLRe2E9kC2E4tMJ/wzLcJkqWa+7Cy0tGGs9N38lHj0wAZoEGmQQ0JvVBOAtjpKkuF6oBk&#10;zCVNck2QITMKVhIBLWWcFJ43Rll3o3j+R6xrijDn9eceapeudT9PZf5gIrfHtLmVxi7ZfuGN8qwr&#10;nyLjCHsbm5xW5rwmRvprX6NRvZRhchLOUF/T9PP8lF6UZYpeyRwx0TQ+mMerbUJiixTJ3DeBLBq0&#10;Z0l9bGzTgWt9sM+M34NoaSBXXi0zc1vlK1/6V8j+Vtxr5kpv1nuV6v6UO6kYfcbmj0kDdRvZdNyX&#10;OaVlKrEhe0efASpYUq0hVLqlcs2klPqnTq2ida2v2/pa5/Rg9zMK9mFLn6BWx0mzKVSk/PnkwUP4&#10;3g6GqtthZdJ0UiquJfxufb2tf5/Db0YHs37ssH7n5/EhYDX8+QjW5ci4Wwu05Gny2mEov4JfBLXm&#10;sL6fe8M1suX6G2Xy4iuly8RVsjEtWeB1ZYKChqT9jqEn34l5sd+6TXq3fQYAxjzqKzDTcB1SyIKt&#10;EgLwvDTJXBxBGd5QKa8qbADy9bddKullV4tc8iwE5EwjlMA1y3VrIsaRpwAYr182UsrzN5HtDmUr&#10;D3gps6b7whdvl3/61Cflwfsf0NTIv3rfX8prb7lFXvTcG50qjfctd8D5zt1n6e/JziXAxjXN+7rC&#10;zYF9g+X1JWuzo89+ruwk4xl2UtR4iUmK1NLcM5/aeG7u++Y35WP/8CFdOz/2+p+W88DiazA8SNdw&#10;pgCtfhT8jB275uTXfu3t8oW//6B84JOf0n6il7uQgiPfvE9++22/JG94yxvl6qdcrWFfT2TuxNq5&#10;mSYqgVUQCz1PC/fni1++Sx669x555MB3ZAFJu12AyyN1smZBUJiYlLmtW+SqZ10vz7jmctk53ZRr&#10;nn+TXHbVU+SD7/lL+fyXbkcd0tP+qX14SX77//5lkBrGdaC+Bn9yelfmWhmPyTduv1vMSipbd8wi&#10;uXxUQ1BogEIQXoMFEgd8qOw6qRdlZyJuQEHbqe1XXixv+dW3AVj8A/n6HXcq8YYgex8A3ijWJxkH&#10;ddQ8O/ZskZe+9MVy5TOuly3bdznwkM9xr+cCdCjVJ2DPSG6XyaD7K83Dye5TViPOgAQEnx6eN/V+&#10;JIiC/9Vzl1DactI8ZQl215C+u3pMlh9dkaVjfVnu9XV/4fM8zhT3lNYOTq3Wh6VWe2FNGlvq2msm&#10;wR8vBIr50SKXFKurpKjZHZiRepa52y3TgfC7KvsqrvcDg86QEa29sSPLaFXhgxqtl1nrcCENElRT&#10;+Ko6wo0nUijQV9NnOKWU2dePBMAV1GMSc+5SZA3uCQlVajvg3ELd80/vw771eFxWzB/1GiSOIa9e&#10;tXotMxcpUBtR/+tQS2qKOO8PgVddP4kLx+D7JuOa7Fy+HkMmcC/6aeLDUzO3zvh+dZEa7Xfrytzu&#10;aW+qtlZxqnHi2P3cu+v0ACRg68lFjrAUSbCNCzpxyjLvH9j34Zfea5WKB/26zwHQoI3cB5CayEfR&#10;95Buq0lKawsN7kkcASxzQ0AuCZ7v7rMHkDHxzEIpAF8lO7kYW0Z1u5TigbYrjSFfTWLRgAh3fcNr&#10;Bvm2Scp+i58tjwYe7KVMHoXSWpcU7teXU1klgVLpJd/u2if+jzXfgSdjzZS+7NHA2IakNuJBqQNN&#10;xbq1VuOUkouJUx1HEaSXy3QRRsF2zSHXBF8ABiHNJSfrK3OLjF4nK5jcZljI05NTOml1RXTuU3fj&#10;RMFqnyEVn5JqqIcMOPZJNL3mgkp9Qol+4KxfvEigP8Zdjw3+gwAgeZA1AS5RhtqA6em2LT05BuDm&#10;BH61MRFdhQlrG94wrZMwLsb3TYP6Tz+abhMgCJ7lGgBAx9qt6YWs68Lsa4Kvg5oSD0h2gpC/TFQm&#10;YmZCkIdxgE/uNOAqx2R6HZeELxZ73tOtRLbx9+DKnPQYle0MUjmVsT5tkvR4FtsEcBOPnndInabs&#10;OHi1aaFJ1lbf+bXppK+vBVGn0ypBWBY9SMLq9iiV6WvTkiYrmhBG2r6TUYhezxEcZlNTs5hejWmC&#10;38gowT2kpMGzge+50RxzW5JPgy2prlVmih0yZbMD0sXqNNMveLPRMylMGgNI5Zr3zIGoiXGJQ5Ko&#10;ke5q9ySMZBfwMMCsG4Xu1Di9+SC3wJbXwvVt4eBjcbm8eECO7n8Qsl3KaelZtKom0mvr62rivXz4&#10;OBKrduKaoODEATBikFSGVOKR0RxA4rJO2Zj6l/ezgrLLa0GcdxzPpqbrLSxJAqPj1ZPzMrVzQp8r&#10;roEJUmcjOTunKrzfPHwnsGFMolCbgDE2afW1xHmnxCaqbFjU19JLfI1nXmaepq2TOt9wJjU3fdGu&#10;KLdV9pAt5bgyNNFTqiKkONzD2lPLG40dYrQ1kDcum4QUWDmlZ9oTnviejiE4KK2NcxJMFUSJJbKV&#10;vn5Q0hsFcJgh9L/clmxIOyRJ2FYkkaYCBlZcyaw6kkg0RNWip2NdSpp66VFmmyeaPsndaQksb6gz&#10;5Ahoz8dwdhzC/vBVHAdrPE/6DrCFMwJAvVzOxq8DXhaw5G0WaAJecwlEeK2+/jdd8ble+wlNpNH4&#10;WzfJ5hsa9fsYDfun8fslrnmCffhaRwchbv32QrIWfh3Gez7cdQ3pF7Gud+H52IvvOxf79xy2vt0o&#10;mHdQ5ov3PGX5uiBhaMJirkWzw6KNY3ko/d+BPM7SIK/IQqteP4OygzghZFjntvHP7OMK6Ij9Ie0A&#10;/Gc2Epvtd80IsMpaEjNoNyebpnLJkPCCU3xMGz0P5hTUOmvjisGK/T+S82NP+/Xc23oUz2kw9baR&#10;ybaUsvHqnKJKFbTeSybxg9HMD8ZMEarlHmRu9axxjrQmZcfsqgaqLcJWYrz9MA0zZXzPRTJFGSsG&#10;tCvwoVqEDJIMGtZHYZocpv1dNHs8yyvp5xhwGaYYohas113Davw0um46MtFdktX9h6XzyF3ShSff&#10;GArTddYWlJJx2KpNkeiZRDConydePuN83RK1njDOD4yDZJXI6q6hvycQ2CYLzzgFAM/e/4+49wC3&#10;5KrORNeuOvHmzkmtVs5CQhIgokCASTaYaJzwjO15A4MTPBuHwdhmHHhO+IGN7bHx4DE5GYQFHrKx&#10;EAiBstQKqIXU3VLnvvmeUFV7/n+tXeGce253C/vNw19b3TecU6fC3mv96w9m8m7/rteCoCiz5t7C&#10;PiNlsFFGNk5/O+zBZAE7vlZ/I8zpz5GLn/Q82XrpE8VNzFgiMV1rIUtUODMwMf5Nj8xaqdOVb1b3&#10;y9L2wZf2L7mneQCifWSqnCaarpg5BizVvEmax7DARdu3yqVPvAqG/V9S6W+S9dRbjcVbGiRFZATy&#10;vLEO7Cx7PTdjAOfofee6sRr8d6neYPOvVjWxpUqLAasKusZB8qXzXWtICMgw0ZTnr9vtmVQ1S0v/&#10;YHyd8vHJSWOVLtHuhbUTrsk8AJflFfpSAeCjBQOa216PISRHUJN2tHGrQ20UAzhqQ9I90ayrjJQe&#10;ahxGAyXU+pZMJV7LH37jL8iuq56A6z2ugJ4neIU6dpnp0GTc+jLRcvlfvyj1L3xaagt7JZqOg2yP&#10;+yHALpyfeIzSzhaARdFBT4Lnhph/d2yjtJ//wwD5rsJ+BBYTzl9H01NtyM09rH9KXnNupEWyO4XA&#10;JlrnvBO+bmzgySgjo30J6bHvefe75IonAvwFGaEx3laWzxQAqcaZZ8s2JLP2lrvKvvQB9Di691FZ&#10;RB80qdc8VWZog0OuLFrbEKewLMjka0iA/eSnr0MAy37UtrH6/f39+/6HvONtv4+eBOxDAiSN1VLc&#10;5lRTXviG/4xncFw+/IEPYjAxqc3q5ZddLK/8Dz8pW08/TXudNEsf94amPx2bFyjBLAew9jGkiX8I&#10;73PTv3wVCd6Tcqzb1VuYXnvdzPzFF+pH5ZH775Nbv36jfOrsXfLa1/1HecHVl0uG1Ogf//k3qhT6&#10;wQf2KOFkBWtbkwxJTa21dGhGetM6IVlYlo+89+/kE7UPyOSWDTK5caOcff7FciGkweeALbhj62bU&#10;8U3FIZZw31CdsISelJLpKEgg+yplxvO+fkZ+5uf+i8y8931ywzduBPjitLfo4b7fvGNCXv5DL5bn&#10;vORHAIDPoKayxHfzGz7x/yj7HgNATUVSkpjCjLYA7AkbHJIk9Ejt6drYY3+K1yZRJAIbGI0mvFgX&#10;ZGE/eiPcK5QTc81lZ5GEDTnJrOfo8A967Jie7Q03wN7LwXD2+TUXF/t+7tU66GfmSkWRuAGJow5/&#10;qr3lQP8xgmFfhDcM/Jh5ABaTTbdq2fZDqqLBII2KKVHwCY1y+nee+KpS+7T04B/ATFyw6XLFIFKl&#10;9JYmUfRUmS896HxmSexpZmGNKp3v2fOioUpBopprNTgUY5IwiT+m2gvgE98zikv1pNHatfdUXJbv&#10;D8YqLQAyF8JEilLUF6CXMu0CWUnNOaLcRzEr+sJaSD+2z5qVXvrBQ1By0C/KgmTXFYy7EE4QwjUj&#10;XX90OJkrJ52RaszH0favIpU5Se3eDB5Fxgr0BRinIHBU1j5JkcAc3itgL1lQTfoQiBGNCFPKcSgD&#10;8Sq9n/YxOcvRjjcPnS2Yh7l8PTD8FEqp2kYV4TG+SCIvb/mc2ZfZQ6TpqmRT1Ma0GGCR1VT/W6YK&#10;8WFFA+a6eiKZvEVAkictqjF9FN+PlnTC1h5rqgzDPpMv3qhkr5SafFeM812pBc81ypozUGX9+EI2&#10;Z75xcShypThZbmhqViYqZuFhS8MQzesUi0BdCzKPJgAaFgyHDx6SCN4nPlnEormkdOgl19OHsj9/&#10;FPI0WMu3p3Qa0qM0IE3VlJgNq2+2jJZfq2sRxRuNhYsu8qkPvocBtM2sgfRBNtlqj4VAiESLqJrG&#10;stqkJw1TQbIlnTNvNKW9drtaLJNZJyEd17ymDNiJo1RNbDP1dOuFRNbMAk1C0i7lx2TuLeOzsrkm&#10;UMQbdmVxDp9z2sxJA9DIaV4DE22CwG1sSGP4vBN4/Q60Mc0YrJwZJFE1Q4FICTLeo99nslhVipQF&#10;0HGIv+Qqi+0Iz6bIlTJQqTRDvvKr9oxEQVZgxtveDeZLMJFP5Qvq+7Os4OZyB0ay2KRYkKzbsB33&#10;75S+DlPYOjhvS5giL84dBzNvPxqmvTJ/8IB0F1a0eKV8lo3GMqfHOG9Hjz2IouhiSDzg0YLXW4IH&#10;zEpmE38uhQRylwAu1mMX/BJcwRiLwcScmmnL8e8eBXsSHiAwyU0bm3XiGbk5yGW26Ocgo6FL2r3G&#10;ftN/KVaZ+hTTylj4g6qU+/AlaVIwuKxhyb0TzNMyCQBfHjRAx7QGi+tGSwcAEjwy3YBHnIwII4gq&#10;hDwvvkKFX+25VfHiG5C++SEwyq2JL0hlC/ejeU3/jnDfKUas+irg5wr56ynbr40C/KosRz9ojTAM&#10;9BXrY/H1bFDWu+p4Kz4ZBbsqQP3BoJyy3DlfVwbfHO67Yygoj/ScHO4joAmMuv2JDSQ2oDHfgDc5&#10;in8vBVCrp5w4xvD2NaFX52MM50nNL1LntSx84hBugfWIMt1J3IdNfI4Vp+I4/Ts3aq6NfZqlYw1a&#10;RrNHJiuH0InLZcZ2rsi5GSP7g0MG/O5sQrZhJDfh23djcrcDe9lFaFwuQKOxDqyVeZqO4/Am8Ry1&#10;acjvjZvqwpTN5AJShki5uAiJ8pXL7oYcv70/Wf7tapbfyeTyVTCrCiQ7508qLR2MtfcjestBpmER&#10;DbGGjNeNALOHgXvn3cCaMCK/5+QQWgUE8Ws/UpUUZamYbP+fSvQe9IBdvQ65IUawr9wwrpD8lLXO&#10;4OsNsDmDr64EOdDAUCxc41rMghZ7NWqVA4cPynnbW3L79yDtbB4AUwXyuMX1sm5iDOwWyD43boJ/&#10;Uk8ltUzNVTsXGvnTzw1FfBpCc6xwDtYf2J+SefioofZL2DywdsFeN7/vfiQvPiidTZGGJawszOo6&#10;1OnHyibqdFMt0uPI2BA9gAtjbab/Wpor36sWWBasKeOIXmGZ2kqkIfisn5gUabxN+Vm/ALkJVo21&#10;4sKXlkm6/Pn2RGhw+2yoEn39VNNcwQjuknl/iZyFoLkzLnsy0kRPR3O/ZAoRDEkT1sQ1852zuikr&#10;U/dOCOy5kTfJkG+5Yb4F476whS/Z6bkCyxugpoBqPnvzOQswVsYGPaMJuCVpI7w/zjtqjT5Y11t3&#10;nim7Tj9XvvfgvSq5SjXxsZK46E3uFGvgGutAMgcg48SAkQzISOWAwavL5TVZpLUH6xBa3bD2V1kY&#10;P0lUAbLVL66utjfaFHmTkGYB9CJzhuwXSq+TxNQBjx0+grXd0qCpCCExYRGhZKp+UdYnavcaGYgA&#10;JjAlJVmCMtAatxocP2GWbr+vdS8/6LUver5c8LRr8HMrepyUPY4pWwb/jpq6FcZLYLiC2ZXefaOM&#10;7bsbx7og2QyAMU3lsMZWh0l8H35+nZfznMBnevsOSc+/UiYvulxW4I3ZCDY7vdR6K6ql6J2VneKK&#10;tFZQ69p2D+UiP47n+pff/Cvynr/8C1nE5+8yaRvXkU/B2976G/Lmt/y6XDyxC/umsV7I/r304ovA&#10;/vyWGGnFa53anV+Sr33lC/LSH/gBAEz4PKw7S5/8VZLK6r+X8Fk/dd11cmTfY5CSYjiIHoWDr4Vb&#10;75JPfuVL8ppnPxNBHxz6ZSO2Da8Dhue84uUyf/Sg3Pu9hxAm8Sx56rXPA2ttTL1+e2TvfF8efaKq&#10;qC6e5XnQfP/uT98pt99xBwbxIDFgrTsK5qmGGRKIclSz1RXn6fcsDK/F22/fAfnAX7xTjh16pbzi&#10;xT+kgZave9MvyAf+5r3ynVtvU793krhpHaCgIZ83nA/2WlQZNUHE4PM7v/+ArBw+JocQSnLDJz+G&#10;dXBMpiG1nkRa+jqEFW7fdYZsw9p8+llnyAxk7tPw1FsHhmEWwkJIunCbtsiPvemXZeuW98n//NRn&#10;ZP3GLXLlFWfLi175Ktm87Uzt12Jn6iUd8o+sxIe1w1hP0MdNbtwKQnaqawHNvurw5Vw6ckyDHgjf&#10;r8BygcfhsGeQONMF8eGhe/ZLb/+KAjdTrqbAHte6fvDX7/kQ0kQJPEOi+Fno0+6sLysAnSJtN6gA&#10;q0BbHIWF0JmazQ+vtxVSQhFOOAjElWSoSghgHvSZlcobN7RgF2mslcwBydNcK6okn8s3c+uGaphh&#10;ZtLYUinkB8v9bFjNEQCfKArMbmPV+iC1dQG4sz4gLq240krgCdnPZOWy3+/3AslECu9BalZi7gne&#10;mOrq5a+s/agIRtK1mvtiCN1iaKgHKSCJ4iAndlYjEHMIpKuIrN3I7KYyDSVNjSjC8xCbb19+3k22&#10;HZLbKxJZFwaAkomscuYKknL15ysEI1nwJsxCSFBUkjWclCErkX3Pl0bkwVM00lRrH5RNirU48xtU&#10;nEzM+y+/ibIkWLPk0l71x4wK5qHPfficFGB13pu5gsRVIHaBcZgzF92A72TRe3uTkatCMio7YSsO&#10;0sqGkQ5gcDWjYBv6WtNpZtsmeH5BlrlBB9keFzzoMDTtdgwTIf1wUU2BLZrCdgA+HQUrrrUE+RQc&#10;kcfHWpqEqAktQ25WRbJuuJguyE19JS67aAp8OeE0xUNmdFMmLtJXLE8D1ZtHBowJyxewE+SCVJBy&#10;kIQVBJrUVmsSzSFkm35GpxUbEeiRbMlgZrtsDwONdBn4QQoupLr0/9AMcTScnBhy0skLtkJDYt4o&#10;5IhQ1gswqT3OTb+pdOGMMp8olPvKpLNJNunW+dTGwD2YVjcDaJj0DW3X6+HV78Nk0mKeN0rF75tp&#10;tgsBDGTEdJlUlinrq8codFKAg5lq0u8ow62GiTwbV00a7vctKZAS43qkZtkT8Lrqk567eSN861rq&#10;cbV+AxJzMfWmjCWj+TZefwkSnAiMTzIJeD7ysjVVzxZLAOL7s4mI4oqZajpscFRNEPUDJpk+hJ14&#10;N+h7ViDaLitMSPP48CTLqcQWYkEAY6Vrko5+p6tHyMKfjMSp9qSm7pGbmaLIXME5P370KO4BALxH&#10;D8jR/Xs1CTdF8dxDOiBTzrLEmJHdniV/1nCu5vahSN2FiwOvk6Xakkz0D+Mzb4JH4TpIGXltMPVr&#10;1Ezy4oz+a+xZygpWZD2YFvu698nW8fUyB1/AFImK0NljQgaGZP0s9a9RgBHPJQtvZTlklvrLCQWL&#10;2zaaoJhONWSu0hNQvW1S89QJ3gheyslFzuLgfZbgBh1vMJl7UinjKY7X+5ybElWYltHqUtNV3fIr&#10;gKCrdvbZMLwhI/5SocBFJZISJNo6Gwrjo0IOlRuZuhHljFvD5uxxsvvWSvn11TCcUQ3+QHDD6ord&#10;DxW61WTytQSbgzLtcsjhCxlQJchGhsyOK4WJnU0D0yjTZWo2/ywzVAP35RzsG/b3CPRFcl+/Jvuh&#10;F7m7F7z1eD+j0G15kykvh4zazWCALOONZgNAz+KFrLmErBpuZD5VWQP8zOHJY6bflPMqMIefXcB9&#10;PUPvPax/s1xf8LPjeJ0lNR+OdQJJ4KCvUjIA3aJkJWVejNHbD9X50TCSnaJvH64ZWYUbGdqBR/M+&#10;rNcP4jM8gF+axjN/Ntav85p92YRvjgFUmMTXJmtevQIpodM9LMjSVbLmXQUczcM8XAjIqbC08p/z&#10;LhiA+6GE3JxHmY1M5T0h0Fc8an4N78wRcuEh18nVcuDVwVrDCdr5sbmB53w0pumkqJsLPz13Itiz&#10;kPSu/tzOeXGnxKMbepac+z8E9Lmh67o60MNXzPB8aAB0guyykok4dBkKc/LCtsCHZ9wGWnkyqx8O&#10;O4LMMIUCoD65EaFOezCwymT7+oY8/OgxyMdo4N2XbbvgIzazDkwp1Gy7toJBgaEV9pxphDSQzcaB&#10;D32misI0pBp2MNgap/7Wwd8tgY/s0b3YK78nvdlHsCdCRgaWxqN7eyq/G2uQfZWqV+/sXFcHo7VG&#10;rOmkGrLB50ul9JF6cirLnZP2lKERVIrYgCpTsNGOo1G3YngejXkcGgQO0gj6M4WUz1MT7zHeilWm&#10;yHPhlIXCZ3QS738+muqtsuWsK2TdxVdBZkmD+IZ+v99fUC/hhJVgnOmzS+AjD7dS2d/3y+6rNI5F&#10;YEcItKq6/AykBjlXSN1daASrsVC+wOti9eglKNjGekZpUGxLrcr6jh1flKuufibUCtOy+97bwPJY&#10;MdC2Zl69AflTJQ4HKGzOVuDHPTGzAbVASw386UnnCfcEz18zNHcWmgIrh0U0+y0k2caNONiEmNWO&#10;JvZyjQeYMQ9mk8qdGrVK8AvrE1w7HHdnFtK+5UQ9+jiM5qCbFjsuXik8cmN4RI4h7KVZN31K3LW6&#10;WJkQwd6CSaQrAFi27zxNnvnsa8Bw+kGpIyW0j/ttggKJyFQ4EVOb9+yW6J5vydJdN0INvajnrc56&#10;kWAKgZpAPOC5r4EJlviaepYndQzDzzpX3GVXS/28y9Dn1HUYFWkKvUm9eFYbcfBJZmPGF1+Vsnuq&#10;a4wvrEBGCxyMJcRm/upnPF0uv+oq+cPf+29yy623a83I/uPow/vk7b/0i/KSV79KXvXjPwGmVqrH&#10;82Ov+ykk4d6LWncRrQOuF+V5qN0/+cGPqNz1ZS96CWpiDMIUVT1RWrrdl1MgUrz6Na+VP/6jP9LX&#10;UnZWbGzaL3zmH+X51zwDe3q6qo60xwQdKP3S8fy++ufeQKRNZYJMB17sp8oOrbk12PHer+1rWDGr&#10;v+/+++XP/vhPZB5gG73uCFKwf6MHIYGxTeumAJDWFDilcfvBg8dVOeAgWaA/91b0OQ/f8i155PIn&#10;y2mQJW/ZsU1+8W2/KV+8/rNy3T98QOZAEFjWviMxD0f2RZkFnNHeQ3sw3AtMQF5GsjTTemPfkSNg&#10;QR4DQHpf93aLAossHGRselK2b90K2e+4TGyYkc07d8g2BGNu2bkdCcEz8uKf+mm54FnPlHVIrZ6Z&#10;2ayvzx6Nvt+qMOX6mDol6Jxs6kzgrk4LLvzOxLYzNKl7CcEdoBzivGPdPoYeBz2QMoHZO8IT9vNf&#10;uEmWHoUXKyyInoheiqOBw+gdekF9Qa/HJIRPsg+E6F3JFQQP2xdEFVa+LwbVBfASUtyjADIZKBik&#10;kxUGbJ5E672r7LWjap3gdVqw/7LSXiOEZBY1ewgqNRDFPAclpP264GFqYVh2rZUE5XIrl6gEcbwr&#10;Q5mStPQYDEy3qBo6yrXHlfW57jeU2PJ8SADeqIZxFjCljLl8EhSZWsvl4gG9f2omUw7nLUUPHGdJ&#10;AN2yMCTPgUivfSQJJpoTEAf/xBAwoqOl8D6iQXfBlzX1IXSbwEQA2tR71FKGuc76XF4bvOgisT40&#10;NUpiSCUOYJULPnuB9VYoIrwBe5penINkAYzLl0j9evD/y4NlDairEDD0vPmKn7ox90k8SJyt01Gj&#10;XuALThli9rkV2NTXMNsQO/958nPFssplRQKx0/ulBLPzQVde2rncn7hy70RBZjyggvGVwjqTAUDa&#10;5T6g+QCvCmRHeRpv0KXXauGDZDX1V2BT1VRPCqx3PTNCrmMTpjUeD54LGA2YdTWhfAIg4RLZcJ0V&#10;BSHUdLURj1rPZRXRxLmKwaFfKzO1TC6RtJo7WSTHRW4wzTdvfFyeKKwPdar3QhaTuZLoDZ5omi5k&#10;XfAOiJF8GqOAmZ5Yb/H0SjHFJBuFLPXW4+OYLqFw6MyD9UcquO/q0RGky4L7laZU0d9DwdNI5Qf8&#10;DNxQeOxM3FKwD8c83Y7tRgiinz6n7GQMYuPh1IgbNQsu3sT8PV4veuj1uWEEphalEnxrekYw+9KH&#10;JCD9rHyw8P16ZGbJDXy29hj+jdePGhMyhuOoKRPTiuQp0KonJ6Zkoj6OxRr3RRObUQeFPxObUPxz&#10;ShjFKnwwoDeKArU0CzIOH5ozi/tWhLPCQCrSfSUawRh7nEKpgWbUDyzs3hlA2sG1WAa1fQWb6sLy&#10;UWxkDZkGe29ifBqANGQgkHJwY4PoA+cP4ChA2iVIdg/ufwRpUvukM3cUXnzLOhVJ6GmodPg0JNna&#10;+9Hbkddmpcep1hIYBhOyf3avbNqC90BxukT5roKq8PniI1FrhARzHxoYgH29pqyfQYAMzg0blZV5&#10;Fgq8HxsKokAIgAaoU1LGI5OBM8VYPRRYUDfqRWofwfss+D3a33NqsFPgl36NXGC516Uo5Hq9zKAf&#10;3Qkbar5N8LBgzlUZZqvYDcO6PX9ifp33QxxnP8IW34349SHAQ/xqdtRwo+1OxKn6/1Dd59YKHFmL&#10;7udlmPpRLez9QApyXhS50i+nCPnJ89fdgBxsmB04kCSq8pBIgzQYunEoA3sOfz+MCnc3+rN9uFeO&#10;oug6AoBvnCw+AnC4Ow/jOTgQaOKTeG+CckfJ6MXXxvB3mpj3adyvptyJDkM6mRUOLfXTrIMF0FNv&#10;HNoyjAOQ7mAT5Xx9kswLSvjwHk0MJppM3iRr2RtwTab5GBmqzEXE93rmAKXvuxHN47QzO4SjcVMb&#10;miP4+rkcrvA5xPvfBRBgOnEqv4rB+pmHtG89AJKtACe4F9C+qy6WNqpgeAhPTyv+Lz6kWLtVgVMu&#10;+L35oTRY/+/MKPUnAMxPFGA7glUo7sRv8ThoslVWoH/8qTOjn6XVOsgT/o7//ztHxK9eBX2efFF8&#10;c0Sab4XlN1TMFB6duUpAWVL5QGSA8WxeMpu3niP7jt6sXpPrx9FYYpB5+OBR2YF9f/+eb8iOc66V&#10;lZktSJRHQAcTLsl0op9XkKqT1aaDM2VJmayeDSjLmM6RR+TgfbfLcTD51jWXwjAP+22PzX1NJ+Aq&#10;CwMzeG45UrZIs9lXj9k0bWodQybeWKumhbG+LvckTesEcwSv06KvXlyyRLlO5PJfDs1YdzBll1Yj&#10;eryRV4BvFj6A0+OxEooTTyYDUl8xLFsPhtv517xcxsFy6yCxtIaH37EOozRIC24ATqj/HOobqlvy&#10;2Y6anqspfTJi75N/R2lvJcHelbVwwXJwpdd6AQBJOSDXgC7PMCILMMqmcM+gjpiEemUZ9cXZl14M&#10;ULMvt37n6wA5alr7atpswsFwT5lTZobg1LPswPFHAC6sRyAFQN8eZbio+bOuNmKpNlxOy786AT6w&#10;7ZYXUQv3vIJ1yuCsO13DCWhsQ0rpAny6qBDh95Ks4s2NfWVxHoEPuBdcv6U1MD0cuwjS0+E2TvsY&#10;7HRqCLIYx2fRNbnbU7AvUj9Fsr162j72cJ8u4cWf88oflpf+0CtlDKDHCsgIfRzoTMukyhlCJGYA&#10;Zi58/MPSeuAW9CoYrNJ3mswT+B76CdRcKeXLDEXwCuQx0b2O/sBDAtzfsksar3idpFvPLIJHuI8s&#10;0Q6CQVE4p7i7LASKLtwcpuNr9Lxu1+LvwyjAr8Hw80M0aafXiP0OQbFffdvb5a2//CbZC5BvAjXq&#10;7OwsuwP51Ec/IuddcolceTmkqBgcrweT7Ff/63+V33rLW8GI7OIZBuFgar30F3vyD3/7d3h+O/KG&#10;H/kR9QeX7OTAJJ+QJ1xxhWxA0Moj331QATwO6NZPT2C9OCyPPvaQnLl1F4gOjdUyXpy0zhKkq61x&#10;vS+68YQGOdCDN+W5Tw3gcENpvCOHQU5W2cIchc/8r7/lV/C5sb7guLr0FabNEA58BvfxNAJbfvaN&#10;/0XOPPN8aQLgagD8uOMb35GPfOof5SFIdbfDV/DlL3+RPP+VPyUcq3dg15RRGgw24ot+8AdlH+wS&#10;PvGxj4JA0FaQrAm/Ox4CzynZeuft2imHH34A53QR9zzY0bmPZmKgVh1kGs9+DddvHNcyA7J5DNY+&#10;j0JmfZTPNXrCFIznLta16Z3T8qOve6VMPOXlkO6epmDgctLVwQlrr2WCF6rMXAmsotZJ7zf2ibxf&#10;awD8KNN1YIdvhzz92J671A+NstwV/gwHM3gGb73zAbl594OyAWvE0wBKJijw7ku7Kl+m/RGf9WYI&#10;IOBrTzvrd0kLmedeFOoR8yosk78lSB7TYNflXCUjNhQW6qdfkY3mgXi5fVOxbo4KCc0BLmfWLEUA&#10;Qj7YL+oVV7KU/Zom3waGKctMyuCIAWlNAOtDkEbmorL2CuEYPOYkhHjk1Ig8NEKT7sM97wMBIg0s&#10;wYL5KK4MgXUWd6ksvchYd/x9knKYnsy06yz07x73vw2SvPkA8mu4j3wW9hUf2GhxVCjs2FtzbavH&#10;BkDyWsQBBFSsLQCRlMg63AdZCE91AairufB61qAqRiEheTrPcTAloAyCfWL+wZqUG3pbzTiweKJS&#10;Bept384C+5LrjzLwUgM0DUS1MZv+vgtDxVDjRLU4BMN6xXL8QMlG39t6cZ3VWzcHm8Oulg9q873a&#10;cJtMvWo1v0FFQlGlACjlWi6oPQpZuUH/Q4xvFxSfvuLB5MyiYxWCb79Ya2LBq2nTBICuMYVNlIeL&#10;hN0mJagubCAArJBC1Wg4LQYJ+GTwZiMYBSQEC8Im8reEsNciAIkeFif6v0yMJVpAEEyy4IV4oNqP&#10;gm48j2MOEQ0hGMAQUUVxs1x7nYUHJk9f6RsKywehWDRiBchyaW8tJMNluWSMN6vezDzZoFevIM2L&#10;DSElDHyfQjFs3mUsYln0NujzYRCVen6sYBGnhJaSzHrNpJOkzFNuNjdPGQjfl0lnqUqFlS6bAFSi&#10;3w2OpVHzYdIdWdy9/i6KrjqR/r5S2VnIT3DC3mYzW1fQ1SsrDeh8U1FXvRZ1UND5GfuQHCQdFltg&#10;X05OAIdt6BS3RtlDvaGAJIGBFiZvNYB9RP6Z0Nao0yg50qKtCTSqielM1x4N/BwK6K5Nn/kQJJkx&#10;XlT8GXy1XJi08OavKcWYjJ2+LlyR+gdGaqia6kPG61A32TD+Xo9rAenOjTNdwXrwvpREFcbV+QIc&#10;tO16baPwq5ktNGQFLHWZuryIP0e0UWCBuBEALs12J5FaVVdauyUeMRqeqYXzSwtI1zoiC7Ng9D36&#10;CM71gr5eRNAVRVCiE6pU7yMFWldw72Nj43SclH/6680gafAAixZcqyUULbD1kHXT+B5TdfV8M+0s&#10;MF0Kk1H4+8E/cgLAoGdh2DSGJwxMICNfh/thVl+fmVZOE/+8mjnTI4QyxwbYfLUx8+Hh5EWZjNwI&#10;w4QgC6bnPOYkMWmvpS3axCfROHNjYanpN35/FoVID8mJWf8sgPbNQn6tEz3JvQF8wV4aZOVEVQy/&#10;9OyLgk9cljcvtsm6ihdGGcZia4EfESBQKNa8H+HtJQMhHVHVGD1ygz6QeRBBDsF5GSnTcm6UJtJV&#10;0k79UKqWWwNk8UNTcFexMpBwrOE5KNJeB4FynycdVxK2s9zjIqROGX093zRy/UopichCgqMFCtQQ&#10;uMGwC6zdWJ+OYx14FAD9Y9gHHgEIdn+XPnlk8HlNHKcE5jB+9iFdB8GgUSZDXyfZXWW/4H70thfQ&#10;ODrNi7TMCpWmFhRM1kVBqsVCTY6g+BiPa7oOUgLUD+EYZG9QjntE1xk8N87scrmWNgD4LZPl6nyR&#10;zttREDFS1vcy1xWCkDSa58wB/4eYAMiErVjicc3hGP8Vz8ZBrJk78IVtWO8XUA9vBui3GSd5HVPn&#10;8f1WnJiXan6bOjN29x6gfYSCXW2T/YCxehSbLycZFdZzlPx2VzF29GtJuPJkceeHwGI3JJ93gwXD&#10;Gp5+zq8FxbvROKEfDMI4ESvPOzeAqvuKT6TPn93wTPvBZI3V4TxDn0FndMH71smQXNoNen0WrxhV&#10;VJB+2HAgj80JYp2hYA5fpKQN+glHvgzC0AaheOu4EmiyKsJPZWBZYN7SsN1n/cJH1er8tJJ06ypF&#10;fkb1VMW7xSbL1SAfJ0Op9PmaF1FOA7uN085DMMfTxR26URbgf7Z5vKE1FKW9W7dtRNN5k6zbdrm0&#10;tm4DkwuWILP7JJ05DYxyMGmWj5sdB2sUDkR7BFOQbPrIbuk+fCdqv4PYWxm6gf0zskRaynEp2dRh&#10;Ej4rWb+xlnYm3++t1HSvo39UsxXpGrSI+oOgX69vzBfWJ3U8O5vXQdaPBrcxVi98/Do9pnOiwWaK&#10;JI3oMfDsaRPDQSqGnRBdAFcCoxDrBgDNuLYeoVebZMeFT5Vt5z9J2hu3o5mmpLKraa0carlKUFKN&#10;z6xvhutszKPcJ7G8GQb1RP6UvBsrcIRzRUOZM1qKPSB/JlxIpKnkrOfeQC6kkzMcxoUaSe8xjiYy&#10;O98ET9sh0ThNGjpUSQBeJTh/Z593iTz80Hfl8OHHlMHWiC3co6Y1Ge7r2IILIvy3WWdNuYRrtQGX&#10;DaCL2vh0ddisAXPePJxUoQLQdXxqzBo0MuYw/NRgz4wD8rYcPvIYrofVfpQ4atOT2PCky3+TfdRn&#10;2iksdHrzRb3OYxlHvcq05HqQ/7YA0PaCLJbqFdZ66q+OnmXz2efIc5/0NLkCfzrYx+qQ+k7AN9nr&#10;0Ann79G9ktx5k8zv+bY05w6iNobapUYSQ0vPOe9f3wnrN5mtBP8SC1XrnvMEiS9/ljTPvFi/xyaw&#10;rhIyp2yYll7GWIdS1Inw1KRBGsl1Z6xeq8z0iqxEk08nHf28cdxUUJmgJBvZJdzQDdzrHMjOQha/&#10;HoDKGO7dRfYRPD9U+zBlF7V1w0UFAYDXjufuDa9/vfzVe94jBx87rH1CkvT0uN71zj8DqPVGeeoV&#10;l2IAVgO4daa8DIy/T3zog3r9qAJa6abKPL7+ox+XnRu3yfMhp+X55veUGRoZoYA1ptoPxSHIB+di&#10;GbXxoSNHzKcTxziGz+VXGMiBQK559Je7xvQzDv9PWZ4BfBP10u1rndrRGtP6swi9DOvxQu2F92wD&#10;6OqgN2K/lqeHEijShOEgDUyxxnwKoB1DS0SCNRUDBtHLbp6Zlue+8Fly7fN+QDacdqYFE3CAiM92&#10;0TVPlbdccp7cdcu35fInPxkhLWOqpNIwBHrbkxAC4gDv2R//idfKNoCcX/rYJ2Vvp6esnXGspz3W&#10;I+jpnnDtc+SZV/wCBizHEPR3SA7seUAOHNgvB4/PybHDxwHszYsGYNMnE/X+4nzH/PL7fbXVEvh/&#10;b1g3I097+lPk2pe8VDZt22X+9VTx8Nus30lk6XsDX/TDtwd8Mwr9hzPf9yy2vaSeWW2m/Aw85y0A&#10;lN3DR2X2jq+Jw/Oi6dlNJPnuPFc8znd9w7Rktz6AIEGQEkCZ/Qqk8JvnQFEgIN+ztagR8fmLtU+p&#10;69pupByCkMt33CudF78E9zegdnhBN2gLoXLSnoVQ4BlL4I3Oe9n6rlpYgtMgkY0q4rBQ8eapuz6s&#10;1LkNeJoWPcCgrNflRYb2Vj7KSkudIu2VQJBhF0qaCV77uQrHML5EAUwJxCNLk43K4XAh7zXWcxRq&#10;j7Sc4NnwJABXWi+EmoDDOgWI4jgEexnLMI6svlTqjIbmhG2DQ7osr7XIPov0OWDPzcA44gK+qamg&#10;odWwHlrDzQKjjJ+T1hka4ORtXfM5WJmZJJd+jVznIwZWRexxzZtUcvyFS19mUuF68FBUr01iAZGF&#10;ihrrTtM08HM1Uy/yjwaN5Cy8NHgXxnbt8+sTGzDJc+x8uR/qnsqgyrxPz22/NCchUZm+CxZncUgJ&#10;55vx0GLWEzViMWbhYXTBHH9IldsWBT97H4gv2qkGOw5l+RntztiTcRwYmhYjk+WpzkVQbVRgHZZc&#10;HKmKwbE+ye3p9PbIKoS3qOi/1SonBMZkAw5brhJCJ6VnH7shbnZR3NHmpYEbYQo+AdyYrTDFootp&#10;rJk9iqYL1UPEc4IFjAgvmWiLSFvbC1lIzDhyrJWTU/AZmO7JxAST4RpqlJypbj82U8o8njigoyXT&#10;JGjoh428XRQudDklZ+HIG16pGJJLI6Kigc+pmL5igl0FDZT5FvmBmPhKhncwa/TBq8KaZjJLVLaq&#10;PnagnTfbmlTVzwyZn5xc0IKyiXPUxs/xe9wUFsB8XKQ8WJNKU8Uux+BxSBakeiFqglVPb/JOd0nl&#10;thNj9E5p6ZRFDYfBUqMhai22opSTIx4LHxgGRSRgpjU1mWxKU3e6CMlgah6LiBTXRw2sKeHl4iLG&#10;QEkSfE8DTOzGcflEIE2CRDoupifVxkSNKKuL4iqftQojs5oYU6QQyoDk2q+SPUkwODcfn8ibXl5N&#10;qdU01OsEgudmsdtTjxKaPC/Pz0rUs9SiSXgCTQHca+M8xQyi0YUJZtCJ+SAu4/eO0cB8Fr58Bx+V&#10;FMXmMqTPPdD1W96MxFMwOQlest+ip12mkoS++o45who4HjIla9kygJEOQMMlXRx7iwgr2dmSBQBn&#10;C0jlWkEx0mj5YJRbRrnzU3K6PoZrpsnOAAo7i7x/CP7y2uEZoh8Rg3PIMMVx1zUNDwUwimCCfUxA&#10;9mGyLaExqGnSWaRM3WJaFkYNtgBmZpLOwpkenSyIWVDzU6G4XICvyUbcx2QX6iTHB/DMyUAS7mh7&#10;Mr+acOSHvDAGiGa+TA/N1wPnR9CA/VCxvAYZKPy/anhF2WRVJL9+hEeYOzXvP5+b7Y+QtFQ/oxsI&#10;3Vg9JXRryXaqA59C4ludYw9yHLOQkl0MNHK5s8+9QIx1p7YMniw6eEjy2cF/j/Tr8hikWg/glt+9&#10;5OW7SQAacF9sws8fznJXKafsulwCnOhmbUnoiU7vrHnxmtpmEjMmg+n3mPpHCVRAgRjEQRCeQN9S&#10;1teCiubWK2T3cTCh020+q12b20UmDdDNMzBYCJ7o2q57SqbgINN6l8h6DUa+fTZxkYF1UbjPyGSe&#10;VFIykgexyT+E9eJerAmPYJPfhR88CwmXO1FYbwTwl8S0NZCwT0QKWNjlzUIqa3bq3oyD9s0nNxk6&#10;IXjgTi7/9f/ehLVBT7pB42t34t+syGpO1VHPD7ojnrKM169pcFUG2xQUmVXDVTdSqlsmacvJrfN9&#10;9bmUIrRM0+9W0br8CE6zW5PxW6yLzo1kCtMyok6WG/bDC659vdz9yT0wyD8khwHobVtnfsyPQi62&#10;fj2S55FA6tqny/p1m7CdLcnsY3dJa8slqCWwn9Xn8DUMKPd9V448eCc68WNIUXxUawUqW+oRGFxN&#10;89qr141Vx2Y9Ajhu9WcId6NyhHtKP9W9nDUtAb7UOhN1RWHdRgkvQaAOvfyaTAdtaI1lNT32OQwj&#10;yThvcaDY1dJbwzi6AH8mIQMdB0jQbSJcC1K2HRc9RTaeeynAzB0aNJZxraDlSZKVQ7ZRG8AAAcSv&#10;2nu+/+fJr8L9/CgrjKG0nxJM9yE52hdDn3KPCeFr2gxRUhZpc9AAcFmD75ybX5Rpj3qeg2TUmxdc&#10;9ky5/xPvhXoFQFaDw+GWree14I9E4LYegBuqWI4d1gEw9Nj4DhhXGHCy7nb9bhi0EM+x4bsOdnVI&#10;Xg+NllO1grIaWPP3Er0nyDDLkiwE0+F3O8dV2p0FyVQTdXUTQG9NcxxQAyl9DwAY3ofJpy6zcLku&#10;A1/wHmdedL488erngeF0hqpvplA38zOMwV+yhrCz7r2Qqe6+SdqP3YP6DTJHfD1uJBo0ozWvCyoV&#10;7pKU64JZVqMEHCmm0TmXSHTJ06S+aYf+nHpwu5L540ZnLQ0aTA8v1S63oknVUoheijqIxaCqrz63&#10;sT7H86gDP/qXfyu33X6bHJ6d0zCNc848Ry687Eq55tqnyDqALvSPjtBo0z9aw0DYOAZPxrMvvFje&#10;8e6/lA/Aw++Tn/2s2bhgbeggtONPf/O35Dk/9CJ5wxv+CwZpTl4N9h7PxUfe/0EAhwBjfGrNO3qW&#10;v3rnn8j/+tz18kKAM8++5hpRaMlb807Zt4bqhLCB7+75nrznXe9SO6EZhF50eh2N2yURYOP2KbkY&#10;oRQ9DA8saOBUXZEHTyDvIU2N7tu56wDpZ88Sx+iVqKqK6afesITVYH5PZdYdt9+BnmpCfcqVDAIA&#10;lCvJL7ztLXLhOeeimq/pvTUcD9let06u/oEXqkJIfdjxmakSyn3INeAS/cA6BPu94AdfJk+8+Any&#10;V+94h+zZ+4iuc5Q2L+CcvxfnZe51Py6veenLZMvpZ8pVT38GQi/MO5HWQAyJ7MAy6OiBR2UP/Arp&#10;D/7wd/cgRPKwtMA0fN5LnitPecZziYTh9PK8Uu3TGAyIO0UtC81QOmQxc7+QxELOsHY08P7y0J2y&#10;8p2viDt+QJmG3a1niwN70K2blmn4s8dIzT6EgQFTXVMMhW+A1Hkc995CE6QKgITnYU1poy7k8FWl&#10;reqjboeyHHHQC6XGQ4/KYzd8U7Y97xlCOBIzV0vrjY3Jp+e0ZkCnq9UkTyjShNeAG+T+vGUctV+1&#10;LUdFPVwqwXK2XlYM6n0ho8x3eWW4B7JQzgFIcy88gklJWoDSlh7rxZYRPzTkL7MKCnJMMbyXQkYc&#10;dN4hnCRX5rsiRbmw9Qi9swV9pgXruwx0chU7oLLPNuaiWR1kBMFjw2EkTYvji0KvlAQQlFiH9g4q&#10;vfUq8/Z85jSVqWEDyLgcQva9+c459bq1mol+gGSumvLPyFO0SFCmos/3N7NncyafMSa984GsYK+T&#10;aQ5CUKCG68TaI46yYiiXB4vFrgSClexSZQ36PPg0kMxiA2Z9CI/JA9CyIO2OgkWUBadnwdbDBdu4&#10;sA9nRrCRSr+ZB/Gmqn402Xstv79C2nDO5HOB8cc9WIcyWfDkc3kgR1ZRglTkwuoxKkWib9XrL0+e&#10;zq1HauZzEsiHztINOWFqAUBqaBEQqYSDEgea+hPjo/EnwTsexCI87KZmMAUAK2m81lL20gKi6mcB&#10;vrWxaR5ZIFvjuE4aJ7AQtigfHfCWsmo4jspJVxYgeZfHWA86YJdpLxn5GomdlDQUOwWzxhUGlC5n&#10;QlVOlnqmZbmGvJQV+qpsyJX6f5vuutJsvPJ9CwBxJl3BsbSYTkM/NXwmDfCgpBn/7QOQSdN6ADNi&#10;RZgJFDZqhvYrkZKG1zRFjZiGvKIS3kiBWHxSbi6KYlPGMmbAXcMAGk7hdYoFk2ONr84XxLheaMdz&#10;tiSv73BDwoXDmAchRCP3PfIyVByXTCz9KRed0FTeOTdgXV6CITLIUnAVi4MA9Nn1y5kilqijTVxK&#10;E+AUKbp9neouAWBbXpyXCJM0Svo4mvIMOYHZtvNgmTpOnCdtQVazXK8bLGXaB7EBzx05rBvs8vwx&#10;nX5QssufSzUePQteid50/RIHs26b/hOQ1QkrgNImH9KcXs2pB4ovMmLrWlAQtKyrBKrRtJAC50p2&#10;BhetyWkU066nEptjkAwTnEzgn0fGwXQThTX8JT02f6V115xOyRjuwmLH9ogkpB/VdWrKQojPMGXe&#10;lmBm93IaJiVcQJgWp76DuB/preQ0Mc8r02IZfh0mu0psIfE5kygrvDLLDiVbLT3zw+mkftC50/vV&#10;RfEJqUR+SIa6NkhSDWeJiveqOJ9VG+cqeDaKDjTCHNtn/iRyFj8oU3dV+bIvNuXRca6+sp77E4ep&#10;hgImq6YyFf59vph4el+yMfkcsbCaxe19FF58B/G8PNCBPx9usa+R/YHibT2HAATJUPi2vW1sZKRy&#10;6Mz/LgYqfxY2sDR8viyw97r5UWeJynXqwcdpRfExrwC0zbUi894iMzmA2NZ02brKY2VzT+8XGjw3&#10;nNVzUQD4kiBX4G80tNbzRQoeX1uPLRRPzcoN1qI/aQCV5/HfOayfG/H1/fDj3M/jTG0qzkIYWSTK&#10;mmgGJpfXKW9a3vMjEAADrqt+tX60NZ9b6y6veDKuea/7of/mRaU/ISw26vX896uvXaXeH5GO7f4N&#10;CKT3p3Z8/tR0+lWgrwzD8EXanV9z7ZKKd10IjYrKwCLv3QAD2VcHWD5vKrJi7axKfHKgPqrKf8J7&#10;usLixA86L1bAwlIhbotULcheCa3V4Rfb2HyZjB//kjK8ji315YztG+TBR5bke3uX5TSBjx+AjSPH&#10;ZmXn9ssBHBwGQ26/zMRgbeyd1RT67975LRnLjqPu85rSzbqlRcaTswK3XYf9RHdO65BlSnGxnkyN&#10;tzV0LMo9drI8nMNk8WQN8fDblK1xaFmvqZXESjfRwVcfgy6V9+vQ38Kmlnup1lh86ugF1hyj5I8n&#10;B4CHbJXxdWfLORdfITuRPuvGJpUJrOsg6tYO6DI11EzL3EYbySqQdVAI7SvJz4/nuXAnz9T2q4xu&#10;i+c9cn7AmKJIfRQ/RPnNKkF0YUeLZbCZJVDFWs8vA9yAKoQNCjyAb795j3z+nz8GQGhZr5Ouaqz3&#10;ajVlZHIo2k+yohanSqSLsJN5gA2NCUixJ8cUWCJbM9MwhW4ZNqLAh7FeeN35Oqx9XWpj/U7mFCjT&#10;vZPejAz2Q63VyebVB1uHPWCxtQDitJoMtoCiBfWd63sFaTOAGxzsRssweiDYgTt85oxtcs3VL5Rz&#10;T79UmgAgxiabygiP66yXASTecq8c+/yHZeIQJMmb7ZmiWNn3LQyGxxi7TMFo+lh71FoewAul4Y3L&#10;r5bkha/DsJ1AQVdZMXZes5KcfCKgr5Iq5v2IlM5QvxOUV9Aqtr9ThXMUTK+vfP4L8oEPfwTDfdT7&#10;7CtQ7z368CNy/NAh+fxXvyCf/Mfz5IXPe75c/tSr5Bych3WIB55FTdsNBvgxhtX0bV7C77/2p39G&#10;br9vtzyydy/+3QXxYEUlzl+47p9k57nnyWtecK0sgGX78h/7Mbny7HPlD//kj/D78FlUC5wlMOfa&#10;kAM/JP8Dqb63wQfwmhe/QC4650zY/bQ1CZqA48HHDoAZ+H753Je+rCyuSYBq9MlWThUGdigr5Nzz&#10;z8B64ZSZaTv29wGbUxmFupYD9HH0lGoxQFYQQlv2PnpUvvrFz8nzX/VyaUPZMwXgN0stPZQ+dov4&#10;3KZEssE4SRExiC3bT9uKtQtJ3WO1kJaZDTzSPJ8cxLfhV0+bpnoAHbKQwElWIf83j5+fxvOxBanB&#10;b/rVX5bfecuvqQfysZVlJQRkkLJf/6EPqafd61/1o6gzliwlO421+W/NTEh7ZlzGN62T7RddogEf&#10;BFzVSw/PBdN+l3Ec9XqioJLZLrjBLdX5VdY3ZV1Z/uAi2d86mMnUbqHOe/ve78jSNz8vzcP7AAih&#10;F5hcL8sXXCYN+ARmZIZPbZI+vB1v+vrX5YE77kZQyWE52p3XXleHoit4Pfp/NzjEtcCIOKxPlsfA&#10;xPa6erjxuZu98Tuy5RlX4ZlrK0u7VU2+jczvMME1U3yA1zEw5DTUQ6Iw98oGQvsKVnRaGYhVgLyB&#10;4ANfSUKNJXjC+QAcSaGWyRl+OeqnJWpsnnrsp9PcZy7O++IyYdgPhPeFflotd6qKnVwDn9eNpRWK&#10;q4QdVnsuH+SsFnQU5LTOhwDQzJiP+WAorM9570fCjASbjjjUJIY3JnrefPjMUWDzqfSXoCD6RU2j&#10;JRCLtUVDOBjqwv7cpQqqVnsQguKsFxSIB1FGv8/AoshIAVkunSYgGHAHaxtSC8shdhKVVmCqkGQd&#10;ET5vkWZb8SwuqqUsBIwGAFAHYnmybRyFTAZjHOrnzDGS8F/zC5ZQuwQimbPzZLOOJKQK+6Kuy20M&#10;dG+o2VpCZm4WGQO/xK+yMmA4DrYsWcC00hDc4kr/vfy+KzhpvvxceU6C1rQh4bkM3SvrxBoTzajP&#10;jxR8yJS9p34ogRlEBlm9bhdYDRpBxZ8Yn9QPTqbSwaNHaEImO3e0MEVryWnrN8j+efhhYEEcR2U1&#10;CdNeAgf0kyOLahzgBJlsnMiS5UHqtws0Wmvh0sJ83FcNsCsSPe8q0gpFVJMQdxwViGYAiwv9dqUP&#10;HggMUeQ2/35ebLuqTC8K/ne+QIbLdJegnSddPLPiRzHyKJeXRyHC2h4yelfwhs+CTCNWNlZq/ieZ&#10;RVLTnY03mdnwZZrkmgVpMz1pCPNzcmqpLYkZQUbVVEjzJTQfxTzOOSu8Duzvg1NkTewJsdeSJxoH&#10;I0mfL4ZDRa157sUhESgKIQ5rNGXOgih85AZAkirg6NzghlVMIjRdmLKgRDfbBd5HTBnDvUegmalr&#10;NXr3hPen2S1NhmNsEA2co6nmJDaRtprE9pBwy+tBX7Jl/D6ndPP4w0AVlYWnwaRVbPpBPbx6TXDB&#10;iY3FmKZOZSxsPni30m+PDhQNbFaUjdADkSxKcgJ18oZQG3rWTE0QcMSmBcmID6E4+X2qkyfa2nJz&#10;rDHBvqveOtx8+tEZaN52o0CFrGYa/jlLSIyuRwoQKyBPbn/siojuKI6K+1alLvDYUcCrFiuIlxUg&#10;Dc8BGqhOqowKJtulBATpMYn3ZghIt7sA5m7XiqXgraBJQwqk5Bo7f8Le2w2bOFfurwoFbwRe4MJG&#10;PKqRcie3yvMyCLNUAw1WAZK+3ExHca6GwpwG7uHMDwR3uGCcOwjulV4PkZMReZ0n8KT0q/27ij4/&#10;fDOTSgR9+GZUpJpxfbJni+EbHXoLYV89hsZqbxfJh7267AOTdDdQvOXEgPTDyrpzKtnNDSgmIwPQ&#10;lN5fJB9z7UxVgkXgraeu5Da9o5wkobeoNynueqZhk72juRpeG41FepCy4cH+MYXvLRJkC2c+T9Tl&#10;Qkq2HwchC8GIuOnCpk/wL8qBQK+Mo4atmmD31XU9I3+5TSAxQHP1UPjoZyCAiXVlA6VkOP4xXhk0&#10;XGQxPkJfMEjuV/D3zYkFKE0h9KiFZ3xaGTZZcb+QJZid7Io+Duaf+MfBfvNrSHddBSRzvlIM/9vp&#10;frkJ9EB6rD9BLoEf5ax0qsw+928iUa0Nd7qyHvBu0EbPjzi9QyzAauBJbmGwZjJxVdycm3Hn4VOV&#10;Biy32yzNykvWkK+EjlSFxn4Vc8iM2GkWHrF5QjOXTZ8vC0e/hOAZMF8xgKU08KzT2RzjXoekl4y5&#10;jNLAY/fK1DTCOvpH5Mg9d0Ha+zCOJ0GiJiWDnl71utb1dWiVKDOE+/oK1AS0BABuByWDyX2492i9&#10;UiSmm/8ePbnSzAQtPZVjWvgFgSaCesq+d+Zpk4WiP7dViVWyg+eyHSuov7gI/+GpC2V8wzmy88Ir&#10;ZOt5F2IeNoVzVNMwHY6+CKJQZULTeTJ22o01UiiHB5QDQWGuknDkTyWD4ySP6uB9MlBO+krevauM&#10;Q6uNgnMDrL486KIMt3NmoM608qSFQeiyfOm6G+Tbt98s373/dlV4MDiN52bL1mncDx1jByrYRHlk&#10;PSiIzH4mQw3aImA6P6fKEVrIsHZtNzlobKl/dA91GRvFWrBr8Jk1H900LbyC+2laPC8MD0jROPYR&#10;TEZGIIHiMYBDTbAHW2Ab1nH9CBpE/UyBNqbZ6uaB2mSF++hkTS646Cp5wmXPlqnNmwHutsAiGwcb&#10;FLURXnP5Xz8v0XfvkoVDD4GEgGoMxMRkGWDEOKdHYX8ECyzC/RqDdaWyNIDBjsm1T3iK1K+4Rvz0&#10;JnwvDhKstlrv9Cl1FktsHGSd+VWhEdVnd+RAiM8JQxRCeiOZm5qGjfN0+MBj8vF//KSCnWMMqOgu&#10;KzjWwPERPN2Cc/XYw/fLJz68X6771EdlxxlnywUXXiJPfMrlcuG556jaip1DP0huaRf0K7/+G/Lf&#10;/+JdchNSY2uBjUJ2/Eff+16E7ByRn3ztT0gMJdC5T75Sfv7Xf03+8A/+QM9LG7WrhvyxVsZxfvlz&#10;n5Fv3fBVWQc56cTkhNavTGc9cuQoavIlq2dxvZYgAWdtyjp8HIDzOvg/vuKVPwoPcOt9Hj+IHgaK&#10;XEaxbozRKzs1G49HvrdXPvHRj8lNCM6gLc0d994uP/eLvyj1sTEM9qLQROPzUiXlOmK8CgPBW0yT&#10;Rv3OSp4sRCY0D1gCOss5bcTaYaJWbmnPmTNmslBXs4eaO3BAPv2vX5VnXvtc2XXBBfJbON/v/X//&#10;XG679z61BGmDhLCCwJyvf/Cj0kP4zBt/4j9KCoDdQa2l7L60H+SmBOIixWtW0q7dYb2uBh8SDCbQ&#10;x9ANTbB2flQWyejzWJGVtB096dGroFeqP3andO74Bhh9u8Ga7sgKPDY7FzxRHJjR4/Ba7NP7EszS&#10;h++4SR68/U7Z/9jDbFQQ+IDjZVgO7cDw+TYAO9hAKygsarO4d6dwrG21VPHBZ45ML5NZO6wpS3se&#10;ls5990n78itCMEj5GVK1kQJxAUApWdkK1qiKLzbP8uDZV3rdhjTU4MnhpNzb9YLmvqduSN9YAIIl&#10;myiHF3IWaTDXCCm0vkgfU1mtZKHnDpLKIhgiWl1MBPBQM47yGq9ixupzO7N8cFP1Ss97psgNKDn0&#10;cAKDNaukoPv83sx8iQsEC6k8vCILdlASvP+KgBIJdlpkG3MQQwJMYvJc+ut5evfT3infK40SaIrA&#10;4K+ncmMd2JtEVS23tIeMgyw3CkEhaQhTC+smsYgQYmYy3/z8pYFoYyCri1yRbptXt1QRcO/PlVze&#10;pwW7M3dHyoJvsvbbyi70xRocNMsVXCRSfMeHYA/Tb2eBWOZD8E5WeETa/VKxaqhlirm4XOLhK+Y1&#10;BYDnCgKUAqR96/1JwPG5fUtg+Q1Y9rhqTWrs/uGwNl8paGuzR+dtg+k53Wzo59bmZA0mu238nRs/&#10;5Z2W/JbqIsOWagkTG0715kDxXkEKD7Hd9dvPggnuhNRBT17C1xZQVNQWZ2V68w4tKGkCvIKFZG6x&#10;r0LGKYAVY/hT0wTQummh2UjxxuWEzefRywbuxZUC2xdFUAh8cElA5y21h01rNR2lWOKCDNQVLMJM&#10;fSyMaVX6YFlqTzxoqk/giaa9zsCTXJSnU4D8mHzOnsmCCXFs6TohDlqR/9RkLiabcIXPUM7k0HXG&#10;G8ORCHiUM0Q0LMQpa1BBQn31HMQLMcxR7nto6HUv8QVinkXFEEPpufSRMiwzDiBRFmK7cS6DhNsF&#10;KZwaW/oKkyFcDZV9qvTT505tBevP/hjrUcu8yD6nnSIDUI1Na5LDSGUBXhuHFZjw0A+gA2bBMu6Z&#10;RQS/rHCz0we5ocApfezGwHpkeu4hMPuyZBkNDb5OajqZanWGibTlOMyY5xbnZGlxOYAiNZWusrCN&#10;KMmjHECHCz2Nk8/y1Ls40uakEdKQFYoNaH6ikwhOJwBE1Ix9ycn1OIqeGqbOdRTCCabnTA+MUCQu&#10;YEK6BJRlotkoN94AXhCEIeABsySYaEJSDdlNL7MEwkU5R9bzKcB1TDaBrXBIND1wEpNWPqsKcsc5&#10;ZTey81qkHJlxKv2ShAtIYHjRI4dejfRESoKUyjkUTmJySzZeK2D19fsTyqBooLHjM6PsT53imKTI&#10;hebPBQ8/9XVYnbtdaV3L+6faSPkK6DaY2eFGcKKGjKmrm70bhTq4QYVjsbC6kUwrX3Gg9tWi/QRq&#10;RV/ZYMUPhQS50cEkfgS9q5hLVcDErGj5y3Oa+3j5AT9LN9SspvlIWiXaK3j4lxG+dByA3iGwFh6B&#10;bPfOjpP7O2AL4D5r4XbeiPt3I156Dq8/QcAssyK3hZeblZy6nhRDBEoA6uF80a9oLAB2fFbaBPFw&#10;rxyhpwh+Z45SdwIRLJzpk4n7jKwDsvUo503xvDKhNy38TGIN2yDARzYHmQINeol4Y4GzXKdH31Qs&#10;BdDGe73JgjvLFLiLbA5i3jpYo1rOCrNaOQtTmTDBOnqLcDbP49uicX91uavTl4dxvs7s2V1KUHAd&#10;/r1Ngl9MMFlOXVw1yyh9wYMUMHLB41TcSA7QKFV79V8Fu8+dAE1flWRb9ZxzJ0oFOEmCwKg0UTca&#10;3xvqeQu29lAjUgJto8O4ykGfH9nzeTmF8BE3+HH9AAux9LyrkuzySUMchbrMrz5dJVu2MqsYOqis&#10;cqmyYrIePHkIQQX5hpdyKl36iQ6CUb4S1CCFv2BUrqiuKq62NZBsdwZDJVjD52ESf+bFz5Drb/2I&#10;PGn6OEMV1e/r8NG6rG83ZcvGhuw7tASWziZZPg7Z2OJDsv84WReLYIQ1MWBDUw1wp8+mjuE2SRpk&#10;8DzmplohkRnebNrzV1MpHZrmblZZ603+1MUeRrVHo5lPzM1gO0msYDbTbKw7TJQNTHS+LRvyMTTE&#10;OlStr8Nic5Zs236+TJ52sey4+DJIMqfQBPa00aAdV6x7UqKDBPpOR5InPefVyKnh5wODH5f75lWH&#10;kv5x8fryxs4NNZpD1pMDMs+8ps8KpZlJPy24ItPBL20ZnFor8BxaDTF3fEm+/Nmvy9dv/LLcc98d&#10;8E/bj8HeCvy+1sn5550jF11yjWzbeTrsS2bl1ltvlpWFuQBY1PU4bCCYaS1eB9A7u7DP5FGw9IC1&#10;sforEUihXzU9+drjlGsucP6sw9meso+axl7RgAtc586iXvRuj16LK/phqXqYhGKhTY/wmrcQlG5q&#10;Flv4fD0G/qmxO4a1ZF5t2ihPuvpa2XU2JNpT00icbusgdRwAzuLtX5PZe++S7NGHZRqg1cS4Ncb0&#10;cKTiIwkLUdwBWDnR0PNOXkNKNcOlT5H4wqeInH6OuMnpAriPw55NWVvUD77hkR8Mw1kVpmNf1XCE&#10;EPAUx/kiGGnT3KibtyVr0T6UPPff94Bc9/GPyLXPf6E8+WlXyYXnnyd//Td/I+/5s3fKTd/8lrG6&#10;QMxo4IDTXqp7Ij9B0iEI0pPdd90i37v3Drn+w/8g49u3yhnw4HvSFVfK1Vc/2QA5PGdbt2ySt/7O&#10;78rHP/wBef/7P4zXbGi6toeNzefe/wG557bb5O1v/21p4lk67+IL5F1/+efy9S99Vf7p+uvlUbAJ&#10;YypUUIs3+CxhDTkAST/9ehkSR4sXsvcblPTj57q9ZSV28B6ahpT32mc/XV706lfD2mla93apEjYG&#10;KNTGeKISKsv9Mr0rfp5+6ehqtOeYRV3/6U98TG6HxHnPww+beoVSP1zPO799m/zmm98sP/TaV4L9&#10;+CIdHhIE2LV9u9z+6CGAym3UwCtan3cQRnPDd26TFz3tmTivXa33rQ5O1IuSlj1c1zSMQAMe1fBd&#10;nw3W3vSpf+DOu+Wz/3y93HnbHZKiJ77xq1+Vt0LGO7Fpg/wizun/fMcfyZdv/KaCTvTFXljoyb98&#10;/LMyCzuFNwKUXIfka03XCc85PwPvM74HLbb0fkLvydAXDnLUHqVWCyBxMiA9qeoJEvWErQUvZ68s&#10;LmOWYdg/Oy+N+78i3TtvgG3Rcb2+KTw9ezt2CcwApTGOew390/79B+Seb35D9uz+LvaTo9hbnGze&#10;PCOXPfW5cuSWRxDScY9sAei/zOGSAmKi3u6NmmWu8lz2w3BLPdpp+4Xz2qAtJvaNGs6dP/98APII&#10;+ICyScGNAAjy/BPw66N/0hClyCTWcd0kpD7LhhQGo9J4K7Y+kRtYqH1WMuQsByB4/pU7qiWuetub&#10;orKBHcBPVcLpSuZdFEVlmnq+WlRlwtqEl359yhRzWVjfQ2JwdVpalft6Y8grRhDZ8RkbO/TqgWxg&#10;VoVp8XsmS02DnDcLWQbEWiwDwWW+GIS6xDxBsxCIo8w79csko6+pieQqjQ6JxnZ+qWYLA//ArlRc&#10;oN0uAdDA2MxxHftPCAdJrffkcZA5qP6G4bm3BF4DKS0MN6lcI2P7KXiYYw5pUngf5mSmXO2Uh7YS&#10;5IwscbYk9yhpLMeVfJEhoEAjsZ/ECBC1ZlRcZ18B8szPOdQytCpQhl9WyGv7aalkzI8tTYMtUhyX&#10;g7ssUlsizY6o9IU5maRqTyXBYkk/R0X66wuM2nrB+IwzL/xtoqt9bBo0YW41YgURxrCRa7hGrW6s&#10;pqhp7C8swotLKQINjqEwXAB4B0YIqdHwDpie3IxCbUzljMoQZGgBNg4ebM0Z7Xga/n1t+qbRnwAX&#10;pIMbQ8EHFIxkadG8l4uOc2MhadJOmDaamvZiKCcnOgQf6vV6SXMM6GwWqLx5Gk9URBlXZahWMLNA&#10;Vcqrq6svm0ZEB6Avn0bkYFqeJMsFuxaMYFUirBTV8mZS2WMA2MyQNKeMGiLtAxU1KiBHp7IbH+Sc&#10;mQTtNzYeSm/okageh2mgebLhdnHx3izQ+B496ukx1bRJXls/AwEs9T8AmMSEZbaldb3BQxKrmgGn&#10;xdrFaTz9F71yYgwFz1Iz5KR5MYNXYmVjNvRrnOoyeMOFIj8O1GgXqJVcoJUZ51zwQbWFuB5FoeiN&#10;1Ki5D9rAUaT2HZubkyPwidi7f48cOATJwcK80rstGKSu7yEBSNSHCg8gQUIuRmPYGNazcISsqAkG&#10;XQuLzCy6hf1Hj8v8PNOv5jQtmsUS73dOi9SUmhs7wT8Uq1zY6koRz5SaTnlRVMg+U70/UzzwZEf0&#10;elwAAFK0IXnSBFtcl9aUzENOvHnTtOw/cFB2Yup8FIbEMSZ6V1wKg2d4CFIGrxOQQCPuUqrCpDMU&#10;rDd87Rty3qad8tjsglxx5dPRmK3I9NJX5HudXfJNeM+0Dz4mE2h8xtrNAMAHCZC+Xmo+aqFgylkk&#10;UUjm5SKiaXVgNXa6fU0/TNQ9nmzept7D4/D/m1QZDfb7jetk/ZZzdGPV33elrL4iIArsTyni5gsf&#10;g1XRlG605m4EiuYG6Xkyuu93Qwy70SwndwIBoxuSzq2CTNyJ6VllYTXs9eROTOkqMglcMaEpfPlG&#10;4IPVV8p8CbZ4cWscl7E06cu3DDbaHLSos2BdqC9fF8UwiALfxoR9uRerLrZFv9EwsczXphX+wbUl&#10;+JfGxpir55/aGTuOjL5mGHL0lRgYK1DdY9om1omFvGqJbbjQDOxeroUNsoSC6T2X4DHK+bj5hcJ1&#10;Kfhi8LVbYZMm045Nf1uZhMY+zPImXE2DLQm0ExJ0awosei02JRgOeymCxdQ42oVhBEHARu6zoQMb&#10;k3n1vaUF87inMbDa6h9AU3Mc7wlpDiFCFwVpnQyKAUPARpSHN3hXyLfXAvjWJA9VB1HenXh6Lyd0&#10;VqjcM241aD7wCVwl8MJXilc3xCKsMPCDCXGeCpcFuayrCiUjqYRdjHpnNxrTHAb7col6BRQtBmfO&#10;rQIXB4JKvBuAc0qmnhvAONNMBoJXqtcpjgaBfb6/bqWafB7RssoKyNzrkrtKDBlUPLPKxsCFafcA&#10;2OTc0CS4nNjnA7IcLKqaPo+BeeKwt/E5md6wCU3+afKN++4X8mbH0gUFF9pgx/XAWN0405TtWyB/&#10;xL60stzXifr84ooGj7GoZNptt5fqkJIs8Dzrp1k3w/I0FJWsG1lTWCNq4WSZesfh+eum+l9N3E0N&#10;lNKgJ933zbfT0xAbvz+L9FgOx7IwWK5TDQH2SacHYKl1nmw/9/nyxBf/hJxz9dOkvX4biu5WuRcE&#10;5nTpXuQqg5KKXYj3a9x7MsJWwRXyt9CnDMh8c99ddxJiaX6XugFFRfhaJYF5mP1HkIiNpAZoBKYC&#10;2V0J7EHoX6SAa9JTQ3HKKVcAPHzjy9+RP/6jd8hH4cv38N4HMGSc1RryR171KvmlX/olefHLfly2&#10;I5mYoKBHLTIJKeMsmF19hsJp85IVBBKhlyqG9gxc0CRbb4oGDa3Ade0srYBhuaBMT7Wa8wxJ6emf&#10;noJ+APcQzNAlO8fTl5Upux0lEDQaDN4Yl+nppvKxNdGRawaIAp6pzqgtWZ+xN+iD8Xf2VVfLk5/1&#10;SvVWm9ywEWBEW7bNYI974C5Z/MynxH/h89LYdwAySjA4p3EsDXuu6mGE1xjTihnsz6YGx2W0etl+&#10;ofhnvVwaz0GqKYIVkvp4hZnnitCdOApLRhQFD+mTU7fzJpMsMNadEwiH60CNwvBD+vLVIAm9//4H&#10;5L+/6wPyN3/9btn7yP1y/ec+J6ftOkvOOOsMgO1tuQSptt/59s1y+NAR9bpinaZWNL2e1sNjqg5K&#10;lMXK55QetkzYPfy9R+QuMPiu/+K/yJ6HDsC7cpus37wedfG4nH/R5bL/oQdlLyS9SpTAh1tEXbiM&#10;QI1DUGU9/ZnX4Os99IBtOffSK+HRd610YXXzyCMPW42APbaXGEtzHEAe61clJNDHTtlpqQ7aF1Bv&#10;X3LhWfLW//bbctGVV4I1PGNgiqwetg6csygqiBds+llXO297PNcb3Lhyy803y59CavyNm26S48eO&#10;6zlhv01Z7zLASybAtjDMv/Xu2+U5z3uuPiv0/KVn9/XwHrSPgdRkgNxk/q3gelz7nKcCuAOTsWbV&#10;BnsNAn0anILjSAuvzNC5QcFDVvOH3/c++at3/bkcwTXyZJ/ivbrzS3IIPoIvfNazlN169ZOfggTz&#10;I/IgQMlM7ZgSlQLPo0e46fZvyi54Tm4EyKzpolbQFv7WebUXFRLSqOrUHIaB5TqTaQ/A9dvUc7T3&#10;of84o8Q41Hc4rvSbX5bs8++Xxu67VVLfB5Ove9XTpXvWeUgo2wRvz7ochw/fLTd/R+79+g0Ak+9U&#10;tugZZ+yQp1xztTzludfK1rPOB3NvWu6+7usaUcaPvi6xdYN9LEHTw+g1Wm2ygLHnJDbwpZffFNRJ&#10;p+NfZ+Jneb67l1ykgPokAyFB1siVKVFY08nYSwF2+yCbLFhOBK/SEmBS9hk3FvWS7If+UApAzwZK&#10;5jOpUlH9mdSkeKmBYXmab8VAvjKn9yWbujLod+i7NawmxxacG7JgjQrmn8/91cQVoMyooDZXGRwX&#10;u1lkv2vknNLuygc2HXth9dXzPtwnJbFCCSs+rViX5IEWmYKrUiERaPhmYLL5XBbNwQX7/EbLEuor&#10;SgUfFJbKxA+MPn3O1YOxXnx2F6ah+fEXq0CWX8NQZ/L1CWYTa8jVn1FUeDba+clD8wLTLzCm1Psu&#10;JEIUVmyutFTR4wjpxj4EW/iwVhcSftYpytozD0Fap2kH5ANCGVeyCnIZuPoX1oxhF47RV6bGes3z&#10;8LjCzsXnRzpUe0tRW9htbveoc27IfCTUJ/xZYmFRNGAKrH/D59hy4WW/U5s7DkZUr69+XFx8aPRP&#10;sK6habw1LTK0iEOjuILNpItN5igAmPnDD2mCr29t1Mnio4eOYdNGE9Q4D7RvbOIoPBwMnJOgh6YP&#10;CxcyffhwYGNYlA1RdVogEnskpb0HOjN9ItqURzIIg552dUt9yumcdtNH6mWQqp9arRiLKu6QT0Mz&#10;X02kLmQwpUTOF0EfOq3xpbG3L2QyI5rvILv1FZ+/SjlpjEElXAeAOx5uWk4i4yvMNLNCPiwuLrwD&#10;/FB6n4xMAnWrmruChVjcaAZiRkHn7UOKjh/U1xqQNNTpEDzlA69pNmnuQRdpSIluihGldWLAE/0m&#10;AlibpiwUUFwkC1qwcLJISS5lIMeQAOg5oce1hjAWoNYUiocxnSKwyEg0ytvMozWhSNO2Yp0oNust&#10;M/zF+y/i/ulycowk0QUw+hbmjwv1i3xgOYmOmwRHG5bIRT/KJFHGZqRsI4CrUd08TyRR809JzZEx&#10;U/NrUNy7ZL2tmCxQk7lqmnTXA/K9MndEDXM7WVNO27Qdx+CUgcgFg6ErjWx8tVGuy4y9AClBnUxX&#10;Xg4W+ckcCtaWJsnV8cBevG6rHML5oF8SQVIX4rjze52fP2dI+HC+1GOKrMDUvPo6eMaWUWzTIJkc&#10;pwhSFgV+tZiqqTl6cKTRwiiny+sCk3Cxt1RtlaZnkUmuIktJlTyFyOUmta4y1RoMY5HHKeJYVRsG&#10;3wNfGGSfir+SH6RdDWuHXXVW5NbK6zilOAG3Sts1QuvlSiDUVxbxAXjSjYo8qUKS+ZoWFQyWHHjo&#10;UbKLe3YW3iwH8MwdxP69Z8XJ3WDz3dM3b0tdePHcLzDJllIMvESX0h3HogxrvqY59zSxT9doTRWV&#10;IkCFI4eOymMz894Tm/DxjlnB60zReFzvH/rt2TpRU0DQJniabmZwekhd1QxhWczNkUOYPKW69QBm&#10;cIg5j39vwDeOh2JMQ0Boao57fNyZUbiySPD3GXz9CAdaHDL40tiZR7VMmXCQ9dZc1dPGPFTbOCdz&#10;APvIglzEa29tcTIdB87liawjXSUo4uTSv3+v/zn5/p6xU7HnOykJcATGfXIWlVuD4TeijR4+jkoK&#10;b5GI690pyIlPrPT1I2iLfgQj7FSO3VctDIqc4sFBxoAnsFsjwGgEpFT1bauyi8nsa6gnjxWzSwid&#10;uvKJ18oXP3e3TGxYJ5umwJIAe277lknYsMyByQNwnp5T+DxLWDTGwNxoNWp6TAS7FcRUnyzujaZa&#10;YK3IYREZ4qzrOJCzZzMt/Jd9UBhw/yP7pNU0TzKzx8ilKbFalVBrq8Ed0Nm2QDOusaYDvxipCKgV&#10;t8iFFz5NNp+DdOF1m1ETTmHQ3FNFSJ4Sr5YpWXZKakA3wmRtoCJzq9nhQzOhkanra9C5KyCyX/XM&#10;u6Gb060mOqHGaek9wlqHr9NjvY7amj+cYPhAhgJVA5/9zPXymes+Kffsvg0/09Ea/Kwzz5YLL7hQ&#10;XvGqV8r203dg//fq8TU9hdcE6JzaqUez/WSwob5Gh25s82R5kD3j1YphaXnWzm1IS9ahLfzwmlwJ&#10;cRyUiq4sLBjLiQzDzHyQTCkawIgoU4CN56AByl2T15nsHpRGXQCJtTR4HeP+ayS2fywyPAyvse2c&#10;s8Aieo7sOu0iHFMkMxvAVIM9Sfzobtn7D/9Lag99TyaYVkp5cdN84+PEWOmsQxoMiOF5xH0dAWjp&#10;N6ZEtu6UiWt+WOq7EMqAmoosm0UzAqrI+UbJSE99aaWBf4qBPS2LYgyeF+YWUbuOa/37XTD5PvvP&#10;n5Xbb7tVDsDrjmB6M57QILa//9u/lq07dshll14EddWYvPktvyp/8+53yx2QOyZKJEgtdRZnid6X&#10;9FBURi1plahdu1BsjKN/Y9Bcgr37m//yWbntm1+Us846VzbtAOPv6ifJz/zcz0v7vX8tX/zqV/TZ&#10;JXjP4dbNX/4X+T2ERPyn//yfkFA7qZ6PDQS5/PSb3yQve8VL5VYw4G6/9Q45cvgI7jmEzvU6WntT&#10;VsuamZ6PGzdulCdccoGcB3biRVdeJTHk1a1ao1BUZCd4Trl/N9B/sjdQ0KXP4bvXXqOH++Lmb90o&#10;H/zAh2Tf3v1alzaZ7oz1joMCevcdB6A2iXO2c/s2ueSCs+Wpz38u5N0b1XOwj8H55U98AkC9a+Rb&#10;X/+G+uxNT81o2MD9YDX+1cc+IT/78tdgwAnfbCptvIXXpLn32JDPZg9rGS0Dnv28F8gdt9whj+zb&#10;h98jYxOKGRzPfTfeJHe+dA88Us/UQISffNMvyMS2rfKhf/wU2KjjCl4x3XoDgLDuwX0Sn3lukcyZ&#10;k0cepz+FjXl96TFmQYIYqsRjMrF4VOK9u2UZ4GJ88GHxANUXcTz9858A0HsnpPANBTP68AV/4J67&#10;5a6b7oAq6jjura5c9oQL5LInAbDdul1a0wjcbE4r27p+yZScMbZNHsj2Y7ALv2Os4dvx/lR5HGdw&#10;DNcoTL1qYARTybYVfddWoPANPNtjSPj2IGU0juG5OwDf9J0ArGvrpNYyhpIyamnJRLIIvRl7s6SW&#10;m79oSB4vklJ9UXqWwQVZrrILPsZRJWArDzzwFSKCD3RzPyx5DmBOFmSyhTyu9PD3uRosYBolS7uU&#10;aw4wzXIQzw2x850MBVdWPJxdWVeSKR9VLMeK8AgFO4MvHxfBCvgTVWuRnOmYBSwgK7e9qPC8C5Zq&#10;AThMg1xVP6GCrEnwnnPBSigzZllmGEM+LCmB04r1Qfh74TsYzl9UAeHKxs8V4Jqy2IN3dn79oiJz&#10;ImQ9kAqOeyyqnCtfGVS7QAwzUDMLQ7xIB2t9kqlo65WELAjdcw17YRBhpooDAwarEnIfyGW6Ziku&#10;4tWaK/f0NGulbDBwsRoK66rDcFsjXaH+SArpdZaV4WwugJM+WGfkfoPK3syZhiHwxgJ5vPktcHFp&#10;4SEbg8ltm3804TNSCi2n1CvLNEjuamopJ0K92UMygwVrvL1O02JXACDcd/8eLKCx7Nx1usxgwY/V&#10;/69lF0/IxAAVH1NjHgBBFQ6H60EqqbIwUtS50OOBPkbWEWn/6VENA+HrTLZjBWv0T2TmnPSQsBvK&#10;Coxi2updKW/LC+oi1Swb0Bwp+JUmA6wCNyThq9r5ZMHAM8oRZlehm1emzFmVPhsaWTV+dD4g5oZ8&#10;V+uHKDh/Z8HPp6B7Vl83QCtKh9ePFgS9VaDPV9kW1aRjo8uWN36eVjSYmpqjzfqQB7PKYqPLfPCJ&#10;i4rwDB+SfSVEdEcEn1AoUka8nDMAAZQto/HoYHPuryxaMAsWbjIJ22AWnDO23RhCTFnrrphfXlxX&#10;9hD9wrK6gYtkxnEivYCpcg8FTV895hItrJYw2e7AmNejCEnwPllnyXwD8OAxgILUcp2I49ZPEwM2&#10;yeoD4q0fiSa+nAoysUzTlsSYRgS2lnCPU457HNKoHpocTthVakTQcmlFZRYxwMVea4vs3fOA1JNF&#10;Ofe09XxnFJ+N4HW3ulLMglkrjajbkE7NIiiEi+bS8UOSNbcBYIPvhczLBWD8LbNQjqMCkDXGaRZ8&#10;jaRYQM0/wRYDymqWCUR2uwr2dXCOyAxls5QnMuH0oSCjzLyhDNsGQUWMx9WfoZDMW2ISQZMomN8m&#10;zpISI5UbhM/nYpV12BQjTDmqENoA6OdPGiAwmsUUmBZVos5anbszAKncVOPREJ0vAb9TDhQYlUdQ&#10;1A+uDDJxg6EkrurK5koPkOpncUUg0KB32bByMMvlhplN7/qejD7RMAwm7e7rRXIXsO/d8KA7Sh86&#10;pHNsxi8dYhKu+vMZy1SbR4J8Yk3bOH6GRVsXzyDTbac43WazKTa9G9c1PVP2XJf3mybe8ffN35KM&#10;OsTioHgm/O0BmoFpRDkKCj5OgvmelAr3wwa8EPy5WrGltXWYEO1M3RKFYA9Kl3oq+TewWY23Q9rw&#10;OF8DG2OHQyKdCJuhvyhcCK+nzKbjXXEhHRIBJcJjDKbtoSEPFsv2vrjhpyOnfmVzuNmXMx84gHlA&#10;RzUhejWZ1RLfojVGR48vPZeMMX8yxG3tTOxTS7AY8SFcBZRa9avOV27Y8u9ucPD4fQN+bogMXD0E&#10;X31PN5xb4Ufk7ITnuyqNPEXQzw9I6X0YfvmTDgOqISAGECeD8jU/+MHKmYUbATG6oIr1ZsHh8mm2&#10;q5iNYA0mwE4JCeomPiNdLAbnnXWBZFc+T9JHb5AuU+WxHhxZohiebLAs7EFo1uG35AGWLMNGo6fy&#10;XHhMQZJLoE4vZ+x1yMs9IknMBqSvKaJeh691ZzInfq3VZugT6stOqj0Hw+BYu3Hw1OKxURaMr8XO&#10;ajf1Ioaio9HegCCInbL5/Gtk0xnnytT6cey1U6EPq6kSJMGCMOZMElY0EkVdN3wDucFE5zXAvOEF&#10;1p/A08/7UwPwh1maVR/ZkSv6qsM3P8PcK9pUa7Gy+Hu4kDffcItc9+mPyy133iLzC4dxLuGffdp2&#10;ueySS+XVr3mNnH3+BXq/8VrRuoU62wzgnErkGuPKRNL0dMgjMygSdu++GUPLWWV29lesoa56UkX5&#10;Xo6Hh0qIRqOrqaQ12sIA0GXKu6/ICNl4qf0HEpEj1DHjE/DEAwu0jkbUY9AbdeiDivs4MSYF2R0r&#10;bFjhwXcOAjIuuORqJKFuk+0AqaNx1G/H9sksZKWLd98pG1DnrWctwiKkQUsX8ylk8EaT1kM1gjW2&#10;5sfQr0dbTxN/0TNk/AlPlXjLdmV7s37TADMdneK5qdTFbsjj7MRonx99H6hMN1MPNqoqPvvP18ln&#10;r/uUHASjS5Mj8bkn8Yy51JqyDq7NWNqUd//+2+WXfuWX5fxLLpbTAMj81u/9gXz0wx+U93/ggxoW&#10;RV/qFvblDmrscwGCv+KHXyMP775HHgKjby8SYOln3SZQhXPRBcjVxhD50N6H5eHv7ZGvfOFTqt46&#10;fedO2QCG5ALYfGRsUrHCGnH3t78jb93zoLz17b8rG6cmZAoBFqwft8ELcOv558pLfvQ1CuAkGNB3&#10;wNikHzv3JnqwTa6DqgZsTQ2yI1DTEGV3SpAUEshTJdEJ/mesxUj3BV4b+vF97GOflt0Ijzi496Cx&#10;9tA39DK7Z+oa+ghbKAzeT9uxXZ51zTPlmhc+H0OCSQ1i0dACMkVR29Ma5Dd+823yu7//+/LNr34N&#10;50bzd+Hx25YbP/JJsBf3yK/9/K9o4MgkAFp+vqjeNBVZLR5I0W7AgztC73vartPkJ1//s/L2t/22&#10;HscSGW5kJ8935O8+9Hfytp/7DaxfWDWxtr7sx16LMJnT5P2QbJ95xi554UtfItsBihIkTPPaMIpH&#10;bJyr95rct9kN9adReI2uKiBwrhGu04FXZ3bHjdJeOaYy4mXI1bs7L5VkZkZaU2PaX80dOii777hN&#10;Djx0P2wA5sAI3yJXYwhwxsVny9S2XQCsEbDZHNO1m88yZRDrAU5vfM6T5dtf/AS8oBPZh6Z+mrWY&#10;2vygT8ezHuM92ps2yTQYxOdecbmMzS5J7849kh46gJsCngDd49I6cEiSLWOqQnEIU2wCnFUZaS6T&#10;ZAAiWKT9hQWTTweWmvdl6IL1QKEeyEoNrw8ebSZVjSoKiYoPnvhKMm+eEuEr6hqCW6Ye8bllVu7t&#10;RhAmMVYawSHry32hKnAh0df7wdUjypOF3TAYlln/HbxqB9zIsmBEkZN2cpltzkZTxmLfXlyHYHEx&#10;FPQBzMwlxxLq4CgE4ZVOWy68fxmOqsFK/A0Sr5RJblJZDikIfCk4zd6/FlkJmFTwlgBWcY2Igsw0&#10;7WflNCv3So9qxq4rAvpKqWpuB0MCmF6rJClUZpmGKzUUrNNrnZYSWwXsglrJ+6o/cn5eLSlewzaS&#10;nkmJ+6Zw4LOtACPhxNg86yX/vYqpZ95vm/w7C/ZmUUUqngUZcFIOxNXD0EJ+JAf2neEtBXPXleDf&#10;YAJvxRuSa0UcsC+9TUvPSgl7t7Ik+QjR7J8TQ8ns9yjdHWNsPfX2RIohd+QmdQz+CAsIOJhDeukS&#10;JIYZzP2ztiV08mcJ1C3Aq+CBPbtxnXuyE+k+0+vWY5HD21HDr+y5FLLMWZ3usqFbP44p0MyUen+I&#10;eidJAUKwCe1gEZ/DRrUE2vGR5UMyuVBTkHAMGxX9IAgE6UatnVmmvh5s7KJcEuOH2mRfegHlQIQr&#10;2DU+eEmExSA8ZMNFXSHDpSwlNqQ5c7704JGoSPbLGXqZL2nHpbTEVdJjBhfw3MvH574pPiuOq5Bh&#10;Vzwa8sVstCSrQj0cZvz50uyyoNBXkzwrYSfF9KD6O/p7UUiRSdTXj8g4QWFqOjhdpk8MKcERwDQW&#10;YcTbx+DvMrFpszYqDUw61ZMC576bgTWHAo7ejuOY6mtEd7+mC2K3bz4l2pTQ7B+vucwkXiSFdfGQ&#10;9mge3FtUYMt3OVlKYGwLgJHmzwwSqUsx+VcU3pmcyIcpDR8wJj/xD8ELsk0TjTU3FK2LxfwYpcB8&#10;P/pbSksTrJIOGXMr8A+Zw32LNDRI2tM4UaCxh4CLuZXD4iZ2yNLBJUgGVmTLWVOrihuKqyOyBgm+&#10;MFFtERNgND3LmLByokUAruaPycz4pfgcDXMlqHjc8TlVyQFNzmM+IzWVPfNcMHGYE1FOMRdVepwE&#10;E/dagDTseqYh5aWvXgfw0UGKWas1HQJoAujMe9EFINqVm4PKMqNAI4+iIHVyhYdjMYEKMjs3qrOq&#10;boOumlbpTpzMW/zKWrbrbpBFtwpIrLDxnB8IN1gruXStEr+Y4Ayzc4beawAK8KcQQlx9XkcQDfLC&#10;hGB7n+Ez+O88/nssoR8fJswLXu5AY3hPwsQXgFsskHHPTHqnUgv67i1HliZOphubecrnltAATIo1&#10;iQT9KM/tBNC0rsnUTj2N+oQwaK2gjT4aPnyoSfx9mQbkmRUSlNBQ6sNjU8lHnv3hsyD7j4oBDeuA&#10;RmBgjoVJ44KweBX19RuPLZyDIGWLLGAc34IG2kQqyaE9xIrKt6xoaWA90c0V/2LwCEG8XtgD5unF&#10;Q7BPJ5G2HtTD8Ih8ZgKnfC9+xo4zfyxNci9WYieyyntoOHWxErrh/PfP2fOVhDbnT816z7vvn85X&#10;xR5OwlD8fqDEYcDv5PLjtd7QS3VadaLnqBjiZyf56KuCOvzoPfUULRCL4QwVCiM836rG2sN2iatA&#10;qDzVPE92CCBX6WGcKdOHw68GUkkX5h+FKfxjsgnOm91WF8oMeGGi+W1iONPpWwqqDUTqasbdYpop&#10;WTpgsfZ1MBij/lvR5NzpmhsAyMha4nNgwRxOB7X5PcprQiCR8l8O2hI9LlFQcAEyz0xlwpE2DONj&#10;G+R4Z1y2nP1UOQP+aTM7d2HfnJKl+QVlj5HJYfscn1+GgxCciLRG8HmN9H0+V9WqyftTw9Gr6/vq&#10;dd2N9I4d9ItclQ898te8sufs/TTMhKES+PeXP/01+chH3y+33/NNGzyg1hlvzsiv/d+/Kj/wshew&#10;b0JN1FflRAvJxDFuupWVZX0TeqVSYUM29My6MQ3n0gYT8liHv991K1hPS0dwn/Yw4FxQea1KpiIL&#10;kMhBSNbAXSgcIrDHxlsbNIddg+qKwYDVkY2ornX71FRbrUqWKfslYyszRjeHrZ7gERbmOdSMG8Ae&#10;euazkbB71mXSbUzITBPAVjYnB//5y+Igad0GIGuKASQAT5AdqPcRGdtjUwCAWtrVoHHD/kYfSXq/&#10;bTtD0itfLtNPvETSTVtQa9UswIYKjlpitjjoNRbAiGsHUPvxLGRrrTf00+oz1RfWLv/08Q/K+97/&#10;9wCPejKFcA3+twUwjiBchnq1DmC829eYNtmxfr38h9f/X3LZ054my3PHzDYIn/EVr/1RuXf3brnh&#10;hq8j7GIDrGiWlW300J79cve998rP/8ZbEEy3qP5xt4BVxtTcxw4fRrhCWxUxyxzy8inHc9nFvbHn&#10;ob0K4tac+UMztI5hGiu4Vt2DR+VP/p8/lN/703dhP05wb7VwnTIlgPB+8NxE0b+18GecgBKuJdec&#10;/v9m7k3ANbmqcuG1q+qbztCn5053OulOd6czz3MICUPQQBAVRcAHVBxwAFSUi/4OFy+DIyCoiKhX&#10;EYfI1YgJaMQwBDIREhIydeY53Z2eT5/pm6pq/++71q766jtD0oDe/49Pm9Dd5xuqdu291rveAV59&#10;BPqofuHfG6ktB+DTU6ufIr1WWStLbPSsSmt4Lw36AGPwc//0afnUVf+I2hVqLwVlvTLnzJfdPPMI&#10;cNCX8E1vfINcdMWrAPCiwoCEdwZrc6K1HAEUB2T5+Co5MJPRDlKa8AF/1zvfKe/a8aDM7NmvdQvD&#10;9A4fxDW6/mb5JNbIj/7IT6ov/TjYsXaGDwN9ejbS24++c/j3CIBBEhzopM4Qji5FqXj2Hn38SdQO&#10;tOiBFUHaV6+6k158ibz/skvw2bEHo4eg/yBBEnp8FYC6MgkjNwT0LTUZrPrKesVZeuZZjpqvc9N1&#10;IvfdJI3eYezlNWmvPFrSU8+V9rqjsQ9D7gxwtrP/EJiN98jDYMju23NQxuKeXHDuabLpjDNlYsM2&#10;TSyuYd8ZRRI3+wRaBxBUyHIyGGty0ateIV+8/hq8HoF6foaWbNy6HR3SOJLgx2T9ZRfIxJqjpLV7&#10;r/TveUim735CmjNPCSzBpbVlk7TOgU8gPu/oY89Ie8txkBlH6uNcazW1r1EJL8813vMGhxKQjZMh&#10;7oLPfgCAXCXcSiqsd1deP1+OWaxP98OncFT41hdBe1k45gM72QVGoMuDb27Y+4ueJ44GEt4ipTP3&#10;JSBo9W0+lKo7pEoKfqwFs8+VHn+hYFE5p9dBT8JakIAXLbSK/j83lltWMPLyRPJKXeALEzdfeAXa&#10;wLBA+kowkf2gl4FyILBNzc/Oa7BSQU7Q0M2S8BMpoFWGAxbfowD3AwHKgkCjki0euwK0ikO75xW4&#10;dFJhPnopz/k8SLcNM4sCcBbk0WJZBfQGK7z0qoEl5fAv/G/iV+oPSdsTspOxx6nXN/tsDiYiA+V8&#10;BQuJw1op5bhVf2gx+5NMgWX7ZdfeQMUokNOKROQ8hJ3m1cDKIngx+FFGcbChK7+HK9N3h3Qfwddw&#10;QHAJuFbAPRIaZloyEqZgrUgLgYSbFb58n7HpuOtzOID3A+Q7OLkPfgjTilISkKO3Ht+QqSFs/Qi8&#10;HUZQwqNPPQIEmAr/Y1DEHQUWVqYpkH1sqG0EdnAJ9tiUzc3KIRRzy0GlXnvUOvX4k+CLwsOJU2TS&#10;2pvwYBvr1OUwQwPIUJrtyWRtWlH0VmKBIpQet5p1/XeksgcXJJJRaCRcNYfPAJ/YZBEqH4gUH8YN&#10;SMwIWkyukIVIaE4MDCwPvntp2GQCE6gASwq5TlRk0JWHWi7D5ah5oJnRux8q7rJcSnNa9RGEJNQ8&#10;bQtBbq76+IgjeFcAglIa8mcBPjYU3ObIaZ6W6T5RWCyxMyNVCaaQLsjf8gLc0+ZkwAg00+QgOcRG&#10;z1TaGTD0ZicP2cOnXz21VOeEaVKxTmhQtaMQiDVtjx4Srda4mpFaAnAUvI7w4r2WMQvwMpQn9FO7&#10;hocBEM/MTitbQIM0YqebUVcD2jKVIdBA3HOCmvd1fWlqmm4gdS1E4jwKD1wAfINJKEG2JDAumHLF&#10;5iHBteiqsX8WfBwIKs5BHjyrvih83HltaSxOrxqGzvC+9QH0kcUktT5AO4R+RDBJj/pa2BJsa+Gz&#10;dBjgMdYaAKnetPga+ILnqA7gewaHb23FMunhe7c2cm2twWecAsWdGxCKrU4vJBZFwfe0Fg49F8I5&#10;LOmw0001FXEGjEQmZ2uzRADVSyVh2ppGzdcNrAweYytQPNWRpK0HXV6kLQ28BvJw+OUF4y8cWjoR&#10;UXmnhYW4kMIsi+QEGIARVeS1+RKdt1tg3OUWUicWN0iP5rMm3OJZwc8jx3RV42M/Xyzphqn21Ygs&#10;dwSpu0Pfyc+LKAg7ybzUYqcJiVGl8LS9ha4SXLfTWNP7+/Tni8Dmi+U6SlD7kT67XM/TgQY+oYbN&#10;ZjfAN5kNDLy5YHjbJEOTlgv4+4e4XzP13BlzkzJByn37zgxxW/S9KczMmZTpbUI4HSavLOa4F/fC&#10;8KNgArvg/ZeHv0/pbM2Zupiemd0wIOmGm6AS48hsBMh4qWs6sC3PDv93IZlAM9tTQJLMYgM/UjEf&#10;1m6YBs7lBmTPYC+qq2Q3Umla4U0Y6ZKJ9bpmLgtefkl5iqicVxmN+YCF5RdXbcuRpusuZfNY2MeW&#10;oVBukYAAX5EOy2K50keUcOvm4e0vmFwq8+Sz8xJrI2fefc8b27sUgO6r5Cw3nLC9GKD5PEw7P+/v&#10;lp8oDOcKgG8BPurdsNTSzWPMPx8zs6oU0vumD2HBza/Id4v3zvUcMFlKNQV2UAi6kPTnA6vfBSZt&#10;HvbyGMV4IwZ/NZ+TXXf+G1Iy90tncjfYLZBjuiyk1Zncg827DTnxnLQzZW53QWOlBx8L6RR1zhSD&#10;paj0UGZLPmhCTCkP8ALKDrxnVqQjRoXsTvSMbCSJNfuJscA1sNsb66mdLkM9cKyMH3OKbN9+moxs&#10;2CrNMUv4ZBE+jsRNev6YFaB5MKlvb9QwNUbVwkTcUn4PQ3d84KLoSqWQX2w/9sMhlu55n4GFnq1V&#10;EDAqTCyrSvcgOy+SBdPAbkyV5RZ8y1iXwKOM9cyBfVPyxf/8Z7nj9jvk3h134+8DyEPNe/qpp8rL&#10;L325nH3+WXLslq0hRMBSE0fHa9a0Yj0xSINnOUEbemrz5rXGyIjIZH02JjOobdbJZtTX05D0fgX1&#10;1iH1lqMFj0sDEyS25iYNhu1MLiVY1kM4Woz6pq6D2+CfHRkgyOEja8I0mwOw1QFwZzUo2WQ6pGIQ&#10;Gwa2o6vWysvOu1g2bztDVi5fDZASYGR7rxy6/esy/Y07pQ7fuGXoK9LYAKsR7s6rUNvxs1H1icnQ&#10;ihEbBsf4894yeNSdfaGMXvo6cSsBjrFpQ01EgCjW5rCtaz+OLQV1jCnP+fzh4sL6YqlIoUK1QJk1&#10;AzVm5zK5HX5nX/7i9fIwlB7tOSbr4lnANWjQa8+Zl6BPeJLUIDs9Tq644nI56/zz4DmIlORD+1TF&#10;wkETe6sG6sh3/9qvy8iHPyg33HKrKZy8Aej//vl/Q603Kz/8Uz8lx5x4ghx/+mny3fsPyuN33y33&#10;3X2fPARG3wNPPalsL9dg+FVN11kP3zv1Ya20zP+7C1CQw7w9YAn+xtt/Wt74Iz8qF190kTALlgP9&#10;KDSojZBsqT1CbDLgBKw+9ockjRh2QO/GSJO4iwY2CjK1vgYOxoNnUPusWD3g6U34ex/4gHz5q1/V&#10;7wnBKEBl298w0tNhP+/N6fiu2/Dru664QtYdc7T2AcoyxVocBwidou599pl98pf/9jdy/333y2kX&#10;XShvetMbwNavyZt+4qfkHz/+cdlFCTrD9egVjz3vxn+9Th6772F57eveIJece470AC7XCcoG30Bj&#10;aaGOyM3KaOezT8rHP/EJrbUjFC999AkxvRVxfzcAuGV/SoCiWa9r/RMleQijhGJCqxL86ln/nKqH&#10;eqoNvl9MAeODXVWQJcaFKgT3s0tPdvZ309hrH7xF0h03i9u3CwxEDCoptT7lXDm08XipL2NgS0+m&#10;8HkPY3188+bb5fDkQVU6nHfW8WADA6hbvQ7P49HIzFgWfOON5eQYgMJemHs81U7439vPPFlWr1yH&#10;gKddcoh7HZ7jY191uazcfrzU2iRIZHLXV24Sf9t98qLuYahKMJjdvlbGN0AViH2qfcvNkj9+QNJj&#10;x2X09VfKwTWbJOkawNfEnqX89ZDCTB83TG9Bn4REnd9XAeDAhvQVaWxkw6YSbJvvhxsVnnmuHBTp&#10;f7uo9NMeMP+jwR0o/iMbhGCQMUh7AVOQSMWOIw7DfDcIV6qSfMqyoipLkIpfWxEumA285+iZmoWz&#10;LiTDFp8/chXJQpF/UaiTVcKWDmqwoZ7Gh949eP/lVTWSCyoWKQM9NBU5GuQeFH6B3qX6d/OC0lSy&#10;pAvLNGsY2WvS75isats7wjMlRZBpZmCfG4Se5gVpSvIy4KxgV8aFnLUglxQxi4UlmRtWa7sig6HY&#10;3+PgkZlZop+m9NLPNgkhpXEclM5WM1g9G2THoXfJQ6CMyWyzknEblQf+MBtU8afMDQ0PJFyjvOg5&#10;S4ygTGupIEBSqWF8MVsz30M3XLvo9+LqVI+yJFaJhbJ5MKHwNXqdQa64bzfMd5G4C6YR/z1HeSQn&#10;v5TfogDJ1XTZBwkGjisgyaNjK5VCft+O+7AJPitHr9skq9Zu1Aezg8M+xTSKNyEODD1RoGdSJ8jL&#10;JpZpMAg9XhhoQAowQSDq0Omd1s7CQ4skyW4/0lpvFlJJ57FZR5YaxiQoiP51Ex5t8teYAkw1Jv6S&#10;ucXDheyOWmBTmvNZQLC7EgV5FtFyDbUgFMSblxuLLwtSilRDHAq5LcNHOjop5P2sx7kZVZfpL37w&#10;IInRSkvapgu+k34QxaZpxLndQHoukCJsNz0PhX2kG3Oim2BeLlQXphJKceZDFxJYo8BiobcdCz8C&#10;fNTcZ95AHkfpRWbvw2XRw2QoxYFED4wu7tcs7j9ZevS2qDfNz47lSaxAWl8ZQTQd5pRSU5U5iUzs&#10;3xLAChfMKe1roxHQhyzSJqCYAPfp84dibA7yokmAy3NzUzJzcNKeGL4W6agwZcmCpDgPkeNKoSZA&#10;QYAP/91VCbHo1FNpywpY2XREpx6F96FOnPGQ1gIwFZm3EH0HewpyAzAAu25mar8+D5qAxeQ2mkZj&#10;skSvGksM7oV7HamUN1F5VWa0ZrAVanWYGPcPywwO1FWyaQFMpN+GvhSQ+jLVbt/kE7J2/VY5vGef&#10;jJ2O5zFajY1hUph5neCZoXm1Dwa+WZgw8f+rbRI+ezt8JgJ8yuzrBaPRQu5epkoO2HMs2uZQNDfw&#10;VVaOxzK2cgMm5cvDwVcxAfZeFsBTrpKiFqZFuTcKvrIBQhFnyUKBuu6rUxtXOYCWmmLOA0zc4szY&#10;iop9GABZFLkYTAOHvLT8EsEc3i8c51dli/MFFb7iyfU8wIaXxQJPXDjo3AKQovAfdQEg5bXupkyu&#10;RfGFAcBOGNU9CJne00D+nsC9n8F+uUZ9KDI5zLYipNpyEh1cN5Q158OxHgVwNhHzQO0oqw3zWqzR&#10;trc0W+6UadEBa2pvtTCNbGCB90lCLcpnsBf22SyAzS7AHpmCgKIMg9QUAMacDqnmHYnKC851Ogsw&#10;pEEWagCe+76IfcV7RDbwKE73lrc9dzZIDrlGu8pB4TXranhQin3oSTSsGxPbl1r4ETp6MkzE9l5r&#10;bMha6QeZug9gTV6Ar37xqFhXpQO4xZhsRwYAsjGMCn/HFyTaeVkQ8/ut2U4ORej6IavJ5wFTvFsy&#10;KtcfMcNvMYBuadaiL32K5u0bfvDnfgHQ6Rf4qVX/yfwiyb3zGXzzJDneD3/PKjhbhJRY0dkPgF9U&#10;2qlrsnnBE819GLxkg2muDJ4zF4DHQuKvz2tsyZUxwsyaYEGtGGvLwf2wVJnFcHYGdVHGpj7Vmmqu&#10;S6kehqijeIYaXj8Lh0H8p6XBTFFIvbOpeS1IQHRYjj2eFgDKGuul2qiznpqChcU0gI0GEHMCJs4Z&#10;e48vS9ltXyVwkR7hWc4CGiFtq46TlcecKCuO2SIbTzwVfmpjasWhdUMevHxcAVoH2VYR6qW1Whr6&#10;mnyowVpsd31+rbUvWbfz/ynHKX5hmEdVYrTAdqJSvA/OhWzeJhDCXIrv5Qyw7WMwU0P924NE0KOB&#10;n52O5Otf+YLcdPMNctd9lOoe0pr4pBNOkvPPPVfOO+9CORkMnDjKShDCq89fotYavvROtDqMAESc&#10;BHYBm1SsszZqN788FkR2QGo3itAH3GCwn75w49WwcsA6IYOEdj48v7kemFKK1+/2ugNmP9UblHSj&#10;hq4jBII1Hr2Pta7DkD9BTemhEorpkRx5rY8pISb4seq4Y+X8U86RY7acJhPLYXsC9l/34dtl6q6v&#10;y9yu52DsD9Yi+otkFGBiz2sZ2BixlHnmwnAAWhvHd8T6SydWSev4M6R+4XdJf/0WANGt4B8VmY1K&#10;EoVmKgpusK5klucFY7aScj9g4Cxm6FNld1rIFMvLp554Wq7/whfkxhtvkQMHD6DviJS92CDDLqcX&#10;LoBK/B6VKesQhnAB7uNLXoGEYaQk50XSPc7yWp0gehv9F5Jt0Ztx+EVPy//xG78hlwLs++hH/0i9&#10;8iirZF91w5dvQPLyo/Jb7/9fcvRqgOgT43LCpS/Cr4vVA/MgpMP3g+33zbvuRBjIsyBwHISUv6/K&#10;Gj39a07r/CbtlzQkIZddjz8tH/vDj+r3e/GLzlVbgFJaV4SyFXWs84Vtc5nCrQEL8bADunPGEM3x&#10;/bmH9MMZa/Je81jk+vzZX/glAP/j8pUvfkmNeh0KjhZYfwSGOdB+BQC+n/7FtyPVtafAGwkq3Kj4&#10;uaYn5+T2e78uX/r8fyCl+HF9f3oQ33DNtQg8+Zr8xM+8Q17yskvkxLPOkWv+9q/kP66/wexoeM4C&#10;MHz8vofkD3a8V6475WQ5/5IXy0kA1DdvPMZk7PhqBwA879n7rHz589fLLTfeDLAMgCD21wyMzXq9&#10;qaDMxNpx+fE3/5j6/xkpzKxDpGTp5FIL6a5eAfSsIvlfQC0PbNFI17AlBJuPYYOgMYg5tV2PiXvk&#10;Hunf+w304jPa/+UIMZo8epu0N2yWePUqGZ1oyRwINncD4HvmoR2yc9dOyJUTufLK75ImvAVXrD1K&#10;xpYB4GuAlQdmHdO9SYIoPhIJNiRXJGBXdgBW9vBsrtm0RuSEzbLqYQRsYJ/bsPV4kBoQjHjXg9Kd&#10;PCwH8O9NqLpyWDmNbFsBNiF8K8Go7N6yA6Qf9Bw8DvEM5ztB4LnuC9L8vu8FQxdsQhJasMfkI/Ru&#10;JQkDzFH2SQCU9YlGdoCnbyKTeQtJfhwPSDd+yCuprJv0HM3CIRdY9WWIRrUeD2u88LQrZafz9nES&#10;hQZbvi/lua605Sj88v2QAsgXINuQqikahI/4QTJ7wQaj3QH37bzw7ikGbwUYFsA/naNQZlsNCykS&#10;72Uow6Fcb9Uhr9p3LSZb8IMMAF3T3qSj+lCEEM4qKKUQWRhmFQMw4jnlHlwk5XFomachGCMtrcTK&#10;sjrUPHEtVil2SRjQoSC9Aq3uKPMUAqtPk5R5brl4sFcV7DoZhHWxpqftg15v84LQ9cH6RgNPioTm&#10;guDionB2hPcont1ScREUbQXWE8kgabdaW4bwE1d6/xWvHwBsvj8JVHlU7rfaSwdvSles88xwCwus&#10;qCS8VDytE5pdtsiQw8M2iikqmUV9HAxzOJz24KA6sH8K9H/MdLpmzpjEgcfIsAUFujIFw8x02SZm&#10;DNVIQaM+ePAwNr9HAd5M6sbBi6ASsUirPlCqcUPxPj0UGykauE6fyabwcYKvB3FATnfqcU2nYEx3&#10;YlR8H0VIv+1VdqWMoXzEHnIUKEndZAEzAKcOw4di74GOFiXLIQcZx4bB6QxZi/RuoFQlCsy+PKC1&#10;6kPgzVNHkyZpUix9m54oE87CJ1h41nKj3AeeF/6sbsxA70tPisLvsyBGFUWBD6aNylhR8CnRV9HG&#10;155SpV7qAlPgJFP/KaOmGopOSWvmONULZpFxLUSHFzJi4xb2sVn3WJTFIayBabP0yeE3yyjtABut&#10;M6ceeTS6JXhlZpKR3l+Ccfx5/rN8FAw9V1OWDB+OJqZ3BHeajaYCxgTCFGwtH+xi4zBknMUh31/l&#10;RY2aLsI2PS4ATE0TUAaoNokNfBKhMVPwj+jPHVbvuDFEsjdQhOo0NjcUnQBB6i3t0GTEYcClB7Yo&#10;KF1Q4jXBuARDfQglSfQhaQK8pEdIlg2mP22AADOYbh4A0DgH+TpjyNUY1NmmQ6lrrp41kJ6geSN1&#10;n9eyF95zubeUYBaYy2GCPYXDNKoneo+iJB4qJoutPtZIl1zNkA8j4WstgOoZrGHFLVB41ehH02PS&#10;MuQUfsaePTeIeGdDRWCP0ecE++Z4X8Ei1ICcEEku1Rj6aoJjaFi4WXCNb1y7AoXiBk338d4v9MV3&#10;g/vripSjcHLkgSEq4fCJuIY4BYyMVZhLYEIVfpOFab2XF5YJVk1N5duVQw7/rPdLs59cdZpasqnc&#10;oqTDxWzMSvmAW/gexbSvPHTmRQEUPaxfpMWQYPCr4DXNo70oIHYYa3QvCuLHMAi5BUEcD0JuHoEK&#10;u5Ls1ZxBGiZRtTCKWD1T+fbTOVl0loTL4Is4vHmqxY6v5PuC+e0McAuWsTrZUvZ0Xsi8fZnISoe/&#10;vrM3aShAOADlJCRR9yL684kC2VVINBmMYMvGWfPBnTVrlBbVQghHUm0i6PWX52Gq6tW3cJxhTlkW&#10;TJmLtF2bzrKQ0mRf/MY+AtR4lwlKcZTp5/VzJ2HU2xNjFBcelC58n1QZtv47W5LfSlrNf0HoxeIv&#10;PPCNmy8T9t+iPNe/gAC3+trPh0m6RV7HLwLa534h0P9CH64ahzPsuVlJpVskzGGp536xr+rnSb/m&#10;URIrtgXz9oFqoV/lpEWFH3Bmvn2sySjJ9Hi6MVCKYB2xB+fH/gN71LeMknieKzwmeIZwWL1sDDUf&#10;wgoY6qCsf2XIYV9uSajlRJt6+rxx3yaZohYX/Nm6WmPgUFIWlPpY8dyqGUufrKY6fmAOyb7cYMi8&#10;5f5QQ/Jqp4/6cnQ9vL/Olk3nXior1qzSYnp2pqPDZvppRWQL+/lsybwSRuIr7E73AjfZv0CIzfPL&#10;vt23mZ5jQK9fMjm+BEcIAtBZod9VD2AymJiB7pE+nCQTkNM+IB/9o9+WRx7doXUMa7Gj0Ix/36tf&#10;La954+v1btBTsRhAFmV96a8chnt68/NBiqQS7wgOc9DOP8I9qANEWq2Jo9j/M/gjgmX29KPHys7H&#10;HhIHIFbZJLE1v7n1RsaWTrNSpsSQMn6oNLP71cD3YOOW4rsto89ylqkfc59DKQ5PsQZPvugSeekF&#10;rwFIDMBxDLX7bTfJ3Be/IivTKZkAS68OFlqExPgRysRxljXBPgOmjYAZY58mZJ/GmdZztUuvlNGL&#10;r5DRo9eZtzCYEymCCUZxTbt+YNTlFthzuKUtcCrA1bClghuS3SdY81RvPAdw8m3veIdeU9bmtZoN&#10;kNkT5ElmgW6dvvpeffclL5K3/tLbkZi9UiZhjaQpt7CJ4fPaANjSB3fx9q99TT74kffLla94lbz5&#10;rW/F9+ro/b70JS9Fb3ZAPvzRj8papNzSemYajMHdzz4jH/3Ih+V/vuc9ABRrWrua1yPApzUr5MWv&#10;fJm89ErIvAGaPnDv3XLtdf8uXwNTtI7nea7XVnCf4A4l4zzrmdjcBKD06b/7JBJjN8vRE2u/rfor&#10;Re3fQn9JmT+H0GSW0n6j1hyV3fCA//RV/yDbTztdXnH55TiLuwrg0Tf7XQgnWQ9fwWv/5Vr0oBhc&#10;o0epQWo9MjYit955u3wvknhXw+ea+w8XZ2vZCnkA4RK/+9u/K488/JCC15jnA1htG6iN7zb98BPy&#10;d3/0YTn69z8gm0eXyxt/7m2ok3K5/ksA/NBrkgE6B1/uBtb3Y2BFPgqAlH7hJ512mgaQsDe78957&#10;5TkM45v0D6wZOYV1zTj6Zz5zCfrLy3/oe+Xi7Vs1wKwYIH871auvmMtSq9Dvmr6Anujsbz0Axv71&#10;V0v64O0y0p9WH/wprP1ow/HSO/sSmaY113iCPmpCHn/0WXl6xyPyza/eJLt27ZbtJ22S7/nh18KT&#10;73g8W2NYn2OU++FXS+s5BsT0NLjRBwm2nbUMBWACuAf5oov7se2UE+TL8IR88VGQ4a5fKWu2H6te&#10;iitBErr/tm/K2BwGT3goDz88id4d+0XTkpXr2DM8nvEYBVgGsN7df0DcaTskPuEMsHA9Qj4QNgPg&#10;0AO4JlbhIwOFIw4lcE9o88Ce1WmYYjzkaZYFqWZSnNe+sLsJbDajhw0YlD4f8B/8cBqql7xM5a16&#10;4PkQnFQAh1qZV/ffuMKQK1JtfSWN1fvBYHXIj7hqLBgNbFwCoJeHYInCD9BAqMgsZkKfr4Nq1aRG&#10;w/tcZasr7DasaakM2PjZi/CMqrzCuaFrNUiTDRyzfN4wpLKFupJpYuF4tXoI49Ba3MA+S0wOjH1N&#10;ta2VuQUG7kVqm+YrNb8PIJd3rry2UfDBK1UwrohUl2HFhAuJxXoNk7IaVIxGk7jzsl8xeXGRTGxK&#10;OJXbV+rnqMQ+AiBbqi4DD0+ZzAPwVcHA0psvCozTgQ/gQNYiIXAmK30bXVBy+kJtyq8VRyFEK8ia&#10;2TcFf8GEDTinrg1KYAHSEQjTRRPRLBbNEr35CkVJZhRNMiFqCmwxAckbcydo53mw0VeF7mysCduz&#10;AP2iXZhM0b+vpSlwNHmk5QN9zXzQGeeY/PVBQ5/rMEZ+Jd4bZO0G/Zi6WrQS8KsjNryF6Z4bwWfo&#10;E8joh2fENqdGs6FO7mSZTSC5VAOd+nNYVPh8+PlMaagoSjCN0AlVOQn1ZciHhIYyDnHPmvSrZo/W&#10;8KnkLA9AEl8jLii/fpAw46IwFQi8PlXrUkZmIJGx/jKd0keBeRIH1NdnBpzyh5iAzM+lE2BNzozV&#10;RDftxwqiKNCUmQTZo6slo41JXCmmHdMIVCGy3OYEhkEnQRbi066B8MGzzXw9+5ZGHFgCXCz12FD9&#10;HABVXY0kMVEBAutg6szmIIUnBxHncRyu9Dux2GeLy1YQIivkesZO1MTlLNfDfg7Mzw4ZnmzGAaoR&#10;NJtD8MUsioA2ktkOYxo0BSlrhntcT3ohdY6ALqe3Lb0HBC7mUISwiOBDyRTZLoqoGq7JSJAHeJP+&#10;a/ocyZla82YucDmNLcTmxHwQcDjgsxH4Y4LvQXyGQ2AX1mgmjmtSV1ZER71NehroISrPbdOsFNVv&#10;u5fa+k/VwUw/I4vpXbt3ythaTjLm4AkyNeSPmAeasQaFE6jFPSYwzXTsBM9WG8D2aAvvB5ZlPcbv&#10;wXeDYTj0RIvKKHfbULkkeQ3I6JvBte0pgJmbkWfgKFQDa/MwFYiKZFVvJqVjkB+vWbsJE8BxlUuX&#10;Ca9umP3ghhrrgayw2IRV0hXSmeyQioMk1injMY7zAQW5MMP+LwoSLQE8d4QduSzO4huWYvqF0klX&#10;HMSL+zv552325oEOFZmgH8YYF7SuxSFGBlIba282oz9fLE8D5HsS+8AjYPXtgHyX1LvlubFND+rB&#10;UdNhRssXwJ/JK5tM3QwAnQ8HchaeEMpnCcYRJJzV9LuYzkxqC8CBD0E5nU7nqTYcPkhd0nAR6pre&#10;y9cfFByNpBZ8QbBXR/TZs8TnItOZ/0AUpu8r+t6+jFWphaKmo/tsrEVvJCYbn1YJsR3OTBZW0C94&#10;ANZy87ToFZ+LSXtknnAPwTUYw7WZw1/s488n1YOQycP8e6J+UCwqmgqsWhK4srEK9th82pf7zrBo&#10;v1SmhhswOpcCOrx/oQzZIwD8vkMovZCmDNLGBtkJzi2EaSpK/CMCEN2R/MEiaJzzA29Pf4RNl/eL&#10;xfn6RVmMfr4Fm5vvd+grwMELw6eFTKP0GnauHPCQma+hc0A+Rmqwl0AztW/fs+yqcT4lGhrlG7b3&#10;s0CmXLeDZrlRtzS5NmQSs5i0jYKJNz7iwn6C9d9Ng7TR3lNTMbHiOy7XYVuuDJpMAT3WjR38+TjY&#10;U1OQVXE4muvQ0kGlgSaxx2Eh6q7aahldeZxsPfk8Wb1pi0ysPwb7TmJebQSFYPrOs5eKEnuS8wrr&#10;2w974pVMOvdtL9Kq4cNSTsdyBPJ1fwRmja5sQFyZqFg0cRmAGxTTugcnGqYC+wUMqG/80r/JHWAf&#10;7Xjofq2P1q5eK2tWr5DX/cAPylnnXijLVixXcC0KvkH0wCZ44guj82C3ocqCAAj7aMAht8G/pTmy&#10;FhohuIO6gQzuNQlqh+fuk6nrPytbDhzE8L8lu7Fu0si4jj36jinbIR+WOwcgIFVGdmQyRHiWaVI6&#10;6iLWRyxV6P+d4T6fcsF5kK2ej3CDY6FUOCT5w4/I3EMPS/LUE7IR6Azn7qM064fnY62Z6DkTLQNw&#10;jDPNY722WuF9ARgvO/1MaZ76IpHtp+v5RPZcpD7NkcpIO64emrAQauPm56HMXwHV33VDtN75/9+F&#10;RpjsNHpPrd94rHwYTLjf/4Pfg3x+n4F8Wab2QnoWTc/KxS86X974+u+XtZu3gTHZkBnUlbzO6gCD&#10;ZyEF4PfZqz8r/3n9f8rO557RWu/f/uM/ZB9e7+cBfvVxr+oADr/ryivhfz0q//h3fydTAD2oimLN&#10;d/9d98pv/uZ75O1v+wXZsnGNgW28P87kt3PYI1pAQE6CL9uxp5woP7pvj3z9q7divT2MRNmdcghD&#10;7jzKtP5es2qZXAJZ8eWv+wFZNbpiMevvI/qHoKclw3Kt15SgcRuCQG74wvXyxGOPwc96Ru782m1q&#10;I3XppZeACJIDxGtq2N6rX/ta2ffsbrkRABUleySIHMKaZ5jKR/7g9+Utb/0Z2b7pGNkBYO5z1/yb&#10;3H3fPXhu2gjsQK2Ma0uh7HKw1Wg1kOA5aWKqMYbrfuDpp2TT6as14IUBG1u3HSfXfeFLeh34PDXU&#10;2zLXbgFOmbLj9m8oqJuEOmXTilXw6J7Vv8e+jD59aNFkAuv14pddKq+98gdlmt7B3g2HQrilBmC+&#10;lC66Jc/3roJagBcha0dYzSMPSrzjGxJPP619YJqMwJdvHfw3z5C5dQDclteVsT29/7B886YvyHOP&#10;PSLPPrlTNh97lLzolS+V40/eLqugIqrh3sZ1PreN8Kww5KkNxmCqVkkFW8qroiJSlmWT3uuQPGQA&#10;H1/ysivk3z93nZx97gmQ6J4JT81UZu/6Jt7zNukd3i2raZGE3mwXw3NwhqzOrZ5m2ArrM183qWKX&#10;7Kqv3yvRujWSrkBiNv8cOIE7iD4NZB2SPshw5RmTtUash2HqL1Vs7IlTs4dSQkfJ2nPzzo8K86mS&#10;6uXnKXDKer8I+Aiql8JXP8ST6z6j3pGFesoZ6FaWIc6VrDkfQiEK9qGl+PpF9iE/tOfk8xQFhZRU&#10;WdxqMB0SY1lvJ3VNeXYB3NTPHIgq2g9WmV/8s8yXUlOpsnPVcy6cv6UfYZCj5oPzxPtqgLkbsioz&#10;OCUO9ll5GeZRBIO6EE4poVb3lb6N/TQVoMWzken9TUsihH6XgD2VTPsoKgdaEhSNCuTF8RDo6atq&#10;5koQiakPDePJ04IRF5RFeRbS5XPzvFefcR8YjdHAM7mazlumCgcQ2LmK/Dt832xwAV0cQlMZMhC+&#10;i0RFKJYxM/MgcVbNQyW9RVmIUrm9ZdZCqdTCQ0N0lVMgDeqIyjrKaXOY2Aev1FedvlefiD46rw6K&#10;xjqmbDVS6cnqSq0giIpCpxeHCHAciC5VSnsXG0GjKOQyp8kqWdzRYIZON9FQh1HEtbeabCP7yiZk&#10;etQI/fjivnpscJBDpJ9TDCaQkb7bhK8MNyyPzq7fowfFMvWla+LNWmBMkdmngjICfv2OSVppzEha&#10;qZonevVL4C9G1vNmZJKGRBYXBgOOjHIF1Ph36NFAYKmHojv3UUUn3dGF0dfU4USLH6aMKVjUS3Xi&#10;yd/jdW3w4VRfPXx/MLK6HRPX0WSWD1a9iUAUGKTG6kVHo+Y5NZOk5w118gQ9M/x+BwCc0nlZ/MVm&#10;XtqgJyOvlSR6UKoPIb3wAK7Sn4OeB01Isult50NctkqnvQFFCtboGLimr5UoGAlPIBRNTAMjq0+B&#10;p9w07fTZ4z6g4B4fzizViPppGO5OIeBiCkEWB8A66ML4mddthCbFBJhxbToIYsl6UxLj3y5tW6oQ&#10;rlGv01FAPUbn3YD8KMf1msHfnwRA2MNhTrkxgcI+vGYmsL5o8OtqNu2mLNgHo8uEa1nXs4WK8Hvq&#10;tCCLFBScQVL0NPw7pmcOwhKirak8TbyXTqe9SQ26Kol12uTQr6LTc1pIpZmzSbfGfOPvMHEUa6LT&#10;n5LltVV6QKVMCE7TclMvegUWIDmMjcnUrGPd9ylzwUc+BFCUDMtZAOeUtsQANhOArVnwWVNJYtuu&#10;TRsH3gw+M1PEimIhieOShZfnfh5w5GWQTWMHzkgjR3G4XsbXbIZcJNGp/8DY1pWUdFf1vwrNjBti&#10;K/rSZ86HM8Tng2mZDhp04mCMKDWudb5ile6XNsH2fhE53rB/2AtXosPAmhuqwpZmIfkQqFGm+3oJ&#10;/pYyz41znhzMLxLYUUj8ixjlgBuWUyBf8UFzVQzBfo7y7Q4qyxncpEkUT7uxrHagd7y3Y+m7jI9t&#10;Ub5H0Nhn5VyY17obTksGXKSB7WGJXJk29DWV+nptDvhrTllekQ4o0iwtU5BrYp6THFRM5yY7zNX3&#10;zprQJPiIdOdd0jH+fR5OZM0Fzz5NwfWucAcJn8d+kGKwfjDCnSmLJdvHTSaZq/yXuzt9BWMtSHHG&#10;aNIYv28f8pJIw0L0szkXJuO23uhdQ5Yg2XwjeAYZUsLBUErfIjw3TaxRMh+ZMdjH9c6TUCj4RQJc&#10;vkOg+v/rf4ZkbEfiQi9LA5Pl4Nq7IwfuXgienw+4+8V9CPNFYfiF7N3i2c4DeLdApTO094SBRtW/&#10;y8//uy/wjfKCXV5wmsNz7vwiIQ5+MPgXk/By60xojI7EVPJ5EzT9c2DAT00d0AEag3XING80+dRY&#10;6mqP8jec82RBMZiKdm0Ei0bwd3hGUmaXZ3EI5Wjq79nZmAd2nwHrmgyrDHI8a1qLovbDgzHbpt9Z&#10;oo3DbJfP44jM9lsUBsumky6Wo089WyaOXi8Jgt+MgpCpR5ZK7vRZZn3X1K/foV/dEa2LF0pFfT5/&#10;SL8Ii3sxoM7PW2ruv4T5V3y2LthV9brZf0xOduTaT/8zmFafwe9P6wCjj1rjwjPPlh96/Q/JyWef&#10;pQMysm60PqQPF32AGW4Xzl9fSX63Bs4NlpWT0p83Cv92wVKG6yVuoj790k1y4Aufl+aeZ2TbIVQd&#10;rTAIBQvncEorBOz/DLxwZqGg7JLwvgb+ibLZMtR7eeoU5NNYJKpDsAe38X2OOmqNXHTR5bINwG+t&#10;NiWzD9wjByA/XT13SNYsA6ORjL2+Sb9Xw06EKfA5zFUz+PdxQNNcHWvN0ANIOnbGhbL2h98htdWj&#10;Wj/O9BqosTAmgoon4fgKn7WTNtVjzAwXfOWs90N+jEtwOwettqsEsTg3tO+w4SORgUUk/e62bj1O&#10;3ve/fkt+5m0/q8Ek6rmnAVGMlcllxYaj5dgzTpcURAizwIj193lW34FgjU/9zf+WnTt3AsgbUYXU&#10;COW/OKNu+/od8i//8H/kzT/9c9Kd3atn58te9lKZgPLl/b/z2yYjZb2NM/C5J56Q9733vfLxj/0p&#10;ntk5POtIuaafN0FJMXWKNgO4RqvwbL76zW+Q70V9P4sB92N33SN3fe3r+P21cuH3v1bGwKKL4Vnd&#10;Q+3Jvedb53mrLZcCoiz+ONx/8N5vynt/6z16fcjwI8mBZ/Vf//knADCullNO2CYHCGry2oIB9HYk&#10;Ex8FBuQ/fOYzIHyMSgOfhySFh+/bIR96z/+Uk5Fa/KUbvoKepK41h6dvKXyn2XsQBBqh/BP3bWzF&#10;hLzuJ39cXnzOhTjHvSZ7c/g4g5+5+DWvlnNe+hL520/8uXz1tq+zqJYY9bgqpdjvhTAB9b3U1E+w&#10;JQHSMtgkwrVniNl5554pb/yJ18uxR5+EvXMKa28Vrv/MEWRbLaSELzZMaHrrsXoPfUPmvvoZqR16&#10;Gs8nQF6C6SCBZJAdd864GPu/1/AUBgk+ec99snv3U7Ljtrvl8cefkMsuO1/Oe83LZR3AwAS+3I3x&#10;FZCBd1D/jGifwx4114Ev6p12LzDJgzQxMoumJu7JCIg39CZv4/OccfY5cnDvlKxaB89QDH5u/+Tf&#10;yvj+Z8ASRg+KHvWrk1NyHGy66Fme0/KpV7chM/csnAOzrEF75o0vz8Cb/7qbpfkDr4bqz4Iaee5l&#10;6M166PmIU3gAjb3YhYDOWNO4mUDPcEYN86D1lzMSTRXwc27Yr7wA7lwoGnxlX8jz6kgo9DWZKVtU&#10;pVi39NjcmYx0eHgQAimCfDg2dMuspaqMzSJd1w3Y+8M2br70mNPdhhhNFv5uaqEPuXNBTGdgEnER&#10;UYWeK0MuLO02MLHL93PD+1nhC1eAebkvrcPyqqTXuUV8TcJoxEUyXEj5EFpY+TvebH+IU+RFPxVF&#10;gZnoSgn0MCPRV+wGi89m/Zj2KeF9aroejNQ18OlzQR4dzsYKcmqqwLwMN/E+r9R7QYGUZ+V3IplH&#10;/UZd3651nBhpLHcBJyoG2wN5tS8BP1cmC+ehsBvYIISTJrP6R8+LAlSugL6+UN8UwG0AAX0BSmfB&#10;AiWQ2fRa9Pt2NtN3LPNRMEmPw8WP1FRXjRgJVHFR+XRAi+Q0kQEe/br6rMT14JumlEwajTa0EJTc&#10;0jmZ5FOrNVXXnVfMH/u6EWfKCDGTxlgZfj1lUMGjrGnSXx6GoyNgUeEQJ7hGTFElaCggaOJM0IDm&#10;p+M8SGtj6i2VQsrC9NEIgGUfXmi8pi1Gh+M1PejPeT3Wz5wF6igPDnr05d4YaLZYvDadBWqbK6jT&#10;1wNVfQrJeKNUhk012YJp2GhCoiVfl4muWWRCs30Auphkw8KoSPW1cJBEZZ8pQDyfzmr6o9XEWWDb&#10;ke7aKI3OlVKcmREy/Ru0+ceGyyTKWFFsAz9ZvEcauBIHD0BL8uGuFgdqJzfFXhYkQSGN19DlWIFA&#10;svWY7kRPxR4ZcjETueoqM6gr0JeYbDm31yZg1wFlXv0iuJnj9elNso/SXMpiGXIBxlpMMJWUef2e&#10;YObB4CfDJImm4qTPT8BEloeoJvyxyHScz+FzePx8Pi2TWHcHmRSHIoiJgjxENJkT6W387P2ueX+R&#10;7aZIvJoWwmOi75VxkBC4SClbBiAH5tNsG4Un7k93rq0AapEpwUk0i4dU5Sf0O+ory7DNdOA8xHJ7&#10;AzV6nDAR7IgtsSzGRK3T2yurxkblOYDUPTAsadysgHNRcGfm/egpA8frLoPUgSDoGNbwQXyuOGMh&#10;uArXhOAFrkdiwChBWEotmLBm0oieMg6LJOdiIy820zLOWwZec0zRlsg2cvZqm9evkG1bjpfGxEoD&#10;f3VduNJkdRA96RY065XWNbB6wpQj0MDpqSmFx4szRkcscZi+BGpzSDvyC8yvFws3WNLYb5B+Wpi4&#10;zmfqVefzrmruvogcq3KoORnIWgcm7y8EnFQCM2XYCL4qAxqAI66cMBoAKuWeWx7+9IbE6zFgYgo1&#10;+zMo8p5EgtkD+I37MVyhcd1qsl1D2u0YJfdiXnUdDcBIytj6Znj/LEwjNUSDgwdnKbU1N/DaIOuN&#10;NgP0/qRLSuxNDss/ozVDL6y6tvP6s22GPoWAjlQM3FPZmAYgGbMk1aIgt/dxgV3orZjuhqCMbiEl&#10;kIGnkhXCqUo0eDz2KDkhTyU3HxxKcHveWOf8jnPBDJhS5Sw3CXEH34WBHi3u084Cfbwe5JakOB0a&#10;Q4Kj9BRkuvBcXrBYVXQ/KNScX8Buy6teYN4vohKb3zT5JXM7ByQxt4T4dH5AwPOlSbsFnnWumsjh&#10;5ofiDAeNPP8zOJC+yHxfzyXef/h95oNermRFFaChXzJ6ZPBj0aKy/MVTWHNfHaSXSRkV2fxwyMag&#10;/HeDAUD4MLS14EBuMCRwQWZcpNm7wZBFDOgpvf2Ct42uHdYk5EjpWZzr36OVR945jGHUXvgu7daz&#10;i3Yk3X5fh0iU1LokN6A+TbQWsEJ6AFiobLada5PN12XtEofP3gVQ11XvNa+gTTOJQ9CYpbCTnU1w&#10;f6LVUAUH6wpiBhRY9Ci3Qd3RbK1CbXW0rEXQxqaTTpZlxxwnEaVhysK1oZviQiEd25IUo7APBHlV&#10;VAE/XWUE4+fLLv0igNsiz4Vzi7Dylpaxv2Cw7vME3qilNKXMqJFYQ7LG5HXS2irYiPDcZ13EOvme&#10;Ox+W2+DHd+8Dd8kTYBrNzqIp3rhRTj5+u5xyyuly2XddrjYmZdBLztrcK1OhThNxLF6yoYykEQ0e&#10;W2d0WgJNNZ3w9kMiJJd2okFmbIZ700jpfHCHtO+5VeSBb8iyqcPKqlpON5YU4NsozgE0/PtRJ++n&#10;5YqCg5GkZX2Rhi3DrCF4c+MQPMY6krVhF7/WrF0rlyIs4+QTzgLIAvDwtn+X+MknJD64Tzbhi7U4&#10;qG+b75/u2Sjw+/j5caLKaAMaWOdkm8XLJqR55jmy7sJXSgoFQhc/1+nkCizWoYJwvVhtQrrwE6uT&#10;He7mjIcVJFpFc7XkYFATJ3HVMottUx86enezDtSgEQksHgtv4jVOEU6St63uogSWwSnHbN4k7/7l&#10;d8lf/OVfYrh9EM8oAlLUizyRaz77OQW83vTjP4Fheaw91E03fFmu/ey/yhNPPaVS1WVjCOiYbivD&#10;JK6ZmT17sus+dy1YaiNyxfe/RsFFEgnOvvAi+b7ve618+h+vMuYvPuMhACMt1IS/+7sfkHf/P7+h&#10;/tQMmqs3OJDms1xT0EjDSQjqK6ZjKP4pl10kJ7/oAj3buR9TPUMAIWKwglsohGf9xs/Mz0dQkuw3&#10;tdMh8EuZm0rsovK6MVRm+0mnwAPwYvkq2Hy8xqx5DwPISVDzv+/Xfk1++MfeIt/9Pa8yBqv6+aXy&#10;+p/+KQWbr77ms+pdR3YZ43APA6D8CgBjMlSdqnnUtBIp5LOop8etn1i1XM457xy58gdfL8vG66ou&#10;I5BNdjJXMNN0uSaa6DvegqTe70Y4yYNfu1Vuu/U2mcLr78LgvRmbNQifa8pnqfritd64dqVsPHaj&#10;nPui8+Tiy6/UlOUewABXW4bvf4jRns+T7lN4y9oea8YoXHP43qzzGcpHOaZ6HKLGv/8b0rsPz+r+&#10;XdKCCqpD5RkUHelxp4k/7lSZW7sOz2wih9H77vrm/fLk/Y/I3l3PYm+fQfL2cvmhN32/nHTBBbJy&#10;zQYA6yMqteWzWwN4xqqNvTFVb7QEUk93b4ABmUzKasS5QesAXtMameOUEvP7AZjfcuYpYGreJKvQ&#10;4938xA55w+iE7MEqYu31LK7yCHqraazZOVznTc1EgwdS2kBR9oy+LIvtfKwzEfURhD7ehO952aUg&#10;uuCcQcKn08+KPQ2kjHgS7FP0VR7DjhR7LfuhiGGQEVMbU+2RJIRwRlKEqkhQ8fnSp6/K4M1DKFZR&#10;GxdWQ5EfeKulioXkKvdWn3USNbJuYOiFoyKqRO25AZ/albGdrqImLQJDQ4rsIHq2EqAYD0KxCjGR&#10;D+zsylCzIA/4MrXVl+eAr3gTFsBZFGr7zLkBRcEHSbDLS59gy24c2D25iqzX5QWzzQ3XppErX1Kt&#10;zgq1Y54FH/1ACImKoNMqYOhLT35e16i0sAyDRx9ANS/BziqoKb3JlwlWcr9wgRCgymqVzBYgZagd&#10;NKnWyF0FONnXcBxTN3K/kirJxNl1jPI8WIEZ1uJKybDX6+GiSmFZMP0U48pL2y1XrhMji/lQ8/kC&#10;+ymYgQXDUlyowYJVWWy1od5KVS5mQS3qQ//kzDIsTgLZSbm6mTKomLyb5y38WUtBrwk8RMuQxLP/&#10;MCYo2MgVPQ/Uy8gVJrIwbKbHBIrQxkjTClIUME6sqOTGoD8WKJQ0Bnb2TRSg6KdBZ4+2zoepASnD&#10;egP7Nk2JlLlHKRVZcZjaQcaZtyag2V9mqU5OND2M6T00bm13p/X3uwoAtdUkOMWGOYvPOYVNaAzf&#10;aQRpbzUp2Hz2vvxcaZCy8qErwDBX2RBiDcUYMd+C8LPGPMFBzuYvHyDJPmwQSnvObYIExwL9Wf4c&#10;N08WuDTK72c2JeXmHmnSa90ix+tm3FyAo7poAuOO3m3eDyILPMAUhkaofDIc+LrBKVLsTcOfZ6UP&#10;kQHw4X3jYkOPtUjltEQNuZmi2beEPR7ak5P7daNvtczTw2HTtSRgC/bgIUv5EFmPfND4OtxI2IxM&#10;g6Y/i7ALZeJh05/rd7Q5SXtG7WexQH/EFnwbKMfmdtDFATCH6WdfnzBAFxHAW4DGfM0ZFAW83/rM&#10;4JRoKEAdq4H+Ifj/TXcJwFLC3Nb1q9M9bNAN/PzE2LSloUmq0ibeB4K+jsbT2Ly7eq36uvFpGjUJ&#10;qvw3iqdZHLgFy7OfBrlyZg9mon5iuUztO2yTZUx++Dlqc1gdnd0KBtaUApkHY3G7ewwm6HM94vcm&#10;lq9QJlSTzFnKkiloTNaigMjV0HgO17SL953hZJMT876xU8luLE1l5zU6izEQ9NlRdgAaRhTTG2Do&#10;fAES3I7ejLSukZpO3CKJhqVIhR+bH4SL+Grr7YrzIfxciJnPIzP6odeTyjCCLQBjzck24SDKhRSs&#10;qKCZzwcPjkiO64aMsmwCNDwtG3g1PN9L+WoiwVAMVylfDqb7zi9i3B5VEnrnATp+0SbRVwz+fck4&#10;KliR5Tlo6JHKlOC7L/tRtO8GC+JO0N2eQsPzNLVWBBoy20PZ7PSDPcAkAV1l8GX6rCiT2Jt34gyn&#10;50H2kIVwEAmy2awy3axr85Poumk4o2v2QgJwFBndjbLdzEk5aSTg3heTGvD3yUY4TNZdmILxEG7n&#10;BvZx94vCoZ6EtL48SBEKz4zYl3kwYaoZqWcf91XjTmAvwSCh421SlzibqnYD8y/nEIOMbmU22p9l&#10;AXIxlmlmA48i2Qzrk+KlThiIzXibcuue52PxSyzOKpDk3CB5swoqLOmttxhxIngcHqkP3pJy4CVJ&#10;Un7Yk9LNnzMvIlMvQbJ5Hmv5oDir+lv5Rbzth6E9V3n0XAmWzR8i+8UCcxYEgfghkFz8PMZtBaCr&#10;AvE+SI4XBnv4YU/E4E9qGJofjlwqnmM/cJcrRY+cCKvEsvDXNYBQRRZRoTXOtVbSpoLAOJl8YHvN&#10;gs3DQVkHdUykfCwm0ttzyvPMqVwvU3uJHAOVg9M1DM34ZbDHR3bW8Dk1e5FIXWJHmjbg5DAL/ZMc&#10;mOrJ6hWRrEJDPDMDS4ymzsjweQygIoNFk+4pW8ND1UtZq4zJ8jWQg8EIfsPxp8mKTcdpg2IBI1GJ&#10;oWUlQBeVzYXzbuj6xpFbgp3nKynI8gIBNM/P8Pb+CI0d/NLDm8WAvmKdJWXAPCXKsd4PVkhJaJAe&#10;f3CPfOO2e+T22z8vjzz2KK5nB7LnUbn8JZfJeeefK6edejpYN+tQs7Z14OqGkhvDGRwGwfMT7n3h&#10;BaSgWU2HquptHBnzLEIzPILBaPeZp6V779ckvecWifY/B+sTKAfQddfV1sH29jGm285CcresJgfh&#10;AXsA4SrPoIaZQs00Dp+4/kokzqI+m4XUsod1yYE3ARja/IyiMceXl+O2bpOTt2xHEAVsdZ55XPb8&#10;+1UyOnlI1qFeWTaGfRnM1BGw9Ea5UWpqs2jQC/0TWsttMNNAvdk4/Xww+S6SeOupaPJXKXuw0TBf&#10;LtbrCuRRvkslRhhUaVpGXF9MmLskr5j1a4JrMALApAOWYC9nIEFPDgOw+zpCMR5Fqm6v3S7BvrHx&#10;5XLiyafLSfA4XLlmtYyp6qhGO0J58aWXyQUverH8Nlh+d951F/qAvqbF8ievvfYauQuec5s2b5ab&#10;waLrdtoKeo0jFI31ZK/fVb/CNKvr+4zimmxCkMkbfviNsv2ss0t2Zj/v6TP2Iz/2I3LxhefJhz70&#10;IZXislmlQuqb37hD3voTPyo/8qM/Jpe97CWQQecKpiooqHZLRdJmsPHB+Wjsn8HjlYR6Jq7uoGGQ&#10;pd5o6LWaDRtCEwTT/qvX1QEEAx/TzNJbB48m7jlYZ7/0K78q599wg/z9pz4l04etb+O6pmfnX/7p&#10;xwBYTsoP/tDr9Hwmg7gHMsD3v/nNMr5qlXwS7EeyxtiXsJfk5yZ458Pkhmf/GFh528BafNNb3iIn&#10;n3VGsETymjysQUm0C+k5ZX6yzklxXe762i1y7NbNCEs5RtYdu05eA8bjFPqVmb17Zf9zz8lz+DWL&#10;2rsBifAyJDwfe8xGWbVhPdZrS+XtGfuG0gSFwEOy6Dk6fw9iAx+HGqenSgOvvSt7wxjvPXf3rdJ8&#10;HAnckzvRo7E/StW2pLblFJndDKBv/dEAxTDUPLxXHsLe8tyzu+TggUPoG/C54Gl48UvOl62nny0j&#10;uHY0Zx1D/yxh2ESRWL/DM6BjmIfaWNELtK6gQosWX+wLY/o8uzLEUnsOpkX3utrbnH/aKXLv314t&#10;F4OdO4lz7urDk3Iq2Lo7EeDEuupRWmzh/h5Aj348vsMJntYoxpTTniqQzriBOhR6vVse0fAdOf8C&#10;sAHpvYheEIBuYxyECPSS6Z7nVK2R4eyLl2EggnsSNUdVZdhXq4tc+0xKsPPUB5Akqcg3XSXDqfDA&#10;ixTYj5WI07chd9YvU2gJ+FPBSC9Lfk4ynOM4GSbv+0HtX/j+iS8Gfi4ERBTxqdmAjFAQMnwYzkWD&#10;OiPyAx9AlQgnocfK8zLlMwpAtDK+VDqbmzqOY7YsC6BTFBKlw4GSV6yeCq+VcEZbYm1eFNtW1/B1&#10;WMOEtPUBW9IFlY0vZaTFV7Hhj7fPSnIV1W+aMxAbUFacWTJQig2UXsNhWJaHUE0KlpKRRzmsBX6G&#10;ujo3ayrVHMaDNNwiLEXP0DQtfQmVgEIAN7HapQi19FkpUdE/d+E6xmGoobzxELLjgie5DxJoDYUi&#10;9qNDVfx+YsNNxcQUVLThp35T/m/vSjn/YDGFz8g9QgNQLdCEBC8dFOTF5zMriSHCS271pO7jI42a&#10;mt/GTF+lhDWliXOKFNuGrF2zXvbgoZqEBNP34jLJ04wJsSnTvBATiP5cpo0cr3etSBojCKasvpo1&#10;Y2STKQU4KW9aIQHgF4kCAkCUtUNfEP4ZvxSLWN4kSmYBAJIm38GUpY+pBiWkXUhGeKhQ3tAEvbtD&#10;zgk3EFfT1C8WtNzJKXvN8in1bagDDGrVDMFWM9LY9O5JgUwXNFJ+B8oWQqyyLiBFsHN1OPa+WuRH&#10;QZJtF7uXZWXcsgKKYjHtiFxVNmJh0mjT1jxMDBOVk5ncNgqgXqzUVCkWVAiYMJlsQbn2etBJ6e/j&#10;y+vqVMabqCeMD5tB8WeZBkoUMYDBo0/DL5wCWbzH3Y6x+vhVE0gVuPH1ANxRXGqfzRZbFhiRLDI4&#10;bUxV4poqyJmp9AfAG4A+/pqbYVJU164tDfbxfemdp/xHTJV4eFCSSiPfDg5WotOO9FwahQOsqwNw&#10;7BBEwHtTylKEovL9ZjDRzPAe06SucuPT9KJUGyIMt9Rfg2AkfSxiBZqaKukjGyiPrfFJUjuuMw3r&#10;6GvKlxbsDOXIBgnLPjIZDEHNXI2QRe/fwb2H8T5t2QJD5IOHcE/nRmAcPKKAJ6d+mR8WnOmmHPxf&#10;GETDDYGS3+kOZ46cKI+EYJJUgZHDODwp22XRGYU49KzctP0RqZ54oPFaNoEqjqCwPvX442TzphNk&#10;GcDGyOVhk0iG0tYGNO584DJRaboGEyxfSat0AwY2P6crguxl4O+W5SE2PjfPpiiqpP36eR4n7oiV&#10;ELZX5keUclD4LTjnhouxCpOxDDz3i0QHLJFm4L2TxTz+h5IgS1+neSEDxSEavBVTPb9QxOM1JwFw&#10;PwtfvkfQhH2lE6OAMu8HJm8yZfcQfmZCDABTIo0CZU7/jN4upvKKNF23pgWABXKQIVcTS6NNKzBr&#10;WoBtATDsu6J5t2cvCOIVQFNWn/49ex6yIPst9lTe5fZQ+AmezcwMgbNgWksZ11iR8KxBG3ZRORzp&#10;5ZYknGkSr7dREdm2QVpMT8G2TvhsikYZM/vHnoJ9ABrDpHEVPxtTqPHnvA589upREiTOoswoyvUz&#10;tT/0xu5jenfDcosLadhiUlUbuJjhccHoqoIazg8rIdxiwc+uIqH/LxXr+gWpwN/5Kw3DM4vycAf2&#10;n0ck0PTfinlglX03j5W4GElrIZi3iDJlCY82NStfTLq76OyhGnvnjV/r/YIrRaCEPi2xNozG+F85&#10;Ag9jNLxT+JX2DypoByKTjCJgowtgf45nnEpuB99NmRGoufYBqHv4qVRO2bpM1i6ftQY0yPQ5UNOc&#10;3FBosxFK0FytX1vXRobnbozQg2bTmkGF5jBxy3v0yW3L+CiKYjDoD86ulGVH0YvvAtl2/tlghzRU&#10;XunQYPpsTi1gnHuhwIwjdU9ceG3dCzo7/t9IzFl4qtgAG/tGStUDguXqkKVBiXEAPsA3fv5mueqf&#10;/hqDzEldU2NjCE246BXyyu95hWw+4QQFu9gUzKLmph2JysTSdAHa7kqm+nyPzQFDl3YE9ICjd16r&#10;5nUPq+09ILP/8XmR+yBTdLvga4a1NIZmpGP+xqx56ivg9Up7kr4lN62ZgiXOOAC8Q1ij6AuyTdtl&#10;5MQTgRlsxdqkx/E++BvvRK12SNN4V6xaJ8dAInjU0ZsR9IW1eM8d0vncZ2VVe7+s14AuJqOi1sES&#10;GWPKIN7PHwbANmLnfWNZZNJyDL3HTjpXRi+7QlafforsY41DmTfBZ+zVbQxDm2TzKOPMGYPHyeIb&#10;qgyGCAsZ1a5y7xKtkTsEEyE7f/KBp+GJ9zdIQ/4qQJg2fg9AC+TI9FEkq3EawPu/fO6fIAVtynGb&#10;j5X3/NZ74UN4nEwibG6EQ2tc0F/H773tp38SgQ57g9IpUQ+7vfjfzzz7rIJHdfphsx7CcJjWMZSu&#10;TqLGGwF54uytW+T1b/lhOe6Ms5UZwzq1h/clK4sgywiC8/r49xaAqu9/3/vlZ9/+NtyTOat5Ox2t&#10;D//s438q2wAir6WdEZi5Nee+LfuJ+Xsy60htmkMdyt6FvR1VM2SeMj2TibGLWSrQaujyl71cVgA4&#10;/uVfebcsBxGD/UOK/oCBdtdcfbXswn//AhiQie5TfVVSvQJy223bN8t74EvY09COnjbJDBKsBbbV&#10;9q1b5Zff8VZ4hG5WuyKH69tFb1BTD7Cu2vFQRj+Oupws6Jtv/JJ8+I//SNU92888Q97z+x+SjfAz&#10;PYhngInOyaZNsnrLJjkh2IZoze1tWM0wQJ71atYfRd/eyclkamdS4xZZiXiZZVBopHffKHM3XSUj&#10;UAX1fab7a7MGwkFzpfROP1d6514kCRROB6FW6u99Ru7/2lfkUbBD98EWYMsxx8iZ8GXcctqZsnzt&#10;RjxPNfVWr2N/Vu8zZwMlMtEZmmNRZxYq08C9azUbul4Z3hmF4EP1MiP7Kdh+Tc92NAwwBth63qUv&#10;lxv+/C/kEIM0cEDeks/KetSo01jYR6Pq2oGe7vTmuDwNq6a9WCPbgD1MpwxBc0P2N47nEe2yKG2/&#10;8WEZRZBU7+WXSQf9CmYDysbMcU/62JtaqM/6eI76nFQBBCQYmGqzGisA3dIBdqiB8bn6PfND89nA&#10;j1OHdwWjHudpqj7y/QDIOQs9wLlIGzBl9EVRiRPGDJnI8mG/v3IKOpDLFn9qKsHQn0cDC59CxVNB&#10;z4K9UZEr4ovcS5ONRlEpOS08/EqlUBTAPALb/P69fvDZC3JPBeQjwzLyhSel9mWRC4m8Evyyjbk3&#10;CMZwQ9bIPvcVqWqhggq/lWdD4aT2XUwCq1hQxa+y9FXyCz0AFXwsAVE3bI0SwEhX4Ca5D0GnZkdC&#10;9UGuStU4JK/LIOjCVdYfF4avhLaIC4M1L1Xxi+53cVK+Vi6FNYZFFPtq0nFhp1X8d8F8LH0CTWmV&#10;BIKZMQ3TIVMoa2Uy9dDMlDgXG+HOm++uXfRYBxn879hVpORBaZI0RulzN0hTpTyD/i2cUqxesVrW&#10;QlZAU9npA5PaIFkij7GYDGM1D4Y0BcgyggMya1mzzqYMbzQCzb2yQUA19urVFQftf1U3b00kJ3Q1&#10;bBL98KCYWtx075QbUwpIQCnFoespp60D6Ium9OL1204Bl9bYcg0ZUdArddps1uLcJMNMPQOI0sEF&#10;aScGKtRCihy/fy1OxM8jqdfrNaMwx4NFVBYWxcMbaJcFOOEDnUMhTvo75L7UyrvC94AgHB86ZaZB&#10;6kFpMD9vZOhy4S1i9F0LlFC2X9BpOwBaMcyj8kRKibGqabm486z8+VQDI7z+rD1spgn3Fj+rmzof&#10;uqjCHkzx2rmmCtuDqUw/FCD5gH5kDJyQRmMkxqxMZ85w6FIK0lM/RGP9cUNsMD49GlF2WwaZNcFT&#10;lbgEphnvDX1qeB+NqYaDD8Aep7WobBT0onQ4DVMHTdPkpKFnrEUChrOzbWWpFn6FHAzV8fkbiUn0&#10;iIpTOtFCwWPr3esazsCSSvFzPfViTFQW3KZXTC7KniuqoagSvpJq6kesmwqZGGxuUhS7/WxGJceU&#10;NeQASxOkJHabABTwndOCpl91iOZzRUdqTGkZQNBcPgZQGiA7HvjO3BQm5Tigsf6WNeDZh0r3MLwP&#10;C4o2r6/3fp73jH9BshClP/Qi5PXZvGGjnLB1u4yjgNXNUuyaKOszckuZ5y3ivVWVWFYN+YtEpHwg&#10;lw1/hazKkvUcGdE9kWQwEXOVnvkFekI/j2GzlDy3OFCGvXv9ALQbdlIe8sob4vg5Wdqk3S+S1LEk&#10;oOErLl0DoMdXqmv1ZyTLAOv0ENbZThRR9886uR8I14F+ZF6rND/H9WyFxN00AMghnkX/XddgDDGv&#10;PrLynKVgps5kDFGlCUj9sBw0VqZehnTbmjaSRtiMy/ABr/LewZohq45+f80AbvWD9Fehd3qVsu6g&#10;RD83sE4lEmTX6vDHUs8bweqg5i1VzVkakoKBfK26s/OjFwBRrt52SDRnMdsLMoYe91wOMSQPvoLG&#10;7uN+WwtsdX6WdqDRmwQSLBgf9q7IwM2Z1BjPth7SwuN4WGoe3JjzfJ5c8Hnwal9V9v5f+uc7BfoW&#10;ZyoMFu/Q6/sjDMhxFZB/UTBj6e/i5/9dN4/B5xcHH/0R4UJ+0ZBOH7mh5OIFwv7AmNSC3A/YzuIq&#10;nkFk1sYGMsRaoIK1gMnU5OFncWbM6JnK2se5hrLdWZD68MyM8nzE2qSHEptqSnHJglk2Updj1puh&#10;O38v1UHVIGiI1hj1WoCS2WRiaDvbTRXsOHptQ8G+GtOp8fNMxOMwRsPRuqsQGLVa1gHI2b79fFlz&#10;7BYZXzmBOqyu51+dFg0cjuX0+D0y4feRgHKFnYJzA9acXxJqLt4xej7oWf67zDZ5ghGHjWr0OJ2V&#10;h3bslGv/9Z8g0XxcdiFwgTPs4zZuli0Acb7rilfKifDZ4vXOe+YZTbAioVeNBoj1yiZgPtJZXfF+&#10;PimdeyP3e1jD8NzNHtgh2UMPSfrUveLg89VsYV0A4KP5PddTBBS5DqApQi3PgQqsX7VGXo4CYRQ1&#10;YnclpNnHHS+nnXaOdMbXogZPECwR6/C2C8Al75JF3UX4BhlAWKvTe6Tz0Ddl7s67ZMPMJNYF6qFc&#10;nZpkAp+tS/UM05wjs3qIVtt3Upb/REtGt50gYy96ldRPOEm6tVF4BoLd5miN0jLPWWUeNiwsL4oG&#10;w3M3KBiqTNAhA/l5E4dqvVCrZZoy+vij++Wfrvp9+fodt4C52FWl00QLIQaQuXYAcBAUIuPQ9+nb&#10;NgYZ6Ljs2bNH3vWud8oZYFD90I+8STbDn3AE1FgOy3/lV39N/vDDH5Snnnpam8c2FkhCRhKuVy3N&#10;9flnvVp4cbEfevnJJ8pZF14oL33VlQBWqejoWpgVh3qUY2CvaMLXj4xbpd/idVetO0p+4ed/Uf73&#10;X/y5emTTx4zXhK//kfe+R94KIPDkE7f/l61+1u+sE2gnwzqdNjnaL8Hfj7U2gTincki/OP8We8Wp&#10;Z54pH/v4J+STn/hTefLJZ6TTqlsdgqHDrVd/RnKwKn/53e825VFsDOMt20+Sd77zf8iHP/gh7c/J&#10;2IvDMLAN8PSUc8+TdcefBF9jrwBxPMdhvK2XLKvrnso28cYv3Sg3fOUGufXWW1VyP4F9bP9Dj8iv&#10;vvXH5Ud/6qfksosusPMe96uXBssSWlxhb6wTjgpBhKxFCAr5b/P8Nl91PHe4h3UMVEa/cbN0HrhV&#10;Ggf34hlGsB96mBp76/GW9FZulM6JZ0oEuX+E9N0pyJ93wM/xsQcfkqnJA0p6ufCiswDuniGbTzoB&#10;vc4yMPOaWvcwyZi1oqqwgne5gi9BidcgMy4xhVejZqo6MovUQ14Trs0Ojk8cfc2nAMaynpya3idr&#10;wPQ9Bc/t3n2PyYrIkuAfw3O6EZ99GgzgjSMW0sLnfjeGW1QpjbtoqOZV3JPlLC5ozIQ07A8HvvEE&#10;JNT47C99qQHHWF/ct9hzZQC63TFQm7EPbbe13s1yY9u1Z+f0wrKfrqvXHUDDWXp6tkofv5wkjmAF&#10;lkdma0QPdQJbSc1sxDL1tkwU6IsCRlBtE3yFkTZcJ7hhGxFXqKKiUtFBRR73ssI5pRJYOwR6+SBr&#10;HRC+fNXGTgeE1bAJayud7j0KSBc+hJmpBYzI4Qw8y/JBcRTYhAUYqGm5JXvQDXn2+aF46bwETwf/&#10;Dn+UZaUyRYlUkSKvg8CKPC/TjUt7lULeXrG/UelsVA9+3YFxKBaYUfbA7CFjjYQPbMFCCWTBHrES&#10;oGr2OYinJEHmnFnwhSojVbUZV4b2FSuaYGVX3Js8NAAaeqwZFJmeCVGWlipMtbeLlalUBhAqDlOA&#10;lMHeg8MDkzrnBlQGALoIfTF2Za6hgjqGpaye2EhUK9US1eBkKQNP7N4mq4/ZhgdnWqPg+YCQdqw6&#10;ZFwcekysXLFWumuQlIqpiCiCrXcKRWGuBaNTSrToQxO1+0pJJOqoHmlYgDUc8BmKSEA7evD5sZZO&#10;41o4tIsob/VDw8Vpqswy0Qk0mWgxpmWKeqJFI6OqM5eWssEaWy+XqoispgsH70Pftf6cAQWkIOP3&#10;GiiCfY2gSFcL7RgTcRZTqR/Vz1mEE2RJrExF1U0r+81kvqSBKiCH11RPnNjQ5VgZc5EZQiZFEEJg&#10;JAWWog/fj5+9S8YiNmXPkAUu6EZFrhfkuWlqklsuyCR8NvN3C8mTBLyUNYfDKy1uZJE6SxA0C5OX&#10;vgE2uuZTbb7NRyPSB78Fan2C1CaCeCq1zQYPGz18ck6Z6C2YW8EcFTTnsKA1OTZolinhLoAhXYjc&#10;O9h8E1hlNZmaUSYtHOllR/puw41J1hgkNyexfYcch1nKGPnOrIWfKJAQq/68rY0M0npx/+jhRc8y&#10;+h/Wc6csyjgkEdXpF8m1RLAPPzvWbGooDGVI6iGCa0P5R5OeEeQv0VPGG4OPAFsKk3OyAvs0kuUY&#10;KNB1lTlZ+NDkFvOr/h3qG0BJOkDGTOOfTbbgMT1NRvXQenb2HqbZ4Lsv0+swyHGxrZr3moUcskfA&#10;qB2TUVLtFSQFgLn7SamNrdVJ9xgn8dHxmtaLJwYHclMPiDIJ6FvQ7nFdrMCUdxtSzC6GxGE9UhIj&#10;3BNOqnKjkCmTskwProJmfqE5+aCvH1jjD4SvYYLkbJ1nviK5y/MyKS8j0O2TkCAVpollozPfHPv5&#10;xL0D0M9FbkFRr+EzleqiTGZyi4CB86SORdr2/MCQYUlZBa1zS5fSfl74R3HAD8GKgcZPcGsGDc8M&#10;CrTnQKt7ENry/zPLglhkqwL9PXku4/+0pHOsIDkkFrLhvCXaRkF+mKlnnpT+ERkltvSwpPSFJt3Z&#10;4JCMFdISndzS129ZZH6U9YiswME0j89GTdchgUNj9/WD63HHFXHyotJhh6YWSg8dCEjfgDkyZ0c5&#10;9FBgzymLbio3cCQLNHsX4uezirS6G4xp82DYy90oKcJFwmHf4mfNe5YQ7I0ZwZ26H6ZpPZVM4O9w&#10;fxQD+gjiEGAfwx9Nx17rEnoZTocAouCCMpjAlqNIP2Cs+0qi21D0sj0vUfByq/rs+aUAOff/T5Cv&#10;OmH1L0DSOhJbd1/K9peWER9JxMg8Tk/Fc6+qzndHHOlQWMoVRXRUHXH4inzXL47p6hrxhel0LvMz&#10;gZOIlgwHwFbag4bkoLK5eBaPjZjnbopUW+7ZjcT8n3pZruvTCt0izMY+IP+7gTW7YblXEGm2Y2cM&#10;VRxqn8CfpaIhseCddsfZuVyjfBDM9CkwwVCLtRqxDjvzDGCeLIdUdyuax4tk1cZNsgopqMqCEkvg&#10;jXF+OtZPBHFQkDez9AjXol/CD/JI0nTnr63qNY2WZPi5/xbgfLBWKQV9buce+c9//7zceffX5Znd&#10;j2uQ3Irlq+SCc8+XV11xhZx0yklovFulvyWHjVwajcjYNXFiNdVCoG8YyS4BPzc8JdK9e89u8fff&#10;If3HdogcBMAHL7lu1tUzgJJI+j13MYCshReo0/+ZrM8a98EmZKlIyt16ivhzXy791auxZzeUMZ3S&#10;BJ91V0oAZFSBFqY/EqycuuOrcuCWG+G59bSM1ToaiJRAOeDQuEcNp0NXlO1gp0aadK4hj2MM90MA&#10;3aaNkpz/Chk5+8XKxOJj1Y3M65F/r41eYpRpnqr7CYYhsSvrEbeA9lk835Gl8FbSLoPobMGi6OJZ&#10;+ODv/Y58ER56mldIewiCC30bXPdQH1LSSLJEjz7TquzAOQSAiXJQFHJy/zfukt+9/z55z++9Tzas&#10;36AvTWD3T/7sz+VTn/wr+dxnrtGjQ+WpOFPHxsZ1Msa6+ygoK84/5xz5njf8gKxctxZMWjF7CQ6O&#10;nAV8KMMG9SIZa89BsnvNv35WboL33ZYt2+Rtv/hzctElL5Lzzj5XPgW/wC/ffJMBI2TAISThuquu&#10;kvXveBvu7ZrvcKoTlEBsmtGXUEp77aevkhtvuknVYb/ya++RDUevsSBFn1XM9udhIWiAmbS8DUm4&#10;v/ne98nv4dfdO+7V0EKyiT16tdu+erP8ynPvlF/+9d+QDUfBky7vKxP53AvPl/d+4APysT/+iDz6&#10;2FNaR1JWScby5/75arkH4S8/83PvkK1Hb9Dh3lxuyohp+FJec/W/yJe/egPYls8Jow/5nGUh7b6J&#10;a52A3PJXH/6Q1N75DgBnl+j+GbtBCE6sdRDZsokyFD0DH5PoyNjEfmGdroSDxx+U5MHbpfv4/VAD&#10;7cL3bOgeUENAC5lyh1etkfzsy6SPgBf2yzNIX3/sgQflaVgBHDo0rWF9m7dukpe95lWyfNVaqbVG&#10;IeEd0/WrUkHsyzNtepRLAAhqav8wgb6cLD6CXHGQW0fBK0X7Hnoy9jMFjmiPRWB3anYPbJkOy3O7&#10;nwHAjOTcNrza28/Ja3/sdfJHv/MHcj5+ZmIkkR3YL87DQGo3WXU4057GnjGBF38Wz8496NVOBzt1&#10;JJtnR0DiB5dMIwxx+V3veFjc5EEZv/zFKOg22uAZN4xe/SkWWd5kaMcykGZyHTJ72h+AHc19NC1s&#10;D5iKDZ/CnDJ8gu1Ktom0BiVTsUaWMNYyLoT20iB8an9MtmgmBcvO9hvzbLRU8txVWFxF3eLzIbdl&#10;53xZo7rQbOj4vQjnC36Beai9B1YgXnug0se7rCd86JuMnemH8jNM1utDgEUWZOL8S5G3pPuif88L&#10;uwMZqBq1hmAvFoA+Dc+IoqBSCeSmcGhH86S2Cl5VpMvFWiqSgOOaScM5fJTActS/kAXJajQ8jS2V&#10;WVFUGaq7MtTD6JUmYdbrExlpoTyNIxcA3yLR1hA6TYsPSYNa9Ud5abTtIjsblNCXeUkqAKt6PorZ&#10;/ah9F6W1ca30+yPL1xUEFtZqNQsMiZxdzywMfKUAAgnqZWZHlhvtVPGszFWQ3UDQ4CflenYBgB54&#10;uNtmSgZrHMJKfMFGrNRCSbOxUsZXLFM/GNdJ1biXQL5Tm71cxrHRPIeNoAbArE9asZqpi5qZswH0&#10;gdHBYpGsiToAup4m0ZqpKCdLNIVlElcbX4am8SMEALHpNuq2wap3nT5MsYI2ifpHYAIAEq5621Fe&#10;zDRZZVl19SbNQdIyi9ejsSpbPE4LEqXn9lWu4OKuaethXu+zqPQyM1ZLpFKvCJ+V34MGtLzOKrHR&#10;5OHMHgpKCiilCAutTEFhA9w3iav37XKDKqKgfTgEC3qpBHChRdkMvUxUx27puAoW4c1jfRAiTeA1&#10;Hba9HgNG+FkYFNGmD0ZmptpO07sz/cUDTFNmMwPPXPCsYCE0gikZ6fT06tGHnCAhJ4MtY/Tpa9Ez&#10;jkChel5k+nkIDDAJzIfYahawTBF2YaHzUOCEy2dxSWtVeT9p0PisXfgodgGe6QNCyCC1KYN5Zpks&#10;VmW0ZNbEziTOTBhFEEmOh8fDL8XlkQ4ADh86ALmEZpphE4cZMnwlI6DgEd5rCpJuouYslg/TDBuv&#10;PYr1k+BnR0fhV9FINM2ZNbNPC/2cmP8Q5X4oejltohyBkuHpmWlN3lSHrsTk6qrZj4qmJFIZJAHC&#10;Dhim/Q5B8K4ePhmKtTE8jLM4xKYx+WUiMObnsmdyr4xNnIBCu62xBVleV5YR7y8NjfnZmMTL8A9S&#10;5pevglnOZE8Pgy4mYnlIBIMLk4xqzDum9vBspIcgZehlCl+5YbuB3t8CzzW8hRNxh88W9wh4imw6&#10;arWcferJchzMwMl0jJMAyuk9twNoocONH0oSHg4QiMrJetl4BSMOncqQKRI0nQOjV5s2FRie+sjR&#10;IL5W04M0JvBXi0tqeClV181y8F3N0DQa0BoKY/lsMGXy8yI0nSzRmRcAjOTzjODjcvMtIIWspN+7&#10;eWZm0WA6Vf7fUsEMw1Jik2mFdCc8jzMpQfKaTOLZPYi981EkRXx+mkEcNGcmyJcryEfWHovaw/jv&#10;FfjZ8TBx4x1Q4Ixp6Li3HLwo441dl/rZFT4YEOeH704WXT3sZWNkepBtgn9PhXtW8wWolZdei3zW&#10;xxSiZpgHTff5INV1HdJ/NcYzx/Z2ttvXvWA19+weA3bg6UkWnrfk4r2csNO3Eve0F4KMLE3bzok5&#10;AglaK8RqXq2J62IJuwQyO5SrhQO3w/ANNakH60APNoaQZGa+zr+vSbtk/GVq7K4TZBrBc+qHyzIF&#10;8L4Gpu9cbGzDrEbbgL6eVWrAH9saSMRXiJx+ad6Ek0GTHpiIxTi3ZIVV9AKuGjqzRN/lXJXdtjiJ&#10;aSi0o+rH5wfyT7eosjIEPBg6GeT4wY9mfmvjhlNvSi/kCnDtq5Cfq6hdKm9eBd/pa+dk+HqU0pHA&#10;GPbVF5ovAfYyxLobDsgZjkCx2ZqXvALi5dUkH1eEXNlPxkNcaq+AIM/FCHt0p2/yIQLkPfXVw/kQ&#10;paZ4oMcVJVKEmcHiizk0BdNhav9uPU803RpdPo3kD03PQd5mLAs2XF31p2IwGoD3sVgDw3pA1dsd&#10;Y7doFUMwXvdMr4OnJuqvHgOrIrJZ8PzgdZYzwbHPRtIrw1s9BAk8jFiQQIq6qdunP+6xctwpF8om&#10;hCK0Vq+XBozc4zCtKkREWrzG8SDbJQB9g9PDLxrpNABiXSUldb6MvTAFn7+GqlHqftAjlDc+WxLZ&#10;q7KX87Ih8YtYQJDd0VI2f787pfWw9UixNst99Y1jQARlUjUN9tq9c798/trPy023Xi8HJ3drHTaO&#10;hvt1r/keedkrrzSQpbLHD/lCVx+LvPCQMlk3JYyFSXuNChfuOKgN6xFVNWZEzjqQ9XPt8D6Zu+9+&#10;ie+G9HR6L+4XgL0+rFNcS4cp2vyjDujjO49OrEBTDAaYhieg6UdAWGfFRln5sleLnHS69JsTphhJ&#10;TX0x2oB0Neoq4IaeX1ajkOhBzTBz8+1y6NobRZ7eIUePYE9voeYYx27dseFIa8TMDJMJKGiockGd&#10;04gyDSiTE88SeelrZOXxJ0jKZpxNE+qoRuErFeqKkTgM8Mq1Uqk33OL80cIWvwzmqI4EOWTyFmpH&#10;MIeMsL//5N/Ll778RZNT1ls2hCwaWDa6AM42HLVeLr/sMm3knt61S675j+tUMkjApoVmdvuWzfK6&#10;N7xejt64zuw3esauYW3z1p/8WXn04UfkznvuAVNwTFKoptpkucNvjKTdt/7S2+WsM05V0gVPFdil&#10;qQ8ngb4M9aYjgw2e4+BVyF//yV/IZz/7GZULU8K6c+dTUH0clD+Ab18NYSU/8fPvUI+5e++9D35/&#10;6+UX3vULsm7jscrAW2hvMnz9dPguafAwy3TN2LVOdLCoQYA4Aw8enpHHIRv9xMf+RHY+/hS84EZQ&#10;98byvvf/lnzwTz4mKwi6cFhGqXVsg3vWvBwmBJdAPXejzACLX373u+TNb/lxmcR1aZIl2qhr/f3M&#10;Y4/Lz77t7fLHf/xx2bIS7DbuQejNtm07Rj70h38oH0Dy8D133hP2Q/wCsvfAnffJB3/7d+Qjf/aX&#10;UoN0lH3QVf/4T3LV3/6DTKOnWAa2Zj0zKycyauv6bBnwN4dnm/f4rNNOU4IG6y/1hnQFCGHe6CSd&#10;aOhAbHVpVA1TC78SDlSYXE5vePaa+KsjUU0Tqz08g5pYU4dv+oI07/gi/jL8zNkz0wKkxu85JQfx&#10;3I7Ds7K75SSpI4DDISX4qW/eJc8+/Yg89eQuOXTwoGw9cZtcDKnr+i0ngrU7oqQEZUEJSTWJ7p9t&#10;+PK1s7qCxC0AfKvAjOX1rcUhcAw9NT0M6Y/PoJkO6jV2fL02yQhT8E+ntVIbzL09cv+9X5bJfQ9L&#10;Y2yZnDXyUslm+ypl33jlJXLU1Z+V/Xffg1rKbCB2o8ZbBzD/cZA41PIF8ugYn+UheH1uwz7EW1mL&#10;TeHUxd7QCrYU7MkLVlsddXz6AOwCnvqcLHstAL/jzsBn7ENCDEsuEHsY4jEHwtJoVAuKLfwsZOF8&#10;PZJ0ouC9lquKLtMBgg6Rcd+TrgVBxsqSipV8VMN10cRxTaFPBl7oxYA8pKCawW/BQLM9hsNwBeDY&#10;M8bJwMO/6ALygbekAmtBgmlJvYHBXgBCwWeXeIMCzGkIwFHALQQylT5tvmTS6Z9FNuTT2jyz84H9&#10;NkFHEmUkSHVzieYFpImeZ+qkWDLxjOSkLp8hZCOqhgvqkDHTHqHYa4tQUKckMrMpk+BVl4QgyTyw&#10;8rRWjAZDcg1tjGObsmowh4V70DohUrJVFEhHwaqomLTmQW7M19Fg00gZcDrAz/NCkhjI3YaF8HO7&#10;0O8ZPyE1JWUe9sHcEqOLSa5aa4T7T+JNjvBN+z3Le9C0aAmS4SC3tv4215RwH1KTLY2KuQYhyTkJ&#10;HqiFb73PSwzJ/B/DdeH3L+sd9rjYj7ETxYGFmFfsZqzEsFooeeaJO2TtMWegsENSLejCeqg17Avy&#10;gIEwUqWgBFfiSF2PlBLe75pPnklaRb0ZWpDVjiI8YwaQeH+2rRMewhtzCNYgSMX0z2ya/m2YiPVH&#10;cUi1AMjhV9JQJMZp4m8cwgMiTfxVCWze03RfAmS5MzkqDwx+8XQGkeEouFjcFgdYHzcrRRGdAeyL&#10;RybwHk71Y4URJDf2HE1clCdlijT/sI8pZzEBcEGqqnKXunnZcPIhIdhA672CVUfDd9KIdWt0waTS&#10;aKRqkFlq1q0YZiOZaEpuoqlQyLS3G9OnnLptzMikFiSVTk2aVaqWdvXadQFQkSOtpvhk5RBg48Hh&#10;a9Z804QfDC1+7lGGkSSGputDntlnVY+3eNiLqABclG2ZWvOi/hSdjhnYMu2VEiIyBwmIBgaMMRhN&#10;WsRCjTJemhvrteRmoaaXjAswZy+lgYfk4DikBruQBuq0oDZvP8lCMY77zntM8IAFAlmHXXznWWzS&#10;BBc1HYcPEjb+DNenCeBqfPmIAka6SdBjjFRtGurze+h3w0OHXx3ccyLymi5Ndqszjb4yFQsPV53i&#10;pQqsUmrM56Hbp+S4p/R+slh5rSdGGwqE82vP0MyWUhwU+g73akWMrOg2gAR496TxwBFeQeKcaD4O&#10;XvhmEpycmJiQ/PBB3TR279kp6zechmcMKXTRAWFkh1dvNW8T5tLV1i3pAMxwhJ4C8Ymauy9bPiob&#10;1q6Wc+FNsnXLcZBnjVizGkI53EJob15UzX+hc1ilbyt6N2OnhnTeQropg0JriGToKya4zr2wXnKe&#10;lPfIXJiWZiW5b/k1j5RtVVrW6x7QQVM0ifW7E037o2Af7OnpAykbKEvxlqhcC4BkzeelMS7/mfMy&#10;aL7Jfg2+SanCVsac4OpOFHwygK0IWknCwZIW19nZ+9ScJdt2JPyM+SoDUDDJTl1TdImqd00m0E+V&#10;GUFGrgQ/0AMsxPDfI3oGd/XZnFM/WkxyvYV3kH+bBXYjC/E2X0/bqpCqq2EbTiXCLMD1akUmLZIQ&#10;/MH1w+eV92aEhZOm/IZJas7pcRakCQBC42Bcrt6lsRY8HTad2Pt7ujkmFQDNHRldbSn9dkhjk29/&#10;2SxM4fWLMOVeQBvsFhFALlzW/r/DMvB5/8xX9LV+OCJHjuQL+UW8aApvv8VGGC/E3JIq4OSk6lBa&#10;vlQexvyRL3wyc30uqIToKUgIc/pGrEPCXnsv6qC9KBjbJrkXGt2bw2ZDp9w9WTFe0yKR3pFxbGhr&#10;B8yqOdRfLUr5giQoUT/kSIG7LDCdmGjKtEOmbo6N2NCUialUcqk8NAzUfZJrQcwPQVP2PgI3mis3&#10;yQYYv6/5f3l7D3g7rupcfO2ZOeX2qy5ZkpvkJrnKNthgwMZgG+zQAiE8CCkEHpDwUl4gIfT6zwtJ&#10;gOSfCiSEUAJJKCEFHiVgXDHuXW5yVZduP3Vmv+9ba8+cOedeyTIkMT9hWbr3nnNm9uy91re+cvQm&#10;WX70sVJHQjtlbhHPPMqbZHEwxJNKAw/1hSXYeEkfyx/HOO8/4R+GWaRk7OtWYQNqnv3VeqTXjyB4&#10;o9VSGevDD2yXb3/z3+WW22+SXXse12Z564lb5NStp8lZ52yTzSedqKm66pMs1nyZt9+T/IP9jYPB&#10;jLYbIfQqDZKoFEP1rsrALNmyemC3dG65Xlo77pHqwZ3YqmDpUEPtM+9V7tPuWsPGpMU4Y0iS1wF+&#10;BpksNY0xpNl+y7kyAZAPqCQGQrGC1LQsGYkszKGL6UY1GVPG6EqEKjRvB5PrthskAqC0DEyadJUo&#10;a2KEwB6fk4pZJyQ1Sp14ZmBHHcJKB5vNbzxR6iedIbXzLpIxgAZM6uTnGqrVjXfnBoaX4gZ+f6g1&#10;EJWqlTI46PrcNdQjOzMFxQJ8wbbfdY/8M9JuWZMyrZr3mDUurW74jeefe44864JnyalnnS7LEMaR&#10;hv7g4sueL9/55ndkfuag/PRPv1g2Q5bNIDmyZnfu2iP3bb9Xnnnhs+CdOI9zvIt03LfL33ziE/KD&#10;H1wtCcgKccvSPHn+/dFH/kjlo8+68ELc07aRJhgYUnPqQ0aZ6ze/9X8R8HKDPAZWFdcGz+gIfdRy&#10;sLnuv/cehFv8ubz6df8TScaRvOU3fl2egHR489YTNURRbTf84Z/W/K+TqBZ8v81b2+yAUh2eW4Jo&#10;V+vdb371n2QfQiSG6aPGpqHFwfUeeSvAxje+6U3ytLPOpP4KgzlzhWNFQcYirTEYkBcTMMdGdMMN&#10;N8rnvvB5Id9qEqAzrzllwOzneEfH0Fd8+J1vlbe+7z2y+WiEAAF4Al1F+4jf/p3flve/871y6+23&#10;q2S1hQa4jg+yF5/9997xO7LtjNPlu1ddKfeCCUdwfAwMStpzVFWh2zYlGmsj1PDnPf1cufiSS2Tz&#10;aacqGcWa/fiIWHtLjflIPhnJLEiPQ0J+fu3F5pDUe8s1Mgu5ex17RuYw+MH2OgwyA5lnjjXThhOl&#10;esZ50lm9HgDdkDy24wGZ2ndQDuzdK7v37pdNG4+SiaedKWdfeIGGWGiAoV7BRPsm9npdkBFYI8aw&#10;QRqn5Bzg8HCVQLILCXAugK7Er2mhFIEB2FUJdAN+gCTYzIFVd2Buv9x/H2TtBx/A18Nz1B+UkeFT&#10;8Zx4WbsSDFb62mFgcC6kz1/bfhv89LD34Ay63zEszoJLSMJozLVlnFZaWCvXgRByAfYfWro0xMLR&#10;WmGQlJXkrLlftAfBofG1q2Tk4lnpbt2mQ7MG7nUVUvtR7JHs7TupWVUl9br22LRmqgTAhxhCPpiK&#10;1fqFaG/ov4M1mQYlUF4fUmYtZdQVTKq+Yab0QjXKA0aXe/saw8QksaW6ZFGN4o3F5soprIHAQdas&#10;wrFBZZVqsGnU17cHDDGk2UcGrEU2jM8yAyKpDvPBs9sVkbH96qcyYSFnKxYheQXbzPU86EIvFmuI&#10;iLHixPdsTVSZVWKo2T6SE1HyYXLZTakX+aj3PDLmYhb6D03JjXp1hMvxGN8jXGifkgSgLQzOujmh&#10;JNwks5GzLsf2XrMCy226QrKjvec4V5i5AqSLUrumOcmGPUcS9cuXjYSSBlmuDZFzNZV9aPt9jSz2&#10;rOf7mKtHpOz759OSCrT/vtugOe9hShPuAb9Id+FzL/fRWE011Mtw4B+1dhvAPl4oeIVhGjMF34fd&#10;e/fIFCZETQB4dZjWiqZFNRRtZgFkabZelkE/P7lyA0xNZzA5ORCQc68ggz5okdHpk2qiB5Qy57A5&#10;jeDAW71qXNN/HaYYKZLBCAUTXCNQRLmAucEl+iEsnCIrkm1YtLKgpnFnNQkR4dh4yPobDfRkSaLC&#10;P8yFhEbSzzmh1QQX1a13FAyjfpugB4sxJuJqzHH+wLveBc8Th0nj5IGh2v/IpkSk2RP4ItiX67M5&#10;/fPBH4Hec/q9mGQ21fOwoz52EQAnSmc4hWKBpihuaEDzZ46ThyQ8WIFAqL9mEabSAkWZr0taNpOw&#10;hjHlURow4TCCfNxQ4nwT6RSoOoGrrqbGhKTkVjdQWbsa1iE63V4IU7/Upu3OWB8FPTmKVAoS59HR&#10;kcXTZ/jV6rBhATOBzTXo3x0c1DQhHiZARil0ZEa+TRzusyiaWo0DmIRV9LPyXjfQ4NCrbhZTaKa4&#10;LvhYfYJc8O9pIm35ILxhhrGRHbNqLQCzUTMMVvPLEB6SGSNIw2EiM/SldKKBdU7WqSdzMWUB3NT1&#10;xs9HIJBpwh3eT4CQLUix2fSwsargZ1NukMQVS42OLFVqDs3Vvj0H5ApM8+9C8bUJK/fkbdtkGh4X&#10;r3/d68WjceLkyAJRunpP985A4o2DdQSn3ld++C3ZffXNcvd+LxdQZvvS18vwbe+X3Qceli/tv1Su&#10;/rdPg/kBs2jxvbjzgcrXlVgMKQt23NMqxsSrsR5OgZH0iaedJJtOhC/O+LgWMjSfJZWJADLZpEUi&#10;axwNFM3SF5M+yDpyzi3yps+/Kcqp8HlgQ6E+8gXorkB/lgaavJmdx7o+kiDtjQqhX4/88SShHc7J&#10;4Wz/3BE1je4wMsaSUVIBsLglAcP+dIYeq6oHTPQmU1wX7ZRMtkieQBF4c7Mmt2JYcm0rYWUkQ96C&#10;jzJNNfPKtI4DU5olBqXsjdJm38JFHwrTH00xZHAO9yJ6QwUGXBLeby2Ag0l4+3NOlGnRpN8dn53A&#10;Hq5qGq4xvjMNwcjMl4xgObbV8a7o3kZ2A4E9FthzXQsRyWhshd+TdarWBT5ICsJwhCyAmpMiPUtT&#10;zPDv6a7m/8oo1sSc6zEU6jpoSRVUsY0xNYo6hhP0hplNjclYC8l31fAZCfYNRzYYmNUCD9cqTG9H&#10;2Rvh6+djW7/nj7bk94+7Ulb66/A9U/CRgnwLjJ4ozgoJTL4ubQAaDYQUlIC5EuhXhHi4Qxj3ucNa&#10;3D2lBN6lAiXKwLsrrWufS5NdsB8olrvvKQe9MYJ9ALrIpLe61Cn4labGVPdh7YewuJ5BjeuX0Pfk&#10;wG7pSAfvBtRQbqmQ3SKsww8+Z77H5FNZayaF1yjfb1Z6nWwJiXIR3lXxJkN0ecFlZsg0g24zzAJN&#10;0EKLbAWnXkcJ/L660ajMYLhHwK6tvrUdBeqULd4mw96zR0NtYH5mZAXOozMm+FAj2zl8GDJjR4Zq&#10;ep0bra4B7BWqJbzWZAQhGELFs5tm9PwADKcK2XVg4NTUNywDg28BAT+uMi7DkxtkzTGbZf1Jp8nY&#10;+k0qAYsyS5ZkQqayezT1tLMoYGSpcVAePFQ23vZ+cBjjiuK6b1Yz8MwcPqLmSITYJZ8xtzjlb2nM&#10;qDdVYn3HOo/AXgX12dxcSx7dsVOu/cGVcu3135O9+3fq1zGdcwv8xM46+yw562lsRkdCUEnPDiMP&#10;MpAlw6OWeL6DobkqAUKIke7hBE8wvHO3/gh+fDeKn90PluhMAZLFXTD2mgwtqKv3IiPQFF6kmoBp&#10;gwB22zVI307cKvGZz5TO2mM1EC9S0M2Grz6wC9pkPtOJeAoZoA9tF3/rDTJz4/clbkwpc0uHTW11&#10;ldChJefQZP7xPFfOA5CdDNciPhrgxYkIc9l2vnTgCc4RsJ5ZqjowwZR6tSbl7FfXX1cMgH39Erqe&#10;Z5ErnPyk/1qHb1Q7nMiapL17Z+VX3vxmmYNHuYbGBSYIr9OKFcvlF3/hF+XC512ovsoql6rUC49A&#10;1s6RJeypXJL7yVXf+6589Stf1gAO/vxzIc1982/8toyC1URmJuuZG274kXzoQx+WWifTwZX2E6wf&#10;8clf+ws/Jy96xct0AN0GeHbjNT8E4/Bbctstt6jSIfjH2HNdrekYXS10UL8eBfnvz77yZ+QZ8Dij&#10;xHgBICwZqJZCGxUD4ME6xi+ZKO8LT3ALCDQ5GutWF57nGmrKr37pS/KZz35WWcv8Q11pVIpgz/rV&#10;N75ZLnrus8EUS4PJiw1BOnguHrx3u3z9a/8kd8FTcu++AzrQqwVmD62PuDYWtEbGwBxhM+rpvGxC&#10;fvrlr5QXXn6Jek5nrqrD/k4jlX/83OfkawiDIVmAtTuVZTFDKaiqogIC155KAu6F/HktXBv6Hm7a&#10;uF6e97yL5FRIg1cijKND/zcOFUPdaeoOf4hz1i9pa1H8DoUNZ5Q1XLc6wJ/5+++SDCnY8a6HQFCY&#10;MuZU016vo70s9pnjTpPZzWfKOCTIC7iUux97VHbgWu3e9biceMopMg1G5ZrNR8v69ccjyXtUAzYi&#10;kGYYiEkyQ4fe9x32YAhkoTUQFF6jsNBism4lCr4UXPv4uq43Nhv7nmkGbnRjDYxq471l2D/2TO8C&#10;Yfc7qBUp1d0v6yfQX604RiYnjkL/sB7KwFXmWaaDVPwb9+FNP/UySbAfTaOnnMbPPgU3clnLQjer&#10;iVPyRJ2WPXgPW+CzfxL2ompkFjBx1j/W42Xv4jwkwNLVcDcLkpO1owA6T5GRLWdYcrHYUDYOzyXB&#10;RwVXNZijY/uoMsYSBfXiqOe97wO5Q0Fd9vCsp+NQExQFWj8w1htK5SEOpZTXIK3N5aYuxw5KljTF&#10;05WDYGVLC58DUOaXlzPTNCuBmEJJ1ZH//CyAVj5NC3UfgUE9b5KeH1zOgsuxEO+ifhOUvC4NFjs+&#10;JNUaEzDsy3nDFgBKBU15NgXiThT19mNeW2WaxlrYGPCZ9fuVu0HPXReV3pFhDOyx86wHyX36FPzs&#10;FOeBy0MySkCcFN6Cecpw2Nl8VtjC+eAD6EqDokLGIial1oFfIAKRHU2cyYeAl6hkU6Awte95wPsQ&#10;rhJFrscwj+IC7MtKX5sX4q7wMrTz15UDpiIpwl4MJPYhOTnId0vhmFGQX5/58l90CX2/OmjEGqA5&#10;MwV3toUNA9p3broVgH8Ls6AVz7S1eGRKT4V09dSp7x2Ze5R2tsly0gWY9RDLoOdOPf/eHiwFdXhx&#10;8HokSGSYODThgdFYoCcGkueWUZY4AkCxppKtRJODaib/ZPy1yk07RShEvreaIBNSM04sI/NsoHyM&#10;4Q4dGJoOg64dA1yLQzFhccqZJeNGdnDGJdPEEEejNzrqGF0UY5ZCjJIGaiXBHo9JfDc2sE6ncCFp&#10;mO/XjB8N7Mv17Jz4JtWaatdtofrSwsP0h5OATkhRySxBKMU0NU5jZVIGe0J7/3lWS5Cp1oZGDBAk&#10;E1OTZS2h1uz4e2k4uRyJr6EgIzcE/GJirpFwfEjQ4fVuGQCq3lS28BPVwMdFgEnO7nS53Dno0TX1&#10;iAeJLr6meheaB2pc0HXZ2TBZLSGdm4dihq08njcT8U6mU73paYDHc00FAjllorymPjapDXkLRfg8&#10;Ct4GZMMsyKGV1gl05HIZp4UW8B5yDaYhnYcpXny4ua5zkNOA3q4eDgRrmSjG9bmAn6/fx0kmGHg0&#10;Rx4aqtuayT0WxAo2i9P2+nm4CQ6huWvOQ4bc2YXnakInldXcQyrLqSaZJiimBKUBOI8tWyZPaAqO&#10;hXGoX1hkKaQjKAUdipsIxt+UIOZGoot9kEoFMjcL/OzlaA7PPPY42Yp0rmXHrJVxvA6BcDYP7bSj&#10;njOWLpQaXbjMgnGHTj3sNXBuCW896Q8jCV+fO/v1+XxFOWvbDq58MqKgAT1yFXhMgk9sL1DGlaSJ&#10;vWSL8vjMF5O5pdA+746gqeynA5X5H6XX8ANsKNd3qC4RxFtcu54VTu4r6LTgaDCQBR9+J/aEeyCn&#10;uLYFPyw8FytwoXbRyyFciyQ8m3F4RwSzKDXX4lGlAlZkw+pPxp3JTeAyo4BhN0/7Cq9PQJD7Kb9/&#10;NhQNKiEg4Be8jzSPlt8bGvVclaA/Dx1PHc/VLN5zhV4vnJxTMshJMSUS9HI1SrR50mgarr1vPqs1&#10;H2nzwoRcgpIjeKaa3pjSTBQeSTjNVZdofLYkFC8o4vFrjEODzNjNI3h+5snW1SKSIGVNpb6UZzQz&#10;O6vYZLbx/Lc5fVamtG39FWeMwhbOE3rycFikrPLUjH5Nhhfl9Y4yvb1/MjKpK3nz5Yma7scKIz2U&#10;GZ4bbETcU/frW4S1HC6l9ojfuutNxQ+DSBbnul/MmhyUKfsBj75FcM8SQF//RXGl1xuQ+S7JSvOL&#10;SNSDr50FdKuby3Mq3MYjlacnqEEOHmjgLNtXmHSbdw28apsGjttsxWQl9M/j+cnwjXqtYt7CmUnI&#10;KEVn3cwjLwvNgvY6lagYRBLM4H5Oc3LaZjTbHSuYcb5NgQnhU0h5UzA9Jo6TdSefKhvP3iajkyvx&#10;NTUddkbKIDAPmEjj7LrB2Doa2PefcorLwKDIL+F36p8kdffH/ycvrt1hgD7zb+uqYkUDLliLVek/&#10;F8uuJ6blc5/6a7n+livRJM9hfxiVlfDTeu6znyNXvPwVMjE+ZgA5lSrYCyv0wVXrko6yxFSlATZX&#10;tVp9Um5QxxvjhHu4hi2obzT2sf37pLr9LmnecwsSmu7F68B+BPYgHNCnqFWHKhyaVyy3gXYYVYJM&#10;qF0AJrfwOdpQGriTz5HK814O6xTUFQT50MDM4n3VOJwPUjJVtpA9hgZ86DEwB//h0wAp7sQ1nJXl&#10;EdC88UgHPwoGAeQb5bnCfRFb6VBs5xEMmqW7ZrNMvvDV4gFUZAD+avQ5Ys2J9zuBmp8AANc3Zer0&#10;29Kmf0kw1vV7PDo3MKXI5xTl9dMzWC+f72rcr+BIG4yvO8HI3I1eoaavR9saKifIhn3tq18tF8Fn&#10;sQsWUicEUPCEVBCNKbroNTrdA6i/18nV3/y+/MOXPgcPue0yjHRQNnhDqPevuvpaeXzXW+UPPvoH&#10;Wmvzqm09/XR53etehz/7qKzEAJjnW4MWK3hPf/Opv8Hwv42AjmfIR//wI7L9we0aNDca1w1sxtBb&#10;g1xcrMN5KptmUKdecvHz5Q1vfL1MMuStQylhDe+rps+tyrc7WWAAp0uvupL3pNb+ChRUNfTQEjTJ&#10;9mqphQ+fC1qttABUXfHiF8ksfN0/94W/x141hK/Bc0GFFxDfP/3zP8U525aLLn0hglwW9P3P4tr9&#10;OeTGV19znQJ63GdGmJghol6O9BmsquGfU2mmhUOa0qMFwPnTn/qkPAI23Jve+AaBKal6z8XwoH7V&#10;618nq+Ah9wfw2xvFvUmx1ubhcUBQl89eJ9RGmskLJdD61SswlH+JXPLyl+BapVrtpHwGQJSIVAXU&#10;NcP/nAHkn4yevvjP22DJ1YbHpA61zux3/hFJ2N/X4Mg2PxsUUE0a8+O9UVoZI5175vgzJEPASLU6&#10;Ji30RDd9/0p5EKzT6andctwWDOgnxgD4nSqVsWGwt8GQxX7AtdGAtruJfZrDJVRRGDQMycTkJBjF&#10;IyARRAbyBZ9gyqAZBtXCGdOEj988qJXzALpn2rPq57lv573aY7QXeCi1ZHJ8VIYmj8baH5Gj156I&#10;116h/rH1KDUVnhLkxnhz8F68bD3zdLnyu9/QtG0+ottxXTcSmQVbeg37lkzzyhWM2A1gdi2Y58uj&#10;JPTivnSehhoWReqUt1C2VoUe7rg3u6bk8X+6Rk6j9dOmE5R4ofZWXKd4tjnoUGIB/fUjI7xQdtXN&#10;mZoB+PYBqJcwYKe0M0riEPDQIwlJOXm2j70V2HO5/D01AMyXwacA1vkSqOdc3CMi5DJTV3JjDbVi&#10;GnIEIvWkzgp5bP7eo9z3bqAHzEK4Z6FmiFwg1OXJuovVHDk7UPcHDsdTU8C4OCr2Vr+o2/MhEdgF&#10;MpP1+Fnw9+/zaikGvFEx2C0Yba5kq+KzEOqR790GtvY8DX0BCMflzIRAxlI5bNfk1LpvJXEgpUU9&#10;JYsPIH5suIV6aKe5D6EvcgyoAmLaeZpZjkCiGE+mWbM+90d0rvDz6ye+OFU+RcFyKgvBqIUHfgCB&#10;jTjV6+WjIpXYgE9XALS+5B/ve9fB+WItSokRq/8ZfH8TNvs8yFnIUHu8/8AOae+m5x4KFPV1QYGR&#10;otAkrRhft3DwoPqbaUANWXnDy1BkDOHgm1bT3k7X6SS50+roykk0pdTosN6FiWFqjWKsDbwBcDOI&#10;im+0ebBMqbEhG7zlK2AK7Vaq74wlbplck++JH4ZAYOq7xaKPXRQmpwYkzmEjTRFZPlvndGNYJzxK&#10;Aw0Pum0EVgybd1zNqLQ0XwwPtOsENNaZ+Xyx+FROAfAJDCtdt5GEJCBvMsQsj+sLKLuyXkw+EzGq&#10;PBhVej+lzDdNRULRwQKRU/4mqetIN+P9oceCBWlUjJXnjc1TvCf67HGTx6ZN/0Hz3esq+yeLghmn&#10;+GAsHqYEefw3GwgCqB3NqdRGvYlJIgsbglZVSqRrVRPOBTieoK8mFg0UzFG+WUQStPI1BTOjnE3o&#10;7EHi37FI4pogO3Qh4zy4rUyDuVmkEIIy3sLB42zwBF+Grq4rGrKat2BXjczJ7mNgUxspuvShY3Oi&#10;n7FDidRQiTjjtNkiqNlWOZ8BEtwIOyyOdVNLVS7eQsALr1cXBQyLMl5PfuwhBn9Q6sJ7EZsMUh/j&#10;nFmkJpeWYMwpEiUrfAaq45AezgA4xH1etXwdng3zBulFOhk4nAOpvCfDo8PKlarWxpDIuE+n+WRB&#10;VsEMGYdnYQ10fVfBQRzSqZ9E24dCPpa1kBAdv2G9nHzmabJy3SoZGR9SunsL64b3U/24dPMN6aqF&#10;D+ASkljfz2QrB1iUwQQ38DVOLRUCwFGOwywK9DCdcWZSrunJzpi8MZ9J3fdCXHrkngSqcE/aaPol&#10;LPR8zwL2iFI6feFRkS2CSrz3i1wNDyVhHmRe5c/nHJqLA9gXH8PmceccZeNDKA5tn0nFQmI24vWn&#10;AmgsATTriElsc3NZljrt8NNboeAlW6cS0nqdSludsusIHHYCYCFqwi/qq5OKzSGi8HE06dwZU7bF&#10;NUwCBz2FCJ7jOR1q5+npHZ04UaGYMFXdMVmwrey+mjOj9lm85qw+p14P07nMmIJN9Zo08J4t1kJ+&#10;0bAfzvEgDsBkHAoIfpJR/B0BvwU822P0GyVoGgoDAnadcC+auZ9bnATzXTD8XAn0CUVhK/PFhI/P&#10;75KhGf4nkBD+GN/rBqmqXhYJXX0e7/YTBnOUQcpDRWL4kjvbkUmd/KGl7H7xdSmzX92RKoLLCbmu&#10;2NYGQ3qXAA79kj+rLC910gvjKG8TGm4XmUS+y3MWZ8XsfKSs9u5sGx5XrEsE5uUA7RGIkXVMkjNP&#10;kANrdpg+xlj4rSb9ggHCgIlBVnysklELf6pVnYYHKGMda7NejdRsXcIEPG8Q2MA0IHsaqvK1EmWo&#10;tlOC4QiKAsA4uvJY2bzt6TK+8QSw+iYVtGCCvFPlBJ4SShnDBF0tKbwNW6tx9YhZdM4NgKVPQeft&#10;nsQawS2R2vzUZO+HX6v0mjafZ4ATuHc3fvPb8sPrr5Idjz4ItctOBYuO2bBZXvCCy+Q0JIquWr1a&#10;GZgSfKATVYSIeupYymPFPMhZ83bTI3qPFWdsZSaYM3k82/mYpI89Iq1br5X6zB6pJ16bECRa4IVa&#10;Gk5Ery5NA8Q+mIXUV5vdQkWyZrl0ToDf1YlnSrx6nTbSBFN4FrC+n6hUtN4wZgqseSg/vOtOSW7+&#10;ocw/CsBpZgewaXoPRTpAoY9hXZNIGXRUUd8hxrmwviJzL4YUvLL1XPEnnCUJvIcZLJNEdfWIHEI9&#10;BX0LzVHwGdGH0NMV66yJ+p5MrKzwohrc7HqDTF9iBw9uCr3GqBSuVQIMyYLjAJUemGpVRDZthazN&#10;Ob2PrAOPWrdWnnnxhfjahjaLWvsqs62tpAT+vOmpg/LDa66X73z3W3L7PffoQJdkiazd1Tp5ij7Q&#10;AK72gpX1jrf+b3nvBz8kK5ZPat39gstfgGe8Jp/4m0+jzp1Xny0ipGTpf+YLn5PP/v0XVOWwHOm2&#10;XWdN/RQG2zrACr5Xq1asRPDL2fLs510Mufix6vfXyN1dOgTNqvpZCTzr4K/bDcybpTbSUv0GRuiB&#10;Xbvl0YcfhRQZ8lH4UFPVMwrJ9VHrN8CTcL1sPuUEvKVM+5uXvPJVsLIZk7//4hdRr1e1vuSgbBoq&#10;rz/+4z+VJwAWn/v08+V73/p3ue22W+Tgrr0A+Cph6G4+WfQJpyKJKqhxrJfTzj5Thscn5ctf/7oy&#10;8bvB0oMN1vf/77flWMh5X3jpxWbN1LEkwOdecRm8Mx+Vb//rN7CvdsCmhO96p6sALlmRw3gelk2M&#10;yyXPv1iueMkVMg4fPK63tnpgWy2ctVp6zQjId/X5KrFEDxUMV9qKClIwmZfT+0W++xWZh7TVze8y&#10;VjzuBe0Umty367GGHHWOP0vSrU+HEeaEroO9j90tN99wr9x3xx1YGwdlHSS7J5x6sqzZuAn78Rgk&#10;4ADRAfBnkOfT1qGLZ4ge9BHCB0fAthyDZ/nysTpex4gbqS6tVNnnTJw+iJCMeajBpqGIWmjiF1h7&#10;s3seUObp/PROqSJhulJfJyvHj8Ia2oT1vhxKsTrOkoqChfRJZwJxSwE2AKXsGSOGXLTkRT/zSrn6&#10;ez+QhagBfADrEddvHz7lGjJ5G+wHUWthf1oHYPgk7AOTzpR+rFdV9RHAqLazkA4m9JJuQ9JDh2cp&#10;JeCpYXT3fv1KWbXlYRmDXUJt1WrzTgupvPoFysSy3j8LYRj2KGVmi+YseZbgeeSMPU2vb+5RBGDM&#10;j9oVqa8+BFbmZ0ia+eCrFgZgmsqaFcEZaguTJCEV1gTK9jPTvn0tH9jlnnQKDrmsYOtJAIvIOu6m&#10;aYkBGGScucd48M/3QUYbOSNNlF1e/GCave93mzZLrtTA17jkWVhe/YonxIHdlqmllyoBXFQoEJQI&#10;FEWBaSeFjNeV/z8yYDUrEn19eK+usLqKQsAoe3IJiq9yDZKTW3zoKZWvlSSFt51zpa8pgjYMlFT1&#10;mrMhoMt6A0YfPBNVtZTEIcndPlscJMJK8KEsWuLCTsr1eQIbO1MHr4oDhWuRA3aR2Zz5nJyTg3qD&#10;F7tgfwZAOBC2coAxTyPWQY7vqVf0XuQEY5WEiEkuKzhgViLi3QHAYxjEPsgp5xcOYiNuYmpAPzMW&#10;jTD5ZTGBjaWFFN8OmE9VGM0SgKgi4hsjDE3F7WSmh0/xfaSSJzH+vM2FYIs2Cma7nEQwcp4N28LC&#10;QnH7ZrBoDuL1x3BQjGDaMTw2ISvgs8AI+u5oQzd1p2axJpXlCNOjwaQBamrwuhZVDfpEgR0l/JX7&#10;5QXZqARTdU6FhrA56kaGg6ZFI2xMOAjs8PN611ZmF//bPLwDepr6Is03DhTX3E9Qtdp5FmmQMDel&#10;l5wS41DTAzenjXrboNhSN323iHx2TUPnyZKToAm3n2upyGrMrO+DDL122GyCqabLv070geVD1w4b&#10;kya9Uq4bIqf5i+m59GhoLMwoYDUC2cXy5ROSjC1XB1UCUmqKGeWTEf6UroVNqCGopeeSWalkX0pw&#10;vXmRdHWDReOMKdw8Xmf6wIxKb9OmeXANIS6eHnqcslJey1vK97eAk6SJKeFC29ijBOGMcZgWsn+H&#10;NRSH1/RtTDhxgPkgr1V4M1yTNle6Sqw6yghs0Rts7oBOMJkM3OHaIbPPm68ImZssAuKKUXhzHX2W&#10;uRCXnRX5kerx1bWNTGUOmK6njH4fqcpUC5L2dBJFLH6Pg394/TrsDxVtYEk/78LwWiPxmkzZqcjq&#10;yXUq36rCY+Wxh+/XAJCWB2W+9ogM06C0hjTjaI8yJfPkZy1AWcSFzdWHhKKVAFVPQlG24ei18OZc&#10;L2uOWq2T1YzyhJDEk6bmKUVBpoaRxGnY/Fzw/uj5i/kQjJDvRi5fkz7rIViuNHwoeUB0AqMsDghb&#10;7hHY8xqwqZWGXnR7zwoh9m5mIH6FXpuUTftKmNS4ggFovUFU0Ob8IRu6AQDTLU7zzJmXvfdQ8rf0&#10;JbDOSSkgZeDHBVZGPhyQYKhroIYrJTgGw//AZCN7gNbIU1gjj+P3Nzcqcs2cAX/jmsSd6v2t4xpw&#10;MLGfsjzcB7LmmlEe2BJSxsMhNOosLbeD+82vIyNgXE9fk9ZQ8jufN7mOYUKiEt1hZ4Ebcz4u9p88&#10;tKBDL0z8qhNwJojNYI3ULAHoU0lj73meAwEMPKj3PtHUXYKAge8M0N5OJwJz/H0z+IGaTx8VYJH6&#10;xyRBTtMNoSN8P53IDmAWg7GYPYMCFLGlF85KPhnrBtA/SJ/UULirwxC7HzjPOKRxBoAusCm1VzPf&#10;Qkgsxxhugr2jjXNMh2M+NklXOdWxJOs2U92S29zAUsxy6cGAoXwO0hWFCZ9DJ33rejD0eRCQKybR&#10;3h2ef+APAe4NJMmVJXNSAkSd728UXTH9dUsD2eH9Z2XgrChOsj6mni8arENJzvpDQorntpDruoHg&#10;Qyf5bCS3D8h8+VqFotu5wgMn8729wMKvglzZWRmoj1CQ8PL97p+G31ET64TPAVgN03OZrhcWYfTv&#10;GRlKtPFXAAfNEs8oTo0rOhQ1Fjwl4RN1+lg5BHR09XsJ7hGIqyhOhPXJEsiZaXeTSdbDQZasZp0V&#10;HRYRhKcHH2VaSWUVispxSK/WyVFbzpblG4+TMbDRyKqPAuuhMBGPLT3OZEPBhyZPbK3UtOFfxNAr&#10;76luMUuoKMgXBWkMLsqoZ73gsiXpo764oZmIO9xCXnr/j8KAQq0MvA2k2x2v9WKaBasTNpWgQd8M&#10;H7Frr/0e7DjuBMC3W+/dpuOOkyte+Ity9tPPg5/uUWoA35dYj59RTeI+kMrl0q1wTlaVxW8D1DgO&#10;Q2JVH7BOccp2ZjAD954M3niVHagDtt+MREqkdKI+82lLa+guAlwovVUWH7621WnokJXgAQFbFMyS&#10;ji6X7uYzJDp2C8C3YyFvY1CH11TyJASsqBcg728U7jVSXuWOG6XN1zz4GK5RVy1mumoTjfUBbDHu&#10;2FAl0UE7Q/oYygdv4mNOkqFTzpJRBG90EOrS8zFiwnmeOJ/vmmoWoUwroYqFwHJivsSuYPb1JFKs&#10;A5jEqkNJBbvaWsOoV2VqsTmJspwaMjczC9njbpk6OAXwNZW1G46Sjccfg2fFwFCeQZRzsnYZm5gw&#10;ZQeHrVACNdCLxACceD5EACQSZdWY/JW/SDEgs+9vP/kpufIq+K5NT2ljXkPNPAImlUMt1ui2tT5j&#10;aAcDH/iJ70HQxNt+6zflbW99G4LRTgIQAsbb854rJ2zZIu97z7vliSfgtQhFCVOZyQTOKBtXN4rE&#10;1DM4I0fwfvieT91ysjz34ovlTHgJjo6P2NCYXt9F/mLcCy9z/dFkBYNHciVORckGQPgR/LBbvvvt&#10;f5Vrrv8hUl4xbOaAy8yT0SMmJGdZ6i3W8LJlK+S4k7fKZT91uZx54jFy6UsulxO3nSHv+p23y8zs&#10;tNqQUO5Wx7//GSDg5//ub9UihNdEAWa1GejoGR8B9KqCibgW9fEzn3G+vOBlL9bBN8kHp287W/76&#10;E38lDzy0o2B0VrFv/t2f/RmA1qvktb/0y3LysRuRFI3hPBbZa8D4u/Tiy+TjSOq9/e57ZWgU9wWf&#10;92nbtsizn3uRbMHPo4WNKnMCOJHUKr29SoMEQmBc3kMMpLsTTCKgkKAm7Wo9zdK5qwm9ZGVG22+C&#10;xP56JGHj+ekirBCejbRyyJrGsq4CGPOo5durNyAM5yxpH3UclBcZLLMelx9d+UO57767Ze/uA2qB&#10;8pzLzpfzL7lQVq7ZpBtYE6zjbC7TPYBgWFwdVSXeGHrYIVqFw6ahRiVYiKhR5UPHiBwzsOPaB7XU&#10;/OwBmTm4A4y++0EU2Ycv6ciK8WNg8bACAPLR8HlF343fc+3FwYpLn0Xaq4RznGeRPolOja/0dVo4&#10;1zaff7a85+2/K2//0HvB/jPGLyuwSbV0pFVVXa23NuM9rwnSUFWCEp+OrZZhbXUwsr3R42BMIxs2&#10;63nLa83/I5Mdn2nHjfdL9NC0bHzRxVAtbTRWGfrFEQD4TQXvujbcjoM9AZ8JsvfS0COTOU3SR7Vi&#10;dTrAfK0DyPJLsz5pacHO8zZscJkEXzzf8/VzIexQ91b2h+bd5wLBxsdBHmpeRQYaBUAtrzsk+MXn&#10;PRZ7dIJFej1y/pnKbLuB/OBDam0IEPE56mx2DGk36zEJfQnuC4Ca9z2SB79ea3D1T+/Y32vwiStJ&#10;eKUIn1DP3yApLcgOfM8a9miDyLRk/WEkJRuiKyYkJdZa15RCqi4jyBfHQcVViKYLsFWxDtcjZ+Ue&#10;DvrUOvPts/o/9JZZp5Ajm72gEZzy+sV8/c0XN+/rvKsqoz/3LtVf5ayDYE2QA3JFkEdkayVLu0UR&#10;mlUtnbdQRxTyXV/4DSp4SkUogc1C9u17YKwryZyJTxiV0vakMtXFG9aTA54JgQ8fFanDumAJHNDv&#10;bjXe0Bj+vQDEfio+KDOY7MyjmEgIglAGwCQfXBzKKOtIxjl6FaZKY6slmj8gsZjnGwsZyiEleL5Q&#10;xkpAh/RoyvK4iOjNpGlwJRNtLrIFVLTz+JUkBzBNGpHK8WtlBTwBJ2DuW63XTO7XbUrIjVI2SUzv&#10;gbQb0skyBYj4kPhwk3LgLT8AVS7D0AUAPi141yRz+EwwSG2AETgKqWjKFMaciquIfKzFierpnQVW&#10;ROGC+5DQRDZc7o3hSqaRaUC9rXjxpQVa8r4M8w1XJM+54jDKu+xgz6y7oxrUE2TSZjbT141KKLad&#10;+olunKR5L8zO6PXXYI/MHk6Cky0AcC1Q7nktmLbFA5P+rT5EVFOKF4XNSScu6kWI701CZmnQlfO9&#10;dbQANKYbY95nAegdBPNzbmpBGZwHp/bJ3L7HIW9d0Lc3SqBPwBDFnJcFLv2MGvqe4DMD1l5bfzWV&#10;VUDGogtS4SSOw7U0qbULhzAnpBFTwTitFUqEh3RyOwugkYU4D7kFANJdpkYTYPbmocPtk8Az1yPl&#10;ySobzYIxaJT0GBPO/CHpTaVMQRpQBzBVDwxN7GXSb1OGV6yRKTIkO6sga5lE8TQt64OPQxTuJQ8D&#10;MgEtttxbo5BIIddImwfxHgGo830S+KWnJp8dfKY4NMSRGq+ahySLPobfrcVzcsy6NXI8CtzJNWtk&#10;CPR/F5ieadqypEvy6VnA8zBVnzxvFGKfX89B7soSjI5FX+MO7ark+7+/CCgIG1meW1s8cUFOlDN2&#10;raAPgSyF8a0ryYbLVv6HouYNpCT0d5KHfP8+ywa8pmRA1uGfgnna4r/PjdczHcCgicf4cif2pFvQ&#10;dE5jmTGBj0DduCeI5sL6sUecTz9h80oJDMqCR2IiwRw2JPzWQ3hAMwAtlfBxyVNgA5yUPn7B5GN7&#10;wyKPRVvw+4s0NAicE1IA8czyed3dCfsUffmCR08ZNeFhNJtZ4aMSpGA4z2vZ1NTBXpCIhICMhrfJ&#10;azsvE8LfVZyxGySwbPP9ie848mUUqZeG3AlXh3hNHc/sfGopeQQIa4Hu3g0Ael6CSNdSfPfjHBuu&#10;mNk1KzwH5rUB4BWV3w/S0nLg6cnCN8oxD3mh6MrK98Py4f5r/ik/BXlQhvsJ6IuLmXRuMYtLlpge&#10;L/E7PwDMH8q/bynTw2J4Kj0gT0pGx4f6R9PfMktjNVkGwZlYB1/UoZFRMQW0fOeUYEjp9AysVNnI&#10;Zvq9OX5FWw0m5GXB0oLNB5nLZOfxJ1MV0e5kKoVaaHaUAFb1llTP7+NZz3/owdQNfnwV/R+fXa5Y&#10;ek/Su2lEZSYzDRaXK2T86C1yzJazZMXxABgoUeOTGVVLIN9iJvZS1hD/PSvwP+k13KF/OqXKJm3y&#10;Gt5DmR8lip3gf/zIffvlX776Rbn2hv/Q2qCBofbGo9bI8y+6GF5oF8vadUehCe/YpL4M9D0F2m4X&#10;ASwEdTQwTEEqJtBmGj7GMDImlXuABe07b4L/1W6Y/M8WUnEGITUzU3gQuGt1DmANDmNwvcyaCypD&#10;RtZKazMAvlPPlaHjjsf5wMCRRAEdtL4AYrino/EenlRAiQ1uY/duSW66Sbo3flsqM48qcEDgotMg&#10;80XxOG3qOy17ousj8K4Dq3Auq8kI5H2tp50vK846F4nwFf06Jrp3FrE8Fw8hlvL9XSrJ3MPPO4on&#10;ALRN6f0iwGGMB6zpJNO+4dab75B//IcvyNXXXWPsGZwDTTCjxkfXyJaTzpErrnipXPj8ZwHA6Kiy&#10;g7XeiVtOk43rN8rOJx5XVt8EgKBp9DuPP/6EbEfow2lnnKXBcx3UoQxaIVtOh1F4fmdmZmQcRIc5&#10;1JQEEUeqQ+afRVYb6jeeXWOTE6i/myrV3Lt7j/zaW94i73rP++WMbWcqkL927Vok2P6evOVX36TS&#10;afZl8wArV08uV9Y6B+B1gH9ccxvgyfc/IC3eduEzS15TBsYcqZqe/RdZax1VaUWsvCEZrchf/cVn&#10;5ev/9mVc3xlZPr5cQ37oad2hcojhPCBzjKniq6Xy4TZ6v9tu+IHccuP18q4PfVBOO2mTHI9Qn/ch&#10;Hfc3fuN/BR9Ub75aeK/DSVWHaV2AmCOTK2QWrMi6hglWFNh4M0C6573k5QCfZrS2puSSqpaTTt0q&#10;H/7ox+W3/tevykM7dqiPM8kp9PW7GVLgvfsPyJ//yZ/gmcBgMzwjq046Wt79oQ/J25DiSyDvZ3/h&#10;1fLM5zzbPMkVJEEtBNUXPfyecvAG1uIGvK/HUeODziJVbckwgQE5ZBhy3cY3/0GSB++QFsC9YfSo&#10;TfRWCROtCcAx7BIGlw08w50tz5HG5pNFliFYA9fyvlvukAe334/r+UPZtx8JuNjff/7nfk7Of9kL&#10;sZ6qOjhqtLhHoO/GPZlYtULWIISSwCvZ32OjAPkok8WDypRd2gU04ZUHbFD2w2d01569+Bkg6Szs&#10;BvFiB54L9OpIBRmuw0e8slw2bNwK4suoBl/ocNXRMz9VskNRzwRwzPXZ2/hiyElgkH3pKS+9XI79&#10;0hdk1/13W/gBnhUqsQjAOdz/FLJrDlY6Wo2GwVuwKmPAWiv4uPIspJ1Bi4oqBpjgHs9GAYjpckix&#10;QsZOOk7WXnaerD//HBlavlLmd+2Ug1gnZHbymxgyqeNeV7H3gnrNa1J0UpA2JMgoNVDS5Yo4gkSR&#10;FA6gyuoNctwA8PQq8RJYE55LHSz5rFD+GADX8zfOa00Fy6Kop5JzOUgnOshweXqrDwmraR6GkXsN&#10;W4BDZP4E9nehmfAlmliBORSDOG9SX9+vXshloBKwEk3fDYGekvvDFVYpPrAes+KbrQyPjEySy5Nd&#10;b1qsOQTigwLSF0vIpM4+qLqiYlgRBWBLA0+85QbkCZpUZZI5p1+XxCbZjqLgs2fvX3MZJFeIRn3t&#10;We6rx2qyTXWluOARHytm5QPL0uWe8T5440WlcBYFlNOiRzQPv5D3UJBhvGFJAWwsDy596HOzPME4&#10;sDn1dXKiQP4eNLw1LrxppeRBXD4785+dheFsYsCUV1DMNM9m7qwPGSe8kMrS1HMEZs3LxpehoVuA&#10;1BIBC/AqyShxzVBUknVGJJzBBaCbczJH6ESbIk04sYtuKLB94DwGW/lYLiSNFOmGTqWSeWIrL24T&#10;VPj9e8FgqcNIulrTCRMfolZmwBcf6gwb4QSYTENVk5nwQKsEL0FLmDX/NgWKFLTLzRRtwWpsu8rM&#10;OnLgwF6wvhoKMsZh0kCfCpXVJuYBYJLgpCdgcjk6a34g/abBNBg1ECiPrM6NJ10uXywkwr7wNTPz&#10;T68sgqgA8FwwqBRdxKkyCbvWynJaHNn7Y5Oh4W/c2II/Xzdt6wTHh4Qj/kwaezv1QkPgBAqVOBnV&#10;w7SqXnoV+6xaUHZMohKFpE9+bzCE1LuQmdsQp6gNAHnTM9hwp+HFiI19God3C/IINQ8HS4bGryo1&#10;VsNRSO4ajZB221LQgJNZMoRUThS895R/oMm4WWEenIaDWqXZIW2YB2s0NQN/ySEZX74GnorDMt3a&#10;J/sPPqpM1AieFF6BssjCH3L5N65zJaqEWVgA0ZTCHIV7kxUbpj6DaaBQE/TtBp+IjGxJS/qZbyzI&#10;yuG1mPauBsuP0qyDuJ5HFaawLmjqdcqUBfNYNB1DwVQ2QUPCSVzc5UFXVzPiKpqBuG6FZhwOljxu&#10;O9XgEKT5gsa/Gc3I0atXySR8+eqT4/ieIZ1GdDqWisXmMNaU5gD0O0sIU5ZxPgnONymJ+gGLPnld&#10;/yZ++DBcXzDaepPm0iHoepHhuQ5CWaFqXh0o1Wm+9rs64ddpYr7puqXYev5J4YzFpvGHSeQcYKj0&#10;GdSXmX4DsqP8IhXhAuWDNU/yDJIASiRm4dO5F1KpHfh1B1C8sa590UpHib9JTjsBmGv7XuBJHrSe&#10;A501bf+BxXljvBHbZaFLH4qKNo0GFHSDZCwJmeJZkbTlVTpbCTeMgv7hcNjRcHsMz7OHhw82B5Nf&#10;tDu692fqg5kGpk7Wo3L5rAB6OjZSVGYI95SOpvtFyhxph7+TEDrSDoAwf3Y7pAGnpXvCwqGjrD+c&#10;Ec4GFHw+20Ea0i01krlsmTI1jbaPDNSn/Insyq4PTO3MK0NdJfqaBpeIZUvGAT7tGp0+S8IV9P+p&#10;WIdR9XuWkE8F5HAFC9AdoaSxJFNVkDQUdG4pgO7ILdr8Emm3Axm2S3rfLZbiLtH/+8VAX+G950tL&#10;LgB5kXNLyHJ7QSTe94iZg+BkztJiQ6W1SWSgN+yMwZRA87HAoRb2fIIgOHcrFacgjjbS0GsRlPNF&#10;yhoDiOyFuhrchZT0tnnKZsHMmW9ruB7nJ4XuC62WuqMpK4yvnyQqCMLPdmqBUsVr1tGMN5QFgeHZ&#10;6Do55qRjZP3xW2R44zFIc8Q5gMEXz8iOjxTcZiPRSzwsp+JGi9az9/6/JxrXDezH/sk0wk/tfXGY&#10;aHZ5XQ1UYPHcBut+GgEBN1//I7nyyu/KY088gkCtaQBEY5AKbpCnnXOOPONZz4EH1godMtKOhVLD&#10;fr+4HhP2SAA/7ynDa6kUlk8bWVAeSpjKAcj+EIKR7XxA/OP3yVB3QaVgqbM6gXuro1cy1QcEXmg/&#10;UF+mkl0GsnQnwN4/drN0z7xAaquPwhCvYnUZbUV03bUVrFa/X3xuh1otmwI/HEEjMcIDYgCLvoX6&#10;vsphjAWSRITsdDhoDXpC9n9trfqFuQ3HS/X0Z4hsOgXsrFGZDiboKmnn0Mcli4Nb3OFXiiun9rgy&#10;K5P+3ggKHEoCuypREGoOzLp/+8rX5L7771QWZqPZ0CZwDKxGSkRHwaDigPS+h2+VP/z4zfLFL62X&#10;1/3ym+S8C87D92MoC7bfi1/4Avk0QiZ4bs3Af47gGj/HZz/zGXnXB/EM1VhXD2l9yjqLQ/LXIHDt&#10;AJiDP4An3zCG1rHWUTivR0flkvPOlgsuvUyuuvYa+fTffUZ7mXq1qmwrAoIf//hH5V3v+4BsPnGT&#10;njvLIe39i098Wj70vnfKQ2CwrVq+Qn0afRhCnwBW5uUvfRHC3pBgDMabE/PSJkis11kbyOwInoBM&#10;/euUmaYWFhnWekv+6i8/Id++8nsK8qwYnVCAm7wAKrmG1GPcACRaBsWJ+Ui2UeMm+FkzuIYfgzz5&#10;13/tV+X4rSfIsZs3yR9//OPy8Y/+iTz08MNQ0YDhqAEhmQI0BFT2Htgj47jGa+Cxd/q20+WSy54n&#10;RyPcZm5ur565BGJyVj4/WgUA1G+943dxfd4PafEjUCJEel0qGOzvvP8Bef+HPyy/9Zu/Gew+nLK5&#10;hhA++fsf/T0Na4jA2GxlEoaLxtLppNmPuT152dUli7YeAh3xCym53eu+gDTse8F6ndFaocI0W6qF&#10;GFZItjZBW6zh5spN0jn5TEk3n6LkkDmAnjd893p58MEduDdIswYAvwY+dM97wcVyArwd5+hvOe8U&#10;3M+wbyRYzxP4TJPYj5ZDOVvDdYxUpWYKH9ZvCwD59hxMZc8BKPQQijiNtO4WQjfAcMDXzGAtQt2B&#10;gcDy5VANQb1Vx15Sw/mRBcAlc0kIKan0Wc94GUSFjGiQB0/wjOMZU8G6efUrfkY++IF3yThAVcq6&#10;9+MLVgGo5PNGgsECGOmtADzlihGeq7QXUNl61xjy3AqYAd/FmTeH75cVE1LfsFEmNiNQ6tnnydD6&#10;9VAkDmnPS//AsTXrsEeMyAKGF43dj6j8PiVbmlLu8BlUOo4eiD1gLqFU4LybBh+2fOvOerVUDkYF&#10;/3sf+ja9Gkncd41yALNgZrleCIMOp9nLpjZAVPZaZoy2KGexRS4w03psOh+yBLwSfYwspWd1sA2z&#10;+5YVAFYOMuU1UOEjXrD18/fkctJ56E0Dqy+vq0KwlCuR7/N6Xi9TkR4bPrPaIxgBJssTcp30fOZC&#10;71r2UtdrQoJN8APjsCT3FsxK9kH9PkguDEBd4c2YpxEb2TIECxXD8zIwlhOtfFB5+IIoZWEgtv+k&#10;eYJwyGRQQLvkid8DTV3xWRUUzO9dFIf8BgtK089mkUoFU7TohPP3GkDDIgch4D4K8sWBsVi2s/C+&#10;f+8v3du8PQYRaEgj3vngKyCUmVF0HjhB017apQ+zkIQppx9bKdkKPHBN+pB1ZAaFSaM1o5vm3Q9f&#10;J/WDTyj6qsCByyWksfrzkR3WjQycqJBBpeATiogkK1JlfEgeI+U4ic1M1lBWp9PEmemZoG1fpXI+&#10;H5lZIjfRmSn4DhCw4lQitthxyjKDJLswL+QFrSZVRTz5WjwsbZMwVJeAk0pJ2bjGHZUoExzkFJB/&#10;zgeMP79aqRegmklfejRfzbDLDTIL3pIzHX+f7Cnqkzf50u91AeVoSjCFzCcpCpx6Q8350JPRp9eS&#10;TShBKEpDUldM/JTRw3TioVoIA4nC+5OQcNxVVp+GXOBzDHGMi+veAptlAQUoi0wa3TKsgibQmdKC&#10;uxYkQA89/N00/u7AzJRKGhZwLzg/HgVIXIdE2lVGjSWnjDh656koQpl8Myg2Zzn1dGZuShBOvSKD&#10;jt9sCGz6w87fBUNUTS9LnLJFxRtDk+ayNBCebe7Se75n1yPGqABDlL5jtdA8RNW60YxDAk+swK3S&#10;NtS7zCt45i3FWX0XzTA11U3W0HKCEsrGyiKNd+9i6qz+h13T5i8A3BxdNonJaFtl0R3/MK7VpsJg&#10;NQtUaZ1G8IXbtvtMooCIMFJfMzkit+Jrp3c/gbU2ZlIupGRXANzRtyKJrEFrK/AnshFeH2shRzkG&#10;U+JRJGN3mB7In8yQFjAYK2ldJRhKX6ffGuW7VZNee1cLh7Y3pl/w1lOWaZSFVFFXMrmLFqdS5es/&#10;l7mXgkV9iWElgQKvoH/ZKSLzxaTJ0rZD8eCjwnfSU/7sUp180OdHPd5084uDPPipMEQO4fdUCuPw&#10;pQ/Y56mwRJfiSwNOL730yZKSOfgaLsFMClNTMtWg3JOdAI/vAoBwPRM1OhohbfIvfMoWJbv4/DVn&#10;mVstS4ywIBxn4h1C5JRDV6MAS2mRiyKS3qSYbo6E6fdsiAMgeEb5Lp/BVokK3s6ZTc58QgxwxYAB&#10;67mCF5xFUzUZ5MWUTRCYbYE1yn2rri1iqsUVGYORNwlUFgcmnkrHMgX4tLBzSZCJZOF0t4M/zotA&#10;n4UiIQoMvcyaggAeRQUL1BdyvfzZTr3rATrhczGFVyeXfO0Q3tQIcgzujUrspfQM398ItgydAAbm&#10;ARJWJ6V9wHfuNXIk2EhuyuBLoEY5vdf9JPkdT5GI1QP8XN/3+kLK7p/6GwnXyksvbdiVQhj6+IKu&#10;bAPgDum/5/oCMQYTel0JZPT9E9zS/e+zOcxlbUvsBvn8sZPmphyQ6aIOYejYHH6hv1Ogzqs3ShZS&#10;ersKJiUKrNgQJXcXILC3fDSBmX5brRq4B1LSJZr8bleCtiKc/BPMs+fN2AUE+eIk+L7wWUoMBBwB&#10;KEg5cLMLr6uhTbJu7cmy6phNMnn8ZjTCk/g5Vas1yOTqmuWFpp6rr1BPYu4Hrvrgfv5Ub75zPxkj&#10;z/sn+zmDbPIje381+iC25nUoOg0Pxe233yHf/49vyH0P3QWWFhhgYG5t3gw/QzTbF1/yfLCyVuCe&#10;1vX8zeXfDKorTMkXgXmuj917qM9QBTOYDXAV51e6f6+4+7ZL58G7JYJfVjK3X/fGSJ+Rjq76VLdI&#10;1K1ZYuEp3gbAXQBuXSRaesgB3bZnSbJ2o8mzWfdg4Q0lxoDxqHno88rAN4IkAm/k9I6bJLr/dnG7&#10;H4UqBqEP9D9Gzee0FkqoqYNFAut586uLIAvOMNDPECjh4MXnTt0mGYLHhiknJ8itEqhKcZ7lSaZS&#10;lnAHXv6TwcJLSbBpTVWtx8p4nUMy/b9++cvywxuukgd2bEfwzYwm05KZV9f9HK/D0AMx0JHed/SF&#10;Zn2+Z99e+b3f+6Ccs+0seeNbflUmoHp41Wt/Trbfd59cdc01OpAlmDcK0O7Gm2+V/+8D75X3ApjL&#10;FLgxawwF3XEd3/qOd8qWf/4X+cqX/0FOP2WrPOMZz5SzztmKZ3FM94XjTjoZ/nPj8sm//pQGWvi2&#10;nTutRkve/553yUt+6kXwu3sFepIIXp41+cM/+ph8BMDVbTfdLOsgab3ooufItguejt+v1wGU2cTY&#10;88vf66Cakv7ESXYE2FWubCLDjffnwfvvl99973ukC+YXw78y9HUOa2UIAFIH5/s4QJRzzjxVjjvu&#10;aKnCUmkW6pwf3nqjAlO8k1WAQc+CF/RLX3mFHHX8cTZExgI46uhj5IMf+QN5/zt+R+5BkqzKn9vd&#10;gqUzMTYuL37x5fLqX/4F7KkgVuDe2fA67g1VLSJVa12+l2OP3igf/djH5JOf/Eu55dqbwH5u6rAy&#10;w/c+gOv1up97jfz8G14vl1x0Ie639Xg1AEMEBIZQNzexHtjLJSHZuuuf4kgiD1fQ4V9N07mrt18l&#10;nduuE4dE7gSKsC6tomhc1M1UUq8SaG2A8Y0Ta2T6jKeJQFKfAlzb/djD8sijO2UHwMpVq4fkklc+&#10;T5Nua/DbY7LuDM6a+XmyD0FQwMA/xrM3Wif4inMEKbzj48MWIsTwAHyuedy/PQeasn8/yDEAuvbu&#10;2o5+aDf2uq4CtaM1WjOtlNVHbQG4N6rrl2CusZO6+mwakSMJTs/WW2RZT0KYnz99TjhBMaR9UWa/&#10;78L//NwXP1+e/m//IrfAo5ErdT/+/CH0plup6CJpJibr0BfnuHamWTjLlTHPIQgtSfHZj14no5uP&#10;k40I+VmGMKkIQUh8V7zPJmFMw33xainl0QstAwA/veMhac7CMZB2YvSIVDZfYAZ2ugrcK5YQq5xK&#10;Z7uazhu7XrsTuAhp1jsHswDeZFFW1DM5huECMcWslXrJ5t6M3mxfj7Og6AvMsACAaTWZdQNg5ItW&#10;K/fNy2s024t6Sr7cTy4NfoHFes3ZY1pT94o6XwrrKFsTZeHsT70paFTCGzAHZRRmPoBNogSZHDDL&#10;WYdRieygvXISB0Zb1OeXp8P8KCuCAZcKUSr8L53rsRDzP/TWh2YaiJloJoO9pi+pScLZEwC3/ozx&#10;0rPvomBXEwas/Pxpt9+ZpETeKvaNksWT+gqWAkyyTHoAeG5Lo2rKrik1A6iYhn4zypObpectmNvA&#10;FW80sBZ9iUTWX0D3IlNywDfPYkoIXiVMKtKk3RFlMnBqyYSTDmSOjH2PgkgqrkQ6WSCwtHLlCjX3&#10;nwRraaEzjU18QaZmDmBzuR0fClO1mNH0MOBFcTCCaQELhdxHiheA/00teDe1pDNdDHnSStCdc3GR&#10;hWIPMHw4mBgEU1EaaWZB406sooKJDYsvghqdZsumNZE1ZiZZzNRQV8E/MuHwM4cqBnpRqkk6e6LS&#10;yUgnc2nXbjInfrv3zsO/AOAJ0pQsXsKSuLiRd9ky4nPwcDNqqC/SUyx1JVKpgW0Ezh60IJ3tFUG+&#10;ZPrZP9V2uRQs4CB50EeUS1czS1pjIjKvZco23cfq5ZNGJhlOorYWiPreGcTCB0Ib4sgYVIGOxIMl&#10;Ga4FqRI9slpqvPrInn2yc/c+TIZmpYUEuIPwUFzAodsCjb8J9l1XGYto6LOsSJblYmbTTXCR92KY&#10;hVY10omgJIZMc41RrpoXy9ooBQmgJ8CWWBIaPxdZe7F6aLhg3ArGUmVIKbbcTDllnJ09KNOIek+V&#10;YUoZMZsaHPZJRe9txRmYnUuylNYbBU+6TMKDaonIGQ5O0r194etkG7Yx+sxgldedyWaUjDM1uIFp&#10;L9lJSRYp4DfE5C8wMZatXAVmv5d9Cw+CnbUR066hUhOcGuWa7ysJvgq4lvWYBq14brAuGTLTXJiS&#10;4TX4vhm+/4aC3z6E1mT0cMH7X4FkrlPgSbNp3Wo50I1lJ5mRSMYawT3wYHnQMzHGOlEvvJpFOkcV&#10;kzE5rlGGv5A1GBKKcvlu7tNXBiBK+HNhSGssrAHfsqXaZ+/7In59AX710oXi3PDVGxAbhWKD9yfL&#10;DxR6yaVBHq+AjvnjuUWG7v4QqMYSgJ8/AkZKAPAKRtmA318O9LkiAssdxszZL2JDaoI2/nIan+0x&#10;bEOPQmu7Huvr8dTSajKdZhMcy0JYkNOwjW5Ix02WAJOi/J5k1twngTVHdp9a2JbCSVKV14aCIzDm&#10;uOKV4Yb3sECwi++FDNGWGpPJFLT6dbK0NZXNWIeEXjmIqQV/gqHS+yEzr64ydjCi8Py0bDSistrY&#10;h7S4yMA+gusNF9h1Ps8Vz0opC8YU5I7NYJFuYPflUmTu1nX9PAWfT6+TTk8z26MJ4w0pgJr11qEG&#10;f5i/JANCxilNoUQrztPNzGON03vvuodkjh5mCTy1vI6BsI3/HilvKIrcoRXu7idQZhaJ1QNwyaEY&#10;hH6pkJs+D79+NmGW9Qe7+rC2yqmeRUHoXSl5YwkuTGbfS9+fffDPnF3AwBPSxkYrUmuBei0Ts63B&#10;msiMLaNnmiaaemPZc4iqg8mONl58fwwsYDHN4SN9aNmEDgHMIOuAkt/hGr1jw1SXjJVGV71shxma&#10;5WL14K3XV8nE8uNl9YrNsu6cp8GuYVLBBdZClB7W2MsxmIOsYKZfW9auhtyoYbvPFhe//1XS2qfA&#10;B/SDeVCH4w2W/FSfbFG2maraHparv3O1XPmDb8iDj9yDxh/+wRiwbD35ZHkpkjmPO/FkWQm2C5n2&#10;rFtcGJ6S7UC1Q1frEjMNl1Ky6VN51Fl7RFMNmd5+OyR/t8rwwcdROyyodxn3FXoRa/UN+V7O6OBa&#10;cFV689EDF++jBjD3mFOlfs4FEq9bh1CiWIcT7chkimRFdbS5BFOUnpAEZ4BSdx68XbI7rpPKA7fj&#10;6M9U1lbtTAHbI9u/qjVdN7afM+r5OvRXQwr68mOlfi4ksKecLW34goknyNxWz1SB6qdOZYjrhjRJ&#10;p3VStIS81LklmHxHwB6l+USnMyE3fP8G+fwX/0puuv06sOgmtIknNtmGZHIYwIBLbVDUgOyWg1gG&#10;TzXYQKN3qAG8Yo1PKfOPbrlJPv6Rj8gHf/+jkCo35H+89hcU7FO7H2f2MJR63nTLLfL5v/1reQMk&#10;oQuQ5rJOVp/k4IT/sle8Ui677GLUfUPaI7E+4bm2gMH3yPCIvOQVPyuPPvKI/DtCJeg/1uGZuXxc&#10;69AvfvFL8KyuyxVg7Y3Qyw77w9ve8wF58IYfyjow5EZXYFDejJQggnG7+R57W3tUsVACy2OJaapD&#10;QyNPuu5MueU0eI+t0t9/7u+ksXcfepwR7ZlYu7KurmLo/NznXCAvRvDGOoCYC/QGbc8pgPWi175a&#10;rvuP78ktV10rP/2al8s6WMVEbZWKqX1Nm+Aaas8UwOC7PvgBec+73yMPIFGWSc+sxynLJCjwmS9/&#10;VdafcLI888IL0Z81tH7TQBHcK/rv1eFBR1Yg+7SKq+r6mEC4xjvf/tvyjb//unzy038Nf3fK4ata&#10;e5wNUPLY5csACBPYa+q+iiZAgacFh/WJvq+FwbeysPAcU1FE8Oyp7E05eJLdhcTae34g/t4bsW/T&#10;Z9pA8hReKgkSUuyZbdk+hqHt3MRKSc9HmAj6yRQF0SN33ip33nyfHEA4hssaAMvBkF11jCQAVGP0&#10;4rMzCzKPz1yrDiNQbzn2BhABRqBsA8Vt+Ypx0bfNEsy3tNKZXcjkwYcPyN233SlT+x4GOYOMNgaq&#10;TMJbcRm8EI+VEXi2koBR9W31OuPAg95gKhVlDFA0ah71/DPsHTEZvFk1wHBGXvEBnOrfy6IiZMIH&#10;hRCD2hr4Wb/yP98sr37DLyFJ2un5tg/3YBr38zj0N9W2VwJQDvSpZVswGYuZmzi6QobOOEkmzzhd&#10;1j3r6RKtXG4DXPpWO2IKAEHdEMJVEFxYpUd/ot6TvB+ZgoXYSeF52tzxGCxwgHUwVXjtajAjq0rY&#10;ocKLllQu6nCKYDhHAHt8YPTlDbgrCFeuKNaVsKG8Tq/9tfVLtucVHt9h6JyGayNBdmtWdRZskbPd&#10;oiIltxf2UTIjNi9CWu/EsfbH7BezHCAr+cwVjPhS+m8OtEkfKcH1eBul4zMLgF7+flyonrOi74lC&#10;2qtZPllmTqq9fWGgVIRNZOpvnYeG2J9H+aTcQLAoSIa970va1XCT/GzIcgKTLxQPGhGC+04w3YcE&#10;YLWEo19xJQn2T2mPfdpX6fjSIMpeI+Sg2GoMPWiU+xRG5TMqKvwJlQXIgV1OWBMjLSmEnfnCrzdX&#10;Umb5/XfGzOSZtOg05M9RbCzYHIUaKM5B0iJopBRg5fon9DmulIOfiSbbxqYrrwaTXr3oPAWyWFMQ&#10;dcpMI9usZxCZMTGLjIwqGzn4ZWCKRUrzyOi8bqwNeo1hE27iZ7YxcRuqjxnFEptXldMOXIghgEuc&#10;tGTBcyxfUvrheJO9+TCxIa2qXhoyz5TyT0ycIAsd5nRRC6+uTirHIbmdUbPKyLwAyFIjs88ZTVZ1&#10;+FxcBMe4OWOj6yj07FT+YAACvCkAKraweST42ukZMMXmH5FxvFZFU2kpD2OoQe+QrePf9aEJY0FS&#10;akmjZ7wPmjmz+CFAzAlGUrUD2lBxW0jasuc3SReXKx7IKCQVk0Y9D1PmWVDCaWbbgGaojck0/RjM&#10;y66tbLYGp9WlZBqn/lOpgpn8RXCMjbrKmfE5GUgRU7rGv6MkRZN2ca0rw3oPZufb8uATD0oDPg8t&#10;Ng4skHhv0pA2m9mDlQQdvF5bAgo49BJljDXtcWSjHteLlDF1CqKJeEgqyjemLg4W+nfQB4UNVAfr&#10;awSJtLxGbH54nzmJ4Sppgo7eBJOQYLUlTRmQy3vJjbYKsCxPreEBpIk7WVJwQaK4x+rTdF6m0tKE&#10;M4hs7Vp11JOMt8t8IDP1r1AZVNcSdjTcJIDKSUo5YqpGzICWNexktB7JQRSeR6GwHKuvUEkkCxmX&#10;tXQ90DOH93kYr7NAU2ZnCc61kVgLI8fvwVocqqyDVwUYVEjhjZO1+G+baKxBAMiGFctlzQrIdcFI&#10;eHSuKXvg9dJs2eGX4R5UFng9EaBTR8oWvq+O12k2uN5xT/gstslUaGkyJCVNXifHiV4vFu4KIikb&#10;pBaM6EugX1G5+0WR9NJzdgj055L/UxSbIXaQ6ecFv/2oNLj8R8E4NiQ4qdw9TMp8mB5yUw8AVRaS&#10;pi1EJevzMS3kkNJT/RYaRTeQ4Ov8gPm8FPL8nomt+TL4JSbpkesxkFwItMivTZFjEnw4Ca+ZDyga&#10;eayfOayVx1DU3QXJxk34xTW1W0cMscoYWDq28UxzlKLyEPz8YewPBAgJirWyjl6D0dgVLDmGXpDh&#10;R+HPHOUVzoqFWQUP6VmXoBZ1WjTwzXOXo+8Lr/uop8wCaaFhf4qR+jbcYUAAXodmy9h7hr2xLzuZ&#10;rRU+6FHYg5tkEur7dppSStYsE9YWcpP/QoId6fNu8g2TOkqRWmY3z9LLs5Ic2gXgzw7rbrjmfC2C&#10;khIGKtPYG4YD8zEtjJa9DrTSsA4aIU1Nz7fIfj4DS+grSAbATBjMNHyigA7ZtEO8p2QW52utJH30&#10;ATSPQ9GShmLYlQ5j19fm9pNKC1uLPEl2IDAxKyXXDgaB9Io5V2BYfUxC75YAJVzJP6QUylGiwVno&#10;kxvAzHveLb3Ey95zE5U88vKZV+bNqNoNGBPmbKAlWV6ld5zJQACIlwFhcJ60lgdy9Jh7vsQqLC6O&#10;L7ELdU6YmKdTZO8VS16msIfONQjwpWHijT9XZo19X4tzLA79nPm60r5JGTTaXFv4KqW9rKcWWrEO&#10;HLvqSxNrSAAZ6fYGqgoOpj4LbPNE5ZuiPm5Oaxb6qGWC9FyEboyPrpajTz5dVsH3qbZ8tSYo8vtY&#10;eVYYxFBVPD7sS9hDkrhnO5K1S5Jqtzhg3We9e3SIgCPnBi1K/QCj1S0Cd/r/PipydSXYvCwNCLkB&#10;yWxZYu56mePKbABwVTHGOs9nso0rFe5ZmTzy4B402DfKrWAm3bfjTvzZrKxEUMmZpz9Lnoak0JNP&#10;2QKgdCKwWwy8tUAqUfm2V5sPr2w8fa9Z1rc2ixGZ3vtI/z4OEp1KsBPIcK8z+Hp5SDWze2+S+gEw&#10;gsC8oWVJFhl7rw35cAwbmap6MWa6NzIFs9M2Y4Js2TpxSFGubt4qfv3x0gYowjXC90hAT7cfrJfh&#10;oNbhu+pAdeEeuE/SW34AycOj+AzYMYe66v2rXlQOMm/a+bCRjGoWDIN70oAqw69dJ7Vjtkjt1GcA&#10;5Bu1QBntMlNdU7oPAKAYHHtwj+0xQ6Oy4+2iHchSYiMFdpTZ713h4Mu1Pzs7hzCGG+XL//R5uf/B&#10;B/RhHQZwkaoHXFNlYyNo5pvwupwA0LQcPnlbt54i515wAYLJNsh9994jfwc5LX3L1L6GKcRglN0G&#10;T75vfO0rcvnLLpejwRx7DfzwPvu5zytbpKLhJ7bj/BPYew2w8V7xqp+R5StXor5rQPXDED/0QQgr&#10;HAZTqx2sggg+QrAE2fdyDfz7///Ph+X7V12lsAAH7jEQG1rVkD1yOphKFzzjGcqub2qzwH5oQTad&#10;fartd9w8EpPUJcE7OgtXul4Cqo4E6MvD+rj/ZLhmCwAdb73jbrVp4uKrM0AC6yjFGnjpKy6XF7z8&#10;lagboYJp4vNxrWtvg1MUm9p5zzxPzocMWluijgV5dTCcVjCGWxC+ZoiTBjDgPgiJ7xc/9Un4AX5L&#10;a0j2EPwEw1hHf/InHwfTcr+86EWX4jiNdACshAj1RXS6x+o6iHqMJgYUXfBTl8qDjz8s3/jWt+Q4&#10;hDL8zKteibCSc/Wc6sLvr5aEej9iYEW9sI1h8J0PoB2BPhdC4pTJE3pF9cNWaDnRMyxR8w4ytfCN&#10;jz0g2fXfErfvCYkXDgB872p6K8GlCMMfWkc59npuWPejNoD0ztOeKXISZLtQVu09cEAeuG67PHTn&#10;vXIAcvGTtp0mW8/eKiMrILmH7+Z8m4m6WEtYJ6vwXofR147VqsrcXIb1RtCKfcMCB044eA5AqnvP&#10;XfcBHISMGEEgu5+4G+s2lZXw8ztq3Qb8e43uaVRAqfWU2o8kpgjLwsHOgYJUgzd8UtQJaacS9llL&#10;yzUPuHTRiZBbK2U5YYe9kOuqr+3I1uPkPb/+m/JnuP8JfNNb2BPuA0ZwAnrASRxmUTsLKp9I7QmQ&#10;EiIJiAujJ22RiXPPlpEN60BEGckLawkpgcEIhix49DgV6z/rMQNSiihUCx3Cmp3D/u+BSbTgmd7a&#10;hXuGfrcCe6MKAyjR9zFkiQqujqaX16xfxB6o/WlkPTkVc5oYG5hV2sNkrpeyy4DQEGJSeOiRMegC&#10;oy18j1n4pZK7j+t1jmyvLAdo6M9Is+IsykdKPgq5DVFUgHA6yJSyBLQ3bC5OyOATZ4qKrKgbdQ1U&#10;LBRJQiiEhnFoLoF1xFkAraLw/bp/EOSi8jIzWx9lExKgIujGQRgJKWqLVlPALI/kUxksFXIl0kcW&#10;wibzYL6C6eZzhYaFgyYhXIvvK64kBTCmSzMkFOe9mfr4ez9Q3/retUmNccvzPQepVaXpLQHZhaRg&#10;7lXat2WBecfXDr1I/hH0dYLHXhYAzvycKwJdwrmW5TkAsXlAam8TGJpqb5elee6myYVzADdvDLK0&#10;YBkWjMe8x1YiUBq+N9IA1dDl4NmDLLbCBw4LraVyEkPp83RZ3iQuQrsxsV58Pgc6kZYsTLy9auGV&#10;Qk9WlgNAw6AOFsT4826HCx/AEh7EBsxBG0gn5VZKTb0nS48zzsyYQYkE+igXh+8GP71UpZFVIPgR&#10;Njk+kNOzAJIqADQANGrhjEXawcIiUKSytdRAmUhTd0zznyorpVv8PS9GFQ89mXmcArkmChu833mA&#10;aPMo6jnBGwaVfW4aE5Z5TEhGhvXBnEWa0TRowSkOywo2dU7+mHhHM1VS4Fms1CkFo6FoZIaRY0yD&#10;AoVb762zSPcqpoB8ILoMnsiMEhzlXlmBVspFOIfr99hu+N+BJt6aY4JtGqjwbWXPVQDOLUAWNI+D&#10;Rx/CtBfpnU9cJBhV+lD46YEeYsDtJc0/IPcbbIEhl3aM1ZYoGNrVQ9OFtLau+mgkChxUE/MdYrHh&#10;LGZZPSQkAMN8gKqRgbD0euEzWufhFTMIwwVPxJDE1LHAEcqC5zGl9fPzWuA2UWSx6OmGVCMmI4u3&#10;Jp+FfY0yawJTaT6IMVCol9aa81R8T34nLiQL2qZIpl6+aWoCL4sXBpe0WkYTTw10TMPDa36PvTlB&#10;V1OhEwUl+F7nUJGsHVmGAnKzdHbvgMfGCjkGPhNqjlwzrw81iM0sESwOskw2dFUUJzWwE6HMkmlI&#10;fFZtfY7MdGrwIwNwAeB81cSwbFg2IRtgGl5HAbF7Bua+8DGZwvPMzzxUrxkTANee3itcF/rg0xxX&#10;ndzsmCDThJ+1TpYr/JwIsqhvAne3xNh0LsSS2wnjjpi9sIgRmGUDHgNSpDzKYAy8l35vhfzuhXQi&#10;nSRxPXKCktgEJalUS+a2JdZQOSjSH5l5+lKUEj8gXfCHCfNY5AJYoqmXP2qejNdmwiaooTMoju4D&#10;sPD9OYB8TUp42/rZhuOqeoccJLhGc2omF4rtvWkA9snT0YAXDT3yao6ufj/BuyIKqWl4srWJ43MJ&#10;3qeChAQhsuBF0Q6/6MO6QHALLN6VGQEPrCMUZhnTgnFWdAOzjsAaByPdkCwmwR9Q9/OQRsypV7VI&#10;iXXFMLGIhacni8uKCS+bWxbXXd8L18iWlNy4PlKmqdAtjawWUrk6pcSsTCXJ9t+dwIpMpZc2neb+&#10;GM5AyjRIBhKxICl+rkbqQoqaFMCepn2VJD4ySB51S0sNvT8Eg831W1AuZsb4xcCYDPqGlQx7/eHp&#10;eE/GqOkHE12f9cRgkq+UPfR6pNKiECueZ+8HvLwOz+Yr5NFusZef94NbR+9567GUBwm8XgGLgj3s&#10;Q0BDGBjOg00Dj3RYTDAso6vJg1rsxV7rHMp0qyHNmbYjLWVIeP1zTUKMw/RbLKiD12BkKFaAX1N3&#10;mfKmKb0cYlZNcVA1vyM2Pxwu8nvTNFZ/SWRjQ4K6UmoTG2UtggZWHbdZ6mjioqFRTZ6O1P8yKrvI&#10;FPXhUsy88rUtS7TdEsDfoTh1Pw5ztSwXt8FPz1zaPwVnSBfYub6wjPHafJClToCFsBfP6j1P7Jeb&#10;kCx6K1hc9++4C3XaHEDSCTkTpv/nn/90OfXM09EMr9JzmwBPG/UYB6Blxt5Tkq2zcPeWQq7Pqfoh&#10;YEgLQKMCSw6550ZI/jDCSVpgtrS1ydTBljfPU4Ik9WD73hDF08yuA4yfFI1vvGmLVCED9PCj4+Cn&#10;wnARflomc3JvZ83ZNRZ8A8M/D//B5K4bINUFODG3E+cC9m5KyIgEx7RYYaIlXhcssbimXE/MACch&#10;z4VtzzHHSu2M82G0dZSmfjIEJpK0qL38Ebg02tCpf1gxuN1QSZHQ+htAxkKTYFnd5KoYqvNM27F9&#10;h3wYYQvbH7pPmZU1sHD43BCgYYADLVeq+PPlYDFte8bpcukLLpXjTzpRWXwKx6I224hrd9bZ58j7&#10;3v1OuQXSbWHKbmRnwD/+45fkgudfJBNgK77qNQi/OPts+dhHPyq7kOY7CpYYQwgrsKP5l298Q771&#10;/e/JZZdcJpe/6Kdk9erVNvjNOloTVwkUhPTOu+67X678znfkRgSe7Ny5S9fVMFhaatoP1ccIasDT&#10;Ttsiv/a2t2of0dE+KVKlyn8pczbURuxTpqHUmYFqZ4jxeJTt6h6WyWooRC4HG5HPZQu1eK1W1brQ&#10;93kXL038VfOXANgZiJaqhPZVb3iDLANo/KUvfBHDEKeDdFalVdD4P/UXfybXXX21vP1974JSBf1E&#10;Yk1/l89SNghWxgVz55d+5Y3y2tf/EoJihpWlx36OYP/h5MyD22EWAuCiwNyxsLuavrcK1zs9uOeh&#10;GLvp++LuvF7SgztVsUBblAh9TYuECg2jwRA9AUmkMqL1S4rnKllxrLS3QuqOzz0D8sS9V94kN95w&#10;Deqrjpx27jY5/4wzZWzZajzjIL50+eyhl0EfFUG5NDmSyCTW7zBCN4YTp57BszqEqqP/bMm+fXPy&#10;+BO7ZQcA/Cd23CIrlo3JxMplCCF5hkyOggEIUJ7AroVj9sIO8j2333NMCguqLNQyyk4K1jMu9+Es&#10;HQz5ueJLKaRp8Pvnn7GnpiN0E/f5xCsukddDivzxv/yknID9eRYBUj/CmcowojVrlsmxJ2+SOmTi&#10;lZNOkGEkU8cjY3jGcSYygDOK+zzmivCzPs9te81UjFVLpnLGMJipWd1P6cXu0TPSg7QN2yihDRl6&#10;u3kwWrlHx+ihErDhKwC9a5D+kvlHz0HWg1Rs+eDfxh6D3qhenV8SUwomeVCkC2BnL8gvhMEWD54L&#10;fnlFcB2vXTGQ9doPFvlFocBKfe7fJoU6TQeKmYFZ2SE6EB9UULn/qbIQeX/Yw4faxLrYoKCLgqVT&#10;ZvW51kVBUaCqqiy/z674ZXtwWvgXchjBwb/KoNVqDADqfEel7boWNbMgVpi2kNi64MgXuWKwn9eu&#10;Nk8LAasc3AXJeFwxZYNErq8Py5dnzqr05cAQ8f0hFvnPJ0s0eNMr5hRA2Zw0lZaGVBIyF7LC5zmA&#10;Cfk1YO0WgD695kU2hATrsUg9erNcsZmlgYFH8k5ZwpuV2JcSAEiz2eqRT1zBFPUlmyjFkcLp7EMP&#10;pD3WzoPw6ZgWpb0Og2lHeQiZd6pD5w0iAODMZ82HxtQuWDBbDcwK0/GnRSQ0DywFeYaXKwOqgwdf&#10;/xuMphZYapyEMQWNxYlGhzN9jF4b2GTxxMEjMNFFoWAj9YY0bcdYhYVKCsBjtgnvPrDuVsYbdOFm&#10;AeSytBRDo5PIFitRe1ED+CxM/INnDf2lCHB2RRmG80yqBZtxdnZeacFk7JGSPwTWnqFITqn7XQX8&#10;4LkDBtXQSKLMuvkFvCdMYlvtlj5UidhrqJF+t6Ub1zAo2Fyg3dSCMvQ9FAhwiVikfiA1BTRaWgyK&#10;bnoqdiU4k3CKC1CR0wx9eNvmWzjvi6aJwj4+iAwyyYo4bTEQVP3O0iIeXILXlUoqCc4ztDa1Qpmm&#10;uB4FYOLInqzJJCj0I2MJCqAJgJ81WblslZoO871XhypyAGDk7EJDWYP8uaM4uCbHJgB2DiuoxwkM&#10;Jb1qDo6XngMbcQrpzfPNadn++H54QM7DXwGAbpNrpmuTg0CJqkQmxyV6HQUPMTL6mMhF8JAeI7ya&#10;zZZ5DJoJa0hLpjQ2qujn1l9ZVsgtveQBF0H2zQTQ1rR+BjP/9EVKDl8zPzDzqsGV6L30E6Sei/5I&#10;lPYmYE/E42ulPjNnkpCxqGdQ6nuNjQuyRk2m9mbwnM5TEgDz8FZbf6ZHqhT91tZjWjx00vGyCl5C&#10;ezCtf3jnXhjxTiG5l89Y1SZN3oA8Bs7Qm8Xh4Eo6qcqnlU+qhwzXAgD6tKqNpwS/szgxgFwU/I31&#10;vvlCMhkfMco3mFarm1UciS8ZZvkQR18036Wm3Q7G3DU/bJkae24bvtKr9Zkg0JSqH1WSZ5674G/g&#10;B4I3co8lL4dIFC69/7x5yw/pIzSs7/eQ9cUBvbQE0cAmGkdDhYHEVy/34/nb2fKBBmLcckqOqs72&#10;FIJrMe0WMrN5reN5bjmbNg6Fd1kLDOm8cGsH6X9F5UWiwRV1+vMFUCoOFPROTscKzAr68rVBbXJ4&#10;FifgKTkL1kSGP2Pi3Vwaxk/6voy5opJq9ThjwRUZABhYLVmYZEZFLIsLUltRGXaRlFvyN82NedNS&#10;gMtS/yR6wPVDBXHpQnfCyi23p0EFIwMLtehi4vCMRiUeCoNCmjTSJ8M1DoM2cRI9iWdZXhgPLoWC&#10;WeX+M4ST/j+pGVwM7C0OvXFLKPTdQHCGxmIULLss+PfpXhoGTOYNeuhAEb8o4LonJZESEzAbSOjt&#10;A/+C4XUZWuz7+3AWaoBRYMvsm0rl0T0Y+KmBZaIesxoyltq6WkjNPiILCWuazs6znUmalOB2umHQ&#10;F+mwNDfRJ2A4XE9CM2Rm2qyBlUUVTLu53Y+gaWWdUNWVxZpogyxfcypkfSfL8k3HgwUCFl9EqwjK&#10;SVEPoF7oMiGT6ZVRzy/1cAnDvi/X2MmTotCH2e5/HMBhwDzoKXtM5kW+TsWVZQHGD9j0GjpHWRsi&#10;zK+/8gfyz//yZdm773EdxDI87vxzni2XvPACOXnr6djLUJdAakaft4ReibQToLdbg2z6ylMH+sg1&#10;oZ0Maz/UTTHWQTo1LRnAJbf9RokW9tFlVU3gu2nLYpIC+491Wa3C4V+s4DGD0zhEEciJG6vXy9jT&#10;nyt+wwm6f3fYlATP2y6TyVUWlmqoHmWrHJgnDyIo4EawyXY9rNY6rPGUcdVIlf2njqokM3UwtAVo&#10;QTlU12PFATBrb7tAuqc8DUEQI8o4nOuanLXGNEv6Lat3UnMgG3sx3OcWuRD4JVFBtdlhTYtaklLL&#10;DoCPvXsOyKp1K3E9Gup79653v1d+/X//Cp4Pe7b4LJF5ycEwa9Cf/9lXyQte8hIZQ42q1xLvV1kg&#10;BAQDI2PV2qPkORc8S+68514baPLn4PUPQG6774knZOLE47VWPOXU0+S9H/igvOH1vwz5qjFgVVZK&#10;iSuG+l/76lfh0fdVeeGlV8hFlz4HQ9xjdVHPwKf58UcekuuuvUq+/LV/VqbGGIAXMp0ovSX5IEnq&#10;CgyOwZftLb/56zI2PmLeVur3CaAaoKvE/3WAH/ekjoY4GBuGjMoWG3WqWXCvuVny2tVRg+7dtQuA&#10;5iqtQdtUBVQqPXnikhuAMeQYANIkgByGsAsYRk9AgvnSl70E/n9nyO++490ygmW0e3ZKz3sO7O+5&#10;+w7584/9kbzng/8HQ0VqCUgUaZu/ZJ+lQqaelKTZUek1NDakyiOCf7MMVmGAHVmi1eph7FNK71j9&#10;S41soaxHkl2ovlEmEe7ZHddI93o8RwgcdJWGjHEAjzVQQ0+rgdZUy1Qpqea9HUNrhp+A4mr+zOdK&#10;ctrTEWC2H0m4Hbn7uz+Sb1z1HTnvvC2y5dwzpb7qWOlUJtH/dOATOqnvjfYm4wCbVsFvrlqFkgcg&#10;FIk1dXrXgTAzd8AhnGSXbL9rB77vCdlw/GoAyGBZXvg8Wb9xpVoAUe6sfvQqSQ2ea5mU+h2vhJlF&#10;8UYBWCk/nJYDEBf7dA5CZMV/h1+BiqSsv6C64X1LUTtyHSR471vgo/j82+6Sf73mWnn+CafISoB7&#10;a+Ete/K2U2Tdls2qAqQf6SQss5gMvsD6EqziWHutbklFsPh+5kuw4i3EhCGJWq91nQlzXVUZZhUm&#10;dmPNEHjnT2PYIUH2Jgg9fh+IEgCla2AHD8MWqQY2IRmuHucCba5Yf3eG0tAemNc69+A0Z+GFPq6w&#10;B/EWQuoC4SWf4JpnXe/ELZhhOjTo9nnp+7xvCpKhIsgzsMqKSq1IvO1nmefglmVeeJVsuzh4Cbsc&#10;VDRcgb0WiSZKjIldwR7L9Si537pPs8Ljsce9dsFqJ+oFnRW+cd0AahpOpPrRqKek8qH3c2Wv1iA5&#10;NulzaozSzJh4fI9m8eMLR59+ALrkZVcOaSv5GOZqoPwa5UAar4OC/i4p0oRNhelLKbti7yn0/jko&#10;qDO7PLnYm/WR5yBOg4ZcgfEUda96QOb2VPmzFuWbXGk45hYpNnNg3udfV0pX7inpXBikhj5rngdZ&#10;KDYa2NCnYktEoZ/aMB6EajxvfniUqATzQN48H+cjooDA0vQU88g8eIAPh5oPksbKKaAmW4FBBJry&#10;MJKEuBnRE4+TPIJ+HcasI3WszUleB2BbbCV8HYakI5hcE4xInQVi1LDRD2HKNkSTVRquVmtKr+52&#10;rXB3RRqMTa9YaCujL+vRSLOw+OlroyEUzXmZOXgQYIgtUPIN6WHGcSNvTgfv06Q4IwpYVIfoEVjR&#10;M5nFx8zMNBK8ZlS6zBs9R9+qyORsZO61WphmYDqY01SVycdrF/wKjYUmRTOkEsGQ+GOyXzN81c8C&#10;fxmmAka4SL47ayi0Sh2axcOebwgECdJwLbJcS2553gpm8oDXhGGGPwAwq2HaSXnyBEA+xsRXIQWi&#10;MeJIJbaJica6D4HlAzo0PLsensLEEpK+eXhz0MdvDky8udkFvdecfAyDhr5q5aSsmKyrL2QN3i8k&#10;KTWUMQemEgryGYCkTd4HXHsyh2JllsbKMIycBGmm/3/MvQmYJedVHny+qrr39jY90zOjWbRYu7Vv&#10;tmXZyAu2sY0dgwGDTQw4C/whhIANwWYLgeQPJAESEhZD4sQkgA3kJ2ExtgEZ4VVolyxZlkbbaDSa&#10;GY1mn+ntLlVf3vec81XV7e5ZJNt5fvEMlnq6b99b9dX3nfOed3HqrLhpaG46dn8iyACiDFX8c6vX&#10;QJV090GLQm6kVT25Mq5Pv7QUTUtFslRq9QvhxkuvHk7v3Ki1ph37tMMo7fZ1w5ayVox3UDAmwzNV&#10;TG0COHw/fnY/pOvbLLdTH+6iprMoYKB04pG+l3UwvT6Oazqa2wgp+QmVVy9xasLCAv5QFQD5R2HA&#10;+xQ8FRcB8hH44lSQZemkBlyIS43FpMjFQJvIziDXjVzDFhjcEQ0E6sK3p1KfC2lNbnx64UBSnSb5&#10;vAGHOD7Zb/vZxTq0ftzHLrYBv8azot0PVg5SG223rDV9aribnp/YkqitBC7iqdN64yqJZWw29tN6&#10;C61kHcVxECI0IA83emJ78/Ab2bsc5Rn2UEDdekyHxr1ZVMmvFVhTWCPzCjilzF33gKCPpT8MtGBc&#10;puzEQdKRB3TwUCEoOC3ibMBKgTYe+lqYZSbFNXOxoWzFX/Spl8E6OUImX58+UnhfOixQ3ZUdXmTD&#10;RANXWWxSUo1AObzHWBuxD1esj8wBmkLGaV0j/zuV+/r3c+iTRA9jdpC6T5tfn3pS4us9L2xG0fJx&#10;dd+Qtsy18fJTANCne6PWwarTa+7RyjaExDc2xudDTzbmexjGZMocpIGuZc302VOuldOw+M6EhDoG&#10;tq089D1RrgmxeOFOag2Tq/2Gwmmeg/HvqwH+IK3249TvbQxIDG1PwXEfzrhGCnBcI123fhEFxjJN&#10;Ql3oE8wWOXKiVMnnsDS2B88E+ujZACVqkq5K1fC/HPIFBzV5hvLvB8NMi6wewZoicxZNriFerHv4&#10;Paz/cpeYAqpByIb5sHGd0s9qYUj2P4aMk+fL+rnzIdO9Cmw+mP5PrdMwDhanamGgoOBI/Y26Oqgx&#10;4/n29hbCyXblUMuA2nLck63jlUBdjF8pyGz1Y2yLiZ8PS9A9XSUGNyXn/ZmUPY8+K5+/9a8gT7wL&#10;nsvP6utv236WXIrAkte9/g1y5XVX6yR9AhYh4HnoQJv3riptMMuGv1sULwDos0tRop6iV2LcuQvG&#10;XE+K7IFk9uBTunuUNDZjbZjzM0/oQI0AJIHgHkfEHIwXlj5a9uaQcAvpLFJu83MulCHSlEeVTYB0&#10;wB2H5lWe2fkwpNE+hoqd3Y9DrvuIdPfuQH24pGd/BHiZYUjTL8z3j75rFcA93f+pQUddO9h6PpiD&#10;YMOdf4mGfHAwG8HGGRbTMttlkzdU4ExrnKK1e9cLbPVOl/yjalVFyxx9DMCh8gfvaf9eeI49+JB8&#10;/nOflod2fFmuBsvnB374h8G8nEbC67ny/h/7SfnFX/q3JodyM/per1Bm3DkXXyjrztqgTHQCTHw+&#10;ONzsFbRdmNRwuY/97/8mH/mDj+pbJrjLgJRJlXUGhEg8Jhs2b5WNcxu0j9h81mb5+X/zC/KHH/2o&#10;fAnvKaAG66NunQAgQHCSFhZ/8ak/lU9+6mP4fbkqm1hfHsHglZ97irV0r6PezZOTPb3PusoBLrzs&#10;6ivlO+B7NwMZoQVlFAoILC0taP0dq68Z1qcAqPqJs78CsMTPMxE6NQOGA/5jIDzMQ9k0h2tBZY1a&#10;UlBiGVeGp7SVE34OYn+aZ6o02JeHn9sv//OjH5FPf+7z8lKwKt/3gQ/I1gteJN//gz8gv/4r/1HW&#10;AVCZx2cmw5J1xwP3fFF+Aom+3/9Pf0jOu+A8EA8WZeV8WcG+ODJ1Fr1OR1bTswae6FlPQyZWXDOZ&#10;eM0drbbwIDBTkM3HoL3HH5HBXZ+S4tDTAGnRo7IfLK2uyRRQIhuqq8/TAPvGgDUnrZy2XSCL8LQc&#10;nnceepJFOYAS6taP/QWG98flbe98q2x+8VUAmWZ0TUaE5nEfogKHwUBzIEVM04Mel3p5aV6f0WMn&#10;hrJz3zwCWx4Em2+f7ERi9vpNG+S6m26QOaQNX7ztMlhazVjiLwHZ3Myvkj9YGtS371FdhaXgvNgk&#10;ijYhCS0LkdhmIcXayzvWxAdPI3UyhHr+UZHF5GX09gsAuke4l29+z7uQPn2Z9LZvkpe+/pUA1MBW&#10;puVC5KDarF+WRkzSVltFBY6jqouqFqU/BW1lqxmG2F8H2rOBuHTimOxDQKMmibNno0dtr7Qk6fQ+&#10;6dHBXpOqIL5/vN/lQ+jl4VM/wsChi9TgmbOQ/IswkAEA8C6tzFRVw7rQPcVJSU5XLMba2y1EafU4&#10;LUaZykuTBNTP4JSmG00Fk4VQ75QxFb1lQzjQ4FL3bmt6i2p8dBcarCMRTCoHq0LVSLHz3EM+9OdL&#10;7fubAbhLhEv3h9OpqYXxKZiUezpsMCu2MjbBerW0IgHB2mtEIyFJt/a3i21/a9brLteuJeFiQSWZ&#10;+/IpDuCeeQn8ihLXfLwTq9Gugn+WVkKyAXtZXSdbz5i1pL8tMDEBj27f0fbXCz54M6KEs+mCsZCz&#10;Ih9jn9r7yVrpzMnCLbmahPEIEZeth/aQs1barbBUSXtwCkQpm1CWwhJcHeFUTzRbiKS+8jDoaKoc&#10;bg1CNrrYvJlk1u0VejhPTkz7xbQLVMVRvTgVvAicGFZqWmpTb/Oa4KaREfghQyvCMFP9awiyLKts&#10;baAS074WXvSiW6ShqhpZDmXfgajx4FNTSAArespkImNO09Lw3wXeo3rj4evmrcZF01UmncbYVyan&#10;sesU9LBfQujHcUyYThw+rqywDiay63AIMoU3erGvnnAEgVBMUpa8SHkEpyN6sJjflUVel26aaMyz&#10;wvdMFuT0Y+vrwW5gCsEdM8v1hC03bTSwz2nJ/Fpmm2Fu56F+Lpon59HAzDw3GvoEzFU1RZkFoZtU&#10;kqXJwIihQkERE6NpmcPUaBqHw8wMKOIATpnOuszDilKkAScxuB64H0MAd4ODCOfANVlmKAfuhdJU&#10;i6D3MmsxBrnxDPXwzdWXj2uOhsfz+N3zx+blqdx1usGkhMGl4ioX9+aRRbbRzg3g7uYdlQzqIZwl&#10;TwKb8nBTLkv7Rj6gZH2GZLTpAQ7Bk72iFziVGANUg1oc+B0MS/f5qezvylFToIasvh/VSkPa2oMu&#10;1maYwUFJLUbEnoHjRw5BTnI5Es/uRAN3TCfvThZsEneieezwPtD8ieELU5iuL++B3B2HzHPHjphU&#10;G/T3Xo5nYjgv9z++V0YLx3TzKd1pkA1KofUIJe2ZsWGHBFZLTRoucjOIJ6uAxrsEbkcq4TR/S00p&#10;I4uvKjxBM2sdSEHWEu7EEMZt7lbFeI6DM9H9CuKaOrHYAtGawA6pi5XYtKgEkhwgr/0uy1gblWYe&#10;0hBCtoKxJD7FCY2pezWuRQuyGszzlrgdT9rS6TYHTjtqILTYfVVLWpdMfHOdXRuIsIDn6TjAhh1L&#10;TPsMsg2AwRLXJN7+bGbeM5SQVljPm3DfjrCIwv2aYZqnQmHGqiaI11Umqv3yRZe0dsxBSj2cJDO/&#10;Kcp3CaQv+8HAmrpHCQ32gUUyQJkWCnuAAv+9bLRg5cedwL9Pun9H1z1HOLVjG7pcjWoXrrK+CI03&#10;R2awyBgba+R2A0MHZ0ulzrsMKAUdJANaTVDP/Xk0INO88YKyA/vSGOKOYunvxQDQkd+Dsk5FNtYl&#10;v66m9skrRExa4TayKnpfNKQb3xP0HjQeZ0kqmQrQqM9VjUr6/njqzJcwBiafOolAVq3ncXlkWBtx&#10;PkPgcRzYC2NgWxhjJoZVINsYhlNrUUKTTJZwxxBbIGdoEq/XSt9sJxzX4F0Yewzbv6f2xlEf1tx9&#10;laMPBuz7UyAY92EF+CApOwaDxuOg1hL0G5WF1g2afk6riSJTVUBZ2oBoqN5oODv6Uf2nOp78SVN6&#10;1kG0qeL5gvkVJGBRz2PusWR/8PMcX6Q3ba6BAiNK4isrsrtghVRxVuY2nYtm7jxZD9Bl+2WXIQFz&#10;gzWV+D0jKgcyA9hjaYVn7s9FVB/BoZ6/K9fOKQTfqwJ9xqVu8TRS8XFJ9uom+lTpua3+s5XgZzI9&#10;S3a0QSjvZeb2nibhM6N4GwfQfmPv7mfh5/Z5+eKDd8qTTz2uuwtVCNdde5V8/eveIBfjOm6c26yD&#10;ICndkzLSBqXQms3CN0oFZdPASGvF1MAF9wSlt7VuKLnVkcmsnzUt6+ejR6UDkKB8Fp5yB3ZhILuk&#10;/kS0PegWnvpXVu5/PRKbrnV14DqMZI6sl7ANaZwXXyXVOedJHzLtvgayR2VlExQZqGiQ9gwjrYtG&#10;ALG6qNMiUnXjji9Ccoj3ACYfIygCJJKUrwWwnKoMDmSwwiGjn35oeTElS1BodK+8SOIlVwqiVBXo&#10;oSdb6TLdHHJCxfUy9+VTlxYzSogyDgo4Z6HVdNqzSnVKr9fxOqzSM0dtJUvzuFoCYP7k43vk43/2&#10;R3Ln3XcqyMQak43KF267XZ5CsMUv/Ltfki0YGr/iVTfLz6//t/KfIft86JGH9bqxPxmCafVLv/wr&#10;SIh9Rt75Xe/WgLYC7x2WfPIwGGMfv+UT8uijD8vePXvUQkcZalGdSqRE/T+Jev+jv/cR+e0Pf1he&#10;++pXy9vf8Q4590XnYv1cKy+54WXy2COPyG/95q/JrqefgRxz3ge8uXlNsTcgYDqZaR016Uw0NsZM&#10;9E0ewosAXC+/6AL5B9/7D+XqG65XYMNYkq7w8T3W/H2zr1k4jsnjzPVvA5JZ6Xe3e+du3V+UuIXP&#10;dgDr6Yt33yNf9/KX4RytrHrgUCHPx8LbQr3Zj58bd/7t7fKnf/YnsgNSZm56rBNuA8v2nHPPle9E&#10;Yu7Nr3qlzMFT7qP/9cPyMFiWyvZm34d7sePLj8q/+Omfkfd/4MfkyisuX8NzMFOAtENQvbTaPS/c&#10;A9z9tyqvT1JDX7nSQQeE6gsY1JeVa5HnQS83257qwH7p33arZHsel+LIXvXSHBGE1yYfz99Iv0uD&#10;D+lhPeQioiqM8uzLr5bspa+REwhMWgJIfmLPc/LpWz4reyDZvxKS3YtveBvW6gx+L+o9WPJMwD5r&#10;Bl6bZ83NypYNk/Dlm1L5KSW+x3F2HDoW5JZPfl4OQkp+z51/I9u2bZA3fvNb5cabLpJZhpAAfGU/&#10;QcuCybxnZ0Bh3nXJK7p0xUOmXnGl9ZiZEWBi1b5nVQMq1SENJh2sLH2hrpXbSZ/RPciiM2gtBNP+&#10;l8/9NO5LRcwA/7d1y5zuQ2ffcB2Sl2F71R+qzJH7Zpllbr0kihUM9PmpnKSSagxTFiVwTy1YssyD&#10;iEyQSjvDiaP75DgGPUe/eId0tm2FF/p6M2ShHUuPKGqlShANe8zMb5rbsPpMly5HjWpEKcPDi7L3&#10;6X0K8DHxeXY7VFW4Xx2w/6Yh+yUphSDJBAE/rCFTUemL2UCfgz5KuoejOr1dP0np/617hdd9ylzz&#10;fiJrJSC2WVt+3YexbJ7l1jSvqiXauflPx1HN/lIAsdupZafBHnbtgXMFaAfam9NTtADgHJO6htek&#10;NKskk9SOXIKLfZwhGC551XWSxRbDsbC9jMBvsoKi/50nnWQOeNnR0fK/q2Tc/z2ZrzsbMNYMt+B+&#10;y9X40C0x/hP4VQe4hXHyiSrV7CxqfKYT/uIMxmDELw7jko9fzBolkLIPRRrQU6e4hV6fwmsZxRBi&#10;5eGe0iKM+NFZpRATDizyJsOhnU6cFGJJht+2wal9+0LjP5/25CzUuqNCmzICBrz4hTPEFPUe6UIZ&#10;LJbqHBLCvBpQUzrKw3IavmFLHZQdkybzCyq1tQ+cGFjqK6s0x8L93kbOXAsaPx+dPWFWTyhewPjr&#10;o0iZVDPkWWXEEWgz8IzMnROqsy+XYSiPoncBrLZ+taQLm0a6fH9dbJ49LFSd8HCjKTMNoWA8N2UI&#10;PKA5GQ9Mk2T1WNDYloDdjPpYLdCXisBcXinYWMDTJGrx7Am8XAQjS2Pt+/sj+41FDuUHZFYRVCQr&#10;UHu+ytFhpqNx2VR2IKk/lPpOWHw1JavKgh2NvNj1aQmuV9fp0bqp5iYDngKoyQJSabNMm6JnYVyw&#10;Jru0IBUWHoOJiATJTOY2bIBnyVmY1CERCtdjN0yKd+zYic1xSR98fhY2HsHDMTj9CGOoc7SYAKbO&#10;DMpWCqlL7jQEw4oIM+jFo6wmtbmnB0u9kfEnCt8gsiRX8F9lfnEtk/tQOUqdpkZp/ysb4KaVplNr&#10;2VVS7vJcN5XVlOboYOlo5LLchqIrsXIz0qp+GNXTcC2Qyxms442pey661xelvBFy9WJqqwZaxSEO&#10;CqamlfZoVo7IZGlKlhujiJ+BxWcJkI7BKcso3ilzmC9gWps/Dtltqb5hosBkVkeeq+G7JyWpHBuv&#10;S3A5LPe976+U1Rf1sMeUqzRQowzmG6m+CgUT9LoKDmpAT5r6OZih8s48X5t41GLc1Iy8lR5Lsap9&#10;HfWjehx6bNPOmzyqVovYkvhGkxenQ79MDL7MmkT6ChHdKR1MHiuYHTiwwySO+b41XmuhXg/RD4v6&#10;HcawKme4zcpaMUBdrUxrJxHroZ3rPjmPyvs5yHd2LHWpy5JnCShgb5nudnxI5rRvDbKKVnzTk0mB&#10;KgPMSMMv/HsIdvbFfGWS1+aEtsCl7kvL6t3XpAkv0S8M12RyWKoEAiFukKoMwS4MmsLH8KZBadT1&#10;Dbj/R4eqb9QwjKKy6SgPqrIG8eIKn7qgrLth61YULtlNTLzYSlGhWfmwHUTh64ffrVxrLaJyTfNV&#10;X6CUINxKJK5aOWIMxuHuv6wFfqEMxkn875IPWAaxbN5rMBn0ksub5znFhE8OKDA2Pa/z6Z2Vq9R/&#10;MePxrM3kbFHu4xpgnAMmmTN7G4pfiwMbV1AAG437agQnxlU4e1hr4hlPzvI6FQ9iJdsrrJA/r/Kq&#10;jE3DnzD1+pVyTxjL4knfV2zjTWHcp2flzySmvhb+bgcQQ9nUG9r4BAXxcpfcsqE6fBxMnONq4dPI&#10;0QnwMTEeZ8T80qi2n9A7FcmCFmVmlaCzMimyrNKAqDLLEINJsMYybSTyMFRWl3r+CRMD7f0y5KrQ&#10;oCp8rcTePnW2bDn3Stl+7Q0ytRlsgh6AGBi1J/mvhkC5NC22zqh2JHhiwa+C+Na4T+1AojX9H0M8&#10;Jdj3AgztVjFDw5iBm31tHowMnk8dNFf87AM1vc7U7zjLEWoQ0WQPjqCGmADId1Tu/9sH5DNf+HPZ&#10;c+Axbdho6fGam2+W177xTXLWlm2yfnaDbsx8zQGGlt1anmveQuoB7FP4RlZqcmwqUyYcCMjdxiUC&#10;JOyr14+xhie6DL84LoNHd0jnvi/I/OAwGlgzjS8VVGQKLO85xjBQkAwQggBNo3QQOIHYTq1xljtz&#10;Mrr0Wpm64hrpbD8f3qy+llhHadPclXnyvDEQnyDApVI0NNRI7Oze8Wk58cTD0u0fhafvog5mcgzk&#10;u4MJWQCTJYNVygTD03nmk/UOVUyswCa84HIpXvEN0t202W0grF7X+X+roeH7K2Nsib3LNH6p11Zo&#10;563ENgue6cWlsic5JM/yqHV1H8wvDjSf27cg//nXfkk+cetfQEnUwZ9JB2yisuUqXIf9Bw/IL/7b&#10;fy3/4md/DgPqabnqumvk3//ab8iPvfcHZcfjT2jNzpCbIc6k3/29/y5Hjx4Bg+z9YJU9K7/27/+j&#10;fO7OL2hdQ08/es+xf2FTzgAzyu5HKrsfKKjFXf1jn/hz/PmE/Mh73ydvettbgeUsy0UXXSi//B9+&#10;Vfbu3SMf/Z3fkVs/+xkMUSH1ZlpOLBTw05+n8gifgQxArW1UXTGS6yALfvOb/g7CQl4CG5wZqHwW&#10;Veqarrm4nUDhLKGvZRI23w/BzqFKs3vypm/4Bvn13/wtJQTwGpElT3D2o/DWezn+Tg4fwvcR8Boa&#10;KOOAkQbiZeMMoPTedz/9FJKO7zc2Iz2qoc4iCPQXH/+4vP5t3wQrmhkwvC6Xn/+VX5Wf+Wfvky8/&#10;vEOKyULtSWbp5Q67kN9H0u7P/OIv4NwuVtWRClbF6CSirMX6K5uQNPUxVQ8kU3xluflOlgiMRH/J&#10;hoRS0WmiC1Aj9e97UOSLfyPdo4+B8DGJ/XtZfTwzRfUtnJAstAim2gQK+sVJBnmgyrj8lVK9FNdp&#10;41bsR5CCo4E9sm+//MHv/Ql81o/LW9/zdtmKZ/v4AsH3qESSSfRv62cn5YLzzsb3F5oQzOu/2KcW&#10;q5D7bt8pD9/3AKTNd8lll54PX8J3y4su2I61WCrImee5M7K8PwzOfCLhIje1jvYxHmzG7xvVPmo1&#10;2ao+GrjfaT9eT+aaM4NqNe2Z3SNVgxIdlC61b3SZJvuqoTG++P42b9qkvrMT2G9MaeNIjgZalT6k&#10;qhTwqwkULYWECfRK/7nMrbewl3IoQ7YupeVD9PNQDXY49MK9OHjHrdK/6zMyOThoVdX0VRL63pOS&#10;TKLTv5ETAyxQQT3gyNZT3/aRPyPosRBeQyKNwogAoSt4DD576CgLBAnrJmTj+dtlyznbNORwCd75&#10;GZ5nsKdkkrYdWpPmugaTkk+DZ0LWhDF402vS3UwxDMqLtafLU5Cn1Im+ieVlQRh21jfnaeZWJaVL&#10;fi2gwXpo8XtrKpl62DpyTZn3NArsitVMSOJT1YCF7dYpaFanBvOhM0smV7f4+VGf55UbcSuLvDAw&#10;i8q6wcin71T45R7IWhmzMHj6b0gJwaEGKoPXtgr+KobSAuyyWmRaA9D6727nFEMDigUPhOR9j56w&#10;W7USjDVAxY3/bSDo1z8lKXsYKZuoVPOZnDcz0DPds7R+a9lt5rmAscZAYtvCRGIqCutgvXEpTWwB&#10;jFUzZKkHLc4MLGOL7emfyX+ukFZqJFlmhjqXNU1QWWL6wiP9d0otl5cAQMAglA13b7qjMkcCXhMq&#10;CQXIho2SE8GcBv+j3Es6M4/m1NDurEcCp0Uf3E/OUUtGrg87TAKptPjQmxA34DAaNewbFBHgpymj&#10;jFR+leOgYV5cWDSaPid+lClHCyHoYpOcJOBHKihFxxNd3cQ6eK9z+H1zE1vUS6OPicMAgRCapZcr&#10;1ouifqi0bXXrzJfBJiRgMgXwcWQLjpRuNtuk15KRljTw/GkHCwudBucKQGioCTaWqm9AVvCmV2OY&#10;g8tt+Rlc781pfe60z55LgadnQfmenvCiylBppY3i803iQQ2aShshoYVnHvzdnj18UO56+DGZhyHv&#10;IuR5WeWpP6VtRBa+YpP0cpgCNTJPUfZEnsyYDCGTOvo6xvG01eD68+SSlcC+WDfsCaRrUKL6QViB&#10;VisyTQaoG3GqYagze0aa0FvVNPw0ceK6HZSla+JL93aJY8m55ahqTMGbSMdTeAOduWtW+2WOH0a4&#10;xg2vl11gUuajaRwgNlVPFOvQMo4Pmj7b0V14YnJWTVPXddZBYv4M7gHA5+610utj4ojPvARD4t6J&#10;0lmicSz7Vj+fe2/wkR4OuVZHKuPlc9KDdIDhK2VOM29rpPin1MlcocA/J5kEbzKJ9QGj8EaWrxzk&#10;townwioJbMsavwYmQ8vHri3sadJAY/21mjEXW9TmOi208XZISbzqRTkyWR2BTT7p0rL8SwdTVVUr&#10;Unbbdy+ugY6EU/93K3F0LPXzJMwp9WhyZsEJpn4D4HsUDOSncf23ezgKfT8X8T7X+X6ZKShnwBoL&#10;PDLR6AtB8+Ypn1wvux/IDD00ObWzmZ4Cgsk4eYnPUWXhLT3KJjyllrLhLhZMH7L8JSZ1D0tdM5T0&#10;kvY/Ec14vo/pc0+BPgOQh868XCu6pcOhg1jwR+bgRMuNombGrGSpDdJ1SiBezRip9Jw5NhyZP+MY&#10;rSzKyWh0PIXIHOSQYRQrZ+n5GuDXgyVlcc+ddNI/J8cGBubmO4LzZLKIdaxsTGVpls7Q+MIBka9W&#10;Pxe/Wi8STv7l00qKxyW0zd7UZrz6hDuOp1evMvBvG9rG1R5D6TXLKI0njk9/bdZvvpGsMUumKAO8&#10;JiNvAXL5o/NVnZRLJhFBvmV8Y6cw5l8nhFoqFNyDN9NwqKjAkzL1qtwZ4B7Uomm7IwWUmz0tU4Bp&#10;oIPBjj6b6m2FAWPsni3dDefJxS++XjZfdKn0Nm3VInuyU7hfjX1esybIdar+tf0nflUX2UrC5jjT&#10;Lza1Q+ufCU8VJSBDtYbWD9UJZatn8JSbh13Ks88ckju/8Ldy3xdvkwMILuOdvvj88+Xiiy6Wm5Bs&#10;ejGAhAmY2yffRK0BcD0ZjHWmwRusoaxB8mTHyvIEoybVo+mG7UyGBMylh74kBVJBe8cgGR4dVamX&#10;8g0G5gFIrnMPzMxBWNYGpwcPtwJBWctsPtdfLKPzwKyDd9XMBZegVsQgOwYFpXIPy6vAGhoQNEPE&#10;M9dhSaULpMECploOqW5+4jmZoRcVGrQB1iMbbNbEBCjUwReMoX40MKBEqEd50bXSufAqybZulyHq&#10;YdpEMEyE9emQdYD6roY1d4IxQv5aXrSJhZJldSwSvZb7YLVZI8S6LZP77nhYbv3rv5QnnnoM6bj7&#10;5SxIZqlKYdNN5RA95XjbGQ5Hb7urrrpSa/DZ3Hwx+cof+Mmflp/5qZ+QZ+C1R3CKXydu8Im//HN5&#10;cufjsnv3bgAsx1Tt0/UQQw5Ee7yueLBOAOHPFRyeUNCCHo1HYJnCoT5lt//9d/67HIMH39vf8e3a&#10;P5QAKc9FyMeP/vj74T33bfLkY0/Io2D87Xxqp64Ppuvyuk9raF5XNs/OyXlgB15x1WVy7cuuBciH&#10;MEGsX/qET4GQcFL69df8CbfnjrX+EtQ7b3rr35EnEO72sT//uNbT0x4e9+yuZ+RXfu5fyvf9438i&#10;0wC4c4BbDJChn9+w39d7VVVrS2Xf9o536n35y1s+pcPFIcAS7oFLh4/K73/4Q/Le9/0QfBRxL5He&#10;+89wHxnQcedd90BZgNoF0skbILV/+9/9DlWhSF68oM9JUEopFt5DaFAIz/lio4LwXYKX9NN88gGp&#10;EL5RHnmOcY/6vUN8TlUC4TwoMpOBsoZiDxlHMwD6ANRuv1jC5TdIcdnL1WP7mV1PCrAn+fxn75C9&#10;YONd9dqb5dwXX4IfWg9iSkcHNRvwfVs2rEOYxiw8zwFaoq4YDnlmZPLIl/YC9HxMa/2j2E/Wb5yS&#10;v/v33i7bz90KYJo9WVDCCkFTHfx4emsIjb+auCKC9YqSKbh1KpvKVEqZNOqnkfbGsWbiBouSb0KP&#10;WjYgAwDpJtn130LVHMOERk44YO+L+zsFIJtgNwF1BR+dtZT2+dj2xT6JpH+1D6wTSpQkizWH+zNQ&#10;xGfCthmwqU88dKeUj90v5dMPqe9h3z2nczyzGTwyyVbLNAmvr2BoqIwQob148BSNaDiDXluGT05w&#10;wDZU9h0T0Qmy0vE8sm8/fEL2YVhz6KlnZBp7Vwb8YBJ/ZiFLH8Dvjwq3oEq1ntUCRVDQlddiqOFR&#10;xlrkQMgUypWSd7gPKeGlyse81/i1FNiphIss1NNTEzZ4OrqYPyPlspK37qtYf5dAKsVTCktNJslL&#10;yUWobyOHH0OSapasu+fwISUIiw0zJK2i3NmyZdXYPK0IWtSav8hV9k6vU34+9uE5mLHqs82gTZcX&#10;61qtVVLOR0s9Xmh5EIfYwqOrxtO95dkSY1zhw12PFptvC8aATIGoii8oUaZsJLYp6CNJlrPMw/ls&#10;1E81Z/D0lNpuKjRXITrLuK5420oyl9gnMLv2/pdWP6V4+MiGawpUOiibpN6JKeqBXHp/+X9VkuRn&#10;9fNdGC2648wxk37WRaobAGYtIIVT8SlMg2iKm8HnYXhiqBeCCHiREn5YKON7uBnR+48PPt8Ap0kd&#10;PHj6nHIB1MCkATdKn3TDyON4kFI0tCLvOd9soVIZvoAyx4qefghKsLpdFnVdpaIqek25Df69L8sK&#10;RtKTbwHTokUk6Y64AZC9xskrphb6MPGBdNNjLuYCoAsT9Sgp1vhsgh80X+bEGcXU3BwLfWw2NN1l&#10;Gt/yhDFNCehp3HFgj6zhAcZmqozWGm0zLcuRy0N5XSyRlpISRtiPBj6dys3cm035trPACkPxehgT&#10;5BMAM3Ec4cDYhGJiq4Ga2NAPwwT3ODxbljGRIJjF/z2IydJTO3aAuUBTaGMlcjlMO9qu4CrvhZtP&#10;UhZh4E7ZksXag5QG35lr1JVFOGql6rRTR1ua91rmGNuGzQbcZc7yqlpmr21ZWzUq61QjlX2EGhqy&#10;DSE34Iby4/TzCgTqNM9ZfLX5bja2CRiAWdUIZZDVyavhFCZCNXMljPv2VNJIdA8cfE5eAtl0AfBu&#10;/3OHkI63T4qzLm6AzZC8iuwgrhyJp2ffCGvmwo3bZH7HA6iWlrVI4RINWPfLDNNRL7aq5Q8Ra15V&#10;lgxjR8Yk7ZTm8URAnxPdAn86uonwcCNIlmuhWlRlbT6ahVibxeq18bSmNjDaZvOdNJU2eRAEk9/q&#10;plqlwI9Yh/403Xw1BvQlSaQf+cbmS4WHb9Q5mxSyNTOTlIbKpi5Z13wzk0dCmhZlralZDTKmCdJY&#10;iRFXtLdxlSdEbJlj1ZDkSsJS8j+sGVxRD2QCTsfwkZ6AfPeWRQACkBIeGJrDHYGpPj4HAb+JmiVn&#10;UkEdH1CqT9aas/8pPTCQ10D6YTocxDz22HRGZ/5wm1unUjB7BpS1RwsHgh0wjF6isXxl/iL8AD23&#10;ZlgQY2NWWvwWOrwja46p3MPaY7Ex3+VtsFTboB53jY/iyuLOQPuOBBm2rnvZ4kZ2WeThAThGT6aQ&#10;OxNDpPC9YBhPDkQpQ5XWCpWxnhN4nRJ8K19fHTYmiZsYjVmoSd86tCnx+Ufu6efbSBZP+jtDOH3o&#10;gLHe4mkRtLVUrqvYWGsy3+IZgY+1b148aR/vfx9Xg9wr+tWVPnk2oc+aaWMbGA8N+BtbYGJ6uTKl&#10;f/u9iNV4jo7E8cCNykPE+L2UyB8+HvAHLNV5G4L0OlHPWqbuDofGiFA2M/alhT6HHz31Qovq32p7&#10;U0fPGG+TOQgrbVBJxji9VHMPAlseVBoKtm46V+mvevAR7KHCQX1xwaiKYDl0Z2Vywzmy5cU3gR0A&#10;SRbkiZ3ehMrCaCTOiXlfbT+y2t9F64YyPu/k27FE1NMGa8QzAvTiKdbIC/n+8b83eTUT68gCKwEy&#10;DPrmofjs7j2WqvulvwVA9Iymbm7fuk3e8PrXynU3vESuveHlCiikuWPmA0od/YTEiohyptEHS2qM&#10;n2kNoWxpFtJokDMkPBZPPizxqYelOoo0R3pMFRyULSiTOlA+nlMuuKwS2Bgx/MWAOOfa6uYao7QM&#10;mXZ2I6SzF16GIA8M7jh8YEAF1TMut2MtyWA7JowGrK0BJIay81ER/O7yMAaAYBpPqbwYntAAmjrd&#10;SZcdj7TmHbI+j6KsqnjBVbL4ostl6kXnITBsowYyBLe60JqrsLqvq3t7ZgzyNfae0IqUrySO3Tf3&#10;FW+lfFqjTxCP7rM7H90ln0Y67QMP3o9U5Me8HrPv7INxydpaA9HAvFkHwOyml94gr3rZK+TKl14j&#10;0wgl43m4RNVMsAH8eS96kfybf/eL8tv/5T/LZ267TZlyateCOuDJx/D6rGVpW8LmnOcVryN+cmZi&#10;Vs4FK+emm66Xa7Bu0DzI7XfcLn/ysT/T55RheqwRljDw/5//8w/lL8D0e9e7vlNe/+Y3aaPPtXnp&#10;5RfJxZdcKN/4tjc727PUnojvjWAYgUfW7mXldhRkrPYrYzlSHeO1bJYF+b/9T6aA6agZ3OOZ+eH3&#10;/Yieo7fccqsOuei3xoP7/s//rfzMjsflxxFWshFuvx3Unn30Uezl4klAc9ZWBEbe+Oa3yhc+f5uy&#10;Gzvus52jD7nz9jvk2LH3wFJoTs/lWYBfP/TPfkye3vkk0lEPqeQ1myiUkUdF1gsdP1DRxOOhX5qE&#10;jswuSmgn6b++52lZvvsz0tnzFARjz+iam9AkVDxzir7YsDtUhZnoKwmjknnYR4Vrr5Pyhm+QDWdt&#10;gbJAtM+k/ck+SMiPgX+7Gd6Rc5dfi2E6yCAMeET/OLdhTjaAnEGPvXXTBDi6UOwsy4MP7JLde/Yh&#10;Tfcpcr5lw4aeXHfjNTL36svwfinB7Gq/OhpOWO0bjbnHfW0AcEhVYMqMMql16ay75K3ZNt8xBt9I&#10;2XelAi7u6ZfkUsECJRNhJLE1Ld3Y+6qRPV9ab1Lht2FWPfMV3Mrc+igRDnyNJ3ujuEIJFU9Vl8Tx&#10;wAVVZEmpSjomvhIUruCrN3z0Xlm656+kPLbPfE5J7GHPjYI0gMSTDZkXkOka535Xcv9WtqZJnHlb&#10;h+65y/6W5BkN2Sq5B3VQN8Afv+vptPQG9eTeEyAV0atxCL/5YwtIZ8bPHcOZf4C1wAQzBQD4YwAx&#10;NTujf0eZObMGJsDUJ3hYZR6YOWxsD6papilGiorGylR/1tLBIH5NvfyDfU8wkoOKDqo26cOkt5a6&#10;m8IlCK6PHE/JTaXCe1aZNJXgJPU+xsBjDwCveOxlhTOQGwZcI1GObofjIbDqQaz33EHJ3D9rAq8y&#10;McCTicgj/OG16CA1uoP0ZQM1i5rJqAEipQ8EY6tfb6saXHqbpVLQr0HWsnhKzMSy1euFzNd4CGM9&#10;X93KKzHIeoLcGXv1WnYrspjAuhAcE8nqQbX+zuCqSGcaijNZY8jGdTBemyU7k1QAK3GlXZDHrJl9&#10;u+Iy1LhJ5b2arWXtS5LPXwgNs88Altxkflnmxp2GfAc3S0wXkeDLgCmlcdQwD/Ouggi8sdpIARnu&#10;0DyYHnwoeiZ4MPC4z3NjqnFLJQhIllGvq006ixz1YhrZZpaYamoMWRpqST8CGt0Uhd3eYVWonpos&#10;ONKbs6yvBQNTV1XKyoUUJ1Rm00OBTf8FlYMWBCg7RoF2Q3k93BkSQj16KFV2W2K1LePAH6Go4mE+&#10;YLoqP2+R6Wsm00ZNDc7yWpailHHj7niSqXvHheiedNGp6PZZLJQBxcD8oj7cZbQ4eNLkq755/jyH&#10;6S1vLJmKmvSComPHk09K/kBmhzenycNcU5YUDMB1WmYUPTaXjjL2IF+YyTVZ0x7KkbOlGv04m55C&#10;03hKk6SFsSxrnZApy0Ap3Ybuj/RajZtsVnVyqfvdJRl5i5oR6mTGsjYQTezB3JOAqnTfmVzMza1y&#10;5F0s5nrk8vMUrpHCR/QhSetVNwap48pXVwaxSa4JofUzoWWG+fzZMElefBwTzS0IlqH06Oj8E5ik&#10;7pLZrZfqoZsSlpJHAP3yCNaQdcVwnGUcsmejONiB11hmwrEZ5ug6ZsO4XDpoFVOgixWWeRbq6a2G&#10;N1TuSYgmhFJtFmtFPoQUIVOgDy2uNa6+YWYuf1VZdnDDVDdhXTHaX9sYKjYA6LjasHH7HQ9zq8Zl&#10;ZmP+f6GZiIzHXpgEwOW3UdlZKrYygFIPUnXYMsCcT26eNVauJ2FrrgT1Ggh4hey33oQzT06KLfPj&#10;uAaUMv4PgS8yHI7iuT+ORu4RqLnmIBNYxPBgEe92G5m/eLklvOay2h0ElaFqqAwLPfeknMafeaM1&#10;qSy1a/BtTafPVThoU5158QOYkoFok28d2JQ2VWTCXAf7wwz29y69cAiulGRTFCoNW06TJibsYP/P&#10;g/tuqidhVQO7FvrRxNUPJbpHUDjFsxQV6BsF8/ULnlLcQnVsmusyd2Xnkd1MAM/33fIUEEWhhsql&#10;AYaVDWOmsCfPY3LL37voQ63M07gtoTjXc4YFTOmBUaPaMiA0iFU4OYQWpDoDn7x4RkzAk9janWal&#10;fa1YgdGNjONqsD+swb7zoiiuoWiP9cBjtU9mM5vxRMEVQT/1E5mJg3zaW2rdc3AZiZ5A0g8dBYtn&#10;QbRGQZ0uU2o90gCI5SjUFhLWGOW1IbmlpZlUM/3myr2OKh3olVp0T6okkDYbkIf3mAhf6iBmopPp&#10;dH9QwS9u+nzZvJ1puhfIzGZYapz9IgsEpXkfkgID02I7DHbCMw127XpIBLVg90l8KvD+/8LsS2Dz&#10;6UG/lTTNuOZ6js7YVqkpzkOUW2opsQeso0/+8S3ywMO3AZB9Ts+CDWgyv+7Gm+SNb/1mOWvrucq2&#10;HKF+S3WHsgo6XTUSD34eq0dXXpwx6XaiIusGTAzUO2pVwObyKYZffEnyo3uU25xpE2w+0wwv6nRM&#10;ItkfuX0IqNFMtq/KaZy5qANedJmUSLrtwb+qAmufTJUlMqpRR83oz9Fxt1QWgfrOkmmyf6+ELz+A&#10;VND7gFwgBA5Moyn6hoFlvDBAQzYAQMg6OjrcTSYjgL8OAwAQ7DG47AbpIuRjhte04pAEZ786pABI&#10;wP6f43dTSsedigCCHvcJHI5ry+ytZqwkrLAAaAN/ymJhcjlC+f7o935H/uCP/lCOIshudv06bX5Z&#10;i3a61sRunlsvJzyo7aaX3yjf/m3vlKtf9hLIG3FPC5PIjgCm9dAUssZlaATV8WeffY788Pt/QuY+&#10;/F/lY5/8JOqmKYAoSx66RrBoUsFPgjwFLtDNABDf8c53yiWXX6HDGzKlKLm96NIL5du+7e3yL5H4&#10;+8CXvqQ10jReizJkKoV+9dd/TfY8s1v+/j/+p7huI11rfAM8P+l1TYZMF0ELeu3dH1oDTargRu04&#10;Q2GZQzLCBICAkTLkJh2Q/lqzdVc8jQS+sNY0sRbvd6ABHJl83w++V+648x4EKQx04MGGn8xGkhn+&#10;3b/+f+XHfvZn5fztGxQw4X5UJsuhFXvScGABKX/8//0BSBsnEO7Xk0MI9FsHxdcWsHaVPcX6x8Ot&#10;2Fd0AaxcfCmG4EhDVmil4j5ozXMRX9jWRV+z0sMOe5S8UuVzcL9kX/iMjB65A+ALpJm6yaAC7g/U&#10;t28ez1bG84HKGiigdJg5MtVNed2rZOo13yJL9IXHe9+P3mwit6C7XXt3S++sGdnU26Y+sGSdMdRw&#10;ZgogDwb3UxjmbN60URO2j58YyH13PiKHDi6CofygbN46IS99OfxZt80q25HPBOPFuH4GWJsEaApY&#10;ZtEvn+SKUgk50YIiXKo7cF81PhdlZQomgtBktw3w3PAsI/ittkYj83ErXCrK/Srz+r7DJOPSSD9k&#10;oLFv4HrX3gl7Avv1ibk5BcQ1lCBI7TXfJk8oUSWY1JusQO4QhYcexZX0/XD6m2p4QGG+89jHdv71&#10;xyXe/0lADIuo48yeaJQxIRlPHizGeFxzLxtkLtOlbJ00fn+faSCtno3cx4pgYY1ad9uZToWfhj12&#10;zYYs9iyJnAA5P7/Wz+q7X6naqgswd5mA/xEo5/YfMUUJQOus11GvvEmwOucQuDgDcJsoI697rzNR&#10;1x7JJzY4zmIesoWZB0tKng81eSapYljMaHmgypSq6UG0iEmhOU7QieYRp/JoJ9voEFXxCdEADA7Z&#10;+FpU9/WxlzJdmqnFNTsr2LqJtVdcbElJGy+76HLeKnPpafK1zzSCE+tyXtcVbammiIVk0woilynA&#10;spYNty1hUu/YTH11DyUxpeX7on9bxjqMtAbEnKGXhXHBeAqQSjVkFlp+iOlzjwWKeABkgtOzrJbV&#10;6t9nDWZWO7rHuGbPrJhZWToG4iiSWqS6j59e8qKROrtk14hj/huiMf+UpJUlSbyB1KmPKrh4+ECX&#10;LcaDOEVU2W5VYgul9BfxQ6LjdE7RQ1PBQkp9DX5TiWqRG1jX93F8n01W5m+GD+CSbQCUanWRGEbq&#10;u1L58+BprmaCzKReTtNyeB2o9IzNpnR14mDUz8w9Ai1sIItGRS3dX6Cq5aC5JTgx+crTOrkJdLpd&#10;i4tn88qN0o2Q81DoYR+dycG014jCjgnCOkEInhZk5mPuW1Ap+6nSv7eQkEo3BWc1uKGphQyUKufo&#10;48DhRLOqRjXVVBnV7n8XXLJnC3tCJxws1HrubzdadoYLN4xuzyTxmoxJ6dDAAjPof8LJMcFEenKI&#10;0WdDZb/HkH+bzHS8EzIpdGHsMcbCY6NPoNqoaqjZLTsB/e88pUCJS5SruEL9FR14aecwtk3mDeCN&#10;bphfJfkM/pMTl4YVWdUAV1zxJ7TjCB1Vj1U1Zj4eWgBfm8G3FgtiFaPL6QOlXxtR6YuxSTnx0sOW&#10;nmB4r3NYrhtguj7af4cdEGRdURUYQu0vwvXNBZWuFEGJCLbsOqaN8X3C8LfqbdQpybpiUc6Z2CQH&#10;xGW2IYxFrSef15g8DAhUezBMpyBNHFMpNFGjynz7NPq7rBxkduNVn3yQjWoy7ryVIJutAObieBpm&#10;ezsLsbYYa1M4xmyaLBKhTugMK/SCKxmfDUCbuzGve84S3ArGTDAqs1kD8HtL7h9pkh4aX5I0sani&#10;asZevUGvxDJDi1kVq1bYQMuHyoMrVvIeY8t/jU39MgE/rIUnMeEbLJf6mZhkm+meLHr9WWzzeWPa&#10;27o8r5mq9Hjkx+lKChyy5pCgWF9976JKBoc80PXalcYIpLzXr6mavPMX9a1oHQxGur9zQDAo3VOS&#10;YKMOKSo9dNQDI+ZaRwwTfhuaZLeRGzJmLo0tJKXd2rUsWgys9j9laDP6WrBqbVQsmk7M1+pkNpCi&#10;JLnjst9KmrCf9DvSP31lsdhQRIIleR3Dfkt2LK/FjMt6R84y5pHa1cCR6Bhx5QMP89hs4sbM6Dk/&#10;SWiGtBJP16L5pVS5eEpJbDxFhG8L8gqrmX2hDkU6eTDIGVsV1Oa/a7OykqdeOr+iNMliNeM7BX23&#10;n/DYfuZXS3WTpELbmhXq+So2e3b0vZhSxOP9rhxbxMCEdhQ508jBfgKYTvCB59/sdEfT4Vno0p9U&#10;86M4UKL37ciY5Naw2NCLCbwJeOQQkHI3TXD1hF4qDri38AzmY7PUH2n90te5U082n3+9XPyKt0hv&#10;/SaZ2rDZXl8Lz+SrE80onGm/eCbXd3OXljTG6GeGUYXx/SqegpkeTi3DPjkIHc8o4MUCXbIaDjbW&#10;vZnipwM67eOs5fRYwf9jkEEfxoZfvPN+JLPeL489+SCkuvt1yHfR+RfIq1/1GpXpno0Ai8lpyqSG&#10;OrTqQu6qBuHuaaOgg8sRlM2Ra0ek55naeaT3V8tqKt3TdI9k7UjmA2qz3sG9ImDxlQjeyOaPwkPv&#10;OJpD8zZiqF3KhaS5PrS5YOBXZluTz8gy5HfZ+o2SA+SrLrtWis3bpZhZ53UD942+rOcZCUB4eVTa&#10;wA9f74DRVyAkYfn+uyXuxVB38SjWItU08MkGy6PPYA6e85CFVtwAYSljQ2usTwAVsu1FUl1zoxRb&#10;zkazOa1g3ihkGhJX8GfE1hzfs9r8OLsn95CDRNmtzb+tm9Rrq2yN0t6/sXkM+o7OKtDatTSG0ONf&#10;ekD+w3/8Fdn1zDMKutA7OoEVPbK3yJye6Kqtzqte/kp5HTzirkKoyhQAMapVKgYvdIyA0AVY9OTO&#10;nXIX5Ns3IDjiAki2aS8xDVD8Pf/we2X//v1yxz33wqqn6xYvdvbz/TJZ9zu/450I37hZ1iO4ZaAm&#10;/GjUl4faEPP7JpGQ+s8hW/3d3/6wfPIv/0olbSQOqPwb7+N//fGfyO233ylvfvOb5Q3f+GaAlrN2&#10;vuHSUOarjJiqSczsFJkCDsZY7CvwEwACVWo71NVDe+RyvtM/02HNNOoX8g97HvML72gP0tV90J71&#10;H/3xH5cP/eYHZddTuxA60JWNs5vwPC7JwhM75Wff9175ute8Rr71Xd8lc7MTFJTr3pUAJ/FgIKoC&#10;Pgq25W1g8DG4gOycGQAd9OPr435dd+UVCAmctX2V/plk+miIS8/84/ne0HdMgkU4qmKdJjl25oQw&#10;LjRXxpOBTvQ0HpXcWylHBmCHAWo4eFiWvnyPZA/fLuXBZ1EzLBs7h6otDgWA+fVHAGrwHMYFrGWw&#10;dAno9Wc2i1z5YgmXXi8dhOb0aVVF5iw+1xw290fuu1uee/oxDZc8/6WvQMDOBqzxKS3qJwsGcMwC&#10;LOKAvZTdu47J7sd3yqEDB+UoJMPbzztLbv76G2QrmN2qQlFW08DCQwA+cu3xuqr1AH4ngSSuSQUA&#10;6NlXmSVRXlhokUqPse4H/aHek35sYuUqM1ypQSXuwZQkpx4oJeiqdztDHukZrYBUYZ70/JnCAhTV&#10;UqmqPFSg6Zdi+9+rtL9S+txtzoD2EDBJEHUfLJtBjUqUuwZa1nU6dgiY61aQ6u588FaJux/F9Q0a&#10;7NlnJCEFeh2TmEa+f54Dkf6KuJ49Y8dp75ub6o97SnTvSU4HeV2y2OAbBPTKkTFYOawZMd0A/z45&#10;EbSHU/BrmFmaOsBhrt8KTE0mey/A3qFA70/QfHACiqwTS/r7Fw4ck8MIkurheyahzJrEObBh82bp&#10;TU5oGnB3oqfPYbfbq1OzGQLa0X7SeyO10MpstF57KkYPO5KadBDdR9VSdEt9DSr4FJOJDhiXFo/X&#10;4brz505DUTLzG9QAR/z+AfxnafPQxZ4VaVjcUeBIf2/u0uTSZIyaxF25SjQ4QsTXVsKWs+zMQsCY&#10;vrx+I+wvy8eOq+dihL1BxWdS+4SszgCwtWbElbH9L4T6rKlaNsMhuHw8yci910tMyeQbn+I90vs1&#10;tWATkhFa8tqmZso8XdmnzAkHaNVedUJ1avAbyt+qUs0Yu1V9z4ITd5Tp6BiKDd9CLYVPfa+xLWP9&#10;Wpn7macBexVkXMbb5G2mVJ6qFXaQJ+GcoactzzUtULUJNFv2WDYovDHfXLOfp6RSM1dMfiCkyy4u&#10;DccIEjpXL6x5shCHTMEKTV5SVB0F+DqkyYL6OY8o84yL2M36KREeMf2sY++N97OXmxFtqQeBaGIj&#10;X52/mw8yF8/C4kJN/dSL4wyhBbD6Kk+5q7zpJWBm2KGFbDANOFO/w4Fe9KKb1ewDovKVMgWHyoDh&#10;VEYTr5xVwwVmhcDQJh88aJwllCXJqXvime5RFBSMGi1eeAHNAnVY69SNnm3SE5UgFT2XAfHrE3qw&#10;U/Jc6QE71Oaem74yBp2O6qxbA2S5gfqEh9/PZj84yh1i0tO3UlOl8WOzVKzxxFJpATdjqU46iW2Z&#10;brY+jwZpxFhPC5J2v2pFT6/0fBtnjq3tixIltj2o10gkDKua9vSlqrYU9A2pMtCM95ebVJlF3QA5&#10;vR4xImo9QFMc5EsHsE4ut9fWyZc4JbkqHUwLCYXXoIkZmFYPWTSi2J+AlCUeABU80IfmfJsAjsZg&#10;EbveOrkxILBKST/ua6cbJpiSfYCHi8u5fj/jZUZDhnN4UnFNkfLnr+W1Fdpy1ZjoxrapJipz7g1e&#10;vY+k+5USF4PUTayJl1NTWDVTlvoehhVAX6jX0LgsoAHsgjNAVUInoxUBHUWd7hmknXR1cjZKW9I9&#10;LsmNYymSdRprOJmsOdYJo/x31JRg9Y1k7yDI7pEo03IyVAoyLbjEohDzmVuqTI7CfYEJvAdKS9Q6&#10;jn1oVuWpI7cLKIwN4nsDPytZgENv+mc0FMSeoSUmBBIM4SHfp3/oQM3PyIJgkEVwf8MFsmKyUqfO&#10;wyQVZ/JtcGhaE0HNEya0gmuUYRsd6AsNcDA6ScpnG3DttK7f0M8UXpdBSr+MsS4PRysYfFkaXrSu&#10;fHulZLHmIWta8YRLkM0b1cCc4MEsvI4aLOLXrxvd2JmSvmhJ6tqcOwYe3Ck4thhtDQR+Mt5dW6Z+&#10;EmBP4mpVbjyNP2A8cyXvWPLuuAZ/LPU2rAiJjHENp0b/7KWL7leFbSTbkpb/5tiwvxVEUstzW0k4&#10;Ma5+TQOSuNYh24WlxnHI4vt4ro7Oj5Rl1x+4Rw6en0kUrFO9wiV2TNwttC6g/2UPrDwNBqg8pY6+&#10;YZRTsij180mHaoUZYvPs1EGeF6NLfWNRs9zh0FIHXxkZU9iPYdMxg4CsPAtN4RaDF8wj91fxj99O&#10;6TuFf2x7WtykuIVVgF5cAxgYY6/XP3cG2vNVDL+1wzuCZONxIKpm6Pne3Xd/pKjD0yXIOAdgxDz+&#10;5Z1y3z13AdT5sux7bqeCrOchwfNNb363XH3d9UgP3QTgYJ02ZIUHbUSfhJvzvEt23e8uWSq0XHR0&#10;z2PKMoEvskBHHGjxWfYE+j4YB9kieNCUmj75kITn9mBhUc4VXVrlOzkbBDKD0ZjmYC9VyskbqR/U&#10;kMyg86+ULrz44vbztGaFrktZUWzMy8ykZEP36OXrjAAsZgeelRx+c6OnHpHR/EF4qJ5AIB2kvOyL&#10;6PtIy5o81Qu52uHwTFPAYm6blFe+UuKLLpICAQiUeqWWS0J90jpuX0k7U2Mc/K/GB7Mc1PeHei8M&#10;1Bu6ssMVA5UNzdnw6rpnDUkLHHyeS668Uv7JD/yg/JcP/Rf4mD0Lm5njev+np82XkV57f/973iM3&#10;IwGXjD8Ov5VZxDgTqFFoMfTss0/JZ2/9nNx9592y8+knFdT4Hx/9qLwTXnrv+Qd/T6/nZC/KTyPA&#10;45a/+CRCOn5PyqXKAwCiNrMn0EySTDANVhLr/a5KD83KJssbudMk+onv/YEfkHfiPf3Bb/+2/NWn&#10;/toCCREy0MlhiwMp9Sf+/GNgDx6Tt33rt8i62XWM5WlOGPemTRYEeWGNeuahhWr+3hqeZGeajh6/&#10;ir5+CngHD7PwjZjNPK7TNddcLb/ywd+U//X7H5H//Ud/LCfALKOSiYqQY4ePyV9+/JPy6U9/Vs7Z&#10;vl0uvPgieTG8FOfWrcP+2oeN5DNyP0I5HkcC7wLu83Ty2/Smfoh1c/GVl8o//tEfNTJFlvyx8Cxi&#10;Ty69eVcvQKMguq1TWMHSt+tGb0kdnquahSC7GDhLkJ9LHgEqxa4npLzrczI6sBtBdQe1Tl03M4kQ&#10;HW2mdO/OAPKVAGCyEl5rBJgByi5PbZZwxfUSXvI6DNlNvhwZoaFsoY7sxWfcv/th2bqxK1/3uqvU&#10;o34x2w5vlO0A7fF8oC+c7EzLoWf2y6M7nkai7m6wF0XOge3StS87D56NlxuzLg5V3dVhUJOyJR0o&#10;dqsk9npc7/T1q9QfT7TH0FrbfbssdMMGVhPTk+oDZ4SvQuX8pngyf7LgQJwSJjykMMkztffDa5N5&#10;SnAodyZe1e6fggMuKfG0peSp62SJq86qONZTxTGigD2nJpHVEJSsawmuHE5zvwOz+cg9n5XBjs9I&#10;MY+wmLKjjL2l5UyVefqM65vggCbofR+yP8eaCqhp44ZCn8OIQQk3qC6BOj2XLTl3AgQaJWAAdFKr&#10;j0l7Vkm4sH4I76NrqbOLi0OtDxLQ1QUzeJmAnP4vWP34GoHteQB8GYGxYNBQ6bgKbbqOH+nLoUO8&#10;Z/tRP8DrFXIDpgQzuKcHEL0HcJfDDhW4sYbumLVHpoMPNRQGrtHzQaTZFknLnifZFFV1GCEsvQZD&#10;IwN0ej6cacI354eL+pyaL77jP1r/e32Lfx+oukyUpViAkVyAkag4g8q3Cx1w8pmuBn0H1yoni7ji&#10;rPL+XVs8fI1egHhmomMxy0fhtQLrthkkHE+u36BBpH1X+CgjtPIEe2mwBV07OmnJajuc4GBXJY1k&#10;l9dG95oks3V/86R+qhxXUHWcW4ONkYbaSb/iisfkc+lZAwqqhhVhoak2WWHzlXzrm76nbAWhegJy&#10;nYNg95UMWQ1wTYSSmBQfSXkZazwiBRVFHTgWuo5034w1EphIjdETeUQps6n6DDVE15hWJwqlJj5K&#10;aKGhBo0oW1B88uPNu14Kjf023y1l3UTzU7JDt1K5DY15lQ0NI0fihmxGFzS9rpTDR47gJu8xBBQL&#10;bUqDNvibCqM0F4W/H5PWakFSh0YMjUHIfyMa7RR7KxAr9aHiB+B0JDEQOGHUzQBFmVLY28CHF9QE&#10;Iytnu+mUJA7qYp0gJIuFE6CF6+I0+3dlwCzAINfkELmxr5RiXKnhoiUIBd2w+QtpANzFQ0Z/Oj6E&#10;I33/Ve37USWEP+nYs6wBQHxay3uyuDSoizumcWkgQ1Y0ppqZBakEp4cyFY4sBY25Tx4P9ebQMDpS&#10;vHZVG08mgKdp3GpwbyQO8FU1GDUqR3XjVvvvtRl7rTy4UIN6lRvEPk/vk3By5sJY8utJfPtC2ch/&#10;Y7Bpj65BFL3LmBYzuWydFkFDlUTMIfHuKchtYr/jEd6N+CUkD7rKWUCZzRs4WetjqjLCOj4GU/LR&#10;3Bb8ro3Y6DFprQhasXFarD0Qq6oxu08bSwI024BVyIJ7GuReAJjY03w7y5rdm+WhlZC7BrCQmsuq&#10;uWcNVzOOAw7tZNKqxecMK5zV9DWqevOq03njGvLAsdvn4J97BlUOSlb1xMQGDlok5VnjDbayeV6r&#10;oa3TjeIqg+GV4QNj8sM1lli6F3z259EUHkYR9+yyxemSeUaQrdSEtczCNSqTDfC+HidIi6/NELDI&#10;CNZZ9O6yh1hYeIYNWSbI8PNibKKKNem9X9n96kTz4yNbeUh2MoH8ypoRYy+h6MG+yBlj3wMuyhYF&#10;PXhgBtnfZbR9ZRoFa99ZrlXyk5CwBoK0WnIaVwSeVC1PzGTPPfD7rwYJofEDTRc2c+Cv2wIA6/Ns&#10;rI1tfk9eg4uiycJpIjdSkM++JwWQSDBpnl5D99OIVaZAUayZnq2TNMavTFa7piT8+fGs4slDWVes&#10;/XDqF26zpE+TzJqkELWSJCV5t0Dw2ouzBQLHVnr9KnZf+5lKXod1FholD5l6jC6C5nTwBJLMyVLF&#10;+u4PqxrUm5kGWwS02Z4mUWZ6rvN9EOPOkvcM9odpSMpGZeUMpUoBPwJ9ncIsAsjiGw5G5sWXZ7Xs&#10;o3S/WC3wM6t7VOLXmZcju26Tybu2y3VvvaA5a/1zk4FmdcGZs+bWYn4m4O/5eel9tUCENc5IDjjd&#10;9zl4LZJly1q79AdocOhJhf1qCcDsrkePyOfh53bXFz+DUIV9Km+67NIXyxve8AZ58TU3yHrIdrl2&#10;GLCmz222Bhs2xhXJ162r0xoYkemJqBQ815MKsoW4ZGw2bhTHjok8eLdUT++SzvxefB0NIGrQAerO&#10;CXoqKt26Y7VeNVQ2k5699KXDmTwEEyicc7lMvvhSDd2g6TnXwsiBXIbXDTVdmftr8CEs7tm+fVLd&#10;eYcMn34UwUiHkKR7DEAgasrcwkCGfj11UE3kTznOPQ3vKLeeI8tX3iQT27bBD3gT1v5AaPtKQNqm&#10;6Nl4MPrpzANWWm+QAQ5wrFJ/a7OSYcLmEOzLLhq/5SFl8svypfvuAQh2Qm5+/TcokElGEoMcrrn+&#10;Bnkvkm1/9l/+LH5+PeqjZdz/AUCXabUE2gg/6o2bZ1WeS49r7vB8RiiHfPDee+S3/8cH5bHHH5Np&#10;ADL06uoC0FmG4uYP/+R/IZn3BmUCcnvmEPstb/s78NK7SH4EHnDKBMeZRJIA5Y2/Binui6++Gt5p&#10;M8rQqUPSakP3SkEnsvh4xd77gZ8AADknf/qJj8nhY0dlI97vt3/jW+Wb3vEumdu+BWytBe1lTgWq&#10;ffXk9F/bEA8CB2TxkIXFM/I73/1uORvD5V/64G/oGp+GdHUW++ZhJGVzz9zz9DNyz713y8LvLrjw&#10;C5YiADk2zK5X7196KI8gyWZIjvrnEUCaXC8/jHCTHtm4rhRY81PHU/uHknXULw2M6DkzMGcNg7Vz&#10;tH9M5rDPF8+Ayfc3YGfuf0AmFo5KoB96boF9888ekA6klCPtG5jQRLCeYAWsnIpp6d/8TXLeja+U&#10;IzBOOYjPMktvd6xTIogBMvjdOx6SJ750O5Jeh/Lyq18PIIVAUk+v0xzk6MtYa7uePCKfhV9hCeBp&#10;07YZefnXXakgGi2qip6pLIo8em2XWD9lw/KkLHVkIRsdZ9gFTwmPK21lyEJ2/2BekwmCTJkxnpRx&#10;pSAQ9hLK333YYGBQsFANAtmdjoPfZes8bvVXbX/r+MLz2FedPVGUmUev0HkP1ut1jcSRgZ2/eOsf&#10;yaG7/hpSXYD1DI8TklXwHhFoUkQOSDjrSDWbWWDFKQB6UL4t489RtZsJ3qMEZ3c56YjXSS2pjOVF&#10;y4VK7HoP8UKUdZdLywqCL6u9QdBBj4Z00SwnMwUKFW86eIbMZRHfvw7sNIKDCl5HS3NWMEhi3Ut1&#10;lWEmykwcwiM7XyzkKPz1y2jSYA4YtLbg0KNrKjyyBrdgf5/Fc7aMvShLDHkfHlpvYx0YJdsdgKZB&#10;g6QrHdQQSDnet1CiDkkPvB7OTldbnMrqeL3PHEaZObEN1ivDGzKwFRcPHuXhgjCWdTKDP0XXmKVc&#10;2+VwWLPSqPjkfj6qDbCr2sKJFgGWDu0BKQxBxfVfPHxEZvAephB00tFrgOtIb8qQyEVW8enQJDPW&#10;DZmXRrAz27AydZvOulN8pA6WbGmC22Bc6uVjO2CuIbalWlkxj/bPtNQr8QzrpLCiN65iY21VB1PW&#10;fq7BAnNb9yUl/qaQyhjHSVJhRap16QOmwsCgqvXLgk8AW2aBUjsk1qwtZcG5j45IijTOWgyoXIuh&#10;yj2YJEjtDaeMLQILapqa09avNhsUNyGtgtHi8zTSr+i5hJtO3Vifg4ChmiBzbzp+3ArybtGtP4dK&#10;aooUT47FDZmDsqk06KGvWo3oUdt5ntfPjBoVk+kxKA3o8lS9FGTS6QVLtXEDIbsfBlrVlGhuuBPT&#10;usH2+0v6kJB5E4IBZpXTk1NzYSxMS+lViZ404Kk+YBqc0YWx6yb936JDmctyPT1Py8e87rq1R416&#10;wZFdQGPcwiY8pafXxpb78jokuy7QE47sPnp44H/Vuy82bM3a/y0ai0eSP0MIUtVAngV+JLCvbAN1&#10;VRxjghHNT2EaVSuxZiWjw2QiofWYWCeZmGPxeXherQT6TslfCCviJz0RqLFqy3xqbvedwBw3/wnc&#10;vy2Yqm/diOIVo7xF3L+FIwdl08RZ8rRsgrErwDmyQ8UYlMYmsM00aDpUSp7FhK07o9OIIaaEC8dO&#10;yLpzZvBj69GmQPbth0UNorXkbmnTauwWG6p+8oQI7suXrLaraP4teWZ+jyblEfcicCrzii6ypj07&#10;iNbcu2p1E7hyMh3XkjP6nyw4iyg2tGxP5E2bY+ObFsdZUSmxScwgWHMFyWyjv0xhfpR16pFrDcOa&#10;QtvQyhVuM/zi+Ka9RkLpGEsqtCSOLXCRj9USi1Psa7v7podlOdcVk9VXYv+te6XvFYmpcIL+IJSk&#10;ZZSZkgERFRDmPkvBBL3pVLIa8tpnjn+rkkMCfZz88XMPK/UgKVKsPIcs+L7F0grEvnqA2P6tAuBq&#10;mBy+DcxoW90H8+Bpg2kxrO3RVydiEdT0bxiMIzs+eVvB8nOWYBpn1Kk/Ykzw9BJtpl8ZZezgWwtM&#10;SxbWmY6CGhZymVLim/QW9X3qV3ljYUFWXyhbITJZi882DmSuSiZ9HiXCyaSX8Uz2unCyQIbT/WBc&#10;xTCM4czkpGNgfkhs1paFwhjQF8cAvLrIOollWGwVY+n+UmYeO2fJ0uKMJnACNhfmXE2CwZehsaes&#10;lkAfieoq16W3pdqFVF405V6fIOl53hL70n6oUpE0RKitDrB2u5kySIzdJD40Y7NirEFduyiEF8Eq&#10;XNc5Is/u+KzMvehCufDq6xQIodVIp9Org3fORGK79tdDC7h9PmdhXMHyC6uGH2uqB+Op31dcxSgN&#10;tVphMAwKrGL3k6efOChPPfG03Hv35+Sppx+HUuOozM5OyrXX3iTXX/8yufalNymLL0mwWPswQTKx&#10;UE7CM2yPlVprpbkqHXjIscEpAOSxqR5g81neDRbhzick27NT8mOQ7ULGF+knp/7T5jEQ3QOs0zFf&#10;XQ2CYkgcG2kw+Qqk6uZX3yjDdZulAqDEGtfcqgudxKsdwsjeHxtJWcYAD2mOsvMxySBLK07sV6ZP&#10;xWYUgBbToVVShYANrYV5DViXUSI2tUGqjWepF9/iRVfiOk3q80MGECaO6mFonpor6xk5ZeDUKi/e&#10;NLyItrZ5ftIHmgNNhg/sR2jKPQApb/nUp2TP3n1aUzDo67VvfJMxXFU2F+TFl18u3/133y0f+cM/&#10;0PtH8M3q01w++MEPSn9+WV79xjerzcJxsDwevPc++bNP/rns3LUL8sUTMktAIpoihaE4ZJNQcvgb&#10;/+mX5Sd/6p/LBWCZWZgYUpkvu1y+B2DV737kI26zI6poIcj6cz/9U/L+D3xAJi+9BPVV3oQo+WfV&#10;epuqH4L6y/Py7u95t7zlG98gD973gJwNCfnFV1yu/tEDMFEJDI5cQhZPC+yFr0na9Vduz+n7Lz+D&#10;+tYaM5bN/9e/9S1yyUteIn8Kr8U7bwOwR5YfJYb4u2Uw9zahvp2jBx+u7SL+jvXWEpKQCFT0cG0I&#10;OvFR74FQcMXll8q3457MgZmrvukKODXet7UrxRkMINTeiD0RByWUa7vxf4b6ZA6/f/Q3n4Hc817J&#10;weRjiEI1YUyswDR0vvo0PVT76usmysIFWLMOoTWXYl++7EbpbjtXnuUwAWtnVlOYK2VVHdr7tOx8&#10;6EE5cWKfbHzRNulsPgeBXRvQck3q3w+xj+x86GF4r490fV5/4znMftH+a3J6VgzfrBTEYHWRQgQq&#10;X6PSSv8Uf95SQEbytVZubeVyQLc5Cm4RFtyyYDgsa+JJ9EFbEAMSGVKjklGm5dZAdbM2x9KVW17m&#10;sZWeFcJXskTjynwvmaroU43rkpmqBYkXsvzwF2XwwOcwdPmSTFCjy8ANHOgTHUqcTUkxwtnO4iwo&#10;m1p1F9gzUcOFSVnYDlDsum+Qs694hey99y6wo4cq8+WQz9r3qL576p2tvvEGDuVdY6ImpheDDame&#10;ykJpwCf2ZPp5ct8iKLjogXilAmy2P9F3lAzhRe/zeT86KjOtHODyCofkJfXgJks9WpWtuAhAzcWB&#10;KmdGHAZpirgpv57bs9eCTsECnEHfTma0kgf47OL9cE/qAGAnyM504Am1KKMsyCy61N4AH1V9wEuz&#10;OZvoTtQ3JDG1GbjHJGruhwOGOtK/bxFxp8gVmMf94b7XwetvO+csmVo/oQrLycl1+ryZNZLZPjH4&#10;JksJtu4XqszS6FZgLh8f0psSQyD2uQd2lrIRw5TN27fJBrD8FGxUEkOoQ/WiE5GiY1C5J1PrOJ/P&#10;ep7Xz0vImnoyBTqGlp2U+uAlQke7D63D5xqwzyGP2shHWjZgtc9ti4AwXped5NnxfTiF1dpL5M4S&#10;NJZa3XuG5rgSkZbNS9VIh/PcPfxF97D0dgppJQ8GpwHGzF9kZJuKoZk+SXV0vHan4o1UWmKoJUyJ&#10;naRS3KLrCUFVQwSqPKhCRrXsNBlOKruID45SG0srpCrPZ1Q2m/ma8K9oiK3y2Ghpeeo14N4hWfKQ&#10;ckAuZMd9b8wUnQ/O6Eum0KRSd/Oece5ITU0CCFz0nClemXkCaUpL2YSIlFUlKcOk27Hv48Xu0rB7&#10;WNXSvwUYXVZlkxYbdHfSGJwaMdakI5fOVS6LzHNbSIuLMCJFyt80k744DRgeV1BR7RWrxvsmywzU&#10;0wdbp0C5Xv88mgmk/p0n8/ChYAIcp3kq/fNNjgeBMhqHAwV++L7Mv7EyuaBYo08w18BLcRAxTQak&#10;ZjiOgX1tiW1oyST90It1Mm7zvFS1K3tDya3lSiEb41PF0zY6cZWr0Onb3HgSE/6oRpn0yZme6Clg&#10;umndrMxh4jI3NwUzYkgtMTHcd2xRjhxAQtemLdjQp2R+8aAHuIRWLe0eGFWuxValBQAOQUztM25y&#10;2IyPPbdXtty0SVNBp5S5jOusadRLY+bmsUUXbtKJS/fgyzwUxth8ah7tXpxcz0yQ5LplQUDwUp/h&#10;oqi9HNteEOMXMtSA1liObbtbjzIWNy4x+Q+UzeZaNUEqWesehRZLq4qywu9vnI1pwx9PKgqeTqaM&#10;xdyfUxQ6wQDwJmchrKJBxRVm49KCFEOrqaxWAn6tl4ljRvahXqEpyZMm7idwe+8l2AcwotQY+kx9&#10;bbj/TQPkLXFP5zG+nMDXGShBX7llJngz0IUTMAe6eHiSiReCrUttqGwc4755UeWp/dHQD/SgfiY0&#10;hA/qDYJDn4ROS2XSaWbmxaSB+1nzYGYmP+8RUPTPyO8ZVOUZgFfjLMhKVvu1paveSQdsm2Eb1npI&#10;fYJFOXEclwXbCpMxH8CGrWmw3DAa+48pfGzyCDZrWIieP1L7pUUFQFEojcio7TZM1GSKHEMrrfIM&#10;sjjC2uE/+johnhEWd9q6ewXQF1ekj62Z6rsyaaNNC4rtZ+PkgJTtRZ5gFlJoQjMwidKE/cTWFKWM&#10;48y9tYClOJa6a6815Dk3sV0W5+GTurgHS9QSVEn86BGU0+AupWSb5+wwGpOaHky5GZRzhZClNFl0&#10;FGwmK1BB9tzqnDxrQNvCPUAZkkCG30itIDvK+ju+MLKkUa6hEVN+0YBMgskUn5AH//r3EVJwQq5+&#10;6ctRkM/UNiWn99F7AeDsV8DKOy26dwa/v6pZ9ybtp1ri4P5j8thDT8ldt98mu/fuwHl4CIygCfjv&#10;bZOrr34tGDCvBeC3HiyYCfNp6zD8zbz3qpGlTyaGRAqniqd9z7F+PwoIlUsa6DY8eEiyXY9L+RRA&#10;viNPY5YB+S7ZhrmlvTABtwQgNKzMh5l7S8zMNLsCy6+c2iRxC8JBrrhasrPPw6RvRs/kCbLf6AXJ&#10;9DwmrlcEGXw9gyHU2bdb+o8/Lvn+XTIJYDFH6qF6/fKzsVHPbD3ya52pTAdxlKIO4AE42LxVivMv&#10;ke7l18sSmFIVak6qCIaVZx2Gwpv2UdNAtLyCwtgg/+T5QrEF9GmVQFB02fyImWJ9YN9h+dCHf0vD&#10;LI6BDZm8m8nu+q0PfUjuv+du+Z7v/T7ZdvZ2ez0Ac2/7lm+VV7726+U34eH3hTvuMPkvzuGjAGh+&#10;+Vf/k9zy6Vv1yX7iiSfVXoYAKYfuHLiHaLVIyCzdd93G9XL9RVfJt37rO+Ts8862QTnPMtYreN/v&#10;+q7vllfhd/3iv/l5efppXG+qc/AOTxw9Jj/z0/9c3vimN8o/+kff1xpUmjJFTfI5AGPzSPkans2N&#10;W7fI697yjVZbQ/JJf8XIvsT3xbIGrk49pQln6o36fwPnGzdWtuEaPnufskWCYgSDsOA3bdogP/hD&#10;/0Te8+55ueWvb5H7AcI++dRurOl5gB7LYDVNq4yRIMNw2YDPHpVA+Lzrwfq56RU3ybd81zsRSLTe&#10;/DsYkgRwrG8ozZgfQ1wD6Fyrou+6h+Qifu80ftf0/DEZPPGIDO/5vMiBvULoqAAzaID3pOnJyuA2&#10;D+qRyj7pEbkkfYS3VFsuleLqayW74uX4DBNaC2idOKqM+Yc10D96BMzjHXLkyG5dd+ddebNMbT5P&#10;h7HDwaIcOnxIlg7vU5+/7uxmJD1fqh5yOViCOVlH2mcOrX7JbWhqT2Fp1kVe25SlB5+wZq1c4eOA&#10;SAIKNJFdko2RBRXGkZFCtAfjOaUkl9xq/a6xKEPWJIlW3oM39WnZXOwWuSL1bQ0A0U7fil/52vN/&#10;hmB7d2AjFHDvFr/4WVkCazLrH5WC945AXoeXzCPg6AE5GBkAOqKPXtd6floQwQdPrnyFbLnu1dLf&#10;egHkwBZ+1B9lCgJiIZjXIYg4tOWoKB1ntoADpFMAfQcxhZEEs2YYlN7nxzq0IVfvf4KK9BQN7ids&#10;7FgO2aOqZSqZQR81P6ysFqFix50Tk00Rrbj43NEKhHgLJcnLDNcM5nUzcqlmzJsEsgHYbwz3YZLz&#10;kdB4nAdNK65c3ZXre+TrE9hdHFpIFL1RFddQklOlAB7/UKZPO7Gus0zN8kmbeiMIVU14xMiVDvyO&#10;EuFn+xF4M4HBJVnkbF+m9N/pbTilrFGeGzxDCXbmDjbqOsX51AcoSoYf95ETABH572QjEGHYt+9Z&#10;7Bm75ZLLLgHgtx4kqwk9ezL3iZWssVwjYMo6y9ZuoRYSY2EhoWFc1GQhJwpVXkdkadjRSqFOap2w&#10;hhImuowutNh99dA0rmVvEk9GYa4P4dD2indbs/TWrfbMtDfRz1PF8Vl+loYmfpa5QqsO1uSjs0zP&#10;rsqowOLmhKVKSHNd+Col9QYhNfwjNy23NiqrJ9N1SIpPAMlsUy+aerpr0kAVhKnpIJvbQZMmqimr&#10;qiFzc9LkK+EoKtFoj1DWoq0yg9igGudgnI4U0eyJlAqcJUjWuxRLKLbCr2rJG5lXKWGcddDJG/pn&#10;8OSU4Kk4wf3t0h1ZQGpXfdPTa7SKKgMdGzaSySntvQyGSz5VcbYBljB9hnhIcCLOB2QByVbq+QKJ&#10;8NzMlAYRUAasHiSkDrvJOK9JpQ9Fx+Obg1J5a2NMlzwmDI3x4hac42AK/Y20mcIfFHj2oJeaZmc/&#10;M6ofHG4+dQR18sdpBUbUDeKKHb4x2oxre/+sQHTqx6JaI+s0tBkycbxpaj+gyf8jjvsVaZKr+ltk&#10;Fkuv0hoLh0nLm9MHrusOgL3M0E2YFK/DfVgHkG9atmCSjy4RQFxpaaXYZGcg386O98HCPAHK8zbp&#10;ruvAA+UQ6OcWtjBMIJAeNOtwL+dRh0zKYP64Bk0QZI4nFqXE7zjIBhEpUyUWzAwax+35guzCf1fH&#10;DlkqavKdUbaoqES9pwa8lT7aWT7UtCPJTVrFAsiccfCMkxGrh2Ghnkom/8msSEggTwt6i2VZm5im&#10;daPyuzWn2C0fxbZNrwOTKTm3keLaPaqasYp9j/sy6b5R+UTHp1C6p7j0tPIDUn0U6LmlbL5MbWOo&#10;2KjUXw4HYdef4zRddWBrVXhBSzsYxoCiJpUprJRLetJ0+r7MmWp8z/SJ4oE+D5P1w9j6HqJdaGUR&#10;EydQCE/hPm7GtT0Ig/bjuKZzhTF++y793oiDdB/uHb93TovTSo5hzU6xAGERie8/EU3+y19cUC5S&#10;mY8k7/lM5Z6O3AQBeMzh2w4PjaG2zKGK+30MfYJVaJ5xEtPagKJwQLAfS58q25Am1haxbflpWUvJ&#10;xIcntVcQiw4yocTR7Zb8ietlUPvGmtCcl7TjYKEmVTIpz/fMUcsHKbaK0yzaO2CDMKjXkxW4FiBi&#10;AFPhQLZ+djFfw9zNm22v8+KnEJVHD2LP1kZeOYOmclAr1vYWsSVljSG0mujGp85mUu4xG1Z42K1s&#10;vkMDN4c1KG9jtXgYy/Bo65ilHbTZAH1h7ac3NN/DsyXLW+EbjjZGaZJtV3r4acDWKHOQPrO079wt&#10;Hso2eBsSjlz7vOr7y5zE0BZ+++9JIDC/f4mFImSFyzzCsYeVo3k16M496awggKKyUhbBpbJh+XmS&#10;8fFgYBUD18XSIGgQF/fU3H13U7Ne+D5LUG+xFE1XpI0IWcjDaqTvn55JJRkj9Aoug7K1NbmeKZ7H&#10;4EV3m/kGXvGyl2kIRNSUwYH5A8egDLZlMIc67klX80BDe5CzIvBqjJ1XnSGgF8f23TpsveVlG9cA&#10;r0PoKnNsAK8f3tMOGOijEsEVYJ2PoGTI6YUEH6Q+QDoCBvRyW1wMcuet98qXH7pHHnvqTvzsvDa2&#10;11xxJaS6b5ZLrkAow8yshQZUzRnOa2IAX1X704S6nmoCrVJLqkNLnNXc56fUrwprQiw5ksb6i/15&#10;yHNxxj/6Zek9dL9kJ57DeQdWkgL9I21shtxHNYinp413oCcT1zVAng7O0AEAjnDp1dK98gaBBpWL&#10;wNIw6f9J9uKIqeiLKmMawCdZY+FLuIOCERF3PCzDh26XKXhPlah9s2rkjCriiZV6o0Y0vh16+XGv&#10;Kck2mZH+xm0i17xCiguvkBJ1AffNTtrvkg2NxyONNR0rfD1jiPURFmJTi8rKmk0aU01+rgHua/CQ&#10;O9bbx44dQHLr3abQwX8zBZdNKIfSBBluu5tMsL789L/4VwB/rB8IeKY2zW2QH/3Jn5Id3/cPweRc&#10;tPTK0sLJ7rmX4RqTGlhHLzzKfSfhQaZnF0N3ACqug/zyLa9/k7zlm78JIN9WtUTp9ytNLrWAkZ7V&#10;ALim5553nvyrn/8F+cEf+H45CL+5GZq/054B1+8WePGdffbZ8m3vehdYP+bZXTG4jz1PkQY9NrRv&#10;mrdKvdhCay9NCojTgh+x+or4equT2MNXxgAMq2W8dnxjPyqK+jNNTyjXSmbPWi/veNe3A0R9N4Be&#10;BKF89vPy8EP01dwvT+/bo/Ug2Uyb0Zi/8saXyk2v/jpIpq+p15AOljPz2GDIXluN0v5cZK4SpKlQ&#10;//CMH1BCrM+BWPChBi5yp4aUnEPH+x+Qwe23yjRSugdHn8MbBbhF1ilCfip4by7hfjF4kS6ArCfI&#10;khqCmTuY2irTb/wOOXbRjXjWFlRso1ZS1VCHVENeAwxgHwRr9blnnpBN55wtF11/o8wSbMf7m8eg&#10;4BgY5ASPA6TDW7bCZ6y7BSxuvH88K1NIjY6ufiOwwZozhcKJk1qSlNVIFJUP4koPQSwVwEj1VZaG&#10;7MNS06PZdyWvPbUPwpreuPUsbe5VpIGzh+xKqWr9US0XDKYSdhOTJNOtxmxmxHvnuj6RuNqAZaX6&#10;aUWvNooEkEodQvAc5D1jQBbochqI0kPfkWWLuFeAXm/9uCze+WcyDfF0NgJgDIBo2ZlN2bIDMhnl&#10;u8saUshyMcKLd7AZgTcBUlKENU2/6ptl4rKXaCAoryc9eGfxEbsAAbN5C2kLnczAsKERLnIH+m2S&#10;QzZb5ftc5X6fmdYpBL9HnubOfZ1sv1Hh9Q6+pxO99uVr4Oe590UNELR6henjPAcqB+XS1pt5WJwq&#10;SOibSQ9/D/QMpWEpWWzVc8HZapouXdXhmiNfT6W+LtnJGACBHbiA13gWRRF5hcwvyFOir98/DpF4&#10;BThc4b9zv+to/2eBTGpPhfU+OdEzP9LCmJD8HpshQfqO9T4JAH0B9mDHKsitiT8Mqhrv4FGmISDu&#10;R0c7lD4TjMmajaUOC1jP5uota/V0ifd8aPcCgPYTchYGgVvOPVvWgxU82S3Urq0MlgExiRcf8n4N&#10;hyrpz3sMKLT37JEdalOkITH1WeemRpUBnxomUzk2BJS+8jAvBd7ZEzg4yDNWlwmBW53/NZ556d7E&#10;0Bg+KWE6hHF5Td0QJK+/sl0CN8oZT7pPvXCVUqTZj4REwGvCEfXMy21ApYkTKXk5VnVrVcxgl1tS&#10;M0wye2yqoJJT0vVze7PqedNY0tcyithOWR1L32txrarxhMqUwmNAXNQHgh+IYJbqs9lMFhbeoRe3&#10;RWFUyWoY31CiJzCJI88JsVUfuFrmKnUBWcc1Z41vQOPt0jIC8/9d4kJsoa66eN14umollrVlJSGE&#10;lYZDlkKZFSvAvqzV2MWxYAkCpXZDSy/C7WlnIcRdYHrTOvMWAMOPG5BSYeuU2la4gbQnR2bMK56O&#10;XLUq+uTtluRWVaLbOqq/0ucpscbyPD9pwuPzrj9CS0bkxWpY6+/OVO4WG0ZQ+2ez0PD6OMHloarh&#10;M5yK6fTAE1zZQJJOX/RMbo4f2ICJ4QZQqKfh07B+dlq9SJiky6am153FhoPvByNPAUQ0fBuQPnf0&#10;+CG5oHgxJonwfkDQRuVATOMDIJbE7BRjbjw92m6sQ2V09KCyjZbIbogn5AQAvgwb6jYcogc6PTWk&#10;TdtL4RM8C2gQZedx354g7VunR3bPOgCJuvjT0XQtmwLSx5JTSJO+FwbKeOOeuc9fel7ajLd6vhCy&#10;Vf5kdfB4jLJC8dl69uIakO5aOsRmkhEdEUhekVWZ7nM2FgCTUgETE5SJvKIN2NCmXnmKKs9OUmDH&#10;58mCCSdlIrWLdh9w60F8olLDMZ/cVZqkS4kXfYm4wZfuHzdyOe2gSmmSUZl09PUjo09lR1jDtD2f&#10;JBCnoUXYw8VSs47DuqCoLOG3IKtwOND9YmFkIEWR0uJ9YlYEYzIZ0AZpsIx3G8pbOgkjbBx4b/m7&#10;JqZuyBoaZwL11tQEhrHychS9oQ8G541iqBmHaYChUsqQgjg8eCM1NGrq3Ujv7XsL/TrZ4yph932/&#10;TL6BvndomA5eeF39HGRNAMcYSBxXy93DWrnj8rwlsuErJGitnRb8QiS+J2FehHFbv0a6PiZk8LCr&#10;1vAljPOoV8p4255/VSW1j2tqYHSV4Vk+vnAETDHzCuYgMeSlDi64Lw4GyU258uAhK4ga+ZRN1DkZ&#10;JntiYqrr8n9R5p8VoR4+48Bsr2PP4fGFgRa/lAwz1INzIWPbEwdigZgbmzCzvX44fEyevPOvZBJA&#10;0QUXX2pDjLyn8kBljVWlmnRXbQD8BXt9fVW0fjLurIoacWDDXF6XcojwikglA4A0MEnIjiwRLEGM&#10;dM9j8/Io2F8PffkueWbPLlybBZkF4+e6a29G4MZL5Oxzz0GjvF3vnzxP5lNVe+m4NzKBqOFQPTRL&#10;XM+lkVkfRJyd9CbNjhyQqR1fkhLNewEJbYakztgZ6p7YIcuBBTN94Qg4Uvblfk8ZAAOCbnHDdsnP&#10;vlA6l14mo+0Xwrh/yn43B+ZFx4bMJRl69J6zhilbhFQXoQ4RzKDlXY9I9/h+TQJdpmQLnko6OCNg&#10;pD7JzGHL9IwqGTQwuVXCFjCIIP0O8P9bQpJzF4VBp3If0vCVSTebRy+cQm6a6mW3bvEa80Jcg40A&#10;7g4dPaz1AtkZGpLg9iyUyN17333yPz70W/Ke/+f7tb4QTYvPtIF+3/t+RD783/6rPI6UV/WLG5mP&#10;mKpJyGok44P+Ug6YEER6+UteK699Ezwcr4QnItN6h5ZU2iFQzkEEapfhcNk9eXOtWWZmN8j7f+zH&#10;5dd/49dhin9Ia5ERQMb18E78/d/7iBw5eEC+47u/G6mxABh43b9iN7KvzT8hfHWf8/A82cKp5BuB&#10;lLDxrA3ytu/4Vnnrt70dLGoEvS0tGPjgASdTM2Y/k87ksQTN0/yj6Z+sp9VHzeCoBayNLp91BV7x&#10;VNFkFYm2o3tvk+KxO/A8LIHBNRJmviwDDOLDEUCImIHEeBCNRTcYmQ92f9sFYMVeI+Hi62WIZ2td&#10;BbAJg7usqNQShTQyVs9drL2nH3sU131ZrnndayCZXK8BhceR+BwACJTwpmTtsAF9QICEn4EvfYBP&#10;Uww3Ayg9MbWuTh6nB/uISb/tdHWTeLjPtIUaJvBEhxWaljrS54lsqPQMZp2eDoNmACYyHELDBNj/&#10;abKzDXE1aZcM1coYkEO1gsrl9L5Fp9pUTiVDX/tFmXJPpmihNieZepB2c/NxI6DePbxXlnGNl5Cu&#10;m+17WDb2y//D3puAWXZd5aFrn3PurVtDz5NaLak1z4MlWzO2ZTxgGQh8jCEBzEtCQgjgvCQmzGFI&#10;gI8Q4pgpLy8JvOA8AhhsYltgG8uyZUu2PGiyptbc6lbPXd1d1VV17z3n7Pf/a6197rlV1S3J2JC8&#10;xP76Uw9Vde89Z5+91/rXP+iQLGeSAAd0PHy5DqCSqhdQG+O8BaFawb8a53OcBtvrjDNl4qavw/54&#10;NdNJUFe7niUaSzevK/eXdoMytyXKUphCHcYGZe2BfRPckIdGoVd7wAT3JQ3LAEiiAIzvj3o7ce5M&#10;4t8WsSfaIDBoWFHyCM0c4Q7LeuZktaR9f2U1Td22Dcpa/XVLOaRBGR7Gl5sVdzLfV9BRwZ9gQKTl&#10;IqRaMz2fFkLGfTfzoD0jTUQFjLMUuOhsU62PXXmYFQZWUiFoCgj00wQOO7nXaFGzCKgQpKoo+rmj&#10;Q9xgP69QYFHUMkyDKSsqhyr9Ogb9LILQdOjAQdkMwG8DzpxJPGv0jKWlwHCyUikzazwOV4cOjEWV&#10;D7tVlRJ36hFLtTbSgoaSuNw3ehYB34ONFusmgyCkfw9GFqkT7uUWZNrPOtswjMneR6m80gqUbHRe&#10;TjCxtRkbS6ERZuSAe8LMgpHDGrid760ehRGylshDHKu922dHUazH5OMEChQCHuVAUVWdbum0G4VQ&#10;nrlXlIcypPo8UQ/TNNkZOmyeKy8gMk/yzJoiPjZG51GFZfXoQoul3YUmTrgtTnbWBRlvRdF4GmQe&#10;OpHei2IADcSVj9u/hzhmCjoil9j/61aanbHy6hE1otFx4/Wr4Gy5kV46tgCkFbnKrW2yHwetfxpP&#10;LGoAvWU+PApGeJqXsgO0OMRDMLfbJNCFbea5S0+aQAYZva80qdGFmQWXxo7CEsIqiZiZHxaVNxy6&#10;0FogSAITx+ng8RR5pquAgKco6scSApcZAZ3KV+ilgJooIzQ6hDHjPf29Sa5EZTPJE45pWFMo+qdx&#10;oKyF3waLyxnQvGfA3qNvRPCkoR429R6avC4OrwkAaOSe6kPPf8d0YzPS3/Ye2SMXC31BZuTo4b0y&#10;QMpzIDPT74cG1nDa6XJZXlOlPUPOVA93gy2AgA58zyQO+YMAFNcUTNBd0EQkNdqtqoYdqwecP49q&#10;xFoUOpWaxKFDg+D1mIxPQz7GY8E2+EK3ChbjpGMz/p2SDAt0yUbSP79WBqTl454GImMNu8n1QtPI&#10;j3wFYxuyG63JuNIsvjECbraB0LBhTRVoB3d0r8xmTdbR5VrSSMjoFl66rZrtTaSuY9ojhU5FZSxt&#10;LJy66VxNrhtrT+8OY0ECEkbPSEjIhgJ98IeqmQhZywtgcDyLJbcd8rZ9eDfrGMjCAB16ZuCzLaFb&#10;XiBzBj9/wkWnC0weRMHX50FeGeOIB9q8Hx6cMLJQ3kjwj6yqynzmepW9H/4+lJV6R3E6uVAapb50&#10;M9v0yejrwV8dTar1/bD1PJathMt67JmOYwOOJh0qJUUnAC0NRHzQkHtQU5tpULeMooct1towrl5k&#10;dloMwtKNJ9oG/Zmb5KdZd49NamWLb5JG7pRwOCi4xH/XxGytkPTnqb8K8zbrTGVc6V6HFfD2y+/E&#10;x7a5GE4JeocxyW9cmZPzl5TSvKIG0T90YvzFFQEdYexXkuRWMXjKmDSS2OasqxP7f0TCT/L3lCQe&#10;vU4LfsYR7E3B4YtVoUB1B881tmwdVNbBkqlVtq6NZKWgAH+esZfFp6BZSzYcPUUz0+n6oHQ+q+8z&#10;ndz2QvWA4l5dVo2XH9kEuYcaddwYWhN809dqo4DCF+fM3OEH5MEP4TXe9A2y9cKrsffmHjyR+15W&#10;rRZxfNpGbeSr9NUGLAbmc0Pbk8qYwIhD0dT5JbDm9u0+Lk8/9gxSKB+QZ194FMqDEzDyLuT611wn&#10;l11xpey88BLZsHmT2rSQZZXYvsYAMVb9yx0Opk258dzR5jpX0EgW5lgoSXxqlwiCL6oTAAjKeWVR&#10;MlhnKOZlmpNdpyN7vA+wxHh/uDwGOSxTpuCRu+Us6ey8WAS/cth1MCkwkJmgzVfH102p959rMgD8&#10;6MJ7KD75uNR7dkln9kUJ8COcZL+dWypgXvE9D5VFEF1toenx0xuk3LhVhmchUffciyTffiZq8Fy7&#10;IzIz+NnUvyjUr9gJTloyofGlMz60CMsGbdGZ6mnI1CFjCN/w2ltvlT/44/cqG1MbPoJzrD/w+ebm&#10;59Uz6k8+8AF5+LHH5Pv/wQ/IJRfjGiJwbBJff+2rXiXvevdvyu/95/8of/T+9zUSL9IZux2TVDHV&#10;8tyzz5LXI6n3tje+CbXLWjvbFQwsFVheJDOQzz2eH3plnYQS4p5PflI+BskpX+NbvutvyzWvvl7+&#10;8+/8rvzuf/y/5X1/+gE9P8n0ODlYlC899JBcfO89cvNtr1fpXeYp2H+l3nn/g/5vbKjbmK1aWJ8N&#10;rDGYnAZ7a2qj9WPeo3CQWDg7MMZ4egJAHA/bpfddl7ZDmSmyamfdsx+pjh+W/PGHIde9D8wsMOrm&#10;D7BQN09ibLj0kcxQmDDZtOSgBsA72V0Cf8t4Ljwdr75FsvOuVqaRePIr2d8EBgkuTGpiJc54pL/2&#10;n9kNGXAhZ110LtYYwiMOPY/zpDQuHD5fReZgaZZPFQbvi/QT7WNdIpCjAsMpYChPu5hOsMFhE05Q&#10;m3+0yhkZZjAcjvkJq/y201HwEMbvks/Ahw7ABg3/agcDjXHnYQRUCeFnkRGmzT4Z7BIb73UN5ghZ&#10;C7Bt+3rUKz06V60RxkPpxt16wrIk95GXWMakYaXyT2gY1gRPawA59YHDUsGP79hnPygT2TEw/Drq&#10;m7qgAFCtig2KTJiAXA779ro9AJg6KcP9BvAvV90o3cteB0bfWTo0n/beK5F6dN3hegxwP8iGtMI/&#10;H5ECghnQGGgVWt6HwSyneC29HqdvqybBRlEFAP0hKa3leqfKkUOG5COu7HzWz3wGNCyiUjZcUec6&#10;nGBNIbWMQkxVLRCaIMs+1v4E1vrQGZ9ZGhMnVWHWIuno0DHqmaKBIdECOtVXn5JgvNcFnGXqD4u9&#10;reO1idVfhuWoNUEtbu0UFFPR8zeW2h8molZI6rFgQCH/rYopJENc6mxKUPWCjHYda1XjdPRstO9x&#10;NqLWDJ7ZoKnU0fIBamvUEjgdcsMrjiG44/iRWctXUA9W9OIA/jZs3Sybd+7QASLDojIkpjMZXgNq&#10;cB0Hlb0u+8QRzyqqQrBybdvIKdoAR2Vw13lzLHLvMe88XxuefK2EKB80asKwM/lMeROagNEE9CU5&#10;fmNFUkcPZB0ZkLV9jsWf88Y6KgVrKlvPHdPrhIU5DpDIBloH+c9wQLC44nXfIM8+cS82s4NIhIHk&#10;4fiiItmWTlbYtLFBFIMvaBlpbTxIIoQW86eR7UnTYEnLUU1bLYZ36MUILhk1VFcXapY8wKIbXbsM&#10;pqwbBmHtSb4JdW4HjCQvt1EhVLkPUguHiyNkPEUwJ7ZJAhOVcdj6PO0mrtFJh/R56hVgU2IXpRhl&#10;TTdtJCpZY6LaeBm15LWhkfzatSn7ZkzNhWKpuAN9QJYQia269SpbcS/4kJC9QxScDzcnpUw8W17O&#10;1WNh0fa7NKFNzKiUQrPCW7IlGfrqtBjhy5Q9xAagWsE49PsyYqp6h1kbxbgDuQe999biv+shI6H8&#10;I88t3IXfQ9N1ptP1cBizaeDzoRMJgK4FADPSjOeXSjlwCAluZ04iyW0Ohx6o0Os2ygn4Ugwx8emu&#10;CWPeYdFZq4mdyrcz3VsneyBNI4PkBCTcWeTP2SH0pQ049AZ51rAakgl6nQI48sReyfX7ydrltL3n&#10;3gcE9XlPCQZyKkLPBjL+KOPNlCFoPj0NTbnlmZienFU9CeI42BriiuywFcV0DK1mts0OagG8Jk8O&#10;TcFiXhZBPRwSF8iMjqMezHUKd1FvSvseLeYd7OsMh37YdZztugr6sirgF8c9eJo3Oy6Dim3H6VZK&#10;Jvdjgn0nsW4O4PCHvZdMVmbxuxijg2gW/74Gb/ZYZRR9Pr8zCkIZEKAFUZY1SeZdld7WKmHQgoE0&#10;dr4OzaXxXnrRjNNpjL5UqsGppfH688v03iVFUyqRlFasgRWJ1hybVNw6eRUuf0bDuBeUrIgdaK2N&#10;0KJ4LktVFh8Q1Q3wJ2OJunnbf8+HUBN+T6p2KmcrVIVm+qXD1zwxWBITTFXvSjJn8fueMxqP16Ua&#10;RQdN5A0NuMn3seSUf4USGwP8ehXP3diAVa8EeAtBxrsfWQmmh2XYz2l7qfjV5YLFllZ4peJzlNbe&#10;+OuFZZ5hDUYcHIwf/57E7Ev2Gzz7cgcNefeGPpkfxB7WL5oGmsjjuZmeBgC+kCujgybsZA6pyoHN&#10;VpVqh9hYUSbGYDrHF/su6a7EE1OtIB3UVp/Q8J/N1kBsKq7Jsyyo6Y3TMfCGw1J6AanMyhMAl/qV&#10;rqMSQE914AvywMe6cl1nRs65/CoPViytAPQEW1nmrxVO0ZS3/VJXa66/kl5hZYSMNdC4e9Gx9VyO&#10;wGZiCTTl5x7ZL3/xoffDx+oF3A+Y+G+ZkDdcf4tcftX1chlSU+ktxXrE/H4zPT/J8rBzK64yNH0p&#10;QCIbTbmVLoB73sc5CR+tsOtp6cPLq7N0AGvmJO7FooasBU07L5VRbd616i6t/ousSwEXI6AToRhn&#10;ni9Tr4H/0zoEYcBXsC4XdOCsIUdsrtXfY6AsvZIm/GzuDx6S7NFdMtj9iHSOPU0zFry1jnr9KcFd&#10;+/5M/ZimhpbMyX0/diBhBusoxzrIz78Ef+7pI7+Y/JXJnAA7qNAgptEg5BXXSMkjOJl0n0rAH8OY&#10;T23mChsCEUsAOiYA5N14y83yXgB1yj4aMgCnCzZLX6/vmukZBX0IDD71zDPy737t38ivvevdsmnz&#10;BrAAFx0MEPlbb/8+eWHPC3L3vfd60rI0wTgboYr45z/9c7J+w1pNLjamFFmEpfmrYf1NTBEoQKgU&#10;DtJPQpr7+3/wX+XwkaMYaE7LI4/9NzkJi5q/98P/J+5bKd/9d/4eZKcHIeG9UyYh8f173/N35Lav&#10;fYMycrkvVZTaxf8N9Mkp9xgLSpynvxb2PvpqFgBO1RaGAznUFAr4eTNrfUOhhIFwOjJZa2+qFOzI&#10;FcAqgw0+uCrqB+DxeM8npTu/H6wuDLppfTJgD4WeBuDaWtD65pk+2zWrFL7uPOT02dZzZPJt3y7h&#10;zJ0YlAaVavNIGPRP0nUHdTtqKrL5kMydY38Y3HeXLH3io6jtkdS94wI5iJ8/AFt0BmubCaEEGQaI&#10;9Z0Ey5Z74JC80iOHZW4vnvvpjbL9ooukgwRnII9yHL6kx3fvBhi6hpmS2EPwHlF/TcPbW5muWO/F&#10;ps1IBt6AazmhEkpeO7bxVHDQjY7ACBlL6lvPYX4waWFUlpSzblmz1blHNWYKUh0/dkTWMNxAgVMD&#10;a2Idx/rw5cqCZQX8CuZ+XHXAtEoauv+xRzODCWN2TdNuC2zwxU9+WBbvu0PDUybVJBO+ifPcUOmd&#10;N1TJ5BD3TWXNGe0UcF9gd0BLsbrC3rP9Qtn0lr+JQchV2ENPaiDltHr4APTHPjtsKf0yS+PUayU6&#10;iMucEd2q1WPa60KjP0zJsfTe03AO9UV0v3sqtuhJyQoS13mpsgDNQVk1YK4ymN37c2F+EUqwaUjj&#10;HRhMYZSuRMwSRuKIWe4cCfb5iUFmxIHg/Uxwgo6n7yZP5GCKhtSr04v7xNKSg4SG5+g5kvywQ9bI&#10;eRneaSEW0cFE34OdMaohdJThBvMvjm6NZgxAaTIHqtKslMhyt/RhGfXgwW1XvJcITgKhB2DIRwGP&#10;agvhn42lXX9oLNfCX5PrgrYPDBSdPX5C9r8Ib7/nX5BtZ2xVGfvkxvU4m0BqAaElR53B68DwkEYu&#10;7aEdMQGbYqo6A/kqtaPKovkoqyw2jIbQWZIZew8UsxRGO8IUFAzMZORtnwLd/HUTNW+UCTWyy6i9&#10;X3brzLF2NLa84hNbUD07K/dTTN6euedSxFG4aepOite/6mvl6rOvAiCxB+DE8wgGQ9rQkYNIXlmU&#10;NfmkDhA5hagTgyWOgLLmDSR6qoN1eltjaEC02GI8ZE4RtQfNAglC46NkCUNVbZ51owI3eGCUBVBY&#10;BHHmtFdnnhXmjaPTDg2hyMYkZQ2c1fLRqr1kCpbg3KQEBAcoE6I+1oe2ggBs54guS145dU6U1ywk&#10;Q9XoZr5Zk+CbEkLbEbTBH/5YeYAHPlfuyUkWo2ypmt1gHot1So/0KXtoJeSa59BIips7pXV5U5nk&#10;rqGRulofnTmaH7LMQzjGgbPlPcQrldue6nvT75u/G+9oXj7gJyMfotWYMBpAoVLICdmwfh1kuQjX&#10;AEWc9Gt63k1gcqhSESZYZbmDC37dlU2XK/5FOjPDH5ZwjY4jfff5Q0fl8LFjcsvmLYiCn8QUD41C&#10;Pa2HEyd6mScApVon05j0vm3OuaUvbUIBw/s8BUpAXKDRMD3KgqzH10zDAygrks9YaIJZ9EBiIlNm&#10;Xh4G8hVKq2aDyg2MADBlbjRSpVyMjD8Wx4XKlbuNwSQPgaR312kHP6uzfGPb1GnVezMyOQ3LJLvj&#10;8t3R1KIBBus4xhKLLV+/0dpT3rf7hiYPlKrFgoru9RXUb7J2YEL3HvpiETz31G5OQ19yAt2Oal9R&#10;+TjYOCZ7GaUHj/VQPk1cwr+dqCyR6zC+YIabdodNaI6i1ZIbS2lbCtgBPInfzlGei6J1LX4dU1mV&#10;GYR3yTTFPeoqG7jStciGmkBin0l5ZWlTHhYFzrhaT4P0ij6Cld1HrPOOhnvERgpQaENdNXvoSlVO&#10;mxYS2ort1hSyLZHwfS2Elsy3HvcPaq2nOgXAjE6FER4bbPpYarNfr8Ietf9NpGRj/zeGedBbpIx1&#10;MojQf6OUbxo/82TU/GGV8om/aifkrYCYFFgTltlThlMkfYfTqGjCeDhHGyINLyGd/TJcnFY8qjF8&#10;xdSisZ2wFEb3va7biWjBSfMjE+TErKtjAt6s1hiW0pLwRgXf6oG9ZbI2krS7BojTVy8VDCyX6FGb&#10;WfBKaQVqoXu5maJr8Urj9OCJdKUHkEXxQaFJccUTrCOAgm4w2T8bl0HfPGsY6tXR6b4B6hNd84VR&#10;IgExc6wXfh397bQ24ecma5qsAj7jaAFnX3xAHrkbg6P1G2XrmTuaQUZI0pkoLzNlN/yVARQVYVay&#10;HukfBTrGnmdfkPvv+YI89+weyDqfhfXJftl25hlywfk3yS2vfaNsP3snWF4cIFHeM6Wef3y4eP2U&#10;FUiGC9n0XbeaqF/m+1DwJzExcE3hjRshma0RulHvfVJy+OJNlArFWUhRZobohRbF9P3JLQDNB6wV&#10;GkuZWSfxwsslIlk323oGmHbr7OvJmED7OiQLryp9DwnKTujC22uCr/vMYxKf+5LUJ47KBIaxZALV&#10;BOfYmFcDXWOlsoGoGgCgMb0eHkNrJN+wTWqw+OrzLsVhP6O+vPxMmkDM/aCys5d3d1Bn7htdjcbO&#10;X848NCzz31oG+oWwPI7KhtOZMrgyHRqdd/FF8jUA/D7z2c8pqMBniUPQ3FlF4kNwPhcHIbv8pV/4&#10;WfnBH/lh2bp9u8kMcTEYbPYD/+iHZBID1c/e9zn16VPGBD7vAQBz7/qVX5Qf/OEfkc1btigLlMby&#10;E72OMjczMC/3Pv8iwl4+I/fc82l59Ikn9BxUhQUKp3Vr18rH7/6kbD/nbLn9G75RAfcfxGvdesMN&#10;cvEVV8gOrFGV/VEuR39NrBV6n/0PCrfJKrFxf6WvqbUpWGxTnUnrQ5zNI97zFVnUZp3MngR6pKP8&#10;1KVVXCb9zHWgwr17LWrm/gtg1D3weSmefwhs2GPqMd09QZtjPE9MqgOK1kV9fBLPWoG1RI+xwRBM&#10;ogsvkwwBLpOXXC396c1qU1JooirWFwfvtNrROgz7DmTd9ef+AsEQ94vMHgBYgR96YihnIrFsFkOj&#10;CR2Civr5daIxf1lzVajJp7bskM3X3SQ1ATv8zDqBoliDU1dfI50LLtTh+gSDGFDPz5DMgmckqEd4&#10;PlKl0DJKzJNPk3pJzhBjo1H5k7eGm7rnSdEwh/jvrFsefuBBuRteilddc5W8/k1v1LRqsroy97mP&#10;7SrkdP1UjC8T7l4u/c1GFi4cVHCvwD4xhZDC4eMPycLDH0co0WPSGeTqvUwXxVjluj/XffusZW3+&#10;8KrS4DMJEHAJ+3LnDJAcbnwzUrRvwA2DhJ9nUG4p5QShqmB7eyb5KKCgqnWfUqajglS5S6Zdvqmq&#10;m9J7ZjsHmkvA3jyY3070ADsD8aIy8cp65BesoUqsraN9H4kfKphhiB7+bgFhGsVEt/EHN3ykbsg5&#10;jSd5C0PJXJVFe65GcRhGcmJxCypNzq4s+kOZc+5jvqjhe4khG5XNzOvUzQtXufhA3T3PlXHopK4B&#10;zquOs/O6DFitU486MthMhKI8C41Ci+zSqrTEeVpqVM6eHfXKmdXZHJjWthKTAofvYZgsl9w6Ljrp&#10;jHU33x57mGpgNg8kJJD8VYLANNh3SI4cmpX60adkDXx/14ERftZlO+Ws887XgBreP2MhZg2Ilrlk&#10;OnlUKiSme5arRZ0wlmzkTEobXbprz1zIRgSyzLGT2hmKCWhLKliTkI+AlRRuW1XjY7s41kGsVDkq&#10;duPy/+jXNnOSDzGiuuXHaD6fVdOvFXse+gQi5a+UTedcKhddeI1cc+1bZD9Av737npUFSA4XjxyQ&#10;PnTTfaSIYcViMt2XOTCVJuhUnoumQ7JxMxFGbJhnosVqpj5ZpEYrUp6xiazcGJ/SrcofPudyhNZU&#10;MXPQL44AP2MsJtlN5aip6CSHTfx6ABcVCsajJ+YN+JKsaWT05oUkJatHCbYeUSzusSMpxbe55GGc&#10;0h5aU/Jm3wzSqK4bFqNRRdNDkfmNTx530Re4uPHjmJdyCzYgrTlRQs0D1BqjzASj+ibyegS2piK4&#10;SWpktDjd9mPZXAdJYKJh6M0kpM0lbTfpURJ9fJVU23Bqx67TFSPZmFwyNAEOY0Bh21OwBXgYA6Iy&#10;M28xk8vo1GVxGWwKlClLg0yYMFtq8nDHfEWwVqZRYG6EtJZNB7+Xk+UJptuBfj4z3dPJJankOQMs&#10;UnODqTQrdl5/pcznJmsdgKV1HJKhFw8flef27seEe6DT7hLT506xSf2Mtmw7U47v+gzMrffLGsh0&#10;hm5SqmyByrwZu3oQmSlyp7MG00hIBub6cnQeXiRH9ssUCtj6YEDB1cevnszHETuTgCM92kg7JsBH&#10;76EpTAwZwz7Bz9ab0KZBJbtdSpKnUGQjVIQx7TP8vOvs/XByRSkNV3U9km8m+bcZr2YNIzfGuLLZ&#10;bAff+DPT8iduASQrv6dyQDUkV1qdC2SNqa2B2bUZ4KoXpSXIhdr5YOrXGX3gEO1I0YOnUAkmhamU&#10;b1SYzAZ6F9a2H6XEqUausEw5lwYT4/LyU8MwyTpA12a0gAgFKDCFnceB+DhSeDdVNuToYw0uVva8&#10;cw0sEsDDz1pHmUak3FTnWspMoeyMEoUlN1nnhk4Al0bUS1hzlcuuKB1YxyeEhy8bqJKSDx5GwZUR&#10;5o3Ry+kiZYS+Kazzudboif545p8RWrrtEehWjkcXGyjTKvia8Bwvbvh8dhzgKxuT6hFzjz44mYyu&#10;s147cy41ENJB57iMgVE6cJirlDmqeX3pGxQLrpMeHdJpWEDGysr9fjMshw3GVF7712Xa2Ead2tZ6&#10;LMwrYBA0ibOOuU4lSQqitUPIR1LtNHHXYyx4QohL6xvUOo65Ia1kSL6EQfuI7x5bwST++v4+siyF&#10;h8SXjefF1eQ7bUg73euUBNf49oZWwNgolMkYeG75UHpqnYbJeFo7JbF+WNHEmz1kXZqkm6DHoExe&#10;TvCZHIj6qy4MNYFIji0xUU7AYIDVwkambFc+/MhV/lHRuJ8BNZmxspkiyqKlN5GUCoUOPLRYrizZ&#10;XotcgFHc62nJQ7FJVU1o4ZxpIEfHkps5pddBXFBmkyllgiwsRU0KFE3XK+xzqfxHtAngn+cXyA4Y&#10;KoOjqmdl35Mfl0/9aUeuf9PfgBH8WdinsfYg8S8mCrPxUNlw5eyqegV2vnwzWo1xHZaJzEWSxH7k&#10;e2fXjv6GOLNwPlS6T5Ct0zEQFu+YRt4DJlDun5fP3HmP7NvznOzZj9CJeklT8666+gJ59Y3fKTvh&#10;RbgWVhWU1OTOBmeTbSnslfNzbUhD8CiFGNm5Z8TjmpYyeolr3bfpvxQ7hV5vMm5LNPgl5KLlsRPS&#10;fR62Js89IeUcAqvKo5rPrE1aeo7dj1Sf39rl/hiu1WQIrdkq9c5LZOLscwSpD1Kv2WA+PxwR0Oyc&#10;RbQ/1boXcd8CazNAWpS/8JwMn35Y8qN74TG1oPLBoHY0Awu7ozSYtjh43+oJieFLOblBTm7YKNm5&#10;V4pcAkbn2g1Wdro/nd7bPPNhcxxLzDZPnmpFAFpYcSbxL5lMvaCeRrk3g6UkqZcP8ugdSMaLytHV&#10;It3A68zk7qwVCMbmuTVKlK1r2ICYT+Hf/p7vlUcfe9zM3FHzTK+bMkXJ0Fj2ZWlNN+v2hx99TN75&#10;o/9c3v69b5fb3/Y2NcGv8axs3rJZ/tmP/Zj8xZ//ufzmb/22NnHKFsP12PXk0/Kj7/xn8s8R6nEx&#10;UlN7CNY6cOiIPPLQw3LnnXfitR/TYLNp1HOUBy8sgr3ZzbTPIAA/nU3J3R/9mGxB4Metb3ozfAY3&#10;yNfcdpsCh3y2CtZ20VQMBgCUK0c0q3jILg/BCSEbs/b4yv8vvqy4nZf396cfDKxW54/+JmssY2Qs&#10;pMlJCSmVqfHVLG2vpV+5SvlE1UVMUSWRhODZQrQKlqF09FDLjh6VbNeDMnjkHqkPH8RAZehsl1xD&#10;xvSHhMJsXCY4jMeQHTY3EaBe3HEhJJ43SOeci3SPXsL9LWgtlRl4wffW4/qlN/2Tj0l9/z1S7oVv&#10;5OAgfBunFKAvEdiS44yfPLwHwOIerKdJADq1yv7oTZrNbJDh5VdLefGNsuaM7VqDF5oaPmwxmXBW&#10;bNikv5rBZB1X3MDYCsIZeVtnbiObN4qyzPfQJa3ltOLTlPnFYdB99cTRw/LzP/+vUOgsySc/cId8&#10;8Zkn5Ie++3uUoTwo+3q9JjWwzwkyy10hwnJproylkDZEEB/GWf1vP6dUl8NaCQYG1oE8QWuY/Udl&#10;+PCnpP/FOyVi8JLntblj4doPpWp6/Oiyxw4+T1nZc6+YJ6SZ4dKbZP11t0nYjnTdvDNWh9TREp2j&#10;A0e5q/iGGkhnoaMnD87qdDBqSnewIfrQ0o7ZG/I871Nl6OF+yroncKIst6iSbW7O3B+73Y6yTXmm&#10;EQ/JCewNtTq2YRHlpUquqXU4aF2i2eSwP+kx/RfnxsDl2grUJgmv99wUjBLs5gAiZw/G+rusGvUA&#10;f3YR/XlLwX/B2N9BU+Br3a+Pn1w02xFlC7pFCKW4tfnL1Z6wTkCxdiJSJzdPzOnuhNYw6h1JvCU3&#10;sgiviy6dOmh/OFQVUG7r2gG6QlPkS1VckIVNRrYSRSht1qGV4R4aiuf9RfJfjj48zyeCkhRYlzGJ&#10;XW2FHF0lwFm5x6UCfviaPkcAJ/s67H1y/z5VfGzctUuuvfZS2IZcJuthGaLhJOiruVcowJlIKLUR&#10;RixwVat+V446LN4qtEx9EBSoH7Fa3cs2qTHdu7QdSJmwp8RpiP49I3snD5aNbVW8MziTGjSYOtWk&#10;3Lm/Vu5kkFpD56SOY9kRjUjf/ZCLuz71Ednx/BOy87wrZNtZF2KwuVHO2bZTtiD9q4+ir49k0EWE&#10;BCwtzCvB4fjcrDz11GPwHnvRvPgGTLQO6vPHPlqltlnhzWEtFmplunYW6iTAatJN0OBxNa1WnbP7&#10;2mhMeVU34FjTRoToaCwim/tWEGpWZDCNOiVsc5AQRO0WgheVMmrgW7Td2IAQ7uM2QsZkPGHoZQRJ&#10;nFZS8+VJVMd02y0GVPsHZy3ZYNJ/a+BHy1+jnRMyYmHG5ZZPyzKWvjIMga/U1HE50y9FBgY3z6xc&#10;ukkQpKpSmuPQMkBxTaZIlccXTwG8m+6tlbUo+tavW6PGowpowUjcwK8eJgIbsPn3dDMtGRdF/wh6&#10;0OCXeiWKTSwovdG1ikJiAYtxCRv4C/D52IfpAr1qTsJHJlOPDTCm2BzhtWoUpPU0CkzEzDPxJ9G2&#10;KWOqmuIx+pGVq8cFD4chATw88PRqOwbpQT4xQ/sKpNQdQ6LfTvMwsJGoyXFpzstUJTwgPYB7jFvv&#10;qnx3Qv/LmHdKaziBpyxhkixGsAn4q+gWHhpTN/Va7pOg0VocbWwrRZqh5b3nB3L6QYnmHFuSkMaH&#10;rJXS22Jz6iEQnG1b28Zbh1EgSQLS1FiV0t1hdIp4Yh5aAAc3cH4fExdpsLoIOQCBtbW48hMZprRF&#10;cFPvsEJwHE5Xd4dT2vktx6ptT/fkV3rpLSrTjiAvTK1RGCx5M7chM5B11lPnOlrwlfj6iJwyMPGk&#10;bNiWVUradvBbjaB9os7XoIx3WntDFD00Sq4NCOs7g3lJbJ8t/XNUSQbb8kuNLjWoQ0oOj1Y0yfhA&#10;YLn8YyRrjsurWwkSZbXogaIh2DsQF22gUUmioy/zD2r5BAanwKemfJCepDQkkBGomCfhbTQQsbk5&#10;YVzQVqhBONv2SoMbgod+aPJmy+ex9tcayVrjy/BZa9vfxfFr+AqZWymhduX6Cy8twW3t/aeLB4kv&#10;YdndBi6bsLHWeyMQRqVLv7bBkXRS4hmexyVFYnSCPEBTtbhkKoJZPKRD/H6Am3Z4vsTAo4Q9AgtZ&#10;eDH1OchBUiOSUW+4Dvt67DTebbnTT7OQGgOXYTRpacaujSmoyje0LB/50lQu3zXPWhtgxgY8tWeB&#10;w5rc5pg2UdckxUr3n5Twzc+9OLDJa5lFZ9ubTLGsDS7n1+3+0qeR5JjJm779W3UotIAGZbpurJd9&#10;WFK/BEPmlZ/dbWBXZZJkLhRd8zWEJG6wCGsKSK1OgP0yrOflhd2L8uTnn5MHH7pLDs4+juHvgoZQ&#10;fdObv1kuf9W1mpg3AWP8CRTVkY1SdK/CFt93HLgerdt0HFTD2v0eK22XyI5kE8OzjvI+3hMa8sfD&#10;xyXCcy0eelqWjqIxz8EcrKJ54UnmoSvYWwnYcqghlgDdUT0/AKneZgRtXCidy8CoI7MO71vJ1lio&#10;bHwCjP8p8WVAVxc/c3HYVx+kYg5n+aMPSHwaLBX4iE3AP5ddFEV9UltDxSJ9QEYB/aQwQNQ1AqXM&#10;cD0AgFffLPlZkOyCgVB2pmxga++4sVX4y+FBtutW7uWc1B5LuB+1hoGYROyxB+5XcOwqeNpNTRLQ&#10;WNLzwxiq9rzU+MysFcpq5Y7NNXzh5VfKeefulIcf/pJ6/eqKxj2agWTxzW/8Wvlv732v7uFM6qWF&#10;CK/te37vv8jF8O87D8wLNbonKwzv741veStYMIvym//+t/VrB2haF5cW9b7/9m/8urzzx39K96nf&#10;eve/ky8B5JsCU4p7PgeXKq3DuqVEcgFrlSAtwfXX3nyjfNff/T70Netc2pfb9chM4ve/hAT3qx7i&#10;I6uy6cfeA8E1JyYU9FKLBkBFeC1OqNcXgBQWJp/+sAy+eLdMLCJAp4DfWJiTxd4OKRaOG3AIEI6+&#10;7WVukkpy3ujXurRth8x8/XciQAcgH/rAKqPOxhiCQwWyUethPxkiHbuE7Hfuzo/I9EN34O8AiOcn&#10;FVTgfk65ZtCzybizlM738bwXa8BmLDZKACGmd8ub5OT6bbIBFj9zANNzBS5ZSwarrV6KTR9e3hVN&#10;JBG1ixgMfGgMIAlnXoXr8JEPfUD+/M6Py7nnny8/+iM/JL/9r39V/v2//EUMwebl9uuulTWo/2nD&#10;sgb7DNVEdfzKANFkbAXsFewxBgBCCfJnPjwnT48OCQsf/rCEz/2J9HF/OwzlwPMY0QtFs5a3s3mo&#10;GIb0ZsBiBKH2xFylQTkqjwQrs3jtN0nv4lfhvTMhtRj1Gy3LnRhX0E9U1aLnPS1rThwzixe+YBUa&#10;1YEq1iqT+haq7Blqv1e7DDbL84bFRQQw495GZVRZuRTVPdmonkmqmJS+HIx9rbO+0v+eIBwHZ91c&#10;BzYchhj7zQpsgtzJtitrCErjcl1pZKFWcKZBur5F1hP0nMYf5pwdTQZ5nrk3u1sjiPGwmhwG8y8u&#10;tDca4c7+G7dw4ucblkHZ2IrbZG4t4b2dBh0m/39nH9Zeo+vrUNWh4RskW1gQXh1HVm9ak9GLHDVD&#10;Xz0sfUifiFEjnoDVYf6Za7d5I+jIz3EMgD9l1QSdj+MZeOiLj8jJ/bNy/iXnyxb4+m1V4D2Y3W1u&#10;3FL+mVYr/Kjst2vHobImcEUPc/13lVuHugE3m7XkzNBk1dR+fsfNMLwPbtU/SgipkqrV2JPZWB/i&#10;eRRurRS8exkF+9Yjm6iE+cQ4sovLsiawsOA0cc+ePbJv/4uycfP9cvkVN8uajTswzQAYQqkfwglm&#10;UAhwKs86YScejPPPu0ZmFw5Aj46UlIP7MFkD8w8x53OISe7Dz8NorwbsDc0b0tNXap0GKCdIF2qu&#10;gIx6lCkFt9YPYyzBzMGqqkEvE2NE/dM0OSZXMCXFDy+o2frQvORds+wmXQ3ToEXHG/MOCk0DKOMJ&#10;sC1PrtBKwAkt5CKMoYmvDPGLy0IkQtsPYcUEP8jotjZWWitCS0cvH1Z5lVP7QUUJXxGQLnyVJpom&#10;4ba1Ujvll9RVpT7XtYNzaAAxzZpC2hoPORp3rkHhOTlhNGZtBoPJr7i5rF27XRl9ZHgo40SNc/ta&#10;lLK40GODjZxOFipH1ju6QR8GPf3g7Kwcnj0qs2C/LvQ1K119TLTpw/taQHO6plvKHEDytWu2yDOD&#10;WbADPfyF6z0zWaVGa1Oik1kiEkE2MlaXOHXH++H08Cimd73NO9UPocuJPBpc3WhiilHP9QCZxKZM&#10;P0Em9ynAh2KdjA1u6jygCfgpEMhp+CRZf1MaDR80kdg3nNwL4jqMnhVpJ0G15H9hddhYM43ieEhL&#10;GEveDWNw0HKWXAwjELBZ8+3AnGhS+Nrvj7FP7fua10oAUKJg428JfNG/ZRjoZYjgkynIXyEJCi6P&#10;SlOVMfBn7JmOpzIpWxmBJOMpiFxGS7h/c6WoZJe067mhsZGm8B6PlQO9/1NkpXIyXZfKGprEvy9i&#10;E11gSroGRoj6uqT73nPUKTjDmmuXIAkN43V4YoZnBjC0JNF9DzFJUurKfUO4krt8v/S3crq9FZv2&#10;e9GU4HZgRGjRwvw9hHD657ntvSdWi7FALxu54Oh/fA/95rrWK6557hLdzN9fvmwvquPICzD6sESl&#10;DNFel1Be7f8dNCweSK15/VVGYKnI6v1Y25mmbL7EdnD2YzgVEyOcGkyLKbF6+fUKcQWQvnJZpe8d&#10;w81bkuD4kkDfy9rF22hMOL3MPf18S8s1MJpBMVoIm1GmmlWXi7VWA8eQoDsLIO/w8RL7aAlgiUzc&#10;jsyeJLBXa0HXH1rITq0+uoX6olIxsGlNT7ZvoKcqZVml+ykaMJZ5jZGGApkmlQeXChvwU/u1Y71h&#10;MhvWFH3zBsyiMw3My9UmvrGxs8i96N2wdlJfb+5kpQWtFdMmKabvMU29KXcpY2LPVf6+kp8x2CbF&#10;MTkK7+T775yWW972HQAnpmz67pNvNdAOmdt4nO5/2ctu5peXKPwsCxhWdSZ6epNPzuOJw1l3eP8R&#10;efHZffLEQ0/JI498DvXeMTSRs3LBeTvl/AsvlosA+FyA/9KLL7g/0BBDsA6lQy43GbNfeEmZcEel&#10;UrzTZH4ssAHPLEAroKDv7H1BFp97FtLZZzFEO6KAccA1zSt7cpWBptQQiL3wjE54Uh7Zu2QULcHL&#10;Km49VzpXvEYmtm6VEgOxIky4dItfM6HycO7BTIBcImMHAEIGe478haclPvOoZEdexCUa6G419CmO&#10;Aol41cWQmQSXhTb+ho153HaOxPMR8HH2BRJRk/QQ9tWvMl3JKZSrjJVk4S9TJo3L76y5s3CagTLt&#10;RI6BBfmpj/+FfO6++9RLj39//rnnyg2vuV7e+vVvA5lmWr9e13gwP8raZcurDbbnwMK6+eZb5HNf&#10;+IKufQJ0/DxMvr0EIOp3/+2/KX/0x++H7BJsWVzDRQBxJequf/tvflX+PkI7Lrr4ErVMoTyLTdXt&#10;3/hNWju9931/oqDdUt/YtHtf3Cf/4id+TPdaplyybonuU6ThBJR54WdwvTAl+DWvvkZuRbDH+Rdd&#10;inosNkFc/CwaKFLXfy3Z1v9//F9c3vussrkUKnkPGgTWxWA9KluJFGk8q8fhpwnCSQEAPdv3JCxq&#10;AJt38UvDkNZD9nkM+x/UD6l7DLWCxBFAebXjIomXA6zecT7kulC9gP7d0T2nkOSuRb80BmpV8NaT&#10;z3wIgT0PyXQJplnBrwOLuTJ7npgvMurXFBCYQHWwLms8qwP6sJ55gXRe91ZZOvMSyEpRY2c8p04q&#10;0Fe5CqM83bDlFVkQxcZKSdnvOsvvGHuqv6gedD/3y78gd30U3pM8jxAIdOjErGy78Fz5id96F+oT&#10;gEoAwql8KVDUzAJAX6skoGKk+g8tif5y0+Ble8nynlS9BHFNTlJBgRAkgitaOyEcZ4B7WIKRKXsf&#10;wrOGvXrQsT4fKqkMwCkH8qp28Jq86Eb1x+UgbWYSoB9Szruv/xaZPO8yTdetGJhCJlmRyo+RgmCl&#10;X6ABQaoMoR8bzvEwWLK+0YGjUJl4NKj1kQ9JQ7Z8xq/nlYZKoFfSQCUqTtAzxb4xtjNe42oULpcp&#10;Qy542JQHdwabLNcO4nDYouqqLu0ZPKAhc+83FTNaSFSeVG61h3IET2tuWSvElgNLKuUooSXZ6uRi&#10;vxlItrGM4D596r2nzMxca9xafYcNGLTXC+YNSwZZljWEoqXh0KTD7qfX7XQ8VMzDWcVqtSZxOHns&#10;eV+ShqraszWBmSkh2a83U3WxR3PYxv4nOuMypfjSK3egtnJV4zHIz3x8SGafhXDQfmrSg0uf3btX&#10;DuCM2vbcHhDadqJOOV8HQl1eAwahlMn6yUKfYkh1XSKcWE2gClCJywaWTvoJpvAIrSTnU4VWtwlY&#10;MnYvk+2NBWtkbgyVAKnQBvc0KTiO5WuNKGBunedK1aBWNmUC+wql0ld44I4cmJV7Zv8MzxhkMWvW&#10;yZatZ8m6dVu1+CPtfSLrqZHoOgAkO8OZuPEo7mh4TEwAC/8gaM+zxw6hOFqClPYIjHIPysnZY+ph&#10;toSDO8LbhHKcOtSNJEwBmxT8wY/h03KNknapSfLDss9nU5fhoNJEnWQ+qZ4tlOu0ZIXRi/qYSK+h&#10;zSrKDBzwYj+MsejGm/p2nx/aWG37H+K4n9jqe3tsISWrpaS1N96WN9gyKUd7ow5jSS5hDPBbnhC5&#10;urn3ckZAeEUMgZc6w74S3iJJChqcAaoFuTPuuHlOw6tjw7q1KsslME2gzzzB6I9RKNWYvnucXhME&#10;m4T5rk48sHEUddmAhUPQ3UlBJrtBwebaCnb1rawshekkNpBFrO8j8OPbvfcAmHxgPAxrY1WpWrHy&#10;jS7olGIBQPh6yMKOzc7LzmsulC9MXKzJUzoRouE2pv0STDpI5KFIaWcACXN66W3ahA1uTgac5h07&#10;KNkZ10neWy9rOwfBZJjU55KNBj0ECGgyYXSqBzAP16SLYoUx5ROYvvH3ZFtM4vmlLyFlvZy+T0PG&#10;bMEcYPxNdBsfCWXD1BY8EhuQLizz41vexIXGa6ANiscmYXuVsI4WQypNtqQJrklBB+6r5vKhFGqj&#10;Ux427UyXVU+NumG0NvEZKWreJWOp0Z+F/OEozsTFAQ6GCXooEhi198phQlXHccwunIbeFJcnDY/b&#10;INfJ+lctQBiaEeVomWnhUab9x0MA1uMFF1y6SobmcTZP+PoeJtndzAIJyGJWbz4fZEwxuIMeMlhT&#10;PQeiiHz1FCysdVDDPyuFvzY2W+7GvcPM7N4t9Cmo9ECnfO5hV4sFW5Rum5CkdmUcL+Qbb8xorilD&#10;ic5SCc0wJt3UOpm+J2ZdA5nl6oHF17B0XmnlfyYO3TgLr+NSCf5pwuUAbMHzOFqtZWut1X5nSk/v&#10;DcEc+VKTrQlhPmLi323Ec3F0aNdbJ+w1Aaq8WYMqn9VCoGoO3mYvjqOn4uV4QbZB2ITgj2R8bcAv&#10;nSNhlWZrtPbrlrnvS5EMQ2gFy6ySuRObxM64wmMk/bf2X9EDBMhqq6LJWynJXOhTyo5mHVPig/OV&#10;7D8+kOcOlLL74AD/hmZuaJPaSs20DZjOUoJGA4wFLbzph0Pj5fPP3SLF1CZln0X6otIcmsmolaX6&#10;SbD7RgChU7StOcL4Gev/GVJ9QH8+SnjzZB3RUQZ5msx2veDVWYhP/83QeuiegCZZ5efR5ggNzeSE&#10;vQ+ywMvSiuRSn9lhs2fm+WF58p47lHn1ujd+k3Q3rrVmkinxdTxV3M1YUNor6yvrUSvnnslFd1qL&#10;5UMH5mT/C/Py+ANflEce/YIcOnoQD8pAzj5nm1zzmlfLxZddLufBjH4aZwhBSzbuFq6W6aCBg6TK&#10;zcuTNcqIDdvy5m2HSzf+N7V6b0Vn65I5EvfvlgD/ruzAHgnH9kp3Eaw+gDg5Bxoq1TebiGF6ppWJ&#10;XFidx9T6SfjjbdkuBby8wtnnglE3DTDBMs6ncD8p02Y9oCAQ03h1/0FdDBlY2Puc5PDiy2FtQ/Zb&#10;pt5kQ226g6eG5slPCb96uBYVauNq41mS7TxfKkgK602Q7eIc5nsyANM9qCsD+bjZFKkh+rIAl7gK&#10;8mKTfb7eg1/8gtzxoQ/KY7uelKOzs1Zb499YPzz19DP49bTc8ed3yLk7z5HXvvZ1ctPXvE5rq5GR&#10;/OpaEJ5bN95yq6wDW2/2+HGwqsDgw/Bw7dp18ok775J3/sxPyw033Cy/8e5flxf371eJGX20nnth&#10;j/zYT/6EfOPtt8vf/fs/oOxBPulkn3/zt3+7XHH1VfJLv/RLMov3OkWjdaB+DLxRCR4lxAxHI3Nr&#10;MFTwbxqD3ZuvfZXccvPNcsW11wG0nLFnFg0pG3P11lRJnoz5iL/0hf1qSHL/JwHx4ukkvsu/MCyz&#10;mRj/QogKNUSMw4o+h+0EQOCxWD98HwC+Z2RiMK97CJ97gmeFqmlUlKl1OP3s6KFN8cbiGtTEF1wp&#10;8dLXSDgDdjhVX9lG3cTUUVZuabYrHNo8cr8MMaSQF56V7vAQQAGsZnhxxwRiR8pKC7Xn6ACEj/T5&#10;hIVCf2aLZGDhTl5ygwzWblVJYo/nPyX2tZ0D4qFCBCqGPihduYTiK0ZPjeE8NE9xDUpwfzUAYP/1&#10;939PPvGxj8k67LH/4IffIdciFZveZRVq2A0A+chr3gcroV/73d/RMKA3v+UtcuOt1wNsMz+3xPAa&#10;q9FjPAWIu3LCyA6HPs4EbNXKaO/zsvClz8j8w58A0/mgBU1wjKFAzFBlrHpd6B+OvbPPGgXy6xJ7&#10;hfZBJCRc9wbpQK47gZCizO0G+qg5puCxSH/TYRyvkdoF+ciGwvoMdQGkBQVsFibdDz/rdNyWqNSa&#10;onQv8NrZbVljPxObs7TCdeqBvTl0dUyujGezdsEUqWEQsv7MXIZrDHwPWaAvbTdXoEhxjtKsXybA&#10;QB7kTkJQdCo0nnCqTqOXsGcRJLZP9AMyybmjA0rRAa5+OVSiyiLASNZcHTwrZl9idksqM6ayJzO8&#10;huSPtK/T7qny4JCRDHTUywVHqNLAk+cWJc18jyTdmNNT5uCYDQ35qqUnAyfPf1PmZXreTfjAJWah&#10;sScbqk2O1dbWo2Rme1SNlJhm8RCbwDf+/DnUBycA7HLo0+PnSwGDCkoS/JyX3bD5YJjH7meflcuu&#10;ukw2bNuqzHBV6uXZyH4nZMtk7EFtkJSX7CCgYcOjPs9k2C6NbhE7wrIwnFHKRWxamOiBmglYbQd4&#10;xNZgOSRrnKTBycbVEfrKmeEPzbJR/8BRr1ToVIKpR5V9KCtIYe4Ik+ETxwFGTO5G4tVa2QQK5Ma1&#10;6wH+YSoJE8QZyAkhWPeIZmySUxNy/lpMLrOrVBvNYr2CX9kBFPQHZ/fJgcPPy+yRfbL3GVArj8/K&#10;SVCjB3OLii3nOg/N3JC71g9Ok0gtqJMHQiUN049+W5nSuCFzrAf290QvC9OtuwtAi3EXG2+Exp+u&#10;ZTIZYlyFyHB6FkNzK0N4ZeO/eOof2hTrdXwZ5hut9JcYx2yzRvtg+GudTX41XplFHoM0NkIutA6S&#10;XI3uJv2Wa8UlYjzMJ7FJTwH8m5pZo7/n5lejMKRmP/OUIWVYV1FpvJoOl1nsPanXHd0wKjEdeq3P&#10;x/wCilQYcR+aO4CCeQ7rO9fixHlMxqmIFrvOg4QNz0lM/xYhFUaQH/68EUXoVkuirkv3zsntQhXu&#10;8agbdFDAqaS3IJopmnz3cZDPHTwh6y5bkJMwIJ7q2DPAdDD9Xm7A+P2EAqAdDd3ooGChPHkSxXfW&#10;yRTs4zSGYGKPwB+uyzR8lQpKlwtLNR2BvVkTuT7uxRtazVoYk5nJmKmoTxpchlvHkey2vThqP6iz&#10;EFYpGL0cqWMDYmQxNId6lNRs2/CgLiv3LkubambDAX89lRKqLUpHPbSO0FcC9/9cyAXXTvlhF1YY&#10;mLyE1F5WTeFe/v2x+bwGmJHc2acJWa3pLgpG1MoisgKSMjV6VK0B4/AE1tMS1uIMmvABG9i6VMbF&#10;kjO36oambdeYhfQwmjkumQyUk3FqyAO4E8w7sGpmpGa5kLkHW5utl4C4ckyqayBdvYzH6Ra06hHS&#10;9wZJ5fDBDJFXsHfiSilv3QIBMmfapUKuAQabhO3QJPNmrXTgwoMcZAXQ1xqF+mR56IBgFlNKr7H9&#10;ysYRBfcBa2s6K/wM8bT2LHcZRyoQlkm647goNp6eCrcqiU5OY2q+mn+frCCUpnCsIC/18i8JQp4q&#10;we90MFJbwh7F2XnwNQWb7/kjfbnvmQXZBybfsKRlAb3NOlqssvBiUWmeKZn6kFZa8Nkel1migha0&#10;M+uQYrtjC/YySIng00Ogj0bYWhQulX4tzMczSXmbvSqMzLFV4VNb7VNqqI3tA+qNAyCrQ7+X4EWd&#10;mJ9g9IFED3ssAbzKJZu8SsPKfNVU8pmzmEaT2M0NjOJgIniLgOeb14R1DJsyBY2LeXnino+hAZqS&#10;W9/wJllHbzcPRrIgr/AVHqu1gSH6D+JshDR3/wuH5E/+3w+CMfIkBiKH5aztZ8qNr3mLXHfTtTKz&#10;aYN6vdb0CqjhaRtOqh0FpZoM+KGcsq/ySwt6ylKIxinTzcf3SKYykhWZgcWSHzgIJt1ukV0P42E+&#10;puwbnttdNd4euIeO2RhwOMI9bojaMxKgVRNcsH3AEokXXS1h8xkSpgrFOEusI/r757gpTPEkW5+M&#10;ToJ2XZ7PZKEheKR+4NPSgx9fDsYPWYLcA+jVVOa213TpTUVJEI3Mo3ElBus3S4bXzK++XgLOWBQo&#10;+NppMLOXwMDuyzT29Pkhm2WA0x2TzFoKcxyTO59WJhHltBJeSTJe/HyeK/Ta/uznPqd7sUq68PlV&#10;7qpG74WmHh5Eiu1RpCp/4cGH5Lb7vyjf8h3fKWeedTZqhtzr8OW3rlZQLwMT8rJLL5X7wO6jjYj6&#10;S+FzfOmRx2QOw/4LIdn90Z/6Gfkn7/hhZfAlQ3rWYX/20Y/IRRddCDDi9dJDjTbdMynX+RdeKD/w&#10;D/+R/Kt/+Qvq+6feWjgvp8EQ0pRr/ByVp+HXZQBwvxXv9dXXvxqS6QwM25PqRWWKiaA+U32wn+hD&#10;SVCGPU9XPSnL/0VEvF9usEd8BbqdZT952ZeRZUX0g6y+AuSP/mfulfyhO7FnnMQWgsGmggaFnrC9&#10;Di0a+lobUbZbhiUNSCgZkHP2RdJ7y3cgEAMSfPpYZTaoJYuYfWvOvhHjPgIzchhP651/LBO78Fpr&#10;SQtHEAe+jsnMvb4laMdgw3wOMoZavyA5d2KtZJdeiUCIr5P++i34O3o8swYrTB7MgBrK+6PJzwn6&#10;9BxUr0P4SzdNcUzKG+VRAPUn8Fxees216MHXyjk7d6KnGGqYx7t+7VdkzX9Yp/68BQg6X/t1b5O/&#10;831vlz/8w3fLBz/0Z7IOFgQP3nuP/Ktf/zdyyQUXt1krpyCdOLAUT92/krXOGnICJIb+h39f5u6/&#10;Uyaq49gXMSrtWGDhAEwrhjDQD7sa1FoHqrIFm3WP9cBx/B328N6Z66R3+w9JedElCDwxxmap9mC1&#10;hissLEHeiX4mAWBjtU6LVDOydrFf3Pv6uGZFiwEWQxqqGbBiybbeP0jw0ESew3EUTBkq3ZG7zmar&#10;w7g2ifeHvSVB2VAZTqEZD+oBakN3JRtlFgLW1QCLWoMvlhS7CM2AWJy9F3zIoEEWWdFMxGI7P6Bu&#10;gX0aVmHDfv6XLMNCz0JTNwSXhrKXG2oP3FE/wML9BXXQROs1Z4NbCrCpsjTczL9OVXWq+omaPpxI&#10;FbUHrAbPJFAExhVhKcCDP5tsvUE1sMC/VtCHBng4p4msvcLfg7gFi76frBV+599L5h5ttE4sLGmd&#10;pco7nONFNGVFAVS50yuU5cDUbqpA92PItITzYdvZOxDcdJacceZ2hERNN9JXta6opRlbNzhR7f7i&#10;wdiQibRlg97orMWEzcZT1uuxlcQsXhNZDWNnsvVA9Whtx9RzZKN17yzCEFp6TP8LDYppDfy19/az&#10;O99yxnk/m0czsFbCf2ZiWvXTKYw6nBFUQ1F6AgXQ0ePHUMidRAOE1EaABBNgENGrgwh5p5MpkMAL&#10;PVEwFStHMTADmc0GuRCb9KUXXSOXX34D0oJuhfTjVbINKVkbztgiMxtn4POCxTeFoqlHI8iBe/ZV&#10;irWo14bnjyWPDy2Q1EPNJslN8EVK23Vqbu6SvMzNLXP1XjITLQVUKp/opuCB0KbIhgR5rDRAbk07&#10;E+ocW9ZLiQ4bTjNxHynf2uEUsRVsGcZ+9ljIYVMnh5Z2XFYkQYY2aOMpw40IOLS61OUSxRb7oWFB&#10;+FQhuAlvaniSAXfUqVEubbKxeQ6MUpu5MZm3UWzSh1LzZcl6KMSYVjfVU2BvIwC97dvOkDOxTs7D&#10;IXf+zvNkG1F5rKuU1kOK+1RvBuDfJrBRd+AB3ilnnAFWKvxx1iBNr0dmGwGtrlH7c5+kcN0X6mnT&#10;NS6PekuVxq7LbHulMvcgAmmeO7Rfnj2wV/ag+Zg7OVQvnzRdcQ6zNTQS/BmyjZgTkAvPuxEJqfNy&#10;0TWvgrfN5+ScmSDbL0ZSF5uArFaDW3qG5CrnqdSvj4ULV+q+o3PyxGNPyWHIwS6chOTmmlsk7PuY&#10;HO/Py+HBNpmFtJcLl8y9KTS6TBKeZPgINjAyGOl9050o1KOQDdIaFAtTM/DrA2DfA0Bvvlli5qRZ&#10;aKLbg3PAE417dMqEUShNyz8xNNL8Udnn+7yb32dNIpiBc75CQkrJFVsXarqbNanYjV9FSDJe2wz1&#10;kPYEwJpph0zEip5gTUlVtIj4gs2X08A1Hp4HCv7t6JA070yO4v7OZNaQT3Wdts4DvhY3MG95MYSW&#10;WXdYHqwQGoA9+X5JAzkaOME/zOI1Z1G4Pr0Y5JklTA4rS9hlZbDAtLeQK7AxxOfoBJOsVJ7kSRnL&#10;tHv6uaUt/P5yTdntRvN/JMNaTXWZ2qshAtZITklontlSr3FU/6YZMgiZ/Jb8+jIZ2xdYLFEWo1Le&#10;erQvJXC268+vC2a0CCydYVeTMxdW8sAsVXfkwTfaOGuzxw3Rr9noGtatQie4L1uhoSe1Fh+pCCEj&#10;vOOhD5UPcXJfZzOeDqbf68BdLiPZMjlW3RQWZZbCyhpaoi+I7s+UVwe5ojcnV80cRBryYewVTDwr&#10;WxN9Y7BmKcPC10SddsP2nl631k8Y7bNZKviS55yEFWmZK3bq0DpP2kyvbESbCtKWA4TG5y9rp0XH&#10;0XkSm0TY0f5t/xSbpPnm65V5l9j0hU1qS56vYPKhb1uCx96eI1Hu2zOQx/dlsvcor2dXAxKIeSuv&#10;kx5OgYObrqbralGCZoVgOEOLCOZFNwOn7GIj9ryrL98KhvKMrifNf6AfFEAMAnRae1dpeWXNmiXo&#10;n7XkE3yP/Bs+t72uGaNnvv8VRad51jQErrC7sTgwYJJLRYEF/HwCd0z2LctMvQeZ3KdnWuz4ezB4&#10;u9c1+Yh+HVODh0FZ5apoqCj3QQH7/PP6mbfBD02TF5Mss1kjIy+fuMJOIL5E+x9awxDfT6MlwNNv&#10;MEMjwkFRB432oX0H8T5PIHX1bXLDba+WtZs3Y5/E01NSasuh7sBri8KsIFzuYt5oYcTETdtpTCL6&#10;xIwIWsPlNMYHQ4dj/GrumFR7ALR94fMij98PVt8u/P1R7ENm0aKxK2Df5fh+9UFKHq/qo4uVgHUV&#10;N2yXcMHVUlwDs/6rXy3Zps3uSdvRpqCj4Rn2bBnno+TkW+pjR6TzyINSf/ZT0nnyizIxtw+fb9Fk&#10;M2xEgnNXPUlTQ8DIEESYVli/Xeob3yD5tbdKBx6AAbLCUnnDJpZSJjH+XDl70UJAbKfJvD4LTXrf&#10;6Vi4WcOWtwTG0gPsou7RXPf3f/7zcuDAEdmE8IsONqcdZ58lV1x2meza9YTMo9mhPC1JBOkHpiEc&#10;rCOccfHkU0/LvffcK089/risXYfB6oY1mira7DC1eaYtLi6qB3B/YVE+c++9KuVO3pdcB5cD6Nux&#10;40z4JM/IVtyDRxDSsUSpJZk2ldHQH8ffrVsP4P7c88xmJbdEyrN3bJcbb7he3/MRSLFYDzKxkexr&#10;sg6vuvxy+b7v/W75lm/7ZrkQgKEuNwUac5fLW/ALlUAhz5v6oak5V6lxV/wK2Sro1WpfF8YL+xBe&#10;IVj2V2OfE142o+9U1yeu3EmclNHxxMuo1jJW3w9diVNw9aOOrj/9EVn65AeRDPmIAmwaY0DbJw1V&#10;KpQtxl2hcBP6UreWNQDsr5Twhr8h2Q1vhLR2vUryi5DC2hi+UFrIB8GRY8dF7vygdD7+R1JBFpx1&#10;4b1JsLGytF8y8wgUAvlQ9nHguoINREBwTn0+/Dvf8u2SX36jZADP1GtNLBAk81ABUxe1QgYd8IjN&#10;XrwKHbL1SwP9BkPtXawWrn1N+vA61Qz491/95V+Rd/36b8rHP/Up+fM7Pgyfz3Vy+5vfLFsx4Dp8&#10;6KhsxTlHxt48FEZzYMF+AXvmIh6E7/3Wb5PZZ3GGQMJ72RUXyy1f+wa1M0plau2JrG0rKG1jaIUR&#10;JnRv5V7Xp6xUWc4WzKNWBSDrVPffKwt/9vtSPQZ/RcisSZCItKeIJmvs0PcVnv+sa7NuplJC+vqF&#10;YMqTescO6dz+XdL7uv9DZNN2BQa1Pk/rrsjMkzFPw7o4pqiL4xFF5t+W7ExwrygprmcPUXyqwxZO&#10;+YOHLijzrnafO7LrnQRUewgE5aOst8nAG6qdR96wzgimsJcibqChRPS55V6qllKFZhPwIOcenLn6&#10;TJlmirF0Grsu4hV9969T8MbXkF4nN5rpuMdd5ud+shpR+yL+yMzqMN0TydrE9Z2jzJsMvo4Fa0yo&#10;PZMptLrqa5o5A79Q0M+sNqLZWOHrGT6iwQ/u5SchBReJ5yZkpnZj3V0Z0ChNaOIokMLCSDPbd6Oz&#10;7Byo0zrYA5FSAIa3hPYspXvt4W+q8mxYmLl+VobmLdG/mUzGrFbAtZNbABeHxTxrNeBERvUfPQf5&#10;dbSuOI4h1JH9h2Vh7iTOo6EyUGNu6cKqVI2mMIn+36yywS+fza73941VVG34VO4AXohxjN1RJysT&#10;DsIKC5S0jIV83L+v8etzOzn3lg1Z1lAq0q6ce+0XWjWhxNikB6dEYd1vcJ23X33DzxX6DQ0DwN5Y&#10;0hGrYTO3N4IfmEZmoauFyyxiyRfqvYLcMjl/DUMN1uHCIiUPD/cCilamnk6CfdTVhx4Gv5z2kgKN&#10;S9JD0ZBtWgu/l3MlXHerFlD0YumjaCDiTY+q53bvAqjyjPThDXP0ALwBsbkMQNU8jrAQ+n6UA0tt&#10;4sNX0UslK/zoqUzD7TfIUOOg/548m2oxJL+u7DMXnkCTeJWJmVMvk/TGMSpPHKNBN82Ue/yFV8j2&#10;G6NRhxaQNzZtGVN3t/J6W2yZqm6KxawJ6xiXgaWE0Fc++Q8qlcx886oz90VyvosuZBaKOiXPPX2x&#10;8mvp6am10Z25E0zgQeyg+OaDSUBsBgyzHph4bCDIRKM2v8RamJzouJknp7smP+0AvJucRNMxtRGS&#10;EQucoOFmljmTIJicexSn7gyexl+xUlZckyzlKYz0gMKrYQ0P5NCRWbBRD8NH6jh8bo7LAqZEekgp&#10;kFGPybFTmEQ7NCL9jwzWRWws8zg41wFM2oL0vZgd9YCOjlG868oNKZLgvGiYLVu3bmeHqQcKfQHZ&#10;IJXZGtkQjsgGGAuvQUMRKnjYoPidnLb0XU6NJiZnNEW4RwNk/Bs9+nqTHYCAM/g6SFc1abhrEnh9&#10;XipPdBpRmXXjcXA87V8xmeu252jOMItOrY7OmGomhJkddnYWu/lpm+3XzsZJoa/STn+VRsZdqv9A&#10;tKm9TltKLwYqY/bVtf3ygrNCE1lpAUAgr6tBC7yR3DEW2RyhBvzSUYBl+RJkEXgNgKTd2gGFOEJH&#10;xj3Owlhid7uoC43EudGkNQHj4oxEC+iodXI9GYJKQ/kperjuc3h+yCTrZWavsFCVyljpi0kRBz7l&#10;4fdMebHYVeYUKPylR4JxgFHbNRrWKR3PkpX5/QQUh07znq+Hut40iYuAV+3Guh5m4X80v7yW+K/L&#10;yS6l6rV5Wgx1yp2Pkngbz7mx6OWGtVeuSDkZFQp5k3ERV4R8ZC1WYNX2WPAkM933vEhIh6g5pAVN&#10;HDbpAoZEcTTU0UvkLLAB/dPwtfM6rQ/NucF7Qzbmgocu1LGJiVGmuTGAT8GmiK2NfVV5VBzpf8WT&#10;wHxCmGVxZZhGGK3Hl2zeYnhJrkaMYTQ5Xp5RE1uEyNPIvGKbBWg2pwo8mM8cpOtYQHc+sSAP7wab&#10;CPtXf1C7zDh3JYABRgRrai8ICfwPNKHXgpjStJdFeaAL+KYZ5rApE2iSPyODTLIHtlz3BAC0BT1L&#10;hp6wx8eQRZ7Zr6hwXSfn1n/VCrArwI8zAC4mBu/ViY1HiXFfC2U+lxxisrDWbcbnvJSgMQF9oCAO&#10;mUOZnXuV2RBwa2IfMAWWwlK/1sJTWeA6jS91i6QEh76DJYIwKgxU7/3QH6n08/o33IazFZ6EmtJe&#10;N/KQ6IfXKwsFk9O6/ansE4Xv2nWF3PzGq2XjlvXyJ3/4Hrn7ng8g8XhKbrrtVgOlmLyp0shS7+G4&#10;v+QyUNrD0oxEkKsXYoV9J/ogaQHBUxHT+YjzFrphKSAFq+ePSad/QuXUtbPdVPCcuwTQ/SC7QUfT&#10;GFag0Vq/VcKWM0XOPl+K8y7loQ7WWWEe0KqWyt1OoKPfUyEkgHuswJuwfv5pyZFg2TmwG35dh/D5&#10;BjqsaDyLWAunGkyHml2VAlfT6yW7+Eqpzr5EcgwXQ4/ypsw8otyOgU1IWceXFfJ2OuZVW6lSqX9S&#10;oaw9PpzzGHY9/9QuueMD/13uf+hBOXjoEGoBhGTc9nr5zu/+btkEb8Krrr1W/sXP/0v55V/4OXni&#10;yaesEeUQqd/Xc4SgNYG/JchiecP2Q3Z7FCDbvZ/9rGyBncirrr5avvU7/6ZsA3jHpqKjCau2cm78&#10;mtfKqz9xlzz8xC47D1S9UMn73v8+uerGG1Fb1fK6r32jXHLFVfKe3/nPci9Yhrp+8GzNAQT6jd/6&#10;9/Lpuz8t/+Sd78TQFiFkEx1Nfj7nvAvkp3/uF+TXfukX5TkA4BcgMfmmr7lVbnrtLbJx/Vpt3qra&#10;agqmvNZ9C1VrByj9tWle/yd1AWxbP7wUbBidFa39Ip+vOglVrBmdWAJ79anHpXz0Hing754vIGmX&#10;AxNlUBvzK3Qn1QOOcoucrF4C6Bg09NefLb0LL5fhpbCu2Xa2RXTTr5hNfWUStYnahrNDeLN1H39M&#10;Bg9+VjqHn8PPOm5hXD16XkcNkawMzVI2HofDVbdjYWFrzpL6a94kExcgGRukAMo3ExCRObB3KhOF&#10;L+d/BBYIkvBM0yC/2mSAHAD1sebv/MhH5MDBQzKDM+SjkOteigCOLkD05554Wn73Xf9W7r7zz+Un&#10;II//+u/8Nk1q5WDr82BK/siPvhOsyK488cDnZePffbv81L/9ZQ2tXEerhcGg5T19Cj02/4ryT9ov&#10;KNt3qDUj9+wOByEgO1QP3C2Lj34G/TqGIhy4cBCaFw0BJKtt2sB7WOG95GSaleb/WeOZDle/Qaav&#10;vw1g3wU4myuVT+ej8aSeK7HpIVoG3alvjS2brFVqcB2n4DWXMDCKsXJ1UXAAys5LVYFNTGiPOKQK&#10;y+sUfnau5IJ1iPeGieHHdN3MVS1UEbI3Imic6RoagTaV95tkKevAw6YNGshBBVkjy81EwyPZd/E9&#10;k6WmYRkKQFrQRuUEIFNyhgbIqZ24wPdFBSTBvhgt9IM1Aa0Zio7ZnfBs7iawUNVvUUlZxEiI10x0&#10;jFShoGVu7zl3gk7aC2rvp3TAw3PTcYZCPe6d4ec+tSlgqhlYKZCYNSAn/z1Lybt+9+znec/pXnkJ&#10;JDNPvaB4jrIJq6G+5qGFk/DMnNehVZf+uMpYNxJB3pLjkkDT0WfZ+k27zbkOIebhN/nUY7tkNyws&#10;SAbadMY22XTmZigH18MWbJ3iGQkw1aVGixdcHyo2GlA0836WQHcVWhLrUTCseUhmOizQRN2saIhg&#10;dfBRgcu/LVxyJL2NLTZfloXGrNKYhHEktW8HBjr21dhiJdVTdElWcJNqtToTm8oRve6S0xEs4ZSB&#10;NUUxrQbGA0DLT8O4eVA/LhfsPFe2rDsDRfJ6NH9LAOROyCzSULgZF9iIpnMaJmYK6nBazRS9DHTO&#10;bqfUxEPcL+mun9IGcANe7NxtN6OIfB3eZ4kkcf4C2IIbu/voi6Dmzmo68LEjAAFxw4/OHpRDhw/q&#10;AhhAGtGfW1KpWoGNpSrNB0rZMRobLLqp6lroZfqQ1w4ctP3DmpTP6P4GreIstLILmxvSKtBSs79a&#10;wdZOWRnP8ojLfv6Xp5UNyTsj0TxfSQ0Swml0it7KZQ4MRw9F0I2loz53LNqyOiHSwait0YCZDgrj&#10;XsFgiExmpibhqzelTLw1kIRPo7CrMpvKnJxfsshvTpE6CNigzw4YBuvXbtCv72LCV0yg6cmKZuHr&#10;A+cgqxqperBE3V8yhqVTWQ3sK+zgDkOnGlvoRp3ZQX4c0+n5k3PyIibie194BoXuEUuQDsYsYVGh&#10;chvJPbGxbOi/dWylk7auGiffx2cflXXTZwEwgKcG5FBhdkl/DhOE65bcOjEFuUHzGSRwSpkMN0ZO&#10;3A8snNCU4H7GRF5e10Uw9DBJx/hz3VoA6kzenSRgydCNSU0Znp7sqBk4pbqU8U6vwX2YIMA6qa+v&#10;0yhO34rMO/rEx3ROWsP0aVHmQxwLyUheYgnss8TeusXg88ZURvQjYwE54FfHBu1LsvqUPpnWdfDU&#10;Km3O9E042Oe+EepVUNnvlc4TLCI9FKGh7Ac9tIhEoHEvu5aChNd+EZv3DkgKd64dyAzDWrJCJWBj&#10;z+MraKjjWEhHYi9GLQgq9X2LHiZkzWDhFXJ0gPVkZVDWOpWGlHqAqYQhs5RmVMfKRqGMhPUDhcqW&#10;T4M1QSmiJ2vyZvRMWaA/Y8lEu9r8Fu7Fx6ln1z1nai10LJ23GvNrW15UZdo8KxBJU/YYtRgaxGol&#10;w2j5MxFGvn+teN7xXTSa795qsS91jMtiXUZgIUGijo9Cyli3zO6NtZg7q7nj3507wFVGaWS7XHEK&#10;gKIq6CmroxSUjfADBDvNF3kVEwhojKgkWQjLfMheKk03jln0xrHAm+WJpctT+kKI40DeKYgkq6/Z&#10;sNLxaxm2PmY0HNqJ7va6/MwxGIO2LR+MntZNVh99+uiJiSNZ9p+o5cVjYK8OkMiJs1j9jngv+YxS&#10;aphbKBHvDiWFgyETd83vx0IxKvftJEijT0RLKmx7g06diwm1MFB4GmzoblG5d4xoyih9+Oixmnxf&#10;FDx2KU+dknv7Vsxz+t2wFbkmmRJb0W8mhQMxLMDTdzMzudamwh0R+Dr9ys5AM8A24LKsrBhjcTzZ&#10;tbNrbp4sqUqvb1FUyhZdXDoon/3I+2Vi7Ta54tXXwRS+0vNNi2Oub2eXxeXP05cL9nkzwXOBjQn9&#10;XS+95ly5Zc9b5CMfA+B310fBvjof0s6tlvKqCpCOi+kHL506bXpV/LdQX6VhnyoRNJYvQKq7C6EX&#10;x3eDiXJI8mGlvoEETofYmznsyLkjOMGgHET1itZGCtB8NblR4o5zJV55nUQwD4sJY9NBU4Zzc0Lr&#10;EGV0cxDJ5E/+PNSpAUO8gszFLz0IgOAJDcIaMuQLg8h8SGku7jHWYK4NIvZtSrIJuILJt7QO5zh8&#10;wzJI4wJkzQb2YyfuzGhDEtxuoFZbkVFg0Mu4SKcMSkv3meu2NzWjzwSBuReefUbuuuvj8sE77sA6&#10;mm+aW77++z90h67/f/iOd2iq8eaNG+THf/In5ed/9mfl6Wef04amoxLZvjWdlGKTwdQxr2OVvOEn&#10;HYb/1fs++CH54kMPyFvf/Ba57a1vle0YRBZQDvA90P/o6978JnngkUdVlSCeXvgcGJr79+2THdu3&#10;abzCFrz+D77jH8vud/5T2QX2IK/nJANRMHV7GLLfP3jPe+T7f+iHUNszhGNK0y/pw/yOf/rPZM9z&#10;z8hll1wskwhYWUR9x/OyUvP+QpmJGmzmA+eV4XT/M5rW/NVa7oSXk/2+PIww2uCUa0eBf4IOeHan&#10;cF+r3S/K4J4PS/bkZ1Gbcuiaq0FupVJbeuYNNayMjXIFD/ae1m0E6DfK4lkXy9TbvhWhG2sUmOsw&#10;zbcwywTu7hN4hhcU5MfA9IW9Ej93tyw9fq9MzuDr+pUOvOuhhfYFyPpFBSMIUgLAn2GoUk/B267G&#10;oBxreQYsviWQWRY4oMKeP0MPPx3AhIZFowPBKv6lr3KqKdWWoVFbVao2OQn24fe//e1yYP/Bxve7&#10;h53jB//xO+Sm62+WX/7pn5E7P36XPP/gI/Kf/q//ID/24z+OfviE/D+///vyO3/4BzhHC32Ob3/T&#10;2/D381D7dGQdWa2VBWQVWVsCK6sOG7r4ugVaKFBdR59bPN/ZSahEPnGH1Pd8AnsuhzALMkHixwRq&#10;StbTg9pl8/Tkx9lMeQQDEQ8vyXBTj/CtDNdtl94bv0umrr4Jt2RJGYIF2JQC1jgimVfaY8WWlVaM&#10;Y/Y/cbVgkebfcb/BbqvglZ65WU0CS3TQk3nN4bU3e5/c4mzxd9jrVIVkZypTXpW5pqrcrFFicCDC&#10;kLyTxEbxOempnbk/ngJUAGy5J05SOUULJvy5Q5YZz/7MVG1k8HGgwSDTpIxppwtrrVCLh3SFZpaW&#10;vjZ3UNCAvtoDNAZ6LrPv02FcsFAv9ni6p3M/d7CH6hFyaPuetu4zI/QihbHyirxlK1YZOB8zZz4a&#10;oNlJcGwcBVbwfVV+XdmDqO1SaFk2ebp0GLMtGzlIhRZT0whMlfvi1T40LTUwax7PSvSk+W5ubENl&#10;3oasUfJoX06QLzO2OAesmfemHBINvQDkoLeGpcYeeNceePp5qN/WyLotG2QadmEbcF5tBQjYo+SD&#10;km3sTwwqUS/ITtdqsNyCLE1qO6LBZIkAEkaqGsXo3JYlJoZL9F7TSSIKCPq6y1reuyM3pdioMVh3&#10;mCeoNd9VFposjPH4Zr02HkXc2DWnxt5ovrzYRL+5gArXj/PDrckxLcCmPntiSR7a9ZRs2zorZ0M6&#10;OQNwYuu6bbghA4B0C2RKo0nioqo0Ej3LAMa50SH9nSaZIMrFSQ25e3cNih5NHnR6Pw22EqWYEQbH&#10;F4D6q80WFnmf1FV84AWw/U7OH8cDuASPwVmkgO2XI7MHIG88IsdPnFC0u0Q8+gDFg/l1lPpeamyK&#10;rM/4mfj5WCio106wbbaRBccWhTiOzKWzVVKnYlwtuXOcZBGWWSaENpDYQujGbL+yUZO1Wsh98/ss&#10;G1HL6yinClwMq0x14imRjJY/VmGhJgRTuj794gJlCITHeWroAzc2Aku8r2yw6CXX63a1iLZFm+kD&#10;yA+5UBsIx8Niy9YN+L4pZfBNwSeyBzNalVHxWdIDF1MwleDWDtoG/Tfq9HWh17YxdFSC3jOQKDpN&#10;Xuxh0kmaMpZK3Th4OC5CZ3YCLNK9Lx5UucgJxLWXjIFzeXu6ndwkCp1+DxsfyLYEu6Ext+5xybRV&#10;eJQMN2/SRmcbgkSyk9MOSTiLVlmPRbqEKjNWRioezElsMgHXHb2fHFrEgc33hYQynOM6E1s309VU&#10;3l6PUt6eAnk4aQH2ddWjhlRteloxhIPSLIJ8vD85muI8eWBlJoduuKNh5LOQJa7WstTp2PhlhCaZ&#10;t04+e0nWGc2HUHwTVPGlMyPjMqP2OJZW5MCBg2Chibl3kr835yojT94JGuxhHoxMYtTl4Rn1sfCs&#10;bbKBon1/Fw//WpQhJ3lo4/t2Q1a77UQF2fjA5HkhNoy+0QY7ikJfrZlIwSbNZLzVwEk6fNRPjyyV&#10;rJle5Q5S0UMOx4ful5oOh71pUmx613MZUlRPuVoPtFKZssZGqvx6kLHWdTBKmUsOMJbOCBq0vBAV&#10;8GOh2UrwzBMImPY6D3pIgG9CsgZuKjuoLYHUkoGz0/AAnNXXYkTH1djJjZdfk7s2MpJuYLGVhlWF&#10;g4h9jRgR89Bxb8JUNHJ7ZwpXYhWWaX/3z22SPlFJs7gsmcEn081TMJKBjjF4afidxxWeeaNh2+gZ&#10;WY0BFduAXzsCKjrlMIwHNZ0auzud2c7qzEBbry2mYAgtFmEcS4BfkbYdw8qAkdhWtQeAfQJPlVq+&#10;+PxQDh4d6p7G/Von8NirKA0MRdckw/h5fRRxTJMbAHDTIVysGulH9HAXDc6obT/g8KbXMeYWmw3e&#10;tS4YTWRAL4JOyMFR6d5cuTIQwmg4UYv7Urr03tcDZcXq2ZdHH3rWFvSBgdZQjaprMV2HeKCISXxp&#10;FhPVz0bM98/38lTTKdA/rNOQXH+uJcTHJtVOw6L0OnCd9uXYwefkE3/4n9AMz8sNCE6olUVnA6HT&#10;n9uv/H9sZnX4E1w+TQc6gGo33HYJXuhvyac+/WH5+B0fkbd841vlzJ1nmRwojDljrmQItQzVM003&#10;XgLLE/sZQKn4wj6AbZDrvrgLKbsnjMXK+gzdKWVhKdmXz/EgTKlUjyn0NSiYNSW501tEzr9Sckhm&#10;J1GUs8EkEFeKuBR0gPVXqwk3GRm6RzBgC8PhqRdflAAW4cLRPTJdoznE8JkD6KxLWawN2xjAQYN1&#10;elkTRC4RkjWEVxhZKROXXAM54VqmBtjwMUzZDoJhXBXzsUC0Uu1kvgzUJbTS+sbM3wPqlFnZt2e3&#10;3HXnx+RuSPwOQ8LH56GTm/8rWRdc7wTz7r73M3LTjTeAEXezekdu3bZdfgZsud98978DC/AhA55x&#10;31nrs0ZiiNmVV16OYSfqadTRAzwQbOJmYNlzBIqHP/7TP5WP3nknPBxfI1//Td8M25QdOoy89sab&#10;ZMeZ75U9SEBM3PZjUEbcd/cn5W98y7cYo4SDEzRaPwhA77/+l9+Thx7+Ep6XAaThZhJPueI8hvh/&#10;63u/T7ZtKfTndjGY73Q3yQZIkgkSD3RQWmj/oOoet+KxsK5h4zP8v5N0X6FXXHhppvjY8DOdBc5+&#10;Ux9N2s8ArFq67y7p7n5C8vlDeIbRy4HgEbtBh9wceg9pYZPzeRnYcBYBS0OoTeIl10tx1XXS3Xo2&#10;mLM97c3YQ9AHmADUtDI5KzT7WKuH9kn3038hw2ewf8AXexIqnwrJN12E6JQA78jmKVQeirUxSUAR&#10;Hm6T62QxRwL3BVfIzC1vAZi4HkAfwwwqM9tAAVAOs+Z51RCYqv6KrKXGjzjPXZWC/RCf41MA6u/6&#10;5CcVJDpy4JCcd8Z2rQefOXhQh6+f+uzn5ZrrrpPv+YHvly8+8ajMHjoi93/iU3LvGz4jN157tXzh&#10;vvvlvM1nKjPpG25/q7zxTa9XC66BWiR0FNTQgXdcbgOy8lMN6X8oVstNYZ8++cB98OT7hEzs26X+&#10;ihm5PxiGlt1KByD5IDf1DAkbQ/QcOlzj58Kr0wcbdgpTr/9mmTrvcrCgN6B36is7voPrPYxkEE/a&#10;Od9mMsVWP9CWFrQUVWGl+MBTSHGfYVMAxpF9ffAUVQX6zP6D9T/3utL7B2OYG9ssqdSsf66cfVx6&#10;3TfUjZyJwjx+OWRXJnxeNrVrOazc2soIDmYj4ngKB35aq2dN2nlHE2HNp07y3JWHI+9yNRwpzHdU&#10;+yaC1+4frCEewYd0HIzVLqNXUCpr1DqZ4wpq/VE4u06lxM4qrQ2YIkt0mJfGGK9FLdksjTbTz536&#10;sY5f64RdjFSQRhLRs5f4DosiTd5Ntb9ZffGc1+GAB3hkYdy+NxE99PpF82pMddxJAG3zSMrOnLE4&#10;QQAzGElBwUbK+8XJHUUmo0o+6GfKvdet3V5AcToqdfj9lELjhDoOVcHRE8d131mDoUB9zaWy/bxz&#10;VF2XRRvIcv0wzdsUAm5JFlvhkG27p5TmG0ID36U1kcD+JNPNM1MsNBZZK2PYmrogxc1FE8o1Cb1t&#10;u6k6hXSIevN2nBkTlyWm1WYgSP8oTNEGLoEb0sQYi2CpWABba1J9wTC2kX2ziwD+HpXNa6Zl++at&#10;snnzWSoZnJ9cxMSisjhlvIEp3iBK1DKqJxbkMBD4IWQcpj6DHh6H+VSXsE5PpTD06eiolho3laBF&#10;ZgbDHb3JYDThZpSbtzkOZr5rNjmvtLArsYFS3jdYXMBUaAHgDgITQF/t9+dU832CMs3jRzRIYQjf&#10;A25GS9goFvHeKEfmZVgAWMj3Fj3MIWm569rMvNX7qDYNuwGBFpdtoF/7wtej5F/v3dSnoK5G09hk&#10;BO/7kzGffDLRCgBgYZ7lJqKtPQEnb9DjehS/7H4AsbEUy+3h0kCDskmtUQ+DPHf9fjDqKlN+hgML&#10;daC5LhY7vfRmMMWdnlyr8iviv5OYvGauzc+LzM1FzYBc71Wnq94ABc1x0diRtTcDya4xyyaUHWDN&#10;XG4yJTNf0V+05eV6K1QOJirjoQzHDDN5nzseAFC6V1bQg0Yb92B+ZLrpRZPFUuoxD3B4buG4HD52&#10;VPbufhYyEtx7hMnYQxF10lPJKO2HITTpIdY0ODdKjy2EfeS5KGPVOkHKBQR7LOHXYLgoZ8FX8ATY&#10;qPbeTWasx5GDs6pETjpGbOD0kevhmkc8Q0foyQt23xKYXRt69vobEJxTlvPGEgGDr4OE3sKluwT1&#10;eJh0aIQLlsYEGX7FjIF8WWc0LWgkGXmzWcQWV0dPtmBmtuJm66mzN2ZPNvKejKPpkx6QwQ6SLGSN&#10;yesoUjy0QIfovkNpslf7c+bBCS3hsIJ8tUl26zrdI1/TjZdkrf5ddUnKvqhMJLiJa8H/Az2dpHKE&#10;Uzls9s/i58ycAKt4EYULCpZpAqyNd1poUr1tA85a8oJWepIkkD6sMKDPdYIk+qyz+RvWNko76RLT&#10;SZ/eLdJ/NDM/KRrHT5H9WZsfYVfj6EUp+AqXsJBV7H2gBycXLb+v69eHrKLcmZFDPZRqnfal/M8Y&#10;2ppN89bq1xoTKZZ0O0Kth60KLCWnZ35YVXUTLbViDJH+1EnHbhiFq4wzWrKx8q2ZhEn7YFudthZk&#10;RJe3NDZj8lWpEGmFALAsm1TfxpTSHnRoFJPUj9N0SsIqY2WtpZcifr8Ys+ZaDVOybwpscIZb7uzN&#10;0aUK45VrNu7WG07rtB/Gi942k28Z6DfyYI1jASRNkRxjK4m+Fe60YlK+3JopjO0P0swr4/gwvXnL&#10;zoBgMcuzg/5z6OWePDSUB55B2AnZdUzN5feQXTVhYQ7JS5Zmy3PzA5eFJWPcjoPcI+ZlrjLKoGx+&#10;NoOismoLu+FzMgmwr3Am8hKe5ymtvG2Yt1TVI49Q32d63cz88mgmrv9uoKDOtTSl3Zh4PMe4J6h3&#10;H54jysMKLaJMOjEYVk0iNYeM9Owjg5H2JEz51an/0GoEyjoHg7T/1erjl2cGrBMgVZ8aJZ6Daf7C&#10;l+TD7zmuw7KrXn29Bk9xOtwvB5rQ3Q51GH9OsmXi+9VZnY3chPJH7k9iCfUVGNATBGQ3bpXX3g7/&#10;ZUy63/f+/yCz79kvb779bXLJlZcCGJrUYjVTFkFuYVba9HDwnZL8rBaYA2s+guXVe+55Gex9SiKY&#10;iwWGv4G2LEnGUpt0LppNFhh2Az1DOcSowTIpMQTMtl8o3bMvkPqMM+CrtVbPJGUj1gaYdmqL+dCz&#10;Cp+bctAadhqBib67HpTpI4fx5yNoFBYVaFAWN+sMvuBQn2hNbu7Du6oGwFdj2Fxv2ynFpdfA5Hor&#10;QIvCbzqHl0pVsh0xM5awJQ/6kJEgyCqz31NkX7qcyc644I2qNj015bZDrIXd8hDCM+785F3y9HPP&#10;aWgFzwvWyXnX2KIMSuF5eyZAvYsuukBeA6Dvmtdc13hsklS7ecsm+dGf+En57d94t/wF2EIdBXnt&#10;4aeki2yPn/oXPy9HAYy+/71/ILvAepg9dgxrsKtr+/Chw/K+//4B+bMPf0TOhff2N3z918ur/j/2&#10;3gTcsqsqFx1zrbX3Pm31lb4rioSEQBISSOh7QVCQRhBRRMG+QXnq06v3Q9CnIiK2V0VsnuK9PlFA&#10;QUAaIYAhEEJISEv6VJfqm9Pvvdda8/3/GGOuvfY5VZXQ+D2++73wFUlVnbPP3mvNNecY//ibxz9B&#10;LkOIAMG+0No7PvLvH5GrnvREOeusM1VixvVxAZKcf+Utvy4ffv/75N1g8zHUjHUkmXn3gXF4Dd7T&#10;K179KvdSCi5NytR2J7gIgbd56HtwSiGULKwKwQs6GI6ZjLEuxoP1Wl8b4tcHoodsTEp1Yoe8+JCM&#10;7/+vpLtrwH8qBXJPwdTBSG4ee8nyqW4pnaBgiTddL/GOm/U5KwTAWoc77BKdcI1AgfVLKSfZcxqm&#10;R/ZzjdTqU06VzsVXSP7ISwGmb1UGLgfVCgzSD5J2JzpTw14KhVfnlpslu/VLmH7fg9u9bENN9WQf&#10;aD9CJ8CC/UERbO/Gc1qh5xAM3PtPfr50t18Ef2skPLOnUd/PqMFnbJY7w8ptZrzWy8xbN7TsnEYz&#10;71x7A/ZwHOLkWT7qQYaW1G3AnjQyV+7v9A5VwgTIDAsgqxwEqHc9wm1KDKcybCBXPv2p8vrXvU5+&#10;5zd/AxL66+UD7/9X2bBpi7zqFS+S33vbW+Wtb/oNuRd+fL//22+VX/+t/0v+9C/+TJUgHZwLVBLx&#10;gKIXOIdTZPoo5lMZ+JR7bV/5c+G31ySSOQPrMODAc97/0mfkGII3ZOmAXhN6x7E/YoBTRumwMryC&#10;2gnw+wpaI/RK7T+Yotu9FOm/j3uhTJ1xjvQZFuE9AwGmZZaYoasqLvxAs49Y1TuFOF4hjQgA409R&#10;1SpCFCzhGsOwgOFNsUmHN4ZX1rEwxELngrV7yJuvHgfqer+TBYD2fK2keq0D0tDQ6pWOD6IIrAX3&#10;Cs3U3sNCYypna6llRzAJKXtZSp277tGYSCPB6xsOBysFFq1mY89dt+SblWMBA0+rN5kx1u9yqZ+R&#10;TPbCsZHkrW3XwUKWOJQm4BhaYRcp4JDvp7+C9Us2p/bxHswU3KM/WH1F0CvWSa1VN5LUzMNP1DYn&#10;y8fts5JXu6f0mo1Va4AfR8lu0T0VSw09K/UXgdmjCFk6AvUdZevQiAJHyswP1D1DU59pg9rcLKpS&#10;le/ZDaz1O+4nrDV/ZhonzejpBLPgUFQQ9SrA7RXYwfS/NEBWxTE5a/t5ciaVA87KLVF/cYJYhJYN&#10;joNxI3/YfBQOE0b1f/LqTIqg5AnPui5vhTI0QGrCdLKR97Rtw/b9dYsd2gDnNlFu1KlFHLX0zUMW&#10;3RxfQUACZ8wp0jQcAH2keZY0RcRNLagX72mhwIlh1tsgB1DdH9zxgGye3wsK5KmyZfJUyHh7uoDK&#10;4YrRR4nE4lCf6q7HaxQqKiNVm9R9LuJDAOKYwoNqEA/PUXz4oSYozTC6W6UvXTMCRqMwg+kPbxhv&#10;7oSmqeJh69qDF/hgTdRagFUb1zeNu9YEuqCCZXWyGAWddZmfqzL2AE8jyj8OY+NYmj8MViLAQhh/&#10;L88vGP28XJSDcwcBcM6DQTAPf8EF+BiAkbDU12IreqT3UBuS0pI2RzkuoyaJB0DmQRe5wxq1s6oY&#10;RV9WvsGEMTldoU1HdFAtOlBnjb/6y7gfSzU0E02Ljc40JZmNxWR3RhF8PpP0vNs4s1F161xppNSf&#10;ShYl/vsgWG6krmZ4CIaRST7BNgI2O5ryWWvBn2Sjnc6kgoBcP5wQ0zdGA1wUlMmMLuwh1YqwRzOS&#10;VGpzNJRbD+7KiriuvpYzCzvm2aaoumrlnZqNYoLNHsGtwcCMRbtdp2QDPuYmOAeQbAGg9TwAvn17&#10;75Z9CNyYW0BCm09elGkK5pselsFQNwWOKjfPreKI5ekbR52AvuTZt1r6rJ4f/NkLKm3hZGKSfgEA&#10;wfk5LcGpdgPWylil0cA1MkiAOWEKGrTwBkcBABRKLQDVAZ6GPRjeTyAhsIIsmocxqcw8GJgATHYC&#10;/RAL90PsTHQUhOVzQnmUUYWrMbN3/S+fBK02A1egSwGRgfpV5Pl6nbRwEx4O60aKmUJwlJXGjZUF&#10;F5/1PPjsoGqBGJk+E3nWSg4NoTFqrZMnnzNnEtgXEyUnYTh1bIKT0hQoxBHrj36ItR6sBPg65kGi&#10;ssXSwn50X+9o8u0+sPuOLALom3Tj2TT7jMkAvm5iZyS2fAYT4BJSMnG+pujnmmd9QZCPoIN6UeDr&#10;hpkBD52UqutstE6CcFgY5BYyws82mdlkUj8bQQX1+LJrwBQqevUxybcba5cC1Cayq+3z0ieFoOFA&#10;5bz1Ks9xK3KNDr96aooGkNdPZZSVeqHV7QlxW+rbTtj0b08ivyL548XYMu/Pxozigh9idYtZdrJU&#10;W2VfRU/mJTOcDL4G3ggNbYFQFElhpQODPTxnCypFzvTcqbLCDavtWnUcoNZGxcHWJe7nSUpcm5uY&#10;BcsEB1aboDQ36l2VyryKDf5Q7WBoAXEhxLUU8VWUoBBaQGowL6DVwGoK3hgD7cKIfj5a3/E47enY&#10;om/5lo58WKKDrNzvD4Ate92dYPkPUJ4VPQsnoGk02fyWF6dAkcpmSpPYNhNjDzqJdUrYju4hY6BG&#10;nzJZNBs0/J9WACzqRH952QyXexyS1AwfMDBWLXv8eqjsxjow3RNZxw/VyNJN03Pbcxpz507UOod7&#10;Hs2hdX6cl/pMFpn58fWHBspwO6dXqobhEDQeGiOZICW9Cvk9BJM4QOPvrXar9fs1kySzRMJK9wyu&#10;uwjbkt1y9b/+k2yFDcTp52zDmYr1izqkyqbcl/bEXKboz9PxV1kcS1dtCnAPOGDDzQHXzOzpcskT&#10;C3ng3uehAf2kfOxDn5Az8T4mJzsWcJK7obYlG2mSYoRkLjQMaVwDJPT277lPsh034hzZJ+Qtk02Q&#10;e6MQXcWwjOs1i/pwyOePIXFg2tEPT7Ztk3jOdinA+skmZ1ELwtcLrLxCiQeFDjSienKJej8PGfiB&#10;eizce4/Eu2+R/OAueAPux140UMnWIJjEN8vocYoapbBNJA4LjdMopjZL9ZhLpASw2MFQrQPpbOky&#10;HEePTOIUQrMHWuNajQ3NTph6uTq4yMOUFAzIMmd/VlrzkPXzUfjxve8DH5A9e3ZDIjap9QMHr8lz&#10;IQ3cCPw95+lPlxe89MVy6hln+B7Gum1KB+AapId7PYOk4J9+4y/AF7mnwB0Tahmywtr8+htukOyd&#10;fyI//oafk1+Fz9/h/fvk/e99r7zvg/+mr0/lBn8eU37vBXj7R3/6p3IWGH4zs7Nan1EavIz7PYV6&#10;5EGEml37uc/Jq1/9amUJipu3c49+4Xe9FN6Ae+SfAGhQPvU9L3u5PAkM1lm8TgKg9dzI8wbsDyH5&#10;0Lauceuc0mFcHI85GVmkrDYlfYhd+Lig3zczeONbl3/I4Lq6Gmif0QlWoxAUwxMv88Nc1SMBvlfF&#10;TtgrffqD0tn7AGpo2MygX+vkxv5H9aqtNJUoy9gnJvDc0TN4AfXXcOZcmXjCE2Xq0ifJMoOZ0B+S&#10;HVhpYMyiMmYlwrqnBusX6eTVfXfJ0rUfl8ldt4O9BxAR/eGQzynVG/h5XbDBl3rrAaJhTSwh5AfA&#10;xTTAxaOb4TEJn7iJR18Cksqk1i19fwJL9xvNXIFRh5ZJSIytlPuW1Y7/fhn9A68BiSysu630rbRn&#10;i27ToCVqCTUbbIj6lC8jHZyS+xtvuhHWPhvluWDGvuL1b5D7ANx/8uNXyzqwG796111SwIv7bW//&#10;PfmZn/wZueHGm+Wd7/gd+HdvlWc96Qnyh3/xLvnpH/thedGLvxOp1dtF2TDRklYVDPdgqgS4aO/C&#10;cy240oWEDtaGxbLbbRRKuKCn/oHPfkTCZz4sG+MBYT4x+74IkkyBfYagUw15asgtiKoAY5MhCENn&#10;KfKZO4rB0HrIdScvvgqDa/OYbs8gq2gDmQSSyomSSsNI3RDbLdUqPmLttRzvH+t8gAj4IQOrfUJw&#10;xQYvjxMJiGdQ/skBQulhGcp6LD0hPLcegsO5yhVIPjwneYABMsk3L4EtKklPrOvWTC35ptUeMKqB&#10;GmJSscKDrHjGawCKf8BaUoBQ5SzD3INnQrPlJQukZCZZa+1UqsKOoCPXXTe3UC8N5FA/9jDmjZ5s&#10;hYJLhtPvh+qNhz4f66mPPyMph4PvskrDp9p96ghoO9DniqfMfZAlDw0ozmttQRvW59ja9JBMl9RG&#10;n0Kn4XntgB//rWcfrvki9oRFDraCsfkmXYGZuWde8KBQZbRnwd+j/SxlTYbRWcFrpV9L2XtFtnDX&#10;Zfql9ssD96qsvM4/On9MFm67EzgP9qdLLpJp2I/x/kzDJqa/iGoCXklTE71m/bLXDq5LHmPoNXWs&#10;sw3r+jjuabHpyWODD7oPvUSv41p9lystU22ctey1uF6DKnPN+qpILxrb6a9JelSbRxlfuw+mWzdM&#10;6KS9i0NgwIWr3ikEXjBLwZ/lvLCQC5a4CHuOLMjuow/IlnUIEth4psxikrIBRQVZYkNKLLmREPzo&#10;0MfHfKZodgnoAjcT4NNsocw6GlYrsssobTCYqJc+SiAQSKtOIQHQWWxxsARgGjBqIgsljBO6+XX8&#10;V+YPgvqQemOutE7au6Bwp88DF5nGVgcrUDdMIFBky2m6oSsYHQpv9AbqH0ZQiiDDAAdVH8hziWaD&#10;iUaUkfL9LwBkWsKB2OefD8y0OH0eXl+Gk7DwmeRDhSL3ECamw2FfgbBurxghtLX5DkWX/1R4PfM4&#10;ypq04Qn6B2TB05B6FqwyPa3NAFl8vJacLNDTqAdvGYJrS3jffP89NUalHr7W96lgDP536sykouW8&#10;J6yi+b4IPk2TzZexsFyPA35KPeF0su9SbxbxKa1XNzX1tzO9v5qYRodvhpa+qrTo2nyerE+tzYOl&#10;yJsNzaioXfWeMTB14BsZD9sZLWonJzP98xKx2wT+Dh19EJTc3fj3XoRlHAFoW9uBhSW0Ll+HAp/r&#10;a8kZQLkl8qr320hCGlrMveTRNwL4WjLDtp9JaNz2lTU6D8CPBwW1/wT7EhlKm1oXzAbdwGqPKy90&#10;QjQJWhoTdUO1CO+wDtgRxyBTw71FE91FUTWPNdZB48cJKNc8pxNKX26i0J1ZSdNWLeZzm+Bl1pTa&#10;Zlm4yehaGWZ04wj7mp76PAyGtifwr3KdWtkkKjGkJOTuYWUG4sGTikOT7pmPWAzKk4rtMHvP2HD6&#10;duUJuz59Sn5+tnebMa4xkKvmV8NQTl55ThevcwvqUb8perKUpNXn+ivDc3wQ62UPwodOmUZ6GwDV&#10;lHw18kBwP8OWt8bIdqHtnVWvmpDzqhGUM2PYoXrSJfDLWGiUi5K9qhJSfgYPHZrHM9vDnqOJuSxC&#10;cja1ARJkyn1rZxzauhFn/fG68Wt5IC5Q2hsKvW/JqJ7S2+CTrVG8d9DmS4IBhMmepm7pdvr1sGEx&#10;ZB52NDaNbQhhbdpYHOuD6jguXNU10TAC21ZxcY2U9KGbMPun4z60jS+hQXKSOKVFNK7Bgss7Bwps&#10;FMa80gLR1k/urL8yZna/akvQHKiMN/M7HaQ4qdN5fJjxRw/t0h/HCuP29RoxUh7OD4txPMnuYbyj&#10;NYEeYcyPIrRS5S1RD0oLFINBbttTyq6DHW2qokor6WsGhlx3wthgmZ1n/T7NyasWaCFjjVWWuLNs&#10;zLqifrxMxD2CfXDjuqH+d+7DgkUMDadQgJHhx7vEgCWdmNdDCz2JKb3exOxRAwVKT0nNtLmNHlYm&#10;zrS2oURtTYTY8GNQGkhYMpyjsLCvytnGCkZWtbNOTLcb/ecmo+1MU+REQc7oyap9yp+UGWIFq5pO&#10;a0IuAhjAmvmbP/49edlrf0oue9yjYUGAGqeOaySiaag5FhR0wmCwk4MOFLYXOesHNLa4Z8984dP1&#10;ft90K6RnH/0IvNueJxs2btC6iNfXGPiVDme1dXFfKtYNE/Bayy6+CJvdnHT2k4m5onuvuN2GDZQg&#10;FwVQSvaP9AD4oCGuTnsEWD8A3KDgyDHkJdi+QlY2B2aoR1lLVflQGz5KfcnErWDHkWPo3HnwARnu&#10;uQs+TnPCnZOoLLP6Sh0iDcyvFq+xQqY3a7tsQvpnni19yOJk2yNlAtY0GRQlBAGqEFrA6omekPAN&#10;satYs9Jqxq5nLbsQSnH9ddfKNddcI3ffd5+eX2Tt87xWhoQyTDKVHG1Yt06eCgbdlU98opx93nlI&#10;uJ3V+rQ0CQ/UBXMouzrq88qhONlHPSzs1/zg6/R1P/ofn2wYBRzU3giJ7R+/4+3yC//tV2UT7vHr&#10;f/TH5NJLL5frvvB5ueXWW2TvQYSAQNqrHlaoPfbh9/sQDKLvqWMpkFTVTAGYvPHGG+W7XvxirXNr&#10;PwfI7CHr5dXf/wOyDe932yO2A7x4JAbEk1Y7hhOAYi1PohNCcSfdD8MqI53/PXz3vulgH+pLgjkD&#10;1nCs//h8+VCsh3o0u+VGCTd+QeKh/dJdRrhOFyNEsvGwL1UA49hH5D2Ttw+rrpJhBzg3FyY3S34h&#10;krIf9zSp1m2RY5U9twQqhlC/1ApwTKucNI8IK9p9EJ58H5P+A7fJbLWsQFHEnhSqrhkSd4KFMdG3&#10;EcAgg5UiSAfZ+k2ygPCceDkCjjafqkBlDhuB1OvWX9M9b9f4wdd4pgN1ruUSijD2mPQgZI/CZ7df&#10;1j4E7oG80pfDOId+/62/ItchnGYJPUgPPdN7McB5yXe/Wl77Iz8lN9x0M2wFjsltABY+/Z+fk+c8&#10;85nyM2/8WfmFn/0/0LdMyV//yR/LZRf/iYT1mbztD35PJgGOD8rypIVDI7DUFNGgvVeydCkHXWUA&#10;FssLUt95iyzd9HmZvv8r2CVXMNTE50AfX1GqiL2FlgYGUKCO5bk0SQ9U9nrYLwG6lpu3yvQzXyoT&#10;26+UEnv0PEAUBl2Mv68TDKPqODa4bYQm8eTF0CjEw/pS1vQlFHx5ZYm2ISTSTG4EmmgEnySlHqq3&#10;qKXZKgvTlUpmp2SGNtHtQqIPfesshRDa2aZJ3zqBjMrM1/w/9rbBU2o9VbqWkSUL10zm52RwYomC&#10;hinlNbqMPLFLXT1Ty0h5qTVFsIHlwMPLSIYha61HsktIjtT2/ZqgK6El1Y9jDF6tSWqzGGGP0B8M&#10;Va7Ldap7eZ7SXw24zdQz2HIerDUjias20pF/pjGhuP9RDONuP2kkk8JIOMitdEg6VNUGWb5HAeD2&#10;PdSGYVcdZ7epMtKJAsH9+i2l1qp9DdITI0vEVkhCdICTf9hVH/RKPfxiNLCy60FVmTMHNegQ62rX&#10;fTvUZubMs0+TDfDpzRjO5b59ZV7aIFl77m5rySZxs/WouharqpmZmxVNSAmrdm11yBobRl6Tq+G4&#10;SIixGTRaSGrdNFeZ38/ara70rrtSqzCqpyUajVhK+i4U2VTknC+qjA4UB2wuKX1jKsqwq4BXhQ26&#10;HExpCg6ngkylm8AEgzdueZnGkXPyoFiy2sYpAHlTsyhMZgFSzCqddqqqNR3yGIpForg5L4re3FxN&#10;6blKCk3PmR1LOOFy5kWplXFTaVy4Am94v5zsVosE5JZMfBTqUQwyPxsLf3qwZWSPdWzRsMDnRhFG&#10;/j6dmhHVmdKY+aPpP5cHGWn9o03o9aLCa44SVU6WyQQhELIBkw5posEzZz2ZF5FRWQ1YNIprrlOt&#10;qhy4jDP3wApPIUzadYCBizA0ZqFLUE3TnTKjVYdgCaXU5osFc5qXEafNanYelOVEmRWb3GXsXiXY&#10;mNOY8lISWnBqmyGRdMLAIRq0EjjsMKCiyHSD7KhspqvroO9QlbJ9aKpe+bIsS9skk+Go9JwvTiCu&#10;bw14NKlO5um9pXrhmSwpc/PNkY9VaCUVR12PORJnC9DBaXK6AqCVrLwFoPBHju2U/ZBmEzRdXhoq&#10;zZa+Yh0YwU7ggF2pF/U+c8pNYcKwsuTFvm6aZs5rG1jdSFZrD5PQh8hBlpSGE+vxaVM78EqvDT5z&#10;H4BvCeZnD8VupzOhbIm6bdyd0LnaJnIsnvkMkHXZXQeGJMzM94HNcATePJthRs7Lt763IofpWTVB&#10;T0STQ+vGzjAU3jsmFalXYk8DRpjOS1aNUb8NaLFDw5IwR0XwCPDnZpl3jeFEA1gCbJy4cqqjXgfR&#10;TOuTB0mS0YpPNgsHkjKfcDUypVgqKKvpuEFaPn/WBPDeVA6mq+F27fJd9xUy+rivDK4zyvmGlsib&#10;jTVklp5VuwyktnGTzptpfrzC2TO+fh6vuQ9DhLvnkAA4m8v0THQvMJsl2tmQJmn1GD8jthqItcEK&#10;oVEXZaGlrHSrBGOhBZ2ocVChCbcq4aucaZP5RLirh9yRNHUT82IYaFBAbUl1tZu78jU1qTKMUm2j&#10;ycJHURTBAbsR+yxxPavjpgvl7qHmz0N4CNOpkJx3V0mDWkUd2QLDaN4ZdVxbssYTpV08BICWjHC5&#10;w6Zys0xGAf69nFqSCb7iUzO+Lx0K+XSVYRxL+PP1Cu7JiFHK9ErKVGOu17p0FuGINSerJGFhXFJ7&#10;3De8Nm5EWv4lI0L6WnBmBP5lDYsqVXQxjnw9wjhSeMIWJ8Zxf6G4xruv5SfoH6n2n6WnsAZZZDq0&#10;me9H+fJOFIwakGMMDHqGpkAOyZwlSi8WFFNkwKvi1lmBvGt1lBYjf5RsTfDuKFhbO/cM5azTKdFd&#10;0PXcJTsLd6SHc5gF98z6KfVx47Sf9g00yyZQqJ49DBBTGUahwF+WmXdhJrnXDDbEiDrxNpPqlOZG&#10;qTJriglN66ib+8j3P8B5xGTd5MepnnyZeT2avUfh5a2xfRdQIx2Zs+Hi7FRXC10yYyqc8XUwm5UM&#10;jBTJlmT/vbfJ//qD35bJX/xl2XbhhahNujpIWyMpbA1PTtbPtqXdx/tCDtII+K1g2NvpzMqpp0V5&#10;4fc8RbZ8ehISzn9AauQeef6LXiLnnX+hPx+5Ngfqilu1XwcgG8DCiXPOkkUmZH4GTcQByHnjohmk&#10;R/djxZpYweXvnQLZ7BOeLQGymQoDV07hB1pM55b2yqY6V521ej6yZhoc3i89+MwVkIFGAANheZ/6&#10;SQXcq14QVw+AmekDYZVSqbQBNesUPAghOavOOV/yswAuou6JHbM+0IFYzJoo+mYYEUaJg/JN9PTS&#10;QSkBDewxn/zYRxGM8QF776hNOmTeFR33WKyUefHkK66QZzzzWfLIiyBPhGfyBGo39SZcqRRMJhPn&#10;KBJvd9y7Uz7+8Q9hTn5UfvD1PyKnn32Wrtetmzcog2/rqafK+973PmU2qBQRb+d2+HH/2q/+ivzc&#10;G35atl3wKHkSfP+e/IynyzwULR/90Afl+uu/qHJiY0NYE0bf5tITK01yngGovF927tgpF1z0KGU+&#10;MbiPDEECNBuQfvii73qx/jfXDu8lz336DI/nuBttOmRhnCH5cK5/bNlVHNdbNn7DYO3/bv8MeaZU&#10;tp8Mwe6aLdSEUYbXflY6994BySR8IuGDx7CMIdZrGWxYwb0rK0xxJQzEAPu4xi9hiM6Vz5HijPM0&#10;TE57TCo/2Fe6/I8A2RT28BI2O/UN10q8/VaYvu7GPoi1zvRsqHPqws46VLr6s/h3GoSE4c4AvcvE&#10;qWdK/7KnIMn3UitrWVNVlVq3NOqLrztsecS0pz0O32+Gen4AwCzr1eql+fu/+zaQIWbkl+CLeXDf&#10;HoDzqPnxmX7+DW+QlSPzctUll8nP/NxPyR//xV/KnV++GSDe2+W8R54mb/ud35DffOvvyt133iN/&#10;+HtvhS/hirzo2c+QX/6VX5G//pu/lac88Upl1Ja4XhkGIiSKaO+U0jvjahuQ2MgLWQkpe7Hs6/4x&#10;QeUUCDNLN35G+l/5nIT5fTi4TLWGrkGZkkx3y8tCh5s8r4ouU1wLZbEPabY+ux6g7eNl+pInwzf1&#10;EmCaHcUFlIVbr5bJjzyg2/S32A5cG3vrcXwwOebtHVsZA7EJhwhMfuZAmgo97kedrifHF+rBrvtm&#10;PdT9Rckb6mGXG0ONJIg6U/+3UJmnG44A3WPZjotbd3FgmXs4pVqLuYphsGLKraqqfI3ZELtI4YCt&#10;98+zLCRPc+0xgxGWPJe4cLlsrGJjZhNjsr/x8Af1gBPdS1lrGJnJSBthDLDPGr/16Cm+cUwLHRtP&#10;8sTyY73CM2QRfTqfZw5rFPDj80yspKokQeXJ41DbKtZPqdHxcJuUUhxayi9lErrtmSbAV6aQqL1l&#10;qDR4cKg//xDOLZP1Fwr06ftUglahuIv6AqbwkcxDH9O90fdQjLwyszDupV3bULebW6owwcLh0Fm5&#10;VNGJuC8i1z3CuzDw3AMW+w6EeEyCgbsB638LQL9zt58lp553tta2+n1lpXWGZgfos+Cgv1tNxPT7&#10;pP4JrW6xRWzxCbN9f0o5DqNQDmWbul2R/j1ZxQ4AmmAqU+VskWS8bcrpmBQxs4hSRbbJ5hms6IVb&#10;4DSwC5CkRKtcTNqEHWPWAnr9vF9qsi7p390OACPcoBoF07Qip5gAglZ9y/4HABosyKbZKVyoM1Uu&#10;swmpq5shAd6EYrKC8eccZLw8+A3FdJ85L8GrVOwnK7zgxTrljiq3GQFImfp75CqrIEDGqVOaChaa&#10;GAgwCHRxss046V0esAHoa1GlWnFeNBp90mSAngZs8PK+JbwM+9pAcHNQfycWSJw0q/SIo9O0FSXJ&#10;h4N1fiNT0ijBFzYPlgybuRddqQuPbLm6tgdLU9E82ESpuRU376FOp3mRyN7aMjXpajwwBXHY6CZH&#10;kDKY0ba9F69Z8fqLaJb2YhJbQge/7fQtSJ3ZqjRzZjwMM/MKE792wbw2tbCu1QIp14aMnJfKnM4V&#10;IJXMorQr00x5iIezstRjkKk2jHVfdlaPh50kU+VkNBnrxiGKIFbmkxIiGdwWOJ2mkfsyptX9uUU5&#10;sO9WOXBoD4oSxmVjbSrABbB1tmcsTiYkYd2p8I4MjMoYlSuLyw4wVerbMyj7yvBT50Sf6qSOKKXH&#10;VnVC1kdNbx1HTL2xSiIzeW3ENRxA1tILG1UqQ1C2kcqFsbByA8S4ceLeTtIYe2ZGWYEBJuRD+ExG&#10;PFsDHMIFgTdtlLoKp1qkd1c3HHokkpJMWQSLZoLwmTJBc5cc5s7kyxvAL44pu4IXfFGp0FVFzyAW&#10;fWSmwp/zKAJwEDxy5NgBOYhfTMer3fhWN3Fc23XwJFmHdbgRacpb4HU0C6ZBgXvDRG/R98p7OhwT&#10;1VTKTC6dAVs72BdHHn2leXAmZpEp4PB7emRVta/ZUVx5SF6DqnE33wkOLVRGRANerOFO8mjEa++G&#10;t++DC7lsgBRQJ0hFvkqaGscAmJQOm2TIo1pklGKsdzaax13m4RpFK8ZqQCDaAyZyTba14AtLm+4o&#10;AEGvsQka50bbl1YoVyMLNdqULU2ps2hcyQJ/v0T2sDP3aNhceIT9NItzFgrBfAkzCe5bFZ3Rd5zG&#10;v640eZfA+Yp7CI6nCEnip64SSYUTMDOsKNH037pUCUnZGNqHkdlsEw4iDwlcSMOWNLmBeod5+EYq&#10;8KtgYCifKzL7FLwWS40nu0s0OMpuLlmYDNjJVmldBw6q6jBFgoeknICC97A6iXFZ7oj3eGJ8M7Ti&#10;SxqWSwwPmbMY17zy8V4/nrDpXf3eTPIbGqC+yaPB9d2FQI4Dc7mC7Hk2qansHCBJ19nxfB5rs61I&#10;Xqgpnd6kvfkaqTE/69IKZKXwg8K/ZPeD8HE5NoSCgM+JpaznCgzh+cZrU3q5EYPCOexV0b0KU9GX&#10;wEMVL5BxmNV6xs1zQIRFMDvVUYy7qmyfp3RJp6eVeX12OsbGGw48xMPvBSf3ZWXARJEScwlSVMas&#10;XUQ9YSFAxupbXsl1YLduOlcAsaPSm6FeR4bnDFY49FjR/Qj8Falhev/pD71PTtv0w0BqTtPz5cSw&#10;d3xIy/3QSlpf/U9VatUFBtcmldYRgJ0EM+fJz36K3A252c23X6Opjy+Fp9SmreutaFemQO2gZkKt&#10;g5u4Yx9C3ZdfBunef2JgubxHGX4q89X5JiQ6tHfYeqr0t56Bn1UowLfidhsdgnfBDNUr3bsxMEK4&#10;VrV7h9S33SIrhx6UbOEQ9sqh1iIB0kF6dw30tUmjrHUfZvMwxOvOY+A88wgEkFx0lUyeegrMMqKe&#10;TbQlOYwzgEOhDKBi5PeGrJHT/Nf4ppmMjGwRNqaL8JB+5Wt+QAe8H/wI5HUMfhmanyIZPaxTX/YS&#10;yABf9Wqf7ge1TKGcT72CCg6KSnkQPn/vQnrnddff4LViR3bteYv84i/9kmy/4HwdoNHa5Ttf/F1y&#10;6ubN8ud/9VcYnK4YwwCf96t33S2/9N/fJG9+05vkokc/CvLIvqxD/f6y73mVvOQV3yNfueFL8jd/&#10;/Zdy+1fvlOnZGV3r9PImO4J1PG1emKJ6/fXXyyMu2G4SNrJwOPDBszlgsi733Y5dYwK5XYatxFXD&#10;hhR+NSqZvna5bDhR5uz/D/at/of2SQPUexlqyS3Yn+a/dIMMP/85mVq8XwTY3dLQ6rBi0wZ49kHq&#10;2VdXf2Um8f5WBUNXIL897wIpHv8c6Z5zrjZuHGjOYY1MVAbCRTMn12NwkgO3O++S+pqPS77vNlgy&#10;lbruaek0RAhOB56dAcztUNjAP4LMYc8NQLB1p0j2xBcAgLoMPWqmYS0l5PkzE9hf4dU+DOvxAK2M&#10;Zustf62Hs36SH2tisfNc242gn3vuvlee+oxnYg9fkT8AE/bjn7xa1TisDT/zuc/K4y+7Sn70p35U&#10;7kMy9Ub0dBuRTH3HfXdDKv9lXkQ5Hd6aj9x+vmzGs/Nn7/pz+bHXvF527Nwlv/uW/y4bs9+U5zzr&#10;WXLVlY/BgGxaFWTRE+TVX7ayAcDxvH8bh0rtWxaVZVnXPUFnKEc//e8Sr/uU1HM7oaZb0j12GYBu&#10;jvfX4xCaSd+sH5mEjMFZjf2vgMqLZxH7uf5Z58n0818pk+c/GmcY6lKq4jBwn2WgEc+4gVlbnKjQ&#10;WK0rGAXfHcf/PI7PrmSUKmDy3dpApriicgKtVZV55/2Neww1bMBEStAQTq253RbHbUO0by2r0QDa&#10;mfhqP8DsgtzyBXJXytTEKirfv5kGHq3OVo++zL3CK5O/1m6jkvr/ZKYcEjvRi0n1YjOtgQGNrmqQ&#10;RoFpa3gRnzmBZkllJYoddNyjMbMhvpItypZH7yj1mL0Q648wMinSvZl+w7RImcNgZwOyGIRBJGSy&#10;idlstWsyvdYA05O3cnAJq45s3VYpOHhWO0FBB0reLyo7NlbO6oNsF+fPsUXLcsg0aCY3ApWz7czH&#10;1pReEwDZuqraNJC0quumZUhJuARiS7X/siDKvCEQBVWq0TqD98TAuqEqUPkBh44MThQdfQ0NH2EY&#10;CvCLB1F77ntwL8KxDsvluC4bt26V9QjgtPtpPYD2w86+C24fl7USSVLidyLdia9nU7jV44s+tFSe&#10;qc91FqWua6o3y6EHzBbq3RnwOUzOb0onowvWKaGwbth8iYah65TmjbXJLGompbGgKFY0SSvnAijo&#10;5zavBryU4y4V9Fzo6YIolF20pB+cZslMyZvffUh2h53YgHJMI2fkNExwz4DH36Z1W+UUMP/KmfXa&#10;fC0iRpvmoX02A7k31252yffeU7TZEHrzqbP3rnp9TpjyypL/mPDrwFLuaDspydPlOgcdgh5uKUWw&#10;qq3IV7CMD0nyZ6pHZogKzCkoMTSZajLz184gtjyAjWaapYK2WYR8SIytpwh1yBt5p6ax5h0HlUo3&#10;ULbNq4BkVSOtmW4HH0Uy9pjWqVrx1NBI7ljC0GSpyizE5AzXkxRdRp/3Jhi0AY9Botu45hHc7JiR&#10;pt0zuRRej1NmVGSeWJmAuVq9eULH6OFk1lXuol44wq+EQsqGjWdvq8oRZ70+tSXOcj3led5sfrVT&#10;rZV9ptMO4xWzmSKougJgcm5+Xg4tHITnHkCmBZTnkIDR2LuTnyqTsxMqPVC/Pnw/DawJLMbBUMFd&#10;Nk1kozJRiqBVpcw0Y/SpYWzMGq+GkCYhLWZfjHHcTLvF62pnNiSDVHGmCr2o6PvIBohsu4ifrZt5&#10;CsXwVKJKRqyB0lH+DTMb2KMAFJ+QeUwQTwfIXpZd6p5lEXL5ALCPgCwnC3TJKACq9yA9IsNWwzi6&#10;uW6GAQwXvTb6uTpakKvHX/I9oEdLNEkqGZzcWA7NHdZrzkn+vn17YaC/gFCbQ2AYHoM8eUkn+NwE&#10;jcUZW/5+4kCSqLyYHkOTkB/PQsJ8Brx9TjvtDDzzm2QDmtXMg2FCOtiS/FbNXEtdg0El/S2WX5QR&#10;IMxN2g3wx0ILYt0wg4IHANUErMiy4QQHwH5RUwqHvQsrbQab4j68zm7sT2cvd2XTjCU7dhtWXxwP&#10;LIg2mYmtaPXYwCn+9d6gpBZC3URT4qw/LwzUWArmk7dMRkOIjUx2xg+4RX/dHqdZlAJT9su9gEb/&#10;tSWDVV7kTLoRc/BglaG/H/13bq9VuAQgBmNjFOpjkySK0ej5XlJpUrD7/pUppTkYrFedRMiWDn79&#10;LMEDLPg9Lt3VtDg2fDTStXmBzTbDqsYrhHGmZuvPQozOw7Irn7z6UjGoH1nMo2YUl27AKmXOy9GS&#10;K0ufuuVej5IJVDrjcqk2LnkXXz9w9l6tYKmojJIjs2TOG1ZVpjEk6XdLniqjYiCMhZnEJi33ZCnq&#10;cWxI8DBAhFWNQIiNAc4qULZtNDzi8rUHwaGR8Y42vBH3OjTSZk7L736QrD3uQWClMeYQA79a9ySz&#10;KK3VZS242XNsAgnagT3B2XYhBZAoe6+jsniCzzv3H5Gv3n9U1l+8RQHCqsLwrFeb+bv6lZB911X5&#10;u5px155+WxsLsSwNcLR1av5DyzD5nuGAKQsNa1LTxsmat5LNC06rl6IWk5n+LAMA8R47uYd3xWYA&#10;UlXmxcOilGEe4ol1E93K0kVzu+o6XdYhq6U2MpEdJzbeF8euOLvKY/LVL31B3otkyRe+9JWy+ewz&#10;1aMz6hR76H6jD9f7P54UHCyKWgc9TRGpASuVyk2f953fqXvz7ZAXn/HZz8rTv+0p+PMZeMAVjRRF&#10;fEinRvWl6pt1EDE8+2wpnvI0qSEDzGD3kq1EbSY0+ZDF9AP3SbENw7tzt+G56+pZOdQaKqrp/hS8&#10;+lZw9tX33A2g7wHJDyBVd+kQvqqvUD9VDlRe5D16gQ2U2U8gkVYOBVj8K1MYuj3yYpk+6xwZ4gya&#10;WLdevzO4DcUCBonT+J6IM1Mn5eW4y0U4CWCXJNRBvoZoU/9/KhTYqHHNTMJzsoNr+N3f9xqsgZ68&#10;573vs1RgBtmhzuaa2wGZL5mx02rh4rUDE+YBInzh2s/J56/5DEC4r8p+SGzZdHJdUZ1yDIyJP/nD&#10;P5Kf/6VflLMJwuDnbYBP3tOf+zxd43/+rndpPc36iY3PEoDHt7/97fLrv/5mOQuBHJp6K5kCDZcj&#10;lfcc/NktN35Zrr3uOvnyTV/R/YHvkY0wz+ytGzcqYyUmZkZhw0UyEMWZGql+IFu1vQ+O5HxxVejM&#10;+LDjeOyfEdk1O84wJrReIzuuj194iOHJ8XfYE4655FskeNf8vN0+o+NnsvoZcw+tk3E8rIFQ+1UP&#10;3CxHvvgZSO/34pk4pv1Yvgy2bG1hFoO5ZQ3ewOhcgxEE4NAQIHp26hnSA7suPvaJYOd2NUmcFiaL&#10;lPqidl1BwdNNlstY0xP33yODGz4jg133Yp9eYP6NFIua7IH3hdp1ZR6gEmpcgHfFoFT2WQQAVm08&#10;TYqLnyD5JU+AxPUUfR7YQxToY+htzr02B7MwJzGhfXdOIBOvPb1S/du0jyhM8eVON0xc5Vnxrnf+&#10;mfzze96reyEVNy956UvkOc95rnzkY5/QYfcnkFjNVz22cAR+lNNy3rnnyd4du+WzV/+nfPKjH9d9&#10;6qLLL5Gf/Jk3qC3Shz74IXnJy74bPn0/LX/+J/9DLtp+rpx7+lZ8HlhE4bMEsiSDhRFlDgDx6lU6&#10;IDY7p1o90lydFqKCnQZiAHzcewj+pV+VA7d+RnrwMK1yWseUCnaoSxP9ylzR14XFTZffg6Fa1i30&#10;/tCTvjzlHJHHPUu2PPYZUk509Awlc6aDoJQh7udCyTAl86SN9Vqsrm2Z2ZZWjqkFTrjLjg/bzfMs&#10;N3879qkk9PjAUL0+dbBbW+2pA4Y4GsR7zyOuXrQBlTj4M7TkVWXOmbw8eYATACs99CAkr1QPq1BP&#10;PvZb0bz6TLbr6a/Rranct1AvDUE5xwHL2mrF3H3stDZXcHC89tPXDeZ2TECW9457G3tK3eNyA40q&#10;DyfRsIxgAyQG1ejbcpZi2jtNvebgnLP0uAeoZJb9Is7bFQxkeE06wSTKtaQMgFy8PNY6LXcvwthY&#10;DImrGU0RV7larhYLCinrsuXFHhVoW0L9dXRhSQdVasOGn5tHD1MRC0Qx0M48uknSoId4wf5WrZoq&#10;DRaqXaWa+aPe8bCMdiahYUOFhZwGD+lziwxVcFQWQhKVNBZ1byFjcEggnMNLLLt9SB+/8+Y75LwL&#10;Blp78dzuOslJ/XJdOVSkEMOYNcdP5tLqsbXtyrWRF7r3CslOrCrHdDbBvX4Tc5DrTYfqfKhpT+SP&#10;UcFpewpMYCmZuU4muHl6iMngMOgHN2N+PliWwjP0aUCWLcg8wZmOoctkjXDyMcVOiN5xqm3GsULk&#10;GwAXzZW5QCenKDvYJAcXwKqZ2wOMbIeysTaD2r8RmugtUwAEmDQ2VWr6nHrpsNRX2RBo46SAu94+&#10;AswJfEgLi39OlNbEdgtJTufUWCs6CgM/dIeY8GItdVS1SoKi+8m0m60QxnvSKONBiVkYN0127+k1&#10;Wxgfx4Q+x1Ykc9LHN0mVtSW7qZdXPtkkCfLhUKDKHygWTzTVZevORUl/GoI8XMzcxBYxIh+uGCjA&#10;w5e3lo0J06+UGssgBz5Uen0rpS0b2mwExawlEwraEHeViajGyJktbpXGFOYJQ2kv03PoKaOPuJp1&#10;Dpr03lp18139LJSLKgkPTdMcQKUhaLzHIBVYRhQ2w1EGmCjXBHVwgFU0IYW8Z93ERlpiOBNPlKLN&#10;w1gfTGxQBDeVhUlQCpM3FpClGgD3NaxEPUIUwC0NDHLde6jNizEVoCZTHU8SHadL22ZkG4jRrHP3&#10;a7CYcUzDVuA/0q8UuK3xGfkeOt3pJqko0/Rhe/Vuh35rAMbxNVs2n2YbOCZzBxCYcimmm8NOH2Ef&#10;HZk7vFf27x9qU5aruWit05gVyllJvafnG0C2daAcFyzCvAGl7yLBtwlN7S0aLxICqvMIpenjWqss&#10;eon/RkI1fj8Ey5VsgljWDQU/+QNIKxE1MYyCHyY8HOfnFsAEnJP9+N+dd92pz94kQMizTzsP4N9p&#10;cu6554KkchreKzxAeChXWeMZqoFAboxrgUHJpNap0X6AVInBF5O7Xhwr22sODDIDpmtyOEi1ZjgH&#10;pgjTtQGde8E6vftoJeetK+W0DaVt0FktCVJa0xOnBO2wKu1vDAQeBXwoq6/FxOspuNlxz8bo0yQT&#10;1PbcEFeNc0ltZ7HAKS5+P81JLJ4vEog5KacZ8gTBKICi6uPBhtpTjCun8qs8IDMQr/Lfl7EaBWSk&#10;9+92B2QA8lghC27Og4vqhn4uavicRxkD/MYBQIKIta7pwoMxChn348tUFltJcAlDeZLGKveip/01&#10;ExIbRlmSZpTp88kIkOK0dejIb+GMVZWoe2Gkez0bF4YnMO0Mv5/yyV83mNdQOoj5P4LvtR/Apb+3&#10;VYhYA+7VzXm6Vuk8GmePmKHhxCLblowotA78OMKWVzPvWgqfZP4bQt0wExt2XuOBFU4e4xCT70lc&#10;47NYNym3AUOJCGafqN+hKhJ4vgCoiCxCOGzRs6zUM2sZAIdOwpuk63oE38ZVwm7K0zMLe+Ljfmhh&#10;Rb546/1yxpaenLa144O0ng7BGO50FEnrM9MdrT9mkdw6wJkyxJnA/cxCsYw1roE5wc7CTeumUJuw&#10;WYzm+1KZ9CR3ME7NqStjPHeyqIm1/Dz0DSQCnAYNKvklUI/G+NiCsfonelYEZ5lP8lGrbFwfMUTB&#10;vq1hHdZ0kJU/wWagNGmGfu6OWZoMoKAYrByVGz/1QVnYv1Ne8eNvlDMgPdUwpNiWNcYx/77jy0bj&#10;SeEIXbuZifytsXLbDeyd52w/RV79+tfIpz7yCfnEf3xADu0/LM/9jhfKllMm1cuXAWM6Vee1dW8p&#10;HZxqEjNCpsBm6aP+W/rPj4KVfQ/Y2QQJK60dO4sHZemzV8sUi374uXURINaLSfoEZhBBsetvlInb&#10;PwuWz4oGbAxgz2HsbdFhVvQApoChpq53gM3DMx8h3QsvkhwsIIzi1Q+RzVCQ5GlkD5JO8N0AOyTg&#10;KVYPaScQvwFJr8qsvLFMr8U6cmqyK6/8gR9EvTMp//CP/+guKUNlzn32c9dKeMc74Lv3GljGnC47&#10;4Sv0OVy36754rdy/c6c+TdzjaNjOBoDD+SQT4vn++c98Vs75vrObNPJpgDLPft7ztB78u79/t7I6&#10;OAxh8zIPgPDX3vRmeel3fZd823d8JwBGD1TDNdu8dYs8FwnNz3j+t6vP4E0I+PgCvP16GBQ/DrLF&#10;K574BISFnK6MRbJ4CQZIFpvrXvsmHlrysjq0QuliXLsvxXbee2xZvkjrPA7H9foaJcDLmn3sIeDc&#10;byCHI35LEAe1NmJDyGCdaBZKBPQngnnUKlize5f0v/CfUsHzMp9HImsHnulu9VTklSpjMg04QD+X&#10;s8av1ad8OI003bMfIcUVz5AhgnRqtYwBoEv/N3qUct9DjTXg+QyGXo3AvHDXzVLe9iX4Yh3Cz17W&#10;sJ2K/RptYyjdzZzxyeA5SsAJGpJUcvojRK78NqTrPlqHkVq3cyjsJ6Cat0RpSCyjgJbV9zquwoHt&#10;PKStRAzmpb28QkUb/Uu9vsL1+oEfep185eZb4aV6l7wb4PgxqKQ2I+WaygD2TbPoW4/NHZOXvuKV&#10;sgVJwO/4/T+SX37jG2TXzgeVpLIdkvbXwK/yPf/w9/JFpPEePXBY++qXf+/3ybv+1+Xqf78MdhNB&#10;98z94uswYvy4QYwqyUq3sFBQJZj/sIVH4Eyb2y/Dr8AnEEy+/OBOsJRwfjBAUaWTIAp0umq5QP++&#10;jnpvoy+iynpooNMK7ld++dOl+7hny9TZF2B/1sjOZnppQQsmQs28BkvrPT2C9ar+eAycT0e7xDXK&#10;ojHJaWuYL7GJLtPaq8Z5EBkA6gEpBGBVLFmZ9U9K9iHTXpNsyYavW77rVe2KNwv1y0On6dmj2nSV&#10;CoTz+2u1/+goEYhrROcrZMcrlTEbY/gnO6rg9yM4K07tgUjOYVPNYVrlY3H1B3TrI/XqK5sxciKP&#10;mL0b+7Rlfc/0a1cmN39WYZ8xOGnFgkBq9wHMzMonmF+7KfNMcZi7r1uUJA8lMFfo/k1Jqta8xHzI&#10;1u90Rhitg2ocYIa69UzFUcKveNClpfAmFpto0Bn/p/8NLzwGCy6jLjs6t6RAfze3c0ePCg6WcgPr&#10;VBqdlEEphCZyGNqHV/Ok9+J5s+j4PjvBiUni2QcSm+04vZ8UuqdqDyW7ZW4ZYWQ4Eor4W97zrHU/&#10;aAl3NwZqux/YIWeCyHLRYy+SdWduBoFqEiG0E7rniQeUZEkF6LLiOthebNY1LcbxKpDBwFOLcSH+&#10;ZsqQ0IQcaqIv7zXrWd4fYm2umEx8IlgnZOqFooy+2giOWWMmGcw7hA+QByxY6qt7mVUyMgnMS91g&#10;ytzMJMvoCUBEnun7BoBiYnKdRVQXpBYaCEhaLDfGGQA3G5gSCQbW3PIxuXff/ZIz5WS2g6ngabJp&#10;A3TRkATm9OMp6AtDGi6kmQSzeGPUk6Gj03FSYRW0ck+yICMf+myUm2CPUOZxzVm6saGREiVAIaTa&#10;IGSNX0hYZXLeFM7pRoZ6RCRJ9Nssa6VNjryWYsvRQEMHmvvsJsXBqMC6YWQGCNUeJ81tfmVYalBJ&#10;WYIFiU2PoIym+uGQmJ2kL2KmUwBSfhnwYOlMVsj3mXIMgKXwJB9L7s2cEWMofnSWYiY+8QujQ5Pw&#10;hZqaBzMxLZWFOfSkyty8O5jipX5vmUuzOrpYVR7M90AwCYXnPrDIFgHyzeOAnFuY9yQeMjiYloqC&#10;NbN031pDCkTptHw9SlqG2Og5beYEKos2nWFhO0R8NhuTggcYJdkEH4YD90I0v0N70GoH/TwRVRl/&#10;tXv0xUauOULeRxZciaVpaco2IciDTT3oz2C2ArV50hT0Llyxu+tsuBjW1oPcvHlGVdgQZ2GCzWt/&#10;SCfskMXAB2cFYOBMlwzFnjLn1oMxxyZqMczrIb0EFuEyfJYm1AwWtP3yCN7nvBuTe8HA5rZrQCwP&#10;j+Ew0/tkJvHmHcSGh/c0AZ5VVY5JlUMwY9S6jmOpoel5UJBcDFxQf4rM9hgChstYt3fed4/6+XRh&#10;WnzJxY+SR19woWw65TRtzFhgdTJLKK7rupE9N55JDsZmCVCpRz4I0cM8soYmH91nwlh9dhZwGkJ5&#10;PybAeC89rJNpTDF3L1Wye2EgF0AnuK4wn7+xlNN4MnlCHLGeWrP9xBUlANvB+57wJ1yZjzTCxd8u&#10;qWFv1pgWcw0sKHW8UNYhwzboWVOhEOmrXEEFqLrO+QlXmArHUA6yrR3wJNDXVXP5fMwbQg/vWDVT&#10;pNBmUDiAuaykNfg9VdWaJqf24pmvb9ffvqZaJV/NPQSg9OK0anvL0OMn1qvgrRMbplfNyTdy/kuT&#10;zyp4KGUK8pF0fpFBiOvNQ5oea558lrvhSPT6SQE/9xPpa6KnfT/Tuspo++EwulmvShMszMd8Rjzk&#10;qi0/Pq6opsUmaTzvQuN/MmKkHr/HjE0B3ZbtrvYFXA34hXaoYOPlN+LKjNZojG02pT1T48yVIHHs&#10;O8QnxTadrpokbZEjALgOLBAUzWw/pmyL66O0wk9rBOw1GYpZWoQUHTOs1iovxFX+Q23XrpgqFPO3&#10;wd51DCymPfvnZctG8HNrhHJkA7WLYA3A85oDkFjx34UWuUUX652eeomFHCwF1+qnoGwlk33EVpFW&#10;u99eY/hi9U6Ze4ofBygmVzU2eKZrKHi6HtlRfL06DhVsZf0TxVgnlkhXqg9htzBmRVYGn5zbWcQB&#10;FhtxUx4Ffd4CvJAf+MqX5eMf/ZC88pXfKzlkViHDORAHIzZAjN80T7nRVreoYU28phs3T8ozn/88&#10;2QNw4PobIb1D0/+d3/1yvI9lsyLJOzb9r6qGv8rVTgCTXrIBA57i0idLfT0atIUHdNpPL66AeziN&#10;4e/StZ9CkNazJZ6/Xj3BVPZCAGwd2O6Peaws7rxPpod78PzTpynzJsb2fm0ycP6WBZQQp54rnUc+&#10;SqbOe5Qs6bk8oUbcyWewrsuWn2UzHvq6uFnfTDyHa5TDQbI9X/CSl8l6hHD833/3txjCLZkpOq7r&#10;pz71aXlw7w659LGPl4994lOyc9cOyK57+hwyaTd4A0pzcX6SdRtm5HJcu+cBnLvwkkt0oMaBn7h3&#10;KnfIZ33bc+S8RzxC3vKWt8ievfts1IVn+eChI5Aa/qXWny96yYs1yIPPMe09uCYyyKrJ8jsLzM3n&#10;Pv/5qqJQzyemqbq37/HDM8KYp+jxzCVDPA4wPUZGPV7S7hq6UGNZND48edhU2JY/2snXRlzzPsO3&#10;CM+PbFec72Rn4r5vLGzgxkC7mYP7ZOGaT0q15wEpFvbIgNMD1PawC0W9Cck1ZfSdKV0vffQTOWT2&#10;ZMKswA975fxLZMNlT5X8zEcqM55e7EsMCsT+O0DNG+KMWiVNgs7XAdA3+OQHJLvtBqxRDN65H2cu&#10;ASYDr7TeIOsU5o+KfbGH+r9EP1FtRFDPVc+W+oLL0FN2oYQtlZxgx3T4Bva1xGbuWNgHPZIR9POv&#10;//xP8qWbbpF3/NH/MPYY9whY0XSxv/3iG39e3vBzb4TcNpcPvP9f5M/+7n/K236DNViQt7/t7VDl&#10;zMg7/+Kd8vinPFk247/f9ntvl9f90A/L4Oic3H377fIL/+cvKslgCoDb97/8lfKSV71KezpaQ8T5&#10;QzKJ76kdiArxBPURhltw7ZYjsL8KAESnCYhmRvwIn/+0HLv6w9IZHMSzuWi2VkOejQOMu+kT3Vd2&#10;5YDEGYRtFLjR+XJQC6ECz+3y1nNk6vEvBKj6LFlZYGgDw5NqBR9PDJTLuC/iqhTdNqMvxDj+xDZh&#10;iKsSxWJcA95bIFet8s4h+l5MwXB/BmNXh2EiHAFWXBuVSWFjlmTjdSPTDZ44OHRSQZJMqm9vOrky&#10;t1nIquZct63AvoK+eWVMdaVZeNRu9ZPAu0Y9IiPLp9QZmBdeaJGK/L439k5OsIhmG7IMn0D2+Lmq&#10;+hLYZ/17rMQ96Eq1+UiEoiSL1fee+qVQr2FDZ8FxwfR69KETS/3lIEhr6/R9oaVocrVVImDoMTys&#10;rOds+VCr0iF6qCNJLbh3fI6PYbinwWQqnc1UvcHgEwKtnTxzq6rRGihcFVg5i24Zg1z1jAxdVTpW&#10;rtIjvlENyyYBl72VAZsewuZS5GpYN8EmBPxSoOuwNrCXTMTcA0IaSbgqtXC+Li7Iwh33yMH9h+T8&#10;x2yTbRedL93TTjfbkFxTJTyp1zGmJhC3GuEqzcHvXpxpYGH00TEvy4RT1f4s0R6MIJ8yUUPmZ3ls&#10;7nO+7YJL31xpMxh9SjDmDt5M2KNHExv7qdKmJ7R8m1h8EtirCTrhglcrTJ/tGwBEllfR0cZUJ/IE&#10;DLx55wRb01y5WCknpYkz5Iiz8PGb6m3E63VlAb5qBw/tld1H9sqBIw/i94dVuloOo4InPRqO0p+M&#10;khgwlei3Qq+yXFNpCwWWeING/21Tdf1vykraEmBPs03lXuY3Qf+dW6pcJtmoMAkjr7bMEXNuCiYV&#10;tojqkJBo9xBLXz+izaYFYK8/+r2nVTq1NMV4s9DidGwZoMzBI5CyLh7BRGZF1qPwIuizZf1mpBlv&#10;lPUA+qbxYFJvPoHDZAbSznUAyzbNbMKvWfgc2a/162ZwaM7oxpHllnKaN8aedoDWPiXS96ggrf3K&#10;3AMrcw87858yU3GCKpnL88goPDY3h0SqQ3LgwH554MEdsgu/duLXfTvvlQfgubNv335IROfBcKgU&#10;BOZkaxYH0CQ86hgQwmtCRg4BgiV8dgJT1ggNNAl5gHU3hC+erkGCOGTrgQJPKXFVGtuRoRDJkpLT&#10;hJRakxJ2FSBxEK5Mf7dK/tD+ZespN3DZ77tJsyyopoeNdmrawLTHX36lnL7tUdrw0e8xU/+cieZR&#10;M+NSk3cxmLKvqZKTchCf7+pP/ocsbzpXzi7n5LJLrpRjO26Tzso++dLOUu7ZuQfr4JAcPnYYvoWH&#10;cC2W5Vz4D118wUWyHQ3OJniCbMKaoGxXcXEHZSudMIHRxnASyKgWCRByWsR7VxqDVyeFVb0K1MxX&#10;8YxCwyAJrWdC2SshG21icUQfz5u0y6xJvtyzf5989d575cCDD4IBU2g4CdedsUEbDeRIFplAH/Wt&#10;C7qptuGJ5E2R+aFatwzsOYhY0BRfFKkKcpYGDOE9Ay6VdZgabN8wgeel0xzqJ+JZjSfFjijxI95B&#10;5lmwkDlg+R0Fg+c+IGn7gfluZgAELRLcF4+NJ8LWUHyrKE+LFbInOgC8p7BXcu1PYQ8dOrjZSQzH&#10;mCSDBiTqbC6zaR5ZsLXfi1yvfeZTn+AyHuNXaPHkVHMespzwKvv3JFyzrqfaNWDWak8kfc3xlNAR&#10;CzSMioyWFDocr20OBtBlMlYV6ivUx+n71IcwRnfvs5+hRVLMGnlvE5OySk4SlFUZ1Bt05IeYq1SG&#10;Z+UpvYE8afqAbOnsRHEMkEI9/yyNLUvhvy0tc3tVjpnyhlHoUGIEn7BXydJbDmv6ziRHGP/mNLQK&#10;43LBNSmWq+VMYRxe86Kk/RHCmAQuuKlypk0ZmXDLeJ52HBD5wl1DMLNzBW8iA4K0+OyrtI/m4rRS&#10;4IBmeWmlGao0HnJhVQhJCA3rIqp8LE/8fH2yuOdSCjXdy/Uco19wMBqaFogEKhgqRU+xSSTUUwq6&#10;sjK0NEP6/XZMjqJJ4z45r+NoypqFUbtiRtM2bdava4ytff8vDHQqijRoIKOPwEumPkZFZq/HwQub&#10;C76HCUpkcgvriiop6uj5k3sgCNcyfc/UBqO0/aGKFtowf+AgfDQz2XT6Oah9cpMnjQifLk3N1pxd&#10;J04pXf1r1TNfgCGHs7ML43nuTV0g6bMzp8vBvQfk7ntvlfWoPU47axPuwbTLNrMmUbn2wzdrHlg8&#10;Y2Bc5pDVRkjhhhhG0kh/aO7jkOstQAcHs/4tW6We3SSaK07/UZyfFfbmHuSDAzTkHQQFcJ6R6SDZ&#10;vBV16o573rv0SpErnirVGWfjYs6oB1nXtC8azlUqgy4bk9OPste/Pu+9h+eA+RBAoa+nxnAci+Hc&#10;bY+At+O03HLLrTaMc3+fHfAOu/Puu/zZMHYHmf6U7FrNGDU1+fGXXgqw4QflO8DO23zKKdq8Mv2W&#10;bLussMZJk37xjM5C2nzOOefIl798A4axK1ons/5nDXjbbberNHcz6oyi48xIO85VesWajLX4BAbJ&#10;1tx5+Ib6+RZrt/fjCmaPZ+dwnP2vucJmjN9oBUMr+EzG13wzsA4n97cMY1Ts0Nrcw/jeGU7kxdp6&#10;sr5F7ACNNEBjeoB7+DgMcinw7OY3fF7iZz8icc+deO4OKKNpKhiTqaKPNwfqeL5iVulzr9UEvNbj&#10;uRdJfMKzpPfE50vcsFWHawzu6yugMLRBXEBPhr/pICRpeMuXJf/0hyW/9wYF8ai8KWiFRJk5TPB1&#10;vYv7S9N3HQtrkM/IYN0mCY97soTnfo8UZyJMp7CwLKtb4mgNhbXrKZ4Ulw1jQFWpaeKZqlz+9b3/&#10;LH/0Z3+uHmL7H9yjMvdS5YU2clq/fj0k/8vyRfhW9vDcffnWW+W1P/6T8tgLz5ejULLciueU9ThZ&#10;sZc+4SrpL8zJt7/gRXIOmH6zM1OyGd9/5eMeJ9/zqu+Wl3zvqzQoU9V0VBTw0GhK1vz4z4guTVwf&#10;7H9TXZNFd2BttHLLTTL8j/dL9RWEqYAxmcWBBaYoSXxFgcCYMu6hbiFImPXMKopWW+VZ26T37T8g&#10;s894mfS2XaKBlzy/xG0OEqMvnGRRhzDWJreYuKHF3lvr+zz2+7YdwqraUk9k7jno+yLWVVAF11Br&#10;3yRP5a9OVoyef/55VY2FL4rbAyVATFVdaj9Qu3zXfLH5Tjq9ru1nZeVhF2YDFVxmGlJSbDBsIRFF&#10;UjiGjCksgg+x24Cmy2oTKSkmplndkE3Us3tQqpzeFHNWIxgY6SQnH/GkABHt2TzpNQGVsalr0rUZ&#10;hXkkBn0dgrMdvQ/OCiWI2GcN5kcoraGiqyCjBzaqNFdDFe2eVeqpV3nYpbEIV1BLzOP5mkPvmQXz&#10;LWQNxdAe8yLMlfBAjIYsfH5Wff4cE9H+u+nRzOLIzsCiwa66nU4L1/GaJBslu2eOzWSe1pswn+gq&#10;vUTZaFaer8vMrSmMrUnlVARgOa+fhdZBm8D0pf+sqvxyO8PFgcWUqBxiu/oKLZu3UV8XlEzhITEu&#10;Q9fPkzsBjbiMpiZ3jNWYnp1g2Mzpl171Fsice0qLoDl1TzVJmeqRK4WG1dldb54l8ooCfYX7OwRl&#10;7g3UYLd0AC84Iq5AEGON8cMrDbjAtD1f1ALQjKpAs1VPj0VtADow8S87NO+v0GhjSi5WtK/DBCUL&#10;JnUcxqG+t72HF2XXgSPGb4OObaZLIKsHoGtWTtmwCbKY9TID/5GeAn620DWWOXcjcQYAlHVjYZrW&#10;eZ0M8/zm1Z7EFp2Smg6RBFho4IbUDQgyJsFKD2f6/7C6pI4Ngp4koiNEPzZAn0ndMk1JskXa0YLr&#10;6NJ+sPiWlamybuMWAKMTypBUXwD3I7Vw16Dpxrz9k5lNsFVuVZtZpTYPUqqvaQJPNAykmaoU6jVI&#10;Y0kyJ+No5KwFJOWCBB0XFhYxbV6UefjpLQGcnYP09hBo6WQa1gAihwNLP9RpS5kr84h4OEFINold&#10;BDd0cLgF9wIryajBZ6Y8kZMBFo/BWS1k0mjhgSnjkEUwmy5NMbaE1yqzMAdOIdRLMVjKDeVPysio&#10;LI3ZfpXOTo36taqxd/+LthgqJSq1NwQLHTIgWYE+34DYuNHwmibBBPxm1k/L/gOQxtKIGiBkcEaP&#10;0aWdSdVg6/ZTudmZjLVWnzt+z9k81PVrKZnG1KB7p0oc5jEVLecWVbqUQUNA+dcR3IOFXbv15ebx&#10;c8kE4ARsCkA632sf15QN7wJSz9R7ihOtPCqTLg3QKvduS5tTQ8n3ZjtN1mI98h+LIxMvl69aUAvv&#10;mXpIuC9MkdkzUErlvhnGAKIp+a133wMAeIecAh/P7edul+3bL9CGom68PuKYHCf5s3WckWrcrcx9&#10;D7KWKNA5OXyWak5rgLzFeXzQKTXkpWflANcyx76xc46+EStyygwBbbBTiziWGBaPE8SQGIdt9k/i&#10;UOu60aTlqDLEXnMwlQqGsBzp4r4sxcppx5iW1/4g474ueVCPFmM8PB0c6VdDlfEOnMkizqpO6cca&#10;lGP0YJVfTBIwD8bYGyj7NlslwzVviRT2rodLrWPCMZAufeqBjEv7V1eiqfAieNb3+5XrHRqBvau/&#10;N47HhLZeazz/WM+8Onq4SGikyHk0U2AtNNTJrMVzcz/E6P6g7YTGPBgjMPc9n4DKFhQMc7UoM612&#10;WelQQcNc98YKEiUynGIxGjyfQD3m2F67hU3z0HASOHW8eVyd/ZHkvMcnm7blAKGNkT5EQMf498ST&#10;cFZGfi+ePF4byLq4zP22UsY5k+4GpIlWAwWd1VJCp9jY3waDZqiU+fFbr85+CXG8Fc/tNQpNhzfZ&#10;1t27D8JDdCBXXbwRYVPrZEbl2T1N3yg7Vsx31FwaYBCM3rtTkKlzWS/Oa2Gvzo66rxUantTrFfo+&#10;uEeGBO5luSR746qy5OBuN3NwUDO89DGpXHKR+QDHDLBNAjLR8+T3QdT6hrLJZfXQHSrLbzDg2abV&#10;jgOLUXmotDzIOETDWTkoGBzG/c9sI44c3StX//O75dihA/LS175e8vUb/Kz6ryESDZWJOYPrNqcW&#10;BKzpHnXJ2VDF/rBc/ZH/kA984D1yGPYST3vWs2HNcIYBSMHYiJWHlpBpT6H9kB47ACjj9m3SwVCs&#10;/NwnZOUwvJzR9Ge1NRv1oV1Sf+ajkl0GQO8R27E/myR3MoMB/0WPld4GyLO/+HkJB+5Spqh5xlba&#10;tOUcCgMs7JJVlttQu46UBQ6Vyslk+Y4kM/aw5vn8Rnl6sc2w/DrogTHGZvBKWgYL+ee84MWwu5iV&#10;f3rPP8gDOCf5U9YhWK2v7KhKPS1Zh/A+9VBTX/yYR8u3gX15/mMuQvLtZg2xi5p4aIz5wcqKydJK&#10;YxiQ2c+6bcPGTXL5FZfLW+DT97d/+3dyBwC+wpUfrPnf+a6/kjtuv02+9zXfK5s3b3Uwt6P3uIfh&#10;cTnoO5xQmKKCIEmWfa1Xb01y+fFRnLDWjq9t8u+AThMfFUYy93jS+xPHwbsmNi4+jD27ZeL8LfSP&#10;DlM4mMHkcbDzTpHrr5bqMNmb8GQDaMQ+KasL7RUG0bx92VdUPcJ7tXp6Z5tOAciHBG4w+epNW92e&#10;g6CADdM7mYUM8VztkA20936pb0FAzC3Xw+d2zuTfHHZwsOhDgAzrhQGAZeXEAfYrZCWdcbHEp34H&#10;QntOQ4+AwTnO3uXK7uEUZf/RxJxxzLZlNeP9xAEsq2891yyfBYLTL/++12ItT8s7//Iv5OOf+qTs&#10;Bsv1V9/067B4KbRmZZ3xute+Rh6x7Vz5gz/4fbnxy1+UH/r+18pvvfV35Gd/7qflYiSm/9k73yn/&#10;/sF/k09//BMagvEdL3qp/MIv/Lx7hEcbfGlyK+q/wVDPKYaP5N7YJ2Aqd2/rsdAqP+enaJFxBIn2&#10;t35e+td+VIawd5joMqAEr8NrtmJqK3rk16C51QRslFdQ6Zk4YG9GRuMFV8gUJLv5eRfj3CxU/cH/&#10;9ZSJXvvgdtzOJozZRIwrfEb2G6tJuG0bkXhcRDa2wu8kJGCybgI2ktKsRDhMRo9xsYAYsj0H6EM1&#10;wNDB+fQ9/H6SGAJ995xBaOQj22c5iFRPNPaS0UAjTWLPDVCiDzABPx0kVjaoG9kV1Z4yXeu6aPOM&#10;E4uvjq0hamK2JU//yoI9EhZgCjGzlKnd5kSDLMpKwyl7na736laz6t6spCLz5lOfcqbbuJIrqJKr&#10;50SPuvFeVqfA0ORoOeYgyu5cwuebxsCmVJDYwE/z0gs2zExeyv5BVZ3hjLm6ji2ll4fK1Gqyo71A&#10;tTxUws4xnD+LVJPhffcKDl4zPTO6MbfwVf1cubLj8pi5sshAOPVQTBYQ6ZhkuEx/Wa8/Zci8tvwa&#10;4kElPgPZeypcdXm1gyCOb9VqedEEfSTrkGCgIpsLXgfdo1LwKHuKzMJDiTmwZjt68JDcetOtsuGU&#10;zXLWdgzoJicVdB4pzaTJV6hbDM8Y61EMXu3qBPZ+xG0qA+izjnvx57mHnpr9iMqB3QKE6znzNVOW&#10;tifn2y+96s2sK6ktJmqrTb+bWJtpZWFxwGJTcgXOCPK5/Ir+N7VKJ2WMtZambJX/YD48Es3roez3&#10;9UGhNEWLcb4hsAE6eK0ujUCZnFQTkBiY6bxvMizEaV7MGzjJXwAuchi0Dhch/T3Wl32Y8N6z9x5I&#10;gO+RHUd3yhymwitg/9G8s6AJNzXYNMgmawMHEQvxLhlEHfPjUSqtZI4uG1vDdP2VIahEs5XtUTVJ&#10;KrEe6kOT5Q5UEWGlJ5t71FSpB4/SmqiH5qHPwtAnBKNNMPq1tuYpum9i3oBBOX7+BH7eLEI1ZmfW&#10;6QPM95YHi3SOaiZr0+1lpR0UBpKlqXUceBJRMDlw7WEjcahouNJfNU2Ii3PCpLLQ0gP/kCPzR+Xg&#10;0QOyY99uuX/3Trnrgdvk1jtvkZtuuRFTrBvlgXtulz077pSDD+6U+cMHUVPj+oDJNAV23iTp/0hl&#10;xCONYr9rJu1mlKAgLtfCCnzt+jgQ6bW3DKZZnym69FjCZtAvK2X9kZFHPz7+GqQU2MGK3gsWmGT0&#10;qTUpXrMPkIvefwQCKw2TwFQLyV58zaigb6nSstrTfZRhx1QjMRq0k0N8SmAbhIal+N/z2SCLj5vt&#10;JMNmdJqNBGokOa5DyMymjfjcAJ+XYK7+mAsvgG/N+eI+qvAiPAYgcKNNlTytmL/4+xz39xBSfnLI&#10;mWpcu48h4atct0XWD5fkKRc9DpOQeZlZ/JLcvCeXPQfmdenwutHvhAfSQcgEDhw4BEbsYfXLW1nu&#10;6+ej+fwxAIH9oU+HNIijUj8o9S5yILN24EQ3FD1os6Y41s23Nd1oNq+xAfwoMSprkmsrl8wnhmql&#10;B6h6QCk7KrdCMxj9/Nj8guyDD8oSfAq3gs0QmRDNr61LBQtZ9GnKdG0M0iy02IWJLVBbGlITjuBT&#10;JmIPS/yUFfeiHkCzUgsemr/Sj63EzzpvVmTDVMAwYUIPqSy0Xzk016ph1mXutRkTUJ83LnYsTAgS&#10;LaKZP9KPYGtGOQKf0jlKeHENeh4AM4vvX6gyLYC5BxOcmwrGBhvqXphpKAT956bVh05kll9blT4p&#10;q91wuB6lfEUfwHhSiRZw3hWNuXalPcmLlwnemzwofb5sfI6s4Oopo7fS9zmUOGJTtMElb7h4yJkX&#10;Xp5sZx/awtxvWOHhHm0SGhuL3BuvTE2ocwUQ1Wi8Np/COqawDWN+RffqK8QYoKX6srRsFv0+8imn&#10;pGnoqciFG5UPHDTmG9iMIvrb1h+SdeFuALSQJWFAlfVIo58xeTPDi2Le8i8Jo0Yxjpgma3hDIZyE&#10;XRXG/zNEGaeVJPZKNjZVD6tkt20ySlzFBIyxlaQcxqXV6fyInowVm7Y5OLsuc6CPYEEud+8r5Zad&#10;tfpvcgquQbaaIlp58NBQ0TFlxtWxmaDWblEx+rihCR5Q9lBmBV+W/PR9ustp7zH4ug6hBDj7lPUa&#10;lNHJfe2VUW1GlhYMCAooKCfREEwR9UABtbC8ol40vM9desVMmIeRBmLU0ZmGtnY7HSvMFBjJTPLF&#10;80N9VDJj6q30q0YGYmbehb6GDZ+Yctez68YJ/bByT9fKQ6KC++UY+63TydwvuITaYVIn6kMNOrMQ&#10;Hj3HOeDCr6O7Dsi6s06XM7ecaoncBPRpG1HW7iG81lN0fP0c71lcuw7NysSAUZt62+B3PeShW087&#10;RW6/6U657kufgj3IBjnjvG0akqZsmcy8ikIy6hYLCOq44XeF5OQAcGpi5wHzX8L+MiCzkSAqLCmy&#10;A0jdBQtwcutG3ccGZbDGeBLm+1Ao1GCEd3C2KxDswzSyyIpDx8CuAaC65UxghDoa0Wa6D9CvO4Aa&#10;IIsNM2BMdfF1gjRjDLJv1MfN0/YkMeW1C+vLmWA2bd/2aLnrzjux7ucsuIZ2HKU39VgXl1/8GPnh&#10;H3qtvOBFL5DzH3uxAptTYGPq4IdNDRv+YMFnoeBzgnTr3Xvlw//6r/Le979fHnXRxXhOJuR0BGk9&#10;8SnPkAfuvVvu27NXa3DWo1sAsj76/AvkzLPPkWmez1J78l90udRIfpY5kyImwC7ENlrhIN5Iqu9x&#10;XWs5pvp9icHXoj03esFqje/XCCSMx7lPYZwAKPXYMxJGG2lrv6ybX6G9NbfQ9bb3W9smIazZ47OH&#10;ZNJ+Lf9kdW6KFJ61Sa7o4TYcSmVuDdQB86v+t3/Cv6+V7hCefCtz9nlp4s/EL7L6tb5F3chBK54x&#10;Ki1iDmD9ymdK99kvk+xRl8Nzc1ZtGXrc+9iHRA4twYIvaJeC1wPDZfCxj0j10X+Bk/3dGIRDrgfm&#10;C9Vb6isOuXnGOm5owHsFskk2SWsmnBVnXSjxmS+X7GkvkADZfmRghsPxebLfaA3Lxq5eaI0FYzxB&#10;bEr08LyhnptmZel+26i/LXSxkosvexxsCnbKHTffJouwGDp4+JA89alPVfWDBiHgJc9DyM1B9J+3&#10;f/UO1K3H5MHd++VZz3sWUna3ozaLcs3nPicLAAA24DpecN6ZcuXTnqgEhrxIPYYtIlVXBav9juI8&#10;JZlOA91atixFp1ZZf4FBy0yX+RiFzF93tSz9419JceN/4v4e0mFKpC85zjK6OtCTPPdwgoB6NsP3&#10;s29k38qh3NKWM6Tz/FfLxHNejgLnNPNq9yFulq5k8h5uh+K0rm8Iq5TuMawCJdtWSNZj1B7Y0zCn&#10;4qgyCWP2RnXLss/BO6O8SQVVE6YT5CXBymJa6wt6D1IWPkWAh1gHe0H2mBwcDswCR5TBVzozLxpZ&#10;pDJwTFltXkPXXlOLAz4cDvIMU/9TUVkDrmlHGaxUGSqOEJKlSz0SSjbhd9YbVd5DKFznfuRKrMqC&#10;W6HZs0qFXKUKBPoNog8/uqDATscDGJtgjiJvlIvpZ6lHeJY3TD7JkhqtlWkcva5iLZGZBFltNxjQ&#10;kdnwRwEu9fbrGIEoT4xBZ+zX1t/Rt3+girCgtU7PLShEQ7Oi9vCsE1cwzONw88jSvNo5sc4BFKOS&#10;Y9ZLZOKRtc+6ju+907HPS5m/xhZkmctqq6ZnTGqPzH39SlyrAewALPMvU5Wd9mgc+pEV6QSGzPuS&#10;LAurtWqO87hXsZjVTLBYYSMN+J8nG4jM9xHe1yUoVtiobt0ClSqwAO2sstF6V/uWLEueco3ntoKw&#10;PMPp10iSHHMYFD+LKtWlMkHyQqTx5CuUEBJd4lzXVp3X7s3LnvfMK57ylqLLxI6OFYNk9lByG8hY&#10;qI3lQ3o/L1Ch5pQd8zhTplhHN0NuTolUMpqmZaOmg414ajppzM2Pw9fpL+rkJzh7qMspIzaeZcgw&#10;I25st9/XG0o01uS3HS1OjL5pC1Yn7XjfM/AxUU8lXJjlckYf2CN7F+TQzttwre/QC96dAksQHgTr&#10;UFCuQ/DHNEybZ1CgbIFUYUqZWF2dUueFsxQqkzSEbqVFc6J7qkQ1FCaF4wLh51f5ndF8NZJ6WLkm&#10;3ItOp/GGlmQrNv5jqXCpvZDOPbK51OusDRCN9JWq7lTVPDNPKkkMp7oxSk43P3hc+GQsXe5kG2zB&#10;iHRmVvL7cgP5eChTXs10N6Yel5j4LYPxVbKBQCF56PARJOAihXXfAwoOmbw16BqZ4PrhdL8kcLoO&#10;Pg8dBQaG/YGnVqVpQ9dSGukNUlrhj7kirhXW1zDTKf8KwzLEEHUGe5S1+xk1cdS5709DBdnIetOf&#10;RVC4tHbcEsXwd0U0fygFeypLHmMBQ3CWXm1OyzZKrDXk9F1SGr/HkEffKG1DrCz0JdhGqQ8dGVpT&#10;XfXM43MwyRQ5/GwWyPSpmQFT4Sw0P5tP3y5ldzcYj9jgIFHqefB3AmeO9w9Zjbz3lKRP4rlgst1e&#10;BqxEp6Fm1jD2OqFJYe1gE1DgOCTJtT93LkGvfJIf3TMp17SlTiNzr2Nim/p1CeNUfRVFhjiSz7bp&#10;9M2Ub5RYE9spUinxrgEjgqeCrq4QTMZX+BSTcqI7778PEuVjcuH2R8q2c7ap7L+K5uBGH6KJPDg5&#10;0n19wghcyULWsNTqOPJzojREwytcuk3/pqw0iwEeqpSJzy128Twwnc4A/JYQ+DisgxNN8WNbian7&#10;FdcPi7hyLKXX5OkEsfjJyNhl2XAM375Rf2/AxjLBBGdTMdWO+VRqqq1cIANjcpW7jyjhSsV3sKqK&#10;bTnn8RuL0j0ihslnKDHzfOPiEEB9UloH4oiJNy7l5YE81P0x02TbEd0oHF+8FsLoWomsCkyyIqZ0&#10;n8NO4+MXdR/IncVX+F5bJVaY77WVA33RU9nHJtRiHqVcF5bS6wzEWDWfe+QdaEyuWIRmoqhD5S4b&#10;Z8d9M2OHjzhpoeVDEx7CA/54XLrsYfmHRZ80xlYIyDfkY/QwCTfjdb+HGrjvbe3eM5VLZiWaNH3U&#10;WFuIgAZXNA1y8vsMY9crAexZK22ZX08pGgvRXUjn3XVwFkwjTKPjhJq+M72+7MOjTae6OC9W8H6G&#10;Qfm0BYMieovGHC1L9aelf3FVjTfwTBdmMWsM5dAkcKv3jEXtqdyk4948Ojz0RiG4fIZSYZ73wyo2&#10;53/mE34FmzhRLkz+ywEbATw2zSX9BsmGhx/epA5fDFAZUvpG4I8gJV5jYemAfOY9/ywTsOl47GPg&#10;xYazYwbD1eWvCbT6+jJEyYZcXh7Ipi1ICH7Ri5AsOZRrrvm0nHPednnUYx6lMhyqElQu41JeLUYV&#10;kMvt9wjryJG+u8Lj+SufRkovAiaozIIfnxrHL+wGM+iLsggVSIQEtUP/Lg5JYE8STzlT8sdcJQOw&#10;h7r9+82nlwCWwvS4PvfdgX0ToMfTnis91Hy8hmSs1EyJ5xDwBM/StxAfq7knrOFY350Pj9vX/+iP&#10;yu+/462o0Y7qnq1S2ZIJzhPyghe/SC5CUm7Xm5tpXF9O+W1/KlTCzOOOzfG999whH/3wv8nNkCHu&#10;3L1bf87bfus35Ide9zq5GAEbHAb+8E/8hByZeyuCto7J5Y99rLIFtwHs43Xq4eetgKExSip6mJ+p&#10;FU63VtJ7Mqm5nNjv4Ljf+s24lw+H6RlOmqj+X/0PnxWSINiss0Ekk7qAVUuhUkVIywDY1rjHFXqj&#10;Xn+/WnWUg54NqLjzFdaQdio7syuwdjv4/oEGb2wXufAy6Zx1viyqYT4zloaa4rrCvXN5oN5o3A+H&#10;++ERd/dtkt3xFZncfQdqkL7e1+FKB1YK09pbDJnculiaj2/PPciZKrrlLMkuuly6eJ5LklBanL3w&#10;Ndyqh+Rdeo2YF6aWIpjJnoHEAwtqxX6L4cMAG9JP/OhPypdvvAns6aMItblarnnq0+VJT7pSmUm0&#10;jOCg+Id+8EfkeqRR33P/LnztF+Uj//Jh+Y4XP19e9r2vkPO2nSNLR49BdbZOLn/6UwAELOLcmWxk&#10;+I2CrPXPqRgglhg4MRxsGIzdlhNkoA8b/bmWF+To7feIfOmz0r0XvW4NKesM70Op4JMggbhm+CHx&#10;/cW+hp7QY5EsP1WOoCeOU1ukd+ULZf2jr8KXTzwEATl+Ex1J48MNhD/xbsjzU5UxWLu0EkDgIEMR&#10;MFKXGkALwSsy/zWNN7inHq2bBsOxUitL8lJlZfF8HniYR6G9lfV9NuDT56phCbrCj+cv70cWtf6u&#10;nAykvVLqo5o03RGclDmLrxlEhJFlmg5IUmYAQWB6z6JuYKbBkMQIl5lmyS4suNQ2hXDUcVWpaQoD&#10;AnHdZMGVe22YVIvNtc90cJnaGQ01rKXx405esUEl37VbdHid72GvxuSv1XqEPdUwGkFBQavKBsCH&#10;8QxQG0kpco+9aJE7K91kukoEcZmspe5WjZ2ZAozRknljK9hCMwYcOE79ZXRiyQqeVSrEmNpbdcIo&#10;Fbml0GtLaPmZRD0BjXkp9ahvSKm+YXXf24yDooKv+3bskZ3AAKYxpCSrPnA46f2wgoVV1QqRHZX+&#10;miFA5i/P68oUUBoAmmVjipvQhOB4KJz3/uIED7XRG/StbphmscvCRwMLame4UdoAfyig5Z2uBTBM&#10;IECD0qX+MplSS7op8mGoy9L18Z6IWqVgC0OpubAYx27vp1DGA6hKJq+DvLPPZE+mrGKSOwCDqWIx&#10;SPCNN53UTQAYTPglIDGJzZHFTKcw3Xiu8do2gUoa5kkcDqSYdmWDglJ9BXpE2UBzRyDN24/Cvj6A&#10;hVvpw6g+L51MQb6NvUktSjsAGLtAlSkTmkDUO5mELEi5qU/ha7qaPuyocG5MGJU1OsCmGvGY+TQ2&#10;tiwQczfqHEl3+RmVTprol+Z+pyCThYe4eadKcg1EJLOqj+ulTXc+8vzLXPJbO/qsYCxMbQngsdXl&#10;IUxtPE0sB2B48f4uLyEQAwyzQzBeXkBEPME8lSfjejFFN8e94siXbM8pmH/PTBXaVLFwt8CWUqni&#10;9Hor+yrKVLlGRo89sjgpowHrjlOQ2qPMGeNNj40hf5aa62bm+1TXo83UU5+DpgEbAyTERMcutaln&#10;kUrgUCWxBH+4kXH6h0J/CZ+TTE5LiSydgVn7xMMtV6Nt8u1JrzKHNG3I7lORdyUJCPnn0ePTu3gu&#10;uh0yQejNN6myr0l6bIDFMLsenpOzYDWcsU2KdafLLkgYHtyFqPttZ9BESL03VdLKJoNGwHm+5hAl&#10;YMPNIlN6eQUGIKRZfQCvYKQMB0clA2DNsIsN0/as0YOlk/cMgJZVzAT3oaxcul4UxjQhBZoJYwpg&#10;pLTE5OmU/lurHjf519SfWmK76BqdFcfBLEaFL0GUoJYAraTalJYTbfNOk0OuW/Fod96rIRr0vfCl&#10;OnhgH5KH98pFFzxaNsIviAwZmrxXVd+jzh3sc3WoTuj4yDFAoR7R/9UDMNOcbYCntSZEkkKPklhl&#10;47pe8Vp757FfoBjdPDvUqVNc0winBME4xoxrlEKhHhODZVrTAoDHr415bab+VVQQrPAAkL5L5Mlo&#10;qdyrpVTJLZ8/SP5qmzyadiWzZFP8/TGXJktMTDgHOP265i6frNYwyGIr7TZNaPNWeMdYdKxPrgCA&#10;ZQYyprxzS+UNImG8equdXcPIev13PD4ourqMT1O20sHZmMAjT19TxmDjy+fhOo13pP2MjkvR1Y+2&#10;tuJo4B4onRCkXuUJpdefAxL3EuuHUZtRONPEknwp6y30HNOAF/eHIeM488AYAusN2TH5KgZZlbwb&#10;TiCSDScE8sYNcY7HhpRGntGErcgofcwH9GMhHScG9cLDaJNHKb5p7dfRJNFa8tS27kS97XwgpdL9&#10;0iePLmWoLXU6JksM9Zssmuc2tNZg4+nnwDXPC6bQsYSfwx533S378DVb5MJzOwDHgjLW1YwbZyGT&#10;vfug9S6paTJYsRj+bd6Ke4eaZokslBXzMjXlUCvdm89PGXQqzTOXFg1DZfSZHL2wo12fs1DYm0tG&#10;znWS5qhXXXSPHRtqkCnI1xgOgqLXZMFpaAfP306wBDqdTeUG7jl4SJsI9PUqNee+N8T3kUGya8ct&#10;8j9/9zfkua94lTzjhS+XcoKjJQsseTi5A+ONcHzYERQZ7tUUBl+0Qbj4igvl1DPfKP/23v9H3vue&#10;d8tzDr9AHnfVVWajEjNnrhhLjQqOyp9bBVthxRLBgM83YBL+6X9DkuQuqANMAlwgbCtAubF8zUdk&#10;4gp4d515nsr+1JcUQFZxyWOlf/oZMrzmaunuukmf9Q4la7KiDVjv3pt0sL1y2dMwQTkVtaKFZPWr&#10;TJKN3LfaP2PjpNZAhWuaEvLHXHqR/Ldf/hX5e4R23IZEQGVa8llAzfa37363DoYfj2tPZVRGj0xl&#10;B3aQsgu2P5iwV3/yE3LdddfKzh27lLFEVisHi6w/77n/Afntt75VfvKn3yBPf/KVcir8h970a2/W&#10;6z09NWn1aWa1C+vJouh9jUDf6vCNNiP8JNdjlez24YQ7ff2QRFgbRx5i+/hv+aPK145afNMluqhh&#10;yIp164OAPas+clDiV2+R7KbPA/TB3qgIeq0EAjJLChIvSPiog5I6VIpNUgWAvnrTWbLy6CsApF+B&#10;/gsBcATOuTdz38NzM/BgA6aXqmIInsv1Hbfi1xdQ2ywoo79CjxCG1huxhyoHA2VEd7v0c89U+SOT&#10;m/5f5t4D3LLjKhNdVXufcEMnSa0OyjnLytkJR+SAyeNhDJj4ZoAZHp8ZZjDgBG9gYLDhgTHP2AbG&#10;xoATtsHYGEuWs2Qr59jKandLHW865+xdNetfa1Xtfc69t9WS7Jknf+1ute6955y9a1et9a8/0NLR&#10;p1Dv4heT23IUg4caTIOwv6lnJP0mmrg5y50gJ+8T9gmugwcDBXsKrvOfeOxx+odPfIwZyjcymDlF&#10;v/Fbv0nveMvb6Nd/681MJHmKfv+//y79p//6X+j5F18kNRgYxh0+Y/74j95Fb3vLO+iGW2+h9/7F&#10;e2nL4RvoMgb3Lrj0Mh1SFSQ1zRoeWMDLT1npnSYgqPXPfrD3ADl0tH8t61KKSL93jkY3fIvizV9l&#10;P74n+AfOCdEFvQLYj7yxSQ0N0LLjK2FK4TlFv1TvH4pdlj/jbKou+F7awLYIi2yVVYustaZiRe/M&#10;FQ08lqVkx2V/dquE24wHb2koS1wh9LJt2TNhq4BhOD4TsygxHCtm1vLQpyMhHEPe23CilGDKjdTG&#10;CYxnOSfMRz4kqakEcdVmPaYWX13zFpW/GKliR7pwHyRLIeShqpd1LCwvPkC6poiD72K0M7Qpdd04&#10;ISCRh4yBF1NN0waTgtqkiC+9iJT4rGKshAoLevAup61789p2dWhsYRqqugGC/H5t8C5BHUVHfand&#10;qCFCRyULpL44BSOmG59BvpEOdGFThX8Haw8qIFXWOBvyasgjVFGV+MQH6f2XuEaYA42clzPYdbPw&#10;5xfGalcTjM33PpoXMlmgnnj/tbaC0qfwudDyX1W3Qsk5wNhfmM06qEU4UI+9Q3vIhWAVnshb62ag&#10;K3ZDHWXrJt9+nxj10kvpYFIA+oT1pN6EGikuWT2LUJN5Tha+/Ws3sc3WXjr5gvPo8MMPYyuCvoTU&#10;4ueI363lYCC00mkss9THCDDFNE4yETqg8KofX7TgQZeY4SYpJ7MmwjoRr3FTDJomCUPCjoBjdd2V&#10;YrmoVA6JGwjAAgUpgEAwFhBZjZJdwRAV8EBaB8BCQadSDAplgQpgpO2mF68ui3QWELBSwEiAqX2A&#10;HCVIB1RbAEJg2dS8ISFBclT0BNWWAA9IfxGdzX9eEtNGNuXmZNIKRYavxX+gx++njCpH7FhUtoQn&#10;FAp0YDHGuJEPnEUDPnRKPhTgC345WJQc4x3n4PwpyYzQeOMaCCjQFcfsLEcUA20AB4XPnm3YABxo&#10;6kInNX01aLfRJDkKiypFVCYCyahITT6lN+KFiJ+LwgvAJyjjAsYKVbeU1E08wGJa6RUwnAItG4vQ&#10;9PKgie8b7WUQj6myjKKDBbUkoJwafeMBHI7w70viqwgW5hqEozDjcdhDyAbTbbn5GRVL4s7VGQZl&#10;uomsU4G4JQavoOFfqjSpVZLZ5AEnAQ7Fl0Ju7UgSckeSnDuQDREbbRiqfFJSj8DOHI7yziKMvFo1&#10;9SnlFq8dBOAjKeABHup0QhukiAMRE0qEYOQQBwX4otFrAUjLZmnBBAlcyCadXtMDBeyViYrLSdTY&#10;DCFr7E8B3CvFzwEgH0w4p/poBNfSYRu3crOzhZ+Zkr74rWvorhu/xVNUvh8XMKvPs78lIhSMvQkW&#10;YbcoVixKJPkp6tpCAu/0U+xLtf4IZgjupjDDZsXsc9grooE5Xsy4ccwIzdwefAXrojSUckBKEqFS&#10;veWZIsqbVpLnZg/Kto+gGaxjcpKSuFyeoSwvBPRrjfofU7CLN8PZusUJpHzgJc8/fRz0MPZySNXC&#10;8EXDejcn9z7BoN8l5z6PWX4ni5F94bpZIuCyh0QCV7zFVTRvUuwJpKQ1bzokLMHHSYyh+X7yt8zx&#10;HriDi7/9LH8ewPsI3qZxXAIyFmaQZLGx+dvYCoFI0kvIj7t8U2eQsolHqW6MbafBfjNvOjybtQVm&#10;LFhadN9A0Fgb0IdpNCwQhD7PwC3/Wqp0KgkJ6pDSfUuJtW5CMdSMv31idUZjHaZ7YwjAMKffqmSv&#10;imGMBdSJ6SpPSlO9Tvx8m9nnVm1qEwCnWT9tp0USyfAgNtd70VKzE2aMySF8ZyXt0z5LCnQRh9AY&#10;Dth/BVuXC7jOeD5EaBTNoNkmyfI62HtK+SWvW9saL2o7czEVDiuyCJ7tYDxOXNs08V0VsLFmL6zw&#10;kmPymrbnZBv8S7Ldtj+Qy3nTK3sDxuZ5LnwC/FJici3DF61NooKiWBMAtmoF9pPpt3ojRnKtAjSz&#10;atP9dLHliWbZNk42afo2exddd9uTHE61hs480UuhBJ8TDOwlbU0CkoKsxyrwvsqNAgZ8YEwtcors&#10;sNKEuEqS/aJNfV1OglMFRVDpihSiMlEwv50EsCvoq5Ic23O8FcGhzmtbA6LU+0+Bwzp7FspzhgCJ&#10;ymcZJ9kgzNn0vegWkuQ74AdjKPUFn+0Lu+lLn/g7Ov7kM+i4sy/gQYXXqORnwB47WFAw/YNGGWUh&#10;/Ptq9uTauLlLV37/6+kD7/l9+vuPvF/OuRe8/KUixZHz1RhmZO6EEkARdMrd6x9CfjN/pjMuoXDD&#10;l/m82S73G0wHrh6ov+NBGlzLwAIDA1PHnSyFOc7KQcGBIRv5ulz0Am749lCxb5vWfLhWSPfkpmb4&#10;wG1y/XsXvIgGLFebhgLA///LU+1gbhHOetR1Mxy0dvyJJ9DP/4dfpPf++bs5NfRmAX8xpIeFxx/8&#10;j/9Bv/SLv0iXMhNpdmaa1W4LLAPbSXfecjN97rP/TDfdeqtaNvDah+/z0HyL4R02zU3JIg9Nb2I/&#10;xEsvPFdYFPgZ3tirGDBi+N/h5smJ9IsBh7J78NGnrs3gCxPG/QfYCceGi+3hkTsAAyk+t4jWBP21&#10;pbrtYcd3lAXqDpZjvfJACDUqnidmWu6//itUsk9ef+djNOgt8HPIahzxuQ4afibe6aX4f5csD4+8&#10;/8Xp9TykZq/Ny15C3ZPOojk+50r2rdsfscdU0pBG80NOUlbPa2rwL5+l4qE7mQ3Hr+NqYSB53o9A&#10;psC/V8OgFhq8TooI5Q9vpCy7HHCQ3PQVV9LU4VukNxxammeff5vhfXmuGj4zvtiqaRzmIZ0bc5PT&#10;GYsRvdUSgymf+/gn6fff+UeyX69j+d1+VjW9h/343vXOP6R3v/v99LM/9e+YobhEv8lg37vf9Ud0&#10;NkvkqzCS+nkd+1y+68/+lN7yn3+NXvTiF9I5l1wheyMII/sXFoVMA0BhjsMKOx1VBI3Et3b5u+2M&#10;VL4I6yL+Lrmnc1f/E819ntnbA5auznIFu5Z/7RiK2mOaz5ACvRjb+YDQ1wVzcAHsTu7J+hzSyBPk&#10;ej2zJl/8Glp70Uv5nJtnuxqQMhbh2sc145RgWwe+trGF8cWGWfSsGNFN6ASN8TdXWvkxB95kAbwA&#10;Gzxk4M9WIAgIXux8Xxz/6vHQCIA22PKwDQPoJ8NzUcDFPESUw1ZkGhYQBiCsTj1lyHLYNLCTsMIY&#10;W04ECO3o6NNQWJ/YKbQOjOp1qb7lWa05vqeYiiraoDMagCWhOGYthXUVkY3AfR2IO6rca0YRMoR2&#10;PrP0sly4aOxitIZRzASfE0FkQkQSzEFt2dSmRWXEUqcZ0CgWV2IzohY1hfUjqNXANBRso+jm+k28&#10;+SsFUoH5VEGt1Cru9aGYmh8NJXBwCqQt6UW7cp5puFMh+I/6/JL0q96G6epfWOVDEOq00hetHqEV&#10;LmKsx5DTgRWkRB2CZw6JwjHf85h9yKtWIGeylfSt0B+1oHI5pC2vxwT8tdJyUQCLLpCfyftvu5/7&#10;vZIWzjiZ8YHDZJ/wQmAylQvOXfFir1sq0iTR5Z8C78Ek2U59tcsUvia9udZf8rllMBxN/SRWZIVo&#10;mLuQWSImHYE9g6HILgW1BrMG8ljIMtm0F0WzFO3pTcKHK6oER1JcSytGcbNdkRvgxHV0MTVhtSaY&#10;FHiQ5iT2Heg1pvklv/ZSOVIORzkQL5LIB9IcgBFIegH+sWQSbD+5SGwWTWLsCHCDH2osajCvCq/z&#10;bLy/2DVTQ72YeI3clPDXY8K/VCkTwUK7JbiiIx48I/P9Glm4R8yNHxh54gcHeaqBmZ6No4dhwdJU&#10;KjWBJDWG1oYyZlPPwtJ7NQrcUuGEcl8J2wfsK6SquVKDUkTGDPZhx8smAKYj2IiSqtYvLSpaGycB&#10;wupCphrYCvoOgBR/7r7TBFaw+5jRUBWsbS9GIhtCQwMgNVoEeccYGkhoQiJTyT8DaD0OKE0GqsVP&#10;D5Nd2aAgqa21EIBPnABwpCmhQPbxvQBPYlSfBN1IKovAVpAtAaEp+AGJjWLwHEwKan4NwR4yQf+d&#10;RoNXQX0UlFQVG2V5KKQ4FTmjC5mFCQoxUWOknrdQ/vPsLMugmDGAYA2wLUqTvEKu25ekLNwfvq58&#10;3Tvs17Vmeh31GSidZdbAjl1L7Gd4P91+ww2cFDUUpiMmcPMDGGgrCHIgGa8zGvSAr2HJknOAffUj&#10;/P0M8C0xRb3iIj/69VxYQQ4A8FA9CUfWSAdLTk6TB/Xl68oEE6wSZU5Fu9664RdjOnPKUxMhusd2&#10;yqenNofZB0uudA0q4HJ/7vL01Be2tlOh4HwTOx4V89ZrX0hRFCzkBkDbSAo+lSzv4eLrGzcwS4Of&#10;p6M4NayTkpZC3bwvewMpTSuZpCczW3mZ2uT1tjEWURmXevAH2sMSirnFWgDvNbNdaapz0W9yxTEX&#10;/HiAbtiMnxEYBOJPT3FjnUBZmvV8DPaX+j4gnRXmIVLx+NceSN5jRqaEi9ex67cIFrOBVV0B56IU&#10;AF1JWveWONn4qnb4fWDcwbMiSqKGwvomfoKp65QFWFFcFh4j+77z2b3IW6HSlR1yIlctmV7K6xct&#10;Nl1iE5ox7kSBGKhhVRXG4hO1DzkzzlUJNtnnKkiZXUEkvU5YinVsyRQoI0JakLSEsQ3TRNcMpo0A&#10;+dSeTSeM+Fkp+Xgo09uO3CvxDOSDa6qj0DXYS3IuUXjWrd7KYRmUD/m2b83knuFowj/HtY3pJyVO&#10;7ul9E59W1ulWSKDUc02HJ9RMHwWkKhq/wphsBmIrxdsSnGOdp+dtVmT6O9cOu3QafFOKhwtJYbRj&#10;zyJ9484nOGn+CNq8Mcq60eGk+vKKexWvh/kFtgthkKjHA8epqULPkyVlEyvmqx6tANRL8wzEk4FB&#10;E4akJPYIToJ2kt+OnDFBazQUs04Y7SEXiLq3qV8pagb1M60ygx/DPC9pJUGac/XGQaNcytoGUxVM&#10;Y5RiI9hn8FApcr1URn3O8WQvMkv/sx/+K3otN/NHHXesnVdPDyk8Wxlvv+8k5KviWg6AXsmKiI2b&#10;5+nFL30NXXXVJ+jqqz9PRx5zLB1z/FHsX7MmBy31CvXDSVWRyHa4dgII4U85WZofYtN5v+9xrutS&#10;mAs/m08+QvUN36QAxjsnzeOkwJ6GAXHYspnK8y5koJB/Kkubu/WCsvgB4IP1xJJentFTuPwVNOLw&#10;LPIHJ1sbN6L/P4Xzmd8TBhssT0fQHAzUt2zdSj/50z9LO3//94SlJ5JJsCd4jf71Bz/IMqL1fFYe&#10;RTd+6zq65pov0gMPPiiytF5fTUXQnPUYqIN/Gr7viC1b6JSTTqTzzjuXLrz0Eq63p3QvQQ0GU3Sw&#10;tAD2sFQcNR/OYPGxPFicjxrj/fa+Me5DGldkG7fD8CLFFc7b7w6rzrWjRSONW1d8x+mc7iAOhRXh&#10;LOowyBvuu5Oqe2+iKQ63iRjos1ceznrX0RTwaqS9D4zfMQhAOnXose/lZmbLnngmuZPPpRqhK1KH&#10;aBo4/I2nC2WNgZnSwQb5GEvm77mDf91K0/sfhTMxrwPej9gbWxg3rBzz7L0Nlk3RRZhGJeE6kRO9&#10;IydD02nMGtxyHFOs1wjhIrL0FM9qn9mA8FFewv5WuIO/DgcA+sbZl00qLPop1JqLDPTdwSD4e973&#10;fmEZnXrSSdKoo4+5/vrr6SOf/DRd+fKX0y/83P/F0vk/pHVMWPn9P/gDeud73kOHr2PJLHzE4TnI&#10;3/Obb38b79mwWhionJT7rJmZKVG5wU+8K8EBzkIFa/UJn/hs0SNZlpmNDBaG+9iGgJN13T03873i&#10;Pny6kHCIIQf/eb7GM+jR4D8HC6xqSkMIUBfj6/Ax1x9F8aIXkjvpfJrZdBSDLrwP+q6BU7My8K5C&#10;dZB+Ht9BSbwNnMdCOtxqsuxWlBnqWgbxhKDAgDCCXhBEOZib40F6Cm1Qwomvm5RlGfhi3SYVkElE&#10;08+sBPgtctiE4oEtsMswA2evES0AFApCeS8h8dSNAZaIcc6kqFnFosPA5t/Vbsh51wLZjH1YKM4A&#10;7zzUyrOdTrYwSf6Hk32Hkld8TtiNqvuT80J6C4CgQQOTlADlrI7S+hUqRPncSS9TJ1JIMKeGKD0x&#10;AMNCiEhOQiXJgk7VI38kvQJ6/yVYUC0xjoRgM947MHBA7gI8+nC9ce1APumY7yBeX1lpFsYi5Cov&#10;vtwa0hmkvnITQ/TUR0RHOWU3pTLj5+IzI68BNbsstcLnkA3JqkjJu86ZyjBYnWn3zJSZ0Td2u3nW&#10;nVUOei1lLfXhhTsS7GfbzXfR7h07aBPLeo866Xhad8ihtJ4t6NTeRUlg0st48/0zIlgEMQ4EMvNc&#10;9NlvtFE7pfSXhmhiFmbCGlVSAqvgegIKoSFb251mgKNvzDK+QcwGwybl+e8LkUvUItUUEKYThSaM&#10;6XcoQ25Ag6CVuHgd6a1QxKJxS7RMpzifgYPmdRc0vU5iDxDWgLs4KGQDdANO7B0CnQeNsYu/5oOL&#10;pxzMQBvxBx8yWOPLefVdQOofLx7IxeCjFvpe4t8hHel2kbDXFeonGoPgPblWXg7Ok16/kIYAjDZt&#10;5Nh0mLPMy36dD9I61nZjUgBAg/4nhpIsnhAsXCTmIrEycAo3DcaXIivTubjFKjsptjTWXkNS8Ds+&#10;DxJixDsAAF+3awAffPK6wioTP0MVw6ipJR5svhcIOZlfXBBE29t7ExNxyLb5IAHYhfs/YkYnUm8B&#10;rBVdPBQq/cMkRB9UZosxM7AsK2HniWdfrSaii/NLwtxzAjCO1EAcic41AjNGeWqCyV4UNh6DoZJE&#10;5eSQgY+eJB6ZJItC43EIXDrU+jA6axCTHFe09ubJXJkvH64pNrBYKGMCX98BqwNml060mMJ06PN1&#10;w3vueAUBHf9dR762p55Ivlb/Rr4G0wy09WozEQVYxl9TCrg6rfeAWagdLoan+MGd4q+96f776Q6e&#10;ps7t5rCR+Tm+N32euI2EueG58eB5pd4ppxBFbU0kAFahkOMeosn0MzTv9tN6/iAbOMiD9vFkkF9r&#10;npOO127lA71zCJugLwozEGm7pXgflSZpL5rEUvN8AJCO5jMx3lJ0OVHLgyKFSzgy6nJsItmx7oMy&#10;OjPFnlQKkmToZGBslukaYzUDDBZiIz8L7BhL6sXEooaTcEzJvy6DdHLcCGO1Ej9GbHd7Of35muu+&#10;RCduf4zOO/1crhXXSTgADsO+hHjwesMmGVI8ekiiVtmoB0FfXwhHrpLr1dU7IQAPWCQ7uPi7f46D&#10;OnjPOyzWrbM0me+6Rk1ZmAdj1HWHiY16VTrjFurpAGLwFO+dh/D6Oo7vxW1LQbgtPI+ktXzd9llC&#10;bWUm63gByPc6fO/ES46flTX8s+dI95Z5AHey64cc/jB0VkQZG2iYWJTZi4JEfoN31jUABVv6IKb7&#10;p4drkrNWhuSWBkB3zH9Phjn4vPDza7EEO1aQVbGduuYyc64NMtUUVwSVOkke3CrxNECnSWIWFiKe&#10;ILvuwumNrsU1Vf++SpiHUT0GgxZeGvBifX6m4+tfpJIXkl4U0YuS+FtKQYmHaZq/YB77aU+9S6kM&#10;GXgqXCXnjQJSwQbHLnvRyaskVpoMKuwZMq8RM7oliivJKhusb7UkyECNNF5eMqyQQuialNvGUD75&#10;dFL+fVIgF1Moj2vCXVQGQcZQM640pNBgGWCwFhS40v+mibfO7CpScpsWuMriFZm2nL1wYQ6ajCdv&#10;QM9F3QfqcXN7OVu9ha5oEYv649Ed++jq67t0xVlEWzdx08XgiACC3IhqwFJPQLQFTrGqerA02EiO&#10;WQJxtJ1ZgCkRsiP1S4jeGKTRiABeClyw7jodZpshb6o2mwdZX/qZMCRLLEytecCoJpHAoaAtYTHh&#10;a2M5QtXQt/3Yyc8oyygMPuAoAP7UG9CSWbmALLua2AcWOgZ4c4uaeOw4qOK+W2+kP/lvb6Ef/Imf&#10;o0tfeIUk2wEMnWImwpCbvaLsNLLIFsM67Wtt5vKq/V1MTFyvliaFCcFg4cKI5DmXnE2bjzySPvOJ&#10;j9MH/+q99L1Xfh+ddd7zRAba6UwZGzLYuaCevjhPugxsdjh8LJ55FrOMmJH2tauos+dRWRMi50G6&#10;8RN30vAqPpcvfAF5lu9GPoPx3IlvHZ8JxdpDqbrpWiofu5XPgkpSJ6EOkbHgw3dKDViddwn5DZws&#10;CkVFoaoI+Tq3RJMGdCsBfe45JK2ma7wsSzv73K78utG8aQvfjJFgI3I8Jxq/5bfeSn/5/r+gb95w&#10;o57JfF+eenIXveO33y5Ds33sfdsHiwLfVRZq/i5gcimMlFOOOZ7OO+ccesGLX0SbGUBUvypHmR/u&#10;m4YmyetLXrManlpk3zHX+r84ZnnR3u6tdY/KaBkDEg7ouRZagRfFuK9ncqiOrSAat7IPoGsxkZtd&#10;0rdoHaFFVmj7kbYAyhxTNH7W6U+txhjufsXQ3+XBISt9cAEznAZRCdAhe5zXnGPYgDDwsbT9Ceoy&#10;6BbuuYn7pj0yxgOwVDsDEWTQrcyjEYbiGH7DP2vNYVQddSr1Tj2d6mNPF6B9ZMPJ6BsVUmmWOJ05&#10;jjZ7iOW6D9xKIwbOp/GshEXtqeCFyvvZoOgK60ZysRGiFgH+cYL3ESdRPOUsKk48jWoeiqe1hF6y&#10;kBRM1UlWdhm7LrYYnxPmbi3gThk3KseUNYlnG8A1s9aU1dIVFhjOFUkEZdICBjgIE/yHT/0LvfTF&#10;L6ZzGNj+0Ef+jvugIASY3/7t35Ha5tff/Ov0CAfhvPdP301PcUDN69/443TPvXfR33zk41R+ewe9&#10;63feQf/P7/0uDxN6IuVtP6elAZXw0IsCpnlJSNUejwH0OMyBDCAEVKMl+Rp0cNMcpLdww7U0uu4q&#10;1vQ+ounuhfXfYG92nIQMOWby1fwMYn9HxVODqIJ7AVuqE86h4tzLOUHkFL4IPVmZI5F5p4E7CYgb&#10;W0F7zYJ3E8y69voMxuR3Y8nXcTVZb65DQkZINNggygC8Npu5JhgsO6pTLkvrmPsRMMPRt05BmYfa&#10;m9ViNQcaRg5JCTzYEFMagFkIPFyal+yBaEGio1DnoaKwv2TzUu999YILjX1MrjmV0VZbT4NeTep9&#10;rz77pRrgSQ8mllPoV73ZzuBsMbJLAjgF83CUQx9BevJB39NoWDfMPoDwvEcv8vMNmxFIvkcSjNdV&#10;73jBM1RfIPZMADhHQ+3t8v/U4gjXSS3XvCUNew3c4GupfnVRrEkGQw0vFdymxHOC9TEQFZKAkMB9&#10;CiUuoL6RqbiHWrBUz2NgAXWtKj4B7Adcl4zkNWf4nBL1JZ9BvX43sw3h1VcYESEFUsmzLDYlGlCC&#10;8wogJYYA6OG8AYKw8gj5HjX1cjBvYOeS8irKPRQAuFB8CdZNyBeQsD6vZK+G86LXsBZCmw0ipc8q&#10;mhANr563Wp/X6WrLulsQiXgUJSCUkJAR77/3Ud5LHqH7b7yLh5+b6fjnnUxHsxc9engAsX0O8IEC&#10;qxB7KfPoQ8FYdrKVFlkwjSployZkW3owyFQlatBKk74xES7MXqOUw9zrRQerS/TVVWX+cKqjBkiB&#10;i9jnzQMBA9LA8IYhwEGZjLdJbjBQ6FBrvDNQmJKpwQL4GZUVH1ps+6zpSvRDiQrGgQhJRo2mvSP8&#10;C6TQAUtGIR3KvqLfBS/63lC8FSKnSGHRiHQW3gQ4ZAQx5oJ2VGq6kSC6TGUelerJB+NNMmDIHviq&#10;DJJmKwCXbLVRXr9yNNb4FM5udCp2LBYwZB84NVfEJEsZTyEbLvYAPsRoUcpB3ktXrk2h2V7mXSfn&#10;hUlKpZkmldUZx0r+HnTeAunChWruhc0lIAnunwIc2FCRfox7Oqo1zQVodWXJtEuIvuZ7O8/eLYt7&#10;94v3hKQF9kttzrDpcVMAwBDsPbkubBRU4WHDpglqtDQ0I10zQSENbGpCORZPPsirK2H4Kdinf9aH&#10;ylsYRhBwo/GM09RUFPXwa4w53Y1yFHZqhhWNTx51VpimQhL3s1S5CTZjrJFgkmF8LcDfnutIk4Lu&#10;HwBswesdGw+uGXz5ABACSMVaxhRjGhsU5OESygFqfV+YfgX7ZKydPoQe2PcUXXfDdVR/e5eFsTLD&#10;EYWMBWAIQ8h8n7C5BUzFp/RQwfWrzfgTjXCPDWcX2J8P62wdMxhQEMFwd+/8ftoEpgZkU7xuwdZc&#10;HBbyM4Ox2mLysiIzcRUPQCu+k1eAa/tguWbY5sbZaNE1wJtMGiYOdNf2gYthQnKY+QjKyMpJW671&#10;mlF99VLuV2io6DHRlLM3jsvR8AM+4G9mfxgEaLzw/ItoemqNGqpW6msnqdtJNB+bDD1JA/XawGDK&#10;A49HrnANkA9i6U5O2ah7mfmzMBi2CvvVMhXiCu4mMYM0OTSB9GyEVHaD1z0STOmRgGtqVZCnjMkv&#10;DutaEoSDydtDjn3Heurzz17LN3dfraAlvgtJutjjULRgDyuFeVeMGdFHs/5L+5NRQA1D8TTP63FK&#10;gMcRqXGMXr/hOAzQusv6XI6wr67grbS64fpy57hRKwxDgjhM3lzbjNKI68w2VvARviVLNnlsL+Bq&#10;lSaqMqbipPG3j4nLZ8+OpBc3VHl8ISQzGnbjMx7QSFHcuOzVrTIYdxMSlfb1iePSMDdBWohuXAQ/&#10;JvWNTdH+tGSQ3Ee5FaRyyafTvMLGeizX2Fa5ic9mn1kmy02Qpfy5NnlCY1ZtyWEi6S2bz+pdA4Hk&#10;4i9a8plt/KFJBHZtI5cWSLXEz+9DvA9Pg7FXbKTNh7JXFFhnRQIrKpWjccM0CjqECwWDUN01CtTK&#10;MJN3hJEn66+MPalBRbUV5NB1o+HuiM+wBU+YXCwmSYnT/R+DNieePsp+LooUitT4LTYXWoFs+PMB&#10;6JtDHWYeabonKrCNpq+SIj+oJQvZjIXrJL9/J33u7/+ajj7xJDr2iCMZ8OyID1ZBLRZ7XJWM/AyJ&#10;HJPybmadzfYY7JuhV7zmtfTn7/4D+pu/eT/9VP9nGPA7nwG7RY3FKbyZS6sVinj3dVTJAACvOO5E&#10;KtncPl7P3mJLO2UvHHLT22FgoX78Hhp9ZYn6l7+MwtHHS/0HE3IMT/qckIlHdLSXJb3DJ1Q+DdkP&#10;M+ynYTPCYMUS1yTTF13BsmEO/ID8BSbmEnjEdQ6a8f8j/zxztljUOETatPUIeuPP/wJ1P/Be+pcv&#10;XCX2F0LM4Gsyv38/S9ZnzJKk1CRsO9tnWMXwg697Hb3oZa/gwdkaBuu75sdNUstBhviM6WljH2Mc&#10;FBjnoq3sFXpwnzu2VAaulew7aSr8v0GqnTf9uCIzLz4HHwe2t+N7WYgVDyyC0DNMeWbMRZa57txJ&#10;1de/SGsfuJ9r8e3c33Dt3VEGdJeDfQawLvC2VyIht+uktl1Y4hOOffK6L3sNOWbxjTC8pkLYtuIX&#10;xX/ex71Yn/uCae715vh1+488SOHqz1LNsuBOvZumGOSrhMjhZcAyGs2JrK+HepdT6wvBm9GorqOF&#10;U06j/pU/JkPYoO7EY6v9uZBmBcQa1jI0A/Sxl+XnAPdm2Ri/xzXyaAA1EU9kmB28JEm0jq77ylfp&#10;P//af+F+hyW2e/bQRZeeRxWzj8A+XGJw5fEn99A5px5Lf/yHf0Q/8AOvk/3jT9/9Z7TusMPoP/zK&#10;r4qP9Le+/g266ILzaW7PLlq7fgMdkNyaU7OmRO5ecRglVGDwPRP54OI+3r9n+N95X7vqCzS84WtU&#10;7XqIfWdZObV/N8X+LP8IACoD0VAgsdjVSkiAZ221j4fC65QpNWIZdnkx2yZc8Uqu44RaTt3nyCim&#10;lYYSz5DZGpdZkxjI124hVvp6U3PpAC6YLz5XuLy/zfBZsHsP21Rt3851LxRUmq7lxd+6FkIKiDfO&#10;LK6g0JJeLPm9W3K7kkxUQpsCH4QIEpq9JRhZJ6TghzqYl7t9b0yy31pq1I7YhHkhFPiUwOASoBQz&#10;CBosU7CynjqxCDWkMEjYJfoWEFXQf+LHiJ8jKbFHC1rGW/o9qfmFDWefRQJNe4qDkPnxORs8p3AK&#10;ORsTuSLUlmzrGt/uVip5SHYrpuxDg6E4SC3kHvTui/DlDzqYmx8sae5DV33tYW2G3lmSd83iTNQM&#10;rUF2SsVO8mKxgoNHPxSPpgYoDGQVa4Fx3qd57rvsh5j6JkpqzOFIly/XC1C3qgLMSBxuPDCjrlu9&#10;rm96heaYanz72s9JCnAbeVW+AcCrhNlY0F6W8Q/uXmDV2DyHxfaZ7beJSYA9wQQWnSk7kre39e8Z&#10;cE/EMrslEvQC3KxSkpgkVKMxLL15/XXNs8/83vKbNLokmECRDcgrLBRJ9FAPsaJTS8IK3jDo3EGm&#10;yuaHh5sKWS4AxBIUyKFEuWMCPsIDZKmnEozhLXEkWHKozcucxQY7D18dp78jaAH0cUlnVeolAMSy&#10;6sh7B2ACIEcm1SW/JnvMjfhDgvWHBeXFp0yBP4AupX3eJOEFSCKLzSbTyuSsNFAjjrLkU/7bmKzI&#10;WCZpmhNavkItwCIYw09jvmulaorJ5UiYHfCvG8nX1OrHJakzTvwPcS3wwIy8MqrweQdmdglkfYkZ&#10;XX3ebJAmDG8MYS95/fnik8aLBg/eYKCTEDyMtehtavZ8YVNyXsj79+ymRT7shIYLn6qq0AFMVGYF&#10;ADkxBxVQNwhYJzIRbEw1aXKuefHheo6GQSKvVUYcxCBSUmFGQcMu7JooxbZWbwFHhlRT3jjlPgT1&#10;eIs2yfXW2MdElzXfgRSqq9OqIF5uarxb5rAHyFhVTqVTVvhhTBXqP4kJZp83RDRDCqh2hFaMKQgi&#10;6qOkM5Fc667IeTty33uQj3NqVjl7KMssPd1x/73cYC2APsGM1KF6lSFBiV97NBrZJu5sIl6IN6Mz&#10;MKqWuO2QNyxclwrR4fzah3IgBRiTPZ4e7uWiACajCw5+jhXLA/q0Z66rzRIkF662+tYKAXg8dozB&#10;aBNm10pWakzovbF20k7mzdWuMcV1NJ7G69w4qJeA8HxSmyxW1eC1nRku//K1SjZj2gFcswbSgaQJ&#10;O8mk3/zXsJ8AcGUG0bZHHqZDZmfp7FPPZGblrDTIkuqEQ9N7wwp1r0lhCQLWuATiBJnckDFMxEia&#10;1+k8s292M/Nunpl9IuMu3ESAQsx+ZdnJzI2beTvztkmHmDCI+QbM8r0/vDNkuQozqIPKZZfieBKr&#10;yotrKbolaKhSubGnhjcuKWH8+7xMrQt5rjBpXBJAU/fyxKkeZQdDBV7aRZqY8loC8Mirf90sPGL4&#10;WYe8ayBAqKXXxTghUm2Qra41j5Wxe8SqoPW9k3KDFE1TUVwVEBxJym4j/Upgv0TRW9BGyIykJn25&#10;sJTeZaCfhZHUTd69JrK1UoCH5kFYt+VidsKDeR6EGt+hScXyctzDtXrQpvBYyU5+UkDpGgj1gGmC&#10;tCxmpPHVc89RShypYbbkiXzb5y+6Zmhn1bpKUSkPYVxr/WuhqEMZ7H+QkwUzd9aCPjR7kfzswsg5&#10;jSVDk/Ltxv0LJ5KewXBb4P373sf2iuT/ktM20qHreM10lLXui3SG6JBkKMp4TlJfs5HDIJxIeQNL&#10;SkXmkqKPkneL04GrXo9C5S++sCFgPZYQlwZ20eT5Evxh8hKlZ+l+5Lh2KlDz4P3J3u807AT7Nv/d&#10;rNfrDOnuEABk7azBUJ9ZZROUEuYTxDMH2Vq7aemxiv7lox+mK3/sJ2jzIez1CuDGjaeLP3d1qlvm&#10;YOBdX57Htcywi0c7euXLX0fXfPnT9KlPfowOOXQLbT3mCJEXO5OHKvvaKzsCTCL45jqkgvPTyqmv&#10;NbMoy3u/yf5g3ABjMMrXscOsg2rXI2xY/xXqsb9WtXY9D8mmhIU/gD/PkceSZ0lvdcu11GXgs46s&#10;VOG6dsRDyy7qqkfvEtZfvPQVLHXja1OP5OxYHPY0dIVofAIWA/3vwfpa3pjOPS2w2uno5B+M643s&#10;CfSGn/wpmpufp+tvvFEAP2EzdNXKBqwUfPcaPjNPOP5YOv300yXE45hjjjJbGa3FpIk1X6SDt3p0&#10;K+xhEz598UA/wH2HvQ+S5YGbSDqPzyTb9VmEJsdVYI5n95pg4KD+jmDv1PDPZgDosW9TvIvTpx/j&#10;RNbdLGvnwMPIz/ZwAf5rXWGyD8FY4mch1spycj0MFhkQOIZTdU+7QMIwAqdT96P6leNAXjL2Nfw/&#10;D5GzkM/Re+6lzq3sd7n9dmYRMjuUe7ta1igPzPmZHYpCa6Deo6Le4lqX5bzD/nryJz+P5s+4mA49&#10;4ggJ+BAvq9gf339oeaLlM/kH9SDkhKhhHuFgmbe99TfZWqjiYJkX0M//x1/gz7bIQ58u7edU2h6D&#10;mjW/161HHUGHsJQODfi2hx+iOfZ6O4+Tp7954/UiUf/sxz9Gp735TXQYM1xPOuUkeviBhzgYbh29&#10;/wPvoxOOO5L+K4fV7H7iUdrCCeIdJpNIeib5p3204W3Z4b52FoBrxQP9EYm/POokt+0eWrzuC0R3&#10;8HvgXtYza7xi6x/W4esY2vp1ZSgGJdxETjeGKmYts55mN1G85BXUY/ZkPGyL4F5TcDoVo+3iuS3r&#10;FuDQhlVWDOg72PPExRZ5YCK8I7YzR132RFO2F9fBkqzKQ39WIHZ4oANfvg6Cg6zXiOhbhaTSWIQk&#10;qwgAfcEkvEVhPX2h6ai50GjVGKkSSxLNXNvUwZiWsfEKN2CSzItW7jlwjsJnZQeq8jrX99F0OlbH&#10;thJ0ZdjCvfs8r1tvGQSSfWsefNibvSmvsB6qxYFYM4j6KqhKblipBBl8JCgEoSSIViFrT6IkjmD2&#10;OOqfTNafNzZs2D/QW1Wicuspw47/Hf6wohhsMfoAXi/xYELCT8BhlXDTjngjkwSblMKsS1755Bt/&#10;PJ8UU0bQkH7d5MFKMuZeXbIN1A/Zu5S623jrhRYJJVrPg369iFprYJAlTH4fNGTKaaBI6m198lIM&#10;JhWuW11OtpEZ74OinW3pXPFGvIg++cQ7wRxg3YLfYaf1FA8MbrvxFlo49SQ6gm1OEJgLgpNrgcLU&#10;GpA3CbzqiShKO4DWtSZFF5bW63B2QxkGaw6zKiuF6lr2jAlkQ3ShhipI1oGvFXTO4ptVqbmqRJUP&#10;RTYiDbAh0QHTCjC1DMirAcbV2ozBOBQMGmnGTMYr/ndgOYXWA1VEY3wNZYqRpuOeaeCInxPFuKSs&#10;gjVWSNEKVsDIG40VCwMgDX/AEQM+CPOQUIuOsv9k4eBzCRBWNKwn3HCAPZDAIgXQNscyhUN4i2Z2&#10;jUmoUjr14XVjnlZAW3WSEFpgX7SFGlLSi9FVlRGnbJ3a6JmlvF7TMHuN5tUY8VJTh2QaISxC3bBm&#10;WULqSwNsrCEa8vQcFGCEcmDjA2UVICPAN4R14D0tssx3nr0ORDaMDqbT8la0KHrcz2GtMlzR4gst&#10;uVbmVD1SI04GtQa1UrI1IUfBQnhLaCqhU8mubYqSDosNyjT4ZeEzm8u1alxIlHQP9E1akWs8obyZ&#10;jEZntF7zgEqsTmksO+pJh3ubPOewSXXKKGAGdpMuP3w1Gi4qcvy3iyoLwnVxCU0HK088E/sig4ZJ&#10;9k42ev/yHTfQ47fdosnn/FkHSFSEqbsll8KUF0arWA3YND1LcpcQ/hCc+V/SmPGzgMjC/GRm34b1&#10;sjZnuLnZzRNBCWZwhzON/XYOVOkbyBEzsCaSQq8Gv0hA63SMpu5048zS2hRsIc21pzaJXt0B6jEU&#10;Qi3YfCtRtDnsY/aws3QtPebsfqnsMk9NErvHYtujz44HKjcNSf6e/KwSg8co6CYZQkG6xIXWN++8&#10;gR7btYOuOO8COvyQrbJPjJCOCoNTMPecN8ajmuuLBF1nhbIeg4FDXV6Ha6KGdyww8LiT5eu755RG&#10;PwVvxFUaLpdnS60DIE8slZMbhKVHki63htfdJi6Mt/LSe7wiAfzg+9XnNbzI+0Ofi/sqhxLg/RTi&#10;vRdioIZy1RQIa3ld75O9t5T9Wn43plDd6qVq1wBaYtSrNY5YAID9h2cE4NoMAENeL2uR3BisiG3F&#10;zIc2m68FiA0nQCaR367Y4LUK9UkGYKTsYpLSS1MZXbhmVfnYEkrZIoRAbWivO2qM3pY1hbUcftHk&#10;GmQubhbsYT6OKaCia59kYAy/PZIqXUrEC1EqEignsJm5hgHmbrmdkJtIe3RpCLZCAqSbZOHRmLn4&#10;ah2Fc3HVHnhMjj4hl8v/7popZfN8u2XFfWIZxnFSovjSYfCXPHlcaNLOoxVGiq17LczH5HC6X8iU&#10;3JLVvJkoKwhiUul8fhrjj3yWhAYB8Av5b3u4Wbp127dFJfC8Uzawhx97l8JDqi6kIHMi1fViPYGk&#10;0t3MlpnpHk4bDp+hRU5R27dvlxRTztiKckbxD+53vXhlynwdE2YLpoppKh9UapnZfrbfFRpjKszb&#10;0jXpyR5FeK2NK0KJwL5Rn9JKPn9PkuDUe1ADQlRSXBlAiGGo1Hf8+0Iwn1SwbRbY4/Szn+LC8nG6&#10;8offQKc+71yaARjWSlA+kDT8IIz+JvAo/RecrTjvawYn16xdQ5e95DLafMQx9Jl//BD97YfeR6/9&#10;/h9jCctxzL6Z0fCSKuaIHgH9zMcKTfBoHafYnccDrkM4hf3rn6Gw/ymuseZVZs21IACPxS9/jtZc&#10;xKmXm47kgTMPQNGQcAPYZzCrOnQTjTisgB66TcKLaqTy8sXr1swYhOwRfsIc7FFv3MxMpijNtzZm&#10;/jmB5s8V8HNPy4bWf9AQphoV1xBMgV9+06/SZz/1KfrkP37aJPM6TD/hmGPo7DPPpPMuvpBOOu00&#10;sdgREDCqZQwlJnWlQX2FeHfHp0nWXMVBLk4Af8smIhMS3NjeAw8iLMYv/15yccKbbSINk8J3gek3&#10;kU7qWkmJq+SZPpN/KqlRuJ596ikqHmQ26923U2/73VzTL4pcFzXRCPcew2FLFRUyA3oh2Eiwh+bi&#10;YVwXHXsa9U5gaTyv86HVyHiPCyIBVbYLpGdd7K97mH1y521UbONnZtcDTObYK3UrPuei2MJo4EHF&#10;bGhXwz8YntFeesXq0K00feZF5E84g5YYTJzlU3See8epjp6yA3LL1nZ8DtEkOrRR24xDeI/YyL++&#10;veMp7m2YEcc1M3qXv3z3/0uf+cw/83B8ml7/b/8dveK1r6P/+5f/E/233/s92rbtAfr0p66i1//k&#10;T9LXv/l12nbvA/TlL19D9/7svbR+3VqW7d5HZ5xyIp1+yhm08dBD6ejjj+MajplK3KAXcs38GOvn&#10;gKw2s/UYxUXx7it276WFO26h8M2rKD52D2+clSTjDvlnlizlDQip5B5oUHeFfCLVC3pBsHPlHnP/&#10;fvQF1L/kJRTYw9rx5ws8GCkClBxDOT87hSXMPvdxjolc2k9oXOZr2lb3NBLeNqDXPBcZd2j50MU2&#10;yzd5e7ZeV4ZtfD56VhgOn+QhDrP6ulyfg8mU5vZk2QD4eZl9Z15sZL0ztgJvBACo3+oUsgC7h5SQ&#10;2wbdnYbNBKtlxHe+GrfrUkWVEnMEF8mJuzZkNxZfsHM/mGJFvO7MTklY13imubdeZOUdgsym2ZtV&#10;JKFc2/dAbirMGsbr3opeU8g2dVS7KQbXlhjARk8hcvyoXsQSmmqgWCXXweWATJV7aqqwgKIpuA/1&#10;L/euYISD5LMk3odBCD2wkCokPEJxg0VkPPAvfD166BkmvgDo62IdFx0Z7CKcRv2Mk2+zyyGNLjbV&#10;iLcGP/Wz3lQTFTCHqEQW5fy0AiHHjHwM/HPNQNiZShIqC4SK4T4LLhTT0aC+wIIzZapLzCxWbz9H&#10;7N7GeiBnShf9ulqnu42pg6yxWmW3+Ey4ZvznJ7Y9Jqm9A+41T2Yf0ynUQpDe5mvasDw1hEMDPZwU&#10;f0MB+3CuC7EFpDUAqWDmO2+voSB/uciFoBrqF2peXSiAFoICNAD9hFcBTTaomCwZhE5bdM6FNtSI&#10;UhczQ6SdDQuV7QqUCgbUUDywUFCP6qFMtYPT1BEfzJvLHsyQLi2m5NZQCXpqzYt3tcVRK4pJpAAG&#10;MW0dH6oOSifHYvJ1Vzx5cD/gcVMBsPEdiZuGxxr8GlKKLZkpohuWFv3cEY9O/F4Zc6C0pN1MNfXG&#10;FsoNeYvSLAWqMmxS4h4JQj/Q5DiXfMmU8SITHVxvgH1RUXjRxHvdtRSkUuaJ0vaGAt5lzxeT9c1j&#10;woHAFd/I8gZIvWIQLiDFh39V7EO2BCYeXgOpRdC210jzW5RfeAiLKU1YliRh3kkwFRZPPJECq35e&#10;TES5QK68UqVRKkjzPUoQCjWMDJt6jBnIiwdDEMalPEdeZa3qEeNzUg5eE02j+mAlcFaLvLLQh1IZ&#10;DYWxFZw0UMLc6/asaXDCAOuIZ13fAB+AfU4kDaB+o4mCEXBlRu8iazeDN/PslIcVoKGsTyDz8OLj&#10;JgvI+ePb99G3779NQWzRUWuoCnwOSq8+VkOWFjhhwxrIgMO6ojyFaKStxmwsvbyONJYsFQZwV7Df&#10;1KKY/PLXluv4sy2KJ2DyaItGIXEG6mDyI2vCmuHkX4DPp5OtJukxVG68nYiTvKKGXj0pT4mTsfLU&#10;pL0611baNOEfNMFg0q9vPHMaZXBsqXT0pAwG+GLqgmd/yHvJNjaLxjp85RUbmKE5I5ItZ/KwmOTI&#10;wbVeteUnZGAfAKBe/iiB9lfwWlBP0QNWcG7ltMHGGq2R65XiRcOgH8JeCvXvXAIozq8xUyidBJ6a&#10;/UJ9yMRQu8UsWUw0oahNTb9QgFBABWbXrun25QBbgKeG7U/CuBOjbdfkpoik2IJgzOA1TQnnIYHw&#10;kPEM1ScjLJfYujGvI8qpwpJs55InZT2e4Lqq6iMuA8bqBMrZTNpWcM5WDsqTzz6QZMEk7feYGZCZ&#10;zdi83zpJeaMzwFdBoyJaGjA1oTEy/dTDR0AVCU4IfjwoI7bWqIvjytxx+sKywIz2NRoDYOLKgQlP&#10;F5dxYGZfPMiynlrSCLcKC9GNJU6nBr/lENDyBWzkdJXIS3QfT3ueT0l0oWGlBtvLZI9I6XEZRLAh&#10;gm+hzwZOqvcf7+HwnwU7jK/jfQ/vFAmtKw6hTeu5MSjUi89FnWqL0gBFGSfKDriW6DL41mWLhTUc&#10;eDHPoUCuJU9VQEEBtuh89v9KA0Rv0slo+wb2YLyG2GkYqC5jDq/7kCbSRrVowZ6AZ98uF/6c6oK0&#10;p4D1h18jm6RntjpqH2bULSFVmD10OvwcD7AP8us+dtPN9BkG/44+7niWebE/c6d/gLznZ4T1rQxQ&#10;VPCnXS/BRpDSrdswRSeesZFeGb+f/vqv/pQ++D//jH7yjf+eTjj1FClOffI1A0sHYCT/eY4/2wx8&#10;cREe1mF56TFbmMV0AfkbvyFm97BnKXxP6sTpR+/npD8u4C+6hLrHncrMtkUOzZqmUcHm/5tKmjn/&#10;RcwK3EX1nge5MOKTAkwoBwY+syEeuZP2IfDo/MtowFJY1JSQSLZBbRe/+/je2DV+Bgq5KZYCgVmR&#10;/KdxXq1lgPUH/s3rxUf4z9/3Plq3fj19zyWX0qtf83102KaNNMUS6yChMh1pfOAHjGEtFCNYiwjq&#10;AENyyNLGbq9zAHnfagm7T7+SGiKPGx+APGMYopXWQ/WqDL+VadjfhbsX48okxmcJ9jnuHboPb6PB&#10;NV8g9+TDDKztkVoJfz8oJZ6ZfaUxwKwlUAj2M7Wky/Jzs2YDzR//PPa2fBnNMggGn+zFsiMyQDD6&#10;Fvn57MNah4fC6A02MgA1fxvXsv/6afZA47CX2UD7IM1lUK8I+/lWdRVvspqhLDSldx5n8AaWj57E&#10;PnEXv4j2d1QRMyVDTgZl+OFejDqELCmYz/DTJ30fzD8D8cSuRKF1+GGH0Dvf9cdyRo8YHPv4332M&#10;Lnr+S2nL5iNo166nWKK7SH/4h+/k/aOkH/npN9KHPvw3dN8D99Fn//Vq+p7vuZz++x+8k37nHW+n&#10;r3zt6+QejXT/vffI8fKjr/+3dPmLnk+e7Y+WMGzna+umOup8woSBJW68++UqJ24MzdrwOI/4fHHr&#10;aI59p8M1n6bppx4QRY6QaGFDwPv9Wg7m29fnvRPEDGYievacLSqAObxvoVdhRl+nw2zmy19O/Re8&#10;hPs3JxLvAtZNsOESbzdmV8ZC+j33nU2recZLOWYgpw2QBFMHrAKUZip/8u9uAsi4a2PvZK6bOfSg&#10;61WymMLUopBiEPhYSPgQsArxejV/Mx0ckwB1wqmw1FkyxUGIGrAQvVv2GdTCxaw6AMp5Iw14l/2v&#10;8XrAFIb1MNeHKkml5TYvppQRX/ug6p2RpbNiAAkPvp7gEgpo4c/i5+2VQSjM/2hYjRGSpOfHswnr&#10;KunXK3leFytYMmhIWTQSU7CsBQ0fSd7jzV4eY7K1USBT+ltIxUcjCYXBMycqPlPooB7Zz2GuIMKA&#10;ud/vWGioKyW1V1UfXuyJEhOvMBUatftOYXAaFmCsStk7BIQcZYVPIR3CuIVCtLTg2EpvLovScKZE&#10;IlFQGv1VX1jsqjrJva/1tm4igEPrVTfuTekmmOuiZoXKNSo4ZwSfodmIafCHEsIgvx3u3Ev33XY3&#10;bT7qSBqxb98sDzedBYiIf59LiiZLkg5G9uJ7AMWovDcoNkDqkWCPwlS6DZu3OP6IzW+dWrNJEFcJ&#10;lwPVMenDZOGYrFBCMg0n9U6S4Cg3iE5DIQAOQQoKpIxvKlK7ELEsHg6YBMmNQtouH0y8KcErEBMH&#10;NOu+VA8bTNoBegEoAZjTkYcy5sm9c7ogvQE6AJqwqcVKU46ERA46NSSl8uAr+gwwreapV40UWTTW&#10;vFggnR0ZxXVkPnbVsJYiBxsEgMxawMyBeD5UfEiAcQhWIx7AJQY8IY8FXVwTakfyPZCzAowDSIaI&#10;9grfy78viSdeLb9GPJGD7yE88STBFu8tLEpMO/wykHYrv/g9LcJHola0H9Hww8WBsOoqA12DNRUo&#10;WiP/XcU+Y0jHhe/EiL8X70OAOf7ZQI8BOi4xmw9Tg30MEO7jB1Pec2Lw4cFFWAcShvl9gZ4e5brV&#10;UohrRLX5ItiktDIGnyYYqdSwsMlGNH8hl0yavTLZNO05yObqbErrWSYOfzpJYvVBJlp4uGBcuZa9&#10;ZMB2gEfeFB+yCBLBz5hi2Q4kumA2Tk1hg+H1xcUvvPbWzE7z9/ZpdmaWf/F/n+5JAYufC6YWfJbE&#10;SBdyb9Bn+X/4eVOcwgtGI4DjQuSiPV7D+oyAQjzVQ0gMvzeWBISpTXTzrdfTk/fdJ+tGG1Y160x+&#10;X9icjz9yC511/jnUZZmYrmfeMBf28YO9TsIHxKA46GYJ0HPESPW+vfO0lt//PAPnX/jKN6g+/DA6&#10;hu/BFeecRXt3PsEphTfSo8NN9ODjO6RxBSCYGAEAOWf4ejT+Wd68FZIEsJHTRkOlvLlI1wZQgwkZ&#10;bBLizClXwBEfx7w8nCVAOWrT8kPLZCyaQX3yuAw5yyMf/MZ4SV8f83rxLR6Z7k1pipSKACceGYU8&#10;M32+X2s2HGoTKt2mhyalc0lSz3+/gLVOmjLn2Xux5uIPfnPD4MS3ZR+GAsxMOWK6QydunOXpVGnp&#10;gVEp+XFlqY5PGFOMmYLtzSKhNiPXiv+8i98rmqtHltTItTDpaCcq8AP2cSl0/VKeqw14jHhzx3TO&#10;u+ZaJ5s9uTooMJI0Efs/9mTx/yOZAsvLp6LGjL+983mP7xo7rhKJrBcgw0Q9krZbGwA2ZZ6CPiYL&#10;BqdsGKcHLb63tiTkuBpa4CZd/1YmfATj+8TW745aDAq3PPU4qrlI49Ge1rh921Tr56UAGlwnSS+W&#10;MA8uquAD6IJN4UNa5bxn8PM3vZuO7j3Ezxunv4mEM+RJq7fvSb53ydjOjQGebuw9ZVmqa4FlNiBJ&#10;NOeG++ZyPMVkK9sABOPMCdcqkgFSil+eXSeXzEmyXMalo7313W0pnDHzXBPuIX6zUQvFAbMKduyP&#10;dNuDA9qzWCjAReolRDbk0rRxM68OlU3rfROSaK/vZOjSAhRbEvlgbHlnQ4vEGHROC0IMboIFuaA4&#10;ggp+F8t9lhY9bTm0J7YXYGcGGRaAWetEsisSG7GZ0NR7x81tJ6IANy+YQjdDgG0d/uG9jkl0pMCs&#10;hF3XLfVzhpyIrAzQ9LBGCw7SIWa6d5qMJ0bzTiFu/PfkZwu2RrJaWRKwT7dLBMAgBwt3VJ0GtNBF&#10;ei9J/VarpQ+/1wVO6oxce53EPngIpYKsZWDlXtFK2V6RveyapL+2X6v4hMZmfTW/eCeR8JGQ5wAo&#10;uGf5HOdpJt1//930yEP30QknnM7nbUfWiC/0s2MAiXeCQQYGjJUUrxgu8nk9O8MgLrOH9rOdBQfI&#10;xWSEjtdamuNUTD63N25iSRfv6UgLJDX6j32wo/l7dzFQAiASCgU0RPAThiXHvh0UWfrKuj320e1p&#10;oYzGr0rgRN0A4VnlsXIq9tNywNrf52hZNja5lmH+apZ4rpGlhpjoMTpIFpYfrGK41juFU42P3ryR&#10;XvPqV9EVDFYcvpXrfa6NtBnsWbNVCPe8bLE+hK1hTfNK/4R0viUmdlYXtC37RGzVGhj4/DxnWW1b&#10;sjyBJ6wu7XStkJ6VUj5bqg+rfbwNhkWR0EqGb6J+XN5fqcXWyLYjLauOzMh2K8iVm/HnCgeay+cN&#10;ucQSUdWBT52lBZgRmmhm9fTvuJXomn+h+uav8xploFriudScX+ogJOOC4YIlCj8/OedZ2TR7GMXT&#10;OYDm4peRP+sCmlozK599YDFdBTeJI7s34nHJ4T7lHbdx6M0/UWAWrK85yXqDlx6ogz2Jk5ehDioL&#10;ZdbAFxhew5EtBYZT66k89/lUXPG95E49h4HG0pIlNTQNjD/UEp6CaRxic39dY9Ow4r2eSNDFHolN&#10;uLZmHUGAHQRgWMgfqhQEFZVcv73trb9BH/3oR+hfP/95evX3/TBddsmF9ASHbDy1+0m69vpr6a6b&#10;76QN62fpoYcepF07ttPzX/gSOvLwdfSKV15JZ51yKg/Ze3QGs19/4g1voEsvu4x7qKFcby/ZTQpi&#10;SEiMQwilnVtygoxkrTGXkfcXJU7gTJFAQAQtcMBJdTUHfHzr89Sdf5wb9CbICcq0Qs5SVrPVureW&#10;6FPBioJXPw83qnVbyb/wVdS78kfJ8/XGINeLKs2UYLbOakdNDz85sIsrp11P7EStszdO/HncjjOd&#10;CXnm68YNi13LDiGH6kSX/azDSr6WsYH/h+gZC63ZhOgBUgureYYIpmGbI+z04pZvHrCw8RhFlU82&#10;gzKVAdd1lT33U5BDzCC9KmicrdHQOtsADgJc8bHpV4IFhjkLmdLXpwyACYtPgktVslpb7eyC2XtA&#10;a11ruALWrqQGV+rdt5eff/TaIK6AxSY+8QDzzX9PyUlepLv4acBfsL924T3LRcE097u1pPtW2rNZ&#10;jCyAJvEVrFU1Ia9d6UaekoBdCsPEexsFCwvUmk0UZGDxwR5spAAn/PQQIIhAT/hQzvKz0+d9qM/k&#10;A/TnfX5Gu9ybdxkEFBWRV8uOtCU2pE/zMowNc9tZuJ6CZC77+MXQAK2ppkyqyXTv0rC4sHMXOAr6&#10;IgE1SzvnhCGo/oaCT7iGbShHvwGrLimL6roB3exeu5ZSArZ1si6AVzn1VRQA1/zTZ/qlYF7ealV8&#10;vEWwMNdM0catG4XBWHNR6sNI2NuOi8/I2I+D9yj/Ini3Au+p7GfytQaG4RC+5Vo+l1h3jFcdcc7F&#10;byu3P3wvbdx0grDfgqGezq58OohcZvPoBZXUD5Ob1hyUIWaAKOTk75doChMVfnOS5BpGWQsuXg1W&#10;TEqqY63gELxZOhz/LTJhQSmVUivyqsLorYbGx5RGhYuJBy8dvFHlxkVqXpHc0nciEV1kgAum1HoV&#10;EIM+ysVUaQEOKOrBYATYiM/cLTUYQhebyWidN5ZdStEpMlovUt6k6Rc99UhYVdH8JCQG3AITNO7b&#10;fOuokeNio8ZBVsc6J+KNMUscZZpwDIWxIaJ8X1loIb1gnQPSbbGJVNKkqGkmQEX4GwKRrypNw5U0&#10;tkojFSF1lkmvK8QMWDYpNGJCHVaGGa4Hvl98DuSzVeq55JQt5iRpUI07U5w0vjYbTJb2uYqefEbZ&#10;KOpKpKaFgH78GRb3W1Ks3gdsaP0p9aSLoS/f12HvkTVcvACYxfrowkOPSDY9kbKYmTokuFKw2vsv&#10;vM+nT1eMWnXTpwyC2T136venPkylyto9gPNp8cDBde8we2yKPYLu3L1ADz1wR2toHDPK3ymUTYX3&#10;ML+4qNRn82qEZ0FITE83USjy9YN3kExm+H2vY9CyxxPLDt+vJX6oA28ElXw2+BcAbOjKBg5PQlwv&#10;iVfvdbJHRVGojDrTo71bFgrQyL+93TNvtHZrWJ1KHceYTK0uMCd6JUYb+YbMZJc4eX+4CTAiJo+C&#10;tq9ObHwCU8afayEaMYfO6nsDULXIG+O1t1/HvjXzdMppPM3u96XJrywxGGsZ+1XdijgYiVfiosa9&#10;yz2DBNsLGwYHxH4uHBeWsM9NSYpr0+jGVppfzCzHscgJ631aMz15DUwit/KzsI/lZI/wWn6QDfsG&#10;fL0H4ruk37FoQQBTvhb2H9KcHIO+Pb7PAwFQ9HpgbxzZeut6ZbcOIYsHpd/AJKyH2hhT+KWJurVI&#10;2oYiNxfhgYCiPUkNVu8d/P3ILnmdkg7JLSOeoPip3WpefuMj+6TYxu7QaaUNHij8JDZE0WXAXvaW&#10;c00T6loRiopzBAOv9IfUra66zP4gMfsNOuuduwY+K2Cq12LKcg71csQx+W3M/pOxzVnNIF5sy1Um&#10;SDFJhjCZALqCQrIpuF3LV881z8ty3z63aqLomP9fXMVIO04a7q8elym+lEguxwAlWVDkp8T4+2YM&#10;rcC5hRJZmnrbWye6puHOya+VpzjBAZJwI4oGdBRZCi6SGLvwCD8a8Plx10O7hDV95gmH0qaNzG4p&#10;mck38jZwlJGBrKEFfp0agBj/9zCNN8jfxyARpLEh4jyopK1zArhFS18sTRIUMiQpvpFRheIIkIhJ&#10;Iq7EAJXVSAOtbFEMThEcUYqfrH6fpNiHyqwS1HKiFP9hLp6Z2TMQJFJrJwycxH9XFrPK2gtJHK+l&#10;vvriRz5EO7c/Tt/7I2/gxNUtAlZGs9lwB2WPFlug1nIwsFEyJjllsmyopSFff8gsveRVL6MtRx5N&#10;n//nf6C/fv+f0A/96M+xh9ahYolRFs39jcbMBgNZQDskqSNM4CxmZvLZO/zG59kj93ExUBT5M5ID&#10;OWkXUqOSgzfipiNYssuSoe4sLXoGGc9kORv7FgZO6e08eovUN3WhrG4Janr0borf5HP1rMsobNos&#10;nwGevUysUQ8cqpu1+BykoDF+l2mC9gzPsi8f1vL3vPJVmpRs+2xi9y/3yHLPLE04rpop2wIC3MT+&#10;c7Cv4VqpugfPjHMT3p2x9dEi0UR6b+v8zq5RK9D1Y1zlLcRVQMiV2YM5GXJi4CVGHRJkN9Q6FcPb&#10;u26j3qN3UrV9m0g7Yc5fd/XwKmHaD6C2DEJwECscDl8pGUQfsg9f5wxm1x3NybfrNspryOAKPUDU&#10;WkIG9LzuUU1Xjz5Ms/ffRcO7b+FpyEMSGiG5QbwPMZbO5yNbODEhYLYzoEUMpDFAZHLfnOd66KgT&#10;2ZPvdCpPPIsTzdeqHZFzB2cJMMZidwfNehSfcx7QdoRRVAt7CH0Ans4nn/o2/e3f/j1LcL9Bb/7t&#10;36UfeO3307XXXic9xe+8/c30Fx94P13GgPcN136V/r/3vI8+99lPMADRtwBFos988hN05q/9MvfS&#10;C3TpCy6ji59/mQzNsW+qBVRXBzXoJ2K14tmn9k2ajFrw/awKSbGkgkka8Q5mJH/tC7TI7MzoBtz7&#10;DtRWhRVzI35NqXXUl8hS1aPs8XMYPLGf1+jos6k45xJyJ5/NN7UnJAv3TFIxnpsz5oF5e/HArzDO&#10;7CML81tJENP8rLFEctRolbKckFTPTBYaPPaIyB5h19BjRr4w7SpjQXkLsyjtKKw1GCukXqbUlNwU&#10;zKGAhwHxuIe1Gekkr0ADJEVOinpwpGQhLam1X61M/SEWG1Ftqmqx59L0XiW0aDwW/l0AwZHiIJLy&#10;i7O+FuSMdrPtk6h9mHyCWsB5sxkrVeciTD/SYDABkpNU2STJAET3cZhjnwkpXWQe8OCnKNTmQRTM&#10;Vch+2eJ5ic9UaZ3hqPGwiyahBUwgTEDSs2Mk+IsTwgS+b8DEJfgOT/O6XANGH9Ju+b31eXCGZ7Xf&#10;KS0nwayFbLCu7LOYLbhibIBib0QFwUsEUC81uNOpMk1IBVAbmkUVri+ITZqzMHFEJw94ZxZs/EmQ&#10;NyAYA5632l7fVF1KbNI6S8g4SWoc9X0F51Yc8OX6yGsPDbAW/ZjQTBh3EVswUyXiVkNFJcFJDA88&#10;dOd9tJ77/KM2b9GQjuDM3qwWwpoeqIX55PDP6Si+Una7SsyoKjvw1MdPhiH2FJWLbPYP5lq3nlWP&#10;sKJoyehsmpWa82QOikUp3NckmVXzezDqHMtnhQ2FEjN6LT8NAZWivlZjQWisxVwSoAImpwJcNIBL&#10;AWZgVHN+XCwnRn8KHMrUGl4TuEGVxkTHJBN10fzjGGVeiBI3nhHOZGTJrw1NuyDeI2Of1RoPr9Le&#10;QijeJJPyTst8366DpdF48zkBpyhNAgRtFh+9INI7CV7I1M1aZXQWzY0FCpq5LKLaIAH7PSEZLk0l&#10;x2yFnRp6Gzhi/bs2IWL+DXZQKew8PLh10ARcGMMGY9/h50soCQ4T7JsAXoW96SUGWthoNhZ1diLL&#10;+zefPTEDrSxkI4aM9DfMAJUkkXgp6vQDr6vpO+qRiKnZyPwDE9XdS1KPE/KRGkPXkqBYFLqJdSQZ&#10;F6EYpTykXSTYFDrFlqKG2Xr9Xt8aLGv2EvDo1LshSWaVHVUsq828ElBkGgFZM6YhmGaApdDt6ecB&#10;A7bDSYE1S6Z27d9B83v3CfMpbbYJ8JNU6kKvI5igYBOkfzrdbr6HLgEpRuP2HfVfKMSHEkVZQWu5&#10;+Vhgo9bAhuejpQUqZ9aLJwDknmD0wchXpjtFR8BapA1LZLkzabRJz5y5oaamOmdfZmCP8tckKnNs&#10;saNyQ96SNjVhtS5P+0O0mPqxzFN7xbROjFGU2AGTNV8T2Jsmio1kx014hYBpg7Uz4JTG67lQ7nOj&#10;c/yJp7GXaGETPS9smGgjZUxPfcJlhZmVWEC1SFxm+edCMjvHB+/80kieW7URnZQqj0/yYy4QUuES&#10;U2pPNvf3whBlL0YG+9Zzs70H+2ltBmSC1pfiFYdGHSm8szYPBxA4SsMTp++/Nk8TCdRInn4ypBGj&#10;A50iRp9vVtEqxIYSmlII8DcDPw4zFx4ZuxBTzHRjwAzERAwWCMM2w8Nks50WwCI+W62vKVtptbGV&#10;fBsnAMD8M13z93HcV32siWpDYS621krUIJEUwlFPTLYnm5ERaQrvIDZy38p+hjPWmIQGwGxY/PsM&#10;tQsKcjbSDJfZLS6l2rYbzgnALzETIy0PtovRjUmllyf5upXsCCcrnIlq3x2Ex30c89xqWLVuucSw&#10;LdFvvQIKTZnaUiOjd3EVcIiSd994m+3SQsh7hDePTRMV2LOnj7MO3lIyqUh5vMsJt2JTgMEfM9r7&#10;3BTctW0nN4ADDvU5nI49ar2x9DpSbC9yYwvmky+maXGk+4bnxrZgWRX/he2pYIKTsOU1IdCrAb4B&#10;fLUl+gmrpapt1qmMchcpG45nQAJ1jvj06MSbzJ8Fg0p8vx57KiHCALQobCrsFTDspn08KptGzbt1&#10;ACj7wACDhCU5T5eGe+n2a/6VpZ+cwPrjb2Rjd27SeVpc8rnpDgKEijHmYU20c9s5twIo41q2brIq&#10;+D1BKTDFyZWzdMqZx/Lb+VH6nx98J/3DR99Pr/uhN9Lxp86oL09rUereDjky1ybG5imY6U9HHUtu&#10;H4NyN19D0yxrHPED62utWwYP3y1+uJ2L2ceKpTEi92XQwnPjw+76klAemcnn9jwiYIlkJ9aw3uCa&#10;5qF7qGB1BF3wfFrggI+ZelH80EpXjg+oQngO3lfPVtD5TJR2zuplvWdDeP2WTWAZmV3KOOvm4ME4&#10;NzEYiAe0DXCtUIz4LADRePDJxWPnw4SvWOuZG4f7DmCXEA7k8edaQRPuoPwMm+TZqNZh6Js4jAFs&#10;f3pyN7n776d44+cp7niQOoceJmEyYGdApglfMgwEELoBOyTPTBk3KiTwYpF9+YgB7v5FL+Lz3Ivt&#10;URDWDph7QepZkScK4Md9GlhDHGxD3/gyv4cnmHwhb4bCHD+js33xHcfmEuG1xX4jc7xHwLpmhICb&#10;/uFUXvoCcmdfLGmvs32njSazztRaIx7k/XXPWBqa7h5eDzJCZzJCDCaf3LGL/vJDH6bD1m2gT338&#10;o/SOt/06vfTFL6S//+jHxIPyz/7oT+hNv/ErdN6Fl9N7zr+U3vcnf0If/cd/5E2T/d35bNj2wL20&#10;sKBeepAB93mPhOwXQ/fUx0LpI581HXyx8aZFH1UI+YHfE4NRs3wd67kRLdx+G9FXP0f9nduYlb1H&#10;9uuiHElvW3SmVU0VvEiipa+Emoh9vBYYKEHPWK45hOoXvIpTx18jg2n8fFjXhMKb7uZAWPSz22li&#10;S47+dF+zzLvPNwBd+1mObdZregba6oQWK6kdOJZDQRKBmYHWem4vFZxmKkNZ7pdEEZV9rZUxpwF2&#10;DZRP3pJdjYWnX1o3NGLfDGeTV1xSD+Eeo6YZGHCXahHsqZUNK4MNDgBAJaBPGF51Cu5wMk2uzctf&#10;CDsGEqOuhzoQEtx9++YYPGP27KwCfSlDAf2gKkislk++bubbL+ETUZN7QfqAwn+BQcND2HdyodO1&#10;sEzFD9o7tzd7FJcMsUmDR0NstFuVKXXIArXwM/Cel2odbgJPWTsF2W5XZdVS7yhGAoAOVkFgsYEA&#10;E7nngQJL7UcKkSsLwBbS/qgYCL4Pfb6kKSeiWQzGOtT3D7bsyBRbwJPU+qr9bDZ1bIzNeVikZGKT&#10;xgbrcYV9GZozKxjWEoQsVMgzm/rGzEBMqhzza3bJE116Cr3XeDvTvjDCkXqjinTYegL83O2P7aDe&#10;TbfTzOXTTMLbwopKC/QslXAlLGIE0QKkAGaDEFADHmUgUWkAa7DgT9SkwXx4y/40e6oAKMB02YCF&#10;JnmnrShInkV6ypdOb3zQ6FdhOgEo9ADNKqURSzpTnJKNEbim6q+r5rgPtQErToBBDdgohGnmvUZh&#10;hzp5KOHGF7mIEZZKhNl92URHm+5IyHko4SocdAuynRRSqBUWkBFFpgekPBlm1qbrR0MP9lus1Twx&#10;+qFJUVViTK2USdcKKIitiSkZEp2jmpPfnkl4Q4h5mliboZQ+97rwxF68FezhTTpNZtyZIqkducxg&#10;SEafktYErz7SYINkYh8khrzSRV2rJahSxFXuhsUxEro5/+ylRX0vRsUSYKZOLlrOosFNYmaegtEQ&#10;fwVi1bNLQNjoTP7dsc2NNIXW0ngBuqa0Y5EulgZSIfEHm6ixnERm6xR0Q9Jut6dpRLh48KvRqZv5&#10;IAYSkC6YGSQCN0SuUyT5lBXB5nPkLH1I5rqFN9nKSI3XudBxBnqhyQJYCMNqNLN9liPtrqZYFvAQ&#10;g+UNwJcPNtvInQHoA3hbIpo8TYpaMiCfGIet8AVc19KSdEDLXsNN2f49j9P2uf38YLOUg72IetyE&#10;9rhQ7HXUewjXAvdLNjzzCYkmy8Um75OU0zS0LssGLRIhtFKM0hQrNpZYafjVmDIauBcaCEU9FLU5&#10;r0l9HlOylNL7FYyKBtynRTwm2Wmn5kWypyCOFZFxzKdH/Q1c1E0U8q3buXDbtJGZK+s3ZOlMbdMi&#10;fJ1YBNhnD3Gk0x6wjAs1BPA2QVqolDkTWgdAYlV5CgcupTJZKybRpHwSeO9P8T1aw7f3yD6HgrB8&#10;fcAeW8N8bYMwgeV45vc+J1R/0RHIoCTY9KZ23gYJkYG+WvZDfM6lGM0BFew5gFQ1hRxC0TCMk9Ej&#10;DuH5WoFh7BfTJpMZgn1q0l+wa0ahnvBos2JBgMmmkRvZPZS921kalvB2Yx5c4L+NVrlsCfwrxsvD&#10;JAzPoGW9ioxapo8G0OH3nuFGlciJQl5GvsXnqCMtY6yORAYazOtQZap7+XwYRvWdo5ReGd1YuiBN&#10;MBHj07eoqze1xrqLbvXwydh2oIy0AqDmGoDxoFk1Bwq7bKeFttRzKaAq/TnoqkvFcZqsurEAG59T&#10;lJ2ldzfs6Ea4nAz+nd04L5KONFhSSWrMnGI9p9Iem+oX2IdIwh0P8x7dvsBMsnn2ckIjXInhMsIu&#10;Boz49motDMGa7xYqzSoZJMS0N9b7NMAlqB2AM6+bvLKjtjB4LnsS7ATAz87pGGxvdPB/NgDUS/2E&#10;MwWSXOw10eRqiidp6mBi9/vCGZPQWIHmsaYlggKKwjgUR2A+D2FCzbUYGD1zAy1Uh4N9dOOXPk8n&#10;nngCnff8l5Bni4vSrxw2e6CgUxcPtKTGAT+c96OqVFkxD2PXcvrtCWeU9IIrXk1f/tqn6dP/8CF6&#10;/U/8NB2+8VANUysaeTCYexLa5LVO6qO4ZWuO0Ukn8M9kS5V7vsUylyeyL2pR8zDsyUdo8aYvcZDl&#10;y8hxQIcwG+FzyHD99Nb1NDr3hUS3fJXi3kfkWmGe7BkA5k2U4hMPUPgWN/vMlgrMJBRFh6w3/6w8&#10;3+J3jVHzdMmfKk2Sc02UAoUxYceBfGrJbA+eQdcO50peRgdIb4nP/pO47Md5MBEOk26h7aAht7Jt&#10;RAtUoGVfE1e4i+7AzqnRrXi3G+aKDVah8MAwmaXl8fbrKWy7i2gfhwktzom/eM0BE1I/wf+OVJmA&#10;BQ7/O/hM0RI/I4dwAut57FO59RgKGw5jBquqXDoCSg1lQN6xAeEU+gr2Hy1uuYrqu2+m4sknuHZg&#10;e6IZrqs5iAysPTfr5etrVq70eF8c1ea3BR/A9VsonPsCmj7qeH6tQ4SRj5p9np+rKf7vIzATvX8G&#10;9zqOydXjqkzNNmCkTC5IG+fYc/6aL36RjjzqaDr9tFPp1HPPowvOP58evPsu+tLVX6IHf+rH6ef+&#10;/S+xRHcXXXPdN+jqr15Dh/35Vvrxn3kDTTP76Jc4xAZJ1H/5wb+i551xFr2Cpe7oO7RP4NqPAVFR&#10;fYXQkqmGJgF+YqNECEHFey3qkhn+uiV+H6MbvkWdu77J9fluVmvw7sNEBYA6cQQlBddqzL7qslWP&#10;cixqGeiCGVjPcg8zs5mKS19CvbMuosj2P+hn0f+MBHipNbjtOzlucBOJuAcBBtJqZP+4mnNf26d4&#10;3P15vGaKub9NZzwUawpYMSi25ynZ14YYAlnyrJo7a7Ujvv7qW6IKg5a/mvR40teE3J85U4QEA4pc&#10;6smCMgWd+frmADnU3b6pINuS9FA3A/40cNENWQM9xSNYmLZBekL0w8A9Cj4X98+zLzuvb9hOgcwB&#10;qzPvNWgUSa3et54Lk8NK3W6+e5EU/Exy1hnup/fNs90MB+VUtSrh8DlFzWnyYr1eSjZx1n+kekYB&#10;MK3RgoWHDqqmjgfADSBQ1BziVajXF2o71D898eO19ymDYE0iRlCoePcVQZmalKxPaiv91H+2MoJM&#10;8mhOA1UFdvUWC3Bn7MDCws8SoSXhFCLPrdMad/b9qqpEDSG9vTAFlRkIGy+X3eqCAX71GFloPJim&#10;lT3jVOUJNjXkzXh/a7wyCJPKCgoMWTdQFxb6HGNo8fj9j7C1F9tGsb3X7NQ6qYOCSz1XsoDQeyth&#10;tEa20gKGFMcrzMoDTFDzZi5e/sofeOvMBtYI97qyuCWYgJxNh7Uo9e2DzYCSniV46UJ00iBrPLOC&#10;MhpDp5KUQkICSvlaFBzwUytFnllq6immJlH151254E5AHS9BCSplBOjhio54p0HznXTePVzAQkMI&#10;QBkVNpT9Eg/BopDFieIXk9nkFxKMcZQ85bQQr5SJZGknYA2iMIavHmS5QWTHKoHFgwrfCiyWIPJj&#10;SGRH4rcHOTECMfB3UTz+EJ8+wJ2U/47vg5RTiJTAfuExKIEllTQXQ3k91e2TsPJUgitAYV01rV2t&#10;unvxGqwV0YX0kOr0M4N8BnnfxqBThl8lTYvIoyU+u9YHFDHUZvDsMwPJi99E1+4XWYKXgnKlSLXg&#10;CzDD/jgA6aSg5L/rT5WaHoS0WvbSKw3Egx8eihD8jnuDewlgDtLYtby4QcnvQevPnnwzPNWY4cj5&#10;NQyqTTGrostMOoBZ+IWvwfStI99vCTS2JiWJ1NiWZE2XrFGT9Oqm4W0NWigI/CFhctzV1GbIoHo9&#10;fY+9rvr/TfHUYobZYlNTa/gzr2Fz3rX0IFv83PLNq2n41JPqJdImvdgGl9h7G1iPf+n551L3kM0y&#10;xZNghv17aZpBPH3PavieGDGYIA4sztzzZ71nx5P0yMMPCxPjgnUc0b3mCOp8+xp6amFID+2M4gOJ&#10;6a2kTXe0wfaFN4muzxtFMi9tPPt8A/olZl4CXXzTuCfAztnPiGM+NK6lk4k55TonJ5shfQK53QrN&#10;QLN31iuwlSjbC2TrsAkvHchgIuTcTg+qBZZNg6Wzif37YqlAvlRUMh3Sg7iSwAs1zffwQuGpdTCg&#10;c5Ffby/SeflnnnJon6dj01pgt81YW8Kg7JNgwHXLoiR/kDYbV/weamW47WYGz/ahAooA2kZWRMw6&#10;PSDAOIOZNsDvafs9/fAieSqSestVJn1z1CQl4PpPF5pIPUyy4qxc0kO2YwVRbeE4+T7Xo0yplwKH&#10;GkPlNPXrxDQK0M/ZoybyftxLz1J2o7IWPTXfV4wlBWvdlgrA0mS/y9otR8vSspTVp3JcyjJqvU5p&#10;gikzDkthTim6fqyZ1POv51QGGiRISgHyPhcn58zsp1P6D/K9mhdP2Y4FK2TPnDH2nQVRjXnWjD82&#10;489Cw/UlYwZOeh2ONbRZgr96VKqj1gu61SU9TeLu+AtmmULrcVcVrrewE7MBQaATy1/nmYVy68Mj&#10;2rFHQeY6NEMGSdZ1ti+Z15fIokIjPHbtPdS1UjeT76dzzcR9TArWsJBV0uvGvyYm5qcCdXv3LUrR&#10;i2R2suGUkwR1/hzwqUEyq/0crBwpuAuTl9hZLAOrwopte/6T3AfAm7AcYavQ8eLrFJIXjgGXYBQn&#10;f8vGZkH9l/B9YPXxsSjpddjXO+bT0xH2pOBg8jWaWo8i1ckv1CbORvXw+gFQhdCSQaVSl5rrjPvv&#10;YyYLP4CbmDUOywNhsAszwZnvYN2EJS1rwN0qrvrmLtny/3MWWIImBEMzkbegoVkzTUcddyQzcY6i&#10;W9j3dtu9d9KmLcym42LXmVdzYt/7urL9x1vAGdctfA5HJNWv5YHO9p2izqj5HFR2JDOR+HytmXUf&#10;+3zG8tmN+8d2OTwM5T8fup69/Y4gx3sv7d4lkhhN6a71DNnHZ/qu3QyEruMbMEN28+T1hY3hbcDq&#10;Wr5uq9BgnFvBkcxNEpva/nDuoCIuHB3oNZVZITIf8cYMrXlinf0Xx9IEV3tdt8Kv3HAmL18bBraY&#10;c27SiNDReN2Q65DGW6lx44ut5bWCn9fkNcvrdPl6jNkD1edrFsmtwFpawbPMLTePWEnm67NdTZv9&#10;r/sJnvdOkTwNjf3BHk38ABJdx8y6r3+WikdYRrvwJPcMA1ZyoAdh0Ah7C9d0sLvpigUOzhfeDGY3&#10;UH3ihRRe9CoaXPJSiluPY3RpjTznHkCu0zRPNH0dNKjwEmeprv/6Fyh89Z+pfoBfK+xl2e+8MFs7&#10;PBEAc9911M6jwn6NkBawQrq8/k+/kEYMyrtLX06eGbX11Aw0N1JDBxsYunQotM7QA7HCtLN0rb1E&#10;f4l3NZ5t6zVTiEBdJ3ZPpIcefJQWBoF+/Vd/hT72yU/SVVd/USRyJ5x6Kg8LDqNrrrpa+qDpmbV0&#10;0YVn0atf/RravmMnp+5uoxtvvp5279xBF192kfQORx99JF352u+jyy+/nAfqs9ILiJk/apKyyGtT&#10;Qh+okHqtToYm5vUWY7rfbEnEk0B/2000/NSHqb72Giq23yweoahPBZSoNKUT96hbac+sNVqh/szM&#10;0CxPOpuZfD9Ms6/4QYqQSJdqTwTGnxBV0vjbK7PPjcmT3ApGyW3XPtcUT8vuiVsG1q0EatLK28Fy&#10;MNCtULqkc7q1OWTVT2y0H2kvSGEJuV6QvNB5Guzczkz7BantYbUEj0YZFIoSMOpgLqh/vLf7FEIY&#10;s0ZJwF6q5UP++2Cgk/bJsAwTIhDWoNe+Lg04xL++VMzDFT6HjAWT71ICitNnttBByGgx9BIP/wqp&#10;u/O0a+duBvsWqT+N8McO99DT0s8BF0FfjbO/FI85QWnER56yypAyacR5lxn4lfmc45kSqa9r1VI2&#10;EErXSgDSfH+bADpzSFbbqRQuyn/ej8BPsAj5/cyy1dY0lIHonbmPnuKetWvYT2GBHKL6xHmEHAeR&#10;zybPQyM1JbDZfklAJ7UCPu29J7Wkc8lbWteSkqQCtVErfXbjRJhqsokJtlU7CcEERitgJJi2lnJb&#10;mz8f1krGxYJdt2yrFluJuXpkCFPTrKPgZ96HyM8X5qmZmhcLa01nPopLXhf7ntot6/owHnx6Sdgt&#10;BFsRaTks6cRvuM6SoSgAdkcsSxyzv4tprp+4ZomMYcBzYevZ57+tXL9pq0yNhljEMXkU6cRJHjvf&#10;SPwCNUV0Yqc5SxrVZEdd6JC6CdvOooVDUWXUWBhLMuEdygJEwIWqYEZy10DxrGzKLykxBh5I4VeY&#10;FFQuVldplWTGzfVQZSKt8UJOlbH4YkmgQUqKb7z/ms0Pn2OUJXaaAGpJKkmuYQmy6pNl5ptFmWh5&#10;tlArYVCJrAhNskzdSzXgjCZ/Nl2/+PCMgnW1XiRzHZ/aWktQlYK9NFpqkmZEM70OdsAk1ou3xN4k&#10;NbZrZ4i4fH/UHJ7kMZAdQwQk68n7CDw16Yr+PxmkF6arD9LQiO6+1AYIIKAkN0tR2RHGwYALCw3W&#10;IElu7hZ90cZDKtmRiYOl4eBnWYGU2Toi7VY5pnjOxcTgU3RdvBRNSoriKpiPICWpKvzHsIaCpp6K&#10;NJOLI10/6qmAn62ycoDVtRW4vIl2NbBDmtFCPfVqXleY1uHzd7vKmEPUPRJwl/hw2Tn/CA3m90mT&#10;mxJbXSu+R6RmfF9RNAzEJ7EScICfSCmU5DpIIEdX/SSwoXRKWx9m9G9h4Vs3bpRnaNCZ4onjPK3b&#10;3Jd1AA+3fh9eh10BrEuk8iSWZyvFNqcIuXHfJWcGsmlikCPGzdtFnvFAjTdldOOpe3FCyJMStscm&#10;5S1fDGPK5s0utuUA7dbDpikJjLdiMholOifAOqWPCcs4hBwEg2v/2I7Haf22e+i4E04VgHgwUD+a&#10;OirV3mzXlE0bsIGqIK7I5r3cPPPWMlhiCSBv/usTPylaUtQyY+4JmWiMLWZBzJ59ApBJwh2nrjGl&#10;fTOD448uMODHS6jLn2HBDr29NnnC51uqVFs6H1XqDXo/1nNPAnP04MEBC4kaZKl163AM9vyMWgdj&#10;YZ4Z6iGq77EW0E/9/LzsslxPtSq+KoZ8TzPX1xLIOva3wSVj5OVpzsG5XCwnMK+kBMw17D0Xx32g&#10;AJDUE6IsMaa1qXBi8OE9LLVBRqsW63SOtF7X3PzUzy8x40yPLpNIyHYtQGbUSoWbMxmmsGOMtahH&#10;W2sS7Q7gY5XZoeOsuIPObYzNLHxlpssKtbkbN+SLKxTlK/83t6yHcJGyL5MpxtNds1B6ZZnJ3pv2&#10;DpeCPBLb2sIqTJrroifnxo28ZYosctyYDbDlHqaCNroJ2CPRCy2Yw7kJ75+me0lT2QE/ELfe9ThP&#10;0h0dcwRbJXDy5DQisnG+1oWBlxgqGttZfFLWwoyJkGc5YmaJntHq8yIDuSQDD2oGns7oZA6tieMh&#10;ewFjyKbhHLWcTTjvR2a2qXLLYJ7AJuUNTcKjTroNKAwqVVZZdFRICp5zqCV0nggyPyFnSOYb/Pt+&#10;9rj6wt99kM8MT1d+/7/h55uTaVGXMWA74kJ+ZnqqYbwuY30eQB4+xvLSz4KzPsSQ/aDRqIAVMMMM&#10;hlOfdwrf79fSh//uA/TPn/57es0P/TgdfczhAkAihMwJN9k3+1bQRYUeqzO7ljq8vw92M7B3+9eZ&#10;ZY9AMy/XPjBgUjzxsIRd9YsryB15FF8mLp7BQAKIsoXr33ghSxrnqLvzHgFOJaiJQRDZKbY/QItf&#10;4mTBS15E9fGnick4kp0lIIAlZKXIKuPBaFJXdLFacV/4Dv6jjJQUSe5a6nvf1Mhj+2FcQZK9Micx&#10;GPPaGaM2rpKoutynrxmqOLf6587eo7Ets3UHtUlOnjvLDJxag6Fxdt+B2E9u1fsXW3LF5B8FW50S&#10;HkX88C2B5cVnN3yFO1zzD769k+jm68jfc4Mk1XbqeUljjbxuYRUB6VfFzXPP6znTgxsRA9sjz3vP&#10;hs1Un3sxFcecxH5whTTRaLBhUcAUMQKvzPEa7mIP4Pcyv5fBw2u/SP6ma/jFl8jPzVNnpivd0oCf&#10;o6EMIzjgECDUQP20SqSYRzYyOeZMqs+8jJMcj+cHY4ECAJVAOUk1+XyKD9cKbNeDIsDGdoK3+Y7C&#10;Jgj9HdQ9I61pxVqcn9mr/+mT9Jtv/x36kR96Pb3lre+gt7zlzXQfg3gf+OsP0s233Er/8U1v4oC2&#10;9TS3e47u4HCTUfxRKlmt9Cu/8ia67aabWCm9i770lS/RT//MG6mz8XALLkAw4TCHwYXkh5vqZGP1&#10;4j1h4AuWl/Q47OXM/g58zdhqBX3tXdto4V8/RcQ2Ap01A5GWds0vbmQSP3ikohUQzG+Weyb2Ya7n&#10;UYsyoaPkwfTz2V/zxS/ne99RvzKVHOkub3WZvreg/96yDqEYV3ku4lhojhXjy25CPMA9jCvsY/EA&#10;+11c4cn2WZ3RgGs+hXDEcdbfOGNQmhTtjHVyJJ6GOjhW8LSqVcmmA5nYBNjZMDwasSF5BQbr5eV+&#10;15VJRBNRIaNzeTiYSCJyxic2V/JodC5bzySPeA3jDBlLcHYPQ2h8+oEBwFMfYN/e3fto79ycpKd3&#10;hBHXE8IS/OxVIaiBFjhDhYUvarbSEo1VYlxbMKQzq4YseQfWIFLxJeoxCWdkGEEbkM3e6AC2Ujic&#10;9Q2oQYrUA2DIaQw4uS9elXzerp2QrZxdQwvpFNTBk3n2eZPv2jmeWHH/i7k3AbfsusoD197n3Hvf&#10;UO9Vqao0VWmyZEm2BkuyRs82HpmN7QBuxoTPdDDtNCSkIaHp8IU5YCCEoSFNx4GPIQwhQDs22Maj&#10;LMuyLdnWYM3WUFVSqVTjm+695+zd619r7X32ve+9qqfB3bERKle9usM5++y91r/+wXpNxSaCefKp&#10;H3MyfG9t2JvUgNL/S2BIzAqnVnr7DuhL9mvZiirlJbguQE/+vAnaM+P+NBpG2goRqvPsS4N8s783&#10;xqhVYNanCtsyWMJyVlxreCICkRQfMmu2GGygaYMg85VcObFGX/n0F2l0dIUuuOwSOv+C8wlCaNb1&#10;mid7paQrp68ra7uuLfCkDOKkXOvWiwwgrDLrDOaNXhJBq6zT71gPukDz1pC07EV6UDDvp2DIZgoA&#10;SDcqGn0Uvw9QyA/71jTrTQTbS+RkIuMdZ4Q2Zn8bAEVDQZY1nZI3Zy4C8UBgernChZci6uPchCRr&#10;q2ipoo5ch/oGbxOb4mepNimMorLykAL0yaz00IUMkMm44AVjlJRUAKtBK7zmqlxk4AEA208pp5bC&#10;5/X7N8mHxjYZDYXQIIEkXQ1GNY6FX4wspKqb7DjbSoGyJ5neyBJ2RL7hDD3PSWeJ8aYTOiTyVl49&#10;Cgc9Nfp3IpvVnwOAJg+ysDm9suhonD9XQvxj2GYTBhKQT0CtYIxEkRnrRkFRp1piqmlR5jLdqipj&#10;JETZzMqNX6Yatjslf0RtIBK3uc5TLw1L0q1ewDouFCSxz1fmC8m/N+jnEwUApvgcVIltAunxQEAV&#10;UI3B/lDPhFr+3nEuqI4cPUjDpdWNm5102FnSEIqWtZU12g4dP1/rECv1QgCDtB8MU3bZJ8GZMWpK&#10;mAQzEJ9zhaW7B48foB1O9Mr8M0vCvvQWSCJSo6j/JMaPK9gZiRnjpvxSMuiafMVcEY2Z43HcBNe+&#10;NNB1OUSmKD7yjD4WJr4+H7IC5iWpbgYgDSYyQKGaaNrVCzIUyXj6gBf+YdkQPooXyn2PPMiU+O10&#10;Bjd6MErtxdA1J4WZPF5XPLBcJwed5V+PuVhfDcOc3J1ZRpuUOvk5mOR1265vrx2dMIYAImzjg+0c&#10;BmufHER6gj/vEt6D954dABr5z5dcwebCKYZBSVQvUzwzaz7Ru5mNGFUqL2bsyb/OqUlrYxu/FuXq&#10;sYHXSy1gExPUoq+FZxJ7VV8OU/17CejxBShXFesARxF8tVqTTIeNikDzLgEw16aDyCS30dJGZxzZ&#10;59F1odLjuO712qLNbE9WfNrncfZ3aoEPtBgaT8ymC/cmk3k01iz61HiKb2Lnd+ndxtrtONVrbk3D&#10;F78mTT/FZ6khjAW8Gh1tmBYyvf7BdHR6T73ZRMhA0CWgq7JAHp8/Vk7nDt0eoFYYjVpmWboaWHjK&#10;zJ8cJuT9pJigT6YRU967JvY9fk6W1lp6dN9TYoRenzMnflbC9BMQGh7FvKat65IsSU6Ykyl+nwdB&#10;zRqDYmu8z6jfXojl7IPX7dhZHaIhWgK4tyq7RUHvM5vF5zPZmcWB5WblPRRAVA97gniPBrmUEhAG&#10;SW+r7NPajJ87hpXWDkvs81RbcR/s7G24cMQQqmUPqU//zV8xw+4ievFlV7A9BTPxcd/qbWpCvYER&#10;/ZalYe7k4lXxlOHp8K7Tt9NVN1xHj371Afr4LR8Sdv3bvvO76fQzdsogToUiLoOcUpuJdDsIm3mV&#10;vbXcJZfzfs3X7q7PcOLlU/y9vNhftGx50d//IK3dxsPJbW8mv/MMrmucNOwYLPfO2kvhyhupuYOb&#10;/SMPy9pEkjGuTWS/vsGRR6m9/WYUy7S6Y5EGc/MyoAvMwHHhax+08YyUec/g5+PEVuOe5QbhTulR&#10;d7LXTpLWTcS7RbjLs1JPTzIAN/B53VjG+MwvrDKTrQ6KJl3nk2aEYTWf0wNIQqGuOXSQms9/hvxj&#10;X2EACmt0qGng4kupdhsA5Hv8a8c90aiNEqLV8IChOfN8qi9/GQdvcJI2o38jXrtzvI5H3Icsc23Z&#10;Z7YdPLC3CYuF5afMaF393G00eJRB7ONPMbtvib3/eA+Y52Yfexn3T1DEYAjKmwrvZ0h85M/o56jZ&#10;y0zBa19L8+ddwM/WgoBcNe977Qbq7C3YFG75P6hfkSANFhNqAwne4Nc9evwYffiDH6QHGdR7+KEH&#10;uJ6bpw9+6AP0zne+nf79b/02/dkf/RH9t7/+G7r//gfop378J2gXqzmalYb27T/Agwv2I2av7QXe&#10;C97zw++hj330w/St3/Y2OovZzOg1hSq26VCNsvkKhrOh0sBDIKLwywJTmX2PmL13gJY+dyvFL3+a&#10;r/Fx9jjkYQL7fvb5/ja1SnTJmFMj9WQQj9jRUMGbdudp1L/qVRwMdCPVO09X79YNPfjWS2zjhGm2&#10;22TZblZTuGcUfrNFs811T/1mwmDnphT01HmJJ/8zysmovsAjWqldo5E+8A8wqGh+/sLCozYnq0ZT&#10;7ElIX2KDRQUKM8DpcxNvaa89tb9KVhQCNoViDOHkHMnBaOaBmh0CY0cMSHY56HvFm1e88zlXoFXl&#10;3/LRE7TMkvH52YEQSgZgclUaGoZADwka8SmIrcofVa1XNSyjVGF4A9k6j+7kuc8qwNFowtMuSWDb&#10;VJtnJl8zqTDJYBZlpl80QA5lGUgCkggelPkmNYmxYiufVBHmhWgkn8rsnnKIa7rWXi2ZfKwyKBxj&#10;h19UlsSbBlg5fd1CDadZqt5VORxJzdOCDYQrGcrCUmmMcEtvnughWuBHYu257LMcp1UlaW5toF0i&#10;xrUCsqofo36HIPcxGmiZulBla+uqGSUfP157DzP4+/Att9NZ9z9GV1x2EVsU76VdZ5zOBG4ozEiH&#10;wGByA18xgM8n2xpyOVwlPVn1zl2n0Qme9KytcfvTBkMbSf5ytMmgLJKg9GyAfjBFrbKm3SQ2Irep&#10;lI0XQp5ue1uY6hGiqDsWZ923trIyZlEIeWoAdk1r8tr0UInhdZhVsK9SGi2ApMYSRxYwbfcKAJL5&#10;kQCUUjbBWMAmZ4aMY/4+Xjx52ixciJYKk6ZKYaayorLRIt4o5BMIsaHS3qjlQjX3Sqccj1f1ATWJ&#10;pCx4norhQZeZuzXecuNdorHSRFiDgqN1Zs44YxwmL7gE9mHiUcnDbKktRWE0B3m262LuvT3g0e6r&#10;BpI4eZ/BwAvoKqaa4qmHFLtZ81VEy9szKayXBarg50ATY426nOnl0Vn09KxJtjp2IUl6jxGFLX4b&#10;wAV8IAHKmj5Mrq8crC5FZrcZVMJ7QfKL9bGysqLcoGhFF6lcSBpEeKIwiw7gnOj/vVPw0WnkNuTh&#10;ArJSNBmwys0qk3yoXGog0xWJthfmYU+kx6PVivY//RhHYY/yGiqpxqX8RHxG2A9o9QTL/kwaBVNS&#10;SDQoWBKSxYoLe9KZZwESg0Hb5RdZnN0mDMDj/UV66MDDdClvhOOKp69hP1+7RZPkuMzSUtaH7+R2&#10;rpDquAKQyp6PBl9UbsJXMJY9myumgsmwx3VyF1fFjrlnwGK0VMXs3Ju8OIqMjjIMNKV0rivLY+cU&#10;5l3BLgyJzh06YWmSG/L9W2I571333c3U+AXaftqistNMOuiz9CilaRtbAYAQL+oB/33k/BzjpA54&#10;LsKItlcXfohTJsZuGuCZNjHBBo2Dkyf+mAxvm9Fp3B6wbNgr5zAv4wd5WjxHKrk7AX8qJLHxM7ZS&#10;BaH+1wmgssOxTUCUV+CptaM40a5mLEV8nMA3Aev4gK2pCwQpJq9I5J31KXwosdV0vcyY519jSGll&#10;3nvGz7JDrvO/S1CvS+y9/GcGCBojsPRoqaTM6D5TY68RTpYMavBjiFvwmbFrMWNyRTxn/RBzBEUr&#10;zE5lR/bkOwbxg2vSpBFeHAG+I7UUNLJ79ybzQ6KLORwi0nRK6SlAuK9BUmcsmhc3lU651Tq/CDM2&#10;wuTmjTAUj32Tu0ZjIjob7KXmySj0nQwO+5c3vxunHrowq9Z9PLFjWwk9wpkDELqNqXYo2QtuMu44&#10;linfboJJHsy/7OiJIX3lwQNcbO2iPbscnb6brRpmnTXjfWGKieYeTB0+CwRoa+bZUQH2IgM+g46L&#10;ZUb2HAwp1Iqyr1+6Xsn3BYBfMKNpMHNSwJfs0TXJd5TnpvXC4K7qYIH2njTHSb2IESIGyS+uCwK6&#10;IOOTxiDo0CVUa8x2U19AyH37PfjrRPmMy0PYg/To6JFH6A9+/Zfom77ze+iaV7yGUBe2wyUJJnHP&#10;Bm2KcR1BYyNJHxoq9VVmyRJ7VH3D276dzthzAX3kI39Nf/sXf0Jv/IZvodPPPp1BvHkdICZ2tKk1&#10;WrEZ0Sm5272LhrNXsqyXpb23fYwGR/fxfj3i/RNJdQxs7ruH6NOcSnr5tTR33gvElH8GDTyY/5dc&#10;yr5+O2n0pTuouv8Wvj5B2ZV8r0dYi089QuFjf029a26i0YWX8L3BawIYqcyv9nnJs1z3ILotX313&#10;UnzflYnYsWyqN/C522rQcHQd45QCba7/Pbk12KSX3vRzTF1415QtxDNBmFxB4Tv5TweToj4zsC/t&#10;OSmpE9d5CKCK97DxMZaC33U71Q89TP7pBwUMggR/jJ6C9xd49jUYoJvPlkgBodKJvLcs7KL2JS+j&#10;1RdeSn32Hg5cuw5Jh/mw3VgaB1Ez4Vwe8V7ZBw35vnso3HsHrT35IM0Mj9keyfX8Nq0bRHUlHkJB&#10;Bhkoxj3XmKMdZ1J73cuodzE/Q7vO4NoSzeSchf7grBxPSTtdMeidlO3GuNWAjsn/wN5ohi1+0ICD&#10;QfTwAw/S7jPOpCf276c/+tM/oaeePixpn5BVvvlNb+Y08bPEIuldP/Rueu1rX0d/8Wd/Snd88U46&#10;fOQIy5e5pjryNN3x2VvpZa94uQCp17/sRnrFq18hoZSinKmrTdPpJ7iksFLhgBKALyR7Dq94tl2J&#10;LMNuPvEBchy80WN2pITgNSekhqr6laZspjrXq90ULiMCoEb8T9hzCVXXMOOYpboDZjivic819iWw&#10;icalrSFRITSdANLiJEXfTQCBHau1dOecHI25DaaR8dnNHGMHL3QBPrY+4vodzuXAp9LEwk0Ee5SP&#10;ePp5saEi7VclhdSISqHwC05sH2csSDl3U2qrFULRiCbB26sHZaqJzx+CLORgaeT35LkOLgOF0QI4&#10;XeWzRSdKhLFZeCkxyVuNoUzVxkgtMmznNTxaHTGL6zgtcYjG3BxIJX0NhoR8v1aVGxkbTS3WfL4Q&#10;4Bfi84sSLJj3ntc6S3ooTxnw82ZfgJdbZs/Oefa7DV7Z7zLwts9kPicCsuXKOrP4Qmb6AUNpLNRC&#10;bEr47yDxe4DgTQwhcG+cAuQD7tP7Eiph+47r+jfBkQp2n4udYlQYn1Hvs3nEZC/vbijsqTOU8gbK&#10;+rysNd+g9PrTnAklNTlJ913lvm52oDUbyA2Cb8EXFR6KRnTy1Hmv6/KME9J5V9jHSK8gg56gdkuG&#10;k8l1RG9vPD6yQBfB1Yyh1wW4Nmonxfvh4f1P0kNPHOZ69/N0xVUvpLe8+dXkd58pa6snuESvk6i7&#10;7vlJ8vfUe9enbZuTL7QGvTKaWaC+MWbHjEB6sX1rE2TTO4OpV4lOXHXt3uj/WJzBHiAFw/SGCIiC&#10;4oy0iFdfLwZXgs/Gh9EMMiWEtzWDeU85YMCJx1xlzDNeQGGGwb01aZb18R5JetJYUPOgIJQskkok&#10;sgKhSTzPEM4LKuW0qbEwCMSTTxdLama8eCUoky6lLab3S5pp8bvqKXjQAFjkzz2DQ1I2INWrB2Pc&#10;VFWjDQEmd0ETA51E7Sm45W3X6MFLrlbJKw4ZXPvEZEsNtDysEh/eClVcGEnOpglOH1IxBA260XnT&#10;mwsVWA7TkQJ3wkutDOxyQqGdZWAkGANIwECw2wSJpxyqok2MSnmFGQQatfke1cL21M1DNe+tAWU6&#10;Aa3rzscAQAaW65ip9i4Bg/is/VpzROArWNBRoyUFS3JR22bJZxDPyL4wQmYGPQF7dVeH3wGprxa8&#10;8noK9okhZzUr30kloyqbRUekq189ERDSAaZHYiuqZLnPk9oVevLwk/yarab/bjD1zCm7WJ0sIR0x&#10;kIPLPbttm0A2GgozllATl1J/+Pu6Wr1BKu/z2beLzZcHfbAKe3To+Ir82RrLOmZ6TgDJnsiOC2DP&#10;uUnvgrIpMIZSiMHSkf164CGBg7GbAunB7A1QDxmcizkFNnRyxpIpmEC8NO1KcvbSuyxO2uEpJKUN&#10;cywiAaKbkkJmfoyVC6WvHA543tiPrizToSf38cSsJ0iEKyWhsSs4xKDWVfmzoLY7xvdptV2zVM1Y&#10;gJdVV9wU8oZ8EBVNwERRVVSR2Aoxdd7BU/UzmNl35oynB7l47fEU/RCvA3awNPCcp0/8rRDCMQ7G&#10;tASxU6jhBnTy/83zfoV6ZViw5sgo4z7ZAFjiroDMxkxL0orWgpOi+AQGCwhiyV2aWGKCF6OxA3X6&#10;nMqCURHznq5tz+4OdsV+7Nh/RCn1VlN7xbiX3ASqFAofunASU+mqYHYFG1Bt2mHSpBF0uvejqEEH&#10;tSUYA77H89fHVm2rJRiwibNoFAzqjBuR+lyRULeBcXWaCru4SXreFkIS3LNj/52M4Hcy8C5GVwB1&#10;k8t4/XWuFJzyOhmVnVmuC8IhZrq0OyqBUC1W1V/Vkk7hpcfruSH1yvWuS7LOYH4OFyqSbSlu4pPm&#10;svdSR072cp6NuWk+wezdBx97ShgCfR6dLrLUTWoO+O72BxquYcwdgdxZk9f2BsLYm+Vh2HjlhEhs&#10;NYcq5LxaZ0UpGvwQO9/CLgG18/qKybA+XQcUhI2+ZqXVr7xHG5QhIEMJ81kWyfHYfGSwamNnAQGz&#10;7MouE0BYsa8IKksbcZPaZ3rw8qFH6S/f93/SNm6mr3jZKxnsHKiqoG2IngXjK24B+pHkc2YQrrIV&#10;Rs3nGBh+N732VeAx0p//5e8zDjGit37Hd9Pg9JluwGPeRPj2Y744lXn74BrPs6R39fwLqF5+ObWf&#10;/wSza56QehAy5Qp7++P3Cng6AhvhvAuVQYprzN9zxAnB7srrqH36CRo+/RC/x4rWWo2XIVbNg73x&#10;50YyrBtfcBnXSDNWC1bPIyL/HBl7z+D5j88bpTCeJILEbRJTcpL9y5VepDRh3v9ciY+xSBjfGNCM&#10;U1HjdDJHssm4IitcUGujj5pn9cbKA/fR7J1fJPfo3bTaWxGZbuBmnoW9EhjTRxIrOix+OOcsYAdr&#10;cmnXXhpefC31XnwNMzK20SID1it4Dnmd7uDnfZlTwEdSl5sR/zL77x18kpOp2SvugVu4JuQ9czgW&#10;QIGbNwsCmBewquahfmSQYQC2PnsUr3BIY7jsBpq/+iqKu8+QATR8POH/F7hXknOK+5nhCA192NAX&#10;ccsA8RaYfceOHeP9d47+9D//J/q//+AP6eU33EQ/+95fo3/3y++lH/vRH2FZP6eVrkLuuE3qf/H/&#10;5YH/RZdcSP/qp3+aPvfp2+gXfvFnaZlJLLNMVuiLdYgNnl0rewX6k7EFLPWqevKeRrf+rORnfsC9&#10;JTzKdszw/fsK39PPfIbGj3+J6vFhZu9xdcYeqGvw5uN7Oqhg/zKkEbMoZ4IOdYIEQnLNxPXe4Xo7&#10;9a99Dc286Vv5WrMND5MmllvtpdBbL0P+6zbmxK5PTI+Tkly3SdJS+dQVMtv14vzpv+CeJbuvOH+T&#10;RUtc/z2mB47Z9yzVCMY2K+2DpN7u9ZW1Z+w0DbHsfPgSQcSV55cxwnJ4R6+SYK5gzDhveIV64Cnj&#10;KnXc2ae41VCPbGeWJKhdY0VUDNzxM2ML42hMeg08Av3rytHjst5r7ut6bAkxw8+cE8/1vsiMKnsf&#10;6X9JvX8FDOqpfBe3HSzY8bgVZeaEr7XrWI2J6AEWYc+pmgzZCZqiGzLZyluyL7WGG5CqInPwpKhd&#10;1GOwMXWhN/AO9wDe9ljD6L/xHQDcewvh9JTIKGbPluyZlClkTL5ygN+pFYVIEhRIFY99U4SJTLos&#10;BnPVlYDKpJTzuRMXFp0x6fDdAcCH2AWVSAIw8A78raC4SjfEL8Dpwl4Q96WxxY1f47omMFRqQmcD&#10;nCz9tSRZ/HxQGybK8msxp1OvPi7WWl4norrl1737zkfp3D2P0XWvPE0wiTrW+VqBWJc7MNex2V2v&#10;Z2m8GMHPz8oXHiJN1yuLLVrio7DQnKZbjsWsHBcXLEBvD1PMuu28NVlqWnCJpdM9pBIC4dRoNqa4&#10;ZwGRJqnUwaghKX1N6bPmsRW00W3dWFBjuWkSXoGF39cUq9byH3G3gslz5UYACfdG6y2Yh6Bl489q&#10;nw06NVGvUgmshRrgmgybsaUM1hYVHdW0G74B0ZJyG93ZIAHVhRmEYi9AGYyvKwU0hYFWWaZniFbg&#10;R/Hu6XEjASNtZybVqanxzthTXq87qLl4SAa92hZ65y+QJypmdFv5YlOExW6lISnqj9ho6AkX+3N9&#10;PkiDNlnKcKslAckVPm8azGKBLKQR5M4kjAoq1nrNxQevtulKI5MSkbAmVkaKVE9pPOK108hkBdMN&#10;ySmxZEUEeoDBIPTj9JBK7kJfZbmSWsbXdaByW4RcSKPqNfiijuqJJwB0neS8eGcFB6XJgkeCSaGw&#10;eVUMvABEtM5S1xgSyOBDeHRJWVJx3FFoc5NpCZ1OoGUpLJa5SEHYil/gv7M6VvN6/YI2APBSGKSk&#10;ZTRyjT0jaHsX+fMcq4d0bA2TSTZXrufZGLXSKRIe9qow1irSanNDbJ570aJ11SvLTU5lU+pumpBM&#10;HMqeumR61x3MSaoblYfljF4dDRh3rvN58nZ4xeLAT8asuhEn3782SyVjbDKY0xnHBtvgNJpcPGds&#10;ohVtug7vSUz/8HdWufhaZZbfTG+bbL7BUrZq89uoEtnIprA87GGgj/1zEA0/9gK4r4FVFL0xJUJ2&#10;I0wemTJpyixGt8HktbuWrdkN4jlaZKBvkYvpPVhmmJRZcjWCOWoJ5GhS1rseiDKhrMTzCg2A3EuA&#10;vyJNI/GtbF12/tQwDJPDJtks9sK1QOZRSJ3njk3DYnbmUZq/L6S6KVhjJAy5rmisiiTdVDyNizJz&#10;dBLJX+065t+4YGbVBcOvKtgd0T6rsANNYkwJyJxivcQNQgRkKonU4/zpvKyDUXT5u65F8/6ERB57&#10;f5YM++wDSCVI6ZKfXlFyOMq+dZM9pcs+gvFUjeqGgZbu1KjAKeW7LssbJtMrpwD/jV7STXzLrrgw&#10;UBDgTZusPpyGd0QfurRK1wU5JP8VsmResnPQYSIsvjcjHWLgAHW1DbDUeiO6WBR1SfITCtsCN+Wb&#10;2ck+KBWdxhxcZWNMSHrx69MWKp74DlQCIpIgPLBgojnbCXlfiLB9YGP8GWXYrPEwZwTvT6S5wzLC&#10;GgRvA08nZ5pZlITQTZuDeSTbcC5LwS1MIUj6sybbp3opVsrYCVZ4quw5Dd2ivI/UZ1HrSl+A0GrL&#10;oT4/MvTBeY2akJvVj/zVn9GuPefQ+ZdewmyhkW356msrGRUhnDKldb20122oLEt75xwPv8CiBOgx&#10;Oxvpmpuupn2PvYE+ccsHuB5ZYEnvO2lh+7x+b7lWvJOJ1FsBD03u4+uPxm2wncG4i6iCtctXvsBW&#10;YzyQQ4AZwBEe0M2xn1aA980CG2qwZA4MP9zLXn+BQzu4nmF209rn+Dw5dJ+Y/uOaw/NIdNWHH2dJ&#10;L/sCsqR3VJ8lUkusS0hpGIUQJojfKIX1WUifnyt24jagVLoJ9pXLe3QsvHfdSRh66QTuwi1i3iP8&#10;pt90codz5bQgTkprJ7iGbkoO6E59VXz2f5oGnt3U+oyTdVGkTmpQnNIuS7dMISHPlt7hYdRavBLO&#10;mBMGOIaLcekYuX37afSFz1L95EO8bo7yGbNKs2AK4UFkf74o+1hfGjE59/h5XWbLmMDryu3ltXsl&#10;s09369pcQ2/ELLLZQV+GyscR2oZxA79eD5ZHT+yj9o7PEO1jdhm/VwUgn38fnn1oLiskkEfdH4QZ&#10;CI9o/u/SHIfanHcJDa56GbXnns/fR73H8O/a63nqRR2FfmYklibRuZM875PpySqg8AKuVT41y5XU&#10;wUP2F1xkoglq+SQ/Q/2+zDLiGQbxUN988c475T7c85V76O/e/7f0lq//evqRH343/cwv/Ts6becO&#10;+vxtn6X2XT8gdfMMjOn5OV1jYsS1N91I/8dP/RR96lOfpLe85evp4ktfJOwj7GUSBmlNuIzzzRao&#10;cSrpNM6NNfM+s7Xk1vMQduHwYQq3f5I8h3xQPKJDXzxAK/xr1Jpo+vmMA0MRbEkZ5mNIXGm6+JCZ&#10;mtVVL6ftL34p+bPPhXqa5molzQxETTESH67akka7yWSyf6EJaXvypJv0uAuTj9zUDercbeMpfCnj&#10;ehA8y9zjySO6cxwfTQw+87NfPPPedRZYcSN7zQnrgVbqdekywLAXpmSj/XxFubdxVnRE87KOBgYC&#10;SI8WuOB88puz309S3yLEJFldhayW8jnUSDzlel4DV0Kylwg54E6Dblrxv26NF9cyKAdS1Spbf+AZ&#10;PXHihA7yGUjucY8pBBQLwxTCR6W+fLgIYMmRWWm1pJZThtBIvZ+mIU1rNYEMAr34TSc1lDDR+W+v&#10;QSovoamV+lGHrl8U8oZXcpez+qO1ekuDS1Sm2xiZS2pjSw2WgB/slcAFYA5c+yITTnstKgbyLoXy&#10;xUIWEzpwzYAGcm2yUSvyHMrAO1d4z7pJk+kcQhmTiU/CmIKQqqQPw+s2Qc564BjBCEfCGE1KLvOP&#10;F+IZKaFNbIyc6hmrlLSeaiynlmCV89maZpvsdSRkszS8EtAytlZhGXhKXvIcokiLa2EqeV4fQ64t&#10;b/sih5idOU/nnH8ODRbNboR0/wzBd0ozq69aq9c43HYgkto+T65Hg4ZZZBqmoAkxjXmwBdkswRZt&#10;LJiCWp2QgGmXHuZm1OYUSqG9JhlgKKACS+315g2HLrPzPu+SmXwdiylczGb9upcZEBl7eTNRZHpe&#10;Jq19S4ZKIGG05rhNSbaQGwOw6whLcpFiHBQx74Z2o6mDpxo3GKC+4gFZYjNngFauA/GVPutVstMg&#10;9QaHCm6UTQkEI0eDXqs+HfhOI0l/jSkbzZvAV3b4aeBDrCFX7eX2UaWwQTxllJFVSXEfDfzy2cjc&#10;Hi6T43Ux0TH7iSQvAYBckLmiQdBobkXbsbnUle8MzV21bl93iSad5M+tph+J+WylG2gbkveSMiMo&#10;6nt7Sb1pZcpQVXU+aiT8I7HA5HVqYYqkN5U1y393lidsApQZSzQYKwsbZs8kucKYE/CnlxkU3oxO&#10;U0KTN9NQAfRQuvV0DScjUYCWqckSnyBJXaro+ApLJA4fZZCpkQdbQ20mZTXJiNPjnkMOevywTO4k&#10;DQ+flx++wLR/9bzU74lCTDwUW40gF9oxvzL8WWYZ3IYpM+Se8ny6HTTLniDON8IeFQ9Mk3mQK6ZR&#10;E34ebv1k26l/QXnaetvcqDjo0pQzNfouM6+CFUpV9xwnry0yKZu3YBSTG0uoQjABuzMZaKIeU7IS&#10;0D+rqnkzsB/oZ4OXptgGkALRWIczITPXom3WYGbin3meMJ1+9tm0sGNeNs0xhldDfcb7/Cz1JIiG&#10;U9CaSuQfFZpk3gdXGGSYZVuB4ZAL+tXjLMs4Tbx1ZpB8JOvWd+PKqVRVlzzoSgv0nECqBQMOCjyj&#10;i8zs2zvLGzxTTl7NI907Vy2YR0J81FsPkuIhmFII0JFBBe9pvk7Z8PJ6YNf1BACLRv/nIteuZ7DQ&#10;iWAHTBOVFi9AtH2+1O40sS0qrI6lNIol7BsnmHqJrVdKrcax9NdTFmC7oXgqmnceTXhCUiH/TSm+&#10;7Qa9ZJJKhtIfMVL21OvkyJ12rEkJwtHMlSXBVxmSODOx6w7lMFfrhbH8tCZrjUUq0VcZtcglW2Mf&#10;x1wPuwmZWml0XQBNrmCXTvntuKnAl7gBm2L9r93mEja3MaMnxk3IN+sMut169x0DmJwrGz3dDfqV&#10;y9dEC7NW9+K2m5qncyr7sRUhAcEGP8K+kuCoRlZR7Qcds7H0/DKZv8+IY8nQiIVfaQFB5YLeWPPc&#10;MazyIn/8wFNyNp+/d5H2nr1bao2mrcS2As8dNVrQQ5YS2aC9ntsp0/mqx/6pq4dZnrNiwWOV+ad2&#10;AK/3yYMmSWOscLRrnZoFyEh7YG33bPAjKgFNwXNW3Om6aaT+6PV00NJAycCoEwa5sddycJMyJcUK&#10;xb7rAOwi9htEIYqQMTejEpIhg32H9j9Af/m7v0nf/D3voosvv4LZcjM6yORGZTSKYj+wOSPqVNy+&#10;6WWmAv9o+zguWp9ZMovb+/TN3/6tnJR5Kf393/85/fkfv4++8Vu/k3bu3iHsdq5Y+V4pUJC8RMXQ&#10;H2xcNIO7uKm+5nqW9J5G7pYPM+C3X8PVwK5AgvaBB2j8Kf5OL7mJBnv28svNy8C75XNmlT3R6u27&#10;qbnrbOrdeysv2yWu5TDUbKQc90/vp/Dxvyb/kldQvOBCqjkFVWpFD4Yn79Fb9fFb96w9P1y7jQSr&#10;sZTzxtJzt5DPuZOzip2LhfduZVYuk18jbhTsMU0DTt5McZNvHN0U5HZypW48KVfQnTJIYON0JPO7&#10;wrMhFk6tKptyMFIraw0y+sis/1k8y0/xc38Hg0CP30e9pYNcF7Lsk/9M4AOu0XAOIzADzDnUH5Bo&#10;oakKnj3dzn4Bh26wZ9uZ5/JS3CZnk6RnopHm9x9xfQ7/YUmpR13KdSTdcze1D95N/shjDMadsGa2&#10;EUaK2AppMc0AA9fkPXh94rNyrbjrTAovuY78hZexTPg0HmaaoihbH6fwknZyt3en8neb/L1KfMDH&#10;ArCB6bhv3z76T+97H32JQTwwdH7rP/w67TnnPAH8Vni//OM/eB8HbNxN7/7BH6QrX3Il/dT//lP0&#10;iz//c/SFO75Ev/Pbv8nfsaE3f/1b6F0csPFrv/4bcj1+7Zd/mf7lT/6k9mPwVgWLhQfvV730Grru&#10;xuvEJxtyWHk8q6rzlqauCY9mg1KbOiVyAF7DLL3ahjLbeFCw9MBDFD7zIQoP3Mv9Bzzll7UnhR0U&#10;+okerKd0/x0AHMHroAdEfdibJ3f+peSvuInmOWU3LCyaD3HnJawkmbAxWzaFQ5R4dJySwbvJ52XT&#10;BybGDWTUcRMFQcFsdZPGw3Hd65RhN8XggKZCN+JGT6af2Dnyd8kyxNgRhuReqd5QpJa8xvrwr0Xf&#10;6qT6nWD/JZ94n15PCFWVsXBj9tgUSWVKpY2dmjAWwJ/2sa16XZsFl/qvNUaQUsagsAZtaIc1Kud5&#10;0CRbx+txxIQD2DkdYUbfDJNXti8sCMuuP6P5A3JGo2+trO82W7Q21bOk4LgE9GHYJ+ERCtCF6EwJ&#10;pIAaaoZga0sJLgyIr2AQwCEQ/Dlm6z4lbVSwoJPaAvY0H9QIGBkgj0KqQmjh6kiVfDWp/zjIA+hR&#10;8JozfaQJq2qyTuQRG8aG2A0e0+buzJ7MhdJHXTck35oPn9hwJWugNKwyNN75LpSteFZiCqYKMYOO&#10;lfMGmKrKFAxL1GgVr6HhaJwJH7BVcHauq32a1U+us5eQ+a/5GQLLGKjhv8wFsU/3nSoqEulNEtUV&#10;GkxBEYrRVMnCTu81ajIIPr1X6a94M+P9YOd0fJnuufMB2s7Kk75TJRImtQ3q8FrXNjAV3KiU/2D+&#10;yJVu8JZmiua1aTQBacRMGHmjfGg72VRhLhn5QjRNpRJLM6atfTAJrqXdBJfDEGKOJ+6K8rJ56cx4&#10;ffbyo6w3VolsTs+pvF18lxkA0VgvMdadp5753ukfqZQ1WhiAZxNaRXdbA8tCR4ZK7KxIJkEdGMW8&#10;Lw/PAvTuQaO4haOZZUXWSAvFsFK6bzSmjEz9khG3F9pt5fuaZFuEJ2C1A+gBuDhuVhUwsQalk7HY&#10;ogOaDtBB7oEm0CTWUzZfTHJq+59SvEhS0HiCji/pOF6ldMLaDXGqeLNwEzdp9qSy3QTEahphm01K&#10;O824TATabpPHGulnRiEYWJUU6xo44qShSIEuXby2BZZ4DdaYm5uz9xxPyCZDUAm3yMUhv+lVVqgm&#10;VoQlBmFtms8Z7mstDLDKWJEuJ/72xG/AGahorDUkFjJzoGXPI4ERaxiBTwTGdwegNZ8AV04cOyHo&#10;vUqw1D8Q3h8ZfIv63cUHorHrhuvA3wUpYAMGfk/w78/yWlxbW5INaW7QqkQsREvgTcnNBcIfqRCV&#10;TQG2pZQu3fNQzkBSgiUVwETnSed86ZujAK+ruoIlxCQjryihjyKRFWPZlewFAQ80mLULE88pq1Mg&#10;Hls7vgrC1MQOK54GAqDyBs0SDgCVSFNDsZdqBcS/Y3I+wwfpLm7+Ttu9W2jleG4R+x447c6JDNaJ&#10;JKDHjfygJ5FRckCurZ6gg0yzx+T9ycOP0b33jGnv4jYabNupoGrpfTZBVJiScZZaTpv+pEJGk6Wc&#10;HBI76hGtcdN9If/zAN/jPq+L4Rh7ybw9f8YJN79AaSr5oIMfxsj2PwGqbO/qCevO0TFh0zrzAeoe&#10;30Bd0NJEOq7d6MTQG4kcOhpDT6Wsm/2nPUUj2nbE/A0SPi2dbZPmIRivpDwtSslumcDrsuy0+Jli&#10;mVbF0DxkzM3JvUZSWU8YG1y4i+Scr4FNPgEkjCzkCSBfG5wFLbns0Ufr0njdVE+5gXzFbcUTarJm&#10;j8+L4m8LXfQWPmApATbSsKTxZsTTqb1AKtCElRt12h7MsyVJTdwUS0HsJZCc2ojBFO+dqwr650Yi&#10;yV6r7DujjN+uKyrZiz4xNmIKYppkO6BIhfXVo/uOsO0CS6wGcywv7Utjh8Zxpo4CCsqgvcHkfiRF&#10;WMW+wbP8uQb85yd4LxqCcZAYykG9CGWrrMrApJj433m9iPevyWsGXkM89BJZYraZO+NsHPS97UXm&#10;Pykkdma4BWv4Y6VSt+JWpgEN9tnW6ijHLEQJekN4SLXKJKF76M/f9zv0zh/4X+iFV13FaaEjYQlA&#10;1bFF26ZnLetD8zQ7y7JB9gx86Ssu5X9/I/3Xv/19QeC/6e3voN2n75TnDqqIZBWSwsTETkZk9qDM&#10;LDBz6QVUHbuJwl2fpv7wCcYBlKE7YoZf79H7qWE5I930Koos6W0a8+/kM8OzP9r4spfS+OlD5J68&#10;k7/LWGTP7DXC0m2ukp54RL3O+NBvXnyl1RHM3EGau6f/Yf8TQ5gwFqf/zxNE4qbWBs9ew9zB+ZMA&#10;onsGQvNpUFJ/MWy0NkPQS5W8x8RvdoafCQQ1MJP3AK+Rux+i5qHP0/wS/7sX1Zub1weSm6EOASPQ&#10;8c8i/GKN98UFDIzYh3J1z8VUXXYNrZx3MQ0YBAJof2yVwcOZbQrSObWcCbzuxHSDmWvV/XdR/NKX&#10;yB9m/z8On8HgUxKAoTRhSW4cD9WLL6q0blRpMrif5dCKq15B/ZdcSytweOdGdLs1wnEqCOW5AM86&#10;yO+ksehPHtx3kH7qJ/4VPfHEExJodP6ePfTII4/RBS+4REJwsK/8/cc/ST0OtfjJf/2v6df/4/9F&#10;5519Jv2bn/0Zes+7f5gef3w//Zt/+9Mc2HMGvfUd/4hWjy3TH7I/34c/9jEJ4/gnP/Q/C0s/FljZ&#10;cE3DASVJNxFP4nq2GlQUIwZOVsEwZtJLM1yTQaswqZk1eewfPkD9fQ9R1ezngorBAFaGNCeinG84&#10;D9DzoMdQUIL7hUZ925umJ6SM0TWvpuoNb+X9aF6URaOQBlJTtLVigLZhGEfcJOjCdSoM90zum9ti&#10;ERHXg3/rr+Vmf81NDADWBWJvBNFv8ByWYGKw3hSg1LDuS4K8xDKCJdrrT3rGVhV1qVlJ3dSFHgq4&#10;FxTkI/u3fGL43yayU2FUibAMccsLTuqRVgaSjcqFxUuwFTsm/BtA37hV3zeHNcKveYxB7RPHl+jQ&#10;oSOS7D7LafdIo1fAuCcDJ/Lae4rdl/zdkLLTzUNLB26C1ZhPflJJSn5AUgDa31LfQAtdDapkgyWR&#10;k3+Psk9etPBQcTrzreU1BAMCg5K78H78edbQD4jqyMINSZ8H1HSQ8Q5MPaeEocqUhAa4FWVhNIqt&#10;LMU2ZPukDMSTWo+FZLvmFetIkIYm5WqghkJUtuqqKWuU7Mre9QTRBoUShsYgX91GkUT7ZLtGStya&#10;7/VzyBoINiHVU0k63ijGAea13Hf+4WXeQ3rcdyKYyVnwbBAFkoWzglhjn9Fb41IZYIlrPUo2Vt6U&#10;LpbIDVViYFzuxNMrDBizNygnK2OA1Odax0Ph56JZ5kUlXplqRvo6MbjEjQKg4DQ5pMUishTWptGA&#10;iqZRo+yKD6sxPOSkMeKpkVJzjEHXygcFhVkLVmcyXC3uQ5H8lYs05wsz3g7sc3bjEiLqXCcTcGas&#10;GQQcCHmyL2hpZvYEmxZ3AjMAgVkK5+ucAiiIfuzYg13IQhfMoWETLo9RhFVolF99DwUkxWA8tFmi&#10;KIwEkz8780fDf+fnNJob8tMYkn9CyLRsLIaZmXkbMDpL3ek2PQCUeIgEsAqWoOxjZ4efJFKGCKew&#10;kOTDJ4dgpe+TaKlJi67pw6Zwj9FM5l2RQtpt5S0KGNIU2PSQIEQgFt1uolKH7OWmVGRcr7rWWcWA&#10;JwGQZPsUKW+gqQKfKeVVwazknYfvCJYfWAyg6CdfODE3RdZmpZyllO7Ukw3IZcmAsABNuq7svp76&#10;tbmYGYCV+aKYuYAVMXhQ+xLeAjBFWLFo7FIy50Ymxk7BiBNHj+kzloIvxHtw1MmjvbJfFcXXyUK6&#10;HgAiF2cXqMfvtTSY50b0BEuctrM/CANbtdL+e+ZLomu4m2JOpO65TqKS2KLlxDNLbs3XL/+VTG33&#10;dnCsrxDAgISgzRs3W/cFvYbBLkSISkvHVLzm79Pvz4gc1fEzucIy5xF8YrCxo+OWJnks3k1YC0MG&#10;OMH8bJqYw+Ll2QAQWqukHDTsbQzqbV9c5OJwF+3auZMlI4vStKs3YSPFcRuV4o6hRmC/rTjGdGZN&#10;mk1QqB2/LwzesbWvscn2Jx99mLb3jrNp/PfzmhvKZC3SZNhBkvLG2ObJYurmddDgOim1FcZYYzMy&#10;pfS0wIEdZ26r6ZJWD1cEQRyFhJHAJuvlxkbAPUxveAodbe8OGUyM0phUZaFSpoWUWAqaAfsW4GQG&#10;l8/NzPZDebNmABlec/Qc02IToBeKvcRnII+mAL9J9l/nIcP+Qfw/1xxNsv2KanLd7yeZ54S3YPcd&#10;Q+xi4fDrFf6R7c4YhXkq2AGT6SwSS4qp4OXpPLpYMMm+Vmm6W7X8ekZ3L57Cq8utB/xsviXzrhR6&#10;I4VrW6s3rEsM9eQXGfM5U1cmx3UpwRw+rn0bUvWlpojtUPxOk/GxTi7rCTFg2v/KBOGcyOkKtkKa&#10;0KKoqtRsWlyKIe/gVfHk0ydo5uGDnMDKjTGnoSdPXRTbGC6oL68TD0cMXIT11oesF4ye4/IMB0mf&#10;VyY3mPLOQEb4wKVBnOCU0ZJ7bSjTl8l4Cv/SegbfqWlVEy7MdTlwKr12eB98Br4+Tq5HI7OBfj8K&#10;UFUFff2RDBEaafZxbvQ8WORDOcPI5InOrdLRxx6iv/uz/0xzu/5XOouTenHdq8pvidWzEblkq2vf&#10;SyAby/x4/wbIdv2rrqJ7H7iCPn3rzbL3v/1/+l7i4FF7aju6S5AmxKbZwnDmunWOX+NFLxZv4/Hd&#10;NzMjin3NPNu/BAwa2Rv10Fcp3sH7OKsEqrPOlaZCVAaoNXbvpOr6G6n9AsMsT97HoZvLwt6ErCbg&#10;jD12iMZfuIV6O3fTyq6zefg4sPv5/weY9szstBydynjz+QP5cnaO24xl554ZQLHRb7lJYWLHDnSn&#10;YKJtYoVgv+xZzYumPVjtKNU+g8Xx6GEaczJs70u3Ujj+uA7EEB5oygAN0Ktt30eS66y8XvALtLSb&#10;JeAXXU6RgT7H5IFZGSKp4mluYCQKYZ/wnsRA3wLXQu1j95L7/KepPbiPqjGrDDz7CGMwaozhyGu9&#10;FcUR+71JwCDXSQDnt++kcN7lRFe/ktfqTmG0zPtalEVi3YSafauprFN+cJvuBMIuaaTOX2Yl1O/+&#10;6i/TU088SZe84AX0jre+lS6/7DLade65XHOB/djS7u3b6T3/9IfoV37hF2mN6+Ff/cWfp/e+973i&#10;/fWOd7yD3vurv0aLDIb++//wG/QbnL779u/9fjp09Gn6MrME8Y7LJ45JvUexG6CgN2iEWVhrHxtC&#10;MXzqCAst6kYoPCoN4UClWh9+iqo7v0xrt3+Cah4SwI/Ph2UhibjVRvaB4cqyDPkr+MrCYhaEBf67&#10;y/Bd48GPv/Im8pdfT7Nnn09j7j3WQISQHrqocFycTIl2BZznilnbRtd6wqp2Ko13SyFfkWiCvLGJ&#10;SL4I6YtTCddd37Ae/Is5YMNNJPROP2MhxJMChy7XXKELxsT/RlAi2z+MGPSoBGA2n27qPP+ckCnG&#10;ZuvjJoCfTCYKpn7ImQHaq1OctP3INUSlaoUcdAlCUKvYBwBC+NkNIeMWRRaAen6W+TMsLy/TCj8L&#10;R48dZWCoRwvM6BNPO4B8g74UARLK5To5rV7b1pQ5lOXIyaYL1w55AVAqkvXokr4bfcq0UJXYKGQP&#10;P1UxtJrCG9tOIm7gYkyWM/azIgsOyr5DbbSG9GDYB+TgFyXQQO00EOssTUdGXSGJwr7K1miJhJVU&#10;e63Z6WSVWB78GgIRXYIyipLT2z2OuaZPwGFJXikfBVf4IXsDU6NhRT3nTaVkexYGO5X24pRkw0ll&#10;MsFS7NSoArRK8jMHfmDY0h/IdUe4Yu1c9it0iREfLEyF9N8hJsyB5Ge2oyazEMMga05JSLBl2c5r&#10;ZpX3oMPH13jwydYzyyu6VkC44zrGI3QUFmcplTmTOIyW5isNXxCvp6ihCqCUihdeEwVQCXr0qEsT&#10;N6BBwB1voFjQxDpYQ1ca0oAPJlrkqKBa8qNRf56OGh4zA6wD/ITx5uOE/4tO72uRA8kDH9TDxxXJ&#10;nUHnX6rBN2lpafeoN6nNgCMKN1nQmNIWiSq58KydhAmAPSbzdNBnnTLAMNUX2ValKT04qCGnHPGE&#10;bZAlkWbqKBJfZ2CatdI5idAb26k18DIlCtUCniVZknqYeQ2O8MoohEw4WsKQgJbWNMckgjfmpUo0&#10;ncU8JwZBqxTk9CGDMh01XdgCVfC9o7fmISUktxn5DuNgMmh9GiEBzwdB5TuWHOnDo2EfymRSkG0g&#10;YBmmGsNGWUsSq902E8CrN8q0It1daIQkEjLyPmteHCKzE9DHJMC9GQPVvDLmKAXGVAb6qZ+j+CRA&#10;6uuUsZHeV0FBnR44r56QeI+VBswvnkiiCGu9eDHkQzExVKLe2uThA4DmxPETkq4rPo3mvdQ2OhnK&#10;0vastDVPCRxYciCu0Fk7dtO2Q8c5dfB0On7kGO3m0A5c5UF/bN+zpRwNtVGiVuH4q+lNXeHfJsZo&#10;kfhUepJ1JB+fk+rzAsdzVKFBxTqtZZIsb8sG0GSbJEA2YHSjJogkrMZzzIWdZ4BPGlOkWOE59Ema&#10;31hjTXTGmXv4sFzj1Mtj6tmIhESvDFgkEoEJAjk6/CYX5RCdkf1ryPdt35OcZvTIw3y/luX1hwzu&#10;IcENza3Q7rlpb0BrCerdCe9K2SjhtQJGJuQvAmFW9P4PfYKuueJGOvPiK2h1uCKsuvVSqc6DJF23&#10;kGUEyZg/doPVqH5fC/wdIEE5i526r2vgx+PpDqFj66vM8S9WzJRXqks895D7gWHA67hnwSRJCt1G&#10;3bEHlj7rJuC1IvgimScbUj2OPnNAJyVh0fz6Nk7G3TxAg6bANVf46sUi1CJsARmwqaXJj8VkvAAm&#10;S4lLSx2D0tBWOYPaIrkuNYY48/p2uo1TxSCelo16d4q0QY2+QZuQ/1qoVCffL5KrCylOPp2im2BK&#10;57l3dFtyn49xC73xVul+7tmE7MVT2ATGrmERmUma+lLhYxmybIesRnAWmJEYmInRjb0e7K3WQpjE&#10;PwpnH4cRjcOqPAJIte4JCNioTFihWblvVcdny+y/jnWbWLU6/Peug2QHGOQ49b0Z85n9yP7Dwsp7&#10;0SU8ONjBMtK5OXF6rGf52W+cqQaGLI/BRBYvyEOrudOFKVw1SxLwAS8/DHXkcwjoV6kkl1LDoKAo&#10;iuQ+zhsfcj0gFg9e5f5Yx30ybxbSmgLDk2iJ5JoYOCMeo7PMEF6Yg0fXkMZNsitheylmK7qhk+l+&#10;sNRB3JWFGWUKrvEmffAYM1biEt3z5c/T3B/+Pr32O/4xnXPuORzaEcm7TQAkdzL/p1OzhZLcxDsM&#10;i3XANmLp9I6d2+kfffc/oRd8+pP0yU9+hPqc0vu6r/8mOuvMM4RBk1J6RS4DZkFqWGC+zVe4v3MX&#10;HXsRF8GL7Mn3Wf77x/ZLkBpIGg7IzJMPULyFQc6rrye/90IBeSvzImrOPo/Cq3ZRvOcL5L74cd5r&#10;VyVuSBJU2cGzd/RRaj/8X2n2Gpb0QhYpwVs10f+wQF/cMGDh2YKGW5suuOyNualXwHOJB3Hd7hOf&#10;idth4e3UJf9O7c8xMUacpLdXDCo1Bw4Q3XErEQfa9Mfs6jtakYCfmSqoFB4DR+x7/b4EpkFuziuF&#10;fZp30fIFzOS7+mVEu/dKaEwr22AtABzU+k2rTTRYtAjY6B05xH58t1HDwTLx2NMaGiPECR2g1q16&#10;xoEY0efP0QD847phzKE34z3nk2PpqDvvIhYHbNNvKQCBhvmIkxjXorMW2LeVcVAZOraZdZtLe3il&#10;A5g1Vl7c9/DDAlb0uS678sbruUab5/1nSE+vLcvPz/Mj/Iavey09cN999Bd/9d9YRfEV+hWW6P7Y&#10;j/8EvfyVr6Df+O3f4VCRIe3ff4B+hv34fv5Xfone/SM/wtdolXbz/rC21kx+vsLGQ3oEYxrCW3v6&#10;+4k9DNfeFQN9/YfYz5Ov9+jxh6kaHeQN6IQQB7BDjmMt5xXFNanfe1xnChGElHQB8NSddT57IF5H&#10;oxdeTdXiLvECdGKt0NIC9zgYKI/IGzGDNvG/i5Nc/ixtihvL0icG+ZuHc2w8dnVbfxblnN76MxuK&#10;gD9XBATGKWfgGOMGviSbWQE6s/bgW4P6n73uPDMmIY9tLIEXnX+wkE6RUaNG9y4n+eKsxf4vfLcQ&#10;O1yiVc8+leM2GVQqP+y4jSkvwshNUQPtgvratfa+LgUr8mCt4bN/hQGZNQaHT7B0d5YLo+07OKCF&#10;64hZgH3oPcH+Ra/ZKpGiShZMqAKMsZ7G414GA2NkNmff9PSzPpq/oPlESwCN9xZIoYzA8TgNCslw&#10;m2ABfsleqc2gmCg7+XshcAI5BHiNJX5uV5tWPfrNZxhkonkOptnJ+wyDEzLU7LvKvofWe6oeVXN0&#10;uc7USbRdldQJ0ey+LFy0yJ6JJnkNMjdt1DpHiEpVBv4ygG8WSS4W4Y9u0sMVf1cDMJ3KoFNomgFv&#10;SUgpNVgMxXuETCpLPtEAOQHMLfN1WePPCMYmhC3zvVnZr/sYEIJt3AYzu7LhML/vsFFvT/luFhqS&#10;QjrA+BxHVRSChTnHhKj0uD924ChdcOG5tK2nHqtQQvgRD6El2INpSIyrhK5RBwWnndBICxgjXmK1&#10;LSQ1wx63tbDJ0GhLmstY0VtvVBBojL1NqfvWqKtPXp3TXkSEA9ozit1QafoeqQ9gMC26TLTasZlp&#10;moedU4adNlXjfAORbEsWXBGzrtBnkEIHXlU2PkwCS1GZe9U1y1y80gAKAVycn2RDyeZeyeGrLA4r&#10;zPEAVYayJ4BQFgB7fnE57mMXZEG2UHre2FBOwTcxLC8inMUPxtXZJyvptFu7X07YiNEil2eUEWbv&#10;34jcSSW9wWRDaWP0xsAjS0V0YrrrO/mrpe0IwwnpduwhAtABG8G4UW+Ehqf6LQ7KCGBJk3kxveiB&#10;9t4ogwCTbawP710Ob1GQr84NlcqFtRHsc/qQXnd94HsV5cZXpJyVt0mLmbxj0hnU41B99Koimr5S&#10;JpxPRvGtHMC9XpWvb58LIHyIJKUWVoRv7Nc+3/sO7EsbbpQJBVnqoZh58u8fPHoAwn6RVuI1k3G5&#10;s+bSlH1SyM1IEldLB9ngt+FpZhXMDyyOhQ4evYLNWNENS4OdpDzWMuUEoA1a+Sx7UtYLM7T9qf00&#10;ZCnpcU4w3Ln7Qt6o5hk8Han8MihoKKayUTf7yj43SfR32226aVzkE/MmmoeIy1OuNGXKaxkyx0Yj&#10;5dN0RQZCxuZrJLyGZF0c5++JabUbwpiVE22bkdKK5Rm3wxmejWjM4VfIxbJv1eo6eSYiYMerXSmD&#10;wpwYuaob/oADZDC5HbAJLOS6A56UQfIK+4EDBzg1cdQI8xLstzb77OQ8cjsXLE07TJkbRy1J5DrI&#10;wd4o24uf92PLkZ7c/wjtuOBy8Wcam9eWs4lingx26UJmotuxU+Wf1oonGUgo0xOAwYBPiNO4KByx&#10;FuQF8y0dGFe0csKLd+cy1leVBKtRtu9gwSVzwhY1s92qosamYliRM/z3FjBhV3esrPLHn0Gm2hjr&#10;tJUpl+sYxhJcYOnnYPxkgHCryJI+1+0GVIyEbUF0DWPb1Q2A6RCLkzoqy9vHjrm4Zv5mLgeDKNQz&#10;jDQ1Ckw0VFmlslfOeS1c8Z1RkDcCcqo0AR+utbXgnQ6PcEJBGpm8Sw82rXmtKpMVrxDiJDDmcpax&#10;z+bTsHLwVdecbpR059YLwAsPujiF+sVppc96pY6bbGTDKRl76xsKLbZLqVsHb7oiiEa2VFnfvJ8P&#10;XB5mefPolOfOQjpCbC28Qqe9zlh+LjEfzDdHE9wb3ct4TxyLp4loaKWgEu8rV9lwpjZpakqS9/nM&#10;1edUmca1MOsURKssgKu2ZEuyJNvUdMFl4eGDx0Sqe/E5XMCdx/5ZyMnGs8+SPUzswarrcXrtyIZm&#10;Euo1ywEQzTZm+bB/F4NE7WpiMlpKnvNZli5+yAK+NVoo85BxOHLCYI62XytLPXkQhSwnSmnvrTQK&#10;sF/xVhshEW4oqZ+QDFVV8v6LUqiP+LXXhpo13Wuxt8KvtFK/Tq7TVtZWpYa797bPMEcx0Dve+U/p&#10;nBfsEZYC2Eg9rhdmeA8eNW1HVKHSF6Jkfxai9mK9TKTDJgY7fG7s9QZKEaezzzyNXveGN/P+NEN/&#10;9f/8MTP75ulVr34TnXnOdj53WA65zCx3lj5iHQ3b1kyuoQDh9YCzHX5InNIbjr+UmXossWmPCYt7&#10;xLviIo9R2qfup5lbmZFxA187Zh+JNykDjZiUo2uC9HF4mMGWfXfzjTquQ+WgUvTxUQ4AufWTMihq&#10;rriaAWo+h3ggjP23L/tmKz6fG7KkivqPJp6xsMFg4FkJZqfe0k2wn6bNOeNmsxbXSebJnqP1LhVR&#10;m7TCqRY/52macLTRDuc2tCtYT0X33VqKsUtiXHcCxZMAi86M7FVZNM+phjL8M5/t2VpN7lthv401&#10;wRpP0/1foXAnS2j3fZUGoydprdbzZyBp18t8HvVlIDjL93s5wLuKn0UwLOoFihddS+GqV1Fv92nC&#10;8qolIEePparWHgxDxVrC63iHOMQKkC/dTvG+O2h26TEB5pICCayyyGZNYzbjnAsmN+P02qHvS782&#10;Pv9i6jOjrH/xZbSGoWd5ZseUodgaS52khtkyzTuGKVKYs0G1JWS2SkgYjrUeHfDnWjztLPqRf/Ye&#10;+pmf+zm6m0G8d/3ADzLYscPqcAXl3/yGr6M3fvM30/f9wPfTU5wq/MGPfJRuve02+tH3vJsueOGl&#10;otw57/xzaZW/8+tf92oaM0NqF4P9a/wlVoetDMRTHZfHaLBc4D8HQNOAbRQtKZ5rzzHObN5j+0O2&#10;aeF+Z7T/Cao+9RGKd3+Bf/+o+owJexqsvZHsJz3+LrjmsEkILVcu85rGXaHurJlBfPUNRK//Nq4T&#10;tXFvDLhAfdEnlU5q7dVZsZQuiRM0pNIZR3zHJpl3rhCNaC2ZWOqminKTBr3JxiIULC719570E+nG&#10;uG5K2u6y53G0WmbCUsTIPBMM7VgOF7pnO0aX66GynpmQBjuX4wBTboCcdABGyKzE0HRyn+gXdtCR&#10;Jw7SwkDPV9T+znzz0F8EqR8M0HeaBisWUm0XBimgV6O9s5Jg2m65A09vLaYuqKpubNJdYVvJ+az9&#10;xgjkGK+4wdq4lddeYpLBcLREx04clfTUxbnttI0DZhwSa2sNAIvGGhbLKTsbnEk/+cf4nB6r1yDO&#10;erDFgJEgUdeplYhaJxmZJqqPf5IDg2noreZoR/qFBEkYUmbTrfBrbOv3Fdhy2p8oUK7nuaQIMyFi&#10;zM/aUlAf9QakJgZbQeLo1+rPV/W1j5asglrxEQmbwXlZJzyC/zfAqfFY9s/E5ifz3Y/ZM9VbYm6r&#10;/T/UawBhK/2OFMyqjYyhmXLfLJgwpze3wSTWOsCvnd578V7n/nEVKknDVWr1QrOzLAjrr4nJ87iV&#10;PgMEsdFYB8tiAYfryr+3yhv6Mq+9GQ5EmusN1P4B7EYh7Kg111zognb0OcJ17+XAEdxjyKAbC2Ak&#10;p7kDAJEX2M4J/W3Pq+rw2GFO/2bvR7fIXvNuQbykQbQZM7Bc8RCkv207h5UtkmnqsB/70oKNzFVa&#10;m33zxsPG0TOQRvzOogYISAPc2qEb9KakVD2V7tZSEMG4UDYZ2WD6+lC10Sb2QeODrTEWVlcVsodN&#10;kmy6omGPVJqvu4nEvVj4M/lMDlWQbiKyPGrwQjLz1wSamBldaSMKBYVZEjvNTzDJG/E9kmdZ7HY+&#10;9QWgmCcyzhwjq1JayderKQCiHFLiCyai3YtMjCBD25HmY4k/0JHjBwAm6cMSDfQiSxIMXUKNxW7j&#10;NbRZ0ARVZwbMuA5gJuqmF8wEXKXJ2Jg0sKEyg1CngNpsT+RVWB+zszO5yUrnRIrKVgDH5YQjnxq0&#10;WiddLjGKcnISGdirEwgn6b99AzjToVXlaZ7zPgN3moKs61SnegnkUx8+bxRXz2bgybS8ss+D6V9m&#10;FaZ5VCnvdvqdsuG/MWGpSLkry08BS4OCpiu8wTUsAak0vYLff0YOIjIgJzq9ph1bIum3W7m/89sW&#10;5DU4vpD/fYg3hhlel3wAArS3zaE7qCmzE6uq7gYfRVBvORWvLBU60eR9olPGEpwg9TAsKFRJNj8a&#10;BzUG5VJqyLIHyBZAloQsdyQLuOIDcJi9FrRw7QloJYexJCErPKQsVZ0Y4Tk9xqakOFh2se9eC5C5&#10;7sn6xPsgYRfvq1O3KIeueE9UnQl4AjjcBB3cZZ8HN9UXdB6HsUjsC9IIf/XRR+mSG/jgq8K60JrN&#10;0snWJbEWjLZE4qzl4GdDaHwvvpa7+d97Z1t6eAigjw8mfq8GQwpXGjjr66za4a7jOps8GfAytmCM&#10;NBUMxujrFcm6KQCjMv6fhKdIwRrMPyNSEeyewznWJdw+Q3Vo24nx1gN9p6CzpWCRmOHPZHpdAA1T&#10;SFhjv1gz3w9fOABOTv70/ze2WHANZ/l6jOwzSTBAcJkdEjc1my8r7mJ/cJO+fTG6LXTz8Xkz8X/e&#10;mEIbfOhovozeu0mfQldYV+ZEtKjPn02VER8ZbWCnvnQmATFZjVos9MRyAX6lQeQkGrwlZ7HIhuuu&#10;cQhxEvxI09rUH2ERNOqhMo4KTIyLj+usjoCXzqHDSzydX+MfH9A5exYEGI8NBg6YyFcZmEuDOwys&#10;xNdveJqwwbxf4uJPpcI+JZWnmknsDVRm27rkqVdlFp1LZMjYpjwelar1NDkeoCi2XvSTC9ucqSz0&#10;PMXZ3ACwcp0E10uCXi17GAJTxFqEWXvjRn2+Fuf64kcFQGCJ5WsP33wz/Xee3L/t+95FZ55xuibZ&#10;8VBipdXgqcFzTYw9xW9C3rRt0dO1L7+eHvrqvfSBv3s/++yM6Bvf9k6uOZbEBgR1jK8qCxSKXSgQ&#10;n0MzAF/ZQ6dh4AAgS8UpvX71CbbEGHAIE/89/s3VQw9RvJ2/yzbWCO8+Q66P2E3w91zjl++/9Hrd&#10;3w6wnLI9IWtzjQdYPdRKaxyY8OWbOfCAg6TOvUhSCXXaz8At1af0t9o8uSN+jZ7b52ApsJnUzuqe&#10;+Kw+dnyGayaj9xSf5SUaVF4kacNxVL9HPBOchjGC3YAEcPA/XGeP9j1GzcMPUn3fFxkcOsTADt6Q&#10;n2WweqE0Qt0ZtgtQh3oGQ3x4szVzZ1A8h9fCRVdS7/zzqRmgqR9oH9Jqr4P6qA7q49agjnvqKXIP&#10;P0SjO2+jwdOP82dYpWVu4mZ5eArVBsZOI6S8NuwZyGm2S8yawzobzbJXHwdveH6/mZfcSCvzu6TJ&#10;m0HA16lqlGckyZ4KT0FdwoqEMQP/2vZovwCfQgAXq/z5UNfc9OrX0L/mPuW//Jc/pYOHDtFRBs5X&#10;14ZKCuDf/4+//z76wAc/zH59P0H//Md/khnEs/SJT91MD9z/ED3w0CO0h4G9/+1f/HPae945tH37&#10;Drl2w7Vhlj22Flo0vaJWWvXmEiKKWMXwIJV0wDGDgIEl3s/v/jz5z36cRkjtZvsFgHdQrSk7WEMO&#10;ZHDCfoI9Jii0Tv3XwjFm+TLQ1ADke8nLyJ2914b8HYy+ebJ1YUEQ4zPwOpgU1E5Kf7ewozh3igRe&#10;elbeCy7rG2kd6HcqK5LU76W/F+lk3iNaH0DiPmDpK/wfK/73/I4FapgJgNwAsNcSySIHDRbhhMHq&#10;zlIaG5VwpmesqbGCkR/Er04XgxFTNAIxWF+MtQHgCkBUazkA4h8INj+D0s2JJVpeWRKQaDv3b4vb&#10;GYDhIRmG8gPUCE6tvrw3/MUpkSrZjkQDotSWyvzrXMdUnCgNixCP6JKNCqgSbWatFVG3Eynmk0Ws&#10;z6BsChfBUGC58CfEkFSeI+614SG/yKz2ZLOV/xHQUkk7vgDjlDzouqTaIiTSu27G3xrxgCx4VII1&#10;ksdg7KxZsgVVtpqibDsmEEobJwiw4tVZWQgqJPyDKocqpj+PhVIHEv9GcJjWeiNW9oWx1LhI1F7i&#10;Aagof/h+9hCoCvVi1Rd2I4YetXkxCqaScinSwNv5rDgKkjOgxDmQpIAbDGMrQS5yzZHW7Dt/84cf&#10;O0zXXHWRqkVFcRoETxGCGQYRAMZt/68FzCk9Qb0aQOvF9JmJIiwzTKlMu4zJF5kJYLRJuvhgtSr1&#10;zM+7pYuElLAJ2ZzcMEudSzKf1rzz7K81IXQR3VETYII9eCGEvMinabaVobCpeUtpdxQ7lk0wn51g&#10;KZPRaOeT081CgmsX1kVDX0N30MmSyMqkzgy8CwvsRMShbQxESfHRbf5MeQuPIad+5emHPYPJtBOR&#10;3YkCK02n0UDT5E8eGvIWMGItNTzEwLY0E/keL55ZnlQhkQd/v5e9RRIDSoHQeZ6gyyRj3ORDVZh5&#10;Xr3xNKY6ZIC0P9DGyPkqT/5cnqiYPNlpWg1YdxplrR4YAnplBpleQKDcrihWooWEaLJWyI23Nw9A&#10;AfsgaawUKEPBAcZjSjlKwJ6zCOxInY+f/L5c57pLrCVX+OkZ8CappiTXhMRIvRUPyUmvvs6nJsnE&#10;Id06zKh7w3KEGa9MQbkvmA4AAK9j9lQIaSMXcLKSxgYLbeeOXewXw5Pjxe30NKew9es58VOb6Y9E&#10;zgVpqy6ayozqExVb5Qs+acRjWbbFLMPyFoBDMRnmKwcsmienFD0jsrWmTXhjoH0Idq28gv3iNdXA&#10;O063NvLqL6FArJcUpNiGHKQCILfqqVyv3+sb0KkekGOZAjlaYmNm7JurbKyeQZPoisRQvUeaQGV+&#10;kxnc7EQ+GyqbJyaYpYTZZQ9J7EF33HUfS04OkjvjTPKlbtRNphGWAP5kQRazbMYl6YVMidQMd46v&#10;QT2nzN9lMdvv0ReW2QGMGZ8LvDaXqs6IVqZWFmLC4z4LkGjz+pW1h6JXVrqE1xujzgqdIj23FfBP&#10;U79quw7eprZg/1WxC23ZKqi3ofde7P4skgbXTIRulCxL5yem2Qmsc9ovFVPkmEN8yqTWtCdLcUYq&#10;w1UZSBoUJTg/mk+hy0wIHJ1jeU81PUZQyUB+rUEFjVlYiL1CBmM6IG+6Wp2UrZws/dLl9MvJhMo4&#10;BQxOGnc7R5snXD7Tpju6jWW8m/bnkxIjfPZB5bozwLucoOZcIuAb4zixBULMHijOFkoTFMBJQV86&#10;VNGCWDxWa6/2C1J7jPU5gAxU7C96ufFKT39Kqw/GiBGOXFAmVRKXp3Tp2qnvDAYleNnDJ8Z0kK0T&#10;ji4t0yWH99ClL9zGYV0LmgpOKidBFStem2tBQHkUfJVnT655DGS4OITPHwD4pjXmqKVoi5+et71B&#10;r1NtJtnOpXA09WwRiZwM2+y6CJAY5IzDnrE2VohaBl2QQovdSvI2VmYpWNIYzlRVkDASTKp7OH8a&#10;L9fkjEX2DK6VlSu2B/z693zqQ/Q3XGy+9bu/jxZO26lDNISWxXZSyB2fJxRpas8EgHDaLpb0ftf3&#10;0N6P7qWPfuof5Kl9/Zu/gc7g0A7Pqch5z7bnQIpgk+tAQhMWT6OZ66+jdicDlrf+A9XHHxMlCXaI&#10;GU5OpSfuo7WPc6oe+5vF8y5gBtVAgEKPNNSz9lB45RtocO/p1NzBXl7hBHutQaIZhb/XP8y+bZ/6&#10;II1fzEmnCO1AQAhP+cF87FX+JFD5RpK+MjLm+Qb50nB6y4LXgpU56Q4yDaSXtQQ9w3fYCjrgJjY4&#10;9yzMR7t9FBXRQAIcNBAHbKAVsDlYphnZQN899iD5uz7L6ctP8loHr31VzocojFs+AwY9qcVneB8a&#10;D1Az8pnAw+Nm8Szqv/ilDCy/mJH3RWbcaa3XiESQWTlgFFdOfYERLAbA4onHqP7CJykeeJjc6DjN&#10;wjsY9SWYHrw3jJl5KMQM/vvYVwHE8wvz8tpDLYd70LUvo5kzwHRDAAi2M/U4ljowPB9iaTel2+4C&#10;PaAwUj88n5mCn/74x2jvnrPp4hdfLkAg9og3vvmN9Po3voFOnDjO33kozCDYvTz61Ufp937v9+iR&#10;xx+nn/v5X6Df+r3fpX/2Yz9Kr/+619NdX76bwcSK3vCmNzNDcIcRH1gVYmGHIaQsW78hc9abdQ/A&#10;F5F0gkmD/faRB6m57ZNED9zDHxhMvpHWEPxyQ2ZDI2xDDPOFNdeTmpX8UOx6eqwqWeUUYcd2Lv1L&#10;2XeRk7txpoiKZeq5ykznOO176KYmUHHaTPkU4UflPYkT++/Jln/pm+nWlxan4tWuwwBTvRMteEB7&#10;0g64c2Xp6zazgXQ5eZUCrUv7zTYATmWNUVj5Pe0bB7D04GCVXTtphRmZ4xOrkkoqxA6k1bbBBmqU&#10;iT2JICz9e5JvOmPQV0nNB5WHJnDjNVrJLmizNLaVEI5gvccoy38pKjMQrPiWg3Yg213jtb6D++h5&#10;BsPmGOzrsey43+/rOrCBsfDTUDtY+wUveyqEHKiB0Ffj5+A1jgGdEKxEZWW4BRRiCRBzbR52CrEn&#10;xE5VVKqb7GfqxHS0/VsCwoDVkPZyCLBY5eu9gmdE2INCM6J5Brd2MgnjTPbLxKAD30tqk7qeBP3y&#10;sWypwILAVcqaMzWVBGX6qivdE0RrnqQgAwnQJXZmTdld6XNX2FN51/V5GF5GIx81obX3Uvaf9PBB&#10;cSyEc6Tw02DVYjCfbvE37EjxqijCsI8HjCP4I+L+gKnC9eJgrhZ8ZOCg8Azy63RU1ZU3hVKlcB/+&#10;XblMjGol98HntdoXNmclvVdWhyU/Rf6zfQeWaOfOw3TRRXztmQAErbUoM6Gg5VqzZS96Z1ZTdc4O&#10;LZ7IyndJopmoZk0zvEpiaSrqQvbhQzMeKkuoSRReoMDCgohKLdUqVB6WsdBnx8pkggSwajNTqLJU&#10;z1Q8BNPcA1BoK6V7atRyYdRoLDyZtGVfIKN3ZnooFquyDlKQhBdfrjan9LkECuYo58J5yRI0Ez1Z&#10;NwzKgGfyCcTDVk45QmLs5YThyc1ZaxhFevUAc5OgkTemlcWOp0jmDHZV+pArgBi61OEMnCmyHHNS&#10;aSVeeQK8GdtKWZQWwR01DRDJhNKYVaoLl9CV5J0nm9BANoUFnmhj8a+wnEbmClXJTnPr0l8HAgg6&#10;eZx8VGNQ9STqKBUq1a5Nrqy+GHWvZwnApAmttcbeS+BKZgTqa+HnEMrhQTE27z2fk46Sh1OVvY68&#10;c1NZn8XUw5VAJImfypDBFzBL0BRCkjxk4DQfpOXhGvQeYQWv8KExYu85Z5TdFpIop8lt4v3kCrlE&#10;ZUR/Y8ExHspUXo7k5gW3xhvrKhidPDUduUX2BlhR70aGcYJtqN6bZNMSjtVv0QB4A01VqmyhJ5po&#10;o5tcq1MrBGOopLwVWYQy+GKWIAgwGTRMIqUHRUWYeTqLREX+sxFTjSFdAcDutMEVOTr/7zmWusFz&#10;D/cJzRyekSVM00cKMIsvQ2tR4l6LryqnSfuibLE0zmhPCA4rChZJ34VAeBcnnq3SYLgrnGJmKpSS&#10;pGg6xQOHj9BDX7mDLt31RqKiiUsBN25LbIPJNAc1b9W9pV8BjK9oFzOI9vJ1BcX+GMvt7uDrtDJs&#10;jE0YBLCTggPPMNZ61MImsWonmIrW3PiC8RIMDEtsP2+MPm9BN0KUFOPqWhh+o+Kp8AYKnmoKHE7h&#10;GNOzC5USfi3ax2SfXasbjS09ydDrGuRQsCUnpa6dFETASqsIOt++sK7SbVK8QUw+I0HlmXIN9T0k&#10;nRfyiyT1iK5Ul+nz5ooh6nTB7rr5EG3grz3NAJwA+qaVbc86fePUrfHmbMVOirNRXyKyp6oL2pJh&#10;XkwDRJ08exvSJDmDK+qKDHXAXaBtzBqi0iQ5BOeAzF6pwD/ZW6DZlj3UAnhwJsRSrphYvhhGmPw1&#10;2OANhaRPDiBei1Vh5pEmtgEYwyuNONryiSeXaGn5AT5XzqcrLumzc86c7FcwXhfbgVqBSwGx+bMO&#10;eI/uwVuo3s7skSVmgWnwj9gd1N78eYNZq7gsAR/bAJQy81yZu9hem6QYEGC/lfeV4RbC1VoqUuyV&#10;w4B0PB3CRvFl9imZz9Ui+YWFAhhv8OvD+QDiwY5tuNZEyyjKYTzOKb1f/sRHaZGBr9e+4ztpfu95&#10;wm4cMbua8oBscsD5nMNb83CEz1v2Gpyb3y4F7ate/y0CuL//A3/GYWd9evlrvpFOP7MnZ0WqY7Rr&#10;CTKgaMUDh5tCvj4n4izNXHAGsy5u5IafPdBGj+m5hNAOfvpnOGl35dO4Jq+m+oVXSPgKpu2M21Jc&#10;5BHAlTdQdfwpig/eoWxyvt/9JmpXwAEgM1+8hZbg6/XS14kMqO7ptd34K8aTROt8bZh9E9vMlt9i&#10;gx/ahI1cpkw/t2+Qro0v3eDyIGvzMzaeghHl8jAJdepYJjt9PfeOHKZ415fIMbMuLh3kW7rGcn02&#10;1h8HAc37Lsoz0Wf2J1hjkKaNGvh38/pnADle9XKiF15Go0WWuQfUn5rIKOJWDNkZFEbfM+Tp2Tyz&#10;/EaPfpWTfG+n/v138msc4ud9lZS860Qi31r/MsOD+WZtBbuRSBfHkRUhF3C4x3WvoPGuvewRxWC0&#10;0+TPPu8JCBSBqxeeS9+dls/+YYwbhHMU7Hux4xEpoaff/83foD/587+k666+mn72l35Z2FazkPvJ&#10;4GCNmXlsb8BZGitcW6Iu371nL119y820/8B+epprqxNHjtDi/Fn0kmuupsuuupb3rrHsr0jXBZs4&#10;qYEmEnadW3fQwt4Bex3qnlip9HF88ClqbmHJPd/fumavxchhCT0OuxuL2J7gfjBjoWUI90BooPhM&#10;ixc9A7kNX+cX8XV/03dw8jF7t/I+vgL2Tqssmuh6hk110lTn4inW6iToH09iilkG0LgMhPlJGxrn&#10;NvEBLJ7XzaTbzp0UbNxs03AbYMEubn2DOWlAh71GCpyIkpChe70oM7n3WmNwrc+A0zL3ZXHcWGhd&#10;ImcYR0sLNQu7suTX1MenFsAUHwJ2jfSMBmFBiDpyfnr1AzRZp5h+NAoY4WAO3BOOmGEYGOA7cey4&#10;sE937zyNw6Z4P2C2KtKCnSQIw7e+Z2w9BbZgcSb+vCkcNHb+74kR582TmCycA/WBqKQM38B+0etb&#10;rWN2XkIeCiazDpS98DLoF9SmSnzhhWmr8mMl4qiibIg9K2iQTxgrVgLbru28L80zjoDAEeyFKQSz&#10;Sgw/Y/al7yLCUWMmSk1j8tpAofMetBAWl1J5fVfF5cBSC6JMhKqQwEvXeRdrP6ohswLKAs8wH0GR&#10;8VpIrGRTQMFUskzT+MCsZEJhO6I+jY4OrzTq78t70ox811rBPpCNpN7wgmNV9p2ocjlfQRmMXm0v&#10;EuMR11ZsZWqxdOmLolFJQk6ZeXxWtYqJGMNwldfoY/uepr17z2SCCEJq+sLkqKL6WGOgUjeNefZN&#10;PVAuxvWJO8bOimUzU1kARd0ZI0o6nc3H4fUWzVgQBSpo7ZDrCjsGFxZN+1gg7CzTwTRFgBRUs1XV&#10;GaAbo8tb4avefyb188qSiYU8ReoB870jM9F0ddWlPSY5DKX3CIa4Vl1aj3mWmVrTDNbNDFdSs/SB&#10;qsyENqPmFCfM5n3l8wPlXWFMb4tdJoplKqUlrxB1ScLRJHWyMQSj41qjCeZaTE2pPPTG8omhS3Ty&#10;vpOkat64bC5gS3mjQ3dNKHuN8CG2xhHhknBrCcJ5smBAjoJDar+vrDh9IDX4ojbmnT6AyqTrfKOc&#10;pRNX0oBIN6feSVVntJk+s/j38WYurEIz/RV5k7DljGWI9CukNbrEhtGoa7xeTwAkMz2tevmA9PZ7&#10;6WxTBaQBs7GaOrUoy5DTPygCQGPu84MO0Lg16WRn+NwlC8o1rHRqAF+14eoJvY+VSlgrV5uvI5mH&#10;QTA5mKUd2eFd8Z8tMoDW5++9yBssCjq+OAx+76a5/lMCU4DBOwrJm8d1/nF2L7RIsmlaiiEPes0A&#10;hGFjBDOkHSsN2Jxozd3dXqdK/h8avuMTpJLMNGUDU8YfAEKwMyuWGwPUw4Yl0ovUgnt9z1Uu5o7z&#10;JGw80vANOchC7IyMDeD1Amirz2RaH84GECnZUiZHtTdQPRRp3hYjH9Y3WG4arJreB7G2+ZAGC3aJ&#10;C4pb7/g8vYAL+/72hVPm+8UpY+KyIepAxtB5gkoipJco950MDJw/O6ZD3BzcjucVZNLG21CEhO4d&#10;LE17nJ57CweqJEqJTWNd8m2LRTDGJum4AJUhaQwa7lFZOE2Yar7b56nrHBfONZVJesfGPKzsfrTm&#10;W9pu6g5fMPmKP/PZ6kZl9LFIaPQpEMLMkOV9XB4pynWCNBFsvpo0Va21vX0AVirOHjkv3AS7blKv&#10;+zVt0zd4C7eeHeDicxPSxc3H/XGTv5h2wDqBZ1Z46b+rDLbrAIFycIfu3W2e9GqKt8vNvjBYxXOu&#10;Lz5KAPwVmGXmhe/npLcqatI6ZelvaTkVbEvQFY+JvUuWDAj7qWrzCvUCCI5b3cfGudrTp2WZ6TNf&#10;vOsJBgB6dMHeNWZWL+g5wcWehBSJO8ZYpf8IwZI6iH2dGFTox+MCGIyYvaMKZC7QazeVjhiz724a&#10;RLniLEhbspx/PQPvWt3zez01p1b1glbYjagmzIvTimCw+1iVzD/fyJm6OkKSL4nfokpvNDSAjzpN&#10;7B7j/47RzX//Ic5d6tFbvv27WO47zzKqGbWliPH50YZOMfq03qiF/Q+/2z7LiXfsHNGNr3gF7WP2&#10;1V//7fvpBDdY3/S2b2eQYNbY+j6njacGBhP2oUzV+fv14aN2sSQUt1/6GPWO7+d71Mh3h6dk/yin&#10;9N7Ka4BT3NvtHAQymJVVWHPDP4ZN0TWv4bXC3/veO7j5OSIeRPCvhhOtO/4Ezdz1Rfb0OpPixZfT&#10;cMZLqNszesbL4cbzuJHEPNx3Jdf4WQCxhYefez4ygLYI0D2nbPHJ14NMF76VMkg9+AS1jz/Kydv3&#10;EnEYhhseYXAbNj61nKcz/UoZPVBZoMnkZ7rHIBEGDs3CGZx2ewn1GOQb7j5HZIRQLI1BasC6A7kO&#10;TDyvAyQmiFF95CkasizYM8jnThzmvUwddUOwMDo8jz1lHXpIjSVxkcN2tp3OMvEXkLvgReQuvJwG&#10;7BMqftuo84LKVcWBCgCUeFqNN/FBfKbxzX7SETH7rOmwF4Pu3syMvJd4J/Oh/bnbv0h33n4H3XDT&#10;9eJLraDlrHicov4+xEEnX334EfrYxz5K//CJT4gH83XXvpTO2HOOsbFa2Reb0BMPeTi+JB2U1Dy+&#10;k8B6M8wv/zOs1BsRgXgD9rcOX7qD2ZM3U1xh+X5vqMNGfu3G8Q2JDLywL7kMf7ifqCBXdK3UptKi&#10;sCdf/yU3UH0Fy3XPPBcES36m2a/VIyahUdFoNZiQVpbMfFXrlohYWL/uXemLt/XVnNuOGE8hye36&#10;/FggdM9Oer8R4OcmB+gxbslHtBu4d57WG79NJ8UV5RhugqTV8zPG6yowg3TA9fjaMQ5BHGl4nTNg&#10;KwUsKOiliqwYUpJusCFhItwoG05SdBVBk+dK1l2b/KzbDM4h6Vb8+jjgpWFwb43PIlgL4Qw+d89Z&#10;VHMwVJ+BvgECWvj1oagDq1d6R6tD5dVx9jB4nEIos7dieu+EM5gE1GWCAXU/Izeytp/WviBQ50Ef&#10;Y1MAfS7jOZVgEQq2NW2wx12BrhF/JnhqN+i7A0BKHgRyH7qTBwwLHEAB1iJ6u20M+EkfToUvvr1v&#10;Aly7wM1kORSzVLfrTgoGojcrK9gihDYzeJXwowClMwAxBcJkrMNsUVC9N2psOaHU8moYLew5Yd9V&#10;dpZhSG0WP8kyZSxEGrJQT67/h8Ce2EJL6r0amSTSR4BAhY89V/WVLOW0jvIWBKK+i2ohl2o5wZ2i&#10;Doej4VOwqeqTZgGMTP3VxJCH4wKUWmjH00eWGPA7RC/axWDyzIKpWxDMyD/Pa9LknUJKKgp3CyVI&#10;ElFrbrzrJKV5XodCPRtt6p/NIMXOEHgUnMGYfTFJrOTflTXy/DD1q7xJpdQXDe9Q8CMUDzomr6Ey&#10;iYCBiLG2wrRK7k8W8VuRxXRX8j9k4uSMltkms2ss+iqJyI2BZyADNoYUMmFGnfrlDdjKm1Lo2vhE&#10;E7YfbWNjmnQyRpHTh8iZbXuth+SMm7EkIL0J3nUBp3kDdWTMB6cTdNgFm8Q6yWRF2iONUqWBG/YZ&#10;fa4Xe8p8ciqbFcpslWTa/QyAViZvxaE8wMK1DSM3ZEYJjbaJVnzPYSquw421Ti4bNegBuCVYEone&#10;nf3xwlgZZVjotWrhRelpEwGl+SpoVlWdQTyAsQQcDmZ6yg7E9Fxow+bX45KfgL0XgzTiG5g2At8x&#10;+3JSVJLpGm03mgQ0g1IuWEiKGtuCJTSwoA54MciDmCYwxQQtScUFaELyDq/tY0cZia+UGQSjpcAP&#10;/jI7gp82jwOqVqyMIFtlmbQEDsjTL2m+c3MzvKE4un8m0IUj9U5YdefR3ODLnbGo7yS8MYMXBkzb&#10;YSdMr0bXgphRt61J2QvuuB2SrUjKonmkeaFVBb1IKuMgTXwCHRkyhwFMZqu+gMieU4n0HvWFfo61&#10;MhZMSr0jdcMme/7TYTU1NSZXyP/sulE30Y15rTsDzbxNm6v8IAlFXoJsWgmX6WqRRJdXgFL3Qj2c&#10;BHNHkE1Qvwrx2/TK6rr9vofo1fffTeffcKMm9cLYnq8Ojtk2xCwJLxlZqYjT65jSndrMWEjGvHIG&#10;ek3RXZzpy2FxOf/cgaVItwy9jGgAgiCxEw3LLAOBq5A/82oZF0UWgOPV6Ayf8Aqgme9ea8VxYrMG&#10;A9rw+2uxzQBpWsi1ePd1/njtJmms6T/1BrISHztBZZOk0bF8TYWCKvPIAyS8hjANSxlbatt8QNYG&#10;GI020s6bZUOwiZ+zZiVkv0FX1I5B3qeNLp95CVTElA3MHNyr1th7ImnmvWSFn821MdPlB1gbYI+2&#10;MvVtJP0s2tnlcjxHoM5njQrD6rLQzes+ro+azKD3yQlQk3wqV3hVTkiv4roXiMGtS1+Odo3l2lAR&#10;qiBpkYXRf0ouh+xz7CwdsoJsQIyrvTSfXsJJnGtTnIqdn60xsXQgJFPoaJ9R4t/qLHuPbjwRMk4W&#10;6iFnNO5aqGwohnlqz6bkFjQjITSN+P1JGpywfvs6fbVzJ12PNmjIxygkq5LWcMPO9wVN4JPHR3Tz&#10;7Q/T0tLZdNGFkRY5YW8gzH5tRMSegF2wqzSEw27e0/rH93mv4KmrbTkqO7Ys4WAFepIHx5QiLcW3&#10;rWCnkYAe6641b+Goz7ZIRsUDVM8zhHCMxiEzJ3McGD/QOxYh5x1Y4c/DBHXm1s/LPfDqSEO5IM+p&#10;+9zUS6DSYfr8+zmBlrvv133DW2kb+9vhtdb4Z9GwYyg14uvZn6KQlT6vJ42diG6ytyM11gdDKO0n&#10;PWZInL13F739O/8xnXfLJ+jjn/qw1CKvfeOb6PRdO/jPZ5ml2CjTADIlC+wQz1lRn/D9Yc+z+JLL&#10;qN7OA7ObP8KsrkfFE23MQPIMElLZw2/04Q9QzeypsOc8qha2q5cb2FwsG3PXv5LCdvZG++zf8fn1&#10;NCKk+Dvz+1XMA2LAz9/832l05El+jxtY6rddGNtrGISGLswmS9RoCuB0hQNqtoh4ZlxJd4oI3elU&#10;zFS3TUsKnVvvzTnBRYqb+btN3XvXARNZQ+Gy4/KEGFHPhnrzVPCTJPrKsA/9iaTQc+0CYoAk4Ght&#10;IOM0hM3Bg+2pgxy8cTfFR+6iavUov+mS+LGNvSa+t+w3HOVANqsIPFdcG49md1J71gVUXcQJzOe/&#10;EOkNbMOiTBVRtbRCJdCQmICVwfvJUQ7d2M+g8hduofaJh3ivWNYAEDG3x2EWRWsFVAvsGQk6BGMO&#10;zPrde6h37oUUr+Qk39N28RpT0H6ok2gZRpGFssmbez1TXSm/dZsnIbsNvVej9YPpsQ0CjibmMvb4&#10;j334I/TBv/8gPfDgg/T2t76Nvulbvo2+67u/l3/vQ+L9/f73v5+ue9m1OniQYSTL5RkUhJT3R//F&#10;v6Rjx47K/v/CC86n17zq1fSO73g7zbN/Fph8GAoL0WEqDCZmmZ630CJdPQFVA+qnUMvgHt7HzaMH&#10;qPe5T1L70J2cVHmU94JVuSutSBHhP8ZrgIF/34eapC+2EJ7vf9vHUJu9CHdcQO6qG8hdwrL8XWcJ&#10;4aIxWyfUqr0UqmPDkekrmWyVuj3NFwy71LN23vIdD73z/ptWKZSexURdzVwOWpI//QRsmP3u41Sk&#10;TUdSoOm/FydfI07F4ej5OmlInRRv5dAm/r+0vQe0ZddZJvjvvc8NL1SOUpWSlSUrWJZs2ZZly9BO&#10;YDANHtIamJ7uXjM0oYFmGGa6TTIDtJsZFmsB3TDThNXNAM2QjI2xDThIFpItS5Zl5WyVSpXjCzec&#10;s/f8aYdz732vniQjL7meXr1377kn7P3/3/+FMNsSIAX2lBYsIfuxhUIaQQqLjvas3qGSDEOWaL2i&#10;4V9A0LUJghv0dziKzcUg5QGC5CNm5FKolDUCtjPwTP2ORtSbGIaJ5JZ6NGRPcCYcIduTpbJNUIYt&#10;AU7EFG2Y0UnMP2J8Ert+iaZmaM80XF7lXnABlW6LyOabw2ER7YlE9vDWKuOtQjap3geq6KKNvU+h&#10;WbSGOGHSd3S/4ueYVFVDx/eZM7X4A+O701ZPCqgO4RyNeNWOB0NV7KiKi+yBCKhrspddTJg12lsx&#10;RsJs1pqDRImxPiIVGp4DChoZYT1wMSbTHzx6CHbMGdjZX0DQss+Mvq2bkb1MsjMr/XiXCVyGWbUM&#10;qFrFaaJ/faPeuhxwJksepeoN1SqMbDMGagUn67UojqpkMQdJuWkSyUsgUOGDRUsY8fkPRjzzpL/U&#10;GbBG57E1Clmg2EpYBU6C0ioNxXBBffbYm4+Ymx77EBrgIhljrsP2DEw+on3GCTZBYWiiVKy4hove&#10;v1WS6xrNBhDFBbMzca1jpjN/D7GaZI3nmXRQ8/WRIWaj6wQdk8PzTn38888fhd37t8G+89CkgJiB&#10;ysKuullpVxkzXXKFCU+GHJ0cGxTIk9NIBQVh+0V/Phv95qwttOKRAulTxHL0rqoqpUsqEMighLKd&#10;IHr6eUleiawWftcqNs0WfMibUmKxgU2AGUT5UErOzY0VMQSFAe21OTQayTxu+y+EnCIUQacI/0bQ&#10;wRcTVGeyB5FrFFgMehNGT6pQBAZEL79UHFnN6CgADgjKPPBFkABwUSHeRl5Zh05SkSMDj+XSQZJs&#10;TNTJO/V1qxVAzI0fb5zGJuozg0XxgjiT/Bas3sxMWlUJDZ1pFz3r1B/RWigYiOPMsuF0AvVUspKo&#10;KKm3Cj7bAuyzNgVtcCqhvp7jGHArDz3+S3LfJH+y6iEYPfCsSXRhWzIRCsDAGygAD0gJsVkyihMO&#10;XMTJ+9Ai2GKI1aopoy0Kvy6mkBIYUcqLU0aDxWa/T34uTpadcZ08ytj0mxpQGgk3YzFwxQe2R6b0&#10;RuVCTpJV6TN10Zx5cY4kbCgjNnO8O6jNAScUg9Kix434WhHlPXpuNtH/0oAGlIQ22KYBBDxJdbnh&#10;r9jQWk3x8e8W0Ztm956dcPz4CTZK780t8qIpKZGBP94IvS1oYhEDTcgsuRmPkkydF3CV57M0LabX&#10;MoRmc8pxTHQ1JbBhkl9TCkhJhYTXZtam4QQUjM4I+BtdBwiUIBDUx0h62risFORUWJEPwwqmUj30&#10;xFdh//U3s3WB07VgFVl/zJQN5ToaWvw+iMnjUJhKKzs3AS3KSpunyT2ek23YdJy30IF9WGC82BDQ&#10;HJh1BppWBXzMdiowRIiuEgRQO3lemPVDIEBx78e0VFp/FvC6DKKUP7IjjSskuZm5PMXkCVEKC8kb&#10;cPKfep2WtSkKy0bPS60MQwJpa33/caogw8xU2txEyzVm5q1OMr1Qv1NhLuxC3yqK4/M/VJCX2I6j&#10;KHuO5XARhvNyTOKjLcaaZJZXwdt5Nb74Yb0DhmiGHyaaxglPoAIGsK0wKiP7io2AthNfWZPtQmBi&#10;qi9giE8+uMn7Vj3iQuFpZvxA7jYvbPEQZf1GHwIOF6vUPsGI1UGQ6XCjA4fIeRgNh3zfB5ttCkzL&#10;j1BBT9zPl9Cb78EnX2CZ91WX4sBmcY4TY/sI0gtzwKiPccg+sV1avJGBVg0ovUNlNkbWZDPWQCXy&#10;k/EyONAJdDLLjusFtMxGVT5TDB+1tqL9snKmSPGWIQPvtcoCpgZIfIIoBViee6rJ5miN78hwl2sV&#10;bDjIgwiXOfj8xz8GA0zl/Ya3vROlSltgC3rGkK0FBUiR92pmpr06ztdar9BFP7zzLrDw1oV3o13E&#10;Knzq7/+GBzS34fFs30570hwzq4JOzmPgW2A7GRlGNti0dJEpFdBkv/4CfqjBQX6+kaOBFgN4Px15&#10;Gr39EAC85XaYu/wqSdrECzDnFmE4j83na6+BcBwBiyfuRnBglRsCAnsp8RMGx2HxoXsR0sE195a3&#10;wyreEz0dWI/Bbdz51LxqUfQGwxfWcQj8OrOUs0d1KJfqFtg761g2chjUTGZvP2VUDEYsIlrlhgpf&#10;+cRpgPvvhcHjD8Hi6cO4oeK1QwZmGFcq+3QMKAeyaiHfYBrgoFzXdraC33shdG+4FewlV8Kwhywd&#10;ZOh2SVrL/l6Bzeo7puYmeQGbRqoVxk8+CXDffVCdfRZDIU5g87bEQyODA4cOyxEbWMXmsYfdL4XF&#10;0MyEVivf2QLDm2+H/lXX4E2H7GFkBRG40GWvSDO1Tk/fJWaGX6GZZoivIRkNKitMQXH4ucYINLx0&#10;8EV4/JFHsc5bgDOnTsIZBO/+8+/9Z7j//vvgR378J+CG174W7sE03YceeRjDCYawZWE+gQxUM2/b&#10;vgP+53/xP8JzTz8Fr73uerj6hhth27ZtbGswJukZqShIGqsKr/If6gEYr4nse7IYCJSqjMQJlEET&#10;qL588CQs3H0nrB5+BKqlA2RKytx88lAd0fkeCzO/QnbuMjJ65xEUIqkv1fASsoK+fFfeCAvveT90&#10;Nu/AIUfQMaAwLycVcOtLoP0Et82smxI9xYMzs4LKwjkeCDPjvSY0t2HyiQ+tEUzZx0x76IUZ/n3n&#10;ygU3axC/Q1liJNJF7kG0bp+4DwhCN7oPErjbpUGaIVspIpB49uyt+rgOL40lRReBPEKenKp7nFoX&#10;0T4bE22V9aIecNFHSWSbsv8OBaMjdiD2M7Q/LuHzTYw+kvDSudq5dRv08H7vIZvPIWGG/B6JlU6b&#10;E9d9UYAz6VOs9lMSyCG9IwV/5PPrGZDy3MOCsoCLoXloA7RxQOmsSnSbSGyxCYvxMsUWwgeB45or&#10;wHQE/B4N8Igw4FCyu4D76cJxB7spYATPzSJS/ueRcEOAFcnrSU3lVJ4aioRlU9QqpvReNaG1HDGm&#10;YWJitPboRX7NpCrcTPo5ps9czgsVVYm2ctobWpNVb3T88UUJ4OMAVg0hgUjiwv2D+tmx72JIiWMf&#10;VmIEEpBHQ8/KROuXimvLHiUbU6gpS3qrtNc5tcyKIaMS0mQZjKyQZTzyEtjRxHW3eIpqzcrwio00&#10;XPHiNcN+8wym8h584RgCzJvQT3mrhJQS5oHYRN2Jnn18Q0+0paFNuZzq54wpvIMy+MUGhImKGI0w&#10;TWIDSEEvgF6VgAaf/j6Gf3iFX73PYB/TbFNynd4Q/POjJAQj81s25NfwAGGJBmZdhNJ4nMGFKody&#10;JEAgew0mGaapoMhkVSAvtIBO0Il5udgR8mviDat/OlvSpRW0c05vUI2H5kmFTYm60X+BF4XEaJKp&#10;fQxDSYtxcNmaITL+gtPF1GjqDyibotL0Qrn+FVgFKGPjmmXIYoxeawJtSGAvf6ZKj8nnoIy8H8TA&#10;BlCPNaMNDx1LT+dUEbhTHytjVQqcPZYi209M2emYgib5yr/0cDqlxwqgGARUKiXMRhsbyNrdyXu7&#10;tUDZiB1ldl/0VOLPTTyqTlfYQsGnUJj2ghYZaTYHfuCLnMEI9kDFRoeAPZkYeW0wadMi5ljFUmQD&#10;krVgeaEmZgP5SHXJ9B03tFU7z4w1393GBcgWjOAejwOHWzQcEd+w7FTSlT1fKyqgxhwxr0wPBkxD&#10;Cpspp+6gwTUMCNMmZATUXsBp1So2V1SY0XvJhobBEUur7OFI8d/DkYBPcg/jwkMUb6MG87ShsMm0&#10;QgP6THiVpPrk8xiSh6RJmmsF8BP7R4G6eE9ORlMlr64myQhDSp8WcLhMHI57BzNOvUlepVHayfcs&#10;bvRDbOKfOYABKXiw404lnEea4pDxbpHiNCtFUJwGjIboBJgUbiSbAOElo0S7gu14HS/ZjEUsbv4v&#10;IeC3iudvDu+lPoF4oF4OjeXkJW9z4FAEEAms66h8ldt+9YzrTKTf0rkfaFHVQOH3OcW/MNPg2ozq&#10;sym+W5VNxERh6CaAvrJ6JEbrAp1hLTIrffdxy39pdsnLzGqaXCpTOEp7ffT5Y1mfiJ26en81xcF1&#10;iK2H94tXXzcGSjmB1CTmm5kQfK+TKZcH6K8G8ghfF7zknK9ZMg1mqmqK4Bujz2Bm4wZlzMViTlh1&#10;/Iw6GeCItEbrA/XiSsFUHAoEDHpFAboxJVO2zUryIfJTm3wfKXOVBwlewzmYuid7U46a8enaeGXy&#10;OyvBZQz4Gwm4gILdGFkNFL5watnDV598Hou+i9ELDgGdruXjDjyhl3vWxQETT5pRooFyCwqAC+Mz&#10;aJkxEhN7YsEzI1jWHmbmMeM6SnqLO8yqt6DQj9VQG1TFIMfaxCRiDfMIKsAPajlBDEavAVPEHO33&#10;ggwM6AiaoEEijiVHY/Z9EcYk8SF9H4ODlg/DvX/4X8Ehq+GOb/12BCZ6vB7S4I3YVGFmKIWB9c2e&#10;1o98TMM0I8NN+mcew4ze+g3fCAde/Bp84lOf5Frj3e/9NvaApRAwmfbnoC02YqfnnZjP+Llq3FMD&#10;Ajckg6y+ei8msTyH8j48L1g3zpOX4VkECx68G98IfZfOO48n50wUwzPBocc3vQH3AIDFJ76CIMIh&#10;XrMJiKlptjo8A/bxB2C0bTeYK6/mZpSkTpyKUq13fs7Bfnw1qbmTT3mYwBNmCD//sTPANz4sOfe5&#10;iB7WEuajaZykNMKGbf7YcWiefQRjDFGue+JFDGVBsH0BGzxUt5hVL/W5E+/bphYGPtVcpo9+m7sv&#10;huby68EhOFwvbhGJL+7H804GtGQn0LESFrRSYy2EANIq+tC5xx4C+/xD6Nd5HF9/xIEPFqXowi4W&#10;BRM9372x54CABgGo7ubteE9eDqPLroUugotjlAzLzV8z8F/bHpuwT9eu6wyAUlKZ2dh5Db7NpiRL&#10;yrOn4bd/4zfg3vsfgLMYVPQfPvwr8LMf+gX4zKc+BX/w3/4YvvjA/fDBf/tTcOnFlzCzZensWfjS&#10;PV+E299+G7NXDIXRNeLx/I3vehc+m9/IrOERy81GXMuIRDfkwezkns4qA2TJ6ore73Q4pMkPl6Gz&#10;sgqDJx6HzoN3wsqp56FPjGZa85CpZ8c0UBnxZmEhqnTQN5rqpy4N75GxaTGQ8OpbIFxxPczt248g&#10;xxZYQZ9BsQmyaYBKnWCzgTgLWd7sDKAv5ODINRiy7fCbUrkQWu7J623miaEPkxlAZraUeILtuSbg&#10;NxNUjEBSJLPMPi1tD3cZhrUYgqYY/JU2HAUBiUHX7gIPbqgClmEUXkckO5D8mtblhnIK8LqbebxP&#10;MBUXJVXgUUJODHD2S6cEXayruUe00l9LvygqH8lRkR4blAzUmKB26jj8RZ9OAsPozfrYA3m8jwn0&#10;msN9glRxFRFBSEpO67165NqYQKtDuTpaj0VPfqOYhZEBHe27vE6AqgxV0mm0YXY6jEyVmimhfE0T&#10;9kKwiuETtlgzhMSjBCFtuNmrHXEVYgzSgHuA12fn1q0I6p+AbajUWkBGn1Om2nxfPjP9S0zcCqRX&#10;b5JnolqwRfzERAKUsvP4/EpNaPXZDxF3iDZWkuyqwRug6oa8p3vIOQryc6Lii7YtsaK0BW4V/QNB&#10;7cPGSn5Raz0NXJGwIXkK8FpjfTAmpKQj15S98Ok+rySRnXMlCPhUma1Yw2UMqDKi3Yj7UyRvcSCH&#10;1oZzrsv3wSiyl0MG/Gio0eP3xHtP2ZHEAOUUeWSbnzmOgN+LR+ACHHr0F/uCQXFwYyerrZKAx2Tj&#10;fWNC0iiXCwckH3I7sUeE7JmgflEihbIt3/TsCxg01aZJD7YvwLYYEBHXxUZv1pimmy4iTsYIlY+B&#10;HZFJJSCYzfLc1Bx48bahYt43LVBDpL1ZmixSMFckChlGcH00QQ0+hWlEYmlcVgkIik20SVJkTQDU&#10;B9BGBFBlx17B0LzA6SLA366UtVfUx863NgDLwQV1ZqQlINZy6IrIlyuRBFuZWBD4wg+f6xT+cDbL&#10;LWIaceN04mJaIIJVWQQxogT4U4aBi5uDLEwkc4xMPZFCB03adMnEXTyarKb2ZvkaewDaKi2GVpNo&#10;EiDiFDSkh9yJfyA39lb+O22L1rWTrCa4MInFZ2y6Rw1knyQuQIIuThww4Tikw6qReqSdm0KmZzRp&#10;FQo26YnTqyy1ZmCcWRxdGKys8MJOJu+0NHpK0mnUE88KSMn+VPgyO/sY4b58DI6jeYJHmnXdxZAL&#10;BNnq0RJPk8fI3BsOx0oUzEa+JDNs1Cg/eklClBlriE4yg43njFmW+Hkrw2lFHTzuhU2boL/QEwkD&#10;+VoF8g6QVdJ15tXnpKt+GfJ+Y74vZWPyTVCQX8JoBGRUTykjBrkmqKci+MI31GYvENMGYqFI3RQf&#10;vyz1EeJek5JTjK+KhsYXvxd3ADGYpfektSLogIMXcNBjxtc5cOgonDr8HGy6+HKV4xlhtDR5YGD1&#10;dUMRPGEKfVowMRlLwQffJHNjZo9S8Y8NxFZsbC9G0BZrUVzoLXwaQd3VccNMlh4xAei68r1W8+RP&#10;XrzikpTp9EFSxEb6MSsdVpKkzOvH7gG0WGodTSaN0tZold4Uy3638PqDFAIChT9q9kwUuKAsGsNk&#10;qZgKjux9I9PX5eCLutLwmjWeZMdlitiUdLhkVprEGrOa6itAX8XyYZQhkD8GfR2C/n70A8qmtTUH&#10;Usm9agsAL0yrEGem7ZqQm6gy8Gr9hthsgIVn1vBAM8W2Ema+5jnJf2G9qN/QTi+nncaBeu4JaBdt&#10;AahAtylcp+w91XZCF6A242CSHds+wVKk63rDz6ckVXsjKW4Q11EeqqmHpSLfEfgXP2CT9minbAIP&#10;WeLdSi6h55pj5Ss4uzKCL331eV7br7tmD1zcRdmdjbVAR02WAzebjqSepKlBwM9SuFSFAQA0KEGm&#10;gEHtLIVgeS/2FZwgx4CjFOUSagIpeAx0UMOhHbV+fhIMV8IOlP1dGMtJoqUpgEYF9LQ2sqUgpQ/T&#10;/V8Ja4C8t1YGNYcseS+LEp1bi41xd0yBatgsobfZ3X/2R+ghW8G17/xm2INyVWF9w5SvZyssO7E8&#10;zMvjoxZrfoN7n0NgZA6buu7enfC93/cv4K7P/C3cefdn+HxQSu/OXbvY9yvWsV7NtoGTkp32Tlg3&#10;4UQ8YIKu37oT3D1/Df70CdzXV5DRg+8xRr+0I8/A+M6Pgrv2RnCXXQdnFg2zj1CsDPX2BajedAdL&#10;Lf29fwN+5TBa6Xa4UF9BkKkaHofq7r8GOPw0Bzisbt/DMq6p3tnY6a5/Bm0m/CNwJUPB3DUbBtnC&#10;jGCeaU/RENaiN6+3mL1cL77iGLzUESNq1KiPOHEEmhdQznngSfBfQ6CvXuYa0VJITiNBU2Oqk7oV&#10;708VSbewnhl3MGkb/ePG5yPId+nV4Hadz6qTxlkNsmp4TRng+8zh76/S643OwsIZVG48+yzAw/dC&#10;9+RL2HStcvr2JrJxoYaWGlzyjzZiDM+hXAjirVYYFLH/SqjQ5xEuvQJGC5t5Dyb/P2tWlOHktElv&#10;1jh9do2QE0hAwWSA1Xpga6zzo0f6r/7K/wmfvfMuOG/vXviVD38YrrrmSvYe+87v+R647a23wV/8&#10;xZ/DZz53F9x9zz3KUvLwiU9+Ev7Je94FqyvLvA7GvUDURoZBFxoaB/Uv6hJDT9n1s45rpHQfAg6p&#10;Jna4DnSRnTn6/CchHMAE5eESrrEox+Z1dMQBGxWPz8e85lPoHPckmJw8Vglt2HU1jK64Ecw1N4Db&#10;s58ba4vHMRit8PpNLC8mV+jQ3/s18NFgZgDrYXYwW7pWTYsyXvYPAAFMWBuOm/1smqTcgonRc+nP&#10;l4aSwaz5nBtTAn6Fy0BrWTKtuU0C/CJRhXuKUNhvzJr35DCyGHaZ/Wl9HrAVNb4M4cRmxINTr3+R&#10;WYcIFuHvkg2SQYCqu30ngn1LMMYQHo/34hh9MimJnVUH1JtQfaBWRzyO95JkHdh/XLbcEfbBlpiA&#10;uO7P7dwBOzctwmkMlBngftFT8sM8gsacU4Bgn2GGVVYIsOXGWEIHeVhHfVfwaRgYiQ1ir6RWU41I&#10;cmsd0sn5ykqVoMoDUygifCLOhVhExEQ+JVFFVmH2yOOeF3+OvPoJTFrGASSBfQTG9/HcLmAdtX3H&#10;NrUEQnYxMpH7uPnSMKRykkBLYZsVk3W8pmUHJV8Z9ZGPzERiOWonQT07hVxV4sNPJBVOBzbaNemA&#10;v/HqE18MAYTApCoNDr/w3KOGsodQy9Eo6Y2WcSZiB2p5wpGOUSFKsUacLyH9LZZAsETyWvJZJIYw&#10;2jYQk5EJE90e2/3wdaAMBLaREQZyDBxkRaJxCXsw6gtN79G1GfAXabXjni1W02LRZljeSwMUH+8X&#10;UpvRoISGJ4i+1qs1HHr2KKq++nDhVRdhcI1T30BQsC+s3ZxENo2Z2A3MjKdWJJbTC12UkuSHtWjE&#10;vHjERUAgBm2IClUCOeLb0gZulfoYIguIGi7yHevg63gFsNjoUi5STsWUBLvoYUcbOUduK6MuyWJD&#10;L9OXFXQbR8mQfuTImInNYrEya3MZmTt18lXIlgr6gNHDEKR4b4KfapiiCaPIhDV5Jv6cMiMJhHHR&#10;5yh4lUVannCxdCUE9QySTZXS+kQC21cPojGDV2Qyy6aRMbE4AW1F4nD0tVMZYKRZSwNVsVSYllsy&#10;Ch9r8ovILCGFQrBnoKbCMrBEcgoy3e70lLwopr4c1GEz467Xd+LbpA0gs/woUaeKLD6vJsHC3OF0&#10;QyuypBj7bUybWVXqRkwp1TVmams2BeVY/hTU3+h1iuEGHGQQQouoEBmFWWot13N5lfMBsSBZVTAI&#10;6btYJNbsVynXydA1JDlKyCb37LSH55pMUT02YUeQ2UfMPZqGzuN57LghHEZJEXSdngvxPLHqPUl+&#10;enytQ5y2SIMMbBlR80Yn1z9vrNTQkAl9hXRtR3RlEFPQWidpDT1LCFZ28b0G2Bit4r8CtoqPAXss&#10;GJWXMnip9GgvJrdep0ugnhgJiQmllm+NeqY07NVFsWwSohvQZEhB0Hh2UCAgMosz6TazHCMATmA4&#10;m62SjwcBz8hUIibjsWMHYfHiSxU3JfkbMnRQxpeqKTOjOIsFXWizqBqfE7+DjR5xDXthED18C65z&#10;e+e6sAuLY3AjBvaW8O/79GypVLU2YoHAxR5IyAZ5S9bKkGO/Mmpu9EYdiU0FCSKUCZeNrkczWodZ&#10;wRx2wnLaT4JDxeDArtumhRlq3Jgg7lvFbaPH2hTfT0VxIXkZqwcgpGCRkOQ/lRaZQ2UWCoCoAT7q&#10;o0bE254yrMlrkjZn8tUY+pD9ZAK8IsFtS3K1UbZegHNmV05jfeaV6STDRG9u2m9U5BG1gEUzkbzO&#10;55326UbMVyVoSopxqq95DahtCgnKicqTx1AAfoWPGLM8x7UOg4wOY2iv8IX1Roq2E38rag6sBnXF&#10;W8jIZJhqgzEnOcrr8/Q0JnWVSYjUmKpFRUAJxumzq/CVR59hD5VFLIJ3b5vnoRRLNJwM2ajzdIF8&#10;8sYsJ+vR+tqjNXoTjNAzjJLnKWWOLGR4KBm9WZxM8ZuQmyMGnXXQxI2BFq9LgxH/GYF1khc6q8xk&#10;RaPpzHQqarKpwK4YzGNfUrIEdSHtVeLFO+aag4JHFucssrpHYnqNn23QUKgSwOc++lGklm+DLbe+&#10;GRa2buf0268HS2u9f2hIRoxRqts62Czs3rsAt972DrzPevCZz/8VbEEPxTfd9o0o6d3EdhaM/6o0&#10;kLwHCUzgARqdX2okyGsWU+3MjXfA+POfwiAsHLghUGOoZsKvu8eehcH9+NnNPHSuuZoHqBUxf3HY&#10;1ptbguFlyGY6hUmdD93FIAM1P32ur3GPrk/C4mOPMnOofwtKQFH23NRrYeZmgtEyiwEZvu7S6GlA&#10;9pW8wMvnBLYAwdKaY6OwZpimRFF93V06BR0M3ghf+CL0jz2C4N+Ir0WfaJkUNoNgDiXcdqxnr02i&#10;xNOAp0Zpd7NjJwwReHM3vxUAG/pub44b0aGRYYH4XwWpffFeX0YZXw/Xt8GXH4KlR78E88dfxOfm&#10;LO+hrqL7BO1TEK8L+FouLHP9Q3JYGpp6DH1Z7WOYC75X9/LLRHZFzD0c4K401Lzi00jrI5m+c+gA&#10;+ZCNmcW/kXMxi9a50S0r9iCeE9DH8NCjj3HvcevNN6P89rUcPEIG9ePBAC668EL44R/9cXjP+94P&#10;P/fBD6LU9zB7Rj3x5FNw9MhhlO5uZ1XHCEGEDocTWAE+aLim4Yss48U1kNjBXKPqoLL1ERuxJbFY&#10;81pkG4X7vghjDMpxp1/kC8OBgiMZxjn0uPYYiDdCFmIHPTopKK4eq+zLdvkZDJe+Efrvfif0kH27&#10;govZKvmnsZfWAHvLOWZn91h1XwvZhOpetUJZe4M2a8tyYY3nOD77MBHiMUWn3yAgPvXXGwHQv34J&#10;4GVp0AJfNrAt5N6JEzu1J59gJLPnt6TzUipqwyBwLSAxxLCvmmu5VXzeKMvaYKBUB6XwHQp3XME1&#10;Gz3oVlGGHgYD8bxX32qBgjrSByuznvbIuQX0at29Azr796Mcfxk8enAORg33SItztA/1eH0gAJxs&#10;mJpEKMmFMCulnDxbJAdO7aj6D3eMKrAan1iOpjiJjC8wNuKSGgoKVVohlhJFDd7ro2iZZrTPKH5+&#10;3DSa1Ou51iECC8lJh/Q1fuateM42Y3+3Y3ET9ykcjolr5iJZlhCDkZjKIOqJ1BMoQ5K97oPU6yYU&#10;x5ekczlENIbsGPXIA7VEs6oQtcqFKJmnpujlI15h2V8vJNJQKIghXjEpUawJ6WqE91FiSFqnNnQm&#10;eVUPSZHSdUIQI7myWolxnoeGcND/CBTlAa+XULc+3g9sC8A/a0V5CcI2DzYTSiyH2Tn1hRciE+8r&#10;+tmiLJqsIqIsax6HiXSf0n2MJodc6zmsOweYEHzy8EnYunsLbNuzHe/1noKX0bOvDBVQY0f2YVNw&#10;Sy6wKVroaCweINvWTUxoE4BSFz272tOHCBSBSlMjyBdTccSMkC14fEhAV+ObdFGbRph1jZPiXrx6&#10;9DUSHVdumEan42kIYWsOTIiJnhHpFWmjyd5EQeTGXuUARhkeQfFaY0Ji7jGzy7qkD6+0xUxpwmkd&#10;V08AV2kqpGfGVIhG4BNyithMUaCHEQhagCM6JmuVVkIIrxPDUZoWdDvpRqlMpYCFyHRJ+kJFKqcT&#10;S6yyZvto119EwdNN1yiwxZHhNihg6hRcCZp66pTB12FwKE5ooi6dmk3HzY74/tF57vZ7KQ1XVfRo&#10;eFnl5NSURiQ3P6jkTlh8PgV9GJO9gfK9LDJeo7LgHMDh0j2WmWGT+3GYYv9FmVqI9y4ZxRMDER+4&#10;QI1RLbJfGya3S0lf5ntR5VakwhhgMxZouriA8tvOGWkyMP0Y9Vxg57bgQ1szA4tkRjUyV2nDomCW&#10;Ch/m+Q5dC0wjXMECBt9/ODiLiP9ObExxA+osIcthAdl9q+wTwc2lejdt2bIVljAhipOrjKbX0pV3&#10;HY6SJzCJ+LjU1NKUg7wG6PzS1MYrUEl7zwCn18zcsD0G0AlOoukYyaFYvhUZL5D9orgZr0PymPQq&#10;fQ8KyPNC2wjYb9VkmhOMTXyeOwmkDZF1bMz0om+iYbBTA9SRsm0FbObrBqXnn1U4LIJvJrFMjeq2&#10;DX5+KiqJuejRF6yPPhyDAYI95NGI73PohRfgohsM+/aJIWwvxcbHxdFABBiUwaoTFmqYWSbAItEm&#10;r6U6uaoZT+1yOIbF+3kTmvqTX8+luPbdisySewY01iSfhyFvqF31Bqst6+slBQp/ZEXj22NaD32v&#10;GwT06uizMxRbNf78dLbrkME9sYk0yb+PihWvIUljHWj40tYgAnEa3FIXLLtWoIau631BfJKNQqWT&#10;8xrEa5I2wgZsen0queeogNOJWaO2D6HYe+bwc63S2kqNBPurtMfSdNw9L4EttGkP9NEnhh8NlsY6&#10;TeuSb7qu/0F9ywg0nRs3zBQQ6wAPYjNrhDFVpEgHyMEgGaQupKjFGpT3CpNB1AmZ+doNdhwnhAxw&#10;l79nin0oTIv1gm03FIYBIZuCfmKiGz+TpY2fzWTKUAcly0lYT4cDZMQj1pK0xkVZQmSiyyCA+LKo&#10;G4W2l7n4y8aGlu9WTV2Lxx4n2LwPkVyzUXmWkb2UJJzSRMoe2WjAy1j9baONA/2IjYOk5OkY5Bmg&#10;GoCHcrnZsIkx7CX53DdqPi1s/qcOHIHNW+bhukt3wa5tCyh16TEYSAgD1TZjkOAQlubgujTGRmF+&#10;K+3b2NyfQnnsylFls0f5stNayagXcvQp0iAsD2lgyQxd9JKN14Xrm9rwUKjHTIOGPxeFVFSuo/so&#10;W1rx8LXm8K4YFmZQsoPncBPZMog/jTQPyETH6zVepbXGsmLhDKbZ3vtnf4ygiYc33P4NML95AT+n&#10;5WeBEy5JbkdsWVMm7vmWpGsNulkht55ITbfi1WxtrZ+jD/su6sHt73g7nDxxED721x9lGeG3/NPv&#10;4Kk4JeWR7JrWm67SJqv4PJDRNqX10t14wT6o33Q72C8jM+vY4zy4DdydoXD3LLLEHvo8WPQtalDm&#10;h9NI/PYq3+MB/Qub616HRXgP5p7+EoyWj/ABd2pJ7hw4dAJ8+l601cXB2LVvgu4mSi/s8Z5L6hTx&#10;VG7aI5QAU95+G5X2hnUZuO0wkHJZjp5OpYzSFi0rTMzhZkk/YQrwXx+vS3Pp4PNg21RTjEbyiqoJ&#10;0GG5Pa7tVBdZMbBnaJ9YOtiEh+efgurJR8Effh7C6lG8R8cM6hKTa3lYS6AY1ZYUrIGee2Ni8KME&#10;MKCXnL/yJmguvhqqXTswqMGx95encA/yyLKqCqjEY7OiB+7YMeg8/yzKgx+G3ktPINN+maWExnkG&#10;sngNw2etsyAMDG+7Qo5AAHGw80LovAb9+FBGDjvOR5A8iAyf5w4j6EWpJy/FI5FisV9T1U5t1mtm&#10;ZqSvGzMt13RWmGqxr6P1kE37wfMQ4qUXXoQH7v8ym/DfgAm5O5HRU2N9SiAdgQNPPf81BDlqlJ3R&#10;AlprQJDneuLSiy+EX0bW3+/8P78Nn77rLjiFrKcHvvIEvOP21/EeScOPoBZObkLqT8M0DiwBYaTU&#10;cVge9DxirUkcQL+MHmnPPAzmvk+DOfocrvc4hKUajBjRocNmDg7rotEqMnAwaMNSXCaFqOHfdxHw&#10;88iqHl2Lx3PRlWAvuAwshu+cQTWMIQCRmFxB7r+uaDZl33YmqeDcGs+fNbYQW8WHqpmMtVAGYI4M&#10;S81DYYtVjkZzjeAL71pdH007MsckBUImGEDRp4N6M+dvZWmCMaFg/CVXdVHEhXZwx2wmqClSmouR&#10;e2Ly5wDAxCoz2Wc2MQWj2s9neW+qPfRnWUmmdaPV/XAclMAQgrLRpbfuGlEKeg48RKUI7b8I/lZz&#10;l0Bnzz6sXXCRRnVVwH8pVJTYpmynQ6AN3qNkzzPCGryHw/YBAvc0+K1OnEAQGfsvXI/mMJCDpLxc&#10;L2E/b/HnmcmlmlMGrvlwLLPsuc+hYAYCiXD/F28+rDetDKQIPxg2AlwzO99JcU7PLHuxEVPVaOIG&#10;18dS2wQlTxn2pay5Dq+9T5ZmRq1sho3YpIQmqgOk3h3Q5A7XqAHbgEsK+Rbcr7biueLKyIh6aRGf&#10;k7neHLPorPZw1Bdy7cSkI7E+4XAMMqBvJPAs+r3HXAdisNFrErDoNSHZKcAfTEjmQVRPe/YRdu2s&#10;iOjXFoTF7dSjntb6YDVSl337xeLNsKduze/fxc/ADNEggC5jLMqIHVLoIa77NYF/lfR0FA5jkf3d&#10;qyq1ZhFCC32GimsqrcHxPeleMKqeSwnrQYNJVMLs1d6F6jA6h91oL03gLAd/uhQiEkl5XrELvv9B&#10;er2O1yBNsibB87N0ZhUOPX+EwcZmgQDZvjL70m4cEqOhVQ4oyCXy6zyp8CF+MLmBxBB7OuMpONua&#10;b6SwDoEWoFD+Fn48kREY2lHcQS54/PBQUpJjOm6xWEYAT9a2HEQwps2myV0PKW4ZLa9DMqikZqHG&#10;G5+SdHyM6OYLapOkmG6sxosHjukE3TydPMTkCxClm17ML5MstJCcGVul1NTg3HT0+IzMLD7zTiWx&#10;anrL4Mhcp/hdXUpr8fexSldl+rCm0yS0TTXxOWnZsJyUQSqQAA6hIDfsu2GVbWMUGXcuFLRq/Vwx&#10;3TZkiTHoohAgs8fYkylOcSJwowm7ebqjLEWNsQYFG40tgDxj2oxSgMIvMb6ONhrJx68MmvFFuvJ0&#10;bZrBv5DotZ1up2WInoJSCgSRQx283Bv0GWjycwo3CIGCadTbY7392dWBAMkKaJfBDfFzERuBjn0b&#10;TliGLzwCg02X4GudhG27dvPEgaaitLguaDgGNbrU+C0i0PfSoSMoHSK6sVcGmYLVeL/3sKBjSjn+&#10;PR1vR6codIhDL+EM/EwqaMbNY5QeFF1C4yOYG9RYeYL2w4lHlHQ1EhaOV28EKFK8Qp5kSUOvoS8W&#10;knFulG/He4anUhYSe4amIk0QAFmCYQw3zEE9PyOdvCUjDLnpEWZu4MkvMWEJCDW4UJ9dpUnXgBtF&#10;h3ATnbuHn30abiPTXtfj3wlEFzLNVLDBTCedNAEQr0vvm4nhfFAzefFpoJRjkg9chD933SYLp3HA&#10;cZCuM06qLTYwGNAMi0Q5x/16iSUJGtIStLjURFnaXAd6SGO1JBDZooA649TcZZtmurZ0X5BUOP5c&#10;nMZ7feKoiR5H/zP+OS8T8ACJUQdhmoFAawv5VM4bOTaCFFaNeExw8mlkWpucWbeqlgccvmOk/PZq&#10;LkGg5CAlEofkbdLoBh1Z5I1OKQnY24L3zikEcEexsNSCvmcdg45ybSR0iMBXKsRqL2uZ93AOeWux&#10;HsdU6bhmmLVb85AM18NGNLYvc+o+HawSYJZnX5YBmXO9R0TqjDQiVsOQUhNUTGBZGK57ETf6TZjB&#10;bCgYfMGkhOWY28zQc2OyL00owHUNBjPx+iRfXZ/Nnyc8FH3wbTAl5NrClGziwvxZx9WyPhphF9cY&#10;2nH/Q8/ACfRQufqy/XD1FX3Yvpl6dcdLA3u08DM1FqCcwnWaLhKI5nFIux2OHkZZ78pIpDA2D81Y&#10;VqJjWnHU0L0y+t1aHY6m5DsxLqd/yYYj3iXExHFOmg9OydR6mRrvupZmgVn2LMU2bMJN0l4GPfGH&#10;F+cCroWWPQBIMTAaBw6cWjn5PHzuD/4Le8Tc9Ja3YbjQPPtpeWTqADVLrL4w6/jHbZAtEsIaoBGB&#10;h/Owd38H3vcdH4Cdn9kFn8OUXmqe3vXeb8GB12ZOAo0MADDFgI72/1rTHrHx7135WvxzJ4S7ce1H&#10;Rp8zaJcRaHKPoNGJF2Dls58Ad+PNYC+7FEG7nSzvWsDPOtiGoOYbEETYuwvc3X+DXlGHGLCgJqMz&#10;OoGDPHz/B+4EvMjgX/82qFB+HBCkpIKfvEHNDMLe19ei00xEAsxmzs/0nN2AvWLYgNo3rOvZZ9p8&#10;8glS1DCQVBaY5WCZWTmS5hz3P4csPvP4I2BeeApDdQ/hs7Cs9jWi4qHnsxMENKhBvS2xYW3mt4G/&#10;4FIwF14FsOcCMGhwzvsX+dzyPNzykIqax4r7BGRqLiMb5MhR6D79Vaif+BIe0yn03Btzs0usEryR&#10;2MqEJnaBFBX4TAwVwIJN+8FfeAX7RMKFFyH4u8hroQ0yuA5rRCauaQBb1E/n9kMMafDPvZRShQck&#10;30PfPJKv/ukf/gF85GN/DatYkw7RS/r88/bCv/6RH4VbMS33W9/7bvi/f/f34dHHH4Nf+5VfgR/8&#10;sX+DnyvA8889h8m8n8Q03m9Fhu1e2H/+bviXP/Jj8CgyAU+dPA2PPnQ/3HHb9cyWijZLs+7qOWe5&#10;5hw2kmqc6g5SuWDt2EOG4BiDVeqvPQbd45hsjGM6qkm63Rg01OgAF18Dzz/BL364wmqXGq+17e+E&#10;GoN2wrW3gNlzIfSsKJbq2GN46XuiSiSd4dAOu1jrWQjQHq7FcL9pC45wDkauWdt0sygczDqOe9PJ&#10;N7PTtc8VNlLSeMzLcPPMh6rD/XKRSAEJJitwkrWD+vf6kKwecu9V1CTBtGjIsQebdPYx0ftNwyKc&#10;NMLcp9MOTOnXDXngY6iHWexJ3+q1TyJWP+1bdCz45wDvRbSFhDlM1kY6K3vbzWH/toggwly3K/03&#10;Mbk6SsqxPmUCiA+xTzVvDLVMxBiNIYy9q01e5KbwsctMQVYSNaKObKJlmPbpUKS5Nt4X+Ekc3lDd&#10;WydfOFCGG9ktkZqRAH3yCt+Klk070eJijgB4+lkM6egweEoev30ecjn20pcgTMJDEgnHy0BOGHPC&#10;hFOqg6zwXHvLsYrkt0k9PR+zb9u0OMV/jPobMhRANZcGqIgFmE3YA0u5LTDxhz8vDicaJXTFwEWR&#10;OTXMtKM1ezw23HsMiLTE/nmOsRYO2yCPfgYRHfcANPwkRQD1CB0jkuzoP06JxMZqSneKLC1qepu9&#10;U2PacLKToWPGXnk0GgsxirwQNU042uJEh+pIjqps4VaP//3Siyd5gPWaK84Dt90os8/mxSOxWUrf&#10;DmNzsZ8duCXVVqfNENMFpx780NKSxxtYWD2Jz6cSuFBMIIxIeNOkLxTgks/pePrfERAKDKqpRjst&#10;APKAsW5cGVquoQl7pf4+tTQCRKkNkvvplNU0HndzSICyOxjECIJAp8SUKoiMEx+WCIw1taDyhmVz&#10;VmXGOeacfQaDT14yqQiO4I6m7daK7nOKXCEbI0YWP2BE+Q8lENoksJMful6VJKgCMFT8UMa3chqg&#10;4NXbUOM7hVmpib4dfKiZWu802bU4Fw0XC2KQysdS+C2IXCukpFFnbV501X8tSnv52up0whpTAHgR&#10;7LMtL4gpgG9Cipsoz2AKZl9OeWJaNndojYaImGwoGsJsansh2abfr1QaFANQQiF/jdRZDznuXuoH&#10;DOhAvwjHnpRDOc94HlnWhf/OqWGq0evEUge9b71uVpvQJLVZQer5jmvgDEpJd1+AGxQm8sz3Sd6M&#10;IBQHCghF3CPFvD55FjZhk1MxiwWnVGiqSmD9/HxPfAIrMQwla1G6f0bEWlL5O7FkY4MpFHDygOu0&#10;tn/Qc8sgX0HjJhlkPJdep0tj3BwpYCX6XTr1mZSUyQzASdx5lRnFIU49PW+QxuTgHxutAPjez8gL&#10;TeTFh1PYwhZM+tkUphJMketZSpl0Ui4dMTIosdhEuU3tV3iBjyr+o6dPo//HCai27mcpdE4BDy1g&#10;LxeN5f2UlrvEvm0FEGiwCE+0jAwa6HpsQ2Bg70KAKxDIf3SOqHsI9OG1mafkZh944wnjsVLgNaSA&#10;1ifbvmalz1oD2S+0Ez2xwBfgHHMP9b4Qicw8nstBEI6BSIWDwjCZoeZCYeMQJhkgmoar3pFDYmmw&#10;9DZPnWPJHcw0dEZfj3zbBiEFQyk4GP/s8IbaMGDdjQE8XjZZOl+nUJ5tbB4+cWOIP3SWJr5GjxeH&#10;PxT0QbAuNSP0LDXq2RdahtftrjdMyHVDCRQl2Xi+HmEGGyZMZJFM3WHBzGR1bBRACes16KE0d9+A&#10;sX5BOJF09jDFcA9RUklFlwvZDzh6zcbr36h/DlhlS5qWL6+HaP7sEmMgFIMDX5x/Y0LhV5Unk7a0&#10;4TCZ+ZueVZ2ompC9ZaVf0NAQtefwbHuAkja8l5bwmXzuxZd4/96GLD+SwPY7joGwkKxAxMqAJM1L&#10;y+izikBSl3w6kZ1N0rHReFU9PjPbnId72oj4IMFavHfpXi7r4ZjPB7ORCdz38t5eQ7qs1iEynJHC&#10;mn6G5cKsV6t4OEU+Y5Ra6VzDUsRep+GGZTSkcCos9rtyHcgTb0Tsfvzcg3AUPv9Xf4GpcLvg2hte&#10;y8DIFhxOrbA8GVq14MuBsMwMEdx020nqhmV+n12YDP+WO96Bx23gE3/3cVhE1t2tt90OO3fuUmNt&#10;q0bhmo5rJKjKsSQczx9N7887H8M3boXRPSPoI3PRhtMoYUbJFsnAll+C5sF7uE5duQblTVj71Ph7&#10;5NuEZkZQY4hDde1bYHzvJ3Hyfkb8K7mAp+THk9B56gGUQeM0/7ZvwkRjnMBXFLBUT6WpRypueAVp&#10;vBvzAZ2y7y+CO8I5kj7CqwjaWHsxMlMhR/lF+8jSQokDglArwrDF+9afXoLeM4/D+L7PobTuCN6P&#10;yGQPjTbtxA7DHaVPxH6sBqgmwOvQw4HjaIhfI+gGmLpq0IrDLmxi/yfaw+haEpOLmXljsQhi3gqC&#10;X/YUevI98AVkluHAdXACx2/oEWfneG+kRtmMSa6PzWDfslcEDfEbpGrMd+dh5QIEmt54O3rE7eeG&#10;05M6wys7mQauet59ol2EdU7qjLCNCWblLOlu0ACMOPymuukpDLX4kz/+QziLqY6P4tebNm+G977r&#10;nfCXCPotI7rxm//xN+Ciy66Eb/vO74LPfvaz8PjTz8CnPv338ALKGF/zmks4efcIhpGM0BPtX/7I&#10;D/NQ+/CLB3BoscqvP4e2BmInY5gwUOP1M7aa+kQEOs51Ku3L5FzQ2tI5tQTNV+6DlS/fAwsj9MC0&#10;I2QfreLrEiuWklZF1dSo1ynJC3sBk3ax3uzhNV0a4CD78puhc8e7UK6L6bpMrCBvsMBSRVZB0XWi&#10;/T60n56wVqrtutO3UMx67QQ4GKbeo0huPCeo/rKGJElN1t67W3nX55wnhuk115QehecG/EB7l9Y8&#10;rwj9aLVtRchH4QmTEYVQhJbE11V2oCnSWWk993FQCNkH3xhh6xPjfDSulbxDr9zh4ZX4ABLBTfAE&#10;DhKkfRP3BCIA+TMrGN49ZDujDlLx5ilwy0mIIdtFOJv6UK+s2qBKuKChfB7yeeEhdQTyQjMhAs8k&#10;BPGnk33fRmJTNOcD6dVrvn8Dg3VGAUCfAEb17BOfNJWuNnmlUa9jeoZG+DNbFhdg65ZFBDFxWLl9&#10;KwzmOuKdd3YJQfM+p8P21BYo1pDcuyZVHtMJ2QtRAjdNlhybfCPk+6sIzIyhnUUvxOeoUaWc8erN&#10;XobxCTHEqF8w4RWkmiRm43iAQCayIHjNDXylGdOQrBTqcQnos3ACf2dsOAEVcY9KAjEo9JKCFyko&#10;kHAXtcIiRp/zwmbuWgk5cYqLMIZVOSiVs6LMUC/6ArvwviB4qVqFzt08gsil9F3jLzSsNqh6StZw&#10;AjQlfDOw/yH9c+LYKT5P+6/cFwM6TAJLTMunAVLMeGmmnLznVPoZwxAgTWsmCjnTdi4QtZzTIksR&#10;6lgwTyT+yoW2mQUBklySm0f5b6MhEdR8uWTsCWKo6iUEI1RRH44/3xht5gNf5NQQqv9OZNo5Z1Ni&#10;DcevgUnNgI/pwLFBoItedRLwWFtJ+Yk3dc6Q1Ca+yklXVs0Wo5S3BLKin2FscyIQ1tTDpHOPDDxu&#10;HIJTLySrVNNKmx+rnj2akqOx20KYq3SxjECJTPzYmDYICD2PAJOAgvgelTLvqDjxUd5KTMeusq98&#10;AgNDYvpJI5RAUz03pphQETsKEsIdL5dtbW4mFsMtCa5JE50sG7FTzhmZyajAZmgz95JxeAhruE9Y&#10;CTfRDYXMWEuWWYnUx4KVZWu2lMQElJFg44ONkVcZhdeNhJF8XjAEMCYKOKeAsl9TxfIVZwjsQ98X&#10;LIqWcSK1ijJeiyAUuK14PIEBQzKQpqQ4t7AFk6HmcbFGD5rRUGSm2ECSb14XAVx+bbr23rDnE3kx&#10;CY/YKEgp028JR7GagGwm5FRy1/ACaNV7gSesYwHDweqzTMfGTlHsu2ALBCixNL1PkyGnwIuEjECx&#10;HtmJoqcI44mR7dGI3+ZdqGiZ8wgilNPFieZGQ0E8X+cFOIGmz42XhpJA2kq3qNNnB3Dk4JOwb8v5&#10;qcBYq2ILk/d1BDXSYm51U24K4ZQGGFEaNsnPDPA0eg+aQV06sPBWZPjduYygGx7bQkPSVAI3ce1p&#10;dCLFBZN4RhhlD6cGQujMYtjPbEWjCXM+BW2kIs/Je8cwi+VADb5lm4PKCDg6Vn4dR8Jrwm0LQtUv&#10;5wmf1L+qwCR30yZIEEgXxHqhUslrz8jkchxyER2B9Ukfq1ZhroBbNwZs6NpMbMOeEVBxFMOkQuQF&#10;ihSVfn6QjSP5nFDaGN3X+CTy+Wmime/LSRSdMrMBXXvP9cNrewOGlwkDhHN5BQbzqtI+lazKrDAe&#10;OIFvM/vidNeJLxOde2LPcno4+BnQTslvDBktjDYNNuR9WJkEQio3LY+/SWZCKLXIJm3G8lyGtpLB&#10;FarKeHokOEllFZHhrT7EtE+tIFPmRWSifOUxBO+aPXDJ/u0pkdpEewoQP1oCPMnrjzO7ECzq9hrh&#10;tOrAxJQphDYyJ0NhkG5S82ZtHP65dE2it6UYO0tSqVMLDGY4ND5N543SBOnXea12UlxTPTSqxXNI&#10;rDIkrIpUAJS+67A4XkI7ipWDz8LHf/83YfT+74Cb7vhG/J0RP2NUOI/XGqRtKIk3rMslYeDY5nH0&#10;9h1b4C1vfwe8cOA5+OjHP45hI6vsJ7Z506bcGPJ+r9CK1mDkt0R7skeQs953AXQxfKO5H9l4x55E&#10;71oJ9OiQdcJZlIc++AWYx4Yo7LsEhr15BjdHZL2A9dL40kuxuXgnmIfvAX/2EMoEEcioDNt01BYD&#10;BJ55CMZbdoJ93ZvwWLoMGPpwjvViRmDHq/PUMgm8Nq0U4Nlsn1l2gutftulXMjOAxNkfJ7RvE2oc&#10;6xV+PWJTwLEjUD/5VZTQPgX28EHci9BDq1PzfsJgrhc/S5LVNehL2cVnzOL9O+5gsu4FF2Egy+vA&#10;nncxBAS22J+Vk9lrkaZRLc8D9zHvnTVeO3foAAZvoKz7hafRH+4gmtYvswHGkNYgP5TBA7F6SKpP&#10;g1Gk8ToC3PubocZUXfcaBL/P3wcVMkdrp6mzBDhRA1sJe1Cc+Dd6cu00IDorIKXca/RqsADNuTTH&#10;Wka1yZe/8lU4eeoUX5ubb7oJ/vm/+kF43U03I9D3m/AiDi5+4Wf+Hfy7n/1Z+Jmf/xD8l9/7HXjs&#10;yWfgEAJ8Lx08gCD6TvjuD/wwvP2OO3Cw0ONwn6899QSzkefRp/AGfD3uc3xWC8265paTJoUd2cfz&#10;F86egS6GnYQvfgblui/iGjJk/0Bi8PVoMDESdM+glJ/WIAZByLN9SP7JCMJWyLq96hboXX8T+nFe&#10;CkNcW3nZJXE+9ZbMeK5lCAwSCmJNKKw2oBgUlQEcYU1gbBptD2sy/af9/EzxnIU1AHwDMLErznZR&#10;DmuR+3KQHWyErRuyTy0Y2NAvTXwmM2UEWgCQob1Ht1iqNofmlUuhKb6KTZ/4n2l/HuJ/y+DWmBwe&#10;lkJAte9gULCJg0Hpk60CVEzqsQKq0f+6yCBewK/J65OStGmd6Kick4fy4oGWkmJBsQEGfInpSzUO&#10;EXicxN4FzR4QcoTaE8XBY0w0DplAYUMM2MjZAZHwUEfiUyOgU6MgEktjrVWyRs5BiBbpxPCjBPsh&#10;gl/E6CcZ/yZkwe7duR127d4Om7fugk0oU+7Q3nbiJA79kDGLg5E+hXrqfcFDRGOLuzlfUxPDJrxp&#10;+S7T15VKkKNffwRybcl6S1damZI8aBV5cwLBgnroKUjI5jBO6x8NRZHfl+vfqDd6g2v9Mq5FQ/Kc&#10;p8+AoB4HjZDPshW1Eyn46J7o06C/YA5SvUHsvo4qo7zX+kut1kC9/COeZTXEI0vbi1q8sCULeh1T&#10;uKYOg2I4KQ8ilf1Y2U6yuGNillpMGCW4nDx6Frb0jgnYFxvM3MAXMszihp1KzQMo0ltzcue5JopR&#10;WilyOkgBAq3FIUwyOEIKx5AftWkqVQaMJwBODRZDlQsJH5pCNuYkqU+5GCGmkBYS4NgL06THF35Q&#10;CWTk5NdumpT5Rj+HdvO+18uy5chWCr6QJ+l2QvR0DpKo1Iuwzql5yuiLaDiDIE5SeYcDl86lPGSG&#10;TX3poQVNW60i2Jb8zkwC4iLgZ0xIIXDG2IJNV6ez6/RhrTUkxdn8+3IQnewVpcAeS4yda8luuElx&#10;lcoq7cQ9B+zVkUrDCbPPKL0xa0w3TQkAGk1Bnci09yF6OinNV9NR4wJU3vPe+6kJOMQwF0otxPPb&#10;7y3IhpA2JFvkRgZdiJ0kC2lKIjUKAywcm8Eyj48aUHBrbkG93kSuRZPhEaYAVvgeBP4xYF0LeLZ5&#10;8yJsxoXlFLI1BktjmUy4bUgnp0ZlDtNhXwtnzp5GULDPQF9nbhMCFwalV8tQH3wQzkM5Uw8Bw4OH&#10;j2JC2qo0rQS0aUS3i3JDereOTIDH3BxWer4KKrUu6HE6QcEoTv1wGHTTBpgnSWas+7qwRioupusM&#10;mlvxEGz0521k+4QipSwy+iC0GaxRkq2vHwPTGbRPEfANPx+TE6Pov9mKZ+FkKmQQYCE4On0WPQlH&#10;Iut3GhcPwjgmsO/Zp5+E8664lYEyYrk0E57LEKa1kmZGq2sm2akQiywv65d6AS4gS2gfRqtjB8Lp&#10;wIdWu/AkMg4YKCBjcjKTJ2+j2qjXlGe+HCU5jVMAiiIyxqofX9DwDZmGuuJAo/xxAHJ+o1S3bsSc&#10;nH5y6EVu3DD4J5+KXcrYE88Vn9RoWrAAmvT1PH5vFTQlk1LIlKFE4B5JeGoQBtNIAYs5/J3V0GZe&#10;FYYvaagTgSv22ONQDsOfvyaZIksXGknipPPqKvV+Ma3wlzi8ITkWMQMrZhrUsEWZyLwJuzxeiOoF&#10;NyGUC/pMzZTHtUjDEYoOE/PsiYK/7CkiM7AFIpr1QzTb4dVtBoiR/a2UC1lrWkGC/LzEIrsIvwjJ&#10;I1OYvJSwJt4yNuXuCFPT6r5g0nTaxGLIxLRiX+xHucGQYJ8oXbVZ1mNyDFIE9UOAKV+4MCWSK9OJ&#10;fdtDMZ2CkNK6477OgxJNFee1xxcG2lqrnEUPoIeffBqZe6eh6y+CCzBEwpMHENl8+DodDINwxGjh&#10;tQiLaWSPEeuEgqyGmAjptRsxyfzapCk6rbkxbRuCTOadDkzECw3v93GU+8p1oP/rVDYlgcchphTQ&#10;Rg3JQd9H6i3y9VtdFUUBSYxDiMnqFDSC68PYs1n30C7D6QOPwt/819/FPb0L197yRkxw3wxR895h&#10;zy5JtLbmZTDWTNHklkVCtHPgvdlpABj6iaFnTbe7Hb7ze/8HuPvOz8Hn7vw0//g73/t+2LJ5DvfW&#10;PkhpFXiQwetCIyxq+pr2Iov7ZL3/YuguzMPgbkwfRKmyHy0T9M/JyX7pJYDPfhzM9W8Ge8V17OW3&#10;CevLJbx2XQx5WKUmCZlE9p5PweajzyI2scpACwENNab9BgzzsMcxROL1b4XR+edLwp6tWH5aM7tk&#10;A4EUrxiYb6d/ruW/NQlY2BlBZrNoR2YN6V+YJVH10Z4lOcDq8TVyT3LXjvXDKg4kn3oShs89ARX6&#10;8fUxhdUT0Ebzqko8RRtrtVSTkLaGLSWQuYHm+nDFTeBfczV4vCZdVDiMeBjRcFMnhvniUcxJkcj6&#10;8adP4vschM4TXwX3/ONQjc/yPsDPEO7DxC+kuT0N1ax6iDW+y16AZtdFmOJ7FYwvugL8jt2YtmtZ&#10;kkVAltP1Y+idWEZo/TQOTj0zQ4u51+KZzSZZp7NNrLg4mGKmaJBUdAKyVlYGbMD/95/4BDz37JP4&#10;jCxiiM1b4JZbb4Mf/7Efh5/5uZ/lVzl8COWyGDryhje9CRYWFuDnP/QhOHjoEPzcT38Q/j0m8v6v&#10;H/wZZEaO4CwqG7rYDPeQhUJ/8jnnSXgXvvnb/inc9IY3wLGjR+HqG65n2wJacurRgNlPLoUZCpsy&#10;qYBovz5+FMKX7oLB88/B3OoRFA9hkq8Z8eCS/Q6poSXbpY58zg6zczEsYA7rHmzsx1v2QINgbv/y&#10;a8AhEE97GnmQkZcvDUapfp+zUvMYtalpGp/qSzOLRRc28nyYiZCxkAgUOQo3svAts4ym+qAN8XVN&#10;K4YOUgdmZg9SgjKirLJWrU11ByvfUt1jp9l7qTcqFRrrgZ6hleScdthW0nepZCiD68z0Dm2Lsi60&#10;ARLp4xTASnVt+z2MjV7BqvKyVgf9ajGlrDHyZhWPeiHC1Kotof2PoWDy+lwegFs+w89TjTVjH/t8&#10;YmRX6n3P3vRJ7UT+z7nvt9Ymm7HoR0hvbrwk15GNWIj5CF5sBKSTyT6NvO8aU2ACyhiMokHtmdjn&#10;z5qkOGPvvxq474rKPh9i3YDDa+wlhkhAIZYrlRq7UYZ/+Wuvhf5WTCQnasPJU9CcPsOy+B4GdvTI&#10;a9ZKmnaUzkayUrw/TARgQ7FmaehK7LPlGG3CbCAmIhhI1jumaVr5CzHww2o9FtWBXtUVHFRadaVO&#10;HLP5IA5Q8VphMXQafetpzT9Lx4nXboTAZd0RdR2BmE5DPUEBXKfH2UeAbZ68+fTaRpWY06Aep2QV&#10;KwkhoqqKw8Qig6DT65amPqo+KfAHHbQm6bZiSmS7Qr9VqbUBfdbK5VwIIlKRmpQCkTyHUldMDKKz&#10;+uyLCvbNAk8izdAVQGDLJtfYZFLdHkhMK/vDjEqiJbu0ZaSfSSfBFzdHNB5nVleG/NvpjVo4Bpe9&#10;ehILnm/sInKePlcHVOoor82IudJMy4mKU3ptw345Pi+aBSuHjRijX65+giR9LCVMoZAfQ1Bvsxgs&#10;IJtyx7kkXfRRlpY8g7LDAZlNx9MYASw2z3RGTdVLn7mi7DIuG7la20qgjYCJyKUz4y0yT4jJFtmF&#10;FiaiGSeZGDabBmfugbDUkuffpBwk+TNl92erm0a6FUOYTo4rKp+cJpfb5QhCkuZefA7q3EhaW1DJ&#10;bUm9yj9TAAm2kBb2UJZBRQR7NRJrMcSpUp6YSYCJejXQw8mSXZQOYBPYp+YC7ysyO22IRekF0AFO&#10;gO+iN8SIQ9kq9cxs2FkdFx1sYvpkeE6FCzaDvc4YpxNzTD6VIhSnLjuQZo1stMFwlZkvA+zUVrDh&#10;hOWz2Hws4rmoODZ9lcysoVHzVp+aWqNNoW/0GbXaAHJj69I9HkGy6OdI5rP0PLBhaEwUioEYjU4T&#10;jUzBmGoereTUI42Jhc6lJpqmJQWGLqB+CDG9IIGwuQE0KiaNEvLCIzKjfMJeDdm3STZJn4DpeNkb&#10;BvlqTV0KTO1P5GlqtPGaHzp0FH8GIx4QaI3Jp6H0BIRyGBpa09nQCoSBKQ9B2ayFHcUsnwg242a0&#10;BU36dmKjf83mDpxAGSDl8zh2lkYfkVqiDJbYsFYYNexcoawgHnEFSAmfrfVfQzAich4KbSYnT3Fq&#10;rVd/IfFsNTrVYz6Ssv+aEFKgQmTM0Wcj6W+HQk+aWsBtnbY6TlVTRhKHYci1IUNlOn4p1D0Cg01h&#10;YO9bPoAL+DPLOtDoGgUIdTEbqc9JBPqj74n8ib+LG+RyIyEuHR2OUBDICn8PmF3Jl7chyT3CwCSb&#10;Vomd18GBn0ygK/xkgspDBJSdst9pgX8w6aszMQiblebcZh4U9jgbCPEzkfm4jhdPmJTbZYu+lrIv&#10;7ku0FZHXWyu8RdO/TbR00GEbT88htHzxEshfeHlx0xZ8ZvXqgZimEpDAhORBLgOLmFhflgumxSTI&#10;fsHFvgelxCik7yfZYzDJJ5gDqIzJlg2Qh4e0341wSHD40Al4bnMXti9uw6k4MrP7aHjvPLNUmIni&#10;LQNItFA5fZ7m8OcCFuHO4cAB0wJJomFMaB23jYV806SBS7aXCiqdCTpgi+uN18R7YVuHNB3PrxmB&#10;Uqu1SV0HEFK+0WReLIBpJqUNCgON/KjVfN49HvOpUwfgrj/9/2Buzw64bP8VsLh3Mw6XxsydoOHm&#10;yvIyBplsFV/Sl0OHDUWNWSq9onRKn/H4LfIQe/Nb7+CwgT//yz9hBcabb3877Dtvj0zEcR/nvSoy&#10;M7QwJjCWQ0awQDfbd0J1w+th6Uto2H7sOVxnkVFvxSaiPn0Mwv33yADk+tcDLRrEACAst4uer3bf&#10;XrDoEebvQ2/X089DjSqTru5jFsM96hefwKYEQdD3vB9ZYHN8MahGIF8gTzVXCFNAXwiFLO3VIX6J&#10;Gd/2Fl0LYtiI31ir5W9JTI2ZXn4Mz3k9D5PZJ5fusbpmf0uDgGxjVqF7BhvsIwitPfZlWH3mixiC&#10;cZKZwyOUcwI72RBQ7tiIv6pp2I5/t4rgEgLn460XYOjGjeiPiAEY51/MA+c+MWkxGXmMsm9u2LDQ&#10;ovyuviOLhhrrJayrvvYsdPG6BkzWNaunEYzHZhi7d4sN5JAAcvTMXSBGMr7/EO1SqoqULljFbN0D&#10;Y3w/QFbceBFZgwgad9V7qWbZnE3PFx110Ca9suJQ215rZzG/wppr9BDXCQoTGCKLlRNtaeBGSaNO&#10;WPsnMVTg1371V+Gzd96ZhjUf+fhfw0/80I/Cm//JO+Eb7ngbfOZzd8JjTzwJ9/7DPfAN73433HzL&#10;LfBN73k3/NUnPgkHULb7Z3/0/8I//4EfYMl6B/0Nq6qCFg3EiDqA7qj9+86HffvO53WZ1rh+T5Qk&#10;dM8tBwo/6HI6uUHAjgDbHqbrNpRa/dB94E49y4NA8gOtuUY17IUlHlsEhqMsj843PYfsNU1hWliD&#10;XXA59N7zPggISjj0DR1FO6ogXo1OhzETCtFWevz6znVhfShuZgoutGxT2gzajfvghRkevZl9aCYs&#10;fPNaQUScIYK3tE8QQEV/RTY/rEjDXnKAfQCrt2aYAJhgWuKF9jFMq6BSnWts0UuHAuwMLZ9VSKFb&#10;7fq49PE3UBKOggS2RHAwZAuVUDKJw+RgIye7Rt9/CcowaeifyCNOg9YiyYXeA4MVOxTMZ2q+lwhQ&#10;rzqOgWPDpI6qkNFH772QQrV4YBdEddB4CcRrvIKRVgcS4+jRHUA4GEYlu3lwyQONEFqEB9DhaBoe&#10;mux1R70phZnQmhY0PG8YsqcfSX/JzomkqzWumVswKf6Ka6+ArXv24nBjBCtnzsIKAX0KojlcX+g1&#10;I8hnVdbKVk1ObQK8SKtjDdH4MGElKdeuiX11HDxFZV1oiUPznhdt2kKsIeV12D88GPWe73CdzX7w&#10;TFDqMFmGBikrOIxc5n0jcFKtYdm1qCEr9tSvkjyFep1KGXcdJVSxpzkNErvdBHByYCljNxWf26Ch&#10;MxHnoKGsNVmZme78SFYpMKuEr0SwLyogaUBY14pDgUqF47BeAVJn9BxIw6t3XgpbrCYXGmuinMxo&#10;Km7pC1GmB5p1o91TMb3GNCSpsCAa5ptCUmnlBm9JglWOm5qSkD3B482eY5BmeI6E5HcnXj9C8bV6&#10;01tF873NSUD8W5VLk3pfvHb6mZBNEluKAx8ST6blj1I00EKxjcbSGbw0xmapcNAUnwhKRQqyzTTc&#10;9Hv0OSjy22rSpfodxsRaUzDfIphgI/qfFhKTkmen2EaFpNumxddN0dQTfTktoCG9bgI9jZ2S9/kw&#10;uYEJEzHLmkNiks2WoK3Tquo0RKZY4p9j9eGw1ida7SxPodS+MaCa/R/7VFRpemcXixZmWKSEKWVZ&#10;NI2yOw2DGYRhdDdvR8lszd5fkgBpOfHV1+IfQa9H13G8gswt2pwpfEMnRfT65L9ECY8V+sctU2x4&#10;oChFnLZgtTNGHxOSKHbwPZaX+thQoVEngXyYOFctn2KZUWS4xclQVgmqfyG43HTr/iH3SaNgt6bi&#10;Qmb2idN5fI4a9bWEFNLCPlMQ04Fl83Qs4fRpopEBGEhx94y/ujwVm9z4DWTmj4mmvrZ8vcIJkBdu&#10;p5/TcJpm9Phq13Emef/RhJ+uh1O5p8QCNOoV4Rj8PHjiKBZLZ2Bu5yZ8zfGGZJBr+yGFYs2N6acR&#10;SorrWsOMHfQShp0YCHLJvIfj2yu4CzdmSgom38fNJDfVzn2JaCvYcBBA5xqR8DQRJPFZ6mE1kbee&#10;NNjTB87pujcOoZVsQGw5B9H/zvL7NBpYQID0qrKcTIEKjRuVRynbFjQVl5iTq+rXA5xGLXsRsWNX&#10;NcBEEnYjJc6mAouAy7FuvhL6Uavs0erX2bNI1lmXWKcEJBJTMRLwyfUBrb8R6JP37BplbxAbUFmA&#10;0Tw5+cPFQPNSdBrOjV98nYg6L4cc9fLNv8LagsvJvoYSX2NIhqXkTBC5a4hS6biHx3vPSCHMbA8n&#10;/rjsbqLMnlyEhzwwK5FMxrSanCRI1hw0JHChFeoSyvXDQGK1wYThQ7Jm19TvaGsSQlnEKdPb2xY3&#10;MM4hQrJklqRm8gY6fhyn42eFGeyRhRKosCRmKbFGyeO3yubUtMdwYY034jyyy+j7NSZQ0t/RkIQl&#10;bMRF8CKhIfCOpDDjWrxO474s4KBX72U5V+yDaApWvNH068Yrsy9kfyU2uK444IOuUb9v+GvyIOx1&#10;qeHBz4Z+ZCsrIpEhCYmEl1lm+x5+4VH4NEr+mm//TliYfzPOQ7ppYLoZ5ZNDlEPREPFlOdCZEvRq&#10;qbpnKB2F9b1j91Z4w223wXPPPA0f/9QnEHQcwPu+7f2wdStZXKCMr9O2p5AaVAIdWPaDzPt632sQ&#10;fEDPOAzY8Ee+mhPlkf9dnTmKHn73YvrdAsDFl0GFKXiUqNyjAYJBFvYlV3FDaL/yeYCTz+E1VBsW&#10;ZDsZ8hU79AysfOEfoH/9jVBvxURYGs0g0FXjfh59/MxMluOr0fEWoriJodPG4YeNSfnMOcYHqxis&#10;QqnKFIdE4VoNMRjQcmQRkwXhAPojfuULAEe+hsDVSUxIxecAa56RslcIPGM1AF0Ppwnx6NfmNu2G&#10;Zv8lLJN2CNYaGpB31CoG2dkOw7bmjHhtNfjfK3hNOhhDWWHo1laS6x54Cic9x/ARxTWoK3tal1gu&#10;lVhaULLzQAOrFvFZHSzuhOFlKFdFNh+Bw6Er15/BSxryJua4mdpeTVrPSl/dl3+2e4jCW/busom1&#10;YwiQwBpyGRv23/r1X4d/uBdBvDveDu98z3vhY3/5EfjCfV+E//Brvwq/fsWl8M/+2ffDyePH4f6v&#10;PAz/DYH6K6+8CsM29sAHvuu74eixo3AWG/+b33ALsvqGXP9SMEb0Amt7ZrcPvqNe5wQ4sLOxsmC6&#10;zQBVE/gdAlLQB7C59zPQHHsBPbAI0MNhNyonxhgQZHFdIeZgTTGoyMgkT+JAKab4NZVcnXkcJJx/&#10;OfSvewOML3gNpij3WX5HjblXiyWqr8/tCLqRp8q8gieiIF6YImU7MtzNDPsMAxti9c7c00vnDyN7&#10;KgXxkR8pe9XhdVhGllMP+whCnjgMhQb2E+nI6yiAC5AyzJYMhA2gocG2/KNTJRoKJqSBtoojcX1C&#10;cVZtsrVgKS6zb00m5Kjlh2AaSjiAQvWmLGBQ4gL3LQjsMcuK9ma0p+jigBe0b6K+tIPPd8WgEL2H&#10;EpHU+1amUKr8KC+QjbJXVSSxrdGY93vpk10KswuVhmU2woRnWzIlJcUQkRDHyyxhV1AxQCEdlcDF&#10;+FwSWB40BbZWn3OS745wWLGEv7h55za44ebrYOdFF2Do0BBWDh1DAHAAWwg4Z4WfY3Cs42zqp6KN&#10;mQBQTkMXVckWhHjkdaCelRFt9xtrI/4h/sElbzUSvprCFsLquu/TZ5brR4Cd5b67lhReDld0ZPOK&#10;g3ys59kntScee0ZIOoKZqBqNLQFEklwp4Fd2ZrSO0Vpasv7oGKhG6lphaYtMWHrmqOpLqteiB3KQ&#10;Q1NiLxHvHeYGelB5sPa0ymB0HTk+DxnctXEArZZFLBnWE9yvrIJ9E6beMaeBW38y79cTlqeIIUtC&#10;C0af0QRG05qQTM8dSylw6VUUgagU+FFQIOPf+yJFLbQsRk2xtpSVX0gmmFBGNUMMiEgCftHpd2xh&#10;MC7fj0k2ISUBZvlD/Bkfz0vIklVfLM5hRpEawSQOndEUGojUXmgHjLTocVHkVZi7R8aT0caXFxOO&#10;c54ZftmSRhtlPCVZbZRtlUaZ2f5+xkbjZu5PU2CGMS3FXWLMQU4fs2V90yrmbauwj5QSY7IJbgQX&#10;Ex18xk5DDC1eEEiuGkIBDNkWQzGECbPQmJ4DRToj/uUiFuNEA15w45Q4KemnIQG7Qf3OaLpAU+Yt&#10;CMJdeNV1sIzTyU1eglCocOoii8OPzvAUqU8gL8mdO5L2nI08qSmZgwUsYrZhcdNFGdASLmSeoklx&#10;I1/oW54cd7F5WEWmn58XkBBWsEFEJmGD7+NZPuVZ7snKM/ZsE0/AfNE16UnycFmqFWnVrXsqMm5B&#10;aPIi/fIpiYlluuzHUAuAqCw7H0FGbpZDcV+EKHgo8rcy3Vxu+SYBfGWSeGTSeKXll+C6+G0ojd+4&#10;lom1SCt9miqFIjEclPGbkbAmefJF4QS938GjZ2D5zEnYjOluNRp/G1O1G6iEacvml5/twvrYtAMe&#10;Inc22HyMId3XHfYLoUnbDpyUX7QJ5QXIiLAI/H0uoGn1SUqKpSKhgYVhYHDsFN+4CCrQfUjSIQoS&#10;onrG5qbfKyBHovyRPhWVHolnj5vQOsJSBqnEHmHiqp8YNUcjvaJ9PCcDHT6AUv9pbe1BZF5WzMLr&#10;gkkTOkmp0rXW5HeuJzulWDBEtZd6cHk1JBIGqknDka6u2wNm5hkO6lgN+gxHCJulYI1ccx190HND&#10;AGofiz6Sp1J91oh5WsqwKIaPeS/xUESOTLAFwqSw7euXu9lWjq+fphtmoCWRYRrNryd5DyXm27bW&#10;EhaHlfmcTiuLfaGQY0amrjABjU6zZfDGk/fUDERCriarFMbbwsgOrVT3kDyBdK8Ipd9PKyxxZvq6&#10;LT+Tl7TWeJEZCCoUCtEv15hSSi77ChW+bKpNDRbJ6lbPwGpzBtdi9LFb3MphD5TU6b2wREmmw0NN&#10;fE5H+FlpiETJft15nPr70zi8GTDY1wfxp2t8tDIgIFoZCsGkYAer/oG1D2ntjczzxNpOzH7D7KTM&#10;FBBDfVInolc3AgiOfSoDrh9V1TDK3+9a9joOGBrUhBEPnJAwjpKgMR/faTTGfu7hB9gs2v1PHkM7&#10;bub0ebZCwAMg6UyAl2H/VIY4pYFySN7SYao+sZzkaREM3r59G3zrt38XXHDRpfC3n/4Yp6a/670E&#10;+G1CNsBcuneMMvEHzKC2qTqgPXpwwR7ob34nhLvwPKBXa4VWG+TRR9tK78wB8Pd8FgOxMGzl2quh&#10;g5Jelnni2mzQW7XB75mdO8Dc9UlwR1EOTBzlsUjA6dpWD30ePCaMute/CUGqi7m5c+DUbxRaIj3z&#10;dfDra3vvQqppZ3nqvewhwUQSfWgNcie9bGl/GHHCOfl5d7HJrE8ehy7KdUfPPgru5AHojE9xQ9wj&#10;gk0M2tN9ln2OOSQG66XuFrC7zofRNSjX3XsxGHy+kIbBace8nrOaAPc+BBdpkDfE566De3b3pQNg&#10;D74E7rlHoD78NAJDSyKhY9aZrAdO954xD5y8DCbwvhlfeCWMLrsZ/J7dYPEec3HW7noMoNB1rIhN&#10;SABhMDMZ2QZgJjP73Gm8EzWulwRvWrOXsEl/7umnmOl3yaWXsZz2C/ffzzXaFVdciYb1q3AQPfco&#10;6fHWW26G7ei7t7g4Bz/9878Av/rhD8M9930JfvIn/w381P/2U3DtNdfA//6TP4l1K4Ic+Ix3O5Kq&#10;SwNum3yAfdFDtNmoSwgoLJK1kJdagWoXNNGE0TEEUx95ECo873AWPRjr01x3soKAkpcxvIalv7ie&#10;rCIgSBLChta1HtUwyPrcshdB+CuguQKTfvfvhwGulZ3GsJf8ymjM57XjZKAyi0XfSqcN4Ryn3LxC&#10;2DsCWLNevBi8bKAGMGsBgGE6wTspM5TxTX0G1St/9Pu/Bx/9m4/DSy8dhn1oHfBbv/2fYDuugZ7A&#10;LOis4dMZJiyoNBl3zYCOSa9O2wb0jCnCh9oFU2h90LgetZS/wphrVKJa1CVJWaFgiCkIRKSpjX1E&#10;K+TRmNTXxR5CFCBSY1R4Xvr4LFW4LlHAIAFJVBP2EES3xCz1qmwJuU9kr9AItCrDMXrweQ33Cj4S&#10;XXwaHpPcdIw2T6EJmczAfWVT+ODhe1Ui++W5OF1fJaBETCKywpi02Ei6bgSfCHCPAYn0XNFjS9L2&#10;CochN77lDXDx5ZfhQOoUnP3aIVR/zUFvy3Zmg4paEAFOZ5WpGwo5h7xeZcXH2idgTwti9WY2sQ4B&#10;nxl/OvwLBYaSiCTR5k0TTURBIVKESkMhqb+kNYnWaqqxmpFnoL+LVgpE6iFZP/XFI7JP6cqgnj6D&#10;w58hZp+N4SqRiWctq4LYuw+UTaw1Y8fKcIf+rqOefqAgndOeySkQGAlmcu/ZjFFEWW/0YPZFjJyG&#10;+VRscaQKBY4dti2sTL1YCuQiStLlGNheidUJHqKBXTXTL1n92EJ0PzS2baJWTscLM02zwUgwY6LE&#10;JheZppgGiXTUllQBbQhDXigU6LFrGPvKbeYLe++S3RcETOHf9+pXZcQ/r5C1RrPmCLqlCGuYlkqF&#10;iM5GdLo0GiiKU5H9RHmMsF88m8Rm3bvRDcAo9TdA9noopRdTHimC3iS/JPH7g8KPwWSgMhKNU4Nk&#10;YBa21U5g6haA2OxsvCSnVDlV8nXyGdiwaoQNySA7AxyZU6+FQ7CJHdj2Vcz+ia0bMCWyTxsWxzRh&#10;KBb0lqlolGUZV4Q/hAT8xRTm+LaUrlaR1Or42ewNMSl00eOnpowYDOfvuRgWdp4Hq1SImE467A4m&#10;MFLCLuvue8J46uHiSwAl3Z9jL/MeAnErHGX28b0JzFmhyU8YMbMPLfqYVm5wQk27QbDoCYTTqQpf&#10;k8I/6nGtz40sCrxYWJdowk3jU6GWQV+T0odB05vAugQWi0RZAm+i2TPdO8K+qhNYzZC4elvR5sdJ&#10;d2xQPW4D4jFFuXD6DxAZmEKkthOAfGluyowiNZbPbFufvDLyfWaSj5p42pmcKlXIurn5TmZZmhYS&#10;qlSk0AaPajRYQu+aBouCBu+dSW+EkKIf2umpYU2pWvF3aW0EZSJC8jKi9ZCa6+2Y6Ofw2g22VBz+&#10;8gA1kKcCh3UQI7Ffd4G4QUt0/5PXCNic0K1T+Yq98eR9R8Ud3BiXPOg4uYtMaZnLUsy7tIBhqrle&#10;jybJtgpmhw41aCOsVRdJ93aPnzfyRwws14lru6IRiVXo0/F6Zrs4AwkMp+NgRiHr3RsGMztqp0cy&#10;XEpgjFKDJvpB0joZ9Jjx/NFkboTN3xw+YwNmAcgNIX6vXjzWvHpCEYjTyLocaxlfAGtNaK+hszJ/&#10;wqTM1nydgb5XDAFMzGhmWQmty161us7TfV8x0GKSJYfJ6b6mzf1hSYum2Ptk5mwTMpe9Dc0E0BgB&#10;e5v3EH5WXAtcsAV7osj1bTVxfJxNDCGrFeyE/KwEiIYDuemhdTF61agG25Qm2wwUNwyUNcQeooCG&#10;FTF95uAcZBuRJwv55DaNrmV8v8ogcVDT89GH+UV5QlHVKOcKbJFALE0ApwwmQV3IX/mmaJ1MSiw2&#10;et9GlrfTMA5qNuomPrkNF1pd2pdqARhlyEeBZA1LMPvztKZ3mFnItQxNtPHXOsiaI6nl0pFn4G//&#10;/M9h9+7zYevuvbBpyxa2ImlGIwBrNxgqE6+VTzXkuQhQJH2hSTxShHkvO3//Xti+631A3/pTlPTS&#10;MbzlbXfAnr3n8bmr1FybASS1TWAvOd7H0H5gHsMVEIh1r3szviSup8j+Cv4UkkBWIeA6bDGIA77y&#10;aWxEz0DnjW9HiWejTBNcXzDAY7BnF/ibboPmHhzKod+fGZ/ErRotOJDhVDdLYFDSS41dn7bl8zD0&#10;o9MvfDXPFXn5cp7yUGQYmak2/ZUuRVMi0xDWgS/ygHWIYTYGG2eS68LzT0KNzLreCw9houoyr+mr&#10;ZMCO91lTU2I0gndsql+LdU1Anz2DzEtk8bmrb4Ax/lkha5SrFGZ500CnIwBARR7cNdcRIwS75pDJ&#10;1zz2CIweuAvmzx5HGfWA2eH1MoLV1BfOGQ6voQWd90BqEjFplsDCwY5d0LvpjeAuugZGOGitOvNA&#10;eg1qKp0d8nUnQKAJwprlNWLiXp/lHRpavcPLWa2Bz9Wxo0fg8Uceho+jPPdeBOwoDfuXfumXkN26&#10;Gy7F5NyHH30Mfuf3fld9rhr47v/uA/Dd//33YmM/D2fOLMOWbdvhB37wX8HBD/40XHX5pQiGb+V9&#10;fxXrigUETllKRmw8ZhAnw+9EWJgwfOP36ail6TAIo6Vz5hSM7v4cjB7+Mvrfot0MDilpYLJAfryd&#10;ESZlOnZG8oG8rXtcn7DHIg/scXjR3wSjC6+C/u3fjN6YO9j1z+E1tlxvr2Da7hyb1dMixMFjQXwB&#10;q7XjKoo15h9jX53sB0sPiegxbF4RnXZNxv2EmpUAj//rl34R/uBP/gR27t4D/8sP/yBce+NNyLhe&#10;5L2y013k/mOt9SUGQUxi+dOAnzl3Om86cNNSd7XEeRMKwlBIQcXLurD/KgkgqW8xha3T2oYHEWRh&#10;2ZUqQcgHkvt67Jt6BPRRH0bAGA4GPP5J/pw0YKiwF3BcSgo9Pg2WVULKKsIIvgaTekSZT/ok7xwx&#10;cw/3BFISUks09uLX6oNa24Q00LQxvC9KXzVQLs0/I3FIIQOSiTYcfijYgmQb+GRpRfYgFHS665J9&#10;cPmVV0APt+QXXjoCOzFYp0HG8jz5B1e9BHJWTuqsxgomwtgfMuPH4xEDa+DbKgqvFmgmwS9Fj1fY&#10;lDUxmXfSoqZ4XDi40QuLz6pfI+lUk68/JwTjOex02UeRPYUbrRc4uBL79l5PfcNx6NDppPRcAg2J&#10;2NbB3yN/v0q93iv1R3ZKhKDCqEtgo5LFeNhhYxidSSCoZD6MxT6MB6mVEI6MSe8PGgTrFR/xQRl9&#10;5GtMdaUGVabkaWWnOmWqJqWkev8ZlRu7SEAwdG/5KOOdZTYqNz8XPtZOxCJnU+7ExCsNM1u09FA4&#10;EpiWBNiYbKgdgahgQpbkgWlTfmOaSWn+aTVworV8msR0g9ZrTJi4G2UbeJNNok01wbopFygVIyVP&#10;v+K1kyQos3fClPtD9N+zadHkUp28NJSpYKBtThqS/M0maW9mC9qJxTAmEYXi4RBGjFUgMXkkpfK5&#10;mhoqmeIJM7PNFlth7GYtbDcW4iayhkKR1mxyWEmY9JLPKcxxUbBFKEMGE00yGU2yqsKfL3t6lWBg&#10;KKTAaqhcShaNUVq5S4XqJLiYpNS+4YfYdis1+fbsNSagu0vH7iH63+EiglPJuW0oLXHE5hswvfZs&#10;LZvBPDLzznCCraSj0usQkMNG5rTx0NXqkucgNot4TTfP97BpRL8fmlwEipHA4ga/7uKiPEYTaUqV&#10;m0eJFEldhujTR/595P9EMl7aiAjE7kQ/waAMqCjjV+9CG8Fho7ap3if5QVxIouGqVeSdffbAajx4&#10;BJor3n+c64gvZqgFQCknwTF0I6VCF6zhkJ2BU6hn6WNZPLN8byndPQKEWVotZrdigaHGsNTZp8FD&#10;mW4ZovhPfTeKCWApOcb/rWIDsnzmtDKUQhS8FgTjvPG1wjcgrDkZMYnJURijFwm9fG0q8YrY3K0Z&#10;h7wAgYLLsUheQi+hA8sk48V7hlgFeM3xTmV575juTSNNR+MzhakJIkdo9HmRAllQrC57fHhlUeD9&#10;lAZCpS8r+VABA3bE1htHIIM3SPlvek9KtBp4MQl2Gp5BmyxJzyudVLHPHjOcqnSa6sgKxNfs4TEP&#10;I0jBElv15tMNj15bkl0l2XcRn4ulWBCBpPDSNZkn3zAvXh89vDfJq8ng8zgeLfEmyxIx9TgzeMxz&#10;+Gz2KCUQ/RlPIKuWgjqCMWUWiLLGQgGaZwmln1GWTzXxph3ssZ49Vrll+2DWDuNYpzVoOSKEbFkw&#10;zfgzbb8dU47RTIsp58QKlW0SxH9TGJTEhBmPvXoBB/VAkWktF0YaUOSiQXFir5sJ40uTtyLdD+KR&#10;+MIXLA2Hkg+pSSZvJrSTCo2uDaBDPfEirdUrM+OT8iYq/WkqtYfQIV0qvvJZZDN5lwdrEKe+HkMe&#10;hhi0RUbXC5aDdrjc5fu6I8n1lBCKYBk1YCLb76PHnQzxVleGqbEobUzEhcQn76zUS4ItWNA5wCbt&#10;w6aQuCsrV7D2kP1mqOHuioE3Dc5IyttBv1iS/loyL8f9ZHUg61+/K+Ehw+EKzCNgRUDBi+i39oe/&#10;9Rvwzd/z/XDRdTfIoJaKaWbe1Hz+moLrD7Mfi1ZipVmD7hK/Q9I/NrOmgpvlWbRNrcItb3obHDz4&#10;Itx5150oYxrCN33Lt8OuXTt4YEONArU1c06SwmOiIYMWdH4QIBzu24ef8mbef/vP3YfzH2RP0BAI&#10;pagLzWlYfuJBGO86D8MBLgLAcJIKz8EKNok9/HNwwfkoH0Ug8MG7kU22xGmIVRA5e40MN3vkAIzv&#10;vhPcG/FMXHAJSra7DFQ0xJale5KBE/eKhbZmDZloXMdnp+2adSb5oTDNsBPrSzSkt5w4naAstlbw&#10;XL9TOrE7i8xPZJk1jz8I/ugB6NPgE88L5ThTAmOFss6KQ1EIaBrwGlHj6u7nEejZvhfMJVeCfQ2C&#10;bvOLzPIg0IuuYcdLQzZG9UVgILpmhl1z/BjMP/4IrD6Lab6njuAx4HqOwCyl9bJ3Xp9jJJm5Qw9f&#10;1WGzWfweslLRk8/e8EbwF14OHlkvxDTrch1GDdWQDe1H3OHXTESOYsNg3RT3dGLUsGYScgyMEyBC&#10;6jcwTfL+A2WkHjt8GP79L/8iPPzY49ygEqPw+MkT8J/+42/Av/3QL8L3ff/3IfD3y3D27BI/1zfd&#10;eDN84Lu/F5/bMXzsr/4Y/u7v/h5++Id+CG58/U3wfyAwtG2bMBU7LA+uVJXhsi+2sUkBwcQEI0C/&#10;1SGvZ6k6Hq8GB/UwQdk/+iAMv/YkGBwAzGNNSsLeoP3GCtVroy4303T9rZ3jIXdDtSutzf2t4C+7&#10;Hj0Yr4OFi18DYwwYGXI92+X1umHG5Rzv41aN8oMO+mVvbjaWcWPWANXC+r8w+felb2/b5SpMv/YE&#10;aF/6/a73fMfhd6N7I7PiiROMl4kk0svLK7BlyyZYPXka/vQjH+G66V//6E/A+77lnbymNXiultHz&#10;uY+MawpRYYaSdSnhtTLTnugF527iOKeX4xBiIMlE6JmZTuc2LQVb294pMwp1+qGebWzZEaAIPfE6&#10;pBGJtHiiZVa+DDC99mriSe+L2mWsFi9cl+Kz1qdQP1xzaNIVENAiKW/1/zP3HuCSXdWZ6Nr7nKq6&#10;qaNa6lbOrRxAKCAJY2TAxmCwsA0GG2cc8HMaz8wLk7A9juOZebbH2G9scBhwxDZm5IBJAoskCSGE&#10;JJRDK7c6hxuq6uw9/wp7n33q1u1uC/y+ga+/VnffW7fqnH32Xutff+h58YbzzIQcmQ9ktqSJ2aIs&#10;eRrrQFjr3lDgD2IdZmm5zORqUvBGwhMKkK+1IwlFYIcqHbx9f/JXzP7RyWInD26jDvhY3s9evxJo&#10;imd0wxxdfu2VSL9epIeRsr0BNhT13Bxq7T7O8oGE2wgoJQMWyrW4N384fhv62UZZZcghU3LmMssx&#10;xJaCZaQPp4yk7PnesZLITLa2hqkM0NN71q6dPgBJluvzOSqgXKXSXL7oY5zn/PmWsT8P8avBZzhs&#10;yoyZqm51VHjtWbC0K+t9+gb2JamuWqV4AXbZUsClpN0qhdNW+R4pIdTbfbdhofkzVilQznur2TRw&#10;RSW6yWJIAwNjInqZFQm/ay9hMb7TX+ZQq1iwZm0/CdSqN6rv/cF3vDNP3FNKawYSnRleTkz6EwPN&#10;pVTVFvBTtmIZ/W0yHO8Ltk47kXVFMm2i2yqO59r44QQ++ELqW0h2soN/puWWcuKUFlPIhV1r+q/m&#10;mOm1XYfe65P5pC/+zvTcctFtQ/S2cCt7nfw1hj5r2q5KJTVRt1LTxqq2dDyXjbZTUq1Li8u+Vthm&#10;+WdYCowl7qWf41M0s/f5NepKH1Jv70Evpcvvy+X32vr1Odd9H+nBTMaR3taJsuKqzr9lBkdiWiUA&#10;uEgNduTaa1rcU++pWFMT96sUhtvPc27CBjp2AbpYAHyJjRgLg+tMeY5UgDxdUDQWwG8Kg0iA7y6Y&#10;mX76Thhz7zpgnwUbRF8BLU5qjjJblhBw8V/acNwpkACth5cLZBUbe7R160lo9nCooNmYwwR4ac9O&#10;mgHjocfTfFkvlYEyykD0YwVr2Aj2aRR1+xYPSorvZevmRDIyfO6z9PnHOfQFTJEFmIKjgB4CuFja&#10;+zQtw6+PvYHYH2LjwhzNIF1wBf+9dGg5T8IaUr8nYbOFKkvtM2ibmJn50Lb1TUqDVl/JRp4Nyj4a&#10;zmzVQk6TVSA5ZP/MDHO7mAcJvmAYZIq8U7aQpnGTmDQnMJgSQy/6DEgqSDy2ex9a2ToVIG4M+b1k&#10;VkMqHFzogH9UBMBSAVbz4XfRmVvp9PMvb2XNLoH1PsvKj1wUxamFpJvwLu14ZyZ2Zq2Svj6YD/Pw&#10;F5rFf+/E4fksmst1bMCPAo4PuV6j70OYzHG14Xc07zyVcY8LFmwQlpwzQ+OY2AmacS8TrpCefdK0&#10;Xm9GwCNLoU7F1Di2A52m0ICmorxJgGk6VwrpfzrMmjJtwdJbW1QjpfqFLL315rfYFGxin9lkIYPN&#10;4u3D8nysZX56a4B63KjM4TrO4RmdZ9AUfzcAC+dgvUTXr99LZy88n3FJtlHrVwxIhzzZS4CSAkIu&#10;y7TiBJGevGstCo5RpFcMBzN7+2iOQa01huv0HLGj5nMFO8fS8uLERMhuti/jl0JiU2lwzTJ+v+vx&#10;ET23B/KrAYpHMNg40CEZEqf3UtUtSOaSpx/F6SmHEw1TAiaTZ0n77z5bjqREs8S85yaIC9HE1kLM&#10;Hn5hHwTrLjS6R/IzI794/wjKytFGUYcU/Gfvmlb6yI23C8Vzqux0aWLNE3gDmF/bt6rslfdYAfOE&#10;EDjQc8KVGqxGAoFUfqaJ94TGl0OQmFkkJvdB/ajE868JGUgoyUMhMSDsjE9AQvqaYI9a5d1qhn7i&#10;QJtKwLv0fUHZTuyzWasEPxXhcg5IbULK/KFGwBP+CCztPQAg59H7HqSTTjqZ5mDu3+NEPLD7xOR8&#10;Sp7k2mCf6wx8qOBEuwlmUZYYWi3B9RB7VZ1x9nbaBPT0s5/5FO2HbHTz5uPhjwhGWK+SdaAFt4Wb&#10;eJfDfWSyzsyBBQStHH88PHFxj+CL20PSLks8R3x24vvp2Sck4KmeRxhL34scqAIrkMOVIthSbtPx&#10;5OFJN4DfKyc7MpOwz8ck1mG9DJ/dZ8D8Y/8+PDsNM6rrlOhTHbvU8wWy846cPLrG3mKS/9KqRman&#10;VktybSDcEGYbcGgEZJmzO5+j8ec+Sf7zH6fqgbuoOrATP5pZjisCwImPpdOUW94mGMwJbFGy4USK&#10;268gd+3XU7j4xdScfo6kK85KsiLbl+jIjf1kFziMA8/0DJh840eQiHzHrVTffjNVj9yKa/8sgKWR&#10;1gv4msZ8l3kr6/VVKeMgFx0uQKJ70TU0uu4baPTil4nMGhHTWo8zMBBb4DmlSep/TzNAeAF3zjyn&#10;Q0pexP4zROPNCpGllZEGCeL9/9p//X9Ffvs1111H//6dP0MnwGz/i3fdTY889hgYQyv0SoTAbD/n&#10;TPrSl75EByFJOHDoEH3us5+h973vfXT//ffRq1/xCrrq2pcC+MFgAcwe3pvVx82VLi/FYEdrq8ap&#10;RFDAI9vbXJKo4cx0kEk3n7uFejffRP1H7yB3+GkBTQw31GAc3ldlYK3NPHsj1v1K6uhm8ylEl15P&#10;1SteT9WV11Nv68kcCyoqEVV1xK5FkWv96mIHkHb/dJRvrTsVfdeLr2NtMvnsTNoEreHnN+UVnDtK&#10;KEgxpGXQgKWbdb+hPXv20g//0I/Q7/z33wUkVdPVkGg+/9zzCF+5nw5AicLSTLaR2Pn8bnoYcu+H&#10;IJs/jDUxO78eTO0FJR7IOeSLOjEe4Wodi9NnXFX7tpcndvaZKtuDuVX7j5sk8hQhfLGwm2mtwmIn&#10;uZ0KukryfFOvOZxTfJYyyInnamHIvpEYPCwfFgl6NWLCBGT/CEkcAGiWmpgUI9ChmEmA+edY8Ebu&#10;hSvf+bNa2Yyz6oVrigbPc2AW4XBkwE/h6VbYeqW2NmbAKHZGLN7OOT6wWcKrwzQl3XC/wuAYqw2G&#10;7OGIc+wVN34jnYIAox2fvxMKggGtg8XI3CzsLbiPZaCvrgp8yBU9W2JdBmH7MpO+ZKFJuvFIU44F&#10;yPTaQ1DlO1rRaB6LkwOQsipJ9YtPTHerE4N548uQmPcMthhATTQa276IM3cvP6uDvjEyK5rns4J9&#10;9ioNGmGG32xVydCAgT4+o3smFZbgDcNa+hZ2wr+LPyD/SlJgw57S548GAta9WkBdZ6/BtiwJw5Ch&#10;BqlXoASpZMYiWU/tutL3ToaCYSGWLu1MMi79t1eyhrPE3qtf+6qfqVuPiNgJ4xATfe86HnVdCpjL&#10;DKnsGZdR/NZXz7lSHtqi01RISWIbq2oAXNXteUo/v1W0hq6hcNsA2cS/8Forv1+LuFY6K2DANDlJ&#10;Spx0sUu7Ln+YmwADYuj4DCTGUIcFWc5lzGsvAajTEpdWHUFxIinZTDInfRJ9wSSK+ScWHmZrhFq4&#10;yeLfpIOr/1e31ybvQGHNUAJXpjCnAtFPTMFM5hwmbLnEiDkqMyQYc0vSRJtW7ufM+6xpUnEfCwDX&#10;rypgk0l8Zog4nTL4Is0v2mbW4WPhTTNdeB5mRvuEFVLl2HAxVsdEZJETDHts/I+HGqyMav1xtIJm&#10;bYgp2vO7SLxSmtHQplA9kRqm+HJhxXgzCA1tKI1IIPHHeUyUR7uepl14bwf27qKZTadjw2LTd5iQ&#10;IjludhG+UDCVXTq4C16Ay+LXp8b5QejWKkn24q2VrruelWqQisq3YNW48kIUivI2SUumusGixIOy&#10;55RRYfeAJ9/LjQIhFCb8fKiQuqfoeaVuNSH5edX5cFO+RXK1a70VBQiM5vdl8JGmLLaeXtnZo3ic&#10;ne+oClvp/wSfvEz5KqeOvP4OHDzYHsKdKebqVMJV+WsZMJgmo4yr9oN0qASTuvPkNaAoXs8HZiMz&#10;JwDRfUbdaDcDyfCwqMDsHEMu1m8qWVMNGtLlRngiE4nYCoJE8afTK80re2QDm14s/UtDJ0G9kRRb&#10;b2AiMwLr/LmrgsHL4vWV0OR08Ghg3DgB8fmi6XX0CRg0sJ2fuyZqiq8mw+vzPY7mL2j7VIoZ4j+N&#10;jPmnxrZR5M0s82F2XpUAJntPiwB55lDQeWaR4Br3uQlnoC+MlW0CYGgZXl0DRjqYGd5rZS5Sz5j5&#10;aDCvuGM2JYtd3zF3FOCvPVPiMXWN8Si+fURdBkJiqk9aAsUjfKZYnOssM69sz5GiCfsTJ4w37YOc&#10;B0D5mSgl/SpsMGNtm2i7VfykogUp0XjbS9IeUQ4QZJ9CkYvhB/8eTS6TGH5VkfKb1rrjfdKH1qco&#10;qu0BKG2tHYUMZ7o2AaUHcLLfFclZSpxmxgBAj5GFiohnHoBDYUDWKtUP4tsGgKTh9zAQ6elgrrLE&#10;88OybtOQwde+9R4KMU+Oq2rCJc1SerWR6A642hqtuNG5mDEWZmOvi8+6MlQQm4tfCdXhoZRs0QDG&#10;B1Hll7w/NFyAztLeZx+GpPf99Fr4cZ1y9oVoLuYlMIobkloo4PVXwRh/bUpsI9elgT/ZgF76tTfI&#10;ef3Hf/Ze3A5H10PSexrMySUARdbdSM4PeaZ9ZZ466k1LnBQLKef4imsA9OE1n/4S+eFBimCF1bin&#10;fmkPxXtvk9etXnItLcNDly03mMU8RhNFACyGl10PLyis8V0PCmBS9TQwzCF8a+bwTjrw+Vuoxvf6&#10;U84FO80Jp7vfhNTZ0v8O/4uTyb7FdWe7EJZSNW4kADunWTZY2wOADh7gwtJDXwII9yyGUSNpFgUn&#10;leN7LGzMFWE5NHL+C9N0AUy686+hcOZFVJ8IoLXm69WX+oLP4WX5mWNSp9VaWINL+Jm9XXtofO+X&#10;qP/I7Wjcd0kKbg/vZ4jvXR4zMy+KBxNTWpuary++YhmvuWEr2JVnUdh+Ca1sOxXEvlrOKmaq+EYT&#10;LBeZ7Dm5Va9lEPeCg5VqUXjMwqvl4KGDWJ9IUEVDe8tHPwqg5mGk4/4o1Bsr9PDjO0SKdvFFF9O2&#10;k06k17zhDbSMPfd3fu899Nf/8ya65JLL6TIEbPz8z/8CfehvPkj33v+gSGO//uUvoxuQxnvhpZdK&#10;yAeDsUCMCrVUnPrkefXH0cRvYfJVymYOKv0HqkR0y6do8PhtNIRMOs7BaoR9PhtmHUZhKcrgp+dl&#10;kBFHqEn48e+pB+lwEf9+ziXkXvE6AOsnyL61gntGwkgaSw0tiq81eg76Zwi4ipGOLZX3qOaaE5T+&#10;F5jUxYOXJgWTYb0/9eTT9NQTj9E8Bhn3fPleq1NHQir497/wK2B17qcPfPAm+vwdt4ufI/cb+/ft&#10;UyY0QN4Ltm+n733bd9E3fvM3CyAYh80a7z6uAvCmefgdzWWg9F0/0tfErCq00z1OsXrIrLdSAZQI&#10;Q6GbbD7lZNHcAZy47CcN+W6P7RnCSIIEVVDLblZIe5VwLZ9tRzRgo/Cmt7NxZN5/zgIJJbCRy42x&#10;+sdLLcIDOzyDLij9lUFH+d2ohiH1qNFc2owsMaJYWHIVfis2aJA639hlUh/UZqEjzqOceA7PUux9&#10;Z116IZ175VX0xN99RG2B2HQXATcOQ8VMnojttfXGdE/S4TSN1yAJb17FvCYb9RA1coF4xSdiVLI0&#10;c62Sc2wDegkBZDWDb/MD0kC7tgGKswCQYGAnA3DK5NVrI/7IXAvhnF1svOwvzshTDIAxbsCMeX5m&#10;eHjCdQcDb9EYhXXy3+PeM7YD5aR8E1Au9SuVgbmxJaCFgvXqTSWrltNGtJJeRBmhmlzc9r4SKGKB&#10;OUlIoom/cSI0lFq7u4qspkvM0ALHaRJSU2goY9mK2kX1E8ENnSO+YOmV/mZdKdykhLcL1JUBIa5A&#10;LmORxNIF81zHD6Sb7jsR0+paMMB1/JNC6/GVi1w/dWOOhbw2WgPm3BRwjGwaRa2fQEfKa6acreZL&#10;C/KcfhRTuk42FzqiF6/LVOGCQu4m5oexyEuKxfU0GmuKVZ82ynUTkkL9imrK4TcBFiTGz5S6p7PR&#10;utiR8La3zCVbnvYy5MTLYJud5Rz6NDpupV0KmlSrZMgxxlUXUVN9fEERT/6C4wngNU5UtspCHOAB&#10;nIUfyvNiTIqEXEzgOSuDm4deBQo0WHqLOCz4GZqb3yjhHL3eenr20D5IKzBZAwWrt8iyxpEUl2o2&#10;Zz4PJnFxwppQhtgIE+s59iBDMzjAzx2AkfIkfBQPgOE3fzxJozcLmdUS2AI1UniblYPoGxfROB5S&#10;a+mo4NlwrCnAwlaxxMlkWhpD6ymnaZTaGJZePrKZJ9mkvLdgYF/QqUrhFSEBHaOhuqXY/Qk2eYsT&#10;IpaWSWYbrJn2Jxlx4mNl8/1YMOKsmXYTNQOzIPWtNiZZblpD30iFH2bxxJeJeHHaJDMWXDiFofce&#10;WFRDWk7ui/XEoHaCPVd88m4ITpxO25pkVyTWmFcgmH1q+o7TG2t481V0MjyyrjiOk+6GdCve2yEA&#10;yz3I6GowJUio6VEaSy5ExuLX56WZWmGPUq9SOgbtlkOYRNuVq8rBG15BOJfNAKIUH01URzMTJRY4&#10;VMwsyJWCpZXAuPEq4Kv1Y2xy+oUmWvMazuCfefW1YLGCbYPEHnSUE3eFQGd7bCjufRrQ8N/0TLLr&#10;LSyEnxGW7vUZFML1C7i/KwD7Lujrmh86PfR72Vw9dNIUY0yJnaVNw9rD8Lg6l/kYuu32ev6TUjQj&#10;0bFYgU2X9Xb9v/LQMFJO6BaPE8W/ZJJc11oQhtZGW+uMnErftQgpGWZuSixwQeZsZUHR5zfZPp1N&#10;LpDVp2YkQJsrgjRcFbJU38U25COZXsdcR5ShUE3BOOwO2qKN1NoBgZtgTfLP69vziGaimVWw2gAf&#10;qSBCJSxDZ2uT969R402WhoESCnKWXUXxpRln5nk652PlCv+jUJxnrjMcdYWhu48uD8zEuy/ZVrh2&#10;eMrXoF+bTIX3EGE5+jzUTrJXTVWvCi9cLnIRboPC+6G7b6MP/emAbrjxRjrnokuE4cdgGgMVTYxH&#10;aMfcEVf2sax/DmvgwRd7FfF+ciEScF/6+GP08U98BEynvfTmt34XncDMIfMGysBpaC3fJbgqqofb&#10;zHGbqLnyWmq+hD34oTskhCUCsBT5NUC7+OAXAVJBDgkApgK7c1jPSEiQrMCTtwG8uI78F/Cznrpf&#10;A41wP3sVB7QAGNwFRtbtkChBZukAOM1C5hvqXhsK95XkBhwRh/BHvZJxirzRuW5ogDOvW274BgiX&#10;GT77FLknnyB65B5y+5+kWeypI6zlXjast2qcrRlEJMf1ABjBm06h3nEn0RhBDAFBDCPUSjPstyQD&#10;paiy0eQ1znYqzExnCdcegIp330W9p++j4aE9kOQtKUPOs9+xKgZmbG0v4iTrVSzXg3R0ZgPFc8+k&#10;CLlutQUMTA6GYLaHsT1jpeuavfhmncaG/XP+b4yB7QzYqAcPHRZZ5hduv5127dpNv/07/10As8su&#10;xxq+/jpagPRuBUDdJ//xH+lrXvl1NA/24Ru+/c108ydvpieeeop+412/Tj/hfpxe9rVfQ9/39h8W&#10;Dyk26Z+dnxHgh9l2Y3hkzKARHkd/VHbbyBQeNe+F/LxwiArL9pDcGx59iIYP3kWDnY/SCEUI+35h&#10;+dIs6hJuUmMaynr1tJazexZN+4h3T3ginrmdZi5+CY1OPA3y7FkMCPGssbUUhyREY0cxuBjaoLf/&#10;/wA/t6bUt3u+ujUY+W7Cl66sgyd9ceMRH3Ln2sp4Ecy8X/6Fn6WP3XwLXf+yl8rPuubql9K3fvfb&#10;xMNstHKA/t1/+Bm68sVX0L3wbjwEZqfKpdHLIIxhHxh/n/rs5+gXf/VX5ae97sY3Uv+oQN/EcDuu&#10;3qvXBPzM9ywpvFKY3uR1cL4kaHfZka5j1aW9mdQBEo5FmTwSvctZAVM5idZ/cg08z70My/CH2J+4&#10;VsC14ZqhhiqK96SVoDU0Sz3VfrpVGaYzI/f9SYVoA0UBwphpVyuAw//NTLRoCdU+vYYtAR+6A/8W&#10;+CNV2RiYxn1A8K0fnnxeCRVklmxtQ7qh1LWH0AOOMWQabNxAl7/0anr2M5+lvTt30gnb0KOC0dew&#10;LN57LaApmMzWwNIYVzmkhTiZyO2klkgBFk4CLCpjNqrU3JvMOhakBVHacD1dpkIX+BIPRKWy4vUS&#10;TCos7N5awEK2qGK2Ig9uPD7D0pil6Hht+H1WDFyzwgnnBjPzxArBt0y8IMnFSh7oWVpuCtxIAYu1&#10;AYVpgBxTAZX8+l3XkC2Rrfo493mf5s/fGMgpbEmrMRqXfM9N8l75TLaTUKm4uhsI9jrOPK5JMib6&#10;qkQxMLnJKcni2dc2zaKnDmSy1qqTnudWYWkmmujQAFyHQVAyArIPxSQbrpBqrjpSYsk4LJMBU0Gp&#10;SVDlRS5BS2UlmUa/A2V6TawyGaH46IiJZbOGZX5h3m03+YgFpnOry1OTBOewh+z91y6IWMqS44QS&#10;hbqTQkWDXcc1JTETXeFZWMUWGI0T+EWnoSopooVfYPmV3q0+/EMS4LkiGTmDgonRGDspjJ31EIv7&#10;7AoJUZnVka+Pz6wCZr65Rlk8lU0Ws2+SmF5WuUGKa0kWSScs5fpzE+lxZTJrLBijbLy5DhLazWgK&#10;nmE/IBRNEj/OBQ1eYxaby+yWbbRQq7HnAH4Y9boTMGUAc2i0iw5B+rMM36WZwXo6DFZY5KLVG9hn&#10;kteU5Cip2OiaN6ABWEJTtw6Awww8OK6qVmj3JoCNz++gk+E34Hsb4d+GYnAZBe3SXoB/zLI4jKZm&#10;KAEdM5z0hNdl+cZwrPHozLwbDscG4OmzpnRrb+BqsGRU12HbdKQ6fAiyjwHYiY2ZvqqvSzL1rYXt&#10;UVcu5cfYcg5dv0bX9SCJoSAWUugmP8fWmD4auigmuT6Z85uXRwIeLWdVuDmhMSPf2AkLymujTA40&#10;RwSaZBBlMF2b3AOQYvGkjMHFMDmzdQWoVLgPd7xQU8T6xN44MabsAP/yPFZ6byopTvgr5mgTQICz&#10;8dm5oWQ/vw/HA/TM3hXausJ+OGhw4X8DjSqapTk5IMcsJbcwjKEdDI0lbfcsgh6KTLyeskobAcQU&#10;FBRfDGpTzRpjn86yoTeD4FEP0XQ9qqihGhyG0RQgW5ch3U017dv70XTgKGyP2DFqjVm60DN2Cf/3&#10;YtQmk6eLeDrwfkKObGLAcDkzfcZiBs6OI+xpOcPefZLcCFcoMK9qkUouEkeILAL0u3Brn85fh2sL&#10;J2P+OpXXpbftJu5TWyh0RQlxNfA2Dc84CjOgy8xfnUcqe+aUKnuSyToNUokFy3JawAhNBf5Ujq8N&#10;SKXyTDTfLOFcBvDRQ8M6ZtaImRnLhJiabM+Qx2sudhKBnUXkhpI5VBTAKbyGCkmh2glYhwBQjL1C&#10;k+9obftbtJAiZ+lm/KVjV5j0pXCh9O8J2HNFzZNuXFCGcxBftUpkoPrct2tZQGbRWZn0N6p5vEzc&#10;x5yOHSUxjv0NWcrYMMjMzxECbGrIF0cjeHKujKXoZK+aAdIzh+yttLgkbKixpRj3IRXhcADeU4aj&#10;drRChZ1Jv6/G0NlHN4Mtvh16xFhIz9shSV17CwmCf+y6njARZV/Fv88OKtkzVthHZyTkJ5qxwRD7&#10;+jG4wCDlfbd/lHY/8zh9+4/+JJ149rkI7diE8yl2gm3W8oib9gzpdD1OsEWmS8lYTs6SWq4jNm2e&#10;p9e9/o10zrnb6YMf/Et67x/+Ht34bW+ibZA1zQPkETY7E/kAsnFQFns6zZjssMZrjBFcMnsizua5&#10;azkhi8JjX0KICmS91VAaQj8G6/uOj5EH4OG2v4iqrdso9rTOrjC0C6efQR6+fuEWGKE/+yDe3QE8&#10;K14kvRHglH9uB8I8DgtDbgXedPV81TaR/xwJ3i+A2ZfegbfnKtW3LElz8Az2kHGOvnQnPt+jmPbs&#10;1tokWlok9tihWbhUoRaZcmB1BJJ1x6ihwunnUsTnHm/YqNJOyGp7je4ZY97fgsrpeWeoMVisAWDE&#10;R3AdH3kA1Hak7C49B2a6hv8se2WkgpqDs4LBuqE8h5x87VCLjTeeDoDvKmoQjkIsM+9pKjZVuo+u&#10;jKI821U6g5zK25tO2vBXH4HlQckQcliWpv31+99Pf/6BD8hP4Mb29FNPpQsAJLP08M1v/jZ64KGH&#10;6K5776Vf/NmfoR/98Z8AwDOypG2wEJdW6L+/+3dp+8UX0xYkQw8GQdK2x7HS55eHCPi6ITeL1dHf&#10;Fw+6amblcuIn7nX99A5qHryPRgD5ZpaRqBxW9H6unxdZ5JgDeTjIBjUpWb/FHltcaQrQv+k0XPsz&#10;ING+DOm6p2OwrdYyHIo2b55sDQbcM7Vd/zSQ9C+cGTd1n1llp3xsbLWSGLL2KnAFOcFN9ch0mSl7&#10;ZNacDrS99JYsodywDmEsv/DL9K7f/A36awS0sBXQg488Ai/HPXT61vW4Xghrm5+X/e2NXDMlVpKF&#10;A/B5fOcdd9IPw7fx/3v3e+hrXvVa2rLQW/2h3bSUdLfGe3VFkKfreLO1tbaFgCaDuymDzizAiq79&#10;+k6egPpTVKZe4+GzAGWuyemuIeMNawCwrEbCdZzBfrsyWsIQCr3b5i0A/xeE+DBeAtMP/Vqf1x32&#10;Ez4TeLjAXnbRSoF0HWUkVNV5WJiIJQ2eY2b9jYcjOUNGLN3lfoxBncoAsbrKfsOVeWUHUxlE84yX&#10;Cqsy4k6jva6PaqkjADpff34m+ftn+/LfEYxaZoJyTYyThc5/6ZW0BLuIx25FUM6JG6gWoG9BBgu1&#10;EZCCFCYjHZiaDFn20KB7X4jB/Mqd1Pt8pXmIwNeERHVHsvfIe7JQPQlhY8KBhaImLEY8vqsqy5cD&#10;tUm9UTy+x/l5T17+lTDw29fgeyJSZewTY5zvM5BcB9RDtYF7GezL3tD6y5tVQrJgqw0X6JFZeEjQ&#10;UGX+ivpvjfToqupocYq2LenxnhaUXCP2Mcb4jAaQen5fdmg0BUaS/lsxrtoCBamTtuxia71G5g07&#10;NgULy5WTv2piCFbf/fYffSeVVnpmqt76TFH27krFf0z+e0WCZamx75oRFSl8xp5KUr/UsErD3AHr&#10;opnRt0+iPCjedYpVMh+ZIhWiBQzMB69k4k3fcH0hr02NRtV63qXJiStAiKzJ9lk3nXwFUyqy2M0n&#10;1Di9t+LNJt87V2ixW++9NtklGTNqykp7jdLiijZZq6o2IVX89yj56lUppTn75FXmEzjpUZj18MU6&#10;aK9NYYour9dOEEqZrMvS2TLkIxa2iq6l7rJprq8KhkVsPRyjTkBSw5YmJdqQxFWlZgKXyBiAaYHr&#10;MtH3FcaWqlMnoKYys9E23TGYj1uWl4VSXmwJhzLRZR8Eoof2PEeP3oXiHnHpHhN7fn32AZidXQ9f&#10;h3Xw6duCB3oemw2AlcE87edgN0h9TgI76FXXXUoHIMtaQaO2HhPNQ5jYOs9SJgCGbP6KTUsmr3wI&#10;1D2B/hOLgjeNJUyr+yefQXse30kXnbSdxnu/QLc+cYAO7juAn72RDkE2G5b3AVQ8hI2tb+EZKoM9&#10;ESDlCLT+vSwXY81Vz7fMllTliTzC1mk0E9mgJrC6+Xk5AFV2q9KmkOPDzahUGBGNeLJUliJOYqLc&#10;pn4n2bU0Co1NbowyXtnEhE1W2+lR6+PJhSTLfbx3WdKo095S6qdNukY2xEwZTf58Kq2b3B2KqHND&#10;Nposl2vDidgPA7Urbdu4QJdfdZ0auqYCyvxDKFL28gzmMefN36ZkGzuKq9CUDOC4LiOwUwqlCGTf&#10;7lOVHGrw8Jvx0pjswdp5But/hg3/xcgaPuN8eOFPbMK7zN5a+PPmRiVDA0kIg9k8iv9DUfnsjUkj&#10;c+hIVI+7kDwMU0CBCyJ7UB83M0sWBpylc3EyaTZuN1aphTXkcJ3Y2j7wKw3M/29kDNJ0FdZbypTt&#10;pJrIa+fUDJqEFaEYogDgEK1CzpG9/dDsrUcB0UMTMsNgCX7aLL5+gae6aFQqZt0CHHX47+dnV+j0&#10;EwJ9/Yl9Ovv4dbSut482+V34Gi62gyQO9vTNWMCDBhwouOhSDdthwOT9trQMLRl0rt0bVwEbJSur&#10;wxhQ4/RI3WZhVeJ52cO4kr3feq7Ic9O0fnxpWJRCa/Jgy1gMUvgEZcwsAVh+6KkR7dg1YqWqsDc9&#10;M1CZ3clBQa61c0henslVOj8rNMm6bUcObUNhslQrdmtvBY9TQ3Yn93Is+5+zdaVKXEsj90V/J4/R&#10;jAKP2VYkyYgpJ3ina6x6DEVqE8M4PdkpPIp3xRl87hmwrs/ZCiC8bx6Xsi/hD2y/4AatFUgypAao&#10;MW564unHvmGuSmxBbWdqORsxVBrwa4+k2WsYCKxth8L65/3Is/S8iZb0G0U+JwmlPMoJOiSpvWu9&#10;/px509ogr8cSmUoZDBncMPmdnA8yNAq5gBVGdk+91lT56gXkE08vkXNWmlLPssv9h2j/oTGdes65&#10;wtRfBybSCGyKGZYScq/ClVTJ2il9eickG7F4bpxr67tV4UfmpUNWf3mZ1iPIZ90mOuG4rfT3H/5b&#10;pKvvpi2QDXISKUsaeQo/tnqVr0dKN0wDj8BFBQZ6K2ikq0P4mmUw6wHUzbFfEa+I0WFa2PUcHeah&#10;zPEnCZHfw1t3zEMHZp/PoTEBK2u8iH1o8bBEGvGJXDGTjx8LnNUe3++qeVpcvwkBXTPZzD2YX+Kq&#10;SfkxyUgLp8O4tvIwjptVA2jNTteAMQa5BxgysYH9iFUIeN77CCGbf+h+AJ2fo/EXPkkVWIoVlAbp&#10;PAs8/MNZw6zpqhlIyD2zZTnRNp5wBo1f8nLyL4ZPHkJOqvUbaSRnphmhc/Jzo4CtDIAAjC8gSdbv&#10;eIqWbv000b2fof6ehwDwHRKG6wDXj0EvD4B7gD19JIu0Ehmo66+j5S1Iobz4Olq65uVUnXY2NUim&#10;5ULR1f3CtiD5msfVKa4uTjNInQoGFc7VHaOexkzqnYEWHDxxmD35ANDthfULD2Vn4FN39vYLaMcj&#10;D9PD+FXh/V18wfn06m94lTzrx594Ch2CTPOxHU/Qk08/Qx/6h4/QP3zkI7QbTLtvfNUr6YGHH4Gq&#10;ZC8dj+CNCy+6SIbWPGjmRG3vW+KBNvTq91RbSMOSIPeRZrnh5tqU3ylbwvBKPQxQ7x//gQaf/ghV&#10;T94LMG8vPstQOP5jPM9S03OY3agRoCSivuUU6jjWs39lAGD39Etp5Wu/ieYvvZL8cduk4R30Z2X9&#10;qxottvVHWrcxro2pJk89t8ZgYA22vetyHzr3tgT4Wumw6/h9T1q/uM5dr80iJtI0G1Iq7KLiFHsO&#10;viNLYGQxt/cA1vSTjz8Oj8bbafee3XKOrefkZPzbq17zOhoBmPrMrbfRIsJYIu7dNdd/nfgKx/FQ&#10;9ubG2GFiJcS3kof0ALWefmoH/S0DhQAq3vQdb6O5urjizk2xm3GrBjFuin9JSaDoCART4mjhv+vN&#10;fiIkZU80EkTuJZNZhstujHFCEeMT4y4z7czfLQUf5IAq7S855G0G29z6Q1wNY8i7bp4GGMK4uXVS&#10;P/KgmofehGexFyth12t4qg7GmP2WhhxtT+HbM0jUU7UwvCS4jEG34VCGXy5a/4R7o+xGC5axXkzc&#10;j3gP5u81hYzLdjEkJA6p2bhv7FUqgW2sfsLZzT3pmJ9h1LIeB+u+w+BNz6NnecVL6Zkv3CUBSAub&#10;1otfI7Pd+9jLtQ+OUhs48WJu9D5ZHVLZAISHDJI+LEoxrau5peRBJasUggw+LTAsxdR5ElsCnwfu&#10;+tpyFjPQGcwL1Py+5aPyoG2oPnwDlp+nQEfuqUcj/TrUGQycogHGOdSToA4H4NLjbO7VamE04MRd&#10;8+rjgWn6O6FK4OsHtfbwtQB+GtTBTG4ysFCAOMNpAk9Kegr2eg7QtLXJezl79cXCxzUFlQpBLdVJ&#10;FiboDeRlckJtIFLwqmpqUuiqMT+dSY2lJjPLuNpYkgzM9gzok0AQY6Bf+ZpX/kydprh5SD3x2HbS&#10;hNbgs5W8mFXpaMa/TdK7WFAC3IQ5vXOrX7cIAuqoTctAj2MyvHXlgT39gEhmiK7zE8Nq/wW3VrJh&#10;cR2c6+Ya5uCQ7gdwE92fKzZDVxivO5rmVWT07ZIR59yqcMeYpUlxNeNoUkY5xUD1SFz17nRm2oWK&#10;na9xJYsxrOGTmEC6yh6o4noIsBTXkAy73Ilis+prExjaKTPZVIFTluQwqKbLFEpiUbQU5WS8qlJY&#10;ox3j+zes2yApuU1Y1IeuGogr2RA+F3PcAADoY0NOpjc0kFly0icXP8tgaiyjiKsB8rG/gHieCBNk&#10;qEWEyc1SmIpMcMqAAez269YdR+csrKc7MeVkJyzQBGhDPaZn2LgdG8jS0iEe/ebL1HrZWWhEpb4p&#10;mlhbmetanJCBa3S6JnM1Obgm5IRnTWzN6zmNNaKCNDFFvDtn0e96+AUxl4/5WXRV8vpKJqehZVZO&#10;FNc2h9TJhqVfk4vWXJsprGs/SYyFYDgab61ga67ylcyyUwUig+rR5KCWSU7mvkTxXGDPnz0HIU8L&#10;yzJ1rtYwI44TGsh4xIJpuoTNrdp1Ygbq04SY1/UcH3COAbwhnbthKNXB/WCm7UADNsuSXsgBRxLo&#10;5wUsm0XxzqyHfaQsBvnMuKYHZJLm5fs1fEoBHj6EJAU3JKCxMsPu1iJgVNoymGQ4G8y3qRtmEOAF&#10;aGMa/Sj9tby2siiY0ZoSumLhfcrsvXEHGdMrw5PLXoGcLDahiLAnZRUYg48lXw7P2gKawFm+uyKL&#10;XJEwjiH7NzlMc3ENX74JYM3GAW07fgNtRmPeX14H2ZJfjRQfwTPPItZWy3CnpfMdy2t+teV7adcL&#10;ecBusphjoPbE1dt/ZYVizV6l48Swi51BUg7niTEz7yfPixy8lJ73mAppC+FIgHKa+Fuhmr8nh391&#10;B1jZIqLTQJaOVK71A83XJmZFQIhZIlCoB4g6Yo6ofn8tgjshgSq8ahl84yE6s7gqsfnomaRWf4YM&#10;q3qVDesasw6ADLLeQHOBvWIPi22CZtRESQNtLAmZ30fl1ZpBjNyLpPkklQ9puCUFZC33Rbwng7pM&#10;iOdqSuK0rd+ZA0pdk1loBEnoZYPPPoNkYBMsLmuYCM+oR3jABwbgLQOcfPyLn6KbEHrzqm99E+wu&#10;UGzjzBw2Zgwfwj8bca1ldSNhG+COByv//EsuohtefgN96MMfEnDlLW99G23ddqKwj0Ru5VsLgWy2&#10;Htv1NQA70V95OY3vxPt/+FYkowOAwl7C6N4hZnI+cjfSY4+DRPRFSJJFQ4mmak4m/2hMANQ0AECG&#10;d+FCPnon7htkqGMv507kwI/9O6m5+9NIZUbDf875VIF1GAAC80AiHiHZ/VhDOY7gEK0ST0osDrJz&#10;t2cm5LXwaBbhE9xj4Gj3M9Tf+TzFpx6nw/i81co+2EggxKyKOeynqTQQrOZnFN6H7DUbAPhUx59K&#10;s6dtp8VTzqF4HNKR4U/Zl+ev1tRKy8hm2To3qA6hG5BGQCq6E558d5Hf+xQtHIY33PCwSLYkCRHM&#10;wWVIuDwCVAIQxSX8mmE2n1sgSDNofMZ28rie442bwXZHkivej8jWgk5/vVsjBT1+ZR6HegyFPJD2&#10;iUARVO616/nn6XNIi/7oRz4Mm5CDAoB//StfRa/4+tfSd3//D9Cjjz4C2eVBCd84gH/fvGkzGL0N&#10;fdf3fR9kvS+iWz5xMz0GMGgWHlzXXnMNZL2vpsfh5/bFe+6hu+66k77lTd+mKbuuSlPYzr1ntUDj&#10;9XpzA9qre7I3L/J6Z9yPQ1SQ9Es7HqV4H6TSYG0OwRdqMMh2oyYP/WUfHCv6Us9pOjan5To+Wzcc&#10;T4dPPpfowpdQD6Enc0gBHbFnF4AsZ0wb+opWdvwqMV/dlOAMV6TU0xrMfTedEl86UqyxoDpqXvsn&#10;Zj43WBs3f/zD9K53v5uefOpJMDRPoH3suYfrdtEFF9Jb3/qddMU119L3/eA7aA9Sp9/3539OH/y7&#10;m+jUU0+hb/m2bwFg3JP1NrDgKfYuexrsrptvvpnuvOsu+gQk4MuLi/R9b3sbhsU9yqZfU9/bFD//&#10;NfdbV9gjdScLHdKgS2d7OcDRYVTbm7UKgElcgAq/Mj6umsLLPhNOYhsz4U3xM4c9pschXaycAuMa&#10;h5eyriQ8CazY5RVJ8WavZmcDZj6immRDYlLVKExftQWJ3oa89qY4+Z1Z+RxKlQaCsej7JWjLauho&#10;XuitXwll75tMmpH3EOXZZGiMQb++BfhI31ylkMRKALkBQMo9y4fk0D7hwnORNow+FO9poacptnzW&#10;9Kp+fr/yOubF18M6Sd7JPifHpqZDSQ4MYAbzHxeLMheN/WeO9smfvGDBKnO5EkJHEyeIHqYWSrkQ&#10;MwxCOh2e+0rPJCYliA+fdbANznGW+a9gb1upVbUxmwIvSUkrVWGd5Ix8VXtP057kZK+Vkm0lbdxr&#10;DVZZjzOu1TeQ6zefh7XVqiOC12L0LXlLzs9e3QKI9rMyUdV8kIOpWLNKqjPZbINnGKAPlsBWmxRc&#10;mJlJxtsJgTOpSX4gXCH5SYy2NZ7tmFN1i+SmhLoXHkwly2sSEPSlQ49f7dhDkx5+5I4A9MXsk7NK&#10;rDTNb8EaVlcwuULJO8vx3gV1OLpVAGBhsZ6LwEhlglBpx+CO6TCLVC5OZ+l3XbDLF1MN513Xsy9t&#10;H65N4ovRHdWkfWpREyfcCt3q6c2qI28yTcneRAxtSt5k7PyqQJP8gKam33dord4YGJW9jvhD2eZD&#10;Md/YliUWY9dJLbYPvwZDFDblhbowqK2OGPhv23Ii9ZBatvzMTjCCxvqa/MB5J5Nnps2zR49MpdF5&#10;jcxoehnv69DB5+BDc4qaQYsEGB4DywcgAR4rOMca/6o2lmcUeZhEdwcFWradej4dB5Pxe2Zm1U+s&#10;v57m+5amCiYB8XQVha7OYRphtqjMFs3C0kE0EyikOZIcIBB7OVTJt5C6AKq3U1YaHrz5xpIN00Ss&#10;SodopIKd5bLflXPF1DNqs65AnV5n3ka9bcRyYGSWWNPKszPr12VwKF2LyE0YBZsQhlbmT7FIZ2u9&#10;/TT6PdkQUIcB1UkgsGRaSgeQ16/n9Ek5wNBUM12aw/zmZ/mAcWpIa6yg0qF/lZlwjMdo3Bw7U8/O&#10;FhbL9EpnHpTJryvSvJ8ROS1f6w0zh2nrvKNP4DrdtR/JspCQr+PmW+zMIJEJ2qwv4/oPIf1W7j0K&#10;PUznuNhhSn8MForRJDazevuNjekpQGsMbVpuSZdqKzBtHo210yP9fYUZWU753IxLNFlKGTKlnU3Q&#10;x7a7Vq64hqn5di2jig/MpfzwhszgrJI0nSWIWMuz+H3AjTQXeSLn5UYG0HlzWLw7oZqkM9aP6eqT&#10;ZmjrcQt0MmSTWzbDjxNN4XjfOnKLLIEeUW/NvbIoULOvXBtiMb0XsdPiCFLEGOMxtT+rSQ3hqK1R&#10;LM6G7GkbJu5jdKs8uxIzO0SXa9N+z5lXXmODkpGFePkiFKksMiobGERNuesMYEo7iDZhPXkWKqOd&#10;RJbHVb7sny6ZIZOAzLrP+MzEyxJV8/UhT1ZwG/Mu10G+tYVwzarrm/a68hyRmbQEe/CeU0kTm2sR&#10;WwPCDYttjcGrc9wo+sbN9sygFuZgtBQ9YVg59SLyBlwHAEIBjK8athIR4GCAKT5/9rGlC4Z8//ia&#10;6HDHAtuUlZscefWhknMrDSYSw9Knfxf/HsoKDU2zrjS9kOs1lhsO1ReWff2iJYhySEdVRWODq4UD&#10;D8p7GE7tR2r8fbd9AoySZ+gtP/5jdNIZ5wijjtsXCUKoK/ONjd3Y6BeKtrj2wUwpztxUcZjM+nV9&#10;+FS9ic477zL6i796L/3xe/+Q3nDjt9KJJ5+skl6zEklkQ2+gX2bx4B6M+gsUwfKOYJyHL98qybqS&#10;4Mv3E+BfvP0fEa61h6pLXkRjBviYwYS9domTlk8AsHjtq2gIRcDg/jsBpjyBe7Zs1CbYfux9jJY+&#10;+TzAsxEdPuty6i/oXl97/0LRkKMMbvV/MiClVlLvzNpB9v0VHoygfoDfV7XjcWru+zzR889iLwWY&#10;CSc8Xj1DAdpr24TVMmEW62OIhOm4fisd3nYmDXDfV046i8YYVOlaUUuMyOwHltcJ02wsbOwaViU1&#10;fI/jg18m/+RDRId2Uw9+ZE1PBwc8hOJ6hgeyQzA83IibJfDY0SA6BKUtboVc9KKraHbrCVBcYECL&#10;IS0D942kUY21kTO1iDsKjhpfIKgarclN+0dS8/DZt3vXLvpv//k/06dvu5Ve/42voRe95Cr68z/7&#10;U5FW7tixg37wx36cfuqnfop+/dd/nZ5+7jn6oz/8Hwjp+BGAM31ah+v3tfDke9nLrqfhyqI03exP&#10;efttn0cw3C6pG844DT54AEr7WNMj9riq+1Mseho53wWwMM9K3pE9GGO0+1ny938JIN+dQDD24TKt&#10;aJgNvq4XnR7QaRgjnwt1MFteSM0yQysItqkvfxm5M8+mCozaPmpYfgYPmzSNU3gVDG2mx0Mf83Pu&#10;SrrvMYVZHak2c7nuLZGqIpa0U/fENd14W7NZt7YLqX1uV1hBcI35sQ//Df3cO3+WvuEbv5F++T/9&#10;Cp2ERPAhwNXb4LX33j/+I/qX/+qn6aLzz6cfQmjLT/8//4Zu/JYb6Z0/+3P0y//lP9Enb/kE/Tik&#10;3eddcAHu7TgPyQfYtz7xyU/KGnw9Xve1+HXJ5ZeBmLAk6dari88jTxrjUaaQ3b1mkmBS2HHl2q7s&#10;Ic0eiFxrU1JYb3Ryab0OqhKj33SEmVigZ6D+3Qw/95Duzm2Zk35ZVQo4Q+GXuQwwdGX3XglalPAK&#10;viaNKQh6bO8wVNDcGwPRFaN5qz8b815jJh/XmmrVpP+W3nJlzLix1UvepWcvtum+agaX5aLeQhwq&#10;dcUThv/Y5KW+VsaYWk8FqMjA8gfD+SA+x9XXXkmjHY9JTTaAEq3XH0hvkwAlmeEzM86GEsR9D38G&#10;GbRo2uvI+jMJC4ta5/FZEZJAJ1sWhYLMoUxNBvOk1mL1AANZ/BXjseJHfbU8k2FfMJsR0oGPEE8M&#10;RGLrACa+iH+iKEvAOO6xUsnJ0CbWXsBCZtnVUv+5nK4bzT5F/07Bxtrum5wdSbFYVZa6ruCJBmrq&#10;IMlH8/13yTpMQ0OjTT/jxJPN6oooYKNiGOOYVE/t0FcSdIvaTVQQxuhLdXYGIhxlEJLPL3nNYEno&#10;XDex1Jz9JsUCqfAho4lkVu+6KbbRuKmtfLQr/ZmUDE0CQoWFkRWqXbv78oEMpZ/fqpGYe0EHLR0B&#10;fCoxrJwKGFuAKQN9E8b5oQNsTsZ7U27asml2nKQpTkv7aH+2dSHFeZcupAUWdJKAW+DWdUBNlyd3&#10;HSByWoBAdJ249xiPnqZUfv9kwbjKizGu8XXeAkrK6+4ox5hPJpkmGn4ofLtUcloYXZISjnw0DwOw&#10;d0TiKQ/auLVPj22AQCuVDKvDEew9hyQnxkO1MOAma8b8BhqdsszUIsFliScHTSi/ijcbSK7wMRcx&#10;xec0z0NocrZhQ5Bo9CYIi2NpODLWW6NSdpG8aoMkYQoMuOHvZiFH8Shah5hCMXWfJ918KPueArvD&#10;FUTF86QnSmaTyDVko7Q1OESBXm2YxwGHKRMasT777TVNqyKw68dsBj006kzTlmnWWNeT9s4uGxW4&#10;AqiIWZXXeiIwdVu8MWVa1FLdY5GOnNjE0ZKnFHS3lMwcqNDk50HSErO3WCNMg8amGaU/h8vPiG/H&#10;pbHJbOM4YU6W05rTGkeDIQwDp5JgXkMem+k2GLS/5uXX4XBZJwygOAGItzVNC1SEKYar04CfI2OC&#10;Xd8y59oBgwCyfBhBf7AeYN5IQjyQurYV/w3J3Zd3IylzHzdj8D+KSzLlrSGl4gnhsjEilgU05Gnd&#10;SMsISfHVN8keHOCd0Lrai0n3MgdZVObpZ88vVIso8BVc4M87bymbh5uxpQCn1LIk0QkCYq8EpQw5&#10;K+SYKzuD710ymVM6uFZiMsxvvcXUUi2YzDzd9yDSBElPZIamBHCMRU5U8XoZK9jnUfRU/JysDGmx&#10;DynhhkiXLFR07vqGtp+4jk5Yv55mkCbIvjiyT5qcj4Oro3dTmaLTfGhLm9tJD9Wp45evAjmhNAN3&#10;7mjReMXXxNbKYBW/IbosR3BF2lLawwXsq9K5qdYd8sxgn6p88qRJwRGhkBmn5HeXPZk6vqulV58N&#10;bKoUwCE/u8nv2xc6aedSA2renQb0yHfagMEn36DJGR57WqX06cTaV22F/rygbNjEIJfXyUEftewX&#10;IZhs1vZF9rsL1ggwk4+ypYiBm1jvK0MNymBZbPKlCuJzQwLGS3HHciCWw/EeDQuIGlK/wMJ8MFNN&#10;+GSXMYhZNX/PoMfegJ6UcBhtSs3Amp6pTRONIV0JyFeUGQroh6LWw/dxIm+okw2ITpU5VXYoDAOV&#10;CPI5FhqVQSbgkMGZuVm2DFiinU88RB/6kz+ht779hyDrQ0MFU/7alz168Sa+IlArdhg5KlFC2jbL&#10;DFnag43rXEgjv8W9if7gD95NN33wr+i1r/9mOvmU02gOjF6xYCjBX/ML5ZCIFWYUM0AbZqlB8qnw&#10;ix+4HYf+c3ov+DZDyjoHQOww9qB5DAoXEd7BBOFZXBP2lhsiLMGddyVJRNCtu7E3HxQz9SD3kVna&#10;YIXcegskwvjzpRdj351twxRe0DWZVHesLvg01K4y03CVecMhAnsyngtIsZt77oCE9hGKux8nmJXg&#10;/ayInJeHRLzuRSoeNWGR65tlePOtLMC78OQzqb7kWupt24qBqJNTtTL5E8vGqmSZwqEqvE+ACToL&#10;FlMDoKl5/MtU73kKHqCHNXmRWeic8oozmFN6WSTWMIMmGbD7OWrOuZwqsMjC5m1EuPYjadDUxFy+&#10;FgMyT4EKPdJUclZHvHSUfX/tfTYKeMPKjuQTxf6x3DA/hRATZuDNgnH6WoQkbDke8vK//Rs8ZwB5&#10;4bnMe8cFl1xCP/GTP0G/8Iu/RH//0Y/RS66+ml58xUuw5+J1ID3nRp1/zNM7nqSPfvgj9Jc3/a0k&#10;+V51xRX0FqStzqMJTMP2Moc7rQUBHxsdELPU13MjfhhelLd/ipbAoqyb/ThrD0IePRQ/Zp+C1Pha&#10;Bt9Jp688QEdc/6WNp1E44wJauPxqWty4CbVHI8NElivPVlFrFrHcUX9VxxPIF5y0G7obRZwGvsWv&#10;7HmZPLmneNV1ny9r4eNkpnE8ApcwFt6NPfrYxz4KFu0yfcM3fBNt3oiapOKh2oC+5oavpYcfeoDu&#10;uOMOuhUg8Xr820UA7DiZ+bf/22/Sm7/jO+keeDn+6//zX9Pv/8Hv05bjNmeVyyxYW7/+m7+lKc9L&#10;h6UiHwMMloR1t8asxDxSO1c1h5S5CUXL0QA/11VAFMMzN92hdZXSpRvUYSSBBAqa3UJSSre/65qv&#10;JSAC9i1b1hOL/CWgjgfQALYX4Xm4vHOXJBP7uQUJeuDnkL+G16cML5NFV+j2qiVLJFoYA4PrYhs6&#10;Hrey/WSTZvZIlYVVSF9p4TWxsP6KrusMmc5c7htXROpa2XlmdkzYS9nG4BDWTWTSCTw0T9uwnh4F&#10;I1jqFLHc6JmFmMtMtmC+msnWSCo29iUeh6y4knCwYAnCAt4FY4E3NkiLuavO3KQmduzXktKvMrsj&#10;7bW13hdAjvdy9p+D1zhf8z57ArNFBktgmU2HM4N7iiX0sRxkGdCnzfVVijsWZUMtNiIiza1Sv+g1&#10;zZvJB5VKhxO7T7z1DJSLAiR6lfA6tQqSfphfw/apHNIhwiVubKs2g6FctcJ29Fneq6EtUWXXQdVH&#10;ToslG5CTyXZV+SfrwzAR9c63IBcjOslrJP/0qADx2C50ZvaVHJE299LlgAqdxq8iMncfUuc67LW2&#10;RksaY2eT3qbLyXNdQk0qajvBHTFOiFjLFJhpHHtaLZlzRyZDtBK+IoSjkBqllL7kORJLEDNtHqkg&#10;d2kzKYInyqm0i4UXnP25kHW1ybKuAx6mzamJXf+7HHBREB/auq39t1UTlEmg0016L6TvXztWfW2W&#10;IE31ypgqVMyssiIMxSS8TF/1RiluLQ6NR5Kbo5At4Bwl886uKb6v1cuN/Yb4ddVkPHYdNjLDvr1Y&#10;LgN8SqflKQdvxLzhiOafZShcYEGKNIPfK/jzcbETLM1zDOoXm647lugOD6ApgK8NNoO9+8C2kp8/&#10;No1/X5upoOamdW9G/ptDP6QwFEBFZV19FEZj0JTXzczQ5m0b4e/Cm/0MDqQozSEXYDCjAftMvfgk&#10;ccvZJIyZVPj3eRQOcwArD1eH7CBsfTX9ZCJ20GZUKetNwcYMAlaWBUsylXVFkqNIeRNjkA+ARlNd&#10;vSUnJ6P4pgnmm1UCWq1cPfus5IlxYXpm61yaYe86YH1mf4r4rWpTI6lphw0TgHL2fIoKJAROtMIh&#10;InR49kdBIX7lpadhgn4DnXz6JcIMCbgH6k7mprB/KE/qVgN7rvipx5Y6OfkvOeiHD6OgxXoDD8jZ&#10;2ZqOjzO0fmaj+twhWOJEmLfcRQhv2Y/1hcas5vXGzFE3y5mEArRWKBrGnmU7KCBYKugq+xDKtOCb&#10;smjTSn5DK824SCfVfVwOW9tcGOSrbVMSRh83cjYVJGNlDWPBDA0aTc9ft8xG7+Yhlw3Rox7O4zzM&#10;aIs8MqPank3PGm4EBeRTRh+z+Sp+PzwFG2N6jWeXwcARIMwVXJ9t6wNdesIsnbVpjrbM17QV8rw+&#10;QJT1c30Fp91YBt4MZlVhLSb20RuJSKuJC2667/XUFN7ovtpW+4UvXdoHnfltUpvOe6TPFgu2u4I6&#10;uhalb4sK7AXzqIzmrZRDf1wC4sfy99292BjOTZrku6JdUhBBw3eUfUuV+u9qCIfP7MAQi2fNfKrU&#10;4DmaZ2uVWfAa8NQCRK3XlgGYzBxvvOy5+tyHdnjkQstIpOT75wpLk3ZIFUxOqt8TMojEIJ5YHDTG&#10;duRhkteiOVjyfF3Z9XIKLPbAkuHpbgNGWJaY+sqCwaJ5/Oo+FOz9ie+NU2hQimEbrEjybq8yiVEy&#10;Om/MJ04T49Trt28Z3Pr9ys5sxKcwQOLCwQLOgjGG5jsk3rOVspEr7Jv7DgZ66u476a/BprsBbLqt&#10;554n5xsD8M4PjppK+U9r14uKFy83AKuBpVVcaywAbBv3h7T9vIvolV/39fDw+zta/LM/oe/9/rdL&#10;A9Dnpq/wtRXWWdR6QPwIwXIbD7CPbsBnv3g7ZKr4aXf9IyRih8AyY2YEfjYYr/0d99Eye/yBYRZg&#10;BxIEGWdADQOHObwmvNlGB56n4cN34bX3iR8e770DTtxDyFfzxY/jJEP41iVXSFrspNlLfAEAhjtq&#10;Om8UfyQGR2uwxPwzT4NZ9wjRE/fDDxagJLxNh07BIX7Ch2yTz6wKXhN4VkYcaDJ7HM2cfjGFU7fT&#10;aNs2GsMXi9cYPxMSeMLJ3bym8X3epIZzsD4Z79pJFRiD4Z7babD3OdRSsEThM4s0zZOHuY0wa7w0&#10;d32uKwCYRgSjLZ90Js0g1bU58wIiTtTsJZ9t9niymXpP5bs937LY4xpBMB1ixAsaxuiutoSh69OQ&#10;Yt53z5fwnvpIhr6UNkO+vAAZ4QB15cHDh+i9v/8eDIYP0cOP7aCrr7qK3vyd34WvrSRV+sLLLqXX&#10;v+719Kfv/3P66w/8FZ1y6ul0KlionMrIlU1/doEOwE/vswhduAgeffz9L37JSyR5VQfKWIf43BRC&#10;yes2NqeyIcUfFAErDRiF/rEHqHnmQdhdIDDGcdPJici6H8g9GOnAIAUMWHQ4WKtg8oG5WV+GoejW&#10;U2nEAQCkSgCuwxkoH7NViHhSK+DAzf04dnQmX4lef4q8Nqx5wMajWF62BAh3DEFCtAbIOBGFPvnE&#10;TvlWrm0vPH87ffjvPkqPPvwQXXPVxXQAbK0P/MUf09/9w4foQXgyXoI18YZvej294oavA3u2kpp6&#10;A4DVX/yPP0+/9hu/TrcDDPw3//f/BWboT9O5550nwB4npAcOhFpa1pAF9ngLlVhEyDDrGGvQf/Ku&#10;k/u0tk8OsQT6nOIG2VA92XGQ7KNtcKbPfa4O/agICHRtgEOIHQlwigQDzAWWay17dR+1ssce559/&#10;jg48jf0NnuoL6xFcAVIHMVvbUnjZ5qLh3jQRHwxgCUX9mgp/SZ91Gk7FABP/nuvUYhjJX6OuQa0T&#10;YdqV+TqotUXhXWmAm0pI2StvLM90lcI6DVgSf0DuCaNa2swuzLOHhtQHM/yZSOWp4tTLHtaxl+u2&#10;NIIVywFS4geTR3Rq2ZglTiOgnzOQTEDBJt2cFmVKMuAE85R+5MHYdHxWjK0uZHJLIkbwrauwV0Xz&#10;Nx0NgxJ5+NxkZjzuxwEyH3f02+PaCSDb87XVn+obXJn8VkLKpCgl+XvGpThQQ8Nwjd0njD9nPS/Z&#10;oM8Gv07BwKTkSinMUmt5HXq4YjgZZfhdme+9rgeV3nrxg2TRuAa2aV+U5bvCPOyZnZZasvE+kIJJ&#10;zQciK9CqqjYJuIKSVWO2YzUXxU4XTyhooWRsnHYA2nq1qKwvrKIoVq71uGlsyq0PlflSRGeAYJ3N&#10;MuWBK4Cm5IPibQKfl3qazolBe9P600149pWNfTLWFnGMc9OBrtg2E6XJcXDFpMa14R++w8SIBeiY&#10;vPJjTkiKyd/H6XSrYz+RzENdAuJahmAJNFH2gymhFJOjUitdixOFXmJmhCKEo5uY3FKenYsTIN9k&#10;upIrJuLZPS8b8Jcsi5ZN5alVbrc063YTt59ZFQ5nPnkutbLvylgf6X66kn1SZDz4FM1tiUrc3Mu0&#10;o6dpONKUBb0OvlZUv/WbKGj5eZ2FTjqrTiz0vvE6Zl+DIYrvE/H+OYRjJ97BCnQttTQ1tXid9Nil&#10;lJNPMQ3iaQA3BFtQ/O7ExDWgyDu4+4B65pGaijoubrmp4maKk5MYsWF6eK+vm9NcX9mLYy3kBvA/&#10;4SLpnFNOoqXHMDntbaCNzCrk9w86+qhRDz5qRnkCx9soJ+Pug+Rm80mn0v7xuA3eSABqDK1JvHeZ&#10;0ZJAL2d1UkwpTFXMjDY5pLzLPhn6TCi4Hzj5ziubR0IcDJhN0l5lmFgQixyOdiCIX+BI2DNVXSRx&#10;Jaq4czmtVRO7fT4oxepXmDdBJv8qza4UbPRN+zWp8DNJYGL7VYlhhO8b4NCYARtmPQqj4xYW6Nqr&#10;L6YXXXcjzYDpRWaE2o8afpEuoCv9OwvgvPTby8+OCxMJq2TJ1t0pdGvxFm2vjsYaKWSEvN8oT0IY&#10;O+yFNYPi7XQAGev6B+mEOUdb8J7vhLx3DxqK0X5cBWb2gXUyqOZwzfuyHvfDt+pEhAg8U6NtE1d5&#10;gAlcVNhUqalS2mkru5XpPPuSYG2t92psvxRVdj+Wz9ZIUhqzNnpRTe658B9GhV4r89qMNsjwqWcI&#10;wdhTStvn/61D0XQoKIyMmBaEiRgYzUUX1s1yo4lnYsaOezkHAGQ9Dsoenr/AxkN8aMLHcBlG+AcQ&#10;wHHGOk9nIV30ZNRC27eto61IZGRPm3kURzwpzbtnw08SP/O4595WZHStJLyYfLdgrIFNaR+qkl2A&#10;EFM6bPHJxsNPxN5G13WAcBOkp7zO4pEr9EmyfOxIZVombWJSN7EbHSMneVS5ljeWJg8ihkGll0IS&#10;lQAfNYKXZ88kYZSCk1xiZasPXSiOGZF5+Nb3MU16dbtuLG+Hg4uW8/OkcrhkBaCfobFwiWT3QCYH&#10;ERArKuvM2XnG+0WdzyVzgonOAD1rFSpjL7uYa5CkeFC2f8wsQGboKbDN29BIfhevsqjT4soZkM3c&#10;7ehN2qXP9qhp3QQkx41BER70SMplY/4wMQ9J+Jk8jOd4gHOArWI5nInfdm17JIME4plq7CWtEXWP&#10;bEYpcMnkd8aAHjfJF6nW4UhIcqgqA5WDfgsc8r7q+lEKaE4v5f/zz+W/57nQ8gqY7itkE3/+WTxk&#10;4OJ4BEnvQXrwcx+m/QCRXvODP0Lnn3MRuXVzAtJzobxsXmrrepz23QaAFQk0EzaSRXNnf9dE32WL&#10;WH2XfOkkYRs/ax3YDze8+jV05lnn0F/95Z/Re37nt+lNb/lO2nbSycCLZtVknfcwQ8KHUc3MI1hr&#10;LGcMGA70wCAbXTirkuT7P4/GcQ+u8VgYzxXsEqoHvoC9dz/CIa6gZaSPzgAEZBuQIc45TkmnK15O&#10;g+NOBMD1eWoOPILBhCaHy8Ve2kfhi5DeoeZYuvBKmlsHuU49kDszdqGMuFub+2T7RJ/BXx5iRvXG&#10;kv3X92WdgAuOs88h8AvNIZgug53PkH/8MfKP3kvNwWfRUA014VHqbICPzBbHa7Ld1ygMtDmBtHl8&#10;PMC2U88lj1Cx8QnbhH1RG3s89QL8PImHEdc/oxWRjMann6Tw4Bep/+xTIGDvgcchWIMcpsTPKR9D&#10;/N5ZQoo9uUfK5OBQtAYg3+iUs2l88eVUr98AVggAQJbrStiTpiKmIaasl0Z9tkahY+5ifpndwTin&#10;2HPNxmzaysIDGSxOAwEBrAxQl/qKn0/uXdCUL68MDRyr6Ka//gD94fveK0b9fBbMAvz9rrd8O736&#10;ta+jt33nd4KB9Qf0hTvukp/5qle+gr7j+75bGr+//59/D5bW3fQD7/gxMLbeQi+//hracuJJICvO&#10;y943tr6Br+/F8KF817t+00ABDe3RJ6NnQAn2azbltwJ3pKlMJKlKSIKuH7mX4kN34l7stzNsrGEO&#10;3nQZA1WxDHCdGjarF/P7WsJXAjz53GXXUIU05QqANoPgDPb3LexL/K6attcQ5mf6NzkzVcZ6ZFnt&#10;GjBTPBqLz0+hhMTWLy6G1m6j+MqWjRa0Potuwm7DosyiprEzeMKvxPJGlus7u/crYx1MSS4N7xcM&#10;kuPfn9zxNN38kb+nJwACM/hwOfwXr7z6Kpqfn5Pr/+Zv/y762Ec/Se95z+/QA/fdLT57i1CdXHTh&#10;BfT98Gu89vqXSc3CtQ1fv2GjrOAXveQK+t3ffTf9xZ/+Md0MX77PfvJmOvfccxVYYWsg3v8Ka6Ne&#10;ry68HKelTbfDwFLi336Nn7iuNN3yKfmXJdwiMb3iBBHFt0yoLkDqMmjkrA4T8oxrLTpiJxCUn/zG&#10;6kzsGTyowYY1hyEOWyKM4AG6/CDSvEHGmGcWH0JLHMBxBvhCT/cz3x+oZNPIGToxMB699+az64Sd&#10;PLYzK8TWeiQl2NZ4dpjhpyAg7yN96f3CcJR96/md1tYfBZP38uS0vVbKghaCBz4nszQDf5/XAQu3&#10;OYtDHRweRj3/PF7/RAzRlg8jyHFmjqrZngzjqmBMfgs1UaCrZTjL/twozTABqKn+4j2bhPCiX137&#10;IANFCSMxModz7WCVhwj8PFR5KACljdg51fYEqpSZS3n9Oye98lh8c70MdoR12GPLrAU6jJ+xjPcr&#10;YB37i/bZ+7cne68y+ZQxzJ+plz37NCixMlCntkAzUTKYlDcTpSxNOCWQR2NBukFldkbOgloUr2BA&#10;N1hvmlQA3hibicASFMGV/oz7Hh1sGFbF/r8YpHDgXzSWpSY7BxmkJImu1J+kwaHcGg+xPseCVzTZ&#10;FiI9dHVmqNEU1pcroyq8sdGSd53vsmCMsdImrvoCQTfktpyQO9cyWCYiBWPJ0MhEkSKpjlzHJ2Va&#10;+LlbZYW7Wqp7rOT7LCssDK2POkk65knIUfhwhXy0s9GWrMfSqLRDhZ60DnMTROlW7tqV6rpj8BJz&#10;eXJAFPI16hivT0h1Yyesw60RW9+dffICz7JxNeIzZujaxrlkE3YdBulEyFkCqiDiXsOvh2wCHFsv&#10;uRz/bU1giGFi7aSNWgEFAa9CjzbCVLjPKT6Dvpq2BgV6h/C76EEiKJsJPsdByKokgcju6X5Ma53J&#10;x9hUnWni45QsBKPlEXuHsbSwNxJzVE3fqayH5Q3PS5rZFoCJT9ag3tdzarAKk+8RwD6fQCCLbvfZ&#10;ItJBCoJJOUt5md4MduIKJucxHZKhu/ZDKnq8/uxYdOPefCSCgXzCJrMk5GBSSmlk0yFlm6ekD9nX&#10;NOb7kNhD2tzX6g8VxpZj5vUIMBDWWxKVvBcxnTdjePFe6slhQKlojGk9VplaLya6ZrAv/hmNvW7K&#10;mpDghkai1mfwmeYgzWKQj8G+uYWN8Dy5jE4+81LzxCiSZI82Ep5m6ja1OD1CgRvLxDaa4g8zfbfh&#10;ezeHFEeW6rLZ93x1kNavr+mJfTN0545DtHQAqZOQdc9CCjUSfR9k504NXxc4TRaS8UVUDiPxJqkV&#10;KQjJBNRlFiwDOwKWM+Bna8Wb1HII8Jp9BIdRD80V8/Qa2pohC39JZ1JIkrKoMvY0MZWpGNbl/jRo&#10;4deisXl8WMJasFfAWjhOniXcTyRkhvGKJNIxkD5Gk3jYL6HgcXTJZk/ng41z3glg8y3gs0Netw5S&#10;L56gcfHgEns0767VRMDG9OCn5A1XesQRHYs9whSmYKQJydV0VrWj1dLbI1kfTVoAtuzwFgDPQxE3&#10;UcO72OHEclEpRV/2KlRJNoUkCbbE4kJ6k5jnGVhMZtyu9OwLOSSgbSqCDHZkCcZaJ/7CJPYyrw9J&#10;FuFbBkGrBo65mWtZjG2atybQ6lrLTU9WMcb2OvmuPyfF9rwKRagSJUA4lt6I0QDs0D6y6bn2RUsl&#10;X1NJcyLJ5ZWK3/n84DNN9tqKAfKesPvGDSfNzQM8iMLwayD5XF7SZ2rQDwq0uVYM5Sx0R+9bsPRx&#10;ve61+SFS0CTtNKxtPft0j+95b9/TDvuSGbawv82fitPLVd5j7L4hdysjYQA2c/iFPz++4276xPv/&#10;gqrvnaWzCfJZWFUswjS+DxntEPfoUNAUz6OlzrqpzlnxmJTAfB3mwPI7B5Leb/rmb6X3/O5v05/+&#10;0XsB+H0HnY30YAa0hhyAJd6meh2k/0hG5UE9jzjRcXjBi7E8Ef6AgI1w6ClJVRyi4eqNDlGNMI4x&#10;fKF6aLziFqSQsgk5agU2iV9if91zLxSgs74DDOTFZ2TfYtY+s6B6i/sltGMdms+Vs84DMLgFeylq&#10;DIAqkvRylA+ZZO6N2S8EY033BSwI4kvLmbujA4doHWRgoy/cTisAf2aW92AfPQzmkHo19WrRpekg&#10;o98TMChgzXG6Z7N+M9XnXELubKStgiHDYBCnGDobDsozAU+9iIURUIcM2PcJhVD91FPkH7iHeo8/&#10;QPEwGDb9kRizL3LTzQ0WbkA9VGk6n78yAGIm2oYTyF94FcWzwR6cZ+sF9WOS5zoBfBPS0H8KMU/I&#10;Bgw+p1TmRu0JKvEkJbVvYf9FHmBhfXBtGKJKMPdCRvfwffeAyXcP6oh19JGPfQwA3QJ92xvfSP/w&#10;4X8Q9t7/+KM/Bqv0fHr5K15B+8Bm/IsP3oRbOYYaY0S3f/oz9KlbbqE7v3g3veRFlyFxdRG+z8fR&#10;1lNPk9dJZuwUW79lZfJWGRyTIQK+bij7phr3O5bp4swfg93Vw7XqsVT4c5+j0YN30WDxebD290uS&#10;9hhJ5QwCDcCmWR7a4JZl5WTp243Kckczx1O1/VIwW6+gpa3H00aW4FWt55a3mvF/r/+t7Z++Npc9&#10;rhG90mpjGgHRSdK+F5GUzKxVBnd7eM553x7xf7OBKa7fYw89RP/iX/w0PfTg/Vgf6yUo40/+7P0I&#10;X9lEP/T2d9A3v+lG8T/9sR/5YfrJf/mv6GOf+KQ09r/1279F5110IYYBIw4HVcUNgwF4vnc+9zx9&#10;4qMfpjd++1vFE+07vud76Y1veSvsE2ZkTxU/1l7dCUOczvmNU1T/vvDP/coJmKvZk3HNDb3Tv5dJ&#10;v7EdsmvZYjLLEIyF7oS16jRYFvdHWVJ8y1b276PhA/djKLMsTF+uYXmLZE9JYX6nIB1+7XFQ8K2s&#10;/QpGoWsFLiqnDQmsM09g7wrSjpfhAK8LAXAsFY17LmFqWZ3ggp7djfkN8rnAz3IQRp/2NAKUem8g&#10;qrLgAtiJQ+yxezj91zkZxC9zic4MWw6YXB7heR5Sv+GhWi/Xj6VtVgpOdPaBXHRZMpqsuFQxYCF3&#10;wnzj40r95lNqfF35NHWzPUAVCuot2JJK0kA2YTUMmjLgehD9Ma9t9rjfz86wHESI3plrDU4jrvsD&#10;ua89I8nwz2SfvhTEwcVi6uwT+Jb8G4UOw9ZBPWXECqjpfFaPpfQFsvOLCis7uWOVWsQkzEYsS7yy&#10;+VLooEqGVanIw6JQ2MMwgJcCJnN5k4I2SuIb/yZKRadKRZOIk3nVRu/ywD/tXNX3/NBPvjMtPG3c&#10;7cN7CwtPPjLF9Fr+zRUm9OY3UUosE0vPOzfhb+GyHM97lxkDZF+fPfJK5pybtMQrDL6nTHoUOG0l&#10;t27qPu5W/eqk9K3lFODcUTcsN5EimBdELITPrk0CnMwMia6b/+5KL5VicZZJtindxZW58eXXUttc&#10;5T+7EjR0uWh3Ex58HTn1xLWbBPdW+wGG4mvT4eA7r5tluYV0O1O7vZ8QjLdgMTlXJB9PHM3JvDzE&#10;wsjfWB1mDEqWMpTZqumn+FLe207zgiUcBUvKFU8lFLT37XiQHrvny/J6FcI4PBh2rjLWxuw6+Mf0&#10;ZXNdYa+axYOYTKuMcOu6hi676qX09F6EcvDfQXKxf8+zAGQGMvkQWW9Qn8EBNwYs3cDmoIyCoC5n&#10;TRQp8d59B8EUCLR759107yM4sJC4lKZZFFtz1DYTx4lnxwAHPh8WDaboMXSTsvQWaLGo9GV97nyx&#10;lvPa9om27jIjNxWYmihlmJA5iuaU49RIJlq9FRwuNc0xdBIr01pT+VhbgEk4RDCGTOqbQ0ryDcZY&#10;dAVD0b6GGX7MgvDKKOsLg6+BxDnQJoRubJjt0yZMbzaiEeF6rNqwleoTttPsxi1gfqyjjes5bbkn&#10;B5t401SJTVyybN2qAXOkEuyYbouwVgvij2Lm13ney1cV7xxlIjCTg5vzDbhFCz1u6LE28Zn3Qvbb&#10;rCijlJlwM+KbMcLviYkXxKNPeAF8vZNPWTrISM+KZC0wNs+POfzdklHhqyZJFW0AVPqwRZdBU2H9&#10;5de3wIBkmC4M72AWOaLNVwoUg73i74j7yNNC/gzsOYjPs26sCbsBgN+IPaUAXkYA6Rdu8fSSbT06&#10;7zhPF5x4HJ163EbaCLYmN2N9lqDVSv2n7DGn96ZBmI5bvF9Ny1nuWEUptDnxNG+/SaYZWsAvhyQV&#10;jE/viy37CPe0U3BP+NZMTRIr10AnYGq6lzl1sujdquFRBrNdDpjP7zsamDUaO2n6men8xK4xPfAU&#10;M39qCWJRJhhltt5ksnv3M5WhFzGfCd4VCbbmmadDIWWtaXAT+9cZMJjqGiv28rzM1mq+srEN1EpM&#10;+PTfLrPo3YSPaxuy1a0fspY9vwa2EgDJAzRZZHWRE7ajQ6IqIaig5e2HlglKruPv21g4H8uumAng&#10;sq2CMR+UYioFI3vAshSwBvjCoMTysr5OXQeTDbf1gNTfsoela5SuiRfyvXhykTeZcQtYNsZY8JaW&#10;yIWrAH4pRIyl/LWpGuwc0XR5Lsb5vAwyABsNVeI7HoPx0jBjAv6iaFL3Pf4c9bdtRmjnNk0DRKHP&#10;ITtS+NfV1CQxN7F6c5Ca64pV3Rq7bKpZZY7k9TPMY8Czfn6Bbv/8bfTwgw/QWWefjcAODNf4ULAX&#10;5vNO6gmZxKfUcXs4mPUwt05Y+vH5XeLiWBnbn9n5DeoCDkoKeM2AJpNZhkt8JnOzx3507BXFLIeD&#10;B9AQDCVBXEnSeA3saQ3kZsxyaBD4NY+FthLGhfyx2FSmeVXbwCXVkUzW5uu7CMZzjYFgD6DbzP1f&#10;phHks/5xgD8sIY6Lyhri55nlbMk0HvIvBsEcPudo80lg1V1P8ZJrqDkLDCKwzrgRk0Ffkns5Y91C&#10;ulwzOHFoiRySfP09X6TeFz4Jw7kH8fd7lfWO4RNjij548Wnic5d9AdUMHs/QcadS3H4FuRe9jEan&#10;b6eA85n9tXysROyra95NaGDWYIsVNa+baCA0CKjtP5SlNUa42pD+8RMfp5tuuonWIxl3y/EIWUEz&#10;zfvRgUOwzEB9dtunbhGW3a233Uaf/sxnaCcSd199ww30hje9mS6+8EJZW08+/QzquGdhD3IdXXDx&#10;JajlII0GGMzJuvfCc20Z9+TlL/saetv3fDdtPekk81ybUdZNWZt715ImzOoimkSM1+qAm2ALBqlr&#10;HYrL2nzoPnhCforG930G4BH8F6sVYeCMMATsVS7Xwby8R2KEXwvzqMH9GS1spXjaBeRveA2NMRDt&#10;87CM10JU/95oKZW+yKvqnF/TghMn/jLtw64Ie/xqAn6rejznu1VZ7lti7mdaZl/pB6rP3V++//30&#10;c//x5+hjSFU+FaDsCZCuK+tLwwh6WKN79+yVBv1XfumX6G7c47e++dvoR37w7fSy666VZ/Gxx3fQ&#10;rbffJgPoiy69BPvPWfAk69MXv3Q3HQbge+qpp9IZ+Dtmbg76rDoaS9DSn77vffSzP/ez9Fmst294&#10;1avpBKxJZknzgGgRgO7sjNoj6FDLHQUGdUWqraNV+YmrQhvdEZmYbaLsVCH1GgCgm1Kz0EQP2V07&#10;wXqImAe1MfeCwhjHAH8WTPhwaC8tYZ+LkDL7GbZmGsh+Lb/qnrK0JDDRbIBCY4QGDYLUNPtowE4R&#10;IGZmrUJ4sK9zRTOQawynw7T2MylgRwaOCYBjcicnLLZK7Ji4f6sK+xzHwyf2x5bwLv35Q+w/Tx1c&#10;pL181vJzj6H/RRdfLGEbPGhiNiGDfH0Ez4m01Vcms6VMlKEYu3uiM89kZ0oH6tZ1aTjuiXK9z/2R&#10;yE9T8rAoNbzZbrlMpBG1grCia2NeOyEEqD+yk9DLg2CxLTPDkln2+Mxir9HjECYvY3jZZ4y4w5+p&#10;lmvisuxV6hD7PZ1HY+7lWGbt1EZCGX1eLWHStef7wPWmL/Cx5A3NfqWGIifmvzd8wZMyC4OBvd76&#10;YyWetEEbsr5SbTrhOV3mXQhQ6tXjVoIts+xaX6eudCjLX//iV778Z2qRvLk2mSYN8dtY8YTw6oQ7&#10;gYIxHR4qFLVCLnYCFsotogQaYkEt7NANDFAM9gZLem77cPvWb2viwabSONS15t7tVP8oI4VpU41Y&#10;0IHtz27qiRQ75aY7stFDISHp/uw4JY0z7Wqx2BZ9bj6nH1CxfP+dFOOucd9qNqDLG9D0y+S6Rumu&#10;a/oeC78FKmLmEzOLMruvBQM7noP557cPv+sY1bvOLu+mhCpoxHVjk83KEqZjbt5CUJ+xqq47bE1N&#10;womtItGYJeoHFWXaLC5v4ofUSLLOCnxj1m08XvzcWHoifnEA8jiJj/0FDsHsdiikcZaHNEhATR5n&#10;nnbvPyCTc0aRwqFF9ZPjCkq8F4YIJpinRBfgZ7PmVLlaadYNCq+xFF/4WoR9zAMgHC6j+ehvxGd4&#10;QpJE2Ucp5KQ3W5U2MeIPtojCevPsRhx2MAkP3GyMzby+3Vii+UJRYRwvW6mzCVXUyVG0DS0YKCoS&#10;PGNg8gavbMCg7J6012hGfQ5TkN6lUYDHu8aSEtPBkWSJoZWIF0UiSyXIYu5tlKB+XLJxKrDLB6kC&#10;RHwAjiTVj4MaZnpsNu7E2HqWDzxJa0I6l0z71Ly3YdB25mQaz2/G64KBIfd6qbPWsxHt5LMzwQgu&#10;yFmFVCGuHl9OyIc6T6ormU9T7F6mFG5yr5iZw+mNKPI2wAdrAAbIpvUAnkHlPxfsjef2j+jep4f0&#10;FIqDgEnfLJuWc5PUmxWaew35+hx+sQnuyJAelvdyez72Kh0QwNb7zPhjL56DxpBcZnCVJ92WIFbm&#10;hVO5ZzuN0FEqWPu5g6VFCKtFknyjAI79hoG9IE0Hr+OesfuqMJbJ7UCmjcsI9YDMrBrSZoRvnD7X&#10;0ClojM/cOk8nbZhFYnEfzKENeIYgv4Mp46BW6XHelb16TKb17SyDN/vbxUkP8FjIYqf508a1G44p&#10;vPO4FkOv+AtnPn5u2hFC6s0W/dHSq9pFmrOeQ/FZYhHIEUu2lM/NMINDjMVwc1ilhO2CMqjrnfeP&#10;qgj3i4X9ZtP6/1qCdvnv+mwEm9bWJrf1+TzMZET+2S62Pz+DUH7C39blxO6c35C9bi2yKcTWaiMW&#10;DZ9JYclqA/1szao72DQhS7RdYqSaqb2eg234AX+WxiLtEjCoEmN9JFa8FwaOfGIGhNQXRMAwsiny&#10;cASpCVjO/f4GeHeByYvGvVlpsjzbdULC1DYh0b95CBLKps6mDCxXYTJbkqKk6y1SPB8smESJ0tGM&#10;p53JpJMPYYUIcK7hQ9SEJg7t4PfszfwS1kl0EOfrIsD0B+B1t3v3Tpp7h4eH3wW0CQyXvknFg3PH&#10;kPo4MWdZ9T3diisBJHxTBdgQz2CijRt69NLrr6fTzziD3v8Xf0K/BwndjW+4kc7Zfh5CNjZocFYY&#10;5/vqkpVEo8y3CnsLDTZSM3M5x27QCsCseuk5YbI1LHnmRvDLn6GIwIn+i66jxW2nSUM24DOVm4YN&#10;WA+Xg622+Tgw+QC67XwE4N+S7LcSxjTeQ4Mvfhr7GxicF1xKM5s2YJ+bWeUB65JUP8auJ6/s4ByR&#10;DrUDg4moR6pn4ZH32H1Ej99LK8u7NW1ZkqCj5mNJeNhA/h4bpiTdMntx6ZRzqYJ3XO+EkyGlRQgA&#10;G8WzFI3XSdTURZaxcxgZsx76UFgMYRTfewaecPfdQcvPP4WB6CKauxUBHkfeGBXwVmVWIKdbc0fV&#10;YH07SHXd8SdTOOtC8qeeA1B0RtgVfX4vTkHusfl/ylNZNtJxNRHgWNhJbLDPqZzMihrj9R8FQPeZ&#10;z91Kt976WXoGqZ0nn3QibX/sUbrggu3SiD/0wAP0LgQk8Es/89yzdM2VV9HFl15Gf3PTB+kuMPxu&#10;AejHyaqnn3U2/dv/8E76b7/2a/BV+wL94s//Av0fP/kv6Ad++O0SyLCIcA1u8Guc2Qtg8TFTXjyt&#10;8B6YdaQSNj8RJJIIFDHbkXgz/5f9jK8B7nl4FszJR+6j3oN3A3iG1DwA6B00HPMjwOpAdhhmztcy&#10;WBGmUmI59RZoZfNWBJ+8mPCAkNt8vCR3chMvTXPTmF1B2xcFclNT5o/dcVPtZgo69FeA703WWW4N&#10;sDFORcG0R4ytv0aSB4vtQwNm8HkAfo9HOMIikpQfo4svv1juFQfJMAngQ//zA/Srv/YbdPppp9L9&#10;Dz1Cl2Ft/PS//Xc0Rg02g7r+Va97LdbYw/Rf/8t/od/8rXfRxz/+MXrHj7yD3vrd30tv+OYb6bfx&#10;d+9+z3vo3b//e3TmaafT1i1bRLX0CADC3bt308teeg29/g1vQMDQSRiqLCmwAXBkXk10DTxQGy8f&#10;1yY8ulh2kNm3amKkGI8BTKXVoVul4qxU+nWe0ZYQEk2d057hriVzmMd6Gs6m1PWk8uIzSli56OcY&#10;/5mBT98SgL7Dd30BgxMAZ/A/7aEGHLMdA4CUSiSnjQ5qCtZ3IiJEKq1sQvuLVPYqv8xKyBX9vBc7&#10;jUZBIRu6iD87e387DWkMccJo39QzvMJWjGnYx7PGTDex+MAuy/c2WLjZCkvIsRb2INjoOdTBQwbx&#10;cN/3ANR/GqEjJ6+fo1lYHMRhk73aGfhzFpTTqkRa+pUOKUmHNpXPNTkODtnvcqJb0HReEbZ58/ct&#10;2Jri58xsYEphHI1dqyg1nRNlmlqFiEc470GQOS/huu13bHWBr+lX0seL7QSDewyM4j3MQHbNkvnK&#10;rGU0aEaveQIXFbZSUJOSMi2GvIYqw/BE4ZEcPhPeUaVaktrBkGutr7IHo4WokbC9K0oWe6m3JlMo&#10;uZT2a2tIZLoxZkVJJlT4kAN1Y2WqutTj80CG5di9OqfycqGVDWm+54d+6p36g1rEMLrSirptZFya&#10;alnEcDk1yotjgozXmmqmMAtXMAS7aYP5a2ICSl2ewGek014jM4Mmm6nkK2ja6fR9pdooTgO7nFvD&#10;atX88Wwfd1O/Lq49wSiZfdPHVmtOmLsAXHfn9d5NpCe6zuvECZnuWlOyNbkgLh7968rPNME4TGh5&#10;a87pJ+S/bmqqlSta3ZxE47pTg7iGe22xH8rm7FxrzK4HQZVZZsK8s1TdYOmd6T0ocy/mdEVnKLrK&#10;U6MWShw7jnHlIlJvd6KBeuiLX+DuSn7m7PwmSADnRFIC71w6gAdwFt+/eOgA0m+H8lDOeU4yPURX&#10;v/Q62stTatDHZ8Ee2Lv/eUJfJlLGHgpoefDxvM3Nzol3gYCXDLCMx7LBswHpoaVDeH8M9o1o7877&#10;6Z6HnxJ5BzvYiCeVNSHRJHCSjui0Id+ICbSwcVYOWRqSz6afyashSXl1HSsYmTZsuaaxTZdNXoft&#10;fVOfTbU9qFMeu17bENpQIGN7eZemJSZNiy3gr4amsbvWk+SPLK2wUTQjGFiglm2NADQNmF1jSNoG&#10;YCX0APosgCawEcZCmxGRvICGax6mNbN4j+LpwJ6LzjZUBK6srD8VsqvNeI8IqsC9m5kd03Hw11m3&#10;HkU3mDN8IKTPHNdkjUSalp47vUCKa466fQxrU8COsJfo5FDNYQdgi/Qgy1kHCTob2M7g36BYwzVh&#10;hineG0I9duPvDoP+7xgYVZdfMUyvEmSR6PYmV+RjaGTri0yMGyuX09DGSaprk89QDgSSMVlKM3Vp&#10;wlcUT2IErEEbDOKxnyL/3sOfZ8NQAL8eipsBmC7csFYsZ1tZlLTdA3SQdtUwWp4Z0fb1ka7cBjP0&#10;E/t0yuYBnbIFgCckM/Pz69C4I7RmTv0++GdlsC8lqhX3qlkGQL54r7JMErNPhrExM/USoKsprK6z&#10;I0fqDBpblsLUM236BL3rFbT2geLiEZdUx/xi9V7ssn1ELH+GPXsts08lDJyOLeb8YPY9uSvQg0/D&#10;U4zldrFnjoy6VmL2CaVc2CigqtPYJJVt/fp0D6rs35PfZmWeLq09hJezmq+5SnFb/8HEkk/T5Vyk&#10;ZT+Z0Dklvcl9c22TGIGmsU1y42xBEhPaE1p/WgMWQR4Ac3QWlgAhDzIkLIjDJ/yMAoYuNQ8+JxWr&#10;QiLqHuOqbJHQmGeLFtF6vVjux12beF9FBZoElsZZUrsl8RYaWY5O7V3h6xjyeSieZEETfpPnbmM+&#10;rt4A0ZyiHhXQT4xWDtzQ1O50LZOfM0nBHjLDnBvNnto1OIVpWZ7Gn72PhmcWUmNeM4G94nbt+V+s&#10;vQm4XMlVJngi7s3Mt0h62vcqSVWqfVctdm0ubxjjDTC0jbGBoWmaxWZgoO1xM/Rgf/01MHR/PdCY&#10;5WNwd3umB5oxbowbYxtDY5eXWlx2Laq9XC5VlVSLVNqlt2TmvTH/OXEibsTNzCfJH+XvWdt7mTfv&#10;EnHOf/6FToCVcMHFF4tpP7OljCZ7GzOZhWJGbGlyOZodV9kkSgqjKcZsCzHkgRoaCAa3tgPw+9rX&#10;vkJ7H3qAdp5/PszvV3sZHoNYzCzQsILA/eJ9r88AET5rF2zG46vWYTi3noYnX4GE+Tj+vhBrAWFQ&#10;4nMuHUcS+Nq1AAiRXlr05P5eZPYGA4aQ/hUr4H0G/zoLqw6pZ9TLss/eh0eOi4R7AVLWcno6KdPM&#10;+CGQslHk2UJTWMOvqn7lNFX33kXFw1+l4pXvoO45JWAt3zs8ZBkOvAk4N2sV+5KBZXG6g2TVLQgj&#10;ue7VRPAP7APwsahnLIZEtfgidbzXoNbt4nPHDSoYjdWTj1N53100fOx+6p7AoHJ4QjycprjhYwkx&#10;7zsSfAKAsPDyMIfk+3rzbjLXv4GGl19PS5u3CNAnoWYImZLYDjdUz+GOT1lUH3KngyYzwh4yY9lN&#10;bZYSf/ZFnKslXNMv/e3n6Xc/9jH68p13ynX+mZ/6KXrv+36Crrn2Wmle2cuQ3/MLHJ6AVE9ex97+&#10;9rfT9bfcSjfdfDPdDabfc88/L355t7zmdtmDdu3cBUDnH+gZpOiCdkO33nKj+MWuQL3B7zG3En6E&#10;Awb3un6AMPS1DsuEx/YhjZ+C332cr2EZuJ86DjbTXV+j6fu+REPIpaeqw7gPELSC+5HHzSuGTN/r&#10;wyKDfx7rFNYQZps605U/mzn4SV5wFblX3Uadi/HrDK450qEZdOaEad6DawaEnWeashpGGD2agnyW&#10;XLuxfzb0j0TpyxaKVKnkzqDmSgOlElMrF0gpvg7atmkjfd9bvp/e8pa30VWXXyr+vCEQihl4OyDZ&#10;XgSQ+5nP/Y38mcNV3vb2t6Ie7eCRZIn8FOr/WfqeN30PJNxfAYj3LH31a1+n7/ueN9D6NSvo9jte&#10;j6COVwGwGdDzzx+gh8D2exHs2N1gH//qv/xV+lEkL+/YcZ6sz1PdKb8XCujhGWmFhgbI7609i2Ky&#10;YdmTcy1f9zPIolMSUCTRmFbJ4iaElbR8i50b6cdtIPbEHiNRB9Qpq457A6g+egLf09LTT5I5csQ/&#10;/1B1MDuOw2dIAC1vCRVBORfIAw1jkNeyYO8RA0ZqZU0rgBVsSChRsYXv9SqkRkFF6unHXY1ntzVn&#10;hl9lEaxrDtYIEItRApbIfjV0gu/LAXsEY1CwH4npr5BPVA8ZDMcX5+k6DCTEfgHsYZ61sUpMUtCZ&#10;gR3A/ITcE657CFirXePVK+uQU398bryCDCFgR4WNvWRhk9BSBUtDv+3PQylAYLAFEUtiWcNn6BAz&#10;uqG0mmNrHQb0mKQBJib39LzOrwQ7nmtEBvvYs7QrDL9CwLYuWxixDUHhQzvSYTyfw4H1NSyzbYPG&#10;gmW3IdOCSQy1NdEPzwRfPCU3GFL2ooLW/JlK69mMvPZxkrCR1wvez1aOx/cItYDtUSFgTPQcdklq&#10;pccE1YNfemrNNUgUraSyaJ/Ia+nG19720eKfvv9DH4liV6u+C8bGoAwKH0x9wox+TzTp1r/z1XKh&#10;Jy8AcyaTXIbJvkt82yJVVafxlEg7w3tEl6Qou0yncjaCgVEyHEeWNvry2MRKIZivtiW0mTA4VPC2&#10;jMyzgAa71B90QsXJ4IKJEdLqd0aj5qRyU4dUHmtHmvisVrU2oryBkRYmd44a36jgyyEofaHSy+T8&#10;uBEZc14ch3Sj5pyaSFU1DW+K0qU6yK5sJiEsNGjFNzEN+69hvZooFQ8PT6HNr2eQ2hi2QE3jROF6&#10;2HgeXPB0C8BRmORQkOiqB1FCKY5+cq6ZFta1i/dn9Noi7+sQPpUAWvi+BQBqBa7zAorQ+x/8Bg2O&#10;HRfD01kU47OQ5A6KrkwmpIkEw6+Lgn2eFyN5ohH0gDCE22++Eb4DHVo6epJWzK0E3fqosOYKTMiZ&#10;Xs7ng/3CuJArOp5ZWytDgtl/EmSBd1nEZGbhdEUnj++nh5/YR32ANE68Kdg/rR/v31p9CKyAWh2k&#10;sqGAhLyGN49FFHVO0xTFtF2ZGWVIFfK7lyx+/jh0GlR4mUOINrcJvBsWdfF3Gg6T1De9Adi4P+hu&#10;hc1SR2NkoiD9TUGMMPlRc3+9RuxlZZWFaSR5dSBx826AaPkanmwA+AoHXyRIUruQrPTKpkEVcMY4&#10;Ab3EWLUeygbBC/4UEmw7K9GYsfE5UrqWZPF3APp6kHWthJfKanzPlLc1oDqCkhQlhwmM4hqJogfr&#10;3fL1J43KGk1otE0yCkimyZTJK3KRTBNEZHXtKL23hzSpBYrLHsDPHvyfLG2dNbQJ56g3jYalZJ8+&#10;Jw2nQRNQ4qR3Bj7NtssUeZxrBgun2e+DjdnRgE7hHJZ871XMuoNEi2V3lf87vjZGrnslDFRSqW8A&#10;9CSBUYC9gQ+X4fcBC7OH368AcL6O08T49fh9wW7p8vHguDo1y3QBpjMjBNIECBYQ2AET4t6QNsz2&#10;6RrIda9a26VL1/foInxtn1tFmwF2r1m1mqYxze1Bth2l53wPWjNWTsJAxnDI73OS3MknxbuFQb5O&#10;4e8NWziVRTYE6MqFpsDFYCEPbFE+OJkwi7GtOyFChia/Y9wYkDAdaLmWXYVJmGyNzQbFYAuXBnIo&#10;69c5E9kiJhA4eRXS8ScXGAuQ7TIo8PIxR3ufO401sivnTbB4Y7X5tmoyrewv3qccJaCqB8Vk3XDe&#10;+8RK4RiAtMIH45hULWDin01ib0FqK+D3/ULXfO9BGvY5ckkjaTXVL/pDmtDDqbTCRcDbF766X+pU&#10;MT5rRfD/I0lGvGQz1v+pAJKKcYD3ly1WJqCMNpomkbi75hj8Jm7Fw8+wd5ux2lBUusfq4ETkeep5&#10;y2ti0RT6XAQPat8plDr6ZZaJrL918L31Qw+TTOb5wGEdFtmVNkilVN7rPVBDoFvRBKRU/vt4T+t1&#10;rXrZkLBbGORjVp+QbyurSesk03NJpsNrHX3xFXoZX5u2b6G1azdqJLevsfj+8IOqMqNmuUSAQIkk&#10;ybWEaXbMPCaT2/NQgRllfB7Y6xSS2jVgQzwJydfjjz+KAI8LwIKakT2amf0hXK5O0iNJC2/iVHN8&#10;8HkMWRjM6x1ByMbCSZWc8/nGuZgH4x+hHWwGb+fWekaA8WsMG4NXLOllBgfCTAowdbxnrZU0cQ7/&#10;cIdfxMADZ209A349H8XCSbfGg6dm6MEGvlcKZvMz+AIPX/fs02Qf/hYVT9xL5ctPwA/vKH52yT+P&#10;7CXV6cg9y8BTVXhms5lZRW7j+WSvu43qSwFwbYHnID4Xh0iwFUm/8kEtbP4+VOCcMHArjh2jEqBF&#10;9eC91HkUjMbjz2Nvnpc1W1ILmc3Bcm0eSlplboDl1C0B8m2/igjyYHP1Dfj9NsIFAdgKENSoR6dy&#10;fE0cUqj1Q5x4uBiuEO11jGn21mQ6YhKZfrrS8jPLvl8P3P8t+ga+ptF43/KqG+mH3/MugL+rpPY8&#10;fhI+WYunaQ4sy7mVq+kRWL300WBv3LiRrr3xeprBXtvF6+wFu2//gRfouquuobm5OfnidnAKrPPb&#10;X3MHbdm0FfdWzydvs5yQw0UK35cE8oUtbAQC+Bz3+LkyTsI2CmGpsox2KHJrcTN95RDVex+k6v6v&#10;UblvL+TaAPmYKcp3i7x2KffGkNOjhdFb+L1anktIzafXUrXjMnK3vgnS6Suou24TAD7y15gHCU6D&#10;F3k4IQuK1WbUquSsbmxVqJ00lbBmoqzeZefftvPjg6Q33QntqKfnqCVRG5SymW/y8vbLTUqWX/8L&#10;L5GWtNKhpCWzzY4P4aq87Bl//oPf/0P6vz7+JwAlVsD780JZX669fg8d2LePnn5mHx07doS2wIfx&#10;muv2SJggWwZ5z+4C98h1dAjs0MeeeJzuhqfi5i3baf3mjbQVgOIdd9xBb33L99G7/8kP0fsQ2vL9&#10;73gHnb9rR2QfBoWS7weDSiaELNgmwTUbJE6gs6T6aTPO+MOOfOs4j2IfzOUSlvkkfknLaipYfpmE&#10;2hJp+S530khybaMPee0tGnqQqBPW3wUkixfM6psDc7yH9bU3K88UD29MSrspiky9I8MguRWU9CD2&#10;MgMBvapADNH9iUywHwregnUc1Jqw6QwH/rZS8oBYHbDfpQzuvKqM34MZvibiJYUMUcVqhiWoTApR&#10;Kwa3WNGho/P0LLN39VywZzfvY4ePHKZZfF5mggaGGP8fWwJ41S7bGllh+TtVE/vSxwc/MnglnG3j&#10;/bc5cMPqZ3cRB09YfkqWifYrAm55o1jva+kEbzE8XJN+0b8Oh0YtYd880Z2mw6XQ9OR5YEUcy3MZ&#10;wOMeVQIUmTFrQt3jwTCjtUunKOM9Lj2+7ssieeXrzL8yU7LsRAzEs/qMBjEpaMhAoWArhQRx8j1R&#10;kV5LLqb4mun1k6BW5wc+7FPrVUHqRajFv/jNulp9Iwvxuy1ULuzBYA8KxrWNf7ZQ0FAZiUGWHMJ1&#10;h+rXL8Fz+Jw33HHrR4t/9oEPfqSUKV0hm4LRZjV4cxm9Qb3PSvBcKRJpbsPiMqa9FhjZOIJJrD/p&#10;RfRIs/HPNgEEqaEWt5pVG0JBlNliVMudNTJRxpM5vI1Jlm28dGwSKJKxagxl7ttjp8iGzpgUFcCJ&#10;zNSv1Zx4ADOVxeabkrGmva6Ol+olHogpcBoWSjfOr9AkTA1Kft62KKo0xutP7xlj2t55JgkSaabL&#10;jd+DbR2bSS0Jm+l65p0yfpN26bTJqTzBFpqGrIwQpzwQvZcDk5MbCimU1QQ1+NdEUFkNTiXuO0xt&#10;xFSXPVoW4IO0QKfRNT2KVKwFTIb4dWdnUax1p73cgdkWXATAZ8VgEl9YTiKrPDgACfAdN1xN/RUb&#10;6PThV2Dgu4qW5jFVh4SCqePCFuCUIDyb7EdQFj7l1KlhJyc4sXS4P+xLaiMOhU6ewGTv8SdoCX4c&#10;MmFRSnVhi8T01UbAgF+Hvcl4UVqYn48J2pEJkUhQw3MslH9tCK1JjftNkxgV2DrJ9C+SUWsXv9h7&#10;yNROrWVrmeQbbbBEpqFU8Ojv4pzKUY2wTxiYqwHysKS2QvKkG57Cz5xGA3NailcfXKORlvpZJPmo&#10;9kmXSzhH/SGzNBlnKuRzMcC6YnqOVs2x5w4m1WgiTsnRdWU94PV8FjLPldhw1q2dEz9FY23+jCTg&#10;jMnkQW6yJCRlE1MjvzetSWcmdTDjnY3NmPdIS7IAIoTUOwY52dCWvaJm8HlWgyWxAV4Y54HpdjGo&#10;/iuma0ncXISn30m3IMxSx5IQlnwxmMfFLQqVKTRyXZag40RO4aU7zLhTb7+BJP3VNIsJdIdluMxM&#10;ZYAQX7OQ2DLrdRqgHTPzVuK158CeWIGNbwWAvimAd9Py+mDr4c8lp1TD3N7g50o8V11m2eFXOGPS&#10;PK7W1DRSd2cGtGdDB358BV0JBt+ebT26eusc7UJxsx5yuNWrV4ocilPoOLXbmDTpu+WF53Ljftlt&#10;wPahU4/r80WSytvVZOrCJtlTThPixjSNjYdmXhSPsDlb0pfMr8jQRI+csUxy06AaZuxUKf2tydJ3&#10;XZDJJ/amPuG6AQYZXBjUhQA8Lx2t6bH9S5IGV2lyKyVrv02HgpSk54UUuNrFdPnwJY2i9Wu2rM8u&#10;BPSEfd83XgHIi6oBzzWNnjseBHAtjyEnNgUmCfPwvsfNWaDEuDrzzI2SXMqTBFUyOwVKx6VbpsAu&#10;ba4Xi9Fl70EDHVmj0Z7DNkm/oUCl7ILj/BSybnlWoA5lXROexKbfQqIa1gKkMTNtSsC2Spi9bNrt&#10;5cWpJYsf0jQDt2bfFFXe0EizwaEMxupQw3rrA3+/VCqfSkNRXBzseZWMf0aECWhr/Tn/WaxMw30z&#10;xmBgl5tkPO9H9j9P+x59iladvxMDFlgQoFnmj9vn1+QiP65m4+uzdkV4Zib0aHKtH4xY+G5tpYsR&#10;nHFg/wH6ClItN2AfWIHU4GkYuRv1Nwqe1E4T3Z36YvEeLs0IJMns41fN47h588bKxblIku544ggA&#10;mYM0DzmZneYAsJ6km1bMmgT7AgsYJL1bIMvGenjyiPj/VQz6MYseazAdO0idRTxvs6tRi8DDr2t9&#10;+iw3Qt7GHdsjvKkOHyHz5GNkvgnQ59F7yLz8bUh4D2EfXfQ+gxpYVbJlQWnFxmFYzEJWDFDvspuo&#10;hj/e4pW3kNmyDY0jGHWmJ/uIUd8i8QCsmeGGDZbDJPYjYRQG+PU9/0D00F00dWQfapgTWNMHvhbQ&#10;RppZuVLHlcpiX7+LzK491N9zBxXXw8cMycUV1m4rZvKN97eb4FlLZpQtZlJbnczUejlHx0bWxuvI&#10;DgS1vHzgecgvn6YF+GddctkVdOSVo/TpT/0F/dEf/RE9CI/HKy+7DN57V9KlF12I5NS99DhkvZvW&#10;rgFIvIsu3r2bNmM/egTn5IEH7qerrroSXsrr8DpX0m2vea14sU13OqN2EBN6j47+faUp48KCxH7M&#10;w2qLfbfch0Tnu+HHd9ffQbb7AEBXtnw55dcA9ofmuovXXE0P9i/aEYl2CRBgsH4n1Te8keytbyZz&#10;5R6qcQ8XuOcr7WNs4umc/1co0yIfW53Nh8r6PDIjaqXc0MU0Tu1mDBf+jNL/s2ELptSQHJwsC7Wg&#10;EDYq2yEMvTxWwxemcC4fe/hhSLfvps998YuyU11y+VUCWrwWgSzXgxH6GAYIn/38F+iZp5/GfXM1&#10;6ssZGRDwO67Hc/8mMAR3bNtOf49wl7/89Kcx4D9O17/qZvFw5XV8FbwqeR0SWXftgW871tl3Mrhm&#10;zoYMOdKQtjyq6dxDOcaCsiOyX5dbUrUspXL2ISWhV8qG0sTkghl9J49CBYXeAYa2JRMhMPRlRZZ4&#10;pUbfy2bvEHuoqm66Tk2uZlCXwaw6qlFMEugWBoQtZaHWJLFnd/4+cZpIHchcAtop6M17hzAxjVUZ&#10;beGfcaO2H/x3fEjoT5kl+hJ6ugfYi5D3aewBHMbByjIGrHpgeT6PIcPGTZswgNjs7RiwR51E79hl&#10;VqMhkYV6Xz0j9g1NrJniMFHe6yIrj4MzpBaoXVT1mHiZTG79bNR+xXrwij8ws6G9EgQDY9z7p0BC&#10;mEdPsoRjNxy+gb6rh354Bs8SK7GEuCLnxScIF1obRrVVAE5LD+h5P72AXPqUW7F6s952gI9Dwi/E&#10;/7CUYZtJvBKNhks6JcQ5BepqLRajqlEJSTHA1qS3o2tsPVW94XQgVehniepMTY0MuFlIMa8VNGwU&#10;KsanGxsvOxbmogZ33HDHLczs+xcfsdF42mlwho0a4mi4SA0TKySWRqBPfGUSAEWLQ0o+6BhX4JbZ&#10;p8nYuuPCMorA1HPtE9RKDUq6qDz41eSLE7WamjShK/UMDGmAuQDrLBYsGxeEwDDIZVCUC23N6KRr&#10;rLTLjcsbMSOBG+lrmZZfgmkBaxlTxLQkuq1wlTZo2pbn5sEbjVwxB/ryJMYo+TV5iEsOtJoMBEzT&#10;g1309msAO0qM/YuQwBPDOCgCxpJWVFUtZkwjX6tU1uqlvLUY63LKGgMeSwAkFuCH8CSKqNMozvmV&#10;p+H7hRVJdxUsIFroEwAJbmJM15t7OoAar7p6N3bw8+kUPFNWAuxbOMWF14KCez6GnIEY/rO/5z04&#10;zp+PwT5+XZaTMPFwcR7T5FMv0142cT4JQ2jWa6nPXQwgMS4xsvWyOU4c5Cnz4tLAsyRcE4zCoGPw&#10;7JTkS5VBlzr9CJ6LMbGaGnp7rb5cTmXSfT5mBkqZWo6vyg184yeMIe9HVetx1SpPcZX32fOmt16K&#10;WwtjDL/Cw4d92BhssmxYTlXjh1V7dq1TmXZaIopnLYOw/FX5X5fQDM8POR22wiYyRRsx8WKTXmn9&#10;ca2WcN44jMUI2MeSVyspzGvA7ONrU6hZvMuo6ZTQ4N0yqY8uueNaaZHj5PQTY1zNGUvWdJ1Nl0Kb&#10;SOX52k7jMzE1fprTh9FtbwbLYH3PAQAEA3CKU3AdvQjH+D7vmWz47Bj0WxI5WmDuoRMFUMdhNJBk&#10;4b5isG6G0+KqJWHldUV6q78OB8L66/BUi8NBGNBjEJG9J7nxZFCPG0LcMzWeGwd5rgFYzhm9S2Bs&#10;niiQdN0b0BzSR69YT3TNxpouXVUjEGGOzl8zTRvXz9HG1bPw3gKLD89ZF/f7VM/Lrz0eXbV4lNSK&#10;nG2uoNXG3yCN0gHsk2KIa6kiMJUaWW6YCYeAjnGD8WzIYcyyYF+ape6VIiHIxkwgH0wSO+XCXZdt&#10;vuOg5/TubFjgzGKMCbX6s5WYKTPjytGhY0SPPd+nU4se7IucG5N4zya+eWkQh7flqxM/vToOrKRA&#10;MyFxnSLLl3RkEOSnUVobhmo2+MfGOX9zvSPDp5FPNHYiah6SSFko2588s7fWqYSLIYANsDmNxf/i&#10;TR0A5+F68jGXXj0AH1BqpSu7lMsZjOBNszc2pXezj/L1CIPSxktoqPuckfW8qyAdr6NLfT9I4UYx&#10;2LgUthWgFUE8z1SQtV8Tgj2mYyP46fclkuHJ1JRfKwsJLjICDorftTDOA7vCezo29g76unJ8Yr8j&#10;wE+vqAWwPIngqaOHjtIugCwOzcqMyO0raWI41bItQzuD28E5gX1BLlOWvqmYAZC2eesOsLvupbsB&#10;oGzZuIE2bt0u6auZfJKBobLMDf/x74u4zl0wvmr2iMKgypw4LOuZH1P2JUXZggG3AkMXZvNVkMRy&#10;o8KJ5mwz4CDrLVdvourFgxh4nNDrwAw6K6FTfViD2AWwnNeux7nqiY/pAk78wvySMPmmmMl3z9fI&#10;PfkA3vtZSAYPCTDEFg9ivYHrU3KqNYDkfmcozVd3FQIhdl5B/StuJXvJFQD9VlM5y7UO1Al8rcSM&#10;sRJwiZ9dTnflgWR5DMO3hx/C1z3wAXwYHsXwK3QLsu52yBuZi3Ujg6m1T4DmuqdfwKNwJ7zgbvte&#10;mt+1m0oEtXCICZ+H0njtCLVsEZqo7+ardrmj9rjQh6Y1pRxEGLtfe6kX39s7d+ygbyAA4XkAmffe&#10;+w36EjzV7v3mfXQB/v61kOZeeNFuDJQ6PrADDNB7772XHnzwIbrikotpA+4Zvpf52u3ctRNMr924&#10;3jOaYs1+Yj1fm1p7VuAJp3R21adKAuO49sVAwEHebe/7KtXf+DKMA+HNB7luMZwXqxJm6tqgvKnj&#10;xAaYBwIA2JqCRS2rzqchrnl58+3kLroCm50fDC7h3mBGTx2Y1ybp5BN/cJsw75rdx50beyKD+8aB&#10;fS1QyHw3Wctn8702aSxNNtwZgkG1CFBb1iMeaDJ7E+tlH+ALgw3zWKNuuPkWuhDehvfgnvnSnV/G&#10;0LBPl4PV2eEhAgJXboG1zxe+8AW678EH6DtPPUVvevNbBNyosbDya/dQt1x0yWUYMKylOyEDXwXZ&#10;6e233471tut3P+t9yVxQSIQB/kiixriElFHL+DMjf6N94fKBmOeS0GvG2+Ak91naU9sxhxwruCij&#10;9V3ZEP3YEEMWBkUF7GOvuu6U77FsqfuoyxJ23aDyadyGMlmrUQmvSYJApOer62ZvVEmxi0xUk4S5&#10;+OdV/IWV7RUskSSdVYHHQFKqVVEVwit83qSRofWQTXWlVzW0D2qzPpNEmNqLe1IAIgHECunl+Bie&#10;BMN6FhYBmwD4+T0E7LbFodQNAmSF0MRAPAj+curzG/EJAbA8GBk+v6Ekq8Y1vnc2TretDCWWah/q&#10;Zjmki/cbVsXhWvTxzAz53merJA6fKb36yqrUlYwPouBzEYIwhMCjQZYmkcRGZaptAmH5+8TSofDU&#10;xRCsKf/WKaPUNhCunKpXRVhAYV93kSDkvYkVRzNWrVeUpRfXCdPM/eVetGrPReoR7I/Z98UuGAcK&#10;CBwY3JQwW12WPB0Lc08UKr1E/0Zm9v30L3z4I2TSVDYbAYWG9WYiSBKmZsLwY20yy37DyVMvv8jc&#10;S9hzsWiMi36IO04mPQnKOS4x19g0AdZmHoAjqUEa8OAijbuh/E5y3cvDK5K2L/gDKGPQjAX7RlN8&#10;c7DPtL7F5Ew3a9I4k1GsLTmPLmUepgttCvq1GXuZvZ4Z+WrYD6Yx9c1o0iZL8c0TscyE85CDec29&#10;YDP/hvT+yDwzWgzG9FejEt6GydiaAKksWu7ZYOrakgs0zMuGKRpfOwBGwWKsDimEPtKeJzlc5PQZ&#10;uELD9MRzz9IxFHv8fVM9yDjgw8TSKfZjGgjCjkkfe4lxWABPKBybKi/QjZdup+nzL6XjB56jlSic&#10;xWsb8t5Cp//8nDHDj6flVp87Uso1mzLz6y4OvL/d4ryhEzBX3vvIXjD75uXfvcWTSyaetYKfnSix&#10;nkHK4CwYBvz5+ktLHiRTanGtfkBh0QlMXFJvAlnAKz03mnwVfsZTx5qCY1g13mtGE1OdeDxUasDP&#10;YOJApFB15Tcb48nwyhThBmJJ5CRSp9RO65WwnReamuyPx8b1qJHH+yY8AT5j2IWfhDPoOIfzsXbV&#10;Wi/fUykWJ4su8LRWBxkzUwWtxQa5Zs2ceEjxJksRwGhCDIzJJ1lnU2a6MT6Uo9r+ScwDM9FKNK67&#10;LdloBFkCGK5s1ykUCD2cw5VgMXZRSK5GU7pmFgm+SK7YssLRBSz17TmR4DkAfws8KQUYN+S8Xufl&#10;udWAWYBLcl0LAHjFkKXiQ2FxFPi7Tu1BPmF1yPXti1SYJWlGDHsB4rExu/NA3xKks0t2ER5RuKd6&#10;kO3ia+1sDYCvS1euQZruGkfXbV5Fu9fM0pY1q2gt2HsbN8zRWpjos2SdGTLdLrOSmglcTXXjgZpK&#10;dMz49AoRIYkfMZiwpx/zsrHag30dSeRNpSkB7DNZMELGhk4VMdaM3U8m2oePCVoay/I047OeRzOX&#10;2uzsjJfV3FKBmVc2DVDgTInsgtlmKNwOHnXC7Du5aKUYrV0rsTZR4RiTzY21QK6isXP0ndJAmNo1&#10;BsnprD8CgrYx7w5rejShiB6gKsEyrrVvK3szMu5dLqROWPthWFinnjwhCCTUTiLjNXTp5tKDfXpB&#10;avjWif9cMT3Gj9ZFRmKW+kgtCZUco8rkGCxiWQk/z5wYL7IfH4Rgiya9lmu8IXO8Km+g7Ye2mmZM&#10;NqYm1y7pd2rv71YWunaqJ7IAiWotEaXf+HV62sSUXquJv5IsywDBsI5pvYHd6d+q8uEuZaPm8Onh&#10;NWdAsPEfHXv5IL2IlN61G9fT7LoN0uxyw1wEPfIYsG/sfZ8AqvYswD6xuEDzwfIiYzSABoM7bpJe&#10;2v8c7X34Edq2bRuOZ5Ucc6nHw585lmzJWsvph+I0Cxa1wZ5THz5GBk1nV/dDXpmmwb4bAPBjEM0h&#10;CIxP7gx8Zks+zyzZmgJQiMCGpVNoVvunZZLFjSwzLdnWoIYnW4U6w67ZCBluT6S/s/ueJtp7H9Xf&#10;/hYYgM9ieHJcmNJcZ5Qilcf15IajU4rBOHuudeFZay++hhbA5Ovv3E2dTWtlGGaYWcd+fNwLWBfE&#10;s57piUFowemuzzxFhPAQehq+xsdewLp5StdMlvfiitt+tLYo2MsRwSIV/P6qS15FdONryF12LZXi&#10;YdiVIDTrPCAv60nCwTa0vDc2terNduJqEwRmlp/PsV8zM8y1EV+BxNmdO3fQY48+QofwebkuvANh&#10;Lj/7/p+nq67dI/cDy8RYTbB121Z66rFH6cCLL0OOeYhuQeIuy+pYCn4Z2HxrV895P+Ugv6dl7B3G&#10;3bNOvYv5fpHgjZeIoDrpfOtOMs88RMUC5Ipgv3snAE+WmCpMHJh466ZS5OLMcCKAu/0L95C5HWw+&#10;hNEQ16icbswsU/GlrCObxrh8n2xIComNkgqNJ1oVj2P2jSEdTAL7MtaeOXPq8vKS3uUYfdQ2fvJg&#10;H4rIHuqMw68cpj9DEu6nkMTLwN0zCN6YBktpw4ZNAoSfB9/Pyy66iO7jVOa776bn8EzeioRlDolb&#10;u24Nbd+ylb4Nj8dHH3uMnn8GDL9LLwNzdrUEw3CAAl+m83ftoje98fX09h/4AVoFKx6ut9izMu7X&#10;6lMWFDmj82F3BnAtBdDHA3dmbF4vje3KJ5/zMwN+ee+Xp/02tZQdAfkiIOdcEzgoPQjWSzwHtvbs&#10;qyGznPHlyo6sXWVQCqhcIdpDBSlqMDaSkBvtdwTMq6IntRPvuqH6q7noXxWk90bDGeSrrqJiJPak&#10;SpKo6jpiLHW8IDYjNBnnASgOrVrEgIeBvm/DI34/1v4KU5uhykIlVVaH+7ze29LfF08/9xx9G4Eu&#10;i/CfP4lU8aMnTsPWhz3urLdPc16uG9J1fT5rnaldqpjoXGvP5rx/bajBEuCVfQElSVZYioUnXnAP&#10;hnO/gF53cRosYgy5UESITy8Del21JbGqcLOativMu6JQxl4p7EaR2pbakwmA57/HqlTWasou73FG&#10;B468h3nZr4mvK1cuDHutMigVAHWt1HanWISAnSYJHdV7L9451mQyXqvrbvBdrEPfF4M+rLf5CBZQ&#10;Sfqv09ThwJiO1nbqIxQAx+tvv/mjZaHIZCOdzRvTPP1Oi9+QjhWAmzBxN4o2By+AKG9JJDAhOCMm&#10;6yVpqIpGtmnW4bVq55KswsaPIyvfTEDhjXpo2dayZjJgzySsGtdQFPJ0WWqASgp69LQoiIt+0nJE&#10;+U0qF7AJk9BlMt5mo3MJ4l9nst6MMZg0Fm2T4XwGZVrsxjRtmRrvOrL54m9GPflG6SjJLDQZgpgk&#10;+XcUwDCZp0NMQIzeOi56W8nD48Jx5RLunEFuZQodzJE828Q3EsHTLSQwOtd85sDWE8qv8X5xXJEF&#10;1D69ZweY6JRCkVXUnSfs/aEEeRj83CyK9T43JUtL4udVM6ghUtN5KbJZ7jjkoltkvUNZSPj7Dr94&#10;gDYVPnWIp4K82CxyKAJei73gSM1bh8pO41AC60rvd0Ze8mPU90IaSiT+8XPkgVAvU6spMGQaLxrf&#10;RPvpzgmkAq+CaTgv/kJ5HqhUVoysPePR09RTBjA+u14r70nmopenxMdTCODwQQviaFXX6mnUUMAZ&#10;EHXBIF7ieJmhV+q/1f49FCyx6lWVgg61SrT9HjOQc8DNlanVl66ICt4IwPnix0WfvZAuzo1GiaZy&#10;RTntF19e1DVXcwb3yLxAjkPxBzS1D09hJgSJT4d/L5smiKVgiRkVno+m8I6T+DbMp3RgnQ4d6buZ&#10;kidr6biwOfEfYVYOA5kzYPWxXBz3++o+Qi3WOSTLsTRziU5jMnoSDeoiaPeHTg3o4OkhnQYwehR0&#10;gcOQ3pZoDBaZ6TN0aujL3kGlFEjcrLG6wAeOoOAq/FrYsf668l00jftvxlbSUKxAk7saYSpT+PMq&#10;GPhvWDlNswy8MmsCvk3M8umhQJkSpuq0TOGYUdENRrxhc1WQIjKAaQKg6loBDI0uM59ou9z437k8&#10;Pc6HA1Emmx7DD2+Sxc1k9mfynRNkiu0BuFumcc1DntyEfieNUjJpmnQwsE1TXWU998wiD3QYCbQx&#10;LcuFuCW6cQxXUh88o4Bd2BzCsLEQ/lOdBGhlMbrkovy0AbSVyOAaewKyiSdeTLxVW+b4fNXRSJtc&#10;Ht4Q0sbzT9YQumxz0T0bWsAul/lnipeTpgaGsIuxLZmmLNdp7aIpuiTARyE+W8MKAIxb8pYV4Z91&#10;cMMME+GMsX0fA6YdTp/2DHM2/GcmppdDD31wla7LXCIWtmFMBY9VLpxF1VT5AUoYJzFQxyy+AIpZ&#10;Pd9Dft5rD7B2yiSAWwN/eN3u8dpfegYhP3slktL72I/6WHcwbQGrC19oyp554KsI7niJ3vrzv0KD&#10;Sy5E0NQqMRivwQigJPG+TKWaIwK2JPXapOqA0ZC00CAFQ3vZMfAZ57AGXX7l5WBt/Rx98fN/TR+H&#10;F9c7kZB55TXXwFtwnd5EVphqgZlBWqAzs7LEHj/Eyai376LhLdh3HryH6v0wi4fXKPtMLPK5P/YS&#10;db7xVbSmEJ4hBIGTbIeQMi0toN5AU1SDOVav2UCDx79J7pG7ZXDCTHdhW1VHyey9G6EbB5G+hCR5&#10;SLqGB5H4a/ri9cfXnp+kvtDCfPIk+w+xx2jNQ0sk6tKFV1IfvnxAFADwgRGN+2hQ+2ErN0nMYGJ/&#10;PQZ+LNM6oSowsCVxzwLke/YRWB0gyRd7gcW6vST+RYU2hkM/HIRkbMgWGfDJKjbvpGInglhwPmr4&#10;qRbckIZ0dw6V8E7AUhNF1m1QF9AZt7u4XgYVATfv/JxWYh9SiHScvX6NUekWD3c5XAX7SK1Nt9NG&#10;meXRPQkEKOjqa6+jD3zgA/Sbv/VbsHZZpDXw3du6bTN+bgrezkv0CMt3H3+MbrrpevqZ9/8CfeGz&#10;n6VNmzZL0zs1N+V9omRPqjzAqh7o4rEsfpF+iMkpok7Ot/O/x3Xuu1LWlg4PxfhnTkHxgGtsnnyY&#10;7L5HIRE/7tUPXL1I6mpo4DXNkd8Dz/CgY0UOh7groo1baBFBK277TuqCGVpgrVhglQODs7jmXWUz&#10;VaaMcl+nwxFpWms3MlDybWyL9bfMqDP6JZoxQVWu6W+iH+CIIdzZpsSaFgds9GeCbHuJpdAMoJFn&#10;4IhljfP+3TOoQVjl8/v/4Xfpzq9/DUr7NXTVFVfI0P0r+PMfIzH3Mki6P/ShD9Fll19O199wPf3h&#10;x36PPvb7H6MvfeVrdPgXfoE+8P730xXXXE2ve8Pr6CaAf3/+f/8n+vgnPkH33X8//dj7fpze+973&#10;iYUCr8GsTLgAIRxWPMX5vumqOs0n0JMOsEOi52g2z5lShpugxpHcDTdSpS4vDXajAN6kPj+royYo&#10;6Jxr19HUDOqCatA16q2gGouAPlY8xkgq9dwVX1T2ftYJl+RHBdCudtkiwuquQr3TZJjGu7dIeIfx&#10;ZwQYDMGPXCfI0MtLVT3Irl6OvCdIGGQlx8GsPO7BGBAeDqsQx5mEJjZD0aLyAJK3xfOfox7ye1s6&#10;iPX2hQGsnLo+8VZsetRzmQd/VFMkOYhkGevZPGr2h7/zDJ8UsH37tBPg8lXnbaVNUDBxWMwAppzS&#10;H/Jen/q4q3KFj7GLhYR7SmH76rkplQEhHYBS+3g9GXA0Su3rBx4eLEJFtIheeYGT7UvvFd+VtGGj&#10;/nmFqjX87wslo9XBh9zkwZApOckPNAvNpWh6gdqYqFTwJY5nwsnwQlULXqFaxNANWTedDzgbVDqM&#10;1qTdHKC2ERdrsKAqDpZSYkEIjzLaG9cUjjMQUdJQTJ+AHIgCLhCljK/fakoGi3x8elzFT//PH/qI&#10;MY2Eg1KWV8ruck1aFb+gb5YbQMcGw27KJbi5BUYoi20zrHJpqqZtAhASVkzwTnMhBTJpUE3b0j5M&#10;iN2EJCVjKOfQUS6fyejnDXhlMj2Ia3yLWnPjlCGTAqZuxNeg7SSzXPJTzsaJbLuE7TdqdDt+zOJM&#10;gxan4KIxrQMLtn2mMTD3ogCT3WSFSUznwzUMzE61raVU4k2T2YUu9esLUl7Xnu6ZNPeKglOjqxsZ&#10;Vvw1/IxONdyYZLVAi3bK8gjnxKWAkibF8vfxRJc9FBY4jW1xKIvyEhbJgydO0BNPPwa5IokngoHk&#10;RvwWNOSiv3CcFk8fRwME+S8YTix97KMovHwbPMRuvI0OvXQQKY2FUP1PHD0kEpGOGo/yVKMDGY4T&#10;NoE4JMvm0OfFVEI6rDCfFheG+OrTNx/6Js1DwtPnxLZCQcxErpneq8xIY4B+DobjPOVh9t0AAI7x&#10;cJ4Xxur59JHlHmAMkxzPpBvIcQzxuTjtdsCyS244ZNo11EQqeGSwPJdTUrmgrj37K07ddBIWNq5Y&#10;ndej4tZAyW9CVijecz4h0kmkPZvDmsrGdcsztT3LxobbMrA+9e26KHjPW7FG5BdG2bxGpcb9ig2Y&#10;h7KozoFlsAJfa1fP0BQYb3zdPIun1tRPkyVoZUWVm+Tb58ZbAbhUipCC3OachBFmxEwsl4dmpDZr&#10;1NTZF33BHLzEJs33I5v4zkyxl98sZL34FeDaRsi5tq4saduqLm3Dr7vwdflqQzuYAQj23Ub8fu1K&#10;nLcus/EqhIHwF8BVPDRrVpIw9NbPVLR9lcXPWLoQzKCL1pUI0yho1xz8ztZN0WXrV9JO+AhesGaG&#10;LlwHxt6qHl53BW1Yt5LWQKa7AoZo01Mr0IyVEmzTiRMuo0UeZR1D5nHa5guYFlAW79Va2GskzL7H&#10;JaCDYe4Q0lEWHnhvegaTedql63MYKqXpvWPvg7ENbLOfpP1Kerh2QohgkLw0AFXiKWMagCmCv2rP&#10;4tIEPdMkAafObJwGyv/ELgJHThl64vnTdGy+ELP4YWWz8K7cZj0ZsNUexCqKMPjS3cQbvjF3yaei&#10;UePH0/iX2GYf0Ge/1mGmU2luuPm9d2hrj6ZEfqJp6Fwx1UMbAU6X2kukdhKJ3YTsKCE8R9YMME+3&#10;4v7suCawRza8jvfsy4J2ArjYaGBcYlKeXfgQmGI18S6YsMsHZdBiKBKxEqmOfvgi7UPGEuTycjgc&#10;eEDDVLEW418YvCvSlGTnz6cU6ZVn+5kkpd7FICv1rVPQ2wdkBWVIHe8DF4O02mnVLmH5hxR5v+ez&#10;r8+RY0dp6dhJWolE3Jkur8MzEhpUKvtTpKisJy6KFtBnxjT5o4xo02YpZfNOF3+Mi/wV8MnaBDbO&#10;M089SX/7P/6e1iGhdzt8tTqSfunEFzQm8gQmSOSZ6tSeTfhnV8FrD8yMo0eFWNXh4QhXvrAMMPDm&#10;YmdCUHzITDHziu0DnGfX4c8F1mI6glANsPd6hgG/joA4LAkenjhI7ujLkOseBKA6kJ19KOFIcmsL&#10;G9kx6MheTSVCu7ZcQPZyBGBcdj0Nz7sQCcCoZ9gjkRtDeT79wLLPzyBbMuC8s22IgWzMPvQNgJZ3&#10;UfnCk/BfRRAHjqVfeInXVOUkSKOSyzr0qYHdOXLnXwJZ8FU0uP42WoQfX7EKwCd7Ewb5VWS3jtsz&#10;Uy+fxAB/coaqfD8boTOI57QuZoWEkDGdVXYGGMrstcxeTsyZrdQY31pla9dxoWXp9lqAd88/8x0o&#10;Kx6lI7gOV4CNNcDecCe81f5PAEAs2+Tgr1ffdjtdd921AImvoJVQB/j+tYie5ll9qjKB6UKl1Sol&#10;l4RjDmMpVqDGQZ2HZ3YBrJzyCEJb7vsK2fu/TtUBeCMOjkqtWRgXFRB8vXvkQ8kqVVr0ABo73C/z&#10;G3ZStedWMvjqnH8hdVAX1sxmdQKxJlJJQy71cw0MY8qHkpQEk1FmB2Fyz7W4ztWtVAjjm/jGjT2x&#10;aDNZMq9bFtCbWBCNd01uAWHczTDQxx5ebN/DgWZLCFsx2njLoBzX5C8/+ef0sT/6Q7oYEu1/8xu/&#10;Sa+HD99td7wG4N330NPwZWT59sN799KrX32zpHizv95b3vEDdOSlFwH4fZX+HinM2zZvhkz3UmDr&#10;M/Dzu4KOHTpIDyJhl9fnt731zTGtsw5p9q7ZFxuu8si44sznw505CTmrXSKbtAlImfxSboJGeHlw&#10;fuzwy7nRJtel9VzDxgtLQxpqydC+QWif+CkOKrGMcOwXAZIFM8I44ZUlnGwjZPU820RtVqsPGj+b&#10;ArIqSC+sPyU0sHWBZ/Y7ReMaq6Ows9Tq9+f0K/RTkiDOlkVVFZVULg5V1ZJKC5a+a4YXbE80ANh8&#10;GN/71DyMdjo+yIJthnqo27lHYW9IyWgoS7WowrPfm5I+nu8rXseEfYg9/zRA6u8ceBnnoifWAhIM&#10;Yv0A0JS+/uJngm2k+PjZ/mEw8HszPyNDDaNgWwkm7VhqwhmZvLEADyBWgCzgfU+h3zrNsl0cLwdR&#10;8jrJAxBWtAUPu0JTbQtN3Q0hshIApYm73ss5rKX6/aX/HhvS5Ioinkur4R0SGmQ8eBoIcCJhtk12&#10;hccjtCdKiEOBcORcw7yLXvZ8PyioKBZJhQeImaFYa6hYCH1zSRBrDF5Vf+iIqdgivp9NMjZkYFXX&#10;me9sCPPg83jtLTd9tAxm1SZD3KmRzejE3Guii+RJ1J8LMpYWkJDSO/NI86YUNhFerlsgUxPGka8x&#10;9ixsFUyc9sVQCpdINRP2WUyw1Yeyjjj66GQ3WhyEFJdEr+8SDwqXsQT9OXGNkVdSWtqRRbXtNdFc&#10;CzPRD/CMrl1m7Jw6kX/Z1NEvMQRM4DWbJmCZ7Nga+XXKmEtSDU1G+cvkxq1VvaGam4bt6eUsNlnT&#10;XQydcMo28M2N3ofWKEPCxTCIbFNqFfciear1AeapC0+qOdGTgTRlpfJiwFJNXlDZ20FS1od+hR0M&#10;vZxkGkV6D4Ub9DT4ebD74MHDE3sLiQobUzPIxbJE7w0Ifz1uSvD6h5HCW2jTw8Bht1f6e4Gnt1gw&#10;a/bmScAw8cxTbVVoVHlj8I2VE4BwFr5qR0rPPBE5KwXPhaZIChJnfo0+gMv50ydpNRK9pocwREVT&#10;YTThuHSh+a4EzPMT9UoSmrK0z9rpGuBkyswpqo493HSDrXUdkc9VmWYClsoL9DduxFt5TNBEGC5o&#10;crNfRhr/rPB8MZPGDyYaOVnK33D6b05p6T2k3knysUlbTp8cZzlZ0HgGowCL6uHoatcqQGgCPySd&#10;UDqa3I+YMcAgjRqNu3Msbsew/s7WqtposIvIwwofZNLjWxEkgJVVLZNAnkQO+otynzCoXWHjX8Lv&#10;xd8SctxapqJdMP86vgjoe7N/XquLrp+schu1ktONVRIzO4OErW4h9xs3ZlNsgM/+eNgsOUiEPwYD&#10;e0WpJrv4uV7wx9K9xRfFxTmdHtfSgmQAdMIWm+SVR2ohYcLiWS/zRufqkTPh59sKJs9McWd9O7Tv&#10;YBeYcq71DZTb/sSmVGlt8pzVmvaptZWL3p7eR861Wr1UKhmLdudyz9tgYaGSMZPuvyEszDSKA+Oa&#10;QWEAi0zbL8ckTHtfkTQ7ubLxnQ4dbBFS5JwmzVYjAIIvaV30DxVpDZuzswdWwd5zCaJqihgA1siF&#10;dJ2Ufcvqn+voE+VBzIZRGgdvwU+QGdhI6BXZOJU+8EjWa5KGRvmS+CwsrQf7tfZDPAECe+w51fey&#10;dpXnpXVaGPSFlNmReiXBYmotisPa74LHX0gPdDaC70Ed4NKfxYnrdgoBKXg4xOtst+sBTbYk4mvB&#10;a8sTD99N9v/F6/7AD9Ele24QttMMmptTQ88GNol/oTkLE4XAmjjb/5h1xWxwZmNtBtj3DhyH+exf&#10;0Re++LdIal8Dht918PCdaYKuhLFYSEJjTHaUfarwUt7zzsetVcjruecexR5+XHzp2D+tOn2IzLfv&#10;FwYJXfNq6kD+W5uhsOJ6YDrXCA1x196GYwJrAkCbq496YinbCvD+xey6DjeI7FXak3ReBxZoJX5A&#10;kOpCFVCv30yDTedRveMiGkI2PCh5sIP04KEHHg03pcLoKkRuXDIIiXuGMKzsvICvAw9T/zCYg7Ai&#10;4QV+AdetZL/h2q8niyLP5iYQViYlQL7V66m66Coann8BTa9ag/RgKCQYnOqwDYA5Kw+3s1kwzRj6&#10;M+8Ti2CJnsCg9v77v0nbL7gQgRjbwWKBGfzSogxtj0L18Jm//G/0EhJQf/CdPwRfvV00C2lZVn/r&#10;WsWWFz/8rh+hZ1kSh1TV3/jtfytN8sFDh+hihHHs2bNHvNVW4u86NjCQrVobLP8pBJgVzyi/TjEA&#10;PxzyNT0ia0UF+XD3+f1knn6A3CsHqDM4Kc8KA3VWapShV4NoYqc8Q9Z7UvFTvtTZRH0wZMtrb6HO&#10;Gvgk8p5b9vyeXddqIeO9wdK9wJxFPzaZ+WUmhGy0f7ah17eUwkmg3D/yf3HQ549ZYAo8J88/8wz9&#10;l//nP9P/9JM/Rdsh3T5x8hQ9fD/8GXdfDPntBtqNEJbvf/tb6c1vfRuYvWskPK/EkOhRhK+cPHlC&#10;GFb7Dxygn/3Zf04/8d730rt+9D10+sRx+vlf+iU6jT7hc3/7RfodsP1WgU15y803i+3IB37pV+jN&#10;b3oz3m+nBwcS1ZjvfcaYfJictb9cOIZzZoIRfFvmQKNqkMzXt7k1THuw6SYEr7jGRme0/l0+TCSt&#10;o43N03ej/ZPVviCQAWT5sZEd5vtFL68dGg++Few1CgAr1G5Gg6m0Y6TSqL9e7S0wZF9l2yHZ33y/&#10;UQTCqzCgC//sSQ9V+eGT1jBRwqs1j6iS+L0qE8MdPFPWZObOXGdwIJP0hMoCZPUMeNz0HQx3psB0&#10;ZyXVUB53tTfioYQmuErf2K2FvCKMaQzIGVxk8E4Afcb8cNwcDrX30Mt0BAzw8+ZW0Xbc0yuYMY/v&#10;488urvKFr1MWmfHIg0KqZMAgarMERuLQtn7FawjspnAe5yXVHUNgZsh1rDAeeW0qgqUcBz0puBV9&#10;9mOImI2JuUaDoEg9hElSdYvo42cStaWfO1hPWwpe5dFazjbWTrbxvXOUzl9N1g8V1tu3uGh/RHEo&#10;44d7DRkuEK2CvDhIueMw2qrftNQIiv1IyI+JMu40QFAlMMps9LL9gI0YvW+9P7JvPkpr83TrdOFw&#10;IYHOeB+/YLLq6uThtCYB4dyEZMmUDWC810tIzTNe5pDbZ9jxDe24ocAY5l4siqPXnMp6E5S0YcgE&#10;7xzTmvO6bPVyrlEtNR5ByeSg1YNbk0ijWpr1kY+Veuktsx2eqcAxZ2Hkb43NgIZwHWI36sYk706Y&#10;9qRerCG8l0JDlvEnx/hLRemVyRu9cK3CObI52FG7ZpIoNHO+2dO49diQNFPX2GSa0VSumNTrGo08&#10;F0H+NdXfzkdsiWSXy54+S31Z2184YXr1wWTrMXNiGr535qRPZUJSp6mZmTfwD5vx8kGWX/BCLqw7&#10;TPuPoJiUxY1Bx2HVGLu27gShibOcmEFG2/VGrnWtzZRKWTnbEQvc+lVTtK/2IBYnMkmqb0i01WaG&#10;GwafFsyNIHwS5hdpo0XcPOQ9snjhszJgE0Fctj7gNtb6KSd/bt4Qg2SX1FC20o3LSo9qotmsEOeV&#10;HRmMW/2CUzd3SqivrEs5FYmRfmpDaeNAQibdzFJ0viDlqZQNIKAu2OG8+qjyssXyMBoRX0vynfjv&#10;qU+hNLrSuMKbB8zLJU4ZlSqaxAuLA00k1EQBP5OkU5l0Opw98G7CKDM3tc7aTueWAfncd+E/bfJh&#10;TDpsyWS+yTS1bnSXfM+WpS+ShL7PNHaprLoieRevEfbocz68rI/fczALb/QVS4pYuj70pvsMyDIL&#10;RUxocW7ZfF5EAjU3/EYkf3x+u8wq7ExlKeO1G3rvWDXalemWSwyczykdLnirtMCnMfKgCAs5m6wt&#10;PqW6TtW4aQIXTZIvubPG+caBi66tADdnBxK61v4gctJ0bwzENFoGGE5vW5cPiUT8UPjAEkrTWfm3&#10;th55XZfWHFJMuUaKZZL9V7YFX+RUyjdvD7dcssU4DSiKCXKGcnaVDeyRJgnXRIDISzc9yNd4Cgoz&#10;rR4PAkevTQ1+8YMaJx6YZTH024zz022lJvr1I+7BOvAi9RcK+3OY8Cd7qHNB2GujiXdVqY+yMCF9&#10;wvkCwmyG9YJn6IrPmsdcnKJ0nNLbAeA3LJHQ258HUD/PHYfUdrWmLrtskJp9XD95TywAgm9fXTec&#10;TxdqMQH9jYB4/t4wibeS+lFbUh2B09AQPN84d7x+8Gfin+sxWAqp0hN776JTCLWaQ1jGaqRVTrGR&#10;t5pd875prD2jkC/UaLVz5wQdVNgDeX9lqd4MQJwdAIPe876fpL/59KfoM5/5NM3Cr+08pAfPiReb&#10;HygVSXpPGFDxGlaLoT/sIsDscZ1bAR7h757+For0ShpH7P5UHD1Adi+Cgdasp9PrtpJZj7R4XFdm&#10;h7KNiDnvAnJgapT3YT98/gGxmRCWPmqLGT5dfIo1tVN6WQYVMYCpVm6h/tU3Qz67Awm+UyIPlvVW&#10;2AIMtPZk0OV9pXgIiPV9CX6sRxEmtu8ZKp4A6HoKUmGEbrAH61BqAZJ9wTKTkN+z8mQ+Xt/nN55H&#10;wx1XUWfHbvkMzJhakA6TGfI98ftkXUR7jTATAYtzneKQsE/mMbz967/6NP0pvNVu2HMd/bN//jO0&#10;dcsWsMN74s38AnyYOTX1OAagDIS//xd+iWamp3wQQgDe8af5+dNyji6Cr92HPvyr9Fu/+W/oO/ue&#10;k+N9x/d9H73tne+kdWiU+bMvgrm5AjJfrvdkeGvODFdxLdKTTnIo/lactsl7qzuxiITjF2l4/5ep&#10;PLkfx4hwCIRlDR0P23CvuSmvWlFPMJHssVuNMNAx3CzmaGHndTS48kaa2bgRhvio0zqlT3xmpib5&#10;gB1+ar2VjF2m7nCtmr5pjHITinrC9Up2SGfG2Fa0IHvnziJd9x8F+ZP34aH4k088Rv/9c58HoPs8&#10;/S+/9It055e/hHvnU/Q6eDR+8MO/RntuupGuvfEmqQm9XRjAvedfoF/58P8KQsAsffBDH4RX40H6&#10;oz/+Y/oPf/AHtA2BHHe88Q0i/f7VX/8IXQTvxt//4z+hX//I/06//dGP0uXwfJzGkPPKq68SVilZ&#10;m+835PK+LT3/brJE+qzy3kbY0G7ZIF8XwynM5O9xrmVJ1ajLnFsOCB4nAXb58SdhX9ET3wRlSsMa&#10;rwORofBhD32kaDv2sutysFIZ97Raaxg/L1RGtnEakKhhhgyo9ZcEcAt5J4HNLu8V7c/8ANADbQMF&#10;k6xKfLWfYQxIezofehoIHUP/OYsiY+NLH8XMk/5QVspFrNcH+cAxBOdBDBNZhsqul95M/g7DemP1&#10;OGoJAOL1nf+M0yBApkGdYuqu2BdY7mth4/Mc1vrv7D9JG+BFeSuk4+vhWd4TObn3VhcLB+aQq6zd&#10;18VW1hsOZixQ5w+w5x/BYOokVyTT2K+6pQ7k2De08HJf7oNDij2z1ZzaLZU2MmxD+EWaH2CtbWog&#10;zZ6w+tqRFan3hhA/WlkJJvFb57WS9Bi49iu1X4yrj/MALweBGHm9InopepCujmm4AbQIw06XeBwb&#10;DeDwqd2uUdS6RnrucSPbEMtcbtxUu1boS8Y49BUl4wxyan/ul3/1IzbKnIoo57VR56zJJHGaoDKY&#10;EL6RJLfx5Nra/Mt/X9Ek9wa6b/w3/buW3tlm0duJ/1/bINRmbueNzLQdDpHQPhtPvNTAfIIFukmZ&#10;by7Kl4Lk018UG8Ml8kAJm8hG25MKX4xb4zLbWdeemhgzxmc4SbQdc9TxnKahJ2nQSqZlty3Zdlis&#10;mgQb/csIxIafM8nPBpNJTahOkOw0sMXk94Hq4W16XJGeqvdgYaMUK7s/KAkTSVInjS6CSdZ3Uygm&#10;195kKb4hHESvtVJi/cMZZGy8GIKlhIecdfpcQLEclxPo+pjILWJq/vwrr9DgyGH44Axlmi0sj+D5&#10;oAl1/NlKq/IoXPvVsyXd8Za308GDMLLGkj0LhuCJoweFfi3G5FxwM9OMDZ6df/YC9ZeBPKaa10Id&#10;dyILHoDX3T/1AD36xIuaBJUyGsMiGeRZpZ8Mqm/LEDKQ48cOIxH4mDd3ZiYfU9LFb3AJm+KiMLf4&#10;Vw4X4aQ9p75VThNu60p9/DTsopG1+y5OQJnQcJs8LCWYlNbjAH6X34oh/CKmgisF3RsSl96glcEj&#10;BpFCk+zSYjRlp7goFdm4YpWEOQRCVqwbnFW5mqeCcyLaHDaslStnUcStQPpaTynfNIZDkrL63Nmh&#10;cYZydCN5lnLmyeQCzoyFaVr21nEjbIKT4mQo+bYifXZiwE6YqPkplb83jYCpcs+ieOqhemBT6V6X&#10;v5Dwi/O2YmoVpL89MBxWQgY8Q3Mwl14Jxt4s++7BlHcWxQony7F0vSOpf9OQGa3EOe6oMa9fQ0jf&#10;qwjJrJrYTgr05+dgksm5mVjAujGgZwDcBPDh+//kE/KM8BnpMrNWmiiSya7Jkb7c58bkSswYlj2B&#10;zDLOCNvE+8m0fGDP0m7cmJG7Ik3vbQAl0/iRpHurTd4/S+u14vnFypijyAx4Yv88HTpJkrJWOzvG&#10;pNskwxwPmNvCS+LrUOzZJqCiDgx9ZXfbdsOQTF/DA+zBDS3obLPue7DFRAa+35/SxyJJC5ZkNu9l&#10;p/VgxjBJmx7TYlVwo75rQ492b2r2ZQ/o8euXXo4Xg7FcPmwMQ9YRf17K960QTBLT7iXL3dcnZZA2&#10;L+n5L7VBrL1UWmq0UthMfv/vCxpY1zaxVPGF5FCSz13DOFerCpuGfbWY2aHJ83ITSCaXnHq+KZgQ&#10;l2e//vD1LxqyaPNcOJUr21oY+Txk63SHkMEdpwGS7JmdNcA3rFwBhhj2sC57d6b+pGMsQdLAmfTv&#10;bNbsT6bEFtqEDbAvipwPP3n++TvowYceoG9965s0B4bfunVrcSxTcc/igWAeHGVk8t7ntYRN05nB&#10;DKabPc6JkVhnOKDE1sJ2FtT5+BGagszPIN21N9MTWbuAiFiDBgAVprCHDQ8dJgMZatdVWkPhigoL&#10;upDahDpQIqwHk3D3NVRf/SqqzoNP3kr25ZuWgIZ+LfxOzp31Dpmabu/Y3xGefOXDjyLo4y4q9u+F&#10;3/1BSddlRi+zTXxDxQRYPyC1Fc7L9BowB7dRtesqMgAW7a6LEByCvRbgWWk9o16kXrWX09bOZvY8&#10;cS91aZ1tz8n4P/0OZlJ9Bcm5n/qrvwJINhTGFe8i14KBZ7UOmVu9li5DQu56HOcV8FnbfcklwioP&#10;AHI8Pg5Qs97LbRWAvBnsbxft2kk/9mM/TjfdcjOCvKD86JZyvIUG5VQ6fIysFTM5PrpShjF7XEkp&#10;dRp+XAhv6HwLHo2Pf52K0wdoivdp+PZxaiPfDzy/LJTR7uslft+eT0yeXkvDrZfR4tW3UHHtDVQA&#10;cC1YGg42n0VASqle1pJ4rEmSXPcWthhvFTRC9UssCCjpRbIAQjtSsJhEQ9RmdTcpN66xInLunAMf&#10;zjbAI+0zw/68bceFdPzwIbrr7nvp7774d/TwY4/Tu9/1Lnr3j/4orV41qzUnXA9R/zPAvoSwg9/+&#10;t79NhxGy82u/9q/o9te9nq6FhHs37o1HH32MvnrXXXTohRdo10UXSyLqVVdfQxtWr6IN69fTq159&#10;A0L7Vsn9wTXUQAajZRb85PcI224Am2N31CJemLGehBODbcbGb4x657lWMq9JJm7xtrZmsr1W9ncm&#10;60eNcWM4PTnDpvGGtLnEWPvIdPjrVUUDbyfEclsOWWSwblB5D3byklDegEKaag5gh5T74Ok38L6X&#10;sVf0ZIloC2USIMe4Zu+M3iguUbsHv0GvHqykb9QYIg1mrNXjl20TmEjCLOsjeFZf5kOe7om/HgOX&#10;fK+It6hIWX2wBX8m//vS772aQOs0CV1q64L31EIUM9JT8Z6Bf+9BdcZqtUNABY9jITrNCCOGhAVq&#10;ey54l5iQIsBYIR70S9g75nFsp9GTvoLXPIha/jTqf5rCeZ1mSXGXZrm/BYmCJcd8zjnp3khYhpE+&#10;2ctyTWRpir9+4WW7zP7m2p+Pj2XX3M8yUYMtMwoN4zD6eXw4SQjg8DJgq2BFxLEo1B5lM/hTyW+u&#10;NnMepCyCR30TrGcCZhEyHpRNGABzBph53S/0V6sZGBG70vCWZl1LrPRsHggS6ktZk4PkN7Oc0yEN&#10;QNsbbn01AjoSP7XRNbCIDYQP1dDAC+Nj4anlwRYmvqlM1Kb+evGBC5NqEx0RPEPQJcQXlzfKKSjm&#10;Ej+l+MHrzATcUctnb2RqUDdpO3HyW4/1AWwMSbXRVlpwmHKFJiJ9q3bTZkzTMJnENzCyC0ziJ3sG&#10;69qsWDVmDNi3TKvYTu5NJyWJ/DaT8hqTAZ8xbdSEdEnb8oowalCe8DqNGZvj5FxjrmxjEEsKUHFz&#10;16QdcQOYUsRdSLCsXWQURuq/PKT1aD3i0nNX6cUqEixIU2et2GTKglobz55gAIKPj02XHRfBhfdC&#10;mkWRdAGm4k/As4Xlt+zn0YWPEGkasNUJqTyXlZq64kCOw19ngKkwL0KDhVMyJWDJDU+NhoUV2nel&#10;4Rr8GT0TauiLdfEDUN8OuZ+9+edl21ZAdozFZIFT9WryLr0U5V6R2KymqgxCnjhxhE6fPKKNrEqF&#10;RxirbkyQjPUG7YHBEicWjaF7aJQLBXZt5lFpR0R8JpFxe/W9l62YeA4DI6crhuJ+oVZDeeNZi7UL&#10;gRADL0Hhtb4oozTcs7DUGD+QZ/A+09h8eHFzddUUoM6vTaVQrSuhiJduIAdXCQ3ee3V4OnblmYNJ&#10;bkDt6uUn924y28skcltDbrJ/2zjClUlNqt146M/ka5YbYfC6xjcimVfUOsU3SVK5AAg8SSqGeqzs&#10;6VT4pEb2hcJUL4QduLpUOZ9e7zBtdE5kwjaGvvgwGXFpK0wi2+H7yNPWnTIwjVLY04bJnXF03Xih&#10;5doTlwzKg0+bP0FWYzZ8YWgkdMeZkLjrogeeMS4LUUmlisa6bJ9xbpkwjZZReQDYnMuZ2LlzUWof&#10;0fy9cy0QMvteMyqcaQj8viCsE4+mOPiLaqfI0PLsZCuT4uCRSYlEN5XfNsfhuXpFYRsLhsQH1tWN&#10;t27Yr2yyO2YhJiaX+ggpJgazeF8uUg9Sk+ig67gPNvuhnLskAySci0yfnbANTOI3J/sH/rcC/pMb&#10;Z4dg93UlcCKhQgqo4TSQwtc3adBLkyToGwVlSIYk4TqwCMNg0TZuWsErC2FC3bnzJbihWnwBf39c&#10;mxRlV1r//HCghmV/vx4X3TO0NO/lsyFBOcz+OpJ61DC+BUSqvIm0/zzN3l7XDbPBxGJVn2ve52qX&#10;rJMU5UYCGqnFnRT+0/5a1ZWRxmxGEo07stYfO82Dq1P0wFf+hg7ue5Zu/sF30fQtr4If2koMsBYl&#10;VZQL80KY9eo91rZQSVZIa5JnIjM/caONqfM2GLwn9DCg43uUjfnZcuCf/jRCOz731/Tf/uKTGJb1&#10;6drrb5DBBrPiTNFYT3ij/5oWAQ50yyl9BvBeGzbQ0m1voPLJvWS/vZeGp16RgC5m67lDz1L/q4fI&#10;ISG3v+d1NIQXKqIzhLXJ90wffoG917yVlpCCaw98By95UlLSyxrszTkkgq7fSnTebrLbL6AawJTr&#10;BtCy6z212VfIakANM/V4rZufx2vtp+K5p8m8iBTf0y+IjIuPaThYFA/BpZp9Umsxj2eLDrZt6MID&#10;d7j5PBrsvooIv8LgUPwJowdWZaTGM3UVh8auDsEueUEbgb5suDBhR0yBf0Xw02HAyVNghT7xBJ23&#10;fTtdc9U19KU7v0R//bnP0YUA9173pu+V+24WUuk91+/Btdvj05hZDaGJm4UiQAKS87FWmuCN6/v6&#10;N36P1h+1DGwDMC77hYSz+OseDFGd2gP5ukXubK/mkCEaq0HA5MP94V58gez+Z8jte5KmjuyjGixc&#10;fpa4olmwff9yQwaG8XPs8yyLM9vBoKkG696t3ED1NoQ6XH61hHDwELnPgWQ4nkW1YBB/De796qox&#10;gpe6q0yKBDfBW81lfpc+3TuNi0rqT0rp73mEohsBoZLesOXd6FKJbwoKkzkD3Ouf+KFrXAStNukD&#10;9mrseOWL1T6H/+0A7v0nn3oK9wiGCgDyXoDXXgegxcYt2yGRZPlmT0IWmBXKx3nwpQN09z33CGv0&#10;FrD/Sn628V5vxP21f/8L9Akk9v7Fp/+K7r73Hvr3v/M7APk20Nu+/wcx2OzKusJgy3DoLaZ4oJyG&#10;v3lf5cRr1tGI5/xkTmzKnkwZcu2fbwtSTEv94EYUWhPf3022n6KWWiwv13KP5QgYtgynw34kx2iT&#10;2lk9ZSmEHDJgaqbxfC3q7q11zDSzeZewv7losRCHjbEvNFr9+ZA5pkoLc0r6AU3kDUE0zgN/Yrvg&#10;KAaCBVulaDvEvWbtpfZ15dmztdrPOK2xySjwp8STPnq9DjOg8VlewXEdlD7UyL7Cw8MVZUNsCmvP&#10;UNho3n4o+D3yOZGQCQbyWTZrmkCIrqjNBlIDTAGIrjRYlZ+HI2aRDmMI9W2E/7AdFdc1M+xP6/U9&#10;UsPxnJAV04OVXbXKYwug0teRDLDh3q4YdNOwCxMkzEE2zcQYckpQUdBfrTmsglyeZak2I+rLF6zp&#10;Qi0e6zmrjEkNBiTThL4Gghs5D6Ybj4tqErJt7OrCFNhrZ32/rkEvnmTk99Fwzr3EV0NtVYHmlYIk&#10;HopBmeZ04Cf1JaXexjZWxv6aNfcVhfAzvY8Y9GQf2kieCWF1us+UearsaPvYmOCH6a+aVkcfNdMM&#10;Ftwok8WZMRTcDJQJk3fvUBO273osp6FOCuA8TTb9vipjdoyXxjapXM0E3aXNksvIYRk12mnREdfK&#10;2o0nPbcbTF00UvmcMTSOoD7GZa9ZVB1NYvRNMFg1Y6JAbLoVujzZdmRw55I0ZBcbRueaZq8t2zWG&#10;Wv58ZswUx4mnQUa1TV4zTI3UNUgfGBvT+9xYibdryZBtTFQUmaxpGJQuv1NzslOgVqvnAxd4DMjZ&#10;gZ/Is1z2JPsW8P86PgFwRXdWphwLAPDIMSuOJ+JStpHmN8niWZDX+TM/guWzBV7T8sJ3ciCAGE+4&#10;vXO2ZxgOuehSHwDeDAZoHKwsxMMoYRVAxHgT7DkwCFYi5GDhmNMJk4bbuEZmHUEoNZnljcAlMeE1&#10;uTHoc/7M+V+rxmw23XRHgmtUVsXvo0BgYHYE70e/wVVCm44m6Lppi2+44UZiSqY/lfS8nrrtN8Rh&#10;I9OrGwaI93shT6HXGXkUmZu68cUiz5hkmU0lfAZqPCB0jeNibsB+Qvzvzst+JZxE/TpC4dNAGTrU&#10;cI7GJym4yYBdmi6WGg7T2cnMRtMJTSbPnWSX7BLAyWSAhsmeMZv69pg24GLj63davnHOBYlmkawT&#10;/oyVzWJC0dXNUWQf+9SqRLmSpqY6l4f3uNHiP8XSTHKiHKVspHbTYbLkWR80UGkQhXdFkzQ1a7Jw&#10;JqdJeEGKWtWmATQ83yrbZ+q6YVOGsKusb11WiJjsconBSOa/SyaGK4zbc1waG21bYTIteW4AGF3r&#10;FTLwUouR0pKmoNdZYm6tviTUVq8Hn5JQONmOevvY5roFgDcUNNFLxYwA5FHu07pfE2Fp4tOiDnqV&#10;AozOs7ttZOC5lh+RyQXYxkS/2cg89FscEqQHtA7AQaEyDxOSzBWoi0FFhtS7MtQLiTQpMgCae8na&#10;xCSJTJ5iGKOkrexLU6u20rGD2JP6z+KHF/FjS8T5FaUYUXfEv63WkBDxdOtyot6iT2J3IUTGivJo&#10;KN6rtS/ihQ1IfihWK1imgHsgL/A6Hz4GNyWzhY12J06ZCuHfQ4pxM3hz+hpYg0WRgqYB0v8O1m/0&#10;2zSDZrgvCYZL9NKz36Kvf6qiTRdsow2bdtEaSFIlGVDTAWfAkOmHQU6aZZ6C2uOkvKl3T2uIW+pa&#10;FiW5YHDNIsGwqlbTD/zwj1APkt4/+69/Bu9RDASRnLsR3rhDsCN6nLrqNHgEIB2fl9iE8efnBEWw&#10;Ag0SeDloxD16Hw7jhIA3duj9peqnHkJgB1J/L76aKgQhVezxW/m02MXNW/Dr7ViEASB++xFyAEiX&#10;wOSbuQKhG5DR9rt8QvG+YAdK81V5UTyzNBhYKsFYWcKv/dOQ6r5yCCnBuG+e2It/OwHYEDLvfl+A&#10;LSe+ir657OE8Dew0DQD4OTAH3aYLaPH8XeS27qI+/PnKroaMJQ5M6Ypbp4nziU+YSwcvWaTP6G4o&#10;YWCFbcA0lpdxrVYUarjv66X1AFP/yXveI6+7AsmTu3btoN/9vY/RJz/1KTC4dtEFF+wUJjo3UIXx&#10;jLwXX3qJToCltWHjejD4Vsk1n0UwVT0YxNC60jSyryKujDYftqukW+xbFDgsxJvPSUqxWNkyAQ9f&#10;XE/2wI6pH3+CikfuITqxH++H59J6vy3vvRyAfitsSva7HDJoxQPgBQ6EWwtPvusBDl9LZuNmvHBX&#10;ak5+ZosgOwtdZUg4VvZd2BuKDAA3Y/zgVHZm3JjuxbVGujTWyNaNlX5WTT/nbKxf29Fnru0h6Ebi&#10;W2kc711Aek7UPe2l2KyQmYJXmQRKMcuUl1EGUFH/XwQJ47/+yEfkfllE3f7r/9u/pI//p//I5sP0&#10;3p/8aZqSJHQnQ2j+eGs2bKGNmzfRM88+S/uefJJ24ueZMTUNX839zz9HmyHZf8db30InjrwiklKn&#10;lj7M/O12puS6yuNSp4CmjZYXbhIbMahnWgIO+i58i82YasPpJmg0lKpdnbiWt7RzZwrbaPevblkl&#10;wlkdddgTrd6XhdVbjo+n63tNeCJWAx7WwI6J2WV4Ltyw8VCLfW+tn0HVXk6BIqfp1twbVoNhso5V&#10;Kjl1qjQpmjCzwNpSYMuXsQzo12J9REnomPRrhd/LORSm0nVmGvfXPDz1TmDvmWefu47vUYJPLa9V&#10;PgTCxXBJHjoI+Og8o6zWFO2iquKQzacK1xEw4/2k0sTyyIpUYMwlCfYMOi7ZIF8tfBAI22ngOGaY&#10;eWfUW0/vxSJRQpJVVnroGbTe9yxiZT7r/cvnwLngauKHLaWSOKx6DNcaLpgNiZR5JzSCqmELW61P&#10;+aqKFDsGPfoDLXXQHOW+en9VpqkdyTUWOCYbSqtqTuTAQ+8D71J7HFUGMGFGl1NRFCqrmoctWdaB&#10;nu9CmY2V07Rn2+AxRWlHntYIBn7gX/yrj2QST2uy1LFofB2kuRSkn6aR8iSSUJNKc02QqqaJtjZK&#10;g8OXV2JTpMu6lMbbSm5taI1tuq9pmgdqNhyTsRUaY8NRyrBtZAEp20ApkplJTUpVJsrkGI0kLpcX&#10;ZwahCdPEJjLk9Djya2IjQGUT2evo1+jPGkvZ91NLKmts+no2TrYEAbfJ65Jnu0VZdyKJtikN1lAi&#10;r2ykuancu6FnN/dAfC9rozSpSQxOfAoaGC/f6B1lngxpAxtM38V7KaFceuPWhoYZGdXJNMQztl3Y&#10;I8TnhScdXJQN8DCyf98i2APz8ydF9nLo5Rfo1NHD8rk71qf8pg+qLLamjkzZLoqxN3/vm+j4EIvl&#10;sYO0bsNmFB3HZBrESURCqeZUIvbWSZILZcrD6Yk6UWDJgMhrFyEjGe6jp1GYv/Dyghim9YdVXFyN&#10;a01LXfCyq3N/tjMIAc1ZuYHUEc3woGnd8nw0wSUtFjGetm3ls3dZ+olGpNOblS9T9DwDU+7fUv0J&#10;agWfrA4WXJYG5wJcbHLZdhM72sjBmdV3/rr1UY5O5BJ5q7Kx2PwVG+AUmoBpTAJn0MDPrliJ45uW&#10;yYq0L8n0IwBPWZK3MWfwGHITCxznzuxZ7s6gWnHtAiqTyCdWAdnU15zZFN3Qd1mgjWFTj/kGM+GN&#10;jGnHJEy2QXCjs+JGVulyENZM+FiVGt46eHWa+afBrujL9/QKlfGWWqCPTKotRTKVybeTVMIbGV4j&#10;vkGUTeBH7yE3XqE8cn1NC9Bd9mQnCYpBwhy8TZNhT4LpDrWSGWI9PAVM4IkDi/TSUSPmzMM6DJRy&#10;2aRLwLFgIxGY5EFGHNaJmlzcP4Ks3CTJ1aTMsWDpEeolmzFdzUjaYCI40/qhCc3w1nh19BeOnCI3&#10;JtAqhSFY/oJCfOdqyAPP94MKkWJmSZaY0AMgCWtbYytgs5sw3Z98MZ7Ls0wq3wpsJv2eqVVracXW&#10;a+HJt0JCprio75Y+OdAzbJ0GjjT1n9hNGG9EHoEtHfp6RrivLbjwHFQJQ98G35zCeyGrFDCEc5Qi&#10;07Ei1UyvSRzOqpVIoTVnobYXwsooOF2OG3Q/prHWA8rMIOWZC4dTnAQYcwr68Y3nnQfvtZUIVOhK&#10;o04yRBvj35vHk0187ie6LbT+C8M4ZkrwuduO0I0X9z9PX/n6V4UFsplTesV/lBuibtKcG8odMo0E&#10;dfTRkNqV8LWDmmB4ghN54X8KJgkPv8zCCaxBJ3BOcF0ZTIYEt+a9UvBMXJMZAFIrVoO5h9Cj3VfQ&#10;4KJryG0Byw6gJ7EPHwAFDU1EM1JrmMsSazZp6SRYLgD5eg/dR/bRb4BV9m2838sszpKTzSz3ofND&#10;SVEIMbsTx+qmcKwbdtPwkj1UX3cT3g+sUgB9BT57KWtGQS6K3kwc7OXPomnYtIkU8Gw2HUmkDgNQ&#10;TYUuguw2WqEY2c+nMRgV+wjs5SvhrzjAs/Hlr36NDr5wgC6HbHcOabRTgjA78dr7/F9/hj7+nz9B&#10;L0N6uWPXhZDnrhHgNgKLI9YIqZ1OGszXaFMsqdF9NJgvhC0JuiQNkcrceeRxsnf9Dxo+dT8VC4cQ&#10;lFJJ7Sg2K8w8I688KbS/YDa9LfneQx3TXSPeiPWrXk/dq26k4YY1VKF2qQufQizWI8Gr9Rx36nEw&#10;UKYOcu01qfV1jl57ce+aRGoY+bM5q3RZBtaYySdgCA8+cC1PgPXJYNznPvs39OV/+BI9BrnuiRMn&#10;EYS9GkOETZBpg8kEttOVV1xOjz3ysARrnDhyBBLdq8W7U0JT8AzNADRkwPCuu++iO++8k47D8+wo&#10;Eqs//h8/Tl8D4++O228BA/hn6Lobrpc6UjzCxArAnH1SV9J3jngmjtGDnSF+N9Nend0aeDYS4Ak+&#10;86Yt0//u/xsbVEKN3NmkEkdVlDRcUycEggGp91tVN/VE7WJSqwmJ8xpaKCooQyk1Xb3U64bUE5hn&#10;ATQyueWX0+GDC+GLzitdSOW1Za8TmcnSazOIB1XTIZATTjJDmu1yel5uy0MekbPyAI4lr4of8J9F&#10;3lp6EJBfp6Pfz3tSV+xyunLv+d93NOHWCktd/k6+338vW/L4v0fSL/8890S417vyWrDrgTXDlNj3&#10;6Ht2vD+f1d6K3yuw+Ph4QsJ0of1fALTE9kp/rvHh05qCJbkBw7CBPOJVEoVa/YQE3+DhHvMa9H2t&#10;hitJbVP4/k1qGhtSbr00pY25VClI5oGcaE8WVa3Gs4adBoHmLFgFya3a5YnnuFEFWuFr5IBFmAzz&#10;S0JoGp++MGg2eh5TthUDgPASRRpvMW764XLXklQDHwJtXN4UmpHABpPMbopMmz4+CTAp+vkEONea&#10;AlFMb2uCQ7wvWMPiIq/RNiYrUJtE4HbwhEtSexNfoliqm1EJ7SQasjlzFSgUXW1SBLk1lB2bWcbL&#10;gDfjIgKEdtl0pcmpvS5rScax+WLBZNu0/FGAzRcq6p8VWGEuBTtobLpxU+LklmR+0hCmMcG4vLE9&#10;aJv1NgWDDXlZkeERfBHqIEN0uQF8nAxqamQIBgmZjJHWr76V1gcyRvCTFwr21YP2Rt6N461X9SDX&#10;QorWK88+pa9fy1TSN1NV5lfhJ7mO5jENOnxgH9l1F+v9gQki/D76x06hQ8PdrRHuLjOnraPkkSpF&#10;9xWUJLeIZ3OaLtpo6FvKpvC04brxJQpyq6qZQIh9bEsZP8nsf0R6PoFaVrtcsm5ZUuxCApFe5sIz&#10;d3gSKrH3MpUpR+oVZihabcKF6aFhIEGaJ5lybpSP2pZgplSBcI3CfbaCjc07pawdVbBIiGtBCKZw&#10;wvDrWIqNcB3TuPKUSlen0teUqVWTGZv56JZR+SbS5mW/150VCDge+Bv9Ozdh4m7OSo6c3ytnU7Oe&#10;XfmfpsSmUVlu1HF6wt850/Lqa39/eOZcA0YHeSqnarNPX8G2yFwEGslGyy9xAJ3ayb5hHWpLaMZ+&#10;vFGGX2qJEQKLqMVyoEyabUam51E+six4bJblm5sgL0mCPeLrCXDgwRgGjDoybRxGdq91aapV7vXk&#10;/fQ8KOSZnRVFr2KVxYmVc/TJq6PXXsYgCaxwG+I76pjWPpIRGT3yEha5BnikzEAXnQld8v5JcE2a&#10;PB+DPhytRWz1dTumafUKK55bQbpuomSK0+uWJNym9jFIFMcgGjXYlmuNC1lsMn7qmBAakGU2fuD9&#10;asP2XbQwDY+fl56j+hSYWsVLuFbznkHLAIDuU31msDMIwcEdbAkhZuRDL9eV84qpfdfKkIhTACMI&#10;abyEx8YExsbyoVQZPn9/OL+FjXbAyfdqcJuyXON6L8Pm2ltz4COuXIEmp8ssgiGdNrWylPp0CnLG&#10;R+/5Ih157lna8/Z30J7Xv4lW97z/5yIH/ViaECSXA9tmudXITV6F2cZhqMFYc6tWoenp0o+898fp&#10;vm/cTV/68j/IUO72172B1q1ZjeNXlkR4phJfUD4PDKZ1AUSRBTPrVa+lcu0mGj56P8IYnpEkRfY9&#10;omP7qX/XZ6jz8tVUv/p1ZOcwfCjBqmMfWZYGb9tKpzduIOasM7johAFSCuV0qFYgXFNw34rECgB6&#10;CHJ5+nGaPYD3eOUF2DxC9g3ZllUGJvzg1ScVoTOlb3b77P8HYJE27YZc90qq166jDnwTDbNOrLdA&#10;qfj9zJQG1LjczHRiMMIZeEaBAZP+Ve3iwLgSRNoKO89q3RWk+HwbcBAHKZtyPa7HO9/1bnpm3z66&#10;575v0h/83u8hbOPDtGrlSmlgWXZ13Q030tNI2mXzeqPgnNRXNC791IzcQy7NIdfzwO89jI8unq5F&#10;+PE9/zwVCD6hF79D5uizACHgB1kb75dZaAIjUpVd3ReFCD8TzvrwMfa4rZGkvLjtIqLLrqdi9RoB&#10;WvukjB8GNcTriyT52ZncNufc/xsDkbtz39X/EWI0xvH8xqfOJ8+v1PfMqpN7w9JpAL6f/+x/p49/&#10;4hPitbkWAB97df8XsHP5OXnja++gn/7ZnwPQu452ICH33/37f0ef/NP/Sp/+7OfoAED9X/6VDyE5&#10;93wZSPD1efe7fwRpzBfS57/wedr7+GN030MPCvPpve95N73zh38YDF/Gzr28Ujy9OBilxXZavr6r&#10;W6y+MfEaYzBSd8apsDnD6Ni1g3rPWM1GZZ9brm9N1AduPMMvDfo4U0BL8FHzioJCnhHPUPfp0nWX&#10;paUdCRfiBKGh5b0O6+DQ67HKUCQpMcUHOLBnWylAcWYdo/2i+I3WFO3C4uDRNH69Xpvp+4g6eDeX&#10;ZUJocVJH8ft5dQOHHCIMCMd6DO+92PXsXGtqLy9W0oz3K/cKgaLbifZFUt/YIoKMwuIL51GZfVVV&#10;KVhW+OTgEIKjZJloT6LMv9Tqi+13BLsxAWTzpCJWpgXg0As8vPdkCDIhZTnXdePrG4AzR8mgMLUF&#10;cN5znhKP4jpIbk1iBxrqCAXsfMvv6zxSQI97xxDkFgDeUJ7LvzszqowyeUBZZstWu6igKyRkxB9b&#10;aW0WeGeSmneoAKX8HPeSRTb/a4hrAaMwoef1g2Gnlii1JK5TBizXijGV8cXqOg+9Nq1tSo2tzBjN&#10;aONzkjQuKTCVyAdN0rS2IShHKaqTSHJi0W0aNWyd8jLGIV7qY+bc5ClDKg0TOeAwMR83Odg4xvcp&#10;NSU1ZyQ/h4CBhjHjXGubnJDKlfqLGmvOEJE+adqhKbeZZ18a8uFGYLn4MLs89SicE2FhFIp+awkT&#10;glxcm4lStyn7Nptu+vRcNwpuRE+/BLSLrDudslDw+snTADPGSPSe9FRlf42LEYlh6vPUGPvbSIu3&#10;YkDq5bNcHbOct8uyF2b2sDfTCm+ou4jkDvYyKHtlI28MZsO8eFvPUljEg30UZtdT6y/zps2Yqhf6&#10;esFIXpKAo7xH3SUzkNhFbykSh6hpWjfLgCSo6XxPVfXYzj4DAZgt6OpoVG9p+Y3UBcnGBOTH6mLf&#10;AMe8qHVUVltE1mkBJoBfV4oYRc6NZWQOmxzoEkFunUh1Q5Pv3IjzS0hAdi0J+whwpZOCWUxrvfmq&#10;T0uK7xu819RHKEYFKMAamJHR9zIo1NVr0cYUTZM18aMrhRuZSo4//26E6ufOKZJwfJk+XkMzCRBy&#10;5/QuqXx0PHg06tczuck2E1iQiZI1Wa9HZbvNeYsC2Hbasa5B8TlzvhGTNYY9jfCc1n02pB/oPpOI&#10;klwj9xwB+RLPuXHnw40B/ChxrmiHZ1hyuYtEqlg2eahI6vUXzTTM5HDnSSm/JpXZBQ+t5LpYE8sJ&#10;9VyzUc4cALoQ9pAqboIJdf5sFtH707lm8/d+flaL4DYjs5ne1zVldQRpuEq0CUivReKFEvUWaUhH&#10;nbi7JcPLOrU6cakU3jMMz1vXoa3rPEtbFUU6fDDRnsRgSON/rKv7HkvDld0XaqnQLKTDlKxWapjs&#10;uXmJk9CDHvaVIRgBcxsvwNtM0+kX0DC8AhsJvDfPqitNbLe2Oa+V7QhIxz6xNZisJLYFYWDmJUFp&#10;AqONbDwOkNJ0dlcL4FuI1Nf7zubDQ9fC2l0jK1SGJsuAq6phekpzUfrXZTE9A32zeBYX0DQb9iZC&#10;k/3ssw/T4P9bpLVbt9NupKSuY3aDmG/XEwcN4j/ozgQqLJ+e7T9/RwChKTAcHNKRN23dRrfedgeA&#10;Rkuf/PRfCnjw+jvuEJYfs/cEcLJFkhKtKcnCvKolAGJpbgUNd18s/kj1N+ept3gYMlvUGagWegCL&#10;h/seAdAHYOryPTRcBZlPVQrYxoElDqDoIgNT4vtUkg+YZkuRSlLsHa5V58QJ6rAnH/z4jj3xIN73&#10;tAzoeJTRARC8ACmsDNP5jOP8LvG4A8Eaw5k1RLuuoekdF9OplWtoeiOAxsqKp7EAWYOhvI6Yout6&#10;VbmmzjpbGaFxLXnghP8Cy0N8qlCjncbnWoCHcg8svhUAIJltIh+/CpLfQpiJfC9zsMt73vcTtP/F&#10;l+hbD+2le8DIuuP1r8cZ43CpLl1y6eX0yx/8EJ6FPphYs3JPV0MTw3pGbQ3awLHLWP4+uZHBPoDh&#10;SLykQy+RA5jYffQB6px+CX56Xr3BUrjB0ilh6xXwQezBb6wvSZq+/mZmsIXfY39qBozKm6i86GoJ&#10;3UCopnjKMfhQcwCB+FGVngFDk7HWSUMgNxKIMRo979woWD5+VzfnHqG8DOuv2beWA6lcBlLx/w3E&#10;1tqIr+ZLAOss1sY//eQnaSPSiX/j//ht2rJ5o6xZ93z962Dk/Qn9+V9+WoYnv/iLvwJf0ClaC5D4&#10;pwD+nb/jAvoNhHH83Ad+lj78wQ/SrQAFOY36xecO0BXXXkM33X6bt8sBAN/rdiTYgQH7E5DJzwFQ&#10;5pt7MPAsUVefQ321rNzj3Bhzo2du/LnMEnrNuZWEqQx4HJBpzJlB4nNjAiYGOLynOiv2SjzOKjgc&#10;AmzwIb6wmMm6NjSVDD5q1HgdBqbqWoeKtYB8Xp7ZBCa0EqRieIxL1YUpCSXBOUSMGFST4lOrfnNs&#10;iVH5vYCVErXKYE/hyI+BlFAxUZ2ffyVyBF85K+GBvWiFEphwFLEDv/N2VJ7rJaM2shDZ6ir4dHYY&#10;oGJ5ckgNd5T5JUZ1gQ5RxNarLJpongBsDv1wSe5rYSQ3EmaTyF07pW24PqYJArSJKtCpDlTeK8hn&#10;am9J5UlQPnCsXUdG8DBV82mfJ+oGHYTUtYm4Q6j2opOSy2XquSWDGwnJ9sGXVfTpc8oajhhF7AUb&#10;NaFJcAqTqA6buW+jAhAgsRo2NXQIVm0/Kwr2liZNdYsNqG2YD3oArgXiROcz017UfUFqx6zTvoCs&#10;I+0xZQnEkYtLzf9HU2jjzMY6LbLrts1Vav+/7OJgEiqmi/5YLZZjBq26SAcmcmMM8RuAwo3xOI03&#10;Z6vhdDG0oGmWxuGXQXdO5gzMvpRylTAObXKD1tFce5TpZ9qlimmELl4iUTcPm7Kmwmunsovs7GTg&#10;TYKEK1ASJwiuYfSFhTH4GoWkogju1S4DcFwCfMiEVM1ShUcVQEPVxLsQ1B2AXgEcQ+8aFpfaG6An&#10;4SFiymn9FE6APvx5UZdxXqtmkJBXgFJdwielVoDNaHpTaCasavODb+L8yROA5zjmEODc/0/de0Bb&#10;ml3lgfuc/7/3hXqvcujKuZM655aQGpQDkkBgG5CxNTAm2h7GWvbMrBmPgeUBe63BNmNjE5aFzQgB&#10;I5SRjJAEKLRCt6Rudbc6VedYVV256qV773/27L3PPum//3tV1RJe0Gu9rqr37rvhD+fs/e0vcPJe&#10;YMOp5xJPj1zTaKq1y9h4mlwrspjGT51oZXVimEoNQI8kxrQgc4qXhTyhWf2UMEmZxUchmL5Hvmt2&#10;T0TWmksy7OyetFHyGhboOqYERYZnlugYJOMhGCXME3zgQkhZyxKRbfB4SjHkIQHbL5BOwLgMPk4B&#10;OqYsN6OtvngleZ+kCdrUZnjKrwESFpKHlgznqsAYcJmdmS/WRySnMdGEtxeHE7ZDVoBjc2gspq/p&#10;uU2LUbwcYy4/Bub8xV8GMiK0AnmwDFJKYaAmY6J1sQtNBp60pujYASsijPvJmNybrm2d31FNGuyY&#10;5i/fJuCYpjZvSLAAHMM2lLNtBPgQFi3dZ8MF8UxirxfL3iwO45wEY3AGFsVfu3bFZSUuOAYqlIwJ&#10;k30WXLYmNiVm2UX86wxpKU+QKediWZo0dgjvcmaNGJqrHKIfBmdGp55Vy283I2nGAtHlazkoQzs0&#10;Fi6BZTqwiqbYRYQ2RHAPIZfu5P5OYVKrbG4pAHXdUz8yk60e2Aq9Sd5RNrO78nIbR8PDVX2EvRv7&#10;ZJEVrCKakJ2rjJqw8y9J4MxQis2eN+0OPqCQ2aZASvNLk09MMt9CWGCK24Unvyz14bVs/aZddF5I&#10;CrRAlhELtA6Ojoj/qOyX6qlj1XuMKngtvjkwgMAR8g9jqapTcDAV4k5T2ZN3oa+rPMDLEu7GJeN+&#10;sQoxGOsq5zArqlECH2SS3fiLkxkCbFk0HPlUQmaNMjNulXLx5bUWCByhoQ3bbdAhhSMvPQVf+IP3&#10;Q/33fhLs7t0wQ2ycSmQ4tHdrWnyjPkN5LRNL0o6BAbbGMwZw7EYS7zYO3VrywzsOP2HJ54233g6H&#10;jxyFv/zzv5Ch35ve8lZJ3hQwPjC+Yxo6f/ahpC3ygIzZQEjPMWCj81PHSNb5TTo1c8K2ZOQKG/o7&#10;sf6WhsTeuvJysBTCscANBlbiLSr2IRXDVv48CHGDJagkWYSj5Mn31EOwePgJSnY9BTOOwEMGI5wR&#10;RpswPZkR0XhWywJdO/XqndBQMIHdvg9w+y5YpNQUlrw2HFxWq/yNjex7ldYbWutFiX7OJXDZUNBo&#10;o+t5tt7XqlFZVDbtl+bSN62+pnWxM2PQZETv/eknHoePfOiP4CjJJ9etXQs/9Hd+FPZRAMdkvxaA&#10;m9me/FrhTmP52k5ia/30T/8M/NZv/SZ8hMIT9u47APv3HyCJtBHPLAZqesS2HNBrsL2Kl61jhnkF&#10;drLxa0kW+tKAl0u7xqVFl/aRidOnwH77PqiefBTcqSP0YSi4je+LgZPrdGnIdQ8lTbIX4mgelsTo&#10;3keCY4+ZfNvppt4KeNk1UNO5wKlVun5aYWJKo2m9Kzo3iC6r0a0qYnIfvOXKB9MtH2r98zxMzZUy&#10;IzrCHsa6CWU7i4+1Mles8SxOzyrye8NIQ9OM9pPOj+l9uAo39hjOmRNg/vOf/TP4L+//ABwgX72T&#10;p07CgX17CfDbRMebQHG6x2679VZ4xRVXwL/7t78Gn6Ek3tMk2/2pn/5pOHBgrwAVr3/Lm+AcJTz/&#10;8Yc+CP/yV38FbvvcZ0nOOA3feuB++N5XvRJ+/Cf/R1hNXp68Rg9o/QQ5JzWsXdX33tqIKiWkc2Tc&#10;ij0exmFS2ExsNuDDDnZfy5x0hdAS02H10vZIvDiQLYd8befQ5MKsYnDZaxIRO4I+usBnvQZFxt/z&#10;QXHM9JOgP7qnKBSFAdmGbA8WzTloaMAxcgsSUsRDFwaFhanM/RhqYBBCZKV533Mf7Nhkg2KAtEdb&#10;ZaeFntlpYFNF9/dIe7Rm5DdzGY4Qk48BaR7JLZBU1rHUlqVFPWWj2jp69wbZbWDABSWYUc/RZGfk&#10;fHK8tdETW3rxXqOy4mwPqn1QV5tllvf03sorMfDCsCUwDU2o0yRITEHI1qDSgC32XBOZf8pyrKqY&#10;Xi7kimAZove7/LwZqaxXQTVdI0LoB2JKP5cwRcZeag32wAxnwRRuYk3um+zPofjKB99o9I7wzrly&#10;jQtS46hi8AEjqEEnRivBxvl1y+WKUxPULdm1G+SrTQo3Eu8+tZPx4VXYuv2Nkpvosf/4n/4fv2hi&#10;Yx/ST222iIQCqBWFbf0mYfOU1eADdwELgLVJBhi8AAMIUUXfu/C8WNy88fmtiZtoBO2yCPfCGy5H&#10;3pfZqEpvQMj87TLPDWPH4sHBZn54iq5idkNEP8GxlN90XCGkIpvQwJgE7uWeiJUtPEzyrzx23bTi&#10;7nPvPMjklcYGT8As5Sn3BWyh6sGo0kvZq8SSyEFoHI9Sz7fsALwlxiZk6DVGs9CWiDtSbaWhAEwx&#10;LuqFl0A/5xdjRbRHmiiUs3ZyhqmwyUQW6rSpb1QmG/yafIPFDQQXBTyZ4815aXFBGqQBuYTPk3cO&#10;Lx4sUXr2maegpmn2EifBhlCbQKOODA2Q5omb4av27IDN5KWzcPwwmXdfQgs7vRYBgIbAJ97zJ1gK&#10;0+9HEExCJjTNqQnmqvT3xflz8jVBRf/8qYfg0ReHcPpMYk2aTD6DIZEpppDZxI7LbFVs0YT7aY6n&#10;aHufhVq8FTgVd0IkQlXdFwZfpVOfUHDmAS4YGLU8mQCnhXIybUZjClmdsHvyAYN6S2ErFQ4hM9DF&#10;Jl7XRfQEpkm0l2T6S2/DqhnYtWlDnDbxFDxI9axB9YxyGg9P/hPsVzHRF5+XSZoOTlGjU5NXktD7&#10;1VAasvCa8WAOs8zkdHlPnHCPGlPKug2cvwDvDl/qLt5tblx/ET4+3S/pxj1Uxm3huj/zGPstSSnD&#10;ooPYTpJPFDo0ywplswmYyzT+QXqPyUtSU5e54HfUlDkG+gZkkr94kv5+mprfF4nl4Qu3XsVsIxDQ&#10;v9IGMGHlXjKSwhM08KAVqh5lDYHphgkENcteM8ucdsyuGiyd6gIjz9pWqY/jUHRkRGMLiLVpXwRj&#10;ClFeg1a+SBUITxwZwuNHBuR4YEQ6w2iTgDxhn1SmngCEVZ0KYN1XU7Ee9lHMgpY8doAdgVRh/8Y8&#10;ITc76NFeIOxvygQcFQ5uaX8rA6F8keeLLmWfydCulsCWIS3ck3YJrt0xAbfun4Q1E0HKiJKuiJpa&#10;y8WvNw8f0vUzkGGCTPKti9LlkOFXKJ9N2rG168g8rUxRe/AH6xHjanr9Xt9MVt7Tq8ehHbObgeGE&#10;0dAqv2hJQGwGtWU956Q5ToZvfMBRo5YR/O8qqh9s9P0Ly6tIaoI5dJSc4/iaZTBLGTctv1zU/Zi/&#10;V4kUk1Muw7C31nT7Wr961AD1J3h/8oWv991xcOal5+G5b9wnAMmWrZeQN2svDt4GzptwY+F+mOrO&#10;NlZuVrrfisYFoidR0DHw558iX64du3bDru3b4avEGjtGgQ/rSSo4SaBA8FPi4p8bzspHGKZwNgXJ&#10;KpKULlJqp5ndCP1z58AunKbrp5HE1nqJ1qajz4AhXzAzuwFq2tcYNOKgpNrw4I+CWZZoTVuYg4lj&#10;R6C69xsA990FzcN3QX30MbBLZzmXmRidWvczP49AaxIDe6njJElzKeTDHrwJRre8mgIfyA9u8zbo&#10;UfIxX1MN2HjPYvS+zEKqILFL8vupCjI7BQSFFYEu9gn+ZzqkbBo5TmK3EZkNvrFsaOj2/HPPwDe/&#10;cQ98+/774QMfeD+cIp/D1XTc73/wIbj77rtg++YtsIZAU5aAo3MpCKby/nVc12yg8I4De/fQ781I&#10;Ou8q+nOa/BCN1D+VytL7aS0fIyh48BbV+sOqI2Yl6e1DScCsSC7dO/QomPvoHHz9S1A/fS+MFo9I&#10;uBsfs0ZTGvlY9Ol3HLNY+TWp+UfxfCSPwUv2klT3NrC3vw5GV99AdjAbxbdR1tHgox3lb6YMx1ve&#10;SOICPPtwZQu5gvDV8jXFdl1kSruN1vNbNEViemico3KC/85sXh188BrBsmsG+8TvS/cmkcpB8vTx&#10;sjcfsMO/unMPBfqsniWw7sMqCTTw5re+VX6/r76NU8Tke+X3vBrm6b77009/Gr5055dgJ4W5bNqy&#10;VZifl195FbzxDW+C7eTrd5iSerk+v/Xmm+Ct73gngf3rZT30108lvUFRbWUhU3Y5BY5ZzpvXKsDs&#10;zq/2ykw6liMIln7N9uXJqoNyLPezhzRJsWPa4kwz8LJl5SsnMBeWY8akPZVJLNaDZxL8JxtLX1jR&#10;iyOUgYob8p42FHBl4Pw+NBgO/drO6xADUejUx89EP3Fh2UGUGGhNhZ5ty2CNSnCZach9a6/2a75j&#10;ogYBgAMKJZyje/oseUS6KfbIo2EPMcbZP4999Ngvj732JiYnZFgRWHT8ffHZq72PH98zDPBV4umX&#10;PPnCOQr+dtLf9HzAhjyWezwN3Ii/n3kDes+9Wr3xTFx7bGD/ide//34VA0Rqea8CiElfWatXX+1l&#10;vNJb1jFspCf+t17+G6TS3iPdxBAN/3u+N5P1WX8urLaePybeD8+DZMHzzxb4SMBD1LdYQrSSvDhm&#10;CpgA+ir5pfLBTwLjaI0pvomKn1QKQHrvZyyB7uxasQpoBvwLM8JVqENCCAsG0DrsqRroaSDlZ4A+&#10;/vobr/8lAfuKVjIDtUKhaE0Kvcj3M5vJQQsWSw5CtQqoUDnbzOuvaHYyYGksvrsF2kVYKy9sTUJB&#10;2yEZ+eubDMArwb4W8NeO8DVZ02HKKUIsYvMQD5Ob1Hb5uyQpWeGBmDV/tvW87deALHgjtjFFwEpp&#10;CJrTek0ulw7gY8t8sjAXNsEgPBXm7RoAOzpQE9KLAjCngB6GqtvoNBcg0lsjQ0abB8RchomRzed0&#10;shJ87BJQ55F9T1duNK2sBBjjc7iUER1SrkLD0WgCJxfgI5r08FSOfXeWqGAe0WK/tEjFG0n6pKQj&#10;kOi5F56DEy8+L2REa20GiIfj7TxDUieRB7ZdAruvuYWakhcoIW6zbDSLBPYxQ5DfSJ8WKgb7QvpP&#10;lC9j8nxkPyV5T+Q30hDwOHfyYXjohXk4PVeJ3LhSn4pw11o1QrUx2MYzG03wKVDQt9c3GkrhN4BK&#10;F/Yo9dKVwITpUARhc1ZQbths40ZrlF0YoOZw/8iGoO/RZGtLDPqBRIkHLBm9KQnbZdJmUHP9JJ2x&#10;KlOTCRf9wg5iV1xCcowBS44yJqZRE/hKQe5gEssbnJjWEmV+cpI21slV9EUNT9WM3wAmR1JwJSe0&#10;5YG0tg92OzToArykumSvXYLYIsQFIfl6wHfi52NKhvGyuKTpfo6Wj+SYvT52z39xnBKZCtkoKc0Z&#10;4VmIjLBqfeKhG9B9NZgXVkWzyA32cbqviI2BZ8WLikhIEs4RvqwNnnEJ7HPOFEfDtIMdkgFIx8/N&#10;ysep5eeX6Rda5OoWY29Z64jMsy/42aLJWH4meaMY02JxcgiFTyCeX0B45qURHHpxkSwLjLJ1Sj/A&#10;nKlbqQ8LutxCwYylgQcxPUIKxLLGFMBcfg2HOiJvXExsKjAOT4Icw0ZWtisGjZAntYYpdPjgPDCi&#10;Ac6QGvNpMobbs8HAaw5OwlaS8VbCSiIorUlT8ziUkyKTivye86EHLrBWeslvNAuoSk1DQHBdDCDx&#10;Ukc7ZoXSp5CGVesI7KMmGERWXUk4wRKzhWa3yBo3d5pkgsRSrkTeiRKIVGlCLMvYBIy13g+I31Ov&#10;rrO0cJux9iAyF1yWUG5ig5fVKqZkxoVz5nTPFfWQsCesvAeRxHCIbG0VqEYtgI2wtEGSYTVjHZ0k&#10;3LIHzkJzDp5/5DnYesUroGIjcfoS72mbhcONj2XgPLFBnWDfcl6qjQ7XeN9YTWDTVgrj+sjHPiKN&#10;4po1ayTdFRTE8Aex9NhNs1wOwpgmII+CAIhhB0ee99YXTJ2ka2eCGtIhSVctscIGGzbTdVVRaAMB&#10;7wTozjAb+fgJGD58CMz9d4F58pvQzB0hMGlejqvT+qCvgwBmJDo65zWzNTfsoMnk9wK+4lZY2nsA&#10;+uRlxsw6uX6pGRtCUkiVtXEXs31cejsgFiR7VhlpeNiDzsmAhIe1VT3hfZdiErwqe6RBNdLQcKjZ&#10;3NnT8OU7vwL/96//Ojz48MNw8vRJ+Pmf+xl4w5veTOzaPnyJpJiHDj1CDK0rYT0BpryXs5SyVqZJ&#10;8JviwLNNVItddc01NMibhlX01WiwDg9865j0uzzjrQlAb6iNBAggqe48SepPnoLeA3Tsv/p5MC88&#10;THXjS568oORnb6ni5Dwwh2SJ/DyRg8voawQkDZ/ZBHNX3QaTN78a3J6D0EytoWMxIelQqKETGKxx&#10;vgvhBxcjCzVjI0sTvarKy2G8+ig84Mec09N/ck0IezoNjeS8OX9NjGTtcAo4eKUaDyj4ej59lobi&#10;VMefIcDOkI0Mn08fClfBgYP7YS2d67u//k04duwYbKPU5YPE5tODKoxQ3pxuuPlWuPrgZfCXX/oS&#10;fOWuu2D3jp2wbdtOUtQYafL3HzwIr33DG+B1r38jvIJCPNZS0EulQzYJ5RmLxzUXJFk1puMIm+V8&#10;4s2yI2TTAfIaAx1BKucP6esC64rApaz3dA4z9VqeGP+d2MS06uGLCIMLfalGzWc9JvvjNT6wg8gL&#10;XLtxQA8uDEWazcoOXo94EMXSX9DgDmb+oSoN+EOq21D8E4RY4gdnQrygtV+ks5wQS3vx0PhACA72&#10;XSArhEWqAc6RNdSAyAQScET7nqM+jKW6dQa88aBIwDbuTULIRt3Tfq2KQJfUWOqJF774uUJAhtXH&#10;FhhIAKy070k2TVUMda0ynz0hhFQ2BnqiHpt4LyJGeXGtr2sUgMuDW/MQDidAX0/uPXkPOjzi16m0&#10;T2TwzyqoZhQ4sxpUJsOjkU8aDsEckNUkpj2o01o0luRRVQkR+OM916pkGIthsin9onOyWMAALBQY&#10;gz9mtewRfj2qsgQ/iGnDvLY49aaJNl9ZyKxTlmBgNobhyA033UBg3z/757/YpoflaHx8s9ZGCYxp&#10;sfki+we06Mw027Zgp7nMgBlaTU4X8JYDcyWzMErYYhJuBq7FaT20fs9kE32TkvwyFLSd8JtvTDlz&#10;MU0tkh7cxqbDRrPq9s/GknYVIbYxDTel0AZfM5NTZE0J2o0fm+y5MpPGdlovZGET+e+mx0NxzCIi&#10;q+tiDORoL/KmK/PJZBd2JqkzKZTFYWr6HGYNmwJ2AdxyeUoueslRBAmDwajQomsBvxrxZKk1JSkD&#10;AtEk6Yf+GXwyrPoy8POOaDH2zMBGwjL4RhwRAMA+NJyGy881WGIAcB4WaSNgv6DnyHdl8RwVc1Vf&#10;5RNVNG23JgOclcW2Z/MGOHj97XDi6IuwYf0aakRmYEBgH/vssIyYixApqtWTIB4z53dNvvkXCYzg&#10;93GOCpil+QU4fvhpeOboEI6fWpIEKZMzqnKcyGqaES0iE+QF0dMkpp6mL3FwhrV93+SZnkwjHWJ5&#10;3yjzrp3olZI/s4TLeA/pPQK1LspWjpM1tmWyjEmiF6eMNoJm45EcWGzapi1PCAkCKt3mZ1pHxd1u&#10;muSHjWXI3kQmXbnBpy+o6awmOfU0jWqSDOwnp8kLiM6bDGuXNRbCjuTP7kayAOvzz4k45mdoOjzq&#10;LtbUGjssE8YtCr47YJ+fdK5U2p2PHZ4NbzLWWh5bil0bSwBqsvAnk5txmAx8EF9IWks4IIfvdTJN&#10;R/ZMGpB5+uKLYJZeouviLH2NpCHlEqi2CewTdpHJX9okP5BiENNmZyfAyraaohJYwDEGH7QHQvlx&#10;6ur5zMopyjHUJsh40BRya6OJvJHZFz8cG+KDTK6ZRHT4lINHX1iChaFn57ggacnNBeMQqVY2WJmc&#10;BybJG63BtHYZKACRsngz47VEtBHAzNsPo6dspZ5uudIhJXfnnngJ6BMRoEqKWfbLDM/daxt43RUz&#10;sHM9rQ8TEOVkkuI+1JEIYoGw15VnhDKLTWTBWOsxsuNgrxmXOJmQfmmqDOD1dUBF4QmzG/cL2CcA&#10;CReNDSf7kRR2mqWW07BEYIs0yHLtjSSwoz2s6lF6q0zHbU/ZLp69x5+J7SJkGl7pPmvSgNdE78aU&#10;xIxF0IwmLruwxzsvmw/hK2yfwAwpub+sDK/idaD3kiT8BomOgoQC0LDVArEzBkvzcPzpF2GSmHR9&#10;YnqtJqaE90SC+HvmvNyQlwf28YcVdgJL9agZm6IGaxWx7rjZ+eKXvghnSMa578BB8ZVLkivTsoII&#10;6yf/3PlwhXWb6P3TPn2WQCRanywOvbG6oRuP5Lk1gV81NYsCzp46DvYJCgO758vQf/Y+GJ16XoKF&#10;rMoiG9TBHrML0Ye64PQasCT5HlxxOzHIrgfcfxCQ2E/0YSiUY0rfpxVGDLOrrDXL2OeYxGruOJp8&#10;Pfr6JjEYhrTuOpVvhdA9uU+ZbUPyYwZPma01N0+yVpZFanDaKvq8jz7yMJw4cVL26Le/8wdg544d&#10;sOWSS0jW+yQ89uSTcPrkCbj62uuIaTnjG9WQitk02qASsEM3Lt+P01QX8RDQKMPLLitlLQ2NJowf&#10;FrBklpnhSEqQ+thJYvLdRZ6LX4TmifuJL3mWjh0B/YYBIGLvMdDOgK3xIWACLnKNxEeCwPfR2q1g&#10;L70WRte+EnqXXgVIgKshRlkt4TOqigoemsVA9rsF6pkLqina9cKFgn1dPUS7GuA6DTWxlFfqcxT5&#10;fpISuIcSiuMTRUOoQaiPGNybozTrP/3TT8F//S+/Cx8lkP0zn/kMfOLjH4GvEjvvLIGvayjIhJN0&#10;9x28FG6ga+MRuoa+/NWvUU3fwG667rkeNiqTY+Bh996DsJUYfF/92lfhzz7zZ3TOAF5x1ZXK6OFz&#10;PhLljwDD6FlCUlo0TVRIgWmpxM4DZhmzHBDnMv1UiwzSyoofdxUxy6cft4fKxrQcPkxHzdolomsD&#10;kibziP/Owb5xoDgnGOEYBlAmAGslyPeNSyoPUwc/YJ+M63jPZHeIOb6X2dJgJMLwJthTML6XEUSE&#10;Cc+BVg6j3ZITH1Hv/x3jKEPPT5vbErEHeShz1k7CAhEIGvJyrFg1RNYUE1RYmp4H+wRMqz34UwUS&#10;hrL3BDiqqwxjsJGlJ+FpymoLzL7EtvNAoaRBC9hVRRCxDmCirWJSbqV1hAcTbXwu/nudg4vZ6/jX&#10;8H1WTxj2/v4MISImU1oELCT8nmfIVQrumZTSW9WRrRiSkK3NvI6Zkd74AZrUIKbKiF0mvncbmHEB&#10;uNTzE/YfHwCakQ1suvADQ9Jam8JNx/A0fv2eAITWBkWoTUnuAWSsbAxNtdYUMmQIOQm55UFeK8vT&#10;pmMUPsT1HuwjZp9ph01g1iRgxqgpE+dsMFKMHyiJNcObsy331HaTkxImXZRQAbjUyJqUmGlzZ7sM&#10;ZS1Qw4yZZjK/hsIXC0rgDEy5mBYR2YgdTJrSgDJbPhK7wHSAbHYcoKuyCUeU1kL2HPGE2xZI2AH4&#10;taS7yefPFHT+BKDaeDHlsicwphv4xJCYa7L0XKt+H2oiOubw7ov3ILNN58nGBdYpEJcZlkVQzxMm&#10;khG401TjIBUKJqM+ackno3rpD0YvQFRqdaNgX5C15kxBp/IkyY0cejbgSGRDxJijQo1ZfQz2CQAY&#10;2ILoC4ohhXEsLc1RUbAkG/w5aqIOU8Iur+qeJaJ+QDgSbz0/FRiKDGlAj9lJAN+OS68UpiCb/U6u&#10;WkMy3JMePXA+MALqSsFO/9r8PnhhOkGPO0fSXT66PLGcI93c/Nw8HH3xOJw8OSDz33OyGHpadi9G&#10;rff6EyLj6k3oF/2dfQiEtWdCYm6VcdCySYg1hV9cLsuIMvRCNJj0lBZs+djsvvSyMO/HZWwYtjmd&#10;6NexKfZSbheBgni/KAvHBPA22YNFqXAA+ELyMk/pdm3YADs3bhBmgrA4R02UYfomGmJ6cPD7qIQm&#10;z8w+ipyfmJLY+QkqFBkYXZlXhxkrOStwcZlmEU2nq4ox3WmuuEJy2/KpqyV7JPgihm/Z88g4xhQ4&#10;5wP7AAvJXwfUWaQDYpd/au6N1JEh22b2mVZwVKKPueTVx2sYF2cM7pMB+4gAdEcAAX818yeJMUvS&#10;3SVi8w2fpXubWAE1J/JakfGCenZ6Ca//02TWVFzciWzTZYBqpDiWYUYmuVQs21uZjgn8mAdjR5BW&#10;9P3DpNfvuvSST0+mssLsulMD4hLs06Af+qxeBc8MGQMn5gwcIrDvzAII2NXoJDPKJDGk5RoZLsTA&#10;h5gEFxLbMIVPmGQJECTZcd/P2JDWhIGkTf58UZ7rTawL+StAll6YiqWcwJf9Jfk6Gu8vtqo3hMs2&#10;Arzl6lnYvZmkNZVvGmRVa3hq6xNQA3Mr1R9OBx687nHjRj492IverNBmLhjMWiY9jyLtqCIYkWpB&#10;erZVaykpfq+s80aLdn7NPr8msixomtJT15M5/Sztf4y4nfIOV87EfdN7Llvx8BsJINkTyZww20dO&#10;AD++HnoVyjXAkspQX1S6ZpoCgDfR49w5LxHmoA2nzVEI32Lmlm9Y2IfWeL/mEDoDwTZFGYROZb21&#10;Z65zYnCD3v+P/TVPnjwKj939oATsrCc2zhRLiXh4o5Pw/JZzGUBuu+eYF87sc17W05DPG8uw+APX&#10;kz3YsX03XHrwcvjmvffAoUcfoeTXGZglFlAdWAn5/ZvVckOnUh56qh4l9LqNJMdepNpi7rgMGoQt&#10;QJJspM9rXqBk12efhgliko2euQ/MWUrYpeRJSVtmkI4+u+Nmy3pGPRvGwyyx3nYQo+nKW2B0wysB&#10;dxGrb/NWAAYjGQzjmoKvAE665fNG111dsGa7GDfLLWbeg0/Ou+5vz1OS8te+8mVSG8/BavLaE0YL&#10;10907c0RaMbg3mMkgf3UJz4OXyW23kPfflAGsLNrNwhDct+unfLzl8irb/vWreTDthNmVq+FXcRI&#10;PHb0CDz0yKMkp23Ev49BHBv2PetlYry3j1Si57MJrUqIByoLtYXYv5Q6+nuz4WREZlyePQU1+fHV&#10;3/wGuHv/EnrPPgw1hasguz1zuq4bCNunUc8lQ42r95ejH1PoBkyugblN+2Hi5jtgeNPrAA5eDYYs&#10;R+jiZUs/Ou61XKx8X1fekd17HIMpruGLGgFeRAjguA3I+O9fMNhnbOaha7p0DTDg+pcex8y7D1JC&#10;7n/4jX8Pf/LJT8KTjx2Ca66/XvyXJ/hpAjOHHnv69Gn4lV/+F/AFYuK96Y1vhh/7sXfD97/tbXD9&#10;K64imeYQPvO5z8Ef/MEfwiMPPsiSN9izbw8lZr8W7rv3XvjEJz8FDz3wAH3/ZgHj/fupZD3ZS75+&#10;N157rahD9lMI0PaduzyzWus2bu4Ze+9Tjbi4sBgTV82y98mFsNc6PPmMy6TStqy7TFs90DH4z+/F&#10;sft1mSmh6Wb0JSmuG0/czi2hsDsd5kIlvMv58Le/Srfu0tc6WomBbBFehsp7jdplTdE6N8kqLALZ&#10;GvbppHp/MLsKlkhWu7hEPSI3DYs+tIr3QpbnMyuYvzy5JNQtgV2q1hRcD46M7JmLNAQ9TeDh8UVa&#10;S8kKaDC9ChbXroLhFIFu+iX2+CrfnWWwTPu4WmW6nuFWqRRW93dltAW2m9WEZwbzeirPtQq+ebCw&#10;58MtBIjrS78YJb29vgB74gkoTEAPUomsN4CH8qVsNgECk7SX2dH82CChldcMoGEAIlUiG59HmX3h&#10;fXjbqCD1NfI5bFUVhCqMZDIFBmV4C1FNyp/Ds7ITMzCw8bhnrPW5A3PO5iGeKtE1lY0hGeF3I6Bn&#10;k91KAP5seA0NF5G9TutdmV6GnIrIjlR7tBiokohfwogMthO2in10eIuVTcCkV6J5dqnIeP/Re/+3&#10;X1TbfJmURgAuRp865T+YzDNKU+GsiSEPRqmq3gcMlTaq8h9wGWBWxVvfFYtBe8Jhx9h3hYNbBNBC&#10;k59YOKYAFW1KPckXP4NJgx2MkYwtvYiCpCo+zmbgprYU6A+6rTIkNfjr6WOSJ1ATb4SAJJcsPZsl&#10;AUIJBCwzSQz+BpixDV3R0NiSR9RiLeZNjMmSX/LwhTDs8BetyYCABHaGIAoPzEEmo8Xo3BXepzxG&#10;3KFd1KujUqnjtRGkvmKenKS6HvDDKNsNjEAG4MRXSL332MsFg/RXGwdJ8ZHXHipQ6TS+OvO1lc8w&#10;EEAtgGrS5AY/J2UL8NsfMiiooRI8+Z3gKTPJ/CpayB+iRDvL0+ZMLsfvPICTISmO388EsSVeccUB&#10;Yf5Mk5ynnl4LJ489T0WLEcDBUoPGU3ZLTMEl8gfkQr+h3wF6LSdNFU2EyDR94dxZAgzPkRz4RXj8&#10;kUOwhUyln6dJMtuOOTGhrUW+JU1SVZWhOGj0+KNOhD3lvorsAkxMqBbzTvwn4kQeocyKyJLaTA4K&#10;YjE5DAssp835e1qvWTRZs2sSEShjvAGExOaQVd7ovZrnAKX7qLJ9SdqaqD2L57Jd22GCWB7SbI6G&#10;vnV0TUrYxTQtt+LLZv0GRJvN5DQzXabJy2WWNuIprbPTmhM8xrC9zmWy3uC5Fb3JMqaSiyy1cKps&#10;q4AyHWzo0rB4bBiQ+zhnQEdaJ7BjsgsvKzkvrT+t3g6TH5rfc0wRFIHtRIlwjLJjaYqoiJz9mBK1&#10;pIkTOa6LTYhJaTDxGuX1gyMiR+RmPhwwaL8kTJlm6TSx+k5SKAGlJA6eISnvYZ+cWXNBFNjEoI0v&#10;MT9EYshslHaynAdKXL5umgS0BfZ/y8K0WJ/bZ92YVmIudNyacYCSn9+WzyuY5bMSi2Ge7uemsN7R&#10;6ajJMjE0YId+vjC0ckzufWoJTs6hrFesCGTf09LQPY7L4v4frgMGkMLpChLRXLJsSyOepDPApmUl&#10;YdUYOQWIBWCRASQb/eIaYdM5k+oGTsbFYSPSOvF4pdEA+w9yyijLu/i11k8swZXb+nDTgVWwbX2P&#10;PL5od+n7NczqOstA38LAecsE48Flfs1ebeQasOr/VZuBNgXkg8aBHWLWbLOU+yQX8dcUF8deVjuK&#10;UuQ0dOlNz8LGbZcSODShBbnTYU6Qn1AhzcMfZptRY3r6OCfvDgQUYosIlhiB7H06VBuamBbYMLuB&#10;7hdL1zwbh0twl9RX6uUj66HVARymgZHsy00m8fIFerCmRfQ+mOyt5oFCjKeZfdBYkicREFUYPgZf&#10;RH9eez3v2yfDH3qsSH/p/J0jwP6lQ8/ADEn0NmzewbpaAQiHBCIxW46DspASOb33anKKxRUFbWZl&#10;zM94mTMfZ6cSdQn4IvYY+8FtIcnoVwjceoJYZ9so/XOGGsrGIwPK2PRmFxw80agXmV836BxO0GPo&#10;a2n1NnDkAdgT3z2eOPTkOq4drWNnXqC1jWoT2vcaPpcDz94ciVk65/nSnw3TJklKvGUfuGtvA7zq&#10;OsBL6PgQU45o6wIihYC44DvcBP+t3N8yrjK2tP3JvYtVNovqy8cqDN+YGDhL6aQP3X8f/Jv/59/D&#10;Ufo8l112GaxZPUNei5XUX+eIsXi3JKO+D5585hl5H1+/51vw+S9+gaToJ2H3vn2w+ZKtsHPbVnj4&#10;4YfgBQpEufSyVxCIupo82VbBwYMH4IknnpA1/rJLLycAZyr6LkVGhMqmjIB/RkEA3WPV15N9NSsx&#10;ZmeQkNZ8NLGv6ZFcF+cWKd34CODdX4fq218Be/hBes3T4gMrUi3ec6jZ52RQx6xwXiiHTkPluD+g&#10;a2DdDhjc/CYwt7wKgM5FTUw+5OAXWVM4RbiC5LCA0HaZPF/icXtgd/6AV3te8Dbfp9AkoG95RrmJ&#10;tgzqXFYEZ6GpY1gRO6XN07F74fAReN9v/w58/JN/Ant274J/8BP/A7zlrW+h62S19xEjea7I9tAz&#10;q77w55+D/49SsF/9qtfAP/iHPyXXwZq162E9Je5ef/XVcN01V8PhF56HP//iF+HkS8fh9le/SmTf&#10;N5Pf3umTx+Gue+6Bl+jnNxDgNzk5BV5l5/ehjWQBc+vttxPwt0dSqyv145Nm3Hi7Aa4nvbTRxJyM&#10;FOjYfSy71FvjffI4ABcZfjg+HAzGJS4eZVNYSkC04DHZecnPqO3kBRYjR8wGhZlncPTHLSrN0rsv&#10;hEm0P58ZU+oFL99ymGBxHOxzxpZBbnmtgCYLZIToSw9iu+E9Mx33vbT2CPtbpnHMEqDVk/wbF2cm&#10;4RTJ5+dktEJ2CUT0GCyOxMd9RH8iAYINs96XqD+bp72fttVzZG1ydp7IGdSXnaZeZIEGbSNKUTcb&#10;ZmG4mqwZpid8yCN9VQzwETHDBuCM9+7aM/sYCLMKugW1kd8TPOutL7Jf76vHjxNWclVpsJFf1ySk&#10;IyoMbZT7VsYkABE827vWvTz0QiI7bTzpolIQqgpqAPAAYy8Acsaz7msFoxxmKowMD6n1q2crBfNq&#10;Gb7z43oq3w0Ao8kwFJnn6XsTma5NxCOxZlAQL0iIfd5AIoWEBGUfU58TpzjAw6rnv82YhzYmFVcq&#10;Cw4MSl+LYOwDBYsIKtjaRB9W8Z6Vz+FienIV7CS8f5K3+qpstJBSs3/poZziJ5ANrRv1kgxYUrCi&#10;uu4GAfv+91/EUDiGxqzg49rWgoAtiqJNk1DtBPJQh7Hnwwul6ppljN5bqH6Rjtc2A80laLYl2cUO&#10;ryEzZoEFbUnQsgty+b5tpydgqYOHNrsnXBC2fK9tVt/4BmCzdNMS2Cvkbi22jSkW2BwAxExmk0Eq&#10;jVqX2ypaToSpvOmYyARZbCxBxqSVJkvTRW/O3DgFDDGyt1wMyQhsPicXd/hTHu91Oyk9D13WJbck&#10;U9lxEEAnJPfKjd9koGTylQ5pnMKoU+0/J7NJs0PNwRKZLfOiNBoO5HunyP9o7swJuVljZoB+RtuK&#10;BV84dwZ65KUzR8+9ntJ8Z6kxm58/C4YWeSd+e1aYY1yhT9DkRySC/J4plXDIlnz0mmdeOgKHH3sE&#10;nn/8EJw88qIAHGZqPRwmedDi4rz4mwTvOci8NAoWa6b3C35WJi8Y8cIDGmyHHyTkst5cRt7yC7Et&#10;yXro/FCHD0Fml+59LNaIwueo+NP/fdio3oVA33UE1u3dupk20EoWZZE8awKyqgfB7/E2BhqwjxU3&#10;zCLjpSZogs7TFIGFE3SOrCz8FrCAVrqdULJ0A4hJA10sq7HCuDvQw5huWcyyli5tT8XOEt5ccINw&#10;MdNXBBxjfnR+7uWuNiwn3aaw9xv3JRRGUrgHG6egVZXWKUmz5PAdkus283SRkD8fefMhMXabxaPE&#10;mjlKwN+SXBs8LOQ+2oYBoVMje2u8jDeAfWFLBaOXbRh+laz0Ul4CY/tG5zVhLsxTPQCp5z2uXaTS&#10;FrSfQpKyvS8ycEvBvAfnyGuK1qhFKnYffn4IR0nOu0jHEEICXBHMEOQQVcEYjnsammwvx6JRiml8&#10;mPa14LtnsroAoVwTbCtYyjcpKENKeUuNXwusNNYoARYykbWNPHaSlXfsz0eA3/a1QEEcM3D1rmnY&#10;sZ7YALXJfHDT/I4DnJZGOOaxyGBfZZMcJOybjaSoJp/jwOpFaHsZ21i/hCTQfN1lsG/dJSTBlNCN&#10;BBSF6bRM1JmdxXs7PWZEMkm3RGE0LO11LFVaUsPsRtZPBtbYD68nMh669s1QA2p8sW5DOq41ZXKx&#10;Arh+38Xo/xPqjcom9YGwZSurxyXVJBJM5RLD2Qb/G6fHObunov9sDIHwyoCzBOwdfuIlqGeniTm2&#10;mhr4VcSoXwVTDN+wKffSaUlohFYszoUxTlYyTEhPJmFfes2vo2CFSQIoHiN236OPPgxbSXI6ze+H&#10;NeDoh5c+hVDlgO37ls4ZJxNbDok6t0gBYXTuKCCGPzKzRwSAYAiJahcmglUSAGM9SMyeVBPk+bbn&#10;ShhedTO4K64F3LYdcHYtI1BeWl/sQ+YCRJ4lo2g8Wt5E70/Qc1j1fLLuFN1YMzOrYMe2bXDppZcK&#10;eCcSLQVPnnr8cXjf775PWHs//7M/C2952/fDNcTQevDbDxBD8l44c/wYXH3ddRLGws3/F+68U9h8&#10;B4nFt4Ek3Cx720eD0OuJBbZ+0xZKTJ0SM3tAPG8YgQn1iVzjtWczWj+QAGYesmKDfJPh8FGo7v4y&#10;jB68CyaPP06D35Mwso0EmVkfTSweblhxmm6lUkMr157tUY23aQ80xKq0N74S+ju30gB4tQxrw1pe&#10;2+XkueZlhiksE/j3XXr+lZ7KxL6wu1pqXApqGdE5euC+e+Hf/dqvwSG6Dv7RP/wZ+JEf/7sigV9N&#10;jFgBF2zap5hBxCyre79xN3yVQNdbCKy7gZh7fPR4sOcZwBWsJWbsdfSzsyTv/osvfAGee/IxuPa6&#10;62ltoATtW24lVv8CfJrSdR/69v1wCV1Xm8j2pV3HB2IKwHISZSjAupdTO13IMY37gzGdnofdUtdS&#10;HzAeIIcXGNBixrz2cw94owz9fHhvWotEZ81ozAW7BrY/HJ4nBK8wrMkHzZnUM7x+nTHZehJYQesj&#10;Mf6YZYuUtDyirwENR4bEIh6sWg1zBOTNUTL2OWLkzU8zOEjMPdpvRuvoft64DqqNZJOwhux/Zmjn&#10;oefps/qKmHO9ib4w9wSgy6SzHrhj5puNkt1aWXoinc0eG4G7QOxwLgKDViWtgRUnwRQmY/8Jy6+O&#10;wFllU+ho8Cz395oHIPsKzIXwDc/cq6MqKFqbBU89Y2LIR+4faBVgDNJfz1A0CmwqUGltoVoIUt/Q&#10;KzfOBzjlrD/PeqwTDuFySzkTdyP+3IHUFPpg8ZEOARtBVRaYhOi0jgKpj0ICM9caMoiMYSj+2DTq&#10;I8pYis28B8Nagqosy3MociuV2CNonRTwDskAQNSAkYTBhSC3666/9peqn3uvD+jIeRLdNxZGZklW&#10;NicDb1CkPZPPIppxH/EsNbPN0lvuhkR0y8+PWnRm7DD8xOCBB1h4I+V2TePFiYkU8DHRVOZvZ207&#10;DAOSb0nbn8+Oy27z4JE8FCTXruepRmXgR9nwGFuNbZ5qkQ2lWi4D3yJ7My2ynvUGkYEWgyrUt8Ro&#10;0+fUMw8zwC5gL+XvppRcyEzQU1iHi2BxYPnlX5HF55oUxBETZdXHxSnwh4k1iPq9/ObGQh4IcmMh&#10;Jmmof2wjEwuX+fx5kG8kUhEv6R14sI8lf4NFAfuWRPZH8hhOU8NV8OyLTxFAMNDpQWKKmRZawuyO&#10;A2SkPbvzIDxyz9fhuUfuh3Mku2kIwFs4cQIWzp6FI8deIrbeI/DcY/fA6aOH4cyRZ+EoeQMeffJR&#10;ePGZx+HMyWOCXWzctJFYATMkGZiDRx97As6eOQcD8vDzyV8mJYBhBsh1MLhMZj5fJCJnU0MsXVrG&#10;gCPIrg25ljN/ruI6Dib/oaG3XXPiwAbElGwdE/5caflv8uliMIhPksG+ZRkUNRXEQjlIQN+adbNy&#10;lwSwDxU8DjKDSht2lDRez4Cu1Jeiz2wYKtYnaTNndiA3iDZjQY/50XQWVMvILbsKNN1gjIEO8P5C&#10;wD4cWzZjmnaLAWnMSsAefgfeP66ziRpb/RGTX1yHw0zbbdDgOFSFhbsjFMm78j0eGEj4xpz68VGT&#10;T0w+nH+JpLsvEuB3gu51AvsogIdwDgE26klm5BhhAzH5p9KnZYaRSHkr778WwT5NXXVYMvcMlIBP&#10;4dm3opQqY8m8nOOP55cFJ5/VEJBglNmXJur+PsBC/hpTM4PvVuPDOuaWDDz+HB3DfqVstryXwAjG&#10;G5PvYRhDMLwNhGuBDdkd5lzrWk3JPTnrAGN4DybLC4SMeYuxT2kQo2MoKNDHLDfiBRPAh7BmegiX&#10;b6nhVftmic03Bfsv6ZO5uxXgbmLCCvhSV8krkt/iUOQ+5XVQCUimgIcJ3qYQ2aHe75GOm6YYI5SJ&#10;9XmYQ9jHMZM0899rBvu2HKAnndDCE7TotnH46ItEInERsDBNSa/UfRA4S2slAd7MNKwY6NMkTHFb&#10;ZdBb2QV9SRJWlgYmiTIW9gD+YPN+OgoT9DxYhddamw1Mrb+nvLTIRa9gCX9pPAAYGeHZehFqMoTk&#10;gx8S1V0IaGIgevEsPH43SStJhrWOEjUnVrHvGcI0MTVGso6fP6CjSEkvQui60JSSacXnmRsB8RWm&#10;C2UryU0vI9P/54lB9Kn/9t9kn9pyyRZhFnhD89S8tPcUBvOWaPjkZteD2bKTWKj0OU+SZx0OZK6F&#10;Ijt0kuI6kuRk1v9OQbNhO7iD14K75jYyHLsRHDHiapLNipRKL61R9Gm+ED/V1oB72aOH8Zjwvc1q&#10;uFM0mOQwFb6+ZmgvZZBvliS5hyho44EHHoS1W7bJvnuI2Hof/8SfiJzsh3/oXbBr11bYQt5pe3ft&#10;gkcePUTBHI9Q+MlGuJTCWHbt3gMnDr8A99HvryPW12WXX0YJu6tgI4F+s6u9R5sMg5tR9FRcjrEe&#10;rjRnPLs1eJQztZsHqhOnKVTt/nvB3HMnUZnvhJqYfJaYfEO3KI+f4GZP+u7Gh6yIDIAGA+xdZSgo&#10;YnIDyaVJOn3t90B1y2ug2bcfBvQeDUnrebIUGdNgVvDi+26GcfzVPn8RFmhWZiHyGtGIN/UQ/vWv&#10;/go8TOf5XW9/B7zrR36Y/C9rYlFPaw+AkYzAIARLsfkZV82uhru+9hU4TtLf225/JUm9yRub6jYc&#10;uejr1af759obboT7v3UPfOPeb8GxI0fgNXe8lu5DhJtvvZ2umXXEEj0Cl9A9eYCuTaMyusxMBjpo&#10;89Cd2Gb+as6LaVmmZLZS0PKzh3ZQnFnedqXd444nApsiSMqYcWutcn00y4UvjzH6lgMAu44hGjP2&#10;ZS8oQiafvZvoYRdINEGSGkConnp285rB1xF7ZrKyp6LQJEugniXwzq6hEKW1M9Cn/qJHAF+9jq45&#10;+vcUfZ+/JokZyAy+Kku0FXulngfSPIOtJ9elpO72ewqQ9XwCbwDdYkiH/z3PiEtAXq0EhMDiE4BS&#10;knn7EWTzny2T1iopJOyvdfDoC2m9wpTzstpak3qrLFgjYR5VyjYIib/iBdiLNVt4vpBaazTBN+5t&#10;IUgS9e/iqYrFZwzMN+9nG0Ioqwi+Y2Dw5eEiYbCckVKqMemsUQVqSuAVv2P24q9sJtf1oUBW8SLx&#10;6q80VVn7fgkBYosG+rccez1GDvJAuWTX4c+FLUBNiGFHIP7Q+eDMBBDUmmK4zUqa66679pfqIKuI&#10;kiqbGD0ddk662QXNsvqdFR5UIfjASCdkIEsFKbySlvfu6G4MnSKZHewSY84rKDPoss/iUkMTfL6M&#10;WVbC1JU6nwMSpuVJCC0XpXgxQdtUHccAxnR8TAHOjRchHVON7ILGlrdQnKy3jkzOXvLMPW2uIkug&#10;RZByzp8RxJgK0+m5gBA90vJUmCBN9I0jqlcLKNUdswZTzc+Df0/j1NQ8NXa5J4RvCBvvzScpt0lm&#10;pEhi0Rh6wDCwQFzxHlElwyI7kqbPg4Ic3MAmwALyscSX5H4+uGMozKCmWSQgkBkRi1R8UMFKBcYp&#10;8pwJC42N8lhXsN4qWsR37NwCq7fvh0u276XpPL0vYgWeO/ESjMh/z1Gy3mkC/OYosW19TQEctKms&#10;X30QdpNRc713D6VGOThDPz954hSBFlS0ksxg05ljcOz4ETh2eiReN4x/VqZXXjdoM5Aco/yxuBUs&#10;ljZnuDwIYTIw0AQz09jkmdTQgwkKCJHKRT2pdmYurhtJhpZbSeZyYSg4Lvrq2AEMydrh73VneCKP&#10;sIGKfk7gZe9EZvZVnIQ0GulahbJIBsaqU09Jn9jpTZZF6svAhRt66Z/DLAkUWv4q4/55ODYESTPI&#10;FMxqOhY11PPwMqy3xwiaKrvOJMSYAaMrTXKDQezKZas7rydLPF6IcdMrwLli3YxwcwHjGcyugQLQ&#10;d5HZazOLgmD2LibagzN0DzOjj5oyAgBwQFKrITVp9H3ke925eC3xcLEWeSAqOBNYRpACKjrW6YLT&#10;jFqUZuc7FSLte637HDduPIjZmvHThN20yjHG6IVcSajSXIyDsszgOnsCWc/1MQx+sh3BwS09WD01&#10;oiGEqOzFW65l2ut9NI1HTz3rCMf3WMzxaFQZTuviDkuJze6rAD5l03sBDxEK9nlgikldBDo5NZ6N&#10;XdE9Pz05gh1re7BhFmHrepLrrumRTx81ilP0Ves5YKmmYW8pluMGiWM63jazPOB3X1sF+qyXE0fJ&#10;E0s96bVHIpRVi4zIVEjSJFmTjHpPYjDmB/WGSWufD7Ry8Vr09xrGyqTx7vECuE1RgAXuupT+MgvH&#10;HqF75Bx7uc2L72xNieMNBAmxESAJzRT93BuW82PkmBnBQTRUQQtWbIemJMaoc+G6Uv9cYwrJlfc4&#10;ZsDEQnAA9ufK3w8hMV3W+CbhScKaNLWEWjS+OicJJaVxzg/oHA3gK5/9JKzdugPsG94EG6gZWzLz&#10;lG9Bn4H80pbjtbz8ljyzylEv34kJDzL1iRVS79xOybFvhRnybfoT8grbRDLDy4i1Nr3Ke+hWauaN&#10;rSE3uXjAJAFH56bomtu8DuCG14AlKdn8sw9CnxLDndwLJOtyHAYxDWb1enC7SK67/wow6+nvIhub&#10;JDCXk3upuVRLHPGRa5pllS3de0I5GlxJ7umHA45qlRPw8H3fImnlWrj86mtgtOA9Bbnm+jQBn99+&#10;9FGYIQkrByBs3LxFGHrHKVThsUOPwTqSUa6ZYXBwP7zy1lvhY3TcnnrqSXn9aRrCvecnfhLecuQl&#10;2EbHlptXHtiyJ5/Inmh9N8pkYWVGGJiPDQ5Cc6V7TSWs28aH0pCKY/K556B55hGonvo2DYvO0GBo&#10;CRY58ZrXkZFPex3I4JgachoY1Fxr831CwPICnY8BhaDMXHc7jLZugyVOWaZrQhgtHheUxGCrqh+8&#10;CF+zv9b/Ycn0N5g8dstz4ENZeM1ZWJiHp+lYc4Lora8k1iM3z0Nm6Q38img9u4kZNot0DXlWUkUK&#10;6J3wxte/Ht5Pvny//Rv/AX7mf/oF2Eoyfr4I+nSsT5H3Na+TfB3dTIDfN7/1LRqWPy714Ow0jXfI&#10;wuGt73gnvPbNb5UGnH9nOHRdTsmZ3PW/93+mYKa19Wi4bL6XWXl9k2a3aT3Cdk1Yi2NQVI4h0BHN&#10;ivXghYJ6F2oj0x1Ch2MFUWD25wx6+YihOVVnYLrSfPJ39M53godMEFO6j15l1tDgS9Kg0csqjaq5&#10;vIBk5Mko4OXl4gKiAUe8H1RkIWXAFP6s0o1H5WWH16NKU/OBv9XXTOuXi+CX30OqWFOFmju8blRX&#10;xdRXZc5ltlh+L8cYdgHB3qHC6KUf2PSjGCCWwOJGA2vaVk6YEUIqlc6EsA2DGaZSe5uFoNQJwVci&#10;hWWbA17XS+O32Ie6aHtmWh7VqMy8MveAvey9dVcTw16s+u7YysYTwq/bKIbSU5a696E2UbbL6zgf&#10;E0nNtTaubWKVouAiA5/SX8ZQ1MZfBw6KwLqkbkW1jQNZp4p+OOuf6rGlymEWxGE6eSmxqEdb3D5V&#10;e5OUos1GMoUZY6Qkco7pEKiVIBOIpwZPeLG1ULWTBrHLHTkD+jDSh1xhbO5vHLfMmBLHIsrNGDEn&#10;+JfkioUcyrPLQZEtlkPRvcYgi+5FLXMjQFMEXWB4njHh7PhCGzwkEBPKXAB9mjQjP28ylpzppm5G&#10;dy3MpbTQCsbwN6pvEK1e4Bnopi7Zue+eU6BOzqNrImvP6d8BoZR1YUpnDRRyH65hIsCQvAb9c1ci&#10;l/EmfYFJyKblPCVs5KuRwnCoYN9IWH7s87UYF/fp6QbWUHF6hiaBgU3gG/JKZFHFtUELxDRNenZv&#10;J5Ntaq4WeMpIXfEUY3Mkn2L57nPPPgHHnr0fdk88A5NU3C7iTpjdswuW+PMQi89MO5hkFs0SA3sk&#10;+514FFb152WqL96CVLRMyvmrfeJQ8MA0SWJVdW6qASQL3nFOzalLjhq2YSGTQDeHWRrweXNbsfRL&#10;MIqh8f8sQucLr7DZh43CW+SqLIQK8VXE6tu6fgbWbJgC0WVWfVmEl6i5aCovcbIpJjpe64jpHpG1&#10;MpMWx4AbcIUnZomwYRFuht2rXnY8O5JYMQEsF6P0wE7kbxygaqcYrwgG4cU7gOdTrGJdwhXCRoph&#10;CRbhJWMDjDxAwWEMf/L3tF8vsPFJeXRz0C1GzfDoLN2HJNldOCXSXUd+mMG/0WnYakXyXNP3jCaj&#10;/mq8BTbZqwf40WGLfYfdfwaAfLnDWDDPYXy/wYsFILB1vaEp9pr2vmc6wECTeW+ZEPgRAyOwkFPX&#10;Imsmb//VBvZtm4GTT83JJHypAWWmdQGKGP2QEoCKWWNhxu4WY1ojtshcMAUAmMuL4lAKkoGzVRNt&#10;Ab2oGe9x4ESP/PimGli3qgdbyFtnx4YaZihcYapnRM7dV/ltj4FK6wvemtaQHgIEqM+ZPOzB6JDD&#10;XyNiA2Siy5n/mSYGc9qzyGI5ZZXYfb7gM0VISX6t8xppYjGbrkhsT+1AfV6CCgGdNjM9eh1vWTA1&#10;RdLOjZwqeQuceIYAiMUnSeZ6XII3gi1GrVOYIRKjoWZvvyXvY+h8Am4h5coGfjEcLLJBvWl5IyFO&#10;ruOiToFidXAldi15dn5tqsRcZPfW++4YZQWKf9ZMT2qGedrPBnTff/3TH6Q9chGu+J7XwbbtJNEj&#10;BuTEd5gO2Qb5xmX4KlE0IcRsSCBCDdtJQvua73uj+Lb98Yc+DG8ndQADfluJUTQk37267re807y3&#10;IZvDT4gOmtJj1xDr4tqbxD8UDx8S8Il/p6EwqtHOK8BesptAvrXQIxWA6U/DAr8+H1u1NfGDOCOs&#10;Pq4bmoticuPKpLBcxW58E3PuzDx89KMfk2brtttuJ0bpItxy0y2whVJ0v+/1b4AHiN33e//1P5M3&#10;20/AnkuvgB9+1w/DB/7oDyk84ZOwYcslsJ+GnkP6nXA9zM6ukcZrFYF9lgZ6a4lVI2btfM3Rok0z&#10;URnUWAXC/T3vQ5ZWGsppwUZDIGrKaZBbH3kBeg9R4MtLT1Nm0ymqoc4Rk48k7fTpKD4DvPMN2a0Q&#10;2GwJULW0poy4J+rPkO8yHfvNO8HtOQAVAa8jCloZsM8VsXsaCZrz/oD8nieZtekyD9+VjvPfwP/s&#10;Cvbk/N2RMD5rUU4wUDtPQXQLpFjhczY5MaP7mgdbWHkTjg+zofjZZ6j5/v4ffBd8g7z3PvuFL8r1&#10;/LM//3NwyaZLJIV8FYHrYptAv7th/Tp5P9P0vQFb9Awauo8mBABn2S/v94uLSxK+gcmEeHyDLz2i&#10;lgWvuuqhl0W2xJYCx7T7QyhDMxG/g5UNl7HywSgjG7tSo8/eSk7By8mZ8TtgkEJrIAwdHYspEn3F&#10;q681pOP7sGdqHUQ1AtCxLHOChlxY8x7mrYAaIlUQ309Y8D7ht1FtAK2xo8p7t3IwloTDuXgspP/t&#10;T+rAysb3I4qjzEs0BJdZTbaXnjOz4GqzOsWGQXuwUAuI355LwBa0VITB/y5cJ3n/Ft8LogLsthjM&#10;+326iu+FlU/xrftFzJPKMhuXlAWAhSpBCEjhOEIWVAqe7c7HRmS2+tmtgmq2qgp7xgI/0eyEca/z&#10;7IpAjHW5sPjqWn3wUi8cZbIuIy9pz+pByqxjKeTHVlpOdB6Q9W1tLSoGHkQ5BW+bqEYMbL1MORl6&#10;ZfUwQfUmNLZKTF7FP2q9xupF8UduvCm0PhBzU/TWQqHW1yo9LY3RJX7a2jgD8MEGcX6XgWwtCZPT&#10;xinMs6NEJZs6GL1JWt0HKpgXErNMe9gQTAwzQqHXNrso7zNaWAegzMR0YIgBHKXkzpYBHjncgTZQ&#10;RxKzxbQMw4vQjDbbzxQJkulY6XR+DJTMsoZaLBjMGuIAfsUGAE0ukPSf1qQNomlcwQpPjA5XAHJt&#10;zzCExIJy2vUKsGSCGboHvriwz9z6PesAEkjnGn0OAfHSREGeL5xz9IUpG3XLQok+zEM8bkYjOW9O&#10;0/34gwxU7tso2CZSLS4MFNhsUKW7jOIPnWen8q+IbLfhKEn6c4nMpOe8Fx8VdQuLc2IuPSTAYEDu&#10;q0Py2puk35+mKnkrFZzP6jkLzDXvf+R8Y6mLJp+LU2TkPHfmKCzNU1O5pk/SlF2wgQqRETd59Hoz&#10;5C1zejWlO07fSm9jBq647DaYWbsGTp4+DsfJo0/SE2kjWTKLcOr4USp45mBVRQm79VCMwLkA4kkn&#10;byWVTLVtnJT4657vW5fJnzCCz6jyPSPBF+mWCqCcy9g2skAaVB/JFAgRkjQrncbwsRbKc2iIFZTx&#10;6UeeNi4eZ3yujJdm+Muv8aA5+tbY2rSxjUZhGDDUaRqnQPVpWksSNmrSWRK1jqQYe3dthn37LiPJ&#10;8w7x3KvZI6Pfl2nQ4vwZePrJQ/DkI9+GQ+TzMiBpTo+aK5Zr9y0zQ3xC8ZCuA4dT0qDRGF6AIxuM&#10;HqsUTFPKlrqANijig2IJhCXA1TWVLAFALMAyk8N0WKo0nHp0xglmS9pv0bRgx7aXiok4ERYNvDlv&#10;kxtiLnPbgMjwNBDB4fx34xoNKd2br0l/DSnYpPc9a22NS8EF6ALtjlmYFHYjbL5FAfMcGbQ3BNi7&#10;Rf43pV835LFJDL/RwK8Z/JrMxmBvsili2/anOOiAmt+e86m79DJLI/ZcomM2iuG+0futSFPWABaH&#10;ydOyQV2z1QcblbFXsPuCpLENvmYKznAhOGyzcCFJ3rNrDlUSHwEl8JNWUyQAYyRDowmSXhN91oxG&#10;VGObuclJlpYBFA38ocdP9FFkrbcdpJQ5QlseeXYRzg342PmBIS8DwxDYYb2PmGd3GSUfB9uGwIZr&#10;dH2pItvbQJoOm2i87ddZpxVJbSrdI1Qyqu+XQRV/TzhYzWmjsEBsRAIoZw19WVhP8s4Ns1TA03XA&#10;IQ+1X4pEru2Nqtmv0UlICTM+K2EzppQJvh5HTdpHh42f1IrnnchgSgZnKNLF5FnDOkQCKLyCvniF&#10;xSAeZZEwgCE7KIdUWMwCgES7KpN+mSbLveT3Wi4ohWWPTfTvk+OSTe77JOndsO0graOr4PizszA4&#10;eg9M0vtaahb12uGBV9/7lYnlwQx5jvUF3ayRUkirkR+Ijfz15DTYwQ//+DWqWI9xseuJFH7YFmTB&#10;MiBnGLL2oUu1z60Q9vcS36tNsi4J4V38Tz6u/D7CGsUF9iqSWU8TC5N97By99z6lIA4I+Zk78wx8&#10;4YO/C8+QRPSOH//7sGPHHnqdKZncO1r7HRmpc3I7YtMxAL9Ql9OsmTB+ipU8jfz7ZVbk7Grak3qb&#10;4R3vfJd4Nv3RBz8IN5Js8fvf+QOwjoGIyg87eQApCYrWeygaT1uXV6kn6b0SUDYk+Zh9cheMyIus&#10;Iq8xJLuQat0GaIRV4Rkb/Il64byoQXi4q5kBPxpzIFvevzf5dCfGsg1hWphSOvl+8/xQIwPUETdg&#10;9NqPP/q4MKp20Xu//ZW3UeACSeRvvAneQb58v0/H4fc/8Ifw3v/ln8GrX/99FK6yET78oQ/Bv/03&#10;vyYeh+xnxQqHO155O7zpLW9S79xKQmOMLeOpmGHq1P4jqo9sYi+Ljbl6ZnLqKq80AwqlqTm0ho4l&#10;aYnBPnMIqlMU3DSk2os8EllKzaqBCWJGLlVe3iurGS8YLtTgdO2t3Q7Vtr1gKBl4SGnMZmJK/KRY&#10;Om40yAYklELXJ6lzbQKxs73BtKyOctkarMDsevngiXtZQt8untso8wbPqwUT09e9FK6nRi0DYu+t&#10;ovX5CgpY+eJXvgpf//rdcNOtt4Eh65wJZqWOUJpyYU/R55+k4xoIHtxjbiWfvV/9v36FJPKfgo8T&#10;W/R//ifvhZuuuwFuvfVmOHDZlbLuvPj8c/DRT3yCZL5r4Qfe8TZYzVJLowwitDGMRpZLraNCYBSO&#10;KTFwmcWgJKzkfu+RqHARUmiMlB9QSb+qdrDIno81gTNjTscpZNFUhQVPKxJsBaAvYyxnkmLUtdj7&#10;lKEOwjOairI5zTJsP8RxXnUR6J4P7pbx5EtdbvrlhIll0Z3W10G+pvBqAPGhy+yMeM/r93wa+oCK&#10;Na51eAjnwFtTSG9ianmOCe1XUQfNrBxClq9iXjeX77+IQwmBgjFV2sQ6P/eLtFU1pgAcD31Rv1qX&#10;lIxG2XoB5Au1E8bnrQvptbFmfK2PVmDgQ75iyJmLJItAwPGXpa/pgged02ONLoBVkKkCgz+tibZd&#10;dWUL1Y94DAeOkdFqNEi3hZTeRIQbw2etquRbj2VNHUDHSM6yJuIqUXXhvAWKD6NVxZ41PgAUre5v&#10;GLGanC9W9ZI3H6r6UNjIlWeBgj4X4y/ik6jDStD6L8h3/C1vtYYwUZnJcu+gZMKYqeCvj5onJjHn&#10;VlFHDJugzTzlcjpKNibHnMEDNm5Q/oK2UmTmjYtRwMe10stcZP3pZF9TsPJmVU5c5pHii6YqNanO&#10;b9+pQXaxuQSlS0ZgUqm0JjaMqIylVihBnBzngF7qtBJxznayMXLmIULpNWaWs1NCLJ8HUf10vAnl&#10;IlHZJycmV5y1lI1+atltznrJaN9Jkocqg0kgqTUp7TcsUNghTYyMvVYx6NQ/zxfjAQt1pUwvk+6G&#10;RESMabsmeu8F7z5Q2W6+FeTeewM2Sqap9hIVkkyp9d4dSe4biyHMvJ345qXnH4BPypWkXfrfiNhe&#10;XCxwgiR7ezVk3L/AAB/9bHF+TkCHcwT+sPk8y3+4KOFExBmWEJHkdjA/T57u9P1RWMDqyDbkz7FA&#10;QNzjjz0F6x47BMebR+Ds8RfhwCXb4ZrXvFYowJzWt4MK9Ok9l5M34BkKg9gIm3bsgmdfeBLOHjtK&#10;YOOSSl6WYJ4SeZuF05QMzOETA5lej0aB0o0yxexrulJJ9MckiceVNIAlo6gL8A0nxS9oGAFjhwkE&#10;Dz4FPaE0+6Sjuva+RALgOh+GIg1bEAZLOrAmGjl/p7OUIvg+VqR5WUVSqB3UKOylhLZ9+/aSyfLV&#10;sHnzNjJgX01FzoQvopuhTGj5XUxO92hCPEdgHwVtkO8Ly0Ou3bAJbrj1e+Dh19wBn/+jP4Bn73uI&#10;wB5qiixGMHtCZD8ugdH6Z3dmI7bpDJEVFeE5TJHQpgsiK+RRHQwJXGnS22123L6Hu/82zpjLAeFI&#10;6Q+beVui2yWr6LTxcy3rgUzWjJgxlEo24chlSbPxmC5BUPi7kTaZ1KQ5AsAlaZMbtuE5wuopMXFE&#10;X2SeDsTs40RRCWZx+TqpckryX5ucMLKmVJqY6qermAIClAjq4MLYjdFQAkt2LF7cGB+WI1gvq9/G&#10;0qID9djhctcNJgZwuZd76aU1yQrEOVOYfYcmn6Wq22csfM+eVTS8cPDgiwt+4CMJtQzvWV+seT1n&#10;xjgrw50gAJMGlMGmwHFjYoorZM2END5hQGSa6HnHg42GAQZ6sklag6b6I1hDPoxb19DXegurCO3b&#10;TEOXaT7nFn2aeXY9ohZZOUAaVtPKdjGDcCy8q7JdNUDJMvCeofw1FLBSkj/Be0CiCcPIxsufpXTu&#10;ezsPlSB7N2UbJ9WpmkmLh1lGXu8bRye2ED1iHfHa/MIc2UjMP0FF91FqwinIBtnzbEH3bVq7q8b/&#10;Sbsos+nk/Upd5qRWrKXYrjXwCgQENaoKEYZjrRJqCX7JPJY1Zdgodm8Dm8aEAC8oFBWVNXEeGkBw&#10;rqEmFVDk64KtNvhxvZ6XSjdwFh7+5l9S+OxGsD/0Vti5hXz8KBV3SPLXWW4yiGXPyaAviwfTukcN&#10;jq+MnPyKI7+m8v68buN6eB2x2raQ/9yHPvZhWLd5E3zf614vtckq8rTrU5AFag3UiSmwBx2ZxZvL&#10;rxKm6gIxxlaz3xDtc84XNx0BGnh+W5yLwIl8nxIGiiZufyxnGtKJ4GRdN3QCOK8X9l0ltTmzGNeu&#10;W+89Gymd8s1vexscJa/iv/jCnfDVL30J7iBJ5isohGPf/v3wwrPPwPPPPiuvd+Dyy2H3nr2kqlgd&#10;jc6Na9nwIy6/0LIsz/b00mrkvXMCMrO8J05SnfD049A88Qi4o09S805gtuV0Z76PSTkhqY08nCVw&#10;mLxJJ6imaMjWhT/DkM7nHK1Ra/ZeQyEot8D8eg7dIEN+MvYXtNWozE/kXPaCyPJ/1e58383/mgsK&#10;skFhCjvnh77DxteBQfYm3l602b7pTW+GL1PYxlfu+iq862/9bdh/YB+cOXFMwKRV6pvMw9kIjOre&#10;xv/aQPfSj/3dH4c77vhe+M+//Zvwmc9+Gj780Q/Drp07qUachMOkxLmUrin2BdxHgS6g7PRAPkgs&#10;FfxrRKzsUGa0WLR4QYTAC7+iuoK/WoTBbO8z0XMbL/I6zhVmF/kWl4W1x+2sMFpJQOaNbbJTjrmi&#10;z3pmWS2AoBUAyi9vjQd9mkb3HJTBm+AgNrOxAowe9ohlL52fkxBkEthqqJ7Gfhjmxj4UtsC+Li0V&#10;v2atQRUMLrGHHKqqIeEjkXaVYSFdQW8mBqB45pkt1ISYq2uy92VNIA35Y+wVMiYxTk0X29XIph0t&#10;dTo95hPz2WYBj4Gd1+kpq9hNwTwEKLwnTUY78EPyRNSIP0McPy6ZigEkFXwUiWLxWFRWPYx9AFct&#10;jD6/1gnwKP2IjQSNdJwxC5RKN1yh4MiIdgL2+bBQ6wcBTkfPCu5ZlyVbRo12uhkg86bKG0iT+a5h&#10;yzi+jREZm01zMMljbSb9TF5vtnjz/sM0uqhz8W6zhrt9U6NM7r1/tM1WJRMnH15uCIXvmLwHwCyR&#10;FNMqZrFzxfKzH5PAJNNOMYSxBqaYbUXWoivlVi6gz9UyEqhuKWDhp5S9UZu/jwyIMQaKVDKnDJAA&#10;trZ9IcpkwGxx1nORDNmzxdVhZpwZQD7/7xDU4dQDzYOF4Xt5sEeS5kY03TVxesFsNiMNZCNfCEl2&#10;GZhmqNMnRJckwgI0jeTv4tNHMhqujdmw/SwxvwYL5zyDlQC+aZJmzJDZ76nHzwj7r2ZAkB9PRR+5&#10;HpGMZArmiVEXEoa8L5LLpNI+7OHUyTMwf/glYputg9vf8g6wC0twjlh7OGRwYpMUMavWbwc4XsHs&#10;zFp4/qlH4ASl+DqS8C6SnGRhbgGGbIhFIJ+l4nQdhfJNM8W8N1K2jJ8GcaPATETx7+HJjZqURpgW&#10;bQE25fhU8FwYy5VAzIDsJKPOQd+wUTrMFnRlAzOwW9VGz3MjHglyvKyJtHD2TrHGd3Qsn5ghph7L&#10;Ldav3Uj+PcTW27+Divz9lOI3AxtJ5sypxTV7LtV+s2QAVqYe3APVU3IMpqiJtdLsTWmDSFI8ao5Q&#10;39Ne8qza8d5/Dvd97tNw50c/SN5ui8LuiIiCekTytRJkofx7Bu0yBt+mCA2AtkwASnlkSESGZdKQ&#10;EZcR32I3+ocdQJ7pGjKcR3obQf1iY8zNrfCiy7B2cI4Z85zIPBO1EPHDGqt+X40PVwF/rwNvrM4H&#10;6DCrj2VXbrjo76cRN5in6IvAiuYc1WjzIATNwDjM3poUDXTK+30OXfCefQL2yZeTf/Okd9CIGr8M&#10;nCzCoE0Xblsqa013nou5QDChSD09j818CLAxOfsAY67CuFAMWxLgMPfimqHKCmFIXqi8PVZ+2xJ2&#10;3+xMH3bQXnDjvhlqkAGOnhzBmUVao7mwaULR4DxLTN5cr5i8mtxCCEqQl1l3iWHhH18FNjXv4Dz5&#10;5IEHhyHQi5GKk9ZukncRiL95rSXmXg3rp2vYSF8Tk54xbGOxFyR/PkBDZKHGh214magCVeq7Z00A&#10;OXSr0xTvcN79Y0P6LkTgz3V4mxhlH1REHa0pbIFrnBGydMemAA4zyvZ7VMYSxsCjOCjFNn/YA4HF&#10;9HnMB9h/PvbJm1i3GVbvugbOPUe/Q9NiQ0zYJQLIKx/0pyxv77eqPG3lT3oJNsYADd88+8FdSLUL&#10;dg9pIl2En+n1OlLZq7HJuN0KUIJxkJinEFutZZxLg4pe5ffc2VUUjtDndGQ/VKKMBbm2Hrzzz2if&#10;n4cbv//NcOWVl5Jt4UYBe7jrb0djmItIKUcc99lsEZ7ljPSYIdGzspesI2beNZQae4YGvJ//0ueF&#10;BfdqAipQZIbTsmcNl0Yy0OzqvDnhlm4+kedyEzrkRoHrIvSjbRvkR+c3fHhZrbXRpGiGU8PqwM3M&#10;Sy+9BF+/+24K3ngArr7qWjrOl8Hf+ZEfJcXCFfCRj38M7v/2g3Ds8Iu0x28QM/pZYvi9i8I4jh07&#10;CZ/81Kdor98N115/HSVMb4FNGzfADTfd5L2wxIi+8ozYfl9Z3zbrGZYHtj243Rcm8Mh5r1Ye3tan&#10;TkD/6IsweOgBMMeeJU++U2KtwvfdgCWezJAZ9WR4MbT8ula+Gh6CELC6WBEgvuMATG7fB+e27QZH&#10;ycsTBLzWykDGLEK60sTJi8eRzN8Ee77zvmNUk3ts/DXN1ybX8VUY2NPPbyA2399+1w+KN+Mf/v77&#10;4d3veQ9sohpwqq7EU9sHy1SFfDTclEtUI3Pi6SUEnP/Ce98L7z5KwXdPPkFA8lGph9fTubmGQOQ1&#10;a9f4hFG+ckdDuYaqNpJ14Z/qZQeYwAX4M7ZrjbIUvLDxIb6May0H/NKhCT2Z+G7FsKlCWloMuDMe&#10;MS7DGzTmOzqOCB2uLwUj0RTkF1BSUpo3JsZlFQKvbDaIVu9b1QpEDCGAT6HPdTrQttHSymb+82WN&#10;I7Nq9UuXUAhNRE/2RNXY5uKw9Ku21o5djZI0G/YGSCzO3Fcdx3wBu/e1ImxFMSPnXDbUjCbF2q8n&#10;bIGXamsS674dEpmDVuFyFnYomiwp2WRqVRyjo8jeE7yJw3vMLdjQjAcZZl76mJEiTcvHxjiXPPew&#10;FZAYJM4WC5a1jbhNeO/62elz9asE4PnHUW+BGqDGC1rjD2hiPFbKVLQZvpU8XU12bGMQCksYbEhi&#10;C280FKyQit1wE9totOzS5MRk4RSqqfZMl5bnBY4n+EATVEwJSERPiGylqKBQ5KHVjBkcRZmoADp6&#10;Q5mxxcJlJ0KZAzr5tprYWxibGk3Qo+e3aLOQDRPNEK1LCG65Pbs2xaAE3Qym4mOZWHTM0Hpf0DfS&#10;yAZa77hMsPRAyhfesumE2ORZk+PvpnCdCuaYyQOw1US2WD4RrEsQeQRL5dO6GNPrNelQgnY5gyMY&#10;fEZ/v8jqa1KYpvr0SZEfk3cbDVBoItVG2CcsseTjo1IxE2gFLoEWPnBB3/PQp7IafgyDBAQU8RR6&#10;jkC7If2dG1P+HoN6i/Q1nFuE6iwVEQMPELKJMJsyO3qeDQT2nVK6tMSdc/IclunF/FkPz50hJchZ&#10;mF6YoCakD+fYf+/4S3IdLtL5fooYecxo43N2liRHqN1jw+8HPb2ZZU7AaZdUzEhyY7/yCw42cVZT&#10;Ge+DMCT5E1EDfPojZEmOmK4IMFhctzFl2+QqVCx9QbLNA3VaFlIYe0GepemP/rxTYdyrNLjEyw+4&#10;4J2dnSRG4zSBeTOwadNmYudtge3bt8CO7dspeW87pasRC6A3IQWaX9gbL0FgtmDPJ0MFT4oBfd6a&#10;Hjs5OSGNzhkKPeGEySUCba14wPifVZ4GJJHoSyTzWjdFxtn085vf+kOwZs8e+NoffQAOP/8szNQs&#10;6RmKdxtLvNhclcFdvs4MuG5ZF46bGRdeKgidcgUc8/vLzJ/zUWSh60zXlmlhcSsGZXQgUV33fDHU&#10;CK9bhFRg3lVdCEoVE8A7WYa6oZqkQ1aQPpP3Czg/EKCI7zsxvGWmHgF8DPwxsNdQ6Abw+WoW6Fyd&#10;FeYHIzFiMREYgsGFQTf+Ce6ViUTdn0AP9DFYbFE93rzrraxljVWWjQFsF9nYYeGtp8q17KNTxA12&#10;k2ywGDxeQDOQvwfT6VaDOE4ANG2aQM5Wx7TNWZU2pEwpo0Mav1YJ7FN5Nh53Yf3pilJrvU/J08cG&#10;8PhLi/D8qaGkoGLl/WdGcl4rTemuYMy20Hm2uQnebYbXVB9QYRVME9CLvjdhnDAymam3mqjWMxRg&#10;sIG897ZSsMYMgbcTBKpM9rw0l9+wyyRFPj1Ogb6ssJfvm2Q0VdkAAOvfqyx9sCpvU6OpzUaGFgG4&#10;VNAK86ug/B0+Cj0CF9AMBOhzWEMMY2P2XKhfrEvhLhAMpbPUer06WSZSm5a/ixmvRxr0LUxNLKU+&#10;3Vubd+4hidsmOPb0alg69hCZV52gx5yWe06GqeKl00gNtzS0EoxhLScKjjTIyEWZqAM1y5ZaMg1o&#10;+Vrp1SZea0kV4R8z0iwkzwpgcCekr7sM4IMM4DNJvaFzRt4++xO899DnG3ohZ0V/x5r2ebJueOKu&#10;P4ElSry3P/MLcPneCWGA92lIFAaw5iL8+crlbgW0D9QvuBnpCmKFbcRAxx3f9zqStK6GPycm0jNP&#10;Pgk/9KM/CuvJc2/16jUSFoAd9WAtjIlKzrX4NtH57lkoGCDSnJlyGGTQvHxrPhxnkoTX43thRCfv&#10;+ImT8IHf+3/h83feCa9+1avgqmteATu2baaf92ETyXG3k4XJ+973Pnjf7/4e/Oi73w0HLr1MQkw2&#10;X7IN3vOT74Hf+I3/CH/x538BO8nbcN/evaJyWaI6jI8D33uo9gisAhDJvDEpFMe0xKW5Rzf9ziIN&#10;f2ra+2d50EspvqNDj4B98UkKSTsM9dI5sQgJPosivWLGKV/zte+h+myyzwzc3iSM1m2FJQL4zI79&#10;0Nu6Bebo8WvofA4sDRlHjZcyc6plFhvt/Tzt8iGG5wGG4K+zJ98FQGCyjhnflbEKpZKkzipKv/sE&#10;kq6h+u4nf+qnYe/e/fCffvu34FE6R+/5+++BG2+5VdbWRgBDV0hXo/cVee89++ILcC9ZtLzy1a+B&#10;PcTi23dgb0x0qpVZ6iVyIN6dSzQFmOLaseVl7C4YdMXvOLV45T1+3JQOWyE450MJVwb8zAW8NxOt&#10;SvKwylzKiDq0MWOy7bY7tOm4pjssSsyFCs9bNZZZpvZtDcjbvtXB2mKkMlHGTYaqSuF/9xRLcDb5&#10;MCNA9Jr31ySU6rgKC1lvUGA5SGGRNoJbidgydk6sjtiyur+L2VdbE33yw2uNAcvCSLSpvlhhioUQ&#10;7IAgetelo4cxzVQScjM5dJEqH4g/Bgr/OegYQiIuE4EXwL8AVuYycJOUACZLh+68nlUSHaTFDpNZ&#10;QhHiEuTELrEsQ2iH9OW871hfk2Gjct/Kp4mZjBSVMDWPETBGYaIvoq9hUNnNoMe5yvI1PC6iZIyq&#10;SvLpzAov/EbNKUZMe7ah6LPJZLCKMpUU/4smN/lsGWDacpOKAQqQAJti6TBJ1hIinj300CT/JoeF&#10;F5gpvE+DQSTGriU83mRx4BVgZC95Oan3ZQsJtmESzxqSPEUTI1Kd31NWbfmCkZ3OyLEpu7Dweyal&#10;apZgX4wjbUk5ostZtkkl0M4pi6Wqqg4l3LgQz2D5eULSrIVwEyT/vnRzelacv/FcPKfW2A5pyvh7&#10;jd58EMzCvUehcxhTfFM4K2bAsCkSf/zrNhEABHRZMqoH8Zj+isFPihsJ/f3h4lAkmQNiYxlltjGr&#10;JxFCG3mevnj4NeLLF6TGXCBaARxHIr/lCMmGwTa+3qiodIsD73tErD+eNp4mKUqf2AE8VVxkEJCB&#10;C/YCo5t8UowgGnmf4vHBx7WqEuVWpgS0OHAoBx2TMwM2HCV5BxUtnKY3QTHudcMy4YFcs1j7CT4S&#10;q7DPTD2dBvfqngB+jcrU5gcTcOIsuU/No0+ao9cfibS59gWlgqXW+QjyPKXSZKwSxNLwzUCX7zBm&#10;10IrxCa55GSp30YZBSA5k8w2nCG51IH9B2D71u1w+RUH4LIrLiXJxS6SLM+IaXnD8qbGNzBckI0I&#10;xOlN+Ck+S3nZDpslODwxN+r1WHFKJkfFExDDgN8Dd38RXnHttbTeOXji0Qdh78HLYHB2kZqFoYC9&#10;qwlYBHXGWkWsgHlH533xJKztz8KVl90EW//XvfChX/sVmHvmSWnqnfgDNp6pGaXhuAK1wxRyvzKN&#10;LgdOMZOl4ngybVu367DbELrrfbSnZx1ju3B/5ZumNaazFDKmlPMmKdjyQB8Wayqu6AMDhbQ/AfsG&#10;01ou60Kz5L+oGUO6L+nE0b8puGZEgRuOgflJuobIX4kBwJFKJIKtgM2K0nCamH1F92C/xybf4EM5&#10;0KeLMTMssJ2tR7S8h481LdmzGc93CrYEuV9Ri1GXfGxwLGkPcjDwIsba2FkiZQEVgX0eLxNcJsE5&#10;v1pNkv8HA2WbfHYDi80HMZGEkt2/CHhrRjXs3NjARgLc9m6ZgHuePgNPHiER5RJbGjQ+PRw03Cug&#10;r9nlxGu1DCStB/nZLLtyTiReE3TPU3aGvO7WNTWsJa+9tQTUrKM007XE3mMWZq3sMgw+ZY3P1uxZ&#10;b0VSh6TlKuy3ev27IBHVplwvoMAms8XALh8cjq+Nec0ThirtZGRUTThqWjazTCrbyH5RRMKoZQrq&#10;8M4Hb9gCeG8PJAPoBitE84Qmgr2wvMMZz5Ko6aUk4nX7b4QTBKAPab+iLZbe36IcQ2aMO0nkZaDF&#10;yOBEQHLxYjXicSrgk1HQM7uPOdlUpLqc/scehE6Hrnq/WBPkjrxfOzn/3LxUIm1KQ8xY66H3UQrs&#10;CKvG0Px5tCSJaKqhkz9FkkucMiLbnJw25IV7Dzz0kfdD/2+9G3bvJm81ksXWLd+i5U34XwYDRYzF&#10;jbIfK5HvDKimmCAG+lp649dddz2sJcDvIx/+Y/jsJz8Bb/uBd8pe2CdgiUML2v8tGa8w4TPC++CA&#10;1sWBWsKArXXPxyR/Lvb67sgoc9HyZYwmv2Gweeb0afja178Ba8kX7fVveCNJdjfRHjwhi6it1pAU&#10;90p4+9vfAb/5O78joN9r77gDdu7YDpdefgUBflvgH/+Tf0q13RRsIKkuD+uC7InrnOCjJGxZAtIG&#10;VIcxWFoSD7Dwu8sXlym6luHoaVh86lEwz32bWH0v0FZC9R15IQ81PEhSnTn0bGhFkm57zMRYovWD&#10;vPo4HGXVBkk6hitugCElHTNzeXJyBqYJLF5gNvBoXskwPe8XaJwGzjm1XLQXfmz/BgB9y4F9TQti&#10;CuzeJa6d6e9f/svPwd5LL4e9NGhlQkdfg0t4A5+k6PNXv+4NcPLUafiPv/Wf4F/9638Fv/x//gt6&#10;/GWkgplUVc9Ey+MW4eEHH4XfpaCXO++6C36ZQOK3vu3tdL8vSqPOIO4C1dw9qsUn6kqc7H0pVHnl&#10;gLHn3XXNMqvq2N5rupN0X7aKt239/t9LYoy4MvpfsPowDW2wYw01+fTRnOclLzyaDKGtVsCW97VZ&#10;8XlNtsYHC7LcxT/457nAX3LKZLM6lFLVEObeym1VSzI4VfwryXIrY2MAJfvzBWBozCgITZGtbDrO&#10;CQNPIotvPMGl7nniUOlnqGGGwYIJl9dQm6xo8b64VUHSKrAeE2SpLuYrtO8FzKfN2XUQMAABzBAy&#10;Sx/IQLzMcg7TjhW8f7FxERSEDHDErL8Y00Ll9jYZkh79Da2LwY8hHCP4IEbQskqfwYz1YB7P4bpI&#10;ft96f30hyFRBtuuJV6Oh798l7GU40vevoGAII9Fr0YTeSPI/NVWYrWe5eERNdrFqaCwT7spoykiW&#10;bhdRUdcyjDViFByBQdACFFyM3M4PqLxRTVWVrc7lMl4j6Hhe/XpGnW/2vGRDG2dUiiMkU0UTi1md&#10;altfOAZ2lTU+XSwM571pKRbms8GU0fKi3/iCxVMqnRSrTs2QTcv7KgEaNjPOL1l2gB0pvrl3lYNu&#10;ZlAmuRoFx+/sorGm5ZKVSQDRYWnqa5KVoZfYjKJHgLGZ71rWEDaFfLqdoonFTYKRvhpS83zz0eik&#10;dSiWMY3GikNMC/JgXxObYQaonOjdnTBx+NiHtTfEXMsrjkZJlt1w42ZEdslm48gJunwDgX9NmVhI&#10;2iI1GAL0qQcgPYZvovC8SwPv1TKg1K+K2EG45IEE9pcRrzD6vuHgDroBF928AG2SFEg3J5EFpNCc&#10;oc+9jqSlx0lq21ATwYXnsGnifeCvJYA5eh9nzy3A1rXrASnko0/S4PnnG5iixY29AKkaluvYM2qd&#10;eEhJvh6BG5z8uMQgB1oJFuGe+vixeXjuhRHJgKbhhZOLnk2pU/5o0EvPy8eUI8tFMgFeOqRDhFjg&#10;xIaAZVSy/jXCFKiqwLz0G4P4l0mMeJqiO3DRdHQVfYbZ2SmS3ayHdeRByBKdAwd2SxjJRgojmVm9&#10;nsC9WW+6mhun0otOkxyGE5AlmZJ/Ts/FU3X2YGNpLb/2BIGkT5LMx5w9AVt27YU7v3EXrKGHXEKs&#10;wHlm+WzYAvfe+RW4/OprYAtJfp859CgBjPugmiJzbGr0zpw6A7Nr1wp4ytfFBDENyMxLruapSfrM&#10;9TS8/u/9LHzs1/8lVORdVYlnHDW8QD5k1NhWfF2MmMXiYBkXjggwdddsNuPWYocnB0SD86J4MVDQ&#10;yHM6f9tPAjqKhACi5+tXoIjLWhknXJnVcyhwIigf1l6TBhQR6NfXgJSwnVelwU8tXxt9aJfTMAZ9&#10;bvRsW5+ozYACs2wH3uSWmX2jJQnhoBuWHnNO2Hviy8dryvCYyK49iSh4fekG6SDuFTFIh16WQyV6&#10;5OPG4ZeSAsohAmaUJAoK5nFKLye2upFJqF3uTxO/hdHkIaZghUFOruUtTGIyUCebfBbDo662IvqV&#10;mBXWbIhNuAm2ArmPX0sVHs2Ws5fj+sn7HZvI8Kw0OGfokpWHMIrY2HqJZc8NSRCJATPk4A6S6M1s&#10;gMt2DODZE0N46ugCnCKN79yAQyCGsus02hhWfhBO6aFGWHFkeUVNH4dm1MSgrmh9IUYw/bmBvAGn&#10;SZ472a+EIcbvj9NKBVwyUFiR+MywJsppxePOQhxS8HCBrQCMjtjzZo6fLwwgRfajjD25BCqTefwl&#10;YJjloksuSVRtVp5HgnvMbPHJvAHEk+ErX/McFERA0BINalh1IPYGymzmfZylLtZZHWBC9DHmn/E3&#10;GFDr0VopgTGaKG5CuFmQljhfeBpn5fW4EJ1USUyPUmpWswXE3hvgGK2Riy9SUAH5xNqKmuZqICEE&#10;lVmShhxVwGnpJmL7BGZAG/K9dbRuWg1akbAMp+sfqoc0NnEgNmp0WEefked1zUgNrUdOzwtbKfjg&#10;JAlL0X1JcXi1+/GBOOxfG0gGYeDEjRhbpy1iDyaZ0T1LOarsBUvPe+j+r8H8HHkA/+A7Yd+VV8EG&#10;ktVyMMsChUFNMoDGvkf54DW3tDgP28+O4e8WglWyH7j8/9S9CbhdV3UmuNY+9943aJ5l2ZIseZDk&#10;GWxjY2PMFBIgDC7MTEISCIEMdLo6X3XS+SqVfFVJ9dep+hJSKUgIVEbCFCDMJoyOCWAMBgzGeB4k&#10;D7Jm6UlvuPfs3WutvfZ0zrlPsiFdXeZ7SHrvvnvPsM/ea//rH2rPVOI6hj6DpYVbt50J113/Cvjg&#10;B98PH/3ox+BZz3ku7CBvMfGflBq8imOoH13BKwknk4AR67INUsPDDk0pg8omDLYo8TYgdP36Pe+H&#10;RzURA2z8PW8S78fTwDjx5JulyO1jxznZfEE2gUsoKIuThLkuEmkkAcNc0zMjb64WIz9aZ6cJ0KRQ&#10;jiuvgGvvuB2++vWb4YMf/gc4l87xVSvXwM6ztsLKzcvBWxL2xS+Zj1u8j5zLLqyTwK2Kw7Wcb8yh&#10;BnNgYMEq85hf16NayB6m2mHPHqjvuhXMwUfptUNhDXMqN7MiaxzJOVP7VeqgGn1TgOPG+xUlt5Iv&#10;sDtjB8CWs4AoioArV0mwDh/fvBTtVEcKFXwQ7WsQbfJFz80+m5uA3HPKZSEvLQsM27ZNgraiICx1&#10;P46c6TY/qj3+a/FU9uEZRjfFAuJzE1xDBhi0nR8tSL1x81f/Bd7+zj+Hp5Nk95fe/AvU+N3gQ3eY&#10;vcIzB9V907SovOSlL4YzN28i371/hN//w/8HLr7gfLjk4qeQ9P2ppApZKddmlsbbPKlymM33wY9+&#10;nJJ0Z+ENr3wlXH7FFRKwN8FSd2Zcc5NhMKnsYRfhyImJXivipMihACwCCk8asIG4aEO2M+gs3mvb&#10;lfZTeIWNY/tjJj/GBvSVuNPaSMSwk26s/4XCpCm7TFVpaDYlMkhY3DLGJaQkeMwSyhEya4EidAwL&#10;IkG6FrhI38WB6Y63a2BX2Lg1KVcggjQ+ElDmVedFiZ5IpMfrmwme4esTcANeYeM7+rW1VNql+g4L&#10;+5gEhLlI7snxk/z3g3+wsIVtlnLbUAdhpXfZVEqKKD23Zc2vKpVhm+gxiA3oNN9rxAamMdkFTPLS&#10;KtaVnlJfNeenALoJ8caDkc6VMugAzIVQNq/OhEhc6fKh9HlTVVrPDBZ7IsEixjyXJjDxjN+BeLIR&#10;xjCOxNDUf7tMheogznHBBk486K2fA/n1bA9WBcktVPH8+P55T3/IrE08kMjWEDGYhBtYGRGswiyk&#10;JdqEGZVy6/7s419/0BkMHjUmgnWgNEJj8gdBB7J0PEYtrTOnVgkgpgkmLmjZo6baZt1uE80OQ2xx&#10;kHJVJunKMZtfgiezywS3Jgyy4O0Wuzg2hksgZgCgSHCSXAfTvqgwoA9MBUZXTfDG0fMpvRQ0Rcbv&#10;EDLZXLu8M9g2B41a+ehJNcb3BBobvwL1Xkw+Uqb9uCKjyxWofLHhV6Zi9L9pmecH8KBWRqeLrDvM&#10;wjLiAqX3xkYaayULttNkXD9JjTJMwncAbGRsWl9UBhAhMH7UR1ASc3XjwgWFADEM8GlRL/JbevDZ&#10;swNiSqcVthx38hlIEu81/lwG9djbjiW8XICQJ848F68s05WClkJS2MtvOPRXkag/R44eIu+8GfHx&#10;W5iZo7puVoI9uLA4QLLe+48dhePkE8ePU5CWBHkJFzo9ut7b16yBp1NX+1kvvw7WbdsOhx7aA0N6&#10;qKd6fjI4ThuvKepGWkMgHfXreVMzR3LceWJY8Hkd3ncQ9j76KHWl74W9e+6FfQRGnn7OOfDVux6C&#10;g4/t9QWeAPkQJwkjMeA9Afu4y+M3/hij063GuoeYdxuTE/ty/s666J/Ek/QUyZZXrVgFK2ljsn7D&#10;OpLcsvz2DDhz+1mwdv0WmJhiT6yBpAgKV8WmtL7AmvDdqzT2JVWJPucEXd/ZmRk4tJ+8DanDv3r1&#10;Wjg0uwD3ffdb8JSLL4De8nX0XkP49m23wwoKYNh+yeXwve/eCmfS56+i4zhIvzs8ekSYPWvoe8z2&#10;YwZnMI33XhJqa1B5U9wUDMGeR8wQnIfv/OB78MW/fCfg8f2wfNk0AaqrYSWFemygIr83TSyFqarF&#10;Ruqio7eMXRFbAB1iu/vdtbC5DKwB57oNmAtqd2GdXAD0odsV5h3roJDmYnym08YKXPIbdRmDDWK3&#10;0SqDIQhgXBbgoCloNniejHwCoqZXSyKzs1KAC6uL/83+iBy04RjQcwLCO2JM1OzBNzwqDD/xVBz5&#10;4so2pDChF2MyTC38KTULB+NQEivh9AIYDfo+rMCod1tzimUQYu4ECkg4RT5gSyb8WlGZxNKqaUPL&#10;bKcoea08k15AJZPsI3KDbYPjMxS7LP4agcntjv/YfrjrNMNuiLJ1bU3rjun5c5SE0IhTephrqCm0&#10;DGDMLxhWUFPjghobhAfNDVG+LxM1/f48Nxzp2szM1nBk1sKhGQsHZjjtnN6D52n0vnyccrtqygd+&#10;LJk0EpwzQSAiWxjYsPaKx00eDuYi4R6zIhiiF0z6M9QZLXVrR5h28BM26ifTq3xD0pjky8c/W1hw&#10;0jDkhuYJOrcTC/41HE4UGZRZemkoGGuVaCghXkA8kSzzdRqRF1jNoAHPoz2vF+bwIQ4T4TpNaiP/&#10;fW7kTlPAxlmXvQgmlm5iA0r1RK1SoR824Nm8K2uA+iG7GEhj4qZFNucUCHXwoftg/71fgWq0h5js&#10;c/5ZphR4uzCKBTHbLfRkXudUjnlaj6lJIj6nTtiBojYwCsZxSnHPA7pps4cSwMTPEKeuV9Hw3Prn&#10;TO1j2JaVmbiV8RuH0dBBsCtkRh+DeGFOD99H3bQMpQMJkhzMr5un+3X8MB8bHfv0Znj6a98Eu8gn&#10;bhmBOMzUOk5r7goCNGutQxezLcjtUnCMF2fwD86ZtZE1ovY0fJyz5Od77513wj999lPUIJyBV77m&#10;dXA6Md+WEpiGOrkMujz8ChDAZWC+6xCulWsIg3pz9PDyURynzzxBoVZ79x4gf1xq2lHK6dSg52tG&#10;GnMnyEf4QZIaf/WrX4V77r0XZo7NyHk985qr4fKnXykP2B/94X8RX75Xvfzl8MrXvZYCNZbKejta&#10;mJdajYPNmOm5j+qZGUrYXbdhIwWWkHcxNQdCbVJJmvTiPnzFbVHPJMcBXTx+6LPwODG9D+yH/n3k&#10;x/fog+BIrluxlyv7Y/JKhB709pHPRuXANHYqT4ww5Mdnz9gG81t2QZ+CwEbrNxNOTgzjgfFWBNAG&#10;dLvSc7uM9BcTUmLDf/sk4tj/T8G+rhUGtf4XUI/rcg4JYP9U9uLj5jrdm4cffADe9a53wbbt22E3&#10;ha48+NBD8Fu/83sE5p3mmcHWqf9mLfMJMwBB/ZznCYz+wfe/B9+65Wa486674PDRoz5cQ5QwfjSz&#10;7/WLnv88uIzkvpy2O0WLOm+s69qNtTZZXJzbMozqDCRrvWd+z517Qp6LrlPejSf/zIYEuQD78sRb&#10;xFaQsGsx/G2Z0DvW67mh2si9KB2WTD4soenos1Y0rbvOMSTZu0WmX3dKY7YVWOfaBXuelhua6rnv&#10;aWx+2wjvRcBnlMtVMxmmy339OmxzkjI6BamCc53PnINmuMX46+KyINCY0JsR3uugxoxWTx0+4I03&#10;7iQyZFYRRVMsP6fAsLO2uD3Wuujz58e+iQnb3UbX44/PjfE1L+AN51q2c6PaRoB5bPCga8vNXa7M&#10;Ukm703RgqxhAWVvbuNYHEBO1cA0ED+egVI+ZsE9Nkt/EXkw2aq9+7WuwxwwxMRo3Pg2P++iC7hrP&#10;sBIfmp6SVt0onm5CTE1kpzkNwYjRS5nhcjHJOKcFYzIu7CmgAehUuzxURNNEMaDLpLFR0qNgUzCs&#10;DEEbsYvARSBTJAXU8KAfAzugiTQxokO9/HKUXI5yaMX3JFxpowkqziU5mpMNW11u6rHbHN01BzyW&#10;+q2urk7cWBdasOaYxXgM4zeHvlsRjdnjpF52oz0QVqcBnj0NXYwjAe2ywAmXeeG5mLJsS8ARvYw0&#10;svOcGuEGpmhdx8CMQKOugreEsvhQxslI2Z1WfLtknuWkNwkGqX2qJv+YgTnrmXuyAZeNALH4WIo7&#10;8mbMoNJWBhW46GQfGAnqYHlRlDV7z7ue9YX48Tl+3Zwcb4+N0/l3CSQcjjxQyL83yZsQ+lD2/QPx&#10;zyknDR6Vx6lYOUJf36FC5cg73wHXPPNyKoQISFq7GWoKmzhKwMbxI4/D/eQ3t4w2uKtWbYITJH8Z&#10;0vuOSLI8OjoDC2QiffjB+2DfnvthBYFQKwl0uv2u+yidty7B4qytJIbqvCkfQewE1AKw1LI58895&#10;oJsoq5JAxxPkY8KzxfoNa2E7SZzO3LwVdu7cATvOO58K800kbZmUhNuRJCOPhCHLwSGTVMTzeBNJ&#10;MXfE9d2582vExIq9qcqNCoOIRwikmyBD8slly+Heu34IG2hzsHz6DAFxdlx+Bdx8801wLkk4kIM5&#10;CPCr6bMZALjwsiuA0kuka7uaJTUk/ak4rY3YEswIY6BzkgrOOiuhxTwebMOvg+4fe0PR5vGCC86D&#10;0S/9Ktz4p/9ZGKTs3cgegAx+DkwwojUNI7QO6YZzDXZ4h0Nxhw9L07i23Oy0otBaBVcz8TZS6l1d&#10;FF/++Q3GvXVxKsKS47GrfqYp7TMcMmYFoxVQ3wP7/OD0k3+nvo9zagFR15qVSuwPZRszq0RYwCzJ&#10;o+eAGRKkpRepbj2aE+YIp+qyrF/k+G4+oTE2AI42MiC5YjONQEYMVgCaTNbv+wTefo9BJu/TZ4Pf&#10;V0etaLC7s9hZgGBpRxgDDtDFzWSUnWFDOtsI+iibQg1d+LghcIoWXIvtQ5rWjNCQrobCOMgrfDPR&#10;g2BiLdoLaCZdV5ZLs2yT11YaGlPUEFi/ku/DhIwlBr3qIM0TRmZP12yr4RbegjX6n2Rd9GAZYDAj&#10;thZNuRTEYbAj17ArJjn66QefURcZjK7VfMPOfUZIKUVs16tuTGpgYHPy+fYNJ75zWEeV3KM0rCY0&#10;dDxrKHinequBWI/l0vvGiA1MRO+BV8Xfj7EeI49mMog4WLoKVmzZAcdHBADtpnzeufuIzURgCVkg&#10;+E2t/z1Orq9tzzdnZc7oeyYk+nVe1kXIpM16pL4J7NdPsRwJrHMI4KAW1z3PILCZRN7o2BNmMn0t&#10;jLgxVtakEpQiwE1gFvr5quaGF4GyS5ZXMDNXw8zxPfDtj32IwKYlsInWuZUrLKwm39gTBEz1DCjz&#10;+ccUk5DVgFZ9hFHvAYOay5ctk8TZV7zytfAh8pH96Ec/DK8gth+ebgQUWbZ0iTatqlPSty0mzg1X&#10;qnY+MfDQocOw+4H74ZvfuBm+cet34FXEkLrsyqcTZs9ew0sEfDyw/yB8/nOfg3/+2tfgZ17/eqkj&#10;2GPvAx/+iDD4z921E36S5Lt7HnkE/umLX6R1+1zYRk1Ovhff+vpXJWjsavIo3HzGRpjqbxEGn4DB&#10;Mo/0koLD77jb81bWao//zwOnHgoIzMoM0tPCiIDE6QfuBkvpujD7GI1RqhPY8kEVF9wInULP8Fpg&#10;cLDi+aYn1ifE9YeaAmvwnPPBbt8JA6otKpIWG2K6ehlXMuyHopF+clCmO2HVlfa8/ytF8Yrn54Sw&#10;65jZYlhuLfU9Xde5kdRgfFJLiIk3TbYtf/Pe94qH8lnbKVWZQth4f9Ejdp1YJamsketH9rOcIebo&#10;ClLB8Lp/1dMuhadecqE00x+k0I39hw7BcQKK19K9WUEA/RoCplcIM9fb3nBdwdL2SveCTxrndDmB&#10;AsfwKf8VFLQdIP2PpAI+mRw8OldhV4pGi2ziXJd6GaFBAsyazTjGDz6p0VxHc/zH4Zk4zvHGFeqT&#10;LJwOUg3gG4S+UePtbjx+AhDISqooCJYm0coK9Vq6eJ6mocgpd9wpsC8wJ20MCMnGoDEpLG3MvFP4&#10;ZRcJvunkpa1nIQP72terCSo2gyyiD17uU684Si4/dQUjNIFcxtio7IQYtlFqCDEUUS6zaXBlzkBM&#10;AS4Mr12udfRksYD9ZBZHwXMSi3W5nIQzIWe0NgoBNqgFHwYFq+JnifgEwpT3ybw2WmIZJdd5wYwp&#10;WbKQ+/lVHteg/bOtM7KbeuMH+7WeRP6K9M4XSzF11xmlXAcZb6lbZ1Aj0W6TJj90ikWOCq5FR490&#10;U1vHjR5/ZyTeLiZ6/TFgwsADFy9GwTwG6TBLmAmglWwkeYkOpo/hAYjO956NlFhzPtig6X1VVcpk&#10;iTRa7ajqg+kt9tpmqa6uCwo1YpeBaEjdWsTrAMfNt9hKFjYFfBqirG1Bcy518K7g5sRJIBpmlhTw&#10;QKNt+vx0FSmyEY+moUnyZ+MYUFmOyoV8iApKQRr9wRQYBAUL/WbR6bVNIAX/mwe2HDeNBwbxepKG&#10;NvJyPvm+auBFmlvLvRYwr/aMPUn4UmmvpT+t0ic8+4YKgLqWP2uVEC9wuq6EXJAcptaOAhWdx8ir&#10;r7Z6riQDYYnhaG5O5LoMQDCzT8Boeo9plsryQ1l0m/3zskCfM0WeNWtJ3rr57HOFffb17/0Azl61&#10;lozQHxP2wKNzR+DeY/up4J6BjcsnYcqsgzPOOAdG9DuzxG47eoiM0glwWrV8KSzbeSGdC3nRnXgY&#10;DhPQ9djhuZbRr59sTbzeXm41EgDOqBxBOgy0iZqmoIrl5BV02ob1VFgth42b1sC55+yEjRu3UgG1&#10;jrzuVhBYP+G9lrL7y3uNPm0Wp/veM8mR95ATWRgHBFbCurCaYNmT5E0bU66Dx1+gTC+ljQTHxHMT&#10;9srnPA/uvvVmWHrsCAEDy8i7bwIue/rV5Kd4AkbkKXUxbSYGU8vFn22CwTgqwnluYDk3+yKy8fMk&#10;eRz17ZxIAOdlLtAwkQqTGaqrISmcaMPJm0WmeBEr5aLtu2D/Nc+CB772ZRp/I5GkydgjZqfja4FZ&#10;FLrLQLswX7qOdmVX2q5drDLRxQy7pZpFY6CtG4gLp/hoQKIUOciSuZwWFrZuKDj8M12HZI6xXcOR&#10;Gv2qXJC3Tgtzie3rvCzX33sfdhJAd/kSNt9QnmdD9xMoSdfZeZ9+zMAeB21Y/5yBbuqjbFYLrHge&#10;Wo2YpijHNb1nffouM4SCv2pIr3RG4wVc+R4xzGyx0hI7UnH1Fkc5pyu7lQncw8WL8HyD4Zpd2OZB&#10;4RPYUIwffq7lR9k0+s7Ntl1Mq+1XHoAJhIpBpeC44+tOTxI9YvO1l13yprsf07t9LdKvrLLd0rWp&#10;1LfXZCz9yLbP73nlOgEPk/sQJ91SyidxY0BRl22+XckgDI1Eg5CaCS6XESeQOJeFGdcwf3cJwAzH&#10;O2CQzAwlqEOSedW6mYNiLKfNOih9dHPP5EySf1LD81g0VvG6DmiNmBdgXrpoFLoyAatJvsghHXN7&#10;CdibI1kvT6kVPbNmpIEg6repMkqWV/Z5ky3rtJf6yjFYP//UzteQ7DfjPYZ98AnXgr0exOJ8pGCr&#10;sKy00WKt5m9ZT8gKvouBJRlSYYNv4IDDFSo1GOdApz7ByfPeC3KWQ3hpDZskw5uDj94DX/rbd8Jl&#10;L74Ozrv6WQIYTAQ5zY8JfwmeO3m9HOtTMLGWmmIv3/46ePHLXgbv+8D74H3v/Vv4yRe8iMIuLoob&#10;plPf6hdR6qVcT//Ka+YMAXmfJa/AL3zpy7CM6oAX/uRPkJ/aVrl+E5OT8hpu2B0ikOVr37gFtlCA&#10;xqbTN0njjK81X6tpOu4VK5fB5VddQSnHS+GzN3wG/v6D74P1JNNk8IY/eyc37RjgJzCGv8eevgzI&#10;zM+xnHmiBNvBNjy3oJQjaup0v2JlBjUw6YYODu6H4QMESt9/F8wffITuL60p1DSaoD3PAnjiuJfE&#10;01Kv8mbvE0tMWqo33LI1ANt2Ebi6DZDUBXbJtKwLfCwVx7qzNN0aYYJHKWEkRFSnGLYxHjhZDJMp&#10;PbT///Mf1+CsHhG2rfhsozS/ucbkhqmhB5XB4p9/05tgA9W0n/j0Z+CxR/fCd2gcXXvt1cT2JE/E&#10;/kBSSXnfwPMRj7cJWqQXGERUj11+nvs0t5x//gXCPJbAG+ub9TxGvaqd6nj6XZbCGalVTQwTHOfB&#10;earPN3bQ6n+st6I5NH6UiScWt1ioO3KfulZ0B+Z++LndyMkOFmO4HCK0WGcIjRom84TLQ1NPFlbS&#10;TZZZTEWNmSd+e5/tPy95bVtsEKObTKuMxQXRakztQbIyIclws4Akpzv7wj8Oo2IhrweD731gtEfO&#10;pU1MMuyKGumYSPI1pqg2GXvBbN+gqs/kjdtuUpqcGBTqDdNmL4dwkNAOhCiDxjimjNqvYSjsbJ7E&#10;m30G5nwKpzWGKzyzMfeOLJqaWPj2RQuzDISN4SIxARg7+YQY2PnRm8/EOiWwQKsokcYo++UvnosC&#10;AMwBk6ABHwFBrRDTmIopFjbiKUGinEJXqhQCGNJ4R8NafE64S16rnxD2KmH78IZqxJ3P2kYJR4il&#10;9jG6GA0C8xjrmBojBeaonDhcFvhQVRHNlAAE9bERwMAp0KYGy5JiUqFKdxXFZb+UwcBv9LS4r6Ls&#10;wUvwvOzEy6uYviQx1pVR1qFJVFym+A8T+MSvCRHIQTJaKUKdGztiI7Ia1XjbWZsxooNk00FuzxQ0&#10;7F0TafTvyz+jIdXNHLS082lb3qfNiTgycPLUGmECuIzWzc9W1Up18diQLZLfPFtHpdjM1LM2Tc7O&#10;xshxoZoqUOvTb11p4ilMPf891DQ1uYYKMshYEgCOxiQVDrI8j3xARq2+fMEM2mrAhkhm2ZeOvpwe&#10;F/85JECG30MeKE5gIzAPdcPK7CyLKTiE/8EdSWERSLKrpuwoI2GSxt8MeezN0Wu4YFwgxttwbk6Y&#10;Cgz2oQKQK2gsHep5yc9sPYoeBU5RfvYqueDM0+HsZ/6UeOmxlGmKjIMH5CliSDq6jjYyo0MPwLr+&#10;I+RrMwP7Z5fAktOo6716Wq752k2r5VkZkSGUpd00/3l0960kgTkMP9xjY1eKnzcDqePAHko9KtZX&#10;UseTO5/r162lZLxNJL3dSKbkZ8K2s88hieoGmF66QhJtfRfUS6WZjeWfWafFsYtJ3GXH0FPCB353&#10;5SnMbBpOIKaY4qsfptPnMUofFfzle8mMQAbleDhP0fmdf9nlXtJN15STj5cSIEmGfxKeYMB7V7EE&#10;p8qkIpWycvkzWUI2Sd1mYQGrgWvw8gmgUM7QE94ssRWnyWtqDqk7TL93zQteCQfuvxvg8AFieNCY&#10;onFkloFKfjKUgL2xRrWm/Yb87wCr+U61MGSLtLCkkG36nriWSiIVanHjo8nUqYDx3onW5Zs455MA&#10;Nbk0CFsdjNRSQOd02rjULoVlYASXbArJ0FTQCOyDX+Aq/RNC00TmqoUoo2c2ntxjNysefJ7Rq0a+&#10;zOLj1xLA7ZjFZ+c9e6/2YS2WP49ZqC6ThfAfwf81JExHfasrOpTCGtSEslis8Iah7336eM2tAkgb&#10;QRplCzbY0NE3p8kOy9a+wrEh8wbJ2QBWu8ExyS6yrBYJ4etMtksWGIv47p8U/ysIbdk5OtsWMIGN&#10;la2em0+Y7XnSmWdUqsSVpbdqS6/1h98A8i9UzgOC/Fgs1LlyQFNcM9w5l2E79b2JBakrbaRdXtC7&#10;MsU6l/i6ZlyO0yArSDYivv5w6XRdMoEMYyw4sqDxfn3e+zfdcz/nuJJZiuqXnLHvUeWdeYAKAwl9&#10;YjCPePPLTCMZ/yPxy5OEOKjKJqd4+em85Gw0GY8lApYpiK6FhJvI3lgYzcnf2fcPNRRq9cr1ML1z&#10;OcxQqNLeH05QQv0DxPU6TL8450NzeH2Q4xjKOsqDYEC/X4n/Vi1zAjfr2FtxoQ7WKX4rUAsrz8ve&#10;eVywxJfX4Pl5GyGdmMArQR+e6B+S6sTLjn+XPfusi9OzsEwr76PI92Gk+y4OceH1bILXyhPM2Hdw&#10;jFUv9RE4fPA4fOm974GZo7Nw4bOeDRvWrYKl08tpflwQmXCPmF0toB1aVpod2U3t7QO6MvjMGBO9&#10;gdgKY4IaT1sojfYNP/tz8HWSzH7iYx+V+mjneefRMU1JsEelhuZRDmWqHJ3ulvMDti0mCNg8TCm6&#10;NxBjb57qmle+6rVwzTVP82nBtAazEoL/XpPKgdczbqbt3r0bPk5svsf37xdQ5pff8mY469xtxKaa&#10;JUnlUrjiqqvgPPLPPbj/cRovM9K020C1x1JiJk5PTvio81iLG/qdZYlVEQOFDBgI6h8rzSenPl3q&#10;GC5BajVJiSf2kg/fnbfBcO8D0D9xiB4Tqq+s1sMC9I7YxJweIeNTEdULkH3NSQdPct2zYbTlbLAb&#10;TocegXwc2DISFk9Pkjg9SO3nkwGPJ2dPgsN0S9CaYWcllyv5ZUGmpsEGeGuw4dvbkRXWTlV94tAU&#10;ZgolbpAzA9cpmxZd2nxax+u2gUOkQLnz9u/Dbd/5NhwhaxuuoZeRV8YF518IOwigW7tmJVz/6tfA&#10;RZdcAn/09j+Bd7zzv8PBfY/BS6+7jpqzXinDY5jr/gmytAke4F4iyfdrUsaLpI1XPWnYs5KjovHn&#10;DfqN2PIMqJaVGq+R+IljF0Q31mO54Gs0PPNcR7iZG2ejwQAosxh7lQKQNhgoxOsszheY1hyZyTN/&#10;U5YlsxVCvj91KkF/YpLsnKeIXbDGeEVsS9+A2WrddQVsBjImj7GixmoCfsVGF58IBXNRC8Uc6w0N&#10;QqvFQ9PHNGLDNlM0xJJfQSX5u9rcZOBRYF/ljoIOE6MsyXsVina+wRz8hCt9rmJQhV4gIWfZvE7v&#10;EBc0Qvr8HscVkknrMuJWQ9raYu+FfUoEy1xhy40ZNhJ9knNGaCbz9cFnWNicuZxh12BThVrLBkwj&#10;sPDAlKFkLu0FSt53MjKKImbEpHaUc0qctYjvONNSySUrndRmCqpMo41nVpiNsrEubH31KIykNsEY&#10;MM7Jab0rLdliYnHPE1kEPwm2dmo35gkzyq4GZT+54MfCXfCRi8movHGqg3RCQb9UzIMY4yc6q/ES&#10;LJcSdH0Lvo4nI/Tt2sv6EHyIQWCWVQqSWWUTBhZgGFy21sKcqeDGsxGH8wvZoHYyWSadOS+4w0jz&#10;lHHIRXeGdgbAiS/yoF/5TWbQbqsHD+ZRzMwo0QRUlz0Qzrpk+ASeFRk+N958TJs+l0c7Y5MODYXU&#10;xmUPXRi5I2XSYZAvW59WnBeHXRMdgitMZINkJ0xm4XV1Lk8K/iJ8O/n8s4Ft3Sgiy066dnWhiw+J&#10;zMISM2pYKvJbVwShQObNZ7RzIddQgQJhgao5v2HQj2W5/FkjZQKxdJZBsgDccFeWwCH2zBNGaEgt&#10;FLN+9eij3x3Sws+sOvbkO0EgnRw/F5fWnwdv0HjpnR16KfiAS0IGjSu/ATx2/KjIXvn9BFhUcFok&#10;ohzNPvTXqy+bXtrIBFPN0J0x3jCd02aPUfFzBrEkNlz6NOhNrqLUOvLZI2mJIS8yQ9LEJftWwNrJ&#10;S+EY7XzWLN0OZ2zcTKBELc/S0aPH4eDhGWH5HXp8Hxw/dB8c3LtPWI6GjbQrv5lkPxw+ryVLBlRg&#10;nSuGxufs2AlPufIZsH796QTADagYGkqhxBKHAbHiYtdD2ZRoQhpReDh9Z1TnGI0vxwRoa2fbhAVJ&#10;QK8qPtgmAtm28LX0C78TyT1fRwyTsHZsVVMWJzejHCmnbZ4qsOtsHT9jwVqNiAefmgwYGUBZ7ndH&#10;XcAgBIFNtAnkoIaRmolf+qwXwWeI7XHW8iVSFHCRO6FG/apBlLlsmvyUZmePCVvEz5s9kYsH+awH&#10;nlzbezPLcojPRzTrDR2qOq5bNoZZ1dqtNkGcLMeSfFD8QlLH4J8QogSJESELWu1BXZgt03FFNR+Y&#10;20mqjwFUsP41IwbwlH2tGfEepJPXjMQ/yVsG7PUsPgVErAL7DFLUnKCr7GGZl6yLvpuBU5PSOj0z&#10;NCw90YdPAy6cShNMFkYRCzRhLdEzzqEc9MCyl2NP2VeaY6RhHom1le6BzqHKOMvn9TzhNgJKzmXG&#10;2iWjIBRw0R/GjSlXsdE7x1SOYpGy6zpfHz/bdapyOovi2pZ2McZFpWZq8usaZgKjJQJvWGwQTQTZ&#10;IYKEITTBaoHSN23PmbqVeWNlXcf8/TulRskrMwZjYRo7sXC0pQcNduyUXZppYmc6+hlqIJkNnsG5&#10;tDn4A2bm7gU71KHCBi7zXcl8e7SornWzQDOjWIYPWSJr6ky7XSWJD38ep+BCHYPLHLYDXsK8mYPj&#10;8YO1ILcyVw5iA8foMTMQt5TmQMTTYP6MXeTjR7XYLPmz4iN0mH2V7KOspV4S6kQiLFZvoWjV4DoG&#10;bNiCwXsgKtgrDQBtSlZWU5C1ZnQ+XbnCxHYOPlxBbSMeieg9M63ea14Te5IU7OfFWlUgHvwDkZdP&#10;1E5lvcY3IUjSO2/3w7c//WEKg1kG1eUXw/w6biJNwDoCqGbZzqMyYzeXrpnBkwN7GBrpaR4PzIrI&#10;Pgiwlm7gmXW/bt16uOZZz5G1+5Of/Lig4RdQQEFvwHOxkaRedLU2oKsxevzmxr0EBPl3B5Neqnti&#10;dj/VKkcE9GOFA877hGVODuYj3LjpNHjWNc+AD1Fowtdv+SZs27IVfvqFL4KtJMscErng0GP7YObI&#10;MTj/4oth/RryuyVLjp4ANSjNRK6tK0klrBPgoI0Zk43NWgE6wyFqNLIqat5x23aC1xb63hzXPuRv&#10;2N+zmzz57gE49DA15h4SBcRIaota6j3vOU2jjj0lR+hl8jT+hvx0DZYDrtkE9fbzAM6+CPrE4mPE&#10;ecS+gaFGcU43cOl+j4IUrdmXO0XGZZu95E4CZbgcr180IdWdoozxVP4T2xeqjUe6KfbKMCvN9AGF&#10;XQgQx0EpJMPdR/f9Qx94P9z2/e/DdS99KZxOwWz79z4O37j56/Bf/viPYBfVoW/79V+DjaedDrsu&#10;uhje8pa3wP/4q7+Ed//VX8O2rVvg4qdcKmsGj/lwjXoTEz4sRue1QDLoGW1m9notr7yqV2UebKbh&#10;CzeOKofj78EYJmBcxxVMcV3PXFSV9TyTlMDyXn+5qIOmCdCf5T2Frv8DGpjzXAf3KmlcD+m8D1Gy&#10;9bIlU6J64WYF1+wT1Bj3138g9T6zhuq61gAeV9aV7lQY/R2gsWsaYja+OXZA2TFjHROIl4c8ZqD2&#10;k5PnulP63nhH5GDu05CpFox8UzzpBjObOg1bwoA/RAdc/T1ssAJdO8U4+BfmGeKY7+8bgKsxbZZp&#10;qImsq1s+cNgFRmehuAnjsE3KYPHeLrMISqCeawUGxdIXsXVvJVOh8o2DiK+E51PtWFx+bEoQawmM&#10;MHth9iwiliz2nPon+JQGf0Cj6ZurHm3+WWPCdjDiOKah6FFyRVCLGmzIg22U8DolTlQaXhSKRlQA&#10;0GXEOm64eUJJL1qoRXsCXXOql//MW3/XRbadi13AXNth9A1rW0faqQteSzYBQp4pFORXdZSP2ADS&#10;QHYStk4RxpgNaGEMpQsCGtUc9PCB7iuMPzUyDA7WTg0NY1c9yFVc+nlgiPFmG3VBluQUYZZ57Ufs&#10;Vqn2I0hgPKvNRsadumYnCSokFghkhTZknTfM0NmYVhs3Ctkxxo1sduxR+ub8AqcgozDZMPdRcsk7&#10;T9l1TmW+zkFkCVib679rX/DEe1N7iR3YKBGuJflyKGwwNs3nny+MPJuPiz0vffXeWqDR3iK1EwtA&#10;F6UZzKAM11ra7LV3cWd6vkhrRaLnZbTGesn1aG5B/PUs/Z27x/zFkkkG+2qV8wpTj/9NwRTzxLBb&#10;IKCPQUD28htyOAYz+hj8Y1kuvZ4Tcfhz+PO4IBkpOm7ptQKKWSuePAzccfwan4OcIxe18jtznmlI&#10;nnlDZvSN5uXf/PMF6XCj+IdYTSRiH8Fj/H7NMBQerwyykR/fSgb9ZvbD3sf3EJi3iaS6WyWdbs1p&#10;ZwjbaGqwFFau307d73Wweu1amCEp7HEqaI8cOUrhHHth/z4C+h6+H/Z89xZYOHqACu2VMLluK5y7&#10;cxdcdeWl8JpXXw9vfvOb4Bfe9GZ42fWvhSuveR6BfRfDkqmV4jM4FAqF36qzuXEAyrj7IB12naBC&#10;7LffsJv4HAfWa9rIo7IuUNNdMYX4IJZ+J2FRiXTpkgqR4tUTGTsa7kO+SS0FSpjJLHM6dzuBq7vL&#10;mZMuCtCd/pikcI65o8RMOHIYlq0iCTVLlakY5U4ybz76U5PiN2MmaKGlCZnZH0zA4XHmw558CEUM&#10;p3HlvOUwWREEOBBztp4masVNRGArqUeXtyHQBouCcfKc1J41W4fnPMzZfL/ZA6/2zw1LoRngZU88&#10;4GdMvxyl3NKDRl+z8jNmtTrxzztOPydz7NERCso4QuOJJFJseE5fdkjJjPSnmz9Cz/Fh+v4B+vfj&#10;9EV/zh2m55JeQxLpmr/o/evam7UL86f2DCXnyjA4B2WKbWw0YhsQy5NOQyPG5Spn+t7UFAPhbLAO&#10;AkQEuUIuvczHVfhMBgKGQ/9+PUkEDT51mAF9KJtviDmtma8JFnVHa0wiNkYttuu8cmxnBZ7NZJpY&#10;uLN1dn6hYMuVjLhmORy8+GKBiY1cdn2D2qmfmsUYOIH6u5Itgck7z8tTAhioXn/65T/LgzyVsgTL&#10;v+sxmYyNiZmfn9EmpTYfopw2siwb9yJnZEIG1GFiFQZWmU/ha4sjQwlSW9+wlO6+ngPmSGC0wQgA&#10;L47dkOUAYe2qyO4zmMYWqsSHXzugjeMKktpOTJJvKRsjordrMKboaWfmzmk+DpsZ10FPi9cl+OQR&#10;22yKmG5YTUldMJydo2dhQYN2epIabPS4ahkLo8i8E8DNepZKTwPifGmACShFV7Av/DkHiW/Ug8lz&#10;ZpW9zt+vKlRmtQdy2DNyMPBBIPwV5EMpaKV8MKxaUQ963mdwgewxHrr9bvFNXE9S1aUTBEBMMHTQ&#10;K4yLsPWcttM5ujJ10pjDBvsgeDsb9bg2ygRCYcXtf/wxuOVb35L58rTTThNGvPjj9jiAa5B8r9sr&#10;5OIa0SgbQ9jz8MNwP4Up7L7/AfjhD34I3//e9+HOH95JTL5HCJwnyTMBYstXLBNv5Ucfe0yCETbR&#10;sfG9+tbNt8BNX/kKeQ6vhG3ESuxLOBgDfAOfVKiS2WSdgy2eURG4Q6wtpHRbKwokXtfoZxywRmBi&#10;/5FHAe74LvRv/xos7LsP3HFaZyhAhg0ae8wS4+eAxtaAw2PAx2gjezdwI26Cjn/TNrAXXQV43qUw&#10;2EaWKXQeQzpWZvSFMRyflc7/ta+wa6V/YufXyZhXufysnPafrKbzyf2e1PjOOxzbsOhK2nc/eV8x&#10;E49+xmy+j33i4/CLJNW9/MqnwembNsJmAoKZ0beJAlhu+pevwK233grr1qyV0Jd1FMK246xt8Phj&#10;j5J0/EaykFkJaylojZ/fIIX09Xsdff+65bRP0C/zR9DjN1XAp/p2AjqjUZKLhj5yXUjP8SwF/Flt&#10;1PKzwuSEGbIQ+hpdr9//g/8ERw4cgB0XXULfOwa3kOcl723WbdwopASWTgeiTXfq7I8YzILNNzuZ&#10;c2nHU6HrUAhiQMx96HOrMOiYC57IOD61n7V8NYvANOiw3MKUetPpv58RojKzYMyUfLnkNidURUBM&#10;chQSmwxNUjk25w6DKVQ0gnXB4qyZIt1VawaFSWvvhMo+M8W5dBrNxOMxUZmI+djLjIlD/kPemMaG&#10;ZDa8hwndUoTCtq05b+bSYcwCKxDL9Oz8+E2wSsm9IYvgEsxAvDZbEpvAX34OmRq0wPoRMrsZLNiD&#10;+fNQvEYLcQmNRM/yrMV/vvKkKJdQX1HRUVF83nnn/R7+7ae/7eQGZgmzJrD81K8JsWFsxBe3qlqb&#10;n5xKIcCNAmdVyyTbb1IrrchzWqIYC6tRY+goV8oiioMi8x0r0sWi1CpjC2QXPQWEpE6pyBpV/oHB&#10;nwZNC2Aw2gnnLokUoQxiZd4GmBt2ZkM/bYIwFm+Y6bW9TyF2JCN2d5Ri51ffU8A1W6fJoAATXaRw&#10;JjtLF2nHkcGEQZbpF4W6Dkwo1zIKDym5nlWIPqlGw1Oc+tlJp1/9Gp1SQYTppnp1zxJTmWEAVZ3v&#10;+MfADWUAeqDBs/pAvb08gFd7Y34BCGsZ7AHs464WAxgiyR35UACRiotPnwLWVtlDHCDBvn9UkHCQ&#10;hNXj4A50MN3eTybAs+Lt56+nJBmy34fIBYj1R+zAYwszImWpqb02nPeg4SwzBZntqED1Cbp2j9DC&#10;fYSBxdEoTkpCAKPzWEZ+excvXQmXbTsTLn7uM8CsPI3u8QT53BD4sH6tGBj3iennuJDqT8FhSpKb&#10;ObSfrgd1A5EZZX3xL1yxjGQwS6eht2wdhVpQEY0siVmQJEM/Jq1GiA+UQ+Kf9X6viht6vjbiaRIW&#10;jkAbV2ZZeC68p0ZgunRNhi4bk7lxvWugMg0fkVInUrCPXLFguJYLmhuTkhR9L2xD1eCa7vtu0U6u&#10;dHdUhj5PLIHjR2bh+NFHYQld87paRimhvYwt6KWME7QZHHLHm7wX9z94D8wdOqDJiS4ZtYJpdUqt&#10;q4uuj/d96CXkyrnMwDZJfUcxwMOmICFtTKB65YEkqteamguR0oQKAMr0SfI6ZvgNnW8AYGw4jBRM&#10;TM0U/rkhqS3D2vzezI5dqBdax2Z5DDtNybWhZ+KKJNIggbDqJxmL6MzzECOrqnHXETtmztQVTYVW&#10;Wj9EWkqb9VWrKIF3GbOKrGeVRdZXDL/KhBfpPwb6Zmc9YXGCQyYmnABWsmSZlCimROSUBJqBgX4+&#10;cJHRVwSAmDZpw7XAvi6pkabeKujhshS8wDSERfLqXPDMyTwF4yNqfRpvT/yStKttXEqJdLw++N9Z&#10;4DAJTiNmrHiEIrUEle36VOJ2fp/LTtB1POnONUzrG2zY2o7fDIRxlmMf2JC9NbJsWjk3gT2a5Fp5&#10;x7mo++M9X5i3wtQQJlqVjiV618o1S4EfVn9m1eOw1qC/OmNTztVTcGI4KcATBwhYNQwRUE+89sh3&#10;lUzsz7zyZbBi1Vl0z2g9IHBFPJErU4IMmRoBdO53aLJUOSxOLjLPnBHGJd9/ZuLyvT669yE4cNc3&#10;YPbQ3QTCPE5fCzIvMJOO5WZO/AbnZRz2pQZZoPn0hKRy87XkdNy5ebbdoLWNxxmxbSfYS7NvVLo3&#10;Ukl3GIM2Miw9S1mVGaaOwLsEetgkJzd6zAsj7w8pnpI9TVfkFOl5J3LhmdmRJEUv8D08Tn+f53Wf&#10;aobhAC695oXw1Je+BDadtokaPmTxwMzHyFh3Sao0Rj/m3Hhg3zW8snNP5ij1Ql+HcWPkCDF9brvt&#10;O3DjjV+Giy+8AJ7xrOdKgAFLfntxw4fQjiEs10nXTG13nol5lNQHx6geeohCOu675z5J5eU663Fq&#10;Mj5CgRdHKQX1xS96IVz9zGsITJ2A2777XUpHvRNOUCOT2fkbCYBkiebZZ22HVXRcRkBfmmtJVpm8&#10;u5osoJyFajM/Q1UgUe00Q2NlKTMNDx+E/oF9MLz9OwCP7SYSKKWzuzkBlbnaGfHnMTBUq4SNap4e&#10;AeFSQzIQPL0ehuTHCyTZdWsJMCFGPs/hDCYZnXRdFkUUnpOQiHhS/7Dm3DUGdWmyjxCxlaZsOuT2&#10;DrrsftyPwRxuDBfKerUOA3kPPvgQPPN5P0Fr36Q0248dPkQBN8vJXWWpSKE/+eEPwWc++xn47d/+&#10;bdi8dbNcz1lqBtx7z93wqU9+Eu6651542uWXUTjdtbBr13m0HvfFz/oYAbd/+Z73wBdvvAmuuOyp&#10;8ItvfjNsOuMM2Vv0lNFiVAqXy+lOOeG2gGBxEfaXe0Letpj77raaYA0v+4rTrucE/Da69+W070Pk&#10;xf22t71NGHuvePn18PrXvcYr7KgGvOWbt8Dv/+ffh90P7YHzyKeaAcATtL94w2tfCy97+SuoHl2q&#10;NiCYBfZkIZnuiTn3NoMisBXbayFP6HWnysJz7bTW4K/v8hAF1/TrcyclWaYQqrKCaJ97e6xYB013&#10;Z8hcXRqhadl725KeZ21dumg3mJ02C9wzYf8Vmn6BtJRnCOShGy5/7l2jRnGN5k4qUhKY1XZZzlNw&#10;m/VVMQ9lbDfUY7SuzHF3qOqPLCm4SBoWDMZLV91i4uvG8VqbM95tBDbjmqhena25OHuf+NoAFgbG&#10;fAgtic0TE4lZAXisrT11NmlmhxZs5mq18EKxd7FFUenC9c/2tF7erLiTBsKEQWozYJLfywfWorwW&#10;jbfGesX112MvgjIp7ySenAdFvFTUZdRDBuWspqhiR2cyP2EbWSZW5K899b3jAA5nvBzWqkm8ZUBB&#10;jVOYGB867j4MhIEgzOisIO8lJxccFDCls1QCSDhNe8W4SQzgJL8nDzIbzjNPMPRt+gJpDcaLfIwi&#10;G9UBwiw3v1k0cfPp1INMBr9JMi0XHeMhMvScNR3dlpJqnSfBRPoua7vtKHoDOv27a8Ral5qnlIrr&#10;Mh63+G2o/FkevNEI0HWbnxb0Wv09McEVs3yrpsnqZhHZe57B52qVaQcebGRP1ooVWOkGR6mRBGbM&#10;+Vm3DixLJ4yjEdHbGfSTkA5hA2pAAgMMLO2u1Uuw9j4fAuwxt0nSPYce3GQWEzMKuFikRZKPnb1l&#10;uCh9fP8RuIfksI8cPwaPE4h3kApc6UJXPqxgDXV5z127ATYsWe4BDWLzMM2eqfOHFoaKHynYDR58&#10;GdC9X0EF8AyzGDGkSBuffEuSh4o2PwsEFJ6gbvho/52wZP4A7H3sBByiR2Y7+dsMaSO3bstpMKTN&#10;2kRvBJs3n0GBpKd7Wj999hyBjlwEcOE/gcwwBNl41QyWE9PCGQs+e4I22067rwKoztOxVyJR9X6O&#10;VjwDOc2xwp7K8T0jgyvfltwBGz5DQr0uc7iLUInc/6GTVpQH3DckiK5h3rtoQdp4/850UTzlghcz&#10;vy8/Z3PgSg1Lpuma4Coyce95JkW+5mrjZIaYIFXPy+3WnLkT9tY/hIXD+z3LWOGRUW5GFjdZo+za&#10;+nm0Hi0oqK5sYpuZ8SuTz7ngiFb75zBITKGOr+Hfr0majMq48n6Z1rMJ2Whcpu55D9owgM+SXDbU&#10;ZzBPU6O8LDc0bBjcns3kNEYbAAqKuBw0UqAv0ZgK5phJHMYIegSftC4De5v5tzhbWiPEkYqp2eO0&#10;yWE0MUs8vfqe7ePZlurV0Rw2bjFCQAnche60X5wZ1LKenUbnzftNITWzx1oDVLKumxV0ql7cRWIv&#10;5GAhtmTBiz05zfd03WZjRVPIuW6vI4wCRMxkrK6UMTckEznIb7OfWVem/zZTUcJ1qrDjnIInTtbY&#10;bHqIu0XsiDDzIwweMDYL3YiHZLsCuP2YMlHRkOQi4ThCWIvNpOJJ4tvoW+jPGN7rURAGS02loWMw&#10;Njr9s2D9FKDIOmrCaPJQKot/bCR++yTrwLo2Y8Y/p6tPyfo9qPoy4JauOR3c2RfD/vuX0Fz3Q8C5&#10;R+itjkugDtpQAKNP0QUv5+U1sYfJc6pfB6lkHeffUe0KtoRvTgepU5mc579n9bPUyoK9ASF8LoOM&#10;GH+e5h1vu8L7Y54TJsjLZo4DHuj4ZmmeWEYvnmcLCVoBvvPlT8GRmQW49voXwbbeubBk2aCQgHcx&#10;RZLfGnSkWGIr3K0ZBR2tVcKmhW7wJAF6hoIznvKUyyTQ6gMU3DFF69EFxPo5/YzT4diJE7CMQjGw&#10;1U07+a5/XtL+HCkKlspnX3bZZXDeBReIVYoDb5ny0L33wDvf9W74PCXvXnzJpbB52xq49tnPhMsv&#10;v9xbOljvNThg9ieHZoUNEIFDVqxWMu/ZPOKwU55Vq1yboG2q55acmIfpB++GWUrWHZEqojr+OI3D&#10;BTKf4PV1oLJdJ1JtrpXYomGBLH76/Hws0Dq+dA1UlNg63EXHeuYOGBK7r0c11ASx8ke8jlm/Bo5k&#10;w4Y6TpIlCz5BqlRiedgnwbLLJIWNdfNHgfeeDMuPmbjc1P7ebbfB+z70IQJ1Z+DCp14G//zlL8BN&#10;N30FfpbAqWue93wJZNu6ZTMcPnyEQOJ74DQC6x575DH4wg2fgi//800U9rYBfumX3goXXnwhrCPF&#10;ykg6Z2ylQTUzqSd+/hfeCGtI4fLhT34a1pIP5Ot/9vWwihiARj2G3Y+SSJL5fz25VNwMvEDTWD1P&#10;7T2ZuMBkBNTF+tFHHyF5/hrxtjyb5O9333u/KI+YkDBF3phHyftwx67z4dqrroa/vu/v4c4775J9&#10;zs+87nVw/et/TvY04qHY98nHXib8401tiTOlcz9SDIkrumolotCq8PFfO+bYlWAf5qvkuP1BozGC&#10;Sbng119cVC5vNPgTM+sXjCFrGElNKWXeRG9QwODN3AAwAxibsQFjRY2uyd1qs8xzclRHsyGQPSLO&#10;0PDVc9AONUty32yLh96fO7cFiKBmeL8OH8M0b2Jm3eTi2u9y5nMmd21KbYOnYlR4GC+DxShZzoGh&#10;QpMzfh5pAtdREYIp5Td46GNi/AVZDEIZdCsYWV0XDN3ox6mKodBMcN4fTAhG8nqbfAt7mCPyscPb&#10;2CzFbj5GvXdgXgXvnRbTLmPTSbACH7S4ZEBkykW2kMp8wbo4cD0A6XwBKJ0z9k7zvgMCMImnihE/&#10;qZA+VuvYFlncMBR9noXoaleYtEvkFvuGjfJEolrMdoU9w7sxNNEANu8OBMSfJ1APNnp4C7MNi+PN&#10;sqCKnj0YUn0wMxBXHnz00OMb7+UsKtpzGRCLphioKXUlfF4dN5nhoQgxzgWQmJmdQ2b478mWVj3n&#10;HDRJEZgFhrhcE8bgnDfvkyAFCGmswVtoNNJACB+QEWS6HABiNUwjfBgOF5KEI5qg177bwYy8kZcF&#10;M1DMgB2zBBjsY9BPWHW1goTOh2Lwtedud6UPgPycj0MYfgs+9ZkTRUVax53fHhw4OAPf2bsXvvXw&#10;Hnic5MCifWdQk43J52v1snRwaG4e9p2Yg6W0sdmyagVsIjYdj0CWKfOCzH4a4nmGKj/Xh26Krs9y&#10;ouIfVGanjCXdMK9Zu5zktufA2VQIbbr0Elh31k7YTrLd5fTePSqOLRsN0/sRzkfsIWIuEguC2Xl8&#10;Xla9LNmTh4MFmB3Rn2S5iTcxrqraA3rKqp3g8ar3sz+YlvtZ0zXkbryJIRw2tbJMmh/i/YKUUoXN&#10;hEosu2HJEw86xCz5Wo/eGK0pL8qSKLEpQ2ysvXmumGsxZRfLSstcv7C7S5ikiv4opkjuU/VmtTPl&#10;fYaYTi3XyVTRl6FaMilzFW8UGNSbXrMR5ghIZlm5MA5oPho5uvbuhADQdmgFHPLeltrr00RrG835&#10;bFFoeZDPs2BRmXsFS0/BP6fxlL4jd9wvlrWy7iRQY143U9bPY+Bl+FbZfSmYI3ndOS1Qyq5jXbwm&#10;B4cD2BLmGeNc5jemQInKInJbE5exqWSud41OmnMFoOVyAA0b2ZOYiKW8qZ8Qrz71ZzTJtQM7FFId&#10;jH017s0KgpyCGOSplZetBlaEMI1c8uiSMWjTg4MFx6705ms9c9BO4S3CmjsAQzemrHYdGkPMQFsH&#10;ZZIsgoOGorr7yQrzIaYUPLEFCH6DjcyTyPZx+fGnbnY8fuMK1oGAjqYr0RYTI7Rpd6PonGnwQZsN&#10;jcjaV29GU3SKx1s6ecuQlPobnJyMjsPmNUeXc4y7Ezr9faC1S0KHBj7tPYSVhCggVMmHQTU/9zNB&#10;1WTDBuDTQAG+lvNl6EKbTEaviXPDWr0xUdjvU0soGMlRYjsxy488iDC3j/3V9tCYJ7sIXtetTzwH&#10;ZiD6qCJ5EL2MtpbgKJbscYjcwlDDOhToM6ZprI4t2WdqfGJ8PkCtZjjEqQryIg0zqLIkZxFJWFRP&#10;P1RpMTHbyLJjLa3DJ2ZGsJqu+zE675neAtz/tS/Q+R+DwS++Fbaxzy15bkz0jHjKMYOxCHRTCU4R&#10;poOLmac1XDZdySrjuXyCpH1OgqympQ7YSUDAVVc9Az73hS/AQQrWeP5PvUCkkQzOiDe1ba/TpQCy&#10;HG8CGqhsaCXJKdkLecnUBK1/A1mP5qj5umTZclhF6oP9FMhxcN/jxN4iD2DyMlxC4A03YEMQ1IB+&#10;J7KaVc3TwyQzzCX0XhqKMty4bpRxzoxNXmtoHCEl//aoKYu774P53T8kC5ZDxOabpfV0TuS4vFFi&#10;z+IB+oA1qdNl3aEnxRDbfook5+u3gD2X0luJyWfo+OlkKQSM5I84KfdpID6S/lnvV5lUPnpad3uK&#10;PTmXMTgFeSJmjKDu6IjFgyWw03uP5d75Jt4EcoKzUd0V9sBiq6QBixySeNU118DHPv0p+Jv3vx9W&#10;3fBZGo8DeCmxXXdRAMv0YCCkiHPP20XBb6fB+z/4QWLz3QPfv+NOUZPw655x7bXEql8tY3OO2KJi&#10;98Tro3jUIUl7V8H1r3ktbDvnXPKEPINYa8s1RMV3XpNf4eIy1e6gKzxppkPha9ZkXbbouCXI71oq&#10;ax8AJEC18aEuPMdwWvCBgwfgwwTSP0pehr/9O/9eGsm/9Vv/XvY8AwLue5JKvSDX/L477oCvU1rx&#10;+efvkre9g6T03yEm7eMURLNh/Tp5byHVhLXQ2eQfH4MZGqfd5XHXJJo0vMzydNOxeubFQjIQstoP&#10;GwEcWMrUHUKLieJy6wrXYFd1ii6hg+jVAkPNIqFlaX+A2WdiQ+Lra/9o+wUBW8GCDRgaBq6jeZx2&#10;WjbeM9R6GVuWEFmQQwSOMtIBdhWB2GkDYLr8F7G5s8JiLORSVg9yJrZSrKVd8nV2WWCpadTs2PAA&#10;TP5+oRlmWpYzEd8JeRMFm7Bks7uMSYct/mYKZiylxRC0UkUCcnhtUGt27hlNM2U5U7nGxDuTjRPd&#10;T6BRkl0IrsGUsMvHplYGRt/fZ0l48lylSj2TwD5XbKZdvumInVJXoI8Y5RvqCVerNxDYdIEUNDKa&#10;fBs3kqM6GpYOZ+dj+AUXh0FnLSyshaFHNNFvjoWtxwuw9QBazUAPM/4k/ckjn/4CeH8Wq4buMpnO&#10;+/i1noaCWKu07wUXw0GEvVh76Sb7m7DUSDzLsjRhOT6WyQg7zRXMv+APA8oqZG87vkECclpTUuxz&#10;9BeTAfIoJLJEJnRIydQEYsDMoyszp8w8AMNAN0pjjQBjorOoCbqL18y/j4maOszoJcGEXu42A3ci&#10;ezbeu08B3LhZd94PMXRphSDE4B5DaZygqx5M3MFy6vURUP1AAfZ+j8knURLVZDwsyGaCjZc5oIP9&#10;xkbDec8EtP7fRrRxXi/FiVQsxe0b9Om7DPAN1eR/5P39gj+QhJzQuPwyebx85Z4H4Bh9nzcjPWWi&#10;OvAJkSM3ijRlPu9j5Ms3R4yGR2aOwNmrVsFmKrQn+j055yn6PRYw1vzZvBFCbya8mhbpjatPh0kq&#10;gFcsWwZnkvHwhZdcTH47pxPYt1YS9LyDeF+BCG/4zTIXq88bb4QkNKGa8ONNd7U9zPgE3MlDv4Hp&#10;yWbKT2693LsDTbGl5Q0DZvx1fiah8A7SzWwwpM3N56FMKM0lcS4yb9vUOtfBtnPOtfzHCraNc91p&#10;BVBK+vM8LwdtBkUZy4llnmnbvT6jFqZNJbMEaKtFnlg++Vkktibkbuv1tSZuupGKWZ4PBlSMLV+2&#10;AvbteRAO7/4e9GcPe9N5ks3WBMxWLH0ceqA5ggg2AGvqqSlAnJfNOk0kD56itQtSEXaKHEaTVmtt&#10;TMmW96hHKhXML4kpZBqo0uciAdw1pNWdmsfS77CQPbgAG6ihfvO+ubKgCtKCvMERwjpsAzRG7C7q&#10;c9+9BPp4Q/4pAvr40WOGkHjmNBlwuPj+C33QdGJimwQoetaR07nYRZDJqyxrbbZgZDx6MmcITHGF&#10;OgMj8wdL+XKhznMNB+kxbDWHLQmwy1KNrevQE2fvJcmAGSKHrlT1NH3JDKRQEkk3116Cib6IDfg9&#10;Y91FBl2O66JnhjX0Hmpx4Qphf8loTHNR6HIHNlXw0yuD1krkOIDbwecvT7huhF3HWceqPLtXpKol&#10;mx9bdMnHM0IwFsYu3h/2kONGaJ9qkxFaTV/k97QSZlE5H0AQGMROUxx7+QPTmCExOw5XSGSspsBp&#10;GFLwFsSBlsHgIUYBs3pkJ7GE1q4twjDbR2vjsb0r6Uf3EmPvqASGRC8hTbiz2NMmCXe0rcjpZ51P&#10;xB3VGiikJ97TwlasN2oF6Fyb4RCApdDEXjLpo55FuKKbEu/7Z0T6zZ/TR2/WHQzWBZSl53UZ1ZqS&#10;uquM7X6PE4SHcHQwA/d9+yvw2T+zcPl1L4WzCTxaQwDFEKck2Mnx5GDVh7IyUbqFHSzaMh/DZcsd&#10;ZptQV8y5tQTC+WvJCoTlJJ983k++AM4+5xz4HEknP/6PHyGW3XOJQbWe2H3L6Z4MhI03mJjU9PTF&#10;UzW9X5+JjekB1QoniCl4ghqihw4ehDsIeLj1W9+k4I5j8ILn/wTsoOAvZiD1CPSUmnrQH4uvVDoh&#10;JHmhTU+tJKqS9xh9f4LG+XGq5Qe8byAbDENrZ3Xf7TAiz1ycO07vuSBycK5FHd0sp2OLfWmHzqdi&#10;yzn0VhCTj9hj23fC9NazYLR6I9QkGe1P9GQehgAyaq0zCiFj2szJw5cQx3M9nHOnCPY9yaCBHyPF&#10;aY6YdJymvCD+jr24oPjGvM5hYYxpp4IZumLlQM/EDHlGryAAbuvmreLTOEl17iWXXgrrKayFf3uJ&#10;JOdaeMsv/xr83V//FXzk45+A83acC7/+v/86gXcbKD16Wmryiu7bCWqkL9A9+xZ5T/7zjV+Cl1/3&#10;MnqezoXV5PP47Oc8N6Vk5tcAf0TLwuy9cEw77JQ4kc4tDizqWOJnzxvoq1IMvU/aPH3/0//0OWEz&#10;znEI3EQFy0lK3h+wcmcBbiQWJD/LpxMT8q1v+7fw7ne/h4IkudHi4B8JRP3ARz8K//Z/exv86i//&#10;Cjz18kspvGNaxVV+TRjQHnphfj6F3z1BUme0hC4A7iaQ90QTnQsDuyzqNrP5QWh/L8h/M+/vPBTC&#10;OdeoBXFs+m4BCBVC1OZzajrOzzUSrbGTNZqzeP0xlCm4TcARY9/NdwNNBnBx2KPFspGIgVARQLmM&#10;dNn0g7YuSa3HsZIL8lL0EkclIuWqg3ZjMN8z5tfTFdurgCmZ6I0dMaaMsRyArJwtaIxpH2vn/qO7&#10;Q4+NOdW1wqow0hMFH7GZuaHiLIlNmUA/F6XnKUE7pJVrByV3Z4wkuVpxmTqX/9sUGekZgAr8qc2d&#10;VfDXVK6wh5P52uRAKOqYKZgBOdKsVMicmqnIpWxCOOACQYMbapXN5gWWDXQxj/Lq3/nGVkw9Yo8R&#10;ThmNUfKpXy9FNDGMvEzU+7LxBZ+flSxT6fhahlIETKuDdjY+TCzD9N0nq+mV6kEI3rCQJzuWDgjr&#10;TGXFbF7cU6BsYWFOgI/5hVm/+TMmIsCjURU3Es4GfXSleKZ/LbMCg4+eP4YUQAKYS2XUCtNUKbSk&#10;K2xAOospEVUjpQTsDOfI32VfljqkWOrkgtiP3jEBCMCMbirXnwcV++moHNmqgX803g7FpvERz7Um&#10;5ppI99BjsIlV5wKYqLpxwwVl7ceQXRjGlF5wNu6QudAozJScArsjz9yzAtKNPDV1FDz7dIzVPrSF&#10;6es49FJFBgj5PRnsY08fHFnPVhOzcCvjap7uDUuF7jt8DG648x5wNA44UmOK0BsGnOcZNGbTbja/&#10;nPfsJclxY/9G9mxDT8t5kLw15qjrf/7qNSLnneWwAQJEJ4iGfyZJaM45bydc9PSrYD0ZEq+l9Lya&#10;gDruic+xJFmAggkagz3ZbDjt9KF6lfXZb4fludazspzBKGfMzVy7e2e5R1enu2xmPmuysB0jXlpd&#10;XWvMd/TYIvUnwBEdoOvi8S2ezoVd6EQosLs4513lA5a6PsyMrB3CGNlAy5mkzXVqtGv52eciuEfF&#10;LQfC8HzUF2plW0YsDQv08wdv+NjLxtE8tHz1MnjwGzdA7/g+8jabgSl6zQkG0tVT0ido8TM29GlR&#10;NiTwMnt4QfwYA1MkMDZYzleH+be0LFTGMGhggisWdL+ZsZnlQUaBz1LmGoGoRUGx2D4mMcOUSTgG&#10;f206iYRNVlgcRfZcO2iEbukceRJDaZfx0ejfkxSewh109tqrTELHbJaeerKaX7y/KhsTI3kB1gyq&#10;GAwB6qEqrHDjUiKEMFdcAvgCY1HXDv7CLEEZsGTk5TFnruEBeMq+RQ4WEyhETAgxTy+GYny1gfFi&#10;F1RSK21HeqQrwzGsc4WvmMGUSBfY9SERt7Ai0+Km6dmHOaDWAmuTF6ExzWYERsAvx8YC0zHap2Sk&#10;ZMyYh4jJi8c365Kvlm1cM889cuXMmJEZEFqq4/gAVDiS+aXGUEU1fKKybjfmFBQFYV2WCl02//Mn&#10;Hss5EMv5IP9PXM5Ykkssn97KDbBqyyXkl0aWBnuoGTh7L29tlVmmGyFtNIidgWFPQWZfjXQf52Ka&#10;IWZUW6vJ4CK5tSmZG7Kx49RDmHtXnKQuzDbn/fvsyCtIxDvHej9J/j4pO2Gyn6xMa+tZTSL354CP&#10;yoMeRwiZX72crvlBSsas5uCe734V5vYfhZnXvIr8xWizfRrVaUNvuG0hk+AYBLDupM/keODHZRuq&#10;XGalfrzs3UtS3jPP3A4//ZLr4H3v/Rv4CHmmvfQlL4HTt55JLKoJNfQePWn5YtWfhMcevQ8+8g8f&#10;gnsorGPbmWfC9dddB5ddeaUARwMBeIJX2Mm832yy2gmsOassT+OksXuc/N2mT1Ddf9cdUN17B9SH&#10;WRZ+TO6962kDnga/8ES5iQXeD3Sib0StMDskMG/FJuidRTLdM88GWH8GzLJsnPYaFe1nFoa1gMvR&#10;H6xRHaQGGJ4SPmK7JLpYwb/mf9j0MT9FcJGZmyMJk0M4SFJbtrOZnpzwcxf74skerJJxzB7X0SuL&#10;vjek/dJ2ApV/5z/8B2GW/uC278If/7c/gXfQ1xt+7ufhIkpdZtfoZVTvbN9+Fvwfv/l/wd++5y9I&#10;7v0FuIOSeScmp33jmucne4Lk8kO4+6674d3veTcFvawM2zu5R6OFOdmrcZ2Fjdrtxy1T/bHdkxYM&#10;5mQ/IX7htBed5r0u759pzK2nYI01q1cRsDeEWfLknp5cor9koizzu7ffDl/80pdg/boN8MrXv4Ge&#10;NZqzCAR/41t+BTZQqN/v/Kf/CP/ut34TfvM3fgNe/LKXimJniq4xq5qYEDBkhmx/IEzXJ8s9jZ74&#10;4xrpP3Zm66kwMl1m3uMWIW4uBuZmXPpW3x8jswxgPJA4juHYKYUNGEDmvxksZtLy7JI/evhdJt1I&#10;w7yp3mvITrFAaGOwBxY0BygTqRtyXGyw+nL7gILN52xr1De98vJGcN6Yz3cUGJqpmOzXgh3SSJWW&#10;4/xOk7e2x3KqTBYMiu8EsLCAIp1r2700doKmYAC64n5GH0YHWSBJxoqN/ru2CKB0annmNPQy7HUq&#10;9QUMDSbnsvEQ1kmXBYiEDAol8aDNcjii3Uu2MCT0t0wHCYtcpdJRYcZli5YfLDz5VmVtLxX3KMoU&#10;PTNjqP5tVvwWuAspBZUEMTgNDqiIskxdJjJ5taN5kaJJ6hL9rhjDe76XpLTN00QWTChR/fR4IQgp&#10;c3GTzf5kihBzZ9biSFl3YXjUUjSEweTmXdzMmyrdMP9z9QsU/7gavMjTxbSWOrAKKw/2acu5TLnL&#10;5C+Io4yWWurkox6bkzNrDwZKUImAcxg1+/K58yPd6XPkvAc3IQSJ6CY49SFdkewSjej5dcFFPqcp&#10;uHyTlvwD/OZdE3iDNFClJR6gq1Um5xmLLKv16mZbGGR6r3YPxjFLT+63Arke5BsKq08YkNYn94qU&#10;m/839FJeSeRlua94W9QC8I0IsCUBCv3pk9qGo1HsmPB47FNx+MixOfiXxx/3wCcDxdaPDYm553td&#10;e0B0gsaQDWEUct9ZlkvFD/17igrrZRvXEpi3Gc6hBLGNp58OG7Zugw2bN8OAOnM9Kn759bzYztGz&#10;05OHmYBhLnTA7+75PLljXtcmPm9cFARGaiUsVvDMR2MaG78mpRtbMgPEZkx8kMBhI4XclOmMHYAJ&#10;NqjjLco+5h1XN7ZX1tlVct2UpGbsgjsF3xkE2zZodV1ili60CnXhcW2fv0x6IB0d51OPFhhY7vu5&#10;Jm5dMC1AkcVK93BubkThK0vpaztUz3olPPDVvwO351GYGbG0d4bGat/Lbot07UDxCx58Nnba4sZW&#10;gSKXMSC9N1YGnDVacRhkuJAHN2C2YU5dpljaZcBA03fOxQK9vI0hFr7pT5de47J7l5KrLJT+wzk7&#10;KgcnXAcu28WYCUUQMz2Y1Ud7FFZvgWm5PZbgL3aU8Z6YJOi/eLQa9ImeNXrWUFW5LIAjDR2D6sic&#10;BUeFz7Z6m22QIdokSQyMP2tdYXJXPjYhaa3LxBpP6tHXBTq0wyo6PDPHdVibzQLAceGkZWcbS5A5&#10;FK6hOHY4JuBAm/DYkLyO21q4BqM0jr+ufUE2JqvsvbnB6kw6+qDQCBJSZndXJmcTKDjoMk++kBis&#10;fTCjHjsOU+BDBDdtOh4jawsxoFjlkKUMyz3C4H9rx4zjxbdcuNhcvch/QrytvdICaUM7TRv39YPL&#10;6Lr0YebBOZJH7qVHZo7OS61DwKsneE3n+sBYn24rzwwDmT0PhYZraIubmtiYdWg65t0d9EFJKJtd&#10;F5OffTHtBOhzUt/RBnzkgcNBL831RimVIXm6Evmdt5E5MkcMxknPLjxGTN1HH/8e4EdqWE2JtJup&#10;llhJNh/GLPHzv7AQa220jovzfCJWY6rWCF4+ykKU6YgKoDXEhhrQibzgRS+GL37x8/Dxj30MXv26&#10;n5Eaeymxfnwq/JMDoLh23Ugpu89+9nPgOc81cBo1MlfROU8TqDPoqR2OeiCdbEMv0mqud4zJjDtm&#10;iXFG94JAuIkD+8GQvYp98C6oHqEvYoZakxQgPOqZ/Vmzl7UMENpD0GdzKvOItzlL1gIdINTnPhWG&#10;q9aAIwlyn8AsCHY47N9XGa3DMQPE8eSMpbHhueZ/DriEOMYLcFG0FY6SL/WXPv85qTOf+dznR2Bg&#10;uDCvDJKKQiPmYD/JRPdTvczhEesoHZdTc9nL8Ywtm6ixvgBXXH0lvIZe894PfBD+4s/fBb/x7/5P&#10;2HzGJrGIWbpkSp6D1/7sG6iJPQH/8I8fI9Dvy7CVAOj19F4njh+BBwg4niUp7zVXPA2uoYCZTVtO&#10;16Apqz7ryVC/uDN4Ksy7/zn3IyfT8Py0Z/du2Evj+ewdO2UvbViSXPVkTd9Acvvv33EXHD14lHz7&#10;lnm7AX7G6efXXH01vOOP3w7//R1/Cn/7wQ/AYyT7/YWfewOsIpLBAhEMnvfCF8I+Cqj5i7/8H/D2&#10;P/1TIa0876d+SvQdbDFTzx/zoSbOB4g9KbdGPNlKsRja5568RWTwp4vEP9OYNrMmmitVb4vyCrEp&#10;CHKLlzRY1n5lPYVthl6QxttuyXBu8ZD3N4vqCjNvlOjXxnWCaXnjubxGKIpev74mT7qmisIVfr2Q&#10;A34us47JWJNlnd0kkGDZKS6AtcTeK5Y8/aZpehAGRWkHoy82YXK1SxE4BoWn4Li9ZwhFa910m9Un&#10;WUidMeE9jNosle1VzAC/eJxh316kTKYU5YLh2pHsDerz70mCNmZMxPkwPCC6ljn1t5Xff+8nvuFQ&#10;026jh14D/DOQBWMUBow2HpuwT+qO7pIdxafTBsBJC50JlhAQaMOLSc0Jq5wISh0HBj2s5+FJQIOX&#10;q1lpio3qoXQjOb3Ip9Z5OWY0ard1pqNOyKZINGob5bAMIHJn07PZKmWNYEwZBjXCFPlCr5cKXkm3&#10;w0aiDsr7G/XoslnCC18jpmt7KqptyXj5PBYWvJzZVD295p4lh5keHDMZL5/HIMYxG5UVe9NpkcPU&#10;VpNZWMZaqVTW6fFlm+rAzJDrolJs7oiqvDUZ4rtQkek9dPE6WpVoB/NvZvIZZTT6e+o0BMX/jgS7&#10;cCEfU/NSwVYrEGj0s/ghY1aeqwNrqRbtF7MOmeU0ohRaLi5k4hrVItXlcx1pAAd7kAhwJ0w//3DO&#10;0c8MeO809tU7Ti/5x/t3w21cTKKVlEjenPDGbRRisNWHiAG6JZRuu/n0TSSH2QRbNmyEc7ZvhS2U&#10;LMcd9ClK0pV0Q2NlQedF3BGC0Ascj8onFlZSYA/ksvIiPDmogm29doN9xzSEzPAxDAZTXrbG96Ae&#10;KWDiovyymFyNGVt0JJ+93GALE0se02RSAmAJoHambeTa6SuDTfmmOyWwD+PkmYd65EnaLU/+9k49&#10;ztc2dVtcJLGctAIsJCIuBf+0KksF+hbmZ0VOd4TkRdMTS6SQ9azhnN1lipQsQ/OPYOGcYEkDj90t&#10;7/nUf4WZe74i6cqjOkuYczngBpkPVWZy1yi8bF66ONRU2fQeFqCVHJa8kvw1r/Vzg4k+jEk6zpNl&#10;XfAMcw0ipBu/37Nd8uwOCWpIqvLrGWbJbcpAsu2E25yhlTbH/t9LpirYsAFpgwqSwlllqe7eiN1C&#10;zjs3mDPc0jXvVwq8KkDT08DkXuXXMZHyGoxd23i1jYvvH96ybtFmUf01IQP7vI9tSIR10bcmSX89&#10;GIanxhjKHx2TWFOt29II35OkSjqHft81Wra++B7ZFNzBrClOPeVxLZJMBcM4z4Hfx2AjgAMbQ6Fx&#10;HK5gJCbfyKQXaTP4bFdggkvAc5Raj7tWLn3VDjrDYVzDeiCyz1wC/gJYG9OobQIAw/txfSMpvBai&#10;1L5WBQEDVgGgsrpGs53J3GgAJ0bclOpzdJBcVEmYJYbI9it/mjbm59FAp7WErSEokRd9XLQ+Gx7N&#10;iuev64W3LzHRSwmLtGvTJIpnsh4ndEeWqvu2HLFJKLX+xLEZePy+H8Dc3u9Db2E3reeH6VznvX8v&#10;N8KqkW+eUJiR1C8UDNTDWWFEMmN5NKq1SaphPE7l98bXRryuj0LNgwG2qSTFd2JgheHH78Vpv/XI&#10;N2+9rzKoJ6BvtJksBdzasqnFl4SbxvNkBbMw5ySgY5YaiodnamB7Og5eW7vqbNjxnBfDrquvgC1n&#10;bBGmW2W8529orOaefQUZ1rmxIDzm0qjIcKyjjDc8g2wfwj69Q2JKzZA0cj/VOJ+74dPip/cTz38+&#10;bDv7bPFJqxZlm+XbxzbD0HvVOm1K+FRkXvv8g2aipczJwD6r65NxvukpdeIMKX/27wOz+wGoHv4B&#10;DA/thWmyTfENW3oG2KNQgjZ8zTSg81gggI/9FAz7JE4ug9Ha08CddT4BfVvBUkMWpqcEUHSixuG6&#10;t6e+gH5+NrF5lTZ9RbvBNbyucDEw9FRZTKfyQnNKDKjcP2rc67oOmfdARwjse/sf/Ve48aab4K1v&#10;eiO8iFigDNDxvZ0n6fRjex6Cj3/ms7Bnz26f8Exg6e7de8gT8iBcdP758KpXv4aYaRsEjJ+leubR&#10;h/fCX777z+GxvY/Bq19NTFdStiyn6y9SUm7KU7107NgJeGT3w3D33XdR6vWsmAusJmbbTkqX3Xja&#10;evH0oxElfuA9abb7gDzMmo6F9cCTAPtc6/pkMIsrJXqLUm4XA/uE4ODHzwl6Hr/2lZvgHe/6M5Lj&#10;nga/9iu/BtsohCPsL9/9Z++E933wQ/AH//EP4YpnXEgzF4OA3jqBbYvYzurAwcPwp3/ydvjkZz4N&#10;Z27bBv/3H/w+bNu2RVRtPQrwu/++++DPCWi96WtfE7n0q17xCgr02AHf/PrXZH786X/zcqpTJ9vj&#10;YLGwrszaxWFn9t4pNCjsIsWHy5o244qOsp4r77uLjHYspKZtz75myJf8nstDAQtzmCQfbb1jUmR0&#10;Hn9zpNnMgqHpHt7YK+W+gymBXUMqMQSmYVl36bE6sEUQVJL5ppoh7cvze+g6Uc5kn1PKaWNIkTLv&#10;rLUN4BNVsdjdXC2/57Jx5so5VPeotpDJu7aEV6+BDXZlgYCk2FaTwFYQGZzv1jrNjEj1o0n2JVkA&#10;q3V1K1XdqvQWAj6TeboGyzSINVsasUEdG0NWdf/siWMQ1VWiHK18lkTYB4lCVcPNAiQ7qkdx3eW9&#10;5cv+zXVYXfe6N/1uk8Hqcr04ePZD6CqLxTsjhdYvuBjlNFVKEdHNrNVCIL+BTj2jRJ88GkbgArXD&#10;ygwtnuDrkXD3RK47tzArfx/SZ86TTxovziz1sGoiL+CO81RNLgQDs4bNXYOc1D8gRmQbktDK4BxN&#10;oDh0Uuz4jXcY/D1hgvFmCum9R6GA5+LA+e4vb6LYh45BqZ4yCodzcz49hV/LLLPoweQ9uMKEz35y&#10;DPhwZtvsgjLNxHTYs9owhFY4v/ORYV774zZ0TAP2iqn8btIyOjWyMglV1oNoQgbl7/OxqcdP8NST&#10;92YfPbr2FYKaUuv9Com6LjAWQcBY8VSyXj6IumsJCbhOpbf++9YHArCf31ANmRmcpcUN5fg9zVTS&#10;aefnffoUjxV+Lzpe6bzzPWSWnpgFe288Kf6YJUjAH8h4GQnTr+b3oCI2hBVM0aZxlgqW3gi9F5le&#10;G/asMz2/sZGEZhpPCyQB7pFu74eHj8Otj+0nNtVQCp6B81KLobIzp2lcbCdT4Wsvfyq88TWvhF9/&#10;26/Bq1/7enjZy66DK668ggrmc8hrbx0BwgNahNXjzvh0XDEvZuCQdv5iZmwqYbIaOh5mgWHPM/c8&#10;CISewWB8BzV0ABhuENCQxgWD48IOsEmK5U1QbfSU8UCriwtzkKVFv7Lc1r7oeqBKTDDzHShDOGLQ&#10;QMNFHzsZe0GOYyNQFfxeikRON44T4jK5klF2MEbPuMQ+7PpfWrBNWChbkapNObCLxunOumZcR/IV&#10;yVz9XRZ0w2OnHinjmccS08R4rLH3I8uligASExPOIXjnsTfo8cPgVm+Dvbd/jsZwTVJeGh/WZZJJ&#10;LE1uMw5alD565XvsQoUggCi50J/F9wx+PDZJfOsGmddHzbsMlMh8BF0KK7Hiq+Vih6yUAmJjE+Qa&#10;jDTXwlHbdtBp3OSAQwxiKkZPM4Pcs+1CLeKfFfLvmkbyAqokcdP7DwVftORx6jKJRujSos6bPfXF&#10;tDqX8hRgskRhbcbF4CW/RmbpXxmTMkhjTOvLepaa8fJg7DFzm8Fillh5rzIGOjgts+pb/bdn7FZ9&#10;D4JEn0DTTqcWKKSC6MMZ0iLi8+T8cxuBTgX7UXos2lWsUD/TlkbUiq6LEN1iBCFHNUawquonkC8P&#10;ZnFqmYCNJA3MvGeMflWaaBvvn0jlUcDWSq+HwQBOll/FuIL02sDi8uoKbAVdmUyVjPm1wdI4PxMn&#10;NlJ9U2hXzncMsg2DDdZmmNXykBo9Hk4KrWWOZe34pIz3ofWgk2yWaaysOmMXTCxbL2NRGhAknRPg&#10;Sf2SHbrk94gmFutBFh3c+yRxMobxoNo/1HodXOkbKWPAyDZSADT6TEMN3QFt+smRimomOrDRUa/4&#10;EIYWNbb63FiYlJqPD7RHAA8HUVWDSnz+6iGzuDw7hTcstfW2LSLdkQ2M8By12PUNWD5/fj5MpWmG&#10;tSa5iqetic8zjwcJ5dBLYPU0WLrbq9K9CGndPTbBr71HqjDDGPhnJUpdwaFjB+GhO+6G5RNLYdWm&#10;NdLM4cAKJFUGJwKzfDQ3/8bWAtr8MtmfJnlB6camtQ7r/eH6o1+x99cSalJuJYnkD+Hmb34D1pFv&#10;7Cpi/vV0A8HHMkc1bU/qj6oBD2GDBh4CZ4xsUthmpKd1DmZhfwZD+rTWNbJJ0ppE9xCW/j4Fvnad&#10;ofrNUE235PBhwO/eCvUPboFq9+3Qm9svyh7SW8gaOzfvfZpxwncJDPtr84wrPt/EHtt0DtgLng52&#10;56VQEdBKk7xYA0ktxe5F7A/pChv6eC1zu4FYg2Shg6gkAMBxwAgu6rlZfpnG9S3TSBuRUo2v9n89&#10;uW8ure26PvP14fpePBrpGZon1RQHQgjbi8bicdpXDch+5MzNW+B2kuH+gGS0Vzz9amKGEiuVau37&#10;dz8Cf/Jnf04g0j3wq7/6ywQWPw8uf9pT4bJLnwrTVOu8l/zi9u3bBxdcfIlndtKzsmzJBIVHXAA3&#10;U4jER4jBt4I6amft2CXHwQsxN34myctzzdpVsIvCO84773y46KIL4GxqnnPQS6/qe9ZbYdhvU/Lk&#10;KfjnYcbPHOtN1vhf5w1reVli5494TZznvQ8a8drmsBGXeYQ53QdvP+ts2ldsgvd/6INw8y03wxZi&#10;xW4lux8e0w89tAc+/6Uvw8UXXQnn7tpCidEggR5DqhEnSTrPl2CCpAh8ralXCV+48Sa4h5Kwd11w&#10;Cawkhh/vI9fQn0+74gp4/OHd8Lkb/xk+S0E9X/j8F+Dv/v79JNM+LGzcFeQZXZy3y0klWPrnQSMU&#10;yOWVcQKTxlikZdcs9+d1rZTx1HhKUsf0kLos4MTvjeKqGnw1dQ6GQJoRpKRqnVPk7uo8GjIISpaa&#10;i2t0OC4HrvVstoE9LH35G9+PFj/anMH8nBq/50G07FpA8uXD1tV15XYOytCq5qxixFbIFHLcaNPj&#10;fAMsjtmwH0WMe7sQEiogPO+3tXvrJepOmLhW/ebyxJpYYmIiBUAHYJ/mWmyl3WIj/Vf2zUpI4Lpg&#10;oGo4zD3nO5h81iWJcE8an1brvuxzoj9fImuJtU4EltP1MyaT2GbS5Vh7K4nLYLj+ft/k19usSRzP&#10;z8T3NYoTBAAzf00IQUmkNN196Mt27Nz5e9XLX/fm38XsAmLTaDHbTLmsPVIFY+WGEX6JCGvwRuP9&#10;JXW2iHZ2hXbcXxPu5M6JAb21CwIzhpOUGHEB9kaKJGMBF1sFO5y2yQNDTwof/ZpAD6DJewggSBOp&#10;WEr7MHe59Lrxj9R+60E6UFCMz6FSUCV0hEORj6M6GloKwCUb5jodp4BnKgGz3lRYvPN0Uy2/45Vh&#10;oA6r6XdrD6xJ+MWojgEoPaFqD32CFS/8bAStARY+9KIWQEKKavTefPxvD8wmj0XPwKsLzz7/GgVm&#10;w0CNDL6h/+KOq+5E5H35M2sXj19Qa2HeLSRZcu3/9H6CIzGuRQENQVN3rSxeRgHkkX6OHAt35a0P&#10;5BiSn4uj6mE4P5RkXTtUhiMD09wRQyvXZkiFtqSKSgIpwu208H2f0tyWk0EPM/bO23kuXH7J+fCC&#10;a6+Cn7/+ZfDWX/w5eOOb3wTP/8mfgjN37IClJEXiccxhDEFWwBJx9tuLk7XB6EUZDcgx+3fGskOT&#10;KLzFxJ5Jb8P7Wr32Ah7mTNsouzflogIlAwmjjhAL/77o45CxiJvSLWxHOi8eZoY4PrHsCcsg0m7o&#10;5JIy16bUF9Z8Lt6T1le26yoW3DEnihkr0mCQzvoxjgLuBhDXxOU2FFNYRAf7Z35oJmGK7u3B+28F&#10;PHHUBxChizIBl3W4XM7qy7uN0Q8PGlYMmWI/AAah7Mk97wDHsDgad9PlZsBNUiF2EsbaVoztyrAF&#10;njQo8Z0SdXDtpmT2PiloIO2X+Tz7BCosW1oJ4Be8+kwmHcXoD+jKDUN2bAFcEomfMgbTYg6xuDXN&#10;PVxDDY4N37mutMRYxAXwKgBXDGgF4E88lvRn+n1hzRn9e88DhsKEEg8zB2pbC4W7MpbPDKArAE8T&#10;vEZEXlTKU7H0N9ZACIzm9/zv0M8SwKSX2GFGr2Ms4nJQT8/ZxOInXQs/d0IEPgXo7PkCK7EGMQ9H&#10;bsxz5Yaw6zXQcQub3oTYUTu5RiBRl7S4JWeBxnPrMjtbVzqd5mxAkQt7LikV3H3ZJHr2pIHVm3fC&#10;1DJqTFXMkKkU5MvWCtOUumSbhWgDgYUROmTFcFEcN4wU83Rqnhu5cSUJstRYPT4zQ4AeN017Yj/i&#10;73wlgQrSRGa2n7A/e5KQWyuzz6dxYwxX8eCtSQVyldY0D/KamLIbjMmNrskuY9JF0Fil2C4zEQ1W&#10;CqhSXqOAivfzo+ae8Wghh2jV0pOcgf279wIuXQNrNlA67SRtKiamPXasrDfUScS5k/lLjQMr3Ekk&#10;hMnDkDdwa9augQMEzHz327dSOupmkQ9OE+uN66oJAm7kOrfgFGwlGkJHimNpKZJSE62CNVZZ4lxh&#10;L1gfg96nyeAEAyQU9jGgcAdz1+1gbv82WVrcBtWxx8lG5bg0UxjQ7hPbU0KVCPjto2do8niS5vvE&#10;KsCN50B17sVgz7sQagqLGBIDjaQTysrIQrOgWU8sTtNbrP4ZG3/eeT/+lXWk0RpHGxIMxqZITklN&#10;3r//AByjZ06YppVvJE/Ss8hPXp++t5EUK1+/5RuSkLyNPPbYg/goBa/sffRhePazroULLrpEmtZT&#10;ZEHC8wx7Hd522/fgXmKT7XngPli7ejWsWb+eEnMJ9CP23znUEGf10hduvBEOHzhAzao+3HnnXXDD&#10;pz8Ba2ksLifAmT0C+bk0BjsAJ3fy9NxOLiQ+ObkoPEnLOJHo0krHxBGxiyJpOHl/hwCisK4xGYX3&#10;PKvIu3spgZ3fuOUW+OY3vwnnUtLwSpLwHibPxBtu+AysJxD0vAsvIFb2tBBOUNnAIb10ggJldlHq&#10;9uoVy+EzN9wAX//qV2A1he+cceY22Y/06Tpf+rQr4PKnPAXWrFwBqyi05yUveiH8whvfCJsoEJB/&#10;3lb+LBqj8YSuYbue6XSc7W4ojHU+zJruxfcaYqKsXnNjojbaz7Tr3rtglyN6V2XQPn4cM0dgg5XX&#10;nn9KELD1LGT7oaKWRjyl8d7c3yCa1vwW2HqxsjAmm9chhqkGD0+eh/sqs2fcQezGrIv7oM71IiNQ&#10;YJFMj8XndK0zneM2kFwaNUwTiY77MJMIIpH510gzCQEp8d9S51fa4Mbs/FxmE2SgwBixo70QsPRc&#10;wqtztzG5YiJgBBnBBbEAiAFwrLxewL4dO34P//7Ttzhs0Jeds4WnlZwQ5P44iR1k8qkgp1gGyWeg&#10;7toU5xgfG/HzCx3VIMkaerYeGbWy/xXBV56yWHukmDfUEmSgIJEP7OpFKSlfJC4GubATvxBayCql&#10;YVrwSDYDdH36bPb3QC5uhAlHbJzehNxA9oth1hUbmfac8SnAKmur9OZb6Q6PZPJlWroNIKQOmB77&#10;EuruxDMPaDMvRWeVdtvgu8Hx2mTS3TAIQU04RfqlEY8hdRcK3b8Rlh0qQs3FMAOZJisAvM4bo9F5&#10;oIxiNA5PW4iFuaEg9IGR6aXSiV0T0WU1hHZyP0aBOiSgXDRhB+/BF8YOS3AZUJUgFZd8/pwGekg4&#10;hUh4h9IpM6gSYvpZAAoZAGT2YO11YTJWGB3l37MM+rGRM+O5BOyNZIFk6QaNl6kBTK1bAxME2i2j&#10;r3rNBpjcsBU2bVgjvhdIGyEJ2GBZpUryJCE4PIvckWcgJ9Kos3RGY4puTJhMxKA6gHlV1Wrxhg54&#10;+2l1WcfMy394rHMHXZiw1mZ+bt6r0mniX2eM+LjitWMS7Fy0xoJ93cy+EiBykDuinYpbVJMi3S4O&#10;SqAH23EaesiuJXXJAa0yRMS1KO1FsEeHbCZ0fGodnyMK6uD/BmRMD9pxSqlXqUnigTzPlhbgnWXp&#10;BHY/dte34MF/ejsFdaBnykV8DRtSgFJmYZ2DJhu/sCrMpMAQw6EwUthDSvciIXING0/X8Ed00Iwl&#10;Sb5S5bFmPKbCUNm5BjM0I2K6homwa0iJE8aJnZIqnhOZoRMYZ6vIWH/96p5IeJmRZlSyb7T1iOAi&#10;oz0y8DAHoDyrz5NtXAQcTG69IXObhdKOo5kgWDL7mj4lJcqUp6d2ANyIhfo+VzcE0Niq3yO43HLT&#10;ZLnV2p+J1z3JpeV3ecxzv2QoudDKmHPRoioAp6FP5Zc748MPLIqEdzQyqTDSPBueGnsKTOZycFBp&#10;rWwEs+Wy3Nhl8tksgzuyC0FBnuDLUvg/JpZa8G9rXlrrsDUD5dLbvMPvorS6Idt1kOS8kKS5/y9z&#10;7wGs2XGdB57T9/9ffpNzwOTBDPIMMsAAgmASgyhGyaa00q5pr8reUqlsWba8W0Wta+WtWu1KXkVb&#10;JVmiJJIiKYogBZBIJEAMciQSB2mQB8AAGGDyC/9/z55zuvve7r59//dmAHkF1uPMvPe/P9zQfc53&#10;vuAJK6Vj1lblQGlZthYYJe9soSzbvkuh9h51s/0ayO/xsZ4pRzj8aVJlcRryNNqBrZd+ChavPpvr&#10;lXEoeZ8rPCPKsa61jgKKktqjsLB0v0AMfHxqpjkGCEoYaWAZm3YAaIy1aznBaoiDLz0NhxjYwWMv&#10;wHD5KlttHLX3oh6onno8S/hNgdZiWsLExMpF2NAcIsp1Ql/BNUnGDT3XyHkZFkiVzNfaoMQgmfr4&#10;+eGsDDELV3xD6eROVMtsS6pq4sIx5mf5PjgxXWogz/ETfT7uXHudKOHNEz04dIT3hCkJT1sKOy/8&#10;AJz3satg2+ln6E0zMjpRDUy9eTq1aT9zyZfV+6IWyzg70A1lVhJ2NsXH6403DsJ9DOjcccdtcPm7&#10;LofdF1zMXmHLlKmIWDM7G405hntu2QL2hcR/Yz2FfBOm+0xfmY2i3hmSk8EeY+aVlwFffh7M/qdg&#10;5sSbfFy4tu7L+2cQkOvFjrFe1T0dMvSt1UFPvCDHgcYWQLniNDDbzoHZFavYj2+cvZCZtdq1Xstd&#10;KlzaOyZgepNVmU9GjgOpBnlXVjgbYt62JDdIm1eUAc0/2TR4n3K8BZgTWddUr69pyX/8e/8ZHn7s&#10;J3DphRfCFVdeCWecdZZNWGbGrShapriO+cH134c///Jfwj/7H34J3nvl+/j6LXRILvL4SQb5hNxw&#10;8OCb8Fd/+WV4at/TzCK7BBYwU+xWTs/dz4Dtv/jlX4ZdzPqT/kbY1SJt/8nDD8H3rr0W3jp8RK+v&#10;XbvOhStZTr6EgShhJKrCqshNxeabapzsCfT2k3kHvSgiNYY2hxmwls95x523wyc//TlYvW49E0T6&#10;VUrmkAS58cEgV3fJ2v0ss/L+mKW7j3Ci9c/89CeZ4XgG/Pvf+Hf6fOuZlXrmmTth9+7z4WwG/pax&#10;7FcAeSE7iERfbX34vr6Jwb4/+pP/Ci/t52P/xS/CZ1hSPclAogZyCAnDWVZBlCzdmdf12QZYEUC2&#10;DqlrOArCDjCSfYa1eep5Nz+ZezPgiCLZNQ6U02dlthmJMWV8PKJQDqK5PUmTuhXSxPhM+FIq603D&#10;IFLlClKsgqHc67bdOB4PCJ7bDrp6EZvMS0lLqIlU0t+ITUTBIZJCMhJ2cN+RsDqunhDLhFACDrlh&#10;Z6IHj7yTM31NeG7CtN5QdowNRVFTAuwPsUHIq4z070VWZg1YFcgVPoSRDI7ixF9quUbQRH18Jdkg&#10;invgYILuXy8NyatlwPF1+bGPfQyLT/2TL34pLOpCNDJsbqKUFtVh9yp6tS8kcjdQ4WgDHgxBNw01&#10;7s1ZibBfZCxjTVoIy9rr2wVRUlTtKNSyxyKNtgXwsPR+gMYBiKjyBFEVecacosxyQrjQGBM5ibLp&#10;+soQ67gTqs/jmHaCDXX5+WT+IQaqKlR2BjpWWlnqaw8xyFe4xGFl6UmB4W5AZYo4NqD8vjD1il5Z&#10;jeeVxVZatp6XyKJLVUHP4hO5gtfu9N3fXeVvf790ASkWZEV/AcoNhxjNHLS5d2w8/7iKedezElkF&#10;MUvf9HpWXd8GYID1F1NPGAY2CofuQyXjBfs49dHrWUC39D5zLpVZN7++ez3LzAPn1aJEXHkvKusl&#10;fWwVvlH23efvK+vROKYgaXALA4jyGGX38bHm6NxZLvZ6SxfDwu3budG5HHZ8/HNw+gc/Dqd/4OOw&#10;4YJLYMN5F3FC4AZYzTH3RqQHzKw6OsWNRGFThzsaYW04kbesiiaRmNfEBawWGxui4RglJk5UNp6K&#10;jMZ5A2FEP8YcKI/1ZMMvktWi5tYZAZdDaQlUaL9//uaCh0m6UkhvjhM8MZ56Y/v2j3OailOO43XS&#10;5Rc2xzwtFHCMkiQxJ8mINnJMDMHmKHYCBMb4pNoqrMIzW2ctuw9DlkN4fihOvUIbbzTFLObJBSvg&#10;6JEX4diBV+KAAqoTcyuCcMLsKQMGXxkl7GIl3w0xtJJiaUIZ6mCp5dR5CSrG8oJQrohBSm07cxyr&#10;NdwErCuI7fDq85Md1FPEWAzzhNKvkurWamTYsKzNwMSY3LtUMQEMxvJtEwQnQDCNCxlnVWox1Gw+&#10;E2jUlaGEmb54LmZfAPaFITG+SG5IRwNGHhoKkkDcv13/LgxAfU8FOfYfqdJFABX9kzdNzwIM2YCd&#10;LmlIgpW52v3W50/Vklq7bxBhVDOEXoOe3VaxDgsrRe52rPefcWxFeR+eqeePa2H8WhhLnet6hQIl&#10;AkZrayydjn+WMldDeQ0gJsuHH2Ji7GnaMvQYJE+vBl2BOiKKhIkk/Bh4dsasQL82YCBREmZf6ewP&#10;pA5bvO50ZvatVJ9g8lN7b/4eMPwokLNhyHLG2gvUGoSbqoZALAYMjsJL0WkdZN+ToZUMRrlRKEaW&#10;8L49BT1mNIt1CziGNDviOS89VI88eZ4hfrwOUkBAhNIFj1CwDlIVRKMy3SKwK6hCbmpwlQAC78sU&#10;OKGaNerTsCtJO0aEC/n9mZ6zcWEwZIbf/7CAevzPoxw09xyzmcwxDsZgn9+JsRVWVmwwkgchpUJQ&#10;zLBQYgCqDXsKzcv1eKun0iwDN8NqJbOWgYhjDP5cd8N1MMrHcxmzsYRtqWyvIAEyjrrO7OEDKD8e&#10;sNea39erIp+WEJQjx2CIfeDMw/dD8cyDQK8+AzjN3smGazmpkfmYGddk9hXi07PPg/oT1lpnchXg&#10;5nMAt58H5Znnw8xKTtqdGOYwNDtkQ+dCRjgMAOVABhJS28Gs1QE4YMA5Xxs3PInvnsp/hTPgr8gJ&#10;DvAVwMfaw3CoIcukf7RnD/zkySdZ0v04e+OthsXLlimZojczq036Kk6F3fvoI3DrbXuYPXaG9c8T&#10;5irb1Uxzjdzne2gPM/W+c+018Iu/8Itw6bvfA5vZA1LYac8wePXDm3/IA/TVzPBbzvP1IQ0OWsnX&#10;16WXvxt2M9Ps3e95L5zLANYks/+EESuECVXoGozWvrchCHmniXzzYvYdYT/SO269Gf7qa38D+9nb&#10;cMeOnVzPTVa+qgL0dQp7bQqzTnooOfYXMfB69913qwffPj5+hw8f4mCfZXDZJRfB/Q88CH/7rW/y&#10;Mb0Zpo8eUdnkCAPawvg7wedS1sL1p53GrMsr4ccPPgDf5eeY5GO+lfueUQb8rGe9Y3g7ib4AM0XR&#10;yStw5nMcce7ji9hMxYq89nAQh36uM+sSqoKaHgONYE5wMjeLkZpUC0x9yfPE5uanwLwUPBqWtcU2&#10;N/deTBmIiPnwLMQk1AMHDidCj1ei2P/SMuRN5RVYO7I5koLr94fHxpTFOsr38nG+Hkd4ei5qN3lt&#10;HcQVJuoP0rRjjJ0TYhbpPNZVH7wa9lnpUIbamI1EUX+SVbNRUC+GKojEkiGbURPWQI3HY1A3UiPP&#10;AQLsBsLQzFC+jBjt0xju2VizCLdv384yXgb7MDFXNgHbKGbVpPIaEwz7KPpAFBiOl54mgAGMQH7K&#10;Z2yhSaVjrFnQqKeosvXt6wsTrDIrdHTSiukRmFY6yakAcW6IbLmKwsZSpp9l1XXc9FzYYfJ3KT4k&#10;zr0jYRr8GkMCynGxMeq8qrpycQv4pDJfSWftKxAlgJ78rEMWJCyViUbOI8+xZXRiBQ5AlN8trcS3&#10;pIiB4gFK699E1QWgVpMKaNY+bKZK4A2M3UvHwJu1ibXqhdKzgKBOfzTdtlQfO3KP1alvJaF1Mlvf&#10;RJIPxehZxyuqAxMKV6Ci8100LqFZGZgis+1bv0BSqe2se63Synr1/Vj2pj7OJefZ17fyaA9oyt9n&#10;2V+v4/ywvERSWYRcvMjGKew/YVkOTU5Ah31ZJjZuhDXnnw+r33MVA3sfgbM+/FFYv/tiWLptJ4ws&#10;5ORbMdXS3y/V4Fn7BC5+h414iDAwOWQU+JVGplSxCakniRQjniWi/nuVVKij00ibUG0CKZNfKNBJ&#10;8LAquMOFA2sKUHMzwmYaYlT4EzkfQhOh9BguMqkctaIiE6Q+EQihx0lz02wx5ssyqQCby2xz06GT&#10;1AVEEOSA+bj/BCaQHzZBvgrsQ2oGXFCOQ5hObqAG+CAIpRA+MjP0Ku/FUMYdnaNwcUdl9cn1JCnj&#10;Iwu3wetP383r0VScZBt5F9Z2JZQcU4I40KOpNHIM5TIGNIBah38JWxRiMDrYx8NNvDC1P4WXxxFR&#10;RrJACcMisXDMBU07tmt6jdTTrvo4+ffULy0rZ3K84C/DoB9W0lDf9FW3EtX58o3CJAH7IhDUxJ6K&#10;VoJKCWgyN9gXPt5LVj2wp2sK1OybMpThIwXnwu3jGhxEtTTCQGQ7oF57buOqXseQ+3JyWceQAg/A&#10;qW0E1r55JkyMxejAE1mvLoL6mkNjwUbuHxXkE5vLTlFquEnhZciFZfP5+tbkLMyQgu/Xx0FBw+px&#10;WHnsxaoXzPh/p6sMRgl5/vxr4l8gr085OpTplijIEQobH6JmbRvKdgnjkUZZUsTaLCkRSPGH7omv&#10;HdgADmHtLVm/U8E+ZfDp0LVww6qilo0kEpFIUoSBR1HopZMEojX2IN+akd0DCy/t9DIa8cNj+eAQ&#10;A37H2I4DxZJD/NkY1FHAt5jU5xIbDhkSdkWN0RnW62+aawD17CP7fgrjmHkujc7LvyuPntJ6NKtv&#10;ZK+sTPMNBj6kCNEabb0frQwvXf59GmPpgVZ5nyjWAKIMYSaPsiftkHiIP+crrz4HI8w0G1s0zp95&#10;WGWTAnZESYgtrXZbY97uaEFx8yCfX9QnXOeMsV+bfOYlIrdkQOCeu+5UJtA4qx1Ettkpak9ACOxB&#10;svr1VrCPquG1Vc/wuWLWe/8o+yo//yxLde8HePJBKN94Gmj6ENfTsyoJUzmneHYbC++JP7WkOfel&#10;1mIQo1zIoRunMTty5/kwu3MX9FevBWI/wqGuSKuGVBpuB+nOSxbKoDaDyBol65WYOcpNaR++gwDU&#10;OwlL2ZAaVaNIreyW4e7QUFXfLWaZ7VNPPs4hD2+y99soy2+fgWf3sbfk5CQsZ+BJgF85/5Ms+3zo&#10;oYfgtQOvwq7dFzi/vI5eD+Kt+Od//mcqCf/4z3wKFi0Y098bZS858Yv7/vXXwz333aee2tsYdCrE&#10;p5PZlnI2xhdOwPj4CIzItKc/q9K/WfFSFxm/afrmnTLYh/gPivjl3pd8/o3b2C6BBxLXfO97Cpiu&#10;4GO0lsE4IqiCHG0/23PhjVzv8eN3sr/hYZbwPvXU0zDFjOczzjgPfvlf/XP4yAc+AhdfcD5MMHPy&#10;9jvvZHD+BvjhD26CJ/f+xFocGDlXC2GE7+mzzz4bjh46pODfFrYd0hBKAXgVxO1WrHA91tlwvAxD&#10;snWaMLiMj8kDNGAtwyx4Nhjoi71a/B5sgrWKaA6sqAGEUTYUB3MAH749uLlal4NDFLOB2yW94R4V&#10;1ygJL7PhyRSqgGNQiRz+Ej6nMZ3a+9ylwHpZtL1P7femmF7/99+5mgNh/gi+8rWvcuL7t+GO229T&#10;4FmGDevWr48kuTVuUctiw3PaZvnUNlAxAdiXynBpjvWhPg+UXd9DOyBjauJKWXm5hvLf2kOSCDIy&#10;bIh8QTHbO1glYK13CoHdJBUnsZ/C5DN5haG80+3bt/1m8RkG+0zIYnAVcZw8RJH5ci4bqnSSibD1&#10;rg32QRcddCEXNva5DAwFXZoX2GKuL5NdnLVQl04DXepsIPiylEfxqUNn+uu9uIz67nngrnB+eTpN&#10;dKw7WRAE8xkSZhmhM8EnyxZzqa8W7LKMtmriLSCfnRU6r7iesr96mjZjpaeGvzdc2HAQZQcqw82y&#10;98ixEvU5hd02M2UZDuQCNERaLL/nJrzKaFMPO3vqBbDDil3Yc4w8y3azHoZUUViojuqrAjj0/aGL&#10;YlbJZ18BNnVU4r8LQEHOu4+mpytgTd+3Y/fp5xCAjTdxnLGgnrGVs8pp0TMEncQZvLxUAFz+vH2e&#10;3qN6+83azrvvjpHAusL1d+/Xy4ol7GNGpScMhIhPCPtTDPO0cOHWLbCKDWjXs9Hs5quugk1XfhDW&#10;X/ZuBvouhsnN22CC6e5d3gDF/d2uqWXln6aNToGVObdxmTjqv4emMtSXKZgpCicBJseQKSoPjjC5&#10;0LjQBaw70ErG6+8l9RCKQHNT+0lSbEgaGdMiRnHnVN0ztTy+cAbYamhssJrKhLhjXPw0Pf2AwkW3&#10;FmpWSaahwS0i5Ah/aLCm50ftp8lII9KodkqmFck0xL8j8oC4nx66dcSkRm/UZCm6lK4YFGwyKoyJ&#10;P50xRWy4Gvkq1l4KulCXdigxw/eQpNlVrGY0FUXeT7vqxCyPafUtwMHypJLZqYeef1SvPwGn5e7v&#10;qvE+NRr8iDHkE8+xjk0uS4jiRqrQVGw2mR5IMRgbJYcgS5yUFfitYWP22mTZlXHtUclEKWZAldXA&#10;pA526Hupo0vIxAQYaYKf4c9RJfgCJC1ZxAybcfZuZfavhOgQ1WFTNaAXpLCZev/rFDVLuvKLw9Dz&#10;rzbkxogpGIMfyjI3nmkGGZ+0wOcMKUjWDTW47jkqKTFFt4Bx3/P3Qog3VrJhpMaUUp0HTFDLG8s+&#10;JQfqVTYmFc6FtazBrwEG3fmqJcFAno1vAxME4BNGX6fjkouD5VNep5/xAESTZ5qG62bkHVhCbCGC&#10;4Z3fHBd4EiRRiGME4Bf5UIT4Wm9I59PXDRiDmAz460Ck+kYuMGGbeTBKr3+MwP4yXAzEKkdi35Uh&#10;N6R2FOLLtmT1RliwbB3vZUPWkxhNUBzX16bxqDf1g/vfWPae7I+ElV25cSzWMmRfh+eiLKu12a9/&#10;9c5imQEdRnslwXWIm1UYXQwzHLAwLcx69mw2AuLpbNfWZBqOBtZnsq+DtL66LMswtGNcEISXwDif&#10;q04RphmCGyQLwFy4ITCqzLzXs3VKgR6cLJ0HJ4Yzh2pNs3uEUUljzwHYwxwYMTaMUcCLWAcUGlMr&#10;gT5T8CJ7mx14khNmhxhcW7RATfdn+dgWZL1ebT5aWXkkYZUxmW80KW8MlJfkkWNCICpoOsFefauZ&#10;2bWSvcJuvOlGePnl/bCAwxEmmKXRccPMMrBZqF/PVCE8SIENgzVStEndAM5nmQe2DA7h/hfBPPME&#10;dB/+McDe+6Dz2hNQTB3gh/dsoJ2EWcngVMAqYy1PShmWd4dhdphrucWrwGw4F/rnXw697czoW70O&#10;CvbkEyseoz6DhY9Eigaj9f1VExCw6sYwMlYqA7fCBtkPU4lzYNLfJqWODNybLBDfD8j7r7x/W/lC&#10;SchAwLypnpDr8Zdfex2uv+462HPbbZyOy7JPZjpKMJ96ePP5kHCHNQyQPv3008rk/Mwnf1prlRt/&#10;8AMGo1+DhQzWjYyOwJpVK2AD+7/dwOEOI3yMN3KoxJALYBHGzoP33wf7X34Zztt1Dl9HE6pwkuMn&#10;9kf3MdB3yQUXai2zet0a9fFTP3YBt9DWqbplyHlDU3nSUjIkobeBhSK9PUw1jXyztkClSpn7zvcc&#10;E7qOrEkjTBjYsXMnrGBPvj133gXX33gjrOYQv9Uc9CdyaFmr5Dx0NVSGnGSSYAkDrZe+692wctkS&#10;eIBDUt5gb8VzzziHU3Q3c6DHFjife5uP/dRPwQc/8EFmWq6CJxjs+9EtN8PXv/W3sPexR2Ax3wsC&#10;8H3oQx+Cs885h8HXYUumkX7YpWD5utAEwFIIDlCoKPKWT9SeQkwBGQ0bg9EmYy8cbjdhPcoMluMe&#10;IkrAdXteeAooCvHIvw4GsWuRLBSCoa9jJZrQBqcKMkl8ADO3Z8reio8zRIUzVZ7S9cAoOidEUa1Q&#10;ROF0aZgJVbkIujK4OsF3KPU1G0g9uceWfXXWKSnlv/0v7of/8KX/Da5nULnAIdiwaTNf2z0XYuok&#10;sTy0uuvOPfCr//bfwjXXXcvX2yicySnaktQtUn5J9RbA+6FHHuWQKgbBt27S/uUE9/IdH1DojoEO&#10;iym2rapyIQJv+TBZOPJaT/oy3zOEYG6aCh8S22o7LYw8cChYhyga7ELweyYgPgT9vScEVWSHAJQN&#10;JMglxQnGVMs53MDSv6/gWo0sfprXTCj/kv1+27atjtkXFsDpAY0AAWwF+8IPGlJEMDI4pyqds0ZO&#10;Q0ZHzyXs9iupSOhorfJSV0AAZViIGmqBlgnmF2tj05yEjScMvK769fXV+0MMaGWK6ZlpGFDhQZln&#10;fecf50yFHdinARdF4YBBC2hR3wJo6oviPVi01rWAmW3GTCV5tSEYPS3uvJFPlXisLLy+0rP7fcsY&#10;8wm4yt7TFGNbmFLCLKjCPGw2mf6OD8aoXsfYAA5TAZioDDk5vl3nA6GyWbnY+333nlVPbd+768RL&#10;jXe2jKSeex0NwXAyX//7mpTowEU7HbQSFymSdRIvx0KSwrgYkd+d5pCN6b71POxxEbqKPSs2XXYp&#10;bL3y/bDhivfD8vN2wcIt22BoyTIY4km0TCd1UlY6hmHPASYYL4gQAnEDvjD3uCi8AaJQi7RZihcY&#10;rFOqQ+lusDtiOB4LgzWSZNv6bZiAwmwLBQXF3cRFWQ0mM5FOwcRGHWQagzPyKcER6INzTjoxKlld&#10;Q4Dt5vihpwNlJi2RCwEmcevYMn5rmOpT81fmMW3HVhVvftznmcYzDGyLRM2zZnyz6dlU6e+ZYoQ3&#10;1GPa4Iov1djC5fDCozeztKmnQMisYxKVA30Ow4YMoqCXaCCKCGFIFprmhhGyqNINhQKjYUxZdQQN&#10;lmC0WVKzWKRURhf9PWYqRl5q/TpZOPr9TDAlumZulCW8AvYx2cECAX4dD6+NGreqGWVeqmtCKXO9&#10;x0GQ5BotGUgtoHZTHYdIyYmiJigPacOYVJ3YZvWFg3QnA0fXDQZikt7nd/jYixkjYL1f1t53wnYS&#10;oE+Gx/qnZxC6i8o4IKFMzKwR8st4QwtD2AxRHBjv0qSwhoBmepxzz03J6kdZGwTMBaYmXjT1nKe+&#10;pinyzfReiEiQkebLz40DpbqW3cf7+pI1m2FiyTo+2EPuGi2igrXaFyL5SCBvScDR8Josg+GHCdnU&#10;wQQ6t6b6vZYcy0WGI50OS9TYZuX44aP8+zxUJB5CUtfJXS1bSUFgtHJTUWyIV5APohFJhzZFTi5n&#10;6wJ7j3tmbx3a5o5x6VLuKlVFzWDwzFx1EJSZZo+qsjTsH2w2h6vhCN0wAlX6XgyhkxNLjcQhCa+9&#10;Ai/t2w+Lt2xiRs5iWDAqjMCuG9BglV4byXUHccPw1PhiIrcaHhnVGmohD1Jv/uEP4a2Db7DE9zRN&#10;VRXbEpEadpwEtJI2ZwM8rKVLV0MfrBUMMuuj8+ZBGH72WZi693Ywzz0CxZvPQ//EQak69QKW4yQs&#10;L/FNJH6NrqgrZE3gZpI4ybi/cCWz+C6E6S27ALduBly+Cjrjk9ZLG5PQjRaVXCrlz6Uz5tcKnCM0&#10;pV0smHU+8enXbm3TvkPqXLXIKQMwcZ7Mtca7KNWX7wSDq7cwECSA0EqWN4u0zoLHpJYzo3z81rOM&#10;++6774RdF17EgN25cOYZZ8F1LAHd86NbYDWHdCzi47yUAagTh9+C7193PZx/4WXMyBvW+1CULkuX&#10;LlEg8PnnnoMNp21m1cwwB38ch2u/+x0N3Pinv/SLsOuCC2A51+mF3xgQ80qQk2DQ4Ty3sMjv7G0y&#10;/HzfKWCHrCsCpHkfs1AM0tMBoe2pNjFAci5LoG9nee71N94AKxYthvUceCL3m4AlMxJKo8NDy7CW&#10;NWyUBx5rT9sIk8NduJGl0E89/SRcwT2PgKQyMBhjduQkg/FrmS31gQ99hH/2PjiLk4x3Msi385xz&#10;YZyZwp2OiQe782CZNRnBeZXFyUh6EU+NxZpL8W2Jvs72S+FwLXd/mkygW1baSxgpACipg94OKTeq&#10;aSiRr2b6ntRSqdkeYSsLOU0ch0aoDKl3r6TD9yXgkje5vU89AX/0p38Czz73Akv9X4BPfPwjzEy3&#10;uQTSq4+Pj2pf/3+z/+cTjz/OA6Ll8Ad/8Lv8uE/Be5mA8wn2ntzNLNN9z+yDJ574CVzz/Wth0dga&#10;2Lh9HYwNSUAVBbYhyRmO+tO6fqDogYH+DEPJP87JukxBwkFXJ87jnqlA8yAFPVY+YHbvxvBzZYFv&#10;BMxmwWAs502AYYC475N9Zts2YfZpGm/trwQpVZCo8meq+w+KmD1p8iEFYhiExE+c4oazQjdF3kmz&#10;WlD0hc01c8ICZU5y69HOiqarE9tO9T1NxpXCSoA5Byh6Y2Xj7g4N7XCfHl34BKh3nXsvJdXAmAPN&#10;lNHGC7ykrOkUWqOC+xVL0fsPdmVS6hI45SMOOdqrcQ1jxxTuPRf6uXSRd8Ei6nUHZZ1UXBgI3bw9&#10;4AieXRdKsqHuADCQuRr3fKWT2dopul00pHjTJkFCSZw8BhzbECoPwLKaDngw07INZ63MFnxKr/Xj&#10;QwUBLahXOB++fiXpZckt09IVoPQrsR53RyER2cgoS1qYsbdoI3vo8VRqw2WXwfpLLoHT2ddj6Qbe&#10;IBfyZJAbgFlN6J2NWFYqDS5r/4bIFy/6yn2fGo2jMZjBAJvPZQLqbiO9FsOQgdCzzId3JIwUMA3W&#10;hwlTe8GnVJpk+6NISl9W0h0LKsq1pMC0qX+XIBP1nhwf4/9talkvJoEB8bSa2qfagAnon3gHZsxb&#10;myAfZZNwY5C2bbEOJoDBIjpQLpBMb1rlBYiN+WPpgCVhsmpqdaeIPb2wvgbCyb8OM7gRB039LmGK&#10;m7+jb+yD3luv6PGd7RvLODbYyKojyktfaoAq8MszGIBY2PxyvqqxD8QcjQyGYQU1ikEN6XQMBBIk&#10;YEYUKoGQxX0JmkzAXAgZ5ougBZPsX7bIMvyUFUcxcBkWdIWJFRHg2Hwp2Bd5wmHT6wyhMTPIAnZR&#10;KhvGPn2YmZ5ne1Yc3HHOr1EKCS+J7DyodsVvD3wqJjWBLQqA1io1tWNZfW7p54GX8xA0wTqBwZQW&#10;Y59IlV2bOvHYJPd1bgDQBvgh5iQbSYp3YovQJvyhnK0OxqAfzQUTpKbVVfI1NsBEoPD+itmxAvZ5&#10;NEpFlPzn4tWbYXKxpK8OO1DWBFPpNOENmiAdYj40pvI3oljWH3VFJohLpGC/qP2F0SXbd8U3jhti&#10;GSLOSNZRyR5tEtQAUwqWmWLI1g2uLuzwv4WlJpJfabSFodd3Cg5rb0xVHembagEIiyCVvSxTPpc9&#10;NkUghaESKhYfOTsTY2q7G58QDZV/JyqbSgBAEVPoILprpVHIgN8UAzJTBw7D2Ar2DB5doOmanhkO&#10;gQ82Zu/geTTu1OK8EXz1lPFVqMxzhIGCdWvXwk84KOAop7UuWb5c64fhrk1uDi9ioiZzRZmNWr9L&#10;SBorMRjkMww2Ect1zbOcrHuU9zE4zp9v2o6sNNDO1eOqnhCyiHjzyfkdh96K9dDbeAbgGRcBcA1o&#10;OJ1UwjeUBScydQXMPMsU59W4UbRm/ncE+wJ2ST/YBIUYULqatXBg3PxBEcxKt8cnWI7Lnns7GAB6&#10;fO9eZmzexADu67COpZ3CpJMeZphTYkfZa+vN11+DRx59FC679BJllp15JstADx+Ge+6+B06w3HoJ&#10;e14v5+vg9jvugJdeeBF2nrEdFjBzR60wGBxexizA/ftfZobPnSoFv33PrXr+P87N/qrVKzkEa1KV&#10;WR7gxFNAR/AUQ3WxbWgFJ5duXIEi5NZTooiNH8YgdHhdE0BQlpPX2HP5lVdfZlnuM/DCSy/BAz/+&#10;McwcPw7bdpyh51uso8QHfIbvlWEeCgsxwzK6DWzddjps3raZpZAPwt133Amnbz8dFvG56LgeU3oq&#10;WZuUmcvJuus3nGYByL61OSBoMrZbpaQJG7j1eg8ll0n40qCAvtiuZm7263wrlBTYCcP4KosxhMbO&#10;iVH/E2cUDBQSVwOi0L7oVNC+sB6lbJ+ZYo6Qyn6zacDQ8J9Lvfty7/aJp/bB7/y/vwvf+MbX4axz&#10;d8ME99rLeC2QvIIFE2PMLj0DLrpoN4OBHbW+sBhKT/fa//bXX9H1YseOc+CzP/cZVQRKPS3+uxs3&#10;bYEr2JvzsYcfgQOcwr1376OwceM5sH79ErefYMNHvu53sZLHepsqq7+L+5LKb7iyV8HE3xAa8uaw&#10;5x0gEk/qIkjksSbDoqdKPVgxldPz1XIuUgUbNN5jxkPamCyjD6Of2fpu69atAvZZZl9MUAo7N4oa&#10;fX9TmtoKsy7Ig5AOdMm1Kt9woBA61pxP7kWX5GoclV2Sdy3m1nMkI7SFWtl36a9u8upigYUFqE2p&#10;C+cQIrxxHnClG3GLRLRQhWy/upDErLYjC6ukI8nDXHqtgIVDXGwaD+Q5cLDyA5SGXFJaRWLiDIDJ&#10;hTcA1KEaPjii1DRcCzLqtEfleLPOnLxQkM1QDSp6KEYTaD3N2IF36ntibIKxcaW/XmDy+gpO9uyf&#10;5KS9IZsPfKBHv2L0SZKtgID2T0sN9gEjWpmSO38akGFluda30Psg9mzoRq/ngkX861IFKopfn/yO&#10;LljCcOLiYnTpUljKvnpLmK239rzzYOOll8Ga3bthLYN6K9jMdiEHZkyuWAlDPIkcZlpwT2TdMnV3&#10;/mvqVQT2ZhOZiQC7xhmDGefJGFGhzVxgX4YCm2H6pT9vhK5jHGMecF0ChB5rfzKfcm1MBWBj4huG&#10;WP924x6EJNkzBFXKMkj184tT4eRUJgAWTf2VUI8hZPL5x0PNvIlDL+Zy4gtFnW1bH0W/TKEmE5vS&#10;iix1PmouKRkuUOR1MN8qszoeFJsBt5bkDgAmtzbNzkzb4gsDfzA0zY1XHssN7TCHxMxo0poFwovu&#10;Anj9hTuE4MKNl/UezSmQwoj2cMNMNxATALRts8/aLzSQTiJEwF3oI1hJZwmiNNTwMX5gUzrQuqRA&#10;6B1MUMPT44GGkjIJzxRPBIsArCyTRN9QGj7CbvlLF3MC75iT5lZyxHj+Vt1/GKfLIbSBfT4sIi06&#10;m75+sbdt4OKRmkFjAjZhBtyL6gFq1n9U0/4HUiMoX/WkAV0RHxMt2FdbEgR+ge5aLMPbWGVbFuCz&#10;4RxlBfTVwBIlx4jq+iK0JYBYgm6CTj6+vrGdI5D43qDbwy1wRoHRc6ory7f4mAnhCLGydv+YmHHs&#10;fTlrzxms5M9xaEewsiFG7NYqHY6TT22CcgGLVm6CySXreYo/Yr2RHbOv8ptJp8eVL2RbRmVdicQZ&#10;HliFdtSfy+7foZdz9SxFYIGhsl7+e2cMumOrYJjZZdO9ESinD3OzPW0jGpgB3TFdG8ChhfWQMhPU&#10;S7iMZc0l1cw+hDiUxFtjVMm9JvDbAWOBaL8GlepSYqVQ6gsIwZpR++P4+9Q4kE/mPMLsE7bN0JAF&#10;euSI6TrOzLbXX30JntrzAH++aa591uleIZJmjLwJMHMlw0CEH+cyZIc6uKV0NisTkwvU+2vTpk0M&#10;3tzBQMP9sID/vXjpcv3MMcBETZken49p9y+pr0sGmPCR+6Fz4EkwM29qLdjhr74M9z1oQXZoX+qA&#10;m2vE8RVgOEimOPMC6J13BfQ3boeSZY0dBo1mRYrIIFUB6GTsMuA34CvnNAgqlt7mvPH/gcG+XG3k&#10;94rCXgtTXB8ck9CFoa49boWJvDxPmtmncrhSz+syBunOYrbXOewF95PHHoUb2Efv4Gss0+VAujEG&#10;iYa5eV/PMt2bGQx85qmnOCV6BwdzrOSGfxecc95u+PF998C1nJ77Onv7jXIYxH3336sA9U4GBMXz&#10;cYylviLzPZ9r993M4DvzzDPg0ssuh/de8V5Ys2YNh9CMqyRb5PIik4dEDv5OMvvm+sVqfyU4qVRj&#10;f2aFdfrkU0/CExxqIsMI+WwGw/R3+5+Enzy+93H4k//6X+Ab3/o7Tr1+AzasW8cg+mpNHhcfw1c4&#10;uGPzZl6LmemnQwcHJIn8WWTVPbYtEubk2nVr4V2XvUvl2H/+5b+AYwyqnHnOLrUFEPJJj0kx2rcq&#10;WcYliUvoh1ODnQywWskKG8nUMecsGmAF9VW7b988oVbEgY9L6+W4Tgy/GfYnGDHFQkAm/GxEUZ5B&#10;VbtGBI6KqRVYszSkuu1XZFOFgHPf25naDRthYcGQL5Blh6m+4eAtd/2/efAg3MUM3z0M6N9y6y3a&#10;65x7zulwwfkXwCc+9jOctL2L2bsvwZ/9tz+Dl198BXaefS57QE5pUNYdt98Fzzz3LNtu9OCjH/4E&#10;783OgkXDZ2bVR/JDnLgtm+d9D9wLD7GH5badF8OqlQvrGtskfn5Y2+QksSsRwaSWpUPkHRxjothQ&#10;Jc3HZRFbfg+xxXcyGY56GygiapWyp3sphr6FEZEmVNTVdWEb+SQFMmWg5Jh9/+xLodYZK1ZHTr4S&#10;TvepedFVyCIF+mlXQHlAyzjvLsdus81Z6ZBQK3GQmk/NmEsXIuEKMa9pL1zBpl4XUlCqb5xPeoOK&#10;SilgVodfV0yS0bHzZHFVs2Ryk2R5Kx2batpxpa0y3SSKnqedKkl1N48UYnIBC1tO/BZUDluWlXm0&#10;xk3Lwtuz8lZN63WAjoCE8jnVJFVYb8KAU7YgVYCnJtA5jxsBJ8t+Le+1fn92vCybAfbrpF5f4VqZ&#10;rGfQWGDPNzGlD+JQUt2sbbj5PWvhVNrAC/ULdOEC4N5/z3mpWJaiYwu655KpLzlgSUBMOQ8i5z3B&#10;hes0P767Yhks3bEDVjKdd9Mll8Np7OGxjKUCY0xTX8BhGl02nCVZFPg9a1qYO3kqTubzJObbCvBR&#10;vQIYTbt1UdiO4qFhGgJUFkWl9Y/SK+cxER8Ut44GG6lPYUw6BtRxTNz8EUJzeVNJ8yo9v5t4VvLO&#10;RLobN1/N929csV46jx+9vitvNCtFDynvag5cSXKSgjbHYEPIyoEzut1oypmBQ1um37EOQq9VTJMi&#10;sBnQgXWSZfxcmDWxC6XCdBJVZhh5jy2TIGqO7/V+EgnU9IljKse3rCYTbEhNsE9uz2EzBbNG6PRv&#10;8kLEPlbcgB1+7jE2NX9Nhxwm9MrLspSS8IJGMm7in5dJr/WYSxUEEGh0oyRQqkNJCGLJbeVzRUkw&#10;gQPmyoTBZDA26yWIE69raV2aoowN+RZR8x7y1kajIwx6LCg0WdYnABvv1ZKy8xpBC+g8yvJgX3Xc&#10;k8lxVjYf7ZthIllQkaUyX8zTVcJBJoXU/7Bgx5PrVSkBkSNwKbwvC99cF9E14t9YGbA0NdTDWOmu&#10;Et0LL9/FKknXO8pT5jgRYQSkhhcQJoEXGHOeW256zJhXYyL8D0UOHgyKgexWARk6n8O50b6K/Vgx&#10;WivAvL5hw3tGmJQQ3IfeS65fBh5l+vqkjXafwbFFK7cw2LdR5Xb2eiqC4Y4JwBsKWN31Z679I7Fq&#10;QixYVvu3RSElaGoJUqDIwIZNRaH1SvU7UqsJuavLvzO0mN87f4ZDB3kvm3GqBas4KN09J8NAeRVl&#10;0VXmrmUVCuKPm3ET+ekZy/wTFrwyq/q+BgvSzvn3hrreU82VWm7eI822gjJRfxkU6+TAQLeIlDpM&#10;LfQQlMoMZFPzvq2Tp6ZKOMzMxZef3gcLlq6H0QXj2iB1ut0aPCTIX9MDACicN0BEyjDysuYRBhtG&#10;eBKygplhj/3kUdjH/oLrWO65iME2qLxmsRVs0lOmNRyDEeMLoZjlGvIIA7UnjvBx4hqx21Op6Zgw&#10;kMAqY/oSqiE2MIs4Xffsd8HU6bvg6Jr1MDTOQRHMHlOfSK7OhVE5zAdbVDSzimpZj2VyJwYTUDrL&#10;7MKKtzk3yzYjXW/XKNKcx5oC2dw018hvvvE6PPbQg/Aof8lxX7BggYI9lmV6imCfVwK5vXuM5dmL&#10;Fy+BTQzkTXHwzbeuvhqeenwvp+ZuUYbrpAC8Ewvha9/8JsttF3OYxlaW6I0r42wHg4TrN2+HH926&#10;B57nQJUeA5PPvfgSnH8uy0VV4t1R7+0JDtsYZwbQOIfkreSaX4JoxONPWqcuX1szsycUkI+rcHp7&#10;YN88/Phyc91TUl3yEx0+cgj+0//5W/CXX/0Ks/OOwcWXXGpDbCCuhZ5lluNv//Zvw73MyPsPv/G/&#10;wqc++3m48OIL1Yvvfe97v6qnvvbNb3C4xl44+6yzVLY7MsYepeLNruFspVpLybONSeouM5zPZjLE&#10;y/tfYnblXXDuuWdzeu9yK0V1vpZKzOBaU9tFhErBcyr/mQSci0AviJOSff2TUdU2arKBRz+SreOA&#10;sBWMZB0xi5nquiXqpdJrLjOmx5yrX5p0i5kE8rcX5jLnCCHY1xEHd7A+IbeugctsClwO7Fs6OQ4/&#10;/cmfgRcYtPsxs0/3MDv32NEpeDdLxKemj2nB9nu//7u6dsg1eBb38Bs3b2Zgm9V6Uz2Wm9/EtgFH&#10;9e/vufK9THCwWIj26jLIKWc4Vfpy9qHktW7vI/DYM2/Apz9+ZeSxF7jZR558toegCkCjRloxJH0s&#10;5mayDb8XagnEwnkGxYQYATbsrXBgoEgr6IjQ3sum6hDMp5agSe59d6Mqs+9zKuMNizR30ZjAHNL7&#10;7/gFgXygBgbRzKDmi1bWinGoALjvOddq4+SqHe2aBJASRti0mjArgKZ+eWUlifXvod+zIJm/mcUo&#10;usOvKt57hX9tAdy814kEeIhMoU/6PSkTBZQb0arOPk9PoqHltSrZaQ2Yqd+d+Mq551ZfGVNpRy1r&#10;T7K+ZqxU1nv/Fd0iKGqxSglWM2iyIF3hRsXKbvS+fy7YQgwzjRpFy+/1lbKN/Rq802LXOYgrI9Kx&#10;C3Wi3esF/n/qlKTfk2Mn97+NfbcZfegkxCodNvbYyWYk9N2+c1U3jrFHDny13ol9ZyrJz8TVXYcX&#10;iyGmmE/yBGvF2WfCul3nwaYLL4A1XCwsZG+J0cWL5cPboA45f8IIrDk/zhOnObdWObMYV4dSmZBl&#10;FwBVGHTg5DeQ7Fc6hDEtTL76KxejjhUjz0l6AWu6dbhQEEZNlLZGaCKGWG3MClF4RxqGUQbVCwWQ&#10;mr6+AzopcqeHaPG3G4IDfZ1vpJf42sXLBFta6aLtKy6nu+drRVb9LigCHrCRm05zSHRjbSOFUxwH&#10;hFeNpw8TCBhRCBQgVzQgwgnrY5YwuHIGYCGwlCY2NWZOwXVJ1HfgQ18tCdQknk3YVUrvgzqcr4s2&#10;g24BF3lNieIh2rdyXjt5gN7EIjj69L2WjdOnGMhLEkqrcx5IzTzoUlIjKLECtcIvJQEH7L0w8bMk&#10;/zNnZh6cYv0ZVM4EVqZE9fWIGIAyAVBmvLFEJkisTZpTB6TUX5Rk2kRSXzHOZuN8AfrGx226ZkEU&#10;hGnEoCT6BN2Aua7rcfULdRiHoUAOSjW4iEEqHYUpZGFBbOKE11gyGoJ9NLAertaOjCsdJvJgE7Jb&#10;KCjSU+yeMh7ZUPs/6md0ifc2zZfEs9kmRAQ2WlbKTsrmk9RdDeLwX+FUl6hRm5nKpaLKJqtDPIxn&#10;dUIwca9Bzihjx8TeLu2unv7axcZyQhGIhWkod3OFCxm4vmkq7f0OQeAIIdaBG6EPTQC8UhDWUUb+&#10;lVT59EVMWh/Ko3tTX5lvC1ZshZHlG3gtGnPPW2jiHpoiYOgFTCgKRjdY76l932hWl2hf0x3JeQVT&#10;OPitgqrAhYOFjEl0wGmQuqKMaF0NbRJrV6S9Y3BkagZmuZkwnE4OcEQ9l+V+LLwyQq9Bd93xGirH&#10;U1QhJZQO9JytDmZf1yUXYuLvXeNkeF6CI95xncLv2LWJuNtj7Zpu/YZrOwHHrinq+2d21p0wtOum&#10;rDvyvjSAo1/qmi+xBsLmfuPZ5/k8jbIPMYM+zKQS6xfxtvRoArpI7rLsB8MIbPfGakjwUwDE7Z5u&#10;COzrKfncMujeyEPZl1l++OQTT3BoA6e0jst7YrCNUdAZrc+djU7hmrLS1gsyhLXLIB9pBoHM6CR0&#10;+PzB1Ju6NnTZf7HHn0vOYd8BzjKE7G46HU7s3A3DS9mHmQdkKN5O8jo6FSiqlMK+/zxO6VNzdUzG&#10;qCAfDNC+DGD0P8gETKmfqAuX8WMpDTJR38lCb0YdaGltzix9Pp6zrLyZ5mtbGuHXGeR75JFH4Fb2&#10;xtvHXobPPPucfq3fsIkBONfHFFb5I8CPeLupLdAAP8K6STbuei2cmkPshYyCiadt2ABnsbRXQjUE&#10;wBOQXcJYli1fopLe22+/nYMddnE4x5j6KYqse8mihbBj2zYePk7DKwcOwBFm9kmfdM6u8zVQxyZs&#10;i9ck+21KrLoG6nQrv0sbsNXxK1KGCz03IypbN2L8lfuv46xwzBzNOzmwiRzxQmS1FPQU9t623u6r&#10;2GrorDPPhA3MzFM1lGMkTytBwsD97M/3zb/9WziLpbqf+7nPM5jXVebqKIOfcjx3nnGmStxvY5m0&#10;JB2fx+ypoWHLkpT+TxN6TVFZDgiIJ4EHu887F658z7thMzMpJ/g+FL9KO1ToBEohqMIAILUPGsBq&#10;CoELCgqBqr6BfIgbhH7xwaA2Ut/Mzb+cEySra7lYrQTQ/JwuRbE5yAtZFwm4iBD70lLlae1Uh/67&#10;mcRWTBQJEQPLhYMWEcsLGseobfZKDduMek0vwnmAMY3+xSuJtG/yKbqBB3U9WOY1WNKa+f6+kK/F&#10;J9mr74X9++FxZrBK73/ueReo4u8cBqaPHuak6GeegfsZEJw+eoLZf+fCpq0b4Ah76+7lPWLfc/vg&#10;jdcOwJbtO5Q5LL2+eOfL7iz4w9OP/wTu52u+ZDuiqz50FSxkkNsISO3svZrxc0lCr/Pn9X/3Q/oy&#10;TBWMBpYQMzq9f7Cph5uxp3/LvuBuxtDKDhJJb2VTkPPVdgNSY0zTWw/rMDEb8mmqwUF4XcaGkTUu&#10;Z9O96+8V7uP33dy87+5hBfs++4UvfilCEsMkEsfSMyEQ4lkQppZN1cPU0hVuoZF1WftD1cQm69On&#10;4FVpGxljWUoa3jAzXYGN3kvFSoLIvaYF97SwKgMwzsloqeckw/wzWWRR2Xe1BKjweIVPK3HBIfK4&#10;jksBNAoW9qukRXThF9b/z0l3NTSjr8WRL7FVFqHAWGmDLVxAhxQCMhkD76vnfO3Ah3lQHWKCruOw&#10;kkzH8PPnxElz+yU1/NoKz17S1+6pt53RNN2+FrHKOmQtvaT8gmN8le41RGIh7DwF8uR49S3wWNq4&#10;PDCc6DWyfCmMcwrUws0bYRlveEuZtr+OKf8rWdO/ZCP7Aa1dByNMTTc8jZLirF91/fZibqLh8/DU&#10;iyQyJpIhnvxXJln0VJ8vZ76eeyDEzKTqc0IzDKFiAwE2aVnhJBebbCbIMe9aNnU/BSIneZfnEi8h&#10;8obD8TYKaT5c1gcl20XPpRWEnMN+nAKbMb8HCqeM1DpBGThlS6neAapFLf4NA/03IKHQuWMs1794&#10;T0lR5tMbrbtoCUEMc8DCMlZq7Rd+YcgOLYETB/dC+dbrrpAPfUNqxg9ler1enyqQOMQrfdKtWpNS&#10;+tUMvSCKWXWUBm24fp0yCakmDf9ILSNSOXJw37cWqim40nIRhIbG4tUnYN/IiAw3qGHaHiZgG4gl&#10;rAZrOYhJGIC5SxuxSYBtJcSGvojpXMFgq7Q3y+5r2uwkHmwpsyI/MU6GlNm1EoAcmFwb1mniuAQk&#10;yPHtWMDUMvlQwT7UpPMAsHbJ8z4tGRP2BmISOIN1SR4aW1ODrZdh5GDT27LJ4MPosZQ5zomzQDbI&#10;JPWADAcLlKyI4XNSdG1TBMwT1Yr3CojEILwmBPwCmbsd0DDYx8y+8eWbeDsfqbxlMEi8q/xkg72Y&#10;QtAI4xTQyn4iZUkYTHyeMvsGxtNvO9yiSq2saxbLNgsGEAoGnoqJFTDESb0akHGM11NmFIk0tqfA&#10;Xd8ykGnK/ultV0ypQCfqz3pVbVpg33kC+aATdKnV3hMSXXCPA5OoqId14ZDEHdx+6cE4AcoCQNnV&#10;rF4xI+WtJH97X+ZO1w5tR4bkyfocbnAI9rPc8sgrr0GHww9GxFtwqKOgjPcI0mFyESfDUytjJmE8&#10;AGYN4qPG131rlBlhEupwGoML+194Hn548w+06V/BwQ3oUh3r1GanCJLhfFmvUwXXjcQg0yx7QJml&#10;K4GOM4hy4rACSWVfVDUdZY1Yex4GxEYWgOEQGWI2WDk6almZvu53QGycXBjsG0GgIAEOCPB5+/9l&#10;pXhU1uml8g4ErJNhH3//BEs7T5xgsIwTLn90yy0sm70BjjFT7Fy2sbniqvfDhexNLUqhW35wI7Pj&#10;FsMEM/y6LlzGqMyzppoTnWzYQX13yvlYxhY557LsVrz09rBkbw8nZo4xu2/V6jXwFktOH+EU2C1b&#10;t8KYpjEX2tssYmbgDmbzvIfZaWtXr1AJ6pq1a7RvExYq0SkfSfiH/M9ErOn266DPzCMFkfne6klI&#10;Ybfrhp59BePVOoDB502cRrybw0y2bt+uvdFbR47BIZbWSriNSBql33rzrUMMmt6mkt0PfuAD7Gu4&#10;UNcSSTGWnwtzcxcrnM7mtN472ePw2muv4VCNYVjDpAgB8IQJqSni3ibD2GpjjH0YJSV5jIMRbHpv&#10;CfkIDThpcK0R4pcJtZnPmYyPL73tewyz1zue2mWWeKfl1gcKMgYoGIpSkjEAc4TBxIEJSbBcMCyN&#10;6viwLh7IGQ6UC+SVAwnlK7Jgqi0+4kK3lgf33XuUcKyrrvoQbOAe//F9T8N1LPt/8IH7Na19MwfL&#10;vO/KK2Erh87cdtuP4CZeqx588DF4D3vyXfV+Ds5kf867GOi+/4H7+Oe3CouKGeFrVc47ynvia68e&#10;hW98+xuwnz0szzvrMvjYx67UEB8d2HhAlJqjlkjZgzELIJvEG7bOaeCgwWrfx9ZrOJHtJkw88v7C&#10;AXAX/lc40k3u3gp9/nKsVEwuektsKiJcJMUDsI0O6vMLHBFpy5YtDPapjDc2AQxB8NAY0CPeBTY1&#10;9OiDHNIPI/57jmYSouN60Mu+SzCRYq1nJ2E6dy0DmVlN1y1LB/a5pkD+NO57PjjEOABPAUBJgpVJ&#10;qPPJM66x0JTd0r5Hm55WA2vW76wG4XQi6xLG9OaXqaovr9xjhAFYOBmILOjogTgnq0WfkCuS4sLK&#10;jhVIFG/Bnn28lcM677sKEOxXf2rxKc15z0pwrUy4r5578poqg5mxAJ1R/0K72fXJpvKqn58Ec/D7&#10;nHXyaAH0TGm9xXouUl6KNpGQcDXA4N1qWH/++bB61y5Yzj4dq3iTW8jsvVEuRDtcCEqohoAJIgue&#10;ZWmxvm81fS5dOmyNhlPCsDIm55UX6NUhafjTRfIUBkaYY3VVlp/xNPeka5W2jSCZzmDIYqikyaZu&#10;+pvxjbH/U5KuivPkiVcM3Woh8VN9qmRbFfCd0How4wiUHv552VPT/PjtOYEMJay6t1VPNGhMmAX6&#10;BvsQthdM6KRF/j1LOI0F+0w1fbcML4qPLiWmq9Lc8GOGurNwSBL2XuCp2GxZVSEUgAAlpf92PlWu&#10;8VbZGtS0+MrIPyPjDaW94VAsZTlRBueOwbPU82zwOaGWGJAQcmnIJ3PgY061isLqY9mSsPo6iXqT&#10;MgnRABEzzGAzWCME+9RiESkAOJOBQJrAhhCBUrne26dgN5Ot5g/2pa8VH7MBidPYBPza0sRCdqBx&#10;VIpaomsDOHS9N5ZBhab2F6xwTErPd1N/FRmCh6nTyXuihOlIkeqhpcyjJmacHh8K9LnegRQB517D&#10;KAC7AnZVrknGFFAP0vji+zsAKEuopMUVmF9ClPRLXHcsXLkVJpZv5QJ82EqFjQnkUdgY9ITS26hJ&#10;8vsFmpqXjnFwE4GpfWKhovrWex9QoDLB2t6AKPAo8v6kLLsv2Pt0bBljlmNw/Ohh9ggSEIR94Mop&#10;UAMWqR/VGN/LmcgCzRUeVTr2orWLsddtzdwR4/G+o1zaOhEr11Iiz24vo/OJKeNLwD5jKv6SCdLX&#10;xT5A2cRF6MXE4RedQu+ZntbOfY4g6cHBl15gL783YNna9exZuEiZdHLcRG5b9vpVTTVnaIerm8L4&#10;K5zTT8sqa+Rfoy7BdRU3eydOHIf7772HzdVPU28/YSAJAFLZQrjjbmWFNRAtx0JSHEsBhRjM6xw/&#10;Acjnr9ubtnsjv1ZX/b35uB16Q+Wew4vW8fXKz8UgCDpbEqzsH2igjwadDKxE7yDY59ae0jWDfVXq&#10;zGgt/CYDQnew79rV370aDr31JnzoIz8FF7G33VoOQ5lkltYEA2sSenHi+BRczVK5VatsCq4HTjtF&#10;t+GWOV8YpnR1yIwATdxcDynDrAsr+JwK6CT//quv/DUz96YUoLr/gQdhNXv9rVonqZkWbO8oiN1R&#10;luGmbVthPQd9CMgn31O25T9SsA9pfizBE0zC6PDnPMLyXAX+VXpYKotI1o9+v1/ZR3X5G8L8e+m5&#10;Z+CP/viP4SH2tdxxxtl6T45JT8TH7HlOIH2UZbpb2Pty49btlvwh1lEytOjYxPEJ9sJcxKDud//+&#10;Grj5Rz+CEV4HzmUgUa2pCqNrmdxfWruJssulKJeejBEG+ODbA/uaa8apgX1wChLt+f1HCbCBb+N6&#10;wzl6yBp0KykmGWALSaVRE5ma+U+Z54ABASieEEItC3U1HKOQoZgk1UZ9dEKUgFjBohx6UTXyzw68&#10;+ir8zn/+f+COe++F45yifoTXLfnevewz+ZGPfoQxkC5s4+HP9tO2wne/fw3sf+NFePm5g/CBD3yQ&#10;fTy3wtqV6/h374aXX3kFbmP/v29861vwAMvZr73hJvij//I77Pv3PGzccib82v/+G3AaE4fkOu6C&#10;Y5+FPXB4ioKejCjxFR/QWKRSdkwGsTXA1j4Uyl4mwT6XA3+VpRiCdy3kphzgVzMw66CPMLQGIQ49&#10;xDgts0GmqpmDpQX7PvdPhdkXM5CwQigDWnzAviiCSVqUvBsgymFRRFSbN2EwnqpMtqXpdZHlfZXw&#10;ztb+P25iVhmIugJSLvbCJ8nJpFVTeEmLLZmSFeofwgVnWUvFPHvOh3pYKaOVOFaUSHQyjsL+2Xf+&#10;fQq0KUhnqTDe30U/t7ELsgZYGBte4kwzasae8+jzIRYKDIqvlzHud+oEVvLgoKveC8eCLJ3sg3oW&#10;AJTX6brfFdDOQfSOlWhlwcoOKqmaVPWdVFjo4YY3/S4XGyPs1TGxfh0sYR+PJczWW8BMvVXstbeQ&#10;vVo6XIiQi4Y/wQWBGNVaHy/2npntObNq6xVnk+mMAz6dGbZjKKL7uU6AC9O6cEYyXZNn+GS/5vE/&#10;gKRjT5hFYdDDvJ/RoQI0x0Zgh+BuCzCQsBkDrX0jGdJNb7DJrMMWsA+zaT/YoBthxGyJJXU5bgwO&#10;SLHLg5xzE/saK2xqtELUpDHnINmTCd5IJN840CNkfqVpY+FHJ3sWEJ1B9q5LRbZAd8dVohiB3yXU&#10;/lm13Eg8nvieM2Pw2qM/kmmCbd4ikI+yoSiUAARpoMa8yjJsP20eRDIJMBTeVpRLZ6s5zNXn7JcU&#10;MVFC2QPhAEZfu9o0Oh7D7By8cIHhpturHtC7McQpaEEjH0lMg+ct3LmLEryD6WPTNDjHsoNKjxSy&#10;GSFTfOBcRiJzJfJmvk9zeHzFgQv5R1UT63RCbjAxLQandaaWZODAl4ziZHNKDERTeXFzacHGGkHR&#10;ex7s1FKZdWMtH05tD6vXRGy0OeF1jy36nHR5S4FnyrCZvWm4B5ZKCqTGIfsPAn8/qn305KJfxGDf&#10;uIJ9I9ZDsQjCmYwJAD+XjhqFDNR7J7oQrnqNKePk6epeKgOipT+oAdhXdSgm8owV2Rs4SZ1Ymsir&#10;SFNQiCEch3MYbsyPi8eVlEj94yrl1SASL9l1DXChbFLLjrZrsXX7GyosIl06IE6Vl06CjC5ox77v&#10;wgvHK+VGCGxUfp2mToqu5NeBtF+ZgAVWait/zgtlEBb2+LnhZ0fYRVy0vvnaK3DohQOweAMDfgIi&#10;MEigNTlZVkGTnYBzD7UGMXiDn/gaWIa/Wtvx+Vi1ajXLqGfgnnvuYRnhBLOMFjmwJ7D7SZpVckNn&#10;0sfx0RsZBxhbqLY5M0eO8sC9ZwcBAvrxMR9m4LZ/+BiHL3OK/eQkh7oNqcyL3CDSSrZoThQO5whc&#10;eEdmhaldggfVNVXaqDrptdfZ+P6O2+HmH/6AwdITsIulr++78n0aaiEgn4A/Ur1L7TzGwObyFav0&#10;2N7N4SgC/i1aukzlzH3x6FYpLML8K5KQudbn5xmxPYtT9Mg9Jgy21azGWc+svn0MUD3xxJPKTHvq&#10;6afgNO4H1jGwO8PyPvEtF4ZfxzW4XQWde3pNigclIv6jBPsgV5/kjg/fU2+wtPoGDiP5++98R6/l&#10;UZYYdlnOLOemo/6DPRsKKGxVBQhnOWX3Kbhlz21w6PUDsJ2ZepLGMznB6bh8rzzKQQSPcRL1Sg4k&#10;XMFpuXKv6L3Ob2R66oR69U3wOf7+ddepL99jDA6KrHE9M6cUVJQAFydvLArLfjXBUCTn0/Z2wL6U&#10;zXSqYN87d+Ly9XVzQDEP5sdJk0NwoMN4BoqsQ1oQMzYqAeED84zIBnYSjrgTJh5V1iXphD0NVks0&#10;HLKnh8/vXnyGSUJ/+Ie/B7/z+78PP+bk3EUs7V/B1614dwrgd+TQYbj3/vthE6v3Vq1eDmvWncZs&#10;vqvgcZbl3vfAXQwG3gNL2Obh3ezX91Mf+ShMMNNV9qhjnOh+gAOBXnrxRWYsL4Dzdp8Hv/IvfwXO&#10;3rEdcJaHdHxfib9rXy0Kgv2jxWKJKq9GE/VnBrHZt/vrhTJxihHzMcQecqy+eood9faBIiKnnssB&#10;wTlmX4NVm9RRubrS5whgrhdOhrf+Zwr2feYLzOzDulhRXxIH2pjAaybCRlxKqAfxfMqZwSS9ynux&#10;uY268q9Dl5RbxRP3HeDngiWUERf0+uSlaI5Jwb/b5dpsCK2Mw98aEsZhfKiF0FLVZ88m2UJpgTKj&#10;+vHZ2quktMEQMs20k2FbuPoJigkYgZaRR9W/y75Np62SaMECbBJwYbqFNdSXSaxI6cSHgQ2mobRM&#10;QE3RdVMjnQRq8EfPpfJacLAsg+ANARNleq2efKU1iNZQjVn9U34un11Tc/n3NIRDPhgXuwVvIgXT&#10;9ieZer+IJ3NLd5wOa9hkd9lZZ8MiAfU4HXeMvSi6XGB1R4Z5cyuscTVZhl7ffalevjr/dtJl/cf8&#10;BVhU15AP0kCvZTfBDRUYcJoGQAYNY3rMeMzPZ5PP7wU4pwlmfuEMbvwI0WiCZ5TQaVNArgIFKqme&#10;CewDMX5fmES1Y+jFk6IHMUMDBoCjNUAUpwKBa/KoEbIBrWnGuYOWGZgFDVAoh24B9igP7LRLh/GU&#10;Kg7EfG5w6t031zQJM4+3Eq9atl/wZEyPmTNijjYbcFGlbsih911fJMAs7zrB3j38O68/9bAGd1jD&#10;eIpC09OgDX8w+k6m20jumlOSgRUIg5g08SmOiy2NpZPjYTIsGsS6jU4rZqwfI182ajl39rGFqSee&#10;k5MdWLSQZUndTH2Ebd+jmtyEzZ/VzX2T6ZoF6wJgALBFLuskhZGvC+VCO6LpROQP0nYvVIEP0WCA&#10;kkCUdNCMCdAeBqBgrSsNUngJYglJnJyLTcUBxF4o6SAC52IwqS1aumnEGGUzaCS1KQgkPJRaBjjA&#10;mZphKLWBVNx0UW6STzXYiA3mcnCZJ/KMsvqM9TtVJp97Y/XvYhXgWgaBHugA2IXLdsIYS3lNMWLl&#10;IX6YBiadHNXeX/71gnuc3IEgaFy8NUjolBjVumH8JLysE28bya7BLAatB5tP9dUwEQY8upzGOsSA&#10;0fjitfxMHZg9foTBvmMq9yT0slvnQChgJgOD9vOaislv639jk3ILqtzejPPrq7x1omvKSYNrZ2t9&#10;XGHqe0GxSUe8poolZ0+C9UGtJcCq1DBWWTLEIKaAkqWXwzrU9zX2y3vx8X3qtzjM9dtYd9QNogsF&#10;JBW4cZY2YSOIrcb32DrEi+4wB/Spv7OAO/z6AlasXb+BWeon4Ac/vAkOHzqkzDTxVNTBs7Ea/YoR&#10;6o5V6ai+8v4ENOmPT8LMEpZ3Se4dN5LS9M1ycMeQAIA9gVenOcX3JYDDb7HvwlLody3g12MZepds&#10;4Aw6VqRXGVGIzmPeByv+5BSzSyH1xRqcGSvXsgz3bSiccT7IPQWEjhw9zsyuZ+FONrm/leWcoqy5&#10;+NLL4L3vey9sOG0trGGJ3JAAPwIiOR/CWfHm43MqwN4aBoakmb766r+D1w+8BgvY73pkfER7Fwg8&#10;L32d1gbaNBQzUs+X5AJWjAOuhjSkQ87juazg2cJA09FDb8FBZh/KxXgOB+sN83RMQEnP5BT/RDla&#10;8rsQDgTmQFPm+923IdwZ+FwDH8fH4jn2TvyTP/tTePChh5mN9ADcyyzWl1i+voxl6xKqqDJ84wb2&#10;/LnHmJl37q4LWNa4gYMLvs3+izezHH8YNjObT0DaC87fxc9xL/zV174Gr7+ynwNRTld5tvgw+pr/&#10;IMumb7j+Bvjcpz8Dn//8Zzmxd60mKHtQ1QRDeyopav69v6owBctgXcK5pnzzhtowHmrhAAJFrhYc&#10;UCfH/pnpDo8ZuS1mhnhzP39e5hgDPKncnTLWLnGLFX+TEjslDEApCIE+bP46tLH80jUITdxPJn7v&#10;JdVYSu1LjxUoJD+X4Exh5pJXYOrAyDLhJaX7//r931NQ79/861+H3/j1fwOf+MQn4ZOf+Gn47Gc+&#10;o2SFH7CNw9XfuVoHGBdf/h5YyWm6H77qg/DCCy+y/+QdcPMte2DB+GJO5t4NF15wPvw0p/j+3Gc/&#10;BT/3uZ+Fn/38z8I/+dlPw898/NOcwrtYQ318UKlc67OO/BTZxZggdRYxCH1LVKUIUVJvthfA0KeV&#10;IqCtzpNwz9JQdjQTasMQjNC/z1qAmAqMbwX1Ekut0HcyH+JBiYy89q8P7zdP2El9fOXdbFYZ7xes&#10;jNc4JoMJOi5y1JE4ft6CciZIzTMu5bMMPL+M8/SzCo6+A3tAN8XCI7LOnFxS1qQILF3AhdKYnSmi&#10;pvI6XzE1J3bVr2eQkZtaa3MntFAxQUZrjGm8VLh0gJmjhYoUosNeKNZc3YFvfgDuJHaFS9VFF3ph&#10;ghuuSrkVsE7Tasvak1AvBvE/m7WsN/68Em5ROpBSPP7kAtdXcRe7Ov5JMEev77xQ+N8S+iH0bc8+&#10;dI/R35E0MgH5yn5kXnpcJL28IXcZlZ9gX40lzNBbyRJc8ddbzBLc4dVrYYgNd4fY94GEEq4y4p7z&#10;6Us6bIyFrqZRQGDQyIWG+digNSC2wmpx39qSiJMdyWKy/GPs3wKtgkzIWNinLTEOsgyOg0BaCgvP&#10;UEkz4qoYjMaNDfU9EtnMe58w61/TSKWF9hCDgVNsbHrNaUHhTYm92TbRPMSsmDGvhWaTHgI/Gas1&#10;Ipp3IhLmvIaI3mHxwDwAvZZJX9WmuzVNUq1ls0WXHk3uvs4km9hN2Mn6p2dOWINb/rN36AC8tf8p&#10;bVerZplic35I5Lihd8icKcItnm16LRuMpJehJwi1MOwoBT1yx9e9sYbvYJKGGzJZCNvDVcMLpqP7&#10;iN0AxyeY2TdhtLmHyh+OavNuygF6CdjvwTGqp2v+uJqkMDSY+Mclx6ximbV49YVpwp6dReGKUiV4&#10;N0Ua0QqGc/hLOnlACSYzdvZ7du2lSYFxXMZWtF6XKQ7diI3lseG2nlutKwYrBCy7xiQVo/CwrBsh&#10;pXYD7U0mJYAgeEIi1kBatB5UEub4SBDG/nm5hSUE+SrJENYSSF/kUtnMHwrfC1EdkxQC/zXYhwqS&#10;LGCwb3zlJgaLRqu03TiYCqOhTjiYqkzsmwh2HAxUmdorna1mqxLV4VGhnBfr4JX6Wq4jF6xc2VmC&#10;OGqcgD8oIBkDDifY+0zMwglYHlrWAFDpLGWUzcfSUFVVUK86cKXz9BNZOZWmSi+O7AcSX5yyAlZJ&#10;hy2FwUg2jg7cC6EkKm04kjEYDQKMscy+vk9edWu1AH8dJ/Wd4fN++OBbcPjpF6FYuBQWreKk07EJ&#10;fd6u1IJ8fKdc2nBhsEWslcmrwkFeW74OriPZ9b7n4ymm60tXrICFzPwQX7IxZictF3DCpS5SlTZf&#10;h4L5u1M+mwBfUgd3RZ7IASQjPPwq2fS9w+F8s5JwjBJKxzJHPi8kCb7T7CG9YAkzPzoa7KMKCucV&#10;2Kc67I8QT46q1/C4xcwgr71+9BYdFmgpNUDj0LHj8ObBN+FuTqu84Ybr+DMOwxXvex9cxH58a9es&#10;ZpbMmEpmjU8tD9ZmBQzdUEeYlJJsKwm6V3/723CC2THb2S8P2VdOk3oZFJ1iD0BMmCKDEnqr69jU&#10;YC4EbExhjI7ykH8Zn9vTOcBjN/cMu1hSumTRAhuU4tiyEMiovcQdcX6QnJknAPdOMsTMvMtB7ruG&#10;R2EZH/N77rsXdjER4oILLoLb7rwdbuMQlWXsQ76I/fIErBZQtu+iucfZx3ySf7Z65Uq4mxmvt3Lo&#10;yZnM8FvJ53sRg7QC8ImU+5Y9t8NeTrae4sTSMWb+zbAVy8E3DsJX/vIv4ChfN1/8F/8zbNm2GVYw&#10;4UKuEcvk817xEDHGKJfCmh1e5dOJ51v1poIcbLXYpnlwCWkOgBfnodB5O+zRWMaCZtB7oDk+B2aD&#10;TSBNzMW4QMKWKNy2RPBqnw+BvZDVJgGeKjfv6zUjYB4E64F/7Mz0jP4pjFR5jPDkZ/vWPk1564xN&#10;PHj/A/AjthmYYGD/5/+nfwnrVy7StUhWJbn/L3nXu+DZZ55mJus+eHzvE8CuDHDpFVfAsWMn4KoP&#10;vB9meMBx3/18/d++B5ZwIvd2xh16s8f5+p1mAHycQW4mEXWH9b2WmtRVVDVTnyjo2TMsm9R7FLMu&#10;zQNwhSZWQYHqIbS58IVm5YPrB/nGn2vKhMV4bUIgYac67Mck3n45kDns533acD14TFR62KzRazsc&#10;amXmVmCfQRzQUNcoaxTvHnkPOWNa1xWEpuy++jQ+dYT6kVxEwD9dbLt2eiLAW6ngYA06VKmo+mEK&#10;R6m0G07h0xKl+BKZq7w3TZUlx4yzr2McAOhPmJoC92yIhd/ojTvNMu0SEKxAz/5zpowupEOZiMaH&#10;e4D14ypMFSIhDaa8j2lJ91UWnvVzUr8VK+y2gKFn7fk0NG/CLO+L7GQaHMtQk3qpTnUpRYLLG8fo&#10;qpUwxlT8BTxRWsE02dWcmrOMgb6F/P1RZur10UqRiWUFRWm9AvvuuHhPEC87SyciMW0Vo0a2NQAj&#10;TCQKzZMz9FxMWWlZZD6dHAXAo2km6tT0Wsqk9mbkrSGu3zIJiqix0Ixrx4YoDSMWXyh/DaUuoQk/&#10;YDzFyvl4UQqa4vwBv0ETU0ynCVjfn81D0Qb4zZWmipF36KBK5ORlA/iOm3DPS6o7SAbgNxU3ZJDp&#10;mE7EeZ0rSwr82OprgsiHDtQNdF89jWTNsdK2t/bdpiwRWRpme1Q1b9gSBIFpTH1yEZjMdUF+UOKv&#10;NxPOjet72T8m9AhJrwiDpvYODhij1D7QhEwWR6Mp9X8vTM0WDgEo40x/5d9DbBA8MclN1KhxCbux&#10;N0v6GpjWaunfDUSMOoz8+kKwL/1coekwZvx0KazXErIVxSEeqawlZedgZjqZHtucZKSxnp1CwR2l&#10;irdrjLFt9EKtosOBNgD5dS1+LV9Mtd/K+cReygLmMSjkwwr8UheQHWMpe5LGC9gEYRoMXEqCRMqA&#10;zdvyZwz2ASxcsR1GV2xmsGzMJajWNhIQsbat6SJGnn0hY5LyBWsDOcJITlSzIfOec2l6XQC/6jDZ&#10;T69RGXUdDRpRz2C2F5mZ4aEpAyLKRxTprg5aTOUVrT59DrlVMSjZL3BgWdqQeouWohqAkwPm6mtU&#10;mX1FGPiEdUBIFdZgkd86AMSvTRbU05kaYBVGrtJe52/pj8XRmYPw1jPPMVDLrDBmeQ2z52KHpVKz&#10;rsYdSk3B5yVDDZIzccAo1P1V2F02pdgmuE6yvcutt+1hn7njCniM879FLlpgEVggBInMQX3W4fV4&#10;isG+khmaEtLRf/MN3sxOME9zhv/X0WCWUliXRw4CcdJjMb6Q5b8sAR5mxiEDs3aQ79KX52ngi62j&#10;hibzgiIDrFylY5ko4oN3nCXHLz7/POy57Xa4n72tZK+89F2Xw+6LL2Y55woY7g5psEjXFFCnoZuY&#10;nUMxy0m82ca5tt/Aacg/eewRZlEehg2bNjofTPZ5HBlptVNBnE9t1lwl5ZgKkCVeckuXL2MfwUkY&#10;Fc9EwEA7NWjCNh9h5NyP/Ycu47LlvTBsmZW3nOXMzz/9JBxn78RPfvZn4T2XXQyv7n8BbvzhLfDj&#10;Bx6ApczYG+HrXIYNnaFCbaMEaFnGst3NG05jQGQfgya3w1KRQfK9unKlJPeeBVs5zXg/s3Tv4utD&#10;rpM7Wdp90403wRT3ZF/4ws9z8MdGBoNHnXLKZGKjBpMXBuRLn/SRxRb5LmaDu6hpbTGnf3dibQQx&#10;2DFXEF7Tgmi+YR+pPLIF7MN2Tz9sZRPOozfAZidGGQYxDuwp6n+pnZZLlZd1sAz2ZAqnhmJtxkCf&#10;sIcl9ZlmLYtYrvkZCTIV1ipjMN9kfz1Z91YsWwmXXnahntmOIwTJfxdddCkrFmfhRb4fHn7kIXjm&#10;ySc4qOZ0WLh4KVx26UWwnMHt29mv7+Ef74X1K7bB1p2b9fX4V3RPq+qKCo8xkcLPJrKHIYIUsCKx&#10;hSWHEdEnlu5jQ8VnMO7L60FlYCFkAtZpGEoGFDy+6d8IQd9MyZ6SCyZthm4GNbP38c95QkKYw4LQ&#10;ZuwfJQbz/zZt3vybxed//otfwpwRPyYJKKE3H4RphRiw+UxV+MhFIgCZwdpoEav5s93wJCGtZAZc&#10;6WS8OrmT9EphwjkTUn9QtaiR51OgEXShtUmzVrprPfvcBNmZ5Jbe284l7fbLXuUDqGw9AeI8Y0Fk&#10;tVS60IueFXuUVtprJ2j25yrVdQCdx4RlgjTLzbwaqYpPiSDXPMIcWbiY6xaePjMCrgbLlWlzWSUR&#10;g58Qg/1sGlIiwCB38z2Zdk6Ip94SGGVAb+HWLbBgJ8tuzz4HljOot5incJNM/R7hwIzhxYs0na5g&#10;oLKnz4EqK+gWWAVngKlNPTH0z8MQyJuHP57JpebG6ZENia4JfPpMMxgj1a1HF3oLq7ABxrVNhDBN&#10;PMIUEWl/PsQMqS8EL+v/mejvwetR/Oi4EarlNsbUxuSt1njY3CwHgngnMfX2IKlxCy8Qtc0IM1+Z&#10;DZBiCRtiU7dGp1iW/GMG+zCIE/WG8SrXFykMN026tnnz+goQMS7RLy2E+P/Fw1QGYjx9P7T/AZjl&#10;sA6VyJYt6dAJQAVR4nOCq7cM1KK01AzLDTDKVHANC7VcDQMM9xDnBK2xJejaM9FjGwqsffDAJmtO&#10;jHY4iVe8hgKYL/F9g5ZQbcD8e6CKzUcNT6D42GfAPmgewJjFF7KckjYVMy51mFQCmNxrUfJb6JeY&#10;P841c5mSsK1cSnUMRmXnigRZhmFMPGxq7xCgCpWBFglwZU6cGli3AItEc/mOBtLdJBwkS3LGJtMb&#10;w4BibGgrmyE3GYl0KyEC65CdlKXkQT6bDosRw1a+NblsM4yv2MoFvoB9ZMGwUKIVpb415SB+AYnA&#10;PowTpVP9MbYcv+a2isHU3N94FICk1grB65kl5U+OQcEeZxOTa0As7KeOHbF1p/wL+/r5SL35eg4k&#10;HNJBsXGKEM/8E6ZOWJ2WkedhCP5Z+a0whjWxt2NDNzxwKsMX+QqLeikZZ3oSfmaZgQogFljZF5ZU&#10;Nybet1TYXV19HcG3hL3GHn7H34J9dz8GU0fYf20pM66Y4Sd+zxO8J0xxA9dxvspze8smMnXE1v27&#10;4V/rQLBRZfQJw28x3HvP3fA8SyBXMrghUuQRbvAq30So00T9k8ol1JN0Ya1tJ6C3ZCUgS7Pp2DQ3&#10;ogz1oavZhQKIrG45fACQ04nL0aUwI7JT8RCUxFKyjO1+SUkf3bKfhPYAWCdO5+sabPVd8rfBFAPM&#10;r776Ctxw3fc5mfIHsI4DLy5mFt+FF14Ap7FdzkJmQQoQJNfsiIBm/JlnRa2j6LBJhj2YXDOlMu2E&#10;NbmBpbX33n2XhqMs5sZ6waIlOrwvDCYy7fnXZk3wj3sN9uYTRZJ6XSqYjvpePdnCOBk+0amGQeC8&#10;fgff6Xot+co9f8/ZJck9tJH9FK/hhNyDnBp6yeWXwhWcNPqud79XSSV/8/W/gVvYf/EIs1EXcU8m&#10;TEthRY6zTdIaTh7dves8eOyxx+Dr3/gmHNi/H84+5xy2DlkIW5h88a53vwc+/KGPwCUXX8LAycXM&#10;iPogfODDH4Ftp2/RNF7jFoPI82ueA68owMx350FRSA1PfWytZSOrn8zYDzHDKqpGMph406Y2PyHH&#10;E07SGDDDaDrJ7qFNUtnkI2DsaUJt3ATMPD/OGTFMA4TrOAdg6YGwYfFB9ZZflbc1RoF11lqtgOMc&#10;vCPr1B/84R/A33FI0PXXf58HFM/BRhe2tIA9+1cvWwMP/Pg+eOLJn/AaPATb2OrLM7NlnRHPz8v5&#10;fljH6/w137sW9j37Atxw4w9gPQPd27ZthB07dsIVV3wQPvmxj8J5F+1gfIW011HNSEoaIArIQ0FS&#10;Lg6WZ0cEGoil1ZT4i5uK44oNIkvbWkipoikpt+P6pqmKCMM02tif3mczxw4M+4TwManijSKLr+B5&#10;kgYmtOzaLGDf577gwb76Bq2ork5vEMovrKTTWKCqQd+h2kTRe/Z5VNTRIA3W0y2RuiqrTzw5uKHt&#10;OVZfT1lste+L/TDWxLjv+VhSOJV26TAq4bWSXGWjFDYMonQeeyozcOCFFGjyviV9Cp0nn0jsShfC&#10;IaETUsz1XNgGkWXRqKTXNXazs9NuCmuUiehvOPXZ69kgDZkkz8xMQcmv0yn71e3cK3tV8oww7ASk&#10;nGYQYEbeHqfbjixbApPr18Lys8+E5ax/X8S08EVbt8ICScfim3J4hNO0ulZbTn3LHCTHqpTP3ad6&#10;wVdvL2FSdqwxrJUGUiU/8nTTUPfeHmCEEdsuBRlSKlpsK2USDzqo0YQMlRsHGS5j4FZQUWsp871Y&#10;Phz721GUVhcDZngKRYtP8Wv6fwG1lDgIMQgZmqpSM2Y7nULPN4UX59pJA0Cvg7WEx0/lqeWxc0pH&#10;ArCj2YDT255B/qNm9jk2A/nk27JfeX6Kb5+V7hQNTw9T+cDV17j6bZDRgYisS9PcOB5//hG1CK0m&#10;ZnMdtwS4Iph7iNpo9pL7hAIGhPzRpzQAAqoE9fA6NIH0FQe8CcyY6JrQG6Py/4Rm2I9xAxyRjPFa&#10;uWCiC6OjpOu4D+TIyTVygCIMCCIpvA8dpfdwC9gHuYKGGoxiY6gRKIG5ZNq2YXgASKbno/LsS4tV&#10;bN67DRYcJfcZ5ccMROH+gpD7AAjzS++OAzUwYtqFnQLNcwUkmkeCSUMSnx+YlFE52R4cE/+ghS1E&#10;MWBJgxJGqU7frSTwYVJvCQ1pvHxr4fJNMLp8G/sJT1gJq4wf0Y2pEs83jFgUlKQFJkPhVrCPoglC&#10;8xXC5wrCcHQQjOqD7L336sNnPeIK9a0r1StubIxBvO4CZVn1Ja2c66nhYlZTNa3SolfJeaUu6jAz&#10;LqTpevZC2Oj5gbFPNq+lURgM5VSRZGXDMvDtS5iSZ/DZGk++NzPLNd5MfTiKwjL9BADUADZnEdOz&#10;xVu1pkiSa2mFICA204c5EffVJ/aygoVg5eYtHGAxzKxlNjmXqlgDHE6ew+PTlefa83oS6qaAj2WK&#10;yPteuGAc1q7bAI8+8iinNh5QTz8RaA2PDDl5IblAPTcIIietdgxAGX6VXM+Wo6xQGR4HYnlqjwdZ&#10;RYfPHb+GT1EuZo6zv99BbR5B/ONYcil1r1rtlBQNhQfTGZseYY2081TaC7l8L+Tk2hNwlENG7rjj&#10;TmZ5jcCHP/h+WMFMvhEG6Ub4/c3O8n7N0jVNeu674Bjd34ugTkWgaBrgAHfjgFuu7ycmxzm0YQs8&#10;s+8ZeOzRh2HL1m28l43YXio456de05hKVSShInK+pDYRy5GysnXBAUa/J8Psy3jy/vcOeoBcQIe1&#10;/JDrcpxZeQf2vwTf/vvvwgYGQzYxwWIZy5k3sXJq25Zt8CQzmq6+5hp49cWXYDEzIMcYLBFgVo7S&#10;KEu1z2ESxgyzXb/Nj+nx9bz59B0wMTamPe4ISyLHx0ZgBf/eJH9P0pFn5domWX87NfsI0A1+MSPB&#10;x1aJNFHeO3mgP3njuShqYAibXsSN+wUpst1oKkwSJtYpnmWitGY8earAoBo+tgBPa41WP6QW1vRg&#10;iL1NUo0D3zdWFj867HIGFzL8kHu2H03/7bF+9umn4Vf/9a/CX331q/Dkvn3w+msHOIyHPUXvuluv&#10;cUmQPuOsXXDmWWcy+/Q5ePihhzQdeuniSTjnvN3KApwVVaDamk1xiNBa+OpX/5ptCkbg4MEDsPeR&#10;l+BC9vtcuHQlLF44xj9fwmt7t/KdnJ1lZnYxFK0UBmHOTjvHimubNFOmviq87Uh2/aH2pSxl+VNy&#10;/nGguVflV532MSZK2oWGfz5kxPOImX4/AchrE5RYRp7K8B3Y98+/5KVjJgH6mkwhrBgUaWNr33Tf&#10;yY3qD1jdoRiwmvRgl+qhgu6SFWacZ/OJpNcbBZEHyjQG2Kjnh/owuYAI/Z8AclQzCI0vNPX5qGbz&#10;9fuVjx+UpWP0Wc07Om8ei4YbBfJIX6eskmsoKI5sspVl+5Wll1hZvz/1+eON2mhoSN8WrdK0y60p&#10;hRIv+kMM6o0sWwqjmzayt95OWHHOWbD0DOutN85svULSyOS12fPB+ur11L9Q04qdZ0k/kLUGZKIq&#10;Jl7T2+Qicwh9x/lzKCPGYKQpN4lk148wI1N+g02pa8RaCWQ7OdNexJa4ccqbq6aXbmI4HafDYvK9&#10;+s3FEdb5BjumiGPC5sGGdjfX2GNSRA8Eobx0CkLz1kD+jtiML4hkyQO2NZPntZjQjyAsfStwPj7v&#10;YSLqoMCPgbU1tafMI/7/xexr4emfBNiHAyeEfjJq1x7vJ9bjTVPT3NCarCOE1G2MwFEPMqilgQR7&#10;SDPIzIDu2BI4uHePrgXgUrn6ZQ1yhdTtRvgDNqWVWYAqk2cTZjRQyEjAvMNRBIIlZsshC9g4/6p6&#10;TcJKmuuBZxOQb03EPMTIW85fc0VwQ44MsXx3RMzPqQIuQn6tAWi3JzAh0AjRPa3ArAlZ7YFPn78F&#10;WywOmhNLiBpvNBgz/jCpMTBN78JaXp/cV9FqliR4Vn1FJMMMPTC9t2EgWw5SlAnaB6XUmHq0CITC&#10;6TnlrECzYqLMXUtJbHMAAmLsAQgZi4jYRiuQk2DLxBljXxdK9qQsQ8975VOAlVIA9rWw+ijjxSm1&#10;SRmAfXWAB+rPCGIpr3xNLF0HE6t2MAgx7gAFJ58JUmiak3avAjDBfYMBU8S458BKMlvtoUGYAAYh&#10;F3HoVA7sS3x5MEjYw7Ch7NgQCfYglIFmMTRp7+ges5T6J1xKcF+tXyyrzgZq6KdQUMMymVAVJlSF&#10;eFCGJ1USRBJ8SoBjCrxT40LejsBne6Zio3WLGNT1ZXKvXw8zav9WG8YktbW89xPsunSIG7YhZmdO&#10;Ll8MxI2UyDq7BqrnRwm5C0zEc/YejdsTBgdPKcvLG8EbWx9LYMMwA1srVq1i+dYDDEg9DcvZv2yS&#10;2ZbD3U6D1GvZfkaTXdXzsCtptHx++M8ZBvzEx6/PoF5n+phKyzRFdtbwJ2bGHwex9N98Eww/bnpy&#10;sbX9EWalwYod6UM7Ohj4aNYXcWvkTz6wM0iUzhwTIQ0YBmvWcK3+0gvPsZfiGCxZKiDOuG2MyYXS&#10;eMCTf0dIDIVLc4VMfRiBIvJZyIJtkn67YdNWeIVBqMcf3wsrmUU4ygmu8h4K9eKy9kAFxsLK9voM&#10;G6bwVl5duHCWsmJxeu9GorLlEsF51ViYvCa2JBTgvOswTBKk0fnzOuauhhLYoYCqvLzlElqg1Qar&#10;OIupjvNQF9CPQZRFTKqQa/mJJ5+CSy57tw3T4d97k6+/pxk8eYWDU8QL7Vb2OdvLqbvL+byPcfiG&#10;XGOTLLPfwcqrIV5b/p6Tdmc5hXnr1s0qcwcX6tPxoZWF0VTkIQaF7RwjlAzWSp/oesy7m7X0LzjA&#10;pXaAFVPGEgADcKGqg4JXJ2+xENSxmEv7zcgkcKBCK7lWw/eGMK9eZH71PiaWSzlyhuv9K7mps/fC&#10;fOARNoJL4r4h/ZgUhpEExaLUmkI+kp9NTx+HW3+4B/70y38Gf/HlLzOL9Ouc6Pw9eOLxx3jtWQBL&#10;li/V+7jPwwa5nv+P3/qPcDsPJLYwrvAb/+7X4X/5lX8FV7zn/ewZ+RoD108ym+8BVr4sgLPO2qI+&#10;lQ9xQM1Lr+5n0O9h9gs9zMOc9bwsj/JjxtVv9GEOrxGwe+3a7fCZT32Ugb6zYfcF53F6tQyeQFnH&#10;st5Zmwy5HroVuSliL2eIPJjYylDLoCWUfhu3dkWyXMBmXY1NcUX+KqBGn0uQhM1BM20Fo2AobMY/&#10;YbM2iK9bbNyHUXqvadZoEIKmiSdgRJ7iNWbTxo2W2Qe+SEgkjTWjDyvGCVbSBsocVGqIFcPqCSM6&#10;oivEROrGG7uy9lzClSbhkmWhVaaDbvMjp+QoHHglMl4F9fpWBosC6JVUU1ydPE4AM70xRVI3a4Mu&#10;un4j8CCgSwIWebEm35azlsEoU0T5/JLoq5u1LXhksla69BtTBTBYOTLyBGdo4QIYWrMGRjZugAm+&#10;2Zay8evy81iCe+7ZMLllC4yeth4WiK8HU70LLtiMauStnx9VicQxGIQOIIJkgUMMC/C6TDWADQor&#10;Jh51JpXwBWlnc1Hg8/rFdty7yZdtsgdbd6R5TRX9FWgGp+1GmjTMAJDNaXC6VZBrMHNFM1HTP6ua&#10;VCT+WfX5MLVxejJva92mWvwnYgUZRhJ6SABAn0JEwUIHjanDyYVZZNmAiI0J4TsD9p2cP/epFJjz&#10;CUHJM3rQNZKkKd2aYK0TeWwwxzybqqxXkkoOZQuLnq6Lxw+8CLNv7XdytNjjCpvqwhqcCzxSIjCE&#10;MmBCku5bElV0eUpyWSj0LksKHGMShluwIYdAXwzy12tetS+Fxso5g/kALzJQN9Fj7NM3NiJplxQH&#10;2lKSNB+shaEvnw3HoYwnYpxKbIL3l7L8okl5gJMKu4cwdEVKB4dx4m4mS8hJKpvU/jDooaGYTqW+&#10;uSCPIGiJKGBGJz5yOUt7orYgjYARiDELEIka638Z0AooZVRTGOQQMx39a5S5KTolTi5zNLCpX1WT&#10;RITBZ6KGwXYuuSYM2SDMDpP1uYgyYB9VuT/R83kwqjKftqF7dfAHf2ds8WqYWHMmN5ujXLcMOVeP&#10;wtV2pmHRUReStTeuXc+biYcI6dS6TpA02EwQRcxN7J3vc9+dUeMSyl0NVw+Xaz02eemrSDxHxlne&#10;OqmDlNkpqeWm1dtPwCXPStOUczpu12DD8tG+DHzJqixcanDDC4hqmxqxStHaD2qpb+mYzWoB6EBY&#10;9eUrFIPk10d9D96X0+4J9b3r2TyE1tLFN5OFm0T4NHXBAgQo5IgGeOmJJ+CV519nKewI+31Ncv04&#10;CuJ+Pav17SwzG4tmhUSUGRbiYL5tIGNuBGnxuRFfpnEeTK9m0EvAqLtY1ruCgx7kGA2xPNF7G3q/&#10;P78IeY9vslRH6HL9W3L6bndsEftLc50+xWqbmaMwI79S2nCy7pG3YPoVBjrlphlbzMEdXbAf01r7&#10;SM0q7EjjVEfzdTHDjPwXs5FTNbCkHlgMwi1mOedqBjsfffRRePn5F2E1p+kKiCxgpNgEKVNON0Gj&#10;QFLoJd1WtdQNq/096VM6DJ5uZZaYeL/98KYb+TWGmEWzVO1BxGNcWaSiRqrk3IN9SZsLdL/uGSol&#10;DtWJ9yc1TZ0jhOEfgLFXN8boAheNBUm4pxTwQ5Or+TNqynTXJoHa3ysgDNmRZ5EAGm6OYc+tt8IL&#10;7MMn8unrv38dfPs732Evwwn49Kc/Bb/wi78AF11wMVsHHIOvfu2r6sM3dfwEA98rYQH7Hu5kwG83&#10;y3jP5ETjJXyNdPk1JVBIjy3VzCtTJVfX6jdq8bLFVmAaEpZ0WLkNqnENtMmEc4SqVKpKkedkk2ef&#10;O+fzr/fnBuhipt/byG4myAJ2lQIFqaqzQ3umCuwz82W3Zkaeeaeo6D9hgPd4DfzeNVfDb/7H34Iv&#10;f+Uv4Thfd1tZ4n/a+nWconsIrr/hRvjK178Cjz78CFx68eW8F3Z0Q3qChwPCPv21X/v3cPHF5zP7&#10;bhF/LYSXX9gP9z94v66/d3AQzUMP/hi2btkKP/9L/yNsWvv/kfcm0HZe1Zng3ue/9w16T3rS0zx7&#10;lCc8Y2xjYxtsQoAAJukQkhTVSSoNRaUTyKrqpFKBVaTTGVd6Za10hiIhnZCEpIAEQjBmSsADHrBk&#10;eZ7lQbJsa7JmvfHef/feZ/rPOf/5771PFlS626yHpPfuu8M/nLP3t79hIxxgH9V/vOUW+LvPf56T&#10;eG+De++9B/7xy/8Ef/mZz8DqNevh537ul+A9P/J2Tt59vbZ10OQoMF664efTXruNNMawrsLI6zzH&#10;VAvluWnpGo2BMSbbKN8BB/tZYFUXweOYBDb594N5e1jM3KFBHRS+Ri7gsn7doR9WpEzA3Joaf440&#10;KA89Ae60009nzz4t4yVb5AUm6khJkmpiq26LLhUEIoQh9r5OcguZ91sxvnSgPVhMoqxs+lomoCet&#10;rohKIuhseqI0zgK8ySVFMrkRFpuWw5Ye4FOOnWYTLV1BZRIwzcTZpSoJEi3TFSmkCp26a+W2wjYU&#10;5h5v6FVSnvHWI5uSK6b7JX9JYV4w3X6UU5jGWes+yTfASvZvmBSmnoB6bNTa5huMhph6a2iHMmvm&#10;1DHTkIjs17MDsangiv3hUkZZ6h+HIRssAfggAf6azM2xT5LuAixwM2Da97YgiKZALiGvV8pTwG7I&#10;FzeU2YAx04c3MFFS1gImQC7EE4IYXMWe9O7alpibzKWeWlgBHpCTZNkCqkwX6tzCjYPJJQYF+072&#10;Kvt+/fZg0Gf1Go6xLMlXenBgPYfChKl0M0i3BbKJ4jIQmT2+H07seowbXNSJjYWVrGYN/rFi/fgN&#10;lsguq3WvM/DWCUnJSPFJo5zOMMOOg4awi7Bxyk1CVTRJC6+d3gWgO3oCFMlEfnxMcTGirDF/8FtU&#10;f5/54CGqydIj9xnCONwjYQnmrGaIMM8sqxzRKilsdhqJVZCEn5LmzecbW17MAFZQU+bE0jekGMhO&#10;EpOBBtkDUuagSSzNMa0pYBFG6lrC4Ode9ZTJVId60Akl0tzsgfGWc1mGYPw2Uu+6AHRLj1Ni05UG&#10;cLgGo7TNh8e3khRqtOVU5TGHcShHwOzzdij8tWhyIyxeez43v2MaGCm0X2/hE8KzES0Y+PwiBlIV&#10;hDhnJh4UxxhBFdEcMR8DPT8GskI3UI7Sp3PXcQACSlMxxEjYkIBGxQTMzrCHsvZGmdH2KoVIfnm4&#10;PCdAgKTyimwO2/o46m+B9UV1QR4ueS8YtBbKhnK4UC17H5O13qDS+f2VNrjNAHYi2xXAT7z9XKK1&#10;kKcKFSsH3OMKKw0OGd9laf4sRBjCg4spBvReeu4ZmNs3Das5/VAeL+m4Il9qa6Apn2qJ2OwBttBd&#10;0TFCJd1xEbM/hAUifmbb7t/KDBMOiOMQEfE104Co9rg2YLILhou8OTuieuE/RyY4BGEpdDmllJh9&#10;otD403Ul5IRP1CgnPNKRV0GErHPMICz5+bs2ZEYDXcp5NWS8PU9hvidauyAZ4AlrS0C+557dAfte&#10;fdUEljDDT95KafuPsttNjItd7UbZHY0i+xljxzPERIM1zJyUi+zOe+5ids0G7ZsowK7c8bOawNA6&#10;ObDvpCuxwWS9+L2uuShYP6z0+BgnOjvfsWGWPmuVBEv4j4rnsTLXr4B/KrD1cDY6E9yvHWcQ5Uvs&#10;3/ft22+DF9mD79/97P8Cb3/Xu5ipdzaHfY3CGiZqnMv33nnnng8H9u2DL3zpS3Bo/359H0wuXw5r&#10;167mROPFnC2zWF/zmmUo1lJWtt9vkIwLPuq4EJOMvnVr9nexV97vQELagTvG/ly8hYLQPXz8GrwQ&#10;3V4V8VMRo2hzRNVoQ9MMZQ7uWTnNfpp//sk/ht/47d+BY9PH4d3vfD/8p4/+B3j/B/4te0G+Cd7x&#10;jnfAIl4Hv3P3VtjH1+HhAyfghpuu1ZYBr2cf0Zve9oOwhtnASvAWpt/9xZ/9BfzJn/43vh5H4Cd+&#10;/P38O6/AE08+BQ89+ijc/K6b4aILXwc/+EM/BMs4WXfni7vguR07YMcLO2Hnzuc1cP2Jj/86vOmG&#10;CxmDaRsFox1oaEszS36qfOTyaxyldj09gpMiVl1u/yrjwShlVFgR7lCja4bkqfSSwrzvQJ1Sm5x7&#10;iKy49NikNnzHmi+fSvIQwp+l3n+AiWw8ZfXZn8kQ8AwH9sUXJ9UMmxUm8swgka1iMySoqnuoQybt&#10;tFlLZd3Htyko+gOhm5KSn7qY6rW0zWfpfVB0YpX8qvbjM6lIhWX7KctQQgsSokt+caEYpWHqyQUS&#10;ysP0RBaNtEObOPNPJEGr1Q0kjjJx5ZtqiMMwlmzaDIuZrbfsdRfCKtasr7roQljOyPj4ihXat0MX&#10;cvKaAgbyJiPU7WEp5ILmTujymoFSqJiyiTlJa+jvhlWiF6asvowUNknUVSmzzP0sQLS9V0cCOdXA&#10;xPRnmGP4YI80mt6SyBxbCAcJEamBaphQ1et/Vo0tZZ+rSi1QESBXLfZUS3eLpRm5KVnM/qmSeQcD&#10;+7IeHp6FUUnOK2md/R5g1BSjZybZRFgb4EJeItirLMRB3tb/N8G+LPiZSFzdYxiokw2x1RqyzJVU&#10;xhvmrwVaP50YWVq/jq48DRx++u7q9zNSjRCkKxM2UczCSvxWQ8lmKJ+j6rqKGHoBuOUkuOn6gyqw&#10;CXCcW+Um2xAPL8KENoxlOhC4HFX+HxXVPmW2tlnCO75Imt8qMCYCFhNAUjXJ8yOWHkGa7QNB9lG6&#10;xkDirRenwqWS+hggxMgnjWLaPjkJMmXXmEr2MxjY1x8CyEw2m30EMgwBbJTdI+XXfwrTntMyHONU&#10;24qtiI3yvCyAR3mgr5JdePPhKjGXAjAxAm8zzAOVP2a15EJKBsN5BWFASsfIGo+s5NrNSCsAFv3n&#10;Hlu2ARYzs6/Nnn0ybiwSNl96YVfDQhUlJlJYXLo/3cFSKsFXwlCEnN1BZfDuGgPvbwNVTaga9hNR&#10;V5BNKzLyIAZ/pPlgmSsyUNSdY8+82Wmt1hDjk6724VNWXlRYNrs04nxECpHWlf7AO/m+CsJ/3PWl&#10;GqSIDvAzE3oD6Cn796GWCb5yx8cBgUSxFQBCfT3rds36LIChBmlLs0/v3b+Xmd5HYJgtYVqji3RA&#10;m7AYNbtQDQr2YQ0uGHwbJQ0wyW+OMKCyguvf3S++CA88sJ0TexfDUk5pHNIBFWGzRontCu9vDMKg&#10;4v2R9cjzLOcFluqqw4ehPCKADTPi+ZzN85BMbGygw+eTgZiWDMknV/GBHebQD+UTlBXQQIoTXAAg&#10;EB43TTgQ0FeSLIVxyBuMAK3L+LNLeu4RlnuO8LkY53A9V8s5OSmlXoDZpCyVmsLo/V8+1xjLhdew&#10;l5yAiPfcdScsn1yuz3mbj7GWFqM6SbDvVNRF2ExY+B6CfWTrVc+C4XNzhK+dOzhMY+u998IG9jwU&#10;5u3BVw/Ajqd3wIR4nzPxYkgnJbcgNbUv7PqznANS7v3uvbCH/Sjf9c53wtvf827u4UCDq21eX5gu&#10;ol9zksNqzmHQ7xJm8wmrddPmzcy2XaTl5CJnl/3BnZeyLO3fAzAEVW2vXjjQl0Z59VevxCqwAcG4&#10;dIILqfIKo6CxQexysKl3qLMYoKZ2gAGM8BZCDImGeVjzqU2vbaUaVHaIyf2ADZKU/nfgflby/Lc/&#10;/RTsP3CA/R43wH/65Y8xyLzF4BlWdXges0gvv/hS+O5374Fdu3fDpRddAytWj+tsA71WoUmef/yx&#10;x+EP/vAPOC16PXz8Yx+HH7r5PXDZ686HnbtehEcffRwefeQhDhtao4cKl/LzvYuBwne/453wzne8&#10;Hd79rvdwAMc74NJLLoUR5STwbd/jqDT0KEq8zYTl5LCKRJJas/DIhrVRNhU3rGEiua3ve3NEGRVP&#10;9gOeQzSIQeyZ6p67prIpvA3hOO7fIQiY7kUYWf2ofOI0gk6D3ywy3vcL2IdxapayzZlp3pTdfjAS&#10;zRS+IAtTt2LGUkQlxADw89SB0rIFyPsnOOmwMP0Mw9B5zLniVBmvPGb1uXRbAfDQhl34YAFrjK/T&#10;bqU40j56HV2NKeuj4R7n0nhl4qvnb4x+Dy3n6dyqlbCIY9GXX3AurLj4dbDqsoth8qILYOLss2CM&#10;QzSG+TFtZvSpYWOWOS/hIjb5dt56rZRo5AVV4WpcncWQVf5uWPfY4LGBkYY/aoKj44t5g/joXIQ3&#10;TXgxJP51ye/1oxhDpGHvXwjkvd1wcHu1gQsASgwy80+SAo91k9WwTfSco6iZx9oYGZsNapMEa0hM&#10;+/25Sh+zALDPmy67a8aZQVt5hk9vIkymghRIOdAy+yDwBFvAtO7/ZWAfLfT5HVt0oPOibPo2rxEc&#10;2KPYg8+kYKcTpyTXLJT72bVRm8nzxr338Tv1elaxfOLrPvQnK3sc5JLq8g2lKgBAFdWapKKQjPTf&#10;ysvPUo8SFXjekfUWigg/niaXDgyw5o/Y5NESfsTCvoD49QmrTzfRULFZEfIBGoOBfZV3qUvjtRZg&#10;2ZTi1LcvGHgmny/N7YnTyijd3D37KEzOq4CTRpkYNoN99dUAK7loMEDI3iSUkwJVf2JuCkrVMc9K&#10;fwFjc+QkjYwS0Nof49KlnFJtXFXJqPPBIVALDMdabkd8rCE/9aXE2xgSEC5g9rnrOwT3QhsID/75&#10;c4CRr2cazuGl9RYocyb0Y8vWWbBvzBh7Y4pQB6BbIKuB2r2GyUyDnC49sYCpT9ir0BdVDTGpAq31&#10;tUvd6przj8tNt0vz/kszHO6WIuCUZpoDOphZ1Rqd5B+3YXbqKDPHpvkXZg3opyWy6P3nZMDb5gGM&#10;9jgWqa9Ie0ulgT9MCnsiDMKXyuj607JprVwJLRXMn12d9ml8VQslSYWmltCstdIGOdlE3pKMdFdm&#10;3l37nHIY2y2lwzHc/V/q0JFZlmS9ADu3P84D8A5MiMdSYfzkigUy+7Lf6aGKMAP6UtfZwwx4tXlP&#10;E4Bv08bTYJTBlPvuu09fgxJKIHLftgYilQ+nCAu8As3nkaOlJWjsP1WuWMveZ8yCn2YPRmb0tSUk&#10;T043H7MWn0/k5recmtWyTBwV38a28XBMDdib7GX8ZhDgB4T9Df01e5aVPeynLedDBngir9YMv7Xr&#10;Ye8rr8COZ55iVtcEjIuiR597y2hMh8BEWb/AuI5UekDY1Z50oPf/0zdv4NAXgs9//rNw/PhxBpg2&#10;wajIedXJMftee8AZ9mSKf6/UFC6dFKyfpPvmHDMun3p2J/wDs+0effhBBvme4pTdW2Gar6UN3LsJ&#10;MC39ZKHa3n4q9JuVam2UmU3DfE09+OCDGly//rrrGOhjRRb3e1r1ZakbIqOWkA5h+q1jWeUkA9wS&#10;1CiybWGtGw8zQ1iR75XWhx4iosDJHyLV5DPXh7UbX9tk91DV/8wFfqKNs7IF+HEj9BFVDdAKEtGp&#10;H/5jBQu5hPhc+AL16ScjbHTBvEeee0wsg3e/+0d4cDXL/nvfga9/7auMdczBxZddYYNElU4vP+20&#10;dfDcM8/B9odk0LIJrnrTJax6tKxxGe/xQOWv/vLP4c7v3AXXXfNm+PAv/DRIXu66tZvgPTe/F7Zu&#10;/S5sY0++f/jiP8IuHthc/+Yb2QZnhBPAJ2Ajk5tWMEguDEF+MQ6daulE9dBTjiCwpAjYcKrh3OXq&#10;eEx8zwFjj76wDw09hSvWQQycx8+nklqMPEOuwr5UJfVN1TTh+VSYVfHFzE/P6avJc/MWBPlrOQz4&#10;SElENa9oyBqD87XBYN+P/uTPfgID02Nl/UiwZn9N0QF06bW6ybMmksYQmaxHCwWaGfJ6dyO9MMEb&#10;Jc1rjzrNxBQvFZt+Jo+WqGe0Bak7d1026+2wl0dBltmnGX78Q+uFJe9dpLUkXxboE9p0KVPR0vh6&#10;tJQpDudm53UBVrLJcMFpS+Pr18HYJRfA6ksvgo1XsAz3/HM1oDe6ajUDeosZ0Buy7508SOg+G1pJ&#10;g9JFpIqYLrrRDQxXMTJ1Rw+kZqW4aFgwqiisBCKQziDVO1OlMui5ShzDc2LdAByraY4IGi3zBp3Y&#10;ZSRavj0NgTCFDc18feLZP3VJ9UlPjV3twhur5leBbhPETJwYJkwhhGzgQSB38kzW8EiEASjuJ94/&#10;COICGbH2/iNggPK+h5HMNwQUA5Pm4I1Vxuua7Ydxc9rnq9+8kF6jcCSdnFCDBH3hk9EenymzCGcn&#10;VuGiTVWLL4bjAvrNc0p3mxP8ZEVUQUJutBkFJmE6RRsqPyheNmH/zq3QPX5YA2fi51ESxQCAyygi&#10;CgxfXXIu+WTcrvW2MwmRjnEX3G0uuAhjMKukKHvJXEtE2eKmao4daFn5Z3ifPUwCPJsQWIzXkC7F&#10;Si1L8jES3lFpjpn40TbfUwHvjAAapcUYFNDaUr6o5PpmzSafzB72kgortriKWHtW5geUHJt4yuuu&#10;JwoCoZyDIwReZ+6e9Y9BynXpUMnG0o7WrRPmtRTG/nRh6EBKBTTXh/JhMED5/cT7IVLVU0PgHBoa&#10;f0iTX4ahBBHQVw/eoIS1RhQz+tDWIxXgaI8/YmQyjok3TwWuq0gyTO75KADXIAb/ct57ZRBkUnpW&#10;UBJE71l8cQMVyVEwTkSWe6RTBkMAqtBIvQ7Ya6MMnFDkvC1aOgljay9iTGQJn0GWV6rShjGpJNUb&#10;KxVFwP6gRHkQJ5uEoRrK8KvIOmhiETMdLEsZLFNZvwe712ngTrUrrxwN/JURcGoNYSyLuLA+y2b/&#10;KnTwxpAZ5kot1l7E3m+S0ss/F5VGeYQfP2MBuUIzb2Roos8PDts9sGsaef26LbsGK28Doz0A7fvr&#10;WnWGHkLzZ+2WJmk3rPc1QCjXeOnWY/PYoTbZ8I1qIOJk3KUHduxnlfW5UFrmOzSkdE2r/an5fcqA&#10;+Uj3OOx59gVYtfYMmFjB1jMF16yK9xoGLueF3cF+r9MSjqFUn506ls87hmIeZMCYzaEHPibNdYx9&#10;osa4Ubztjts4rXYUlrPctGXLfw2COJZTq2WugaDO0q/Nx7jDvzA3uYbFYnz9HNjLC7nU9TyI52Mz&#10;w4EdxTB/rkN8Pk/MwdD4amYFihRYbH5aOsG+Zdc48ZEim1TZb27cy2fMe2Yr46usbGqu8XJs6Z9L&#10;YrA0xMQ9ycNPCOC3TEvslLBK+Sob1v56LcvsNEnRFW3VJhj7i6e06xNbCs3O671H2HvgEzmHYe+e&#10;l+Fbt9/BMq2z+LyvM8+PiUd6hjm2sPCyMCShCOqUsCZPa1JqqPjoNVd/ps+b1/eKAPRzMzxA5WMx&#10;w54mszMG/NXptwy+bvvu3fDQI4/BI48/AUsYeP3pn/5J9uPjVHJmg87N28BEKIPhDugecoh/Loqx&#10;5StWMnj7Emx94EE499zzYAN7+UnRIQTgojADTg006lBEXk8YlJWtoqWKygqAyip32cqKa3nvGaTL&#10;+Xtjj1o1V0tTAhjUiVWqliJF0JyYh95rNdMvhn1FzXdWRZ6u9aiWaijmBz056SslLP6sz2UPZVuP&#10;69wTHjCjGnNAvArSUXNf1AOE7gHi6C2Q9zrG7OEI2x+IFYJ4gUqiu/aa5GtQegZzTEoG766Dnc8/&#10;Cw89dD9s2/YAnLZhA5x7wYV6bRMLNNkTvvqVL8Nzz3GwzOsvhIvZU7KjU8udoqYLh9ga4Zv/crsO&#10;dbr6quvY5mZM3z/L2afya+xLOcfPNcxgtoQJvumaa1j+PqatGCTzQFLWneIvVbHEH5ziYM/MMSCM&#10;1wT0wFhVV4THUEUAWwx6dSmp3cPXp/pKjr5Or/rmisGf7IoW06mGWwb7QaXqFmpJcEZK2KKMG3SO&#10;mJSGc6iGDVgHRdmgR+/xBxTd4+69bXYBHbGcEWvM2TqQgRX4lE7OKZje2v950+Fo57SJvLZ0M1Jd&#10;8h9eLja5iLUPh/X5GxIJg3hXyAmQsAwtBS4Mq49sUAcFQQfU1SdeCiVkeQCOMtV92QQs2rAOJrac&#10;ASvP2wLrLrkQVpxzNizZvNEYqcqFbb2xYgvw2NchKl5VwrhLG7qIqZWw8KKE10QCnRYZYZIkDhZ7&#10;j6GeCHuDMwh9ImsQBkd6stGsSUGAOOB0sQng6wfmnYzPCGbYkbkw4aY57MKGSbWk0mTDyVKXM9N5&#10;7Jf+O0hQBYZAH9YmVwTfyxntyXltnEyARmPi+qm1j6kNS3TwUNcEBUmhXiXoKgu6YPaa1x5ctugv&#10;bcr4kRcfhvkje5MgGIxCIDBJsgwn7wozCWFB4EN1y2JNgheFPDQZnGMuPS9hkTWwhvslOVMw6ygp&#10;76ckNbww+1ot83dvso+xt2D4d5X8PUzaxZryAuMwjyDoCCHvVwi570GqhAlN3qi+/mA9HRZ7LEA5&#10;W4V0+ILYK7MvkXYnDQamg5NeY3noH7KU39uw4f7CAabzGKfnZt5LOgejyKG4UiZQwJilDNMQGxiI&#10;2LDsRrMASPwzsSn4hDzQGQGDBFEibPj8JvRHwL5VzOwTsG/cgGTKJdmFMl7sIZ/BJIkutydhNOgN&#10;wcp0ao8Ro9my0V24QoLAOhDIGrNU9gWaXaciKw2t4BA5nsgspRjmzyug0sxsl9MM5zQI5OpPDdBp&#10;cA8jX089vBZ4RgN0jmlYNeqyDou0tgzu0ZDhjzZ4qKWCZteHEblzWRor66TZBKqGM/L7wugb4vp1&#10;SII+2gZgMCCjvI4gHgTD7Mc0w0DH0Rf3QHvJBibGcQr5+HIz7ODX6TDgNlp0swzaproA+zDEsqQ3&#10;eTutlpaWLmEz+HkBvZgtMsOppMtXr+JkxzHtUa1T6q21jg69ozpPXlJKJUmw5NCVkp8HjnI9TyfY&#10;d5EDSETSy2DNLAPWrZnDMHfiELRXbYYu76tlYYCXlu1l5rQv22Ahc4gKmgrAXswcZx8pvYDIlsc5&#10;nXXvnj3wFKe1LmKG2BgzHqXB7nbLin2rAzzqz6l9/pQB1TpdwwJrtQsNYM0wyDUzNw+HWd687b7v&#10;wuOPP8bg1WY4/7zzWOLH/YuWFif1D+aUJycnmekVLPL9+k9SjQUI8T7sWlartAxfpPHCuBRm3+6d&#10;O2HX88/r4yMHfGZ6Bq5+47WwmAM0RMIr97jzbA+bdVk3BEzUIC6TTgS8fexRTill/7Jzztmi/fgQ&#10;Ww1KpZOrjrFB9nSqau0ss/6k4/EG/KwZoLKpPqEB2xQ8iQ4EF3x8EiPdYLA4qN3loCw+8cv73z/x&#10;Mfjrv/lrWM5BMGeedaa2ppAnFQxEr402WFTWyDdceZW2BnvxlZdh67ZtcOTVfewXuo7Zp9vhD/6v&#10;P4JvfPubOjT04Scegztv/za8sOMproOHYILZpi3+c8PmsznE4yF44MH74c47vgXHDh7W69aff+rP&#10;4Nt33gHv/IEfh9/4nV+F9/7QzQx0r9BgYJdfr9Vq1QrGxuvfAbe5Pgwxiwlg5F8d2wE0ph07CwiK&#10;wzzcnpV65NV2NmyK3gwVUlQfANkhF9RkuTiA6m7AawMxayFRk/IGvn6YJmIHVZsG+37sAwbsC+VB&#10;GPgzQQAwhci8MXfGiOk2NLzIg0uVNMV57ZnkGj3ZUK5BMqm7EJgQunJWpyRBBT4Kck1dO0GRCaJM&#10;7AToAwf08aYoUeaMjo8wSj3GlOpxBvCWnXMWLGeW3soLLtBsvYnT2U+BNenjDPoN8yas9CSM9DS3&#10;a2n2qCqXbYrC7MMLMZfiGPoVxNJczAJ+aZhGks4ZXU9hiitWfgII/T31wgAVzGvVMJfIeLKU6Ca0&#10;rOFG6PWwXmBfHBV/knrfxoiSXm878bHyCdWYT4vqs/vU5cOVbyL2BfvyJv8L95yjqInFEECiiNfx&#10;fY+7gP75zq/NZ682meoNFNICX6MKESgNi0SaDyshi4tnSsID0DbwZWXkKlM/LnY7xw7Aqy8+DpgQ&#10;PmtedCoGtlLmqQqWEeXYpVBfgyJP0Iz6GDMAUg/cpYayUgByINYBlcjnjFKuef11RFI2OqTAEnzq&#10;gRxYt05R6XGBQJ2YsVkJmcjBPCX4rFQ9b00KkKSjOzkkBp80XJcJ6wOZNFU352uTDfSh4BhYYCsT&#10;mJ5F+CkB/yl3zrFhgcCe1uIh2y/ODk+a4WS4mLspKZOp2QQO1tZptIAVxd6K1BAV0RT24afUVK0B&#10;mAboUGb3CUI+IrPrpBh1QL8H98oK/A7BP7Qsw5ElK2F8LRtrD49Vcl0vvY1ZnzEwB3H1lwH7KEwk&#10;SaTf7tqmUGmQ1gdSF+raUMXLcygvzvyn2WHcHCnLvtDeaFQhMJKe2x4bYgCMWU+LJmCaEzNhVph8&#10;c/x6J/SgWDzhBBIzliYtzQRrtQ2jttMptQm53MStwtjahBLscJJuPhra+hW9J1/qS2ry6gxgB84O&#10;QKGXQPk1SPvzmWG5yECNpULlxacfVxjmsYCAAuTtOfgKPM8yrvkTAONr2M+NTca6rRFgkStM8eu2&#10;sb8dflqP0QL2eGGiCNtA9rc2N5erV6/RgQUPPPQAe5/tYVnYIh2WIOw+AQWlzhcmlbIJ9eF1LuFT&#10;bVbUEA/pcWIlzC9eAYoTeYvOFMzI8J8f0+a6vZyfhuL4QejsPwg4wmnMzJqfG2p7xniJOHDoAZ4s&#10;yKHPqSS9DunnGOF05JWc0ivg5oMMdrYZnBphL8KiZfqNtry/sow2wdCKI/RPlw8xNT0Fx08ch2d3&#10;PAO3f/vb8MD27QwgjsEPvP3tcMOb38zS6bUMDJNmtWIy+IKMzUxeOjyAv9q/ArDPhOQoXQdpZiy/&#10;1ym2R9nD4OpDLLl9iJNFJ1as4ZTkVRwk8Ga46ppr4co3vIGDC/brRF0BP5YwGDuxhNmv1NFS/whM&#10;LI0Xn0i0BfRbtnwFrGb/vueZVXXuuVvYh3K5CcEBbLQVyamM4iE+JGqQU1lX59QmieIkKRSr+kYN&#10;+JkGsAhIAshwgJqaAgZgfnoJMeGowUO+rizrB64MYibYlGQ9SK8YH2+9poqdAw8GJvhavIe9JT/3&#10;xS/CS3yNve7CSzggZrFhbelgHvGXbOu9bpiv3Te96Xq46KKL4a677oCvfeMbcMtXboF/uuUrMDUz&#10;BW++4Qb4mZ/6n+Et17+VfweZWX0HfPrTn2b5791spzAOZ7It2Vvf+jbocujHXg6TuZ19P2+59RZ4&#10;ad9euPbqN8LPf/SDsGTxJHtdj1rrAZdSr2zd1TsXOkq1rfnfYDSIqNfjSaBo1qoHE+srjEhYlHpJ&#10;Bt6LiGnkHNZwx9JaQJBTRMViWR/+GmJTquG6UDnPPoTa+0/9+HoBfek6WEvrtb61qT/g5tM2s2ff&#10;Bz74iehapJS9RvltIGIAms2pbaPlTUBGaWVZDgwsfSKvedZST0xJT02DVDZlAMKuTPKkeEPTqenm&#10;uDTJtcasmL/HNwCNtmEZS3AnGcSb5ICMVWefAWtO55SqNSsZzOM0sEVDMDLc1oUacdGGTJvXM+IS&#10;vMGl3FRtLjY6YBiEZJPDCoWVGSNWMtMckBcXwPX7O/TAqfngYeJvmMgtnWSrMcgWsVFQ6wFcoKyh&#10;NGT06EHW5ElsOc1odl+23EmAff0K1kEwx1R+uwCXkipmOxK4xk1cP6kI1ph+znxc1aTOgxy0gaeL&#10;FIvR4p7ShjIo/N6WdQOm+56S54VT7BPY8BqUYfUZ376OSdTtGJ8N7V8UslKwDkwQVH5OzoNLCtDu&#10;zHHYu+M+zXKmhIkdHsYiYYg66ZXCdA1rlkSkrK6azWAGtCbqwR6FOnMp5+GYEwKBlwI3d6KF9rdC&#10;zexzQB1RFApaXxsS8DNi/uXAPv8YCjbfZGpIGAOHUfhJ3acv9e8M1wQKU77CMVzvgPPM9BQDeVH1&#10;mmX2Qs6zuzHx5YuTWLHH2hefdGpi7lG6n/Vn9mWIQQk4hw1m8vn1GRMZM4WgWu2j9AD7egAmMbMv&#10;QbQxZBEmU2eovPnc44gqsM8lv5WO6Wfl8SNLVsCita+D9sgSc24DVl8EwtUMpwMlQxOzj0KHHogU&#10;D/G9n5HyYSD58t648UEpg/XWs0ECL0gzCOlYfKSw922h14JCjWgWT0uN6gHx7IkTmv0D3SnrDyjs&#10;oGHDGNQDZKM9F6UvdsnKKZX1jo6lOgh1pi05awTl2Hz2XlWVzUBZmtAFJyGCBKR18lmlnM8f+npa&#10;+/n5NGalJeCzmgEm3tVS587BS08/x43kGEys3aDlwsJQwrkTmlE+aPBGCEThAENQ1OpbrqOZLSVA&#10;ifZFY39aAbokOfauO26HqakpTpBdyuEVi024R6tIvMuq60+8B6dEnWMZjfMceiAszWLfHiiY9VJ2&#10;ZnVKL6d7GHDm2EGY5zRcCSpRLJ8t+bU9iEqDgn39/exy9dUQg5KlIzPY1xliQE9YffJZt957D7P9&#10;WFU0NmZN/d3gvYhsGuTkCyA4zzXCLH9GITAIK/LAwUPwwNb74F+++XVYwvLUN7zxGriQjfLXMuts&#10;8diolo2a617FTW0PsK+fDLJJLvk/GuwrtV9i14broPbcfJqDN/74j/4Y7mWfyNVsvXTmOefBxKJh&#10;GGXQQoC9sfElsOXss2H7/ffDN//5n2GUz9dZ556rAwYcQO/+p1oGrJ5jQKStJecEqxi4vfyKN3AA&#10;DQ9M+PiL9LFVtAbvE07mMQttSGoJs/khJUS2Mdg3oGMQf/RePUc2YysH9FGoRBngnQzK8cD+fEDM&#10;DkqpOaQsqEUXzhgMLHr499dv2ARXXnEFfPmWL8N2BqoPstT2+rfcpNl0c/Ozeig0y9eiY+EL4LeC&#10;WdLn8fUsSdHi2Slr3C986Ofho7/0H2Hjuo2cEH0mXHvdm1mqexX7hz7DgUkPwp13fYdZfY/q++Dm&#10;970Pbr75h+GNV14NNzIw+KM/9n5430/8GIyNFDa8yry/OR7ECLuaKJMkjjnGW+jDj3mMFHNBPliz&#10;m8JcQnWaRZCpwKJgtFrgXUZTgmmSb0BuCOXnybrqPQT7AOJeju9ZB0lgZwOwvhDAPWT4heCh+0+D&#10;fYbZV00c/YF2RoUh+JdkdqWovTSx2itPyxiwmnh65LUq+ATkK6njmXN+qmCbWsQ4AUcSbsd5s5+Y&#10;XAor16+BVZvWwarTWXrLkfdL2ThyEf+s3ZZCzTTTQn/XhRBPartacmF8WYTyrZkyJi4XiP8Uw995&#10;6noTRO1baBkupDDw4FM1FlY22TWhiaaBDXHkdMjsizVX0awiYOYA1pmWzWm2VNfeDUQhxZOcLS3M&#10;/BdxIZJcHPh3B90j88/RW5/sEo1rLCrMCbn6RK8T+AUjkjxZvzzMNGDNH45OXkoQ+htgMj0Y4HcJ&#10;8rTseAVe8ElZYCQbZq0+Tvb3e4KoqQl4D8DRFVZukCDSEd3ASTMifkR2E3BG0RR5isT2Bqah4D/n&#10;Z+DQjrtYwVVqX6YqXymdDMWTMxV5O1L8vYbjn6qBYpkvNIaj5a5F5VhwGZNp6tdDUKYsxdzECy3Y&#10;V5hNXyUKU8x72Sioh3RkwT6FNdDLMW5yx0rVjg3WEn0R6uBpngGMNSPsONk3k64ZppKlxRGZgoUo&#10;J6+oLzuxVRvqMIE0kKWHUUD0Vwoksq7KilitCwD78sRj7Demb8DssXa9RWAfpuAbRp6KkKbW9gAo&#10;QyIxxQRK5ztfIxu7uWkIeJfu+cpKyluGfwcB+3hiv+5CBvuW8q+09IWpPOCnoos+n+wW+rPFYJ+y&#10;Xl5mKFpYmmvZsEdV/E3yBtSFrf3K7DpcUq4KsO/HegAatnRhbWGM11FHe/N1jAKE/fu6suYOc7M+&#10;z3Xi3LSxmGE2lB4G05AFrueN76CAbSVZz2VlQdTSeEBTSLxS/iImCj9TMDSgyiZA7jUj3yUP4jlP&#10;VnfNhWBfYb1U9brP5fV8x4R4FJb5J4/rzHYNy098GAuxFZuFV3e9DHPTczC2dA375zG7cWyFSWUc&#10;hBiUgP69A7pCSRTp4XnXMtjlt0Y5PGOYAZTF7H39+OOPc7rkHgZkVmpZq2YBovFPTBkjpMNLuvqc&#10;6jA7kcEyO0X05+roUWb4MeDH6iBCYZ+wNYa83uwUJ/UeBWRwh/jx1pB2cFlkbU/LG/On/81r2WdR&#10;+UtaVZB87lFm9HX4hD/ArLOCj8vy1Ss1GOpTvGvXOunmXvb6I4cOwj3Mztm6dRscP3YMrrv+Bng9&#10;S/nWsTppMaf9Km1hJOtwy1gaJUOkHNiHWasaHGgs+q+C2ed6SisR27XzBfjLT/2p9kv80Ic+BG94&#10;wxWwdHyIj/uoJq/IuRFgTq63M884k/0Pp+GerVv1FbeGwfDRkaHA49Ycs67Iy7UdSEsTTFqsAJMg&#10;jhEGzUuu34barYEThvOsvf6MNNcPL5xvMVg/pPqEVA1SB9eYRcmQuwbcUf71yO//OasqeG3pzoh9&#10;7/+eFlJUT1tdeE/ctKeh9tmUtfH00zbBjl27OAH6Ppg6epgTdy/ggQkPZ5iIJCxpsKnceo/ktW/9&#10;5tPhzbwePPnkk/Dyy6/A/kOvwgoepGw59yztCyrDr2XMQn3LjTfBmaefAS/s2slef9tY/ns/jPNw&#10;65xzL4LVa5fDpk0bYckyXpNkP+J9rmML9NJ603lvaIV1ZaDv/2KNRoz3pEMxrMLGUpYgYm6G6FVQ&#10;9fCKzMwx8hfH7J6GkdQcvdLBDdp8ZkIUEBL6t6oaaEeZPiQE+xQmyYTBZ8sCeEo13MuY9HAByy/B&#10;69zjOSFc0nh/9hNA1QagizYpvKysQtmG0Tmc6IZUmikkm6pIkVt7lLyrzRM7QWPlFi9h553QUxNZ&#10;hKUwEJaLbICjHC0vaUaCXEuM+Zp1a2Ht+vVaDrCMvRIWs8mqPEbTqHWARekNa8Gmo6UqkDA50tEc&#10;laVPuoCRwhqv+4yLMD6ykfUSpKWEUc6+8cOM1C0BQlTGsCo0YG/A3Oq2uAS5hOsI2Q4NU/uw3tCG&#10;rKSS5f7GqP2f27dIOMjGohqfuxd7EBqj5ntT1HPeMYCJQ5VPR4yjQ1L/sGrCEDZ/IRvQmSiH0Sy2&#10;uIbQCxKCONEG9k24YIZmTURJqee+R5HEgxLCRgjAqyhJlLx8IaZvU+8Bm6N7pemMbhIdWAlUAUmY&#10;sOPqxZLbOHSSoX1/LTQG2vJv+bsY4ArDTdrJDpkD2tZWR9YYlipTbDMHEL8f8PEI7n7rBmscBPTt&#10;/oWbYSvr9XC+Y94r/9m2ZnLRlJXic0JQVoyp0jmIciPFzeqJI8/C3EFmMiBlwKsAFMIqHIjCIMLA&#10;fJ0CnyhnEu59yog8GueuVF+cUY9A1pAhFxrvulCOYH2O1usGzAkCSbFbX30Kq6qSgYUssmik0H5V&#10;OjQJwxxtR8ePffqqPSJ4HWV+N+gBomklIdSuXd3UO5ZforitAj2ozjBTdVlrSoDSwVfKJajXJ5xZ&#10;f77alClkg5lfKKGBCZAU5RqkIIwkrdFxCUyBNeOP0BrZ21Rv7+dipJpIMfTjFtbQA80FV4TrpzPz&#10;pgAYiXz5KNoRI6BNno8oCIwJ8q7093zxR7G0iLDuM49xorn7N9VYuklKb+aGoSDPzAM+AWPCx7uk&#10;w8QgA61rQb2yrM5JWWnj2Wib01JPu5obB/bhkXCgoq3PWQkYSF0oUjG4dckUj8qzEcgGTbjvI5aV&#10;wzEZ4Er5xq2SkikvGy8CA3cVyOyLBCgNVB9Ypb6Eomq0zECF6GNRtA+qBamUDxYA7clMbDo+MjYJ&#10;88wyk4MlDY6AZB1O8YVympv5E3wdtHU4h5j9S4qsiFZQApZcSBJZVpacT7GPKZTf/zVwqeyVp4M5&#10;Cpu0y41UqWz6rqmDjdG30v+W0JUyCPXodgO2S5LKrewQorABTjpRmP89zMCW+Pshh3PMzJ5ght8z&#10;cOill1m+vR4WL2LWHYr6Zo5fZ0gDbMqtJUB1P6AaJSIzSAiHX943qGrOCmWYkiNcsy9lT+zTNm+G&#10;V1hu+fDDD8MEM97k522RtyoyYRX6Hu3aMCkyzHQbVibXjLCuustWgZpcCTTDwXxHjvDjZ83F05UA&#10;EgZq549AwUw4AQULBnxI6O8tZSXihR6yCThIWdpRHJNn6nCq2I7pZenDkZR/PrIDgZZOei50qMYK&#10;9r9ay/3Mw088CccPH2agbolm/mmPPR0K0dELwwwzxo4wqPcCe83dw0ycBx/YDkNj43DNla+HK668&#10;UqfuLuUeaHh4SA8K5byDCut6lXgAWQC9cXSSBjAOEqJBPf+dk1eqIMSlW5rrvssXvATGSC0k17N4&#10;Tuo05dCUXmS68vnkZhAbFH6tg3xudzO4Idd5yY+f4uMlcsbzzzsXrrzmKgaXWc3Ffo/zvNZ3xCPR&#10;JkZLjynEkAsvvRSW8DH9Aif1fpd9D0UmuZylujMz0/AUnx/x+ZSwBAlRk/u90LJ0rhn5WBf+mg6O&#10;K/YG9KDxePfuedLzlvMf6xUmhxlDjLBXIsqdYzVQym1FyMGYsR0kb6ANZsKcNBPDd4YB+w4Tpj5V&#10;q00i6UzDrKhP70FJrAz1wTgxtbawtOy4Tqr2TuqRMoyBVMSd1a7U8fIPkfYzG3v9htPgB256C7y0&#10;azd84cv/yJ6cD8IqDt3ZtGkD3+ddO2wqtKWZQlNDSejMD77tB2HPy7vhO3ffDXexHFjCZ7Zs2aIZ&#10;1bK3jPIedh7fG+95z7vh9Ze/nofgLXjzTTcywLdEvx9hV7dUtXa72lrZPVU5AlQIIDkGc2AL08jG&#10;RKraVKQ+nswVsYHSwWhYw6vYDk0P5wJZbaiGoPS1gkI5MmqTbcLFi2EclKrxL6raM+Wcg7Huje77&#10;iMSfmGop8WmISBrgF9+fnmSUwTic7Dj8Yfi6Rsb7bz6YePZVG5hPBrXm8M44WBa8eZZB6EXUVq+m&#10;QGxVTaaHO1umkJYiSWsPurqwkuJwhCd+45zaJeaRy3gzlD+F4i8GqrIwS6ElkxVZXAWM078PFI3c&#10;MdWBpymZUXpcmFJbD6UIWV6I+UU7C3gNNBxB6OVj1XMqMyhjGeHUyDtr7D5snGycUkPa1xy0caqe&#10;a4CstkzUPWXBRcgwPahHWi7W/MAQFxgBUtfc18y4MP0+NvkChHByLCuE1+4UnN0YqWH6EgNqgVaU&#10;IGqEjDdeaUE9MfU2JBOhpyMOaYNb8QOa1wmdyrI2eI0RWwB+7Lwk5opUxCenKW16i1QXHjZJ+FLm&#10;H1lbA5kYa3aepG21Wok/Y8iwiulsZv3s6s8l20yHmwI6fgKO7nlCd4ipFZZhlaA3sO2WTey8xMzV&#10;MZpTEVfOegD6e6GkAQKhRxpmiJWIAZqeJONiALCHG2M4lBHCdpu9SobaRsLrmTZukh2AfKl0N/x+&#10;mKoLORC15mkIyeYfy5OxMZAj/hlFLJn6PV3j1yOl4V89wzEIsQKOMgVvyizrtyaGxb4/xykTjZJ7&#10;hZocimILhHqYACZJd5jkK8fy4lwyBmXShlxdRZgw+ELPPqrLbLPHpYdPayglDwvYnBEp1T5v6FeJ&#10;nrlnAL2Awee/nwR0iIyX5X6LN17FksPFwnPjIUERyPqVy323NZGKAiciS77onMcgTyhtUhhC25gk&#10;R1KV1ts3DIKi+wFDNB5jHRgmLS4m9Fft+cyshqFRDilhWe8sM986bO/SmWOmGINGGi4U0Kmc4yZo&#10;kfGFtsnEhN6lTyc2m1RCM6zyqbrWqy8aGmRk+a6Yr/bXNKaGvK2NG4A4dDf0AnIJ622bpu6ZgFYu&#10;PMN73QEGRsoZ/tnqDSwB6zCLZCnvicxEK4W5VJ1bf/YRa/K6vNy9f12nQToBatCoakYZ4FuxfCU8&#10;8/RTzHR7gJkl67TMVQBVaWL1fsXHMg7tqNY7Afs67LHWZf/FcWaqzu3dB63pWQ3EinZHAGxJ4oWZ&#10;o9A6ehBmOXUal60HYvDHAE3yKHZs1J7fGbp4ei6azLxqao5mNpVs/eJTKP3O5OQKeGj7NjjK0rtJ&#10;JjAI0UHYO3OsRjo2xT5a+/Zz2uZDcCeb5U9yI3/NtdfAxa+7AFawjHSc2T8mebPQ9kYl1eWX+f2Y&#10;TmFFfXKS1EOHDpnEYjB+up25OctcZbCOZcqv8Hl8iT+7MOiw1TYsXS3N7+raa5brHbnXjhw7Cl9j&#10;ueOn//rTsHb5JBNBNrC/2Bg/3zzcduftWuI8smgJ7Gf/xn379sHzzz7Lf9+vn0PxNcDiL75uFsPK&#10;1as5zXQ93H33XfDN226HV/fvg2/fdht85Wtfg7PPOIuZpysMqGLVFZCVqlKj397Cj+qpeZ7e6puT&#10;DO07qf4t7Gno5DRimNyROLg9VKMsBeoi3YUEb3iwaqHit6CICNO9ZQ+emu7A7l3Pwm/91u/AX376&#10;r+Dlva/A0SPHYN/+l3go8hhc88YrYXzphN5zWkWH5eXzng0mzGchP91w01tZtj4Cd3/3Xrjjzjt5&#10;2D0CF1xyETOLS91XCMAu4PVGTpOWkBoJ3tDWaxZc7+FZ0PvPpAvKwQYhmFZp3bBPcEXs2ohpv51V&#10;H+FCruz6dRzs1VgTeVBA8MQFSMKhh8dhmOjXpDaheH3IWEpU9SplP5f0mzqg4ydExhuYiFfG7hlN&#10;MQUtv2r7GHblJhFd66NAhmWnPTn4eYZZTiXTlvHxEWbmjcMSvnAnOCBDDGZlAxRQzyHHOqWLadKF&#10;p/dbY/uyjM6vn0g6Vh1ilHobsusUYgMDDTOebVgD/TyiqrA6Tjk8pcE4FEKWTa7Zi6RSmL8kKPN6&#10;fcC0gUxUe3jeDcK2+97/d5JgogoCZE5JmROmSdcn29gjLGAhYF8IUDvPvspypoevRz9aI+XfF/WR&#10;vPrGBHs5vsBrluf2mlki9PLTiO8RFdDG9VCia+iVwtjpkBg6z+mJuwz7hxC8t6heT7gRkOJb4wTa&#10;7wm1jEuKzlpoXoQa1KfhlGWMgjFlt2ucLn59WlEsl6OkzVWWAaOs+Xm3wwwUlm4deO4ePY1KPZkj&#10;IAFjc/jYBhJrYBalXhfYfD/ggs5rHCISkMH8eu2nhypNyA1j6QO7BBeQpCpgTiS82tDe/m6hAgZg&#10;4CvipbsqBfvIAiABs2oQsA9710ZRurqKz3ekBcC4BfCyB4wbjlqbib3Bvgq4pf5rLOYaYErWwcrO&#10;gFI5K+Q9GV3icxj00Wu4kgf7qEHeG05Jw5SLDNhXx1Xs9FlltwzK/W6/Y4cp0BcXkuE9GooIKAj0&#10;iD4PYca/smIplvaXBCxBiD375DmH2MNqXIN9S/RF38KWn2ArlWi0UdUaJH/uVSaIStWpjCoo9ClE&#10;PjBxufVDZQqSajNSnnCQC4ZZF/NkQnlQbKLh2H7OHkPYQl0G/SSsZJoZRSL/RGb1STKvpPAK36oM&#10;GCullfA6WN+A2ma9kuM93ykt2Kcqf70SEpkTZll6gMmgOhi8uORfea6ulQ9j4NmIUEm4tezYhnh0&#10;NWCGOqCEVAcOvbIH5nbvZcrzEmZ0LONFkSXLSprGoVpbEjYavSypooFwj6JUQKlCs0jN8RJVziQH&#10;Hhw8dBie4DRZ8VgTiaVLVTTHtBt4ilWLrQCuPMuBOd4HOy2RajLQw80vsb9du5g3zBs5OEo8uWdh&#10;5OgR6PI5LvlxWJjAppZe3wtIEsmiz4ADOPcj9h/Ho/0s8jpCYBjhAI9hZpU9+eTj8OqBA7CC2X4n&#10;GPgTttp9DDxtv38rzHCIzJuuu4E9+S7W6iaxMGppNqK5toQ5qp8zI0z71wr2jS1eYntCc10XaILH&#10;xJtQ0oXvY5Dis5/7LKxk5p0Am+12dV3KgPQoy7Zf3r0bjjCT87Of/7wmhlzNcubVa1fDImYwrd64&#10;EeaZmffEE08wG/JB9ih7AB5iVuQLLzyvwdO7v3MnPP3kE1oqKb6JkvS8igkml/ExXs3A37FjR/ha&#10;Goab3noTXMTfW8QAirLDBGWljFmfw1ME0CEkbFqiUw72DSa9PvlgRkrkmAB4UpGJg4J9farShnCy&#10;hn4N4aQkufUwqfiLMq9XqWsExD4Of//Zz8Pv/N7/CS8zKH32mZtZcns6A85n62tQQmHu56TdDWs2&#10;woZN6/WePcQAnnivaqa6hMh0unqvveiSy2AV3z/i+3fbd77DgTSvwqWXXKE9/oyXKgPnfL8J0aqt&#10;g6xKDfalZlOYCenKHUdM+9faZ6e6Xw7lQ0tS6zNPREgkipgaZ+fSda0q0it/IOitaybjGFnQYHoJ&#10;B4P7uIbLXwexh7Z7fqqIEbl81MQbPfaTDt6jStMFsZa0nsNl5FhsZhkvfvmbWylni+5lXCXFybx2&#10;2lh2SiuZMpNEs4kbqrxOQBtqGSq2ZseEsiOhQ7qpcScw46ZAKx2UgpHZaBmcWBUtMRSwFnJGpdkM&#10;veBsNko/Uxkv5HTjvSOXyRtGZcyOETPu4pT3Sx5wcWqWpzYVA9gzoLT3plCeNBgXpjA3/6eS36tL&#10;Rxqf3z2sLBdmNgu9ADPXmGBUDMt9Emn3AzNxsjSZkoKGJ+cVF6Vz8n3VMuCO8+MKPxP05VPVzy9m&#10;wb4qBRapYYO0vk4lUOwrRSe5i4esNwzusxxbzsrF6nUK1UoM0FKo0rCC5ZhxQlt5ZArU8cOA/AUH&#10;9wHxZLg8MQ2qYxLXulLIcZEnfkCK5USlyIOWTQJycVryMEIzAmQQwSBgtyImDRLa620FnDRJG97O&#10;zmmgb3bquE7iqmQ4qopzj4oE08WpQnn5bFnOw7FDB+DwS8/B81//A1Bzx6BMfO1jsA8qaSL1dtzR&#10;jBDPCLKT6+DvpfeIwBpokbsXXchReLGUZcLKw/y1FwVhQChLDII6qBrGuFcYGWZmXws92KeZBERa&#10;qmBkOBXApw38i2of1Vau1qKisGmXTq6lPNhHXlJYYSRkmSIGOFYqkIjaD1eoWPrlln4fIpKwbFUw&#10;aSz1e6JA2hIEbTRZQgSvFYJxGOBGFMTwRr5cWGfT1Zl61epsfOHQAz9UUuz5ZmsJJ8t11xnU/Cnj&#10;90WZdaHbrd5LSQnIR9AsLSeM0mpr9FOd3KmMdMyBNfZ1uhQz/qqvGJiPHgPhY8hKm/mYUfX8ZfB+&#10;3Xtz33fXh50PaK841+N3Sxf0YAYIHQsGzYun23zpj1OnSxr4kZ8vXrEYVl31izxsPU3L3xQz29Ck&#10;P1hvHuXXW+N9F4eSoZNgJ0BwPaDCXe8qmupHMixXv4WpdxbQLgOwzzGic8btJcSp3ZUlRmWoZyTY&#10;1QmWz9aZn2Ksa5h90ZgdzWvxNHsd7duxDWYPP89r6T4eAr2q72c+qnzPtS34VJoAEM0BL/Ua3tEe&#10;1aSPtwAXLnlXac8vE6bkLOOUIh8e5IbYXatUMeuFeZ/dkrxMWn5HOZDfgrjyUeT59Hkvq+/Llzzd&#10;XEcCnPg9zTE7nf0rjjMQJrX6q4dLlvW2Wca4Ca750Z+Ecy67iBl261giOqKtLnywQyKfWlC9QZRV&#10;qsixCfkj8r6nGJgRAOfJxx6F7dvvhysuvxy2nH8+TLJVz5BOOiXr4wc1OmxLnxlzTueZ3d5i0Kz1&#10;1MNAT2/nffq4BmyVnBMmGRQi4+QUXzjrcqDTTocOS+UUn3tiFVIRrbdp0EwI1KaLRm7QqzLbfxn7&#10;livzPQG3RKq7nQM3nnryKZuy2Rb2BZx1zjmwkv0MxxkQFPmvW3cLUJV/LxpZugQc1sG+zPugEk6G&#10;xNQwvh4ATKw/RkLFhMAhQTLTfO73vPwyvPDcc3D+6y7U53yG04aPMTAr8tkJrr+GGOyTQDOpkaY5&#10;UOdxBvE+99n/Ds++sBMOHz4CP/aj74P3/dj79OMLIYNwHTU9NaNBdxnYzrOncUsnmJJWbBxh6fQ3&#10;b/0KP89j8KEP/xxs3LRZB5uIPHie7+Wu/WjCmBQwWocSlGUV+EMl5JskOin7QupxzAgov+EuMDSj&#10;zuyLr98y+7yq/3M1hBBQ0PM4xjlayWPkmZzIcJt6hDAzwAxyYh9s1etKpGaptJM5l5Aw9gck9kE6&#10;0k+OT1wHlNnjJD8Wifl29uf7tz/7MzzsGIbf+K3fhx+48To9qG61ZmF6egjuvfsO+O3f+1147rln&#10;4P0/8uPwH3/pvzCTz6yPDi8hMj7eQraSffyhhx6EP/nTT7IvbQkf/5WPw2kcWCq7Zbs9qlnrct7F&#10;K3WeWd+yFhs7oR6fnai3S2f081ANQP2HRpkfIFBw+Vf2UfqcB69VUt0OzNdSgeogPcVEBFFDTOGc&#10;nbIsb+3V62S8rpsiyCrmsAYCBjV45vNW/SRlVCsUAaw+KVg+V7I+UENgjByLa6+9Flt5pml8eMyk&#10;mKxMQGmN9/B4SzdyQ/x3ASXkAu3O+9Og5bqykMo0zRgLl75QEdDOaM9NMaZE/msnp84nzAEi7mbR&#10;0vZMyghSOsXFgfz94ySThU1fBuBwxgsbYQ/u1/+P//P+Tv/Kjgs1I6voNi6gul3ea817tQsQRZ5d&#10;lMabLjxb1i+QWLe6pzqDIrtz4ff2HGVxw5CenBoiBsQdVxQMcYFHBw8CvrQbgH2B5l9hic/hvdwQ&#10;TGszBsHVkJsfNUJ6yiXP2RJvP25suyLZEGCPGQAls41LZkDAuk0yEgEev0OXGwSVOLGSbzDzb7yR&#10;6el8fahyjKAEJAaMNYaa3ewALu3lJO+ZnZeGlvFE+7hNQK+OjQPZ5Ok6ZJpBbxAPMbhQkxYG0r9w&#10;1VJZ6lLv60Ipy9amJCAC6+xB97reRzAlw6Px0yiDjbrAGMSUraNlh0/yfU3sLM1xltq9KBoCHSib&#10;SfF9WWYqySlF8tP6CCgYZhHVJaW0gEE95d4P1rOcFrhUOhm2Y8IprM5VXZY7QDpfj9esecX3DHfB&#10;zAv08uqh4JrEPMmQeo/CCPon9sagWW8mFVDu2qXohKke6zRZxYVbd7pUAenRgKpBuukh5uAE1PtR&#10;StpZ8tLjaraqqtc0E2XPnIlB2N5ri27GUQXXrLLDugAodB6ADrmV0lJ6d8btRooRBkH58UvXwuTm&#10;8+FVkTUf4WM4dxhmmQE+zGyqgplv8ryq4D2Dpa8SAKdBOF3jchAcVQFMyg5Duh0DvGnP2MINLKju&#10;nQluCFh5qBoFTakZbNUw3XzGjmUPGpluGXis8hBphmvtlh3MgbGxIB6+j7OMdUZNsdSRWR0MGR09&#10;8iI88MW/Z1CsDVOXEZzFSZAkLCqsWILaAxv7DxbVAPWHBryUAacK8TUUBJpfZTGzVhYxqDJ00cVw&#10;iAM1vv6Nr2nPtMvecCV70i3R6baeBJoAD7OtUb05KWbujY4xoKMm2ZfvDQAnDsLQ7h1s0zENcy2G&#10;A+el/xgFNbUfivvuZynzNAd3LIPWUh7mjfAxSwfJp7hCl0GehHEptIqnrqkZFR+DSZYuX/6GqzSz&#10;tMu1yMbNG2HdujX8udjeY0jgzC6zfjhchf0lwYL/ZvDLYHW385re6f+IaluGnbN8LPbsPwCPP/Yw&#10;3Pr1r7GkeSVsZsns5LISlrPaa9lils2zhFeYfLMnjutj1WFAYoR9Fzfy4z7ws/8ePv2pT8Jdd90N&#10;zz27gz2LDzOgx/56zFyaY2anBDiKA/v8vMjxh2CKa73FnMQ7x8dXfnbTTTfBN771LU5GvpfljGfo&#10;e2SY6zohn4wwuHro1QN8vNtmKNStgFqyiUh1C6NqkH9KBEz0PS428GSSdV/LGwv7C0oo/t/XRvOU&#10;HdxBT3eNPkWZCoDtzObLeZ1evmR4KUvSN/FacARGWst5jWjBouESrrnuTfB/LFkK//7DPwOf/4e/&#10;h+XL1sIHP/Lv9JogYHaXr3sJjZmXfkahrn0vvvgS+JNPfpLlwbyHDbc1ONidYwYtEw2GR9p6Ujiv&#10;FUy8t4iunXLeA5SVIGcd9jL9aa32wR5FXDAkSoe7GBpkfx9WrmYSR/z6USlGgwmIsQf8XFk4haQs&#10;yshEqKE+wgRzqpPeivf95Ac/QZGNIWkmhEzXJM1wkchvx4ZhYvEIR5iPwZLFoyzJHeYFlumkNtHW&#10;NHOlZurZ+b41EsfYpLAoKimFCo1by6gBVD4FF33CocJ49oGx+6WfQCvL7lOBeaNjzHg5r4tAHsBz&#10;SoU+SWTloV7eqFLn92g6QylrlVQMBiLVDCPzSU3Bz0O5cELZzBs39pb1Ngdc4ABLGHm5bJguHNJM&#10;IopqTiYcfo6AfYhKNYZyUFkGTIDQ5DJJg80y/+zPKTYOd/+WPw3TJglhyYC93qQ2ujkhIztNfMpC&#10;RRZiphUkL6Uim4iE2uS+DEyxqLmFDMC9ugY3cmKqB3vUwFisvDrlfpciyGosEdNJZczu8GlCMtnn&#10;3xXDZMBA0swgm9JBQKCLNP28FeXImNA6JqCE+Mh7EOaemFlLGt/uXVDseArwsYeA7vkOqHvvBHro&#10;foDn2MfupedhaOoAF/5CW+epMpf2MH/CmK8fOwTloSNQ8nOU01xUMsuOWB7SOX4IulPHAJn91+JC&#10;Eg/sg+KllwBfedkwPdqFNY5WWkqkP4WcEkERbRM2j1gDAClI8DQMEZuoZc2fSxeElOpCoZrmlI45&#10;JX597JcqzAg1fYTZfWwoPXuoZv7qPL3cFak8Qwlij6ayVzBzwPh1k+EowSGWsjrPqEgGkGHua6mZ&#10;wkgO4JMrVeyjp8LAFop5xGgZNC5URP5rFVWKpd4DCCrGnXJm7yEjr3r9iulnkjhJS8Er+wi/nlPl&#10;r6ksq8/dZgVmfECwivGhRI5AccaXZfGoQKxOPgsUGlS/KWvPJmRBaNHdjGRihgmY8QZpsGxXYVqt&#10;v3/RMlHBhiTYsI4gzijcZ7JW8C6IxQ87wPuwkWNCutfK1KZxCCWm5Owa2Fzlw7r7DOL9G/PefF7e&#10;m/XerVt46PsSg+dOnp4yQU8+hANicC38cjeaCedwIRrV9/X6wCyZyY1Xg1okfnVjFQCFlUds4fZd&#10;hbFhpWcNqeoqDg6yk6Url8TrRrT2JkalMqmgTfrz0sdgow2MI81iqlhnpTdTdLWjqSM1g9qHwRV2&#10;OEdB3Wf3Gv2++PviCd02DPpiZJx9XPk1ZjoMkbGk19WRIPInspJ//vSS0CnPrZPVJWG90K+trAdS&#10;p1Ol7+nDIazcovJGNGuzua+F3VcUynrvlVaiW+irumijYQQG/p9p6robGhUtY1tBNnrZrW1FURrw&#10;QgYdvA9Kcu3xmWNw4NnnWKrcgrG1a0ENj+n3JozFOeMY70ONqmA9SktQz8DEwGohPZd+HwiS5OWc&#10;Fe2WvgdazGhbyh5qI3zsH3n0ES3nHR1dxCbzQ3pv1OdOBnIiP7PSbSXMPezqy6wUEFFYmkwYKBdP&#10;6HPbYe87xYBfIedNmZql0zoKcOw4/14bZnmY1+VjXrRG9FqifcX5RElASxGaeA4IjUWOkpQBTqwF&#10;h2bPgmGaCQlimHuotatXwIb1a2AFy+9GxdePP3+bJdaFEr/yoWrft/UfmY2s5mcY25v0DtjAMFW7&#10;MfDPsRX7GZTVPQvNssHXEvvyybdnpk/AYWYyPsDy2i9+8QucyPwEXMog7w/f/G5Yy7558plbEiYg&#10;Um8+t0dOTMG3v/0tuH87ezquP42PE/vs8bERD8MN7NG355VX4NHHHmdQeDGcedZZOuRkZGhIA8ld&#10;e6PI9aVDHCWUjd/HPK8LT+94Gh556BG4iD0QzzjrTC1tlAtA2PslM1WEXZnWJZ6zKWuqW7eT9duH&#10;3iH50Iu+FkdEkRf1SYO2RH2DE5vsfTApN9HbH1WhChSs9f3CDeNeL/b/jOX+EIX6pSVogZWdS/UZ&#10;oKZ+6ocxQsj4xmqfJh/j1JBkGVhTYKLgCnEK+fm8eE8WLZ9mr4doWsXD6xEPh2Tww5c23wtdOM73&#10;QSnyWTTdjuwai9hj8s7v3M3chJdhHYdx3HD9dXofmONreUrAOd6zlzPz9cYbrocnnnoK/vm2f4Ed&#10;fB1v3nA6rFi5zFqfKR1G5z6L7OGyjo1IsJQosjqGkqYJWb7HVsYmCo1eMpK0EkE9sC0uqohqng/B&#10;+YKoP4fM3oGJzExFvbHyoXE1kFGpKP0XMPSYJX9PaFs4Hw7k6irKXKfOM93WPj5BWkX3jSMamJAx&#10;CsI4XGCgsp7dKraOC3weKVS4Bl+K0oBFzK+8VDFkKWvdRfnEXv73pk2bfg1v+86DJNORtg3DEAmu&#10;8eAjk7gCsa+M27T16fDFhm1eMbbvr2u+MaPFjy+S6hlK6Oc7nqOtY2NPgzVy48IMhzGfMtPTwQBr&#10;Fqyxi3fA1ejFJx7A/qzJRJmIXkNceP+ZYE5aaiSt2HuwgguC1ft+WCopb47cwNLzjNCktsMmdlam&#10;o6sn95Y1lkwOaadQyppMfFCF5tumQNSLUKEqmrzCAWSy2Ju6BHUvK9WDyl60rFecsHUlhRBiKS5l&#10;T5FlWJVWrgTKs0vAS/sK7ZHkQUD+WUsqcJZYFfyleMJb8sR1/lWezh9jKe5+9h2aOgHEps7AE9wu&#10;dvXJLHg6RkYjBMhgWIdNu7ssl2mxZIsY8OvOzIvGSUs556kqY0uPq1LgwySflz0u2PBWLR6D1uLl&#10;AMvXwPzkOlDr10Fx4aUwxwbvwgYUljPZDUoazWE+T3Nlt8HPBPQUT3+x4XTXylS0ZEsKBs9crqJc&#10;dQNoi3tJqxM5zDRLl2ZmeaLXnYbdW/8Gpnc+UpnyB9OmOuAItYACcvMzFQB9ZXBey2Qgiz0cTCID&#10;evL+YX0ZBeSCYKhp8Jey5f1/Ukxphrj9BfHrG2qbptvdWy3lsQMtpS0CE335agUy3lZRyXnNPRiG&#10;DVQ4hrLpoE72646PwthTFgKZr3uQwkqeV1KYhAnxVA8pSH6moDZpWNPQhmUlgRD9+jPKLNCYSR7K&#10;tY/oZRPKA6HgQ72qqW0l2cFEzFQB21SG6yLWCncHLnQpQe6o+llNLEUx2FdSPJGNZe/ok1B9PiXF&#10;nn3uWizdn8H3o+MTeOg59pY7HuRAmSBMA5KAjfC1nay37FZSDefZJsdCS0ZLI9mdF1ZZ10gl5d6Q&#10;3+t0DbO3WLoINl/9izC0bCOvN+MGmNPJsXZ4o2wYBYKV9Vb+p6YxdUBeWb9IfDqesu/RBAk0EhIb&#10;TLqrfTRMHFJGQpt6HkIF9oFN282yrpO6wtWM2onPMh3lv1mWvc4ePQBHX9gO0wefAjX7CqtVePCj&#10;SlNf0JxWoWgET2qc7hT/XNZzWefmLOhfWrm2k1xa39Ci9Am6bggpWIg0hkNaGePWI2FumcZEwjNK&#10;7VdtQD9JrNXrESU8AaqGbYKJyvUg55zsNTA9W8LRY7xvzEmIBfLWykm9x+UIT8CFN70XLnrLm2DF&#10;xk0c3LGME+qRB/ncxJKKaheVqcnKMPkTIRlbUN/6TT677LPzfAwPHTkOu55/Dr7x9a9on7rrb3wr&#10;e6qt5Pe0WO+T7aKIDa8r3qix7OAPLvs9siRbsc8Vbb8dRo7v5TAPw9IqxadK7taRlTC/bguwez3M&#10;bNzMIBKDRBLqIeFdQsdsqZOSZmI6Oah5lVbv1yXNlnbo58A3bW2gPQpUfZG2G7MHFRqtaagvqwmx&#10;sk3Ircq92ci9nj9mBgs0KXLl2/75G/DVr30DjrEc99/85AfgwosvYqCOvdvZO88w+Qs/tRAvQlah&#10;w86dO+FTf/ZJHSzw3pv/J7j08ostm7UFBw8chK9/9Va4jRl+733PzexveI0O5hBfSDnX0svOce0o&#10;Utxnn3kGtj2wDV5hgHBuegauvvpKuPCyy5m8skT79mkGn2puTUIItYRmSSjGRhx9va0pMN7P/uwU&#10;q52oTwIwZML3vPlBD0b+QKosomzf2mQpg2Esfa9fHJheV4UrUF55WyNbEIVlQyyT1D1Kq62vVeXk&#10;3sE6LH2A2JXMcR+yd+9++Jd//jpsZ6B734H9WjIu69rFF74O3nLj2+CMLafBrp0vwkc/+lGWmh+H&#10;n//wB+EdN/+w3vRFNams/6oMyJ9iKftP/czPwCGWpK9Zsw4+8h8+Au/50Zs1x6pVlNm7OP2chAs8&#10;h0nfSjQ4N5iIBrhGKBIpUIOEuF8AYvU9B4gp/3eykt4yhwVg7L2CkKt160VjTtGClF8dS/u+iBLH&#10;CIIa448aSbgU28Nk0e28MkSGRNewjLf45f/ysU8sGhnSaV66mNDplV3NaCiskapGLa3huWEeWFxc&#10;2QmwN1dGP+FTQQwyBCwpz64Ixgku+KKWEhlFdqeRxSpjnp4JT/AMOup7kWI/VC1gbSCGbArMWfNm&#10;aJyZjRExmxLTNKWp4pRTr8m8SfDJs6YxMwHKTHca0oNTtuJACUaIg9G8B1r4qQ+lNt10060XE8P3&#10;XlGXtCCjW9/cRzsP1aPL/XFWEa0X+31Koj5vLzafIgoQFf890wRhaWe8ynQjeZo/1ow4tOcJmEjA&#10;gmykOW+QIpsSYEBSDlvckMxZf68hYf6woewMb3xLHtkOnXvuhO7dzNR7YCuoJx+FYtfzDPrt5Wbs&#10;IIN2x6HFzZ8AfC1muBVscN3lorLctwc6/BxzLx/g+DeWeBw/xvImNl8XfwHpgkTGy0CQyJvUIm4O&#10;R0Tz6aZZ1iuvsF/SILOMpjxyAub37Ifukb0wxOAaMfOP2G9meISZAGNjpkGTTZ+LdPGZmREQ0hm2&#10;ZZYcWXhLGzhUio+NTh0E741XS05DI32SIkH8/jo6xbetC1Xx3Tj8yqMww6ld7lSUVCeI5lY+qq2n&#10;4FlvIUiEGT+4NCioFuQU7AWUS9LKB7dlE0qpxu2vhwOoAKUurJTB8nyigYTCeny9Clh+htFL0QA6&#10;bGLDv8e/kzGUTljBkAY/hYBYNtCDakEqmBoHB9LoyksE4xomayxeVbJNdTziYLyWMPk0TO3OWKLU&#10;vPj8QCR9Ez38+up+MoO8T4zYcP33PGyUONffA9YHHtQw/EjW9fBBZSpfJsh4YkItoCN8fMjmLUPm&#10;ny12C16zJtZfBcXoUt00i9LCD+tqwWXxCBohnnITpHs1xbWMDSTIHjTMA36IKbM9Bk1qZih+sQqY&#10;B1h570Tuc5gkxAb+N2SHMMhAj5bCtlhayZvF7IxEtvPAifePbik8scIgrswAM+e4MBY0ehEo7dpi&#10;904wahc3EFRhgBw4Vp95D5qJUSh/3jraY5HscAg0+EfkPDWrAXF0Pbt6W1VMbtmyNaOwsOwNZV5L&#10;hvhiASEyx/07dzOGyVKvFRPMLFus5bPtAhPLjwb2UCYtkQgS3+zm8LSwXRNJ2iJmb0my6jb28JP0&#10;1g0bNureQNgtIocV5ltHho2QOKnrfqSrB25dkWaPT0C7ZAkts/W5WNBArICeyOwvxedu/thBHiJO&#10;M+i9DqZHJ2CKAR/pgeb0OLIE6Bd41LOujKfH6d5HUfJ0ZdcSkQmjYJJEAYLYx9alfy2MiJlItIXV&#10;sL0eQ9ZUVd7iPC9IW++9B7bev10Dt+9893s1I2+CJbvDrSHLpkFd46AOUUOdyDvKtZWc/ycffxzu&#10;vudeuOTSS3WwY5vvtzEOGjr7vPN1HfS5z38OJpipuWb9es2YHBoa0mCL3OOScLyfB8Uvc712zjnn&#10;wbXX3wBnnn0Gq9MWm9eUm8sO1RujGKj3XohRkF3+gsEBvoffY+MQzGjGmlOBq00MG3z8BknlxWTX&#10;psR0nRpbw7rg8aQIKxh6BgeKL8CBguQo8z1lh2NylOa4ftdDegcq2Sl5y/Y0cg1+/OO/Ap/6v/8K&#10;zrvgfPipD/wUB2+cyYEbD/B1+3lm9N0Bl198GazlQctpLOH9u89+Bu65byssY6bz+RddwmAfD0JY&#10;pivXOemQm3H4GqdFi53DCVYjPfn0M/Cmq2+AieVsVYCtQXI3G8OEsQ/+QQOm3iI0BNk0MkNzqbTN&#10;qxdCXaFW+x4GVzhCVBO764CS54iuM8Toc8eKvgDzwebfq7l12NdU2Vo/9TSCKEQQA9Y8YsNxinA2&#10;TOwkCtiwccOvFR/+8M99wvnx6Uj3QlVUQqGcugOFhr7opAzVnkMejSvCxESfKKICqaMKkiUxOccI&#10;KUbkf8efMBVLRTFOx1XhhA2bEoiSgjaisteTdAnTZJUwuS+Ma8YeFy5GzWYkDMX+myc2JoKlixf2&#10;TC3tl9zbJA3OJr72AuaioInBF2ocgMF36ra9nC9YHDrQP5a+11vtk1CK4agkidcOQjOrBFLVGB/e&#10;6wUwCZkhigMt4nGXbSBK8uwDB9YrGyLhGHt1jkZyHVqKin5t/t2O9tiR1DwG6MRUe98+gF27YOjR&#10;hwB58qq+yzLc7Zws+/jD0Hn5OegyqIfdGX6OOWbmMQtu5gR77xyD4gTLa0+w5JbDNmaY7Td38FWW&#10;5LL89vhR/upoeY+S4D8Oaehy09JGEyAkMifVMkMJZYcThp1huuPSgT6loVXLmtjVchBOseQhSDnL&#10;7MB9B0Ad3qff0zzLgIvD/B4n2VxaJsR2YyaOty8S2nrIoutqoM+EgxjT6panZGMQzoGBBtZ75vGk&#10;r83FrJaUiLH81FGYP3oIpl95yp/GsIH17MAmYDhKgaykeCGwoVScVuulZPa5wxR3xMw9hBilAWOQ&#10;fprD/glyprlVqlZuiUjBvraKwZTCoo4YgXRxim9umQvBSvfZFIbBG2G4Bnr2YKTEDghQKv0eBXcO&#10;1hMeMdnKamAfxoAd5opzzAXzVD/AfnOMPCWrIUwnCHKgqiAiSAHhREtbc+rG5PnjoV5Jg7JQcs93&#10;kmBfOrwLUtNSC8DqY4W1Dsb3hJeDo5XdNtsIkkd2qiSbCuCjCuizpughEBQCQjLcmNjAPmEjy7Q3&#10;lmbDQdoIVcPUVG+CKTMI4+soqkVCryYMpMYDg30UvIZlGoaPdvGzbq3DhFvjB2hNhvMVKCe/2NLP&#10;X5r1lWWdbQZ/5PzN8hrLsBj/nT2OtI+Xhun4pSWAru3Z93oAjmQ9Ey38bRns5qfK27i4AI7ShtW0&#10;WybUzvl76PAVKitJvGclo197XfiKW/8KFfTR3rcQ7d5iQL/hIRP4MMUMxnKO/crYt67Lcte9u3by&#10;UGsWVnLaIwyPamPTIpCfNqpDwpRB700S11fNJaKRTSmrXBCwdYx9/EYZuNm0UdguL3Bgw2FYMrFU&#10;/1y8p4AqYXXE8iSzeem0Wmm+RRI6LH6Li1nSy0ENnWM6zbYUPzh+jjYzNZEldZyUAYUEYXAwV4uH&#10;gB0r1YIamDig1MYHBGLN5gRrIW9B1efvPyNbh1wt/prAPhgA7INTBvbp9b909WOhpbcrJyfhmR3P&#10;aCB5y7nn6WvWJIKCkRbyORbw5ACzluZYtSDDzKVLl8KWs8+GfSxx3LaVQRD2WpxYttQEGPD5XM5p&#10;uh0e9t7y1a+yf99ROIMfK/fKkOgm+SZSDBouZYBwy5ZzWMa2EZYtn2SAUcCZlv59bUsDZXaN8OFB&#10;AURLDcHr6d4d1fE9lFWDPKan33lEAujvgd3UGfpuF1UEXlZttupjAYXZn/v5sKqYdegHgrHsu9ZW&#10;BrZQ+Jp6QGwcMEdSSlUBMdgQouIspPS1zcdknhdhGT60dTp2GbCvSNsziK/k7/3+78Pb3vYu+N/+&#10;8y/D2eecpa/Ft954I1x28cVwLwN7t99xGywbWwZXXXet9q185NFH+fvf5RnFjL6+xyaW6f1ljgG+&#10;3bxOf5aTe1etXg+/+p9/Fa65+goGr880PpMwVCHT/frzmlUZ1qhIiNiHk4PN5B/sd+VhIw5D1JsA&#10;lCPDQEQKC4rv8PoJwL7QEgXTaxgTq6lU3YkJxB/UsxgRnbBWa7uhHyYDVAywJWrMk8Za390bgsHI&#10;L3Ujy3iLX/joL37CabeV3XxdEAfaTkY5/xGrbVbKi5grY2hl1Mwe3KHwYCg/0fSsCiB/QFTI0POS&#10;ABUAgC5OOQATFXpvgXCBiOlRlAGz6gtytdg1AVqY+CSRR2OC0xbHNidlclgMV09NCVKMGcAoz84b&#10;7ERTX+AQczcmVj5tTS/SzwMwJ6nuS+zrp1XOeTNQ08IDkY9g6idQXSr1WRdB//jjLEVZJS0j5QJb&#10;KPB0Iz9Bi9hXtXOkvBlwrUTDHKMP63xfSiKwSivT940P6emqlxYLI08kFaXS8+5C2BBifyNti0y3&#10;yAVCoJcBa+mWnA+mIhRcsLX27YX2TvYGevpx6D68HVrb7gZgUI/u+TaUD98H5fOPALzMkptXX2Zw&#10;bx/75TF4Ns+yXTbaRgH7JD2X2Xxd9s7rsjynwz56JTP44Bg3X2w+y5G6Wh4l9XEp9gOLZHqPnmWs&#10;D2ObjNeKiTRlT3WzsughXNfYjCqb+2cIT+gfi1YeWFrVcclxvAJWdnfuA9y9E4ojr8A8S0oK3pgL&#10;loWIcUYXWzo1FbWPE8XhCzbsyKVBid+HsGviyXKFJrlhip+1lkbWJb+rkyD5zc8ePgrHXnwwJlhi&#10;yLYK16vYMyNlU7v7gQJgrMZOQMhuOH5t874ZTW6+DbgO1QEOSmUGGMtMIGmY0AZzFMHjMAEkXdMc&#10;AnoqAtLQSrkxAjVUuKZEct34Hle5Jg+TP0PwKABb01vfg5iUbGtQL85qRLOEehkO06qJPXqpZu08&#10;JR2BB91C06LUyQsD3bU+Hy6VL+PdGsqba81JVdRQpHvAhIMSDuV6FbcIjTk6NQQ1Tj7L814wfx3W&#10;COdhzDTWz324ZFNFG40OY1QAV01SFSgXs7zCdF/9nLYH0QrF4QIWr7sS2uMrDFhlgYWwbqr8Zrwz&#10;TV7bHe6zAVPVN76e7WAYDjn2jEKIfHnj6kBFVRqF0sbI8oQgdaFFb06A9RpHH6NuYDsT+EOyV5pM&#10;fUQGWLCf2qLFKzlUgD3e2P5BMbA2xJ53KF5xOGSC5QrjQy3HUWlGMRkVqOwwinxCt06yJxcUYhh9&#10;XSfJtn5+rcLZ56B/Pw7c0ww9u255Jmjp5NlmndD2A8lSOi/SbWW8dnXQR2EkeSY92K0rLH9lf8KX&#10;mDl/eM8xWMSBBkOi9GE2nciL5blLipna2oNXYT1wJxzcR/djDBiHYUwmZMXYZsg3xpjRNcaSzI0b&#10;NsCj3Pg++dgjnLg6BhMS2qHTVUudUltaFo3yvUFhL3XxYWTWPfuKdyYXQ3tiFdcLM7quQLb9aGlG&#10;l9QvPEgUlQCrAZSAq2yCz5ZtWtKrU8/JpFOjZ8PgwGqTPLjg7g/VPIgI0hQxsx4N4gXXq86uhscG&#10;JC+cr6r1E0BrLyBs1SiEx3nSqcSWyCU4J4Ne4+9c6HMjIPYEM+lWs/3JOeyvd8stX4Zt372XE4fX&#10;wLLJpTqRVBimL7Mv8re/9S9wy5f+EabZM3nj5k3M9FzEAN0Klv1eCLs5hfcLX/wiHGPFxmlnb9HX&#10;s3g9nn7mFjj7rC1wD4duPPPUkzplV64hWW9E+SAS70V8Lbft+ylUy9cWyg8jigyjj+L1A5uZfRgT&#10;1vK+1wsIjEzBPAybluzz0kBMtfSLMnwsbApZS6Z+mLETyX2G3BrQ783Wh+Rpjx2yzHv0ocGwkeL5&#10;BKQUnVxwZBncL+41lE2xPfTqq/CJj38MZqamYNMZp/PcgD0hn3qEAbndMLlynb6ndr/4Ivzt3/0d&#10;XH7ZG+Atb70RRrkX6bKl0LNP7YAv3fIlTpZ+Xidvr5pcr4HAK994JQOBb4eZE8fgy7d+Ff7mbz8D&#10;d999N9x3z93wtVtvgU//9d/ACg4L/PCHPgo33HgtnL3lLH2tm/A96q0K9Ndp7KcNGNo3YQT21UC1&#10;kxgq5Hz3454hfr2K2EI15hwC9CYdITZaUqvgMZQEimHTdRS+xxTww+zGlyWW+YOtMOoD6nQsjCwW&#10;4iFQna3qiW8Re9E8QCwy9PPqgQppz77iFz7y0U/4ossWbRgy7JAiNl2sIMKa0bYHiZJmxkxQ6ohy&#10;BbRB9Lr5iW8Y/0CAAw2fGsAySv0C44uSEsS4Fk4aApSRF19ibYsJm2FB07MQKKKFDH0Cv77BNpkw&#10;yMNRF9MBYBSMsZAYY+jv6UDNpoM9i6PcZ2gqfsCGJ0QefZTZijOJhkT9vQ4iVpKb9GDlJxb69FEQ&#10;AU6AtecKjVI1O6BQmWsaIwDPsT1U6GPoXqNrJ1IuIMI1UfbfswzQDXEylJb4SKOgE5tKGFczWtY6&#10;J+sGP9W4bHYMZM10xAy5NI2KyP6ZVj786j4YfuQR6LLsotx6L3S33wfdRx8G9SIDfofY/+jwHsCZ&#10;o8ymE2ktf/GmSUeYlcdfxGAeMXOus5eZeruP8L+5OD/GIRQ8fRc/HmyTaaCke5JBVstaCAQgk2tu&#10;MazMyoysFVMTCqw8D8Cw+3y/XFaXpTQFOhlPXoaT/rqHOCSEfYFa4gYkbMO1Z3CY0Tgz7k5oer8g&#10;iXqdKgxg6ExaXbqwTLDRFhCp12H0fqlqnHWTKsdegEvuGOeO7oeju7bVa6pkw0ol4n7tTYZVlEpS&#10;E0AQ4sMVsRBjiV3GGTUAIggH85hJWWkIaeNesaYd8KaojjUWdqMtCje8quZVqPIDFGceHQGjKcsu&#10;+V3fSATgDCbyTAqAidBODNOEaUhStBHrk2qs41Zhc0mBk3gI2np/unQYQbmwqWYdkwdhEv87tIBq&#10;GV3TGNkmYAbiC0Fqb6odeODF7yUB0IiSxtnNNbAmg4UIQKMsM5AoCBApM5J8f01bkNsOBignR4+8&#10;/yp2Xpnc80R1wJuCNcqndwdhzM6/j2woh3/fZXUcRPzYknTW9Vcwm2lSpiB6iKP98DzqrbyaQvOf&#10;qS5FAe/HGYCPqezd/6NlaiGr6KCa+Dt3OpzPo4ouSnMPlPVE6kyDHCXqYE5cVvrC2BlvV9ePuRoE&#10;+CtFostSQw1Yi3K3e8z+zrwGCFosGRVJr1JD+jMqVbrfllgAM5whE7ij7LHVab1dowaeL41nnwPy&#10;9HkqywrI1YP3qql259cx9zTHUAN6ygKBFbOzahji4B1hMM7Ok5YHa2CHx1wCns2Xs7D35f1wZO9B&#10;WLJiNUsuF8EJZpOMthZpWWVHp8qGsUGD2pfE8qR6Z18FvOjahd+LSHoF/JxgNpg01U8+8RisY3aY&#10;YiBulD32tHxOGVaWMGiUBa+cd6rcUwLuoARdiJcb/2+Gw7gUs/PbDG7O8MlUcq/y3wv2zgX2BYbx&#10;pTAzLI9lYFZj4Na/ksoc1XxBnKJw+BUOPSjDgsQsIFhJBPvZETV5PSlryK9QeaB0lj+7vF6X67Au&#10;g5vHeJAqdUtpix4XHKNJH0QNTJOMJ2AKSKGR5q5avVb79H3r9tuZ9fQsnH3mmXyPDcGD27bBF/7+&#10;8/DI44/BO9/2Drjqhhv0fbGUWZ2lBrQ7sJ7B3wk+l19ksHCSv79yzVpmqg7BKCeRrlqzRpgrsOuF&#10;53SYwTgD1mPst0w20IXcRm19vAygALEJb51i0dfrLAdhUT7mPmjEw/NJPdvAniBhH7BvkP9Kqldc&#10;Kgw7iHzMqWYFUrU11CiPjY8o1kIfEHODOLcAVkdTZbmoVGeFJdYpNW9RB+JiAipm/ImdxYWsMS5c&#10;SGx0JB361b174bd+93cZtLtF2/g8wGEy//XXfx0efXgH/ODb3sYDi1EdEnMrs06fYQ/RG65lX0kO&#10;mPnGrbfCr/zXj8HWbdvhiiuuhF//9d+Et7z5TWxfMKJDeJYvXQLXXXcDXHn5pTAxtgRe4CGMBNUc&#10;Zpbz684/H371Y78G516whddlF4ZVqQiyAG86pG/o2VP/xNeafYsnzTpWyeCgeaiS5RNE8lsIkn4x&#10;tkcCqDH7aim2aThGXR/e7BMdsAwrv8ickz76OjLstQgoHtAH9ySl4WjBc85I7ym+9Kyik4Cklxhw&#10;Xr5qObOrN/4a7tjxPFWIaBogUVMtW78faXgrqZ/biChkE0UBCJQNtIuQXWoCoigbeaFcI4Qnp+3P&#10;s65SL6K8lwUldUsEHlmgEIkWHHZRYwX0vD+bk7YgoNEjDjZNIopvLt9wYl5W+9q2mcFCN/qBfZWv&#10;RCVnSzM+zOVRxiwgoMgAvsk8t+/bSL6pWxEKRu/B4gM+HZFqZqIRY8Em9rmUayen12bnGSlvzTCV&#10;qkWFbLoCBe+3Mg43EgplPeT0p7bJdSJjlUaHtIx/jn18Fmmgq8WGsyJp7XCqHR4S5h0DcwcPAh08&#10;AMj+ePNswIzdOZtSK/SFjvbSkc5mdlYS8k5o1h+wUTJriYBmGbTi71frpjGUV8P8f20TbVraybpK&#10;V+gy3qE0QUDVapcsnYyCFFoPEjmAL/mTugGgU1YYrm6sugYALSfY3Pucs2HRDW+HQ+deCsNc0HYl&#10;uZeLVLbZ1WtUyxaaHf4lXThwx3eCJ9hyflviJaSsDssW+8rpah0wDGSLjq4GbucZbJyfPQ7Hdz0B&#10;L972h/qcUYRfYk9T2zpYT1kJSM0eE4NCkar09BprzZ6bsiFoI/U5Q0B/j5SOAZ6QoygNuqFq2TAA&#10;nrlfWk6669JxlU3ptQEchu1iWX42jAODAA93XcjPSjQhHQVC4vtnFheH01Zs9eDnBPEEHOMAdg+X&#10;YBX44dmLbu3G5Ln9sabMMaxTO3wWTjjICq4DCplY9WlDcD57Gz6HLB/EaqruwQeKBxru6SupKdZl&#10;sxT72KUFaRVMLutEXdpWAW+YQ5KTf2JtYFMGoR21zJ3IFw89i7ekfKJuBT4mYF8ZJGNTuL7Y5Gy7&#10;VpEN6ChtjdUNgDxheGkASf7eseEMNrxGAjtk8s/EAxga4/TPq/5XGF25he+JceOpV5iQDhPUUdmt&#10;gAX8opRV930qa3QRZWOzydu8CPtK6QXUre1kpbdOLqaHh1j3KA2DCNxJLkFVoJcD/nJ5XlgBXWQF&#10;tJhesFgOwNQnDcaVvF/NHWMQ7OXn4ciL9zOL+xUYxiM6yAI1w4x0MIDUeyUz5CTVs9ADtGlmbnN4&#10;h1hXdJUeipWlCc+Y7xhmnTZeZ7BQ0kaFRaeDPcrqPRjGHxkQUT5PCZ7FIcfbnHfD3mu1IAnrsEFp&#10;qmKpuPvl2PEuhyV0dCCJJDXKUO/YFPP7phgILIc56fE8uOInPsASyi0wLow6Zsnp9EgdIoXWk001&#10;of/N4xts9ocjJJ9qaGRwXTjKdh/7WB3wwLb72KNqCi59/ZWwcf1aWLxkQienCjNekly7nTLqV0QW&#10;2tJAoI7+YuuNg9B6aTfg4w9Bsedp6KpprkOMxUipAz6YCbj+HOiefimo08+CcnKJ2RdY9jtrUzNf&#10;i4Aw9J1VPhW0h+90T7BvgEE/5ZjeZsqpwwPAJK3KtTTF3oVTfGx3cVP4PMsOL7roQtjAwJn4Ixbu&#10;XrVJ1l75kcjK0veWuwIkrECu92n2UH6BX+e//91n4MiRYzDJNijHuW4UIONSBjjOZS8+kdKLtH2Y&#10;pbzz7FMspFgpG/cxwPIg+zn+05e/DG+85o1w0w+8DSZZ1ivXgjS2x/j5hJUr3mbD7bbL0R247+oH&#10;VFAv0wdyFhM04DVBCxKgUm4DRlxYYEXyXzfze4WXOVaghbL+mulLU8RuUEHoy0JbvxxYXNZslzDa&#10;ul1gDUbPk6tvo7rDJfNCGpzjwkjC+qFrU+kLS5Awkkg5LzO8tv/2b/0GfPozfwsTS8b0tX3+ua+D&#10;D7z/A3DT297C17DS6+rv/uZvwl98+q/gsssvh/VrV8Ndd98Ll158Obz7h94Ll191GaxaOck9lfI9&#10;WVnKnjGnpeiyfh09cpDX6ym+rgsYGR3TXpbClpVcQkMSsOempNrlkAZWRT12cqyqeSJVw8ckBGPB&#10;55ao/x2XvIYDf+M1hSDz9pufyz3QW1bZsMAAjCuJ4vEjDfYZ3c+dUiGqG9JpslvHdW1gbQ3Cu9sS&#10;fUqgbNhhyPSGADAsiYLk5CQ0RJj7PJh7nocpf/BHfwgvvLALrrjserj1G5/D4iMfERkvVtMODH3C&#10;YvZeaHAeUhzQNqYYRBJXjBGK5ZUJHbeOPENCdw/krRhrxiGkpS6QaqoQMrLZQeaUsewzYnfmmBeN&#10;W4dqxM+xxppcQIHhRlbkghUSeatSmWOF2WNRA/tOFZMvB+4N6EOij3tqAg0JsTLIZPHhCxFYjAFA&#10;SwvaiNLrIAJlKUZFDKumrDUS4T0abzDVAuRF7JSkLJRkGXqGpWc6gDDGsbQsvvCrq82I3b8d088s&#10;QmATf/l+54AJSd0d5sZhhIG54sh+GH/pJVBPPAqtB7cCsQx3duvdgPz3kr316IVnAPbsYrBvr5be&#10;0hyDV9OHAPj3gBukzt490H1xD5QvcYIuB2d0DzBjj1P3iGWvxAtSyY0OjnIxzQQJNYTaa6/FmyS1&#10;TGEqG1qrNE2FNAOScGUHfhCqsBzgibmUB2qWwGMg9y1DQlQAZGkSCBnJL3UsCDBn/i57rW4lp7gV&#10;ZWnv8YM7YYyTDmnZcugMjcOoDjqyyXtBGp87Bx0uUCVpUFljvLCQof+HuTcBt+y4ykPXqn3OnXqe&#10;1ZPUGlqzNVmSNdmybGRZ2E5CIEAMHxhwJiAB25CEvEBw+JL35T0IeZjEQMhLwAwxBixPkmxrsOZ5&#10;nqWWWmqppZ7nvuM5u96/ati7qnbtc0+3ZPu1vqu+fe655+yzd+2qVf/6h8DnT1cLlCs4ZMON6ykM&#10;Bw2m5IGt98ehRxTPH7GfRcwiyzGOdUN+ypTp4zTYzg2leJB2HDH7uAm21FL2JLiIWzzMAgZZGIBQ&#10;2U1EARzOQkLVd6y3gQjn8Lx3DDWZ5yEI1/DQ4+r+bU6k7V3JSA6V+IqEDDfNbc7LjbyIZiiHe48y&#10;Rw3k5jZD546Z0wAVbvT+Q+lCLRfi1p2TzgVapQ2vYFxx1OvhwcwF3WSDpgDfYE4MZ2W64WPVdqRW&#10;MBMnH0G3eR4GUl2t86tMON51Bh8Iz0st7w1kvS4Vu4Bn26L1F1F3YiXG/1jF7PQS+DDIhJibUvCE&#10;CqETpnAdCKOqzQJXycN1ArtSyckJlSGBrCbarOnUl5IaCUIcyZFUUOjrwCen7TqUDflRF+uTNAmM&#10;pHUc3kkdARU6YGQDrENYk13bbVquL9oF4Cy4Y60uXPPGgrjB5tnNPSPdjmk+SIK4PLHXkyTewoJ+&#10;JvCj724FroBkP86KwnreVcxVn9AcyN0NhqvYsZrduXePKfcaNoyDjGcdunEmGXff/l207/lXYIkx&#10;RiOLF6LZN05jYFAZD+/Sy9vUkA7wOeM6ztfVvkldWjaoADcLsbldC1bfrh076P777zF1zJJly41p&#10;feHYkmmXw9v8KC8LgxxUg1VTLFlODOaDhi8cixcwNtNdeS8s5j14AXd2vIZEXyzuS7F+4/XNZtqw&#10;+1IbjGE9qFv8tznD4p/XvkYP78eX1NXa+ATbRE8THIN/T4LNuGvXbnrkkYfpxptvwubwJQALB+g5&#10;sOuMnFrYcSKHRferb0JRlJNcc8ZDSs+74ymcXYlc0xWrVtM5APde3vIi3QmJ4oYN6+nv/v2/By8/&#10;yBIBMor8VuS2s8K69AGReC+Rd5+46RRaBS+z++69m44eOkiniZRxbNQAssvg8SdhLjIuhCFrmE/H&#10;wTkadpdTJEo3PWjPkvhb5/4bitl3PJvClhGkW/3b6BgJNPMZNB2zHWEE77WdHb++cEBWyoF9atC9&#10;lZFuVu9eATqlsyqzqdEytxwFQH3DDZCcw6f7pA0nQYb+Fq1fv5H+zg99jE5Yu8p4Qsqm4cKLL6FR&#10;3Hf3PfAAmKvP0aX49+/83n+m087chKCYhQZcFQatNCyeR9rub/3H36Idbx6iM889E+uJAHwLadHC&#10;xbQQoUOjmIONH3Xf3k+hAii0SGEewlcrGyJBTe9eavrazfvV8K7LP4cyIRmVz3NybSvpeI6ERM2A&#10;jig41ROggve2dj8q8sjXQ9iTDcSaMjkNlVqMVeA7zBFxRXPTRo6DejKsq3X2vqxJa53CMt6XwP9R&#10;9vjPv/ACPfHMIwiK+befLX4Znn3MFHmaNRiKgb9c1c1Jgxwo9oeM+LdhWhEnN7D3OYqSUgITw7b5&#10;7m3yRdMB3ta74dZHYs6wZhVcb9Vmtd3wpJkvNfb4zHepId3KG+nxPEa779j8nQXRjkcKnFq3B8rp&#10;llSpmGWa/kzPC/QN0G3oQILsJM6cyBVrqTBXmxXNSRdC245Tvalxn60MzpNn+rj38mm5vmVfS3T9&#10;zz39o3SG4GXFEjSeKqACdNAR7WLDIWy9UchqF7/2GjGSb/t33kaMIqyLQrB84XEEZrxG+vBecIQh&#10;Y5qSL4B1MzC4noGMdeoAvG92IjADgB5Sa3vbIMnddZh6e8FygNcRw1OvHMXXCI5nAgw2mMSLrx6L&#10;PzykuUXfym88OGQqqF5ybkOZj7bnUyeO9nHoyeALG4K+VRqxn2/KKlzcvkS/BvvM+e/Vkl4D/mFz&#10;1uu7WWvrEerufprKcXyITWdSH5vrGSdJS2PgjWcf5DM9eHgol4qpE5RNRy5UNWAoXUQNZt8sPIj0&#10;7FE69PK9humsOZkf9TxCq4aEwm24MgvnPPhpdG7LBPij9Hs39nPPC+UuZYAgpmxnD2rIBoZ0ziyb&#10;k8YQV+w86ylUBzx5T780iIRUIodot3SN5lumptG75qasUCc+otF6xPW1qFnWHBlnx3M8J3HA6d7A&#10;MTs01T59kf14vPCHgpvq/ghAyEoPz/lap750nLdfiCxFVWyM3LJzChNtOQTseGBjORvKpCsQjRuJ&#10;c1mwLytvbvoM5pTCukpdTlJO9fz3UpokrCnOVIqClTxzsPTMnZopaLzdjIz3IupMrMKYH60HfJAA&#10;ygFoV0vF3NxVgZmq6aNTjeUikJx6sK/v1h6VJDFzzfpLCnbmTFc/8SPWgfG2jiKoKcp1DMczU+wF&#10;qoM1ppYR+esmPnClOTWquxANqTFD/RUPP5E+KkbSa79XqShsR0ibTZr1ti6cMayuknf9wl41miov&#10;PlWxNSlompdods312ACKKpgrOi5Z17AFy7B5rSrvUk+O5BqlsqwQCvz/2L7OeFc+V2msMoSRv+fg&#10;Xtr/4htY3hSt3niCATCttLNTn7tqPggjVWLwL06hHuQpVrOZObgfRXYsoQoi6RWLjIch+Vy+bJmV&#10;cAIY8s3s6JobZuCcacSZ0A5JeYUcexaT/siiJaZ+6B2dwc+RtKzFjsTOAf3pIwgAAxhYjKMJuRD1&#10;iQ1gCZsux5KaygP8ySp2nx7Wq1ofg9l+Oj/5uqFvQL5DRyfpuWeeo298/avYDD5HV151Fb33vVcB&#10;mLgY53Y5ffOb3zT38ZrVYB1BsujDGyzTSR0X2CeM13EEoUjjWVh4ksy7adMmw8B77MmnaD2kuCtX&#10;rYFP3wiCYyYAqM/SKAJbTJK0Q7FLUZ3gG5H0nn3WWYaBuGTpMrA4FQDpMRNiYO4FjNFuZyTLhsw2&#10;N48zB1ANEYrRGAfHEMYxEAA8ngPW+rsE9tE7CvYRp6FPNBTY11Q5NFmBbUEPIduvHtZlzbEoS3P/&#10;gAgNGwQbJnQOEnavuPRS+omf/AS9jr3TbbffTjt37KKrrnq/CRoqHLHm4ksvwx6rS3fedRfthV3R&#10;6SdvpvUnbsKa0rXyW7z2dpAqfuM/fJZuufU22rBuE13zofdRD02l0a6wqUuTwDs2OmLmyKOYuwTU&#10;5mAfPd810kPksGUfYD52NGKY8TIgCyCWhlMDZ6IWEkB2zDJHlQCnoGVFqOChHBpq6bnOEIK4lR6W&#10;zXdrsd8PZcO6UVTrqJHelMp3TS0n4TFnnXMenbRxI33jphvpN//dvxOw79O/GZozU5Ssknauaw+G&#10;uj+hoxsy9VWKWGohGy5Js4gSjSpJVnMjyslmdbCtQchi04HZIWeMZdMYaI5ZMY3Jt2mWyvP2/XhI&#10;W10+7r4TJ5JsZsozQBo0p8bHP665e9hfi1J0tB76rVi3pxFzkoiVZo40/Th0I9QlnzzHjc0qx5GI&#10;zY0ft3/PQVHKwYa9COS/FEgktDcrDdAWkRcZsIMdtVyXwbTFRtZZOANx8R0qsLCMopDvIr2sC1lL&#10;FwBe8fyThqVHD95DfcTAzz73LPW2vkDqCIyr9SzN9MHCg7E1zUD2As8I2rOH0PZH+i2YfLt3Izxj&#10;P0C+g5A5zUCO27ebnlHJiMf7LpD0R8wOoyJ38uwCd5xBWqz2/lBCQy8tiCaSPOMd37Hgn05APJ3x&#10;lsuuH56yr+Pgz8ijTid+pIH3RaVWK2tZn09vpcAzS55nmBYANGcOYoPy1jaidctIrTnZbtKw6es5&#10;6ph8Wknwkj+SxitBG9bMWjWskiu1csA+8UEqsvjLJlrPHqYDW+51nmHNscstlSi3+F76RKjaU45r&#10;eYRuryFT37NwAUzDm6MUQl1fn9gXlpvMQZ0CSfE9XXAN6KXFouKa0VKz1ilKvE3The3v6QYgFxUN&#10;jbUu6EJ6gIwDplTyKVWaTFt5jwWwkA7ZhLrpi5RbxgY0ayI7tOT1KY5Zacpbk/Z3zG6ML7T3sqtZ&#10;zpTmVGcbohxJFDKhLTozN3MzIEPr9EFumJLnm4YcAOGcCadJ1MBcd5J0plsWczp06kKR2hDlk7RD&#10;9h61SISdPKW6TwLSt/ldsLcWC9i3YA0sG0YM+GaVESpKowtDIpi9L1+izki7/1UIWwjoOw8o9xrs&#10;JLoeTWS3oOtGfRevx/YZRW0kzmFTIvR/rG/Qui7lmk7smHb59F9uJN71nGGnZ0fKj7rdCQN4zUJi&#10;atjp5aQTCJV2fQuSjVV4QR3NtKw+v678Rjm4+Fai6+cqG24jYJ94tBbGjkBku9qtp8pIva0cmKrf&#10;k0aGYHI+KbwayyVXknMTnlBYANYw1PGEroQa+DR4PO9I7yDteA2y5YnlNL5iqZFXCgtFJJY9f29z&#10;mNze9HZjztExA2l9htlBTuatHDt0xAQsdGgZQD65Do88+KDZTAvTZUwAIVWHMXU6HdvYdMkmnvmN&#10;3hhYMqM0K4w9gElGhn1wD3531tYbfWU8OUbkWOET3BXUSOw4BOwSUFWE5Oa1uVI25dQdOWAmZhlx&#10;bHjPjdDrljq/JYQh8XBQ7Bq/ge2DvL4AFHtRr73wwov0HYASzz//HG3ERvADH7iGzjr7LFqzapVh&#10;8i1dvpLWr1sH77HHzbhaCvBvBJ+7cKCbZxTJ97ZBWQ63Q5HE5bmeOS4DVODfC8HUW7XmBFMT3vDV&#10;r9IM5IoSOtARuTgrA670tRXjy3UVb0kf/DGG678U42EEY9JK6K3kWJQpUle1MXiZB6WAx1eO52Gt&#10;qcyVSdk5HMQFURi+oqx3ojAQy3Deq57jGsROQqvSNPLjJIKkqaONNNWG2ouPCew7HpVdnhnG1b3b&#10;zkfTzffiFF9oF6eF9bJ48YlPqwRoVIGIfSvr2b37ANKg76GbvnET3YX03DffeMOM3/UIgznxpE0E&#10;fJrOv+hiWH8epDvvvdOwkM859zyM8xEakbkYG5kzzoE1wrsvot1g0/7NDX9Ld2O/9RjSeB9C8u7X&#10;voHwjT//MzBrD9FP/NiP0k/9zM+aUBtJ2VXuPpY1R3zYlEkmH60Y3zEjTTWDNhPAc15E4RgGWM7l&#10;SzE1VUbz4X1DjJkYH4oEB1mvbcqEf+SCRkLfUQ4Cn5jjpvug42uOweD9VNjQ0bXvLc+HmejIUl7m&#10;27La8EvI1owZEzLfS2NLLCfE5qlvGCjWS392bhpephvpg/BAfdd5532Wt766TXPbjrASt6nIIygy&#10;bwq8U8gngOiAleH8UVgPCtCIuYq20C8bm4foGIbxPGiNSBqW6DxkQP13if3W7DrpIXlvHInbm8en&#10;vwuy3FgA1jzajCeUpkhOq4ew7OMWf8f50nMp9YGIvOxir5626xx7VHhbvcCvMuPDoqMdWxlZ/2u/&#10;AXD0i4Kc5EJZirEh5PatR5uVrFh6gBQ02tF/e5IvJ5Ij04Vm83zxilNIdCogy9AwuMYKQwqFrQbI&#10;1z8KaUQ5bbzzdJUojSJMvPPkyAAelVMolmSDcfgovsfxSHpf321EBJGUxNuOI4MUvsPv/IFUICXS&#10;Lb494Sa3r48Jz9aDhi6n6cOuWCprgKOaVrgG8KJxGH713JDpO9JG4d6/5x4ryRq7+YNyyNwsWBLd&#10;E9DZ+5Efobn3XAcWAhgiSvx/yJjGyQI+g+62GGTLVwfyaSlmvSVBtSmNvEWoMgkW6e8szMa1mLAe&#10;fIO23vh/IyRlzgCAMgakSOfUW6whZ8iZNHvfmfpEli2OvaHq3hvHMzefmDO+9SmilX+cl+M6hmvu&#10;rtY6DrCghDyu2P/N1SbXb34tk8WxYQoLPHeKOuXSFwsytAsXUFoU/jV0zdZLMLmikoLX6X61NFw3&#10;QM6w+KnSfEnHPQHDtNHNZN4qzTG2AohDOULATEe0/2jzo/IOBs4iskrgTIGzSmjZwgjXEYsqdoEs&#10;SzXYG1XHxsqeeVeWTYCgzMTg6sDY0QOL/bLJuovGThWskcqTufJ2qYwVyuT3y3qK01UauXuc6uCY&#10;yFhZJ8xG7aY/Hd+Lukyk7QFoJ/8r/WNl7fMnXn2ltsELffdC2LdYDz/825wLNF42XPpJGll1Pm6G&#10;CTfnFJW1h/byW2NqX0tP2F3zKr037J4kjKdIfusAAev/V0tqqfLu40xR7tlgOromIo9VHHOLS1aV&#10;E089sHVUtxowMfS4aTH8aTYnPOAdMP9030B602BGHXnzBToC/7eZg9tppLcdnxXJ6gDT+uLP2vFq&#10;FTxbfFu1pPnOmQ3lnAAeqJNNkV5GWIiTnQY1FGpn8fcD9mRkmBOj4mNWGsDPAi7WA1AYTd1CO7BH&#10;WPvazG/yJe9R9q13oxlv/XA+s9/IYzNgkUzDgmIS6/1RNO4mp3vwyVPm8XJkNZ134ZV03od+gE4+&#10;82xaCYnQLD5DtzMayaCNJ9EwrDQdSLbdXBUqParz725+WRvk80tIyEHUJM8+/RRknHfBdHw9Xf2B&#10;D9JiSE4nABwpt0ZKGET6p48bQ2okuQYdfJV7d1PnmaeJtzxO5eQ+SdzCtUPjTY3aJizYfbPrTqHi&#10;PR+g/orVkHJ3Td012dP2vmk6Ss3juVZLP3XKStaxHxtzs3ZqTYJ1hY33TtdByKJIso/Aj+/AAYB8&#10;aOQ+/NBD5rlnQUJ76WWXmcCALhbACQBn0nTsoSYsuiPmMHYiHfeWb99ixup7r76aNmzcAIBtDEPS&#10;QleFKpw9QH/APmTwfqWHDavCJnX/gYOQ9G6hv/riXyJgYzn98I/8GK1dewLYU+NmkS4yca1av2Nu&#10;4QN3Ui0xQtX6n2s8hmCgb5RWAFLpm702zVsbhcecAa+9WsXXRaWTIss59l6Wb8ejbxieqB4ArA0+&#10;59zqg3r810AnuZe69VzTwICU1N6j9kL3PpRSV8nayS7OQ7zzpqYn6cnHnqX/87f/Ix05Mktnnb4Z&#10;HpOLaSf2U88BNL8S99DP/MzP0UZIy0e6dt36xle+Qv/X7/6uSZL+Rz/7c/T3fviHzThRXBo5vCSk&#10;Pw+p/KNoWLy67XWawr5rBPfc2WeeRVdd80EEEZ2AeQr3YL9nbRpkPxhsnSqvY4r9Mj3W4dVokb9d&#10;uB8dsHfWx+WtGFv3FKQTL+e22UA3Qsx4Pr8/v5HTZfuxZj5nTWCIzwVnPpcO7ZZ0/Pz5xvbA8a51&#10;K9cy/3s6IFHUTNa+8+GV9bCjLNFHak2F/eUcrEUEWPZNGeMR78gkl19xBRef+hSYfUnKJ2d9ndoc&#10;dsKNDVdFWlPgMj+yHHnxtXHd+Bj9K96hST88N99LsO/YXjsD9g16jXfkwHWwGHBkQj+IvVht3vXw&#10;bhDHQjbUA1iBMQCXpOhmAkBi43bdHmGUeW/tjUB12Uwfdo8XrouvnYeeYbuZjArIE5TVkk6jkh3p&#10;jpluoMgUOjCm7qDrPIYC1oAThw/SGAq6CRTCdPetVEKGWz76MOmXniPeuY3Kg7tgaD1pvN46U0i5&#10;Fd+82SnqHTmAkI09VO7E1xv4ftdRmnsT8tBDMyiK4eEjUtsF6PovwZssxJEgPENSHRUOrFQW6LPY&#10;FDcisxpm/mEyUkhVOYYLnL0HOQf0UZAekdgLFDqgdSeeiAHQx72AWlcmiZw6BhbCPWdHmBf75ujw&#10;M0/R6KnraWrVOlDwR8HGBB3fIQIGqEWR1zcVhmOCJMgNJ2b+vgCUzaMAsAIC91CQHNxyH8Z2zxQx&#10;yiUyMjcTQXO3fjmPDPdYbrQG8ymjaUwDkGvSRwAmUaslR4sxgo7S4FXA5qvlV47p4th9Vv6lIzaS&#10;Z8dEYRYtYUz1+pgyNDi7/ulcYqlu2kr448x2D0NefxuQmCarZCxpNKcAWs249zJNXWqK/X9Vg6ms&#10;ExZgWkd4bzY9b/QyJwEw3ADAQkFmc+hxJC3O+toN4Afk5Lnp7+U88gb98kCuum57L2oGiOj4oZoh&#10;GRxTkMIbPu5lvP4cShNp0foLqbvwBIk9tSm5jiFmgzdq1oe9FiqyV6FA9lInvEZQagU4cSX1rK0I&#10;YlYdt4J93t8v9BmuadZcG7g76bEO0h7TrXdor5L36hskwUm2J95bFX6Hxcg4gqQWWgAN1ha6PGSb&#10;ddRz8i3rB+Qbed1Ox3qPKY7SdTmV3zpJr79lpLif61nG4DiaRsKqk/MrjwuI13degBYMsHJfSjwk&#10;Q0ZsP2F/ymv1XJCLD3fxaeWy4e3gm6m5KXoLoQrTh3u0EgmqAqV1RizQJ5sJ+RyFUu01d7aBkypP&#10;dNPWhet73jIW5fPDxw9eV2tOWAN/uWeRIHsIANEqw2wYESYNjkuOSan4OETZYM6brJk411MSqjKG&#10;IA5sknrwEe72Jo13n5yfAn+P9qdpbv8hocPCU3iCSgE2wSTUPsFpiN4yZ/ZAfvc7aH4Ydt+igrCc&#10;vmH79ywwhPpwP9KHDx4UEO0luuWWb9NzqA3fC7nuNddeS2eDZTQB4G4BAIkJ1JA9pPd0jX+klYVL&#10;A1L88VauXk3bXnuVngU4sem004x0WqlOhU9K7aKKzpCN9uYfaVoKACtjWBh+p55yMt3w9Rvp5Ree&#10;p01gTC1COIzxKOPiHdwZDKsg0g3W6aDeclYBGY4D5ep7bZvsJt1aWJLCQnVAmq7+rhdjm+JtyQH2&#10;en93Qc7jt5T6bng+NT1WY1v0IYIUc7N6ECrad2CfChjt0hDoAth//c3X6bO/9e9xX0zQv/rVX6eP&#10;/9Q/pB+87lq6+v0foAWo5//wj/6YHgBod8bmMyGXXI9gplk6ZfMZtBysvJu//W168JFH6MQNG2nz&#10;WWegXp81gR1yf61GkvS57zqXrv/Bj9DV11xDl7znPXTBRRfBc3KxbejjawQWS33x5E5CMVPW4qA5&#10;I1KzhUq6hg0NH5dxGLfU55pbVEPzjCkeFgxhznv2h8W1zjN5Uz9gD0RU8tzEV4FbvApz55wHp6HG&#10;vv1Bs7TV2zVgAMh8IYFUAv6/8OzTdOu3bqbNZ5wFtv2YgVjlZ+IB3AU7lZ3sXPaXkmwvjNCTTtoE&#10;Ge+nnGdfaFpfuebFso04OIIja+7qb4696FT1Oi1gYkhkiXyXYoZLY6fXJlFiNRSNOO+91HyQMxHQ&#10;3EIf/e4BfnwME24M9uU24PPFcB9T94hjTy0VpgANyNxIt26hEXlqLB8v5zwcuKeHdP7T+vg+u86k&#10;32Veg5MEXgoTdJ2kh11ynqwEIr+VzrMUAXP4wZzzyVmCIraD4rsAuNPZ+RYVMFRWuOn5fvHXuwNf&#10;d1Pvxadp+q1XqTgEBt8c5EXwFALhV6o3eNQgQffgfgB/e2kWUtw5fPEupAruhhzpIFgHcxb4UYvw&#10;fktxNRZjIZwQUM+GYxiDd+kmsN00chFIKyMaSjMlKDEpo6H9fodFgPU8nEwdy1bNXV16Pz62LL05&#10;x9jrJd/3fdKEZysmdKmyGTShZnHWwcLoTmPzNLWD1EVX0FEBabEhkVRe8UHqIZ1OFnUp0CmQaYSS&#10;bZ1w5Ctmn2zw+n0j5Z6DxPrAy/eBzTnnErkCsC85rrRo0sflCpTvZLUBfSnDMOshkvFg5YGFSzr3&#10;1msRa4q8rTwgp4KwDrdnD6S4TtobvGZlZ8ax7CqVG1eAByeBU5maLGLqBUBX+FnS7xvzZRqaQPHa&#10;GLMJuTVpPmthEejJ9DwG3DUzJXdRaxmzPp6yMecTqcO4BcqEcXDkE6h1HhRsMtHbK02dMxrT85nc&#10;hFNSu9erno9Rkkk9ThOJNSXWBtoHOeiqoVaW9e+IUnHJuguouwjSOdW1YJ9L2M1tnGtZb3CPhbLN&#10;UN6eDMBKZlsBfTqS01AqZ4z8hnUCnnPMvPdPy1gfaAo9elSdhp3RKsXnuGgsKA3JtyHbWVpsoaw3&#10;GCNdavrIEcgkyXj4FWzNXS345WS7htDdNSzKTsEVo60CVwNwXFUSco7CigSIGe0WldeeDpir1pZA&#10;BSB00+fRn0qR4eqyxk7lbzn26dnSMEHLAGwYwXrFHUl+B3sQDx7Z/SZ1ZtB0XLPaSGhHjWdeUZue&#10;Kx6wXrcXzByli8fjwTOadOV969LUsYlZhaCHRx9+yARLiHebMGJsEESz/pcNvHi+dXERR0S6LOAf&#10;iGP9RctM6qtGw7M7N2OOY7bv2TFYY3FtuwA71YJxmhxZgPMBUIx0nCLfeqtnjH+8LP6dICmwTS22&#10;eyh7L/Tgdbdv/37atu1VuuOOO+iVV16mNWvWGIDibHiMLVsGo//uiPMUg6eweOMBuBCPJ5kPRpxP&#10;YVdCMvD92nXraR/UIdtefZVWrllrpIkypox8ltUxqGqaf+Q9pKYRwE8SdcdxHCvBonwGTVJ55VM3&#10;n0YTkGmT/h5sspKjV0Gnj9svbwQOqow8zzNTZcWXzbcA95IqLNfIfG6Ei8jjIpE3RXWgOuqbdPV+&#10;MJd+v/68c2DfMGM7dV3lxBZDU7w3b/hPZffwFNkNGOZTNdfZOUak7q+DbfcA9lKrVp+IBsIiOnJg&#10;D116yZX0oY9ei9p91qwB0hB5DffDXffcA9bsQXoaDOFzkCK9BMnScl+djIbIe+B/uQVs1Ru+egO9&#10;gJ9PTU7Bb/RR+uP/8T8RzLGUTjn9TAOWSxjNQozxEcMWxr0g+zw8ZhoWMk9hDvZMxDpEi9slpA0L&#10;BR7uKracq0HbrrhWyHuS6tDXl9vDS7kFtEsDPWL7Gm5Yz3EY8NeqQGnW6hTYjVAoJZ9H7t7277bg&#10;paiGCqXm8wGJRjmn4Nd4hP7FL/8y3QorhhdfeIneffFlJuBL1ARY4mxgGE7+NBo2e/fuQwjTLsMc&#10;Puussz/Lr23bpmv9u07qKdWyNaxLqtqzwWuMtfNhclTLMnnNkKHuYi9VJm+n9vTIOO43MqUHS3dz&#10;UjI+BooY8/dvkk1ZlfNTqVOwTyeBEfqdBfsSI3Tfa68TPHUl44nbemXk49geRz9cIaGH0T2YsarC&#10;jJxYJ9b23joPJuoE6YlBv1rayYlUQ1daLV2z/ITJh/+NAJgr0a0u4AnE+5Bqe2g/dSYPUQ8JcurQ&#10;YQvyzM0aw2ORAci90zPgIBYHAEiSFtHvg8F3FD+HHIfES28KRSHYbH1QzTsyIeD7EpIu2DZVRApD&#10;NZefjVnwq2vARuU+oS1iyjBAhG3RrUsnG1MU7SrMVqUcfDnlVi0HlRbzXfo0wTKdMpxbSlkHQVqj&#10;eknTnXNgH3kPdVdkGeqDAwyUTl6Xq3j6SvY4FwAOflMssjpInUfBlJiVl/7x99OiH/5Z2leioEVR&#10;N4kNYVFKmm4PRcCk+QzSgakXOFVJ68IOlPF3wdcsJNYKG5M+ksCmjqIQ/+bvACA+iktfVqyPbLh1&#10;C6ChM9Hzg7tUHqvOIyY6oOBzhggbNgEKz+YO0EGtQ7lCfj72BUAZgOoe7CsUV0m8noghm2yR5gpT&#10;paOsxM3uj+y/yT3Xy3oLJ9+lJI3eyO2DuVV5yayTsFePU51GTxnwTnHTS8Yz5GNmnw5YijGwWE/3&#10;CdMqkfM2/LI49M/TQfpcnbRpA31itrNO2KCWUaQbybgcAFP+c5VlxpVE88AlRwC8vo6f22QLs19O&#10;ArlDAJDqsBfBjfRn1tQw947lvrUfWCj7LyP/UI588zyDqm6FxjLesgyk+eEclsh2U8Cm7wM3DIhU&#10;h28Ak7BMLyPrJMMgkPPSd/LNnjuJ07i+Gy/5GZpYe6EJIZAusLkpVKcqcu1+wm6EvMQ39lKzkmkP&#10;oPvitRSD1dRjgYM6UGwpAila7TFUh0eFgVa1J5FvkKmgdgnl5AHU6NiJ4XbR3hNlUgZkGCGGl1cm&#10;Y6yMJr1+2XPzTulk1ZD0Th6hyT2v0ZG9b9DcnlepO4MUW5o0GzYvPWUuDdgn6lIBA6URJxv8mWkL&#10;KGkX2KFckrG9zna+93IeBTPbcbDpjcTfsWV988ceUz9I7LWv11FhjE09JxvJt2nc2Y7HNFjiRyb7&#10;ZrxYRp8AXpgvZa3BeDoIlv/RIwUdwecfVQthIH8mbb72OrrwiitpGTa4Y2PjTpqsWiq4jPxLx56g&#10;KjjXOmgmVZtyx3KawzF08XmnpmZpEuvf9u1v0gNIZi2xHr7v/deA8XcCvNyWNvYB0kQVRp80K8UQ&#10;X5qo0lDV8DXSh7GJf+VZ6j73MDH8iBV8ioXBZ0n48GVEmE1n2Qaiyz9IM2s3wPMSXn4ChBInGzfK&#10;NzcTI5lwn5WTQgwt4w28nI6gZjwKNt9Tz79ITz3+qKkDTjttM1106SW0aPEik6ZsvPdY/J76BsiT&#10;ZqNIk4UNqMt6s2zkjRi3wmSVvw+i7rz77rvp5a2v0NVXXEFnOD8yYzXjALvjkfEauZmywLiElcnZ&#10;Edn6JHylZ1AbLYU8e8QwYjtDyk31O8bqY0dcKQN2xKAGjQ+nLHMyXpskZj7vNOr7L/3vv6Qvf/3r&#10;9APw0vqxj38c99Ay2yRW1iZhDtLOSQTFHADQ3Mf5X7J0uUmlFqB+JOcNdhxsv++XjDe/Fw8VLDqo&#10;AQOQx0mgdTCnDBtjo5LjUG5d8k6rk0jonsYXehr0i//8lxFa8wz9h1//bfrIxy7HGjOOx3smSEZj&#10;3tz26mv0u//ld+h+BAX9GGx6Nmw4kb79LbBRt71JH//xn6QfQhrvCgDq4iF5eP8e+sIXvkAPPvY4&#10;7YbfuYzzzbgnP/lz/5jOPvt0K7UXeyCxXXIeQ5aZbL35qj201hHswRn7nTRUUmtqhB21jZMyo1bT&#10;Q2ACdYCcbr5HAFCrAfLcMpDUzjtrRNpkPeB5ZYN4U9V+CXAYHbPssUIUxRVf5QCiQz6oY0iihB4c&#10;z1bq2PtY5mmp826/7Xb6kz/7Ar304kt0Jth9v4wxe8FF7zJz9e49++hLf/W/6cZvfYsOHTmMRPMZ&#10;s4YCPObiM8LsC1Jk65RcFeygAn+NCk3VVbBGjUjGwR4heGnYQQ7ppUACZf/L5BqxDnSXuqbaBjEY&#10;nJlgBslso+Zi4OMS8hka5PB3FOmbn3LOzC35QfFrKH/efNHMqpE3GIKykTQtiepupf+lHRIdBJG4&#10;92MdXAvtNqyBD5oP4FCm8xWc36wxcdkwTuOGA1QggR3gwWP8ctJIxJRakfUz9JNFOinBi834pWnj&#10;DaONpx46oO7zz1lbTBvnXVqp7ayw4fComD4b2aYUxCjuO1KYA3yQBLyFKFgngL6PbNtKxZMPkrrn&#10;dlIP3Q8/mcdIb3mW6M1t1N8FdtjRgwjBgOvbXP1VAr0vDwIQhFxD7zpA/a2HqHwNPnsHUDhN9xyK&#10;h/tuAiMFLL0OgDyW70elM+4kbyVV93FZODAMFfFs324uq7TETBxr5S3FgX9YGoiYxnMmt7kqUpal&#10;B4zrsSnzRthSqORsDvlhRYFpduizh9eCRSHjdPE0njeJfx9l873QJrnvWH2lBQTLfs2OsStqINEt&#10;gw/qGX6ln8+YwjQN8+ulXTiMLAAFQueUTdRbtdbMaUeE4dHrG7BPCu6+iZCLUxO0l/u6pEebBmYT&#10;l0V6NNufpdlJkR/N0OFt96AQmSWVM/RniuTVlSxA194l8RzJmbAfym7EQr8aHaVzJgs3JwHkCdve&#10;pi5y4gXX0nxUebTSj09VAQghk9T59hVOJufkvFSliiZ+xpXM121+uJYEF4Ekl8NAjoDEpFMGWoZ1&#10;54cRB4BYlXAb+SSy8+RIkkqZGjJ4M1fq2OdRkwo64ra45cxqFFts6iDNuak3Dv2MLAhD1TqgXPCA&#10;Byz9WhPe/tkEW8dy6jspYl87BLYMgCWtw0j1wO/XNSt1jH/qRKrsLULjgJ86hMLxkwIWYR6MLINk&#10;Yn/y9LySvhpk5MRzsWHbldwbISAYSWQCpJ5dcrsRhZWxk4F8jllsVGTDsmDV2WBubzD+coUqahG8&#10;k4vV0tIgcVdxZZjuWSrsJhYPEubMT7Xz+GN3R+iUvVdaD1oLKJo7tJKzWmaiHa1m40P9umbkotqI&#10;c9g5ihaf0oJoRJmwF12NC+3S2E2wQcWtLp2Zdifi1bIBBJXzG3Q+oJL62cVGfGShudeOYtM4Xswa&#10;wEzi2s3YMyCnMrVDUThWiake+gZA7JkU0TCUojCMwFJ7P+yyygu0DR92DGVVAfT+mtiGgQ356BqQ&#10;hA2AMtfXVWiICTIwQI1rbji23OiImL87qbEHEY3PX2kmPglIKPszAJb20/Qbe2gZvKp44QJDgGdj&#10;MSK5qD3nNWYDCEy4ReV9ab8Uh16PIbEg/uIqlMCHEGHtc2NKfPMEcBJvrPXrN5jN9KuvbYX0c4kB&#10;Hz3QKRukErWYYb17z69KYi2dITDZRkTSO0ZHl62mzr7DNIcGmqQSAxpDzSfX5igAwKM0ewDhZsvX&#10;AjQfM/6Jc6Yhh9/1ib5RWJ+KO13clJ+14yWZwLwMs6ZQJiua9sPY/6mnnoHR/430NNQel136bnr/&#10;B6+GpBAeY5A4i+SwU3Tc2iiqjE4VVqirsVMfo3aemqaPo5SRRy9bvpQWAq2+4557Yfp+kgEJffOs&#10;P9c3nlHyuzMzk0aCWIcbte9lvArM3MdmLBcmLXoc10LYTh0XBqKPVx6aSiCHDUh0+1SdoyyFja6M&#10;o1+WM6+KSvUmLyfnbwnG7d9+/WsANJcgFGWFYcpKwrf4ML/15i76i7/4C/rLL36RbrzxJtq9403D&#10;pOxOLHD3rDLXU1LBddGtgCG/PgxNDM18lXoIwgWrvBdJsn/zKrtjSTZthp7lpRGcPXqO9qL+2Hp9&#10;nwpvm+EKc/ZBSPTFK3tyds4A2b/7uc+BcbeYbr/9Vjph1Ub6R7/w07Ri6QrII6dhlTRqLHPE3++/&#10;fv6/0hf/+kv0kQ//XfrFX/pnYFa9my6+5FL69rdvpW99+yawYPfRhe8+D/PDCOwGJvCzy+hD136A&#10;PvyBH6Af+thHId29HsE4660fn8tbkHXYWjwUTpmiEttxDtSOsUx1vrCTVMXhGdL1tUlh04DFnuIg&#10;kcKSG40cTtLe/NYjVoxox6PXzaI7eC+VY4Ezz8s7DT0MQ7a4b/zyPEq+HNtPuS8OrLY6KQsvCuWI&#10;w8rawjzi8Njg/5qiUEBfA8l6JXYLErrx4Q9fT0888Tg9+9xz9O3bbqN1qzbQqViPP/dff4/++m++&#10;DMbwSjrl5PW0Ds2vObBEf/VXf/WzxacB9uWSdJqgF+WdwMMbLWPQTjr0PuKIyTWflx+llM2hUneH&#10;jQ7nAePnu+MDcWxS3CFj2ZkGL2NZg7MU7BuO0ZeV68zjqdV8AR4A3+dNjnUmKbkZw5rRdvpNnqYB&#10;4On8AS22kEMhLAWxsmwWszlg8X+xQJSQsAsEX8hr9A14AX8ZAWcAMHTENBqo+yiMkkeRYlsgpr37&#10;5KPUAajXf/A+mnv0ftLPPUEkgN9hSHDhrdc3Ms+e8YHQKKD6CNxAlQ0vPQB7SIeinQchyT1MfAAw&#10;42TfLpiQpeglZJJwaVyZNFwTplFwBSo0LFmZI9YKRzFHLWetRZo4MBm3RTuvc+l1HO+IuZpsa0Cj&#10;Yjc5Ca4w7PRs/VXOuMfKmkRZ9utOlF9IS2oyglI6r86KcjIJsyHhOGRXAVg8vP1FGnn3pTTXQYJg&#10;34KwvX7pQLwymr+0bs6MdZcHH1eKPOPRx8bId/8rSOPtz8YjmJt1agRMcZuXxnCSC85YMsyfFF4T&#10;QJv+Qzxvbz6d3jlg1GoKQzTquVFVfogUMfQ4AM5UkMKrGp61Nk3Xj78ceOfZeFENzJwAgsk9kU69&#10;4fMzgKlS1Hi9hOSfl6QyEw+zrPAQshxOxzwn1oA1qBjPBToKrOCGJ1eYgKspTFlvmChXya4Uze2a&#10;Bq0t3Cpd54bM5Xikx8NZS+icf2AqUOD2cBqtk7kqYCdWabwO7Ks7w7aBI42CAhvpiTXnUBdgH7aL&#10;Jl209lFRdUBQWCNoHafHJGmNjaU9ZPV5kM8xlcPyQgUMZk1xijUlHoCJc3LwZgmtm3OJYSrTEFYV&#10;0JB645Bujn0dmbVyBGrKyxQd5ymHz9KHLBL9F2zKS1MTsIb/rXyn52zghJdcmvuyW+lanE2hDcCy&#10;V6/BiFPcTPrh0Oua67koVHyVpQM0BWhUoRWPbYB4xzzjHeze3zJCS3dckPSCBCom9D55eDcajEdg&#10;AzIC9tUSbGzH4Ws3qsBiLLo2ZEjGls4z9xW3AFwttxjHyQzRuDMgFg56Mdg0r8Cf7i0kZY4j2GGh&#10;hE+AfVc4hmXh5cbR7xaW6WECzjqWXQ+gaeTQJM1NH8UzZg1oN1paCQJLQw1snTFIL2cWLLbgpzAz&#10;uRNJh/n4y/pj8rMqSwusHoEKRDycHoZH2PvBbnwP2HdLliylxfDdE6lsCEIe0x7DhL3YdONxAE0L&#10;AUzJOHrs0Ydo2YoV5rGuCUMpXT4jZIkuHXeYNOH2z/kO+fENK2E8jtdv2+uonOQv6PIYST5AphOQ&#10;eCyA0Fe++jU0bSeNj5sA1du3baM/+sPP0669e+i8s8+EH9xmeuP11+mbYOo8++QTdPLJpwBEWlLJ&#10;5tlZwNShA8Ofr7ZxOq9NFbeFlhzbdZvfauud2X9Lg0Xk7gJkCvBhvCJHu1Wq9GEEF951150AVm+m&#10;Q4fEA3Ql/b2///cNkC0WSpUkFc/9kz/9U3pz5w76+I/9FL3r/LPRUCnMfFBibvjWLbfQa6+/Auue&#10;kk4/4wLMhQL8dIx9wPKVa0yIkEnSdX6XuXPEw1rr6+O8H3QOZNV5//NBl7GlCaFzKcjVzaIb4myd&#10;Ky2H8RBMpbPR9zoDRg8Y0Dz87OCDpHK1NmfAaR429SC0Q+EE9+A6eMp65JJJI7/wggvpyacep7e2&#10;b8ffT4LdPk3fuPVbAPoW0ac//ev0C//kZ+jDH/0wfeQHP0qbN5/22eIzn/7MbzJn6Oic6qbpGFlp&#10;yeukyqMBkcNt7luK280l4+uWAyGHMPonzgCZ32uw71jp2KnR8ZBAZxDVE31S3T5tc2b7xMfwCXUo&#10;0zvWSA494FV1m0aR88EajZ2WbpEBO7kqC0Ov7xLnbKfbJCCW9sOIDLCLok8BTOrCU28BvG1GXt1C&#10;astztOCRe8DWuxNf3wFj7y7ixx4g/eITVG7fRrRnp5HqMgpnVGzEoO4TJAw9FJv6AIC83YeptxNU&#10;/r0AEQXUO4IbfUo61XhzAfSWAu1fjM+40DL2eByl6ZhHL9xWiwPfwGhDo6P53G8WlfPiKwqOQg+i&#10;86JasIDcv3WmQspZbDh/T8NvUF5i7X5PAL0emy8jm52z0jVJGTfgnmCs0/VzaNb9PWdfwzyvH8jj&#10;dOIH5plYjoFcWfNxjReT81hKczziWT8wt1e1zEw+Tmc3fBMVQlDOutiwKueEwdS3rD4b0mGFTI0g&#10;AB0pvoPEToxHdNNlg7L32dvg2TfbWnbVm6bal4KpHeMf3vM052OhmwECjbl5nsLOJU2n/o45sE8Y&#10;G6VOgj4CCbDvEHqwzL9mldjrfxYCgZQGdHATmPFrWUoo8gQnbuOxxfeOohRrSJLrOdggc55x1mSQ&#10;xd3SCPhtsaUYGuBiDlh9WQv6TKBFciNRzOJMYx6YatDbk8bsvcdBsloA9Ol6rtfBc7PsvIYNQBDo&#10;McjHUse/E2eFMXEGtNMtUrw016nMVpUNeKlhcRDKhn1ycOkYlmXg16c9ixdz+sTqs6hYsg5r2piZ&#10;7LWX53ovyopVUAOvzaTiFMDOpc8EDJDcvJFprDBrasvn0+FxsI5HSuU1zRnHxcxVdd5Ynk0b2QhE&#10;Y8vVBVoP2BMoU4TLkOiMLwVrfjHmdvgs9QEu9ffjxEviMViJkIMKs9+8o2H2gc0h0l7jkWZp5cL8&#10;85/P+tVxxaCs1uhQMk7eqsABl4rrRobzodKVbNyygQSE9EIQT4b0knPf0OioOkTNX1ojp3TnWfAj&#10;2fjuhL/VjqeexXEzLVm7mmYgDR/tdqoNpbVv0dk6XuthauMwqbxme1Lo1YRHx7Bxn4DMcfUJ68CW&#10;nwUY9agBVEYB3AlYNWEsMppsCyvls7Aq4zklgCq9eCn1FiyHIqBvgsyQYIYzBxkUGHyqgLwOliqz&#10;O94wQOJMF2xOAH5dYQYG8mQftHC8xvdDgzVG/tozNcDGE0+kZYsWmPMqzLHFCDHpCgPMMSvnB/sy&#10;dbeocQpV3a8yzlevXWfG+l133UFHULeu3bDBgN3C9OMqMFNFuis+JrDP/0bl9v498Kvj4/dST5vX&#10;QWKsjpRBZZBuXgKMXUwnAbgTZt+3b7uV7oX/m3gp3vzNm+mtHbvo0//qX9P7rryM3oUN/WVXvo8u&#10;u+xyehX+i3/7t18GSDhGqxBQMz4+agJ7hpIPpmFIg9u40X96aLCPBhBLjsen/p3aI5c2AVnuF9Ta&#10;R+B71gODUgDA0bERWgfg9b1XXUEvPv8CvQoVzkF4m58Oue2p+CqdvNoy8Up6/vnn6f77H8D1W0Tv&#10;v+YD5uyID+j+fYfoq1/7Grz6Ljevu2TRGlq/aSPmuj6Njahq/rFzd1lPvgNd7NpxKG4FlVOSVGoH&#10;owKgTzf872pYQFdJ36l/XhZAC8YXDyQQ6KA5xa1AH2W8+TjHjEv9/drGZ+YzNogK6fkMjk/n9kYc&#10;ND0HENLSPZJukUPHPpQBacS9vlh/KLOGF7ADmKFFmOM/fO0PGKB5CywW7nvoQToK2e7ixavon/7S&#10;z9EKzBOzuIbj41gfNp4IZt+nXRovB2wPne+K5IzE25kduqFdYp2H05jyHimNRJT58nKZWynwg9Ha&#10;NoD3/w9g3xAdkooBx0Mx+yrRUopSz+NpyInrPmeaAsO67PGQNoGcAE6N421EGNaeBZR4xnCQJhIV&#10;oTrxlgmNPit/HFv8dDFxc0cb5t4I/j02BdnOm29Q8dijNH7vbaTvv5dm77+Hes89TrT9JYB626mU&#10;wAykvQnyzkenjRF0ZwrsvCPYDKAr2z8kAN809RGUQftxQ+/HwgTJKdqyxJDcEtJwS7D21FIcD/yK&#10;ecQYUZjrUfSdOKZ0e6CSjIG0cjZ6nJHP5UOEg2x3HbNHYu8Dbzic9eVvlVOwbhtUAUDi5bKlZexp&#10;F5JhAL2ZJnvPGOLN2dRc+d0yAPXIsfisNJecxxI1pKfVF7c8HgwzragBBFZAHKeJmVx7nGH/Mw7p&#10;8JGje4jffzU2fV1THHsPvp4H+4Kgm1Cqpyt/L+u1JIXjKIq8RcuXm+TAHY99w3g2Zms7boRmD7x2&#10;OmWAtnn46byVfQr08QBZic6k9KYSS0oYawkmaE3qw7olkBcw1RtmlbL6gnAolXiHNvOgdDUPcWAu&#10;EHnjJRJmztD4mBKT4oQVqgMsXSfptJxNMskYUPAAU6FjXqqC19b5Vg9nmjl1+IAzVCitvDdkzemE&#10;IVgPgrDA0kb+mCbiVow1b0MQ+uYRN1i7OgfkJZ58OZBNpyCbTnxCG6zGfNJxltk3T1CRzphyRFOm&#10;pkaivJ/n2Ensy0rO65iVGFgTq86g7jJh9sFnrShq2aGKzc/rY1SRsTRn5oyo9gtueOtBRcYbzaEA&#10;kam/l1U2axSdNJhL1+TQDeiTh9mE6rgJrBsuau1+VOkGQyd6bSPPdQmKAiJ2wPIQ0G+uh/UcEjD7&#10;+z3n88f2nBifXWEFloZd1in65vP1e8ptsnQF2Pm5yRIjtfMMVdW9bjzPigDMCUBgv5aUnn0svqU+&#10;nMiDcdp57np5bVAZCejX7djrKUChgcWkjyagpfjRYsGdgbx155bXMK420MTycVowsdAAbXI+OCPc&#10;TxnXel5uLDfutdqonioWoZxH2QQtW77SvO5D998H777lJgBBANXCdzGjBcTKqtklLfedTIoBovDi&#10;1ZBVAkjbu1ssLa1MHmu2fOZx8fHbfwD/HqGxBQshAzYVl/On5ppQqudX3gy/T9BZzzsLaHbN3ytX&#10;raIDkBHOYMO3ACCSSGK7nZqZNAjsy4IHUpP0e1UasmVREi3HOV6NcJRHEI4igLWc5xG8v2xGx8YX&#10;ZD0xjx3si+0ijofp9zY5bu/Yb9WJ9WzOTV/CIODdJ6yxtfB8OxWBDs9Cfv01+Pg9/9IWOvvMM+mD&#10;H7rWAIEyHoUNthAJr+eccy49jwTqv/7y39IyMGo3ACyUQAcOWX3t6BAdr7T37YJ9kSXM98EAXxrq&#10;YmXw8ksv0l/95V8AMP0buuvOO2jHW28amfuiJctM+rSk4mrsze67735I4w/Q+953NY2BvWoxERuU&#10;csopp9KTYFjefc/dqL1LWrt2LUITpui//4//Tvv3T9OvfvrX6Cd/9sdpw4nrMRd2qHDnoDfXrwKH&#10;xIPSWjBw7KE/FM/vGIRpTJnXDxzyG41fHXkuN/2hh4ogH0LexxmCwRBsXM6rQ3LgYDPYTg0MPq32&#10;P2mQSLJGcUbNGI1r5nlVktlk3zTRuDGG+wawlnVVMzsrEGHcTxgp+eoVS+mW79yOgSZzy2G64tIP&#10;0OrlEgo5YebuDRs2OLCPc1ridMPIA9lz1MIwK73cS89r55mVe+YQ4Pm6B8MsCzlGIfN3k9V3/OHW&#10;ufnRSy45ZXTMA/aFnofNiThIo2w5j9FNEGjgB7J2hj4T8y81nNzE89jmZnkCOoM46LYjkU43UKYu&#10;ZB1dSDhGXwZj75lnqfPUY1TcfyexsPYef4B6Lz+LAnAnGsEH0OmRsIyeOF8DlIJZNwA+OGDDW+8o&#10;ZLpTNHUICbh7IMHYi4X/KN6750AJAHk9SYhbYNNwGSCfhEQoFyagHajlI4+NBKUT+sbZ740AyDHL&#10;dGLBmDC6I1No8erzTaeyP4BpouKgCm9ixvMhuJknmH1g3305OW4prLyZgLUXJuO6dFwJE2H3mPfZ&#10;03VDuvIGtakZnPjGhd4Xwea24f8RxrO1Nb+DZMmUUeof6Dii4gxmw02QYKw6GcmYyoF3FuwzBaGT&#10;tEUmclpHxv3yzy6KPzEBFqbO/u1b6cBLdxjfoNx9nxXTuJ+VOu/xrHi4TqvWYTBTk7lEldSkKUls&#10;shSSBk1SAXEL2FcBGjpI0Qu4YoVStWTNbIw5AP28Z0qy5gVDpAzTd9kxZQO/tlBaxwnBiRKwMk3S&#10;rSn7qdS59lLhlI2rM/5/0RBveuaGXq1Dl/mZBEAdzR2Z8cW1d2NZBubQZbw+6IrZxwmjLz5RZcUu&#10;qu+vUnMjUYO59gRrjesd8LktqMiDun5RrRviThG7r9EbaalwwoRbN2jy1yaXjKwDNiMF3nMB89fN&#10;P/0wibe0YN/46jOpI8w+UMN1EXj3+OOIQoI4sEipderhHcbV/RA2WjnzeVXUPKjkbkrl9QqObVj5&#10;g1KR3EPS0Epqw9wmVGfCznToKxUGgKSKEB6Qrld7EBl2nUg50YUzkl6ALFzg/IpkTPxiy0kToGHA&#10;QDHqB9AnwIhcqy5sHQrjuyePd82oNxYhWlUwgcNkqwqvUDbsxLP/VBE7G5uGEFmPQc82MoEdBVcM&#10;k9DHU66FAIjCEjIS4Cq9nKv5TYaP/P5cac+V8SU2noaKjiCt9tBrr+M1xmkE7LLxBRNuU5uvwkM/&#10;SmIeBiqoNmYqHF/aAififSue0CMAGYVxJ8m8R2B58szTT9IsPJFXrlxpwLA4zCVo/GIT5c9pz8xN&#10;6KaOYpu+cIL6CAIpp6bxsxlTpIyIK6GoOWanoMrYA8YfzvHilaRFnhd5NhXRfPK2wT7OTdHKNQq1&#10;SWuWj7QYn/2VV14BkPEWTYD5IZ+7E4D6g8C+nIl8dd+KRLdjGawjwkyDlHThkuX00IMP0uThI0Y2&#10;PCbpzK2AzrGAfe9YvOF3lYSR/ZRtabDunIiE9CiSWXe8tZP68NxeCIbYcoC0Gzesp2efeYZ27tpN&#10;K9HEveaa98FDc9SMI7HzGekow5o9+dTNuBnn4J14Nxh+o4bNOjE2Uu3srB9l83yz86mc76PmSDyl&#10;Pl6wT+Vr0u8x0+/o5DR9AWDcH//P/wXJ7QRdccVVBuR/EsDp395wA70Br88TVq/BuVxBp595lkkh&#10;/9att9LWl16gzaeeZiTrPsV3ARjEV115pWHn3XzLrUjb/Qrd9E0JQzhCP/JDH6f3X3clLYKNQIet&#10;QYMupc6fxbw0YrwbrVKnDPoA8d5BvR3CkZ7PbslLvusgD7vOZkLccl7T2W1cfl3MWmqkPs1p3cyc&#10;b7QdB3gd2+PohJmYs6XjyOYoDPLQwRawMQMEvpSDreaaXn0cNryC72uSZt2cVO61d+3aSffefSe9&#10;9MLzZv+4fOUq4/N5yumbkTI/itCOF2EjMk07d+yhSy69GoDziKm/N2zc+Fl+443XkzVXZxJuh50g&#10;6y6pdglNlnnhKDCJLoaZWiW7bWV5PqW2KQJunOiQHaatXG+4xFfOBoK/Y8lPCePBRnzO3xlTwYaH&#10;XaaxRUKGcaHLyS11S1dBB8y4liCVYOMfhwy0h2CUjQvlutfud7TOjw2fy6Ac8iGgiUkgFcCkcKmC&#10;KN7Yak2sia4iy6LC49KdZMPN7tjAA3HUAYI2Ip0byDZ6KOw66Orwzu0EZ1xSSMFl/LsPsG4OfjxK&#10;92zynRTk4pOGhVfhS4u57lTPGrkC1EEL2LLsxPum51gwo+ZtLYDQCWYP5ZRFXrLpAVeVhAX3E+Cp&#10;5X4ofTJwgp/rgB3EATBWJSRlIs5l49Hvu8nI168lZRYHndeiJf5SlsGnXfiFXxAtmKcdeOfp7kZf&#10;5Bl6AYesGhrBudIu2VU37qwMuKiGvHfLIZ6jmpJ639muhGRmM2iiC+jwBatp4lP/iQ7is3ULG9oy&#10;Bfm22fRicBhz9cKDF8oai4shvaTGglkwOto1HeEjKGAOI6BD73qO3rzz8wEtTleMMJ2ZwLXWTYkl&#10;6SzDWevmpllzmE5Z1mbCWtfXLbgKpY4BJ65+j1ttNDloOHmAS1MYZlGX2nNzfr3RztyYK2mscuCe&#10;SdnF3yMddjI0m8CrDGPFStcVee8+XQGARsquOFqvzGbbp9462VyYpqsynntchVmFdpi6ThytnmO/&#10;7wQNlFARWfHQqlvKfR5FDSDEv7k/Vk3N9N4QkKoTIkPpv32udsAbkw7wZ27fvoX3lwvwKHX8Gatx&#10;qOMmlQ7DKILUEB2w98qMBrYMgFOfUtvXaVGns4y+GJyu51mdSm91k5VaRvd9zLLTQapw+B69YPek&#10;XfI3BeejDJKMw9TdUvtEQjaAUenWCyP/9L8rS0/P/kzYY8gBMo9JQq+slWvO/hjCgi5HQwrMn9Hx&#10;it0l3kLi4Vd6+Y5bZBQHjBHFkVdfHcpGJn2QOPbM7JOVDRnpkC6rTaMxIieuZJQhe5W5Lqur1Po4&#10;hjtgvOpoR8KZZNNKluzqBR2MSQ7vFV1XOYbJL1AZ94NrbudvHdUznAn9kEOeBpMEvb6De2hq1ys0&#10;vf914iMvmJReoZ/3Z8Vrbc4AVd1CpJZgAxr7RJGWAVwCkNRHQpb45uGqmRRfI+PpmcXRrHOk6/Fq&#10;L00Z1Vx10Ei8vRrpUGxd4qT4NoSldKEWbNgwhoWEv2dndXXPTU1jDZuco6NTkiYPxgxKIPQusR7h&#10;cwC4fNfF76Mrf/wf0Op1J9ISBA+MKxuIIcyEkW7XHKsBqMKUZ8dS46RxoubBhyKJdqDWEKne/v37&#10;6XV4Iz/+2CO0EoDIBRecRyvASBsfEeuLUXPu63mTq8anduNbiawaYSv9vftpZMvzxFvhiXQUfssw&#10;ZDRjydceo4uIz7qCZjefQ8WqFaQBJgjoOCsorw9NCc3xVeLppNv2HzppbTeLES5r0NJfcUlv3Yea&#10;9bmnnqY9e/fSBRdfDJniCTQGsEGO6+j0rLn/ugUn90d/wMnWUcFj3qffN+dZ/ORuAzAi4Ml1H76O&#10;1q5ZCTbaiJkPmGwIkNTdOsus0a0pl9/LP0Vmz1QOQY5PA8WsBUffSKtF2u3n+kKSoPElbLEXX3gR&#10;YQ430zTYl+e/6zy69vqP0CKwyuRzv/H6a/Q1sM6+A0nvj/6DH6Vrr7vOJBKLLxzj/M72S5NaPYXf&#10;vf/uu+h/IulVmGY//ZM/QZtOO92mzOJcG3ZqtQfQx7DDzl+LupmmGzCnTlRUg5Aou6YVx3WtvfRU&#10;J11p0yiXexkTaA/Avgl1wfmSsWkbMQU9+thj9MlPfpL++T/79/TDP/4+hL+MYa+BmRXX6vO///v0&#10;R//jTwCGbKB/9Sv/mi6/+nJjS/DFP/9f9P/+6Z8Z38tf+5f/kt596aUIAxo1Ceayjsl6ugehQAdx&#10;r8n7rgJYuBygoDBpTbNTz4/IzWd5Nfj06Ma+L0qGLeu5RrccTCjl1QMS1GMrLG6x0aJqn11Riqo9&#10;gW4H6xJlntYp+Yqj5N0y2frWwXZ6XlQmPY4yAvKc0iCsF9xnLn1YmQ5S7XWtmqAofE1HALu8zsyM&#10;gL2F2/N0Mb4msecYc57tPTN2QxsIGdOSHM/9nrmfFcDnO79zG30REv7HH3+EZmeAOWCOxSvShRde&#10;RFdffj28+a6GXFdhzt9D/+W//D90xx13wFN1AnPDT9PHMT9cceXlbJh9PATaPzzVnBMfNW6w8TmB&#10;5piPlWzNdCxAf9NvbqgkiWMNfHoH2H7HACRWRWd4fvUQnZp2ttzgZV5HYJ+mXLpq3hyRKZ8eFPt+&#10;UdaQu80Z12x4pJCQWOnSdaMxeUv6rdnAz/ZdRoeVMfTxJEn5kkV3zuyQZmgU6NLS118mfgGFOCQJ&#10;nTtuo859d1H/yfuo88rzpN58neb27DJsPUlj62h0c/tHgZwDZIGRK8OnoQRbrzwIPzZ46ul9KGom&#10;sSCjCDbMM6nNl+H2h5ceTUhoBr4ftUbYlRIn8M7RiRpZu10y++eXlDdjS7rH5VDZI006SZSM64Mt&#10;fDKZf7qKE3ErKEE2DU6CK3Ujl6HXnjZyW+Oh13N/z9q/pSYuZ+2XYfLNkbmepffYc0W1dvhgmUg+&#10;qykmSPw0QbnEWUluyYMcKRNppOYoRTD3FSdNpetfPenJ+JNCYWbPFKnzTsK4WIdiw26o5lCgewCF&#10;Q/BcU9UNNJsvnFjx+TsK1sL01AzkOtM0u3c7zex60qUnDribOXjNeWa4mgWms7d3LStOPT4y6B3H&#10;XrmREb+uQTmd8dDlNKVLhQbY/rzGAJFy6X5VxqObegx4pzhi+VmlEld+eCpI/PWMxHl9A7lp2M0Z&#10;rj83wL6EhBf8ssrKJJOAlVD0lLx2HCKSjM3Q/6r5SvnEXG56x1Eovc16dYb3kUvKjUBnjmWuOrUY&#10;yPATNDf9ERMFAQUpwrFzAA8VqkHHKFAK73PWOuvcrlOpr46991LDZ//zMjm/OjAK1UHzJGQQWlmm&#10;D2aIg33k4YlVp1NnOXy21LhpiIWpu34hquXmeVYbp3KZxk1QG01yoEfnMJ05bcpEUngVAX0673zZ&#10;YBBw6yazjDx5oomwOrKykZLCqXnmQO++YCyiWC8AKHVGwHRS0lnvGhmXjF9sSc1GswRwJ/552gn3&#10;BSyRZN9CGj7Kgil9aSxy2bS0CUKmfFqg96qs6yll08fd3BNaQlTqDR98pVSVylv5gmoX9OFsECwr&#10;0AV39OxcX1bHoWkKNU8PA27f9jexzo3R8o3raEwYcCJzVS5pWMIy+mUc5OJ9OLVugH2D9yI6sW3g&#10;ALCXBNlxY2Iust7HH30YAMkULUYAwoKFiwyrUjZf4nXHwea4ug+UTUoR8FujZiyXrBQNLxW7Adr2&#10;ptx4smnJBTb6ytSHABzw2iWSgCe6yqSJc1jYccAMH8AP09E8GZi0x7q62ic0OVFyjrsYe4shrZ1G&#10;8/qNV18Fu2/CMJoKl74sya41AKCzvoptd5TvMwuoIudQZNInnbyJXn91K1Jk36Llq08w0tIxvEfp&#10;PDZMDXPMM+z37k+uThxKnZhjIpHcH7MW5MT4kIAUYfNNgkTw8P3305/8yZ/Suy+8gD76dz5GFwKI&#10;XSgAknh+48IIK/OU08+gMfzO1266kTauPcEEzci4FUm5BbVgHwRG36q162kx7q0vf+UGI0c9B8Dh&#10;OMa7nHvFGV+wt7NDZWqGJB3366h37LoJsG3tAmyHT5kBjvsUQMiIgCvCoMN52wVv9Bu+/DW65N3v&#10;p4suPc0ALdKMOYQU61uRZPrUM8/RCrB/L7voKloPD8qFCN85++zN9K4LL6Y7AZrcd++9dOrGE8HA&#10;XIsGmfX/7ACAEZbfMlyz5WsQvgG5b2ESU8vWoNBWD+fj5a3ykExIPb8PMw+Fn3DG6y7qGQS1DQ8O&#10;7eM81tFeryW11CD57LGeSR3sXTiJaQvSwJmogWflmI3+bM7OzhqWvdzXU5iLzf6uUC6UsW/GkBcn&#10;CFlJgOmyrBt0nhBx6PBh+qXPfIq273iLNp5wNv3iP/sEEtevpAMHdoO9/hTd9+B3aO/OWXrftWCs&#10;wi/4+o9+CBYLj9BraHY99sST9BLk65/4xCcQ0PEZ59mXHrJKjArnjegJ9dGcmA0GHmhRgaWPiaLL&#10;LZKA7yfY9zbHWSwbaZO4+QTSKM/YS2M0Dfw4rIeNwGjRbEXcuxrL1kPtguaNXU+9Ezkx82qYnCeG&#10;Sdrp2IXmLowxwxySjWRhJ6AuOugjCM3oHj5Io9teo+LlF2kM6bcKVNjOPXdR74mHqb/lGSp3vIbO&#10;LRh8kKQg0x6LAb7ke5FrgHmlD05Sbz+Avl0Iz9g3DckugBeR4M5afzjzSQDoqTGR34o5koB8zluv&#10;4EqKawM/2LI9qDb51xQw1UJSgg4QC90Mt8hN/pp0O8O6Vt1SaoYWnv/Kvs9JhbxeUCmOXVQMudNv&#10;6til1jnZ7QxbkM+FZWjnsWcen3WP9dmevz5XklsdIhdObxkyQTXFsmUdsDvCf7/tUlK/DQWIciwp&#10;JexOsDwcWlXiRPX4EBXnXWo2R/JnZnbOAFSVLNYVayZF06BZnknXN8CgpPEewQIwiXRnNb2PpnY+&#10;XQc46AAkSxl+oexzXrW1jhbXsq3RQbWcWXEzoZcDgC1KvHXDRVWskhjEi2wZmGJ7iWCKMKxTnYxZ&#10;XT/fL5idwoHsVN+DXEnVKEjmrT9HKNNMWf/cWOeS5ZGdkSPrqhAKEzMbMnHOi1/aAD+iprSZeUCS&#10;2RA418CncJPB2s644fbgF0rYfLrlVkvYcDoIwgibIn4zXPlxekm/btmsMGX4CYPXcqZ8BpRODalT&#10;OW8WGG5ac3AmvMzfIBVYy6FfIMcBKcHaUHkVah9IVMvsZV1cALCvgGdft5gwCxIHAB87PzkVJIM3&#10;wD62YEr4ITiSpNcMSxWqFKr30k3ryTBRtpkXHzc2Q0laIPFkVw81DK41RZIpTjdDiRdlm3xJa91q&#10;VdEIIgLAx46aVgD06EwssgzNvnSy0JVHmpQqZgyb0oegCDggzO0qWhkMGCOF9Zx2HQB7lUTbfjgr&#10;uS0a50U82xQzZQjalUy3maHCgUrDNkW8759PHDbAsbASBRAryNZehtkJKS1CLHZv30EH9iCpdynA&#10;Ncg7JSSiKCxbdE58DF0ybvvGlYdIpgy9n+K9RuGM+AuApxLcIaf0GXiiHUKgxOoTTjCeggbwqtZc&#10;NsenjA+SrmohYXTMufnCgJZYp/uHDpuwFYVipi/BKnJOxOxf6I14z3LRMgSV4BwV3To4JUpF142G&#10;TRpixuk8qzli8jRd7eJ5SAAhASoXw/NNmEfbwb5TeExAI2GAhp6HeqC4ivNpsy4cRPz8bGlamk3t&#10;TTffTEfRBBcfs0UAPmtTfZUtpSr2zHcpmOEdUD8OD/a5ScAmPFupNzkgahY+cCLR/T2wyNYBpPuJ&#10;n/ppnKPVRno95gBndk0Z8ec78eSTkd23g26Ah580Dk7ctMk8LuCqZd6SYZCtQYLvheedZzwTN516&#10;Co3DkN9wknVo7Pr2Dak42MsP9AUc2g3wnflj5xWbti33ygzq4j6oxnOzsn9DMwXndk7YyTiHN998&#10;E02CpHHB+ecB+J8GM/IO+vznf5+2vbGTrv/Q9fRzn/wEXXrFJWD+9qlwn3nVqjW0GdfiTuwVb7vj&#10;TmMRcM6555h5gh0jVNjKct28Z2hoTdEOnQxjXXC8BKx2P05LHgjtT+KGHSchF5HclDi756zIWo0e&#10;HEfS1Ka0PWs61g5iZrCnNFO2EebR4MZwA3fgNsAwsgPKFeEcrUXRXsDVMp7dOw1ZrTSWhPErG+MC&#10;DHhvtGFDP7VRaxmgjy3Bg12xJ8zgW771Tfr2rbfTWae/jz71qV+kq65+H51x9mkI57ieHnnkIcPm&#10;e/Hlp2gGwoFLLr7AvNZ5551l2MOvvPoKvbr1VfqN3/iNEOwLiieV0RYP6YMXOsJxCCBkwdD5/d5y&#10;abzx7/LQM3oENA4J9g2yHNOajomZmD0srtOuONlcxou6bstdpEEux9lBr9smc4oos41rprlJ9E2o&#10;vdzihK6z7TSOKnJN1GSF5jqLjspjJls8WRwrNDpnBWSNXXRxOi88QyNPPkTdxx+kzl23krr3dtIP&#10;ANh76j7il54i3v4aqUO7qZw8CHnuQdJHUcDBd4T2gqm36xA0KYfgqScSSYRq7JkBcw9gzJSjmUk9&#10;Dnaewl6pWETmb0YCrho35n5GnquLmgWnvIy9b735hO3WD+SzfoMaWxDaCr5m8yUsmizYR/ncs8SH&#10;jFTsg9lMdtZxYoALzTABIC40g3WQejvHldeeD83gucB/z6fnzvrgDBee4Vknqs7kKN33IrPV1dvX&#10;vl0RsBfQsEOnAM3x42UuQKOMTcxDxlo2mGPAV/SPZLfuX1d8jsoJsA2MyTfR4d37qHj3udQbWWie&#10;Mzs3Z1h+1mvLUiqtfM8RxU0ohzV1ngZwfejQERQ0c7QIxd/M/h3UO/h8hh2lI6SibEkYbSaG6mb2&#10;TbY45rj4p/ZU+xoE9B5QPjmS42CL0Du2kZRVz3iafOCKFHJO2lFGZB0nyeWK3WJTKx0IUTFWArN6&#10;CpSKbqIx9iZlJlCqCjCoj0lxDaKHAvLID1VxY8OqOBUDNh9LfWzDOTtMNuOE1hcXYf7IVARKZZIm&#10;5unhcGMMUAa4iaW43FhzG8y+rNdd4qWpa9ZxmAis4zNOcVZrfEy6kRIZjzWt82unzoGeQQIeJww+&#10;nbA2k2yrfAJdCwjm14cwdKEipzHH0ufA2qDUMaNLwL6JFZvB7NuIjdK4rT1U0TDODJl9VZCyAwEL&#10;AygFklpv/8BN0KwKw1GqLhNSSuOQm0DOUGbDuaO62jqGPtLkv6pIScDT6tpzCvbpKDSJOFcbxhVT&#10;aQp4yzQxwItsAkcXYH2bgPwL9iGzfoHsOul/4eTU0vWXhhAb6c4oUtu7YP+JnLVX6ogFWwdrOHCq&#10;1NW8JwSXTuHXOt1gR3JgE+Ln0lSC7k+kdlLyka5j9vW1GQejI7V/owR5yGvJ3gbEIpqaPUK739pK&#10;+7a+QWMA+yYghRNpZ2GSBJUJlCjL+VmSueZR5FmZ81wy56J0QJuw2EYhr1tJJ550spH1vrzlJbD7&#10;FhhW6xiYl9403/j/9a28uHChMgZ8EcsHpBmq0RHqLVlD/YnFVMCLWSFYDbZ+Zm0XoFVB9VFCBTKC&#10;YBaY6kLeiw2dAzWFzaG9jLdlTs97k3PsORmNe84X6c5ZR8aBAJ0r4AcnQPIr+NxiGSI+exFrnTw4&#10;MaSnngBZIi9zv7EfYOKOHTvpCTBI5HU3n3aaSTcVlllhk2NC09b5Q0G+D3/UEOQHnrcBZs+fSJZn&#10;gMTvO3TQAlEiM1VdBDrcQ1/5xtfp/Qh9eM/llxnmmQGMAAqTtj7bAv7JvCHn7tyzz6HTIM39Fjb6&#10;zz3zNMbvSTQKWd44xqGpEvG642CRrgGr7BSc81EJofGNea3fUcd5Zj4uZgvz8Ydexkzf5rHIz+cA&#10;sk+DmPHQA/fTH/zB55GG+1W6+Vs309133UlbXnzBeB5KgI6AoWKN8KUb/hos38foG7gOTz39PL3n&#10;kivo02BMffC6a2jd+tUIvZsw86Zs8mZxrwDGM0y/K66ATH9mitZiXJ+Ocy0rYEcpF2BTRv7Ybced&#10;ZUq2eQMfI9gXerIP9M5PPOMi0K+hEnP/6aaLeewWEzNHNMf1Q7tb5wBgL5zLmaImYs4DNUccyqGs&#10;WTBzYJM70m1UXn4U+XBy3GQPrE6EnFGWthHyMMbor/2bX6P7730A/pxn0IrVy4z9ijI2PEVtQyEN&#10;Jknd7Vo5uLD/NkGqf/673kUf/bvX0WmnrwegLZZimv7b536X7jFBVCvQyFlK9z9wJ9171yNIYl8M&#10;+4aLIN19L21Go2Ab2Pa/8As/3wT74vua34ZlKQ8KJIlQp8G013m67szH5I3HfKzMvrwvWspYeDsc&#10;6YohNW/oxDzLMQ/bKdADadops48zfoU6BAs4JbDqeT8G+wS8dHdVSX5axo/bwI+j4BjZ+SYxAjM6&#10;Tz9B6o7vUBdMveKRByHLfZKKN14FcPcW2HcA8CDhKNHN8Zr7OSToEgA+je5zZ6+AetP4Xgo4oO6T&#10;fQcq4Y3HBNDDIowUXGWAPTyOopdR6GoVyETlIAttgBwzOTm2USHeN11lASspsKSK7PgOSxJekIZh&#10;uN2iLi0rkENLRkU0qMGWWiswhR2V0LOv3kQb2U5RLwKlA+TIAXZWlosiY9q98Gz9JRLcPsA/47k3&#10;awFB3fcbzSDNUyXG3J7MFxx36bx6zJUq602tdqhcCOalCr8QvEvlviGeynrIFVYfnyKfE6MCARyV&#10;gLy43iOTmiZlU3TyWuqtOdE8Wyb3vvOcC5ED7eiePXSE+s7UV56kOqOY7JHqDH+n6f3bae7QlkTC&#10;Hftt6DCxk9q1KjpY3HId/3B2UplNSm5zpgNQsJLV6prlqlu6EmqAx6+/pmVZ32teKloBaMoDfM50&#10;npsy3giMJKpZLl7JpeoTEUoTQskxBWxF4sBkmTPS5IQF2FAzcH38WWJug1kYy8Mop+4nDvz6OMZZ&#10;qMnaytsph8fIpIelB+qaoVdZNnEss03neB2wdRqRtA0Quj4WnVCXtc6sa5zoAzRRjhavEw0BtwDf&#10;EdiXpJ7rYeuZlhD0kD+tA3ZeKOPN+hyWNbPPy3i9FyyUhjSxEmDfihPByho3zCUjfarY0sIkU8nG&#10;myvfTcUBMBAM/shsPAnEYJVZrMLNaMLma9usZJ/PTDmeUzUidKDL9/5VuoyZzw36ZT0PqlwoBw/y&#10;tvIFvw180RVbHaBfgZZkVwBWSMiOHoQVSN9YiSgTwKUce90utPaaFIYZOVL4xPZ+5I9lm2VlBfia&#10;4CHv4eeyYa0ncTxuwgmnBqJ1YpbO0ULpU+CNB1uQrmE2NNLELC3AKcm9hXLejAi5OITG69TkLFhx&#10;iyBzA1AB8ElH95weXENz04qDk2ZALvHTLzCi+hBGRRcsvjHIcZdg0/8qzPjfgMJjKUIQlgjrz7GD&#10;/H0gTbcRl9Ar/5/Da8705W8AlF1cm/FFAP9W0PTut1DnTFuGm4xn1HldBd/mfWgeH5lDuAcSmRGQ&#10;Ydcfyxj0Er9GAmbiZ8dJQ9+w5ikx1HVjuunmYq/xKMDGPhhlkkQ8IaxEbB6feeopE7KxSHzgvE+U&#10;8v6c5VBgnyy3cyJLnZyEfHQ7PYhN7H0PPGAAles/+ndM0MSKFcvNJtU2IkrH6OWhwiC+H3+KDNCn&#10;jwnsqwuqaQD5zyL44aavfxUssRFaukI8DMdoOwJT7r3/XlqJc3PF5Zeb8SiS2znjQdSp5krDDASA&#10;ZMbritV05lln0Re/9EXain3ORgBPSxYvMvWiyEZF5SFzhAGkpbHgJMOs1DsK9il1vGAfvwOquQEs&#10;OIzhF557lj71K58Ga2+GLrnkUloH773tO3bQN2+5he5A4u5ihMasRfDGmedcCIB1BF5mt5s5659+&#10;8ufpYz/8g7Rs2QLct4sB3nWMLFhkSfsOHqa78Ty5TxaBDbty5Qq6CIzA888714R3GPmlsK76dq/Y&#10;KbiujfQxkH94OFbpICxkQKbY/A005ohA0jCI0QMwHp1Xsuqkwd0O9um3JSfn3BgZFJDRHiWSbcKG&#10;x6jCNO1mNIE7eZriWA1Zo61UVwr6HbA4+MKf/zlt3brVNJx+4NoP2MapshdR1p89CN+48Stfpmch&#10;zd2zeyeYuycYGwD5fBshI1+2EqGMABnE4up3f/u36Wvf+Co8+66m3/zNf0sf+cj1dOstt9Gbu1+j&#10;Bx98hC4452I6Yd1yOg1J39dddy2ddNKmzxa/8ivWs48D6cYwgy5Pk/TSFp3a6dfFVxb5Z+KWgHWm&#10;ejOl9fyU4JDmnpaC3GKq1GQY8DzacR2zUIa8xThoKlM1kIKtiuYK6KpRZ25khKZy3oT40GRJVJ9X&#10;RbohnTBBtK4DVjhraKEjupO91KXbLHuT8bpQ1q5A1I49YK9jab6MgS/bUIUKaZeQDPHdY3+9SxoF&#10;oCES3AX7dtHo1i1UPPUoFWDs0b13UP+Be6iEBFfv3Ab23S5UIYdxI0ybwricO4KgDIB8hw+ZL4LZ&#10;8tyug/DSm6WZbUjWPQiq9xGyoJ1LwtULUbQKoLfQAntq1DKQbOiHBbC8CacKJDSmqOlzxX5LCYrs&#10;zZTLKj2jmkx1hqbnk2QrLwHPzmKXstvGPAuZb6qmwuog5ECH3GfzmRyINss2gVeYe2DrsQPuzPUp&#10;7b9ZUoPlM1YyXDJsRftzbT97EB5gNjp9B96N2E2BLsRrUdnjKJ00PGAoSGpk6dLl+tqGJ4iUZj+e&#10;cQS/tw3F0ZPo6D2O59wPlPFxXJQHcE0fg9Hp0ziAF3CAh2AofhjPK1wHTst8i8/YEwAIn6NXWPal&#10;coBRqbhqPnPbJKfbE3kHEVPMVk8+f2FiXayEGyzQuZXjNLf5EmPQKl/GfL12QDQyb7PJ6is/ZJxh&#10;Os4jDFp7MArvg7etDz5KvcP76/EQMDlKqo2CdSZ1Wlczr668gjxrzSc9ciAdC4tyK+nyLDQdsffi&#10;LyuhrUBCxZUMLGRXlgl7SXuvMSdhKgN5ok/B9ZtYCSLwNgdmUxqAjyaIULlNKgXHzjWAoQoKQMD6&#10;VrREXgdAeLPjSI6sI1CSA5AmlBvXEkUOpKYU3f+p915El4wkYDF4qCvmqw4AxkzBGchcOcMDrlhy&#10;nsrlvnTA+iu59rLkRmlTS/05WGN8k60MfD7LCEzmKsSitvuo1zTLzOVq6iyDkrRqiLCK1izDlopC&#10;XoIOsArYcMENH5JhVXIdfPhPDWC7caCpAf5yi0TYgyg66JaH6dg6DL5IgFcdMa6aASehn58OgNKy&#10;rJnNfZfi3l12CnVXgp0grLLuSFWcK4e+l+Y/mXc7zkxdV+csMtoMkMoaNPBppAFTLgrQCDyaZV4u&#10;w+AbHTB6VQAUJFYyxMF1UEkDoHQOZF7bmgQbeLNw7WWnKss8qmsrHUuMlUuITq6yUio65qo2UtrJ&#10;+NmAK1LQS6NGfjQnm8U5gEUw6+ayZ9KGq8ahtnOLOX5l2ZdSL/V9vLKur78cS881igyLWfn7RBvg&#10;Vpe+QUpGqlqwDd+QdaQOxyATyhGGrll/VOWCVPw9Y7+XOdLsYZRXAdk6r+OuqTwkHoWCYxwEKHZ4&#10;+25ImRfQwuVLwbRbjJ/3zfgS30JThgQ+V8yDq2gO5lYV5XvHjUTLmrJyKLl3u93CACKLFi2iXQBe&#10;Xoe0ddGSxUgrnLCOG8Lkk/NkgtvKyqdYajBhLo6489EXH7/xESPB5qOTCOyYNT83thta6hqs45N7&#10;UXNCqg2GBcHTTj6lmLD3zXlVpnaUYymN5YwOjN+1C0SKd8hZdmoVypEWK6pimBnfRpGTga60EMBj&#10;H+d765YtNAl515JluBZdyy4TO8nCv4dL4GWyAKMyyeqlYTCJj6SoC7Zv305PPfEEPfb4EwawOv/8&#10;C+j8C86H7HEZpMMLjNzRO8+2AR/M358wDkoSntlZ6ph7TNcWMf5MeiVR4UBdM/th7PbNOS4rIHwa&#10;J3EvZOLir/XEo4/CS++rdN6559Oa9RvAMGPD8H0VKcnbXn+DLr74UlqA1GrlkrXNvKJLU/NOz85W&#10;c934OBuW31p4xb0IX3F5jdPPOAOPTVRWJIWvpTmci3iQhvTY5LvM83jXcqtSKPdHzpUJ1TD3cN98&#10;mRw+yG97AM9nsGcTueNMb84ypF1ClXZBUtLkngRZY/v212kK9e9NkDrPYQ/yG//u1+mK915BF513&#10;AV15xZV0/tnnQsK4lf4aabviXXbJxZfQey69AOy9Lj365GNIz91HJ286GSnSCNUY0SYYaRbsvzff&#10;3El/86W/xvX7Op116hl0wvp1hpEsDGEbnNcJ0lNVzbxvMA+pNbU2VN4M2kJEVrh8vL5D7XBiLrjD&#10;r32xXVb9WSPVUmq5rIPGOddzVG6rpBv9Nm7UvTH24ZmG9bqlA6/twGOk2vM2e3M6IZrVqJPOQICa&#10;c36GXL+nbt4Hoa8fOw8+AYXXYh5YtWIZPY/5dwsCn1556TW6EB6R4ws6NAci0he/9GX63H/7HN1w&#10;w1fpXoB1t91+OyS6j9C2ra/TSZtOwVoF79i5rllrngO56ff/4A8wLifok7/6f9Cl55xq5vMT4ZP7&#10;6BOP0wGEUz2B+bl3dJxOh9xXLCvWb1j/WX7zzdcjgQm39vaHm5h1ADdXJsJlWRUxOmlDu/yrFrqv&#10;HiBhPTb/vEEI+MCwGD0c05CDtKIauBvixuTak4OJj8sefODnaBhy6EzCDg2VaMODFm3tTZvtl434&#10;tikLVQehdMmZrhsiRWpHvpdqEwaWdAChF4cPUAfAHu14g3rwRynAwOsBqANyB2+UWZNQYzaPCOAo&#10;ZyUZbY46uJl6CMkoIa8gpMWxAUTcxkHZm14m6tkR+95osKPQxHuPWQ+10lrkWGBPUPZ+IPvScSCg&#10;ju6ROOWU03ChfJZ6bMpVBo+VLWdfcdVhp6S7kZ3eS+8TFiAOzteier++VRJVh+M7U5IA6FNxXXCh&#10;LoN0C2NgoyMGhweidB10aIE8OYlO/jOLyt90CEEvEQ87ebzfse/TF28jHMUsfjaN19mPN3wDP3sd&#10;COlejI39WPwP4XofFSnrCBsJjoB3XePJ0Td+JvLZxvChp9D17OC9JSGLUUCsg4RiNTyFzkOxfSrY&#10;BoyCqYuCHNYcJjBZgMCuMX+rL4sv9FKerXobrpxS1sxJqQBQ+Ajec+rdYNf83L80m74Sxynpusov&#10;qMq3AGqwSx6TzqN0dY+iWEfVQyO4Z6Zfu5Hm9m2NAjgqCZZmN782i4+0CA+lAAMsaeYLB2vaHjgW&#10;n8dzw4RpXacxVABZ7uSV7jOFjlTKpFNiA4IxI6mQyu2tQ2N5mWO6XQtKGo8+pY0ZdqfDJo3Q+rA7&#10;QJCpSuFVAZahfGAH14E6VZPG1BY1yBRamYXnUqmcWlZHbMLQ75ZZN1iiTLWhZojXV3iFDl6LA+sv&#10;paM021AcGx5PyTliHgfvGwBTZd7XLGei7LCPypssvKfYgXUlxTJXHYB51VihWoarPNMtAF7KTOGq&#10;uD2TqO5bcZIOGQ9inc61HpgObooyCQ3xwUW6kTzvvUdrqXypI7pjZTNALow8BewqcLyv63NTWkmn&#10;DzTquXReSaoWzyJp4shaK9Pu4lM/SAvOvA5skEXGV4wd0m2K+aJGvQvVrZLpGiA+BU2kgGmUAjY6&#10;2Qz6NnD1+/06XbpOxuHKv6qd3cGVBUqk63aefTr4jxMD8hoUVhFoaoFFqhJULRu932SPVymD8aRY&#10;QZm6H1UI1ecQc9FOYQCTHryBJyWpd/dWmnoLKoTZvZiDehVTTyn/ZVl/ZhyjwdWbPmrWNZFRlmW/&#10;+qS+6WpZZHXzQJe2vpaHxL9P5jYJ1+i73xVwQebIvvOHtWu21A5lGELuGig6+re28dqQ0SFNflpA&#10;oL4dZ3ito1N4bAoMdvw907PnaWx0HV34sX9Am99zIZ207mRIexcD/GJaBMBJPLVKpYYOiIg2wjpJ&#10;RIzslsIQCsZmfgbHhqRkrLdPPvoIbXllC1J6L6RTT9uMTf8Sw5YqXYqnqQP9xlFbpiT7qG9JJT6w&#10;jyZ27aD+C08TbXsGzU7xYUTTDp3JBYUVPZQrTyc680IqN26iDlgZswLoiuTXf44BQEpzi8lDCg+4&#10;Qd2XMSTNxMOQHu/ZvduwxIQ5di783hYtnDDgnE/ZtSbxfXMP9MzcYRuREga2D2wTCTPYsWM72Htg&#10;S511Nm046UQTfNeR5oADxdgllrYfq/4+QnyZRwRIKnsJ011HYTjexzFcUwSwlppsCqyyHbt20dfA&#10;ytm5cze+341zMkr/+tf+DZ1wwkrTdJ6En9xWeGf9xZ99gfbt30c/Bd++M844E+NukZvcewYAljpx&#10;BjXeHrzGocNTtO7E9bgmpQ31wf21ePGEZU26dUSul72fh0yTpO+OdXWzlZx/O+Ni2O9XaoRD8Hjc&#10;vWsP3XbLN+nlV17DfALbJAkmwnicmBiny95zGZ2LQJM1q1YapqSMrRdffIl+47c+S+PYyO3et4Ou&#10;ee/19POf+gTWNEnLtQEaApoegdf607jPf+8P/whsXaJ/8Yu/RGecewY988TTdOM3bjRg4GrI3JdL&#10;ajhA1S1bXgYY+zqdCGDmH/+TX6Dzzj/bBNCwk+sqxa02Xlof27jOW0AMxlvmv3xvH+xru5acytV1&#10;anPRZv6pW4I2yqBmGsCn1Xn7snBmV1pHyg5POGPiROZWZpQkgwa5ri3zdbM5oSn5/BzboFlrCJdw&#10;745hZuoAWHmfo6+A+btwwWr6iX/4CTrnrPX0T3/55+mk9efShz5wDS1cpuGzuhNekXcZht/GDafQ&#10;Zz71b+mqay7A70/RYw8/TL/4z3+FCpCRfv5f/Bb9zD+8HmvwYcDQowAL/4r+02//Z8jXwfzFbPJD&#10;H/l5+syv/ChddNFF3JTx5mQLfHxTKs+7W2xaZbcz6nQL2fJ4LVfpHbN2VYlhepS2N+godOwtxKn6&#10;NUyo1YOAynbZLLdFUOsUvKJc2Ham4NAJeOrTFm0XULq7XdGhCyhnACDlGty6MveWLunoIchwUXiM&#10;Pfs4jTx0N/VggkrQn8+i66JffZGKvW9QFx3S6ckDAG2OgE02ZeS4PSQo9fbtRfrtfuLdAAPfAMi3&#10;e4bmDvYMkGSSYIE49SG/JQnIwN96sWXrFajC1KiwzFDICNgk3e6e/R3lurhm4zRnWYm2k52ZrALk&#10;mHmeOONcp5qDHaJOuhphsmIV3BJ6Gg4ez6YgkY2Hl9XKv0uXgtuvffUE0CQfmCGXasrgqVWIBhvp&#10;SCBFctpYz4gJ2YTVNMrBBlw2NjipqHHgUQRfRTDU+mOWrQYPb8u0w6/sx2u/AdTtEXhv3DQ7SXeC&#10;sfYtgHt3ozB/Bgv2bvx8H7rnJa6dHulQdykSsNauopXrN9LJZ5xGa04+idaddgqtOGkDnXDiJloK&#10;j4IVJ22kJatWwONkjHZDUvMaxsbTKNJ3waB3NTaxS3DNJxcpM17GZyzTjzLgXqp2TUhP7V5/6VdJ&#10;jqlnVw7p8M/iXIxe9X6a7rMxbhdzYQ7OpzdulSLDjEUcvwB9EhwzLclNAmrOHKapXc/iAxypWDQV&#10;IMzeP6PZ6Mh7oeSBqoRglkh0835tnKTC6hbZQn7eD7zmQr87Dnz+3LokAIcJMRFmSKDT9hupgmtf&#10;wCqEQ0BAJ/ENm4oUeuAFDneaM0mYgb1BeN50rIxvBC+kzHAVhoCEqbkJk0u3XbuA8aEDwLZiQZZh&#10;Gi8n8rg4yEZntpc6a+en6uNpMXbv96kCqhuMtGg/GlLlqDHvaZ1b0jmjg+FGe5JzQGRT0dsc42m6&#10;caYy0plOPQ/w09Atf7dKpRM/zdBPLSfdpdCbrwIQ3TgoKfC4BNFoGZoMACEKbIzEYFY5Xy0T8KBU&#10;8GFq8+2acVf70bQkx+QbCkwRaFzZSkS2fbW0s+5p1UaK9YaqpYhyQFvpgT8DfKk6ZU//f9S9B5Qc&#10;13km+t+qDpMDBjODnAESJECQYAJzJkVly7Ql+dl+a5/nuH7SOuw6yEFar4/XT/Z7Z22v3h6vj7Ms&#10;S7JkSabEIIoURZEEAWYSiSBA5IwBMJjY3VX3ff9/b1XdCt0zgEH7LaU5M+jp6a6uunXvf7//C/k6&#10;xpXfJvIrJxSFdKGK12UlJU3hyCVWNTEd981zGMzEJtUDw83XbCo/DVCMrzEUDP64SHnlvhELi8Cu&#10;qyUb1qEty5kTe6sCDgiI56eZCtrCSW4AQuQXGsm7yQaoeCph9IbalXcppzxRefaCooQRTiZNtFr2&#10;hCImjiMsYYrDZcpUmzpHJ/cdoz54xrGst4qDZv+xmrAPgyT0ZZa2N5SZa9OJ6AVOTKEWdl0by1vx&#10;fn19fXQOLKytW16QVM1eyHqZccSG+5GHn45ZblHTN4ylrGV8Vg1ZoNc7BPriealPvXBSrlmdWXCs&#10;SgEDKTw3Iqltkz1zIf9lpl0p+awR8FyoDpqFDQCpQgVTik3LoB3ATW6MMru0C8zG9o4u2gNPs3Oo&#10;oTsQpFGplIzUWGvrMWVqjwDAyzRqsDNgrG19cYvIdTn84Gb4zq3fsIGGhgZxPivy5VPEirTgsHep&#10;vFHeRbDPTpoir/Yi2xwdzwVKpxlK0X0uRvq4vuOQMvMTOB23ziGBOMff/NYjtA8y8X6Ax3feeQdA&#10;1QqYfRUxy2dZ6MqVqyEl/a5ITIcBNHGICgOvITdymSGIOvgcSA5//7d/RXt27aHL1l5O3Z0VMFDb&#10;AXZ1yD3vApDR3PW/zH/KNOv4uMcw8b3x6iv0uc99jnbv2QfG40badMvNdPnla6kPoOahQ4fpH77y&#10;FWwLX0BDvE7zIGNuw9hlL8o5OJffeuxROnHyNM0bHqRbb7/TzDe2DuRzzoy8hYsXw0NymP7+779I&#10;27Ztp9tRc6+DJPfGG2+mazdulHtg/6GDCDk4TcuWLKGPPvRR+shHP0qrLlsu59yoRULDEhZqX9iE&#10;AXlhOEPaX+9ShZc0kxs1eX09+1fKRbOpIjXlhci2dWHgahFrNC+ZzYTi6QIqU8qH0LHfcYs6pzjP&#10;qWqKLFmyGyPSBft9Z78g6cyB8eHDOi+WEn4f3XzrjfQ6PE55fG9+8WnasXMnjcLa465b30e//Kkf&#10;ofVXPUD33HsbXbP+Snr5ldcBSu8Bi/pFWrsKjTLIcnvASGdW9eEjh+jI4UO0Yv5q7H0HaeLMOfrL&#10;f/g8nTw5Rv/nz/4G3X7LNfTA++7CvFFi78nPtAD7ipKfVCaGIzsgPOfEuwWj85o6jxLnN30zxVar&#10;f8EU37zUztNldWH6r+cm4pIBRbzUhkMXDvxmIRlKNdkiKCfyMsP00DTblF3dBG/NAIS5qO78q0XX&#10;RmcS7Lxo46rNxpsXLZbGloA2+ZOj5MHEt3LkILXt2UnlV7ZCgvssJLhPkoYc19u1HQm3R9C1xnNC&#10;mNoSpIkAZRTCNmoIzFAT+DoGKe5hhGYcRyruWcgXz6AYGTO+cgGAO4TfwUsFXz04gE4TmuGVUfKW&#10;rSEHGTYK5+CVwUrTAHk8gGGVIJHvREwd44sXAQuU8bhR6W2ln6TpNiWgFm0CvTTQp7LzslZ5lMQB&#10;AkQqFzNlHVQpYt6RDQNpGCBPvMAbFtiLfPYaxosvlq/qdDRkxBIJbVhG6POXSTnWSjuhFyrFstHx&#10;hh/MAYyDNs2KXw3QDl8A9fbhnD8PH6Knwa57Auy0R0HL34Lf7cJJOYwXHYW3jEZx09YBY+05vTQw&#10;fy4NLl9C85E2NogO+ZwFi2hgwWLqnLuQxgDqljp7ASqWxVengeJ7ioFe5gl291LX4DzqWTKPhlYs&#10;REHr0zEUFy+hQDsAtHHJVIk6cb7qPhWn1hbcAmqW66vKKxvlh8DZiDdAP/RRoEyA3qgA9k2iGFQO&#10;8KHtrl1CKMToNRA/Ft6QiPxpigHwkzR5ejvusyAJXVCJ9DaSmHvxWM6HO7jHLMwwTxWWBoVDW+Vf&#10;IxXUaeW2URcwlgMXNYa8tPQ3SouMGXQq8tBKjiSwqFaUTOk5psExU88J6CBHfuw7x2nOj47Pi+cW&#10;MKlQDZ32WVXpjAGlmtmK5UHNlFQ0N02oXHpo2p9YpWXBbiiMzvqZuLiYapJ8qVIXLZv0mDC1VC50&#10;q3nXWuUCL/JhQNSk4FMJ667Azy+xuFKtwuPjc6xU+lqpVPpyASir8s9zwzy0nlldoAuObabiurBS&#10;aQbqhWnykgv2RdLuMEzOZWgl7m39COcYANgHOSmPdN/3k5algGMG4Ahjj2Mvna6X8elMFy8qBV4o&#10;z0uHDjigkYuOR4nA8dygdYHptsr5isjfNQnJ8DKBB5GgyEttHiJJsp8JCTArWZgCPhNZUdrbMu1T&#10;nPiTZWonZgCz7xvmevHGxUbUl9TWDqwLgQGSwilSbryUvcgRO1vmKZbi+hzegT5+xZf5LRQrFT8u&#10;RHzHfiGFetv1INQqtfFxwf7IusFtEHnKSxlK6siGxEvqUEk7L5kzxGu/7yXev2zNAvIf1q1ROr7v&#10;IPwKa9SOdbwNn6UTnloUg7LUAkDPJJoXAqrONcrcTcyG4vPETCyWQTL41Q12ITeE3n77LbAsOgGC&#10;4XFcF96UGQmzR6klx7JZhW0pCgfUHZD3VTjoYwIqEzSjlahPYO7PTTykLmvUsQFsaKoA1Ti0Q64L&#10;y+c9C64Wd4NmDfa1MA6Orx+DnKFlo1YrZtxVATAdg7fZyOkReEHNlXmwLAnFZvxNTU7QiVOnadf2&#10;bWCSbAXoV6eVkJBed921tAi+fJ1gQjHwVBErAGUabmTkqrNRXDW7vvSvEcaRWb+i7UyjXjfClVKJ&#10;MnQd83/LdpxGDcYhHJO43hVRlWg5DwNgn/VDun0cSbqHjx4DY2ctDS9aIn/fifPNI6oTcuolAKCm&#10;wDp7YcsWjL3ddAIBJzXUdCOQ3217/Q363ne/C3ZfQPfd/wDNxWsyw41f3+IGCVlDUo7VxQGo78LJ&#10;V7pJqJXzX4OBM2W6T88jtOT3//CzCBToo1/5j79KN922iZYtW4Lzs5Quu/wyBJncRJcDHJ0cH6On&#10;wHLaCwnkXMgV++f0Q9q4DOmkK+n4sZO0c/dOmjdnLi1evgr3dcn6YxqpPO+TBhFicvjAAfoe3q+j&#10;0k/Xb7oW93u7gK8bwOy948676S583Xr7rbRi9TJhWzKzndnUnirLPcFzW9hEeZX2qMsGzqhZgX7q&#10;AhJ7L+x1LpKy2cqmyKkTs9f8gsKa3aCLwn2U02h0CGSpv7E+sioxsM6Br/F6ljkx2gEPZY+Q6ymr&#10;VIcvXl9imXCxubZyQPhoT+fbDUeIICcGja+77jqwWs/SfjQGToD0xHXD6lVr6fa77oLXP6zIsDce&#10;nLeA7rr7Njpx/AS9uf11+u5TT0qD8Gok7t6GhstRgH2vIqPg208/Aj/QzfTwN79OL738Jq1cvpZ+&#10;+ud+lK67YRN1d5Rk/kdCOjz7APa53nDkfCCiJl7IqhjuSxWElE7gUzoREqW7ocVgX7GsV82SJpoH&#10;qVQ27bGIx6iKU2GSzYLOlRLxgM8wQEirpgk0WSDYLXBzaLFKJ+IkE6vOBQ00XfqtDiiynkrFTTvb&#10;Eq0scMmsGWdjLhsAp3csw9bT4u7D2VAeKP7lsfNUPnmMKnt3U9uuN8h78XkqP/M0lb+/mbytmynY&#10;9iIF7+wifewAUm+PgtIFqe7EGaqDuRdikfNOnqHaSaTjHgW4B1CvgdCMEL564flAIs+klkVdyN56&#10;XieARNihlHrxWBc/hqNiokLFM3JcZaVW1otIwFltfLp0zXTf2VA5Tiv0LIDpmQndUypjvp1nLaSo&#10;H5nFLgUgl5IBlN4kpylBOnBAYM8hvjj7G/lMkTdgaKFHMObihFvL0tNT1nOvYVNwmbEnPnzm76Pw&#10;DGULTgahlE0KFhluxHrEsZu0uXRgCvv2cbHqW88Z9qNr4O8m8X5HUJHsQbH7Jp70BMCpb4GJ9g10&#10;gx9HEfx9PL4FxfZu/M0RfI2huKz29lPH4BzqAltvIZh6C8HSWwR5w/w1l9HQcnQxMOGV0M0rwfBa&#10;dfWiOw5PmGqnbJZYesMTWRXFe5U7n4jHYzp+e1snlbiDj9+VEHPeqCIZbmCQhpCk5c/poWPwvHvh&#10;zCm8P9FCDBgeIyztZI8h7tjXGklaa9aXQmcYf63WNdeXOmJD1u3f1lnKcPttVGN2AHc5UdCElj0g&#10;3jAW6NMC9JEAfXUsACypUTifehIBM2M7EM5xzLiIpFhwSdERAx4OCul6b6gs6OQmXKpZ1IuKMk2h&#10;YuKN5znWhyrjZxl7qcVWWzFYmfpMMZhhkGaxOWQZeBDGklt3sRXTei9hJcUbZgv+Fa1pKRAow/iL&#10;n+E5qbyq+XlwawGdaSbFoIPKp80qJ6gjFXSSCeX2VJrxl8IjXTAt8zmKej4qFQjuJStdpoJTyvWI&#10;ValGhOslmitYHUcOnUkacaW1ymU3p63a8sb8qph56mULTlXM+ksxVNN1XUF9qzJx6NQUNNVNfI8T&#10;Ob0LSiSgli4KrA/Tvn0qJclWaZafzqe8RxLiqNHQ0b+QSoNrhRnm6SgYQsdIvc6FHjhS3JhNktFJ&#10;OxNGCtRTqqDxrdKFe0YibphgKvO86O90eiNlpcPKAbKUe/HdNJfYp8D1mnDAucyaL2m6VpKolZdh&#10;NOgCtm8xSyvizwobyDYLfamnQjGY97CWtXUCbGGz/ulQbDTgRULi6IZFPAiY+VaXa2fSfcFuR53T&#10;2VkG8wRMgWqbYfwJE9xcPzluz/E+dO5v3yYjR/Lw5DZUwhJUyjCbQge0943sQY6d59zQFiZskZBx&#10;uo7HakiuYb3xIOQ06KnJc3Rs99uQMoPp0D9XAMsAa3SFQ880B2Vg9qlbY0BqkdSYJnoQZRovWfYv&#10;y1DLwtrz5TgF7INstx+MPg6w2ILwhFGoRhj0Y1uQ2JLdYZaa5Fpf3q/O7EoAMB7AswDpvo2B+fBj&#10;xLU4OULMV4RYWxqqAoDVzqDGPUXVmk8NgD6aASIw/EKpTYNEbuYmR2Z28VoVhVipHHtAKZVLadJO&#10;NDfXqHyd+yDD7erpE3YagygM3jFcN4nzdByehq+/8jK9+vrrNA7p79orr6Trb7ieVixbSnPAKqly&#10;srIybGC20tBOU0BrRz7fYnNysVhTc6qJygG/jVBbj0k/ZmryOatLiIW5a2uWSff6K6+C5blZkpo5&#10;lMFlmgrjDkDgIXgVvgzgczMUSK+AkbYH523vnr2GSQa5J4+pZVCVbIQnX8A177e/Td04rz14PR5T&#10;LJtnduUQwCdml10DZhkzJY/ifDPot3//Pkitz0NevYEe+MCHaREa3d04Hh81ag1FKQOpKmsPNAOr&#10;LwV/zxoFSo+9WfPOnNfXRaCTne+5Wc3S5z/5739K23bspF/4979MN25ah6a1oq62DqP+Ql3MoT7L&#10;VqwAE+pm+O3dQM8C8PvLv/4bOg823lU4d8tXLKGbN92EkI5d9Bd/8zdUQw29dv1VAmSb+pHD7JC6&#10;DeCuiqjwbzzyNZy/brr3/jsAvpblFDKrsovDg8DAZEC17DMgX+IuhVwrAcmlWDSMTj+VWN9aJTP7&#10;eIjZIW5ZL+zZXU51Ucy+IsmazryZKmAOKqdx09I6MldXR/tuJ5HAqbmTBONM45uKSVMq2zDP1oBx&#10;Qq9jdeaAiy4zmlQWD7P+rBgPzHyeRGOE96CR1FsyAwJPAqsavJf0Azpy6Bh9ARL+r4CpWp+o0pVX&#10;rwWQdw+8JS+n1954U+57ufcv20iLFneR3V1jfQdD+O67hZ3zCtiAW198gU4eHgdgfR29573vx/MR&#10;uIaxHYI80901h+67/V4k7/4MLVg0mMJ55gHsK+Xt2rPeD8XC8eK0uQLdjWUhFbvvuTsNnZelXpQm&#10;vUlIRRPvuqzvWs4dROs0203lJ1hNszOb1VoXy4lSv3dyx/QsTLN06zMh/htRER/56GFQNqz5Oi8k&#10;hp2MLgZXf7yw4IW6QMlvRJkS8YaAE8cQDc+hGcfOgGGHQIxjSCXbuxNFznEsrhMAfcBQ4kW2XjLd&#10;aiDZmj1m0KnyOb0MgEU4CXbeuJGZ6kkjo5V+YLsFuioG1JMJoBqaFFvpYnl2ox/aEINo80gmIMNO&#10;JBLsEBUcgRMEoBxEoB4mWzMrT6VQJRT5uFhVbpifM9noJDGSKIPOOXVmkO5iMhjJzELtXN84EM36&#10;mSnHyk9ry7rjbnnJhhvYxNtYnRQmbA/BfUJXBkgx61R8rSJQ0Y9eQ8l5CdrMola3DCmW+U7DJ68C&#10;X8NJZs3B77BS4/GCscNsELzWOIDTMyjSt41N0gHQlNn98wj79ogTvGeBTpOaZTrMMIru7KDBBfPB&#10;yOugbnTpqh29Ungx+NXGnjl4XYketwl2JfxNZ6Vduu08ifroptcwwXZgceYOO18bBulYNV6uoosB&#10;X74ANEQFULEsGx5skMIq2IUIZMGEWR5ciCS+uWADvkHPHDxM76jz9DPo8NcwDjE749yG1M3gWxAm&#10;7K8mDBydmSa1C/IV3PvR8/kyNRCdXoJPXwCJjxZPkHoskfZ0MveIH4vmrR82fgBOGzi+AOfaY79K&#10;AH2+sh5KKh9fq10vPGsqq1V6HlJF87vKT30FLPU4pTMVXJAJ2HbHvnY3/HHUfKZkyKbWZvfsmbkv&#10;CE36o9JJIrNpTiQfTqYhlVgshNL5Tdh9qajHxF7UsraTJkeS3GFV7fachjqRAmqXJawTp5Do5f0U&#10;a0s5Xnk6LfFXCRtJia9oMx6Hlct66caAVomfXJwm0WK51BlbCC+1/CS6ZDGUj7bChR4mia9ZKsne&#10;kfWmmLTabfrNzlZIZxnWudI247mnL04h434EpXTa5kIXpxfr3AfM+wGorDeuzj81GoMp25mUGlXn&#10;kkVSf5d137EAjmJ2E8smwyhFUFPWLjwBXe2LlRy/O239Z1QmxEs5kJdjVqicLrqKPW0sK8+qF8Lc&#10;5kenTcxVpGVOs07DbIJoNLepxFxFu3LwaM7RiTNrut4M0/+2CXueSBu13FMpHp92QnGk4rBsvGjW&#10;0Gk/QU2GmiP+gAyuAdgKql0C/HSoxahJpmjqNNbgMWb6ncD7Qkamxq2kNrB+x8y2Z/kuwANmCwK4&#10;CWB/MT1tIjmEkSnrB7+GDR0IpccXp/Sa+9BzIEodg4I8L2ora4zmtEaYWBZoZRuiXhIt5DnZb2WR&#10;LtlGFX+1s19f4qIeokk3AUbU68+BvYRm7tSH76b1l1+LMYn1Hc0/DxRAxcwz/LvYx0+nfWF1xhi/&#10;wESWj7ECUDTFyBXAs4E0zgGpFxl0eR6KE649brnlFqSmzhUw00j4ShawNXYafCJKKvKp9qkOZl+1&#10;DzLMVfD4gjR4fPdrACvGqIINGHtDa2YYjZ2l6R0vogYGKwwbw1In6h00LgPtxWtAJBH1lFfMacg+&#10;5IB8yRyq8y4HsVzYs16EJZH2Dg8P4bxU6JWtW+jZ556jpcuX0zlIdvfs3kW9kDlffc01NDx/ARQW&#10;/fg8nvj38d/qiFXGDXTfSzwTdXPPr38N9W6OLYgHytgI87VlT8E6qyL4/HKoF8CzqakanR05Rd9/&#10;bjNteWkrrQeoyZ+LPSQ9bhRzSBwDffj7/fB3+8qXvii/Xy+AUjudOnUSm++t9BjkpLfdfDPdfNfd&#10;AOiGYJbfSx966CE6C1DqTyFR/Qn489333vdQG46lisYzIwD9AE1ZSr54yVIcx5Qcm5ZrryVJuYLn&#10;tvnl+KNUSr4zB6oZ933Zk6GKbAku1UmnNPM1JgWo/HtyXT8OfzFsLWDRPop04R45X/y0EhpQE9gb&#10;VgCQRp6EDCq34f5ahpCCT37yF+nzn/9b+uJXvkoL4Kv34AfeDzblAP2H//BLYEAO0Ve+/jUagLT8&#10;hz/+o2DwlWUe4f2vmYs4oIfPf0kCIrVtnpj0eq53So7PqwlXCJyFlG0VvAxw1Mrrn2b0vdatt/Pq&#10;X37vzFRLiUd9OPssBj2LW1pdxLEopXM+37nUNAdPoiZ7g5a4iMq/lKnpdGo/IyQPx3fPqAfCZD9l&#10;13OeC9lP74/+8I/obSTs/tqv/BoAuBtlx+BzCiQ+SK0+KXPP4YMn6bc//Vu0862d8JnspbJeSPc8&#10;cKsA3jfedCv99m8S/fRPfwKhUW/Tf//c/0Of/eznsEflNbTMTvaYw0r08xj7ay9fR//59z5DX3v4&#10;72n7rtfpDz/7B3Tfgw/QXfd9SFKkQ+AvjIN41t+dYlWSWUeF2ZdNKMqf9QuIdS4E63TMDkvLSnV8&#10;IBfPMlYzouUpNDzndeH8zxZhqd+r4jjmi7GCzfnwxR3XJtJirZoj9Hp2oKdn05pC2102DDZ0hz1j&#10;Uh9yUShSC98m5BptqmLwDwBEdewctR0/SpUD71AHknDVy1sp3Iyi6MVnqbHzJVL7t6FoO4b1awwd&#10;2XHyAPx4ADEIHVw9OgJ/PTCWzqJgxffgNJh6Z7CojWgJ0ZBPJUw9Em896sD7Yy1USKHy2uxXGPnJ&#10;cKEbxgyguKQIHE8y35mMw8h7V2UJGY5K2oaK8E3ONO1Ax8BeLGelYi1/s3HmxA5bJEDFZvkxIBcm&#10;fkXRn3AHQLuyN5vsq4JIhmuYeeKpN2W99fjfdW2ZfQbki0AP97/AviU3rDiQglmQwjTjia3CugXD&#10;kpJuf8NInAWwQLE7LWmnHtJtNb0DwOkNsAafLdVEfvskFtJn8Icv4SIcBLI2yp8Zi2wZi3UZfnl9&#10;SGcbWAAZLlKCFoOptxBdiHnL4as3fx4pFDRlFEzcHVc2qbDEP3NniDtqPG2WzGP8xeytkm+MpKPv&#10;DPBF0sISgDpmLTAYyOOFJRmVckmKPONJZYrUEjqG/MMUjm8AYOMI5DcnEAKzqL0qfkO88LPUQJdV&#10;ijnrMp9Uge9X0wUuBTKZr0DSGPHwjRuo3jMg43ASxqsqWlTCQAyj5bukNjYEDAzqJqBjkgsipE7r&#10;sXcwDibipKwiBnOxFMrKe2dQeBR1Dl2fkSiZNhdj30QGqVyPDUXpDiWl/etUQQMlm6xeF79NI9kw&#10;zD67qMXSZRUzNCOmoGEYqliuHIHt7rFQQdc0YeHplJRMOcwYKpCKZpVVHqV9+CLmsPs+WmcT5PPy&#10;Z/c6u/6AKU6FugAFj8q/btbiQSnduoDU7vtnWX+qUMZb/IIqKT90M3587COQe7ciWUmrEO3sek/Z&#10;nws0X3mTZ9WiWm9pDNJ0GQ91npymM8VzNnAkpIQBaUCXhNnHX+19YCANXi5JboYJZ5zgjMedX8Ag&#10;ULJpisa453lpBl+mC6BSWbY6JaVJK34d7zcXENQ6lcSX8sNMSdtVZLdNzSUoTWqj3CZCpzYciQTd&#10;Sb7NDgpNKX8/t7Ec17Sq2REk9Z32jO8eg3cKizF7f9UAeAVSq49hA2xCVIwM2EYUcTgVvEukWcGb&#10;UjRRJyfRzBKb5MhIXlufQONDZsaCc1U8FRvOi/pBcUBWw4QehdpaIHjxhl3Z5xn2BhmpcHQNHJsG&#10;Yfs5Or7Qsql5GfaVjsdkjUMNDh2g6TNT1L1gCMAXy2E7YDpeFja+yiQkz8hbUaqJc4pq+jKGAalE&#10;vspg4ED/HNp/EMeEEI/Ori457+VI0qmMhJq04+nmJNYHCBrRLCHs6MbPqFnAiAvg4eeD1VETdhnX&#10;J1j5Id1SCoEWYNWxaJTrlcBJcVIFzMWmycRO8idlGShF63Isnw+FISpAtiT1dtMoGH4M8vHVXg1l&#10;xVUbrqEFixeKPxTXUGWum8h3zrWapdj40v6nWiU1Z84V+0iacEhzrfkzT9SQ+IrG8sjZc/TIo4/R&#10;V7/+dTp56gS9D8DRLbffTnP6eiSwhAFe3i/xPTE6eo7+FowyloL/0Mc+RuvWr6elSxbTqjWr6UoA&#10;hDxrfveZ79O2N16npUtXgC3ah6Z2G3yyAORhLD0Jj74BMEi7AO61o+Zl4NSzXtzMFGNGGXtJtoH9&#10;x8EebcIw8xx/oIv0dFPqXblC6fVVNS0sVAHyxXMY+7rzvMAsyTcgE7/26o20es0qOQ/ifwgg2lOe&#10;s254Utsz43LtFVeIBPob3/wmGHl9ON+LaT7UPytXLRf27j994xu0F6AK/8z3FId07EKS8V+B+Tc2&#10;NkHvve9Buh4hQczCdG0qiqX0rX3p/hdySpwxcTn7VXguilh6lGfspZUQUeiVbjIPF5z8QqijkMvX&#10;NO2bsuuBSsJUCjc6sWogw1vMkiMiiS5IT9NoWn3ln75Ob4KZd+rkFN16x20E9ymsE2VJk1YANk6P&#10;nKH/9Ku/Qrve3kU/8MGfoN/61C/Tve+5nbq6cM+3m33q8PB8ugcsP2b2vvSyYQ4P9WPPvGy+AWSZ&#10;44fmxLIVy2nl0qWQ9G5D2M8eMI2PQ/p+O8qBaQEFpH7TxkrBzHd+PCcOzxv+zKUF+wo6/bH8VbtG&#10;ymlz5EtnKeC1xtcKwbNMGq1SOcL4rKIRZpEJoqlVInC2M6dyptwFeXQzo+Zk2Bj8+hyMWuFpFkAe&#10;M2JEscmMKgAGbecQlgGJbdueHVR67UWiF54h74XvU/Ds00SvbCG983UKDu2hxrGDAOuOk480Oe/s&#10;aQrGzpAPGa46fZaCU0jOhTlkeGyCwhEwj86AQYBENsULbsmATCEkuGrQBGYoBvnYOqiiBHDiTncU&#10;lCHhHtIV1VFYceLt46bg2eQ6Zb+CCE2htF9aymYpzLMzTJeDkiQ+/rJ+bsqmiaZ4lxmPQ+1K2ZRO&#10;WBbTKkF5rFw3DssI4sBi8c+TNFEbnqGnTGiGfI+kuHgtCdFoJCBi9EYpNaDOFrW2II18sBpeDEAG&#10;IXcvIa/Bz+fw3OMo9rfjF8/jmd/BQT0OJuYT+MPH8H0z/uh1POcAju8M6B41dIXDLoB6CzkwY5jm&#10;Q4K7/Mq1tHrDWshxlwPcu4y6sBDPQXe4t6+XKqDLV5hiX64K7ZmltgzkcbFdZt8bKb6NVImLUJGs&#10;WgBPaWNyHm1IpVvtmceEVREy9b9kiRRaigbpyvMmA8UVx4+zVxJvrDiF0gej8BQ2HOWBbjqH196D&#10;BOgFxJR/TsxDep0F/puRNqN9v8qSgYs68s7YaUTgK8/LV66gcHgZxkCNJsbGzAbHuuobo+yGMTvH&#10;gsBgXx2Fah3eOewJtHjxHDq2ZzN1sPdfJLNKLb4qnfQapbw6v6cL9vlQxdK8HJ8q74HrJrRShuAc&#10;JcnOFFoeHVwEMHJ6cxiBfY4VZjTefS8J5kj8pxwPQ8vIS7wNiQot3mOJr05/5jiVM0IkVIpx4tr+&#10;ZHEClQqu0EQ670qmWvjRuT5yrsSTdBYkLDCRnNEBKhPskgnN0JoSoE1nPV6doCmVAFS6YBVtyjTQ&#10;TniDzpNOvSIwTxX3Y2b1yVVzr5yUSi620VU5IEdTPrFGzwD26YxHoeu/5wJ9Lls2Yp5FCb0RwKSd&#10;7nvohHMk4CQKSw7o6BkE2LcW90ZHYrLpJOymvRpVvNlKy/zThbdypV4qgfuyzN2s1ka74J1Oki+V&#10;QyNQceKqk34Xg99hmuPpZfwmdRHY4xnWa9ZwSOdlVmatiX6OmG4qU32pYsS8qODLFWq+8QoVHzhI&#10;O5kBD1mvV+4UFqDGPM8AGUtbueunNDeySnIMJgQDfG9ev8H4rtcDYeUpFA/sw2i8Sb3Upt+TlFTD&#10;HDMpv15qHuFU84Zl/jPQ59tJkhut1bJvnu+ZKxGEVm3hgJ4RyBiNiVAbBjU38ioSJGLASj7+acT0&#10;TuGYT584RCMHwVAH0x/UfPjmtQv7KVSzgzZcX8fsVKQLHEgpo3qRGsHzRDLYB7Bv7tAQ7dj2JuSZ&#10;kLbCZ68NjUsx549l5Pl1UMBSr02YshpgjZ4zD3YjSLuGLNgDW5MDVMRvTW5IBM3Bo1qdRXpitYMa&#10;7BNo45cDC/54apaUgoLOlCLdxAjckczbi86fu4w6qwOfcf68+bRm9Rq6bM0apD8upAEAU5W2ikhg&#10;lQ1zYdA4AnxbaL/+zcC+3OONetxwZXnyJIC3ozC0f/o7T9AjDz9Mm+GZ986+fXTbHXfQHUjB7MYY&#10;rPhlAfuiObiGLvxhyHe/+KUv0fvf/wG6Aqb5ne0V6sF1Y2loH2xolq++nDZt2kQn4dX3xS99mbox&#10;BoYXzBNW5BXrNkhT+e++8Hk6fuSIsCTnDMyR6yx1rpXal4R84YnSSkXBgF5+AVP/PwH70iBQceFY&#10;BPbxnMbrENfjPj7jc5tfoLNnTtNd99xDPitruKlf8gsstgwZh8M5rt54Hb3x+qv09//wBerp7EOg&#10;weXU3zcXqb0bwYYkevw73wEY+DB973vP0KH9BxCYcoA2rF9H/8dP/DTdcc/tuNfbKOvuWdTk0m5D&#10;WufBTX0JgLXZUeDUu3QntQDLZm3j13yA5i3T0nsQKjS8aGEW6DbkZ3Nes17ZmSZ9qj0ZHX7UfI+s&#10;q7S29YJKTbdMzqkAuH/wwffRdddsQNjLNbRs5SKsn5IQCjAZ+88A6efw2/uLv/wLqpa66WM/8mO0&#10;6eZN2PPyvrZsPwsTWqpIN++je+65F+Eax+kZhJU+9/z3gQNU6ErspctYe8uYl9rASl2EEJl777mF&#10;emBp9aEPfpQWLuzG3AGbKzQKdYD9LO/JA8s+DJN26Lx58z5z6Zl9qeapjjsYzYIiLh3Y57U0Dm1+&#10;oFlhnkPP0OkBcUFnQrXq6+uMb6GmnMeC1hc4oxQ/0WfQgjtVDKTg5xJPpvAsK504Ru1vvEplUPj1&#10;889R4/lnKXzpRQRmvEne4bfBxBuhcOIcBs4k50XDPw/MvKkzVAZbr4zAjfrpCYQDADQ8Bv+wk+hE&#10;nwOYNGE8/0odKFp6OAUXx8QMbSSfekgi8zhMAwVRmTfiXLDqKD0Wz/dDkTToyKI6YioE1sDOsyTr&#10;ML37VU6YibLBEok5WGZnpVRxzKpl6rLsVOsMcOOAfWmrvkxBb/2RcpzWKTuOIkAusEEfruk65LHh&#10;OOdy433G7Pdpihl7AgxGmkHLRNSeoxZSSVhGWDBZ4goZ7z2WblkwkTcJJ/Bh94L+uwVv9hi6Xo9M&#10;1en7eIXn8IbbsIGAbSid5cKcZbZcj8JMuwqD4YFFw7T8qivEY2/p2jXUA7PtrsFh6sGE5bEfTbkN&#10;3Ww2ge7ABIViFn+HXDr8DFoy0+tLvrnG+Cwdnh9TyYUFwAWQlQjKpoUM1Zy7FMxqYxCvBlahMVX3&#10;TZKaFTCxSXkYBLEZtcjUpYMNaRR2MSUrJxZZMc5FR/cwTZ0He6K3AybV/bQbvgpr0cFuK1lGZXZ6&#10;KJpydBMCUtary1giJtJ4vi5rFlGIJCVGeidwHGEjTCRQoUmW1ChYmdXIG7qApb74fR+KxXZcyMmD&#10;W4yMhnVWXha5KGBRuYtaC8ZDa7CvBUykW3fY4k1gmPO+zrCnms2p6dfizakOyAH7lCOjVU6oB8Um&#10;vNwwN6EdybF7Ku0Vq12WWMYTjLLBHEVJGClJcmYKytpmOCigm8RbHNyQ7jzqDFAUsfFyG9KstUrB&#10;HJEk/yrHc0nlhLGRF1zCQszLiryc/MNuRHVitqzJCSKaJXshKga9oj5v0ZgpuHdbvmNqvW91U6u8&#10;YUnOp6RYPjyTQYnOyGZ0ir1XXEO5gGDsl6ajRHnzs0gVOaCjZ4i8uZejeOwy3ngRkJGLL3blt47m&#10;2vX/dG4CL5fYmk3NU47ktVVUclqirYp+cHwvXWqBclh/8S5fZeDyVNfBSzYHusl1ZnZ1nLKr4gRa&#10;N1Xb9U6MPAfzm2LHHsHeZxE2JkW5+EuB/VVmRj0M4v126VxqtmyIk7aiIwiMeEHsTEqC6pbjeT+I&#10;WTHSMBIvv9ABZs1a6qmE3WxAOXPmQ2tz4HnJvFwpqZgFI5s1KV78VIKvr+LQW/k5SvRllmDJCfKQ&#10;pioGYwMTd6msBQQ7f/YUndh7BB68XdQNiw1zjKUErJwF2JcS7qfSlZtHWfB5KZXLceQ1A37MqmIG&#10;0QEABMeOHMYmbECew+BE7K3tJexNsclRRiVTJ964+eLjN93ehcY6GqIA/BhBrdiwKS2eyWNUnjxL&#10;DfxO9w8akJrVDFbiTZmAlNmELKhm90tBirs0/vF5uI5SEq5ipLgcBOHzZwVYxUByFfYpzEjUlulp&#10;xqn3LoEPlwLsS//H7NEKmsrjUE2MI5zttZdfoi8AjDuHWuvm2+4Ae/EqmpoYx1bnLG28+ipYw0Aa&#10;z01nv+I4dih4+o3CL+77tBxsvsuuvMzWERUZ/2XUo3xuWPY8f94wbXtzGz36xBMwyV+JoIlFSJ0m&#10;SE4XwGOzi77+8DcB7Pp0xZXrTG3L8vAoZMMu4pE9kVcqp6UhF8OkvBiwb5Zs2tmCW9nXluCMCqdz&#10;TwEQXSiS2icAzq1ZsZLmASCtSuJwun4RebtlLDMYy+O1G/fqtwHashT4zrvuB+jXJl59K1atpisA&#10;WG/bvgP1YZ3uvese+sjHf4RuvH4jLVmyDK9ZNyzqos70DKGaKSuXf1Wg+90B+5RqVRVpuphgkFmZ&#10;sKgLxHicukGljJYvYDyrIqu6Yr20cj16nYZyAskIS0bWuTbMGQsWzadFC5dK8uWO7W8CiH5DGKi8&#10;L+tA+Mzxwwdox1tv0MED+xAww+tNBx14Zzcd3H+UdsKz8tzZEWkq9fX1IyTmDrGteh45By9s+T6d&#10;OjoBv9RrhAwzjrAnboRV4eO36aaNNGdurzTdSvC9na5PGPuswDT7mODCrEG2MeD1PQ/2uZODohno&#10;kV4aAstsIqLerkcJ/UVlK1VVxAkpbobqggusMo68kRlwEUCuMqw9laLMF/VoVaHwSOVMvnXKq6AV&#10;iFl4K+mMJEwbA2HfLgBBygdH59BysyEI4xeNjHNLKDDKoJn6MH0sHXibyjvgI/L6VoRlPEsKXzDq&#10;gNceknBPHQDQdBoFyQQGDjzEADw0auzfh4AMLIrq+AiAP3C+QPNXAPaC80ijOovFCKARd1GoF2/c&#10;j2MaQNEwF0VaL44G9FTNwBl3ciW5zAC+XlQnijQxNHs9LgTZJ0N7lDIE5wLIN9LTCiZybo/yxt6z&#10;u3l5njEhSkdju8EIGflV5IHkkcuCUjErR5Uyu3IHySftbAClNk8ScSPJLd/9uhF1ofDF+nkrr40S&#10;ccOaYecxk0++R/57ESARBaSELovFXH/+uWHTcdlFhsHJkAFUBrMYMLV3JV8WDtgo4/jqeDKwWAnO&#10;eAtMsSfRVXgMk9LjeONvgyn2POjB2wH8HUGxOY1zXJcNB5JqufAeQBru4vm0EPThxQD2lq1dTUvX&#10;QIaL4qW7d67Q7hsMYZWU+ArwCSxjMvLK5jV8XtSZzszHxTJxrOK6YUzPPfZz4uRcBhIZqOPNKcas&#10;YUWWZIMQir+MGePTAJyZcTeF42UJOicY8qLPAGCZE+H4UuDfDTZfjky1uVsehDEoSGIw3pCOIntW&#10;MmPCR4EwOT1O4yIVAPtv9AwN4zwEVoZdZWDUkYO6QLKKvlOTVNWMCkNbxbUAesy0vGwhNZZeIT6I&#10;E5CKsFcMF/tapCfaAJcM9mFCDwH2KQyUKorGZZddQUfefIr80f2SPCzeTSqfLO4V0O0pThMvTg9L&#10;UhzdWHovTlfk4/Ld0IuYMZgwgzQ5ybw5aVESVJMiw0Xv67IpdZLS63sqrfVl8KLOXo0GHPUo+lza&#10;JnQlhv0yhpSRnmUlu1Ear8rMH0olycSUM5lOhJ9xTyAlSVbZKSSTqJ6AkdmqwrPNjlTYRA7sUIWu&#10;ufmgq4L3nY3ThCowwU/53+bXSHc+zdrWKXLSoUk1LyVnjLsu+Aw6ze65sMKTUmxElZPoqybv2iTs&#10;JFXAqsKimHTzmDGX1edKc3Xq3KsU4JoCmdzn60TGKx6hgekKVQD2lYfWY2y327ABL7ZCiCS9uU65&#10;F0WTeQ6Q18SgSDlpPE4TLrVNLwAWDciRPXMqbQ6eDX2jZAJWjqRWxcFDKsXYjOFIJ7wi3saFTqEf&#10;BVuwlQLpVNp1cTBLK99IlQLms9EJUf0W1crM3OMbpdTWbchJtYaxF2GfRa4GIzDXa1jfPWYImLXQ&#10;yOwbFuRlOW5D6gjx4ZPAD+MnKMy+uNuhE2awHe/cDPE9laR+OoWQePUpHbP2onEnZviWGS3NFDvP&#10;uj8LszDkmjYU+TKzxlj2y2EW3Ow6fegktcP6g4O3eM1m7zI+Pt96DPKaXEpX7wUbbzsqVASoqsKA&#10;QWNhbRqNxtLCnhc+ZgAtc+DZN3L6JB1DeEIbGBxs5F+xdiNijaMTUJH/PdlgqM8wHadYWYDAlQZ7&#10;DYOxyRKsYOK8FHp8nnzxGMazUNP4Afs2wruvDeyMqgV/GCQVf2nfJIE2m8xUfu7PYxaZnYy9p8WX&#10;zrJ6JcSibIpfBgEb0jw0yG0MFjsJl/FtflFRnmn5e8Q4jS0p7D4ttCxCZoJFoSpF80IrlhT73jHL&#10;ZRKg5rFDB+lFBHCshZ3M/Q88SCtWAowDg/GKVSvB7ttP+xC2MTxvIXyj203tYINsGuxvjmN4e9cO&#10;pBOforVrr5DxIFLUIEp6NqmvFQClzMzbvOUF8eC74fobASC2SWjcAJrh1yH5dfmy5TQ0NCypseZz&#10;Gv8c7XgvFvovtgxhLPhfAdCnaBbgX1bmqNTsQiALXobvqcjrXVlWH8tnmWEpwDLupXlgP544fpye&#10;fuYZSKLXCuBe8s1aw2NPifdZzSRK89wh9b0nTf/9+/bSa2++QXfceh8NDvXKvkBSkYfn0aJ582jz&#10;C5tFGrl4/kL4US4WdrGyRbvKJXirgl6+SgeXKsqzAS81BOcVsNR0c5Zgq3tONfVrUSmcpJm6J1k/&#10;W7/WjDSsXICdSpgSLWwZVKZZmLJryLH4nH2WE16k3DBZRbmUXqUoFWSntGOH4LAQosCeSK3ATR3D&#10;LDLNkDr2ozU0Dn7nd3+XHnv0OTr+zim66ur1WMMqSN7dCG/Qs7QFzYZHEdrz2KOP0Nf++Rv4+icB&#10;ur/56Ldoy9atdOrQOQnuuO76qxCE1E9vvPkmgoA2G8APCdKdXR0yz/CaKWFWHAxU9oUIUpHmWFkC&#10;JgNrXcCNXLNf8xEKNFQE9rVaUBIUzcvnPWXME3VMfW8aVOGAc5TzZyooogry2tVMDEStU1KFVg2M&#10;5gNaO4BgWjTgSktm3lYUGHf7VirBk5gdcHUuf2xBXI7SK+35kQhnbYyguSvSDtCm/fw5qiC+uX3P&#10;bvK2vUrqxefIe+5JfH2P1AsA9159iQghGsHR/dQ4fQx6zdOkz4+AjXcajL2z5J1BAu7pc+ThKzyG&#10;lE+k4dIZgH9nIMWt6aTr38UyBRRD3TjSXhxHD75XLUgWb+Qt0BUVBFkGQiRB8pLkNlci5bIao+5w&#10;Q0yMGTTUxlzV9b1Wqrkpp05/+dZPRjYOoWHLKRU5c6oYvXdluMkmSjspy9bMWicyOS5GGdhjIiRZ&#10;Xz2R4dZtIm7DAHsOtcsx07dDIZJu68h/0BNjbe2bRaDORTbLWsF25LTdkD3mamYjx71+CKwB3NXo&#10;FRQQT+DrYXQ0H25M0rf43wDSXsHz9uHrNIq5MXQV/W6khPXNod7hAQB682ghgLwVl6+kFVeuBri3&#10;nBatXkJD84epq7+f2nuQUtdels5vldl63HnkCQ+TTD8mJu5Sss+JtolMsTyhZB43hqV1w1YQ5kBZ&#10;JhGPTDebReUaXeRDB49QP1IG9506R4e2bZNunwemIEtYjTTIE1PpaOPAhQT79bEsqcZdDSs7idhz&#10;XtzBN9Jgv+zL37WjWChbA2QFxuF5GJxPYtN0HoV5ZXyU5uKY2UQ4ZJlVyaQfUzw+HFaml8q0SMaN&#10;V6DmteExXEvLMFg+RI2VG6QIGj+D+xFyXgb3JJGXgT8O5IB8Opg+Ly8wAAZlz9yFdGbPdhrd+wjA&#10;dnwuju7QeQArR+hSafkuOQ0ypTJOtr69j0VeYu7JwJq2C0hpN9+hDb9g0NbLSNcigEeYHp6ydvlJ&#10;2nVU7Efpu/xivlKxXl5AOj+6z7RljCQMGk7am4aMt94wTBHPHjsDs74F8MhhMcZ+fRZUdNN/3eSu&#10;mPPjUU4CHGc0OQa/McDpZP/oNE88JbPNsgLDeO5TOf63V0S2UlnZQ4qInmKZ6iayG10YDkWZjmsS&#10;xGU662mpqUugyrLRctZ1DoMzkqdGjCJNiQVCbHWQ9FCKDZgL/PIKN7utrDV08UrvaZ1OC6aE8ZSv&#10;R5oV4hnwS8/eUDslx82cW+UwKyP/xCiQxqy75pzGwTBhZOERSXqxAe4eotLwVbi32i3QZ6WYntng&#10;Rgwuz4nCVp7D7HJ19O5J9XwnOMOa02bqKc8B9OPAB53UcM03FflNSiqWRKc9dnKDRWVmQzVDRKhS&#10;qcJe5XwA03dYPn06b6+iUhWiTkBqR3rsR0AjgwYAKkrMckHzrI61p4bFqARvHm6NcfBG4jEY2MCh&#10;wG5yIl8/3zLEIy9EXmlL8txkg6ud5nxorSAiuXJyX+kMWzlh2jgNWs+EdpBOkuwFNPTN9+hciOm9&#10;VrGtcZnlvfy3pYDOjY3Q0Tf2g20Fz67uNshLK+L/Ow25bzcaioFXZ/vzXMq51i1M8WfeXTsm5mY+&#10;8pndh+CAOQODAkTs3LFNPmtnd48A5CUx9g+tebthWJa8kr0m2pT0DHIigKMMpqLXA3kLwD5/bArr&#10;PnQWqIFCViag41uC9FNh7efNG5IKIOoAo05kzyUBBk2ozGxY+Doxw81ZGOU9sfKyNwO6SZ3MNaYj&#10;8U48KCNSg46vHzXdss+GqZSCvQ1wam2HGFRl2bNKxdirQnlnsVyHxGtQh8afsAsA8hoAdVesu5Lm&#10;zp2L+q8iKayclLsCAOD27dvpqaeeFHBueN6Q8dOz6dd8vRcAlHoSvz966BCApXnC1PPs/cJm+Pwc&#10;IVoALD10YD+YoYforjvvElldBaycdrzuXCgyhiATZwAgmryzvvCJFYLOeMtfYn7XbJKwLlD6kQvj&#10;ENsAhUCeKZPCGwTCkvW95NNyQMeVSB8+AA+yv/rrv0Zw3SStumytFGAMDGrLuGWDbpPorWMg9yAC&#10;9hhYvR1g34rVQ5gZylLx855j3sKFdDW8FVmO/6V//Eek77bTwuWrZN/iOetM2nNVE7V05VHv+im/&#10;eALmxRybLmD9ZtkurUC92b2n20hNmr15BqGivCVL3kN5BkWpmyCt8/6tpFVh2KAusCmKApA8zwFF&#10;bdpwnS2gML5Hj5+i3/uD36Ntr+ynDddeS7fceiO98tIL9MjjX6MXX3qNNiLkaO7QHLrtzrvpvnuR&#10;vnvlerr++uvh0XcX/eBHfpAe+sEfRKLu5bQPIR8PP/pPdPxQjW68YxNthCx4A4KA6rCBWLl8NaTr&#10;62RNUFGD0E7AYWw34tnj1AmByQF982BfS7Rap9iQKQagzm8llG4+HKJEE3LNyfUM1L7UPkel0HdX&#10;cts8kH1mUz2lZhbcuLyEFMCnZzMtZD8TNqyQ5rWhC8ggBQMhnGTLi1yJPfVQwNV5888MI1A125k2&#10;CsBEnzxN3UcPkg9jSP87TwHUe5ZqL28m/dabRO+8TT48QXx46RFAgnB6lHwUGh6+wrFRCsAgEkku&#10;g3kn8VojkOCOomDExjmYYqYTyzU5RY3kS0GCq7swabcpkV8qpK/qkvkKyKSzusmFcQKsSjZ0OVV4&#10;QIXaNheoiG4u6TpWtCzOwnQU9pPDbFC6cFEqGk4ihQ2TDXoS9mFYXAzISeiDZ8AOHap48lPK7S4Y&#10;Jl/YMEBewMAevvxpC/ZZ1p6kDYcJMDnTIiCbtpDZZ+b9AwtyMJjH47zM0tKyGejssXcCXy8CENrc&#10;mKavI/77UaSLbcH42AH24Blcn1FOlQVTIABjjQufLhQo/QDvhlcso4VXrKHl6y+neSuX0Nwl88Rz&#10;j8G2NhhTk5iGC3cQzDyNwrfPpJ4K2IyuJgMqAM/GA+4olCXa3rDqAmHZhbZgjApICRPGie3q6hOw&#10;lgGvGiKXJ5FQ11Ce+AQ9/eRTKKIG6YktL9GS7nYaA8J2dOebNLxoEW3GpPnG669QNyQZ84YWiCw5&#10;QAHhSzGg5XujUZeNTLVsxkloE5t9SQcMpVvPLEBtEQc+n5zqawB1AIjw8Thz5hxVwWg8uucorYCW&#10;t+wnsiNuwEbSptQtrzMG8hmgz+1lhDaYg8E5GYrw3fPXXo9zA5BxhMG+KSmIJL2aWSXs0i4RzTiv&#10;2DjUpxp0Zv8uOr//eepBWiOzZrkLz5TteG+tisPOWxbeEUCvI6lRIOOw5Pk2CCOUoo3lFWVlwjlF&#10;HB3ysfE8EMQAIM9Vob2xNJnET2OjqWPgQKlSvNF1V3RmMIoFI/8NM2QDM8OKkp1ZoBZTYDliCe8x&#10;iQ1wMGmvqaHyiceVfA7rwRcTMS3DJAL6PM/1XFJpL0NJZ1O566oK0l7dhlPCfEi8ynRB0EPWvzAb&#10;ZlCAOzTb6+SZhxddiTqfUyeNG9JpNmbejrJ5d1vnZMJFFhrqAkwpWkhSSF/wHqUopFdnAhhyhbpO&#10;A+N6Bo6X6znXsidJeUuAlE+fznr3ZYJCtNOAigM6LMgXe/jhvukepMrweszjbZZx4RihO4xdt/ud&#10;Z5VSxouH0syfSLCQSYOMO+k62dzHIWLSyPNiVnYrgCC+J1xA0RamOkx3+JRzPZtlp2it001ch83k&#10;xDE2TbaZabypOOU3C4SrOCHVDWsz0niAB5AT+mCGMYDQQDptHaFnBB8gX5ec12xIA6welKVdKP03&#10;X4LlBQBkcC0MTFdKZncVCPimHMqxGcphrhntMpgj5qMrY46mbt9L2Btae5YpZ4M8HMsEbROh+fOV&#10;hEVnJMJ8vJxgyEDeKOqY07v3oqGpqHPZEqrgM/R0dNFonZUKxtsuTpjNJfBm/Uxb1+NaZ33/VMyu&#10;YUUAS6vmIFhhfHyMduzcQXMA1PjSXCyLFFpq05JvfQh1zkuPG7V1PD6J5mgF9iANhIGFUNtUWHLF&#10;zEuW9+pJapxHwx3sM/bTbKCW8tB81GZBlGWt4fnkzWZGVMWBP2o2II7WLSR+7lytZyH0U7OetVWU&#10;kB0V/6GRVivP2LmEJvr5wrz6om2GZS/y63E9y+xMZtQpmwor1883TWBOd51EqMqTTz1Fq1dfZp7L&#10;Ps/KzDNdsK/phGTvCQB+R+Dht3rteupDA9z4NXrWRzWECOocPfP0M9TZ0Un3YHPfBdBaQu/sZ4i8&#10;P2fDzns3/tOzKwovyX88n0+AcMCA+UGkGXdBpsj+Y8aWpyRe1HwuGNRfA8BDod798le/Ru047/2D&#10;g+KJJnvIWs3IEXls+CZUZwzn+fFvfweJyCP0Ax9+iOYv6MPc127B/1D2IQMAZTdcdRV8QY/T57/8&#10;FbD9Fkj6cXu1fNHAXXbc63+zYI1LAfap5ipEpWbr2Dhra9E0IKxSSbyt1BhKzdCx1ekmRvOo5ExI&#10;iEqCBrMNdZ1pjPCYYkIJz/O1afbIVTKWv/v44/Snf/5n8FzvpDVr1tFllw1LMvdesE5fQML3rp1v&#10;00033YO1xEdIzxCtuXwNApDgjbr2cgmEWrp8Ga1Ds+ED7/0IPfH0Uwje2EurLr+O5g910XwA1vc9&#10;8D5at2EVGgTVRPlUZN+gkjq4yMpheHj4M6Wiadv1LIp2K9rxZUrsoFW86Lrec7PrQuhMR1u39Nnz&#10;UtdUp02StXa2S6qALahbvL+6wKlS50dD4avo4jT0xCbadCiw6NRr1o+FuxksVWCGGMCLClJCO8G8&#10;0zAwrZ08RjVEuZfOw/QXlNBgakxSi7Sum8/LYRZgccmmGoucwiY4qHGBioE5gWskvzcJrgLDcIHF&#10;9X4XFqIK79m1kYVSIsNRlhXpa2OC7yOBJohAj9AAY8wuiwsKLx1IkLsE0d7ez/+uyKBfW9AwBOtq&#10;YnrS4HqeDbzw0qadunWSiRSYflSqRN1uzwB2boAuOeyiiF4ioF9gH27Y4w0MqMdYpx8xKXybiutb&#10;WWLJshyyy0SYbS6bQoC7kFLdlZUwygwZwxMm3giu6Sn8+xDkz8zgG8UFGAG41+BPxQwqsN9Y4utX&#10;fekyl1mGi8Wyu7OHeuZAFtNeom6krmlIRTTYYuSbTjRLfaowCG1AXtuO37NHC/uFNBhoRue5swus&#10;N4RHtINCrEWyACCOpeG4HgPdncKmGwPwFnB3mxdwlhvZcWCAPpMiyKl2jRrAZtE5V2hkvEHPPP4U&#10;ffDBu+nwlE+nRkapjvFewjGwx0obOn7n4S3JgOc8eHucOIQ0aIB9U/hdAMlwhQ1QLbOP02r5pHPn&#10;j0M9+O35czQsq4WT9ti/wAPIxDLe9kqnAGmd8BLkXREn0fXA/Lx7eDGdObKbllyznl5DetImBhHr&#10;nshk29q0jH1KDT1lZReUBD54cRB0Bu1Lb+SFrYvisspJyDXzhEDuZ23BSAYsG5Ii3MA9OzVyCAD+&#10;aYD9h7ABOokNHMvkA2GBKL7fVcZuVBer7ArnowiRiGZhZhmExkLAkjWEHo6tB64vM0Z84qllOmQ2&#10;ZYWmGj0A3nxZAOs4X9P8OxzfFG8yw6qTrKviTX2yozQ3Y7mC5G8evxhzFT7fPI4r2HCV0QwpT2Bz&#10;WKeSvX95I8usRw/nh6nqcWOhYaSAvCf0IyaaSq6XO9+kwFGHiqfd0A17r+oC37UUDmBPZMS4StY0&#10;ZacTbdnZyfkOLetZO+wLrdJ+b7og/XbGBOgCxp47FiIWV6GXbWaq0rr5rk6nCP1pRr++FB1wdYHV&#10;tKZm5ogzgolKZ7A9nfks2nlO6pQknCedbWg5lE4dMYydV53p4LLNs6KLpIvSi1VajKDc+9z6w/Ec&#10;XYprmeS+zE4aOjYDzNRU8Vh3RiVLR6KNrGebPK7HYA7OdmZSnVaOaPJmdaF1wVjJNaOd9zaFfRqe&#10;1tpJuHJT91JWK+EMzAyVYfk5TW8LyuXSeJXOK10sm8qz10MxI56DrGgpXH6qNBkgAO0sHmucwkxc&#10;N555gemesq2FEl9YXySGIgWuoPbDPBzWrYTXq6dJUg5TlEG60HqzucCujsDQMFIfRACw53idmjES&#10;yczNuqwNE1vZJFQGIVFnVi371PfMosnP5XqJg7q46dWFenYCPjE7Nj9NZdQC03feIwYl7f1zqYEa&#10;h9cHpeiCjOVbm3ln02uVSDHb2zy5T3qhfNiw8XoBHl6Ct/U1190gjcTBwSHjkBxEwKOXls1yPR2w&#10;Z1MXnUc9Nb1ohTA1ve0ALfZN4noilAv19BT8wyp8AkaOUv3N56hy2XrUcUvh5Tcg1jVVFdHnL9a7&#10;u4DmoFtt/GdiP6v8GjgrylLRhG5Tjm1DWIu3NOoOsGampqYlAKMToJvI0lQmOCgGnVs4JjMwzLVx&#10;YFLwfFt3hDpq8BnP0jawZxdiY33X/fdDxttBX/zCF+g9DzxAV2y4Gg3ydpHp9la66MabbqYebNAf&#10;eeQR+ru/+J90/bVXY9N+hTzGwDr70H0Xsjzel91z193i58XHyCm+0tCwATn/Vv/pjDpNv8tQFZ8H&#10;vr5f++o/SurxL33yF+l9H/pQTAIRtQ0TCzD3cFrxD/7wj9DA3GH650e+RS+98rIwI2+48SZJxp6s&#10;12V/wQDsGTTGnwEo+9QzT9Ndt95JS5YO4dzzfjaU+p6BvgZq4gqu7SAkvT/zMz9HXSAsTE6aPXMY&#10;tglzVM8wbnULD+ooiNFVFegZrq2ahbl/0TFdSlw2j4Wpls/VjowpwXlaQP3N1JE6jMkRWf5k8ifh&#10;LI+lWJESJeemGpS6yaSnIguwdL2YPv06vq7ayrUCEGtq2Pv+8R//CR2GpyuTYfi4brtvE23YtEya&#10;bwDW6LOf/WP6o//79+kr//gN+uQnf5b+3Y/9GD34/gfBWp+QeUFk/5jfuCHBL34OGA8ncY/BH02H&#10;FZGj8zxVx0arjDVClHC6ka8x01Npwsp3PJajE1RKTqJu0u0PJekyx3mM2Aw62eyoTCfJ9dBrun5o&#10;PeNojgI+4gVVF8T0UcKOUjrzcJNGllJFoF8zEZQu3I0kAJ6e8abVFLFGTAHJ79+GUAQPgRdleIWF&#10;Z04g0fYk0eh5UPvPkAd5LtM4QxQ4njbpbDzwuNM0OT0B2SgWsUkwgPAa7HdWnzQSWR/SWzSCqdYB&#10;DwOMJVFMcvgeChDJu/AdGr8mx+PEYE3aCiFFbmv9xQwGEUmOMwQmpVMdAW19yYp8T6W4DLWVBtlN&#10;t+eeMxcdseOSAcqyjYmLEuH0LHNkHPqMDhybRN9KZfFa7J8nqbjaeO4xS8+Yq9nv0duFyZfxJEyz&#10;c2TslS1ry5Elx5uqML3Zjv5j9x1cOhrD9/1YrI7iPU/htY6gozWGFxoFiKEBbrGsVFtvHKa4+33d&#10;1NPTARCsm/rm9FFbfydS4Koi/SlXGXwJhdHHxyUBHfzGHFjhtwuYyKw3ZpUKWCiLo5VshKbjyh1J&#10;jQmpLJ1mj06ii/bclqeQAOvROCYhwG30/vvvwrXBc8BA4AW8IWw0ZYMYdMzU4MK5LGbPYNEhuKMk&#10;k39Iu3fupI5Fl0uHnL3zVs1fRq/ueIn6FwLI5CIJgN8Ufjfc2weVy4Aw43jcB6pkPY/M2WUZvLaL&#10;kfEvUlKkiRk4wECOQze/qwgTga+1MP1wjJyGxwzDASSlTZ7uo2PeKFUXLKAzSEaaw4AogK7pRlZu&#10;ofJilEiaHm1sVVrS6eBH8lhtdIzaNCft1sQrs1abtNpFS8lh/yUcI5tIe5MjUM3vw3U3YCaPP08k&#10;7oFlUkTyOTO+vJzXR/EiHTVO+HyGck59Oj/VRWNgh56dqNC5iR4UTm000eBrjmvUaEfhVaGJgL2l&#10;SsLGYDGxlnQp32z4nd504PtOWm8k0c1TnfzxhgAROtZ7BuJRiD4aHp8Wj0cPO6symhdlvwa5DRZB&#10;b4I6psZxLaeoszpOXRVsovC7oc4pAd59R2dqQFkjxxQ7JJ2kxYY66VNE0kzt6LVTS5TWTVLVVRyG&#10;oPwEEIlsJFLv4YS26MRFwFUkJgCgThMrlNKpAEZNzsZHJWtM8z1gwoLTM9DclKI8g91Z26IwpSzb&#10;Ld24iVhmBcy7VoepL6JZ7fbhZgBmipQHull4ly6WQOtZ9Lu1g8KpVhtj3SK8IyPvNem76ZqnqBB2&#10;1X3aEIVk48wFZsiJcMp3AH6VQhp1DAJSPL6kFozNq3W60en69PH0pcJcvSbMrtjo1Ev57/FNoJVZ&#10;oJlhXlwDqtT4U9r97JoiswA3gEjHgGtkz+Fw+FIgXphnNeh8NXihm8PCnDXlmLg6N4SZ+pMuo/iA&#10;otCvdkxjYzyIWfZqGgNgFJxFMdc4hKdMENPHFKw7lDD4PGGBhb7xz/VKDBghXE1NSYEjHnr8cwYZ&#10;D/jvApPyW+IGkoqYSJ5lXIdmXoz87axc2NT3NlyL51ZbN2g3wdCOV2FYcXHJti8AuaaRIs/G4vW6&#10;lkZjA7VGXw/ec5TZbgqqgRF68bGvgmW/k9bd+yBAto0UYtPf3tVjLBvUJXDM0kntGjdmAlP0sRKA&#10;P2s7wNYyaqSOa6rUBeDpxc3P0UKoDa7eeK1IQD2AgJ6tj1UqDENJTRRIMBlWIgQ4TGEDVwJLsY61&#10;Mjy8m0p1NPJx7aQnhvPuHX4Le4DT5K2Cp+b6aygA0KiFOVa6UGXehVv+a50zIXX9wnTWzoJmZivn&#10;N+sFoKNVS3AtVkcD7+zZc5BnHqB39u6hdeuuovmLFlN/T1cSQOWKz1VrnFFZubVnfcylmS6ejMbK&#10;RcA3Zv/hXqnCEmUYNfR7Hnwv2Hi99NVvfJ3ehNn+h37gI6ixu9BwrEry7sbrN4nM9C14xW3btYt2&#10;vr1HwELeuE+MjyPobYg++Yu/BCnwIB6vSAPULwVS/7ZkHf2roH0z77VnPKkX8J+kWOOU33Hv/bTl&#10;FaTnfvlLtPG6a2kh2HVxAxhzMAMm7dU2Aek+9NBDdM2NN9Abr75Kz0Gx9gj8zQYhux6GzyEDINMI&#10;LOJ05PNolP/sT/0s3XLbTTSH9z2lDpNmjblvCqCrMDhZAoxrsGDxYvrEJ35e9jseh3NE9j1KtQb8&#10;VGvVgf7XI0leWrTvAq5v9ukznrNW8trItkVTk5AOLxNYmpH5qnwTO1eXqXToqVYFH8RiRDoWyxe0&#10;Yd2OWBQgGRhyQRVrwtUI9/n2E9+hkydOgGBTRagjN7R471sR4kt3Z4V+/dd/hxaAXfo3aB78zn/+&#10;bTp0aD/9+E/+7yDSMMGjJnPSn/+P/0E7dr1FW8AC7Grro4997KcQFjRPLDdKpQaeWzf2KsIyUmlk&#10;z1XbqrRNSVKzJYSjkpn/3F51WjbLHT85ORHFITLoiFMF8sCpLtKwuUuEyhc6pB1ap85F9mbYdHnz&#10;R5c1F+qsRMMrXAmLUdykra5sUtVUYHSnZZH81eX0TYWebI59u6kTg1821OdSgRdn0PN5omOwhY2v&#10;GvhHxyQAtMlxqoC278M4tHESXK1TxyGjPY2uA+QZXOxyoAo8SjxtZLyYCckHy68BeUOIBdHHea8B&#10;4FNnYhzKJpsKWYtJU0jBxQCG7LYqgRGc8mbkcVHybTTQI+mPZ/EFz8pXfRRhtYkpkWCEtlMrfl3O&#10;CYu6uoH8TpqQQKHNz2ZMNWd4SFldMx4vLK+j0A4npsmGaV2v8QjjhAZlusHs2RcmnfGIIWO8lqyU&#10;UAA0FWv2xbxfmIu2smAwdNok44bnXQTGbFT8KPPOJrJSyUxwbKysqzaYA68xWTaQRpXDRqqGQlQX&#10;M21PwJiAAyA4QIDPOh5v53Pks7c2ZLb490l8lmP47etgzr0DoCfo6aezuPbs88ETBst1+BwGFU44&#10;boPJbz+LdrDwzUXHakikBWXIBHjTFrBmBBefDYXZ1ydA4Aqz39gLJwR1s8JjsVw1NGQw+7o6evBz&#10;DSAWjynIyFHQ1qZGcI766AiS6Da/sBUeOuN0M2LF11xzNdhW8PzbcYjaz43Q+x/6MB2eLtHX//bv&#10;6MyxE9QNLzlO2eUJjPmTbKjLshXhUnI6oAxMfrwhYFADx8bd8+5qD50ES7XXP4JCqgOpZ+PUMdhL&#10;c0HhX7PhMjpy9CTApYBOHT6Owm89O7JJ6h3LMur1hhTmbOIt8mGAmHXcL5yaZ1h8OO8oDHz8Wza3&#10;No23ZFmLXOiVAJJO47zzKC8zewBFefecbly/ThpBYb/v4CHq4m6ix15HodkEOV4Orlda2KJT6qb6&#10;Rv5zgYxDgPp1Zl9gzPECgI6RF7FkQv58APoA6vtTp8AEQGITFpOSbsM5rMeQotmS+cIEFg9Hjjex&#10;/oJ1LqIqHHeCa4trzazHEoDLWmjujYrmLkAbmKNgjI4O0eEzVTp0upvOTsOPBqAoJhEZO5pZkzy+&#10;RONflvEY+EmCRCTbMtL3uswxLPEVNklI8eJjJmkGfsvxAuVZVHRawHxTlLM82bcTDEueGeAVXz4s&#10;tmx7wKzSczWJHaAK+xzyhINrHkraDcZ2sIfmdk/TQHWUVvaP07weNFXY98qLKJVGhiynmvefApwy&#10;EG7SfblI5I0zM0p4TvYo7SXnRT6rjjcpxQnQ7vqjU0mvWuW9/FzT4Qgo9ihxG9DpRqSTk2v+2FMu&#10;0Kjjwkpl9FsuH0rPwNTLSr+00g74oRzA0IJmnkoB2il/u5REMWcIUsBRyzCyZ2Dx6SyzXjd11kjT&#10;WVWareeSRMKisoXSik7tdDeVkzAXPR5fv0i66LhdRcznIJVunIZpU2Gy9liN3VlEY3WI4mFSgPvR&#10;+uoU0zIdNGyTURY1bgpaTy7PeK+5RtVx89be31FQjowDzaB8Kfa/jGumsMCjMfaA8+JNQqh1yng7&#10;OvG8MYxeyytgSITKS1uzcANJqYzEPt2Q1Q7Il2q8xWChiiW8AgbYsji0fxv74ikvi9ZZR1idjm2L&#10;ahLbDVXN+FU6qV3Me4RxgEVUvygyzBNz3rE+Y4NaQX3QQ2vQ/QfL7zSaHo19YkER8pxcU7LZCBrs&#10;IYZ1scy+cGCNcQcPn3MKEtIGM23YaxfvZ8zqMSfaJDBjF2JUBtWysumric0BM8mVk0YcWg9XoVFH&#10;mwlefwI/Mm3AUNMpubAALLw+lawfsaeFNV9HnVRHfcEZX9yIO4/Gj4f66nxtjA7u3irhXG1DA7Rq&#10;wRKclQo2W23U5TMgCBDFL5u62SYni9cbB74FQQqtVZlUWhdo1s68GHkla2t2WPZZlYB1AMDe6rVr&#10;xS94247t8ALbQ6tWrIDvcSAy67YoJCyqj3EcvDmUm5wbYvw6UCtM4tp1r7sWD4Hbd2AbdUwfw9+U&#10;5brX4QFTHj9B4Y6tFHZ2EtLQaLoXaos242cce55a1lKu3tCtZZsqy4hNbep9h6odFu2WMgQKFTe4&#10;tVVYJPdCaKXwJiRNWG0cjmb9iMu+CTpp6LrU/QzOTHJiLkgO3wZjaz8873jfdPjIcbr3vR8U65c5&#10;aPby39btNfbtXeJJUIaR3SsvbfrvRVIMOwfHe4/YRiqwFsXaWNh4APVgYXTHHXfQgnnz6W8//9fU&#10;8+STdPf9D9AUai5OgO3AIG2fO4c6r7+Orrp2I01jXzaB+l0kpqgVBwcHBLRipiqzcaqe6+xe4I2v&#10;dexvn5vzilhehRoyfZG4jxM6oHVTIFIStUsl61OppPZmPxXTEAjjBsUYEo81+00C/CjJbIp7GlLH&#10;FUuX0c//9M/Sf/m//it9/5nn6f0f6kOztkNChgLdjdepWcsdX9avFUuX0mLIqu/EdXgL8vl98PM7&#10;egJhOafOSLDHDZtuoA3XXUfL0JDneVs8wclI3nmO4aCUiN0lBBY8p6OjtyUZx7Wu0I5nfPZ5oWMf&#10;4OXyA7yU/2Tu9bWeBe6qCjMO8lJWXZiynX0sO65cy4hWjapCslKREXPW664JuzFrs6KVzjQREn+5&#10;JCyLCixgQmolNY5tx+3PQVzyGS/vxAJF547L/C2rucYx/3SC4IB1h9enxpSsf6xs4vFcwfp45z33&#10;AacZp9/41O9hn1mnrQg9/dGf+N8wP7DkXGPfhlAZhKD9+L/7KQnq+a3PfJo+92efAzh4jH7+E/+J&#10;OtHYKkNltw9z3RtI8F53+Xp6L+aZ9//Ah2V9ZJwjFOsNSxLKBOfE9YxWtm4xY85X6TFs6k/PMvsy&#10;+tLWwG+0Y5n95KJnYFyprKylsDuqmwZx6FnRVnWL/Lts48N4Ami7WLEkTdnuELN/IDKz4FIgtEhT&#10;GAbiwcGFAp/QSn2MvClexSA/O3UCsluk3YK9F55DOMZZeOeNT4iUsoYNfZk96FhewUU0dv3+NG9m&#10;6wJQMHU55E0tg2jTWja8Mq3yXr/L7rXLZIonz/ysHQIaIwqel6xrusBYOlFqWxN2fqhhUlBDnSQE&#10;RQBfmF0T7Os3GlbuHbG5WtGDyR6rlccmSbTJJKmtjFiUeb4xCQvjTZBOpfAIwGppMhGVtaqt11pN&#10;y/tw/R3E0YSW5Rc4XuNO4Tflm5vGkMfMYlySVFYGYkkYVTwG2qe1TCp1z/iNcZhJlPgZTJuF8Tye&#10;MI43HMEY2ovjPohrPori5AQWzAkpeJmmhw4gFqxOSfmqmwAK+Fh09fVABtJDfehsdYF1xqS8zu4O&#10;WUSlvOUufi00lHQx2G4YUBOvW0YHORQj70DuMvH9sz56FfEXqYufTKnURtt37aMFkOm2DfYJWPnK&#10;S68jvn4l9Q7Opxc2v0Rz0clYumGtgGjt8P3jDcLI6dNgEAJEZEoybxoArEUSpioMibX1iJJriF1E&#10;6Ghba9MNAZDa4GsCZQ4dQHjMkiVLsPYH1Dk4h0Z2vwVQC+bclW4agWx9Cn6Tew5MUPfZLlq95kpc&#10;65KRuDJzTxlGyTS/JjYMdVsACrAt3VySjRLf11wUMoDGXb8gMBHKfA55nFQ7qlQfw3v09dLIKZhm&#10;A0Q8CyC1NBkKe87zk420axPZitSeVRbq0H0yxuUUrl1grl8IxprMGfba8OdjiX4VA3egG8UT6OOM&#10;FAPuEhviRmjlw1xMYsMONFYSmqXwJTPeefM4jXM6zWeFwVCAd2enyzQCtt6psV46ga+zkx1g8uGa&#10;BFV2LgRIjevZVhETeNPJqJs5omwSF8ulGsapR73w8WxDQwGYKDrYngC6DCR2dnKX29wDHR3MKm04&#10;3hyWNeRZA3ksoLWpQDan9aADgd/TAF+1/HuKH+OpD/vTs6MaXXM8xteWmarlbrnuDfZWwgeVjhtL&#10;0+vMAKzDp7IH5OgJ2j8e0PZzo9QOKXCvh5TlrlFa1D9Ngx0sQfekecObDU7S4vm9wkU/A+e+SVKp&#10;WO2aVkWrRzqqSWWkAC2DInKM88woauUw4TD4lNbFAJoupp7NSJYroKpdUg6CLg5Q0C0+6kyHqlKB&#10;GjM4dOg8A1D9Sz5jC5ZeVqwaphJYMxm/RXLtTB2WtVaZ1TE3Y3rqphW+SQLntS+0QL6j11NaXdTG&#10;Ul8kySTP7JvhAqvWI1w3SZ7OMvtahwlkZdQqRu5VS0KqaroBSjaJ7qUxPzFoJcw6boBgg8zzVAfX&#10;nXXYXpxlC4dTmKJPYl4WB2Vbw/F8inUFzADuUHKt1dZufarCumF32o17zMLxFEWNf+UAOQLQRUzP&#10;KOjFs56m8eZYJYCK0bU6KZZJg9+8rtnARMFWkbekXzFrMjeoKmVrRC6fw6djB96i7V/9KtXuuRes&#10;qtVgTS2i06gBStz48Q0wmgaxwkvOhmKPMZb0LlmuhW23c9ubAvSsWr0GxzNPWEUqlj3j/NaCGMB2&#10;x00n1sQaDNvLpavACEFNuXtaNpdYdagsBAJsLnmzueNlLH5oxK68giAvgC9xVd6XJdoMqISXOrAh&#10;qwdrfsdk7oZ0OraOxrNymk+cVgmdZQmgaCjMb1/GNdcqbBFz6tRp2r17Nx1EYm5fbw899NAPyfne&#10;i8e2PP1tmkCAw9orrqBeyLo50CV6TatFsl5aF8c4yk0d+N4BMHnFqhX0QziOR771TZHe3X3vfdTB&#10;oRyWAdoF0IlLyE74OvZDxktR4jzfGwKElWZF4nu3vPku5X8M9LEUOgK/SkxeYeBVbGdIkofPwkPv&#10;qSefkOb7VRs20EJY77RhD8ONjzYQFVbAp+y2TTfS4995HOy+G2jFcjQvuKEsuqb8WeHmfR+kvRuu&#10;v4HWINRAfLc9Yx3AYSh8zaUxHDdHtGOhcKlufX0BXnaZa6ouXfaJUhdSGalLUMY0WcFUgUWA1hd4&#10;zlWBVuTdISzGNbrD3o7npGbHppCQ7jEjd5TOAbf58j9/i57Z8iKsq8aoB/PP0qVL6OZbboOEfyPd&#10;/4GPI3xjKf23P/lv9OprW+gzn/oU/cIv/HtauHguXqNN3oX37NfcuIl+49d/nX7/D/4rffEfv0yn&#10;Tk+A6febzMqi3/iNT9HoKPadCHGSlO+yJ16AAqhnwdxmh1xQDkX3qlIJyKmOHj6om8m7lEuZ08Wy&#10;Vj1T9eYgjDHqzWb/ofmeTYFRunkxN+sxpXWTQOdw1n+rbPoc2bSlyISYS6pAwB4AdfCWUOhI+aBv&#10;K0j+CBR8H3LcAIw9D4MjCGDIK4kNDePDVQuEnackBaJhgMLxSZHigj6Izb42QFQovvfsSCw+evzd&#10;qximi6SvsCE/o2uKDCBlDZfr2mwAlePXw5vuULtbqsyGMupuO4kzZKOrQ6vRElZfoA3TLzQJbxTZ&#10;iJRtXHjk1ULm99kAvDDjPO45yZoxQqmadJYilgN/TgtsxsEXoQUZ+RRPm/MnLL9Jm6IbpA2FFSU+&#10;fPJYyRnHYayrNT1+y1rSfsKAFIaXZVDU2OOQO5p4X/T2wJDSdBRyjP38Mz7wcRSj58FIrKEinebF&#10;0jONcAbIuLvZhqKiVGmn3qE+8iEV6ET3sh+d3A4sjgyk+QDNOIlPeqZ4rYaE2WIs+haE4HFYKsWF&#10;NAN1vDDXAJSwr0A7s+vYF6BeszIr345pLqLrBCIdHd/7Nm3ZsYPuRVhHPxJ49+4/T2f3bqf733Mv&#10;nZqcopd2HKT9W56hh37kI/ALJHrhsadwLcH6BIvQR7Vz+80bqX/JSoRHTEpHTQIv8J7T8BM0Z6wh&#10;gC1LJYKgbsc2mAXd/fTdxx6n5auX0aMPP04P3Hc7jZ0+S8uvuZ6OvLWLFi1dDBAK4FG1LmOHiyo2&#10;Rg1sOh0z9OI0b74GIdOoLQMXx1ETmrT5zJE5cmBBe4FD+XG/ZGTHcl18YTmypPYc5PRtLJ/avoNW&#10;7dxGK8tVA2DZgVhyVWuhYwqucz72KTYQs9Sm8Ro1BqHx92MAzAb/46/S6c65dHLvFjoHX0Iuglm6&#10;y55MJWycBtown9TOUkkb1kMtsKE1KnK20sJirWtPut2mKCrJuBwHQ+/sdB8dPQfW5FQ7jdTApBzt&#10;lE8QAvjj4BaR9IttRM2Yj2NTODw3hHTFQ/cV8ukheD72wfukG56G3cbLqCRMoJJNgawLgKrs4OY5&#10;z9x4nmHacfPEyjWEveKZDpmTaW1lX6FsAvyStZFlc3Iy8xI36ANs+sb5PsNcGQD0PI1goRMjik6A&#10;gTw2CobsKYCBNSUdZ7kv2KQZ78+G6MwkFRsEBsmnTlI3xklf+ynIfk/QZcOa1g0hhKa9Lu/LHWkT&#10;bqVM2p6dE6OEySQtLPIbchnmTmfV/uw5KciKEk+slCGxSoKftM4kknmZIA5KpLxZYEF5bl6BTvnp&#10;pZhFqlmYhsPCTCXuOl6EGY8r0kkqsc740jZTxKoi8MS1/5gpTbPYe5lmqlnTDntZNF45vWMds95z&#10;wFpMgkhk6QURZklTzA3occJOdBSg4QAe0XNCnfyOHwvCyP4ikUOHTmCHrIURk41JrvbfRiJprD0a&#10;eJDnjsrgSmpf9zGsPcPiCadkY+ob70vPNjrthlzZgJ4ogS5uuNpgDy+VyutlgvuSm8VN9NRxKFs2&#10;FEel/C9blXTKkQappkEZqhC0Nk1E1YR7oFOgkcoxAVQsR25+MzmKBh223FzEwQQRmzIsYlRZCxV7&#10;dBx0xYntE1ijps8cgNXLMch6d+MCn7QJ6OyuUBfGtpHaSvdW2Om8hoUIhxifGMNaOh0DlEY+pYQh&#10;z+saMxcMuziU9SQC/KKblIHBqKlpgs90XL+x1YJrgxhvEOX1Q+vpa+rJRmDCQyQAigEhjNUJ1MHT&#10;08YjiT1YJycDmqjBVxf1XEfbMG0A6HLje99HC+ZC1tyFNZqlLL4Xp31GHsg6c/O6zNWZOh7KSeGW&#10;WtX3DCM/NJ5gzELbB2XO66+/KqDEdddeB8BvgaSs+p65N5hlyLVYVsFUw2tU4RPDKfJIBEON8RrV&#10;9iJo7/wRaVQJ65xrOQY8PazVS9ZSbeNNpAbmQj3SJgAisw3rNrjrwnfEzT6+58z7OqUyLwSnVB4Q&#10;1Q5lPUVEIXNtokp8GmPvHLzIt+8CwLf/HQGE5sIDcSWM6hcACOUmMJ+7MTD9DsHo/uXXtgE8WkDr&#10;r74KUu8enAPP1n/ueqQyEsDZN5C8DOM34mDXQL7YhWN85JsPg216nn74Yx+nRZCE9mHTz6orr1RO&#10;WQkJPG07uiq+93Qhw1xRJl+w6Hzri0vBnQm4znn2uWO0CaPLEArIMmYNk3IM+9539rxDpbZ2USNt&#10;ff5Z2rJ1K5q2E7QeSpw7b7mJ5kOy24NgDp6rj4DF9Guf+k1asXg5/fwv/AItXjQMNVAoDKcUdys0&#10;c6hv31PYSZzk6xvmJpMHGBAJQ1eRoPPpeJcI4Lv4zmYeGJvpwmp98dr82R26voQpwXp2Y7FIQdkC&#10;zEkz+5odX1goo45aAB7pAq/caKiEVGgLzfszkCo6yu30JIJPf/O3P0XdvUP04AP30ZKF89GUOAaf&#10;yGfA4nuJrt14Nf3cz3yCbrh1E42eO02/++nP0BP4m9WrVtNnfuvTdPW112COH5c5ghnuPKbPjZyh&#10;P/ufn6PnN79MH//wT9JHf/xeIVgwrMdqNUn15vWD15tAz3o+d7nDKsNOje6ItevWKf9XfglpvM4E&#10;7cXyR5Xeyba8frr1RFRwxnWYcZ/WWSqxuoAUwWbGgKq5K09kmOR8+eyrECaTNe/66qz35E0wzkwV&#10;aGsbPPXaD+6nzu07qfzcc1R69lkK33iR9NvbqLR/rwH9JkYxiZ0D4ASJIMC8MthJpfMjVOfULSxg&#10;dHqcgoNIwz04BZN+FGJj2NjyFecE3A5u/+FadOIYEL/LXnt+G0trPSnIuRjniZeDDrSXSIYi3yeV&#10;MQFSxbue3KXzLe/VL0UpuhmariPhcINatDFwEXYhM3U8zzGsoyzYp+PBF4RJYl8st7GvJSCbbyS8&#10;dQZZwBxSnOIklDkjAZbEW7Y4g9mdHsMX2D8aFjYeHvNqTmETJr5FSetcxd5mWuc9fsOy4QEze4/j&#10;BXwpTI2HIR/0BF77OJ6yC7un5wDqPoa0tkdQBD42UadX8EHfhofiaWy0RlnaDXZY3QvFp6xroI8W&#10;LF9G87HYrULhshzy2MVXraKVV6yl5eh8dc8bxuTSB2ZfJ/DfugCEZ3m82JS+Chh2PA5Eli0bNEhY&#10;OZQltBOfbKgA8uA6PPqtR2kZpL5lFE5yX/smBStC+xkMenv3ITpwYC8AnjbIDUJatmYV7dx7mDrx&#10;vguWDOJ9KnQeP++GL8naFYvpGNhze5EAfSv8czYicejsdEA73nwTLMA1IjsObcgIT2xiBM8AMYDO&#10;GqToyjPUeg4PmUTyHBdzHMQxPDBAc+cvofmQPwzNX0gNdAj78RiD2OWy2ajy5oZNKNlvjxd5/rAV&#10;9sPBot8Ao5ATeHkDx96Ckr5rA2VCGwYhhuB4PwHrRW5RlfubfXm4OOONSyMw6B13JquVdrnODMwp&#10;pFvPY/Nwz8i4YwmGs5nXlA/h0G56pk428nUL+vHDdfZNXL+Gal39CN85QmOHcC3CEeryDuPrJHUp&#10;sIEbHPFuNkWBBeXZ75DvTwb3IzMF7pmXVTf8Bfto/+Q8eu7tRbR17zC9dmIV7ZtaTicn+nG+mRHX&#10;QQ1ItpnlqifPAOg7R3N7p+ie2+bQPXcM0QfvX0TXXtePiPgBWrO8SsuXtNNATwUeFPAeAuOvxJIx&#10;FMHj4+fES5D3Gw3cB9y5Z1A5yt7lAp5BaWZdKOUuw1qAzAbk0wwSsryaU9katbrIwEPMseyxWMe/&#10;2Z+FA2S4k8zFZTuuUw8ir9v9ERroHaeliz268coS3bC+kzbhmC9b0UZDvQEdPgYje2wmWKrotaEw&#10;74DXI4JlKiGDm2Cmwmx7vDEAMHsRvXmsRi8dHAETsJ0GEcJShnoqwPuVxSzcM2FGtvmhHCZeIslV&#10;5IprKe40q5zEIcPET7eiMi4Vbhp5ggm0TpxVdu12wUF365q4iDYH+1SGb6C1clNc0p6C8XSaSGZ0&#10;s720buLVrhzP07z9X0E8WibJt2gnFQUF2NCA6CsJvlBOIajikUmUTrp1DzsC43RTfXA6wVdnQj+y&#10;HlPKSdDNzR2kUoVqao9QpLbSeTAyBhMDy/Rn43u2cujsp8rQlWAKdZnmj0VsUoCeUlba6zmYXXrc&#10;JOBf1iRbZSPiWgYB5MMWwsKNgHK9aWzDJi2h1ymWUVFEq06MLZ33zDSjVVY2lK6DtE7fS1QIzylS&#10;s9io6Qhss8CA1vmtkrYeeNIsxjXhNcArtUl4EYdl8WNTk2DVBzWpEcpeKHJaxebBzJ4Ozea3gsYh&#10;W1wwOMXnuFEPpBEayXQ9axoaybPj5rtNMPQ9jxJokAQAiz3UnPUtCfxIAFgVpw4ngWqxbIuMgoQb&#10;leIpyY0dWedME6vCoV+wZuDe4STWjGP7jyEVdy71zRvCuoHE3rZKIq3TGUnZDEQB1WScpWdBe/7t&#10;ePfFYsKXoIABAHBHjxwSlUM7mF4lrKvsK8aghOeMWvd9SpDx8mdjdp5muSHWJy52SgCTQiiBuO41&#10;9QGH6ICpfhZ7CdQrpa5u7hKLEoTBQD1b7y11oVwyfRFMNOWU1UnBE92vXBMyM3Ea6/sIAM6T2ENt&#10;fWEz7QJzbz5AvBtvuolWrVxOw6gB28BeVVZ62dnVKWzA3r4BeunFzVIrcIgcP64ixZHcH+G/yDgt&#10;8iuP5hb2ej4/Oiq1IPsyLluxEm5Lx2g/gMeVK1fD5xqKloqpP8XTPNRx/W2Sr1OdudZ8YZXMa/oS&#10;5KvOBiBQRWkELc6fZzuWDPRxg5xJ31O4lqdPn6FPQ544cX4MHmZX0zWw/Lnmmo0IO1lE/wyvvae/&#10;+7RInPsAzHcxmQHSdE48/qd//hotW7Salq9civuoPccYk0ZSZOkQrTv8/sIeNvvDQDycS5lmj3KC&#10;cv4tgb5CnfwlZh0WJJCr2dzHquDrogfTLIecyr+/mnkKan26kga0V9Tka4I5au1Y2ah86rWML0zA&#10;f/4X/y+98fIues/7f5I+8cmPw0bqMroJ8vF74T/J/Ktvf+e7tO2NvbRw7jqwVucicfcOqOwm6XsA&#10;A99+ex/A7quxTg3bfl8obNQqSD633vVeuumGa+mm269Dw7U78RbmfQ7vbZmkgXukLMQZjzIMg9S/&#10;VcG6pTL1WVTPDQ4NcRqvTjG3jVeFSskki8OmZ2k2qos7qCqVpKvyct4LGHA6G9ZQqNrVM6ZGs0yX&#10;N3ll9hZD8m0IJlEn2HohknDVmVMwDx6lcBSbSPhoTWETrgI2RjYxrdzJq8Fgln3CFP6OEzI1M/lY&#10;psaMLCa5+NrKIPAnWLvDOSQyhJpnIyN9U2xFHjpmg6FkcjVbgMDSNhsiM9UpugeJP5x2pK38nYun&#10;/4+69wDT7DrLBL9z758qV3V1d3XOUrdaOSdLliUH2dgkP44ELwsGZrwssDA2LMMyz+wwhGEZzCxg&#10;jG3YIdkYsLGNwZYlWVaWrJxbndQ5VHXl8Id7z77vd84Nf6jq6rYMM+JpJHeF///vPfec73u/N4Sp&#10;YbxP1muhRLhGKHBATeSkgMqiS9gasW2+tj511CjLEe+XbIKapNLNRR/kXBSp82Y0qbeRHijFsLkx&#10;xu8t4hqqvzR98RasJgCnTMCayfDowIN3gQNAgtg2pfXZoMl4IfvfnXwgeYDj98zi6TiF339G6K0X&#10;yXH+G187DbnlNKbO4HMiIS9yBz9eowvsp3qBnje9ykQr9/fJCkhwCzjoKMldiVRcsvoCmtF6Lzl+&#10;3gZk23X405AOT2AnKJf0AvTgYO3tdxuCJv1iak5wah4eJwdeOwb674Js37ROVkDiyzS+MiZkBEgO&#10;n5qRCbDkZlBY9WBiGqeJx07KSjNkgiiXXLRRduxeJ6/uH5fJQ6/gGkN2joJyBv6RqM6Q4rwgqzFJ&#10;DfC9DUzbjxw4IRvBPLwQgOUUrs36XZfLGKZ16iGD6R49gXjVyaorkFWIordWr2saLmW2Sv/Hs8XP&#10;3gA4tAPgIhfo1rUAYBBEs8DEra5u9WgxxW6pTs04yTJARUprFxamAMqA5WZ64Od3FIxBhtc0IP0A&#10;vXrjZtm8fadfk1Z9Qxren8o9Sw0t1GkETMVnIjeh3KJICRGuKT1WCDpFfP7x0NHKvLh2o0ydOSVD&#10;tpBOf5M5gWlBaDqqM1uCGJpYQfizMDuuCU9MJBsEyEfGXjGJPvQTKpeSqLHYuLY0NsL7C61nS3TJ&#10;xEK/HJvokdPTA3J6tk/GwOCzmBKoxJl7SX1eJcFcBwP9IWLdCwD4ynIR49+H4SGE4UKAaVZdte1g&#10;aKrs2klSJlGYN9BUlXCdavWTul/w3hbA3qyUyKZseKZM2UuKG8r6g5hb0fJs73AskSSlJtCAlJoO&#10;GcoVrpVS6nUk3rA78d0iuyNWJrNL1CsUh8AwrOjmyeOqhpCO0M7K1hWhbB6M5ObLh2Qc1+LYqUBe&#10;OTCNorQux05DAM23VB/EazQ01MNgMlAKLwYLdVAePj4pj5+Yks0APnePxHL5JiQu9jkmh+2QxGps&#10;xiyy+Xx4m0sFS73aMrmbMc2sMpv/QWvO5pme+9G0FW33LOtE4s7jIEtQDbLXNIsnULT4Dy67X7St&#10;pnx2CYWv6fj91rb7veXTcOx5F6pt7i2LjIWXH/NrOoTzLJrjajqUWh0Hm9/5AN62eLpk69SmNhz0&#10;eVFLiJQNZDPvurbSr/NwdqmRbR7MXk4PpGytFg9U0+KB1O5R2RrqYZqD1UxzcrJtjas+q6Y+CyTL&#10;I7LGBM1BM4sIl7LPHaQM59aLoa6sBI9oVcB9M3LepsUC/Hp7wUzH1xcWMBAcBeDXgGWM1qSBDrXC&#10;gmfIaQhUwQ37goJadxRgxxApqhR57zNnTyI+yMj6ALlEmqhNtAJysW9cg3SQnwSyqfIkLqRGMtYz&#10;kEOTDUJMaiDuat+6zYMKgRsaJwBO4OwUejHom8LxMD9LxO+kPP6PX8KZUJOdV6JhqsBDDbWWS3U0&#10;KZh43o17iweD0VCxhvMrS70JcVbDXoU2EFdcfpU8/u3H5Pmnn5LtO3cBDNoBQK8rA5BaLB8ikAdU&#10;jmtceBUOYpzlF0mEuiR49gExcwjoYChVw4XcBGZaglefQ02CumDnTonBIKSH4/lL9mwHFmyHsAGz&#10;hG4sN/TPYaxNPmLq/x07RhaTUUfhzTwzPS3PP/es+lRxqP12pN+uQQoupbldqAGoHOIxr0NY3PcF&#10;3ONBAH1Uv1yNVNYnHntUgxluufVW1CzdqiARE2T+bOeL1Vgrebc/Mk6LlR5t0JF3J6vhF/m2d75L&#10;phikiNpVVSCsXVAvJqB34kdK/zh7Dmws8zoGYnynEa2L9eDus0X6+eYBSh88sF/ZfEcOHgJDc0Yu&#10;vOBisDF71WdxHSTtg7i369auk0ceexzyxqfk1T/+hFwJae+111wru3ftlAu2b5Ov3fUVuR6sqA0b&#10;8aqNctsKi3yCq8ROSVVIsgLEDb0jBXhzlhiegZ7ZSL3O4N0iHn6dZKxmUfVE8yDlXKWvy2Hind/e&#10;13x4LnuOYFoZi4sL/9u8A7+TdKGzDXGkOUC21afU2sVrMJ5vpTBQW65unCsahIhBBfcii8HT3lf2&#10;ygn4R3It9nQPycnjQAXq2xHu2C0/g2AegGry3/7oE/ILH/tF+eB7PyDv/sD7XFiMVlT0t5zH8GCT&#10;2iRVSYKhJ7iqzDyYjvOmt29QFWbLXhl59Y5dJBxFnyHbQT5pbI7iu9gKi9uQYpsYsJlFtNTe/yxI&#10;Y5gzKW9+03MmzTadCIovQtV8XnX7RiPaWauEusFa30wGXn7rpKS8gMlU1Oj24SbWvKgFTDYLmKSF&#10;8AOLkXprxyC9hXdEPDUJh+AJMPLgu4emP+LElIb+CupFLtWMPlGIhg+w4TfA5iIjMK5RfmdVTppP&#10;WgzKLgkXfo/qq5VMNYNcgmKhScplFNBSHz4WbDS091LUOHfAOtaUZ9v5wRYN+jMKrMkM43MxjzaL&#10;gHXyXxo4xzZNyNVaLgxTmqwGPzACAGw3i2tmvACcBSgp2KGLNlWfLf6YzTMgCi4wQNMv+WaKgWMS&#10;+HQZ44M51E+Qy2A2cv/dUJ99/e9AbHMyHt8n0U9KUkIfqIFf1wg8i88voxoNka3NsWEINGVyZVVY&#10;4HfVsGZmwCCbww8fAog3jofvFN7rQfz3BBhoNRzs85pW6jhL/ByMgiczroxiYwAbQv/QIDz1hqV7&#10;qF/6kBbHaWBvP6aP9JCrG5VPEcBqoIKr0asEElsGoPTQm4+ePCi+Db5m6CUX6BhdNwgesAyOev7g&#10;mKxiyiiYf/Vyr3zx774m/Shy12xcL/941/1y53VXyuodm7WoMuUB2fPsY7J6w3o5ceKkbLpgh0xQ&#10;1ojXoYdGnXJifPgS/X1oXIuL3b+iV06+NKeA7RDe+2H4yJDFFgLUmZupOYYA/qIPn+nQPgCNhw5L&#10;XOmXfXv3ysAANkS813lIfskcUKa9cSxU+vgFkIpSHmt1zYMVFhJQXnBeedb5UNbp94fPPw/PvNnZ&#10;KRmFr+Xc/IzMQw7AhDOyvLIEyoTZkdEJTten5eTJp+QZGJ1eC0nNOkgHxKevFYoFJ6FlSAcLFn3E&#10;yIro08AWsvpqeH8Gk5QCfoZT3TIK+RMnjoKV2SeNnbtl9qEx6aVXSRJMEJs0ydXYFvGAl9Jly9ZR&#10;buME7POHcUPpDHi+Dh2BL8812Bq6ZIGAbcF9rkbsfDOVBUsfOQBwoTh/9TkEiBwaWyHHxoblBBJz&#10;T04M4/6U3H4nDjSjhx2TbFcNlWTzhgLkuL2yfqSMwA7cW2Wa8uEDIwFMwLgBPz+AsQTY5jCwqONn&#10;ue8RYKtAyhvCR7JQ6tdUwjqmVwX4Q3Ei6xhDgXo58oHVNF3fKAqblMA1bVbByqIH8lSE7ZpJ+u1w&#10;Gs7riWTJIkzLF2B7UABjNVavGAf+05A9drouV//heaqS+TeDgBOsTTYL5XJZzx8W27zaq/sjGelv&#10;yOUX9DBbUZuHg0esvLh3Wk6csbJvP6XE/frMBcV+fN4pbUz2To/KK6cPyldenJDtq0Ru2lSRSzZA&#10;NBXGWgAQiA1xUEc+tSNUM3oAj6bWYntkmrxRk704yoUipXbOcbZfm5bvD3wpEsV+DzWSnoetZ21k&#10;pV3za/MyI8/iNnkAskXNmoSQBCY3IGoOikgDGFobv04MxfQ1c6VELNmgymanUtwUpZtDQ63J+c9l&#10;wQGdPKTadBktlXdrbZhKaU3GbTQdPKtMu3GJBx5tizefbRbF2eY0X5e/01xYS06+2yQI9ptM4EN9&#10;0vRjaWf6iW3GPZ3Cz6gkvRG7d0VZFKWCXIM6pGSh6W0gUta9hkQEvp7j8xymDZY7ut3z5ZLW45Tx&#10;FyWG+SZZszqb8HWQyfkVZiwpmwb7ZNJYHXTGNmXaJM1cbOJ2bkKb324rCJE8SMmA2Q1lk0Rhm2MB&#10;pOC5MYsHHXRMbDHNEnL97zhbK3kKYxyljAKbzyzn8DZw1hJxfnH7920p3fUPp8oX/UArALMv7APY&#10;ZS8W29UjC6OHpD75Gs542BYEGEXGoVpmsHGgJBEnOP5+Qe89z0XKhsi6T1iDGQPFlffEFamuoC0E&#10;ByTKsgmDjKkeB+lARu0y9J7Wc17cjqWnzDsO7WjNoMwpV6ypNUzs7GEQceHOYazPsnpmw9MXP6Wh&#10;Xvj3YDd8dfHa86g5x06+Kg9/9pSc2vOSNN79bkg8N0sPvHZ7Ud9Y1hpBIeMwJ0Fy+VjzpElNeo8g&#10;z3AJms7uZMCeMIWTf4qo5XsxZNxQJluyosmtzz75tNagI2AdrhhGUm/YpfUxzxWGNkT0lNUEO/cS&#10;xUJJGX7RypBGcRriYV56SsIxyLMxjNLryWeuelrCvQ/j3p6U8OpbJAADrkqpK89g9RP2/jA28IX9&#10;4v1zwrKPW8G9oP3bA2OaVDyu9LEZyaRp2OQAYAV98Z54vXlGT8Azlw3xK1CHzEHhtAnhC++ADJve&#10;yAOoo3leaw/hVSEF/9+Bt1bhYUF/vF27dslaAEhPPfFtueuuu5CGfCWApdX4Hf2ujaaFTajRYO4Z&#10;MmbZ3o1Rh6edvpGx98XuxgB60zrUF2vXpIxnYzJQOt8ax8sALPIk/cS2oLlHXgo4MXI+oR1NVgn5&#10;kKKEPeQ/S2J1o3Yw6tXnVDl8ZCPUhlTlfOkrX0SowB6waisyhJTpzRdsl24MHioArDkkRxsgF+Dv&#10;tgDUe8c77pQXnn1WHkSy7sOPPIrngAzPGIDvy/LQfd+E79m7ZKAnUlugeg3M1kJRq6pAYm9b1Skt&#10;y4V52JZAChvb78y3cZEwi6b/ndOW2iWnb2a52N2iPrbtDPPWHILlfY7z8SHsNAzIgkJMy3tcrL5a&#10;WvFpcn68poPlSzrvNS3Mu/RngrZA1vwbiXPALy2kdIhQp2IHPS/W7hRUl1zXcyCTULVURL/S7QG/&#10;m667Xr78pX+SF578loyduEPq8NX7y8/9pXzl69/AvrNRfurHfla+991vAzN5Fba7WPv3rlK3fOjH&#10;fky2bN4GZuCn5ff+3/8i1blYPvgT71fbN+2DQqNJu85mNo1H9Yn1ic9nIz2PbXNEX5PlXapksHEb&#10;oJyt0WwoWjjnDPXOubaLjmit95VImxPJ0naNyZIDbaaRyaUmueLM/dpAERqynwwPOFwMTcrC4TYX&#10;xRpnTIU/NwHxwFwgDiyLUdQSvCiDZVcAU69++KCUD++T+eOjUkXUO4lUrrKJXNFP/SaKDktJGRhI&#10;ioKArUQGU4CFwXFkPOcFN5G7itobhR7cAxDF1FW9lfQ/CQOPGtvUb8kkYRi5z25bpubWp3Za2+zp&#10;EC8yc7Y5Vl0CAtp8ZD0TOFGk1OiJwk294K6vvp+ECxspTiKZzVvWeJmCO5DVLLog6iFHsYXNeQvl&#10;abS0UOO0WJUk5VAPdQJ4dbx+aTrW90eLr9gDfnGY+aAZL8G1LUWILTh5b2JZYnyCsEqUaI5bFE2s&#10;LVRdIi4BPpbHtbLz8qPE5Qz8Uk7icxwCSPEiknZem5lXz715vIGggg1BWWjdKo5U3wgyPrFIKHft&#10;gxR3+wXbpIQiowugUB9Ye0MoXIq4+fPwFCvgfk/NnJEzYIHWEDZQwgSScsWQYEdZy1dCXvp+e1FE&#10;zALUYpqcDUyaWpakB9VxABoUhHteeVrCVQBsAO69+tpxrMGa/OD73iZzuGijtVC+eu835H3rflS6&#10;+gvy9MGTCIiZlsr6LTJ/9DCAIa7jgnodOnltpJskizbGwBq8Rn9frM1aH8yjS72RHJmsygEAeeu2&#10;7JCx40dQ+FgZXr9atvYXZfzYCbnn8acBSoVIzFov113/BrxPBDWUuty1IiDD55OvYkNNBOa0n149&#10;TAg2mEpTCrqAZ3H0zKiMnzwlY2DNTsHrsr5Qd1PEggOBkmGAKyJ9SqJf/SxMQp+8x8RwgooLAGgf&#10;e/RReQfS0vp6wG4DAM1CfB5G2ixcuuCFWAMrt5ikdRH0V0mOA5UIZsX6nCIopLeCRKV5mcDvWYXw&#10;jtrMAoqZTHoXe3Zp0CEBvI3W4ZvX2O/LcSrVAxyHyWhFHy/cI0iTqwC7eG3jhkMNo4Kb+FTglTex&#10;gEnSdFm+va9Pjk2txT6zUlkbYYWFD+RMKMYkxkqOJuTmWzaBer4dKXawEcA6rAEYiwwkQQTm2ezR&#10;wwnP5OwcwVTuczxgsE9iT2hUqwr2dNOLhUmETM6rVp07IBmvkI31otFkQcifsfTs454J37+Meuv2&#10;NB5s9A1jpIyNAuchqpIQo4VhlesCa6a3C6xUTWR0QEQZk3UW8WRZkpWpQxpcR9477hNsVgmoW/+1&#10;MfikEhCt4BDvQ4iN8YaeLmySkue67NgocuGWIYkB0u/bPyuPPn5EnnkOa7K4GmbpG/E6E5AKY4oX&#10;IKhm/pA8duxpeexwVS4eXCU/fVsRLEi8l4XQsU3xPsBl1WThEAAq03tszsjYtjA8rW3237M5n6Mm&#10;bxKTAwpt1jwsmkHRwt7rYKnXLB3NgRxLMc5sCwqYlxNbu5gnXktQSe4LKf5tTXNOhulg6tcpeMGa&#10;xQPDlixQTFs2x9IxDDZLpF2q9rGd8yrNEnks5++Mk9M6Ly8TpGMjkbBPkkVhvQ+ZeCAwawasH/h6&#10;yKZJm22XkNW0+DQbs+T3WC/LCoIMYNWU16bG5tz1HsarHjq4VbYlYUqrAXYHCxm7BJ2ikyl4Pvks&#10;S0MN2m6WNtT+ujspYCvQd5ZnVP2bAZPhjKpGm6S0ogQwDCy+maNSMYyqoverOz8bDEOiVEgTcF2T&#10;T5ZSoIEQdZX1Bt77LgE9TU5BTyAy+WixB8nVD9IXmYFPfQ6SWjM36Aj9PVEJLO0zAt+oeN+/Aodh&#10;MI5ljV7AdDPwCcVu8uzPjNiBOZWykVEoGhYWzsiLABBqkHTedNvNsnHrRRhoDgqL+R4drConXpxv&#10;dbgMQzR7Tkww1pxkMvUiPEvWo8LE2f3avhchT31Arrv5DSq5HR7s0rPb+AkHB44E/ZqWIwdatCTB&#10;d3XvvBi1D87LPbgvx1/BIwirCwCGVjyj8sReabwA+f2uayRYyxtV0oE/SQG8DywZCkHwHbFiOoIP&#10;Z2Hgag+hoRuxek/NYWhbg1plHOqoFxBksv+112TN8Aq5FgENQxiM04i+oky+gnv2m2DD3HOaNKv4&#10;fIMwsGdNeNkVV8pjjzwsjzz0sNx4040SbsD656AvVU7YpkTx1+sfDQZLz0W/j3a4IEGHZRSb5VhR&#10;JRqA75CZel7qbNvEruVnqzUiHW472S6tAlzdTGnz+9//QSl89m/l81/4Amrqbjl55BACN9b6Wks0&#10;yKS2MAPwJJRhhJfcgECDS6+6Rl7b+6p89nN/LUcQxMKa/P4HviXX3HQzvq9XQ99iNx1Q8P9/2H+s&#10;Pasg3na27Dt7ZOn/+Fktr5PXX8uj2caOXwIVtc2D6UX3JOsGWI6AgE4CPSg5CVRQ0cpiFMnO+/e/&#10;Il+FbzxTb9ciffuGG2+SrVs2aS9z+9uQjAsPyq989avyMz/3s3LqKJV0s/J97/wp+cAP3yHbLtyM&#10;86aqthkxerd6xL0dfCXgQm988x1ywy03yWc+8Uey+5Jd6K3mlLwTKpB9bs9jsz5hkSuYhBgsAion&#10;O2sh8Tsw52sCmiuOgg5Fsouxt00NRN6HJEtrbvbwsyZIE3GNop44uBs2Bfp4EMRApBZQhJSYoBQ4&#10;xg7jkMm4K0OWVxgdlcaZMwLHfWgxz8DXbUYaAFekCuYQJhTcVNQbpOpSMaIq5Is4pAKm4MIkpEGw&#10;gJ5wkQt64FtscBpdcsEZQZf/6EXH/GLxkvjolcNIJbGahOo/Y+rmZLPiW/LESpvRghM5rE0CKHKr&#10;PFWaNCVPpN/c3pCZTPsSwtcMS1PBHX72yDP6NPggl0jP+iiRh7u021jnLTptiRygxl/KcpIeclq4&#10;EczzaB0TfV2IBn4/r+FkpKACLwYB0mr+LPZhGUFe7BK3Bm17hgiaaigFlVmTmkTz+xouuZepuWRO&#10;8H1P4PeNQcoyi6/tB0A2iq+NY22cpPGzUj8LMk1IodKrzBN6gtHqJggHpLufQRndkN/2SmV4RJl7&#10;ZPT1UNaKh1YpuUDg57BWjo6eofOyArvK/AycHLF/sEevh0pqLMHAOUR5G90UuspgMYHdF3b1Yt3N&#10;+7VQyEASvMahg+Py4lPPIlRhTNZ1w6MG0/UJrMsR0HwLmCIsTMzIyjXr5eUFSE7Hp2SmMSDf/uY3&#10;5LYrd8nhRo+cwLo3uOYVvCDXbb2eJPcqCoONqqTm2GUUlJyYL+B3r8Hn3gD/wHvwuv0vHwQrryHv&#10;fCtixnHdR7pCedsdd8gMQg+6Q6sMQYbF0G8HcBGm8DUH8rLwI7sS12Jm6hQYejWEUc/K7MSYJg/N&#10;4+fnARjVGzWdFjrPoFil0ASiQk34qrk0XTXnjdt8CAjw0fePrLLEp4M+RQR/Dh44ILtwjQj0UZJR&#10;KncpAEn5aS+8b+gIQlo2i02+jvGm0VzzlGcQEKOHXw1AzhwAwCquSRH7hT6SyXTL5tKqE9FYbJuK&#10;gFarrdRo3SZm5lAlwfekh4AVQFEDQIom6lo0k3FLSTcOqfG4S547Oih7jq6Wkwsr8deQ6FZiJ7cn&#10;ywx7XndlWrbs6JHtW1bKti1IQisAxLKj6mcZMV26GxBzzaVHJ2F5lFbHBOt1oOLMwWNMKYr0V/R+&#10;OAsLC2kBqt6laGKU2cr3zGuhbOe6m6rSr4DrPym0VUVdV8BfGb1Kzov0OeEk14acGEe6b09BitZF&#10;qiOatfEZLoDTdP5TqQ6fQ7JG2Ug0HFcY97aoITRGE4oamtzG84LS4GkAqEqQxVrv6e7S916G71Gt&#10;0VB/QIvBzQXrLcC/tfK220O5+5ujsmffURhLAzAGgzHGvhAWL5RB+ByGtZOyd/aQ/IdvzMsVIxV5&#10;60VFWQf7hUqDyc/OIsExym0bwGTEtkhkbVOZaBfxxzams4gwBdNyEVy2ya/DLhkxm/efy09OO6a/&#10;2vzU13YurDo0VB28mFMAJD+/zT8TpsUfNv9NgekkO7ZLS4VbpMB5HLGThMO0vbLN7oUsjRPYFrN1&#10;m5PSmJzFyPnVxXZRofH5/IqUiZJBr8o6CpbwOUrqkdSTctEmOqtt8iY6CTEzDWxoU2AnqeLBEsyD&#10;c5MVSa4ibX0Yzit9+RyN1ZtBu+bpekp9tT413ebCPNpzehfPDcxtFvSKs6hLYgJlOAsIr0XVo/iV&#10;o/ivUOWGbnKKkBaqG4rOO7dQCpQVrUoI1maele78G31QUcrGDNKnVpnyHNo24rRJCwMH+KVqmpx3&#10;mypIkt/p5XbimzHdP1E/FnCe1P25TkZ40Xv2hygK6oHzTNZBPOrzQagpZrHnT1dnZP/990k0MyVX&#10;vyWWnRddKUN4rRo/m8pMTBpcs1Tqz7kmSmoNZZ0nMYvhEuxnRkZW4j3vQmjBtDz6yCOy85I59TLu&#10;gTqgQpuXiJ5MpY5IENnpAb42z8n2pq1SZtIrbE3sqcOoheraJ5HfyCFxeORlkOgXYDV0uSxswLVi&#10;PRoYr4CJlx1QsKyEz9ZhVEerAuPqNB8eMwVl1AT6rP0YFh+FtzmHbzcD/Fy3ZhjAaL+e4/xmMueU&#10;HdGSHCkdAD99SZzdvRick+1/FVg3TyAI4sH7H5Dbbn8TEjFXo2woeQVRmO4l0bkGmJzFq9CY5vTt&#10;Tj3xdwLYmCaLAfP6A35LnBHJZ2kkQVB43sdBhJkAYEv2d58Go4R6P1fDi+w974M8EdPvv/3iF+Tv&#10;/v7zMrJ2lezafYla+RRRBxJQoQcz1UHlIp/HHrno4ksQzPERBB68Xf7pn/9RnnvhFXnqsUfkTW95&#10;EwDbWAERNmBLWkGdYzKufHcUz4s6fSznMDYtYV5n9ck0ryfQZs6rgDBmuT/bUssZu8jW0hwuYZb5&#10;8ASm2UvaLlYXpVLu2Enr0Zew12P41HNPvyR/8RefliefelkJTCHOwGmwjv/iL/9CdiHt/Q746t35&#10;rrfLz/38zyN8Y1rufegBKKAKcvvt75If/5kfkDWrRiAsxP5fBJEEB2EZZ86BV16Rv/7cX8k7vue9&#10;cuW1l4ENXJSfxFqnXJds/ELI3sSHNrWpREybYqS9yDQdU5GzliJoqiOMaQ0WU7Av82xZjmliazmS&#10;Rd0HuXRdm0sicn/vvmZTpDUz9l1EHkGZp04FfYaTJlgWfeQ6ZbiQmgE06J8F4wTmqeGZ0wDzxiQa&#10;O4N0XAAJaAQpZ6BZHj3ueLO5+RtWKZTeEmxAoWHR8AZzTsrA6WdQ84mJPW5l2YqPXi0EzsfOS5z0&#10;0wRO200jevVS8U2CMuMa/qD0oJpXazgfkxy2GQS2WeevB5aj2SsIl1vg6oORgnIt7IyECpt6z7RM&#10;491JiOa9qil9bNQDDySmrPfAAX0mTO0SUk8MVWgXXVNrvIcY9nFlVLJgIYMuIoI3H6cpBBrCUfeY&#10;buiAOUmDd03qK2iLfk3VWzfBjBaS+mkYl6BLUI5z2yl6e+AFRoEgnsQHOonvPIk3ewoP9tQ8QE0e&#10;HgT1wPpiAUifGLK8CvC3K6N4WFvuQxIuJIpgcq0ZWStdPQho6CegsQIFRD8+1xTMaF2S2PzcPIC3&#10;GScVtOJYT7h/Jcpv8J4K5aJ64xAkLuNQjFUyhSAK6Lgf+trXwGQ7gTVZkN1bN8ob4VdBCaGTl2Yp&#10;YK6oxbXFpHvtun5Zt+o6ef74nIw/+xDWT0En1iW87gIBajAP18NzrQbgz2KS9tyRcYChVTk5VUVI&#10;wQmk2NXk7rvvlxtvuwUg5aALzbA1Jwnle8a9rdYpvwVDEWDJGCQXvb0lhB3slIldGxkCrZLkOoBS&#10;wFC4P5RxIyABLCwG1sTY7GqQwhPAYYrRNDxZTp8aRUz5rCbWTQHgq8MHMJGhU8KsLAMCbCZIQwco&#10;2dHACFJAca+iGuVloZfOWJUE2zgzYY4TqYF6HoqyFQvq84LfDzDq1b0H5OLdOyFJDbRQUUZpHGlz&#10;0pjlfuAEd/NM0yYwyZQ9AHu12bozAsZ7KVWG4LsYujAJBIbUjp/yidyJRM364BmTJYjbzlKZ5FmP&#10;vGQkVvtt9/c1DCQsgC7uJTGbH3EG6wuQXB2eKMvjB1fKxOwqeIT2oRkSlZUXcA8DrO2eSiTbIFO9&#10;8rIRsDPR6CGhphDg+YaHHdBYHTMz4RD9kYaXJFI2phyatPOuO7q7dV5EXM8NjX3HZwfg2AMTWUZu&#10;M82zUiHA1nDBGtx/lZni5HihT/a0caaxc4CbA5mVoem9nyzWSpK0w/XOr60e6JXqqVNSaIwhuv4q&#10;AMLci2DMjv9g0TkLSbeNXAobGZorMDHuHxhSRqRKggMHkhYxea4A3GUfFlFGBN9Kvtf+vh6Eb/So&#10;fNkpud2ev66vJu9/J57zcL3sgcT3rvuPyaETBEVhuN6zUebLYPDOrwLwe1zuOrhPHjk4I7dvH5Q7&#10;Lw5kRW9V5UNqy9DEqvaJ4CnL3qZSsVZ/2VhMW7FixYoxnQbCJjs/YpM9P+kLJyz5Dqy7RQMyFvO3&#10;Sc4am+ITpiWxdDFjNmtNB6CpmfZn875/Niv+Wt9GbM/mm5acp0E70852SBteDDzpFM9ms681pesm&#10;n89knmVNgGFewr8kGnqO3sQJ0y1fDOZ8H23bzNS2hAXFPswp+ZOFt7jSLfaNcqqz9nVJpgWPbeLB&#10;tkg4jGn3KrX+WQisNBtIB1lDq4w+Hwxi42ZLmdQXZVmNiU2DWxYbUDsLgWZHc9tCxbVWmhNyztJk&#10;2RZmaCuTMAF/TSr1szqocPWsbSrWrTRTfW07OpXK6N1zFGgAR0DLCrNDYtQ01THIRmfI9h7D/cIw&#10;kV2NWgHU9cxSUwju22SWMewD9YB67uI+FBOGn5cIsW6u1owCc8aHrUVxUjDGqSeTBk/k1CrWAyK0&#10;XQk97hp7daXP+/XhMGoUg3rK3bciaym8VkEZE7FjHzIgTa9hWeXHrLFDDN1nF8bklQfvk5OvHpLp&#10;H36fXLrrIlkBX7uuHqP1nrs+LfRpY9ue81ZJ4FmpDyp9LmpfUaIdCJq/YdQJ195wC5QYL6L5exlD&#10;6Rr8mXbA6gTD465KKnVtB/wYOIYzFoF8VfgRV8tgacod0njpWbGn90tpdkwl82T/2fnTUjoyAwuL&#10;M9JdvU6iLRdIvXdQa8+wo+G+Xb5NYYeco45DoJxfK59Xqp/IMOWZOwMFwT13fU32HjwIUOdO2b5j&#10;h6wY7NNBXejvhwNzwhYWuWkZkuYOSs/qp5y9hGHgpg3rAPy9Ufa9ule+8fW75Nrrr5eNmzbijEct&#10;X3QqErNcM9Bz8DrMN9YOjIs7ZYSejw1b24AvPgfSjTkHAMeKXXS6x/81h7p9FqEaLyN477VDh7Q/&#10;4QB9GnY6rPMuv+xyuQz+eyPrRuRHPvQhWQnG5t/83d/JH/7hH8kv/ruPyvCqFWD2dSkxp4ywlboS&#10;ABwYTdujjes3yRrIIC9BOOFv/effkD/988/Ixs1b8Dt3oXYr++fKLnO4cz7+d+cv620d4GbYiemc&#10;EbaUQ7BplWWej4/fuXvenesj0QY8LetdmbMaDAfpOm9n9TbZqLTiTlpLGFnEbaPpdzjlkVNtLaAH&#10;GINN2zh+/tN/9ikkR78gP/qhn5Xve88tIN4gkGfyDFK3vyb3fus++Y//6VflW/fdK//23/7v8hv/&#10;5dfl//nt35N//uevy0t7npVHHnhQbn3DtbAhWEnNEvqLUXniiSfkjz/9GanNh7Jzxym59EqcoQH6&#10;kBKshtB8sZ/TFHrtkTJcyLaEhWWhWPkF1B7KlwfxTAuRION2mSYP1VTGm1CejT2X0Wd7UEcC6DWz&#10;+OI0Ojs/8UtkbNne01rlu4lzmHQDpHKPn9TmOMCf4uEjAPYmwdSDFJfgBRgi5dh5TVV5PpAhRL8P&#10;SAPZ8FqY1IcAAIWKqyk0+KSXsR+eE5XlRkMwXOwjU41JWS5trMSwinKQJZA5txRlITUaBBsCJ1ek&#10;Lwelhg3vD0iwphy6Q80b0mtRFwbNsedxs61LLkU+k0xJzs8v/bfNJubJsskPiLV2zBZDUnArixHv&#10;mz5wGmAR5Wh/ngmqUl3jQEgWhS59DEVkMdDXrS1ErnFnuh89CiecV19cy1iByQUj449AXtBIADsv&#10;gfTm2okNT2J3FSVbRcFNg/W/G82bJ8G+CbzvI/MNeR5FxmHc81N449Ox0VANFryiRs9dYJaxCEYR&#10;hX/30DQRv3PVmpXSNzIiK0eGpR9S3G5I9IpgbhXAxFyYAbiAw2kKHo4Tx+DZFk6qx1wJYRGDTFvj&#10;5LwYeKmiWxEEunBKgaHXJ/uR3PocZAvz8Hu84corZdeFF8gcPssTSG4+PnpK3v/ut8vYQq/c/fd/&#10;I5fs2iG9SMtVdlYQKktRDWYjV6hUGwhAwBqicnRoVbccJUMP7KQ+AB2joAWTnaFAC5ldYazeNlzT&#10;FTAQue4uAB35kROH5Oprr8WkuMf7mASpbIjsuypBNfij2fqM3PzG6zE1j9SfsI/ALAETfNYCrkdQ&#10;AEMREtyebnic4bUmwEicOHFazgCAOXLkNUgox1AgzOkyKhScx1MBgQ8L+vvhxYfnjlO+GkCmWrWq&#10;BQCfB0oxB3q7tShQuYDNfI40LMaPchIJpwKE3g0rSJuoSK8fpyblErdf/B6AXfMzkxIiuITXk1Ka&#10;kvcTYcOg3oaB8/isAfwOi6ECbZT0quSazyneT4WTTIC/QvNhNkiRM6JKw3FsJtE1eblmmAvhsB0Y&#10;ft5fTWXsuIZ1MD7JQOR9rAKcPgNw6VsvWjk8uQ7PwkZN7U0aZqtBLvPy5rdtlRtuAHuxgYNq7BjW&#10;4ZTuZ/UI5uuVUOO1A1KPawS56xq+ogCpdbKmOHaBGY0GwTKCVlhT+NzdkM+yYCsCQOZ1GTszKydP&#10;jMl20NZrCEjRj40mhpOqhnU+qLyuEdkJ/plPm3lx3ku65EIn+SIAjldRryFtFH33MAOmZbk4IwuH&#10;OUXrkfKqS9ULrwvpoStRHDLMporgmLHR43L6NPyaYJK7ChO21atX4XvINAx1KkzPnho8IXkTQgDu&#10;g6UhPDdGThzcKxVQ7HuH1muadp0y5oCWBjNotHqR1Dsrl24rywYE3uw5WpS//+wzmFmMyAC8Had7&#10;sc/PhdIbcUhwUr68Z1SePNIlP3Jdv1y5FVKrGpH/DmykJi88m8VQWZPz28hbWUjaTCcpwG3BDbal&#10;kOqQHGvbJoK2xWfFLrPwy85oE7QrZ5PpqmntFu0SQQbSnFph25jti5tcLxr4YKXj63cCJDt6Hlnb&#10;5m8osjSrb9nBEub8exF7zhP7FqNs29ll2bawUhImYuxBaZPbuySX8LzkXbDt/og2D/DaDAhKfaIS&#10;2Vgcp7Ibo5LLqEWObjs2VJ3eQpywm3KoREdmRCso15GZauXcKmHbMoQ3zeaQLYZMZIg1Gs66wniA&#10;Le/dZRcpxtO9xNuZ6CANViQGwWClLgynbEFfu44AqwDDEqtAWSO1YRB/DnDoxRpPpdT056o73nQp&#10;SWH2LGprExaf88dOUq6TREQXdOVZe8akQ7o2Y/TEV8sYCVqQDkB8qngoFZy/Mc8KnlchGfyh1cEq&#10;fWzpG13G+RZhYN/LgCbUbdUSVBuje+S5r34dqbUDshs1n66lrm5/Bc8/oXNRiwPjPRZVvhKp7UsR&#10;5us9PWXZffHFaiPy3DOPah2z48KdOFcreq8Z5iZNfnFQJpToJcXzFGc16i4yAGuoDStdN0r9OfDd&#10;Dz7uGJsYXhmAepSMFc4clghfY6hgbe0W2LyM6MDQnBdpdfEoHbsErGByNisJ47ELA7VLL7sMYRxT&#10;CNfoV6uNoOTWY+LJSt+2hvo3xjmPOpM2wtLmqecA4Sp6uaLjrYJdswJr8SJ4AoJ5c/fdqIVugGTu&#10;Ygl6AzeILxbVn/p1pXSl5BQfphOYDmDfcmAZ03Ew9d0kqjXt94n3bZr9nvXwNSg5vg15/LcefEB+&#10;5Md/WlZgXZFRegI113333CV/AGnihz74Abnmumtk1coRefOd75CtF+6Sj//e78ln//LP5YM//EF9&#10;tgcAQM9BqtvV1a2/mqwqDtwJautACQSLq66+Ur710P2y5+U9cvkVu5xdjI1yYUrLvC3WfNcAv9dL&#10;w2o70Fj+Z/vnnLJkvoPCx54ljTcB/JZ6U3Hqxxrovnv/vffIb//u78NGoF9Oj09Kd3m13Hj7bhBq&#10;BmUe5JjhLVvlf/mJD8m73v0++Z3f+jW565/vlRdfelV+57f/q/zaf/g1ufP22+Q3f/+/yf/1a/9e&#10;tm/eJFdfdbUylZ+FV+szTzwlOy+4Sn7qIx+V629dI8yLquPcpQKLAYZVEI0qPWX1nufulaxZ0wZy&#10;dvooZok1v3R4TCtKWIht3Bw3b00OVLQtBXLm9xL7htyqN15WMDYcHcwxGyIXxMEAC7V1xsFNiRzk&#10;+VQ94qDG5A4gXZHbDr63zAMUoECEKUIF0wUGZ5jTJ6WABNwIh0c0iSRcFDVC+Z+JNIGUMrIiJX9o&#10;IhtknICFxGANNrkNAEKM1EwgrdizWQwkcLYcqD9VsMpdcmJjtUKQmdKKONBPcUcPQBj3GSIbqFdG&#10;XE8o5u7QCzwiSMmraeQly9nNyHuZJN4ocSLdjZyBY93TqpURFWSSXpPz7FNrwjiZ9HtD5dAJYcMw&#10;0gZcP1ecdY1qAslfUHNuJsabzepcFYWLDRJpL4qtkgPoGlWrhv36olMe3PCMPWVe8v01bDZ8D51P&#10;n75/lQ06MMBkloB6RjaUKGjSBoPXukg2YZGABZF4BhOAsYf38hq96XBdjkOCN477fXquKg0AYfMs&#10;NDEN0nAL4wBCJubcdvsd8uBjTyLldYv0MTwDf8rdA0DjB9WXjb4pBJcWwAydJWsNiP8MDqYygLsG&#10;Cq8QvnJdvV3uIFQ2IEI8KP8Wgm8FBUVoWvj040/J9RddhmsVa8LYN+66R3ZsXivdGy+Qf/zGt+Ad&#10;gzn0li2gqr8oN68fwQO/AkyiUAa3XSinjx6XntUrU6nJHECwXkwmS3hvrphvKIgMJwApMz0X12MW&#10;F31kaECeGUca9Dg2EwBlk5DyduN9d2F6fM2ONTC33o73W5YpLKInnn4csmYw2QAScvrK2TDBzzKA&#10;nBk8RwwdKBfpnwdQlPBh0Xk4zjdwfViAYpMcnYT8FqEFZ5CmNjvDP/A3xPWvVudUtpHceGXI4bXm&#10;8Dr0AKrXRnHARw5U0kS2yIFVNGEOQif/xbM+egafe6AqA32rnLwsDpz/jwKSriVIAFCjrxPrulWz&#10;bw3rCfSZobchwd6yypQBUh0bk81rLwMDckGloPQnIiDI9xaAkUiPv6ImYNeVTRiwYOf+U+aEuu4C&#10;fXpKMgoGXRnvGS0TAGPj2XwJe6sFHLA5j5bYNoEX3Fc0RUwcaKceTRpYg2cAbNEA3o81OyDPHRqQ&#10;Jw8gEbm2VgFTymwp8yEY112uya6LV8o1V++GCWwfDikw3qZOqCSWhRIno3w/ZKDWqgyrgJVBMQn3&#10;IegZatGs9wT3tuGZkZQhdQ+wuUCzWO5RlhTv5SwKPx5QmzevV3a00aTlefVCjCXxy3R7CPeBZKqu&#10;60K9G62yaDUQiSaf1oWMQLClno0WE4IBMPoYYsPQjj47KQt9CMc58LhsG7kQJOEuZ92E/YfvowSf&#10;nw1btsnIBqRB4yw4DZB5/74D8JHpwrR4vQwMMmmXZ1PZMYVI3TcO1O7dsE1qp/bI6IHHpGd4M5qS&#10;EawBrAWAeQpCNlys+AAuyHVbYtnw4Svkz//meTl8aBas33UIWGLACJiNtRUAEMfk1Pwe+eRjE/JT&#10;iFW/aBsDbYw2pernrt4CUZIN4E34xfv8OOZ2to5yYEoOl4s9ASX5WhA2y0BaPV4TL1jb5iGUgSwZ&#10;cmjaGvFAmieOxgOKyb6u50UrKGZyZaxdbELd7DliO3RGcZPXms3ksLZ9at5uQHz25L2U+Z4OvpKJ&#10;qjt3E+C9ECZNlz+jY/+13LOdSk99eISxOTb9IkikyfmvNRVsWkPlfdlsuo8EiWdjzqovSNeMbcJ9&#10;3d/nklH53HkWVexZcmnbSxuUWE8CDUpzrL6GrwXCdDacspXzN8kEmWVCyt7KKQhi56+me7QyTsMU&#10;dXShZJJKmxX0kZzZf8LaZvq1ZwAnqdDuv1vYddamZt35axp4xlCcBzJslkpH4KdgbHsqsYO8vAes&#10;Vc/PwAdpJA9C56y65hVqmkzE45xta0slr76lNc+kNCnYmgR8KCNBa+Z6U9NjvKJEEv/aJHyk0qN3&#10;uYSQo1DT/darR27NYhC5gBT12jHdYxnYkTAjorjumYUllVWQsR9oxUYG1rx6MlPtouqVgnuK1Z7N&#10;kKUT+aCZ5AoF7nmgLQMBOl/vFpU9aJTd4Gpafzb6z200cTZWf2XjA3h52WgZ40LoAv2drAcLGOZE&#10;JbC7WDwioGy+ys/rdi/6IR0/+KzU/wr13B23yxU3Qc0wxGCPgg60in7I6UifHgwOOii0c52mMc1e&#10;B6YFrIn8hJsCW60fcNb1IOypUKxiaLReJqZ3y4svv4jacV4ZUSsGV6TPKutPp7AoqkUQRQ0FH65F&#10;OXYBdiPz+Fp40W5YiMCG6Mg+1GTz6n0b0dOYvdUUZL7PgbUO9kgVdWMIcE0HSZS0RkZZ+lGOpWtz&#10;z2In6XtbjxjHHWR0psVry6oKQwkO+P09sNzYfsEFCFqbUTsVMk43btwEELTkDepFvYULSbp2bggU&#10;WdvRVCHw96Sr3OXrrYIOyQfg13jNtVepz+/LkNEx3GHnBVt1iF+vB95/PdnrfSDcMkM7OrGBW8xd&#10;O4IZhRxrPdnXQ7//ZsFcnZlr1rYmigZt7KaOzD6ffJy8R5uu3yBjMuO/qWRhXcShOB2H6vRQ9nL9&#10;GhQ+HA4fA8nhk3/2Z/LmN92BMBUondAnl0GU6ILMtvDG22QfrvNn/r+/oMGKejCuWjkkuxAC+JEP&#10;/7j8/h/8oZz43Y/LB3/oh+TKKy6BEqTPe8eT/VrU2p92V3VaaOE9bwOjr4jnYP/+g3jWA7VZSXzm&#10;w3A5+FqUDRKS4ZGRptCwvNLAGLOkdL9jIMeiw6DMZ9Z0+n7biRlozxKYYToyuZZKshfp5Nd1Pgnd&#10;skgirz1rcEfnaWguK6Dj586NYUxz0FuGkWR+nq3YV1Z+2o7qFA2Uifz5iL9es2Gz7MDecN8DD2vY&#10;wNBQBay8qq67Mm2FOHQB02lkuCS/9NFfkTNjE/LIo4/Jr//Gr8vH/+B3oI57k/zR9gvl85//nLyw&#10;d78GDhGv6YeX6Pvf+yPy9jvvlEuu2Ok8xSNHmuKZWghLPrg09p727R7GtoOyNTC5ejyQFpJcfo21&#10;1pS5MVpie5Vck1TIYbMWoFlmbXOmtHEKYBX9S5Nxw6ZRadYU99HLiZI5NpUAKwpRoCBbjam23ODR&#10;TLMQLfN3aGoTDm80u/bIcWkcOyKNo0elG2mc6GIBFgHYC+ZhmB6rMjSo+XAOMmAiJonVpYLX45Qv&#10;QuoJQSwzb5x0lB+iZDQsw5TZWFvvpeY2x5gm/UFW8GmB3IhT4C0P0okPBTb+wsTxIhtB3H6YLjbQ&#10;yTyBmqfBVjpEe3fwIk+NtgPP9GPT7qfHCiREBZ22RnFmuO0OPxRPuAdG/fUKmswXUrqBjZPpujEK&#10;KDsfO49CZ8dFtZ2TIBdaxlf03jOxgnYK8OG1NJgk5Jw2UFCgyjATmCqXec/nXVboPO5JCIkkgzq6&#10;6m7iN4uXOw6AcQJ/tw/N/dMIzhjD+5rA+uFiJ2DTIIjAdQU9PA+PCgEEbzTdB+CsC+EZK1aDRg5w&#10;4oOXX4oHsQd+fUYBlmkwh2axzsYxCZxF8cXJYneParUBpNU0SYoFYS1iCECgsgOmwRoCFeUevW6c&#10;jjdYfON1KVF96bkX5SZEyQcwmH355QOyGij2nbe/QQ4UeuU4QOoXnntarsB7mZsZl+GeVQp4NVCA&#10;961dK0cOvCgXXHs1gLWqvv+COKZV5AssFo5VAFOcbHNKTBlLd7UoKxGmUQVj7d777pELUEA+/cQL&#10;shVsxR5MOnl9ggo83TBh7kLl9aM/jNAOGBxywllEim8dr1UFwLZg5zURT4t53NwKCucK2HVnRunR&#10;MaXX6ASCMyYBJo1PnsbvjZQF4CLEs+RtgjpVHNyUWrJxYKquMxo3vmlqPQBz5u+++WYC0TQARcKN&#10;fYwcz7M4TA4E8ElbbMDV1DkIVW5KWSevGdmgbKgIIBLuq+JrNQ2aCNR3jgbk3IHLSBGOTclTT0UB&#10;MmVXUioESTJDSwq4HgSFK9jHjkxNy+qqDw6xSWKjTRMn407Cmdi2MK1smgbI71/A+62xFa7Gyo5l&#10;6NCT8Ef82n2QSixsFNO9VhmUC0zLxJpZmDgCOVBFPvzhm2QAa1rTFcGunIFsmhYQTKtT/8IGPXOm&#10;nTcF3r/z3bQqK1fgTe9J5AM68OxVGkgeHoYfy4CCn7xGVaSTL6CzqoBBwITlfkxvi3yuG1UFSrVp&#10;DwMvpQ6yBiJI0jsdUMp93YHBBZUB0/ORhy+507wIhRJMa0sDMg7gmNevhM80P39YTowWZf+Jomy4&#10;aFwKfV2pu5j6HVFS1nApXENonFYOrwZoPanM0gMwAV+JsJGVK4f1WVb/UF85UqrGgJHKuq0yCHPw&#10;4/u+KqX1dyDBcbP6iIZF5/HEtaJcbVOFPF7k3/z4bvmHL78gDz78IgYGlyGgB2slmFJ2c1i+AsfN&#10;fvnMUzPyYwD8rtgaaxJlACozz7ruwPgU9FY6vU2Zex2t6Ez7Id6amttki2YlZXo38To8oyruYHCc&#10;R94y65QOkpSW77UmA/xyuN+yWE+2LSzC9/w51vpy6WzWLtN/puXMzDLAMnlr0OHa5KempsPr2hY2&#10;pVm29UknT8OzuPeYrHBO9kxjJefSaJcI5OgQQ+DBJD9OyVSqiek8ZZNhLi23KcXRg1l+oGuCLCXZ&#10;5IHelBTYvO6b3XVs0/y4eb1nTMBsYm3bo/o6Su1i3yQbSX1DUjNin8ibl82YZulQ2jAbI51woNfP&#10;RisnWmxJjzaJJY4HLzXdNxkcS5yC1TZXm4c2Tq14CHqESOftHtqhv4tYkcUQLpTTqHHKyqhiraDe&#10;xuJTljU4q+T4V6xz6sb5o3rJs0vQtunz7wmCuj6CNK1WvP9jkhRo0+8xfoJnTAtL0wdw8K1HJvNu&#10;UsuaJIGcQ7xioDYfhYJVo/VkOFHQ5iaUSZzxEULZJg+/LE/9I8K0MPi58MLdGOavwSAxTAGQrA8K&#10;HCuvo5m+aWG9nZ3VQ1Yb2Xma5Ip6rn+Ar38Barcu+Ms9AgAK0uoNVVm5AsoSMEJ4VrtBWKOtX6Bq&#10;hp7g0oshbRGDpt1XqIVRcGgfgE4EURUJzmOwx8HqaaQvw1qj2A1wUFZDhDCoYKBobe/sUcLALsoI&#10;eT3YxppGmYS+4JzuxQ3dtftiObhvnxx4dQ/eUy/WG/yue/ocC7TFluWcRIteLaaAKa4f2f308BvE&#10;QP/hBx7QZnsTWDqDvUaVI8l9ZhJyAYzC1+/5XSIIqclJ97vPHotbGIyuZw2azpx5PB+TIMzUUK9X&#10;wLbr72UAWh01V6QD/yIVbLCHmZycRN0/pcEbfMaKAJ7Hp+Z1OPvaQah4xifkqsuukLVQVPTAs6+M&#10;vaY0OATp4tXy4R//CUgk/1Q+8+lPy8d+5Vdl40ior8X9gwNf3X8DV0NQJdXg3sKeC+u4oeFyoWcJ&#10;B8tOUs6cFmwbaHQ2Se65enUuDzD7l/MT7MxqPB/Az3yXngX7L+ar2A7USjq4I8hGP8nf+u3fkN/6&#10;jf8sX/zSXTI69qLc/9V75frrL4GSiP0ZrLAYboi3OwwP0F/9lV+T93zg3fLCS4/KP/ztXfLh/+39&#10;snbDiPzCx35Z5tGz1eag+kNfVUFPwGEU97bYh/SFenZF6eI8m+Q4Y0rZZW3ApqNM+uzBPoXEANXk&#10;QzRaKN6p/4YHjpIUNccoc0UGH8+iAiGBsqsC/7P0s4sZX47DqgQwwJyekBBNqiFbD6k84GFLfWwM&#10;0rsZACtgIdXptVdTNo8enfWGTs2KONAM03FBiSRjKKAvGpmELMoablqoxJshVgBW0VQNEAsd+yS9&#10;GPzDwiNK8iy8/4btHGudeApmhb7NJrWtLt8Ji64FuDNNLuAt6LlkKcRNNnstZErTYmMhiZQwG40D&#10;ELVaJKnk0fvfugbNIeTaDFJ6QPkpE3mxydp6rMVTre6ltZTmNnzTF9vU4pq/txHbTHDv/13yCbuN&#10;yPFBijZjAyi4WszYCVUg6LT1I7A3BX+0MdzHo/geCBLkDO73mSmAR7hXc5FjKRJ0cdJwABFYQz30&#10;PgHjrgcTzH4AXms2b1Qm1jqYI5OJFtG7joAZZK6joOaenp6T6Zm6FlTO8yXSsIo+FEb1OPKsSoCV&#10;AACmsCZnwBbqhoSwd8NqXRNl/D194ZhgXKT5f6xukfLMs3vA+HkNG0QV3iSvyAhkG8fAert89Voc&#10;n12yFtdg4+7L5dRD96rPSIU/iz8VsowgqS30VVV22/DpZQ2VqIYe6HOHnfOlKTjmBv6bMlOzMIFi&#10;ZkhuvPE6efWhJ+XRZ/bJ+tXDcs1lu6TKIp4y7VrsGQWc4JUBJsbkIoLhNufvZKgMjLl5+pkhMANA&#10;5OlTU7hO+PxTs8riJEM2KdSNzvkd+3QGYGkUVRWcohRXJUhxhkzwAOdzx3RVndoEbtpvc0W1JuMF&#10;yWQ9VNCO1H6GdgzAg83YwCeCxWmqWj5ZLUmzVZkP/f3ICMYamFXadKjJfpRx1hI9O5nElPCKS4BV&#10;Q3rw9NTfj6m3flOmNIZbdaWLyXpseCOAwX1y5uBx+D1O+6bWepFYC1vJtPdsiUo/+dsone66LomA&#10;+LyCu6H8/de+Jc8fQDFfugJ/IEmlBBUAWWF+XFaMiNxw5xa59ooL1PeHacLV6Rll4fX0FLXxJhOW&#10;ADYlybxPFbA8CkyiJtOZhZUGmQDohQw3wJqtMPQCcqfKwEZlMxE0rBHIU9+kknpY8D5FWA/BChxs&#10;2JO5r/NrLhAlcgmJ1nt8WVdwGi/vir2fEwNRNK3XuuRGDtpUIs2fhykqJ/wVsCPm5mAkb8fl5Ey/&#10;zHTtlsKwBZN0Ulb1rnHPKJOS8SywQU18xjTJmD+P52nTtn4ZAEg9hUL1DIrRITR6pbKXi3idm8UH&#10;rS/gd3QNy9CWO2TstYeke+64DK7egoHCMNZhQSfL9KuKG5QDE7BbkPd+304ZXlGUr9y9F+sMjRdS&#10;p40Muc9SQ7BNdEA++e0T8va5AXn7JTzo6zotjFM/g5zkwGY2DK1IkW1hjiTATluSrpWm8Agxi0iB&#10;lgBF2sK8OvjOpBLdltAP6ysXB5rYjp2gWSRUNw++mZyUz03/TdPZZ16HLtS2SnqbntPmxqBJdh23&#10;Xp88qGY64KDtvovSCZC07UEg5yIhkxyAkrf6iDtIjW0LOBV464DYy9Cy6V0GoulAJcgApHQyn8q+&#10;EzaZpL4y1k+PxXYOockurOkc2bxIc2Cl2etuOVcsDW9K3rPf29t4CwkjNB9QI2aRABbb7NO4DEne&#10;Uv5PtpW+Y9toqz59vu5r1qAprTS2LSilP1s5rGBDrbtO4IagARr2UFAj4T7T/9TUKBvGgMgsKGM8&#10;UcawgufZrSMs2tvo9SvrcJOsT05brXEMHSOZ16iGaHjPPVGnBuPD0eIsjM5kBaMx2XQhthkLJ06I&#10;8HFaOTquYOgYWWR2MdeB+zktefj749ipbFiRVVG89uDMmokJWC/ImVOH5Nkvf1mqb5pVb7BitEZK&#10;8Gwlu1yfF/UONtLUhZl2nua57EGujsjWID2EOZgrBJuUwbf31RdhzVJzTA8AYgwwoB0MG9G4lUGn&#10;gEfonjdTkfrqjQBkIAPGn+jAswD8Jp19CarNIoefM6el/uJjMmgvk+pGBIqRFwmZTJl9mLHn7dnV&#10;acmbDkwf7fn82g1UCROqf942+PUdgnff3j2vyLZtW3UdkPkXBkHKuDsf2IHXJlDmTqT1dR/ZhHit&#10;cfjzPvnkk7AeGYf64XLURz1qQcT3o/Y19nWU9S55zV4HoO880Z8mL9JkUGIdyePY4cPyJ5/6pNzy&#10;hlvkhpvegEE9vPmee1W2bd+GdNEdzEaTFStXyob16+QALImmUVPNTyN84NAR+cY/f03GwHZ64y1v&#10;klvfdJusXoXAQugV2XNX0QcwtO1KWAb9HOS5n//85+UbSDn94Pve7YgMhUJu74117bPeHKe/PtbO&#10;8IpB5+/MoWydAGC7xYLtGFhl2gx3lwv0LcXeO1+ASf7VpLVmiafo3Hz88rL+5Uikz8b0+5e4Rou9&#10;RjJg0gAjnGtFED0+9nMfk9MgtTz44IPywONflzc9dC0Yqldgn6hSrIe12qfetes3bZbf/L//k/yf&#10;kPDeD6n5W3/ge2TLSI8OwkgyKmG9s3dyZwn8+ZW0FOuwQUNq0HuzP07sa0wzo65d+29yu2uHmjTh&#10;zxuzuCmkOcueU4hUR9wSC2hbHq6c3sfbhGCjrTsmBE2B/S8LmRkFAKlMKS1SJhuYEBQovR09CXAP&#10;RumgdjNUw2LKECM2tYGmXD15p9Gos9nmHzSslGVWyVKqKbFPgSmdQzOYoeR84GyXu3blsis4I+um&#10;h2zaHGrmvDQkzlkEJUyj2FHUTSojcWzGhg/GSCiUSVHoIsXjDMfzhXGSlutAUJPmrrcWqEkREHWg&#10;ayagbmtiYGsCls1RYxN5i/UhHgml2ACoUGCPjCd6oGkaFf268LlqsUpBxVOlSbDR6+urrshmwRz5&#10;6JtYspTe1LcpKVxJBZ933nG8kZH3+2G9SNnjBN7gOO4BoFw5iF9yAutjHOyhWWzoMyiG1OCfTTib&#10;bNK8waArgmLeA5CvH5O6Hkgb+3H4rFm3USpMwoXkrxvSVZVJo8iZnJ5FYAH8+2YWZAqeEkXQ/PV3&#10;ee8PBS3wZgoofErQe4yPzshkfRJx8EO6hkOwuubANnziicfA8JmUfjCFThx9Xi48vU4uuvxKaQCs&#10;oEfKnDKwIOfk9cU1vWj7Ftl90Q75J0h1T8DPbMNlJZWpq0RVZUihbFq3Cn6CEMjgjfQh+OMU/CUX&#10;KA1doHIUMnSyJ/CnUYt8YVtIWaTORN0VugRsyvi8V117pYyhIC/iZ3at6pcL3/0OnLKzWjhNQ1pb&#10;ZhAJgxvA2lNPNqyB+YkJgH11OYlrMw0QZHyCoN6UJu/RR4ASITLjaCLqCtaGsrcIjpI1SyCNAEhg&#10;PHjhdQgBi+zAy2yTZ8A3hg2dMga6wernCsQzSHzKsKLwXoZLKTz+XcF9qNcdOzDAgx17iZx4uVe6&#10;3rz1USCJDNJ6Q3RQsZFubCkVxvWiYfbIujUqGGUSYQ3XicbO3IgtWI/z+Jz0FjRFJxO1cVXvqyYX&#10;6vkQKZOsHoE9Ckbo4FBPEzPA+te2yebbpPNrZtTEOSVQncMJTSm2KkF6ENfo6xh0dM1DJtF/Ldhu&#10;g/rZoxpAttK4vOHWjfI9d16poBkBNwfcAUBD2EqItdCHA2UGVgf8w4Kqi9Na7puUyUc1lWyTzj6H&#10;4JW4hrRbfP7BVavBAhjSSe0MkpHJ2Kt0EeBzEi42UUyZnpyBDyYSateNbJBxXJQ5pJnzI7LA0wON&#10;HiwUrejgJ/YGhFkxru6mccYe4TXVVCz9X2DGTiPQBa8/1D0DaTruQ3FQFvC5ynZI+gFCz2Odcq3H&#10;fn9l0nPg/RtVDO1llyQP8mtdmLD19qzVtcyzid6kbLh03+U+A/CUAScMo2nAg3JofkIWTn5L5kZf&#10;lv5tN0vUPYJlSTkbfJDieV1TZI2U8Xy8+ca1wgf3r//2UXgEXo1mDYnOZMbogOdSfODd8sWXEOwx&#10;dkp+8uYq1p9L6FU5oj9b8kMhY42fCzWhaBnIEuSZMpksxUjbMd0kH5fWFPbWtFgPGATJtCZH4e8I&#10;vyQyWtOe8mtbNcOmpSE8W1qu6XAuJ5IDuzSQEi93Nm1bQEeb89HMoWA+eDo9d5u906QN7LG22ai+&#10;LR+i7R3l8/dMZxNP6TChN0l9mN8DA8ncbxdj7hmfvJvtRel1VrJrQ4EC8ux1EOpDC0xLcm/QCVEW&#10;64PC/GvTEoDghCn4ZtpLe60LbDD5wUg63MwFvRhJhzrGmBaGpeRgVNuOUHdqdk22npoSpa3NXXaT&#10;C1cxaW2TMbJNW2J0vkZ29de5+cClr5OfvrsXzTyqkiGYjbwEzwNsJu+/GbTYXnqGOc9o44NXkrWO&#10;/bY80KdKhDrOwfrMPtjhnII370nscTXn4WtckxIp0pYx8YjkFdVuQ3QYnMjrrG34+xvqgDf0UvDA&#10;5OJHrGnyWkzO7SR5ObImt585RqlV5re3bA+8CidIfBAcoy8M3OenTXKoPn4ODKW3cbVq1cqH5RTM&#10;WeTogWfkBMCNIwhxeCMatdXxBgASfRreFASJtUW+Pl8q8NueNRAh8uFjxi9cHRzC65fnND38WH+8&#10;9NKLMnH6jFwOv6dVYEZ1d3V1BCK03+BwjQU5znWLWriGcKwA8tQGaiV57SUxcwjtUCsTHeWKOYV7&#10;ix7LnjohvZddJ/W+AYQLcoBY8SFSr7/3W5ZSGzR5tXMtdWHASvVN6cKyHATr/uUXX5KRNWtlK0C5&#10;Hgwt1dbjPHhHNjegUWsU+hfi9fvBlrwGDL9NaNIfexiN/NwMAL+r4D+8Wj97UQfn8Xfd2q3pqH+9&#10;ffgWwV0cUzJJWrfp/meShHOVNQaoY1fIxg0b5c//6q/knnvuVeuiN978ZrkW5IEihpism0aQtPuR&#10;n/438ief/pT8yR9/QkkHk/Djvh2y3suuuApgIHqwSpfWYUWsvQWSFqhUQT3Y39crV199hezYsQ0S&#10;9nlVlyRBJuwhVI1DlQhqWSpqbrjpZvn45s0Y8g+rtJg2O8nBGrRcuLhDSZGLKWipcFoDDV4/8MmY&#10;pW1Dlv66+a4mBFu7HJntuQWd5GX+bZ/JmEU/4XcL5Dvb781ff5uoj+hNzlwG9obYc3/3d39Pvnnv&#10;3fKJT35Kfvnff1R+8Hu/T977vg8C4BtR9R0DMHmu3XjLbbJj204oAhE8eWZOtq3pVbZ0wYcNRA1X&#10;9zg7mEh7WpIajA8ZMzmpd1ZDLlW92qag1vb04iV0JPbs4G6BzXaqTV3E6yZpspI3r34fpP7i310w&#10;TbeI566joSwePCnzJ49JDam4hflJBfZipHcSvXdS38gVlABnaFxoyeQDCNMYh4wXDCwF3Oadz1yR&#10;KRv9uEHduAD9SkFE84SGFM0XD8Kg7oIdqpzcEGSLXLoiWYCxeu3g34HzcQv591GUyoW0WS94XkFs&#10;m7onDZvIjcqDML+B2HRaYnI0PCdbbGYftbEeFk3Ys03MA9uur0rT5fK2S8VK0R/iAE4C8VTpqvrk&#10;NRYIZIKhteC9rql+5Z/IaSWs97CmP16k18eIMwp0bEGyjsJ6nDZDiWY8I2jZVOZC9ncAwLWGHzwD&#10;AOMg7vFBNN8HUEwewnWcFWd8yGksGZW8d3HR3R8WQGXKZwFKDK1aJSObV0Fbv05Wr10vQwiaqABw&#10;ITONksBxgFWTSFI9fhJrLZpXZhqNfvtwwCzMESwsK9bQMM77kTeSBS3PDwZLPP7kc/LMc0+oX9FK&#10;MH9uufkmZbwdHq/LkUPH5cfecwfAhiEZHT8tsyfPKGOUoRK9pbJjmcEvjAVdHWACKbtkOHX3DEht&#10;4jiIpJA7Itl39swpFJp4fSTx1Dl9xtqsYBp7wY5L5OC375U3ULret1LGjjwl28DIqyfU9cA3Z2Sd&#10;cQrJZFmGGtedTxlFKNt27kBBi6tZYzUOxh5YV0U8OzTTXr9ytZyB7D3G4X0M/oMnTp+WffBLmYER&#10;Ke9RjX5idOyhJ2UY+RRArBDI5GdnG+qvEkeBMma5jnVT5CidXC+COTVnUMf7VAVrMraFdLLKYjbQ&#10;Z8mmG3GhGPpCLG42X46dbDfxtTOa4uqkt0YLZgA6YEY2bJQamCeSLJfmanIFHw2eC+rlZgEQJnJ8&#10;/r5hrJ2VoGLX2MRE9CKqOINysNpYZJTVo0jUO4SJemx4Grzu+PuYidxgSRYKmKSjodgEuWiP6VXQ&#10;LGHoZtxVdaVafNqful5lEjYCfnO4bo/hM34OickbBrbhtbbiehPwwucAe3NF36j83P/xRqzpAfjp&#10;AbxCUAUpstwDi3iYF/AZKO86c3paJuClODBQVHZjEW8yjtwEm8L86kJNxgnSISBl5QAAveENkNmX&#10;ZRZ7Nd9cF6TbfT3wcsH3kU2oDFNsFF1Yc1UMYOws2IIY2lSHu3QjGEWjcrJxWoYAuq9Y0a9SWZUv&#10;kTnbaHjgNVYAV+VmhrCeS6AKjOPIUCI8icOzZ6BLtl82JMO98NJDYXjw8BkkXS/Ad29G5denIc/d&#10;TP9WSsuwnqyXqsSa5Gy1WahHDrAgm9OdhbhSpZLb+60LBKF/lUv+BjMYASA1pB0GuIbVvu2QDj8I&#10;K6sJsDeflpFdNwEEHsTHnARLpEefb3pJzSDZnb41b771QrCFjXzr/gMy3HeB7psagII9l81GsbFV&#10;nj5WlD978DX5iVvr3hcqbsJyggRfS1NoTZPHdypwawLvbGfj3nwgrOnAJGhRPbbFdNgODHIji/we&#10;kwuKWkaXYzta97UMrqzEtpnwblr81czZ1E1miSCNVhuult/XiY2XTLGTgiu2mSzLLMEcWLwtNi2U&#10;D9sSsmY70mfssrpfs2wVWFbI5wPS4vb7bPLMUi+VS1UfecAsk4xY/70J9mVbUWGxHVMHTR4wNosb&#10;E7Ubmy8RJqChTjZNy2xHwPNMvWRN2MyXz8tlE78s2067aw8eESud29DlCXlz+cG+oI99imDCio/8&#10;MglavKJsrky0bi+Ms2tFoDYC40BiACsAfMIVOEd4Xcg6rk65QV9B1Lc2UvCX+2rDP4gAARFKVixy&#10;GOfYYbTrSCgI7vMHfijp6uFCIv1OgL4caM5aJnLmli4QxCZ+TD68T/1VQwdy5WYLya3L4+c60Pfy&#10;cp4/BQ6CUHNWuosqS6zNGYARRq07akgifgmsjEH4il0LsEJ9kwYDLz0OFkVi8jN5Y5b3wDf7oxkd&#10;Xs/RSxkWG3UQIDZs2gI7mF559umHZc9LL+Drl0mIJNNKpeIUHG3Pbejc3TgcRO1VRs1J4LcMj+g6&#10;mXR7n6YfCBRR85TX6DAtWsDAex8GtV0A+rbvwq+AtQsHnqH3UzSvv4pUB+829p6fCdPX1X+83itW&#10;rAAAG6nk9sCel6UbAXOrASiRCcZrtBw4JAXw/U3RhFjrQlvCwBne00+3G3XRhrWrZOGyS+Vzf/dF&#10;gV2j7AZAtXJ4pYJdEsc5xsJ3D+wz55l8evYQocVYVrmwL/88aWq6NDOq+clZ1/D67QPjsoK1uWnr&#10;Nulb0a2sJl6bITDzLrzoInnrW94if/DHn9Ra7oPv/SG5+bbr0GuhHtVEZaPKHtZZc1DU7N/7itb6&#10;l11xhXporhweAii4Wu9P4sPqiDGRhq2QuBHjfawA6WIFEqwZ3BdqEGJRe5AwaGWdnDP+2XFF/Wsx&#10;8b47ctZ/hVCS/4n+sX7/0XWH/WcChLMvfOnLcuTEqHz0Fz8qb7n9rbIVnpE//ZGPyJ985jPy/PMv&#10;yC/8/C/I1l1bgBEUdeLy/BMPwh5on1y5820ytJoBS+gXae8FMlt3z6AypqiY4rIqoXcjIzWO45zF&#10;hjnHW2kWS7frAAkuwtheYkkUCIRV6eFkvWmuJsbGyjBhm1TwJtYBGrACPiRE/oiDPyWFkycA6MEA&#10;+AzSccHgs3WaucMLTE0zG1pAkOJF37bGDAoJNOUFbDINNHakN0Y+kjK2HpBiQ4iCodTHAwNFQKWk&#10;F09juLVTciytZNTKnlYQVV8iotqI0jKuYZ2pL3+3ylYjJx1zlgHOn0RxzRy42TRojzOczaYpatnN&#10;cMbGrtgLPPsiNfT2zLvYeIPR2EkUkum8cfkDzrDVJ43phQiykzX2aWVu+u2CDIz6kjnZE7MhGmRm&#10;MRSEPwvQSz32AH6G3k08ZHEVZY1lkGK5RgE+483WjXVFk3qxlBwood9XsyqjjVQCCtCGtGoUfgRY&#10;p437+mkgsmNg7pzAZ9iLQIBJXJQpvCjBPQJ/lCqQucagEj4APQyfILjX1w2T/Y0aTjA8vEr6QQfv&#10;BoOvCI8ZNRYG/YYBA/uPjiLuvabBEfNYc8oCY8GCtRMCAKCZNA/wKXwvTaAjrhm8TokyZU60cd3m&#10;4OXIJLCDx0+ot9dbbr1R+lFoPPfCfnkVk8arkOBVnTgtq0eQHAsw5dCr+wHyRbIDiZwEkfvR5M9j&#10;TRuASZSXch0USs5/ggytSndJZo7P6nsexOF2ZN9LsgCfu1o/WGFg8tEHkYXPzgvXy+FXhuXLX/oK&#10;PjdSgsFI3Pm9b1PQLSwVnLQqDnwaYeQaLaYgS6Bg1hyBBzwfFdCQqyjuSL+fgUR5Br9nCsDN2Bmk&#10;4cKvjH4blDoSkOSaL+B68ncXuSFFvI4NDVggiMipfCNyDV3exDfxC7T++dD/X3BNQEPByLL35XEF&#10;VtO0O3DpzeJDbazNQdmxZ7dG9WQerP9Hua3eP4A4bCxcMIxJ6c8sNgKTmZjngsPwbZEzF4bXXgGg&#10;LLlmtALYjPW1AECS76VIN8SGKzYjn/QVeykaE7NdEVnUgUGkjNgS1hAaBnRCE5CaV+D90j2hrZDu&#10;kYGfKBv/7zhhB9tcwcXmyzersQf75vA5S1hD43i+78bfPAw25sbhiwFGrUb4wxqsX0hMq6MwnZ6Q&#10;//VDt8JzsU+vp61jehpPa1OgwSTwbeQ0f+zoKfWCXDXULV14tshU5DWvgi29AJCsSl9KrPkK/nff&#10;MEC91TtRdIONRiuForueDX1/uJ/lgr5L5kuwAC+W+CyekXE8/2ewv/SHK2Ua7L8du9dgyjWh94pU&#10;eJ4PnN6WCUjjepHp6WS6Jp1N0PCTJt1dYaQsy67uYagH8Zpgoc6CefrMI8/AXPsEZLszsnr9Zjz7&#10;g8r8KM3CL/LIs9I1uF4KQ2vh++nSIjlJ41ptUOZm6Awa6zMWe7CZZIiiKfm93DXvKpVvRCqxN3ou&#10;gbGHaxZP3oDQnEcBmh6X/kMPSe/aa6RaGZEFXedggeJwLxUjLRYol/r+d2yXvWA7TsDLsxKscPcH&#10;YTYxGuEGaNLFrvVyz6HTcsWhBbl2ay0DsfwZalJWQg5UyqdWpibfzZyS5GhukyPmsBLTlvzsnp9C&#10;yu/PsWw8gCg2zwq0TQBhK9RmzmpQl5PZm3YJThTnLNRyKF0TDpUrY0waZmXaJsymLW5Xlkgys00h&#10;Grbp2gX6Ool9VODP6Ch3pYOcJ1D2Xk0HxolpmsrGTaCkzd0rv78Fntll3BAtuX9BDht04VumCZY0&#10;vglK5bu2OdwkD13ZJAhGnM1Gg7/L+69W8RyUY/e8mITZp8MVl5gtJvRAjW/krat3NIE0TvpLk+7l&#10;gcQpuztO2ajG/bwzZ3VsjQTfTOTgQQZcKbhonLWCsoP9GnCJvbI4itz0X6aJ5Wfa/PlMOsw1OX8U&#10;raXy9zAHhjarLPJrMAtqaQ3f6ET9NNY286NsIx0CWP/wWJ8gmILr6tnn/RStye0jNvVLdCmnUToM&#10;y4IN6i5Bt8DgvH54a4EhTr8+2m9MH0MdMKryjkCvO0Az7Mmh5fARQyd6mOKcCCNNVMD3uoGgYWhE&#10;kb9DnH+2cWe+83nMWDixhsFlQ0BnJVPw19WktbZ4BjXr4mLRUU9NjuEbBC44JfaBc+oLV4oVSGDw&#10;UrUKBiJ+mBY2ZKgTsKyB5cfhXR1TykbtlDz5jbtxtkey64brZAvOoF4MqypBds+MT6d3fo9hi42P&#10;WRRb6UzOcINbAhwaQMezA4O8gX6jQRJhcL08BSXJE089Kbt375YNYFoFDEfB4C15PyH7ptzrsoZZ&#10;wHvrBthCM5Zg527U67Am2fM4Lteofr+pxzqQjKtnJHjlCZzzIE/AUN6sWYUrTpP4sl5HEi6CcHGf&#10;QrG2LTTAmKUSM03K2M3/nN5lBnah3hse7NNanddj//4DOlxct34DwJ5+HRbrYDdHbrD5J8xmXNbk&#10;zKIaSM92cQzIuta8zoe7ChVODZZPoxh433MfzvSh1fAk7tf9JPQp08vjEZ4fkBJ08hGVZomd9fv+&#10;2V6ibdxlm80kEvZb7AOFYg98P//csypb3rx1M4afGO7OQto+fgaJ1WOycfM2+VEEBM6BHHD/I49i&#10;LT4gV15+oZSHKyq5JWhHG5RbEcZx9OgxqJfugiLoNHy158DI7FX7ocAw1A9DZ/Qh99x1tzz27ScA&#10;nrxZbXKgb1R1TEFVdbFfz1kSjlZmtCjy8m/Xb6jRqNb6YQLStAXDSNM52HoCJDSAqGPStG0B7oMm&#10;e4rzAejOBbxb+nttyxDHLPo9+aAxWcKr91y9+fLXYWlfT7O4T8o5Sac7X4LsR3x/ScUhSWL0zafE&#10;m4QCKuBiWjcAA0G/e/9jD2M/qMiGjRtkPYhCK7B21QIOa66OtUpCy+MPPyx/DPn6wQOvyVvf9L2K&#10;CwyvNHLBrovlV375l+RT8Jh8GL/n3/3Kx2QL9uNBhGBOwNromWeekwu3XgbW3/fLhWv6HTFHnP+9&#10;ZbiVnk+llNndPMS1Xt0mqe1N3g/adkzkad5XbYtEpy0AL1VKuNogSLITTKvYxP+mo88/bhXQIR0c&#10;31VEg2dm5ySYGJMQlPAaNgnsDE6OiwYMHSlqlHqamhegYW7MzGpiIr3F6LFngPpjJ8D3YgOab7ii&#10;0Xu1EzRiamZQdH90H9D/F3qJllUWTuhp/1qMGgf0NLEPE2VR4Aq1pABy/nKB0imVcZSYAsf+QKFU&#10;N7LNjUaLDDo3OG3e+v3VTuwmNJksSEwYE1lf811LZDX6t4FLJ2ZgGZv7gNKFSugCB9JV4fwsNKGr&#10;FnnwDsXVfOS8CUV9VAG+5hoev86ioJlWZFKdUkaxd+nIWSnLBqyRfM7AMa64pKsLViYRbHIKRdIZ&#10;XMsjuHcncBPH+ADhWk4xqZcqgyKxv9BN8wColCCn6+mpgJk3oB57/TBvZSLu4FpM8/oH9SFkcTcH&#10;1hDN/GfA8pyjdBuvPQ/fuCL8xqqRa9J5qKgg2JSU+s2foffjajzQE0wF9QcAz4o4SDbvQCe+JUyt&#10;Qhw+TO196LEXpKc+LTfffK2AOCpPHx2Xvd+8V958y43yxJExOQNT54GufhleNyJHTk6IxVp/5zve&#10;JvMsEJSWWNCUz8BPLxNG2pOvHJT9D9wt3/MD75TRyqDc89V7pA9wZz9YTwy7uPqKS2XXRZfIbMQU&#10;UwQQTE8oOLJyBSUOfTiYY02qbuh7LugUv1AMNDSAt2wGidRnwKwax7M4OnYCYN4srgH/1BVId0V2&#10;4EFsAJME38mGwvWjB16tWlOZg/OTcQwn4+KZxaRujJL64pmc14fJy47SQsuc3ach98DENm7zI8qY&#10;Iz5FjFJhpnMB0F6DAAUGaRcDlxStoH7s2IZBkjhmXAPqQCXX/BKcDJnGi71pzZrV8qY3vxm3rKIy&#10;g8B7velnDkMvMc1CDZxXotszEklxL6TivZhOHkRo0EXbhuXQpz8pa8EMLfvnNNRBSOLdlwNJ4qy2&#10;qPtnLfayXX6Gk/j3n2NvfAGF0tpwG2Q52wD2QlpURBFVPSaXXlqUd7z9ehlGM8L3XceBUiKbD4Ev&#10;VQJpZC6g8D+JgrkA8Ky3l4EjkJTyIdT7Kxo2Mw//yOrUScB4kyh014pdtVWDWcjepZedk0q5xs02&#10;GroXcD2zQQkBRhPgPnTgiJx86nkZwPRr/SUXYVK7GTJZNlM1HKjduE6ueS8oEEAAwYWYRLGkIRQK&#10;WuvUAS6JYIAzEIYAZW3yBDwvD8nzL+2XZxFsMzXNZqdHNqzZIBsQa1/oHpTpwy/JtqH9CNSoyAo0&#10;BuW1b8Lz2OWeE93b6k4Om/PpSpPprEmf1eTgdJJvH0xAWQlzrtF0yPHPgQV7WsYmS3LVxYNSWPdW&#10;qYPZx725DqCUprulomNaLIAtve/IuHziT+8BKIlCum9EmcK89gHuIanUIZiv6yv75JfedSptXBPf&#10;pMDk5YZJYyfNEnH9O9sGNOT7FJM8jyYJhGr2U8rLEEPT7p9nOqoh8wVEs3+emHYbuoSJZ8V0aABb&#10;/AUThmtrg9hKnLK5dNalJvTLbMRss0mftNmdeTAved0g76ObSCFz7Lg451dmrUjQKWwvSWK0ndW9&#10;NlUCuN8Xxc3eenEuAMyBbSZ97bw8lT8XJ6KM5I8OcAjsiEoi6wz/8X66VbDu6/h3ARPpwat+RML+&#10;lQDFBxUIt8bVXgka60z0i14G5m4IGbyBSTzagtQbyng+bwKcKeAUBG0AceDrmvzkPbE3yYNjSZFr&#10;PcjoGG6dkzHiVm+svNzVmI6Oi7YDNdQsZnFkOq2ndlS5tXDv1MvEifdz2rRbZbCkacB2cflXwmpq&#10;9pq0WeqnT29OzumkWW7yyxU3DI2wD89BgdCYPih1qhLqx1EnTePnye4uKJu5oObXRW2wiqh7aCsx&#10;Pz+jDT6ldgkrueBTl3l28E/gAfPYs0ITgFbPzNCkTGWvGE7rZrdOQkngeHoPO6ZgI13zUWTT5j32&#10;9jw11KXzc7GGcekzwcC4KoPmMJSGAqIBFjkBkAmohEqNXtl0xdVy23t+UNav2ybFoT4k9fY4E3cP&#10;KGfS3qWBGLMk2NeaKOkM4rmu2awuoNY9Ar/n5xHeNoe+itJTylsZiEBWesJatC3vIfE4naetCo0w&#10;MHSz+14VefnbUh7H/WzMqId0GJVcHQCppazeKsVrb5camG0WEuAS7yVHSWyYbX1RolCrb9dSDfui&#10;PX2OaqJyOjolY9B47Nhx2fPyS1AilOXSy6/QcLBC6GDhUIfM7Yk9xjO9krXMmiLy/RzXGWte+hW/&#10;jN/7wssva8DEZtQtF110IWS8qwAqDqiMl6BTtAzatFmEKm7PUXIc5MC+s8nAl/uPKmLSPtTvX/Tr&#10;pNYe/3sG5Ie/+dxn5Z++/nW5Deolgqp7X90HBUefvOXtb5fBFb1QCxW17j506KT8wxc+r0SB930A&#10;Msb16zXJmD6IvOaTADz2790j999/H4L7pmVkZA1+33q9/uMgGPDPIHqxa667ESDiVmX0Oelk4pcW&#10;L89mN2/hIUsHcTQ7YBhZJCVzGXfJ/KvKTVu/bzmAoD0Lmtf5S3aZbHN7nkxf+x1kz9jW5Immc5Z9&#10;Gy2DqmBpsxZQFi/u7zzW68f/68flrrvvkdlaTe18ZoFBbULq97ve8T3yg5Dk9vYWZfTUqPzOb/2m&#10;vPjSPrn15jvknd/3LtmyYw16jS7U9BW1GSJINwll6qc/9Sfymf/+39Xu6/JL3iAf+OAPyghCLzes&#10;3yjDyAQQ32O7YQPP0kKqBFjM97A5/blF7ZEMs22nbA43HGvTDHSSUftQMu3oA5PW2LalUr5o1y60&#10;xI89Cfr3ArzQ+lya6rHDYkdPw9sDpvSQJ9qg4S6KD3gIwJyJAPopyIaJWsniop0alxDppFHBT3ca&#10;nqFGpJ+pSKUs1Y2HftHa1Hg9hR5yZrkmLYBNWmyykA1MB7POlg3F5kI18peX/7/hvzcIcqi+6WQq&#10;2Y60pt/rh382PyTwrCViKtZP4xO2ogRewshit+C8SKiWUOZbzU038qlsbNaZMsqv2Vn8mbNZoR8n&#10;acKc4DWre1vtbNJAOgKubHMDJ8+teYFAhT+EYqkeuxS0Oqb9U/i703iRVyAX3YdD41SBf1dSRlet&#10;EGtKrQErp8LDpRarbNACcBhasUZW4FAdXrNCNm3fLIMDK6XcW3FsPDBCa2AHoe6S46PTylSLAWYt&#10;QIpLb76IhqwA8GbBlikj3amKoJZerMUppHTOonEeGuiXoydgqPnQN2EQe0YGke50+1VXydrtW2XG&#10;MHiiBolivxrrq3yChrC4tvQMDMgmBQNwNUCEyddeAcDWo91vDT5dc/jaJCZWyNuV0RPjcvl1W2Qj&#10;fPpW4nPd94UvoGA4jdTfHpj/9qoclyxHBYzVgDhw5tCQupyEnHZ6riYbBgty5/e/E0DMXjBgJ+SG&#10;G97gEnpwtUEARHEDbxmwhsrYmcgxqmqCWaTyS0v2I4ovMjb3vLxfjiC45jTYs+MwGq7XnTcm5Q+B&#10;pp3Bd22wgqKxpoAeQzNmAQBWUeyQ4Wp8c6R+ZYHx6VYm9bxImorEY8fmmyybMJBMmoSYTrHtUrt+&#10;To6eY2DYto43k8HrVyLPNGHaHgpvJ/Hx0kfvQWI8K4kFnXruqbzXgzc07i64d0u2Qg/k5Ndffz2e&#10;cxR2+nvZAIR6XcuQ8rKxKJULqZk2r23opah85lRSXlRKrkqeK9j71qzbJIcB0gamU1/vvX9MBgZY&#10;L0OKPODlXDMZGhPIF8A0OIBmaV28A8/NZqzTfvypoJGCj88lBXnP91+PtYVkXU5O664Yb1BGztOM&#10;ScrYbI6gcLPzUzKwfkhNYMNS4IcOVoFf7h8mXtA05lI3WAMrt+HrkKLSLgHPrqSJsFb3KJbZZNxp&#10;88kEXsi6T586AvnuqCaunzp2AsNayDfg8zeyfpfe4BCAfkDpELqqKlMFdQpRcA1a4Kns6lkRqd2A&#10;Y9Pg0IaPzjhMng/uOYC055Oy5+BpyM4xSCpAMhY7pgvXKuXikxhBnTizAHk/PHkmXsb9gS/l5jtw&#10;tAyrJ6a+dxt70NoxPhJkKQGvA9/0x/nkP5sNSBphXZmcFTATX3u1KBesnYL8exwWFSVn9xo3lF3O&#10;ABROWMgW3rmuT37yA7fLX38RMvn5UA2tpqOTapPQC8CyTmC2sArP5GkUFcYz05txiLzeJ15ElWNb&#10;HrUg9izt1Kzf5DhG7brWnPKyg4Z3MfWtaWL3NQ3Gk2Lc5NNWTWf5bO4AjW1zg2xzDFh+Mc9EDKQ9&#10;Tc+Y9qLSLqZ0aO3Rzdm1VrE/PJX9/v8z9x7gdl3lmfC39j7lntukK1313iVL7sY2buBgU0xN5knI&#10;hJQhIZBCQjJJ5k8ZQkJmMsPPTMoASSCFhBYgAUIbSGim2WCIq9xULKvXK91+7yl7r/99v7V2O+dc&#10;6Uq2k988wtYt55y99yrfer+3eBZgng3WURvkpJfdMAHbloQ7F08ktp3WhLFtTxq2MrdFflsais0C&#10;HPJpx6zD9I/1IgIf3mQSRUIStmKL3c6cw2AKQGQFmE3XueRxsomSfK7YBzkYE3Z48HUy5XIy4VQi&#10;mrNBTfynznsIyu1TZv4eNoUCPdn1ujR6O3a5tqAXm/NUNF2BQCkGQhgrZk4ljylqSW3+HGTTdO10&#10;b80FFpmclM/93cvoki4UmzNYo4KFw47NjkK7OdJ0hypTd6CdAn4tbTSR4Gkti92ysieCUl1rRi95&#10;SceJeov60D73nkGOIRZljBqbef+lzIUUl408W8kD717JF3vf3mQMp80NjymHZeP9kr2Hm7KbsPdx&#10;AQ9dQ56M/LHmOKzuvi/3fGlYrnsZ1vrKejR1qtp8df5KPmV6njJP2yWQxxRYph7cjGNv4h64+g2A&#10;1ioAMD3wjnrkoQeQ1HufXHfD88E0GRYDtjkbnUGlUrR2yh2CndcdXhNNsHDdFmXPNXc/KKVje7GP&#10;T2NvjDXMLWhNS+voQQRS3S/h9iulgX2uVVOaoIL/JXMhzo/p2tSdryeYkfbmrkt9XQzZ5rYdO+Wp&#10;/Xs0uGPTtu2w2alBFterTepAgg5z2jhqZvNLx4ZjklLxw+C9Ufge792zR772ja/Lhk2b5bYXvlA2&#10;AeyroPZnzcjXZH1HlY/Icyvj/feQiLo05MQHuyTbd14u3/j2PfL3n/ikNq9vvflWuf3OlwDoGwC4&#10;2udY2qixNm2oyX983U/Iu979p/Ked78Labo/Kzt2XaGgM8fHooUgbOBMtAYe5ftxLtm/b7/6TnLu&#10;LoBH4s233Y5wj03SD7VWH4Fz8anMYtI59W/hj9jOALwYtluW9i7/TgEb5ln37uu0JnmWBNHmkgOj&#10;L/CieUlJ5nYeBq7uYJI0JeSq8EOw34GnHpV/+OSn5ZZbXyJ33PECAPtL5PFHH5W///g/yP/6kz+R&#10;J3FG+qVf/s+yBMSPn33jz8nYuTqCmnZJ/2CPeuDXgS3wzNNE84EZAZSS//wv/4qSaz780Y/JwcN7&#10;gWEslauvR5p9NKAEmRDYQdSa0r3Qxs0U/FF7Mnvh0JQ5GZOm2+033Z9KtwdgTFcrmHbfaWXQNu/5&#10;qi5/zYTpwpAN9TyKXFoUFskS6dG4STSJDwEylAB8NME6K2Hjn7QuBTcqG28zgane6yS5SiqLHXON&#10;Eq/IV6Kx78kGvohxZvctt9B77zIbZh1k7fLmIvKMsW30V0mNcRUkCD3QlnPdTph31ktWurKRCoVe&#10;W2pi8iNhDrcIsy51HGReJgqylLy/iPcdU14JC5mSZysF7u+CWHMtZijL5Z5WZyKu/wxlZY66zm3i&#10;s6fIHPnQtni481IgI8ViuVkxPkQkJbVAbisIzIjkEL5wBjS/s3j/0wBLJgAWzQC5IPutxORP4z0P&#10;Q7BrkGxVZvoSWE+L0RVdtHSlDABkG1zYJ73DS+Br5cIOZjFmpuFRcu7YmIIsLQ/gtBRYKSkNnKAK&#10;g1xaOlmcoS/9ZB4BAn+K8nCaGm/foSlN0zj0P/D978rVW9bKMHxXHjvwtHwH3btXgKJOILC2qKrm&#10;sPRi0xQ7NQimIS260gATZ1szWAxWyv3H9svHkdCmjAoeTADgjSHYYDFkgvswlmtgLVEiuwhgYg2v&#10;VaLcNg6cfNe6MAoWslycm62mAp3rEJRRe/Ht0o/rp+fMMjy4xdu3ySBuxBT+XsPPzAIMKZUVWYI0&#10;FF57s1Oa3HPy9CFlO42g+3ASvmqzmqbqOr8MjKgBIVyEYAiCTwS6J2CSS1ryWQCApCa3mqQyz6o0&#10;xnUIAmUFOoAs1OK41ajr5h9qJ9cfpwMPjHivnSAIcsbQccqKMJLNqXxXyUrnCdgY04YF2jkX9rz3&#10;iucbaBpyb9+gSm1KGsoQeXlb7CUnsQJAcZx1S3gw4bxh8ctL2Lxls1yxfSuAqUXKZlGPTowzdoL6&#10;MGb5u+zmxC3rmV5MK+4BE6ChgKvxxuj0FKyh8KScjAy76Ql4S0KSrQmzpe7MRq/MU4AvAXRaeri2&#10;yppluvQX8d1HwTpYWN6E5sdyMMFcwhDXxL6+c/KDd97sWQaAgu2s3n8+Tw0KIZLEDtSho3Ia3euN&#10;O9aiiANjkdKHOPDehgyxmNW0XqsGyCXpXbJaZrz82GqDoezTFT2wEriQC2VBEwTHeBqHzUIDoSQx&#10;xhtfs4Z5fwLFNKh+kCItAhi2XN+zhkRrdoDJymw1XChMpDnfzmqAbAYCpuosELf0zyyA/PHxM2DR&#10;jcph+BVOUYJPMFNZiW5dnsUaRJ/Mfnz2px4HYBaOy4qF8B+dOoSFC0FPKEBF38s44MJkaQkaTJOw&#10;P7zvVSLls5Jj/ymTPdCQH9pANDBgZiHHPXIikCUbjuJQu1CZ7mVGiWvgDpkqZQUjqxhvl62ryOt/&#10;bJP8xUcYuYP7P+3m1hRk03U7goMWmiQthK7IRLFt1w4uWHuRns2m6B83V+hFrmiIc8FaYuefdGtz&#10;vlkmb46XKz+6y2ZFpNt15bIerE1CGuawaruU/rHt7mUyL3OlZM0ybXa50mG51xXYawd2bJfvFUSo&#10;xnYU4rbTJnHuS+mKapkslKJLMEfqwxdHPkAgYYslqefK702NSVPJcU4qpvWabyblJbBJ88imATB5&#10;L2LbGcBh8gnmtsCmsb4RnIy5/Jrf1dPKFHVAxY+Vc8Wznd433eyxzXl4o1nQh8kuohCyUxyDNvd/&#10;xUI/944mAziNPc94M0UpSmK5kSRaxybMpZWK9+2Ksz3Xr4f0zgsqvVJdiNq+tkWmsJbHE6iHmgSj&#10;GtqgMapnsGp70dQQDiftJc7EfAg22OkPbbynnNavRh2A6BznGH6hb3zHvhbvknxrTMZytsUkobSW&#10;1rgsD1THHiEPfYOcv4ctTcM6uK9TWhzheqpUnTTYyHG/1+csevG1CTnw/W/h3IJ1+wW3yeadu+AR&#10;u8gxyrwUSy2AnqnHmskAPwXBrWNVGg+Y08evv94vO6+4GmDfd+TB+78vWwF6rQWrnUw3XkgpVSBI&#10;Og8CDZpwny9CbdPkM129QWhWwr2/MgruPwLaeGbjuaMUT0t06DEJWR+TsLF6haodWA9G1j7Hh/qs&#10;GeUQupKOm0H4tbHeImv0iccflycf3Q256QbcnyE0x3AuyLOC/a3M9+qoVFHyAa5xbHRMHt29GyDU&#10;Pn12t0NKugHJskODALX6GbRFs/2qC3UL7fyvwRbn4nnDuJ8t+7V5kqRMgdGTJUEnHokcy9NQSPWB&#10;HHDFzsvk4KHDCjZXIXHv4ZkONWgvzjg2cmDK8mVL5cd/9HXymc/8k3z4Ix8G+GeQbLwFjcserd9Y&#10;H/Yi/G7XFbsA0m5DvVx3wZx4vx6SIfA8ad/FYDzxY8sFQz73nnLhPMGtvM3WhQC3/z8k7D4X4R3n&#10;v/6iZ/FzOdCz97JFX9105y3WRASwycSbxJj+67/4MzCDj6oH7YoV6+TVP/ITcv3zViN4sIrk761y&#10;1TXXydv/4A/k81/4PJioo/LW3/s9WbNhM5Km3dlvGoqnXpxbwFzA1gI1UW/ogvRIfsL58j/Ds2/l&#10;slXyic98Uv73H/13+enTb5IXvvhWeMCChDQ9oeexpGrKGjsO8JvPGtppNWO6NhGz2iC/5Zs5gWqT&#10;VwBJZqvQ/llKITZANQEGc4aHNzJDhKb3lI62lKIHJpoD57h5ErhrAUAyPbE7aBKRsm6jL6Tc6dnZ&#10;psyTKOnMGS/hYBEX20LdGps4dRJ16bc+vWROnXpmcJ34wLhCOk4TDfP2KWHgOn35xdzkWE0tk3i5&#10;+CRR516YmqokbKeWj3M2STebhRap+n5D5u+RZaU087rV+0v2FmJoNTTE8muIesaZ3rFyJE959zIf&#10;3gOGBUQJEcWqvJbXF9PLfwagU8nhq6bpFzMCjAw8IIaIRzeFiXIWB9mDOKwexRtNsMMJP7cZ/AxZ&#10;cQ18/l6ESZBdhzaYBOiE0c9rOYxTqwA6hgC2DcHzgymfCyDJrfaBtULMA+EqTSAYcTPSjff0CP27&#10;xhyzEUVFGRsFD9BkTlV5MI9daAp/oIK/04C/4hGRpqXUtiz3734S7NBRueLaK5Df0pLvfu/7ctdN&#10;N+Jwb+GptxTJTTfKNJDPCIBLBQyhwYVg80H6QOAuCB2Nsd6o6+TjZjMDKqGCIPg8Iaq/rUjPjZor&#10;AXyEMoLD+NN7PoPuFK5v5Qo5jaLve48/LVttP5LDDssgxmy1j9R/V3D1AnyYgRGtA3qNBmgwJW2w&#10;rySLL7ucFsh6COrBzjg2U5dxAieYR6NnJ9BVGJMzoydlHNdGpt4ku5GzLd9gdDLWSGWFzkuHnbha&#10;X49uqsfhx8fUXD2IBcYBgdJyDLjY+RfQEyUzh3YSRufTU06lsG5+msxTyx/wpK2r1X6osp4iLF4a&#10;L57hUZSqe+aUZ7I57xvnbademb5SU3A7OXA0o1SCUcH19iEYhVIyZazGDS2QlREVuK4J5RcN2ASQ&#10;hVVGJ7sPz50+cUtBs2ZRtwZFbB/YZzB2c6Be6AyyKV0tYSOIuX5p0E5LDzJMLWaxqbHRQM6bpMmS&#10;CEA2H0Aydj9H4FGybtlieeSrX5QFYKQSvE+uN6knkpImsplPV+RTmOp+eSIA9mlM4m8CMFswsBG7&#10;yhr4Zta0GC8zyGV2n7z+tTuxCeFrCRgnbkwzYZggucG4biBT4/h935NVy/tkEOEWJWyAXH81QZbc&#10;Qcr+cV/p1VPia/fDB1B61TeyCXYu16uSMR2yuFbs/Ok4jlS2hUW+dfysTENuEzPMZLAX3oZMyR5U&#10;uf2J40fg3VJVSToNlzW8RiW1TQXuSlrs0RuwoXsI52SEgwi9/k4B4Dt9+gy8JicUqKuVakpRtpRr&#10;8Zqx/vegEB0AU/iKFVvkLCj047u/LlHlgAyAijyFcBCxm3X8O6tTk3qYBUEm7AgKiWg+SZr2ATZJ&#10;rNNRAEBzXEOLTk+GMmUWyEGwDq+ErM22NmEtHFDm+gxDcso0uqd3AsBisCb59Y2rW7JmZVkO7J9R&#10;dibNe8lQrmIRnpwJ5KuPRvKTN7CJ5uRXpi1gKQP8Opl3kU32JVsoxEzq0ZUBGqaNJWTb6IGmjame&#10;SNU6TcRNrlFkUlngXAw5azv9AyXvS9Iml01QvAxGsnNKJm0hvqDLR+iWsiddAhlMF7Akz1y0UrAq&#10;yGRstguoVyyEbRfmXzcLG9tFMTBXt922XZtNC7c5AlByoGse3Muz+xxD2uo6nMiDVXWhybn0Biv7&#10;BpDJFeGuhuL6rGmf2oBtKcsrTJ5MEh4jWYJ8ss6bBIyyRWDa2By4lWfTWVtgs+YZ4OqNHIS+towL&#10;/kYmYfS2y109qzdjIplimEvBRN9kXkhzMP7yw8m0SZCyFGmTS4iXTt17KvnJzX5vTZF48RUYm+0N&#10;tUT6bG2hrk3TeOMo/b04bXIHfj0MfF1sNMmWjcqgNATkjvUTmpw9/WJGUQdOH8OvjflQtrI2vzRl&#10;VgEYqgp6FIQiU5zeyfTYdd5FJjcXvKxbsvATBWyTtcEzEVxgUwb4hYH7OapvFFRWWXDsw1aStqBn&#10;K5o4TQ2uaDOcIXXWKxpQyqJOtKhVY3qEo4aohDBUhx9gHfvZ+MyIPPqdf5FTh5+W6Vf/oGwE4DYE&#10;m5l+NLXUj9j77CXWCXN7e5k5WKa24KNpTMJ2dPdfbRXwEMgmqeEzPu+GG+XQwQPyGHzWCNJsYbMY&#10;0siw0qNN7xaZ+gyiCF1dy3pbxzi+F+Iz07tvdv1GNMXwwnsfA8NvDxQtJ7Hnk2lPdQt8GY9ALYTG&#10;diW6Seor1kJV4PwNIw1xcd7QIvEFpcsXBwzalMGZ90WkKoYBacuXwQIDjczDB/bLk489hgCTtbJ8&#10;BQgEaMy6tUNUnaIhb8YBsTxPNMDyOYVa6oknn5DDCJmogYBwzXXPk1Xw7FqCe8rzB/2NuYfWcG9S&#10;6rHWm1FHymtXjM3k9xN7SbhdsUHQrVHjxr/6YHsJuTYhY3fWpi+hY0hnSphA02xjDSRzdTRq1yjy&#10;irkgQbRl567LIKtdAyVCSQ49fVA++/nPy8c/+hH5qf/007jvK503Xsi5AtAVv79z104kka6V79zz&#10;bfngBz8g27dskVtvfQHOf4tk5PRJZVQR7FsIeyJngeUsb3TNwr5AX0DXfM/MxUzQnXGUX9eMXHyS&#10;SX79NvlGZipzNh17cgbMXFhW7OpjH5KUnJF0bY69RDn89+Bv5ohOwTzkwvaSgb9LR6q7JSCfxy7D&#10;7w6ObOIANHqmp00slfaLMvFIOJhVUkaPfPu735ezY+dkw5pdoLkgTLBS0fW0r7cq6zeulXe968/l&#10;nz//j/J3H/64/OIv/py84fWvB6v1xajhZ7F/Dah3NwMkCXMZsPqs39CrOFdWgHf87C/8nNx0y63y&#10;9v/2NvmVX3uT/NBrXiu/819/Gz6vFT2jhEHkGl0M5+sAmO0FEXzTrXmXnt+drDVdN01W43ffcnxr&#10;MchZlgSZWi+tyRNmX/3UafXZ4w1TSV2ChDmrMnjyBZqYqx4c3FDDhEEReGg9yMogDdDIBWETQGvF&#10;RReDhN4f27QYM7ZdEuMnbBS3pel4ADBJtpM4F22Ymf3YOEwwV48HWlfs+ORCfc+KcQtXkpcZi6eQ&#10;ZwuDY0WUHTfYe45oErA4pmLcCtxnDzyKwuRY3EeyrqJZB/xFmi7smDV5xmriqdcjztOLXy9HmUiH&#10;HVX9HesMr+OqS9ogcGHrMNgOKLvDD9bd/UNTT47i90cwKQ4CKNqLzzOGhWkG+jgm2hLmqFIOigW+&#10;AqSavigsIgwksyx01q1bBYPLFTK4uF+WrFiOxbum8lBOMoJM9JebOjetB37Wgf3o6jDtMyLjBeLg&#10;GbCCaOxfKvepV0qZAKdh8eYYRIl3lCbmYkMmeEM0Hb1UZUGdPnFSXnbVDrCRlsgSSE0mR8ZlFKzH&#10;TVvWy5LbbwVwyUlakuMA45bAg6OFm9PC5yOsxNj2GYCY9Ho0gWO6EbioY0YzCc3i39/42tdlJzT9&#10;W3dulMce2i8LAWIMoeBoIu30lttvkgfv+1d56um9Mggz32svv0Ip/6T68n6rTAWvx4Rasvo4xerw&#10;x+vhfQSYVMZ8mAIF+PTpMXQejqCb9jQYeCPwFoD3pamK43e5jYKLWRNSeM43AoKzAAdnwXAKtJhz&#10;iVTVSiXdeBSwFEfRd+PRG5fT4ybKpDpZt9x325O5ksyUZK7lNos4NXsv6qryPiOhyYOCNk38y7zH&#10;XBEVuQQc3WwDz7C0zdgXWbH7/OimELhjeUkmH1eKPhS8AcYkTZtNyXEKDD0bGajQnNIFvhfdw9WL&#10;V8I/YTXo3L1gmKEYLkdaDE7BX5SSpEbDqNF1BJYmJSGzYJwpsEPA0WjEth4KiIiToeCWoEjviXuu&#10;DWVEUOZLI+wjJw5g7VssU1/7hiylRDZyHQ3dlGIPxvgmQCvhc8SOqUc7gxIanTNYD0fxuR4AOM1p&#10;UA2WqU8e/8Ln3YDc+9orqrJm6TA+e8UBqUHJmZAT+POs6RKA+CMPfw9eqgjqoAFyhall+Ezlkka+&#10;a38EPxjBH7VSotQZRuswU3YJxOLT1I2Cc+lzTPaPoOSAMHp0oQDsqeA1zpyTpQDvRodWolnQkg0r&#10;10v/wqVSWzAEUBJEegCtlG1NT5PZB/AasmL61RFkJDORXV6ufb0wHW9FU1563cKzLgHwhrcifq6B&#10;g+I01qlZzE8GqwxgA27MzOj6V0VzoR/d/6nZJTLAxgY9MnBAiIJeDSqyge9mWT83fdq3WAfmGmX3&#10;+qAmb6Kv0hWa03MsYu5wVtYnDuPznUW6Yb+0AO5PTY/7oi6SJLiKwSMEL0s6durutcB07qk0AFY2&#10;tACwPljAHbQj/f2DZxqiSuxKnJq85vfeYoczA5QCv5fZNoVDR8JuPqW3KyZnOxJpCwCBP/wndUTc&#10;NVG0HYTpLGdstwTePNnJmC5AmO0E6TxYbnIpmNbMkbJr5yGrSzW6bWtbtxLMFr8ft0lNrZUOs2SJ&#10;pc0fpcttsPm8VpMxvMz8jpHtDEHbzZHQZp5wqUI9tnmfaJeGGidef17SG9MeInJBKIlXoo2L4TE+&#10;LTVh+wXJeSmQQjKvmKQBYnOMurgjwsR23K+M9Zc8bOf15JkrxibvmqKXGYBn2w4XNq0blUUVBl7N&#10;IV1oOkXWnczljZMcHBM5YTpf2kaRzUJtTEHGnj+kmQ6dfjquUjuCYrM8L1G2kgc78+Cu7Xq4Tcvi&#10;OC4cEtUHMRk4ZOKgqVG2y9WvNcZaHGnTH3VL2HCqAesCyVReq01Nx3DWACPP8Ix9KIX2xYPMrzVh&#10;PyaPt3ho6Yy36Wxc+LALf/jRmtu/Xpyrb9TPW32PydaP/T6KLUmls7GG4SVeCANsS2OfOXPiKbnv&#10;C19A+FwoG7fskNpKvF8fdgWqIXxDTJtJQdj9KG0vfMC2HeCCN25nDDI+UxVNbqbVakMZe+Xuhx/U&#10;9XIjVArDi4b13JWHyxVcif3nMi4sJ8Jr6E+sWAFgk0UG9sk92MNlRoGYFn2LwfaTsSPSfOJhVWMZ&#10;JANrim61onsnG2+xeXbZRLZdQ6ZjyKu7+CxRTy9BGjEJAMeOH5fHwNBjwMbWrZu9B3OgoKuSSzAm&#10;eR6ih9zxo0fl61+/W5U8OyFX3YyfH0TAXw/qRE1x1QCvQOvWNNTHdHpoPdMU4vloS+d6GQcoO4UX&#10;FRBBWpA6I1YqMNjsr5FRhPMXx2APZLIaUIBqk4Anr2UKZxCCf1M4QzRmZ/R8NAgpeC/qp6HhRUrS&#10;GRpaJEtWrpIPfeDv5FP/8HF5LWS7A/j+YF9NgRSG+BFMod/6LbfeqrL2f/zkP8qDDz0MD7Q1su+p&#10;p+QKgIcbt2xVRmASlkA5en4BtrFjh9skqCAJUJkPYjw34b7rMylyp82cUdqplUYuWb39N2wOMFQb&#10;sxwLN/REFSXy6LkqOq8s4tlmBdr0WuyzE+98yX5+F98EuOC8MkVCido3scamWguqRY5phvfw/DOO&#10;szTn9396w8/K1SAD/f4fvENOnTkkX/ynryBRdwmWvqU6/npASigFZ+Vlr/hRWYEzy6/+xq/J7/3B&#10;20G6OSs/8uOv03NEGLj3oa1TE3MrDE2hacf97sprrpJ3/I8/lN992+/L9+6/T3Y/sF9uvuN5ug7R&#10;p9ZRhS9NCm7M+aFZW7AFsedJhGqre03WUJ3rn5JpTrv1kKy9iqiMTQMzAgc4Wr9Yupvk/d+s8d2g&#10;zhSmtKjLJ4/ZHLLuO4+BdDH+Fnsew9u8ebgpFJod6eQSFwycJeexZ0Lj2T9lJ1cms0VcTrk6RtAE&#10;kow948BEMheTzqb13nya4NdkcTSjBzs9b9ddUAiluAzQUNJQmOKf7hqiztimZuJfgtdulsSzpzJv&#10;o9hfTqjpmc6PYwSMvxEs/Gfw6A5xE8QPnEKhNhqz82M1yZVFGQGDoSU4yMJXrh+g1ECf2wQGEZ4x&#10;AP+GwWXoaC4YcKwappc1aXDclANPj2hgAhl44jsdTqoTOikywa563V0XmXxBFR558Ng6eVYeevgB&#10;lQXyHt1y3ZWQuC7X+xi1rAe0WtqFWqhgD2AaBGNYFDpLIIUlI3AIUsEJTMKT58bxuc/J2slV6lk2&#10;jft98Il9KBoasv3KK/T50+OPneoZLQYixyiKvRQDjCF+RgVP0JFeunKNPPzYHtl75JQyoW5/4U1I&#10;Wl0IhiGAU/ihPf/Ga3WxL0Obb2FIbZMNgrZc7Bbi884AbGGa5zQYQWOjk3Lm3BnIEkchfZxAKu4U&#10;AKeWsvN05IUOrCNjStND8XV+HheY4VizcZKAG4b+EOOAOgKsRmnyPfpcFCxrNNNxbTMP9NRzqmjj&#10;lOv+5w5gmc6veDhON7wuK0pqLJ4LnMnYYZlhsgMnXUKyTXz3CIzjRvSUXWFaoh8QigQywJLPU1eQ&#10;EItulWETNXRYKvBLANgD8GUQgCzBPtKnB8ncI08OPz85dUZ9IaeRMlYlc49gI9N8JWEOzvjFkp3k&#10;WCXWccImgFQpxHjVsU0PIwCNBs+C871SNuqlwwbFIA7CjTNnpfbk46jE8btx4GViNuUmaTZTwpTx&#10;7FsGcxDgbjB9FuEO3wfINYXXHurfhGtcpvJx7VopoHdK7rr2Bgl7aZodO0YfjWhxj0wQ+Bh3yLWn&#10;EJLzxB6EZPSBjLFA1y1eC5OqGM5BUJoMgAro6U38uwrQPaRHj00SyM9j/s61hQxhBl9IrGNuxerl&#10;IscwvxYvhMyLzD6sHWD79oAJq8xLhFH0oVg01XEAkCWVbgHh1DRAMuA0dREv3FRWbZ925GNIkZmS&#10;Xcc1zeB6xsCcnAa4VkdAD+fw6fFT0ofvrwboG8OrM8Zhszp7UNbAR68HITvjYN3G1ZUOYOaarXPH&#10;SQ+LG2jS2MnAEPpQGZWDNfUZsUCOZ89C7rUPzQAeeDcJgq5lETw4wQnVwkGZs6bkQTXjpYVuzJcZ&#10;lFJvuew3Aqph7NO0ncyIQMoofEHOwtNvuOJkbDxchblAgfSwbiX9emZU1s04LMeU8CCaAxlzXkpd&#10;are8z1JXz6U23WpXRoMt+gjOt0K3XSGqdu+587ykfUZ1aNo0NdLuh3d+pM3auUtga9tB1+5BHGKL&#10;QGyeCZZvrth51NrGnP8Aam2XsDGfbht764Xk70FcrNeU+RfE6YWZMCwY41tlnYdp4E3ej7FD/mSy&#10;8Jh0nOYYoqmwL3fdLrAh9nufB/eSQsl3U9TLy7QnKUuhSE99IVPblrmfsZMiS5Zqm9G4CvI4cwky&#10;zjlDZWzbRGn7gHEbum/NPMZqAVDJsSd8Onzk2X4mM8ZLGYTur2Ryw7Kiz6ilChuZ0Tj2zwYSXe0J&#10;vEbDSbJtKvZWII1An+6lVp2RXSlrszGWr0NcXkssueyv1HnBpvWE0XXZ7YkmbSo2o7g4QUymuknY&#10;lHHiNWmc5FA9eAMHXqMXDwsMshnRqAVpYXqW3r/Y21FrMEn01MEn5Hsfq0vzZS+BFOwG6UX95mS9&#10;YTou54/8zG+0BL7G0/uIvbsPntBULPRBXjY+PiEHwcSaBZiza9flqHGG1L5Em7o+nTqvqoiSSg+v&#10;04A6gsBehaoBeEjPHnsMNhIzupexNoYbL9gAT4CEMCUVMO2jzTtUKVOq0m7jmS60lyTowxkM+yO8&#10;CquouVg3Hj18WBu4ywBO1dBQDBV4gVx3AsFYe+Hxh0CScTT4N2/dIZvhzTeMJmkNz7JWq6TAspmv&#10;T8Ulu8LJBQM0Op55277j/Ccdc4xhhaqoo4qOY7dkfOPZaCO7D8AcA/umwMwkq5bSevrtjUH1s/vh&#10;R+QRMEJn6D2Ge0kG3kLUaS/4gR+APdECTSYly3EJCBQ/hgCOD37w7+Rv3v9X8opXvEp2bt+O+x94&#10;WXRL67/+gX55/s03I8Bmhezfvx9kizH4Sd4AAHar+qiHXqZrzFxmw5cyIy79d+w8u2b2AszLxOM0&#10;8oEQTevCYlpsfnglEtcdek5ejP/eMwX/8hYPcyXjGHNpQSOZh5x9zuTD53v95HPznpscy20KxIhH&#10;7n1A9mL80WdzCAGfmzdvBlN1HRRNg3LN854vv/4rvybv/ON3yhe+8iHgF1be/CtvgBoLcvLWrLLP&#10;BxcE8vxbbpJf++Vf1tCNv/rbv8XZsk9e/qrXCHOLmPo+i8CpCs5J7WxPMl4pS1+P9/yjP/ojuBcd&#10;lu27tuJzToAk1edA7fNIartISuZcS/I+fkak3YPHn+HPE0eXLnWma/6EaVPIlAKarZOx4sMymHql&#10;sqPAMeJiv+EZOwd3wNqCQXiQFnBeptBehRoftOF3+rSZPFe8lWlLTytEEqe0urR70yHBYbHhJcNJ&#10;Eaj0UF4vC1sclAMf7kBJaOLLFnujOx7cDAAwUFEgp4tVKqed9FlRbz0978V+RU8YP2Tu0OfJJxCr&#10;Mi/INZhNZvRNeatmApRsmijGLhZdu87h505jExjBMzgM8OEkPssMLmiC1wWK+gTQbw5uFRxDitED&#10;KWAfAL0KDuLDkCDyQN4/DNBkwSL1muKhnbJZLlyzYNbNUtI70tKOfhg0XLJl6MwCFShLfFhobssx&#10;goVvAt4uT97/gBYmTGbbuWGtrMVmMIrr/+o3vi0vue1Kqa1dIfc9eBgb9H65ftUSHK4rACACLejZ&#10;2QsVwCIDxrEGKXFeC1bhV+97UJYdOq5GmQwUKNWb6kXSlH558IEnIVVoyY3XXy+TfJ5ACEbPjaJ4&#10;c/JBZe6EvpPN58FKT2jQix4nFoFNmzfAB3AzpIBNGSJTCyCPpgiD6dVbrWhyIQ2rS5RM4rVmkfhz&#10;9twINtlpbKxj8ACAp+Hkafx9UpieEgEkiN2McV6BNPwHaMgCm8Vas+U3cJPT0aeJYsZ32oOsQCaj&#10;CfdlAEw30nIJ2nAT5vVxQWzmfFxMQVpkunLcs40nyCzd88lgtii7L/oQFGM3M6DPs04Zd5f7GXZi&#10;k8MSO37cMF2SDDszYXqoYhHOYqFKX0QwQ3vRrRwaJLDXqzKefgB6lH8rm4osLXrUYHxTdjQz03BS&#10;TetkXUxfYqhJFAXKhFTAkcxIjIXZGSfT1Xurn63upfaBmq0SXGL3np1kSiHYAWWCNKXB9HQ4su9J&#10;eECsk30f+aAMlmL1Q2yKMyEPcstny8dgRp590KQ5OEGoyD3vkwB6HwC7cTBcCUbtdpUq6/rnwZp1&#10;QIJWwJdxAveugoK1gfFOBmkpd8KvEyg7cUbM2XHpR6J1QxnAGHnYFKt95CmUnYROnEcgmaal0Hq7&#10;c5tKibIuYT5h1K2bsUqxAueJhJ8ZvPF50jx9VhYhiGm6CaCvF56Im1bKguFl2tzoAZuAUhISFBIA&#10;P264oAsCe00Fq8mYLOuBRtMD+2bhBwppcHkE33fFUwnF43IkuJV6wJLDofPKy7bKtq1rII+tSf3k&#10;fllUfQzeMUj+lsuk1X+5xL3DjoUAH05tGgU+qc/YnBdrnDIjVQLt5wwPV9rJ5jBoIWF+9H58f1RO&#10;NNZJbelWWdMzLtuRiGQQFiKU7RLiUIZq4gruZYG6JzRgNVCGv2hDQVYGzVgTpcB43IoUtB6dqsvw&#10;YMmlPZusrDC2GIoR51h/eQSpHZsyKaPPFDz5ghzDz7RhCrZryZF4ZNlUvmrmguhsnuRnCrBGR+DI&#10;BYAzO4+K3LbJd88Lcl2o0LemwKRPGYNiut6jFIK0JgfpF/0FE7bRnH58BRWmaUtS7QLKneca2j2b&#10;A+k8Y6U1WJwl+cZ+T4liyf1xrGMTJ9YMVsd3EsgUpIBQtkYYa7z0tn0sFH31XHJu2PHck4RzK0WQ&#10;IkuSyHWxjWO7pMTzQkiKLbAJAymCjCYX0GNMxkw0Jgc+GemUFNlO1mu+eLZyESZftpu3nmkD0DtG&#10;S8aQNGZusL0brGhzM7VrYo245PLEB9GzuhXAjeOiVB61kPQPYS/Zgg4PjMjHjoFlzQ3tFAAX1qdG&#10;/eHCIJFPq1GeqE037SOwf7BG1Gcd21zqeN5zzqSM2aSkjzNfHycl14CQpFkYO+uXNj9Okz5jN2ZC&#10;41jrzVbgGa1OGqZhcsZJH0Osxwxk62UqHTaNep17MNQgMFw/N7pHvvVx1HVT43LV81+g94bBamQ7&#10;OSnlfAG/+TmNJtLH2A86DutegF284p1Ip6Un7t4nHpOHUGNvh7xyCNLUflp2pNL1/H7g7lXVOLZg&#10;E1Y7lqEjtZvF7lsks0/vlgqS71nvsHa3uF5z+qDUAeKE8M8NN+yU1kJIX3vLWg/NLbl7NmCz7mOU&#10;AIrBvd522U6Vje59co+cOX1aVq5erY20E0eOyOP7D2q9sR4H/rVr1wAgXIQapKJWNc7eueyaFAU2&#10;hRX7TDtFl2KqNx9AMFkv2RDlOQF/pxJlAqQBJo02UD/1AXgbBNhbH0XdB2VLWZz3fQvnlJEzZ+Rb&#10;3/iG7Nm7T6669nmozRBGgrk+gbPJV7/yZfl///AP5a6XvARyxFsgjV4B0LgfoOg6+Rkwoz7/hf8r&#10;H/v7D8vLX3YXAOWdsGga0Nq5hUAXXicJIdvxLMjki9Rmp0eD2GrlkmdrhzJfq+HUXkhs97SrfytI&#10;tktCb77ploFqOBfX6xryOI5E59Mnz8jRI4fwLAbUV7IKILXbxCj6zz274R/Jfma7JBjn3/NS3suY&#10;iw3wuLi7f/7X9+xJn1Q+ATD72xjTH/rIxwEyj4NVulrPlUeOH8M43wOrptXyH37wNXLnHS+W2+64&#10;HaGby+T97/9r+egn3gerrNPypje/RVas6ldFYrnc0Abl637yJ+VFkPC+771/IR/44AcR7rlcbr7z&#10;BlUgVWAhZHzsbPFTtZy3JXCAJUuR5L1kqSaHs+nQAhYRwMonLHe/7MxOy3ZphrZ3xYte2oUQsgJW&#10;GCQIV4HZ304VTP4/NjkNii2e6EtkgKTxvf7g4EC6OD1Am7aNO/ASuGKyhZdlcFPxTJfAdF8o8wBg&#10;EnjRuRAEbcbmtuP9EpZfCvTlE6R8YZJQM5Wixetih5pSBgRKBFEONmThAVq0epBQutlqeuAIh7sZ&#10;L5elmWMrMxSm7C0Dhk3W2ef3UQnRNDhIvWVMh9ePLp3wk2tB6jcGNOEcvnIY9/wgwKkjOJiexAF8&#10;Ct03FkBhDyYFpHl8vWnIZEsQAFfhV9aD1NulAPaGVy6VlVvXy1KwcaoAyibhMTfbYFesJeOTANWA&#10;Vi8YcMKCppcg8kBK6YP6BtLnTI17CSzFKitUz4jQyS5ZzI0BDPvsF74qy4GM3/bSO2T33kPywCMP&#10;yXpQ6c+CPRjhPg8PLSafSqhoHwaDcJbFH16vBICA/hSkgRPEqpSrOpAJLtcACqxfvwZd1T7I/KZk&#10;05Wb5cCBEakfOQDW0yBSO0/KEzDyfeUdtyAld1qOgJZbxudZsnIJwNe6+ucpcwzPlT5tLABbLSaX&#10;9ajBfj8YgNPxDACXUNOAyfQzvG5Lz4ppMKdobDsIGe+jkBMfkTEkkh49fhjSYMhrcU0V3Ce+lgI8&#10;LSe5jdD1ZueNiwKLVgJ7HA/JRq5eBGSRtnJ+M85Bx2MHoe9Ou2AIUusXYlPnV2Y84MjIcTIiYwUU&#10;w/yJNTejggKAkCZ8WtPBVGjvAJnc3+0cO7jJBXhIjt1XBahWJrDEYo0gOUdJ6LxWKGWPfVET4Xt9&#10;YOkNL12ETbMH8umF6NoOOIk02Zi4n9WQyYBMzeWCBGC4RPnCtAOHMdZNJU7c2JRNRUBwoB9eQ/VI&#10;7/ss7tEANuQ6GGHgTzqptEokSh6odhHacVzxkdbGmdH7yWhKtLiGhBWdm5npWaRNx5DyDkrjod0Y&#10;O6Hz2/RExkhy6ZUeRGj5Axu5XvzviKEXOPgcmzVyFn8fDFcoMKXMRy9jp/vVqsVg4jFNMHSAnWP8&#10;mQJru4aCdnYEaa84vNQBYg4oc8wok7HWS/DYdRQUyMK4rkPKG/T0KPCovqJJ88V2T/6ysWc+ewZN&#10;HZ1/NhpC+FcgFkMGwaSN4XN07Ind0nt5RQ3E+8rO269aAksYHeSFKEy5TvZiPSJzk1JqhsOwS60y&#10;YzxnelaGeFbjAAxLl29G5207NtVQ5/vx0ycA+sGXE4etsDogjVGwSupHEdRxRM7UV0ujbysOX8sU&#10;kI9N3VtNlFLWeX58ukMwxo0HHI0PemGHljMoQNJ4NHpQgtkDcnZqhcwCROwf3CjL4qdkMdiErdJq&#10;PKuygp9MTU/9xDyjWxtAeI67H23KyCgYiJpvHju5apSMLfgRYo3kIYzNFR6I6VXUKgAnNpXoJaBS&#10;KmdsB4JMF8mszXy/8oBfB7iXxzoSp4vC21jvYdgtcMJL6zpSVOemCtr8/DBdYKtuzc/85875kHXI&#10;L9tZgbmgD3OeOj8uMJXN3GEgOb/BRArZbqFm26Sb0i2kI/V6s4XAi/b3jJ8VqU8C7kkKQubFP/mv&#10;J8m8rumUKDB8iINxSZjqxVQKvTG+dcFUCcspCFIGXn6Rsm0Mg6S+S8OfUh2nzd0Ak1ZwzlsukfO6&#10;BkKayC7egiC3j9kMH/RfN+nfU0A859YUt2ewWdtBknByV1PE7Oz8XaTSYn0ulCQHciafMf+MRGy7&#10;WWAXmXI7MzRO7W0Kzb+CBN2DfVJM+Y3jxIbDPXM25kzPQgkWYG8xzgqC9z+0kyp/ZbsrcdBxqwV2&#10;MNpuBKx9ZtR7WEFEm0tNNdlawD0r9v5DgV+sojhj+qnPdWxT8FYSqxwfuJYJlE3uMOLVL96iQ/94&#10;AFs9akPXdHeBHmUXjIeGcYV+42QTYj+hfUgzOiOP/cuX8X14k11zs6wFa4x1jQsiCJ510pvxIX68&#10;BwR7GKZV6+H79eMzr9La6l+/f4889OC/yvYdl8m61etwXqm6+ZebU/x8rThhw8YKTtZR686C0WU2&#10;7VBPvOaj30VC2Fk0IOu6F/XwWWI/bz7xgNRYW27chrPKMviwV3xtagsesc8lIqPkCtQzDMRjk3AJ&#10;WH4kGTx8/7/CC3evTIDFR4+tLfCQ430YXrIYgG2PpvOqAovKDDbqsdeXg1RE/xylZ8zvn8BeOOg0&#10;8DUJGZcMJDtz5iRYjUeQzvyQnDp1Su19KFvctm2r7Lz8SlkGYGMhGE5qLUWwGmeYkyeOy4vuQCAJ&#10;wjQGUFcTf5iBmmDHju3yuX/+orz3b/4G5IRJecWrX43zS6BycbKjfviHf0S+e8898tGPf0xePHIH&#10;QNZdSizYDw/E9Rj3O3ZsVfLEINRWnKA8A0Y4n2lKNOrplp51IgVfL4bFac3cnbtL5ZW2KwITxuzF&#10;yGTzTagKAE2LeU+yyf3fvVc+89l/Vn+4l7/sZbJy5UrcjpZKSy/4Ws9B2q/popGYq6Z/rmS4l87w&#10;635BCfGF544nH98rv/5bb4WV2Dp56+/8AVKhN6kqa2pyRh594H55/4c+KG9/+3+X73/vQXnzL74F&#10;82KrvO3tvyXDf7IYCbofln1PPyG/+zu/h9TdbaizIXnHub6Eyci580tveYu8BMqojVuuxJnDBXmy&#10;Rg+93VT+n5I2EKjw69H1taGe4/DSBw7RqE/oGkkCDjGBdpZiHuS7NOD1mcwK05W0k4fgSq0kFCNh&#10;85GZwIJPnF9UYrZmO9rXtiOqyPqkXVsoKLpJdG2qnDCJR1Gcb3YaD6TZLB0v8fQJJDvYUHYZ+qTF&#10;XCFCPzPdGMnqCfxmHaQtRlcmwAxXi0kCULGLL5fJSFkaarHW9BfNkIxQ/GE91qTfhE/YDNyHKxkH&#10;5wTqb+JCSTyOqACAhiNEDihA8BkSa0WDM87iK0cASp3CgjqCA/IkSyoeCtFpbYGObznwWk5CsRCS&#10;26GlC3AYrgJthuS1DywwbOqlHibLVJ1nF8C94yN1LawoN+W9KaFwCwC09Q5UFJ0mH43ejOoVoZ13&#10;Z3oViT/U2UAhFSLcPKCqT4Em8pYgV4U07dykvPj6KzThdHjJCjke7lFW4JbVS+X0hpVyNyi4LGRO&#10;ofu05dprZHaqARCrT5+NJqo2rPMHYwEflTRwgc9jAgy6eALsmnWQZwI9P3v0Qdk+vBRyuKY8/fQB&#10;ZXrdfe/3HfgIkGnlMFH3IU33ImNKZbGR4yg4KXpDF2YmSrWQflsGeBlh4tbwsMaxgJ88cVoTvU6d&#10;PKWL+2w9Big6AuCpopI7TppquaabHTffKQWCAb7OjGonkYej2D9kTVyjpNCW/ELiClDnTeLuacpy&#10;9bIVB/hGHnF3APnUtJPUMzRBw3E4tsrOPJMLCDfZNEDGmNQv0sZZYS+S9w7KUu1cIR4XJEx68LUu&#10;oTfx8Au9jEuNxq2bWyq79Z45lBH0EKhN2B+KFAXirISr8Mvr1/RmejfWesHaKg3gI9Z0rI2exRgf&#10;L+tc433S4A1kF5MJZ2L//nyvmJ4kQ97jkEV7pNRrXmhFPXkApB2N9L3oO8VQjWmwbvt7yg65wtgl&#10;W5AyzybYllSpBUzBrrv5yrdQpiTmGa+pAuAqrKGggaRlevKcrN60Tk7tfkTMsRNIGXf3xDadDDjO&#10;eWLl5ZiRzbFuImd3sJugGOZfg6mvGFduqXNBJASh0URFgIMDTFtW/JwMU1o7/81ikB3WMszrKrim&#10;GRTAA+p/KMo+rTJRKjAadKIG5WTXRY5RnCyyyupIEjNzXm9uU3K+p5xXWqnitUZggM0U6mpPIMNo&#10;JgywMwyZ6+zIfqT+YL5BMlTp6XcHK6wNtcDtE0z8C5vuMN8KXFgPD1oE9/vxaKorFsuCPhSXrQ26&#10;rcwgjZqF6zVY59g9i7AwTpw6JjNnnta1bNrukqgfBx2MI1L6AxulXk2OuVPKydVjfS60XbAN598Z&#10;Vko+pZfjAPIXjqsxAKeTh2W0vkQma1dJ3/A2BWaXBSPS34t5B/8++lmoUXzs1nRtBFW8jQP+b3Q2&#10;lHu/V9efcTc21DGWyCFDTYjGNTPwyEu9W5HNwjvznHvvLWRMQYDfkejZLlUuIIAe4M+YH+1JXG3h&#10;Evn0tUJAR6cBoJHzJJiaC9i+FMzsTHc2W5fUQyP5UBJ7Hu8X0zV0IZP8dQKmHXJbU5TdmnbjvQ65&#10;ceZlaNpIYx3Kprzxnzn/MdS0X4e3Qw4SsDL3XqarQDofUOH3hATo8V9XLNq5THoAMHLKh7bPX3xc&#10;SejZ+U+xeRmvA7LiQkBGPpSm8JBNBqKqPYT32GzvjsceJEsYeyaXvJsSOOdgjxhT7Lx3SmXav2S6&#10;pDGboh9OGzBnch5/aZc9P3dMkDIqbW7+8zM5haZtux+myMQ1Rbaoe/8kRicoXEASnBLnmABZzdF+&#10;d0KtTSiZpF2K6V3oxgFYYC0aNMyC3QctiUGNpz7BEnt5rmPu63+XcPin/63WoIqc5qS/sUqflH3O&#10;tVQHtEn68bkgi2SQBw54ToKC/DxwlsA2F+UcdITnuKCZQNdsMYl9DxndRi1q+DmoEqA8uFJ2DHv4&#10;uKjtzMTMEXn0K98QO8mAuZosX8WALIR19Q+mMvI4ZbTODxPqnjYep2xa/lu9ebk/01qIdQiLgqUG&#10;6byXQRnzOFh+T2pjfNnylQpGVDBHqKixyoVopWtmJG4fYZ0RgcFoF+E+spZD81IOPCLh1Cnsz021&#10;2VCixtgpmQHgF9KjEZ/BDi9GIeoatwQ4GxFb9rZgFN/e2zkfUND5vU7fMTZ7XWO+qXOfabwrICGt&#10;lK6Xx+Hhtwjg37qNm2UFPhuZbsZ7/RnfrFUgWZucQde7HbSt9cEFJJ3dlWVmTpZ5NyMK26EiNsV0&#10;TT+H62AJTeBs9MTjj0K19ICeATZs3CRXXX2tSkj3A+y8/4EH5d7vflde97ofl3XrLcgag3peIhP0&#10;rle+ShuvvQxpwfOcgmff2XNnQVjYL7vAzBtEIvEDDz8MkHCh3HzLzTJNFRju3VKwIm++9TZtmH/7&#10;3nvlwYcfUtIHvcJXrF6rgJ67r16FZJ1aRwMsef7Qejycg7XaxuS7VDjVmAvS+o2XxCfnrNh2spyT&#10;eiif6J4kqmuTg0AmiSeY7wR16LXPgLljkJO/573vRTr2VnnDG39eVWFUD2kwIxsGQehBIve+pUT1&#10;oeqRlr7G+YIPL17qmxdk2gvIfu1Fw4btteJc4JzpsH3ye5quEaEq23imShnrSYOKrHB3EHY1up5B&#10;HWmBZzSeQ+/59jcQ+jclO7fdJFuvWCd9APE5Lnux9t30gttlE9SD73n3/5FPfe5z6nH/27/9NgRy&#10;rJI3/cIv4tw+Jv/3n/9Z3vHOd8hv/PpvyuVXbsOZlcGjLjl6MdaP62+6AetmS20iSAChz7+NO62r&#10;WppSHehY58/S00/JIyAJuF+AvVCP813PA7z2gsElpkPem+BkxnSKbm2nO3PbZ7Vd19fERiWtOXM/&#10;Vsr6y0kSbJyaaxaSdfImNbbd58dmyX9xAuSZQux1vt1o4ywZ1CauLp5RmDJoYpdAqh4XPtErwERy&#10;nfxQu0JE2VoYEGQ9BdrRI+hSUryOaYv0HFHDYfqdaQgJrqtp9Y+0bJoYoZhLnJUPypYo+4IE4FQj&#10;9obcofFJwg6wNAAAwthNjmaFxpL4vLNWQaCz9O/CBzkCGd9JFBajePFjkB2eZRAKDpNNmrAClJqC&#10;79iCoUH8bkkBniEs4CUwXgZh0DsEVDqscZEBiDI04H26SmqKbxnTi+t9ZM8hGT8zKru2bMLBdbFO&#10;qlLFeTHQM6uEexQo26rpWC4ld6+iBNRNmSGuqFcDXXZrGTLCLqwayFKOB589JILsuHK7PAST3CdH&#10;z8jTp0dk29Kl8EDpF+A4SLReoAf+Nds2ytrWTvk6knNu2gU4p2+LAmvK/CLrxqcZswgjHjs1OaGV&#10;2bcf2Cc99+9Gtw4AAzb39UiAGgHIdvmOTbJzE1LEcG1cBJyXkOv+Nwiu4l6UKfslGg9gaBasRsoy&#10;prGZjk+chQR3EtTgcwBy2CkU7WTNIoU6ND2uGxS6YISoAd8UFkMRn92ULuyJDEm987Q46XFAX+x9&#10;LRNpeuAWu1ADFsreOjJ2B6W0uMvMzU1G6tE5N4tn2mgGabqtTVL18onTbaZTKjdvxumBJdls47i4&#10;2DqGlzv0uZ5GlsjoNkRnQFslcOwviua0BEsZaFAGNboZkSGHDqLp9VRpeOjZqn6vTOkjXyMs+UMJ&#10;gVx45Ix736dUVhUyN9ZLipzQlGPNsYc9CxdeOvTYSxhuWWKjT1RLM/6Mxqc7w2qfFhwQvEPhgrHQ&#10;U7MoigJZgD/98MRbsABzapBjEGtBaFVqrz6SXD/A5BqAfyPHQD9CJBbCtPzJj38IoRHO88c0ncm3&#10;zQXWJYb4ypzxASi8V8rsw9fPYdE4jfWgZlbhdZepXUCcsGPEsw8qFQ15qWtDIEwPzEEiScOLMlEt&#10;QoJabTGkVQC2mZbeC7mGGehToCwsYcxV3arOeVqBPLqFTncLN7+C5xmWe9JABmXqthUegU9BVNN1&#10;/DflSwvw36cR3HT2+ISMGPprQlIyNC5btsLbDvdSmmOwQZh1IHXTP1s10g50rbQayOJl7L4gUO9K&#10;rA00JWcqFr/fFzDFbUZlK2cOn5WxM/tAyT8ls/Dxoxl0P4r9MjvMZIoGjiriAPXkHrm1ybVRvE9T&#10;JJq21cOFhQVFI9ZxEkyfk+jsHiwYh7GOI4xj4fNxTZdhrUXYz4nvyHDPAWkObMYvL3Bpv1HTAe/0&#10;asGYCeKSs1jA/P/GvbNy4MSYMgzI0GzS04FFcciDC66XPpCekRIoq9Do2CjlE0KTppbfAztwiPyh&#10;Mme+WzC791LcdhZfvtQI/CE69fY0c9eAef8Q26ni7fD6LDKCs6InaMfL8kVRBwBoO97IXqivaefx&#10;ZdsG7BVJ+J1S5dzPB1K0H8kXX4ksNO9Hk/fMs23FcRaiYNK+a9yeITIPOXSeh5mwBm2bDUOWwpsk&#10;oxd/JglO0OT3WHKFZuABNi+95VqSoyCmIGPSLEiK+TT1Ke6UshJSjPMhGgnwGHig1O+L1gekRcm8&#10;iFWqloRTJRLUgulbnmWe3neXNpymPVtbYM8libjG15PtjJBCRpWdYwQmiUyFznkm0nYfKXae15JR&#10;bW0bnJ4W+TlZa9wu/TVFT0fb0Wu3Ba+jxNQwqcVt+wxOmYeO3eoCcIyunYEHE52zCBqk/YvUXxfd&#10;JbHn+qU+DSY0gKLQ+4u6Osax5RX8UmkTAUNIney0sswjroNRnHp2p/Yl9NfV/d371ml4lKRsC6vW&#10;KrFrlhsn/xUfwpR09KPYdThtyu4M1WvJma2HnjgQpYEWvHKymzRhk01nNmOU2RFrM7iOyTAND9aZ&#10;mWPywDc+J2fgyXzDi++UdSs261yoISCL1iqUlbXEZkmd7ShPh1BtLncimzVxEq4iG9SxS0nthx3P&#10;lm3blY118MBT8uCDD8rGTeMAwlbp+YAJtA0qSRSkzeRyaQo9ri/sdSzA5k405kEOiB57SMypvcp4&#10;UeUNGPd28qjYJ+BdBUXE9ParpITmejDY71iR2OdM0MrZvRSDcC7JlL+tcRWkDPAgtZ7ph7VLFZK9&#10;YUjotJXMRmApyLziXBRLrolgcutiO9hnC3uJybGpTaEZ1Q0AMZeU1mG7MLCCwr7rVCqTU5Pyzbu/&#10;JR/7xD/I9dfeKLfccRvAvnUKcPBaNyGk5frrb5Qvf/ELSNL9qPzUT70eTW1aqtRQyw4geGOBfm61&#10;+UEdu/uRJ+XTn/mEbNlwjbzlV38Qzd9QThw/JR/+wPvloYcelFe++jX6mgsAAg5BjfHyV7xSboO3&#10;3yzOV4b2NwBaFyxYqPVmaodgvHe9vchNqpt8+zmQ8FrvMWt90In16cW61oX+LNSKUr9Zp75CjQrk&#10;v4r7GKOhTH++qO7UImWMNcp3x6BCOXT0mLzsrlfI5m1rZRiKMyrdaAujQYMxw1Nqal/g3qviFF0E&#10;70ulZz2o43wS2qwpFhQlyXMbvT5zKb7JAh6Nb+orG65cztUj+SLUeVRq2jpwCJ7PYj8kWgTkgCsM&#10;AMjmmj06egrnF3iHQyVEpjXtCWo4RzFt+7++7ffkhuffIu9931/IW3/3rfJbv/FW2Xzlenz99+Wu&#10;l71K3vMX75K3vu235Fd/4Xflph+4XG3MlPWupDCnHhMftpkHgItrhqsdkvRz8R6rIrkwzNh0gqvt&#10;zVwzX3mAyX2OOPMS7oiq6oT15kz7tcUnlrx8SfIx6QkCGQZZcWBN2lU0xuZaF7aIHJpuV5we84ty&#10;2cTPzwMUxodhpEUTOziurHCpv+pphY2W53QshiwYuSGVKxQXhGqKxwGnaYl1JCrOOsDG0mNv0nop&#10;pQ/NsK5OiWq5ERl6QtBsrCAADXElMbgewiYzgcWEvkwoaJrGeXfRZ4/sQ/6p43dm8BnHoeg6ie/v&#10;CetyBtLfKabj8mxMqTS7T02+Bgcv2Dxgh/VBNlgbwkBeD5r28iEcbhfBcBL+DDiwT8G/qwkmnYY+&#10;oBCZPUvjfTB9sHD1QG/eBMBFydx9D+6WkUOHZAs29B5I7xRMiJ1cWVF2en5lUay6WFFOa7yEg4du&#10;zRwmhdkDF5y0BAoIiiVgDb/Jhezqa3bIV/7padkMVt26dYvRSTogTyD4ogTk/RT++87rLxdZuESv&#10;rfzY40jVnZDG6payFPn8Yn0dassBWkJa3IAJaksBt1Bux4ZXh2Sxjgk6AOnnOFI+sdUDbFgs02YS&#10;z7rlZIH4lOoLZ4PUoP8UfM3OAdQ7eeq4HD9+Guj/rKYFKzIfBB5cbDlgjgxKsLymGmP6rCfhf0YW&#10;aP/AOoC3K12KsJxSGUhYrrsgBhRJUTylHTH1IlNTaRc8wtQsyoOBIrjxHsT+Pb3nSzJZTcYIi9Oo&#10;Rptq8ZO5FKdymG6dAFNg+1hrM+quZwq6jS9JOJJMEsXXZSKRYeJvjy7UJQDJFXZBKN+O8vOVCbW4&#10;xwZAtEFnFdLb3r5hFF9gdGFxVvNvMkPICSVjSot41+UJPNPJdd5aLuRFYbqa3hfdoAMfvW7z3lhu&#10;XSh5gFXZhcYBc5JO1ZYLT3AUSMzzGQXiVIQG0LkxewbAKVJ6Z5D8ikPAYQIvXG8ihvKAYYhxt3KZ&#10;QeEzBI8YSIyxrgwNVyEJXyOHHn8cnaUN8tDd35HJhx5Dh9koI6wH19siWbgZSzuBJPbS3aS453/r&#10;H8z7/sWb4fe4RIvrpJsokrA5wJSdBZNTZctguRFMNZ3dHd0kYUzbvwz3fvlSmRo5LU14wfUtGtKf&#10;aFIuqyB+yc17L8VhuuIkPGBqvTQbrrgUtTDoUogk7D6XZsBwG8qZV63tlYnRMTnw5EE5evQIitCG&#10;jJw4ISuXL5elK1bL4pVrlY1XrZGZaBT4itNxaPUgRal8i2CbSkFdiEpLvSgjTY+bhaH06AjBeABn&#10;oMg3ozEcvGZlmiAaDnS9eH4KGMaxem8mILRJ6B7WN4F4qKm39PMz0KUM/W29yXHORPNpSLWOSzhy&#10;BK8FTxzIdMNBgHxgDNaxf5SmT0gtApOwthRr6mItcOnT6oAy2BxU0VhpOmNevu/xkUjuuf+U3k/L&#10;tZUjjyxsBTZpcw/aaC+B/wYaEWUvUbRqcSBx0lTJJfPaxFusu+o1j7RZ021Dnzuwy3b1C5u7hrT5&#10;PTsXMFEM0S2aBnfzjrZdvPDi+Pzym/P67s2HMdP+GfyWbtsAP5sL7sgz+pL7b7okE1vpJte1Bcae&#10;bTNIzh+KbQoemjTMtv1gaG231+jeuxUP5kW5z54AQCng57NA800J8XVWsieJNW26cL8XKfnKMc4y&#10;ybIR2yEZycC1pLBN9qLAGL8e2M60iURW2iVZJh+/ZmObHuKDfGpz3rvGZCnHxmT977zsOu+X49j0&#10;wQX8H88zIE2QyEoyVkNXgMMWeBgpC4DrgQbD2Q558lypxfmE3kR6ncrEpQ3NsBkDxLQ9K9stTCat&#10;ORLvQLc/k8pNT1V0veHTDK8iHMqqdoJiWBc45DQ0mf8w0/1Qj5XKdVdg41uN2KaAbzIdggT0Nt6P&#10;yKcDO6amA+eSUBkXLBUX5MlpOrHNSbKNpK+j7BHjAWKxvhEr6uHXRAMyJHPDqn+RNp1VDcImjZ8S&#10;LQQWHn3wO/LV8abc8vIXyKbqDahnsc/RNqLZdAemMJyXBN/MCwSzBQ8ul1zPfawCZtsS3M+KPAQZ&#10;28MP3q/jrRQ6gFZrvKDmVqs4F1KT1JJsOsOCJBguySQafjVT1XCOYPyEKiea9ERmkxwy7ejQk6qy&#10;qMS7ZCZcI9UFqNOY1m3CNGytG9mqW+DTBdlJc3izZzk5xrH8ar2umR3HKq0rABuBeQ5yBbLZWrzW&#10;Z55YavPhTBKocqfO8AF4wLEWmkYtVAZbqALCRxVnCxItBnp74SVekmuvuUa+e9/31Kdv2aplAGZd&#10;UrELykGtjN+bAFni3m9/Tc9X14HBtHTpQg3sYH1254tfIu/8o/8lZwBgvfnNv6yJosOoHQ1qn97e&#10;RTh/9SuTibVhnNvw8yvypQFC5pl5U8xD0Bj70Bq1IWAIDc6EkT9LKqFAk41LGnCijEQ010moIbu3&#10;BOLNNJQl9PimT2L/4AJVcNHrexg+h1u3bpFPf/azsmHDetm8ZaMC/XyfmbpVeITMyQGYWfNM7JjC&#10;ziOajLUglSw+F7JYc1FswE4uq73kZ5IAms6qzRFZGOrkZK/AJmC5VK1U2hQlhFVcaGLAsCB49LeI&#10;s/QO6HpNGT4ZlVdfdzmUessQzLFbnn7ijCy5EWBfiyB02QURGo7XXnnpq14mRw4dlD//y79EuvTX&#10;5KdWvUbWLFkg115/k/zPdavl85/+AoDCZen+nNQhNrYXz6o00t1z5ll6XmnztBB85tfzbjJ5kzXt&#10;7DwfuzHZXCx1K3KyYrPo/J3KaubiQtuiz06yeee9fvTgV/Jdu5YHP9LIdFEGGTe0FqWL6cFOlB1h&#10;y4EDs7BQRrNkhPiob4ID/IMDHpl4ZNfZli8MEhZhkPNIIkNkOk799ZJ/6qUgcUBz6Tz43ZCvpTWP&#10;Ver8dCTKxKEc9yQ+5xm87zSs4Y4AaJxm8AV9/SoD0qq2FE0mNtWLLsAC+NcZdE/KOBwPIXK+xtAM&#10;pFsyFKJadebxU/DkOn5sVMZmTgGknJKNMKOtY8H/8t33ykIsTi8BGNZTI42fh2uEZUD625hBfAVQ&#10;cZq7DldcWhKfEychvfdKnhGTjZXYPU4vGUzjClUq4Y4ilCLXAcKxqFZmoHqF0FOtKXd/5X7ZvnyJ&#10;XHvD1YKekDwIhtHRE0dl8/atzlOLUgl8fRZJpjEkh8MbVmnv2B10HWOLFNkZspLIlKTEEZv5jKbN&#10;zkoNcsVemPWz2xKENe06xbi3lHLys9GXYmxsEsy9SRk5e05TcPlZmeKj8gbrPAid+biWfvAxcz9D&#10;do16uAXO44zvzftDmQTBp0ZjHCwedGzsID7TCv19JvxYPnEWofStKcWafhYz1KGCeHt00KJoXBmK&#10;PdVelQ9GUd3LzcN83z9LUYuL0erWy9gTvyjXeTcdALptA9NdGmfoFrOUCegCF1yqq3vGLoAmVPAi&#10;VB+bku+SxyorbbQAagQDGIe43/A7qJhFANL7ldln6FVoPUMLr9UA49EA+My6NmTT9bnNNCgrs067&#10;aCymdXyFvlB3fnX5/qoCsEnxr/T4kuuMxVF2KOZ4MU5dT4ZqSLmLN80mJBuot1CkG07ADR9gj9uI&#10;mg68ouecviMYn/TjxP+eAiJ/4Pg4mGVGliw26N4NQu5wWlas7ZNHYY5995+/R64mlon1oEZKN4ta&#10;Aou5g3wirSNU3vRMaIJ89VizacHaBVtw8TKkx1VcJ1oCD9AG6UH79NmWgur15pQWKOJN1DMGoDPW&#10;xgCVfvjVxEznw1yfxnybArAtyvol0IV1D8BSqVrS4Bl2rgzWmZlZSGExB8lyLPtN2HZpteu67Bk0&#10;Tg4PpikOPSXIsxYvA3uzOiuNKYviaFpOnzmBOTGDzvRZZYL2YAOu4Y/KP4KivyqvlfJbR9+HNxLn&#10;IAqqGcjVm5jf9NphJ7UOWn5zBkBcY1aN1kNIv6vwyCADmp+XlHsFLMWB6Jnk1Thz6XpTpS863ple&#10;HNV1XY/o4Xj2oERTR4HDY+6CuRdXV0iztkrZGqU6ZPsT+8CMxNrWM4xHgnUnUmjOea3qwQP+kmWM&#10;HYDKjbgqX/r6URR8aMDgtYOEchJ7DADsP6aYsxlVhjdUE6B6zL2jmVHxnd1DJlFLDzCxZOycdjWt&#10;Z19JGkIimd9nQRLcFrBhuhffqS9Tu79XYupr5mMdYtIGRjfGh52DSWgvss9sL/2MUDiQFwA7I2kw&#10;mMmx+OxFpQDaAoDYzuyzHQFjpsDWyt+u2NMhTf6+tQWhFD34MvKZslBTJl8WwmRziadxLnA2aaKo&#10;f7EUpTlZkEbe/6ptANg8fzMfEtHe+M2vNd266KYAmOaBKRcsQd/klp+DYV5IkvPaKwrpUmuC88js&#10;zFwp0F2Avgs15ueS8CQ1cpwXXgW5FD/rfZwTGZS1KWuw8/06I3ZsDs7LDNxzNZ44C440aTIn8c60&#10;4hlTMgXkcv5arNEjCzuOQTSZWmucd14LAUvROezxdccT8BYQeaYpmVjl0DU4LJouUdMFXEU2yBYl&#10;zxxyEikPCuc6aHlwJBkcgcnqcqcIdooUZbcFDvhQa5IouZAg+102s2kyEgdpwnoUu9dpNgNt2FCZ&#10;VUb9MYmGbrN+TkYeu0++j5qziuZmefMmsZDz9oHhzmC7Hu6l0aU5bgZt89l0kUKG/ot9fb36Ezsg&#10;y9y718iexx5TcKIJxjvta3pMJRdK49myPh9ZGZFsjvHFBmuorJdLZfp5YvdAMgrAr4TGF/3XWjyI&#10;x9jrDz2O2m5WlQ5ww0ZtwUZVT4FhbgvMoWfuDdb5Wk5dpoFvfjw4kCXK5cUFzz5DrN0u017KTnWB&#10;ZPmCmiJE47xXLrviSvmhV7xCvn7PvQgn+DrSc18JksOAssaY0js74+oaAoL79+8D2LdcgiWh3pNy&#10;ybFjCTLV0VA9fOQYmtfDqPUiJUTQE7sXJITVYElu3bJNTiL05O4v/4u88lWvxDmnTxv8GrZWcd7Z&#10;Ccu2o7k2T/NSW2gF/RslO8fOUzBkgi7rSnici7fB4TmCtSLrz1K55P3WW3rGpYXPoSMnZAT+iEeO&#10;HFEwacWq1bJyzRokFy9D+MMKeeMb3yifh2T07z74AfVLjLQZj/UBZ0mGw9Af/oUvuE1uuPkWgKdL&#10;lC1Y9mM187V9NsG780lC504FzifEPhP/QJNfZ4xTXo6Oj8JWaFqWrVilz4HXnx1WTRY+BeLNyaP7&#10;5TOf+4I8BGJQGfX8cqxhLwZ7ejMYzENDS8Bc3iG/8RtvkXe/+73yt+//U6gd34xQlDXanKHNERma&#10;mlwNXOPOO+6UD3zkQ3LfA3fLnUfukLXLQJICk7l3/Tp53U+/DgSEQemthEoAI84R6nOxF3Fv223n&#10;5q4x55bxzh/wk1z4lGJswRwLZi5J7IIc25wXi0llvO3dwW4Sm3ZdiulyaDRzdWqKVEVrSym7h6xI&#10;PZj6iek8WxwIGDqxvUp3YyY84uAawpCfZ0eV4joTD5XSGr9JiDi7vdgX8GGQk9BYk9H+A5vryJt0&#10;faOROn+gjmKN2UQN/HsUARonYOg7ihcbBcB2DkXLBFkd/Kxk/GBjJf3X4pBXwgFyCAt1beEiyG77&#10;tDtXwYLLrxswqHiIJKtKD8GMVweIcnx8Vu5H54YHYC5WOkCxAA8CGFwHsI+H9lkcip86fUweu2+3&#10;XHbbdWqWGuN0eBIJnb0scsAGHEVyJl8vbuhx0t0b+hHqJHUSVC186AsSuIM4Jafq9ec9Q2J/aDAa&#10;1FFX4LClsmOrLBlKV6cmkZBbsS7wADeugc+9CLKCsp2VDZDdfu2B3bgfT+ix9uqd26S6aoWTZDDW&#10;nCk3POTj2pV5qIsxfbi4eTmadC8m6pkRpOziXjx96KhGzo+cHVEJ7gzTedkZiFspQ0oBY00tndWF&#10;XSXVTTIiGy4pNHKUXC0qI0k9Z/wxiDxGz6QjYIzFKxh3nnMlxnJDUk0/RBz4Kz3LXAAHzfbZxYHc&#10;NI5H8QeFUkg5oqiBq5PrlnJFcJymdNrC2TzzPXCMtnx33hTZL+2SPptJjQgs6PXpouZCPyr4PI69&#10;EvguvChDlvdLpc4GQB4CXkKw9gIzoDJWnYMudSZdgGLjg0aUkUcgA88Zv4cHmTJw3Wxrqg+Mes+Q&#10;dQkGan+5CUCFxbJVn71SoK4yrhvpqe7682SclRwHh54KyjAwjmbtziD04AkUtK8D9ZsBZa5pmdaL&#10;RN5pq2zKQNcS3ElKPm3ZgUK2JC6TlvOgqSAQNwq9szHZrlMyhnE4fqIsB0/UHU2GybutMfj0XSF7&#10;ZFQWNJAK3ZyUJb2jsh2s3cWBtEl3bcrmU586z/IjcDyJ96jVejSxsKF+bTaVKivYimdx9MSsHD9x&#10;En48ixSgCryEW+PoKWcKQmUSxNgce9avl5OHj0nf0hVSHqrLzNgZAJ/4OQB8FQXaWiqVZ6esB/eB&#10;71GruaCJaWy2nHdVrCnqeZP3iAiCNMXA+MOgNiDCitoQkAG6YAGe6VAsQwDiGSTT2wem4QLnHxNq&#10;v2DWsTqbDjCM1KxdvH2h8anmDWX2ueTGaQX9Rs+dkyNHT2qKXKQpvwvw2fs1qZmGuFUEEpUAxOnR&#10;MUhM/GNn8eAzRCl7KquVgyhjpol1YHbqnNjpQ0gsnoGcxYIFuUomAGJPxJAztWqaRFhrHJXK1EMY&#10;ywOwYFisKVuOAR2loQHqZ4t7ygTkPUci+dzn9siR0019H2V3aLJl00mg+VtYF3r7lyDw5xEZwPtG&#10;bASUGBYSZxYV1vkrBSYDm9KiLM75eXmpbvJ7QZAB/8Z0gmsmFyealy6GNmMUp4Gr0inXjeMMhOo4&#10;gBYKxhwDy9hO0+i0IWHa6hObMXMu5uzUzdj9Qge2PHOyTSqbWvfmi1EppsbZnOTxvB8qVWqaTN1h&#10;bUcmRcLoa1c0xYXSy+TMoovy4XZ5csLmi2xxN0vyNuLM7jgD/azJyX1jB1QnDoDW5LwAra4d2mg1&#10;WavK5JON226MjmkF5nzAUOxy6qUQbmDTMZpJmotpMSkwFhelSTbO5k/+wG9Mp+thloliO9gpiVfa&#10;XEy6rgf0pLi2Nuf/mCXOdsMFbMHTMbuWZI67g1MpZTfaHAbXKYNqS0/Pp1YnSet54XyuxtAgPQ+K&#10;WUndZ4qgd+qBGKQgmKspRG0mICqV8qL1aFoMQPY5iCTXQ2AIHEdzwrH60+aXJauFzVB4y5a43xO0&#10;Qb2mAR6i7Pok7V3rkNCkCbCtKKvHXC60ya1xOcWRuIZ0eok+gCo9mliTfn71bS6olajAIHPKfQ6G&#10;10Uto+eRCtZvW62rdQPf+9w0AYExObT7u2DHj8m1t79ItiIoYfmatai9gzmwD3teeyyb17DaPJBp&#10;vYw6r4AKdG9laAXtbKgw6ENDjQz7hx96GCmRS2UzlDTLwdoj663kVTnK3i+JY2R6T86IkjXUB5WF&#10;2Iu2bxYLyyADafDsvvvA1ESDvMFnjX2ZwXWHd0sIllhl63UyvWadNBcZff3Ag29ZSE8RRLgotK/t&#10;5mVYUubjrvPdOmZn4Bue7QFA5tkOEcjNiSLwd7EglukIo0wbFcn6h/E3NAjDf5xpXwqwb8uOXfKZ&#10;z3xK/vFjn5SX33UXvPgG1IrkxKkR+dJXvyxj0xOy78B+rQ0Z6sHz2yaEaVyGNF0G07HBu3Xrdrn7&#10;m1+TRx54WIZQm/VUIz3znT5+UpYCjHrFK39QNm5cqz7X6iVKayaCfGHJN75CVbGQ9WbTeWoujg12&#10;cVTP+W//c7xuoKxPAHCo8+oaMvKkboBr1m+URUixDsSxZCPvf861g+y9T3/yk/Ig5tHwkmH4vm1E&#10;E3tG9n/nXjnxqU/I+lWr5PYX3SFXXXWVXLXrMgRczuI5nNDatZ/1KM7mlE5TXv+hj3xY7v7q3fKG&#10;N/yMbINcPvDj1nYX8P8bsPnmIxV9JqFC4r3fRc9uex97Uj744Y/I7/zu78sqhGWSSJOET8Vx7G1E&#10;rHz9W3fL/3znO2X50tXy/BtvArlkVJ4+eEz+y2/+pmzesFl+6FX/Qe68606569U/hB5DWd7xv/+P&#10;vOmX3iQ/jjCZH33dTyigXdYQTgQM4fUZ5rdy2XLpQ0CgrnGWWQRUSJVlEeZVZH19Grg919i4OwBr&#10;Oj0Qzbx9Dotf61YvmvOy+Io+rnn2v/E2a/NJ85hPRnLyUiXXa3JR9zwwq/zVBqkMIQnUsN5YRA2e&#10;TUalV+aevxiVltqcXwIXDbCdIu3EYVMh2opDJFl7gTey53uooSXeN5qmt17kEnDB+HDJns5fj0VK&#10;o5kZxuoZkoehBoMfvP0eDqctdvpCqwcsJUtoyqzoxk4GTFTDBmYp/wVjBDKzCgyFIxjRn8PrjQzE&#10;chTdyFF8ruMYKCMG3hgALUqGgE/ZSbxwCGdHjPTpftCwewcgv0XkfT/8Dmh0Sw8pPrt6q+H9YQBi&#10;GCd5KFV6dBLwwF3BfSG4Vcfn2/v0Cbl87ULZuety2YhU2nKV92QAi9CsDJHuSi81FCr3PvgQ/PDW&#10;SQXdB3bsTpyaQBrmgIwB3BlFSi2LgxbYKX0VtyHj+OxTkx0Sz0qgqd55vEcV1c87cMHV1wT/HMGo&#10;oWBZD4DLRALawtd6AV6sX79CHn/iIYnuvgdUtl4ZOXpcrnrRi6Q+1pJdm1bLtjXLnLyO4AtAMwJ7&#10;ZWr2ce9m8PlcZ7SkSZXO6KoCc2QAdWNjsh/03DNnxuXcuQll7hEgYOJb/h8CIUzs4r81BTeKdTFv&#10;+eTotAgUBwinaXO5Yp+/K7kkZ3cmcYuByprNDMDXCfz3URSI6JaV1gDIaWgqj4lL6jUoMUChCD/T&#10;ciyiVjTr6Mb0ugtCL5vlTY06PEAInBHsCD3IrV1z/awuvESTVY1W6hjzdZUmcsY0WrPqqUMpO5Hs&#10;EM+9D2w8LgxkxEbWmZ1a3PMKE0UpUeECCFbYAECI6WmkNI9h7AULdZPXdC8ulmQ5MhxDCO6hwCej&#10;rwLAyBDk69VCVDt/fP+IScGQPRPkxM8GkO0sB/i0BAryRQtRlNaYJMak1oqmKQVeUKayGlspRo1z&#10;auO6+9WfoSnHUdxYNQSuOFo+QUGVnhr1O3MMvVALUJpVTzXIQAPoNx7JiXMNOTVKSUNMb3EnOyNW&#10;w3tF9iEOK3FtSA8dJYyrIFqg983YcdzXGWUClvQ58DPWZLw2jAAHyH4x3/fMHJfPz9wnV4aTcg0+&#10;/FogeFWMmSmV/0RuDpVCBcYJ9NXx71k2C2CKHVfWorM16XMcqu4wEzp/nrGpxfJPd39Jfv4nXgvm&#10;IM2xY2W3lfDiDKjo66mKE+3gOYHVPITnWIcJc4Bx1ktJQiPSIJ0Z2AYw0ZvjotYHliCAzDJSbVXK&#10;CD/FAYB0jSZ9LCd0rPXjAFH2aYNNb46tHiexl0T4zZLPnObF1EMagPp1lTAQGJ3Cs8cYh9SGXTqX&#10;gWRzm6fnUkaeDUkgvdVQw1yC+BNjuOeNKXyeGXx/Vu9HKiPGf7NJwmcfejlySwHShnZW2fRpYaz0&#10;9lWVRRJDHsBmBptDk/ARnR47LdHkCaQ+L5AAPqcwLJLJZkXOHBmX081x+CDBpFrQGImPKcvPgsEq&#10;uEdO8tjyvq/aIMYzYMAPupLjoXz6i6fk1GnrGwY+tMDLb5Xch/8b6FulTZ2gMSJLBwI5NRXKCqRb&#10;ckvrBzsQimsHjnowII6zgiEwRbZXYDLfWxealQB+nawmU/AsMjmvIAc8p8cU65X+QbFesQXgygEC&#10;ibQ4BSRNm3dT8otdU/lMgSgV55hEdo5k38xfu1jkBF1bmKaDgWHb5MZFhlze482kaa22C9hjM/uz&#10;ohSiIzG4CBC2u6uoKjDOBPm2neVo8sEhnd3abn+4tsepB1rmyxd7llKUWBF7v1bdH6311Z0LZGKd&#10;pWsgfWfZnuC+w2aJeg+5T6ueZMmemPPcS2Q8mlRtHMs0C80wHX4ygcklxQYmQ2k9q1A9f1y7KwOe&#10;UoZP5C1eXDMiTjz+0lAhTV0qBlIla481KUte/Ocs4gxB7t+JfLSVYy84MD7OaevzYGg2FpyHs/UB&#10;QYnUsOQFruqT6n+LNgcp6Jfw2+MoPYglILpaMticvNe2BaEUqP1xV+ApBcase5a+utfXYUBbbDK5&#10;uu4vcXLod4nwos+l7H6WYFIv90oU2kiKbeA6mjOom5unVHVhSk0PNoYKYMb6x2ggVkn9eMlsb9D8&#10;Fl93h8HQBNmsN04BkbDdVaJtgmwOJk81lXAGzhBfuxORB14D30QT1wiPncJEaxa/g0YxD4uRqgF4&#10;b5km724/rx1nAVxvi7YTERUbrtFP3+bxA4/Jd8CwmqrPyg1oRA0Nox5qoqFfcj7N/FgNgiRhMHdP&#10;wDi4P0iaXx1rZRuV2qe1ht7qhHvwwqGKKi2msYfv2/ukMuMr11yrqiGGkTFUpKn2GWGa0sx7Ffog&#10;uDrDyKAkUuk/5J1lsHLsqafxnM7pW5agXolBKmie3IcLmgEQiH2rClsbAE/0oeW+Vpcp6TWuAclx&#10;31BmoKTJrJl/WBeMr13xbtozO0wxFMm48Rv5NaKwL5huR+/iKiAeOs7Pdj0Pegaz+j+nC26UBjlq&#10;SBwZ+WxemNgHU8R6RmWtTHAp0oDDUtth3xQCODpTR7N/KCGnfzyb3INg8m3ZtF5+7LU/Kn/2vvfK&#10;6Mc/KjcCECGj6ev3flOtTt74+p+R5ZCWkoV3DFYqDz/ysHzoYx+Rl4+9XK593vUI7uhFMu/tqK9m&#10;EVTwBT1jr4f8lGFu3/zWt+SKXbvkumuvkkH8HK+DILvqgTQ4MnKgO9NoE/suk2u9xPEF2ZTt6gGb&#10;DwuQoteqW/Pnzxw8X8I5bZkSFRCVbR/92EflzKlRecNP/7xcc+MCDansAROWoYIMnOPPHgWT71Of&#10;/rTcctOr5cWvulnWr1ikGMHoaF2+/C+flz9+93vkkcf3yVve8suyEcyyVYMLZTksdJJ1m83kCur/&#10;jRuWy+nTJ+QP3/nHsmPL1bIBftYhSRRq3VTXc5R0pNTbrut0kYkX5Vgfc8tN2xNg5/qZzmfXeS/r&#10;OOtXKhXd7Vs6HkId60r0sFKwowp8s4PjfyUaAg8jSOfA3hNg4vXjTFJS5vE46numnB84cEAmUO9/&#10;5Stfghf3lPw//+WXEBazBXUGCBlYa/4RXpR/9XcflD/+sz+FqmqtXH71DrnjpS9Twsa73/dn8ifv&#10;eo+cOX1WXgW/yaXLlkHGWwNJMJbPfv5TMjY+I6967QtlzRoQcdCoV/WQTygPEgDNmpyVjZ2HoWiy&#10;j7ffsrhtPtuuljntd7iDLtf1eds2QNCtOUEHd88UPTPbPbD9+hPn5A9p8obHRUqJuWsiuVWGWxCn&#10;ZsPpC+VkIa2kaas6/yTVT/tR7pREgIWgl+rnA+2GpYUVjQUAjGh1ysCMiAEYLe0sxTi8KrDHzbrp&#10;L6yZGdqUQr+ctxzwqBsIJbDimDMkCAWRd+Iue8N/AIQNJtpW3NeaGBcz2ODH8N8amoFN+xwGNiz2&#10;BGJMmWZqpoYslBQs68UhuwJAhcb3JZjHlmBgXwabptYHlgxAGKoUQkb0llynlkAgN9xe/KwJTCo9&#10;UFkYi+rcaKDksA+fdxCm9Xc8/3lSWY5iCuw1MulgZa/MxyZkqyWw3dYtWS4H8Ql3735SbrhjKcon&#10;g4PtqCyBUWsDQQktMH16wNyZbrokmTh0B3jj0794uG+pWalLsSLQmCbaESA1kqaoUcZLv4dEn58U&#10;ozGe3W3XXydH4S94Dt56fegqXbFjM/7do74FUeQ6s7U+GgizywtwFPexRQ9FLSTxMzjgH3oK5v9j&#10;IzIGtt44FulZLAgEAfi+2rn1Y4+H78ZMSzdXUrCdxNB1rGJNZi37AIDz6wbOm4bkwzBsOtE4hvDa&#10;BBB6mMo5ppsXE9v4OryuWP3AQgVFnelzqPMj0JRhH64QuDEaZTF6aTdXmWah8xFUxiU7VCbxk4Qn&#10;YHJYpiQG10hQgyDEQLBAF2K3+LpFOPILcAW+LP14HpTRlpCUvBDMqEploYyMgwUGBtz4aKj+aZXA&#10;ywfJSOIAQxFcqw4qu896xp7aIrKoj86gOJoEgMfOMtQgw/BzA2DfDx+zPkhDe+h5RhNnqWvB0EN2&#10;K4t3vE80C2m2PwyH/n60AKppt9bfaz5XpuRNjp7TDTdoaSY0QNMZXexIt3fGUbHnEDgWHxcFHjgp&#10;561iHg/jc61aRB36jM7HGYCcUHcjnQzg/fHDYADW4d8IoOhcH14JYGYfvE8qQ2g+IMCiiU4QQW2w&#10;+HCKUWCLxYHFPLQ4yCjhDyDhcM+d8hTktifqe2V75YxsQ/E/FDnD37oPNWqGjsWQhCacPXMM82gb&#10;GGbTEiXHRe9Dw2sq4b7/6/cOyz07HpXrrsQmqKbYTWXj0ktRN35lWvoEOjIFMaaQLeNAZs+M5fjg&#10;3CJ4PzMTaRFUi8p6oEEFTw2yHiIHMS44T8mUnqk7fxLt2qeHUPdsWt4Qn4CbehtFeB2mV3FdV8an&#10;6zyRSajeSiYD05PNMPlD3w1l9tFWoOGaCCye63WXkNvCaxPcNp6J4bzm3ZyexYFG/Wno00owgwcz&#10;ND36NNnY+f7Rw3FiYhQg9klYEZ2TAYzLhUgGL1cB8k23ZO/DJ5C8DUsBjO2dm2FwHp6QcgRTcgRz&#10;RGDvxmElPVxz/vIzsbtI3xyOun1HGvKFL/I1ZtLmkRvMrhimdxIP7dUepEdXBpmzpzL3Cn5uRMHM&#10;mo7ResO2++UXgIQOSVcBWMt8yIzpIpf0sr32F0oYWwUgZQ5ZbdwWUmG7JXSYZ9iiN+3JsRnwOdeL&#10;JxJzuYiPYOdQYFlfx1zIns22pd+2JyzajoOO6d7vTZ9zMYnYmPa627bdl6LpfMLkS55RPIePYIfV&#10;oZGO1NvY+80ZDyw5wC4BsRzQYhILAWtzQF7GJMsuovsTse35cKYt5td2HgZtx+3olv88B1racbgx&#10;Oe8pm7Nq8bLRWDpCNooIxXwTOzMqrMkxIBIvv4TNk4Rg5b133fdCH0qRXw+K0pt0WttutYwp2IF0&#10;TgCT8/Gzafs+H+RjfXq4A3gDbQoHxrR5/OFFkIjOA6zBOq4tJqg8SgD8Qm3wx67pRUYdax5xihGr&#10;oV2hC9AiC7tZ8mMvTM8WedZidiA2CtaxDk4A/dgfWLK0cpPWrzZ33ak3YJBwBD2LNydFCz3hlGz4&#10;sOQAQ5bwYewAeusbOOzTzqDxO3V6nzz6tUjtKnbu2o7wCFw7GO68xppJFA4XIoSYS6Qzu99j4uwA&#10;FDwbNm9V1u3RI4dl/549sm3HDuypru5UK6Mc6y5hxoXeD5HNwADgUswwusuvEnkM9/kEvgOf41i9&#10;nml7gkplBE3K3fcou2wWh3DpgYfcAOvRqibQJ+u2AxONPJsGes8s28Be0idpKUDvFAg6ZrzfF+tT&#10;MsaajcjLquHd2/LBctZ2JNZbO887obZJbo2t0Csc6poVq0vymle9Wr70pX+Rv/2bv1ag90qwy176&#10;0rvgGbdJlzA2uVesXoOU2PUAmzbqz46dG5EXIGhjCcDAV77mNTo+CLKcOnpA/dOue951sn3n5Rrq&#10;UgrDNKxinnywbpa58lxETVzaWLFKhGgCT1g4tEj+44+9Ts4cPyMr165EHQdfa5zBeX4ItFka6Tyl&#10;3PccPKK3blsP2XO/kl4sauQ+EA5Wrlwta1evguIEwXSnzsqa1ZC+k2hRrqRzqoo6cgZ1XQUBhX0A&#10;//trNQ0j4rmLABl9s+mVH8dzS2ufzet/Nl6fPpGsY4kJKOTSaipbmHtZHR1qi0YP8YD8YOD7DSMn&#10;4JqrdsnfvP9d8rZ1/016VsNnf3xCgcNTJ0/KX77vz+XRPXt1P1mwcBCNkoW4z7qQwNO8KT8M1t6m&#10;LdvlXe95j/yPd7xdfvon3yA33XarvPDFSN/dtgVKms/It+65R75577cBuC4HWN2vNl5nRv4/7t47&#10;2rLrrBP89jk3vZwrqqqkqlIq5ZyMZAkH2RhM24DpNsHYDbYb4yFMz/wBvTCwGuOeHoYFDU3TQDfB&#10;wGCcM7YByVawsqoklaqkKlXOL6ebztnz+317n3TffVWl5DUz0qpVVa/eu/fcE/b+vt/3C2fk3e/4&#10;t3LPvbfLWg3yeVmhw2e9H7t7XHcBaa15TcJPXj1rM6+46bD7Tr7mB1FKy1DKdBp4GWcTcxNmyZfc&#10;NkK133AbStuxMHRKYR2QJV6Op+C0dUAe6QwRm3imu5LmCSkuIxstkzA5+WxlVU0SjJG4a5sOZL8u&#10;Tg4Q+KbLhi6xkr0pS4g2j43gHz4M2Okyi8ZvAV5789i0pkJK60KI8yqYT8XqIaIGn+WqPvBlAnQD&#10;FSRxMrCgVyrwxBBMNCkHKKnfmQP0+HPtdjtNXavVKu48hQ4Z58LCgkfDO7wPi4JTurA7s0ktor37&#10;dRWLRQ1g3+T0nIzD46uB8zIPM9UWqK4ToCKz4OkfhaQNoROXfd9tsv/hx+TKM5PS3rhZJzc37diE&#10;FEuY8Z84rCmcZJgYbf5Lzqi0FadJaK4x9ew1671wfAOQlE28pgTdiNAn/l1h4u9HlHUZi+n6CZlY&#10;N6ZmzZw28gHk9JHDrgZYU5NTZzQcYHZ6SaanpgC2zKvP3txCw8E2lHzwiJSR11b68xJBtHas8maC&#10;FgmlNYqilAevCaaaDmw84mvObqS9Yry48tucb2HSCAW+0KPRKwGIqrLX4rQPYoPU6+4FQ8Cv4gVa&#10;7hEre3pOrB5ybZcUm0vrcTQVq+lxkfePoAQxrFTddByfjf6BLANKXu6pJEJxzUKJYQ643waHxnDf&#10;DcBUFslp+P4eyjNNVb9rfmFJFuYMEprBgKyT/VhWVqWxnlVEs2N691GqU645JT9l1QDKzPJJ3I+z&#10;sm4dgisgXx8CK2msX9QfRJkJOCdVFJ3LDaPMxADXi7R/zcDDZyLbi5MAZb7i/i8lzBNORzWtyeg1&#10;jpS1IU7qY1wSpN6HYck/M23HcIyTprSqUwr6R2q8Pb0ZW3Fq7K0II0MdwkAnl8CDZAhynU1DZbnq&#10;wjVK3ad57MwswTB4Pc6fAchcwn0LL5smmV1r9Hw3YVxNeW9Myv7AZsj5+V4EEBvKYijjXDcq18pO&#10;hD48M3xGNjaOy/WNEzIY0IQ21rWIn5OxDZx2Tx8/JH3rTjvJvw8z4VTLhTYYBWorA1fLpz6/TzYh&#10;aW902LFVyDSIALJaM5gmX+oUGuuYAbDei7TuhSkmzeK4sF5QVkDzYXoJNSCRXUCAx9zcaV2OaxhU&#10;8J6paZAGrAV4E6i0gUwzAOxNz5bgmuEHNfyNRaGyZSO3bmtyMbFD42RBfNgVmI2dnNDhfDZNM3ee&#10;TEHqRUVAkFII0ekh/URdy0CQ2iVjlZSuz8++3FhSH6WeXgxDKgN6f8c+cZPXuc3hAMJ7WHS1wYQs&#10;414dHoZH4uAWsAWNHDx4Ug4dfEyOn5xSBvX2bevkwrX9KM7mNSwlGBiXRZ5bT9FSoD5wz1iFcnNM&#10;CqcA0H7xay+BxQyAkpI1FoW0XuBaj+LSeJ0cG9q+Xvh79q3B845zVj8GsLCpM6qLLxzBdWEyctt5&#10;EZWLG3sevAtyO7Wb0LlgmtRfLy+DMh3AlS1iLyZx9TJ2ZcJuKnMssvqSzIZOT+ICw8/mAhnOUlDl&#10;+798+mEBZMglW7ul2nZnyllbgHms90SzqwQNdPNgszk5su0SyNDp3RykoQ/Z545lJRhqxebyWE0G&#10;xNkiZmU6c0ZMlspaYCPmg2CT9NxElhv7tTRyKc9x4l2W8mizE50cQ5wTx6YMv9jZTWi4lYlTubj7&#10;7tAPYqwLQUptHLLBsvMR9a/aBXgqGvF3ALnGFKSqJgiKYLUkQ7dc4oSNc9Lv3NdNxtyz+UzOuCPB&#10;ZoXPl8nATel+/CaXVH5uECJJd0mk7UbrQpvqpyNfcJcL7I7s2Ve+l/9+UwgsMV0S9XI65RyTyuTu&#10;m1z4SR4KMxnwZU3xA9nY5iTQJk1wTlkRWotUdNBSGcFABExoCcESW8Q91D6D7XqBTs+O4Ry7ARnX&#10;cwX1oO7gYLMSkKnGOqPpn32Ts71z7DzdIf0gl8dTqyTH4kNlvM1IaDJgt2h4ki2CQcoK9X6A/r5R&#10;QCvMGi0OmzjgSYbMgT933K9Myw2Cl/H55s7slSc//Xeos98sl8GveuOmi5DSOSx1+kGx3knTbDpT&#10;k+wqDL6z+Jja4tOkn5VMyTL9vsegIsLwEXYeu3Y+iaH7pOy44kpYgawDoFNN918bxX4gTEDOP1f8&#10;dAAvYqouNuIZhxpJXtwgwXOPSoDaj+ENsfqWo8Gfgg3GY/8CBuA10tq8VRb4yrQjKpf8phBp/+ZC&#10;Zsxr4m33an7edvXTOr+f5XnVQLso1vumAaBoAb0VrZWe3/2cvLR/vwK9t991D3q0Ua2hSkGOGfwy&#10;cZbEMslTnpUtyJTcm266RT32Hn7oQfnaN74ha8fXytq1E2BulgmV43nAcBK17EDPJnx9LXqrSfmb&#10;v/+U9l4/9K53AnwZBcPvjei3bk0Ht+qhSXsR9Jkmt+HHZ4/uev389zrNEVeT/p4HAMLeib0swSra&#10;eV0Kb8tLLovVn5pKqxMnTqH2rYKEUMb169GalwSVAdTQRxFKc9UNF2Itq8jJ49Oyc+fjsmvXM/LO&#10;e39ErrnhJrnw4rWesOOsoNQ7HGqbo6fPyPEjB+XggQPy+FM75ec+8BF561vf5MLv2O+VTUqqOa8Q&#10;iLOen9cPHOx8eKgKjLTHKamXNpct9mll9KYmYWN2WHJUUXd/4P0fko/91q/J//yz/y6/9L9/FAqy&#10;fh3qr4GP36//xm/JX//VX8gncY+yvNi7e6dcedlG9FZGiUAWa9HN8Dz8vy6+WD7x278tv/6b/0Hu&#10;+r675Jf/13+Pa3mxXLTtF+X97/8A2Jqn5OTJU+jdAMqCnbpm7QWyfv24ApClFUl2piCrtfblGYl2&#10;c/S15+lBaq28ouCUIuD3cocnpvuc0mRRZ0n1U4qi7E00ISwseXZSvv4JVOKRhQbgt6E+P0mzfmPB&#10;AlZvqE+cZdhCs6mSXNs0DnBqe98TMvL8e2rRGDtfkSjOVcbGpKlSRfwGbBN69EUusIMJmdz4F/vh&#10;owfcYhHy1ykUA2jxZBoP2xksygT9Qm22HZjCRpWgQT+Yepx21HBzVqDzFtJY417d7Bjew+afAGCj&#10;5MAmSs0URKPRL8EZ41g6kZfLENzhn0sKANJnbymVXcW+COTDRDaMNtfGSVIJey3jdDz01G7ZPLco&#10;z+4D9RUbTRNsuH/7Ez+N3h/+fcP9Mre/KXdeulaOPDckhw4dhi/BxTIHIG145GoZgrxyvu1SXCiV&#10;ZiPO1NgYFHAufFzkIj9qaPr0Thq0Jh4oZK2VKANFgc8FNDDZBIiXXAE5gqmUOOABraNgI3DDYmgZ&#10;7JrFxbocPnwUE5Mp/H4IsspZfL2hMlOes2UcX0SgFK/d0HsIx9QAuIRk0SZBL4AOplxRoCYBHwPj&#10;gBsCGS4gxHk6ckMm0CTGyb+TRLtzbVarblomm4qEylwSdacm6Eg/wGplCPfBMACfJVf8x2WVtITq&#10;dVh3LDNlIaKpx+dIwD6TaOHaUcqQVFaa6ljApkPiqYLllKRiw2HB0FAA0N2vOpEF86gPxtBjAIFp&#10;Ats/NgLwoqzF1RIYjwRMHAuwCRZTLKdPwYNusq5AXqnkwIwAoBclAWpwShk5wEoFn6ShybXtpSn4&#10;HERy1TU1SAoMZCEIXCjHKtdlghJnnk2kxvI68V4q4dwMwQS4bl3whIu9t7oxuO8P1E+PUFaF17Tk&#10;ANpSGPjCxnkL0luHgCdDH3gutZhnIa9+dpECo6Ev1J2flXGm4wm7ihuRbxjp+9kylKS1na8EgSo2&#10;Pfy+dllp9+QsjpVDlb6aiX71/jy9PIvndEr2Tx2Rp/aewTo1Bak5it52VTZt/AHpHb8B5xCgW2sW&#10;77cIa4FZvE9LgfygPiBH+9bLkdl/lHtxVAMW6bJoaDSAtW5UElzD55mZfgEb1OUARq0HLnzDx3ud&#10;TQwHE62N8td/f7988EP/CuffybAbrbICRUxFDkwiF1N6M84XNuV+XEvcA/hGWZwGExLr7dDwkE7O&#10;+nGu60tN+GvO6TNJdmhvLxIFK3XH2CWYzAKoWlJzYx4O2XZt75lIRm078s0VQVpK0/2kj9eN38cw&#10;HMMwCvH+XwnY51GGtAnwa0jGcs4zcJwvIYctpP1T9k1ZMKeA/Ry2aPouQFh47LUhAWbC9uI8g5kw&#10;WWV4yCgSopHA1YPPtDg9I4deOg1vm8Oy55kjWnRddOE6ueOWy/EaC7jPcK574PEBTykbUKbjhkuU&#10;Cms6tHEJ1qBry/NHjsuXvnJcDh8nMzn2ruqxk6npMx+oBJLHX+1bB8LDOFidkEa15mFBcAjnC9Nj&#10;pOZNbByU9vRpz+yW1CMuBfdyxUmcDtUyuakO4IKisXsSMRCkrC/TRR5lUj6g7UIUsR3kH6/WyeMj&#10;Bclw8WdzxZRdJavQyEpQzawE5UyXZMpuVsBWVoSvFnzxVi+0bAFIi8+zrywkB1vJ5GG2G3stA/qi&#10;HNhiuwYKm46fzXz6rC2mBUsOsEsfxTgL4ljhydfB0ow7QhniJKFXsanIHa9KBR3IlwJmqWTX+uTP&#10;IAVcbRq8E+fEsyuTNovFZ/aZ47jDbCvOvCQT775UXhpkgRUmh4QnKbZFRmsGVmVNdB5QNIWhsTFm&#10;Fa8+09FrZc9jkvQr1navMBLg0fpQJf3eKEsR9aoBk8pzbWcGaAHQNJ3yuNzQ0OZl6baYeJwCyLYj&#10;FCWXGN+d0ZAD/rwdQ8YyteqdrYAch5H9I7ouw0ACZHjuCQAU7AzWUqe8iJKHQZf/UId1AYPNjAtd&#10;idrOwsDGCdDnJOQmLnoUtts5Jp/tEjNo8r6b2TW1nQMHm3k5Bl7ZEKhntfMLDFu0S/HPW9voADP2&#10;gWlt/J1ZFREZQXNHwPD7ElQS03LHD78ToA9ATDDlqp4df1aKySoed3ZF8E0HW9UP0jhsY51Fa50y&#10;Dm7N2jVy+eVXIKX3MYB+T2FIewuuw4Cyz9ifxEm6sTjwOfXwoyKGZSiC9Rg0GINZ04sB8dJeBA8Y&#10;1Li2peuMrguzR6S1axkMTtjs9NwA396qaOSrTz11ktfg1bO+XxMeWE48+jKPJfaMJqfMikG8mEYt&#10;fUr2PPschqazGHoPqa/b048/IjfdcqsM4+81hKPFkT0vvvkKjnLgItsSO4LEJqMPw82LLroIw/xh&#10;9Sm//zvfRu0/DHDqZgBWJfUG58CUbLMAx7x+3QYlYsxC4cVBMwNkOJytDNccaSN2CbVxsoHkhwCm&#10;O6iQH528enAp7ur99so5mMX/tHfEYlKjZ3zoWaYMLEF9eAYS26984auy8YL1ctNtb9Aaj+didHQM&#10;XnxXyWe++A8yNN4nI31D8o1v/hPAwAH5oR/8N7JlK1Q/CNekZzSDCdWLVm0FXNDhEQB9//iPX1cg&#10;8B0/DB9EhJ9MDAcpEUXPeSlM1SKv6o4/G3v+Zby2XSHTKP6nnv3WMXvnEbjRJpsPn7mPNXjUTuW7&#10;qd1CMoBAn3fxZdvkIx/6Zfn4f/6P8tZdb5Krr73KrwkWaeLj8oEPflhOnTopn/nMF+TrX/+yvPn7&#10;71LLpAGcdw4n6Ne9AT6Jv/prvyp/9zd/I3/y5/9De+Of+/C/w/0NNiDCUXpBWNi6dbuzeOrt15Co&#10;gD7y6ABb6LlpUZ8VL/asQRqvZrRg8hR++8rWL2PyHtH2PEKLXkHwUcfVTr6nFHhOu148lVpWtPEx&#10;QWJm5uKs1OcjCRog1RuNF1MQqcOj9DAGQmabzqFEgT0FGCSrsq1NFRzWm7wSrNDUUm+2aXMNRmzM&#10;CslPiwwaDBWXMPGb6kNYBBq6KWy0i/BYWEQjhpxQgHvGGfzDeJdsl35465UBkIRgiJCxx8ALJuI2&#10;mQ5KA3xdFK2+X5O9HkqVKgoaAoMM3SjTLyydmJMN6FgWBEmVLaXAWOQ8BClZM7GCY2QBuRTK2Gu+&#10;jU4QE5mn87/BtAYNbm1kHNHqJwSmZbJx/ToZGx/Bgo/kTSz+LE76MZWYIgAJBt0lV10lLzzxqPRu&#10;eEGTQst4MMpgYDU1mTJ2rEPrik1l9nlvH+c5EWuxwOlrMmXmZuGa2FhlqcmEcwGeeQ6MckbB/NkF&#10;MGlOAGFfXJiFx8E0Gluk4jJYBCnCOhnQYAHnAxfj3NexCC/i3DcQClFjcYGCrqEeithUjwGIhEkn&#10;vf1obE/JAEFjBZu9RyDTbwk+ig9DcBKTQEEnMg8c1X61hS/okLoljI3ifzzuwKERqeQKn1QCZfIh&#10;TKQFDzDwQVkomcgB4vo/WKL0b9A0qKDsr6ekk2SdqhHc66spoOGYliW3KWh0ufHMDIAtYBDWQCMf&#10;AVOvr3dURkFXHoJko9w3qp+ZoQWxMmIXVZW5CEPaSOXHgZxBsT0DBmVjlkEWKEwhJaSvnTNJj3S6&#10;bplqXLIKSJKZWarMg0UWyZZLaphU9uL9OL3BNQTgAv0q2EktnVy6hFzco9i8BtTTQZwkG0V9jaB4&#10;0/sAgG3VV3YTfK4fvT0DUoPxTRWy0wrAGz5/9GFTTztxbAbHbKV8PFa5JllkdTARFwAc82sE6+jX&#10;qLBKq5lKuPkZI6D8LM5b/vlTqj5TsANfyNDzUGPXUZSGzp6AYBUgLBIN1Eqghq9fMjCKz9Mnm/rm&#10;5RZsOI8fQqr2LHz/cE8H4QGxyzD5RYADIgnxHvhBnNtanX5z83pfRQC0W73XyFfr+2QDAMor8b61&#10;umN1kQrP+6KOxNewPIMCYNDdQ6m0K1A/QK4Z9OM7dnxCfv8PPyfvetcNSJca0/s+VjPyhk+xDr1R&#10;PXmPiEnpG9awnfYsmL8A+Qh01rHx8RqMjI6gQBzGOjIMEI0TajelXlw4o6E4XBeY+MZptQt18WnN&#10;9OwsueREMrYbDMTBReZxU8IfVp0AS8HowGTy0ryEzk8BExNv15wnMq04DXEhy60S1xTU7YH337q1&#10;FQX4qvQItM5LkEB/q+mM35XtifthAhYCff0bcZzu9ZaxFh0+fFwO7DsKa4AZZdvdcutW2bxpDZ6b&#10;kt5T4DdKpXdc136+f325rXJ0y/XNJP5DYMNC+v2t+/fL088v4HtKuh9aZdmGfr1p+wFPW2XHFfh5&#10;hn0bsE9UFHw28HhqNHBvIBmsjGJmYsOwLE6dFi/W0+c9kZDFCYBnM88ia3NhPDbxGDIdYQPFhth4&#10;ZlPiNZf1/UkjbDKjOelI++0AzpJ/89Y9Baah2K62eeeWYtnuhsEmR84qpNiei53hz8eq80+7Ui5r&#10;O9JvOz9D9+IqMVRegdh1KPNs9xTeVT6ANTlPwETRYG1BMhnnQbtcyIi1GWhnc//WNXF4letSlEp6&#10;exHrQD1l2AauJohiz6bi4MW44ZO7ybKgoZUfs4vMtiMp1CbBUWkSrWf82YyMb63NAawO8Q68F1tR&#10;Wp5zv/c1rB6p6cg79cwmyTHhEoaftWbVZsCYIiP27J5SmeTUNYiOJRb4fS4Zttpc+Fa+GTY+cTsD&#10;VmVVOa/JS3dtDnAuasdzEt6OgABbbGASlk/sFSexb/5SOTnXPObZMtiC1wp1dJXDOA64tU+o6tDJ&#10;RnPa6EUeSNZhDf859AwwWmhYF6Qk6hNctBlIrkPgB0NRnATlBCnbNrmnMnn8ypXAehZr4BfaOM72&#10;qMCn96ofXjtUL+TYGYA7UA0D7Eo590xToozBW4SQPtqTLDZOy75H7oedD1j+d9wpm9atFTs2Lr2l&#10;nrNoyc7eIXYfcNh0H3W/hz59vq3H3oe6cs2atXLtjbfIC3t2y3PP7JKt27fjOyac1Yvv3SJvs6TM&#10;9dil2XNo2MY1i3oxCK2gub/8MpXtRYeelWDumBdoxepRXVnCEHQPEnzRcLcuulhKYDNyYGtTJmvu&#10;OX5FzJTzaGbty5H/2vPkrGX/8eMyTXUJioHTACaeA5tvFnLE4WEAQ7fcroPSZYB9Ox9/VB598AG5&#10;HMEYF2zeoiCECV6+x0Wyz7t7OlCwu6FsMAd404Pxrff+AOqcb8s/33ef1kSXX3EF6kgMRAHk0iOS&#10;oPnRo4dxjEOyDZJeGyesZpdcWta6F9e/gcEs7hkqtfKYsznLiX0tAb9zSoRt9/fqrpIsHi99u9uq&#10;vmnr/kRblzo+bxXofBU1Jev4//qnfyr7XjogP/6v3wvgaAhD4lDe9vYfkEMILvmTP/ufYOcOyW23&#10;3C1333uPbIFst6/GZ2XI4x2hvvbC3LRe5374QF9+2RWQ916A61ACi23AD2GhCIHEnf7qVLppGKLY&#10;VyHRNK+D8Hn14+B+vwzf/BJIOPMgB/zfn/wrBJMsyE/+9M/IBVu2qA1b6PexPOu+TKsh3G/X33aN&#10;/ODb3yp/+Zd/Kb88+gtywYUXaWJxnb7/6AE/8pGPIlBjrXzx69+SP/3jP5af+tn3473KqmrsA7bB&#10;1xwbH5Wffv/PqAXYJ//uU+gDl+RDH/qIbN+xFQOVPh2csXeJoeSpwmebvYFl6nQl6FgkOoIzTLGW&#10;/X+NBv11kvNKbjjZ+XnN8R+/G7136IG9wJknq9YDGzIZVPydTSeBLDbrkfPaiwHwpB7ILReUIRU3&#10;vVWrqZTeHBeT8WJ/zrRoDAoFnm7QWKQWLVl6aPgA6k33hjJH6SCOaxYNd4PJq/QqK/dqkADfrFLD&#10;pg0tPZlLAW4yslVqQIBLBEmkpH5fbetMe41Kjyu6CWriGI+KQRLUE+PYehAu0MSCwdeg+LaED9Hw&#10;004y9/orTpu/jHNA8WUTPlvqW+abWfFgRuD9Rpw0zuQMLk1qqq3nCDfrZ776gAzNHEcazZulXRtK&#10;J97UWnMSdxyJQN/5zGflnW+/Wxqjo/LFz39L4rkTGt7xQ+/6QXkRTKL7/+HT8uP33CntfoJEfUpv&#10;JZ2WxRsXLF5XUnTbCiC4qHXjJ7kEXSnzY1BDC0Xb5OQUJKANOX3mNAC9aQURCP4xCVdBQQ+88T7h&#10;zxLcVE89goKxkwBFAK7iW6+XxuCA02syuZOsR7KO6O83C0r1l78CbKmux0Pj4uAcLhyOkpr5YwSh&#10;lwpyoW803cJF1lgUrYKqm6zvTdNqXYpZ7IFETXZVg2STMRk0Uc6mBaFVU+jQgWFh6KXFCBYoOUkw&#10;GY2U+CbhJgzn5Rv19o+o/+MwmEvDiBuv4h4dxOSib3BAN4xQHAi4xOTUMFA2U5seYAArWvW6k2nj&#10;GJaXQ3hKLMCnjOfc6L1PA1pNoWX4jZrWJinM8A2DDKWvd07WThi5YtuAMvkoxw3EyVRaPsWYOniy&#10;QGNlclrH4Gg7kELVsiVXJJerbuoTArApV3pceh9DMIht4usKHFHmSemqjTwQEWpin0iSHuhZSaGX&#10;tPtxvGOUhpAjN+XYsWP4zIsqWyUCocALJcWcKPukJQXEYmdoar1EPs/fDnwzyM/QYgJfZNVjKIgC&#10;/d1CshFHDW2w6We3wHVNxc2hgv7T8Pp7+uiCvHAG7ITyehRe4xhqzKgZcqQ/55szO497eY9ciITm&#10;CzB93bxhRO47Co9NSleDCyExvUg9FHmt1KuJQxV6g3rmED0UOamqhsfkLW8cl9tvu1bvG2Nbynak&#10;fyGHF2SThtYNAdQ7CaBYvb6ogTZcN8hy60cjQg+SMv5MWbjx4RMM6eAkbQ7mtvUlJ1UJ2k0F9ko+&#10;7YqbOoF3x0QNkvxOTTdmJRr4dYTFI9nAQegYsY5h5rorGqE7n744leInzwITx5eWI59SHacyVfU9&#10;CZ1lAIFOTq8rNQcUl5kCXQm9x6XoOrMM1uLkmVMwLIcFwPI8wE8ExIz2uWsNoK4dh8oqLjOhmU2m&#10;AndNfVZZkEWa0l0FYBzK/sOL8sSTaOL2L8oM7js1XpckLbrlGJU0j6ecW0F8rPkVAH2D63Vds7iX&#10;SvB8bC3sg0/ji5B1Py/ve++lcuU1GDAdeEkap1r6OctBjl2UMo+Ml6PnHKlsFtqRfn+Yb/w8aNiF&#10;SZWAiMmma4xZYXlWIJnkDNS7BWMk+7PzHbNnLYDS4/ABzwVQIRcA0qmxsJ0pryZjGaVpoUmYUocc&#10;txtTqVPSZSXLEklkntmxmPPSYKSpyL6QSe3nciyoODWEzqzprCkCgTYnW4pz5yjxS05BvDhTiCZe&#10;fSqZj9zwLvKhHGk4R+zsE8hUarTd7/qrHeu6RmZrnXUbaqpLrn23lDdegtAYgP1obIwf+BlfB6ol&#10;SxD4IVWYeg7zuclhaw7c9yB/1vznADDT6WVoCqBOEXB176HPXu7fgg4mV5aU7EBKa4oBM52gY6fH&#10;nSkk3MY+ZTBITay74rQFFmVmweIkxsk3BhmzjlNuExaCNNQNzOYiJ3RTLLvhSAKE5oIobMe5kXxa&#10;byK1TY7ZZPdP/l5uFmiiPkAkV2WZNOQldg1+mtzrFoY4CXoQyYC3JJWVdUNjQarLSD5fOC3xwkvo&#10;ATDYaM+7VFuDqaTVKtSx6EInv9WBCaxe4pazMYn9Lw6Z8mmlCeAQKyPSDc4Sj0lJQhZSvauvpz2b&#10;0VkyZLegY9N7S5DAZMzOOPOophJG0zoB6C3VHUuh0Yp1r2L4VUufKw7U+DtVP2OyafsOufJN98jF&#10;8L8bhrxzEI2rWnBEDmw7R65BVydK6UhlThtyk12XzOcw0kHeFFhgO59+UhYWFuTC7RfLJfjVr4M8&#10;b+fjP69JAnOSdE3eb+2m1pYVBCLGJ5Cy/PQDYuZPAdiE2gaD32abTEDUHwNrxGzYJsHFV0q0eRMG&#10;f+i/WANIlHHSfahNp2fUiqGS2FUB9vNOOu66DZkVQRjqMaiDVasJ0m3/ICckBg4zFwESHdz/EqSZ&#10;L2mdtQmeeJvgjTeMoSnZR2R61lF7z0A9sHf3bg15uPr6m2TL5nUKxKlHm3WDhtB0+Mva8z3+OE0v&#10;VysY1HVzuJ5PPv44Ag6+KRdD6njb7d8naxDSNocww+ef3wPp6S65/uZb5dqrLoWEd61eZ35mgn0v&#10;B7x4uSCDWVWObrt+n82hjHlLBVtgvK6O9qZYAoPwPDucRJRlPLMV1ZtG8KpvyVe/8mV42j8j/+a9&#10;Py1r1kFtgaCZpx59Sj79uc/KBM7bj7/3J+DLt16ZdydPnJZP/d3fyn0PPCDvfMePytve8f2oH5li&#10;XE1nVFSRHDlySP7+05+Ve+5+i1x/4/Xoo8odprg5tqK18r36r5tf39nef4Wvaz6hV8OujKoOl7Ce&#10;PL/zafm9P/pj/ZkPIBzmxptuAFA6qOsj6/5Wy4dZpeFfIAHjnvyD3/tdeWrnMwhI+YDc85a3yADI&#10;SnW8nsHzwdd++okn5Lf/0yf0Ld/zI++Sd/7wu9FjYeAAliyfL66Z9FT87gP3YYBxVG697U7ZcfV2&#10;rdtKXs3VTsKdbCdLToq2Fd1X1dyK2+1nzh8PNKYjqE66hwa9nGu5MqW32+d5+YxOXqut27aD71Nx&#10;BYcaWEYtL72NtHGOGwwjIGPB6q808k2ZcD7Nh8b6LifBAUBGwy/TjQ57hpqfhknxW7I5v4BYL1QL&#10;xdY0nG5n0QdPIRl3Cn9f0GYYizXQ4xY91Fj2lUKdQFEeOACgq1YlU4/vx0KVyaA1yK4q+AiBFjot&#10;TS4tO4DCTysDbWYrKtPk3wkQLs4vgulC9h++DgowEWc185xHOIPKLblpMFWWCZoAvuanZBIJACPw&#10;whpfs0bBrMh3ONxgVR4WVrykIjFkTtD+UOn4xjifliqZx2BWzSMtkieNmw1BnwoWnSVsQoz6ZpMN&#10;4agswYx1GLTuyy67Sh78xxdk68YtOCdlGceL3HbbLQgeYINfUU8r+gu6pCzI9+hXAKZci8EQOOuU&#10;8lkNR3DMmelpsGNg+DuFpE+CAdPY1Br0wmLkddkxAnmyGBXf9BukY/y4hiKVc0siNwKzCky+wTXj&#10;chostT50ueWSM38mT4+pvDQcpt9cfXHO+UEGRs7ljWk6fAN84M753/xxXDSHx9/JTlUAoFTyRaOT&#10;MJbonRY4bzWdpjr9qE+dEw0H4Xnkzyl40BYnYyEAEzkWKIGdjYgWnxgfA/V/RLZsucT5EQKIIAuN&#10;U7p5fH6+Z+A7dE5TQ4B8rabzaYmjqhZdDGSoItDhyKF5BJwcVL+9Ehq1qi+w2mQb8VhLVgEi+s+1&#10;cJ9Wq0ty6/VVuXADQKAeXAeGNVgn324wRMVLCcqckFkn1yZ4oZ4s9NTjOWDwBhbkvsGaAuuUv7ej&#10;ki7gi2gi+7GoD/S7KSfPS7udsLiyBEVNSjJhjlkSpCzXrMkPUtnQEKTro+NXyhHIMo8cPAgQTPQe&#10;alI6w3tSGaGuGWVgTkm9c1x4C0FRUYmme73QL0Z6L3OdYzMMQJ8YPRl/xLFaes1jBPKUdGoaxCUN&#10;Wxjpr8v2Kwdl13xTvgEZx+T8Olk7dq0MwbdopoXEaACpEe6VchPMvb7b5JmpXXLQHJQtw2ukB2Bf&#10;gIJD+mZleuFZSAYux8de446LbAcJUkoVWXUxzMCbrQkEQtTluX1fgKwAHjEoQBYBZvVDzr0ERmcp&#10;xBCj3E5TDAn69MCSgM8qwcw6ALzZtmMn9zBJEb/zclarMBPGOVwz7qS4TAu3DPVYnAWwj0IWKdhz&#10;c4vqvzmHwAsHhpd0rQyVbbuIa+uMwplSS0mteBsFB9AGKRjuEjFjH7jjBh2Rb6wyFiHXBFqmGpVx&#10;98NHzwGUFZ/PWdKvG7KmIxcL1Y7dfasMOewLwxh8rFnXo2An5TYL8wQrcS6wlmuSMd6j2fJpcgz3&#10;MD16TCzOKWM+NTUjDz9ySh55rM6IGf28QZjpIgmyqscq37vt2IUMoSr3DEsIpqCwyNd9s6Hp1FwB&#10;e5H6TMbk1stGcd2m1KvKeNM3m08gSJY7uzoTIZYsBTRhweSlmmaVgWUS8hukDJiijdlZJ52mC5Mo&#10;SSAzq+YTFPxRTEFW6pPR7cq03LhTmid5CWO3MI+OcBOzUgps7epbSGyLYQfnNmbOnRZrcpyHJPfV&#10;ZGnDOflsKo32JzJOJcqZ5LfItCsef+LTl2/8re1khUkuTziX2CviUzxFwYpm5MDAJm0iOKhrGWcV&#10;ca6N0xY9BdVaw8YpSJAHSbU+CIIioGaz9N7Uc7JLCp3pCC9Jve7y57Aj8ffVjNkzQNB2bZxsQQZo&#10;uzBaTZE7lAJxcQ5UO88in76I/tyYFIHO0kKzeyJOr0fcce5tgV/d2c7ZFQnJeYPKlXykYupveu3i&#10;uCOCxmP6qiIINIFXdBCCQXlEd7F5ra3UV1JDOoz6FLugqbIONm2w5AUv+c+afX6bM64LOhNtvM2P&#10;CbJnI7snM6Av8aM0ucRzd5t6xjY9ppux8wY2zhO41TY6xNLEXkufbScV15C2OHSsN3yOpfqs7N/5&#10;sPYRVdgA9YGIMCcM24MdCuqRBZU1Ba+ZS53tNqnBH2uQE45hf74UIQwHXnwBgNV+GYYvmZlYo4Nk&#10;DqQlsY8RmwITyT1DMLCCeq7JvQ+9UA0Svsa+ZySYPCy23tZzxIK2Z3Fall98jBH1APngZTaC/XAI&#10;tkfou9pe3ufSjyUDje35M/Nej//Y36j9UjJqCFyADA9nFp7iDQzV6+ixntn1rJw6cQxe1WtlE2S0&#10;axF20d8/oANl45nFNdRRQ0ODYPVdpQDfY488jPrzDvVVHx1kLVPGvd/U89nZ6K8GgnXPr3KANO19&#10;JsYn5Lrrr1cixac/82k5juH3pZdcCnB3So/trW97m6zfBFBysM+dc9YiOizJWUW+Eg+314xLZs+S&#10;emrPz+QsBfZNOviz4iywuB8dP3Vae2Ymyj744HcAxo3pM05FUV/fuNz8hjuhfBmQ34In3AmwNj/4&#10;sx+UK665FjL4UfmJ9/2M2sZ8/kufhp/3MXn7O35IxvDccOA9B5LL3md3yj/f/6BcefV1kPduUZuZ&#10;dJrZjTn1mrCzXk/m2Mp9L5EfK4GCih+sJ9ciDfo/jE3Ihz/y8/Jrv/Hr8uu/Bi+9u+8Gk7WicnYG&#10;vzTQYxE0NV7BVgGT8v0/+3PyX8Hc+5M//1NNg94EVuDw0IB6rJPpd/V118uv/C+/KB//nY/LH//p&#10;n8vYyDACOe5RpVhvL/sbDBiCHrnrzffiugF/wDC+QjyDXqLxudim5/K8M68YNHt9QduXd81eHkWx&#10;+L3hRy9c/7EYDV68AEniov8dfxeV6KIYofTUT/6S6RB/byUKX0px207tkWy6CrYDbWMSbpmXiJso&#10;9oM6kJ4FsIJmgY6fHKzKC6NleX64KnuHe2UvTDMPYYE9Cbntcg3eSpCpWaTQluGP0IubYhAg18Ta&#10;9Uh0GZchJLDUhhGZ3QdfsuqAyuvgdA8AAOAf6PRlDd0oKyhQ1Ya3rAmSiSw58Fkizm3KAWtcPCkz&#10;JFjHeojAGMHEU1hYX9z7PIziYfwPevADj+6SQy/sUVBjAmk0vWCwRVrrltJRohO7maK0Qvz7W+/V&#10;4M1tmRS8b2ZemoePQZd+kXqAqKTG3wVszGnAunfvfrlw4xpQiTFtAs37AlD4t2/dCksy+L/hewZH&#10;6UflqOEq1fNTPYJ2LS+D5OSPbKkjhw/AeP55eeKppxCd/Sxeex8mHadkFsEgi0sLLozBhLqgEvyb&#10;RZT2Imi1C0jPrYPuy4SeROajzLXElyv06b30TwAQWr75alkCSNQCe7HNZC98/GUWfqjyxignfm4f&#10;7rUFl/Jm4q73sLGd7JEsNTdhFfCbkrS2MAh94W26NzDJmwRuUw0Cs4LdUVL02lPtyQ5CAVfFdVHJ&#10;NJhCyhqtOD9CSsZJGZ9Ytx4eXVtk09ZLZMf1N8sVN90mV9x4KzwNdsg6TAlJAec96aSsDhQm44mA&#10;RhVgzTyCIxjOsAwPO/EprC2AfARTKDs8c6otu585hU1oAff3oIIaLOSshsbECoSr1By+eTF85zZM&#10;TMs1l4ncBi++0R6XlJsEtejgTyWkkRbcKiXFs05vv1CDMJhyhcAagC8D40MyRN8QTHaILDVxzIvw&#10;BVycaSo7rgeA5pqJEVfQa/CNTyT0U8rA2wHoUu1ZGykLzCcnxkkauGe4kBkQuUhggOkTmtTdwH0S&#10;SuTlZy4BkImpuhGQmRhF3ldNXMIsBwUqkXBAsiZOlwJlrXE9KIWJB2Sk93kZz05PybEzFcCtuKIp&#10;VKlGIBdgvbpm+3qAmiIHz0zLEj0jEJISqqlznE5hBgc2YU3qF0TUyCSOmeEW05BfVxCOsQz2VwWy&#10;4KDa4xlc7pwkvwIw9gg8WjBuZqfwzO85gmajjoj7MULHOLZIhxGasu3Xq6QRYnFYBQDMtY/PwizA&#10;L06ACcr3AXzq662q36MOP/A9lPNXcD/S7Lsfkt9x0OzXblwv6/BrAyQqayFVmIClwDDo9cOwFWDi&#10;dt/AoDYXJayXBBf5nmTS6vHrEKOkhsiUbxPw4nPSB2/XwZFBfY3RNWOydsMamJuvkzUbJnT6OoaJ&#10;6whYET04hhoTz3FsHMDwGgW4XnyfAI2UaxZLCgIqeEGgGWvS5CSL9kjZdgQ0KwjzoEdhW1kakWdz&#10;oSHD+S9hTVrGRvTS4Xn5xj+flPvun5P9B9uaThiHTjLLe1dtCBgARPCYLBROFOE7qoxXyA9qA2Q2&#10;DPkADFwLsGfDyHl3VponZMe1NbnmerAMcZeU4YfUmqE0LGeXk/PSsDnWU36gkTFTTAaYpf/QYc+3&#10;CsvOdtgY5Fl1BRVcF4pJgRBouhLvutZSpksKpZEMdLT5iX2XYzS5F4htMeQi73lnO+W0Xdh8puDT&#10;Z7p67nXasLm16ewMxsQLK854r7qGxTmQNg3OsIl0umjQ3wny5Vl+cR5AjItpvDYv77XJe4hn26vo&#10;QgdwDtCPlZHEry2jnlsASwnlHZ7ryyRE41rDOmNM1Q9dMpaeMt0kkds63XESPpEoFVacPP+9SS0g&#10;uXAH48MSzFl8cFJgSTq85sxKhl7q+9mlhl/J7AtWlUWZDuqV7TS77rgvshxYyQGYPr04YTgWKYZn&#10;F8aZpJ7Jsc26GNabwkDMFGsZW7zjO0HvZKCQPj8daTSFkJUcQ8WYID3i2Ifi5dcs9XklwEBLFnqJ&#10;+ZAP1iImaqgdSBA2UrDNAW1kvJVSBrg1yWIYpM1/7IeE7owF/p+t7n9iJA3zMl4GaTqYwfo1rUOL&#10;wwA3XEy+7pKoE0DRZDir96Uq2lCYfIqxdbJVWveYChhFsLNZmoVXcT96lMEeVQnFqB8qgZyXnNS8&#10;jGY9vwqmydheAcR9kqoKytuOg3nGv7OOIRPHBWYFXuqZMTST0LvQh94x4BB+F9jboMrBYBEsCOzB&#10;bZXL6Tnjnoiahn7EMfozBn20dBjoUpeVnZsL4jkXn/G1DCjtxuwTb5kTq++YXyuxSC6ih2Gv88Le&#10;PfLM00/hnjVg4V+DJFsM5lFv9vY6Dzjj+wll6apdT6A9VR/A3TkQQZ5/7nl4LKNG7u9TEor1QTMr&#10;N/I8zXS1z+3Za/6+5nEzQI3Xj95nmwHqMWWXnmqXXHqpXH/TzaijNqjFUw01T5KilYRCmtdZgvtK&#10;Ndkm51J6LgDcdPv5NEBI1CP90MED8lef/Gt58YW9smfPXnnjXW8DmHe5knc4JKZdDXuXITwbj4Il&#10;uQd971YwNwcBVPcNgICxFcnGF25RsssjjzwqO598Unbhnnj2uWeR+jorN4NddssdtyIAZxRkn1Ia&#10;aplI2E2XtTr/63sJ5p3rPU1nIZc72+xFnc+2s+mhpdQW9AAv7ntRvvOd72iA4AjsCio1x3wshWF6&#10;e8c+2IMkkK3od5dgp/MPn/6UrAEmMYyfIVsy0CTkFjwUL5Bbrr9ODoIx+cWvfFWYgnAhAPaSAo01&#10;Pxh2NhgE0LXHVf/g0NmLeCVU4gHeHfwyXX6d52q72o+eyyuv47rn8y1eTfJ49+t5joPL25D4nx8Z&#10;Hf0Ns+/2a2zqxZd6ZNh0wqpDxSA3rverZkKAiAHoKREopNgQEkQyt9A413ux+IEFAr6aTGHnm0WT&#10;vYDGcNmUlAWnIRVYyOi/xqSyMhpEZXUorRNgCv7Mhp2AiiZA6k5f0hAJ3dCDigJ11TIbs4qTm+Dv&#10;7djR2508yhUVsRbAsZdqGvWva3PyFrkJwDIAt1kUwgd2PyvzMIMfAzvj2puvkOePzcu+nU8AhNss&#10;jz/xtLz5zXfLw8++JJeNhLL9iqulpcUVjgeNpEoMbNL0h+kULU42VereQy899GmkXDiWsPE8fvS0&#10;PPe1r8rb3nSbrNm01aWkGsfQIJ2bjXSEZrMXzK6o0VCwjM1uCZtwCxt6Da+/DOaXSnIBFlEGevz4&#10;ccg8Z+FbsKj+EwQGlrGBE/hzaWRBaprN80NPrzqBJjGp7JeslqQjDDRgJCpO6vOxYXFWpDIYIUBj&#10;3f7gj0kLElVliHmgiAsJX7cHzLDBf/iWLDy/F8AOP2y7KEVZRZ4lKVPSF5Ghmy7osSroUfJpg90e&#10;EVeotb1vGL+lh2a3lJmUnJRRQ2BQxIQahBBoMq/XawGIBXjRP6SL2BimbmOIA+/F1wj2BQTymtyc&#10;+7TB0gCK2DEa5+cWdFIYK5sSU1ICJOLMZVmHLOKmXWouqUSc/nXTkCgSnI5AxzhxeE6mTgI0QgJu&#10;CUWYk6OE3uPIOvkuQdfWHEA9JCVvjOXyC2EgHBDqartGlKw2cpJKVb1m1bLR96YnW1IEMsm1pv6W&#10;AAYBxnMiSjC8tQygDR5+9WUGJCy7iRoAzws2bEZ6NTfMPsYq6/OVhJK4OHvrJSP+OYidXNHJN/Nr&#10;lpNQmVTaFuv9whRislo15Q7P5uShgzJ58igYVQNaWJY8cOlk1d5DjmAQ5fNkzlLiTxaByoZcG64m&#10;vnwOeYyUXVjnkdKABHaZfm+4NgMAs+gp2sA9VOFzZ+vqwdeDIYKmo2LcPyvD8u3nZ+W5I5zmDmmH&#10;3Y4XNFhDW3r6deq9jtTfuWfk5ORBt1ZV4bMH/8re8hYAbBdJCIZYAOYtASzR1O+S8/5kQ0HJKQtM&#10;HHtv74Jcum1Qbr9jDRLaxtTLkAWsM+5u6nlXWbMEPrCQdPgl5zOHCr652NSQjV6sscMjIwDexgCu&#10;ERQTTepNwQQfAFBOGAmBA14V1FcbyJL3zWo5cDXyd5dx6YcO0PCMC2+wTk88yoFjz/TJEK5MisbX&#10;rFQcmy+KE3mVMwCnAe8iZMeL83PqP7i03FAZAUHykIxhXcwCBwQaFz5Q0gOgF6Zjcy8sWDmItfzp&#10;XXNy5Fgd3nzGTcBttqHpQEun4009b2pFELv0yKWlaQ3o4T3aWx6ToQ23gek65EJgGHhEL0h8b9A8&#10;JldvOyL3vhuSp/g0ri2e6aMnpHWwIfnlMvC+bTqN93/32HjBez7brDNqmwkykCP/fYEpkj6Myctv&#10;c8hFHiE0OVvzThu2HBAZdPjfmU4LPelilxpnoEzCpSmCbDk+Us5HzHYphoysHPiY1bQTK4QZxbRc&#10;N5wqopl5/+rV6q/AdLDyctteAmTGBYadKQQOiskkmglAkagwk+fP5EI7UrmxfyaV7SdZMq/Kef2/&#10;JaILDg6bkfOxpfyuDtZSA/XZEljMRydhy4GcoUWscfe+/d1ywWVoiCqjeI4G/B5a8gFSDrxXiCN0&#10;IB0DkBJ2dBLclQa3SeJza1JpbyKjjE2Qk62vwujraFD47Jc949smoIHJg1E2O468THpVGW+wooKw&#10;fiCV2fjFqwIQtmgol0p3Td4Dr+CJGKegX8Jw1D2PDLcOGa/W1TYDw20XNp5N/fRiz5bKEqAlAcWM&#10;Sfe4yCb3ey7Ux2avXKyxbHa/eta127dt+sw6tqqVck6GnqzlukfTXxcfhHYbYROefbOnJJ6B8qAB&#10;77eIqo3FLM0b9xjtPlxDB/sWAILGyzOipkvh1ZoodqqX0AMftHcwtqz/3lYvXjak1jOmvZVHMpxV&#10;I/mVI4HAXw93ayX+kbGXCju5O2uYls54nK0LGSmU97Zbzl+cTNmGdzaq82u6P+CctXvBMt8om++4&#10;S+78/jfjz0NqJN9T6eliB9CNkGLPG2DJs1KNZxipTYZxNcH05DQG+c9CAXJAk12ZUDpAdQ2ORyXy&#10;3lM3lcMn+wWl1ww0hCooAtO/ehwe4rsekvbhF6XcntOaikYzsWf2ycSFIpdeKxbG+QFqYBSNWseH&#10;ni0Ur55jeVaQ77WU8VKtwfogopoGJ34OdfVxeLUdP3QInuNTkL5i8IjB5hjkujUMJ6tlN7BUMNcP&#10;p8UDhMaf59ib2s4ALDx98rTseuoJgG6bZRtktqPoCyqlML1ewSphFKbLR3K2D8Vz06CNlvdVn2eI&#10;CoLyqPwZhG9iT62qzwefpTAZ1uTAj/Ni9nUe13ky085XxpszCMxz/M8L5bAdN0OS0h57jz8dSKHW&#10;O31mUj4H1uPnv/Ql+C2elp987/vk3e/5EZmAIkYBWNq54HrOgKhy7NhRSHc/CQBrv/zYj/6I3Ag/&#10;xjXwx6ZijZY8C/NL6s3I4+XQmcPj3j4G2znFVS/IR1biDtPjs9+n3RjsryW7crXXz0tDu8vlbSGR&#10;LdAezfVhatVF9R5uIiZR/9Ef/Bd5BvL1u++6U37ip94n6zdswNpWThOH48RnlmsmsQiwZb8E6fQX&#10;cE3WgzDwCx/5BQz3N+o9G7ed5dkcbAP+4n/8mezff0J+9F/9rNx69zYlP6iHuCpNXUo112rtOf3a&#10;lSygJudHGxfuM7N6qm43M+lOsNCcXxjKChnvaouaXZ1t1122e/ZrvfI6x+dM++V/lPGGH71g/GNp&#10;s+enWZShprIR3QgcS88ywZDXislVBAzwwsuQ3S7CV2+xryQHEBRxdKQs+8HW24Um8lksUkcHhuQM&#10;mCxL3CCq9NHrg79SjwyC6TGCG6B/LcxtwfgYgRy2xgkJNg0y9oSorsp3S6oLLtEMshq6sI2SS8bh&#10;wqqsJltKuxJ6JqhkmMVw5LZ5x+RxRRWLVko0F1EA733uORmC0W1tcFR2v3QMaY4vyDU33yD7du0B&#10;A2VUHj8yKRfi8227drtcAMbW2EivHDo9Jcde2gtK8CQYbwty0ab1WsRYf+KdwTGKo7I7xsSYXhL/&#10;QuOm/Zw68MssfSIwqejFsGnjBD7/KOR4db15SE9WyS3hQ9z8rWhJ045LmOSoBxSuweTUtBw5ekwn&#10;HI899qg8AV38LnyuAwBHTsODg9RYnZhGTioaqj9X6B9q1zDMQ8Y8A2BQiy1tdJ3sjmxAk/gVKRMx&#10;zBoWj7QbyYBMMnESjy5OpaIbr4Ch74BG1bsgACODBCLwQ00swqMHjsk8zPXpPaahL12jsFdBta31&#10;5vSxHl9SxGr4RRIS0PHLMenIWOvTKegAgMhB/lmLoT4ADk6yyFKdzE1u3tsw7bvq+mvk2je8QW68&#10;601yMWj8my/cqklYo0OO6k9w0MZkiPbDQwypZjUCK5D4Mfk1cgEeLDh4jhqUWOMBWlxYVI82q15y&#10;SI86dkhe3PUY/qkOttWYzC615dmnTsnCyRllfLFIViAkcJJPPqz6uZeRuHpmt1x51ZLceS0mVQCi&#10;a1XnfQl4yRcoTQXM+Vy0Gm0FaWKAx+S+MZG1ik1xAKBdBfd3WCnr87QMkG9uBn4wkwBYwPhl4Ut5&#10;C8HxGgDSNQA718D/IlDD4Jb6qDkGXeCOz98X1iTBBCXfUGRNnsroS84fzU2f3TOioLgh27OiSc8z&#10;Z44C0J4E6HMGzwCYVTTD5iZgXHOjUpSyM4s13ueJHi0cSACxS9kqJvWW8xJjfSDw+fvJWBvQgr8O&#10;5hxZfWS+UVDfg+e/jHuVadJlHh/WoSFM9C/fOAwW54g8vhtJaAhjUIZzyIYM6xNBccqKLVhqtW14&#10;Fo6g8Z7RopHAkAnnZX52HkDbiJ4rJ/Ev6Wur8wvZD5QR01cG17sBKfep0zV4XhyVybnTMjGC64Xp&#10;MgtvPV/e5zBhfhEE1sUvdqm71X5KeSHZx3BgcmYWsugjcuLgUWnNIfW3bvXe7e3rc2EqNJYrOza2&#10;ermGVZXb1wBSkr5f4zAGx1lBI0MWnVtbSyqrVaYfQLuw7AEDz+hxzM1AAU2C4vwVhi4MhL6PqnyJ&#10;nHy8iS5qAUzi06fOyMnj8AxFMTc/u6RAM++TUBOey8ogdEOfsgsGCq2fNjJ4o1fXmEmszw88MC9f&#10;+vxxefTZRQEhE2wnl6Ru4sDxr1UKhnWtRHZrw3sxNtW2obE0L4uz07hii2CxgEEIQH5oAL6Ng1vB&#10;Bow0dTq0kWuqsTZvWjcpH/7AGCTBMwCj8VNgyNcwQGmeiXSt1nvP5thyxqzwN7I5v7yVQQA+0MGc&#10;H1vEdIAqXYt1U6yTTMrMMAWHE7Hd6hmzaiJYZ1Vk7cpU3ywUxBQRSjFda6WE3RIEK6dA1pguJZ7J&#10;WFmdPn1mZTru2QalSaKn7WBJFoIyTDEZN/GSSVlBYlJ/q7z0NxdinZ6X/PmK4uxz5n8uD5DqcMmz&#10;+9jk1rH31Ok5hvV+Gt5DB6bgxQvy+BL2g8uQ4jk6shbPXUXDFZKk2YTNlSbY+uuhDHju9dasaDAc&#10;My/IsaRyd1fSPHq2llnlZsmzlvj9Jc/GThvQJPgn19AaOV9mX3dvkCAXN501PrYQYmJMPgXWdIwc&#10;k/so21tSBnsO1Mj89oIuqZwmC9uw2XmwJgM73TFFnuEZ+0FxAkTkwlKsLdybjhdX4At3AUQ8UyZl&#10;YQYFUmLsbXl0gJdci5ysPuYwUwc4TC0v63FHGFQ340ABu5h0aQ5BPCPO7QMlv75EyojnXsX9Q2xW&#10;kxaSaDVMQ5Rx4KS01gf0ZCqj/CJq/NoV50KZHQ4apBOV5OusM9RqInafrax2PTa9/i6szvUTxrMB&#10;9dWts3jpCeEZhvpiCSqmGew1c4eOSQSVwzD7mKBHmSrnw9Sw58H2M9YUhzje2kETkvVcO4C0F/1T&#10;mf0B9uUDkPT2Mam05GxOtK6KxQOoJc/odfdfGwPadhTq3r8ctjWAQBAWV4aHcVBnQuess3YR588p&#10;89NSAomgMbpeE1AN7U9MkLJa7Nmgou8R4Sn2VhaNZdh8YJh7+MABWHY8qussFTdbAFTS626wp6Te&#10;YQqaxRlDNPDhI1pn8z4o+Z4H/8ZaKMS/jaAOfviR76qCYgS9bm9/b0dypzmrqLAAtOU9K3jfesZm&#10;Be/pLINg2QSVRIl2OVSvxM5DzQ3qgpQEoWzEV5IEe54X5mUz+3JgX+dxrRptUrBWsMoKq6N3ajLM&#10;r+16VIJKA1BMbd60Baq3C2T3nj1g452UG669QUNOensrGPQ2oMqraK3fC3k7ZdDP7HpaPvuFr4C0&#10;MSKbL9ggg30Ae6uizDT2hAyVGMFQnCncZZCJemkXhl5KmQHpVNScNRH11ZzfV8rse8X/brI9j30q&#10;F4lpEFSeevJxeRHWALuQSr0fz85OhAAtY+h+I6TlvC/V/z8J/fEShFrgruiF2y+R6264Ed6Su+Uf&#10;v/F1uQDSeKp9SDjQsBPczzsgp771jjtkI8gpfQBSxdusaVa1iXTgrmw+n4hMpnJWe3RRt3Swn8+e&#10;U7sKYHu+z4CRV/Rz58PIe3nX0XZNu+78j8y+8Oc3THzMIXrOKJjNc5RIUXwKIJvqFhbERj/mdPj9&#10;DACFIwMVOYImci/85vb2V2Qf2E0nIXU8VeqXBchqDVgrNaRdViH9GoKvQf/osAwB2BuC3LF3YiNk&#10;uNDG4wIHZRj6w/8KuU9ooLA54s9s2indCktkn1S1oVRpaBikhvY0Vw/QYLJZbitrhinCTW22LcGR&#10;cFmPf4qoPVhrJRitPrr7hMRTJ6QGCezB2bo8dN8jsnViGMc6gFAQhG+gudtx62Xy4ol52Thak+NI&#10;Z+xvwycLjLqjh/bDFH5BliDDm8PU7HLc8Ju3bFaJXORZJfR8SmSmZJ00l+j1VlLpXJvpq5q4FPp0&#10;sbJGUPPYB/DvE6OUQvYoSKPVkXHlWoyTT1+QZWxYZIgxNGMX2IZ7IS1+5NHH5Fk8gC/t3ydHjx1R&#10;Q1dOe7gRkL7MTZ+pTCxanFl32z/YbccAwOY9D58uRrfrRpfrYkqhl+mFPgktSCajJmOh2NizcGKf&#10;5hu5SStBHDYfN14Cyju8qwAOqew7dBOEeuT88foPnZRFGOMabqJ5KnIB5c41xP69Y0Vx3cEqiJQw&#10;hvJyFmUUARgC6FbrrSrVnZLrPgDNfQCMa5WqFqc1SAYZWT+KxZ2x9zswCb3quuvk1tvvkBtuvFm2&#10;X3w5QF4UBLi3K2TABSwMKgqitb18W1ltymRqa8Jqq6VWvUJHfh4acG9IOAHewsOrPX9agYsKJq1k&#10;ac4AqHjk2/fJycPPYOMelD37npeFMwayaty3C/A2pCw97NPPU/KgDtlLlFS06yewyZ2Re9/QJ5es&#10;7dOgCUmkq3j/FoFGnNseAiS8KG2+Bn+hSAWYw02tjF2uBoZeiOeD090GJMML0whwQCgMk7aJ0XJa&#10;Ww6dOJoK/6HRCUgzR/Fz8HqJXTIpi0P1K6Fsgvdu6IprDcVJN8hIv4c+cBr+EPjFKQeIaw/GBGAA&#10;TFN4bqcmT0mvncKxzes9u7jYUhYwgRYW5069nMjLIvfcmERy5nwZTZI+SRaMOCNva73sIvANCAAq&#10;esYxddYiiIa+V6WqS0qO+CxwSphILHD8ZK+O9wcyNN4r+w7O4no4q2onwTYpw5cbYW/fOjybp/Ca&#10;LWVlNvE8xwFkoe1FDUUp0wOHsvukaWZGYGB8YEnJgcJM84bn3LGTVXn66Rk5dARA1AL8M8DEZIBJ&#10;nPiu5vyLGESk5x7ngImylCqTFUiPQ0r+53H/TU2ekGMYFpwGA+300eMyfeIEXhdGvWDTtQC8BXzN&#10;lls3Cr57gd9kg9D/8nJpNm3q0hr46bb7kzKUsP5R1twCoLqIdWcR687c5IxMYb09dWpKk/DOnDqF&#10;NWlOmcZx7HwoCTxK6FLWdUcK3YfU+41AMsOUcP4X4BNw6lSEgn5avvPQaXngO7Py4iHc0zx/ZHqK&#10;X7uMB6ET+T+lugDyhCnl+NUEg7DVWNImGyUm3ify8qQSjIp3SLl/XNPe+RqhLnlNGeubkve8h7L/&#10;RZUNt+2SroU1SLijqZYnSrp1NAF9bCGuxifqSjHUIQMA/HMUdJHWmlxQhclSelP+W5AtjUHQkVaW&#10;idwyNkBOahyYlSUF96gMJOgGtmQhFXk5cr5ACySRyxpfZ2QSO2skM6M3mfw1ARpiccCp5AIxArOy&#10;jEoBtpwNXMo0tB3y2BzgJh0eeAUQJT2efJ3kWXepnLcoGY5XsAFNJrm02bnq4J+t9Bc0mX+eJp5a&#10;d364DzUjL+GNlQitgVJn5ltyBPfeS2diAN3076urJciOS66QPgxbeyDZI3PdeakFupcGfj329CkH&#10;9GXmaV4R4NZzV5R7BUUi180HYRW803Keaqa41xczOIymGcaSY7BZmzILk8G4C/QIMsA8BRqDlc2o&#10;MXkBZK4uz8BMxw4OPLsxB2L6909wPwXt8iEk/nokgGGebWv99VG2pGe1O5lpmDECk98TFm8SomDj&#10;guzKpBJrV2MGnuWQcnnSPc8x6MO0ry5KixImYHI54rwfZipMN+nXA92xMrag5D4n3yf2oGnJ7zcE&#10;QNqGe3yv27U4PMZwk5YhYcJ+tcuq5CBY6Pa6pNcIU9mW0WAvf2/ZwPt7x+rzqkxABbVdUJxKNW2Q&#10;JiyzPrI5n0wpDFBseo+SHaiKAx8EwuG6C6ky+nmCJHU+rXtdeBWT4JVUUHZ7KiW9MbxZW2AFLZya&#10;1YRi1pplAJ/0qmqn67AtuPila+IK+VeXUbXp9Oc0KSNTE4aNS8xUSS/qf4J+Fbz/fvQGddRx/Bol&#10;n4qjh0H6Ksrm4f6NuqekHs34TOhNIlxLMnpbwxO4hhgqQq4cJExwXmvqHWhdgUFwGWtKq1JSexDr&#10;h/7JfRbk2L0rHCJNJ7bjwm+MdOwX3SRyZ5EyurXVMTPpb/fC3hfluWefl9NgPV588SVa469ftwYe&#10;fAPap5XUgilM2XiuPpA0oM/dP35dsUmqMwbfqJl7cE5ZXx87fFhmAIQMIt1VZ8KqHuNAOvAgsUmH&#10;I8YWWfnpip8LlNEQriSMyj9zJLdoZxGU0po38bMTm41AbG4DN91Y+wWDDZMfnaz4Wrf/u7L4zqZL&#10;zIF9ZH/S973krVayoZInbBjXKDovUDDR0ffOzMyh531aHv7uw7ILARx79u6FDHsWRAWGcmKejyDO&#10;odEB2bh2A2q/x+To4YOykUQiWF714hpxbSDYXeGQGL3o5k0XaA36zX+5X9at3QiF1rg+q+WgrPcC&#10;e0PWy/yZUuATxE3K1RfT+UsPPy4WTtK5H5hVQyNfjew3/3OdzLBur5nuzSYLF0lY+ezl61B77Xzq&#10;Sfnj//ZHIA49g/WrLNu2bpMLEcrTjx6YDL95EINIeKGqjc+PhpGKG8jw+SUoRzxmBPZrV195JXqf&#10;Rfnil78ku599BtZna0H2GtA1qIc9OchWXJvCvG2/Ee/r7a0BgjBlnZoOQ4zU0sOYorjVZiBmERvI&#10;6gC3Nxd9dUynD7JJ/JqLv1bmuq02xLBFPxwjXQ01z8XqO9s9YnJDlm5J2/x3gNe/UWrrAufYcS0W&#10;iZCptbGBLeEizoKlsYyrsIQLMYeHoI6r0QCY1mByo/dqYkIkPe9qWPDKAP3I+GDKqClXfANY1atI&#10;E1wXq+IKytibw/LTh0zzdJoGv7naVFmRTYncxh97vZJNUjZt7FNmAX4AKNz1xE40qmBjgIl40y1X&#10;I0UTUc0HDsm1994mDciDzxw9JOsAlBw5vQDq9UZ55uBxuesi6NHBbNp5HI3m1x6S2cOTMnDdNimP&#10;RzK3+6hsAXOx3b9Rju1/VtZedbUcRwLvJrAR5xsxPBQwBauV3eQyij14EOr7B64ycQmVQawbYWSd&#10;px9ZQNSkx0uxLjRtMEqW4MfQgixsauoMQA2wWybPgL6N1FUw75bBGNPlBK/fVwr1M3MqWcNrkAXZ&#10;YvFEGQKo3yx1WHjUyKjDhGMMsoKJdRNy4tiMvARvg0rZmfQvA9Qgw4ygns0lr+XjGfOWMO0cZbQ7&#10;fdiknhNMbR4EIyfcBmDNe/6UbVKIcq6L4wWjSgsgP0Frqwwy5w2UpiB6SWhO/8kbmN5cBP6qYUnT&#10;hPnvnIARHI5c7Jaebxryc/HpGQajFPfmWgBVNL8F2g0QekwXrTqkC+VKzTVmLPqw8JOx18T10Cla&#10;2xdJbLLazhyW9z89UhTFtGy4lhWwa9PkuFUCA/Q52XLRxVr8HT5xRJ596JsqHThy6hiktutk80XX&#10;4PqCQTf5gtwJU9KpVr8cnxkEI4nFZlP91wKVkjYVaIicpgAakmPY2FqyY2tZ1sInplIO1Ry45IGA&#10;SBlHAKopUcZxMrFN2W54LTIWy2DIhkg6JUO0bAItihYQONNYrGepuNpcuXAYow1lWye3LU4Tscky&#10;oXoKgE1sHBBS8cCwXttE7kC4qxx6mRK+Dj8bAkOxLuKReM97DX3gAtiGFN0lI0dqnMw06YFBXOPG&#10;gEzjfM6GTTm9eFr6RllsR1pM6VpN6bVxEu4E6Ih9wxT69SPwiEAiP099H8Ul3hKksljLRjZulGUE&#10;1BDYpzyeE98WbQH4BmWXxBXxM3hZ+80Xo3m+Ypv85edPIqUtVnC/qaBRlC7qlfK4bN/8Nsh5HwI7&#10;bFrfn2tuvXEU9wme9eUDYIleA9+fNTg9kGoH9JEr67U2eg08+K/rnsVgoirP7Q9k94s87llIeycx&#10;pQyQDtcrmzb1AbiGZ56e6qoGu8TqUwozbSb5hs6zlNelpP6kbpgQ4XXnce5n5jGgmN3vezqbK/Gc&#10;x2Ho06cJtCYG6c770qeOW5umIyr4mDJmkpRFF2BjgsTAPHBMRJWMBSqhdom/oRePEcBo+IZLVCLO&#10;165D1j59xsqR4xGmucty6OiynJpsqZTRoVrWBeGQochgIlt2zXvkIBqeF6srJQBIFDgRhjoxnzBK&#10;CbAe06szZZzS/xHgH58zJipjxZd2RRToQzyIXLxtTt7yVmyoA7MoWhYV7Dc49+1mO/XEch5vNudB&#10;alIvrTgHVHniimQWW1mqdJwDA/MAScGzPQnUSMoW2xFi0WWy3rVQXJViklOxSLdEYM9A6ZjApmEP&#10;tlPyY1fI26xdOffPQZcFQKyTyZEnD9icPFJMR0qvWSXkxKz0/kuaphRA8Cc97kz/NcVAjbyBYSGR&#10;t6OgzNMbOo8jNjn/v9gx+BKmogTua/WWT73mMAZr+dxcQw5PteXgyZacnKsrY8e9FlnHZNUz0CnU&#10;4j7wUt1EtqlQXugCdOL0utnUw05BZN+QS5pCLC4eusOvKw9Wpv590sXSzhQLcZPKam0hFCMFroIM&#10;LE2CY2ynt2/eG8rXi+Zs0sE0CdYNDk3g6jkTZp9VViQappDsWWyxO9g7xqRrgPFTU2OzIJA4F2Od&#10;2FsEXr6cJjwnHoCdln0rmDerc4oKx207lco2DVxI2X+2AzxVGXLgk7Hdeq8hblj3YgxDmgR+vG+0&#10;WUIzF5/B2jvt1lyGFtF6RwGWQJtElerqB2qqXQ8tEjgY8j2ks8nJ0ziVvO6OL0lAdSnljiGehcvk&#10;nj+P+MfJQxdngGgSjGD852at7gI7Am30nS2LU5OUS+57IjfXkz6VWKNXwj5z+vhz8tBnj8rRFw/K&#10;Xe/+QYk2bALwN6qBWdWScUF+GWL9OtjEWw2QGOewn30ZmvUX9+5GTzSrKqh18Bln4Ghif6O1Nxl7&#10;ztvHhxgGSrIQEDTarBP73ogaDR61+3dKtDyJ2hL1LcFFqHdKR/dKe25KapD0RpfvkCY9fdXWJlTl&#10;V+xtXAKx52TKWGtWPGOvhgzVQg15DF5sn/vyF+QigBM333wb/ME2AAitacIwryfvz3wAjT0L+84W&#10;gCt3P5IosBVssYn1G2UPwIxHHnxYrrjqSlUF9dH7L/Gmzg0oEkJIfoOxHTYZ5+tt9/+J/5IEcY7V&#10;yaClnFMVTyZNdC/6/qJGpGQZf9+7e498CXLQURAMrrnxBmXrUWr75ONPyhe+8AXUvFvkR97zY7Cn&#10;GZXvu+sOeEQPyZe+8Dn5/T/4ffnghz4sFwHcnRjqdVY5OA4Gt10BddYGSK+ffOxJBXIYWsVaUUov&#10;Nzbn9UvYldfZ3y8vA43QZxHH4fpwDKShX0UoB33hf/M3/5NsvxSJ02Xa6UTaVz6OYJo/+MP/Ig8D&#10;VH3fT/6kvOktb1X8RwFuZiNEjo1n/eCEAabv+6mflne984cB2O6Uz33+s7q70wPwzrvuhh3WGHzO&#10;hzxD0Jz7tJtioWReRQJQEbg2KzZwIyvrihWsVL83rrpOmfNzZz2fROWXw9g0KXEk+6+0jI0V4Yoy&#10;j415GpvRZAXsGSz2dbxIHWwIWyILBzcCI3axSfcBNFkD0/UYoAnBFqa3BJQxipvyqZeeT88lAFfx&#10;yYsVZZRUfBBG2/vnBTnpS7LgJdNFHw2fRLnnJuo28UIRlwJHpgFlhzO4IWdPnpA333uzPApPrYXp&#10;OVmDcIRDoPcGKBxqpi51esLg5mwhbedCUICPgE2yeAj+Spsm1K/r5muvkccHT8u+5/fJhTuuluef&#10;bOPr8GdqH4RfVEvlmXU0lP9y3/2yhDH6DddeDzP7TSqFE+NYdJywOW+8QMMCdJLhYrxQcNcVWGhT&#10;ZxbXZOrMYTBrDgPYOyUnTpzUSRQ3aAUvGaCAc0T24No1IzpFWgCtPlqizKylQAbNZinfIRgTAnia&#10;QMrQNI3pYS7y5jtuk97NGwAiNpEiOgfJ3imVbPLcExhZXJxyk1TJTMkzF6t4RcOVhGCclTrvOyhO&#10;XHum5uUkmu4eHNsyAJNlfs16M1Ccn+W+Wlrs8pqWPJhichKlxIsv2RO4kJTLPdqkUMrnknGdp1C9&#10;3nCTiraoP90EANlLL71EAbbRCQRkALTtrYBRB+oDF/kKKHfNtmpBYbLbr3JA0sQpDVQWKe73HoCI&#10;ZOIxRKTF61FykymdMpdd+AtTUDmkquI5EcDnDTA6T0wflYcf/Jq879LtCHIYkp2P3ifX7tgioxdd&#10;JaMzS/LkNz8NsG87mrJ5NXaO4QO3+8nDUq4bpe9TXhWSpSolJ3lRLQzSkKbgnfAGIxevx3OJe24J&#10;LCSrjNCyyu11yoyTytjzBo67gWOthY4pxuRZTiNLTK/FPUbfx2UUbK16U1O3+XolnVaXVNLaaEYp&#10;a1J95OgxiY2Bxu+AQ5QFSICT3nK9ABZ5T1UrzusweV4Ts3f1ClQ/BveM0AuOk+FG5IEsn5zHPwzA&#10;PJ5TnxFMm5cgFzlxDMA03nEhArMWAQj0sSyr5DrzKonEhwEFJk0/VS+JnD9ZMlmN1ei17f2unMcc&#10;p/z0U6T/Yg9MZdv4ngXIVMKKaxStcfIVleZ7jxT+maLvQbzPz7xri/zGH74I+8KS74rjtJ1y63Ev&#10;rsmVOM5H8Ow3NRSFgD+QJkjrDmBy3pDh6HooZy7Sc62hM9pM5eSJ/hkN9flK2DVgWCPG/Oh0W3a+&#10;wKCIZVkPMPTaG3oRgBHCkwTUeYBXRlmaHNJYTZZttmjg39YEczeoiNRXs0IGJ8Jf1O+P58ZGqSjM&#10;sTZFPUMVTG3Ffk1wvnxOtp1Ml31Bmw4NEhTLauq5Y5XgOsRlZXwasD0iL/Vym0mUAg/8fqrfF+ct&#10;jJSXwWSOYVbdwLCl6cA9TUysKFPEKNtvUdRIltcfzzRZyi1ll7hIJpX/cygCxsJi44zKpssIeqqh&#10;odEmhQBp3FLQWQcAEc9FyzG2lCiJJgfXM4CX3803x/KWeyHRbkzhuWFgTEnX5iRll89yGj6T+GhZ&#10;f0ULKblZxWByoJXt7OaD1K1pRYCRzf1csIp9x6pZoXYV/73VQo5sR7iGzYlibQY0Jvm6cWxXAVly&#10;E9g8nNdp4mdzgJ9dmaAbWQ+CiU3lsysAtY7c364hH6vIem3uHKWeZjnUNc59XtvtZ3OSJJsLo0he&#10;U/Igrm98Yw8GRIkhuffnE/87mU0awMH9H7XPEiT5x6fqcmS6JQdPgWW0hDpEByxt9SLja7rwjiiz&#10;acmDwZQDGjew1MCdAtjjfk58gJNKTb1/n10hzzKFYIp0/c1HQ68oom2xyu4M00jYZbH1IKSTYXaG&#10;FhT8zZKfsR2A3ypYWDbwDIrOeTmwq8DESYDBc0YvJIOaBBxzXIrEZy8NazErfYUS/9IiGGyK8nz9&#10;fNFKD7iOPmjFI2U7/S27MEA6TlTm1WwKr5EMdLjW6lWvDeoAKOKay29qxWpRYjDENACLxIc+uGc3&#10;9hxCF4BgSrGuX1E78s9V1o5pgFfspO3ZYENSlnAK7tmid1Pqiejr07TGzEntHdtPUpDTsULc1eJs&#10;quWSzRRU5yiKACW/JQKYvg4uRdOWsl3UR9EpOfTMY/JdAA9Lb7xVtm5A74MgrDUgQihrMcjt6fkH&#10;8DVp5J1nIfdzpsfa1joddO+GH/lBBDxwKDsIC5D+AechzXrW5EceNvFdRv/HehAD+UWSChAKUQVx&#10;IHj+SSnPok6FSqGtvr1QFyxBDfDsw0r0kAu24OdQk6OeVha6phpHzpd71WRsKYSivFKQz9o8q1a0&#10;hmS66mVg8vEerFbLSnSgpZPax6BuN12eAWOzBOe856jtmMqoT3LEHqFXByBXQxH0wP3fkQfvv19u&#10;uPlmKL826c5QZiBbsmfEUXcfUfnehTm8jijS6hcmlxykbFRa1LTdMNh4CboyuALnPUkv8JOnJ+Wf&#10;/ulbcujYcXnbD74LIN0lWDbgDQogeh2u67chuf3bv/0bWKuMAnS6G37l6+QqBK1sWLdO/uov/lz+&#10;DKmwH/75j0KdMi7j42uUtNF0G6GSPd7wxrsUWOyFXtfoYD0s1Avfw3yN1wXo6/aakQ+rybPGSQBh&#10;n83neXJqUo5D3XPDdZcglbpH08h7oDyqgmjRQH90y+23Y+0YlI/91m/K7wFQXYdgv0t2XKnKOceK&#10;dv7cCvx5JZAyy6DuvP3OO/UZoZ/ok08+LV/54ueRg/BWKW9BUCCsD6zEK8C81x+ELqbLFYbtXfa/&#10;VRevVx3BdH5y7Jdzn3S+VumhdYOygAeM4J6allMXzaYQF6u3p0dlHwwZCOjPRH8vLFxBLw3oa3px&#10;YvXrKOnCTj8nbtiR+huIUuRjsOBYPCpN3oreMMoCCYPUxDXv8xJ7b44gkcKZjP7MwiEBBhLaN/2W&#10;WmA19YDKcnh6ScYRN8/45m2XIAESMtmFeiSn4Fv32ENPyEIDQCMm3fOQVs0j1XTfqaMIDCnLrj0v&#10;yBVbxsHegYE99ut18M6b3HlYrhkuyRGkID3w7QeVITaOczUMH4vvu/MNAN4qMjQyBDYHzl/LNcaK&#10;aPupTa3Wq00xqcoBCm4y86bB1DtzehpJTpDjTh0EQNkAuIRjXJh3DSjN8TUkIgQw0KsAFBcnfv4G&#10;J/KQVpLtRGZUHZ+lBLBkx9WXyVw7lP3P7QH4VZI7b7tDvrnnAGSYe9Dor5GvPXNIjj/7uLJWYsrr&#10;eC3pvRh42WmJgRxx4cYwBeNHs4K0naeLFm4+6x52fm6yoEJ4BZFuVgUISbCPNIS66qZaMoB7o9FX&#10;Vr9Dpqq6GaBN/WjUnFMcuKJeGYE37yTfTBNHHcuJhQzjvQdQvAxgyjYxMQ5gdA0mboP6NR0c+6Nv&#10;NQkeVJwUxDPaoqiu/iU0Dm3D34jeeIknjE6WwehishMZfE4u4oDSZBrYVuDPOHkNzvECmHqPPvxd&#10;2bnneRkHgLG4MCWnkFzbgDRxw/pbZBrSyD74eijBqD4vU/Drg0JVnnjwoNRxb1YwGS+BDavMMVfd&#10;qn9BBHZeOToEMLpPtk9A9qmmw1Z9lwh+VSlrl6qeu34CkAxywTnvqdDPrqxMLvrxhfRiCQMNYWkz&#10;7KDZVnkhffiaWoiELtWRKbWUN6qEKnRpu7RqwbR0GedprGdAGVAIYcdz73z2tO3TwIV2KvmMvJeD&#10;sk7bbuFnQ+CScem/V1KvRE6SQ8/MI8xDQ9xlMF0PHpwEc2tBny2myzKAZgpyjBgFa19foAVcwppS&#10;cI+yztBLLcLAh5nYQgOUqAUS/zMCf1HbBfc0Ab5RFto7NojQm6ZMQ046jPeiDxYlOWTrRtb6xDTH&#10;tCkFTRnHEODWm9bJYw8c1ntBwSENEyq5dYupy0iwM8v0pjjjjoPPIcJNyNJdbpwGm+EpmcDm2jd4&#10;MYr0mguYCIx0JiiodIlFelRyshmlveGewb0b4+sHF2M58i8YBuD9RwabeB6MDPcZGRquIHW3hHUL&#10;9whA30opUjCvVilpmIYzgcfnipq64TmZngNo21hLg6QCSqSj1slhswCG2DfKSahArMEgRUNaozJm&#10;lbSVnNk1wcay7dchwDIAi2WAFNOzZXiJAgOdgdfY1JJMz7Rldh4eZC1HcbKa/oxrX3V4ImXtWmjw&#10;+jGx17TdwMi619fUafrwIRG5Cf/EenMSATUNPNtg9g6tw/03pNYQLoW06Sf+uC+alI/DoJx2CmCd&#10;cM8rA4Qv43m89dZA7r7nFNaNSdwDkB3bHpVRko3ZRmCOmqb7lPYu2FWhF09M+tOEWtu9tlCCfOAb&#10;ULOSGZbv8U3H+3VV2+SlE+eo2YsJYzZlIuYDPSTH+Mo+XAdHweZCRfKMvPOIKXOMJpsCYtLBKLS5&#10;VNzOZOAVQJ/pwH1M9zotARFT5l7ngCvv15eAlgnjLPdCcTf5WpDLPuu4aNY4uaKPHygk7xLkI9BN&#10;0H8ZQRxTc0jhhGT3wIk65LsY1KAmiAhcE7RvJc228/eyPs28EK2aSEjFB4jFQZbMYgPvxZoMV+Ii&#10;t9IzvYqtq+lgnNoOOW3+vrXdUeUVQFoRvbIFP0njmcO2iyel6WD4ma7Fu+mkl3rFQZyEj3lGeOLP&#10;Z7w/sHSYZNvOhiV535wvV8Lws9YWGQaJJEfvibjQkGRMAq9ySE3YTeExyANdVor2Jimms+KcF9lU&#10;eQCoc8hrJHtuTZ6xGnifQBs5TzgOmXpheRCID/7AALw9S4Ge43R79kEC6gXw6C3Bvoe2CZpsDiIC&#10;64bYB9/pnmuTxF3ryTpOdpuEgWl4SBdTdNuBetqkXvVsdJMw+9J9NgFgrQS+nii1/XtHbriYekxq&#10;hhg+cxmfr4HeCeerFc/JS499GwP2ZWnf0ZJLr7hSprD/0Cs6zDM5RF5bmMcz7cuhk3jSboWeu1cC&#10;5Nv51OOyq75Tfag34u81GpUVsqKzBZH3fA3Xj7Vl72Af3Eaw5uDvFFg2noHqpH5G05YjAv7wGC+3&#10;wdzc/ahUwYCPwaJTdjAIITaR49qzA3SvuJc+S5NNdv7o2KjcCuBtP6SfJ8FaGkFwQzhU8XYroWP3&#10;BQWcMzdzMLmkXJsN6RKGsXU1ZoR+hh5x9NK7DuwzJvxSCklSyQSYlH3GSRuT+70g0Tf/PwD5zsWc&#10;ylG8lR2LczaLHngWPRHvk3HIPdkLNLRnsUqiaKoHdkmmQMoZh/qKoTch7YdQ57bazjRjBsDUegB7&#10;w8Nr9Vpzb6OPOgOefuw9/1r+23//E/nd3/0/5b1g/t32hjtlCHW8enP6MJtKyRGKGEpDSbBbR7+X&#10;fErzPWcQaq8b57xf2f8YF8bFx4CM1MsuuRjEowMyh8HhGjDvHD5IcgXOP/rhK3ZcLv/54x+XT/wf&#10;n5CPf+IT8u9+7sNy/S23SjjYq+GqzWbdr7Fu9wnLrl+m/VWIazB6zXVIvr4M/d28KvFIGiMBoeT7&#10;+/PxM7XGvCJfyu5gmC1Y53S6+dlXiOeZlx0zdPb7optMuzOM5WyAYekMdO5stvsZfIHFv8wQDTxs&#10;fHgMgYGksGGDrnI55wvBCXFYMqnBPFMhW2n0t/HJjCUn61NKZ6AXs+1RfDWH1aJFvFg7zBKi2GiG&#10;safi5yKuAz9x8T4h1iee9uD4WwSs8Pqzyy1N5RzGTbkIcGwMVPTB/mG55earZRL+gE98+Z8AsEEm&#10;uHBa7nnjjWLH1stDX/+OTL10Gn5Mw/Akw5QOgQ29266UgVaP3H79FTj+HZrUxGQ7Tv6279gGlh8K&#10;Fvo7KbslUNYjlX5N/TihFgR1NJwHDkC++eQuLEzHNZyBxbcaEicynbjl5Kj0vyDjDp+FPgN9vQAY&#10;SDXHgzaG45plYw/JbU+5Ljd9/63yzX/aLXb6kGzbtk1aACAXATLNH9wjMQC2/qFRSJoBCC7MasIn&#10;G166PfRiAkW5GhvlxZYDrzRqrDPhRVyip42zxkU8vT9t5OI48wxJqPDGgbqNpvOOi6fRraMpnsF7&#10;jONn55lmxioWDLzZeSMTOB/zKETKZSfFrJRLCui5othPenXKSN+zXqD//Ur7HUUBM4RzMoCE2xKY&#10;ZEMIAQnUg1CUUszmpInz2cTElaw2+os0wPSpUoJBjyIYECvzkvcc/B4oa2UwQBmATQP0cYKJTQRY&#10;1AAYPv3dXdi4v6NgzwWYYrztLW9XT6QAIHisLE7X1FAK2aQnI451y/bNsvHaHfLw338ShRA8Edtg&#10;2cH8nyxClZpSQojn4yCKj3G7TY60tgktvpj+RFahSt9tS89ACxJGA0Bw4/gxedNNazRZSlN/Aey2&#10;cO/UKDEkthpUdFpGwILJeARUVQhJZlSZkt2qeqnofccCuhnpvaG+dP6il1XBbPVzRN7vL/TPLRG0&#10;JVxH3r+nkES2FiD5MLw3+Vz09RDcJquvpAzewE90nYecZ2Mw9EVzbR1rJPF8ZNFFll/kA3V4TmcB&#10;zs/MLMv+F4/JCy8cgIy9pQOHGOeBhWV9DuzjuO39Mpjq3eO4qNZ65pRJ/ZuSBMFUlqpG3GQX+q/z&#10;Pg5cYdIipR3XEeJXlYXXhiGrfukE2H4IMsHkyUmsnJxbWbs63hV9PYL6P/T9Q/L8wWmZPdZQhrN4&#10;KTHXA5UtoJkZ6L1IphsIcCjh/sSgIpHRMNE4ik5A6jsjvQsH8JmQmNuzDhPyTTif/c63LnANZmSc&#10;bCrAfavBFuoN47nQ1vldULLHlEQo+eTEEdeQsgkJwKrAUiV95WVM/iG17yVgDvBvAOE5A2WsOwA6&#10;+0uajlsqM1iipeB4RT0FE7mll70oiyD06e28p2LfoBpvKA+wDveTphpizWW4HO0NGs0q1iuk5OI2&#10;nQfrmGECM8sE9zD4AFs0StljRm8RU/LuUZoMHyepGk6+zfVX5dlYQ7lnxK74poyWITSt9gxA7QUF&#10;5BaWj+P98aYlApxrZGxsKwDcjdj3Rv16HOn9SCm2GsITeDeLWNOdBUMTa0OM17nu6l5MmnHuegDs&#10;4rkOK2h6AFY2mT5chYn0slW/JCYJm0Qe1TFITOrfhNUV2SxRN19o5L1BrAf4suTWLkWJLfq/mc4i&#10;xq4Mzu1wYegAuvJeczYFpkyOiZYllnZhFNnustisATdpSEWukpOzqzPMCkJYZFem8YYdgRmdMk/J&#10;A1Q50HOF5NYU2YS2ADitZBPmgcH8gCEIikyofMNf0L56gFTZRPRL9i+mDH7rWE3LDaTswo/4zFxb&#10;9gPgOwVQfHoxwr4eqj8wG1Gu4zpoUe9UtzfFbpFNB3o2V5QHvvhXxjOHlNb5yyVWGrr++QClAt8u&#10;Lk7kVzSyKaPOZC1gAWG2Bf+dZIBgOhOWOzz/Up+8BFxNAi+8ZYUtJNiZbnl4BW/gBOgxvsZJ03QT&#10;to++TJiyAPW1E6CvUHjnwLb0gsdq72LyQyfJJMnGxy/HiW+WSaTgRQ/CJN0+uycT+bHN/btNJYNx&#10;GjrS4bSVW1jyoSbFZzUnNU2AUL2fspRhmx6v+1pTQ8ScxYXKvXuwbzKnQ/cJ3GNLJ8GomsIX5lI2&#10;YtuDZyXPKNUhXeiM31kbsLaKI7evR4n/Xs7vTmwW2pYEwdh8Zq1+Y1y0GsixZpOFTxn1ofUBOoEH&#10;GR3rX0flui1w+OyG+JQL83s4fAmhyOB+3IOhU4CBVdPShmRSjjz6L9IAM6mNofKOy67CfgKQrb+m&#10;tYAL/2inNYoDj213BPAcqUzWSEfSd6T1Onu5YfhR19BjCJrsPXt2Q774KGrIpmxAqiZranoom1zw&#10;Xmq5gXNPr2IqZarwZm+FCxL3XIVThKHoi7ukNH8cCp15MOZDVZQEJ/ei/5gWM41rfM3t0obCoITg&#10;xgZ8pwO/hmi9fNahjl2ZuiP2nKyVzpfS9QHXhaSJ0kZ8TgSQHUGI4R6QIrZs3oxARMiZoX6JPaMr&#10;SP0yM8a9Nd3jKExuyEPGYNkHB/TjvcogWPTedpvs3/eiPPboo3IBgM9Lt12kicgMJ3COB6FnsxbF&#10;hCsZcub8gonNubGHlcTrVweWdHr3dRugqHWX3yOU7cW9pESiAWTg8Mz7zN//naoC73njnRi4jsgR&#10;hEBwoH/DrbeB2TeggSQbcY/e98CDCGs7Ct+xfqiJ6irtfRo99fp1W+VNv/QOuWDzmAusw8IU4j0n&#10;APBS+fMrv/K/ybe+8TX54le+CsXbetnKxGSAgdJ2vUO15LALFIB5fn4x9GGF7+BZkqBNkVRQsIg4&#10;6/m2XTzgzg1UrQb+FJV2sfbqXFuaGpy5DL/DOfgavqQy+xrW57VIzOW16Uc/vREJ3v/+ox+Vj/3O&#10;78inP/VX8hPvey/Ye+v13qXSjP0xSWCb4OH3K7/4y/LRX/pl+a2P/7a8+Z575Oc+/GEx44HiGzYX&#10;lhnGTs1nfP9CIskQ+vmBPt9Dl8KV9Z75f6h702C7rutMbO1z7vQmvPlhnggCIAiS4ixSoiiKlGRJ&#10;lmxNluS2nY7dnqq7KiknlR/dlU4lVfmTVLqS6oq701XtWFas2S3bmihLlkSNnMSZBEjMADHjAW9+&#10;707n7Hzf2nufc+5994EARadjVtGmgPfucM4+e6/1rW/Ig4nsm2HNmeKAumD9VrjI2fUzeS3TUTCv&#10;8dDZawTp7ZowXre0wfYOs5Eeyp7rZAUW10lp446dmPzEmvzIwAurrBQnl3QSPEevjbzJcI6qOvmn&#10;UrklyeepfmpBgElvtneC4WMUZCjOsNQXTpH3dIgcspx4xpQNhZfNPUYiP4WLPJMnsbkoiaalo4Ox&#10;HAUFzsDfaxaH7hOPPSMf+I1fwbNc1rCMofU4sHDILsJLjhyOUch4KVW++13vlFE0bNt27dUpXhVd&#10;6dYdmyGDqStQUq2UNW1JGYn0H2RTF5O1iEPPG4sTTqMH1gqYR21l2kDKieTev//eDyGtY2T6imtO&#10;45rKQ5t4j36wo5ZX2q7IwD80jJ2c2AR/iQ2yDnLcafj5Pffjx2U/wKPnzjHB8wokpfhMYFUmOLz6&#10;F/D+Cw2EhxyUm/fdIE+eOapmpqPYKC/hczVAg9mOw2dd//1IkAQDET/74k/+Hl+hrWm4KnVUKnWk&#10;DXPRdNomaWFputMvaScFyYyTpDjU3ioIxCaZC6tK2RxQyjoSyqq4Hw2CS/i+I/OMN5+X9PRFaZxZ&#10;AmgzJ6MMvqA/sDiDZKYBkWVGgHZyfErWb96I6dwopjLDSh/mOl1antepJMGcVotsR0zWILdLdKJM&#10;8MSZ+tc4eQPzbAZd+FhtSP3lOKkkAE1Qld5bddyvZUxjjx94RV57+VmZ2jgl99/3dhws4/Ly9JL8&#10;+AffkU9/8kNSGtskX/3qV+XyhVMyOL5Ni9AakqXbCFkoxY4lSCozwaJN2DzPoQDis7SCRd+qLyrL&#10;q7mCNFkAKLbU5/3+SnL50gLWzYCT4er1Mw50oHcdmWMRPAOTA/LIXXv5bV0zpUCak6gSwOM1U58U&#10;RiMAxG2liRrMxmrWHWcypGYrceCWD1JxXDzXtKSavpzk3jdkAqoBMKSd/VXH4FUvTMp4IX8E420Y&#10;z+wQDJyrCIigeXCp5P3vTOoMrBnd7Vm6rlG0GbWbmzzfL/U/k4JpuLzs7n8TjezxU+fk1aPHwYSd&#10;BojOVF5cB7wuPgmu4yK8Q1fgvQLAU8N7IM+oVtxZG4UJfS4TDAqfOKRL+ialxUItcgmE4k2utfmK&#10;XLBKiYAXbQ3qczI0PhLiyoNyWPcossnIvqUXydBQSR5+92756y+/BGAqzqSsbH50WILvWimPYL8F&#10;MzOZdQnZBFtZpNAqAdc2KsG7s3kcISHnsP8clr6lG8EsvAGA0jA+EKaWYBQzzINNEd+X7D+Goxga&#10;jYN9R2Zq2nby4HJU4B6xuVQfOkezX8R3np+H7HQJ6wOAWdRO1QcxhswqabqGPrJubydoMtwfafJg&#10;henEZLsCX61VycpFY9N0QK2zEwDIgEEIhyEry7BV8DLfVPd3B6JFpWVNauSek8SOHVi2TTcgkFLO&#10;7I5ccJRiCaljBkfe4Db1LLcEPq1Ots3s5FjDMpLWjDRnroBle0mW2mfwnM/yayi4X47AAO7bhTT4&#10;/UBpB9UfSls5sPdSNGSR02XhejOBDffEOL8/3GWhmPyBB9vyoQ8h6AlSrbQFhl/EZm8I79nQtdFo&#10;xAoCEywxPujAFsCMNPdaz4CVzGcymIEXgLnAetdzz3TKcIteceYq6XbdYRGmR61ie/gJr5K1djMF&#10;i9Qqu4Zs1XY2o0XgIQ8kKAQU2Pxaib9ePcs72wVw2t49sS1I6W1m8mw6wTpTkFLZLp8WmzNZbeGN&#10;7DWOc8NPR0Z6SkLTrh5X13QIDolj3SctBzBkRicuATXBeXce/pSnrjTk7OWmXJyBFUBDzU9dzRbk&#10;UcZm4RGmwEZJ/fCjnTSVRaVJ4ArSu9SdDOwQx6TKTamj3NRfB7C2Z5vX7axoivuw2A7fupwJarI1&#10;kdpOuaw+3iZnSxYXvi0qEqxnF/M2xVGBaVmcgqedgFbwxIw62X/evK6jQLddlNuebYjpaiay9/fD&#10;7exBTPx3jnyYjvWAoun43e5nL/VD1byZTLN7UPTftP5htxlw6QEtlWKbjiYz7ZK8SmBmF5/FAlkx&#10;gPORMask8rGu2Xae8IvhpcV5B3NTnHkrWm8kBGIbbAKXdKjJPT8q2PQ4gI7DS/GewbF2GBqm4UO4&#10;XDova9C2soWyfctfw47n02R8LOlMtc79UJ0xgg+gikzBc9QNroJqJfXPkGMQ60PqmFr0wnXCI+0h&#10;avjMSxjqtgAMnj93UF58FOcJ+ogbtu1G4NiojIH1xvkdbZJELTPsm07r7KWgN1HsbSPc2V9Bsz65&#10;cZP+2bFjh+XggZd1Pa5fv0HZf1UPWOm8K3hIxqr7888krrb34hMwfyIGuh19UeT0a7g0DfVPZn2V&#10;LMLT73X8LqyP4h37IJOakHiQ9k1O3i2pD/PTEIu4O6K9IynTrmGY1esyGVPwSg3XhXUubWlQ609M&#10;TGjfeeTIMTl66DUF1zfAn9lEptNHL/jLFVk/XYdaGI6YKLdiCE01U3qnIBFlr9iAzcjBF58DEaEl&#10;e/bt0QEyQa4aWWSmc+c0q4ZIa7X3djUBWsw1rY9OYM5elcO21muuYk5nTFm7CqhQuyZPBAl7BVl0&#10;9K+nn+EG+Lb9+V/+pZw4fhQyzwk5jaC4B+57B34GljYjkKCjNXjXg++Wnzz+OCSf38DAtilHjx5G&#10;T3BFHn74IzK2dRw94ih6AgzolWFQ0sDA+uKCKn7GJ8fl47/xGbnznuMY7I6phZUSalgH+2l0xtG1&#10;1wbWXB1bMh3+hL0rketEbq9Rrtsz5dufIVz/C7gmi/A6PIg+9xvf+pacAQlJqwSszY2b1st7cJ1v&#10;uf12WF5NyB6EavzWZ35T/pd/879hULBOPvEb/0TPKMr0yVblvRykV+WNu2Tv7hvl6eeflm9971GA&#10;r1vlU7/5CdgwjeTyjdSnuXuLrpIq/xzpROk8gc1nry2V3Fp7/dfKdtYhnczt3L7A1TNR19kqq1Qp&#10;UrBieUNgr6uwNlcD8osPqzE9GPfmumW9xb8vmeFJPxgzOgEmYFMKSWwFSrcWn0nqCyP3EZxhrYtd&#10;zpBc79MVwhWs9YlWgRUTedDQA3wBSLJZWmCcefBoTlaU13YKCBaMvnWTplwABUEFLzrMZBj47r18&#10;6ICUAUKsByXVQLY1MDyoaVmUXu1724348z75yId/VadVZLuUkMhbQbOmMmZOrulZho2KAAITxkgx&#10;jXxMfaRgX1vBRTXITpzJNcGXpbbze2nicxHo++nf/wgFzYL7nhp177b0tpdLrjQWlVXZarXVI+Oh&#10;Bx7AYQGgC6ajL794QC6dP6eMmhKARiZoJmAEkcJsmvNSnRgSexqsG3zeaXjATY3Au21kDABGHWDf&#10;Bmx6OIcvXJKt9+0Ei+ayXDqBtKi5aXFYBhhgTM1UlltLK5/uZaQ1odjsQFNiZZw/mJFfeGpCL266&#10;mXppEKeJLPraABeHfviC1OAxCOQCoQcIisBmX8V3GKJ/H747E137wGLsw+RrHHTufqD9U5DhjoxN&#10;qXR2oFZzslo/EYjxL8NgIgWMACDCt4EHCBPHGnjNftMPgK0hg/huy2DFEagYAaBYx0FBbJkpUAQy&#10;IzLJ8HNL6KD+9j/9J9m+riQb9+6W53/xgoyjWdr/ax+Wn//057JjdEAmdtwoET7r5L5b5RWY8N7/&#10;yE4tBpehM1RGGOjnJW9anoClxLCUPiRJc4rVAEDbX55S+vTM3IwMIq1rBRsvwedTJ0UZhqbcl03O&#10;1UPR7z8pPW5WDsnH3rNd+lEZ0t9OPV9M2OBjBTBoTqsAEBiVBt+typRabzLOw5ZS33bqnmPKd1mM&#10;l0nnDolsga3pV0GJElu8RqVKhi8mOrgnVxASw2edh2oLz9Hc9GXpG72IaSYmlsPrlSFIZl9Ea20y&#10;q/QgaXu5ROqYhpzaFwD6Ups+UwsKkM4vNuXCmWkAfovwrZyVw8eOQa47rQ2peAl4ytAFJr1h+t4P&#10;L73+yAF4jkVgcpaCCQC8Z0qwufCyb+PlWgFYsH5DC2wRrluluseq0cVBCWn2wiw+93aV8GZJ0MbL&#10;61I3sUxwr2JI62+BfcB3kVS+NFuXgM4QhKYBMN+7UuJeBOZtaw4gt9H7zzCOMimCAH0pTzIqCwfT&#10;F999eeWYpiTXKu4eNxZwb6ujuCcoXgZH8Zn69FuaNi0VKs7PKHbhHI00rBOfeMiCPSQ0aoYF14nV&#10;1Ggpub27ReP+smMQEewyvpFa0rhP7G5LxWY0yQ35w0Tcp0RSY2UBCpZ8IRgbD2MRZOCfxM4rsaQX&#10;KL93UeqbRN5T61gi9IRwst3IG5yHXhwgd3PFNRsAZOtgGdSb09JcPAtW05z6oxIArGAP5zWrlDah&#10;sdmBpmuSVAUHKnB9AbBPIdc1fgJa0qAelzLGcIM0rsu994/Jw++5QXbt4Lo+heeiT88A+vvVYVKk&#10;jYtxYIPrnROXXOqT/TrIRQUyiulRuNiiFVdgFkWSM9/9+l4FaPWUQplu9/7V/VW3stL0LkvNNUoZ&#10;ehfPeYHV6UlWCBJZRc9YyxR5dZllxPT8HNZ0OSOZgndeMfzD2N4e0EXMIEiEV7EAo8Jn7zaQzvmT&#10;2U94NCuwX8P9ZUPd9gAw36dBn7PE3cgWnpH5ZasBOtNzkOteAJsPQ8ulOhvTfg0Q0n0mC8UJ3zF3&#10;iwxryXnvFRIEg/y+IDfNgFcFxxzjKgMrPfCV+mm91myrmIkeuTTdevECoGZtwd/Trg77ssVfDaoP&#10;n9YcAMOO8A0HSIb7ajqk1emq4jdPuIv8+9uOtvta2BY2JOJ6VpZCQMFfMjIdvB0beKEecCzuCbY7&#10;paanCtl2xGPbqxT8AaCxheSN4n0NgSnh4TPS+bOBBb/6tW0HC4xDDZtdr9UAjXu2KnrG2P4pxzo1&#10;Nec7C5Z0nM7qmWSiwCwtmCaRRQcmnAt657Pgrm+ahufaOoZdBnhEDsRLrX+9KJMOuntVAIs7Uom9&#10;GsFEOajLYWVcDKgh49C6+sWH7IXBZVvfxoUxVVtO9s5nbIDqItqhgE1/7tizMvvlZZl/+CG55957&#10;BHw4gD+wSUrjbAhpZTXb9a3w8OM6jPE5a2jU6WHH/uaVl17QZFMyMbfRMgcm+VRwhLXMQS8H1J1A&#10;OfYY2K20wcqxYMfVaNWEtFRz+TQsZho6nOABbtoYnL32HK4FBrdmv/45h9G0iOJOE4fesue6jTqt&#10;IH6J6xDSp/lC/G5j45OyA+vvOACjw8ePEW3UXoP3Tj38fLJz73V/beegSslR91Iyug+BJfS4f/GV&#10;V9RfnPX3MIAQeiWXy6V/1NLca9Fkk01aR2+knGauAVaU2Ac0PR41/8jYqHq1Pf70L3RNvvc9D8GW&#10;iuEmCGxAL8OU4207tmsQxJe+/CX59//h38vOnTvlwx/+iOzaux5puyMKmBvYp3AY1kQdt7CIwdf8&#10;rHpSMg2WqsI9COko4/7Sw5HgVhKS3OUfc+aJfUOft2BtsAJiBjGLL33us/LE0y/IvpvulI/9iw+i&#10;Dgb5CRkAP3/8Z/LNRx+V73z3u5A/fwb34HZ55H3vhy/2MfnCV74ip069Ln/4x38kGxBCw2uYKpnE&#10;6BCS9/Xhd35C7rzrJtk4tV77mWAlkLaTAqv+TYbuGLk+yuPVXsjYNacGq65hVptYubbkumuNTyqy&#10;Oc1Va2Zr5XrExG/4D4JKB12stDLmHOuDiZvWF4TWT77E5AiyxitH7qDn5khww9UNUUdcuph8GqwH&#10;ZBRn1H/xEjtl4qiBd1poTkS9riTzV0n9S+SUzBCTHvmJFAiqUsZGfsd9t8vpIzCihVfG/rfvQwNY&#10;kvfcfZvMAzCronDYhkmTvkTFsUrUO8yz81pg3zUBCvF16QUXawppqDsccOImqyXvIW+zopehEcsK&#10;2pXk3AUYi37z22h0wfpC89yAnCylfxpYKBVMOSP8b5X3KXsS9O++sjLknvrFs7IFB9J9N++WM9OX&#10;ZO7cKQBJCNe4gCCNwUnnrcdTElLGcUzqzuI/l/Egt0Y2gpX2smzbs19OvPSS7L7xZgWGLiGevHVm&#10;Xn7+o2fwORKVo+m98zT9GHJVMlKc+XyntCn2wB4f7NQX7ZHJvVtC001/BcqQGZKiIKLGl8dO9gD/&#10;lfZzh2QYk6zqukGkqDq69TCk1Zy0EEgdHCTgWtJrXVHT1paChSt1JttWNQwjVqlk2S17psICBKT/&#10;HDshAm6kgkd+nU5fuqS+bk2AiKVaKi+/clYOvvQsQIySAo3vf/CdshUHSiN1EowXDhyWuaMH5cF/&#10;/nti1u+QFw6fQhAEpkNI1Lx45oLs37Be5doRfNC2gs588dBLYIqiiFmKM9kdp81M7VX2W6OphSzy&#10;anWSSzamGRuUDdt2QHr9I9my4VXIrVAURhsAEgxogm42GcuSS8G4QoHYbw7Kp391m3qqkU1nfEPs&#10;7o3REBJObCn4HWT6Ne8lZaoquXQ+DJagK+61mktzAq0T2ChjyRYHCVrwhPbPD2XoA9kylLH2wTft&#10;MqTNNW0SmYg1i9Tovmq/enwOkGk60K+HubITCc6pdNWqDFQn58HeyMuMuH8sLyI9cnYBKXbn5AyC&#10;apaX5sBOvaJS5VoZvoLw3KSXRwmBJeuG+xAQNyZDZkWmhi7DaBrvhWnpCgEq7iPWpbBmXlNO+e9A&#10;OWMLXkUuMIDSYVUoa1x8wS7AOK5yq9HSz3kFnnGkr8eVvizoxPWyiQv4aK9oSESpBeNgSFcm1w/K&#10;8qwLi7Ge3ax7BxlwkJAPxKNIcwW7FaC9MpfZpDMUCZ+hijVv2y4JknR4MhcWVy6o7IYJ0W1L6fZ5&#10;fd8yfEErNQT3DFPuOyYVFDh9tASgfyRB47ZjUPI6B9+ptn/2jZ+8xsEHzJisIcXT6HwBQ/NMebN1&#10;qcpJSJRlAV20/PJeSWnRx8wXHC5fM4+5V9AkdRJmPR5ix9pw18l5upQIlgcoIHI+sByKJCuzNC+V&#10;pD6PZ21eln1YCIHkpaXzCE86p95QKj80NW3Kms0IxfcegNI3QrY/hntQdr5lgUmiyXAVxwpUuVlZ&#10;gwr6ag25abeV+985Jvv34P3qJ+AZwzMndWnfXMd4Nui/nTSrnSmXOgRzoTYKVPoo3UL4Y954mm5W&#10;RhcTryCvtaYTjErXwsUyppjNf7+YjWB6YlNytUhC26NOSu0aab1dPnu2xw9mSa4msIlMxmrsgd2t&#10;8j3sivDrKcGJOwC/3MXMSpFVKRlgVLSCMbI60KDDUzHqBGtt93jaSg8GRGCphVAR92O6PYsL3mm2&#10;U2X3YfsROmIsYjB0bhrputPLkO22ECoDGW/TqGVDXHKBBbzPLWVuG6csCIsljTKfqdQPTEPieUhS&#10;tYX7od9CE9YjF0NgC2yyLuG3tTl7LDIFrzq/1pzth8lYmw54SzsZnD1YksYPI4rDbZWmFh4UU/Qa&#10;9IBfVp8akwWFBTAvX7DJ2o28lQ4/6E7Zt+3tIVRg6IREUdvN9/AeURno5geDoa6SQkCHKYK0Hkjs&#10;wuAKVDq76pkwBdaB7oGps5LIAN5imm43w7VA0cvfyxQSejs5SDzfwwEQ+WtMD+M8QMSnsPu4tzaY&#10;1HaI1iFDOsDhnmsAjpVwDur5bVxKfX7bIz3zVI4aO0k6Ab8k+MumziLDRPkEJc1YogXPyNA7ZBYJ&#10;wR7IqYUiH8xhjGTnXfADVeZXh1WBeHsZx4i0XppKGSt/vy+J9VyhTUiT6btgekOIrEPL2RMvy3Nf&#10;m5E6vIjpcbUOypVR+OcaDq+D/+Nb7OGVashWpL0GVQzrcN37as6L/XVMm187eFB7jK2Q7ynDr+zs&#10;mlJbTMI2ecIj/rMfdUaDklTUHxHOWDn6itizh6RUn9WBOoeyEWTay0eelnj2rJg7H5TG1Eb4LI9K&#10;itcfiB35I+35iaMuFtSbdzU0HriLPRBPBc4kbIBqYJWdPX1ajh4+jNpzTjbxuwOEM2vII1cx368W&#10;Gupth1hnD+M6bdiA3uzESfnCF74gH/21X5fd+24Cy3C8wMiSjr73H9IezmSWNvYfJpwjYyN7j3Ts&#10;BbOzM3Li5ElIbberZJzP2WVY1cxCrksFykPvfCcSdgcAPL+kP3cRBJedN+zAPerXYRGl0XfeczcY&#10;Z+PyZ3/25+gPltUHkxV6uz6v9VWsgZew/4G90Hf+/u+gpGrJux9+P2xpBrDWI91naJ/E/YL9eRQ7&#10;W51/PLkn5prumV2tZVeQU3uYc5flW9/9nrzrvt+UT/6XD8mN29YrdTeB/zr3ooW5WfnRD38g/+ef&#10;/qncCmbfJz/5SfmDP/rnGHA/JH/9N1+Xf/3f/2uw+HbJXXfdI9u3b9fwxxfgTYn4UICvHwXusl3B&#10;2RJ7cT+Q0j7VFoj4/5lSjq/mhdctzg79Sm4/kieEvzWf3Hb65diuutUWBx2mUGubNYd618r0KzF9&#10;NI6tn27F3rui8MWiIGPJCynt29MgLfLmzSbIdv2vZGa3BH4SPZR1alJIFzPZNC2nYIckLPHG7pkM&#10;I+qU4ITwBi2aKHHRwgmTmqGabLx7LxhDZBdVyU1R4IGIdEx2EZNLybhaFvXJmgOt+vyx1+UEDqwz&#10;51/X8AAaSb7tlpvlllv2Q1KH38H/5gQx9ZPEKDYFQDPSQ0Slz3x9MNRewQEKXpkmoTKhsYzGdgjB&#10;ITfs2OGKAzyAV2Zm5fzFswp49UPHWm+7kI8UoILFhkYfAcKQTH6kN1sJoEq9TcALHlJgs4yMrZej&#10;oAFcujInfRvG5BhAvffe0S/P4BvPoxtIkU55Acm+E0igRbA2wLNlJ2XEZ22p3JVSvD5lXIEM6KUX&#10;Odoc2IyRn/Lxz9ua2FnSVGX1dWR6J/8+dqCcNhOUc+LPRgHuDSMBafuW9UhO2ghAYlRlgmWaLqOg&#10;a9LsHteSgRT0vKBEeBkFUQvvMVAjWwkFUrPl5S2OaVrB51iBJHZxcREHxzoULC6c4cL0FTl34pgc&#10;OHwIDDFMGgH2feZDj0hr+w3yg29/S37nkx+U8t6b5bG/e0J++tTT8ju37AKjDy+JgmxqCunF8F75&#10;/vd/Lo3yU7IAVuhdf/h7mMjChw5gGnOlGXrAsI5+ldpSptjQNGUWTA34cvHakTbeSiKVnjQBujH9&#10;OYYcmWzGSmVJbt59Ew6qBZmFKe260fWyMjOowE1UWkfNbNa1K4jE6dPiBXnofkg34f1VQiHZbBsv&#10;YSTwGemEnGs1wns05rEeIDdVLzpKiekcaRyzgJeOkmr1zNAkRVfVpt7wOvgyOszD+ezwMAyMQDaf&#10;pNPzelfB4ov6GwqOl0jnLvF+1GUJqbXsVhnhznWlSa5MJCWzMhIX8OMbwmAQr0AZ1vziPBJ2F1EA&#10;g9HXAsuvCQCn1VxWQFpTTBQYMpoSPIX1tHHrFCLE4aNXXob5N74rPiNlvsoQSgPYkPqGJ9LDrp0k&#10;uWm5/+5tn6xniqbxkcmYatwz2i18JkwL6zgQW3yK4oHcJC1yE3xOzPQ9VJqSqKcI5a5cCCml+2xG&#10;KDli0E7smMl4Fbn73bvkBz87onsEn9AWqLhMMhYGvoTDAPegbSsqO1hOlvWaxUxp5vdCGixZD0tL&#10;rwMIeB5T+xGEB20FGLsRe9Ck9E/AiBryaxb4lJFo74LPUfMyHaYtq8cR1q9VIV/symyAAyveGC7J&#10;2k4UDTYNnLqMikTpPfd9BRs48MDaKafev88flG3tweJMPshCoJq6BFG1Sym5a2loIeFl1fzfBKfV&#10;65VMEJL/WOCtwMZg5rj6jvJjVCHNr1YgbcZ3twCHlxYvaoPLAUuLPk+4rk1Kp6MJqQ5vQfg5zMrh&#10;R2gAphqwjdMgkfXPiZ8moJi8jLWWyu/+4Yjs3TEBZudzQF7oWwgGQLlfdZZt9eu6BEB6HdbukGNI&#10;e/jNFqV/BEy8P1ccgip84e1cvK5NCmqDVe1q7//sVyLTo5yxq+zTpGgLdTXXJNvDD7Ab0EuD10nh&#10;cxdTalflmuWknYwFlBczBVlFADZtD/ahkTd2cJZOgLPoT2YDIGC6lLomL3ls4dtbuzos1hYluAUm&#10;mCn4LlrJmWW2IB9MvVoi8TWUqDerDyzgfycuyGwJLN6Tl1pI152Wc5cthi1My7UaZkSWLwW4bfVR&#10;TXU9psZ2pajmBWTeMEQu3MqDKZ4m56wvNGDMZv58kT/38yLSDaJcnRhl7P7ifbTF1OE098vrmSKb&#10;yWPtauVKN2pbYLXabgA1A69cKFwYxGhauQdRHHMxXcUgdHVnd0JmN7h2FdDBhzjk+FuasSCtT/VM&#10;s0SoguY88xu0HR6RptAddQbiFEE4U5AE2zWpvdna66YpWtsV4GG62FQF8XLXNTAFi4GksLmkPjQk&#10;BGmEn3br3XkMGpzVVA+1VZ+bqOwuXnEsuJJdcXJmk2Zof+r3BA4nlTjNz4fGnWzKVBPTnWbWeLZ9&#10;5uHorTlSG+SWxpMD3L5jCkBLzvB0gDKHf+0kBOGovbzWMOxhnKlw3gOZNF/zJYYRRuJM/6uRCyiD&#10;6qUJUJ4l1zKGt9ThzM6ekgPfh2847DLuuu0+/fkaWG8V1HFxZAqTmLeI2Rd5720/YGXtRcBjFKyo&#10;yo5IwwqOHD2qfdlG/Nw45K4xg8hYxyWrP0OFZzP8wxP0TqT2RVu34/uCNMDh+8lXQJKfVZZW0qAV&#10;Bq7XpRMSHYC3duJStNvoA6g6aK1x+pgO8N/+0mBf6tl6mcso2JbjSEmueLuDk6dOuZ0witSLrOTo&#10;nD3pR7awJ6yJzXEvxncle28BRIR5BDPOow/bvmWbeoGr17n6Wq72JP3/E3D0htLda/iHgXxzC8vy&#10;+S99ST74gQ8pSFSHKujnP/sZpKPb5KabbgLL9T4dLt319nvl0W9+Q/7263+LIMwNsmXrZhmBbRN7&#10;awbkDd58q/z+P/t9efTRb8u3IENdRMDHvr23QBVGQ66WvH7mjDz3/IuycXyD3A4v/kmAg+zP6qhv&#10;mZbsvBiT3B/4Hzmr79rAYaukjBLWHc/IBlh3o/3o++NhXYfz6FUGAXzXUA9XJ8bkQx/5iO5B/zP8&#10;+lbwd//tf/cv5dY73ibbd+ySnyJh+mdPPC5/9hefBTjbr5ZbE2MT8smP/rHsu30jiBdQ0AhVoit+&#10;CGQ9ZuOT1t/EuluNhr21cUZrZXxkvrgdm9JbFd6SKy16oHw9THPeuu9bojw0TJQSP9nVtFHJiwTj&#10;DdiztDZf0GgCaeTYddpsaFhHmklzg2AvigpUhijK4bqo0HDwz9WKI5ilGj9RDvN5JzhUiXBqs81c&#10;/CSVnmdaRFOWpQd0RY0hCRJwptqGD0CNAQxto95YraqV869Py09+/KQsztI/a1klWcIkRgBqP4Yp&#10;6POYNtx7J5BsUIcNPJx41vOg1IS7MPWMctlIGd9zHkX6wvS0Y0kRGLNM1q3JNrwGTc2YtAq4SDbD&#10;ILZRx7QPEsGllbYCJwy2uAIfrQYOiBinQQMUefq+nUH66NT2PgX7Sqgozk/PS3mU0wk05vheU5MI&#10;koCv1CkAVftuvxWsIQRxAACZnr8kMUCEXXu2wQMPDzUMOF98/hVZvHTeeSMaUf8Igm2Li/MqL46j&#10;2OelMMXVBzTQFw2fg6CDTjnJPMPFriH1uAYD3oHBYfw7gOnYqIxMDIPtVYMB54AClJzUkgVTwr1Y&#10;xsaTMEBDJ70ELMhGaKhXFmVzFcuNCIUSvlOkMriSB2vqynAoxa5oHAY9m2ANN68Y9/0UJkJLmBS9&#10;7Y7btIE69vzzsnHLRvk6Uolv3XWDbNm1GwnMbbkVfhA//ByCTeAb2K4OKDNq15YJufeB98iZI89g&#10;+rRNbth/s/z1Nx6VD/7OJ6TVh2t/5YzsZSgENsT6ckOlrfzes5Bnm6YLpuFnqa80nJ9jg9LLZazH&#10;Cu4xAjUQeGASBoLMyk279gh/7Ny5piymi/g+Nd/1OskT14Bi1ngQx/pmZOeGnbjOCPbA1aixwPX+&#10;NbF3ei+jOFnB9xrklLVZd89l2eT0H6+B5wTNPSPGp0aXfMNgM19OxxR0gExccv6T1WpNQauY4M1S&#10;XcaGRpXhtQLKSQmgYt/AKO7xgB4kGiTCABuyydot9eJLAcqw0CWRX41YNUAhzcy9CaC2ECZCcK8F&#10;tmsboFQDID2MCnXaXMdzsQLfyWVc97GNSHGCb94APOtYGFejLXiuRyFDqXiDV+vNzguGq0Z8GEia&#10;7UHcfZqJA+0zhlUknsnimGa8Tm0Fm2gknOhwwP15gdXi0xD5vBCoJwBOULhKQ/L0ov8YbsrPYoYp&#10;0AyMIEDXoIw9npbf/f0t8uPHG3Lo5fMcI9C1Us2vlRnLhkhBM0JWS8rWU887vFYD6LyNIi8RBgOQ&#10;DRSm6ot63wFutRcg75uSRCdtzhSe3z8CSFDGQa37buLuvQEbU2+JkN3r2LNVDSppe9ZDrJ/DZ/Hm&#10;hxD2ij71+jJ5M62+rJE3HldlsEtltFHmO0cwmHtaNUrd92SqKG0KcL85sGkx0Inpvy1HdVHZFK4b&#10;dO+amF0ZZqDGOk16bIP1UcEeapByuNIEow9hGoZNIK6X0ZAO92n7quvRVw5LWiUo7K4rhxZkWLNh&#10;U/YdGKQtuyB7b67KPXeOYdBTRzL7OWkhSYQSegKWBCDbKknnd2zrayXqm+mkIUVGgjaABEUIAhOg&#10;N71kcaaDqdcheZQudpEx2RFa/PnuJN0iS9B0gViB+WKuUkcYs6bi9yrS2qIM1nQY/udsZdMhq007&#10;AJ/iV7QFjKeH9KJbBmLeIBHNmI6JaScjq7ffofGBPYnNSJpigyLVDzqzt4wKjMOiN6KYIlc7W/8a&#10;tOGvGRnXba8LRtYG9kPg2fiPczN1mUHg1oUriXryLTB0LAXIX3Hp2EzPYxqvYyc7hljiwS2jrBrb&#10;KXn2rLqyB+rbqfPOst57TEKgkbUFVqWVHKbrRFCdZ2kBwAqhMKkLsjEF6kvqgYbI134dKGyHf1Sx&#10;Ak+vioCbwgK3Ba+7DljRg4KptXlQRsfD0zkZjzKfJZu9SjGE1shVjMJtLtHt9Oexqwf5XU2DLRiD&#10;dzQThWbDdnsaWbuqY8mIi8XPmab+8cnfI1uT1oq8AV9h1X5lcim4gndFr0wCxDS+9+EDWmMkziM4&#10;hHI59Y4LPmpjQJOqfABnZ7oiUeMKTsu6noFedJ71H9afLXoGK3BDf7y2BmeEcCqVlPeSEhsX1CNB&#10;Jux9inO1kSkMaEwnEJwWhgK+KctTiCOf4proGaBnPa2C1A6Dg+pIw+D6wLxt48/625QAM5QL3cXc&#10;KTnxvZ9INI/6tQYGEjzeRijrRS0eYlriwlpdzYq+/qY2sC9Zy+heUHIg5nYQEDiwPQXQSwePUJGs&#10;A8jCGt74zS3sy2phlDj7mBpqCSbxJgN4PfimlSP0HXWcu+eOK3BLexBKhEsgO9hzR7RnMo39GMBD&#10;Ujncj2tSVd9z3tvYg8WxyBpsv18O2NI+MiSiE9jH9x/wIQMMILly8YIOUCYgQyTYF5iAChYmToGV&#10;p2tJtl5s6gdszsMK16+t67mOmmRubh7+aAfkwoXzsnXzFnj27YeqaRAS1ZGgaSsMPnqft7aLW259&#10;bKGssqd4IyNHr6zpsrywPcHWwj4bmU6ZxioSphvEhn3VGtvB2GbAxsAgfein5D/+2X+UrRs3Koiy&#10;c+cu9NQ74Jm4HkQX1J9g7W7ZulU+/Osfkx8/9kP566/9lXz4I78mN96wC6D0kKth8Ra7YLP0W5P/&#10;FBL0FxHcd0iOHD+hqicCVGSU7dixW+6+8w70JTUNDOSeEKHfps84r3UDdWYNAKD1AVVXKWnEXJck&#10;s1dxEsnVL14+bom81D7YpAUWLUkTei5xKMIsvqSdMcJZv7IG0LlJ2113h1+UtDaNPGZSQe/OHpuA&#10;5xT60cef+6nc98idsmnDHhmjHJ+2YLFTEhDsfse7HpR/if7tL77wRXnxaVhWvRuyagCnH/roR+Xd&#10;j7wXyrmLMg18gz6AY2OTkPZudIArPOpbZlaZ2OHAy75PUe0pncPDq1/zTrA/9zs2Hcd4L8DOFO2F&#10;erH7isO34up/AxD1ekS1HcFvhf+7Oiunyy/YFq0T3mzC8GqWXymntDvmndXCMUgFvb+VSlijLL3S&#10;Mdty0+e4WJjYvCMJ07PIh35kzJriphXqIZ/WFdhyuabZFKakQZLhkjczxkMc+wPDeWuob1ysHbxO&#10;WBTUwqa+QJACLKlF7MlPPf2sHHrpVYwflp3vGht2L3nUz4JD+fLMknzv+9+X+xHd/rbb7xH+JKcz&#10;kXUykXAxKZspRS5JdwHedCnoxSUtTCrgFkaye8c2AHCMmIYcExp5JpZW8VCs3zApV+DjxkRfgiSc&#10;0uOoUM+BNgqipRW3EK4kCzIKcGUJwRwD8Po6DzbfzQiHaIHlMztzWcZrNU0iPnDgkLwDVPzB0Sl3&#10;EoHFeOyV57Hp9suZ4yc1yGIFTKqQlhyL+4xkRvWPDwAE8UbB6sUVKajHh7pUJbADBg1SxEbhrzeC&#10;IJEh+CGuA6uGJv1kJzZAleyDpJKATUpaNTaeqk1cAhPvA5iFlGYy+MEZ1ye6mcWQkdObjodwA5+J&#10;BdIsfvbwc8/IZTC+boBPwL59u2FAjgKCpsZpol5+qZejlkDTftut+/Q1apBDf+uxp+Tu2yHbroJx&#10;M/+qbAYIuchGCcDTJhQmJQCFc5CNxutRXoEl+AwSXw/87PvyJ//i9yWeQqLm8JR89U//HEnH03L7&#10;vfvkxb86KPuef1kiFECvPvmU3H/zTqyDlm6iK6Ay856yqG+DgUlUmYUTC9o65NXbUTzwOWoRiANY&#10;SCYjg3KX5jjXLGuBoH0NDjtOht16SjBVOSH33jyohSQLSAbCVHGd620HxhKcpTSWgNvKpVkUEZgM&#10;E6QHkNTyEiznPRKJ7wZV4sUEXxcYYLxUI5+iW+PAiXbSzhoffS4Anvfj/rcAvgziffsBLNvaBK7j&#10;RhnZtFP6Iau1rbpjgNI/j4EpDAnBwdrG9a1ElJM2XXnNgs8G/yXXXC6vzOGaLeEgXtTgnOUFPJ9I&#10;lUwQZFECS3ZqqCWbx2uyFYy+DQg+ScC0kya4cUg/1TAEU/ZMnDTbPzJ2cCYbk7wBNe5ZN1ogxMp0&#10;ZdEZcSdk2IL6ddIDbgVJsQnAdwBKeNZqAIZZCLOAUFDVG+Bzz2jgvpAxSdCxjtCGmUvKAfaDkSQr&#10;OjWAyNInEiA+JmfbQBL7o98syaWl/fLN71l59aXjYPM0NUWunbqUbLUYwN115WVbAXl8EPhSAghN&#10;FvX5IqgeUs1b7WV9X74PAfqE4L34NE5NOix7UDPOGjB3MCXKllAA07g0dnrsgKaoMqOS8WweibKk&#10;yyRyHpMqjdPisKQgtwKR+HwM5UnhpecMzq2yIH0qkJPjp029TirHxx5UGpjS/YBMVwKbNvKpghXK&#10;1QeUuWTpDYTv2J4/DyDutMwjKKNRxx7axGAjcn6UIUCVUioFaGn2zsIJvoO24u6DevUBoK4nF2Tb&#10;tobcsLMsd9xRkz1bIbtv01EJ11bNCMhQ7XPy5tjDCd6eLwHYxwI3AuMvbbgzQWWz1o28aD2ghBAv&#10;K1Tw0eQJr8ruKwByJgtt6GQ6Gedm3FNGuypB13Sl/ppO7zot+63tqqxMp0zRrFGU9Eir7VnimE4g&#10;sFfQRi75tL0LaJO/1qpgvKh3kW0LNvxpR7Ca7fLfM1mTll2f4ktl3nUFNkcxSTew+myeRtzt7xdk&#10;mToI0UE37U4cuMfhi/EstBUME5YR735xpolzvQUfPgR74d+FpZYHOYiYD6i/VDsLNwp+f6n3hnPh&#10;M87/0FEHM7ZkYNb5PYvnPmscG2xTPFAVhQl8COMQFxRlAvfU5rLYHOBKCym2LmjH+CC18P6p93PO&#10;TO9tZzyzKTCrws8Xo6NXW/akPhHX5gFuJqe9maJ/XCFMbJV8zZhVMh4jnT6ZuaNgN6Je/FD5IrKm&#10;xwMZnqUsGMPkzO3Udr9zpxdfAUgsKHcLTNO8aY+8XEs0JTYwGKMsKTc0Pt3hOcbaHkmmRXDRXVHr&#10;AdsAmrrrabIGLNj7KAKWWD9cdJ6mkUfQbWGTSuldWys5P13hQB5Jpq1p1GkNZfdpPIwxGejBISMH&#10;Q2XabnD/rcQ6SKZ8jwCUe96jQnqw+96BZxAVWK/WBVRmclXnsxZlPMs02I0UbD9MWHNBBBA5AMWd&#10;q8aB3NYNCsvai6AWIAAJy4cya7LIGWSQEEebifm5Y/LiY1A0oE664/63S7Jlp4wgpICD9YFyyYUP&#10;ZrZJa+Dfb4zxFLa8qADMOl/yMurHYZzve2/aJ+OoVY8eelVeRN194+69kJpOaTqnWuk0aKkDJjEl&#10;2pEL83GzBdyDKt5hfBiKEtRJ5Qcg6R2TxROvIVjsgoa1NcECLLcXxZx5DeDmnKzjNd2yVVpDAHvB&#10;Kkr9fWp7zKLUEYHReyJ1rQ1wmhbY2RlgEGutw++/DvVlpbRFwwaOHzsic/h8WwDMTU5NuoBK70Hu&#10;LGfa3os+p3grpML1w6A59VdekTNIXj518jhq2Xlc0w1y/7sekjGEHNBDTpN7fUjEamqg7fqCJt9b&#10;iuEaZrWdxTVdjqI88bp84cya6c9ZoKb3mS0Gb2kdjpqLYFx/zak2Tp89q0OA9zz8AZlYPwEgEJ7t&#10;BP6xTvqwzmrbKzL60Y/LYz/4gXz1i1+UW/bvl/f9ygdkjGxT3LNRynJRi46PvksefPcDUO81/DAB&#10;ZSpIJH2QA5N5qr7brG+9hU947muVSpZE/xZR7DprmaJtyTUs2IBvaB+WBHWG88psozZWNSEBvWhF&#10;2fR8Fq0PvKPdFdU5VL7QOmF6+qIcOXRETp0+i99FIOXICNK2N8vW7TsQHDgk6+AV/08+/Sn5P/7t&#10;v5PP/+X/DaD7X8F6CXJ+2j8FOwJ6WK5fL4+8933yzLPPy99886/kRpBfNm8CCQeDiEGAgZO4F8HW&#10;LEA9ceRspXjudIysghfudchqe15iczUjjWsU7Zq1ILtuHwwjb3rDuQZzzw4Av+DXHM7zbODak1lv&#10;ru4C+AaMz1JbD70om7bGlYr73/5BFl9QalokNzwfzc5E1475rzU+OctkEsLcJFIKMhfTWd8bP1W1&#10;UZ5+EnT/tvvLhJsfiVMc01uq5TT4YWruzfqDLDkmMOenxUTDExy6L750RF4Cal2KcYgRdDEtNRNt&#10;A5QgIBFVSMNv+s9VludeeElu27lFYgBBiS3pIaBgaHaAGgVlXApjoqCXUF5j3cNrvWSJ8lP+fRMS&#10;0BYa0xX8TL0OEV+9pdecuMwKQKPlGYCSoC4vI62VYMkCCqBJFAiV0SFpnTuvPhDnLy/LIkAxsKSV&#10;3QKIQn//GcS9x9WjOmUrwUT+tUMntWGoxvlS0cQ0G2SMrghuNN1UnretH41132C/bEZk/cTEesg3&#10;wdobnQB7qY2AgJYeWgYbRR8mDskyZZgLAAMH9PtWADzEKhtOdaLAe9RKHYOvBcDNLiWaXBbDvyWB&#10;vPn11w/gMKjJBEC4MhhzC02yLZ+X9uIVGd44KT978hkZBzNy3VYwufA+dX4XAK4p7lUNhYYFcEKm&#10;1woWcoO0cWx2m99+u6wszahG8ApYdoD7MEns08CVGAXm4hISc0uu+DoLsKyKLz1IEBLNewssz/nL&#10;53A/Urlv27Ccu3W/fOXr3wQQZuWWW2+VG2/aC8+9eecv2FpWfy9K4ZdBT183MOzTgK0CXlx2K0hP&#10;5nVugIFHh7TlFVz7lvM3VL8Zv94JnDgvRbDblo/Jvo13OiYrrmmNATAtx2pVSUvkQCpKvSj/JJBt&#10;mAhbjgtBOIFNFfn3B50dU7Q+Si6s96JJc/liaI7YNChWo3508OrDNWOjqYUOmFBNrOE+TMv6K1Ma&#10;jDA2hslbtM4dSgS+wEZdmsfnWXHS7ATrOQ0+UYnzafNUMgUtKwNVALmXsF7m0eC2NYl3H5LL9t7/&#10;Di0C7Pw0gG5cSzJ0AZguw7OqZSFphzzG0Oy3lWYFPQMTIu8BGjrztpenExRj8Ue5OcG+CooQek3G&#10;Jd898HdLiXrJrYBRmBLsgyH+DBKxdwDgrGAyRlZaEtL5vA8Z/REJkpfwWUoAZE8jZXoWzBzxsiYa&#10;VlvrfTKNa5DiuO3k9PTTW0AiXu2i/Fd/NCCvzD4g3/rqWXn+p6/JSLWkgwqV1OJRZTBKhOtZw2dY&#10;TNvKvg7MdjZBsUp+8V0BAJoUMmgEVHDayZKsWhtxTR8A8LRvAz46mL8U0uA7l5VBB7l1m+zTM9qI&#10;JGTS4TokACHoFaj7OdeWRu62nMwvK3ISf+0ByFUhkx3fiesaqRzfQrLeXrmYyYioB081qbnizgcN&#10;hBrQdGIZnIJPS813Z84Lj8GLKXwQW9jf6sv0LZyThZkTWC9n8LaYIiIdl4UN2QoEKxoA2vlssAiq&#10;lmKfNI2JLuThMPLUxsSqORoA9cYh2b4rlXc/WJG7bwNY26Z0HCAsAPx+DA0kxr62bNWfjww+a6v+&#10;2Urd9NQPlbLprIZHGT0bTBplfmjKnDU5qNchaS0UJMU2Iuqas9seiZjR1YqbHOvumivbDNhf02/Y&#10;9PYksr2Klg6brwK7z3bxwUyPiaix1+AxtHbyYu/aynTWbCYH44q2bdZmIXFXndaagm9iajvLw7QA&#10;KNmCB6BNbdb4pH6PYKgW65NEwWA8V/jfdSaxz4tchLfnJaTWn7scySymkGR+q9wfTT8ZUJQSNj2g&#10;EfnIIfWCzAJxcp+rzmvgGUx2NZMgSEmtDZJm63y2CqvLFCSqwevJFH4vkwubvJmMfMCZeiOVfMJv&#10;sEkw3Yy2/M5F2YDX1ZxZMm6H91ghTzUgH9ZkvoABzEs7gLc1vG7WKOi7nwt7TZSpbklv72fTrmFs&#10;aXtoiq7lvbtZC2TTByAxBOWJly0X5ehF8NQEHY7pSjHt8WcZQzH4I4bFF7lgA5WB6/33DQf/LPLp&#10;9l33gGs60WuF8wnWCg1d2zDQZ2psghA3MP3gg6IAnS16e6othFXWmDLGxfnRBhVD4hv/yJgOdlTq&#10;5esafCWdwIRaTqQBQC3sINZkkv4MDI7cvu7kwHkKa+SZMeKZ9+qLrf0vh4BOnp/GAQSHT/Gyk7m1&#10;kyvy2mM/kCtgj98Pb6wbNERiQgfn9AfOn4/oLXOMkkKYjPVsv8F1w2oJsPfm/fLiM0/J0VdfleRG&#10;/MlGo8NNst+ajZbWLJ3ryKikOoa6o4n7X58safBbDNZ9evAJKS1dVg9esodS2FzYGQARrzyFe4ya&#10;YvtN4jxeXJgflSRt75+7mtn2VlvL+YA4vHcfbuY45eVYB8cQ3HEU9U4F6ochsJ64n9GSiCqHCnqU&#10;tmeqhuwhBtBxv5kHSLiMuuEcPKcPvHoYSbLDSDTdLxuRfkzFExVSxtcIRplPiQ5SrimbIOxLwYO3&#10;iPT9A/j8dUh2bW9wJWPnp2nHfhYGGhywahAge26s6XtAlrnz7nuUzPK1r31NHn/iJ7Lths1QvKFm&#10;hA83VTx8XGpYO+Ojo/Lwex+RLfBR/Oa3vo7es18eANtsHfrRZbVPSjTshLUiwy35/NHWKFiJ6SDI&#10;2oJ9ifnPpNu1bwgSqS0PgxVN5ENQgRGgnx4CqLZweUFmIAM/8NqrIAvdKDtuvEHxCe0bsYYa6Kf7&#10;0SMsoHY4D6Xe5z73OTl09Bik0iBgwBvxqWeelenLl+XBd9yv148s1gff/aC+x7/7v/6DfPfR78j7&#10;P/xhKIBWcG2HlBzVgM0ULbT6UE9vhlf90y8clCuzK1jHFaceEhdalAFLPiQyS473A8Orecpdn5zc&#10;XBvF8mrPQdEf2Nr/b+0Bey4921ut2+W82zFSL9jcXCurr9efl8o4VGLvfaeGwPT4ant2RGT8JMR4&#10;I+28yMw0UtbzdLzZuil4/jljYldISpgEhgOjg1Jsiv6eGQCV+b1k/iW5YUJmnBiFEAmrBaZv9b0v&#10;gmMh0iy1yQMFjd4CDuTXDhwEuLfijPH1kAflHs36CAAt/jYnBo1Gy0n7okT9cH6BFJt3fPAD0qRX&#10;nZcdazpVmhfhBo1nCwt+CdP6UtLWAh34PIp5AEp4oLg5kkpc5uGCF1lcSTWePRRuqXV+ISdPHZV4&#10;6y0KIvAqL+GwvHD0JfnY+2GkeWWvxrc/+b2/k3UAUq5cactP/uprEuGwIRiyMs/vPU2nKE2g5b1V&#10;vxENz6R5d5rFvjP5t4aNsw8H2zA22cEhTqCQijsyrtMvhm9U8DNk5ZUBvCQIOylHiYZ3qoyWMepA&#10;Eavq/YdvCqCmjCZ9peUefA4BydpKfVnJ6QCDLEpYc+fhj3gUTMQmgIWZy4uye/tGufNd7wT4h4RB&#10;/N2HPvw+SA4xWYT87ggMbu/fsh3BGQA1q2RINFWutAyQjQw7AhUE8l46NSeT+DwWYEMJbL4hAJKL&#10;SCwu4b4sAQDhQd1AquwowjuaKKgSrO/du7bI6ZfWyRf+5puyDrTkE2dOyN17b9TAg1Gsi199952y&#10;cusOPVCGAXrS4axcxnejlBIgCYEFbW6wAS8szmmt0mwkTqZKL0ne77I7gBo47BZWYld4xpFns0be&#10;x6OtJtUt+DFun+gDgxKf0bRcg0iGJdZvlbJqG3kgO/KhGy7tms0h6X4WYFYpzp9TF2/uCnM+130A&#10;LbKN1vjEuoLUK5MX2FQPF0p7eSMJ0PIzpJCSkxZfIgsM4SOXjx1CwtskCsZBrCO89tCE1If6cYiA&#10;wbYIgMy670/wh8nNpZKTqZZUJl5WEHIJh8zI5OsAsSdlGHLzsfH1Whzz85T6plQOTLCYzFAyTRJ6&#10;5fm06HIsnt1h/PMfwiJsbjmgBjuclmPSTFAUhxkn1QzaUJaycX47LML4zNCHsdWwytziMzA1NaFM&#10;tyxN3BfL7ZDARzNhPNMrzSH4kVxU5hkHIxyQmCj1ZviueG3RIw9rsdrnmo++snXJVnNLclvtFbnt&#10;j0bksXvvlyeeugwfSjDWzs3rteJzm1YIVjlWZlsTlSvaWKSJA2ZVfiKh2Il04sdiogXWZAmymaQx&#10;B9C/T5OT6fnVzDq/skquSrVxlTw1K8MK7imD1EvDyvR1JdCnzN1EU830GdfBTsl5oeJ1y3jmeO+q&#10;CT4b9hJJNjtJtO47jv3oQA+3hyTO5wFp6C1l7KoUgXs593SAdG0kNi4vn8U9QWgLGHepvaLNVSNp&#10;uHPLulBRNeAmiEjJLFkfkZpVYq1hTZTreE+AfXISiWEWshor99wjsnNrHSwKnHW4LjGakUQBUXef&#10;bRtMk1Jd98okYxSljkGi3oNOnpz6qX9IOxXvkxUayth787Ud6SYDsKKCJW4nQy9nKnVYlpnOYI8O&#10;sKqL2dcBdPWQuRZ98dzjb1dLZk1BYrjmdFI6UmxtQY9kumqWVZ+1l1nyNeppTGTWDlgoynFN538X&#10;fJe7vABN5gkXfAMDKSSVToZTWghgsN6kPy1cZ3qSJdrI28z3q5E4P9F6nWm6DZmBfG9mEUyHyy38&#10;f5xNK1bTCckUMWpwXfKDQy9/Zo1hPcOnKwDCmCJAU/CbMc6aQBPMPYhhrC1MyFcHPNjifTM5GJKD&#10;bH5N+pClcB+CTFBCUjnZ4/pMmE7WpTUZam26F0bHEjZrsD0DO9AUekzbkfhnu8bqYdjsGN9R5tna&#10;BX8XvEjf2qTEboBvFdugw8uve2H2braLPoohGVfZ1IUgW+tBqY77vUoWaDqA+6z27pAXB2N/6Vx3&#10;4oHV8ISEnysAAIkOPGMfBGbz+yeOaafeufS27RvW/brFkAvs6yUMchJYKlDW2+WK6bzCIx/gx/+P&#10;oW05dcnSScMWQgU7fSGDl6MLAvLJsmmRuOE+DzfqyIeFZFnK2WeOCta+aQ7ERS5sIvWeIAxsY1Nc&#10;KTEsK/bgUFMJEpGqQKwGwGnIgLksl557Qp7H+VtV2WhLhqGWgFuJO88zJPKt/SdnPLkwwmEAVKwr&#10;dt14E1huAL0AfBFMGYPEuGb6nGqj7SxNcijOKKM4SiINi2tVcQ9G4LMGu5oyrIiSk69iuH/Br5GS&#10;suTNldel/TKuBfqrZO8+/Py4w4wJJpD5ZqJOc/w1pJC/zCUxpsAg1u9fxtAag8p4L4I7zsiJY0cR&#10;WLJVwwTLqMO5F7eaziPSWbnEep8s+o8F/Hv0yBE5c+6sKhduQgDHFKSNI/AFHOiv6T10IQnu+6g3&#10;OgHD6NqTSE3HQCLKPXqDVYJ56wG/TkPgrj3aBnWC8bJw65UUPONWFBTVetyHUe1D4ENqXUoxfeL/&#10;7tvflr/60hflt377t3HtB3Rgzv5Kjw6cIUNgWu7eu0c+Wvm4fOsb35DXT56Q3WCbkinMQJUb9+zV&#10;1N5h/Jzx/trBtiB4U+aWE+aXlsH/UkBfsfBYrYLWv9FQI9ofYP3EIEScv3ARgOhP0Us8oX7pU5/e&#10;pr7hg4NlDd1TS63YKdwW0ff/xWc/ix7Kyu/+zh/L7pu2I0CnD8zhBQTQHJFvP/oteQJeew+96wH5&#10;yK9/VO6+7175Y9yfv/36N+TwkUPyKx/6oOzfu1dMraZ9WRN9Wwug6tnzZ1Ar7wQeYNxeK4FAYjIy&#10;VvBpzZicnlBxfTL7N3KtNNf6mKz9d2a18uL6BNvmOn7rDcYytney7+qabi0VglzFC9uuAf55sE8n&#10;ZAV6Mpk95cjJ1Zzll3U+banzlbNeH0MWlPXFlDvjbJZmqUlZ+vuRBxDDJLAwhS3UlFEoymynA3iQ&#10;X2QAnyl6jXgfith5bTFUgzJVDQhQdkX+0LHdomecrVXklQMnJAHFuqRv7EImtmFjn4BBJUkuDBmg&#10;B8exk2cArM2qdCtGk30S6Pmd05elvLnmvI8SZ/apB4Bu4uJ9sWpgA6GJb7oim6b9Zy9dkUlT9tM+&#10;SDwBWixiuPXqCXgFNtxnbqoenxIbsIOQSDS04Sap0GdAi4CK/OSJgzL8/Ekt+q8AqGK6bsLGgoco&#10;9L5qSI0/Y3GRekmf8Smgtb5BPXj6+4ZkcGQQk6cRbLoDMD4d1oPeWOelQkCGqaTk1Cf1ZX146Zkm&#10;xjFZbKOpR3YF8rQlbAikhQISUnoxG/c2ALB6HUVby+1ihEUJlpB9tghAp46wAYJHJ84m8v3vPimP&#10;3LtLJgFqnocJ+fSF09h8FuXga7jmfZvkwnlMfJo8GHfIqYuXZfggIxKqysJzzAGwyCAZhRGIAhrV&#10;vnX43UsyEE3CvJXSA05I1suB08/J17/xhGzatVGOnL8kw9g9ayNDMttckhFIk2/fPCR7/+DTchn3&#10;qIx79KvvvwuTyn7cD2BZAJgQnwHJ8gTksUwuWnKTSvgqLbcSBbITAJCUVYmXXcSaON1WTxPGzg8O&#10;Oqp0uYL7nOBanFhyXgyc6ESeEausy7JjaaEgun0zEqMJAnkQmWCZejoExh6Ti0l7h+dfCwDICgCk&#10;AUy+YqazNpvKDuT9UOkWfo9S6zqYbIuQjvJ+kL7dLuhCgq9TSWXsiYKDsXpCYY0lDJmp6VSu1Aev&#10;Fkg2EGMtMUCYcRwE/ficZaZAzvWDkUhfqZoy7ODEgWKpqh50WqSrB11LD2Sl2Ivz9qsAuDGQQQ5s&#10;A2sW0mqyXAmwkxKeANiqrzhPPwJ9dUzAZyGtVzmwKSnQVyHrMXXsPMomOd1P2+1scEDZPYHYFbDD&#10;+C/Bulqtot6LqZfZRWQI4vvSa4WSawJpS2CUcRPZt3MCZsLjuX7QM51VXacFKj4HQnCAlMlLr8zL&#10;E8+eziQ41rQ8ucUos6+N53OpPi21IUzL1lf15Uico7c1X2soQkFZvygfv+uyfPyBdWD07pYfvzQs&#10;Lz+3KIcPXpQzpy/hOjY9K6/sCijjjGNST3/gPqwWA2guKsoOSLXR0O2BJX5rRlkRcWVSk/Hq5JsC&#10;JIsH+AwPoZhAQUZ/vGUk3iIQIwX4zIK+XYOpNcB3Mg4IFKZxYKa6+0ugzGIDrWMSqMbm8NmMk7qf&#10;okcqBU7jiueTRwqC6SCC11sl/mD90p3SlHXq3WzOYi3MY6+cxX1BIY0GUN0fCYprCnzJYQ6UPCeu&#10;iTJ+aGXxGgSVh+ANtH37elm/ZURuuzWVW29fhAdMU4c+JUvJ8pIW7GQWUIhcBsuQqYl8dqp4Bpp2&#10;QEOFNJc4aipTwyaxO5eUXeWsDmSNei71AAL3Ett096Yc5Qx3Ho+l7jwwE4r3osvO6mzCAGRplorx&#10;P5uBNbaYObn68wV2g8llN7bgIdjhadcFvdhVHCWzpldJd5/QmbJre4N4BX8900MisyYAWCBMhZlg&#10;KiHUJHeGs13DU2tWf6uW//JpUX5sO1l8Lk3XsWoTG5J0Rdm6rN0bDQ5X+Hynch5M32kw4mfA4r2M&#10;kI255bZef9oyOAC8RmRAA5T0NVT6yuc2EidwE/X9VL9JU2BF+kGl+pV6N0ZTkDAW2XBpB46chxl0&#10;/N8szVZ6eutkTNQQfFD4efdMuL0oKjCHck2o6XZ5zCFUazPZKesVsWlnWEfwZy6ARblnd5prYdQi&#10;Jv+ORW8/U0jbkx5gYgYTWvPGGklj1pYi2TVCb4JdRuFhLNred0h1jF2TVdMr3blXoEOHktgWmwFT&#10;UNvbnuyp4NGWdvyK7fmdXN3pHjTn0eTuv3q+enlXtt7CV09FB1gODE91v46qw6zSUe/iHGqcw0Nw&#10;FgOgi95zz/rnmDYOBNM53C/p2qcPMK1cItQgjaaryZw/Xx6XrcvSuQC675x6dmErSMitH1q4YU6Y&#10;pHC/jgN9wBjJ8jP8f9hMMu7kmYZnRVJR2R39eytxorUqn+NWi/YgfI0WAqoYspa64TyuUyOZluPP&#10;PIawsjm57eH3AjDaB/+4jdIPtUx0zQ3pdaoPlcwRe0aWA4ZH4Lld3lWFDdCoHDt+RF5+/lnZDt+0&#10;jZu2yDD+rqTPpmSAvvunrVeI9ju2qrIhhHWA2XfbXSIgT8RHXhaZPqRC7ShxfobJNPoY9hc4e8v4&#10;rhYpvabfgT69zVjTf5BwgwBu838NYzDZD+9rJhUfB3j36isvgw21XTZs2oj6zPmVc8hJxloT9dHc&#10;lRl4xh0H2eKyWh1tw89uUpBvyDEC6XMevoPvDd3AI/GWWNchQ7R2VWJ4PqOyb/n6kO5hiO1ltWF9&#10;4FSqyqYFSJhfPXhAThw/hnqt7obgUBHdgPWzF1579IPrhw1Tf3U/fCJvgDffY/KXn/+8PPTQQ1Dy&#10;3CLrJyccZsAgRvSkE5VRGRu+XSbHJ+UovPkuov+mjHQ/GZO4J/1lPlNNHUgHT8VEbY7yMzL4Nb4Z&#10;eOetpXitRfJyZxefvzZ6zQvo+5994Rl58vFfaI/1zvselt0ICt22fVzJSBxYOKgGfRz2r1nsd0eP&#10;vyaPP/2M/Ml//T/J7Q/sByGlrCGYU2MIx4Qk/a477pAXXnxBPv/FL8g5gIi//ZlPysOPvAdS/T3y&#10;kx/9SL7ypS+jH+yHTdI24AKj8JqckxMnjuNj9cmnP/UbAPwYSgjiCdWMQX1pgn1bXMBxeoe4vBGD&#10;r9Nj1V49QeOXwmzt1bLcrps4uLZX5jUySU2ncmfNwsF0VErXwFhe2+O6RKlXMOlPNYHSadpjz9dM&#10;vU9MyYMTBHeMsq39TS9FWcGnZrmehq0R11HkqM/SOSk2BUaD9SwcCUaqwfU6+IZFBcMc9ZyKdGpM&#10;phE3Xk2HpZeWl+/qwSVpJgdzLBwAbdTBYxOeh99dP4IXms2qAjU0ah0cHIVkz/mEpG03rZtYN6ZJ&#10;oTS7NkDVL+G/T126gHTbMTS9fe464YDjALuPGzsnHCg0RsAsa8NEvj3N67GA349l9go95s7Jtq0b&#10;1TuNjLjXT0PitjCnHnYs87lJNdstBbGOXYTR7d9/B1878SCBO4wX4QPHCVvZ7/hqcMsUXO+fwWKC&#10;14z+YqMTG1EwDMvkekyocABV4TtWQVORQOZHiWkFVHtu0myu6bNHkCRRgCXViV5cq7nbUCcAGClF&#10;W/kGlCFgkx2Bf8LMzJw2O68jCOPooYOyCM+Vd77zPlCBpxSMcSadVVxzgH0rE5Ali7IaLsOTaKR6&#10;ixw+tUkOHlvwDe6YXLpI+eMYruV6ef6VZQVA2Gqbyi3y8uG6HpTGJ7sFI0tX1BP04xR4RBrpOvnG&#10;Ny/h/mBDxGFTG7hDDhxfkpcOX4ZfSiL779oD4HYePh39QlFwBXLiIQARtckxrSnIwGnVyRK1Cmgv&#10;g/VDBloV67+hqHtVp85NgGxlJOmSXcdigKm1lPZyLXM99gFQarXgq4hJCQG2COsrXSypP59jODhK&#10;P+XIfN8arlcLGzqvdz/WEH3yFoEENSFTVsYab3nJsUoJZJAd1YeQmfkm/fESvQ9kTPYZJ3PVlGAP&#10;AFNi098PaXWD0u8lgL9VF0VvbNYU8b6XKk6GYT1dO0hyCHSkeJ/GUqS+dQR52phmz+O1mlciGTOU&#10;41p8f5rDO6mj85oreWkWHpKWY7vw+WzqREg8i3iFCLv6RIJIjjXd0kCXBLLLpJlqOu3czBV4+UFC&#10;jGAVPnAMFSIAT285DUiIXDPJxpqymVLJ6vdxnjoEmheVqUupfj9ALcpMYsgz08iBxgvLzm+lHDuD&#10;8SWA1VDyImGqH8lgg/ps8zpyva2QXYhEVg2f4JSextwAiVoAsp985pTKjMgkznxJvY9QiuCUJlKT&#10;LYI09txQkpEpHJSUTLOAxM+UfWphFDkPvHILAwLYDHzkzgH5+Lu2ACC4Wb7/4wX50U9OycnXaOC/&#10;omERDE+JXEiggnfOlJivG2nxQ7ygVIndRNg6EJBSXTJqmwzDABjKaBBLsJQFGi5gfWRA5mRchuZG&#10;ZfnoY5pOCyGxPo+Vcp+yK0uR4/xFWdPmpVX0HqXnYYLvSpk5UgerGDZUqtiD+uH3EY/gAw044AzJ&#10;yxqMRAZI5CQgVos3TNMBZJcrPI/w9ww1IeMJBRFlzI0GvT7LyrirRGXnjhjBt9Suw7DFyE171sn9&#10;922Wu+4ald03gJUAGX+MDZkMvLTZ9mCC5xDxOaDhsco/VtRniA9ZS8NVWirTp4ExLRTxZHsw36pt&#10;gwLLic0S5U2IWxX3mmQOl0wNMi3sqY1EZUv02uzjACl2UjaDa6Sm7rxfXvYdu4cv9zPLIo3oDVtk&#10;cNmORjxjd3kWGM/DtjWFXALbAYwZD3anoWUzRdnA6jRgU2TLBDTQruYNRV1yHwXKvEy0IxR0FUPD&#10;Zp9JvJqgkAGxCjDssAfMPl8YsjmVWLgyRW/ENDUZqMOXb3r/OrUbwy82HV7gZIQ+SZn2H/Rdlczj&#10;S1S61rS+aMe6t02agBs8qynY/C38u4KQrCb+P0D+ZbL3fFBAXFHLhYpaAIizBsgSw4OpfGBm+VrI&#10;5uEIgXnoEuPSDDwWL1vPfcZyb2SdyJs4Y2Tkclz+PjmFFYkl+J5JFplsbJol2uqQLY472ZyKejq/&#10;0wAmhul+FEJKbCfaXEzkTQv3UeGl1HvyFbxk3X3zDMOiN14ol8N68VKoKJJcCeKiFLJewu1TUSFd&#10;ODDTSoVnI0AsOTCYFhmFXU+Hq1vzzxOkY2kRsCsk4HZ4O1npCAbpNuYMgyKX4ZWzvFR1EzkfOV07&#10;qduH1MbGTZU1YVUHyKybaGFDuwn/FSLvP6pKb3+/UsnlQmkmd/Vy7zTYEpT8YN5dn8iZNinQl6i9&#10;RFUHg4FhSoBE01mbSRZhras28b7QXhmTQonRxN4d9bvnt0k7BjSt1Ra8WFHbpaakS8PZ1VQ1iMqB&#10;dCVdv3xtSgaXwMBqIByjSnVH7NPRdYga6X4QhUGLXhc3LIpjmxGDytyXPQVbAUJV2+SUSTekTH0g&#10;k1M+xUySR51GrMqUWmqBwYcp5tCSsn1VbvjBG+rvGmoPnt3VcqLn5eJipDXs6UMv6LApbS3K2+94&#10;QNno5dqooFrRs1nXaqRdiiM6RHGnKszaVaxnuyq+PGDDaYah8Xr0A6Dj5xxaN6AD/z6cr8/Bv++V&#10;Ay+jtklkO35mbHhM63/X27nPQ2sWl6zr+kL67dK/LxrHz+K/LV7XPA0lQ/2ULOEaVnVjRg2BYXFy&#10;+Amc/VDc7L1LmqO4fwhWqPYPqt2H9RJ9qiQinO2rTwHboxE3XQyXnlq5VeBD7AcF6uMHhcrOG3eB&#10;2XhUjoLhx5s6BXZjScFk2PWgd5uB1c/Bgwc50YHv+ka19hlEP8ReVEPtunK10vDcB6CxR88edcXd&#10;u+Ahk52HIawmsnkUUNurReIAqHs1gHs2Te4D7PeYLJzLX7RlkBZqJHtwz/Bewc4X3O377A+D4oyE&#10;AzLJBiFLJrjJwTgD9rhtzqPHee755+TZXzwtt+y9XfbdvA12PnO4Rgfki1/8knz04x+Tm26+WQfv&#10;g5SJAlR9z3sfgm3PvHz+y1+RT38chIZ77pZREFEYthb5WpjP0/btm6H4mdIBLGsm7fdL7t+Qeu7C&#10;psI5lawKcX3LfNhEOljhRY/f4kDJ7cvuGQvhMGEgxucz8cxHrc/F5Qqchdfj//O5z8oPf/hDuev2&#10;d8l/8fv/VDZtntQ+tb/m9j4dpkQOME647yRq2qADxjr7F94nXgPagQFMr4HMMowL8bbb74Bab1T+&#10;1f/4P4BA1Ce//Xu/rezIrVs3yTx6+Kd/8RyIBKdl9vIs7u86BNTdJ7fetl82bdmsdkexWirEHanu&#10;thCKVTzLeoHrtofhqCkw2k2nnCAfMHb7/ZneEF0AdI0nwvSC5YpM2I6B7xr30nY8jaYrHMt2XIcO&#10;UK7HrC4buV4TaNj14Wxx1Prm0oXDP6VMb13wc3DSrMhP1UxWXNjUp2r6tE4btpAwuSswjzTowxvh&#10;r/oCvT6kBP8VySQB2cW0eXein42SxchkXhYtbErq9RJXdMN2gLk36rcus0PlligKrszAGwygAdM/&#10;WQJMjI/rd3LcCMeg4muWsSk16eGGwgVYORhPy5jKz8nG3X3ajMbaAqCIQQPKop+ma/TWqcFgfnL9&#10;JlkADZZblvMBtHL5Cg6KpZP6HpQSMvCgr5/SP6ZWORaWlFzTSOaKoog+EUrBVTaDkfUmtpE2CvQc&#10;qyEhlZ56TMSdRCrW+NgGbe5LADR4cCcEWTCJMnhNJrvy9SkjXoL3mtJ2wXDhd+BrkTUzgGkiwcAm&#10;NgsFeLmxNCkjXMZ05XV8j8vY9Oty8003a1P7Mph4504cRSGwHqfHOnn6qTkYem5Ec4MU1SXXTDNt&#10;05ow06a3VT+mhzu1qKcfiLIbXFxgzvWsuTalFMxAw2Nn08x4tTiXNgWfIn6PUtVNdisxwdlECwj+&#10;zOtnQFE+i0KrOg1ADtLYGrz9AEi4wj7RKQc3uPFJg2lmWRPS2Jgt1RMnPWnBnxB/XyFogQYp0aKe&#10;ybVYByhOyULTUBLKSgAiraAInMbElhLD5dYQ3sr4ibcPj4hck9EiINYm8F6V8wCFInxeynZLWGtc&#10;DgrO+RTe1OdTc11U4XtxBRRuLAGsVTCVylVXuDDpF88fC28WsI4ZCA/DmUW5hGdgnHKLcuwn8bhS&#10;ldhLXt2mpE1d5LzG6HOnwCE5ZSstZau2kYLbgi9jvYz3xPuWq5DxgvlFYMelN7uU7izYxzdW6k/Y&#10;bme7EiW6pLFbTSxu6t9xvc7PgtUFH8TFxSX4RkwreBnhcBsEO7UKsIgS2ai4ISqo2VT5rWtYI82B&#10;WAYbM7XOwHcABRmBwmazrUUqH7mGykeXcK05KQTAWsff83pD3jmMOHlKz7XBoQwZfkJM+SbQU8W6&#10;JU5bwevhReW5X6xgGj6n15xy4Sgu5WuThRNYlW2wUPv7U9m+tU+HIH4b6yDrdMrZABIh5aoCr7rR&#10;yrJ86sOj8mvvf7ucPJfI40/Ny+Fj83Lu7DLSnecQVtHUkBdOOSnp0iZLxKdrW9e0M9VL/IGogUwV&#10;6eP1JqOTQTKlSEGfIXyWUUpz+HcAu4BVYb37KS5AWG0gJbDajHor0lBY140yKMDAw37B9cImZXHh&#10;nEQr2L+uUA48iDMFwT6UbuHprvVj/4KXYMI16htuYWI5L04D+0JzRmr1fn0e2EM18bolJqrh8/cB&#10;3B4crsn6qVHZAWbo/lsGZOcNVrZvgKcknvm0RcBxDt97xZu15/5OrlBJM78zx6GNspbXWscYTwMW&#10;4P1ZXfEWdybG2jCdjCSzpDS+QcQeegbLonV5CQnbZR00LVfZjFp9LpdwzQmf1ii3VDSs5MISjJfI&#10;hhTerGDv9P5LPcki9WFYaUeDEZpbWZVeZkxHfSXGriYA2rUi67o+21r1isnkxzbHMbq8+EwhxCMH&#10;L3soYIoEhi7aVwDqbHfkQldfpQy8tJgQLB5kzZmNenedLED9TnneKhCK/2D6XeKbrCaAP56p9N+q&#10;4wyfh7/lJQB784uJeu/NzCN4g761HFywKSmVdFDiTm/tMFWio8wf67WJmRzS5mw5yb3BrOnFrCxc&#10;PwmG2B6sihw1kd8vK19NDoQVwyeslyNHWfFqC6y7NAtzcD90bX5RVyXJmWuxi7er4pY7JeRRx89G&#10;vnbN10WaC0BtHr7hzjIvp/eefx2qmTUYb2sVr1EwMgowd894wKh3lo0puHR79lsHmaGgszZZArFk&#10;TEwpGNBLwRO7CC06T6gklzvbXkE6b8BYKDRS1oOAJo58rZo4SWfkaohiCnbO/nNgg/UPa/gsWlNF&#10;nqXI38eenqbDOFsp5wXDHFY1mjqZtjQEz93DtvcjjPV5ctLjRAdG9LOi0oLm9g6HzP0sbYHJ65gO&#10;znsv8rRoE+cslGKOTMf+FOyOpAiWO4uTwJJzPr3OQzgJFOEoyeSbrOvK3rO3rLUGvY0BksGeZ/rE&#10;ATn4fYBtQ+OyE9Y145v7NJCL6fPG+w+G9E7bNWixv4SHW2C3sjatYtA/AEufPXtvhkT1VXn92HGt&#10;uzgkGQYYpoC592PM3zLy56mop2KEvS4BycBEWyVefps0XsXrLp9zgzaGc/H+oL6rQS5M0Ka8ByF7&#10;ZoOzeVICIeunmvZavRM1ZbXcbRUnzlxThqqGrHgWKnseBhqQkfb6qZNy7jQGuI2Gyk+X4f994ugR&#10;ePTNy+SGTQjz2KzBB8PDToYeR+YtShBefeZmGKExazB4i+ee7SIb256Zu7Rwir10nPU6iSgR6nD6&#10;wF24eAmElLPo45b0Gd2i6rdJ9R4fhb86vQxr6BVn569osMuRV4/Kgw++X27YtU1B7jielFEQKC5M&#10;X1CZ6Qfe/yvydvjHbUVoBFU1A2hY3vfe98sEGKNPPflzvHcdICESi3E96wuL+inXMQgS67DWV/Ke&#10;4K6nj30YYJrKm0ut+SX+yTCKDoJe2r2g3D6oZ0MpG5Q5qy+Tr7nYDWe0NsE9OHMGakIQEyZQz45N&#10;DqCnc2SAViP2qb1uT6kj5DNR+6CSbAGj9MYbtiOH4Gdyx9v3oHcdVWIKSUzs29g30k9/556b5H0P&#10;PyJf/NIXwELdKR/7zMewdkexdidkbP0GtZsyyshOVSnHtUE2piPY/LJ8SPPmn4FrArnMP4h/5do0&#10;P9NV5HZ/wzfjE9nLwuOt/aekqYxRmEbGuZzW5N9CD7A0pFBFhYmrybVDhb01T3jsbmLtVR4iU0iL&#10;Knj/+eQiBRFjZ/RPgIgAAePS9fAgKGJ9ilaR5+yDAcgQijhxtPTHaTomEDMucYCWYpfmSWaUa+Mq&#10;Ko1rccLfxgGLxlTaaMeQ/skGNGbkPMM3Es8iqrhxYdp0QQR9rVl5z303yldmAOwdm4VHGho9Mp4A&#10;LiwtJSo7cDUawxUcU8MZTftNIZhapy7FmBSrPjAJmUY5CAnl6NCw7NqAhxP3bQAofGYErox6oxJh&#10;0qBJGUgBMLRSl/TaBFhSQshA0yelctPkdaRsMeEmnzqD1fnZGWX69ZHJBhYSTKzAuFuQx5/8MYBR&#10;UK3bnOxskldegS/APIMpAHxV7wBzj5O5ijKEzl4o6fQOiJs26CU29qaUNVOiIKJjaup0VhNLI+fr&#10;5WVxLAhC9+kKHE95TSPPagjJzL4QS4PvCukTZHJmaSRacEWWIEjJJQ0zJEUYBoHPU6dmecVNypj0&#10;qimmuAsvwrugTi+vBL4lNXjSVWT7tkGwhiZxHabwfdvOrxHN+gKDUqbruobL8Bxr4z7zWqyfQNAJ&#10;kmtrAGItJoKHTi3Iy6+c8Ru3l6or2Of/P75zGUDW4UszWFtMH23o5kvps06w40iZXOKlJywld0Ly&#10;e/binExD/lppkX2YYkoLv0JIlZuQXa8sLauMmut2IKLpMO7bIkAiSKPHhpmsPKhrjkEHZPWFjTMN&#10;zyHZQW0/RScrr9HQSfcSpnLLlXllPS4vAGQv92m8+wDAPk66Y/WD7HOyrNBg6iQ6VZmx9QA3Zaz0&#10;hGwguXcJnof05qNvxOLCCp6/eZ1Q0eDe+fJVtNBW/53gzemp8Cy0KvS2a5NFQ0akK+AoUyfQR+CR&#10;TDpOodlUNNp0X8QegsKDYPks1vLcTFP3D3xsMFeRlj0+4nx3VGrD6VZNA0si9Z2LlEXWQnPx7FPL&#10;8uj3TyJ9r6lSU/xFp9yBxS0bcQz99+0fxAQToRUWA4PIHeAu9yFxMlxlFFj/pIDJVplXFtEgQLL2&#10;yhkZrC7I8Oay3PYp7Ec42FdaO5AY3CfnLrUhK4F/DJiyFy4sy4WzsyjawBJYITMk9nIk60zT1Ugc&#10;A4zYGayTJcfruI7TUsrTUdBF8zPSmjuMZ2BR+uN1vrlIs0aZYBaBbn3u9GGreyQFcnJl2ZU07bbF&#10;NV4mUG1Uuj7YD2PmITQAlXF9HtnoJUzi1QTJumsYCJ61U7/3ozlCgzEKI+fhoUi2bOhHcu64bN5S&#10;kj17qpAesAnEekNYhyhLBPufXNJgj1gDmQggN90OGRkPiMQ+JdS1OARDyBC1Cq5UJJC1nOdsM0+X&#10;92m77nVMzhAzUZZCr3JOS2CIzBJR4Pe1uZocevUCzMAhI8aAZwzF68RQLOODkG4PlFRmP9DvWH8V&#10;ykDJUil7pp1x4HUl9omTqWPdRpHJwDzblZJqCn4wpcIBHLC5NHzOQtppYLFlEIExXWBN3mB1AIU9&#10;EJ3U5JLIYiJuJhf2xvumy4uk6GhmzerQkV6hIakvksI3Sa1knz2V3D8x+7vCu1l/Ldp+Ys9AGA7s&#10;2DQnmmqqO7W42RtDjrDK8fezC85n7zKSs09fbKoqYKXF0I22t7wwykSKy1XdK7h3Jf49UvXyTXJY&#10;KYkC/uxZXmkXcJSDVLoWCr7GIXwkaHQzpWQUfJHjLIgh+NsRKAjeO9m6toXUVdsZ+xruU+6wbDqC&#10;YkzR+890yrrtKvTXrA1W9pDcmDXCV9ZsHqztCVuFNHZTuLqBfVdkAhW/26qAimvqJ9M1pe29zLON&#10;7WTaBLWCKUjLbUd6sclUNGnmkRgYmLlku+jj6BQvWJPYAx0reXVwSdHDc60S3WQDyoLftg/ryCkF&#10;VodimZ+XryNSDwyyQA+e3Wn4eeMA5MS4Z80irIlnKmvtAaaoR/jfzfNghE3DwqWpVjtk9al3JotL&#10;VUjQhxhcbCBnlaqX7iZNrSejTpe6TBmiNjNxkoGh4XnTfT8EFFon+XXfxWZSXpUPW8e2dsB8W33Z&#10;VEqo9ie+trOOIaWcZtNUBqGGqyWRY4S3eJ624BtbVvsU9dlGDXri2LOy+IUlOf7Ag3LvXffKRgTl&#10;jYw4IMqBtlHPOYu5vpSOVYyl8MyVoXQZGiLzuILzelDOnjktrx18FQDEetTAW+BvN64+36m3ZLFZ&#10;vxcAXCpAOEBE/UrQ76ZbpYS0X/vqQYlOvoT3qutAJcG/tg4v3kPPSWP2nFR23ynt7TeKBchjwZAs&#10;GT906wGUd5tLrMZ0zHUAOHH2Ohxyq4ccaqEqGGzHjh2Tl19+EX3Osta34+iB7gAIyiCVfipkyiVv&#10;Q3X1JMxr6vUD09d07olW1nAKMVex1ihmbPjeydjOgCQCTQT61DMO/en0ZcjJjxyWM6+f1uT3CZBW&#10;+gdgJ7M0Jz8A42xuZkbuuPNuDXyYGBvRnpc11gYEkbz3/ZOQMa9HLeNA09n5ZbD/ljUBdwPApMef&#10;fBL16WH51Cc+DU/DDah3+mQzfn7qfe+TPTffJN/9zneQAPssCCojmo68FRLUW2+/DYxJ97g6Jl/+&#10;4RNrrztd+K34p5csOCowwUzX6cXeqeA54Ri5Ydjst3Yq6bYhWONP/uS/ke88+nV56hfPytM/3ynv&#10;eOf9uM6jeMbYf8ECqsXh4gJ69GkQIBaRnLtNvTb/4Pf+mfyv/+Z/ly9/4S/lk5De8noP9pUUp6C9&#10;QB/YpuA7y/sAuP7wR4/JT3/2c3nkA+8DKWlEgx8ZRmPA2EwSH7JFTIV2aIkLfdJg09T2tF651pCI&#10;6xDCrvKlvS6dbRH/uSYl7RsHhfSiqtmrhYgY7yNfeDodU/fqUKgtAn6mF1BtfilVfsn6aVRvLxSb&#10;yXsjz/YR9W2wbjJjCt/V0Qt8gq9jpGnqa5J0mQ2u8aFtMXkw7UgcCj4xbnpS8ok/sYJSZZUntAqm&#10;6KbgLeMkJRqWQIABoCCL+1bDKLOOm9wSwJD+vgX17+Mkn6V/igZtfhZFOZJxhKmtpOJDTrBu6A4F&#10;JihrJSuKwJ1o0h6SYWPXPBE8mgLt9hO//gH53t9g6n8CRre4JnWVjxhtGtTbT/9bKXtOAmwdkFUi&#10;aILNjh4Su3bthNxvFGAfvA4w4Wh7ZlUpJdsG4BKbidSZkpBBSJNvNesHo2D6zDEcQrOyaefbwB50&#10;wFnEe4GfpS+FAi0AVZiypclJbMipyy+7UIIVsiWTPlDWIzl9inLi3WCmcYPHF4XMdaHOewywFBM/&#10;pv4SRGJRU6kMqnykTc8rvOkUGvPFWYA5F2Ycd4YMoMaMJCXlSOA6tBxVGP891T+roA0Bu1LJqCyk&#10;Ukl0asvQiUrZTR6S1N3nMMFtonhagfSyju+9uIjvBPPjJVzX1iIkAu1IgUadCNGLrgTfsRp8NQAA&#10;EYxUKrQeHAAta+u8ZK+u7MsI94JgyOxcGYanCRiMTTn48hnZs++CTG6CByLFjbgGFp9/24YxAILj&#10;kDBbTSdTtvX5aXn9+YNyDpT/pVOn5eIoTIAr94sFW63jYFagIVWpTQUgyLlTNTkB6epGJN3GlPem&#10;bV8oGi0gbex9ZnggAyxINq5DgiySnRGe0V/l68UK8LUV8DIKdLG4ZPM6AA/BKg7kufkFMPzm0Lgu&#10;yEZM4GhSnCXpZc+y8xiLPfvJ+BQ8HggMllkGmMywGDIcq7ivlNswCZbXksy7Bg6ZKIqzpjJNHHOK&#10;DDxlvAJ4XYZ5ZYsAKeQclCxTxtIEw69e90B9u6SyGae0cgwF/r4+O+r95+RbZO5ybVBqQNk707ro&#10;zRfHzmuFJIAW2YONtkrXSYBkUlobr3Ps+BWAn4vqrbgBwO4oQKVR+L2V/f6lMmSyL4n7xATK+yAX&#10;xzrBun/66bp88+9OqiyHBtSkySfGZhIsNvduehdhn4nhN9JWcMexwPwemkqum4qKxPG2zDdmQePH&#10;ZD8GOJYwEb2sslTkyKnfXaU9KxuHB2TjSE3etgtAWxkWAqVBsIwARgCrP3l8BVO/WRRauNeXGzQk&#10;w7OOJ9MsgzE4KE3sb+Q463sERg9uehNFXrxYUxCYiyBOnTA7Y6VKbrvA5PIUwB6ZelXI4ktxvw5R&#10;KIHvx7CghGIm1cAfDCwGtkprYAzXq6QsSeMlGI0yfh8sT0p1LT7T0GhDNm1IIHleL/v2MhkcjUdf&#10;05kyU4YMID5iQE6dHi8X8DkGHbuTIStU4kZLGiwjKvXGYIYSXeMS422QPvqmR+V/HmK1mfTA7dN5&#10;o2FWBWc56YJvFG3nRM8EtkjbaCoy4564Dc/A0uE4rlc/mtJ12F4m+yGPgnxpyygAeoS2lPHnfZjo&#10;9lkHFkbes0p9p7xxvAv+8MHAkZP5hfeOCnT+cAZm7D5bYAh0EadSMQVHMSOmS8YQALhujxbbU5rQ&#10;+fNFsMYUGplUrl79WMmLJiu5fCkUnWnXIDTNQlpt5l/iGGt56EAmHyXAm9gs6TPUiE08Hy0Nt8HT&#10;12RgD0KV6kzJtXJpFhYUCNi4OAtj7KVEpYdzS6grorIOFbjnKUud3pS+FiLYq4xAzxCNIy99D/WT&#10;1jSBZZhmQWZk5FlP385M+k3xOhSKRz+QzVZo5FzbdW3aIP3xTHITZ02ljhVSnxbjOw9dzplELiRj&#10;e+OzkHSb5uy/LPA3NKuFsIa0y5svf4ZsBmKatSRWppOh0+m1aHuwA/3PensZG5ns9QM4onWj9wbM&#10;mZ1pBoKG5OHrYQlY2w0yFsLrOpZ02pvBkF+1Dt/J3o1MZ/Nji7VxjxDAzAtJWd1RB5RqC55z0h0a&#10;cpVeLPsd781tfDif+nSntrB7FPy13dTQ1SyRs9Zw7Beb7QPuPnhPRpwdrRRnWXUcz2ikIFhErzTW&#10;FgDNJAo+aOKZhEabYdaMUmtpXZ60HZBm/R6gDD7PwjQhT1vVSiG8wz0/UfBR9pLvYDGkz6n/7o5F&#10;7Abypij1MgUvpnCwG3eOlP9f6t7767LrLBN89znn3vvlyklVqirlLNmKlm0cZGRhMJi0gHYTmxn4&#10;YfqPmFkzv80Ps2YWPQtWM4TGntWNIw7YYGRMC4yxLFuWLFmlVCpVUuX68g3n7D3PG/Y5+9zvVqkU&#10;jBmziip94d570t7v+7xP6NgazoElqEFEkoyalmsBeWfx7wyyT7Ir79JJyEi/uCTe2T/14Y9KcBan&#10;5rJyKRe2UGOJ9Hb8LxiI6S1RVYKusKYxqMV93CrArsMvPSchXV30DwwGMTuLpeFubI+UddjpYL2A&#10;ZDkDeLeEY53lOhz+4oOLL4Otj/0Zdd8qJiyz+IUpeHb7ITMCObzwAOXofxxADu7L6oHFZYMtwwTW&#10;35WRvJzZFMTna1SN5Dxzfbj/4EGaxt/LqJe3wrt7C+TJXBdOcaCBKWaaXtNPZH5dMfQRqKVX8pcg&#10;z7sWsNRO0HWh7WsREvP+NKwgWMvOdTP3HadPn6bvPfE4/c2jX6f3vuc9dC/Sc7cgoIRBuXXUwLfd&#10;djuSmp+gL//1lyD/RAgE6uv5uSnxIWcPPQaGpoR8Awsc9AZHXn6RvvyVr9C1ALEefuQj6MtW6LHH&#10;vkFf/epX8N8fhkT1KvHgm+E+94br6RfmfwW+6WfQx/QlKHMeibLMmHSJj0jNTLZBQvBvn5fjW2H2&#10;pcFLwYJ8eKjhg1ob1OGHYr0VQ3cS/Q4AQQaWr7vhBvq1bb+BNeFz9Od//gmx633wvQ/g/G6Xe3Tx&#10;3HmwTQ/TNx79W1yvFfqd/+E/wv9wgW66+Ub6WQRt/AV8+Zg08Fv/4Xckv4CBwMzWWSZlzCJIcOf2&#10;3dJfiaUNnj/29RbbArE5yOUzcl0kGQyNXMLA7B+tr+FkwNxdMUjo3gTg94Z5eGOSEXepz+Y2evi9&#10;XgSJSwC/dMj91tl+xmRvpYFR4xPULBDqhSHyu9pHJlXShKZ4MC16Fs2UWytrEmk/4fqFtNJJzISj&#10;2XNEyfmGZIPe3EyAS2FbjOowkBYtXQpUTagUWR3AHWbJcVqs46khttZzeICmpwFWwOfOq+GMhGBc&#10;PItpYj7UCQL+LCx0IE/dK8CJoZvyQMVGiRksAcVGCYCjC6bYPgAT73/ovfT4P0Hic/gEZWx6zwCH&#10;MIu48YVPBsAl9qnYvmsvPtcsmFaQ4u7cgc20y9w0SCJn0Oyv6/nkjRhSIWaoQVAIpk8hngnr/ZGA&#10;GEJigydfDyydFw8dpie/+fegXk/RngO30FqlfmyDdUhQAeYN8Zq5ATbOZzK1ZZ7YKjMU+nxOliRk&#10;Y3XFC4DGoEtvAfJgABmOY8JEfjsn6UtkxZMw8rDgDwenZYEp0NDunccidv5p2oyGZ2aPw2KDJh6N&#10;LIMeMyxl6DgJJwgACuQhr3ThGZXKHvUVg18kYGQnMw9ICZ6IU9a8LiIrkxpxkcj36QBA19IKQC2A&#10;Sat9bs7WpUhch5fEuUWwxVb4WEsyAQrYijMyqV3D99mQdPe2B1HsbJb7aIhQBQ6K4GNcfY2QlgQZ&#10;3lRJ979zgd4NU9S56a00hanY+cNP0IVTr9GFI6dpFQnMfUSfB3hbDHiqC6bTwjYAozO4Z86HmiXF&#10;QCR79zGYJ3UWPErmdtxH33z6Zfr1h3cBuBiI3JrZbU3ClLkhcREPwGMvvC4u9jggBQBbKdoUmQJJ&#10;sWD+Fn7Ez+ZIZDeF4/SxTeItuArg8RSYhAsMjs33NIG5KKygxuccqU8Ts1291uEanIL3Hok6JxdA&#10;jlliAv4E9f/gtYC92LwkypmMrlIKpq8GGmxiadgB/y0TRk6kZOapRO16m+o6keeIM0lmADHz80Jm&#10;ASkkPpsl/wkj8QXZxMbWndw8ZAoBOSuTakyDnt6Z4vVjBmEfQ3r16AXIuk+D4TgLk+Ap/A0QBoAS&#10;T7cH/QEpDKTXSXtnHBPWjgFe/KnvLdOj3zwv4CIfS4HzT5lvgogqC0nBazFjdN9VvAYNdP0SY31f&#10;gytpipVLGkT2zuGQiOFwWYiRkszcwX1ZgnUKI/DpYgZ9Qi5g21SXm5w+YMCzkKMXdA0KqXsO9Oin&#10;37cTBdhegG85AF4Pv78Cfzs6dQ5F/AVmpg7oPMBhBvBZktgHa2kNn21+616aXTklARojPu9y32mj&#10;LF6vpXo1sd+d5IYbnWoEXyKH52l6ao41S5DdAppEccxBQT2AW5vm8Du9NZnazs4yWAfQer6gXXs2&#10;YXKO8z+HQnu+D0CMPQkhseaGCUByyawrmLfL9N1pMEenW4qX3gjPDTGbEPcIS++zbEkGGRmHj4RA&#10;7XIs1GymuG+HRHrLwLuCJyoZ8VZ5N6yaOBGM8FhWe9b6EC0pwMscMWsySOAN36vMlGDWG3u1rHNS&#10;O5akc/By613s0yH4lc4C6JvFXrR9Lsc9nAMMxLnCFGman+FpHqQ48Z3iJqMotLLPDKyS4ixVAxiG&#10;ExluLpi5c+KX61psPGox7bKE5RfcBBwgDufcG5RvJoRAPznsb0zGFBo/GGOn1QBFcDWXKgJ2Pqnz&#10;vAF9ERSM7H2pZTAoGvHAAPsfe30yE5hZfYurkDGtezD3IMcFoLc2wAAJzTmICtgvKrHTgIhffrYA&#10;CD4LX09ZH4N6gPFaMPLqoUYGqHkL9HEGPOTma8f3Gb+/d8oCihevkTO7OulOgJ3Y3IexxOWavWHn&#10;xgwKI5s1hniEVDtNwZipSapylqSPRla9t5hFrwz8YP53wWhQMbM0QiGTmH3pVxoG4Bsxlg8bdOTS&#10;VIVmrc2MtevsefXBN8A9VQ1EHbRWiUBmbN60cXRvuAGQprNVQ0+W4kxiD7joozrOTBi3c3CuxfqM&#10;5zAz/1Ayz63x1wk2dOcGUOxton92mk7jwhVxLeoaP7RlU3qfmw831+RjZkXBQO8sNwlqPL6ajWgM&#10;ZFHhqNRNLY2xp3RnlR3HE0fUcCWUJl0MsBVwC8LmczSyHVQHui7nxpaHhLnsF+xn7M2OSGXeeb1W&#10;CskhOMOxvaol8k5zIiqJk2izpyxK3VnzG61pfG1CaoxwFa6o92eWi5cWPyMMrkjKbm4S+YqzeZSB&#10;yEm0XdzHQ+wby9jP10EwOPKPj9F3APLd9s675Z5m5lOexWFBaADvt6ERF6FMyGsgmtmGbHuyGUPq&#10;AwC9OlAxnUOdO3XkMNhce0SVxKDXxtZ1JKErXCyK5yH3OnNdtdi5/U7qPofvnT5ERV9JCCNm3oNl&#10;6S6cpPDMd4SUEPbspyHAihEagF5+CSZPvRe4FqP3jTLsJBgirrOG5nLfx3XzAiS97P0d9kBhI4NO&#10;KGcQcBcqrUnZfiYkcvm3GiHQeobHAsJduPzealIcPQdhDB6dYOjlZV3IpQfgoJG/+/qjqHmHsEXZ&#10;LUEjm+DdzD3dAva33lW7gM3eTs8++wx95zvfpv0gokxNd1S+rnRQeY8+ghsvgAH4pS//NUCqa+nu&#10;B94Dr/od8mwvAMD74z/5E/qzP/0T+tjP/SzdcdddOJeF1I9X7dopIR1c//N+yv7aRVHY4CavbVdq&#10;D15/CaOFt9Gf70qT1t2G0CQvajnx4wNp5gyCN9infwHP0VbYhjGpIF4OZuuy1RLv7bwGLkCt99GP&#10;/Qzsls7Tn/7Fn9Grxw7Tz/zMz8lA/Zmnn0ZK73fRP8OT+j0PIWwT/X6HAcTN9KEPPwyAdIG+8rWv&#10;0p/+8X+mD37gQ3TwmoM6HMd7sNXZD59+io6eeIXed/9H8Tz2hLflJf8gr4ePfHzMyhUSUqbsT/GF&#10;zN78aZz0PPoQJka71fvLm339N/Mhpba6fIqumxjMNe6DOuE1xtW5V+Qs4DaAf2+HvLdQVplPlBbJ&#10;omAFQ53kFiddiUFham4RF7uQTDJd9Egi2mhqmEqLbMIqhsR5Zqm/sbCx3+NpnUmYtI7NTcKT17Kr&#10;Qphh2tizTGzEkXgSZAGjeIABN996gP7hmR9C8riqQjkUA8ePnYbUEr53oGUPAOCdP78sBUqJxp6T&#10;KrtgS/0U6MZzm3ZCqlc1XhW17EIL9p5UFUFkfCyX3QeJ5N6f+SiAplVIXi9SCVN9BlumsHls2bIg&#10;5pvsC8hMAE2eVQlrjk01F9AL74WOcIDj7mHjU6VARit4309/9R/JnXqW7n3HTXTVfjAOORiEky0h&#10;n33x5IsCSqyvVuK5QAzG8PEwy4gTjPB/K1iU19a9MKguotlchOksNz3yEHJKMXuTATzsMDjCZvws&#10;gZVUTzYagoy5fxLNjgfoCHr71CpAxAA2ogNIBmZKR6cVLCHLa0ZdLtMFlqTmUbtoRsESEMKyKWF7&#10;ZcIkKwFEdiyBlj0IxLSXawPzjRSGQh6Ebuxq4/qMXT50wQDAsBOTJ/LRIBQGu5gS9zE5qoalFF0X&#10;AQD2cX9chAfHhbWzdBa+ZyOAekOcr5OnvgZ22DZsaAcw2bsevn+MYiA0AqErDCywF9Nj/9Knbz32&#10;j7SWn6StMCC+EYvnLpzDaVeKLJABiQospa3wt+vj3xdPnqOFOxZpjYEor7JKMT5lSQMz9viOxHnn&#10;ieqhi1fR0y+/Rndev4eWOIimYDPcIE2lED74GWFvmOFQQJ8tkEozW4oTjz2bv3PICstHmQXnWVpa&#10;qs8mm2dzMYVmlw1xGeRiT8UVMFwvXBhJunEPQAx7NrC3o6RA8bNZJVNH9qwT37yR8c8y+UzMAmMf&#10;bk7v5ePg2zk3hpQURzLl0oEBbzAyVc+Y3dkTGTlJum3eTMh5Gm9IoZTKYFEOEHTAG2OnkK1UXocB&#10;Sg7eCBzikHtj/+Y2WUcxPTUjQMf0XE9Mli9eWKdDzx3FdOwCJpQduvn6XZCrFEJ5nwPYwkl5XqS3&#10;Xj63V3tv3FN4R7B5XnyhpH96fJlePj5SkJnUe5F/0vOaxImxDBKGTNNle/D/29GH381JAFcDWbt7&#10;012Z5vcFBFIZcvAN9yV682TSbMCPT6j8lbCPA8JhvBTAufkAOSmMmCXrzHeucAy/SYQF/OB6tMAm&#10;vwA592/OBczmCBUZ3mTK5AzSiHCgEp6REYf2ANAcTGF9eFhk2wx2rAEIGfRLYdMycyILmljYKRgM&#10;7Yn8ZQpemexB1MGaycET87MMZPMEEX86uf6c+BlWGgzgSpOYlLJmKFisDaSCwUOFS3wMberK8y9F&#10;iTzz3s5VJUl/imPgGS87sjZU+P0g91phBumlNvsmcdOtb85AuIGwCcRyAIMhZtRmxqoToCiQmcpP&#10;yQCE96iCr3vFaeojkwBnGqzEPEfzSWT/UUl/5Hub1Js1gmgFs1Dw04sAni5wY7o41HUhcPCPAwjf&#10;lcTprQjA2YRruAly3y2QmE9PF1Lo4S8xo+fXlBTtyAaULzlhBcZm0GZwta+fMgWpZjo582XLjH3n&#10;x8CbzAzu6y0/CWUMCRsvDw3DKzIJfGi8wkLiQRTlRcIyMDsL8briQK1REAlLJSBabiBkqBl8VQI+&#10;aJCYPvOakKtSav57OOoo2xlDhdGwI4D2+aVSrBjEcB1s8GX2mMXX15l4Li+cybPDSZpsS8Cy/YiW&#10;cqPB97cwUvm+EE/TUCfCBu8aAI0tEmQdUIIdryRcx7hMbTokcVfsOyILSsMGMuo0strQnDMl7uk+&#10;YPqxlpG12GGUZRNfEUM+gqaDSPjBgAcGU7p+EO+5M+qXySmnTkMHnAU75eYpGwNZyqCWCln8uRiO&#10;UZlMOws1EJmHOgO5BgVzsmtVs19JwXXx47XRh6VVSj1oPtDi2WQ3sEsCYkMMdbHk5EYV4lqJlSFh&#10;FzZeXyljMG/LW51rs3kjs3FD0zIGZJIdT2hgUPn8ITSfNzLaqjKm5CQy58zAUF/XylXKYHHKHGl8&#10;smNqdSHrpbMgB2Wxqecjsxy9yWt91ItbgAtFRmNsVGIoR+0bqeehrEIjUUu+TxaKF0HJLKbdyvOp&#10;EtYiVy+/zLX9FoX5Ygm+ofYANdCPGdnMMmHFAZrPHDVnyftWBTbR2imsa6vyOHaoqInx/Nx3sNex&#10;MsRJ4jt+lwPLOAAqRPsAkrWAxFcsl+GjgvC5VTG6nwRjxBR5I/USgp8MGQ0otjVMCAeVQT7m95mZ&#10;lYA8I2wLUxWmTshFxl9aCAj3OuwBzD7HPLBkRQnfP7NB96f+6jH67hc+C++443Tnex6AjcwdNA1J&#10;7xSOr2MMJ71nfcLUHJPbh7YS9sqCnnU4xftcB+SDXQD35hfmARacpJNHXqFV+Krt5bRaWApN9aY0&#10;DCgOw2Jd4lzNJ/EYRGabwdTk9R2Msez5LVQ9/wQIDGc0zI3rGgzospOwDoGFSPc6ePjd8k4azUMN&#10;g+FXxYFdXAm4NFHbJfdUlqSKR0l99jrefpNAHCc9SwyOZKLLfDG9ETvKchuyZEkwz8Z07+i1GVKp&#10;sQsbyEfBGLJuAoDgfXzWsvr3on1CFq2REkuF9Bq31sp6wdWBklxf2ct6CGPYh6TWf0f/76c/S49/&#10;659oO2yA5mdvEP82XrWncLxX7d5F1wL0fR5pxaeOvorrthc97JTIPEvp09Q7++iJ43T4yKv0wPs+&#10;SJtgPcX+cWwdtf/gfnrHO95Bn/ivn4SyaIX+Pfbnd9x9l/TBYrXjau+NBhSRtaWaOEMJP2J/vjDZ&#10;rvj1ZaHmg87P+Cr6zad+8AP67Oc+T7eDHfnIT38UvobXQBHmxLeT9w9eA6SmYB8X6MX2XHU1/e7v&#10;/z7dc+899Jef/hR969vfhsJgnfbsuYY+/u/+RzqIfmXrZgzTGTRkNR1+7yqWUn/kEbrn/nvo649+&#10;jb7wpb+ST7Rzx06Ag7MSqLKIzIHf+tXfo3sfvA9f68hwXIhQYcxv0lPNRhQrsUCXZcu+OYDUXSa0&#10;49JgXghhw9e8JpSOefe1+a8huAl4cB293vbgHpPNhwn3VpaoGEJUY0yGL1snbpKU16fDMWrCzZKR&#10;YiuU6HLMx8lAqTH76qlGPeUozUyS6mmHq71WErpwy2ekoeu7OkUsWcTG7hQ3wWQ0GlfWAQR5RuOB&#10;zEzB1walofJSBAcjMCly2a6mZXnzyMDxrGIznwcQcs3eXfSPoAl3FiEBA7CXgX2yDD+7pXMXkNjo&#10;hFUXxK+HkfauSGwO7N9LN932DjR03gJMtMjpsSedFa4iI+SNsehIQd81ltEA4MosvNF2AawbiFce&#10;NmlOrCpHEnTBx8Cx21ImsdEvNpclUJ63Aah67sUjdPg736J+fpF+9uf+A615leH20emfH8JLa61P&#10;z77wQ9p/zc0oaOB7heNeAbDThzxzGhvz4OJpeMghzXSgDxJPVRmYOYsAiJMn+rR8fqhSSX7YOTGW&#10;g0c45CTfJNRuRd/x2cAWKvtID14/AVBlBYtORlfvmYWv2ZyY+DMYV0hDXomZqsiN0TiFUk2J2a8w&#10;j2l4lXmYWEGkTSbKA75W7JVBClxwgddFQcMMPQlJiEyQ4C2cpTD/lyDADLM+K5825iGRjul9uTCL&#10;Ioq9REqlKm/azCxHfO7dC8J6W1or6fTiKl2EJPYENJCnzqKoAag5WD2DAguTLKQMdwLCBfwqvMwA&#10;woYV3CfwTsxuosWpA/SNJZyf4gi9G+dzD4rTkePAllx8npjNswrG0/qpF/GR98uizhIVYoDG52Zm&#10;HaTZ4we909tHX3niW3QXTJpnu2ry7opKU3PZZzKrOz9pBtTXGMcHQMB1NFSC/UT42DnwwgM0Dr6v&#10;pA/2v2BTXq8NFF+zKf49PB9rAIEv4hysrq+I7Hx+uqsNOK5NlxPuChLZNBekClSqtJcLegYT1aOv&#10;oLTSDAa4Botq1wW7o0ARgieEPMLNPIPMuRMwSGWxVcIWcepnyQU8g1td9laZE7PfrKOpfFU9Ssnk&#10;HOUAKnkKy/IePu7zF1Zx35+n42DyLS+t0g3X7aLtW6ZlKEm2aWa5NmZ877LMhBOGRwD4WKrdh3/n&#10;y6+eo89+Fum+bqSek6QpyWQWAlKA4V5kaR+D2BnAr2nIT2fZe0+eX7wWJIEzU5zg21cQlTf8ItTy&#10;SAqNBUEu/qKV+AtGbywPliDuutqcnJ9Ridbw6v/IQUV8zhgwyTT+U4txGaiMpCDTxgY4VNVRASvb&#10;FXSUnTzK1KfOzWWWeOZ04lp0rSnOJaCllESdSgCZEAp5jsWY0GlGnF6NdQHhiFOApWld0WtviYJk&#10;6c1BOqdRpIPUzFdhM2XKvBCwxCQdmUsaG9ckk2r6s/m3xvComolmjbcPdYGgu3WlJXPiOSbnK9OE&#10;9ToxLET/UPs1kwpWBgR4S8SUvERZg/TYcin8SvvMiaBUGvei8XDJFazrSsiQE9/YM8sKCBxb5LMG&#10;1iaewekus/4KsKOxpgF02oEgGU5s4+9x0Awzzrr8fGAAxICgAOxsAyAWsBHgyI3tUmnSac2g1/2+&#10;aAVpmDTTU81EjaB9GbLE98tAuDGfvRBTzhJ2f0y5TT1uGCjPOakxdGQ9HyIMqUBBG0EBxw011srS&#10;vF6ZsSWpx7wnVoU09R6MHv7D03K2tWAW/woHJeGWXsRAg9d4JnlziMb6QL2/uFmvsO4yqMcp0JLO&#10;jGeogyavMvBoyOFWslf6uhYh36gafASXDNRxln6YuSadNYYUeVM3KKCgoRhaLPpawutbeQ8uCY0I&#10;LRCrldgWwgYGncps2ymW6rZZmq9jVGA0IRwxkY6SxrQlz+TjzmJcTBNwEzak8IUmDMRFaZq3plZB&#10;LK09XUt2No5GxNeRv72x1RzVBXxIE/wu1QgKgy5rVMBjASHe2GlxtwmhSdm+XKfT2NVZzcyMNJE2&#10;Ro9hrwm5sZExlubGBJr4wTylmXRhAiunPSzXsCUfUyiz6AUVWrmlwdHkpNIoX7R71ydraghpmmKT&#10;5BNqBouTOlksdcpSJbI8oJZ03mrCKUsZWfp9tbMpLeTIGq+YiiTDkdxS47dyBrwoBWaLdVmXPdJq&#10;KzewZNqOydaNTU+qWCkMw3Uj21e87qfyb/ZAtmAFBvC8sRBDkkIcmWK5LfplZCqSJrK36M1jHqey&#10;f8j9mqt3X71/ZLqv5zqUaRpSrh1y+d70lIaH8Uqw1EdQwtf/Vnyfp1A3XEW3UWcT9gkOzaiNBp0N&#10;wd3roxKT0L5wiUbV7rHu1JT8vfcqHBP6peMcXMHMehRPm9BrzMzNmU1A4z+eIloqc8ZnBPBQQTrI&#10;LCYs8OQOP47juohaeiSWOoQauULDMniebb+3UnUQ94ebpTDXkaWGhyNxONUwgdpR7W8oYOdtw4tS&#10;QCFc8fu0gQdKqt1kSJG5lkWuMmBJalVnz4tz1By1c5eI5Nj4OLKihvtnDsK47uZb6Kc/8hH69Kf/&#10;kr4ECe6vbtkmPu1zUGMsoV5eBWnlKPwbX2Afw2eeoSUEXW5FKOQCQFxO2M1xD3Df2OtqIvfFUwhk&#10;uel6CbJiDkzA/byA0Mj3gu13B/rpOZGBx1ChhMP4r2/F9zZFSzTKCQ47ESYuzuu973oQBIOL9F8+&#10;+UmcwxX6+G/8Jh0EaDrAwXNPJQpFVi0yg7KjvuNbNm2mu+9/FwI3t9L//L/+b3TkKPrKd72Prrtx&#10;G+3cOS/ZApnYd1XahxHjEYUwbn/xVz9Op06eQNLueXoNfy8i7JDDZK5DSMcu9lXkYJaiEMyiKwBj&#10;9baxHt3brPW9otdzl6PLhStKEXNJ8NWP82ZzYZItQXgDct5wGWYfb0Z5E4hB4jnjksYnSkPaBVKY&#10;FBlkkoSUEpmNX4hLFk1moexCPVncQJu0DbOK5r4yeWMj7NySeZtNMzbMcYI8jYOswCLZCvDinvtv&#10;o+/+0xKaHfiEDdbk4Jhay6AHL6Ts8zUlgHZFmxGu8MEPvg8Ah02tuX02k2He0JixJmAfP7hgZElh&#10;XgUzNM4kil21+5WwQPjmUj8RBSt4A2OsgF+XF0hG2efmN9M6jHqfeukwlYtn6BxQ/aMvP03zu28R&#10;do8AK1NTMj04d75PL7/0DFJ5bgcY6Ok4klY9wMLeLjC2LlTCaFxHmm6Faf7yOQa0+rS22JemWaQP&#10;HaYC97jtrxvYcgipRH8Z9PkBFh0UGGgot2/ydP1entLsFCP5zA8knYpBDWbnsNG4yGhBF+7JxKEQ&#10;CSUzZjoC4DhZzDIzQ87NcNW5VHKkm3i3UAYMyx1mmI3mmeXITEGV7pqIp27a+fz1ekXd0ItcgnTa&#10;ysmrvJhyjcc+duJAJ/qKoDKEjjPWADYiSAm3YKJVMfvv4A5axblbXAl0HOEbZ5aepeWLh2mY7YaE&#10;dwdl01vgxYgCJ+fCc406uD827bgWmMZe+pfhEdoaTtEeAB0H0VBOsbwbi/rBnbP0A3g4hs3MQtuP&#10;KbR6lgG5qkEtAcXY7xJfXnO30v/y6f9Ov/vIXTC17RntW2UofD+xz4OPcp6qEnaTB7DHTLYc912B&#10;wpBfq1PBo5AZTpCXjwaQaLNPI+6paujUeJUnzADNOMRlZgFyS2HAaWLaCF1yWRUaYiAsMrBZzFib&#10;WXV8m/PzwABTlvUkCKcG+0PVTD9Ii9toeB29lHIGN6XIK9VjTZgClU4Uc3uGPQPA7HnHPnqzUgwz&#10;WzSEKWngmB3IIEG36AtLsAsAv8Dx87PJYQdLuPdXwKo9c3qJFhH8sXXLPN103U4FoMD2mUIabBbD&#10;SSyVUqTG/DzimIqZTfTq2SE9/r0leva5NVpnxgEHdNQmaHGxUcNj4t/l453iVGkwPadXAPahYObp&#10;Nu7MLp6F3Xs9HTvZnBvBnjpjEqu6mS+F4daQqSMFMDewfKgsHWGXjYSpgwtqLOzS1iwmOGciG1S5&#10;iDUINTgXjFXCQFHH9gIxT7CGp6OsOF9aYASOg8NIDLSTRtqeTW/JyPIM5yZ35YIk03sCfAUDknKT&#10;BqOhqwYNq88K+cxCo8iCe0IN8sVUUSPcRLkjxeTnvHmdEON0M2sKlXWg4RFxvRiZ2tEn/iGVQa/a&#10;QOrrqSRSTpNzSbqnF3xbe67MJI3emFSlyOWFKeobOWoNjDEwQK5OmpPbCfd+bgzojllocgPNdgZr&#10;Jae8Ojq7VgqoyAo39jLlgp3lTjMsmQLQN4d7D/acaBo7AiDOGkjIa1HeyyUxj1nWvSIy/nzEyVUS&#10;GQNAGFjPTcbhdeDC/86NFTioB4NjsYGOEr8gErAxAldN6oS+nrdnTpqUfimsdD5WaQR8V1ysRrhP&#10;vaZc4F4ZyrCmP2TprUr4V/kZX1fZ7WqfbRxI2JYj+blMfm4oTCodKnhmCRU6hS8iW9o6qlJY4FAO&#10;cnBT0Oso3sMuMgoNRPZZ4i+Y2dS2GYOn4SRN45wZOzI378jIfFN+kqtTVyY144laYoPxYqgDMGLA&#10;gD6XVhUFlbry97nO4Ode7+msqZkSYDJKPAWkSAMBkuATMpaN2n3lbSaR2C9M8OMxr7fGr6/m2zVM&#10;uzAmzquXWd/++YQURyGMJfVeCmRq1CshbSjCxqy5cWvs4DZE5dZhWU2j7xTIMHmxHGmo2r5alJzM&#10;sfcJG5iCrknhjaxF2shuIBs0ND8XWv6GDVfBT2wcau5RXCrTsJwJJ6QepNqgPVMDPVtDcg3jsHqm&#10;JUMK7dgVXvMq87ny8ZgyY8cwO5ftQviYugtSq3pJaB/KuCjjxPige2pmidN1II8E0ajlSWYMGl6L&#10;ZTjvY/pvqFNUK0pmT6HttUQWVKZWgzFR2EID7TpWTfRLfc2U3WcJ6jFsWyTNGsaU5801ljqWPag5&#10;aKzgoD0kwPZyUfVMYRC3XqzQsSe/jYTSLeTfjWHEVQeIdmIgwT43Qa0dnN1zk1CKWvH+xp20dGDP&#10;exHeax4Mc04AZR/eY2B3vQpJ7x7YG23Di8+CoSVy7Oj710JACukLuVYf4Nj7SALtAXxgEoA//DR1&#10;1l5T0NXpflWsn6Lhc9+hWQxc/YHrULZAHcN9HmpbJ/Y32WXAuVh/vjHwjd5ysx/eNLDYbJsbfTRb&#10;XnuhSVRXf0GVYaaLXrji91byShe/z4OyGdjf3HbH7TQH0O6rf/NV+iqkuA899DBIHT2on9bh6fcE&#10;lGJ9ehdAqC7q69OnT9ELLxwSb/Cdu3bR/Q88INZTO7Zvo3vvfgd9/RtfR22NHuW++0RptLi4iJCP&#10;VXrg/vfS9QABd+zYpINflyV+fFGC/GMEXeitY468XvTQE/FwYAag5oc+/FN4PmbpC1/+En3prz5H&#10;H/vFXwFQurVW10wBLB1BzcY2YVwTMutvG2y9ujfcSL/5679Bn/r0Z+j5F56F//0S+lSkZbMfuQAH&#10;ldiG8PPQ7RSWDI5B8MFrqLz6apznmwzTKNSHcoYVOyOxxQIjSQgg1nj8//Z/zk24YmFCmnWYBCQ2&#10;jHz3Vj9DeCtmgKmkOK0jL2N3cqXAanypT37yv43ZnKZZMj5JS3P1f0eZWStLz6UmxFlT2GRjk+fL&#10;GDLXCbwh2ATY6VSsTvxS8JAbm+gNWCfJhaQJNlNclXtpAlgG5skqGHQsaxqhOToGJt/T3/keHXvh&#10;FRQQ68LgcUEZFQwy8SJ1/bXXwFfgHrC68FAGRcB5CCkPmYQClIqQVz6hcTphyzGrSMNJMgkNECYA&#10;y2kR/iATqkrZCp1uxzxENGzCczAENrZzYP186i/+nN59y076l+ND2jO8QB/40EdojVkPOPa/e+Z5&#10;WvvO12kW/grHXn5GJjK0+Xr67lOHaHjsccr2gG2GOPQbr3+QTq8AKCqD+HH4TKtaLpxgK66NL5rc&#10;/toZLPoXwXTKaO9O0IJ3wNdt8zQYJLlMERhQUK8jLeJYHs1AWrdObyZh4vE9oMlJmvYbk6UksEX8&#10;4zpyTVkaIB4qURoVLB0KbAw2MWXZCAME3PQKwOUUONBUUAVHRAIiIEClALMPlpipMm4hUpVJTpgl&#10;bvKXmNa8vrYugSucHMrplz00w8OSpdsd9SqQ13YCrjL4tQhw7KVTSEs7DsnrMlPq9gJQg3y2NyMG&#10;0oMAX7X1JQ1KYdlUtUTF8GU62FmhAwAN7/jwNfRHjx6mi+yVkN1K81PwPYG3GU6GJub5aDadyecX&#10;Rh0HjfgX6OG75+m+m3dasV4qa494k+ACi70KnYBMbC7fxddcD14jc1uoAHCcIRmX21mRejIMyiwV&#10;liKvLcHHcU2AvxH+cIMt8h97doRZxgCWgRTeK/AzFHZmaUy9IMw4Bh67OBaWo8j97GLMbGRFecqy&#10;1K9J7xn2vRwO+VkayCSbJ2Kq5ukYgNhRUKhWpeTyfsLyhV9dd6ojkjpmALHZtQ8ckDElIHMQAL0A&#10;U3EF8m1IRIanMeFfFkCarz9PFrs4N12A3cJwrVIGA+5lBLm8BsD8yaeX6anvDyGnHskzFMwjVNgU&#10;fN2qkXjmcWgEJ79mYBPm87iu0yUSWEfwo1sFA2uZ5iBl3TU1oHff16Wd187QKy+eoQCfzGIKcs05&#10;eFpOs5yHZRWBfamF7cdSeQGCkEqoz8qUoDMSisObNHvScRphpiw/TaPm+2nBhiKFDC+ceF7i3y63&#10;Jp3BcmYy9m1T0pRe9u40l7rknMOvDAVIYantDOwLg8RVVoB2bFcYmYTRpGiuSevzxnAR+W1uZuwx&#10;UEkYRQMB5fUeMXDPWBYsZeZ0RWEItjZ0V4eniPwqMkhrPVpVN77agHhNgWbgTcC8wvyV1uSx8uK9&#10;lFuoQyXnR+S/OKcCNske0BMWY1lVBizCgkFInrzuMAtNA2E8JNGSHIn74uuPnaEvf+qf9VyMOYtn&#10;eccYEbprSs8sCZq6NuZWyM8BuGewisNsxOTZUsu177TGliozf7Y0SGZDkoJy6JNEVs3NWCFrKYlM&#10;mCfJvJ/OFJryyz8jX+efzXUgor9nqZS5fkb+epEZo9I194p8CtcOR40wTBWbZZPCSrAO+6uK3ybW&#10;ZA4V4n3Rs72Gl2ApZnLwfdzHD7BvKV9G/nk+THboKL0Csj4yvmLYCDfwla6lpUlso8k03+NqT1LK&#10;oKcGHZkhLZKaTO7BTE2shJUt4rRcAe1Qaedc+fH0tawOuakTXU1cLtJqQ1MFWA02PIm1VO3Jpscj&#10;DXZklkXJZgS6w0Y7lAgESUKooTPqA+qN/W7tN569B9B8vftd78Zgazeu5ZysD0W3Y5JDvZc85c0w&#10;jmswqcMye150j6hTfQWYL0y22DRuLncTAynkGYy+bQlwqfdSZvJSA7laFjHBlBUR6Ms2EpNCkhgd&#10;C9Aw2f/PJf8vpEm2zrXBvJS52vKkCy2rmoiqxACHGBYXWb80lmQr92losxHDeBAGjeOLfiLAEdLv&#10;2zer0LCF4uA7qnZSwVKaWt32xGwSgX2a2lrLok22WTXMMm8+iOKtzMDPSPdKDVVT+XkEAMUqIOhQ&#10;Ns+iFFUH53V4h3ymkTKI8dwUqFNmEFqVD+AdNzxHc9UZfHlFxrvCDBdbmGD+fGYhwu/H9iVsPzOq&#10;pJkO2G94DyyK6EelUvGYsNu6Gsl5iEBnLuugMap8DAoJyaAuayTkpjiK9XNVBkv1rGomJ9vCrMMr&#10;dwDWv7CCZOSglgQcKNjHWraOIcbQb6Krb7iN7nzoIbrzHe+Ex/duqety884WoDWmdbsG6NsIRoXL&#10;pvMKEyQzq4s0PYbrP9Rsa+vrdPH8eYR2vChf3rV7D+0DuMCAhnitJeeqkasByMy8WApxXdkHxbpY&#10;PEvF8dM0PPQMPPsQKojBuRfdQSUARcVM7303UfGO+2kEBpmH0W/eLcyuZByWTDK73Tjr7nJMH/cm&#10;wbrX+z03GURwbVC/BVAmgQ/1RNMGigLuiY1RJT0W+0p77+sfa4VpTUropQTciMoFuSdLtSRhb2/8&#10;zbZTp06dpi9/6QsYbh9CaB3CB9FL3PnO+8QHbhukuXmuQxu2/znz2il67BvfkOT5hx9+BNLuHdjL&#10;h3To0CH4xx8SK4hphEPwwP6aa2/DfbIbgOCCAMZrqwMAV1M0HmzaSoX/N/K/K3WZ5WdwNBoqizfL&#10;6kCqdTBzn/7+U/Sf/58/lq//8i//Mj3w7veIDH6615VJA1sqsQ/mqKos6NTRMiTzR468TJ/59Oeg&#10;SjpOv/or/55uvQMsPUh0e52OhYDoUJyfTe5Xa//JGKRkJCqxFZI62JsispJB/pVIb69EpjuJiRfe&#10;5DUcT+RN2fstaS/5DXnV41Zxk26lySH04Yqf/VTG62qQ7vLw/+RzsRHadi0EcvIBTDzXlwgyOnDw&#10;GjhbZNHvxtcE6Ai0ZW7sRZIFM3pFOJdKqdJFN2sYEq5J1p1oYjhBHkyReZE5Az4ym+aEmhHBn7nT&#10;nZbFz5sptiS3dvMYLq6bvdeEqymW5sDQnRNlD8JPb9sjj9ATW5+kMy+8iFwEAB7w8ePCd/fOzfQe&#10;+GMw8j6Cd9UKx1VmGgUftdS5SP5y8SIoh/qwMZjFbCAGPPqIK5+f3yTshCANMjcrCvoFaSS1wBDp&#10;L0uNsVAOMc0rWEbMJqcwTS0QLrFtbjdddW1Ox772HK0vvwrfLTDCIDXaDs3+qziu3buuozNHT2IR&#10;eA0MhT105tXTtKe7hc6v7KYuEkVPnvXCqgscQAGmQuFmhJrBTf8I4MTa6km8/zm6564FunH/LtqB&#10;qcE8G/1zIcOyCVEOKxNHJLLsLYgCbhPO8Yjlgzj/LFdkwHAaYEvenZUpv8gxpzo1W4AXfJ4G9Zju&#10;DcBvyEw9BgUL9Q4TgJTlblgQudEclOpDEzDtWGcgqhyJNK0HDzD2K2MGoiuM6Sf3aqZgrfgSjsx4&#10;VCcsFM3ppQEPMqHktNaZaZZhz0PSiSMBw7NCdy4T4oKp6GZWLBJL/Dz8zjbhNXeCLvPAjQt0EWbt&#10;f/8kJlsvwodtHr4lc/upx+EY8KcgMCPXEKhA+Q4svLvoB8vP0gvuFbpjBuBe5zCtLyKNeOFVhBL3&#10;Ea1+taSXhtgg2gYs9wdku50AqXR+A/31Pz1PK2B5PvTu+3ATKmuKfS64CZKNhSfjuBcLUOgzsEK5&#10;0F/BeeiiwJ3bsYckfjZnyWouXnugF0IDuFPBPwAI/VVIKSDd7UPy1l9jySbf78Ok4QrGSMUhZpX6&#10;2ZlfDomURhk6EiTiVMrDzBdpXaN5+iiuEwbmcH7tSFN6GeDu9TIBuCKTDIilTJ34nPDkmjdFnhBO&#10;z4C9B4ZuMRUn2Zrwt87PKeIpAth/jtENBsAW4S0JEHYK8tE+fDNHq0scoUzbNm/GtZhSxk+pYLE2&#10;unrNOfTiW48fp29/bw6y974YgsvrVUHTAcGcG5iHJbMARwMGEVclqS6AFjzoDgHmYv1hFpJFB/K2&#10;v2PLZrrupilaRjps7MX5rzyLrALzAaUkaS9UNbPNRSkzDTX9jcEi/LcAdxnLDAcmSw3myaXASuY0&#10;GSywT540QIX57pvEtw46C7U009n78WvF1HOmkorUXxr3ypozLSjyvEkzVNYQM01JglUyzubObBDE&#10;hsRRemubzLDMkuZdGzT+fHzWxJfTxXNQtQtXk9C6hA3jQ9t3th4yBWdNlr53ze6zJlNDqHNrMCtl&#10;bsU0V2PAOgu/EXleUBPjaIMlg4hRVBPl8tn5fLO8XUCQLEs7r4QN5GV/CHa9nJxr3dNi4vEi37e5&#10;SqqH2B8yY8ZqwmtQYI6fbQ6D8ZHKAbY50scZfOR7dU0CovBcVzMJ69HYmdm0/J25kXrzCY2lkn23&#10;yGMAgp52YfbJHqLXNgaX1GBfWjqZjJRDhqJMToE+J/YRytTXf4uMuZvL+WT7BvQc2JsqAwVIJdUc&#10;hJPrwIjl8z7P5HdZys9FLjfS7H+biTzXlAClT5JsKwEF6sLRK5ClRv36J3PGRsq17eSUbd43RKpI&#10;6hUsqeSRuRwlq9H7xZo1XwN0TQCZi0ZfluCsIR3KcmXmUTxWAS+LUMts00zbuj6ikKRHU5tFHZMd&#10;Q+NLE6lwDCCIcjKEtldzDYwlTKy4L1GTxtcwYpv6L6VzNre1rwe1wtwKBqYkzMNot9Eu3puvNYW+&#10;1zowyoGTJjdERmJwtaTxUjSa2ruvJRluFAbBfOdqMUtLikitQIBA7SA5+Z3S6lAD87T+KUwS7Os0&#10;IL03chqLvU7IeC1dzWWkgyYhtoTW2kQwa9fak5sZ1/r/LVaRha80P+cnti8i182UjaID7VEdNuWs&#10;0cwpm9A0K20/iNej+tzKeYn+m+ZLKQmRDDzz88n1M2qxQVgwX9pKJKXCplc3TGX6kze+qqv/CHM/&#10;b/YGHkpVNggOtrb54BKlCbWsGyr1kFF2vLM9wSweZCiau4kchjq3ow4PUsZrZP7Jvm8DXjkMHHsX&#10;k77+qK+Dcx6c4hxzGjjm7hh6LNIrP3gCe8AabYb3Hf/eJkj+5gCCce0xGo0SNki4ctZZmJgq04TA&#10;2Hnh9Zs9pRc6XTkX7IF8+OWX6MjhF6WepoAkVQSKZAnLjP/FVj/rrNDhfT2oRyFb4cFMh/roTTL2&#10;iObgjuPP4DovovblATsPkeG58OohWkaf0b3hLlw33AtQ34QikNvgzZUCfu71Ac7LsH6ulM3zer/X&#10;sluYNJmYxPIbA5Zi0i//WYG/OPecrCLj8ywgr2u8/N6IgHmIoTf3QjIs7OgzysPqzXMzYKXtpg9+&#10;6CfFgupTn/o0vf8n3k9btm+m7TtmEfoA5hjULiuQpHJqLg/NeU/+v//wP9Gu7dtp4b3vQWuxXfz5&#10;brrxFlpZXhN1g6hzFuZgp9SVOnIAJv48+nBWndUAh/uRUr/etFb7jfw09/Gi+KtUhcf/Xl8BEQTr&#10;1z54I9528830uS9+CYm7f06bYe91AxiuXejyMwnHMK9Sr6QZXofnwZi94aYb6eO/9XH6w//0R/R/&#10;/MH/Tr/3u79HH3j/B0HmmJM1uDvNPbX2MOL/yUMWrHnD/kCVJRgydPH32tpAfNiVQJMLGcK5f/1U&#10;44nJ9G8TsNveyV7norYIaJeg4k28f95uDmn4EfJRzbOvtAlrqKJpd56kZDX+Qrp4Z63T6VqJeY1x&#10;trNEQ+fSUiIkU/DQXvSs6Ysebvw6IuNjZkN0FZdCyisQaWEM/EBU/X4tF+aAgI4dC9NhNQ1LgcnM&#10;gEBmZ/g8CKsNfD36wD230uC2a9XvRyShDOzMiGfPKgNQzJ6aco3fBjPwytKav0LAiE5XwUhO/irE&#10;vyvgdzYLY8kEaSZvUNmvoOtoOLgx4ZQdliOMeIHAJj9YWeO2mIarLAdcwwRkM91abKEXOvP0zcce&#10;p/d/+Co6NxqIwfYQ52/bNoAeAIxeefkI7clvgmRzFlKmnTSHRrWcgjehmLR1VRqJBNIKRcRgGWmd&#10;kBYe2O7omnfO057t18H0HfJNDj1As7deWaKfZ+DMS5HFErucFy9pLuWsUmdmThrNTmdBZKAM1nB6&#10;VwbPOAlf8CPzewOLEEANX5PcpLqSbMXyX5Gmsk9gKWAbJyYPuLAvjDUAYKcAsMNUcV5EF88BmEKh&#10;w4DgDEIVBmLyr94scr8w1Z+pX+xBmCloMuprhEQF8CyXgepImjpOtwweXnTbeBJTyLSSJyNq6AzA&#10;L9dGVzy5uJFkLzjzndsF0PHn3zVDR29apR8eXqXDJwAYF9vxY5CZ9jYxt0rDMTjVdNtdeM2r6Y//&#10;+QRYlqtyagfLxwHMIfmxP0ULCLvouLlalyiAk9zHmOjSmhS6nYWb6b//8BgdOvME/fz7b6GDe7bg&#10;ONXrYTAaKiDD5s98H7MPGEAfFmcPz/URRLKMTXYrFZtgdgyWat6ZlYKwEyV7nPq6abukLnJIAXv8&#10;cdLzEIhrBUYcA60jScnVEBlOuXNBp9KZANeKdlQGEMgdb8m72qg2YH4QdlTXjKxLKZK5CBA5Hafl&#10;ctOCZ2+ai4NcvSTZR5OZfrxB8fPJRXqF54eTovnaim8QB/YhwEPkMdWqhF+scCLyhRMoKhbxByAH&#10;7s0ePEamCjXmlsKYP4/TxNTRoENnMF1/8VhFP3xxBTH3nPy9KMyW0gb3zFryDDYA4GOmwKjPqa8I&#10;38E1yDhaGgVv1VEJUoZ7lombWa6Jvvlwmm64JRcvwq5fk0KfJ/oZBzyUJPew902/LZt/tG+FIbkA&#10;ZQAJXbYNfwPQzKZNOjsSMEyDagDqh64lUAZJo9X0ZluPGUAXMC+X866MilIYgQqc4blhdqCE9BhY&#10;TxpYwmuimgxVJmU0I/0I+vlOnZqW2fDI5REEKGqgq8qyxOMw+mpW0iyKl17QP7r0m0SOgd/AgGZp&#10;BbQxNFzXtoeRgpxhZImKlQ6B2KxdpM49AaWV/VVIaA0HhOigq0t6C4/kT+4KAfR4rRJAl6egnJom&#10;vk6ltpLRh0ksCRjO7WmT7wYKErI0OOdJayYAO3/WwsC6lv+VeXRS9N8xICNLCpBgIQXiJWtBVN70&#10;lLpkVOLvl3FoStaAIPwK/XJd93UBHXq6f2X6esxgRnpMy5+qjA14NC/2ru7zGwjECyCmTOmiZmhH&#10;ULSq7Zr0OLhZ5327sMPnIlQCfHyo5dIaMMPAblfBPDxfeQcBSt6CQwQy74iqW+IneChTBjknDZuw&#10;VEDJVy25pA+ZBQKUNeCVMie8+ZRkuTPgOxeZq7BwrHHu2oQ+nidm+zkz4I8An+KnBnDF5GM+NwxQ&#10;FlMa8iPqgcw8Ia1mMoBCUz6dgKgSamC+k2w5wfuphlV4ATfJxeuTJW2uSqB84lqVSvvEdkRST0dq&#10;DcBWBBzuIkOCSr22LKU3L1J5chDWN6dxRhZnsHtfZEgmTVagLxjLMXGfcq6e9eYJYBkb8+CapDZe&#10;mnIbstWy1TpdWQF4l3gA1lcystKiJLf5pSSsJKtDXja4cI+xuDamT4cJctvmc1RVVQd9eGNVRdgw&#10;PtOxoQ11ynJu5zFNDm4n/6XsxshSjuzJmuVHxvS1WlpTXl0T5EENiBgH5lLPjh1jCn5mkfEXwVe+&#10;zqJoqSSllaWDzjfpn6Kk4LWUTf+5BhHf21KBQGMGxiRki5ixMD7jowa934UhxzWAV2dnb/6r/IFz&#10;MPnZA5sfEGa/D7FeLOPrM3iPTnlO+gMOkZPtndTuhCQAKpfwHwaneAvjvWZUdjQoh6KfcDBVTilM&#10;ZmXxKiNc1ikbzktPEX0LDVsufXNOHcXEdL0pI4PZuxjMYmtibrYTLlgwV0eGdVleyuC8y0x8pjtj&#10;HxniOGagXuhjMIoSm1YxoDlx+BD9DeSA9374J+mdN94qYVKb3Satr4MqH3iNyiyEpN2hZhsa2El9&#10;dpX6MCQ9mwS/4Bzy0HXPrt0ICpiilw+/RK8cOSq2CRwsuJmHqXle64f7o5EpsnL1eOShKVvoQIHg&#10;YReUQQYqHdpohbIzr2INGKoKiUEut06zRw9ZovpNkPPuFw9B7hFGLEfELTWF/oMDFfU5U/ZvI3tP&#10;/EbJv23Mo9f/vXAJTCk0cu9EgqgJ7Q3+kDET1ZPILpkVdu70aXr8icfp1JnTANFuone96wFhxU2x&#10;fLroahhlHWDkJuAJPllrM/VGj37D9kG5P+VKsgMm3v6r9yF0Eb56QF0Pv/IK9VcW0RvshH/irPRK&#10;rNLizzw7M027kdZ71a4d9Ng3v0l33n0/7cLr5FAjzM9V8J3bZMNUJyEUalsC2xFeO4Y+UQRS/QzV&#10;nz9aU7Qz3U25kE1mNo2xpd1bBZFSf9cJrxVqBlrcAnS94fPDabwDBNudP3eaXjl8nM6cOQNrqItC&#10;JHoN1/MvPvEJ+o2P/7rIbbeCCNDDeWPVUZe9/3n9dGo91evM0N7d++m34ff3uc98ij6PwA9m0d58&#10;621Q421GaTswUkRmgxcna223VzTXlUNUpjrJIKJSEgPlb+FZCGM7SP6GfPfarL1J3wuXwNzCJfwo&#10;3WT7uHpwmQRpJZRYN3YNJ/pqpjVAtI0LTdCXfz2r1HEw+zLnOpBrS3DdRtAxXO51Uss9Fz374sFm&#10;ri5eorlwO8Wo7Yfi0hAOS68S6htRyyvEucmjEEdtzxLdALM6mbeqQp18p+w+/X7K+ONUUG8hA/w1&#10;juvO7KKWRnt2mWtNZuPhFHV4A/vfMRtnRkGsYD42YgZNlqyTiSRBlqBMm1v+fOoBogEF3F/0pudk&#10;s2EfQF7UYqIXAxY6JdNEXJWIlfJeU508mjLJ9wKYWUxpOHryKKZanl47ewYssbOSEnr4tSN08JVn&#10;wNS6AdMVAFSdORosLdOOq++j889upgtHRjQ9v0dTyLDhTvlZJLMyEwWSzZWzKBiW6cZdnm4+uJn2&#10;7LxKEH5OcuRWg5MKlQDBtAocNSdTGkgqzlm8eAgAUMjxdOAOz/tsLgCfSYC4+WeJX1VIkTezsFk2&#10;ZS7cmH3GwJS3lDjd+Dva6ASVc3WELWmsmsqkR2a8z6yVHrzY5jHN5CSwC2cvAsxZk/RPBiYGXlkV&#10;0jDypoJ7obTfE9CCr3nerUECL2nL6q7FBfA0mG/TnJCK/14HtXwNTM8VbGgzTLGe7oqkghfGqZ4C&#10;GkMcTxdF3l1XzdEtV83QsYtr9MzLZ+nw0Yu0moHRB7Zfhvugv3Zem958Do3rzTSz/WrK+9g44QFI&#10;Hkyz8jgkwfALnLsamwNLbntyPLEhrZ+WwGmyBwDcXU3/5a+P0a6tr9I7btpC99y8H5Mf/A7Ao3Vs&#10;nBxsUjgF3QZgA3GassN5X3oNm8wpeFHOwkwXPpQL23dQF94aPZg8q3N/IQWmyBv9SI3kK5XGMFtB&#10;vlYqm3bIfn98/3KKMoMfpUpTNFShtClkQ2KKzEsJoWCWA0tzM01yZRmhgFGZsmVEhpJ78ZTQOzNT&#10;O3lmUwVOgwXYi2l+ORiINF2YMdw0A6juAhxfObcEBixYdqD5MTBZCcOqgjHwvLAC+khU5kEi388d&#10;gNLcZCytenrlWEkvvLKCPyN4fikgwetLVWrYhSJxpYGafE7ABEZIzsrqaZXm42dmZrYYo1BZb54T&#10;cTmkhSVCaxndfm8HdOolnW1woEVWQyrKQKpjLRLOiMiqg81DtGEJzphiXOWKdFcDfpSOP2WhHcGY&#10;dL7xm9OfsmuSysGCNaau9sVTiZEmi4YNrW+oB0F149qimnsKl/TN9cqgs39XdT9fyqqsPnedmgEa&#10;UxRjGmydoWUpdV7SeiNWkJucbGSfwTdhTuJ7GGWHvMgoIJrFQVWl7A1Zw+z1K5HjK0u5NB9WAV3c&#10;UNiUKsGMhboWZSJDFJN8LppLeQ+W22Qms57syutazHZX74kbd/a2L1lIEAszmDdvOVezhHwrgKtm&#10;4LkGhAn1x3BtKY0fK6pM4k81V0eZcHpXZXUdIMCjsPFDzaLhlxlFLx7uSbKRBZpYrVEO5ID96kAH&#10;eVVl7MlKAbBMZcBUg+G2F/sIusTgJwN1LABDtaW+afKCm2xWTtT4/Oapj4trBSk0NZE26ZIak1aF&#10;VjiJzL/S+qCLgKkC+4t4Xo4SHzM72dHSLIK90bNYMUitc5xJ7eVP7YGWtcLTmt3CwAc7WUmOh0qn&#10;cW45LIzPsbrKNRLUurj1BpzJ+lHULFp5BiJ7cHwdGHO7q89hfC03OcigZpIF8Tepa63gkppt3Mg+&#10;iSd2TURmYzqXKGDcpGbBudcXZmVZI6Eea1quhNUTIsvwUj8XysSvK2tCiy5leeNi+IZPkoRjgN64&#10;n1+jZ3Y1MzQyQN3rkhSCS4NKSBl3iedheylzDYs0Ji0bCOhDSC0lk9SRhP02xrBU/75AcWoQPSAb&#10;2z/UyhjsraN+HcDXblgs0OwIfr4Y/BQlvLirvpxbTXzXBGL2M85sXWbETwDlzkAsHUohDPv6M1a+&#10;CRBR1qaTNUEVRKEGyxRwbQSlZjeoQNNY6EUWA51k/0vizJ0xxmXo3UiqlSVPElbE/t5sM5RxWjuG&#10;8VwP9WE/c/K7T9BXXzpCZx95mB565CclZITTUTvdnllGZhPYHm8N+NA11xuA0KE5sMs64hHdocMv&#10;Pk8vP/dDWt+3F59lH4Ib4MvXnapZobp+JNJ7tshgkgauYbkNoQEY6k5z8jmAzNGrz0KqfQ51faWS&#10;3oun4EV+AclKUDAN30UOPoHVPCS9qP8ZFBzya4cs8eEKb5j58mORhkZwPTPvTyaY8DkB6aCPCTBL&#10;ao8ePUovvvACgqbWaOd2DmjYQxcvXqDHH3+CrgXotx+y2d5UUKJJDFC6rBY1jbZtnw+RTgvlFYGW&#10;8Ixj+e3P/NzHkND7LfriF78I0O8O+uBPPkxbADDNAUhif8lhf1XssQqoXfbvu1brHbPeYWC3YwSY&#10;EBWBoW1JcCVMrR+H717Lj/sNhLrkEmiH2hHHfuHiRfru975H//D1vwcwfgOk93fTr/7aLfRLv1QB&#10;+HuNHnvsH+j//IP/i9774IP00x/7Rdq9Y7PUCyRpvT0ZzInnHqlf+/UIUfn9/+k/0re+9c8A/P6K&#10;fh4KpLvvfSf1Nncn73M/2jNUp7qHf0upKlfyecObIIUmeRThTbBDXaIbDmkNEjbe68GF1+H/JQSa&#10;9HXcuD6i+V8R6nTDrDacDZSEJlwSPWwucEimlRvWlTqNLfUNaJsqRkZhLfvlSc20+hGID0gstnhB&#10;9CaZsIKDkwcdReZDVUdGMwNIGm4UtcL4yIoGWORVqNK/M/NEkiFlUKo0Swf49zF6wERlaIBUonCx&#10;yRk3l9HnizexNbC2OJ2KpyzRuN3bpL8yLxX+vnpTOUnr5Y1sZFNhqZXQKY2ARpw6e5rOXjhLn/3C&#10;F7XZmdmG95ynlw4dpts37wf7bg59xg569in4R+WnAartALBRKCiHRK/QzQTMcsMlAEtP0l03demd&#10;1+2DD9+cJMR6DuLA99d4itBh+bF6kDHVuGcHqwCr0sRZBpGBSZfhd9ngnVl6PJPpoJHqrzAI05ef&#10;mwWle37rNM2C3u3Zu4Al1NxYlKX1TFmdSCj3HE9RuYIYdeVnomRJDeKVpeGseeJiKcN12bwAoBI0&#10;8mMvvQAiYoUkSiehHt5SPPl6MJOLwVOWdIt3kJjKD6RxYWal3DdiJFUqg8MmXPyZZpCEPAcq+7lz&#10;i2ARgjWHTVcCQNgHyqufDP83E8OGkm9c0k07enRg6xSdvG1Ef/l3r9HKYAs2OZ66bab+8mlh0bEf&#10;YQdMGjd1PVilAM0qsM4GF1DAreA6vEZb526h2fmr5ZyIJxp17Jky5hzSm9nh2LsDdPrCFH3+7w/R&#10;q6e+TT//yAfh6bUVQOQ58fToo0Bg+ccKwL4pZi5WCOuQIBXca8tncD+coeXTJ2l1+14B/WZRlM0j&#10;eas7T8K4CfC8UxkhrpNQzozJ5/XP9FxmzDFfx5cHH5JwHG/TevVIa4r43Boy13hr4r3SKZ08uz0u&#10;xn3N+hgiDZonZMwyVdJXkOh61qKNhphzry8jPOUiPBgxRTN/TEm2Bjuwx0U+mgABDtnsusssUWY8&#10;zdK51Q4dfW2FvvGN47QC1h0nzApTjNNlwSL1eD75nvN83wgwURlYDLATnoclQHSKnmm5GAmaFtQL&#10;Z5qZoR38ewb338EDJT3w4LSwjJj5wJR6yctINo9QGxMnU51E8iGgcZYlG40CIgqUZWL67+zn4jRf&#10;wZTKwKl0u/BJUawATi05iawhYWHkJm10SYMc6uYySkgaP5jIPmmatPZW1cjf4t7jY/BGSH1qcmvW&#10;vTUX3uTf2jTI/RZc0sBGmWQu3pUhcb5W7KI0f43SQmmUPaLsOgtcCJmsDSItlNCbuHcpm1EH4s58&#10;Cakx4a+9uDKT65lg1CsDghOjRdbepgq9AflQaJrpNEm0SRhomvBsQy7qWH8dz0f79qplkdRmLLUK&#10;jBBvK1ffCiJl9r6+3rrvlY2flQwNnEyWyVkgEDvCiTeiXg9hfAmQqmBlVqd2kzDXxLUxREiaRBod&#10;6um0M0wmgsxZA36GxuTYURNvG+rT4iaKHJsgySRh2Pv62chq3XbRqoN0vfM1Nqhsxo5YgyjDx3z4&#10;XDUGrAQLWGiSZSMb01vdlGUJ65dqDHOiAiR6ANa5lK4BVbzVJQz4lUgzxeqkrNdQNOtPK93XtV43&#10;r40Yk1RW1yT4ukRGvOHmieDkuHl2ndfiG0MrFyy1eWOrF5K0SkpFey6MzcU3ghy13DdhzaaA4Lhv&#10;TtjANHDUCtN9vc6vfo3sEpN+lwB+Y948l1gcHLkJacOJH2Cdih2ayX4Ir9PmJWmgjpKM7MbzL56s&#10;KLH2oe0r6BO/sXaYSZpsHGrv7bhuhrFghbSRitL0GDxiPHPmTWN4wH61c7KWs6kMZD4A+kpZBQTs&#10;DGVycrwNezIZNsp6ZKQCZgj7OgAqs+e4YVCq5DZYwFTiAeXThGNnfsfNtfXJJCWeU1nBnE/uv2jd&#10;EKSZ97BtkRrT9etnreOVMdqzAMPM6fMttefwNXrhH75OO8CqOnA70nLRE7DlTDY7K/W7eGy78X2Y&#10;rF57E2bvyb2SGfDP1g9bt2ylcM11dBKeYkdffRUEAA0Im0MaKQcUuODbHly2fjKsK6sohw7Ca9rv&#10;2YFDBZkAPsSjQ9+kaYAdJVQNIwkiwWDv7HEqn39KzsEw7KdyFueWk+eztF91Exl8//b+1wwuWJqr&#10;oYWZkCLW4IV3dmWJXvrhcwBRX6Zdu/bS7XfcS5u2zAmRgf2tn3zi2/Ts00/h/rgNzDr0RDzw7nav&#10;yF0u2k4kjXqyJqlvq4xc0K/u3LkLgNJ98OK7ij7/hc8LiPvgux8U9cw019P4+8TRY1CLzdK73vMB&#10;XPNZtdYRZmnWzMpCOogKzXrxdia4poknby1e+XU9+0IrGKq5ltwCqG8lwSJqmT73V5/Hs9ylX/jl&#10;B2DhsxfPQ0+Gl9cMDtDVBw7Qk4//C/23z3yGtsGD730fxPmDyIsTkEUpiGdBAivxmuzP10cftG3b&#10;DnoPJLz7rr4ez/q0sD4BvbaHwz+CFNzLsf7cjzfH9k0BfmkI1hV/+gj4vcV7atwSZNye71Ifp7b2&#10;CJOGpmEDKSN9mYIXjmgGrf59oS4265MSJpE2zVNK4/uS0JCGKSgtZJYl6ZuNHLZlZE1ZfXNFYQIv&#10;ePEY8jip5X/neU1DzkwuI7UyS3CLvGYLCMiWkW3qsQnTAiV6RQUaK6DNZJsbhuFIU1x5euVr/0EF&#10;H7ShUrOmKEthXyA+l/y+LPXk6QbLH8Xnx4BIptWXpTJmxBQbCwJLJcV43PyZWC4zBDgwOn+aDu6/&#10;hg4cuBWA0Rx1ty7Qo499n1448j3afs0inQbOMI9kWA9pQ2bXSMoGECSqHMwTyIErh3CIXRnd++B+&#10;2glvhBxTNmabcMBCXnLhrgCMsPe8eZBYolqHfTTYE6+rErMsVwYkS364WGEQyOM1LsBkl0EYPsfs&#10;ITG3AJkkaN68AVdDryAfe53kedMEmZeSkBQKMq+0wmj40ZeL6mYwkx8qhKHHkgkPgG8e1PCpk9N0&#10;FqAV9j8soN1a9s1Gsc4Yl3L9RP5TCcgjxutZJSEBnBApP5OppwFfn1Fl6bT4zFu2bRYA6cJFgH64&#10;LvPsZYGpixRjLMrqcECJGuyvl0qJPrBpin77I9P0j0+O6NmjbDYMGTLYdBWAIR9W9bmRBRxpakhN&#10;BUEer7SKjzWg5bWncH45hW0fpqWbjRHtagN4P8WecRpW4pHO1qOr6akXVujFE9+hPdsqet89++m6&#10;fUgJRjiEA9tsbgGMxemONHbqgUcygetId7yGdOaXaOncERRmYExu3gnQbzO8DOHBgc28QLGW16zI&#10;YNLHkRSnwooNhaXEmiV+5ltrT5Zl7bgfWSSzOoU3Mm4LC7SMEu8QlP0qEj1mJwK8qyDbrsDoWwf9&#10;fXUZ0lwUQsPhOq0idbrE3ypf0+Khy1NtlicwxGXyvAIy6UHJvmU9JFFn9NqZVTr0wnk6cw5p1osd&#10;XPNtFlzj5Zjkk3M4SKTd+EIk2WU1tDRNnAFIoSVNGBKWgK8PIa0XAJwTkZmxiEK4C5Cjg3N28/WB&#10;PvaxffgkJwQYZt/QYOBayijyG/trZQ4n3mfC8iH9fWbA8dczS4DVgA1l/OleVNTm+bHJNVv0euoT&#10;LL1aR/bqjafNmQVAeGPCuXzMVMqPJf813o5tq/ksAYUjIyq0DKqdBYaEWr4Rms/rG+moDgn8GJBX&#10;UPRnje+jPq0hERJq88cyF5er1Ddw65QZOFmnZdrZ8dqIyICI2aGVns+yMkCJpa+WhBwPK/og6jUr&#10;rZFUyXpvWmVuNQvKTTbvThsyl5ybMUfvNuCXSCTTIKtYFLiQtWoAXxPXjY2fZQ0DkKKdRnu/S4u9&#10;8RRa1xDha0Ayz/IEJmiCtNR/Lku85lzNCIsyR2/sD2ehBizll2vi9L6RIUhIAI/6PGQJayjKJbTR&#10;8HHdGaNkpbxIcokUlt/fh1ryKyBw1jDlnGlZvQ91jZQ2LpLcGXRvYQ9V9bUcqUVDcp19aOSgktoZ&#10;ErPnBAaRtaHSn0nXh5YcJfVXC9Gr1m9kSLjkM1ahZn764C1WzTWMMHLkUwZIaBIj9dp78kkB6lIX&#10;rdCkw6aJcmED5bcx8q/TeUNo157jjUdssFxCVEkogK5GZEJL0tY0ne6KbNfDhMYnvMFgz8v+eJYl&#10;7kJhLJozTAb5XJrG7JtnMl1NXNiQ7NtiFFwyc3hC8xB9th21glTc2HIUR1ayDqQeipQqfFwLWXVt&#10;GLh5lZhwHkcomQaByQDS1kL5HttroJYayFc3YZseyjYAZ26wGBZtWKWWA7K/+AYAlZqzKBpmXWTq&#10;Utaw3klrlmCPRJFRzR6tEnKekAfsucoiUBqc+fwl64tJtzNjzOrgyp5rxzJlDAd5H+fBOyrDzFX1&#10;OZNAJVZtDNk3sJJne9EFCTWqlk7Rk3/7txAErVF2192078BBMP/6kvDpKDQD1reSRbHhAWgQHAkZ&#10;xCffvGWrEBc45O5lDOJX4em272p4WeP7RVY0IB81qeZTudUXudbuqxweFaZkbSlgv1Iee0GHzlxr&#10;cg8HtYw78RIuLWweoDAJ190hAzpJ8s2LxPM9vFGK048N6BMvyFwDHZnJt7y8Si8+fwiMvhNCDrnn&#10;/gck/GQGctke/pB57N955530/KHn6Dn8LLOhOSQl72j9Q1cQFrAxvTQyT13DxMR/d8XHfjs8Gbv0&#10;U/C5f/TRR2nlwnkJiFkAmMupvCeOHqf7kMa798BupPr25HpkdahTauQVLQ5crQC5VMjAm2b0ObdR&#10;9vsW2X31AMLY3pe+lnpUIzG497QEK6GXXnqZ7nvHu2jbdvTGU5x+jJoAPc4msCbdbkfT8ENkosCX&#10;/vrL4sn4vg89BC/+nVB7zZmVgZKe+IxwECLXU1sAqPaQaMznt1OoJ/4EU4bXYay5hCH+1qEr928b&#10;3xs7JW5MguwmJ3pPOpNjbP035jeYTfgEVcu6482yV9PBaA1Ah+YnCpGgijG0JkXVbn2JqXk95Uub&#10;FGkgm4K68QpICu9YBNY+Aa7FNnAtJyBfFwJZntUfMiSjtNr82iZu3MR6ij4FmRngNtNJnaLb4xcD&#10;Rer2Tz87v5ePTTWDPlYOMBOjw745pjOTLUlACsnk1aaTp2YZe4sVxjzJZEKj3hOVJW95af7jlI/B&#10;L2+TNd6co5+WePYVHTnvJwGgDU+foLs+cD/NbUUgB3zALoJhdvMt76TvvrZGL30HPmo9AFagYpUi&#10;FcECgGaCW9gAGUO3PEF335jTLXv2wLx3WphikloIUELwI5ZY9ToyDeMADLw5AMqgEe7YXEKPJbpe&#10;PDU4+SoI4APQqD+U42FfOA7pEKkPG5By7Dc+4yykktMwC87AehPIgFlVpBs1A3B5TeEP4pcmaXHD&#10;SppuBuQ0eTJ6tJQqR7REMH5BaUfZ2wm/toKE1V5HPWBOwQdh755daKqnxSuhENsXY+BoVJp6J+W5&#10;SU0rPR9I12XfPN6UmGrO7KzKtGLe2JZT8DLcjWNbXcY1GTFbEHLaKU1mLixJkz2YxH+CfVcQZrJ3&#10;YYZ+4UMzdMfxEX32UUioAdABAZVgghLhGiwHLQAa5sU+ec+LK08BVFwCMFfShcUnaa1zFCa2t4Jh&#10;eADXBIVPoYyxDuQcIgVhQJo9T4Q1AsPqaju9ctrR4c+fpfmZl+jqXY5uuLZLB/duomJmHhT/TLwh&#10;2Y+PZdaVb5goWTEQqvj5s2dp6WIuLI8cya8sBWEKP0+OCtwDHcixO9PsvYiCzOciuY5gRJYA8HEx&#10;K30VUwuMFaayNi3GFEDhZ4LvnZJZdKW3sJt18W5chz/IEIEXI4BoDOyxpJLlsuw5yc+ky1XqI96O&#10;OaejZjYM6Igcna8Jn6ezSxWdPuPp5GlAbWdKOnUOQQUDBnynDEHzwhaWsAE8R+wFOBL/Lj6Igcij&#10;RyicGYDsgl2b5z3x1gziKQNDbJhJDzhBGuejEAYXHiecmq0Ak+eyVbrz+ow++lOchnpEilt5Hkpc&#10;l24lMnhh3zo1Bw8u1B4ltaTQa1NONrmWhHHXr4cVwubjdYsBcTavzrMk1MMZ2bBJ4/KJh1NMtq6Z&#10;fDFZiqLPj69BhxqIS/tRk51FQEdTm7OkwNKmRMRJztdm5prIGhr5ZbD0T0qYhfx7oWxtWPJ/oVm/&#10;M1eOTYv5mR02gIX5kkgKMA9h2H/TUn5jWIacT04gNr+wJj3Rmiw+rRx+Ej11IjAq4wAFfYJ35vNm&#10;za5XdhsD7Cw56/Yq+52K2nyy0JLu1tT8RGrbhHy6aAmWgCEN0BellcHSNkNSmzbFiasBjxooc9Fn&#10;qjZpU0acjahdIkerPeDyRqYWvSGpJbnMah/ACCQ7Y//GykBsGuQJNaaLSR7zrGFrRqwohAYgjoPC&#10;BDo2T8cEjLJroCBjZbh0VjNZXZ0g26Qat3JQfdPUB3suata4JV260Eii1GokT1hPzEQsJdiJ66sh&#10;h/RUIwnFqoyp3i4OQ+JX1K5DW0qiBOxr2F3R985eM4bj2L9r5m6UgFIMh9BgpHLEzbo3b2MLjYj3&#10;Hv/xoZaZRdA5+NBifrbyH1s0UFez+Tf6zIy1m65h9YYkRCfeq5lLHaQn/G5SmbeBr3H2iGsPpS+j&#10;yw3p79mgelyKHybw7Hy4tGwyGPN3Q4tU31sT+HZu3Nx/AljnExl5oBZQ1yRjh0ZuP5awGu+jzI29&#10;Z4gRWE0t3rxFIt+NTn/G8rTbz4YgqZw0M/sKPwZSNrY98T5TUYNLT4+qT1z8ROzZBj84sGZGxSZa&#10;7/IYrEMz5TQ8q/H6HNTjdBhYhsaxLYv3dqG1e6g03bWqhvV5jHtIzR52mQGSMTDHYEOXNRYISXx9&#10;8L5ZAyM71+lAJVohpGxIlVB6CxWM918mgRQM+vVHlQxq+Xdzp2FfEnKQs+3ZiC6cOERPfuE0nX7l&#10;CL3/Zz9Ku/YeEI/leQTRsQ1FLr6mma4/rfsseU6vJH40LsyhkfPycbKEdAbecXu6+6BOmaOXn3+O&#10;Th47BhubdRmSbcUgeRr1eaHoLWpi9aaujAFZSSI7FDrwJgsLqEm7V4PNh88LT8Di+e9T7/xRTWXm&#10;Y0eNPYJHdr58AT7IkGEfvA55c1s4f06kk1wTZeZR56w3DJPsqC7DagxvcwpsykTWIVZuzwAPtEup&#10;fU+dPElHjh6hkydPofaep3feeRtt2wnQZ8sWAVS5N2GpN0vR2Vd4F9icmzbN04vwa//BD56m8xcu&#10;0H4AvVsR+sCgkNTJKd1rbF+hSe6ktQQ9mNJJE3q7eFY2g8xx7z13iyXOo1/7Gr38mZfplttup11X&#10;7aE777kHYON2UeQxBSZ3ecMQ9mnGeJbYK2g/PYmEeTmAzqXxwxtwmGzj777JgI406MGl9RKeJybp&#10;aL9eir857/86FC4lyI9JRvzbW7Zupwfvu5dePfoqLYI0sn3nJlVKodfgvmcTziUHajz0yEdEPfeJ&#10;T/5X+t73v0+/9du/KX58LOmemZqWwQGrgZSM5cXTr2ArLzzjXfanj/vjFYcYu8nIv5vAOPgRyoHb&#10;g7TQHizL4LUwVrYGeMb+siZtpb5+7lIhOCHZNy+RgH0Z+e6kkdgEh40rOgMbEoGvFORr1YyXfrOw&#10;wSKo8aws4qRVUfxQeyo0BaZLDGVdW3YwTsENbvLFTMwPw4QFtbHyaHWSQmtW3xNN/SLXNjWNst70&#10;7DeCHVdPgGPCad0Z4SU5zYiZXAzgBJN/yTTC5c201BoeBv1GZTCpr7ILuQAogzZWlT2ACmDgxlTT&#10;Ipv6KZAZZQwMonDQBLOthLbNHkcANEoABgKA4bWOHD4ChH8ZANqcXBf2kFu8EOCHcRaeFnv4w0t/&#10;lFvz3q0AOACkGaw8RwevWqL7r0M8+uYegKquBSloe8wG87yw9DhQhL3XACoyyNHJY+JiIemGDqBF&#10;KLTR5ZCAUX+kIOaoakwzM1uohUnDKanTklDsMmVjDEqznTY/NgVoVWorhBLxOaxkk9cmuNSfZbaU&#10;JIxmloiZqzTZriun5q5jc1yDZ0k5ZMbdMoC4Ae2/amcdEsGFWTUMJvfWgtFHBprJLXxoGrvSKzDC&#10;FHg2oQ64HqOqrB8w9iRcwOc9f/4iJjWQyEJOzQuvpECioZOGaMQg78DSUQEJYBG+cW+XDuxfp+de&#10;wJSWgToAc93My0bB5ykT49XtMFrdI5KqISew+b6cjwuIgOYGcW4TwN7ONk1PZekhM9XYZVoCCII1&#10;D/aM9rbRSrWVDh1z9MOXzuDVn0fUfU4f/Ilrad9uZgvi91F8kV9Svzev6XkMonXYWDuoyav38Lwr&#10;kc6LSpKDNriP7cG7kD+xqPGYTZqrxJiLvEI8YjTJNsrl9XJV5vNlwSEMNrJ/XeXk2NgvZyjvvy4y&#10;XQb3PHz3mElXildFKUCAM9ax1NUc0iGfVdlWLJXk6fsUwNN+OQVQHD6J8Nk7e66gV15ZpGefQ+Ho&#10;waDEzzHjFTephDzIc+o0bVSk6nxgLH+vRjpNg1H0GuTXKysnZTXZtuNWrA8AXgH2lUg79n5Fii6W&#10;GEu6Ns5dyLfQerZGs0hA3Zkt0YN3dOnDP4nnbeaELBy5ufIxu0/s9mqwL7QJ2IZP5K5d9gRL6fSZ&#10;SsdDiOwWlQw0MiN75mo/PTbjHxhQ5ZIJU2aBHfweZTNgcbkVyuYplKZ9tsyngxWs5iVmDMAY2uFi&#10;4qtrmHlkwxdNhLJwjcolfhYh0VI2Uu6QeDrVck7BP8rGY5WCMQRD/Xx7W5ezCBqFjoZYhFADOMEZ&#10;685FIKPmm4lnn4IseQ2EKIjpas9RkegyeMX3dDA/WZbPF5p82gDhZZ2u2jYNbiwuJlgNK9hh6RbC&#10;6vVU++C5yEiP+7LJqONWXbPoE+ZZlYA1MSBlvLlRPkhWn1NlQY6luwb1mMo2mFWHRDobpZ4uYSom&#10;MtqavZU1BLLoOeSa6+hSeaFXS4cqAgJOB0RZ8noswZb0TR/qe84lgFiQoCknXqxNenQEm30CfHor&#10;GULtF1xDG3lM46w0edk+NzOSZQiRZbW0dzxtseWtEiIzLmsBP7L2xVJT1uVQH59zScBuPA81TpL6&#10;8KXWMDFMIgItOpDk4C2Z19T8qiZZWZ4B72umNt87hYWpjddz0V8tZqqFeHckBXmU/Qd3CSPsOlXY&#10;JT8T7HgSWWr0f2r5ULlEljPWtNUf1JuCI7R9nLO2A914OAalz5FzE37WANQNBb1LXO0mpAPXnnpu&#10;g7n8Ja3Q6/rUJw2TbwGhLbZckgpbgw6hGYqHcBl2jRuT/NXsuwTqDGOm4GblEUt/WcW9r/01I4Bb&#10;Q4w2CY/gMq9ZRWZgiA+1NYvWAeYbWfmESaOhSz5nH795eb+8HJiVCO9KA9uHQh3OovJ/3bN4vRY/&#10;YbbvKHV4W4N0LtRJusFvcGynxnSzqMF0Daxq2IGy1rjkBqeskbvHACrenTMjKUSGecVhgPr6eaah&#10;U3yfMsOwg+JgqqfEAa7RB6ihRn30DpAE/gMAhEc+9GHKdmxDbYbU1k6m/qcGMGbjLayFaEwEvIIb&#10;+1b7honSZzkqVv/gRM1DtnsAkt4ZyDqPA+Q4DllvYTYOMywzzZwoMKJPLkWvYuu/Kg70m2PiwlYB&#10;73JWeDy1Tln/tPg5y7Aa9QytXaDypWdEz5BfcwOG3lAvzcwZMNY3m4WNdcsGgCK4H6mHn7cEegbg&#10;eL2NtciIa1+svcuLy3T61Cl6/NvfEsDzpltupYPXXANmF5h8HMDRm5LXETmn+dDzJ+zhHLI67MCB&#10;/bB+6tMrL70kN+rsrbeKhJaZnZUv60RlN05VchuPd3wtCFEpwUGUEpqZy2f7pV/5NTpz6qwkQW+C&#10;ymoTCA58fAVL6l1mz7RreXq26ptWTHiYCBxtWDFDaLH2mvXvdYI63gRjKlziPliHwmhqqpDevb8+&#10;EJXYRXiEr4CNOWBLLJzzzVu3ib0VszU3bdlEH3roIfqDP/wj+mf4883OPUzXXX8Q/f0ibQOIy172&#10;HKrBLL4H4du3unKG/vCPP0H+zzz9zm/9Dl17/XVCuBBSUmhYZJWtyQz0jdeUraCnSyBN4+EXb4+N&#10;n5vob3s5IN0lARlpWAdjLCWH43FQmgSS9kQpw2t0ZpYv43a4bsLNHVKWY3CJ6iO1jnq9zPsJn31M&#10;ndCCEsMVBG+8idCfS0Kw6XWdcN5d49nXmIzrJN8Z44OSCS9tSC3JMjXRdub152Nq1TjAaotMmPDQ&#10;pYtPCC4xDtd1WlKfrMDOY+EcXy80HmHxM8avh7BB4VxPic1kAovjQBYu8dDzuulUdVERC4G0XFQQ&#10;yUk6a27sB5v946aU81hp2h37yvmqsqCJ0hpLbbw4CluLQpOWMrNOJqDqFcUgyDx28zvecQu+OIfP&#10;Gej0xYp+8MxrVK5XIsVlP6uA5qvvtTEBLkSznR/ST9w7C1BnN740kmRWGi6LzFd8j7CJ8qIxjTQe&#10;D3An4PhnmP2WKzAgzQnnNHQUVOJCmlmIIyRBseM6J4aWyfWL01GO++a48BzHzJLL8twFSEGnRHrM&#10;9P3hoBK5BTNHhH1gcsTcRsg+NIwfZ2lRmbx/IYVY5SoBQqP3YYxsyNySsNV4QVjve7GTy4w5FaLJ&#10;vveNeTQZSJvcoc4aSzFlxrEOicw3wwkYGZsUBv56AIcXNs+DYr9Op89dRMAJpK4sX8g19Y090ShO&#10;lYKyqTgU4L6bC3rpMAC2AL821DnV+sCAGGunAR71HPs4nJdgCQZnOQCDJeCFe14AsYUt2ERndlka&#10;qxfwOAiAGswONm6mQmkDZoUNehYS72oHvXx0nV799BI25R+gCBvRwd2ztGs7NiQAwZtnu7ZBo/Dy&#10;zPDT5EhJiWSQhIHOPIjMfORH5kvDbNflRKqvBtY+NM2qq6dMTcHPhrUk5tdVM+kzL0tHsegLkmAq&#10;l4cl5EWnTpMUGTO/D4nuW8D3IZiZSytDGBcHYSWeOc//Jjp1vk+L6wy08HMCRmVhKcdBXf7lfpDA&#10;hI62SLzGVHofyj2IQnENm+7i8gkUWzOQbx+gLs4nn+4KYGRVreB+4YTiC8I0XF+7CNZjR73zAAQf&#10;dMv08Acy+tB7sRnnZw30VhZesMTBTJ6BJCvOBYvIaBpLV3sdKvDmau+iSu6TWkqaSKtUQtoRr0qV&#10;TJrfGKfPipQ+txRdBUiC2+CEpdPJ2lfIGzMrSv6iKX9eg2PCzAuNlCmdG7pk5BU3V2mqfGRJFLI2&#10;xezHeB/r6yiDlmR9LY1JaKwIeaGOJSOOpChgwBEcWxTM6yZLNeZppiBZWZprEqeT68Ws9zyfGvEL&#10;2cyKBfHtKy3UI5O0cl5/WyADqZ2lgm5mGZHbteMLjkZSvEMH7SndBiFvjQJFA34bZsk0uVN7PslA&#10;KosemrGZzyYASRO2/TC+LyeNvNuAQdY+ajUYNlZ+ZBPkyKn0srbrcJcrXdwGhZibIFdtpIXBJtmR&#10;7Ul2/7jWVDptcFzKUsqC2UVkDQCRsJUa/8LQei5immtTV5g3pWsDrDLUQ3Gaidm5r9mWmTUqgdoG&#10;6c61P3MjbU9k3aHtuVgz9pK1Ig58o9SRmoyGdsqrMwm3/F1aWJivgTDxT3aOUtvt1NqlAQ5Di6oX&#10;w30cxfTjBsRpq+qawWtieVan1blJPn3mqavrZJYcVEiCV5paM2U9xvs82FpPwbdSguv73V2+5XeX&#10;+K8ayAvhknkcMkT3OgyWRNIobfdVUsNeWg4UWv+vXeemyhqaTJRJzlcz/HY0DjhTy85g3AcorpPN&#10;cuFqUL9eRUID6Pv0EzWJQbVXqnONd1IMahPOnNdBuLdUcF974NnPMXDlq/rZV54du/b1ZIkedriO&#10;Yc9dWOuwEiNcAEA2qn1fvSVW10zcTL3JONzKY10tzXInXotow1vZZ9fWwLWDXtxIXtfFSGnKGnlW&#10;/aw0z0IdzMD3cx59Y73cD7ViyvYAZh/y59FaRdUQBUDP6W4mzJ+RAalDDMHX/QU69tg36Rs4d3ff&#10;fx/tv1V7EQYFOqzUEbujQlLXX6+7dxNNwDb2cCnwzDV2DrBvk4U98PePHjkiNif7D1wDOehOMPxm&#10;MIwfmYzatVM5vdYSMjwGAMJ9zBDD3U4f1+Xl71FneN6USJUEZWWLJ6l6Fg0Q+qrOjbfjOiJskW1x&#10;WBGTZ/UAYpyp9cbRjfAWQk1yUSpVBu4z2YNVLqsYTJ84dgKS58MSCLhv/w20B7LnrQDPtm2dlZ4w&#10;z7OJngCxR+FrtA2sxuymm4U5yeAqq2727t0r0mj2Yxd7HHJ1Sv0VBxKMe5xJmi76IIQk8nuxT2OP&#10;7X5y9qjL9Hq32PfhDTH2XvdcT6JTjVlIBApvn0/fhNfgfZ2tuUao+4f4+9grL9EPnj8CwskFJY14&#10;BuByBPEdBNHiAMC9GdoHcPT9P/Ee+puvfw3qMxBHFn4OKcdz0rvydWRvb15XtoOlefMtD9CBq79B&#10;584u0t995VH62C8gTHF2XnCKeITRVzQyht3bCFH/a3rvbWCxB2X7CtBXjmRtc2KfUyCkdBHL6qys&#10;ec7liW+ukoImegxOqDHHpqKtOjWMJy+/CR7jG/YAfAv34kaAL1z2+4WPEz4p8GKkcLPQ18WnDy3L&#10;PwVnFCCLHmyRLhhcyrBrjIjd2Ml1GyakDaAowQyWXkXBmfwltFh3dZjD2O/WwJ+xExRcMvpnpZ4E&#10;Gfvr1aF2ubTNLFFtbggDjKqyZqgwY40942IhYHaFQllWXzT93FUdKlLp9DwaypMm62nhUtpnHon8&#10;jacE/L4jMIVuvBpA0tXvpwsXVunVFy/S0ROrxlTIpfcduZGwwgrI+bbPXYQXwFm6/YZdSOJiNAXm&#10;/yIfY0gIGwZHgIt3XVcaonJtVcINHNO8eR7KYB823Yqbx1wld5wElQ+r+hoJ0ydn4MIKrUoLIplO&#10;BQYRAext2Y4U0xVaXVqlDFOOXncJdP4ZMerNjZVi4z+5Fso4dGbcq9PJvNOtGQQl0k5ZVsHTwgX2&#10;LJzqCRDJ13IN77FyGt4Www6tjHpgcq3RqdNnUUhsBfDYlbOeFy5J7ozAX5akWNrUudIpAr8tA358&#10;bLywZlHCHVTYzT6HGd5/x+4tdOz4aTp55jztA5tQQmHwy92prmAHTSiFsoeu35HR7/zSHH3m7wBI&#10;ncfZLdiPZCDJtuqrxGmNuN7lAZyrF3EfXFRwAr++tn4cG8oiFrpjtGWBvRuvAWiwVYEqlpK6kQI+&#10;tQeVAlmZmUFV4ks4BVbbAp2Bhc35xZwOH2NWGa5PZ522b13BZpQJoLd16xBFA4JJZgLt2MypaJDu&#10;4nOsey7YSpHEKNOMgaCq9rrMauNt30pM9VFC4TTpTsMknZzTYdk0ON2sWyf3aSpvVzJSh3gWByP9&#10;A7U7vExgdrvi4Z8ISQtkuGuo75aWpwD2IShF+DmxUe3JvcX3VSePCaGVSnTFy84LyMeAj0AEOBfC&#10;EB2eE1BbZwLwOgRLcnZhP4rHBUlHFq/F0So29VdQuC4BMOcEuHM415ioI2mZPVP2Tg/oxuscffT9&#10;Bd1w/bqsHSXCV3IGFeUzxAReJ1LcPG83bC4xWg/WZUgYZ2jWOHkqw9BAXmPT2VojaJI3iU3FEhlL&#10;EXeWXM7nvNLNkoE0Sb3NwtgkM26EWR3cYcobCwKJyqq8ZiaQsCtd09ylPq8utOpUZffmdh1y67Lz&#10;Rh4nIF2VtI9BLR6crwHORgRcJRLVGNBQ1bT/Ju0wyLkQuXmIsrCylVJaWz/kzkBTb/6vWGvdjCa8&#10;B3hEjnQtZfZHGSyhMSjzQmTM0hRqwyLp456DYgKGLDwM6SdsK1cXxc65DfKiGJ6R2SmU8CIbskkj&#10;ZGCXtMKVT9Jgw6UqgjEuUqL0m1QkuCbIo07V/P+4e+9vya7rTGyfc29VvdDvdQ7oAKARGokACUaQ&#10;AMEskZZEiqQkS5ZkzvIaL3tmWWvsXzz+cfxHyMuy9IPGGpLSkJZIimIakRAliqSYRBAAkYiMBrrR&#10;uV+uqnuOvx3OuefWq9cBDDN2czW78fq9qrrpnL2//YXgMkjS+q8VznexGK1k1mnsgIedGWf2kXQd&#10;pM9l/xHf+b5OqEIeDhq40Eyfm/pSXxFjRxoZqWTzxcKCMW5KPpvW5IaxMh5JglgKE37e48ySQ+qH&#10;2HrHTYI5rggyCzEWzkah9TqKoZOa3Q0+SB64uuanMq7r7ReyLDn7mwpYogCL+NUyuy948Q3LMuDM&#10;pkpMJwOaqf332M4DtgigiNTtvyYm4zHaoLdgPiUQLgN8rtClu9akb9LjrsSsI2XrlmnNt5uQw8h+&#10;Fadg71dS7XdH/1ON0ksPRpdZeO7y9b2b0ioXXoxZOFMoaNxl5EKhwwQogds2pKPsh6ZdV2WrdSXT&#10;0en8od2timGCK9VAbVBMCrvjmmaEIacMngu2RXSuBfzMfiGGwmbAqTevACnY09bw8+vsfCfJpGAb&#10;jeeobrDXI8SuYjuZaDLW6NpwKRu2O/EZC2pRw6m3XKc0oXsVHWWLhzbY1OUrHNLQMDHY8zgkBf10&#10;F19vPn8pCERtOKIk8PKey8PPqnKZqJB5GVyPyww/SEjdNla9wI92HUPQ5fUX6fEHvkRnX3ye3ra+&#10;BibRLTQLQGjHrp1twvUkAyYU66+/yi7XbBMENDUfSgb0+PwOjs5KA//sc0/RIz/6IdFdr6Wd+Cxz&#10;bAsjgJVvLSmsRve2LkUOOpzDeeAk8zvuoMGuvRSegq/1S4/KYB4mzGC7QRUF9YV7FANo9B/h5tdR&#10;s3cv8QmpRTngusFMP0X+66v2fouqMmLbJn6F8/C7O/3KK/QMvNwuwKPtuhtupNvuOkr79u4VTzf2&#10;YOMLxWxIvS5NHjR1XMYsXZrXk50i3b1JEnQf//EjYJpdFHblPni/6SA4TEF13NR1auqMMFIO21NC&#10;S41eYa5Ms8rDqRQUJuCic5cFktwVSmqLqLItv9ZZsC7F6HuV0l4lOVUSEfQgUna/+DdfpNe/4R30&#10;7ve+F0zKngRDPv7oI/TNb/wDfemLn6cPfujDAF6P0K/++q+DEXkjfeXLX0b4yop8P8ueF+B5KDJz&#10;Zq+C+HP+7HF67W33IoDjnXTw0A4w/voF+60dWJZA35ZBb1M35bDF97Xrv/spQjuuNGxl8vtUPVBl&#10;ElliX69i/XrlxCn69Kc/Sfe87f0IirkVPp8tnqDKSTflM5VDKj+RcFuymuOm8I0r+dxuS1ZelxQX&#10;48/PgnDz/nzpc18nU79k2rypUIhTMEMhRZjHmjHiNJnJTf1ErmOkPXF+SymPGXamxEUytgIDfSMA&#10;UP1B3XlONZq+kAjH0DZCZjyeUAlnPhOOCkNqrzwxZ8w+LnQTUyUxjeRWkckM5bQtkTQn70CvTABO&#10;d2VJalUrVZ5TfNWPShkm0hD2KvOP4xNfyUPPUi+HInsGvnCrAOIajuwGsLe0fgFx66uYHCyJZ1rg&#10;ZjckcQbeg4GH4UP0kTcdQ8LoPjCLANDwdNOrPLES6j+AFTBnWKI54CkaO5pYhTZE0TNAKpA+BEHB&#10;LT6HADEY6BO/QglLiFllFSd8puTS8b9zetZ2GLjC0yGAncYy2LkZgICDWs9v8sdKyZu8QZm809kD&#10;LptIT5lPPM1aQGowS2U5EKTPmz0DQGAZLoO6tbS8RufOjiGpxUbPnh0AbE6d1eni4nZMnSBjcEGB&#10;FWGF8m9jiabO0xsjLW1W6lvljOUZxAcuFnIYpmgzu28GSb2zADHPvXJWWJoz87NawMqUfiTg11g7&#10;MHnNHo7vwMKQ7n/zXvrc357Gua0FpCPbyCtm1VXwVpm9Fu90FgXviqa0irQRKcfD8yLxbc5fpHr1&#10;Bdqz407IcfchuWwPPiN8HyqXQy8aMYEfy3Mj1hH4POJtx0UPQzUAmBgkJLed1vERXzoLoPmMyihR&#10;KbEDjvxemF0W8G/HzhEAwUX8iSkypMyz1byALrP9bTLNY0bI7JxKE0YNGetCixD9d50452Yxaqrm&#10;2HwT+ftXOJCGU405QGPEDMAGE88h/Ed6SEOu6Cx+X1wnS6WsWmNfLvK9PhfCnLUilf0xHVO4GHxn&#10;UIZZWW5QMC55Yor7ZuOCgHxray8BpH5BZMQDD7C4ngWDEz4x8wD5ersA9g0UrBxC1rv8DABGFJrD&#10;VZwP3OvNeQHfHNKOZ3DePvjein7p3QCl3QkU4ivSOKwPAT7214speCVgqSaEuw4RKhoDRbirDNYn&#10;tKUqCn0DuVr2XdAwDVlUxzrtJfXPk3WCkzaThxqzM43ppunnsZC0xQlfG2/MOm/y4cbSDfnc19me&#10;oJRg6WDFJCM5EdESWWNp1N6TRFWXWWyhcL5qk4DjRLKmyJW1U9T1hBMYhYSlnntBQNDVDB7HxNSU&#10;AmfODi3ktE99TGOHwZTbV69rPAO1XGyrl5RZCpRppVnW2tL005BJ8o7wJjNg9nEBv56ZZnG6z0fB&#10;dGqxrZhBK022bYTt5ySxuzL/pXDZRqQMMogdT69J/56SaedtwOZyM+imev2Usr6JNGlXHlCk6RZp&#10;CuiqxUJitF1iWumS5Do17Ros48qgA1eAkTnQxO5xZo8EZszEHGkbN/kIu25C6gQImuqPJGFPslZe&#10;8yrzHGafzzjxCjF0QalYcDmT/19K3s4uyNGb0C10kkvb+87ScVOwgSvTKIu03E7icJLYqjxIBpT8&#10;2dMZlz2wygBlJ1AneYra88NMSZc9JBNzMbQJrq4D407G0hRnvJT6xo4kqDTeV1V0lH190uywZKU5&#10;W3uid52aJcYpxtwpfK2D9l26WXLU9ZKOl2KmmIVBysrmYYOGP7ip8p+OP8/E65SyNcX4vKynZWjC&#10;VnIhGUYWKex5IDdp1n8ZSfEmv6LL2mTpsx2KlHbnW5boWFQdPocEpHMvtXo6JrPgodyrmNRbfhbD&#10;PazTI94d8WCu8hARwWNDln2xpBGDvD7qH1aEOGbUFBBs3puCDrar2paNxgS5oXuunA1zYnlvszVI&#10;E+3rqoDQwWiXCcyszhRGZLNe1Hcq7fTOF0y5xIZthP03YB/sJgo7XdZkHt6NucZtpE6svO3/YJDT&#10;KtcWq/TyTx6i7321L8qMa2+9neYxcJrt9wRgazr3liuYu9PFYjFQHsheGlMwKT/vezOzwtA8cPiI&#10;DOqfRWjHT554AqDHDQL4bd+Bcx29fE8LPofsDyqs/xS6sWsXgNwZ9BU99EnLROeO0yz8ryVQL7LF&#10;0Fmqnn2UPPcvt9xF4eBuGoKEwCzGuqfhY6FIBL567s6r79q5f11dWxc1yMULF+mfv/998eXbv+8A&#10;3fv2d+I8wFcb8s/5WXxWA8rGJjMPsTGfR98mXU8EnYxwf3IqbmXrJAeRPfHojxHSgv4EZIsFBCYy&#10;Ay9fu6uUafJ5Y4CvMesQYZrionPNzBJj7h0VoAm5hlEria1nIlfOoN7CR69DHHKZWTotpOPVgrTd&#10;IDgyoBNkEzAN2Ebq+9/7PmykImTXt9Cevdtkj965wNZct4nP9x//6Z/Sf/ri39Hv/v7v0c69i3TP&#10;ffeDsbmbPvHnn6BH/o8n6F3330dvfNNbcO3nZP999idP0ANf/XsEr9xHd9y9H9jAvPThkuxrG643&#10;ZrNz7mcciOGmT4l+zr/KPU8Vojp45AyDFQB9q2tr9PQzj9HXvv4tOnbsHRbSZPC9DOj8Fq8XL3s3&#10;xasIaLkaAbj7OQQDdSIP3dUdS/q3Oo/ciropZn+adqqfNsS81tskMRrVkkEFl9LkJliBPpnY5ql6&#10;t7AuxLbGp3MaRBBilnn2WTLpyk233Xw7KWHZVNwKhTTVsP/2ScLgXMvA87rhcBJu6g+UPu2zD1JK&#10;LPTineAVBCuYHQocNfb1IB5YwgwpPFaYdcdMOpaFsqyx8irJGwLRZy8wTQEDYDdydPw40YmXhwIs&#10;anhIZecjinxwZuNxevftu5Hoo4y/niQp6oIrvnU8qQSLbAdYcT2+LiwLNWkZN4pzYK8xMMLXr5aQ&#10;Ft411DGYD2XUpDRjl4t2edBM9qpsPXH6EsotyygGANq27zskxznTY38ObzK6IAVLY6xH8W+xODM+&#10;Pm9JvXWloJUwZ6Ka3PMGNhxpKivLdU+fXaKTx0/TqZfPSdLRBhK7mjEYhatRA1SYpcfhF4lB6JzJ&#10;r22RnGBsSAqWFXNcoHGqLEtEOX9C06md0ddxXYJ6f+3avYjp3Dl4uq3g79sBWAWTg+i95U22o55y&#10;QX722PWBrRalWGNpdpKm6ljXS8rv6mgX3vck3mfD/Et62TmLgakGzK2Tp8/TrsU7aQZSU6EzM/CG&#10;opZlKE7AUfh4MGtJzi8nQgeRPDQM6IUZfYZ6Co7xhEoYU/J4ItyE9PjO42fPnUCRcUJTRWv2F8R9&#10;yh4xvZkhJisbUnwyq2Uw2LBzXRswrs8kf00SJA1o5/Ow0SjwouE1isOvAgwb8TkZk8hym7E1enxd&#10;zJtELOkSkyRStgv3IbHCvPnh9aSJIvY0rNLUfpDlMV4Kd/jwXTwNue8z+BwXhdnHyXcscwnuFO6T&#10;7VhrbsNrzgkLM+CcekhI1tePYwr7CK1tnNT7lJlxOJezYKPedMN2+sAv76f3vIPZDk/yBEVDM+Db&#10;hhoOx7Qqnifq2xky40wxgSgssaq0ACpVai4W/qmp6k7+k+aHB9mqJjfMSMEfcZ/IuXBV66GUm91g&#10;QIIx27KvjSvYcT4HEeRiKowzuCBC8uCyFZeyA5sMfLkY26TInLDpu/uLfPqQZZ7BjsdZOEfMr5c2&#10;3LptUl1aj2uR8KZgmGj+DwLwRzVzJ3su5efjyEBI/YxqnZA8RFuJtTwdvCcQ/zvfU+vmdcSSmEaK&#10;a2fptd6Adkb2vAaXm5cdy//Nw5Q/D9a0NuU0gW9dCW2Z/hm7gYd538oBHMHY905BPx9iEbZSgmie&#10;0tkp/XaJXAd43AzQGbtM9vO4BWBXmp21UkDnptRZbkJG3GHVFQmyrmUIdtPLSpjLF7JNBbMywBfK&#10;yWosQMgy/VZ/LhTAW+vn0rIX2yTnyZS79D12D2R7COMx2TBRgdlQnGu7VUMbhEbl852nyzbETNJO&#10;Z0zVErjMQSihlcrHoqJyLZwxed2SdQUVieBR9mbc35Ji32LuGtI94X+TQ4TaOiz5PnqfYLsiuCJu&#10;DuEofc8mQzwm2X/FLdKBDLv3q2uTfhP4lu6JgiVsN0nx8+153oxQxa4Zdsl8iKXolTbz9JzrTLZj&#10;lqYXvpHJMyhfq9D1sp5g64U0tKZSvdL1SApxCwZFLFKPExhYMB87wSPl+TSAIYVQ+piY6S30HGIR&#10;mGNBOykIJPcJVrtG57IcNd83Kbin8i3rMK2r+W4yxiS/77gpnp2gNWRjO5dYimCQzoFyqGlmsBFU&#10;UfxD8HpLkPU2WidCAirraqXgsdTw5q2qSb08LFUAvJRPV8YfSPeNtxLOi3Nck4f74iSYzlnyiM5Z&#10;Oa7TdjmzyVCgMEysUyShDDyb4xAyfq2xhOlFqd/ZXkfY3ly9cVAUvKpd36kXMtaNl558BJ7e+N7R&#10;KvqWNwFY2gEF0IIwHz1p2qq8eNMGrKS1NW7Cvd30UIfCoiMmqyWrAxmo2DY/TxGsPP7sTwPQeO7p&#10;p2iMIAkenrMc1PM1Qf01jo2tjZpen4DxwGxiDF3dDgz8q700uO31RE/ga2dfROEIwgSXCqx2WTlL&#10;zfM/Qr2F/bq+h+r9qsgYs7LJTUjSM1t4C1ryRGpp7NgnXN2vHs4Bg20XAVww6+7b//RPdPfdb6Db&#10;7kS4xQEcT78WEEmJGJZObPVTq06Kmz3yi9dPvqrzYNtxci+rk55/6if05GOP0o2Q+M7jZ+dBKBFx&#10;OCvRWPHl23qsG9gznfHmLVlX+ygvvotMjmDFQl21pI1IccImYNJLz3XDPi8VqBHbtHI3tbC4Ih3y&#10;ZTibWveFqP7t3Auw/ZYEqeDccr9eea0r2eOfv8b+7uyxz+eAHVZ4CDxGX7cM78zTZ86Cyfoc3X7r&#10;a+ht974Tiq0avVNfbrXb77qT/ocd/xpA4XfpmWeeoeefex6y3h1Sv3N/fd+999Itd7wefQPCLge8&#10;z8/IvatYQjmE3ExIdJ36MU4F7uMVS3fjFYBgr16+y89lZYNW8S33GqbH55Rr5fPo0R746t/Sc88/&#10;R6eQ9rxrx37ae2gvMe5ZWa2jBJ7QWYtch7fsJq31OoBc3GxQ+dPB/lcA8k3/Fr/ZICdunZ09zabu&#10;SoDyWgpSR9lTplxUHJULjMsy39bAnIpCrTvR1y+1vnYUN1MZWq+HBNpZHL1WFfJvlfcdI9gOM9CK&#10;iSYkvwgvxb4YsnsFwWTDcIUHobH0VNqnxv+yLCUT6liyHJ2lsjqhzUdjgXCqrSYBK+2el+aN9TUr&#10;dgHmjYKAehIUARRjI6gkhycujEtvcFhBE8xk2EmizmhNJaQXlwI9+eR5OnViSUhaHFYhn8Ema83G&#10;aTqy/Tl69/3HYLzLRreVSdTU40Mku+KhAJ8L1vrzOYXnHW8kIhFwVlSlISmfnybFe0cbzlSaTupj&#10;Tk0LVp1IuqdIf7UwG2KhX8O0amFpFR4OkArsPSzXvsdAUGVAESlQ4B1lj5bk7ZBCTXTFTb4SUYz3&#10;R2tszgnJ5uoIE5SAiPez9ONHn6SzJwHYnD+P8wZtJwI7uGhZw598C82AabYYd6vgydhLAqGmzccK&#10;tNIDxxkoaIQ8LXxCtOOPuUjns8VsQ158+wNmnl2gaw7vEz8tacbMiy/JaHOjjj8WsOBfd2gnru1p&#10;AxaCJaqadyHfj2CSeQSd0GrQEAEDhrxTLxqHIrdxZyDJ/Tb1Lj6FDWQ/ppbzFi4DdtmOIzSY3wOv&#10;kxmRREfByVRK6BuV+4WR/imy/Fgb240LaPigUL9gddQCFjLoPrTGhkNXaJmEiZo9reSZVMPYjFRR&#10;e53LhcgXUpFok/4mTqRd1UUyt60brqD6V3YfMmNqZHi8JOXFSiRzsoY0kNBi0xWYg+XrLNtlpib7&#10;GcK4+8LSk5BlnxBvPm/o/nC0olJuANXrq6cBVC8Sc+SaVbzmKoC+U/+I5/YVdmYUOS6f39ffdJg+&#10;8tHD9NrXNAR/YoC4S3jHnTh3F7ShJg0ZiUlK4srGgROqVac5znRmK/aC3nM+pSNGBQn1nojZkF0D&#10;H1QSy4EQhHTgYCwgYXAaT6f1rVLPPpelgY0NGHwr83OtBFb7tuRrVFuDWkokU2EXrIGe8HeLSdrh&#10;c8PXblYKDqs0JP028CaDQqEA8dJd0mQWlQ/M7GyyfJ07tCi+fWqp4KLLLEPvhubFFi1dVRPAeZ2v&#10;vQJGIbSpqyHdy2Fkj3JU+V1UP9NQjKp0AFKLl59LqY1y3XrKlmVz69mZiQTOCUCj4zfj2jLY9iOd&#10;nMcs30iu8c7CElIxOCnKdhN8nzil3I0dUKgdlMUUcOU0/aWTFluwdcgM7NOkLLP1i2CI1p43TkmC&#10;c9nvMLFaErCl097Sy65NC3SbCt2QG1ZNCa4y6BMLkDEHQVggWewUitE8KinbLFgO/IT5tcv3Y2ZB&#10;Km1WfqslxFjWkLadsbCPTlCsywB56ABQQlNOd3Yh12lZWRRc9/6JrmAhFOl8Ez+X7UsyUB+EKRwA&#10;9nGNkhis3tjGyYs2MY/SNCKDI2W4CikzPv97GQyRJd6UWSYuf0977ycQ1hUg6aRXnNvU7MTM1HJT&#10;WJjlTqRNqbsCeWIsJ9RTGkRrwFzVlrf5hJfw6GRR3m3YSk8xmkwYLoHLOHkvUF7LSmZ0fr0YusBq&#10;ZoS49nOWfmlxup34pmbb1odRiB1AIhYszODUsiMFeIiHtewD3ph4VoCm/T/qcEdks04bvyTvT8cu&#10;TxvL4itdYyXJ1aVgvCg1y3isXqb80mtc39Cs7uuMZ3EdENiZj9flJVnbZU9ltp150Aq7VYpcdu/g&#10;QanW6cm2KLGFnQzWvQyxK99NwnFFEEcl/ox4/bF6tvFzJfMZKsE+ygz7mCCuHIjkZQDN3q+99MyT&#10;1m8M+I1QBFVqBwkwz+pqZvrzcaGWGW6cpace+0c6h5r5Agbmr739LhrvPYghNVJAoWJgGyEB+qna&#10;FJgwHdeKm9h86hIQOl5/qY/jY2Hgac+BayStl0kbLzz/AlhMz8h53QcPvwX4l/Vt2RPWmAEtoh4I&#10;yuAd4esMsvBrNzfeSA1kq9UTPyaCrHcYz+N74DnNtiRrqOOeeUiGFus330n9a/YjqRefAaQHBktL&#10;/8TSt/bSgFDspJ9fHU9NLTi4j+0D2LzuhpvobqSy7ty1Q5Rqc1BX8fmhFDhjtZ3P9ZLreIFNAwH8&#10;BAt6HsDStUcO0wLO92OPPELf+sdv0I3HjtGRw4eRqLsoR1KVie4xXhII69hPRKkihaGbQQTxOZ9Y&#10;4Tox8pPr7FRD3ksCUPFymshpaeqTUs1O8mvYtNbzc8+YATPyXaN18MrymoXYDdXigok1zBbFvfSa&#10;O++gP/vEX9BDP/wmAO37aBnhjT968AcA+4Z08y2vp1/6leto926wKsGo7YFpzPgEg6M333wDQlWO&#10;wI4I3uLoY5lkxL333MJ22oXAE1b5DQaVEDYqU8V55zZ97nhZmXnsJs9ucdfGadLen7NznyZF1wKi&#10;iiJHfFj1vuSQxDko5m67/Vb68le+TN/57vfhgXizDDTU391UHI31QTk4z13mmYyXAdOmh2hNs5uO&#10;7kodJ+MmUcpWcGJ0V+b1dykFwbRHJDEBqw//xn/978oSylnxJlKvnIKpjDlpIyu/WVrRmeDGTuuS&#10;GHHlyD+3HMZUSN4wcVMSjspiJX0r+XXEbiIZN/icCCoAioFHlNN1qzwdjZ24ZZelY51Jjy+o+h20&#10;uGswP2q0qRgJyl9Jmm6e8hqwp35NTf6ZsTX9TNlXg36VDDeif9RGmTfunzx5gV569rQU3jwt4SmV&#10;680oSwXAmqMH6ffvvRN9JZJaZ3l6qW0nT8jGo6C0X4BPM0ilYv+6ergm0/aqp+m5MrGsXAaavLF4&#10;JDY8qIG1FMMFVzTklE47RyxB9TqhvbjMlGYcJ+jcAxjzbtvOvnkDbGQDSf5lE15OrK3qgTbE8mBa&#10;eqcUQj0BNGuAJxU2v97MQFkxWAA5perMqXOSdHTy5RMoEp6nF+BDsrp8TgyYI0/wZCOtBBidwfsu&#10;YMHcgc9QDyq9V1331nQFsyB7QRX6cmVqmkTcpHzBTPD5vImPBq7/RXyms68gSn3vDqrhPxKaoXqQ&#10;xdbWPkWrsvdLf2aenjvDZsUXOgwfFTXWKElR0OCYmHHGDZgY68a+yl6cpnoOGMCzTQlxcwCXkEwM&#10;UGsNPn8jpMeOV88ADD5DERpdtgdrgoLW2w4sUm/vdprZPsfZDZANsyF1rZsXHw9+8/TT10GpSSxn&#10;r1RCIfemngyZnoYUQOCMmWCAOrPZvMy3VWzL8gxmAXAoBjti1gz58jMqjZFr76e6pmR+GY0pXFFt&#10;yZD6W4pxCZHBMwG5ugPIHftOvCbllfnehey9Gp1GwvTLtL4E02akNPO01MHj0OPe01Tp07Ry/gUA&#10;1KdwTVdE/sLXjRlfLBHv9Xmjx3OIxne2BtgH2XJEIbl87inIx58Ug2t+gG46coj+5X97kH7jvzkC&#10;AHcDXpYXpLikcAHF7DCDQ4Kik6UyuDpP8ZX5u0YrGx7ANV9rZnaSgH/SPPDlrZhdGtVDzhvI400a&#10;Ky9UGZjntUEQ01puB1iuMWtgX8zrn8uSTZ+HNy4ly5asuszWct3vTSb3RbroNB+zTkBHB1QvQYie&#10;MA8lmZj9IGlsvjatp9WkeS4VzWT6bMqsUo/MzMCSfWJkCcmNXFsBCE0SQwY+SjMZh5mNFMK4DW1I&#10;950xGuXrZIEhOMcyEwneAlK8MTP68t/BZJ3RJpa8mIzwHo/++BW6CFauL0IB4jSPk9jKVEupb9t2&#10;x7zOxGQlYQyXjn/eBNDnMt9EZb8lYJdoR2Wx76jwycsm+l22Q0oHzrJJR1kW24ZClImHxadpHZaL&#10;4Jb2e1uZStwk4ilDvVrv8mQ+XhXWb1kn0CoBKBb3vy9YXW0v4DaJj7qhCK6QCeWV3v7bV5rUN7bB&#10;g3fd484z08Q8NAAwNcfJv84VAFdrWReKpo+y/UQXJC6m+rFIJYntvbYLkjg2cF+c364MH2dDAAvm&#10;4DUnNT6pHozFz5PzE/WfDkW9XTMGN0R6lNMSJ2q/zs9Omme38uT8fTZQyhBr+bPObWKkpHOUPnv5&#10;LFHh/+jcZtB961G8KwJOXAHbu8xiKtl4LdCawN7QJl+nwJWCfZnd7SaGX3mY0knrdp06uSzwS1/E&#10;SSZMNAAqlgEcbrozWZJttonLbnrrtCl0zwY7WVqnNbGoTaoqe7N18FPzA08hdmVS72QX05i3kygE&#10;jGEU7H04IEDtJtrXCE7X4YaZd2wvwgQCpyz/KqZ9L60VWv8lOwG17XE2yPFij5O99syvO/nttYMA&#10;Zwzv9Cwmpi/lsKhEWvCdtbTYQze1dAZvZ49BS4xPwKoQHPT8CZfBmFNyDBzWBmBieX2J1l5GsNjC&#10;DLyZt0PZg8Eg6hkWNHP/FEOXi+EuI3/sPINxi8fHlUF4Y6k3a9To87BIGcF+5+WXXxTglllSnBxb&#10;5YRvHSz4xBYzsgHXoby+brAdEph+/XkMVhFy4ZaXBLTkOpNr2Qa2Nw5AynBlDRYaUI7MboNJTZB7&#10;oVfXLWi+lacnuS3pPe5VRJY25qnKPU6Pjx/BI+fPn5V7hGv6vniVa8+a1iTvrgZwcR1lAANE/Np9&#10;9GR99GSrOEfcP80tLEhPpu/rC6uqS3utdZdqN/3QrzSTwE2AgdPOdmK3T4AYaaib/ued74Jcl2NW&#10;ua3jLLjX3oA0l9cQfq/V1VU6B+XYS8dfpuMIUbmwdEGC/mQFFXAzoMeGGuviEn39H/4BnJOhMDaZ&#10;Hf+u97yPrj26HzLt3WDn9eUa1wD71nEdmHE7ZMsgvg9ATNmxcxE96zzt2bOLFvHnHJiZArEY6UYH&#10;j+FKxKNGDXH5N22u6H7GEJ67qmzj8te40bX11NmT8jJLyxuCjaShKLN+dyHJ+MYbb6KTp07Tjx97&#10;hG65/igdue6w3Nf8LK2DYDUz07/k52iJ7RPhsVOZ/FdxlO7ncB7dT3+FnNv8m3/t2LHjf69lQc3g&#10;Q7toJAp+xnzSbrAJQoydNDIq/EtckXiVfE1clnUVD6BLlHhfSBZGucBJm2ieThdsQSlQc02ri5x6&#10;hlW2URdmwTaJDOYx2J2ub/ZMyba7ubCnvCAnr+ho8sBoxrTDprGJnm7ODPpJsozIhHWKJv4HAIBw&#10;8sHEwtfBUJnFE37h4hq9DEZfVc1K8EOQqcmMJpiChr86/AH95puO0mAR8sE4MAp3X8AVmaYLKIuF&#10;iDcVPCxj+AbwdevNKEOLm10xxDWmkSt8OlKBk4DekEGwttCuDfRlgKgRhmPUsAUUQxs8pbhwjraD&#10;5Tc7ZjBzmwAzAijJ5HFUFI2WMOpdEUwQZZIqV2oDxpzw5rtwDpHm50/T6VOn6Dxee2n5Io51Ga+9&#10;Ib5pPO3kSSGzG3tgVu3nhXM3ZMsDFBW9Kku1XTH1aRsNm+q5YiYeoqUoqw+jeLgUDBtvbBdu5JT2&#10;HVSS4r1JVZPsvb23GcDpxTmZIM8yUKXjyu6UA2ADB1E4MPj2bt+P61vTSyfPCmhRs4yQS9WehsDw&#10;9Wh4Ip18FLmY80wRZw8NlsOuQab6HL4f8+vBDrznQRqfP0wem8gMvDtqbDARUxM2yvO4TiyX5YJK&#10;sk43RjaFVxCez0fd1B2qf5ZUmbQ/mul0EwqDV6fRNClhOw2BQykj9JSbb52Qp8Yb7oFe5TKGSQto&#10;m8V8eE1e5CM8FD2nSoOd14DJNwarjr14QI2kmYVr8Ad8G/G75s2Sk3PXIbteeYIurj6Ld7wgMp5m&#10;PLTPzJ6ZAA3BBOCNeQxZ+NrqKwBod6IoXQUz9yJ8NRbp0MFZuvvOPfSrH5wDyFuhYL6IH0ey2ohB&#10;nnO4D3FeEciRwDJKHn35LIxaiQap8bYr7JFiZtK0zLiUFuwn5JPOpUYlSPiI+F+6pi1iY5gS+eCL&#10;IEwDGjJYEZUlmCb8E/4XCsjpPa+dYC2pv8qs1DU3TMgR9aDGrfTSUcGqGtvrBGPKlS2ls4TeWEhC&#10;YvaPc8YOSczX1p8/FP6vrhDYxcwaVOlXo/iyNN+NDjpEJtmX9VNCCKI26NlwXjop84cUSVpl3lG1&#10;EbzaZNS8N7l0VJBzsz9qVgXGAviJm9JoXQqtSEVvKZVME3QbWCXJtTTAYbPXVrQEy0y8nfAli9Sl&#10;67XFUMhpkKUZfcvoiFv47XgDNbpMoBYwbAvuSSmF2zThTCyvaDIPyqy/WPiC6D2ie1PKokh+YHqf&#10;F0bgrgsbuk1zX1fIXi0ZcqLxjTbEUbZtlcEc8TayYwrFGh9dLBpiLXLVl7hN/O0wKw2QctWokO22&#10;6cOZw5bxmsI/rFBk5EFWIcvLHnwhpQhTJ9hM5byNpqKb/6CGMDWtTNtC04Jrn0VfGrFnRkfseK+l&#10;e9u5iQY1TgZSuJa9F9uJu3Mxe9yVGEks5ZExbpn5PLmuZUaD7DPVFDbgpK9gW0tmq+mCotfe7u2a&#10;k1iM6XZIgF4GcMrMwI6vaftezj5bDtMoAlliQTWIExm45WeObro5Vlfu3j1j6RnzRahHnHZei/Me&#10;i3UsAdKbkn+pPP60bmvQgOJg9rCMmw7cHqOzZjyqHUwO6VDAbzQaprQNkc8rsxRDeR7QcC2IwZJn&#10;Dz+xoeDcdmVF1ZKwHluFSRoamLetvg5eG4NBYYMn9ja1KfXRZPUyYDQ5sYwgGhJrn6Q8cpMqKGrD&#10;SpI3a/K+TMNobz6j/B51rZ6tfC7G5pPMS2TdJCmcN7IBanNhrKv9TI3zdf7UE/T4V/B8w3Psdfe/&#10;i/aGneLpJoNe+nmZyKd9TIdSswOwJXcNRIG1MVyhF559Rvy5OKF2z+7dqLnmJOyKEkM4nZOo/s+8&#10;6vYATtbbZpXlc+tdMvSNx5+F3cpZZWCBPOBg0TJzClYtzAaCRY4/eI32lanOLP3r4pUejQ3F4tX5&#10;wDGYKmwx/H0Rft/eXSMDlTMnTkhvw6+7AwOYvjcme9NctXdapNI4U9d3BjZ345xW9W30zJM/oafh&#10;l9igBz0AtmPFoWO+Z8MZd1mZJ10l5+hKgBNXeKV2mYqbV+6UUL0Vk+2K/PmmvFcHkLVnbg2g3GOP&#10;PUbf/s536CICVPjN1wAEMuPuzW94ExJzXyOJyTt27qB3vufdUHidpn//yT+DbPd2uuet76EDh+Yg&#10;zZ1XtiDuRT7nnEa9gX7r6Sefov3XXCNya7Yj4HTfvqg+nOADrGhTqKXOKfRXagHnfp541BUn6sbL&#10;3EB6hWr4pp+7gECS85C2P/IteuH48+K/OYvzcuzmmxEucxSknUU6ir//m//lf6ZDn/wEfeErn6eD&#10;R/bSna9/I56jSAvw5h8Ph0Z0cFu/fwGkRXK/kPMyGYp1ue+Mm2oW97MLCEo72m/+zu//u3bq7XJx&#10;QIW0wHW8oqxIynLLIm3NvGAmDTR5AfN5cXW5yBc6MW+mVVVIeIy6XTsLjYgmkzKWYfLUqKo8+XF5&#10;0ux1Ks0x4MLkGBuLJk3j2s22l8FAn6d40cI70uLn7DgS40BkpwzWMdUczDPxhvI+Az9kvkpNWqw7&#10;UZvsYTcjNzNvVjP4PcCUZTA3K8d+4UJD3/vuSYBbADLGKWikp6AnAMOBe4h+/2230LX7OI6ehQhB&#10;XMrG7PfG54l9DZlFx9McBGU4LC4zKH4kdVfAOTxgvTpLsUNiIZpUWqf7eo5reT1NynJp4oTfPfs3&#10;jnbXa8aLJCZz2Exn4Dvg++wJ0ddJLYOVDLKAuTjCn2zmyhMNLsiY1s4bPLP3RnhYN9b53yAHXh7R&#10;0tkLtAQ/vHOnTmBqAoDvwglQnc9AWonpHUAdBncYo+HJIBcFB/ZfA0r0Adq3Y0D7wbLzmJoNwHIU&#10;3wVmCAoY2U75k9dNloNRYfLaaKPDDTxHyTMAoGChnrO6VnYQT31OwZchboyxce4WqWhKFaQ06ffq&#10;E9iItA/3Cq73D58O9OJLS/a9wQAak48wsoUDu//Os/Sx312gvUjouri2DwAnf+Cxgm+VylEr+Dt6&#10;SYglAfmECs1yUK/eZ2OwxrjAHOO8AgUTWesIfiYb2JSGp87QGAXG+Ow52rhwgUYIVGn4+0ZRZMIe&#10;18vh/qtMCcJgII+a+F7g42eGaD3oCfjIvyuWNYORWbG5MJim9Rwmh/znPKSL20BHn8f9OA/QF4Et&#10;A5gr92b4Hq3lHuL7UV+TWXuV+n4ye5IlHLhnItL5AjbZMUDe0UWwFzmWd+wkhc3jXEnTwNcUSO/M&#10;wn7yC0eoXjiE6ek2KcPD2hkkID9MZ8//AM/XjwDgPYUzBnk8QEEOwkmSPh4MVFLca7otg9cVYt77&#10;MHie37ZKd946S//Tf7+ffve3D8ODY452LEAq0d8QJq1n/0JmzYqsn887DIudSjdZ6u+F0dcz/Em/&#10;LgAhitINGGyffpk9HfEMY8peDZz48/T7UZoGGWpXLUgjBEsLltBwm1rv1WpWQSeRr9o0vPA3VRZg&#10;4UVmz0EpGdXngV+jT63A3xoamVvUtlZ6Wy9qa9CokO1OJG7Kf2yYfDEWkyYG1eFjGJdtf+ibJLn0&#10;CaSOEX0C0aN5NiYgkZ/RylLblUndesPF7ClWtZu8j9IANDJ4seLaflZZL7XJP1VK5mLP1n1lwwmW&#10;JEnY/HMaQBRCMm0Pmk4fFVBkVm4YM0w6oGefOUMnnz9lQyCacKSb8BkpwiLSMISLxsysjC5bIqTB&#10;gnjKUCHnSUOzNJiKriPpdhOFhiva78mE4OgmZWols69gj7lo4E8siGyFn9wEozkN7pyZTudJfSyZ&#10;X02HYZpM3EvSkjzHPvMW21ojS3tjx5A/y38N0E2y9QRu+vKYsndS7AyKZP02lm4w5YLsoeJ/qz/D&#10;tYjvAN0+h0YlcCHGUEyffamxsBrJd/UFBdKVZbXJBzT7g4WCDxS7np065VVmH1jwPExUkKLW9S+f&#10;V5/BsCrJVG29SQw551yn9ko2JpqYGvIlpxyGZT6JsTwUV9SKBi65roxd6kLfPi+tRaHrTMUzY9NX&#10;hV9eW7/lz01VvpaJwR8ng+S6J7vL+5nw4yuBPT2WqvWvS16+Bly44lp6t9nXUBm6VX748zM/KX6P&#10;rUtknhSVvooZ9nNtmmZpcJ9ZeDRFMOcKb2zffg5yU8Rh3b+EIr22CWm98R01ThpApLkWn5uQGYf2&#10;Pj4x/mKe32RWa1DQ1zsNkWtCy6AVCag8BwzikQyE+ZSyOp2BnrEEVvEeP8O8clmrawMFm7HazqT7&#10;Q+7lys499jv+twqeyPo8N4UgxALCkmcxaV8QCxuGFAilPtJUQL16nsZNy4L1yYs83Wf8M7FuPXd9&#10;yEQG8bASkChq3VBH8/s0X1NRVjj15yZurk/TxRdP0vkhS+XmoYbpq4qk7k1h9tFPyewr1omo14pr&#10;PgY9Z6CG4XAH/nXqFCTGqO/4M/eM/amkiravZKJB7W015H0XNXfDDD/UaG5xJxFYynHpvNj6SF8i&#10;di4b1FvB11D3VmMndcZoRll0vlZWfoibwZRJRmnsNO7uqnlSfG3rSpnO/N4DvDcn2c7CZuklMO7O&#10;ot/hV+MgQvVC7w4BrxzmcdmmgcyaqIfX4/COnQATOezgmaeeoGUEQ85v2y5Ab/Y0LwK8NsuENw9W&#10;Xm3SRrLlLWZ/NuAuqUhx09nt+vS7CQKHvzK60yWM01hiv4bzc/7ceToLwsqnP/OXdGjvtXTf/e+g&#10;N7zp9fSaO16DZ2WWvvbAA/Tg93+AlNx52rl7J+3as5duvfUmAeBPImF5765tdPTodWrXgbKCQ1LW&#10;VpboxReeo6999QF6/InnAFjdBAZfD4y+uXYvsOtVOWche5XdL+GK7gOfNT6tKc8ktPpT8cacp8kM&#10;J3cFifLd093CVUOoAb/+wH+iz372y1jDttEb3vA6OggQmp/7v3vga/SlL3yBhqtr8J+8lg7u30+v&#10;fd3dUFddpI9/8s/p+PPPQgp9k/YhpuC8/Hu7V03Oe7XMvisHFTcbC04KQsi9+s8aM7NPEOQ2odDH&#10;dmruLKk0Fht1orwHY7Ylw2FJFhWWoKWCkkpBEnGk/VlnKZ1R4rtH4ik3tsJHb3ZhiTQ6cWBgTW74&#10;lLTrK/NA0IZsHJvcnIgPntcULdfz4qvFX+PPo6+rhYX6fTStv1TeVOrcvDDzRGQCsTIHYvXLYHPf&#10;EQCUxDIhKzgkYRNG7rUUJ5V48/UAghGDdfgnNmFdRSEyi+nA2tIGJgYXEC4xFJBu9Xyg7z56hi6c&#10;WFXQRczMGmkWGFBYHZ+je65fxH7G9PVKmtsgflDQ+YPZJmlefK7YgwMbBgc1zjA7ize2QW3HnPbe&#10;nl4SZgtK51org8jSiZ03hppvjT69pSX6yuLUx8qYY0+IsGeOlsag1aJxGCzsgbxyVpOa+EUQPFIx&#10;gCT46lCAOvY7lIyIyu6pRg2NnYRZbEhzt8GSg7WzCN3AOUIwBbMHPYozJ2BKgCRhVVhsh7HQHjoA&#10;/5EdM/g+MB9DIxtYD6DSaKgNuq99TmLmSykMzMJ4mpkbLAX3xkwaojmf3SZ5p1aokyY3QjbqAcas&#10;QLa8jvdvEBYy2DYrxRWDakkikGLDU3MjeaZoqBggWEIiVx8fgieuPhltkxiF6fPEbCd8lh7Yeb/0&#10;upfpDa87SF/9wT30hc/Dm+SVZ4W5NYwq8wwAOwPYe7Xca2M5Lyxv5fu8dotCt+PCihNLxcOOAb+o&#10;oIFKXmaUoYmirxpimto/AHBvLbNWE5VG0m4ZXeUkV2axcnhKjxOI++rr51TaWnHh0NdEu75R7kfG&#10;/ggmE+dPwwU1+wZKMizuhQEKsoalkuwZ5aMxxJhRsmC+bgxy4oAB4IkJM2TeHJDR4P17DH7yGsDT&#10;HV5P1vk4kZq7cgKU+VeQ6nscrwWAM6zinNTwfRwK7bvhCT3OWr9Ww2JZTxiExD0W2RAXv7fP1fTL&#10;7xnT/e92tHcPy3rBIAXDL8saA8DLXvJ+GynDDUCZ+lzV2ZhfwEicw5qB48D+mgB73VBlKqTJis7W&#10;WByGHJuwibza81QZk3Nq18PFuzyvvAbOytPZMKMvcvgKe/Aw+wCJg3G7Bby4ojkemm/SnEhp5TE3&#10;pkRmFoBN6mNf1zPXWNlQtYBHZtlYYEeknByoSqNg62cljDaHBESZVPsExjmT7HJDPGfS0rH5z5FJ&#10;WIZY0zbkfb1HUtm4lnVUU4dH2VgzijcTT82XtbFBMd+EZbzCjFxfARDNE004jAzajZWhFIR1SwJu&#10;VvxzkuwbxVslsOgHTSHvHRujNUk0ZsBW09BmZB0cx3aCXmWZljYS4+FIzjPLp0bwEuLglPFgYMMk&#10;W3+cCkCbTMYrPBOt0CNLoG59fMj2G6w5psSV8CNJ/o3qLWN+Vwm+8NmCoeziQpt4a5KwsoCLmXkf&#10;jHVrVz4k38kUBsXHX7Xm/i5JT92m4j+6JkuDs1yP1yPfywGnQQKQqg4LTo8nlC+kYSXBdSwm5LyF&#10;qgh+MZuQInlUwmsKD0ln97dO0i1MTJjT40IGW7IQQsG2UqaKMIyMtZNCq2ICmKIKj7K+wWkjPmws&#10;fdP2FgVFKpXgmW9tlFFebedNwYsQ2+Unmqk4ZX/lOoMKiCO1uiYULo6VrL3K7FcpOHuuDbg24XAi&#10;CmbybueQny1nzAJjM/Gazf5S0ZhNmaVmg87KBgJ6QRtLHk8yRpWm9WoNa2rMK8MXXiFaH1YTbBU9&#10;+VWWbLUYm6ct4h5D2MQeaaXbON/wuJABtKWA6uslqX5qmRLjzG2WkScw28LgElOvBWUbyqkWphYg&#10;cXsNBuboGsnXo1OUiz1GpXU3tQqbHMZjAHAoAkaSLYmsd07tB5psjxO7zE4DEl0REiTphx2Av2rZ&#10;slSY98dJCNQ0oyyTbcbyHGhgn4GnuH96XC8mb0OrJxSoS8psJ/V7EEB5LPYI4ySHt0CvfHuIxUIU&#10;axH17zagr0lefSO5RyrzQ2Yfa/bC5vNfy5UcY1WvaI09WKtF1GBz+Oo6diD8nNQmnGTf1+GuHwu4&#10;ps4IUT1/efjbbJO9XtaacSXgGasgat7bkh9cdDaEsVA0W9N1XcO+EUZmT+Ly+sEsPNnzq5aA3/G4&#10;baKcS7kjfVDJLh+317W4Vysgz0D6OoboYxkyB3mWhBLAQCDbkzDQhP9eRtjYU9/8hpzv/lvfjCG9&#10;lwCHOfjanUfS7c7BvMieWQIc1TDVBo2U2XYxL0a+9ff1UywpsiJknB9Nvhf6LNMDWMKkgQF6huNg&#10;9jyPUAM259+D4+rBRoXZl75WgJQKZruR2SWIzS/wHjvWYTH3U0/+iPorJ0W5McJQuGHuwbkXKP54&#10;RcgHSA4kv2cb7G9IBvB14Bp+KKAw6Q6Be3IsAKnL3qQTfnlJDRWrbMXQQuCbA6VqTe1SgoRO5kDy&#10;6NFOHOt1OCEvH3+Rnn8BYSOoZ/e7XehhODzRS2/kjYXI553VYepxfGnOnTx18lx4I23UIos8CrYU&#10;f4Inn3xC1r5bbr4RoN+Chkx4u46xHQQnS4EwxTUhTqcxXZbpFyfSBGIRwNQGlrm8/rTPv6XKl6MY&#10;71vo1T7XuNmcuCwdbAzi58mXomdkloQ+smJqeWWZHn38SYDOSwiEeBn3haebX3sHHTiyh3YvoKfF&#10;875nzx6w8vbSX3/2c/SXn/sc/Xd7/yWYk5727t9Lv/M7v01PPPYkfet7/0Sf+qvP0s033ky79+6R&#10;XvE47KdeeuEU+tQDdP/b34KeFeEbuA/5uU/7GlmPLvWJqVaco63N4WKcGEy1thFu6vmOOdavcjE5&#10;dOt5KADvVDeFS6TQX9odL8gaPGRCDyYsUi+MjW0roY06nGHg+e+/8W06tOteetO7bqPbjuwVAsH6&#10;sIE10hH687/4OP3pxz9O2xauo7fcfxctbp+l3/6t3xLfyT/8oz/C2rGffuWDv4L/3q92VS4Fcur1&#10;H4fpJjCXQ6iviFE3TcluNhDdUJkrw+iazkPh7fkK3bCuKw2bKYysJ5++mqVsWU7niuItxs6UsExd&#10;0qTCUoJrgBADVLX6KqTgAyngfZW9+5pggRe1FR1FSm754b0vNF9J91fIHjT1qjDU9s785pyZlvtc&#10;gImnn02qBQmu1QQ2BYQIoo5VYGihGZrSWouXFi8ymiCbDGNJCgFh3jj1e+oL5sFeWTOJfgOQayiF&#10;yAjnZAhwYXl1KLHwnDY6hsfaHoBkdR8MvNCn7zy2AibbKSlYJFlMJlf6UERIUhfHx+kttxzDOWto&#10;wE0yW53xIhVUhuATF6BSA9E0yRBvPl7YEpMyrStY9IItiirjTjY5xnT03Qi9lhqrVVpjHitrAK9m&#10;waSbg0cezPpoYS82qnl4pAmAOJYCixsqNicOoOw3ALG8NaKjqMVbSjqWe0n8sZAiBlaipGXyu+Dh&#10;bxj8W+dCD4y92Z2QUI4xGavp+sM7ae++RQGY6vXZnEilQR/jLO321jSWPhGxNOD0moTEBRRP1yi2&#10;sigvTZyT+5p9BhqAU+soKnih3oEpDntwcOGXQL7JATkXsx4y3uHQ0/nTa9Y0dROplKGA42ZpCZ6L&#10;PgO6aw3duPg87XnnCh3ed5Q+86lAZ+HlyICcpBQz/sHG0eJPVjMjX67piFlLfixhG9IE4DpsDJfM&#10;a6Iv7EXdWyARBjjkpajr0zwo0aG3U+93o1BJU41JKf9MBMA93rgoMmG3fl59zRiIF9AQ01UH2TaA&#10;EGZqriAhmeAhGGNi5ShrdOz7cm/0pFnnwAQwOqWaw0aAa8s+DHxgPbwmy7OtVzJgoE1pk+vMYDak&#10;7cPhmiTNDddOgf2J38PT+IxnLAF3TcAO3/QENxzgOgYAMcyA5etSWYp2bzAn4Of27TOY4B2h19y+&#10;i+68c46OXofnbYCQjTEX9EjuDTYYMZ+7srhzUzKRHJXsCyq87wwjLQgowihKDKsYr1AV0cjzpU1p&#10;U0zatKFnZplPQSmuACkS78epR2BMrXOKAWbwLQ9BzKeIiohOCtlQPK3JKego5vVCQ0iUuVokp+dn&#10;sOqkUHUMv3OTkEJEnEn4jK0STa4poOuKXLsoEqtlmd43Ia0pvpO0GpJBvZgAu8xajzG18ebjR0P1&#10;7mMLS7Bo+bozG5OZmZGBwGa7kWkq821KgScq51LbAmtwpQGNwmpNAVDZsMoliZvLw7Yrnd1lo/2O&#10;fMJlKTxF2lLO2E7CXSEDDR3z7JKBlIA/3VZCbmpjLKfFbsr9X36AyoCD9LlD600YW8ZnCnnpeGq7&#10;IlXNwkhiljfH7FuVpdOy/id5ktscV0dtcEhiyiRAw11WduEm6m3XypcLL6L2GaDM1EysC2GWGLCY&#10;OFgdOXPhIVsW35MpbDlcltLnT9Ycxb2UGRRR1ptKM0tI5rFFcmJ0scOASHgWD8Iarvd4SMSP21jl&#10;7MG1XmRdV7jYuXfKxiRff2ugQ6RC7h3bY/Yu+47FTZGDboKZemXPSyhsOKqiRqLy8zq3OTz4SqU6&#10;k/LhuLkJcjThG+T9VO/61u+yBTw7Ta5GOnfeQ3ytzVrDpRT0OMkWcBOsrRbevHrRV/Lei9mnMZZ7&#10;V0kFmtjPXA4UouypGI0KE4uQvspuVmkSjWTATaQGkoQcYBBNSSMhS1yreJ/XY2ZU8dfYq2wkDIIe&#10;rTQ69Bq47Rag1ogFiMfar32HLUuZHa77qCp5Khl0Rp/S3IIM8Sj5E3bsitq1q30m29AaDfyznsWk&#10;8L5qO8mkMEp7DL9Oj+sorit5wNfk2Q2lzJk++y/39HM0Agx6UX04I0tyPcQ24aPVE/TyN/6evg4w&#10;4v73vx81pq65u6HEGHLjLP2Rn07fnLy+r/IXK3C2S5p5T0CXEy+9IMBXrzosHtyL2+HJZ2ErJejh&#10;0+Jh/ml9+JMHLoivPyKBKhvPgoV57nm8PtYp9A+ebW/GZ2n8k+/D3ByDN7qV3DzSacFwHvpl3Be9&#10;7H6spFI3BVeJl/AGcFsYBmzBwirUUtt37pS6hNmNJ196UYAYDjqcBfNRgy/a2GZeiy+/P5EWlr5l&#10;zvNxDVBPDwEi7ti9l8aPPQ6W2d/Srm2L5A8xs3NG+mFlSMUO0frSVL5XyzO6FDEwXjIVuYs/pfU0&#10;dCwFpn1i7mkYMJfnIpbBQDrQ4mM/d/oVeuDrDyAB9gU6euQGkFkQrgE1HivxeP3dDsXc9dffQL/+&#10;4Y+CgPHX9Om/+AT9yq99kK45dA363lnIS++ifYf209NIQT535hSdPnkS1xCqo5k99MY330IHDyJR&#10;9hqQYvpOwa+M7v//55cQwZho4pwFKZEo0hR3GMu/V6YgWMFgoX8wopdfELIIg/M8yWAF4QzWht27&#10;DtLKBSi78PU462kB4SVvve9dMsT5Dx//JGy+TtFHf+O36Riwkf6ATDnQE/IYVb/oI//ZuyHG0lf4&#10;Z/DydTmpdOVrbvIu9tPMVdqilgGonjZaiSmVvMzEq84mG84WlCTlrazjLZvlWCy4GfX33mRczv6u&#10;k+JEnRewMKb3MP8e23SDNY2VSQdYwpfYXmRx9wzK1RZEkN44jHU3rbwlulYJcKzzxI1fZzTSSG71&#10;5MMmCdoZ1ylcAA0AxizAl28BNHP2yhidAq38NICDh39Mq2dP04tnGvrntcM0xp8SQhCYNbIhPzsC&#10;U3D9wnG6+yYsGEzawUPDQNBINn0UHeMmsyGlqOFFiQ1Y+RgZNOpb8AG1DVVi8YzGQSjelUmfla1p&#10;6Y4J1YyWTpnqYPazsu6BwcYNMPcCQMyFeYfNCT4FSNXafmCnpNOOVTch12+MSfr6Cs7TqlNWFTqN&#10;uhlldl1lG1oAMzFyqigzkmbwGVfGdH5tp6RoHT68mw4evQZ+dgCXGKhiAI6nNZDSrq6s0wwAq/GI&#10;p3n4vT7KXkvOQOMqgxCubXCsg+KNgAEdPue8sAdKwJJKcStOPAYAsI7XXV3i9wMjDRvn/v17cI3E&#10;Aca8ZEJmIgQzkK3Yxw3X7LmXGjp1cp1hztLYzBokAJr43OvNSZgn620pwk9c6B3wgPv1Ox6kt79m&#10;nh55/hb60UMNPfk4Ct6NRVod9SBTBWC2ckGCXDY8WEiWCMz3O7OjmDnD6bnRfFNEtpDAWBS3PPX1&#10;fJ9B7hD6nOI7EC9Jsuem4e9l9i9YcPXcDpFOip8Eb5wima+E3aimwJiUihR6Thb8YK7RApzj+9ah&#10;DebwmMo2BKGpmz8i36fMIgwmXWvkHm3El4afJ2bKRfFFw4S2WcHXlnC9zwuAPNpYAcB4AtcKUmUA&#10;fwwyVQZqNaZzEVCfE7F6/LlmYU6/l7ZjYrfvQJ/e8fbr6cYbBrjHiPbs4mdiVdLd2MuH76N+j8Hd&#10;nk2nowEeFmyRPHhaV3PzpWp5UiF2PcYSRFJXhTcf++6E7E1/mcU9LdQbelySOjgUthVfG/WiDDLV&#10;V25WZetrLeCuMsxsDaSqNcHP8q31DBq2pu7B2MxW+MZW+uYKdCkWacP6mrUCkkVQSPSNSYyKjFg7&#10;jeUepMnAGyodNKBRw8mS9x4PPWp5fgKvW2DQyTXge5RUlhztRaUxjfacJsZbMk4r5G1wz8T9uGag&#10;lMp0hXGjoi85HgmDMD8lee+oXlN8f0ZjZfKtIuwh9jXEcfBkUoOmms5kLs+wXelXWDT7LnYm3ZnV&#10;5MkYIrqOyfUxKUg37ZeKAYdrgYA82Hb5HqQi8ZXKRN0JqbGbSOlrfyZOQAkTrkImw4o24ElhFLF1&#10;Fsu+KsmDbJNZfcxkEgPVyIaNPqc450CL4FrpXwZJytTSJjOmZMXmZ8ZdurAqE4A7UuUs2wvZ36w9&#10;R+n4laEgwAG10spo4Ge7fejzaMrx1gM2FsnJE4Gx3vwK1cesHS6UOR2KNZs/JaVkcN4nxnKP173k&#10;FZCYK4nN0xhOUSsjUWk8rQzUTabTdlzVDXiKmSnOz4Evg9sm7hxHrdeiy4nXBvobK3MawDatQyxB&#10;r2gpCRo8QpvCK1qCatyiV41dSorbnK+das4Wv7TnLl3MGItAG7c5+S8fd+kvtMVc31EnhbOT2JvB&#10;1dKOp30ekveYDIXbfJeuDUNxikKkTqhJNC/C2IztXoi6p/tWih7KZyFOeCCmf+P7PCUy261L5mmp&#10;ibNOBnoMfAw5dcz2t5ZlFLMMkBkSjf1bM+Yasa8SYWfMIB6p4t4bAqxb5/oC+wWcfWk3vraT2Wai&#10;AMDAKK5r7RvsuGW4rnuPqBmCGL7qtWo4ZK/1PHeFn2qioIXk+ZrZOiXbOJ0yC0Us0uzT+uwNVO+x&#10;/7PnMDVWAWgdIrJ4r4FRqspCDRu0bxl7HXrExuvrcE3KACiGwUN87gsbL9L6t5bpn9ALLN3/NgzR&#10;r6XhQQzQ53YqmMjptqXtwSYYxV3CGXOS+DKFMcPJyHOzQr4YwM96Dn9/9tnnkG76EECV66Uu3Llr&#10;t6UYewvicpn2IfcPA5JQmoy5JkXir5tdoMGufTT+wT9Shd4pjOHlPOBhNQC/i69Q+ME3iCDVrG+8&#10;DToh3A8D9kzrSd3cJBbjlITe1q1qWhjlRH98Gac7Wcvs+s9DHTWAzHYRw/bn4V/41E/ALkNC8Q3X&#10;XY8h9CCv63VdFX6Pl4cd2rZcQfkxhvVLSH49CTB1ZXkFNg7XyrOk9Z/PgV9xco/7hQBEXaDuSkDk&#10;NPh3Ex82hs1rN59vtg3ifmQ0brKSUZK3zY5qgAb7jW95C0I19tDnP/95evDhR+nJRx8GG+8eGvb7&#10;VJmX6E6kGc8eA2vvY/+CPv+5z9Af/8mf0L1veRu9833vRO+wnW664Vq69vAR8e5Pgwu+dszu7LH1&#10;EVswdeDk+Kq98uJVQcy/ALjL8BchLUVLBsffx4ax9OU8arAp4xS33HQjff/Br9Adb0Av1r8BEuol&#10;evDB79Fjjz5N+3ddT+/71x+lY685LCneleNgmYA06V30/g98AHLpXfQXn/oU/d///s/oX/2P/4YO&#10;XbddlAU8oOj1XbJ7fRWAdHx1ctwYpzl8/oziT9yW1n9X85zWvJm62O0NyHwnykaIkvzW/IgyLT9P&#10;PXhTHqr/VU8Tj8TomcGould467g8FXTFBhknnvxYmEZTpzBWjy1JzfJa4idWYCyS0srJcpXTuzQc&#10;o5IbMpiXoIDJAtLxAxkMgPIiH9b/ZipqsCJuNOQFAy3h6go05au2GG9IEAMDQAtgnM0zywpN4Qi7&#10;8voLx6kGhXf0zIt04eHvwZNvVdJDa968cWOe3j1H55q9tGZFF08pHaYwYTSS6mu08RjddvgtUILN&#10;yA0vbB2bouqoTgFMBl04QTWYByFJCq6zDTH5itiPWHHF7LQeBzxUGivmo7Ixy2IxpfhFmvBmYmUl&#10;WIcskVxfOqHG9hWn8M4h9QlsP5wLTtji11sf9mkZzJYagOBYmGIQVNS7tLiNrRfS7KBnUmIQBZeR&#10;bLpwGlLZUzRfqbHtPKTCJLJUTlHFuVlfwTVbERo/S3uZVcYSUZVmtd49LhbHQ8kXMsmIY74XmMEX&#10;2V/PmmZR0FVaBHPxyOm36+sqhdmJ6zaYm0F8ukquGCQUMKhslqWF60kz9cOH1xXMGhUBwMZYE8YR&#10;gyMIhti7BxBDT2UoFcsJ6jWRZR3sL9HBY2fp/mMAjft300bcRScvXkPffbJP//wdUMWfeIqWXnpK&#10;PBEZxGMgLtp1Y89EL0V1penWrkiFDMryG0L26pa1WB4KgF4rcD1aN8IQs5gG2nj1MRHEtfRIGBaP&#10;G9k4cQQA5RoGQpidV1dSmAZjzorHDopiBtA5YESYsqRT6pDuZfx9yM9hVCyNvSuJAXQwE0XXz8wV&#10;PGvN8Dw8Hs8JyMf3wnAM8NwhhRhswtqpNDtJ9SgMzAuDw05mEKqxA/T8G+HFsYvuvnsb7rl1OoBz&#10;PqjW5TwEHK93+lwzP1JkdqNYsJooA/6x8ASjLNgLBeMqBQJRZnK2Q4aUPutarzbbIMvUxulSiDTt&#10;GRnDY07BvqjgnTRwBraJWbgUdak5HFpgQK2S/pzQq+u6EqUbYYsWcYmFdiZ203VdIfjKbL8ynCDI&#10;+8XcAJWxdmbPQE32QMvMMgHGkjdaMBlpNBZTyD6A3rH0askkw5BbiA/gyP67smazmWCMOStyoxgi&#10;6+ZSqQw2yd3i2CSdI23EBLSsJe24cUMDHUL26xNfQJOX5cREHhI1JLJQZvYVeNZESnjspi5OqTJK&#10;z6w2eKPEHwoAJHuKbTF/LINCCvZPmp670uMrhwm0/99WMyGlBlw6EUEAydZ4vmXllWEJMcs9bdrX&#10;qWRcEejrOm1XGQxgvrt2LpNJvq419t7BGa5dMFQFoDVJb7zy+W0OyzAQSrGW0PlcycM4Afp8X1RJ&#10;RmnNmHdlwnBsgaJSXRG3/jQt+DE9mdWZt2vp8abWKCr5TuFewZj2VUqFNEBHaoWgEijxcCWfgaK0&#10;lySWVysv2sywSEdTdSSoE0CmozbcpKg7CtJptpTxm+RasZuam03ZXScwIqUqJuZkOtZYSvQuexe4&#10;NnimlO0Uj2DnVVws5D7pS2FqE9vm/BbG+xPYQfa9LpKcKTGgN2WGxs75KBeCTtBJx4FwehsZYxHc&#10;4Z35nkUzuO+mQ7fgY7uglInDkSgn8wYDYntewT+xUYk6MGQWDAfdSdpuSpwu0owT21/WDgs4YKAv&#10;qXdEnplqwEbZJex1fbEBm4TUiqTGcG+WGdhsQyIMuJGJOtMlji0P0gU715UmuXsbHBfx89EGNZqU&#10;63KgyKBXhhpakF9rDlAgH5NhhhaKQ0l5RCJV87ZmJosk9QpWhiJn7FR+KDYvPqi3X+NVlryGc9Rn&#10;O5TmND0NYGx15SK99l1vB+h0D51qziBAYEFquHZfMT9Gv3X7azOAqUb5bgtTP74eLFuVHsSG7s8D&#10;8HvueYTM9dkjtCfBCH52Jr9utv2MWhM04leOYTQyEYZ4mxGn/q7eTfXTqMlPvQCywRncD9i3h1yN&#10;n6aNp76P0gley4tvxbXFEA6+yxXAnmZqkE+RbHVZUKCQ8lHc0v0we9Da+sOsO1CX6CBAIgY2Tx4/&#10;juPp0wGEisyC4ZQsJq7Ucy2F6/Fn3kBPtAqPvnPw6H7qicfpLP686eZjdBSA1Y4FWENtmzPSjReS&#10;Tpxmfxfdzz35IcZJx9ApiGBeN/QGaGLT+gy7sk/tnigGirkvEkIO+g8O3RhC4cO+kaLsAV4xB/9E&#10;TsU9CgDqt3/n9+jiH/9f9Ddf+Guwy6Dyed1rERaxDT5zG7IWbQMo7eIO+qUP/AqCOvbQF7/0JTA0&#10;F8E6u5e24T7dBnCqsWeW1X3eLC6YjCLDESamjPUz19VPz/6K9AtGZ7cIvOJfo/V1Ga7w+V5eWqYl&#10;PtcjPtezNLdtmyRRs0co/77/ne+gHz74EH3qP36C7rvvrfTII0/QaM3Tf/WB36Rrjg4wfNiBczmP&#10;+7ISogqHJY5xX8/ja69/05toz/4DSJk+K4MgVvfwteQ+XQCQxr+qAI3pASN++mI3CbBPhlb9VNfF&#10;bSZU/5TXuFZZn7NEXt+2FIVHX5wweU6LVYxtBDxZWEWKqxc2i0xi7HtNukLe5eJI/GGCepC4ydzg&#10;kMIyqizBSt5VAsbE1sOgpcy36Xy5r3TeqPWWrMUTIgYhU4GMr/UF3e9bkm+lU8mxgjDM1lteW5Jw&#10;CX6fISd+cboVNpTFHUhZZEBrBP8yTEsaUHfpsZfpAmjADVh7zWk0ocfPQO4KEKFmhyrQU9n3Dzc6&#10;TxbBIaHnwM4Kqwp8OAHsnMnHAEgCzFqYG9OhHZCLkk4H2MMniDzaycIsYC1jdbXKq4OZoLKRhyjo&#10;xHMn6pTUBvdVqKTBYH+DsQCPmjyWks2SmXQs9Olpii8JhDLFHclmPEA4gqtQQAWkx45maO0svm99&#10;kSInv8LjhCd3WNpoETTceTD3MGCSgBHPAHAh4+Vz26+UDcMN9mwPQRtowPYv4LpU/J5oSkZqorwx&#10;ZoAHf66t0AYYaasImWB231i8/Xri5dZ6GZmnpNtcVCcPL27QJXWwitYEJgk0qfE7N/5SkWpAxyyk&#10;DjtBwYvmoeXkXDaaxFZuOHzuMM154rENevrZdQUGzGfCFRW2gJe4z+bnRvB5qOR68ms1isHSth6L&#10;cyE7kYQtTCrjQwiP2E3XzF2kY/sO0PvvOUL//OQiffMf9tErLy7R+RfhdwiK88Z4PSe/8vlm+a+w&#10;/ARAYbYeP+Mj801ErMfqSUhhV4T5IMCL3TPip0eN+cMM5BS5miex+yCh2INHR02veyIJxqYGOe+a&#10;yFSNj2XPWn8URAYd8bmUkYY1GVNZrkJ7EqcOkJCbcXzfmBN3WTa8AWnu+ikJ1WDfQZZYNijURpzu&#10;nIt3XHuwsWpLX2bQmTeIwcwC7h9M77c7OgifjDe+fi/ddedu2o1U3R3bUPjh5wY1+ySuqwzQ434S&#10;ecUOaW77OO+yggH4GoGRWvnUuPQULOJiE1JhMvZrd8V3E2ylIp3cZIe+8CCZyKLoDo0vudUHSwZV&#10;4+rcV6K6r1Jar4UcCOglYS9RPddk4uaTc1wBitXWZJhXTlnF50bEtwlXMeRwJcqAqFkG8/0Vk0wx&#10;lDY/1hQLqttK+pIxPHsKeg36SYwtBYIaigX9MUDGy4CfNnvLWW7szKcsAToacmESUGNkemo6VHb1&#10;5UtpuGp6rs+/SZltbQhJWmTAWFZ0RQXJeXjA0t3kX8jfL8OYODGZLdg/bgJA2lSzFvdXm0ybzNjb&#10;odjk+pNDXosvBks47TKDuvLdWIAELhSpii5OKdBjIemdDpQoxt2u9d75FqQoGHCusN/wxcApdhiK&#10;sbM3WRJJW4vIzWK+dVkebbYfPvWuoQXWyJsM2Clj51IQzzTyhjHx8rmPpXeL+vEldo/z1AVikwd/&#10;VHsMKhhvLcuNMpO1I59zhUNU6cNYdjzpZ9mbDGt+Y4wGBkJaKbkyEMQrNeogwxsoZepEYyhzPbQu&#10;HrSyN8q65zsa1BiLDx4LaW5+Kl3h37xF2xw3t8wpdKWT7Orc1kDcpDFUyawxECqvNSVLsJAcX1os&#10;3B5bLDz3pjUClP2/qBN8xEO5zWyA2AaTXIWlegb7eP8y4MultbsEXBx1bVlspQ6XeB9XyH5iDtcj&#10;82J1udZiu5xgAXulKXt3QYsZoOO6o7G9i2uEunjm5f4MzpiwXtZV/hm2eMkkgwwChByCwqAjq1wk&#10;qIN7Axk4osbrDaTu6JtHl9zfeM01KEku4tmbQX0xlmHPEs7HELVBYyyvJNFvivXOS40hV7tmj1sk&#10;bQ7HreDJsFXxKuYhKCaaGyM9FrX/MeugvKe2gyj5nsply6ByzNOE0JH8S0c1IRvu9bWuZcB+bCGF&#10;rvE56LDic4rzsQAv7zWoYhrUemsYnr708A9RMoxpHsy4Q4duFEui7dt6E0iw2yRy79hvhCm3/iV+&#10;CQnDawI4+13Pzc1j2O3F+/b4S8/Siy++iLrL0T7YAzFjiMMBdZyje0SvSsfuxfudWVOuj1p5O17j&#10;uqO0hvCO+BjumxOc1LyGPZh9IQEaj8+TP/4oxYcWyN94I95jpyrM6rrdVOKraczdFiYAceuAE1uH&#10;WGY+v7BA14PR18dzdOKVk+KTvQdsxQUAJFfzy5sX5zqAvldeOUUvv3QcZMaL6Ndm6ba7jsL6aC/I&#10;E5CnclBe36nNUvC298afHVvs6lS8m2+xSbh04t9Gw2EOlfQ5WNNtMtVhssM6QKjVlTV69OGH4M33&#10;mNgB8M9wWNX1N9xA1x+9kXbv3CYy6v0HD9KHPvxh+uIX/4b+6rOfletyCN5wOyErD1b/sVJp7969&#10;dM+9b5d786GHHgE4ex3ddNMNAA/H5oHozMfXWxipM1Y79yiNyq3jzxAp/S/gFwNvG/AN/fHDD9M3&#10;v/VNuY/XVtfl3/bs2knvfs976fobb6Ld2xfouuuvo4997PfoD//PP4IP3x/T6+64lz70UbD5XrcH&#10;uMei5ByIDZcfiVJwbWmNzi2fpt17diAsZUZ+/vB1N4jdmvbzplBs3H9uLTNdZdT3JSN3tmIJX+0r&#10;1yM01n0OskhTT0uUDQZohVgYN7uYZ1LODEOFXm2bDaPYqZhQH7xaqZz8iESVEnJwQGaXBS0WNGxD&#10;GWuNmHRzwCmSk4YjkVGSTJudyWytZa5qA6Wcea4p+yQY4FhbNTlKG2PPG6uw0mQkBlRERhjFoH9d&#10;vMZGGtzBHxM3rCRAYTOfBYNrcYCHFJtjxTHxZ09RPPMK4t5fRLIpvCDOLJM7cwEGsevCLGJAZZDM&#10;wcVKRxkFwm6yh3MGN+RFHPZx2Jut94QMhc0W57Ay3Q6j/7RCb732OpHHruNzSLoje5yJvJTkOFSa&#10;pkBfDfDmIgCx+T7DLkj75LAHlpESeymO5Lwy8B3xfX2AbxtLK9jwo4A7/X5lgSMxFy3KmKzyvaGh&#10;JknSUQlLzaNIGiDcoI/p2CydRwIwphjw2Kuqnfj+NVpZqeQ+qCRNC7R9Z6EcqQPNbFG4YUm1MFLT&#10;YjzckgsKcGmMIg0KWkxjziHZiGWby2BVXqQLAFOXL4LRN9oQYKKPY52d6+u1xflziVpsDSA3VCLZ&#10;5hTgsRoGM2szBZMEk9DwpIfxQlcNxQNgDW++AknxBlh8c3j9Bfgz8ELEn7NKGhjXSFAK+8FRUIt4&#10;9vv64eND+uoDF+jiRsidYu00VIFBowgJLRc7awCy7rljEa+xKmzLMFIGyIxXYGHQQ+HKz5vjjeQ8&#10;MS7ZC2doG3xn9sAT4oa7d9Ivv3YPrvlBevSlW+jLX3gW09GTdPbMEq2cxfS0hi8CiigHufCYxibD&#10;qVpdHDPqQi2bHReDPEkPngtuTkBeldAClkWugilXuQWhwy4BhHOn03RZmbYzPYC8vYFMvetqTs2t&#10;cR7q/jwYmFp8jsf8miNlAfeRpAZgdyQsVg0CqVcBkC8fh6fDS9g4zuDz8fcDUESxxufY+Vm5dWQb&#10;ZaA2LsoEaBEpuXv2bqcjh7CRXLtAN9ywja49OiNfX5xHoEqt61DfLekUU1hd5ndn7LEBk5J53l9F&#10;CxJSTzyWi4a4YUlxTesXIvfUWuuZ5WVer3I5K869yZPV01yTzAXkZv/QAfsiAsLE67HqvknhDerA&#10;L76ClL1kVAIYvBYPnIStzciGeQ3NWNpZY+jIKPuaKcYQsmRUAbxhTrcVX0Vr8iU9Wvzp+D4eiB8p&#10;nysFz1yWXbpgSZxyhxr4Sir1UzBvox3q8NPM5w3rUirZhfVn3UHtNf06Zh2mSYi8Do00+TcNo0YZ&#10;OIzGbOAwAPb+YQ/aCgy/kQyxhgZWGi/NeUr5Abo2jxQKjxysMuZVEgwQTibci+9ZkzV7UG0ou499&#10;VAUo3xDGJ9nAxRlgGg1FipYIzKdgiHWJwZMe1r+FQVDm8Di2cXQ54DZa+mnXf681/Q/q+Z8+f5Y7&#10;u8xayowSC8yJKfgqQXCusPT3wYDeQjJp05BQINYu2H7gWma0I9dJa46ZtBNzCiUV8sHc61cpnMO3&#10;kk9rerP5ehM7XlXRmngqQzqEOWcMijQQ1AhXBcsMl3Z1yMehQFZi5sau911MjbXPSvZyuhvjdGDJ&#10;FY2aMtsaYSlHM7P3pfedL4gJYh4d2oRSM+cOoU06jglsdm0IR0rzTQENpf+nneA2aCXEjmeos0Fn&#10;MK9YPk9y7zI72TcC0mgUjNUnYZQT7LMnoP3bOBijGPtTH+t7ZY7BAiQ245zInDLNYgFntFJ/3f8T&#10;k0kYUDEFGSQ2YevL6BMbOrH9ousCjOr6L/uJK1hRST6cidApXbyILaGUpOy76dQtm2fCjTt2+LUd&#10;mbArjSZdK5tVpk0obEUSwN7Lz7eyql0xRAkmuXYdxkEW+cZQeJtS8TliBspDChEpgkscddmx3CA1&#10;mSVn+4xTLrMOBpyGAyR5LaX11lKH0+cIlkrNARnNuFWcOGXdsb+pDOZ8oRCSPUDPUW0ffxiD+fl5&#10;DZdwre2K7NlOP4+TIMBGwuSaJMfnWtiSvXVg22ttDgT8c7JPjKPWOBoi6OjskL2P52kWoR274e8b&#10;cLA97AlcJ8xgb5eQMq/XK5qvoNQuCLpyaERR8gphYDh0AkBwjdaXRYADA1jGBjCqqaWGYsUGs1q4&#10;t0rp1KG0s8heiGrPk489Kju60QYhD7H4UCXgJwctRQlcGHsOHNkQAHpjqKACfwINxgsi4+XnbMhh&#10;e3jeR+EcPQflEauWbr73LXTLrXeRP3AYg+2e9BleMslAOQixTRQ3UCmPMjuDoK2jWdP6FEy+LBYI&#10;HKSC87IAYkONXmQO7/siSBMvPv0M5KenUcfdiKHtdpECMiPRKohsWqjmGqhQAPBxkzPcg88KSVBv&#10;8e3kHsJz9vJzcD25KMNHeezX8PfHv0Xh/EvUO3YXbfDzCvbRAOQNDidxti+QcxNYSsvELI0GLjUa&#10;SN5sLfDuWvayrYf8vM1i4M3hEUfQk/RffhnprqfoAnq0664/Cj/p7WLhFGOxPzJozeSIqD71jah6&#10;EPiIgf2FcxfoOF7jZaT9zkGBc+jwUTp46ABt3zGrSdWwtJHhREj1GU1hYnfZxh0bi46p7mVTG64I&#10;q0rsbWG6BxskObX04f9m+Wc90L7OYfjOveALLz4vPf61SG1dRF/G0uc0HBptbMhrr68tQ/kV6Hvf&#10;/jY9DBDqXjDwdgOoG6IPfPKJx+iBr30N3/939Gu/9msSYsIhea973V10CMzK7377n+gTH/8zeu97&#10;30e33X4bXbN3N0vaxCtyG+qsPkgf73vfe+meN71ZSDwMPElQaSyZXU2buJvPVUU0ac1den1eDSg0&#10;4TXbiXuYeL1Jh3FP3feMMW7pxVfu5OndxbYtKPOfzzfHni+BSfqZv/xr9ILX0ft/CfYA++bRP6/S&#10;Iw/9iP7oT/4Yw4RD9JEPfYSO3XqM7rr7tfS//dv/lf7wD/+QTp9/TogdPh7CCyIEs+kLVsD2DWcv&#10;LNFnPvc3tGfhGnrbu+6lIyzb7c3IehZK7boEtcbWNiBuHbQxdaw7hcXnpjD/vNVeHcuWsp6/Cjiu&#10;cpvVGMmFMrpSJba1pP1KnrWagZ6YpnOFHECKwzz99NkrJUW+MyW1/XBFmEacBmi6wrPJmBfmD5ck&#10;tomKXgn7rjKf0apjSN4kRl5V5SLb+9oCQY0abWClFtyNjZoqmkfCVA+bNvda5xGw0FyE9xqYYVwo&#10;MPjO6V8VpmJzSPvs4XW2Q6bI8Zhr51Ak/PAnFJ95hprnn6F1XlxW0cQ1JN83w9gOezU1dpy1fd6Q&#10;89zUXJhav5ZkzcV+bxsoMjxLzlAMxL55NDSNFfQoOgb9bOQejdahU3cF+VIaofdp2qUsAgYFJVlM&#10;fHL0Jm646a81XIWBLQ5BWFvbQKT1Kuj7YNINTMYWtAjRtdZrn0bW2CYmD+k1G20weAOK9IalXII1&#10;2Mem6fnnOVGTPxf7wPUHRdKxSgnIZE+poRmPjeXTKNjEIQ7MqGwwlRuuL2NCcJYunkdYB4w917CA&#10;X4R55/oGs+4qkR2wN8JmVkXMjJEh9ygsI2VZa+XUB6NKCV8pNAbnoBIzMEn1HKFIXIa8dXWlkU1g&#10;G0IcGOjTc1T64Xgp/kaQnLIHxxr+7dRyRf/4nQu0jHPTMIASNS1Ik+sUOAjiLzem6w47OnQEbMWo&#10;xV7Vy6hEfpYqdi0Wz6NGpOMNywohP/UA/ebjeVrsYRqIsIzt1y3SHf8K0Ovqtdj0R3T6OCZgc0fp&#10;kdML9M3vQ/76zGlhom5srGsCMk++IZdgicdYmGxOgHCHY191K3jPVfw9qBGu04CQHsBcMcL3KUQh&#10;igx2DcyPOFQgrbZ0SqnqAJpyDt2MX5DENT7Hfdz787h36sFIDKGlgG04aXkJ12lFntvKIbHN7YEE&#10;vC9rR589KSEn5lTHnbsGKGJm6drr+3TL7ZA6H2gA9g1w/odSKPfhQTXLbC54/LFMpzKGb8Mgq4A8&#10;YwXEEl1KK6gJP61MHeqEIUTbwONErH2MLjOhWxlIbAMJKCSMIRGCVGZYeKY5a2i9b8MzXLHJOjM3&#10;aguHxt6jZxLWQixnvnSa7uk03TXJZKlNHy+3jAQ8RGseQj521xnjt6I8b0AgdcIVWsCqTbHUGc9w&#10;s2jM1pRozbszuZJ4mTll1+p5qDLoKA5kzbrcuwpu6fkNcVVVoOZ7JuwQb+m9sQVHEoCi6YlJ0hnz&#10;eq0EoJFKdO04mqigUOjo9qiQ4ZbC0jaoRZnDzEzeQiJTyLenVtw5YOhKfMQ6dmKbZ4wJhcnMTLel&#10;/DaXhrG4tpkx7TJTzdl+JSz96FtAw1PrWxkLDpGk641zsEW00BZfGNuTAQvpXogpjtG1qdApvMJZ&#10;AEJ6jhUwiIUP5eZqyE3IFt0UY/ZpBVV+1pMHnPMtezDLTIsgFVeIWEuGazqf0bfpawUTKk6aWJYK&#10;i67udMIvs3vB4+T3xuRZG1Temy0FyqOMm5wXYw5ICRrwhfoo9qJIJtULr5YhsXixVt48cbsybDeF&#10;gxebYEFpWvsJY6xohEIKfkjArisa5jT8dSWI7DoFfUxMMxezFUPZeIVMX9yCijLxwS/HfHE5RdeO&#10;w/nOS7cAXjPBDUrAXSsLnJJzMrXo7wS85GvntnQkipeh18SUgFs8P7FDbXUFY7ula6cAP73vVXkT&#10;qQ0XSEBdzP62lMP70t7mSm9b13WPyO8XW/biJiq07bspzTKoqZ29f6OEAgE4MMAdqVR3zdVS60XI&#10;KasxgD8e0AEwq5iVLRYZIYPeAnbZXcCvwxJRDlfj+jBUCtrK+lMpw44Hh71anJ3z/l7K9mPneU9J&#10;2+1VCmaVlPYutaBxHRl/m0VUNKPmvy2e47UOeNS7GnWU+ZbJqI5LcQ4RRHjgCz/6AQboK9z6QF3D&#10;dfx2GiE5dn4AwsEagvFma7u342QC00/FZMkNKbr3mTkGU3aqVySkQCdOnBA/eEAA6FMWxVM6M9Gz&#10;e4XLoYNSJwI4G6GXW8eQeOb2NxNTEWaOP4E16xT18dxtMMmhWabw0pMgcYDQMTtHy7v2y2ozgCpp&#10;FLV28K60nKBLMHbiZaMnLtmRO5V79tA7LIglkCZPn3r5OL0CZh7fb9u2cSBgz2xZSEgaumtGkaUy&#10;aH/uLFiaL76AsJOXhFV69OjNCIPcCc/gBfz8nLBGZSiNwbCEjv3CYwwuD2Y1tq9mkoat1w0uxgqs&#10;s/iZYi+4Nah/Hv7Rj+gkgjU+AEltXV9D28W+qhZFHhN4zp89S0uQk74AluiDYPXddPQ2OnbbzXIu&#10;uT48ePgg3XbrbfSVr3yJvvylL9OvfehDQq7Zd81+8WR/+zvfiaTeFfr4x/8DfeTDH6F777+P+lBu&#10;CNsSfRDLrPu4d2Zn55VhWLlcF1yp95v7/0BMR7Q9sqrqDPJbdrsEH22AOfnMTx5HMMk5OnPuNNaq&#10;Wbr/PffRTbfthM/eojy/N918Cx1G0u4fQSL96dGn6GP/4mMiVT922230B3/wB/TlL36ZPv/XnxEy&#10;z7Fjt4JEtE2A3+OQ9X8dwSm7dh2lW++4BcD3Nq0JpQ+qaVJ/f7WA6au5i6fdxz+Xt42XWFdcCzJe&#10;yf1TyzS0NHt0zqZkPm8+PqfOxcKIse4WWDldy22OJ7ZppUtegKHJ/kbOknbrBNZRu4inzyZTax/z&#10;pNmniWlUVNSZx4ymy3pLmMXtILFTQ3nwz184La8n3n1YKDiZs79NF/Ma/91nJtMrZ2kEKa4/DQnk&#10;iVdoA2w9j0AND+PIHoNPXhmDC0Kro+w10ueGo1JDXP5Msxzfbpu2dy1oEIRal5IgMXEAvX7YNzkZ&#10;1dkPgyeSIj1A834KiDhJAm+jQiSnkzBt+J0AKclPxIvvXV+kvZEnNxg5MrtD0l0ZYCH1QNHkWEyS&#10;ILEdY4fYwGa3tLwmQFhffDJiBnXL/Sml4EmebqBc7KwDNFpeAWi4sgQ/g2XR1M/Pw7cPHns10HdO&#10;2mHQUpKQK59fNzX2IckAhU4ehJ0zhD8eF4jMwltZOgePxCW8z0X8uYZJ5TqtwKOPpRNqMutlM6jt&#10;flG/yXYqLEEP+D0aabPJx8hMRrEJcXoeJcm41vtrMOuFYT0EkHj+wpguLiF1GEDo/FxfPj8zqqTt&#10;8GaQnCUNzAbtCWB3aqWHGPYNOn2OHVMqgz2CjTMbkROwaTBXcAsLgW44wl4Ea7p4GUuOm4EQWqlW&#10;RUmuGYRxhzEm3mtdFJl8t/T5PIC9N+8uolhdoT3b4FMCuv7oWjDh/DrdCw/J33jbgI6fu5WefGyV&#10;nn3iBCYmHG4xhI8FPuUrKGyXUfltNEp9R0FUg8lHklZF6jvRaGKpZzkEM/cqTcoj+axR2Fo8KRZ3&#10;GQFEh8IEqTBlZjbgEKBkHMPvbw3sq96q+HkOhO01FDYm4qdxbfC+QNF7s/sRvV7T4s4F3EtILgO7&#10;9qZDA9q/t4fiZR0Sh4jiL4pXpuNAjbgmjDQnkjW+1PicYVYhLqT9cm81xprgei7LRjPoYWuZyjaj&#10;sbVc14/B+a5PnyPzyavlfXVtNE+fVmxoIEBTTIGD7JJcpPXwQTeCrp8xOGPqtdnjbbfjug5lnY6z&#10;KTyhmgzGtNLDIOuHMzNmYT/Y31OTlbxX9f7yWY4bTSa8eeIVOqbUMctnC8cVQTLLFEk9RgXuXEeG&#10;GU0q236eJntaOUrsnJEwAykqQB0NyNM+0zyj5Dh7GspCPltNRLdh8siQN1GVRfFkfCQAdhOU6eIs&#10;jTv5Q5VgKF9fV4T9ECX/HdfxtIqyRtTmO+Vl4svhNCiLOjCTz3volk5IBTvg0hVi1+PDtawEt4Vl&#10;+ARqsUmEVLB9KE5Y97hk99EO8rJU27WuYzF7VYbOG+ve6HM6rwDbofB5y8Cw+nmWPn2+CIGI2Qus&#10;9YNMg5iUKh8LZ2A3EcpAOUN6ikx3quH6Zs++GNsU0pTeKeC6a+XsWaYZC/PBDO7HjgQwJobgJIBX&#10;TI5z/I+lepQeoe33xM2yO7tOCuQEBWAtlTydS1faNNm/tanC3vY8ffZYfSHrPK9n3GjxfhDSs9u9&#10;ozxNsvLsGZB6xnyhx00XqiqOoxMR41zhDRgt9KXuMI4yKJW9S9Pa6Vv/1BbC2XyNs/+lXhSXZMoT&#10;ddEk+qaMmZB9qT21voG0yffHAC1XhPUYY9cVPneX8gDbqqHuqMyLgcQm9oabIhEyQMeI39Zyt0B2&#10;qkNKDz8Fghurs9WcvVXsjGwYHEwNlIak5qcZqBMkl4cbZep0myVof8bMOO2Au4XVRDQtOvcFGhRo&#10;8tHEqOVKBd+3RkomCBjwDsI2sVCRHA6cgxkJeBvqPV3Wrgaqcd0SalMT0VgsbnR/bGTdrjzX4HoP&#10;VT6RJ1yxZsXOcCwdX5ikPDlnoSHtcEYIEy08K8CmvH7UlVISSHtpZBhM5kYWHBBSVgqhEoPaCHVf&#10;f41OP/8YPfoAQC945d15++20i/bTOezZe2a1r46bPOlcJ538Uqy+y/vNabgjg37b4KF27Q3Xs9QG&#10;4XYnMfQfYbB7VF6PQTGRSCbGrIHMWSZeqS1CBaByuGc3zbzmbqn7xs9j0L+BGpRLTWY147r6s/D1&#10;e/RBmr35TtSnYHyhJq0gEyTznK6uFJK5rP7VXxJqj8Zq5es8g56J5bYsFz0B8G747JAOgBG1Ax5y&#10;wlDQK61r+Zj7t2UEHFwEMHqSLpy/AH+0HQKkHDiwD+GJ7KXeV3DeUup10P2fBTa6rN431drBzNW9&#10;sftWIAdl1tj5c2dxfgDewgf5DffcQxcuIHAF50vWkxRLbaSgNRB6/u7vHqBHHnsU/ekqrHzuB9A3&#10;AxmoejSzympw7RGEPvwq/dVf/T/055/8BJh67xMGISu4FuAV/453vUtAve989zvC3nvDm+8R8Gqm&#10;1n2EWwa22JIMgCrFzF8dfOeMxUX/BafsSqfRNNl7mId0tYVd8fP23HPP0Ze+8lV68eUX6cC+w9Sb&#10;cWDozgpBg+85DqN5wxvfRP922wJ9/NOfok9+/OP0oQ99kG48Bg/Jm26ij/7WIpiWj0MS/RA9/tgT&#10;Vms0UhsevvYmuue+d4IVuF1ISnyex1AXjIeqhv7FeRPGKwBq3c8hpTdeAi12Bvhd+r3q1F26wjg0&#10;HZI3WYQWLZT9VjKV2LnExTDtvC+APteZWHQmTsbAE+aeNV9ivmsTXQGApAisDVByJm//f6l7s2bJ&#10;ris9bO19TmbesWZUFQqFGSAmAiAJguDQTbLVVMuWQg/dUtNSh23ZinD4xc9+ln+AIxx+8YMVYY1h&#10;haVWqyWzu9ngPIDg1ABBkAAIAigMVahCzcOdMvPs7W8NeziZeasKHFo0GRVVqLo3b+Y5++y91re+&#10;QcMk+Gu9JePyoTbmVFhmbTDVF8Xn1JLPOKBiKHJXbJ5IxA34uhEefnfmJMVzlyG/fY/8O/znS7R1&#10;aQPy02sim2uscMGAiQZbBtwtsccH/g3sESbvTdO1F2sRFDNO6Xze/AK9r0C+mqKcXNTwIuMdljGu&#10;IonVSbqtylE4FQyfiX3M2j30xnsXwQzDQ7Vqm7VImr1J2hJzwhvtHwAeDkHHElOwn5aW8N4hdx2j&#10;mW2DRl7zQ5Kmhi38GtaZ0QewbxMb4aUr1zRkBIdsImUVBoXdIxXqyUYqnyNESd8ZB2YIboGGC1NO&#10;MNpWsDmuXUEyFgI7WkwIW2EtNjlVSjCt1HSkoAoYcHJKMCdHMdjHASJTTBy3NxWIZOBoMlEgik2P&#10;+bUY4mKmlzQZUZN98xS509ThBIYOl1R2PhiYnxMXP41OgvgwXFodSSIhG4GePnmVzjLQi9c/AAaZ&#10;pCnZhj6dKKjQ766d+KRdG7f0MhQDzz53HkCfmjCL+XtQIHIKUEjTmDppqNg34wjix1f3nMUaUC+I&#10;5WUAQKAGjpokAzIj4iY11tHkkPjaZk2TQhu+jvCeg9xwhPd4eYyfMtgCqI17jx1x2I7Fam4v7sMd&#10;8GJ56k4w7T7HQB2MZ/G1mzugvU8RFAMM8drGEAVDh0P1Gp05C3n7Zfbzw+R3E3J32C+Mcf0ZwBjA&#10;EbmFfxOLBSWVeKr+fnzPHK57t4P7Nr7G/yqH69JKIyDOEJ4Wq5DGr68eoEO3HqeDRw8ikn4F0zIE&#10;t8BHr/Uso90CGK2Mk9Ul+O81E5nyNI6lKFelgA7G9I1xU9hiUeSY0eTqGsbjWIrMwcacDsxNCt/7&#10;YFJAN7IgB5cTAuWB7oU5UPZrk7I6Gus2RWdKk9pYyERnOcqhGvVY+5FApsTCk71ATbKvhdIzpkLc&#10;FRQsgwgKNKksuBjRJ+DNmHq5Wmp7rDl5306DaEhMvPV6pNfKyY3SeLYVsy4BOH6GEu/mwT9rYkRW&#10;Qt58lJKsOGQJnEuyEWtISrhArEyugxV9rZ1B0zIkqAOlHCcutlkurQ3ooCSJp+/jQBI8Xz4kgMRY&#10;DQJs7hhTUv3pBPggb8zSdWGsTtJAhb1Uk78cVYBDLM1atJRTkVaZZH6IyRIPGcabrgcqRTdbNFQy&#10;2srpMZ2hVQRBJc2tfSKrtE3zzp3lsOUCobqLseKwRlc3caV9lmvqXF/GGM1v1hfITJOBNfTEZSae&#10;iYRjlX0cYw5PcnVKLhV5Zg70qhLsxFYk+4858yCl4v1LldSskhnPF+AJwA1VMELFHrpB4qsOL2km&#10;EMW8YqMBWJnGW/sIUy9IpbC6+vczFZcJWClSmpQcW4UixD7U0WP2xT7zRpvKTljAzMQP9hwWKXcB&#10;D101fC1EVp/fX2dsWZF6sg2EWHY0YunifGn8E8uqv60ZOyrJ083fUhUkvnb7L559mdWonkdJieBy&#10;GvCM5NaTsRbLrRR5pAymuhkJTGIAugX0zgqwq0M/FvX3lay4DxoWwCqHdYTEULC9w6huLiiTy5nk&#10;Obrr27jWg9n05y7WQUmuF+xT3kOsmAGuz1b3fQwjVJ6MsrcnRqv1BCmQI5h3Hn82L6Eaaa+NWbUz&#10;C3+EpgBzSSYce+y3ah2Rz0BZ7idsT/XGwY+xv/YS+Ouq0yuEYkHS2R5zjYPf4iqNIOc95AYCbm3j&#10;fF/1sFeJY/MBJT1Lm5gD/xhI4rRcXv/ddCDrn4e5/PWtSH69nIOpp8n7oDPWvs3um0oeFnNYoDHn&#10;zUNXvKVjyMFAej52pjSxv0lDdWNZS03kdW1MDPxtXMzhQANY+2zg3BSmIz7r+Td/Sj/49zt08fQp&#10;+sCjH0Q67n10aTpEbbpf7Zkab3Lc/uCxBC5VNcz7ADG4JmnMO2/P3n1i7zGAKusdAHDnzr5HWy+/&#10;Qvfcfz96lHUx/BeSSC9pXZ8nXvp7uA8KkOWO0EcApPFLT2KIDD/p139CzSYAIgTi8f4X/TXq3nyR&#10;wtlTNIR8ubvvYYpgd/mVNazLtgQW7oZhxjpW52bduOIC5pS3HpnEC54ly9zP8fp6F6EdJ06coNvR&#10;2+zdf1B6H7afYr/y8xcvSagHEyP24d8eefxDkmC6Z3UkpIYUwqYgt/VDsA/i8JPfPKjPBt0SqKkD&#10;2W30EZcQLPLTn/xErsEKVHef+NRnIOveg2uxn24/ftzUhh29d+6CrB9NcCUApofptz/zGXoHllsv&#10;Ye28/dbP0MN8AK+xZoQKDugYQgZ8nP7oj/6Inn3m2/Sf/uN/pE9f/h169LEP0oGDB+n47bfh979D&#10;9z/wIJ16GwnWUMKxbZAbMPmBbZWGMrRXdYkxuXcBy3p1yEyIw28u1FcY7tEUeF1QOt0miD6ytrAe&#10;P/nbnwYYd4z+9E//jJ79wffo5y8/D+n4Ci2BnMHPKqtk1sHye+ixx+h/OnqU/p9/83/T//q//e/0&#10;+5BP/87v/R7dftftdOzYYQCCH5dQjy1kJbA1VwNrqJXlQGt4dtmWTKzFWF02oCoY8K8jgCTuyrhz&#10;syrWG8iif/VoLGXl5e5g32zxagVINP++EtThslxUfGfYJy3R9gXoa7I3ey/lxOkEv0tJj42lxVqq&#10;LqcvhWTSWy16LgoGwkZzsqGz3xH/N8s7J/DN2wAwxb5rAYuNHzh+YHlBre9dluJOQsXxNeECvBnA&#10;0JvgQacT71CHycfO1Qu0Bh82lvl1DK7hoBvg0Bvz559KboHyVK7p52tHxiDZ1tAGpr3DYE4SseSQ&#10;boNeSCvaJm3m4c94Exf6vvC7uAlk5FBOX5Z5DnVTYGYUy5nbFbpwcZPOgFl4+9pBeVg09SyFk5gx&#10;uqu8DHnShwOiA5DBB2WHh3D72gVGOwD8eACY7K8HRiEARJ6U8UO6zh4R+P0KNjF+yK7AB2/fnpHe&#10;1+SDw/e8C9VQXRsA9reLYGPx5LaD75wCbF4fVgB2LI0YDnYQzlC88ZJEW4r7LmQPFw+gp5vy9JJ/&#10;h1yU/USm27KxsMKXf/5E6iItNjxr4tiry7e2CU210TDfR/5ZPAVI14evmUtNIf5qxMES+LW0siLS&#10;gSne/xgy1DMnr9CZ02DHARzcu8dk4sk7RRpQYx+F4s3jzeD37be26dvfiXRhR1lALXvWdDrBnnAS&#10;Kt5jlwp6ToKCl9fy2o4wHzkxVhLDhkgtHm/Z/S37jOSDOgUKNdgk0Cbkrg2KyIF4IirIsQnZ6voy&#10;N3K8BpAyNuJrDNANXmbTyRW811WRoLcAyZiHugaA99BKB68PeBIeWaIN9rrgz+P3AgNZx/tgb7Ox&#10;MFEnHQJpALyJFBqRMyyhbJsg90093xV4Zw+6HU7yhcxygH/ndObtwBLcDpKQIdbiSIoVnoYPl/g+&#10;Xkb/pnJbFRMDoMfaGsNHs0E68dY2/ACHOFiwya+M8F62OwE2OUhnAECzGQIkRrM54evG/mt4f+0S&#10;e6Q1GgYjj2SS3k6tLGuLBC97a/R9Z5Ist5cWHopkL9RyKxcpD//nRj61A4oNOIy9E6Kz+IBoyeAp&#10;sTz2wJGe9NP1gTeXknhjYila8Eae+ITMalEJua/5TD0AL6XiupnBTZwbYTe5DcwBCD05ae3zEXKi&#10;oEvMDucyMzY3LfkVEzvIF2pKbEXCEqVh6kyeFzPvVZ59DtyRxrkTXxdOI+QBByejq7QpyHQynXE8&#10;GOqSV6A948kjid/aAD5OWH34p3FJ0ssBEYskZGWvd8YsJDNM9wtHkAuibItmrvIgW4Q73YyVtpvn&#10;+dfhCTmcg3qi9X6kTObimdS4GLLxsxTkWGzy5VA7rJjTmiWxstN1H0IF7maAONQpHhnsC5YMS7EA&#10;ZsoODdkjsRjiG5uKNBhIg8EqwCwWGfnifi3OS0BivG7x513tA9dk1q+r2Z62lhKjz5tpfiqCXOyL&#10;6Ht/jrEnjou9hNPax60fhLDIHjpW8tb8M1zI3xctuMWnPJMFgs8EPjjzResseZjN9XUQx9YbGLgM&#10;V4yJGrKkdTZ5t5aDKsvQUgsFHOpm3LFc5RITs+dX8pLMyWMGPooXqtUazlNPAq5qcZfBZKlhBbgo&#10;SbauDyv27RPm80TnW9gUmiNmkJ35ErpZXbgB5FWoiZ8B3JJcMg9i3EL7/8XyJXfDhjvu8m9pCKM+&#10;rtFAQ5evQZixCYgV64HZc+y3Lc9tp56xnYBeen9Y8q3Mt/lmOAGKOTwlUwkK4JfWkatsL+Z6Utt3&#10;k7unBKhNO3vPei7KjuNNZsxsRKce2FewJi7w2p2OVKYHuSOfRRzY0bClQ5yWPZ2CPcbpjFLf2ITo&#10;jmWQPRHZrFxLb97nyZfQUUmDruYrLrGTDQDUPcRbcrfLw4wQ+2dz2qNdTilWooSE7jR6JvGQXEqe&#10;RlmL/By2fG13Rhiuos6Dx/YWPuMYtfal0z+nn37hsihcGFwbuIdQT0+tjlYFQwLar3cUuffFIGoE&#10;tGGjf+7zVtdYAoh6E/K/BrX6qZNv00kw3W5FcAWDoAyKKQaqiZ3SwybiBOrPMe4f93h+aVusjcK9&#10;j2IYjt/f+Cm5S1sSZBigYIGhEbVXz9K1l39MzZ79IHMcFiULooAtuONmYKzrmdb567J8UtCEqGOM&#10;0cbBGQz47Tt4SNinDPi9DbBrYkmyWxvX6MK5c/Tue5dgaXOAbr8HMlbIddf3rEqSckvql76DULyA&#10;OpysTxIlHRRXqvD6DWSRGZzPvSP3pMzqfOmll+ivnn+ePvGJT9E9995Ph48ewZociZ2YnD/s7QZS&#10;yMsv/VSYjveBLXYEaa0D9HbHwXD8e3/weZHnfv+Hz9BTH/+I9GRrSCMeDtX7fx+uGffATzz1CYQv&#10;Hqa//OJfCEjPvnK3H79Vev37HvgAQMF7hDDCICx7CDKY6rJdR5SeQpUd012jXOJvvGh3AQjPikD0&#10;WuxzePnSBbApLwsIuw5Afg9A1yXI5vft2UsjAKL/zT/aC8LIBfpX/+af0uEja7TvU58EkarNIWYc&#10;eHIYe8ff/f2/j/X6Ffp3f/IfELpxkB5+9EGEnhxEzT2klp/r8UHpEf2Q7cfWUa5MRN0j3twTU1GJ&#10;embaP/vcXxdM/dcEji+oW3+R/zX/8L/+7/5JSjqsp5XeZASaIpOUbiZ/iNHom+pDpBusycNiMNmc&#10;Ht5TmcoGk1HwdGGgJrvMlLHXGElSaFDtOyjH68yy4gMFv8ZgnW3BX2wKCu+ly9jczryLzXlTvAcY&#10;BGyxEA7gENiHw3gFWnHPoB60+d2zzxCBvhu+9k2ib32Xmldfpfb8GRoBHFlplDXFqs0hs/XMjy6x&#10;+rIqK8k8Q1WM8WcNMdWWmfAS80RxobIjL0KRhrUk4NV7YLD9lL0lwhHhE8m2wYcPX0cuDPC1bbeO&#10;idw5ehgbuQR9kBr7p7vvVMcskmi5h9jY+f4sr+2VyVQLOnoz0MaeDdB9amx9MFmABqdwg8SefeyF&#10;FiXptlMfvuTDZMbbxYVLN66Qze6DXibvTM4DeSa8+kaDoRYHknjcWGobFyqTIjMyibdPabbBgAie&#10;QoJFx8m7XUjOYQruNQIyLcmBrPLgJrNF2AB5CZOXAcs7RZ47kNCIMQO3+LdVyBOWQS9eBoNxhI2H&#10;E4N5I7sAJtvZ05cBem3jwGQad6ty5qjx7cxYYjNzJXUNpAjm68bA6pkrkb7/06v0g+cjnd9Qf7Em&#10;wUfst0KdFF0y7eWijafACGdYPzShW9YvA3jkdTml2w/icLpngs1UoZQR1nfTqoO1gNgsPfAKNHHI&#10;x0CyAka6Bjh8xquhMqdLMwTdCQhkqWpuR6nmiU3lB+ZtOZUFy9NdZiJxkMUQzyd7mwwAlgzBtOPn&#10;ZBl/vzYYI1WZp6YAiUdIdRtiytVuyu97lzZoz9IOkpcD7V9xdHDVQ0qMxKsVfE5IcA+Aabof6ohV&#10;gHMj/Mxl/LxlvN4IRthDTsZ1DP5xEt6UNJcnmHkz3gfCUrzXvWTSKVjg/VQK6CjBCsZ6a/TQTZ/F&#10;DwYGJodcLOsMP8ldzOqZpcksxZVkWCdSbQ54UDlpY16LxtaSRraRIj4acyuKV95Ypvcqx03SXQbx&#10;J8a0CuoBx+8T62oM8OoqmKDXLnQo3rywe/l+oo4Qnx1Jd27Tn4N4AMUU7uAKO6uR+zhUXx+IoqNE&#10;23CgChuUL8n3US11IWcsApXfFpBO9/s2Mb2t4cusMWcJtRaWkb3UTN4azJPNmaeMHlKT8lpixzCQ&#10;a1w7pDnzBWwEzjbQkFmX7OspjXIobL/kY2l3kThIRJ7HLWkiOVykM5Z3gkqCJBBuCajAIQKyFTn1&#10;L+T7LowQfm6SIbQAsK2xa8ZVVqU2WmNmSfO+AmBDEqtxzQWwjY1eg6hsUgYRtzoLSMA9+eFzJ2gK&#10;GUrLX5uSmLPkujDshTUv36NhU1xIsdx9Mh3rUC3t/eQr9kSskkbV5Foa7C4lMrs5spqrJbmuDI1i&#10;ZqmFwnq1N5ezmktMbPFMqr2lDBh0Zh2hTXajLGfZ72O2haAeMzL2vKgScJaTRaOZWxuY6Ewm7LMy&#10;oTA/taE2dgv5noG8SzLCJAacQwFdyU21ayKvEtPzZ0w4rwzzRN5ToLz4T5Lre2uVBt9SRjkEDes2&#10;pWUmk/2QAbHCVimS1uvDNjkde8a4WWsWMKUhY7r92B3if8XeVpRCNngo0ug68Aa+eOd78KG0M2wz&#10;ErpC0cv+YBrGEExZEYyR54rqtngYGnsv/723OlJIST6DSY0FtCSg1FAM86sKeW04Y5f6xH5PTLNQ&#10;GLiKnIQyVPa+uu8pBCVmDLlKn+lXPc7NaGQd1X8VXVNJ+isvz+h6PnrRJkMurzV97l0lC5f92tc+&#10;eBa+kb7XNz2Nq7JlC0iWn+vElovz6l27Xdk+IrNmk4dgNJuF9F4tFKFL4TFVMjmDNLlBIW+sTx3o&#10;e6nzyYJiQt6MUu/RSQhcAXKpHHMalM0hBCm6xALj+Fozaz+BvDlczuTB/NoypOb3x2tGAre8MQg1&#10;gGvgGwl04kRXkteaysCfa4CgVXkmKMif7dkUVp/n0mxgHmO8v2mzL+WDBFINjJE/tftWJdVXgz+p&#10;S3zy6+PBOk7DqZfhn16vzhLlVaHjNA7Z9oZQES+oCoBRJY/6mju7XkH8a1MwiNbO+Ky+03NQeoFO&#10;ft4kqiXLGMqnAHBpbf8KnnMd7jaQ2XYMyvmyPzeNnwmlcPODsBnAexFWnqTA6X7yWcF1O4fpDbD3&#10;nDn9LogE29JHLMHLeTBQYgPNMFmDCNeihDDK3sHBe3z+AED0SBsOlzH4Hm/I8JzP4w4Di7Zjacu2&#10;sLUi+tCWbY1AGMAMXhQzAiJ7N+MVmYaVZROok7778r9Y0bvdrr6bZOnWAioz8QXvfRlS1YtoDE7B&#10;f+7cWSiHzsLeCKXGsaN3IU32OJJlWR2zKn2XBhQltru3gE1X1HvvIzbZLwIb3PVAFVcfe7t8Y/nV&#10;kSpOuE7gNcgD2w0Ek1y8eJ5+8P3v0hf/8ml6+ktP0wfuuY8+9MRH6eit+5HWiuF/O8o1C39KVhy9&#10;CX+3ZxGqwT59R+G7FyVAchlEIISUIMTjGv7+5VdeEbB4BX3fKkClMUBlPvv4/BhhnTN4NYYC8Nnv&#10;fU8IRrfcegxMvnUhyaxBkbQCYgjL8ZlgxM+72pJRxSaOi6cQs4v9BsqB9wMIuV1+3bRE11XsbzJW&#10;uoVb6nrp6MKVCb3+8xfpO999gU699SZA5rP005/9jF780Y/p/LnzWH+oJ3CdOSDoruN3Qg22Rd9/&#10;7nm67egdwsLkvpwDm5gU0gpQv0y333Fc+ptvf+c7dPjQnfDEvwX4OoggALSHS3p91d8/hZKpFVuy&#10;GUvenbtCc6lPSmQoKs8AeUczmVrlXJpxxJkpYm4wzIhF4VFe+Iaj+Vj9LG/lSrYfce46d9lVdYhP&#10;cs+aCsKp0/9L8/c+/0f/JIF4dcHsXdmscvHrmlw8CJXb+8zcU18XL7LIfBEbTXfk4pB/DfBAMZuO&#10;yfFrMLQccVJs60VGKQ85PNjGG/DXA5NtB6jx9taWsIqGYgINAAEN/zon2YKqu/YzTGZ++H1a+vYP&#10;yH3xKzT9s7+k+PVvUHz2h0hfepmaE2/TCGaRS2CpDQUN1sSmBoh+M9WiMF3QxqVkT/tz9Stp8n1t&#10;nWFEmVjZrsyW3SEsurMuk2v492t4oRfYn25wN8CO6kZNRQQvP3tp6SCduXya7r91Lx1YG0pKr06k&#10;GytuvUV6k0n81PBa/ToGmNbBbBhF/QjgX4trzt5uXECI1C5o4qs0uAbYshfG8uqSHnIsNQaSPwYL&#10;cjIOAryJZt8mlkGARYu9Fl8sb1P1VjZJnkq1siE2MlVSv8HKdDk37PoeuGnSddXkh7DjdLQg8Yo6&#10;LVbKnrxXaXxZNtR6Ma4dsjcgfuZgONIlzuw/FCX8WQbYOFYB7u3BhrSOSdkIU4hmGSmw8HS7emUH&#10;NHGsOWzwDDisrHj1XhG5WCPAcoMNh39JuSnNKxs4j5BIO4Bs9xp9/TsT+unLBFZcVK8XBgu4oBQw&#10;qDP5p/o+4mZLUtjeAx0aLgBk8EkZgf24BrDvA/ciVvwopicXo0B07F/H+65+dAXek6+bNEdNZ40z&#10;CdiusozGAhi0+MxMJyo+Y5Sbrjr30xXZpnlx+dzw2vMh4Gcnclq+Vgw+CrBVBVik4rXlabgAeMkv&#10;aWKJi9q4KSOTbC1FZbdKQqwrIIPTcsAJ2y8lUqqfYZd8R6yJTEOFAi4NZPITclJpp/BrmGG7yftX&#10;NmhK7mSAdjLZMIbIKEszi6TN5Wm+y0L65C86yT6UYqZsAJ3u+dMiI8LnuHwJbIILcAoaeQX5WgZ4&#10;uahXRlSjAzGb0qfUPZeDD3S/bi1wYiDPibKvW5E1K1hnSY/m00fGxs7PX1oT3kCR9ExWtPSYPLCy&#10;XNDAUtfkX97pWvPG1pK0Y5EWG/uPr3OspHOxJNlpwqz59pGvZH4xg5CF2VBKmQCT7YLejKzJ6Gay&#10;L/haLgv1X+VcA2P5jDWJObF2yVuIhPmLCVA4VgaUKz5lGSCNhXWWfFC1oZ/a1DGKDyD//QQSqRf+&#10;6g3aweCqBFi40sz2nJBSp+ttOKJ7IjOnnDWM2ZvN9ZsIn2ADV4EVvmfCVrtBzrkLxxluWFaamHyz&#10;EJAqfz1XPF1remZdI9X/XSfUuGofoutIFItUwxuI3tdAuwxOxAqbDNknOGbJawVO7Dqv7Yfl9NsU&#10;l++dpCvH4tsYyIIrErPMpefWV4z4YLVByGyOzlgAxTPT6ZpLaJEVG33SYXx/U+gkvcTvqzjfb4N9&#10;wp49+3BWcoL3wJrBBCp5+RzkXJbVx1wD+p7XHmUWkTX9lt6qdULFzLKvSew8l8G+XoxKSdytpHlp&#10;OFEXzkS+5xHtemEUs3+qBguuDk6plBYGiLja+Jpc79morWncIlpZ8q5cFPJXG89lJU0BSpybAQKd&#10;myUL9xif3kC+kAMvqPeQFVl3dY6mVOddmu4+qFvJ6V31/ivGa5xhpeVgkpgk3rFIq52xQ0Lo3bO0&#10;33SJzWmfpbAddT12xihkGwa1kVV5s4CJltqt/s8xh9dUJ7z86mKSiXv771ACAbwTP2I+DdiSp7N7&#10;hXIOTLcBGOBcgE1sMMjnsw7fuPYKFvGePASLr16TPaVj8jDuyBj7sYRjxRqY1XOns5C8aOemd9SL&#10;9Q4xSaVjdc0NUI6ut67Sviw1nHhbFx/YBKBLbStnuKeUiygD18hBB1u0efI0gKYt+CizlHevXFcO&#10;HWH1URrCxZ6M/mbQIXdTPEBvBAIO/lvBEL8F6MfBC+ffe0/6DFFBNa2ck+XZKfYG3pWeYYIeYYoB&#10;R7eOvQ8+ztMdPPeTTQm8iyzBRs0ygD94994ZePvh7F/ZI2NcYf+adZH0VuJ7vOBzuXkm1zzIdZO8&#10;x6yAawVYGuG9jwA0DdFH838fxR5++133wMvvMMgJ6mHXNi3tkg/xSzHt3v8Lul3urpvbcVo7T/n5&#10;GwNAfuPNE/RXzz1HL7zwIhQ9IEMcPkSHDh6Ad/pVSSbeB+CIvenFC8qecQan+P4fuOUQpKC30Wuv&#10;vUon3jhBew4dhRKIVX/r4iN/z9330GmkFH/la18T5ughpPLK9zKginXESjAOa7nt+O308Acfk8DO&#10;/ZAKM3twJOEorhpSzqazv99L5H619+iXiJuYDZwOyW9WBngcUDmGjPq79NWnn6XHnniSPvrkh+j+&#10;hx6gu++9C0DSXvoegNEvPf1F2rd6EGy9A3QMsuiH4Pc5xHX7t//+3wK8vYJ+d5+kSgdgHitgXMo1&#10;Bbj64EMP0z133YnX2S/g/Sr+LVkmzXqF3+wl662xRed0/8iu2Mm/ygdnsXefm0v/jTe+n+/rffUR&#10;TP5OBvtaPhzbqojLEwtXo5rUOzhiOoTN8FMMmYOihTrdaqRvlAhqlkty1Hyj9HlugiaTIXzY4Ddw&#10;BZJaJK84jnQf8LMLpg829INrjfhGtWCWLYPN5zDJ2WFG3wuv0lj89i5gAoPkXCwIBvKmy/rel/h9&#10;DdkPDz97W4Mw4oo2xu3EPDtt7UzruLeCb+zqiRhmgoYT0Bdrr/pAldvUTKKn9QiT7AaFohsg0urk&#10;Kl2BfHHSLQvTi79piAJ8TEr/H8vk8GH6k++/SP/z3/07OIwQIuKU9VfCBYofongXoXmYbFwRGvgI&#10;DKzB0gEa8hR/FZsp2H5TgFpTRM9PNy5JTD1LExorHHTiifsJ5IF91pgFMIFRG1OWx2P20yP5JalO&#10;TBRnSSezOVxKKmuNQcRsvqHcW2d+egIRhJibpdxMJlNtMiSLWXqNXUwUWCr91g1pwB4b0YBnZjQx&#10;Vb11lvyqcpzIBU3LrMZGTIZZVsKegcsrQzXd5WTeLmr4B5g2TAVfWmJ77yDpv5tIKGbgom1GUkTk&#10;1GCyYBms5w7MuXfObNPLr7OXxBptdJzExiOLkYaw8Puf6JSdPQSjFQyePTRaNO0rYLANolx7jnZu&#10;m6EAY0ePAUILHPTRCqbIDNBB8u3zhX0VUwIlPEm0OeJ3P7TVNRagy0uKqMnnjYGh0phpv3BPxZFJ&#10;r3KaXQ3u5CmKGT2bPMbF5P2VfJ/MSywqIBpN7ioy5i7JwMrrx8rTKvv0UPKkUSZNtCTbVAjLJC96&#10;k9gauCT70jQJUXs+UVTJgExP1zewjwaERvP6oa5I/6pBjnP1a9WbclfCGpR3MLNlN7ntmBNa1Z5H&#10;dZZikgjG2PfJy4VcLBu0AIojZfI5a9oF0EqbUmdgoM+SoxTIsfh0qUzR7VplVk197sT+sdov7xSg&#10;DeyflyXE3ZwMLSdT5s8XjMlH1aQ+FjCpum/RwHTnanaiz2dUxakSoL3xy8ZumlhqqETa4Fl2+d5T&#10;LbiRlxyZ916qCvj5tPVtkx5N80xp1S57kCrQZCm/Ppr3kqWj1zERsQ88xXp0ZM1bsEa27PGV0NDO&#10;7N6rpObP1UnRJTBqURESryf5i5W3b86TnZGHxpKa2kenXGZhxd2m/bthV8Hnn13EakEDxCL1knlr&#10;mWplQJm9rBJoKOvelTCEGyk0CvtvxraFh2VNa6BLNEC8ig+Ve99U4Eoyj7fm2+sEXQYz3dR8uigH&#10;TvTls64nyZ299jeVg+gosz87W0+F8WX3zs7noHKPzAqtstO0PnC+kjKrHUcK7FLwJognmIASXcgS&#10;b25GZUiXGYgVuJWk69atJrmkDiFmpeYlvTVWk/MYZ6A+V/aR7HPc80uaTRItrJfEzok9Kbtt2a6c&#10;qXN5Fy7ulj5w3dbM0WyNmUC3OCcrj6ngXPDz0tJ3cRFtoPj0Xe+Zn282fFXsJtZtnDsyahuE+oPJ&#10;8IQH01EHTJLAPMPgTUy7/Cx7Z4qO7OBq0uZgw04vAIGfSdVO1yn75Asw01XXps+F0fJdq5qpgXAC&#10;uGGdbnStsOycWG6sGBvTizXJIKpSxuP9TKOpgLLnIIO+Qw27a3Xgm9i2wcKn8nlmITiCOdawqi20&#10;zIi1c7tLbMhZllw9fJm5h1pWWx2NM5mHq96a+jF7CbqRnR9TCx10wsIhr/fl6vZpuvrs0/i+DUgY&#10;l+jWY7fTFMPzffumFUkk5iogxBsPIJx3uz8ic98ZlQ0EZtWhWw4L6+3kiTfo5FvvSI8hlwL+4xLQ&#10;aA20d32WNv+PvdW4R5wguC7edxc1sH5yr+BfT7+MGXwnkl+SL0Gi6Fs/QfO6j/yDDwjgJ8EzDIiK&#10;/7EvXpHXEcbH67rU3SDIJJ3hndaXDI4c2HcEH3M/CBjbAoBKevGSMaQpDdD/c4Vv3PiT+0Uptem5&#10;4BAOhDy+/NJP6ByYYvfc/zDShO8hJjiOQf756tNP0zPf/CrOh9+mlUcexPUfCNszWSkwYMfBJhxK&#10;8vFPfoqe/uIX6atf/jJ97jOfpiO3tcIkcwAKP/s3fpcOHj5KX//ql+gwPP0eQBoss0OHAEt54Y5w&#10;XQ/Dq49B5aMISWH/eQYSeYDVCuOtHw72G262d9NQYd2LyzDFKZOVP/c2cJqXwGbZhpXZbXccpIMH&#10;1wR0nnZ7gGMs0QP3foC+/OWnaak5Qn+0/zYkQO8BSIpr/bn/gja3d+hP/9//BLblJv39P/x9OnwL&#10;APSdVhjXkjEAwO8YWJdL8OZkYs54PBYwWwJ2ml+nBHeRj/Ov6WY6w8vq83Uu9PBX8UnDgnFntDRe&#10;3/QewLRRmnN2lqJovLsvU0KnwI5OU/SisVQyFbDeNs0JZLhXLsAAVVgJRlzjwhCb7vIKkjZBqV7i&#10;AwVG/gHoMb11jty7b5KDFwGBZr3z9ikisK7g9o9CoaO9LL0FMOOlCJzKYSQg/7YFmZonYFyOKTNB&#10;F/BKsqjRIrYJdqyalZQwC7vYSyqMVJqqQP00s866wnQpu1Btb7FniVS9XpQ8VT4kmGWIHAa6AwXB&#10;mYho9eXHIUcfS6rdxI0VRBFJAA5ffMDLVw7T//H1p+nzn/wYDUE/dixa9yEXVrKIsryXi2/458Hv&#10;7No5AIpsMMzgHaSrE7D7JpN9uN4HwKK8LJLoiMnWeIPZlNsqMzVK/xTSVjFkx/RsGelHq+zbN9Xi&#10;nX9Xb4Kd3JR6A+saAfyUbcSHY7SiIZnK52asR/3QRFnxdmJjVkk1ZdQ2qA9K9rvShk0n8UP9XdgT&#10;6gO4xFMclvBiIjNgVh+7eIKS7zkxLTQCc3XSmGGt4TMsYQ1txQ2k/F6BB8ZVOXhGgyVJtWV/E/ai&#10;44ZuyimgOFwwk6DL18Z08t0d+vFPAp16b1Uln+I3NDIfFdwz3MtoE98E3jjIpAM+z1TYeNtyuIkM&#10;ggsToLq33YUNFOmz4r3H3mIMrHbarLLSVqWtM2C8gCrMhlsy4GCq7L44sdCGaeXqkhJTJ9lrqmZJ&#10;WM6l3Zs4wzCImaGlItguf2dI7A+WtToFbHzy1YkJBvQGSJWghihyTi3OLHvSlsWkGPhnQ3ffB3tk&#10;fxn2feKyx1VXIAlmbmUQMTmOT6oQiJDlqDUQJvytZmBgjjJZ0+FX+3tJYeXG5efHiTEeKlDOgFSR&#10;+KayM1KW9PU6tDnZf8IDqwCN2Pc50wbEUl4lpXZq0t5SmHifBjp+zvNvtwFSYoeorUPsMV6iXePY&#10;Y+Klax8LiOUnZVpCbia2vgKEcsJjYV2mlNJ8XOUAlc5M1SfK0pO9ZlJSWa3xiDUwSGWCJ5IvFzOj&#10;WM4IBlwSgGYAgr7/uvVOktFgSb2lIEqBTD6QScZ9kQVEPZckhbICIov3X6R5M67aSL8O0Yo9yDhW&#10;TX1q+mO21KvCOJyj6+V1xQVmzItrn9jzFfP1fYwVKNKzaIvl/hoPtrxu7Ru34H25Lvu8Fulf5TXo&#10;ynuN9UXJaaHJR1OTwlNN42oumbse2FEztWYAzBjyUCClKKpPY+hd6VBPCg088k1ZATrDCdmLru/t&#10;Uz0Acf7+3awBdBnWmky4YgUVwKtSL8wYdtAMiOBNdumzr3M1OeUzLeieEHIybsx7K9eM3rm+T2Is&#10;XpKRCguxn6DcTxfO/m1UZKdU+fz11mpMkpiGAs0jCjnAwd1gil6HbVA/GXk38/5yn9yNiQBxPim3&#10;xzBMJWYI5ofZZ0MW7DyKIiX2nsMZ2m3PTKE+Y2JmAsaatUuxB8763ueKGVVyoQaYXX6/aVjnQuhd&#10;F+dKuEGYaVESgNjZpslDG9+yr5v57nqtM9Lzx8qD0AXzoCygmATIeNt/bT1qAICCgFOT4vmMsFRn&#10;Dwevia3Dmq01/Lmz64/CTGva1vaDLlcVeT7Er9oMzAaHrSS29dkLBnhVzLxQ2whIzxWlRmyaIvcO&#10;VN+T/nqrhy25XrA9LG2d4rXdVh65nq9n8bZ0VjYEeCWPMG3emoB0MOFgtmv02vNIJF3ZRx/5+A7t&#10;g3x0mb3hAIawastdd33/ctyj5OPO+w2HCqY+88TPweB6/VUMyY+h1gdgAFZWM0zJ3/PPLFd0Her7&#10;oddk0emtA5BEUEmwQuDCGfGNDl6QW/AMLlJ84zn8GRYzd96pdQXYYaxEE9lX2M3dc8bzddem3l3X&#10;60/6mlgGP1785dnnfUmsiFI4WzrLxEdVVAV1mNNfL2B048Ti+X9Pa56xCAbvHnn4URkW7QELbBW9&#10;HMs/Q9iDAIjfpp/8+EX6qx/+UEDf2++4Q3z3BgmAw/cwK4+99xj0++xnf4e+C0nvl778Jfrd3/tb&#10;YELeKl6Gh+EL98SHP0Qc5fqVr3wFAOMWPfzIw/D4OyJy6YENow4dOFiIGjFmX9Ee89vdxBk8E8Tx&#10;Gxi1W9jBoagmsg0Kqd2PB2FmGq5ar89Sa3jGgxxz+t0TSIF+m/7O3/w8feSJp6CSX0HvOpbB3t61&#10;Ef3OZz8Lf8U1+sKf/xkd/dot9Nuf/h34Ig4F0JNMAPyMfcz46/QEEFWhcxbmVKV7x/ezGvv01ngT&#10;T5/7dTvzOb94mvHrgW7n9pW2bQqrxhtDIro6RMkXA1TnjdE1FQCFiWgDCYlCihN8ziZb2+J9IVIt&#10;gHMTLJyhbyVxcmVZU2ZbRITHKzDjBw07vnOKAvwgJtfAZLp6iVbGV8lv7jBCiH58qlRylvliX2uQ&#10;qNTCTqGBDJiTr1T+65g2iJ5fCwwxZmWpm1SYzgpSbHyc6jBWkC9KSla05EaXZQokZuzlecwy0mo3&#10;yvKCTv9+aj2sUP7tgOhSUe7mPNsxKbRamIE0z0m4DT25OaSvXHgVfhj343OuqMl4btBJPLdkKtje&#10;hSSgy/R//qfv0O//7uN0F5Dz6DYVuul2hGXHPoRjDj1oNO+V/at2YJS5vcMy1bOgNB+mvUdvB9sN&#10;NFkw/JbW96rxPB8S+BoGqDpOxEUKTtweS8pux/eiUyYM+3cIUMnefiKhYylFK4VYzMWYsgJ4nfBl&#10;4/cjQQSMxBoLQ6WcoUhxbCPtghMmWxClbGP+fF5luU4N+MkSyzjQQg72ZigSXnlP7AkgLEInHlz8&#10;nnYmnNAcc3JxFPYe1inMbcebGwCiz8MLC5+XARvmCYLaL5sMA8JYeCx3noh/yx66dHWLfvTSBXr7&#10;lKMLlyCrY4YZngORZDH4Kt4CEzVn5fAIAKHTnStSVAwAtHZDEhbkFGES6+zBR/q1zHa8dW+DCRMm&#10;xxJ4AuAOabS8TnkhTTpFEVore4JBbAoojU1Cm+S0rYRuUGYbjQ1iHmiZKMyvqQClBcYO9u+134Sr&#10;0mYtfCLGnIKXWGbBVV5DlMA9Td1NXm5Jeiuss9gZwzex//TrvYGEwszySRQbq/fgeu1AYnNlVmHl&#10;GadgYsgsPkexFN3JB0mMs5M0OGRPpZCLaSdgn77PYH47KYxoYsESCqo66rI5v0hmRe5dARk9cKs0&#10;Ebzuh6PYk5P10mZt0q9EySj7sIB2vroHTHgXv74VYwstC8isDKZgEuBQQRsKcCmIG0wu2KeSR6fP&#10;tSQAWsKtflwDi93EDmGVCCe/Pp/YOdmLyltCsasOO6f3PwMtnd2vSR4sRaOlKGjiKlaKpuuytUM0&#10;DyMviXJefD4TEChy4EQvMNYmB0gwY5a/LxjTiBOc+Vno5C0PxOtQhhQxfa8z8DI1YpYSL4mLxi4l&#10;9W3qUgCEhcvwoKJLIBOzP5jp3hqjySlcnhOdFxk4J9aAT5LPtvL/KfffJZ+YWLE9exWprxisrq+7&#10;nSnSXSWrLrSgCnSpwbxYGFIuMYEd5fTfzEmKJZFKP65fJFiuXod66Yfqr5WSWqkK06EqgKMkkUVj&#10;GpMvp69ihSFLhzVptIJMZ1LM5iSfGYR2VPO8+ExT76swwwCMFcOsK0CUhTY4GyBwIzedaOqgvEfx&#10;CIs5fCZW7OpYQW+zgQxxAUNkDjNK1iopMTWG7LPbuj6TW5Qa4h9goFEa8sY+GObq9LkqNTVLqh1Z&#10;+IZ+jw7ZJsqQaM2WowKF0v4kzWolQ3UWFhfruJhYN10xSxf7yEd/2prClsil9MsqTdnuYV5zc8C7&#10;K6xxF3sA2qxa53ptb0wMOTdPY4ozpXo6+2oGXKwzqw0oS2ByJrJniX9Vg7ry3M4zOmJWrlAtla7A&#10;xxBn2JIL4nzyaWuelq4KGAkxmK9pFA/VOmDGpeCz5EEo4S+xeBfac57sNUTyyyyrxCCsi/YcuJVC&#10;fsrQMNlAKKs1VEEWbJHQKXDd6T7jTUI7JbXAQIQaXe1WETKGP7N/Ko9R2aMV3m9wg8brKsOQm+XM&#10;ajW/Pz4gWrHV0GH4eDzIVZdP79nqj5htU6KpdtXjOlseGNynGPsCeM3H6hmv1k9Me7OeH17ekzPb&#10;ipGcmUmB4UU94+XZnaLPgtkNbfJbxxl5becyvfiVv6Czb5+kRz/9MRo8/gla2xcl/ZRBEj73GqlJ&#10;21xHxhhmwCA3l+J7Q08xA4z5tRiwWQOrkNU8zt2P4AqEdrz9tvhuHzpyGPYESOpdWaoCwiiHvrDf&#10;3g5bOXGdD7ueAYgjY/b848HuiVepO/MaDTcvolaYCntvcPUtij+7TN35dyk+9hRND8PrDWEOOwCT&#10;NBzQi8fxNJi/6MxAYreE3ngTolf1iC7sY2FGt86Y0mnoZTWZ99nHLFaDlF8NW8jt8ne2P/sUeKTD&#10;H3mWFwRRzDqXlfNL7xP7Mu4FeLeKtF3n07pX78bpuKM7wf7av/8AJLpv0Nfhx/8QQMEHwLq89fAR&#10;IXl0qV4GiLSG8+vhRx4BA+0QPff8c/TnYJZ95KNP0H1Icj5wYL+kvi5/+reQXrwfTMKX6SCAPfbq&#10;4/BC3j5ab+FEQRUZhck8Cw9V+/LNXvOKaRod/UJAoHNU1cZU2OjeUwo79T1fZpdrlda+ZmrnsIRG&#10;AgdgFc7G5qYqsgIJE1IZwQ2svUb0xJMfo1d++q/pue/9gPzjj9AV9NDffuZ7uDceLMwn6QMP3wUg&#10;FTZUI4Qu8vMU1Fv59uO3yfPKEurnv/88cIwrsNRaFi9FVuGxapCHD40N+LRurtb2L7KeF/jqLSIb&#10;uxkJ/hzjfcbDb87ML9W7bnagVrG+KuDd7WpxEK8LNrqbnZfEeaDP289v2dhdmhVsbh2n9ggjgeWR&#10;jHA7MbrnadlwMFAQg9N9kPK5s3lZpLgXwcZrgN66BoATHrIhKOtrWCwMnO2geB1tgtX3xntg6J2k&#10;8VtvE719GuAeQCo4l+89AAR+FY8JHuQArz52G5WHho1XV3SrbqM6JHmY1YYjQ5FB8q9m1ErzxMlN&#10;ckjxQcDmuvD9E5CEqfUhAXzc0ynQR8lUuCuTrGTkXCtwQsVD6BHRamsUxfcsKrz4+nXZNUp/XGr5&#10;1cvNyPL4iyMfXKeLpw7QnitX6Nz5Z+jA7X8bis5tBQwbG7ExMMnGxgCT/MoRFAp76E++8l36h3/7&#10;M3QL0PBho82l4EKeWWnLoNrybdqR6boAQJhM7SA04tx4mzZw7fcibWgvPBDaEYelaHqxX1lSTw9O&#10;UsULcNvByWodmH8M+HWg1m6Bjjve2taCBv8W8cubt1CwJERG6nwC/oJJhsTHaFomvRygINMYb15y&#10;UwMWJsYucxLOIqxT+Gsws49p1gMcsENM5XiDGiLwgf35xCBVkoKnuVnhRFv2GIhiIj3VRo+bnc0o&#10;aa2XLrxH165dxufbFlCDwRNO3WycAqTBcajIkvhFTPH5zl0e03sABV98YZ3OXohiCB3ZlN2AGHnP&#10;zlvwgBd5sQCnSBLe2r6i4Rfw1IAihCbC7hnTMhv+wrePwy/2LgV66IMIszhKAuBOppu5znbJHNxR&#10;Na12uo5izMbxHMjg2aMtrhXJrkuG5ETqABhsU+oMaGuy01cuyoz9ldJaXVWUudy8h57uol8M+D4v&#10;xvkqMS6UJL3MLAi5CfMiyQz9VM4wX2QUP6KYvfxyUmeMvSTRdJp6Fyt3ikYDNSpz8YTvhKBeOwKU&#10;GZCi725gT3FbwK6KEchfL56AoWbluCw5E+l0nPbYvxIkMqobyTRdU6832QKk8TWgJRYJdIyumiwy&#10;2MVywB31+uQWJWzJdWRWqs9gzlRYCZ0bVAV3qNhQyVNUPyelsAHXZRN/qozmy0Q7NU4a85cLD1fM&#10;33sT9uQtZPef7NoUFlUClTvdFzLz1PV8Ujg4JYRp8VJMmcY5gXViQJs3UDaYuS9ZiIpXWQ6/gqTQ&#10;R2EIajqyxspqRozZEgST0JKGTAWzUhCmX0gwsQJzYlcRLH2Rw3mk5xtYMv00+/sFiguL/564Vlhf&#10;IUtHuaETxX2MmV3QrxeLTC3OSPEz6kZ92woXd/FPClTBxBW4lAc3ti5ieRpcZmfq0IMy6OvzpuZy&#10;czuDBYf6s/gK8C9NoitE3gIMZ/9DY1T6qEFPsdhG9FXrxnKLfZnyLNvJUb/6i67IypwB5T4zm823&#10;KoPaYYaVZyCghQ5J6mwsYQEhheQ46qXx9pnV7+9/SU4phXToJ7MEW1fqKTvQST7/WQIwilRZdngf&#10;K7akL2BJDEXiniei5l/mfFU0awhPYtgJ2wpnrU/hbl6NaX0CcI0d6RPDLy7wl4yhYr2VVRp7TLf+&#10;Hp+vb2Ju2SC7B0ik56OXQh4rtkwdujLfp8UKzCg/0/Uly0S9Z7cssjr5tk6ormw2KBZmZAYXAxVS&#10;3gx7mvrszbKHx3lGjnO9VPL8OX3lpWfMzmlI538FcSTgrkl+vNMC2ISiL84hKVQGBCGB+rEGQEoB&#10;LeHGyfIlljCikIfFIY2PVSrLAEjoKOQwuZCvTz5D8thEQT5nZv9pWMSvu8XviuXC7N+HYdpJ1MJh&#10;aQ39Dlvv4DQISFNDAFTLLD/zBhVOSihWNYqXOwsUA1g4dgJ8C+jvXJXgTtV1j3mAkdeEjxU7OtQ+&#10;C/m+ZPlyZgvGns5Xvtsn8DcI4zwYWULuE8obFsRwQIi8N5x9UwzMp+ydzkNxeNm9+7MfoiebgKFz&#10;Cx2b3k3baFoOQxq7DP/p7bhHQ8loQbK5q56otH7dDZhhcZ6hzAGO6hmqINe775wE6HdKADLe01hu&#10;yR5/3n4e+0VqEjr77QXtC2XPwe+rGHxD+ik2OyApTF5HIi98oDoEKDJjcwIApAlvEb0Kn3niMJeD&#10;5A7uQy9CAlY0QggIUjv6hZ/lF5MK9lKas4IsZs/J/uUN74vp/f5wE19ZpxRoP1lXuAw2Fk9/GVYt&#10;EAf09uTYHx6kvZlBv1hfg6ikn5V2VZ7/Bx64n65dPk9f/8bXgUFskv/wh4U5xiAeqwaDsdNGIuk9&#10;Qp/81KfQ027Sn//5n9N/iff2IGS7/LVrCJN4/PHH6PY77xY/PmYVMoDsq4GS2kPVEuTY+xS1Lur9&#10;sBl3/9JKjXED9laqD2L2z66e76RQqYYovPdMtiCRXV7JtQrnIqRe5j34VJ544xUAfnzujsW3cA0B&#10;lnthAcYhlvv37aMnn3yC/sOf/gn99Mc/osvwUHz00SfpQ7/1JB2CryKTl/bAD5gVdHwPNoERMWGm&#10;Bfi3d986Pbj2INiTsBRb2o97o0B5CnuN1ZBbZ4Chf+0qn9hfHr2ON/7rGG+O5+dcvx6o1oVb6E3g&#10;rv8+Yhku9t/PbrvGrCZnd0Zvm1JYmK0ggQriUaa6QfGtmADcA8tuEyBPh1+SIgn2Fx8AbCq/vJ9f&#10;ZJsGAJGWrpwlfxk+cBcvUDh1koYXrmBxXSZ/9jJYe5h+DZWVt4KUzsEe/BlgS7gwlY2XtxNOHW3V&#10;W14WiEgjYUjqQVn27F6fzmAcLB3oVoEZe3hvPNERXwON/tJrG43hlw49OwFjnoLG3WXcMxzjua/0&#10;mUFtCX1RGnNJ1HWUi3ZtHQtwyG+RDwNmi/FlvuWJY/QSHoajPx3Rq9uv0eGNtygs36Zgjb3nxppR&#10;PpiEkQJJ7c7mB+lffuGv6LGH9tNTD92DtNN1AfQ4xUjYSi0mayhKVNrmpOldYqZdt0lb59+hyZUL&#10;tHl+L1h+x2gVD3DDGx0DZ04BnrXVfRJzLY2A/D4R/z+eAHByEf+5A5g1YanqVNPLmLbLvzOgKnut&#10;MQcS+OJqUxGn3hnOwAGVorA5qiam8SbA6Ui8JvnwbfCZ2aOD/47ZVpq8Z0ySTj1Q4sTJOmD/vR0A&#10;bPxnLmJavA8+EHa2NmnjyjUcBhOs5215r0KTl0JM2VBdwwXYEl7D0VUA2Zc2tiHT7ejVN4ZI6t2L&#10;4gdFHoCSAJaqm6YTuCvTB2ZcyTJkBiQD52MpIIij4XGNO3y2KSfbCnUZQCOKJX5/Tzx0iD7wEB9O&#10;2wBtnUjMOVBmUqv76il9JflIg9zMpkj+M3b9GdgpcqOotEkBXrdtRxrpcSWS8EGVyVekas7VBbKF&#10;MxDNcE36YqHkwzNnjFn/dxUOkthByaDeVf5HMc4WTjE3JK6SHFVtmUGLrpr0lzU415zF1Mh4Y44a&#10;CyQG89pxskZZvdFNEwuhKd5ZuV5JwSddZQQalD2rXAADAIr/jvg21vabVdMcYyzBBCkl0po87yq5&#10;Dl3T15fQnU7AZtdLZKqZJYmF640FGhdQvk3+7IpUMVFjXZJbC0gfel5QPS9BC4ZYVLLE2Jdtan08&#10;MJDAZCjmd+Yz6yGUtSjPqfmkxZmkM7kuLNnf4NxcZerhvyOk+vzM6VoYGpjJ13RkPNlO2BmSWEga&#10;HjANZrieXtZCTMTuLzOazKORAT4DM/S7OjnLpl1KtndmeaFBKXp4xAWTvlhIaLE07bxvxaLjzjZm&#10;0RXZbWbuVAhESspdOD2MMw1FnbiRGHSu7xe3IK5iNiujCCkdVcB8U2p7F+cDMjLDtC6X9NlTsm4p&#10;+vj+y6Atur7EM4cvpNTWqTEDY0+aMldruRmApBrvFvVt7NvA2b5RdqbQK/2DsfUK8Jl+viLgyoCY&#10;ijdsTH5/xnz6tUg9Erjh6gFmtP2tUxC89j5M0p4Ektr+GirLs5gHAE4Y9oktwECmN/P03dycJDGb&#10;ytBKZZZBPRBd2UIKcy5UQNlNNsvUC0Puh0zUj4mAnlVglY8V49MtKAxn7V76aKTL/nazRtzVgCzO&#10;ep/2D/nYu1rBzoNQnslek5E8WG/EgHA5yCJ70lZejgmIiQagFWauMe66boFMev6il6TS2GNZ8pkV&#10;wkzYTFQmYEly7qo9wZUmkIqvbR3gUUu+NWwjDXTUzy9StUc69dULmZQRq+RXp4DerPQparXDCiiH&#10;+u8q1/mrR+jSYEKH9yCps7tM9+IF15kY4bYklMyhjmrkaRpbuIwXD2ZXonx1wMR9TGegSUyDTypD&#10;NxtgsrqtbZwxt4r5SrKKiJmVrX6a6R6kAUEdgZP2fF7jTQ7TtusQmgyOSR3Be1On58eQ92J8tuEO&#10;QsXY3gZy19MAxZ75wjKa/U/SPfc9QBf8IVqN+/BZx8LUyfuO99cxkDCQ012PnTOfNq5LEaAf0lT3&#10;ge2l0wlP58+cVZUWSAHreF3taxZDTokd1YJZMmZgt+GQv6H0uePTr8O3b6yWH8xEvXaFBm+/gn4W&#10;ve9DH8YMC+8ZQMi0FSTKEsTdzGjBzYXyvD9Fs3sf/mO/Xl2g6zGQnLL4bMwaTMHAktc6df7m3mlc&#10;CGbMZyp4eU5GQw4qWaJHP/wE2GH76EfP/ZBWAPQ98MCDUpvtBwHGO1UK8X7C4RxdN6KPPfWU4Bs/&#10;+O73kFgM/3r0lBxUxWy+EUIs+QeOWg0UFSUP9qMuhPfFdny/joaLamP3PoIYSqq8SvHTGSEEAQvE&#10;iravJn/cFgD49nSa7ycDoucuXaHXXn4VgSjPwcoLz/poQht4Bp555jvw7F+lRx55lB770IcgHcez&#10;/pGP0HPP/RX95de+QseP3Ul/9/cfoON3HsQ1HYqKc3tzLNduDCLQuXMgMSGxV0JVDq0JUecA1IXs&#10;NemtNwy2V2eG+nVD2v761v7u/tLXo1rGX0gP7OpALVd8zOs//zL/SwOydmmkaYkTmDKMAW5sMXgW&#10;NV11CGODAfzbhsaMGmPasQzm3H5Ib+O5d+GpBznumfeoATOtuQTPvcubuHk44AZ6aA7GTphnHgyy&#10;Zg3gzXKjfh2bYIxtTcWDr9FEdHxNI5LcFlMWTnyajNbkMGKJSYDvX8DP5RQX3mTEL0NAJWteujRN&#10;TuGaMUuxst9V3WSGfuHWd2WvazI3v7+6Xu+bAb+U5msKYjkgOgMCvbSwxj9xSg1mFeXO2jKktSuQ&#10;Qw8B8mzT6fe+Rgf3/w4AzqPi8SGfySaknJg35WkZH2pDHG7TQ/TDF67Sa2+/QPffuUSP33MvHd67&#10;hIf1ihhnhgmSs+AhN5WmvVMWm4EqU6SMXtm+SNcunaPlNSDtQPrXQWde5Y0Phyd7ogyRlMwPJTdW&#10;UpgHZaeopp8P26ls7l5Sc6bKsImqwVUvIC3cglF7aj8pLeEGKue1Q1IGv2Gokd/OWdKwygQ16MWV&#10;qZHIxCcCfo6xNqZg8jG1cQrm4WT7Gg7kK7R5bVs8CDfhw8cAIL+fqaUmsnxh1KjUMpjP3g5A7WtX&#10;O0wrrtHJM57efIfo/CXetJZMBkuSPNYwQwhr0fP3Zb8Dm6p3aiot7Ahodn3ckes1HK7BJ4TzOnA9&#10;APAN2I8PG+IKvukTjw3o8Y/B82R5C0AqwL/BmnrZuWtZ8pktj4KiycHCBDjVU5lfulkErwVjkGCE&#10;bf06n1Ja0z3oFMi1sIFkIK/NjoWRJCliDL3SPklkvTFXUuy9ynbrIieltZr00qSHrmIP5KIoMypq&#10;QNDPPHChb6bqYs8fx8c4JxQIJv8rvmld1ZS5wk6rQhIlfblxlnYdVY6UZXjKJJsFHBOWEHvAYmeF&#10;u3F8XQKwYtWEmj/FwBL9wqxhfLGh95k4EzIjMGb3Hp3KaTASN9ibwsx2brXn60bmPxd7RYKvGFM1&#10;0OEr1l+sQgZqXMUaUEv4VaZUmAFmXfGYq8GaWoIQfTWNsjsn10ssl8v1MFl6iFVDxFP9xjzSgiY6&#10;i7yX5ZVV2mtxrFemc5dYq656TzKdbkXOayJNlVI15k1qYKM+e408KxriGC393NmArLEGSu+JsMwF&#10;1NCwpMyii+pb68K8eUjfpD+a9C1UDX2aMbgqgKYP0sUSwWrgQ+w79s96PvUyQVxfpttjxcV8X+vy&#10;vzzPFgri6kSwHizYF8LMeK3FRbKfmEz+rdWIcbEMypVsOVd7oDnqPes004hlL6sEbkQ3Y/lfAJEe&#10;vGg2BGk/iT0gqEh7MmiWhhspNMX2sBTw4WowdkHBGHdrGxb2knEOmpVU9lA81Pj8ZmuODk1+E0fF&#10;ry1Nk2xL862vgNQmG+v7lA5an4F2RvOgbRrjLveISuIoX39h3bgMMLm2yczlFFggdYddt/Tz54c2&#10;ta9ipL6lWWK7R0urrATZIS6AAvvrIFYgsJv5Of3gjNlgjJlrUIWSJOZqdDMWDjOBTMXDLebE6cTM&#10;KKxUN+cxGWvnR7e7arIOegmhzw5K22dgFQezdzjt09aOm/PZdBZk4az+i6Z+cXOYpgZilLMprZ+e&#10;jDEm44TEWTAp+KyrpdOQpGgNfh3IlV4/uD7noX4vIfsJFqkxVUEjXLtvsPwNKZFnIFc9CQDh+PoK&#10;/fDKebofjfMm7CDuhsn8IXeV9k2vqKULV5sSllCsM8QCyavHLDNZp/D1mbJ19FQJC50tqcb8MGXI&#10;mMKYvDIP1UZpFzSm8hULnrItQhNrv1aBt9QLLsW8idcbPrsPpvZAvd0pK1Mk08KUU2YuM6z2oCbf&#10;GjfoFa/R289/kzbOvkunnvoofexTn6PuYKQ9SN1sLdlXnts4K211uzOaZtLSF//P53qKJb1+bUXI&#10;AHx/L+H+nENK7wREkGO3HaG9AAIZEGxSkm4vOEZ/RoPhX0RvOoV6aIyh/NKHPkajk8do+vMfk7/0&#10;hiqOMMwY71xEkAfqcpAJmvBJGh+5lcb7DqB2XxV/cKqGs7GO2bkJAGehDHRRmIX7pYhjv9D/uNdT&#10;1l5he08xxWQw/TIwAO6zhgCN9oI4wl/n7azZxceg2iDrntBV+5ythwpAUek9CfuO/To5QIOBP06C&#10;/dY3v0FvvfE6PfWJ3xKQmcFA/joh1uA9shz1GDwd90Oqey/UhbwvcTgjny6sMGOPef48vrIu667H&#10;/qqT0m82oMMtYrm6XypywlUZAkLGSYFRwRj77GHaJOWFnf/YZ3jovLm5JTZdWwCvT7z5On31K98G&#10;YPoEPf7k/XheNNX5wvkL9PJPXqRnvvMMVG0/pr8J38Nbjuynf/SP/1v68Ic/Qt/41rfptVd/BOYf&#10;0fHbb5fBHbcgW1ARvoKQlR//+AU6sP8uuu22u3GNl0Rp0XollCn7MmZCgYak38jTdrHXePw1geK7&#10;26TsAshXCHe5tf6mHtZZwO/XYffYXjh1FjffCwthAO3tcJmLBU1YWmYT3IvY2C5vkH/zbXKQ4Hbv&#10;naetK5doFYtrCPZT24INsawHBUex00gltTC5EBafB3re7scDhdfyF5FyepWBksiWfzCAxTJEklAD&#10;tM9zqAImJR4bLn/7aMogDmLfr20JPaL11sR3BuoFlYc2oWY0xB5jr7KP6jOHfK2z3S04zS1kYudj&#10;K/SIGOWe2s8bOnPyaoyGLMVLaeZ38PvmFUhmOYkY/gGfvu8WeuHFF+ja9vO0Ep6Ap95+XJcV0vn3&#10;UB/cuCQsPb5ZHUAuBv0uXV6j73zvPfrZ68/R5z7+EN2DyOvN7QsI5GDgVa+lmGCaTl8Z7J1KEcM1&#10;2ri4RVcvNHTpzJKkAK/t2UcHjhzD78tYC4hzx9SEAb9W0k+8eCbKdeaCRgqBqbI2wqCQSF0JMWD6&#10;vPPzSKqqGhgM5IKoVdkkmxGzD4dXBhI/AA1AC5/NhDrZ9DkVeAIpAUuKt8Ao3QZIvXH1stCGt7eu&#10;0RaYfF3YNKaiV+CHPf/Mp5Fhy86ozxuTVbqKNfbueyhcTgzpvZPrdFkkRo14UXJS7oB99nY4PAVM&#10;IZZLWtBErDRnArCofRhN8fPH2wj9mJ6jrZ1T1K6xnIBlwspcWcemtwfX/rc+uo8+81tXcVDCxxIg&#10;zWg4EaNoSZhy5nmUk59d5RupBb5IPb2bYfZFCS5QSS4DYSqPipWkVIAaSqnGY2N2MGuym/MNSsKY&#10;LAXMnnkm8TTGTs3/KUzAWlIZRC5ecf8UxI594D0z+dz1Nu9Q+ZSFMrmvfYMqEK90O8a0c20PINFm&#10;P1Syook1AOnvO5XZTdXTjQ/NrgvFcD/Wkv80S59mnzAF31xOpKXKz0yuiTWe4mUUC5jiXX5QDEhT&#10;UEADQGNOPm5k04G8Xhr2iSWw2ufydfvvTWBkG4F0a20/kdQp4TsmD6zoqyQGW43OfFnlrbfVpCQu&#10;bnBnDmTnqG+yHzUtN4d7RJVaJ/ZI8n0qYQjB2HdNlvLJZ/ape5wauDLU5h5efdLgSPKupUhLWApf&#10;0207FQZSjHCDEmIFAMRB4mVn8FvWaLDwlOxNlADoplSBJi1Tuu/E2A5Fbk7pXsT5RMUYZ6Qi4pkb&#10;s8t6nvhFM4HNMj83D6YFopkIi76/WWYozktt8qsZOzEDFDnV0zy6YuHGuVTQu/LsZV+fnqLb9ZLt&#10;nPlUxZAAAGVZSdObfh7Vz0jFrMqhLBWbPM5Pg92sLmpB8EPfuMX1PPP6Kgxf+fhU7KPEOEyBB2mf&#10;4r+3Zp2bCyf+YWOzATCAtCAgN1muuuvAgP0URJ/8nASsCcqCCqoG6KX/UsX+lfsYjJmpSarpuuQk&#10;daMbRUuLpgS6eL+Q0ZtCUhIsK15XTkEq9srihoRZft5+lnflXiuLq5JWLGyCFjTYzu1ighMrpnQK&#10;63DzlvOxvHYhW4cMpsdKGhoXMDN1SOp6qdE9UMD10bXMEK7lXC5b8RdwP7MBdmegxFpiFLpqELNI&#10;9hczMydU5zdV9gjlDFusjyk+gjGnLGtIRpUg68rzMut76fKQI+SmO0nFU0Mr/21sw5hCcOyz8nqa&#10;cNAcy8Om0zqndyHZqojhFCzzti/xqh+wtHO6LQOi57Emwxr2e4A7Y4AcRy5s0Kuwudk8eog20cfc&#10;Hy+iUof9EVjkTbwmvHmuExTMSIMBZR0xgN6az4UMx73aDHkDy1UBVMJLmAHYI4f2JNAVZ6EpUWvR&#10;9RFeZ/6r+vmmlExgtC4LwkZMQ8VOhlwAuCBiZjWDZ/krehX+PJNmID3cKt7kVfR1595BSidq8QbM&#10;nY985Cn0ZOgNGGQD6EKLEsPjAuJanGFV30DqmBO+gzKShxik7d23RySgfN3efecdkRLz1x04dAgy&#10;RLMpqi5i+hOHWowatrNiLiaqZ3z9FGsLQiMav4D7CJAvQtLLPpFMOGkun6b4yvPkUOcP7sR9PcBr&#10;dRk9cCOkjH7t6v7zsPF+xSynFDTF6jEG0FjpdwXPwMsv/5TOnDmNgIV99Ojjj9NhhFywJFZIILuB&#10;WXOAn5vhC7u5dc49LOMBcTwxJRhYnQDY77zzDpRWn6DvPPMMfetb36Dlpb9BR287LifDoLHAQM4N&#10;QN/K4ODgvntpG6/BjDZ+VgJjHKhh2edea80ZW4pFYRa0e6bedTjVNwEcvQ90xxizYlslZznWLfa6&#10;HSjvdiYlVGQJ94I/KzPmRS4L4HaKz3gRtlSnTp6EYu0CvYJ76MM63f/AHQgxOSj+hx77zRoUlXv3&#10;rtNd99xD/+Kf/zP6F//yn9M/+Pw/oDvuuoOefOpjYPQdpy8//SX60/9wgh5+6BFIpm8Faayjd0+d&#10;AFB4je677yN030P30v7DK0JqELsSIQlpj5+wAfWZDO/HlO6GYJ/7hQUQcT74KP5GZKj8woBfIsO0&#10;h/Z5seZvwH4CtYnc2fcQnnGROrD3mtPnIMuFHwV03XFnW4zpsZVCEorNbamTaCOZ2uGPw05Tq6Tv&#10;hMSx3Qtp5F5QN9kD6Qq+9yqAPkxb3LoWvPwgtntXKcKoESJuYu9A8dxDgmzY5qTSicl7Q7H6mWra&#10;IU+XgiUhcuMpa76zooCZOV3saexl6p5JLJbs1C0g0ljzLEIrT1l6u8twaU5tE5Soonwbr21RE2L+&#10;u2WOS+hUSsAoOLveNtgk7374Xjpw13E6uOc4fevZr8Ij4pR67dnh4b0VVt4CGBgU4GASKX7xIC/d&#10;BrPMw/T0N8+A2vwtuveOA3T/8X3YgLEhsrwmGjhBKpMZcDHEBrS4xu1Qm9FuCmYZVG6XxucAAJ6k&#10;0fotMq1Zw7SGac4jFDjDpVYOUy5UUhJi40okceIaZaCATHJVOctlh5lgOa6Nz/5JIclmgnpsCBtP&#10;phbbMolhL0GW4zK4t3l1AwXGeUh2pxq4gfcfgoYu6IY90AIymdZyo88m/HgbVzYcQNUpXUGw0On3&#10;4Dt5eUhnz8F8eIrDHGu7DUliOjWPLdy0kXp2RVLvL2fAUTQAzyN+XJKHdy4gYvxneD9nEIxySbz/&#10;uFnqGmYsqAH0QTBkf/tDLX3qUxdpz358n2ffhKFNVZnJiCSjJWYClkOxq4UBBv74ntYssei2rbgM&#10;2XtOC7txZlQxgJE9HjJzxVh/VKdmpv9K/n1dZhjkOHFH2aOxgtoqGVSRX6rPUwJy7BnNEpyYmTWJ&#10;cFZwwGK+LqBbSCwSA4ecTlW7WDtcdXmiFevgkewdlNbjVP3uyIC3DOgow1B8gkJt+D7R1D/egzpL&#10;BEyecSkZl8zjTqSdTkMokodZYhPZd3KB2QWXmykTsFJWEPgSPFA4cC4z/OQaszeZHJrc+Gwr25Ml&#10;jNlPrTEgbWqM2vTZB5WkxWUZcgahzHyZ172am4cM+CmG02SQIvbYfKWZU5CyyddG3mOSDCb/PvI5&#10;VdVLcExjARxxAb3dqwQ3gbkh5HuWGvapNdbaHaWJZyisLfFXTH5lUWTWLlkOAMjXa9UIG48Twpjh&#10;PO00+VJkvuwVGNVzT9LHG2fhEY3sz8GAKpFrCtOlgSl4JzJwARaismpF6rlILlA1+NnDjMqeGmyG&#10;5Orp8ozAbn4iaqBqoDkpo8spkDXI4XtWebXPZh1lEdL56mKV4poe3Iq5RP0Qi0KyjRXrqvZcM+BQ&#10;fF3qwssVH42cOeIWHOTR2IB9UKKWzxSscSbhPLrKfzlmFlickxt1ZbAQazCmkmCk95ESkqMF0pgB&#10;frRU8mQALt5j5ofXOvWECim9tOfFWskZZypSBoa5IZP05/r55u9NTFgDRc0Zzz53p16WBszWEnrx&#10;/IlaW4nsUsKpfOXp2lSsnTrZV983n/NdTMB1CYZwroDbLp1jFo6gbp5TCyFq7FwI6odW4qlnzKhd&#10;FRQyE9SR2Hy9v7Z7vZCJYjYWvoCCZCxZtyBYJ4egLEYzCjM3A9Vu5vyuKX4hS5cKIBeqa5t+3rzN&#10;RRVQXT0LOU6lhFo4Rz3OV6xttEolIKsj/azEMK69CHsG4j4HQeR35FwGQqkysxcLlgpsE2uMHMTU&#10;FV++JEVKqgKXzsj0jDu1P4zKPNVBnbHK7BmOdn+nIdl7NJkpruExnYKHfELifU28ek6yP3MAuLXJ&#10;Bm133C7qIzp/kS5fxDAXYYIHEQ5wEuyiDTQny1CmcF7vfgyJl8CEbBlotCGj1AVdyDUIs8hl9DYY&#10;6RBP2OZT8xamEubjDDM3f88YYgZwa2fg4j/aN4OPfUs06ttOmnKB1DeL6xy2KOM6iL3Pph0Dl94G&#10;L+Ytir9fXmL/Qk6whUfXOtHVLQ8PtVP0s29+Wz7L4x9+nI4C+POSnLwiQEt9lsdierKgjfc3YM+k&#10;kLKy5/P95b1ueVXVSDKwAyh1Hr0sX9d2OJLzZMQ9UzsokkBne6vXIQOvtabF+b+iz2fHe/DGBk3f&#10;fJFGUELJYKTRoVs4d1K8C+V5Qu0v13+kAXu8lAaS/KyWMN1MAJqjeT8wR/Mu/DcvFY2/enAvpYyb&#10;zRevjQ492BRg0hVcEwb4Tp86hV7nGphzkDNjQPPWmyeEqMBsuxbkHQbdO455tiCmvs+gW4hixDhv&#10;Tpb+lV87B4WhAFrDtZ7AHuyOO++S0Mnnn3sO6bvP0hNPfVyCOfYwechqVAmiwprhlN4h1oMyaC3k&#10;0+oJJT3E69sUzFpE1PunmwcpXc//Lflsx+uCgjcz5jNNnXwHq/YuXd0EyHYSybin6eLFi+g/x7K3&#10;HYKn5uHDt9CRW48BDN+LNjYp6ojeOvEGPf21r+F73qUPf/DjUseyklLDUcGQxHU6dHAEUHWZPv+H&#10;n6c//uN/h19/TP/9P/4f6djtB2nfgT3wPjxMr7/6CiS75+l1pGIvD1ewHvbSpz/7FHz8DoJZuyLy&#10;acYfvNnFSe/vZoIrnF9IbC1KBz+T3bwo2srddGBHVi7UtoBZNeDmGMBzUnM3UzdWLEBX22vcDDV3&#10;oVR5fv0tZvW6Xb/GzQDN7eCP/xQAH5JxAfQx2hPxa8jUV262gOBNvMoEhdFV8Vbazst0hydO7VAc&#10;zrG4AAaByedZiouHvIF/XwfJ7oAPek4fBVV6iFhmD+CoASU+AogSph5kkd3OhqDOcjBK2IJOuoJM&#10;lVJdpAXqBEEeTWveVcZYi1Y4WjyuLgs+n7zLQR/dpLjFi9dCMklO08Og7IUu3Udhtce+1RgtDDTL&#10;hVJIyWUhFqPGkGILgoSeeC6o8VE33rlE+z42oFuv3g5N+300fOpJSHAfhvnlt+j8+dMAtS7SEsts&#10;Vw6DCbkuwJ6GQVhBpG5RInsJaFIvx3W6dPF+OgOt/E9euYpCJNKRfVO64/gKrS0NaA+8KVqWlqZ0&#10;0tiKBJYf/PFYwxEGQ/aKm9Dk8kV585fPLwlrz+P1R7yB42fxgcqGneyH0eJwVDaeF6q8GpoqoNv4&#10;4vmUknVycWopndJwMLDHE0O2b2Rp0YTluJgogj04hnHdePuqbOrqC7gJAHBsLCf24HPWlDTS5It0&#10;ApRhpo7iI9FVBHVM8DUIDqLzlwd0CZaS5y94TDbWQD5tBHyQibNJh7ncjBIaO82hGGRCbDEr5+sX&#10;x8LU8zCMjShqxIOLw212ziH848cAEX+M93UNTJ6RyCkHWOdXwYDdi7V0z/qE/tZTnj7zqTFSp2Bm&#10;2lzDswUGEgIVRPHHcg2EtLBB8kaSxBkwokUhZdAn+ejF7LPHBfIW1teS4TZTYalpsdbJNVFz3zYX&#10;HJoQZ9OVnJzqF9qmxKRbr7sJATO6mc0tpVwbKyvLNjWsQJN0zbCffMWyKj+w35DU0qUuMzdCsoyT&#10;JNaJeGF6t8BDiWJPKkgZCE2v2eT3HBJIkRstX/wHpQ/dKReFATVJoW0ERFNPpS37GU0GACmL+EuR&#10;J1N7PrCZNRqSvN8kU8lbLJglAYWSe+L6zoQpiViAPNekjFa5vpzErFHqQ7sSYzHibxILNA560urC&#10;8opVomfyCpyad5SuHw0qSWyL6pBKE7o8qQ850bUEb1ThLJXXWUwApDEPigSmku3FRopINYfuzH+q&#10;+hU1sVfB+JT6mBLkvewzcuaIZmMgrEthOrGUKezINKkRoAP7B55htgto2305UMO5JexLMsYxZqF6&#10;hkoya6eNrhS5/LOnU/EB5K/teJ8aNjncQnwhu34LkJqz0OlzKN6lTWtgVmmLa+/GWW8xt8gbxqUi&#10;0vfSUosKMfZYFW6hTKiSH2aPpXmfzb4zoCtedTn9NPb8fIq/p8sAWSlYAtUax8Lw9NVgocjFM6Aw&#10;l7Dmsl+l62UWzISjxBkftlrMGytgxFW+dRmMcXOebLX8MDWnnQW5cFhLK360A2NM7OQBAzNpOvMX&#10;jva7rDjv8vNfs1tcNXDTfVd9JHkdJm8cDrDS/tbJuRqnE0vsjLJWJXUQbP/oTaaehllBwceIva7x&#10;NpEPCSAsDMtggGC0506ejVA8VaMlmkcDzjT8wJUE7zyMafRzZiln8ppNHrU+78XegM9gTHKVYTU9&#10;8DX2vGCNhOh9PzBI2I5Vg2FdRtpbXI+l0m/BdYDhKzbAbgW6mzOGjtm8O+aQrMppIj8bxjkrxt1J&#10;ypqkpjY0yIBmYhja1xJRlXTtMtNUxkeusGgrDl9Jbq5A0eTTmFiqYnkRKe+fcr+bJp/5iTHsYknY&#10;Tmy0WFZP8SQ0JUiwIAKxpZCkSLOzIfP9s6FfGkaFQAtYit6ArlCAwXwCpXWTYUZLr3QyyuU1t8R1&#10;JGq6MfqMK2vrdGH/Hog8UMO9eZ4uYkoc9qL+O343bazuoaOo607jWQQkhH6J6G6k9h7Zbml98xxe&#10;A/UY6jlWPgWL8slrgJ9PPP8try/8PPbB7syblT2UXfAlMMh12XM0rcDOkDxe9wxk6DDK9qNY78vR&#10;mPzKRtBHUBN3o7GzFWgNZj+BKxFaIXc0jXr58T4gEvR2Is/DYM2JDHkiTKuJsKXOnfo5jf/fy3QV&#10;gMMnP4f7dtsdtLy3EViiZe+8CvAWVpJ5vPVDB3zFLY8zHDw7O2qGaOYx6j40WlpSSS8+5PLaPnj4&#10;naS3Xv8ZHb71VoATt0iIAPcpvPZZhsrAz2RiLEeTQDu2nYKdDv5RbHBaJImGt1+Dqu1tYWxKwBbW&#10;RgOAc/ziZRowUeauD1C3F9ZJ6/vVdxx3lVN/ewAC9UHwxdhE/FVlPfwS9q4lQEWeQ9RZGyDhbGxs&#10;0enTJwGinhWv2VsOHweb7yj6QCdS3jd+/hq9CMDtjrvvpmN33EHr6BFZMpqYz7ODkDgzpIsxVh6r&#10;biYjIc6EoOquyCD1Onz6lgHsrSNI4juQnH4NbLNHH3uMHnn0UfjPr8m6bRpVIDVeHZNrRYH0JLH0&#10;LroXhhtCrW7W1CdS73xO/pp1rTRHD5qzorg5v15+BiZQBWxtbUgwzTPfeVYUS0eP3UH3P/hBrP8p&#10;uFtX6BSCa05A4nzh0gW69977kFD8Qchqb5Nr9cnPfJpW1tboX/3rf0Xff/4ZgPSPARTcK8nEHMDJ&#10;4OoWGJx74Nv36OMPgeX3P9A/++f/lP7iL75Af/AHf4CfdYjuAsvv+PFj6NOn2kdPGVRC8CqeoUEm&#10;BTU9VRrX4iFUANnutPSb87HMh/cv/pzEBaPySNcJDY9ujmYd44wi5CaB+BgXfeBf7EF3cYZ0UV3f&#10;duml7wuFXO4Hp94vWQHIIF7UBI9E7a6n3gGNS4ck3IH071jSmH6tHAT4Ae+9cAkS0rMb1C7DUyFE&#10;lS8tgTZ7cI0G8HPggdcOI73dWBJ4cVKgV5+ojtspfd9Lk2PGn2nq28Vs0C7vCF2yZ8ZVzEkZyuoz&#10;VgnZoRAsjUZMVRsDLnmDjhLSqOGkody/JlrqUaJQ+Ezeue49iDOPdG21FtPLsbTZEMHu9CUa7oep&#10;6K2HcR3XyONQOXLvIwDa9uHh+QaAozN0FXLQEQC71b3HwKwbSYOqvlCTnHQWTRoQxEQXVPulvXRx&#10;e5Uuvt3SG29OoJ+Hl8ihn9OR2zzddhjeBfCw2AOTUklwlYaZvREHZFWApDK3YvJPkpCqhcJUQLf0&#10;wG5cbtVMW0z0U6pro80p+5MA9BNTY2tQulCkKbpRa1qXhK1Mg/y+Q8FAwCBgBW98A/Zp5EmjpRcK&#10;IML/LoESQzMmbXUSCSp9N12lszAc7YY7dOnsmM6fHtFpsPbOXeVDXYuejgHJRsMJPHt0MVjJrxkm&#10;Grcuxb0vMziw5Tr4HE4h2RjDp4TX5jLuhQOoGJBmzDPa6eQ9unj2Zbo6fQnre1ua/x0UQJy2Og4M&#10;K47og4em9IefinT/IzCORS0xEqnuYdrqztAyGziLJDVmZtSsTEbArOwl46hYMKddtPio+czOGgs4&#10;qeAMpshuyaSHw9R6V75Ws5lZtSyzyYBKBsdSI5687QRMaEtjkKSBWWbcmgyvteLf58Jf9xVfmZHH&#10;CjboxBOy7wtFlno6VVl6ahyyNNdXB0GRElOcER07n6dpxa/IVTSfwqZg5qjICilJSTtlpwg4iMIQ&#10;gC3L8vjZKROCaV7L5Gb8vKxJbbyZHFe2hRlAQ+OflCFRSdSyP9VnSTGgzuaCmb2jabAD2RfUWGBS&#10;SUSnGZQsTEEz+U7MuFlJYYz9qZuBRSEo29TlNMmU/DrDuooK+mpjkTwNFUTsH04hy1KzxDTdSwYJ&#10;mBHZLQrPkmxy9XJ0jUktvbwWSyebVgG3yVQBF60T1Dy9xRk2RohR6MBw9/CMxcSeCyplaPFrTqSI&#10;T/udN4+qfMhGDYfyZpbsxXh+IknqxIOatqlYPsbqq57hmEVs/euVn0ZJbmwyJpvM7etcFJr1s6to&#10;cdnby3X9wKT0/LlgQLk9E253wWieU1d7h5v15IuxCn122RuPYmHx+TT1zzK+fnKpMEtz8eyLZC/G&#10;nk+bo76XjnwXN6mVKWIvnzXOsvvoutFnPfe72N8bXZa+Uk4lzsb/JsfrLNVZBmNiKYE/Y8jjG2OG&#10;+yUB1Jn1yRYV7Eu03WkydCcJg9UAhOYDfVxF5eFG1w+U4eLtowRm0Ae9vkNWVvgu2/Px+mSLCrFs&#10;kGEr27I4rS94L/N2EvrEeC78HJeMjhLDNiWq2h7GTEJu7NX3yduz28q6FVA7KmNWnlPvjVXYr6gy&#10;gMzXgP1uk5G3LwMKJSa77EVWwLMZD5wK3M5+nknGXgOnGchzOYl3kezV/VKeS3V6fLAhbj0gLRtb&#10;eqs9m43M8gwz+4brNZyxBsyvE3ZaRPrX77sK8JhSpWPPF7uzfYrvJe+5caYhjguuRL7utqYb9kQN&#10;MQ8Cyn2M5m/ps3Q8+ZlGVwLFUkNc23rEWlbvEujY9xrlQfxUwjqmkKu29C6IC6cgZZPFceY8LaH5&#10;BeWFjhw7Su/grNgGiLDFQzR83lcgx3h1cJD+1nRdz1tufKfnUfmNLVDNzVmDi8fZoKR5KxjfiY+f&#10;1j02UG1qtmkJrkn3MyXDd/YMhlAglWCBTun6qU+2r0Dn2AuAS2uraSxMKtby9iYPheW/2kZY77x7&#10;rMCG5urWe3QCgMsAaacfb5DgCWuRwX4Uu40qUfQ+hBTXtHilXcfCJYa4a2Js8vLjPXUV1jmuWZKh&#10;+VuvvUzvvHFCsEW+DisgLTAgyNc5hAXSLX4t/tgALLpDB0VC2nL6MocTXpyIasIzKIufN9w6R93P&#10;nodqDX3u/ffTFD8zrLBHIC+JkQwT2cKjz2bbxaD2P2MIR8Yp2Jt9MJRnakd6ctRKUPadOvkWvXvm&#10;DCyipnTs6J10y6EDAIxg9TRqJDRxHaARr6p33nqTXv/5q5L4ugQ5LTPMRqPhAmZSvPEOeYMvaYQl&#10;prJej/e5D77zTyF59/WXXhIgeTphgPIaUnfXbs4z8SaBVefmrLUXsjTdPEz5K2NltjgHN+FRf+ny&#10;Dn3pS18GyH2APvzkR+n2u45hzTvpdVtsGg8++CCkupeEvfdnf/5nCOH4Ef3u3/hdegRgKD/jH/v4&#10;x+Rz/l//4p/R1775JXr48QcQjgp8YHlJ+++2leCi5dE6VINX6ZOf/Cx94QtfAFnmKh06dAQhJ06A&#10;fM4JkN3GR1MBGSt5l+CNSO9T6h5DFda1u0z6/aDks2p7N/N1s3n187xNuuG+9Jv0v7bhQo9vCqS3&#10;Tad609BUNP3GLIGISmw9/3k6NeNXFJWIXGdJbsty3zNXZBoH9jakwbjh2HSHtwJYwsPPzfl0B8Ua&#10;Nk0Hzzk2Zg4pgaDTBsSLLKoxepx53qd3O/TC9GPAjBdQu9wW/y7zeBPPitaAPiz4xtKugh2cAh4y&#10;zrdtDa6l9nprfTNNOPTYnoXZWae7VVLeMAP21XED6XeZJhonjw+d4TVQ/3EQNvDMY1+QYUAkNdh3&#10;K7cdoANXPwRG2o/o2hVMj0AhH46YFo1pIqOrbCo6WFb9u9FDxDyXRhKQImdxMxCQJ4B2eSEcoMun&#10;VunU6S16cz/T8LeA0l+iw4cC7ceGvYKHdXWJ03S8AKg8jdlJEjwu0q2J952mpklymt0378byk5M8&#10;LJrvB6dQ7sQkkwjFE81lY5wsaUkBFD4XayVVaIPBTaNailyRQVKAfBOYHu5MBsLeg3UGpLgoNDbw&#10;9ZBWXLmyRleusa/EXtrmGPAmNStODnGR0XGTxYxCV6WmCkWgNd8Xp0zCMYd9vEOb4zP4uSjrwDpc&#10;GcGPZLAH7/OgpCAHSIi3IL0ODbwg4lH09SfxmcYCubEEpIU8+KMwLv6vfm+THrwHwRyrkuaBa4QG&#10;r7mIxsuSk00axkw5CW2QKbOzRyH2+OOxBwZa8R87awKDARgmK41kRVqjEkgyz7rMrovzxmE9yLqZ&#10;OYTdTIDgDGXZJUlqFRxgrUSsQyZ6BLwsbKUkLqu9y0LFOHQ5QEDDQWSc5IvsUJkfxmLKrL6YE6LF&#10;ODqBDub3FiPN0MrTA+8zS7EOEykNfvIDmBhAlVhm6es6k0eHnkU2F6RJjsws5a6L/XzTmQwhBchL&#10;wIDLwAhln7QCHdUOilMZDHjX7GI2XOUPxgJAFlmZy5JfiRnyJgc2lgBZYEX2MumxQbqcWFo8DxIT&#10;qE+ld9HPeAKG6p7V4G+swpxjkR9ncDEY2zsBQCylDTlhV6ST9toqjzRmptyPRoJ1HLN2MXwJcpSs&#10;6hoTb8sd8dZsm726XQSb3rL0ks8vNxAQR1ku+vcqmwvCGHScRNWls8RnV8w6jVkO5daXxO2g3m6N&#10;WQDEOheglzZaeX/NVSglJTanmlb+ODHhJpX0K0bqDwFi7Mtso51jtYdND4OOlUTCVV54hQ2WWGnq&#10;q0gLBSw5OdTNhpAUKWj5eaGA6cnfLwHJGfes32HssYnnq9E4q0ztuxnWkaqxDzimAJzsS8hpneg8&#10;WRqjHlmwTxm0mS3bCDjSarAZnwYsO2M5LuP9PAhjGws+7FIaN7nsiZcGFGl/WBroUEUAA7M9YE4R&#10;qwqYbb+E+qgFEiFScPE+BrgISR4z0eX98NkcROckLFnv2iqIIxrDm4o3YpWc2guHocqbzykzXCSX&#10;1mAnIDfXeW5mUr4LIBXS3h9LoFPMnoCF8eqj6wWDpN+DsfGoMoGfDy/X9+azTDX2WHrx/Rg2LfTd&#10;iflDuzgj4MoBLjSXhq1bs+8ljIq8OSyQ/8S+5J7irC+Sm5EXlkY2LGiGU0pvYeFNsw+fs6C1aZzl&#10;xFIfaKNqD6n8ukqwgbHHbf9JwFRngW+6p06zBFPCi+ptyiVGkilfjL3a2HvL1ozmE5jdYW1tdhzA&#10;huWJkS6AvmV67yBY3ZsbmG5vCUHg3VU8nbccpHd4DUPZ4XAeXoYUd7DT0Qrq5st+lV4DK2yE9z3A&#10;kHcP+1Dj/Q7CVfGcZhDdW1iaMiD1nTNo5jEQ6gTkm8hzqbO3Ltt4JAZmue++sHM7DVWsvYhrK5RU&#10;C3lX+aMlC46YVA2xYtw4ee61bOh0gJZBP+BePBDAfRpHBhUAejHoyWcVoM9N/Nvr3/oW+qwNABAf&#10;x4d7ANLmvcKiY280Za7Hm2C2ufcFnxdyK/ZQtiBquTfaS5Pb7qEzp96hU2+fkLreHQHzCCU3g1Dq&#10;qdsXvHEt0pD6vQXM6MK+dTA8j1OL8D8PX+/p5TOoCy6BpxLkygyvnKXpz55Dr4AU4sc+CMuegxjw&#10;oytiJn/j5/aV3gR89uysD3j6RVN7fxHgQc9mVm1NJhNZT9fgh74BdtiZM6fo8gWW667RbXfvB9B9&#10;JKfieuvV+f8HAYyyzRMTME689nMJ9TmMYIx2oCyvuUHkjZgzM96qs4DNdKJWPcLk5Hs+YNLHOn0Q&#10;QBbLh7lmGjEpY9FG3NNvxsU1wEK5bVFHXA+jcrMYk9tNCuwXh7Pc8Czx6Ek7evvNN+mNE+foD/7w&#10;c3Q7PPSWAL4uo5d3VndPoehbXd8DSe1RQDBr9Owz36Av/uVfoo/t6PGPfBi1wEBAwiFIU1/68lfp&#10;a1/+Cn3mc58hh68fADtgUgtb2fBbPADLqSPwZOQBzsY1lvlDjYn6WPZob5/Fx9yvJILT4uc4zIxQ&#10;FwF5bibc5/qekn283s31OsVbfTf8z1UmA31pretJ8P//6cLZygSYm2W+OY0WFm0wo2z+r84m6qH4&#10;askHRnHo9yDUAb58DR980O57BHmoRxpYXwfg17cPhyFYZvx9E0zEHEARj4Xy/zH3Zs+WXed92LfW&#10;3uecO/Y8Ad2NxjwQxMBZJEXakiPKMR3KUuzSgyt2Hp3KUHnMo/I/uPKQJ8eWJctVrjiKXXLEiDIH&#10;WxRFihRBEiRBEmgA3ei5+/btO52z91r5fcMa9rnnNhoknER2F4HGvWfYe+21vu/3/YYRs7A4PVGY&#10;K9ajtb6k5Hal0JZJrxFE1DfGNiUzyfc9T8IZlHKcFSFgIjdSAYVqh40rtCq/ks27NXYMH4yt0fm6&#10;zppSjmTdI2/8otb2g4mf93h5sH0qVAsqpGm3Udj5s834kLw7pSNgjZ1+aImuvsUx2Lj2KzhAVyCP&#10;PXWU1sILwJ7GtLu7YQbb/JGZ/8aAHgdC4PBEam7y9XIsf2YJZ7IeI37o2XIWGzju8zSuIFwF738H&#10;hf4VXLtXATBywvLKHhJ1ZrSKeNhDKz2ozz2to6gZjyHXHXn1umD/ilaBWPksXo21k8wsPSSNJVGm&#10;VKNoiZtpKh6NodD3o6EsEX+30/tcSMs9sjCOe1s9bg0OH6T83NvGxGl3mTbhd3hvewzvPdRiu9wU&#10;rWRpEEsieAPqEtsz2trBPY9d6hhS1p+lbDpLVuXvIf6FNwDy4RCf3paQjSkmtJqExoDiTbzONh2a&#10;bgBTXZck6eW1w9SgKIjwFNy4zoflLUkKu4C05b/7N0f0yU96On0Ok0YP1mTDASMoLtnokpmvUrhW&#10;YIcBnl3QaWowOv3Il4pcGiVPhQ1QA3ZuV0Jd6sbW+Yr5J8Z4IRfXbi7R0bk4nK7VqHbhdFQTsSIs&#10;zgCNm2tAkmeVNAcmbxTWblMkjAkY8jFvzikQhEHYJFWKZiyfk+fEj3BUgUMpXCLMGXOGktiT6VGl&#10;GReRTWwGPknJj85RClzoLEiAZZpTAWmZ+elwzcXnLRsOGugnLKq+XGcqk3j26oviJdNIOrmrrA9j&#10;MZHQ5jQq2NiYjCmBXgOZWCzSblnvJrtmKbdYFDBbV1idrYGXdXBL4Rw67+cYnl5YR9p9NBpwIsEY&#10;eyoFYniCmanZGDWYvyO/97iiTpgkR8A8axJJmU6U/fvM4zF56MXCUkyHuPpGhcy4KQ1/koqORZCl&#10;HixT8WOSdGKXEqaDTN6jAX8iw7XvLmxkuKvOOv43DKXAzOv62zrUckjKhi9TiF2WoDOTXOwDpOgN&#10;WWrVpFAcN5brL2r5kTNGg/qRidSxr0CiOJSjyVbW6FpjaRDbUCQ7iFTMUQ34xYpXF6tkUD+UB6Yw&#10;DXI1EzYW/7la4juXjJsbySotusbgwiBvoMqM81QFkxj44ov8UPanUIIsNImypK+mpjRZGaQ3K4m7&#10;rjD2MvErFq/T6LIvjMv7XrDnaw76GADW+72w5r0VM7hkcs5gukL+3DxdH3GTK41uK41xSgwVcE1q&#10;L1tLvLaZbeqxlzQ4g8Ak54CAZQz4xqNAu+1UpGf8p++7hfIX8SLqlVkv/pJOB1tYhfDTwevgn9fw&#10;38a9yyw3Zk33QZ8XH3t7jtp830RtwcCOs0GsFet98rY15URqovL1sIRdbu49M2otUTENVaKB5U0d&#10;5BHjwpI6Utm3k2w2ml9LTKzkoH8Tg7KlU1JhZlGn902MbX6d7INYRjghVAwoHhyIn5fLkmiq2afz&#10;PlvxoPRNt2+QJvuep8qKQz+rNwZrNtPM4LYrQwqqPYeqoVRqtNKzX4HRheEX37OheRpMxRDr8Vnx&#10;MiStCaNdtxD7vGcPZG455d7PXTcFLYUJkqTJvG91peJIwRks6eVmXmxVDFRPtYY3FqkGueiZmRiw&#10;rgrJY5BnJiB4UO8uJ8YMAGkc3UR9dhHkhbWjJyjeuEGT7V06jJ+7dhwMP3hYn8ZZdxXfrz20hhoz&#10;yhB8BgYgp+gygeHHGPDegLRxE73HY0uH6FyLgLZ779AYNSMM0PVstGvGdW665zLQET8/lZrqd+xk&#10;iNv1fRUMUEDr5HHmXe2EVwXhVJ7F3oDGOiW2hC/os9llH1knQKbYZqR2PKhdiLpMeKizeIAAVh+G&#10;B82kF6UK73G7uz3dvfUGvfqlW7Rx6Tp98j/HGfzoUwj9OyTywaZOR9+3f+3n0tRszYOJP32Vuq51&#10;BQOL62Bl8tnMcsWrl9+hS0hj3Ybn3InTp8AEAwAprLO2BKiZ3QOvjAbMRFbxRN63OQX2yQ/g/p+m&#10;9k14cv/0FVrqNtAX4IQZof7cvkqT1+9hr9uh8dPPEcErLUK1BRMh9JBLA0sLSut/zgMs7pN8/ry8&#10;4fcGFtby2q1790SRdOuGBjjsILV1Bb3Nk08/C8+3dQB+7OE2yix7WVten0FWPazDg/7J556jt8Ck&#10;vAgPvw34Jj3xNO49bLsmPOxs3IGJzPeDzRZ+IwtsYvm7eNECD1gFI82tTDS8s2neXRb9Hjl3bhDS&#10;sZiz5+ZAvvgLssAX/d89PGNs+/TGmz8UW5qjR0GqGkf5/o0rIXGOWZogVx3BXvXCBz8AQPA8vfq9&#10;H9Aff/GLkPe+Sb/yq/8ZnTt7hD72S78MH77z9Ae/9y/pf/3H/xj96qfp45/8FDCBVblvbPuxuxNx&#10;X39ITz76ISgF18SCICRJfiqTepf3lWg1vD/w2sb9bNeFq9i9p2fi3dKvF7/KAuDduTnvu3jf/JSY&#10;rCXc+3mn30ewz0maao78rHgrzvxZdILP5uJ+Slrw4CCLJw6DHrtMHRKp+tv3sNGjoQTzruPkFxyI&#10;y6dOaOGFtFd+GCP+BEmCibngdgkhD8odYgZGMN8MZkGMTALQYVE1bIrOMigwqdjcbecqA31j2uED&#10;D4BXBwp9A215cw6b+zpMITn4AxtTgyj2Bg9AsIZJAiHwv2zAGyCXiaCFxV32W4Nf09U7tH3rDu0i&#10;oWbv2g34xqHZA1uLW+QRioA1NF7r+O7o/2jK14an9eyv01oR5pzilKIgUiP23przfqbNKDMTZ8aY&#10;7PHALkFWeebsKjFUAPk9LW1hU5zcBY12mfaOsHb+SVwjTEkwfZdrDxZYg8a7BxMwQG7rIw5PNBJc&#10;KOyxL4aZ0DNDj9kmk34s113kGSgiOlJvnY6bdhQlM1rH0NLR9e0g3gzO5IYM0S7hU63Ch2JlHWw2&#10;eHSMVpn1FzDVibSy0mjsvSX9cnMrnj6W2sgMy+SNE82nJYSQ5QrT3VS4j3RSCKbndIfZCPwHQB5S&#10;m7dQZN3cOka3bpHI6QQ8EAlQmjymh1EBSJZpmyBGwLMsQ3PKwGJAWPQQ0txH5XKKKXmUKWYUuj3W&#10;MzxWbt/6Ke3sAuBrOdUYbFUHYKPzcqiwme8Ukz2WLBxaPwJAe1nSiR38TDybv66co/7uMj35UKD/&#10;6b//ID365F2EpbBh+q5IpxmMYJ9LAYnkGbNERkx2Bcj16s8kvDC+j/hePJ+KWntlEISvaZvSRfnR&#10;cEkcsSffzQFo0We5raR6el9cJVMmC/Fgf0ptiLWhFuNjSVvtTKKpv9PLE0E5GTCxuxQkauT6u1jY&#10;XPz3fCA1vqey9Y8sLKOteDYz85pLPkU13SPBCr3KZ33I+nuv0U55S1a5MxfxvXnuxcwYTL5QyQNH&#10;wXheB2NNnXS9FYtd9pogY1ixd43HUxHCrrC8NMhnpICXhaAo2NPK7yuYObUUZp1YePOpY7bOyKlk&#10;kqfjnN7NCd2tNa6cjC6ArOurOrEw1hRQMMZfnqY5k+t4YShEAE1cjGterh7IgZm4cn9Z2jtT/74q&#10;4dl7P8dgUXYue4vVNbhkAPO9S7Wr+GV6ua8srQgMlEW9j9qIhMzOC12ROIY0mWAWgSziXopGjjOK&#10;mQftJDFN2Tg7Jv9lH7wtXbfevPfk2ncmW0/Hc2v30cuzJddFPNBWzNeJ1xyKQ/4dWwczkUPdk/3C&#10;CeO2MQYkrzs+f0Z2Eby+H/60GLwweCtefRzSIeyHPXnWxZICXrhLk95o8iNld4jNsh/4xIXaLUYG&#10;U72EWc36qaUpGivJh8J2jsEsm33ll1kVPcn2MRlvpxTdlIhL5s0zxwaMNBdMW6XUZR5OSAwtl+mB&#10;bfTmtdbnQYCQqrH3qmcdiaF6Yt+qPN/nxGndC12RlRvbRHyjfJLN23BGpKIKKDl7dhJfrA+Vj4mL&#10;tqe5uaIwDtjJLhYWYmblObVXyGGkqYZp2X2EfW69pNU7lonjM83Ynxj1yHjEKXhB0gnrRpaHZzLc&#10;kWdgYs8Bif9QL7JINKoT+BCBOdRiXXbw85sgxGzt8FH5WWZcXLv+jgRo9dPOUu34OLegIpxV3Uyv&#10;3cTrXri+1koG/Rj7yir3t6PEigqassnJp2hU2d6iaZ2dmd4gbdt5uR4zPz5hKrYVwNpbKrSdzfLa&#10;3Agz4Nmoj57I5iz8zFVS1Azm+OLX6vIZlZIH3SAlUc4mr0EkDKardYL9bqO7LAOYOc22MlUS0KOx&#10;0CBLVe+Dhlk1aV4hg4uZhBB55wfeN66ykhiwc2LIKfSaMOizBYGruHLlM81KiEIs7mRpfcU6rdrO&#10;aQXFbOQuAIfXpMquz+wtMn/HYJ9PPJGdgmTEXo0m7Q2DBObauzNxjqmw+fLAq/Re6hmpnrvsCcmD&#10;SWYG9cYSi5mFG7PfdgKrmE0ahf2E85RVQjyc7Xph3/WGcap8XRMbxbubfe1EEttI6IHY1kQNyelx&#10;nnHQ0my2K15/XEOJ/5/I1KMM6QyXyOy/Jb5H2OO3sae3HCoI5lYDX+M3kEjJP3xua5NeRY+wB/Dg&#10;GrzGRZKBS3iVPx2e7Y7tGfCKa3ju7uIzbrLkDa+zgvsx8usABPGdYiufewSLj9VdvOd0R5QboenV&#10;fzLac+gbnZTwcID3jb4TsJ+tkthepjFwLPQj8YxTQLtVq4jaP7UiSKgXNeMr6svd2N6ZQCXvfN7P&#10;QvCZPZX2omSXwOuGz/ZpF2RAyB7JvHZ4+M89T4v7uITajgeRaJmwv/HAHAPv7jpd+cG36evwU2Op&#10;83OPPI/6tadDY/ioTfi7jzJgJGqhMBd8k0Mi3IKGPRygAI6FyWvg3yqAPh1GBHr7jT269s4dXOYV&#10;3MIlqcNWl728PzOhmbwQjZyAKk0tU7C3BBAx3DH0WJzSi/vdAQSjN3+EJgke4tMdec/pHny6336F&#10;PHrK5gMfoj32k+Pv3s6k95oIZ7u3dTuyOioO5PoFGJr3AQ0HJ486Pyc9q69P2J9LYC+xu8cqJSUF&#10;7IIltoUARJZ83rrOlkRXxVrq4XMv0ckzCGIBSMtrQgge7E8ch552Ljle8SAJIOkjYJmNce5xaMdr&#10;r71G5x+5QMePHEVLPtLBZVBLFT5TsqLGxep8nmNh1aBZYgF7KkPLoMP4ROji3rQMjtx+WCdWntdu&#10;aBhRGNT7TeB8IiJYZboPpIp1pvhcDm9chC/FAZNoIQC+ALjhmsNvcbbpIbq3AzJQ0FCaMFPbLQ7+&#10;CcLKx+h6vKR1Gdb7CHX8MtinO7AH+ye/+8+luPrNv/df0rHjLT0GIPC3fvM36P/43/+Qfvf3/wA1&#10;xnV68eUPYQ0fwrMxhf/fO3Tl6jZ95rOfpEMAfhkAVyJYMOIM96fJb7zPNgW0wIewscFrXBiEQPtq&#10;tJj9bA/2oRiklS+42G5xwsXA646TioXQ1Fa1afJOTrWpDVf23ye/76a56OYi7dx9bnDtYRjfFZhP&#10;Ncj8381fg6R3aecCZksxb4VDmwr/qZPDKQLMWH7oqExN+pubkKDeVShhGTJQRJ+vIaFlxsEb22is&#10;kMArU5JZr156yZTZ64IIFc9cQCgGFFs1i2VGQ+DiBE3cdK8Xb78AcGzGqafYeOIz6wDyQCPG9G18&#10;/Bj1APUCADKP/zZi/wAJjwBIyABYO9KpeZIveSeT7mAG786mzzOwspZBxfY4sabXwexCEnF/4x3a&#10;e/MSza7h4Lq5Qa/f3QIzsaM1fI9VAH8reOg4mHjauOynxYq+BkXEjlewz/Uq2+0rKzApflGQzzah&#10;fX8ERdKFFdrYamkLzMSLb7RyMzxvjHjQRtPjiDm/iO9xXUDMOAGbEslP4kuAQ5XjrhtmWsYlAdmk&#10;gR8pk7HvlQEh39uK2Iy2h6TUipa2aGACFvhteXJw7TYBnt7V+9bwg8AhHg0J2i/U6bGyxqT+b3Si&#10;7qnShdlkPVjqpjanuP/TkRQjOE4B5KlMiQ1tJb1JGAXw3wMQORbPxYZdPy35MeRYsRDNqNuSr/rc&#10;a7jhNCWk5M+uCIsYGOPgAi4CvQI1kQMtUITuYUo37a4BkLuD67sl0t3GNxlckWASfwj06JPwpljV&#10;RghfnP3/OHX3hUeO03OPrtKv//ohGJiybDqZrzOQyRtun+WHbrBpJPPIKMwjG5i8i3QhlgbXpemD&#10;eSs5MxdP4H32Aiwee4mWroBfW5x79hsV7PPiKntMyL46Wt/HnNSb5DjarIci3bV/Jxf3vUnMLIaw&#10;j1ZNmYOV/N4q9mK05seAGbnfuUjoi0eNMLOMfSNAsfoJSnMXXGZRFJZ/Ai1nOe2Qr5Vu3LNK0+9L&#10;yEHVFEXzP3MVW98lOU+yFggxp6Wq/ZWxOecY/ounUnGfXbAX+a5sBFJoRkrT8WZB0ewG5rQlTbvi&#10;ooTEAA0lATkfH25wnXRu3QxYBgpU6msIyyfpMoOFMllKaGLaLvTFUFpwLn6VXdPkKXk0WwlXDOxM&#10;3hxMxqogW0zJvHWCsEm/k7xPwnpkQnrIwAuvvkj8SiJFKoyDxljp2mz3Jg9vKjNxyxBuGmu+Q2YR&#10;1kVsTsF0NScu/Z0Xy79ogJ9hvVUK4zDFtiR15claSQ6LQ86Um/MbfiDJz0LJBQ3DP2x/8ca6rIue&#10;YKybJOsXz8dBJC5ldlj9SZOnVWYM2o8LeGjp38M0tf1SxfsnHboSMmP+aTEm8I/Mc67JA4rRSBPU&#10;GSxjGRFbYLB0qAGbh1l93jyHpTluxsKsVW8uUgaqEZB9AvBliNUIQCFACs7BcbOk/GWAfgzMTXD2&#10;nzp1Fkz3uwL2MZjIjWqYBmN8K8jEDPJl1CjM5lueOEmIZKYgD12CANGkbCQqspton7UJZnsRC+XE&#10;ORqcVzFUhEdXNzQl4bZOaxWALZ8H9u+ZbTufqldA2+j27QT6TAaV7Hvxd+vte0c7V0o4x7wxo0g8&#10;O2dJ9cqSTWztUCUxV9DB4kQ9VzPb7mM0fp9TPNJiRkMqEu93/he/y4pNmEADG7ZpyisNAjcehOkz&#10;n5w6lOInz6wm328vg3SoR3iwH4sFR8xybZ/GbTpsaccKdAVLRfc+f3GXbV4Aeo+8hFZwLc/7ZnQa&#10;NiN7gFPfrq4vYCJLRbsQhs007jOD8XzfeVA7w++3ZkXDdeAYew/7Y+7hvd7itF0AIIcxfH4V3s9r&#10;yyN6GF5gV/DM3MU1Xsfzt4dBy8pkJGfaNt7kri2zWdDJxDazZBk0wmfeXVmno/jZIxzg1mKEfq+l&#10;1e4OwLBtYY8F894Wr8ms3tETtIXnG/+9ACJxlhz4Kg/iKuzLxeqsNWAwxEoSn9JpXDWoicZyLI2i&#10;9+Vha3zFhGa/UR9l6OclxCNIAqszZjQDiY3ZN88sAWGKezTdu0tvf+vrGO7D8/qTPT3/DGSuJ9FD&#10;Yu9bX/Lm6RWUMOAqWxTat9zexaProGdF2chL6A15X+NU0iuXrtB1BE00bYfQjmMyFF6CxNFbiIPP&#10;QUNxYMjfYM0G+KozqaB98ml8X7BDL72O38dABnutjFPQO3ZgNfrXIiNOdBcvswzyST9ZEkBXVGcW&#10;NHNw3INbUPc+qMt/fFcrgfz8cgADzo/d7W0JWLh58yZdevtNURAcPnqWzp4/S2vrExkqiRw27TOL&#10;jW6Nha+DumXYdp3BteZrehEBEZcu6rNx6sQJOYd8YufGms3pfg5e4rszvOL7yIKkB82MiDVL893D&#10;UO4fubo4iIHP/UcuPCKEgEtvX6TDJ54DXtDqkC0rmKrnwwJsuo4DN16m30ZWwpf++Iv00msvYak+&#10;BwBvhc49eoG+8Ju/BSC8pT/8N/+WvvyVr9KTjz1OL7/8UQCCp+iXPnmBLjz+iATdTMbugFg4WgBG&#10;vT/X/0C87n3yvGzMeoWTp4MFu/jke/ug8no3t4HF9zMpe+jB+16uY7uPVGubu2xGXHD2GojhsEhG&#10;ANImYMvN4F/h7mE6wibnawCkkLozBiU6wsSUD+EZYuk9HuQAOnBgRkhI0qwkCbC4dDMs9+ZBRhNl&#10;dzALbucOGIFT/bv+0DFqHzlK4dx5WoUppOO0GBjAjpGQ1QsKO5JDmwQkNK+o9Lp5YuoGE8zUZESb&#10;rPHPtWAGpmTY0dmHab1XX5vtvV0JEKGNTdpBvPU2vB82X/sJvf3TN2l34x4AKaITeIdjXOhLMc3T&#10;9SBNIIgjynKwwjlWZstTfL94exNyXYBJYMqtr4Kthybhzu5JurZxlxow2w5Nlmkbia+z2ds03bhE&#10;K9M7tHYCE7KVIzTipsKrP94UP9tj03bWjEjxxRPRESdhtTrNThP1qI1FF0yyYr6GzhrplIhGKYU0&#10;od4VP9l1CpLyvUrpda6yZXJxzu/FEmXLD6W5U7DE2VZYSHE0zn5Q/FazsU7YlanXKoBlYETyRJK7&#10;WXny6Av3ZtKugAYX8eM4UoA3GdHbnDMGNkS/g4LkFvz/riFoC/Ld/h2sAxSuvHE6DTGReyihECjY&#10;xg+D7XhaCksBj8GKOH98Rh97YUyf+eUlOn4Gh/wI4SqjPZX+8ZSF081YPk6j3DjFmGIy1AtNGITs&#10;8TLy2ZQ5kBs22JGypM3FAhwlIE8PualJNr2GumRPnH4u4awvPjohWIOmEiMF6DqT+FHl79IrKEYl&#10;HVKlmfbfLDWVXJMPvDRl9Z4GO04fwsAxQb5DnfEQE7PN7wsUr/08nLHQJOHORdtzZoPpaI5Ej12R&#10;M9r31Gm1FchpqhqLr5cCNt3gu/D3k9TmBKhK6m3IkrB5sUIcRLgbKNeYx6WBfQMVR6S8PrLheGq4&#10;3Vz8epUCJsAEWA4Kuo4EIOpdLwU6g38DKVfsDXjzA0lcmbBW4iBmUVKf6fkpxMa5wgLUtGWn0l7j&#10;gapjkoFfJqN1rvY4Yz+l3vyHQpVS5gt4LE18Z81ANJDV2dom/fuYvIjGVfXZWfpt8RX1BoQzuyQj&#10;FrFIXdMUT6f93tZ0lxmsaj5vSafG5hH/1L7Rn3OWwBr7nFrK35cHJCFJU80fKQ9/qKS9OnvdJD3k&#10;9xrjs+yF6VzSl8+bLe+P3tXhKc7kz9V00SXg0d1fVpJYRRWQuM/HbuA7VIJhNOAlZHlnDbxlo2bn&#10;KtZGCibx+fl3CeSwQIYs37Z1V0u9EviUgAetLdxiA2gXB4qQONc8ZgFpRbWKtd+Zq8J1eBTGIK9I&#10;McGghbpghYeNNQdDhg1qVs0MaZcHGPbdYp/Za4Fqryz1D+vwzM5CnktgHYyEjcEl1TqYRqvwFGOZ&#10;1NYmLCOaku49BnuGExJXlxAkhZ8dN9rEt9bMOwnCZMuPTjjaXOPNLARLnpd+V61PmlHxG/bJtDnk&#10;iyfAWBpWzIUFJSmPG+x5PtcJYgWS/SJL8EoOHKktCmIJXKo5LknyKWeEd5nxrp6dlSQ4xqGNpbNr&#10;n/zJzMaDAWdvYGnigwgQ5dy+iXkpY1ymFLgqVTI3Botq8LS+B8mTsSLNxfs2vrFuutMgpmaGxFh5&#10;tfX2/TVEpU4YXAQ2lsbJ2Kvptbwb+u+RMjXrFN++UyZJZ/t1SngVsMpAqWCD1xmYzjyoHjGzL92D&#10;ehc0r2EJ+2BW2UxDMDoDwdnXlGsvDmbrhTgwk3UUYrIqUam7pk1zH6Mp7MLGi8xq2hGm9xbo9Ct4&#10;/ds4238KlQa/x8MgFVw1S6KAMIcf432WWdqE19zEaxwD2L6D/XjKTaHVoQyGreL9t8RkcwYmG2xp&#10;YNtwDeDjtJlI+NM6FDunwHo6s/FTmkw14EsGkrGccZpcrpJb9pRjECnIWa4MxWBsd66jwsD0uNxE&#10;78o61HVl9Y0v/usxUE76lvczKbNrfNm7Y7Uu7TVD74u9SYxmfa0Sd8wyxGpmBhbmBPv27szBcxuD&#10;/L3b9Paf/0eaXrpKO5/fpBefe4mckDSOCjgrA4a+y9Li/UMl92CIS6ailxRfZynEbEnUtofEh2wF&#10;xBBOlH3rjTfg771BDwOUOnKiEUBrjDOawWU3Jz7kvXek8jMwt/G65x+HdPsI+WMPUfjxN0EQuaFB&#10;HFDrNCwrvQRWJkgYy4+/SLNzD1F//Dixw5IzL8TFUtY5wC/OoxwHsX3CAdeoYvrN2dLxs7AFYHIH&#10;kuZLb75J1xC+wfv9Q2fOAwA9RIcgY1/mNN3GehVbK2KxExbbAMTkER4aIURwaANfzyVgB6/Dw++H&#10;P/wBpNBPwdvvJNb2RJh/MYTKFMD9wlLX7Kd3n1eK+xShbsCiftCch2o8+b4lJ8f4YGAiWz8twZvv&#10;3Llz9LGPfIj+9Gt/gp7zuAxFWHo722MlyVIFJuqL7O3tyTN+AqDrxz/+cQRYXqV/90d/RMeOnUU9&#10;Ae9+PBuPPfUY/f1/8A8RxHKa/t0X/wRszw2A5GfoyacuAAQ+QkusJHTG/M1mzzGJQ8lltmk8OLgi&#10;Loq++PlQMed/AeBs3/mn/sZJ1hqNve5dsYyJcb+n7f2U6c7Nhbq9b4DfEACN0d0nvAg18j86d+J3&#10;BrM7u3+O9WS9+p85LJpVeMiNcfB1zGzbYNooNjSg/u7UKZrg4WX2iEdSz869LVloY5aMiKQkUWYr&#10;xoFJfzhsQlhevFA8I49oaO4R/B5wwQ+dALh3geJLH6PRRz5Cyx99iSb45wZRz3Qa7wdK8Gy0LMaS&#10;zOLzTCltvTCieHqd5LpkkwYBunyScKg4S37eqY/SuG1KaASz9JiO2oitNSR2eA9sen4VTLOHTtNh&#10;RIuf/PCHaeWZx3ENlkCJ3aNXoDX90tVrdA/N4EMoDFo7TEXS0/gcJCkyZioJtSc/8QiNHn8c18lL&#10;Iz1Cw9DAGuTyWzO6e3WXpncxKdq5RddvfQWb88/A4FNlXxNVlz8arwio2C5rAmtM4QhcGLDEWJ3i&#10;5bow/XyMazVCE7CytoRpFh7asXqFSGHO0mOm7zMDwDy5pWz26ifUOLuWzhgpOYm0TP6DV5lY7/WP&#10;2hH57LNDBoS0BgQlI/7Mu2SwlOPaW2fa7laYmSIlYIIfy6hxr8XQuFVZdiP33SsqT2Wy73J6gWFe&#10;gj81slFJkiuDeQD2du++TRu3fwJvvtdpa3YRr3BXio89+ExOlsYKhHhtIjwXfZAALK+fxbWDkT/e&#10;6zSSf3/zb3T0hc/doZc/TpD2btAxsPmgETevvJEUtgxC8K8Ls8cNjwwJQWFk2G2LDHKGC3z7uoIQ&#10;LJcYj3nKkBh/5oHF01RfG94HY6C0acymXnYMfqRk06pocMkg3HtLPh0mPGbfIGNk1SwoBQN9Mbut&#10;DFazD5JvKr9LM2aOVcMTFzE2YgaD9DHxAxajenp1JUGnaouSr16GSE3iU4ARWwTZuDFmtpoeivZw&#10;5aANP/S3yW1mb6BpyH5Qeb1ZgenyNZtlr7AB/C2Nsr7i2++gwITEZ3nJSZLWBH/akd5bb3itb7If&#10;v/5vuub5FsQSeJBCWIzlmEE5dWTVwAlmFdh3Kp5PrkhCsu9hSax0jsqDZK8RKa2dprCi5NeawqYU&#10;sK+Ay+K3mP3AzC8ztlWRm5KZKxmffN9Z/p7RmA5ZqhItrTkOG3MN4SANGsCmxhIUlfTviYxeTaFa&#10;Az258WnV14mCMdJWlM3lUsLYSOS6GljS6vuGzrzaWgHqDX4SgF+uc9Bm5tZGpB/+1RuWkJrYr8Op&#10;NplXXZ0YynIJBrNmbIVhJvXJh4/XWqgM+nyNvSVmkqsHXZpYOm9EPd9KuIGv5X2Mq70bAMI0B0Sn&#10;58uZZNdXSQg+DxbUKdc7HcIFKibPoWJNhVACC+o03axLSwONECuQzg3M2weG325/Pe1qWmWVns2y&#10;IAE3gjK7x6iJVtAMTcBgGAOwGHHyorcGnjRNlCX+LCl0AvQp2MwJvAxU6L8r81r238ZS7aPLa1aG&#10;lywNNMndiBUTyU+u1XvNzVgUdmwHQBg2I6sQqE8g20U9cBjytGWcHaNGmSSNL+xoP4F/1uGTJvFR&#10;OV72NvNqayFyeq+fw5l01LvK65QKMBCcKwM020N8kpGGOGCGNd5nCw6aCzmh+nO4co99dc6kmpb9&#10;D3lYxPeFGUeDlN2afVfSYOz7lXCV5PuarEZywjyFnByaMq5krwxxGO6SGtT8HmkAUPlJzg99alA/&#10;hX3E4Ueug6sW8prm0lPLkCJW8ugk1XX5+avZgnGeUT8I9Rj6c4aKkZuDMRIbjFMxSRloIt7vOpHp&#10;1fdLPb5cYaI1KueLxuyK9vlC9TlkT2AFkTH2mb3KzxOz83r7WdmLJYG1sQTooHZBDALyH/F/hjx4&#10;Os3/vMf7qATziTMb3QLw5wE83cK/X8DzcgN+OjPs8+uHD9EWntXD6HNYDr/DAxWW7+IZ3jMgdW08&#10;kudrxgqbKi2eD+lnxB8TvnF4hlfZZodUersy2wFzFuzCKG7aak1gYU5p0pkYdvx9OmE/6rnY65cs&#10;vo6DyDCTOM4ndFcNX0pO7i1gKlm6Jmm5s7Nu4LmdvfLjkCBRpW736dx12u/4cSdDBh6OT9Ereqhn&#10;tkCWuHMXZy4GFWury8IYS2dbsvxZQOM9gDpV01Sq7+xq77/0nUO2qGqkN3Ty3jsgSNy5fVMshJYA&#10;kOhabsxvdw6G4GsigYSqPGOWvod3XcD+OWHztM0tuZ+dWCw5tZDZQpjXnU3qAXYRFEDct7StSpbj&#10;fRECd4CKwx0AF4Sq5lngbxZpLr1b66IdkEMuv/0WfelP/kTOq8eefIYeRsr0qTM4F2B9pdYbMTO0&#10;tH9uDvjIrvL1NZAZa449Efl6rq6t0+bdu3Qb7EG+1imsRZPYh0Oihf5rbj+rM7p4IBjiBsChO5hQ&#10;5u5DGXP3CVly7v5+p9YfF0cW92AstbllfRBhKw2LmLF8BD6Jf/LlP4WX/S5duPAoltpq7ukXfZ0J&#10;MIZdqBgno5HUuv/+K1+hZ554Hsy+JfgyHpX7tQyPxVMA+86cPEk/eu3HCOc4Kj6Xhw4fEkUK4wtL&#10;sK/al7QbY94/3H1dESMtLMDeJWHXuUUX6H5A7sFvkHvd6iu0o0b6cwkRs5vBqsM+9Nn2Jq3Z+UAQ&#10;5+7j1+ceMDX4PYJ+D/Z3DoGsh//n5r8B2DcQyOWQNwa9AA5hU14+dkQ0zB30/DBSk+mNA6uuBco7&#10;WgO7jmW2W5gG38P0bcpFJ0ttcEhbIRpDKM29rQIBaVi736t/2+42T8owMYOxafOhF6n56As0+dhH&#10;aPTCB2jliccoHD8BqTDMN9ljgMEt/C8fEFw8C5jEgJpTx6+OgQU+/FPapBhfeyXAu2TnbsbQzphT&#10;LAeIwkdXGTGaPpbMkPmhCcWv0ZQv/tkZ+2UcOUZHnnySTr70Ah09fUyuxZdxoH1lb4Mw50E6F7wO&#10;Zqo8C7amepuyCnCMvzj+0UcoPvEE62KB1rM/IHz4xuyPMYMZ5h7d3NjFFHQDhc6meJI0MHvlcIfQ&#10;b3MaCT4ffHu4oUAjK0DemKXLI+VsjrxEZ7cWf5mY6bPEcjAfQwbOBHZgwBU/z8lJ8vd4nRam3h5/&#10;RpNGmhkBu5jRwOAoXp99gtxY5RYM0rVyoGkikzezYQVYNYTFCUhnkxTvzQPCKUCL3+V1RvJz9tpe&#10;I8STkbcwP7NJavKViuJtF7H2Ig7eFje5syARl5KCvIIbgsrP4Mu3d5V2ty7Sxt3vwnvvJ1CJX8Lr&#10;YJrbc6CJSkSbkRaY3J23EkHOfkYAfBuY+66fo6cvrNNnP0T0tz7n6KO/NKNjp5nxhyJxeUsmyFwQ&#10;dJJ2OFPvtoZ9FDb37ehKjw8iE4XriQAZGPzSrWutYCcCAB0E9rki5S3VXZNBFhJPqEkFxpTiz2UQ&#10;Vu+TNHm+yKBjhgxCNS1LEsW2pAm68jreFQae+KSQGwSMKXNiKCt2xeDAjKQ7AwKaitGXQkamwj6p&#10;zahdbuQakzlaTm+egCTnqVaBJ1eHjfTm2cefqzOAqkheY67dS1GpgM7MAKdmrgnzZgpuzU6clcSt&#10;GtB0Cmfxmnz7MrwzEUKzBFnLmIHdEUs8zXupNePyAdgX58C+mBnSCjYyQDBRHzyvoIA3dp2wEQ3w&#10;iwOOfWMgrs8AUX2wiuBSJGHV70eXwUVnIGAJ53EaDEIarqLAmHr3efjhaSIpe4cCCOfnyvti2u5c&#10;YUEOytyuSAN42ESNSdVNhp+Tngs7JFqh732w5rA3X0gOOtqxe91ktow8K5ZSKPI+9ttjthOeSykA&#10;xBtmLJ5RvWrS1JNQWCUj8fnR927lvfi6y/uiAb15p6cfAOwbmbeMelIO2QuOChihBbaXPVXZ2F0Z&#10;rFTp3Dnzwsd9QFZM3nMuZpDZz5vMOBrIJhPD1Ln4Lkl/MYN9yrZOmJvL01CiMLzGvrCREpPS5QYv&#10;DjyDBfhsfGGJkbcmOMmz03euJDGxMGTLN3KD/asUevVPpCvnqcZfo8nw1VoBLAWAe8to3DiJsAXj&#10;vpHmsM3DAC6UvQF4adOTIArvcopqCInB2ti+opYUSZYqcu9YWS7oL+l1tHTSGQpQ9gtkRic3ZhOc&#10;l0vY8A6vwlsYZ/XqmIE+kiCkRph9UTz2+HMwKBEwsDp6FAl9Syuaotq4jFXJGQMvYf0eNrTxFWCW&#10;pw0+DxuCr/umZKUQM8BAlkBeUnQpv47zbtB9pWbB2/XKTAFXM7pjXjciv4uh7Fk1mFjtYeWcMMZe&#10;lbaXzNxKXnoKiolVqAtVyYk18zuWGjcPhobw3jBRd4G/ToUX5n+P8YCG0w8Yi94A1ZxY7pIli7Gt&#10;08BnnxeQmwv2GQZ7x2rnDZnVECtvPwXq8h8e5lmoSWJXpjTc5P2XAL2Qg8IaYww1Bh7FSm5dbCNm&#10;4r9XwKZoPqOcHCqfHXvtdDYTiS8Zg5B/R4M4VObLn1H2ZKfsZj6iJ/gOt/FZr0JqORvBSgfnbofn&#10;+jgCBu+wqgSA/upIU1sZvGdWF1u1rGIIPMN6nuJz82D2DGrFe6jz1rEWOYn3KMsX8Tk2cN03Ist9&#10;Pb2CA2MNzLKJBduwo/IY/r98NjmzU9H1ZGdsaMpgrgvm2dfnIBLnSkL6frDO5Tqj8dV6icGuv1kp&#10;pD7InkPvyvMYLEyvqNFiFaYThSghtjxkNQPvhY2SAnqJOxlJ+GOTkprR3+wC/Lp77S5TkxCQcVx6&#10;jwT2DfZod3Cj7hb8v/1gH+VhoTMLhlTDjcdeQOMRGJo8eNy8uyMANbPN2FaEhzluzp9W7ot4o46k&#10;r2WlxB7vlZy4iz2Urat6DniEz2Ir+3ajbtn9JsVN9GqwXooIZJKhymhc/Ej3sZuGsvkHE7aGOSBk&#10;v+1Nrg8zGxjAJJ6XbZBzrly5AjDgKIC+cwB4EFpi6qrWfITSfpYHBgcKps2awc467n2UhNHIcGyE&#10;nv0aAm9uXrsq92IZoJOe6b7yMh3e+/uBfQczqR4A7KO5ZfYewL76Hw7KYhqwuCr/yAcC+xa959wf&#10;CdPBelzCXtWOx1KHfeMb30DOwA7YmafUaooJUFW/QdZD8/BgqbW0Xvynr3/96/TQibP06OMPg9yy&#10;qsNmrI8VgIZrCLg5cuQwffmrXwHcgEDRo8egKjiswxUOQqoHTy4x8l0h/L0ruOXuc3seDCDd5zVF&#10;Dw721b+Two40ABLMbKSw81q9COYrnzMNYyzYI+KBICTdNyDkFwP6Fq0d9wDXRn9Owb7zJ34n+bap&#10;H36yyG/hv3eY2uOH1Aj4+h0agcHGktDmzFFaOgH6Mg6jKZh+PSYkEnaBPxIvz94aURkcaqSmgmGJ&#10;XTffIo7N3tsGzTsiXAP+M6MPvUztL32Sxp/+DC19AiAfpgwtYp5bSIexCwu7S0yLpPBsi01WNu+M&#10;Augpo88KjhTIweBTo6ws+cMPwch+jsGncSs/o+zAxv545aQbeyGayb4AY748OMz4c9i0Vs8/QmcB&#10;Un76kx+WA/8H92b0R6CK/wjmrA4g1BF++JJNlQGMe/g6J184TqsffFpkjz2aCcRyQFbQ0YkzkY6d&#10;GcHMdkLHDx3HIruA6/0QjpA1TRni4gq+Hz2kp0i2ANDFQQ4T3Vy5yAdQxkbgbLY9GiugJww9Lha4&#10;SQBA28NXcW9rD0ADPAoB1vaQZ3ccVsLm8pmFWHh3mgrphS0ot5SBQZYJH8KUDn8ma2A8LLVqbuk1&#10;xp1/nicBjST56j9zM8NMysZMxfm6985bwSj6EMjA0cCzDJyNfjkKniez+PcItp2H1wD/Nwb4uAhi&#10;T8RoUuSe7xWHu3hd057ZGPDcC5x+snmNppuv0+0bf4EAjm9CsvsjFIjXAabeE8BxFmZW2Gha6Awp&#10;RuOGmRgTAeqWxkiaOv8s/dqvPkO//XfP0m/+7Y4+/Yk79Nh5mA6vcHIie8NMhTkoXjLBAjHwGg0M&#10;2/EhzFeuVRafhVSI6b+bmZ+NscYAYly9PhE/GX7dhpOaGwWe5RFKpXhbJEE6ISYLhxgrq0QAt/Uc&#10;jS6+Y40xG1PbzywOPzYGmB9OPXKD5HMCsKa5WjNhDbM286lZMGkLxcr3KtpzRCU8QHwWvU7AvIEm&#10;goKYibhATDOVJLsUyGET5zSVyHTxPf02UZNgpamQlm2k0peo6b9S8OE+iPQrFNlp9nJM1DlpAvvK&#10;WDxY8x002CVBEpJMW9KliodaNI9Ib5+7NwZnJdkUA2+PAgjmzpua1srALpwSZKIqIS7MyG2M+Yl7&#10;7dp0dsdsFOsH5BVj2jkF8L0AuBpgoYy/sYaPZKBplkYf2gTBm6iV19WkQnkNYyo2CSSOvjokE8Mz&#10;5nCV1AhrYz/LzUeW+XKoSc740++W2JI5jTfq+yZWVi1yI/PmC6H2efHmvziu0s9HFhwTjPBZWnkF&#10;ARkIWTXQdk2m1j2Hr4TOzhV8NmYEMsAcRiYJHklKtjAFqbcQj1ZTxoXF2Vqj6y19VM8Objx3tgK9&#10;8p238Zr6XZnJlfzCxEvV/KWieaySMdJJWIkARmedeScOpX8JE/A+yWF9kYNLQINTNmE04EyAXhsS&#10;+GTbkbwBA9W2PK5i4CVWdpOSnvn8k6R7J56LjVcAr5G9YJqfVR44xcRItXj69F5D+NC8FGNu4ebS&#10;zwonqrEnsY/JC7OASCIvTfc7S3croDFL1ff7ysjfS2CTenrxf2e50dLqIZzBywD7WH7UyHcKxl5g&#10;EEDO5BReIX5bI/OldrL/CGDGDCj2pTW5qhjtO58lsE2Twi30v/HvSJMfQn6ulPUXxPR/2ms4Eg+n&#10;WLJzAiFaR8aQ7zQq3R01vTXSrFxoxXJAvLawlpGpRifRbC9hQOnGY019p2hWH8x+H8vew8+SBmz4&#10;nLJaQHmf905XNeFNZcJdVqRuoX10ZSiU94UUx9qYX1Yc2DSowsD8oNI4y4a3+zyC4lyKX8wk97zD&#10;e9MIZ863z58ws5y8q86v2kvQFcZp+t9g3pOJXdcJMBUsECYNPpJthDe2Jz+DfdUMVjJcO9uiG8rE&#10;6mRVVwGHIVY2FolPIVYssTJ+DxQPwOyTr6LsV6aMiAZGdGYOGlxfpbu6zEvMRvcVEFzko+W9+pz2&#10;mkizxpI0f1qWkAsIzoBcp6EzwmpjWyAB7ezkleRoVAToH2Y8iBWLFQDfQUNCorFIOwH2QvHvM+Zd&#10;sFqEnwXe9W8DgLh0AiEKQMZP4Ge28Rw1YLVs8YOAZ30dsjY2tr+NfX3GTfVY69tptj1uZEC3ETRk&#10;asoe4yznxWc6iZ8bS4ga+/qxL2Cg14mVNcx2WpVzg8MtmOXXyDPdFKZ20Ousg72RDeVtiEgpRCLk&#10;kCN5ztqmqgMsfdd7G3KFvAaSBUxy980ofyl99EnO1gXJgkUtinTwyPt/L3Wb2uI0srdJndBocFzr&#10;Uwp2L1ZQDXv44XNs3rmClN4bkDd7URgRDxbEH4uMHOAzuz2F0WTILVKp0+bIcaXZrYYIcwzZpELg&#10;voW9TA+tr0mtfvXqZbp+46qs4yX0m94pCJkOPjHt8DpE9xYKx80/B7XsoUfzAEDa1aPwZLyLHmXH&#10;XKWD9B5orsjfuQ2HHt3j8AZgjkaRgLc0MuKFBSuGahAQC/Dp8lnlq69tCpKkmoo1y9EN7CuGKb/q&#10;S8jJyUsAs5kZJnsHmqY1+N1L8KKaE0tf5ioH4RjnmYQLPOhibRTkMuFjFYOyVVhl7eD6XH7nsvjJ&#10;T8AOa9smD8u8K3vmfj70A0gmaZ7BPywinLsPOywB29lrNoGcutclNu2+Ic2cLineh+1H9wsjtjAl&#10;n/dQhU/UozlaKJPVHM48oJkog/rk9KnT9Nijj9J3v/dd+tnP3oDX4hEh0PB/C7YH8rWdRuv6xEaM&#10;wd5N+u53X6Fnnv4InT53DAAf+t1mWdRkfF/WUR+cAg5zBq///e99j9556xI99NB5rBMedrYDtmmt&#10;IAnVtfD7dFv18O5BRbwHy7Nj3L82OOwp5DDYaMNaP/hkzERnDEM6TfM4FBwBZ8sl7Adf+dMv0Svf&#10;/wn2dzCRkWa8Al9PHhR0U7Vo65NPsHc5eG7easPNU/Dvs2hjNcCv1QgVTfK+AOC8VN9VQx8B+/7R&#10;2RO/05jpvE9/QEOegM3XHD8iyUIThEjwhekRiDE5cwKH4Tp19zAN2VWQj1PoXJLouerD8nxq1Bgd&#10;v5VZz94eAL7baIt20NFeuEDTF14Eg+/jdBgsvpVnn0HK7zF4G6wp2MYFqlFaYkWddMYOSoCeq6aJ&#10;3pdJUf4z/+8GCqa/Tym98ntN8bvj/22xMStIqCAgJSNhrwmNUoCwWWargRVsxHrmqSfpw88/TOeO&#10;naE/e+UH9EUAaZe6e/Q4JodjThUDg4cp4SP43S09e4RWX3qOXdpMrsNsH2XXnTzu6APPn6APQer7&#10;1MswxTzzOF28geuIA4QBLZFA8GQTclHkpUvjxX4JghV5X9h7rilSQ/uu/D1mkhiJzz/tBXyVhS6N&#10;Bi49NgKH1wwM/u3on34HhdY23htybVRgEpqy05sLHBdX+LsOQFyHn53hv3UMKOK1Z7sz/d0d/rtO&#10;AkV2Z1rAOSvuWeYacVDSDiS0O3ewtu4APFY5LZsScl3jJY1xJN9dWIDjkd6XRuWDfO1a9nPhZMEd&#10;fHaAeP09+O9tXsYZ/BO6vfEqmpzvo0i8gs+q7KLo0wMRhB3BAM1sZ2oHJK8JgJhgU54A6Pyrf+0x&#10;+h//2wv0qY8jaffxiDhzUPf9tsqBhdoQZCNtjEWTUuyyCX/sDTRK8r3WnuVZJSlVlhLDATdvjES2&#10;zdR/lnWOWi20mqY06r6JuZlxqbgiBhyWDXALIk2kHMTQKgBin8ElQ3vSRs6ZFxLFmAMI0pTT1aEL&#10;WRbrqWT3zUv9KlN++77zctGU1OlyaEhvckCTtbgUDFEYW8Vno8hDXYak5+RNJvFUICqNcLp6Fpm9&#10;pIofl6u81KraKb9ynw8N51LIRSX/jTEDW0T1/1JmbWlAoV79azcwNNlCQw5Ad2nMMl4mD6d7bcw+&#10;u7/O15LdEtIQc3OcwL6xAU+NhQKk6zmy+9JYWmQs0uxs0h1lLYjpfT6IvJU+sfLs8ZVcPknf+sIU&#10;9IVNqoBalPXnaGgmrynIfs5sPmR/vpQ262x9BAt60QhqP2B4ZtCWTc+9puZyujZZSJD+bsxMNAbc&#10;lZnTqINoKKCANF5iIp1AsJEk93YmURPwPAw1Ic5MzdPr8A2bzqKYmW9juPXKX74pDd5AE+Kq9t1V&#10;AUOugLoMEKhHloXd1EECkQZpr4PFmz3PYla6umwAHucK16qoUP8Fu1cV41ISun2RzGZgUOXBLhvC&#10;h5IA7nOEz/DzuTDHZIgZTHCxviaxeJzWRmOxDg2iObluWFAMxVz41kw7o7BkYLPnc4alXmBsrKyt&#10;KCsBTd1IWCgpJVZZhpJIauxl39jz5qz4czoQk92yVXYm11Gykwr7PfniueyrGM3z0KeBQ5X+qkwq&#10;3R95wszrkFOaBRzB7yxPViEZhBVIu2tzUV3jjQHXjTXSu6hBbm93YtZ98uRDMogTgNkF29l1iKmg&#10;tQ6GNOwwDVF9sXDI/nPWGGXgLFaMtcTWreUzpQgvvk1JBmYsvaYkxu8zW3eLp+tubmRfmLAu+7AO&#10;OB/15p4tRco5EOdSATODLgy4cLXWcZgwmOWOmmqeZMd8zwrbKlaku1jOuWgAnHlvxsp+w1chZDHu&#10;N3zKgGSS3BrbrfY+pEHabvGUjZUVQPYfzL6p5scXzcgi+fdZyF3y4FUPRvacDALwdMYimUlqb2++&#10;zNrM8rXoQp+fT0mkDr0l8nairuiMbRHT42prJhjDT9OeiwyY34fBQHERxmttoZ5lmfsS6qK9blc+&#10;+zXUj2+sIQiO2fSoRze5pkXQYOQGkEM4GAiBTdBV/LxMpvFQHQcgMhO/Tgx9rIvlgSUD7Fy54fhG&#10;eB/wHN6reIiNPeEuf4dkmI/PvctAvdiJYLg/5eAcgE8YJLE1Uky1VvbHpMKgNTY813PBgCH+zplo&#10;GkLe0wTss4GO3hKzeCEF0NomqWosYMO5DPTFangyn8Kuva0r7HIDDmWXSRZQlELQegG0xQ+9Z6DX&#10;mxEHlCu7m3Tv2ibdwr+fAlHAIXm8w8Vbxj6bAP8S+FV5ujlP+8heB5qmuQPBAe33WgHsGmay4UW3&#10;N+/hz5Z4zAnjUJRKTa5B5iV/o16HOD3vq8wK5H4EdI0O/U5EknODIf4WrsMSX5S9TeoQ+MJn5+gQ&#10;ems+Dpj80I41Obvrh9JQ5/Yxw/JgZP47zTP63P1BgOzRbWGDIwBuPGjaurspzxKfYyNRirVmszQM&#10;zHIPbJIWBwoRPu84KGVldY12gR1cuXRJwHxmpqv0i+Sax/lU5ge1bdxHGHP7eNXzCeoLf889KGNq&#10;/0dz7+GjLvo5/v481OWbxoo2Ts/lIBNhr9sghNciKxoTrsq4Bav6OBTl7Nlz9N3vfJt+9OoPIJVf&#10;gwffujz6jdU5vLbvbdxV4gxq0td//GP0mR09/9KH6NRDyups/IxKiar3bA1g9rlHHkGNsQRJ7xHZ&#10;j9gbcP/aevcIDrco5+oBr88DX107L2cgCW0Av2LZONcmrIhgb072LhxPGku0bzXIlP2Osd/vIWn7&#10;r779Cv2bP/y/6IUX/jp9+JeeoaPHD4kkXULY4M/cI/WdB74anhTkGaYBl9Tl4fLPtRDeJ1lv+j8G&#10;+1p+eBs5Ka2hw80eH4dUEQadMyTtIvJNFtfSiUPsCo0NCofcJpgxYPNFA/m8xUx2vfrhFQaQphhy&#10;2ilf5O4ewL7RGoULx8kh5nnyEnzvHjmPRN3jmqY71lTVhlkOXBTUG5mz4nWgjy7ujM4dnMQS59Df&#10;OGdsO6DcZgPiWDzLGjVVTezAGMdSsAVhnwEQ7HB44zoxA2BkYSPN6Yfo2V85Tv8DHqA//9q36D/8&#10;8DX6XwBkfQzMtw9P8cCwPyGkmdOtPQVcGLjgAqdVZtYyDvQJkj/CZEsmkqsrKMzBqDz68EfpX/0z&#10;vCeQZ94UZ0s70swyq6TfuSbm2h0AKjeFzBp+EgxQhtaCALz68STv+7E3puLSyHycijyD2XLcyOyB&#10;3SbsOVIgUJhTXv3y+BqOpizdnmanKmEwWdpko/EXWTqdkRMG7kaTbCbsTQq1B5BXXGxDX6ZYzcjY&#10;it5kjFrQ8UpQY2anJC3+jCxrDizlgM8hgkx6FGlbAPqmHXw5ei4rMHELMx2ct9qoM1CtQTGcwNMK&#10;GLG0OhEvvqOHl+nCIyfp0x9/mD7w7Aqw6VU6eYLZkixl3xSGDr8/pxvyFGTW98PwgypZK9o0TIAX&#10;5yvqfRyY7Tt7ljSts5oWmQ7cxUI39i7SorMrySy16GKm0rbIeVVaNaqkDcGKKi9gihR4TWVOH2PV&#10;uJVJl7DBYlsdqHE4lahpxoPRVzXWion9UU1tQyVDyuCCLw71Lg50i672jaLFEe/6bAUDWpNRqi9s&#10;H1dFnfsUDlDkoL4yfh8USuSzWb2z/00JbiXtuJ5x0WCSFWujel9/9GLRXod0BPP4y6qszO4rQEja&#10;FzWdOvkTNgbUhQym1p/JZVpTAekSm7E2vNfAlViFbvi890aKhW1IpflQQIDpiXvKehOgb2SpvG7e&#10;bSinQCsDwWUJufrq9ZkhGrIsj/dkBXWETS4BFp0AVeyLpj+rEt4EBHizTxBuGLP1yMDQlIRdOFQm&#10;HZ8ZEMNG6iZFtc8fk8wypsM95vVQ1ktvUpVGQneaTFhScKWOwo1zMsVEg5XPG0JhPOWnbhCyuz/O&#10;06cAIFd8h/ImYiVJrEKA3LBsLTLC+n1dpRJ2wuC2PtLCW82kO5YkVpqPG3CFjVcnlpVkYmNeDYCZ&#10;kPeQWPmOFXllxT4MQ4nuALDxlXSTirwrhTDwObmC5mN5eU299VxjgSsVszCmJOYmT+GlQWXmmku2&#10;BQqQ8bISdWPrrDBvLUV0lIFqLjgb8wSU6XOIcym1lL14UwDXjGsvZmeg8HQ9y9CIboKpf/L4Cs6m&#10;HfIGtkojz6CASZ9nvX4PZq3f2riFpntHzi7vmizL7Nl3ipnSQUOIEtjEtR6z3JME1vsii+XnTxif&#10;sTDyQqwY6Enune5wrItin9N7tWak4omXQLYYKbnrxWx4Hcqwxw1TgfM7x9K85eeOhmFeef+PSeoX&#10;9015YgUmlv2tsruoUiXnExZdVXfGyrS87/thCFJilYSqNq0Al1ix9DJ7OcuRm0pip159aYgVqwsu&#10;jLkBS3A/sCk7XCjvLcnQ6fkLxR+wT3579jkVoCvPZ5LadiEYsOeEgSdAoXlTpq86S37Z6bWDsp2k&#10;vqPkF+0FwFPQLw5AzCQVT5+lz2wWXSGTcSPHNSda7+BabaImvnTiKMmDA0LDEoC56SEk56LOZlnv&#10;CpribQ5xIk0ODvx84NrdwhpfaieyTp4C0/cWnqObGGrvOlUVTFlLwAMeYh+/KRVT3UbqWmbjMGv3&#10;W2jOe3eEDmPi3kxxXuE1lvHdRhjcR99J3SMyXlGHzMzTkwdTI7vOU2FvRjuPbTUo668arcRq78ze&#10;fIJb6oBPvPsS3TLB3NkvtQa7i5+ny6yRVOsE87QlDdILFpTCw3fe37D3bfdR/LZXOAyP/Qtxf7Zu&#10;v0WX/0OkP8de9uFPwm909jAtn2a22Yqd1U2WnGaAyZntw1zPtlCXd2AIQpA1zXs9WncZ6JyENxkz&#10;0q8hsODypXfEg/G4vOaa2hK5+TQbtQUK/LlGlhKP9dOdvwAgmL3QUfdc/RGA3x0Bq/nejQFtzi79&#10;AEgwfNYfeZzCiRZpzTsyTNIAx7A/ccCViiTG+kldQBFzP0fyKPvp4Xr7Mw+hPhkjkfe27OUMMB3H&#10;+hRfPQaWwjB5/L3JD42hifpphN9fw/s9+dTTco5cvfqOACXnQfxpIRvlVOBR29D7+38/Z/BDPbSp&#10;xlcZXN/nGv5uydDv/ik7Ie/ofsYhRowxTKNpLdkiAPuSsnV1CCTDS6fMyXWwVMmdob/9hS/Q9777&#10;Xfo6ZL0/ff0NevqZZ5CMDMsOgFXjW3ekRrsDYPtn+G8X37xILyKZ98QpBLIsK/CcPSXNNoD7c14j&#10;p0+fQX1xUgaN63hmGNNpm2J1dBDwN0+8I3pfA2oPXHabADXfvvgGGLs36YMf+pAwWBnI3oE6UGTm&#10;7DEb9VpuQbLLZJrQTwR3vgt/yXsIr+HvvwIcZn2pkb2S8QLGWxywnl0ApiOzIUjD3fcbwKP3MZW6&#10;lYOzV3lBA8BtcuSISDEJX34CWacHvd0hbryBljuAkTXduE1+OtUit88xlZUxemEARJGDAmzYgkxt&#10;CbHzT5yDB98LtPLUE9Scf5gizB49U9pHE5GRREuZEd+Npqmkcib98G4wZSVLAHI09BGIca6gtCKq&#10;NioNVTedGrscaewoM11EKpAlCV4mfsrYx0HBJqN4QBglH+Ea3UPREDm1F9gK3cOhP16lh595lj7/&#10;+JP0y9dv0Re/+Mf0pW+9Sn8K1trnYVL7Mot22bCWvZg4iZhlCNEQfMh5hdXDMjg0ykvL25D0NnTs&#10;M/AMWnqWvvhvV+nSZWwG9wC4gTXogDTPZtsCdDHgB0QWJD9euGviMcgSIo7x8xJ+0ai0liW1Mn1z&#10;FUPLTJR58jTygnSHuYI1N1gMNsIM3E3VuDxKYIbLpr/UmHea4CiuSpErhbIzLwxeS2Nea+xBaE0C&#10;A0GhcXnbZdlSlOqEDGjdkwJMPNKwzpit13f8gE6Vpgsj5GnHybo38PcblRG3yluZGeaXMPmIq3ho&#10;l7AZHIdXy5jOntqiT3xilZ56vKcLZ49jE5xBEs3SJpbubWBDnAioGNX9UAttLh5cn825Q7Wphczy&#10;8iIzLMBfSq1zFAeHBn93ZSpOOdnMUWG/pYRWFwceP642q3VdlkYxcOyzj5oCJz55uIQiZ5LSj+VF&#10;8jB7aypVslt7g5iTXAH5XD9oMkph4hf4kIR9niypUHWJqWWy1xRqYY6BFRHMVY1Qp824yagW7a/a&#10;jFeebEmcGr0lOHr73d5Au1D5L7kD6gVv8EgyrHIVc1LmSfZP/YDcr+wSDbBxuZkManhbexnVpsep&#10;6A7K/mlCqHjxhVkTBz5rwcJ1WykydS+ztGfqh/K0mL5LZ69nqeYSmhSHQ5ToK5DPz6VLpmfbms7k&#10;al/5wOnPGEMvhyq0VehJMY1Sqaml20YNW1G2nM8Mryhre9dYCKF49FlHqqbmvTJ4Q70aUys6s6a/&#10;sevSZYN9b0EhDX8OltlLsMgssyd6m2DI+nEKGWqyoUnrwkRXlVD9zbR4wn5PipXL9xNpeaegoyvA&#10;RTAKXpanKsWlkuvFUli5QmKLZpri0nrwtI85GOuAjVixBiyB2Bn4WEiCobx2ebopZegKQ9Lut4Cf&#10;qeiLTZEW2pAop4XZz2UPDipBHPv4BwY0ZWA4Jf5aEyRYo3MV4F77FMWhjCvaIDKd9U7flyW345GZ&#10;xXPxBjbHCGxubqglpELY0Z01y63KlBO72fX5sztjyUgwDts4dJ2lOo8E8EtsGA1bSabPxm5Xda4G&#10;aokMJWQYRj3JTE5p3miyP/I6xHnImgmW1O1g6HgZtda5dRis++vUJKiZwe6ogNyoUVYPM0pu3Nqg&#10;W7euQKr4hMjz9vg9Ww29mPU7KvfRyZhOv3nr6X1O79TE3iQfazJI4M2jq7fk1TLJjwu8jlJAlCvG&#10;ro36e4o/WWb9xhyaPUS394umYgWs1ZYCiQmd5K35WUp1pndlj44FYF3cN6aBg3lEHigxoiw9z5VT&#10;kig6XyXMJMDMGFkDpmsZp8Us3Q0ZtEufI1bJ9iH2drYl4CbUkHl+FmNFDw75+aEcwiHqldAX775Q&#10;JMxdkvxWwRv8APQJgPQFVE+Uu2gR5LJ2SRtWflYYXCDz/Q2xMP6yBM1AUh5Kz+wzcHBHb4NR+e+N&#10;mlnN+lCGBlHryG0mLGBPYs3EqwCfjj/2KK3CXmfr2i1RbkwgLyTUeLcFGZwA6OP0Owyg+aFnhJwl&#10;cWiWuQH3APm2AORdBki3NbPBGbPImXXLjaMk8vbi57aM/7adDN/xHdlPXLzQ8GvfwTM1BvPmHp65&#10;XewBpwHkrSLVtYmbWrOxRLbXa+wkLLFRzzz2qPFTiZBqeg0m8XK+NwMpa/I4TOVWYu55V8AjXjdM&#10;XmNANhE05OOFathgkuBSa7riCxk1/IctZmY+SDJvb+5NXC80jQWVsWKmYf9wMBu7Rvy1p9hjdjYv&#10;0k+/vEnb8I178uMfxSjwZTp2kj3HJpJGLD6mFhSiXptxKGurt/gYF4RUDP2tigohrcUoKqojR5XV&#10;xOEGb1+8SJfeugIMeEoPnzsLSeSqsNyIhmzxzogMPDJkZhV/vyleuwNzKB6GLcgPsK4vvo71d1tY&#10;VAEDlPbuTQo/+Cb1G9dp/MSz1D18ljpee+y91jTWzx7MxqN88lYBcnHovTsEqJLiwu+Dlhpjak/Y&#10;m50l5yNdX1evXgEgsiWf4RAATHFvbZpqSPagIIOv+mq7dniOlgGo8719CiDU1XfeoYu43hze8fhT&#10;TzEDCZ9j5ecAFd9/BtVAnmvDSL/g2IkL8jTiewBC4yDcgpn3U7qOdOSLF9+kK7g+W9v3BOQ7jTDU&#10;p55+hlYB6jH4xh6TAs7xXsr9IsvSsZbWgDmchOyWwaoffv979OoPXqFXvvsdYaJNlrnGGcsgYQVK&#10;gJc+8BF6/NnzkFevKIuQffhMYivqRyMPyD4KfCg9ULw3jMRLOuzntxwAtbr/F8E+wTbGIyGvfeOb&#10;3xBQ8zOf/etImj5OJ04eR5gJDzmXwVOaYu3dpO9++zvYdx6mJ5++ICrN5196ln7yo8fp23/1RTp1&#10;qqOjbGmHGpHDZ3dZoYjn/PSZM3Ts+DG5D2yjct9o5v8f/F+bcB72rBthEbUrAHc27lCzgYNpBZvA&#10;EWx0oHFu38EhBxZay0VqrIyKY6LV48UmZZIoSbBMWd/Ghn3uYXJPPyGLcO3FDwI8XAOrDfIYLGA+&#10;PHf39rTREJMYRouxcMfLeVsT9iH7/QU3J52I5XNUBt+loIxG1nADCf+QqVM03KEPwwVqptxkKV/K&#10;atPvyAEMTL3mYoVvPJsDL68vk5+NBCTbZknoHksY0DRgE10/1dPf+nufp49/4mP0B//i/6Tffest&#10;uui26B/unhaqKS2nyZj6bLGUl41/W7G6hbEt5LEtgLBTo54+83JHTz5yhF57raWfvsX3bg0P8w26&#10;8ZNLOES3BIhi0Iu9yUQK17NEmD3cxpAe6AMgIGurk72OG2luOus0pD6UgIt86vQGPCjiL0Uf+uMW&#10;xVBjsgMu3ES+hy/T2YSiT7Ks5OUgxVwni4/BO5YR82Ho+1ASdCUNuZWCKQG1XOgxxVmoswD0HAOb&#10;4qvGi3AqclqW3Qk0zx4tAPv2ZkiObnds2stTI2xqo2MAcUd4qI9h0zxBx8EsffnFdfr0p0dg792l&#10;9UkPU1JnHmb4XOEWvFdWhNWwC2nwHifr0pKwhjiEoHETAeeoCXNS0khVe1FJ4uL9c7cEDNLX6m2S&#10;7hdp//3i3SX7ngVngRhN5aTUCygpQSfBDHhNeiX+c4m1ZoCfFgnGBkpS2DgZHmuuAspjzbTwQ4ki&#10;dfsSPgWwy6yuppI7uwN8VhOro6ea/hYXsPrIgElKzNnEXBNvtfTdfL5mrmIdxjgvJZjnKOXdqRrz&#10;pWswrdIaY7X3VO5kUSU9IkW2cNVQttRBzRqLMWm5Fa4AvIuYfTJ1Tk2dW+QqEqu01MpNw9zYVSoW&#10;M6hfElgbAwSHHmrFidDbPU1s4HTbWtt3u8prKK01dbiJsW7Sk4Q0WCunBUfMyYHKJOn6e+p9SU2V&#10;rqW2AGQDG/V/MnltLo6D+srJuhjZPeoMyKZ8b/voCxvS8/pn/76JMV+McZmuU0zfoSTMJvBRyPOy&#10;r8fSYMfCCsoNSHrvBOjFxJCPC0en8nOD+1tJ0asAjwRKLPQyrvqERVbosXLgIepry3L8bluM+8mA&#10;7JBku3bPKibG8ClKMs1Qkh9zLxYrRpKrgMw4ACt8sSa0teYyI3K+OdOU+iCFYAooWkYNsoTAjUbO&#10;LQsVmM00mT425iEUZRDiU/o8KaudpR+cAivnda9gpoZFRAEHlbmpvoy9sVOcSXFFisPFdegM4NDf&#10;57pCbDbSs+DS6WGBFVyAF5NWYXzKlBqDPoci/jYAiFNhHQDGLakdjAKudpMiE0qgF2qUnRndQa13&#10;7jQ+y5JTn8IkYhf2UKfgvCuedCENWNKu2SsbOtlxyJpolCGXCEPRJLJyfQe2EEVJUbc+PJiU9+81&#10;hbVpqrWTn5lgNldxgfF1LEOI+nmpfeTc/mDA8ljqMx3qk1lMy0sab2LaOe+qJMniWzgvrZF02spr&#10;M1tMDPZln0EUqvi7sU6krgfZlUROrle2UEh1ZFMSjmkuQdC5AXswg432vBWwz4A/27/VCiFmnyNl&#10;lhSmPPs8J8P9BDY19ow7azg4KXdmMk2W8TkBCPs8vBC5c9R9n6zR1COoz9RdBftiHswUOwm7spac&#10;Giz5fYzBd4faeAfDr2dgRfTDQ6t0+vW3IO/taO/QEl1H7fYk6qGfpDATZmYxCsaDY/zraQ4HxOvd&#10;wj9v4VljQ12WBqv8EP8702uwwnY+WBMwoAGLraN1/PM93k/w0Y9iXd/CP1xjb3N+ODBY+Abkqzuc&#10;4o7vMWHZMf5+AmnvcrOpjHgZ9LTKUI/lXGYQjTF49imXcLrgciCSYa75/NNDyQ+YHsFYO/wr/DWn&#10;ndbeTeVTFhcYy8e5BFMJ9UiWF0Elw8l2JARTq4CpCLU03YOFkw8j8Uj3Derm3YY2cA13p9dp6zt/&#10;Ttc279BRhB7yZ1qD1LVtjwyIbjUA5A4K+Nx/iO33siJlL/FnD0EleNhBBfBg66g99DPXLr8Dc/4b&#10;kD1OBMTlZObRuB1ckQkTP3jf61QZxwYL4+U1AbR22pO0Gl6WQfPupZ+BxHJdFDc9erPl6RXqLm/D&#10;tw/7LksJ/Slyq43cy/tLIoe2H8mGI8bFSEu8L7tNHzZmkvF1YIaSg2Lt5MkTcl7cQJDGJchsnb8g&#10;60299Vo7v8J74Kq5ytrFCRuYVVPc3xyGUpBTsi+DTfndv/q2AP7PfuB5DZp8v9l9Pw8QU7GF4oFS&#10;0XeXsb6X/7tz66ZIdL8JVt5rr/+Mzpx7hI4A/L518wZ96y+/Se9cvkQvf+Sj8M07rYNJr+7F4s3c&#10;aEAm1y+ncR+PHUG4BqzXmIG2BeLWLuTlbuaFXb16ZA1A7irAwRVZdxw4Nt1T798QtHbuZ11hs/ca&#10;bMQy413sX3vo2VeACzXu3fHUsEDqvN+G0f2cfMjF/8eD1mXIjM8gS+Hzv/Fb9M//6T+BP+E9+rVf&#10;/5uo+caSNsx7Vg8MYfPuHfrqV79KH/vY5+jCo6exH65B0nyWfvvv/1f01S9/nf71H/3fknug6tWp&#10;WifgGq3jNT72kY/QSx/6CJKKTwsb3P1/ivbdP8in+e/OnPwdloJMzj0koJ67AQbUFoAUbEJLSJgF&#10;+kezTUhNt3cEZMk+Cq0auDbqTK6yKd48if3f4E+EjXwTr9s++xStfOqXae2jCN8Act/DBzBMlmSC&#10;PJtNzUA3ijfbDF504rXBLCn2eWg12VVAJecXKL/NeHy+hplzIh7IKCrzYDd3a+TffJ0A5IzlEzIo&#10;mFPEKoKSdyrTCub7w4f4eHUiQBUz3cSQPcrpB1R+hT749Hm6fXuTvoGp4pG1w/SxL7yMhbIOH7uZ&#10;ppnJLCvnp5ohpxMwiY2S10ArPQJg8dyplj7w1Bpis9fooy8epyNnj9EyJjH9BNPCLf4uE3klkbv5&#10;xpgSTl6rZ9mpeQuRMOYSgMcUbkVwearYz6J48fF/m8GYkqXbcWY+elzo77IU6DJ8+a5CRgzp7N4O&#10;zbbhT4HJUNi6p16C2NDDHsvhOnkfoc+agX2Eh1+DdUAzlEdTTL06TMF6pdky43Q2Um9El5LIGBjl&#10;AwpTsuiUXccGwOqP1etElBkVPgrTcRquAPucSvXDzcxkfBJx4k/Ti88/A++9R+k3vnCafuu3JvSp&#10;T3b0zFOgKy/vAvzjJGaeVvZiOt8yQOpTQZr87rosVRYTZQaknbLTOg5b6ZPfkXnoyR/zeYx99tEq&#10;vnadsfU69e3DL97YAmt0G34wkAm0I0ymx9qoNj4UU31npuopWTo682JZUt8+WlGvMfyzBoKMTeJr&#10;wQsSFqLJuhIYYOwZZ15qlI3K01SgMV/BxKByWkg6lV14N5zfxIFP1yyzJ8hCLxpqswTEm3m6QTvm&#10;O9Oon0yS7adPY75F9bTZ+0R2M/8tKUaXrAnti0QittWkN3kotlRMzZLXXYKyLDjCcRLTjsoS+DrG&#10;YGEohXuRmY9uW16rkX8uxU6ozIuF2REgndgAbfx6xKSN03hJkq1l1Yw1kMOZTyMX+EpEs3tuzU3g&#10;ZkGkEkGDVqKyHXWN7kkoR0podsbUUlBsZKlZ2Lt4jTBrKbFbJM1cwSyeaFFmzilTTotMDj/h+zdT&#10;ANnCS8wSVOX41FXJsSmtmLL/TkzrivosLVcIcCbNDmWT7jJM6DoFkmKS5DPwLo0n34tle83WwLep&#10;7f29NZzRgimd/CyZ7DQkUIoBjzAV8EflYveseST1uiSVoGX2N7MgLYiEQVJ+zjtLgOzD1JpoNi/n&#10;1MYRffcbb4kcUhk8ul9ES1HOWFXylWuKPw4Pu/pQBlN8NhYylLdE7wG3duBpl/z4ktRQQwhiAU+y&#10;AWRVjvmQjb+LPyS/XbB9MA6SReV6xLR/WF/iVe6ctgE/mILbPSWfvaCcsbpzum96Tn3xV/Pps/OK&#10;S98hxkxxTPIykaYm5o+lu2ojMYaXDfzt1tbkOkqarrw/diM8PxzGNPTL8jLxbnGeJoaUAH1ePUhD&#10;YrAZmMdsu5CCvbwGfcgQzOSRwoXyqhJIIBmZnyTZzyhLMKp8j71hxMuM94CxDplSWI5ZQkQngjmx&#10;5riL6fMx+CovY5goBXpiWHkN15mxfySK/r1ew2SWYbY9gbSstQeXAcdmNBIgRm94YwxqtTPRc80a&#10;+0btMPieNCbpEaC30WCkmAKOEoiV0IJQBhhpSKEAkwYnSbmTz5MiqdWzTQNaUkJbzLBZYe94+5O8&#10;dBJwGg08SgwnVyX/Jnl29jeOVFjwNCejdyXhMq/T6Eq6dDXcjAaGuYHW2GcPLO/L2klgVa5Vk1S4&#10;kiqKFsX87dLemjjkXaDMLu0NEJOfNfDN+yrdurLQyHsxFQl1SXr1JsOOOSBI1h2fBZYsTlUwikh0&#10;40zuf89DRQMB+5gk9q6Ao9ZM9iYbbkzO2Jq0ntIzQUoeCDh7pmaX0phBXG/XpRe5pAYZ8XuzEoQJ&#10;cbv4+1XUnJuox29CrvkGGuDTN2/S1bvwbTqKevkwWBnwt2KJLmJ2bXbE/n6tjCcPo/m+he90D+dZ&#10;75QAwE/zWJrKGR3Be+724ngvv3NXfKZ35XnqQJDY40McZ9Myg3I81J6pRY4Uwwbs38ZnnOGzrnIg&#10;HIca8XnF7ECxqjA5MAWTxqvvuBMbHmcAvs+sd5XhKTkiGGNPQhDIWHeBsmrCJXZzq9JerSuC/VHb&#10;GRmyeAVam4aqNGzL4XWuMP98ss2IGjKWZYFK5lCvwZnscdOgMl8v9xS94N1tCMpgQwTG0eqYvRO9&#10;SEtFJterZFBAAQNy9wlZXQG2HS0KYajURSbn1Zm5WgklViOHGjCzkH3MWQqYyIQjDm8x1jHf22lv&#10;7G4+H4Iy5YL1gnJmsM/uyhFhXo/AXGugvtLnaCSKrQDGVug4CGEJ1ktLUudJmBgn+0bKycfZcsK7&#10;AXive38z2JOyF7F5jqdALpfPp/L8h6y0snPVa63Nvm4c3nF3c4PuIcBBKiwJLXHqnZ9q14rluTDM&#10;1nz4EtNb05yVFc/fj4M6OgBRb196k3746g/pxNGTYKSdlZAQ72tLn/eId7j7UMvm/aKpsvNww9US&#10;XLFOKGTSudDC7OMYc6ha2cfdnCi4AOly/Z1dI/Y1FW+5e0iA3UYw422w8X5Ezz3zCXrp5efpiUcf&#10;pscuPEoPwY/vJz/9Kf0VJLpsA3L82DFhoXFfOuJnI0tJ9d4w8MeSeE7VXQcucBjg32FYtJ04dQS/&#10;e1hCNpjVyX+crGlXrnmsvHZN8t3Y2cFhXxMOM3WuWLHc55krTODk3bufiU+mLnHzsQ/z6dTuwcBV&#10;8RbG/VnCd+P1dHhtnV6FP+FPEV7yMABUtkWTOgX78hTDlW996y8BdD+NROJjCMOcABCcCBnt7Nkz&#10;Enzy2COP0bNPPQfc4EX6MPwNn4YMfRd11p9+5Wu0cXtDGJfLq1onpT66+FYXrGjoZBUrT2ManstV&#10;CravhmmU6z4352F///87xJ59nDjVQq/Pz1a8fgP+czgoj0DDD9Q3ArTrN24CwJmVdK00fUNwQ4ML&#10;OWPvmTaxSDrahS9fN0LS1POP09HnnqOAizJ57DzSWtfEkLRnL5t+Vpny2gQ2j23VwHg3KPDEtGre&#10;YIP5uB1sxBr36cOJ5uUVpTGZ15HHQik4GCvNEYVx8aCketGZSGLgP3H0ECQCSxKJPbsDqADBJu7k&#10;Efqv/8Hn6VM/e4nCxcsgjCCMAYfBGDTZJtbE3jCYptUytJWwgYYFBbXH9A+0/3hyQo8/tEybv3qe&#10;rsBq8S++eZ7+4mtv0uW3NijCjFuQf4B47EPfNWaGKiBIZ82VnZW9Sv5cUuKZJCM6KqEN3GQzyw/M&#10;uW2k297ZfktYjgLIiX0x6SGNxqnlRgqH19L4NJL/MMFqQYflKWswQCkoOy5wCma3KZMvDxq350YE&#10;P8dNc0ShMTNmi6ZEmXRUwJSxHiRe4+5ZugxMBu+rk7qHIcE7vLpDZ89M6Nz5NTzoh+iJJ06Cgov7&#10;Mt6jtdGuavBR3IzH2+L75XKgRfFd278yUshGn4Gr6GJV4A89HLI83IAtTXiKeeIeK++qeq2mdK4Q&#10;ism9THipNvWmEmKRPEnA6tSiSz1c1Jx7bFPScWHHCEuD6dhjayEpg3f6JUKVWBlz2l2d+pWmi0G1&#10;asYUHFInoh2mqfkepITF5NOWkjDd0H+pYoAVxk6SJ5SRXZY01d5MMeS0VnJVIIRJq2O+B43JWfsy&#10;sou+eu9gQSqdpANHFZfkVDuqCoVgYRQpqMBVFsEuDx0SUBslgTfJd2PFAMx9ZyzejC6n6VGWbKZ1&#10;wxIaBsDkcGi0HWEGKifsemGvLVeC6sbYH+PM5JSE3GDsG1tc2nv1pVTxrkq57DNLMflpOV/oiHEQ&#10;2lIFPVBXFdtD5k2RvcUMBEaTCgiQ0HU5C1LBUr6Hu/l5jXHPrnWowCj15+lDAqF6ldBmpqIC3bz3&#10;MDjIoGrX7QjzOVJb7cNcqI7s3pQCsRPmYCONQtdv63MGeXEjoUv8+flewCAe64dTyHezqT3lyWgG&#10;RJJUdTAXJXt9A2x9eT714A/5WYxzrOEEoO33onEDWWXtnVeYA96eL5/9+6JN6mMGQgIN42xr0CUd&#10;l8m/LTGx6mF7nYYbK4ZV3HfuFTDUVWp+fV8eyAT7XLnRYTCi0fRTBq8Y5GOwjwvlRgK2QgY2BFAW&#10;ZkqnaanUGJirfo0MsmlidZNZo/rckAbBGLOwSxJbW6PS3JiFhTbeLvv9SfiUCwakKRDTJT+3oLYP&#10;7B3lo/r48UCVmRgM/AcBlPscT8QNMXtvCaMQr3NtC5JAJOmNYTvR8Uo0qV5vgMoKvCFub8/o6q1r&#10;5H7Wo2kYQ65yTj5LRxogocNPWIX0Y1nT7VjXAX8GP27kezCrSNNlfa63YhrMVUoLX62R2ivOGaAj&#10;bEe+wpzwF92AIecyvUcHbk2iDlUhLpkN6vbP1usgG5ckrewrluT1zlfs5jmJ1qBQ9MMzPVbpuZWE&#10;UNac+cYpu03XYQbQcghCOMDpyQ0YetkDL8Zh2mNinNjZW3Nn47wNxUEsoOgGnn41ozD5AdZsYW1E&#10;gtUlTU7oZYaqfAYDBh1pzc61fgLoo0nR5XPFKmzIwIOclJuOX2GXGis6qWt6leXGZCbglEnO791Z&#10;8EdvjdCkJzO6BxsPn/e19aPA8lo6fPsugL57dPwEmkBINK/g2ZliwBb5HB5rUN5x7BM3eZ1jv94w&#10;P8Gx1zNMQMSeh8kzOWfv9Gb/gP9/d2+bToEFdQ3vu40wu2N4dlfxuzx7X8YHubXT0zHxy8YYDIOG&#10;GwgqmKHmvuRX6CosgXZh/fME/v7RbfQ+HBoXYNHTN/k727RFhlmaYtqLkqdxU7nePWKC2XqoN9/s&#10;wvyM+WyZdXq68nXh122bJGEvFkkK5jd5b1I2vxvah0SXU6cV7Ldhh3kkcz1CylEQHz9tWoOphRTE&#10;nHFQX6++qNP+Nr3xl39Gd+GZt/GJj9PHP/Np2jk0xfD9MHqdtby+EwP75yZ5xRpIKLJ6DUgYwfts&#10;JBLFZSSlXX7zLbrxDmStYAUxYYNTOZfRMzPDx7cGeCTvRA5kYgTHs3IK++NR/OE0VPR/e7zXXHoD&#10;5IibIAPsyOnS7EEq+/orNMUePHr8RXJPPkVT9LvLqwBTpKeeDJ5ntXJwA/LKkKnvht+L5n0GH0D+&#10;iL5tgufhBGSg/GI3rl+jK5BY87N49NhRhNasKHjrYw5RyaDX3Psww0xB1LT3YeAJ9tje3j3xgn/j&#10;9YuQ8V6jrXu79LnP/R16BIDW2vqSkDYohwH+J5Lwul/c1S8OZOI+v1Das9x82MecvZicJpxNgGd1&#10;C8Dnt/7izwE6fVNApFMnnqVHHjtGp06uifqAA7MOHTmKfz9FP4Ak9ytf+zL86DfoxZcRrHH6lJx7&#10;YyNGyfNh6jsZeglpajQIHiyfu3jI0gJG+qILFv9TeSYueM/atSO+x9statDIfntL9DKu06OPPk5f&#10;+8q/p3/5e/+U/savfY4ee/wJOnZ4BUC2p/MPnwGWcUtqmzErHoFncHDSGWBjRyHVTf1LYjjyIP9Z&#10;DmJ97iX6337/n9GPv/8WLX/4STCAJ7Z3Fj95WmBo9SBE01xazNnR1AOL9yTjHQMdFtsVoMktazKR&#10;jNSCcy1+ezcxeeDocG9TS1dkF5Iix5MjNtTExeJCc/seHmZoopeee5Imn/okAf6kFQCHAew1bq24&#10;gJzt7Qk1PjHknNuP/vLhzZTeXdvclpaXhNpay2wHl+S+K2GYcLTfC6CYxMeKTjoQHSXT7ZS+GWt5&#10;E5Uk1Xqf5ZQmfAeWqzKS6hGC0RyDvAZTqx7GIFNciw88/RhNH79AfKyPmxVZSNJbxsVfqGSVRJHs&#10;JAmeDEEA7qwvbdLKdIQNYZ1OfnaHXnr+GF2+fJR+9pMIM85NeuvqFNRb+BNx3CfeaguTzb1pI7JD&#10;B58A1vIzqzJyczTbzVMrZyCs1sMqfwv9Ju3t3ASDEJT0flOAPWVaGlAIed0Ua2dbKMFgCUxm0pCM&#10;ljXW3ffmPcYFmngVqixamkHncqKmE8+OVqYsPf88NrSGGzL8DhcRnL7bjbwAiuex6T3xaAsq7i4d&#10;Oc5T3i0kEsHn8BD8DtcB/o2ZsYfgEsfGmlew7rHOO6ffEX/HLEYPQ15HmxlMcsYI6KMb1vR5rbjs&#10;GRdNilUagKHknMw3z7tQAV7zy9jnLIqmArtCAlWSXC7OVS+xpLLqSpyat9KSMLj0AE3hDGEA1lFM&#10;UE5P80meJeGzhhKq36WSDBqzxtRkebTASHnglZnktzGzBqSREKCqBgZpH2gUh06S9jmKV0hmIOeG&#10;qi0S0gyiBOUM5I3NpPrJ36jeYAU8mJqf054hcUvCbnM1GOwSTNXYZ5oNgMC6p1S2WJTJfLJDWJSs&#10;ODALHo4tKrZeFZTiE6jgLJxDQ5RidINgImuzbM2maa+TiXwy9FZQvSuy7sE17+0TNMVRKlYeVJSK&#10;ttTgGUw3APQSSD3K6yWDewNZdZJndVVhaesw9Pk+Jx9Hl9Z6HoarTFFfv89Apb5wawyuVhh4Mgu3&#10;MCgayO9cBpdjxazV927NK3NGSbgmDRebrcNLjQvf1nXCCFC/rmSCv1/G4Op9w9UyaQPosyTLDaSv&#10;CxPP8sbiMhsjSeHy41/JG2PpfyrfyDkLjOSRVXsyujjwsBkEe1h4R+2hlIZ8lAdv9ZnrKo9Qt0A6&#10;M5SlO5MxZjsOBhKCgpFLy5qmK161ZOxfA6L5HksKG0OxM06xnWTGgxfT63EO22nMz7RxPrO9REpo&#10;yczCBJUGu1EprsnrnHyWIPIXsqTd5MuW/B25H2LZCVnSZJS1oaQfH5Rhym8pSb5O0/qUeWz+kSbH&#10;a8QbcCqvdwd11hRg33Jzl7ryJMla5THFBKz1MT7zLl7znSu36OTht1H4nqIGtZY337RgzO0k5ffZ&#10;Y5YMqGxF3qxDoD57vPFaEMPqphkk3ub9w5rEYOuuaQqQEEPME+35sj9kwJmyp6qrPZoHRbKrdB0F&#10;shLmSzb+1+ASSsEpBlwn4ENneLan1uE5g3C3GkwvIWW1NNkZMDmw71jQjxdAbVjSDhmBcQg2Wupt&#10;UwEg2ZQhA4ALmq54H5nfnH1FjCUlWUA+ZlwyizOHfWighjJPydhi5V6nAJaeUs3vbZDkleXRd1VQ&#10;VBw0M7IW8wBEf6+RrIwg4HVn8t8kP+4NlI14BsfMCMNv7+FzXcLztYs+xeMzb9+b0mGAeXuQXG7h&#10;MDoMkO8diYxdoaNo9G7jJbZFyjuS/obE97enE6Nlury7TY1x/Q9NJvIdV/ABru7NNOkev3YHYNoK&#10;wPFtqE9uQVVyGgA2THXoCst3me0X1Af8FkAOpMHRbf53HiCgLv/Z8hEBXJbxOY/hsx/Zg4QSUuOe&#10;gTT2qB0MSexPYwPQHLbhKrKDyzFhLg1GGpd91BjQZSHPaOzn1LApnIzKQDNWQ7RqIJlB7hzgoX6d&#10;GZvk9+icDDZ5UNEmWTaY0rw/yshizIm9IHlMN+jKZYRY/NkeLR9foyeefYHGjbn4MlMJjXvs+19c&#10;1VkBfrGS1jcWfrCEe+HBhArhrEh679y+jfe/gp84IzXIGuuSGQxvXD5DydLoe6ujeP3M4pIAqs2T&#10;L4g1VX/x+zTCkMUzowj3aoThIN28JOcQ+6lNT59Fgi9eh33tRs3Qa3ARQBAXPNP7eo/3cl3KcP/Y&#10;8RP4CiN659pV8Y4T8P+4prA2kjyvz6HWP80C3zSVPfN51Zn/5hS2XVsATt9iX8RLN8AoX6fnnn8W&#10;fmlgnSEQccS+gU0Ja3u/gb6DpKKLRaTuYOhqMANy+4P15uAcN+dPLLVfCHn4xEPBY8ePCyj3H7/y&#10;Vfrsp5Bn4BW0n0iSLPbcNWWqfeD5DyLMZJ3+8F//K1E++uZlkV/LOWq1Ar9eoCFzk4yJTK5aszRH&#10;zIgHf/cHWU3Rxfc3TjY+kEJ1YSiFDCXt2WYVB1+fz/7Krwhb9ff/xe/Rb/wXfwdpu89DOdfCr3+d&#10;3nnnMvz4nsWQZkfkzMzuZcxq3C4JcCjEJx6qsk8y12bLUFgeOYRhxAm8lze2NmWfSldT3ue+xCK+&#10;2KJrMU9eq5/T9wz2sXwj3oGvGYpdj4etwZfu4OUSNrZ4ZaQq3Q7w8kFkQowmsxlhgoVp0h43O888&#10;RkvPPk3j516g9rlnaBcTjZWJAkhhuiMGpWlCkSf61QOTNlw+ZELUxmx3Z1tAoOWVKIaLB+rm3wfT&#10;x3ndeKK601zL4SwdbzG7zyY8XIAkWUtUCc6UCd34HsserElM4mgTum+AYNvw9htBPuCRxOUsyIEW&#10;NExUxF6yWkRmI+wBUilr5MOQ32+b/h/m3qzJsuw6D1t7n3OHnDNr7OrqbvQ8Ad0EMRECCYoSJdFB&#10;U4qQ9eg3/wCH/eQ3BxT+Iw7JZtjWk0QPoTAHkQIIgABBEkCj0XNXd1V1zVU5Z957z97+1rCHc/Nm&#10;dTUBRJiMRFVX3vGcPaz9rW94cn1IZ+BV9/LFSL/xUoTJ5zI6Bps8QnHw4SSdSNt7I7px85iu3Nin&#10;n71/n/bh0xh3DyDH7YSBSbUkRbo5M1M3pbQtJyBfFE8R9YULVDOOGgEiWMLkLXCFfYwSc8jFKnmR&#10;D1Ms7+bChzSxMOD9Bgz2zTQKg4FEZofGlSUUWp4urnWg57Z0Ft/1lc8v0xOfO8akPYYkmpkYnYBl&#10;I2RqDdw6WIyQiOP1huLBhyJnyoEi94WxIIeTLlgy8L5IHVyVgFcft4tHZD+prBwiywE51gleCWRy&#10;yXumOqznJMkU2qFPbAd2sIpl/w5zB5hFm5ZP3YDsA4ROI9Mdk9eSSC5bex2JGKpSwGqmjz/RWRBv&#10;rHx09D2fx9r8eF5KXyjI0RIbY2UqXmSwdWfSzXvMuTLh3aINor6W5Cv5vcvMk2Lg32aAT+9HYQuS&#10;S3KuOOf1pJI2BXVnZl6r3n/OWIIJ+HFyvZ2dHyc5QS7Ox51EZexEk1mFWGRrvgJFa+AmzpcSmS3V&#10;iHSXDOwQ2bS8x1hl4kgOigZ8ChjpkoW/yyEf6VCbPAulsA+hSsMrvqmF2ddqyeAq9iKl0JSmEm0m&#10;n8QmX9/sF9VLD0xWCT771ZV4CPN2kv1BAZmO2Xwmr1ewrTth0C1hCMEMzKMxFSVplMxTpv43ZT8F&#10;Y5lnw/4EyKawKGNuKvYTBADRM2snPp6cYseeIDzfuCjj8CRJAe+JbwojicqMLXc8U4V9Ntr3FlaS&#10;Qc9o18hTmVuJf+zmIzWosGFTk6DqSuf5nvcf86m18TnPlM+c1ZolGP0cHF0FCMV+EitV7IQ86xN7&#10;N7qFcHc8seWGwoTFfRmL3IpZfJBijFQGltJF8zVzmkLO4BlLltic3JtnqAAVco2Tx2gjgT58GbhJ&#10;x4W0gIQ+Guuos/wBLayT9Ujj2hzAlEJs1Ect5BAamTPGZu4MNGFfvnbQWuKz3Xd0khMzWoCdqGns&#10;PObEoJutT7jpRdzQAsABVcb9owjbkIHA6PyeA1vGWVo3xP4IpxHIhrz471y/dZ2eevxpWmvPqpLC&#10;WDsMMHpO9xUS7VhkwGIW1pPamK+nL+CrjpVgEi7KgTk5eTk3UWMJUqKScusqZUb2PnUurwfRIHUy&#10;OW46bEdHvbzKOnG8CI2qRGdrBJR9yD6iqyStNsd8xdzPUq4KbOw1IYj662WM1alvrvsVa6d3ZYTG&#10;DCDMp4yqfU59/eSTT82H1lWhTdXeWOTw/VCSPtEvVuuAyvqChWsoCB56bEtv/xZSHHdjycwyH6pQ&#10;BV4XOY281ZqjC9Fq4s7WCp8VEomZmVVf5DILXllUJsfOMlJ7tn1nZsKmCppfax/r9wMG/eDLxxS2&#10;gwcHUpw3m2PaRvjcBJ9rGL12VhEQt8NNUd5LmkZBPQYsptqkOQh88BuK5O485gCDMgf4DrsYOyO8&#10;9nGnzS/2705hJVv4DJNOm2WdBA8yw7sBo+9QfP/ke2OeXOY1SNi+jn4Maw8/2KAnhCU3prPocg+6&#10;fQ0USr7JVCfWNxIQ4oxGJ+0qr4mzqQmSWJXOzlfJhzWmVM8YFxz6Q5b6FkZQ2xu7PlsmmBeghc+J&#10;xYFT5jFLW9s4lfvYpoRn7aCLVHcqtRRLEVVJMQVoev/+DXr7T78NNTTOIi+9QoNnwDgDKYLXCT54&#10;+0fyxoqfErvQZ++mdYIbOoOR2mSsIWjDuUuSrnsXLLcZSBEXH7soa+QA/uktS3Kd+v/JNxs0sq94&#10;k+HGodqQhAvnYHXN5yCcZUC+cHt3JfBvin2mZTXR/U/IvQsgkCXon3tGzrqcii5S7aadi394mCFd&#10;HeLx2blY0ZjJ1v4UkIRf6BOMn0/A8DvG2H8cctIlXCdOZU0p4PNEiMxys72O0+P3wET78IMPcB3v&#10;yph9Eky+c0h4XVsdwj9uWUA+Hv8cgJhtd34pWF9Zy0+jVMVHzvPo34OUOJ6sV8TKSLxpY39sWVOI&#10;HytrVNC6SvOAxsLGfxJy0d8HALW+vkF//Td/Qx+8/wGYjhu4PmyrUQDfM+fO0osYE7+DwIlvf+fb&#10;dP/efYBYv0NnYVEwZq/RZE2RDwsxf57GGpXkquZSXXvH+KlZJqX+//9vGoVkAQBMZ5bzMVSoLa7L&#10;EDXVWQCq/xisvhYhS3/+n/+T7BGPI2GYv9OP3/wBPfuT8/TiK6+C9X1e1wHU8G1S8Nm55BhNmz0E&#10;2N6+dYPeevNduvz45+jiJUiqx4lM4O3oEnOTpCj7FlAVFw6+uGAMu5Nqg88C9jW7+1IwDi9uSlf3&#10;CPT2gI6T4yAEX+SdjVdJQUrFjZNGFumDA/y5CVPDl0HB/c2v09KLL2Jj3aAGqTA86I8A8h2B2t6m&#10;Os8o8dSz7I7mj0T54KCprl6APqa1TrGRrq2tqUmo9+XUYImV6kejRYRzc92bWI4eziUZzQKUfo5l&#10;VdLWqjCQR7RF9Mb3SRRZXhRHKMbZo2AAue4yuom0iQ1wew8IMlh62MzbQSN+dsysiS70IwqqVrAe&#10;qr0k6yk7oLMjTxCfOwYXOPVqYzVKoXUOTajmPB8MIOnl9Ep3jMVmyFbz6HoyAo70sYPLtHeESG7U&#10;FG+8sU3vvbsDU08AkQedFG9ruJ/s8Tc5ZgD2mHYerKPoQZz3OUS2oxN3fLSnHwMJN5LoY6w9Tmsd&#10;YmKNxltofKpHVpBzujKFOE2MD2QrWOzXlxrZyMcw0FxZHUvC12jNI/o6wOAXNPJ1LHRg1I7HUwB6&#10;+H74t6XhBHT7Ixzs7nN4miV94jPPjiXoJaSDFD5Ly54h5iPGncwurIjxNK6CeUzz4YYP56O5JNWK&#10;QBfrNEtfAKxeymlNuQ3Vv4WK0TI177jGXs9nplXyzJPvY4f3LJmL/TTDmq1VtrTG5BKWcOv8yXUk&#10;1wbBUkijfh5HGdiJ+ZCUrkVTgT6l2CxBOr4wazKLMMm7kvVzkiI06ZRYTJ+dJe8K+6SwUcjCXyqi&#10;bdmkkidUei/XTwPT89LMPNuMVRBLmpleKwNgTUrskvdXrIsD9ajTQ8jI4BqT/hq7S7wMBXQZGYvK&#10;yfhP9/DkGq0smGZgneDKSFt88XwhTPV4xPnQHDM4koRN/Hw5fIHZICxZyPzZX1C+q2O/wVEGOtWv&#10;cWoefwZsu2hsQNdLFksm6DEnt6aDsbF+s3Q9VvzPsqCmZNkkSe0fQLwBbva4XDwXaXYXnclYBwLo&#10;yRGXD1CxSkdOEsLY5dRqBbxEtCQMiOQhlgA8lWoGO/QoY4q70OLLh3HTtuVwLIcTkYCnBGdmXXFq&#10;+ljDi7hodwk6gzQMUuAZf1bBEkdiTj/wlmCZvAt5jJrESgGPWACIDDrEfH10vGt6K/mYmwNuYdHQ&#10;D8fIeaAZTPG1sRjV9mixFzAUc4shFMiw8rJJTOySFlwkZIUNH3OAT9K41EExrqyNPZAkZLZYYRLb&#10;fTM/NH4uAwl8+GCfGlYBsLdcMD9TCd+gLlsiOJGuDZTta8zJYEm4atpOWXYknoISzqHrsvrxeUn8&#10;1PwNDezozC9HDnaWtJMCE9STbEY5WzwYa878/LrpRORjenh2Jp/0xhAr9YpIXYMVnhXTQ+qxTqWc&#10;A1ZcsHAXb3IHfmFnxudpc3RP9jy5giwFxuNY0M+KqQdHjezFd+89oA+vvUcvDhFYwl6GzlKIBZg5&#10;kvs5wyHct8HWx8a8ljtlzNr6nAO9YswWILqAeJHJGwUxg3LqWZjCiVRuT5ntG7JcPBogmLz9IsuM&#10;B8OTKbs1qN2D/Zz5CVL2XayTgbO3oO3rygQ2T8Q6+Tb2ye8hKz58kWc1Lns0q09dZ2CIV0l7FbpR&#10;skRsf/CV7tg+U7CxpQzBcKKPRrUXX+Xz1cVa3l8YvK7y/aPKn4oymK9S2eQx26XmpNfmUJB02UJV&#10;d+afJytfYgRIU8KOhE1TmlnSSY2Zad1VoSNJ/m6GvRX/3ryyndpyzLLTMUtr1ZuVH3csAKIGv8Es&#10;h7ZxbpgB0Z4gCOAYzzqDevYeGHiXL2/RtZF69E5xr9ZRaHl4NO1gLV/mhjM+144EvekauYrPv+S8&#10;+IlPWJmE73i7UwnvKv59D/99DuPxGli13BQfB3Wq5SbqNns+h1Ad+OBljp8zWKe2sd8s4/Pv4p5d&#10;4+t2hG8G8gXPj+8unaFn4zrtQd77LMbSuYMbaHzv4LX2rCgoHq4uN2ywzrUqz42NhdlhbZFE+x7d&#10;O2aPSWeBJOq7aY3cPC66vs9rr1GkAK02vXxWGeU5UAyUJbwvMDGkSaCtrnNsWdDiWgzF93Mmcl72&#10;ymaS5OHsABLan9D92zfpk1+7Qt/4vd+jxy8+TitbW7QBZlmkxBiNlSLLfSpRaIFSvmLPxRwSNuM1&#10;Ga/PVkB85hyOFWi8e4slvbtSB2xsbkhSLSul+I6z7DlYTeMNbGEbIxy1yK8h+ANjbTh8Hb1XnDve&#10;/ikNtwEexgfZq3Ry9R2iO/dphNCk41e/iPMhvOvgvcref+yV15p3sEs1emb3uFMshmhhOvFiMKuu&#10;L9Uyi2XinFjKQRB8rW/dukXb8DCM3UcAQ87BB2xTUnVFNmpy7sY8UYXJB2D0EKzU+yAT3QBr6g6e&#10;z9YyFx57Ct585/EaG5AFj0xxoeu4jN0e0Oeqs078BQN33akPcAuYf4se2pn6p3FaJ06wTvCefDQ5&#10;luswxll3PB7YWp1UB/r7Y/jZ7+D6Xbt2HX6I+9JAYIno1tYZ2tjapE1IxLlR+Qf/4g8ElPr2t79N&#10;D2Dv9Q9/+5uZZckqR27AcTLvP/jGb9LTzzxD/+nP/pT+7I//mL7xW9+kS088ibNxY/YPVZM+lkCd&#10;+lrWQYRZAPIpeSU1SjXnYEGLbtHDGJoP+108dcL2g6ucc71zIddou3sH9NEH74lqgb/yM889B/bj&#10;GRmvj+Ma/Re///v0zltv0b//D3/E9FRc53t089Zd+rP//Ff09nsfAm8YyX25dPlxeuqJJ2gZ+Ac/&#10;l0HEg91degMek9s7Ezpz4Sn6wq9/hS4/gbyEpUGlSKNCWFjk9ObcQ5Fmt3BEUk8pcfqcWDxP2ghf&#10;ifYcNphVJI1uI7V051BkW0EN2HSM6B6PQ6ke0HnhZpP4KSQmHdDk0Re+QMtffB2MvpdA8z2HJlMr&#10;m+4R/CiYot/EaCALZe+v3MXLXhSVAWasUDevBQQXqAeIkmZgiGOoeQGShTUViXPywxMDNLo5wO4k&#10;rBrngBrXcyyJc23QCnmIsTrkmn8WVZ5DMZqflHbt+Vpw4RThmzNeHwnIwjVulw9LRo32xRvNZT81&#10;lyV0xZ45mp9UGgM+b9Bi72Sm17qQgmGJH+68YQsTQ2HH/hAMOGypweyLjyFF+ZsDyHSxhU0g9QHt&#10;fAUGl4wTTKfoYB43dO8BEm2xkH98Z5+uv4VXxQQ4nqgUb4LdmjcKTlRqkmcADhGDESc7IzJ8GRsn&#10;gEgMOdrCmNpY9uhK4MC2GuVwzQTOxivbZtCw4xD8rwBS8t/T92p9J+yEgaHuAliJhDjJrsxXyiXf&#10;Fm+G43p95HBm6bAp7VSsUCx4YT65tDBOEvvLAjgSOy5JTqPZZWfyTKgMvFPB7XsHtmgAmDLEyuLA&#10;IEU3K9mgCWyM8YTVWWbIODuAqMFtsMPBzMCJQZZLJql02gT0vZN8ssnAYkxjz9UpgAmY7OyxMY/B&#10;tOI7K8lzgmtKxnXpPXxm0blMMiqHEouNMOBBP19cYHerXWUNjkjMxXnqs4JwxxqGID52XWaeFT51&#10;AiGZlTARD8PM9C0nVj3EOQN3SOVCCbQoNgEqfVWyyyynR2ZGZtpcg7ElmsKy0ES7ZMDu5q5N1Xzo&#10;X9qqc+ksMObAEhH4vgCAjys6DsV7bGjgTA1oN8YQMym+NRRysEgGdqoVNHpzQyzSHg0tCWXMZs+Z&#10;kIGpaPuB+IXa+/j6IJtBksJIU4btQCTPqvaeidG3BoPYdYxd8cvIbJku3w/K8sOUdqoWAzVQoKbz&#10;TQYcyqbqcmIqM8Fm7PMpUvldTejtBjp2ZDzyHDuW8CBNjJwK+MQjeIw1a9woEyr6ZD0f8jpU+1jV&#10;0tkQ670uUWZC9jKroX4Xa5iuTpVOa4RbEPvsirbc9Yu+LInP8kmieVvNHlvKhSoYMc7HZM3xEVzV&#10;SIk9yWKWKsTiRSTAdhPFvF472GiiIVhsGYd1YdQZAMV3gn2XvIWfqHIzil+ssri9sNJZ1hKyyaqF&#10;Yng7fMTkK9eYBKYTkFCAYK8jk606YgqbYZYGA4PM4pxMTe7sSzp6anq4tMeXEBM+RPDhQb33OpHj&#10;CsOCQcAURNCVsKQYU1iC1zRT80ZjkIFBiU0cOLhBujeFR9nYi/0Dg90D0j0WnVoAJTOR9B13agty&#10;9cZVOrt2ji7jWjpo59pmSZhE6kHUyRyKIlX3Wg96k096NZaXkCfZHmI2Ixepm3eZ9ey8BjKFqhYL&#10;IWR4jpkPrATQe+976LNLAFMIJbo8zx7XI7nEanP0uV0SMnDkq4azJHJWadAFh1MQLUTX92equ8kh&#10;ZkA+haWoNLxeweaiBOJ8RGgsDIzgylpUHaiS16+ZixTZYO2F66qa1RWmqTZLku9fdQDM/r7l45Vg&#10;jkqaaIb62Q84M6BN1hsTiyQmSDmrC1ITy6VgMlfUDwJ0dyHLfBvxrOyKkiElIKfdWohTjchgg9Uq&#10;3JzhdMiU2jvCfBnhOfcx9n8GT76vgBn2JtZc2j2irRkeA8++G6I/ZJ18I0D+XfY1xpxjORe3w9ZS&#10;Y33Kh3qeQzOAbq0BmV7m/jpCq3bA4NvjdYjPOXwNB+pvx+eeZjiSlxhjXh1MdW5yAc49/gnq4lU0&#10;5Zcwn3dxYRFZSA8EHWrFgoP3oO3BmG5wCirIEh6ptDP0yTdBsFg/msh5qnVVQnQOZ2ImythECp1c&#10;kin2ntnMV8B37B2jM3MyUt+L2UBYV/mil7W9qUypXWnIZv+HkBUcsfK79E2SERsgzdI3+fdG5b8+&#10;1YOtrDtTDno8uEMffe8HtAq5nP/KV8ByxLp+kYOWcAYMyhwWcEp83WMPF3APY/vFk0yaGsxwxeNC&#10;pKUrUBOdZ0Yf7tPdO7fghf4x3pd91LQhw1YRrlFFRdp/pzHFtbUAlXFvlkwJcOlxnI3A5nrr76i5&#10;ixBB1KZDWYegYtu/TZP38XzsaYPnXhbW9RgAZxe8NWPbinX5aajMIm5fPMWFLc6RCIqtBltQsHT3&#10;PM76zGrfeXDf2NUOPn6b0mhL9VLX6bnrGED7IRJg72/fo7fe/jmCTg7x2Ev0wgvwSTu3JT7VywBU&#10;ogXIzEM7NQs/Rvfokt4FaFV0nwUQrPGlk6AJ+zhPzQP//r17sq7euX2bboOteAZ+ek9+7jLGpgVq&#10;mq/lFOvHAQIrP/roKr3/9ntYVmaCpRweHtHf/eTvwJR8nF5EwMMzn/scSC+rUtd9/etfh6x5k777&#10;/e8B5L5EL706wH+vCzuNgegW83xtbRXX8XP0u//kn9EVJPfuH3Di7jFCJseaki22NKE3Lubd53tK&#10;jr+Xh2FcEIX6KBBseKR45Fi6YdkfvCY9aS2l9lPMZOY14Bjr712kF//wBz+m1Y2L9MLzT4Ghu6bK&#10;UFlvHMDTM/Tar70ODOOI/u0f/iF98OEH9NqLX6Wvfu2bdPnJ87R37wa9i3v1szffhGR/hZ4Em5VB&#10;wgtgonIz6fJTT9PzkKCvIzV8NGaQt6nO/AWHOdmZq523ChnhhK8jFX/UXxZ/so0rQxbh0zEbkG4f&#10;lIKquk/BipAoHmm4mKBHHh4AJMIgHH3tSzT+8teoxSCHgBkAFkIVgOh3mOxhOs2Lf5xfgKp0Fjfv&#10;SOV8T/YnCTcSdnUkxqgS3IHFh4xFoVKG0JOVnDbe5im9PW+UzEpwvVCGTJfPpuGuSJ5i3TRw2TS1&#10;ljssQstVooMDBOvCLelGpT+UvUlKPVj93fV7NbWqqo31p01TqrNUVfOUy7xDbGJuZumaTmzd+LHc&#10;xd1adVznIIaMC48jYf40zaGJ6LjYgjwCRQcDui9j4XFfexwHFKQ1cyomx1lPgwAOmvaamDVeZHR8&#10;jhoMlCqP5BBhugyHbKA+gYwhJawaU46lR6QyOGXzTKybZV1MUiAzWrBCMt4nm/zziHpOmc2TMoUF&#10;BEtM7ex+z6qJ2mR6VUqczOyBSpKUf+b47DmlrHfnG/E7SqECOpya4smV2HBe4bROzFbjvKjVivkw&#10;502kvn6+Yq+e3OxTeELT+1RJklpjAa5K5SmiGbdAQpCozu4kgJBpR1WHO8tm/dwsk3Iop8YWEK5I&#10;4Yo3RmFteNcUCWyvcEjP9xV41QmLi8Isj4loCx8fSJR90BXJHc+bkK5XV3k1JpAsFraCSJ84wOMg&#10;yxhctajGeT/EqAcjlRnWgG5i7Z7sTchGXgG7ZIEFvcQwC+cQnx8O6GDbAEfZn067/RMBP1P6cC2f&#10;1ksbcrpbTN6GFf0r4U29s2zs28wXP7ZZBXQOzBer6fWxQjq6G9geTezKj21jMdHXsBUvhwMtaDSp&#10;j4Eb9eXyGaAJZhTODMe0PzDwxmAKiTlAZ2IlSwMmTQCN5mcUK79AZz4yumaqLJevMY8XluR4Utlb&#10;Fyfmy0fCsJq65P85o7NobOCkSIcwqt6b2bji9dHSoDVIp06Qd9lXJeSwjpIgVw5Y8RELWXdCAq4Y&#10;bAlTmPddiSdW0/mDhTuV6p7S2lzyjEyAcXAVu2/em6y05YRZGbTbn9h2PB7WcMgQwK7RAq6xdGLu&#10;0rLqSaU0CgZIeiPPGfb6MmrEDCxMlngwcJvWjmCgMpvyC/HOrAAaYbyowbwkfVo6mvxegCldOycM&#10;0jFYEYrXoCa4xyrRVEFEPhSxwb98BytY9brofsDSfueavK5yCIiYbruQw8o6Y13PrKCXwp7niVfW&#10;zASf4yb8yc6jVlpqp/Z99bMzuDgYspyXWe8D+Uw7O/t05fpbtLkG+fOZJ2SfdxZiIWEc2IPF1zm0&#10;xhxzuUnZGEs5ZDDaW5Vh988Sb1Nt5BNLeK7+kqsqfsfKNhfPNlOUJMA7s2DnfU1dJQOt1x5H2Vgg&#10;hn6NWNniVvtexRgwdqI7RUiX7ql3fQuE0iCMOXynPkC76lqk+RGs7k2hHK5iqPP4EksBiidrwDRm&#10;qWYJliZVyEzJWBjDtYQxNaLMaD8Z70cD3JMfXpgLw4qZsZrsFkKWQOdwHirBEqKwSKoXk9Un1UWy&#10;C8rVib1viLHH3eJJ3AQnUrgRgtyO4QvNQXhMKlhi0AjP2+M1HWD1GXilvv32T4i+/FUp8+6zyfP6&#10;uiQEcwOG/Z8HfHjm+YJxPQYA8wCfa1dAXFeYz/xleDwysCclECfuHgtgOOJrBuDp2uRI/nuFzfZ5&#10;bmDejACyHRypwuFMowFa2/x8nI8mzHS12CwdC7i3bSP75DIYqwd4v1287yejddrBY9sJwCGW+uL1&#10;x/DD9nFPGHOplgrW1EA7TNN5xeIiyFyVKncWM2OzFySXuK/Gei2BTi57KxYfKvNOjEnFEvIenj0W&#10;Re5fznzJwiElfXZ1eBPWndDqnFTfR31+Jx6nQfz9JvAOP6Rb9OZ3/5L2wY760pe/JGv2Jlh1A5w1&#10;Azd4MBYGzv2CgQ5uoUGYMma1gcGAn794UcIS7ty8SdfgOzebXgTIMxQWJ4c/SSBeCPWpUWsO3pSY&#10;Ye7VPmWKsTtgtuNPjmi0d1NIGGxXxB6/dHSb3Adv4L1HNADACPkSxhiAMbyv9yfPkeEhMAvNWRn0&#10;PHYfEdHhtYfVZ1ujs+qdj++3DfYhN7oG2KdWV9dkv+L/O2SvWEh97929R59cvQlPd/jIjzbo6dde&#10;BlPqPK1BPj9eGmlthD1b1vlHAIgeVbn4aJ5x7pGGwqL3nCFIg3sLk8ke3YCX4ds/fw9zfB9A3Fmw&#10;9ATttHIsZguvQ1iRfYSx8ubP3qbV5XP0ystPQZ47EBDw7bfeoe9//6/ovXfeoX/+X/4BXXj8ElR0&#10;a8KcfPXzr8rs/MEPfygBHi+/+jKdA+NvE+Gp3LNewfjn+fzUU0/h2m5Js3PM7DPuU7BHdNPSr1pp&#10;W4Qh7jPL6R8NwO0/yJsfe1bHZFafNmGc+eVe+fBdsEkf0G+/9hV6/MlzAEaHEkSUgrJ4DPPa/+pr&#10;ryEs9b+hP/qjfw/FIpo4sAS7cH6DXnj2Ir388quwE9ilK1c/pls3PqGDd98D7oQ8BA7tYHUmsDMm&#10;HfB1LnWFe8RvE0/xRXS/WGrMQ/6v+R++/sq3pvdxML2/pxeqcWZKXJo8Imcg9V+bwQdmt4Gvy7Mv&#10;0vi3f5tWfvd3aPzUYxh5Syo/xeI8w6Is6LNJT1wFfpFzFXPBigDvqzSbOjLc5S5hNk3mIxpenzuC&#10;3AXnRSb5wtSU1E8beO6EcWcxsJ3PTqDac8hRz5eqdILiHM01paV2JZ0yScioJFXyf2Pto8G4NU19&#10;M4eJ+ioe3GU/m1j5q2U/K1dJq5wdmI3Cn5IXY2YnifOe/Ij8TEABJ7T6AYqEBpIGBquHuKdj9qZA&#10;2MVSy553XPAfYf+Z0tLgGIdXGByDGLq+2kBmO6RNTICzWNDPYDHb4n8DfX0LvnpbK+gCgbm3tQqg&#10;Fl6CK+N9Wl+GPBjPXWkntNIcysGh9exsiO4lpMYcpAExnIGGBvMIa0c9LCQRioskZ7orrRoyw2k+&#10;wttlX64iacnyK1f3HMz1xTXZKDZH3buUiFnYdhlodGXeJHCxR0PPTJvEagM44bsC7sljOwlM4bLo&#10;AKzKezex0UL+vTQIbMui8oBGi6IUEJC91fx8mIs3yekos2DINZX+35tErhUQyOf0KEthc74qLlJy&#10;b/pdLEybzDztKhmBL93R3DBOwSCh0DSiz/J6ka5msLdKJc0R71QaBzXu1IO3qWJlpTma/N+Sj1DI&#10;6b9aiHkB+4RV1ymjVlNXXfamU7B5WuaRSYe9b/OJUa0IeE6xN+m+yfhiDk7ppaZZYc0POYDn5dV3&#10;Z5IKNUTHc2nJi18jg+KtT5/RpL22FqpPp1oiqDLS9XwMo0k+SCTMMwUE5ZYti5F4Z4ycSOb1k9mc&#10;QdhySZYZ7bCcGB/9VoITb6ZCy47levdkpJQPB5mSmOZSCuNheVKed60dtLrKGyzmdF3tVmqSsbJS&#10;VK7JScTiD2XyOwVPZsJIkvtkrMfZ7EiAvgxCxtlcaEzMfo8xli5kCjwREFS8p45NwtmJzwz7BzIj&#10;NDNArRExDeqTyODy0fU9WsUaNx4kqF99A7vgCofSFVl2YhQreBWywX2siwV3sgKrx0JNIMp7b5wr&#10;PJzrw2x+cUfRze2dLlJvX+83pHzvMzrby+u3dPPpcNUeJqmmThmkfFgaj7nAWpHDxXhpRcYPA0MS&#10;ntFQBtwHOEQw8yONDQ220HvSMrM1rQOkIWPiO0TeHq+G92JFEfSgw68vCZzCvBtIoci/D8aWU+B3&#10;JoU9M/EaS6fl2keCNFzy/XMSKsCNri77c1pSpqc857wFOvh8bYKAgPw9GgPr1OA7PTYWf0Ybumy3&#10;4VGA7U32aRkgxiqaaa35UAZhAnJzkN9gCc1b/lxaaxwe4iQTtukiW7PwwSEF7FjzhdmQrW96o0GY&#10;xK7vsaqODl2PJeZMpUEml05hMc4lc39vnkcWuJJsWpzLbDRnB3CfQj28q8a4KymHVS3mbdAlrz+f&#10;wuDqNnOWFfssIY+WqButrsjpis7N1Wiu/z2zd2ABDn0VRNM/8LhqPtVy25PzW9mc86oTyvLdk/6B&#10;5dCZzvre1o7cwJBr6Yt1Ry3VrKxLVAKdvAC9AXHBwHOyEIvQa3THKtCHal9fk1oFAwa70FmDRUHo&#10;BJYLLha6fF34PY9ZKssMP4yTY7ZbMBYxy+pneO4RM8IA9N2E0uTuuz+BHPIlK0tQf57doiNeeJmp&#10;BGbNFOwpTn/eGrHyBFY2vPrikCwkBWOEim+nJWMTJ7WKzx5l0JKrhKPpRPczsHkZdFvBQXCCa9pM&#10;Opnn6zaep3wIx3MeZ/Yu1pFdvqZ4ryPbi8+BeXKAv0+dMg9XMd93mJ2LYAeW9zIrnxv6jTT2Jymy&#10;uOwTNo/K/NCmKTfFotUxiTcaKipnqa0K8SImf8eKHBFdkVrHlNYcfV63XVWnBaqCsXy0pkppmiXL&#10;Cmb7MRDY+mTzomnHAkzy2q4uK1jPDujeh9fo1p0HtITQxyXIJSfsG8cqL6fnpkh9ixvX27HcQw7i&#10;7nSZp9MmD7OB+IdtIsZMNOG6DUqzHTDXeM0aDBtlLXt7vHd5nXHeF5IIr/0iDgHYw37560hSnWDM&#10;s9UV7zniv4jrAsCMbiMFF/8eRqtIiwaw6VJQVOzL+dI6+Qh+fIuUa5+OfaVxEmVvXcL45u+2v7cD&#10;lt82APeJsN4PDg4QZPIAjKh36MqVjzBeVsCEepyef/5ZJL2fBeACD/+VgV2XJp+JFyWLul+1Hdyn&#10;mPSl1HSas+ZnIHtvf4d+9saP6W/++se0eeYyvfT51wDEvUCPwbeNA2Qk6KsicHPy8AFYjqvrZ+m5&#10;l15GwusabTFLz4+FmLGzc59+8vO36Or1WyJpH0H9tgL1G68jFx+7IDZYP/rRD2Gt9S5dAtDEXnRj&#10;Zt9LBgySmyExX8Jaxs/hf9dU5UHV8PkstMbPmHuSfGIfAsguupfO0aeCuWm/PfGTcBFne146Sobk&#10;xdxBOr5DP/rh30BeuwWAdE0DRFnxAYB1AgZkJ8FLLM8fCFD6+q+9QrdvfoLm0M9pY2WdnnzyMgDX&#10;LcjNz9HTTz1Jr7zyMr34/HO4b2DzAbTgoFNWcWitVyqPci51i+vmhbehP9DiIpeBX/C+rW9s/Ovm&#10;v3/+yW8R9ONknW3vrA0bywLO15XDWY/QqdqHP1F47XVa/+Zv0RCoaLi0BVbYQDoWR2w8iQ6XbNhd&#10;J3TH4PogVQ63cK4y9/c9/mMuBB31vVd8JSvrgnQQXALI3IKo61OSe+dqtcwSqq0q3dxVr+IY6qPs&#10;yUNi6t1aClUB/sKcL4xuwMzAWh5FAftC6pDnBbwYxOTjXR5YzQl0vLNiK1bMCF/H+ObDl/mxZLjP&#10;C++mEzZRK6byQzEP1YO/E3kSH1B8Xvg5KWog3eZiiN+SmYczY0pM6jsZT8I0E+aMGth3smksyeeb&#10;WUKqdv1nuSPehUZ+mJEUBGyZGWsv3QYRLBWgM/bB5HTpfE4CJJOW9n0AMljlDHDOclFXZVak1276&#10;1GJXACX5SSEc8bSwLD2giVxB/m9qxVFTfDgEfFDW0eFsQHdvOKG8r4wU7BOfw0b93CRQxMfUWM8H&#10;hqDurMZkg6zDDzOw58wfwzSdxlxsc4Jo8lESUNA3WSqlL508Bit5JvkM0CUAOxnPV4kkdhhMqaUx&#10;l8vR3tf1zMRn1bj26fhWjerQ8y3I0mF3UpZAlLyyahmwz4ekxFiMiaWXvl8cVN/NvJPiJIOhKaU2&#10;BT7Ij4xjMnnzkR6u5lLFcmFt444P3YcA+z5+ewZPCJangCs25sIySId+1IYC9jXZwE+6+t7lyzO3&#10;MXCBjcQ0f15AqKaZma9WlPEQK/A3GcFrEnInLECKITM6Yg+sSX5cyZvRGIhZbhtz+EG9XlIFIsu1&#10;o5Tu64snVZLUl9UsU26KJ2Nnn0HB8oB1Svz9+DfstWm+iy4xQqUKmBmAPs3fJ1LNjOvKvmNMiS6x&#10;IHyfARGqZELxibKf7M9IyX+KLSa8yIz5Ok4F+GtlTu9f3aHBTKW8csjh+cyqyllihNlhqAb7XDoc&#10;BavrvR2i+4x4V5vuLaoqIi3S/2f2efbN8339S3xIreiq9+7BJ9H192IXTa5TWPH+RPVTwgW8sd0H&#10;45EUu+PlJSlqxd+WDGwglQ2p112ja6t4hA2UHWbpaI39txontzmJTswGRJpqrJNuZlJwZ4wD3XV5&#10;X2RQg/eoZRz0pGsuViUxKwTUQyqx+RioHxnYh11qMjHbB0XwfBWyozLKziSsIdHD8R4TKXdmsy57&#10;9UWzKxDpI6kSUZhRbJXStiZ5ZMARjBjMh+nhLhgY25BQ7dPNexO6cX9K9/cx+5fPYkwCkCCd7+wr&#10;yYCfQPxgAk3BWjiPnsB4COl/O1Jw0cC+QTMuoGIC4X00S5Wy7vK8UOlwU0J2DIB3rvi7lgRIynIt&#10;V4FtCn422Z/KzR9qY99U3PXA7ZjtLWIlz3MZYJwTlDv1l8uNZlfkZHqIL8+t9I1znydmJrqrQtxi&#10;DRYSVX6lbr6rXDXJSjp5jyVX1cZuLmSgBvt6ct3cUCsM6Vo5QhZyEapE3MJOiSXMK62FoWo3pGAm&#10;56uGePUe1ihNrFf9cSXl1+TVScadUp29gdPpS85Enh9lXDEyz0zISZjo58PYeYBadMZsFwAvt7/3&#10;bTp67UV6drxKlzDvj+Ddtz0Qyi+9Cg+/I6hJDrl+5WYAPvY+z8PJJKcM83daTtc+BZsRB00AUMR7&#10;n8eZZ589AfmxmIhrUUkSMzRmJ1izNln9xGBUIxx/gJR4DJ5zCDkfkyDu2z1uKibogbzFwFiKWmvv&#10;4e/HGP/XALLs4XMww32A9xlx8nGnTHaf6pAklTaWZobf7e9yxgtFChcXHEF7iqQFMtAE9oWQ7CW8&#10;2aFUbifJAiQmAN9b/UHZMifVY04UFD7XTV3yxbVGJrMThY3MDTH2H0Qq7v4EbDKAJSM0fsYAOZjV&#10;L+yaE0CCe0SMY66AyvOu7JHBGj/MDuLwDg7aarE+Hh9t07743jtpxAxara8FQDeLACneuCFozKQB&#10;W5GIxAlUBoyJ4RqCExFyGXbhl89ed1xBCEkG+wYUdwO+b9hPRliLu9ZbfdeYzL1PcHnY+Tf7PzvX&#10;8939dJSweH3KNcD9Wloay57zAB50dx88gLT5HgILbiNl9yMAgLv09LMv0cXHL0OiegEszJFIoXlf&#10;5mas1t+WyN38chGo+Nl5fItZkCfGv77yMZiLt+/chE/et+mpJ5+nl5Ek/MTliyCtIEEbXvNewsA0&#10;70dAXjNwHAPA29zaoNUVNBpWV6T2Pj6aIuDhbWEKvvzy50GYWaIf/+wN2Wc2wEBeYj9DvMYGsgoe&#10;g/T7PTDLDvf26dyFS6iHhppfkNdel88EUpdEI1p59+lY9y+YclzZPi9uED+SD+AjhvNyjSPNSjRP&#10;IFk+AuOR6zFO3uXGTGNNDl5v7sHv83s//L6qTB2Hkd6mKx99TB8gJOba9Wu0jfnGYB/78y2jvnzq&#10;qWcAhe1B/vtDevLS0wg3W5Fru8kZFPgs3GReWtb1hlmBXg7kTd0eKR3sBXoYd2r97E6U5u6XDNAq&#10;2Hf50rfYr2LWabHKiwzDKD7oQUQ2ab6wKAKPO9CYn3uG1pEC419/lcYwPGxwodhVjaUkx9yF6GYl&#10;Yc1RBejVF6LqGLi+wWIfFXW97mlP5muFPi+m3PVnwM/X3do4H7E+BwSkN4vzDR03N9oqVtkJS9O5&#10;xNBaBpK9uyrpYUjebiEDgQyorWDxH4xaAxXK98sHoB5FzeUDtzahzT8txgrU6kuN66GWU9wyM9Dk&#10;ZnYMH2DzHTV8v6eaBCU+SM44MCaYtQNvZ0URL3De+T7t3ZmcxxgK2SzaK+DU8sGdmRCkPy5Msn+W&#10;FvYKDsZQWssqeWrlENgK4NGIH4YyadzJDd7M270rQkHn5rvlLgPaJaXcl4Owm49doQwKFLZmYrWF&#10;zLTLMojsWEwnUmUFSK2S0RUMm5q8ED4PM6S23YLhM5474jA5Nl9uyGRqUbC6hqWMcg9i32vLWRoy&#10;A31uZNLhLodjaDjDwJJjG/tebcXec5XS3tmYtLAPRycWNmcCDUdtTr7tpd24mhGU5FjeHm/Jjan8&#10;dKEw8ZwVNQvaIuUwNZdPnH0G+wbG/WLQVQE8yQKgMdaPM//BxDQKJiXvDCxtqhCKSb+J4Gy2MFss&#10;pRe6OaylljJy1xrG1B++3QnQNzCwj++x+Fe2BuzqOUVuD3eYU+qy2c9V7DdLxRNw/FACJJSNuCTz&#10;S9hQxqqLHESTdMVRu/66ftTNk4YKmtxmgKIYvLfVze2HsvDvGu8LAGQAozRzxMOuKcmL2U/OPP+q&#10;A3yS5gujT7r4yWbBgL2oTKvC1ukqF/2Z3ZNOmHj6nGH2vYlziZjOGCSp/A/RlXU9JnZolxl2PIf4&#10;p7FmhQBDXWPG/FMDf7yFtQTa+WibHIzY2XuKmdNM6OagJVaIhTrhOrFRDdhixli0cUqZaVzW+9zO&#10;qX5H1Z+x9mkyFkSZxr7ypIh9ql2vu+pPlC6uT5+uOq+VhMlQaedCT2TvfX9/5++n+wcORGDacJd8&#10;ZWVVgDMG+XgCMMjQNo2t7Sp3Zc8gn5LDnc4PYfRNOwviaLJ8Qwq0nv+gejAOfGOdYV+WLAuJ4XHn&#10;jM3ENhdsU8KS8Wi2E2k+NI0m8QnzL5gdgMmvNXyiEemTpA4mFrqBSVLHpCZoleArV7Fhv9lpXjfE&#10;F6kOXDBTdRmv/NnQmT0+xsERiZ9LAB9GvIYMNC31AOyjnemQjpFQf+g3pOnGtdOReQwycDcFe2od&#10;TPuW2fUI1urYB8zYLY1nZsa4At1j9veKdYK0+Ul67/O/FZZjVexFlwGhdMBO4F6azb4KI8msO5Ns&#10;hexFV4UI0Fwir3eZkadQfFP8crNvou8x9GrGnq9CR4qPcupj9T9bv2CoEuizSsAlDr9K52tGbXVe&#10;qJPnk2elM8Znz2OpmnsZ0PQFkIyZHUlzCoMa1IjmLRotoKFUtymBOyZ5rwEMiV0/f1pLHpQ5bd5p&#10;4FIKDJH71cWcQh1i35MvxHo/c3nTTOs0z1OeK+zbNzW2WYMnHeKxx2DGXYef2Id7CKJ76gW6MFin&#10;j7CP3wb4toGD2wF/LhzSbneH8E+D0T3YvyyZ3cTzdpnpgd9dwGP2wbRax+vtkYbxaMmi7z8Vb45Z&#10;9uE7B7DmAL/j593nxw25KBtAAQX1kZddJ3WMVaIKli2vRVMzSryEa7PfVSQAZg46BQsOvNoEMBOR&#10;v+g2/hvuD7SEZhQHQ6zC482zbQHvR94UBx1lP0P1k2yLeVEVhFPDeeXMEHN4h3NuoZeXNwZnzz86&#10;+4mXwLrEavNmtVQAdPP3dY2BgbEKyNLagbE9I9hKXauvwIEousYd7jyg+7sHwl4a4vzZGADVsIVU&#10;MHKBbxb707m6bj0FAXG0YJ9zeb9ylojOvmstALh9sEj3YPDPDWKWqLZNky0I6jOZt4CEWXBZHcMe&#10;cDN+wDIAPzCOmqC2K1z/s+dqywA2QjPRvcEajgYSxi0nGCc27lRIFV7Pb84/HBlw1P/eVte72E9A&#10;P9EvtMf5xud7ynuueKDh8Yf7YF3Cs+4Q92QNQDqHIVy6fAnMqFV46Q6FDcjyX63dvDDhU8PWOf9L&#10;xp9O/v/p14J6ZxPv+ihTZh2mdRLDk+XLb/70x/T+h9fp17/yNYSNrNPayhjkl6HVw+ZBWV07HSut&#10;gIFDXDO2ZNrd2aX333+H3nn3Gj39/Cv09HNPg012HqEvZ+nnb7wh9cU6AG32HV7C+sU5BRcuPIZr&#10;ORQvPw6OaZo2h1q5ylua/9vbBHILuK2Phv0tuI6nPLnGt1yl8DixHZ4qnVfyFgOpwQhRrTW3Xc8a&#10;gzMEZqJ628GcuIV07I8//oiuwj/z5s1rYJh2skcOmYiEZs5jly5BlruFa82hKJ8gYOY2vPzu0m14&#10;LX4CGf57771L92/dw/V8DHUm5OXLAzD54MuJen2KPYATecfLY1UENa1hYVH8QXUPDLkp7Jzv1c3O&#10;ndYUX3RN+ipEV1+8h6xTDw+scZW6LgrYh0T0mdUwqWizsxonx2LhmQiBBd4TMG4evfQSbXzjmxRf&#10;e54cjAl5E2KgMEwUXW1j1/N06mJlFFwXRHXQRd4sfH+i1YZ3OSksO/cqt02KYHhkAO2eYhKNZTIN&#10;M/MkVsCem0uTSSm5uYM572lWJY3FhYTo/u9cZiwUs+UM4oR+tzdW/upqKK4ovFiPWAe/pA/GHOec&#10;PdRjbVyaktVCxZasyyN3MiHWmE45LCHGnoRLki9TWEG+Ti4b26gap8spsuozlORFXfbdSocRkTYW&#10;azbjciUT33SmabNsr/gnNmYIXHNYLGnTJX+5KrUyVoh6kv2YzMPl4ImYk0zTLiwSzphSWIOBJSqz&#10;ShLVIu2LmcGn5sjKOsyeVJUXHX9+V7EKKB+Yk3F3a4ymzpJwO5NdJqAxSAeRxLTaV8mzsRAa8tRJ&#10;Ca2uJ7EV0DROcxKcZQ4Ll9OLLXA0VhqDIsMiUA/RQJJMb+yzGVxJgY0pGda1GfSlmuma2VFtP1ki&#10;+gKcVmw8nwWfNrapjL1eTlEVpJL+PwGsid1Vp5FW7aFeYIBPfn3BjGtY0pzx3q6wzEzuV0uwROYj&#10;99H8jSiIj4YTQND8JONJXjCvtzO7bY2P1RpZd5Wpd4CWjm/UuaOyz5jX11rOndga0hlmQI8DRfAD&#10;hyH79JPMTuQEOWaKEnvFhAR+txmIJpP4FgJNyIEdyffFJeDEddWOpmBeFICtBlztesSYTf+VCWlN&#10;iyoVUtlX6qcZKpY0A5n6316luyyNbMwkOl0XbhzIHtTIPVJ/NycehZ2sUdNecZvYZClpUs5Xwujq&#10;h1l7lzqYoaQ6p3U/BAvpOBIpDk5ieL2hJJt2UY3N+XW5GJMsX+4Wol4+s4TDJQDe+3CHf7DfITGS&#10;/dxI5rwaaMyMLW3gkIETsZIOxgoEpEpq5evUtDwRpzbObScQWWnIgRhln1LGoks+ti72PXG40Ay2&#10;E9qe40WGpoCDp1gdCJP1hJcAmMRkC7FIpdoBd1hXldXHAF7jzJdKAS8Ne2gyv4jBtZjZRxMF3DwX&#10;0xJHmeewFOGxycApF9tcvIns1muur08FKt+bLoVbqdyQD45swM6HrwnANGfAYEgyWgHgFLhovM8S&#10;NyeBA0EeL2mTs4kx8ZSdl5hrEixiWhR+PQ7qUNlkl2Jm9fu7aONR9wQuiFuT2rGMeAav3DA9QHIo&#10;LDJgBbC82YqXZIgDMbsXmwI0f44ZjJ6pisC5DRyYz9AmAn3u3Lsl1zHEEb1zE+mB3Yd0mQMLLv8a&#10;eXiHybWbsRzxQD4nA6lq8YLPbOmzCuLqPiNebJxqSiqj5zEcM7KgHqh6AG4K9GCqEPGuTAEZyYg/&#10;FvN7ymBsQod8TsetQblogR7R6pOYE56thkiNrAQihnCiCO8V1aHMJ3+azj2DHnVCYJdL48TI1t5v&#10;6J84U51Q7VvRmpHKMqv3heIIHjLzsTRXpHJKQGkC81w/IT1UZVNdcYYqcT3tq2U/UA/MOkmXUkqy&#10;sMR9Znl0VqSUy5qSzFPwXywglN1zZ2CjjANSILKz7zfhsYTHTS3UbowJsY03+x5q/3WM3w6+4Q2M&#10;648gsbzO4WZY6xwOfLfRPFiFQmIP874Fg37EARsYn3udOuxy0qWLFj6Dg94OrGpaACs8riWEK6pX&#10;nxTrci/57DOhO7y34FMf8Z7aqoQOdBNaxofbCbbu4LOPrNmwhI+0rzR98QGc2JziZv+0ySdmAfXS&#10;IYHX1AHe7xgX8UOE5szAzN1F1/cQljoXmzuEjAhcB4iQZ6p+6nh/7KbGLGqsIc/+UiPZS5wH06U7&#10;EtBSvWRtrIjnoo1t8+BMwUVpzur8srODU6sK9iKUBqmA+0EBumStkUHBTq6tgKdeG3b6+0bZfHwu&#10;gIdfbEJpPjlOMmZofqr2ATP28GNF11365Kffpf3bd5D2uovQh1fp+OITtIF7yec/Phc61AWda04y&#10;vqJbwAGrI37cQmZRktCr6iWyohskjVaYfAzu3QFr6D4AL77uFy5dRHonS6+Z0TY0Fq8zQN3WLQki&#10;QhMeckCRxWOsjdsvk7tyjo6vvYuk3qsCcPKeQd0t8u8jAXj3AcC/L1O4fBkSYCRHY1yzRUhnUmeX&#10;fDYXgPALGX+Zue/nGtN1em8VAlml2fP1GANcvQRAZXVlDey2p2XdX4adF7OlBgipGDZNvp6h68pJ&#10;tDrnxfgZoiDir1Di6/pvFCtWdw7Jk6YyUu7v3JX9fGNjRdh4Awbwsi2SKyn0uWaEQmfQmgcsGLyc&#10;yguA+C+/+1164olX6LkXL6MZgXHr4ce3cUYCeP4Nh0a8/yH91m/+Fn7/rCQfL6PxyeGXI9QibaMg&#10;ovOu8hf0xY4xNYajO+Fre5rV8iKK5Am5Lc2RqOJpfnSPysNUoI8l4Idg6e3u7ohVC4ePrK6u9hjx&#10;LL1lK4Tb167SWz97TxqUI7Y3wJr2PpJ3b9/+C3rxhRfpS1/5KuTj5+gSS3GR+syBHSKfN3sAUari&#10;Hmzf36H/64/+T/rf3vtf6F/+q/8abNSzSN5dpwtnLwDAPhYwm2uzJgUKRd33cpAgaS2fz59z1yyH&#10;0c5dt/gweqOjinXdR236AR/x1DxpOjWgo9rUVanYyEImYbDMWznE4joFwvzVV2j0ja/T7JUXKGLg&#10;LY3HgmpyaEYHTboXk13/0Jsa5xDOvpn/Yg5nYunFXrpJ5U3HhSYn6nWzLHHKst4sBQmlOLIDawix&#10;B0icGPtZTpQqyJTYFKqMyMojq76GFe/nYTaw6SOFUBmvZ4ZMrwebfYZqqVuwLlPM6aanGbXOdZtj&#10;zXpKWvNQ5EiVRFNkrRkQ9D3md+zJgoux/rzY2WUJcVcFz5WuIlVm0rFKZow936cS36Dv1eQUWQYe&#10;hdlgUtHs4XdCRltdglRQGoipwGMaV10BdWJr8rlZL/I7M8d6b+Bz6uAirf1pXabi91j5mskhMIpn&#10;SZxS8V+ISSN+koKffj1/COFylkEI79aE3cX+c0GgplmWZUiIioCCvrC1KAUGhMxyzfczH0x8j/L+&#10;8M3bV/fEm3Q4Mf0qf7Y07pP3UfrOObjGvGgqdm2snGgqhLUCXxe5l8QMMDlzCZBvl4E2BZpiMoZ3&#10;viqQ0iEmGKDse4BlFkqkoItT5AK1pLQiA/d/ern2VcBMAsYWNnQbS/5sVbrL3o2hrZhbCngVxmqT&#10;PQzrlbqA08n82NJzYxJthzxXDN6xA5uOGQ4FUB+uxg6lEjmTD8QKlM8kUCSvji4xoXVea+0fCyuh&#10;vg6131Dqisl6P9WEcgFH2ZpgVwJ++P3QQ5TXYpZwbW9tWSwVE5EWJIj53jyOmb3dGSNUwWE9HykD&#10;W4FH7E+dFgtsbdFYs4qTUJnBubkCBi/YV2v4uz9AQXgUJMTjcKqFctOEHB6VmfChW2zrEbvCRkn+&#10;arEa8zbnSwBBZ2tGel1LV83iOpV/cce6NZZOtqroOhsXMTN0gCjJ63FBGmZRApv4ZM7FmspwnXhx&#10;zWx8LXNCOyS6/FmZAZBjkITtoYw5R43Jvct+KQepSBKa0bYrlgTYFEsGGzNqD8SgV6MYrEhtSmKs&#10;/N2n5HEFFmQEBP1dyyAB5FScsqvyKWUPdsbgc2ntDzq+XUqpNeYCewxLqIvTez7tKvaEdIenmlDL&#10;n6Pr8u8YB2mMSdOZlJfv0ZAL0FbZP+MBg/VDAKzqr+ebLaR77qEmwg8rLQz0lFfF40KzAmn0pgKt&#10;CA/YPzgSKfMa5MnnLrxAt+9exX3apX38/todEE4GN2k0vEpr515EIii8CwEUtAgIaOBN6R3LXMbJ&#10;Xa1KsHCWCC+4SFkLg7ENcielE9ZXNs7I0uAUIKR7bQLy52vDWAWs+Xpvdm5BBzxU3m+d7WHNfJLQ&#10;yfU5hsxYSPLkwjaoJXG1Mr6uc/o7jkw5/i/rqse5IqXYU5w8JPQOvH1nVNunXSXLdVQnPIUYF0R1&#10;6QE+VCe7JLmNoXj6hZyQW7MwXVXvuRPXOub9IZ484EhzweSbModiz+MqpzSbbUGomKOr2MPuAeTi&#10;+cp7ywHm0210TDau36CDMQ6Dy7inOzw+WfZ5TE9dOk8ftdpI5UTdln0osZbe5jg5vMYRg328LmHw&#10;XQIr7woOeczwW4af1jI+353JLLMrVjD3eV4wSJfWPL4wLP/dA4C4iXH64GhXOkU7YuHRWg2FHSdN&#10;CFyzMaTwR7NJXod4bVzlzwjg6H5nsk9vdbr4CE8BVIKdgX++jfXzKib+VdDCh6aMaBBE4uN99OuO&#10;EHI3laeS+U3agqcMO+k0dVJTsv9nN1XLCvHwjEUVJfWMAcypAi+jLuRmuTOFkMsWENpMoVC2nbyW&#10;BU1eZvk233dWVAeTxzpRG0RpxnWWzO153XcKDGLBseakWfE49rNG0ivChN7404Fog17H75faJ3Xs&#10;cuwt2M2DKrTmUVzvY50lt2AtyAFLkgWA688S5GUG8zZkDb594ybdu3VHwJ5zj53HMGg0ZHAw6qXL&#10;e9tnZK4wG3y0LEEjx2yXBLbpgJN9f47O395VPd+K6gUqjftXKLwJ71qMs8n5i5CiA8RA0Ifs1Krf&#10;tMwr9/fw9nf9tahaS+aXxmS9xXsahytuICxlZVXtL/g7N615Jsfwma7/r07I++hgYlxgY1ysEbzc&#10;L/bUs6oI46DUx8GSqBaxFZU0q3sJj/FjAFXbYJxdRk0aZvBrRJOS2+OcCH72zAad3TpLH1y5Ts88&#10;fVPSejlle4xxwU2Jtm3zWV3VCGVtfmTQ1P09rlScO1r9QtffVaQRNFfAmPzx3/4tffu736FvfvMf&#10;Iin3i9oQx3gaWU04QQd8F8GgH330CR5/SC994VU6f/E8lDHHErTx/e/9Jf3v/+7/AMvvHv2j3/0m&#10;Pf/iiwCisY6PtEHMoWVjCTXhdW+VzkIe/Y3f+DL9z3/47+iDd6/T88+dw/sNAaZGIY4xqzKEXy6y&#10;XAd4LrxfpwLabvEDTr3psee9WwJcqfZ9w6A9Up+Eo0N0jwIoqp9/nra+8VsUXnkO4t8VFIADNeXk&#10;II7ZNBcFsR+bchLg6pn0VoDfIlDSxQoqquLS8oEzZGq0yMtkAk3kOaNha1TWpPEurIV5C8TiM7aA&#10;A5dTuWLFFor5UFxie8pn6xmjVwbTeXNccCcTa0UOiq4tm2rJylqQehNzsVudHE4ZPJXvlqsN6CtD&#10;3liCUxInJIF0FRbXM9lfnKLcVQOyJDyqX4TPNWisULfaj61gWomtUvwdiqSj1kXGEk5hxadbVIQu&#10;AD3Va2RYDrWx8l+sYCctott8LZI8LYY+2u44MTGDtj6bTlMla6NezjMtpOZGA2OTVxtOcqfe29TJ&#10;i5UUsbBoYwYyFbDssoQi9jzskoRomr0gqU5Zc3U8VWHX5gzV5NFCc34FcVGMeiX/cSUp0Rm4pye3&#10;WIXlxCrROvZ8ofpp2CGnxLnE4MzgaZ/a3E8lm/NtSitOZp/MqrmSZJwJ8O96AQPlkEJVenOs1q3F&#10;67N3Ks+Oya8ozTxfMXMzg07ZZK4p602ldqrWTJ8NY1MCb+2xEXMFEirjv1hJP2Mlg0hjiMEUNYgW&#10;L9b8nFCBscEo7jP15nOxhHEIyzTOeUaZ8XcO1unbIjgXeyBz3+Q+KsMikqVp22E6TjIoHChJqJYk&#10;yV3BgIH4ifZlPk5IG/x6wyGgwlnIwKfrJbMpgMNgJ/s9ubQGCIMjyZB9ZY5sY4gUBFSJaem1DLxS&#10;XNigfMkz2IfD4MjR7vGMtrEPbx9hH54M5OCrflZ2NcyXJbr51S01opxKvn0oVgZpDPKBT6RPCUhL&#10;KfDJ811ZyiG0ViQpQ0fn57RINvl/hq2upHVgB/sXpcRoIXnqWsPhMx1S2wM+2AipZkuDVpgYvhmY&#10;z5HKbVWm6qxxlxhZtu9YYJiygLyBHDq+82FM0pY7S8IeyqUPSSIsXn6zHkNBmGOJndQFKTD5vZlh&#10;J6AY6go+sDFLjxUMjbeZwcDftMs+i+lAmNYHVyXJinQXh3ZxY3R1MUZZ0kg01/jzyhLwpkzgwAxm&#10;yA3583HojADGjeDm3ubwANf2gFbx4HW8A0DtKWTj8LZs4DM1hPF0R0sY2179baKCCuxpyP5jyBOg&#10;lTOXKBzAl/DwFjzHOrq5c0yr43fxykiN3HpBWFLBagPxMYzTvA6KZxhVQRexK540whDt8n6eGP/O&#10;Fsto9h9ycUIQtkySKyswX+S/dRhGrE7ofYuOsgfFal/UwBXf2+9lu22axTKZOO8FE08F+rLPdGp6&#10;V0x8Eg/YlEKd1vVurgPZr1rK3hYz2yR5sbnao89V/rOxDsOwBsZczmgfJow1+b5K4bXxGZLljK9Y&#10;175KFqZ+WnHtt1jVaInqV7eCY1aHFLC2q54be97A2nDYkUCzltbB1uC02p9iPG7e+JC27t2FZGuV&#10;Pr53lc4i0fIuf+SlBkCfK2ZlpHNpEsqh/AmANHdw8GbwbW/GlA/Mq+FIWasy+Kb5evJ6INRaPHe5&#10;VWXCAaRnDodRtmR4AEYfT4CW8UCnzMQtlvlivznG38/hde9g7Znw+hM0W33GB3f8OycCLzOozSnx&#10;BvIJ679pRHZ+3+wE1kV1M6IH+OzvrABI4gYtp6Xiyq3Id2uEGRRTLWRAqniFMuOumdnlGFgzLShz&#10;sisjrzHLGe3xWkPcp7vmC/ARlcmXa5t4UsJWps28LUwaZ/5Ec1wSwJO8n6/nYGAgSZSUXrFuwHfZ&#10;25/Rvevv0Vt/gu+xf0SvIrTpMaxrY/wMlpdPd/1fmFRbc9kWZF5JkJKrLHp0ZAogwLbYzUD+jT3M&#10;t+9vC9O6wRhZWl2WMx3vc3osCVTR8LXBY3YgEQ2vCQvm4lPk9nYpfIx7cXgP1wBMahksEJbfvIL1&#10;Hdf92ZelBkNnB4xI1GQAgqL3D+tdfArw4mrq8tzvFvybKyQYxgpkT3TFHoNi15dEfEYwKP6qMcGH&#10;HJMLsNX3cuT/5H3p6eeepzfeeBPy0Adoym5IEjrbjlBt23QSerH0cT0XjjE+L168BODqPYQ/PAur&#10;jQahlauQssJJFwXXSy++Sp97+jkw/y5ieRgZw6xRNi43GLlmCmGh7vCzAH0nbc4e7qGXH+9+mexL&#10;VdK99dbP6U///C8QVPIJbSP45Ytf+hI9/sQTNGsU6+G5Rlj3x0tr9OKrT9LlJ88ST3MstrJmPM7S&#10;8a1N+ovv/DkdHe/QP29ZyvsYmskjkZILQw9D+Xg6k7V01qnlznPPvADAelPmoNyb8Sj7JIskP13l&#10;ePoZ7lF99WJcBNydnBYLibhx3k3VVY3PCpDOqrf+fGv+u6cufSujRrbItygCmVGwC+lG+/oX6ew/&#10;+z0K8OiLiF0dwpT0EB1jjqCeTY+zIXrsfYB+JJKrihFHCxJv6KSxeD9ps/aP6ntgKfDSFOlINxPG&#10;oVLSg3nZnGT31JJeV4Vo9M0o5n3Zwlx2UzxhUplBpKyJCDmlLNF7e2Ed+HOIw+B4tTVGSHNCWV+z&#10;OeoOcWH+WCKd3Yvim+QWjCBbiBMLynyoEmDiMpjncyKtMla8+rJxgqzrcjpm6nC6fNhP6bSxpMXm&#10;1LnY20BcJYd2FCsD/XK3vPOVt0hKxHT94jsx+szEX0CtHpTlqCbH5kAN/n8/7KeJysEr+evEHvAY&#10;8ySaZWlnmWQktPySnKzeFDUg5GrfxCxUNSaieNdZEm/UlN4jyNHu3cJCj0WH1ens3+a1uWS+KCSM&#10;HznkGvspmsw6sUGTp1hO+hV/vrHKO0V+mn6cldoqqU4eQ03TzPkKxb5BeZ7r5rhXpSYu9AtxwUDW&#10;WM3zoAEudvd9KgTJFdaYCwbodDYOqfJdM98f8cmrFr8MPLviUSb/O6uCb0JeH9JcKiNnamEpnUnK&#10;m0pkrCm37JmYExxjCrfQYBBhU9YeaPXazgBKpwdclgp9/J4yoTiRVzz7GvXs41Te5MnIct8czu2N&#10;qxJNBmxBIpQ8JyUIJY0xTk9rLR0z2QsMRK5HEqKjacypIPeuqZJSjSmVxn30WTac50g997Oc2Pzj&#10;2F9QknDbEpgRXfavorSOhK6STJf1SclnM6PQN/kQqgfZThKx6uaIpr8Peo0YTVudaPIw2Ejp3ur6&#10;XUIRvGvzYVmNwgt5NTdESK9PzB5TeihpLDRILQEUKCMzGw9mTM8Tc3rngLo9jJtghtdBG2tT8wAZ&#10;4Z4v4WcZKOA6zDo3RizzRY8NB9cN/Pca/wAMZNkvp6BvLnsknXv588yqR7eSfxo6j58LGy2dXye6&#10;AErIpc0BfvhPHHDPDemJMw09eWZAT2y1dBn/dunsgB6D7PPihsfz8Hz8XMBjLvKfeP5FvO6FdU/n&#10;8Hf52dA/zyCN/cyaw3vjZ8XJZ9jEn5vL+IzQrG1wCvuak8/PrL0BuuJLq+s0BvDE/83SXQabRGom&#10;nqzFG6oxWdysm5n/IyfdjbUBYg0YHjZDdL2HKLZVpqGesOKx4gciaVPvuIHKSh1VPmE5k5I6l8aA&#10;F9ahd+q/J2Aary8mKUzPjTYwGMCS8cmgHkv12E9spsm8KYRBAMQUdhRMDm1BBdmjN8mRzQc3JN9a&#10;NvnH4XYZBegSZCUjNocWRlBnIHYrgGaSbzqWdcWBMuschxWsoZ+1JQyQrhuhO67rkRzuOWFSI1Dl&#10;8YczlY2NcI1HkGYdTQ7wMxEQOk5u0fHhJ8BP4OHH7Exm4iTvzDirPHsLc8+Zd5Y3XyhyJQgtWrBR&#10;kbFS7xSR2P0K2pr4Myk05tQoiXnn61TaQt8vtadXY3sf51iCLrmM9usRyuEc83Wpsd/qdOkaQgsm&#10;Y2Q/zqEGbDW+M7bx1JLDKiZ4TdqPMYN29XeMvdrJnWhbeldZmkStNV08KR9KjZzcmIolrCZaum6M&#10;JRG8S16Qdo0F4M2fL1iYRpH9Z2sBawomfUaISRlDGs5BmoquQXbFqzIaQyYYi1Kkwhx8kXwFuWmA&#10;MfEh9sMHYBSFd35KV7//J/L622fgaQVZ4S77cgLUeu7cOdrBAVrqDRwUzwMsZyksliaAYlH8n3Yg&#10;ixMQD0j3FoC/Q26qoMY9xmfYP55m0E2YcuKtAICNmbTsGRgUeDyLQyVrJ6bwPBrjPpzB2sNhGmfw&#10;fXcB/rCvWiuP4QYR1kO85gbLiXHA3xZFlP5uv9P3Y8lfZySKEfuj4XUu4N92mAnOtknTmcy925D0&#10;vo+9boa5vcR7F2SwA8zFNlnpWBOOr68XyXyjliWutCWjeSgezyiHs6RR1lXKgpSqnBtG5vXqTa7r&#10;7b/lbOBjbhLnZnFkBjJfh2BgcZBk9DowxzmtbflQ3kozSgKQ1YaDE4WZpdyYz2qrawcHEW1v36ad&#10;j28g1Rhy6DEzeUYChjALajHU5E7I7WqfPneKJqsODVL1f2tyXK7TIA0fMeizInNgH+b/u5BqJq9a&#10;9twtfXAvzFRpAqUf/s7tUP2YwSqKY7AFlzck0TkC+JM6QqxRkKq+Dxbn9n0JSxo4DVZqsSaHimhw&#10;WujEo/HiXN9bdA7si1XjJKnrNIFY6zP15XO9wJdfJrPvVyHjjTn8qPawnAewtMnicZ/uP7hHH3/0&#10;AZhll5AMPRBpra/CMk5qQjBGsId3pnThPfzshQt068Yn9M5b74KphvGCdOPbn3yCIIkH9Pwrr9Gz&#10;zz8Jn74NyFqXMb4aAe5FJ4L3n4Wuhwv0iB4PC8SYz2dzp+rNejDOCU7Rqe/RJ9q4U0HBsg5o6CTW&#10;0bPn4FF/i36GZOIrV67Qg7t3IJNeBWt0TcYVz2dOK96El+HZc3xdNJx1b/eQPrl+la58cI1efvHX&#10;6Te+8nXaO9yh7/7ld5Ccuwk29zLOVMsyV3iNu3XnDn34wYf0HoI67m/v0quv/Bqu9+NoQLfy+nqR&#10;BpVf8Cl4ysOSnB/hgYkj5p379FAZ5xanh8+95+L3duz/+K+b//Zzl77Fmw6nCS1J96yTjtmDB0BD&#10;v/pFWvvN36TBa69Ss74mNNIZikGmUwZs1D2ua5osjio+CFUcm8rMP4+iZs70O9unZCaNm0tAS4yU&#10;5O8xQUeaacOytZlnnUdx3Ykt1RKth23Q99mIHixE8dZ1tNrMNCGxAovqIIF40rWleKckJlpix1mC&#10;nstAl9PDcgzkswdeyMaTUqgKajwzaY8meK6ONZ3JzRmiu+QD0CtEgxrvOtdH/VRzrACGfFZvRZox&#10;TpwGguRkpZQ0anCJqw17jYcfjOWhty9ULENjqjgFAcmFXkBEMmnWRlZhD6oUraO6L5xA1uwvQyVm&#10;W3AsXwoU9a7zuRh1Wbprn98VxoZ8Xh/MWN0O6dFZAEFjh8VQDQH1yml9U8lhYnbAIUsnJkcZAKXs&#10;k2ZHQNnIB3aAmCoDK4VRWCiGsuymOYG0bAcDK7qPhXLMIMCDAyzs+wCBhkGlWwwCDaKATKJS8DG/&#10;f8HUQi64sv8JpTCF1gA3n+XbCp4Fk9+NsgeWXB9jKpFrzaeqy0brye/Lm3RQC8lgzym7pk+hIDmQ&#10;h6pCotzzxiUWQyf+bwoK+iyRjVULThN0fZZFaIr42Fh9acY2vY0npakmgNXcAMX3LTBDhb+jzLVp&#10;ln2V4m9qxXCSPye/Li8MNvl+Qi5Epx/+V6WDa6l4sXSFNbRGD0CzTo2P336biQgo7kcc1kMC7g4M&#10;7ItNweQF8DNMVa6XN6miMe2Sj2KSnKlP3KYUlN6ZJAqH/iQp4mvmTZ6sBv3KGsLRHz9HOp5ZDsss&#10;oVCN9ZgAXm9sZJ/lk4lJo4Bcm9fqZMLtJZW7NdnvVH390j5ga2lK6BNQQrzRWltPNfVaWUEcujEz&#10;9wgF1WQvQNjPrGvFp5BBZOqYcYGuHYoFTk+MEj7EhtGHCrd3IwW6WbIWuZCaJBMcnfnB7lkiqfgg&#10;gRq6FSm7zCfWYigp8wL6zZTpI5JPNhfemSCR90jurdpAutwYkQ55o/se/50lmivYF9ZRhDDAtwkf&#10;trMA9hRUcwLqnQO4dg7/dn5V/35xDYDd+gAg3YDO4e9n4QVzHn/y38+hoXQekrczSITbxGtuAIBb&#10;w+uvIiVkDAkbyx1W8Pc1/G4dks0Nfu+xPm4T/72J523x8/Ga8nwAjlurYwH0Lq4N8NlwwF0Z0CZ/&#10;FjyWP+O59YGs37vHWzRhKTkHQuDgM51Nc2EcqgKRjazZXFnYhZxoDKCPu7LR5F6SgCysS00LZ2ka&#10;H7xDThF3BiiEnHAuhtkGPk/No5gbAyz/1fccqGerNwZdO5DxJjMdh0keLxOnEXs8z1n2J2pbk0Dy&#10;mBKgz9mxqAtShLK0quM6KaRuUCfLG4MWEnzVzXRtlHVgkk8VnOLMV2UF938NiXyjgc6FAR9gsTDw&#10;tWPEk9kEwdZCZ4oA/gyc+yigTKv7/2zK4wudbfiCzZLvUtSE7jQ2eW42kmjMu/pEPu4aUuj20dRl&#10;EHVlyFYtEzo62KZVpCM7vyxsJBc5AGjEq4POUZZoQvXBnlls4q77WmOsXGUjusbA8gS+8tyYmQdx&#10;8iFKvngilezMjJxKmifeK4Sqm50CyWzf8eR6zEkxSbeaIQVBpDZg8gOcs8rO6hRHxc861ob9OeU2&#10;yP7BTB5u7wxbeLYxOL++RCuQlS4NOXfBS/NGWk2ooTvIDFn6x6mcM2Nyif9inOX9S33+fAncyIma&#10;yTi+ySBdsAXJu3JI66xJ0mubx2B1orFaOwvRCBo+Q/l10zWyFPJk2hBjjjUKBo7XCcy5sV2dS5LH&#10;qjR9rNk6C8HkoyqhJ0ulZp/w5G0mNRzm1UTGEw57PKfwWrfx53sYy1toIF3/4/+bZptrdPnrv013&#10;Vjd0fKO+h6EW3WcrFJwIOcnUYx8dgDm1zz7kWPu3MN6OGMxDkM2zANHvRz338Fo/cDpvgN7pF2D7&#10;BTB42QTlGON6DWDS0UTXjnWsbQzArcGqgBN9ZxgDe7yXoARcxsvvg/nHRRs3Hmbi6TmQoJA9PO6I&#10;53A7kP1KNxQnNdgKj3Wsg2PPAKQXxu1tvvyQsD2Gz8K71gTP28LrPYPP/LesYsL8P4N5ucJzCmPL&#10;MeOYgUIziOycMtfVo9G8WKUpYuembijXlr/XNCVz2zrC90sBnEbmhDQpuljGIVssyEztckCZyBsD&#10;WQCPFyuZptGUzKapAOtYrEF43A1aZdM0rTb/OdV+6JVdHoLeH26qyXexWoNrv8PpHsXbIKCM8anH&#10;SDLldRK+hC3841quaQPvOccCIKbwkKwmqKyCCvOpD/332W/Fr7o+SzGg1zZRQ6EwxrbvbcM7kutB&#10;NE9GrexDTYtRFA5zuFF2IuExxnsInssp0wF7seP1pF2WlF4Pu6xGXFw16MvP9qnb2cd3PYMAJQ4n&#10;GbOhM80gA8aGaDVxatRPT0j6HpZE604YA/W/ewlbcdkTO3lvu566JM5FPfiH5OX2r/F8RsHJwAfX&#10;20MZAHNVOrs0/gyYlXO2Ndsi9ZPgaa6F0k9CPxmqoOFtkNQjLfcHP/wBAKJlWltdV7B32OhIygqP&#10;WDVmYs4AEM9mXgvw58WLnFa8SQe4x/t78N0EK//iY5foc09dpi2sa8tjrc8z21kCMkM/SCo13zPE&#10;Uti10cVTEzlycEwdwpF8+ectwSqyUazR8V6yhC+EqArD4DM21/ed2Pp0GqaXPHhbrUEmWCeXRlzr&#10;NPTO++/Rma3LmLtrEsCxubqFEJQVabyOxqMsFecezRSL49WrH9F3v/M91Eeb9Plff5Weef4MPQVW&#10;5Ntvv0V/9hd/hjTdNQRvnMXzxlhLYeeAxN0b168LWP48WJpPP3cZoCC8Jq3uyyqoymZpfqj6mtTm&#10;6iDK+THsej89y445Up+r7FHjAquvjHdUhAqqVbOuWGukcI70g/GKNN5nHv+WdAbRhefN6BiP3Ufq&#10;LjiS9Ng//Uc0/vxLYPStoyAeyk2asnwXjL6sx1/Exqs7OnMzt5CCfOVPcjIlszc6K/ZQYWCVxzKN&#10;tg7ACMyUkMIfxSlYWi0+7wDdrzHT6cW4dZyTAU8mri7Ct+OJsd331PM9UWsuqpw6QuUAkJ5vSshJ&#10;fgN8Fi4O2bE9+w3NA5HzLGPXnBiAWoBWYKpzhcFHfbmhq5lOdh90g1AmUdqFYvUYF2t2YPHXoX5M&#10;Sen+9XTGtUFoLE5+iQHkSxHd+0kSzcyyrGU71APlSqe8+BySK/5wJXClPDYFmvTmS5xngtaSvDjn&#10;QRl73m+RCjjlU7CHKxtkTNoEkzjmUIUsy2ag4diKa4/Ow4AmuxFR98ru444Ze/nlpDJje+mBwOSm&#10;voCezrfG7mvtZyigYp6PGaRpNeHXWwfSRVv4Wg1b8G25J95VEtmuAGN2UHDUzAFlrpdmXO6Jr0qp&#10;BN6mv3kLhmirxN+aUeiLv1xMrM5mQWFQPluSX9f3I61T3lJ2Q2YD13LWxDw92V1hBleMEwXthTmS&#10;gNxYjc2Tro3FkF5ZHgiGggcMibHxaOzEJ4x9bbjoldRl+VFvxbIpxB4pxlWNFza0xqIuB3GPJF5P&#10;JeGbgS7fJD+7xLLs7KAZssBbmZ9NVcw5A04S0GprcrR72ZuL1AuFcKmxwIVX7d+Yxk/0xhRwWc4o&#10;hVXFFKKaVZXCckJi2M7K52fpprBAJxJO44wxzRIbvTbRRmJQxqFclKkm/vIBWYIBBgJ8K4OzpOkl&#10;kWyS8cmRp4v9QlhM0p0AQkHAHQ2r4o89ezChw1vHKuvMrBwn4F5KY+XfDRr2NeIC0gvYMwYAtgzg&#10;bXmkf64BQVhDelj6cxVG3yvoMMtj7HFLODAsG5A3lNdzNkbTWm9yW2/vJ+9rP14/k0qm9LnMMBty&#10;UStjE81BfLYVgH4MSrIMZYz3HOM915YYOByDNePpyr0x3YPU5YjvSdOWVGb2bRoM8k4QjemozExl&#10;YPG/NSlNlw3aW5WxiqTYUrqDNYn4HkhjKsmbOShkpj5ys1mXxxP/SJKgvFZjgRhTWSeZxcSPjQYG&#10;BUsN5YPurIumIvY5CZvXYQGyvS/WFOkvXsOqyEydhaUkICDl9UGkIpbwGyixlgGsIQFuYx0qCiwA&#10;KdkxGsNpMpnkMZa8MEXq58o+zq87Hg3kMMuSoBE8rLoUjpFW2mCNiGQbIBJcZXIxcHB8yPOUfYJW&#10;aR9MEv7sA/FdPMah5J6w//wIHXfeW5opGhWtNrdI741IjsjPhTuF3BDOclOTVOaQDOv412G0NOfj&#10;m9g1idEWqzCPmnXu8rrjq2S6+RTBOSluVSSX4ArXZwhSqU2SlDwdyBrMi9XVoUrBqTSDGQjg8c6H&#10;lREONWNGALFvqF1Aa4837YFrCmgp8yDMUQctQCPEbAHTO1DUacTJi9K7XvphWmOLjEvnkm9c5dEc&#10;q7AwlwO+kvQ9Vs3aaLI+TfouAR8hfdZUMfAZopv1ZMDJT3CW0nrTbs+ej5jDw3ZkjVqcTfA+Hw65&#10;QbFM77z9Mxp+4XWaPv8Fug9pFxzeaYkDEnB4HqxCgcTG+byWjZnhC6musarWMJe3ceDjPWfg1f/q&#10;MKinJa/3ITUqmVbWDjKIPGZgDkXYEc9bWBjxa4lP31R98pbw3Y/5LXB/18W/71jSdcetFxYgs3NS&#10;ijSHFwxd2v10beH1Vvz9eDXA34e4HsDsaNeCN/gSL/EPvte+gIVIQnWtxG15XKcB1pEJPtMSvusw&#10;RiMcADw1hj+He0lV5ZPtQNrTMK9nQ7uvhc3feMrJuL5m3QaXJWXOl7oqeyg711N4RXvPxtdAUQqy&#10;qRRgFHtemclaiBtqCjq6ipmdGu46v4f4kPsIJ5re3JbE8RXI+ZYHaxKO5UdB9t8xm1ZVdey8OdvD&#10;JYgnj+CLHifNUmZfY+2eYq0+guzw+GiHiaXCNvc4kzacuNx7HX9SJYT/mXHjC6EM3qwNHBpCDcvK&#10;Zf7gO4COOblzXWq9CUBtuV/c6mFmaOUb3wOxHgHs6z+uMnOZSysnd9q1mGf1uRPpq38vDeT8c7Kl&#10;AAk2wXPn6HiiDd0cWEnCuoufkXX1sOvDDQX2Hubx/Pabb4q1xzmkuHLtIJ7DDGyRJWn7RETyUo+w&#10;xL7DZ+R9PDXpzpw/T+cfewyvcZ4uwmP07MWzYGKtqF87pca4eySmpqv8qz9LgvGjM8vcQ6/XiTHC&#10;dxyELGZPT/En1yQDX9RBHPDKY12CVTkoCfXG7Vs3aGP1eXjuPQ0W34iuvPserhcaKmdWZR8dgqHN&#10;nqPcAAyo3f72R39Lf/3Xb9DrX/wyvfAKEniRCN3iNc+euQDA70364Q/+hs6w3QO8EEdcD4M5y6nH&#10;nLy7df4MkniXhHktTeU4Zy33qdfMnSqJP/UenJZq/JDnuN71PwW5rRax+XsgYB8z+6RpjYt5fOjp&#10;bnOBlr7+G3TpX/1XRF95nTyolREXdXq8j64uPAPYWHaBWXLynnLUjwuu0856yZ5EfTPhPFBssa9j&#10;hytKuDNPFPXf8cISkOLS5CINm7HjC/HBhIGKN4Be/k//47+hD7/7J/Tq555Dw4+znbQLXfN1HT3E&#10;8871vR3mjOr6Er3YwyPIG24uHW9GtJOMN8yyjLeR4txJ5118Iari2FGYA7WKT12/7+QyqyuBY32D&#10;aCrpdLmL5ajG9kuKre8/38Ve1zuZWxegL6Z8zpzImINLqMQ/99Sc3pv0xDxuKhajc5VPhJnySvc6&#10;hH7FW47+VfGY/CS6IqHOXaUuyz7JZNmxBiHth5kVRR+fDkRFuuy8ehpmNlLqluYr0GRj40RT9pXv&#10;lPOzXEB7pzLaFAwiAIVXXxUufPcOB3T4AGAfAKDxICjo4wu6r4Cf/km96ZIeox1cDQlobONoKyDZ&#10;iaST/03zYVvzl2AWSiNppslwPQNfroQwxMzgawsgn8yeXUlqLeB6qEZRAft89kVs5fNIa9yuS89v&#10;s5KAJriEXOyzBmvZdPZyq4uehlxdYIp0+sgALd50lo29GObQ9Ng/TEWVBzoLutADGg68zIqc8x7t&#10;zd1kLykMAgaCPH10Bc/GwU/AviUFU+RemxH/wBUZrwK7sf99M1BtUlxm2fixeEVx4m3jQpHPN0Nj&#10;s/ChfNmux1Cl3fx4Ukags+skqdC+yRLJ7ONZu8XbgaJYHqSu5qwAPAb+eYo5aVcbBo1dS7vOweZM&#10;CifoOjtcquGnj2X+OuvS6me0exAaAWCZVRWYMSUg0C6u86HeL0krjBkEJ3eU5cXCKhTGsnmoVvcs&#10;rf8prZzMR6o2sQh2vp/OYvbTmprXnkjSdiAbuzeV++wZQBs0AuoxSMB/8g/vXSzpFhl3o+DfcGC/&#10;HzDL1wC3RsdJAugYGGQwrm3skNakw51KxPkxQ3uPttXnilxKUm8V+JOfCgSUz2GgnwJ/lN+3kTfC&#10;++Lf949burrj6ec3B/TGzSG9dXdAN45W6IATFkVOq/UBfyAZEY3u18qGGAjjRcfbQG0UmGWb5isD&#10;tUHBO97veX3oJIG2BIg0dmgPduBisMl735MfprRbLrR53vF7z6bMvm5FJsim2fxe0TPoNZVah8dA&#10;sEAmDhhhVqGExvB7TToJMuH9gusPZrtIUJikVnZSiEq53gUD2qbyfGEETvWTM6A/AjC3AanKOgCK&#10;VTAFJMWQmUzsE9hNjaXOgNDImG+tMF2iK8DMLHTGFG2FBiOMdQN0mDXIID0neM8s2ZbB02gHFzHP&#10;DyrhFEaiBW0eT6fCuFuBFGZvCgN6jN2DYy3aj3au0OEdFOHMRuDmKQ45bHk2ifoaKRwiW1+4Ljdt&#10;lGnhsvQvXS8yoI8MnE2efL21JlLPT04AYvFAS3JRk0eHWO3hzhQV9kN9j7t8yM5reCUFrg5QtR11&#10;rvOiJoHz83AGwcGBgfKZ1cK69yVPSGXvsqc0gHLYNSyBtbm53gprnxvozFIg8+NLgFoVZV9UM76w&#10;4tXbcc6xs8c46FvkhFiHJaTUaKo3TQtVDibhNFP5rjBlky9fkvDqNdW5JqB6F7Okl+fZtLPrbgfz&#10;YMmmwUI8+Hsw6CkMz1RT+EQJAKiFeb/NKbaYJz9qlFHIQbuHF84Ju3UTz92EwfsIc3GwsUYdjNfv&#10;AfDiRsjEq5+o1D64vhsYvzt7+7TG4D7uQYP320UtvsxMMCxucCWQw7swLSUpd2ZpzqQyUYxtZtZ6&#10;MdR3tCNpqSQyXGp0vxrhuft8L0cKFgJuQ/NjGfPpWO1AeIfhBoKpkZacVl6c7jrJRDMv6qPJRH0C&#10;ec3exO/v4JHHg1au9bluIiEbW2C/zSAf/TuASLdbML0gAe0GG7Knjzq1M/Li7Wcsviq0MERtfLCC&#10;YDjiMIkgifEsO9cmlJMxmxijur8VyxOR3mZrGQvnCSbFruYqM3E0sZkMxNZQMJcUC02012iyJx43&#10;OgatMuKEzZYaHE5rBU4j5/1uCfNpeYk/xxEdQL53+8o79OFP36Zbu9tIOMY9Q9NiMGZG66iESHpX&#10;7KNrsoJ7NB+5PjGln7w6Hg8EVNg4s0Wr8JGcYQ29fgU+ZPfvYmwB5B0ObH9qi8mQ12afj6bQwJ44&#10;BkMxglF/fPYsuceepuH6YziDo049PJBUZaAo8IzdJXfrQ/Kf3AT7j+cFxvWgkX1dmIH2et5S4j8d&#10;zPILfPxqUNbXiudPAc3mTPDM2780WNzfC+hL92FmbOZpx0FTSHJFiNYH738A8OdH9OZPfkKHYMIO&#10;OUxD6mElxzRitdH9AlrgKMDUKphmFy5epFdf/TztIvn7h9/7Pl2/9olKu0VwEyWQzeGzcSPAYY9i&#10;67Pjw2N6+9336Tvf/yu6+vFVeurJJwHELAOXWKUzm1u0AZCaPeMEz/ADs6SJPcVb2gd+lWDfCUTK&#10;zYWXPAxwTLVxFwXz+PiTG/Qf/+P/Q//2D/9X+gQyZantrMEnjUqva1ILO5YlqEOefvppuvbxm9gX&#10;V+lr/+CL9PqXPo+AtH364z/+E7oJPz9+7grSevWMEOna9Wv0ne99B3vviJ7E9RyPV+QUy6D6ED/n&#10;zz5OTz/zMvbbVTTZxlJjbWJerq0taR1uzcBe+oh7uOT8BNjXIynRqeD6CTKT65ubnXrf4qNJ8N0p&#10;YLAx+x771gwmhR0G6f0AffTvfIM2/+k/IXr+GfK4oBEb3xQb2hQ0YpXwOfNEcwvAvsJuiMbCcwuC&#10;OYjm0V93AhWOfeSi95zaDyJLQ105gLXtTCbJEBTYTTANbgxW6f/9D39EP/rJ94AUX6JLoMk2w2Yu&#10;+Wwx2Odq887aCT/SnMF78ZgqHoa+J1nMloPm2ZO6ohnsG7f54Fre3c9d5lilMp6A4DJIFt0CMLJX&#10;/NVG0H0QM0kdq0wMe4eQD/bOxTlHgpiTk4s40xfm3FxBnY0kk1efSNmakjIUay/Azg7eoWJZlg9c&#10;w2y55AWFX83kZ9lrpJj7xwxIlMK2vJ6fm6wJ4EtYqNQJ5tkT8/2K2cBYwL5Ur+ZAlMLIUkAkpc/y&#10;oj6yoIGQZTzSQcJmsQMZ7/G2HhCGbZDFTRpGzPISA34D+zyVz9gD+wygibEfqiKDsTXQ1ph8woga&#10;mzS7EWaTM09AvbYq09B53hjjbyAhJ/Kd7TDnU3pvkjrk+1WCCk70/hJbzPnMIsvPcSEDq/05G8pK&#10;4V2Rg/ewtdlcNzAdYGbmyVfYKPI+AvxNKk/LKo3MdXOrBG82hwaWL5s0jQux6bxD6Elniy4PBgGP&#10;PvoQ3x/yi9HIwL6Bgn0DJkQx0Of0fjfJcDylCPuY61eXjN+degayPEggMqQXDqy41GTFdN8bkVAy&#10;m60AoUEP747lsTOR//E4UIkW5WZAqOefcz3GbazsAEJKpE3NgeAqn8XisWbJGjm4Ja1zec46ysb0&#10;3pK3FWQfZFaYrLdyfyfCUGXglh/fOAN05b6vyAHSOb33OjgPikSwYkYnn/S5XJjsIxnM4jUdlpMM&#10;IiZD8nRgTocebqrtdzS9O1FJn3nbOO96AUsJJs0sPGPZeXtck5/nzVcuyZ5dTzog0kVv3p6+skVo&#10;XGZrpMeGeLJpmDAAfS8LsIjKipwBxLu36+n6XUdv3gDAd3tA1/Yi5FQDm6u2rpifpLgmMsAqDDCT&#10;7SW5njFFuFurB6DGpCrm08UHGEnFbYVhp2C5sUTltXVMSphGlVCcfMASIMHMKmYK8rradQpCKyCo&#10;60viwAs4pwZ6yrAQvz5nEn+SJHNnqcrComZG3GSSmaciReTnCnKiS+0R6icdAzNZduXAsDpSNiSY&#10;d60xWBTA5rk/Fm8wlq1x0arzqzGAxZupuxf5kneU/dP4sMFBHrJYOLOrYHYk/661tEu5j7OcRitJ&#10;v6Qs2m4Wckq4SkkZBAXgB4lkC1BqD4eqg4k2nAa4Tru7t7E/3RTD/DEaBwLGtjMBS9XTr6l8RC2U&#10;It0bA5zqPdflfYOq9FwdcyEUZq+M/coSIbFsMyCYGX05IreEscyz/CrW8GnFc2kYxTw3S5DSDGxM&#10;gA44mCsLdiBARQoD4TV7KoCsNi7IzFQkgdHk+yMABA7ABYN+XTdRibpvTsh4Y70uWn0W7PAaq5Cj&#10;OoIuA6SUPPOoAhOdyL218ZQaNpXiI1bgjPO5Vuul5YYEHHYKFptfZTAptNioCPNGx1NUQ0kDek3G&#10;bT/5LnihxgrIOAVocQN1/I8ajXk9whhi6eLZCcu4ZvRg70C+8wOwNA43NrEGTegs2HW4JfgBCw6p&#10;0zhlAx08ziF+E05KFQm7zqupUyaOsIEx/sbMlsJ6tCpSZ/1cZwG+HyCEg5tyknwtWdRB7i2DetyE&#10;agRYw/MZqJOlrJWFlOVrDL6wF+vUB2VQot5Yw7U9mCm4OLEwqxHWKW4s8HdisO08p/uCjXLoleEX&#10;IHkD34u28cOf7zbqkn0clM/i+TfxfR8IuxLgJYDFcbRAXs6sZUaht91b0sk1xMpLQ2lkzZxG2HBi&#10;Zp8DVIKBbJXfY6qFzbfNsDyx2cm+0dkqKOPtNt/tOU39O5drxv+Pujf7lezI08Mi4pxc7l57kUU2&#10;m2QvY8nyeGYsyzAgA3qx9ST7XfCjYRjyCCMbtmUbfmD/RzJgCfBAIwtjyJie1kyv7JVLsYpVxWLV&#10;rbsvmXlOhL/fFhEnM29VkdMD2GxUs3iXzJPnxPKL7/ctWdgbgsyjplMf3BHLeqneblTu3zAgmRRw&#10;9GyzQ8Dx5fmZe/HJfTdHMjN8KADmbsOnkRpioyzcDXodMQ1VaVf/E68ABavES1pDo6onWkkdHgN8&#10;oDr5DB5+x/AXbNgqJUkgVaiAuOQy8NAxINxz4BKPU1hqeIAVI7wW2VssAPq1sD+hyKcRzSkEEnTP&#10;nrr25AzOLNuybzaCxIYwBBVeDfx4t4ro+ZeTvNZCTmGFurRs2/X1gL4S8DYDc/LgxQv3FCDSowcP&#10;3DE+P6XlTgDGXZyfuy+fPmUm2XRjQz3Om6+WSrH0D63f9BrEOCbG4BR77R1IRHewP14AzLv/2cfu&#10;KZhpB4cHIGpcsA3GIcIm9l8cuM8+/9z98uOP3ZfP9t3dm3fcd779Xfj23eCanyWkBOzpGYbHRWPp&#10;7/41wLnfNti3lkhZKTPTityZT1Z9rHAcGdOdgX54Pv/HP/8XAGP/AsDoQ7aF47q5kfC+jemElWct&#10;NT93b7hf/uKnAECvuevXr4PxeIcTij+5/5n7+c9+wrLeDayJ5OO3B5D0nbffcR9BHvXi+VN3fg4f&#10;z4ND9/DRAwDBrft3f/f33Xd+5y6wH3ibTjfEo1wZwln1p/J4vwL2+dcE+5abgv4r50f7V7EB11AC&#10;0xId+aVg3z956+4HPU6Uz/ZxIHz7u27yn/99N3n3bdeACsk5axhsi0ssIH2XhVcMUVjBVHmEWJGQ&#10;UpVgq/RzP/AD8Dm+u2wIoUrB9JlrVusrfS00d8vytQpi8lLUB5UjvXtnx/3+f/wfuP/0H/wX7jq6&#10;gZdYBCjKmtkO5P9A8h0nAEdKxV+KNzumfdcgVQHaVjrCrjqkWs8oxiw5E5aFHMpy99mJ59QGLUjT&#10;RhkAoWLGVbKXOuk3pEpuErJPDXtU+V7Bk5FI2GqWZy1CTrVPocpLTdJnrDe/RtJcyTzkvYyJEQbi&#10;5vJ7vQYspErOmdywJNUDHzMp1L/Et+yGxmASS+pa7Qq0OWWzGAWH1WRqL2ZnQRlcdUivjRv24DPQ&#10;yFegArN+gvrb9dVB32Qm6nNmMt0gTFI+ZGiIhNyorpI216hBP5iUZshOfmZyPTN+CnMsVsfPhNkz&#10;HulBkEA/BfqoI2oO4+TjF5J130x2k3KoCoQMuL4tLgRlXE+U0dUKa41ln41IP4N4bfWpHZjYRp37&#10;NjaT9yUz2vwinHr0ZdCReTgMJjK7h7k9ZoIaKlaq7OYhZxb3RfqV/CBcxVvYg97nyGwu8fGSoNqe&#10;Pd1KqnJiqRwHpqS+kh9LrjcBYCnL1jXgJXUK6E1RwAE4A4Asfn42pxpNLXUFlHQTBpOi+XRmqbql&#10;mZYSiOUzSe7hJx9JNPqYwT7Z6AnwG4WoKjeRiHEIYBKGZx7rwQ9ZrTpGObkOEl4CDkhuLFZNGzpW&#10;zUtwweMom+jTd9qGwYdG5d29gjc85OOIGULiW1jAr9KpDdq1FpaNZ0BNmRwMxHQaCNPov2XVomfD&#10;wHzstdFgUuGggni9Pk2lLBtko/LghYB5xAJLwlxi+U8Pb5t4yl/nwzN/DgkDYcCguRDwh68nDDqW&#10;jD36ss4S8LJY+OytHyr5T4oyDjpl9hlgGKskST7nn0JO9uWCX6+tPkew/ZEktXyQMUK8NrGWemvC&#10;whuQ6DMwx6y8RplTSz48OVGtKpwDmwcEBY1l/6ZDHzNB+sTprx2fHXAo7rfdi7OJ++gLBwZfdI8u&#10;p+58IbOQDiajyYifFSXI2dwzVl0OB+Bidiz7IObTGBYbo9GYfTrpsG2sPfZwAihGHsG0nxOQxHJU&#10;BQiKt6uA5iTFoMFBgFUH/Rv/z8uB3hinc4BuNJDotWISMIFd7rysOzxmW5XbEbON/eIkeGPA7iQ2&#10;GdbeBYWU6QNfsE8exjQx5EjU2ksICBXAVHNsotDcQGf5JmorYghNKPUzBAVLxM8maNgPrTdirQF5&#10;XtNyMJqEFdAYmYijFjN8ovjYOkmSpgE3pn0TDdoGPzcHu4EBAjroE2iowAUzAXnO433JHzUUD6uY&#10;Uu5Q04GVZJf0XKYbN7Ddn7uLniTJrR62CZA8cWdHn/H9orCUFr5R5GFHi9QYnlNjArY5zIgYJxNJ&#10;CtWEV68Jtd4aff1C95bofNU4kCZTScwRELZjT7cgseUlIEn9QVLlvRWrkIqWvQlTZSpvku0mqwDo&#10;68T6LCFwQYIOggY8Yfx2AJVo7dxAo5a8VjmsqTroMFiB8TAmaVcobrI0hpmN2HhNSRWvTuB9kCBN&#10;eU8/J1N+2vOakZ7/NKU6KwVKc4DvYuwHAXlpkFbsM6AZfWmGcWBJqx6XKoPLAGsVRidkeEtHloOb&#10;yyy/oDJ22etoPyNwvFcZHc01mf9m/9CrZ18vY5CZOR1/vg31cyQvyDHu7Rz77j6AsAfwAf01/SBY&#10;e+ES68NozKDPJpi4O5enYOpduDlq561rSJGGpByICOStkFMToxhzaka+m0nCNLbIV89LXZ+luhjT&#10;9DyltzhDGMaY1zPyCiRZbMR7BGKLIPH1ksdndG8CiE94/xE+7yV5SlMjDV/vyZsvEtAHEIZkxOwZ&#10;C9YefQ1r2XU8+zNKJ1drCknmRWVGcnuai9QooLV7JGm5lOB9hkPwe7jMQ34w+PkuMFssYdxc0OI2&#10;FfbPHq7nFHXQOV7nM2I+4mvEBhyjnpvQXtsdYH7JOKU0+hSN6d9Kc4+AProfQav/flaBwxZ6oyz0&#10;hkKHYiEmqIeqBIvpOacpoLqtnSPdl4KSBlJOy04ZTGuYTSghBi0DsvLsOl1PrW4mcNJULsGHbOPQ&#10;8O9gDQ3wx90/wD2CpcWNHaQV4z5skHdvy2dbrMZIuz+CT+2G1J3V/uTXSnvrRnMq/piV2DW6phAg&#10;2OqhZT83kvASc2kBCeeL/X2GiYlwMp40WkdKsBjXCLwCLaQeCcYAxNgghiOl+m7ucp8a6X2wTzjA&#10;O2GdR3Ol7U5cAKgdMAYijWHsxQ1Yfh1A6jnJvL0Y4/S8bqfqjOYrkk4aJptfwfbKBIvklmwNMue4&#10;ev201FhJK+fK+n9Bx5LXhqv43EmTznMzAXL5y0N3eHbOoNrD+5+6/WfPwQrbgdfdu+6tt99yb7xx&#10;hz3gLsH2e3Z8DNn/1G1tbPBaRM2w1HeDgKNXfd5sGRZCDhAT0UFgBv4mWPk3b910NwFOUaLuMwRN&#10;PIEv3CMCIZ88co/BbqOU5il8Nd9//1vum++/427dvsb2LMzic8JYjVVcrnx2v5Lqm8+wqfbeK357&#10;L1Mlp3S1Qp1Zujo34xVuam4pkXloH2HnYF+Ua0FCfHbBtiaS1W8AyD16+oXb3z9C7wVA6NEB7/RT&#10;ALQ070nJMMXYHePvF/ML9/H9B+7NN78FwA92NTvX8fd78Nw7cX/2599nKe5osgUgawu+h3vuvfe+&#10;6U6PL3Hv993lRXLb+PlvvPM2fBGv42f2eC6GUF2rD1V73dRhq9ZjKa0JXOGGa53O7V1tj+gG4a3p&#10;tbOwr+KHZMuqCmpdDsP1A6zMV6pDA/veffuD/WPc7ptvuq2/+x+563/n99wISKnHZjODXKPHA2E5&#10;SsXSG6TA1HKB4CvWXVjRby8nhqwkiPgBNl0YZX7w1Urq6ZcGXih4ihUj5A2EhXYH3gfUBWJDb6yo&#10;8/MznviSgCSHUzoANuofZx2XVcafX3mAfs1syofRlKoU2Gr505Qv3lgwwDdIvrVpfkTrpPFpTfrK&#10;kA7tTXLro0pJg5a5a1iUA7/CtORfmK5gOSob0dfA4DJLs2L85MNkWsKvl0Z1qn0TY7XZ+KWFuMha&#10;fDL5pjLtLPzEOtOp9o4oNN1BsuzSrPKV/MUPgjP64XOo/UtckcumQTxgKv9e0dungZFpSRPtVRIq&#10;oAiNhcsFkt2ee2X2aRpvK0BfZvU1PjP5Gh/LImSfhdhZYJ5xCi9JGSpwUmN8y8LtXOVPGMWTydeB&#10;KSbHDENav6/nYTEqzf6cVuzn7qixf2IG0UMGRfvK4DuU91q7+JV0xBwKktKQBbqkvg+Vz6IlGBdm&#10;Vay8JYWF4bNxeq/+ktqOYOBZDq4mAxdVVccgvsmPaw/Xev5Fk8PiB+5/Su3/xOmN42nggnncSgJz&#10;o8CueDWmgZx4GeyRwle8l+T2Tfkg2zRjvR/jKlXY5NlNMU9mMK1V7knKVgxlvWh0KYrVRuiVkVnY&#10;NMnWuLxu2ThJmUmazO9J+RzBD/1QS9dfjbgHTZW6DabgXW28ScU+hx5cKiMuCLioMguz8+zjQsGn&#10;CrxXcI4PD4OdR+6XYgv557hJETWZN1axPnZQ0tdg/ApJvJdfzgWQy0VWqhLUXVlL/JDtbqxiY1Ok&#10;pWU3hKX13VeFil9f8BkYEFR6EpzPAVh0oCTAl4A+kpc9OvTu548RJvM8uucXdKqb8myhQCOx0wgS&#10;8EC/23fKIlUgWddoAvUYlLOOKj+nyAdPKeZl5I0AGNHY4KRMk1sq+0fMnVOWMxII0UdLMRWAloBj&#10;eh8Jmkrq7NCpvLNOPJV9TZiF8trdfKYM0iRtL5WSZ684nddJAWiSEItRPMDQhQBnXdQ0XrzCGIdx&#10;6kTv4LCxM6WGy1xZK22eA3zQRs0l6/JIwgz0nrFaiWSHvTQI6UAec5PDGGvmMyohJgyEEfBtbQ71&#10;txK1r5f75S0oqM/MU5fNvn0GsX2WvqIhCSA0KCA/7xVA6uRznp+9cBcnz9n4egJw0rcTntlzBQ2I&#10;i8fP2Lg1KZTgscyCjxnMWz4KmiF8MG/YUB8yXWVDUhh+UVOPjTHhvatakpWKoFaVWA3nUwmJYw+0&#10;AbzGvqobAJk2NscsB5Lx2JQDWTXxrJ4MKl8PalxulFqSAjc6HiihegIAgkCzbr4o6YWNMDt9Dgtx&#10;WQkRqhCqqP6O4q86PIjncLHlxcCXI3pJ9KxqSx+WlAGyi/ZquJ49GF2p/10O1ZO51sekDZni5Sie&#10;p5FlrX3TcG3OnlcYu2fYY16A+foxASYAzsZglRL4NsGa3YFhd45wq2MC27GmbOPAl3CI38D8mlGT&#10;AD93hHPLOWrrbfz3FubWZS+A/TX8nYCwhvZvvN8dMEzOaAzPhaU/xnM4pr/jfTdpPaL5RimaxA7G&#10;4b7Ddc7we5RefanyXbYeIYUOydk5GI7WAfFT2MPcvSSAVz31onZyiJG1Q16OYk4orGA0A4gO1tB7&#10;0ZrEzLbGHSxiCfrBvdygNGD6DPT8G2HM38KfQxQNlAK8EBoSn33Y2J4Y7r2Cnjy/G63tGjHr8Moq&#10;cz6vkcnmkzHeVZrt19g1ObcqYQuDw/Cyr7DLYV4m9U/Z/7yy1XF9bvaarYNZAKirR7YdYo9caroB&#10;DOIGHgGsWMsvDwEIH1+4dpvkvrd534GtJiwmLhEytSfgu4YFlUC710iA9a809so+x5K22zAQeYkG&#10;zBzBMPRAmW3eig1F0/iccsvNUrViCLoO0etEApkIDCEmGObe6SW+w00HbXySHB6vT/LRdgy1CcAQ&#10;euZkFcHBSDrPfXq199pr0b2W1HvDf8LVXnCDgAm3AmiZjYM0MAOrT8giZ4HwGfJBPDg4cM+ePnP7&#10;X+zjPiGM7PY998Zbb7ub5MG2DWYfsb4A9pG/2+XFJUClQ14XaV0V1nUzTIz+mh5+9g+FhbAfK0lE&#10;r99gP7g7SNu9eeOmuwEZ9ht333D33nrLvXnvnrt9+xbG4YQtXHiNXoJIX+syliIR1v6QXz9kV/6s&#10;Gc7pNW0TX8fbkqXtHJ2L4DfUQcdHANjx+b/x1rtI1N1G6u4z9/zpl6j1YL+Guo/uJV0M1Uyf/uYT&#10;rou2yXMPgSUEmt++fQfA6QEz/Cig9TZCTqbw3SPA9c7d2+6db34DTMC7CDq5jXu/CwWFPPPazsm5&#10;1TDWqz/5+hu5fN+WZ5T/q8RGr6qosxXSVx2eNKb2dve+1/xXb37jg8X2G+723//P3Pbf+0/cAjfL&#10;s1wGYAO64IF95oa+egOa78CMNVQjKAwu7irZbpHlVom9NVLsizl6iXKvNpSwlFamOfB2OGDzZnEG&#10;5gfOnVZs7mMg7LTZzeDhQZRcth9qCkgZkzXs4ysF1P7KMO8iITHWkjED2G9Qu4sRi/WU/JSgV49+&#10;KYjALXtz+TVmjS53wwsAF64SowzAvhJ0EYdhE2v3NmWdZb+7tBT/vexPFit5beV7lT35SriCV7lA&#10;wagKI7IG3obyzVj5UqZKilsR9ZUpKSbVTfGbseTXOkXaVx4e3lonC03/9IMwk8K2LKm3ef/0WtS6&#10;VBkb1xJ2C7Ywf6CS8ir+cQtmTNIYnKFLd/IlCty2BHO0Cvrlw39bAMy2cW45eItkmQ6MPgF6RvoM&#10;goRfZEajJEhLO0kAXQFFRln+l4u5ItQsycuper5F7JSBPvKOSz5ldkWWoSf1QhwwRxf5QOE0oCPV&#10;TIOcep1KyInTA2KyAjGVBOklyUXI6cUxh4Ik7wdMCGF8ppzoywdyA9kMOGKwzzy1DGRPzGbjlNlU&#10;Xr9mr7qccijXQkfnBw8x9yE3okPjdDOwoTNLQEYirwsa0MH3qqnPYiqxzAW1MrSy6XOjUrOpgkGt&#10;+CFqcpawOVodg3M1zW6UiWmpyD2z5HwobE0DxuokqCJHNRP5kraXpdnsWSSelQwyEFOL0kd9M5Dx&#10;ibQylmZGNP/LAnaJx1eUVOssi/eS0MtsVZlPjhmfFk7jhWmq+0PU10x6rXXdVNI308D7KwMhqayW&#10;3oCmOrksVQEdxvhD8MH50zkOeOat6PKhyIIzvF/unJY9soDty62VIXOvTj8fxhf5LPNLVfgAHY4i&#10;S1N9jm+a4ZY+PGzcTx6P3M8eN+7BC6xF86DJt0ESWAlcimQkXyT0LHGN4rtGzbQtyI8YZI3K1mQW&#10;rYxrOZypTIyBWGGJm9wyZbm6FOhU7BHoxQm4TmSS/NwaTZ2MxUuMgUJlb0lgeF9YrX0qoKkyjGyn&#10;oeYbyy9NaUA1Rlm4MjOBroHBLmYyQe6K9+MADfLiw/VswkhqdwseMST3ASODuviJ5fU6PpOEAo0A&#10;ivVRE2aFWmv8ZTyPltkiSZkrbTtWALDPTUmZ8yH7pRJjyrfSOGTJcSMBMRREQkwEBjCDsITksNzr&#10;sG7yoTqpxyTLn/lezuE51rNcKfC4mgsIvOj5+thvCnvVBWRUB8++QIPqMzaT35hsMV0gBQkNkkyO&#10;TsBp9bqrbTS8+l/UPq3Z27NOgPQik6d7n7piyM7rV3LFEiDP0FTVG7WfXfH2EyaJSsGThE3YRDfb&#10;FR6X7Ifa4QCCA96EGNi65iYJ1PDqJ23Kjp6loTHLYYMeNpkBzvOkV+mjpBnTuWRMATs4sNLaSKEo&#10;3sK+kq09MQN9FspSh17ULBrzyYt6PwT7jBlgKWuBVnTBD/yLpGlhYTIxh8WwBYWGh0Rv60qqPlMB&#10;oqM2Q4IGeLBnoF6bhCfIrkA1OgEVFxjnDyGLJvnuFn7vGEDVNgYtuav28OHew+/P6B4TOwrz6oKk&#10;0phjsyQsxEiyXVcaANyqo2DdFDlnfptAMFzXCOPlED9LrDrSjiwonMbJ3CDCw4L2qMsLnqedNkV2&#10;1HdsQe+PeXYLg+Au9ulDPKtbuBY6PzkG7gVIp9cjG9IdvCcFanCM5FyYlHS9c8xLqhgIJLyNz3Ae&#10;hQ3cm7zcKCNJWraLJGDQDq7/Gr62IEYh5uE2fuccteEZJbqiuXeBG/sZ2GzPyZOPEmHxGchwZURJ&#10;2awO8MwwDKnPntlJlQZClJjo+iIbGRNnfXGyzKBRGnq+SS1W9i4bTkFZ4yLJlbkazSolM5ZCqTG0&#10;4dw0ssa16lnLwWWN7bklgMfWDJpDXSR24IJfawaJ69EjsKsewTNvk5Lrt0Gw7zl8yLfqE+rDgAWf&#10;0qtxvXWH+WUVm4UhsTIHY3WyMWVQfw7A6hisNLauUBUaKc2izckkktMsiGW7DvZ/QEIvQHECsjav&#10;4e97GEAYYfAq5FKVJNnduQvHYEwdHoOwCgkxABRiTNHg7S1t1Ye1JJbXB/tWKV8lwPEKUsfg7P8y&#10;FlOo+jWJPTKJiHd+dsFA0aPPn7pHj74A4A/waO+m++a3vunu3ruF9HhKc23F4iiIVcYE4P/e3nWw&#10;f0/cF5D0dtifJwj34THTrA9u+sq4jALQHBQzHjGD/xqYZDdv3IB0dM/dQu7BLQB8t+DheP36Lns6&#10;cip0I+BvOSHH1wbtXJWIfKUM9zU/Vu3IlfxrAn3OVaFP9ZhJa+8PjecpnsVthJH8zne+g6G6gf3z&#10;mnvnvW/AZ+8trn8+/fS++xTMP7onZNkyJTsDFBk/+MsfoO64627f2oRXIqzmAALeA7B7F6EmH/3m&#10;1+7Fs0P8/R4A1Clkv3u4/2MArnv4nU2WWY+a0QA3ytQF/7rmeP7K1Oq1o13PQ+k1WH3uq2V4DPwB&#10;v4pMm5l9/+XeOx9M/vbvMdC3+Q4MQCcbvMH0lLpLkpfU1dEKS2k8BXxbDzm+DOyrUEo/BK3cSqz0&#10;gNe3wu7zlYzQwh4kfrvnrjMXv42kCm6gK7LF3XXPoB8VzTNs5tTVZ8PxVFhsFu6wGsaRXgN4L1Hb&#10;BfirwW+VhjlhFLK5MMt4hwfO7M219E7G2Bh41fg0uEvreidlgahTfpdYimtSdGuWovPD/N1h/lu9&#10;cgxZW/WzTykVj0EFmXwV3uBU1mrAaAnkiJm5peewClwtQKUxhWpZIzNCBoi+BsEk69dXYKIBkkmL&#10;Vj/sZPpqItdGm8kVVlwOjljKb/bqqVan+MrvUId8plJRKc7Jd+WYwT5aACWEgCyY2IurUXZfBgI0&#10;SdUvd96CBnC0VbetVSDLxngjYkxjB7G0YFSKIFdMmi2JtCpnFHj1lZlvKDfa5BEVKFwKuioZN3O3&#10;VE7krfhMbll0EKrQGnVOUomwgb6x+r4bMC9DLdvOKcrFd85rR5s8Yhgo8sreC2lp/gX1+KuYfVn+&#10;W8C+tLSXxOQzYBQYSkNAx+coUM8jyzo2N8mzL7H8baSFixhYpxzIIkucH7AonQLYXncy88FkaScH&#10;cSSWwHsGfSWwhrL/GAQTlAM/MpVD50BSzg5T5A7DgQTay6xYqeXwPDDx9X4p2VoTlgfFvc3NJlcb&#10;yfkl4m/KIG4JyunZk1CAxz6D5/LsIoc8kOyaGhQtpISRvRkbmVvkVxSNRaTszpgqpqquUdEAWj0A&#10;awPIGH4pGejsCqvMucKszWCf42KGyQM4qJ5/MWN49ao9pGb2DcqJDOJpUVYzmP2wp5oq2eLyn9rz&#10;38BtYnCNNVfhGEFdnzzfcD/5HGy+U3hAXQpYSWtNJGZ8kDnJiJFNaWX9iim/JCmSn1zfi4/LAh5U&#10;knQrk4wT86L5peisVFag+EzqqkUFX9/nRh4djrym6BIzjiWD5KPTjoXNxEnIIhVsfKNuEOKxI/MR&#10;q+yiyyBfz39PcqB0Ift+8vNUOaKFasVoYTF9ZoJQwjOHcUTZvyj5eBtd5m0AfRs4+BNUN2lH2VMt&#10;kochDi9Tko7pnkLytBHGqLAVkxzy9HBPEt2GJWAtS48I3KJaRhIdQ05UDZrcyg1EfJ9CBli24oWZ&#10;SOzAlr5HZv/kW6VgK3XTg5lTegPLvYvZG08Yn/x52UcNXeJrCAGAMTw5ftJBdeEEdFuQvyCF/yAI&#10;5+wMrIvDB64Hq2JnfIPlwJ7Si/uU7x0BnhyEwwnMS9C1LyzbPNAHbOaUG0++8pRLuelkCb2qODE1&#10;wBI5P8aqGVSBZ8WzLpXfqxi0KCGZgd0Y4KrS35YTpn3x2ss+wD6DsvRcGvXaNKZorynUjUp6bf/a&#10;ABuUWDnUVKJnGisWeg3oO0vsHTTD3cDbmT9v3xev0axI8FmGm4GT6vRnQR1eJc8uK2i0xm1a9Rju&#10;lQW7UK/NUD0X+X6nIGNu7FgyN90LBrDhdEChGZizf0E+eWQhcHnuziGBvCSgjNYCsB3pUL0HQLTn&#10;UJg5wm12eFzPMed38O+NQGEXCK+glNaLM7ke2r/HsvfNAeZR64dl/nifXcynEfaNC/aVBdsPDYqz&#10;2TlCM8a8dpEkeIFrfAfz9gu8HoPpTLmHXBj/PsEaOYOdwSmBdwSqWOIqMQaDFKpb5DdIg6c3T4f6&#10;uYlkI+H66Vda/Pem9xL8oUFIrpczDW13xHy8JFYjPtcFJ3k1bpcawXim543YGTCoSGE+mKPnaChM&#10;aTx1BPZRcu+M5z2zDJPMx7z06frLa7CSACL7mAZhZ6rEsOxVw0Zv7T87CGHMHusWbhWqsEGXPWnr&#10;+jVVFCaR95aAOLPJsIYns20babDTtSKbAynLMofJIuHy5NCdnly6BWh9e2ABUR94Y0tC4YhNZKDE&#10;cLf0LwH7XuV/VhFWguxFoREG32i0xQzyQ/jNEQORhsVovJHZuOaRaNY4+dU57ATzkBQfAI1GYEyN&#10;qFF0esSJzMS6jqh50gKKPMhJg+6XzZTS06csD/c5mtB/JSDzpYamdq5c64d3FXnkCqAxW2FJk4IU&#10;hucIB3386HP35RcHAEkXAPDuuLffAXPu9g7kndR0AaAN38lGffnsPlL4FzEqyUqBage635z+inWV&#10;VAaSPp547XE+fCXi5jJGIf7QIZ9PBKBtGHQUv2AhdojQpM1ss0weuSp440qw7xV4nl8P7F0FJKUK&#10;3nidz25gfraWYAZmv4L9LOYLSaNvhWxF3nzTzan7DODezjYYe2A+3n3jlruHcA3aeX7+s59inh7z&#10;WncCn8svIdE+hRT7/W+/zwEbI07OxeuARXnv3tvYHyJ79+1CQk33n+TcZr3hfajOJanCjK4al68P&#10;9tW4yJI8sKaufEW27DASZz3g51/L3LKGm3b3wOz7r7/7ex/swqcvfetd55FQQqOBIsMJ7KPuVm/x&#10;1vr2vgb2fCmkXF4oh+DdKnXbr35wH1aBPm8Mm5oRHVZikQvt2mLZUzZ9lkZuYgNkQolpwFFnO7F3&#10;hPhiBQrqoEPDgjbTuSbaCZMm+MqcfylZaFXGW4d2+Or7q5LYVB/acF9bSg/G4bWdOGUoLKXBDAao&#10;XwOmGsMqVcmzzq0nSvuVwnqoAh8W1usHUj7hFdBlidVnbKfkk7qDLR9cC9jns2SwrxhavTK0qsO3&#10;ixlAtKJ7ZcjkUJ2Yw1AKIzAMxpYFvAzBQvvdkL310jr+sysVjzH7Yn7+lQ+gq+UsdRBYXzkb6jUy&#10;SDTX4ks66Atm9jVi/D2Sbiwz+xpJZw0hZVmieAalDPoURmgBaCTpVtNzxaVKP8+IZS1ZgsPAzrhW&#10;wg4zqyspr/c1bVkZJnb/TG7rY5b+2GFMwLmmyKydeCxaIVfYBlW7IVWJzgPIWcC+nP7okrKmTN5d&#10;y8IqFqtPBSZORa7mmHUxUd+UrvJEMuDJZGiLzDgTZp8r4R+VL2OG4ZMfeJu2gV07AfahW3vas4yX&#10;mX2tpJ6y+XSrYJ8+dyNOryyZvpqfXqTABNwJQ2WqT46e+0Q3QmLuXUgQi5nZuw1JyPIiX2c5Mj/p&#10;sSbXxpz2u9yYSUvr+2Dz9y6HcURFq4o8PKhvjVHj1LQ6GZjRsX8kg03UfCI5ErGjgjYDvHpZKegr&#10;np8j9r1k70Z8pp45IY0GdcyyZxUzS/q+HHyz6b0ZbYfSHFF/xtrPx0DioN5wXSzszahLRExF0uvB&#10;3iSwb6ysMV8FgtRWAoNgJF/OhHntyo0DP9xjS+8isyZWjIRTtV35IrF6fDx2Hz+fAugbIVkXoRKx&#10;ZUk3+42NGvXoFJZbQ2M/CNOH2ScaRpA0kKgF6DNqp1VTsFFzbKfSFWE3OQ0RorTGXjXSZugv4TUi&#10;R6RnRMw04wAb68HnEAFlhCj4Yk0K9j2dz/UZOS44WSrcdRkoIiZop0BatIMvXTPLg2Oe+7Fq7lDh&#10;HhUwpPclb8EtsPj2tilNV5ozxvZ1CnhQwU+eeQJytTl0I6WgoLG4VxIYmSXDxmzuO7YhSV79Al0z&#10;CKQgtlynDLc8HjtJleb0X2Ir0vkfB0zy36N7ycAeYyDKPGvaLIO28dcn7QEwpp74Hm1Qt9zPZY1t&#10;PIN9i168XqUe60TZiM91enzknj37DL7PFxhDG1J7jQLLdQRc7XN9E2zNWD706H7rgx/0NQygr5Ud&#10;zg5Tvth7pBgHEp7Y90XC26tvmPouWi3LYzPFoiswP9MgTZLNHfVyVl/g3FzRNYVDddq2Oni6zM6L&#10;BngpGOlDAeKSSmLZ35D8+nB/2ANt1HDCN6WzyjRpBsB+E4qHdlqW6tcpxr54ELKsLwcuhBxAY3WD&#10;rV8WAsLyWrU2iCnmMWqesSLbl7CbzHDUeieyhFu9/LRJm7zt7wD3iOGKNz3EazzEXPqxMnFPcFA8&#10;w6GunWGUYU7tUGMeErDNqbzACUI3prs7aOJDpkt+f+Q/iiYQJaAngGGXuNcky+0p9XYiidEYrG4L&#10;A3SOC2MpOiXt0mdvxFGWPFNPemEFL/D1XbzPGH/m2JSPMH82yb+cWX+RO69nmEtjzC+yCOrgZUey&#10;/V5DgXgCcXoEeRLiHuC1r1HSNkkKsRbNyE8J94rZhOS1uegliIfWAZLr0vsQzV+zzTZTFImu9mnn&#10;dBPJsw/vvYd5+wW7+kf3bVIy4d/E8qPzzzO8BnnxjuOYG2Et9lCiS4kNw2LYpAu6jjLAK3U4TZk+&#10;SeJ4aafHDCCErH4tQPEwxC+VRp42Stl/VPc/To8PYTg+rZZUm4UgtzGzWn1m4Meq3lZrB2pwoFk9&#10;pbAgbVqwv+nJhbt8ccQs9q1rt7APB967CKQPkig2NER7SeDBusN7GAQm+hzqQwqLFGXf4PcKkj5K&#10;EtOz00M8Cs8MpEYDNfheqDVDyDW5sS4bBoBpBXfthpuD5RcxsHuMzdBd6povwUHourgG86AjtiOp&#10;2Qh04rFenRO/Dti3Nq3DV/WFf0nISVq6p6s/S+sx7VNnp8fuYP+5ewqZ5/6LYzz/DXfrzhvujXtI&#10;r0fgwvb2JjfD2OdPvRuzDUMUtjSFodE8IsYdveb+/gu2JqM1ikCiVtfBlSCM18VmtMmYzx1e6pO8&#10;5wRh5csaayqxJntV1gGg/nVVpMG/GvZ5fdyw6if7gUT1lR+daqZ+GHC5zOAkIJ09alNk4JUufQJ2&#10;7QW8UD/61UesFLh37wYaNpvuOoC/Tfj7HSDU5HMk73724L57+PCRe77/xH3j7feQVrzDr00Mzk3s&#10;CyTTvg7buW0k67KtxtYmglLOJcFb16jo+hW85Oq4mq8G9q2y7sIAoUlfA+h7iXL7pfL3tZ9C8bBr&#10;1659r/mn//AffjD5e3/Xje5ew2YAE8xLiHO6C4mbTyalqT2hQjEj9JW3nvcVnXV4AFn27QuVv9MQ&#10;QKnjpTUEoPqT/VPY/aXh/xewqDKm1+JDTLQX4leBxbDRbmrQIAs+bgQB/WgzbGGMf44Fd46kqwiK&#10;NRXsTHWmBSQ0mW0mTLKwVhftB13hWHW4ShLaknWXghGB/T1osDahK1wgv5JHkllTwdItk680/27g&#10;++SyZDjz6N0K6qRyVV8xcAY4bDJfvKSsHl8Z2cfVsA9jbrleQZVYcPRUc+/iAOiTtNxgUJsWreb1&#10;pNfIzLU528lL6EPMUkznUgZbJJUwViiVxNWWa1Q5j26KGVxSP5U0wDCCHsiaFQNUX+mrpdAvKaQh&#10;eR2fiVlFkRh7PmVJ8VDmLnJhF06rdB2RGHZ438PDEWcKtGNJZG3bKOAPgbsKSptRcfb4sG6nVz8Z&#10;3w6ASk4s5Z8XEEduU1QZZ89/x5FVQUllBWZgveEOdM0okrsyYnCgZhN6Z42CUAAlX9mi+nH53oo/&#10;ZRp2eDW0Q/w74gC4ZkN4MrUPImVgUIEv5FJcI5P4BcYcXnNRSYVjkSHr82YmJMtMznktDLxOLFQW&#10;FRS4tBAiP5DFE8gkCbcxH/5cTmUVkK9R1uecDLNxvQ+fYP15AcYPZLwbUzF8DxzKknLiroG7cv1a&#10;/LYlSZWLHfsZXm9IBkigCrL7KGHXSeozk+h4YlGRRJvnpXph7Siw5FnuETMbtGXfR5lDl8wyiQyG&#10;qkVCEiZQTeY0zz65N4EPGN43yoLxzLjzrsuFfYyXS/pzrxLvqGM7cGgMGf17P9PfbweS/eJ5EpmV&#10;mKKE4/TpjJ8Jp00zOEe/h8435EwiqSxshawA1KHRdRXROQm7TQJKaoafZ19EDZnkP9nDzymrjwAX&#10;+m86sD+44LUhmg9YWg5OcuyX56J5tkU9UA9HmYHhvW7o2XVS1xdOt2yK/yyn/CUBaFKQwIFnp5vu&#10;12gm/OyL5H75LLjnuFXUYCC2GTPw6LMoa0/SNUV6ErmDHpShJIwfknRKsFFb1nmWI7Va7Nr9UjYQ&#10;yVU1lImSL5NKwSXIIbBXXFT+KUN7JM8jFl+Q0IgAbzNKL22DeWcaA8XWDEGpWMbhhJXGYHHKWbM5&#10;0ZdrBQoA6WI+bLhGgCNSBjT8jAkwGwmogesY4zp2NnfctZ1ttw3J4eZ4JOu+So55njMoWdhbzBju&#10;5esUZsGMWUpwJA88NFgTsWrxuagW63sB1hkgadR/r5fDAicC5nRXlwEk+jyLbqYsSXhDdXOewywB&#10;Y/kuze1OWOEu6P4ehPmkB2d67dgJ84feb9FL8zdCHkYDe4732ATzqTv9AkU3dgmSDXpJMl3gHiHK&#10;Q8CcTuYKhZjso1g/fPYEQSXH2OngxzY7Qa11xqwpBoOSMCCYQUoNlJ4arlo78JgNhYGunQ5LFrZ0&#10;Zlf9PdVgVBXTRKytXDGklJNjU3XIdFWqu8m3M0scG/EWAiMmY/HhatSTmP40JvcOJTk+tG1hFmS6&#10;b2SghZiQxC4R1oeAgrRG9JoW7RhEbtXrC3JWMEYpDKQHUMMybq8yPw0/CoKwKqAsQCFdDrGaohPW&#10;XFCgrlfQMVb3zsaR1eshq0VSBhEF7IyyxiUvidW0TiTj40dNAm+yusPW5b5SU9j+0PE1oBlPbD6s&#10;rf8cc+hLjL1rgerx6HZxbzaSevrNF9y0v9zAAe8QjI/9Q+fgyXQbsq5nGOu7uE8XTFJwzIqjwCCS&#10;rd7AfTnB9Wzjoi9pfmNto4TfW6AFnnFAhizw4zDi0mHCbEFVPGAMzzi0R+Su9PV+IqD2JNDYhgUP&#10;fu4cX+vIQA/jojfGDvkt4vXvemEAHgdaj0nKmxjkYxkyvgeyN8Ij0GbDvaSQEgIo/XTCjbYFLwDe&#10;3cB1X+D7AvRh3GHe7eIaZrkD2iKRt2H+fYM5dYTncdpQ+m8jzD+WiIPhh/twhCbuFv5sEPOJxoWO&#10;pYYTYD2zkbm1nmTPoCYyA2qkCmDgYq4y7qAMJicJswoGCxvWa5NL/m32lJmkb969wasHrhzMi9e7&#10;MU8dqytCWPLG4gA59WNNclZrtAkT1FeQz1JJK9Egc7RHs+/i4Kk7fPIMZTHuMayTJq3IlbvUyV7R&#10;NJmt4906yVzlSbj0v7jMpk+lprWXIQCKWKjU2J2AYUa10fHRMbzozjI4RIBgOxpn6X7tYWx2HhwG&#10;Bf27x2u1W7uuQYASycM9gisE5CA/+EsXEVIBShtbQMzAfmPbDArSCsI8p8++8JXv9ZInWR1YcqWV&#10;Vc00y4zmUDuu5mbsMm+J66vG7EA6MGTn2C/23SESVT+//xCXjs/QTRC68SbYfLfB5tsCs28Xa3Cb&#10;/U+zXZOLSyCWRDnSnGmxvxBARJ/n+fN9dwS2GMuq6RQ0HlUN71h5xr4eNJNZ6NrE7aszfC22qgMJ&#10;l5G9tYGrFmYz8KX1QzbZgHFxlfZzmLZs46yoSPwgAWA9fFSCu+zyj3EPXwA8nbF9CeYg7ffzc3eJ&#10;/17MI/sSCsO7vF/L6soJy6uvQ277m1//Ar+PtR5J6ns7W+6NO7c5iOMWZNAdmjynAKzvf3YfTNXg&#10;3kZYx861Mda/kcwjrOPk10eMP6of6NLathloFTNu5NdoZF8jlKX2rM8qvlRITl6VLUuGIVk1NCRX&#10;+dePnc7NRwGSA3swS73caHNwDvYuBYnNsNfMyaO1Nf9Tz83fS+B5h/A3vPfWve+14//wD1y8Afoj&#10;dQhIahO7gRfZEMX0qxe81IBNblVyOqR9FjnSy3wAfHo5LG2AWLQTVi5Pek1WEpmPdFdFblEnBxvi&#10;ZvRxWvaugd59iUl/Ci+FixenoJjuQkYh9HE+rDHjhOQ081caU4qfxFKUs1/jBZHWR2HUEKJfk2u0&#10;TgvuV8dKxfZJK8S8wbVWzaxUfxbzYjGWldV++ves06/a36mOcF+OXjeGjIYEiBSx1yK+q6JMzKek&#10;r8zoK2P0FVV1WpWtLHfdmpB9ZqJqWYIv8k3rrKRUsfd8zdL0VfrL0iK4NKhT/RwYQGqXvzN0d0zK&#10;cvNKpajSOcWWKonRYFIQJ6q8MKUV44Da5VDtv9kzT4CYhUpMx9nQHRFf7JUlbINO5LtgtaFNyIe1&#10;oBKejB8P7oev0pxTBs6yZ9xyFosradPZ625Npykt05RWWMHDdUYaDVP1e+q4gybMOvu+doPN78lX&#10;5obJ5CQhH3hT9vfTAxQALjPp9yp9qWW6aUDZNe/D0tEeJKEa2Jm8gtyugILWjUmVLLR20+TiuUrk&#10;UllNyJuKNkBy6qKaxYWo4Ib4AUkzonW+kl3z9RjwzJfRqOy3NA7yXPMlvTIHHaSrrVq8dwOJ9cDA&#10;WdNZ2Rg8yukheAsPcfr1qICVsnGTgmXWtbPufioM3qEsx2mapPisMbsqpCz/5TIxpPLY9MMIk1K8&#10;iZICqKZ6tIRd+ntbhWGs1BHV52BrO2Wg8zmuT6UgDGXsm5ww6KHCDkhlza12HF840nxk6nmrx+HV&#10;cUFPjZxAHnXEOsEhkQ68Ryicfv2ocZ8+n+HQCX+5dixzPIlElfZNwbQDJ0bOKGkV6bHMkIgGqOGw&#10;OZvJChNGfJhgGSeDpHNeZwMBTfB+WpAlvjLZvbL3yI+MpS54FnMAQk0Qn7hGm0gM7WsCn/mSMROP&#10;JbUdFzzkk0eeXeTPZwEHZvMgu2ej+MqC5U89sQN5zsjnNM9BAldY4cfst0WR91C6o2syqLZAI3SE&#10;QyKFKOzukEfQVOewF6kwswfHvD7Ta5N86Bwd7An8odgfkoFSYdTMma2YuEhl1g4ObFRnsAR3JIdZ&#10;AtBcIyA5vT6DcUFSG+kzkxeTr5ou7JM4apxgRWMt/mTsiRddlIAHHg89gxUsPY3CFiMwnTzwiBXI&#10;QA3+tcD1z+cnDABOIDee4HpP4XU8xsFxhsYoSWomG7sAOwB6nHUM4HATMkEqFYRlu7GL5Lxrb0Pm&#10;uOOef3qE1/+Ci1ECB8hr5zoK/zffuIkO/11c14bsEwSS+45Bpam3Z9sXRp+XlORo8tMYi+hA1wyv&#10;ns6OmwQCTksATRSJthcD/aSG8Ek9vxgc0/1AaiO5wWStEJhohXlFftbUkGlVlK/gax/Vw7Bpsk9z&#10;bmDzwUOSiOlxEAuBfKVovhGAx2x0CmPBOKWDDq3VjaYI0pts72yyn9+XTw9x0DrnkBz6HG0Q1qgL&#10;EvbRZzmV00CcNJDP+lxbKmOVGBqDRSWqz17KHn10HTQ2OS2a5cBJQR5eyCTdHIASM0xjXzxMK6N2&#10;8qQGpMasuJkTpiHJDw9w3S8gYyRROKWOXseYPGXp+djtLy6doZrHANVuQif7eP8YBzzU6/jGEwLV&#10;MNdezLscOHaWVCaL536OZ3UX69JTyG8J9LqB93mBsfylMZDU9/MccmGaMCOsc3vE5sO3j2gkYGG6&#10;5H2z4+vawtz/HKD1Wxs7YBFGAbh688tGGCDe64RTP6cMXjxVkJ/3tSTrwyzKeIGY1J3hW2d0IB61&#10;Ak3gXl7H+x2yd58mO42CdUctDnJYc3CPk+TJlA6OlOJ2zI2aceO14nPuKZtBTt1D/M4OWXTgJa9D&#10;fryLZ4oVxU3UtiZq0J0FINETI2Z9Q/52TEyQ8eWXVEHJ2KMDFrQR5Xxm+8m+qyEhdYCX90WV5VYD&#10;EHOpOxSWqX9fkJ2c/H+pGd4Rm6sVZj8lmqfIjdMLBN5dzknS+9j9/N/8qTQ/sAa/j3k0xXp+6k9w&#10;b7Zz7VFL/17fzexVZDixjSCAQryEBUR98ezLzJKiNZytVEIoIXWpkCp8lSYaERAUb+zBBmqDVSCU&#10;BtucPMJnP+YaLsQz+PchbPNXkIYD4O7efNd1lGS85YXdm5hnDyZoz2DvOi3nK2GKNEgFu8LV/mo5&#10;L693WAdoH94HiP/s2TN3DJACMLjbu3HL3bx5zV2/sYV71ugzH2lo3mtESmjg04gsNrBevUkBPpgf&#10;T5CS++ThA4f4Xl77mOU3knTcr+u19tfxz1/HpST3VYfzkJTFZCpqPmCt/82vf+VOAPr9rd/7A6w3&#10;Df/M+SX8SxGkcQHQb4MsS1bIkMijBvD6Lvz7qPH8p//Xn7BdhXvvXUh673Cj/t333uGU3W//O3/D&#10;/Z2Hf+B+88uHHM5ycU7WFptSE8Va4ZUGZ9//v/xzFeuv/jqNx4sLqCMo4T1K02iBe3wJNu8Bwmf2&#10;kf783vvv4f7vcT1BwSU0li8RRPvkMfx43N92zX//P/zTD8LNPSnwuNA85w1p4EdWObP52uSwCuPw&#10;a6WmddCGX0NVqwA4V/n/uWGa78qfUNhp3rpoZq6fUmYcMOCnWnE7KIoJeqjkHsXYnsj0JKPlgBIs&#10;POfnJ0yfJ/o7L9AkNbLi+iV0WD+AvNYBRWk42ZJ4UJFPV9P0SwnFyy4QS/89SLlKGegaSE9XlFx1&#10;8mN1eB9qMgfPSmxa4jCN2MeBG11JQa5PvKugn1xSM5Cl1aEIIv+11+q1OI6Vv90S4OPr1xm6Fg67&#10;br4cBv3qg6sTMesOVHqJZeZyzHbZKOuE4zAMl1kKQpFHZ2mvJpXsJEURxePRi5bVvTg3KpureLc1&#10;Tcr1qnnKhRwfHoxmqM/PWH4j1YFMVHol7D7JdeglyIO+R4OfAaHSpc+hKbU/n/e133mR+NagaS2j&#10;rhezSsoYBtwll9eN5H0FQKdq3BdrARmPY/XiEpafsMCaKrK+Dg5x2Z+wWBQEnaYmswraR0jMJqXX&#10;Zcg/aEBN6rJs2ytLKLFsdK5fS9mfcyXGXVNm6ZnRpT96hs78cxjao5iZbgTu+hLgMNFnbgEdlrRr&#10;1qQmbWP2H6+NKctO8yxgD742rxGpSuJkJiaDgxN97lH9JC1Bd8QHGOmsq+cd//yYGUPMhjU5+EqE&#10;VFhrgWB+m/XYINadeQZlb8jYV6E9usekfvBS3nVVaI8CPDYO2FFcgm+IDSh72ozvkYC/6glZMevM&#10;w65YB7jMvjPSjzH2TMLL/nSjkNN7DQzMibwZJMUaRMy+J2BeLaIeiHyWnxb/u+HXcyDiwNrWV0W/&#10;HXyEsR4sbZuMwDtKiCSuFCSVkPo8wFryowfBffh5cvswuCaUkhJW+yDJ7ZH5JMTui9wNT8zW6C2H&#10;vQozsPk9ZvCJWHEioa7ScZNI99ifT12CGKel1+z74nvKMtVYeZuVdYNB0UYOycQaC6k090iKw9Lh&#10;JNJWlmlFY/j1mnKLwy6AR5Kt0gUQy8wsAOhnR81YgDztupmFBDORjClIQBABMcSU2RoD5NsGQBfE&#10;UJ1SMbuZM72AsBiVzWhsvtDk8I2koHPtX0VNVqfMhk6DEDoODWuyjNwASQJuiHFDr9lbw0HXv6A/&#10;a0ctY8NE/Vwi/+2zJxR7HPqQJUhRmYSOE4nhbQXwo0d4Qd8DLlEZPd/6LnFCKYF03cUB/x4dTEft&#10;FjPVZlSDwRg+tbuQPl53/fgOAGZ4P0JCd3h06i5Oz7gbzSxAXMMZpJj7z2C8/viRO3ixj8PqCfsp&#10;jyA7E4zElBUl+snbvlqHcqW0ekhLqZLf+kEDKtS1VUpVWEXKlgKpel0ah+PNhu0DQkcpxbLGk7zW&#10;qW8aJaM2voR9GDiffLE2yECgvj8BrvQsSJLkVNpL8ynpXDJmzWgkdSiNu+lYTP35gEzjzhpV6utm&#10;gSBRZcE+WNKqsD9jDtpQZl+W4NX0q1JTJ5Vsscw+lqaryLMcH9gspjx7rKpaorc1UOss1mQkabDQ&#10;753g3/tYox6gvr6gYECMnRcAQa9hedon33BKc8T3bwPkPEXtMv/yBbNGOzAsR5Bt0faz1Uo6M0ny&#10;ufPSqDZUUgvcLofRULiFsDunvEtLGqqE4jRO/DLEnZbuySEOSpOGdSR5X6Crf4H1hOS7o0CgYuID&#10;bqfp2U6lxAlzmi3p6NUn6t9HTLIowAa9Vos/MwXguUnZjvKeSUm/t/HfZ/ocL0jVgs84CcKapibI&#10;XM9e7OHG0tWeX2ekXn/bAOUXQeb6Isi1nWH9mAWSTBOzSxiKlKkekD5MgF8DSS+pOopPtlfrDyds&#10;YFX4NL6v/KKL55jZV8S07B0ltRUzfLQZmYMYUiGCxJRWGDZ+pWuY1GZFPYG9JtEykGgp5aGS+IqV&#10;E82bwLYK4pdGLOPTx8+Zyb57axfed9jH8Iya8ZjBJF4XXRqweV4l80yvEdor60ufCQiN+s/SMz0/&#10;OQUjaiZgH9mpZKBf6or6nGbXRb6prHeixtlkKkAYNbXOF8ySZsIE7aHY+xK80FhVAGZ2j7NmIoZ4&#10;EJZ98EsO08sX/lJ5p1/18LvCN36d9JlbzNgTzsHi+sWHP3UffvgL7Dk77h2Eb9x5cw9NjglAI0ku&#10;DtmLLb52Gmm2t1DSAoVFjHHO33/+HHLSS15vKamX1gP6QWaHfV2UbSmd9a8coLFmbPmvmgy9LkHZ&#10;efeVAyOs7jMNE57ZMwBNf/Kv/xX8FL8Ai2zffY4AFbLs2Lt5HaAcAaujtcAlPYM5GjXEtqTm4ocf&#10;/gyy9nMAu7fA+LvGzeMJaoAt+LFeu7ELTPYbCHtDAMf2lBsyFvAYLNzP+ZemEP82/wlZKDk8/y4J&#10;Vb+y/1/Bp8PQDi9IoAzXiLhX5wD+aD+gevYx6qb//Z/9M7e3dR0y51tCEKLU+IX4yV+A3ff+++9/&#10;r/mf/7f/9YNEpqFgq11CViGtpDTwxEtVhybk9M3iL+TqBMErKJBZtriEFKeVdBGjSDcrYI1r6sW+&#10;SFOliyuTqmFvszEvnsbaMylNne5bujXG+BH2DtUHEyqqsJGNsEmfgxJ9ig4q0buJxt801UY2SBRe&#10;Ao6ylCjlIrWy2ClfN28PHxnso257Dcq5tTLeKum2BqqMJjiQRdv9rfJT/TCNzlU+fRkQqH3Aaj8o&#10;O8QP6Kn1Yr+6WdcBLr72x1Nprh3Ug0/V+6QKHrL3arIktPaaMmDNVzJxodcO/9dXvlclMS9WKT22&#10;iSRXoKflVOOahl6TdmNeyGrGjRQ2jUrbUgGB6hxPvg+dbkYtS2wp+IF9nFFonR7ia4htmxIYrAEd&#10;oZUESvHpk1qVgZ6w5hn7RpmFY/ZkS2lTU3nbLOEVQKRnNkhgMNC6u6OKidczwJVtJdVrzRJrS6Kz&#10;mcqEIevTa/fb/tTmzD65YTRDGT8xhWyuX8Z9qIZ5OUQw9ESgHPu8+cp7UVlZqVHzdGNYePV38zn5&#10;0YJZhGlp42rGjEuRCxLgjz+U9MqJr1RQzcQLjuSiyh4rgyG45YQWAftR5AUCQ8BOOBi5k6eQKWFz&#10;3KCAjlYAvcnY52fbaFiHgX9JZaUlmKIGg+TeCq7XqHGwjgOTKbuSTu39Bo8PdhD0ZmHQSBiCLyEK&#10;nBTN90gA46jsvrDkfJ+tBSqGcQ5O4eOQBiJkSb3N2U6bCBaQZDYAJofsSyhTqr2AXGabBQb7hOEZ&#10;mYXdKVvBCsSxAkmSecq+bBlO9uXAEoext0mjylL2xzJ/L8fsAGG4qYxXfz8pMUOATC+MrC9wzJxF&#10;Zps3jc+sHVsmYxoG/oRBEq8fAIOF/St7oapl2aeGpHWXi8Z99OXY/fDh2P3kUe+enKF5MHPMviKJ&#10;IMuoKPwnCYukSyJ3MWaOSbKk2x0zq49nWpTQnV7TRGms9H0s8z44TZxVJkhj4LA219pSpEngRsjs&#10;kJj5lrpX9srEUtmpUSTZ389L6mUGaZSlJd6NMQMmwgyM+ixSZi8xUBjFl1O87mbOeMFU9G+i47y3&#10;t83eMNPpmL9DfmpB1w+RwE9Y5rZQQ/TIXe8Fsw59Cpkl7JkdNuVkWmYjqj9TILPwICAoNSgl/VSS&#10;X6mja5LVBTdlac2Y6/VrsrTXg0wQXy1rzrBki9N0F3lwZAArBm0QRR4DHFiirzsnKc7ZC1yfBOGw&#10;JF/X4dnikp/f9g7SIOfHXDNegIVG6Z8bW3s4cF7H9nKdPb48PJYWi6j1WSM5AwD5zvHZZ/gd+sP+&#10;argPFzjkPjs4BePihfvs4UMces8QdAJ5NFiRcmbvB6kzPqPgBs7FzMY0TX6d6msNhFTQd/2dmO9l&#10;ZgGzPFVrSwUCGezAvCL515P9A/f5F1+6ZwAvZ73aDOB1pq2mlusCLam0gxwdlXnLoijy3VbGy2zG&#10;v0f1aw4ZCRK2QkEysr60/IdenhpDm5AwRQBiM4RJ+KpeZ1BP2XgMBkVNLk7iFyzrXiqy+iCmI1Y3&#10;pcyTcEVBY1+3UA/RAPN79ByC0OnnC7n+oZ9b2NzVNb6rrG1O8KVfY735GNezj3k3Iv/sGTEYpu6c&#10;PnMUz0tqGGzjAHn64sCNIHkMu/jcSLa8QTJnvM8JgZ54j+sYYNeDrPD04cj/kibyFp7bGXt1N+zX&#10;d+SYysNGIz2Bdy7kMBb6rDPyOQKYzWxOT+rITsBTDZQh0O0Uc2qbrlO0YxK4ktO96ZfmVRRtK7Je&#10;a773nTYyxlzQ0dye0FpG70N/RiMGEumzj9piL8PKK1zbhKweGvHnMzuSvYYS0n12r7ugS2gU6HMF&#10;kKau8TNc90eo7bawFm3T+hS58sMYlvnfWlKu1lcCPAmAKonSJcVekp5dTlceVnK++CRbMm/2Lg5F&#10;XKF+3JZOH7SOFwAqLgdMYw0hS4egwUhegceUAy045Z1CupRNTQ0pbhxQyqcnOVzP4zJ1R+7Fo8cg&#10;dgC03cNYgqplPBIAOTNzUxoEvK2NMX3pYX5VSdVw7S3eljQ/xxOR7VLwEgFe5/Cq6zqpr1sO5xtz&#10;PRYGVknS8SXriMl4wiUZ+VoGAHmjneuogwGIADwkqXbHTTvUrJcnrj98DqajVw/7lpm0BBzkJuzL&#10;QKDXQk2GoW2rgN8SRuBk/aE5Pqc9AOARBancQnLrO+8iwAHAz5RYv62e0ZL4rvrcwHlVaqySNtSi&#10;gtPQMY43EW5CzbNjhEC8AOhHr96OR2pLEr9+Su9vHeyrLMD8XxHsW85P8F8F8it7gYT/OfZDJtuY&#10;p/DX+3/+7M/cj3/6M2aW/e4f/D5Auz22YxFmuW25tV2YWKPtoHlK4N4NyHbvf/Ip/Bmf4QyEZ4O1&#10;nXyQA+YyBTDtgv2/c20brx+4/jIbsaYmk12hz/1tg33tmnOqT2k4sv3XB/sMO7L1lTylaV+hwNlT&#10;zOn7n37qPv7Nx9j/t7j5TEvRv/jjP3a3r90GGLqFr0+4uUG1BI3zW7dufa/5x//dP/lggcP97OxQ&#10;aMPOD4yoB1rniu+RixeNPPUDLzu/msS7gib73OkLgxSckDuxK5kIlbTS/uFOeCxd01aT63iCx5iL&#10;j5zglCWdenCLsRSEKMBJ7kQeFqQJp2KIPMZn5517/uQ5m0JSkky84gFemcrr05Jss4B9QZMgCWhp&#10;K2bfMkC2EpKQE03XDBZf0j79YHNIbhlSyUEOtb3+MES1AttSCUkZKNSHgR+pBm9rRXAuF6NCaTGH&#10;WXgD+wZy55R975TGqX5xaSmmpPI4dGVhd1dFVg+yxvshY9JiLoMfJAcPwT4/MJs1kCsN5Ncppzo7&#10;kyzb57VnZ7BYSAqkJQ01mPEBi1K6CMA6gWcfgX2TiVPPPmN6aVqagj+uKeEX2WSe/4Ah4bYZ4BPv&#10;vaRgWZuBOgG66fo2FfCci1TSNeqlWDxUclc2y5N9xa5Kyl5r3MDcQeG4clJLld9fKpaSte/lUsaz&#10;d2kActfrkxWN3MBW6XdQ8EAc5aIWl5p25sRIPi/dxuirPSBTm+eNDwv+eVkvFnrw7FRy3QkfKhVG&#10;X8opj3UITDn1CTkiMGNmAbDv8YuxOwYIRAe4jQ0vzD4C+6Yp++KE1s4OqYBCdXERUhUkmSpbBfG7&#10;k+c/FukI+5z5KvNoQ02DF8Iu1TCN4mNikq95BvsiO740lT1CnQAVih9LVobELN028+2U6tTzXhsW&#10;XdWp08N2rJ6Pr+Mz09ADhik0o/w6NI/o+YRmB/dgg0GWJmwqo2yuLOtY7pfJdJXBF6o11isI16Vh&#10;20KSe41ZWcl79fXEP02DJDGP+y/nRJ3j5FYDK2sCdqrWdDs0h5w46AYgt6/Y6bmsxLpACbo/+axx&#10;//az3j0+gv8VeYQRcys1ekAK6oGH68b4u2C2mDBtLgA6tJl5ZIwLeZ9ePfGELdawdJ7GFu2X1kAp&#10;+3GTQVVmf7HMVtkW5vsbPH+PvRONsaeBOuLliIMKx0/GnNBL/9ko05PuMbFjvEp8g8nNGWy7xGFf&#10;EmPNW4XWBAJmqZNMoAd1Sdmjjg5CuN4OUsB+3vMz2EChubO9AQab+GdxYALLF9GN3tiUz8QgX6OM&#10;X8fFVdTDPktGtVpq4ZlJoCJfYxIZEcuCiWnIoQLi2WfG7MQwIMZByhYFnusR9jij9S0kBhMn9H6U&#10;sEtpg9z17djHMOh792zL0mUpZp5/QWSkLFvuFwwQhiSgEAPBjGDP+bXpNUpqq2jWGxy0N2FzMqX7&#10;CV+o8e4bkIXdwM/tgMVHqasLZg8ReEzJpzh3AyQUq+xemUdepYz0tTk+C1cCdCgFuEWHiOdfHnAC&#10;4x4KV+5Ya+Mo2QDkZoQbMLe92TAoszNlk+qo0nmfvfokobkke2bvOvXIsRZx9u/zwoh7fnjsHgDw&#10;+zWSHe+fnrvPD164IzBmyPdpc9xqcmhbycqjeVgUX2saH6NWgeaYWd8UHMOxLCNh9IiHnhz2eWyS&#10;x2E7UuPzMY9d8hBMylCdz7ockkBsFXkvrZHDKCc+F0uNpmJJJ20shMo7uEjhGmaTajvMJNLmvUdA&#10;DRUmMalfpTBiaTfsFLj26pvcsmUCMfqi+wJj8QGa68cAb96g5E2AFf8+DiuP4EvoO/HNfA/Jjbto&#10;vD+CNMk9P3BvUsvyzq47JQUOyW+jdlec4xim00XP+/zlQkJk3gdj58tE6x9mPBm7k48d1VqU9NsL&#10;iPoGZGEzsh3A73TqsXeJMTzH9U2YBSh16G7jOfCDoNU9sMBOCCjUhZnqsc0g55rrANPexGc8oM+N&#10;nyMAr6V1ToNfiLUSlInJY7mb8bq6h498yWVZykzJqE0mKvIIeNxO4uuXGmEChlY8U2e43jHei6wh&#10;aC3bneIzpV6fnXN3A/n8efYkPOdUjQZsSjCVOShjCg8/oj6f84HSx0ZVB52m8jbK1BwrMBoz2z0D&#10;2qm2lbBwFqsN+hI0oWPP0nitdqT/WRJ5rSiz86hJhHn+9o144Rqzz8ciCU66xmuty1sZW2534lNK&#10;uGsn6+CMbBXRvDjdP3FHUHFv7LYA3jSkrGmr618F+17/ML+OXRVywRpUok7zlSwi6BeOj2EldbIQ&#10;r+iRMoEJjGrDIDWc12+cF5jR39JaCxgTllyXxALCWbUFq6e7PMKdmMueSms3BXaATR1p7yKQDevW&#10;dNwqkaW50gbpq6Ndr4S79AgWcxOKlHpTeGddQ2ON6i1Ka6WPStYRLTdJWq4jQlgnb10vNhamc8oM&#10;aa5dOKneMahE8/XyHKQegH4M5OOgxf5v/58B+65+7a+KZqXkV0g8/jW1xIPzLdUrs0t+idPzC7cD&#10;0Olt+Ozt7uwBOL9w3/2d9/F3rCmaMO2WFIBZ95hMYRkZuLp+84778Gcfcu20C/k2zb+tKeTbxI6m&#10;s0kreQi0fpovZFj6BOuUeP63jPaF15Gpv+b6kMPYqj85oFLPTHSvqS6ihiAF6FJi8f/5L//Efffb&#10;fxMkIA/261336YPP3E9/+GP31r17YELusL0Krds0dziN93/8n/6XD7qLU/VgWLo5FfMukwnsIlhq&#10;GbLpYoZLkhvIP4OdUJZ8+7y+ZlgCAYvy1A/8iExeEswvjgpZX/6bOuRkBtmqfwqDR5y4WzoHXk1k&#10;LWxjkJSrHbukgUyefVBUxgcT1A4d7iMYhnr1RaEN3w5ZvVLxQxMGSWteoQOX0zf1sFuJSVL2QIat&#10;9dQJjd7XaVcpd8UKw8oM/oeTPAwSdQsgWN9YnyV+Kb92yPHRaUkip89bExaDBRLUPhtNHdygku5U&#10;mIa+ZqTUkKIVD0tQYcr+HQI29FqsxKqlUXBEvR6ftCDRaU8FpzH7lPLNDCUtZgWMEc+mJtTAgYEJ&#10;tQ+gAFOSUFgkm9JV6LLUMPihNNdAHp/ZKZbC1IpHYbrkxYuZTEmkpIFZJ2cMGhGLiw+9kD+dzTD+&#10;TpKk8hHYB1DYDIcbBoi9Mr5iThUty10UQJCfAQVoTMSfz2u4gRdZOvlqJZZpjhWoC5zG22SgPGvw&#10;pGg3CqFPWUrmK2ao4C4VM64KUpDgDkmk9PZe+XlSQTwV9lfqs7k3BzJ4A1R8JbCWn2DVjg+adGxr&#10;V6NcPwNGWmEqsqfforB7GMBaSACMjxUrz8Ysff+MDy3yXIOyMhTkobHWXzAaF12XGapCNtHE8toT&#10;U4HkwEWrFHIIHHOHX3QiD0Q1Tuw+YvVR8rKk6uLJZKVQ5OnDEu6wJN3PjRenzD0x2IYzFoqqiQCc&#10;GlQh3nhRQTe74Ja/JiEfIrVscux1HMwlz2m3yrZL42GytiY804ZjTBs+ONRAcZaEJgZkksnsq4aG&#10;084+ZRAmNU5OBsj7hYyn0KhZvY0vuu5LZfFQEMcxAyEE9PVxxiEjMXvTjuRAwT6efpCUHnyVNq4m&#10;9F10OYSqVrbzwQ3X1fXDRgkdhgjw6BTsG9FBbR/Xdkbyz5glftEABU3n5AOK0vGDMgCTNsiCetDK&#10;OGo05ldaIw8PwOCDRcevnkT3GL7cc8x3AhXo3rTc0fY8B3wTsjSN2CocQtEIo6xlEG/EY4FBAwAJ&#10;xC7yPG7gaQWGDbFtA/lCMZPN8wFzwSmyQXcueeadxHSKLFETNoXZYLLSpP5i4uMXza+Pnh0Baz4V&#10;i4+kXXqSpVGnM3idkzT/hSHBneakrBkn9h1RgT2eywxeLXQps31NPDwJTPN4jS3IRHaQ7ra7ucGN&#10;GGbWEABGsglKO2TQRHyo6HN3URh4tQStbSeSPE3PCffvHMVa9D4HICwIzND7TAEYZvYcO5HdzxaQ&#10;1WFezaKkm3LFQwcR8vWKZCQ/YQYrAUBN2yqzvJeDLjUrmamXmCHOzEpi1fHiKInGZEbfsieUmvrx&#10;3JZDV6/zvJvNeS/yysCxNGOyBLgAeDEBi2+EAn00vYPPuc3NqY6ByJaBFV7/m16BejW9T+KFR69B&#10;AB+lSkbzC1Q3XmacYq+isAXyXn0OaW+LtfvWzdssLyeMwLNWmtES8eYjALFfSCMrStKyWYHk5csV&#10;9pE3L2KVTVvydrbySBIA4upGNXmrAZTZh9ToCIfDS/zeCT7cKR3OMdD3X5ywHU4zZqGcgBLE1Gsa&#10;ZdxhLU/CnL4goJjquFaa06ExBq96SKr/I/lIUYicMZA7/p764zXGEMTqjlCnKWRuBF71KsdvVLYb&#10;K4ubpCCPY9+1qJ6nwjKO6rXLXpnedOCaNGwS8dRnwNIaqr0yu2i+jgzoE2SdmXUcxkPPga4Nn+8C&#10;D5DYcL/Cj/yImDRgJS6SmJZQ4+sRJKXbc8/g95vbE/cQ9+Do4Njd2z93J2enrrt1w80BZFHl0ovJ&#10;pjDOSGbtRX5/TWtzCkFxlGRMz1g7ZhzNNRnxPb0NQOQc43CuPnYzjDNacyj0J/IgUKCvEQCQwjp2&#10;N7bQPAFQROMN83cT316wF6dnsgH9zAWtTZT4y14rBOJ1YOjOdQMPPId159V9jqS1uC8m/TUglu9/&#10;p+W2rFGkH0jk8zlSSyCmukH2i/V7jPXqgtZu1AazkQRZWA1PHoiXxPanlGF67a7nPeFjjMF3xw0z&#10;4TYxLscs3JEzzUjVN9wS7xsJCXPCCJZ6TYISvao2OOgjaNXr9cxA9yX77VYNsmz6b1LWoIz/ohCJ&#10;ysKu9QK09yz6isnH0vaGmSxFb9PwfmsNYjmHNAx6Rm4WaROUam58cQGG8ukzgPYgdly/cxPg1ybv&#10;LxOMPUoOF7C6Yh26pGcSf6VV0VDOVynULCXcgA8NdSIgj8YwSRQptGOGwA4GVII0NUIric1BJabZ&#10;vsG3yub1wjhHzTgi7znsQR0d+GkyX2IeYt8jS4sRBa7g3x4NCpKbjyD/Y2Y11fZjU9ZJqFYOd6xP&#10;NsssHF8r+PxLEk19BeK6DAZHrjEk+Iuey4SS2gmERKP2AlYSLMGmz9GEnEJb80cH6r+1kkufyUDa&#10;C1UvR1ECEm5AvnLHuB/HCDMhhuEW5ngOfdMGURPCKzSuV4BxK8NkmB7/SoQorb5U8EO/rPURB2n1&#10;0gZjMrlXpSdkt0odb3P4xM2w/x1DrjujjAfy08UaehMpum8CcHrrnfdYHfAZAjV2dm9IzUk+qHh+&#10;I24sRmkMa4Ofg+fI2xhjfoo1bYya8sbeDa6fdpHKu7O7BaXAiOs8r0Fz3HgYkHnSwDvfmoJXSWpz&#10;JkVtabY0b4dknlAxB5ffUV9rjeQ7Zel/uZOhUiDm5nQ1Hnz9d/1vsjw5PILNyaNHXN9SzbANMPz5&#10;sy+Y3ffue98CUDpyd2+9AcbffYB+n8L68D0A5fAebSTsbnd393vNH/3RH30wA23eZ++XOBixK6m6&#10;fqAVGybt6sMrKb3L3y964GXapV+RpPqlgBCffUi446/dWq/dIEYxm6YAS+uYPzGqr0MoCWwpVsbx&#10;KaexJTWQogHa4ncoCa1Bh/Hjh0/cx//2Q7eBRXW6O5EueDNWRoPIjNps8OnX+Lr6wTApI4cO+l7i&#10;0k1SW9OeB/+dVnwUgsosrbq1tOM05PEtvUIFDq5Miip5J9XrlK+80vzg0O5SyMyvIp1MLptO2eaY&#10;QhXMUPmwpaaSyYYCHir4Vxig9XX7gWdjLmpTKQSKbEniv4UBlZYozLW0uUiWM+igyaohd+pj5T+m&#10;Y8z7tRT1wm4z5pjIZp0mQwuA4hQ8nCsoEjWpEmanFzgYnThJazbvNpNzGhsypEHKbZEMWSJvYFaf&#10;V/qfySQsMUsYb62m8zoBARn4nnLhJFzMRtNd5bAggG2TD0gDs0YGXwoAk0MT1uyKmd3nYpFG+pJt&#10;kbyvgMLABaZ3Jfk0Y82pMC0NyE4+ZVDDou5FepuydMRXY5cZjeq5J+NIZLoiX00Vn6vToJNe16Ne&#10;GRGdbmRusM6lioVnBYSPZukHc2awr559DqbOVDz7plMqkItPI7ODWn3moUpmc35ohO2X11kDpxpl&#10;dlBRP+LnQ+BXshRs9TOUsZEEINbjiKyfXbWCFOk2saGdJvi63JSou9cLTTx1OUV8ACjz7/SZLVDS&#10;LFL2trFUSZFX+4HDcFnPdE6qATgBuILDh7JeOQFAZE53mWGbXEntTJXXQhqs1l4/4xJHOdZL0DCt&#10;ioG+6HMybxSyoVscYCyd9wwCZNZCVnj7UtBW3Vd6b/oYJM9lxmAvwEiHz/f0bMP99MnY/eBBch8f&#10;wAOta/mQSwfrqJ+tjzE3PxbswZfy3ErZiN3YxWNlJCZNEXbK0isLJoOnBND6kkBoa6XIe8u9axRA&#10;MMZbH4sEJzv2cnEfOQW462Vv9sq4Ex8zPSBpEm7StVT8mbocjMPhJN4p+NZpoyYKvy6JtJvBxSiJ&#10;orbvT+EHtoX9fW97U2RVo5E2QbyaposMPnLRP2bmCIeYMLNG2Ab0OYhhx6EfKWm4wij781rCX6tS&#10;IgZu+pjXhEaTEpMXdhaxkBovmdMs0WZ2pACd2AzcZS9sSL6/+D0BW8XTkxhgwqKJqtbo9R52EpzC&#10;6ZPC2qO9g0BbcTRRZmufeHzOIOeV5bxlJpHH59u+8Ya7c/sNdNx35HO4RqVuSCilUIKFSGUbDWKR&#10;g6MERRDIzAFZBtyS510vjESWv1NybC/sYmr0sdQX1/DwyRN3BAP7HTwjQCLw1xIPG5Z+97LmBg2a&#10;EHuy0aCQLuEbyiDOxbzUhBZeknJCj1OmoC9egF7CDs5wb09RdNPhmNhD7K4LsOQIP/spgt0efXno&#10;DvZPKdaAr2VKtjAEvtJYwp85AFpibhpYZrWihXHxAYjmXSehELRRUI3bcmqvyq1J2ptZgAhiwf0i&#10;iTkB1ZsA/WC2CPPuhSaHj8U8gRicKeba2VlAiSUJZt/CVCT7UZqUseuy17RXLzN5jWFNLyCrsNJi&#10;dZyicTwmkJ6MLvD9+7jEH3sJippiLk3AsDkDyEd3ZBvP7hTvt4tD5DYOLLMX8M4Dy/MF5I0ejIUN&#10;fMZTHCg3uEAh1qg0fNh3PInPyTkxhfFvAiKJA9IFSbMmwICk1nvkd4h7fEKBI1QX4ee2MA9OeEHH&#10;tVMoCAMQLVsAkpfxZkuppWD16c84DXwjsGDhxPZiB+95IXQiZgVa523MnIERy/V5J+0XhaHVCpgI&#10;LA0pwpjHdE8h4WxgIcRdIjDNXKjqfpMvtlL4jL2EAxHb8MI8bUdVLLxtJpQYT+EowcDaxADlLVzT&#10;DyFh6nDg3oCElRhtLdmRUBMiFlcW9ol2rVosUf03kYWp8QUIc+VgbE2xEELxDx7YAkmzsgnFg7lp&#10;QvZXd6728RuCRcbSCuppO2q8ymKLzY94Y8pjahthWpvtiVyrPUaxbSEm6NmTp+7seEatXWZ0k7q1&#10;awRIYysLVSg4v6SQeqXi9eXstlqlRUm90w1iGG6BcbZwxxj/87ns320bswWAyeWXBdNerTkC1qSE&#10;eeXhc9ZOd11/cgQMOHJN4nHObDDfmpMDl04x70gNgSZLAsgSufnqGCRI0Q8CMa9UsL2KOeX9EmDi&#10;h57mtkfiPcfkB4tG2xgMu3Ni3AHgJ19T2ktpDfQ56c6tOVOk1wtESCqnpmYKxj8x+YhZNru4hO/c&#10;C3eG9yW/OaoFGrYESwO14m/jH+/S16b7ee9f+St/laiKbCNjdXj07BN3dHLoPr3/uXsMpSM1HrYh&#10;Id0GKLeJffnajeuMk9wDs+wAacc/+PM/4/0brDL23ktBPGhpHrEfsaouG2XVUy1Bz2GXJL23Id3e&#10;mLByIehhMPj1d8ytAZ9f7/4PAbzg1ifrDcd2Wntvr5wTqxr+V3hflncxcJpqozPsBX/xgx+6Z18c&#10;uZu39mArswMG37vuRz/8c/cTMCFv37nn3n77pvtbf/Pfc7/85S/cR598gufwNtceZMuzR8y+f/yH&#10;/+0HPQqXUIPytQRzCYn2g9CGMATzajmuHwJ4xYNuNbijvineh0ouuXSjs3eCz74rVIwz0Fez9szP&#10;LRSASrrcRQJoYF4x74wDoE9Mi8WOnooU8mNpYRIcEA39c5hJ//Bf/hv3u++87bau70hCmW5uJldz&#10;dfcq1QEdxa+kJGYmLlZZplmBfYPDkF8F6vwALPElfVSNkbMn4QBodRk0rQmvK4tIZlToVSS3Ekwx&#10;+K9UhX1kOaermIA10zplZ5EB2Dcgx1bS3MHkSKsJrQOP7myz7Uz94LOnXj/oashnjW4YU1xJlPO+&#10;FHPwhVcmm/NLXMQQlu5mKX7LPTEWoKZGZ49Bn7/PfdvU5XtGBen5DKbnhxRZLlIRY3o1oTC77N8G&#10;2GSPxqKPzX5tpVlnYFybUwiTSlolGIUKremQtWkg4TpTUQUPU+7eheUyZG3LymTQtZTczE9jdhIJ&#10;2etF2IV+2MXRpMZ6/NUJhCZBSznIoTD4rG6Q67Dsul7BpS579ZVlKurPLHSGj5S36cW7Lw39Ki2o&#10;oYi/S3COV+Pyg+PGPX4wx6YJmRFYfdS4pyKVrFiEVCBgn6/BzSW/UO+XvSKsCJ/qM9sQyWEyM2u6&#10;rimz2xIbvjTqsZZyoZ7MX4fB6SD+YyrzTZo+6PKnz3n0pW+WFmpTEKpudE3r75VdmVaKH/mMKvPP&#10;0rI6bbdu1hTwx/s5M/rka2nATDVwzrwHM0OvYnPmtSSWZTuHcbhh2IpdEgOB1c9KQKNndVlvyb1R&#10;vP3mL+ZucdzngSfP0woVfS5LhwXCkoiBQIEbTeSn5e4jrO6HSNT95EXjnp3NxewdQNRCjctJsmNJ&#10;tvIaMs+9euXR2zMTqC92FyIH9Qy6sOSVJaIb7O8jElyAlGpgTvteZrMleX2rD6I6JJok0hI8nR7e&#10;mtDqfi2v2fN19Nl8vpZm2h+WlHbyGqNRq3Jp9SGLkQ8Etl9ECyKImjyrgE5S1hfLv/D9CQCSa7u7&#10;APo2lPUBwH0ShFmtzMuegauRXDdLnx3LSGac2tvqqG1U3igsSfYU8l6l8b6kJ+KHt7d29DMLQNf1&#10;0iggoluvUnYCFokZ5MloHX8oNEyGqOxvBIoSyEhAV+qLFD7oQZ6ui4yxCSwKWQYsIKnT8cE+h14B&#10;da2PyK9QHkrP94BSvGkPAn4HadUNd+suJCKQ6jBwwYW7AC3cOCAgZz4T4IzZNtoE5eRslYK2Y36c&#10;dO84IKQKWLM9eQQQgdOZKe0XB1IYUUEqdOpewCfvAr7S/eypC7MD9g0L5HkGVjqD+omF2QxidiwJ&#10;TtUea2mfvTYyCrtfzeeKf/PATdyaDlIvEnh0gWd2jrE2Z0mzPHm+XvwsMYEOcM/2L07cPqS+55DL&#10;jcCQvQZ1yMgM9/Ezi8tZZfch0le2ltHDb6s+bsTsoedkc4uGFIdK0HjHvebDEz3rRsFl/O4GDknj&#10;UU9OAQL0d+ZL2ucxqIav2kiI2avP5TaZK5YcCpb64PPhL/Zx7eEmJmNU+hzUEZWZRQSjY3yWJ1jT&#10;7+MQcgLQ8w289wuus4X6/D7AvVMwSpl/iub3Pu5fOkBiOA6ZhJg18OmbTdoMlt4BOHGS9BmqJFdM&#10;bi2nPcLrT1J7ic1EDEUCCSkN+PICiY/w5aM5f4F7dNYJg24XzCJirWzTmucJyOu51trGHGS7g0Wf&#10;me60OTNciHFIgUEXFChCjVBasHlsSVz7PAkrllJ92RWFfqbrqs6s+JAu5mJZQDDad7HObmMNOFCg&#10;KsliWTYnrUFJB0G+l2MGDAU43GxLsM8egL8tvMZFFNCOEqX3KLzJyZ567nQssI0DAcpTJjBM8Vla&#10;ahKwT7MXtqOtT9b0p2tootSidc3p3TBYa5nsoE1IqWO9hiq2Fa+/+LeapDxUgVRRmVZSp0goo8mE&#10;fW50BwX7hOBBP2O+5llZxsTLwKnubKWAsTBDGuwCoE+HtOddWBPQ/QjMOmryHHDevwYwUwXwvQb0&#10;YudSseoJzM4mSfHZCRitRy8wPWZIMJ2KjJWJLVpTuaXzulObFmJSkVE/SbvBhB1dYmxBYumxprbk&#10;sUlp3w1mGsC0Fuuxx7jv8SfSXkPeo7THJ1N/uK8P9lXntxV7AMMCohFOQj4zcp2Ba6HE91Mw7lJf&#10;sbsULFp/Da/yb/NFXacNWvak9IHfky7l0ZPHjnARAqnGaDo02Vbsrzfr1X9NsM9fCRu+/F6sk5QK&#10;sNYMMIgOdes5GH0fffRLd/+zx+7azbvuDTD5dmG5QOtay7J3zyx0YuntXbvGpKcf/fhHbgPAxubO&#10;LrO8t+G9NwdjVZrJffYHF3uVXoD7UeCAGrLFMMDLVB1pDdy3Lkfl9R5TWMUyfotg3/ozsn8t6Xmo&#10;grDYtxd7ws1bt1ipQWDpFmpIuk83b95w3//B92H1dea+8+2/gU/UgV35jvvjf/UnAPrG7s07b0Ip&#10;1rqbN25+r/nDP/xHHwjjrUojXY1gqRbwUIwdl5h7oQ7q8MOJ5Qe/E4aMvSu+PgQSZXGOyew5JM91&#10;NJKFL//uWvqrHyTPRgN9jG1lMZAqs7W/i8QInUPtVNOg3MT7vfvWTbcAyPeX3/8JmwVfR5ITJfnQ&#10;YKZrSaHQTNPS9ZRlpkaohFY8ntCm3lXyZWNIVWm5S8m35ilhXl41MCOHjH7wM2uTtNdY/tnxPdS0&#10;a1+nJNu5uBQd3g0NOEtiRay8C90gaKHitCggWQU4eC2+qxCPIt2sKOTZb6/4C6YBGBBzAphZ8aUV&#10;GnPx4yOgKw1MeH0BMlPM4QdKZckys1RtbKkyJs4HCQ7AiCynZZlqZva5HFzgNPTBljVi9l3O0S0+&#10;8MzyIsCHpJ2jRpmGmspLYR3Sea2l20P7DJa1+TbPJQb2SMboQ0kodebTJhJHXog1uTr4Ouk3VX6F&#10;riSA+pAZkcHHJTp1qMCgIYU8KChjYK4lS0b7WT9cGAsTUIFCr0ZrWfpuzE8TywQF9vsMIOUEOX1v&#10;kTv3meUl0uG+YnvoNabyrIQ9OLZahcG+YVhRAYVCZVoufQVZTQlMODpt3aNPFwz2bUAXRBYVrXhp&#10;q0ejgH3mzVcz+er1zQrupPJYYV7u4rNt6LNRNkfQw5uGVeR1he/DRACbXlg5BPT0qc+hGrIfNAr2&#10;Ncoo1u69D0PfxSpEz5i1xLTyqSToWurqMutZxqixJ9tqvjbaaKoker4YgMfYqoeiMTZVMs1MFQPX&#10;57pGhOzLmaqMkSpQsvIY8iv7i/kp9bEk8ybJk8iMNw7mULdzPvsdQcJ7slAGUtCQhooV7yuwzxIs&#10;6X3wu6eXAPfg4fkXj5P7BGvCKbH4Eh+VUVxhLkfh01LziOEfkwGHpiQDR/NOFB8uSUvzHMxDRV7f&#10;pyJXD2IiPu8lPIC+xiERnQAQZk3ByZzRQjIcA1h8GGGWTF8kS3m02Vwzj0M1W1ZgiiXAOLzT/YnZ&#10;11E9xYyZpKxM9pRz4vtngI7X8S9pulIwUYdU/BshPUEBure7DRbUWAJ1nMi0onpR8Yk8mW9hUBCy&#10;V5ZKq9rtRlm6jg9XfUyZndlo89HASAJmmirhj0AxC/PoNTWcffQ0KdVkkZw2p+AxMwZ1vhCAk7q5&#10;BI4mpx3zVkJpdK5mGScBgl4YdZ2ls7oij0udgCXsnRREYpvUD4s+1872HgrNu/j3LoNZPgnLUBio&#10;ytSLi+yFR915Yco59hW0JtyCg08I4LwsyZxCied7w56GjO9HlnCR1DkwyCoehjNKoUONRcmrTz7/&#10;qTt49BuEpz3DvTjD9ZwB7AgqQW+yl4+xhAwUENuNvuzl1jAKIfs6FtJ0qjw7de+jlZ8DGwSQmhP2&#10;g/c8nwlbj5giC4BYBIxc4OvHGHNHZ2cMsE6ImcKHooaDX6ImAaWqyeDVd9quhQzjeT6xjD7kfZHB&#10;DfVs43FNHoOjKR/Q2cAC35/gkDpi378Fz5dG2adRn5N56JUUY61WUuU3q9Jn29H6HAjhrpA2pZxg&#10;yqnciSNyOJLpFH97iHX6AWroJxgXcSF7EIVI7BEAbDJhfH1GIAXuze3jU4Ad8CPYxGeFB1RimlZw&#10;W5i/FxTM0ct8uI4x149HwkAFYLMpnHJIwDjlCoEWFF6BABlKpOX5KAv0FPvgwWLB69oOgOh540R6&#10;Sz5JBH5zAwFgGQ6wh1EbwjSmuVlRmHYRYK/Q8NWvQ1mrtzV0h30pW5+9fOkgHPG+iFFwl0EDPDCn&#10;R5SejveHQ5MDvOn2gyQLi9ehArNau7QKlM8l4ltkypzS3PDnWjhrQsm6OVPrkS3zV2cAET/L3jAY&#10;q7imI3xtE/+eoAYYU5ODkzcojKzLJxf53CHXmAV0c7lxnFIlpXMlVHFIvtHQGw3MEzlq1MaajdOU&#10;z5a5ga4sx+Bl7/TMQisNFTkbqKek1kqNrjVeGw++OlMm/pmWKyEC8ztYKS32j9CQw7y9fsPtUeBF&#10;EDl6o80zaZS+CuhLw/PsS8GbkJNibZ7TvWFWGTVqMA4pqdSsWTjIZ9zquWHYfKc1cMTpugKkUnOv&#10;oxoAvpQ9he+Rpyv2n0T2LvTZ8d8RgF+6vOBzbDNVmw5mIicGQ53/mmCffwkskuWKQ7zAGpMMsDFz&#10;ecTrDrHuKMCDw2ym0xx4NfRlS68NlJmiw+pAxhEUCP7k44/co88ecQjVzu4eA1ocUPO12XJLa2Va&#10;D0i9Nhtv0Oi/AtR062Tm6WW2fNXZfZiqTjXECZihP/zLn+CbE/ed77yDmmAb8mfxHuV6h55WEBsK&#10;AviuIVWXJL4///BDrLcLsM63eY8mC455dGp/Is9eGsFOzhrUaKbaKqZVdadLXz2H5DXcEPOr/zWA&#10;fasq1SHwfdXcqS3fgobFjaGc+AxS3acAoze3tjmp+O17d90vf/ErLOFTNGNvAlCFnzTWi3/9p/83&#10;0uQ33J27d929t94Es+8f/Tcf+CWmWDHw97mTMmDkZQ+2oAeUoex2oOVfkv8WSVUF1JicsGL5hUqH&#10;HyokvteDikSpi0dfeOliunyTU2Z8mIGz3fQBsy9paIQa4yZlt1EhQbT9t+/suTvvfxP+SE/cL3/0&#10;C7dL5ro3rrEAkEADSjfs9eBDPe9FSoPFyFgoOQmYphB3U+ZuVZdXeq7Jlfh1eyxhWbrnQgXGpAEb&#10;M1n67IAxmCpJYPEYtANTfm4DEFruX8hMu1j1hGvvwFhJdgvAOkjlzQytmgUXsywwpUo6WcnM7aAQ&#10;smTMDoSuHNw1GdU6fa42vk/Fz8PGs1QSXeVLmDSooGIt+iEf0WSylhsqC0avv9vnPwUYVJCsSgBO&#10;yYJK5pqM63Mq5cVi7E6e+QwAEdhn8gQB+6TgGYJAvgql8VXHu83JxuydZzJcGej6tbbIp5f8CIN6&#10;vrjKY89bcEtKmYGXAbhB/yI474ZeiIW7mirgSl6H3SS9wc7me6dgax4jVRqjr6XEqTDwVMKbDNj3&#10;wzEqXlHG+Osr5qsGb+T1o812AvJ1uY6YJpK2zEb4C03freaUSnh98EO5pzEAUZAfnbfuwSczSEcg&#10;x9oMzOIcq0cjpZC1jVyryOFc5cunvhfLJrRmks1FH9KamCugjDY1aS+BOMZonGnwiCSDBpWtdH0c&#10;jPPM3KvkXyVdPVSelcoEdCqHVlBFZIrDZoeNf2HX6JrFvnpzvaamcryo3MDTXCW5loq80D7NTNl7&#10;53Ls65POQVclcEt32Pz7TBrU6P0U1emS74atNXEJ7OvLz/TVOilpvJ5/joEtkn/iMNsfwrahDUW6&#10;W5uGKPuZro789p+CBfirL537/gN4XD1auEcAC88otNGJjJRYdiOWWQaGMGnUkmxwxF5Dsj7YoYlB&#10;o0YYnNyYMjklSS0pQITknyHkTYXBP4ZohAVGhRwVZN4ZU08+bN+XtYeTTIOAfwwEhcIE4qRYAgJS&#10;rywVSfUVVbjZLARNtO0KEKHFseRudRmM6Rm8EmsGzpQwaawCGZRCK8ATmmmYONeubcGPZyopuXoI&#10;Dt7nuUgHzoYbICMBtHVNo8KTJUQaXNNQYrGO9U4Zi+apJab/coAgIJKALA4Q7oV5SJJZul+8JqmH&#10;mkAkAorGXuqGhtMD5XDKDMyu4++xryIdAomZZj5rxP5iiaw0MqWUiZowrMBdZVbOUuIkEpEUNcHY&#10;fOzws9tbmyT9cDeuwb8KYSTj0ZgBrNaLxx4zVvP60zK0SB6UArQV2wRha4onk3y2Xk3oAweQWN0V&#10;VZIsgKokzXNaLDE8KKUSwMgWgJuz4yN3dAnp57V3wDQ4dvc//pF7+uCnaJT8xD17/Et3dnAfFm4n&#10;PHwneYUkb+eQrRusJmg0dKcx+ayBWckabfWaJH6hjfrFkudhp2U4H64xti7nM9lXIaMlFWWj7FFy&#10;Z/sCUrkTgAfE7N0YExPP5bRzAllj37uq+6SpkTJvAx/4CRzqBGTVABAajwb40K/3C2mMcDAHmFmw&#10;OgIDAFKoyZh9KxeU6uwbDUNICt6XBiavDxxAo1JfBZdofjbKOkrqf50GdaClvkuQEoGhPTNiZZ0l&#10;wuIFbtoneI8P6V4ItRNLEAF9gb3jZgYc4fOdnp0I+HUC7z54FRHwlZDCSCAfsfQ87jXJoTlhmkBN&#10;ujf0ksqaaxWgoJ9dYM2/xP42u9Q6wHtdu4kiGdwprnEKBinNLwL6PMCyHfLdw9p6nUAzgHzkczeP&#10;ckbZAlC5ELo87j2BjBNhzAW5r45l8UFYduTBByBFZMTKBNT6gcFXV+YRTUYKFgs4X2yRHJfklFQE&#10;aLgHNzisW88pyyPdT2zc9O4a3vOSGhmjwNLembLjaDmcJa3/8P1dXNc+GjDsk0i+hvh8OyHwZ57h&#10;348xrs4xfjbJ5zOKP2aIc2bpO5W/RmV8Ngquc3gRGKxdbAb1l2w7YSkwz+fAN9lQhcksQHRUlrH5&#10;2KYhUBh8bsSFzA70K+w5a5hZg9prg9K8Yag2CebVrj6/JAEnMKIhMCJcwifyubuEJH9GMl8KZwTL&#10;ixKfSSbeOgvNSANvNFcBm8OgSr9WebgMDqZ89goKfmBtIbAazDwCbg/BOjxHKBCH9LCPn5cgoAqQ&#10;p9ndJY2aoz2MmIDUmMO+l5DS20LWmwDcxPMzqWjJNoHGH9jI8egEaxc1oPAJJy2fNTjWRP1EvXoo&#10;D1R8zl8NsPjXYTSGKgxxyAqmtWsK8JHsIWj/oyCNC4B+DLwS0YfqH19SyFcSUr2vLKkqRt//y96b&#10;B9uVnPdhX59z93ffvuIBGAADDIBZOcMRh6QoiYsoS5RkWStZkUVZlEqOLKcUlbxEUZUTKi5XpUp2&#10;KrGr4lTljzillFOxnUhKpKJEihrNkLNi9h3bYLC+B+Dt693O6Xzf11/36XPvfcAbzEbN9Me6fJj3&#10;7j33LH36dP/6tzj1SuSsRxLy7kQ26+bGJiYCX0Vfum1MiJ1AvHcUQZYCA+XvDOzz9lDtwOjqEZd2&#10;2ZopdQM5sd4ZPFQZcSUHA1powMri5b7Z2txm5Uaz2TLWEXjP0MLdIoZS0bmh9NxK0dgfkC3FFspM&#10;tzYb6Km6xfccjbXK+ACamBhHlt84nDr5GgKoZ/H6NWBtZQX95+aNaoTYm9TGScrkEpCzxdLMTEv1&#10;BFvqG/Ej+6lndT40JdOfdRPLII+H+CGj/nVQymN7Rh7uBfkkPQmfgR2Cb5Ql0akMT9BmQsFts4HP&#10;7U2U26/jc3EdfSWXllbhz//i27CFkfK3I+g6MT6Lr2H4s29+g1zSYQz/ffjIYThw235YWdmGkeE9&#10;cPuRfQj2/cPf+PqON2iPVx90yW/zPl1ZKqbqSnqJvM90s/eiLk+6LKG3+4IlOnV0bhrsxjzp6L+f&#10;/W4E7SG1bDnbZZSqLEtBa0kw04ZRQQ87B1rZyTs+GBDVnjk4Cy3U9j/+zcdgqKFhYmaIfQ8S9Nwg&#10;WdUAtuF1bSbWSnvMFZ24VVNOeUvNQzoqNPO+cXa12foLKZ27jSOVyU14+KB70WbrUaB92bAPIPr+&#10;eTrKo+je92XSssx/jgfRwr/KPNPAeZRlgE+GwGWrGh4oo3Venuwx+NigXNlUVf+B6IFAzpsvzd9P&#10;2rCICICNbViGJHAapp32uWWy3Zb4N1Lnlwh4I48Je+N29Qw6h8gbQ3gb5sH+fJA4GQIx93LXxrhv&#10;idu/8YdTIn+js9dA9s7aNVxtLRqQpiyBaMz2csw+sT3zpA6ZgXHk/PWAV0/jDLwSAMcwr8ry74JI&#10;QFPHILUr9hBlASoZXbUrZ9tjnIHuRyPPwGEb4JN3DhCmkI4EiIpzbD5nBu3JWZhtIvnN2qUxp8IM&#10;E1ZRqrsYnTo/SOE22JFrFzlWGcsiZBBlgOCmYfUxaGVkfQRuJM5bLpOEefnZwvrSzr/STJKMn9Hy&#10;ZgznzrbQBwsnL9WY/RnLrAYyPo0M9okEhQgaceSbaepMuh1Z+4LMCy3iYJaik79Y5mTm1VTwJLUF&#10;AS7FdF36R3MNIg8ezZiwdlKeRQRF7n6yCw8G7JNgHifTiTzfS2GUyMQz4vPckXYiprwS4pAZdmu+&#10;Vw27tCMvw57lEBbeXEPu46pA0KkEsRTkhukIYOQFQcigM7VgHvgLBDKgTj1Zr5VjS8u1lk62XyAT&#10;48Sy/RjsQwP3q2aFuoBGTWmccoCCljaTMmiHbQJlZt94ZQMev9yEC+jFdw1ZLhTCQ2mrBJRsoySH&#10;ryVth/3j5M6J4iz1TJhqLLhGXyaa8HR45bQMWagpTvJaIoGNUgO4UBtQ4tcXG1ZlklipaMGwiSLD&#10;PLAAGyfnJm0HzmsBFklOSZ5fRfa+UWIXYBZlSNpI9w2nrAnQ1E4TYcJq3heb+mlXgEl2Z2S62bOd&#10;JLec/pmIBx2+h8AAAqiIjTZQw5VmZPLZCaIJ1zH3Pk2oiEFGx0XyXGbACiDA0kpt2l8ZPZRMCIv4&#10;IJKUTMI7OFRBWE/kuaSlEbQ6Rv5OYQP8OelvEkkEJHCO9tOkAxtwTtvAHDC/IzA36RiAvISSavrO&#10;BhqXJ+LRa1ihxouUzx8O0mNlPIQ7nPJpAED+nqTjyeIoCbztQrXY6gsH6INoVULmzgTwERClxKid&#10;QUGyNSFvAZ05slF7o/2LBLQ0oB04VQC3G1lY4z44VXK+zGSOgTduRx0XcJaIBJvYcsSio+uxiUEO&#10;TWK34mR3GyVp4xP7cPC7ANubTf7+NWSALV2/COtXT8Ly/Gn0F1pi79lSbHwu08iAVyxfjGQRF9s5&#10;LWaU8JlbFMadMREzPmAmCCt1xHITEgTsq9axTIbIbK9tU6eVkXXaYCLFEsIYU2IBri+vM6OLvI6q&#10;xMYnqTWfJzN2o+NQueQ6n+UL7hxaLzSWJxbMGNWX2XKKZ2SuBbVHAgZpLNNotvl6ECuQAUadKS3c&#10;og1kIUWpTMDi3EI1OO9TKwG2C5laErJT6XSoWdJoah63/yKxFvE9mzh5IQbiIAFT5AvJ2yDQr8GM&#10;uzGUKlJybQsnluSPWELgmYJg6Ny0igaEb5l4cPw8wFQx5qc2RMZ3dALBgXXc3hZO3OkyD5IPXWrs&#10;Mtg7kJ7y+AcC7pK4YDzycD9GEFBIlbFOSXCS28D22LDATWy8jo2nprFGqcWGzdLoJG4MTqzWRNj6&#10;PDBIjMy2JQ9uDrRLzAJpCe+7pgSgmAUtE2pDX9TWmfoA2gZkIym/e3bKBFwe0gz6lvEmphTWMi0Q&#10;4nY2kwjAl2DixRiVhN9tPOghArAIIFTWkMRUHffxcmTGeMRA5PAjBqRpEyb5lUEklWaEABXJrqTi&#10;rw3GM5UtimQx23lu2TmAzDf4GVrIeYQ5IoSMvCLfy9kbZ/pAn/NAtJhomoX3WSgsdQtMsvgLSQ/z&#10;rhDJnI9A4nWT1JsSw3kInyPVIR6RFIttXhACbyFK5bztMgBMa50PEVDqBiyjPNuoWDTP3mK5bPx2&#10;8Tm9tbnJDLdipcTPWuqzTHq3532XC8Ew41MlTPwOLRJQkBOGdnQoAARbJ/dlNB9CBlZzY5UtFNr4&#10;vGuxBWaRn5ekGrBS47y9FtwgmGMXwlVnpeL70ztc2zCcqf+KzXizgWMf6sf4vBSNPQLbKFl2tF20&#10;cspCnU8+FXazVTAYZQE+PxDoXFq4DguLV/F4h+DQoUMwvWcGPecGweC6WmxR3h3B7g0DXJWniolU&#10;H4/Ifh9UO4DMeX9DZUF16dviqOBstPi5jM8F8kqcn5/jc0rnpkJjGmx/JMOdn78Cly9eRB+5BnqN&#10;r8Hc1Wtw4fIVfKGX38UL7HdYRdYZ9yUo363VaigtPYiLhgNoVXQB1hFMVWxnMgT1oRoHoNHz0leh&#10;OSMgrW5oaaidqhFy4S89akXdlS3RB1TdSVbr1F8+iKh75XPdn7SqjxwFWO/QEhSIR3bi5jg0xiac&#10;ixbg33j9FDzx3RN4LsdgamYKpkbrcOKZZ2F6ahrBVFzAwcCOxlYLHnnkEdi75wjiUJPo4zcFs/v2&#10;IYGkCnv3TxPY9w++3gdmzNhgAhaorlCNKOoF1pRvwqky1F55lH8VdfvzdXuydfMwvQGGXV2lVc3Y&#10;mD3v3iRUZx4slkmmZbVSBmWZH0aWrqJ86jmAMxaPhGJMK2iDQ+jBM1qD1xC5vvjaBdiDF0PVq9gJ&#10;JczAKKFZSUH5EFHmsaMts498eClivdDM+dVBDmADZ+LcY9YFN6BROz9G5YV/eOwsd06ym8ax6Syz&#10;L7d640ntorzRtWVr5cIpIBU/tSwpVfXRDmu3OpcBMZEAOHnPQ9W1YuR5IaapkxPaFYtI5M7AHkUp&#10;M1UssBDZZFJJ2mWATnWcDNuw8qK+mcHKY2dlDCftAj0yQ3Bf5qwyjzkrnOFZp/WJaxg2k/W6wvc1&#10;OsjsuxYx2EcPnVJJjIVj7cl4ZQUTwAtJyQZiwGCPsPbM2qxcy6L5GxS9dhFnjE+f1ekA+yS7bJF2&#10;DEUN3r3e9+GjnFTXX/zwB0uZz6RdBEhyQLFNanPMUAWORagt00+DA/v499r4ZtmEULMIo3PsxCx0&#10;JfGWgDrS5mLHWFVemI85JpPmS9dM82CoIgCUdiEPOZtJb1EjsjAX/m0FQ1jOnW4xe4WZfSUwYJ8z&#10;mNYSzGImNVG2RuKYKZHrelVOfq5s6rENOaHBO0vAjO+Zu97Wg08XBcTS3qpVbOcVmQ+PhJ9YJlKu&#10;/3dwXJQNwMXDTHECrs+STEz7Y/BEYNWkZRItJUXZBcdIIq8C652ZuDaT9Rsd6YdKAiwUGSQxlkxZ&#10;300MsYQ9zWSCAp4EN7VMTO0WtZTHfM7COiLH/0+7bJetXDsRVl9HwL4IEYvGfNOEKUamfSqxpSCP&#10;HPLle/5yCx47swVLTQMy18sJTNaLMFxF7yhsH4Po6zhco7Rj8vTcxj6izd9bIRZPKh6iOnKecbSf&#10;BGSxTxqnZBpDZM1ecR1hPZhWqcVfjYMwDGXYgGjKSCtAFhG0DR4R+W4cx07Wyf2igAmQpLkxBctM&#10;tWXSkyS45aS5BPgkadsxXtmnh9mCbVm70W5MYrzDiCXXhsw60Ep9U5ToYqLuYA0HmWh4jiAWJz7S&#10;BB8/UxADTK0tkF0QSbEWRp4WmSRIUjTJUDtyTZPcBNKwGP2QBcMioVVxFRUc6M6AFsn06Bppw6jj&#10;IIk4kglIx+wX2Il84oDESORcdM7JH86oBwW0lPApM46JvTUAC7qmTm4NsthFb+qIRxnd92VkFA/i&#10;wLyKsptqZYDvaZBrxLJT8UhSfB4Sw2qRAWqnnYgnX8ZESzmYpuMCWUDYaPS2FklSIzOwNSzEhJl8&#10;xBygzxJDzahGsG0mLcOcxIfeZqMtUl86L+jjhgDBzAR6AG2t4bMxZRk79ZXkX0ZA+MbSZVicOw1L&#10;c2eRGX8OJ7HX2Xu5SLEaxICjsAEwIUJtBt2MRyW9J/bsXSLI7ClM+qUJgeD7moMfeLWHJ00slcb7&#10;sVaqOPCQwOk23vcaJ6wdPM4NnOwsLW8gqIILOtWS8SxjJqukA0s7d1J7WtiOC5lXrrMkSMAQtoRd&#10;xZ6cNmxECyM8Ml5KRfLyMzLTdqPF3nCZqsaG3xg2UKoV5G3AFH+XEkDH9AvKLRynOgs2En4byz8p&#10;bXgT9/MtPNen8M9XEmIko3Q1LnCQBPnnbUnb2EOJwuSbR2w8BDYa1xZYboi0HigND7GMto7fsxlL&#10;MjDJa9krEuWnFIbB9gIYqoBS5uVmk1NGybeOPe+w3ZDvHk/wqd3jcZRwGw0tslpi3CJgWGcfQQSH&#10;aTGD2pwEcOCqvlFRyDJgBc9zh0BDbANr4vfIIT107yvzHTy2xD8R227L+keShJu+k+67xPhKFk2G&#10;lEVWMaAD+w0tQYGxyhHF6gR8u0E3svEofVwZWTH5QPK5lDTcliSFQ2x8nm14HHFptxMTxtOKDJ+f&#10;ngFFZZKSGe2k0A5sO9uKjrXKi0RV3FYBdzRKGoaxSuMqlXhrmhnLJXZzPmuzkXqWJtpT1Ug/x20o&#10;EqDPqjAyULBgE+q9VFXjFaryljWeHNGl+Ko8w8ks0hmww87DlCi32LLGWgvwGBDDVDAVfQv9Itev&#10;L0O7PoqLIAPcdqJCxaTDErPRzkNzRADVM3fbdZiFhzJYAkuB03WNlyft9+b6Ovt5coBEZGwQxAfA&#10;LPZ1+5oro9Igln2C95QuVfF9+CKgenuDG2JkAxNaKF9GwKaAAUwUyKRl8YEXnqLIs2rpmaTechhE&#10;37m/ymYKzP4ikJKk8tQP4PF32mbcUCyba6FlUSoSmrYLPsrJdZVYwBQccLiNEuallVW4cuUyrK5g&#10;zI2uwjRKI/fsnUQQZRAXpAq8YBKLEuK99eyDHOUFcvPxXeCpXVZs2p+AaO2Y99rz8c/yDMxYgcZH&#10;xKB87vnn4Rym6g7gQksN2wzZQhDoOoZMxyH0OKYF1S08fyazQDzm8fMXEQjcxs/Xh0fZo7eOC63k&#10;I0ug035km3G4BPrKjU9PIeCH/Xux0BfI68sJVfmWt7NEvF8b282rH/AKOSxoJ+Gu6oO7ZAsW0CPp&#10;9f35XOBQbIg42yjZ30SfSgJdidm3sr4Jzz39PAwP7oV9B8bRgw8T6bEvfvrE07B/70GW9E5PjuEw&#10;iRQAA3Dg0H68bnVc4Ma+GxPtx8bGMrDP92MD5YFyzog1Y3L0p0mqrlQuAcVymvq8PFX1SfQFC9Qo&#10;yOvq7QqjDKBUP4NOyAzs81G32YqLFkAogsyDDezqJGQrdDbdtXutxfn+0aozx5obM92ZiRGYOXYQ&#10;VnG15dm//C50LlzEdJpxXAnCQToOVJHpig+rJFudzSlbUx5glcmHpdAAF9Ppbl7dRf+WlVwnm7OB&#10;HH0MOXMT8IwtpzzvM+hJWkpzXmY+auGF3wLo7iwonc+20SqTCCuVC7BQXjy1uYEj72bymF8mb9mj&#10;+/sGq54U17KZtN8W/dAC5QDHVPmBCbEHSFrgwQ8IsZ4YvedJdQmRzXVVXmS3dnClk9N69HeVAxeb&#10;zEzSuinS00iAQPKDLmISYcwTe5Z1FpX4eRg5r/FfM8BBFs6RBXXYRAelwAF9IACHhqKT7VrJEzhg&#10;qEtu4Eh8HefflnVeeSauk/bmwL7U80USPwLltTHIVnIzZlgizS/Jy8TddlL3Mom4wgp2YSiSHCsy&#10;XlCpY8PazxkGTcfzhbTsQuv7RiApreQ2hc3XzsA/XpFvGhZgaoxtlWrnw2/s4NVLXciCLwwBYLNd&#10;RKo7ynhxkF2tkHQDB+CRSdZkZh8x/CLDYIzsgnJqfkftQPdQ/y1458nUVTaAZABQR9LPFzN7A1lp&#10;5yAYYQ/wxCNSDjCwXpipC0Sx3lhRtuJl5ynMKkozy/dUYE6Rv/LfQahwaeoSS5WYovOKfyrecGni&#10;wlxs3+3Y2h4bIMWHIA/CeSrV5vOQpItmAhYJY5Y9xjpmcUBSBFOdreBpyEjCrs/VvoI4Y7Jr4y3f&#10;ZUwuabbs12c8+0SdCxHqvjbnmqJFEkYf7tcqjl3PLmh44koCF1HmG1dHkOk5ABNDo1AbGocSyilJ&#10;mkunxcwDiwgIKxhDLyuytCLvNVpVTS1jHGL+XuPVFQvQZ/w4OSgBPG/MVCSYysgn6FzTADu1Dcsx&#10;6bIgKk5MTbWThtKkie839nqX/guMnC+Ra5VC6sBBg/UmIn+XJF9e0TRsXgKwYpENkVk2Q8Xkl9YW&#10;YCI1oIe1cODwApwQEcA3hIttVZJTkpxZJmXMDCK2H02YZDJcjMsG6BQpmU4jAfPMwoiKTQp5y7Jr&#10;RNpOk4s0KeQWR+l8sbRQPNGY1SjhM/YZZRYWlGMmmu/Ujm1u2qaWFNRUQMY2r3wz4GmDASTdl9sz&#10;B5e0zJhAzgV796WZ/J5+18JzmMo9TNeMpFGjOCAfQU8ikkoRIM5HG5mFH+uFHIn/r1ltxnPDHo8G&#10;6DMqYpMs7DPC7EJVKvRJJfJuUmMQm9A8t4zfHAF8dN44WIPk0nJjEaiZsHTQ5gDgecNk3tb2IgKC&#10;awjyNaBWRy9BlKp2Ghv497Y8o4wMOxYgYXtzFRl/l2HuwmmYf+tlmD/3AixcehEaq5dQ2rqEmNIa&#10;nsMWu40VCdglXjH7PsbGn5JabqSF1YfnIzWjrlgZZnBcMj55BIjaMDfyKIqtBxezqHF7/B30/gqH&#10;U1xcWoMEj2GgXOK+jvz5mE2pjaw31V5cgdgqGBZvLNfQPHPI34pBYiaPmRAQAkXTjpmYx8KMLdLE&#10;awD7DGFmkq8PMWIzCwZhpPmeanb8qe3SZOrGTpaBkNq+VxmfSWatUvADfv1p/J6/xHO5jPs6i/fM&#10;ujJMMhzE4LOuyL54Q8TawTHNdTzXg9jOGwisTK+tY/+HAS3oP9TBc0MyYGKdtrlPyrwsmFWOwN4Y&#10;Siy3KUgGJX70t2mcmI5Qo8FnwTYz273JAbNyzX1IOM0M9qsbFHSB14+COniOwB0n07xgDK/LVqI4&#10;DIdZw5GRxLbSRPoEwyqiPoHkwHXsO4jRW8LjIZkwMbVZjkv+oTbcQx4kmEGCvn2YdNlJ3DDbamXY&#10;y0P2uY7HsyHMWhAQnb3cGBQ0smYQT0aSojZsMlRsrmGFAExlE+9ldVgbli+BSJXI6FC4L1FGibSI&#10;5+ctbLENSkelOReCsOR9WMBzGumWBN3EuQA2mp8xMMcAdVH+O83YK4l2yi0z7bL2KuCx7HRu7Bk5&#10;P768JVOmmPDBDRlTpRkDTdlFaKE0OOaQkABSnXmgZ8EjKUtYeVEE/0dBQSsYTLC20eTkbQrO4AWQ&#10;OJJFDN0FBL09sK9foGjmPyhqNlZ6ILuQmK4IkKwsr6BnKTphJor9+8ximwTodUEiWoLgSF5JTD2S&#10;9hYwcCmqj0DcxGPdbtFoARcb8TlLSdBtzCNeXoThrQ6HfKSlGluD4CqJAdt1lz3Wuw72qS7WnxYW&#10;fkH8+hQy8VZ54YTuFTovcaRyC85ZIBw4mzBjLdFGZiDKTlHGvLhwDS5dugQL1xbxeg7BBKbMT88i&#10;e2p6Ahe/KhwSYQFmDpB4jwM6wFfI7KRX7YeBRZ49mvauvjx77fjcAaA5BYvck3Hk+UUT4aAMC8h0&#10;PHvyJC6YVpldWsZ2NzU5AWMTY7Bndi/s378f9u/bi5LRA/hzH8yiP9w4+lw+/+yzsImsv+mJGV5I&#10;pEXEQQINkeVHqb2DQwM45qjw3KVYkAVpdQOrQ9WL5Sk3u94F2LcTcOisjHIOZrkID90H7NsZKlRu&#10;O/n3qxv4MZoFZFqsIuCUxkkE8D368F/Bt775TVGc4LUpabh84TIcv/MoDI7X4OD+2+DypfOYevwi&#10;7Jk+CLcdmIXbjx6Gmb0z6EddRWCwggvLVVYPDA8N5cE+06tAFwU0m8zvpM/PDDZdTG8XSJ/388v7&#10;FHV7TUU5OrRvEBw7c+NCfpW/Z1EgT9sFDzj04hM9wCoVpkfiEHCXGqQ92jXbSHWEMhwZM1e8OHQy&#10;I9zeAK4MjqO3yCCe7MfOXIS5Ey/BocOH0QskQcq/hRHSfCqRTFRpbEEpWQT2KZWLhOtpJFrYat2u&#10;d/7Txt3MkSd19ZxB3TadPxm4VErDmIlcAEO3uWeOwa1ir21EHniYMQc1r9rFnn+AFvc2L8AAupl6&#10;qbdF8cPTXYJZ7TEAI9Vlrm3HnzZsQfF5TlUswKi8SDZrGWEqAyy0+Ho4IALSPjk+Alb6xF3lvcAD&#10;13xmH/jBISYEwjL7DNjXcsEshKe0EOxYQRkvJe7ReK5UNBLeKNIO6DMLbp4vgBfY4HzZHLCWCKhX&#10;Fg+/KGOCgQCA3n2eDcDsw4TFAyyBgijKUncd0OEDmx4bWKU5YC9Lfe42PU1F3hGZJNycrDvNgcoZ&#10;08+0WyNpizJPSTFrtyA7qDQLgrHGa9ZPLicB1yaLW1sgkzxrCsKciQ0AxWy0bQfec7pU1HKAb9YG&#10;lBf8IA/YVLkBJg16t1DO+fpryOzDTr1WxQdthXx3tKTyKn4oxnJ9lazWO8+9XM5MPr075ysJ2cM+&#10;kkmPdl6E2iU2Kxtg4rF+U/CTbbWXkm2fbFHecNlpaZqGHWvPr2MhpZ7Xp2W4aq8fsdidlS51nNQs&#10;Ta3cF7KJpvOPtNc2EubZiiTz0vkry3m3Pn+pmPYb4DTnGZPahSYF3dxctwjEk03jyZdz7HGyXhDZ&#10;p1xvVhfjPYueY62FFj/AycSfGH7nltrw6KkOnLrWQs+qBNCWD5lhKNfBwSzN2WkS30QzrBYap0c4&#10;cWyzRM2kepMEl9k0mIhKk48V9PWgR+MAGot3vAR7fm6JBxcDaspIeAnAoUcfm4ET2wnbAA06OGhB&#10;KQPIgEk/7DCTzgSmMNAQRZKQF5u03NSEdxj9b8JsqXZqQGHj/Zc6D7lUElEdYCDjBg6uYJDJSOGY&#10;ZQfKMfDdcgxLHhJ+XxHvl4GBKq4i13gRjvaFvHWJSclMPp50kgy2zM+TCpqVW+8n9iSzxx4Zyaxi&#10;JiueM2YCmslEAe052m1jC0BjEEpIo5/EDlDCCmOGFgEt2rAUyW8uFd88BlbpuDsdjwVu/tZE4IVW&#10;zU3qcGKAbQGmY2bKaenDC87LMBVmpLJ2FeyPRoBjS/zYaD/M882w+BRfawKMR4bHEBAdYW+xMp2T&#10;xCyMKOc3agBJxTJrl19ukomtdJuujbVIiCLHGDTnSMLKBLik9xNoqSRx1oSq0ES5ZBJ86f4kPzQ6&#10;13R+VMptjVgbPC6jbeJPSgldW10wvoXEPsK01mkc6EaKJNtN/gwBjyRzbHZSZtQVeBHVTCg0y7tT&#10;lP8uw/WrF2Du/EmYO/ciLOO/GysoW2rhvRNRQvIWFCnhlNiCyoDYdtREYB6/IhOwQwmeNlG3RMm4&#10;6K9FwHubQ1ja7EdUYOYiBXtoBqyJadrEQfwKTtav40ST2uUAmZ3zxCwWPzC5TyzD0El3897YWhiB&#10;zPQUhhnd83QuCSBWAnYTK4Z84WjyVUEgjdpJs9VxfWgq45nMK8n67NoJqPZToUybsIm71hKCQkuE&#10;4bSAbeA7+K4GXo9B/O5F2i6ykQZxkkdsrU3st0oFYqS1YQK3v0oT8RUEXq8v4EQTGXH1CgNlvJBD&#10;ABYC+NSWKHxgGM9XJzWgaLGKCb5J2zEpqgieruB5XyFmLfa7DQYHY5a2kr9fJ9MiG6BJJNjbqfEC&#10;ofRrczMBTOC1W2x3JLUuEap9UcYOHWFkKj63xEil37e0eUgn1t+BQi/w+BiIxP8eIPaUMsvKI7jd&#10;FUqmpu+ITOgVhZVss540douaLQ4gs6tFZgaaWKo9g724SFiMmNU6ih8jRqUVSDCrXGcr3xN4Lrfk&#10;mUqMRGI/0uJGSzwtqQ3Tvg3hLtXw+5Yp44QWh2JqxzjhpyDCNHIgvFL5YBujOokl8CkSm5XU9bfa&#10;Y7OYdpzIOIP6OrHxiFSWrmtHgLavyakrusxhtAf4aZv26XkEZvZfzhrESWtVJgGtFGMX1mbUATgB&#10;xxTR1Ytz3B9W0LOMgA9uJjIfdXYTtwj29QI4WqTLhi8bCcOO+zMO8cHriF6gzYaR8EeS2hxxKFce&#10;krB+c8XIBEHRMLZNzxUCEEsokSevRXwG0YKEGQcjmIvPsfbqMkq4se9F+bIBk8lmRFjGnv/buwr2&#10;9TCslFOw2GcvA5v0rMP7n1hQHZI1Czagorz/mlWd0Dig3TYy6G0EU5YxhOXihSt42NjW6xNw223T&#10;MDqOC6c4bipjXwzCaje8BSXMvveY2uf5xGm9E2tsB0agXTClMRo+Qzvs8SvWGJDmwkjo3y3sHyn0&#10;ZJssQSR8zPo40xy5jH0fLQSSQuHkqZMsw63VBoxtAI5VKrUqt30aJ5KvJDEvKTyLxn/zyMyem5uH&#10;/QeOIMNvwAV4xDQeYtZ5xD6/0qlZ/6mbJu122z2prtngzudI9UHm9I6uh744V3vzmuz7dS+YqDOv&#10;UO2x+m7m9Gilu8SGJACarh+Nic6cOg3/8Y//GK6hR+L42CS223W4cOEc7J89ghLdYQZMx8b2ctBV&#10;FI0i428SQb1BXuyu409aFCc7KFqQGRoa/P34t/7hb37d+eZFHh3b88DrQSUdg0HlUOJswueHeORZ&#10;fOCCPzz5rp/y6gn53DSLzZQjCeOIZDKfp0VGXcmyvWnvHtAHYvDVJdl1k0Vvuu/SAeUBU+DY8yhL&#10;/APj40EDQlphKeADdxhpkzMH98E1vNle+uunYBJXR0aQ+ddiH3SUi3SM7C6RwVMiq+almF5kLt00&#10;5uCgssADpXLgSOQh8E5mqjIWnfJN+v2GrbqSehx7Mw/kyfTKW02DHrDPrQJoyAVy9CRS2X1UWRCD&#10;6mKEKstYUF5yrbDSLMvQATW5lT9JvLUmlzpyDvouyEHZwazOAc7ahSZYanokpv1pzkhVZXxcM8nN&#10;cRkTB26axZXISxVOc54JeX9A8STjUAEDhmj2gWt7rV+zrKKFT+al+QKDfTT+K5cMyMfyzoJ2QJ+R&#10;1OrMry+ySWfKJZZqC3KqgiS0GsDPsOAqIrOMuq5Tdn87uR+zXmJnjJu9Nw845gxhlX9OwQtu8cGS&#10;zIjVtmmbEKigq930+PglHhPBS/XVKkvidczALIlRW6Az8pmKGWjtGGrSlrSVwutNBgptWIhZSUy7&#10;zHiVYylmbDADJtsE7TSlCWMBXkOwbxCX+mvI7CtVIuPbV5YV3UjyVQTkM7LdzGWSQSsre/BSurPu&#10;OOKUXQNEdiR0JRIpYyrtJDYsRnlSpcICUA6ML4hEJ5LtRzaKxYGYvv+NuUJtkTQnhgWZdrpS3gtm&#10;MMvM1izERAnry4KxJhk5zVLCeP/axoNSt6X9FoSrKzJRx7rUPPFQEmSgyUHJrvorq9g3kwsGNBLl&#10;GKKp9kDNHHBr5G6pJPEq5S0AaPA8gsQ8X5TvrTa+dxtX71YT9hIrYpt9aU7DwyfXYBHlZi30WGtr&#10;4+Bn1wraOLki0GJ9Yx19UjbZr4YSoNviLUt71sQZyDayRra2zQS+nRjArIwre1pnq71tkkczmGA8&#10;/jrsEVbISUFNwETmjWp9JnVuQgXiSddyC0iRMAKd0iwy4EEi3pzOP0fkn2YiGzm5N18f0G5FniaI&#10;nOYqzzkeFNErNomMNMGtIyBAMpshklcVisa/h9NIbZs0A924EAsgaYJZisyUA89cXqTWeDwEDGV2&#10;I2nO58cwiFMBc430zoSTREKA1BlEntmZMdPK+OUBM4RcsI7IZiJOcW2yP552suiCsJWzyatJUk4c&#10;WK6dB1XCK8AsmU21iBREFp2YNNsSdib1QRoMDjG7iwAHAqGSdiLn2/STzPzgIIaCdwwZo6uTaDeW&#10;I787ai/Z8acS9Bm5oAdmA8rYElKTmsxS8kRSgFMTyEHntYCAddralsApk8TMvoj0HcScJK987CMp&#10;mZKubKuBHmIRgpc4+d5COS9JDrV9Nqq2ePkaP8dY5F0xGIZvqiUYBfuXBrL/Fq+hF9GFMzB//k1Y&#10;RBbgyrXzCLbj5L61ghOYJoPX1r+Znu0xJXgSUxFZIpSEytI4/psxHCdfOQKdYw53KTNQxLJ5vD/p&#10;KVqibg+B1xUEiVaRyVbF603qDjpeljZx4Evq2pILwxNGLo9FLYCfiPKlWBBQ0E4Y01yAUoEtcIBl&#10;gQUCHJst9gHr6MxP0qwDCStGRrmJZ6XjxnhacdqvbeO0RNiRFNttfM8reJ3fwuOZxfcsQSo+EylM&#10;4mrlEgGkxJrERQtSvKR4TlooLU6RrTOJbWAJU+mLGCiQMECHVjk4mWwQsyjtMCOQjm9LG0CfxkUj&#10;+KeKMh5ntOjeRO+/FLfXwjZc5ERws9DQKRgQNRb5Kl1H9sdj/7UIpsyDENoiyd1OTKjQMPY1TWFi&#10;E9uPER86Z7wQYs4PXSQGyhLj1ccpLOLRR0xPuwrEozAKOgLDdGskAiKSdwcHrGC/yuxaor+KnyHt&#10;Y2QsFajNJVrMeyWhj5h97cQA/nUJw2mL/F+7+VJqmNEWpFUGONrGfzc99cGQeL7SwnhC9yl+Hu8s&#10;ZD9i/4r/HuyQx2VknucdY7fBya1mOs/foT22aBY/KlJ1bQBvXsSxlhDsyyugle8HL3MTB/ApX5Xk&#10;MZT8567ORufuuSPspsgjGjjfSzeHzOarEs8oydckITYKkCamfq8to6cdypuLCHZUaYGmGLHcohBZ&#10;ICXPjNW3CPbZPtfOTZl7HkdO2m+sOQoo90MPOwzXMIncRQ5AslYSmT2T+FiLT6+WdHICCDsUvoTs&#10;VupcozVkG6N0mdqpYdjjAgqOORQmfWqyQqFFMWIGW29ot67/3oF9/txWyTiD08Zxn+mjJMPd3twy&#10;IZfVqgNfI9ePpTyGauK4aRvBlKXF69jXLyDYh31ubRSm9uyFCQRPhkmyi+eOwjhM8KNy3ula61uz&#10;JNxNbKznE6b7tIXYH3q6e0tLYq2wU7FfJC9neh5voix7C8eSJAElgIgWgxnotKntykieW9gnra6u&#10;wHmU6tLn6F4ocfsxzxVq21VcbCM56PWFBTh58g2eI0yOjzPARztLfRF9RqUmLK2Bz+Mt/L45XMAa&#10;GZ2EKWT/jaO/XDEuuARrJddPCfDsjMZB94Ce3WzXLii9C3ZTOwQTqxsEmAD4mtUuYqlnu6V6CW7d&#10;lEOVeU72s1RUyliYxCLVtaSySBZhVzG45LVXXkNPxOvc9ddx0fA6ttVTp87w+O7a/Dy8deEtGB9C&#10;YPrA7Qi2Vph9uh9B6ompcZTyIpMPr4sNs2EbGmFLDxGz77f+i9/8ug/0+YJM1QX0qW7abtdJ0D54&#10;53XGqjuh15tQq5yeOjsxVlJlJLcRD56sZ4n1QsslqPTtJ3Q+nMPdtKnTsrsE3jTzlQPILWAKoyU7&#10;7lRW2yDN5JmpSJ95joObqpUi1FKj58H0JPzZs6/Ck996DI5OTHJcNXky0eoxm7XTY4XkBDrhgXes&#10;V/HGQCYKsVA8j5Z87LP2ft8bOa4kdczdCrmU2343S15GyWNy/10a8om6uUq8pJzUMfmypDaPfq99&#10;xlsfSazWXRyaTBakdLpz8LYS/0WI3bYjSdT1Zcqpkzv7fktFJ4V2YBl4Hm6uE7ZyrFLmQWhTTJXc&#10;tJHKMfeMNFRBXsAs4KcX3GFSQlMB+3wPspRlZU30UFu+GvGYwqTxGvCHZZ2xyBFY1puxyTLAXq6p&#10;My+mAWOFgRFFQB+z+2LpdIpeqpnyGI3237HjWqookz5nAF/efFh7qdDZQ93zccyGIrmVlMhNl9O8&#10;/28OJI483z7tJBog4K9N087d+yyTzrPWbLqCtp5vOp8IqxyoJHNVgmF4FEEztVW85omsTIv0mFZI&#10;LSjlZ06n+XuB/x2BiWUgnzZk9r36egvqtEKPEt4ygn0xXnCa89EgssikQmXS15SXAKc88I+o3oJ1&#10;x9p+h3b3B7d1bWTYZvW3IpN0G1YU8+TDeOpZayArt21nKcuQeNcPHPvRUPG9dG0zEnGyXwK2KdEv&#10;sX0GnxdiO2ybvlTkvobtZAHURBKEMymw8V0x+6R1hQFFE2lBq5i4vXRVrn9iGJlRS0CVtvFK8zwj&#10;rRxaKb+/Uc6TLU3yRiFWtmsSaBlidBLUyFuJTATQNTJXI+kl1hR5LqU0EV3Ehzcauv7Jqw145twa&#10;rHdSnjiz35kFcRxhUbP0kZ9RYMAVNugm6QoCDLg5BAATBi8KCOgMj6J9BCbubW7RoG+TTdYLPAk1&#10;rLg0FWAFP89ADBiGrmZ2jDkzxJqhQXNmwm8HmSZsQEub4vtKAnKyUCHi8HX4Tm7zhEFAq8TI/FIJ&#10;+mAAR5h1LQLDUiP15H420SxXLihzp3dSknkmPPIlXxJiVYwMY8hBucgyEB5MekCIAyTFq9B0IjFP&#10;RmmQ3Gi2jDRHQiGSjrl/iR3ZUea9ZZS2MmDl5M4Ryz0pibdNn2dJZZmBNAMUtuX91urD2Dp0OolM&#10;PgzAVShWebLO0g32jIwE6Ir4OWf8EU0ybCyG+myiLu9VTqJkFihSCTRptVITkILnihgM9DwiBhd5&#10;7YwMj6NvTs14dYIx0yK2Drch8YHqSOhBkmoZP9hEb/GUpDCDdsKr+pwQ3LHJr2afKJXPyvJYld8x&#10;acw0keBnK4gvJpiF0paw9RQDFYl1zeD0T2obtH0twRMqMT00MZSKkfHZU7Rd7OhWyFB+YAxXs4f4&#10;+V4q1U0QAo9lSsxApz6W9qPN+1wwfsuxnQwWzLhNiRcggne0yr6yPIfg3+tw4cyrcOns8zB/9mW4&#10;cvpFTP59EdYWzsH22hym/16GIbwfBnG7VWJSImOU/FXJPL9QMm2y1TEyawr8qEiSNbVnYJYsXlME&#10;tWgReGkR2YbINqHjL5cMG5GM0ctxLHYA4LyEoygDKoxES1iqDLxaFUzRMSpMG++Ip5XxYKQJV3WA&#10;0i5LDLS12n6QgPhrtg1QS4AXhzVERiEB7EVqHVnNkic9l0jiSn58f4H/fZUciMn/DRcc1oVhwvJs&#10;kv+z72TC1zLGha4WMm1S9DGkdjmEQF+jXkLwU3NKb4LnoUEDH5LAUp+F9+Y2o/YR92F0DjZx/zZx&#10;tyhNlkI9IgynGMJzR58raRM4lODAnM7pOAL9m62GG9pMY59JS7jEpqDjaHHfnfAiFIGQ2FlgiIjx&#10;3KP9o5ReDgig/UnMuIJAVrYp7RgfuyFsY03dAd8LiBN6TQ/EHyWvSw7wKZFfYMQsxjQ2gGU7MVG9&#10;lRILv6kjdJPiJDZWCWaJNvFo5OYBtEn9lQQIAYOgmtmdrGqRBSprqJc6UIxSevH80bOEmeoJX7uW&#10;sNcJECSwdQvvK/IpTwiUxp9lArNJ0qtbcjpjGQ8rWfiQtFshL5hxhCzWZQpyfiYpBumNVN0uvNr0&#10;3Kw/V10zxWyUbxeFbEJvbBfzPG9VZhOpDFA06e4CTOpsjhvJQrkWtiNzd7UZX3Ww71+9Mo8yxXUO&#10;eKkOjOL7SyyRpXmqckEiwqrXu9BhemPi7BV32SRlgB0900r47CMGGslatxDwWqfk6u2WC+swEuPY&#10;LSrll6CNPUOKHpcpJaLicwI1/uzX3NokVjOBRw3zTExwwRQZfgpVBsxyLpske1p0KxerbDHBYT+q&#10;Hz/q3QPFlEcAisRmosrWJiV+zmxgQFOraRbS2IIiNiyzJv5uDVPcFxevwdyVq7C8hJYPcQ0Bkj0w&#10;vXcCxpHNV69XDZlIgJhMXaf7+qy9qyy+HrsxX0uSeUbnYl5SswBEYylaPCRgbxV9BxcWVjHp9gJc&#10;uzqPjLB5DM+4DnMIEs1dmUPFCAZcEYuYx2wmNKyJ/fDrr70Or776Ct8MI8PDfC3tPVTBZ1MNZeOj&#10;KM0dQpbfSy+9gMDqJgdvkMyX2h+9n/qx69cX0fdwDlYQQByoD8Hhw3fAxBgGdFSLXvaDb4njw+C7&#10;vUdulj988yTkbujAwVO6K+vEm3sqdTN9cTeGpfq2m5iVINu8MNtiEBbH/cQixn6FgNL5uatw/q3z&#10;eP2uYztd4fF7vTKGQRuzcNvBvbgouY3PyggOHr4bxztFbLd1fA2z92ENr1UGdEeS8WUmhAT2qVOv&#10;v6L9MA7leK9dNF3II50OGNS+SWqUQ0L9yXnG6uvSP9tJQreIU5sVbvoPGsxzylXqMYi6w0G6pbt2&#10;ZQS80AQeFFtwzwMBRL6bMqMhAxb4k4lZZWfZwf/03+E8csOTFd6gCaaZJpy2uoyrLwuXNuB21FpX&#10;x6piypsKYwEgU2aQebUYo79Tl8+3cTvcyi0EAgJq7ckvb7prepffrfv+Wt9gP5XfcfahW3cH++Tf&#10;4nXufejDuovP1/v9Om+kmrNB1bnj110hJJnviHYIhHbGssZjkBbuIhAJp5fy7ciZkYZ+C2Sq3/LC&#10;TmYIuRgjS63WO1Lrdbf89qYPxJ3SpG5wL++mibtrDr2sUj8Zyb6nZ6En8xzykjS8a6M9Dzr/WZz2&#10;tlq9c5PW/R47lvmDf5m/nrDLHBmrx0XFIJ8BdQ3AB94CWI9VStR9/lS2wK2gJzLHWjP4Jtb9EuF2&#10;OvNWqq019GlD/mq+L1vPfmf7DO37WXa7b/Tc835f031GdR5I1r0BT123a7eta9flUn3aVN6VNNXd&#10;2/WSy3WeBedM7GkShohFuprCXBMnZp1sYabbefFG0g3mUJAXE0lWlZGqaqFZE7uN5DrbLeO/RDtR&#10;VLGk69o0NsNuMRN2E45kGBeWpZIltqcis1VeGmLq1li0k3M5FmBP0JzymILaHadlk4G16sitlWhP&#10;ym3+FlsJk/K9FXWXa2w2MUhtuILOXzPlWY+4nlabfUll0SbpupEjP0lSNmRYVUbOGKnMeyp1QSEg&#10;k15wKcD2EvMkUmlJVo1corj2vGjp7zZBnq6xTnRO7qKdu4J428qYhhZ+QDzlCmIer9IoSwQHuy86&#10;x+jTIjtJrc2r5zdqU1l1msngsnGYduwzm/rJp5dAZdtP0Hl2Zv46ayvdz6tU5In2PV6Qkr2XDIM+&#10;FZauGXfSJHS8VuZE4oRZxFpA7UQC242U0IDTprssqMilzKvMVNWxJyx4DV7/r+R8O9MLkdYR4Ev+&#10;jwMjw9xpp1byoI10V3sp4hzaoeV6a/FljbyLSvJhmkiTb2ucebtq/xGuusYiOj/2VVHXA0L7U0nV&#10;5YkNzBxuNjPvMuPu4rc3lbGrtG9horN/y73aJNBLZQFHLjIx1W7bbnGU7o+OSdMmsl9cVi6Eiq9C&#10;F2PIpkK7hEr7b52pPdIkey5YJr0SZry2Mk/+nEg4I+kYosy0yZ1H34BFZJXGGlgLu9uGo0kfnyg3&#10;FbJzWu3lU6UJ7KjBi6KsjzHzsGz85SeWKo9C3uMTlxuzeX2kupHELbOr6JkFg9zz2pwnExKeMtBe&#10;QFA1JvlxQnLpxBtbmYUa7VEJrALKdhJpCp5Hbmb8o/qkbfYJyOzyeIbcWDQ3Wff8+Kyszj6Bsnki&#10;OMZbbv5ox9+CwXVSo55IUhmx4AJtBUGi0Qn0H0NGGK2ZxFHcpZ56dwlhPSNom9zZlqAkYhGXIrYI&#10;iSTYZMegXK0y1ZQkk2lEe+MtBITQS5RvyNw1wqcMgYLIJlIIQqdFJX6k3X35ewCMqZ3OpFgd0KJq&#10;R8KsaJxSiByrktnlrYTHXSxl5rATkTarXk/mD7LyTb3/3EvLI1Z7NgrsLcsLqcoFPZh1Qi2XNmVG&#10;eSJ4SpWyBORmI8BpG6/5FgKBI6iUIGYjkwHsnEH6VDrPTWQMXlvaRPViFReUixz8ZAPKiAlKC3Qm&#10;IV68Yh1Q9u60iWhsBAb/yb9895qVvgnyscNu70bN3T2+Yek0W3sYmTWl7NJi1WC9ysqTbQQBm3j/&#10;zV+6DM8++zQ8++ILuOC4BOP1/fDJz/8Qhm6M4/3ZgYXLDTh49A6YmR1A2W6NrWIs3tU37Rf7gNnZ&#10;WVrStDI8n73mmT0q6GH7adV7MpTnX9ZzbZW6Sdel3FggH78uK5hxLEBhuuueQes0l8BrmD2QGdFb&#10;9pXu8o5SXdiPcpAslD7+cdj4F//+7TdQfI3LC7OqEfxb7cuPCxWqf7ejobqLd+u3tV0dTvH7XDtB&#10;aVbou39HMFTfQsvRfdpHN4iafE+0BH3ryw273qraFWC8mz3Q72CxROeeChNvc4/6b68N/dnWSR/W&#10;wIehwpNy95XCR6NHlQRuMrq86UgsepvfEb+Ndom5qxe23rO+Ub0LPdBOY4WivEKF+ps7Tt7N3aHf&#10;wUitz7bW8H6/svWBP50i0Ry9G73/jT+3/T3bErp799S7iv36tw/TSOJmT7aC0XD1vRPocwPysr9P&#10;djg/1Mb28b82ekaaquscvxfnt/47D72NsYHe9eih51bXng+ignckUbfsXgKiSfJMW742fxXOnTmD&#10;9m6TcMcdR1BOTmnFKKVPt9CDeAI+9ZlPozJnE556+gRcunIRfrg2BmOjU8jyx/O/V3FgCsl14yjO&#10;/J99Fkif4yyYyHHdQxeGrkRT6Ioxz7wA+p2tfNQw2BRQ1W/EorLgCJ2PVjahHAUxvU66JIL9u2Ot&#10;/RUb7Rlhe5Jd+3v3MzNAtp+1psVMhRZj0OiH/jYUvoNJu49eCM/YUKFChQoVKlSoUKFChQoVKlSo&#10;96CivQhw/fhXYfcUSfW2aAN+3mumOt2JjKB3BfQRbsR+iSjZbWE4FYW5UUAaBZWcv3gRHn/qKfj5&#10;n/15mMFE46FBDJlDEK9Gqcf1Qfjpn/wpuO+BB+Him+dgGENjhjGZvl4lBUEFtxE5mX8qXrCZZ3rX&#10;vgplOconusbGMUur3AqgtvY8ksrImm/Bkq32P4qivppm4+oR5bRTRrqjnEF8ytIhE19PO5aS3wwn&#10;rxlvEee8Jl50fgKqM1nXHrgnSVk2wVHE7VnyH9GxySRbfmcphRboc9tlr7OUk+rIR4VYv7Vf+02M&#10;+4rCnRcqVKhQoUKFChUqVKhQoUKFCvUeVPUrP4ny8WretWcHzC1L7IYbGIqpnANP1OXPp1Uvy9WG&#10;UbkwH9H5k+83ycjJk5ytN1AC32mbNHgKiCLZ7pvnzsL8wlXY2NpmL9bPf/En2CPx8cefhmX0W1xD&#10;L8Q2efMiDldDP86RiQm4+9gx+PznPw/Hjo3x7yjoi4K1tET4aRt2KQGDkQSBGlwryTwfAVwqeRcb&#10;rytvxE/VFIlv1NcHrE9aRs43TN3A3yvz3CAdMxkNkpFwxgxUXdZjXjBFz0XVmVdDLvihi8a9K+F1&#10;F+V1z0Go/L0vhjsvVKhQoUKFChUqVKhQoUKFChUKPkBW3/tQFjriIAwJuyIFaILeyK0WMfoKxlwk&#10;aWDIxjaGo2zD+TcvwJ/98Z/DudMX8b0psvhS+P5PfwpOYQDYqy8+C6tLiwwYJukaK1opeKc+OIiB&#10;e6McPlapVBkbyzAxuLF82IYcqUzKLQAeZMEamSVtzo7fWb8rQQkV5IzglWfma1P9FORTflXUy4sk&#10;ea01SaY0QkoQcv7CUeSS55zTas4ANRW0NTOA1xJNZSKzlRgzy++clNd/fx8Nt/ZcrrT2zO01lH/q&#10;q9B+9GlIXlsJd2GoUKFChQoVKlSoUKFChQoVKtS7VDXL6oP31vFT3RTg0x4xLcqs6hBPolATjYF7&#10;281NDDLZQtkuprtjsEmEAB3Z0B0+dhyWkMH3yF9/G0M5fgxmZgZhbKiOHnz74D/8x/8b2tsKPvfF&#10;ERgaGcXPdZjsRqQ3evmENT+Eq18ISD7QKWM4Frp5d5DL/ZID8qTPystO9HMzXeKRB/SBl7ym/Jhb&#10;P9dOZ2Aax6VTkgudtDR1O+uHf+RSiBggzPM5M/qmBHGkDlE0oKK2gF+WxKRc+p3P9utKOXNJnoR0&#10;FqD2n/86rP/2H4Scg1ChQoUKFSpUqFChQoUKFSpUKPibz+rTul+0lcplQ9Cv25iu2+m0YXnpKly6&#10;cAkWri7B5sYm1JGZN7t/P0t3j991BNbWVuHhhx+Fhx66H8ZGxqA+UIe9MwfQvm4AtpABWB0gBl+1&#10;S6WqHRamomhXCcDuc+BkvCqHBPoZGv7vctJbkdD6Cl5tQzi8gA/Vk87bT8KrHYbGjL448rJ0tGPe&#10;cZy0yHqtVtoYD6Ze1qQv0c1fLSXAoHJAYPdF7AP0wU7ycNyXYx+H0s8/GO7EUKFChQoVKlSoUKFC&#10;hQoVKlQoeJdYfeXqewLi7cL+b4cMe4N1mTiIlF/tZhslvC14/eWT8PorF2B7C/GquAZvYsDGw3/5&#10;TUzgvQKRLsHHHrgf2rithzHs9fEnn4ZicQA+97mfhGP33gZlTORl1amGnlwKg4+Jtd1NXOhMNkXC&#10;XoHNxrYw+2wQhU0PkRgO6Pbkky9wocbK4wM69a7OwMBI6ITa+u5Juq2KhRFooogpLINiPmKMJI4K&#10;sfe9ce608tGnaQ68oyIfQhM57MlyJX2Egzcsm0+b7+LP6j4ETj6AOKNour+nOeZjqlM5Doyy/vKv&#10;QfuxV0FfaYQ7MlSoUKFChQoVKlSoUKFChQoVCt4Bq+9LX3UcsW7LNeUpPZUlmFECrqc/hR3Au37W&#10;d/0ANHof41RiKcchsoSVIYsvxdfm9hb67KXoz6cZWHv55VdheOgQ7D12APZNV2F79Tg8/N2H4fFH&#10;TsDnfvRLKNsdhX0/tQ8uX5yDVjuC8elZmJ4dhMGhClQR1GQfQGbvaZO0y/sade27YoCRwD/CqFrt&#10;tsm5APIJxH1BluHW1gYyC9fg6vVFOHr0GBiNrvIP2TuNO5wrlvJqyL26Fc/5k6Y98lzKIB+nhYgX&#10;H8l37cGYk5n26qrtQUM+bMOJd1MTMWzTeA3Ap72fGX67c2xyntnX/b7u/1a1Iaj96i+EOzJUqFCh&#10;QoUKFSpUqFChQoUKFQreB1ZfD9tN9WbAwq27+hmgT7ZLwRfQQdluC9oIrC0gmPbWmxdhYf4qS3Q3&#10;tzYxkOMalIolGBuuwcxUCT7xfZ+AzdYaLF7fgmJ1GCZmRuC+B4/CAw8dh0NHxmB8rIoy3xgKZGOn&#10;Uk/R2o09ZRhUpmlVUCDWnybiHDL5tjc53Xd+7io8e+JZ+O53Hs3SeJUfoqGMT5/56UtxVfbf3dig&#10;stLePgG9SufkrxaAI6TUBn0wPdHqkHfgJmq4ETAnIB4CiPziOGSdC+PQ4vG3M9DnoaZ9gL2deJ6F&#10;T/8oFD5/KNyVoUKFChUqVKhQoUKFChUqVKhQcGusvsqP/zLs1lNPqwzBuVWgLy9i1c4zj1WvpETF&#10;oI12swWN7W0M0UiggdLdpaUV+M4jj8PKEgZydBI4eOAgnD13Ci6cPQPrqw0M6uhAKS4joLcPgcIS&#10;MvCQwYdy3aEhZPPVB2BwoAJF/HshKqOkNzagXNdOqT4gVIxKWAL8iNVHfoHNRhPWN1p8/K3mBrz6&#10;ysvwjW9+G06/dhlcGi9vzB5QDigVgW/3d9uvVJmvnw3fUCrP7lMO8FPuQ5Zlx/LdQmykvX4IiJfY&#10;m7feS/uCc1afrHXCIJ8Srz/g36USrmHYhYYK2h/wUzlGn8VMo/z7tXatwYZ21L72G7B24r8G2EjD&#10;HRoqVKhQoUKFChUqVKhQoUKFCgVvP4FX34ygpTJYpt87PcgGbjWrl+EkBPvIk299eRmuLa+i5LYE&#10;Gpl9pWIBZbMNuHLxOhyszcD3ffohGJ+YglOn34DtzVWYnBhlctsdh+6A226bhGoJkMVXR+lvG4oY&#10;2kHKVoLitG5Bh3z2EmTqRX4Mbp/9we0lKQJ8mPhL7nQkH76GzMIGAovlSonTfA8fPQ7Xri3AMyee&#10;B+fZBx6kqXI8POgL9FnPPdV1WtRO+cV+EIYXCEIMQkrfzYBA+/nIhXPcnLlpwzZsWkkm2dWSyAu+&#10;R5/O4Yr9oMO89FjtLON1+zGxD8q//KPQ/J+/Ee7QUKFChQoVKlSoUKFChQoVKlQo2D2rr7oLVh9A&#10;ZrpG1L7dePDdSnEIB6Jq5IW3ubEBzz37LNTLZZid3cNEsyoqjd986yQcODoLA/UqPPDJ+2Fm3xSc&#10;u3AZ5lfXYGZ8Gg7v2w8Te4ZhoIaefLGChHYubhvaG0JeCcqCFRQRlcOQjnQLoD/Fzh0TbgKKiJ+t&#10;ra/D+bfOwbO4T29dugCjwxPw6e//AgwPD8CDn7gfOqrN72dLPy0ImHYQqGWupeCn6/q4XdyDBCoX&#10;ZRExH04QV87JwMNRJr3EhHKkTFUslMrmEEhyK+Ee1mAxYxymoHNXzCb0eqCk0iDwoGH4IaqZxa3Q&#10;thV/n84Fc/SDepPst1rEvMImtPvgmIupeBfK/lR+7CvQeexpSF5cDHdqqFChQoUKFSpUqFChQoUK&#10;FSrULqqKrD5druTIZ1pnklYFmVLTYE2qr+Hb22H0OexJG0UnucB1MM2WpLoIlCEgh/8XxVAfHYW7&#10;77kbXn3pJXgepbIR/u4KMuiuLyzC4fNH4LZDMzCMgF/l4EGYnppElp3m99TqQ1Cvldi2LkGcKooK&#10;kjEBbD8Xq6LkwWLgB0pzt1AuXCoVDdaG+FknJcAuxv82uRSEdW2hnPj69SV47vkX4dylS8jeixH4&#10;Ow+H9i7C+P1D+P2z8IXPfoGPr5ABfdDL4rMMu524k/09Er0LA2IMaPz4UtE8k3S3WCgZIE5DTvrr&#10;8RRhp0hhc5119j6R65qUDu0FfSQsTyawL42Uw0bVLvHim0cxZxExGi9c9Vd/FTZ+5w8IMwwVKlSo&#10;UKFChQoVKlSoUKFChQp1g1KUwPvjv3RD1MniOHr3gM7NvpWZe36eBLH4NtbX4OKli+ilV4a9yMwb&#10;HqxBuZDCncePw9TkFMzNz8GpkydhCaW9586dg+eeexrue+B+GBos46uGqbxDxqbOKmJVyngYW+a5&#10;dFvliUmNMrWB3724tIQy3QaUEfScmZqACsmFkxZsIgioaRvMSYsQ8NuCt86/xcDggX0H0DMwxmTf&#10;OsuDS5UiTFdGwIB97svy4NXO0J7KhXFoJ7vNI2la5T9rEnhTPkhOHEHAjxl9YEI6tE/I5PdBjlFn&#10;f2998kzghgRw8E8B/LqCO1L8XcQ7Ezldst4B7lUAfTJP+kh/dRcQKH9Ut98LpZ97CFr/4elwx4YK&#10;FSpUqFChQoUKFSpUqFChQt2gBpDVF5VrfTE8BV15qe8I6FPiGKeE0JcimGbyH1L0wyNWXwuBtaef&#10;fA72770TRkdnMEyjgZLdMWh3tmFqegpK1QqMTUwwqPfww38FFy69CcvXl5FRNwBoxwflUuwCbrWA&#10;c907bZJ+hXSXmuwMCv+Yv3IFHn/8u8givA+BvntgAL+Lwjg2trbpQ4Z9iJ8vo5y4Vqvid1+GoYFh&#10;BBkRYCwsISOxjJLiaUiigmX2SX6JkhSTPiw91c3eE7BPuwAL733dSCuFZxDolpp3lZAPGceFLAHY&#10;vrrE1XnJrQfAyUUxLxEPp4k5Bvm9/Rz7AnLYhwkg8SKC+zMW++yH7/eneoA+5TwD7efKv/A16Dzx&#10;MqQXt8NdGypUqFChQoUKFSpUqFChQoUKBf29+nZi9UE3tKTeSfiGwXV0qvgnpei20TOPgDTCjdoY&#10;xEHK1ib+JH+9k6+/CjN7ZmB0bA9EhSbvCElq6wMDKM2tYtruAzCAqbrf/OY3YeHqCjRun0EATjFC&#10;xrZ1kVWwephRN76Vapc9USkWMeRjgoG7p596kglx4+PjKP/V8BrKh1dWVphpePzuu6GNtnX33fcx&#10;eOONU/DG6VNw9MhBOBTtx8RgZPydeRMm9+zj7ce//dv/5dddYHGkQLkEXuWx9ZRgcpFophUn7LI7&#10;n/ubOQ5FiKPKsjg4KTdJWVJbRKCvhD59RC80mGAEqgd4U3wRFWTgo2X3MWwo4RsGPEydrx6zAT2z&#10;RntaI6Wyk6w8BC9SDp203x71aTXaTxyWrSovpZiP3ddBF4oQTdeh88gL4c4NFSpUqFChQoUKFSpU&#10;qFChQoXqUwO//jNQvOdT0I+0p1R/opa6Idrn5U1QdkQUufez61uniXLdBDYRGNvcWIe1VQTIzp6G&#10;l154CYMv8HdbG8ju24KTp1+BSqUME1PE5qsyhkXee6VijOy9EnPsxsbHYHurAaurAAcPz+Dvi4h3&#10;lbKkWyvdBRP6YC3sOtrkWHQ6bUzVbSC7MGEGX4x42fDIGGysrcCffuPP4MyZU5C0FExOTeNrBk6f&#10;PgnXrl6DkZEhZBeOw9133oXhH4NQrQxyQnDSKsLQ8BSMjg8jMDjz+wWLKCrB75RBr1zCrTsxvGca&#10;LBKnGS9LQewRnTeeskEY2oR7WKSSTnIBTw5tLkmzJF3DKrRgmSfZtZm/WsA8naGeYBl8/B3mRJGb&#10;ot4hORgs+ugn/GrdhxqazxfWPbCxznTiudaYF//G3/c5KPzId6DzrTPh7g0VKlSoUKFChQoVKlSo&#10;UKFChYJuVt9XAfpZqd0wSaFXFapU79+cT55FhhCTam52GI9aXl6A9dUmbGxsQQk98qoDQ3D+3HlE&#10;l5qwcG0eltdW4fTZN+AT3/8gtFHaWx6oCh4FDPwRyEYA3eDQMDRR1NluNR0JjLCvVPCwrvxZ3r8Y&#10;wzsY40Iy3SoihWvrq8gmLCJrsMxhHHv33QZjo6/B88+/AkdvfxD23TYL9cEiAnwj8Md/9Cewb/8+&#10;lPIO4u9vg/23H4HG5hbjdEUk1g0OYvrvgMh4CT1ESNGk2FIIsEutTaEbOjMnUQu7TQBBCsEgRqAy&#10;LD2LvqbC6qNXHBPQV2SfPsOg60ZrLZDoZ+X6QJ9NxE1zQJ/5e2K8/PC/le6V/aqc6Z74DbKXnwB3&#10;ku5iUVeVaxwAu01uzhqSeZX/7q9B5+l/BrDaCXdxqFChQoUKFSpUqFChQoUKFSqUVA29+lS5+rY+&#10;04/UtzPRz8dokHTGYRcpXJ2/gOEa51GiexAmJydhYLAA41PjcP3qFJw59Tq8jkEZc1evwubmJixd&#10;XYDRwQHQtQoz+xxTLzaBGbOzs4B/4r8RuS3PPjR4lgm+jTMdKkqI08T4A1LQx7e+9U1Q6B348Qc/&#10;BhOTe2FqZh/8yBe/iO+JYP7qZQT2PoFAYIQ/63DvPXfCcyeegx/4zBTM7q3DYB0TfcfqjHUViiW2&#10;zKMX7+Lv/u7vfd3x0gRUs7LX3EkTEM/Kdt0f8aeVytrUXUJMSWbbwQMgo0H6fbFkIof9q6EsmqYE&#10;3APfsE8YfA70Awnh0AbcY58+SeK14R8+c88CcN4+K5VJlO1F8iXLufBmpXt+3wMiK52hyGKw6N5Q&#10;HYBooAnJidPhLg4VKlSoUKFChQoVKlSoUKFChQLD6qv/03+OwRLFd3W7vd54irEiYy2XwvXF6/DE&#10;E4/BtfktOH7vcdi/bxK99spQrw/A8PAI7N+/HybROy9Ghhql8k6NT8H0nlmo4nsK3r7S9xBaNTIy&#10;AuOT41BD/z4KzbDKWCLEGRwrs5XLsCxSu6JnYKcFyyvrcPbMOfjuY0/C1mYbAci9yOzbA/twv44c&#10;Pg5XrrwFja0E03mneT/3zO7Df88ixlaG0Yk6jAyRjLfGAB+l+BLmRrDc0NDQ72NAByKQhZKR13ZM&#10;ai6dHJMQooTxBx5rz6ZkGA+/bpaen8+R8Ent8H8XEfTTUez4dg4g0x74J6w47QGP4Nh98u80zbz6&#10;0tST13rb0tptzQ8VESYlo550fFaebLejItUTvrGTsaPRMu/cwujThR/5WWg//jSkzy+EuzlUqFCh&#10;QoUKFSpUqFChQoUKBYHVtztWX79Ajp1COnyFaoJMuU4bE3ZRakt4EtvKIX5FctuFxWsQpXUM2Ujw&#10;7xtQKw0hroVsuLSFMlqAo8eOIcNuksMyrly7AsvrTRgZbXL+BIAhkUUU1jGIUt5mE4FAzZ9Xkera&#10;H7HBE4SMAEciw7Va+BPTfZuNbfy+GB765A9Aivu6jJLeUhm9AaMExsdGcdsJPPSpT8Ojf/0ITI7v&#10;wXCOgwji1QjIw8+mMDA0YFS1dD4Q7NOSsRFpoy4tpCjhJZmtYsAPzQIxkcSx3lQGpBn9cZRD9Fxo&#10;B2QBFwTw0XbiQgQx0g7TTsYaNCc5dpJXvkiR2hEsyzz6LDConZeeTd1lGbFLyNU5oE55YbosM47A&#10;5WhorXJJu+CrfcH/qXbUhvsJvb3YoOJ45MrXvgZbL/8BSqXDDR0qVKhQoUKFChUqVKhQoUKFgo80&#10;q6+CXn2qjx5Xa70L2W5GREsl0VYxmYus3TBZFzGuFuJaa2sbsI1SXJLL1pC5V0RAjKhswyOjMHfx&#10;KqysrsDkaAU995qIiWkmvhVKGJJRGoZauQz33nsfPPPs89DaQtCwk7oQWgOJGYyMQmgpvddmWeSO&#10;k7z5FIF8mnMy2m0MB+lo/N51WF+5hn59m6CKVRgZqMNnv/B5eOG5Z+Ac+gSOjg6gJ2CEvn01BAen&#10;4Z6774L1tW30F+xAfaiO399BFh8xDQu8v2BRO7a40xDJmS0QuqisDDfCNxc0mwkSiGYCOnwhqzlA&#10;QgxjCeUgKatywRzaaZOZ2UYgIkYIFymhlpmC5iBZ/goCvvE7ZbsWzKP/EEahDeEwCbxJ5tUnDET3&#10;PgvOaR+1s4BfJPuqmImYapMkDOI/aPFGldoE4LQLudOe7BcyKDDXDu1/e4EmVAeOQfHLn4L2v38y&#10;3NWhQoUKFSpUqFChQoUKFSpUKPjosvp+AiJk9en+1Dy4sUQXJNnWs2pTRqHZ2Nrmv66srWEAxypc&#10;nbsOb715CgMw1hH+SeH48XthaGQQbj90GNqNBJ74zndgY/kuBv/K5RKy6srM1hvG9wygJHZ6agIT&#10;diuQIBiYEG4GWf6EhlRAxizzQovSVIlkN0UWH3L4kL1X5ARgSt+dn1+E1189iZ6BZ2BhYQmO3X0v&#10;PIhy4gEE+H7oC98PL5x4AR7+q79Eb76PcTBHEfG0+x64B/GvEkuJ6b9LxIhMDZHOYXW0L1oUubKT&#10;Ee0QUQlpRwgFJUkvhWkQGGajgS2Al5napXnfPUfz08zoI9YdMwQRiCsWy84okDZBscJJJ/GulPak&#10;uqlj7THcJr8z+uqEX7Sf7NenfRnvzSuV9yep+b6sYcgFUcKwdDJikP3KDl15iTA6n+oMO+fHoIT5&#10;p38R1MFauKtDhQoVKlSoUKFChQoVKlSoUPDRZfX9Mrxzbz6DEyXI4qMXCDa0trEBixiw8cILJ+Ds&#10;2ZMYvjEMh47cwVjNC88/CysIAhKedd8D96M/3wG4dOU6nHvzCixeb8AGhqvqpMAkMyLyVapVmN0z&#10;A4VyJMxBA6YxRJTq/oxDIppZjIzSfxEoJKlvu9OEVQQhT546BSsr27D/4P1w9z13wWuvvQwXLl5B&#10;oKyAYRtD8H3f/ymYQM/A555/AV584WVYXW+gH+AgTExNoqfgEIN95jui/ipZrwqWCJfKz5gR0lgS&#10;PLQPbXX51ZmoYJMuYpAy82WIYFK6L75oBwolZAFGZmfIwDBK0pyfHuR4eeD8+ax3oE4Ms4+BPQnh&#10;MNLe3vTdm8HAOq+97UrR9W34snzkXafz6p6g5+xvxQqUv/YVaPy3/1u4u0OFChUqVKhQoUKFChUq&#10;VKhQ8FH16tM3SEi4eZEq1QBq5MtHhLAGJu0ShtNutWFpcQmee+51OH7k4xiegem2ewZhZs84PPX4&#10;MzB/6QrcfscdmG5bh8l7p2FjaxUKEYZrVEdhEP3wajUFlUoZkjbA4PAw3Hf/fahUJUZdoY+kWHWB&#10;fSxdZRYgBXDQT9T4GmUpvnVrawvm8PsnRo/C1GwR6uXjcPXqHPz1o48gfPcDcOzeO6GM3/PgQw/B&#10;lYuL6BFYRN/AMahi+GsZ5bpRpI1kmLG3OB9yC33BPs3IIH2AgLUO70/EDD+S3rbbDU83nW2MpL6K&#10;pbURe/VpZQBAQlUJYS1Q5C9qiBn5JNQzMqEf6BxodNWpYfFFkbXjy4I4SGuciicfswh1koV5gBap&#10;bg6Tg5tjfTqTGTvzPhA/Qu3QPHMYusv9MbuM3Se05/u7ffu0YT2q+z4F8Y89Bsmfnwp3eKhQoUKF&#10;ChUqVKhQoUKFChXqI1MKWX1l9OrTO2ApSu1uO5yuS8Aehm+sr6xAYxv97BoN9uRrIIuO/OzuOX4c&#10;VpeXoFY5BKPDVZTkDkGl/Fl48jtPwsrCOuzduw9GxoZgf3nGqD4LynjsAeFbGhJMtR2oD6JK1ahe&#10;SyjzBSa7JUyO6+fRR4Q3Avg6GFK7sb6BDL5l2Mb9qeN2BqqoeMVtJghOrq3Mwe133gdD5W148P77&#10;4f/90/8PAb+nYXTyNmTwDSKbcBz2zuzB70EJcKHC4CPLlmNrNxeJzV1qsK2e82NObMHqiS2ERWZ+&#10;lFySpooPDBmLHAnM1MjsMBBwM7HDJMslUIv0zSSRbeHOR8Tqq6HmGcE+k4CrJCVEe+Z4hq2XaPHM&#10;szJeAgEdyKflfYlIb80BMWjXFafsA3JaAjm0NASWAIs7INjvgkIG9sln7TaJoZjyydO8bx7OmDOD&#10;9Nl+NuKZ9tF6HWrZZzrZnEj85V+G5KmvAyyHtI5QoUKFChUqVKhQoUKFChUq1EejBpjVV8uRrrRL&#10;fPB+6jRTYUooLIFkRCgj/KqNlnEtlMWuo0ff+YuX4PSpMyh3XUFAbwZuO3AICNW68+7D8PKLJJF9&#10;E6b3fQqZcRFMT4/Apz/zKZTWtng7tVoNgcFizp7O4jilyKBjxUItY+0BIWEZccyGdGghlxF2tLWJ&#10;wOPWJlxbmIeXXnoDPfrm4YF7H4Tp/VOook1g72374JkTz8Do9BDs2TcJCX7m2NG7MRNjnANxy5UB&#10;JN6VEZgsCVHNyoOpRH2rxM7OAX2G6WgzMixeVYAeYppFthDuSuT0e8EbGV0x5QMmZh6BeAnyHAlZ&#10;bTUwlrheB81An+6hNoIHqOlU8YVMPEiXf5+kzssvl6oLt8zyFIZdtgdZ+EivztpqsSNzcO6CZ8Eb&#10;aley4Z4aHofiV38M2v/6T8OdHipUqFChQoUKFSpUqFChQoWCj4JXX7nLq093e6U59WWGt6QYbIGE&#10;OLaGIxJXwsEUBPglsIlpuyeeehIuXb7McM/1uSWoFCfh8B0T+JlB+NjHP45hGK/D5bfOw5Gjh1EW&#10;W4KZvXtQiUrEtgKIDd+uGIVEOlNdacFaEmIJ92JMDPdvfXMF5i9fQXnuMtRKdZiaGIU3Xn0J4tK9&#10;MIIy4cnpMZiaHofnn3sKFq7vh7GxCdizZy8Gg8zABP6tUilwDgZb5O0CBOPsDQL9IqOoNfkXkYB9&#10;Ou054RmgRSe045BV6PG8s359qUFXWy2kSi5DvVKBuFhyqSjdGJhyJ9Qw9cgAUTmgTSS+aSrsvpQB&#10;N7sPxq9P7wpvy3ZX2IP+Z6wWWLanuxl79uRG4OS/2nr/9T0f/dW8uouWGn/2xyF54mlIT1wLd3yo&#10;UKFChQoVKlSoUKFChQoVCj78Xn0VcFkNYAASrfOGcUZ5GTnsB9MkIGl1kMmHxLJmw7wP5bYd9J9b&#10;XlmDK3NzjN2MjY7C7MwBZMUl+IoR2ItgYnIC7r73PlhdXIHWdoq/wxCMoaoEXGj2xNNesMONQD+V&#10;C6jN/04rkyfRQhDx2vVr8OyJF2Fq8hAcv+s29PqbgTOvXYITJ56GT3z8+2BodBh+8LOfg+3NNqYH&#10;txHcq2GIyCCMT9VhaLiGIKViuS8Rz/SNPeN6/s4YFtrstUSVW9B9UCojk1VGMpsapNJKVC3yqoTR&#10;5/JI2GcPN1gqMdIaKYO8QpQnDyqR6PImQbu0X9YbW7kupO47LbimtAhx9a0R+0CAxCybQ+c8+JRN&#10;3rXH2CMc155/n22U+kYhvB7c69lP4vYKX/0qtF74H1AfrcNdHypUqFChQoUKFSpUqFChQoWCDy+r&#10;75dgJzGk9gSxynrhaWGtobS10URpLMpj19fX2EauWKowYYywm+3tBpLO2jAxPok4VAsZe9sYhLEJ&#10;IyN7EBxsoy/fCIJ+U9BG77xaFZWWhQJ78xFmRR57BBzC2/EL1N35DkrktsqE0uJuLS2tYADINtQG&#10;SzBUjaFw11H49mPfhWefeQY+8wOfRyCwAqNjwyjVHUCFrGKGIQF9RcTSHBntBuEU2vnMQS6V1zL7&#10;EgRGwTD7dK8potPNKgf+cV6vNmCY1TMzA08Ojl4U7EHefSTlrSBqG+n+OBhfTAnjoM/Q1xAdk4I9&#10;FIKGsTXKsxJineMdyt88k76blTsoJc0o8/zzMTtDeFRCG9WO2Wd9DR2hVAnm6e3KzZJCtE/123sI&#10;oq98EtL/48lw54cKFSpUqFChQoUKFSpUqFCh4MPL6qv1/ZsGj1AGymFNKZHJEB9qNDdhaWERzp+/&#10;iP57l2B9YwOOHD4GdQzdiGMNd991Nzz51DNw5uw5DsHYM7MP/f2ayOZbhxIqTgcHhxBEK2Dibh3l&#10;sQaQUyx/TU3Qhnp7ga8mQyK1OJ+k4lpcKUVZLoZ+7J+BK1cvwMLCfojqBdhaR9BxeAiee/E5mEDZ&#10;7szsF2BwpMZBIhqZeJVKiclySivOziCSncojVjfYr1TybK1qFnG7pGPBPugre7VgHgN5CDW6YAwK&#10;rYiMnx0z8kBLlLDi9N1CsQybiKzGmIaiihHEeAJVTJcwNYEXBO5xpocybMCOCeSIJSSXkNA2hXwo&#10;7dA0G6CRWvms8r0ETRKJsxq0DcTqvZU16ksd7seftkhoPsC5V6abZLgi+wk6sp6XUJzqLt2uzjP/&#10;ZD/M21LGTeMv/RzoJ14GfXYz3P2hQoV6z6t4FB90t03lftd88QIk11vh5IQKFep7ssoP7YGBB++H&#10;yrF7oDA0Cp21ZWicfAU2n30Bmk/P9f1MPFmCyd/6e1DChdXW5XPQunIJlv7tNz5Sff3gD38G6p/4&#10;QRj+ob/T8/fW4hysP/EXsPKnfwRbf3kmPPdC/Y3tF6iNl/Yfhuqhe3J/3z73Ciz9P/8OVv/Tt8O1&#10;DhUKvjcSeEvM6osEJxEClxC+CoghEYMvJmluq4lkshi2ttuIvaScfLu0cA1efPkN2F5Hqe7kQRgd&#10;WYZTZ9+AmT2zMIGS2KN3H4eDB/bClSuLyNors5cfcs9QoquhOlhBht0AEtGQzccJusopOQ0+ozkv&#10;wkpmWTaMElr6W5IYf0AKrTUMQwqjTaHZ3IJGo4VMwS0ooASXDmVyZIQBuhixruHRSfjkD/4gPI1e&#10;gk8gm2/f7CxUqhXYO7uPpcenzp+F/aeOwn2Dx3G/YpYcY/yIw7WiKC9rBp/NxyG02rnaabbTa0AT&#10;D7jdThkvI99AZbGwc29e1H3jjrWcCE1Jth1Dk2SWHaWMKBP8wekoyn2wjf5+SsfQ2NzC2GPSSZeh&#10;Vh9gqmVcKCLoV+BUX5u1QtvULoUX/xsRSDrZ/HukHqqYwMKuRpF3F8zAvpxuWu1IresG++AmbDyH&#10;FWb0QnIqNCfQUiwl9dcPFXGxIgRo0rlzaHAqqCv+7vXnoPP1/z30AKE+0MHSB1Hr334M2qfWwkV4&#10;H+vIt/6vngHx9f/zf4T5f/a/7jhhHv75H35H39mex0nlH70QTn6o97UGf+Z+KM7sueXPJ7hivPqH&#10;3wkn8gOs2hePwOx/9S96+qzdTOgP/ad/C/X7fyj33rO/8Xc+9MCWBTkn/7Pf3vVnbvQM+Cg+9z6K&#10;NfzVH4QYgxW/V2ongM6OScZ+9ldu2C/ktvXon8CFX/29cJFDhfqAa+B3fgEqP/33vXCLDMdhMhgR&#10;y4hlh8SqDgJ1lAXRRMktYUMJ4kvXry3Ddx97DPbtuRMmETgcQabcS8+/DqfeOgf33XMvJtruhYnB&#10;AWggvLK91US/O2TKVWswODwKA7USVGslxq8o6TaypDEBeVLBcyzYZ0M4CNzrIG5VRKCP/raBY0OS&#10;Dm9ursPK0jKsrmygX+AieuMlKL8dgjtuPwi1gRoDhcQbW1ldQ3nxNpw5fRoQE4TKQAXaHQLktuDi&#10;pQswUtkHn/7sZ2B6dhiqFePRR+6EsAt8yrL9CIzsYEDu2gbKm1dX4Nr8RdjaaMMoBoKQyvZHfvRH&#10;VKEbFxMHO8iDfzltrwB11gSQtLgRA2hlpOcRsFer19gEsZ3giSNzRDJi1CKdFRiSLixTDCH1Ajns&#10;hQdOE6H/TnQidE77Ud9TrzshGHqAPqtnth/JyJCqD6NR9+rHLeLnI3/dwRwOWs2Sf3sThLV3LuXb&#10;jz8A6ktPgv7GydALhHrfa/wXfwnGf/JXPpDvbv3KHJz85BfDRYD3D9jtNzgm5suOn/nYbbD3H/3L&#10;d/zdr333gbCyHup9rdG//eW+jKa3Uy//4d3hRH5ANfFPvwJ7/v5/c9P3UZ9GfdQkPk+u/7t/xew9&#10;+mw30EdVueOODzXYR338wX/zh1Aaf3sgNwGDH1bm46089z5qNfYPvvSuPOff3frHPe1xN+B/v6Ln&#10;QPmhf7MjCzhUqFDwvrD6Mq8+XwopYRdgUm47COylHY1ee1uwgSx+Au1AlZCpR2ET+HsM5iDgbWi4&#10;BLVyBAf274eXX38dXsfXHmTOFRCPGh2uw+RU0YB6mBtRrVVMim+sjMgzh+V4Ss+u4I0Oks7aGAhC&#10;/9npEGmrg2BcAZoYRnt17jJcuoDJv7oMhWoR5bkbcO7MKWijR+Cxu47D8PAwlCtVGEcMrNUcQCCv&#10;DNsN8hVcx2PaxG3U2E+vCMNATEfafqQwMEShnFe3bpZCYYhjcv4I7Nvc3MDU30UE+i7BhXMXYW7u&#10;GszuOQRH7tgPfdN4LXjlwLCMuCeGf1pyeG3YBgJ9iMQSOEdoLCGpRHesDQ/C6uoqoqItqA8hjR7l&#10;vQUK2hAElyiZ5iVAn5UJWzEuMgENCJh4VEV7aLr34PtY+GmPzefCOHS+gcGN/PUsMJjxJHs+lrUZ&#10;3QMSauiWEvdRXf/0l0Gd+O9BL7RDbxDqfS2SRH1QRRMSGrx92JkW3ytVOXbkg5twIWgYrnOoUKF2&#10;UzP//NffFjPNPk8IsLgR46eE0hn4EEtVbwXoc4APnrcPI9j3QT73/qYUyWDhbwBoe/h/+ZNb/nw8&#10;NBAudKhQ8AF79ZVqPdiNAd+0y0Yg0KvR2Eawag5OPPUUynkBDh/5GNx2aAKGBqtw7I7b4fTp53Bb&#10;R2B0qIaptx0M3ZiEl198CaZmZmDwU5+A6WIJBlBVqnXM0mA2smMMKyOuacG0iElo04BjL/WWgMcW&#10;sgqvY8DG6tIi1JH5PDY2zurUJu7U2TNn4dLFq3Dfxz8Jew+MQtqehXMDZXj8iacwqHYIQbYKjIwW&#10;oYT7UmCLuxhG8Ds21mLAzYFeTWF6cg9KffdDfbDAnoMkVO20N5AkV+pJ/7XSYsbEBIdrI5uP1LX0&#10;c3FhAZ57+imolqfg0O13w5133QlvvPoqPP/cS/CVX/w5ytDY6X/g5LPdkletM7afFpCOTxgmiST4&#10;pXT1IjQ/HB4b5ZO1jqBfG00SEzYKtGEfIneVz2snidXue8krkHwAQQwUocsHrx/Jrhvo67f/sJsg&#10;DR/oc/JcPyg6AyZB9UYhW49De6FYbixef0o7kS/oOuq7f/FvhZ4g1EcPgEKmRaj3p4Y//6VwEkKF&#10;CgXf6yyjtwv0QRfTb6f6MLO59vzu794y0Hez8xaee6Hef5D2nh4Vyq0W+VOSR2OoUKHge4DVBz3k&#10;qARzGggropTcJgJ9myiVnb9yDV559RRcxp8aSWWlKnrgDUVwBBdwJiYn4M2zl9Cb7yosYypvvT4I&#10;dx49jqEdF+DC5cu4jbaxjCPfPc6XIBwGreRQzGozHzJLtTSzlEu1w244yRYZc6dOvgGPPvIweu59&#10;B65euwrXFxdZwruN3njr65sITjYR0EthoKRg755plg1fvjSHzMQWdHBbbcS9yJKujMEb5RJJiYnl&#10;N4j7h8eDKcHj0wOAMBBKgwnQQ09AHe/M6NMGW6L9aiO7cBOPfXNtFSW7KCVeWoKFa9cgaRVhdl8B&#10;9u4bhrvuPgrLq1dAmH2J3YY5CY68lrpgC4MqZn+jgI4sJlm0zgaRYzoipYiUIuPB2B4dgrWry/gP&#10;hSjnIKKxiEQirbKdGmCPLAYjnXgpvR6Qps2/IuRf0otlv3JBIjFVdBxER9bTGfvPYwpCqowNIX8m&#10;AtUHNDQ6aZ17GVaeieXlb0szIXAe+POJqSbEJA82am6wRlWsGckmI0YyYNQPfQ7UJ58F/dR86BVC&#10;vW9FRucfZH2YmRbwPeZ99U4ljaFChQr1XvdT76Wc0PSBvxf69/DcC+WPwzDcAr7HVSfvxG6G5P3B&#10;RiRUqA+S1fcTOVYfhZXGorRsIGi1vrmJAFabCWEkcd3a6LD0dnJqFBaub8B2cx1zIMahiqjYZCmF&#10;jz1wH6bbLrLMltCjA5i0O4m+fOcvnoPl+Q5s7GvB0CgGcSCbLiXsCoTdB9bEjeJYURbcaiAWRSm/&#10;SEbDnaljeEaEMl2SCWtt7OYI1zp55gyCaxGy5qbhznuOQwm9Ag/cfgj3bQ2lvG/B5PggfrZA0Row&#10;PjwOpcI4S4Y5u4K3pTntl46vjLZ2g0NtOIRefWXc72qtyv5+xP5TCvG2YkHer5zalTC2FsuJjVXe&#10;5vo6Ao6bMD+3gKzAMfwsBYIUGFxc27yMQOI07ncHhgbqsGf/PgH7+IRnMlMDhjlVMOSocxKJvBNR&#10;zhoaEhhnyW6DlC4yO8kXZvXKGkyPjuLBFpHmWMYdSzhS2VAnU4+N50tks70xxols+GdAP22omMQA&#10;tDLbDIRU3jHkNb4K9A4MQS2hJN1BIKpvwq7/PW6LykNBKcpDaQ/EVHkGIUmgWXeNe/TlrwC8+K+x&#10;5evQM4R6X2r9kW+9q559Gy88CokAiDEO1vr5JvlVvfPj4SK8DzX9G//olj5H0lsyMh/+W195R6yR&#10;UKFChbpZkR/Xbuqtf/J3OfSHzPpHv/Yzu/L2A8/g/8M28R/5yZ+54TP5Zs9hkKCT8Nz7aNbNWJ2X&#10;/9U/hgaay1O9Eymt3RaFdr1dT1Vi593KGITGL/8/e28CJklZpot+Eblvte/VXb0vdION7IgIDIuC&#10;IIIcewYHB7mPR/DoyD3gcvC6oAPHjeeiMtLKuQ7KDF7udeQyoriAGzooSLN10/tW3dXV3bXvS2ZG&#10;3O/7IyIzMiuXyMjIrMys7+UJsqsqMzLyiz8i43/j/d53KaVwMxhQgao+/zUfNLWiapxHFJV3FHxB&#10;ARZHenuxLXY/TCOB1dDQDD0rN2FXZwDefvFFsOP1XTBw4giMj3QieYUKOiQBV6zswQTedhHeMUvq&#10;uugMTNbPCzKNiDpAdRz5/oHohp3XeJg0xVxUicIcEmKUptt7+AicOnkSVq5cAW3o+1dHbbdoJef1&#10;emDjpjOEt96eXb2ivViV5sGLCsGVK7uR1PPC4YO9sHfvLqEulGUPdPeshPb21RAMenTOChKiMVon&#10;8UGR+nrQOC2d4JM09aGiW9dRoK2iB2MoqubPJ6kxYZE3Pj4JhzGQ5LWXX0bST4HTT78UetbUQXNr&#10;G5x9/jmw49XdWLN90NbWgNwant99PrEeNzGXUoovHyS5KjVdbqkl9Aq2UeeujACLRP6s3qKaEAZi&#10;hHIAe5GXdbaKJJWjfSehs60FQhGd5MO9EZuPakEfkBYVokopPooJ7ztSzZHCjjZWlVINFjP5+WVJ&#10;2IUMZJ+Uotgzh4BkUgJCgvxUF4R66PVQki3FiXWo5vXq4SNt3SDddAGo//oCnx0YZQFNmHbvvBCa&#10;b9laVOuUgZPbHkjxZqM768vv25b1Is3KJIQBRftfFVNnSiwc+NYPYNXjj9Vsqxej9jD222cgsPk8&#10;JqmhetJArZxfiLwy0r2JtBv82hMQ7T8OPV/YBkvVPzRy4Tsz/t5IHyaCM/yu86HjY1/IejxQojF/&#10;7zEgAznnJFlGpCGNyek/vgnex9dkPebp3G3G0L8/UhCpT+T1ye/8z8S5gsFgLA6C7383km5Bs2oM&#10;RLQEEh+zyP2MYRvqK9u3w979+wT51Vg/BE0tK5GsqkOfOze85czNsG/XPjh5HH9fH4Qg+tv5AwEk&#10;4tyomnNhcIcfJiZHYX5yEOpamqGhuR39+jzYFusS61OpjVZeSPq4kJui9btiiugcPY7tvwr6BXqD&#10;YfG3urowrgO/O8M+2LBxI3R2dMKbO3chKXgKwn4MAkFSsaEhAutP24AJvXOouJsFvzeCr6vHcA4v&#10;+FG1R2QfpFjLaVyVSxeoEbEHOhFocFOSyyXadBWdjCNCdB5JRiIccUNhanoGW3ZH4MChQ6gcDOJn&#10;UyAQkgXZuMaNScCBMOzZsRfbe+ew7bkJQoEmsR4ZTK2oCwMkTD9LWgAHSBkaYFO86Qx/OkksyEeC&#10;B//uww/V1BCGALby9mHfM/VaR+eQiUUZpWyo6Qw/OzWzis54D5lYUFnS2VDcHuEXqAgCUvwOzApE&#10;w5AxLbI4wyIJhjKV2JOkHEo7NROhqJGnyeRhVW+TTpKq2tMkIS/V6qQbQl52DcC6CJ8dGGVDdO+4&#10;IHR6773d8XULZRi2UORrtWGUbgLtBIlLk+rRX/+EC8qoGow99jwc/8rdXIgqQdP1N1t63sSLv8u4&#10;r0nBA0vQJ5aIvEwEHtXDIDXp/E012n/tNdD/vS+VnNCple89Bh5vz/2pJOulMZmLYE4f0yP/8qSl&#10;Y3zo6UfFtez+K7cy0cdgQAV49V19i+Z/R8EWmKQ7gym7pMijUAl6nJqahmN9xwSpVR8Jw7KuTpCU&#10;efS3cwmPu/qGBgycWC1YlplZXI9CIbCqIPJ8fiQRZfLEQ+UadpF2d6GqDgm/CJKC9LMsyBdZ46Rg&#10;IX/jdWk+em3tbdDV3QXHT5yEg3v3ads4Oyvs4oLBOlTqdUM7hn8sR0VhL6oQ9+zdD4NDk7gdEoaG&#10;hGD58g5YvXoN9KzoxOfVY2utD7fNrZN9RnepJH52CVs6TeQluwxhm5LMmhXP0zpGifSjVOKRkVE4&#10;NTgseLMpVDI2NrTAW888R/BLMzMDgkuj9bY0tkHP8hVw3vnnwsbTToOOZa342TSyz21W8EnizRTR&#10;zSylKNHUBGkmCX5QSeredGmmHsybUNcZzcAqbmxM97Dz4tLSWgd1TREYOTUEBw4ehUZMTKnHhBVP&#10;EHcaSiIlJAXjgsTTVHuCBcUPoSqxhOZOY81kTQ2IRVJEQgnobbP6tps6d4VyziDVTO3Imfa+aiLw&#10;1HTyMy3pQzJCSkBfv7FTzQnHpq5gYrJVSTVFe0iJugu+k+Snf/tegC8/xmcJRtknx/AF59dLk4hc&#10;CYk0+eKkVufR8qmtBd0JzwdSzzAY1aZcnvzAH1jhA5WfJGt1H7kjdRl/T+rj8AVX5FUHylleX60g&#10;pWImzB8/lpFgISUkESfG66K9p8QNP/7eY2RqnS3l2BBE4l3WyUG6KT302BPg37waPB1JMpDaguMT&#10;k3wdyWBUGPz/5RpKnoC5GVS+IYczNjqC5NWMIDz8SNTF4orwxSMOZHZ2WmQYeJHkc7liojXX78fw&#10;ihCq+VYgeefCdmC0gKMWV4qtVYS4CztHvQGReFsfrkfFnBvbVsmrz5tI9wXZ6E5FBR+yaxoNhGIr&#10;5KbmUVlIxJsX23Y3bFgv1n302BH0BgzB6lUroSESBD9xU14K2OjEhlIXqgq9sGfPQdzeGLYTr4JQ&#10;RwSVfEG0p/MJagnFgbhOWagDJSnV8C3JKanJNl7Dkg7rQ3VRBLsli3qM43nt6JFe2L1rDwyNDAme&#10;aMtbLsb3C2N78WbcFj/0HtmNCsMwEowRaG4Kg7+9GdWFISRTVZHsO47koB7QkaDQhNGhJLgwZUEq&#10;rdhoJUnwxamHWP8PTMm9C5WBmrpPUzBK4Me96UGK0d3RBMO4Y48e6YMjB2Zh06Z14Kvzg+Qm2SUu&#10;LrI61HaMS9XIwriiB3no7b2qJCX7cmWtt1kSgSIgGNlEX7KabPCVcvTxpnJ5utrO1Hor6U9STe23&#10;KS9UwUT0qQtWrEhqst1X33YpmT+sPXXNaSC9eyPAz3bzmYJRExj44UNZ26w4pAMcV3q0f/YTjnox&#10;amRfPxeXUXUYe+4/mOyrcEQuv8jyc7P5vBIZkOt7xkBw4xb8/xM1X9PwuRdnVetRrWqNGCnV916t&#10;w3dedpuDmZ0vQqm7SnJ5StK2zb3Yv+A10b2k2GPVHoMBFa7qc1/1d0KZNoek2hx2cR491ge9h/qQ&#10;uJNg+aoVyOuoSErFYP06TI0dHYMTJ05h2EULzMemYXrWh+o8Usj5sDVVe/Shhx4FX7hdroTQjFJu&#10;jZBYGck40YGKZFAM23dV9LmjFl3NK1DV03c13mUeU3SnZ2YwnGMGW3K9uB1zsKJnufD9248txSEM&#10;zvB5OlGD5tXVeDKSakgoSisgGKrHNtkZCARCgiB0e3x6Dy52snqktJyHhOwsYX2nKBrjgzpF5Lc0&#10;4lJVXMT+YSsxEp34MwofUfU4B4dQFLdn3wEk9jAAJBqH0aEJTNvtRg51FtauWwMKbnffkaPCKzAc&#10;iiPp6MbtC6KSEsnMOVxPTDGUfcngCCnVpi+5sZKJ7DL78hkklZTMpQDIppjTZYv4wWQk7dzIerqQ&#10;gQSfC071D8Prr++Eno5WaEDTxQDKIun5Lrdbe19iO/E1ieyLhEgvGSiimrZNi1DW246TboJ6S65k&#10;8uWDrEEdSQ/AHJ/KVCzJIAElaYECMC2VA1JapumzpVv6vfsGkF7C9sdTnCDFqH5M/uIvMP+xzAbL&#10;3u5V4LRKxNPTlvnisopUDHSh68K7M6C3Q1uZ7NTfdDm03npX1fqUmT9zfHxqwYU+lCG9MWVSXMQ2&#10;mNc191rvkk8DrJXjEqoggRQy2ClUMvwbrHuBEjGQLWSD1Oljlz2V0/g/3QusVsc31aDpjucXtT23&#10;HGOxFr73FhPG920mTO9+reTvT2352ci+XNtWzd99pby2sXoNRceNWRXM1ygMx8fiTVfDHOqzRsbG&#10;YAJ9+cYnxuDI4RPIZwVQ5TeHwRaHIRgOoiIN22BXrIQ6TLEdHhwUARxEo8QxpTcWVZC48iGp5kVf&#10;Op/oOaVAVhJ/GR54lJ4rmzzviLWZR387agumNlgi+zxeT7I1NqYFXUzg9gwMjEJf71HRXtvc0QYY&#10;Gwvd3cuwbXYE9u/bK8I+vL4gJuZ6xHtRkq6rsRk86BkYbaIwELTRQHLN5ZKSmRIAFqzfdOFYXAXq&#10;fY2TFR0SW7F5Rft8+Nv52CyqD+fh1KnjYtv9qBxs7WrDOriRwJsGrx+wZo2weu0amJl0YVqwKngv&#10;Wg+RobKXrOLcok0ZBNmnJmVrpn+mBHMkKTOtiVf48qU6+iXY1IQKMJ3wkrSdMa/RmUKt58fgjo6m&#10;OmG62Is7cv+h4+A5dgLllGuhvgOjg9Wo5iqIjKpI+NWLKZnXLUvajtaZOVXv0SaJJogWYNnkpScl&#10;5JzJf2dI2FWzxXsYxKcE6RpGKaHPU/XMEElPB1ZT+3lVVU8SVsTniOm/S7T10roD6Nv3/itBeuhn&#10;fMZgVD2EZ9Cvnsjoo6NNzO6xve7IDWeCb90GiJx3qWUFD91Nntm1HWb27obpv7xW1ESMLq4ar7u2&#10;YNIyhqnFJ+/75oILLJogUSqluR2NzKaPfvbOBRdudBFJqhiaLJNJu53JDk1+e75/f+LnkZ/+P2X1&#10;uqHPW3fJZRkTf6mNiMYNte6UYrJM9at/79V5xw75AE29/Get1d3C5LPn4W+mrC+XJxa1nWlqI3sY&#10;fPz7CybQTXdcLZQ9djH5UvEkwWIfl6VUELX+4z8UfLzTxJlaKBdrDFNtSeU49uPnKm5SF9x8TkHP&#10;p7CJbMciHQ+5yD6nCKHFHt903my5+TaRep8N3Xd9Q1hozB89UPLjvZxjsdTfe8WeP8EUEpRpnJKn&#10;YP1lV+e9Phh9+slFJeqVidKff+f27bF0rFF6b6m+z4rd35mumQwSOpuFjXFtM/LTp4sm/oxU8ub3&#10;fdjyNVT3V7+Ycp4c+8NT0HvbPcBgOAGpC0MzzrkaRo72wSFMju3tPYLk2gysWrUemlobMTk2gAm7&#10;ozAyMIKElwSd3e3oi9cOrk2bhCKN2nlJpVffiAETYSTUvMQ5uenMqPVb6p5xRspt0q6N6BUR/wHj&#10;Y6P4nhOo/AtAfVOzaAF24zqJGxodn4C+Y/1w6EAfqucmUH04Bh2oolu7Ev0C0etv/WnroRcVdXt3&#10;HYRIsB63l9p38fXIJ7ldfk1NqGgdp8l0CMnUz5qm4NL/pujqOVlKBr9OzyLdF51H771pGB4aEM/x&#10;IznpQWKRSMBIpB5e37kTycsmpMK80NA4jN6FSEAGmrF9GVPn0dJAkrTkYE2BqKkbZcmttTej56GW&#10;xqumtammCNNU08ZLCVWdmdATKj/JYDWVhR2shnJQAT3cQxEEnAvZWAVllC6UTIZcWoxxEO9I9B84&#10;Cq+8sQfWYwRzU3sLhDHtxOhiVjMo5mTVTNipgo6k9l76wESqUbGEolCW85OuaoEjWk3fsaaypaws&#10;XdFnhJCoicQVUX9TWov61ovBd/HLEHv+BJ85GFWPqe0vIdkHlts18l3sU4JwJoLIqjrEPBmhycfw&#10;U49bInPSQUSfXTPw2T07Ui5C6aJ25df/beHEBC8WV377MTh4y40pF2xOpChT/bymiz6aBO158oqy&#10;kHw0Wc03MafPR/v5xEP32to/2cZP52c+k/O9zaDWMFpmPpg/4Y8uuq1O/qkGxfpL0aRw+tmvp6yT&#10;JvnggNemnbpWynFZKggVkY1jjsbaxO/+4Jiig86Z7bd/3PIYNmrbfZdGPlcS6VdoyjeFeWQbE0SO&#10;5GoNNI4ROyRKJY3vfOdOc23z1VeMTfRPs0s+lnsslvp7z4nzp1HXNx7bvPD3SPRZqRWR4Puf3bpo&#10;xyUl55b8PXYehFxhOnScdn3mG0WR9FRrIwU4W8u71bELOfxhzeRhPqWpcW1DC4Xm2L0RRMRxrpRt&#10;8/tQwAmRi7FDQws+b7E33RmMlPneVe+AffsPIeE2DqOjEyIpdgL95xRMrG1trcfQCxc0rG+C/cpe&#10;mJ6YhaC/TvjPEaFGKbZx7GMl1VwAf+dyqYLk0wgyVwpXI0lgIv0g2aqrE2tzM7PCl4/adCU1BNgV&#10;LMhEIgKP9h4TwrC1KC6TpDl4bfsO8CHR14q8UxATeJdjS+/wwBiGdcxjkMg8qgNlwV2peo6rW9Z6&#10;RGUtZUOQf4bwS+PFMtKg2nZSNgVuBz1G56ew3TaGqsYheOO1N2F8cgJWdK+AZux8nZ2bhvUb18Ku&#10;3W+gCnEI/QjD2A49hcTgJIxgUEl7Wwduq1coJAUd6nYJlaHhSyi7SJEY1dN447TRJCV0ocosLljR&#10;9ERa1ShiosiyHuKRdO1L/N20KKYsXGqhpSK4hI1eDD/gHP2EDKRXpKv4Uc7YXV8H6zZtgMa1y+HV&#10;A4dh16tvwuzYhIhOptcYcRiynnbrSooJU9Nw6XkyBXi4xAChbVYUJYUsVFVICeMwkn1TlzRtn6q3&#10;BJv+ntYAbdqf0sIdrBrxy0aqsWrKCjZ6yo36KRC6+X0ghSQ+czCgFszySaGWuY1rreU7mKSE2vjz&#10;F8TFi1MqDZp4kNfT2l8/UXA6sFNtyPTZ6KI218UhTXJK2QLtpPIl3z5cs+0pyxfYtE20f+jCtljQ&#10;hTiNHzsX94J0RTK248sfFp+jWPLO01l8rd05lD1QRrVbpR2XUAEtp6VqS6Nar3/8WdsTVCIzSH2a&#10;y68LytjiZmdc5Np2ItCcPO6WwvjO1oJciWOxGr/3oAwkeDWCCGZSn1XbvllIlOnXcA9+UozpQraZ&#10;rhlW/fjhjNcU+Yg+On9YfS86d9GxuumFV8Bq2z2DUTBQ1Xds1dmw4/XX4dTJSUyDXQZr1q2G8847&#10;S/AxE8jpYCgDqtQUWLlqGbbNdiEH5UG/uQgm29YJf766egzmQMLN45aEwo9UauTvR2Eaoh1XSmYm&#10;KLoHHrXnEs8TE9kOilD0BcJhwVeRem8eOSdSz0WRT5qZnYGpyUmI1IUhFJKhsdEPbS2tsBMVdKdO&#10;jor22gCq95av6EDC0aNbwBlkIrJlspbwSx2nZDGXLkTT+CQ5IZIz0oCFJA63c342CvNoyjc2OQ2n&#10;Bobh4IH9qDLsxb9FoKmhA/r7B+BY7yC29apCsPbOd70bLrvkUliGtaI6edw+EU4iu3xIkAYTycRu&#10;9A+U9ZBaVc/VcJMdnggDmcEizJFJYIyoNyy6nGJmKD6EYgjSlKSfnWAONYJMY/bUZJeqarKnM7f6&#10;GlI46s2VqJ84LkI3hBoPe43JqLA55IfNp62CC684H6KdLfCf/7kdDm3fDVFMFFFU7e5fjOSFODiI&#10;GTUSe5NGiEkFnaDVZLdQEYKIMVZED7fGt8naYhCTipKZhU0QcGafP7P8UU1N8VUz+ReqJtrTGAxq&#10;SmsxqMmgDi1dGMlJjFEO3XIunzwYNYHhnzyaeTIlTsiQVz1Ak4JSJu3RxTWRUEQILYZiKN9FG12s&#10;2ZkcQwV58hWzD+nCltSPdgkpattyQrVB+4E+h/ninP69/L5tSy70pNaPS6ggcpXGGE0Knag1EU2k&#10;Fl5sws8uyUSKasiRLJ/txpLV75ulOr6X8lhcishFfJerhbjUQSDlOh7oPGE3IIaOAbKHKJTocxKk&#10;pGQwisXcu94BissLzc3YdookXUNTI7S2NcIKJPba2lvh+LFjMDY8jbyMHxpb2mDl+jXQ1FKPratI&#10;WGHQhRvVaMRDaYSaLhSTdF5KURNefQYUk2hrCjtCx8fHYWxkVARt+IPUcutHAu8k7HjjDTiG19zD&#10;w8N6y6sbicd5fPQg/4MqOfTsc7nj0N87jr8LIeGIrcV4fmxsrtcVhu5EyAYFaxB/peVCaMSaJm9T&#10;FnTFgp7CS4EhM6gQnBEpu6Nw+PAeeP2N7fC7556Dnz39S0zV7YfuFa2wdmMXvOWc07C1eAS3exA8&#10;WMtly9fBhRddApdc9jewEW1/urtWw7KeFdDYFBLBJaTo0yJ2Iakq1C3jDN5JlkamRAKIh2wCRQLI&#10;fMZ+VcnsOado7aeKqiQDPCB/b2zqLgIzDartTDIpRMllCAm6ukgjnL5hOUTOWAdvHDsOr//5dYiP&#10;TsE0yh1lfN/YzBTE0SRRz/o102iQqkrUXBtdifQWXeVH5F6ihTbTlmXZ2kQBwTTo1JTnG629SXpP&#10;Sgk4SfH6S2n51T3/VNAJPxWC11wBrjNCfAZhVD2oNZBaFhaQHif68064aDJQrlRNIoRIvQUW2yid&#10;ALV9WEHw/C1Vue9Fi7ID+5DUj4XeATcuxItt1VmgytEJP2P9laBAIFNuKCPRV6nHZalQjGl9Mfsm&#10;kxckOKBmqlaSJd+Nj2w3loy2PR7f9scmj0WLJFYOwrnSQS3mZXuvlxbXpmG+71DR61j79M+LPh7o&#10;nGblZiYdf9S66zS8Xct4ksIo7nukzQeDm64EGZVny1d0Q1OzF2anZpH78AMJ7iiBt6OrC9SYG39H&#10;Xnx+9OTzQbjOjyEYSKi5Zb0TVMpJLBldkkZYLPnwxVApN41k3wkk9PqPHcW24VFswZ1Acm0cibMp&#10;2L1nD+zFVNspTAeeRYVfd087DA73wr69+5BUGxLtvmvXbEJSci36+wWx1RiJNG9AJNtSwEciM0KS&#10;s7bnpgrAUpkg+jGKArUJ3MZDR46gl+ExOILJxMFAEzQ3dWKIyYzgqQL4vvUNYVi5ehlMjg9i+IYM&#10;XreC6kNUDnc3Qkd7BIlUn1AjBkJeJPoksJINIo+9uge8UZI2yih/RKLP7cn4MSTDt88I7FDUlDZY&#10;KKLbVKjYaOeRqpBUfxSnHJWhDgu9aUU7nHbphTDbGIIdL++AaSxSHIk+GRNQPFNjBj2WIMkyxZ4Y&#10;qb1aP7NLk17i4FCEyk/z9HOlePqpaW2+sKD9N5Vd1uR8CapPTSULjWZnOa1MGmudTHExeD/jUTDW&#10;yCZHPnJdUfVlMCoF5E3yxtrNKUsuDzRjwmWHSKGLbTIetnPhShdeVpQWA9/5rniPYokwq58vsH6j&#10;oxep5ZigUAAHtb86QYbROkgFWQjaP/uJkkzYjbvxdie+lNLpNMgTjrx5oExEX6Uel6XC9PaX87ad&#10;ZQJ9Xrt+fYWQK1TT3ntvhwO3Xy/80Ky0yC2/78GCCfRKQLqtQUq90Qcu22d3WVBnVvr4dpIgoe20&#10;OjYrYSyW+nvPie9AI1QLsgQ6WAHVrOTns79kvnkx+G/fLdtxTH6R6TWnsUK/Bz0gq5Q48blHiv7O&#10;dOpGn5WbmVa6QMznIavfV4HTzuIJCqMovLJ2BfQPTmBrbD20tHYjObUMZqdHYXRwFMMi/EigUWvs&#10;cmhFFZ0HuSY/hlBQm6kXVX0ej0twJOltuvlAlm1uTM0lCdbs7CwcxUCQX/3yN7Dztf2o3CNPPWzR&#10;7ehCD74eGMK035MnMQQD23Tr6hpgxcouiM1JMDk2h9sRhM6OdUhI1kFdI7YAB2SRwptU76kmf0A5&#10;bUklJw1NGCUCR5FEnMdk4WiUHmewlXgGdr+5F9uc96KasQVWrF4B51+0BXpWtMDo0LhI1XVh52rX&#10;sk4467wLcBt8mAKMfoMyqQsxmTgYwTrWi6RgEVaiqJCJGpXSCCf3Lx/5AXxgXTcoy7uxR9kjjBEX&#10;FFlK9cMD0fZKK9MSetW0VJR0yk1Kd1NMZxxxoSjkuDA7lOkHLDwaF8bd4MfXbGh3QVfjJthzuB/e&#10;wACPBnxcg62+gdZ6YeKY7otn+imZk5sg55BPxlQW2tnUa62I5Bd8tt7XnD0nOf13akKLl/zoqukz&#10;KykJLWAMEDWeiDiWMoSZGMaSifZh/J8HZa7+v90Asz/aw2cTxpJC16c+b+tCKj0BlfxIqFUKClRa&#10;TL38as6JEHnOUIpZ14Mjtls4Qmeda8uviBLWxn//W43Quv0uW4QTTchObnsgSRa91gulUOE4ifrL&#10;32M5QIImznb2C10oj/76JyIpN5cisJjPRmNn781XFBXykm3yQomfTrf5VNNxWbLJMba2Hey9UaSB&#10;WmkJp4nWwKMPCPLJ9vGDhLKVY5veq/eOTyTCDmhbyZg+X32pjZTeg8YNVJm6L1tSN9WA6p5pH1mp&#10;ZaWPb+M9irUlIJJj4Fs/qKqxWOrvvSP/7cOw7P6v2r5BRN8dh26+JWvoCN3c3Nt3RU4ymUjScgQT&#10;0bGz+5oLRTs9tXHSPqKbUOVMQqf32n/lVqHUNdr6zS3Ex+/8Ogw9/q+2yXer35nhC65YdJ9E42Zm&#10;rusbK10gNAappqAT9Onpu5Dl5iWDYRdTdW44sWoLtCG34sUgDCLKAoFGIaiKR30wP+2BCOYyeP0y&#10;BD2uhAUcJcxKEiXoxhPWcIZ1WnYFnZpsj41FRX8nkWoSiaMammAOO1R3vLEL1x2BdZu7oa0Bw7Ua&#10;I7A/EIbjff3YGuuBlrYQrFu/HqkfP0RnMYDDHQYPNlESURkKSvgct3gX4ofMwi81T5Crqqu1REDI&#10;7Bwus6KFl4i/malpmMRwjbr6iGgt9iDf1dAcFGnDjU1nwZuvvwr9R2VUF67A1uYGrF+d+IxeFL55&#10;0EPQTQpDvV1XMpOMJDZDKz7y8Uttmk1ybnJo/BRs/39/AZ7oGD5fElLLaFz0uuLPs/jsGMzFFD05&#10;FneHWEBbKT1f0f3lVFX34VO1/mVJt8QzvPESuci6ZI3YSCGIw01XtcAKNz7PpcskozGNJiMfQUDJ&#10;Zx2ymmeuXQarzj8DZjoi8Nrrb8LAnpMwhxHKLuy39uB7uoSqDlt2dQ9ASkmJRmf0XuYkSUdtvLRJ&#10;IqIYF+QWMW0lmggAkVRVF1/q9Cy1KytxvS/bGHAuPdhDiyJRTesnok+W9UGbaBlWhV+geKZklEEC&#10;/U+gmsJOXPR6XKKKW6SpqDiYw1uvAXmZh88ojCUD8iWxcwFCE5j0iyW6eLRz95ZSBq1g9Okn7X/O&#10;q7bavkimz0VL3GY7cVykue5PrqdCEjqduCilyYPV9uj08UMXyqRCJSKXCDk7ai6wqMSjiUax6lDI&#10;4FtWqlasajouSzU5pc+RT3lD9acEbXqu3eOKVL9WieCxXz2x4H2ovlaUSvQe1WjQ3vrRj+S1jTAf&#10;B3QcZ7KSqMbxTe9VjCKJxgWde6yOzUoZi6X+3qP1H7vn01CMN3G+mgoF9qMPZD1vlDOB3KgnjSd6&#10;LCfRl22/ZqrX0L+X9mYE3dwrFnQ80vdCMerQphtvhVxJ4lYIT7ONAY1Fuo6xco3BIR0MuziwZS24&#10;IxgeEcKW2ngUeQ/kZdxekW7b1hWGQMSDBBp2bAZQxEVqtYBXJNwS0WfIvhL9kJK5ozTZ1juHyri5&#10;uVnBlExijsMspe1i2MU0Pk5i4IaEYqrG+jCc97YLkCwL43aMoYBtVgSABFFF2LOsDSLYljsxhe8p&#10;10NDfSO2GtdBe1cbtHYGoR0JtggGdrgpYVeoDOUF4RuJ9lZpoWxNVWXB5cyjiIy8+QaHB+H4wCDs&#10;xvbhN9/UknYBuanujnZ4y5bTYTqGIRzTqCDEtuEQkqMbN6yHsB8ZR8UlQjjq6oPYrhsWLbt+nywS&#10;dbW3VvTOUPpBD9VV5Szko7b98sawC/a98AJKpf8MfjQ2DHqQ0YzNgBdZTbTHExJBnyuZJCLegAg9&#10;kZCrJEImDHJL1lNK8kKyoqBTTf/C3atiHzgyohs3r4fImhWwt/8o7Hl1N4wMnoIpZHUVfF9ZJu9B&#10;YnhJQjkvesKpdTfrZtAOpYQX/IwksxQBHiYRompz4Bvpv0KOKufQo8p6g7RktPpKep3lxAaQ2FHG&#10;4JLI7ZfzGYWxZND6wY/Zet3IT5/O+Pv548dsJa2V0keokBZeRmEXpdTmV2hthRIrTemSa2JWyYg7&#10;5Ce5FI9Lqx6kuYgUUjYVM3HOl9BttY7zRw9Yen3LzbeVvYbFKolJtZvrXECE/aGb7khYRuw5/wrx&#10;u1oZ34bCzcnArKU6FtOJp1L71pGKLhPGnvsP/oKHzBYKpYQyYf9cTdcNdFOQyHP6XiBlp90beKQu&#10;zHbsWw3RyOS/1/fpL+Yd0xzSwbCDqaAMv4kFMRhjCFtiRwU3RLwLpcSGMWE3Ut8AoUhYeN+5PdZE&#10;S6oefJEIisXfEGnnRm4qGiOORxKPg4P96H13AE6dOgmjo6MkFURfuxZYs3Y1tvVqHn6UejsXjYPH&#10;50PPwFZoafIj8RjD7fGCHwM8yJePPPq0bXbpnE0uz0BzCq3J0s30kigKyE6givBPv/8dPE/L83+A&#10;A7sHkGMKQB0qDamduQFViAPYVjw7HRTtzK3YbtyzBoNZw5p/oUt2iQARrf81ZyRG1s011H1yN/7j&#10;DGUCfv29H8KOH/47qDPog4dvQkkjbpRXotMixdgieagkFnOwheZ/p2jtsJoIM0FYpaTxmrdKyr57&#10;VV0ZqIIpEVhXv3mJ+FK90IiSxtM3r4H1F78F5tvr4JW/vgq9r+6CyRMndUknvR7ThWmHUXtwTMlY&#10;JElnbmkHk58fFYXaiaMxklzGdZWiMdAWhnYk/PsSScPJz0lJwYbaUcoTXiJJab6IdHEla6pJ8hXU&#10;CNU4BC7YAt6r2vnMwqh5kCrLbkuF0+19kUtL197gW7dhyexTuut9+JMfEB5OpfbhEao+G62xmRQp&#10;uSZmfFzW5nFplajPOtZ/+FDRKlmr3kxOgQimcis7nFASO0kMLaXxHUclBI/FHN8FNkk3/4bTi0rC&#10;pRZuRnXhxEP3phz/dF4jcs1uR0C2Y99quFCmbhHapuNf+xKHdDAcx/SVF8Cq1ZsgFIigHVwY22Lx&#10;RtTIHPIgGMCBRBq1rQZDmvBKdrmtr1jSlHKiE1JQJtiJia2lY+Njwn9v/979sG/fYdi1ax+8gd2e&#10;vUf7UVGnQABJxVVreqADfe+IBHxtO3JER/tQFahAawv68a5YAy3NzSgG8wqSze3SQmJd+G8tzFVO&#10;tAln1qoZoRtS4jfCaxA03oZadicmJqD38GHYt/8AJgRPQFNTC3axKrgNM0h8RkRNTjttA/hR6TiB&#10;Qbmq6hPhHA3NDdDUWoc+fR5hU+fGNN5MLJKqpmVT5DE5lIlkbUf54KpQFN782bMg7TsJYTRSJAmi&#10;LKSYWrywpLezau23mmINRJuqRvbFkFCLE+mne82BKS0Fsqr2UkMuVMPVUE220BpRy6KAKG304Sjy&#10;xufAh4znmuZW2Lh+LUTesgH24kl15/bXYG4Q787MxbG1V9XMHt0ukzlectHab1MXt8etyTZB880z&#10;1HkLP4OS3G51IZcptt9k6piyDjW9CkqCNE0vi4pEH5GGZh4x8qHrQKqT+ezCqGn4N6+umG2JnHdp&#10;ydbdcOWNNb8vSeVk3PUmvyJq0yEfHqdbV1P2GXqq2UE2RUqm1iI+Lmv3uLT0/pdcmd0Yvcg2PCKd&#10;ivVjs3U+uvYGqLbkTyKGqPWWx3dhiPb381iEwpV3+RDcfA4UGrYFJSSNGaVHpvM9kWsTL/xyUa4L&#10;hfdfhnMija1c9hMc0sEoFFKbF8LvuRnOOud8OG3T26CtdRUq01DNV4etqRE3Jtr6sCXVJRaX25W1&#10;81NVUxdIEGqqEGHFojGYmprEf8dhCtthDx84CHv27IPBgSkkyeqhrb0DJkbRggFTbqNRVaj4lmEW&#10;xZq165BLccP0BPEpLlTVNYr03yDyXj58jkso+cw5CZY+tUZAKhpHE0dyLx6PJ0g3WnyoGCQV4+zc&#10;nFA0RlDh6PZP4xNmkJtCYhGXAPrwLV+1DJoxYVeWvLg91NqMRB/mZ7jdsimoJNNGqQXtJznqpzbW&#10;OGzENJSN8hT85//6AUT37AcP9gF70K/PReI0MrVLtClr1aAPmdLGS6o4aoFVFtoq5i2eZPLIS1cC&#10;qsn3jMfR6BD7mOdR3RfDnTmFfcZBJOg24Q7d/LZzQelug1ff2AmnDvRCFGWbcWzLJYYVcpopJsk4&#10;4ttcLrdgUynhRbG01yWz1i/xb8EOC5ZXSaxHzfH+4rW6gV9ie+i1cT2pWNFYZHdLK4RuO5fPMIya&#10;hqfDnoqgFARSqYyLKWiiUBVJrEStmaXE8a9+NuMEZuy3z5TsPam2DD4uS6lwzBb8Ukh7pNNkdbGg&#10;z1TuZN65YweLXkfHx77gyHbz+F7aY9GJFnP6Trey3ZmIlVLeAGOUH7N7djg6hvKFbIAFOwJqM842&#10;zjikg1EovO97JzR29UD38jboXtEKbZ2N0NhSj4m2ddjCS+ETvkS2gZjDxOKW1ivCN5BTiiLJR2m2&#10;c0iakWfdJM6BZqanYXhkDHp7+5BMDEB7ZxsSe63Qs7IT5qbHoa8PQ4awbZcEXB2dXbD5jDMwGbgL&#10;1YUYdEGKOVy8fl3cpSqCxSHuJ8kHQc42VEV0jGqhG2LbMIRjHrcvjvZ2LmwjJg7Ji8RdO6q3u7s6&#10;YRRbm08NnEDBWhyfP4cpwePIYVG2gwdr1IAEZFgQkMQZuV16fgR60WltzDHBkRULWcZP5UNVpYw9&#10;su1+CSIHdsLzX3wQon/dA0R2ovshRGVN3efGNxYElNHKqyom1lEL9aAwCYUINiLORLyGqhsJpkUU&#10;JxhcLVRDJbmmHuQhMn8NilXSRZOyJrMU4Rp6ayxtnwfHjQ+LsoIMD1Hh17p5FRyZGIWXX/grDKOk&#10;EyuLrcdxLWCDXq+iZBPiSRdI0MNDBGGpKf5oC9y4w7zIytJPcaFcjAsDRBG6AVpyjJYwkgzWSAR8&#10;SHpICWjqQjBak1X9NapG7IlqqJJgeaXEZ1cEwUovjJOKUjE8EI3WZrxzePVl4H5rHZ9lGFUD8iCh&#10;thxjocnyUof5wopM4ymBL1/bh92Lx0qEVWWJHSKGL1oZJSUibtma1bupmOTdQhIXS3Zeetf5VTEh&#10;zpRiyXAeS2ksQpoyy27Qgm9Ljy0yd77vEA84hkDw7ZuKej0RhtkUzye3fZtDOhjghKov9N7bRKtu&#10;c1MDtDZHoK0NQy+a6qAuEhDqNFSLmYgzVQRyyCKwVdF4EkG2mQJKZU3NRuIxItHGsR32xMlTcODg&#10;ITh05BCcHBiCCVT2tXe1wOpVPYI3IWItEA4g4dgF6zZuAC+q5JTZAISxrbihoR46lzXDspXo1ddW&#10;j2o6j1AZaryLoqf/upAbiiWyGsyZDsTFGDIu2l4i+KIYEjKNhOPQ4BAcPnQYDh85DMdPnIBxQeJh&#10;gAjyR75ACFajTdNVV70TLr3oMmht6kauzU2ueBgmgipFXLzeMCr+0MMvgurIELXtUgiHrHe6Kjo/&#10;JQuhV2btmZK2ZIdsrIAyLKhvucutQvdUPxz6v/5vcI0P4TMC+A2kYLpIDCaR8HKRDZ6pIkKNpmie&#10;faogAim8QxFec8RyGiypkiC81AwSt1T9plkrlyhzxg9KybbIxlI88HwcIphosmrZMug+A32w1qyG&#10;N149AEdf2QPzKO30YCHis5TWgmys4k54A2rvnS4fTco5PR5P0s8v0VarD0tV89QT7b5g8mvM4PCX&#10;whanPy/thakdwdJChhkHX/h2VK64+WTDqI4whfWPPwtrtj2VWDb+/IVFvWtfSaA2NjKNp1YQ8n7J&#10;BfbzsTDezt/CRWCUDHTeypagTUEuxfrQLXZoT+jsC8r6fk6d06jVlG8iQU0FSJV7LKZjeudfbb0u&#10;X9BBNkLFTpgLA1hFD4Wp+0ToWJYkbw7pYFgeoze+E1nlBhHEQX535IFHLase4X3nFi2ykDWuQE95&#10;kFwJsZMmeALBq8yhAo4SdqeR2Dt6+BC88tKL8MIf/4jtu73IVYWxDbceVq5ZhWuYg+GBU4B5rMjX&#10;BKBr+XJYgb93ezTSjJSFgUAAW2MD4t9JT75M26UkcxSkJMcl+BtKgkBuixR8w0jqDQweg5Mnj8Ih&#10;JCFfevEV2LtrP4yMTIiU4BiSgT6vCz0MfbBixTJscT4b3vrWLdDe0YHJuu3o19eJbc5N2H6MeREi&#10;FMQs+IKMQbLG9uQJvsgK2XgNrcjrxT5jJJKa8IN5B5Ct/LenYX6kD4MxVAgJpZsb5knJRj5+kq5i&#10;01VqpFoTLbyKRvQpMY0Yk4XCDwRJKC/Y4NRmbcmUvpveKGtOyDWDii/TYEHCT8W2Xg+q73rq6+GM&#10;tV3QctZqOBadhx2v74XRgTHBbLpQpahIOguqao+pnnxp/yYFnqSFeJC6UNH9A7XsjaQpYyKMRcq0&#10;G1IZQBVS4zjMrbwJK0D9eWpSL6j/WXuCZ/VKCPzdJj7bMCqffDnrbCj07rddv5zJl56vuvqYjcCJ&#10;8MvmYUWtF+znY8X4vIuLAJXlY1WNxyUUGFbglKovdNbi2nRELnxnWd+Pzml2jezT0fmZz/D4dhBL&#10;bSw6pTrNF6SQLZyDg6AYUGDQC+RR9zXdcXXGvw186we2lasMBjSjWOPyDyDfo/MhssaHyLpnXTIw&#10;QlqwaHyOmeBShZhqHq3X5ubm8TEuUnHpd33HjsGr27fD7r174Vj/CRgaQisjVO75fX5U7UWgGdV6&#10;c9NTSArOI9mHKbvIUzU010N9Y0T45unpCUIxKOuqQT1SIYNPoMEzSYm/C8s6VdGUhkj0kQffCLYQ&#10;79/fC0d7h3BbkdQL1WEq8CDs2vkmjI1OaO28yC1FIiGoxyCOZtyenpXLYPnydZgG3Iapu35obPYj&#10;CRkUYjLilxIkqJSftkvW0jrcstlpjorgw2KgH14nknfjv/wtDO05Aj23vQ+mNp2mk1vYCktMZCye&#10;ILHURKqslkQCIuBCIwTJTFElZZxLNtGT6kLXO0NRJ2nrk03FhqR5X+IXqi6PkyUjvRcE6Qf0vuhv&#10;58cEk9PXL4cxlHoS0Xfw2HFonWnCnYJGiWjQqMr6XlU1mWSSZ1OT76uzuaqkE3uCEXZpykVK+JX0&#10;FmUwyzw1AjSx1Yq5BzwDnSnpn0ZJxPomIn5VXdmnqlobr/Fc7d1Q3bf1apj74wFQDs3xiYdRsQhu&#10;LFxpRYEINAEsRFVAz5947k9VV5/oidSJLiWmrfz2YymfnQhASndjlGa8Mfi4tIqmG2/N+Puhf3/E&#10;kXTZbKrBcoH2LSnkonvHy/aelIJtJz07c4rr920H6vD45rHoBPkW2Hwe2LkhxUFQDAO+ZasznmsK&#10;VdpSGz7dhEr/bqKfD918i3bzClN4ZfQOI3LbiRtWjNqHfOOV4KprEDyI0Y4LmWMNIKP+Sed6SCA2&#10;T758UUrvVRL8CxFmRP5NTk7B0MgIEmf16MvXiS2v9dgqOw2eujAK0LzYNtwifudH7z43qgkp3III&#10;P5dMnWMaaUjWaoreLgwpgRfqAt2ZpG+Xgu8vvPnIN1D48ykwS958qDg8dvQI7HhtF6zs2QSduE3N&#10;LT6hQjx65KhIB0bCC5RmBfz+kHjPuvo60f7bIEuJjIskHSalpOuqOqOUVZ8nFZCHkUYRkngN4vqi&#10;oGEccWbIlkGTJwaBE4fhxLZ/Bd/IMETR/86LH9wdi2VNqpVMbbn0pxgWJjYfxZ0YFcXD/6XFWZiI&#10;PuPngghLjYzDPQpRXHc0Tuo7LCZ5+8V8UI990x1kGrm6B+OaJzGtZQqmhib0wWmmdTMRfaAxwYa3&#10;IG6YkKaiRFW09eopLJqHoZTSnqtmiEhW1QxRL6q5jdegAqXk5mR4TcLOEFnrutuv4rMOo7InDAWY&#10;CpuRr6U1XfV2+OO3LNqkoBjEJyYhXemy/9prRGoaLeTld+imOxwhEpYC8k20GMVhqRyXkKWtMVuo&#10;jrerB5zwNl3MtklYpFTaqe0vObaurk/fx+PbIZ/dpTgWwQHyjepG9YMCbkixyooBeTwdZ3a+aGss&#10;Nn7ohqy+lBTYceJzj8DxO78u/s3XmQzI69Xng9D1H0Qyy0iNNXIZ1DQN30JVX1I1p3EilIlAhNrs&#10;zCyMDg/BGHJNRKipephHKBwRvAutP4qE4Nw8tsnGppDMI7UeJtqGwqiUQ8/e5qZEmKskK2LRFHOa&#10;wIyCM2RZys7FGPovVWvnJV6HCLppJPGmxsdhYnxMLJPoIdjS0oyKvRBu9wy24nrQBxC7CjoasX14&#10;JXoMTsLx/pMwi9ZyxF0qVBckHGW9rdnt8ghhmop5DEi4JTIctFwGKIjAKwTuuE75SSavPyoiStcg&#10;isSoNzYH86f6YHTbD6Hhb6+D+Z5ldBmAGy6LQggppl4kMjhMpMkaJJ5Q+6G6b14RxVZxIZWfJt9M&#10;SjhBTe0rTsn0lZKDQ9J/lkw91trwUcBtZH+gSk7zFYyJX/gx8YSMIwMhGaZQYjkyOQ4z/XMQCfnA&#10;F/bhc90QQPnnTEwRUlQaIERM0rbEBDkp6TtBFUwxbbbL4xJ1E2Sf3oIs5KFk5khKQ6FwlLVgEXw0&#10;AjnURF+4nrgLOpVsEHyoSgSXorVA44CYR5VlCNnGGK1TkhID1+ACvedsAd8122Hu5318BmJUHIrx&#10;UKKW1sOTH4D2j/6PjBNs0TaHipDx3//W0kW5HKkePyfjIoxhb6LFKB2W8nHZeN37IXfL4dehOI+y&#10;MyvIL6p8/qATT74K85/pd+TYNVrX7J4/l/L45rEIGT117QQ++TeszWq7kekGqF1/QAbUtD+smXyL&#10;YRKpHXT+18/DxO/+wDYwDEcQeP+7wBtp1FR9ZOsmBGpa4GkKdwPEe7gEbaFZoOnqPzWKhB5yLR4K&#10;Io3CzOwMDA4NwJHD/ULRt3LlGqiPeND+DZNt/T5Ys2Yt7N29BwYGMDcCybJZFJANj4xDQ2MDevcF&#10;kXT0gQd5GyIeKVhVdJLqLImWBCxpvJD+/kKoRRyNrOo2bX7ktKJECZKkUPA6cyhum8QQjhOnBmAI&#10;O0NHJ0ehqbUbGjE1l0i7FavXwKmTQzA5NoThJMvQIzAAbdia61G9uE43KFFJcD5et0/UyO0yOjV1&#10;X0DRUKqktDqL/wS5FU8IwAx/Q12bZ5sMdCcCPZLKyuSJBo32FCxUED3u5l9/Bfr3HISWay4G13uu&#10;gqg7gG3TMib0gkiMnYYouBUpITGUTCpJaunVwizoA2oEmNuN7CYp5ExkV2pYRXJLFjS/qlbUf4me&#10;WKIBcTtRqRiUoQF7pIfHJ2B6dAT6RmbAdTwGyzpbYdaP/d7BsGCYBcGH2xlDCSmltqSEZ+hhHLRu&#10;YapIib2q1m8u2ntFazGlEGs7S3TnKprPn0h+0Xcg0nm6es8k2lRNYSX6ISP64cWgVPQ0YL0ekpoY&#10;HnW3vRcGX3gY1BGFz0KMikLk8ouKngROPLlV3CV31YUSv4/2nrKspqBEMjIqzqbIYUBNhcEwykPO&#10;LLXjkj5rLpWyoeYpZkLlhE+TE6C2rnKD2qBpUgoOJchmal3j8c1jsVDM7Npui+zL1qqbTfHnRCo1&#10;o7ZAvtbmGwpijFxrb13tt38cel+8h4vKKApSOwZeXPchja0ysy0LDOc0piROXZaSJtLSvO9QSIbc&#10;Cin61DkK4kCyb2ZGBHH0HjwsuiZDvgDyHo1IoHkx+XYO23eXIZHWA1Mz0xBGH7xIsA7bdsPIPYV1&#10;si8gvO/kRLruwo5TRSfZKOeB2nFncF3U4uv10WtRFOZ3i4+kiG1UhNKwv68PDh88AVF8/izmP0xP&#10;4vb19EAIrwlasH04gCnAEyOzMDY8Dd6OAG6LD8KrlmMXLGjbo5sDJu3ecvFV9oI3rMKtxpPrN1v+&#10;qTpjRy29bjfKGcdwB8RHYeqZX4AfzRHd770GFCzWjNsLPtWH7GUA4upMkuiTTMScbnCotcXKouOV&#10;eqCpHZYW0VMtJ1V8Zmov0V6te/0l/paH3dT2tbZzFWwhpn+7KUUX3y9c3wIuP7K5MwocfOl1GMTY&#10;5NUov2zE2GYiIElySYNREJPGuxpEXEJVmGxhps9Eb0iSU8HayrIe3KFxsareo63p+EyqR4PoEy3F&#10;qT3YkqRLXBVVtFdrBGfySaquJBTv39gIof/tbTD5jT/ymYixeJODtBQvMqGmSRc4ZOJeqKKQiEZ6&#10;f1Z6MRhQsnCFpXJcNl53rSU1VDFkXyafpkUhWLpXlf09x/6/Zxwj+2hskRdVseropfy9s5THIjiQ&#10;kBs571IYhCcyfJ524HAOBpTRQxJ0NWn9Lc8I5TKDAbZVfVeDFAhDhjjTRF6BarIlkyQpQeEQkTaP&#10;TNjsLBFnU8gvIZdE/AkSTeFwE6xbezqSf7Nox6ZiEMcgquH8KLryQCgYwDCOEGYu+ISvHynr/Jh0&#10;GwoFRHCsCN9ItODGM6btCtEUbgTxNET2DZzEG3cxFdo7u3E9xOG4wRBbRdFDcApVfYOnBlGEGMIQ&#10;ECT2wujVd7gP1YcHYcWqHlQVRqCpqQHffwa3CbtBYx5hf+f1yegbSIIvl9guo7UZwIpALRuxVbyQ&#10;y51KKkqQRqmJn+fRB89fL8MkdZhi4sn8078CZaAP3JdcBN4NG/B5U6JQJF1MBGjoPniSpJjUaqB7&#10;9iGBRUo/klK6YqJt1qWHeFAIBi2KyduvWLZTljRCLkZJwcgkE4vb5G8CvweDLc7aACNHjsGRI4dg&#10;dGwYulauBDc2YPuCIUFIUupLkgw12oiTwRuJuGb8ncfrFoEkSjSmK/mkBPmpcYWGr5+ZeVYWHDGJ&#10;w0XVPC9VI6lYW4m+OYpBJYoNCr7rEph9fgfE/jLKZyPGoqD7rm9AJXhqRS65EpqvvZV3CDDhzICK&#10;8bqr5uOS2qmsBEhoaqhnHPVpWiogxdzAjx50JKjD+D6i4Ixy+OnV4vfOUh6LThAs2eqntSUvxNxr&#10;vVxsRur3TiTs6Bjp+NgXYPIX17AvHwOKU/UZ3Ia6gJ5KzytQEx55IERUc6jiGxgYgqOH+iEcakK/&#10;vWbAbA3Bnyzr6YSJiTEYHh2CAWzrHewfhZXL3gINGHDR1FqPz/eIwFLyvfOglZrHi9yR5EmEXWiq&#10;voVEn5SwgpMSqbp9x9CebmRCBHlI7U2YjIv+gyLMQ05EWhBPRXxRuMEHwYALlq/ogO0v78SAjhMQ&#10;CTcgh+RBhR8p/4NI8nlQHegHr1cShKNb+AUmfQxzR+1Keci+4uGOYV8x+gbqMsPMe0zCdt5p/IU/&#10;iko33Clz8xMw+fyfwffyDvSLewfIF10EUmM9xKlfGj+cjB80Sso08vRDAi8u/OpEN7Te1qonrgAl&#10;nERFw6tQ0elknwuZWpJviufoUclSuo+f0QIrSWm/SvPA08k2RZWFgpDikJGGhWk0Twzg4GrHNJng&#10;GglmO+thvPc47HptOw6sZuhcuQICGOscj+NJUXaLXRZT47pCz6zA03eSoqn2BLGIgzCG/d6K+LWa&#10;rCepGknhKOSkkkb+iaCT1FAQqo+mjiQ5KQUMS9Rarr1G0lqYtQEppSQV133kvTD8yqPIzvJJiQFL&#10;yheQ1BSUksmtugwGH5dOg1RilkifInz7chn6L06oUvlbvoYee8Ixso/QfMtWYT7P45vHIpQ5pAN0&#10;W4n014fPvRgy+UAyAcPI51dJY4RCgeyG3hlhHYNfe4KLyygYgf+Cqj5fOKEEEzxEComl6l2JWiss&#10;/Z7INSGCwqfNzE7D1OS0INp279yLXnedggdq6a4TCj8fBl24PUFw+YhIiULA3SRadEPYuhtG4jvg&#10;9eqBIBpX4iJuRm8PTvgBCoGXrJOMoEujtG00UnkVIvyQozmGbboNDc1ayEbQD8FQUIR+uLHD04+i&#10;r3okGfuGsY13HtuK/SoSjD7oWdUJQyeQ2wLcpro68CLBR56BbrRak2Ui9txCXEZ8kxFCohodoWq+&#10;uGLVQpyxZAoTUQsI6IhrabZEQqZE+hqP+hYKok6OE/+EHwrZTnydMjcJ0Sd+AeoLOyF007sheOZ6&#10;GFaxYG4qPhoUYvuviuo92gVuJPBUvVebJJipCbiS5ndHUcfEf83LMC9N68SfR6j+SP0n0euMtllJ&#10;868jXz1ziEfK1ickpVostJpo3lYwkMOrSU6xX9yHn8WHAyzU0wGNjfMwOjgGR/fvg87uTvC3tAhx&#10;H6UJgw93KI7YqB5/rBpJuqqa9BXUf5cwiESCMNGlqxhpw0Ybr1m6qTX5KjphKesDVJCFimbcCLr/&#10;H9BgJ/pUNWSD2jpl7CUPfOAMmPmXN/isxICl4M9Wd8lljk4OGQwGH5eQwQPO6mQq0wTfCszecMDq&#10;Pmf2G65n5KdPO2pMvxS+d3gsgjMhHag0Tz8XZEqLt5OyyliiY/Gl522TfcBhHQywr+rzX3sbckKy&#10;iXJSzT2PGj9D9B2SexTgSvzS1PSk4DSI+5mamhZttB43et41LkNyT8KW3WlU2EnYDuuDujC25aII&#10;qz5SL0i3+Xo3EmzohRcJIP2CHZcel4nqSWYbgOGJp6ZzZmpC0Se7tKAQD3I/PiTo6uoicPLUCRHW&#10;QcSePxBCrgnVeejDR3xVEMm/VmzfHR0YhyFM152fxvANL26Duw6WL0evQNzWAJKDtL0+HyXsqoJ4&#10;1HJnZZ3o03tCczrP5SPsMpN9hQZ1uOMyMZ1Etmkto6TyW7BuNTUBVuxr7Ev24o2omBdVaMePwPij&#10;j0Hob86H4LlnYyxzl1gRhVD4sRfbRxdxKJukbFySSRoMrBGTrBoxzIKUoxZfRSPGZFmLSxaRybJY&#10;p2BMdfJPBGRQGIYkGXZ6eqqwmkKiCSUhMcuKlrJCC26QMIqcR6ZZjUcFW+zGD+ZHCWZDaxCi43Mw&#10;1n8cZiZmUWbaDnEM9gDFA/NYqASPJ8g4499yIljDLB0Vyb6SRtpR2IYsQ0LaqZpbeFU16dWX2HJJ&#10;sOOKYl6vkXKse/YlWHWXqKervZnPSoyaBqkOyGy4kAuemUM7YP7ogaIukhgMxtI7LilooRD/tUwT&#10;/HK0oFOQQaaAGlddY1WNI6fVfU4Z0y+l7x0ei6mYePF3NhN5U9v6SQ2a6VxCBA6DYQUUPNR9V2Wc&#10;ExmwtFR9gXBaLkLS4kxLINBSd4nQm0eeZWpiCgaGh2CWCL8YPcMnuh8DgQZYta4BwzKGYHxqCHp7&#10;D2H3oh9JtI3Q3tUIPmyZrcPvCgXbdt3YqhsMab58krmbEQzCRwKj91MCsyudnMhWIDWfGhcJsUIF&#10;SKReU2sLtLS0Qu+RPmhq2I/vuxyVeqjYQyLQ7aJPhD6BjU2wEr/GTvad1Ftz66G5uQNCYR80NgeR&#10;NMQUYOSOPB5NgJXkfoz6WGHkJCiMAFRtWdthBeGtik70YWAt+uhJgqGkOsmmPmIp7b2VGJFvCrKx&#10;CkzhC6UxTLh98jmQf/oauK67EPxXXYBRyEGYx4QTMjv0oixSEUq6uYSkUTX7+4GJANTbYam4Kr42&#10;Po8BIUQC6gSaCL+QtPZeVfYk/i0eDaM7SAaDgN5Oq6AxJCn0KLBDVqZ0WWVc6zvHHYZ5vMSZIXNL&#10;ikLcsc0B7B8fgeOvHoUOjH72oMovjpJSJS4lAkMkob+T0vWQyc8ia9skhiP+W1PqaVJXqnNMH4xG&#10;Mq95gBgEYVxRE5ye0QMvPqOk7xtKUcE/zvznS02T3/jdk/hDHZ+aGLUG8s2iFoRCTNypPebEQ/cK&#10;U+KmO65msq/GUSkJknxc1s5x2XT9zQU9n9r0ig2GAJsqtlpQmzmt7qOxFbzi+7bbMfl7Z+mOxcSY&#10;xBv/dhDcfE7q99PmzKEn0ROssmJYA7XyFnt+5LAORsHnwDd33o0ubs9BCsWXynuoOgkYIyEVdk0O&#10;Dw/DG6/vht7D+4UcacOac6Cjsx2CTV7wNiB3ojTBXN8MzEwfR55HhfG6KDS3uyGCHZ1EpLnc6IGH&#10;tIzPT6211GIZT/O4M5NemcMwDL9AUhmSAI0UhkT+BTGX4cwtZ4HXhfkM0ThMT2EwCG4z8S7EUbkE&#10;KRmEllYZAv4g+vzN4us8SDwGwI+pu5EIqg4pZFYEtMYT3aVad6ciyEZJyhQcC0WSfWDL2899wY49&#10;r/Iwrg28cfk//Ssw0cdYJBy4/fqUCRVNknoe/qYjRt+kEuj69H0FeSNR603vHZ9gL5wlBHeVKkeg&#10;ilt2a/m4pM9X6PlrsT3GagFOq/tabr4Nep+9h8c3wxZm99gjimnc0HWQMRayhXPM7jzIRWZYxvjv&#10;f1v0+bH1gx/DsI6/8HmKYQnR3+z74NBv/ub/PGP/TsvRsGecfjpcceUVFfuZLn7725fM/pN5CNcG&#10;3li7+Up8+ABXggEVdAdy+KnHwYk2ujXbnuIJF4MBldXeWuvHZcO1N4BdkhBstD4ykuq+/u99ydGQ&#10;h0L3yVL+3uGxmIpi/M2Cb98E+ZTn5UiMZtTOcUg31SmooxjQec1q8BSDgXgLLu/nMgCTfQxYLKIP&#10;1bWwjSvBqDTQncNiCYWeLxQ2tKmFiok+BgNKSvTV+nFJ/lrN194K5fI883av4oFlwsi/PCnGDDio&#10;7uPxzWPRLuySK2Y1X3pbbzHrZdQ+ch2Hg49/H5wIniLlKYNhEV9AvsHNZQAm+xiLAjKTWc1lYEAF&#10;qvvIpBxsqmMKnXCJi+dfPcFEH4MBpWttXQrHZf17r7b/2svfwwPFCW+qRx9wVN1HIRs8vhl2ML37&#10;NVuvIw9P0G1NMqlE7a6XscTHI6r77F5bgyk9ntV9jAKwEZe/5zJUH5ihhapX9Z2BD3dzJRiVisk/&#10;P1tQK5QB8kqyg5m9u7noDEaJsFSOy+b3fdj2a8nnz+zVVQ6QaTt5OdUSKOik6cZbbX1/ZELjddfC&#10;iRcf4fHNYxHKFdJheHj6tvQ4ul4G4/hXPyusBopB913fgInn/sSt5Ayr+BzyDo+jdx/f2QIm+xhQ&#10;FqKPlJnf5f3IqGRkmwTFx6dytlHZneBF+znZjsGAErXvLpXjklQPxYC8uiaeLF/+2fzxY7YTZ2t9&#10;QgumlNiBb/0gKwnL3zs8FrNh+i/2FXikKM3W2m83/IPBMLz7ik37br5lK5z43CNcUIYVUBfhbWwd&#10;BtzGyygbPoLLhVwGRiVj7LHnxZ1+o+WALk7IfD2X6XXo7Atsv9/ca71cdAajBODjsoAJ/roNPGAc&#10;nNA6hVxtazy+GZAjNMauh6R/w9qsYQvFhH8wGI549+FNEPbuYxSAe/SsAAYw2ceAkqr6SHbwFa4E&#10;oxpAdw33X7mVxi303nYPDH7tiazPpYsOu8b4oHs9MRgMZ8HHZWGInHcpDxqH0P8V5y51svkp8vhm&#10;5MPMzhdtvS6wfiMETjsLMqU3MxjZMPnS81CumyHs3ccoAMtBExsxgMk+RmnxLVzquAyMWkM2bxsG&#10;g8HHZbXA8O1jgCOqqr4H7i7pfuHxzQAHyJdMIKKPxl06ZnZt56IyoBJuhlAyL4NRAD6N4o0QlwGY&#10;7GNAqVR91+LDTVwJRi0im7eNpYtxvlPOYPBx6TDstu+Rb5/l9+g7xIMsB8Z+/FzR6ZO59gt/7/BY&#10;zIfoiX7bBHM2b0MGw4mbIWSNA8Um895yMReTYRUduHycywBM9jGgFEQfMen/zJVg1CqyedtYQXx8&#10;hAu4hDG9+zUuAh+XjoJapCZe+KWt14bOOhcKCTVg5G6TpbAOKJGfIn/v8FjMh9mdB51d3759XFSG&#10;Ixj5lydt35RywrOUsSRxN3IS3GEITPYxnMeXceF+E0btkgrdq7gIDFtQJsa5CHxcgtMG6LN77CnK&#10;whdcwQMHnA3rGHr60aLXE9y4hcc3A8oZ0gEc6sKA0t4MOfHQvUWtgzxL2XqCUciQweW/cxmAyT4G&#10;OKnqI4fff+RKMGoZrrpGLgKDwcclVIKqjwgmuwqcwKrTwbPe2o3v+OQkDzILGPjOd4smXAKbz+Px&#10;zWMRyhnSsWA92JLOoS4MR7+vHnu+6LCOQqwnGAzEnchNNHEZgMk+BjhB9Lnw4Xt0TcrVYECNG9sz&#10;GAw+LqECVH2gK8psT57O32LpedH+fh5kFtVVA48+AMX6U/H45rEIZQzpSMf0zr9yMRmOe0Qa31l2&#10;4eno5MIzCkE9Lp/iMgCTfQxHQEaYZ3MZGAwGA1iRwoByqPrMP9tBYP1GaxO73lNcdIsYfviZokMx&#10;gles5ULyWITF8tmzaw3AWELXMxOTtqwOBn70oO33DJ/LIR2MgvExFCS1cRkqF24uAVSDqm85aF59&#10;DAaDwWBFCgPKo+ozh7/Uv+N6m759j1hSrJUb1GIcufyiBWqS6T++WbYWQ9qGFf/8iGh5BlO67fBT&#10;j4u2tGw4ue0BCG9jNV6p1JNLcSxCGX32OJyDUSoMfOsHUH/V1owKZrBhccBg5AEFh96Dy51cCmCy&#10;j2EblL4b5jIwGAwGgwFlCYNImeTv2wPF+PZZIVBIPWiHULSL1Y/9JOOEkEIwjt/59bJsg3/z6hSi&#10;D/SWWu/ydTD5i2uyEj1GWAeZyjOgJMrWpTYWwWIQAvntpY9ZYPUkAypDYUtjlKwOuu/6BjhhccBg&#10;WMBHUJj0tTP27zzOpQBu42VAoaq+G/HhOq4Eg8FgAKcbMhYFszsP2n5tumIpG0g9WC5QG2u2iV05&#10;CbRsrWq0bfU3XQ75wjoYpcFSHIvl8tujgJnFUE8yYMkobMnqgEhptjhglAl+XD7PZQAm+xhQKNFH&#10;MX7f5kowagW+8zqh68FPAt79EcuGvzwLLZ/ayoVhOKa6YDBKNfGyO3nyb7CmArKrHoQaUlCa0XTj&#10;rXn3Sd8Dd/PgLAGW4liEMvntOZXoy6hdFJs4Thj44UNcSEY5cRvyFiu4DMBkH6Mg3I9LF5eBUSvo&#10;+tTnU+7U0938zv/6eUECMhhOoFjjfgYDHFb0RC58p7X1oz/ZUkQ2EpVaJfN9N4z9+DlHJsYMHotQ&#10;Jr89pxJ9GTV8TsxACLtaveLmeM/3708sTXdcnf3ciJ6nfD3EKCM8uNzLZQAm+xhgVdVHLqkf5Uow&#10;agWRG84UXkyZoIxOOfIe3uVruNBLHHPHDnIRKgy1clzaVfTQTQ0rNzRImVquyZkrEi6pqqQQzB89&#10;kPVvjddda8mfisc3OK6SXopjsRx2ERQ8wmDkPCf2HVrwu+DbN4mb4+SlaSzky5eL8KMgIwajjPh7&#10;5C+4DxyY7GNAXqKPglP+Fy4SV4NRK4hccqUlb5JiJhjFmmYzYMm3WDHAccVkrRyXxSh6Qmefael5&#10;Y8/9R1k+i6ejs2LaDHP5w1GqJClaSq3u4/HNYxHKRITO953kLxRG7jFy/Jhlf9PWW+/Keo4kmwRW&#10;9zHKCBcu/8RlACb7GHnx33E5g8vAqCVkM9qm1L+UC5rxkeK+afJMDBm1jaWkmnDVNZZvgsvHZU5/&#10;OXDIt2/iuT+V5bN4u5ZVRDgDQZkYz6mKDL/r/Lzky9ivnihqX/L45rFYCGZ2bbf92rkXWdnHgIJv&#10;LGVTlOYLMxp+6nEuKKOceD+KljZzGYDJPgZkU/WtxocvciUYUGMtvNkQS5tkZWpfKAS+LT1FTbYZ&#10;sGS9puRIXVVN5KktvlzbxsclZLw54bRvH6mcB370YOnHzgVXVEw4Qz7FZOsHP5Z3HVPbXyrK/J7H&#10;N4/FYpVXpTx/MGBJhXNkurFENzWy+ZvmUveRdx/7mjLKCOpKvI/LAEz2MbLiO7gEuAyMWkLorHMt&#10;t13avYg2EDzrbMhE1lidbDNgyXpNNVx5Y+bJaB5l0WIi0x198ocjP59KmNzW2nFpV2lE6ovgFdas&#10;bMZ//1vHiGrIkoqeq/W03OEM0d5TkK9Ntv6Wi3M+Z+LJVy2/38QLv+TxbRFLbSxCiVv6K1WpyLCP&#10;bJ55hRwHZuRSKWfzN6Xvl8YP3VDQOc/u+ZjBsIDrUbz0Vi4DMNnHgHRV39/iAzMSjJoCTXjId8lq&#10;22WxSXdkYGyeVNP7t/7jP4iLIcbSwMSLvwO73lvpF+5i/FhQFi0WDINuGvO0UFrf+sefrbgEylo5&#10;LotRGvnXrbPcYjr09KMFrTty3qWWn5sr9IKUXESYQ5kVZPlg5Ri0SvJn8vXk8c1jsRwt/dH+4/wF&#10;XWMgVV36jRw6/pvf92Fb68ulUs6V5EznoGxBUIV4GVs5HzMYFvA/uQSVATeXACqF6CPzpW9yJRi1&#10;BlJF5ZrwpJtVF5t0R1iz7Skx8SMfpgAGWzPRByVLS6xETPzuD3jhC7bJM2PyT5+75QMfKbkBP13A&#10;F6PEM7YZKjiBslaOy9md9tOew+deDMMPP2PpuQPf+a5QhVmtEbV0e9bX5Z2o0WSw9e/uzPr3ocee&#10;gMUKgMmW1g4mIj5X/az67mXyouPxzWPR6TGbmXTZD0sVnk4aP7X3+em4oGOfyGki6uRwBJquv9nW&#10;8U9turlUyvk8iZff9yAcuvkW2yQ5t5kzHMQ7kdu44Iz9O//MpQBW9jEEvopLG5eBsSgXYevrSrbu&#10;+suuLsisutikO/OEgwiUSp9wWVX7wCIGPORKS1wMojDfOmlMFXPRSuQZXbyv/Pq/FTyZq/qJy/I1&#10;UIoEymo7LnOpHrL5JuU9F+LntnquFX5pjz5Q0PpbP/qRvCrrrk99HnIpqRZL1WGFqCMFTa76ZRu7&#10;6ZPZTJ+xGsd3uW7C1NpYdCrYyE5IR7WGczhxjUgEWC2DiGu6Zuj5wjbb1w0DP3wIiklyppsiPQ9/&#10;07aXby7lIINhA1/hEgCTfQyh6iMzmg9zJRiLdRG37P6vlmTd1NqQS7GUbXI19tx/QDV4shhouPaG&#10;olpAsrVeQBkCHvK9t2hHw220i8br3u/4dpPaLt/F7ODj34dqTt5bLOTyR6um41LYB1z+HtvrzuUR&#10;N73zr7bXS+daqxMxUrEVEpBAiefZtpvO8zQJzDYJJQP3gW/9YNH2pZVJJhFo2epH3zVWFLi5zgvV&#10;9r1TzLm10O+sWhqLVr73oAQ+ptWqmnLqGpHq3vP9+20Rh3WXXAbVeEO1UKUohWlAkWSxqDMeX0Yw&#10;Hp0brV7DTb38KjAYDuIS5Dgu5TIAk32wtIk+umr9LleCAYvgpUf+Xqsf+0lJ1Et0obH8vm25L1yO&#10;ZW6JG/vxc46nhxWj2iClV8eXP5yxhnTxShMbKKIFhDzWaF9AmUMDCCu//VjW4ACaEK19+udFqVSI&#10;7M1Uu/j4VHGThoe/mddTqVomV7StTo/3YtZHyoRM+6yqjsscZILVGmQjKwrxP8o2dq0SfkR6FFIj&#10;2m46J9G2i5st+Eg12vjzF3LW4/hX7l5Uf7T45GRB9TOfs+g8le+7hkDec7m81qplfIvz8q+fKKr1&#10;n76zaJwUQnpV2lgs1feeVRRKjFRjOAddl+TbX4VeD9D6DCIKLAS4rPrxwznbva0cR3S8lKqDxanr&#10;jONf+5Jj5xTaX6QyxBZK0aVg5RqOPke1Kk8ZwN59DGCyr3LxaVxO4zIwyo32z35CGPo61W5EFxR0&#10;YWEsdKGRb93ZJs10oV9o21DOSQoqEnrv+ERREzm62EyfGJEfoVOpp7nMlaGEoQGG30ymSWX77R93&#10;ZHxQ7dKJk2IvKuliNt+Eof8rX3Fk8l6IosX2hOFXTzhG8u29+Yqijx/aZ+n1rZbjsliiz0xWlEKJ&#10;KVo9M6QoZzsXUo0KIVnonETbTsc1PeabKPd/70sFpdmWAtH+/oLqR5+NSABa6GZJvvMUjbGT930z&#10;b62rYXw33/z3jviI0jihdUEBSeeVNBZL9b1XqpbcagvnoHFH1yWlgFVVKgW4OHEuF4r1915dks/i&#10;xHVG3wN3Wx5PdtrHraCauiEYVYULUNj0Li4DMNkHS1PVtx4fPsuVYCwGilGjOTbBy2E2TG1DTngo&#10;0YTrxOcecWQi56oLpf4cdtYzyb/BntJg+o9vFn2xmWlSacUDy3LtMtSq0JRHKNBLkDyfSCVS7EU4&#10;jZ9SwwkzejpeDt5yo2N35zPVtxqOy1L7LNpN4rQLg2QphVKV9sPg1xY/CMFOQAbtZyv7ms6Nhz9u&#10;zbS+Gsa32yHPOTvrqqSxWKrvPSiRqmv6L9Wl7PN2t1fANqxybF3BjVtK5mlJ5xe7Y5HGvdXgJjvt&#10;41ZAJHu5v9cYSwr3I+chcRmAyT5YWkQfDfqHcfFxNRhLFfnMho/d8+miLubTiRpq07Jrrl8O2CUP&#10;aQLmhDIsfVJZ6hTa0aefLHlNSSXSe+/tBY8jev6B268v6CK82AkDjddixvqhm+4oS8DCUjsuK8F/&#10;S5Ast91T1BhZLCLb6ucryXeMTvQVQoDz+K6OsViq7z0oQWsujafFCr+BEt1MY0CKytMO4UckW6Hj&#10;PpuynN7bznmLbm5Uwg0fRk3jrbhcz2UAJvuWGP4Bl7/hMjAWC4s9+aCLknwTMLo4JqVSoUoLMcH7&#10;5AcWEDU0OTj62TttXRBRvUp959OqbxVk8VNy2m+q1GOE6lmWFlk0vaZxZJWgoQvw/ddeU/Y73TRe&#10;C51A02eitt1ykZLVcFw6fRxkrPtvn4HFANWOSOhiyEbab+UksoshUI0xQ8dkofuVPmehRN9S/N6p&#10;5rFYiu+9UrTmTrzwy6q7Rqyk4CioEsLP6nUGHdd0rrBDsmVTQVMXA123FHINQdtKSl0Gowy4D4VO&#10;zDsBk32wRFR9LfjwDa4EYzEx+uufLOr7W21tookXKZboAibfRT39nZ5HFzzZfH/ogoz+TiST1UkC&#10;PffIf1vo7TPx3J8cI8RoW2b37C9KbVFMK0nGydxPHi15yzZN1uwQflR3qn8hE3hSoxAxRsRB+gU5&#10;/UxjZ/c1F4oL8MUKK7A6gaa/0/PoM2UiM8g8vtixmWuyV8nHpVO+a7nazIlAtkNAGfUoJvWQyB/a&#10;77T/Czl26POQypX2WyUSSPN9hxb87sRD94oxQ8ckTaStfF5jvNHntNvSXsnj28mgh9j4CBR7w2Yx&#10;x2IpvvfAlPBMici0ZGv1tfqdXUyoz2Ih2nuqZDf8rKRvOz3Wy3GDxrjOMI4Hc/1ojBrjfv+VW237&#10;pNKYz7RfZnceFH+jawi6jsl1PBrnLNrWxQxmYiwpbMLl/VyG8kNSVZWrAGUn+36ADx/kSjAY9i7A&#10;/evWgRypEx4sNEEkDxMiJgqdNFAiZvDtm0S7irE+84UoEVTkC8QXQwwKnQGb7Wl2VSs0wQydfeYC&#10;9Sd5P1VaSxgfl5VR/2ykLalBKr1eNN4pFAh0Emri97/OOCGm8UHhSIH1G1M8vYgYoNCGUoSN8Phe&#10;OmNRS3d+cIGNheHDaOe7gW4ycdJp5YIIXUrttTmnW5QxGrn0HSnnokzXGZRAHLn8osR5hs4xdA0x&#10;+Yu/8PcnYzFAX5an4TkzxqUAJvugdok+iuB7livBYDAYwGQfg8FgMCoCRI6sfuwnWdOdM53Pe75/&#10;v0gdhhwqdFJyMYDJPgaD8SG8nn6UywDcxgu1SfT5QQvlYDAYDAaDwWAwGBWC5lu2ZiX6CEQIkTIT&#10;FskOg8FgMKocX0Q+xMtlACb7ahT/By7ruAwMBoNRPSh0csdgMBiM6oO5LTwb6m+6PC3NtxFyeaNR&#10;GjODwWAwBFbgchuXAZjsg9pT9ZEx5ae4EgwGg1FdIH8wu/BvOJ0LyGAwGDWC1lvvEr6E1PJL7Z/h&#10;M9+R9bkUMMPeaFUwGUZPO+CbgQxGufA55EUCXIbywM0lgHIQfRI+fA8XD1eDwWAwoGoUfaTioMmd&#10;XTRfeysoE6MZjd0ZDAaDUV2gNt81254CK4nDlNrNgIr3aWy48kbbr+95+JtwctsDFZlwzmBUKLpw&#10;+QguD3IpgJV9NYIP43IRl4HBYDCgaoi+tU//XHg05fJwsoLWv7tTmLgzGAwGo3JhJCIXvZ5X/wAn&#10;7/smF7TCQam2FMiSnrxcCEjZSeRvx5c/zAVlMKzjf6AYKsxlACb7oPpVfR348FWuBIPBYFTRJGBL&#10;T9Eknxm50hoZDAaDsfggfz3y2StqHX94Cnrv+AS371YBmm/+e8e+5+mmHqkEGQyGJbTh8jEuAzDZ&#10;VwMgiWoDl4HBYDAYDAaDwahMEEF3/Ct323593wN3Q+9t9zDRVyVw5whXsQNPTxsXlcGwjk+hKIo5&#10;EmCyD6pY1fcufNjKlWAwGAwGg8FgMCobE0++CntvvgJmDu2w9HxSAg786EHYfc2FMPzwM1xABoPB&#10;sAZi2+/kMgAHdEB1En1BfHiYK8FgMBjVh2jvKdGO5RRi4yNcVAaDwagCzL3YD/uv3AqRG84ET0cn&#10;hM+9eMH5fHbPDpjdt4+DGYA9Gg3wWGAwCsb/jpzJQ2fs3znIpSgNJFVVuQpQErLva/jwSa4Eg8Fg&#10;MBgMBoPBYDAYDEYKvopk32e4DMBkH1QP0bcFH17GxcXVYDAYDAaDwWAwGAwGg8FIwRQu65Dw6+dS&#10;AHv2QeUTfVTTR4CJPgaDwWAwGAwGg8FgMBiMTAjh8mkuAzDZVyX4KC7nchkYDAaDwWAwGAwGg8Fg&#10;MLLiIyiYWs5lACb7oLJVfcvw4X6uBIPBYDAYDAaDwWAwGAxGTvhx+SyXAZjsq3B8C5cIl4HBYDAY&#10;DAaDwWAwGAwGIy9uQ+HUai4DMNkHlanqux4fbuBKMBgMBoPBYDAYDAaDwWBYggeXz3MZgNN4ofKI&#10;PlLzvYnLMq4Gg8FgMBgMBoPBYDAYDIZlxHE5HZN5d3MpgJV9FYQvAxN9DAaDwWAwGAwGg8FgMBiF&#10;woXLF7kMwMo+qBxVHyXv/hmYOGUwGAwGg8FgMBgMBoPBsAMip85Edd/rXApgZR8sLtHnxofvch0Z&#10;DAaDwWAwGAwGg8FgMGxDwuVLXAZgsq8C8Alc3splYDAYDAaDwWAwGAwGg8EoCtejqOocLgMw2QeL&#10;p+pbAcw6MxgMBoPBYDAYDAaDwWA4hX/iEgCTfYuIf8YlyGVgMBgMBoPBYDAYDAaDwXAE70Rx1UVc&#10;BmCyD8qv6ns/PrybK8FgMBgMBoPBYDAYDAaD4Sju4xIAp/FCeYm+enzYjUsHV4PBYDAYDAaDwWAw&#10;GAwGw3Fcjsm8v+EyACv7yoSvAhN9DAaDwWAwGAwGg8FgMBilwv1cAmBlH5RH1fc2fPijHgnNYDAY&#10;DAaDwWAwGAwGg8EoDa5Fdd/PuAyFw80lAKtEn6yr+sa5GgwGg8FgMBgMBoPBYDAYJcXduDDZB6zs&#10;YzAYDAaDwWAwGAwGg8FgMIA9+xgMBoPBYDAYDAaDwWAwGAxGVeP/F2AAa5QSR9bCKv0AAAAASUVO&#10;RK5CYIJQSwMEFAAGAAgAAAAhALRidR3hAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQ&#10;hO9IvIO1SNxaJ1H/FOJUCKnQHhBqgQO3TbJNUux1FLtpeHvcE5xGqxnNfpOtR6PFQL1rLSuIpxEI&#10;4tJWLdcKPt43kxUI55Er1JZJwQ85WOe3Nxmmlb3wnoaDr0UoYZeigsb7LpXSlQ0ZdFPbEQfvaHuD&#10;Ppx9LaseL6HcaJlE0UIabDl8aLCjp4bK78PZKNhEu1f98oa74nj6fN7uZ9vh62SVur8bHx9AeBr9&#10;Xxiu+AEd8sBU2DNXTmgFk9k8JIPGQa9+kiyWIAoFy3g1B5ln8v+E/BcAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxB&#10;zD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvl&#10;e/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFt&#10;jzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsB&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBeeCQpQIAAM8FAAAOAAAAAAAAAAAAAAAAADoC&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQBPudLueA4SAHgOEgAUAAAAAAAAAAAAAAAA&#10;AAsFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQC0YnUd4QAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAALUTEgBkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAA&#10;GQAAAAAAAAAAAAAAAADDFBIAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwB&#10;AAC2FRIAAAA=&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="002B4F35">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36550FAF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD5E36A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB75750"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B04AA4A0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1169,255 +1358,504 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1087120181">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="683899110">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B4F35"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="002B4F35"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="00487018"/>
+    <w:rsid w:val="007D7F41"/>
+    <w:rsid w:val="00BC29C7"/>
+    <w:rsid w:val="00DC76BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="66BE429E"/>
+  <w15:docId w15:val="{BCBB44EC-49D1-4910-84B5-0B085B562AE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1455,301 +1893,73 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002B4F35"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...34 lines deleted...]
-    <w:rsid w:val="002B4F35"/>
+    <w:rsid w:val="00DC76BC"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...35 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1995,51 +2205,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>